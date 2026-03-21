--- v0 (2025-10-09)
+++ v1 (2026-03-21)
@@ -1,1644 +1,1702 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00545BCC">
+    <w:p w14:paraId="0D2EFFF2" w14:textId="3636C279" w:rsidR="00A958C5" w:rsidRDefault="00920E9A">
       <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EEF68FB" wp14:editId="36DAB9D6">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>313055</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8976360</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1732915" cy="577215"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="9" name="Picture 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="GenCompanyLogo-Rev.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1732915" cy="577215"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00065B22">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FD487A1" wp14:editId="59E62A34">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3213735</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7772400" cy="786809"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7772400" cy="786809"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="59FC6BF6" w14:textId="77777777" w:rsidR="00545BCC" w:rsidRPr="00065B22" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Russo One"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="96"/>
+                                <w:szCs w:val="96"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Russo One"/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="96"/>
+                                <w:szCs w:val="96"/>
+                                <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:round/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>Home viewing tips</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="43C69A2D" w14:textId="77777777" w:rsidR="00545BCC" w:rsidRDefault="00545BCC"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="3FD487A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:253.05pt;width:612pt;height:61.95pt;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfaavLaAIAAD0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm127TuxYXkduolSV&#10;oiRqUuWMWbBXZRkKY++6vz4Du34o7SVVLzAw33zMk9lVWxu2VT5UYAs+OMs5U1ZCWdlVwX88336a&#10;cBZQ2FIYsKrgOxX41fzjh1njpmoIazCl8oxIbJg2ruBrRDfNsiDXqhbhDJyypNTga4F09Kus9KIh&#10;9tpkwzy/yBrwpfMgVQh0e9Mp+Tzxa60kPmgdFDJTcPIN0+rTuoxrNp+J6coLt65k74b4By9qUVl6&#10;9EB1I1Cwja/+oKor6SGAxjMJdQZaV1KlGCiaQf4mmqe1cCrFQskJ7pCm8P9o5f32yT16hu0XaKmA&#10;MSGNC9NAlzGeVvs67uQpIz2lcHdIm2qRSbocj8fDUU4qSbrx5GKSX0aa7GjtfMCvCmoWhYJ7KkvK&#10;ltjeBeyge0h8zMJtZUwqjbGsKfjF5/M8GRw0RG5sxKpU5J7m6HmScGdUxBj7XWlWlSmAeJHaS10b&#10;z7aCGkNIqSym2BMvoSNKkxPvMezxR6/eY9zFsX8ZLB6M68qCT9G/cbv8uXdZd3jK+UncUcR22fYV&#10;XUK5o0J76GYgOHlbUTXuRMBH4anpqYA0yPhAizZAWYde4mwN/vff7iOeepG0nDU0RAUPvzbCK87M&#10;N0tdejkYjeLUpcPofDykgz/VLE81dlNfA5VjQF+Gk0mMeDR7UXuoX2jeF/FVUgkr6e2C4168xm60&#10;6b+QarFIIJozJ/DOPjkZqWN1Yq89ty/Cu74hkVr5HvbjJqZv+rLDRksLiw2CrlLTxgR3We0TTzOa&#10;2r7/T+IncHpOqOOvN38FAAD//wMAUEsDBBQABgAIAAAAIQBfds+04AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN1AoypkU1WRKiQEh5ZeuG1iN4mI1yF228DX457ocXZW&#10;M2/y1WR7cTKj7xwjzGcKhOHa6Y4bhP3H5mEJwgdiTb1jg/BjPKyK25ucMu3OvDWnXWhEDGGfEUIb&#10;wpBJ6evWWPIzNxiO3sGNlkKUYyP1SOcYbnuZKJVKSx3HhpYGU7am/todLcJruXmnbZXY5W9fvrwd&#10;1sP3/nOBeH83rZ9BBDOF/2e44Ed0KCJT5Y6svegR4pCAsFDpHMTFTpKneKoQ0kelQBa5vF5Q/AEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBfaavLaAIAAD0FAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfds+04AAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AMIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="59FC6BF6" w14:textId="77777777" w:rsidR="00545BCC" w:rsidRPr="00065B22" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Russo One"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="96"/>
+                          <w:szCs w:val="96"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Bernard MT Condensed" w:hAnsi="Bernard MT Condensed" w:cs="Russo One"/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="96"/>
+                          <w:szCs w:val="96"/>
+                          <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:round/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>Home viewing tips</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="43C69A2D" w14:textId="77777777" w:rsidR="00545BCC" w:rsidRDefault="00545BCC"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00545BCC">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F1D8DBA" wp14:editId="1E9866A6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>180340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4591212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1998345" cy="318976"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Text Box 11"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1998345" cy="318976"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00545BCC" w:rsidRPr="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="2975251A" w14:textId="77777777" w:rsidR="00545BCC" w:rsidRPr="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00545BCC">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 11" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:14.2pt;margin-top:361.5pt;width:157.35pt;height:25.1pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAR3HJgQIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5006SNBnSJr0WFA&#10;0RZrh54VWWqMSaImMbGzXz9KttOg26XDLjZFfqT4+KiLy9YatlUh1uBKPj4acaachKp2LyX//nTz&#10;6ZyziMJVwoBTJd+pyC8XHz9cNH6ujmENplKBURAX540v+RrRz4siyrWyIh6BV46MGoIVSMfwUlRB&#10;NBTdmuJ4NDotGgiVDyBVjKS97ox8keNrrSTeax0VMlNyyg3zN+TvKn2LxYWYvwTh17Xs0xD/kIUV&#10;taNL96GuBQq2CfUfoWwtA0TQeCTBFqB1LVWugaoZj95U87gWXuVaqDnR79sU/19Yebd9CKyuaHZj&#10;zpywNKMn1SL7DC0jFfWn8XFOsEdPQGxJT9hBH0mZym51sOlPBTGyU6d3++6maDI5zWbnk+kJZ5Js&#10;k/H57Ow0hSlevX2I+EWBZUkoeaDp5aaK7W3EDjpA0mUObmpj8gSNY03JTycno+ywt1Bw4xJWZS70&#10;YVJFXeZZwp1RCWPcN6WpF7mApMgsVFcmsK0g/ggplcNce45L6ITSlMR7HHv8a1bvce7qGG4Gh3tn&#10;WzsIufo3aVc/hpR1h6eeH9SdRGxXbSbBZBjsCqodzTtAtzHRy5uahnIrIj6IQCtCI6a1x3v6aAPU&#10;fOglztYQfv1Nn/DEXLJy1tDKlTz+3IigODNfHXF6Np5O047mw/Tk7JgO4dCyOrS4jb0CmgrRlrLL&#10;YsKjGUQdwD7T67BMt5JJOEl3lxwH8Qq7h4BeF6mWywyirfQCb92jlyl0GlKi3FP7LILveYnE6DsY&#10;llPM39CzwyZPB8sNgq4zd1Ofu672/aeNzuzvX5/0ZByeM+r1jVz8BgAA//8DAFBLAwQUAAYACAAA&#10;ACEAKJD52OIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KhTp9AoxKmq&#10;SBUSKouWbtg58TSJ8CPEbhv69QwrWM7M0Z1zi9VkDTvjGHrvJMxnCTB0jde9ayUc3jcPGbAQldPK&#10;eIcSvjHAqry9KVSu/cXt8LyPLaMQF3IloYtxyDkPTYdWhZkf0NHt6EerIo1jy/WoLhRuDRdJ8sSt&#10;6h196NSAVYfN5/5kJbxWmze1q4XNrqZ62R7Xw9fh41HK+7tp/Qws4hT/YPjVJ3Uoyan2J6cDMxJE&#10;tiBSwlKk1ImAdJHOgdW0WaYCeFnw/xXKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDA&#10;R3HJgQIAAGsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAokPnY4gAAAAoBAAAPAAAAAAAAAAAAAAAAANsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="5F1D8DBA" id="Text Box 11" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:14.2pt;margin-top:361.5pt;width:157.35pt;height:25.1pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA381A7agIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm/U7sZV15DpKVSlK&#10;oiZVzpgFe1WWoTD2rvvrO7Drh9JeUvUCA/PNMI9vuL5pKsN2yocSbM77Fz3OlJVQlHad8+8vd5+u&#10;OAsobCEMWJXzvQr8Zv7xw3XtZmoAGzCF8oyc2DCrXc43iG6WZUFuVCXCBThlSanBVwLp6NdZ4UVN&#10;3iuTDXq9SVaDL5wHqUKg29tWyefJv9ZK4qPWQSEzOafYMK0+rau4ZvNrMVt74Tal7MIQ/xBFJUpL&#10;jx5d3QoUbOvLP1xVpfQQQOOFhCoDrUupUg6UTb/3JpvnjXAq5ULFCe5YpvD/3MqH3bN78gybz9BQ&#10;A2NBahdmgS5jPo32VdwpUkZ6KuH+WDbVIJPRaDq9Go7GnEnSDftX08tJdJOdrJ0P+EVBxaKQc09t&#10;SdUSu/uALfQAiY9ZuCuNSa0xltU5nwzHvWRw1JBzYyNWpSZ3bk6RJwn3RkWMsd+UZmWREogXiV5q&#10;aTzbCSKGkFJZTLknv4SOKE1BvMeww5+ieo9xm8fhZbB4NK5KCz5l/ybs4schZN3iqeZneUcRm1VD&#10;iZ81dgXFnvrtoR2F4ORdSU25FwGfhCfuU4tpnvGRFm2Aig+dxNkG/K+/3Uc8UZK0nNU0SzkPP7fC&#10;K87MV0tknfZHozh86TAaXw7o4M81q3ON3VZLoK706edwMokRj+Ygag/VK439Ir5KKmElvZ1zPIhL&#10;bCecvg2pFosEonFzAu/ts5PRdWxSpNxL8yq863iJxOgHOEydmL2hZ4uNlhYWWwRdJu7GOrdV7epP&#10;o5rY330r8S84PyfU6fOb/wYAAP//AwBQSwMEFAAGAAgAAAAhACiQ+djiAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyoU6fQKMSpqkgVEiqLlm7YOfE0ifAjxG4b+vUMK1jO&#10;zNGdc4vVZA074xh67yTMZwkwdI3XvWslHN43DxmwEJXTyniHEr4xwKq8vSlUrv3F7fC8jy2jEBdy&#10;JaGLccg5D02HVoWZH9DR7ehHqyKNY8v1qC4Ubg0XSfLEreodfejUgFWHzef+ZCW8Vps3tauFza6m&#10;etke18PX4eNRyvu7af0MLOIU/2D41Sd1KMmp9ienAzMSRLYgUsJSpNSJgHSRzoHVtFmmAnhZ8P8V&#10;yh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN/NQO2oCAABEBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKJD52OIAAAAKAQAADwAAAAAAAAAA&#10;AAAAAADEBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00545BCC" w:rsidRPr="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="2975251A" w14:textId="77777777" w:rsidR="00545BCC" w:rsidRPr="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00545BCC">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...9 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00545BCC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="372EB1DE" wp14:editId="4E844C15">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>207010</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6772910</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1945640" cy="1775460"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Text Box 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1945640" cy="1775460"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00545BCC" w:rsidRPr="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="10902C2C" w14:textId="2A4ADC9C" w:rsidR="00545BCC" w:rsidRDefault="00065B22" w:rsidP="00545BCC">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="739152D9" w14:textId="0B273308" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00545BCC">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                              </w:rPr>
-                              <w:t>CalBRE Lic#</w:t>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>Broker Name</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:lang w:val="fr-FR"/>
                               </w:rPr>
                               <w:br/>
-                              <w:t>555.555.5555</w:t>
-[...13 lines deleted...]
-                              <w:t>yourwebsite.com</w:t>
+                              <w:t>Broker Lic#</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:16.3pt;margin-top:533.3pt;width:153.2pt;height:139.8pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2GgaCgQIAAGwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukSSgRG5SCqCoh&#10;QIWKs+O1yapej2s7yaa/vs/ebIhoL1S97Nozb8bz8WbOL9rGsI3yoSZb8uHJgDNlJVW1fS7598fr&#10;D584C1HYShiyquQ7FfjF/P27862bqRGtyFTKMzixYbZ1JV/F6GZFEeRKNSKckFMWSk2+ERFX/1xU&#10;XmzhvTHFaDCYFlvylfMkVQiQXnVKPs/+tVYy3mkdVGSm5Igt5q/P32X6FvNzMXv2wq1quQ9D/EMU&#10;jagtHj24uhJRsLWv/3DV1NJTIB1PJDUFaV1LlXNANsPBq2weVsKpnAuKE9yhTOH/uZW3m3vP6gq9&#10;Q3msaNCjR9VG9plaBhHqs3VhBtiDAzC2kAPbywOEKe1W+yb9kRCDHq52h+ombzIZnY0n0zFUErrh&#10;6elkPM3+ixdz50P8oqhh6VByj/blqorNTYgIBdAekl6zdF0bk1toLNuWfPpxMsgGBw0sjE1Ylcmw&#10;d5NS6kLPp7gzKmGM/aY0ipEzSIJMQ3VpPNsIEEhIqWzMyWe/QCeURhBvMdzjX6J6i3GXR/8y2Xgw&#10;bmpLPmf/KuzqRx+y7vAo5FHe6RjbZZtZMOo7u6Rqh4Z76kYmOHldoyk3IsR74TEjaCTmPt7how2h&#10;+LQ/cbYi/+tv8oQHdaHlbIuZK3n4uRZecWa+WpD6bDhO/Ij5Mp6cjnDxx5rlscaum0tCV4bYME7m&#10;Y8JH0x+1p+YJ62GRXoVKWIm3Sx7742XsNgHWi1SLRQZhLJ2IN/bByeQ6NSlR7rF9Et7teRlB6Vvq&#10;p1PMXtGzwyZLS4t1JF1n7qY6d1Xd1x8jnSm9Xz9pZxzfM+plSc5/AwAA//8DAFBLAwQUAAYACAAA&#10;ACEAVpncPOIAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKC9UoTaep&#10;0oSE4LCxCze3ydqKxClNthV+PeYEN/v56fl75Wp2VpzMFAZPCm4XCQhDrdcDdQr2b5ubJYgQkTRa&#10;T0bBlwmwqi4vSiy0P9PWnHaxExxCoUAFfYxjIWVoe+MwLPxoiG8HPzmMvE6d1BOeOdxZmSZJLh0O&#10;xB96HE3dm/Zjd3QKnuvNK26b1C2/bf30cliPn/v3e6Wur+b1I4ho5vhnhl98RoeKmRp/JB2EVZCl&#10;OTtZT/KcJ3Zk2QO3a1jK7vIUZFXK/yWqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA2&#10;GgaCgQIAAGwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBWmdw84gAAAAwBAAAPAAAAAAAAAAAAAAAAANsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="372EB1DE" id="Text Box 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:16.3pt;margin-top:533.3pt;width:153.2pt;height:139.8pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh7ns/bQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+wgwoCtqqFgrpklV&#10;W41OfTaOXaI5Ps8+SNhfv7OTAOr20mkvydn33a/v7nx13VSG7ZUPJdicjwZDzpSVUJT2Jeffn1Yf&#10;PnEWUNhCGLAq5wcV+PXi/bur2s3VGLZgCuUZObFhXrucbxHdPMuC3KpKhAE4ZUmpwVcC6ehfssKL&#10;mrxXJhsPh7OsBl84D1KFQLe3rZIvkn+tlcQHrYNCZnJOuWH6+vTdxG+2uBLzFy/ctpRdGuIfsqhE&#10;aSno0dWtQMF2vvzDVVVKDwE0DiRUGWhdSpVqoGpGw1fVrLfCqVQLkRPckabw/9zK+/3aPXqGzWdo&#10;qIGRkNqFeaDLWE+jfRX/lCkjPVF4ONKmGmQyGl1OprMJqSTpRhcX08ksEZudzJ0P+EVBxaKQc099&#10;SXSJ/V1ACknQHhKjWViVxqTeGMvqnM8+TofJ4KghC2MjVqUud25OqScJD0ZFjLHflGZlkSqIF2m+&#10;1I3xbC9oMoSUymIqPvkldERpSuIthh3+lNVbjNs6+shg8WhclRZ8qv5V2sWPPmXd4onIs7qjiM2m&#10;ocJzPu47u4HiQA330O5CcHJVUlPuRMBH4Wn4qZG00PhAH22AyIdO4mwL/tff7iOeZpK0nNW0TDkP&#10;P3fCK87MV0vTejmaxPnAdJhML8Z08OeazbnG7qoboK6M6OlwMokRj6YXtYfqmfZ+GaOSSlhJsXOO&#10;vXiD7YrTuyHVcplAtG9O4J1dOxldxybFkXtqnoV33VwijfQ99Gsn5q/Gs8VGSwvLHYIu0+xGnltW&#10;O/5pV9NId+9KfAzOzwl1ev0WvwEAAP//AwBQSwMEFAAGAAgAAAAhAFaZ3DziAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYSgvVKE2nqdKEhOCwsQs3t8naisQpTbYVfj3m&#10;BDf7+en5e+VqdlaczBQGTwpuFwkIQ63XA3UK9m+bmyWIEJE0Wk9GwZcJsKouL0ostD/T1px2sRMc&#10;QqFABX2MYyFlaHvjMCz8aIhvBz85jLxOndQTnjncWZkmSS4dDsQfehxN3Zv2Y3d0Cp7rzStum9Qt&#10;v2399HJYj5/793ulrq/m9SOIaOb4Z4ZffEaHipkafyQdhFWQpTk7WU/ynCd2ZNkDt2tYyu7yFGRV&#10;yv8lqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIe57P20CAABFBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVpncPOIAAAAMAQAADwAAAAAA&#10;AAAAAAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00545BCC" w:rsidRPr="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="10902C2C" w14:textId="2A4ADC9C" w:rsidR="00545BCC" w:rsidRDefault="00065B22" w:rsidP="00545BCC">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        </w:rPr>
-[...3 lines deleted...]
-                      <w:r>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        </w:rPr>
-[...3 lines deleted...]
-                      <w:r>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                        </w:rPr>
-[...11 lines deleted...]
-                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00545BCC" w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="739152D9" w14:textId="0B273308" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00545BCC">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Lic#</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00545BCC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...59 lines deleted...]
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="286981E9" wp14:editId="5CAAAF3B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>704215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>4970780</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="950595" cy="1381760"/>
             <wp:effectExtent l="0" t="0" r="1905" b="8890"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="950595" cy="1381760"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00545BCC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D5D897B" wp14:editId="6DEDF3B1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2453005</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4113692</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5124893" cy="5730949"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5124893" cy="5730949"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="775BCD26" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Are you ready to buy a home? Here’s how to get the most out of your home search before you make an offer.</w:t>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Before you make an offer:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="17DA1B20" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
-[...11 lines deleted...]
-                              <w:t>The agent showing the house works with the seller, so their priority is selling the property. Enlist your own agent to prioritize your needs and help you negotiate a sale.</w:t>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Call a buyer’s agent.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>The agent showing the house represents the seller, their priority to sell the property on the best terms negotiable comes first. Employ your own agent for advice on buying property and handling negotiations.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="254F58E4" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
-[...11 lines deleted...]
-                              <w:t>If you have a pre-approved mortgage lined up, you’ll be able to limit your viewings to homes in your price range.</w:t>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Get prequalified for a mortgage.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">When you have pre-approved mortgage funding in writing, you’ll save time by only viewing and selecting homes safely within your price range. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="7011FA7E" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
-[...11 lines deleted...]
-                              <w:t>Have questions ready to ask the listing agent, and be sure to bring a notepad and measuring tape. Measure closets and other spaces to see how much room they have for your belongings.</w:t>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Be prepared for a walk through.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Note questions to ask the seller agent and be sure to bring a notepad and measuring tape. Measure closets and other spaces to see how the properties stack up for you. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="7CC3A18A" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
+                                <w:color w:val="04B098"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>Use all your senses.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Don’t rely on your eyes to tell you everything about a home. Stay awhile and listen for traffic sounds or noisy neighbors. Note any strange or musty smells – they may indicate underlying problems.</w:t>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Don’t rely on your eyes to tell you everything about a home. Stay awhile and walk around, listen for traffic sounds or noisy neighbors. Note any strange or musty smells – they may indicate underlying problems.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="78192F61" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
+                                <w:color w:val="04B098"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>Go outside.</w:t>
                             </w:r>
-                            <w:r>
-[...39 lines deleted...]
-                              <w:t xml:space="preserve"> a walk around the home to check for evidence of foundational issues or wear. </w:t>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>The outer condition of a home is as important as the inside. Take a walk around the home to check for evidence of foundation issues or wear and tear.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="793B8D01" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
+                                <w:color w:val="04B098"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>Don’t overshare.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Keep your financial position and intentions to yourself. Revealing your financial position may jeopardize your chances of getting the home if word gets back to the seller.</w:t>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Keep your financial conditions and intentions as a buyer to yourself. Revealing your financial position may jeopardize your chances of getting the home once word gets back to the seller.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="7C9D476F" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
+                                <w:color w:val="04B098"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t>Don’t bring the bandwagon.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Leave your kids and relatives at home. If you want advice from family, ask them on your own time. Kids may run amok and interfere with your ability to glean information from the viewing.</w:t>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Leave your kids and relatives at home. When you want advice from family, ask them on your own time. Kids tend to interfere with learning about a potential home. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="38CA7911" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="2"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00065B22">
                               <w:rPr>
                                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="008977"/>
-[...11 lines deleted...]
-                              <w:t xml:space="preserve"> Houses needing a little TLC are good opportunities to snag a home for a good price. Aesthetics are easily changed, and with a little creative effort you will have your dream home in no time.</w:t>
+                                <w:color w:val="04B098"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Don’t underestimate fixer-uppers. </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Houses needing a little TLC present an opportunity to snag a home for a good price. With a little conscious effort, you’ll see your dream home in no time.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                          <w:p w14:paraId="4B9FA977" w14:textId="06BA98EC" w:rsidR="00545BCC" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                             </w:pPr>
-                          </w:p>
-[...10 lines deleted...]
-                              <w:t>I can help you find your perfect home. Call me today!</w:t>
+                            <w:r w:rsidRPr="00065B22">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="21"/>
+                                <w:szCs w:val="21"/>
+                              </w:rPr>
+                              <w:t>Call today to learn how else I help buyers select their perfect home.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:193.15pt;margin-top:323.9pt;width:403.55pt;height:451.25pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaAXuugQIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whQaAsiVIyKaRJq&#10;q9Gpz8axIZrt82xDwv76nZ2Eom4vnfaSnO8+f77fs7taK3IUzpdgcjro9SkRhkNRml1Ovz+vPt1S&#10;4gMzBVNgRE5PwtO7+ccPs8pOxRD2oArhCJIYP61sTvch2GmWeb4XmvkeWGHQKMFpFvDodlnhWIXs&#10;WmXDfv86q8AV1gEX3qP2vjHSeeKXUvDwKKUXgaicom8hfV36buM3m8/YdOeY3Ze8dYP9gxealQYf&#10;PVPds8DIwZV/UOmSO/AgQ4+DzkDKkosUA0Yz6L+JZrNnVqRYMDnentPk/x8tfzg+OVIWOR1TYpjG&#10;Ej2LOpDPUJNxzE5l/RRBG4uwUKMaq9zpPSpj0LV0Ov4xHIJ2zPPpnNtIxlE5HgxHt5MrSjjaxjdX&#10;/cloEnmy1+vW+fBFgCZRyKnD4qWcsuPahwbaQeJrBlalUqmAypAqp9dX4366cLYguTIRK1IrtDQx&#10;pMb1JIWTEhGjzDchMRUpgqhITSiWypEjw/ZhnAsTUvCJF9ERJdGJ91xs8a9evedyE0f3MphwvqxL&#10;Ay5F/8bt4kfnsmzwmPOLuKMY6m2demDYVXYLxQkL7qAZGG/5qsSirJkPT8zhhGCNcerDI36kAkw+&#10;tBIle3C//qaPeGxctFJS4cTl1P88MCcoUV8NtvRkMBrFEU2H0fhmiAd3adleWsxBLwGrMsD9YnkS&#10;Iz6oTpQO9Asuh0V8FU3McHw7p6ETl6HZA7hcuFgsEgiH0rKwNhvLI3UsUmy55/qFOdv2ZcCWfoBu&#10;Ntn0TXs22HjTwOIQQJapd2Oem6y2+ceBTt3fLp+4MS7PCfW6Iue/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAc/B7WeQAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizdupZSmk5T&#10;pQkJscPGLtzSxmsrEqc02VZ4erIT3Gz50+/vL1aT0eyMo+stCZjPImBIjVU9tQIO75uHDJjzkpTU&#10;llDANzpYlbc3hcyVvdAOz3vfshBCLpcCOu+HnHPXdGikm9kBKdyOdjTSh3VsuRrlJYQbzRdRlHIj&#10;ewofOjlg1WHzuT8ZAa/VZit39cJkP7p6eTuuh6/DRyLE/d20fgbmcfJ/MFz1gzqUwam2J1KOaQFx&#10;lsYBFZAuH0OHKzF/ipfA6jAlSRQDLwv+v0X5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJoBe66BAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAHPwe1nkAAAADQEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="6D5D897B" id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:193.15pt;margin-top:323.9pt;width:403.55pt;height:451.25pt;z-index:251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8/PQSbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51n2wR1iqxFhwFF&#10;WywdelZkqTEmi5rExM5+/SjZToJulw67SJT4keLHh66um8qwnfKhBJvz4dmAM2UlFKV9zfn357tP&#10;l5wFFLYQBqzK+V4Ffr34+OGqdnM1gg2YQnlGTmyY1y7nG0Q3z7IgN6oS4QycsqTU4CuBdPSvWeFF&#10;Td4rk40Gg/OsBl84D1KFQLe3rZIvkn+tlcRHrYNCZnJOsWFafVrXcc0WV2L+6oXblLILQ/xDFJUo&#10;LT16cHUrULCtL/9wVZXSQwCNZxKqDLQupUociM1w8IbNaiOcSlwoOcEd0hT+n1v5sFu5J8+w+QwN&#10;FTAmpHZhHugy8mm0r+JOkTLSUwr3h7SpBpmky+lwNLmcjTmTpJtejAezySz6yY7mzgf8oqBiUci5&#10;p7qkdIndfcAW2kPiaxbuSmNSbYxldc7Px9NBMjhoyLmxEatSlTs3x9CThHujIsbYb0qzskgM4kXq&#10;L3VjPNsJ6gwhpbKYyCe/hI4oTUG8x7DDH6N6j3HLo38ZLB6Mq9KCT+zfhF386EPWLZ5yfsI7itis&#10;GyKe83Ff2TUUeyq4h3YWgpN3JRXlXgR8Ep6an2pMA42PtGgDlHzoJM424H/97T7iqSdJy1lNw5Tz&#10;8HMrvOLMfLXUrbPhZBKnLx0m04sRHfypZn2qsdvqBqgqQ/o6nExixKPpRe2heqG5X8ZXSSWspLdz&#10;jr14g+2I078h1XKZQDRvTuC9XTkZXccixZZ7bl6Ed11fIrX0A/RjJ+Zv2rPFRksLyy2CLlPvxjy3&#10;We3yT7Oaur/7V+JncHpOqOPvt/gNAAD//wMAUEsDBBQABgAIAAAAIQBz8HtZ5AAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLN26llKaTlOlCQmxw8Yu3NLGaysSpzTZVnh6&#10;shPcbPnT7+8vVpPR7Iyj6y0JmM8iYEiNVT21Ag7vm4cMmPOSlNSWUMA3OliVtzeFzJW90A7Pe9+y&#10;EEIulwI674ecc9d0aKSb2QEp3I52NNKHdWy5GuUlhBvNF1GUciN7Ch86OWDVYfO5PxkBr9VmK3f1&#10;wmQ/unp5O66Hr8NHIsT93bR+BuZx8n8wXPWDOpTBqbYnUo5pAXGWxgEVkC4fQ4crMX+Kl8DqMCVJ&#10;FAMvC/6/RfkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/Pz0Em4CAABFBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAc/B7WeQAAAANAQAADwAA&#10;AAAAAAAAAAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="775BCD26" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Are you ready to buy a home? Here’s how to get the most out of your home search before you make an offer.</w:t>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Before you make an offer:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="17DA1B20" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
-[...11 lines deleted...]
-                        <w:t>The agent showing the house works with the seller, so their priority is selling the property. Enlist your own agent to prioritize your needs and help you negotiate a sale.</w:t>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Call a buyer’s agent.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>The agent showing the house represents the seller, their priority to sell the property on the best terms negotiable comes first. Employ your own agent for advice on buying property and handling negotiations.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="254F58E4" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
-[...11 lines deleted...]
-                        <w:t>If you have a pre-approved mortgage lined up, you’ll be able to limit your viewings to homes in your price range.</w:t>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Get prequalified for a mortgage.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">When you have pre-approved mortgage funding in writing, you’ll save time by only viewing and selecting homes safely within your price range. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="7011FA7E" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
-[...11 lines deleted...]
-                        <w:t>Have questions ready to ask the listing agent, and be sure to bring a notepad and measuring tape. Measure closets and other spaces to see how much room they have for your belongings.</w:t>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Be prepared for a walk through.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Note questions to ask the seller agent and be sure to bring a notepad and measuring tape. Measure closets and other spaces to see how the properties stack up for you. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="7CC3A18A" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
+                          <w:color w:val="04B098"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>Use all your senses.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Don’t rely on your eyes to tell you everything about a home. Stay awhile and listen for traffic sounds or noisy neighbors. Note any strange or musty smells – they may indicate underlying problems.</w:t>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Don’t rely on your eyes to tell you everything about a home. Stay awhile and walk around, listen for traffic sounds or noisy neighbors. Note any strange or musty smells – they may indicate underlying problems.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="78192F61" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
+                          <w:color w:val="04B098"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>Go outside.</w:t>
                       </w:r>
-                      <w:r>
-[...39 lines deleted...]
-                        <w:t xml:space="preserve"> a walk around the home to check for evidence of foundational issues or wear. </w:t>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>The outer condition of a home is as important as the inside. Take a walk around the home to check for evidence of foundation issues or wear and tear.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="793B8D01" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
+                          <w:color w:val="04B098"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>Don’t overshare.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Keep your financial position and intentions to yourself. Revealing your financial position may jeopardize your chances of getting the home if word gets back to the seller.</w:t>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Keep your financial conditions and intentions as a buyer to yourself. Revealing your financial position may jeopardize your chances of getting the home once word gets back to the seller.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="7C9D476F" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
+                          <w:color w:val="04B098"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                         <w:t>Don’t bring the bandwagon.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Leave your kids and relatives at home. If you want advice from family, ask them on your own time. Kids may run amok and interfere with your ability to glean information from the viewing.</w:t>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Leave your kids and relatives at home. When you want advice from family, ask them on your own time. Kids tend to interfere with learning about a potential home. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="38CA7911" w14:textId="77777777" w:rsidR="00065B22" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="2"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00065B22">
                         <w:rPr>
                           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="008977"/>
-[...11 lines deleted...]
-                        <w:t xml:space="preserve"> Houses needing a little TLC are good opportunities to snag a home for a good price. Aesthetics are easily changed, and with a little creative effort you will have your dream home in no time.</w:t>
+                          <w:color w:val="04B098"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Don’t underestimate fixer-uppers. </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Houses needing a little TLC present an opportunity to snag a home for a good price. With a little conscious effort, you’ll see your dream home in no time.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00545BCC" w:rsidRDefault="00545BCC" w:rsidP="00545BCC">
+                    <w:p w14:paraId="4B9FA977" w14:textId="06BA98EC" w:rsidR="00545BCC" w:rsidRPr="00065B22" w:rsidRDefault="00065B22" w:rsidP="00065B22">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...4 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                         </w:rPr>
                       </w:pPr>
-                    </w:p>
-[...10 lines deleted...]
-                        <w:t>I can help you find your perfect home. Call me today!</w:t>
+                      <w:r w:rsidRPr="00065B22">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="21"/>
+                          <w:szCs w:val="21"/>
+                        </w:rPr>
+                        <w:t>Call today to learn how else I help buyers select their perfect home.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00545BCC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...143 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651582" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35803E6B" wp14:editId="54D09A04">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4037965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2359152" cy="6016752"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2359152" cy="6016752"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="008977"/>
+                          <a:srgbClr val="04B098"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:317.95pt;width:185.75pt;height:473.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFypPVlgIAAIYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTpmmDOEXQosOA&#10;oi3aDj0rshQbkEVNUuJkXz9Ksp2uK3YYloMiiuQj+UxycbVvFdkJ6xrQJS1OckqE5lA1elPS7y+3&#10;Xy4ocZ7piinQoqQH4ejV8vOnRWfmYgI1qEpYgiDazTtT0tp7M88yx2vRMncCRmhUSrAt8yjaTVZZ&#10;1iF6q7JJnp9nHdjKWODCOXy9SUq6jPhSCu4fpHTCE1VSzM3H08ZzHc5suWDzjWWmbnifBvuHLFrW&#10;aAw6Qt0wz8jWNn9AtQ234ED6Ew5tBlI2XMQasJoif1fNc82MiLUgOc6MNLn/B8vvd4+WNFVJTynR&#10;rMVP9ISkMb1RgpwGejrj5mj1bB5tLzm8hlr30rbhH6sg+0jpYaRU7D3h+Dg5nV4W0wklHHXneXE+&#10;QwFxsqO7sc5/FdCScCmpxfCRSra7cz6ZDiYhmgPVVLeNUlGwm/W1smTHwvfNLy5nsx79NzOlg7GG&#10;4JYQw0sWSkvFxJs/KBHslH4SEjkJ6cdMYjeKMQ7jXGhfJFXNKpHCT3P8DdFD/waPWGkEDMgS44/Y&#10;PcBgmUAG7JRlbx9cRWzm0Tn/W2LJefSIkUH70bltNNiPABRW1UdO9gNJiZrA0hqqA3aMhTRKzvDb&#10;Br/bHXP+kVmcHZwy3Af+AQ+poCsp9DdKarA/P3oP9tjSqKWkw1ksqfuxZVZQor5pbPbL4uwsDG8U&#10;zqazCQr2rWb9VqO37TVgOxS4eQyP12Dv1XCVFtpXXBurEBVVTHOMXVLu7SBc+7QjcPFwsVpFMxxY&#10;w/ydfjY8gAdWQ1++7F+ZNX3zeuz7exjmls3f9XCyDZ4aVlsPsokNfuS15xuHPTZOv5jCNnkrR6vj&#10;+lz+AgAA//8DAFBLAwQUAAYACAAAACEAH9JmJeAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7VI3KhTQkob4lSoAiEkfpS23N1kSULjdRRv2/D2LCc4jmY08022HF2njjiE1pOB&#10;6SQChVT6qqXawHbzeDUHFdhSZTtPaOAbAyzz87PMppU/UYHHNddKSiik1kDD3Kdah7JBZ8PE90ji&#10;ffrBWRY51Loa7EnKXaevo2imnW1JFhrb46rBcr8+OAMvD0XxunqP+GOvn7bhi93zW++MubwY7+9A&#10;MY78F4ZffEGHXJh2/kBVUJ0BOcIGZnGyACV2fDtNQO0kl8zjG9B5pv8/yH8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEABcqT1ZYCAACGBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAH9JmJeAAAAAJAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" fillcolor="#008977" stroked="f" strokeweight="2pt"/>
+              <v:rect w14:anchorId="0CDE7221" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:317.95pt;width:185.75pt;height:473.75pt;z-index:251651582;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsYJe5fwIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1kSR9BnSJr0WFA&#10;sRZrh54VWYoNyKJGKXGyXz9KfqTrih2G5aCI4sePD5O8vNo3hu0U+hpswScnOWfKSihruyn496fb&#10;D+ec+SBsKQxYVfCD8vxq+f7dZesWagoVmFIhIxLrF60reBWCW2SZl5VqhD8BpywpNWAjAom4yUoU&#10;LbE3Jpvm+WnWApYOQSrv6fWmU/Jl4tdayXCvtVeBmYJTbCGdmM51PLPlpVhsULiqln0Y4h+iaERt&#10;yelIdSOCYFus/6BqaongQYcTCU0GWtdSpRwom0n+KpvHSjiVcqHieDeWyf8/Wvl19+gekMrQOr/w&#10;dI1Z7DU28Z/iY/tUrMNYLLUPTNLj9OP8YjKfciZJd5pPTs9IIJ7saO7Qh88KGhYvBUf6GqlIYnfn&#10;QwcdINGbB1OXt7UxScDN+tog24n45Waf8ovznv03mLERbCGadYzxJTsmk27hYFTEGftNaVaXMfwU&#10;SeozNfoRUiobJp2qEqXq3M9z+g3eY2dGi5RpIozMmvyP3D3BgOxIBu4uyh4fTVVq09E4/1tgnfFo&#10;kTyDDaNxU1vAtwgMZdV77vBDkbrSxCqtoTw8IEPohsQ7eVvTd7sTPjwIpKmg+aFJD/d0aANtwaG/&#10;cVYB/nzrPeKpWUnLWUtTVnD/YytQcWa+WGrji8lsFscyCbP52ZQEfKlZv9TYbXMN1A4T2ilOpmvE&#10;BzNcNULzTAthFb2SSlhJvgsuAw7Cdeimn1aKVKtVgtEoOhHu7KOTkTxWNfbl0/5ZoOubN1Dff4Vh&#10;IsXiVQ932GhpYbUNoOvU4Me69vWmMU6N06+cuCdeygl1XIzLXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AO5J8BDfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj1FLwzAUhd8F/0O4gm8u3WpqW5uOIYiI&#10;INjtB2RNTKvNTWmyrv57r0/u8XAO53yn2i5uYLOZQu9RwnqVADPYet2jlXDYP9/lwEJUqNXg0Uj4&#10;MQG29fVVpUrtz/hh5iZaRiUYSiWhi3EsOQ9tZ5wKKz8aJO/TT05FkpPlelJnKncD3yRJxp3qkRY6&#10;NZqnzrTfzclJmN/t666w4uXQZAKbN/wq8s1eytubZfcILJol/ofhD5/QoSamoz+hDmyQQEeihCwV&#10;BTCy04e1AHaknMjTe+B1xS8f1L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbGCXuX8C&#10;AABgBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA7knw&#10;EN8AAAAJAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#04b098" stroked="f" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00545BCC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652607" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E3BD037" wp14:editId="30AD0F67">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>473</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3181985</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="859536"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7772400" cy="859536"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="EC008C"/>
+                          <a:srgbClr val="F067A6"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:250.55pt;width:612pt;height:67.7pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwGVY1lwIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3a8pGmDOkWQrsOA&#10;oi3aDj0rshQbkEVNUuJkXz9Kst2uK3YYloMiiuQj+Uzy4vLQKrIX1jWgSzo5ySkRmkPV6G1Jvz9d&#10;fzqjxHmmK6ZAi5IehaOXy48fLjqzEAXUoCphCYJot+hMSWvvzSLLHK9Fy9wJGKFRKcG2zKNot1ll&#10;WYforcqKPD/NOrCVscCFc/h6lZR0GfGlFNzfSemEJ6qkmJuPp43nJpzZ8oIttpaZuuF9GuwfsmhZ&#10;ozHoCHXFPCM72/wB1TbcggPpTzi0GUjZcBFrwGom+ZtqHmtmRKwFyXFmpMn9P1h+u7+3pKlKWlCi&#10;WYuf6AFJY3qrBCkCPZ1xC7R6NPe2lxxeQ60Hadvwj1WQQ6T0OFIqDp5wfJzP58U0R+Y56s5m57PP&#10;pwE0e/E21vmvAloSLiW1GD0yyfY3zifTwSQEc6Ca6rpRKgp2u1krS/YMP++XdZ6frXv038yUDsYa&#10;gltCDC9ZqCzVEm/+qESwU/pBSKQEsy9iJrEZxRiHcS60nyRVzSqRws9y/A3RQ/sGj1hpBAzIEuOP&#10;2D3AYJlABuyUZW8fXEXs5dE5/1tiyXn0iJFB+9G5bTTY9wAUVtVHTvYDSYmawNIGqiM2jIU0Sc7w&#10;6wa/2w1z/p5ZHB381LgO/B0eUkFXUuhvlNRgf773Huyxo1FLSYejWFL3Y8esoER909jr55PpNMxu&#10;FKazeYGCfa3ZvNboXbsGbIcJLh7D4zXYezVcpYX2GbfGKkRFFdMcY5eUezsIa59WBO4dLlaraIbz&#10;api/0Y+GB/DAaujLp8Mzs6ZvXo9tfwvD2LLFmx5OtsFTw2rnQTaxwV947fnGWY+N0++lsExey9Hq&#10;ZXsufwEAAP//AwBQSwMEFAAGAAgAAAAhAK0LckLfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1lbhRp4EGCHEqQAoSJ6CgSr258TaOiNfBdtOUr8c5wW1Gs5p9U6xG07EBnW8t&#10;CVjME2BItVUtNQI+P6rLW2A+SFKys4QCTuhhVZ6fFTJX9kjvOKxDw2IJ+VwK0CH0Oee+1mikn9se&#10;KWZ764wM0bqGKyePsdx0PE2SjBvZUvygZY9PGuuv9cEIaL6f2+3jz+bmZVDOvuqqOt29VUJczMaH&#10;e2ABx/B3DBN+RIcyMu3sgZRn3eRZELBMFlFMcZpeR7UTkF1lS+Blwf8vKH8BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAsBlWNZcCAACFBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEArQtyQt8AAAAJAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" fillcolor="#ec008c" stroked="f" strokeweight="2pt"/>
+              <v:rect w14:anchorId="2706A169" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:250.55pt;width:612pt;height:67.7pt;z-index:251652607;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgR+YifAIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aypGmDOkXQIsOA&#10;oivWDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy6nrfGLZT6GuwBR+d5ZwpK6Gs7abgP55W&#10;ny4480HYUhiwquAH5fn14uOHq9bN1RgqMKVCRiDWz1tX8CoEN88yLyvVCH8GTlkSasBGBDriJitR&#10;tITemGyc5+dZC1g6BKm8p9vbTsgXCV9rJcM3rb0KzBScYgtpxbSu45otrsR8g8JVtezDEP8QRSNq&#10;S04HqFsRBNti/QaqqSWCBx3OJDQZaF1LlXKgbEb5q2weK+FUyoXI8W6gyf8/WHm/e3QPSDS0zs89&#10;bWMWe41N/FN8bJ/IOgxkqX1gki5ns9l4khOnkmQX08vp5/PIZnaydujDFwUNi5uCIz1G4kjs7nzo&#10;VI8q0ZkHU5er2ph0wM36xiDbCXq4VX4+Wx7R/1AzNipbiGYdYrzJTrmkXTgYFfWM/a40q0uKfpwi&#10;SWWmBj9CSmXDqBNVolSd+2lOX5/bYJEyTYARWZP/AbsHiCX8FruLstePpipV6WCc/y2wzniwSJ7B&#10;hsG4qS3gewCGsuo9d/pHkjpqIktrKA8PyBC6HvFOrmp6tzvhw4NAagp6amr08I0WbaAtOPQ7zirA&#10;X+/dR32qVZJy1lKTFdz/3ApUnJmvlqr4cjSZxK5Mh8l0NqYDvpSsX0rstrkBKocRjRQn0zbqB3Pc&#10;aoTmmebBMnolkbCSfBdcBjwebkLX/DRRpFoukxp1ohPhzj46GcEjq7Eun/bPAl1fvIHK/h6ODSnm&#10;r2q4042WFpbbALpOBX7iteebujgVTj9x4ph4eU5ap7m4+A0AAP//AwBQSwMEFAAGAAgAAAAhAKGc&#10;isffAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrK/VWHEJJURoHIRCqVMQB&#10;isTVxNs4JV6H2IH07+uc2tuMZjX7Jlv0pmY3bF1lScBkHAFDKqyqqBRw/Nw8z4E5L0nJ2hIK+EEH&#10;i3z0kMlU2Tvt8XbwJQsl5FIpQHvfpJy7QqORbmwbpJB92dZIH2xbctXKeyg3NY+jKOFGVhQ+aNng&#10;SmNxOXRGwPR1120u8Xav+ffx3Z/WV7Ndfgjx9Ngv34B57P3fMQz4AR3ywHS2HSnH6sEzL2AWTYIY&#10;4jh+CeosIJkmM+B5xv8vyH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoEfmInwCAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoZyKx98A&#10;AAAJAQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#f067a6" stroked="f" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00545BCC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A6AD68" wp14:editId="1B1153DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>635</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-473</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="3182112"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7772400" cy="3182112"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1646,148 +1704,154 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:-.05pt;width:612pt;height:250.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQC5gdTaJwMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T32ZO6dRnSpL2qlS1VZtpz4TjGMkDAzIbdP++w5gJ1VbbdK0PJADHM7l4+Pz+cWuE2jDjOVKVjg7&#10;STFikqqay1WFvz1djcYYWUdkTYSSrMJ7ZvHF9OOH862esFy1StTMIAgi7WSrK9w6pydJYmnLOmJP&#10;lGYSNhtlOuJgalZJbcgWonciydP0c7JVptZGUWYtrC7iJp6G+E3DqLtrGsscEhWG2lwYTRiXfkym&#10;52SyMkS3nPZlkH+ooiNcQtJDqAVxBK0NfxOq49Qoqxp3QlWXqKbhlIUeoJssfdXNY0s0C70AOFYf&#10;YLL/Lyy93dwbxGu4O4wk6eCKHgA0IleCoczDs9V2Al6P+t70Mwum73XXmM7/QxdoFyDdHyBlO4co&#10;LJZlmRcpIE9h71M2zrMs91GT43FtrPvKVIe8UWED6QOUZHNjXXQdXHy2peD6iguBag3wQmSj3DN3&#10;bQDLtzE49XDBZf+dVPEiFoquOyZdZJZhgjigtW25tpBmwrolA6DMdR2TQI9QoU/nuw23/TMfz9L0&#10;LP8ymp+m81GRlpej2VlRjsr0sizSYpzNs/kvX2JWTNaW3ShKxELzgXpZ8abadxnTP4JImkA+tCGB&#10;4hEwKChgPJQIcHvcfK3WUH/D4Ae2M8zR1psNQNqvg/Nhoz/oAfdeQvpRKj+PmfxK4jkSWREstxcs&#10;ej+wBsgFPMjDtYRnzebCxGoJpYB2BNO2pGZx+TSFX0+Sw4nQjpAQ8FhtH7sP4CXjbexYZewuHGVB&#10;FQ6FpX8qrAdzOBEyK+kOhzsulXkvgICu+szRfwApQuNRWqp6D08P2BtYbDW94vAAboh198SACAG1&#10;QVjdHQyNUNsKq97CqFXmx3vr3h8IBLsYbUHUKmy/r4lhGIlrCapxlhWFV8EwKU7L3D+flzvLlzty&#10;3c0VkAqUAaoLpvd3YjAbo7pn0N+ZzwpbRFLIXWHqzDCZuyi2oOCUzWbBDZRPE3cjHzUd3qt/4E+7&#10;Z2J0rwIOmHurBgEkk1diEH0jF2drpxoelOKIa483qGYgTq/wXpZfzoPX8Ts0/Q0AAP//AwBQSwME&#10;FAAGAAgAAAAhADedwRi6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIw&#10;EEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0oJuOdgKaqgZGTXhmn&#10;BVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO50gw+WszljJoHlDfU&#10;xNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCSMvgOm+oaNPCu5V+P&#10;dS8AAAD//wMAUEsDBBQABgAIAAAAIQBkId5/2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7N&#10;TsMwEITvSLyDtUjcWrsBKhTiVBWICycoP+K4jbdORLyOYqdJ3h7nBKfZ0axmvmI3uVacqQ+NZw2b&#10;tQJBXHnTsNXw8f68ugcRIrLB1jNpmCnArry8KDA3fuQ3Oh+iFamEQ44a6hi7XMpQ1eQwrH1HnLKT&#10;7x3GZHsrTY9jKnetzJTaSocNp4UaO3qsqfo5DE7D8GTml+/PG573X+j96XXcdtZqfX017R9ARJri&#10;3zMs+AkdysR09AObINrFi6hhlWQJs+w2XUcNd2qjQJaF/M9f/gIAAP//AwBQSwMECgAAAAAAAAAh&#10;AHrAjHQf3g0AH94NABQAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZ//Y/+EVsUV4aWYAAElJKgAIAAAA&#10;CQAPAQIAFgAAAHoAAAAQAQIALQAAAJAAAAASAQMAAQAAAAEAAAAaAQUAAQAAAL0AAAAbAQUAAQAA&#10;AMUAAAAoAQMAAQAAAAIAAAAxAQIAIgAAAM0AAAAyAQIAFAAAAO8AAABphwQAAQAAAAQBAACkAQAA&#10;RUFTVE1BTiBLT0RBSyBDT01QQU5ZAEtPREFLIEVhc3lTaGFyZSBaOTgwIERpZ2l0YWwgQ2FtZXJh&#10;ICAgICAgICAgAID8CgAQJwAAgPwKABAnAABBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93&#10;cykAMjAxNTowODoyNiAxMDoxOTozMQAACQCaggUAAQAAAHYBAACdggUAAQAAAH4BAAAniAMAAQAA&#10;AEAAAAADkAIAFAAAAIYBAAAJkgMAAQAAABgAAAAKkgUAAQAAAJoBAAABoAMAAQAAAP//AAACoAQA&#10;AQAAAGQCAAADoAQAAQAAAPsAAAAAAAAAAQAAAEABAAA/AAAACgAAADIwMTQ6MDk6MjQgMTM6Mzc6&#10;MzAAPQAAAAoAAAAAAAYAAwEDAAEAAAAGAAAAGgEFAAEAAADyAQAAGwEFAAEAAAD6AQAAKAEDAAEA&#10;AAACAAAAAQIEAAEAAAACAgAAAgIEAAEAAACnEwAAAAAAAEgAAAABAAAASAAAAAEAAAD/2P/tAAxB&#10;ZG9iZV9DTQAC/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMT&#10;GBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4O&#10;DhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM/8AAEQgAQgCgAwEi&#10;AAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAAAAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEA&#10;AAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGh&#10;sUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0&#10;lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhED&#10;ITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2&#10;dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQAC&#10;EQMRAD8AxcLGzsy12Kyz0KgDYA76O1vsdbkNlv0nMZv9/wDO/wDXq11GPkY+XX62O/1KySA+CJI/&#10;rBqwsDAvz2bTY4NYNr2va70nMZ+hbUz27f8Ap2el/wBZrW9hYQw6TULLLQXbv0jt0E8tYYb7Va5Q&#10;z4dRod5eP6PCGDmOG99RsPztntS2ou1Oyve9rJjcQJPAkxuKtW16RbUK3IxqXbLbWVvP5rjqqmb1&#10;Qm1+PgEHY5zX5Uae07f1drv/AD67/wBSLPY0tmJ3clx1cT+89357lWy83GJqPq79mfHyxlrL0/m7&#10;bcjFd9G+oz23t/vRWgO+iQ6f3SD+RYMTz89FBzGiNrGhx4IAkfypTBzveH4rjyg6S/B3H5OJW81v&#10;ura8cguAj4/mqnnNbY8PxrGPcRD3+oC1gMND9tR9X9G3fbs/m/8ASKiAGNhujRwlTTdkX11VB2Rf&#10;adtNLQDuJB0az2t9rfpPu9lX87aos3M+5AxMB3GrJj5fgkJCR8dGTOoVYc3Me62neQ2sODdT7dr9&#10;7f7W7f8A4JBybSHyayzEyf5uxtofXt+lNV7Helurut/WaaXWejb/AMIiVU4xvvwxcx2O8NqtzK2+&#10;rWDIfkfYvU/nLq/5r7W39Jd/gP0KuZ3R7cDL9Wpj7ejPrFjC5jnAWNr9OrbU31LrMn0v5999FP2q&#10;uq36HpY6pmZ4fblqIkyHU3/VZZQ14hoSN+7Qzsm9t1z9tvtLGY4s2/QreN7hBfa9n6Oz17nP/T+o&#10;nxRkG8uymi2QDkVtdILg9zqa8V420+9x3+lss9X/AK4q1pZZfV6tjPTsBfLSOC3bQ5vq79/p7ffX&#10;/wAH+kRxfVXiyWh7AGvsbY0SC11rmXbY2vc31nfZnsdT+l9X+cTozByceThMpeqWnH/i8Xyf3WMw&#10;qNRvtr6VxkP99z3FrvVJewNJsa14P87Y8ua1vtf6Vbn/AKP8xW8np7KulkuFbch0XAh7i13DnPq3&#10;uZu/Rf1/z1RLr8ltdtnptG51jXj26n2+1jvUaz/r3/o1Oaaw0WPI32bmhs+89i7fq5zG/wBdSwzw&#10;uZ4eKUhw2T8p/Tr5lezIiPqAAN6JMPIxaB61gddY0AMFQLK4H5znXmtu3+z/AIJa1V797q8n0qbm&#10;tZZZiB5dfSy07ca3Ma5tba25H+j/AJ3F9XF+1f0yv06eN0/Movo9Jobn2NbfS21pc2is7ms6jks2&#10;+m6xr2/qOK9+99rN9tWz2KfUfq+/HbV1DpEu6ljb3vN36Q5bXz9qrzd38/bk77N3+l3/AGf/AESd&#10;j5o4qiAAL9QHXxlKSp4Iyu7Jrft/dDo7UtqrdM6ji9Qx2X4wc2p5LGsedz67Gjc/Cusd7n2VMG/H&#10;uf8A0vE/Sf0mjLVm6yulrXWGA9wYD5u8fuWlHJEx479O+vTzaUoGMuEjV//Q1sbHpx8evHobspra&#10;BW3Xjz3e7c7+UibU9W9zA54hz9Q2NQD9Bjv5f7yzep9bpxGvZQWutYSH2v0rrI/lH22v/k/Q/wDP&#10;avynGIs6BqCBkaGrays7Fwyxt7jvfG2tglxBO3frtaxn8ux6xeodQys0uxnFrMWmx4AqmHjdo57/&#10;APCfQ3M/wazm5eJkWPfdmM9QuPqeqXh8/Ov6P7qstvwuBlUN8Ief++sVPLzEpaD0htY8UY6nUsg0&#10;QAOBx3/uUht5I18UmuqOoyKSD/LH9yUMaC71ay1us7xEBQWy2Fi4DWJI7Dv5JBpGpiTzynYaLIeM&#10;isj81su083fo/pogYCNLGH4On+CFpsOX1Pq9OC8MsreXOHsMHa7x2OH7v9dibB68baraXYGQ/wBV&#10;u211OQ2kPqmfSsqsxc523d/OfpvSt/wla0r8GvKpdTc1ltTuWucG6/vM13Nf/LatT6lYDcC3JaXl&#10;9zmgMs0B9EEe120/znqfzj/8J+iSMqF9Udd0mbTTb9WMC+thqppbPo2FrXe7cxte6mqvH3+pu2Xf&#10;Z6/U9T1P52yz1L1dGB9Y+mVut2/aqmbC+G7mEcNe2HenTa5nv2fpdm/0rP0irfWz65U9CtPT6cb7&#10;XnXUh77LbRVWxtoc1m0e62+zb/xf/GLC6N19hyWuZY7H2OY04xO8AEhvoTuHr7WfpP0z/wCe9P8A&#10;0KgnGUTxVod6/RSDdDs1MnaxllDg1lQt3OqqrfTX6haXeoy1zN9G/f6fo+l6T/0am5xZU2wmN1n6&#10;NrSXaPcbvbZDd/ss/wBf5tWerNxMrqVjKmsdQHF+KxzYc2fd636Uus9Z7nexn84qWVeymjFe8g2g&#10;ucxmmpG1thHLat1n7/6Tf/YSAH+F/L/pJJ6s6Zdds3t+lDG2O2nawurZU1um72v9R/8AIVplVJ/S&#10;kAue2apk+kwFuzNyWMB/Rs/wWP8A0jK9H/i/VBiVMqc/1b2RXaHhzh6lc0A/oXMY11vpvft3+z0v&#10;Z/hP0i0m+ixrLvWGW+zIda+2sWh9jidvqWjJqqfu9b+asZvq/wAHQlPhiND8qroahv4P2fGcykP9&#10;a3Kl77XuBe98S7cNP/Ua0DxEcD4KliMuFzzezducba7RoASI2nbtc7c1zv5z31/9tq7EAwJPwQjs&#10;sed6viXdLybOs4DDZTc0DquG0x6jGn1G5dJ/weVjvb67bv8AB2/p/wCb+01vPk3YuRh03mwWG1u/&#10;FvYIbYwmPVdo/wBHZY30srG/wGX+h/m/s91m25p2jy+C5qnAf0/q19GIQ3p1p9X7LZZSzZa5ux1m&#10;GzJyKfVou/mb8Zzf1jH/AD/VxsO+uxhyUJY5VwzHUcVLMkOKj+kH/9FfWrqXVcLFd9kpAocAH5G7&#10;3EkOc6toj9FtbX7/AH/pf8H/AIRcLf8Absmtt9zoYXFjQDwQGvc1o+iz6f5i9Bx/rLg2AWvxrLaN&#10;nqP3VggVGG3XbNxc57cd7tlexZbsPpFjCcfGaKHWG2pj9znM3NYGsIef9D6Ttj2ep++n5ZxMibMh&#10;X8orYRIjsA5f1F6HR1TrbmZNT8miih77A1wBBP6OrdY9zdrd7l2eb9Rvq/ZlYjHY1tTHOLXtNjHS&#10;DGv0bED6r14zM1zWsoYC0bQ9sCR6n821g91m3/wPeukfsbmYZb6YHqtn0xtHPfcoJysWNGQB47H+&#10;pn1aymn0rGvcwAvAxclp938mXpZ31A6FW6sNfazdUHvLGhskl4O1mQ31mfR/PW99XXt9S2TA9NvP&#10;9ZW+rOZ9oZJGtLY1Hi8JZrEbBrVbjNnXs4XQfqFgNwnN6ji2WWNtPpvqdUxrq4b6dg37n/pPp+5V&#10;rPqJ9X2W5j7bHMZVLml7N4b+kZX7mYrfWf7bNvsXYYgYWuIFUxWXTU9zvoN+m+dr/wCyqWUJbnhs&#10;k7eGj/hqfotHuTQTcPHdcdi89jfUHoWQ6ost3VW8OZTkNJALmaOtZ6bPez/Cq70TorOiYeRZ04Oy&#10;MrIqL4dAJLHOayqvXZ9He/3fTetzomQ6KcQ1uEVOeHEESXWWs2bSELDc0toLXAh9bgwgg7ocZ2bf&#10;p7U3NIWBHayD5xVjvq8j9fxV/wA4CXvrYG4VFj97SdrJdV6hd6dn+Feyv+uj/V36s2YuRfX1CsNz&#10;L3PqaxxBDBtO2zczdtfdZt97P0no/uIf1/eW9YyGyG7ujY7hPeMyv/O9rV1l5DevPsdo1tgc4ngA&#10;M3OclMm4juVwGl+DwudTb03OsZkY7PtLTLrWt7ho99Vnsc+l+61npu/R/wA59NQqwX5VDs28MNDL&#10;3l7WjeXb/StZW5jH7nsvdV9nYz6Ff6X1P0dXqLout5rMvMyMNlUPw3lrbTJnfts9RmxrbKvTj/Se&#10;9U8bCiqu2qp77G3WDX3OaGD7P6e2tn8059uT6e/07P8ACKOAo2R0/wDRUS3bXScL0sO7L6g2u9zq&#10;XmplkWWt2E2XWVDZ+dYH+j6n+B9P/SKy7pWU+1t3Tr6cGuA8ObjsvNhsYxzrBvLa8aqv+Zqx6v8A&#10;Rvts/Mrq0Pq+L66sdjjcD6T5Hpj95+3dY9u9ztv/AJBXL2BtzhqOIBAECGwNrRtUhAoGh5dEOMMD&#10;r0a9Upd5nArn722NS+w9fHHUMR39bB/8jctYAef3f7EgB5/d/sQoKtyHYn1kDSWZWA9wBhrsW1oJ&#10;/d3NudtRbqMB32PLtxhX1G2p7qveHGtgLTbQ5rfZZs+0ubXb/wBcWo0ajn7v9iZ7J6OHQfa1sGGx&#10;q5u7X+cUmD+eh5j/AKS2fyS8i//SwukZgtDMusAWOGy5usbht9Rv9qGWK/VZYa373F02OLiTyfzn&#10;/u7v5Sy+kdH6rgWv9drPQsHvDH7nNcPoO2Bv530FqUfZXNsa/IqY9rySHEwQ7xewP9N38h6p3+sN&#10;SuPno2DPEcQ+US693f8Aqk9n2uyuv1zlES5tQaWmmNv6R1n/AA/7n6T/AK2r/VupOZkV+hk2yKi7&#10;ZXa0ukP2bvQoZZ6m33b3bv0S4qqr6wud+rVAgkQwW17XQTt9nqe/a1So6T9aKshuQKRW+vQF9rDI&#10;J3bHND/5vd+ZtT/dHcfawA67PR/tLqpsAdlXlpZ7WssuBcSfZv3+6r9x/s9NUuqfWPPw21CvItfa&#10;SC6p1z3EAfS9R4P0nu/Mb/NrPp6Z9bW2eqbQ7UF1dlxIMH6B2i32fyFZ6j0LL6hYLH3Bjw3a4bIa&#10;BztbFjn/AEnO3uSlkjXzBdKq9J1V0P685tOWyrqj7L8W2wCy3d72B0t9sfmNe7e/d/g1vDKzbMu1&#10;lluQythe0ejbbqWO2ul7nfu/zfouXJD6lZT+cykOPMNfMfyNp3LYyMbOZ019dbrMnqTQC24gMqdZ&#10;u9ztloft/Rvf6f5iUckNuLyRHTdXV+rdRx+nNcMrIIc4tfusfI3B36O6bfY/9zesGnq19TWuNzgW&#10;uc+tzpBktFz3f9Fr/wCutZnTsm/pz+n9Uuc/c4PbcIdaC1uxlf6T2NY3c/6G/wBT+dQbPqx0+rGt&#10;tN1os2EMfYWsqa4z6XqbaTY/9J+5/wAGgRGethbIWdC5ubkMyA/1vcX1elvBmGbvoVud+7b++uzf&#10;1WnJYep7SKrBFjAQS32ejbH73/BrgX9Lzm5Dce91WNOovNgcyAPfv2sdt3fyW70W+39BTi1ZttIq&#10;a5tlTWk45du+n6tb/wBI30/+A/waQx7cMga1SDw3rdj8U2T1LIvvfdvPuc5wk7Zkl7tgWyxjXVY1&#10;dkB7sdr2jUw18XWP3t/l3/St/wCLWJd0ksDn/b8baWhwbttJMhp/R7qm+xzm/pP9H/hFuU49Ryam&#10;vc0Mbi1MLRY1jgQP5zZY7+b2oxqIJ8kRJuyXougMY2nFb7XRU8Sby0+1z2fzTN9f5n5q0L49d0cQ&#10;ODuHA/OP0lk4luViBhY+u1rAQw2VtLgHFz/dayxjXfzn7inb1DNc82FzZMAtYGgCNO7bHf8ATQlk&#10;gRoeq7Tu6Ijz+7/YkI8/9fksoZuZB1keRbI/8DYq1/V82kS2m60dnNLY/wCltQE4nqFUO4d9pA5G&#10;nc8aBcT1L/GNsoOP07pzbcYfo2515cA8iHzVWwNexvub9NyuO+s9nuaa7qnjQe6sn/MsGz/wOxc7&#10;kdN6Zks2erk41RfuZWyipzA49621Gr2/1FLj0lxXqNtVEAirBt//0+Ht/nWf0r6H5/8AO/8AW/5C&#10;FV/ON+j3+Kx0lF0+jE9di/zP/angfzXHf6H/AH9dL0r+aZ/Tfn/35eWJKtl3+qY7vtdf/XeT9Pj/&#10;AM5Sfx34/OXiiSgkyh9od/a+XPP/AFKZ30T/ADi8YSTQp9jPHz7/APfv5Sz8z6f+B7/8d/b/AOD/&#10;ANIvLElJDdD6O76bv5n/AK//AEbt9FZfUP5539D5/wAB9H+1/LXGJK1i3Wl7LG4Z9Hk/Q+j/AOq/&#10;9ItXrf8Ayoz+a/ozPhwPo/yf315wknn9L+X7yuj6d0Lg/wAx9P8AM/nOP8H/ACVut5+/6fH/AJ0v&#10;FElVn8xXjZ9v/d/o/P56LV9L/tD/AK/vLwtJIbpfff8A3F/9c/gqmdzX/wCJ/l3859L/AK1/6MXh&#10;qSsYtwgv/9n/7R0EUGhvdG9zaG9wIDMuMAA4QklNBAQAAAAAACQcAVoAAxslRxwBWgADGyVHHAIA&#10;AAJPUhwCNwAIMjAxNDA5MjQ4QklNBCUAAAAAABCRf+zW2oBoR4U+Aiar6wjzOEJJTQQ6AAAAAADl&#10;AAAAEAAAAAEAAAAAAAtwcmludE91dHB1dAAAAAUAAAAAUHN0U2Jvb2wBAAAAAEludGVlbnVtAAAA&#10;AEludGUAAAAAQ2xybQAAAA9wcmludFNpeHRlZW5CaXRib29sAAAAAAtwcmludGVyTmFtZVRFWFQA&#10;AAABAAAAAAAPcHJpbnRQcm9vZlNldHVwT2JqYwAAAAwAUAByAG8AbwBmACAAUwBlAHQAdQBwAAAA&#10;AAAKcHJvb2ZTZXR1cAAAAAEAAAAAQmx0bmVudW0AAAAMYnVpbHRpblByb29mAAAACXByb29mQ01Z&#10;SwA4QklNBDsAAAAAAi0AAAAQAAAAAQAAAAAAEnByaW50T3V0cHV0T3B0aW9ucwAAABcAAAAAQ3B0&#10;bmJvb2wAAAAAAENsYnJib29sAAAAAABSZ3NNYm9vbAAAAAAAQ3JuQ2Jvb2wAAAAAAENudENib29s&#10;AAAAAABMYmxzYm9vbAAAAAAATmd0dmJvb2wAAAAAAEVtbERib29sAAAAAABJbnRyYm9vbAAAAAAA&#10;QmNrZ09iamMAAAABAAAAAAAAUkdCQwAAAAMAAAAAUmQgIGRvdWJAb+AAAAAAAAAAAABHcm4gZG91&#10;YkBv4AAAAAAAAAAAAEJsICBkb3ViQG/gAAAAAAAAAAAAQnJkVFVudEYjUmx0AAAAAAAAAAAAAAAA&#10;QmxkIFVudEYjUmx0AAAAAAAAAAAAAAAAUnNsdFVudEYjUHhsQFIAAAAAAAAAAAAKdmVjdG9yRGF0&#10;YWJvb2wBAAAAAFBnUHNlbnVtAAAAAFBnUHMAAAAAUGdQQwAAAABMZWZ0VW50RiNSbHQAAAAAAAAA&#10;AAAAAABUb3AgVW50RiNSbHQAAAAAAAAAAAAAAABTY2wgVW50RiNQcmNAWQAAAAAAAAAAABBjcm9w&#10;V2hlblByaW50aW5nYm9vbAAAAAAOY3JvcFJlY3RCb3R0b21sb25nAAAAAAAAAAxjcm9wUmVjdExl&#10;ZnRsb25nAAAAAAAAAA1jcm9wUmVjdFJpZ2h0bG9uZwAAAAAAAAALY3JvcFJlY3RUb3Bsb25nAAAA&#10;AAA4QklNA+0AAAAAABAASAAAAAEAAQBIAAAAAQABOEJJTQQmAAAAAAAOAAAAAAAAAAAAAD+AAAA4&#10;QklNA/IAAAAAAAoAAP///////wAAOEJJTQQNAAAAAAAEAAAAHjhCSU0EGQAAAAAABAAAAB44QklN&#10;A/MAAAAAAAkAAAAAAAAAAAEAOEJJTScQAAAAAAAKAAEAAAAAAAAAAThCSU0D9QAAAAAASAAvZmYA&#10;AQBsZmYABgAAAAAAAQAvZmYAAQChmZoABgAAAAAAAQAyAAAAAQBaAAAABgAAAAAAAQA1AAAAAQAt&#10;AAAABgAAAAAAAThCSU0D+AAAAAAAcAAA/////////////////////////////wPoAAAAAP//////&#10;//////////////////////8D6AAAAAD/////////////////////////////A+gAAAAA////////&#10;/////////////////////wPoAAA4QklNBAgAAAAAABAAAAABAAACQAAAAkAAAAAAOEJJTQQeAAAA&#10;AAAEAAAAADhCSU0EGgAAAAADZQAAAAYAAAAAAAAAAAAAAPsAAAJkAAAAGABkAG8AdQBiAGwAZQAt&#10;AGMAYQByAC0AZwBhAHIAYQBnAGUALQA0ADcANQA4ADcANgAAAAEAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AQAAAAAAAAAAAAACZAAAAPsAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAQAAAA&#10;AQAAAAAAAG51bGwAAAACAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxv&#10;bmcAAAAAAAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAAAPsAAAAAUmdodGxvbmcAAAJkAAAA&#10;BnNsaWNlc1ZsTHMAAAABT2JqYwAAAAEAAAAAAAVzbGljZQAAABIAAAAHc2xpY2VJRGxvbmcAAAAA&#10;AAAAB2dyb3VwSURsb25nAAAAAAAAAAZvcmlnaW5lbnVtAAAADEVTbGljZU9yaWdpbgAAAA1hdXRv&#10;R2VuZXJhdGVkAAAAAFR5cGVlbnVtAAAACkVTbGljZVR5cGUAAAAASW1nIAAAAAZib3VuZHNPYmpj&#10;AAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRv&#10;bWxvbmcAAAD7AAAAAFJnaHRsb25nAAACZAAAAAN1cmxURVhUAAAAAQAAAAAAAG51bGxURVhUAAAA&#10;AQAAAAAAAE1zZ2VURVhUAAAAAQAAAAAABmFsdFRhZ1RFWFQAAAABAAAAAAAOY2VsbFRleHRJc0hU&#10;TUxib29sAQAAAAhjZWxsVGV4dFRFWFQAAAABAAAAAAAJaG9yekFsaWduZW51bQAAAA9FU2xpY2VI&#10;b3J6QWxpZ24AAAAHZGVmYXVsdAAAAAl2ZXJ0QWxpZ25lbnVtAAAAD0VTbGljZVZlcnRBbGlnbgAA&#10;AAdkZWZhdWx0AAAAC2JnQ29sb3JUeXBlZW51bQAAABFFU2xpY2VCR0NvbG9yVHlwZQAAAABOb25l&#10;AAAACXRvcE91dHNldGxvbmcAAAAAAAAACmxlZnRPdXRzZXRsb25nAAAAAAAAAAxib3R0b21PdXRz&#10;ZXRsb25nAAAAAAAAAAtyaWdodE91dHNldGxvbmcAAAAAADhCSU0EKAAAAAAADAAAAAI/8AAAAAAA&#10;ADhCSU0EFAAAAAAABAAAAAE4QklNBAwAAAAAE8MAAAABAAAAoAAAAEIAAAHgAAB7wAAAE6cAGAAB&#10;/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwP&#10;FRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQO&#10;Dg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEI&#10;AEIAoAMBIgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEF&#10;AQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMi&#10;cYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj&#10;80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcG&#10;BTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kST&#10;VKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/&#10;2gAMAwEAAhEDEQA/AMXCxs7Mtdiss9CoA2AO+jtb7HW5DZb9JzGb/f8Azv8A16tdRj5GPl1+tjv9&#10;SskgPgiSP6wasLAwL89m02ODWDa9r2u9JzGfoW1M9u3/AKdnpf8AWa1vYWEMOk1Cyy0F279I7dBP&#10;LWGG+1WuUM+HUaHeXj+jwhg5jhvfUbD87Z7UtqLtTsr3vayY3ECTwJMbirVtekW1CtyMal2y21lb&#10;z+a46qpm9UJtfj4BB2Oc1+VGntO39Xa7/wA+u/8AUiz2NLZid3JcdXE/vPd+e5VsvNxiaj6u/Znx&#10;8sZay9P5u23IxXfRvqM9t7f70VoDvokOn90g/kWDE8/PRQcxojaxoceCAJH8qUwc73h+K48oOkvw&#10;dx+TiVvNb7q2vHILgI+P5qp5zW2PD8axj3EQ9/qAtYDDQ/bUfV/Rt327P5v/AEiogBjYbo0cJU03&#10;ZF9dVQdkX2nbTS0A7iQdGs9rfa36T7vZV/O2qLNzPuQMTAdxqyY+X4JCQkfHRkzqFWHNzHutp3kN&#10;rDg3U+3a/e3+1u3/AOCQcm0h8mssxMn+bsbaH17fpTVex3pbq7rf1mml1no2/wDCIlVOMb78MXMd&#10;jvDarcytvq1gyH5H2L1P5y6v+a+1t/SXf4D9Crmd0e3Ay/VqY+3oz6xYwuY5wFja/Tq21N9S6zJ9&#10;L+fffRT9qrqt+h6WOqZmeH25aiJMh1N/1WWUNeIaEjfu0M7Jvbdc/bb7SxmOLNv0K3je4QX2vZ+j&#10;s9e5z/0/qJ8UZBvLspotkA5FbXSC4Pc6mvFeNtPvcd/pbLPV/wCuKtaWWX1erYz07AXy0jgt20Ob&#10;6u/f6e331/8AB/pEcX1V4sloewBr7G2NEgtda5l22Nr3N9Z32Z7HU/pfV/nE6MwcnHk4TKXqlpx/&#10;4vF8n91jMKjUb7a+lcZD/fc9xa71SXsDSbGteD/O2PLmtb7X+lW5/wCj/MVvJ6eyrpZLhW3IdFwI&#10;e4tdw5z6t7mbv0X9f89US6/JbXbZ6bRudY149up9vtY71Gs/69/6NTmmsNFjyN9m5obPvPYu36uc&#10;xv8AXUsM8LmeHilIcNk/Kf06+ZXsyIj6gADeiTDyMWgetYHXWNADBUCyuB+c515rbt/s/wCCWtVe&#10;/e6vJ9Km5rWWWYgeXX0stO3GtzGubW2tuR/o/wCdxfVxftX9Mr9OnjdPzKL6PSaG59jW30ttaXNo&#10;rO5rOo5LNvpusa9v6jivfvfazfbVs9in1H6vvx21dQ6RLupY297zd+kOW18/aq83d/P25O+zd/pd&#10;/wBn/wBEnY+aOKogAC/UB18ZSkqeCMruya37f3Q6O1Laq3TOo4vUMdl+MHNqeSxrHnc+uxo3Pwrr&#10;He59lTBvx7n/ANLxP0n9Joy1Zusrpa11hgPcGA+bvH7lpRyRMeO/Tvr082lKBjLhI1f/0NbGx6cf&#10;Hrx6G7Ka2gVt14893u3O/lIm1PVvcwOeIc/UNjUA/QY7+X+8s3qfW6cRr2UFrrWEh9r9K6yP5R9t&#10;r/5P0P8Az2r8pxiLOgaggZGhq2srOxcMsbe473xtrYJcQTt367WsZ/LsesXqHUMrNLsZxazFpseA&#10;Kph43aOe/wDwn0NzP8Gs5uXiZFj33ZjPULj6nql4fPzr+j+6rLb8LgZVDfCHn/vrFTy8xKWg9IbW&#10;PFGOp1LINEADgcd/7lIbeSNfFJrqjqMikg/yx/clDGgu9WstbrO8RAUFsthYuA1iSOw7+SQaRqYk&#10;88p2GiyHjIrI/NbLtPN36P6aIGAjSxh+Dp/ghabDl9T6vTgvDLK3lzh7DB2u8djh+7/XYmwevG2q&#10;2l2BkP8AVbttdTkNpD6pn0rKrMXOdt3fzn6b0rf8JWtK/BryqXU3NZbU7lrnBuv7zNdzX/y2rU+p&#10;WA3AtyWl5fc5oDLNAfRBHtdtP856n84//CfokjKhfVHXdJm002/VjAvrYaqaWz6Nha13u3MbXupq&#10;rx9/qbtl32ev1PU9T+dss9S9XRgfWPplbrdv2qpmwvhu5hHDXth3p02uZ79n6XZv9Kz9Iq31s+uV&#10;PQrT0+nG+1511Ie+y20VVsbaHNZtHutvs2/8X/xiwujdfYclrmWOx9jmNOMTvABIb6E7h6+1n6T9&#10;M/8AnvT/ANCoJxlE8VaHev0Ug3Q7NTJ2sZZQ4NZULdzqqq301+oWl3qMtczfRv3+n6Ppek/9Gpuc&#10;WVNsJjdZ+ja0l2j3G722Q3f7LP8AX+bVnqzcTK6lYyprHUBxfisc2HNn3et+lLrPWe53sZ/OKllX&#10;spoxXvINoLnMZpqRtbYRy2rdZ+/+k3/2EgB/hfy/6SSerOmXXbN7fpQxtjtp2sLq2VNbpu9r/Uf/&#10;ACFaZVSf0pALntmqZPpMBbszcljAf0bP8Fj/ANIyvR/4v1QYlTKnP9W9kV2h4c4epXNAP6FzGNdb&#10;6b37d/s9L2f4T9ItJvosay71hlvsyHWvtrFofY4nb6loyaqn7vW/mrGb6v8AB0JT4YjQ/Kq6Gob+&#10;D9nxnMpD/Wtype+17gXvfEu3DT/1GtA8RHA+CpYjLhc83s3bnG2u0aAEiNp27XO3Nc7+c99f/bau&#10;xAMCT8EI7LHner4l3S8mzrOAw2U3NA6rhtMeoxp9RuXSf8HlY72+u27/AAdv6f8Am/tNbz5N2LkY&#10;dN5sFhtbvxb2CG2MJj1XaP8AR2WN9LKxv8Bl/of5v7PdZtuado8vguapwH9P6tfRiEN6dafV+y2W&#10;Us2WubsdZhsycin1aLv5m/Gc39Yx/wA/1cbDvrsYclCWOVcMx1HFSzJDio/pB//RX1q6l1XCxXfZ&#10;KQKHAB+Ru9xJDnOraI/RbW1+/wB/6X/B/wCEXC3/AG7Jrbfc6GFxY0A8EBr3NaPos+n+YvQcf6y4&#10;NgFr8ay2jZ6j91YIFRht12zcXOe3He7ZXsWW7D6RYwnHxmih1htqY/c5zNzWBrCHn/Q+k7Y9nqfv&#10;p+WcTImzIV/KK2ESI7AOX9Reh0dU625mTU/Joooe+wNcAQT+jq3WPc3a3e5dnm/Ub6v2ZWIx2NbU&#10;xzi17TYx0gxr9GxA+q9eMzNc1rKGAtG0PbAkep/NtYPdZt/8D3rpH7G5mGW+mB6rZ9MbRz33KCcr&#10;FjRkAeOx/qZ9Wspp9Kxr3MALwMXJafd/Jl6Wd9QOhVurDX2s3VB7yxobJJeDtZkN9Zn0fz1vfV17&#10;fUtkwPTbz/WVvqzmfaGSRrS2NR4vCWaxGwa1W4zZ17OF0H6hYDcJzeo4tlljbT6b6nVMa6uG+nYN&#10;+5/6T6fuVaz6ifV9luY+2xzGVS5pezeG/pGV+5mK31n+2zb7F2GIGFriBVMVl01Pc76Dfpvna/8A&#10;sqllCW54bJO3ho/4an6LR7k0E3Dx3XHYvPY31B6FkOqLLd1VvDmU5DSQC5mjrWemz3s/wqu9E6Kz&#10;omHkWdODsjKyKi+HQCSxzmsqr12fR3v9303rc6JkOinENbhFTnhxBEl1lrNm0hCw3NLaC1wIfW4M&#10;IIO6HGdm36e1NzSFgR2sg+cVY76vI/X8Vf8AOAl762BuFRY/e0nayXVeoXenZ/hXsr/ro/1d+rNm&#10;LkX19QrDcy9z6mscQQwbTts3M3bX3Wbfez9J6P7iH9f3lvWMhshu7o2O4T3jMr/zva1dZeQ3rz7H&#10;aNbYHOJ4ADNznJTJuI7lcBpfg8LnU29NzrGZGOz7S0y61re4aPfVZ7HPpfutZ6bv0f8AOfTUKsF+&#10;VQ7NvDDQy95e1o3l2/0rWVuYx+57L3VfZ2M+hX+l9T9HV6i6LreazLzMjDZVD8N5a20yZ37bPUZs&#10;a2yr04/0nvVPGwoqrtqqe+xt1g19zmhg+z+ntrZ/NOfbk+nv9Oz/AAijgKNkdP8A0VEt210nC9LD&#10;uy+oNrvc6l5qZZFlrdhNl1lQ2fnWB/o+p/gfT/0isu6VlPtbd06+nBrgPDm47LzYbGMc6wby2vGq&#10;r/maser/AEb7bPzK6tD6vi+urHY43A+k+R6Y/eft3WPbvc7b/wCQVy9gbc4ajiAQBAhsDa0bVIQK&#10;BoeXRDjDA69GvVKXeZwK5+9tjUvsPXxx1DEd/Wwf/I3LWAHn93+xIAef3f7EKCrch2J9ZA0lmVgP&#10;cAYa7FtaCf3dzbnbUW6jAd9jy7cYV9Rtqe6r3hxrYC020Oa32WbPtLm12/8AXFqNGo5+7/Ymeyej&#10;h0H2tbBhsaubu1/nFJg/noeY/wCktn8kvIv/0sLpGYLQzLrAFjhsubrG4bfUb/ahliv1WWGt+9xd&#10;Nji4k8n85/7u7+UsvpHR+q4Fr/Xaz0LB7wx+5zXD6Dtgb+d9BalH2VzbGvyKmPa8khxMEO8XsD/T&#10;d/Ieqd/rDUrj56NgzxHEPlEuvd3/AKpPZ9rsrr9c5REubUGlppjb+kdZ/wAP+5+k/wCtq/1bqTmZ&#10;FfoZNsiou2V2tLpD9m70KGWept929279EuKqq+sLnfq1QIJEMFte10E7fZ6nv2tUqOk/WirIbkCk&#10;Vvr0BfawyCd2xzQ/+b3fmbU/3R3H2sAOuz0f7S6qbAHZV5aWe1rLLgXEn2b9/uq/cf7PTVLqn1jz&#10;8NtQryLX2kguqdc9xAH0vUeD9J7vzG/zaz6emfW1tnqm0O1BdXZcSDB+gdot9n8hWeo9Cy+oWCx9&#10;wY8N2uGyGgc7WxY5/wBJzt7kpZI18wXSqvSdVdD+vObTlsq6o+y/FtsAst3e9gdLfbH5jXu3v3f4&#10;Nbwys2zLtZZbkMrYXtHo226ljtrpe537v836LlyQ+pWU/nMpDjzDXzH8jady2MjGzmdNfXW6zJ6k&#10;0AtuIDKnWbvc7ZaH7f0b3+n+YlHJDbi8kR03V1fq3UcfpzXDKyCHOLX7rHyNwd+jum32P/c3rBp6&#10;tfU1rjc4FrnPrc6QZLRc93/Ra/8ArrWZ07Jv6c/p/VLnP3OD23CHWgtbsZX+k9jWN3P+hv8AU/nU&#10;Gz6sdPqxrbTdaLNhDH2FrKmuM+l6m2k2P/Sfuf8ABoERnrYWyFnQubm5DMgP9b3F9XpbwZhm76Fb&#10;nfu2/vrs39VpyWHqe0iqwRYwEEt9no2x+9/wa4F/S85uQ3HvdVjTqLzYHMgD379rHbd38lu9Fvt/&#10;QU4tWbbSKmubZU1pOOXbvp+rW/8ASN9P/gP8GkMe3DIGtUg8N63Y/FNk9SyL733bz7nOcJO2ZJe7&#10;YFssY11WNXZAe7Ha9o1MNfF1j97f5d/0rf8Ai1iXdJLA5/2/G2locG7bSTIaf0e6pvsc5v6T/R/4&#10;RblOPUcmpr3NDG4tTC0WNY4ED+c2WO/m9qMaiCfJESbsl6LoDGNpxW+10VPEm8tPtc9n80zfX+Z+&#10;atC+PXdHEDg7hwPzj9JZOJblYgYWPrtawEMNlbS4Bxc/3WssY1385+4p29QzXPNhc2TALWBoAjTu&#10;2x3/AE0JZIEaHqu07uiI8/u/2JCPP/X5LKGbmQdZHkWyP/A2Ktf1fNpEtputHZzS2P8ApbUBOJ6h&#10;VDuHfaQORp3PGgXE9S/xjbKDj9O6c23GH6NudeXAPIh81VsDXsb7m/TcrjvrPZ7mmu6p40HurJ/z&#10;LBs/8DsXO5HTemZLNnq5ONUX7mVsoqcwOPettRq9v9RS49JcV6jbVRAIqwbf/9Ph7f51n9K+h+f/&#10;ADv/AFv+QhVfzjfo9/isdJRdPoxPXYv8z/2p4H81x3+h/wB/XS9K/mmf035/9+XliSrZd/qmO77X&#10;X/13k/T4/wDOUn8d+Pzl4okoJMofaHf2vlzz/wBSmd9E/wA4vGEk0KfYzx8+/wD37+Us/M+n/ge/&#10;/Hf2/wDg/wDSLyxJSQ3Q+ju+m7+Z/wCv/wBG7fRWX1D+ed/Q+f8AAfR/tfy1xiStYt1peyxuGfR5&#10;P0Po/wDqv/SLV63/AMqM/mv6Mz4cD6P8n99ecJJ5/S/l+8ro+ndC4P8AMfT/ADP5zj/B/wAlbref&#10;v+nx/wCdLxRJVZ/MV42fb/3f6Pz+ei1fS/7Q/wCv7y8LSSG6X33/ANxf/XP4Kpnc1/8Aif5d/OfS&#10;/wCtf+jF4akrGLcIL//ZADhCSU0EIQAAAAAAXQAAAAEBAAAADwBBAGQAbwBiAGUAIABQAGgAbwB0&#10;AG8AcwBoAG8AcAAAABcAQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAIABDAEMAIAAyADAA&#10;MQA1AAAAAQA4QklNBAYAAAAAAAcACAAAAAEBAP/hDhZodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8x&#10;LjAvADw/eHBhY2tldCBiZWdpbj0i77u/IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+&#10;IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRvYmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBD&#10;b3JlIDUuNi1jMDY3IDc5LjE1Nzc0NywgMjAxNS8wMy8zMC0yMzo0MDo0MiAgICAgICAgIj4gPHJk&#10;ZjpSREYgeG1sbnM6cmRmPSJodHRwOi8vd3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgt&#10;bnMjIj4gPHJkZjpEZXNjcmlwdGlvbiByZGY6YWJvdXQ9IiIgeG1sbnM6eG1wPSJodHRwOi8vbnMu&#10;YWRvYmUuY29tL3hhcC8xLjAvIiB4bWxuczpkYz0iaHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRz&#10;LzEuMS8iIHhtbG5zOnBob3Rvc2hvcD0iaHR0cDovL25zLmFkb2JlLmNvbS9waG90b3Nob3AvMS4w&#10;LyIgeG1sbnM6eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9tbS8iIHhtbG5zOnN0&#10;RXZ0PSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VFdmVudCMiIHht&#10;cDpNb2RpZnlEYXRlPSIyMDE1LTA4LTI2VDEwOjE5OjMxLTA3OjAwIiB4bXA6Q3JlYXRvclRvb2w9&#10;IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIgeG1wOkNyZWF0ZURhdGU9IjIwMTQt&#10;MDktMjRUMTM6Mzc6MzAiIHhtcDpNZXRhZGF0YURhdGU9IjIwMTUtMDgtMjZUMTA6MTk6MzEtMDc6&#10;MDAiIGRjOmZvcm1hdD0iaW1hZ2UvanBlZyIgcGhvdG9zaG9wOkNvbG9yTW9kZT0iNCIgcGhvdG9z&#10;aG9wOklDQ1Byb2ZpbGU9IlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIiIHhtcE1NOkluc3RhbmNl&#10;SUQ9InhtcC5paWQ6M2NjYmY5MjktMjFhYy02NDRiLTgyNGMtMTY0NWFmZWQ5N2I3IiB4bXBNTTpE&#10;b2N1bWVudElEPSJhZG9iZTpkb2NpZDpwaG90b3Nob3A6OWQwZTg0N2QtNGMxNi0xMWU1LTgwZjEt&#10;YjdhMzdjMTUxMDI0IiB4bXBNTTpPcmlnaW5hbERvY3VtZW50SUQ9InhtcC5kaWQ6ZWYyMGZiZDAt&#10;N2I5NC1iOTQ2LTlkMWUtNzllZmMxMWE0NzE4Ij4gPHhtcE1NOkhpc3Rvcnk+IDxyZGY6U2VxPiA8&#10;cmRmOmxpIHN0RXZ0OmFjdGlvbj0ic2F2ZWQiIHN0RXZ0Omluc3RhbmNlSUQ9InhtcC5paWQ6ZWYy&#10;MGZiZDAtN2I5NC1iOTQ2LTlkMWUtNzllZmMxMWE0NzE4IiBzdEV2dDp3aGVuPSIyMDE1LTA4LTI2&#10;VDEwOjE5OjMxLTA3OjAwIiBzdEV2dDpzb2Z0d2FyZUFnZW50PSJBZG9iZSBQaG90b3Nob3AgQ0Mg&#10;MjAxNSAoV2luZG93cykiIHN0RXZ0OmNoYW5nZWQ9Ii8iLz4gPHJkZjpsaSBzdEV2dDphY3Rpb249&#10;InNhdmVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjNjY2JmOTI5LTIxYWMtNjQ0Yi04MjRj&#10;LTE2NDVhZmVkOTdiNyIgc3RFdnQ6d2hlbj0iMjAxNS0wOC0yNlQxMDoxOTozMS0wNzowMCIgc3RF&#10;dnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpIiBzdEV2&#10;dDpjaGFuZ2VkPSIvIi8+IDwvcmRmOlNlcT4gPC94bXBNTTpIaXN0b3J5PiA8L3JkZjpEZXNjcmlw&#10;dGlvbj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0YT4gICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICA8P3hwYWNrZXQgZW5kPSJ3Ij8+/+L/4klDQ19QUk9G&#10;SUxFAAEJAAiAcEFEQkUCEAAAcHJ0ckNNWUtMYWIgB9AABwAaAAUAKQA1YWNzcEFQUEwAAAAAQURC&#10;RQAAAAAAAAAAAAAAAAAAAAEAAPbWAAEAAAAA0y1BREJFAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKZGVzYwAAAPwAAAB0Y3BydAAAAXAAAAArd3RwdAAAAZwA&#10;AAAUQTJCMAAAAbAAAKIGQTJCMgAAAbAAAKIGQTJCMQAAo7gAAKIGQjJBMAABRcAAAji0QjJBMQAD&#10;fnQAAji0QjJBMgAFtygAAji0Z2FtdAAH79wAAJCRZGVzYwAAAAAAAAAaVS5TLiBXZWIgQ29hdGVk&#10;IChTV09QKSB2MgAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAB0ZXh0AAAAAENvcHlyaWdodCAyMDAwIEFk&#10;b2JlIFN5c3RlbXMsIEluYy4AAFhZWiAAAAAAAAC1WgAAvGcAAJIwbWZ0MgAAAAAEAwkAAAEAAAAA&#10;AAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQEHQXaB2kI2Qo2C4UMxw3/DzEQ&#10;XhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZEJ2YohimnKscr6C0ILigvSDBp&#10;MYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVGj0epSMNJ3Ur3TBJNLE5DT1lQ&#10;b1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTxZgJnEmgjaTNqQmtSbF5tZ25x&#10;b3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceCxYPChL+Fu4a3h7OIrompiqSL&#10;noyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27nq2fn6COoXyiaqNXpEWlM6Yg&#10;pw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4tbmjupC7frxrvVm+R781wCLB&#10;EMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ03nUYdVJ1jHXGNgA2ObZzdqy&#10;25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60jsHezw7cPulu928FXxM/IP8urz&#10;w/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOnBSwGhAe/COcKBAsWDBwNHg4c&#10;DxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEhyyLEI74kuCWzJq4nqiimKaIq&#10;oCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18Pnw/fUB/QYJChUOJRI1FkkaY&#10;R5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa41vnXOpd7V7xX/Vg+GH8YwBk&#10;A2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5d694pXmbepB7hXx6fW9+ZH9Y&#10;gE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSySG5MKk/qU6ZXZlsmXupinmZOa&#10;gJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3rW+uZ69gsFqxVLJPs0y0SbVG&#10;tkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3Jpcqty7bMv83IztLP3NDm0fHS&#10;+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6573owOnD6tTr5ez17gTvEvAg&#10;8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gFaAbGCAYJMgpSC2UMcg14DnoP&#10;ehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZIw8kBCT5Je4m4yfYKMwpwSq2&#10;K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM92z7TP8tAxEG9QrdDskSsRaZG&#10;oUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mNWo9bkVyTXZZemF+bYJ1hn2Kg&#10;Y6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12mXeVeJF5jHqHe4J8fH12fm9/&#10;aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGvkqWTnJSSlYmWgJd4mHCZappj&#10;m16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauuu6/MsN+x87MJtCC1OLZRt2y4&#10;h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4QzzLQVNF00pTTstTP1evXBtge&#10;2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vsh+1v7ljvXPBb8VbyTPM99Cr1&#10;EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJBlQHfwiWCaEKpAufDJMNgg5w&#10;D18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg6iHTIr0jpiSQJXomZCdOKDkp&#10;JSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrTO8Q8tT2mPpg/ikB9QW9CYkNV&#10;RElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1WX1dRWENZNVomWxhcCVz6Xete&#10;3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCCcWxyVnNAdCl1EnX7duR3zXi2&#10;eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+Ks4uYjH2NYo5Hjy2QEpD4kd6S&#10;xJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6QwpSKmFacIp/2o86nqquKr26zV&#10;rdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDBMMJAw1LEZsV6xo/Hpsi+ydbK&#10;8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch4c/jAuRN5Znm5+g26Ybq2Owr&#10;7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5bR/zX9UzD9/pX7Dsox/lH5pmH9/&#10;nn5MfeN/wX5jYkF//n6SRGGAf38FH2SB/oAc/Lh+dIt55A9+V4myytt+T4gUsT5+XIa0ly9+goWb&#10;fJN+voS6YOl/D4P0QwB/loN4HaKA5IPf+qN9JZcI4kh9HJQxyVh9JZF6r859S48eldZ9ho0Ne059&#10;14s8X7R+N4mJQct+wIgtHAR/z4gR+L98F6Kw4IJ8F57Jx7J8K5sUrkV8W5ejlHN8q5Smeg59DJHm&#10;XpV9d49PQLZ9/40tGox+xIvJ9wl7R6513tp7RKl6xht7XaTErNJ7lqBmkxB76pxaeNp8W5i7XYh8&#10;z5VNP7l9UpKLGTx9xo7w9YV6qrpd3Vl6n7RIxKd6s66Lq3x68Kk9keJ7TKROd7J7wJ+6XIt8PZuP&#10;PtN8vJh2GBd825BJ9Dh6L8Zy3A16G787w2J6J7hzqk16ZLI2kN96yaxxdtJ7RKcQW657wKIwPgx8&#10;O58PFxx8B4+g8x150dLI2vF5tMphwkl5uMKNqT958Lthj+d6WbTOdgZ63a7GWwZ7XqmHPWN70KTT&#10;Fkl7Uo8R8ip5jN+E2f15ZtXTwVV5YMzuqFZ5lMTijxN5/r2SdUt6hrcHWml7DLHcPNp7eqklFZ56&#10;yI6d7e2JE34r1n6IAH2xvs2HBX1XprWGMH0zjhqFhH1IdNCE/H2MWmuEm33oPY6En36LGIuGeoAB&#10;68mHrokI1QCGo4d9vY2FuYYhpX6E+IUDjNCEZIQqc32D9IOIWQ+DqIMHPDmDuILgFvmFd4QD6fuG&#10;cJP401OFd5F1vBCEnI8ZpBSD9Y0Ti4mDdYtWclWDF4nVV/+C2Ih8OyyC64eUFYiEe4eo6FKFc574&#10;0bKEg5uBun+Dspg7oqGDDpU6ijiCoJKhcSmCUJBDVveCG44cOjSCLoyWFDiDiYrJ5siEqqoY0DKD&#10;u6WtuQaC8aGCoT+CVZ2kiO6B45oScAuBo5bnVgKBdZP/OVOBhpIMExWCmozn5WOEDLViztaDHbAD&#10;t7WCUqrqoAWBuaYuh9WBTqHGbv2BCZ28VR+A45ozOImA85g4Eh+BvIxB5C+Di8DazayCnLqCtpKB&#10;zrR6nvSBNq7fhuiA06mwbjGAk6TtVFyAZaDYN92AdJ5YEVSBA4u34ymDJMyVzK+CNsU7tZiBZb5D&#10;ngOAyrfLhgmAabHdbXeAM6yNU8aACKhWN02ACqNcEK6AbItH4k6C0Ni7y9qB5tBOtMSBE8hhnTWA&#10;dMEUhU6AErp6bNV/37TNUzx/urBINtF/vKUQECp/9Iru3TySYXyYx2uQenxDsVaOsnwQmseNGnwR&#10;g5eLt3xJa56KgnyxUnWJiH0yNo6JJ34BETKL1n/e20aRLYbLxgWPQoWEsCqNg4RvmbKL/IOQgoOK&#10;rYLyaoyJjYKIUV6Io4JANXqISYJgEASKmIOG2bOQAJEkxJ2OIo7trv2MY4zfmICK8YsmgVWJs4my&#10;aWqIpoh8UEqHy4d2NHaHeYcFDvqJVoa72EePCJuSwy6NMph7rYGLhpWXlx6KE5L9gBeI6JC+aFOH&#10;5o68T1uHE4z/M52GwowdDhSIKImE1umOSqYVwdGMeKImrCSK1J5zldKJaJsKfuaIMpfqZ0uHPpUt&#10;Tn2Gb5LMMtmGHJHBDU6HJYj/1aeNsbDHwJuL4qwAqvaKPqd3lLSI1qNBfeKHpJ9cZliGp5vaTbWF&#10;3Zj5MiyFipfyDKiGS4iP1JCNM7ulv5KLZ7YFqfKJwrCmk76IW6ukfQqHMKcIZZ6GNqLnTQyFX5+v&#10;MZ2FC50/DB6Fl4gx06OMy8bHvrOLA8BJqRaJXroUkueH9LRJfEKGzK8EZPaF3Kp3TIeFBadlMSSE&#10;oqE6C66FBIfm0uCMctJXvfuKsMrxqF2JDcPhkjGHo71Te52Gerd8ZGmFi7LHTA2Eva5nMLeEXKDw&#10;C1WEjoepzPub8ntbuJOZR3sho/aWuHsJjt6UYHsmeRWSRXt4YmmQZXv5SnKO2nyTL2OONX1+Cn6Q&#10;H3/Ayzqa4oT9t2aYI4PnowGVmYL8jfqTTYJLeCuRQ4HYYXyPdYGaSX6N94GBLnmNV4HjCc+Om4MI&#10;ydOZ346tthyXJYzCoeWUmIr4jOGSW4mJdyGQXohUYIOOnodeSJiNKoagLaeMjIadCTWNR4XoyKiY&#10;55iOtOOWPZXOoKeTvZM0i7uRcpDtdgOPho7/X3+N0o1SR7GMZov7LN6LzIvNCK+MH4Xfx3yYLKKG&#10;s8aVhJ76n3uTC5usioSQ0piqdOyO2ZX0Xo+NMZOgRu6LxZHELDuLJ5G+CDyLIYWRxl+Xm6ylsrKU&#10;9ahZnmySfqRKiYSQSqCNdAGOU50jXbiMnZonRkGLNJf3K66KlJc7B9uKTIVQxWaXJrbsscmUgLHe&#10;nYmSCK0OiKqP1aiac0CN5aSPXROMMKETRbGKtJ7TKzqKEpvIB4uJm4UaxJKWw8F4sQeUHrulnMmR&#10;p7YWh+6PcrDuco+NhaxVXH2L2qiZRT6KXKZBKtmJqJz5B0qJC4Tuw+KWbsx5sGeTysXYnCiRVr+F&#10;h06PI7mzcf6NNrSqXAOLjbETRNWKGqxCKnyJaZy6BxaImYTLvT+l0Hp6qhyiaHpNltGfHHpFgxSc&#10;CHpybp2ZOHrUWSyWsntkQlOUonwKJ/OT83z9BKqTf3+mu7Ok4oOUqSqhWoKclhWeCoHQgmCa/YE+&#10;bduYOoDrWGOVwoDOQYKTvIDbJzSTC4F1BGiSA4Kauoij64zCqBegaIsBlSSdFYlugWuaF4gpbPGX&#10;XYcnV4qU74ZmQLyS7oXoJo6SOIZbBC+QtILUuXyjG5X1pv2fo5N6k/+cWZE5gF+ZTo8za/WWnY2R&#10;Vq2UNIwxQAKSNIs5JfmRd4vZA/2PkoKyuJaiVZ9opgqe6Zwzkv6bqpk/f1aYppaLawSV2JQuVdmT&#10;fJI/P1KRfpDsJW6Qv5FWA9OOmYKWt6OhyKkCpTWeVaUVki6bEaFrfoKYEZ4ZajmVVpsiVSKS65is&#10;PsOQ7Jc/JQGQJ5YLA6+NyIJ9tsuhV7K9pG2d4a4ekWyananGfcqXoKXRaZaU66JSVJaSgJ+DPk+Q&#10;bJ5UJKyPoJjMA5GNGoJptg+g/ry2o8adgrdhkMqaPbJcfSyXP63MaQGUjqngVBeSLacNPe+QEqTD&#10;JGWPMJibA3mMjYJZtXGgr8csozydLcEXkEGZ6rtffKWW8LY/aIiUQLISU7OR4K9HPZuP0qmoJB+O&#10;9JhsA2WMHYJMrh6v/nnknCmr3nm2ihCn3nmyd4qkF3nmZEegmHpQT/mdc3rmOh+a9nuNICmamHxx&#10;AACV03/KrM6vKIKDm2iq5IGZiX6m2oDgdvujE4BjY6ifm4AmT1Ocf4AjOXSaBYBMH6GZloEXAACU&#10;joAAq9+uPYsumoqp/omNiL2l7YgadjGiMIb7YuSevIYgTp+bpoWOONWZLIVLHy6Yq4ZGAACTcIAA&#10;qxKtapPnmaqpN5Gah8ylMI+EdVChaI29YhKd/IxRTeia6Is4OEGYaoqiHsqX14uzAACSeIAAqkGs&#10;ypy0mNqomJnChvOklJcXdHWgz5TAYU2dS5KwTUKaPZEoN7+XuJBrHnWXFJBhAAuRkoAHqZCsLKXM&#10;mC+n/KIxhkij+Z7ic8qgNZvvYKqcsplcTK+Zj5drN02XCpblHiiWX5RYABuQxIASqOKrua8Dl6Kn&#10;faq4hcKjcqbDc0CfrKNDYCmcNqBPTEGZHJ47NvaWgJ19HfOVyJRAACiQGYAbqEKrYbh0lxmnG7N7&#10;hUOjDa7ncsifSKrkX7ub1qepS+GYxaXjNrCWI6LrHcyVT5QmADOPj4Aip7mrFcJelqamxLyrhNai&#10;trdxcmKe9rL6X2Obhq+6S5yYda0fNnuV3aTWHaeVCZQNADyPIIAon7C6hHl0jtW1q3k6fdGw/Hky&#10;bGSsi3lnWjioZHnURu+krnpqMeuh5nsHF/Cicnu+AACRKIAAnqa5toGkjkK0woC9fWKwBYANa/Or&#10;jH+eWbinZH9yRmyjrn+DMWyg3n/BF7ChO4C6AACQboAAnfe4y4nVjZqz3ohJfM+vGobua1Wqo4Xt&#10;WR6meoU0ReGixoTMMPqf7ITEF4GgHIYEAACPy4AAnWi385IQjPizD4/nfBquUo37aqqpzoxjWH2l&#10;q4stRVmh9opXMJWfE4osF1yfHIqwAACPPoAAnNW3RpppjGKyYZeme3utppU0agapJJMYV+2k8JFd&#10;ROGhP5A1MD6eUpAqFz6eNo64AACOxIAAnDu2v6Lui9mx0Z+SevqtD5yPaYuoj5n4V3mkWpfWRH2g&#10;kpZwL/idnpakFyedZ4+oAACOXoAAm8i2Nqugi3CxRKelepisgqQTaS+oBKEFVyWj1J6XRDmgCJ1J&#10;L8Sc8JwnFxWcqI+bAACOCoAAm0q117SMiyKw1K/belesA6uraOmneagxVt+jS6WwQ/yflaSeL5yc&#10;hqAxFxWcF4+bAACNxYAAmtm1hr3risuwdLiDeg6robO2aKynG6/jVrKi762gQ9+fOKqnL5GcL6Ap&#10;Fx+bto+iAACNjoAAkfPFY3kYgh+/0njLcha6fHi5YaO1aXjqUHGwp3lTPgusc3nkKaaplnpqD2ar&#10;WXsLAACNQ4AAkTfEi4Dmgba+83/4ccK5kH9KYUq0bX7iUA2vnn7EPa2rX37lKV2oZn8yD4Wpw4BE&#10;AACM/oAAkM3DkoiogUe+CIcncV64noXcYNuzdYTzT6Gun4RZPVKqWoQZKSOnSoROD6+oT4TuAACM&#10;wYAAkIHCqZBrgOi9I45fcOm3vIyVYGuyhosmTzqtsoolPQCpaomTKPamSInjD9qnBIkCAACMjIAA&#10;kCzB6JhPgJS8W5W1cJK28JN0YAuxu5GVTuis1pAmPMOoko9pKNelY5AbEASl4YrUAACMXoAAj8fB&#10;UKBigEK7tZ03cE22QJpzX8+xCZgsTq6sJpZxPJWn0JWyKMKklpW8ECuk44ruAACMOIAAj2bA1aiU&#10;f/y7KqTQcBa1qqGHX6Kwb57fTomrk50HPH2nOpysKLij4JpuEE6kBosGAACMGYAAjybAUbD1f8y6&#10;oayTb/a1H6jLX42v46XYTnerCaQaPG+mvKL/KLOjU5uFEGyjRIsbAACL/4AAjtS/8LnJf666LbSb&#10;b+20m7AtX4evUaz6TnuqcKtcPICmIKf1KNyiyJugELCiuItIAACL64AAhLTQn3jzddfKWXiDZq7E&#10;b3hbVxG+1nh9RrO5k3jaNQe1CHlYIPayd3muB+uy2XtFAACJ+YAAhGLPn4BudZvJfn9nZnDDjH6t&#10;Vs691n5ERnG4dH4pNNmzzH5QIPaw/n6fCGew6n/nAACKFoAAhErOhYfFdW/IfIZBZkPChYT6Vpm8&#10;vYQhRj+3S4OeNL6ykYOBIQuvlYP4COavKIP+AACKL4AAhEbNfI8WdV/HbI0ZZiDBcotnVna7m4oa&#10;RiS2KIlINLWxZoj+ISyuSYnkCV2tm4ZVAACKRYAAhDnMmJaFdVjGeJQHZh3AcJHwVmq6l5BJRiG1&#10;FY8kNMSwVY7fIVqtII97CcysQoagAACKWIAAhB3L1J4hdVDFpJsaZii/jpiQVoO5r5aZRji0L5VL&#10;NOOvXZVKIZKsGJRACjSrG4bmAACKaIAAg/7LLKXPdUrE76I5Zje+zJ87VqG46Zz9Rlyzbpu5NQ6u&#10;mputIc2rMpbbCpGqH4clAACKdYAAg9zKmq2mdUXEVKl2Zkq+KKYBVsK4PaOORoSywqKhNT2t+KDp&#10;IgqqgpcECuepT4dfAACKgIAAg77KErXFdUXDxbDqZmS9k6zyVvK3o6pmRsKyJajfNYitVqQyImWp&#10;25dBC0eosIegAACKiIAA8oZ7RnmK2vd7nHmlwv179nnRqn18WHockXB8w3qKd7t9O3sWXPZ9w3uq&#10;P9Z+eHxcGxZ/0X0P8Fx5kITv2Tp6B4PowXF6gIMEqRV6/oJOkB17hYHIdnl8F4FkW7p8soEKPpd9&#10;Z4DUGXV+X4Db7mp4JpB012h4rI5Rv9d5N4xRp5J5zIqfjrx6aYkldTd7EYfVWpF7uoaVPXZ8a4WJ&#10;F/Z874UY7Jh2+JwG1Z93hZjTviB4GpXRpgF4vJMNjVJ5b5Cmc/V6J45rWXV624xNPGx7hYqCFpp7&#10;iIjf6vB2Baej1AB2k6NsvIp3LZ9vpIV315u5i+94kZhGcr55WpUsWGd6F5I5O3V6t4/VFWR6V4wU&#10;6YJ1S7NS0pl11a4iuyl2bKkoozV3GaR+ir132qAicZh4p5wTV2x5a5hmOpZ6ApWuFFZ5Z43A6FB0&#10;ub8d0W11Pbj0uf51zrL/ohN2eq1kibl3Q6gscLN4FqNOVpF42J7rOdZ5ZpwqE3J4po0m51d0TMsL&#10;0Hl0ysPquQZ1Ur0AoRl1+bZ2iMx2xLBob+h3nqrhVed4ZKYcOTN446HRErl4CIyo5pF0A9cpz7h0&#10;ec8MuDp09scxoEV1lL/Ih/92XLj3by93OLLoVUZ4AK4tOKZ4d6ZNEiV3i4xE4eOELnflzDODo3g7&#10;tfKDLniYnv6C0XkMh1qCi3mdbvCCXXpLVWCCT3sCOSaCmXvTE9+EnXyO4B+CoIK9yveCKYH3tN2B&#10;xYFNnd+BeYDMhiOBQ4B0bbOBKYBAVB6BMIAeN+6Bg4AsEniDIICm3oSBSo2ryU6A4Yves1GAh4ov&#10;nGeAUYjDhNSAMoeMbIaALoaBUwyAQIWONueAjYTiETyBsoRz3OeAKpiXx6R/xZXVsap/dpM6mup/&#10;RpDUg3x/PI7Ca1h/SIzeUgh/ZIskNfp/rInhECuAdYfB22B/PaOSxiR+2J/qsDJ+kJxrmYF+aZkk&#10;gi9+YZYXajp+fpNoURV+o5DzNSF+4o9KD0B/ZYpQ2g1+ha6txNp+IKokru191aW9mEt9saGPgRV9&#10;sJ2paTJ9y5obUDh9+ZcLNF5+MpVfDnt+gInK2PN987nqw8h9jrSBrdp9Pq8xlzx9GKoggCN9HqVv&#10;aGF9P6EnT3x9Z52MM7h9mZtmDdh9w4lc2BB9hcVZwut9H78OrPJ8yLjXllB8mbLjf0R8oK1tZ518&#10;y6iVTtp896TZMyx9G6BYDVN9KIkC12R9NdEXwjx80MnnrDB8bsLGlYJ8NLv3foR8OLXNZvd8ZbCX&#10;TlR8l6yWMrp8t6JMDOh8rYi60cGNUXaSvbWL63cGqQOKqXd+k36JjngJfTGIl3iyZgWHxXl6TZ6H&#10;KHpJMjiHJXsxDNaJJHx50DyL8YDHvHyKmYA+p9qJY3/OkmiIVX9+fB+Hbn9XZPuGrn9RTJSGHn9c&#10;MTWGGn+YC+yHi4BazuKKqYsbuyGJX4mcpqyIK4g3kS+HMIcNevKGWIYTY+KFqYVGS4+FJoSWMESF&#10;IYRECx6GJIPCzX6Jj5V1ubGISZMXpSaHJZDaj82GLo7PebGFbI0LYseEzIt2SpyEUYoVL26ERolZ&#10;CmuE7Ia3zCaIsJ/auFeHbJyro86GTpmejoGFXZbCeISEmJQeYcKECJHRScCDk4/QLq+Dfo7xCdKD&#10;4YakyvaIAKpoty+GvaZqoqqFnqKIjWiEsJ7ad4KD75tvYNODWJheSPuC6pXjLgeC0JUNCVGDAIZM&#10;yfmHcrUZtjeGMbBOobGFD6uXjHWEIKcadqeDZqL3YBeC0p9HSFWCWJx1LXuCOJpJCOaCRoYEySyH&#10;A7//tW2FxbpnoN+En7Tei6GDqa+Sdd6C76rCX2eCZqakR8eB7aP5LQSBup5wCI+BroXJyJGGrss9&#10;tM2FdMTYoC+ESb56iuqDS7hodTWCjrMAXtWCBq61R0qBk6rWLJeBXp4mCEqBNYWbwgeWvXWEr1mU&#10;inYLnA2Sg3aXh/CQrnc2cviPB3fzXQaNlHjLRbmMcnmmKwOMTnqMBqmM/3ycwLyVfX8srlOTUH7L&#10;mxSRU35+hwGPiH5TcgmN7X5PXByMiH5tRM6Lb36ZKieLQ376BiyLbIAXv46UV4jYrRiSNIedmfuQ&#10;NoZ1heSOeIWJcP+M6oTGWyiLkoQvQ/GKgYO6KWOKTYO5Bb6KCoMmvm+TQZKnq+SRKJCZmLmPN46h&#10;hMiNcIzjb+uL9ItmWjCKqIocQxmJnokRKKqJZYjnBV+I14OhvUeSZ5yFqs+QTpmyl5mOYZcDg5WM&#10;qpSFbtmLKJJBWUCJ65BSQlOI5I7HKAiIoI7KBQ2H0INqvDyRv6aGqcWPqaL4lpCNvJ+HgpeMB5xK&#10;bfCKh5lRWG2JQJa7QaeIPJTfJ3yH8JQ7BMiG84M8u1uRObCnqOmPJaxflbSNNagsgcCLfqQ0bSyK&#10;BKCYV8aIvZ2DQRmHqZuVJwuHVZi+BI+GPIMVuqSQz7sBqDaOvbYAlPmMyrEPgQSLDqxebHmJlKgw&#10;VyiIV6TXQJ2HQKLcJqqG1pokBGCFpoL2uhqQfMW6p6eObcADlFuMeLpSgGCKtrTya+KJN7BOVqeH&#10;+60SQC2G7KjEJkiGgZniBDuFL4LdssOgenTDoUidiHVOjzyax3XifGiYPXaMaLGV6XdTU+iT2ngy&#10;PaGSRXkMI2eSSXnUAUqQWXy6sbCfYH3moH2ca32YjnyZrH1je6qXJH1RZ+yU2H1mUySS0n2dPNuR&#10;QH3hIrmRM35UASyOzH/dsLueRocOn3mbXIX0jY+Ym4T5eraWIIQzZwWT3YOcUlCR4YMxPB2QU4Lu&#10;Ih6QNYM7ARGNb4C5r7ydU5AxnmiabY5gjG6XtIy2ebeVMIszZhOS+on6UX6RBYjzO26PeIg5IZWP&#10;SoizAPqMQICprtWccJmKnXaZk5cEi3KW4pSneLOUZZJzZTGSG5CCULaQM47uOsqOp43cIReObY4v&#10;AOaLPYCcrfObzKMInKyY7p/RiqmWOJy+d+CTvJnlZGORfZdXT/+PipU9OjiN/pQSIKmNt5LgANaK&#10;Y4CRrTKbTaygm+yYb6jBieiVt6T+dyWTOqF+Y7qQ/55mT26PCpvxOcKNapsCIFWNFpXcAMiJroCH&#10;rJCa67Zqm1CYDbHjiUiVUa11doWSzqlWYyCQk6XLTuaOp6NKOVmNAKFbIAyMkJWrAL2JG4CArBSa&#10;nMCdmtOXvrtviL6VALZWdfeSeLGiYp+QOa3NTnqOTKtdOPyMrqZlH76MPpV2ALSIpYB6pAmqkXQ5&#10;k5+m7HS8grGjfHVPcQWgRXX8XnOdSnbFSryaqHeiNVeYvnhrG0CZa3jsAACNnn8RozCplnzjkwul&#10;53ybgiSicHxzcHafNHxwXdqcOXyXSiKZm3zeNL+XrX0tGtCYNX2YAACMbIAAonOoioWIkj+k5ISF&#10;gWyhZoOkb7KeMYL+XR+bPIKISXmYo4JENCyWsoIrGm2XGYLGAACLYIAAobCnlY4vkWOj9oyDgH2g&#10;gIr+btudRImyXFWaWYirSMuXxYfhM6GV0Yd4GhOWGog4AACKd4AAoOOm1JbmkJejNZSaf6mfwpJ/&#10;bgKciJCfW5yZiY72SCyW/Y2/MyaVAo0vGciVLYztAACJr4AAoDqmIp/ej+2iiZzzfvyfFpo1bVab&#10;2pe2WviY2pWGR6CWOZPlMruUO5OJGYSUVpDqAACJB4AAn52loajyj2eiBaVnfneeiqIGbMibRp7z&#10;Wm6YTpxbRyqVspqTMmKTnZoQGVCTopEdAACIfIAAnxalQ7I0juahpK4QffSeI6oVbEia2qZ6WfWX&#10;4KOURr6VTKIOMhGTLp90GSaTEJEBAACIC4AAnqqk+bvejn2hVLchfYSd0LKLa9eag656WZCXhquD&#10;RmyU76lCMc6S2KGsGPeStZDhAACHsIAAlfG1CHPEhn2wuHQ3dpCsonTCZe+oxXVsVGelK3YxQaKi&#10;CHcDLPCf+HesEm6iHHesAACJfoAAlVW0InwBhh+vxXu0djSrnnuQZY6nsnuWU/ukEXvIQTig6Xwa&#10;LI+eyXxpElSgnXyvAACIxIAAlNWzGYQshYyuw4M0dbCqk4JlZPymqYHYU2+jB4F/QL2f4IFbLC+d&#10;tIFnEj+fP4IJAACIIYAAlE6yH4xThOytz4rCdPuppIlgZFmlsYg/UtaiGIdoQD2e8obYK9KcuobB&#10;EiueBobKAACHk4AAk7uxU5SShFStBJJwdFmo3JCIY7Kk6Y7fUkqhQI2EP8ieH4yhK4Gb24yoEhuc&#10;7oriAACHGYAAkyqwt5z5g8usZppLc9SoOJfVYy+kQZWtUc6glJPlP2adWZLDK0CbC5MTEhCb8ow2&#10;AACGs4AAkr6wJaWFg2Cr1aJLc2inpZ9KYsajrZynUW6gAZqOPxucv5l6KxCaRpiUEgmbDIwyAACG&#10;XoAAklOvxa5FgxurbKp4cyanLKbjYnijH6PJUR2fbaGNPs6cPaC6KtqZypz5EgeaXYwxAACGGYAA&#10;kfuverdsgsqrF7MRctWm0K7xYiqiv6t8UNyfCalzPp6b1KbNKryZZJzlEgaZ5owwAACF4oAAiHa/&#10;5XNReeG69XOtatm2Q3QrWyexynTMSoqtnnWHOJOqFHZGJFKoK3a3CliqB3cXAACGDIAAiB6/BXsu&#10;ebm6CHrUaq61PHqsWvSwq3q2Sk+sbnruOF+o1XtDJDSmx3uBCp+oLnxiAACFtoAAh9698oLpeWK4&#10;/YH0al60JoEuWpavj4C1SfarTIB0OBqnrIBsJBOlgYCUCt+mg4EmAACFa4AAh5e854qYeQG39Ykb&#10;aeezIofUWiyugYbXSZSqQYYtN8+mnYXVI/KkW4YYCxelB4VRAACFKYAAhz68CpJgeKW3FpBiaYSy&#10;QY6mWcCtno0zST+pTowcN4+lrIuWI9ejVow+C0qjuYeiAACE8YAAht+7YppTeFC2Z5fWaTWxiJWc&#10;WXWs35O9SPmojJJVN12k05HGI8Oia5HoC3SilIe/AACEwoAAhoe63qJfeAm12p9kaPWw75yuWTms&#10;PpprSMKn7JjbNzmkLJiqI7qhmJajC5yhlIfZAACEmoAAhk26YqqVd9W1WqceaMawa6P2WQ+rs6Fl&#10;SJqnXp/lNxSjpp8KI6qg/JgdC8CgtIfyAACEe4AAhg26EbM+d8C0+K85aLev86uDWPWrI6ioSIim&#10;vac5NxOi/aQPI8KgYJgtC/GgHYgTAACEYYAAe27LMXL9bZnFtnM3X1jAf3OaUHO7gnQnQJ6233TL&#10;L0WzIXVkGwax+HVrA2+wTXeJAACDJIAAe2jKQHqIbavEwnoRX16/a3nZUHC6SXnaQJm1h3oNL1Kx&#10;qHpWG0ewMXpfBAuuL3xGAACDIoAAe3LJEoHZbZfDnoDYX0e+PYAPUE65C3+gQH20On9tL1CwR393&#10;G32ukn+rBJesSYB1AACDIYAAe3DH6IkUbX3Cc4eeXxe9EYZnUCW31IWFQF6zAYUCL0qvAoTfG62t&#10;HYWEBRKqm4NuAACDH4AAe1vG7JBlbWXBcI6AXv68BIzoUAK2woulQE+x34rPL1Ct3IqsG9+r0Isw&#10;BYGpJIO5AACDHoAAeznGJZfkbVTAmpWQXve7H5OOUAO11ZH2QE+w7pDsL2Gs0pEBHBWqppALBeSn&#10;4YP7AACDHYAAexfFhJ91bUe/6pyzXve6YJpHUAq1DJhmQFuwJZddL3msAJd5HEupo5MhBjumzoQ3&#10;AACDHYAAevbFBqcwbT+/W6P9Xvy5waEsUBa0YZ8UQGevdZ5ZL42rVpzTHHio4JNABoel64RqAACD&#10;HIAAetzEna8+bT6+4auTXwm5OKhbUCqzzKYzQIWu16TOL7mqsKBFHLOoMZNnBsilRoSWAACDHIAA&#10;5h92cHMY0Bt3S3PxuYB4H3TMoip46nWviiR5snahcWN6f3ejV4Z7T3ifOy98MXmWFp19IXno5A90&#10;h35ozmt1iX4bt/p2fH3loMt3ZX3KiN14S33NcC55M33kVlt6FX35Ogd6734SFSB7VH3B4jFy8InS&#10;zJp0Aohktl91CocSn0Z2CoX9h353CIURbvN4BoRCVT549oN5OPl5xILEE8R51YIL4Glxk5U4ys1y&#10;rpK/tJxzwJBsnbF00Y5MhhF15ox2bbJ29orCVCp38okhN/54soe3EpR4i4Xs3slwdaCdyTJxkp0v&#10;swJyq5nnnCtzxZbVhK505ZP4bHx2B5FpUyN3C476NxV3u4z+EY93cYk/3WxvmKwNx9lwtKe6sapx&#10;y6N/mtty6J96g3d0D5u0a1h1NZgzUi52QZUPNkJ24ZLFELR2hItL3E5u67eMxsFwBLJbsItxFa0x&#10;mb5yMKg8gnJzXaOaanJ0ip9MUVp1lJt1NY92JZklD/51v4rQ229ubcMexeVvgb0Vr6NwiLcEmMtx&#10;m7EjgYVyyausaaRz/aa2UK91CaJ7NPR1hZ61D2p1H4ps2stuG87GxURvKcfkrutwIcDzl/9xJ7o2&#10;gLtyT7P8aOtzg659UAp0jqpJNGN0/aMoDvR0n4oc1hV/DnG2weV/EHLKrPR/HXPPlx9/NXTRgHV/&#10;VnXdaO5/iHb2UDF/z3gINJqAWXkHD1iB8nk81Ix9UXx/wLJ9c3x6q859l3x8lf59wHyPf1N983y5&#10;Z9N+N3z3Tx5+jX00M5B/En1yDkGASH2D0wB70odQvwd8AoZCqkF8M4VElIF8cYRvff58u4O9ZqJ9&#10;FYMmTgt9doKYMpN97YIlDUx+0oGD0W56hpIYvWV6vJAZqKF6944wkw17QIxpfKp7oYrdZXh8DIly&#10;TQl8doghMa183oceDHh9jYT8z/N5cpzpu+95qpoLpy157ZdBkaR6P5SYe2Z6pZIcZFt7Io/nTBl7&#10;k43hMNx76ox/C8J8d4fzzrN4m6fSurN41KQfpfJ5FaBxkHJ5apzmekp51pmRY1Z6U5aESz56zJPm&#10;MCF7FZKCCyl7jYeLza538bLTubB4Kq5OpOp4Zam/j2x4uaVUeVp5LKE0YoV5rp1xSoR6IZpLL4N6&#10;XJhyCqp6y4c2zOR3c73xuON3qrigpBB33LM1jot4J63reIF4m6kJYcR5J6S3SeV5nKFrLvx5wZ1O&#10;CkJ6LYbwzFV3Hsk+uEp3UcMjo193d7zgjct3tbbCd8h4JLEvYSB4sKx7SVR5J6jyLn15QZ9vCfB5&#10;r4a4xn6IGHCKs/yHM3G+oJKGcnLajBuF0XPudreFR3ULYFyE3HY1SLSEnndVLcWE9HhSCNyGT3lg&#10;xUaGgHq4suqFu3rqn3OFDHsbiweEdXtXdaqD+XunX1uDnHwJR7qDaHxpLNiDsnzACC+Eqn11xBKF&#10;DoT5saiEXIQxnl+Ds4NyidmDLILSdIeCuoJUXlGCa4HzRseCRIGfK/uChYFuB5iDOYELwq2Dx48q&#10;sDGDFo2NnMmCfIv3iHGCAIp8c0KBqIk2XTWBa4gSRdWBSocTKyyBeIZ+BxSB+IQowVSCvZlhrtiC&#10;DZb9m3WBepSdhymBBZJRchuAsJAtXDWAhI5URQCAaIy8KniAhIwJBqOA5oR9wDCB7aO+rbiBQKCW&#10;mleAq51khhSAOJpFcRx/55daW1F/tpTCRER/oZK0Kdd/sJITBkR//oQ9v0SBSa43rMuAn6pOmWSA&#10;BaZLhSB/jqJbcD1/RJ64WpJ/GJuCQ6Z+9pkiKVF++JdCBfZ/P4QIvpCAzrjarBCAJrQymJl/hK9g&#10;hE5/Aqqfb3N+t6ZOWdh+laKpQwx+d6BwKN9+XpuCBbZ+o4PcvhSAeMPBq4J/075jl+x/JLjBg5N+&#10;k7M1bsZ+QK5JWUV+IKpzQpN+B6cwKHl95pteBYN+JoO6t1yRV2+xpjWPnnDtlCGOHHISgPSMyXMu&#10;bMuLmHRUV5OKlXWGQO+J4HakJoGKO3eBAyqKJHm9tliP4XlTpUOOR3mekx6M1Hnpf/mLh3o/a9aK&#10;X3qpVqqJZnskQAqItXuYJbKI+nv0AtuIhH1ptUmOi4LqpAyNAoJdkgOLkoHTfteKU4FpasyJN4EZ&#10;VbuISoDjPzaHnoC6JPqHzoC4ApWHFoCitCyNTYyVotSLy4s+kLaKaonofbmJKoi0ab2IH4esVM6H&#10;PobHPmuGmIYNJFCGtoXmAlmF2YGWswWMS5ZJocKKy5Q4j5yJb5ItfIuIOpA3aLCHMY5rU9+GYYzl&#10;PaWFvYuvI7OFxIu5AiWEyoFzsgaLhaAfoL6KCZ1ZjpiIrJqPe5KHeZfaZ8qGcZVbUxKFmJMxPP6E&#10;95GuIyyE7JEhAfmD5YFWsTWK6aoOn+uJcaaWjcCID6MNeryG2Z+dZwWF1Zx7UmqE/ZnUPHWESpg+&#10;IsCEMJWdAdWDJ4E9sJKKcrQnn0CI/rACjQmHlqu+egKGVqeXZlGFUKPhUcaEg6D0O/CDzp9fImGD&#10;lJc/AbiCjYEpsCCKGr6LnryIqrnCjG6HO7TGeV2F76/uZbmE4qvAUUSEE6jmO3+DZKUxIf+DIpb8&#10;AaCCEoEZqJua6W8ImI6Yc3BBh6WWPHFpdbCUPHKMYrWSaHO3TpKQ1XTnONSPwnX0HqOQhnaEAACK&#10;cntFp8qZnXgnl9KXPXiAhteVDnjddOSTDXlHYeuRO3nFTdCPrHpQOBmOlXrMHgaPNXsLAACI2X6T&#10;pu+YV4E7ltGWCYDKhemT24Blc+2R5YAcYQWQHX/xTQGOmH/fN2ONgX/WHXeN/n/zAACHcoAApfWX&#10;NopAlcKU6okfhMaSx4gNcvaQzYcPYBuPE4ZBTDmNloWVNsCMfoUbHPyM3YVmAACGO4AApQuWLpNx&#10;lM6T7JGjg8uR0I/icfaP3I4zX0aOFoyzS36MpYt9NiqLjIquHI+L0IrjAACFMIAApDSVb5zGlA2T&#10;L5pRgwqRDpfecSSPGpWGXneNWpNoSsqL35GuNZiKxZDHHCOK8o+RAACET4AAo4GU2qYuk1KSnqMZ&#10;gkqQep/6cGiOgZz8XcmMw5pTSjaLRpg/NSWKFpeUG9GKLJLPAACDlYAAovGUaa+7kr2SMawLgauQ&#10;B6hGb8eOBKSnXS2MRKGKSaaKz59kNLSJmJ3ZG4uJh5KfAACC/YAAooqUFrmakkiR4LVbgSOPrrDz&#10;bziNoay/XKqL2KlSSTeKYKdINFKJMKLXGzeJGJJnAACChIAAmlKk226Eizyhum+ve1me3XDSanuc&#10;OHH0WJWZxnMbRW6Xr3Q/MHKWZXUoFf+YTXUoAACGIH5pmbKju3cuirSgpHeFesOdwXfpaeSbEXhe&#10;V/yYm3jnRN2Wgnl6L+qVKnntFaaW1HncAACFAIAAmQuihn/BieqffX9eegqcln8NaR+Z7X7gV0aX&#10;en7QRDuVZn7ZL2KUB37oFVSVeH8IAACEBIAAmEqhZYhKiQ2eY4dEeRibhoZTaE6Y2YWEVoCWc4Tj&#10;Q5OUZIRqLt6S/4QrFQeUPoSAAACDKIAAl36gfJDdiEOdfI9CeEeaoY29Z3SX94xYVdGVgYsaQvyT&#10;e4o1LmySDInRFMqTG4lAAACCbIAAltefsJmrh5ecuZd6d5eZ35VXZsmXL5NTVS+Ut5GNQnuSm5BA&#10;LgyRJ5AOFJKSFI1GAACBzoAAlkafHKKPhxicKJ/PdxWZRJ0NZjmWipp0VJ2UFZhBQf+R/JbJLbSQ&#10;bZaFFGGROI3IAACBS4AAlc6esauXhp2bvahOdpKY0qT5ZbaWDqHXVB6TlZ9RQYeRgp4QLViP6Zvg&#10;FDmQhI2sAACA4IAAlXWeYrTwhjuba7EpdiKYeK1GZUGVqqmuU7STKqcOQS+REqU6LQ6PfZ52FAKQ&#10;DI2HAACAi4AAjJyvNG4Aflere28Xb12oA3AvX3mkwHFLToyhu3JoPEGfN3N3J82d93QkDS+guHPF&#10;AACCf4AAjCyuOXZBfgaqenaObwCm7XbyXxqjlXdsTiugg3f7O+id9HiMJ4ScmXjkDTqe4njRAACB&#10;xYAAi7qtDX5dfXOpWH3/bnylwn27XouiaX2iTaefVn2oO3mcx33GJzObV33eDT+dNn47AACBIYAA&#10;izCr6oZnfM+oOoV3bcOkq4SiXeuhTYP5TRGeQ4OBOwCbtIM2JuCaNYMtDT+btYMRAACAk4AAipuq&#10;+Y6DfDSnTY0NbR6jwYu0XUGgYoqBTImdTImJOo2awYjsJpSZMYj/DT+aXIc9AACAGoAAihCqQZbE&#10;e66mlpTNbJijBZLsXLqfoZE5TAmchY/ROjKZ3Y70JluYP49bDUKZJ4j3AACAAIAAiaipnp8ge0Cl&#10;+JyrbCaiZJpGXEie/ZgYS6Gb3pZcOeOZLpWGJjaXXpTcDUqYEYj8AACAAIAAiUupNKenewWliqS9&#10;a+eh5KHOW/ieYp8jS0qbOZ05OYqYmZysJfOWy5lyDUqXOYj8AACAAIAAiQOo6LCCerylM60qa5Wh&#10;gqnAW6Od9qa9Sv+axaT6OU6YH6LEJciWUZmMDUOWoIj3AACAAIAAf3K5/21sceG1wG5pY7GxvW9x&#10;VKut6XCARJmqYHGNMwGnk3J4Hrum0XLBBb2nP3NtAACAAIAAfzO5H3VQcce0yXWMY5GwnnXpVIqs&#10;qXZiRHapCXbwMuumJnd1HsSlMHeSBiClIXjFAACAAIAAfvm38Xz+cW+zn3ydY0WvZ3xeVDOraHxU&#10;RCqnwnxrMrak1XyWHrmjtXyhBnKjNn2jAACAAIAAfqq2v4SScQWycYOwYsauPYLxU8qqOIJmQ8mm&#10;loIUMnKjpIHwHqSiYoIWBrahf4HkAACAAIAAfky1v4w4cKSxcorhYlutPomwU1WpN4itQ3Slhofw&#10;MjGik4eeHpChNIgrBvGf+oSxAACAAIAAffC0/pQGcE+wrZJAYgiscZCXUwKoYo8mQyWkqo4SMf6h&#10;nY21HoGgI43gByGeo4TSAACAAIAAfZ+0aZvmcAuwEpm2YcaryZeZUr6nr5XEQuKj9pSCMdKg3pR6&#10;Hn6fLpKnB06deITxAACAAIAAfWqz6aPlb9ivjqFQYZCrPZ7NUoanG5ypQqyjXJtwMZygSpriHmae&#10;fJSNB3mcdoUOAACAAIAAfTazm6xHb9CvK6lWYYSqwaZdUmSmgqPrQpCiraLDMZSfj5/zHnadyZSZ&#10;B6CbxYUoAACAAIAAcq/FSGzeZaXArG20WB28OW6fSdO37G+VOnW0AXCBKVOxNHEtFJax6XC4AACr&#10;KXR7AACAAIAAcqLEd3RwZcO/sXSLWDq7BHTVSfG2hnVAOpaydnW/KY2vf3YhFRWvxHW7AA+p6Xjn&#10;AACAAIAAcqPDOnu4Zaq+cntFWCa5tXr9Sda1JHr3OoixA3sSKZ6t8ns4FW6t3nsEAKOn030uAACA&#10;AIAAcpXB7YLaZYC9JoH4V+e4aoFCSaiz0oDMOmavrYCWKZysioCQFa+sMIDMASGl+IDEAACAAIAA&#10;cnbA0ooLZV+8B4jIV8C3RYe2SXWyqIbaOlGuc4ZRKZ6rR4ZJFe2qr4aQAZGkVYEPAACAAIAAclG/&#10;+ZFoZUq7H4/LV7K2To5USWexqI0iOkGtbIxeKaiqIYyFFiepWIuDAfGi6oFQAACAAIAAcjC/UJjT&#10;ZT+6YpbgV661f5UKSWOwz5ONOj+skJLCKbapOJMHFmCoLY8hAkehtIGKAACAAIAAchO+06BgZT25&#10;zJ4aV7G01ZvuSWSwFpo6Ojqr0pm2KbeofZh5FoWnTY86Ao2gs4G6AACAAIAAcf6+dqg2ZUO5UKWi&#10;V7u0Q6MoSWuvd6FrOkWrKaBRKdCnypxFFqimj49SArqf84HYAACAAIAA2bVxgWyqxQ5y1243r790&#10;G2+3mZt1SXEtgqx2a3Kjaut3inQbUgV4oHWCNnp5oHbAEgJ6eXat17dvV3few3Bw3HhHrklyQXi3&#10;mEtzj3k0gXR00nm+acd2DnpRUOt3NHrWNWh4IXs+EM54wnqt1eJthIMdwaRvG4JnrLVwmYHClsxy&#10;AIFJgBxzXoDqaJN0soCcT9l15YBKNGx2vH/vD8B3QX8i1Blr6o5Kv9VtjoyQqu5vGYrwlTpwl4l1&#10;frByDogxZ1dzdocETsx0tIXiM4B1coTbDtZ184Mw0npqlJlvvjtsQJbMqVRt1pQ/k65vXpHVfVJw&#10;4o+UZiVyXo2RTc5zpIuoMqV0R4oYDg501Iao0SZpiqSdvOtrOKEjqAJsz52qkmFuXJpRfBxv6Jcq&#10;ZQpxaJQ/TONytpGmMeBzP4/ODWVz44kO0BVoua/Uu91qZ6uKputr+acrkUlthaLnexhvGJ7mZCZw&#10;n5szTBlx6JfvMTpyWpYUDNlzG4iwz0doH7sVuxBpy7YBpgxrU7DDkF5s1quYei9uaqbGY1dv+KJt&#10;S3BxQ57IMKpxl5uQDGdyeYhizrlnvMZguoBpYcB9pWFq2rpjj5xsTbRgeW1t2q7PYqdvaKnvSs5w&#10;rqZQMBpw65/uDAxx94glylp55GuLt316ZG1Lo8F65m7rjwJ7aHB0eVV77nH6YrV8fHN/StJ9FXTu&#10;L+F90HYeCzl/ZHY3yOl36HY8tld4kXbkoqR5LXeDjex5xHgieEJ6XXjKYa96/3l6Sdl7onoaLvV8&#10;SXqQCmt9sXqox2V2KoDktK525oCHoRx3lYAsjHN4Q3/odvJ49X+5YIV5rX+YSM96Wn9zLgd65X9A&#10;CbZ8M37WxdN0pYt6swt1a4ozn3h2J4jyiwN25IfEdaJ3roa/X194eIXQR9V5LYTvLTB5nIQ0CRl6&#10;6IJ3xFtzXZYTsZd0KpP2ngR08JHZiZd1t4/NdGV2iY3hXkh3ZowtRu14IIqdLGx4comKCJN5zIWT&#10;wyRyW6DCsGJzLJ3XnM5z8preiGh0vpf0c0p1l5UzXUt2dJKuRht3NJCLK713a496CCJ43YWAwitx&#10;j6t+r2ZyYafMm81zI6P5h2hz7qAzcl10z5ysXH11sZl2RWp2aZbRKyx2h5VXB8R4F4VAwW5w+LZN&#10;rqRxx7HZmvpyga0xho5zRKiTcYd0JqRNW711EaCMRM51yZ3AKq51x5ojB3h3doUNwPBwlME2rhdx&#10;XrwDmlJyCbaJhdZyvrEecNVzmawrWx50hKgIRDt1O6UQKip1I5yCBzt29oTku26ClGqcqjGCOGx4&#10;l+uB+W4qhHmB0W+/b/yBuXFNWnCBuHLZQ4CB3XRHKQSCgXVTBTyDu3aNukyAvXSzqRCAjXWNlrOA&#10;ZXZWg0+AS3cXbuWAQnfdWXCAUHimQpOAeHlaKC6A/HnIBMiCDHrSuRx/Dn7Np8J++X63lZh+336c&#10;giR+2H6Gbc9+3H6DWHl++H6NQbp/J36SJ25/jn58BGKAkX6St7x9lIjVplx9hofulA59fIb+gMl9&#10;gYYVbJB9n4VMV2F9zISYQMx9/4P2Jqh+RIOEBAl/SIHUtm18WZLhpQt8UJE4kr98UI9/f4R8XY3I&#10;a3d8gIwtVmh8vorHP/589ImQJf99GIkGA75+L4KItVV7Yp0Mo/N7Xpqjkah7XpgefnV7bpWbanl7&#10;lZM8VYp7z5EeP0Z8CY91JWh8D48AA359QYJctHV6nqdJow16naQmkLx6maDVfYp6p52IaaB61Jp1&#10;VM57Epe/Pqx7PpXGJOx7KpQgA0l8fYI5s8x6C7Ggolh6DK3Gj/h5/6mvfMJ6BKWZaNx6MaHdVBp6&#10;eZ66Phl6o5zkJH96aphSAx573YIcs1x5p7wgodJ5p7eYj1Z5jbK+fBR5g63paDl5qKmXU4x57qZB&#10;PZd6GqN8JAt5zZhfAvx7XoIErNiLvWnanPmKgGu7i/2Jfm1wecCIqW8IZmmH8XCYUeyHYnIkO+iH&#10;IHOFIbGH9XROAACHgXckq/OKAnNlnAeI+HRViu6IDHUyeLmHP3YIZXGGjXbiUQeGBne8OxGFwHh4&#10;IPaGanjHAACFlXsVqvCIanzbmtWHe3z5idmGmH0Ld52F2n0hZHGFNH1GUCmEuH11OlGEcn2ZIFWE&#10;9H2QAACD5n6KqdGG9oZamaSGD4W3iJCFPoUAdouEhoRTY3mD7YPDT1yDeYNJOaaDOILjH8aDmIK4&#10;AACCb4AAqKWFw4/bmJiE4I6Kh4OEF40idWKDZ4u2Ym+C1opkTmuCdYlKOOGCMohuHzKCZoh7AACB&#10;LoAAp6uE15l+l5aD+pd+hoGDMJVcdG+CgJMzYYyB8ZEwTaqBho94OEWBRY5SHrWBWI3dAACAIIAA&#10;puKEHKMylsiDRaCIha2Cdp2sc5mBwprKYMSBN5gmTQCAzZXyN8eAdpS6HlGAbJJXAACAAIAApkqD&#10;j60IliOCvqm6hPiB56YmcuGBJqKMYBKAl59WTFOAOZzZNzd/35u1Hfh/p5REAACAAIAApeODLbca&#10;laSCYLMzhF6BfK7rcjyAqaqgX3yAEKbvS9d/r6R6Ns1/WKF5HZ5/DZQHAACAAIAAnqaVHmlOj9ST&#10;Jmsjf+6ReWzUbsyQA25qXI2OsG/2SQ+NnXF0M9aNEHKyGYeOonL2AACDFnq8neyTlHJajxaRyHNN&#10;fxSQJ3QzbfqOrHUUW8SNWHX5SFWMRXbZMyiLrXeKGP2NAHeDAACBoX4fnRiSE3tOjhCQYnt9fiGO&#10;xnunbQCNWHvYWuCMDXwYR46LAXxfMn6KY3yRGH6LfHxsAACAWoAAnBmQt4QrjP2PC4OzfPaNfoM1&#10;bAmMEIK4WfqK1oJYRs6J04IJMeWJMIHNGBGKEoHZAACAAIAAmyaPhI0sjACN4owQe/iMXorpawiK&#10;9om/WS2JtYiyRhyIvofcMVmIF4dQF7CIxodYAACAAIAAmlKOoJZRiz+NBpSYezeLfpLEajWKFJDw&#10;WF6I1Y9GRW2H1I3xMMuHKY1NF0mHrIwFAACAAIAAmaSN75+CioeMWp0wenmKzZq1aXqJXpg9V62I&#10;IZYKRNWHHJRbMF6GV5P0Fv+Gso+NAACAAIAAmRyNaKjMifWL2KXpedyKRKLNaNyIyZ+3VxKHiJ0P&#10;RECGi5tJL+aFvZopFr6F4Y9hAACAAIAAmL2NCLJWiYSLe67xeVaJ3Ks5aE6IUqeQVpGHBqSUQ9WG&#10;BKL2L4aFOJ8dFmuFSI8oAACAAIAAkNie4WjMgtecTGqNc9+aAmw0Y8SX723FUoeWC29JP+yUhnCx&#10;K0qT6HGzEGyW3nEvAACAAH3QkECdjXFjgkibEHJRczyYw3M6YyaWo3QiUfCUtnUMP2WTKnXpKtOS&#10;dXZ6EDiU9XXyAACAAIAAj5icIXnZgXWZunoScn2XbXpNYmCVU3qVUT2TanrpPsuR4XtAKlmRHHtx&#10;EAaTL3slAACAAIAAjs+azII9gJKYboHbcYSWLYF5YZCUE4EmUHuSN4DqPiqQs4DCKd6P4oCpD9KR&#10;koCqAACAAIAAjgCZtIqof8aXWYm5cLSVHYjHYLSTB4feT9aRHIcMPZuPoIZ6KXeOwYY+D62QFoV7&#10;AACAAIAAjVWYxpNHfxeWeJHLcAGUPJBAYAqSH466TzOQM41gPSWOn4xqKSKNtoxdD4uOwImRAACA&#10;AIAAjMaYGJv3fpqVz5n4b4KTiZfUX3qRYJW5Tp6PdZPxPKWN4pLNKM+M2JLFD2mNnYprAACAAIAA&#10;jFWXmaS/fiKVUqJDbwCTA5+TXvaQzZzxTh2O3JrUPCaNT5ncKGuMOJgaD0uMrIpXAACAAIAAjAGX&#10;Pa3EfcOU9KrcbpGSmqeoXoKQVqSRTbSOW6JRO8+MxqD1KB+Lr5shDxyL+Yo3AACAAIAAg4mpE2g3&#10;djyl9mngaBWjHmt4WOKgeGz+SIueDm5yNrKcNW+3Il6b43BaCFidr3AgAACAAIAAgxKn8nBndd6k&#10;1nFHZ62h53IsWIGfJ3MWSDCcq3P+Nmeaw3TLIiuaR3UeCICbdHUxAACAAIAAgpamlnhodT+jiHii&#10;ZyKgk3jlV++d0nk9R7CbVHmgNgCZZ3n+IeuYzHoVCJ2ZZ3qnAACAAIAAggClQoBQdJCiOoAAZl+f&#10;Tn+2V06cjH+CRxyaGH9pNYuYKX9fIaGXdX9YCK6Xi3+TAACAAIAAgWSkJYhHc/ChJId4ZbWePIat&#10;Vp+beYXxRpaY+oVcNRuXD4UCIVqWQoUUCLyV34PRAACAAIAAgNijS5Bfc2igTo8ZZS6dYY3LVhWa&#10;mIyPRhOYEouINMiWB4rxISuVJItiCMyUYIXzAACAAIAAgG2ikJiHcvefmZbOZLicqJUCVZ2Z2pNN&#10;RaaXUZHyNHeVPJFbIRWUHpDoCOKTDoYCAACAAIAAgBSiFKDTcsOfG565ZH6cF5xtVVGZLJo4RVCW&#10;lZimNBeUjphhIMaTb5V/COiSAIYGAACAAIAAf9GhvKlccn2et6bsZC6bpqQyVPqYraGlRQKWDaAt&#10;M9mT/J58IJmS2JYKCOORO4YCAACAAIAAdrSzwWd/afWwOGkIXICs5WqMThipvGwCPoem4m1cLT2k&#10;625rGLmll25sAYmiqnACAACAAIAAdlqy0G9SacqvKHAdXFerpnD5TfmoVHHdPnClXnK8LTqjSXNq&#10;GOOjp3NGAf6gN3VhAACAAIAAdgyxfHboaWCt2HcbXAKqR3dgTaCm63fDPiij7HgtLRChx3iEGO6h&#10;6XhUAl6d+XpYAACAAIAAdaywHX5daOmsfX4WW3eo833dTTSllH3DPceimX3GLNCgan3RGOegWn28&#10;Aqyb+n6vAACAAIAAdUSu9IXhaH+rWIUuWwWnz4SHTLekbYPzPXKhZIOPLJCfMoNrGNme94O/Au2a&#10;O4H7AACAAIAAdOSuE42KaCiqdYxyWq+m44tYTF+jeYpYPR6gaImaLF+eGIloGNKdtomDAyOYtoIf&#10;AACAAIAAdJStZZU9Z+apwZPKWm6mI5JDTBiirZDePNSfmo/uLDCdO5AHGNqclY5ZA1aXaoJCAACA&#10;AIAAdF2s150CZ7GpLZs7WjKlhplWS9iiBpejPJSe7Ja1K+uck5Z2GLubxpC5A4mWU4JkAACAAIAA&#10;dC6sfqUXZ7SovqMZWi6k/KDQS7ihXZ7JPHueKZ3zK+ubvpuTGNGa8pDIA6yVjIJ8AACAAIAAajK/&#10;A2a0Xc67QGgOUOO3lmlwQyO0BWrGNCqw6Gv0Ix+vPmyiDiGxSGvjAACfBHOwAACAAIAAae2+PW4y&#10;Xc+6OW7YUPW2Qm+cQ0Wyd3BuNFuvLnExI3OtSnGcDrWu6HDmAACdwHgpAACAAIAAac2853VkXZ24&#10;2nWAUNW0z3W4Qyaw7XYZNFGtkHZ8I5GriHauDxysyHYmAACciXwiAACAAIAAaai7cnxrXWG3Znwe&#10;UIezXXvpQvKvd3veNC2sFHvwI5Op8nv4D2eq4nvYAACbaH+hAACAAIAAaXq6MYN/XTW2I4LaUFay&#10;FYJLQrSuK4HXNBSqt4GaI5SohYGeD6mpMIGuAACabIAAAACAAIAAaU65PIq7XR61HInJUESxAIjc&#10;Qp6tDYgQM/ypkYeSI52nOofAD+anq4a4AACZkIAAAACAAIAAaSm4f5H+XRS0R5DIUD+wGI+CQpSs&#10;G45sM/Gom43hI6emMo5FECKmWYrpAACY34AAAACAAIAAaQ2385lZXReznpfmUESvWZZVQpKrTZUI&#10;M+Snx5S2I5ylXpPMED+lWYr8AACYSIAAAACAAIAAaPq3j6DrXSOzE59JUFGutZ18Qpaqm5wlM+mn&#10;C5tuI7GklJgiEFakg4sMAACXsoAAAACAAIAAzVBsbWZEueduMGh1pdNv2GqQkOBxY2yUew5y326N&#10;ZFV0T3B9TGx1pHJQMa12qXPWDcd4MXO2y1xp7nFUuFhr53JnpG1ttnN3j59vZ3SGeeNxBnWXYz5y&#10;lnalS2Fz+nebMLF03HhVDOZ2dHflyYhnyXxgtpFp3HxcouFry3xfjiZtmXx9eJFvVnyqYhJw/3ze&#10;Sllyb30EL8ZzK30EDCF07nyDx7tl4odQtMJoCoZQoRtqC4VgjJpr8oSHdyptzYPTYNtvjIMvSVRx&#10;BYKNLulxmYHrC3Zzm4C4xhhkRpI0sylmfJBUn4NojY5+iw9qg4y7dddsbosXX7JuQ4miSGBvwohB&#10;Lh5wK4cfCuRyeIRSxMVjAJ0hsd1lP5pwnjhnVZe1icppU5UKdKZrR5KFXqVtIZAzR4Jupo4pLWlu&#10;5ozFCmhxhIcJw7Zh/agTsNRkQKSXnSpmVaD6iLtoVJ1rc6lqUpoTXchsM5b/RsdtsZRULNJty5Lz&#10;CgJwuYbEwu1hPLMJsA1jf67EnFNljapMh9tnhaXbcspphKG4XP9rbZ4FRiRs6pr9LE9s2ZhcCa9w&#10;FIaMwmpgu73+r4Vi+rjnm7Jk+LOThyVm4q5Ochdo2qlzXF1qwqU+RYtsN6I+K8ZsAJyoCW1wEoZf&#10;vq90jmVgrQR1gme+mmx2cWnvhr53Wmv9cg94Qm37XFp5LG/uRVN6D3G7KwN633MZB4B9FnN9vUZy&#10;PW/wq+lzZnE7mVp0dXJwhbZ1dnOYcQ52c3S9W2p3cXXfRHZ4XXbkKjh5BXeQBvV7W3gUu8BwLnpr&#10;qj5xcnq2l9Nymnr5hD9ztntCb8F0z3uVWkR15HvsQ3N21nwyKVh3Tnw/Bnp51nxsuiluXYTKqJpv&#10;soQzljFw7IOWgtdyG4L+bnhzT4KAWSd0eIIOQoV1boGfKJF1t4EuBg94hYAxuK5s0Y8ppyduMo3D&#10;lL9vfIxQgWxwuIrfbUZx94mEWBpzNIhSQah0LYc7J950RIZ5BbR3ZINst3hrlpmapfRs/5dtk49u&#10;TZUjgENvkZLabDBw2ZCvVylyFo63QOJzE40SJz5y+4xWBWd23oOntoJqm6QUpPxsCKEkkpJtVJ4F&#10;f0lumprma0dv65f5VmBxLpVWQD5yH5M4Jrxx3pIjBSd3SoN8tctp366XpD5rTKrnkcVskab4fnZt&#10;z6MGandvIp9hVaNwbpw3P6ZxXZnzJklw6pbiBPR3oYNZtVZpYrkko7hqybS3kSNr/q/4fcZtL6s+&#10;ac9ueqbyVQ9vxaNnPxhwrqENJcdwFZmLBMp354M9sHB8/2SsoE19HWcdjxF9VGlXfJZ9nGtnaP59&#10;8W1lVER+Vm9TPhF+1XEPJAB/q3ImAfeBZ3QBr1N60W6gnzN7J3ATjd97enFoe3V71XKpZ/N8OnPj&#10;U1N8r3UUPTh9LHYdI0N9yXafAbZ/rnhxrh141XiRneB5TXkZjL55tnmRekt6JnoAZuR6nHp2UmZ7&#10;H3rtPHB7nXtMIpx8AntUAX1+K3xXrLh3EIJnnHN3mIIlizd4FoHPePp4loFyZa55J4EmUVp5vIDl&#10;O496OoCjIeZ6ZIBWAUt90X+6q2Z1l4xAmyB2KotAieV2tIold7F3P4kAZJx314frUGZ4fYb7Osd4&#10;+oYrIUl46IXMASB+GIDDqk90aZYymgl1A5R4iNF1kZKWdqR2I5CpY6F2wY7WT5J3Y403Ohl334v5&#10;IL93mIu2AP1+VYCrqXBzeKAvmSV0F52+h+p0o5sWdcF1NZhlYsx12pXiTtt2gJOxOYp265IoIFF2&#10;c5DMAN9+h4CXqMpywao5mHNzYqcWhytz6KOsdP90cqA5Yg51GJ0TTit1x5p4OP12LJkQH+91epT0&#10;AMd+sICGqFxyRLRYl/By4rCKho9zW6xidFpz16g4YXN0dqSBTaV1IqGwOHx1g5+GH3d0qJVGALR+&#10;0YB5on+FxWQZk6CFFmaJg5eEnGjCcj+ER2rRX7iEC2zKS/GD8m6sNoGEIHBIHGWFYXDmAACATHa6&#10;oZiDuG2DkqeDRW8JgoCC6HBtcTWCn3G+XsOCa3MESxeCWnQ7NcCCfXU4G8iDb3VmAACAAHq5oIuB&#10;2XbVkWaBiHeLgV2BO3grcBKBA3jAXcCA3nlVSjiA13nkNQWA83pPGzeBmnosAACAAH46n2aAGYAl&#10;kDN/3YAigBd/p4ADbxN/eX/eXNt/ZH/CSYB/Zn+tNHh/fn+UGsp/4X9XAACAAIAAnjt+sIl9jyR+&#10;fYjPfwd+UIf/beR+K4cdW9Z+HoZKSJF+MoWZM7J+QoUNGjl+WYUMAACAAIAAnUR9kJLujiR9ZZGV&#10;fgp9OpAPbPJ9GY53WvV9Doz4R9d9GYuxMxx9JIrdGcd8+4pmAACAAIAAnH18qpxnjVl8hpppfT18&#10;V5gubCZ8NJXkWjR8LpPJRzR8OJIKMqV8K5EmGXF7x47ZAACAAIAAm+V7+6XzjLZ73KNVfI57p6Br&#10;a3d7eZ1yWYl7cZrJRo97g5jDMh97bZf5GSB6xJD9AACAAIAAm317f6+fjDl7Yqxue/x7IajZat56&#10;5KU8WP560qIdRhl64KAaMa96xp2fGLh58pC3AACAAIAAlNGPDGOShvKNnWXxd/CMeWggZ5+LiWon&#10;VhuKu2wVQz2KKm3hLnaKKW9HE8iMm28UAACAAHpAlBCNLWx6hiuL923+dw6K5W9oZsuJ9HDAVVmJ&#10;JXILQpGIk3M/Ld+IfXQeE2KKfXOsAACAAH22kzGLX3VHhRyKTXYOdhiJSHbEZdSIZHdwVH2Hn3ga&#10;QdeHE3i5LUmG7nkfEwOIf3iaAACAAIAAkiyJuH37hAuIsn4kdPKHwX41ZOqG4n47U6mGLn5HQS6F&#10;qX5VLMuFdn5UErmGoH4GAACAAIAAkTCITIbMgw+HU4ZXc/yGa4XDY/WFkoUdUvWE2YSBQJyEXIQM&#10;LFuEIIO/EneE6IOGAACAAIAAkFeHO4++glSGSo6yc0OFYI13YyKEhYwnUiSDzIrwP/KDRIoAK9KC&#10;/YmeEh+DZ4g6AACAAIAAj6iGYpi1gZqFeJcXcoWEiZU5YmeDqZNGUW2C8pGKP1WCZZBCK2+B+5Ad&#10;EeWCHowZAACAAIAAjyCFvKG+gQmE2Z+WcemD4Z0bYcyC9JqLUNWCN5haPrmBspb0KvCBOpZGEbKB&#10;EYv3AACAAIAAjr6FRar3gJeEZahXcWODYqVFYT+CYqIhUFiBl5+YPlaBCp5lKpuAjps1EXGARYvL&#10;AACAAIAAh3yYnWMVemmWmGVZbESU42d4XOGTZGlyTEmSD2tNOjaRIGz1JdmROG4BCzyTlW10AACA&#10;AH1GhtWW/WuKec+VH20Ca5mTaW5nXEWR22+/S7yQe3EGOb6PgXInJXiPdnLICy6RGHJFAACAAIAA&#10;hiCVSHPbeO6TiHSlatKR2XVkW3uQUXYeSwyO9XbUOS6N+nd0JQ6N1He7CxyOyHd9AACAAIAAhUiT&#10;sHwWd/6R/HxMacyQXXxzWqaO2nyXSkuNjHzAOJGMlHzlJJyMWHzmCwGMvH0MAACAAIAAhG+SXYRZ&#10;dyqQsYQHaPiPGIOhWcaNmoMxSaiMQYLJOAWLUYKHJDiK/oJnCu2K8YHuAACAAIAAg7qRR4zIdnKP&#10;qIvvaD+OD4r0WRiMiYnrSQaLLoj9N5yKJYhbI+uJwIhrCtmJZ4YUAACAAIAAgyaQdJVEdfGO3ZPw&#10;Z7yNO5JiWIaLqJDFSGuKTY9oNxSJQo6YI56Iso7GCsaIHYdJAACAAIAAgrGP1p3OdXaOQpwFZzqM&#10;l5nvWASK9pfMR+qJk5YaNo+IjJVrIzSH6ZQVCraHEIc+AACAAIAAglqPZKaEdRaNzqRbZsuMF6HH&#10;V5GKZ58vR4SI951SNjyH5ZxwIu6HOZeeCpWGRocoAACAAIAAepCipWJwbhOgJmSVYKud7magUiCb&#10;52iKQliaHmpOMOKY/mvDHIGZwWw/A9+YoWy+AACAAH/QefyhQWp7baCezGviYDScf21BUbmaXW6V&#10;QgGYgG/SMKOXSnDUHGaXz3EHBCCWEHHSAACAAIAAeWufonJYbO6dQnMhX52a9HPmUSGY0XSsQYKW&#10;8nVoMESVsXX+HDaWBXX7BFKTxXdNAACAAIAAeMSeEHodbDKbu3phXs2ZeHqcUHyXWHrcQOyVgXsd&#10;L9OUPHtPG/eUZ3sxBHSRwHxMAACAAIAAeBucv4Hva4iacoG5Xh6YNYF2T8iWE4EtQGiUNID4L2SS&#10;74DcG7WS9YDYBI6P/YCdAACAAIAAd4abuonfavqZc4k4XZOXMIh1TzqVCYetP+KTIocHLxmRuYax&#10;G4+RnYcWBKiOdoMmAACAAIAAdxGa3ZHXaoCYnpDEXRWWWI+GTrqUK45IP22SQI1OLsSQyoz0G4aQ&#10;ZYykBMeNKYM7AACAAIAAdrOaRZnrakuYBpiDXN2VrpbLTnOTYZUMPx6RZZPWLmOP+5PSGzCPjJE9&#10;BNWMHINFAACAAIAAdmuZ1qIragKXjaB7XIuVJ55cThySzJxEPtKQxJsZLiePS5nwGweOzZJGBNiL&#10;UoNGAACAAIAAbgatOWGTYgOqXWOSVTqnt2WDR2mlO2dXOE2jHWj3JzaiF2obEiqkf2mnAACY025i&#10;AACAAIAAbYOsEGk/YbqpG2qPVP2mRmvhR0CjoG0qODehYG5TJz+gMW8bEnGiLW6KAACXLXNpAACA&#10;AIAAbReqgXCzYTmnk3FzVJiktHI3Rt6iA3MBN+2fuXO6JxuecnQuEpKgE3OYAACVoHgwAACAAIAA&#10;bKGo6ngIYK+mA3hTU/2jLHicRmqgenjvN4meM3lBJt2c3HlsEpeeMnj1AACUMHxjAACAAIAAbCin&#10;kH9sYDikr39QU4Gh2X8rReOfJn8ENzGc0H70Jp2bcH7yEpKchn7jAACS6IAAAACAAIAAa72mh4by&#10;X9mjpYZ3UyWgx4XkRYWeC4VQNtibq4TlJm+aKITVEpKbA4S4AACRxoAAAACAAIAAa2Slt459X5Gi&#10;0o2vUt+f54yyRTqdHou7NoaavIsbJjuZJYtKEqWZqImhAACQ24AAAACAAIAAaySlD5YQX1SiJpT1&#10;UpyfM5OfRPOcX5JZNkCZ9JGzJemYYZG8EoKYrYyDAACQJ4AAAACAAIAAavCkoZ3jX1ahpJyoUpme&#10;mJr3RNiboplWNjOZF5jPJfyXapbnEqqXqYyeAAuPioAIAACAAIAAYbO4fGCJVfS1fGJSSaGykGQY&#10;PGGvw2XDLbutjGclHJKtRGe4CFyupGdrAACTWHLYAACAAIAAYTC3kWfbVce0T2kCSZKxFWo4PG+u&#10;C2tmLeWrn2xkHPCrCmy6CPGsCWxpAACSF3duAACAAIAAYOq2C27sVXeyv2+SSV2vcnBFPEOsUXEH&#10;LdapznGnHRSpBXHJCVyppXGdAACQ4XuAAACAAIAAYKq0ZHXYVSWxGnYZSP2t0HZhPASqq3a6Laqo&#10;IHcLHRenMncGCainenc4AACPv38WAACAAIAAYGiy9XzSVOmvrHy/SL6sXXytO7mpNHycLY6mlXyi&#10;HRmljnyZCeqliH0ZAACOwYAAAACAAIAAYC6x2oPxVMeugYOXSKOrJIMqO5un8YLBLW+lSIKDHSWk&#10;EIKgCiejzII5AACN44AAAACAAIAAX/2w/IsUVLWtjYp9SJiqH4m8O4um4YkILV2kMYi2HSui3okg&#10;CmWiSoaIAACNM4AAAACAAIAAX9mwV5JGVLKsy5F+SJipSJB2O4Wl+Y+JLUujQY9lHRih7I68Cnyh&#10;H4cXAACMnIAAAACAAIAAX8Gv3ZmgVLusLJi9SKOokZeBO4elNJaELVKibZYtHTOhAZNOCpKgIocm&#10;AACMAIAAAACAAIAAwRNnFV/trtNpOWK0m+1rPmVgiCJtJGfuc2lu+GppXbdwuWzRRsdyRW8QLM9z&#10;JnDdCgR2KnEUvyBkJWrRrUtmimyFmo5ov24shuhq0m/LckZsz3FgXKhusXLrRclwSXRTK+hw8XVd&#10;CW10aHVrvUlhlXWnq4ZkIHZOmQdmfXbzhXNos3elcPhq0nhcW4Fs0HkRRMpucHmvKw9u2XoKCOly&#10;3Hotu3dfS4Bdqbhh9YAPl0NkbH/Ig+5mwX+Nb5dpAX9pWlJrGH9NQ89svn8pKkJs5H7tCHZxs36G&#10;ucxdVYsEqCBgF4nclbJipoi1gmllDIeXblJnYoaOWTVpkIWnQudrOYTNKYlrGYQaCBRyWYI/uHFb&#10;wJWzptRekpO7lHBhLZG1gTFjoo+2bS1mA43UWDxoN4wdQhpp44qgKOVpfomxB8Fy5YU+t1xaeaBj&#10;pcxdVp2ek2pf9Zq6gDFicJfebD1k3pUxV2pnGpLAQXFou5CvKGBoF4/KB3xzWYUQto5Zf6sOpQVc&#10;Yqd8kpxe/qO+f19hdqAIa25j55yZVq1mLJmPQNZnyZcnJ+xm4pUiB0RzuITqtgpY1LWspH5btbE/&#10;kgNeRKylfrpgsaghas9jHaQDVh9lYKB+QE1m8J4fJ25lyJlfBxh0A4TMszdu7F9HoplwT2IxkQ5x&#10;p2Tpfmhy9md3arR0P2ntVel1gWxNP7x2pG53JgJ3Wm/8BDJ7CXESscJsLGmroXttz2uMkABvUG1Q&#10;fWtwvW7/acNyIHCfVQ5zeHIyPvh0oHOaJVd1D3R4A+F5cnXJsDFptXP0n81rfnTfjnttIHW4e/Zu&#10;rXaMaHpwMHdgU+1xoXguPf5yyXjcJIdy5nkmA5l563pGrpJngn4fniZpZn4tjNprIX4uepVsx34p&#10;ZzhuaX4wUtlv7n47PRxxF348I9Jw4X4QA1t6U34rrRBln4hHnLNnmIeLi2xpaYa6eS5rIIXhZhNs&#10;0YUVUddubIRnPEtvkoPHIzBvBoNTAyZ6rYGCq9ZkGJJ9m4BmH5D8ikFn+o9ZeA5pv42vZQVreowa&#10;UPZtFoqvO5RuOomIIqBtXYkfAvp6+YIDqtxi3Jy1molk7JpyiUtmy5f+dx9olZWFZCVqXJM1UDZr&#10;/pEmOv9tEo+PIi9r6o7cAtV7N4HqqiNh7Kbtmcxj/qPpiIRl2aCodlZnn51iY2BpapphT4BrFJfR&#10;Om5sIZYWIclqqpOQArd7aoHWqa1hRbEfmUZjVK1bh+hlIqlNdbFm3KVFYsVooqGkTvpqSp62Oetr&#10;Spz6IU9pipaFAp97k4HFpaR3FV7Dlnp3r2G6hjR4XGR0dKd5FGb7YfB502lnTgZ6m2u3OIt7Zm2/&#10;Hst8O27TAACAAHJgpHh0eWiNlVp1VGqOhQF2JWxpc4t29m4nYO53y2/VTSJ4o3FsN8N5ZnLHHih5&#10;2HNRAACAAHcFozZyF3JQlAJzH3Nug+R0DnR0cmh0+HVmX+x14HZTTEZ2x3c2NxF3hXftHZ13kngH&#10;AACAAHsYocRv9Xv3ko1xF3xPglhyH3yMcRlzHny5Xrh0JXzpSzx1Hn0YNjV11X02HPN1d30DAACA&#10;AH6ioGxuJoWckThvWoU7gQhwdYS3b9Rxg4QfXbRylIOQSlVzn4MXNXx0TYKtHGpzhYJvAACAAIAA&#10;n1Bsr49WkCBt744+f/hvE4z3bs1wLIudXL1xRYpVSY1yTIk2NNty8ohjG+9xy4hLAACAAIAAnm1r&#10;gJkTjzxsyJdHfxRt7pU/bfBvC5MnW+5wLpE0SNxxN4+INFlxxY5xG5BwXY1YAACAAIAAncRqlqLT&#10;jopr46BXflhtBZ2RbTVuHZq8WzZvQpgrSDBwUpYZM9Fw1JUfGzpvNZF6AACAAIAAnVRp8ayXjghr&#10;PalyfcFsVKXybJdtX6JrWqVufZ9NR7Vvip0DM1Zv/5t4GsRuR5IZAACAAIAAmFB/l15aikl/cGFG&#10;exh/eGP4apZ/nmZ2WNh/12jVRcaALmsNMOWAvmzeFrWCPW00AACAAHZcl1N9G2eYiUZ9OWmkegF9&#10;ZGuHaZF9nG1NV+19427+RPt+QXCPMDl+vXHJFjZ/s3G7AACAAHpnljl613C+iAF7IHIBeOV7YnMn&#10;aHh7sHQ3Vvp8CHU6RC98cHYpL5d823bYFcV9SHaFAACAAH3zlQV4xHnnhrx5Knpyd5d5hXrbZ3l5&#10;4Xs5VhB6TnuOQ3F6wHvcLwl7G3wKFWZ7HXumAACAAIAAk9N3B4MOha53f4LzdoR36oKwZk14UoJS&#10;VR94x4H7QpZ5SIG0Lld5koF2FOl5TYFTAACAAIAAktR1pIxLhKl2JouHdYR2l4qRZVh3BomDVDp3&#10;foiDQeB39oeuLcZ4MIctFIF3xoamAACAAIAAkgd0gpWJg9t1DJQjdLd1fZJ8ZJF17pDBU312bI8p&#10;QUF24o3hLVp2/I1TFDl2fosWAACAAIAAkWpzoJ7Mgzd0MJzKdAt0npp4Y+d1CJgTUtd1hpXzQKF2&#10;AJRmLNp2B5P+E/V1d41+AACAAIAAkP1y/agcgrpzj6WKc31z9KKTY1V0UZ+PUlN0xpz9QDN1OZtq&#10;LGx1M5mME4t0tI03AACAAIAAiyyIfl3wfhGHrWDHb9OHHWNqYEeGuGXbT3SGcWgnPSuGZmo7KLyG&#10;7Wu5DgaI/mtHAACAAHnTilGGNGatfTqFpGi1buyFLWqaX3OEzmxiTrqEim4PPI+EfG+PKECE33CP&#10;DdeGSW/1AACAAH1YiV6EB29TfB2DpHCjbe2DQnHbXneC83L6Td+Cu3QLO9iCsXT6J7OC93WHDZ6D&#10;53TvAACAAIAAiE+CFHfoevqBxXiXbLiBeHkqXYSBMnmoTQCBDXoeOyOBB3qBJyyBMnqrDWaB0Xpd&#10;AACAAIAAh0qAVoCLef2AG4Cja8J/34CWXIt/poBuTGd/e4BJOqh/fYAtJtx/joAQDVJ//n/oAACA&#10;AIAAhmh/B4lPeTZ+2IjTawJ+m4gjW8J+XodWS41+N4aXOf1+LIYJJlF+JIXZDQ1+eoSjAACAAIAA&#10;hbF985IReHl9zJEGakd9jY+3Ww19To5QStx9KY0POWZ9FowsJfV844w6DOp9MoiWAACAAIAAhSJ9&#10;HZrVd+d8+5lEabB8t5dfWnl8b5ViSkl8RpOyONN8NJKxJYJ75pJKDMt8J4imAACAAIAAhLh8f6Ox&#10;d3R8YKGsaS98E584WfZ7vJyxSdZ7h5qsOHZ7a5ngJSZ7DJcjDIp7X4h6AACAAIAAfkOR+V1mcdqQ&#10;kWAaZGmPcWKmVbqOg2UHRb6Nw2c5NB+NcmkbH9KOVmoXBk6OmWoUAACAAHzLfXuP6GWocSqOsGeg&#10;Y7KNmWl/VRmMpGtDRTaL3GzlM7WLfW5FH46MJ27gBmqL9m7wAACAAH/efK6N123RcDqMxW8jYuSL&#10;vHBiVE6K0HGORIuKDXKjMy6JqXOGHzaKI3PMBneJn3QrAACAAIAAe8mL7XXpb0SK7naqYd6J+XdU&#10;U4WJE3fxQ9eIXXh7MqOH9njnHt2IRnjtBnyHknm/AACAAIAAeumKSn4FbniJWH5EYRmIa35kUrCH&#10;jn5qQ1GGy35tMjaGZ353Hp2GjH5jBoyFxn6vAACAAIAAeiKI+oZEbbmIFoX7YF6HKoWHUguGQoT4&#10;QrqFfIRxMfKE94QgHm6E+YQ7BpGEPILbAACAAIAAeYOH9I6MbTqHGo3OX+OGJ4zKUXeFMIunQhmE&#10;aYqyMWCD3ooyHimDo4qJBouC84RsAACAAIAAeQSHKpbdbLmGVJWxX12FWZQnUPWEVZJ8QZqDg5Ex&#10;MNSC+JDIHbiCm4/WBomB5YRrAACAAIAAeKKGkp9NbFKFvp3LXuqEuJvGUIKDpZmiQTaCwpglMIaC&#10;Jpe2HYGBr5PzBn2BFIRjAACAAIAAca+b2FyyZfGZ919CWTuYYGG0S06W/GP7PAqV2mYHKuKVfWee&#10;Fi6XhWfHAACTDWm/AACAAH9KcPeaDmSMZWeYR2ZvWLSWomhASuGVI2n4O7aT6muDKq+TbmyrFjCV&#10;F2yUAC+Qvm62AACAAIAAcE+YE2xCZKKWam2OWA6Uy27MSj+TTW/7OzSSEXEJKlaRgnHKFhWS3HGF&#10;AHOOcHQzAACAAIAAb5OWMXPjY9GUlnStVyuTB3VlSY2Rj3YSOpmQW3aoKeWPwXcJFd6Q2XatAKKM&#10;a3lEAACAAIAAbteUm3uQYxeTDHviVnGRgnwdSNCQCXxDOhKOz3xnKXWOMXx8FZyPDnw6AMOKqn2m&#10;AACAAIAAbjKTW4NaYnyR1oM+VdyQSIL7SDuOyoKhOYSNhoJWKTCMvoI3FXaNZIJoAOCJJ4CXAACA&#10;AIAAbayST4snYfWQ1YqhVVSPRYnkR7ONv4kVOQaMdoh2KM+LnYhRFXWL44gEAQOH34CvAACAAIAA&#10;bUKRi5MKYbGQF5I1VRKOeZEBR2mM04+xOLyLdI7TKHCKno8EFRmKx4ygARqG0YC+AACAAIAAbO+Q&#10;+JsOYV+PfZn4VLmN1JhfRxCMIJaxOHKKsZXRKDmJxZUnFPyJyY4wASeGA4DIAACAAIAAZWKmV1uw&#10;WhKkH14VTfCiI2BlQKugW2KNMfKfBWRoIOefE2WKC/uhu2UaAACNlG3SAACAAIAAZLOkzGMnWaai&#10;jmTxTZOgbWawQGyee2hWMdKc/2m/IPOc1WqKDE+e+mn9AACL+3LMAACAAIAAZCui6Gp1WQyguGu4&#10;TRmelGzxP/icmm4eMX+bEW8aINCawW+VDH2cbG8GAACKe3eiAACAAIAAY52hB3GrWGue4nJ6TGic&#10;yXM8P3Wa0XP1MRGZSHSNIJCY3nTDDI6aGXRVAACJFHvlAACAAIAAYw6fbnjwV+GdU3lYS96bO3mt&#10;PuOZP3nsMLSXqXonIE2XLXoxDI6YAXoqAACH0X+cAACAAIAAYpCeLIBWV3GcFoBhS3WZ+IBIPnyX&#10;84AaMFWWTn/6ICWVon/4DJWWHoARAACGtIAAAACAAIAAYiadLYe/VxmbGId5SySY8Ib4PiiW3IZm&#10;L/qVMoYOH+aUbYZEDKyUdIUNAACFzoAAAACAAIAAYdWcXo8rVsyaSo6bStOYHI2+PdiV/YzbL66U&#10;RIx2H4uTfoyvDImTJYh6AACFIYAAAACAAIAAYZWby5bNVr+ZrpYkSsWXbJTvPb2VKJOsL6uTSpNn&#10;H7GSW5HvDL+R7IifAACEnIAAAACAAIAAWSOxrVpkThqvUlyNQmStGV6qNZyrGGCeJyyp42IjFZOr&#10;YWJoA0WptmNaAACI53H9AACAAIAAWHCwZ2F9Tbqt4mMbQiOramS5NX+pLmY6JzqnvWdgFeqoz2dw&#10;A9Kmv2hRAACHoHayAACAAIAAWAiukmhoTUqsC2mQQdCpiWq0NTinOGvOJxilrGyaFgqmc2x8BDmj&#10;8214AACGZ3rdAACAAIAAV66sp286TN+qJm/9QVenqHC5NOelVXFtJt+jvHHsFgqkTnGrBIShXHL8&#10;AACFQX6KAACAAIAAV1Kq/XYcTIqognaKQQSl/3bqNIqjpnczJrqh9XdtFgmiXXcpBMKfBnjhAACE&#10;PoAAAACAAIAAVv+prX0jTFCnKn1KQNWknX1ONF6iN30/JpKgdH0zFhugl30WBP+c734WAACDXoAA&#10;AACAAIAAVrqooIQtTCmmEoQWQLmjdYPHNEGhAoNsJnSfNINHFh2fLYOHBT6bIYJ6AACCrYAAAACA&#10;AIAAVoWn0otDTBOlMor9QKqig4pnNDKf/onPJl2eIYnKFf+eEYk2BU2Zq4OWAACCFoAAAACAAIAA&#10;VmKnNJJ+TAykepIiQKehupFVNC6fI5CkJmedL5CZFiac9o3kBWqYcIOpAACBgIAAAACAAIAAtSZh&#10;U1myo/5j0V0DkjZmL2A3f4ZocWNMa95qn2ZGVyhsrmklQSpuYmvPJ+tu2m3dBrl0o27FsypdzmRh&#10;onFgmmaskNRjNmjmfktlrmsQarpoDW0oVh5qQG8uQDVr/HEGJxhsEnJeBmN1NXNBsU5asW8BoKpd&#10;s3BKj01gg3GMfNZjJnLOaW5lrHQNVPtn/nVDPz5pu3ZWJlFpZXcKBhd1tXgir3RX5XmBnt1bFnnc&#10;jYxeCXo5e1lg0nqXaBRjf3sBU9Rl6ntrPk5nqHvEJZdm3XvrBdV2JHyarb5VeIPynUZYzoN1jARb&#10;44L2ed5exYJ5ZuJhjIIIUshkEYGvPXZlyoFYJPJkhIERBZ12g4BtrFJTdo5mm/dW6Y0YisxaFIvA&#10;eLhdDYpqZc5f5IkoUedicIgKPL5kJYcZJGJidYadBW5204Omqy1Rz5jVmupVWJa2idBYkZSDd8pb&#10;mJJZZO9egJBUUSRhFI6FPCliuI0MI/BgyIyiBUZ3FoORqlBQhKM2mh5UG6BDiQpXWp03dwxaZJo7&#10;ZDddVJeAUHhf8ZUeO5xhipNWI45fbJHsBSZ3TIN7qcFPmK11mZJTNKmgiHhWbKW5dnlZcKH4Y7Bc&#10;Xp6ZUARe+pvFOyhgf5oFIyJeRZYeBQ13d4NqqBdo21lJmGNqqVyvh89sa1/mdiVuH2LwY2VvymXc&#10;T39xX2inOiJyr2sqIOhy8WzMAUx9z27zpoFliGN3lzRnpWXkhr1pmmgxdS1rdmpjYoBtQmx9TrNu&#10;8W5/OXRwPnBFIFtwAnFMAS5+AXPHpN5iiG2OlX9k2W8OhTdm+3B4c7ho/3HUYThq73MmTZZsuHRp&#10;OIFt/XV8H51tLnX5ARR+LXhlozRf13eIk9ViUHgwg5ZklHjHcl9muHlRX/5ozXncTIxqqnpjN6tr&#10;5nrPHvpqnXrhAP1+VHxmoahdf4F9kmBgGYFdgi1ifIEmcP5kuIDiXuhm4YCkS5do1IB3NuhqA4BL&#10;HmtodIAdAOp+dX/UoGNbkIt7kSteQoqWgQlguImSb+ljCYiDXeZlQIeCSslnNYajNkNoWIX4He5m&#10;q4XaANl+kYCTn19Z+ZV0kDJcvJPMgBpfPpH7bwZhm5AkXRFj4o5vShNl3IzzNb9m5YvhHY9lM4uM&#10;AMx+qICKnp1Yu59hj3NbiJz3f1leDZpbbkpgbJe/XFpiuJVhSWhkuZNpNTdlspI3HTpkBJA2AMF+&#10;uoCCnh1X2Kk2jupapaYMfsNdI6KnbbJfe59OW9BhxJxYSPVjwpoHNMNkopjlHMtjDZN4ALh+yYB8&#10;mzZwslj3jNVxzFxgfWdy8V+QbLx0G2KMWuF1RGVkR8F2Z2gTMvJ3aGpgGV53zWtaAACAAHIdmeFt&#10;h2KNi6Nu7mUPfDFwQWdpa6NxjGmhWeVy0Wu+RuZ0B226Mjh09W9gGNJ0yW/cAACAAHbImIVqoWwg&#10;ij9sQG3HexFtvW9VaoVvJnDGWO5wg3IoRhhxyXN0MZlypXR8GGNyJnSTAACAAHrilwRoBXWZiMFp&#10;y3Z+eYNrZ3dGaTps7Hf5V75ubHijRRZvwnlBMMdwiXm3F8pv7HmMAACAAH5xlaBlxn8Oh2dnpn88&#10;eDNpXn9GZ/hq+X85VsZsiH8sRDlt7X8oMBpunn8eF1JuBn7wAACAAIAAlHtj6oiShkxl34gKdyZn&#10;podWZvdpU4aMVdZq7YXMQ39sToUrL4hs54S/FulscoTAAACAAIAAk49iYpIShWVkZpDYdkZmNo9m&#10;ZiFn7Y3iVQ1pkox9QtZq9ItWLxVraoqsFp1rI4nHAACAAIAAkt5hLpuJhLJjO5mhdY5lDpd1ZW5m&#10;w5U6VF5obZM9Qi9p0pGyLpNqLpElFlZqFY3lAACAAIAAkmZgTaTzhC5iXaJndPtkKZ+EZNll1pyc&#10;U9hnepoXQcFo2ZhTLiJpGJdgFeVpTI7OAACAAIAAjnx451ixgSd5UlwJcrd54V8oYv56hGITUgF7&#10;MWTUP51772deKzx8xWlbEN5+UGlgAACAAHYJjVJ14WG6gBB2mWRAcZx3UmabYf14D2jTUR94z2rr&#10;Pt15lWzTKp96R25AEIh7hW32AACAAHofjB1zG2q1fr10CWx5cHt0424dYOV1u2+iUDJ2j3ESPhp3&#10;XXJdKgt37XNFED15EHLLAACAAH21itVwk3OyfWtxqHTAbylyoXWtX+hzjXaHT090endLPWd1T3f7&#10;KY51vXhpEAN27HfwAACAAIAAiZNua3yufFBvmX0WbgtwqX1XXrhxpX16Tl1ynn2aPIpzfX26KN1z&#10;xn3DD6F1JX2eAACAAIAAiIlspIW2e0dt44V6bQ5u/4UMXcdwCYSCTX9xB4P/O+Nx24OZKFtx/4Nl&#10;D1pzoYL6AACAAIAAh7JrLI66enVseY3ebEFtnIzDXQJuq4uRTMZvsIp7O0hwfommJ/pwcIlpDy5y&#10;WYdwAACAAIAAhwxqApe5ec1rWJZEa5VsfJSBXF1tiZKpTCNujpEPOqpvW4/2J4BvJ4/sDwBxUIol&#10;AACAAIAAhpdpJKCzeU9qf560awprnpxRW9BsoZneS6dtnZfSOkVuX5auJxVuCZVlDqdwkYnoAACA&#10;AIAAgdeBi1hddViBWFuXZ8aBWl6hWOyBfWF3SMGBuGQbNwOCJ2ZxItGDHWf4COeEpGffAACAAHlz&#10;gMt+tmDidGh+ymNfZtR+7WW1WBd/HmfnSAt/YGnyNnB/ymu5ImeAhGzJCN+B6WyaAACAAH0Gf7p8&#10;DWldczl8VmspZc18l2zYVxl83G5mRzJ9LW/YNb59lnETIeZ+GHG2CMV/hnGbAACAAIAAfph5pnHK&#10;cg56DXL3ZJZ6aHQFVi56u3T3Rlt7IHXTNRd7h3aIIXR71HbQCLJ9cHcLAACAAIAAfYB3iXpLcPl4&#10;C3rcY4x4eXtJVSx42nuZRbR5P3vhNIt5qXwbIRl5wHwgCKp7oXyWAACAAIAAfI9114LecCx2a4Lf&#10;Ys124YKtVF93RoJcROV3rIIQM/J4AoHfIJ9344HVCIN6H4FcAACAAIAAe8t0cYtqb2Z1EIreYgx1&#10;iYoQU6V18YkoRDR2WIhdM1x2oIfZIEp2O4gPCHJ42IVVAACAAIAAezFzUpPwbs5z+5LgYXN0c5F/&#10;UxN01ZAEQ6N1OY7MMst1eo4rH9x04I4NCGN3zoWrAACAAIAAer5yeJx8bldzJ5r9YPNzm5kQUpNz&#10;8pcOQzV0SZWBMnR0epUSH4FztpLWCCx3CoWGAACAAIAAdU6Kt1faaYCJ+1rwXLKJfF3eTqSJJ2Cb&#10;PzSI/mMbLfOJSmUpGX+K+WXzAfWKFGcYAACAAHxfdFiIG1/naLOHmWJTW+iHLmSeTfiG2WbFPqmG&#10;q2i5LY6G4mpLGU+IMGq7AiyHbGv6AACAAH+Dc2qFkWfnZ6yFPmmzWwuE6WtmTSOEoWz5PfiEeG5k&#10;LQeEoW99GQCFmW+gAk6FE3E2AACAAIAAcnCDP2/fZqGDCHEZWfaCx3I4TEqCjHM+PTSCcHQjLG2C&#10;jnTKGJyDNnSyAl2DCnbNAACAAIAAcX2BQnfgZbmBHXiRWQ6A6nkiS12At3mYPJmAk3n8K+iAqXpC&#10;GEiA/3oTAm6BRHvAAACAAIAAcKZ/kH/yZO9/f4AjWFJ/VYAnSrV/IYAMPAd++H/wK7N+6X/lGDN+&#10;83/oAo1/vX/4AACAAIAAb/Z+OYgLZGF+OofGV89+DYc9Sit9yoaUO3J9m4YLKyl9fYXUF/d9KoYd&#10;ApZ+doHAAACAAIAAb2l9JpAkY9d9L49yV0V9AI5nSap8tY08OvV8fIxgKqR8UYw8F5B7tItbAp99&#10;aoHGAACAAIAAbv18U5hLY2p8YJdCVtN8LJW/STt71pQiOpd7jZMSKlt7SZL/F1F6dY+PApB8oIG8&#10;AACAAIAAaQOUf1cKXdCTSFn3Ua6SVVzFRFGRlV9iNXmRJWGwJHKRomNVD0+UjGMnAACICWmaAACA&#10;AH7UaB2SI16oXR+RFGD9UQmQIWM4Q8yPUWVONReOzGcfJD6PHGhbD2mRbWf6AACGIm5kAACAAIAA&#10;Z1GPtmY3XECOzGf9UFCN52mtQxyNG2s9NI2MkWyVI+KMwm1uD16OgmzpAACEXnOnAACAAIAAZn6N&#10;cW28W16Mnm7/T2KLyXAqQmWLBXE8M+yKgHIgI2+KmHKdDzeLz3IOAACCvHiaAACAAIAAZa+LfXVM&#10;WpaKvHYVTpuJ8XbCQZ6JLndQM2aIn3fIIwOIonf9DwyJU3eUAACBTnzlAACAAIAAZPeJ4nzwWe6J&#10;MH1LTgCIZ317QQmHn32NMt6HBH2ZItmGzH2jDwuHEn21AACAG4AAAACAAIAAZFqIiISLWVKH5oR3&#10;TWiHIIQvQHaGVIPQMlqFsIOKIoCFWIOJDzOFIYNHAACAAIAAAACAAIAAY96HgIxFWQ2G74vlTS+G&#10;H4skQD+FLIo7Mi+EZ4mwIjaEBooBDuWDoIfyAACAAIAAAACAAIAAY3yGsZQZWK2GIZN8TMuFTZJT&#10;P+GET5EGMeODc5BuIgKC7ZAqDtuCXYoLAACAAIAAAACAAIAAXOCe8VXfUkKdWVifRsCcCFtFOfma&#10;+124K4mafV++GkmbzWC4BoScSmEEAACDo21JAACAAIAAXAac3V0dUaybWV9VRjeZ9GF5OZWYwGNy&#10;K1GYFGUMGlCZEWW0Bt+Y3WXjAACCEHIxAACAAIAAW1+ahWRDUPWZG2X8RZ+XvWeiOQWWhGkmKuqV&#10;xWpWGiaWh2q1BxeVnGrkAACAl3cUAACAAIAAWraYQGtaUDiW52yeRNGVl23OOGqUYW7jKmqTn2+x&#10;Gd2UM2/OBy6SsXAjAACAAHtlAACAAIAAWgyWTHKBT5KVBHNbRDCTt3QcN8aSfHS3KgKRq3UtGZSS&#10;HHUhBzGQKnXeAACAAH8uAACAAIAAWXOUt3nITwaTfXpDQ7GSLnqVN1GQ6XrDKZiQBHrfGXGQLXrM&#10;BzuN+HvRAACAAIAAAACAAIAAWPCTa4ETTpaSPoE7Q0yQ6oEjNu2Pl4DsKS6OpYDOGSCOqYDrB1CM&#10;HIDgAACAAIAAAACAAIAAWIiSXIhgTi+ROog7QueP5ofENpCOhoc2KNyNfocGGLeNc4dHByuKo4TZ&#10;AACAAIAAAACAAIAAWDeRjo/lTgmQco+jQsOPFY7ONm+NkI3bKOKMV43CGPmMCIyhB3KJVIUJAACA&#10;AIAAAACAAIAAUKaqYVRNRmKomFbSO02nDVk9Luyl5FtpIIal2Vz3Dpeoo10IAACgCGB8AACAAHEu&#10;AACAAIAAT8aolFsqRcSmzF03Or+lHl8yLoWjwWD3IFujbWIrDselsmIHAACdbGUVAACAAHX4AACA&#10;AIAATz2mU2HvRS2klmOOOkGi62UYLhGhfmZ5IBOhB2dWDtGi4WcKAACa3mnuAACAAHo8AACAAIAA&#10;TsekC2inRKOiWWneOaSgtmsBLaGfSWwAH8Cev2yRDsagP2woAACYd28rAACAAH3/AACAAIAATkui&#10;C29xRCuga3BOOTOexXERLSudTHGkH4ycpXH2DsCd2XGOADWWAHUJAACAAIAAAACAAIAATdeganZg&#10;Q8qe03bwOOSdKHdVLOubnneRH1ia13ecDtibqXdeAHGT2npUAACAAIAAAACAAIAATXOfE31VQ3+d&#10;g32iOKubz32wLLeaN32eHyaZXX2MDtGZ5X21ALCSCX7OAACAAIAAAACAAIAATSSeA4RZQ0qcc4Rx&#10;OIGatoQyLJmZCIPfHwqYEoPkDqqYd4N7ALWQmYB7AACAAIAAAACAAIAATPGdKYuPQyiblIuGOGSZ&#10;0IsILIaYEIqOHxOW84qvDtmXHohEAN2PZ4CWAACAAIAAAACAAIAAqc5a6lOpma1dx1d8iPNghls1&#10;d1BjLF7MZKhlumJDUOFoFWWVO8Jp3WijIyVpcGrpA+d5Z2zLp8JWo14gmBRZ4GD+h4dc7mPGdg1f&#10;2GZ4Y4Bin2kQT9ZlImuNOtNm523QImVl2G9sA8h5nHFnpdxSzGiNlkdWVWpzhftZp2xMdJVcxm4c&#10;YjJfu2/fTrZiXnGQOeVkGHMVIbFisXQZA615ynZio/lPU3LdlHpTIHPahDxWoXTUcx9Z8XXIYOFd&#10;FHa7TZlf0HeoOQFhfHh4IQpgBHj5A5V58nr1ojJMQH0dkuBQSH1Egr5T/H1oca9XbX2GX8Ras32q&#10;TJ5diH3YODpfIX4BIHpdyX4dA4F6FH7foLBJpIdZkYtN3YawgZFRuYX/cJ1VToVOXsNYqYSpS9hb&#10;iYQeN5hdDYOzIAFb9IOgA3B6MIIrn3ZHcZGKkHhL05ANgJ5Pz46Hb8RTf40KXfdW8YuqSydZ2Ip2&#10;NxpbQImPH6RadYmWA2J6SIJJnoRFrJukj6NKLplMf+BOP5bwbxpR/5SrXVdVf5KfSo5YbJDfNptZ&#10;uY+wH1VZQI7VA1Z6XIJCneJEX6WGjw9I8KJJf1VNCZ8VbptQzpwWXOtUU5lySjVXP5dINkBYaZYg&#10;Hv5YRJL/A016a4I8nYdiJlOAjqRkZVdYfvZmlVsGbjpot16IXGFqxWHmSVFsqWUXNLNuBmftG9dt&#10;gmmbAACAAG3wm8ReEF10jV5gsWBkfdpjJ2M1bUJlfmXmW4Rnt2h3SJJptmrkNBdrA20BG2dqTW4g&#10;AACAAHLTmgtaWmdZi55dQ2lmfE9f9Wtca8xifm08Wjxk4m8JR3dm+3C8MytoLXIuGrpnkXLPAACA&#10;AHeDmFJW/XEmie5aInJfeq5dA3OHanhftnSdWQhiRXWnRnVkcXakMmFlhXd2GitlO3e2AACAAHuW&#10;lrhUBXrsiHVXXXtfeUlaanu9aR5dPnwKWAJf6nxWRY5iKHykMa1jG3zlGbBjRHzuAACAAH8SlWRR&#10;goS1hzxVAYRkeCtYMYP6aBVbJYOCVwxd44MSRNVgJIK5MRpg9IKBGUhhpYKhAACAAIAAlFFPaI5z&#10;hj9TBo1fd0NWT4wrZz9ZWoryVkJcK4nURCtebojmMKlfFIhSGPxgTYhJAACAAIAAk4FNuJgahXtR&#10;bZZEdohUxZRJZpFX25JSVZ1at5CTQ4xc+o8tMCxdeI58GLlfOYztAACAAIAAkvRMd6GXhO1QN58E&#10;dfdTk5xEZgdWq5mZVSVZiJdJQyxbxpWNL8lcE5T7GFleZpB2AACAAIAAkVhprFNig55rTFcvdPNs&#10;8FrMZRtukF43VBBwI2F4QaxxmGSALXVypWcJE9FzxmfHAACAAHHkj8plw1y+glNnwF+3c7ZpoWKJ&#10;ZANrb2U3UxltJ2fAQNhurmoaLMdvkmwCE2Fw52xSAACAAHaVjktiKmYggN1kcmhJco9mjGpXYuho&#10;gWxDUilqVm4XQBZr62/FLDlspXEVExJuXXEPAACAAHqzjLde6G9uf1NhaHDXcP5jq3IlYaFlxnNY&#10;UP5nw3R4PxtpY3WAK3Fp63ZFEpJsR3YMAACAAH5Hi0VcDHi4ffJetXlpb61hIHn8YGBjWXp1UBBl&#10;bHrmPkdnF3tRKtBnaHudEjRqentvAACAAIAAihFZoIIIfNJcaoIHbqJe8oHfX2VhRoGgTydjZ4Fk&#10;PZ1lC4E7Kk1lJIEsEeZo94E7AACAAIAAiRlXmYtPe+dafYqebcVdGIm8XpZff4jITmRhroftPPpj&#10;S4dCKeljJ4b/EbNnsIZDAACAAIAAiFxV9pSCezFY7ZMnbRFblZGOXexeAo/qTb9gNo57PFthzo1x&#10;KW9hbo1JEYJmqopiAACAAIAAh9lUup2ZeqpXvZufbIJaZ5lWXV5c0pcITUVfA5UWO/pgj5PTKQlf&#10;75NoESRl74uXAACAAIAAhTBxklNAeGpyllbzaqVzs1p4W6V02F3JS15192DnOZd3DmO7JZl3+WXX&#10;C7p6xGYCAACAAHXCg8dt0lwOdzdvMF8DaYFwhGHOWqVxzWRzSoJzBmbtOOF0ImkkJQt0yGq2C413&#10;92qqAACAAHnhgnBqXWTdddJsAWcXaFhtg2kyWY1u7mspSZhwQGz/OCNxXm6eJIJxvG+yC2V1gm+K&#10;AACAAH2AgQ5nM22wdHBpDG83ZwBqtnChWJVsQHHySL1trnMiN31uzHQrJBdu4XTLC05zXnSzAACA&#10;AIAAf7pkcnaAc0hmc3djZdxoPngiV2Bp3XjBR89rWnlUNqRseHnTI21sOXoVCwpxm3plAACAAIAA&#10;fqBiHX9ZcjdkOX+aZNxmG3+tVnBn0H+jRvRpVH+YNgZqX3+YIvdpyn+jCt9wGH/HAACAAIAAfbxg&#10;KIgmcV5iWofKZA9kTIc0Va5mDYaGRj1nmIXrNXBok4WCIqRnpIWKCstuz4RDAACAAIAAfQpekZDl&#10;cLNg1I/2Y2Ri0I67VQxklI1rRZ9mHoxQNNRnCoulIi5l2IvpCrNt6oc8AACAAIAAfItdV5mScDJf&#10;qJggYtthpZZKVIRjZJRhRSlk5ZLWNHhlvpIbIclkYpFRCmtuZIcLAACAAIAAeP157lL+bQR6YlaP&#10;YA17AFn2Udd7sF0pQkd8aGAfMP99QWKuHOJ+bGQjBISA6WTtAACAAHkgd7N2YFtIa/V3KF4vXw53&#10;8mDvUP94uGOFQZR5fWXmMHR6R2fqHIh7BWjxBJt+KWmyAACAAHzAdn1zDWOXarB0F2XUXfx1CWfz&#10;T/x16mnrQLl2v2u4L8V3fW01HBB3y23WBJx7xW65AACAAH/vdURwBWvfaXNxOm19XLpyT27+TxBz&#10;RXBgP+J0LnGaLyF033KWG6Z0unLiBJ95sXQoAACAAIAAdBNtV3Q3aEtusHU6W6Jv3nYdTgVw53be&#10;Pzxx1neMLplye3gSG1hx7ngiBK14GXmzAACAAIAAcw5rGHyeZ29sj30TWtptz31aTTJu4n1+Pmpv&#10;zn2cLgBwUn29GuFviH3CBJh4PH6CAACAAIAAcjppM4T5ZqFqvoTkWhZsCoSRTHhtJYQiPbpuEIPE&#10;LW5udYOXGphtiIPeBJp4OIKDAACAAIAAcZJnp41GZgBpQ4yxWXhqlovNS+RrsIrOPShsk4oGLNxs&#10;34m6Gitr9onMBJl4OoMcAACAAIAAcRVmcZWNZYRoGpSOWPdpcJMiS2Vqg5GePL1rWJCALIprhZBf&#10;GdBqtI6IBGx4h4L9AACAAIAAbMWC2VJ7YYKCzVXnVUiC9FksR8uDOVw9ONaDoV8BJ9mEeGEsEvSG&#10;u2GVAACDOmWuAACAAHwDa5Z/hFpOYJB/wV0hVGaAB1/QRxCAVWJTOEOAuWSQJ3SBa2ZEEteC+2Zf&#10;AACBCWpiAACAAH82aoR8U2IjX298y2ReU3Z9MmZ8Ri59kGhuN4t9+GonJup+imtnEpR/iWs/AACA&#10;AG96AACAAIAAaW15Zmn4Xk56BGuhUlF6hW0tRUt6926YNr97aG/OJkx723ChEjl8j3BIAACAAHT+&#10;AACAAIAAaGN21XHTXVR3kHL1UV14JXP1RFF4onTRNiN5C3WNJch5YHYDEfV5+HWeAACAAHniAACA&#10;AIAAZ3N0oHnFXHB1eHpiUIh2HnrVQ5p2nXslNX92/3tkJX13H3uSEdd3uXtgAACAAH4JAACAAIAA&#10;Zq5yyIGzW8tzvYHbT/Z0a4HFQwt044GMNOl1OYFjJPd1L4FkEal12oGJAACAAIAAAACAAIAAZhJx&#10;SYmaWzRyTYlVT2JzAYi9QoJzdIgFNGdzu4eLJHJziYebEUt0aobBAACAAIAAAACAAIAAZZhwFpGG&#10;Wr5xKJDqTutx4I/bQhNyS46zNAtyfo4CJC9yIY42ERFzP4rwAACAAIAAAACAAIAAYKaMb1GYVgeL&#10;7VTcSneLqVf9PZyLlVrkLxqL111lHgiNKV76CYCOal8pAACAAGlpAACAAH5wX4+JUlj+VSuJEVu7&#10;SaqI3l5VPPWIxGC8LqGI7mLGHcmJ+WP4CaSKqGP9AACAAG4pAACAAIAAXp+GQWBjVC2GMWKYSNeG&#10;F2SvPC+GBGaWLgWGJGgpHWKG9Wj9CaOHUWjrAACAAHNkAACAAIAAXbCDaGfJUzKDd2l6R9WDcWsN&#10;O2eDamx6LVWDiW2cHOOEJG4YCYaEZ24MAACAAHhbAACAAIAAXMaA6G89Uk6BEnBxRvSBHHGFOouB&#10;FXJvLMCBJ3MtHGeBjnNjCWGB43OKAACAAHysAACAAIAAW/R+x3bEUYh/CneFRj1/H3gcOd1/F3iO&#10;LCN/FHjiHCV/KHjxCVp/tHmZAACAAIAAAACAAIAAWzx88H49UNd9T36SRZl9b360OUd9ZH63K5t9&#10;T366G9F9JH7ECY190n8zAACAAIAAAACAAIAAWqx7eYXLUHR7+YXORUZ8G4V4OQZ78YT9K297toTD&#10;G417WoUbCVJ8XIPfAACAAIAAAACAAIAAWjt6So1sUAV6140rRNl6/4xtOKd6zYuSKyd6dYtIG2J5&#10;2YsyCUx7KoZJAACAAIAAAACAAIAAVKWW3FA9SoyV8VNVP4mVT1ZKMyaVAlj6JM+Vd1sWEu+YUluo&#10;AYKUpV2NAACAAG0UAACAAIAAU56T/Vc/SbyTRFngPsWSp1xdMoiSRF6bJGeSiGBPEtiU52CZAdSR&#10;CmJpAACAAHH4AACAAIAAUsuRDF4/SNyQeWBnPgqP7GJtMdiPh2Q5I+SPr2WHEpuRpGWOAgaNy2dn&#10;AACAAHbkAACAAIAAUgCOQmVASAaNyGbxPSiNS2iBMS+M6WnhI1SNAWrQEkqOk2qdAh+K8GykAACA&#10;AHs8AACAAIAAUTmLyGxVR0SLaW2WPGuK9261MHSKj2+eIuOKinA9Ef6Lvm/mAi2IeHJaAACAAH8G&#10;AACAAIAAUIKJq3OARpmJZ3RcO9KI/XUNL+qIjHWPImmIaHXXEeKJH3WIAkWGVXhKAACAAIAAAACA&#10;AIAAT+KH4nqpRgyHuHstO1iHVHt1L4CG1XuXIgSGk3umEaiG5XuLAnCEgn1XAACAAIAAAACAAIAA&#10;T2CGY4HERYiGUoHwOtiF9oHXLwyFcIGnIZuFEYGmES+FGIHDAmGDEYF1AACAAIAAAACAAIAATviF&#10;NIkzRVqFRolAOrmE84i9LxCEOIgUIe2Dg4gaEeSDHYckAteBtIHsAACAAIAAAACAAIAASFiicU5f&#10;Pt+hPFFCNGmgZ1P2KFmgKFZOGcOhc1e/CKOjG1hlAACRlF/kAACAAHB6AACAAIAAR0ef5lT+Pfie&#10;7Fd3M3ieGlnFJ4+dr1u8GUWeoVzYCKefc11ZAACO3GR+AACAAHVRAACAAIAARpudDVudPTScLV2s&#10;MsKbb1+OJtua+WEkGMObvWHqCJebzmJQAACMQ2lRAACAAHmpAACAAIAARgeaPGI6PISZb2PcMfaY&#10;vGVWJkCYR2aLGEeY7WcGCICYTGdfAACJ3m58AACAAH2AAACAAIAARWSXuGjoO92XDGopMV6WWGtA&#10;JaiV0mwKF/uWTGxLCHWVD2yvAACHxnQvAACAAIAAAACAAIAARMWVk2++O0qVCnCnMOSUW3FfJUyT&#10;vnHTF7iUAHHQCJKSKXJkAACGEHlnAACAAIAAAACAAIAARDuTwnacOs+TWnc5MIKSrneWJPiSAXe8&#10;F2iSHneZCIKP0nibAACEsn3KAACAAIAAAACAAIAAQ8mSQX2QOm2R9n3tMDKRT334JMOQiH3aF0KQ&#10;c33ICFKN8H54AACDRYAAAACAAIAAAACAAIAAQ4CRBITGOiWQzoT0L/GQMoSzJJmPWYRlF0qPBYSH&#10;CIWMWYNYAACCcYAAAACAAIAAAACAAIAAnvtT1U3Vj8hXCFIdgARaIlZQb1xdLFpjXaVgGV5RSr9i&#10;tWIRNnFkY2WBHl9jlmf0AXt9gGsZnNFOhVgIjhRSLltvfoRVsl6+bghZEWHyXG9cQ2UGSatfB2f2&#10;NYBgmGqfHa1gMmx2AYt9ZG/PmtpJrGI+jDtNwGS5fO9RnGcibIpVQWl7WyBYqGu+SI1bim3oNJpc&#10;82/aHQ5dSnEkAZp9S3TimOhFPGxkimtJs235ezJN1G+Iax9RuXENWdpVVnKFR35YTnPwM8hZhXU0&#10;HH9a2nYGAaZ9NnmLlwpBNnZ4iMtGCnc4eb5KeXf1ab1Oj3iqWNhSXHleRpxVaHoQMxdWZnqzHApY&#10;03sqAbF9JH2IlWc9qYB+h2tC1IBseJtHi4BcaMNL3IBLV+9PxoA+RfdS3oBDMpFToIBYG6tXKYCo&#10;Abp9FIDllAo6lopxhkpAD4mId7FFBoinaAFJiYfUVztNk4cVRVxQrYZ7Mi5RNYYhG2dVyoaSAcJ9&#10;CIEwkvU4BpQ/hWU9wJJ2dvlC7ZDEZ25HmI81VrlLu43WRNxO1Iy2McNPGIwbGzFUr4vLAch8/YE0&#10;kjM2D520hL478psHdnFBQpiGZwRGCZZLVmxKP5RjRKVNWZLjMYlNXpJQGvdTz4/wAc189YE4k4Na&#10;vk3uhUNdYVIgdltf/VY5Zn1iilovVYFk+V37Qz1nF2GPL09oQGSxFqppdWZUAACAAG3SkXlVmVeZ&#10;g9VYu1r+dS1btl5KZX9ejWF2VKNhMWR4QoBjamdKLrlkXWm3Fk5mYGraAACAAHKwj5pQ5GFJggJU&#10;bWPXc5lXuWZQZAJaz2ivU1ZdpWryQWNf8W0QLdFgnW7aFbFj4G+KAACAAHdijcpMk2rrgEdQc2yn&#10;cfVUAW5WYrRXUm/yUilaWXF4QGpcr3LnLRNdCnQYFThhuHRzAACAAHt2jBxIrnSGfsVM23V7cJJQ&#10;rXZjYWBULHc8UTRXXHgNP5RZu3jULHFZunl7FNVf53msAACAAH7zirFFSH4bfYRJuH5Nb3pNxH5y&#10;YGZRdn6MUE5Uv36pPvRXHX7UK/VWwH8JFIdeZH9YAACAAIAAiYhCW4eefH5HBocNbpdLRIZtX55P&#10;HoXNT5RSfoVDPlhU1ITfK5tUTITEFFVdooT6AACAAIAAiKE/8JD/e7JEyo+tbeJJMI5KXwFNJozz&#10;TwNQlYvQPctS3Ir5Ky1SR4rGFCpd64mbAACAAIAAh/8+EZoeexxDDJgWbVZHipX1XoZLkpPyTqBP&#10;CpJFPYJRRZEdKuFQrZETE99eaY1AAACAAIAAiB1h7E4MesNkB1IdbLFmJlYXXZtoOVnsTVZqLl2R&#10;O6Rr2mDvJ/JsmGOpDpNw62RoAACAAHG0hidc+VcbeUhfi1p3a2Nh/l22XHtkUWDTTFlmcmPDOsxo&#10;KWZ1J0Joh2iUDkNuEWj/AACAAHZohG5YYmBGd7RbW2Lfai1eHGVjW1xgo2fFS2li6GoDOgtkoWwN&#10;Jrlkkm2ZDhNrh23FAACAAHqLgrtUMGlpdhdXeWtCaJVadG0LWhRdMG66Sj9foHBKORRhVXG0Jflg&#10;yHK9DbhpeHLPAACAAH4jgTJQa3KIdKpT9HOqZ0FXKXS5WNRaD3WySVxcn3adOExeS3dxJWddg3gJ&#10;DX5pMXg6AACAAIAAf+tNIXunc4BQ4XwXZjZUR3xvV99XVny1SHtZ9nz5N7JbkH1DJPZazH2JDVJp&#10;fH4JAACAAIAAfuFKTYS0co5OPIR4ZVtRyoQZVxhU+IOwR8BXpYNZNxlZJoMpJKZYkYNEDTxpoYMT&#10;AACAAIAAfhNH9Y2lcdJMCozDZKpPtouyVndS+IqcRydVqom4NoRXCokrJDdWwoliDSVpyIc2AACA&#10;AIAAfYJGIJZncUhKU5TyZB9OEZM2VfNRW5F6RrpUC5AXNjFVT49RI99VUI9kDOFqPIi1AACAAIAA&#10;fJVpc04TcAZrDVH8Yrpst1XSVGFuWFmDRMZv3Vz7M49xK2ATH9RxrGI5BzN3tmMQAACAAHWGerNk&#10;slaRbpxmt1ncYYNoqV0LU1hqfWAVQ+JsIWLqMtJtZWVoH0RtT2cKBx906me/AACAAHmteR1gRV8r&#10;bRdipmHJYElk2mROUjdm2mavQvFomWjkMhBpymrOHrppTWv3Bw10FWylAACAAH1Sd5JcLmfTa5pe&#10;2mm+XuRhRGuXUTtjcm1YQhdlS27rMW1mZXBFHlhl3nEBBw50E3HOAACAAIAAdiNYh3B4al5bb3G9&#10;XbVeCXLtUAJgVHQBQS1iQXUAMJpjO3XWHbhi+3Y9Bud0VXeEAACAAIAAdPNVU3khaUJYaXnHXLBb&#10;K3pOTxFdlnq8QFRfiXsiMAdgWHuDHU9giXu7BtZ0cnzqAACAAIAAc/1SkYG5aGBVz4HGW+FYsYGm&#10;TlBbMoFzP6BdJoFPL3VdxIFLHQxefoGIBth0b4FpAACAAIAAcz1QQ4o5Z69To4m5WzZWnoj4TbNZ&#10;KognPwdbFoeGLt5bfIdBHJ1c5IfFBtN0eISdAACAAIAAcrNOcJKaZy1R7ZGiWrBU9ZBLTS9Xgo7i&#10;PphZYY3SLopZlI15HEBbno0ZBp1004R5AACAAIAAcNFxc03iZQZyk1GkWHhzzVVVStF1BljeO812&#10;LVwgKud3Q17ZFp14MGAWAKd+5mJaAACAAHjabw9s61XcY7tualkTV19v3FwuSelxNl8hOw1yamHQ&#10;KlJzWmQDFkN0CWTXAM5+pGchAACAAHyEbZZop133YlJqeGCRVjZsI2MRSNhtnWVpOiZu3WeIKZpv&#10;n2k3FcdwfWmtAOB+hmwqAACAAH+8bDVktGYXYPhmxGgSVOJonGn3R95qNmu9OUZrhG1NKPBsEW6C&#10;FV1tbm6pAPN+ZXGWAACAAIAAauNhI25GX7hjZm+kU7tlZHDtRspnF3IWOKNobnMiKG1ow3PnFRtq&#10;yXPaARN+LnceAACAAIAAacVeA3aAXshgdndQUudilnf/RfRkXHiQN81lo3kRJ9llqnl4FK5omnln&#10;ARJ+MHv0AACAAIAAaNxbS36rXe1d4370UhtgH38MRTZh8n8LNxtjK38TJ0di3n8vFHFmu39mASR+&#10;E3/6AACAAIAAaCVZA4bAXURbu4aPUXleC4YXRKBf44WJNolhCIUpJrRgYYUmFAZlVIVEATB9/oDO&#10;AACAAIAAZ55XLY7GXMVaAI4zUPdcXo02RCJeMowiNiBfP4tqJmdeYYuJE7BkOInzAQ9+NYC4AACA&#10;AIAAZON6DE1aWdx6uFD4Tgd7iFSCQQN8ZFfdMnR9TFrbIZR+gF0NDMyAoF14AACAAGWdAACAAHu0&#10;Y0V1wlTfWKh2wVgCTP13ulsFQCp4pF3YMch5gmBTIRx6Z2IRDLR8rGI9AACAAGpIAACAAH70YfFx&#10;p1yDV11y7l8XS+50EmGQPy91D2PXMPp15mXQIIF2eGceDHx5QWcaAACAAG9WAACAAIAAYLBt1WQy&#10;VhtvUWY0SrBwl2gdPjdxrGnfMB5yfmtZH9Vys2w/DDB2WGwgAACAAHTRAACAAIAAX4RqXGvoVQNs&#10;BG1fSaRtaW68PSxui2/zL3hvT3D5H0tvHXGIC/5z0HFuAACAAHmyAACAAIAAXnZnRnOyVAZpGXSk&#10;SL5qnHV0PGprx3YiLs9sdHawHwNr23b9C/RxmXcfAACAAH3TAACAAIAAXZhkk3t4U0tmlXvzSBto&#10;M3w6O9JpX3xiLjNp6HyLHnppHXysC9dvwn09AACAAIAAAACAAIAAXOdiSoMyUqRkbYNBR31mIYMH&#10;O0NnTIKzLatns4KKHexm6oK3C4puXIJ7AACAAIAAAACAAIAAXGJgbYrsUiZiqoqlRv9kbon1Osxl&#10;lYktLUtl2IjMHahlJokqC1ltPoaqAACAAIAAAACAAIAAWPODXExgTquDlk/dQ4SEBFM+NwqEmlZh&#10;KLyFgFkCF1aHiVpcBHGH1VuiAACAAGk1AACAAH4aV3h/TlN8TYR/1VaKQnmAYFlxNiyA8VwbKBOB&#10;sV5JFvGDM19DBI2ECGBuAACAAG3xAACAAIAAVkh7WlqzTFR8H11AQXt8yV+qNT59X2HXJ1N+AmOR&#10;Fmt++2QvBIqAtmVWAACAAHMkAACAAIAAVSt3omH1SzF4kmP9QFZ5VWXkNFh592eaJoh6f2jmFdN6&#10;+GkvBHN93GpvAACAAHggAACAAIAAVBp0OWlHSil1UmrOP1V2L2w2M2J20G1sJeJ3N25YFUd3hG5e&#10;BFp7aW/jAACAAHxyAACAAIAAUyZxLHCrSUNyb3G7PoRzZHKmMqF0BnNnJTd0PXPrFQV0h3PTBGJ5&#10;Q3XfAACAAIAAAACAAIAAUlFud3gKSHNv53ipPcRw9nkaMfVxlnlrJKFxm3mfFKJyJnmABJB4Sntz&#10;AACAAIAAAACAAIAAUaZsJ390R+9tzH+4PVhu93+xMahviX+NJGVvUn+JFEJwOn+wBFx4ooAnAACA&#10;AIAAAACAAIAAUSVqP4byR29sAYbpPNxtQYZ4MTltzoXzJBFtZIXbFBBupIW4BFF4tYLrAACAAIAA&#10;AACAAIAATO+NoErXQ2CNak42ONWNg1FpLL2N/1REHlWPX1ZXDICR3Vb2AACJilw0AACAAGytAACA&#10;AIAAS5OJy1GUQjiJ5lSLN7WKF1dQK8WKf1m+HZmLmFtsDDmNFVvWAACGTmDfAACAAHGOAACAAIAA&#10;SoWF+lhnQRyGS1rpNryGlF08KteG8187HNyH1GCEC+SInmC/AACDVGW6AACAAHaIAACAAIAASY2C&#10;VF9HQBeCyGFPNauDI2MrKgGDgWS/HCCEMWWrC4iEt2XCAACAqmreAACAAHrrAACAAIAASJt+8WY8&#10;Pyd/j2fONMJ//mk3KR6AT2pXG5WAwWr4CzuBYGr9AACAAHB5AACAAH6+AACAAIAAR7p74m1MPk18&#10;sG5wM/59Nm9oKHF9fXAiGvt9pnBsCxN+hnCHAACAAHZVAACAAIAAAACAAIAARvh5MXRdPZV6LXUd&#10;M1x6y3WnJ+Z7BXYDGnJ653YTCtR8NnZsAACAAHtHAACAAIAAAACAAIAARk920HtsPOt4A3vQMr14&#10;vHv4J1147XwAGfp4hHv7Cm16b3ytAACAAH94AACAAIAAAACAAIAARdN024K8PId2RILgMm93IIKf&#10;Jzp3OYJLGiR2coJbCs54tYIGAACAAIAAAACAAIAAAACAAIAAQJmZRUirN7KYrUvlLaOYlE7UIaqZ&#10;UVE7EnmcMlJTA1KZvlRgAACEsl+KAACAAHANAACAAIAAPzeVvE8ENlSVjlHZLCyVmVRiIEuWQFZm&#10;EW6YoVcvAwmVFVk/AACBrmRAAACAAHUBAACAAIAAPkGSFlV4NTqSGVfhKx6SPloCHzqS11ugEKCU&#10;w1wfAtKQz14uAACAAGkjAACAAHl0AACAAIAAPW+OfVv9NFCOn132KhiO1V+pHmePZGDoD/+Q12Eq&#10;AqqNBmM6AACAAG5WAACAAH1YAACAAIAAPJqLFGKaM3SLaWQmKUSLrWV0HZmMImZLD6eNEGZnApmJ&#10;xWiHAACAAHQEAACAAIAAAACAAIAAO8uH8mldMqaIh2qBKJCI5WtrHQaJQmvxDz+JpGvWAqaHA24w&#10;AACAAHk7AACAAIAAAACAAIAAOxWFKXApMfSF/nDvJ/iGd3F5HI2Gv3G0DueGrnGGApaExXRTAACA&#10;AH2YAACAAIAAAACAAIAAOnyCu3cKMV2Dz3d8J3aEZXeuHC6El3eoDqOESXeSAm6DAnorAACAAIAA&#10;AACAAIAAAACAAIAAOg2Aqn4nMOeB9n5PJwuCrH4xG+OCzH4BDpGCXH4uAomBiH7/AACAAIAAAACA&#10;AIAAAACAAIAAAAD//wAA//8AAP//AABtZnQyAAAAAAQDCQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAA&#10;AAAAAAAAAAAAAAABAAABAAACAAACJAQdBdoHaQjZCjYLhQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZ&#10;mBq1G9Ic7x4lH1kghyGyItoj/yUjJkQnZiiGKacqxyvoLQguKC9IMGkxiTKmM8I03jX7Nxg4NTlR&#10;Om07iTylPcI+3j/4QRFCKUNCRFxFdUaPR6lIw0ndSvdMEk0sTkNPWVBvUYZSnFOyVMlV31b2WA1Z&#10;I1o6W1FcZl14Xopfm2CtYb5iz2PgZPFmAmcSaCNpM2pCa1JsXm1nbnFvenCDcYxylHOcdKN1qnax&#10;d7d4vXnDesh7zXzOfc1+zH/LgMmBx4LFg8KEv4W7hreHs4iuiamKpIuejJiNkY6Gj3uQcJFkkliT&#10;TJRAlTOWJpcZmAyY/5nymuSb1pzInbuerZ+foI6hfKJqo1ekRaUzpiCnDqf8qOqp16rFq7Osoa2P&#10;rn2va7BZsUeyNrMktBK1ALXtttq3yLi1uaO6kLt+vGu9Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HI&#10;fslsylnLRMwuzRjOAc7rz9XQvtGn0pDTedRh1UnWMdcY2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY&#10;4rvjnuR75VfmM+cO5+jowema6nHrSOwd7PDtw+6W73bwVfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6&#10;Yfsp++v8p/1c/gv+tP9a//8AAAHoA6cFLAaEB78I5woECxYMHA0eDhwPGRAXERQSEBMLFAQU/BXz&#10;FuYX2BjMGdYa3hvhHOEd3x7bH9Yg0SHLIsQjviS4JbMmrieqKKYpoiqgK54snS2aLpUvkTCNMYky&#10;hjODNIE1fzZ/N384gDmCOn87fjx8PXw+fD99QH9BgkKFQ4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6v&#10;T7RQulHAUsdTzlTVVddW2VfbWN5Z4FrjW+dc6l3tXvFf9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr&#10;8Gzubetu6G/lcOFx3nLac9Z0zXXDdrl3r3ileZt6kHuFfHp9b35kf1iATYFBgjWDKYQchRCF/obt&#10;h9uIyom4iqaLlYyDjXGOYI9OkD2RLJIbkwqT+pTpldmWyZe6mKeZk5qAm22cWp1InjafJaAUoQSh&#10;9aLmo9ikyqW9prGnpqibqZGqh6t/rHetb65nr2CwWrFUsk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1S&#10;vle/XcBjwWrCcsN7xITFisaQx5bIncmlyq3Ltsy/zcjO0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHb&#10;Xtxr3Xneht+U4JzhouKo463ksuW25rrnvejA6cPq1Ovl7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu&#10;+W/6bPtk/Fb9RP4v/xf//wAAAgUD2AVoBsYIBgkyClILZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIX&#10;RRg3GSkaNBs9HEAdPx46HzQgLCEjIhkjDyQEJPkl7ibjJ9gozCnBKrYrqyyfLZMuhy98MHAxZDJZ&#10;M000QTU2Nis3ITgWOQs6ADr2O+084z3bPtM/y0DEQb1Ct0OyRKxFpkahR5xIl0mUSpBLjkyLTYpO&#10;iU+IUIhRiVKIU4hUiFWIVolXiliLWY1aj1uRXJNdll6YX5tgnWGfYqBjoWSjZaRmpmenaKhpqWqq&#10;a6psq22rbqtvq3CpcahypXOjdKB1nXaZd5V4kXmMeod7gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuH&#10;IYgXiQyKAor3i+2M4o3Yjs2Pw5C5ka+SpZOclJKViZaAl3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQ&#10;o1KkVaVZpl+nZqhuqXiqgquOrJytq667r8yw37Hzswm0ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXB&#10;h8Kqw87E8cYVxznIXsmCyqbLysztzhDPMtBU0XTSlNOy1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz&#10;4b7ix+PN5NHl0ubQ58zoxOm66qzrm+yH7W/uWO9c8FvxVvJM8z30KvUS9fb21vez+I35Yvov+vT7&#10;sfxm/RH9s/5N/uH/cf//AAAB2QONBQkGVAd/CJYJoQqkC58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7&#10;Fp8XgxiBGX0adBtmHFUdQR4sHxcgACDqIdMivSOmJJAleiZkJ04oOSklKhAq/SvqLNctxC6xL54w&#10;jDF5MmczVTRENTI2IjcROAE48TniOtM7xDy1PaY+mD+KQH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rz&#10;S+hM3E3QTsVPuVCtUaFSlVOIVHpVbVZfV1FYQ1k1WiZbGFwJXPpd617cX8xgvWGsYptjiWR4ZWZm&#10;VGdCaDBpHmoLavhr5WzSbb5uqm+WcIJxbHJWc0B0KXUSdft25HfNeLZ5nnqGe258Vn0+fiV/DX/0&#10;gNuBwoKog42EcoVXhjuHIIgFiOqJz4qzi5iMfY1ijkePLZASkPiR3pLEk6qUkZV4lmCXR5gvmRia&#10;AZrqm9Scv52qnpafg6BxoV+iT6M/pDClIqYVpwin/ajzqeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTC&#10;tcW2yLfNuNO527rju+28+L4EvxHAIMEwwkDDUsRmxXrGj8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T&#10;4NUD1ifXTNhz2ZvaxNvv3RreRt9z4KHhz+MC5E3lmebn6DbphurY7CvtgO7X8DHxkPLv9E31qvcE&#10;+Fr5q/r2/Dr9e/67////AIAAgADmT3/Of1jNmX+ofs202n+ZfnmcFH+jfmWDTH/GfoVqhX/+fsBR&#10;v4Bjfz05AIESgA/8xX58izTktX5jiWzMQH5dh8yzmn5uhmaa2H6YhUOCGH7ZhE9pWn8vg2dQrn+v&#10;gqE4FIB2geb6vH02lnHi+30wk5LKy30+kM+yOn1pjl6Zk32sjCyA734HiiJoTn51iBNPwX8MhgA3&#10;QX/og6z443wuobfhQXwznb/JM3xNmfCwwnyFlleYRXzfkxp/y31Pj/NnVn3RjLVO7358iU02h39n&#10;hVz3N3tjrQPfpXtmp+vHqnuHowqvYHvJnmmW+Hwrmfh+snyvlbdmbn1DkUFOLn39jHs15X70hu/1&#10;vHrKuFXeL3rHshTGQ3rkrBSuGXsspmGV3HuZoNp9pHwkm1lllXzIlahNgn2Rj4E1W36RiF/0d3pS&#10;w6rc7HpGvDLFCXpdtQqs+XqnrjuU6Xsfp5t82Xu2oOhk2Hxgmd1M7X01klA06H49iafzY3n3zwHb&#10;2HnjxkDD+nnyveSr93o6teyUAnq4riR8IHtbpkBkSHwQneVMb3zqlOM0iX33isXydXm02lra63mX&#10;0DLDD3mfxpSrGHnjvWqTO3pktGp7d3sNq0BjwnvMoZZMCXyvlzM0PX2+i7buU4jbfjbXhofEfcLA&#10;n4bDfXCpjIXmfVWSUoUqfXV7B4SGfcZjxIPxfjVMj4N4fuk1koMogADsPYd9iMvWFIZwh0C/a4WD&#10;heOoY4S7hMGRHoQbg9951IOUgy1inIMdgo1LkoLDghY02IKQgcHqeoZHk2XUdIVNkNq9/IRvjnOn&#10;C4PEjFiP7YM5ind4yoLKiL1htoJphwNKzYImhUw0M4IHg2/o24VPnf7S4IRfmnS8eoOOlxSlq4Ln&#10;k+iOtIJykQt3u4IVjkFg1oHHi2RKGIGXiGgzooGLhQTnXISLqKDRbIOdpBW7EILUn7qkW4I3m5SN&#10;gIHCl5V2uoF4k7tgCIE5j7JJdYEai2UzJIEfhnvmAIPxs0vQG4MErbq5zYI6qFijMoGjoy2Me4E2&#10;niB1yIDumRRfSoC+k9tI5ICvjjoyuYDBh8/k1YNzvfjO+oKHt1a4tYG8sOKiL4EmqqiLn4DEpIp1&#10;EYCDnlVep4BUl9FIaYBTkNkyYIByiPvj1oMOyKXOBYIkwOK3xoFXuVOhSoC/sfqK0IBhqrt0a4Au&#10;o1xeKYAHm5VIAoAHkzsyF4Awif7jAIK901TNN4HWylm2+oEHwZqgiIBuuROKI4ARsKJz2n/iqAZd&#10;t3/Gnv1Hq3/QlVYx3H/7itfeEpHifLDI7o/xfGOzsY4YfDqeO4xofEeIjYrefI9yxYlpfQpdEYf8&#10;fahHe4aZfpMyUYU5f/HcKpC0hpfHlI7BhVKykoz0hDydNotXg1uHjonkgrZx0oiIgj1cK4czgdhG&#10;uYXpgaIxy4SigZ3ao4+OkJXGOY2ojlexcovdjD6cFYpXinCGeIj4iNlw0Ie1h2hbSIZ3hfxGBYVG&#10;hJ8xVIQZgzTZQo6bmpfE2Iy/l2ywB4sHlGuayImCkaSFUog5jx1v2YcFjKhag4XYiiZFb4S6h48w&#10;7IOghK/X7o3hpJTDh4wJoIGuuopbnJuZj4jemOSEOoeNlU9u8IZrkdVZzoVKjjRE6IQ9ilswkYM1&#10;hgvWtY1LrpzCXIt3qZ2tmYnKpMSYgohSoBeDTIcIm35uGoXhluJZK4TOkh1Ec4PQjP8wRYLah0TV&#10;p4zQuKPBXIr/srCsoYlRrNqXm4fdpyqChoaboYptd4V6m9BYoYRildBEEoNzj2wwBYKNiFbUwoxq&#10;wqbAhoqdu7Krz4jxtNSW0Yd7rhKBzoY9p1ts44UpoIJYNoQWmU5DwYMnkZwv0YJOiUHUBIwTzKm/&#10;1YpNxKCrH4ijvKWWJ4cttL6BN4XxrN5sZ4TgpNVX1IPZnG1DeIL0k4Uvp4IbigXOT5sbe4C6ophZ&#10;e1Gm75Wse0aTCpMne3N+6JDGe9pqqI51fHdWiIwifTlClonCflAvQodCf+LMnZoPhNK5gZc8g76m&#10;BpSXgtWSNJIggiR+E4/Tga1p2o2YgWNVxotZgTFB/IkRgTcu74amgXrLQpkRjiG4RJZFjC6k+ZOd&#10;ilqRLpE3iNV9II76h31pAozRhkpVDoqlhR9BdIhwhAoupYYbgvrKIZgel463GJVjlLmjy5LJkgGQ&#10;G5BXj4x8HY4tjVFoIIwUiylUWIn5iPlA8ofbhsEuZYWfhF7I/5dmoPa2B5StnUSir5Ibmb+O+o+9&#10;lml7II2JkzNnUYt/kBFTvoltjM1AioddiWEuLoU0haHH7JbYqmC0/pQipdehrpGSoXCOC485nTF6&#10;TI0JmQJml4r4lM5TNojwkHRAMIbvi9Mt/4TYhsHG+5Zks7+0IJOurlag15EfqQWNQY7Io9F5noyh&#10;nqdmCoqTmWNSxoiCk+I/54aPjg0t2ISMh7vGLpYDvRmzZZNOtsSgIZDAsHyMko5pqkR4/oxGpBFl&#10;iYpEnbpSa4g2lxY/qoZBkAstuIRMiJDFhZWvxnGyzZL8vxyfiZByt8aL/o4dsHd4e4v7qShlIIn+&#10;obJSGof9mew/cIYRkcItn4QaiUC/IKSHeq2syaD6eo2af518epaIFJofeth1cpbee1ZitJOlfAxQ&#10;KpBbfOk94YzufiAsaok7f9O9oqOcg3Cr4p/ygnyZzpxzgbWHbpkfgSV0xZXvgNJiCpLHgK5PiY+P&#10;gKY9bow1gNwsSYiXgVm8g6KpjDaq3J8Gim6Y7JuFiM+GjJhBh3Vz85UchlBhUpIDhVBO847ZhFs9&#10;CouQg4UsLIgFgsS7gqHdlOyp0J5EkluX2ZrMj/mFlZd+jcJzE5Rki81gmJFUieZOZo40h/o8sor7&#10;hhAsE4eEhBG6paEancOo6Z2OmmWW55ohlzSEoZbalCZyPJOpkT9f5pCpjmtN4Y2Ui308YYpviHYr&#10;/YcVhT25vKCPppqoHpz9ommWJJmMnmCD35ZJmn9xiJMrlq9fTZAiktpNdo0VjuM8Ion+ircr6oa3&#10;hkW47aAgr1qnYJyKqliVbpkapXGDNZXboKpw95LEm+te14+/lxVNHoynkgs78ImbjMAr24Zohyq4&#10;N5/HuAmmwZwtsieU1pi8rFiCpZV+ppxwc5JroORebY9wmwxM14xZlPM7x4lLjowrz4Yoh+u3oJ95&#10;wLSmPpvZud6UVphqsw6CKZUwrEpwCJIgpYleGo8qnqRMmYwgl4E7n4kckBQrxYX0iImwna4oeiaf&#10;iqnNegmOjqV+eht9gKFIempsSp0hevhbBZjwe8BKCZSgfLE5apARff8p0Iscf8SvXK1Sgmae1KjZ&#10;gYKOBqSEgNB8/qBQgFprv5wygCJafZgPgB1JjZPKgDY5IY9LgJMp4IprgTmud6xrip+eAqf3iPeN&#10;UqOdh3t8R59zhkdrE5tdhUhZ6ZdFhHNJGpMLg6445I6bgxAp7onPgpGttKubks+dLqc0kGqMc6Lj&#10;jjJ7e56xjDVqXJqjinBZVJaSiMFIsJJghxI4r43+hW4p+olHg8ms7ar9mvWcaqaWl9SLqqJJlOd6&#10;tJ4ZkixpsJn5j4NYzZXyjPhIVJHFilY4go1xh6UqBIjRhOCsRKpiozebyaX9n1KLC6Gwm5l6Gp2E&#10;mAhpI5lmlIVYVpVRkQVIApEwjWs4Wozwia8qDYhuhdSrnqnvq16bRKWApqiKjqEtohh5nZ0Ana9o&#10;s5jvmVRX/ZTmlOVHxZC7kE04PoyIi4cqFIgchqWrBqmXs2iaw6UfrdqKGaDKqGx5MZyeox9oVJiT&#10;ndtXsJSVmHxHk5Bqkuw4Kow1jSUqGYfYh1Sqg6lMu2SaV6TJtOiJtKB1roV41ZxNqEFoB5hGoglX&#10;eJRLm7VHbpAvlTM4F4wDjoIqHoejh+Oi4bf8eceTAbLMeaODPK2qebhzdaiWehFjmaN9eqxTv55I&#10;e4NERpjffIY1SpMcfecnf4zZf7ah5LctgY2Sd7HogLCC1qy8gAxzEaejf6hjK6KMf4dTWJ1df55D&#10;8Zf6f9Y1LJJEgFUnvIwZgRyhP7ZGiUKR27EJh7CCT6vYhk1yhKbChTliqKGuhFxS65yGg65DpZcq&#10;gxQ1FpGDgqgn8otwgmKgt7VykOaRRLA+jqWBqasSjJVx7KXyisRiIKDniS1SgZvGh7FDYJZxhjo1&#10;BZDZhNooIYreg4igLLTHmIeQt6+SlZSBGappktlxW6VMkE9hpqAzjelSI5sci5tDJ5XOiUA0+JBD&#10;huQoSIphhI2fm7RCoCWQN68EnHmAo6nWmQJw7qS6lbxhRJ+kkolR1Zp+j1VC+ZU4jBQ07Y+/iMEo&#10;aYn3hW6fLrO6p7CP1q56o0CASalMnwNwnKQ1mvJg/Z8llu5RoZoCkttC1pSrjqo05Y9GimYohYmg&#10;hi+et7NcrxmPja4Mqc2ADqjSpLRwXqOxn81gwp6lmvpRcZmalhFCvJRUkQU05Y7ui9oom4lZhs+e&#10;TbMKtmePPK2usDR/y6hzqjBwKKNXpGRgnJ5QnrRRW5lImO9CtJQQkw006o62jRIorYkgh1GV7MH9&#10;eX+HMrvyeVB4kbX4eWJp/K//ecJbZ6nremhM7KOhe08+650OfGIxhZYFfdMldI5vf6mVPMEmgNiG&#10;0bsYf/l4RbUUf1xprq8PfwdbFajzfvxMpqKnfyw+vZwTf4Axk5UWgB8l3I2dgQGU2cAyiA+Ga7oz&#10;hot367QrhTtpTa4ihEFavKgDg4RMYqG8gvo+mpstgokxpZRAgksmNozmgjiUkb9Qjy6GFLlUjQh3&#10;grNPixlo7a08iW1aaKcliAJMJaDlhrU+fppfhXQxuJOEhFMmhIxIg06UQr6TlkiFxriSk3l3M7KK&#10;kOpomax6jpNaJaZYjGVL+KAnilQ+a5msiDwxy5LihjMmx4vChEKT5L39nV2Fe7fwmdx29bHhlpto&#10;ZqvSk5JZ9qW1kKVL1p99jcE+X5kNitMx3ZJVh+Ym/otShRWTib2DpE6FOrdooA92xLFRnBBoP6tB&#10;mEtZ2KUvlKJLxJ78kPE+WJiDjS0x7JHciWUnLIr1hcaTTb0BqxOFDrblpgp2p7DNoUZoLKq/nL9Z&#10;yaSzmFJLup6Rk9U+VZgZj0Qx+pFxiq8nUYqphlqTALyisbWE8rZ0q792n7BRphJoJ6o5oLlZzKQs&#10;m45Lx54Sllc+bpe6kREyGJEwi8Ynb4puhtGJlcwkeXB79cU2eShuZr5oeS9g7LeOeY9TkLB4ejxG&#10;aakJey452qE3fEwuBpjUfckjpI/hf5yJScsqgGV7v8Rif3ZuL72OftVgtLacfohTW69wfotGSaf2&#10;ftE52aAdfzwuQ5fHf/QkM478gOmJM8oahyJ7l8NqhaBuCLyThFdgh7WVg3BTNK5hgstGNqbqgmA5&#10;5Z8XghIugJbWgfwksI42ghOJL8kdjb57icJni6dt6LuQic9garSIiEBTH61chvpGMKXwhdc5954s&#10;hMUuuZYFg90lG42NgxqJI8hClFB7gsGAkZpt5rqfjy5gX7OajQJTHaxqiwVGOqUSiSo6EZ1gh1Eu&#10;7pVRhZUldYz9hACJCceEmth7e8C2l3dt8LnNlGRgdbLJkZVTL6ukjudGUKRNjEk6L5yviasvH5S5&#10;hyAlwYyFhMWI7MbhoS97dsAKnRht/bkamVRgjrIYldpTS6sAkn9GbqO1jyc6UJwZi8gvS5Q5iHkl&#10;/4wihWqIzcZUp1B7cb93onZuDbiCnfhgqrGAmcpTa6pwlcJGj6M5kbY6cpuqjaQvdJPRiaEmMovS&#10;hfOIscXQrTJ7cb7xp4duJbf6oj1g0rD5nVdTm6nwmKNGw6LFk+46pJtLjzcvoZOHipYmWouThmHy&#10;z3tjebDb3Xu8edLEqHwcegetJXyDel6VcXz3et19rX18e4Jl8H4VfD5ORH7ZfTQ2y3/pfn3wsnm5&#10;hM/aLXo0g8rDKnqzguirz3s7gjKUNHvQgap8iHx2gUJk4X0ugONNVX4QgJ82AX86gGjuzHhZkALY&#10;anjljdrBn3l4i9KqXnoZihCS6nrJiH17ZHuLhwVj5HxfhYZMfX1bg/41TH6bgj/tBnczmzHWrnfI&#10;l++/+HholNio4HkZkfKRmHnhj1R6QXq7jMNi8nunihpLuHy5h0c0rX4Mg/3raXZHplXVG3beogO+&#10;cneFnd6nd3hBmeyQTXkWlh15KHoGknJiDXsGjpZLAnwsim80JH2NhZ3qBHWTsW/Tv3YnrBG9HnbN&#10;ptemN3ePoc+PL3hunOZ4H3lpl/1hOXp8kutKX3uyjW0zr30fhxfo2nUFvHvSnXWVtg67/3Y3r7ql&#10;JHb7qZSOPXfko413UXjqnXNggXoGlwxJ1HtLkDMzTXzCiGjn53Scx3HRsHUnv+67EHXCuHukN3aC&#10;sSuNYHdxqfh2m3iDoq5f8nmqmvxJXnr2krsy/Hx0iYznJ3RV0kHQ9nTZyZu6THVqwP+jbnYkuICM&#10;oncTsBV19Hgrp4hfanlbno5I+XqxlPoyvHw2ioHimYQReBvNjYOFeHi4HIMOeOGiOIKreWSMCYJc&#10;egx1vIIfetlfgIHwe8NJVYHifOwzfIIEfnXg4YKOgqnMXIIXgea3EoGzgT+hKIFlgMGK6YErgGt0&#10;oIEJgDlec4D+gBlIdYEVgB8y4IFagEnfUYFBjUHKwYDZi261loCCibifxYBNiD6JsoAuhvBzlIAp&#10;hb5dj4A1hIpHuoBkg1gyVoC/ggfdv4Aol8XJJX/HlPS0AX98kkKeXH9Qj7mIdH9LjW5yh39cizFc&#10;t39/iONHE3/FhnQx3YA0g6zcRH9CokHHs37innuymn6gmtKdB36Al0qHQX6Ck91xiX6qkJNb737g&#10;jSBGe385iW0xdH+6hTDa+n6QrL7GdH4xqASxY33uo1ib433TnsWGPX3fmkhwnn4MldBbOX5WkTZF&#10;9H7CjDsxG39Rho7Z6H4CtzLFbH2ksX6wXH1eq8ea5H1DpiGFXn1aoJFv5n2SmvJann3hlRdFgX5c&#10;jtEw0H75h8PZDX2XwZjEln06uuKvf3zttBaaBnzNrU2EkXznpptvOX0tn9daGn2HmMNFIX4IkSsw&#10;k36viM7YZn1Ky+7D7nzuxCeuxXyYvDWZRHxvtDuD4HyIrFhupnzVpGBZrH07nBRE033Ikz0wY350&#10;ia3S74zrdtm/kot8d1ervYotd92XX4j+eHyCqYfmeUNt0YbeejRZGIXee0ZEe4TxfKEwWoQafmvR&#10;dYuUgMG+ZIo1gDyqo4j0f9GWWofVf4aBr4bSf2Vs6IXjf2dYQIT9f3tDzIQsf7ov7oNugCrQJopU&#10;irm9FokFiTWpg4fJh8qVNIa/hpOAm4XQhYNr8YT5hJFXbYQsg6JDK4N3gr8vjYLUgdLOzolClKW7&#10;tIf4kjeoEIbOj+KT6YXLjbN/doT1i7Rq+oQzicJWqoN8h8NCnYLbha8vOYJLg13NgYhpnoS6aIci&#10;mzSmyYYAl/qSsoUGlNl+ZIQxkc5qFoOFjtpV+oLei8RCH4JQiHku8YHThMbMW4e+qGm5TIZ6pDal&#10;tIVXoAmRrIRim+19eYOVl99pR4Lpk85VXYJUj5xBsoHYixcus4FshgvLZoczskS4XoXyrSekx4TO&#10;p/+QyYPaot98soMXncpopIJzmKBU2YHdkz1BV4FyjX4ugIEWhyfKoIbHvA+3nIWKtgGkAIRjr9WQ&#10;BINqqaF7/IKqo3doC4IUnTJUaYGHlqVBC4Eej6cuVoDOiBrKCoZ1xc23A4U8vsCjWYQQt32PWYMS&#10;sCV7YoJRqNRnjYHAoWhUBoE/mbBAxYDhkYguNICViOTDu5X4dd6xypOydnKfb5GQdxCMlI+Rd8l5&#10;XI2peKpl/ovLebhSy4nreuo/xIgNfGstaYYkfmDCfJTBfzSw0JKDftiehJBtfpOLto56fnJ4hYyi&#10;fnllNYrZfqVSFIkPfuc/O4dHf1stK4V0gAzBWZOiiH+vopFvh0Cde49ahhKKr413hRt3louwhERk&#10;ZYn8g4pRaIhGgtc+wYaUgjYs9ITXgZ3ARZKTkdiufJBsj7qcS45ljaqJp4x9i8d2norMig1jkYkp&#10;iGJQwoeHhq8+UIXvhPIsxYRLgxC/J5G+myatdI+YmDGbPI2XlVGIi4vAkol1qIoOj9dixYiAjTVQ&#10;KYbtinY97YVkh5AsnIPShGK+J5EbpHOsdo74oKuaQoz4nOiHoYslmTV014l4lYtiEofnkdxPpoZi&#10;jg49mYTrif4seYNrhY69TpCYra6rpY54qQ2Zc4x2pGCG2oqkn7Z0KIj+mxJhhYdzllhPOYXpkWw9&#10;VYSCjDUsXIMVhpK8n5Axttmq+o4TsVeYw4wQq7WGLYo5pgdziIiWoFpg/4cXmpRO24WUlI49G4Qs&#10;ji4sRYLOh3C8GY/fv/eqco3GuYaYLovAstuFlonlrBdzAYhBpVNgk4bGnnROhoVPl1U84YPzj98s&#10;MoKViCe1Dp89dTKkY5wodc6TYpk3dnqB8ZZld0VwLJOjeDpeRpDheV5MnY4Reqg7NossfEQqrYge&#10;flS0B54pffyjo5sUfbeSrpgnfY6BRJVbfYpvfpKkfbJdo4/yfgFMCo0yfmo61IpgfwsqnYdlf+6z&#10;HZ0XhryirZoNhaCR0ZcghKCAZJRig9FuspG5gylc848Zgp9Lfoxpgh86fYmpgbsqj4bBgWuyKZwp&#10;j2KhqpkljX+QwpZBi7x/e5N+ihRt3ZDkiJxcRY5Rhy1K/Yuxhbw6MYkEhEoqg4YxgsixTJtLmB+g&#10;xZhRlXSP15V2kuJ+j5K7kGJtF5AUjftboI2Ui6VKhYsDiTg57IhshrIqeYW0hAOwdJqroNqgBpew&#10;nWWPHZTSmfp9zpIZlqFsYo+Ak1JbCoz8j/9KG4p3jJE5sIfviPIqcIVKhRivu5ouqXmfUZc1pTqO&#10;aZRVoPN9JZGdnLJrzo8JmHVak4yJlCZJxYn9j6w5goeEivkqaYTyhgivIZnOsf6evZbUrOuN1JPy&#10;p758k5E2oohrSI6knVRaI4wumAdJeomlkoc5W4crjMQqY4SqhtKuqpmBunaeRpaItIGNVJOjrll8&#10;EpDjqBxq145QoeFZy4vdm45JNolhlQo5MIbyjkkqXoRwh3inAai6dMGXfqTcdVuHuKEedgx3m511&#10;duJnOZnOd+ZWxJYZeRxGoZJFeng24I5EfCooL4n+fkimMqfEfQqW86PgfM+HNqAdfLd3GpxzfMlm&#10;tZjRfQtWSZUnfXhGN5FefgE2qI1tfsgoS4k4f9Glf6a/hT2WM6LkhDqGjZ8eg1h2apt8gqxmFJfj&#10;gipVwZRHgcpF0ZCMgXo2eIyrgUwoZIiKgTukxqXPjVuVZqH8i56FsZ4+igB1qpqZiI5lZ5cOh0ZV&#10;N5N9hhBFcY/QhNs2TIv/g68oeofygoWkBKURlWqUpqE/kviE7p2FkKV055njjnFkyJZKjEpUuZLI&#10;ijtFHY8liBg2KItkheoojYdwg6ujY6RjnY+UB6CYmmCET5zel0N0Tpk8lDlkPJWmkTdUSpIZjjhE&#10;1I6Diyc2CIrZh/UonIcBhKyiz6PlpZaTiqAXoaSD1JxWnbRzz5ivmc5jxpUilfJT7ZGfkglEl44C&#10;jgA174pnic8oqYamhYmiTqOIrXqTEZ+3qMCDXZvyo/VzXZhGnytjX5S6mmdTmJFBlZBEYI2nkJY1&#10;24oLi24otIZbhkKh6KM/tUiSrp9qr7iC9puhqf9y+JfypD5jCZRlnodTV5DumL9EM41fktc1xInP&#10;jMoovIYfhtmZrLJsdGmLPK3HdPp8nak6da1tvqSzdoxesKAad51PoptgeOJA/pZ2ek8y3JFEfBQl&#10;9ou3fjyZGrGLfDyK5azcfAF8SqhCe/RtaaOxfBheVp8XfHJPUZpjfPtAv5WAfaMy0ZBbfowmPIrj&#10;f7aYobCJg+qKXavigvZ70qdCgips6KK0gZ1d4Z4ggT5O85l3gQZAgpSfgOIyx4+KgOcmeoopgRCY&#10;Iq+Wi3uJyar0idt7LqZaiGJsWaHHhxtdYp0/hgNOkpihhQFAR5PUhAYyv47Sgx8mr4mIgkeXmK7O&#10;kwOJPKovkLp6nKWXjpdrx6EGjJZc7Zx1irFOOpfkiOFAE5MhhwcyuI4uhS8m3Ij+g1uXEK41moaI&#10;vqmTl5B6I6T3lLRrVaBlkfRch5vUj0JN8Jc1jJE/6pJ9idgys42ehxAnAoiKhEuWq62lofCIWqkG&#10;nkV5wqRqmqhq+Z/Ylx1cOJtKk5lNuJaukAs/zZHmjGoysI0ciLonIYgqhReWR61GqTeIGqigpMx5&#10;hqP1oFlqtZ9Rm/Fb9ZrCl5lNfpY6kzg/q5GDjsEyr4y7ijInO4fchcKV9Kz8sGGH0KhNqyl5PaOc&#10;pdRqcZ71oIZbv5plm1FNWpXelhQ/mJE0kMcyr4x5i2wnT4edhkyNEbxSdBx/orbjdKByFrGEdVFk&#10;ZKwXdjdWnKZ/d1RI66CueKs7vJqYeiovMJQjfAIkAY1JfjCMv7t4e4J/fbYBe0Jx8LCNeztkOasN&#10;e29WbaVse99Ixp+dfIU7q5mLfUwvUpMjflckboxkf56MhLpugrJ/LrT/gcdxqa+EgQxj6aoCgJpW&#10;JqRjgF1IlJ6cgE07mJiVgFQvcJI/gIwkzYudgOmMQblsib5+1bQBiDVxP66KhtpjjqkChbpV16Nu&#10;hNBIX52yhAE7hZe3gz8vipF1gpwlH4rxghGL77iVkL5+grMqjphw562yjKBjMqgritJVlKKQiShI&#10;MZzjh5g7dpb0hgYvopDGhIMlZIpfgxWLl7fxl7h+NLJ/lPBwoa0Bkkti86d4j8lVW6HejV5IDpwp&#10;iv87apZHiJwvtpAthjwln4nkg/aLRbdwnox987H3mxtwaaxvl75iv6bglH9VMKFMkVZH9Jucjis7&#10;ZZWvivcvyI+oh8Mlzol/hLSLELb2pTJ9xbF8oQ9wP6vxnPZim6ZfmPNVEKDNlQNH2pspkQ07XJU8&#10;jRAv2Y81iRMl9YkthVKK1Lamq719sbEeptNwMauBodpihaXbnPpVAqA/mENH2Zqhk5A7apTTjt4v&#10;8I7rii8mFIjrhdGBDcZkc/Z0isA0dGRn/roFdQtbabOsdfNO3K0HdxpCgqYLeH82w560eg4rypbl&#10;e/UiRY62fiWBB8V/evl0mb9PeqdoBLkGep5bZ7KRettO2Kvce15Ci6TcfB02452HfQAsGpXJfioi&#10;143Af4eBEMRggbB0h747gMFn8LfsgA1bSrFtf7FOw6q2f5BCiaO+f6U2/px0f9YsYJTNgDsjVYzq&#10;gMWBD8NEiDd0cL0ghrpnxrbShXRbKbBQhHROrKmig7RChaK3gxU3Fpt9goosnpPwgiUjwIwzgd+A&#10;+8JTjq90W7wqjKNnsLXXis9bDK9WiS1OoKimh7lCiaHNhmU3L5qkhRgs1pMwg+YkHIuYgtaA3MGU&#10;lR90S7tgkn5nqrUEkAlbDa6BjcJOoKfWi5hClKD8iYM3Spnmh3UtB5KMhXskaIsWg6qAvcD5m2J0&#10;QLq6mCNnqrRTlQVbE63OkhBOqacrjzVCpKBajGQ3ZZlDiZctM5IBht0kp4qshFyAn8B+oXJ0Oboz&#10;nYxnr7PCmbtbHK01lg5Os6aXkoFCsp/Xjvo3fJjKi3ktWJGQiA4k2opVhO+Ah8AZp1B0OLnAorNn&#10;urNEnh5bLayymbROyaYVlXJCz59dkT03mphjjRMteJE9iQglAooRhWXmt3axc2jRVXeTdEu7hnhw&#10;dTSlOnlIdiqOoXokdzl373sPeGVhT3wPeapKz309eyg0r367fP/ktXTXfnPPs3Xhfiu6D3bgffqj&#10;7XfbfeeNcHjbffR22nnqfhpgU3sOfkpJ93xffpY0Bn37fvzi5XNNiYrN8XRpiBq4hXV/hsSifXaV&#10;haiMK3ezhK91v3jig8tfZHomguJJNHuVgfUzcH1MgOThKHH8lI3MM3Mjkgi21HRGj6Wg/XVxjWuK&#10;2Hasi2p0oHf3iXNefXlXh2lIgHrhhTwy7HyvgrLflHDon3rKpnITm/O1S3NBmIifjHR4lUKJj3XE&#10;khdzi3cqjwpdoniii9VH23pDiF8yenwkhF7eQXATqlXJWXE/pde0AnJuoWGeTnOsnQaIcHUEmMBy&#10;h3Z3lHxc13gGkBhHRnm8i1YyGXuthePdK29ttRnISnCYr6Wy73HCqiCdQXMCpKmHf3Rln0dxu3Xm&#10;mdVcJ3eBlCVGyHlKjhUxyXtHhzvcUm7zv7rHdnAbuU2yEXE+sracXHJ5rBmGpHPhpY5xA3VwnvJb&#10;mncYmABGXHjrkJQxhnrziGbbs26lyiPG2m/GwrKxYXDduwKbnHIOszuF6nN1q35wYHUKo6dbE3a9&#10;m3dF93icksYxUXqviWHXIH8VchrDmn8ZczmvgH8odE6ayX9AdWiFqn9kdpdwYn+Wd+VbM3/YeU5G&#10;HoA+evUxfoDefP3Vo31mfJnCcn2LfJquaH2zfKOZuH3ifMGEnn4efPtvaX5tfU9aUX7RfbJFZn9d&#10;fjcxAIAhfuTUI3vzhxTA13wohgSs7XxghQKYUnyphCiDZX0Bg2tuXH1wgsJZcX3xghhEuH6YgXAw&#10;kX91gLTSnnqykXS/RHrvj2mrYHs1jW6W9XuMi4yCLnwBidRtVXyJiCVYn30lhmZEHX3nhIswL37c&#10;gmfRLnmom8a93XnqmM2p/no5ld2VonqdkvyBBXsdkC1sW3vAjXRX3XxzipdDkH1Mh4Ev2n5Vg/fP&#10;+XjZphK8rHkdojCo0nltnkKUg3nYmlqAAnpkln1rd3sQkpxXLXvZjp5DE3zIikkvkn3ihWHO/Xg1&#10;sEy7s3h6q32n13jHpoyTjnk0oZR/J3nLnKZqwXqEl6VWmHtWkm1Cq3xXjNkvV32Bhp/OOXe8umi6&#10;73gAtKqnCHhHrq6SvHivqJt+YXlLoo5qGXoTnG1WGHrxlgRCUnv6jykvJn0wh7HNr3dqxF66XHes&#10;vaamX3fotpSSCHhFr1p9uXjgqCRpiXmvoNZVpHqamTxB/3uwkS4u/3zviJXICYfScQW2Oobockaj&#10;t4Yfc3aQdoVvdKd8wYTOdfBo34Q7d1xVJYOxeOpBh4NDerwue4L5fPnG3IZHeuW1NIV+ex+ip4TJ&#10;e1qPdIQpe6V7zYObfApoAYMhfItUX4K0fSBA7oJmfdwuJ4I6fsvFs4ThhMq0AIQthAKhooOBg0KO&#10;WoL1gp56xYJ5ghpnG4IXgaxTn4HKgURAYYGdgOYt3oGOgIPEWoOljo6ymYL0jOSgIoJZizyNDIHc&#10;iad5n4F/iDZmJ4E4hs5S4oEDhV4/3oDug9gtnYD2gh7DDoKkmECxToH2lb6e4IFlkzaL24DykLB4&#10;lYCejjZlS4Bxi9NSO4BRiVI/bYBThqAtZoBxg5XB9YHbofWwO4Eynpud0oCimySK24A0l6R3sH/p&#10;lClkiH/AkK5RqX+3jRs/CX/OiTotN3//hOTBEoE9q5uvWYCYp2Kc7YAEovaJ+X+XnnF2539XmfJj&#10;5X86lWVRLn8zkK0+t39ei50tEH+ghgnAZIDGtSqupoAlsA2cLX+LqqGJNn8WpQl2Mn7Zn3hjR37M&#10;mddQuH7SlAA+cH8CjcIs8H9RhwS/7YB0vqGuHn/VuJibin8xshqIiX6vq191ln5vpK9iyn5pnfJQ&#10;W359lvw+Mn67j50s138Sh9W5d5CucEapEo7mcZKX+I1MctCGHovUdBFz0YppdW5hWokHdvJPGYel&#10;eJs9A4ZQeo8rpoUHfPO4fo9EeZWoLI2ceeqXBYwUekOFN4qneq5y94lKezZglYf8e91ObIawfJo8&#10;iYV1fYgrfoRDfrK3eo35gsunBIxjgj+V+4rhgbaELImFgUtyC4g7gPlfzYcEgL5NzIXQgIw8HYSu&#10;gGorWoOTgFS2aIzFjACl24s5ip2Uw4nIiTaDJohwh+lxGoc9hrZfBoYahY9NNIT/hGI7u4P5gywr&#10;OoL5gde1TovMlSak14pDkvaTu4jZkMGCEoePjo9wLIZkjGhePoVbik9MoIRSiB07YYNehcgrIIJz&#10;gza0WosNnkmj4ImJm02SyIggmDmBLYbblRxvYIW2kgFdlIStjuFMJIO3i6k7FYLZiDQrCYIAhG2z&#10;kop2p1WjGIj3o4eR/4eMn4yAaoZGm3xusoUpl2pdCYQpk0ZLv4Myjvo62IJmimgq9oGhhXyy9ooC&#10;sEiid4iIq6SRVIcZprl/wIXMoaZuFISxnJFcgIPAl2dLXYLSkgs6ooIIjF4q54FShmKyiImuuSGh&#10;+og4s5+QwobCrbN/KYVsp49tjoROoWpcFoNhmzBLCYKBlMQ6a4HEjgsq2oEThx+rWpnAb7ucI5cr&#10;cQqMTpTHclF70pKBc6Jq65BDdRFZ344CdqlJGou2eGY4molkenMpBocDfOyqk5h/eIGbcZYBeOeL&#10;j5OneVh7GpFled5qOo8veoRZQYz+e0tIlIrCfCw4SIiEfUIpB4Y1fpmpw5dDgSyaf5TYgL6KspKC&#10;gF56OpBPgBppco4pf/NYmYwLf+VIEonjf+I3/oe6f/kpCIV/gCeo1ZYribSZgJPFiIeJpZF6h2V5&#10;W49Ihk9op402hVlX94sqhGtHnokWg303v4cDgo4pCYTfgZOn9pUrkkuYm5LQkF2IvZCPjnF4dI5m&#10;jIRn74xPiqZXYIpZiNVHNYhYhvI3iIZdhPkpCoRVgtynKpRymt+X5ZIamDGIC4/XlXB3t42wkqln&#10;PIujj+RW0ImtjR1Gz4e8ikE3UYXUhzgpCoPgg/6mf5Pho1OXNpGPn+OHWo9JnEl3Do0gmJ1mp4sZ&#10;lO5WWIkpkTFGfoc1jVI3KIVeiT4pC4N/hPel95N0q6WWqpElp2yGx47bovJ2fYyrnlRmIIqmmbJV&#10;5YjBlPxGL4bSkCA3BYT9iwgpC4MvhcqllZMjs96WPJDXrtaGSY6HqWp1/IxOo8plr4pEnidVjYhi&#10;mHNF64aBkpk224S5jIspC4LvhnedzaMLb1uPpZ+1cKOA+ZyLce5xwplzc0piNJZTdMdSkZMjdnBD&#10;So/YeD40aIxxel8moojhfOSdNqH0d6OPJ56qeA6AcJt9eI1xPJhgeSdhs5VCeeZSH5IcestC747d&#10;e8w0QYuGfQYmy4gIfoCcmaDJf8SOap2Of2l/x5pgfyJwjpdMfwBhGZQ6fv9RopEkfxpClY32f0Y0&#10;HYqyf5Im8IdIf/ub4p+yh8aNnZx+hrd+6plbhbhv1ZZJhNRgc5NIhA5RIJBDg1hCPo0mgqQz+4n1&#10;gfsnD4ahgVSbIp7Pj7SM4Zuejfl+LJiAjEhvFJVziqNf35JriQRQq494h3hB9Ixphd4z4IlMhDkn&#10;KoYRgomahZ4Il7GMQprilUR9jZfGks5ufpS3kFRfV5Gyjd1QSI64i2hBtYu6iOczyYi1hkgnQIWY&#10;g5eZ/J15n4+LzJpWnG59FpcymSlt/5QcldRe3ZEekoNP6Y4ujylBfIssi7gztIg5iCMnU4UzhH6Z&#10;jJ0Rp0SLWpnvo2l8n5bFn1Bti5Ommxlec5ColuRPjo3CkqJBQYrFjkczoofUicQnYoThhUCZOJzE&#10;rtqK/5mfqjx8OZZupUBtJJNIoBleGpBGmvVPSo1hlcZBEIpxkIIzi4eOiyEnboSghd+Q7qyObwWD&#10;t6h+cEJ2HqSNcY5oG6CacvRZ2pyKdH9LmJhXdjk9ypP5eBowg49lek4kgYqZfNuQhaubdtqDbKeJ&#10;d0N1yqOHd8tnyZ+FeHhZiptxeVBLV5dEelI9nZLve3IwiI5qfNAk0ImxfmiQG6p5fnmC5qZyfil1&#10;VaJrffZnTZ5sffNZH5pgfhVLBZZBflo9bZH6frIwi42IfzMlFYjmf9OPmqlghfCCUKVehPt0r6Ff&#10;hB1mxJ1hg2RYppllgs9KrJVUgk09O5EdgdUwioy/gXElUYg2gRuPD6h2jViBwqR5i8N0G6B/ij9m&#10;MZyDiM1YN5iDh3FKWZSDhiU9DpBZhNQwiowOg4YlhIefgj2OjqfDlLmBR6PJkoNzpJ/LkEtlvZvN&#10;jhtX0JfNi/JKFpPCicw87I+mh6MwjItyhWwlrochgzqOLackm/uA4qMwmR5zPp8xlitlW5sykzJX&#10;fJc1kDpJ3ZMtjTw8148EijMwj4rnhxwl0oa4hBGN16a9oxmAraLHn5FzBp64m9JlF5qil/tXN5ag&#10;lC5JnZKskF88r46VjIYwkIp8iJgl7oZjhMWNk6ZyqhKAaqJypdVyvp5ZoT9kzpo9nIdW+pY3l99J&#10;cZJEkzc8lo46joowjIoxidQmBYYfhVeEu7ZGbqp4YbGDb9prxqzIcSZe6afvcpZR66LfdDFFBJ2T&#10;df84p5gMd/Us9JI4ej0ioownfNKEgbVudhZ4SrCZdnhrq6u+dwhezabNd8dR0KGzeLhE9Zxredk4&#10;rJbrexstJZEnfJ0jFYswflOETLRNfTt3+q99fPFraKqafM5ehaWlfOhRlKCQfS9E0JtVfZ44ppXi&#10;fiYtTpAzftsjeIpYf6+EA7MohC53m65cg01q+al+go1eLaSLgfxRSp+DgZhEoppWgU04m5T0gREt&#10;b49bgPIjzYmegOeDrbIwixF3Q61oiZ5qnKiNiEZdzKOahwZRCJ6QhedEdpl0hN44kJQgg9gtjI6e&#10;guAkFoj/gfuDWbF1kex296yrj+ZqU6fKjeVdhqLUi/NQy53LihNEU5ipiEA4iJNkhm8tpI34hKEk&#10;Uoh6guiDD7DlmJ52uqwWlgBqGqcrk1BdTqIvkKJQl50qjgNENpgNi2g4h5K/iMwtuo1phi8khIgN&#10;g7KC3rBpnx52jKuYm+Fp66anmHxdIKGmlQ1QbpygkapEEZeQjkY4epJCiuYtz4zvh4ckrYe0hFmC&#10;rrAcpYJ2has7oaBp4KY1nWldA6EbmRlQWJwJlOtEDJb9kMo4g5HPjLUt4oybiKYkzYdthOF5GsAw&#10;bmVtfbrLb4BhzrVKcMdWCq+Acj1KR6lcc+Y+uKLhdckzypwXd9QpqJTtejEg+o2RfMl5Dr9pdW9t&#10;l7nkdcFh57QzdlFWIq5Hdx5KX6gUeCc+26GbeWc0AZrYessqBpPCfHEhjYyIfj55EL4+fB5tgbi5&#10;e89h1rL/e7VWDK0Je+lKVabYfFI+5qBqfOw0KJm1faMqVZK5fosiDIujf455A70DgpBtXLeBgblh&#10;obHJgQ9V56vXgKJKPKWxgG0+5Z9SgFg0RZiwgFkqmJHPgH4ieYrfgLl457v1iO1tP7Zzh5VhgLC6&#10;hmFVv6rJhVFKLaSlhGs+5p5Zg6Y0YJfJguoq0pECgkgi1oo4gb94xrsmj0RtLbWZjWdhdK/Yi5lV&#10;tKnlieNKIqPFiEc+7J15hsM0epb9hUsrBZBSg+UjI4msgqB4qLqFlWxtJLTpkwZhcK8ckJZVsKkl&#10;jjJKIKMNi+U+9JzKiaY0k5ZOh3ErMo+9hVEjYok6g114jroNm2FtIrRdmGphc66BlVBVsaiDkjZK&#10;HKJujzQ+9Zw7jD80pJXJiVkrVo9ChokjlYjdg/p4e7m0oSZtJ7PqnZFhfK3+mcBVtqf4lehKJKHj&#10;ki8/BZu4jok0tJVZivcrbY7oh4kjvoiThHnapXHwbSrGpnNRbsSyK3SkcFedIHXqcemHtHcwc4ly&#10;JniFdUJctXnzdxVHbXuUeSMyrX2Ke5PYtm/beBnFF3FreImwxnLjeQWb5HRPeZKGlHW+ejRxInc9&#10;eutbzHjUe69GrXqefJQyJXy5faTW724YgwXDW2+/glGvRHFUga6ae3LegTWFV3RvgNdwEnYUgIpa&#10;6nfRgD1F/Xm/f/QxrXv7f53VNGyPjc/BnW5FjA2tkm/simOZAHGRiNaECXNDh3Vu+3UKhhxaD3bp&#10;hLZFWnj4gzgxRHtRgXrTomtHmH3AEm0IlcWsCm69kxuXjHBykIWCyHI7jgVt7XQhi5xZP3YeiRRE&#10;xXhKhlgw6Xq8gzLSWGpJoxi+z2wPn3aqyG3Jm8iWVG+ImCOBq3FflIxs9HNWkPZYgHVvjUdEP3e1&#10;iUownHo7hMHRUGmBrZe9y2tJqQ2pv20CpFiVTW7Fn52AvnCqmu5sLXKyljJX3XTakUNDz3c2jAQw&#10;W3nPhiLQiGjvt+y9Bmq2sneo62xorLmUcW4npt5/6XAUoQ1reHIrmy1XVXRklQhDb3bOjnswJ3l1&#10;h1PP/miQwgO8fGpTu5SoSGv3tMSTu22trcd/OG+Yps1q3nG4n79W0nP9mGdDD3Z2kKIv/XksiFPL&#10;xHoZbCS5l3qebfKmvXsob6iTLHu2cVR/InxMcwxq6nzxdN9W1n2rdtBC6X6PeQAvmn+3e5jKYHgv&#10;dou4fXjgdzylrXmId+mSJ3oweJ1+KHrieWRqBnupekJWDnyJezJCTn2XfEkvOX7nfZPI6HaCgN22&#10;5XdJgIGkOXgHgCqQx3jMf+p89nmff79pA3qLf6ZVOnuNf5BBsny8f4Mu434rf3PHZHUNiwu1U3Xh&#10;ibyiq3awiHCPcHeJhzB7xXh9hhBoBHmHhPZUdHqpg9NBJnv5gp0umH2EgTXF+XPTlSez8HSwkvKh&#10;S3WOkLaOHnZ3jn16pnd7jE9nFHikijFTvXnhh/dAqXtNhZAuWHzygtLEznLcnzmyx3O/nCSgJnSh&#10;mPGNBHWUlbZ5p3ankn5mOnfdj0NTGHk1i/BAOnq6iFUuIXx1hEbD3XIaqTKx13MApTqfM3PhoQuM&#10;FnTYnMd40XX4mIRliXc+lDBSjniij64/3no+iuAt9HwLhY3DJ3GJswWxHXJvriiea3NLqPiLTHQ/&#10;o594EHVmnkZk5Xa9mNpSFHgxkzE/j3nYjSotznu0hqbCrnEqvKWwlnIMttmdzXLcsJyKoXPGqid3&#10;b3Tto65kXXZMnSFRonfOllM/PXmFjyQtsXtuh5C9YIJ7a1Ks3YIebT+biYHcbwuJXoGucMh2rYGM&#10;cpRjyIF4dH9REYFydos+h4GNeN0ss4HYe5u8SYC2dRuryYCHdgCaY4BfdtqIS4BGd7Z1soA7eKJi&#10;7oBEeadQW4BdesE+BICafAQseYEGfYC7Jn8XftmqjH8GfsaZWH7xfrCHNn7vfqN0uX77fqtiHH8g&#10;fsVPtH9afuY9kH+8fxQsRoBJf0m5032tiHSpNn2lh4WX5n2khoqF9320hZFznX3hhK9hMH4lg9RO&#10;/357gvQ9Gn76ggQsGX+igPK4knx/kfyn9nx/kDmWq3yLjmCEzHyqjHtyonzkipxgXn1FiMhOYn21&#10;ht48tn5PhMwr8n8Rgna3hnuTm4Gm7HuamOqVpnuplieD0nvQk09xwXwWkHNfo3yAjZJN2H0Kips8&#10;XX28h2Mr0n6Vg9C2r3rYpO6mEnrkoX+UyXrync2C+3sbmfdxAHtulh1fBnvmkjFNZXx4jh48FX1A&#10;icIrt34thP62DHpLrjilZnpaqe2UEXpkpUSCQ3qIoGZwU3rhm4JecHtrlopM9nwKkWA71nzbi+Ar&#10;oH3XhgG1oXnst1ek5nn8siqTenn6rH2BpHoUpoxvwnproJRd+Xr7mohMlnuqlEY7k3yLjbErj32T&#10;htevZos7arKgTon0bKiQWYjgbn5/g4fucEduKYcHciNcoIYpdCNLV4VRdkk6QISQeLsp+4Pse5yu&#10;iomSc+qfaoh/dOmPXYeEddx+lIafdtRtT4XId+Fb44UAeQlKuYRBeko52YOde7sp54MTfW2tk4gK&#10;fP+eSIcTfSOOW4YlfT59kYVWfWJsb4SUfZlbLIPmfeVKLYNEfjs5goK/fqQp1oJSfyCsgoalhgud&#10;KIW6hWCNKYThhKF8mIQeg+drloNxg0RahILbgqlJsYJYgg05NYH2gWkpxoGogLGrY4V/jv6cLISa&#10;jZSML4PNjAt7jIMWinFqrYJ6iNxZv4IDh1VJI4GWhbw45oFKhAQpuYEWghyqdoSdl/GbOYPAlcCL&#10;P4L1k156r4JDkN1p6IGxjlhZIoE+i9NIs4DpiT04pIC2hm8proCYg1+ptoPqoMeadoMVnc2Ke4JI&#10;mop57oGXlxlpOYEOk6NYmICnkCJIWYBUjIM4b4A4iKIppYAwhHepJYNkqYCZ24KVpbiJ1IHDoYp5&#10;SIEJnRxon4CDmKpYDIAulChH83/pj4Y4QX/Sipcpnn/bhWWoxIMGsheZZII8rX2JRYFgqFV4s4CY&#10;otxoHoAOnWJXqH++l91HqH+JkjQ4En+DjEMpmH+Whimh5ZQUak6T75ICbD+FLZAtbhh1nI52b+xl&#10;l4zBcdVVbYsJc+ZFlolMdh42CYeXeKYndoXpe5uhNZKacwGTPpC1dAiEZY7udQt04I06dhlk6ouN&#10;dz9U2onmeIVFH4g9eeY1x4afe34niIUIfVmgbJEpe42SSY9ge8WDho2je/50AYv/fEVkKIpkfKNU&#10;PIjVfRhEqodEfZw1jIXAfjwnl4RAfvefeo/bg++RSI4Zg3KCdIxugu5zJIrSgmpjZIlQgftTpYfY&#10;gZZEQ4ZfgTQ1WYT3gNUnpIORgHKelY60jFiQXIz/iyOBi4tfidtyQInPiIVitYhQhzZTGYbxhfND&#10;5IWRhKQ1LIRDg0MnsIL6gcidzY3alL+PqIwuktOA2oqOkL1xhYkAjo5iBYeLjFxSkIYwiipDhYTk&#10;h+o0/YOshYInuoJ6gvWdKY0vnQKO/IuKmluALYnol3Jw3ohZlGJhcIbskUxSGoWZjitDPIRNivI0&#10;24Mrh4knwoIQg/icqYyvpRyOdYsQobZ/nYlonfRwUofRmflg7YZmlfVRpoUikeJC7IPfjbY0voLB&#10;iVMnyIG5hNOcT4xTrROODIq3qOx/I4kHpEFv1Ydln0xggYX0mlFRU4S0lUlCrYOAkCY0mIJzitYn&#10;zYFzhYeU450kaf2H25pda+R6LZfIbb9r15VDb55dIJKycZZOVZAQc7g/8Y1bdgEx+YqZeJslK4fJ&#10;e5eUVZvdcjOHWJkwcz15mZacdE5rTZQSdXBcpJGDdq9N747teBI/poxGeZIx4omXe0wlYYbbfUWT&#10;t5qBejiGlZfreoJ47pVbetNqoJLceztcEJBbe75NfI3ZfFw/WotHfQwxzIivfd8lkIYKftCS+5k6&#10;gheFxJaugbV4DZQtgVNp65G1gP9bcI9KgMBNA4zdgJE/DYphgGgxtYfggEwluYVUgDiSOpgsieCF&#10;CZWmiNp3UpMth8ppLJC9hrZa6I5QhaZMmIv5hKY+zYmRg54xpIcogo8l24S3gXmRmpdIkbOEZ5TQ&#10;kAN2sZJZjjRomI/pjFBaY42BimtMQYsniIo+mYjUhqIxlYaGhKIl+YQzgpORFZahmWOD9ZQwlwt2&#10;P5GylHRoHI86kblZ6YzZjv1L4oqLjD0+Z4g4iW8xhoX+hoAmEYPGg4SQq5YnoOaDhpO4nd91ypE0&#10;mnxnqo6yluRZgIxSk0pLhIoQj6c+KYfEi/YxeYWQiCImJINshE+QXZXOqD+DL5NepIZ1Z5DRoEtn&#10;Ro5Fm8tZKovgl0lLRImhksE9+4djji0xY4VAiYAmNIMlhPSIgKZsaad8UaL4a4Fvo5+lbV1idpxJ&#10;b0dVBZjKcVBHlZUpc4U6oZFmdeIuO41/eJAjIYmAe5OIEqVXcWx7/KHocnNvR56Cc41iI5sWdMNU&#10;vJeUdhxHX5P7d506hJBDeT4uT4xvexwjeYiEfTGHoKQKePJ7a6CqeUVuzJ1EeathqJndejJUV5Zm&#10;etlHF5Lee6I6YI84fIAuXIt6fYcjxoeofqyHFqLEgEp6zZ9sgABuIJwSf79hIJiyf5ZT4pVNf4hG&#10;xpHYf486N45Hf6MuZYqgf8skCIbpgAKGhaGzh5F6PJ5jhq9ti5sQhctgjJezhOtTeZRRhB5Gd5Dw&#10;g146EI1xgqAubInggeYkQIZGgTKGBaDhjs55wp2XjVRtFZpBi8NgGJbkiihTEpODiJBGPZAchv45&#10;94yvhW0uc4k4g9Ikb4W8gjuFoqAtleZ5XJzrk89srJmUkYlfs5Y2jypSvJLZjMlGBY94imU56owC&#10;h/0ufoilhYgkloVLgxyFUJ+2nNd5LJx0milsepkOlyBfdJWYk+VSepI2kLBFw47pjX85v4uFik0u&#10;gYgwhwgktYTvg9mFEp9ho5x47pwVoEtsNJijnHdfK5UkmGJSPZG+lFdFmI5zkFI5p4sfjE8ufofb&#10;iEYkzoSlhHJ8vq/raT9xS6vXawtli6fCbOhZfKOCbt9NSJ8EcPxBL5pMc0k1p5Vjdb8qzpBEeIQh&#10;V4sMe418ba8DcJ1xJarYcZ1laKadcsFZYqJCdAtNN527dYFBLZkKdyU1u5QseOsrC48feu4hzooB&#10;fR98Ja2/d6xwyKmZeAVlH6VYeHxZGqD8eSRNApx9efJBEpfceug1wJMPe/krPY4afTUiNokZfot7&#10;zqxxfoRwXqhRfk1kqKQZfipYwp/EfixMuZtVflNA6ZbGfpM1vZINfuUrZo0yf1Qij4hQf9J7cKtV&#10;hUlwAKc8hIpkR6MIg9NYXZ62gydMeppKgphAwJXPgh81t5Epgawrh4xngUki24elgPN7Gap+jAZv&#10;s6Zlir5j/qIsiWRYFp3YiAlMO5lvhrtAoZTyhX01s5BehEUro4u2gxEjGocWge160KnXkpZveaW7&#10;kMNjxqF6jsFX3J0fjK1MBJi7iqNAg5RFiKI1t4+shqUrvYsdhKYjToahgsF6n6lPmO9vS6Uvlopj&#10;k6Dok91XqZyIkQxL1ZgkjkJAV5O8i3w1qI8liMAr14qchgUjeIZBg3F6dKj5nyZvTaTJnDljj6Bs&#10;mMdXjpvylRdLw5eCkYJAVpMfjgA1s46oipEr6YpAhykjmoX1hABxgbmjaNxmq7UEapJbxbAxbG1Q&#10;yqr/bnBF0KVpcKI7DZ+Bcwsw8plYdZwno5LpeHofwoxye4dxRLjkb9dmq7QScMhb1K8CcfFQ5Kmq&#10;c05F8aQIdOM7PZ4ldqwxNZgGeJkoCpGuesQgV4tXfQ1xKLeidnNmgLLKdslbuq2wd0xQzKhPeBNF&#10;66KzeQo7TpzeejExY5bSe3YoX5CVfOgg14pifm1xB7ZDfM9mTLFvfKJbeaxbfJlQo6cDfMNF0qF0&#10;fR87T5uyfZsxhZW8fi8opo+dfuQhRYmQf6dw3rUUgxRmJrBCgnBbUasvgeBQdKXbgWdFwaBTgRg7&#10;UJqmgOgxo5TGgMMo447EgLcho4jegLpwuLQsiVJmE69PiDZbQqo1hxFQY6ThhfVFsJ9ghPA7VZm3&#10;hAUxvpPrgyopF44Igl4h8IhIgadwl7N5j2BmC66LjchbPqlmjAlQW6QQikFFqZ6XiIw7Wpj4hukx&#10;2ZMwhVUpRo1qg9IiMIfOgm9wfrL1lTdmDa3wkyFbQqi8kMBQWaNfjkVFn53pi9w7VJhciYUx5pKg&#10;h0Mpa4znhRIiZIdqgxVwbbKWmtlmF61ymD1bTagslTFQXKLHkfxFo51Tjtw7YJfQi9Qx8JIniOUp&#10;fYyEhhcijYccg5vOoW0YZvq76G7saT2otXCta3GU6nJebZyAtXQSb85sVnXachdYIHe/dH9EHXnf&#10;dycwyXxZej7Mvmq0ccW6amzBcuSnYG6tdAaTvnCLdTB/pHJudmdrYnRnd7NXSXZ+eRJDdHjPepsw&#10;Ynt4fGLK+WinfH64tGrSfIGl6GzkfI2SXm7mfLZ+cHDyfPNqXHMXfUFWdHVbfZZC13faffswB3qs&#10;fmzJO2bXhw22+GkbhgqkOWtEhRaQ621ohDV9KW+cg3ZpTnHqgr9VpXRYggNCRXb/gT0vt3n3gFbH&#10;p2VQkXu1cWemj4uitmnljZ6PfGwei7t79W5viehoTHDjiChU4nN1hlNBwXZAhFovcnlYghvGX2Qc&#10;m9a0MmZ9mQOhfWjGlhqOTWsQky964W10kExnZG/+jWpUM3KyinhBS3Wch0kvOHjPg7TFW2MmphKz&#10;NWWPolugfWfcnnKNUWoumnh5/WylloZmpW9EkohTn3IMjmRA6nUSif4vCHhchR3EmWJwsCCydmTc&#10;q4GfsmclppSMgGl3oYR5M2v4nHll+G6sl2JTH3GJkhNAl3SgjG8u4Hf9hlXEGmH3ueux9GRgtFKf&#10;GWafrleL2GjoqC14kWtrogdlbW4pm9BSp3EVlVxAP3RAjowuwHewh1rAgnT/ZjSvj3X+aKad5Xb/&#10;avWLeHgBbTB4inkOb3Nla3oucdBSfHtpdFA/xHzWdxQt036Qeku/J3LIcHuugXP/cdSc43Ujcx6K&#10;hHZGdGd3o3d0db1knXi+dypRz3oleK4/RXvEemItjn2vfFi9r3DRep+s6nInevKbc3Nqe0CJKHSv&#10;e5l2eHYFfANjo3d5fH9RB3kKfQQ+unrTfZwtUnzkfki8KG8XhJmrWXCCg/6Z6XHdg16H23M9gsF1&#10;UHS6gjtisHZTgbxQUHgLgTw+QXn7gLYtHXwwgBi6u22fjnup+G8bjQSYjXCLi3qGjXIAieh0P3OT&#10;iF5hzHVRhuJPpncrhVQ91Hk+g6gs73uTgcK5kmx1mFOo1G38lgCXb291k4aFe3D6kPlzR3Kgjmxh&#10;AXRxi91PEHZriT89dHidhmosyXsNg0C4pmuIogun6G0WntyWgm6Sm2yElnAfl91yeHHYlE1gV3O8&#10;kK9Ok3XIjO89JngViPEsqXqdhI+392rXq5inNGxnp4iVwW3hoxyD1G9tnoJxv3EwmeVfuXMqlTlO&#10;IHVJkF884nelizYsj3pAha+3hmphtOims2vtr+2VKW1cqnyDMm7gpM9xKXClnyBfPHKqmWBNtnTa&#10;k2w8lXdKjSksenn1hp6y1X0hZaSjdX1EaCyTOX2BaomCHH3QbM9wcH4ubx9ekn6dcY5M8H8hdCI7&#10;jX/PdwErCIC6elWxxHsMb0uiantpcM+SG3vHcj6BE3wyc6dvhHytdR1dyn1AdqxMT33qeFQ7In7C&#10;ei0q5n/VfEywnHkoeOGhKnmreXKRDXokefmAAnqren5ulXtEexRdBXv6e7xLunzLfHI6w33NfT8q&#10;yH8JfiWvRnd6gkuf0HgRggePoXilga5+z3lEgVFthXoDgQJcJ3rdgLxLFXvSgHc6Xnz4gDAqrn5U&#10;f9uuBHYVi6Gej3a6io6OZndgiVx9pHgSiBdslXjkhtVbXnnhhZxKg3r1hFY6B3w8gvYql323gWus&#10;+nT4lPCdiHWokw6NZnZWkPh8sHcWjsZruHf4jI5asHkFilJKBHo3iAc5vHubhYwqhH0xgtCsJnQU&#10;nh+csXTMm2uMj3V9mGx74XZElUVq/nc3khZaGnhVjthJnXmUi3w5gHsTh+cqdXzBhAerh3NopySc&#10;CXQko5mL3XTTn6t7MnWZm4VqWXaWl1ZZi3fJkxVJN3kZjq45S3qkigEqaHxlhRCrH3Lyr/GbjnOu&#10;q4mLTXRUpqJ6nHURoXVp0nYPnD5ZHndLlvZI23itkYI5C3pMi8wqXnwcheyli4V8ZTuXf4TIZ8iI&#10;jYREaix4toPebHtoUYODbthXvYMzcVdHcoLwc/43coLMdvQoaoLUelykr4OIblOWlYMSb++HjIKv&#10;cXR3xoJccvZnfoIYdIhXDYHldjRG6oHBd/w3I4HAefkoa4HofD6jsIHAd0WVaIFweAmGf4EjeLt2&#10;wIDpeW9mn4C/ei9WWoCtewNGaICqe+Y224DNfOQoa4EWfgGim4AYgCOUSH/fgCCFU3+ugAN13H+H&#10;f+Jl2n96f8tVx3+Gf75GBX+mf7U2pn/xf6woa4Bef6Chf37CiO+TS36WiC+EWX5zh0l0zH5dhkpk&#10;+n5khU1VCX6ShFhFfX7Pg1k2X381gkcoa3+/gRigln2ykbOSXH2RkDGDcX11jnZz9H1qjJdkOX1+&#10;irFUdn23iMdFFn4PhtE2KH6ThLEoa384gmWf2XzZmlKRnnzCmAyCtXynlXZzPnygkrFjlXzCj+BT&#10;9X0KjQFExX1rigs1/n4JhuIoa37Hg4afSnw0osiRBnwkn7uCFHwGnENyonv8mIxjA3wklMhTc3yA&#10;kPJEanzxjQA12H2YiNQoa35rhHue6HvAqwyQkXuzpzSBjnuNotFyGnt5nh5ijXuhmV9TF3wElI5E&#10;HnyHj541p31Cinkoa34hhUWYnY4xZOmLqYyuZ2x93YtoadBvOopBbChgHYkcbpFQ3of5cSBB+obX&#10;c9kzcoXJduYl/4TVemGX6IxqbXmK8Ishbxp9EInycK5uf4jTckVfeoe8c+9QWYavdblBmIWod6Ez&#10;RoS4ecUmIYPgfDCXF4q0dd+J9YmSdrl8MYh0d4ptpodreF9ew4ZreUZPy4V6ekRBNoSRe1UzHYPB&#10;fIcmPoMHfd2WIokjfhqI+YgQfkd7JocMfl9s2YYQfnFeEoUufo9PSoRbfrhA5oORfuoy/YLjfyUm&#10;WIJJf2aVNYfLhleIEIbIhdJ6R4XShStsAoTlhG5dfIQMg7FO24NWgwNAnoKrglAy4IIfgZMmboGm&#10;gMiUa4bJjo+HY4XRjVp5oITei+xrSYP2ilZcz4MpiLxOWoJ8hylAR4HqhY4yuYF5g9QmgIEcggCT&#10;x4X7lp+Gt4UNlLZ49YQZknpqpoMzkApcN4JxjZNN44HQixhACIFDiJAyoIDshd0mj4CpgwyTR4Vf&#10;noGGMoR5m+J4aIOBmNNqH4KTlX5buYHUkiFNboFGjrw/uIDGi0oyioB4h6kmnIBLg++S7ITvpjqF&#10;yYQOouV374MNnvdppYITmq9bU4FPlmRNI4DHkhQ/g4BZjbUybYAeiS0mpoAAhKmMKJcDZK2AHpTQ&#10;ZyBzWZLUaYNl35Doa+NYBI7rbldKGYzhcPY8oIrNc8AvnIi8dt8jzIa3emOLjpV4bMJ/kZNubmBy&#10;wZF3b/1lWY+HcaZXko2Pc2dJwouXdUw8Z4mYd1MvlYeheZkkDoW1fCGK5pPadKR+xJHwdYlyEJAG&#10;dm9krI4ld2FXBYxAeGtJWopheZA8KYh9es0vjYajfDIkSITTfbuKHpJXfF196ZB8fJ5xJ46nfNVj&#10;9ozUfRJWaYsLfV5I6olGfbw754d+fiYvgIXCfqUkeYQOfzGJVZEWhAJ9KY9Hg6Vwa417gzFjN4u1&#10;grFV54nygjNIhYhJgcc7rYabgVgvd4T6gOwkpINlgH6IrZAPi6p8go5OiqlvyIyJiX1ipIrDiDJV&#10;ZokJhuRIO4djhZ87gYXOhFovbYRNgwMkyILWgaKIJY9Hky18DI2SkYxvVIvHj55iJ4n7jYFU64hK&#10;i2JH2oa0iUU7VYUjhyMvZIO6hOQk5YJggp2HuY6zmn57no0BmDhu4YsxlYVhuolekpFUhYevj5pH&#10;fIYnjKE7GYSiiaUvXYNChokk/YIAg2+HaI5GoZ57RoyVnrJuf4q8mzJhWYjfl11UNIcsk4dHQoWp&#10;j7E68YQzi9gvTYLnh+olEIGzhBuAQqAMZFt09p04Zr9pJJqCaSFcy5fCa41QLZTdbhVDlJHbcMs3&#10;gI6/c6ssA4uVdt4h2IhuemR/up66a/10kJv0bZlovZkyb0FcdpZkcP9P65N/ctxDapCKdOI3c42A&#10;dwosJIpteXMiOIdffBJ/Np0yc2Nz8ZqDdFNoOpfHdU5b+JUCdmFPiZIsd5FDK49NeOM3W4xbek4s&#10;Polje+UijIZyfZx+npu1eptzSZkTevNnh5Zoe0xbcJOwe7VPF5DyfDRC4I4rfMk3O4tTfW8sT4h4&#10;fjAi1YWkfv9+BJp2gcFysZfggYhm75U9gUJa3JKNgPZOs4/ZgLtClo0qgJA3GoppgGosXIepgFAj&#10;EoT1gDt9fZl+iN1yNJbxiBJmeJRPhyJaaJGghh9OTY7whR5CZYxAhCg3B4mXgzgsaYb1gkEjRoRh&#10;gU59Epiuj85xx5YqjmxmC5OJjM1aAJDbiwxN9Y4yiUhCLYuMh4Y3AojfhccseYZZg/0jcIPngjl8&#10;vZgdlpVxl5WelKhl25Lvkk5ZxpAqj7VNuo19jSJB7ortipg22IhViBUsgIXbhYEjkoOEgv18fJe0&#10;nShxV5UsmqZllZJzl4xZf4+mlCFNgYz2kL5Bx4pqjWU2w4fiihcsgYV9hsMjroM1g51066lQY+hq&#10;T6XjZj1fYKJyaKFUH57Qax5IuZrubb49b5bZcJAyvpKfc4wowI5IdtkgIon4emJ0dag1ayNqEKS4&#10;bLpfLaEkbm5T/51qcERIqZmDckI9dJV5dG4y3ZFPdr0pB40OeUwgnojbfAN0Faa8chRpn6NJcw1e&#10;2Z+1dBxTsZv9dVNIdJgjdq09X5QueDAy65Aaec4pQov2e5shCofifX5zrKU8eNFpJ6HUeT9eV55M&#10;eblTVpqiek9ILZbcewU9OpL+e9Yy7o8EfLwpcIr9fcEhZ4cLftNzQKP2f3xowKCXf2dd8J0Wf09S&#10;7ZlyfzpH7pW2f0E9FJHvf14y7I4Of4Uplookf74htYZVf/9y4aL7hh5obp+ghYVdo5wdhM9So5h5&#10;hA5Hr5TCg1o8+JD/grgy7I0zgiAptIlogY4h94W8gQRykqI3jI9oL57bi3VdaptSihxSaJeqiKZH&#10;dpP6hzo82ZBBhdky9Ix2hIMp0ojGgyoiLYU9geFyWaGZksVn+548kSJdMpqvjyRSMZcCjPZHRJNU&#10;is88qY+riK8y5YvkhqEp8Ig/hJAiWYTXgplyK6EwmNVn/Z3Ilr1dL5omlARSHJZgkPxHO5Kmjgw8&#10;tI8DizQy9oteiHUqBIfahbkifISFgy9qCbLXY2pf/K7oZalV4aq5aA1LsKYkaptBgKErbVg3iZvo&#10;cE0uPZZ0c2slvZDZdtMeoItcemBpmLHyakBf163Sa8tV1qlpbYlLuqSxb3hBnJ+ucZs3uZp0c/Mu&#10;hZUP/+L/4klDQ19QUk9GSUxFAAIJdnAmKI+NeSgfNoowe/VpW7CEcMJfk6xgcbtVrKfycttLmaM1&#10;dDdBkp48dcE3y5kVd3ouuJPHeVEmgo5je1Yft4krfWRpJK75dwhfT6rbd4NVX6Z2eBpLa6HIeN9B&#10;dpzhedA3zZfSeuMu3ZKffA4mzI1cfVsgJ4hLfqpo6q2ifTlfHKmLfUFVLaUpfVRLNKCBfXdBZJuo&#10;fcQ3zpawfi4u/JGXfqcnC4x2fzYghYeNf8pot6yZg2NfAKh6gvlVF6QVgntLHp9vgf5BT5qfgZc3&#10;1JWwgUwvGZCwgRMnQYuwgOYg04bugMJojqvKiVte8aeeiH5VDqMwh2pLEp6LhkVBQ5nEhTE315Ti&#10;hDEvN4/pg0QncosJgmIhFIZrgZNobqsvjxte76bwjclVD6J1jBtLDZ3KikVBOJkIiIE3zZQ5htAv&#10;QY9PhTcnmIp/g6shSIYBgkFoWqq+lKFe9qZiktlVF6HYkIhLD50njf1BPJhni4M325OjiSQvTI7N&#10;ht8nqooUhLYhcoWtgs3Cz2gOYOCxSmpOY7+fUWx5ZoyMwm6ZaU15w3DDbBNmlnMIbvBTn3VycfJA&#10;6HggdTwvCHsseQLA7mVFa3+v02fIbUWeBmoqbweLn2yAcMx4vG7jcpplrnFkdH9S2HQKdnxAVXb1&#10;eLEuwXo9ezm/KWLYdgSuImWGdreclWgYd2yKRWqbeDZ3j20weRBksW/mefxSEXLEevc/zHXnfBEu&#10;gXllfVO9aWCwgFmsamODgA6a6mY2f8yI3Wjjf5Z2Umupf3ljrm6Qf2dRTnGhf1k/S3T4f1MuSnil&#10;f0y7z17Zioyq5mHJiVmZcWSbiCWHdmdmhvR1L2pPhc5ivG1mhLtQm3Clg50+2XQogm8uGnf+gRy6&#10;gV1elKupqWBjkpeYQ2NIkGyGVmYrjjt0KWkwjA9h6GxkiedP/m/Mh7U+dHN3hVst8ndugr+5d1wt&#10;nqaorl9Bm66XTWIwmImFa2UjlVNzU2hBkiFhN2uRjudPfG8Ui5I+I3LhiAst0Hb2hDC4sVtEqG6n&#10;8F5hpIyWi2FToGiEqmRMnCVym2d7l+dgmGrlk59PB26Cjy093HJminYttXaShW24M1qkseqncF3C&#10;rQuV+2Cup9yEEmOkoo1yDWbYnUNgIGpSl+tOn24CkmI9kXH+jI4tn3ZChne1fm+uYF6lo3EmY2OV&#10;FnKdZkKDx3QYaQtx9XWja9pf9HdJbsVOMXkRcdg8uHsWdTgsLX1weRe0GG0TanmklG7ObHCUGXB0&#10;blKC3nIYcC9xH3PPchVfO3WodBRNnnendjI8VHnpeIksBHx+ezaymWq/dG6i/GymdWaSrW50dlSB&#10;iXBFd0Zv/HIreEZeSnQ4eVpM4nZren8723jge8Ur4HumfTaxDGivfjShbGq2fkaRKGymfkyARm6Z&#10;flFu33CwfmVdZXLqfoZMOnVNfq07c3f0ft8rwHrmfxSvm2bqh+GgDWkMhxqP0msZhjx+/20qhVJt&#10;3m9fhG5cj3HHg5hLoHRVgro7F3cmgc8rpXpAgMmub2V+kX+e6meyj+COvGnRjhh9+Gv5jDps8G5I&#10;iltb1XDKiH5LGXOAhpk6xnZ3hI8rjnmyglGtgWRYmvmeAWaamH+N12jClcd9H2r5kvBsLG1hkBZb&#10;N2/+jTRKrHLKijo6hnXjhxMre3k7g6is0GN4pECdT2XAoOeNHWfsnTl8aGoomWBrgGyglYVaoW9Y&#10;kZ9KQnI9jZg6TnVpiVQra3jZhM6sX2LerT+c0GUmqP6MjWdKpFJ70mmDn3Jq+GwCmpNaNG7HladJ&#10;43HCkJQ6CnUHi0ErX3iKhcOoh3eIYAaaLngwYxuK+HjvZgN64nnCaNFqP3qma6dZbXujbp5I5Xy9&#10;ccA4sH4NdTUpfX+keSmnanURaYSZH3X+a56J3HbobZ554Xffb5RpXnjscZVYs3oWc7JIVntgde04&#10;WnzkeGUpcn6tezGmOHLTcu2X23PxdByI1HUCdTt423YddlNof3dOd3lYAXileLVH2HofegU4EnvX&#10;e3gpaH3SfRmk2nDTfCqWfXIRfIiHZnNDfM53rXR+fQpndHXffVFXK3djfaRHPXkKfgE3u3rufmop&#10;YH0Qft2jkm8jhU6VPXB4hOKGMXHFhFN2iXMbg65mlHSWgwtWcnZFgnJGu3gUgdY3dHohgTApWXxp&#10;gHiihW3HjmeUN28tjS+FNnCJi8N1nXH1ijZlwHOIiKVV0nVNhxNGS3dAhXw3N3lyg8UpU3vageah&#10;r2ytl1uTYW4glVWEZW+FkwV013D+kIxlDnKojgtVRXSFi4FF8HaMiOQ3CHjehh4pTntjgyWhD2vU&#10;oB2Su21PnUSDuG63mgt0MHA0lpxkcXHtkyVUvHPkj6NFknYCjAY23XhkiDUpSnsBhDagpWs8qJyS&#10;Qmy5pO2DLW4boMNzo2+VnFdj9XFTl+ZUW3NXk2hFPnWKjss2o3gEifwpR3qzhReb6H+dX9GOw396&#10;YuOAvn+DZcxx2n+paJ9ibX/ea35S1oAkboFDl4B/cbE0uYEGdTcm+IHEeTea+n1HaL+N031raul/&#10;v32fbPpw833ibwVhpn44cR5SN36lc1RDI38qdas0gH/eeEEnDIDGeyqZ8HsmcYeMpHt7cuB+vHvO&#10;dCZv+nwydWdg2XyrdrRRmH1BeBZCuH3xeY80Tn7Sey4nHX/lfPuYz3k2ej+Ld3mtetN9jHohe0xv&#10;GHqfe8FgFHs/fDlRBXv8fMBCWnzVfVI0JX3jffUnLH8ffqaXr3eYgt2KfHglgrp8knixgm5uEHlI&#10;gglfSnoAgaZQXXrmgUxB5nvlgPEz7n0XgJInOX51gCmWv3ZOi2+Ji3bqio17qneDiXFtOXgriDJe&#10;inj4huxP0nnxhadBiHsRhF4zwXxmgvwnQ33kgYCV/3VBk9iIzHXqkjV68XaKkEVsinc+jiZd7Xge&#10;i/1PWHksicxBQnpch40zo3vQhSsnTH1sgqmVbHRxnA+INXUjmal6VXXFlt5r9nZ7k9ddY3dokMVO&#10;3niPjaZA8HnSinYzhXtVhxsnU30Jg6WVBnPapAaHwXSSoN551HUwnTFrdnXimTpc9nbSlThOi3gE&#10;kSpAqXlcjQYzV3r3iL0nWXy6hHWPl4fvX6mDd4cRYq92iIZpZZZozYXbaG9amIVSa1hMRYTPbmk+&#10;W4RXcaYw5YP9dTwkpYPLeUKOy4XJaBCCsoUuakB1uISmbF5oFoQsbntZ/4O6cKpL0YNYcvo+D4MD&#10;dWww0ILReCAk1oLDeyGN6YPAcFGBrINWccB01YLrcyFnPIKNdIFZTYI7dfFLS4H9d3k9uoHPeRow&#10;toHEeuUlAYHafNyM7YHveHCAooGeeS5zwYFQedhmaoEIenlYmIDaeyVKxoDBe949aYC4fKYwnIDU&#10;fYMlJ4EOfnKL+oBQgIF/u4AZgJRy5X/igIVllX+zgF5YHH+UgDtKbX+ggCE9OX+8gAowk3//f/Ul&#10;RoBff9+LKH8ZiI9/Bn7yh/VyOn7DhyNk6X6bhitXbH6RhS5J8H6uhDg85n7og0Awc39MgjYlYX/L&#10;gSCKf34akG5+Wn3/jyVxlH3UjYtkTn21i8FW3X27ie5Jg33piBc8sH4xhjkwY36yhD8ld39QgjWJ&#10;+n1UmBZ91X1ClhxxDn0Yk7hj0Hz4kRJWaH0IjmJJGX1Mi6o8bX2kiOowVX40hgkliX7sgx6JmHzD&#10;n4R9bHy2nNxwnHyImaVjYHxjlhxWDHxzkohI1nzBju48N30ti0gwN33Uh4oll36cg96DpZCcX3N4&#10;Wo8KYmNsZ42rZUZfy4xaaClS0Ir9ayFFyImabkQ5O4g3cZQtPIbldT4iiYWveUuC7Y6tZ1h3vI1P&#10;aYRrx4wBa61fRYq4bd9SZYlrcCdFf4gkcpQ5F4bfdSYtSoWwd/0i1oSbexeCMYy+bxV25YuLcJBr&#10;E4pUcglem4khc4lR4IfvdR5FIobIds846IWmeJ0tUISbepojGoOofL+BYIr2dq52CInbd4hqL4i+&#10;eFZd9IegeSdRVIaPegJExIWKevE4uYSMe/ItU4OmfRAjVYLVfkGAk4lxfjB1UYhofnJpg4dcfpld&#10;QoZSfq5Q7YVNfsdEeoRrfvI4l4OOfyItWoLMf1wjh4Igf5l/3og5ha10podDhUxo4YY/hL1cuoU4&#10;hA1QeYRCg1hES4NogrU4f4KsghgtXYIPgXIjsIGIgMd/TIdGjQV0NYZejApod4Vair9cP4RPiUBP&#10;/YNnh8FD6YKhhk44WoHvhN8tWoFxg1cj04EKgcp+2IaMlCdzwYWrkpBoAoSlkIVb1IOXjjRPnIKz&#10;i+ZDi4IBiZ44IIFeh14tWYDuhQEj74CjgqN+f4YBmxRzZYUimORnn4QXlhJbdYMDkuZPT4Icj8FD&#10;V4FxjKU4A4DgiY8tU4CIhmYkBYBRg1V4M5lmXyltv5cyYghiwZUhZOlXOpMFZ9ZLb5DEat4/r45s&#10;bhc0fYwIcX0p6YmqdT0gqodoeVB3jpe4Zp9tRpWlaMViTpOQavdW4pFtbTxLMo8zb58/kIzxciw0&#10;foqndN8qF4hpd9ohEoZGew1295XhbeFsmZPvb2VhwpHrcPBWYI/WcpFK042zdEo/WIuOdig0coll&#10;eCMqPIdKelMhbYVIfKR2TpQgdPlr4pJBdelhApBUdthV0o5Wd9NKYYxReOA/EopLegc0WYhEe0Mq&#10;VYZMfKMhu4RtfhN1ppKnfABrQJDZfGFgZY75fLNVO40HfP1J/4sUfVc+zYkvfcQ0PIdGfj0qZoVu&#10;fsgh/oOxf1p1E5F+gvxquY++gs9f6Y3jgntUxYv2ghBJmYoOgao+oogvgVU0K4ZkgQsqdYSugMAi&#10;NYMUgHd0m5CGicpqQ47UiQtfd4z9iAxUWYsUhudJPYk2hcM+Z4dnhKo0K4Wfg5sqiIQJgoEiY4KS&#10;gWp0PI/RkGxqCI4pjyhfP4xKjXRUHopPi31JCYhviZI+LYa3h7Y0A4UGhekqlIOBhAsiiIIogjVz&#10;8o9JltZpwY2elQhe9Yu5kppT2Ym5j9dI04fYjSI+C4Ylin8z9oSGh+wqm4MZhVIipoHTgtttQqJv&#10;XrBjeJ+kYYBZWpzWZGNO5pnaZ2JETJaiaoc50ZNBbeIv9Y/JcWkmz4xLdUIfB4jyeVRsqaD8Zb1j&#10;HJ40Z+JZD5tQaiNOtphEbINENpUMbwo52JG8ccEwHI5bdJ4nH4r7d74fiIfCewJsMZ86bI1imZyF&#10;bh1YrJmsb8JOXpapcYlD/pOFc3A5xZBPdYEwMY0Md7EnYYnPehQf94a5fIprtZ18czBiEZrYdDlY&#10;HZgRdUxN/JUidndDtJIZd745oo8BeSMwOYveeqAnlYjFfEEgV4XVfeprOJwAecNhnJlsekpXrZav&#10;esxNjZPLe1BDdpDTe+45fo3afKUwOYrVfWonvYfefkUgqYUTfyJqyprWgEthPZhMgFJXWJWSgDpN&#10;QJKygBRDNo/Ef/w5aIzTf/wwPInrgAgn3ocWgBsg7YRwgDBqbZnphqRg85dmhixXF5SqhXRNAZHJ&#10;hJ5C+Y7lg9M5RowDgxkwR4khgm4n/oZrgb8hJYPpgRVqJ5kqjL9gspasi8NW1pPwimlMxpENiN9C&#10;x44th145FYtdheswN4iEhI4oHoXdgyshUoN8gdRp75iikrJgp5YikUlWy5NZjztMspBgjNxCxY11&#10;ipk5KoqtiHMwUIf0hmcoNoVvhFohdoMlgnBirKvKXhpZfahzYNdQN6TjY71G0aDxZtA9aZylahk0&#10;OJgdbZ0rtZN3cU0j+o7HdUUdlYpUeVViFaqQZMFZL6ciZuFQBKNnaTBGvZ9ca689cZsKbmI0X5aO&#10;cUsr/JH7dFokaI1od6MeLYkWevhhvajeayRY1KV0bLxPxaHAbnhGi524cGo9XZl3coc0bZUTdNUs&#10;MZCcd0AkxYwsedkesIgCfHNhcKcacVZYfaO8cnNPaaAVc6lGU5wjdQk9O5f6dpI0bZO1eD0sV49f&#10;egElEYsVe+YfIIcVfcVhI6WSd3hYOKJBeCFPKZ6ieNNGE5q5eZQ9JZalen40bJJ9e4Ysdo5HfJ0l&#10;UYojfcoff4ZLfu9g3aRdfZJYCqEOfcpPBp1xfe1F9JmNfhA9DZWEfko0dZFpfqQslY1Rfw4liIlS&#10;f4Ifz4Wjf/Bgo6Nmg3pX6qAVg0FO8Jx1gtFF4JiUgk88+5SWgeE0dZCLgYkstIx+gUUluYiigQYg&#10;EIUYgMpgdqKoiSpX2J9PiIBO5Zuoh3hF1pfEhko87pPMhS80aI/XhCosvIvbgz4l4IgRglcgRISo&#10;gX9gWaIYjqRX056vjYdO4pr/i+FF05cXigA885MhiDQ0eY83hoMsyotQhO0l9Yefg2kgboROghG3&#10;WWK3Wumm92VeXliWK2f2YbmEzmqNZQ1y/m06aGdhAHANa9tPRnMNb3k93HZbc2gtcXoKd+O1cl9q&#10;ZVSlfmJkZ7mU4GVDaheDrGgebHVx+2sRbttgH24tcVtOjHF4c/s9XXUTduAtRnkOeiyzqVyBb6Sj&#10;zl+5cQGTcWLVclyCVmXrc8Vw02kbdTxfK2x6dshN0nAKeGw853PtekAtIXgrfFWx5FnpecaiGV1W&#10;eiuRzWChepWA+WPrewdvomdae41eNmr2fCNNHm7GfMU8eXLpfYItAHdjfluwQVerg8Sgl1tFg0SQ&#10;YF68gsF/n2IvgkBulGXMgcldVmmkgWRMfW2tgP48GXIIgJ0s5Ha0gDeu5VXTjamfW1mPjEiPPV0m&#10;itZ+k2C+iV1toWSBh+hcnGh/hntL9Gy9hQs7xXFJg4cszHYfgeOtzlRPl2aeXVgnlR+OU1vUkrd9&#10;u1+HkENs3WNtjdNb+2eQi19LhmvxiNo7hHCohjQsuXWig1us+1MhoOednFcLnbKNmlrGmk99DV6I&#10;lttsPGKHk21bbWbNj/ZLHmtQjGM7THAjiJssqXU7hJ6sc1JJqgydGFY8pdiNE1n4oXN8iF2/nQFr&#10;xWHLmJhbDWYmlCJKymrDj4Y7D2+1iq0snHTohayq3GoMWqyb+mv9XjWMdm3xYZ58PG/uZPNrhHIE&#10;aFBaoXQ/a8tKC3akb3Q50nlTc3UqrnxaeACpWmbwZJOa3Wk0ZxyLd2tkaZN7W22ZbAJqvG/obnpZ&#10;+nJkcQ5JjHUPc8Y5hXgKdscqn3taejCnzGQlblaZQWamb+uKDWkNcXV6Cmt6cv9pn24GdJdZEnDC&#10;dkRI3nOueAw5H3bpegUqkXp2fD+mN2God+2XsWRZeKGIjWbueUl40mmKee1ojmxRep9YOm9Ie2FI&#10;RXJxfDI4yHXpfR8qhXmsfimkv1+BgWmWU2JagUeHP2UZgQ93lWfdgMtnnmrPgI5XdG3+gGBHu3Fe&#10;gDU4fXULgA8qenj9f+mjil28itGVMWCzidiGMmOQiLt2nGZ3h4tmv2mNhltWz2zhhTJHRnBxhAg4&#10;PHRNgs4qcnhogXqilFxJlA+USF9YkjuFVmJJkDR10GVKjhNmCGiCi/JWPWv5ic1G6m+oh504CnOt&#10;hU8qa3frgtih3FsonRGTlV5Fml+EpGFCl2h1KGRSlFBla2ejkTlVtGs7jhxGi28Liuo33nMqh4wq&#10;ZXeFhAShY1pZpb2TFV18oiiEGmB6njt0oGOOmilk9WbslhxVWGqZkgdGOm6DjdY3pnLAiXUqYHcz&#10;hP6epXGYWo6RInLNXh+C23QYYYpzxHV3ZN9kKHbuaD1UZHiHa79E+XpGb3I19XxJc4EoFn6ZeBqd&#10;Ym6lY9qQBnAsZn6Bv3GvaQpyyXNBa4xjUnTubhpTuHbDcMdEe3jAc5k1s3sFdrQoIX2TejGcGmv1&#10;bRWOuW28bteAt29ycIpxzHEzcjRigHMSc+xTFnUhdb1ED3dbd6k1f3ngecgoK3yqfCeasGmPdiaN&#10;VmuEdxp/TG1nd/lwpm9TeM5hf3FteaxSTHO0epxDgnYoe501OHjkfLsoM3vdffeZYWeAfxyMFWmZ&#10;f0p+Gmuif1dviW21f1BgrW/1f01RoHJxf1hDD3UYf2k1AXgGf4EoOnssf52YTGXPiAKLDmgDh2Z9&#10;JmomhptupmxahbRf4268hMpREXFZg+ZCrnQtgwQ00XdIghUoQHqVgRWXb2RskL2KOWa0j1V8Wmjr&#10;jaxt6ms2i99fO224ig5QjnB1iDtCYnNlhmE0r3anhG0oRXoYgluWyWNVmTyJk2Wslwd7s2fulHxt&#10;TWpGkcFeqGzfjwVQDm+9jERCDXLKiXU0j3YkhoEoSXmxg3GWWWKKoW6JGWTpnmt7LmcsmvdsyWmJ&#10;l0xeOWwtk6BPum8ej/BBw3JGjCw0XXW9iEUoTXlfhFiSrnlhWoiGTXncXhB5Inp/YXdrKns7ZMxc&#10;snwLaC9OGnz1a7o/6H39b3YyLH9Ac5IlqYDCeC+Rl3aUY0SFTXdhZfN4I3g5aItqSXkhax5b93of&#10;bb9NiXs+cIE/hnx/c2syBn38dp8lz3+zejCQeHQGa+OEFXUQbcd3HnYUb5tpVncocWhbM3hWc0NM&#10;93mrdTc/KXsjd0kx5XzZeY8l8H7DfA+PRXG0dHKC3nLtdZV173QbdqFoe3VVd6haeXa1eLNMcng8&#10;edE+3HnpewMxy3vWfFUmDH3xfcaOGm+9fOeB23EYfVN08HJofZ1ndHPEfdBZs3VIfghLzncDfk0+&#10;b3jgfpoxn3r5fvMmJX09f1SNIm4hhUiA6W+ThPp0DXD8hHlmpHJ1g9hY/3QXgzRLU3Xugpg+IHf1&#10;gf8xf3o6gV4mOXyjgLOMWmzOjXyAKW5UjHJzVm/NiyFl+3FaiadYaXMZiChK4XUOhqc95XcthSQx&#10;a3mXg40mSnwkgeSLwWvClXZ/kG1Xk69yvW7akYplbXByjy9X5XJGjM9KbnRZimw9m3aSiAIxV3kR&#10;hXsmWHu8guaLVGr6nSZ/HWyZmqZyQW4fl6hk9G+7lGdXgXGXkSJKJHO8jdo9W3YQioYxL3ishxsm&#10;Y3tpg7uG8IFtWoR7goE4XfxvXIEyYVxifoFEZLVVL4FeaCBHzoGIa7Y64YHHb34ugIIyc6YjbILP&#10;eEGF+X7QYrh6qX7oZWluh38OaAthyX9Baq5Un3+CbWNHZn/acD06poBKc0AufIDqdo4jrIG1ei6E&#10;/nxgatJ5l3yzbMhtoH0CbrRg831ccJ1T833IcplG6X5RdLE6Xn70dugucH/FeVUj44C9e/aD83ou&#10;cst4iXqodBRsj3sedU1gLnuYdn5TS3w0d7pGdHzseQo6H32/em4uZ37Be/UkE3/kfZeC8nhEer13&#10;kHjge1lrpnl1e9hfVXoPfEVSyHrHfLpGE3uufTs57XytfcguY33dfmYkPH8qfw6CFXa8gp522Hdx&#10;gpFrAHgZglNeqXjJgfVSJnmcgZhFqXqdgUY5qnvDgPkuUH0bgKokX36NgFiBYXV6ik52JnZBiZVq&#10;V3b2iJReD3e4h2pRnHijhjxFQnm+hRI5fHr5g+ouSHx1grMke34LgXSA1XR5kcB1nnVPkFtp0XYN&#10;jpVdlHbXjJhRLHfUipZE33kKiJQ5QHpchpIuQXvthHwkkn2hgmSAbHO3mO91NHSXluRpYnVZlFRd&#10;K3YlkXxQ13cpjqBEpHhui8U5EHnaiOcuJnuGhfwkpH1Mgyl7eYnBWmlw5IjmXc1ltog0YSlZ7YeO&#10;ZIhNyobgaAFBpYY1a6k2BYWUb4IrB4USc7khZIS3eE96m4dcYh5wLobBZM5lCoYvZ3pZYoWfai9N&#10;YoUQbP1BY4SMb/M17oQWcxIrI4PCdnwhvYOReil5xIULabdvRoSla7xkTIQ2bb9YtIPHb8dM3oNd&#10;ceZBDIMGdCU1yYK9doUrNYKWeRwiCoKPe9144YLvcTRuW4KscphjYIJfc/JYBIIRdU5MTIHSdrlA&#10;qoGleDw1moGJedUrPYGPe5UiTYGufWp4B4EieJ1tjoD6eWRim4DHehZXRYCTer1L2YBse21AVYBs&#10;fC81coB4fP4rRoCnfeEihoDufsx3Rn+bf/Rs3X+PgB5h+39wgCFWvn9NgApLbX8+f/RAM39Qf+81&#10;aX+Ef/UrVX/df/witYBNgAN2p35ohyJsYX5zhrRhjX5bhgBWUH48hSJLAH5BhEc/3H5vg3k1TH61&#10;grMrWn8zgeEi3H/HgQ12KX1yjhdr6H2LjQ9hGH16i6JV6X1iifpKpX10iFc/iX26hr01HX4VhSwr&#10;X36ng4si/H9agex1yHy2lMtriHzXky9guHzKkQRVkHy0jo1KYHzLjBs/W30dibQ1AH2Oh1UrV347&#10;hO4jFX8DgqNwdZJeWh5mrJDaXXBcbY9zYMpRs44EZDZGuYx6Z8Q7z4rja4YxeolNb3gn2YfLc8Uf&#10;mYZxeFpvqZA0YWBmFI7gZA1b5I2JZsZRTIwkaZJGdIqubH07sYk5b5cxhofIctkoFIZwdmUgCYU+&#10;eiNu9o3+aIBlVYzXapJbTIucbKxQxIpRbthGFIj9cR87fIevc4wxgYZndhsoQoU7eOIgaoQxe8Zu&#10;O4vwb4Jkk4rmcQBaiYnJcn9QN4iddApFpYdvdak7OoZKd2Qxb4UteTkoYoQrezUgvoNIfUBthYos&#10;dnBj6Ik9d15Z5og2eEFPn4cfeSBFSYYNehI6/YUPexkxXIQYfDAofYM9fV8hBYKBfpFs5Ii6fU1j&#10;WYfifa9ZaIbpfe9PLYXhfh5E7IThflU65oPxfqIxXIMffvwol4Juf1ohQIHaf7ZsWoeFg/Ji1IbC&#10;g8BY7IXXg1lOvYTagtZEkoPsglg6s4MQgeYxboJGgYMosoG9gRwhcYFRgLBr7oaYinVimoXsicRY&#10;voUBiKpOlIP0h1VEdYMGhhM6ioJJhOcxS4Geg9Iow4EqgqshmYDggYJrmIXhkL9iSYU5j4pYbYRT&#10;jbpOTYNIi5xEQYJbiZg6bYGmh60xRoEPhdco0YC4g/YhuICHgi1l3psxWaFc55kIXOVTmZbnYEFJ&#10;7ZSfY79AGZIiZ2g2Zo+Ja0wtV4znb18lA4pXc8ceB4f8eGJlIplHYH1ca5c/YylTLpUaZfFJpZLM&#10;aNo/9ZBYa+k2ao3ZbysthItXcpclW4judkoejIa7eh1klJcnZyxb1JU/aUxSt5Mza4BJPZD5bdY/&#10;tI6hcEo2VoxEcuotn4npdawlpIeseKYfAIWje7BkBJUabbdbOJNLb1BSFpFZcPdIzY89crU/ZI0K&#10;dI42MorVdoctqoikeJol3IaRetgfY4SyfRtjc5NXdDNasJGidUlRmo/AdmBIWI22d3o/JIugeLA2&#10;D4mRegItrIeHe2QmB4WcfOIft4Pkflti8JHqeqVaPZBLezpRN451e7hIBYx3fCs+4opwfLA1/4hy&#10;fVQtsIaLfgUmKITIfr8f/YM4f3JigpDBgOlZ4o81gQBQ6Y1ngN9HvottgKY+oYl2gH412IeNgG4t&#10;u4WzgG4mSIQUgGkgN4KpgF9iKo/PhvBZjo5ThoRQm4yOhcFHfYqYhNc+boiohAA1pobVgz0tqYUJ&#10;gpImaIN9gd0gZoI2gSRh5Y8YjNNZb42ni/hQf4vjioRHZondiMs+cofkhzg1xoYYhcctzIRshHEm&#10;hYMGgxEgi4HagcVbk6RcWPlTUKGUXDFK5Z6mX5FCSJtpYyY5nJfgZvgxJ5QsawspX5Brb0wiXoy9&#10;c9McpYleeGha2qKsX3BS1J/0Yh5KfZz2ZPpCBJmraAY5hZYga0cxPZJ8bsAppI7TcmAiz4tHdjod&#10;PogPehZaa6CiZbVSXp39Z+ZKIZsUajhBuJfWbL45XpRkb20xQZDgck0p141adUsjLYn4eHcdwobs&#10;e5xaCp6Wa9VR85wEbYtJr5kxb1tBcJYTcVI5MZLCc3ExPI9jdbQp/IwHeA4jeojReoseNIXyfPhZ&#10;pZzLcehRlZpTcyZJXpeOdHJBI5R/dc05FpFMd1QxOo4SePoqG4rdeq0ju4fSfHYelIUefixZRptU&#10;d/RRS5jxeL5JJZY4eXxA+pMzejw4+pAPexgxRYzofBcqOonYfSMj8Yb3fjYe5IRsfzVY9poifdBR&#10;EZfPfidI/JUdflFA2ZIhfnE4348MfqkxQov6fvsqXIj4f2AkIoY+f8IfJoPZgBZYtZkvg3pQ55bn&#10;g1tI3pQ4gu5AxZE9gmU40I4xgfUxMIs4gZ4qX4hLgV8kSoWlgRofW4NjgNFYi5hviPVQzZYpiGFI&#10;yZN+h1NAuZCFhhk41o16hPwxRYqNg/0qdIe2gxUkY4UsgjQfhYMEgWmsf1zjVSudMl/9WSaNhWMR&#10;XRV9TGYwYPtsn2l0ZOdbxGzqaO9LO3CVbSg7EHSZcbssB3j6duWqi1jtX2GbsFxvYmCMM1/fZVd8&#10;J2NXaExrnGb0a0la6GrGbmFKjG7QcaI6pXM0dTQr93fyeT6ovVVnaYCZ/Vk+a4CKxFz/bX560WDD&#10;b4NqeGSvcZZZ/GjVc8FJ3m03dgw6QHH1eJYr6ncHe3am8lI9c3OYS1ZjdIKJJlpkdZR5gF5sdqtp&#10;U2Kmd9JZFGcbeQ1JOmvOel055XDee9kr3nY3fYilQk93fUKWy1PgfW6HxVgifZl4NFxkfcRoW2Dc&#10;ffhYSWWbfj5Iq2qWfo45lm/sfvQr03WDf26j1E0ghvGVi1HChj2Gr1Y4hX93PVqxhLtnfV9dg/tX&#10;qGRRg0VIOGmNgpI5VG8ggd0rynTpgSKiqUspkHOUiU/7jteFz1SbjSp2ellAi3VmzV4eicRXGmND&#10;iBFH3mithlY5Im50hIcrw3RpgqGhxEmXmbCTwk6OlySFIVNNlIJ14lgQkdpmRF0TjzdWn2JljI1H&#10;hGf7ic84+W3mhusrvXQAg+mhK0hwooGTN017nveEoFJLm1x1cFchl8Vl51w7lDhWWGGqkJ1HRGdi&#10;jOQ4ym1yiPoruXOrhPug1WPzVTWS1GZpWTqESWjnXSd1GWt4YQZlcW4sZO5VonEQaPlGL3QobTc3&#10;K3eVcdYpW3tYdwqfK2AwXuWRo2MPYfuDRWXgZQJ0PGi8aAJktGu9awpVCm71bjFFw3JlcYI283Yv&#10;dSopY3pLeUmdilzOaHmQAWAAaqWB22MbbMdy7mZBbudjm2mPcRNUKm0Zc1pFIXDddcI2nnT4eGsp&#10;anlbe2Wb6lnEceWOb109czSAXWCXdHpxwGP9dbtilmeYdwdTX2tteGhEl29+eeE2WHPle4Ypb3iJ&#10;fVuaaFcbezWND1rQe69/F15nfBlwjWIFfHlhuGXbfN9Sqmn4fVhEHW5Ofdw2HXL2fnYpdHfTfyWZ&#10;KFTfhGqL7VjEhA9+E1yLg5pvo2BegxVg6GRmgpFSGWi2ghhDum1JgaY163IrgTQpeXc4gL6YJlMB&#10;jXCLAlcPjDx9P1r7iuJu5V73iXRgPmMwiAhRlWeuhp1DbmxshTA1x3GAg7MpfHa3giOXYlGFljGK&#10;TVWwlCJ8lVm3kd5uTV3Qj4Nfs2IsjSxRGmbWitNDG2u9iHA1p3Dzhe4pf3ZNg1WW3VBqno+JylSn&#10;m6N8Eli9mHNt01znlSpfT2FakepQ0GYhjqZC2Wspi081enCDh9QpgXX5hFKVW2s1VVaIlG0EWVZ7&#10;J27qXT1tBHDnYRZeZ3MDZPtPqXVMaQdBU3fEbUkzdnqNcfEm2X2idyuT5mejXmqHYmnXYZB6CGwJ&#10;ZKNsDm5MZ7BdmXCxaslPCHNJbgRA43YTcWszRnkvdScm+HyNeVGSgWRhZ3iGCWbqacZ4/mlhbAdr&#10;F2vkbkJc026NcIpOdXFwcu5AiHSIdXQzI3fyeDwnE3uYe1ORB2F0cGGEn2RAceN3lGb0c1dp+Wm0&#10;dMJb3GyodjVNt2/Td79ACXM0eWIy63bjezEnKnrBfS6PrV7peS6DW2Hqeet2ZmTVepBo42fMeyVb&#10;GGr3e8BNGW5nfGw/pHIJfSYyw3X1ffgnPnoIft6Oj1zGgeSCUl/ygdt1d2MJgaxoCWYxgWdaWWmM&#10;gSJMmW0rgOk/UnEGgLkyoHUpgIsnT3lrgF2NqVr+immBe15NiZh0sWGGiJFnV2TUh21ZumhdhklM&#10;IWwohSk/FHAqhAwyinR9guInXXjogauM+VmQkqyA1Fz6kRJ0EGBMjy9mxGO1jSdZM2dgiyFLq2tV&#10;iRw+yW99hxQydHPvhPUnaXh9gsaMf1h8mpWAWVv5mDdzkF9ZlXZmSmLSkoZY0GaSj5tLZGqijLI+&#10;im7sicAyS3OChrYncngng7GKB3K2VYB+THPeWXFx53UpXU9k0HaOYSNXRngLZQhJpnmsaRk8ent1&#10;bWEv132FchEkgX/Ud0eIuW9PXgV9NXDZYS9w5XJsZEpj9XQOZ2JWlnXNaopJI3e3bdc8J3nLcVIv&#10;wnwmdSIkt361eVaHfWw0Znt78G4OaONv3m/eaz9jB3G+bZdV2nO+b/1Im3XucoI72HhKdSovr3rs&#10;eBMk5n24e0CGNmlibuN6sGt9cI1urm2IcidiNG+ec75VLHHfdVpIJXRRdw47mnbxeN0vpHnVetol&#10;D3zcfQKE/Wb1dzF5pGlCeCVtrWt/eP9hL23GeclUcHA8eplHi3Lwe3w7OXXMfG4vhHjofXolMnwd&#10;fpmD+mTqf2d4rmdef6RszGnCf7dgZGw3f7JTw27Zf65HHHG3f7c69nTKf8svcHgbf+UlT3t9gACD&#10;KWM2h2l362XKhu9sGWhNhjhfwmrkhV9TM22vhIdGsnC3g7Q6yHPtgugvZ3dsghQlaHr3gTeChmHV&#10;jyt3UWSEjftrg2cejHZfOmnNisRSt2y4iRNGRm/nh2Y6hnNAhb0vW3bchAEle3qKgj+CEWDHlpt2&#10;3WOKlLxrC2YykmdeyGjvj9dSW2vtjUpGBm82isI6TnKwiDgvOXZvhaAli3ozgxh+0np8VZ90BHsB&#10;WX1om3uwXVFcj3xzYSVQIH1DZRBDqH4saSo3sX80bXssV4B1cjQiWIHnd199pndKXZ1zE3grYMdn&#10;v3kWY+hb3XoNZw1Pl3sWakdDS3xAbak3hH2LcTosYn8RdR8ipIC9eVh8jHRSZY9x8nWAaAZm0nam&#10;andbCHfTbOhO8HkYb21C1nqEchM3R3wRdN4sY33Vd+ki53+3eyx7cHGkbWdw2HMKbzNlvXRlcPRa&#10;RnXDcrJOTXdIdHxCanjxdl83Enq+eF4sZHy+eoojIX7TfNd6XG9MdTVv0nDidlRkznJqd2BZbHP2&#10;eF5N0HWoeWdCEXeNeoM263mSe7EsbHvJfPsjU34Pfld5cW1ZfO9vEG8XfWhkI3DBfbpYwHJzffNN&#10;M3RNfjFBrXZafoE2sXiQft0sYXr6f0IjfH1qf6h4sWu3hHRuWm2ThEVjfG9ag9lYKnEsg0tMr3Mp&#10;gsBBT3VcgkA2jXeygcgsYnpIgUwjnnzhgMt4Gmpki7VtzWxaiuFi9W42ibVXsnAdiFtMQ3I3hwNA&#10;8HSOhbI2WHcEhGosYnm1gxYjunxygcF3qWlckq5tYGtmkTtih21Rj01XTG9FjSBL83FwivVAvHPe&#10;iNQ2LHZ1hrcsS3lHhJUjz3wZgopzzIKMVZpp34JxWWdfbIJ7XTRUbIKPYQ1JG4KhZQQ90YK/aTAz&#10;FoLxbZEpC4NPclQgY4PUd3Nyvn+SXRxpDH/KYEZer4AGY29T2YBDZqVIsoCEafY9lIDbbXQzCoFJ&#10;cR8pNIHjdRsgxoKdeVlxyny+ZJBoEn08ZxZd532saZ1TJ34ZbCxILn6QbtI9QX8icZ4y7X/MdJAp&#10;UICgd78hG4GNexhw03ota+5nGXrebdVc9Ht9b7dSdXwbcZ5HnnzLc5Y8432XdasyxX57d9wpYH+G&#10;ejohZYChfK5v6HfyczhmQXjNdINcKnmUdcBRs3pbdvZHMHszeDk8lnw3eZQyp31QewEpcn6OfIkh&#10;pH/WfhlvFHYLenNlfXcOeyFbe3f3e7BRJnjefCxGvXnbfLA8aXsAfUsymnxIffMphH24fqUh2X8s&#10;f1duZnR4gX5k8HWggZVbAnaigXJQt3edgS9GVHi6gPU8HHoDgMwyhntogK8pkH0CgI0iBH6fgGht&#10;3HMyiEpkb3Rzh8laiXWKhvFQTnaXhexF+nfMhPE7z3k2hAMyXHq2gyIpmXxsgjgiJ34tgU1tcnIw&#10;jtJkCnOFjcBaJ3SsjDBP+HXGimNFuncJiKE7qHiHhu0yQ3olhUUpk3v7g5siQ33RgghpIIrkVVxg&#10;DIojWRxWjYl9XOlMmYjQYM1CZYgPZNo4SYdNaSAuyYaWbZsmCYX/cm8eqIWRd4NoLoggXG1fVIeq&#10;X5lV6YcqYtFMHYabZh5CFoYBaY44KYVvbS8u24TrcP0mTYSKdRUfH4RNeVhnX4VsY2tef4UzZgNV&#10;QYTiaKNLi4R9a1dBsYQSbiY384O2cSAu2oNpdD0mgYM/d5UfhoMyewRmkYLwalNdr4LkbFhUdIK9&#10;bmBK+IKFcHdBPoJPcqM3soIpdPAuzIISd1kmp4Iceewf34I9fIhlx4DHcSxc8YDjcqBTwoDgdA1K&#10;V4DKdXpA34C+dwA3c4DLeJ4uu4Dmek4mxYEgfBkgKoFsfeFlE371d/JcTX81eNZTM39PeaNJ2X9Y&#10;emZAe39qezc3Un+UfB8ut3/cfRUm4YBFfhYgaYC8fw1kdn1kfn1bu33LftJSsn4BfvtJbX4hfxFA&#10;JH5QfzA3KH6Yf18u0H70f58nBH+Jf9wgnYArgA5j+3wohN9bany0hK9ScXz7hCpJPn0cg3tACH1V&#10;guE3Bn2/glsutH49geonF37vgWsgx3+1gOVjmnsqiwVbD3vKik9SHXwjiRpI+XxRh6w/23yVhlU2&#10;8H0OhRYusX2mg+onJH54grcg6H9XgZRe45OIVNlWnpIVWJNOCpCqXGZFHY8lYGE8BI1+ZI4zFIvI&#10;aPoqy4oWbZgjTYh/coUdJoccd5BeCJD7W4NV94/GXrdNd452YgNEsY0GZXA7yIt5aQkzConqbNgq&#10;9ohkcNIjqob+dQwdr4XLeVVdWI5nYhVVRY1kZMNM64w9Z4NEOorvamI7fYmNbWQy8IgucJUrEIbZ&#10;c+cj9YWnd2weJoSlevJcsYv7aJJUm4sgarhMQ4oebOtDyIj7bzY7K4fIcaEyzIabdC4rHYV6dtYk&#10;MIR7eaMejYOofGVcDYnabwNUAokmcKJLt4hFckVDS4dBc/E664Y1db4yq4U4d6crJIRGeaAkYYN3&#10;e7Ae44LQfa5bdYgLdWFTe4d+dnxLR4a6d4hC74XQeJU6poTgebYyn4P/evYrMYM3fEAkiYKXfZAf&#10;K4Ibfsxa8oaHe41TDYYffCdK7YVzfJhCqYSbfP46boPDfXcyhYL+fggrR4JNfqcksIHYfzwfZ4GF&#10;f79ah4VGgXBSpYT9gYFKj4RogVRCXIOigRI6NILdgOUyUII3gMorP4GTgMQk24EygLAfl4EMgIpa&#10;M4RIh0hSgYQnhutKeYOmhglCX4LPhPQ6YoH7hA4yoIFag00rfIDfgqUk/YCygeofvYCsgS9U3JyG&#10;VCNNi5paV9dF+5ggW68+H5WuX8A2JpL+ZBYuYJA1aLEnRY1tbXwg74rMcoob0oh+d5pUBJo8WmpM&#10;3phTXadFVZYqYQo9pJO5ZJ416ZEPaGguYY5dbGwnhYu1cJUhYYk/dPccbYcgeVJTfZe/YJRMTJX8&#10;Y1pE2ZP9Zj09OZGnaVI1rI8hbI0uWoyZb/snt4ofc4Uhwofcdzsc8oXveuFTCJVSZqNLyZOvaOxE&#10;TpHQa1E83I+obdo1co1QcIsuTor6c18n24izdkoiEIameVUdZITpfEZSiZMpbKVLTpGzbnRD54/u&#10;cFM8g43eckU1TouzdGQuSYmLdqIn94d3eOsiUIWae0YdxYQKfYFSDZFUcqNK4pALc/hDlo5jdUo8&#10;TYxpdqY1L4pUeB8uV4hJeb0oGIZhe2QihYS0fQ0eFoNQfpJRoY/KeHVKiI6seVFDVI0behA8HIs0&#10;es81C4k2e6ouUIdGfKEoO4VzfaYitYPyfqAeWIK3f3lRSo6HfhlKQY2NfnpDH4wSfqE7/Yo1fro0&#10;+YhFfvQuOIZ1f0UoOIS6f6oi3YNQf/8ejoI6gDlREY1/g5tKDYygg31C9Is9gwA75Ylrgms0/Yd/&#10;gfwuUYW8gakoVIQbgWki/YLRgSAeuYHXgNWiNVabT6qT5FopVCOFQl2/WJh2HWF4XQtmh2VoYYdW&#10;xmmaZiNHZm4KavY4d3LacC0qx3f7dgSgKFHKWZ+STVXaXTCD4VnsYLp07F4YZENlfWJ8Z9RV6mcj&#10;a4VGvmwNb2c4GnFYc6cqz3bqeGyeTU1xY4uQk1H5ZiiCbVZ3aMNzl1sLa2JkXl/Vbg5VBmTqcNhG&#10;HWpEc8o3yHAAdwsq13X4erGcd0mDbVWO4k58bwWA1lNYcLpyVFhIcnJjSF15dDhUL2LydhdFjGiz&#10;eBU3gG7Uek8q3nUifM6atEX+dvuNYEtgd8l/glCceJtxGlXgeW1ibVtmektTfWE/ezxFE2dbfD83&#10;RG3TfWoq43Rqfr2ZKkLugHaMGUivgGV+eE5AgFRwPFPXgEJhqFmngDRS/F/JgDREt2Y3gDw3FWz6&#10;gFMq6HPNgHmX4kBMib2LDUZhiMJ9pEw+h8lvkVIbhtFhD1gxhdxSg16VhOpEdGVBg/c282xDgvwq&#10;7HNKgf6W3z4fkrOKOUR6kMZ8/UqWjuBvD1CrjQNgolb6iytSH12ZiUxELGR9h2I22GuthV4q73Le&#10;g0uWKDx1myGJnkMAmDt8gUlHlWpusk+GkrJgYVX+kANR9FzHjUNEBGPXims2u2s0h2oq8nKIhGGX&#10;ZF1lT/6KGWBhVGl8bWNzWNFuO2apXTdfnGoQYatQ3W22ZkVCiXGZaxg0tHXccFYoL3pndjCVeljH&#10;WWqIx1xJXP97W1/NYI9tW2NrZB5e4mc7Z7VQTGtOa25CJm+hb1g0i3RYc6goTHlPeH2TulSaYsyH&#10;GFiSZYN57lx8aDZsDWB9aupdzGSzbapPcmkxcIpBj23wc5I0RnMNduwoZXhXeqaSCFDSbBCFf1Uy&#10;bex4c1l3b8hq6V3RcaRc0mJrc4pOtWdLdYtBFGxtd6s0EHHmeggoe3d9fKaQdk11dTeEHFIwdj93&#10;M1bOd0NpwVt7eENcCGBoeU1OE2WkemxArGsee58z5nDofPkojnbBfnmPI0qOfjyC9U+XfnF2OFSD&#10;fppo6Fl+fr1bSl61fuVNmmQ4fx1AXWn/f2IzxHAQf7connYhgBmOD0gUhwuCBk1jhmh1bVKQhbJo&#10;O1fNhPVasV1HhD1NJmMKg41AJGkMguMzrm9ZgjUoq3WdgYSNOUYMj4uBS0uTjhB0y1D2jHlns1Zn&#10;ithaO1wWiUBMvGIUh6s/32hKhhYznG7DhG4otXUwgruMokR6l5aAwUorlUh0Tk+0ks9nSVVLkE5Z&#10;61shjdtMhmFHi2Y/r2eqiOkzfG5OhlEovnTZg7yMvmRdUGOAcGbJVLdzumlUWQ5mfmwBXWhY3m7Y&#10;YdVLJXHoZm094HUxaz8xJXjXcIAlwHy9dliK7F/4WTJ/F2LlXMhykWXbYFplh2joY+5YEGwkZ5FK&#10;hm+ea1s9dnNSb1gxAXdfc7Yl8XubeIuJVFvxYg19p19TZNhxfWKpZ6BkkWYRamhXT2mobT9J+m2E&#10;cDY9JHGdc1cw63YLdsomHHqcepmHwlhRas58L1wUbM9wE1/Abs9jemN9cM1WYGd3ctVJSGuydPo8&#10;s3Aodz8wwnTrecEmQXm8fH6GWFUac3R65FktdLBu510rdeNiamE6dxFVqmWDeEpIuGoXeZg8XW7g&#10;evwwqHPtfIkmYXj8fjaFKlJTe/x511atfHRt/FryfNhhml9KfTJU+GPafZJISmixfgU8G23Dfogw&#10;k3MUfx0me3hZf72ENk/3hE14/VSMhAJtPFkNg5Ng8l2kgxRUZGJ0gp1H3WeIgjI77WzQgdIwiXJb&#10;gXImkXfRgRCDeU4GjFR4VFLNi0ZsoFd/igJga1xFiKdT62FJh1dHdGaWhhA7rWwQhNAwf3HEg4Mm&#10;o3digjCC9EyCk/R311FykjBsJ1ZGkBZf/Fsvjd1TlWBXi7JHOmXLiZA7emtyh3AwX3FRhUImsXcK&#10;gx+CG2uOUMN2tm1tVP5q7m9wWUNeq3GPXZRSDnPOYf5FZXY+Zpc5PHjfa2otrXvScK8je374dnuA&#10;YmdhWQB1cWm4XJJp32wbYCVdzm6TY79RXXEvZ25E5HQCa0c473cHb1Mto3pZc8AjwH3MeJZ+72OL&#10;YUh0FWZOZCNoz2kKZv5c3mvXadxQo27MbM5EYHH9b+M4pnVgcyMtmnkJdrEj/HzDeot9iGANaYly&#10;wmMta6hnmmY7bcdcDmlWb+pP+2ykchZD8nArdGA4c3Pkdswtm3ffeXYkMXvdfFZ8Olz8cbFxqWBn&#10;cxlmlWPAdHpbDGcmddZPSWrAdz9DZG6deMA4H3KkelgtiHbkfBkkXXsWffV7J1pTebtwrV39enBl&#10;tWGYew5aRmVEe6BOpGkhfDxDAm08fO036nGJfa8tf3YIfoUkgnpvf2N6SFgOgY5v5VvwgZBlA1/C&#10;gWhZqWOogS1OHGfAgPtComwWgNg3x3CVgMQtgHVMgLQkoXnkgKB5m1YuiRlvSVpAiG5kcV4/h35Z&#10;KWJRhnBNqWabhW5CPmsnhHk3j2/Ug5AtfXSygqAkunlzga15HlS0kEpu1ljtjv1j/l0OjUVYvmFA&#10;i2BNVWWriYlCB2pdh8E3YG83hgItY3RAhD4kznkYgop3bHMGUQVs8XRXVStiHHXMWWRW1XdVXbFL&#10;QnjwYh0/snqxZr00r3yYa5gqV37EcOAhZIETdpl12G8YWL1rz3DVXExhLnKeX+JWG3RzY4VKtnZi&#10;Z0M/Vnh+azA0hnrBb08qbH1Ec8shvX/aeJ10h2txYIJqlG2SY2pgNG+tZlZVQXHRaUtKDnQTbFg+&#10;43aGb4w0T3khcuwqdXvydpYiCn7IentzTGgeaDlpZ2qSanVfF2z5bLVUfG9kbvtJbHH8cVM+e3TC&#10;c8s0IXeudmUqf3rJeTgiTX3ZfC9yH2Upb+NoUmflcXNeIGqQcwBTom1CdItI9nAedik+KnMyd+E0&#10;BHZmebAqkHnEe6kihX0MfbdxIWKcd3ZngmWXeGFdcGh/eTdS+mtwegRIXm6Jet490XHYe9Iz1XVL&#10;fNgqkHjmffIitXxgfw9wU2BrftJmxWOcfxlcx2a5fzVSZWngf0BH320xf1c9eXC1f4IzunRXf70q&#10;mXgof/0i3HvRgDhvsF6ZheVmNGH3hY1cQWVBhO9R8GiThDNHeGwRg4Q9IW/JguczjXOVglkqoHeK&#10;gcci/HtdgTJvOV0kjKplx2Cqi79b1mQWimVRjmeIiNtHLmslh2A8828AhfkzZ3L4hJ8qjncXg0Yj&#10;FXsAgf9s0nrNURVjSnuHVS5ZbXxiWWBPKX1FXa9EpH4tYiU6MH8tZtUwVYBKa74nOIGacQ4fgIME&#10;drJraHcfWFViRHg8W+VYlXleX4NOhHqCYzVEL3uzZwk57n0Eaw8wSn5yb0cnaIASc9Yf7IG/eKJq&#10;QHOnX6BhLXUfYpdXu3aLZZhNxnf0aKhDpXlwa9Y5mnsSby8wMHzQcrInin65dnsgSYChemtpKHB6&#10;Zt9gHXI9aThWu3Pta5dNDXWebgRDEXdocIk5PXlXczEwDXthdfonoX2NePggmX+qfApoJG2kbgtf&#10;M2+pb8ZV5HGZcYJMRnOMc0NCpHWVdRg483fOdw4v9nobeRknunyGe0gg3n7XfXxnO2sqdSZeX21t&#10;dkRVLW+Zd1RLt3HEeGFCNXQHeX04zXZyerkv8nj6fAYn1HugfWYhF34lfsFmfGkHfBFdw2uHfJhU&#10;q23nfPhLRnBBfUtBznK1fbA4hHVUfi4v5HgFfr4n53ref08hRn2Sf9dl5Gc9grldOWnugqxUL2x8&#10;glxK3m7+gfJBdnGcgZw4OnRqgVwvwHdCgS4n9Xo/gPshbH0agMFlcmXLiRxc0GikiINTy2tYh4BK&#10;h237hlNBOHC3hTs4F3OlhDsvqXalg0wn8XnIgl8hi3y6gYBihILcUOFZ9ILxVPdRFIMgWSpH04NL&#10;XYM+W4NuYg01A4ObZtYsTYPba9gkYoRDcTUd1YTEdsdhQ39qV7dZA3/dW09QR4BKXvtHNoCqYsQ9&#10;9IEIZrY01YF7at8sW4ICbzgkqoKxc94eUoNxeKVgQ3wdXpBYDHzhYZ5PhH2QZLlGj34uZ+w9gH7Q&#10;a0M0mH+MbsksWoBccnYk4oFPdmEevoJJeltfVHkOZV5XInoXZ9lOpXsDal9F8HvkbPo9B3zOb7I0&#10;VH3ScpEsTn7pdY8lDYAceLsfHIFJe+decHZPbB9WTneYbgZN43jBb/NFRnncceo8pXsGdAA0F3xO&#10;djYsQn2jeIElMH8Reuofa4BufUddpXPkcstVl3VsdCFNR3bOdW5EwnghdsE8QXl+eCgz+nr0ea4s&#10;RXyBe0YlU34ofOkfrX+3fnpc9HHJeURU8nOPeghMt3UoerJETnare1k76ng1fBQz0HnYfOYsXXuF&#10;fcoleX1ffq8f438ff4BcZnACf4xUiHIHf8dMZ3PRf8ZEGXVzf7I7x3ccf7szpnjsf90sQnrBgBQl&#10;j3y8gEAgD36kgFxb/G6QhZpUJHC/hUxMC3K0hJ5Dz3R4g9E7l3Y8gyMzkXgpgo8sPXoigg8lm3xC&#10;gYwgMn5CgQ9Yios6UGFQ+IqUVIFJGooAWL5A3YleXSs4cYinYdMwMofuZsEonYdCa+Qh2Ia2cVUc&#10;YIZRdtlXcYf9VtdQFYe4WoFITIdaXkVAPobiYi44EIZYZkgwEoXXap4ov4VmbyAiNYUbc+Ic7YTx&#10;eKdWmITVXUlPO4TYYHVHnIS4Y7M/qIR2ZxM3r4Qoapwv6oPoblgo1YO5cjYigYOvdkYdZ4O+ekxV&#10;0oHdY69OdoIdZlNG3II3aQc/I4I0a9g3UIIobs8vv4Iscewo4II/dSUivoJyeIEd0IK2e8dVEX8p&#10;ag1NwX+rbCZGOX/+bkw+l4AxcII3CoBhcuEvm4CkdV8o6ID0d+4i8YFgepEeKYHUfRdUX3zEcFtN&#10;HX2KcepFsX4Xc3o+LX58dRU2vn7cds0viH9NeKco83/SeosjHIB0fHQec4EXfjtTxXqzdnlMlHu4&#10;d4BFQnx7eHQ92X0MeW42e32XeoMva34ye7IpCH7WfO4jRH+qfiEesIB7fzNTQXjnfFlMFnovfNZE&#10;1XsmfS09hnvgfYI2QHyMffIvOn1SfngpA34Pfw4jb37/f5Ye4X/9gANS4Hdxgh5LzHj2ghdEoHof&#10;gb89cXrtgVg2VXujgRovaHx8gPgpJ31jgOgjin5+gM4fCH+YgKxO2JP9T6NISpKEU9JBcZERWB06&#10;PY+FXKQy4Y3ZYXYru4wjZpMlQYp6a+QflIj2cW8bGYe0dudNzJD6VblHUo/tWX1AgI6vXV85fY0/&#10;YXEybIutZcErloodak8lbIifbwMgAIdSc+UbtYZHeKdNFI34W8tGjI0sXxw/1YwpYoQ46oroZhwy&#10;EYmJaeMreYgxbeAlkIbtcfcgW4Xddi8cO4UJej5MeIsRYdBF6op8ZKQ/MYmvZ484e4isap8xyYeJ&#10;beArZYZvcUYlr4VqdMAgqISXeE0cr4P4e6pL2oheZ85FU4gQaiE+rod7bIg4EIaobwgxooW/cbkr&#10;XITidIolz4QXd2Ig7IN9ekEdEIMQfOxLQYXvbcdExoXxb5U+QIWZcW43xIT2c14xc4Q5dXArY4OJ&#10;d6Ql8ILxedohJoKMfAkdYYJOfgNKvIPQc5NETIQgdNw95IQCdiI3hoOLd3sxTIL1ePIrWoJteoIm&#10;EoH3fBchW4HAfZwdpIGufu9KTIIAeS9D54KXefI9lYKvep83VoJee1gxLYHqfDIrRYGLfSAmGoEy&#10;fhYhhIEZfvkd2oEsf7RJ+4B8fqVDl4FSfts9VYGdfuY3MYFsfvkxJIEPfzArVIDKf3wmKICWf9Eh&#10;moCegBseBYDEgFQAAP//AAD//wAA//8AAG1mdDEAAAAAAwQhAAABAAAAAAAAAAAAAAAAAAAAAQAA&#10;AAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJico&#10;KSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2Bh&#10;YmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJma&#10;m5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT&#10;1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYH&#10;BwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkq&#10;KywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8&#10;foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS&#10;09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb3&#10;9/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcX&#10;GBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVG&#10;SElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2&#10;t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm&#10;5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+mOTL/okZK/aBNYPGk&#10;THLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uz&#10;oIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdv&#10;tsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLm&#10;p0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQ&#10;r52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGn&#10;eLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE&#10;2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+m&#10;OTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I&#10;1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9&#10;p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQ&#10;ls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/&#10;okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1qua&#10;i92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HA&#10;uqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+m&#10;WabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK&#10;/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92l&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWH&#10;xrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabH&#10;pWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBN&#10;YPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+mOTL/okVK/aFMYPKlS3HmqUqD2qpNlc+pVqXIqGGwxaprtcKsdbq+q32/uqqDxbao&#10;h8qypofQq6KH1qSeidyamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP&#10;4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4f+mODL/o0VK/aJLYPKmSXHmqkiC261Kk9CsUqPJrF2v&#10;xq9ns8Oxcbi/s3m9uK+BxLKqh8uspobQpaOG1Z2fhtqTnYvek52L3pOdi96TnYvek52L3pOdi96T&#10;nYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3v+nODL/o0VK/aJKX/Kn&#10;SHDnrEaB3K9HktKwTqHKsVetyLZisMW6bLW6s3i+sq6Bxa2qh8unp4XPoKSE05ihhdePn4jaj5+I&#10;2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja&#10;j5+I2v+nODL/o0RL/qNJX/OpRm/orkSA3bNDkNO2SJ/Mt1GqysBcrL24bLezsnjAra6Bxqmqhsqi&#10;qITOm6WE0ZSjhNSMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yh&#10;h9eMoYfXjKGH14yhh9eMoYfXjKGH1/+nNzL/o0RL/qVHXvOqRG7psUF/37g+jta9QpvPw0qkwr5c&#10;r7a3bLmusXjBqa6BxqWrhcmeqYTMmKeDz5GlhNKKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bU&#10;iqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1P+oNzL/pERL/qZGXvStQm3q&#10;tD594b07i9rGPJbKxkikubxcsq+2bbupsXnBpa6CxaGshMibqoPLlamDzY+nhM+JpobRiaaG0Ymm&#10;htGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG&#10;0f+oNzL/pENL/6hDXfWvP2zsuDp65MM3h93TNZDBxEmnsbpetam1bryksXrAoq+CxJ2thMeYrITJ&#10;kqqEy42phc2IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6I&#10;qIbOiKiGzoiohs6IqIbOiKiGzv+pNjL/pUJL/6pBXPayO2ruvTZ36MszgNDSM5O4w0uoqrlgtqS1&#10;cLyhsnvAnrCDw5quhMWVrYTHkKyEyYurhcqHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qG&#10;zIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzP+pNTL/pUJL/6w9Wvi3N2fxxDFx&#10;39cse8XQNZWwwk6ppLhjt5+1cryds3y/m7GDwZevhMOSroTFjq2FxoqshsiHrIfJh6yHyYesh8mH&#10;rIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyf+q&#10;NDL/pkBL/7A5WPm9MWLnzi1p0OAkf7nPN5enwlKpnrpmtZq1c7uYs32+l7KDwJSxhcGQsIXDja+F&#10;xImuhsWGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG&#10;hq6Hxoauh8aGrofGhq6Hxv+rMzL/qjtJ/7YyU/DHKlrY3iFmwt8kgq3OPJifw1anmbxospa3dbiU&#10;tH29k7ODvpGyhb+OsobAi7GGwYiwh8KGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4aw&#10;iMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw/+tMTL/sDNF+MApTN/WI03H6CBqs94m&#10;hKHPQZaXxlmkk8BqrJC8dbKPuX22j7eDuIy2hLqKtYW8iLSGvYazh76Es4i/hLOIv4SziL+Es4i/&#10;hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv/+vLzL/&#10;uSk/6M4eP8zmG1K37iFtpd4sg5fSRZKQy1udjMVrpYvCdaqKv3yth75/sIS8gLGDvIKygbuDs3+6&#10;hLR+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqG&#10;tX66hrV+uoa1frqGtf+yKjLxxhwz0eIUOrzzG1ao7iZtmOE1f47YSoyI0F2Vhsxrm4TJdKCBx3ij&#10;fsV7pXzEfaZ7xH6necOAqHjCgql3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3&#10;woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqvq+HCjW3Q4jwPAUP6z9Hlec8C1qj+U+eYbe&#10;ToOB2F+Lf9RrkHrRcJR3z3SXdc53mHPNeZpyzXubccx9m3DLf5xvy4Cdb8uAnW/LgJ1vy4Cdb8uA&#10;nW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAndnSCxjE7Q4p&#10;sP0WQZ//JFWR9DVlh+tGcH/lVHl74WF/dt1ohHLbbodv2XGJbdh0i2vYd4xq1nmNadZ6jmjVfI5n&#10;1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fV&#10;fo9n1X6PZ9V+j/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJ&#10;vryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQ&#10;oGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51Q&#10;VfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfP&#10;soGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryV&#10;i8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWk&#10;yJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqg&#10;UGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf&#10;0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6&#10;kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1w&#10;sMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXv&#10;o1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzF&#10;uIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWc&#10;e7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F1&#10;5KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+j&#10;OSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyP&#10;ybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/55PVPqhTmTvpE915aZRhdqlWJXRomKjyZ9tr8Wfd7XC&#10;noC5v52IvryZicO5lIvHto+Ny7OKkM+xhpbUroOg16eBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeB&#10;odWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1f+jOSr/oEZA/55OVPqiTWTwpU505ahP&#10;hNunVZTSpV+hyqNprcWidLTCoX25v6CFvrudiMO4mInItZOLzbGOjtOuiZbYp4Wd2qGFoNahhaDW&#10;oYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1v+jOSr/&#10;oEZA/59NVPujTGTwp0x05qlOg9yqU5LSqVugy6Zmq8alcLPDpXq4v6SCvbuih8O4nYfJs5iJz7CU&#10;jtWrkpfaoIqc3JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf&#10;2JuJn9ibiZ/Ym4mf2P+jOCr/oEVA/6BMVPukS2PxqEtz5qtMg92tUJHUrFiezKpiqceqbLHEqna2&#10;wKp+vLyohMK4pIbJs6GIz6ycjdWjlpTampGc3JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiW&#10;jp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2P+kOCr/oEVA/6BLU/ulSmPxqUly561Kgd6w&#10;TZDVsFWczrBep8mwaK/GsnOzw7J8uL2wgMG2rILJrqeFz6WhitWcnJHalZmc3JGUntmRlJ7ZkZSe&#10;2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2f+kOCr/oEVA&#10;/6FKU/umSGLyq0hx6K9IgN+zSo7WtVGa0LZapMy4ZavKvXGuwbl7treygMCurITIpqiFzp2kh9SU&#10;oI7Yjp+Z24ybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yyb&#10;ntmMm57ZjJue2f+kOCr/oUVA/6JJU/ynR2HyrUZw6bJGf+C3R4zZu06X079Xn9DFY6TFwHCturh5&#10;t7CygMCprYXHoKiEzZelhdKOoYnXh6CS2YehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzY&#10;h6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2P+kNyr/oURA/6NIUvypRWHzrkRv6rVDfeK8RInc&#10;wkqT2MpUmcrGYqS8vW6wsrZ4uaqxgMGkrYXHm6mEzJOmhNCKo4fUg6KO1oKiltaCopbWgqKW1oKi&#10;ltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1v+lNyr/oURB/6RG&#10;Uv2qRGD0sUJu67hBe+TBQobfzEaN089Sl8HEYaezu22zq7V4u6WxgMGfroTGmKuEypCohM6IpobR&#10;gqSM04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOA&#10;pJLTgKSS0/+lNyr/oURB/6VFUf6sQl/1tD9s7bw+eOfHQIHg1kaHyc1RmrjCYKqsum21pbV4vKCx&#10;gMGbroTFlayEyI6qhMuHqIbOgqeLz3+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP&#10;0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0P+lNir/okNB/6dDUP+uP133tzxp8MI7c+bQP3nT2T+K&#10;vstRna/AYayluW62oLV5vJyygcCYr4TDkq6ExoyshciHqofKgqmKzH+pjs1/qY7Nf6mOzX+pjs1/&#10;qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzf+mNir/okJB/6lAT/+y&#10;O1v5vThl7Ms4bdzcNXjH1j6Os8lSoKfAY62fuXC2mrV6vJiygb+UsYXCj6+FxIuuhsWGrYfHgqyK&#10;yH+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J&#10;f6uNyf+nNSr/o0JB/6w8Tf+3NlfyxTNf4dY2Y83jMXy60z+RqchUoZ/AZa2ZunK1lrZ7upSzgr6S&#10;soXAjbGGwYmwh8OGr4jEgq6KxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCu&#10;jMWArozFgK6MxYCujMWArozFgK6Mxf+oNCr/pj4//7E3Svm+MFLnzy9V0eIsaMDhMH+t0kKToMhX&#10;oZjBZ6uUvHOykrh8t5C2grqOtIW8i7OGvoiyh8CFsYnBg7GKwYGwjMKBsIzCgbCMwoGwjMKBsIzC&#10;gbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwv+pMir/qzg9/7gvRe7IKUjW&#10;3yVSw+wpbLHfMYKh0kWSl8pan5HDaaeOv3Stjbx8sYu6gbSIuYO2hbiEuIO3hrmBtoe6f7WJu361&#10;i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWL&#10;vP+rMCr/sS849sImPNzaHzvG6yNXs+wqb6PfNYKW1EqQj81dmovIa6GJxHWmhsJ7qoPAfqyBv4Cu&#10;f76CsH29g7F7vIWyeruHs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5&#10;u4izebuIs3m7iLN5u4izebuIs/+tLir+uyUw49IaLcnoG0G29yNapewub5bhPH+M2E+Lh9Jfk4TN&#10;bJmBynSefsh4oXvHe6N5xn2keMV/pXbEgaZ1w4OndMOEqHPChqlzwoapc8KGqXPChqlzwoapc8KG&#10;qXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqf+0JCXsyhYjzeUTLLn2G0an+iZb&#10;mO41bIzlRHqE3lODgNliinzVbI940nGTddB1lXPPeJdxznqYcM18mW/NfppuzICbbcyCnGzLhJxs&#10;y4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnPXB&#10;FRnR3wwYvPMTMar/Hkea/CxZjvI8Z4TqS3J95Vh6eeBjgHTeaoRw22+HbdpziWvZdopq2HiLadd6&#10;jGjWfI1n1n6OZtWAjmXVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP&#10;ZdWBj2XVgY9l1YGPZdWBj9LSCgm/6A0drf8VM53/I0WQ/zNUhfdDX37xUWh37FxvcOlidGvnZ3do&#10;5W15ZuRwe2Xjc31j4nZ9YuF4fmLheX9h4Xt/YOB9gF/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/g&#10;f4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gf+gOSH/nEY2/5pRSv+dUln3n1Rp7aBX&#10;eOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/&#10;nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72D&#10;mMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISz&#10;xJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOf&#10;XIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2&#10;/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8&#10;gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOL&#10;tsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfa&#10;nGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pR&#10;Sv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvD&#10;u36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKP&#10;j7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV&#10;0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nUY2/5pQSv+e&#10;UVn3oFJo7aFWeOShWobbnmSU0ptuoMyYeKrGlYGyxJWJtsGRjrq/jJC9vYiTwLyEl8O6gZvFuX6g&#10;x7h8p8iye6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI&#10;sHuqyP+gOCL/nUY3/5tPSv+fT1n4olBo7qNTd+WkV4XcomCT055qn82bdKnHmH2xxJeGtsGUjLq/&#10;j46+vIqSwrqGlcW4gprIt3+gy7R8p8ysfKnKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9&#10;qcqqfanKqn2pyqp9qcqqfanKqn2pyv+gOCL/nUU3/5xOSv+gTlj4o09n76VRduWmVYTdpV2R1KJm&#10;nc2fcKjInHqwxJqCtsGYirq+koy/u42PxLiIk8i2g5nMtIChz6x9pc+mfqfMpH+oy6R/qMukf6jL&#10;pH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy/+hOCL/nUU3/51NSf+hTFj5&#10;pU1m76dPdeapU4PeqFqQ1aZinM+jbKbJoHauxZ5/tcGch7q+l4rAupCNxraLksu0iJrOsoak0aaA&#10;pNGggafNn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4Gn&#10;zP+hOCL/nkU3/55MSf+iS1f5pkxm8KlOdOerUYLfq1eO16pfmtCoaaTLpXOsxqN8s8KghLm+nIjA&#10;uZaMxrWRksuvjZjPqoqh0qCEo9ObhKbOmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82a&#10;hKfNmoSnzZqEp82ahKfNmoSnzf+hOCL/nkU3/55LSf+jSlf6p0tl8KtMc+itT4Dgr1SN2a5cmNKt&#10;ZqHNq3CpyKp5sMOngbe+oYTAtZuJxq6Vj8yokZXPoo6e0pqJotOWh6XPlYemzpWHps6Vh6bOlYem&#10;zpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzv+hNyL/nkQ3/59KSf+kSVb6qElk&#10;8axLcumwTX/hs1GL2rNaldSzY57Ps26ly7N4q8OsfLe4pYG/r56GxqiZjMuhlZLQm5Kb05WOotSR&#10;jKXQkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzv+h&#10;NyL/nkQ3/6BJSP+lSFb7qkhk8q5JceqyTH3itk+J3LhXkta6YZrTvW2gybh1q76werazqX+/qqKE&#10;xqKdisubmpDPlZeZ0pCVotSNkKXQjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP&#10;jJCmz4yQps+MkKbPjJCmz/+hNyL/nkQ3/6BJSP+mR1X7q0dj87BIcOu1Snzkuk6G3r9Vj9rDYJXS&#10;xG2cxbtzqrmzeLaurX2/paeCxZ2iiMuWn47Pj5yW0oucotOIlaTQiZSlz4mUpc+JlKXPiZSlz4mU&#10;pc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz/+iNyL/n0Q3/6FISP+nRlX8rEVi9LJG&#10;buy4SHrmv0yD4cdTitzNYo7OyGybwL9xqrS3d7WpsXy+n6yBxZenhsqQpIzOiqKV0YaiodKEm6XQ&#10;hZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz/+iNiL/&#10;n0M3/6JGR/+oRFT9rkNh9bVEbO68RnfpxEt/489UhNnUZYjIy2uausJwqa66d7SjtHy9mq+Bw5Ks&#10;hciLqYrMhKeSz4CmnNCAo6XPgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGm&#10;zoChps6AoabOgKGmzv+iNiL/n0M3/6NFR/+qQlP+sUFf9rhBavHBRHPqzEt54NpWfM/VXo3AzGmb&#10;s8NyqKe7ebOetX+7l7GDwo6thcaHq4jKgamNzXyols57qKLNe6mmzXupps17qabNe6mmzXupps17&#10;qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzf+jNiL/n0M3/6VDRv+sQFL/tD5d+b0/Zu7I&#10;Q23j1k1v1d1OgcTTWZG1yWafqcFxq6C7ebOZtoC6lLKFwIyvhsSGrYjHgKuMyXyqksp6q5zKeauf&#10;ynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufyv+jNSL/oEI3&#10;/6ZBRf+vPVD+uDtZ88Q8YebRQ2TZ30NzyNxKhbfQV5Wqx2WioMBwrJm6ebSUtoC6kbOFvouxhsGF&#10;sIjDga6LxX2tkMZ6rZfGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqt&#10;msZ6rZrGeq2axv+kNCL/oUE3/6k9Q/+zOU35vjdV6sw6WdvdO2LL5T93u9lIiavOV5igxmWkmMBx&#10;rJO7erOQuIG4jLWEu4izhr6FsonAgbGLwX6wj8J7sJTDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbD&#10;erCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw/+kNCL/oz42/605Qf+4NEjwxjNN39k2UM3lNme+&#10;5Dt7rddIjKDNWJmXxmekksFyq469e7CMuoG0iLiDt4S3hbmCtYi7f7SKvXyzjb56s5G/erOTv3qz&#10;k796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv/+mMiL/pjo0/7Iz&#10;PffALkLk0i9Bz+QuVb/vM2uv4Tt+oNZKjZbOW5mQyGmhjMNzqInAe6yGvn+vgryBsoC7hLN9uoa1&#10;e7mItnm4i7d3t4+4d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3&#10;t5C5d7eQuf+nMSL/rDMx/7krNurMJjbS4SZBwe8sWrDtM26h4T1/lddNjI3QXpaJy2udhsd0ooPE&#10;eqZ/w32pfMGAq3rAgqx5v4Std76Gr3W+ibBzvYyxc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72N&#10;sXO9jbFzvY2xc72NsXO9jbFzvY2xc72Nsf+pLiH/syor8sUiLNbeHC3D7SNHsvkrXaLsNm+V4kJ9&#10;i9pSiIXUYJCC0GyWfsxzm3vKd554yXugdsh+onTHgKNzxoKkccWEpXDEh6ZuxIqnbsOLp27Di6du&#10;w4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp/+sKiD6vR8i3NkSG8Xr&#10;GjO0+iNKo/kuXpXuPG2K5Ul5g99Wgn7aZIl61myOdtNxkXPSdZRx0HmVb897l23OfphszoCZa82C&#10;mmrNhJtpzIecaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIic&#10;aMyInP+2Hhjk0A4TyOkRILX5Gzel/yZLl/o0XIvxQmiC6k9yfOVbenfhZH9y3mqDbtxwhmzbdIhq&#10;2XeJaNl5i2fYfItm136MZdaAjWTWgo5j1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LV&#10;hY9i1YWPYtWFj2LVhY9i1YWPYtWFj+nHDQzK2gsPt/cSJKf/HTmY/ytJjP46V4P2SWF88FVpdexe&#10;b27pY3Rq52l3Z+VueWXkcntj43V8YuJ3fWHieX5g4Xt/X+F9f1/gf4Be4IKBXd+DgV3fg4Fd34OB&#10;Xd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgcvQCQO64gsTqP8UJpr/ITeN&#10;/zFFhP9AUHz8Tlh0+FdfbfRdZGfyYmdj8GhqYe5sbF/tcG1d7XJvXOx1b1vsd3Ba63lxWut6cVnq&#10;fHJY6n9yWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/&#10;c/+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0&#10;w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWT&#10;e5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe&#10;9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przA&#10;eau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+c&#10;OBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SY&#10;t8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zP&#10;kISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9Zxa&#10;bOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9&#10;v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/&#10;mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KB&#10;m7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISk&#10;y46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+dOBr/mkUu/5dQQf+bUU//nVRd9Z5Ya+yd&#10;XXnkm2SG3JhuktWVeJzQkoGky4+Jq8eNj7HFiZO1w4WXuMKCmrrBf567wH2ivb97p76/ea2+u3ix&#10;vrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvv+dOBr/mkUu&#10;/5hPQP+dUE7/n1Jc9qBVau2gWnjln2CF3ZxqkdaYc5vQlX2ky5KFq8ePjbHEjJG2woeVucGDmbu/&#10;f52+vn2iv716qMC8ea/BtHmwwbB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6&#10;sMCwerDAsHqwwP+dNxr/m0Uu/5lOQP+eTk7/oVBb96JTae6jV3fmol2D3p9mj9ecb5rRmHmjy5WC&#10;q8eSibHEjo+2womTur+EmL29gJ3AvH2jwrt7qsS0eq3ErXuuw6p7r8Gqe6/Bqnuvwap7r8Gqe6/B&#10;qnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwf+eNxr/m0Qu/5pNQP+fTU3/ok5b96RRaO+lVXXn&#10;pVqC36Nijdiga5jSnHWhzJl+qciVhrDEko22wYyRu76Glr+8gZzDun6kxbd8q8ete6vGp3ytxKR9&#10;rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw/+eNxr/m0Qu/5tM&#10;QP+gTE3/pE1a+KZPZ/CoU3ToqFeA4KdejNqkaJbToXGfzp16p8mZg6/FlYq1wY+Pu72JlcG6hZ3E&#10;toKkx7CAqsinfarIon6sxZ9/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOf&#10;f67Dn3+uw/+eNxr/m0Qu/5xLP/+hSkz/pUtZ+ahOZvGqUXPpq1V/4qtbitupZZTVpm6dz6N3pcqf&#10;gKzFmYa0v5OMvLiNk8GyiZnFroahyKqEqcmhgKnKnIGsxpuBrcSbga3Em4GtxJuBrcSbga3Em4Gt&#10;xJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxP+eNhr/nEQu/5xKP/+iSUz/pkpZ+alMZfGsT3HqrlR9&#10;469ZiN2uYpHWrWua0ap1osulfavBnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqbg6jLmIOrx5aErcWW&#10;hK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxf+eNhr/nEMu/51JP/+j&#10;SEv/p0lY+qtLZPKuTnDrsVJ75LNXhd+0YI7Zs2qW0bF1nsaoe6u8oIG0s5qHvKyUjcKmkJTGoI2b&#10;yZyLpMuWh6jLk4eryJKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF&#10;koesxf+fNhr/nEMu/55IP/+jR0v/qEhX+61JY/OwTG/stFB55rhWg+G7Xovau2qSzbRznsGreaq3&#10;pH+0rp2EvKaYisGglJHGmpGYyZaPocuRjKjMj4qqyI6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6K&#10;rMaOiqzGjoqsxo6KrMaOiqzGjoqsxv+fNhr/nEMu/55HPv+kRkr/qkZW/K5IYvSzS23uuE936L1V&#10;f+HBXobWwGyOyLdxnb2ud6qyp320qaGCu6GciMGamI/GlJaWyZCUn8uMkqjMio+qyYqOrMaKjqzG&#10;io6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxv+fNhr/nEMu/59GPv+lRUr/&#10;q0VV/LBGYfa2SWvwvE5058JVe9/IYYDRw2qNxLpwnbiydamtq3uzo6WAu5uhhsGUnY3FjpuUyIqZ&#10;ncqGmajLhpSqyYaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKr&#10;xv+fNRr/nUIu/6BFPf+nREn/rUNU/rNEX/e6R2jvwU1w5clWddzOZHrMxmmNvr5unLK2dKinsHmy&#10;nqt+upWmhMCOo4vEiKGSx4SfmsmAn6fKgZqqyIKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aC&#10;mKvGgpirxoKYq8aCmKvGgpirxv+gNRr/nUIu/6FEPf+oQkj/r0FT/7ZCXfe+RmXsx01r49JYbdbT&#10;YXrHymeMucJtm6y8cqehtnexmLF9uY+tgr6IqonDgqiQxn2nmch6p6XJe6KryH2erMZ9nqzGfZ6s&#10;xn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxv+gNRr/nUIu/6JCPP+qQEf/sj5R&#10;/bpAWfPDRGDoz05j39xZZ8/YYHnAz2aKsshrmqbCcKabvHavkbh7t4m1gbyCsofAfbCOw3iulsV2&#10;raHGdaysxnemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxf+g&#10;NBr/nkEu/6RAO/+sPUX/tTtO978+VezLRFnh2k9a1N9RbMbaWn2402KLq85pmJ/GcaSVwHetjrt+&#10;tIe3g7mBtIe9fLKMv3mxk8F2sJvCdLCmwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3C&#10;crCtwnKwrcJysK3CcrCtwv+hMxr/nkEv/6c9Ov+wOkP9ujhK8MY7T+PVRU7V4UZfyOJLcbrdUoGs&#10;1VuPn8xmm5bGcKSPwHirirx/sYS5g7WAt4e4fLaLu3m0kLx3tJe9drShvXSzpb50s6W+dLOlvnSz&#10;pb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvv+iMxr/oD4u/6o5N/+0NT/2wDVE5885&#10;RdffPFDJ50Fku+VGdqzcToWf01qSlcxnnI7GcaSKwnmqhb9+roC8grJ9uoa0ermKtne4jrh1t5O5&#10;c7eauXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguf+jMhr/&#10;ozos/640NP66MTrtyjA72t0yP8rnOFW87D1preVEeZ/bToeU01ySjcxom4jIcqGExHmmgMJ9qnzA&#10;ga15voWvd72IsHS8i7Jyu5CzcLuVtG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qa&#10;tG+6mrRvupq0b7qatP+kMBr/pzUq/7QvMPTDKjHe2CstzOYuRb3yNVqt7jtsn+REe5PbUYeL1F6Q&#10;hs9qmILLc51+yHihesZ8pHfEgKZ1w4Ooc8KGqXHBiatvwI2sbcCSrWy/la1sv5WtbL+VrWy/la1s&#10;v5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+Vrf+lLxr/rS0l/LwnKOXQISTO5CQzvvEsSq74&#10;M12g7T1tk+RHeordVIWD12GMf9JsknvPcpd3zXeadMt7nHLKfp5wyYGgbsiEoW3Hh6JrxoqjacaO&#10;pGjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpf+nLBr/tSUf&#10;7MkaHNDiGSG/8CI4r/0rTaD4NV6T7kFsieZNd4HgWIB93GSGeNhri3PVcY5w03WRbtJ5k2zRfJRq&#10;0H+Wac+Cl2jPhZhmzoiZZc2MmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTN&#10;jppkzY6aZM2Omv+uJBb1wRcU1N8OEMDvGCaw/SM8of8tTpT5Ol2J8UdogetScXrmXXh04mR9cN9r&#10;gW3dcIRq3HSGaNt4iGbae4ll2X2KZNiAi2LYg4xh1oWNYNaJjl/Vi45f1YuOX9WLjl/Vi45f1YuO&#10;X9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjv65Fg3U0gsGwu4OFrH8GSqi/yU9lP8yTIn8QFmB&#10;9k1ievBYaXPsX29s6WRzaOdqdmblb3lk5HN6YuN2fGHjeX1g4nt+X+F+fl7hgH9d4IOAXOCFgVvf&#10;iIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgdTICQPE1woHsvsQ&#10;GaP/HCuV/yg7iv84SIH/RVJ6/FJacvdZYGv0XmRm8mRoYvBpamDubWxe7XFtXO10blvsdm9a7Hlw&#10;Wet7cVjrfXFY6n9yV+qCc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW&#10;6YRzVumEc8TNCAG03QgLpP8SGpf/HyqL/y42gf89QXn/Sklx/1JQaf9YVWP9XVhf+2NbXPlnXVr4&#10;a19Y925gV/dxYVb2dGFV9nZiVPV3Y1P1eWNT9HxkUvR+ZFH0gGVR9IBlUfSAZVH0gGVR9IBlUfSA&#10;ZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZf+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh5&#10;5ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+X&#10;U0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXel&#10;r8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHP&#10;gJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJy&#10;hN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/&#10;mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1&#10;qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWm&#10;zX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5NRN/+XU0X/mVZS/ZlbYPWYYG3tlmd55ZNxhN+Q&#10;e47ajYSW1YiKnNGEkKLPgJWmzH2Zqct7nazJeaGuyHelr8h2qrHHdK6yx3O0ssR0urK/dbqyv3W6&#10;sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sv+WMxT/lkMl/5VQN/+ZUUT/m1RS&#10;/pxYX/WbXWztmWR45pZsg9+Tdo3aj4CW1IyIndGHjqPNg5Ooy4CYq8l9nK7IeqGxxnilssZ3qrTF&#10;dbC1xXS4tb13uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tf+X&#10;MxT/lkMl/5ZON/+aT0T/nVJR/p5VXvaeWmrunGB255pnguCWcozaknuV1I6EndCKi6PNhpGpyoKW&#10;rch+m7DGe6CzxXmmtcR3rLbDdrO3vne3t7d4triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4&#10;snm2uLJ5triyeba4snm2uP+YMxT/l0Ml/5dNN/+bTUP/n1BQ/6BTXfegWGnvn1116J1kgOGabovb&#10;lneU1ZGAnNCOiaPMiY+pyYSVrseAmrLFfaC1w3qnt8J4rrnAd7W5uHi1ubF5tbmserW5rHq1uax6&#10;tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uf+YMxT/mEMl/5hMNv+cTEP/oE5P/6JR&#10;XPijVWjwolt06aFhf+KeaoncmnOT1pV8m9GRhaPMjIypyYeTr8aCmbPDfqC3wnqoucF4sbu5eLO8&#10;sXmzu6t6tLune7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uv+ZMxT/&#10;mEMl/5lLNv+eS0L/oUxO/6RPW/mlU2bxpVhy6qRefeOiZofdnnCR15l4mdKVgaHNj4mpyYqRr8WD&#10;mLTCf5+4vXynu7p6sL2yerK+q3uyvaZ8s7yjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320&#10;uqN9tLqjfbS6o320uv+ZMxT/mEMm/5lKNv+fSkL/o0tO/6ZOWfqoUWXyqFZw66hce+WnYoXfo2yO&#10;2Z91l9Oafp/Nk4aoxY2Nr7+HlLW5g5y5tX+jvLF9rL6sfLG/pXyxv6F+s72efrS7nn60u55+tLue&#10;frS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u/+ZMxT/mUMm/5pJNf+gSEH/pElN/6dMWPqq&#10;UGTzq1Ru7axaeeasYILgqmmL2qZzlM+ffJ3Gl4OovpCKsLiLkbayhpi6rYOgvamBqL+lgLDAn3+w&#10;wJyAsr2agbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu/+aMxT/mUMm&#10;/5tINf+hR0H/pUhM/6lKV/usTmL1r1Js7rBYduixXn/fsGiI1ax0kMqjep3Am4GouJSHsLGPjrar&#10;ipW7poedvqKFpcCfhK/BmYGvwZeCsr6Vg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWD&#10;s7yVg7O8lYOzvP+aMxT/mUMm/5xHNf+iRkD/p0dL/6tJVv2vTGD2slFq7rRXc+W3XnzdtmqDz69y&#10;kMWmeJ27nn6nspiFsKuTi7aljpO7n4uavpuJosGYiKzCk4WvwpKGsb+RhrO8kYazvJGGs7yRhrO8&#10;kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvP+aMxT/mUIm/5xGNP+jRUD/qEVK/61HVf6xSl/1&#10;tVBo67lWcOO9XnfZu2qAy7JwkMCpdp22onynrZyCr6WXibaek5C7mY+YvpSNoMGRjKnCjYquwo2J&#10;sb+NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvf+bMxT/mkIm/51F&#10;NP+kRD//qkRJ/69FU/y0SV3yuU9l6b5WbOHDYHLTvmmAxrVuj7utdJywpnqnp6CAr5+bhrWYl467&#10;k5WVvo6SncGKkqfCiJCuwoiOsMCIjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2I&#10;jbK9iI2yvf+bMxT/mkIm/55EM/+lQj7/q0JI/7FEUvq3SFrwvU5h5sRWZ97JYm3OwWd/wbltjrax&#10;cpurqnimoqV+rpmghLWSnYu6jJqTvoeYm8CEl6TCgpavwoOTsMCEkbK+hJGyvoSRsr6EkbK+hJGy&#10;voSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvv+bMxT/mkEm/59CM/+mQD3/rUBH/7RCT/e7R1ftw01d&#10;5MxYYNnNYGzJxWZ+vL1rjbC1cZqlr3alnKp8rZOmgrSMoom5hqCQvYGemb99nqLBe56vwX2ZsMB/&#10;lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvv+cMxT/mkEm/6BBMv+o&#10;Pzz/sD5F/7dBTfTARVPqyU5W4tVaV9LRXmvEyWR9tsFqjKq7b5mftXSklrB6rI2sgLKGqYe3f6eO&#10;u3qmlr53paC/dKatv3ehsb96nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+&#10;ep2yvv+dMxT/m0Em/6I/Mf+qPDr/szxC+7s+SfDGRE3m0k9N3NxXVszVXWq+zWN7sMdoi6TBbZeZ&#10;vHOij7h4qoa0frB/soW1ebCMuHSvlbtxrp+8bq+rvXGqs7x0pbO8dKWzvHSls7x0pbO8dKWzvHSl&#10;s7x0pbO8dKWzvHSls7x0pbO8dKWzvP+dMxT/m0Am/6Q8MP+tOTj/tjk/9cE8Q+nORETe3U1H0uBT&#10;WMXbXGi302F6qc1miZzIa5WRxHGfiMB2p3+9fa14u4Sxc7qLtG+4lLdst524areouWm2trhtr7W5&#10;ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uf+eMhT/nT4l/6c5Lv+xNjX7&#10;vDY67ck6PODaRDrS4kdMx+JNXrneVG6s2Vt8n9RiiJTQaJOKzG+bgsd3onzDfqh2wISscr6Kr2+8&#10;kbFtvJiya7uhs2q7rbJnura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2&#10;tP+fMhT/oDok/6o0LP+1MjHzwzIz49Q4MNPhPD/G6EJSueVIY6ziTXKf31R/k9ldionSZ5ODzXCa&#10;fcl3n3jGfaR0xIOncMKIqW7BjqtswJSsar+brWm/pa1ov66taL+urWi/rq1ov66taL+urWi/rq1o&#10;v66taL+urWi/rq1ov66taL+urf+gMBT/ozYi/68wKPu8LSvozSwo1eAwMMfpOES57D5XrOlFZ57n&#10;S3WS4FOAidleiYLUaJF80HGWeMx3m3TKfZ5wyIKhbseHo2vFi6VpxJCmaMSWp2bDnqhlw6WoZcOl&#10;qGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqP+hLxT/qC8f/7UqIvDGJCHY3SMg&#10;yOktNbryNUms8TxanvBDaZLoTHWI4VV/gdthh3vXao1203GRctF3lW/PfJdszYCaasyFm2jLiZ1m&#10;yo2eZcmSn2PJmKBiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieof+j&#10;LRT/rika+L8gGt7WGBPJ6CIluvQrOqz4NE2e9zxckvFGaYjpUHN/41l7et9kgnTca4Zw2XGKbdZ2&#10;jWrVe49o03+RZtKDkmTRh5Rj0YqVYdCPlmDPlJdez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mY&#10;Xs+ZmF7PmZhez5mYXs+ZmP+nKBL/tx8S5s4RDcvmFRa79CEqrP4rPp7/NE6S+j9ciPJKZn/sVW95&#10;6F51cuRke27ha35q33CBaN51hGXceYVj232HYtqBiGDahIlf2YeKXdiLi1zXkIxb1pSNW9aUjVvW&#10;lI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjf+wHgvtxg4IzdsLCLvzFRqs/yEunv8s&#10;P5L/N02H/URYf/ZPYXjxWWhx7V9tautkcWfoanRk5293YuV0eWDkeHpf43t7XeN+fFzigX1b4YR+&#10;WuGIf1ngjIBY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgfO9DQTM&#10;zwkBveUMDKz/Fx6e/yQvkv8vPYf/PUl//0lSePxUWnD4Wl9p9F9kZPJlZ2Hwamle725rXO5ybVvt&#10;dm5a7HlvWOx8cFfrfnBW64FxVeqEclTqiHNT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mL&#10;dFPpi3RT6Yt0U+mLdMzGCAC91AgDrfUOD5//Gh+T/yctiP80OX7/QkN3/01Kbv9TUGf/WVVi/F5Y&#10;XvtkW1v5aF1Z+GxeV/dwYFb3c2FV9nZiVPV4YlP1e2NS9H1kUfSAZFDzg2VP84ZmT/OGZk/zhmZP&#10;84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZr3LBgCu2wYEn/8QEJP/HR2I/yoofv84Mnb/&#10;RDpt/0tBZf9RRl//V0lb/11MWP9iTlX/ZlBT/2pRUv9tUlD/cFNP/3JUTv91VE3/d1VN/3lVTP57&#10;Vkv+fldK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV/+NLQ7/jD4d&#10;/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvU&#10;caWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICL&#10;jdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsai&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1&#10;kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFr&#10;wKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pM&#10;Lv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd&#10;02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8&#10;kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7G&#10;oshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jT4d/4xMLv+UUzv/lVZH/5ZbVP2VYWD2kmhr&#10;749wdemLen/kh4OH34KKjdx+kJLZepaX1nebmtV0oJ3TcqWf0nCpodFurqLQbbSj0Gy6pNBswqTK&#10;bsSkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpP+OLQ7/jj4d/45LLv+V&#10;UTr/mFRH/5hYU/6YXl/2lWRq75JsdemOdn7kioCH34WHjtuAjpTYfJSY1XmanNN2n5/Rc6Si0HGq&#10;pM9vr6XObramzm29p8puwqfDcMKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKn&#10;vXHCp/+PLQ7/jj4e/5BKLf+XTzr/mVFG/5tWUv6aW173mGFp8JVodOqRcX7kjnyG34mEjtuDi5TX&#10;f5Ka1HuYntJ3nqHQdKSkznKqps1wsajNb7mpy2/BqcNxwam8csCqt3PAqrdzwKq3c8Cqt3PAqrdz&#10;wKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqv+PLQ7/jz4e/5JKLf+YTTn/m09F/51TUf+dWFz4m15o8Zll&#10;cuqVbXzkkXeG34yBjtuHiZXWgZCa032Wn9B5naPOdaOmzXKrqcxws6rLb72rxXK/q71zv6y2dL6s&#10;sXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rf+QLQ7/kD4e/5NJLf+ZTDn/&#10;nU5E/59RUP+fVlv5nlxm8pxiceuYaXvllHOE4I99jduKhpTWhI2b0n+VoM96nKXNdqOoy3Orq8px&#10;ta3Gcb6tvnS9rrZ1va6wdr2urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9&#10;rv+QLQ7/kD4e/5VJLP+bSjj/nkxD/6FPT/+iVFr6oVll86Bfb+ydZnnmmG+D4JN5jNuOgpPWh4qb&#10;0oGSoc98mqbKeKKqx3WrrcNztK+/c7ywt3W8sLB3u7CqeLuwp3m8sKd5vLCnebywp3m8sKd5vLCn&#10;ebywp3m8sKd5vLCnebywp3m8sP+RLQ7/kT4e/5ZILP+cSDf/oEpC/6NNTf+kUlj7pVdj9KRdbe6h&#10;Y3fonmuA4ph1idySfpLTjIeazIaPocaAl6fBfJ6svXmmr7l2r7G3drqyr3e6sqp5urKlerqyonu7&#10;saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7sf+RLQ7/kT4e/5hHLP+dRzf/oUhB&#10;/6VLTP+nUFb8qFVh9ahba+2nYXTlpGl+3p9zh9SYfZDLkYSaxIqMor6Ek6i4gJqttHyisLB6q7Ot&#10;ebW0qHq5tKR7ubSgfbmznX26s519urOdfbqznX26s519urOdfbqznX26s519urOdfbqznX26s/+S&#10;LQ7/kj4e/5hGK/+eRjb/o0dB/6dJS/+qTlX6q1Ne8qxZaOmsYHHiqWh62aVzg82ceo/FlYGavY6I&#10;oreIkKmxhJeurICfsah+p7SlfbG1oX24tp1+uLWaf7m0mYC6s5mAurOZgLqzmYC6s5mAurOZgLqz&#10;mYC6s5mAurOZgLqzmYC6s/+SLQ7/kj4e/5lFK/+fRDX/pEVA/6lISf+sTFP4rlJc77BYZeaxX23e&#10;sGl20qlxgsigeI+/mH6at5KForCMjKmqiJSupIWcsqCCpLWdga62moC3t5eBt7aVgrm0lIK5s5SC&#10;ubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s/+TLQ7/kj0e/5pEKv+gQzX/pkQ+/6tG&#10;SP+uS1H1slBZ7LVXYeS3XmnatGlzzaxvgsKkdo+5nHyZsZaDoqqRiqmjjJGunomZspmHobWWhau3&#10;k4W2t5GEt7eQhbi1kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tP+TLQ7/&#10;kz0e/5tDKv+iQjT/qEI9/61FRvyxSk/ytU9W6bpWXeG9YGTUuGdyyK9tgb2ndI60oHqZq5qAoqSV&#10;h6mdkY6ul46WspKLn7WPiqi3jIqzuIuJt7eLiLi1i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5&#10;tIuIubSLiLm0i4i5tP+TLQ7/kz0e/5xBKv+jQDP/qUE8/69ERfq0SEzwuk5T579WWd7CYGDPu2Zx&#10;w7Nsgbirco6upHiYpZ5+oZ6ahKiXloyukZOUsoyRnLWIj6a3hY+xuIWOtreGjbi2h4y4tYeMuLWH&#10;jLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tf+ULA7/lD0e/51AKf+kPjL/qz87/7FCQvi4&#10;R0ntvk5P5cZXU9rGXl/LvmRxvrZqgLOvcI2pqXaYoKN8oZifgqiRm4mtipmSsoWWmrWBlaS3f5Wu&#10;t36Ut7eBkbe2gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tf+ULA7/lD0e&#10;/54/KP+mPTH/rT45/7RBQPS8RkXrxE1J4s5YS9PKXF7GwmNwubpof660boyjrnSXmql6n5KlgKeK&#10;oYeshJ+PsX+dl7R7nKG2eJust3ebt7Z6l7i1fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyV&#10;ubR8lbm0fJW5tP+VLA7/lT0e/6A9J/+oOzD/sDw3/bg/PPHBREDoy05C3tNVSs7NW13AxmFutL9n&#10;fqi5bYqdtHKVlK94nourfqWEqIWqfaaMr3iklbJ0o5+0caOqtXCjuLVznrm0dpu5s3abubN2m7mz&#10;dpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s/+WLA7/lzwe/6I6Jv+qOS7/szo0+b08OO7IQznj&#10;1VA319pSSMjSWVy6y19trcVlfKHAa4mXunCTjbZ2nISzfKJ9sIOod66KrHKtk69urJ2xa6yosmmt&#10;trJsqLuxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sf+XLA7/mjsd/6Q3&#10;Jf+tNiv/tzcw88M6MebQQzDc30o1z99SR8HYWFqz0V5rpstjeprHaYaPwm6Qhr90mH28ep92uoGk&#10;cLiJqGu3kqtot5ytZbenrmS3tK5ls72uaK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva5o&#10;rb2uaK29rv+YLA7/nTkc/6c0I/+xMyj5vTIq6ss3KdzdPinQ40Y6xeJNS7jeVVqs2VxontNid5LP&#10;Z4KIy22MfslzlHbHeZpwxYGfasSJombDkqViw5ynYMOmqF/DtKhfwcKoYbrBqWG6walhusGpYbrB&#10;qWG6walhusGpYbrBqWG6walhusGpYbrBqf+ZLA7/oDUa/6oxIP+2LiPwxS0i39gzHNDjOi7E6EJA&#10;uOVJUKvhTl+e3lVskttcd4fYY4F+1WqJdtRxj2/ReZRrzoCYZ8yIm2TKkJ1iyZifYMmhoF/Jq6Bf&#10;ybmfXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDov+bLA7/pDAY/68sG/i+&#10;Jxvk0SYX0eItIMTrNzO36z5FqulFVJ7nTGKS5VJuhuNYeH3gYH923GmGcNhxi2vVeI9o03+SZdGG&#10;lGLPjZZgzpSYXs6bmV3No5pcza2aW823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbea&#10;W823mv+dLA7/qCsU/7ckFevKHBHT4B4TxOsrJrfxNDiq8DxJne9EV5HuS2OG7VJtfehbdXXjYnxw&#10;4GuBa91yhWjaeIhk2X6LYteEjV/Vio5e1JCQXNOVkVrTnJJZ0qSTWNKsk1jSrJNY0qyTWNKsk1jS&#10;rJNY0qyTWNKsk1jSrJNY0qyTWNKsk/+hKw3/ryMP9MIXDNbdEAfF6x4Yt/YpK6n3Mzyd9jxLkfdE&#10;WIb2TWJ98FZqdutecW7nZHZq5Gt6ZuJyfWTgd4Bh332CX96ChF3dh4Vb3IyGWtuRh1jalohX2Z2J&#10;VtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjiv+oIwn9uRYH1tELA8bqEAu2&#10;9x4dqf0pLpz+ND6Q/z5Lhv5HVn34UV5281llbvBfamjtZW5k6mtyYelxdF/ndnZd5nt4W+V/eVnk&#10;hHpY44h8V+OMfVbikX5U4Zd/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gc&#10;f/+xFQPUxwkBxtYKA7b3Eg+o/x8gm/8rMJD/Nj2F/0BIff9LUXX9VFht+VpdZ/ZgYmPzZmVf8mtn&#10;XPBwaVrvdGtY7nhsV+18blXsgG9U7IRwU+uIcVLrjHFR6pFyUOmVc1DplXNQ6ZVzUOmVc1DplXNQ&#10;6ZVzUOmVc1DplXNQ6ZVzUOmVc9a+BwDFywgAt9sJBaj/FBKb/yIhkP8uLoX/OTp8/0RDdP9OSmz/&#10;VFBl/1pUYP1fWF37ZVpa+mpcV/luXlX4cl9U93ZgUvZ5YVH2fWJQ9YBjT/SEZE70h2RN84xlTPOQ&#10;ZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZsTCBgC20QcAqO0LBpv/FxOQ/yUf&#10;hf8xKnz/PDRz/0Y7av9MQWP/U0Ze/1lJWv9eTFb/Y05U/2hQUv9sUVD/b1JP/3JTTv92VEz/eVVL&#10;/3xVSv5/Vkn+gldI/YZYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWLbJ&#10;BACo2QQBm/8OB4//GhGF/ycbe/8zJHH/PCxo/0MyYf9KN1v/UDtW/1Y9U/9cQFD/YEFO/2RDTP9o&#10;REr/a0VJ/25GSP9xRkf/dEdG/3ZIRf95SET/fElD/4BJQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NK&#10;Qv+DSkL/g0pC/4NKQv+DSv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKAenDu&#10;fIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o&#10;0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gjkW/4FIJf+KTzH/jlY9/49c&#10;Sf+OY1T+impe+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR&#10;3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/&#10;gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFt&#10;oovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSkv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKAenDufIN3&#10;6niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLP&#10;aNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gzkW/4NHJf+MTjH/kFU9/5FbSP+Q&#10;YVP+jWhe+IhvaPKDeHDtfoJ46XqKfuZ2kYPkc5eH4nCdiuBuoozfa6eO3WqskN1ospHcZ7iT22a/&#10;k9tmx5TZZtCUz2jQk8tp0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp0JTLadCUy2nQlP+DKAn/gzkX&#10;/4ZGJP+OTTD/k1Q8/5RYR/+SXlP/kGVd+IxtZ/KGdXDtgX946X2HfuV5j4TidZWI4HKbjN5voY/d&#10;bKeR3Gusk9tps5TaaLqW2WfDltlmzZfQac6WyGrOl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8Rr&#10;zZfEa82XxGvNl/+EKAn/hDkX/4hFJP+RTDD/lVE7/5ZWR/+VXFL/k2Jc+Y9qZvOKcnDthXt46YCE&#10;f+V7jIXid5OK33Oajt1woJHbbaaU2mutltlptJfYaL2Y2GfImdFpzJnJa8yZwmzMmr1ty5q9bcua&#10;vW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmv+FKAn/hTkX/4pEJP+TSy//l086/5hURv+XWVD/&#10;lmBb+ZJnZfOOb2/uiXh36YOBf+R+ioXheZGL3nWYj9xxn5PabqaW2GyumNdqtprWaMGb02nLm8pr&#10;y5vCbcqcu27Knbhvyp24b8qduG/Knbhvyp24b8qduG/Knbhvyp24b8qduG/Knf+FKAn/hjkX/4xE&#10;I/+VSi//mU06/5pRRP+aVk//mV1a+pZkZPSSa27ujXR26Yd+fuSBh4XgfI+L3XeXkNtznpXYb6aY&#10;1myvmtVquZzUacady2zJncNtyZ68b8iftXDIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+y&#10;ccifsnHIn/+GJwn/hjkX/45DI/+XSS7/mks5/5xPQ/+dVE7/nFpY+5pgYvWWaGzvkW916ot5fuWF&#10;g4Xgf4yM3XmVkdl0nZbUcKWa0G6unc1st5/La8Ogw27HoLtvx6G1ccahr3LGoaxzxqGsc8ahrHPG&#10;oaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGof+HJwn/hzkX/5BCI/+YRy3/nEk4/59MQv+gUUz/oFdW&#10;+55eYPSbZWrtlmxz55B2fOGKgITbhImL036Rks54mZjJdKGcxnGpn8JwsqLAb72junDFo7NyxaSu&#10;c8WkqXTFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo/+HJwn/iDgX/5FBIv+a&#10;RSz/nkc2/6FKQP+jUEr+o1VU9qJcXe+gYmfonGlw4ZZ0edqQfYLRiYaLyoKNk8V9lZnAeZ2evHal&#10;obhzraS1crilsnLDpqx0w6andsOmo3fEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSl&#10;oXjEpf+IJwn/iDgX/5NBIv+bRCz/oEU1/6NJP/+lTkj7p1RR86ZaW+ulYGTjomht3J1zdtGVeoLJ&#10;jYKLwoeKk7yCkZq3fZmfsnqho693qaardrOnqXbAqKR3wqihecKnnXrDp5t6w6abesOmm3rDppt6&#10;w6abesOmm3rDppt6w6abesOmm3rDpv+IJwn/iTgX/5VAIf+dQiv/okQ0/6VIPf+oTEb4qlJP76tY&#10;V+erX2DgqGlp1KFwdcuZeIHCkn+Lu4uGlLWGjpqvgpWgqn6dpKZ7pqejerCpoHm8qp16wamafMGp&#10;mH3CqJZ9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp/+JJwn/iTgX/5Y/If+eQSr/&#10;o0Iz/6dGO/6rS0T1rlFM7LBXVOSxXlzbrWhmz6VudcWddYG8lnyLtZCDlK6Ki5uohpKgo4KapZ6A&#10;oqibfqyqmH64q5Z+wKuUf8Cqk4DBqJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKokoDC&#10;qP+JJwn/ijgX/5g/IP+fPyn/pUEy/6pFOvyuSUHysU9J6bVWUOG3X1fVsWVlyqhsdMChc4C3mnqL&#10;r5SBlKiPiJuiio+gnIeXpZeEoKiUgqmqkYK1q4+Cv6uOg8CqjYPBqY2DwaiNg8GojYPBqI2DwaiN&#10;g8GojYPBqI2DwaiNg8GojYPBqP+KJwn/izgX/5k+IP+hPij/pkAw/6xDOPmxSD/wtU5F57pVS967&#10;XlTQtGRlxaxrc7ukcYCxnniKqZh+k6KThZqbj42gloyVpZGJnaiNh6erioeyrIiHv6yIh8CriIbA&#10;qYiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqP+KJwn/jDcX/5s9H/+iPSf/qD8v&#10;/65CNve0Rzztuk1B5MBWRtm/XFPLt2NkwK9pc7aob3+sonWKpJx8k5yYg5qVlIqgj5GSpYqOm6iG&#10;jaSrg4yvrIGNvayCjL+rg4rAqYOKwamDisGpg4rBqYOKwamDisGpg4rBqYOKwamDisGpg4rBqf+L&#10;Jwn/jjcX/5w8H/+jOyb/qj0t/7FAM/S4RTjqv0w84sdVQNPCWlLHumFju7NncrCtbX6np3OJnqF6&#10;kpadgJmPmoifiZeQpISUmKh/k6KqfJKtq3qSuqx7kcCrfY/BqX6Owah+jsGofo7BqH6Owah+jsGo&#10;fo7BqH6Owah+jsGofo7BqP+MJwn/jzYW/506Hv+lOiX/rTsr/LQ+MPG8QzTnxUw23stSP87GWVHC&#10;vmBitrhmcKuxbH2hrHKImKd4kZCjfpiJoIWegp2No32blqd4mZ+pdZiqqnOZt6t0mMCqd5TBqXiT&#10;wqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqP+MJwn/kTUW/584Hf+nOCP/rzko+bg8&#10;LO7CQi7lzUwt2NBPPcnJV1C8w15gsLxkb6W3anybsnCGkq12j4qpfJaCpoOcfKSLoXaik6VyoZ2n&#10;b6CoqW2gtaltoMGocJvCp3KZwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqdymcKncpnCp/+NJgn/&#10;lDQV/6E2G/+qNiH/szYl9b45J+rJQCbg1kko0dVOPMPOVk62yFxfqsJjbZ+9aHqUuG6Ei7R0jYOx&#10;epR8roGadayInnCrkaJrqZukaKmmpmaps6ZmqsOlaaTEpWuhxKVrocSla6HEpWuhxKVrocSla6HE&#10;pWuhxKVrocSla6HEpf+OJgn/lzMU/6M0Gv+tMx7+uDIg8MU1IOPTPxzY3kUmyttNOr3TVEywzltd&#10;o8lha5jEZ3eNwGyBhL1yiXy6eJB1uH+Wb7aHmmq1kJ1ltJqgYrOloWG0saJgtcKhYq/GomSrxqJk&#10;q8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGov+QJgn/mzES/6YxF/+xLhr3vi0a584xF9ne&#10;ORnN40QowuBNOLXbU0qo1VlanNBfaJDMZXOGyWt9fcZxhXXEd4tuw36QacGGlGTAj5dgwJqaXcCl&#10;m1vAsZtawcGbW7zKnF23yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23yp1dt8qdXbfKnf+RJgn/ny8R&#10;/6otFP+3KBXtyCYS2twpDszkNh3B5kAutuNIPqrgTkye3VZZktpdZYjWY29+1Gp4dtJwf27Qd4Vo&#10;z3+JY86HjV/OkJBbzZqSWc2lk1fOspNWz8KTVsvQlFfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfF&#10;z5VXxc+VV8XPlf+TJgn/oywO/7AmD/XAHw3f1RsHzeQnE8HrNCO16j0zqedFQp3lS1CR41JchuJY&#10;ZnzgX25032Z1bN5tembedX9h3X2CXdyGhVrbj4hY2ZiKVtihi1TYrItU2LeMU9jJi1PW1otT1taL&#10;U9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi/+XJAn/qSYK/rgcCebOEQXO4xcIwO4mF7TwMiio&#10;7js4nO1DRpHsS1KG7FJcfOtZZHPrXmtq6mRwZehsdWHmdHhe5Hx7W+KDfVngi39W35KBVd6ag1Pe&#10;ooNS3aqEUd22hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/hP+fIQb/sBsF6cUN&#10;A9DZCwLA7hgMs/YmHKf1MSyb9Ts6kPVER4X1TFF89VNac/VZYGvzX2Zl8GZqYe1tbV3rdHBa6npz&#10;WOiBdFbnh3ZU5o14U+WUeVHkm3pQ5KF7T+OqfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO&#10;47B8TuOwfP+oHALrvAwBzcwJAMHgDASy+hkQpfwnIJr9Mi6P/T07hf5FRXv/TU5y/1RVa/taWmT4&#10;YF9g9mdiXPRtZVnycmdX8XhpVfB+alPvg2xR7oltUO2Pbk7slG9N65pwTOuhcUvqpnJL6qZyS+qm&#10;ckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmcvezDQDMwwgAv9EIALHvDgak/xsTmf8pIY7/NC6E/z85&#10;e/9HQXH/Tkhq/1ROY/9aUl7+YFZa/GZYV/tsWlX6cVxT+XZeUfh6X0/3f2BO9oRhTPWJYkv1jmNK&#10;9JRkSfOaZUjznmZI855mSPOeZkjznmZI855mSPOeZkjznmZI855mSPOeZs27BQC9xwYAsdgHAaP/&#10;EAiY/x8Ujf8sIIP/Nyt6/0E0cP9HO2j/TUFh/1RFXP9aSVj/X0tV/2VNUv9qT1D/blFO/3JSTP93&#10;U0v/e1RJ/39VSP6EVkf+iFdG/Y1XRP2TWET8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZ&#10;RPyWWb2/BACwzgQAouAGApf/EwiM/yITg/8uHXn/OCVu/z4tZv9FMl//TDdZ/1I7Vf9YPlH/XUBP&#10;/2JCTP9mQ0r/akRJ/25FR/9yRkb/dkdF/3pIQ/9+SEL/gklB/4ZKQP+LSz//j0s//49LP/+PSz//&#10;j0s//49LP/+PSz//j0s//49LP/+PS6/GAgCi1gIAlvcKAov/FgeC/yQPd/8tF2z/Mx5j/zokXP9C&#10;KFb/SSxR/08vTv9VMUv/WjNI/141Rv9iNkT/ZjdD/2k4Qf9sOED/cDk//3M6Pv93Oj3/ezs8/348&#10;Ov+DPDr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPf91JAb/djUQ/3dDHP+ASif/&#10;hVIz/4ZZPv+FYEj/gWhS/3xvWvx3eWL3c4No9G+MbvFsk3Lvapp17WegeOxlpXrrZKp86mKvfelh&#10;tX7oYLt/6F/DgOdfy4HmXtWB4GDbgddi3oHUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPf&#10;gf91JAb/djUQ/3dDHP+ASif/hVIz/4ZZPv+FYEj/gWhS/3xvWvx3eWL3c4No9G+MbvFsk3Lvapp1&#10;7WegeOxlpXrrZKp86mKvfelhtX7oYLt/6F/DgOdfy4HmXtWB4GDbgddi3oHUY9+B1GPfgdRj34HU&#10;Y9+B1GPfgdRj34HUY9+B1GPfgf91JAb/djUQ/3dDHP+ASif/hVIz/4ZZPv+FYEj/gWhS/3xvWvx3&#10;eWL3c4No9G+MbvFsk3Lvapp17WegeOxlpXrrZKp86mKvfelhtX7oYLt/6F/DgOdfy4HmXtWB4GDb&#10;gddi3oHUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgf92JAb/dzUQ/3lCHP+CSSf/h1Ey&#10;/4hYPf+HX0j/g2ZR/35uWvt5d2L3dYJp9HGKbvFtknPua5l27GifeetmpHvqZKp96WOvf+hitYDn&#10;YbyB52DEguZfzoLjX9eD3GHbg9Jj3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg/93&#10;JAb/eDUQ/3xBHP+FSCf/ik8y/4xWPf+LXUf/h2RR/4JsWvt8dGL3eH9p83SIb/BwkHTtbJd462qe&#10;e+lnpH7oZqqA52SwguZitoPlYb6E5WDHheVg04XdYtmF02Tchcxl24bJZduGyWXbhsll24bJZduG&#10;yWXbhsll24bJZduGyWXbhv94JAb/eDUQ/35AG/+IRyb/jU4x/49VPP+OW0b/i2JQ/4ZpWfyAcWL3&#10;e3tp83aFcO9yjnXsbpV56mucfehpo4DnZqmC5WWwhORjt4XkYsCH42HLh99i1YfVZNqHzWXZiMZn&#10;2YnEZ9iJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYif95Iwb/eTQQ/4A/G/+KRib/kE0w/5JT&#10;O/+RWkX/j2BP/4pnWfyEbmH3fnhp8nmCcO90i3brcJN76W2bf+dqooLlZ6mE5GWwhuNkuYjiYsOJ&#10;4mLQithk2IrOZtiKx2fXi8Bo1oy+adaMvmnWjL5p1oy+adaMvmnWjL5p1oy+adaMvmnWjP95Iwb/&#10;ejQQ/4M+G/+NRSX/k0wv/5VROv+UV0T/kl1O/45lWPyIa2H3gnRp8nx/cO53iHbrc5F86G+ZgOZr&#10;oYTkaKmH4maxieFku4vgY8eM3GPUjM9m1ozHaNWNwGnUjrpq1I64a9SOuGvUjrhr1I64a9SOuGvU&#10;jrhr1I64a9SOuGvUjv96Iwb/ezQQ/4U9Gv+PRCT/lkou/5dOOP+XVEL/lVpM/5JhVvyOaV/2h3Bo&#10;8oF6cO17hXfqdo585nGXgeNtn4bgaqiJ3WewjNpmu43WZceO0WbUj8do04+/atOQuWvSkbNs0pGy&#10;bdKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3Skf97Iwb/fDQR/4g8Gv+SQyT/mEgt/5pMN/+a&#10;UkH/mVhK/JdfVPaTZl3wjW5m64d3b+aAgXbhe4t93HWTg9dxnIfSbqSLz2usjsxptZHJaMCSx2jP&#10;k79r0ZO4bNCTsm3QlK1v0JOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk/98Iwb/fTQR&#10;/4o7Gf+UQSP/mkYs/5xLNf+dUD//nVZI+JtdUfGYY1vrk2tk5I11bd6GfnXYgId80XqPg8x2l4nH&#10;cp+NxG+nkcBtsJO+bLuVu2vIlrZtz5awb86Wq3DPlqZxz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVy&#10;z5Wlcs+VpXLPlf98Iwb/fTQR/4w6Gf+XQCL/nEUr/59JNP+gTjz7oVRF9KBaTuydYVjlmWlh3pNz&#10;atWMe3TOhYN9yH+LhMJ6k4q+dpuPunOjk7Zxq5azb7aYsW/CmK1wzZiocs2YpHPNmKB0zpefdM6X&#10;n3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl/99Iwb/fzMR/445GP+ZPyH/nkMp/6FHMv+jTDr4&#10;pVJD8KRYS+ijX1Thn2hd15hwaM6ReHTGioB9wISIhbp/j4u1e5eQsXeflK11p5eqc7GZp3O9m6Vz&#10;y5ugdcuanXbMmpp3zZmZd82YmXfNmJl3zZiZd82YmXfNmJl3zZiZd82YmXfNmP9+Igb/gDIQ/5A4&#10;GP+bPyD/oEIo/6RGMP6mSzj0qFBA7KlXR+SpXVDcpWZa0J1uaMeVdXO/jn19uYmEhbODjIytf5OR&#10;qXyblaR5pJmhd62bnne5nJx3yJyZeMqcl3nLm5V6zJqUesyZlHrMmZR6zJmUesyZlHrMmZR6zJmU&#10;esyZlHrMmf9+Igb/gjIQ/5I3F/+cPR//oUAn/6ZELvupSTXxrE886a5VQ+GvXUvVqGRZy6FrZ8KZ&#10;c3O5k3p9so2BhayIiYymhJCRoYCYlp19oJqZfKqclnu2nZR7xJ6SfMqdkX3KnI99y5uPfcyaj33M&#10;mo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmv9/Igb/hDEQ/5M2F/+ePB7/oz8l/6hCLPitRzLvsE05&#10;5rRUP92zW0nQrGJZxqRqZrydcXK0l3d8rJF+haaMhoygiI2RmoWVlpaCnpqSgKedj3+yno2AwZ6M&#10;gMmei4DKnYqAy5uKgMubioDLm4qAy5uKgMubioDLm4qAy5uKgMubioDLm/9/Igb/hTAP/5U2Fv+f&#10;Ox3/pT0k/6tBKvWwRS/stUw047pUOdi3WUjLr2FYwahoZrehb3Kvm3V8p5V8hKCRg4uajYuRlIqT&#10;lo+Hm5qLhaWdiISwn4aEvp+FhcmehYTJnYWEypyFhMubhYTLm4WEy5uFhMubhYTLm4WEy5uFhMub&#10;hYTLm/+AIgb/hy8P/5c1Fv+gOhz/pzwi/q0/J/OzRCzpuksw4b9SNdO6WEfHs19XvKxmZbKlbXGp&#10;n3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqKdgYqtn3+Ku59+isief4nJnYCIypyAiMubgIjLm4CI&#10;y5uAiMubgIjLm4CIy5uAiMubgIjLm/+BIgb/iS4P/5k1Ff+iOBv/qTog+7A9JPC4Qijmv0oq3cNP&#10;NM69VkbCtl5Wt7BlZK2pa3CkpHF6nJ94g5SbfoqOl4aQiJWOlYKSlpl+kKCceo+rnniPuJ93kMme&#10;eY7KnXqMy5t7jMube4zLm3uMy5t7jMube4zLm3uMy5t7jMube4zLm/+BIgb/iy0O/5s0FP+kNxn/&#10;rDge+LQ6Ie29QCPkxkkj18dMM8nBVUW9ulxVsrRjY6iuaW+fqW95lqV2go6hfImHnYOPgZuLlHyY&#10;lJh3l52bc5aonXGWtZ5wlsadcpTKnHSSy5t1kcuadZHLmnWRy5p1kcuadZHLmnWRy5p1kcuadZHL&#10;mv+CIgb/jSwN/500E/+mNBj/rzUb9Lg3HOnDPhzgzUUf0ctLMsTFVEO4v1tTrblhYaK0aG2Zr253&#10;kKt0gIineoeBpIGNe6KJknWgkZZwnpuZbZ2mm2qds5xpnsOca5zLm26YzJpvl8yZb5fMmW+XzJlv&#10;l8yZb5fMmW+XzJlvl8yZb5fMmf+DIQb/kCsN/6AzEf+pMhX9szEX8L40F+XLOxXa1D8dy89JML7J&#10;UkKyxFlRp79gX5y6ZmuStmx1ibJyfoGveIV6rH+LdKqHkG+oj5Nqp5mWZ6akmGSmsZljp8GZZKXN&#10;mGegzZhon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl/+EIQb/kykL/6IwD/+tLhL4uCwS&#10;68YvEODVOAvS2j0cxdRILrjPUECsylhPoMVeXZXBZGiLvWpyg7pwenu3doF0tX2HbrOFi2iyjo9k&#10;sZiSYbCjlF6wsJVdsb+VXbHQlGCq0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo0JRhqNCUYajQlP+G&#10;IQb/lygK/6YsDf+xKA7ywCYM49AoB9TfMgvJ3z4ZvdtHLLHWTz2k0VZMmc1cWY7JYmWExmhue8Rv&#10;dnTBdXxtwHyCaL6EhmO9jYlfvJeMW7yijlm8r49Yvb6OV77Ujlm2049atNOQWrTTkFq005BatNOQ&#10;WrTTkFq005BatNOQWrTTkP+IIQb/nCcI/6onCvy4IQnpyhsF1d4gBMnlMA++4z0dtOFGLKjeTjqc&#10;2lVIkdZbVYbTYWB80GdpdM5ucG3NdXZny3x7YsuEfl7KjYJaypeEV8qjhlXKr4ZUy76GU8zVhlTE&#10;2YhVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZif+NHQX/oiUG/7AfBfLCFAPZ2w4ByeYg&#10;B73oLxSy5zoip+VDMZvjSj6Q4VBKht9XVHzeXl103WVkbNtsambbdG9h2nxzXNmEdlnZjnlV2Zh7&#10;U9qjfFHasH1Q2759UNzTfFDU4H5R0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R0OB/UdDgf/+VGgP/&#10;qR8D+7oSAtTNCwDJ5g8CvO0gC7DtLhml7DknmutCNY/qSUGF6VBLe+hXU3LoXVpq52NgZOdqZV/n&#10;cmlb53psV+eCblPni3FQ55VyTuifdEzoqnVL6LV2SufDdkro3XZL5OB1S+TgdUvk4HVL5OB1S+Tg&#10;dUvk4HVL5OB1S+Tgdf+dFgH/sRIB08MJAMfRCgC78hEEr/MhD6PzLh2Z8zkqjvNCNoTzSkF781JJ&#10;cvNXUGnzXFZj82NaXfNpXlnzcGFV83djUvN/Zk/yh2dN8I9pS++Ya0rvoGxJ7qltSO6zbUftwG5G&#10;7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbv+nDwDTugcAxccHALrWCQCt+hMGovoiEpf6&#10;Lx+N+zorg/xDNXr9TD5x/VFFaP1WS2H+W09c/mJTV/5oVlT9b1hR+3VaTvp8XEz5g11K+IpfSPeR&#10;YEf2mWFG9qBiRfWnY0T0sWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZNayBADEvgYA&#10;t8wGAKzcCQGg/xYIlf8lFIv/Mh+C/zwpef9FMm//Sjln/08/X/9VQ1r/W0dV/2FKUv9nTE//bE5N&#10;/3JPS/94UUn/flJH/4RTRf+LVEP/kVVC/phWQf2eV0D9plhA/KlYQPypWED8qVhA/KlYQPypWED8&#10;qVhA/KlYQPypWMa4BAC2xAQAqtMFAJ7yDQKU/xoJiv8oE4H/NB13/zwlbf9CLGX/RzJd/002V/9T&#10;OlP/WT1P/18/TP9kQUr/aUNI/25ERv9zRUT/eUZC/35HQf+ESD//ikk+/5BKPf+VSzz/nEw8/59M&#10;PP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTLe8AwCpywIAnNsDAJL/EAKJ/x0IgP8qEHX/MRhr&#10;/zgfYv8+JFv/RClU/0osUP9RL0z/VzJJ/1wzRv9gNUT/ZTZC/2k3Qf9uOD//czk9/3c6PP98Ozv/&#10;gjw5/4c9OP+MPTf/kz42/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT42/5U+Nv+VPqrEAACc0gAAj+cC&#10;AIb/EQJ8/xsFcf8kC2j/KxFf/zIXV/85G1H/Px5M/0YhSP9NI0X/UiVC/1cnQP9bKD7/Xyk8/2Mq&#10;Ov9nKzn/ayw3/28sNv90LTX/eC40/30uMv+CLzH/iDAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijAx&#10;/4owMf+KMP9qJAT/aTIK/2w+FP92Rh7/e00p/3xVM/96XT3/dmZG/3FuTf9teVT/aoRa/maNX/tj&#10;lWL5YZxl+F+iaPdeqGr2XK1r9VuzbPRauW7zWcFu81jJb/JY1HDvWOBw6VnkcONa5nDcXehw3F3o&#10;cNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocP9qJAT/aTIK/2w+FP92Rh7/e00p/3xVM/96XT3/dmZG&#10;/3FuTf9teVT/aoRa/maNX/tjlWL5YZxl+F+iaPdeqGr2XK1r9VuzbPRauW7zWcFu81jJb/JY1HDv&#10;WOBw6VnkcONa5nDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocP9qIwT/aTEK/24+FP93&#10;RR7/fE0o/35UM/98XDz/eWRF/3NtTv9veFX/a4Ja/WiLX/tllGP5Yptm92ChafZep2v1Xa1s9Fyz&#10;bvNaum/yWcFw8lnKcfFY2HHsWeFx5lrkceBc53HYXehx2F7ocdhe6HHYXuhx2F7ocdhe6HHYXuhx&#10;2F7ocf9rIwT/ajEK/3E8FP96Qx3/gEso/4FTMv+AWjz/fGJF/3dqTv9xdFX/bn9b/WqJYPpmkmT4&#10;ZJlo9mGga/Vfp23zXq1v8lyzcPJbunHxWsNy8FnNc+5Z3XPoWuJ04Vzlc9le5nPQX+d00F/ndNBf&#10;53TQX+d00F/ndNBf53TQX+d00F/ndP9sIwT/azEK/3M7FP99Qh3/gkon/4RRMv+DWTv/gGBF/3to&#10;Tf90cVX/cHxb/GyHYflokGb3ZZhp9WOfbPNhpm/yX6xx8V2zcvBcu3TvW8V171rQdepa33biXOJ2&#10;21/lddFg5nbKYeV3ymHld8ph5XfKYeV3ymHld8ph5XfKYeV3ymHld/9tIgT/bDEL/3Y6FP+AQR3/&#10;hUgn/4hPMf+HVzv/hF5E/39mTf94blX/c3lc/G6EYvlqjWf2Z5Zr9GSebvJipXHxYKxz7160de5d&#10;vHbuW8d37VvWeOVc4HjcX+N40mDkeMth5HnEY+N6xGPjesRj43rEY+N6xGPjesRj43rEY+N6xGPj&#10;ev9uIgT/bTEL/3g4E/+DPxz/iUcm/4tOMP+LVTn/iFxD/4NjTP99a1T/dnVc/HKAYvhtimf1aZRs&#10;82accPFjpHPvYax17l+0d+1dvnnsXMt66Fzcet5f4XrSYeN7ymLifMRj4n2+ZeF9vWXhfb1l4X29&#10;ZeF9vWXhfb1l4X29ZeF9vWXhff9uIgT/bjAL/3s3E/+GPhz/jEUl/49MLv+PUzj/jVpB/4hhS/+D&#10;aVP6fHFb93Z8YvNxh2jwbZBt7WmZcepmoXXoY6l45mGyeuRgu3viX8d84F/afdRi4X3KY+B+w2Tg&#10;f71m34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgP9vIQT/bzAL/342Ev+JPBv/kEQk&#10;/5NMLf+TUjb/kllA/45gSfmIZlL0gm5a73x5Yet3g2jncoxu5G2Vc+BqnXfdZ6Z62mWufNZjuH7T&#10;YsOA0WLTgcpk34HBZd6Cu2fdgrVo3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp3YOwad2DsGndg/9w&#10;IQT/ci8L/4E0Ev+MOxr/k0Mi/5dLK/+XUTT/llc9+pNdRvOOZE/uiGtY6IJ1YON8f2jed4lu2XKR&#10;dNNumXnQa6F9zGipgMlmsoLHZb2DxWXLhMFm3IS5aNuFs2nbha5r24WpbNuFqWzbhals24WpbNuF&#10;qWzbhals24WpbNuFqWzbhf9xIQT/dC4K/4QzEf+POhn/lkMh/5pJKf+aTjL8mlQ79ZhbRO6UYk3n&#10;j2lV4YlzXtuCfGbTfIVvzXeNdclylXrFb51/wWylgr5qrYW7abiHuWnEiLdp2Iiwa9mIq2zZiKdt&#10;2Yijb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/ah/9xIAT/diwK/4YyEf+SOhj/mUIg/5xH&#10;J/+eTC/4nlI48J1YQOmaX0nilWdS2o9wXNGHeGbKgYFvxXyJdsB3kHy7dJiAt3GghLRvqYexbbOJ&#10;rmy/iqxsz4uobteLpG/YiqBw2IqdcdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2YmdcdmJnXHZif9yIAT/&#10;eCsK/4gwEP+UORf/m0Ee/59FJf2hSi30olA07KJWPOSgXEXcm2VP0pNtXMqMdWbDhn1vvYGFdrd8&#10;jX2zeJSBrnWchqtzpYmnca6LpXC6jaNwyY2gcdWNnHPWjJp01ouXdNiKl3TYipd02IqXdNiKl3TY&#10;ipd02IqXdNiKl3TYiv9zIAT/eioJ/4svD/+WORb/nT8c/6FDI/qkSCrxpk4x6KdUOOGnXEDVn2JO&#10;y5hrW8ORcma8i3pvtoWCd7CBiX2rfZGCpnmZhqJ3oYqfdauNnHS2jpp0xY+YddSOlXbVjZN31Y2S&#10;d9aLknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi/9zIAT/fCkJ/40vD/+YOBX/nz0b/6RBIfeo&#10;Riftq0wt5a1SM9yqWT/Qo2FNxpxpWr6VcGW2j3dvr4p/dqmFhn2kgY6Cn36Wh5t7nouXeaiOlHiz&#10;j5J4wZCQedOQj3rUj4561Y2Me9aMjHvWjIx71oyMe9aMjHvWjIx71oyMe9aMjHvWjP90HwT/figJ&#10;/44uDv+bOBT/oTwZ/6c/H/SrRCTqr0op4rNRLtauVz7Lp19NwaBnWrmZbmWxk3Vuqo58dqOKg32e&#10;houCmYOTh5SAm4uQfqWOjX2wkIp9vZGJftCRiH7Tj4h+1I6HftWNh37VjYd+1Y2HftWNh37VjYd+&#10;1Y2HftWNh37Vjf90HwT/gCcI/5AuDv+dNxP/ozoY/Kk9HPGvQiDntEgk37dOLNGxVT3Hql5MvaNl&#10;WbSdbGSrl3NupJN6dp6OgXyYi4iCkoeQh46FmYuJg6KOhoKtkIOCu5GCgsyRgoLTkIKC1I+CgdWN&#10;goHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjf91HwT/giYI/5ItDf+fNhL/pTgW+aw7Gu6zPx3l&#10;uUYf2rtLK820VDzCrlxLuKdjWK+hamOmnHFtn5d3dZiTfnySkIaCjI2Oh4eKlouDiKCOf4erkH2H&#10;uJF7h8mRfIfTkHyG1I99hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y19hdWNfYXVjf91HwT/hCUI/5Qt&#10;DP+gNRD/qDYU9q84F+u3PRjiv0UZ1b5JKsi4Uzu9sVtKs6tiV6qmaGKhoW9smZx1dJKYfHuMlYOB&#10;hpKLhoGQlIt8jp6OeY2okHaMtZF0jcaRdY3TkHaL1I94idWNeInVjXiJ1Y14idWNeInVjXiJ1Y14&#10;idWNeInVjf92HgP/hiQH/5csC/+iMg//qzMR8rM1E+i8OhPexT8X0MFIKcS7UTm5tVlIrrBgVaWq&#10;Z2Gcpm1rlKJ0c42eenqGm4GAgJiJhXuWkol2lJuNcpOmj2+Ts5Buk8OQbpPTj3CR1I5yjtWNco7V&#10;jXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7Vjf93HgP/iSIH/5ksCv+lMA38ri8O77gxDuTDNw3ZyjsW&#10;y8VGJ7+/UDizulhHqbVfVJ+wZV+WrGtpjqhycYaleHiAon9+ep+Hg3Sdj4hvm5mLbJqkjWmasI5n&#10;m8COZ5vVjmmY1Y1slNaMbJTWjGyU1oxslNaMbJTWjGyU1oxslNaMbJTWjP94HgP/jCEG/50rCP+o&#10;LAr4syoL6r8rCeDMMgbRzjkVxclFJbnETjauv1ZFo7tdUpm2Y12Qsmlnh69wb4CsdnZ5qX18c6eE&#10;gW6ljYVppJeIZaOiimOjroxho76MYKTSi2Og14tlnNiKZZzYimWc2IplnNiKZZzYimWc2IplnNiK&#10;ZZzYiv96HQP/jyAF/6ApB/+sJwfyuCQG5cckBNnVJwXL0zcTv85DI7PKTDSnxVRCnMFbT5K9YlqJ&#10;umhkgbdubHm0dHJzsnt4bbCDfWivi4FjrpWEX62ghl2trYdbrbyHWq7Qh1yq2odfpdqHX6Xah1+l&#10;2odfpdqHX6Xah1+l2odfpdqHX6Xah/9+GgP/lB8E/6UmBf2xIATswRoD39MXAdDcJQTE2TUQuNVB&#10;IazQSzGgzFI/lclZTIvFYFeCw2ZgesBsZ3O+c21svHpzZ7uCd2K6inteuZR+WrifgFi4rIFWubuB&#10;VbrPgVa23oJYsN2CWK/dgliv3YJYr92CWK/dgliv3YJYr92CWK/dgv+EFwL/mRwC/6ofA/W5FQLe&#10;zQwA0N8SAMXgJgW73zYOsN1AHaTZSS2Y1VE7jdFYSIPPXlJ7zGVac8trYWzJcmdmyHlsYceBcF3G&#10;inRZxpR2VsWfeFPGrHlSxrt6UcfPeVHE43pTvOJ8U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8U7zi&#10;fP+KFAH/nxgB/7AUAdjDCgDO0QoAxOUUAbnkJgiu5DQTpOI/IJngRy2P3k85hdxWRHvaXUxz2WRU&#10;bNdrWmbWcl9h1XlkXNSCZ1jUi2pV1JVtUtSgblDUrW9O1bxwTdbQb03V6HBOzOlyTszpck7M6XJO&#10;zOlyTszpck7M6XJOzOlyTszpcv+SEQH/pxEA2LkJAMvGCADC1QoAt+oWA6zqJwyi6TQYmOg+JI3n&#10;RzCD5k46euVUQ3HkWkpp5GFQZONoVV/jcFla43hcVuOAX1PjiWJQ45NkTeSdZUvkqWdK5bZnSeXG&#10;Z0jm32dK4OxnSt/sZ0rf7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ/+cDQDbsQYAyr0HAL/KBwC12goA&#10;qu8ZBaDwKA+W8DUbjPA/JoLwRzF58E45cO9UQGjvWkZh72BLXe9nT1jvblJU73VVUfB9V07whVlL&#10;8I9bSPGZXEbxo15E8q9fQ/K7X0LzzGBB8+dgQfPoYEHz6GBB8+hgQfPoYEHz6GBB8+hgQfPoYN6n&#10;AgDLtgUAvcEFALLPBwCn6g0BnfccB5T4KxKK+DYcgflAJnj6SC9v+k02Z/pTPGD6WEBb+19EVvtl&#10;R1L7bElP/HJLS/x5TUj8gU9F/YpRQ/2TUkH+nFM//qZUPf+xVT3+vFY8/s1WPP7OVjz+zlY8/s5W&#10;PP7OVjz+zlY8/s5WPP7OVs6wAgC9ugQAsccEAKXWBwCb/RACkf8gCYj/LRKA/zkbdv8/I23/RSpl&#10;/0swXv9RNVj/VzhT/107T/9jPkz/aEBJ/25BRv91Q0P/fERA/4RGPf+MRzz/lEg7/51JOv+lSjn/&#10;rUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5S761AgCwwAIApM4DAJfeBQCP/xQChv8j&#10;CH3/LhBz/zUYav88HmL/QiRb/0goVf9OLFD/VC9M/1oxSP9fM0X/ZDVC/2o2P/9wNz3/djk7/3w6&#10;Of+DOzj/izw2/5M9Nf+aPjT/oT4z/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj8z/6o/M/+qP7G6AQCj&#10;yAAAltYAAIv0CQGD/xYCef8gBm//KAxn/zASX/83F1j/PhtS/0QfTP9KIkj/UCRE/1UmQf9aJz7/&#10;Xyk7/2QqOv9pKzj/biw2/3QtNP96LjP/gS8x/4gwMP+PMC7/ljEt/54yLf+eMi3/njIt/54yLf+e&#10;Mi3/njIt/54yLf+eMqTCAACWzwAAiN8AAID/DAF1/xICav8YA2L/IQda/ykLU/8xD03/OBJI/z4V&#10;Q/9EFz//Shk8/08aOf9TGzf/WBw1/1wdM/9hHjH/ZR8w/2ogLv9wIC3/diEr/3wiKv+CIyj/iCMn&#10;/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJP9gJQT/WzAG/2E6Df9qQRb/b0of/3FSKf9v&#10;WzL/a2Q6/2duQf9kekf/YIRM/12OUP9allP/WJ5W/1elWP9Vq1r/VLFb/1O3XP9Svl3+Ucde/FHR&#10;X/tQ4F/4UOlf81HtX+5T8F/oVPFf5FbyX+RW8l/kVvJf5FbyX+RW8l/kVvJf5FbyX/9gJQT/WzAG&#10;/2I5Df9sQBb/cUkf/3JRKf9xWjL/bWM6/2htQf9leEf/YYNN/16NUf9bllT/WZ1X/1ekWf9Wqlv/&#10;VbFc/1S3Xf5Tv179Usdf/FHTYPpQ4mD2Uelg8VLuYOtU72DlVvFg4VfyYOFX8mDhV/Jg4VfyYOFX&#10;8mDhV/Jg4VfyYP9hJQT/XDAG/2U4Df9uPxX/dEcf/3VQKP90WDH/cGE6/2tqQf9ndkj/Y4FN/2CL&#10;Uv9dlFX/WpxY/1ijWv9Xqlz+VrBe/VS3X/1Tv2D8U8lh+lLWYvhR5GLzUupi7VTuYuZW72LgWPBi&#10;21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj21jxY/9iJQT/XS8G/2c2Df9xPhX/d0Ye/3hOKP93VjH/&#10;dF86/25oQf9qc0j/Zn5O/2KJU/9fklb/XJta/1qiXP5YqV79V7Bg/FW3YftUwGL7U8pj+VPaZPVS&#10;5mTvVOtk6FbuZOFY72TZWfBl01rwZtNa8GbTWvBm01rwZtNa8GbTWvBm01rwZv9iJAT/Xi8G/2o1&#10;Df90PBX/ekQe/3xMJ/97VDD/d1w5/3JlQf9sb0j/aHtO/2SGU/9gkFj/XZlb/luhXv1ZqGD8WLBi&#10;+1a4Y/pVwWT5VM1l91PeZvJU52bqVutm4lnuZtpa7mfRW+9ozFzwaMxc8GjMXPBozFzwaMxc8GjM&#10;XPBozFzwaP9jJAT/Xy4G/20zDP93OhT/fUId/4BKJv9/UjD/fFs4/3djQf9wbEj/bHdP/2eCVP9j&#10;jVn9YJZc/F2fX/pbp2L4Wa5k91i2ZvVXwGf0Vsto8VXdaO1W6WnjWexo2lvtadBc7mrJXe5rxV7u&#10;a8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua/9kIwT/YS0G/3AyDP97OBT/gUAc/4RJJf+EUS7/gVk3&#10;/3xhQP92aUj/cHNP+2x/VfhoiVr2ZJJe82GbYfFfo2TwXatm7luzaOxavGrqWcdr6FnYa+RZ6Gva&#10;W+tsz13tbche7G7CX+xuvmDsb75g7G++YOxvvmDsb75g7G++YOxvvmDsb/9lIwT/ZCsG/3MwDP9+&#10;NhP/hT8b/4lIJP+JTy3/hlc2/4JePvx8Zkb4dnBO9HF7VfBthVrtaY5f6mWXY+hin2bmYKdp416v&#10;a+FduWzgXMRt3lzTbtld5m7OXutvxl/qcb9h6nG6YulytmPpcrZj6XK2Y+lytmPpcrZj6XK2Y+ly&#10;tmPpcv9mIwT/ZykG/3cuC/+CNRL/iT4a/41HIv+NTiv/jFUz/IhcPPaDZEXxfGxN7Hd3VOhygVrk&#10;bopg4WqTZN1mm2jaZKNr1mKsbtNgtXDQX79xzl/Ncstf4nPEYehzvWLodLdk53SyZed0r2bndK9m&#10;53SvZud0r2bndK9m53SvZud0r2bndP9nIgT/aicF/3osCv+GNBH/jT0Z/5FFIP+STSj9kVMx9o5a&#10;OvCJYULqg2lL5X50U+B4fVrac4Zg1G6PZtBrl2rMaJ9uyWanccdkr3PEY7l1wmLGdsBi2ne6ZOZ3&#10;s2Xld65m5XeqaOV3qGjmd6ho5neoaOZ3qGjmd6ho5neoaOZ3qGjmd/9nIgT/bSYF/30qCv+JNBD/&#10;kTwX/5VEHv+XSyb4llIu8ZRYNuqQXj/kimdI3YRxUNV9eVrPeIJhynOKZ8ZvkmzCbJpwv2qic7xo&#10;qna5Z7R4tmbAebRm0HqxZ+N6q2jjeqdq43qja+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hmha+R5oWvk&#10;ef9oIQT/byQF/4ApCf+MMw//lDsW/5lDHP2bSSP0m08q7JlVM+WWXDvekWVF1IltUMyDdlrHfX5h&#10;wXiGaL10jm24cZZytW6ddbFspniua697rGq7fKppyn2oauF9o2zifJ9t4nycbuJ7mm7je5pu43ua&#10;buN7mm7je5pu43uabuN7mm7je/9pIQP/cSMF/4IoCf+PMg7/lzsU/5xCGvmeRiDwn0wn6J9SLuCd&#10;WjbWlWFEzY5qT8aIclm/gnpiuX2CaLR5im6wdpJzrHOad6hwonqlb6t9om62fqBtxX+ebtt/m2/g&#10;fphw4X6WceF9lHHifJRx4nyUceJ8lHHifJRx4nyUceJ8lHHifP9pIQP/dCIE/4UoCP+RMQ3/mjoS&#10;/58/F/WiRB3spEoj5KRQKduhVzXPml9Dx5NoT7+McFm4h3dhsoJ/aK1+hm6peo5zpHeWeKB1nnud&#10;c6h+mnKzgJdxwIGWctOBk3PfgJF04H+QdOB+j3ThfY904X2PdOF9j3ThfY904X2PdOF9j3Thff9q&#10;IQP/diAE/4cnB/+UMAz/nTkR/aI9FfKlQRrpqEcf4KpNJdSkVDTKnV1CwZdlTrqRbViyi3VhrIZ8&#10;aKeCg26if4t0nXyTeJl5m3yVd6V/knavgZB2vYKOds6CjXfegYt334CKeOB/injgfop44H6KeOB+&#10;injgfop44H6KeOB+injgfv9qIAP/eB8E/4kmB/+WMAv/nzcP+qQ6E++pPxfmrUUa3K5KJM+oUzPG&#10;oVxBvZtkTbSVa1itj3Jgp4t5aKGHgW6bg4h0l4CQeJJ+mXyOfKJ/i3qtgoh6uoOHesuDhnvegoV7&#10;3oGFe9+AhXvgf4V74H+Fe+B/hXvgf4V74H+Fe+B/hXvgf/9rIAP/eh4E/4smBv+YLwr/oTUN96c4&#10;EOytPBPjskIW17FHI8urUjLBpVpAuJ9iTLCZaVeolHBgoY93Z5uLfm6WiIZzkYWOeIyClnyIgJ+A&#10;hH+qgoF/t4OAf8iEf4Ddg39/3oF/f9+AgH7gf4B+4H+AfuB/gH7gf4B+4H+AfuB/gH7gf/9sIAP/&#10;fBwD/40lBv+aLgn/ozML9Ko0DemxOQ/ftz8S0rRGIseuUDG9qFk/s6JgS6udZ1ajmG5fnJR1Z5aQ&#10;fG2QjYNzi4qLeIaIlHyBhp2AfoSognuEtYN5hMWEeIXdg3mE3oF6g9+AeoLgf3qC4H96guB/eoLg&#10;f3qC4H96guB/eoLgf/9tHwP/fhsD/48kBf+dLAf+pjAJ8K4xC+W2NQvbvDkRzrdFIMOyTzC4rFc+&#10;r6dfSqahZVWenWxel5lzZpCVemyKkoFyhZCJd4CNkXx7i5t/d4qlgnSJsoNyicKDcorag3OJ3oF0&#10;h9+AdYbgf3WG4H91huB/dYbgf3WG4H91huB/dYbgf/9vHgP/gBsD/5IjBP+gKwb6qSwH7bIsB+K8&#10;MQfVwDYQybtDH762TS60sFY8qqtdSaGmZFSZompdkZ5xZYqbeGuEmH9xf5aGdnmTj3p1kZh+cZCj&#10;gW6Qr4JskL+Da5HVgm2P3oFvjd+AcIvgf3CL4H9wi+B/cIvgf3CL4H9wi+B/cIvgf/9xHAP/gxkC&#10;/5UhA/+jKQX2rScF6LcmBN7DKgPQwzUOxL9BHbm6TC2utVQ7pbBbR5usYlKTqGlbi6VvY4Widmp+&#10;n3xveJyEdHOajHlvmZZ8a5ehf2iXrYBml7yBZZjRgGaW339ok+B+apHhfmqR4X5qkeF+apHhfmqR&#10;4X5qkeF+apHhfv91GgL/hxgC/5ggA/+mJQPysiAD5L4eAtfJIgLKxzMNvsNAHLO/SiupulM5n7Za&#10;RZayYVCNr2dZhaxtYH6pdGd4pnptcqSCcm2iinZooZR5ZKCffGGfq35foLp+X6DOfl+f4X1im+F9&#10;Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifP94GAL/ixcB/50dAv2rHgLsuBcB3sgRAM/NHwLE&#10;zDALuMg+Ga3FSCijwVE2mL1YQo+5X02GtmVWf7NrXXixcmRyr3lpbK2AbmesiXJiqpJ1X6mdeFyp&#10;qnpaqbl6WarMelip5HpbpOR6XaHkeV2h5HldoeR5XaHkeV2h5HldoeR5XaHkef99FQL/kBQB/6EY&#10;AfaxFADZwQsA0s8LAMjSHAG80S4Jsc47F6bLRiWcyE8zkcRWP4jBXUmAv2NSeLxqWXG6cF9ruXdk&#10;Zrd/aWG2h21dtZFwWbWccla0qXRUtLh0U7XLdFO15HRUsOd1VqzndVas53VWrOd1VqzndVas53VW&#10;rOd1Vqzndf+DEgH/lhEA/6gRANm4CgDOxAkAx9IKAL/ZGQG02CsHqdY5FJ/TRCKU0E0vis1UO4HK&#10;W0R4yGJNccdpU2vFb1llxHZeYMN+YlzCh2ZYwZFoVcGca1LBqGxQwbdtT8LKbU/C5GxPvexuULns&#10;b1C57G9QuexvULnsb1C57G9QuexvULnsb/+JEAH/nQ4A2q8IAM27CADExwcAvNYLALPfGgGq3ysH&#10;oN45EpbdQx6M2ksqgthTNXnVWj9x02FGatJoTGXRb1Jg0HZWW9B+WlfPh11Tz5FfUM+cYU7PqWNM&#10;z7hjS9DLY0zQ5WJKzvJlS8jyZkvI8mZLyPJmS8jyZkvI8mZLyPJmS8jyZv+SDQDepgQAzrQGAMK/&#10;BgC5zAgAsN0MAKflHQOe5S0LlOU5ForkQiCB40oqd+JQM2/hWDtp4F9BY+BmRl7fbkpa33VOVt99&#10;UVLfhlNP35BWTd+bV0vgp1hJ4LVZSOHGWUjh31lH3/BZRtz1W0bc9VtG3PVbRtz1W0bc9VtG3PVb&#10;Rtz1W+2cBADRrQQAwrgFALfDBQCt0QgApO0QAZvtIAWS7S4Oiew6GIDsQyF27EoqbuxQMWbrVjdg&#10;61w8W+tkQFfra0NT63JGUOt6SU3sg0tK7IxNSOyWTkXtoVBD7a5RQu68UUHvzFJB7+VSQO3xUUDt&#10;8VFA7fFRQO3xUUDt8VFA7fFRQO3xUdSlAADEsgMAtrwDAKvJBQCg2AgAl/QTAY/1JAeH9TEPfvY7&#10;GHT2QiBs9kgnZfZPLV73VTFZ91s1VfdiOFH3aDtN+G89Svh2P0f4fkFE+YdDQvmRRUD6m0Y++qZH&#10;PPuxSDv7vkk6/M9JOfzjSTn840k5/ONJOfzjSTn840k5/ONJOfzjScetAAC3twIAqsMCAJ7QBACT&#10;4wkAjP0YAoT+Jwd7/zEPcv84Fmn/QBxi/0YiXP9NJlb/UypS/1ktTv9fMEr/ZTJH/2s0RP9xNUH/&#10;eTc//4E4PP+KOjr/kzs4/508Nv+nPTX/sT40/74+M//KPzP/yj8z/8o/M//KPzP/yj8z/8o/M//K&#10;P7iyAACqvQAAncoAAJHYAgCI+w0Bf/8ZAnb/JAZu/y0MZv81El//PBdY/0MbU/9JHk7/TyFK/1Uk&#10;Rv9bJkP/YCdA/2YpPv9rKjv/cis5/3ktNv+BLjT/ii8x/5QwMP+cMS7/pTIt/68zLP+3Myz/tzMs&#10;/7czLP+3Myz/tzMs/7czLP+3M6u4AACexQAAkNIAAIPgAAB9/w8Bcv8WAmj/HgRh/ycIWv8vDFT/&#10;NxBO/z4TSf9EFkX/ShhB/08ZPv9VGzv/WRw5/18dNv9kHjT/aR8y/3AgL/93IS3/fyIr/4cjKP+Q&#10;JCf/mSUm/6EmJf+nJiX/pyYl/6cmJf+nJiX/pyYl/6cmJf+nJp/AAACRzQAAg9sAAHj2AgBv/w0B&#10;ZP8SAlz/GQNU/yAETv8nBkj/LwhD/zYKP/88DDz/Qg44/0cPNf9MEDP/UREw/1YSLv9aEyz/XxQq&#10;/2UUKP9rFSb/cRYj/3kXIv+BGCD/iRge/5EZHf+XGR3/lxkd/5cZHf+XGR3/lxkd/5cZHf+XGf9W&#10;JwT/UTIF/1Y1B/9fPQ7/ZEUW/2ZOH/9kWCf/YWIv/15uNf9aeTv/V4Q//1SPQ/9RmEb/T6BI/06n&#10;Sv9Nrkv/TLVM/0u8Tf9KxE7/Sc5P/0neT/9I6VD/SPJQ/En2UPdL+VDxTPpP6077UOpP+1DqT/tQ&#10;6k/7UOpP+1DqT/tQ6k/7UP9WJwT/UTIF/1g0B/9iOw7/Z0QW/2lNH/9nVif/Y2Av/2BrNf9cdzv/&#10;WIJA/1WNRP9Tlkf/UJ9J/0+mS/9OrU3/TbRO/0y8T/9LxVD/Ss9R/0ngUf9J61H+SfJS+Uv3UvNN&#10;+VHtT/pR5lD6UuVQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6Uv9XJwP/UjEF/1oyB/9kOg7/akIW/2xL&#10;H/9qVCf/Z14v/2JoNv9edDz/WoBB/1eLRf9UlUj/Up1K/1ClTP9PrU7/TrRP/028Uf9MxVH/S9FS&#10;/0riU/9J7VP7S/NT9Uz3U+5P+FPoUPlT4VL6VOBS+lXgUvpV4FL6VeBS+lXgUvpV4FL6Vf9YJgP/&#10;VDAF/10xB/9nOA7/bUAW/29JHv9uUif/alwv/2VmNv9hcTz/XX1B/1mIRv9Wkkn/VJxM/1KkTv9Q&#10;q1D/T7NR/067Uv9NxFP/Tc9U/kzgVftM61X4TPRV8E/3VelR+FXiUvhW21T5V9lU+VfZVPlX2VT5&#10;V9lU+VfZVPlX2VT5V/9ZJgP/Vy4F/2AvB/9qNg3/cT4V/3NIHv9yUSb/b1ou/2pjNv9lbjz/YXpC&#10;/12FR/9aj0r/V5hN/1WgUP9UqFL+Uq9T/VG3VfxQwFb6T8tW+E/cV/VP6VfyT/NX6lL2V+FT91ja&#10;VfhZ0Vb4Ws9W+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Wv9ZJgP/WiwF/2QtB/9uMw3/dT0V/3hGHf93&#10;TyX/dFgt/3BgNf9qajz/ZnZC/2KBR/5ei0v7W5RP+VmdUvhXpFT2VqxW9VS0V/NTvFjyU8dZ8FLV&#10;WuxS5lrpU/JZ4VT1W9dW9lzPV/ddyFn4XcdZ+F3HWfhdx1n4XcdZ+F3HWfhdx1n4Xf9aJQP/XSoF&#10;/2cqBv9yMgz/eTsU/3xFHP98TST/elUs/3VeNP9vZzz8anJC+WZ9SPZjh0zzX5BQ8V2ZU+9boVbt&#10;WahY61iwWupXuVvoVsNc5lbRXONW5FzfVvBd1Vf1X8xZ9mDGWvZgwFv2Yb5c9mG+XPZhvlz2Yb5c&#10;9mG+XPZhvlz2Yf9bJQP/YCgF/2soBv93MAv/fjoT/4FDGv+CSyL/f1Mq/3tbM/l2ZDr1cG5B8Wx5&#10;SO1og03qZIxR52GVVeVfnVjjXaVa4VutXN5atl7cWcBf2lnOYNVZ4mDRWe9hylr0YsJc9GO8XfRk&#10;t17zZLZf82S2X/Nktl/zZLZf82S2X/Nktl/zZP9cJAP/YyYE/28mBf97Lwv/gjkR/4ZBGP+HSSD/&#10;hVEo+IJZMPJ9YDjtd2pA6HJ1R+Ruf03haYhS3WaRV9ljmVrVYKFd0l+oYM9dsWLNXLtjy1zHZMlc&#10;22XFXetlv13yZrhf8WezYPFnr2HxZ65i8WeuYvFnrmLxZ65i8WeuYvFnrmLxZ/9dJAP/ZiQE/3Ik&#10;Bf9+Lgr/hzcQ/4s/Fv+MRx35i08l8ohWLeyDXTbmfmc+4HhxRttze03VboNT0GqMWMxnlF3JZZxg&#10;xmOjY8NhrGXBYLVnv1/BaL1f0Gm6YOZptWHvaq9i72qrY+9qp2TvaaZl8GmmZfBppmXwaaZl8Gmm&#10;ZfBppmXwaf9eIwP/aSIE/3YjBP+CLAn/izYO/48+FP2RRRv0kUwi7Y5TKuaKWjLfhWU7135tRdB4&#10;dk3LdH9UxnCHWsJsj16/aZdiu2efZbhlp2i2ZLBqs2O7a7FjymyvY+Fsq2TtbaZm7WyjZ+1soGju&#10;a59o7mufaO5rn2jua59o7mufaO5rn2jua/9fIwP/ayAD/3kiBP+FKwj/jjQM/5M8EviWQxjvlkoe&#10;55VQJuCRWC7XimE6zoRqRch+c03CeXtVvnWDW7lxi2C1bpJksmyaZ69qo2qsaKxsqWe2bqdnxG+l&#10;Z9pvomjrb55p7G+bauxumWvtbZhr7W2Ya+1tmGvtbZhr7W2Ya+1tmGvtbf9fIwP/bh4D/3shBP+I&#10;Kgf/kTIL/5c6D/SaQRXrm0ca45tNIdqWVS3Pj145yIlnRMGDb027fndVtnl/W7F2h2Ctc49lqXCW&#10;aKZun2yjbKhuoGuycJ1rwHGca9JymmzpcZdt6nCUbetwkm7sb5Ju7G6Sbuxukm7sbpJu7G6Sbuxu&#10;km7sbv9hIQP/cB0D/34gA/+LKQb/lTEJ+5s4DfCePhHnoEQW36BKHdOaUivKk1w4wo1kQ7uHbU20&#10;gnRUr358W6p6hGGmd4tlonSTaZ5ym22acKRwl2+vcpVvvHOTb81zknDmc5Bw6XKOcepxjXHrcIxx&#10;63CMcetwjHHrcIxx63CMcetwjHHrcP9jIAP/chsD/4AfA/+OJwX/ly8I+J42C+2iOw7kpUAS2qRG&#10;HM6eUSrFl1o3vZFiQrWMakyvh3JUqYJ5W6R/gGCffIhlm3mQapd3mG2TdaFwkHOsc41zuHSLc8l1&#10;inTidIl06HOIdelyh3XqcYd16nCHdepwh3XqcId16nCHdepwh3XqcP9lHwP/dBoC/4MeAv+QJgT/&#10;mi0G9KE0CemmNwvgqj0O1KdEG8mhTynAm1g2uJVgQrCQaEupi29To4d2Wp6DfmCZgIVllH2NapB7&#10;lm6MeZ9xiXipc4Z3tXWEd8V2g3jfdYN46HSCeOlzgnjqcYJ46nGCeOpxgnjqcYJ46nGCeOpxgnjq&#10;cf9nHQP/dxkC/4UcAv+TJAP/nSsF8aQwBuaqMwjcrjcMz6pDGsWlTii8n1c1s5lfQauUZkqkkG1T&#10;not0WpiIe2CThYNljoKLaoqAk26Gfpxxgn2ndH98s3V9fMN2fH3bdnx96HR9fOhzfXzpcn186nF9&#10;fOpxfXzqcX186nF9fOpxfXzqcf9pHAL/eRgC/4cbAv+VIwP7oCkE7qgsBOOvLwXXsjQLy61BGcGo&#10;TCe3o1U0r51dQKeZZEmflGtSmZByWZONeV+OioBkiYeIaYSFkW2Ag5pxfIKkdHmBsXZ3gcB2doHW&#10;dnaB53R3gehzeIDpcnh/6nF4f+pxeH/qcXh/6nF4f+pxeH/qcf9rGwL/excC/4oaAf+YIQL4oyYD&#10;6qwnA9+0KQPStTIKx7BAGLysSyazp1MzqqJbPqKdY0iamWlRlJVwWI6Sd16Ij35kg42GaX6Kjm16&#10;iZhxdoeic3OGrnVxhr12b4fSdnCH6HRxhehzcoTpcnOE6nFzhOpxc4TqcXOE6nFzhOpxc4Tqcf9t&#10;GQL/fhYB/40YAf+bHgH0pyIC5rAgAdq6IQHNuDEJwrQ+F7iwSSSuq1IxpaZaPZ2iYUeVnmhPjptu&#10;V4iYdV2ClXxjfZOEaHiQjGx0j5VwcI2gcm2MrHRqjLt1aY3OdWmN6HRri+lzbYnqcW2I6nFtiOpx&#10;bYjqcW2I6nFtiOpxbYjqcf9wFwL/gRUB/5AWAf+eGgHwqxsB4rYWANO9HQHIuy8Ivbg8FbO0RyOp&#10;sFAwoKtYO5ioX0WQpGZOiaFsVYKec1t9nHphd5mBZnKXimpulpNuapSecWaUqnNkk7hzY5TLc2OU&#10;5nJlkupxZ4/qcGeO6nBnjupwZ47qcGeO6nBnjupwZ47qcP9zFQL/hRMB/5QUAPyjFQDqsBIA2b4M&#10;AM3BGwHCwC0HuL06E665RiGktU8tmrFWOZKuXkOKq2RMg6hqU3ylcVl2o3hfcaF/Y2yfh2honpFr&#10;ZJ2cbmCcqHBenLZxXZzJcV2c5HBemutwYJbrb2GV7G9hlexvYZXsb2GV7G9hlexvYZXsb/93EgH/&#10;iREB/5kRAPOoDgDXtQoAz8EKAMbFGAC8xCoFssI4Eae/RB6eu00rlLhVNou1XECEsmJJfK9pUHat&#10;b1Zwq3Zba6p9YGaohmRip49nXqaaalulpmxYpbVtV6bHbVem4mxXpO1sWp/tbFqe7Wxanu1sWp7t&#10;bFqe7Wxanu1sWp7tbP98EAH/jhAA9p4NANitCQDNuAkAx8QIAL7KFAC1yicEq8g2D6HFQRuXwkso&#10;jb9TM4W9Wjx9umFFdrhnS3C3bVFqtXRWZbR8W2CyhF9csY5iWLGZZVWwpWZTsLNnUrHGZ1Kx4WdR&#10;r/FoU6rwaFSp8GhUqfBoVKnwaFSp8GhUqfBoVKnwaP+CDgD/lAwA26UGAM6xBwDFuwcAvccHALXQ&#10;EACs0CMDo88zDJnNPxiPykgk/+L/4klDQ19QUk9GSUxFAAMJhshRLn3GWDh2xF8/b8JmRmnBbEtk&#10;wHNQX797VFu+hFhXvY1bVL2YXVG8pF9PvLNgTb3FYE294F9MvPBhTbf1Yk229WJNtvViTbb1Yk22&#10;9WJNtvViTbb1Yv+JCwDhnAMA0KoFAMW1BQC7vwQAsssIAKvYDQCj2SACmtgvCZDWPBSH1EYfftJP&#10;KXbQVjJvz145aM1kP2PMa0RezHNJWst6TFbKg09Syo1ST8qYVE3KpVZLyrNXSsvFV0nL4FZJyfBY&#10;R8f6WUjF+1pIxftaSMX7WkjF+1pIxftaSMX7WveRBADUogIAx68EALq5AwCwxAUAp9AJAJ/hEACY&#10;4SEDj+AwCYbgOxJ930Qbdd5NJG7dVStn3FwyYttkN13baztZ2nI/Vdp6Q1Lag0VO2o1ITNqYSkna&#10;pUtI27NMR9zETEbc3kxG2u1MRNj5T0PY+09D2PtPQ9j7T0PY+09D2PtPQ9j7T9uaAADKqQIAu7MC&#10;ALC9AwClyQUAm9YJAJToFAGM6SUEhOgzC3voPBRz6EQba+hLImTnUihe51ktWedgMlXnaDVS5284&#10;T+d3O0zngD1J54k/R+iUQUTon0JC6axDQem6REDqzURA6uREQOj1REDn+ENA5/hDQOf4Q0Dn+ENA&#10;5/hDQOf4Q82jAAC9rgEAsLgBAKTEAgCZ0AUAj+EKAInxGgGB8SgFePIyDHDyOxNp8kMZYvJKH1zz&#10;UCNW81cnUvNeK0/zZS1M9GwwSfRzMkb0ezRD9IQ2QfWONz71mTk99qQ6O/awOzr3vzw5+M88OPfo&#10;PDj37Dw49+w8OPfsPDj37Dw49+w8OPfsPL+qAACxswAApL8AAJjKAQCM2AQAhPoOAHz7GwJ0+yYF&#10;bPwwCmX8OBBe/UAVWP5HGVP+TR1P/1QgS/9aIkj/YSVF/2cmQv9tKED/dSo9/30rOv+GLTj/kS42&#10;/5svNP+mMDP/sjEy/74yMf/QMjH/1jIx/9YyMf/WMjH/1jIx/9YyMf/WMrKvAAClugAAmMYAAIvS&#10;AAB/3wIAef8RAW//GQJn/yIEYP8sB1r/NAxU/zwPT/9DE0r/SRVH/08XQ/9VGUD/Wxs+/2EcO/9m&#10;Hjn/bR82/3QgNP99ITH/hiMv/5EkLf+bJSz/pSYr/68mKv+7Jyn/vicp/74nKf++Jyn/vicp/74n&#10;Kf++J6a2AACYwgAAi84AAH7bAAB1+QcAa/8PAWL/FgJb/x4DVP8mBU7/LgZJ/zUIRf88C0H/Qw0+&#10;/0gOO/9OEDj/UxE1/1gSM/9eEzH/ZBQu/2oVLP9yFir/ehcn/4MYJf+OGST/mBoj/6AaIv+qGyH/&#10;rRsh/60bIf+tGyH/rRsh/60bIf+tG5q+AACLygAAftcAAHDjAABn/wQAXv8NAFb/EgFP/xkCSf8g&#10;A0P/JwQ//y4FOv80Bjf/Ogcz/z8HMP9ECC7/SQks/04JKf9TCif/WAol/14LI/9kCyH/bAwf/3QN&#10;Hf99Dhv/hw4Z/48PGP+ZDxj/mxAY/5sQGP+bEBj/mxAY/5sQGP+bEP9MKgP/SDMF/080Bv9UNwj/&#10;WkEO/1xKFv9aVB3/V2Ak/1RrKv9QeC//TYQz/0qPNv9HmTn/RqE7/0WpPP9EsD7/Q7c//0LAP/9C&#10;yUD/QdVB/0HkQf9B7kL/QfZC/0H9Qv9C/0H5RP9B9Eb/Qu9H/0LvR/9C70f/Qu9H/0LvR/9C70f/&#10;Qv9NKQP/SjIE/1EyBv9XNgj/XD8O/15JFv9dUx3/Wl4k/1dpKv9TdS//UIE0/02NN/9Klzr/SJ88&#10;/0enPf9Grj//RbVA/0S9Qf9ExkL/Q9FC/0PiQ/9D7EP/Q/VD/0P8Q/xE/0P1R/9D70j/ROtJ/0Tr&#10;Sf9E60n/ROtJ/0TrSf9E60n/RP9NKQP/TDAE/1QxBf9ZNAj/Xz0O/2FHFv9gUh3/XVwk/1pnK/9W&#10;czD/U380/0+KOP9NlDv/S509/0qkP/9IrED/SLNB/0e7Qv9Gw0P/Rs5E/0XfRP9F6kX9RfNF+0X7&#10;RfdG/0TwSf9F6kr/RuVL/0flS/9H5Uv/R+VL/0flS/9H5Uv/R/9OKQP/Ty4E/1cuBf9dMgf/YzsO&#10;/2VGFv9lUB3/YVkk/11kK/9acDD/Vnw1/1OHOf9QkTz/Tpo//02iQP9LqUL/SrBD/0q3RP9JwEX/&#10;SMpG/UjbRvpI50f4SPJH9Uj6RvFJ/0fqS/9I40z/Sd5N/0reTf9K3k3/St5N/0reTf9K3k3/Sv9P&#10;KAP/UiwE/1osBf9hLwf/ZzoO/2pEFf9qThz/Z1ck/2JhK/9ebTH/W3g2/1eDOv9UjT3/UpZA/1Ce&#10;Qv5PpUT8Tq1F+020R/pMvEj5TMdI9kvUSfNL5UnwS/BJ7Uz5SOlM/0rhTv9L2k//TNNQ/03TUP9N&#10;01D/TdNQ/03TUP9N01D/Tf9QKAP/VSoE/10pBf9lLQf/bDgN/29CFP9vSxz/bFUj/2heKv9jaTH/&#10;X3Q2/Vx/O/tZiT/5VpJC91SaRPVTokb0UqlI8lGxSfFQuUrvT8NL7k/PS+tP4kvnT+5L5E/4Td9P&#10;/k7VUf9PzlL/UMlT/1DJU/9QyVP/UMlT/1DJU/9QyVP/UP9RJwP/WCcE/2EnBP9qLAb/cTYM/3RA&#10;E/90SRr/clIi/25bKf1oZDD5ZXA29mF7O/NehUDwW45D7lmWRuxXnkjqVaZK6FStTOdTtU3lU79O&#10;41PMTuFT307dU+1P2FL3UdFT/VLKVP5TxFb/U79X/1O/V/9Tv1f/U79X/1O/V/9Tv1f/U/9SJwP/&#10;WyUD/2UkBP9uKgb/djQL/3o9Ef96Rhj/eE8g+3RYKPZvYS/xa2w27Wd2POljgEDmYIpF5F2SSOFb&#10;mkrfWaJN3ViqT9pXslDYVrxR1VXIUtJV21POVutTy1b2VcZW/Va/WP1Wuln9V7Za/Ve2Wv1Xtlr9&#10;V7Za/Ve2Wv1Xtlr9V/9TJgP/XyID/2khA/9zKAX/ezIK/387EP+ARBb7fkwe9HtUJe52XS3pcWg0&#10;5G1yO+BpfEHcZYVG2GKOStRflk3RXZ1QzlylUsxarVTJWbZWx1nCV8ZZ0FfCWeZYv1nzWbta+1m1&#10;W/tasF37Wq1d+1mtXftZrV37Wa1d+1mtXftZrV37Wf9WJAP/YiAD/20gA/93JgT/fzAI/4Q5Df2G&#10;QRT1hUkb7oJRIud9WirheGQy3HNuOtRud0HQaoBHzGaJTMhkkVDFYphTw2CgVcBeqFi+XbFZu128&#10;W7lcyVy3XOBctF3vXLBe+V2rX/ldqGD5XKVh+VylYflcpWH5XKVh+VylYflcpWH5XP9YIgP/ZR4D&#10;/3EfA/97JAP/hC4H/4k2C/iLPhHvi0YX6IhOHuGEVybZfmEx0XhqOstzc0LGb3xIwmyETb5pjFG7&#10;ZpNVuGSbWLVjo1qzYaxcsGC3Xq5gxF+sYNhfqWHrX6dh91+iY/dfn2T3X51k+F6dZPhenWT4Xp1k&#10;+F6dZPhenWT4Xv9bIAL/aBwC/3QdAv9+IwP/iCsF/Y00CfOQOw7qkEMU4o9KGtqKVCXQg10wyX5n&#10;OsN4b0K+dHhIuXGATrVuiFKya49Wr2mXWqxnn1ypZahfpmSyYaRkv2KiZNBioGTnYp5l9WKaZvVh&#10;mGf2YJZo9mCWaPZglmj2YJZo9mCWaPZglmj2YP9dHwL/ahoC/3ccAv+CIQL/iykE+ZExB++VOAvm&#10;lj8Q3ZRHF9KOUSTKiFsvwoNkObx+bEG3eXRIsnV8Tq5yhFOqb4tXpm2TW6Nrm16gaqRgnWiuY5to&#10;umSZaMtll2jjZJVp82STavRjkWv1YpBr9WGQa/VhkGv1YZBr9WGQa/VhkGv1Yf9fHQL/bRgC/3ob&#10;Av+FHwL/jicD9ZUuBeuZNQjhnDsM1phDFsyTTyLEjVguvYdhOLaCaUGwfnFIq3p5Tqd3gFOjdIhY&#10;n3GQW5tvmF+YbqFilW2rZJJst2aQbMZmj2zfZo5t8WWMbvNki270Y4pu9GKKbvRiim70Yopu9GKK&#10;bvRiim70Yv9hHAL/bxYC/3waAf+IHgH/kSQC8pkrBOeeMQXdoDYJ0ZxBFceXTSG/kVYtt4xfN7GH&#10;Z0Crgm5IpX52TqB7fVOceIVYmHaNXJR0lV+Rcp5ijnGoZYtwtGeJcMNoh3DbZ4Zx7maGcvJlhXLz&#10;ZIRy9GOEcvRjhHL0Y4Ry9GOEcvRjhHL0Y/9jGgL/cRUB/38YAf+KHAH8lCEC7pwnAuOiLAPYpDII&#10;zJ9AFMOaSyC6lVUss5BdN6yLZT+lh2xHoINzTZuAe1OWfYJXknqKXI54kmCKdptjh3WlZoR0sWeC&#10;dMBogHTVaIB17Gd/dvJmf3XzZX9182R/dfNkf3XzZH9182R/dfNkf3XzZP9lGQL/dBQB/4EXAf+N&#10;GgH5lx4B66AjAd+mJgLSpzAHyKM+E7+eSR+2mVMrrpRbNqePYz+gi2pGm4dxTZWEeFKQgX9XjH+H&#10;XIh9kGCEe5ljgHqjZn55r2h7eb1pennRaXl66mh6evJmennyZXp582R6efNkennzZHp582R6efNk&#10;ennzZP9nFwL/dhQB/4QWAf+QFwH1mxoB56QdAdurHwHOqi8GxKY9ErqhSB6ynVEqqphZNKKUYT6c&#10;kGhFloxvTJCJdlKLhn1XhoSFW4KCjV9+gJdjen+hZnd+rGh1fbtpc37OaXN+6Gh0fvFmdH3yZXV8&#10;82R1fPNkdXzzZHV882R1fPNkdXzzZP9pFgH/eBMB/4cUAP+TFQDxnhUA46gWANWuGwHKrS0GwKk7&#10;EbalRh2toVAppZxYM56YXzyXlGZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpRidISfZXGDqmdvg7hp&#10;bYPLaW2D5mhug/Jmb4LyZXCB82RwgfNkcIHzZHCB82RwgfNkcIHzZP9rFAH/exIB/4oSAP+WEgDt&#10;ohAA3q0OANCxGQDFsCsFu605D7KpRBuppU4noKFWMpmdXjuSmmRDi5drSoaUclCAknlVe4+AWneN&#10;iV5yjJJhboqcZGuJqGdpibZoZ4nIaGeJ42doifJmaYfzZWqG82RqhvNkaobzZGqG82RqhvNkaobz&#10;ZP9uEgH/fhAA/40QAPeaDgDbpwoA07ALAMq0FgDAtCkEtrE3Dq2uQxqkqkwlm6ZVMJOjXDmMoGNB&#10;hp1pSICacE57mHdTdpZ+WHGUhlxskpBgaJGaY2WQpmVjkLRmYZDGZmGQ4WZhkPJlY47zZGSM9GNk&#10;jPRjZIz0Y2SM9GNkjPRjZIz0Y/9xEAH/gg8A/5ENAN6fCQDTqgkAzLMJAMS4EwC6uCYDsbY1DKez&#10;QRier0ojlqxTLo6pWjeHpmE/gKRnRnqhbkx1n3VRcJ18VWuchFpmmo5dY5mYYF+YpGJdmLJkW5jD&#10;ZFuY3mNbmPBjXJX1Yl6T9WJek/ViXpP1Yl6T9WJek/ViXpP1Yv91DgD/hg0A65YIANWjBwDMrQgA&#10;xbYHAL28EQC0vSMCq7syCqG5PxWYtkggkLNRK4iwWDSArl88eqtmQ3SpbEhvqHNOaqZ6UmWlglZh&#10;o4xaXaKWXFqiol9XobBgVqHBYFWi3GBVoe9gVp/3X1ec919XnPdfV5z3X1ec919XnPdfV5z3X/96&#10;DAD9iwkA2psEAM6nBgDEsAYAvLkEALXBDgCswiABpMEwCJq/PBORvUYdibpPJ4G4VjB6tl04c7Rk&#10;P26yakRosXFJZLB5TV+ugVFbrYpUWK2VV1SsoVlSrK9bUKzAW1Cs2lpPq+5bT6r6W1Gm+ltRpvpb&#10;Uab6W1Gm+ltRpvpbUab6W/+ACQDhkgEA0aAEAMarBQC8tAQAs70DAKvHCwCkyRwBnMgsBpPHOQ+K&#10;xUQZgcNNI3rBVCxzv1szbb5iOWe8aT5iu3BDXrp3R1q5gEtWuYlOU7iUUFC4oFJNuK5UTLi/VEu5&#10;2FRLt+1USrb5VUqz/lZKs/5WSrP+Vkqz/lZKs/5WSrP+VvqHAgDWmAAAyaUDAL2vAwCzuAEAqcIE&#10;AKHNCACa0BYAktAoBIrPNgyBzkEVecxKHnLLUiZsylotZslhMmHIaDdcx288WMZ2P1XGf0NRxYlF&#10;TsWUSEvFoEpJxa5LSMW/S0fG2EtHxe1LRsP5TUXC/05Fwv9ORcL/TkXC/05Fwv9ORcL/Tt+QAADM&#10;nwAAv6oBALOzAQCpvQIAn8cFAJbSCQCO2hIAiNskAoDaMgh42T4QcdhIGGrXUB9k1lglX9VfKlvU&#10;Zy9X1G4zU9N2NlDTfzlM04g7StOUPkfToD9F1K5ARNS/QUPV2EBE0+xAQtL2QkHR/kRB0f5EQdH+&#10;REHR/kRB0f5EQdH+RNGYAADDpQAAta4AAKm4AACewwIAlM0GAIrZCgCE4xgBfeQmA3XkMghu4zwP&#10;Z+NFFWHjTRtc41UgV+NdJFTjZCdQ4msqTeJzLUrjfDBI44YyReOQNEPjnDVB5Kk2QOS4Nz/lyzc/&#10;5eQ3P+PzNj3i+zg94vs4PeL7OD3i+zg94vs4PeL7OMahAAC3qwAAqrQAAJ6+AACTyQIAiNQGAH/u&#10;DgB57RsBce0nA2ruMghk7jsNXu5DE1juSxdT7lIaUO9ZHkzvYCBJ72cjR+9vJUTwdydB8IApP/CK&#10;Kj3xlSw78aEtOfKuLjjyvi8389AvN/PnLzbx8y828fMvNvHzLzbx8y828fMvNvHzL7mnAACrsAAA&#10;n7sAAJLGAACG0AEAe90FAHT3EQBt9xwBZvgmA1/4LwZa+TgKVPlADlD6RxFM+k4USPtVFkX7WxhC&#10;+2IaQPxoHD38cB06/XgfOP2CIDb9jSI0/pgjMv6kJDH/sSUw/78mL//PJi7/4yYu/+MmLv/jJi7/&#10;4yYu/+MmLv/jJq2tAACftwAAksIAAIbNAAB52gAAcPIIAGj/EQBh/xoBWv8jA1T/KwRP/zMGSv87&#10;CEb/QgtD/0kNQP9PDj3/VRA6/1sROP9hEzX/aBQz/28VMP94Fi7/ghcs/40ZKv+ZGin/pBoo/68b&#10;J/+6HCb/xxwm/8ccJv/HHCb/xxwm/8ccJv/HHKG0AACTvwAAhsoAAHjWAABs4gAAY/wHAFz/DwBV&#10;/xYBT/8eAkn/JgNE/y4EQP80BTz/OwY5/0EHNv9GCDP/TAgx/1EJLv9XCiz/XQoq/2QLKP9sDCX/&#10;dQ0j/38OIf+KDyD/lRAe/6AQHv+oER3/sREd/7ERHf+xER3/sREd/7ERHf+xEZW8AACGxwAAedMA&#10;AGvgAABe7QAAVv8DAE//DABJ/xIBQ/8ZAT7/IAI5/ycDNf8tAzL/MwQu/zgEK/89BSj/QgUm/0cF&#10;JP9MBiL/UQYg/1cGHf9eBxv/ZQcZ/24IF/94CBX/gwgT/40JE/+WCRL/ngkS/54JEv+eCRL/ngkS&#10;/54JEv+eCf9CLQP/QjIE/0gyBP9MNgb/TjwI/1BHDv9QUhX/Tl8a/0trH/9IdyT/RYMn/0KOKv9B&#10;lyz/P6Au/z+nL/8+rjD/PbUx/z28Mv88xTL/PM4z/zvfM/876jT/O/M0/zv7NP88/zP+PP8z/D3/&#10;NPY//zX1P/819T//NfU//zX1P/819T//Nf9DLAP/RDAE/0owBP9ONAb/UToI/1NGDv9SURX/UV0a&#10;/05pIP9LdCT/SIAo/0WLK/9DlS3/Qp0v/0GlMP9ArDH/P7My/z+6M/8+wjT/Psw0/z7cNf896DX/&#10;PfE1/z76Nf0+/zX7P/80+D//NvJB/zfwQf838EH/N/BB/zfwQf838EH/N/9ELAP/Ry4D/00uBP9R&#10;MgX/VDkI/1dEDv9WTxX/VFob/1FmIP9OciX/S30p/0iILP9Gki7/RZsw/0SiMv9DqTP/QrA0/0K3&#10;Nf9Bvzb/Qck2/0DXN/9A5Tf9QPA3+kD4N/dB/zb2Qf838kH/OOxD/znqRP856kT/OepE/znqRP85&#10;6kT/Of9FKwP/SSwD/1AsBP9VLwX/WTcI/1xCDv9bTRX/WFcb/1ZjIP9SbyX/T3oq/0yFLf9KjzD/&#10;SJgy/0efNP9GpjX/Ra02/0W0N/9EvDj+RMY4/ETSOflD4jn2RO4580T3OfFE/znvRP8660X/O+RG&#10;/zzjRv8840b/PONG/zzjRv8840b/PP9GKwP/TSkD/1QpBP9ZLAX/XjUH/2FADf9hShT/XlQa/1pf&#10;IP9Xayb/VHYq/1GBLv9OizH+TJQ0/EucNftKozf6Sao4+EixOfdIuTr2R8I79UfNO/JH3zvuR+w7&#10;60j2O+lH/z3nR/8+4Uj/P9pK/0DYSv9A2Er/QNhK/0DYSv9A2Er/QP9HKgP/UCcD/1gmA/9eKgT/&#10;YzMH/2Y9Df9mRxP/ZFEa/2BbIP9cZyb9WXIr+lZ9L/hThzP2UZA19FCYN/JOnznxTaY770ytPO5M&#10;tT3sS74960vKPulL3D7lTOo94kv1P99L/kHcSv9C1Ez/Q81N/0PLTv9Dy07/Q8tO/0PLTv9Dy07/&#10;Q/9KKAP/VCQD/1wjA/9jKAT/aDAG/2w7C/9sRBL/ak4Z/mZYH/lhYiX1Xm0r8lt4MO9YgjTsVos3&#10;6lSUOehTmzvmUaM95VGqPuNQsj/hT7tA4E/HQN5P2EHZT+hB1E/0Q9BO/kXOTv9GyFD/RsJR/0fA&#10;Uf9HwFH/R8BR/0fAUf9HwFH/R/9NJQL/VyEC/2AgA/9oJgP/bi4F/3I4Cv9yQRD9cEsX921UHfJo&#10;XiTtZGkq6WF0MOVefjTiW4c44FmPO91Xlz7bVZ9A2FSmQtVTrkPSUrdE0FLCRc5S0EbLUuVGyFLy&#10;SMVS/UnCUv9KvFT/SrdV/0q2Vf9KtlX/SrZV/0q2Vf9KtlX/Sv9QIwL/Wx4C/2QeAv9tJAP/cysE&#10;/3c1CP54Pg72d0cU8HRQG+pvWiLka2Up4GdvL9tjeTXWYII60l2KPs9bkkHMWZpDylihRchXqUfG&#10;VrJJxFa8SsJVyUu/Vd9LvFbuTLlW+k23Vv9Nslj/Ta5Z/02sWf9NrFn/TaxZ/02sWf9NrFn/Tf9T&#10;IAL/XhwC/2gcAv9xIgL/eCgD/3wxB/h+OgvwfUMR6XpMGOJ2Vx/ccmEo1G1rL89pdDbLZX07x2KF&#10;QMRgjUPBXpVGv12cSLxbpEu6Wq1MuFm3TrZZw0+0WdVPsVrqUK5a91CsWv9QqFv/UKRc/1CkXf9P&#10;pF3/T6Rd/0+kXf9PpF3/T/9WHgL/YRkC/2waAv91IAL/fCUD/YEuBfOENwnqhD8O4oFIFdt9Ux3R&#10;d10ny3JnMMZucDfCang8vmeAQbpliEW3Y5BItGGYS7Jfn02vXqhPrV2yUatdvlKpXc5Tpl3lU6Re&#10;9FOiXv9Tn1//Upxg/1KbYP9Sm2D/Uptg/1KbYP9Sm2D/Uv9YHAL/ZBcB/3AZAf95HQH/gCMC+IYq&#10;A+2JMgbkijsK3IhFEtGCUBzKfVomxHhjL75zbDe5b3Q9tWx8QrJqhEauZ4xKq2WTTahkm0+lYqRS&#10;o2GuVKFhuVWfYchWnWHhVpti8VWZYv1Vl2P/VJVk/1SUZP9TlGT/U5Rk/1OUZP9TlGT/U/9aGgL/&#10;ZxUB/3MXAf99GwH/hCAB84omAuiOLgTfkDYH1IxBEcuHTRvEglcmvX1gL7d4aTaydHE9rnF4Qqpu&#10;gEembIhKo2qPTqBomFGdZ6BTmmaqVZhltVeVZcRYlGXbWJJm71eRZvxXj2f+Vo5n/lWNaP5VjWj+&#10;VY1o/lWNaP5VjWj+Vf9cGAH/aRMB/3YWAf+AGQH9iB0B744iAeSTKQLalDEGzpA/D8aLSxq+hlUl&#10;t4FeLrF9ZjaseW48p3Z1QqNzfUefcIRLnG6MTphslFKVa51UkmqnV5BpslmNacBajGnVWopq7FmK&#10;avpYiWv9V4dr/VaHa/5Wh2v+Vodr/laHa/5Wh2v+Vv9eFwH/bBIB/3gUAf+DFwD5ixoA65IdAeCY&#10;IwHTmC8FypQ9DsGPSRm5ilMksoZbLayBZDWmfms8oXpyQp13ekeZdYFLlXOJT5FxkVKOb5pVi26k&#10;WIhtr1qGbb1bhG3QW4Nu6VqDbvhZgm/8WIJv/VeCb/1Xgm/9V4Jv/VeCb/1Xgm/9V/9gFQH/bhEB&#10;/3sTAP+GFAD2jxYA55YYANucHADPmy0ExZc7DbyTRxi0jlEjrYpZLKeGYTShgmk7nH9wQZd8d0aT&#10;eX5Lj3eGT4t1jlKIc5dVhHKhWIJxrFp/cbpcfnHMXH1y51t9cvZafHL8WXxy/Fd8cv1XfHL9V3xy&#10;/Vd8cv1XfHL9V/9iFAH/cREB/30RAP+IEgDykhIA45oSANWfGQDKnisEwZs5DLiXRRewkk8iqY5Y&#10;K6KKXzOchmc6l4NuQJKAdUWNfnxKiXyEToV6jFKCeJVWfnefWHt2qlt5dbhcd3XKXHd25Vx3d/Va&#10;d3b7WXd2/Fh3dvxXd3b8V3d2/Fd3dvxXd3b8V/9kEgH/cxAA/4AQAP+LEADvlQ4A354NANCiFwDG&#10;oSkDvZ43C7SaQxaslk0gpJJWKp2OXjKXi2U5kohsQI2Fc0WIg3pKhICBToB/ilJ8fZNVeHydWHV7&#10;qFtzerZccXrHXHF64lxxe/NacXv7WXJ6/FhyevxYcnr8WHJ6/FhyevxYcnr8WP9nEQH/dQ8A/4MO&#10;APSODQDbmQoA1KELAMykFQDCpCcDuKI2CrCeQhWnmkwfoJdUKZmTXDGTkGM4jY1qP4iKcUSDiHhJ&#10;foZ/TXqEiFF2gpFVc4GbWG+Aplptf7Rca3/FXGuA31xrgPJaa4D7WWx+/FhtfvxYbX78WG1+/Fht&#10;fvxYbX78WP9pEAH/eA4A/4UMAOKSCADVmwkAzqMJAMeoEgC9qCUCtKY0CauiQBOjn0oem5tSJ5SY&#10;WjCOlWE3iJJoPYKQb0N+jnZIeYx9THWKhVBxiI5UbYeZV2qGpFlnhbFbZYXCW2WF3FtlhfBaZoX7&#10;WWeD/Fhng/xXZ4P8V2eD/Fdng/xXZ4P8V/9sDgD/ewwA8okJANmVBgDPnggAyaYIAMGrEAC4qyIC&#10;r6oyCKanPhKepEgclqFRJY+eWC6Im181gplmPH2WbUF4lHRGc5J7S2+Qg09rj4xSZ46WVWSNolhh&#10;jK9ZX4zAWl+M2VlfjO5ZX4z7WGGK/Vdhif1XYYn9V2GJ/Vdhif1XYYn9V/9vDAD/fwkA340DANKY&#10;BgDKogYAwqkGALqvDgCysCABqa4vBqGsPBCYqUYakadPI4mkViyDol0zfZ9kOXedaz9ym3FEbpp5&#10;SGmYgUxll4pQYZWUU16VoFVblK1XWpS9WFmU1FdZlOxXWZP5VluR/lVbkP5VW5D+VVuQ/lVbkP5V&#10;W5D+Vf9zCQD1hAQA2JEDAMycBQDDpQUAu60EALOzDACrtRwBo7QsBZuyOQ6SsEQXiq1NIIOrVCl9&#10;qVwwd6diNnGlaTxspG9BaKJ3RWShf0lfn4hMXJ6ST1ienlJWnatTVJ28VFOd0VRTnetTU5z4U1Sa&#10;/1NUmf9TVJn/U1SZ/1NUmf9TVJn/U/94BgDhiQAA0JYCAMahAwC8qQMAs7ABAKu4CACkuhgAnLop&#10;A5S5NguMt0EUhLVKHXyzUiV2sVoscK9gMmuuZzhmrW48Yqt1QF6qfURaqYZIVqiRSlOonU1Rp6pO&#10;T6i6T06oz09Op+lPTab3T02l/09OpP9PTqT/T06k/09OpP9PTqT/T/p/AADYjgAAyZsBAL6lAgC0&#10;rQEAq7UAAKG/BACbwRQAlMElAozAMwiEvz4RfL1IGXW8UCFvulgnarlfLWW4ZTJgt2w2XLZ0Oli1&#10;fD5VtIVBUbSQRE6znEZMs6lISrO5SEm0zkhJs+lISLH2SUiw/0pIsP9KSLD/Skiw/0pIsP9KSLD/&#10;SuKGAADOlAAAwqEAALapAACrsQAAoboBAJjDBQCQyRAAiskgAYPJLwV7yDsNdMdFFG7GThtoxVYh&#10;Y8RdJ17DZCtawmsvVsFyM1PBezZPwIQ5TMCPPErAmz5HwKg/RsC4QEXAzUBFwOg/RL72QUO9/0JD&#10;vP9DQ7z/Q0O8/0NDvP9DQ7z/Q9aNAADGmwAAuKUAAK2uAACitgAAmL8CAI3IBgCD0QsAf9IaAHnS&#10;KgNy0jcIbNFCD2bRSxVh0FMaXM9bH1jPYiNUzmknUc5xKk3Oei1KzoMwSM6OMkXOmjRDzqg1Qs64&#10;NkHPzTVBzug1QM31Nz/L/jk+y/85Psv/OT7L/zk+y/85Psv/OcqWAAC8ogAAr6oAAKOzAACYvAAA&#10;jcYDAILPBwB42QsAc94YAG7eJgJo3jMFYt4+Cl3eSA9Z3lAUVd5YF1HeYBtO3mceS91vIEjeeCNG&#10;3oElQ96MJ0HemCk/3qYqPt+1Kj3gyCo93+MqPN3xKzvc+y063P0uOtz9Ljrc/S463P0uOtz9LsCf&#10;AACxpwAApLAAAJi6AACNwwAAgc0CAHbXBwBu6A8AaegbAWPoJwJe6TIFWOk7CFTpRAxP6kwPTOpT&#10;EknqWxVG6mIXROtqGUHrchs/63sdPOuGHjrskSA47J4hN+2sIjbtuyM17s8jNO7mIzTr9SM06/gj&#10;NOv4IzTr+CM06/gjNOv4I7OlAACmrQAAmbcAAI3BAACAywAAddUBAGnhBgBk8xEAXvMcAVn0JgJU&#10;9DAET/U4Bkv1QAhH9kcKRPZODEH3VQ4/91wPPPdjETr4ahM3+HMUNfh9FjP5iBcx+ZQYL/qhGS76&#10;rxot+74aLPvPGyv75xsr++sbK/vrGyv76xsr++sbK/vrG6iqAACatAAAjb8AAIDJAAB00wAAZ94A&#10;AF7yCABZ/hEAU/8aAU7/IwJJ/ysDRf8zBEH/OgU+/0EGO/9HBzj/Tgg1/1QJM/9aCTH/YQov/2kL&#10;LP9yDCr/fQ0o/4gOJv+VDyX/oRAk/64RI/+6EiL/yhIi/9ASIv/QEiL/0BIi/9ASIv/QEpyyAACO&#10;vAAAgccAAHPRAABn3QAAWeMAAFP9BgBN/w4ASP8WAEP/HgE//yYCOv8tAjf/MwMz/zkDMP8/BC7/&#10;RAQr/0oFKf9QBSf/VgYk/10GIv9lByD/bgcd/3kIG/+FCBr/kgkZ/54JGP+oCRf/swkX/7cJF/+3&#10;CRf/twkX/7cJF/+3CZC6AACCxQAAdNAAAGfcAABY4wAATfAAAEf/AgBC/wwAPP8RADj/GAE0/x8B&#10;MP8lASz/KwIp/zACJf81AiP/OgIg/z8DHv9EAxz/SQMZ/08DF/9WBBX/XgQS/2gEEf9yBQ//fgUO&#10;/4oFDv+UBQ3/ngUN/6IFDf+iBQ3/ogUN/6IFDf+iBf85LwL/PDAD/0ExA/9ENAT/RDoG/0RFCP9F&#10;UQz/Q10R/0FpFv8+dhn/PIEc/zqMHv85liD/OJ4h/zelI/83qyP/NrIk/za5Jf82wCX/Ncom/zXX&#10;Jv815Sb/Ne8m/zX4Jv82/yb+Nv8m/Db/Jvw2/yf6Nv8o+jb/KPo2/yj6Nv8o+jb/KP85LwL/Pi8D&#10;/0QvA/9GMgT/SDgG/0hDCP9ITw3/R1sS/0RnFv9Ccxr/P38d/z2KH/88kyH/O5sj/zqiJP85qSX/&#10;ObAm/zi2Jv84vif/OMcn/zjTKP844yj/OO0o/jj3KPs4/if5Of8n+Dj/Kfg4/yr2OP8q9jj/KvY4&#10;/yr2OP8q9jj/Kv86LwL/QSwD/0YsA/9KLwT/TDcF/01BCP9MTA3/S1gS/0hkF/9GcBv/Q3we/0GH&#10;IP8/kCP/Ppgk/z2gJf89pib/PK0n/zy0KP87uyn/O8Qp/zvPKf474Cr7O+sq+Dv1KfY8/in0PP8q&#10;8zv/K/I7/yzvO/8t7zv/Le87/y3vO/8t7zv/Lf88LQL/RCkC/0opA/9OLAT/UTQF/1I+CP9SSg3/&#10;UFUS/01hF/9KbRv/SHgf/0WDIv9DjST/QpUm/0GdJ/9Aoyj/QKop/j+xKv0/uCv8P8Er+j/LK/c/&#10;3Cz1P+ks8T/0K+8//SztP/8t7D7/L+s+/zDnP/8w5z//MOc//zDnP/8w5z//MP9AKgL/SCYC/04m&#10;A/9SKQP/VjIF/1c8B/9XRwz/VVES/1JdF/9QaRz/TXQg/0p/I/1IiSb7R5Eo+kaZKfhFoCr3RKcr&#10;9UStLPRDtS3zQ70t8kPILvBD1y7sQ+cu6UTzLeZD/DDkQv8x40L/MuFC/zPcQ/803EP/NNxD/zTc&#10;Q/803EP/NP9DJwL/SyMC/1IiAv9YJwP/XC8E/105B/9eQwz/W04R/1hYF/5VZBz6Um8g91B6JPRN&#10;hCfyTI0p8EqVK+9JnC3tSaMu7EiqL+pHsS/pR7ow50fFMOZH0jDiSOUw30fyMttH+zTYRv811Ub/&#10;NtJG/zfNSP83zUj/N81I/zfNSP83zUj/N/9GJAL/TyAC/1YfAv9dJAP/YSwE/2M1Bv9kQAv/YkoQ&#10;+l5UFvVbXxzxWGsg7lV1JetTfyjoUYgr5k+RLeROmC/iTaAw4UynMd9MrjLdS7cz20vCNNlKzzXV&#10;S+Q10EvwNs1K+zjKSv86yEr/OsZL/zvBTP87wUz/O8FM/zvBTP87wUz/O/9KIQL/Ux0C/1scAv9i&#10;IgL/ZykD/2kyBf9qPAn5aEYP8mVQFe1hWxroXmYg5FtxJeFYeyneVoQs21SML9hSlDLUUZs00lCj&#10;NdBPqjfOTrI4zE68OcpOyTrITt06xE/tO8FO+T2+Tv89vE7/PrpP/z62UP8+tlD/PrZQ/z62UP8+&#10;tlD/Pv9NHgL/VhoB/18aAf9nIAL/bCYC/28uBPlwOAfyb0IM62xLEuVpVxnfZWIf2mFsJdRddirQ&#10;W34vzVmHMspXjzXIVpY3xlSdOcRTpTvBU608v1K3Pr1Swz+8UtM/uVLoP7VS9kGzUv9BsVP/Qa9T&#10;/0GsVP9BrFT/QaxU/0GsVP9BrFT/Qf9QHAH/WhcB/2QYAf9sHQH/cSMC/XUqA/N2MwXrdj0K43NH&#10;D9xvUxfUa14fzmZnJspjcSvGYHkwwl6BNL9ciTe9WpE6ulmYPLhYoD62V6hAtFayQrJWvUOwVcxD&#10;rVbjRKtW80SoV/5Ep1f/RKVY/0SiWP9Eolj/RKJY/0SiWP9Eolj/RP9TGQH/XRQB/2gWAf9wGgH/&#10;diAB93omAu18LgPkfDgH3HpEDdJ1TxbLcFoexmxjJsFobCy9ZnUxuWN9NbZhhDmzX4w8sF2UP65c&#10;m0GrW6RDqVqtRadauEalWcdHo1reR6Fa70efW/xHnVv/R5tc/0aaXP9Gmlz/Rppc/0aaXP9Gmlz/&#10;Rv9VFwH/YBIB/2sUAf90FwD/ehwB8n8iAeeBKQLegjME039ADMt6TBXEdlYevnFgJbluaCy0a3Ey&#10;sWh5Nq1mgDqqZIg9p2KPQKVgl0OiX6BFn16pR51etEmbXcJKmV3WSpde7EqWX/pJlV//SZNg/0iS&#10;YP9HkmD/R5Jg/0eSYP9HkmD/R/9YFQH/YxEB/24SAP93FQD7fhgA7YMdAOKHIwHWhy4DzIM9C8V/&#10;SRS9e1Mdt3ZdJbJzZSytb20yqW11N6ZqfDuiaIQ+n2aMQZxllESZY5xHl2KmSZRisEuSYb5MkGHQ&#10;TI9i6EyOY/hLjWP/Soxk/0mLZP9Ji2T/SYtk/0mLZP9Ji2T/Sf9aEwH/ZhAA/3ERAP96EgD3ghQA&#10;6IcXAN2LHADQiywDx4g7Cr+ERxO4f1EcsXtaJKx3YiundGoxo3FyNp9veTubbYA/mGuIQpVpkEWS&#10;aJlIj2aiSoxmrUyKZbpNiGXMTodm5k6GZ/ZMhmf/S4Vo/0uEaP9KhGj/SoRo/0qEaP9KhGj/Sv9c&#10;EgH/aA8A/3QQAP99EADzhRAA5IsRANaPFwDLjioCwow4CbqIRBKzhE8brH9YI6d8YCuheGgxnXVv&#10;NplzdjuVcX0/km+FQo5tjUWLbJZIiGugS4Vqqk2DabdOgWnIT4Bq40+Aa/ROf2v/TH9r/0t/a/9L&#10;f2v/S39r/0t/a/9Lf2v/S/9eEAH/aw4A/3YOAPuADQDqiA0A248MANCSFQDHkicCvo82CLaMQhGu&#10;iE0aqIRWIqKAXiqcfWUwl3psNZN3czqPdXs+jHOCQohyi0aFcJNJgm+dTH9uqE59brVPe23GUHpu&#10;4FB5b/JOeW/+TXlv/0x5b/9LeW//S3lv/0t5b/9LeW//S/9gDwD/bQ0A/3kMAO6DCwDbiwkA1JEK&#10;AMyVEwDClSUCuZM0B7GPQRCqjEsZo4hUIZ2EXCmXgWMvkn5qNY58cTmKeng9hniAQoN2iEV/dZFJ&#10;fHObTHlypk52crNQdXLDUHNy3VB0c/BPdHP9TXRz/0x0c/9MdHP/THRz/0x0c/9MdHP/TP9iDgD/&#10;bwwA/HsKAN6GBgDVjggAz5QJAMeYEQC+mCMBtZYyBq2TPw+mkEkYn4xSIJiJWiiThmEujoNoNImB&#10;bzmFf3Y9gX1+QX17hkV6eY9JdniZTHN3pE5xd7FQb3bBUG532VBud+9Pbnf8Tm53/01vd/9Mb3f/&#10;TG93/0xvd/9Mb3f/TP9kDQD/cgoA8H4GANqIBQDQkAcAypcIAMKbEAC5myEBsZowBqmXPQ6hlEcX&#10;mpFQH5SNWCeOi18tiYhmM4SGbTiAhHQ9e4J7QXiAhEV0f41IcX2XS218ok5rfK9PaXu+UGh81VBo&#10;fO1PaXz7Tml8/01qe/9Manv/TGp7/0xqe/9Manv/TP9mCgD/dQgA4YECANSLBQDLkwYAxJoGAL2e&#10;DgC1nx8BrJ4uBaSbOwydmEUVlpVOHo+TViWJkF0shI5kMn+Lazd6inI8doh5QHKGgURvhYpHa4OV&#10;SmiCoE1lgaxOY4G8T2KB0U9igetOY4H5TWOB/0xkgP9LZID/S2SA/0tkgP9LZID/S/9pCAD7eAQA&#10;3IQBAM+PBADGlwUAv50FALehDACvoxwAp6IsBJ+gOQuYnkMUkZtMHIqYVCOEllwqf5RiMHqSaTV1&#10;kHA6cY53Pm2Nf0Jpi4hGZYqSSWKJnktfiKpNXoi6TlyIzk5diOlNXYf4TF2H/0tehv9LXob/S16G&#10;/0tehv9LXob/S/9tBQDqfAAA1YgAAMqSAwDBmgMAuaADALGmCQCppxkAoqcpA5qlNgmSo0ESi6FK&#10;GoSfUiF+nVooeZtgLnSZZzNvl244a5Z1PGeUfUBjk4ZDYJGQRlyRnElakKlLWJC4TFeQzExXkOdL&#10;V4/3SleO/0pYjv9JWI7/SViO/0lYjv9JWI7/Sf9xAQDggAAAz4wAAMSWAgC7ngIAsqQAAKmqBQCi&#10;rBUAm6wmApSrNAeMqj8PhahIF36mUB54pFglc6JeK26hZTBqn2w0ZZ5zOWGdezxem4RAWpqOQ1eZ&#10;mkVUmadHUpm2SFGZykhRmOZIUZf1SFGX/0dRlv9HUZb/R1GW/0dRlv9HUZb/R/Z3AADYhQAAyZEA&#10;AL+bAQC0ogAAq6gAAKGwAACashEAlLMiAY2yMAWFsTwMfq9GFHiuThtyrFYhbatcJ2ipYyxkqGow&#10;YKdxNFymeThYpYI7VaSMPlGjmEBPo6VCTaO0Q0yjyENMo+RDS6H0Q0ug/0RLoP9ES6D/REug/0RL&#10;oP9ES6D/RON9AADPiwAAwpYAALefAACtpgAAo60AAJm1AACQuQ4Ai7oeAYS6LQN9uTkJd7hDEHG2&#10;TBdrtVMdZrRaImKzYSZesmgrWrFvLlawdzJTsIE1T6+LOEyvlzpKrqQ8SK6zPUeuxz1HruM8Rq3z&#10;PUar/j5Fq/8/Rav/P0Wr/z9Fq/8/Rav/P9qDAADHkQAAu5wAAK+kAAClqwAAmrIAAJC6AQCGwQkA&#10;gcIYAHvCKAJ1wjUGb8FADGnASRJkv1EXX75YHFu+XyBXvWYkVLxuJ1G8dipNu38tSruKMEi7ljJF&#10;u6M0Q7uyNEK7xTVDu+I0QrnzNUG4/TdAt/83QLf/N0C3/zdAt/83QLf/N86LAAC/mAAAsqEAAKep&#10;AACcsAAAkbgAAIbAAgB7yAcAdMsSAHDMIgFryzADZss8B2HLRQxcyk4RWMpWFVTKXRlRyWQcTsls&#10;H0vJdCJIyH4kRciIJ0PIlShByKIqP8ixKz7JxCs+yeEqPsfyKz3G/C08xf8uPMX/LjzF/y48xf8u&#10;PMX/LsSTAAC2nwAAqaYAAJ2uAACStwAAhr8AAHvHAwBwzwcAZ9YNAGTXGgBg2CoBXNg2A1jYQQZU&#10;2EoKUNhSDU3YWhBK12ITR9dpFkXXchhC13waQNiHHD3Ykx482KEfOtmwIDnZwyA52d8gOdfvIDjV&#10;+SI31P8jN9T/IzfU/yM31P8jN9T/I7mcAACrpAAAn6wAAJO1AACHvgAAe8YAAHDOAwBl1gcAXeMO&#10;AFrjGwBW4ycBUuQyAk7kPARK5EQGR+VNCEXlVQpC5VwMQOVkDj7mbBA75nYSOeaAFDfnjBU155kW&#10;NOeoFzLouBgy6MwYMejlGDHm9Bgx5fwYMeX8GDHl/Bgx5fwYMeX8GK6iAAChqgAAlLMAAIi9AAB7&#10;xgAAb84AAGPWAQBY3gUAVO4QAFHvGwBN7yYBSfAvAkXwOANB8T8EPvFHBTzyTgY68lUHN/JcCDXz&#10;ZAkz820KMfR3DC/0gg0t9I8OK/WdDyr2qxAp9rwQKPbOESf35hEn9fERJ/XxESf18REn9fERJ/Xx&#10;EaOoAACWsgAAiLsAAHvFAABvzgAAYtcAAFbeAABO8AcASvoQAEb7GQBC+yIBP/wqATv9MgI4/TkC&#10;Nf4/AzL+RgMw/0wELv9TBSv/WgUp/2IGJ/9rBiT/dgcj/4IIIf+QCCD/nQkf/6sJHv+6CR3/yQkc&#10;/90JHP/dCRz/3Qkc/90JHP/dCZiwAACKugAAfMQAAG/NAABi2AAAVd4AAEnkAABE+wUAP/8OADv/&#10;FQA4/xwANP8kATH/KwEt/zEBKv82Aif/PAIl/0ICI/9IAiD/TgMe/1UDHP9dAxn/ZwQX/3IEFf9/&#10;BBT/jAUT/5oFEv+mBRH/sgUR/7wFEf+8BRH/vAUR/7wFEf+8BYy4AAB9wgAAb8wAAGLYAABU3wAA&#10;R+UAAD7xAAA5/wEANP8LADD/EAAs/xYAKf8cACb/IgAi/ycBH/8sARz/MQEa/zYBGP88ARX/QQET&#10;/0gCEf9PAhD/VwIN/2ECDP9sAgr/eQIJ/4YDCP+SAwf/nQMG/6UDBv+lAwb/pQMG/6UDBv+lA/8x&#10;MQL/Ni4C/zovAv87MgP/OzkE/ztDBf85Twf/OFwK/zZoDf80dBD/MoAS/zGLFP8wlBb/MJsX/y+i&#10;F/8vqBj/Lq8Z/y61Gf8uvBn/LsUa/y7PGv8u4Br/Lusa/y70Gv8u/Br8L/8Z+y//Gvou/xv6Lv8c&#10;+i7/HPou/xz6Lv8c+i7/HP8zLwL/OSwC/z0tAv8+MAP/PzYE/z9BBf89TQf/PFkK/zplDv84chH/&#10;Nn0T/zWIFf80kRf/M5kY/zOgGf8yphn/Mqwa/zGzGv8xuhv/McIb/zHMG/8x3Rv/Mekb/THzG/oy&#10;+xv4Mv8b9zL/HPYx/x31Mf8e9TH/HvUx/x71Mf8e9TH/Hv81LAL/PCoC/0AqAv9CLQP/QzQE/0Q/&#10;Bf9CSgf/QVYK/z9iDv89bhH/O3oU/zmEFv84jhj/N5YZ/zadGv82pBv/Naoc/zWwHP81tx3/Nb8d&#10;/zXJHfw12B36Necd9zXxHfQ1+h3yNf8e8TX/H/A1/yDvNP8h7zT/Ie80/yHvNP8h7zT/If84KgL/&#10;PycC/0MmAv9GKQL/STID/0k8Bf9IRwf/RlML/0RfD/9CahL/QHYV/z6AGP88ihn/PJIb/zuaHP06&#10;oB38Oqcd+zmtHvo5tB/5Obwf+DnGH/Y50x/yOeQf7znwH+w6+h/qOf8h6Tn/I+g5/yTnOf8k5zn/&#10;Jec5/yXnOf8l5zn/Jf88JwL/QyMC/0giAv9MJgL/Ty8D/1A5Bf9OQwf/TE8L/0pbD/9IZhP/RXEW&#10;/EN8GfpChhv4QY4c9kCWHvU/nR/zP6Mg8j6qIPE+sSHwPrkh7j7DIe0+zyHqPuIh5j/vIeM++SPh&#10;Pf8l3z3/J949/yjcPf8o3D3/KNw9/yjcPf8o3D3/KP8/IwH/RyAB/0weAf9RJAL/VSwD/1Y1BP9V&#10;Pwb/U0oK/lBWD/pOYhP2S20X80l3GvBHgRzuRooe7EWSIOtEmSHpQ6Ai6EOnI+ZDriPlQrYk5ELA&#10;JOJDzCTfQ+Ak20PtJdZC+CjTQv8q0UL/K89B/yvOQf8szkH/LM5B/yzOQf8szkH/LP9DIAH/ShwB&#10;/1AbAf9XIQH/WygC/1wyA/9bOwb8WUYJ9lZRDvFUXRPtUWgX6U9yGuZNfB3kS4Ug4kqOIeBJlSPe&#10;SJwk3EejJtpHqyfYRrMo1Ua8KNNGyCnRRtwqzUfsKslG9yzHRv8uxEb/L8NG/y/CRv8vwUb/L8FG&#10;/y/BRv8vwUb/L/9GHQH/ThgB/1YYAf9cHgH/YCUC/2ItA/xiNwX0YEEI7l1MDehaWBLjWGMX31Vu&#10;G9tSdx/YUIAi1E+JJNFNkCfPTJcozUyeKstLpivJSq0sx0q3LcZKwi7EStEvwUvnL71K9DG7Sv8y&#10;uEr/MrdL/zO2S/8ztkv/M7ZL/zO2S/8ztkv/M/9KGgH/UhUB/1oWAf9hGwH/ZiEB/mgpAvRoMgPs&#10;ZzwG5WRIC99hVBDZXl4X0ltpHM5YciDLVnskyFSDJ8VSiyrDUZIswVCZLr9PoS+9T6gxu06xMrlO&#10;vDO3Tso0tU7hNLJO8TWvT/02rU//NqxP/zarT/82q0//NqtP/zarT/82q0//Nv9NFwH/VRIB/18U&#10;AP9mGAD/ax0B+G0kAe1uLALlbTYE3WtDCNRnTxDNZFoXyGBkHcRdbSLBW3YmvVl+KbtXhSy4Vo0v&#10;tlWUMbRUnDOyU6Q0sFKtNq1StzesUsU4qlLaOKdS7TmlU/o5o1P/OaJT/zmhVP84oVT/OKFU/zih&#10;VP84oVT/OP9PFAH/WRAA/2MSAP9qFAD/bxkA8nIfAOZ0JgHddDEC03E/CMttSw/FaVYXwGZgHbtj&#10;aSK3YHEntF55K7FcgC6uW4gxrFmPM6pYlzWnV583pVeoOaNWszqhVsA7n1bSPJ1W6TybV/g8mlf/&#10;PJlY/zuYWP87mFj/OphY/zqYWP86mFj/Ov9SEgH/XA4A/2YQAP9tEQD6cxQA63cYAOB5HwDUeS0C&#10;y3Y8B8RySA6+b1MWuGtcHbNoZSKvZW0nrGN1K6lhfC+mX4Qyo16LNaFdkzeeXJs5nFukO5larz2X&#10;Wrs+llrMP5Ra5T+SW/U+kVv/PpBc/z2QXP88j1z/PI9c/zyPXP88j1z/PP9VEQD/Xw0A/2kOAP9x&#10;DgD1dxAA5nsRANl9GADOfSoCxXs5Br53RQ63dFAVsXBZHK1tYiKoamknpWhxLKFmeC+eZIAzm2KH&#10;NphhjziWYJg7k1+hPZFeqz+PXrhAjV7IQYte4UGKX/NAiV//P4lg/z6IYP8+iGD/PYhg/z2IYP89&#10;iGD/Pf9XDwD/YgwA/2wMAPh0DADpegwA3n4MANKBFQDIgScBwH82Brh8Qg2yeE0VrHVWG6dyXyKi&#10;b2YnnmxuLJtqdTCXaHwzlGeENpFljDmOZJU8jGOePoliqECHYrVChWLFQoRi3kODY/FCgmP9QYJk&#10;/0CCZP8/gmT/P4Jk/z+CZP8/gmT/P/9ZDgD/ZAsA/24KAOp3CADbfQgA1IIKAMyEEgDDhSQBu4M0&#10;BbOAQAytfEsUpnlUG6F2XCGcc2QmmHFrK5Rvci+RbXkzjmuBNotqiTmIaJI8hWebP4JmpkGAZrJD&#10;fmbBRH1m2UR8Z+9DfGf8QXxo/0B8aP9AfGj/P3xo/z98aP8/fGj/P/9bDAD/ZwkA93EHAN56BQDU&#10;gAcAzoUJAMeHEQC+iCIBtocxBK+EPguogUkTon1SGpx6WiCXd2Emk3VoK49zby+LcXcziG9+NoVu&#10;hjqCbY89f2uZP3xro0J5arBDeGq/RHZq1EV2a+1Ddmv7QnZr/0F2bP9Admz/QHZs/0B2bP9Admz/&#10;QP9dCgD/aQcA7HQDANp8BADQgwYAyYgHAMOKDwC6iyABsoovBKuIPAqkhUcSnYFQGZh+WB+TfF8l&#10;jnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCWQHZvoUJ0bq5Ecm69RXBu0UVwb+tEcG/6Q3Fv/0Fx&#10;b/9AcXD/QHFw/0BxcP9AcXD/QP9fCAD/awQA4XYAANR/AwDLhgUAxYsGAL6NDQC1jx4Aro4tA6aM&#10;OgmfiUURmYZOGJODVh6OgF0kiX5kKYV8ay2BenIyfXh5NXp3gjl3dos8c3WVP3F0n0Juc6xEbHO7&#10;RWtzzkVrc+lEa3P4Q2tz/0Jsc/9BbHP/QGxz/0Bsc/9AbHP/QP9hBQD6bgEA3XkAANCCAgDHiQQA&#10;wI4EALmRDACxkhsAqZIrA6KQOAibjUMPlIpMF46IVB2JhVsjhINiKICBaS18f3AxeH53NXV8fzhx&#10;e4g8bnqSP2t5nUFoeKpDZni4RGV4zEVleOdEZXj3Q2Z4/0JmeP9BZnj/QGZ4/0BmeP9AZnj/QP9k&#10;AwDucQAA2HwAAMuFAgDDjAMAu5EDALOUCQCslhgApZYoAp2UNgeWkkEOkI9KFYqNUhyEi1oif4lg&#10;J3uHZyx3hW4wc4N1NG+CfTdsgYY7aX+QPmZ+m0FjfqhDYX22RGB9yURffeVDYH32QmB9/0Fhff9A&#10;YX3/QGF9/0Bhff9AYX3/QP9nAADjdAAA0n8AAMeIAQC+jwIAtpUBAK6YBgCmmhUAn5omApiZMwaR&#10;lz8Mi5VIFIWTUBp/kVggeo9fJXaNZSpyi2wubopzMmqIezZmh4Q5Y4aOPGCFmT9dhKZBW4S0QlqE&#10;x0NahONCWoP0QVuD/0Bbg/9AW4P/P1uD/z9bg/8/W4P/P/9qAADeeAAAzYMAAMKMAAC5kwAAsJgA&#10;AKedAgCgnxIAmZ8jAZOeMQWMnTwLhZtGEn+ZThh6l1YedZZdI3CUYyhskmosaJFxMGWQeTRhjoI3&#10;Xo2MOlqMlz1YjKQ/VouyQFSLxUBUi+FAVIrzP1WK/j9Vif8+VYn/PlWJ/z5Vif8+VYn/Pu9vAADW&#10;fAAAyIcAAL2RAAC0mAAAqpwAAKCiAACZpBAAk6UgAYykLgOFozkJf6JDD3mgTBZ0n1Mbb51aIGqc&#10;YSVmmmgpY5lvLV+YdzBbl4A0WJaKN1WVlTlSlaI7UJSwPU+Uwz1PlN88T5PyPE+S/TxPkv88T5H/&#10;PE+R/zxPkf88T5H/POR0AADPgQAAwowAALiWAACtnAAAo6EAAJioAACQqg0Ai6sbAIWrKgJ+qjYG&#10;eKlBDHKoSRJtp1EYaaZYHGSkXyFgo2YlXaJtKVmhdSxWoX4vU6CIMk+fkzVNn6A3S56vOEqewThJ&#10;nt04SZ3wOEmc/DhJm/85SZv/OUmb/zlJm/85SZv/Odt6AADIhwAAvJIAALGaAACmoAAAnKYAAJGs&#10;AACHsQgAgbIWAHyzJgF2sjMEcbI9CWuxRw5msE8TYq9WGF6uXRxarWQgV6xrI1SscyZQq3wpTaqG&#10;LEqqki9IqZ8wRqmtMkWpvzJEqtoyRKjvMkOn+zNDpv8zQ6X/NEOl/zRDpf80Q6X/NNCBAADBjgAA&#10;tZgAAKmfAACepQAAk6wAAIiyAAB8uQIAdroRAHK7IQBuuy4CaLs6BmS6QwpfukwOW7lTEle4WhZU&#10;uGEZUbdpHE63cR9LtnoiSLaEJUW2kCdDtZ0pQbWsKkC2vio/ttgqP7TuKj6z+iw9sv8tPbH/LT2x&#10;/y09sf8tPbH/LceJAAC5lQAArJ0AAKGkAACWqwAAirIAAH+4AABzvwMAasQMAGfFGgBjxSgBX8U1&#10;A1vFPwVXxUgJVMRQDFDEWA9NxF8SSsNmFUjDbhdFw3gaQsOCHEDDjh4+w5wfPMOrIDvDvCE6w9Uh&#10;O8LuITnA+SI4v/8kOL//JDi//yQ4v/8kOL//JL2RAACwmwAApKIAAJiqAACMsQAAgLkAAHW/AABq&#10;xgQAXswIAFnPEgBX0CEAVdAuAVHQOQJO0EMES9BMBknQUwhG0FsLQ9BjDUHQaw8+0HURPNGAEzrR&#10;jBQ40ZoWNtGpFzXRuxc00tIXNdDsFjTP9xgzzv8aM87/GjPO/xozzv8aM87/GrOZAACmoQAAmqkA&#10;AI6xAACBuQAAdcAAAGrHAABezQMAVNQIAEzdDQBK3RgASN4mAEbeMgFE3zwCQt9FAz/fTQQ94FUF&#10;O+BdBjngZgg34G8JNeF6CjPhhgwx4ZQNMOKjDi7isw4u48cOLePjDi3g8g4s3/sPLN/9ECzf/RAs&#10;3/0QLN/9EKigAACcpwAAj7AAAIO4AAB2wQAAaskAAF7PAABT1QEASdwGAEXpDwBC6RkAQOokAD3q&#10;LgA66zYBOOw+ATbsRgIz7U0DMe1VAy/uXQQt7mUFK+5wBSnvewYo74kHJvCXByXwpwgk8bgII/HM&#10;CCLy5Qgi8PMIIu/1CCLv9Qgi7/UIIu/1CJ6mAACRrwAAhLgAAHfBAABqyQAAXdAAAFHXAABG3QAA&#10;P+oFADz2DgA59hcANvcgADP3KAAx+DAALvk2ASv5PQEp+kQBJ/pKAiX7UgIj+1oCIPxjAx78bgMc&#10;/XsDG/6JBBn+mAQY/6gEF/+3BBb/yAQW/+AEFv/kBBb/5AQW/+QEFv/kBJOuAACFtwAAeMAAAGrJ&#10;AABd0gAAUNkAAETfAAA65AAANfcDADL/DAAu/xIAK/8aACj/IQAm/ycAI/8tACD/MwAe/zkBHP8/&#10;ARn/RQEX/00BFf9VARP/XwER/2oCEP94Ag7/hwIO/5YCDf+kAgz/sAIM/74CDP/CAgz/wgIM/8IC&#10;DP/CAoe2AAB5vwAAa8kAAF7TAABQ2wAAQ+AAADjlAAAv8AAAK/8AACf/CAAk/w4AIf8TAB7/GQAb&#10;/x4AGP8jABX/KAAT/y0AEf8yABD/OAAO/z8ADP9GAQr/TwEH/1kBBP9lAQH/cgEA/4EBAP+PAQD/&#10;mwEA/6cBAP+pAQD/qQEA/6kBAP+pAf8sLwH/MCwB/zIsAv8zMAL/MTYD/zBBA/8vTQT/LVoG/ytm&#10;B/8pcwj/KH4K/yeIC/8nkQz/J5kN/yafDf8mpQ7/JqsO/yaxD/8muA//JsAP/ybJD/8m1w//JuYP&#10;/ybwD/4m+Q/7J/8P+Sf/D/km/xH4Jv8R+Cb/Evgm/xL4Jv8S+Cb/Ev8uLAH/MykB/zUqAv82LQL/&#10;NjQC/zU/A/8zSwT/MlcG/zBkB/8ucAn/LHsK/yyFDP8rjg3/K5YO/yqdD/8qow//KqkQ/yqvEP8p&#10;thD/Kb0R/ynHEf8p0xH+KeMR+yrvEfgq+BD2K/8Q9Cr/EvQq/xPzKv8U8yn/FPMp/xTzKf8U8yn/&#10;FP8xKQH/NiYB/zkmAf86KQL/OzIC/zs9A/85SAX/N1QG/zVgB/8zbAn/MncM/zCCDf8wiw7/L5MP&#10;/y+aEP8uoBH/LqYR/y6sEv8usxL+LroS/S7EEvsuzxP4LuES9S7tEvEv9xLvL/8T7i7/Fe0u/xbs&#10;Lv8X7C7/F+wu/xfsLv8X7C7/F/80JgH/OSMB/z0jAf8+JgL/QS8C/0E5A/8/RQT/PVAG/ztcCP85&#10;aAr/N3MN/zZ+Dv81hxD9NI8R/DSWEvoznRP5M6MT+DOpFPczsBT2M7cU9DPAFPMzzBTwM94U7TPr&#10;FOk09hXnM/8X5jP/GOQy/xnkM/8a4zL/GuMy/xrjMv8a4zL/Gv84IwH/PSAB/0EfAf9FIwH/RywC&#10;/0c2A/9GQAT/REwG/0FYCP8/ZAv7Pm8O+Tx5EPY7gxH0OosT8zmTFPE5mRTwOKAV7jimFu04rRbs&#10;OLQW6ji9Fuk4yRbnONsW4znqFuA49RjdOP8a2zf/HNk3/x3XN/8d1jf/HtY3/x7WN/8e1jf/Hv87&#10;IAH/QRwB/0UaAf9LIAH/TSgB/04yAv9NPAT/SkcG+khTCPZGXwvyRGoO70J0EexBfhPqQIcU6D+O&#10;FeY+lhblPpwX4z2jGOI9qhjgPbIY3z27Gd09xhnbPdga1j3pGtI99R3OPf4fzDz/IMs8/yHJPP8h&#10;yTz/Ick8/yHJPP8hyTz/If8/HAH/RRcB/0sXAf9QHQH/UyQB/1QtAv9TNwP3UUIF8U5NCOxMWgvo&#10;SmUP5UhvEeJHeRTfRYIW3USKF9pDkRnYQpka1UKfG9NBphzRQa4dz0G3Hs5BwR7MQdAfyULlH8VC&#10;8yHCQf4jwEH/JL5B/yS9Qf8lvUH/Jb1B/yW9Qf8lvUH/Jf9CGAH/SRMA/1AUAP9WGQD/WSAB/1oo&#10;AfdaMgLvWD0E6FVJB+NTVQreUWAO2U5qEtRMdBbQS3wYzkmEG8xIjBzKR5MeyEeaH8ZGoSHERqki&#10;wkWxI8FFvCO/RckkvUbfJblG7ya2RvsntEb/KLNG/yiyRv8osUb/KLFG/yixRv8osUb/KP9GFQD/&#10;TREA/1USAP9bFgD/XhsA+WAjAe9gLAHmXjYD31xEBdhZUArRV1sPzFRlFMhSbhjFUHcbw09/HcBO&#10;hh++TY4hvEyVI7pLnCS4SqQmtkqsJ7RKtiizScMpsUnWKa5K6iqrSvgrqUr/K6hL/yunS/8rp0v/&#10;K6dL/yunS/8rp0v/K/9JEgD/UA4A/1kQAP9fEgD/YxYA8mUdAOdlJQDeZDEB1GI/Bc1gSwrHXVYP&#10;wlpgFb5YaRm7VnEcuFR5H7ZTgSKzUogksVCQJq9QlyitT58pq06oK6lOsiynTr4tpk7OLqNO5i6h&#10;T/Uun0//Lp5P/y6dT/8unVD/Lp1Q/y6dUP8unVD/Lv9MEAD/VA0A/10OAP9jDwD5ZxEA62kVAN9q&#10;HADTaiwBy2g7BMVlRwm/YlIPumBcFbZdZRmyW20dr1l1IaxYfCOqVoMmp1WLKKVUkyqjU5ssoVOj&#10;Lp9SrS+dUrkwm1LJMZlS4jGXU/IxllP/MZVU/zGUVP8wlFT/MJRU/zCUVP8wlFT/MP9PDgD/WAsA&#10;/2ALAPtmDADwaw0A5G0OANZuFgDMbygBxG03BL1rRAm3aE8PsmVYFa5iYRqqYGkep15wIaRdeCWh&#10;W38nn1qHKpxZjiyaWJcumFegMJVWqjKTVrUzkVbFNJBW3TSOV/A0jVf9M4xY/zOMWP8yjFj/MYxY&#10;/zGMWP8xjFj/Mf9RDAD/WwkA/2MIAOtqBwDdbggA2HEKAM9yEwDGcyUBvnI0A7dwQQixbUwOrGpV&#10;FKdnXhmjZWUeoGNtIpxhdCWaYHsol16DK5Rdiy2SXJMwj1ucMo1apjSLWrI1iVrBNoda1jaGW+02&#10;hVv7NYVc/zSEXP8zhFz/M4Rc/zOEXP8zhFz/M/9TCgD/XQYA9WYEAN9tAwDVcgYA0HUJAMl2EQDA&#10;dyIAuHYxA7F0PgercUkOpm5SFKFsWxmdaWIdmWdqIpZmcSWTZHgokGN/K41hhy6KYJAwiF+ZM4Vf&#10;ozWDXq82gV6+OIBe0Th/X+o3fl/6Nn5g/zV+YP80fmD/NH5g/zR+YP80fmD/NP9VCAD/YAQA6GkA&#10;ANpwAwDQdQUAyngHAMN6DwC7ex8As3ovAqx4PAemdUYNoXNQE5xwWBiXbmAdk2tnIZBqbiWNaHUo&#10;imd8K4dmhC6EZI0xgWOWNH9joTZ8Yq03emK7OXlizjl4Y+g4eGP4N3hk/zZ4ZP81eGT/NXhk/zV4&#10;ZP81eGT/Nf9XBQD/YgEA4WwAANRzAgDLeAQAxXsFAL59DQC2fh0Ar34sAqh8OQaheUQMnHdOEpd0&#10;VhiScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYoxe2iUNHhnnzZ2Zqo4dGa5OXNmyzpyZuY5cmf3&#10;OHJn/zdyaP82cmj/NXJo/zVyaP81cmj/Nf9ZAgD2ZQAA3W4AAM92AQDHewMAwH8EALmADACxghoA&#10;qoIqAqOANwWdfUILl3tLEZJ4VBeNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54bYgxdmySNHNrnDZw&#10;aqg4bmq3Om1qyTpsauQ6bWv1OG1r/zdta/82bWv/Nm1r/zZta/82bWv/Nv9bAADrZwAA2XEAAMx5&#10;AADDfgIAu4IDALSECQCthRgApoUoAZ+ENQWZgkAKk39JEI19UhaJe1kbhHlgH4B3ZyN8dW4neXR1&#10;KnZzfS5zcoYxcHGQNG1wmzZrb6c4aW+1Omhvxzpnb+I6Z2/0OGhv/zdob/82aG//Nmhv/zZob/82&#10;aG//Nv9eAADkagAA03QAAMh8AAC/gQEAt4UBAK+HBwCoiRUAoYklAZuIMwSUhj4JjoRHD4mBUBWE&#10;f1caf35eHnt8ZSJ4emwmdHlzKnF4ey1ud4Qwa3aOM2h1mTZmdKU4ZHOzOWJzxDpic+A6YnPzOGNz&#10;/zdjc/82Y3P/NmNz/zZjc/82Y3P/Nv9hAADgbQAAz3cAAMR/AAC7hQAAs4kAAKqLAwCjjBMAnI0j&#10;AZaMMAOQizwIiolFDoSHThN/hVUYe4NcHXeCYyFzgGolb39xKWx9eSxpfIIvZnuLMmN6lzVgeaM3&#10;XnmxOF15wjlced05XXnxOF14/jdeeP82Xnj/NV54/zVeeP81Xnj/NfVkAADccAAAynoAAMCDAAC2&#10;iQAAro0AAKSPAACdkRAAl5IgAJGRLgOKkDkHhI5DDH+NTBJ6i1MXdYlaG3GIYSBuhmgjaoVvJ2eE&#10;dytjg38uYIKJMV2BlDNbgKE2WX+vN1d/wDhXf9o3V3/wN1h+/TZYfv81WH7/NVh+/zVYfv81WH7/&#10;NeloAADUdAAAxn4AALuHAACyjQAAqJEAAJ6UAACWlg4AkZccAIuXKwKFljcFf5RBCnmTSRB0klEV&#10;cJBYGWyPXx1ojmYhZYxtJWGLdChein0sW4mHL1iIkjFVh58zU4etNVKHvjVRh9Y1UYbuNVKF+zRS&#10;hf80UoX/M1KF/zNShf8zUoX/M+NsAADOeQAAwYMAALaLAACskQAAopUAAJeZAACPmwsAip0YAISd&#10;JwF+nDQEeZs+CHOaRw1vmU8SaphWF2aXXRtjlWMeX5RqIlyTciVZknsoVZGFK1KRkC5QkJ0wTpCr&#10;MUyQvDJMkNMyTI/tMkyO+jJMjf8xTIz/MUyM/zFMjP8xTIz/MdxxAADIfgAAu4gAALGRAACmlgAA&#10;nJoAAJCfAACHogYAgaMUAHykIwF3pDADcqM7Bm2iRAtooUwPZKBUE2CfWhddnmEbWZ1oHladcCFT&#10;nHkkUJuDJ02ajilKmpssSJqpLUeZui1GmtAtRpjrLUaX+S5Glv8uRpb/LkaW/y5Glv8uRpb/LtF3&#10;AADBhAAAto4AAKqVAACgmwAAlZ8AAIqkAAB9qQAAd6sQAHOrHgBvrCwBaqs3BGWrQQdhqkkLXalR&#10;D1qpWBNXqF8WU6dmGVCnbhxNpnYfSqWBIUiljCRFpZkmQ6SoJ0KkuChBpM4nQaPqJ0Ci+ChAof8p&#10;QKD/KUCg/ylAoP8pQKD/Kcl+AAC6iwAAr5QAAKOaAACYoAAAjaUAAIKqAAB1sAAAbLMMAGm0GABl&#10;tCcBYbQzAl60PQRatEYHVrNOClOzVQ1Qs1wQTbJjE0qyaxZHsXQYRbF+GkKwih1AsJcePrCmIDyw&#10;tyA8sMwgPK/oIDuu9yE6rf8iOqz/Izqs/yM6rP8jOqz/I8CGAACzkgAAp5kAAJyfAACQpgAAhKwA&#10;AHmxAABttwAAYbwFAF29EgBaviAAWL4tAVS+OAJRvkIETr5KBky+UghJvlkKRr5gDES+aA5BvXER&#10;P718Ezy9iBU6vZUWOL2kFze9tRg2vcoYN7znFzW79hk1uv8aNLn/GzS5/xs0uf8bNLn/G7iPAACq&#10;mAAAn58AAJOmAACHrAAAe7MAAG+5AABjvgAAWMQEAFDIDABNyBcATMklAErKMQBHyjsBRcpEAkPK&#10;TANBylQEPspcBjzKZAc6y24JOMt4CjbLhQw0y5INMsuiDjHLsg8wzMcPMMvlDi/J9Q8uyP0RLsf/&#10;Ei7H/xIux/8SLsf/Eq6XAAChngAAlaUAAImtAAB8tAAAcLsAAGTBAABZxgAATssDAEXQCAA+1Q4A&#10;PdUaADzWJgA71zEAOdg7ADjZRQE22U0BNdlWAjPaXgIx2mgDMNtzBC7bfwUs240FKtydBincrQYo&#10;3cEGKN3eBifb7wcm2fkIJtj+CSbY/gkm2P4JJtj+CaSdAACYpQAAi60AAH60AABxvAAAZcMAAFnJ&#10;AABNzQAAQ9MBADrZBgA15A0AM+QWADHkIAAw5SoALuYzAC3mPAAr50QAKudMASjoVAEn6F0BJeln&#10;AiPpcwIi6oECIOqRAx/roQMd67IDHOzHAxzs4QMb6vEDG+n5Axvp+QMb6fkDG+n5A5qkAACNrAAA&#10;f7UAAHK9AABlxQAAWcsAAEzQAABB1QAAONwAAC/hAgAt8Q0AK/ETACjyHAAm8iQAJPMrACL0MgAh&#10;9DkAH/VBAB31SQAb9lEAGfdaARf3ZQEV+HIBFPmBARP5kgES+qICEfqzAhD7xgIQ+90CEPvpAhD7&#10;6QIQ++kCEPvpAo+rAACBtAAAc70AAGbGAABZzQAAS9MAAEDZAAA13gAALOMAACbxAAAk/goAIf8Q&#10;AB//FgAc/xwAGf8iABf/KAAV/y4AE/81ABL/PAAQ/0MADv9MAA3/VgAL/2IACf9vAAj/fwEH/5AB&#10;Bf+gAQT/rgEE/7wBA//HAQP/xwED/8cBA//HAYO0AAB1vQAAZ8YAAFrPAABL1QAAP9wAADPhAAAp&#10;5QAAIewAAB79AAAa/wUAF/8MABX/EAAS/xQAEP8ZAA7/HgAN/yMAC/8oAAj/LgAG/zUAA/89AAD/&#10;RgAA/1EAAP9dAAD/awAA/3sAAP+LAAD/mQAA/6UAAP+sAAD/rAAA/6wAAP+sAP8nLAH/KioB/ysq&#10;Af8qLgH/JjQC/yU/Av8jSwP/IVgD/yBkBP8ecAT/HXsE/x2FBf8djgX/HZYF/x2cBv8dogb/HKgG&#10;/xyuB/8ctAf/HLsH/xzDB/8czgf/Hd8H/x3rB/wd9Qf5Hf4G9x7/B/cd/wj2Hf8J9h3/CfYd/wn2&#10;Hf8J9h3/Cf8pKgH/LCcB/y4nAf8tKgH/LDIB/ys9Av8pSQP/J1UD/yVhBP8jbQT/IngF/yKCBf8h&#10;iwb/IZMG/yGaB/8hoAf/IaUH/yGrCP8hsQj/IbgI/yHBCP8hywj8IdwI+SHpCPYh9AjzIv0H8iL/&#10;CfEi/wrxIf8L8CH/C/Ah/wvwIf8L8CH/C/8sJgH/MCQB/zEjAf8xJgH/Mi8B/zE6Av8vRgP/LVID&#10;/yteBP8paQX/KHUF/yd/Bv8niAf/JpAH/yaWCP8mnQj+JqMJ/SapCfwmrwn7JrYJ+ia+CfgmyAn2&#10;JtkJ8iboCe8n8wntJ/0K6yb/C+om/w3pJv8N6Cb/Dugm/w7oJv8O6Cb/Dv8vIwH/MyAB/zUfAf83&#10;IwH/OCwB/zg3Av82QgL/NE4D/zJaBP8wZQX/LnAG/i17B/wthAj6LIwJ+CyTCfcsmQr2K6AK9Cum&#10;CvMrrAvyK7ML8Su7C+8rxgvuLNQL6izmC+Ys8gvkLPwN4iz/D+Es/xDgLP8Q3yz/Ed8s/xHfLP8R&#10;3yz/Ef8zHwH/NxsB/zoaAf89IAH/PygB/z8yAf89PgL/O0kD/zlVBPs3YQb3NWwH9TR2CPIzfwnw&#10;MocK7zKPC+0ylgvsMZwM6jGiDOkxqQzoMbAN5jG5DeUxww3jMtEN3zLlDNwy8Q/YMfwR1TH/EtIx&#10;/xPRMf8U0DH/FNAx/xTQMf8U0DH/FP83GwH/OxcA/z8WAP9DHAD/RiQB/0YuAf9EOQL8QkQD9j9Q&#10;BPE9XAbtPGcH6jtxCeg6egrlOYML4ziLDOI4kg3gN5kN3zefDt03pg7bN60P2Ta2ENc2wRDVNs4Q&#10;0TfjEc038RPKN/sVyDf/FsY3/xfFN/8YxDf/GMQ3/xjEN/8YxDf/GP87FwD/QBMA/0UTAP9JGAD/&#10;TCAA/0wpAfpLMwHySD4C7EZKBOdEVgbjQ2II30FsCtxAdQzZP34N1T6GD9M9jRDRPZQRzzybEs08&#10;ohPMPKkUyjuxFMg7uxXHO8gWxTzcFsE87Re+PPkZuzz/Gro8/xu5PP8buDz/G7g8/xu4PP8buDz/&#10;G/8+FAD/RBAA/0oRAP9PFAD/URsA+1IjAPFRLQHpTzgB4k1FA9xLUQXWSVwI0UdmC85GcA7LRXgQ&#10;yESAEsZDhxTEQo4Vw0KVFsFBnBe/QaQYvUCsGbxAthq6QMIauEDSG7VB6BuyQfYdsEH/Hq5B/x6t&#10;Qf8erEH/HqxB/x6sQf8erEH/Hv9CEQD/Rw0A/08OAP9TEQD/VhUA81ccAOhWJQDgVTEB11M/As9S&#10;TAXKUFcJxk5hDcNMahDASnISvUl6FbtIgha5R4kYt0eQGbVGlxuzRp8csUWnHbBFsR6uRbwfrEXM&#10;H6pF4yCnRvMhpUb/IaNG/yKiRv8hokb/IaJG/yGiRv8hokb/If9FDgD/SwoA/1MMAP9XDQD5WhAA&#10;61sUAN9aHADUWisAzFo7AsZYSAXBVlMJvFRcDblSZRG1UG0Us091F7BOfBmuTYQarEyLHKpLkh6o&#10;SpofpkqjIaRJrCKjSbgjoUnGJJ9K3iSdSvAkm0r9JZlL/ySZS/8kmEv/JJhL/ySYS/8kmEv/JP9I&#10;DAD/TwgA/1YIAPVbCQDpXgoA5F4NANVfFQDLYCcAxF82Ar5eQwW4W04JtFlYDrBXYRKsVWkVqlRw&#10;GKdTeBqlUn8colGGHqBQjiCeT5YinE6fI5pOqCWYTrMml07CJ5VO1ieTTuwnkU/7J5BP/yeQUP8m&#10;j1D/Jo9Q/yaPUP8mj1D/Jv9KCQD/UwUA+FoEAOJfAwDaYgYA1GMJAM1jEgDEZSMAvGUyArZjQAWx&#10;YUsJrF5UDqhcXRKlW2UWoVlsGJ9YcxucVnoemlWCIJhUiiKVVJIkk1ObJpFSpSePUrApjVK+KoxS&#10;0CqKU+kqiVP5KYhU/ymHVP8oh1T/KIdU/yiHVP8oh1T/KP9MBQD/VgEA6V0AANxjAgDRZwUAzGgH&#10;AMZoEAC9aiAAtmkvAbBoPASqZUcJpWNRDaFhWhKdX2EWml5pGZdccByVW3ceklp+IZBZhiONWI4l&#10;i1eXJ4lXoSmGVq0rhVa6LINWzCyCV+YsgVf3K4BY/yqAWP8qgFj/KYBY/ymAWP8pgFj/Kf9PAgD9&#10;WQAA4mAAANVnAADMagMAxmwFAMBsDgC3bR0AsG4sAapsOQSlakQIoGhODZtmVxGXZF4VlGJlGZFg&#10;bByOX3Mei157IYldgiSGXIsmhFuUKIFbnip/WqosfVq3LXxayS56WuMuelv1LXpc/yx5XP8relz/&#10;Knpc/yp6XP8qelz/Kv9RAADyWwAA3mQAAM9qAADHbgIAwHAEALpwDACycRoAq3EpAaVwNwOfbkIH&#10;mmxLDJZqVBGSaFwVjmZjGItlaRuIY3AehWJ4IYJhfySAYIgmfV+RKXtfnCt4Xqctdl61LnVexi90&#10;XuEvdF/zLnRf/yx0YP8rdGD/K3Rg/yt0YP8rdGD/K/9TAADoXgAA2WcAAMttAADDcQEAu3MCALVz&#10;CQCtdRcAp3UnAaF0NAObcj8HlXBJC5FuUhCMbFkUiWpgGIVpZxuCaG4ef2Z1IX1lfSR6ZIUmd2SP&#10;KXVjmityYqUtcGKzL29ixC9uYt4vbmPyLm5j/i1uY/8sbmP/K25j/ytuY/8rbmP/K/9VAADlYAAA&#10;02kAAMhwAAC/dAAAt3cBALB3BwCoeBUAonkkAJx4MgKWdj0GkXRHC4xyTw+IcFcThG9eF4BtZBp9&#10;bGsdemtzIHdqeiN0aYMmcmiNKW9nlyxtZ6Mua2axL2lmwTBpZtswaWfwL2ln/S1pZ/8samf/K2pn&#10;/ytqZ/8ramf/K/5YAADhYwAAz2wAAMRzAAC7eAAAs3oAAKt6BACkexIAnnwiAJh8LwKSejsFjHhF&#10;Cod3TQ6DdVUSf3NcFntyYhp4cGkddW9wIHJueCNvbYEmbWyLKWpslitoa6EuZmuvL2RqvzBja9gw&#10;Y2vvL2Rr/C1ka/8tZWv/LGVr/yxla/8sZWv/LPRbAADdZgAAy28AAMB2AAC3ewAAr34AAKZ+AQCf&#10;fxAAmYAfAJOALQKNfzkFiH1DCYN7Sw1+elMSenhaFnZ3YRlzdWcccHRuH21zdiJqcn8maHGJKGVw&#10;lCticKAtYG+tL19vvS9eb9QvXm/tL19v+y1fb/8sYG//LGBv/yxgb/8sYG//LOteAADYaQAAx3IA&#10;ALx5AACzfwAAq4IAAKGCAACZgw4AlIQdAI6EKwGIgzYEg4JACH6ASQx5f1EQdX1YFHJ8Xxhue2Ub&#10;a3psHmh5dCJleH0lYneHJ2B2kipddZ4sW3WrLlp0uy9ZddEvWXTsLll0+i1adP8sWnT/K1p0/yta&#10;dP8rWnT/K+ZhAADRbQAAw3YAALl9AACvgwAApoYAAJyGAACUiAwAjokZAImJKAGDiTQDfoc+B3mG&#10;Rwt0hU8PcIRWE22CXRdpgWMaZoBqHWN/ciBgfnojXX2EJlp8jylYe5wrVnupLFR7uS1Te84tVHrq&#10;LVR6+SxUef8rVXn/KlV5/ypVef8qVXn/KuFlAADMcQAAv3oAALSCAACrhwAAoYoAAJWLAACNjQkA&#10;h44WAIKPJAF9jzECeI47BXONRAlvjEwNa4pUEWeJWhVkiGEYYYdoG16GcB5bhXghWISCJFWEjSZS&#10;g5opUIKnKk+CtytOgswrToLoK06B+CpPgP8qT4D/KU+A/ylPgP8pT4D/KdtqAADHdQAAun8AALCH&#10;AACmjAAAnI8AAI+RAACGkwUAgJQSAHuVIQB3lS0BcpU4BG2UQgdpk0oLZZJRDmKRWBJekF8VW49m&#10;GFiObRtVjnYeUo2AIU+MiyNNi5glS4ulJ0mLtShIi8ooSIrnJ0mJ9yhJiP8nSYf/J0mH/ydJh/8n&#10;SYf/J9FvAADBewAAtYQAAKuMAACgkAAAlZQAAImXAAB+mgAAd5sOAHOcHABvnSkBa5w1AmacPwVi&#10;m0cIX5pPC1yaVg9YmVwSVZhjFVOYaxdQl3MaTZZ9HUqViR9HlZUhRZWkI0SUsyNDlMgjQ5TlI0OS&#10;9SRDkf8kQ5D/JEOQ/yRDkP8kQ5D/JMp1AAC7gQAAsIsAAKSRAACalQAAj5kAAIOdAAB0ogAAbqML&#10;AGqkFwBmpSUAY6UxAV+kOwNbpEQFWKRLCFWjUwtSo1oNT6JhEE2iaBNKoXEVR6B7GESghhpCn5Mc&#10;QJ+iHT6fsh49n8YePZ/jHT2d9B49nP8fPJv/Hzyb/yA8m/8gPJv/IMJ8AAC1iAAAqZAAAJ6WAACT&#10;mwAAh58AAHukAABvqAAAY6wEAF+tEQBcrR8AWq4rAFeuNgFUrkADUa1IBU6tTwdLrVcJSa1eC0as&#10;Zg1ErG4PQax4ET+rhBM8q5EVOqugFjmrsBc4q8MXOKrhFzep8xg3p/4ZNqb/Gjam/xo2pv8aNqb/&#10;GrqEAACujwAAopYAAJebAACLoQAAf6YAAHOrAABnrwAAWrQAAFO2DABRtxcAT7ckAE24MABKuDoB&#10;SLhDAka4SwNEuFIEQbhaBj+4Ygc9uGsJOrh1Czi3gQw2t44ONLedDzO3rQ8yt8EPMbfeDzG28hAw&#10;tPwRMLP/EjCz/xMws/8TMLP/E7KOAACllQAAmpsAAI6iAACCqAAAda0AAGmzAABetwAAU7sAAEfA&#10;BQBDwhAAQsIbAEDDJwA/wzIAPsQ8ADzERAE6xE0BOMRVAjbEXQM1xGYEM8VwBDHFfAYvxYoGLcWa&#10;ByvFqggqxb4IKsXaCCrE8AgpwvsJKMH/CijB/wsowf8LKMH/C6iVAACdmwAAkaIAAISpAAB4rwAA&#10;a7UAAF+7AABUvwAAScMAAD/IBAA2zQkAM84RADLPHAAxzycAMNAxAC/QOgAu0UMALdFMACvSVQAq&#10;0l8BKNNpASfTdgEl04QCJNSUAiLUpgIh1bkCIdXSAiDT6wIg0vYDH9H/BB/R/wQf0f8EH9H/BJ+b&#10;AACUogAAh6kAAHmxAABtuAAAYL4AAFTDAABJxwAAPssAADXQAQAt1QYAJdsLACTeEgAj3hwAIt8l&#10;ACHgLgAg4DcAH+FAAB7hSgAd4lMAHONeABvjagAa5HgAGOSIARflmgEW5qwBFebAARTn3QET5e8B&#10;E+P6ARPj+gET4/oBE+P6AZaiAACJqQAAe7EAAG65AABhwAAAVMYAAEjKAAA9zwAAM9MAACrZAAAi&#10;3gIAHusKABzsEAAb7RcAGe0fABfuJgAV7i0AFO81ABPwPQAR8EYAEPFQAA/yWwAO8mkADfN4AAz0&#10;igAL9ZwACvWuAAn2wgAJ9tkACPXtAAj17QAI9e0ACPXtAIupAAB9sgAAb7oAAGLCAABVyQAAR84A&#10;ADvSAAAx2AAAJ90AAB/hAAAZ6AAAFvgGABT6DQAS+xIAEPwXAA78HQAN/SMADP0pAAr+MAAI/zgA&#10;Bv9BAAP/TAAA/1gAAP9mAAD/dwAA/4kAAP+bAAD/qwAA/7sAAP/OAAD/zwAA/88AAP/PAH+yAABx&#10;ugAAY8MAAFbLAABI0QAAOtYAAC/dAAAl4QAAHOUAABTpAAAR9wAAD/8BAA3/CQAL/w0ACP8QAAb/&#10;FAAD/xgAAP8eAAD/IwAA/yoAAP8yAAD/PAAA/0cAAP9UAAD/YwAA/3MAAP+FAAD/lwAA/6QAAP+y&#10;AAD/sgAA/7IAAP+yAP8iKQH/IycB/yMoAf8gKwH/HDEB/xo9Af8YSQH/FlYC/xRiAv8TbgL/EngC&#10;/xKCAv8SiwL/EpIC/xKZAv8SngL/EqQC/xKpAv8SrwL/ErYC/xK9Av8SxwL/EtQC/RLlAvoS8QL3&#10;EvoC9RP/AvQT/wP0E/8D9BP/A/QT/wP0E/8D9BP/A/8kJwH/JiQB/yYkAf8kJwH/Ii8B/yA6Af8e&#10;RgH/HFMC/xpfAv8YagL/F3UC/xd/Av8XiAL/F48C/xeWAv8XnAL/F6EC/xenAv8XrQL/F7MD/he7&#10;A/0XxQP6F9ED9xfkAvQX7wLxGPoC7xj/A+4Y/wTuGP8E7Rj/Be0Y/wXtGP8F7Rj/Bf8nIwH/KSAA&#10;/ykgAP8oIwD/KS0B/yc3Af8lQwH/I08C/yFbAv8fZgL/HXEC/x17A/8dhAP/HYwD/h2TA/wcmQP7&#10;HJ8D+hykA/kcqgP3HLED9hy5A/UdwgPzHc4D8B3hA+wd7gPpHvkE6B7/BeYe/wblHv8G5R7/B+Ue&#10;/wflHv8H5R7/B/8rHwD/LRwA/y0bAP8uIAD/LykA/y80Af8sPwH/KksC/yhXAv8mYgL9JW0D+iR3&#10;A/gjgAP2I4gD9SOPA/MjlQTyI5sE8SOhBO8jqATuI64E7SO2BOsjvwTqI8wE5yPgBOMk7QTgJPkG&#10;3iT/B9wk/wjbJP8J2iT/Cdok/wnaJP8J2iT/Cf8uGwD/MRcA/zIWAP81HAD/NiUA/zYvAf80OgH/&#10;MUYB+y9SAvctXQLzLGgD8CtyA+4qewTsKoQE6iqLBOgqkgXnKZgF5imeBeQppQXjKawF4Sm0BeAq&#10;vQXeKsoF2yreBdYq7QfSKvgJzyv/Cs0q/wvMKv8Myyr/DMsq/wzLKv8Myyr/DP8yFwD/NRIA/zgS&#10;AP87GAD/PSAA/zwqAP47NQH3OUEB8TZNAuw0WALoM2MD5TJtBOMydgTgMX8F3jGHBdwwjgbaMJUG&#10;2DCbB9YvogfUL6kI0i+xCNAvugnPMMYJzTDYCckx6grGMfcMwzH/DsEx/w/AMf8PvzH/D78x/xC/&#10;Mf8QvzH/EP82EwD/OQ8A/z4QAP9BFAD/QxoA/0IjAPVBLgDtPjoB5z1GAeE8UwLdOl4D2TloBNQ4&#10;cQbROHoHzzeBCM03iAnLNo8KyjaWCsg2nQvGNaQMxTWsDMM1tQ3BNcANwDbPDr025g65NvQQtzb/&#10;EbU2/xK0Nv8Tszb/E7M2/xOzNv8Tszb/E/85EAD/PQsA/0MNAP9HEAD/SBQA9UccAOtGJgDjRDIA&#10;3ERBAdRDTQLPQVgEy0BiBsg/awjFPnQJwz17C8E9gwy/PIoNvTyQDrs8lw+6O58QuDunELY7sBG1&#10;O7sSszvJErE74BOuPPEUqzz9Fak8/xaoPP8WqDz/Fqc8/xanPP8Wpzz/Fv89DQD/QggA/0gKAP9L&#10;DAD6TA8A7EwUAOFKHQDWSiwAzks7AclKSALESFMEwEddB7xGZgm6RG4Lt0N2DbVDfQ6zQoQQsUGL&#10;EbBBkhKuQJoTrECiFKpAqxWpQLYWp0DEF6ZA2RejQe0YoEH7GJ9B/xmeQf8ZnUH/GZ1C/xidQv8Y&#10;nUL/GP9ACQD/RgUA/0wFAPFPBwDmUAkA408NANVPFQDMUScAxVE2Ab9QQwK6T04Ftk1YCLNMYQqw&#10;SmkNrUlwD6tIeBGpR38Sp0eGFKVGjRWjRpUWoUWeGJ9FpxmeRbIanEW/GppF0RuYRekblkb4HJVG&#10;/xuURv8bk0b/G5NH/xuTR/8bk0f/G/9CBQD/SgEA8lAAAOFUAQDZVgUA01UJAMxVEgDDViIAvFcy&#10;AbdWPwKyVEoFrVNUCKpRXQunUGQOpE5sEKJNcxKfTHoUnUyBFptLiReZSpEZl0qZGpVJoxuTSa4d&#10;kkm7HpBJzB6OSuUejUr2HotL/x6LS/8dikv/HYpL/x2KS/8dikv/Hf9FAAD/TQAA5VQAANlZAADP&#10;WwMAylsGAMRaDwC7Wx4AtVwuAa9bOwKqWkYFplhQCKJWWQufVWAOnFNoEZlSbxOXUXYVlVB9F5NQ&#10;hBmQT40ajk6WHIxOnx6KTqofiE63IIdOyCGFTuIhhE/zIINP/yCDT/8fglD/H4JQ/x6CUP8eglD/&#10;Hv9HAADzUQAA31gAANFdAADJYAIAw2AEAL1eDQC1YBoArmEqAKlgNwKkXkMEn11NCJtbVQuYWV0O&#10;lVhkEZJXaxOPVnIWjVV5GItUgRqIU4kchlOSHoRSnB+CUqchgFK0In9SxCN9Ut4jfFPxInxT/iF7&#10;VP8he1T/IHtU/yB7VP8ge1T/IP9KAADpVAAA2lwAAMxhAADDZAAAvGQCALZjCgCvZBcAqWUnAKNk&#10;NAKeY0AEmWFKB5VfUguRXloOjl1hEYtbaBOJWm8Whll2GIRYfRqBWIYcf1ePHn1WmSB7VqQieVax&#10;I3dWwSR2VtokdVfvJHVX/SN1WP8idVj/IXVY/yF1WP8hdVj/If9NAADlVwAA018AAMhkAAC/ZwAA&#10;t2gAALFnBwCpaBQAo2kkAJ5oMgGZZz0ElGVHB5BkTwqMYlcNiGFeEIVfZRODXmwWgF1zGH1dehp7&#10;XIMdeVuMH3ZblyF0WqIjclqvJHFavyVwWtUlb1vtJW9b/CNvW/8ib1v/Im9b/yFvW/8hb1v/IfpP&#10;AADhWgAAz2IAAMRnAAC7awAAs2wAAKxqBACkaxIAnmwhAJlsLwGUazoDj2lEBopoTQmGZlUNg2Vc&#10;EIBkYhN9YmkVemJwGHhheBp1YIAdc1+KH3BflCFuXqAjbF6tJWtevCZqXtEmaV7sJWpf+yRqX/8j&#10;al//Impf/yJqX/8ial//IvBSAADdXQAAy2UAAMBrAAC3bgAAr28AAKduAQCgbxAAmnAfAJRwLAGP&#10;bzgDim1CBoZsSwmCalIMfmlZD3toYBJ3ZmYUdWZuF3JldRpwZH4dbWOIH2tjkiJpYp4kZ2KrJWVi&#10;uiZkYs8mZGLqJmVi+iRlY/8jZWP/ImVj/yJlY/8iZWP/IutVAADYYAAAyGgAALxuAACzcQAAq3MA&#10;AKJxAACbcg4AlXMcAJB0KgGKczYChXJABYFwSAh9b1ALeW1XDnZsXhFza2QUcGpsF21pcxpraXwc&#10;aGiGH2ZnkCFkZ5wjYmapJWBmuSZfZs0mX2boJmBm+SRgZv8jYGb/I2Fm/yJhZv8iYWb/IuhYAADT&#10;YwAAxGsAALlxAACwdQAAp3cAAJ51AACWdg0AkHcZAIt4JwCGdzMCgXY9BHx1Rgd4c04LdXJVDnFx&#10;XBFucGMUa29qFmlucRlmbnocY22DHmFsjiFfa5ojXWunJVtrtyZaa8omWmvnJVtr9yRbav8jXGr/&#10;Ilxq/yJcav8iXGr/IuNbAADOZgAAwG4AALZ0AACseQAAo3sAAJh5AACQegsAinsWAIV8JACBfDEB&#10;fHs7BHd6RAZzeUwKcHhTDWx3WhBpdmETZ3VoFmR0bxhhc3gbXnKBHVxxjCBacZgiWHCmJFZwtSVV&#10;cMglVXDlJVVw9iRWb/8jVm//Ildv/yJXb/8iV2//It9fAADKaQAAvHIAALJ4AACpfQAAn38AAJJ+&#10;AACKfwcAhIATAICBIQB7gS4Bd4A5A3KAQgVuf0oIa35RC2h9WA5kfF8RYntmFF96bRdceXUZWXh/&#10;HFd4ih5Ud5YhUnakIlF2syNQdsYkUHbjI1B19SNRdf8iUXT/IVF0/yFRdP8hUXT/IdhjAADFbQAA&#10;uHYAAK59AAClggAAmoMAAI2DAACEhAMAfYUQAHmGHgB1hysBcYc2Am2GPwRphUcHZYRPCmKDVg1f&#10;g1wPXIJjElqBaxVXgHMYVH99GlF/iBxPfpQfTX6iIEt9sSFKfcQiSn3hIUt89CFLe/8gS3v/IEt7&#10;/yBLe/8gS3v/INBnAADAcgAAtHsAAKqCAACghgAAlYgAAIeIAAB8igAAdowOAHKNGgBujicAao4y&#10;AWaNPANjjUQFYIxMCFyLUwpai1oNV4phEFSJaBJRiHEVT4h6F0yHhRpKhpIcSIagHUaGrx5FhcIe&#10;RYXfHkWE8h5Fg/4eRYL/HkWC/x5Fgv8eRYL/HsptAAC6eAAAr4EAAKWHAACaiwAAj40AAIGOAAB0&#10;kQAAbpMKAGmUFQBmlSIAY5UuAWCVOAJclUEEWZRJBlaUUAhUk1cKUZNeDE6SZg9Mkm4RSZF4FEaQ&#10;gxZEkJAYQo+eGUCPrRo/j8AaP4/cGj+N8Ro/jP0bP4v/Gz+L/xs/i/8bP4v/G8JzAAC1fgAAqocA&#10;AJ+MAACUkAAAiJMAAHuVAABsmQAAZZsEAGCcEABdnR0AW54pAFieNAFVnj0CUp1FA1CdTQVNnVQH&#10;S5xbCUicYwtGnGsNQ5t1D0GbgBE+mo0TPJqbFDqaqxU5mr0VOZrZFTmY7xY5l/wWOJb/FziV/xc4&#10;lf8XOJX/F7t6AACvhQAApIwAAJiRAACNlQAAgZoAAHWdAABooAAAW6QAAFalDABTphcAUacjAE+n&#10;LwBMpzgBSqdBAUinSQJGp1AEQ6dYBUGnXwY/pmgIPaZyCjqmfQs4pooNNqWZDjSlqQ8zpbsPM6XU&#10;DzOk7g8yovsQMqH/ETKh/xEyof8RMqH/EbSCAACojAAAnZIAAJKXAACGnAAAeaEAAG2lAABhqQAA&#10;VawAAEuvBQBHsBAARbAcAESxJwBCsTIAQbI7AD+yQwE9sksBO7JTAjmyWwM3smQENbJuBTOyeQYx&#10;socHL7GWCC6ypggtsrgJLLLQCCyw7Akrr/kKK67/Cyqt/wsqrf8LKq3/C62LAACgkgAAlZgAAImd&#10;AAB9owAAcagAAGStAABZsQAATbQAAEK4AAA7ugoAOLsTADe8HgA1vCkANL0yADO9OwAyvUQAMb5M&#10;AC++VQEuvl4BLL5oASq+dAIpvoICJ7+RAya/ogMkv7QDI7/LAyO+6AMjvPcEIrv/BSK7/wUiu/8F&#10;Irv/BaSSAACYmAAAjJ4AAIClAABzqwAAZ7AAAFu1AABPuQAARLwAADrAAAAwxAQAKscLACjIEwAn&#10;yR0AJsknACXJMAAkyjkAI8pCACLLSwAhy1UAIMxfAB/MbAAdzXoAHM2KABvNnAAZzq4BGM7FABjN&#10;5AAYzPQBGMr8ARjK/wIYyv8CGMr/ApuZAACPnwAAgqYAAHWtAABoswAAXLkAAFC9AABEwQAAOcQA&#10;ADDIAAAozAEAINAGABnVCwAW1xAAFdgZABXZIgAU2SsAE9o0ABPaPQAS20gAEdxTABHdXwAQ3W0A&#10;EN5+AA7fkQAO4KQADeC4AAzg0gAL3+0ADN73AAzd+wAM3fsADN37AJKfAACFpwAAd64AAGq1AABd&#10;vAAAUMEAAETFAAA4yQAALs0AACXRAAAe1QAAFtoBABHeBgAQ5w0ADucSAA3oGQAM6CEAC+kpAArq&#10;MQAJ6jsAB+tFAAXrUQAE614AA+tuAAHrgAAA6pQAAOqnAADrvAAA69IAAOvpAADs7wAA7O8AAOzv&#10;AIenAAB5rwAAa7cAAF6+AABRxQAAQ8kAADfNAAAt0QAAI9YAABvbAAAT3wAADuMAAAzuAgAK9goA&#10;B/YOAAX2EgAD9hgAAPUeAAD1JQAA9S4AAPU3AAD2QgAA9k4AAPZdAAD2bgAA9oEAAPaVAAD3pwAA&#10;97cAAPjHAAD40AAA+NAAAPjQAHuvAABtuAAAYMAAAFLIAABEzQAAN9EAACvXAAAh3AAAGOAAABHk&#10;AAAM5wAAB+8AAAT6AAAB/wMAAP8IAAD/DQAA/hAAAP4UAAD/GgAA/yEAAP8pAAD/MwAA/z4AAP9L&#10;AAD/WwAA/2wAAP+AAAD/kgAA/6EAAP+tAAD/swAA/7MAAP+zAP8cJgD/HCQA/xolAP8VJwD/ES4A&#10;/xA6AP8ORwH/DVMB/wtfAf8KawH/CnUB/wp/Af8KhwH/Co4B/wqVAf8KmwH/CaAB/wmlAP8JqwD/&#10;CbEA/wm4AP8JwQD+CcwA/AneAPkJ6wD1CfYA8wn/APIK/wDxCv8B8Qv/AfEL/wHxC/8B8Qv/Af8f&#10;IwD/HyEA/x4hAP8ZJAD/FywA/xU3AP8TRAD/EVAB/xBcAf8OZwH/DnIB/w57Af8OhAH/DosB/w6S&#10;Af8OmAH/Dp0B/w6jAf4OqAH8Dq4B+w61APoOvgD4DskA9Q7bAPIO6gDuDvUA7A7/AesP/wHqD/8B&#10;6hD/AekQ/wHpEP8B6RD/Af8iHwD/IhwA/yEcAP8fIAD/HykA/xw0AP8aQAD/F0wB/xVYAf8UYwH/&#10;E24B/xN3Af4TgAH8E4gB+hKOAfkSlQH4EpoB9hKgAfUSpgH0EqwB8xKzAfESvAHwEscB7RLYAekT&#10;6AHmE/UB5BT/AeIU/wLhFf8C4RX/AuAV/wLgFf8C4BX/Av8lGwD/JhcA/yQWAP8lHAD/JiUA/yQw&#10;AP8hOwD/H0gA/x1UAf0bXwH5GmkB9xpzAfQZfAHyGYQB8RmLAe8ZkQHuGZcB7BmdAesZowHpGaoB&#10;6BmxAecZugHlGcUB4xnVAd8a6AHcG/UC2Bv/AtUc/wPUHP8D0xz/BNIc/wTSHP8E0hz/BP8pFwD/&#10;KhMA/ykSAP8sGAD/LCEA/ywrAP8pNwD9J0MA9yVPAfMjWgHvImQB7CFuAekhdwHnIX8B5SGGAeQh&#10;jQHiIJQB4SCaAd8goAHeIKcB3CGvAdohuALYIcMC1SHTAtEi5wLNIvQDyiP/BMgj/wXHI/8GxiP/&#10;BsYj/wbGI/8GxiP/Bv8sEgD/Lg8A/zAQAP8zFAD/MxsA/zIlAPowMADyLjwA7CxJAOcqVQHjKl8B&#10;4ClpAd0pcgHaKHoB1yiCAtUoiQLTKJAC0SiWA88onAPOKKMDzCirA8ooswPJKL4ExyjMBMUp4gTB&#10;KvEGvir+B7wq/wi6Kv8Iuir/CLkq/wm5Kv8JuSr/Cf8wDwD/MgsA/zYNAP84EAD/ORUA+TceAO81&#10;KADnMzUA4DJCANsyTwDVMVoB0DFkAs0wbQLLMHUDyTB8A8cvgwTFL4oExC+RBcIvlwXBL54Gvy+m&#10;Br0vrwa8L7kHui/HB7gw3Qe1MO4JsjD7CrAw/wuuMP8LrjD/C60w/wutMP8LrTD/C/8zDAD/NgYA&#10;/zwJAP8+DAD9PRAA7zwVAOQ5HwDbOS0A0jo8AM06SQHIOVQBxDleAsE4ZwO/N28EvTd2Bbs2fQa5&#10;NoQHtzaLB7Y1kgi0NZoJszWhCbE1qgqvNbQLrjXBC6w11AupNuoMpjb4DaU2/w6jN/8Oojf/DqI3&#10;/w6iN/8Oojf/Dv83BwD/OwIA/0ADAPJCBQDpQgkA5T8OANg+FgDOQCcAx0E2AMJBRAG9QU8CuUBZ&#10;A7Y/YQS0PmkGsT1xB689eAiuPH8JrDyGCqo7jQupO5UMpzudDaU7pg2jOrAOoju8D6A7zQ+eO+YQ&#10;mzz1EZo8/xGZPP8RmDz/EZg8/xGYPP8RmDz/Ef86AQD/QAAA70UAAOFIAADZSAUA00YJAMxFEgDE&#10;RyIAvUgxALhIPwGzR0oCsEZUBKxFXQWqRGQHp0NsCKVCcwqjQnoLoUGBDKBBiA2eQJAPnECYEJpA&#10;oRGYQKwSl0C4EpVAyBOTQOETkUHzFJBB/xSPQf8UjkL/E45C/xOOQv8TjkL/E/88AAD5RAAA5EoA&#10;ANhOAADOTwIAyU0GAMNLDwC7TR0AtU4tAK9OOgGrTUYCp0xPBKRLWAahSmAInklnCZxIbguaR3UN&#10;mEZ8DpZGgw+URYsRkkWUEpBFnROORagUjEW0FYtFxBaKRdwWiEbwFoZG/RaGRv8WhUf/FYVH/xWF&#10;R/8VhUf/Ff8/AADsSAAA3U8AAM9TAADGVQAAwFMDALtRDACzUhkArVMpAKhTNgGjUkICn1FLBJxQ&#10;VAaZT1wIlk5jCpRNagyRTHEOj0t4D41LfxGLSocSiUqQFIdJmhWFSaUXg0mxGIJJwBiBStYZf0rt&#10;GH5L/Bh+S/8XfUv/F31L/xZ9S/8WfUv/Fv9DAADmTAAA1lMAAMlYAADAWQAAulgBALRWCQCsVxYA&#10;plglAKFYMgGdVz4CmFZIBJVVUQaSVFgIj1JfCoxSZgyKUW0OiFB0EIVPexKDT4QTgU6NFX9Olxd9&#10;TqEYe02uGXpOvRp4TtEad07rGndP+hl2T/8Zdk//GHZP/xd2T/8Xdk//F/hGAADiUAAA0FcAAMRc&#10;AAC7XgAAtF0AAK5aBgCmWxMAoFwiAJtcLwCXWzsCklpFA49ZTQaLWFUIiFdcCoZWYwyDVWoOgVRx&#10;EH5UeBJ8U4AUelKJFnhSlBh2Up8ZdFKrGnJSuhtxUs0ccFLoG3BT+RpwU/8acFP/GXBT/xhwU/8Y&#10;cFP/GO9JAADdUwAAy1oAAMBfAAC3YgAAr2EAAKheAgChXxAAm2AeAJZgLACRYDgBjV5CA4ldSwWF&#10;XFIHgltZCoBaYAx9WWcOe1huEHhYdRJ2V30UdFeHFnJWkRhvVpwablapG2xWuBxrVssdalbmHGpX&#10;9xtqV/8aalf/GWtX/xlrV/8Za1f/GetMAADYVgAAyF4AALxiAACzZQAAq2UAAKNiAACcYg4AlmMc&#10;AJFkKQCMYzUBiGI/A4RhSAWAYFAHfV9XCXpeXQt3XWQNdVxrEHNcchJwW3sUbluEF2xajxhqWpoa&#10;aFqnHGZath1lWsgdZVrkHWVa9hxlWv8bZVr/GmVa/xllWv8ZZVr/GehPAADTWQAAxGEAALlmAACw&#10;aAAAp2kAAJ5lAACXZg0AkWcZAIxoJwCHZzIBg2Y9An9lRgR7ZE0GeGNUCXViWwtyYWENcGFpD21g&#10;cBJrX3kUaV+CFmdejRllXpgaY16lHGFetB1gXscdYF7jHWBe9RxgXv8bYF7/GmFe/xphXv8aYV7/&#10;GuRSAADPXAAAwGQAALZpAACsbAAAo2wAAJlpAACSagsAjGoWAIdrJACCazABfmo6AnppQwR2aEsG&#10;c2dSCHBnWQptZmANa2VmD2hkbhFmZHYUZGOAFmJjixhgYpcaXmKkHFxish1bYsUdW2LhHVti9Bxb&#10;Yv8bXGL/Glxi/xpcYv8aXGL/GuBVAADLXwAAvWcAALJsAACpcAAAn28AAJRsAACMbQgAhm4TAIJv&#10;IQB9by0BeW84AnVuQQNybUkFbmxQB2trVwppa14MZmplDmRpbBFhaXQTX2h+Fl1niRhbZ5UaWWai&#10;G1dmsBxWZsMdVmbfHVZm8xxXZv8bV2b/Gldm/xpXZv8aV2b/GttZAADHYgAAumoAAK9wAACmcwAA&#10;mnMAAI9wAACHcQUAgXIRAHxzHgB4cyoAdHM1AXBzPwNtckcFanFOB2dxVQlkcFwLYm9jDl9vahBd&#10;bnISWm18FVhthhdWbJMZVGygG1JrrxxRa8EcUWvcHFFr8RtSa/4aUmr/GlJq/xlSav8ZUmr/GdRc&#10;AADDZgAAtm4AAKx0AACidwAAlnYAAIl1AACBdgEAencPAHZ4GwByeScAb3kyAWt4PAJoeEQEZXdM&#10;BmJ3UwhfdloKXXVhDFp1aA9YdHARVXN5E1NzhBZRcpAYT3KeGU1xrRpMcb8bS3HZG0xx8BpMcP0a&#10;TXD/GU1v/xlNb/8ZTW//Gc5gAAC+agAAsnIAAKh4AACdewAAkHoAAIR6AAB6ewAAdHwMAG9+FwBs&#10;fiQAaX8vAWZ/OQJif0IDX35JBV19UAdafVcJV3xeC1V8ZQ1Se24PUHp3Ek56ghRLeY4WSXmcF0h4&#10;qxhGeL0ZRnjVGUZ37xhHdvwYR3b/GEd1/xdHdf8XR3X/F8llAAC6bwAArncAAKR9AACYfwAAi38A&#10;AH5/AABzgQAAbIMJAGiEEwBlhSAAYoYsAF+GNgFchj8CWYVGA1eFTgVUhVUHUoRcCU+DYwtNg2sN&#10;S4J0D0iCfxFGgYwTRIGaFUKAqRZBgLoWQIDSFkF/7RZBfvsWQX3/FkF9/xZBff8WQX3/FsJqAAC1&#10;dQAAqn0AAJ+CAACSgwAAhYQAAHmFAABqiQAAZIoDAGCMEABdjRsAW44nAFiOMgBVjjsBU45DAlCO&#10;SgNOjVIFTI1ZBkmMYAhHjGgKRYtyDEKLfQ5AiokPPoqYETyKpxI7irgSOorPEjuI6xI7h/oTO4b/&#10;EzuG/xM7hv8TO4b/E7xxAACvewAApYMAAJmHAACMiAAAf4kAAHOMAABlkAAAXJMAAFeVDABUlhYA&#10;UpYiAFCXLQBNlzYAS5c/AUmXRwJHl04DRZZVBEOWXQVBlmUGPpVvCDyVegk6lYcLOJWVDDaUpQ01&#10;lLYONJTMDTST6Q00kvgONJD/DzSQ/w80kP8PNJD/D7V4AACqggAAnogAAJONAACGjgAAeZAAAG2T&#10;AABhlwAAVZsAAE2eBgBJnxAAR58bAEagJgBEoDAAQ6E6AEGhQgE/oUkBPaFRAjuhWQI5oWEDN6Br&#10;BDWgdgUzoIMGMaCSBzCgogguoLMILqDJCC6f5wgtnfcJLZz/Ci2b/wotm/8KLZv/Cq+AAACjiQAA&#10;l44AAI2TAAB/lQAAcpgAAGacAABboAAAT6QAAEWnAAA+qQwAPKoUADqqHwA5qikAOKsyADerOwA1&#10;q0MANKxLADKsUwExrFwBL6xmAi2scQIrrH8DKqyOAyisngQnrLAEJqzFBCar5AMlqfUEJaj/BSWn&#10;/wUlp/8FJaf/BaeJAACbjwAAkZQAAISZAAB4ngAAa6IAAF+mAABTqgAASK0AAD2wAAA0swMAL7UO&#10;AC21FgAstSAAK7YpACq2MgAptzoAKLdDACe3TAAmuFUAJLhfACO4awAiuHgBILiIAR+4mQEduasB&#10;HLnAARy43wEctvIBG7X8Ahu0/wIbtP8CG7T/Ap+PAACUlQAAiJsAAHuhAABupgAAYqsAAFawAABK&#10;swAAP7YAADW5AAAsvAAAJL8GAB/CDQAdwhQAHMIeABvDJgAawy8AGcQ4ABjEQQAXxEoAFsVVABXF&#10;YQAUxm8AE8Z/ABLGkQARx6QAEMe5AA/H1AAQxu4AEMT6ABDD/wAQw/8AEMP/AJeWAACLnAAAfqIA&#10;AHGpAABkrwAAWLQAAEu4AABAuwAANb4AACvBAAAjxQAAG8kBABTMBgAQ0AsADtERAA3RGQAN0SEA&#10;DNEqAAzRNAAL0j4ACtJJAAnTVQAJ02IACNNyAAbUhAAF1JgABNSrAAPVwAAB1dwAAdXtAAHV9gAB&#10;1fYAAdX2AI6dAACApAAAc6sAAGaxAABZuAAATL0AAD/AAAA0wwAAKscAACHKAAAZzgAAEtIAAA3W&#10;AQAJ2wUABtwNAATcEQAD3RgAAd4gAADeKAAA3zEAAOA8AADhRwAA4lQAAONjAADjdAAA5IgAAOSb&#10;AADlrgAA5cEAAOXVAADm5wAA5ucAAObnAIOkAAB1rAAAaLMAAFq7AABNwQAAQMQAADPIAAAozAAA&#10;H9AAABfUAAAQ2QAAC90AAAXhAAAA5AAAAOUHAADmDQAA5xEAAOgWAADpHQAA6iUAAOsuAADtOQAA&#10;70UAAPBTAADxZAAA8XYAAPKKAADznAAA860AAPS7AAD0yAAA9MgAAPTIAHetAABqtQAAXL0AAE/E&#10;AABAyQAAM80AACfRAAAd1gAAFNwAAA7gAAAI4wAAAeYAAADqAAAA7gAAAO4AAADvBAAA8AoAAPEO&#10;AADzEgAA9BgAAPYgAAD4KgAA+jUAAP1DAAD+UgAA/2MAAP92AAD/iQAA/5oAAP+mAAD/sAAA/7AA&#10;AP+wAP8WIwD/FSEA/xEhAP8NJAD/CSsA/wY3AP8DRAD/AFEA/wBdAP8AaAD/AHIA/wB7AP8AgwD/&#10;AIoA/wCRAP8AlgD/AJwA/wChAP0ApgD7AKwA+QCzAPcAuwD1AMUA8wDRAPIA5ADxAPEA7wD6AO4A&#10;/wDuAP8A7QD/AO0A/wDtAP8A7QD/AP8ZIAD/GB0A/xUdAP8QHwD/DikA/ww0AP8KQQD/B00A/wVZ&#10;AP8EZAD/BG4A/wN3AP8DgAD/A4cA/wONAP0CkwD7ApkA+QKeAPcCpAD1AqoA8wGwAPEBuADvAcIA&#10;7QHPAOsB4wDqAe8A6AL7AOcE/wDmBf8A5gb/AOYG/wDmBv8A5gb/AP8cGwD/GxkA/xcYAP8VHQD/&#10;EyUA/xEwAP8QPQD/DkkA/wxVAP8LYAD/C2oA/QtzAPsLfAD5CoMA9wqKAPUKkAD0CpYA8wqbAPEK&#10;oQDvCacA7QmuAOsJtgDoCcAA5gnNAOQJ4gDiCvAA3wv7AN4M/wDcDf8A3A3/ANsN/wHbDf8B2w3/&#10;Af8fFwD/HhMA/xsSAP8cGQD/GyIA/xgsAP8VOAD/E0QA/hJQAPkRWwD1EGYA8xBvAPAQdwDuEH8A&#10;7BCGAOoQjADpEJIA6BCYAOYPngDlD6UA4w+sAOEPtADgD74A3g/MANoQ4QDVEfAA0hL7AM8S/wHO&#10;E/8BzRP/Ac0T/wHME/8BzBP/Af8iEgD/Ig8A/yEPAP8iFAD/IhwA/yAnAP8dMgD4Gz4A8hlLAO4Y&#10;VgDqF2AA5xZqAOQWcgDiFnoA4BaCAN4WiADcFo8A2xaVANkWmwDWFqIA1BapANIWsQDQF7sAzhfJ&#10;AMwY3gDIGe4BxRr7AcMa/wLBG/8CwBv/AsAb/wLAG/8CwBv/Av8mDgD/JQsA/ygMAP8pEAD/KBYA&#10;/iYgAPQkKwDsITgA5iBEAOEfUADdH1sA2R5lANUebQDSH3UA0B99AM4fgwDMH4oByx+QAckflwHI&#10;H54Bxh+lAcUgrQHDILcBwSDEAcAh1gG8IuoCuSL4A7Yi/wO1I/8DtCP/BLMj/wSzI/8EsyP/BP8p&#10;CwD/KgUA/y4IAP8vDAD/LRAA8ysXAOgoIgDgJi8A2SY9ANInSgDNJ1UAyihfAMcoaAHFKG8Bwyd3&#10;AcEnfgG/J4QBvieLArwnkgK7J5kCuSegArcnqQO2KLMDtCi/A7MozwOwKeYErSn2BKsq/wWpKv8G&#10;qCr/Bqgq/waoKv8GqCr/Bv8tBQD/MAAA/zMCAPY0BgDvMgoA6C4QANwsGADRLigAyy83AMYwRADB&#10;ME8AvjBZAbswYgG4MGoCti9xArUveAKzL38DsS+GA7AvjQOuLpQErS6cBKsupAWpL64FqC+6BaYv&#10;ygakMOIGoTDzB58w/wieMf8InTH/CJwx/wicMf8InDH/CP8wAAD/NQAA7zgAAOI6AADbOQQA1jUJ&#10;AM40EwDGNiIAvzgxALo4PwC2OEoBszhUAbA3XQKtN2QCqzZsA6k2cwSoNnkEpjWABaQ1hwWjNY8G&#10;oTWXB581oAeeNaoInDW2CJs1xQmZNd0JljbvCpQ2/QqTN/8Kkjf/CpI3/wqSN/8Kkjf/Cv8zAAD2&#10;OgAA5D8AANhCAADOQgEAyT4GAMQ7DwC7Ph0AtT8sALE/OgCtP0UBqT9PAaY+WAKjPV8DoT1nBJ88&#10;bQWdPHQGnDt7Bpo7ggeYO4oIljuTCZU6nAqTOqYLkTqyC5A7wAyOO9UMjDzsDYo8+w2JPP8NiTz/&#10;DIg8/wyIPP8MiDz/DP83AADqPwAA3EUAAM5JAADFSQAAv0YCALpDDACzRBkArUUnAKhGNQCkRUEB&#10;oEVLAp1EUwKaQ1sDmENiBZZCaQaUQXAHkkF2CJBAfgmOQIYKjUCOC4tAmAyJQKINh0CuDoVAvA+E&#10;QM8PgkHpD4FB+Q+AQf8PgEL/DoBC/w6AQv8OgEL/Dvo7AADlRAAA00sAAMdOAAC+TwAAuEwAALJJ&#10;CQCrSRUApUsjAKBLMQCcSz0BmEpHApVJTwOSSVcEkEheBY5HZQaLR2sHiUZyCYhGeQqGRYILhEWK&#10;DYJFlA6ARJ8PfkSrEHxFuRF7RcsRekXmEXlG9xF4Rv8QeEb/EHhG/w94Rv8PeEb/D/A/AADfSQAA&#10;zU8AAMFTAAC4VAAAsVIAAKtOBQCkThEAnk8gAJlQLQCVUDkBkk9DAY5OTAOLTVMEiU1aBYZMYQaE&#10;S2gIgktuCYBKdgt+Sn4MfEmHDnpJkQ94SZwQdkmoEnRJthJzScgTckrjE3FK9RJxSv8RcUv/EXFL&#10;/xBxS/8QcUv/EOxDAADZTAAAyFMAAL1XAAC0WAAArFcAAKVSAQCeUw8AmFQcAJNUKQCPVDUAi1NA&#10;AYhTSAKFUlAEglFXBX9QXgZ9UGQIe09rCXlPcgt3TnsNdU6EDnNNjhBxTZkRb02lE21NsxRsTcUU&#10;a07hFGtO9BNrTv8Sa07/EmtO/xFrTv8Ra07/EehGAADTUAAAxFYAALlaAACwXAAAploAAJ9WAACY&#10;Vg0AklcZAI5YJgCJWDIAhlg9AYJXRQJ/Vk0DfFVUBXlUWwZ3VGEIdVNoCXNTcAtxUngNb1KBD21S&#10;ixBrUZcSaVGjE2dRsRRmUcMVZVLeFWVS8hRlUv8TZVL/EmVS/xJlUv8SZVL/EuRKAADPUwAAwFoA&#10;ALVeAACsYAAAol4AAJpZAACSWgsAjVsWAIhcIwCEXC8AgFs6AX1bQwJ5WksDdllSBHRYWAZxWF8H&#10;b1dmCW1XbQtrVnUNaVZ+D2dWiRFlVZUSY1WhFGJVrxVhVcEWYFXbFmBW8RVgVv4UYFb/E2FW/xJh&#10;Vv8SYVb/EuBNAADLVgAAvV0AALJhAACoYwAAnWEAAJVdAACNXgkAh14TAINfIAB/XywAe183AXde&#10;QAJ0XkgDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp8D2JahxFgWZMSXlmgFF1ZrhVbWb8WW1nY&#10;FltZ7xVbWf0UXFn/E1xZ/xJcWf8SXFn/EtxQAADHWQAAumAAAK9kAACkZQAAmWQAAJBgAACIYQYA&#10;gmIRAH5jHQB6YyoAdmM0AXNiPQFvYkYCbGFNBGphVAVnYFoHZWBhCGNfaQphX3EMX156Dl1ehRBb&#10;XpESWV2eFFhdrBVXXb0WVl3VFlZd7hVXXfwUV13/E1dd/xJXXf8SV13/EtZTAADEXAAAt2MAAKxo&#10;AACgaAAAlWcAAIpjAACDZQIAfWYPAHhmGgB0ZycAcWcyAG5nOwFrZkMCaGZLA2VlUgVjZVkGYWRf&#10;CF5kZwpcY28MWmN4DlhjgxBWYo8SVGKcE1NiqhVSYrsVUWLSFVFh7RVSYfsUUmH/E1Nh/xJTYf8S&#10;U2H/EtFWAADAXwAAs2YAAKlrAACcawAAkGoAAIVnAAB9aQAAd2oNAHNrFwBvayQAbGwvAGlsOAFm&#10;a0ECY2tJA2FrUARealcGXGpdB1ppZQlYaW0LVWh2DVNogQ9RZ40RT2eaEk5nqRRNZ7kUTGfPFExm&#10;6xRNZvsTTWb/Ek5l/xJOZf8STmX/EsxaAAC8YwAAsGoAAKVvAACYbgAAjG0AAIBsAAB3bQAAcW4L&#10;AG1vFABpcCEAZnEsAGRxNgFhcT4BXnFGAlxwTQNZcFQFV3BbBlVvYghTb2oKUG5zDE5ufg5MbYoQ&#10;Sm2YEUlspxJIbLgTR2zNE0ds6hNIa/oSSGv/Ekhq/xFIav8RSGr/EcdeAAC4ZwAArG4AAKFyAACT&#10;cgAAh3EAAHpxAABxcgAAa3QHAGZ1EQBjdh0AYHcoAF53MwBbeDwBWXdDAlZ3SwNUd1IEUnZZBVB2&#10;YAdOdWgIS3VxCkl0fAxHdIgORXOWD0NzpRBCc7YRQXPLEUJy6BFCcvgRQnH/EENw/xBDcP8QQ3D/&#10;EMFjAACzbAAAqHMAAJt2AACOdQAAgXYAAHV2AABpeAAAY3oCAF58DgBcfRkAWX4kAFd/LwBVfzgB&#10;U39AAVB/SAJOfk8DTH5WBEp+XQVIfWUGRn1uCEN8eQpBfIYLP3uUDT57ow48e7MOPHvIDjx65g48&#10;efcOPHj/Djx4/w49d/8OPXf/DrxoAACvcgAApHkAAJZ6AACIegAAfHoAAHB8AABjfwAAXIIAAFeE&#10;CwBThRQAUYYgAE+GKgBOhzQATIc8AUqHRAFIh0sCRodTAkSGWgNChmIEQIZsBj6Fdgc7hYMIOYWR&#10;CjiEoAs2hLELNoTGCzaD5As2gvYLNoH/DDaA/ww2gP8MNoD/DLZvAACqeAAAn38AAJB+AACDfwAA&#10;d4AAAGuCAABehwAAVYoAAE6MBgBKjhAASI8aAEePJQBFkC8ARJA4AEKQQABAkEcBP5BPAT2QVgI7&#10;kF8COZBoAzePcwQ1j4AFM4+OBjGPngcwjq8HL47DBy+O4QcvjPQIL4v/CC+K/wgviv8JL4r/CbB2&#10;AAClfwAAmIQAAIqEAAB9hQAAcIcAAGWKAABajgAAT5IAAEaVAABBmAwAPpgUAD2ZHwA7mSgAOpox&#10;ADmaOgA3mkIANppKADWaUgEzmloBMZpkAS+abwItmnsCLJqKAyqamgMpmqwEKJrABCeZ3gMnl/IE&#10;J5b9BSeV/wUnlf8FJ5X/Bal+AACehQAAkokAAISKAAB2jAAAao8AAF6TAABUlwAASZsAAECfAAA3&#10;ogQAMqMOADGjFwAwpCEALqQqAC2kMgAspToAK6VDACqlSwAppVQAKKVeACalaQAlpXYBI6WFASKl&#10;lgEgpqgBH6W7AR6l1wEepO8BHqL7Ah6h/wIeof8CHqH/AqKGAACXjAAAi48AAH2RAABvlAAAY5gA&#10;AFedAABNoQAAQ6UAADioAAAwqwAAKK4HACSvEAAjrxcAIa8hACCwKQAfsDEAHrA6AB2xQgAcsUwA&#10;G7FWABqxYQAZsm8AGLJ+ABaykAAVsqIAFLK2ABOyzgATsesAE6/5ABOu/wETrv8BE67/AZqNAACQ&#10;kgAAhJcAAHWaAABonwAAW6MAAFCoAABFrAAAO7AAADGyAAAntQAAILgAABi6BwAUvA4AE7wVABK8&#10;HgARvSYAEb0uABC9NwAQvkEADr5MAA6+VwANvmUADL90AAu/hgAKvpkACL6sAAe+wgAHvt8ACL7w&#10;AAi9+gAIvfwACL38AJOUAACHmQAAep8AAGylAABgqgAAU68AAEezAAA8tgAAMbgAACe7AAAfvgAA&#10;F8EAABHEAQAMyAgACMkOAAfJFAAGyRwABckkAATKLAADyjYAAspAAADLTAAAy1kAAMtoAADLeQAA&#10;zIwAAMufAADLswAAy8gAAMziAADM7wAAzPEAAMzxAIqaAAB8oQAAb6cAAGKtAABVswAASLgAADu7&#10;AAAwvgAAJsEAAB3EAAAVyAAAD8sAAArOAAAE0gIAANMKAADTDwAA1BQAANUaAADWIgAA1yoAANk0&#10;AADaPwAA3EsAANxaAADdagAA3X0AAN2RAADdpAAA3rYAAN7IAADe3gAA3uIAAN7iAH+iAABxqQAA&#10;ZLAAAFa3AABJvAAAPMAAAC/EAAAkxwAAG8sAABPPAAAN0gAAB9YAAADbAAAA3gAAAN8DAADgCQAA&#10;4Q4AAOISAADjFwAA5R4AAOYnAADoMQAA6j0AAOxLAADsWgAA7WwAAO6AAADulAAA7qUAAO60AADu&#10;wgAA7sYAAO7GAHSqAABmsgAAWLkAAEvAAAA9xQAAL8kAACTNAAAZ0QAAEdYAAAvbAAAD3gAAAOEA&#10;AADlAAAA6AAAAOkAAADqAAAA6wYAAO0LAADvDwAA8BMAAPIaAAD0IwAA9y4AAPk7AAD7SgAA/FsA&#10;AP1tAAD9gAAA/pMAAP6iAAD+rQAA/q8AAP6vAP8QHwD/Dh0A/wodAP8BIAD/ACgA/wA1AP8AQQD/&#10;AE4A/wBaAP8AZQD/AG4A/wB3AP8AfwD+AIYA/ACMAPsAkgD5AJcA+ACcAPcAogD2AKcA9QCtAPMA&#10;tQDyAL0A8QDJAO8A3ADuAOsA7QD3AOwA/wDrAP8A6gD/AOoA/wDqAP8A6gD/AP8THAD/ERkA/w0Z&#10;AP8GHAD/AyUA/wAxAP8APgD/AEoA/wBWAP8AYQD/AGsA/QBzAPoAewD3AIMA9QCJAPQAjwDyAJQA&#10;8QCZAPAAnwDuAKQA7QCrAOwAsgDqALoA6ADGAOcA1gDlAOgA5AD1AOMA/gDiAP8A4QD/AOEA/wDh&#10;AP8A4QD/AP8VGAD/ExQA/w8UAP8NGQD/CyIA/wgtAP8EOQD/AUYA/wBRAP4AXAD6AGYA9gBvAPIA&#10;dwDvAH4A7QCFAOsAiwDqAJEA6ACWAOcAnADmAKEA5ACoAOMArwDhALgA3wDDAN0A0QDbAOYA2QDz&#10;ANcA/QDVAv8A1AL/ANQD/wDUA/8A1AP/AP8YEwD/FRAA/xIPAP8SFQD/ER0A/w4oAP8MNAD/CkEA&#10;+QhMAPUGVwDxBmEA7QZqAOkFcgDmBXoA5AWBAOIFhwDgBo0A3waSAN0GmADbBp4A2QalANcGrQDU&#10;BrUA0gbAANAHzwDOCOUAzAn0AMoL/wDIDP8Axwz/AMcM/wDGDP8Axgz/AP8bDgD/GQwA/xgNAP8Y&#10;EQD/FxgA/xQiAPsRLgDzEDoA7Q5GAOgNUgDlDVwA4Q1lAN4NbQDbDXUA2A18ANUNggDTDYkA0Q2P&#10;ANANlQDODZwAzQ6jAMsOqwDJDrQAyA7AAMYOzwDDEOYAwBH1AL0S/wC8Ev8AuxL/ALoS/wG6Ev8B&#10;uhL/Af8fCgD/HAQA/x8IAP8fDQD/HRIA+BobAO4WJgDmFDMA4BM/ANoTSwDUE1YA0BNfAM4UaADL&#10;FG8AyRR3AMcVfQDGFYQAxBWKAMMVkQDBFpgAwBafAL4WpwC8F7AAuxe8ALkXywC3GOIAsxnyAbEa&#10;/wGvG/8Brhv/Aa4b/wGtG/8BrRv/Af8iBAD/IgAA/yUCAPwkBwD3IQwA7B0SAOEaHADYGioA0Bs4&#10;AMsdRQDHHVAAwx5aAMAeYgC+HmoAvB9xALofeAC5H34Atx+FALYfjAC0H5MAsx+aAbEgowGwIKwB&#10;riC3AawhxgGrId0BpyLvAqUi/QKjI/8CoiP/AqIj/wKhI/8CoSP/Av8lAAD/KAAA8ioAAOUrAADf&#10;KAUA3CELANIhFADJJCQAwyUyAL4mPwC6J0oAtydUALQnXQCyJ2QAsCdsAK4ncgGtJ3kBqyd/Aaon&#10;hgGoJ44BpyeWAqUnngKjKKgCoiizAqAowQKfKNUCnCnsA5oq+gOYKv8Elyr/BJcq/wSWKv8Elir/&#10;BP8oAAD1LgAA5TMAANo1AADQMwEAzC0GAMYqEAC+LR4AuC4sALMvOgCvL0UArDBPAKkvWACnL18B&#10;pS9mAaMvbQGhL3MCoC56Ap4ugQKdLokCmy6RA5kumgOYLqQEli+vBJUvvQSTL88EkTDoBY8w+AWN&#10;Mf8FjTH/BYwx/wWMMf8FjDH/Bf8tAADqNQAA3DoAAM49AADGPAAAwDcCALszDQCzNBkArjYnAKk3&#10;NAClN0AAojdKAJ83UwGdNloBmzZhAZk2aAKXNW8ClTV1A5Q1fAOSNYQEkDWNBI81lgWNNaAFizWr&#10;Boo1uQaINcoHhzblB4U29geEN/8Hgzf/B4M3/weCN/8Hgjf/B/QyAADjOwAA0kEAAMZEAAC9QwAA&#10;tz8AALE7CQCqOxQApTwiAKA9MACdPTsAmT1FAJY9TgGUPFYBkjxdApA8YwKOO2oDjDtxBIo7eASI&#10;OoAFhzqIBoU6kgaDOpwHgTqoCIA6tQl+O8YJfTvhCXs88wl7PP8Jejz/CHo8/wh6PP8Iejz/CO43&#10;AADdQQAAy0YAAL9JAAC2SQAArkYAAKlBBACjQREAnUIeAJhDKwCVQzcAkUNBAI5CSgGMQlIBiUFZ&#10;AodBXwOFQWYDg0BtBIFAdAWAQHsGfj+EB3w/jgh6P5kJeD+lCndAsgp1QMMLdEDdC3NB8QtyQf8K&#10;ckH/CnJB/wlyQf8JckH/Cek8AADVRQAAxUsAALpOAACwTgAAp0sAAKJGAACbRg4AlkcaAJFIJwCO&#10;SDMAikg9AIdHRgGER04BgkZVAoBGXAN+RWIEfEVpBHpFcAV4RHgGdkSBCHREiwlyRJYKcESiC29E&#10;rwxuRMAMbUXZDWxF7wxrRf0La0b/C2tG/wprRv8Ka0b/CuVAAADPSQAAwU8AALVSAACrUgAAoU8A&#10;AJtKAACUSgwAj0sXAItMJACHTC8AhEw6AIFMQwF+S0sBe0tSAnlKWAN3Sl8EdUlmBXNJbQZxSXUH&#10;b0l+CG1IiAlrSJMLakifDGhIrQ1nSb0NZknUDmVJ7Q1lSvwMZUr/C2VK/wtlSv8LZUr/C+BEAADL&#10;TQAAvVIAALJWAACmVQAAnFIAAJVOAACOTgkAiU8UAIVQIACBUCwAflA3AHtQQAF4UEgBdU9PAnNO&#10;VQNxTlwEb05jBW1NagZrTXIHaU17CGdNhQplTZELZEydDGJNqw1hTbsOYE3RDmBN7A5gTfsNYE3/&#10;DGBN/wtgTf8LYE3/C9xHAADHUAAAuVYAAK5ZAACiWAAAmFYAAJBRAACJUgYAg1MRAH9THQB7VCkA&#10;eFQ0AHVUPQFyU0UBcFNMAm1SUwJrUlkDaVJgBGdRZwZlUW8HY1F4CGJRgwpgUY8LXlCbDV1QqQ5b&#10;UbkOW1HOD1pR6g5bUfoNW1H/DFtR/wxbUf8LW1H/C9ZKAADDUwAAtlkAAKtcAACeWgAAk1kAAItU&#10;AACEVgMAflYQAHpXGgB2VyYAc1gxAHBXOgBtV0IBaldJAmhWUAJmVlcDZFZeBGJVZQVgVW0HXlV2&#10;CF1VgQpbVY0LWVSaDVhUpw5WVbgPVlXMD1ZV6Q5WVfkNVlX/DVdU/wxXVP8MV1T/DNFNAADAVgAA&#10;s1wAAKdeAACaXQAAj1wAAIZYAAB/WQAAeVoNAHRbFwBxWyMAblsuAGtbNwBoW0ABZVtHAWNaTgJh&#10;WlUDX1pcBF1aYwVcWmsGWll0CFhZfwpWWYsLVFmYDVNYpg5SWbYOUVnKD1FZ5w5RWPgNUlj/DVJY&#10;/wxSWP8MUlj/DM1RAAC8WQAAsF8AAKNhAACWYAAAi18AAIFbAAB5XQAAc14MAG9eFQBrXyAAaF8r&#10;AGZgNQBjYD0BYV9FAV9fTAJdX1MDW19aBFleYQVXXmkGVV5yCFNefQlRXYkLUF2WDE5dpA1NXbQO&#10;TF3IDkxd5g5NXfcNTVz/DE1c/wxOXP8MTlz/DMlUAAC5XAAArWMAAJ9jAACSYwAAh2IAAHxgAAB0&#10;YQAAbmIJAGljEgBmYx0AY2QoAGFkMgBeZDsAXGRDAVpkSgJYZFECVmRYA1RkXwRSY2cFUGNwB05j&#10;eghMYoYKS2KUC0liogxIYrINR2LHDUdi5A1IYfYMSGH/DEhg/wtJYP8LSWD/C8RYAAC1YAAAqmYA&#10;AJtmAACNZgAAgmUAAHZkAABuZQAAaGYFAGNnEABgaBoAXWklAFtqLwBZajgAV2pAAVVqRwFTak4C&#10;UWpVA09pXQRNaWQFS2ltBkloeAdHaIQJRmiSCkRnoQtDZ7EMQmfFDEJn4gxCZvUMQ2b/C0Nl/wtD&#10;Zf8LQ2X/C79cAACxZAAApmoAAJZpAACJaQAAfWkAAHFpAABnagAAYmwBAF1tDQBZbhYAV28hAFVw&#10;KwBTcDUAUXA9AFBwRQFOcEwBTHBTAkpwWgNIcGIERm9rBURvdQZCb4IHQG6PCT9ungo9bq8KPW7C&#10;Cjxu4Ao9bfQKPWz/Cj1r/wo+a/8KPmv/CrpgAACtaQAAoG4AAJFtAACEbQAAeG0AAGxuAABhcAAA&#10;W3IAAFZ0CgBSdRIAUHYdAE53JwBMdzEAS3g5AEl4QQBIeEkBRnhQAUR3VwJCd18DQHdoAz53cwQ8&#10;dn8GOnaNBzl2nAg3da0IN3XACDZ13gg3dPIIN3P+CDdy/wg3cv8IN3L/CLVmAACpbwAAmnEAAItx&#10;AAB+cQAAc3IAAGhzAABcdgAAVHkAAE57BQBKfQ8ASH4YAEZ/IwBFfywAQ4A1AEKAPQBBgEUAP4BM&#10;AT2AVAE8gFwCOn9lAjh/bwM2f3wENH+KBDJ/mgUxfqoGMH69BjB+2gYwffAGMHv9BjB7/wYwev8G&#10;MHr/BrBsAACkdQAAlHUAAIZ1AAB5dgAAbncAAGN5AABXfQAAT4EAAEeEAABChgwAP4cTAD2IHQA8&#10;iCcAO4kwADqJOAA4iUAAN4lIADaJTwA0iVgBM4lhATGJbAEviXgCLYmHAiyJlwMqiKcDKYi6AymI&#10;1AMphu4DKYX8BCmE/wQphP8EKYT/BKp0AACeewAAjnoAAIB6AAB0ewAAaH4AAF2BAABShQAASYkA&#10;AEGMAAA5kAUANZEPADOSFwAykiEAMZIpADCTMgAukzoALZNBACyTSgArlFIAKpRcACiUZwAnlHMB&#10;JZSCASSUkwEik6QBIZO3ASCTzwEhkuwBIJD6AiCP/wIgj/8CII//AqR8AACXgAAAh38AAHuAAABu&#10;ggAAYoUAAFeJAABNjgAAQpIAADqWAAAymQAAKpwJACidEQAmnRkAJZ0iACSeKgAjnjIAIp46ACGe&#10;QgAgnksAH59VAB6fYAAcn20AG598ABqfjQAYn58AF5+yABafyQAWnugAFpz3ABab/wEXm/8BF5v/&#10;AZ2DAACPhgAAgoYAAHSHAABniwAAW48AAFCTAABGmAAAPJwAADOgAAArowAAI6YAAByoCwAaqREA&#10;GKkYABepIQAWqikAFaoxABSqOQATqkMAE6tNABKrWAARq2UAEKt0AA6rhgAOq5kADausAAyrwQAM&#10;qt8ADKnyAA2o/AANqP8ADaj/AJaKAACJjAAAeo0AAGyRAABglQAAVJoAAEmfAAA/owAANacAACuq&#10;AAAjrgAAG7AAABSzAQAPtQoADbYQAAy2FgALth8ACrYnAAm2LwAItjkAB7dDAAa3TwAEt1sAA7dq&#10;AAK3ewAAt44AALehAAC2tAAAtssAALblAAC18QAAtfcAALX3AI+RAACBlAAAcpcAAGWcAABYoQAA&#10;TKYAAEGrAAA3rwAALLIAACO1AAAauAAAE7sAAA69AAAJwAUAA8ENAADBEQAAwRcAAMIeAADCJgAA&#10;wi8AAMM5AADERAAAxFAAAMReAADFbwAAxYEAAMWVAADFqAAAxbwAAMTRAADE5gAAxO4AAMTuAIaY&#10;AAB5ngAAa6MAAF2pAABQrgAARLMAADe2AAAsuQAAIrwAABm/AAARwgAADMUAAAbIAAAAywAAAMwH&#10;AADMDQAAzREAAM0WAADOHQAAzyQAANAtAADSOAAA1EQAANRSAADVYQAA1XMAANaHAADWmwAA1q0A&#10;ANe/AADYzgAA2N0AANjdAHugAABupgAAYK0AAFOzAABFuAAAOLwAACu/AAAhwgAAF8YAABDJAAAK&#10;zAAAAtAAAADUAAAA1wAAANgAAADaBQAA2wsAANwOAADeEwAA3xkAAOEhAADjKgAA5TYAAOdDAADn&#10;UwAA6GQAAOl3AADpjAAA6p8AAOquAADqugAA6sMAAOrDAHCoAABirwAAVbYAAEe8AAA5wAAALMQA&#10;ACDIAAAWzAAADtAAAAfUAAAA2QAAAN0AAADhAAAA4wAAAOQAAADmAAAA5wEAAOkHAADrDAAA7BAA&#10;AO4VAADwHQAA8ycAAPYzAAD3QwAA+FQAAPlmAAD5egAA+o4AAPqeAAD7qQAA+7AAAPuwAP8LGwD/&#10;BxkA/wAZAP8AHAD/ACUA/wAyAP8APwD/AEsA/wBXAP8AYgD/AGsA/wBzAP0AewD7AIIA+gCIAPgA&#10;jQD3AJIA9gCYAPUAnQD0AKIA8wCpAPEAsADvALgA7gDDAOwA0QDrAOYA6QDzAOgA/gDoAP8A6AD/&#10;AOgA/wDoAP8A6AD/AP8OGAD/ChUA/wEUAP8AGAD/ACIA/wAuAP8AOwD/AEcA/wBTAP0AXgD6AGcA&#10;9wBvAPUAdwDzAH4A8gCEAPAAiQDvAI8A7gCUAOwAmgDrAJ8A6QClAOgArADmALQA5AC/AOMAzADh&#10;AOIA3wDwAN4A+wDeAP8A3QD/AN0A/wDcAP8A3AD/AP8QEwD/DREA/wYQAP8CFQD/AB4A/wApAP8A&#10;NgD/AEIA+gBOAPQAWQDxAGIA7gBrAOwAcgDqAHkA6AB/AOcAhQDlAIsA5ACQAOIAlgDhAJwA3wCi&#10;AN0AqQDaALEA2AC7ANUAyADSAN0A0QDtANAA+QDPAP8AzgD/AM0A/wDNAP8AzQD/AP8RDwD/Dg0A&#10;/wwNAP8LEgD/BxkA/wIkAP8AMAD2ADwA7wBJAOoAUwDnAF0A5ABmAOEAbQDfAHQA3QB7ANsAgQDZ&#10;AIYA1gCMANQAkgDSAJgA0ACeAM4ApgDMAK4AygC4AMgAxADGANcAxQDqAMMA9wDCAP8AwQH/AMAC&#10;/wDAAv8AwAL/AP8UCwD/EAYA/xAJAP8QDgD/DhQA/woeAPUGKQDrBDYA4wNCAN8DTgDbBFcA1gRg&#10;ANMEaADQBG8AzgV2AMwFfADKBYIAyQWIAMcFjgDGBZQAxAWbAMIFowDABqsAvga1AL0GwgC7CNQA&#10;ugnpALcL+AC1DP8AtAz/ALQM/wC0DP8AtAz/AP8XBAD/FAAA/xYDAP8UCQD/EQ4A8g4VAOgMIQDe&#10;Ci4A1gs7ANAMRwDMDFEAyQxaAMYNYgDEDWoAwg1xAMANdwC/DX0AvQ6DALwOigC6DpEAuQ6YALcO&#10;oAC2DqkAtA+0ALIPwQCxENQArhHrAKsS+gCpEv8AqBP/AKcT/wCnE/8ApxP/AP8aAAD/GwAA+RsA&#10;AOsZAADlFAYA5RAOANkOFwDPESYAyBI0AMQTQAC/FEsAvBRUALkVXQC3FWQAtRVrALQVcQCyFXgA&#10;sRZ+AK8WhQCuFowArBaUAKsXnACpF6YApxiwAKYYvQCkGM8AohrnAJ8a9wCdG/8BnBv/AZwb/wGb&#10;G/8Bmxv/Af8dAAD3IQAA6CQAAN0lAADUIQEAzxsIAMoXEQDCGiAAvBwtALcdOgCzHkUAsB5PAK0e&#10;VwCrHl8AqR9mAKgfbACmH3MApR95AKMfgACiH4cAoCCPAJ8gmACdIKIAmyCsAZohuQGYIcoBliLk&#10;AZQj9QGSI/8BkSP/AZAj/wGQI/8BkCP/Af8iAADrKQAA3S4AAM8vAADHLQAAwScDAL0iDQC2IxoA&#10;sCUoAKwmNACoJkAApSdJAKInUgCgJ1oAnidhAJwnZwCbJ20AmSd0AJgnewGWJ4IBlSeLAZMnlAGR&#10;KJ4BkCipAY4otQKNKcYCiynfAokq8gKHKv8Chir/AoYq/wKGKv8Chir/AvQoAADjMQAA0TYAAMU4&#10;AAC8NgAAtjAAALIrCQCrLBQApi0iAKIuLwCeLjoAmy5EAJgvTQCWL1UAlC5cAJIuYgCQLmkBjy5v&#10;AY0udgGMLn4Bii6GAogujwKHLpoChS+lA4MvsgOCL8IDgTDaA38w7wN9Mf4DfTH/A3wx/wN8Mf8D&#10;fDH/A+0vAADbNwAAyT0AAL4+AACzPAAArDgAAKczBACiMhEAnTQdAJk1KgCVNTUAkjVAAI81SQCN&#10;NVAAizVXAIk1XgGHNWQBhTRrAYQ0cgKCNHkCgDSCAn40iwN9NJYDezWhBHk1rgR4Nb4FdzbUBXY2&#10;7QV0N/wFdDf/BHQ3/wR0N/8EdDf/BOc1AADSPQAAw0IAALhEAACsQgAApD4AAJ85AACaOA4AlDoZ&#10;AJA6JgCNOzEAijs7AIc7RACEO0wAgjtTAYA6WgF+OmABfTpnAns6bgJ5OnUCdzp+A3Y6iAR0OpME&#10;cjqeBXE6qwVvO7sGbjvPBm076gZtPPoGbDz/BWw8/wVsPP8FbDz/BeI5AADMQgAAvkcAALFIAACl&#10;RgAAnUMAAJc/AACSPgsAjT8VAIk/IQCFQC0AgkA3AH9AQAB9QEgAe0BPAXlAVgF3P10BdT9jAnM/&#10;agJxP3IDcD96A24/hARsP5AFaz+cBmk/qQZoP7gHZ0DMB2ZA6AdmQPkGZUD/BmVA/wZlQP8FZUD/&#10;Bdw+AADHRgAAuUsAAKxMAACgSgAAl0cAAJFDAACLQwgAhkMSAIJEHgB+RCkAe0U0AHlFPQB2RUUA&#10;dERMAXJEUwFwRFkBbkRgAmxDZwJrQ28DaUN3BGdDgQVmQ40GZEOZBmJDpwdhRLYIYETKCGBE5ghf&#10;RfgHX0X/B2BF/wZgRP8GYET/BtZBAADDSQAAtk4AAKdPAACbTQAAkksAAIxHAACFRwQAgEcQAHxI&#10;GgB4SCYAdUkwAHNJOgBwSUIAbklJAWxIUAFqSFYBaEhdAmZIZAJlSGwDY0h1BGFHfwVgR4oGXkiX&#10;B11IpQhbSLQIW0jHCVpI5AhaSfYIWkn/B1pI/wZaSP8GWkj/BtFFAAC/TAAAslIAAKNRAACXUAAA&#10;jU4AAIZKAACASgEAeksOAHZMFwByTCMAb0wtAG1NNgBqTD8AaExGAGZMTQFkTFMBYkxaAmFMYQJf&#10;TGkDXkxyBFxMfAVaTIgGWUyVB1dMowhWTLIIVUzGCVVM4glVTPUIVUz/B1VM/wdWTP8GVkz/BsxI&#10;AAC8UAAAr1UAAKBUAACTUwAAiVEAAIFNAAB6TgAAdU8MAHBPFQBtUCAAalAqAGdQMwBlUDwAY1BD&#10;AGFQSgFfUFEBXVBYAlxQXwJaUGcDWVBwBFdQegVVUIYGVFCTB1JQoQhRULEJUFDECVBQ4QlQUPQI&#10;UVD/B1FP/wdRT/8GUU//BslLAAC5UwAAq1cAAJxWAACPVQAAhVQAAHxQAAB1UQAAcFIJAGtTEgBo&#10;VB0AZVQnAGJUMQBgVDkAXlRBAFxUSAFaVE8BWVRWAVdUXQJWVGUDVFRuBFJUeAVRVIQGT1SRB05U&#10;oAhMVK8ITFTCCUtU3wlMVPMITFP/B0xT/wdNU/8GTVP/BsVOAAC2VgAAp1oAAJhZAACLWAAAgVcA&#10;AHdUAABwVQAAalYGAGZXEABiVxoAYFgkAF1YLgBbWTcAWVk/AFdZRgBWWU0BVFlUAVNZWwJRWWMC&#10;T1hsA05YdgRMWIIFSliPBklYngdIWK4IR1jACEdY3QhHWPIIR1f/B0hX/wdIV/8GSFf/BsFRAACy&#10;WQAAo1wAAJRbAACHWwAAfVoAAHJYAABrWQAAZVoDAGBbDgBdXBcAWlwhAFhdKwBWXTQAVF48AFNe&#10;RABRXksBUF5SAU5eWQJMXmECS11qA0lddARHXYAFRV2NBkRdnAdDXawHQl2+CEJd2ghCXPEHQlz+&#10;B0Nb/wZDW/8GQ1v/Br1VAACvXQAAn18AAJBeAACDXgAAeF0AAG1cAABlXQAAX18AAFpgDABXYRQA&#10;VWIeAFJiKABRYzEAT2M5AE5jQQBMY0gAS2NPAUljVgFHY14CRWNnAkRjcQNCY30EQGKLBT9imgY+&#10;YqoGPWK8Bzxi1gc9Ye8GPWH9Bj5g/wY+YP8GPmD/BrlZAACrYQAAmmEAAIthAAB/YQAAdGEAAGlh&#10;AABfYgAAWWQAAFRmCQBRZxEATmcaAExoJABLaS0ASWk2AEhpPgBGakUARWpMAENqVAFCalwBQGll&#10;Aj5pbwI8aXsDO2mJBDlpmAU4aKgFN2i6BTdp0wU3aO4FN2f8BThm/wU4Zv8FOGb/BbReAACnZQAA&#10;lWUAAIZkAAB6ZQAAb2UAAGRmAABZaAAAUmoAAE1sBABJbg4AR24WAEVvIABEcCkAQnAyAEFwOgBA&#10;cUIAP3FJAD1xUQA8cVkBOnFiAThxbAI2cHgCNXCGAzNwlQMycKYEMXC4BDBw0AQxb+wEMW77BDFt&#10;/wQxbP8EMWz/BK9kAAChaQAAj2gAAIFoAAB1aQAAa2kAAGBrAABVbgAATXEAAEZzAABCdQsAP3YS&#10;AD13HAA8dyUAOngtADl4NQA4eT0AN3lFADZ5TQA1eVUAM3leADF5aAEweXQBLnmDAi15kgIreKMC&#10;Kni1Aip4zAIqd+oCKnb5Ayp1/wMqdP8DKnT/A6pqAACabQAAiWwAAHxtAABwbQAAZm4AAFtxAABQ&#10;dQAASHgAAEF7AAA6fgUANn8OADSAFgAzgSAAMoEoADCBMAAvgjgALoJAAC2CSAAsglAAK4JaACqC&#10;ZAAognAAJoJ/ASWCjwEkgqABI4KyASKCyQEigecBIn/3ASJ+/wIiff8CIn3/AqVxAACTcQAAg3EA&#10;AHZxAABscgAAYHUAAFZ4AABMfAAAQ4AAADuDAAAzhgAALYkKACqKEQApixkAJ4siACaLKgAljDEA&#10;JIw5ACOMQgAijUoAIY1UACCNXgAfjWsAHY15AByNigAbjZwAGY2uABiMxAAYjOMAGYr1ABmJ/wEZ&#10;iP8BGYj/AZ13AACMdgAAfXYAAHJ3AABleQAAWnwAAFCAAABGhAAAPIkAADSMAAAtkAAAJZMCAB+V&#10;DAAdlhIAHJYaABuXIgAalyoAGZcyABiYOgAXmEMAFphNABWYWAAUmGQAE5hzABGYhAAQmJYAEJip&#10;AA6YvwAOl90AD5byABCV/AAQlP8AEJT/AJV9AACFfAAAeHwAAGt+AABfgQAAVIYAAEqKAABAjwAA&#10;NpMAAC2XAAAmmgAAHp0AABegAwASogwAEKMSABCjGQAPoyEADqQpAA6kMQANpDoADKRFAAukUAAK&#10;pFwACaRqAAekewAGo44ABKOhAAKjtAADossAA6LmAAOh8wADofsAA6H7AI2DAAB/ggAAcYQAAGSH&#10;AABYjAAATZEAAEKWAAA4mgAAL54AACaiAAAepQAAF6gAABGrAAAMrgcAB68NAAOvEgACrxkAAa8h&#10;AACvKQAAsDIAALA8AACwRwAAsFMAALBhAACwcQAAsIMAAK+XAACvqgAAr78AAK7ZAACu6wAArvQA&#10;AK70AIeJAAB4igAAao4AAF2TAABRmAAARZ0AADuiAAAwpgAAJ6oAAB6uAAAWsQAAELQAAAu2AAAF&#10;uQMAALoKAAC6DgAAuhMAALsZAAC7IQAAvCgAALwxAAC9PAAAvkgAAL5WAAC+ZQAAvncAAL6MAAC+&#10;nwAAvbMAAL7HAAC+3gAAvesAAL3rAH+SAABwlQAAYpoAAFWfAABJpQAAPasAADKvAAAotAAAHrYA&#10;ABW5AAAOvAAACb8AAALCAAAAxAAAAMUEAADGCgAAxg4AAMcSAADIGAAAyR8AAMonAADMMAAAzjwA&#10;AM5JAADPWQAAz2oAAM9+AADPkwAAz6YAAM+4AADPyAAAz9sAAM/bAHecAABooQAAW6cAAE6uAABB&#10;tAAANLcAACi6AAAdvQAAE8AAAA3EAAAGxwAAAMoAAADOAAAA0AAAANEAAADSAgAA0wgAANUMAADW&#10;EAAA2RUAANscAADdJAAA4C8AAOI8AADjSwAA5FwAAORvAADlgwAA5ZgAAOWpAADltgAA5cMAAOXD&#10;AGylAABfrAAAUbIAAES5AAA1vAAAKMAAABzEAAASyAAADMsAAAPPAAAA0wAAANgAAADcAAAA3wAA&#10;AN8AAADhAAAA4wAAAOQDAADmCAAA6A0AAOkRAADsGAAA7iIAAPEuAADzPAAA9E0AAPVfAAD2cwAA&#10;94cAAPeZAAD4pQAA+LAAAPiwAP8DFwD/ABUA/wAVAP8AGAD/ACMA/wAvAP8APAD/AEgA/wBUAP8A&#10;XgD/AGcA/QBvAPsAdgD5AH0A+ACDAPYAiAD1AI4A9ACTAPIAmADxAJ4A8ACkAO4AqwDtALMA6wC9&#10;AOoAywDoAOEA5wDxAOYA/QDlAP8A5AD/AOQA/wDkAP8A5AD/AP8HEwD/ABEA/wARAP8AFQD/AB8A&#10;/wArAP8ANwD/AEQA/gBPAPoAWgD3AGMA9ABrAPIAcgDwAHkA7wB/AO0AhADrAIoA6gCPAOgAlADn&#10;AJoA5QCgAOQApwDiAK8A4AC5AN4AxgDcANoA2gDsANgA+QDWAP8A1gD/ANcA/wDYAP8A2AD/AP8K&#10;EAD/Aw4A/wANAP8AEgD/ABoA/wAmAPwAMgD3AD8A9ABKAPEAVQDtAF4A6gBmAOgAbgDlAHQA4wB6&#10;AOIAgADgAIUA3gCLANwAkADbAJYA2ACcANUAowDTAKsA0QC1AM4AwQDMANEAywDnAMkA9QDIAP8A&#10;yAD/AMgA/wDIAP8AyAD/AP8MDAD/BggA/wIKAP8ADwD/ABUA/AAgAPEALADsADkA6QBFAOUATwDh&#10;AFkA3gBhANsAaADXAG8A1AB1ANIAewDQAIAAzgCGAMwAjADLAJIAyQCYAMcAoADFAKgAwwCxAMEA&#10;vAC/AMsAvQDjALwA8gC7AP0AuwD/ALoA/wC6AP8AugD/AP8OBQD/CQAA/wkFAP8GCwD/ARAA8AAZ&#10;AOYAJQDhADIA3AA/ANYASQDRAFMAzgBbAMsAYwDIAGoAxgBwAMUAdgDDAHsAwQCBAMAAhwC+AI4A&#10;vACUALsAnAC5AKQAtwCuALUAuQCzAMgAsQDfALAB7wCvAfsArgL/AK0D/wCtA/8ArQP/AP8QAAD/&#10;DgAA/w0AAPYLAwDyBwoA4gERANsCHQDSAysAzAM3AMgEQwDEBE0AwQRWAL4FXQC8BWQAugVrALgF&#10;cQC3BXYAtQV8ALMGgwCyBokAsAaRAK8HmQCtB6EAqwerAKkItwCoCcYApgrdAKUL8ACjDP0Aog3/&#10;AKEN/wChDf8AoA3/AP8RAAD8EgAA7BMAAOITAADbDwMA1gkLAM4IFADGCiIAwAwwALwNPAC4DUYA&#10;tQ1PALIOVwCwDl8Arg5lAK0OawCrDnEAqg54AKgOfgCnD4UApQ+NAKQPlgCiEJ8AoBCpAJ8QtQCd&#10;EcUAmxHeAJkS8QCXE/8AlhT/AJUU/wCVFP8AlBT/AP8VAADtGwAA4B8AANIfAADJGwAAxBQFAMEQ&#10;DgC6EhsAtBMpALAUNQCsFUAAqRVJAKYVUgCkFlkAohZgAKEWZgCfFmwAnhZyAJwWeQCbF4AAmReI&#10;AJgXkQCWGJsAlBimAJMZsgCRGcEAkBrYAI0b7gCLHP0Aihz/AIoc/wCJHP8AiRz/APQdAADkJQAA&#10;0ykAAMcqAAC8JgAAtiAAALQZCwCuGhUAqBwjAKQdLwChHjoAnh5EAJseTACZHlQAlx9bAJUfYQCU&#10;H2cAkh9tAJEfdACPIHwAjiCEAIwgjQCKIJcAiSGiAIchrgCGIr0AhSLRAYIj6wGBJPsBgCT/AX8k&#10;/wF/JP8BfyT/AewlAADbLQAAyTEAALwxAACxLgAAqykAAKckBQCjIxEAniQdAJolKgCWJjUAkyY/&#10;AJEmRwCPJk8AjSZWAIsnXACJJ2IAiCdpAIYnbwCFJ3cAgyd/AIEniQGAKJMBfiieAX0pqwF7KbkB&#10;einNAXgq6AF3K/kBdiv/AXYr/wF1K/8BdSr/AeUsAADQNAAAwTgAALM4AACoNQAAojEAAJ0tAACZ&#10;Kg4AlCsYAJAsJACNLTAAii06AIctQwCFLUoAgy1RAIEuWACALl4Afi5kAH0uawB7LnMBeS57AXgu&#10;hQF2Lo8BdC+bAXMvqAJxL7YCcDDJAm8w5QJuMfcCbTH/Am0x/wJtMf8CbTH/At8yAADJOQAAuz4A&#10;AKw9AAChOgAAmjcAAJUzAACQMQoAjDEUAIcyIACEMysAgTM1AH8zPgB9M0YAezNNAHkzVAB3M1oA&#10;djNhAHQzZwFyNG8BcTR3AW80gQFuNIwCbDSYAmo1pQJpNbMDaDXGA2c24gNmNvUDZjb/AmY2/wJm&#10;Nv8CZjb/Atg3AADEPgAAtUIAAKZBAACbPwAAkzwAAI04AACINgcAhDcRAIA3HAB8OCcAejgxAHc5&#10;OgB1OUIAczlJAHE5UABwOVcAbjldAGw5ZAFrOWsBaTl0AWg5fgJmOYkCZDmVA2M6ogNiOrEDYTrD&#10;A2A74ARfO/MDXzv/A187/wNfO/8CXzv/AtE7AADAQgAAsEUAAKFEAACVQwAAjUAAAIc9AACCOwIA&#10;fTsOAHk8GAB1PSMAcz0tAHA9NgBuPT8AbD1GAGs9TQBpPVMAZz1aAGY9YQFkPWgBYz1xAWE+ewJf&#10;PoYCXj6TA1w+oANbP68EWj/BBFo/3QRZP/IEWT//A1k//wNZP/8DWT//A8w/AAC8RgAAq0gAAJxH&#10;AACRRgAAiEQAAIJAAAB8PwAAd0AMAHNAFQBvQSAAbEEqAGpBMwBoQTsAZkJDAGRCSgBjQVAAYUFX&#10;AGBCXgFeQmUBXUJuAltCeAJaQoQDWEKQA1dCngRWQ60EVUO/BFRD2gRUQ/EEVEP+A1RD/wNUQ/8D&#10;VEP/A8hCAAC4SQAAp0sAAJhKAACNSQAAg0cAAH1DAAB2QwAAcUQKAG1EEgBqRR0AZ0UnAGRFMABi&#10;RTgAYEU/AF9FRwBdRU0AW0VUAFpGWwFZRmMBV0ZsAVZGdgJURoEDU0aOA1JHnARQR6sEUEe9BE9H&#10;1gVPR+8ET0f9BE9H/wNPR/8DUEf/A8RFAAC1TQAAo00AAJVMAACJSwAAf0oAAHhGAABxRwAAbEcH&#10;AGhIEABkSBoAYUkkAF9JLQBdSTUAW0k9AFlJRABXSUoAVklRAFVKWQFUSmEBUkppAVFKdAJPSn8D&#10;TkqMA01KmwRMS6oES0u8BEpL0wVKS+4ES0v9BEtK/wNLSv8DS0r/A8FIAACyUAAAoE8AAJFPAACF&#10;TgAAe00AAHNJAABsSgAAZ0sEAGJMDgBfTBcAXE0hAFpNKgBYTTIAVk06AFRNQQBTTkgAUk5PAFBO&#10;VwFPTl8BTk5nAUxOcgJLTn0CSU6LA0hOmQRHT6gERk+6BEZP0QRGT+0ERk78BEZO/wNHTv8DR07/&#10;A71MAACuUgAAnFEAAI1RAACBUQAAd1AAAG5MAABnTgAAYk8AAF1QDQBaUBQAV1EeAFVRJwBTUTAA&#10;UVI4AFBSPwBOUkYATVJNAExTVQBKU10BSVNlAUhTbwJGU3sCRVOJA0NTlwNCU6cEQVO4BEFTzwRB&#10;U+wEQVL7A0JS/wNCUv8DQlH/A7pPAACqVAAAmFQAAIlUAAB9UwAAc1MAAGlRAABiUgAAXFMAAFhU&#10;CgBUVRIAUlUbAE9WJABOVi0ATFc1AEtXPABKV0QASFdLAEdYUgBGWFoBRFhjAUNYbQFBWHkCQFiG&#10;Aj5YlQM9WKUDPFi3BDxYzQQ8V+oDPFf6Az1W/wM9Vv8DPVb/A7ZTAAClVwAAlFcAAIVWAAB5VgAA&#10;b1YAAGVVAABcVgAAV1gAAFJZBwBOWhAATFoYAEpbIQBIXCoAR1wyAEVcOgBEXUEAQ11IAEJdUABA&#10;XVgAP11hAT1dawE8XXYCOl2EAjldkwI4XaMDN121AzZdywM2XOgDN1z5Azdb/wM4W/8DOFr/A7JX&#10;AACgWgAAj1kAAIFZAAB1WQAAa1kAAGBaAABWWwAAUV0AAExeAgBIYA0ARWAUAERhHgBCYiYAQGIu&#10;AD9iNgA+Yz4APWNFADxjTQA7Y1UAOWNeADhjaAE2Y3QBNWOBATNjkQIyY6ECMWOzAjFjyAIxYucC&#10;MWH4AjFh/wIyYP8CMmD/Aq5cAACbXQAAil0AAHxdAABwXQAAZl0AAFxeAABSYAAATGIAAEVlAABB&#10;ZgoAPmcRADxoGgA7aCIAOWkrADhpMgA3ajoANmpBADVqSQA0alIAM2pbADFqZQAwanABLmp+AS1q&#10;jgEsap8BK2qwASpqxgEqaeUBKmj2Aitn/wIrZ/8CK2f/AqlhAACVYAAAhGAAAHdgAABsYQAAYmEA&#10;AFhjAABOZgAAR2gAAEBrAAA6bgUANm8OADRwFQAzcB4AMnEmADBxLgAvcTUALnI9AC1yRQAsck0A&#10;K3JXACpyYQApcm0AJ3J7ACZyiwAkcpwBI3KuASNywwEjceIBI3D0ASNv/wEjbv8BI27/AaFlAACO&#10;ZAAAf2QAAHJkAABoZQAAXmYAAFRpAABJbAAAQm8AADtyAAA0dQAALngKACt5EQAqeRgAKXohACd6&#10;KAAmejAAJXs4ACR7QAAje0gAIntSACF7XAAge2gAH3x2AB18hgAce5gAG3uqABp7vwAae94AGnny&#10;ABt4/gAbd/8BG3f/AZlpAACIaQAAeWkAAG1pAABjagAAWWwAAE9vAABFcwAAPXcAADV6AAAufQAA&#10;J4EDACKDDQAghBIAH4QaAB2EIgAchSoAG4UxABqFOQAZhUIAGIZMABeGVgAWhmMAFYZxABSGgQAS&#10;hpMAEYamABGFuwAQhdYAEYPvABGC+wASgv8AEoH/AJFuAACBbQAAdG4AAGluAABdcAAAU3MAAEl3&#10;AABAfAAAN4AAAC+DAAAnhwAAIYoAABqNBgAVjw0AE5ATABKQGgASkCIAEZAqABCRMgAQkTsAD5FE&#10;AA6RTwANkVwADJFqAAuRegAKkY0ACJCfAAeQswAHj8kAB4/mAAeO9AAIjfwACI3/AIlzAAB7cwAA&#10;b3MAAGN1AABXeAAATX0AAEOBAAA5hgAAMIoAACiOAAAhkQAAGpUAABOXAAAOmggAC5wOAAmcEwAI&#10;nBoAB5wiAAacKgAEnDMAA5w9AAKdSAAAnVQAAJ1iAACccgAAnIQAAJyXAACbqgAAm78AAJrbAACa&#10;7AAAmvUAAJn4AIJ5AAB2eQAAaHoAAFx+AABRggAARocAADyMAAAykQAAKZUAACGZAAAZnQAAEqAA&#10;AA6jAAAJpgUAA6cMAACnEAAApxUAAKgcAACoIwAAqCsAAKk0AACpPwAAqUsAAKlZAACpaAAAqXoA&#10;AKmOAACpoQAAqLUAAKjLAACn5AAAp+8AAKfzAH2AAABvgQAAYYQAAFWJAABJjgAAPpQAADSZAAAq&#10;ngAAIaIAABmmAAASqQAADawAAAevAAAAsgAAALMHAACzDAAAsxAAALQVAAC0GwAAtSIAALYrAAC3&#10;NQAAt0AAALhOAAC4XQAAuG4AALiCAAC4lwAAuKoAALe+AAC30gAAt+YAALfqAHaIAABniwAAWpAA&#10;AE6WAABCnAAAN6IAACynAAAiqwAAGa8AABGzAAALtgAABLkAAAC8AAAAvgAAAL4AAAC/BgAAwAsA&#10;AMEPAADCEwAAwxkAAMQgAADFKQAAxzQAAMhCAADJUQAAyWIAAMl1AADJigAAyZ8AAMqxAADKwQAA&#10;ydEAAMnZAG6TAABgmAAAU54AAEakAAA6qwAAL7AAACS1AAAZuAAAELwAAAq/AAABwQAAAMQAAADI&#10;AAAAygAAAMoAAADMAAAAzQMAAM4IAADQDQAA0RAAANMWAADWHgAA2igAAN00AADeQwAA31QAAN9n&#10;AADgfAAA4JEAAOCkAADgsgAA4L4AAODDAGafAABZpgAATK0AAD+0AAAyuAAAJLwAABi/AAAQwwAA&#10;CMcAAADKAAAAzQAAANEAAADVAAAA2AAAANkAAADbAAAA3QAAAN8AAADhBAAA4woAAOUOAADnEwAA&#10;6hwAAO0nAADwNQAA8UYAAPJYAADzawAA84AAAPSUAAD0owAA9K4AAPSyAP8AEwD/ABEA/wARAP8A&#10;FQD/AB8A/wAsAP8AOQD/AEUA/wBQAP8AWgD+AGMA+wBrAPkAcgD3AHgA9QB+APQAhADyAIkA8QCO&#10;APAAkwDuAJkA7QCfAOwApgDqAK4A6AC4AOYAxQDlANsA4wDtAOIA+wDiAP8A4QD/AOEA/wDhAP8A&#10;4QD/AP8AEAD/AA4A/wANAP8AEgD/ABsA/wAoAP8ANAD+AEEA+wBMAPcAVgD0AF8A8QBmAO8AbQDs&#10;AHQA6gB6AOkAfwDnAIUA5gCKAOUAjwDjAJUA4QCbAOAAogDeAKoA2wC0ANkAwADWANAA0wDoANIA&#10;9wDRAP8A0QD/ANAA/wDQAP8A0AD/AP8ADQD/AAkA/wAKAP8ADwD/ABYA+wAiAPcALwD0ADsA8ABH&#10;AO0AUQDpAFoA5QBiAOIAaQDgAG8A3gB1ANwAegDaAIAA2ACFANUAiwDTAJEA0QCXAM8AngDNAKYA&#10;ywCvAMkAugDHAMkAxQDiAMQA8gDDAP4AwgD/AMEA/wDCAP8AwgD/AP8DBgD/AAEA/wAGAP8ADAD5&#10;ABEA8QAdAOsAKQDnADYA4wBBAN8ASwDbAFQA1QBcANIAYwDPAGoAzQBwAMsAdQDJAHsAyACAAMYA&#10;hgDFAIwAwwCTAMEAmgC/AKIAvQCrALsAtgC5AMQAtwDaALYA7QC0APoAtAD/ALQA/wC0AP8AtAD/&#10;AP8EAAD/AAAA/wAAAP8ABgDsAA0A5QAWAN4AIgDXAC8A0QA7AM0ARQDKAE4AxgBXAMQAXgDBAGQA&#10;vwBqAL0AcAC8AHUAugB7ALkAgQC3AIcAtQCOALMAlQCyAJ4AsACnAK4AsgCsAL8AqgDRAKgA6ACo&#10;APcApwD/AKcA/wCmAP8ApgD/AP8GAAD/BQAA8QMAAOgAAADhAAcA1QAQAM0AGwDHACcAwwAzAL8A&#10;PgC8AEgAuQBRALYAWAC0AF8AsgBlALAAagCvAHAArQB2AKwAfACqAIIAqQCJAKcAkQClAJoAowCk&#10;AKEArgCgALsAngHNAJ0C5gCcBPQAmwT/AJoF/wCaBf8AmQX/AP8KAADxDgAA5BAAANkPAADOCwAA&#10;yAMLAMIAEwC8Ah8AtwMsALMENwCwBUIArQZKAKoGUgCoB1kApgdfAKUHZQCjB2sAoghxAKAIdwCf&#10;CH4AnQiFAJsJjgCaCZcAmAqhAJYKrACVC7oAkwvMAJIM5QCQDfYAjw7/AI4O/wCODv8AjQ7/APYR&#10;AADmFwAA1hsAAMcZAAC+FQAAuRAAALcKDQCxCxcArA0kAKgOMAClDjsAog5EAJ8PTACdD1MAmw9a&#10;AJoPYACYEGYAlxBsAJUQcgCTEHkAkhCBAJAQigCPEZQAjRGfAIsRqgCKErgAiBLLAIYT5gCFFPcA&#10;gxX/AIMV/wCCFf8AghX/AO0aAADcIQAAyiUAALsiAACxHwAAqxoAAKkUBgClEhEAoBQeAJwVKgCZ&#10;FTUAlhY+AJQWRwCSFk4AkBZVAI4XWwCMF2EAixdnAIkXbQCIF3QAhhh8AIUYhgCDGZAAgRmbAIAa&#10;pwB+GrUAfRvHAHwc4gB6HfUAeR3/AHgd/wB4Hf8AeB3/AOUiAADQKQAAvywAALAqAACnJwAAoCMA&#10;AJ0fAACaGg4AlRwYAJEdJACOHi8AjB45AIkeQQCHH0kAhR9QAIMfVgCCH1wAgB9iAH8faQB9IHAA&#10;fCB4AHoggQB5IYwAdyGXAHUipAB0IrIAcyPDAHIj3wBwJPMAbyT/AG8k/wBuJP8AbiT/AN0pAADI&#10;MAAAtzIAAKgwAACeLgAAlyoAAJMnAACQIwoAjCMTAIgkHwCEJSoAgiU0AIAmPQB9JkQAfCZLAHom&#10;UgB4JlgAdyZeAHUmZQB0J2wAcid0AHEnfQBvKIgAbiiUAGwooQBrKa8BainAAWkq2wFnKvEBZyv/&#10;AWYr/wFmKv8BZir/AdQvAADCNgAArzYAAKE1AACWNAAAkDAAAIotAACHKgYAgykQAH8qGgB8KyUA&#10;eSsvAHcsOAB1LEAAcyxHAHEsTQBwLFQAbixaAG0sYQBrLWgAai1wAGgtegBnLoUAZS6RAWQungFi&#10;L6wBYS+9AWEw1QFgMO8BXzD9AV8w/wFfMP8BXzD/Ac00AAC8OwAAqToAAJs6AACQOAAAiTUAAIMy&#10;AAB/MAEAey8OAHcwFgB0MCEAcTErAG8xNABtMTwAazFDAGoxSgBoMlAAZzJXAGUyXQBkMmUAYjJt&#10;AGEzdwBfM4IBXjOOAV00nAFbNKoBWjW7AVo10gFZNe0BWTX8AVg1/wFYNf8BWTX/Acg4AAC3PgAA&#10;pD4AAJY9AACLPAAAgzoAAH03AAB4NAAAdDQLAHA1EwBtNR0AajUnAGg2MABmNjgAZDY/AGM2RgBh&#10;Nk0AYDZTAF43WgBdN2IAXDdqAFo4dAFZOH8BVziMAVY5mQFVOagCVDm5AlM6zwJTOusCUzr7AVM6&#10;/wFTOf8BUzn/AcQ8AACyQQAAoEAAAJJAAACGPwAAfj0AAHg6AABzOAAAbjkIAGo5EQBnORoAZDok&#10;AGI6LABgOjQAXjo8AF07QwBbO0oAWjtQAFg7VwBXO18AVjxnAFQ8cQFTPHwBUj2JAVE9lwFPPaYC&#10;Tj63Ak4+zQJOPukCTT76Ak4+/wFOPf8BTj3/AcA/AACuQwAAnEMAAI5DAACCQgAAekAAAHM9AABt&#10;PAAAaD0FAGQ9DgBhPhcAXj4hAFw+KQBaPjEAWD45AFc+QABVP0YAVD9NAFM/VQBSQFwAUEBlAE9A&#10;bwFOQXoBTUGHAUtBlgFKQaUCSUK1AklCywJJQugCSUL5AklB/wJJQf8BSUH/Ab1DAACqRQAAmEUA&#10;AIpFAAB/RQAAdkMAAG9AAABoQAAAY0EBAF9BDQBcQRQAWUIdAFdCJgBVQi4AU0I2AFFCPQBPQkMA&#10;T0NLAE5DUgBNRFoATERjAEpEbQFJRXgBSEWFAUdFlAFFRaMCRUa0AkRGyQJERucCREX4AkRF/wJF&#10;Rf8CRUX/AbpGAACmSAAAlEgAAIZIAAB7RwAAckYAAGpCAABjQwAAXkQAAFpFCwBWRRIAVEYbAFFG&#10;IwBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hhAEZJawBESXYBQ0mDAUJJkgFBSaICQEmz&#10;Aj9KxwI/SuUCP0n3AkBJ/wJASP8CQEj/AbZJAACiSgAAkUoAAINKAAB3SgAAbkkAAGVFAABeRwAA&#10;WUgAAFVJCABRShAAT0oYAExKIQBKSykASUsxAEdLOABGTD8ARUxGAERMTgBDTVYAQk1fAEFNaABA&#10;TXQBPk2BAT1NkAE8TaABO06xAjpOxgI6TuQCO032AjtN/wE7TP8BPEz/AbNNAACeTAAAjUwAAH9M&#10;AAB0TAAAakwAAGBKAABZSwAAVEwAAFBNBQBMTg4ASU8VAEdPHgBFTyYARFAuAEJQNQBBUD0AQFFE&#10;AD9RSwA+UVMAPVJcADxSZgA6UnIAOVJ/AThSjgE3Up4BNlKvATVSxAE1UuIBNlL1ATZR/wE2UP8B&#10;N1D/Aa5PAACZTwAAiU8AAHtPAABwTwAAZk8AAFxOAABUTwAAT1EAAEpSAQBGUwwAQ1QSAEFUGwBA&#10;VSMAPlUrAD1WMgA8VjoAO1ZBADpWSQA5V1EAOFdaADZXYwA1V28ANFd8ATNXjAExV5wBMFetATBX&#10;wgEwV+ABMFb0ATFW/wExVf8BMVX/AahSAACVUgAAhFIAAHdSAABsUgAAYlIAAFhTAABPVAAASVYA&#10;AERXAABAWQgAPVoQADtaFwA5WyAAOFsnADdcLwA2XDYANVw+ADRcRgAzXU4AMV1XADBdYQAvXWwA&#10;Ll16ACxdiQArXZoBKl2rASpdvwEpXd4BKlzyASpb/gErW/8BK1r/AaNVAACPVQAAf1UAAHJVAABn&#10;VgAAXlYAAFRXAABMWQAARVsAAD9dAAA6XwQANmANADRhEwAyYhwAMWIjADBiKwAvYzIALmM6AC1j&#10;QgAsY0oAKmRTAClkXQAoZGkAJ2R2ACZkhgAlZJcAJGSpACNkvQAiZNoAI2PxACNi/QEkYf8BJGH/&#10;AZxYAACJWAAAelkAAG5ZAABjWQAAWloAAFBcAABIXgAAQWAAADpjAAA0ZgAAL2gKACxpEAAqaRcA&#10;KWofAChqJgAnai4AJms1ACVrPQAka0YAI2tPACJsWQAgbGUAH2xyAB5sggAdbJQAHGymABtrugAa&#10;a9QAG2ruABxp/AAcaP8AHGj/AJVcAACDXAAAdVwAAGldAABfXQAAVl4AAExhAABDZAAAPGcAADVq&#10;AAAvbQAAKHAEACNyDQAhchIAIHMaAB9zIQAecygAHXQwABx0OAAbdEAAGnRKABl0VAAXdWAAFnVu&#10;ABV1fgAUdZAAE3SiABJ0tgARdM8AEnPsABJy+gATcf8AE3H/AI5gAAB9YAAAb2EAAGVhAABbYgAA&#10;UWQAAEhnAAA+awAAN24AADBxAAApdQAAIngAABx7BwAXfQ4AFn0TABV9GwAUfiIAE34qABJ+MQAR&#10;fjoAEX5EABB/TgAPf1oADn9oAA1/eAAMf4oAC36dAAp+sAAJfcYACn3kAAp89AALe/0AC3r/AIZl&#10;AAB3ZQAAamUAAGFmAABWaAAATGsAAEJvAAA5cwAAMXcAACp6AAAjfgAAHIEAABWEAAAQhwgADYkO&#10;AAyJFAAMiRsAC4kjAAqJKwAJiTMACIk9AAaJSAAFiVQABIlhAAKJcQABiYMAAImWAACIqQAAh74A&#10;AIfaAACG7AAAhvUAAIb6AH5qAABxagAAZ2sAAFtsAABQcAAARnQAADx4AAAzfQAAKoEAACOFAAAc&#10;iAAAFYwAABCPAAAMkgYABpMMAAKTEQAAlBYAAJQdAACUJAAAlSwAAJU1AACVQAAAlUwAAJZZAACW&#10;aQAAlXoAAJWOAACUoQAAlLUAAJPMAACS5gAAkvIAAJL3AHhwAABtcAAAYHIAAFR1AABJeQAAP34A&#10;ADWDAAAsiAAAI40AABuRAAAUlAAAD5cAAAqaAAAEnQMAAJ4JAACfDgAAnxIAAKAXAACgHQAAoSUA&#10;AKItAACiNwAAo0MAAKNQAACjXwAAo3EAAKOEAACimQAAoq0AAKHCAACh3AAAoesAAKDyAHN2AABm&#10;dwAAWXsAAE2AAABChQAAOIsAAC6QAAAklQAAG5oAABSeAAAOoQAACaQAAAKnAAAAqgAAAKsEAACr&#10;CgAArA0AAK0RAACtFgAArhwAAK8kAACwLQAAsTkAALFGAACyVQAAsmYAALJ5AACyjgAAsaMAALK3&#10;AACxygAAseAAALHpAGx+AABfggAAUocAAEaNAAA7kwAAMJkAACaeAAAcowAAE6cAAA2rAAAHrgAA&#10;ALIAAAC1AAAAtwAAALgAAAC5AgAAuQgAALoMAAC7EAAAvBQAAL0bAAC/IwAAwS0AAMI6AADCSQAA&#10;w1oAAMNsAADEggAAxJcAAMSrAADEvAAAxMsAAMTaAGWJAABYjgAAS5UAAD+bAAAzogAAKKgAAB2t&#10;AAAUsQAADbYAAAa5AAAAvAAAAL8AAADDAAAAxAAAAMUAAADGAAAAxwAAAMkEAADKCQAAyw0AAM0R&#10;AADPGAAA0iEAANUtAADWPAAA2E0AANlfAADacwAA2ooAANueAADbrgAA27oAANzDAF6WAABRnAAA&#10;RKMAADiqAAAssQAAILcAABW7AAANvgAABMIAAADFAAAAyQAAAM0AAADQAAAA0gAAANIAAADVAAAA&#10;1gAAANkAAADbAAAA3gUAAOAKAADiDwAA5RYAAOggAADsLQAA7T4AAO1RAADuZQAA73oAAO+PAADw&#10;nwAA8KsAAPCzAP8AEAD/AA4A/wAOAP8AEgD/AB0A/wApAP8ANQD/AEEA/wBNAP4AVgD7AF8A+ABm&#10;APYAbQD0AHQA8gB5APEAfwDwAIQA7gCJAO0AjwDrAJUA6gCbAOgAogDmAKoA5QCzAOMAwADhANIA&#10;4ADqAN8A+QDdAP8A3QD/AN0A/wDeAP8A3gD/AP8ADQD/AAoA/wAJAP8ADwD/ABgA/wAkAP4AMQD7&#10;AD0A+ABIAPQAUgDwAFoA7QBiAOsAaQDpAG8A5wB1AOUAegDjAH8A4gCFAOAAigDeAJAA3ACWANoA&#10;nQDYAKUA1QCvANIAugDQAMoAzgDjAM0A9ADLAP8AywD/AMsA/wDLAP8AywD/AP8ACAD/AAMA/wAF&#10;AP8ADAD8ABQA9wAfAPIAKwDvADcA6wBCAOcATADkAFUA4ABdAN0AZADaAGoA2ABwANUAdQDSAHoA&#10;0ACAAM8AhQDNAIsAywCSAMkAmQDHAKEAxQCqAMMAtQDBAMMAvwDaAL4A7gC9APwAvAD/ALwA/wC8&#10;AP8AvAD/AP8AAAD/AAAA/wAAAPkABwDxABAA6gAaAOQAJQDfADEA2wA8ANcARwDSAFAAzgBXAMsA&#10;XgDJAGUAxgBqAMUAcADDAHUAwQB6AMAAgAC+AIYAvACNALoAlAC5AJwAtwClALUAsACzAL0AsQDP&#10;AK8A6ACuAPgArgD/AK0A/wCtAP8ArQD/AP8AAAD/AAAA/QAAAO4AAQDjAAwA2gAUANEAHwDMACsA&#10;yAA2AMUAQADCAEoAvwBSALwAWQC6AF8AuABlALYAagC0AG8AswB1ALEAegCwAIEArgCIAK0AjwCr&#10;AJgAqQChAKcAqwClALgAowDIAKIA4gChAPMAoAD+AKAA/wCgAP8AoAD/AP8AAAD2AAAA6gAAAOAA&#10;AADTAAYAyQAPAMIAGAC9ACQAuQAvALYAOgC0AEMAsQBMAK4AUwCsAFkAqgBfAKkAZACnAGoApgBv&#10;AKQAdQCjAHsAoQCCAKAAigCeAJMAnACdAJoApwCYALQAlgDDAJUA3ACUAO8AkwD7AJMA/wCTAP8A&#10;kgD/APkFAADqCwAA3A0AAMsKAADCBQAAvAAKALYAEQCxABwArgAoAKoAMwCnAD0ApABFAKIATQCg&#10;AFMAngBZAJwAXwCbAGQAmgBqAJgAcACXAHYAlQB+AJMAhgCSAY8AkAGZAI4CpACMArEAiwPAAIkF&#10;1gCIBu0AiAf6AIcI/wCGCP8Ahgj/AO8PAADeFAAAyhUAALwSAACzEAAArgwAAKsGDQCnAxUAogUg&#10;AJ8HLACcCDYAmQg/AJcJRwCVCU4AkwlUAJEKWgCQCl8AjgplAI0KawCLCnIAigt5AIgLggCHC4wA&#10;hQyXAIMMogCBDbAAgA3AAH8N2AB9Du8AfA/9AHsP/wB7EP8AexD/AOYXAADRHgAAvR0AAK8cAACm&#10;GQAAoRUAAJ4QBACdDQ8AmA4ZAJQOJQCRDy8AjxA5AIwQQQCKEEgAiBBPAIcQVQCFEFsAhBFhAIIR&#10;ZwCAEW4AfxF1AH0RfgB8EogAehKUAHgSoAB3E64AdRO+AHQU1QBzFe4AcRb9AHEW/wBxFv8AcBb/&#10;ANwfAADGJQAAsyUAAKUjAACcIQAAlh4AAJIZAACRFAsAjRQUAIkVHwCGFikAgxYzAIEXPACAF0MA&#10;fhdKAHwXUAB6F1YAeRhcAHcYYgB2GGkAdBhxAHMZegBxGYQAbxqQAG4anQBsG6sAaxy7AGoc0ABp&#10;HewAaB77AGge/wBnHv8AZx7/ANEmAAC9KgAAqyoAAJ0qAACTKAAAjSUAAIgiAACGHQYAgxsQAH8c&#10;GgB8HSQAeh0uAHceNgB2Hj4AdB5FAHIfSwBxH1EAbx9YAG4fXgBsH2UAayBtAGkgdgBoIYEAZiGN&#10;AGUimgBjIqgAYiO4AGEjzQBgJOkAYCT6AF8k/wBfJP8AXyT/AMosAAC2LwAApC8AAJYvAACMLQAA&#10;hSoAAIAoAAB9JAAAeiINAHYjFQBzIyAAcSQpAG8kMgBtJDoAayVBAGolRwBoJU0AZiVUAGUlWgBk&#10;JmEAYiZpAGEmcgBfJ30AXieKAF0olwBbKaUAWim1AFoqygBZKucAWCr4AFgq/wBYKv8AWCr/AMUx&#10;AACvMwAAnjMAAJAzAACGMgAAfy8AAHktAAB1KgAAcigKAG8oEgBrKRsAaSklAGcqLQBlKjUAYyo9&#10;AGIqQwBgKkoAXytQAF4rVwBcK14AWyxmAFksbwBYLXoAVy2HAFYulQBULqMAUy+zAFMvxwBSL+UA&#10;Ui/3AFIv/wBSL/8AUi//AME2AACqNgAAmTYAAIs2AACBNQAAeTMAAHMxAABvLwAAay4GAGgtEABk&#10;LhgAYi4hAGAvKgBeLzEAXC85AFsvQABZL0YAWC9NAFcwUwBWMFsAVDFjAFMxbABSMncAUTKEAE8z&#10;kgBOM6EATTOxAE00xQFMNOMBTDT2AEw0/wBMNP8ATDP/ALs5AACmOQAAlTkAAIc5AAB8OQAAdDcA&#10;AG40AABpMwAAZTICAGEyDQBeMhQAXDMeAFozJgBYMy4AVjM1AFU0PABTNEMAUjRKAFE0UABQNVgA&#10;TjVgAE02agBMNnUASzeCAEo3kABJOJ8ASDiwAUc4wwFHOOEBRzj1AUc4/wFHOP8BRzj/Abc7AACi&#10;PAAAkTwAAIM8AAB4PAAAcDoAAGo3AABkNgAAYDYAAFw2CwBZNxIAVjcaAFQ3IwBSNysAUDcyAE84&#10;OQBNOEAATDhHAEs4TgBKOVUASTleAEg6aABHOnMARjuAAEU7jgBEPJ4AQzyuAUI8wgFCPd8BQjzz&#10;AUI8/wFCPP8BQjv/AbM9AACePgAAjT4AAH8+AAB1PgAAbD0AAGY6AABgOQAAWzoAAFc6CABTOxAA&#10;UTsYAE47IABMOygASzsvAEk8NgBHPD0ARzxEAEY9SwBFPVMARD5cAEM+ZgBCP3EAQT9+AEA/jQA/&#10;QJwAPkCtAT1AwAE9QN0BPUDyAT1A/wE+P/8BPj//Aa5AAACaQAAAiUEAAHxBAABxQQAAaEAAAGE8&#10;AABbPQAAVj4AAFI+BQBOPw4ATD8VAEk/HQBHQCUARkAsAERAMwBDQDoAQkFCAEFBSQBAQVEAP0Ja&#10;AD5CYwA9Q28APEN8ADtDiwA6RJsAOUSrATlEvgE4RNsBOUTxATlD/gE5Q/8BOUP/AapCAACWQwAA&#10;hkMAAHhDAABuQwAAZUMAAF1AAABWQAAAUUIAAE1CAgBJQwwARkMSAEREGgBCRCIAQUQqAD9FMQA+&#10;RTgAPUU/ADxGRwA7Rk8AOkZXADlHYQA4R2wAN0d6ADZIiQA1SJkANEiqADRIvQAzSNkANEjwADRH&#10;/QA0R/8ANUb/AKZEAACSRQAAgkYAAHVGAABqRgAAYUUAAFlEAABRRAAATEYAAEhHAABERwoAQUgQ&#10;AD9JGAA9SSAAPEknADpKLgA5SjYAOEo9ADdLRAA2S0wANUtVADRMXwAzTGoAMkx3ADFMhgAwTJcA&#10;L02oAC5NuwAuTdUALkzvAC9M/QAvS/8AMEv/AKFHAACOSAAAfkgAAHFIAABmSQAAXUgAAFVIAABM&#10;SQAAR0oAAEJLAAA/TAYAO00OADlOFQA3Th0ANk8kADVPKwAzTzMAMlA6ADFQQgAwUEoAL1FSAC5R&#10;XAAtUWcALFF1ACtRhAAqUpUAKVKmAClSuQAoUtIAKVHuAClQ/AAqUP8AKk//AJxKAACJSgAAeksA&#10;AG1LAABjTAAAWkwAAFFMAABITQAAQ08AAD1QAAA5UgIANVMMADNUEgAxVBkAMFUhAC5VKAAtVS8A&#10;LFY3ACtWPgAqVkYAKVZPAChXWQAnV2QAJldyACVXgQAkV5IAI1ekACJXtwAiV88AIlfsACNW+gAj&#10;Vf8AJFX/AJZNAACETgAAdU4AAGlOAABfTwAAVk8AAE1QAABFUgAAP1MAADlWAAAzWAAAL1oIACtb&#10;DwAqWxUAKFwdACdcJAAmXCsAJVwzACRdOgAjXUMAIl1MACFdVgAgXmEAH15uAB5efgAdXo8AHF6h&#10;ABtetAAaXcwAG13pABtc+QAcW/8AHFv/AJBRAAB+UQAAcFEAAGRSAABbUgAAUlMAAEpUAABBVwAA&#10;O1kAADVbAAAuXgAAKGADACRiDAAiYxEAIWMYAB9kIAAeZCcAHWQuABxkNgAbZT4AGmVHABllUQAY&#10;ZV0AF2VqABZlegAVZYsAFGWeABNlsQASZcgAEmTnABNj9wAUYv8AFGL/AIlUAAB4VQAAa1UAAGBW&#10;AABXVgAAT1cAAEZZAAA9XAAANl8AADBiAAApZAAAI2cAAB1qBwAZbA4AGGwTABZtGgAVbSEAFG0p&#10;ABRtMAATbTkAEm5CABFuTAAQblgAD25lAA5udQANbocADW6aAAxtrQALbcIAC2zgAAxr8wANa/0A&#10;DWr/AIJZAAByWQAAZlkAAFxaAABUWgAASlwAAEFfAAA5YwAAMWYAACppAAAkbAAAHW8AABdyAAAS&#10;dQkAD3cPAA53FAAOdxsADXcjAAx3KgALdzMACnc8AAl3RwAId1IAB3dfAAV3bwAEd4AAA3eUAAF2&#10;pwAAdrsAAXXVAAF06wACdPYAAnT8AHtdAABtXQAAYl4AAFleAABOYAAARWMAADxnAAAzawAAK24A&#10;ACRyAAAedQAAF3kAABJ8AAANfwYACYEMAAWBEQADgRYAAoEdAAGBJAAAgS0AAII2AACCQAAAgkwA&#10;AIJZAACCaAAAgnkAAIKNAACBoAAAgLQAAIDLAAB/5wAAfvIAAH75AHRiAABoYgAAXmIAAFNkAABJ&#10;ZwAAP2sAADZwAAAtdAAAJXgAAB58AAAXgAAAEYMAAA2GAAAIiQQAAosKAACLDgAAixMAAIwYAACM&#10;HwAAjSYAAI0vAACOOQAAjkQAAI5RAACOYAAAjnEAAI6FAACOmQAAja0AAIzDAACM3wAAi+4AAIv2&#10;AG5oAABkZwAAWGkAAE1sAABCcQAAOHYAAC97AAAmfwAAHoQAABaIAAAQjAAADI8AAAaSAAAAlQAA&#10;AJYHAACXDAAAlw8AAJgTAACZGAAAmh8AAJsmAACbMAAAnDsAAJxIAACcVwAAnGgAAJx7AACckAAA&#10;m6UAAJu6AACa0AAAmucAAJrxAGptAABebwAAUXIAAEZ3AAA7fAAAMYIAACeHAAAejAAAFpEAABCV&#10;AAAKmQAABJwAAACgAAAAogAAAKMBAACjBgAApAsAAKUOAACmEgAApxcAAKgeAACqJgAAqzEAAKs+&#10;AACsTQAArF0AAKxwAACshQAArJsAAKuvAACrwwAAq9kAAKroAGR1AABXeQAAS34AAD+EAAA0igAA&#10;KZAAAB+WAAAWmwAAEJ8AAAmjAAABpwAAAKoAAACuAAAAsAAAALAAAACxAAAAsgMAALQIAAC1DQAA&#10;thAAALcVAAC5HQAAuyYAALwzAAC9QQAAvVIAAL1kAAC+eQAAvpAAAL2kAAC9twAAvcYAAL3XAFx/&#10;AABQhQAARIsAADiSAAAsmQAAIZ8AABekAAAQqQAACa4AAACyAAAAtgAAALkAAAC9AAAAvwAAAL8A&#10;AADAAAAAwQAAAMMAAADEBQAAxgoAAMcOAADJEwAAyxwAAM4mAADQNQAA0UUAANJXAADSawAA04IA&#10;ANOXAADTqQAA0rgAANLEAFWMAABJkwAAPZoAADCiAAAlqAAAGq4AABG0AAAJuQAAAL0AAADBAAAA&#10;xAAAAMgAAADLAAAAzQAAAM0AAADPAAAA0AAAANIAAADUAAAA2AAAANoGAADdDAAA4BEAAOMaAADm&#10;JwAA5zgAAOhKAADpXQAA6nIAAOuIAADrmwAA7KgAAOyyAP8ADQD/AAsA/wALAP8AEAD/ABoA/wAm&#10;AP8AMgD/AD0A/wBIAPsAUgD4AFoA9gBiAPMAaQDxAG8A8AB1AO4AegDsAH8A6wCEAOkAigDoAJAA&#10;5gCWAOQAnQDiAKUA4QCvAN8AuwDdAMsA2wDmANkA9wDYAP8A2AD/ANcA/wDXAP8A1AD/AP8ACAD/&#10;AAQA/wAEAP8ADQD/ABUA/gAhAPoALAD3ADgA9ABDAPAATQDtAFUA6gBdAOcAZADkAGoA4gBwAOAA&#10;dQDeAHoA3QB/ANsAhQDZAIsA1QCRANMAmQDRAKAAzwCqAM0AtQDLAMQAyQDdAMgA8QDHAP8AxgD/&#10;AMYA/wDGAP8AxwD/AP8AAAD/AAAA/wAAAP8ACgD4ABEA8QAcAOwAJwDpADIA5gA9AOIARwDdAFAA&#10;2QBYANUAXwDSAGUA0ABqAM4AcADMAHUAygB6AMkAfwDHAIUAxQCMAMMAlADBAJwAvwClAL0AsAC7&#10;AL0AugDQALgA6wC3APsAtgD/ALYA/wC2AP8AtgD/AP8AAAD/AAAA/QAAAPMABQDpAA4A4QAWANsA&#10;IQDVAC0A0QA3AM4AQQDKAEoAxwBSAMQAWQDCAF8AwABlAL4AagC8AG8AuwB0ALkAegC3AIAAtgCH&#10;ALQAjgCyAJcAsACgAK4AqgCtALcAqwDIAKkA4wCoAPUApwD/AKcA/wCnAP8ApgD/AP8AAAD+AAAA&#10;8QAAAOUAAADXAAoAzQARAMcAHADCACYAvwAxALwAOwC6AEQAtwBMALQAUwCyAFkAsQBfAK8AZACt&#10;AGkArABvAKoAdACpAHoApwCBAKYAiQCkAJEAogCbAKAApQCeALIAnQDBAJsA2gCaAO8AmQD9AJgA&#10;/wCYAP8AmAD/AP0AAADwAAAA4QAAANEAAADGAAQAvQANALcAFQCzACAAsAArAK0ANQCrAD4AqABG&#10;AKYATQCkAFQAowBZAKEAXwCgAGQAngBpAJ0AbgCbAHUAmgB7AJgAgwCWAIwAlQCWAJMAoQCRAK0A&#10;jwC7AI0AzwCMAOkAiwD4AIwA/wCMAP8AjAD/APMCAADiBwAAzAcAAL8EAAC3AAAAsQAIAKsAEACn&#10;ABkApAAkAKAALgCeADcAnABAAJoARwCYAE4AlgBUAJUAWQCTAF4AkgBkAJAAaQCPAG8AjQB2AIsA&#10;fgCKAIgAiACSAIYAnQCFAKkAgwC4AIEAygCAAOUAgAD1AH8A/wB/AP8AfwD/AOgNAADQEAAAvhAA&#10;ALEOAACoDQAAowgAAKACDACcABMAmAAdAJUAJwCSADEAkAA5AI4BQQCMAUgAigJOAIkCVACHAlkA&#10;hgJfAIQDZACDA2sAgQNyAIAEegB+BIQAfQWOAHsFmgB5BqcAeAa1AHYHyAB1COMAdQn0AHQK/wBz&#10;Cv8Acwr/AN0VAADEFwAAsRcAAKUWAACcEwAAlhEAAJQNBACTCA0AjgcVAIsJIACICSoAhQozAIML&#10;OwCBC0IAgAtJAH4LTwB9DFQAewxaAHoMYAB4DGcAdwxuAHUNdgB0DYAAcg2MAHANmQBvDqYAbQ61&#10;AGwOyQBrD+YAahD3AGkQ/wBpEP8AaRD/ANAdAAC5HgAAqB4AAJsdAACSGwAAixkAAIgVAACHEQcA&#10;hQ4QAIEPGgB+ECQAexAtAHkQNgB3ET0AdhFEAHQRSgBzEVAAcRFWAHARXABuEmIAbRJqAGsScwBp&#10;E30AaBOJAGYTlgBlFKMAYxWzAGIVxgBiFuMAYRb2AGAX/wBgF/8AYBf/AMciAACwIwAAnyQAAJIj&#10;AACJIgAAgiAAAH4dAAB8GQAAehUNAHcVFQB0Fh8AcRYoAG8XMABuFzgAbBc/AGsXRQBpGEsAaBhR&#10;AGYYWABlGF4AYxlmAGIZbwBgGXkAXxqFAF0bkgBcG6EAWxywAFocwwBZHeAAWB70AFge/wBYHv8A&#10;WB7/AL8nAACpKAAAmSgAAIsoAACCJwAAeyUAAHYjAABzIAAAcRwJAG4cEQBrHBoAaR0jAGcdLABl&#10;HTMAYx46AGIeQQBgHkcAXx5NAF4eVABcH1sAWx9iAFkgawBYIHYAViGCAFUhkABUIp4AUyKuAFIj&#10;wABRI90AUSTyAFEk/wBRJP8AUSP/ALkrAACjLAAAkywAAIYtAAB8LAAAdCoAAG8oAABrJQAAaSIF&#10;AGYhDgBjIhYAYSIfAF8jJwBdIy8AXCM2AFojPQBZJEMAVyRKAFYkUABVJFcAUyVfAFIlaABRJnMA&#10;TyZ/AE4njQBNKJwATCisAEspvgBLKdoASinxAEop/wBLKf8ASyn/ALMuAACeLwAAjjAAAIEwAAB3&#10;LwAAby4AAGorAABlKgAAYycBAF8nDABcJxMAWicbAFgoJABWKCsAVSgyAFMoOQBSKUAAUClGAE8p&#10;TQBOKVQATSpcAEwqZQBKK3AASSt8AEgsiwBHLZoARi2qAEUuvABFLtYARS7vAEUu/gBFLv8ARS3/&#10;AK4xAACaMgAAiTMAAHwzAAByMwAAazEAAGUvAABgLQAAXSwAAFksCQBWLBAAVCwYAFIsIABQLCgA&#10;Ti0vAE0tNgBMLTwASi1DAEktSgBILlEARy5ZAEYvYwBFMG0AQzB6AEIxiQBBMZgAQTKoAEAyuwA/&#10;MtMAPzLuAEAy/QBAMv8AQDL/AKozAACWNQAAhjUAAHk2AABuNQAAZjUAAGEyAABcMAAAVzAAAFQw&#10;BgBRMA4ATjAVAEwxHQBKMSUASDEsAEcxMgBGMTkARDFAAEMyRwBCMk8AQTNXAEAzYAA/NGsAPjV4&#10;AD01hwA8NpYAOzanADs2uQA6NtEAOjbtADs2/AA7Nv8AOzb/AKY2AACSNwAAgjgAAHU4AABrOAAA&#10;YzcAAF02AABXMwAAUzQAAE80AwBLNAwASTQSAEY1GgBFNSIAQzUpAEE1LwBANTYAPzY9AD42RAA9&#10;N0wAPDdVADs4XgA6OGkAOTl2ADg5hQA3OpUANzqlADY6uAA1Os8ANjrsADY6+wA2Of8ANzn/AKI4&#10;AACOOQAAfjoAAHI7AABoOwAAXzoAAFk5AABTNgAATjcAAEo4AABGOAoARDkQAEE5FwA/OR8APjkm&#10;ADw5LQA7OjQAOjo7ADk7QgA4O0oANztTADY8XAA1PGcAND10ADM9gwAzPpMAMj6kADE+tgAxPs0A&#10;MT7qADE++gAyPf8AMj3/AJ47AACLPAAAezwAAG49AABkPQAAXD0AAFU8AABOOgAASTsAAEU8AABB&#10;PQcAPj0OADw9FQA6PhwAOT4jADc+KgA2PzEANT84ADQ/QAAzQEgAMkBQADFAWgAwQWUAL0FyAC5C&#10;gQAtQpEALUKiACxCtQArQssALELpACxC+QAtQf8ALUH/AJk9AACHPgAAdz8AAGs/AABhQAAAWT8A&#10;AFI/AABJPgAARD8AAEBAAAA8QQQAOUINADdCEgA1QxkAM0MhADJDKAAxRC8AMEQ2AC9EPQAuRUUA&#10;LUVOACxFWAArRmMAKkZvAClGfgAoRo8AJ0ehACZHswAmR8kAJkbnACdG+AAoRf8AKEX/AJVAAACC&#10;QQAAc0IAAGdCAABeQgAAVUIAAE5CAABFQgAAP0QAADtFAAA3RgAANEcKADFIEAAvSBYALkkeACxJ&#10;JQArSSwAKkkzAClKOgAoSkIAJ0pLACZLVQAlS2AAJEttACNLfAAiS40AIUyfACFMsQAgTMcAIEvm&#10;ACFL9wAiSv8AIkr/AJBDAAB+RAAAb0QAAGRFAABaRQAAUkUAAEpGAABBRwAAPEgAADdJAAAySwAA&#10;Lk0HACtODgApThMAJ08aACZPIQAlTygAJE8wACNQNwAiUD8AIVBIACBQUgAfUV0AHlFqAB1ReQAc&#10;UYoAG1GcABpRrwAZUcUAGVHkABpQ9gAbT/8AHE//AIpGAAB5RwAAa0cAAGBIAABWSAAATkgAAEdJ&#10;AAA+SwAAOUwAADNOAAAuUAAAKFMCACRUCwAiVRAAIFUWAB9WHgAeViQAHVYsABxWMwAbVzsAGldE&#10;ABlXTgAYV1kAF1hmABVYdQAUWIcAFFiaABNXrAASV8IAElfhABNW9AAUVf8AFFX/AIRJAAB0SgAA&#10;ZksAAFxLAABTSwAAS0wAAERNAAA8TwAANVEAAC9UAAApVgAAJFkAAB5bBwAaXQ0AGF0SABddGQAW&#10;XiAAFV4nABReLgATXjcAEl5AABFfSgARX1UAEF9iAA9fcQAOX4MADV+WAA1fqQAMXr4ADF7aAA1d&#10;8AANXPwADlz/AH5NAABuTgAAYk4AAFhPAABPTwAASFAAAEBSAAA4VAAAMFcAACpaAAAkXQAAH18A&#10;ABliAQATZQkAEWYPABBmFAAPZhsADmciAA1nKQANZzIADGc7AAtnRQAKZ1AACWddAAdnbAAGZ30A&#10;BWeQAARmowACZrcAA2XPAARl6QAEZPUABGT8AHdRAABpUgAAXVIAAFRSAABMUwAAQ1UAADtYAAAz&#10;WwAAK14AACVhAAAfZAAAGWcAABNqAAAPbQYAC3AMAAhw/+L/4klDQ19QUk9GSUxFAAQJEQAHcBYA&#10;BXAdAARwJAADcCwAAnA1AABwPwAAcEoAAHBXAABwZQAAcHYAAHCKAABvngAAb7IAAG7IAABt5QAA&#10;bfIAAG35AHBWAABjVgAAWVYAAFFXAABHWAAAPlsAADZfAAAuYgAAJmYAAB9qAAAZbQAAE3AAAA5z&#10;AAALdgQABXgLAAF4DwAAeRMAAHkZAAB5HwAAeiYAAHovAAB6OQAAekQAAHpQAAB6XwAAenAAAHqD&#10;AAB6mAAAeqwAAHnCAAB43wAAeO8AAHf3AGpbAABfWwAAVlsAAExcAABCYAAAOWMAADBoAAAobAAA&#10;IHAAABl0AAATdwAADnsAAAl+AAAEgQIAAIIIAACDDQAAgxAAAIQUAACFGQAAhiAAAIYoAACHMQAA&#10;hzwAAIdJAACHVwAAh2gAAId7AACHkAAAhqUAAIW6AACF0wAAhOoAAIT0AGVgAABcYAAAUWEAAEZk&#10;AAA8aQAAMm0AAClyAAAhdwAAGXsAABKAAAANgwAACIcAAAKKAAAAjQAAAI4EAACOCQAAjw0AAJAQ&#10;AACRFAAAkhkAAJMgAACUKQAAlTMAAJVAAACWTgAAll8AAJVyAACViAAAlZ0AAJSyAACUyAAAk+IA&#10;AJPuAGFlAABWZgAASmoAAD9uAAA1dAAAK3kAACF/AAAZhAAAEYkAAAyNAAAGkQAAAJQAAACYAAAA&#10;mgAAAJsAAACcAgAAnQcAAJ4LAACfDgAAoRIAAKIYAACjIAAApSkAAKY2AACmRAAAplUAAKZoAACm&#10;fQAAppQAAKWpAACkvQAApNEAAKTkAFtsAABPcAAAQ3UAADh7AAAtgQAAI4cAABmNAAARkgAAC5cA&#10;AAScAAAAoAAAAKMAAACmAAAAqAAAAKkAAACqAAAArAAAAK0EAACuCQAAsA0AALERAACzFwAAtSAA&#10;ALYrAAC3OgAAt0sAALhcAAC4cQAAuIgAALidAAC4sQAAt8IAALfQAFR2AABIfAAAPIIAADGJAAAm&#10;kAAAG5cAABKdAAAMogAAA6cAAACrAAAArgAAALIAAAC2AAAAuAAAALgAAAC6AAAAuwAAAL0AAAC+&#10;AAAAwAUAAMELAADDEAAAxhYAAMkgAADKLgAAyz4AAMxQAADMZAAAzXoAAM2RAADNpAAAzbQAAM3A&#10;AE2DAABBigAANZEAACmZAAAeoAAAE6YAAAysAAADsQAAALYAAAC6AAAAvgAAAMIAAADGAAAAyAAA&#10;AMgAAADKAAAAywAAAM0AAADOAAAA0AAAANIBAADVCAAA2Q4AAN0VAADhIQAA4jEAAORDAADlVgAA&#10;5msAAOaCAADnlgAA56UAAOawAP8ACQD/AAUA/wAGAP8ADgD/ABYA/wAhAP8ALQD/ADgA/QBDAPkA&#10;TQD1AFUA8gBdAPAAYwDuAGkA7ABvAOoAdADpAHoA5wB/AOYAhQDkAIsA4wCRAOEAmQDfAKEA3ACq&#10;ANoAtgDXAMYA1QDhANMA9ADSAP8A0QD/ANEA/wDPAP8AygD/AP8AAQD/AAAA/wABAP8ADAD/ABIA&#10;+gAdAPYAKADzADMA8AA+AOwASADoAFAA5QBYAOIAXgDfAGQA3QBqANsAbwDZAHQA1gB6ANQAfwDS&#10;AIUA0ACMAM4AkwDMAJwAyQClAMcAsADGAL4AxADUAMIA7gDBAP4AwAD/AMAA/wC/AP8AvgD/AP8A&#10;AAD/AAAA/wAAAPoABwDxAA8A6wAYAOYAIwDiAC4A4AA4ANsAQgDVAEsA0QBSAM4AWQDLAF8AyQBl&#10;AMcAagDGAG8AxAB0AMIAegDBAIAAvwCGAL0AjgC7AJYAuQCgALcAqgC2ALcAtADKALIA5gCxAPgA&#10;sAD/AK8A/wCvAP8AsAD/AP8AAAD/AAAA9wAAAOoAAgDhAAwA1wATANAAHQDMACgAyQAyAMYAPADC&#10;AEUAvwBNALwAUwC6AFkAuABfALcAZAC1AGkAtABuALIAdACxAHoArwCAAK0AiACsAJEAqgCaAKgA&#10;pQCmALEApADBAKMA3AChAPIAoQD/AKAA/wCgAP8AoQD/AP8AAAD3AAAA6AAAANkAAADLAAgAwwAQ&#10;AL0AGAC5ACIAtgAsALQANgCyAD8ArwBHAKwATQCrAFQAqQBZAKcAXgCmAGMApQBoAKMAbgCiAHQA&#10;oAB6AJ4AggCcAIsAmwCVAJkAnwCYAKwAlgC6AJQAzwCTAOsAkgD7AJIA/wCSAP8AkQD/APcAAADn&#10;AAAA0wAAAMYAAAC7AAIAswAMAK0AEgCqABwApwAmAKQAMACjADgAoABAAJ4ARwCcAE4AmgBTAJkA&#10;WACXAF0AlgBjAJUAaACTAG4AkgB0AJAAfACPAIUAjQCPAIsAmgCKAKcAiAC1AIYAxwCFAOQAhAD1&#10;AIQA/wCDAP8AgwD/AOwAAADTAAAAwQEAALQAAACsAAAApgAHAKAADgCdABYAmgAgAJcAKQCVADIA&#10;kwA6AJEAQQCPAEgAjQBNAIwAUwCLAFgAiQBdAIgAYwCHAGkAhQBvAIMAdwCCAIAAgACKAH4AlgB9&#10;AKMAewCwAHoAwgB5AN0AeADxAHcA/QB4AP8AeAD/AN4KAADECwAAsgwAAKYLAACdCAAAmQQAAJUA&#10;CgCRABEAjgAZAIsAIwCJACwAhwA0AIUAOwCDAEIAggBIAIAATgB/AFMAfQBYAHwAXgB7AGQAeQBq&#10;AHgAcgB2AHsAdACGAHMAkgBxAJ8AcACtAG4AvgBtAdYAbQLtAGwD+gBsA/8AbAP/AM4QAAC3EQAA&#10;phIAAJoRAACREAAAiw4AAIkLAwCHBQwAhAETAIEBHAB+AiUAfAMuAHoDNgB4BDwAdwRDAHUFSAB0&#10;BU4AcwVUAHEFWQBwBl8AbgZmAG0GbgBrB3gAageDAGgIkABnCZ0AZQmsAGQJvABjCtQAYwvsAGIM&#10;+gBiDP8AYgz/AMMWAACtFwAAnRgAAJAYAACHFgAAgRQAAH0RAAB8DgYAfAoOAHgKFgB1Cx8Acgso&#10;AHAMMABvDDcAbQw+AGwMRABrDUoAaQ1PAGgNVQBnDVwAZQ1jAGMOawBiDnUAYA6BAF8OjgBdD5wA&#10;XBCrAFsQvQBaENYAWRHwAFkR/QBZEf8AWRH/ALkbAAClHQAAlB4AAIgeAAB+HQAAeBsAAHQYAABx&#10;FQAAcREJAG8QEQBsEBkAaRAiAGcRKgBmETIAZBE5AGMRPwBiEUUAYBJLAF8SUQBdElgAXBJfAFoT&#10;aABZE3IAVxR9AFYUiwBUFZkAUxWpAFIWugBRFtIAURftAFEX/QBRF/8AURf/ALIgAACeIgAAjiIA&#10;AIEjAAB3IgAAcCEAAGweAABpGwAAZxgEAGYVDgBjFhUAYRYeAF8WJgBdFi0AXBc0AFoXOwBZF0EA&#10;WBhHAFYYTQBVGFQAUxhcAFIZZABRGW4ATxp6AE4biABNG5cASxymAEocuABKHc8ASR3rAEkd+wBJ&#10;Hf8ASh3/AKwkAACYJQAAiCYAAHsnAABxJgAAaiUAAGYjAABiIQAAYB4AAF4cCwBbGxIAWRwaAFcc&#10;IgBVHCkAVBwwAFMdNwBRHT0AUB1DAE8dSgBNHlEATB5YAEsfYQBJH2sASCB3AEcghQBGIZQARCKk&#10;AEQitgBDIswAQyPpAEMj+gBDI/8AQyL/AKYnAACTKQAAgyoAAHYqAABtKgAAZSkAAGAnAABcJQAA&#10;WSMAAFchBwBVIQ8AUiEWAFAhHgBOISUATSIsAEwiMwBKIjkASSJAAEgiRgBHI00ARSNVAEQkXgBD&#10;JGkAQiV1AEAmgwA/JpIAPiejAD4ntAA9J8oAPSjoAD0o+QA9J/8APif/AKIqAACOKwAAfy0AAHIt&#10;AABoLQAAYSwAAFwrAABYKAAAVCYAAFEmBABOJQ0ATCUTAEomGgBIJiIARyYpAEUmLwBEJjYAQyc8&#10;AEEnQwBAJ0sAPyhTAD4pXAA9KWYAPCpyADsqgQA6K5AAOSuhADgssgA3LMgANyzmADgs+AA4LP8A&#10;OCz/AJ0sAACKLgAAey8AAG8wAABlMAAAXS8AAFguAABTKwAAUCoAAEwqAABJKgsARioRAEQqFwBC&#10;Kh8AQSolAD8qLAA+KzMAPSs5ADwrQAA7LEgAOixQADktWQA4LmQANy5wADYvfwA1L48ANDCfADMw&#10;sQAyMMcAMjDlADMw9wAzMP8ANC//AJkvAACHMQAAdzIAAGsyAABiMgAAWjIAAFQxAABPLwAASy0A&#10;AEcuAABELggAQS4OAD8uFAA9LhwAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYANTFOADQxVwAzMmIA&#10;MjJuADEzfQAwM40ALzSeAC40sAAtNMUALTTjAC409gAvM/8ALzP/AJUxAACDMwAAdDQAAGg1AABe&#10;NQAAVzQAAFE0AABLMgAARjEAAEIyAAA/MgUAPDINADkzEgA4MxkANjMgADQzJgAzMy0AMjQ0ADE0&#10;OwAwNUMAMDVMAC82VQAuNmAALTdsACw3ewArN4sAKjicACk4rgAoOMMAKDjiACk49QAqN/8AKjf/&#10;AJI0AAB/NQAAcTYAAGU3AABbNwAAVDcAAE02AABHNgAAQjUAAD02AAA6NgIANzcLADQ3EAAyNxYA&#10;MTgdAC84JAAuOCsALTkyACw5OQArOUEAKjpJACo6UwApO14AKDtqACc7eQAmPIkAJTybACQ8rQAj&#10;PMIAIzzgACQ89AAlO/8AJTv/AI02AAB8OAAAbTkAAGI5AABYOgAAUTkAAEo5AABEOQAAPTkAADk6&#10;AAA1OwAAMjsIAC88DgAtPRQALD0aACo9IQApPSgAKD4vACc+NgAmPj4AJT9HACQ/UAAjQFsAIkBo&#10;ACFAdgAgQIcAH0GZAB9BqwAeQcAAHkHeAB9A8wAfQP4AID//AIk5AAB4OgAAaTsAAF48AABVPAAA&#10;TTwAAEc8AABAPAAAOD0AADQ+AAAwQAAALUEFACpCDAAnQhEAJkMYACRDHgAjQyUAIkMsACFEMwAg&#10;RDsAH0REAB5FTgAdRVkAHEVlABtFdAAaRYUAGUaXABlGqQAYRr4AF0XcABhF8QAZRP0AGkT/AIQ8&#10;AABzPQAAZj4AAFs/AABSPwAASj8AAEQ/AAA9QAAANkEAADFDAAAsRAAAJ0YBACRHCgAhSA8AIEkU&#10;AB5JGwAdSSIAHEkpABtKMAAaSjgAGUpBABhKSwAXS1UAFktiABVLcQAUS4IAE0uUABJLpwASS7wA&#10;EUvZABJK8AATSvwAFEn/AH8/AABvQAAAYUEAAFdCAABOQgAAR0IAAEFCAAA6QwAAMkUAAC1HAAAo&#10;SQAAI0sAAB5NBgAbTw0AGFARABdQFwAWUB4AFVAlABRQLAATUTQAElE9ABFRRwARUVIAEFFfAA9S&#10;bQAOUn4ADVGRAA1RpAAMUbgADFHRAA1Q7AANUPoADk//AHlDAABqRAAAXUQAAFNFAABLRQAAREUA&#10;AD5GAAA2SAAAL0oAAClMAAAkTwAAH1EAABpTAAAUVgkAEVcOABBYEwAQWBkAD1ggAA5YKAANWDAA&#10;DVg5AAxYQwALWE4AClhaAAhYaAAHWHkABliMAAVYnwAEWLMABFfKAAVX5gAFV/MABlb8AHNGAABk&#10;RwAAWUgAAFBIAABISAAAQUkAADpKAAAyTQAAK1AAACVSAAAgVQAAGlgAABVaAAAQXQYADGAMAApg&#10;EAAJYBUACGAcAAdgIwAFYCsABGA0AANgPQABYEkAAGBVAABgYwAAYHMAAGCGAABfmgAAX64AAF/E&#10;AABe4gAAXvAAAF74AGxKAABfSwAAVUsAAExMAABFTAAAPU4AADVQAAAuUwAAJ1YAACBZAAAaXAAA&#10;FV8AABBiAAANZQQACGcLAANnDgAAaBMAAGgYAABoHwAAaSYAAGkuAABpOAAAaUMAAGlPAABpXQAA&#10;aW0AAGmAAABplAAAaKkAAGi/AABn3AAAZu4AAGb3AGZPAABaTwAAUU8AAEpPAABBUQAAOFQAADBX&#10;AAAoWwAAIV4AABpiAAAUZQAAEGgAAAxrAAAHbgMAAXAJAABwDQAAcRAAAHEUAAByGgAAcyEAAHMo&#10;AABzMQAAczwAAHRIAABzVgAAc2YAAHN5AABzjgAAc6MAAHK5AABx0gAAcesAAHD0AGFTAABWUwAA&#10;T1MAAEVVAAA7WAAAMlwAACpgAAAiZAAAG2gAABRsAAAPbwAAC3IAAAZ2AAAAeQAAAHoGAAB6CgAA&#10;ew4AAHwRAAB9FQAAfhsAAH8iAACAKgAAgDUAAIBBAACATwAAgF8AAIBxAACAhgAAgJ0AAH+yAAB+&#10;ygAAfuUAAH3xAFxYAABUWAAASVoAAD9dAAA1YQAALGUAACNqAAAbbwAAFHMAAA53AAAJewAAA38A&#10;AACCAAAAhAAAAIYBAACGBgAAiAoAAIkNAACKEAAAixUAAIwbAACOIgAAjywAAI84AACPRgAAj1YA&#10;AI9oAACPfgAAj5UAAI6rAACNwQAAjdwAAIzrAFldAABOXwAAQ2IAADhmAAAubAAAJHEAABx3AAAU&#10;fAAADoEAAAiFAAAAiQAAAI0AAACQAAAAkgAAAJMAAACUAAAAlgMAAJcIAACYDAAAmg8AAJsTAACd&#10;GgAAnyMAAKAuAACgPAAAoEwAAKBeAACgdAAAn4wAAJ+iAACftwAAnssAAJ7gAFNkAABHaAAAPG0A&#10;ADFzAAAneQAAHX8AABSFAAANiwAABpAAAACUAAAAmAAAAJwAAACfAAAAoQAAAKIAAACkAAAApQAA&#10;AKcAAACoBAAAqgkAAKwNAACtEgAAsBkAALIjAACyMQAAskIAALJUAACyaQAAsoAAALKYAACxrAAA&#10;sr8AALHOAExuAABAcwAANXoAACqBAAAfiAAAFY4AAA6VAAAGmgAAAJ8AAACkAAAAqAAAAKwAAACv&#10;AAAAsQAAALEAAACzAAAAtQAAALYAAAC4AAAAugAAALwGAAC+DAAAwBEAAMMZAADFJgAAxTcAAMZJ&#10;AADGXQAAx3IAAMeKAADInwAAyK8AAMi8AEZ6AAA5gQAALokAACKQAAAXmAAAD58AAAelAAAAqgAA&#10;AK8AAACzAAAAtwAAALwAAAC/AAAAwQAAAMIAAADEAAAAxQAAAMcAAADJAAAAywAAAM0AAADPAwAA&#10;0goAANYQAADcGgAA3SoAAN48AADfUAAA4GUAAOF7AADhkQAA4qIAAOKtAP8AAgD/AAAA/wADAP8A&#10;DAD/ABMA/wAdAP8AKAD+ADMA+wA+APcASADzAFAA8ABXAO0AXgDrAGQA6ABpAOcAbwDlAHQA4wB5&#10;AOIAfwDgAIUA3gCMANwAkwDZAJwA1gCmANMAsQDRAMAAzwDaAM4A8QDMAP8AywD/AMsA/wDGAP8A&#10;wQD/AP8AAAD/AAAA/wAAAP8ACAD7ABAA9gAZAPIAJADvAC4A7QA5AOgAQgDjAEsA4ABSAN0AWQDZ&#10;AF8A1gBkANMAaQDRAG4AzwB0AM4AeQDMAH8AygCGAMgAjgDGAJYAxACgAMIAqwDAALkAvgDNALwA&#10;6gC7APwAugD/ALoA/wC6AP8AtgD/AP8AAAD/AAAA/gAAAPQABADrAA0A5AAUAN8AHwDbACkA2AAz&#10;ANMAPQDOAEUAygBNAMcAUwDFAFkAwwBfAMEAZAC/AGkAvQBuALsAcwC6AHkAuACAALYAiAC0AJAA&#10;sgCaALEApQCvALIArQDEAKwA4QCrAPYAqgD/AKoA/wCqAP8AqgD/AP8AAAD9AAAA7gAAAOIAAADV&#10;AAoAzQARAMcAGQDEACMAwQAtAL8ANwC7AD8AtwBHALUATgCyAFMAsABZAK8AXgCtAGMArABoAKsA&#10;bQCpAHMAqAB6AKYAgQCkAIoAowCUAKEAnwCfAKwAngC7AJwA0gCbAO4AmgD/AJoA/wCZAP8AmQD/&#10;AP4AAADuAAAA3gAAAMsAAADBAAUAuQANALQAFACxAB4ArgAnAKsAMACqADkApwBBAKQASACiAE0A&#10;oQBTAJ8AWACeAF0AnQBiAJsAZwCaAG0AmABzAJcAewCVAIQAlACOAJIAmQCQAKYAjgC0AI0AyACM&#10;AOYAiwD5AIoA/wCKAP8AiwD/APAAAADbAAAAxwAAALoAAACwAAAAqAAKAKQAEACgABgAnQAhAJsA&#10;KgCaADMAmAA7AJYAQQCUAEgAkgBNAJEAUgCPAFcAjgBcAIwAYQCLAGcAigBuAIgAdQCHAH4AhQCI&#10;AIMAlACCAKAAgACvAH8AwAB+AN0AfQDyAH0A/wB9AP8AfQD/AOAAAADGAAAAtQAAAKoAAACiAAAA&#10;mwAFAJUADQCSABMAkAAcAI0AJACLAC0AigA0AIgAOwCGAEIAhQBHAIMATQCCAFIAgQBXAH8AXAB+&#10;AGIAfQBoAHsAcAB6AHkAeACDAHYAjwB1AJwAdACqAHIAugBxANEAcADsAHAA+wBwAP8AcAD/AM0E&#10;AAC3BgAApwcAAJsGAACTBAAAjgAAAIoACACGAA8AhAAWAIEAHgB/ACcAfQAuAHwANgB6ADwAeQBC&#10;AHcARwB2AEwAdQBSAHMAVwByAF0AcQBjAG8AawBuAHQAbAB+AGsAigBpAJgAaACmAGcAtgBmAMsA&#10;ZQDnAGUA9wBlAP8AZQD/AMAMAACrDQAAmw4AAI8OAACGDQAAgQsAAH4HAQB8AQsAeQARAHcAGAB1&#10;ACEAcwApAHEAMABvADYAbgA8AGwAQgBrAEcAagBNAGkAUgBoAFgAZgBfAGUAZwBjAHAAYgF6AGAB&#10;hwBfApUAXgKjAFwDswBcA8cAWwTkAFsF9ABbBv4AWwb/ALUQAAChEgAAkRMAAIUTAAB8EgAAdhEA&#10;AHMOAAByDAQAcQcNAG4EEgBsBBsAaQUjAGcFKgBmBjEAZAY3AGMGPQBiB0MAYQdJAF8HTgBeCFUA&#10;XQhcAFsJYwBaCW0AWAp4AFcKhQBWC5MAVAuiAFMLswBSDMcAUgzkAFEN9QBRDf8AUQ3/AK0VAACZ&#10;FwAAiRgAAH0ZAAB0GAAAbRcAAGoUAABnEQAAZw4HAGYMDgBjDBUAYQwdAF8MJQBdDSwAXA0zAFsN&#10;OQBaDT8AWA1FAFcNSwBWDlEAVQ5ZAFMOYQBSDmsAUA92AE4QgwBNEJIATBCiAEsQsgBKEcgASRHl&#10;AEkR9wBJEv8ASRH/AKUZAACSHAAAgx0AAHYeAABtHQAAZhwAAGIaAABfFwAAXhQBAF4RCgBbEBEA&#10;WREYAFcRIABVEScAVBEuAFMRNABRETsAUBJBAE8SRwBOEk4ATBJVAEsTXgBJE2cASBRzAEYUgABF&#10;FY8ARBWfAEMWsABCFsUAQhfjAEIX9gBCF/8AQhf/AJ8dAACMIAAAfSEAAHEiAABoIgAAYSEAAFwf&#10;AABZHAAAVxkAAFUWBgBUFQ4AURUUAE8WHABOFiMATBYqAEsWMABKFjcASRc9AEcXQwBGF0oARRhS&#10;AEMYWgBCGWQAQRlwAD8afQA+G40APRudADwcrgA7HMMAOxzhADsd9QA7HP8APBz/AJohAACHIwAA&#10;eCQAAGwlAABjJQAAXCQAAFcjAABTIAAAUR4AAE8cAgBNGwwASxoRAEgbGABHGyAARRsmAEQbLQBD&#10;HDMAQhw5AEAcQAA/HUcAPh1PAD0eWAA8HmIAOh9tADkfewA4IIsANyGbADYhrQA1IcEANSHfADUh&#10;8wA2If8ANiH/AJYjAACDJgAAdCcAAGgoAABfKAAAWCcAAFMmAABPJAAATCIAAEkgAABHIAkARB8P&#10;AEIfFQBAIBwAPyAjAD4gKQA8IC8AOyE2ADohPQA5IUQAOCJMADciVQA2I18ANCNrADMkeQAyJYkA&#10;MSWaADAlqwAwJr8ALybcADAm8gAwJv8AMSX/AJEmAAB/KAAAcSoAAGUqAABcKgAAVSoAAE8pAABL&#10;KAAASCUAAEQkAABBJAUAPyQNAD0kEgA7JBkAOSQfADckJgA2JCwANSUzADQlOgAzJkEAMiZKADEn&#10;UwAwJ10ALyhpAC4pdwAtKYcALCmYACsqqgAqKr0AKiraACsq8QArKv4ALCn/AI0oAAB8KgAAbSwA&#10;AGItAABZLQAAUS0AAEwsAABHKwAAQygAAD8oAAA8KAIAOSgLADcoEAA1KBYAMygcADIoIwAwKCkA&#10;LykwAC8qNwAuKj8ALStHACwrUQArLFsAKixnACktdQAoLYUAJy2XACYuqAAlLrwAJS7YACYu8AAm&#10;Lv0AJy3/AIorAAB4LQAAai4AAF8vAABWLwAATi8AAEguAABDLQAAPywAADssAAA3LAAANCwJADIs&#10;DgAwLRMALi0aAC0tIAArLScAKi4tACouNQApLz0AKC9FACcwTgAmMFkAJTFlACQxcwAjMYMAIjKV&#10;ACEypwAhMrsAIDLUACEy7wAiMfwAIjH/AIYtAAB1LwAAZzAAAFwxAABTMQAASzEAAEUxAABAMAAA&#10;OzAAADYwAAAzMAAAMDEGAC0xDQArMREAKTIXACgyHgAnMiQAJTMrACUzMgAkMzoAIzRDACI0TAAh&#10;NVcAIDVjAB81cQAeNoEAHTaTABw2pQAbNrkAGzbSABw27QAdNvsAHTX/AIIwAABxMgAAYzMAAFk0&#10;AABQNAAASTQAAEIzAAA9MwAANzMAADE0AAAuNQAAKzUCACg2CwAlNxAAJDcVACI3GwAhOCIAIDgo&#10;AB84MAAeODcAHTlAABw5SQAbOlQAGjpgABk6bgAYOn8AFzuRABc7pAAWO7cAFTvQABY67AAXOvoA&#10;GDn/AH0yAABtNAAAYDUAAFU2AABNNgAARjYAAEA2AAA6NgAANDYAAC44AAAqOQAAJjoAACM7CAAg&#10;PA4AHj0SAB09GAAcPR8AGz4lABo+LQAZPjQAFz49ABY/RwAVP1EAFD9eABQ/bAATQHwAEkCPABFA&#10;ogARQLYAEEDOABE/6wASP/kAEj7/AHk1AABpNwAAXDgAAFI5AABKOQAAQzkAAD05AAA3OQAAMToA&#10;ACs8AAAnPQAAIj8AAB5BBAAaQgsAGEMQABdDFQAVRBsAFEQiABNEKQATRDEAEkQ6ABFFQwAQRU4A&#10;EEVbAA5FaQAORXkADUWMAA1FnwAMRbIAC0XJAAxF5QANRPYADUT/AHQ5AABlOgAAWDsAAE87AABH&#10;PAAAQDwAADo8AAA0PAAALj4AAChAAAAjQgAAH0QAABpGAAAVSAgAEkoNABFKEgAQShgAD0seAA5L&#10;JQANSy0ADUs2AAxLQAALS0oACktWAAlLZAAIS3QAB0uHAAVLmgAES64ABErEAAVK4AAFSvAABkn6&#10;AG48AABgPQAAVD4AAEs+AABEPgAAPT4AADc/AAAxQAAAKkIAACRFAAAfRwAAGkkAABVMAAARTgUA&#10;DlELAAtREAAKURQACVEbAAhRIgAHUSkABVEyAARSOwADUkYAAVJSAABSXwAAUm8AAFKBAABRlgAA&#10;UakAAFG/AABQ3AAAUO4AAFD3AGhAAABbQQAAUEEAAEhBAABBQQAAO0IAADRDAAAtRQAAJkgAACBL&#10;AAAbTQAAFlAAABFTAAAOVQQAClgKAAZYDgACWBIAAFkXAABZHQAAWSUAAFktAABZNgAAWUEAAFlN&#10;AABaWgAAWmkAAFl8AABZkAAAWaUAAFi6AABY1QAAV+wAAFf2AGNEAABWRQAATUUAAEVFAAA/RQAA&#10;N0cAAC9JAAAoTAAAIk8AABtSAAAWVQAAEVgAAA1aAAAJXQMABF8JAABgDQAAYBAAAGEUAABhGQAA&#10;YiAAAGInAABiMQAAYjsAAGJHAABiVQAAY2QAAGJ2AABiiwAAYqAAAGG2AABhzwAAYOoAAGD1AF1I&#10;AABSSQAASkgAAENIAAA6SgAAMk0AACpQAAAjUwAAHFcAABZaAAARXQAADWAAAAhjAAADZgEAAGcG&#10;AABoCwAAaQ4AAGoRAABrFQAAbBsAAG0iAABtKgAAbTQAAG1AAABtTgAAbV0AAG1vAABthAAAbJoA&#10;AGywAABryAAAa+YAAGrzAFhNAABOTQAASEwAAD5OAAA1UQAALFQAACRYAAAdXAAAFmAAABBkAAAM&#10;ZwAAB2sAAAFuAAAAcAAAAHIDAAByBwAAcwsAAHUOAAB2EQAAdxYAAHgcAAB5IwAAei0AAHo5AAB6&#10;RwAAelYAAHloAAB6fAAAeZQAAHiqAAB4wQAAd98AAHfvAFRRAABMUQAAQlIAADhVAAAvWQAAJl4A&#10;AB5iAAAWZwAAEGsAAAtvAAAFcwAAAHcAAAB6AAAAfAAAAH4AAAB/AgAAgAYAAIEKAACDDQAAhBEA&#10;AIYVAACIHAAAiSUAAIowAACKPgAAiU0AAIlfAACJcwAAiIsAAIiiAACHuQAAh9EAAIboAFJWAABH&#10;VwAAPFoAADJfAAAoZAAAH2kAABZvAAAQdAAACnkAAAJ9AAAAgQAAAIUAAACIAAAAigAAAIwAAACN&#10;AAAAjwAAAJAEAACSCAAAkwwAAJUQAACXFQAAmR0AAJsnAACbNAAAm0QAAJpWAACaagAAmYIAAJqa&#10;AACYsAAAmMcAAJfeAEtcAABAYAAANWUAACtqAAAhcQAAF3cAABB9AAAJgwAAAYgAAACMAAAAkQAA&#10;AJUAAACYAAAAmgAAAJsAAACdAAAAnwAAAKAAAACiAAAApAUAAKYKAACoDgAAqhQAAK0dAACtKgAA&#10;rTkAAK1LAACtXwAArXcAAKyQAACrpwAAq7oAAKvLAEVmAAA5awAALnEAACN4AAAZfwAAEIYAAAmN&#10;AAAAkwAAAJgAAACdAAAAoQAAAKUAAACoAAAAqwAAAKsAAACuAAAArwAAALEAAACzAAAAtQAAALcB&#10;AAC5BwAAvA0AAL8TAADCHwAAwi4AAMJAAADCVAAAwWsAAMGDAADAmwAAwa0AAMG8AD5yAAAyeAAA&#10;J4AAAByIAAASkAAACpcAAACdAAAAowAAAKgAAACtAAAAsgAAALYAAAC5AAAAuwAAALwAAAC+AAAA&#10;wAAAAMIAAADEAAAAxgAAAMgAAADLAAAAzgUAANENAADWFAAA1yMAANg1AADZSQAA2l4AANt1AADb&#10;jAAA3J8AANyrAP8AAAD/AAAA/wAAAP8ACQD/ABAA/wAZAP4AJAD8AC8A+QA5APQAQwDwAEsA7QBS&#10;AOoAWQDnAF8A5ABkAOIAaQDgAG4A3gBzANwAeQDaAH8A1wCGANQAjgDRAJYAzwChAMwArADKALsA&#10;yADSAMYA7gDGAP8AxQD/AMUA/wC/AP8AugD/AP8AAAD/AAAA/wAAAP4ABQD3AA4A8gAVAO4AHwDr&#10;ACoA6QA0AOMAPQDeAEUA2QBNANQAUwDRAFkAzgBeAMwAYwDKAGgAyQBtAMcAcwDFAHkAwwCAAMEA&#10;iAC/AJAAvQCbALsApgC5ALQAtwDIALYA5gC1APsAtAD/ALQA/wCzAP8ArgD/AP8AAAD/AAAA+AAA&#10;AO0AAADlAAsA3QARANcAGgDSACQAzwAuAMsANwDHAEAAwwBHAMAATgC+AFMAvABZALoAXgC4AGMA&#10;tgBoALUAbQCzAHMAsQB5AK8AgQCtAIoAqwCUAKkAoACoAK0ApgC+AKUA2wCkAPQApAD/AKMA/wCj&#10;AP8AogD/AP8AAAD2AAAA5gAAANcAAADLAAYAxAAOAL4AFQC7AB8AuQAoALcAMQC0ADoAsABBAK0A&#10;SACrAE4AqQBTAKcAWACmAFwApABhAKMAZwChAGwAoABzAJ4AegCdAIMAmwCOAJkAmQCXAKYAlgC2&#10;AJUAzACUAOsAkwD9AJMA/wCTAP8AkwD/APcAAADkAAAA0AAAAMEAAAC3AAIArwALAKsAEQCnABkA&#10;pQAiAKMAKwCiADMAnwA7AJwAQgCbAEgAmQBNAJcAUgCWAFcAlQBbAJMAYQCSAGYAkABtAI8AdACN&#10;AH0AjACHAIoAkwCIAKAAhwCvAIUAwgCFAOIAhAD3AIQA/wCEAP8AhAD/AOUAAADNAAAAvAAAAK8A&#10;AACmAAAAngAHAJoADgCWABQAlAAdAJIAJQCRAC0AkAA1AI0APACMAEIAigBHAIgATACHAFEAhgBW&#10;AIQAWwCDAGAAgQBnAIAAbgB+AHcAfQCBAHsAjQB6AJoAeACpAHcAugB2ANMAdgDvAHYA/gB1AP8A&#10;dQD/ANAAAAC7AAAAqwAAAJ8AAACXAAAAkAACAIsACwCIABAAhgAXAIQAIACCACcAgQAvAH8ANQB9&#10;ADwAfABBAHsARgB5AEsAeABQAHcAVQB2AFsAdABhAHMAaQBxAHEAcAB7AG4AhwBtAJUAawCjAGoA&#10;tABqAMkAaQDoAGkA+QBpAP8AaQD/AMAAAACsAAAAnAIAAJACAACIAAAAgwAAAH8ABgB7AA0AeQAS&#10;AHcAGgB2ACIAdAApAHMAMABxADYAcAA8AG8AQQBtAEYAbABLAGsAUABqAFYAaABcAGcAZABlAGwA&#10;ZAB2AGMAggBhAJAAYACfAF8ArwBeAMMAXgDhAF4A9ABdAP8AXQD/ALQHAACgCQAAkAsAAIQLAAB8&#10;CgAAdwcAAHQEAABxAAkAbwAPAG0AFQBrABwAaQAjAGgAKgBnADEAZQA2AGQAPABjAEEAYgBGAGAA&#10;TABfAFIAXgBYAF0AXwBbAGgAWgByAFgAfgBXAIwAVgCbAFUAqwBUAL4AVADaAFMA7wBUAPsAVAD/&#10;AKkNAACWDgAAhxAAAHoQAAByEAAAbA4AAGkMAABnCQMAZgQLAGQAEABiABcAYAAeAF4AJQBdACsA&#10;XAAxAFoANwBZADwAWABCAFcBRwBWAU4AVQJUAFMCXABSA2UAUQNvAE8EewBOBIoATQWZAEwFqQBL&#10;BbwASgbUAEoH7QBKB/kASgf/AKEQAACOEgAAfhQAAHMUAABqFAAAZBMAAGARAABeDwAAXQ0FAF0J&#10;DQBaBhIAWAcZAFYHIABVBycAUwctAFIIMwBRCDgAUAg+AE8JRABOCUoATAlRAEsKWQBKCmIASAtt&#10;AEcLegBGDIgARAyYAEMMqQBCDbwAQg3VAEIN7gBCDfsAQg3/AJoUAACHFgAAeBgAAGwZAABjGQAA&#10;XRgAAFkWAABWEwAAVBEAAFQOCABTDQ4AUQ0UAE8NGwBNDSIATA0oAEsNLgBKDTQASQ06AEcOQQBG&#10;DkcARQ5PAEQOVwBCD2EAQRBsAD8QeQA+EIgAPRGYADsRqQA7EbwAOhHWADoR8AA6Ev0AOxH/AJMY&#10;AACBGgAAcxwAAGcdAABeHQAAWBwAAFMbAABQGAAAThYAAEwTAwBMEQsAShAQAEgRFwBGER4ARREk&#10;AEQRKgBCETAAQRE3AEASPQA/EkQAPRJMADwTVAA7E14AORRpADgUdgA3FYUANhWWADQWpwA0FroA&#10;MxbTADMW7gA0FvwANBb/AI4bAAB8HQAAbh8AAGMgAABaIAAAUyAAAE4eAABKHQAASBoAAEYYAABF&#10;FgcAQxUOAEEVEwA/FRoAPhUgAD0VJwA7FS0AOhYzADkWOgA4FkEANxdJADUXUQA0GFsAMxlmADIZ&#10;cwAwGoMALxqUAC4bpQAtG7gALRvQAC0b7AAuG/sALhv/AIoeAAB4IAAAaiIAAF8jAABWIwAATyIA&#10;AEohAABGIAAAQx4AAEEbAAA/GgMAPRoMADsZEQA5GRYANxodADYaIwA1GikANBowADMbNgAxGz4A&#10;MBxGAC8cTwAuHVkALR1kACwecQArH4EAKh+SACkfpAAoILcAJyDOACcg6wAoIPoAKR//AIYgAAB0&#10;IwAAZyQAAFwlAABTJQAATCUAAEckAABCIwAAPyEAAD0fAAA6HgAANx4JADUeDgAzHhMAMR4aADAe&#10;IAAvHiYALh8tAC0fMwAsIDsAKyBDACohTAApIVYAKCJiACYibwAlI38AJCOQACMjogAiJLUAIiTM&#10;ACIk6QAjJPkAJCP/AIIjAABxJQAAYyYAAFknAABQKAAASScAAEMnAAA/JgAAOyQAADgiAAA1IgAA&#10;MiIGADAiDQAuIhEALCIXACoiHQApIiMAKCMqACcjMQAmJDgAJSVBACQlSgAjJlQAIiZgACEnbQAg&#10;J30AHyePAB4ooQAeKLQAHSjKAB0o6AAeKPgAHyf/AH4lAABuJwAAYCkAAFYpAABNKgAARioAAEEp&#10;AAA8KAAANycAADQmAAAwJgAALSYDACsnCwAoJxAAJycUACUnGgAkJyEAIygnACIoLgAhKTYAICk+&#10;AB8qSAAeKlIAHSteABwrawAbK3sAGiyNABksnwAYLLIAGCzJABgs5wAZK/cAGiv/AHonAABqKgAA&#10;XSsAAFMsAABKLAAAQywAAD4rAAA5KwAANCoAADAqAAArKgAAKSsAACYrCAAjLA4AIiwSACAsGAAf&#10;LB4AHi0lAB0tLAAcLTMAGy48ABouRQAZL1AAGC9cABcvaQAWMHkAFTCLABQwngAUMLEAEzDHABMw&#10;5QAUMPYAFS//AHYqAABnLAAAWi0AAFAuAABILgAAQS4AADsuAAA2LQAAMS0AACwtAAAnLwAAJC8A&#10;ACEwBQAfMQwAHDEQABsyFQAaMhwAGTIiABgyKQAXMzEAFjM5ABUzQwAUNE0AEzRZABI0ZwARNXcA&#10;ETWJABA1nAAQNbAADjXGAA805AAQNPUAEDT/AHIsAABjLgAAVzAAAE0wAABFMAAAPjAAADgwAAAz&#10;MAAALzAAACkxAAAkMgAAITMAAB01AgAaNgkAFzcOABU3EwAUOBkAEzgfABI4JgASOC4AETk2ABA5&#10;QAAQOUsADjlXAA46ZAANOnQADDqGAAw6mQALOawACjnBAAo53gALOfEADDj8AG4vAABfMQAAUzIA&#10;AEozAABCMwAAOzMAADYzAAAxMgAALDMAACc0AAAhNgAAHTgAABk5AAAVOwYAEj0MABA+EAAQPhUA&#10;Dj4cAA4+IwANPioADD4zAAw+PAALP0cACj9SAAg/YAAHP28ABj+BAAU/lAAEP6gAAz68AAQ+1wAF&#10;PuwABT73AGkzAABbNAAAUDUAAEc1AAA/NQAAOTUAADQ1AAAuNQAAKTcAACM4AAAeOwAAGjwAABY/&#10;AAASQQQADkMKAAxEDgAKRBMACUQZAAhEIAAHRCcABkQvAAVEOAADRUIAAkVOAABFWwAARWoAAEV8&#10;AABFkAAARKQAAES5AABE0QAAROoAAEP1AGQ2AABXNwAATDgAAEM4AAA8OAAANzgAADE4AAArOQAA&#10;JTsAACA9AAAaQAAAFkIAABJEAAAORwQAC0kJAAdKDQAESxEAAUsWAABLHAAASyMAAEsrAABLNAAA&#10;Sz4AAExJAABMVwAATGYAAEx3AABLjAAAS6EAAEu1AABKzgAASukAAEr1AF86AABSOwAASDsAAEA7&#10;AAA6OwAANDsAAC48AAAnPgAAIkEAABxDAAAWRgAAEkkAAA5LAAALTgMAB1AIAAJRDAAAURAAAFIT&#10;AABTGAAAUx8AAFMmAABTLwAAUzkAAFNFAABTUgAAU2EAAFNyAABThwAAUpwAAFKxAABRygAAUecA&#10;AFH0AFk+AABOPgAART4AAD4+AAA4PgAAMEAAAClCAAAjRAAAHUcAABdKAAASTQAADlAAAAtTAAAG&#10;VQIAAFcHAABYCwAAWQ4AAFoRAABaFQAAWxoAAFwhAABcKgAAXDQAAFw/AABcTQAAXFsAAFxsAABc&#10;gQAAW5cAAFutAABaxQAAWuQAAFnzAFRCAABKQgAAQkIAADxCAAA0QwAALEYAACVJAAAeTAAAF08A&#10;ABJTAAAOVgAAClkAAAVbAAAAXgAAAGAEAABhCAAAYgwAAGMOAABkEQAAZRYAAGYcAABnIwAAZy0A&#10;AGc5AABnRgAAZ1UAAGdmAABnegAAZpEAAGWoAABlwAAAZN4AAGTwAE9GAABHRgAAQEUAADdHAAAv&#10;SgAAJk0AAB9RAAAYVQAAElkAAA1cAAAIYAAAAmMAAABmAAAAaAAAAGoAAABrBAAAbAgAAG0MAABv&#10;DgAAcBIAAHIXAABzHQAAdCYAAHQyAAB0PwAAdE4AAHNfAAB0cgAAc4oAAHKhAABxuAAAcdQAAHDs&#10;AExKAABFSgAAO0sAADJOAAApUgAAIFYAABhbAAASXwAADWQAAAdoAAAAawAAAG8AAAByAAAAdQAA&#10;AHYAAAB3AAAAeQIAAHoGAAB8CgAAfg4AAIARAACCFgAAhB4AAIQpAACENgAAhEUAAIRWAACDagAA&#10;g4EAAIKZAACBsQAAgMkAAIDlAEpOAAA/UAAANVMAACtXAAAiXAAAGWIAABJnAAAMbAAABXEAAAB1&#10;AAAAeQAAAH0AAACBAAAAgwAAAIUAAACGAAAAiAAAAIkAAACLBAAAjQgAAI8NAACSEAAAlBYAAJYg&#10;AACWLAAAljsAAJZMAACVYAAAlXYAAJSQAACTpwAAkr0AAJLVAERVAAA5WQAAL10AACRjAAAaaQAA&#10;Em8AAAx1AAAEewAAAIAAAACFAAAAiQAAAI0AAACRAAAAkwAAAJQAAACWAAAAmAAAAJoAAACcAAAA&#10;ngAAAKAGAACiCwAApRAAAKgXAACpIwAAqTEAAKlDAACpVgAAqG0AAKaHAACnngAAprMAAKXHAD5e&#10;AAAyYwAAJ2oAAB1wAAATeAAADH8AAAOFAAAAiwAAAJEAAACWAAAAmwAAAJ8AAACiAAAApAAAAKUA&#10;AACnAAAAqQAAAKsAAACtAAAAsAAAALIAAAC1AgAAtwkAALsQAAC+GAAAviYAAL44AAC+SwAAvWEA&#10;ALx6AAC7lAAAuqkAALq5ADdqAAArcAAAIHgAABaAAAANiAAABY8AAACWAAAAnAAAAKIAAACnAAAA&#10;rAAAALAAAACzAAAAtgAAALcAAAC5AAAAuwAAAL0AAAC/AAAAwgAAAMUAAADIAAAAygAAAM4IAADS&#10;EAAA1RsAANUsAADUQAAA1FcAANNuAADUhgAA1JsAANOrAP8AAAD/AAAA/wAAAP8ABQD/AA4A/wAV&#10;APwAIAD5ACoA9gA0APEAPQDtAEYA6QBNAOYAUwDkAFkA4QBeAN4AYwDcAGgA2QBuANUAcwDTAHkA&#10;0ACAAM4AiADLAJEAyQCcAMYApwDEALcAwgDMAMAA7AC/AP8AvgD/AL0A/wC3AP8AsgD/AP8AAAD/&#10;AAAA/wAAAPoAAQDzAAsA7QASAOgAGwDlACUA5AAuAN8AOADYAEAA0gBHAM4ATgDLAFQAyABZAMYA&#10;XgDEAGMAwgBnAMAAbQC/AHMAvQB6ALsAgQC5AIsAtgCVALQAoQCyAK8AsADCAK4A4wCuAPoArAD/&#10;AK0A/wCpAP8ApgD/AP8AAAD/AAAA8gAAAOYAAADdAAcA0gAOAM0AFgDKACAAyAApAMUAMgDAADoA&#10;vABCALkASAC3AE4AtQBTALMAWACxAF0AsABiAK4AZwCsAGwAqgBzAKkAewCnAIQApQCOAKMAmgCh&#10;AKgAnwC5AJ4A0gCdAPIAnAD/AJ0A/wCcAP8AmQD/APwAAADuAAAA3QAAAMwAAADBAAIAugAMALYA&#10;EgCyABoAsAAjAK8ALACtADQAqQA8AKYAQgCkAEgAogBNAKAAUgCeAFcAnQBbAJwAYACaAGYAmQBs&#10;AJcAdACVAH0AkwCHAJEAkwCQAKEAjgCxAI0AxgCMAOgAiwD9AIwA/wCMAP8AjAD/AO0AAADYAAAA&#10;xQAAALcAAACsAAAApgAIAKEADgCfABUAnQAeAJsAJgCaAC4AlwA1AJUAPACTAEIAkQBHAJAATACO&#10;AFEAjQBVAIsAWgCKAGAAiQBmAIcAbQCFAHYAhACAAIIAjACAAJoAfwCpAH0AvAB8ANwAfAD1AHwA&#10;/wB8AP8AfAD/ANkAAADBAAAAsQAAAKQAAACcAAAAlAADAJAADACNABEAiwAYAIkAIACJACgAhwAv&#10;AIUANgCDADwAggBBAIAARgB/AEsAfQBPAHwAVAB7AFoAeQBgAHgAZwB2AHAAdQB6AHMAhgBxAJMA&#10;cACiAG8AtABuAMwAbgDtAG4A/gBuAP8AbgD/AMQAAACvAAAAoAAAAJQAAACMAAAAhgAAAIEACAB+&#10;AA4AfAAUAHsAGwB5ACIAeAApAHcAMAB1ADYAdAA7AHIAQABxAEUAcABKAG8ATwBtAFQAbABbAGsA&#10;YgBpAGoAaAB0AGYAgABlAI4AYwCdAGIArQBhAMIAYQDkAGEA+ABhAP8AYQD/ALQAAACgAAAAkQAA&#10;AIYAAAB+AAAAeQAAAHUAAwBxAAsAbwAQAG0AFgBsAB0AawAkAGsAKgBpADAAaAA2AGYAOwBlAEAA&#10;ZABFAGMASgBhAE8AYABWAF8AXQBdAGUAXABvAFoAegBZAIgAWACYAFcAqABWALsAVgDYAFYA8QBW&#10;AP8AVgD/AKgBAACUBQAAhQcAAHoHAAByBgAAbAQAAGkBAABnAAcAZAANAGMAEQBhABgAYAAfAF8A&#10;JQBeACsAXQAwAFsANgBaADsAWQBAAFgARQBXAEsAVgBRAFUAWABTAGEAUgBqAFAAdgBPAIQATgCT&#10;AE0ApABMALYATADNAEwA6wBMAPoATAD/AJ0JAACLCwAAfA0AAHANAABoDQAAYgwAAF8KAABdBgEA&#10;XAEJAFoADgBYABMAVwAZAFYAIABVACYAUwArAFIAMQBRADYAUAA7AE8AQQBOAEcATQBNAEsAVQBK&#10;AF0ASQBnAEcAcwBGAIAARQCQAEQAoQBDALIAQwDIAEMA5gBDAPUAQwD/AJUNAACDDwAAdBAAAGkR&#10;AABgEQAAWhAAAFYOAABUDQAAUwoEAFMGCwBRAxAATwEVAE4BGwBMASEASwEnAEoCLABJAjIASAI3&#10;AEcDPQBFA0MARANKAEMEUQBCBFoAQAVkAD8FcAA+Bn4APQaOADwHnwA7B7EAOgfGADoH4wA6B/MA&#10;Ogj8AI4QAAB8EgAAbhQAAGIVAABaFQAAVBQAAFATAABNEQAASw4AAEsNBgBKCgwASQgRAEcIFgBF&#10;CB0ARAgjAEIIKABBCS4AQAkzAD8JOQA+CkAAPQpHADwKTwA6C1gAOQtjADgMbwA2DH4ANQyOADQN&#10;nwAzDbEAMg3HADIN4wAyDfQAMg3+AIgTAAB3FQAAaRcAAF4YAABVGAAATxgAAEoWAABHFQAARRMA&#10;AEMQAgBDDggAQg0OAEANEgA/DRgAPQ0fADwNJAA7DSoAOQ0wADgONwA3Dj0ANg5FADUOTQAzD1cA&#10;Mg9iADEQbgAvEH0ALhCOAC0RoAAsEbIAKxHIACsR5gArEfYALBH/AIMWAAByGQAAZBoAAFkbAABR&#10;GwAASxsAAEYaAABCGAAAPxcAAD4UAAA8EgQAOxEKADoQEAA4EBUANxAbADURIQA0EScAMxEtADIR&#10;MwAwEToALxJCAC4SSwAtE1QAKxNfACoUbAApFHsAKBSMACcVngAmFbAAJRXGACUV5AAlFfYAJhX/&#10;AH4ZAABuGwAAYB0AAFYeAABNHgAARx4AAEIdAAA+HAAAOhoAADgYAAA3FgAANRUHADQUDQAyFBIA&#10;MBQXAC8UHQAtFCMALBUqACsVMAAqFTcAKRY/ACgWSAAnF1IAJhhdACQYagAjGXkAIhmKACEZnAAg&#10;Ga8AHxnEAB8Z4gAgGfQAIBn/AHobAABqHgAAXR8AAFMgAABKIAAARCAAAD4fAAA6HgAANx0AADQc&#10;AAAyGQAAMBkEAC4YCwAsGBAAKhgUACkYGgAnGCAAJhkmACUZLQAkGjUAIxo9ACIbRgAhG1AAIBxb&#10;AB8daAAeHXcAHR2IABwemwAbHq0AGh7DABoe4AAaHfMAGx3/AHcdAABnIAAAWiEAAFAiAABIIgAA&#10;QSIAADsiAAA3IQAAMyAAADAfAAAtHQAAKx0AACgdCAAmHQ4AJR0SACMdFwAhHR0AIR0kACAeKgAf&#10;HjIAHh86AB0fQwAcIE0AGyFZABohZgAZIXUAGCKHABcimQAWIqwAFSLBABUi3wAVIfIAFiH+AHMg&#10;AABkIgAAVyMAAE0kAABFJQAAPiQAADkkAAA0IwAAMCIAACwiAAApIQAAJiEAACQhBgAiIQwAICEQ&#10;AB4hFQAdIhsAGyIhABsiKAAaIy8AGSM4ABgkQQAXJEsAFiVXABUlZAAUJnMAEyaFABImmAARJqsA&#10;ESbAABAm3QARJfEAEiX9AHAiAABhJAAAVCYAAEomAABCJwAAPCYAADYmAAAxJQAALSUAACkkAAAm&#10;JAAAIiUAAB8lAwAdJgoAGyYOABknEgAYJxgAFycfABYnJQAVKC0AFCg1ABMpPgASKUkAESlVABEq&#10;YgAQKnEADyqDAA4qlgAOKqkADSq9AA0q1wANKu4ADin7AGwkAABdJgAAUSgAAEgoAABAKQAAOSgA&#10;ADQoAAAvKAAAKycAACcnAAAiKAAAHikAABsqAAAYKwcAFisNABQsEQATLBYAEiwcABEtIwAQLSoA&#10;EC0yAA8uPAAOLkYADS5SAA0uXwAML24ACy9/AAovkgAJL6UACS65AAgu0AAJLukACi73AGgnAABa&#10;KQAATioAAEUrAAA9KwAANysAADEqAAAtKgAAKSoAACQqAAAgKwAAGy0AABguAAAVLwQAEjEKABAy&#10;DgAPMhMADjIZAA0yIAANMicADDIvAAszOAAKM0IACTNOAAgzWwAGNGoABTR7AAQzjgADM6IAAjO2&#10;AAIzzQADM+cABDLzAGQqAABWLAAASy0AAEItAAA6LQAANC0AAC8sAAArLAAAJiwAACItAAAdLwAA&#10;GTEAABUyAAASNAMADzYJAAw4DQAKOBEACTgWAAg4HQAHOCQABjgsAAQ4NAADOD4AAjlKAAA5VwAA&#10;OWUAADl3AAA5iwAAOJ8AADizAAA4ygAAOOYAADfyAF8tAABSLgAASC8AAD8wAAA4LwAAMi8AAC0v&#10;AAApLwAAJDAAAB8xAAAaMwAAFTUAABI3AAAPOQMADDsIAAg9DQAFPhAAAz4UAAA+GgAAPiEAAD4o&#10;AAA+MQAAPzsAAD9GAAA/UwAAP2EAAD9zAAA/hwAAPpwAAD6wAAA9xwAAPeQAAD3yAFowAABOMgAA&#10;RDIAADwyAAA1MgAAMDEAACsxAAAmMgAAIDQAABs2AAAWOAAAEjsAAA89AAAMPwMACEEIAARDDAAA&#10;Qw4AAEQSAABFFgAARR0AAEUkAABFLQAARjYAAEZCAABGTgAARl0AAEZuAABFggAARZgAAEStAABE&#10;xAAAQ+MAAEPyAFU0AABKNQAAQTUAADk1AAAzNAAALjQAACg1AAAiNwAAHToAABc8AAASPwAAD0EA&#10;AAxEAAAIRgEAA0gGAABJCgAASg0AAEsQAABMFAAATRkAAE4gAABOKAAATjIAAE09AABOSgAATlgA&#10;AE1pAABNfQAATJQAAEyqAABLwQAAS+EAAEryAFA4AABGOAAAPTgAADc4AAAxNwAAKjkAACQ7AAAe&#10;PQAAGEAAABNDAAAPRgAAC0kAAAdLAAACTgAAAFAEAABRCAAAUgsAAFMOAABUEQAAVRUAAFYbAABX&#10;IwAAVywAAFc4AABXRAAAV1IAAFZjAABWdwAAVo4AAFWlAABUvQAAU90AAFPwAEs8AABCPAAAOzsA&#10;ADU7AAAtPAAAJj8AAB9CAAAZRQAAE0gAAA5LAAALTwAABVEAAABUAAAAVwAAAFgBAABaBQAAWwgA&#10;AFwMAABdDgAAXxEAAGAWAABiHQAAYiYAAGIxAABiPgAAYUwAAGFdAABhcAAAYIgAAGCgAABftwAA&#10;XtQAAF3uAEdAAAA/PwAAOj8AADFAAAApQwAAIUYAABpKAAATTgAADlEAAApVAAAEWAAAAFsAAABe&#10;AAAAYQAAAGMAAABkAQAAZQQAAGcIAABoCwAAag4AAGwSAABuFwAAbyAAAG8qAABvNgAAbkUAAG5V&#10;AABuaAAAbX8AAG2YAABssAAAa8oAAGroAEREAAA+QwAANUQAACtHAAAjSwAAG08AABNUAAAOWAAA&#10;CFwAAAJgAAAAZAAAAGcAAABrAAAAbQAAAG8AAABwAAAAcgAAAHQCAAB1BgAAdwoAAHkOAAB8EgAA&#10;fhgAAH8iAAB/LgAAfz0AAH5NAAB9YQAAfXcAAHyQAAB7qAAAesAAAHnfAENHAAA5SQAAL0wAACVQ&#10;AAAcVQAAFFsAAA5gAAAHZQAAAGoAAABuAAAAcgAAAHYAAAB5AAAAfAAAAH4AAAB/AAAAgQAAAIMA&#10;AACFAAAAhwMAAIoIAACMDQAAjxEAAJIZAACSJQAAkjMAAJJEAACRVwAAkG0AAI+GAACOnwAAjbUA&#10;AIzNAD1OAAAyUQAAKFYAAB5cAAAVYgAADmgAAAduAAAAdAAAAHkAAAB+AAAAggAAAIYAAACJAAAA&#10;jAAAAI4AAACQAAAAkgAAAJQAAACWAAAAmAAAAJsAAACeBgAAoQwAAKQRAACmGwAApikAAKY6AACl&#10;TQAApWIAAKR7AACjlAAAoasAAKG/ADZXAAAsXAAAIWIAABdpAAAPcAAAB3cAAAB+AAAAhAAAAIoA&#10;AACPAAAAlAAAAJgAAACbAAAAngAAAJ8AAACiAAAApAAAAKYAAACoAAAAqwAAAK0AAACwAAAAswQA&#10;ALcMAAC7EgAAux8AALswAAC7QwAAulgAALlwAAC3iwAAt6EAALezADBiAAAlaQAAGnAAABB4AAAJ&#10;gAAAAIgAAACPAAAAlgAAAJsAAAChAAAApgAAAKoAAACuAAAAsAAAALEAAAC0AAAAtgAAALgAAAC7&#10;AAAAvQAAAMAAAADDAAAAxwAAAMsDAADPDAAA0xUAANIlAADSOAAA0U4AANBlAADPfgAAzZYAAMyp&#10;AP8AAAD/AAAA/wAAAP8AAwD/AAsA/AARAPkAGwD3ACUA8wAvAO4AOADpAEAA5gBIAOIATgDfAFQA&#10;3ABZANkAXgDVAGMA0wBoANAAbQDOAHMAywB6AMgAggDGAIwAwwCXAMAAowC+ALIAvADIALoA6gC5&#10;AP8AuAD/ALEA/wCqAP8ApwD/AP8AAAD/AAAA+wAAAPYAAADtAAcA5wAPAOIAFgDfACAA3gApANkA&#10;MwDRADsAzABCAMgASADFAE4AwgBTAMAAWAC+AF0AvABiALoAZwC5AG0AtwB0ALUAewCyAIUAsACQ&#10;AK4AnACsAKoAqQC9AKcA3gCmAPkApQD/AKMA/wCdAP8AmwD/AP0AAAD2AAAA6wAAAN8AAADRAAMA&#10;ygAMAMUAEgDDABsAwAAkAL4ALAC5ADUAtgA8ALMAQwCwAEgArgBOAKwAUgCrAFcAqQBcAKcAYQCm&#10;AGcApABtAKIAdACgAH0AngCIAJwAlQCaAKMAmAC0AJYAzQCVAPEAlAD/AJUA/wCQAP8AjgD/APMA&#10;AADmAAAA0QAAAMIAAAC4AAAAsQAIAK0ADwCqABYAqAAeAKgAJwCmAC8AogA2AJ8APACdAEIAmwBH&#10;AJkATACXAFEAlgBVAJQAWgCTAGAAkQBmAJAAbgCOAHYAjACBAIoAjQCIAJsAhgCsAIUAwQCEAOYA&#10;gwD9AIQA/wCDAP8AgQD/AOQAAADLAAAAugAAAKwAAACiAAAAnAAEAJgADACWABEAlAAZAJMAIQCS&#10;ACgAjwAwAI0ANgCLADwAiQBBAIgARgCGAEsAhQBPAIQAVACCAFoAgQBgAH8AZwB+AG8AfAB6AHoA&#10;hgB4AJQAdwCkAHUAtwB0ANQAcwD0AHQA/wB0AP8AdAD/AMsAAAC2AAAApgAAAJoAAACSAAAAigAA&#10;AIYACACDAA4AgQAUAIEAGwCAACMAfwAqAH0AMAB7ADYAegA7AHgAQAB3AEUAdQBJAHQATgBzAFQA&#10;cQBaAHAAYQBuAGkAbQBzAGsAfwBpAI0AaACdAGcArgBmAMcAZQDqAGYA/wBmAP8AZwD/ALgAAACk&#10;AAAAlQAAAIoAAACBAAAAfAAAAHYABAB0AAwAcgAQAHEAFgBwAB0AcAAkAG4AKgBtADAAawA1AGoA&#10;OgBpAD8AaABEAGcASQBlAE4AZABUAGMAWwBhAGMAYABtAF4AeQBdAIcAWwCWAFoAqABZAL0AWQDf&#10;AFkA+ABaAP8AWgD/AKgAAACVAAAAhwAAAHsAAABzAAAAbgAAAGoAAQBnAAgAZQAOAGQAEgBjABgA&#10;YwAfAGIAJQBhACoAXwAwAF4ANQBdADoAXAA+AFsARABZAEkAWABPAFcAVgBWAF4AVABoAFMAcwBR&#10;AIEAUACRAE8AogBOALUATgDQAE4A8ABOAP8ATwD/AJwAAACJAAAAewMAAHADAABoAwAAYgEAAF8A&#10;AABdAAQAWwALAFkADwBYABQAVwAZAFcAIABWACUAVQAqAFMAMABSADQAUQA5AFAAPwBPAEQATgBL&#10;AE0AUgBLAFoASgBjAEkAbwBHAHwARgCMAEUAnQBFALAARADHAEQA6ABEAPoARQD/AJIEAACABwAA&#10;cQoAAGYKAABeCgAAWQkAAFUHAABUBAAAUgAHAFAADABPABAATgAVAE0AGwBMACAASwAmAEoAKwBJ&#10;ADAASAA1AEcAOgBGAEAARQBGAEMATgBCAFYAQQBfAEAAawA+AHgAPQCIADwAmQA8AKsAPADBADsA&#10;4AA7APQAOwD/AIkKAAB4DAAAag4AAF8OAABXDgAAUQ4AAE0MAABLCwAASggCAEkECQBIAA0ARgAR&#10;AEUAFgBEABwAQwAhAEIAJgBBACsAPwAxAD4ANgA9ADwAPABDADsASgA6AFIAOQBcADgAaAA2AHUA&#10;NQCFADQAlgA0AKgAMwC8ADMA2AAzAO8AMwD7AIINAABxDwAAZBAAAFkRAABREQAASxEAAEcQAABE&#10;DgAAQg0AAEELBQBBBwsAPwUOAD4DEgA8AhgAOwIdADoDIgA5AygAOAMtADcDMgA2BDkANQQ/ADQF&#10;RwAzBVAAMQZaADAGZgAvB3MALgeDAC0HlQAsB6cAKwe6ACsH0gArB+sAKwf3AH0QAABsEQAAXxMA&#10;AFQUAABMFAAARhQAAEITAAA+EgAAPBAAADoOAQA6DQYAOgoMADgJEAA2CBQANQgZADQJHwAyCSQA&#10;MQkpADAJLwAvCjYALgo9AC0KRQAsC04AKwtZACkMZQAoDHMAJwyDACYNlQAlDacAJA27ACMN0gAj&#10;DesAIw33AHgSAABoFAAAWxYAAFEXAABIFwAAQhYAAD0WAAA5FQAANxMAADURAAAzEAMAMw4IADIN&#10;DQAwDREALw0WAC0NGwAsDSEAKw0nACoNLQApDjQAKA47ACcORAAlDk4AJA9ZACMQZQAhEHMAIBCE&#10;AB8QlgAeEKkAHRC9ABwQ2AAdEO4AHRD5AHMUAABkFgAAVxgAAE0ZAABFGQAAPxkAADoYAAA1FwAA&#10;MhYAADAVAAAuEwAALREEACwQCgArEA4AKRASACgQGAAmEB4AJRAkACQQKgAjETEAIhE5ACERQgAg&#10;EksAHhJWAB0TYwAcE3EAGhOCABkUlQAYFKcAFxS7ABcT1AAXE+4AGBP6AHAWAABgGQAAVBoAAEob&#10;AABCHAAAPBsAADYbAAAyGgAALxkAACwYAAAqFgAAKBQBACYTBwAlEwwAIxMQACITFQAgExoAHxMh&#10;AB4UJwAdFC4AHBU2ABsVPwAaFkkAGRZUABgXYQAWF3AAFRiBABQYkwATGKYAEhi6ABIX0gASF+wA&#10;Exf6AGwZAABdGwAAUR0AAEcdAAA/HgAAOR0AADQdAAAvHAAAKxsAACgaAAAmGQAAJBgAACIXBAAg&#10;FwoAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPQAVGkcAFBtSABMbXwASHG4AERx/ABAc&#10;kgAQHKUADxy5AA4c0AAOG+oADxv4AGkbAABaHQAATh8AAEUfAAA9IAAANh8AADEfAAAtHgAAKR0A&#10;ACUdAAAjHAAAIBsAAB0bAQAbGwcAGRwNABccEAAWHBUAFRwbABQdIgATHSkAEh4xABEeOgARH0UA&#10;EB9QAA8gXQAOIGwADSB8AA0gjwAMIKIACyC1AAsgygALIOUADB/0AGUdAABXHwAATCEAAEIhAAA6&#10;IQAANCEAAC8hAAAqIAAAJh8AACMfAAAgHgAAHR4AABkgAAAWIAQAFCALABIhDgARIRMAESIZABAi&#10;HwAPIiYADiMvAA4jNwANI0EADCRNAAskWQAKJGcACSR4AAgkiwAHJJ4ABySxAAYkxwAGI+MAByPx&#10;AGIfAABUIQAASSMAAEAjAAA4IwAAMiMAACwjAAAoIgAAJCEAACEhAAAeIQAAGiEAABYjAAATJAMA&#10;ESUIAA8mDQAOJxEADScWAAwnHQALJyMACicrAAkoNAAIKD4AByhJAAYoVQAFKWQABCl0AAMphwAC&#10;KZsAASivAAAoxQABKOEAASfwAF4iAABRJAAARiUAAD0lAAA1JQAALyUAACokAAAmJAAAIiMAAB8j&#10;AAAbJAAAGCUAABQmAAARKAMADykIAAwsDAAKLBAACCwUAAcsGgAGLCEABSwoAAMtMAACLToAAS1F&#10;AAAtUgAALmAAAC5xAAAthAAALZkAAC2tAAAswgAALOAAACzwAFokAABNJgAAQycAADonAAAzJwAA&#10;LScAACgmAAAkJgAAISYAAB0mAAAZJwAAFSkAABErAAAPLAMADS4HAAkwDAAGMQ4AAzESAAEyFwAA&#10;Mh4AADIlAAAyLQAAMjYAADNCAAAzTgAAM10AADNtAAAzgQAAMpYAADKrAAAxwQAAMd8AADHwAFYn&#10;AABKKQAAPyoAADcqAAAwKgAAKykAACcoAAAjKAAAHikAABoqAAAWLAAAEi4AAA8wAAANMQIACjQH&#10;AAU1CwACNg4AADcQAAA4FAAAOBoAADgiAAA4KgAAOTMAADk+AAA5SgAAOVkAADlpAAA5fQAAOJMA&#10;ADioAAA3vwAAN94AADbwAFErAABGLAAAPCwAADQsAAAuLAAAKisAACUrAAAgLAAAGy0AABcvAAAT&#10;MQAAEDMAAA01AAAJNwIABToGAAE7CgAAPA0AAD0PAAA+EgAAPxcAAEAeAABAJQAAQC8AAEA6AABA&#10;RgAAQFQAAEBlAAA/eAAAP48AAD6mAAA+vQAAPdwAAD3wAE0uAABCLwAAOS8AADIvAAAtLgAAKC4A&#10;ACIvAAAdMAAAGDIAABM1AAAQNwAADDoAAAk8AAAFPgAAAEEEAABCCAAAQwsAAEQNAABGEAAARxQA&#10;AEgZAABIIQAASCoAAEg1AABIQQAASE8AAEhgAABHcwAAR4oAAEaiAABFuQAARdkAAETwAEgyAAA+&#10;MgAANjIAADAxAAArMQAAJTIAAB80AAAZNgAAEzkAABA8AAAMPwAACEIAAANEAAAARgAAAEgCAABK&#10;BQAASwgAAEwLAABODgAATxEAAFEVAABSHAAAUiUAAFIwAABSPAAAUUoAAFFaAABRbQAAUIQAAE+d&#10;AABOtQAATdIAAE3uAEM2AAA7NgAANDUAAC80AAAnNQAAITgAABo7AAAUPgAAEEEAAAxEAAAHRwAA&#10;AkoAAABNAAAATwAAAFEAAABTAgAAVAUAAFUIAABXCwAAWQ4AAFsRAABdFwAAXR8AAF0qAABdNgAA&#10;XEQAAFxUAABbZwAAW34AAFqXAABZrwAAWMsAAFfqAD85AAA4OQAAMzgAACs5AAAjPAAAHD8AABVD&#10;AAAQRwAAC0oAAAVOAAAAUQAAAFQAAABXAAAAWgAAAFwAAABdAAAAXwAAAGAEAABiBwAAZAsAAGYO&#10;AABoEgAAaxkAAGsjAABqLgAAajwAAGpNAABpXwAAaHUAAGePAABmqAAAZcIAAGTjAD09AAA3PAAA&#10;Lj0AACVAAAAdRAAAFkkAABBNAAAKUQAABFUAAABaAAAAXQAAAGAAAABjAAAAZgAAAGgAAABqAAAA&#10;awAAAG0AAABvAgAAcQYAAHQKAAB2DgAAeRMAAHsbAAB7JwAAejUAAHlFAAB4WQAAeG0AAHeGAAB2&#10;nwAAdbcAAHTSADxBAAAyQgAAKEUAACBKAAAXTgAAEFQAAApZAAACXgAAAGMAAABnAAAAawAAAG8A&#10;AAByAAAAdQAAAHcAAAB5AAAAewAAAH0AAAB/AAAAggAAAIQDAACHCQAAig4AAI4TAACPHgAAjisA&#10;AI47AACNTgAAi2MAAIp8AACKlQAAiK0AAIfFADZHAAAsSwAAIk8AABlVAAAQWwAACmEAAAFnAAAA&#10;bQAAAHIAAAB3AAAAewAAAH8AAACDAAAAhgAAAIgAAACKAAAAjQAAAI8AAACRAAAAlAAAAJcAAACa&#10;AQAAnQcAAKENAAClFAAApCEAAKQxAACjRAAAolkAAKBwAACfiwAAnaIAAJ23ADBQAAAlVQAAG1sA&#10;ABJiAAALaQAAAXAAAAB3AAAAfQAAAIMAAACIAAAAjQAAAJEAAACVAAAAmAAAAJoAAACcAAAAnwAA&#10;AKEAAACjAAAApgAAAKkAAACsAAAAsAAAALQHAAC4DgAAuhgAALonAAC5OQAAuE4AALdlAAC2fgAA&#10;tZYAALOrAClbAAAeYgAAFGkAAAxxAAACeQAAAIEAAACJAAAAjwAAAJYAAACbAAAAoAAAAKQAAACo&#10;AAAAqwAAAKwAAACvAAAAsgAAALQAAAC2AAAAuQAAALwAAADAAAAAxAAAAMgAAADNBwAA0hAAANId&#10;AADRLwAA0EQAAM9bAADNcwAAy40AAMqhAP8AAAD/AAAA+wAAAPoAAAD8AAgA+AAPAPUAFwD0ACAA&#10;8QAqAOsAMwDmADsA4gBDAN4ASQDaAE8A1gBUANMAWQDQAF4AzgBjAMsAaADJAG4AxgB1AMMAfQDB&#10;AIYAvgCSALsAngC5AK4AtgDDALQA6ACzAP8ArwD/AKUA/wCeAP8AmwD/AP0AAAD3AAAA8gAAAPAA&#10;AADnAAMA4QAMANwAEgDYABsA1gAkANIALQDMADYAxgA9AMIAQwC/AEkAvABOALoAUwC4AFgAtgBd&#10;ALUAYgCzAGcAsQBuAK8AdgCsAH8AqgCKAKgAlwClAKYAowC5AKEA2QCgAPkAngD/AJgA/wCSAP8A&#10;jwD/APMAAADsAAAA4wAAANMAAADIAAAAwQAJAL0ADwC7ABYAuQAfALcAJwCzAC8ArwA3AKwAPQCq&#10;AEMAqABIAKYATQCkAFIAowBWAKEAWwCfAGEAngBnAJwAbwCaAHgAlwCDAJUAkACTAJ4AkQCwAJAA&#10;yACOAPAAjQD/AIoA/wCFAP8AggD/AOcAAADdAAAAxgAAALgAAACuAAAAqAAEAKUADAChABIAoQAZ&#10;AKAAIgCfACkAmwAwAJgANwCWAD0AkwBCAJIARwCQAEsAjwBQAI0AVQCMAFoAigBhAIgAaACHAHAA&#10;hQB7AIMAiACBAJYAfwCnAH0AvAB8AOMAfAD9AHwA/wB4AP8AdgD/ANYAAADAAAAArwAAAKMAAACZ&#10;AAAAkwAAAI8ACQCNAA4AiwAUAIoAHACKACMAiAAqAIUAMACDADYAggA7AIAAQAB/AEUAfgBKAHwA&#10;TwB7AFQAegBaAHgAYQB2AGkAdQBzAHMAgABxAI4AbwCfAG4AsgBtAM8AbAD0AGwA/wBrAP8AaQD/&#10;AMAAAACrAAAAmwAAAI8AAACHAAAAgAAAAHwABAB6AAwAeAARAHgAFwB4AB4AdwAkAHUAKgBzADAA&#10;cQA1AHAAOgBuAD8AbQBEAGwASQBrAE4AagBUAGgAWwBnAGMAZQBtAGQAeABiAIcAYACXAF8AqgBe&#10;AMIAXgDpAF4A/wBeAP8AXQD/AKwAAACZAAAAigAAAH8AAAB3AAAAcQAAAG0AAABqAAgAaQAOAGgA&#10;EgBnABgAZwAfAGcAJQBlACoAYwAvAGIANABhADkAYAA+AF8AQwBeAEgAXQBOAFsAVQBaAF0AWABn&#10;AFcAcgBVAIEAVACRAFMAowBSALgAUQDcAFEA+QBSAP8AUgD/AJ0AAACLAAAAfAAAAHEAAABpAAAA&#10;ZAAAAGAAAABeAAUAXAALAFsADwBbABQAWgAZAFoAHwBZACUAVwAqAFYALwBVADQAVAA4AFMAPQBS&#10;AEMAUABJAE8AUABOAFgATQBiAEsAbQBKAHoASQCLAEgAnQBHALEARwDMAEYA8ABHAP8ARwD/AJAA&#10;AAB+AAAAcAAAAGYAAABeAAAAWQAAAFYAAABTAAEAUgAIAFAADQBPABAATwAVAE4AGgBOACAATQAl&#10;AEwAKgBKAC4ASQAzAEgAOABHAD4ARgBEAEUASwBEAFMAQwBdAEEAaABAAHUAPwCFAD4AlwA9AKsA&#10;PQDDAD0A5gA9APsAPgD/AIcAAAB1AwAAaAYAAF0HAABVBgAAUAYAAEwEAABKAQAASQAEAEcACgBG&#10;AA4ARQARAEUAFgBEABsAQwAgAEIAJQBBACoAQAAvAD8ANAA+ADoAPQBAADsARwA6AE8AOQBZADgA&#10;ZAA3AHEANgCBADUAkwA0AKYANAC7ADQA3QA0APUANQD/AH4GAABtCQAAYAsAAFYMAABODAAASAsA&#10;AEQKAABCCAAAQAUBAD8BBwA+AAsAPQAOADwAEgA7ABcAOwAcADoAIQA5ACUANwAqADYAMAA1ADUA&#10;NAA8ADMAQwAyAEwAMQBVADAAYAAvAG0ALgB9AC0AjwAsAKIALAC2ACwA0AAsAO4ALAD8AHcKAABn&#10;DAAAWg4AAFAOAABJDgAAQw4AAD4NAAA7DAAAOQsAADgJAwA3BQgANgINADUBEAA0ABMAMwAYADIA&#10;HQAxACIAMAAnAC8ALAAuADIALQA4ACwAQAArAEkAKgBSACkAXQAoAGsAJwF6ACYBjAAlAJ8AJQCy&#10;ACUAygAlAOgAJQD3AHINAABiDgAAVhAAAEwRAABEEQAAPhEAADkQAAA2DwAAMw4AADENAQAwCwUA&#10;MAgKAC8GDQAuBREALAQUACsDGQAqAx4AKQMjACgEKQAnBC8AJgU1ACUFPQAkBUYAIwZQACIGXAAh&#10;B2kAIAd5AB8HiwAeB50AHgewAB0GxgAdBuMAHQXzAG0OAABeEQAAUhIAAEgTAABAEwAAOhMAADUS&#10;AAAxEQAALhAAACwPAAAqDgMAKg0HACkLCwAoCQ4AJwkRACUIFgAkCBsAIwkgACIJJgAhCSwAIAoz&#10;AB8KOwAeC0QAHQtPABwMWwAbDGkAGgx5ABgMiwAYDJ4AFwywABYMxQAWDOEAFgvwAGkQAABaEgAA&#10;ThQAAEUVAAA9FQAANxUAADEUAAAtEwAAKhIAACgRAAAmEAEAJBAEACMOCAAjDQwAIgwPACAMEwAf&#10;DBgAHg0dAB0NIwAcDSoAGw0yABoOOgAYDkQAFw5QABYPXAAVD2oAExB7ABIQjQAREKAAERCzABAP&#10;yQAQD+QAEQ/yAGUSAABXFAAASxYAAEIXAAA6FwAANBcAAC8WAAAqFQAAJxQAACQTAAAiEwAAIBID&#10;AB4RBgAdEAkAHBANABsPEAAZEBUAGBAbABcQIQAWECgAFREwABQROQATEUMAEhJOABESWgAQEmkA&#10;EBN5AA4TjAAOE54ADROxAA0SxQAMEuEADRLxAGIUAABUFgAASRgAAD8ZAAA3GQAAMRkAACwYAAAo&#10;FwAAJBYAACEWAAAfFQAAHBQCABoTBAAZEgYAFxILABUSDgAUEhIAExMYABITHwAREyYAERQtABAU&#10;NgAPFUEADhVMAA4WVwANFmUADBd1AAsXhwAKF5oACRatAAgWwQAIFt0ACRXuAF8WAABRGAAARhoA&#10;AD0aAAA1GwAALxoAACoaAAAlGQAAIhgAAB8YAAAcFwAAGRYBABcWAwAVFgQAExYJABEWDQAQFxEA&#10;DxcWAA4XHAAOGCMADRgqAAwZMwAMGTwACxpHAAoaUwAJGmEABxtxAAYbgwAFG5cABBqqAAMavwAD&#10;GdoABBnsAFwYAABOGgAAQxwAADocAAAzHAAALBwAACccAAAjGwAAIBoAAB0ZAAAaGQAAFxgBABUY&#10;AgASGQQAEBsHAA4bDAANHBAADBwTAAscGQAKHB8ACR0nAAgdLwAHHjkABh5DAAQeUAADH14AAh9u&#10;AAEfgAAAH5UAAB6pAAAevQAAHdgAAB3sAFgaAABLHAAAQR4AADgeAAAwHgAAKh4AACUdAAAhHAAA&#10;HhwAABsbAAAYGwAAFhsBABMbAgARHAQADh4HAAwfCwAKIA4ACCASAAYhFwAFIR0ABCEkAAIiLAAB&#10;IjUAACJAAAAjTQAAI1oAACNrAAAjfgAAI5MAACKnAAAivAAAIdcAACHtAFUdAABIHwAAPiAAADUg&#10;AAAuIAAAKCAAACMfAAAgHgAAHR0AABodAAAWHQAAEx4AABEfAgAOIAQADSIHAAokCwAGJQ0ABCUQ&#10;AAImFAAAJhoAACYhAAAnKQAAJzIAACc9AAAnSQAAKFcAAChnAAAnewAAJ5AAACelAAAmuwAAJtYA&#10;ACXtAFEgAABFIQAAOyIAADIiAAAsIgAAJiEAACIhAAAeIAAAGx8AABggAAAUIAAAESIAAA8jAAAN&#10;JQMACiYGAAYoCgADKQ0AACsPAAAsEgAALBcAACweAAAsJgAALS8AAC05AAAtRgAALVQAAC1kAAAt&#10;dwAALI0AACykAAArugAAK9YAACruAE0iAABBJAAAOCQAADAkAAApJAAAJCMAACEiAAAdIgAAGSIA&#10;ABUjAAASJAAADyYAAA0oAAAKKgIABiwFAAIuCQAALwsAADAOAAAyEAAAMxUAADMbAAAzIgAAMysA&#10;ADM2AAAzQgAAM1AAADNgAAAzcwAAMooAADKhAAAxuAAAMNYAADDvAEklAAA+JgAANCcAAC0nAAAo&#10;JgAAIyUAAB8kAAAbJQAAFiYAABIoAAAQKgAADSwAAAouAAAGMAEAAjIEAAA0BwAANQoAADcMAAA4&#10;DgAAOhIAADoXAAA6HwAAOicAADoyAAA6PgAAOkwAADpcAAA6bwAAOYYAADieAAA4tgAAN9QAADbv&#10;AEQpAAA6KQAAMSkAACspAAAmKAAAIicAAB0oAAAYKQAAEysAABAuAAANMAAACTIAAAU1AAABNwAA&#10;ADkCAAA7BQAAPAgAAD4LAAA/DQAAQRAAAEMUAABDGwAAQyMAAEMuAABDOQAAQ0cAAEJXAABCagAA&#10;QYEAAECaAAA/sgAAPs8AAD7vAD8sAAA2LAAALywAACorAAAlKgAAHysAABktAAAULwAAEDIAAA01&#10;AAAIOAAABDoAAAA8AAAAPwAAAEEAAABDAgAARQUAAEYIAABICwAASg4AAEwRAABNFgAATR4AAE0o&#10;AABNNAAATEIAAExRAABLZAAAS3sAAEqUAABJrQAASMoAAEfsADswAAAzLwAALS8AACgtAAAiLwAA&#10;GzEAABU0AAAQNwAADToAAAg9AAACQAAAAEMAAABGAAAASAAAAEoAAABMAAAATgEAAE8EAABRBwAA&#10;UwsAAFUOAABYEgAAWRkAAFgiAABYLgAAVzwAAFdLAABWXgAAVnMAAFWNAABUpwAAUsIAAFLmADgz&#10;AAAxMgAALDEAACUyAAAdNQAAFjgAABE8AAAMQAAAB0QAAABHAAAASgAAAE0AAABQAAAAUwAAAFUA&#10;AABXAAAAWQAAAFoAAABcAwAAXgcAAGELAABkDgAAZhMAAGccAABmJwAAZjQAAGVEAABkVwAAZGsA&#10;AGKFAABhnwAAYLkAAF7cADU3AAAwNQAAKDcAACA6AAAYPQAAEUIAAAxGAAAGSgAAAE8AAABTAAAA&#10;VgAAAFkAAABcAAAAXwAAAGEAAABkAAAAZQAAAGcAAABpAAAAbAEAAG4GAABxCwAAdA8AAHcVAAB3&#10;IAAAdi0AAHY9AAB1TwAAdGMAAHN7AABylQAAcK8AAG/JADU6AAArOwAAIj8AABpDAAASSAAADE0A&#10;AAVSAAAAVwAAAFwAAABgAAAAZAAAAGgAAABrAAAAbgAAAHEAAABzAAAAdQAAAHcAAAB6AAAAfAAA&#10;AH8AAACCBAAAhgoAAIoPAACMFwAAiyQAAIozAACJRQAAh1sAAIZyAACFiwAAg6UAAIK8AC9AAAAl&#10;RAAAHEkAABNOAAANVAAABFoAAABhAAAAZgAAAGsAAABvAAAAdAAAAHkAAAB9AAAAgAAAAIMAAACF&#10;AAAAhwAAAIoAAACMAAAAjwAAAJIAAACWAAAAmQIAAJ4JAACiEAAAohoAAKEpAACgOwAAn1AAAJ1n&#10;AACagQAAmpkAAJmvAClJAAAfTgAAFVQAAA5bAAAFYgAAAGkAAABwAAAAdwAAAH0AAACCAAAAhgAA&#10;AIsAAACPAAAAkwAAAJUAAACXAAAAmgAAAJ0AAACgAAAAowAAAKYAAACqAAAArgAAALIAAAC3CgAA&#10;uxEAALofAAC5MAAAt0UAALVcAAC0dAAAsY4AAK+kACJUAAAYWwAAEGIAAAdqAAAAcwAAAHsAAACC&#10;AAAAiQAAAJAAAACVAAAAmgAAAJ8AAACjAAAApgAAAKgAAACrAAAArgAAALAAAACzAAAAtgAAALoA&#10;AAC9AAAAwgAAAMcAAADMAQAA0wsAANQVAADTJgAA0ToAANBRAADNaAAAy4EAAMqWAPwAAAD2AAAA&#10;8gAAAPEAAADzAAUA9AAMAPIAEwDwABwA7QAlAOgALgDiADYA3gA+ANkARADUAEoA0QBPAM4AVADL&#10;AFkAyQBeAMYAYwDEAGkAwQBwAL4AeAC8AIEAuQCNALYAmgCzAKsAsQDAAK8A5gCuAP8ApQD/AJoA&#10;/wCUAP8AjwD/APQAAADsAAAA6AAAAOcAAADfAAAA2QAJANIAEADPABcAzwAgAMwAKADGADAAwAA3&#10;ALwAPgC5AEQAtwBJALUATgCzAFMAsQBXAK8AXQCtAGIAqwBpAKkAcQCnAHoApQCFAKIAkwCgAKIA&#10;nQC2AJsA1ACZAPkAlgD/AI0A/wCIAP8AhAD/AOgAAADfAAAA2QAAAMkAAAC/AAAAuAAEALUADQCz&#10;ABIAsQAaALAAIgCtACoAqQAxAKYAOACkAD0AogBDAKAASACeAEwAnABRAJsAVgCZAFwAlwBiAJUA&#10;aQCTAHIAkQB9AI8AiwCNAJoAiwCsAIkAxQCIAO4AhgD/AH8A/wB6AP8AeAD/ANkAAADNAAAAuwAA&#10;AK4AAAClAAAAnwAAAJwACQCZAA8AmQAVAJkAHQCYACQAlAArAJEAMQCOADcAjAA8AIsAQQCJAEYA&#10;iABLAIYAUACFAFUAgwBbAIIAYgCAAGsAfgB1AHwAggB6AJIAeACjAHcAuQB2AOAAdQD/AHIA/wBu&#10;AP8AbAD/AMcAAAC1AAAApQAAAJkAAACPAAAAiQAAAIUABACEAAwAggARAIIAFwCCAB4AgAAlAH4A&#10;KwB8ADEAegA2AHkAOwB3AEAAdgBEAHUASQBzAE8AcgBVAHAAXABvAGQAbQBuAGwAegBqAIoAaACb&#10;AGcArwBmAMwAZQD1AGQA/wBhAP8AYAD/ALQAAACgAAAAkAAAAIUAAAB9AAAAdwAAAHMAAABwAAgA&#10;bwAOAG8AEgBvABgAbwAfAG0AJQBrACoAaQAwAGgANABnADkAZgA+AGUAQwBjAEgAYgBOAGEAVQBf&#10;AF4AXgBnAFwAcwBbAIIAWQCTAFgApgBXAL8AVwDqAFcA/wBWAP8AVAD/AKEAAACOAAAAfwAAAHUA&#10;AABsAAAAaAAAAGQAAABhAAQAYAALAF8ADwBfABMAXwAZAF8AHwBdACUAXAAqAFsALwBZADMAWAA4&#10;AFcAPQBWAEMAVQBJAFMAUABSAFgAUQBhAFAAbQBOAHsATQCMAEwAnwBLALUASgDcAEoA+gBKAP8A&#10;SgD/AJIAAACAAAAAcgAAAGcAAABfAAAAWgAAAFcAAABVAAEAUwAHAFIADABSABAAUgAUAFIAGgBR&#10;AB8ATwAkAE4AKQBNAC4ATAAzAEsAOABKAD0ASQBDAEgASgBGAFIARQBcAEQAZwBDAHUAQgCGAEEA&#10;mABAAK4AQADLAD8A8gBAAP8AQAD/AIUAAAB0AAAAZwAAAF0AAABVAAAATwAAAEwAAABKAAAASAAE&#10;AEcACgBHAA0ARgARAEYAFQBGABoARQAfAEQAJABDACkAQgAtAEEAMwA/ADgAPgA+AD0ARQA8AE4A&#10;OwBXADoAYgA5AG8AOACAADcAkwA2AKcANgDAADYA6AA2AP4ANgD/AHwAAABrAAAAXgIAAFQDAABN&#10;AwAARwMAAEMBAABBAAAAPwABAD4ABwA9AAsAPQAOADwAEQA8ABYAPAAaADoAHwA5ACQAOAApADcA&#10;LgA2ADMANQA6ADQAQQAzAEkAMgBTADEAXgAwAGsALwB7AC4AjgAtAKIALQC4AC0A3QAtAPgALgD/&#10;AHMBAABkBQAAVwcAAE0IAABGCAAAQAgAADsHAAA4BQAANwMAADYABAA1AAgANAAMADQADwA0ABIA&#10;MwAWADIAGwAxACAAMAAkAC8AKQAuAC8ALQA2ACwAPQArAEUAKgBPACkAWgAoAGcAJwB3ACYAiQAm&#10;AJ0AJQCzACUAzwAlAPAAJgD/AG0GAABeCQAAUgsAAEgMAABADAAAOgsAADYLAAAyCgAAMAgAAC4G&#10;AgAuAwYALQAKACwADQAsABAAKwATACoAFwApABwAKAAgACcAJQAmACsAJQAyACQAOQAjAEIAIgBL&#10;ACIAVwAhAGQAIABzAB8AhQAfAJkAHgCuAB4AxwAeAOkAHwD6AGgJAABZDAAATQ0AAEMOAAA8DgAA&#10;Ng4AADENAAAtDQAAKgwAACgLAAAnCQQAJgYIACYECwAlAw4AJAEQACQBFAAiARgAIQEdACEAIgAg&#10;ACgAHwAuAB4BNgAdAT8AHAFJABsBVAAaAWEAGgFwABkBggAYAJYAGACqABgAwQAYAOEAGAD0AGMM&#10;AABVDgAASQ8AAEAQAAA4EAAAMhAAAC0PAAApDgAAJg4AACMNAAAiDAMAIAsGACAJCQAfBwwAHgYO&#10;AB4FEQAcBRUAGwUaABoFHwAaBSUAGQUrABgFMwAXBjwAFgZGABYGUgAVB18AFAduABMHgAASB5QA&#10;EganABIFvAASBNkAEgPvAF8OAABRDwAARhAAADwRAAA1EQAALxEAACoRAAAmEAAAIhAAACAPAAAd&#10;DgIAHA0FABoNBwAaCwoAGQoNABgJEAAXCRIAFgkXABUJHAAUCSIAFAopABMKMQASCjoAEgtFABEL&#10;UQAQDF8ADwxuAA4MgAAODJQADQunAA0LugANCtIADQrqAFwPAABOEQAAQxIAADoTAAAyEwAALBMA&#10;ACcSAAAjEQAAHxEAABwQAAAaEAIAGA8EABYOBwAVDgkAFA0LABMMDQASDBAAEgwUABEMGgARDSAA&#10;EA0oAA8NMAAODjsADQ5GAA0OUQAMD14ACw9tAAoPfwAJD5MACQ+mAAgOuQAIDtAABw7oAFgRAABL&#10;EgAAQBMAADcUAAAwFAAAKRQAACUUAAAhEwAAHRIAABoSAAAXEQIAFREFABMQBwASEAkAEQ8KABAO&#10;DAAODg4ADg8SAA0QGAANEB4ADBAlAAwQLQALETYAChFBAAkRTQAIEloABxJqAAYSfAAFEpAABBKk&#10;AAMRuAADEc8AAhHoAFUSAABJFAAAPhUAADUWAAAtFgAAJxYAACIVAAAeFAAAGxQAABgTAAAVEgMA&#10;ExIFABIRBwAQEQkADxEKAA0RCwAMEg4ACxIRAAoSFQAJExsACRMiAAgTKgAHFDMABRQ+AAQVSgAD&#10;FVgAAhVnAAEVegAAFY4AABWjAAAUtwAAFM8AABPpAFIUAABGFgAAOxcAADIXAAArFwAAJRcAACEW&#10;AAAcFgAAGRUAABYUAQAUEwQAEhMGABESCAAPEggADhMJAAwUCgAKFQ0ACBYQAAYWEwAFFhkABBcf&#10;AAMXJwACGDAAARg7AAAZRwAAGVUAABlkAAAZdwAAGYwAABiiAAAYtwAAF88AABfqAE8WAABDGAAA&#10;ORkAADAZAAApGQAAIxkAAB8YAAAbFwAAGBYAABUVAgATFQUAERQGABAUBgAOFQcADBYIAAoXCgAH&#10;GQwABBoOAAIbEgABGxYAABsdAAAcJAAAHC0AABw4AAAdRAAAHVIAAB1iAAAddQAAHYoAABygAAAc&#10;tgAAG9AAABrrAEwYAABAGgAANhsAAC0bAAAmGwAAIRoAAB0ZAAAZGQAAFxgAABQXAwASFgQAEBcE&#10;AA4XBAAMGQUAChoHAAccCQADHQsAAB8NAAAgEAAAIBQAACEaAAAhIgAAISoAACE1AAAiQQAAIk8A&#10;ACJfAAAicgAAIYgAACGfAAAgtgAAH9EAAB/tAEgaAAA9HAAAMx0AACsdAAAkHQAAIBwAABwbAAAY&#10;GgAAFhkBABMZAQARGQEADhoBAAwcAgAKHQMABx8FAAMhCAAAIgoAACQMAAAmDgAAJhIAACYYAAAn&#10;HwAAJycAACcyAAAnPgAAJ0sAACdcAAAnbgAAJoUAACadAAAltAAAJNEAACPuAEQdAAA5HwAAMB8A&#10;ACgfAAAjHgAAHh0AABscAAAYGwAAFBwAABEcAAAOHQAADR8AAAohAAAGIgEAAyQEAAAmBgAAKAgA&#10;ACoLAAArDQAALRAAAC0VAAAtHAAALSQAAC4uAAAuOgAALkgAAC1YAAAtagAALYEAACyaAAArsgAA&#10;KtAAACnvAEAgAAA2IQAALSEAACYhAAAhIAAAHR8AABoeAAAWHgAAEh8AAA8hAAANIgAACiQAAAYm&#10;AAACKAAAACsCAAAtBAAALwYAADAJAAAyDAAANA4AADUSAAA1GAAANSAAADUqAAA1NgAANUMAADVT&#10;AAA0ZgAANHwAADOWAAAyrwAAMc0AADDvADwjAAAyJAAAKiQAACQjAAAgIgAAHCEAABchAAATIwAA&#10;ECUAAA0nAAAJKQAABSsAAAEuAAAAMAAAADIAAAA0AQAANgQAADgGAAA6CQAAPA0AAD4QAAA+FAAA&#10;PhwAAD4mAAA+MQAAPj8AAD1OAAA9YQAAPHcAADuRAAA6qwAAOckAADjtADcnAAAvJwAAKCYAACMl&#10;AAAfJAAAGSUAABQmAAAQKAAADSsAAAkuAAAFMAAAADMAAAA1AAAAOAAAADoAAAA8AAAAPgEAAEAD&#10;AABCBwAARAoAAEYNAABJEQAASRcAAEghAABILAAARzoAAEdJAABGWwAARXEAAESLAABDpQAAQsMA&#10;AEHoADQqAAAsKgAAJygAACInAAAcKAAAFioAABEtAAANMAAACTMAAAM2AAAAOQAAADwAAAA+AAAA&#10;QQAAAEMAAABGAAAASAAAAEoAAABMAwAATgYAAFAKAABTDgAAVBMAAFQcAABTJwAAUzQAAFNDAABS&#10;VQAAUWoAAFCDAABPngAATbkAAEzgADAtAAArLAAAJisAAB8sAAAYLgAAEjIAAA01AAAIOQAAAj0A&#10;AABAAAAAQwAAAEYAAABJAAAATAAAAE4AAABRAAAAUwAAAFUAAABXAAAAWQEAAFwGAABfCgAAYg4A&#10;AGMVAABjHwAAYiwAAGE8AABgTgAAX2IAAF57AABclgAAW7AAAFnPAC8wAAAqLwAAIjAAABozAAAT&#10;NwAADjsAAAg/AAABRAAAAEgAAABMAAAATwAAAFIAAABVAAAAWAAAAFsAAABdAAAAYAAAAGIAAABk&#10;AAAAZgAAAGkAAABtBQAAcAsAAHQQAAB0GAAAcyUAAHI0AAByRQAAcFkAAG9xAABtiwAAa6YAAGrA&#10;AC4zAAAlNQAAHTgAABQ8AAAOQQAAB0cAAABMAAAAUQAAAFUAAABZAAAAXQAAAGEAAABlAAAAaAAA&#10;AGsAAABtAAAAbwAAAHIAAAB0AAAAdwAAAHoAAAB+AAAAggQAAIYLAACKEQAAiRwAAIgrAACGPQAA&#10;hFIAAINnAACBgQAAf5sAAH6yACk6AAAgPQAAFkIAAA9IAAAITgAAAFQAAABaAAAAYAAAAGQAAABp&#10;AAAAbgAAAHIAAAB2AAAAegAAAH0AAACAAAAAggAAAIUAAACIAAAAiwAAAI4AAACSAAAAlgAAAJsD&#10;AACgDAAAohMAAKAhAACfMwAAnUcAAJpeAACYdwAAl48AAJWnACNDAAAZSAAAEU4AAAlVAAAAXAAA&#10;AGMAAABqAAAAcQAAAHYAAAB7AAAAgAAAAIYAAACKAAAAjgAAAJEAAACTAAAAlgAAAJkAAACcAAAA&#10;oAAAAKMAAACnAAAAqwAAALAAAAC2BAAAvA0AALoXAAC5KAAAtzwAALRSAACyagAAr4UAAK2cABxO&#10;AAATVAAAC1wAAAFkAAAAbAAAAHQAAAB8AAAAgwAAAIkAAACPAAAAlAAAAJoAAACfAAAAogAAAKQA&#10;AACnAAAAqgAAAK4AAACxAAAAtAAAALgAAAC8AAAAwQAAAMcAAADNAAAA1AUAANgQAADVHgAA0zEA&#10;ANBIAADNXwAAy3YAAMiOAAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8g&#10;ISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdp&#10;amtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cx&#10;s7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6&#10;+/z+//////////////////////////////////////////////////////8AAAAAAAAAAAAAAAAA&#10;AAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRF&#10;RkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yO&#10;j5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW&#10;19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////&#10;////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAh&#10;IiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lq&#10;a2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGz&#10;tLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7&#10;/P7//////////////////////////////////////////////////////wABAgMEBQYHCAkKCwwN&#10;Dg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVG&#10;R0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/&#10;gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4&#10;ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx&#10;8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAA&#10;AAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQlJicoKSorLC0uLzAx&#10;MTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hp&#10;amtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGi&#10;o6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dPU1dbX2Nna29zd&#10;3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwN&#10;DQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIz&#10;NDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWX&#10;mZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb&#10;29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9&#10;/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4e&#10;HyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VX&#10;WFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLD&#10;xMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt&#10;7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v/aywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTA&#10;s2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0O&#10;OunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/j&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2f&#10;iNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8&#10;u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunM&#10;EGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmr&#10;nYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657&#10;xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDc&#10;yA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYnc&#10;qpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWo&#10;iMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6S&#10;y7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL&#10;3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuz&#10;pYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oy&#10;rMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuba&#10;ywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qia&#10;jeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfR&#10;sKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3&#10;ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubZywkb&#10;584NOejNEGDcyQ2Sy7swq8a4T7TAs2e9u657xLWpiMuypofRr6OH1a2giNmrnoncqZyK3qebjOCl&#10;mY/joZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGY&#10;kOShmJDkoZiQ5KGYkOTZywka5M4NOefODmDaygySy7wuq8W5TbTAtGa9uq56xbWph8uxpofRrqOH&#10;1aygiNmqnoncp5yK3qWbi+Cimo3inpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/j&#10;npmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+PYywka4c8MOeXPDmDZygyRy74sq8W5TLW+&#10;tGe9ua57xbSqh8ywpofRraOH1augiNmonojbpZ2J3aOcit+fmovhm5mO4puZjuKbmY7im5mO4puZ&#10;juKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuLYywka3NAL&#10;OePQDWDYywuRy78rq8S6TLW9s2e+uK57xbSph8ywpofRrKOH1amgh9imn4jbo52I3aCcid6dm4rg&#10;mJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGY&#10;mo3hmJqN4ZiajeHXzAka2tELON7RDF/WywuRy8AprMK5Tba8s2i+t657xrOph8yvpofRqqOG1aeh&#10;h9ikn4faoZ6H3J6diN2anInelZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM&#10;4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjODWzAkZ2dELONrTDF/UzAuRycAprcC5Tra6s2m/&#10;ta58xrKph8ytpobRqaOG1KWhhteioIbZn5+G2pueh9yXnYjdk5yL3pOci96TnIvek5yL3pOci96T&#10;nIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci97VzAkZ2NILN9jT&#10;C17SzAuTx78rrb64ULe5smq/tK18xrCph8yrpobQp6SF1KOihdafoYXYnKCF2ZifhtqUnofckJ2K&#10;3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd&#10;kJ2K3ZCdit3UzQkZ1tILN9bUC17QywqVxL4trry4Ubi3smrAs618xq6ph8yppobQpaSF06CjhNWd&#10;ooTWmaGF2JWghdmRn4fajp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246e&#10;iduOnonbjp6J246eiduOnonbjp6J246eidvTzQoY1dMLNtTUC1/OywmXwb4wr7q3U7i1smzAsK19&#10;x6yqhsunp4XPoqWE0Z6khNOao4TVlqKE1pOhhdePoIbYi6CJ2YugidmLoInZi6CJ2YugidmLoInZ&#10;i6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidnSzgoX09QLNdHTCmLL&#10;zAmZvr0zsbe3VbmysW3Bra19xqqqhsukqITOn6eE0Julg9KXpIPTk6OE1JCjhdWMoobWiaGI14mh&#10;iNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI&#10;14mhiNfQzwoW0dQLN87TCmXGygudubw4srS2WLqtsW7Bqq59xqerhcmhqYTMnKiDzpeng8+TpoPR&#10;kKWE0o2lhdOKpIbTh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSH&#10;o4jUh6OI1IejiNSHo4jUh6OI1IejiNTO0AoVztQKOsrTCmjAyA+htbs+tK21W7upsW/Bpq99xKOt&#10;hMedq4PKmKqDy5Opg82QqITOjaeEz4qnhc+HpofQhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI&#10;0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNHM0AkYytQKPsXTCm24xRal&#10;rrlEtae1XrujsnDAobB9w5+uhMWZrYPHlKyEyZCrhMqNqoXLiqqFy4iphsyFqYfNg6iJzYOoic2D&#10;qInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOo&#10;ic3I0QkbxdUKQr/TCnKxxB6npblJtqG2YLues3C+nbF9wZuwhMOVr4TEka6Exo2thceKrYbHiKyG&#10;yIash8iEq4nJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJ&#10;gquKyYKrismCq4rJgquKyYKrisnE0gggwNYJSLjUCnipzxeYnr5Hrpq2YrqYtXG8l7N8vpeyhMCS&#10;sYXCjbCFw4qvhsSIr4fEhq+IxYSuicWDrorFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGu&#10;i8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8W/1AclutcJTq7aC3Cg2xOHl805&#10;mpLDWKiRvGyykbd6uZK0g72Os4a/i7KHwIixh8CGsYjBhLGJwYOxisGCsYvCgLCMwoCwjMKAsIzC&#10;gLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjML3&#10;wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCM&#10;jdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jG&#10;t5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsal&#10;XbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV&#10;+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSv&#10;ipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iI&#10;yrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTC&#10;o3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAW&#10;Mfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDW&#10;roiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWV&#10;ic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6&#10;vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9&#10;IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT&#10;2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2z&#10;korQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/&#10;v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wA8V+MAWMPm9IFPq&#10;uCd8zKhEq8alXbTCpHC6vqJ/v7ygiMO5m4jHt5iIyrWVic6zkorQsY+L07CNjdWvio/XrYiT2a2G&#10;mNqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad&#10;2quGndr3wQ8V98EWMPi+H1PquCZ8y6lDq8amXLTCpG+6vqJ+v7ugiMO5nYfItpqHzLOXiM+xlInS&#10;sJKK1a6PjNetjY7ZrIqS3KuJmd2niJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNun&#10;iJzbp4ic26eInNuniJzbp4ic26eInNv2wQ4U98EVMPi/HlPquSV8y6lCq8anW7PCpW66vqN+v7uh&#10;iMS4nofJtZyHzbKZh9GwlojUrpSJ162Si9qrkI3cqY2S36iNmt+ji5zco4uc3KOLnNyji5zco4uc&#10;3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNz2wQ4U9sIVMPe/HlPquiR8&#10;y6lBrManWrPCpW26vqN9v7ujiMS3oIfJtJ2HzrGbh9OvmYjWrZeJ2quVitypk43fp5KR4qSRmeCg&#10;jpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCO&#10;nNz1wg4U9cIUMPbAHVPquiN8y6pBrMaoWbPCpm26vqR9v7qkh8W3oYfKs5+Hz7Cdh9Sum4jYq5mJ&#10;3KmYi9+nmI7ipZeS5qCWmeCck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd&#10;nJOb3ZyTm92ck5vdnJOb3ZyTm930wg0U9cMUMPbAHFPquyJ8yqpArMaoWLPCpmy6vqR8v7qlhcW2&#10;o4fLs6GH0LCfh9WtnYjaqp2K3aebjOCkmo7in5iP452amOGZl5vdmZeb3ZmXm92Zl5vdmZeb3ZmX&#10;m92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm93yww0U9MMTMPXBG1PqvCF8yqs/&#10;rcapV7PCp2u6vqV7v7qmhMW2pYfLsqOH0a+hh9arn4jap52J3aScit+gm4vgm5qN4peak+GXnJve&#10;l5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm97w&#10;ww0U9MQTL/XCGlLqvSB8yqs+rMaqVrPCqGu6vqd5v7qog8W2p4fMsqWH0ayih9aooIfZpJ6I3KGd&#10;iN2cnInel5uL4JObj+CSnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X&#10;3pKdl96SnZfekp2X3pKdl97txAwT88USL/TCGVLqvR98yqw8rMarVbPCqGq5vql3v7qqgMW1qYfM&#10;r6WH0qqih9aloIbYoZ+G2p2eh9uZnYfdlJ2J3pCcjd6OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92O&#10;nZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk93qxQwT8sURL/PDGFLqvh18y606rMas&#10;VLPCqWm5vqxzv7qtfsWyqYfMrKWG0aejhtWioYXXnqCF2JqghdqWn4bbkZ6I3I2ei9yLno/ci56P&#10;3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9zmxQsT&#10;8cYRL/LEF1LqwBt8y684rMatUrLCq2a5v7BvvretfsawqYfNqqaG0aSkhdOfo4TVm6KE1pehhdiT&#10;oIXZj6CH2YufitqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oif&#10;jdqIn43aiJ+N2oifjdrhxgoT8McQLvDGFlHqwRl8y7A1q8evT7LDsGC4vLJsv7KtfsetqYbMp6eF&#10;z6GlhNKcpITTmKOE1JSjhNWQooXWjaGG14mhiNiHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvY&#10;h6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9jbxwkS7skPLu7IFFHrxBZ8zLMwq8exTLHE&#10;uFa3trFuwa6tf8epqobLo6iEzp6ng8+ZpoPRlaWD0pGkhNOOpIXUi6OG1IijiNWFo4rVhaOK1YWj&#10;itWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitXayAkS68sN&#10;LevKEVDrxxJ8zLYqqsi3RLC6tlm6r7Fwwqqtf8emq4XKoKqEzJqog82WqIPOkqeDz4+mhNCMpoXR&#10;iaWG0Yelh9KFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKF&#10;pYnShaWJ0oWlidLYyQkR380LLOfND0/oyw57zbwiqMK8PLGxtV68qbFywqauf8WirYTHnKuDyZeq&#10;g8qTqoTLkKmEzI2phM2LqIXNiKiGzoanh86Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJ&#10;z4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic/VyQkQ2M8KK9rTC07Y0At6zcMWqLO6RrWptGK9&#10;pLF0waGwf8OeroTFma2Ex5SshMiQq4TJjquEyouqhcuJqobLh6mHzIWpiMyDqYnMg6mJzIOpicyD&#10;qYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpiczSywkP1NEKKdXV&#10;C0zQ0Ap+uL8lrqi4T7ihtGa8nrJ1v52xf8GbsITDlq6ExZGuhMaOrYXHi6yFx4mshsiHrIfJhquH&#10;yYSricmCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rK&#10;gquKyoKrisrPzAkN0NIKKM7UClLF0QqDqsMtqJ63V7ibtWi7mrR1vpmyf7+XsYTBk7CFwo+vhcOM&#10;r4XEiq6GxYiuh8WGrojGhK2IxoOtisaBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gt&#10;i8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8fMzQkMy9MKLcfUClmy2AuAns0rmpjBUKuWuGe3lbV1&#10;vJS0fr6Us4W/kLKFwIyxhsGKsYfCiLCHwoawiMKFsInDg7CKw4Kvi8OBr4zDga+Mw4GvjMOBr4zD&#10;ga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMPHzwgQxdQJNLjZClui&#10;5xJ2l9oliZDPRZiOx12jjcFuq429ebGMuoG0ibiDt4a3hbmEtoa6g7WHu4K1iLyBtIm9gLSKvX+0&#10;i75+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOM&#10;vn6zjL7C0QcWvdYIOqfxDlWb8RtokeYteIndQIWF1VaPg89nl4LLc51+yHihe8Z8pHnEf6Z3w4Ko&#10;dcKEqXTChapzwYercsGIq3LAiqxxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xx&#10;wIusccCLrHHAi6xxwIusccCLrHHAi6z/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCb&#10;iL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp&#10;3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCz&#10;gJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qP&#10;yraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+&#10;mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdC&#10;j8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3R&#10;sn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/&#10;uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraI&#10;kcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnA&#10;vJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8eb&#10;YrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO&#10;/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1&#10;hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWK&#10;w7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7gdJ/+1KUb3sDVp3qhBkMecYbHE&#10;nHG2wpt+ub+dhr29monBu5eJxLmTise3j4zKtYyOzLSJkM6zh5LQsoSV0rGCmdOxgZ7UroCi1KyA&#10;o9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9L/uRMO/7kc&#10;J/+2KEb3sDRq3ahAkMedYLHEnHG2wpx8ur+ehb68nIjCupmIxbiVicm2kYrMtI6Mz7KLjtGxiJHT&#10;sIaU1a+Emdavg5/XqoKh1aeCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOn&#10;gqLTp4Ki06eCotP/uRMO/7kcJ/+2KEb3sTNq3ak/kcedYLHEnXC2wp57ur+fg768nojCuZuIx7eX&#10;iMq1lInOs5CL0bGNjdOvipDWroiT2K2GmdmqhZ7ZpYSh1aSEotSkhKLUpISi1KSEotSkhKLUpISi&#10;1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotT/uhIO/7obJ/+3J0b3sTJq3ak+kceeX7HEnW+2&#10;wZ95ur6ggr+7oIjDuJyHyLaZiMyzlojQsZKK06+PjNaujI7YrIqT26uJmdymh53aooag1qCGotSg&#10;hqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotT/uhIO/7obJv+3&#10;Jkb2sjFq3ao9kceeXrHEnW+2waB4ur6hgb+7oYjEuJ6HybWbh82ymIjRsJWJ1a6Si9isj43bqo2S&#10;3qiMmt+iip3anomg1pyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU&#10;nImh1JyJodT+uhEO/7saJv+4Jkb2sjBq3ao8kceeXbHEnm62waF2ur6if7+7o4jEt6CHyrSdh8+x&#10;mofTrpiI16yVituqk43eqJGS4qSQmeCejZ3bmoyg15mLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmL&#10;odWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodX+uxEO/rsaJv+4JUb2szBq3Ks7ksefXbHEn2y2waJ0&#10;ur6kfr+6pIfFt6KHyrOfh9CwnIfVrZqI2aqZit6omI7ipZeT5p+VmeCakZzbl4+f15aOodWWjqHV&#10;lo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodX9uxEO/rsaJv+5JUb2&#10;sy9q3Ks6ksefXLHEoGq2waNzur6lfMC6pYXFtqOHy7Ohh9Gvn4fWrJ6J26ici9+kmo3hn5mP45ya&#10;mOGXlpzclJOf2JOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg&#10;1pOSoNb9uxEN/bwZJv65JEb2tC5q3Ks6ksegXLHEoWi2waVxur6nesC6p4TFtqaHzLKkh9GuoofX&#10;qZ+I26Sdid6gm4rgmpqM4Zabk+GVm5vdkpee2JGVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeR&#10;laDXkZWg15GVoNeRlaDXkZWg15GVoNf8vBAN/bwZJv66I0b2tC1q3Kw5ksegW7HEo2a1waZuur6p&#10;eMC6qYLFtqiIzLClh9KqoofXpp+H2qGeh9ybnYjelpyK35GbkN+RnZndj5ue2Y+Zn9ePmZ/Xj5mf&#10;14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9f8vBAN/LwYJv26IkX2tSxq&#10;3K03k8ehWrHFpWO1wqlrur6sdb+6rX/Fs6mHzK2lhtKnoobWoqGG2J2fhtqYnofbkp2J3Y6djd2M&#10;npTcjaCe2Yyen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14ye&#10;n9f7vRAN+70XJf27IkX2titq2602k8eiWbHFp1+1wq1mub+xcL63rX7GsKmHzaqmhtGkpIXUnqKF&#10;1pmhhdiUoIbZj5+H2oufi9uIn5DbiKCY2IihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X&#10;iKGd14ihndeIoZ3XiKGd14ihndf6vQ4N+r4WJfy8IEX2typq2680lMikVbHGq1i0w7Nft7uybr+y&#10;rX7HrKmGzKanhdCgpYTSm6SE1JajhNWRooXWjaGG14mhidiGoY3YhKGT14Sil9aEopfWhKKX1oSi&#10;l9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9b5vg4M+b8VJfq9H0X2uCdq27Ax&#10;lMioTa/Hsk6ywbhYuLSxcMGtrX/HqaqFy6KohM6dp4PQl6aD0ZKlhNKOpIXTi6OG1IijiNWEo4vV&#10;gqOQ1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9X0&#10;wA0M98ATJPm/HUT2uiVq2rIulcqvQK3IvT2vt7Zduq6xcsKprX/GpauFyZ+qg8uZqYPNlKiDzpCn&#10;hM+MpoXQiaaG0Yalh9KEpYrSgaWN0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP&#10;0oClj9KApY/SgKWP0oClj9LswQsM9cISJPbBGkT3vSFq2rQpls28KKm7u0OzrrVhvKixc8Glrn/F&#10;oa2Ex5usg8mWq4PKkaqEy46phMyLqYXNiKiGzoaoh86DqInOgaeMz4Cnjc+Ap43PgKeNz4Cnjc+A&#10;p43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc/fxAkL8sUQI/PEFkP0wRxp3sIVj8HA&#10;I6yvuUy2prRlvaKydcCgsIDDna6ExZethMaTrYTHj6yEyIyrhcmJq4bKh6uGyoWqiMqDqonLgaqL&#10;y4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMvaxQgK&#10;68kNIu7IEkLvxhVo0NIKh7G+L66luFS4n7VovJ2zdr+bsX/BmbCEwpSvhMOQr4XEja6FxYquhsaI&#10;rYbGh62HxoWtiMeDrYnHga2Lx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Cs&#10;i8eArIvHgKyLx4Csi8fVxggJ2cwKIOXPDUDY1QtfvdYLiKXENKact1q4mbVru5e0d72Ws3++lbKF&#10;wJGxhcGOsYXBi7CGwomwh8KIsIfDhrCIw4WvicODr4rEgq+LxIGvi8SBr4vEga+LxIGvi8SBr4vE&#10;ga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8TSyAgH088KHdXUCz3C2Qtjq94Qg5vOM5mU&#10;xFOmkb5nr5C6dLSQt325kbWEvI6zhr6Msoa/irKHwIiyiMCGsYjBhbGJwYSxisGCsYvBgbGMwoCx&#10;jMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMLOyggGztEK&#10;HMbXCkGv6g5hneYceJDaMoiL0kyUictfnIjGbqOIw3iohcB8q4O/f66AvYGwf7yDsX28hLJ8u4az&#10;e7uHtHq6iLR5uom1eLmLtXi5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4&#10;uYy2eLmMtni5jLbJywgGyNIJIrPfCUKg/BVak/AoaovmOXeE30mCgdhbi4DTaZF80HGWec12mnbL&#10;ep10yn2ecsl/oHHIgaFwx4Oib8eFo27GhqNtxoikbMWKpWzFi6VsxYulbMWLpWzFi6VsxYulbMWL&#10;pWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6XEzgcKt9kHJqP7Dj2W/x5OjfovW4byP2eA605x&#10;e+VbeXbgZYBx3WyEbtpyiGvZd4tp13qNZ9Z+jmbVgI9l1IKQZNSEkWPThpFi04mSYdKLk2HSjJNh&#10;0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJP/sRgJ/7EjHv+u&#10;MTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZ&#10;x7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8&#10;jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9&#10;tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/&#10;qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iA&#10;m8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/C&#10;u4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOX&#10;hbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z&#10;7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4&#10;fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mS&#10;xLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcr/sRcJ/7IiHv+uMDr/qT1Z7KNKedibW5jHlXKxxZd7tcOYg7jB&#10;mYq7v5WLvr2RjMG7jo7DuoqQxbmHkse4hJXJt4KYyraAm8u2fp7MtX2jzLN8p82vfKjLr3yoy698&#10;qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMv/shcJ/7IhHv+vLzr/qjxZ7KRJ&#10;etibWpnGlnGyxJh4tcKZgbnAm4i8vpeKv7yUi8K6kI3FuYyOx7eIkcm2hZTLtYOXzbSBms60f5/P&#10;s36kz659ps6rfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMz/&#10;shYJ/7MhHv+wLjr/qztZ7KRIetecWZrGl2+yxJl2tsKbf7nAnIe9vZqJwLuWisO5kovGt46NybaK&#10;j8y0h5LOs4SW0LKBmtGygJ/Srn+j0qp/pc+mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+n&#10;zaZ/p82mf6fNpn+nzaZ/p83/sxYJ/7MgHv+wLTr/qzpZ7KVHetacWZrGmG2yxJp0tsKcfbm/nYW9&#10;vZyIwbuYicW4lIrItpCLy7SMjs6ziJHRsYWV07CDmtSwgqDVqoGi06aBpdCjgafNo4GnzaOBp82j&#10;gafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp83/sxUI/7QgHv+xLTr/rDlZ66VGe9ac&#10;WJvGmWuyxJxytsKde7m/n4O+vJ6IwrqaiMa3lonKtZKKzbOOjNCxio/Tr4eU1q6Fmtirg5/XpoOi&#10;1KKDpNCfg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps3/tBUI&#10;/7QfHv+xLDr/rDlZ66ZFe9WdWJvHmmmyxJ1wtsKfebq/oIK+vJ+IwrmciMe2mIjLtJSJz7GQi9Ov&#10;jI7WrYmT2ayHm9umhp7ZooWh1Z6FpNGchabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyF&#10;ps6chabOnIWmzpyFps7/tBQI/7QfHf+xLDr/rThZ66ZFe9WdV5zHm2eyxJ5utsKgd7q/oYC+u6GI&#10;w7ieh8i1mofNspeI0bCTitWtj43Zq4yT3aiKm96iiJ7Znoih1ZuHpNGZh6bOmYemzpmHps6Zh6bO&#10;mYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps7/tBQI/7UeHf+yKzr/rTha66ZEe9WdV5zH&#10;nGWyxJ9stcKhdbq+on6/u6OHxLigh8m0nYfOsZmI066Widirk4zcqJCS4aOOmt+ejJ7amouh1ZeK&#10;pNGWiabOlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps7/tBQI/7Ue&#10;Hf+yKjr/rTda66dDfNWeVZ3HnWOyxKBqtcKjc7q+pHy/u6SFxLeih8qzn4fQsJ2H1ayaidupmIzg&#10;pZeT5p6Umt+ZkZ3alo+g1pSNo9KTjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+T&#10;jKXPk4ylz5OMpc//tRMI/7UeHf+zKjr/rjZa66dDfNWfU53HnmCyxaJotcKlcLq+pnq/u6aDxbel&#10;h8uzoofRr6CH16qeidykm4vgnZmO45qbmeCVlpzbk5Og15GRo9OQj6XPkI+lz5CPpc+Qj6XPkI+l&#10;z5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc//tRMI/7YdHf+zKTr/rjZa66hCfNWgUZ3Hn16x&#10;xaRktcKnbbm+qXe/u6mBxLaoiMuxpYfRq6KH16WfiNuenYjdl5uL4JKbk9+SnJzcj5if146VotON&#10;k6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpND/tRMI/7YdHf+0&#10;KTr/rzVa6qhBfNWiTpzHoVqxxaZgtMKqabm/rXO+u659xLSqh8utpYbRp6KG1aCghtiZn4bbkp2J&#10;3Y2djt2MnpjbjJ6f2IuaotSKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR&#10;ipek0YqXpNH/thII/7ccHf+0KDn/sDRa6qlAfdWkSZzIpFWwxqpbs8OvY7fAs2y9tq58xbCph8yp&#10;pobQo6SF1JyihNaVoYXYj5+H2oqfi9uHn5LaiKGc14ifodSHnKTRh5yk0YecpNGHnKTRh5yk0Yec&#10;pNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNH/thII/7cbHf+1Jzn/sDNa6qo+fdaoRJvJqE+vx7BT&#10;ssW4WbW5s22/sa19xqyqhsulp4XPn6aE0ZikhNOSo4TVjKKG14ihiteFoY7Xg6KW1oSkn9SEoqPR&#10;hKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9H/txEH/7gaHP+2JTn/&#10;sTFa6qs8ftesO5nKrUStyblFrr24Wbiysm/ArK5+xqirhcqhqYTNm6eDz5Wmg9CPpYTSiqSG04aj&#10;iNSDo4zUgaOR1ICkmdOApqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah&#10;0YCmodH/uBAH/7kZHP+3JDn/sy9a6a05ftm0L5bMuDKpwr1AsLO2XbqssXHBp65+xaSshcidq4PK&#10;l6mDzJKohM6Np4TPiaeG0IWmiNCCpovRgKaO0X6mlNB9p5rPfaeaz32nms99p5rPfaeaz32nms99&#10;p5rPfaeaz32nms99p5rPfaeaz32nms//uQ8H/7oXHP+5Ijn/tS1a7LMwet3AH5DJwyGotbpItKu1&#10;YrymsnPAo69+w6CuhMaZrIPIlKuEyY+qhMqLqoXLiKmGzIWpiM2CqIrNgKiNzn6okc18qZbNfKmW&#10;zXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls38uw4H/LwVG/67Hzj/tyla&#10;8L0kdN/TDoa5wSqqqrlPtqS1ZbygsnS/nrF/wpuvhMOWroTFka2Exo2thceKrIbIh6yHyYWriMmC&#10;q4rKgKuMyn6rj8p8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyr&#10;ksrxvQwG+b4SGvq+Gzf8uiVa584TaMjZC4mtwzKnobhWuJ21aLubs3W+mbJ/wJixhMGTsIXCj6+F&#10;w4yvhsSJrobFhq6HxYSuiMaDrYrGga2Lxn+tjsd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH&#10;fa2Qx32tkMd9rZDHfa2Qx32tkMffwAgF9cIPGfbCFjbuyBVQzdwMZrXaD4iiyTagmr5WsJe3armV&#10;tXa8lLR+vpSzhL+QsoXAjbGGwYqxhsGIsYfChrCIwoSwicKDsIrDgbCLw4CvjcN+r4/Dfq+Pw36v&#10;j8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8PZwgcF5McLGO/IEDTR2gtFuukO&#10;aKbeGIKY0TeVkchToY/CZamOvnKujbx7soy6gbWJuIK3h7iEuIW3hbmDtoa6graHuoG1iLuAtYm7&#10;frWKvH20jLx8tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb3U&#10;xAcE1ssJFdPUCye94gxJqfQUZZnmJXiO3DmGiNRPkIbPYJeEzG2cg8l1oH/HeKJ9xnukesV9pnnE&#10;gKd3w4GodsKDqXXChKp0wYarc8GHq3LAiaxxv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+L&#10;rXG/i61xv4utcb+LrXG/i63PxgcC0M0JEsDZCSys9w9Im/oeXI/vMWuG50J2gOJQfn7dX4V72WmK&#10;d9Vuj3TTc5Jx0XeUcNB6lm7PfZdtzn+ZbM2BmWvNg5pqzIWbacyHnGjLiZ1nyoydZ8qMnWfKjJ1n&#10;yoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ3KyAgBwtIHE67mCS2d/xVBkf8oUIf6&#10;OVyB80hmfO1UbnfoXnVx5GV6beFrfmrfcIFo3nWEZtx4hWXbe4dj2n6IYtqBiWHZg4pg2YWKYNiH&#10;i17Yioxe1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY3EygcD&#10;sdoEFZ//DSiS/x03if8uQ4L/PU58/UtXd/hWX2/zXWVo8GJqZO1pbmHrb3Ff6XNzXeh3dVzne3Zb&#10;5n53WuaAeFnlg3lY5YV6WOSIelfki3tW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbj&#10;jnxW4458VuOOfFbjjnz/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GO&#10;uMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37c&#10;k26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6&#10;qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6on&#10;F/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnA&#10;vYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGO&#10;kLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26T&#10;z5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8&#10;ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+n&#10;Ni//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCb&#10;wb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8L/qhsF/6onF/+nNS//o0RK+p1RZemXXn7blG2Uz5J3psWSgbTEk4i2w5KNuMGPj7rA&#10;i5G8v4iTvr6Flr+9gpjBvICbwrx+nsK8faHDu3ukxLt6qcS6ea3EtXmuw7V5rsO1ea7DtXmuw7V5&#10;rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsP/qxsF/6smF/+oNC//pENK+Z5QZemYXX/alWmVzZR0&#10;qMWUfrTElYa2wpWMucGRjru/jZC9vomSv72GlMG8g5fDu4GaxLp+ncW6faHGunulxrl6qsa1eqzG&#10;sXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcT/qxoF/6slF/+pNC//&#10;pEJK+Z9PZuiZXIDalmaWzJVxqcWVfLTEloO3wpeLusCTjLy+j46/vYuQwbyHk8O6hJbFuYGZxrl/&#10;nce4faHIuHymybV6qsmwe6vHrHutxax7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63FrHut&#10;xax7rcX/rBkF/6wkFv+pMy//pUFK+Z9PZuiZW4HZmGOWzJZvqsWWebTDl4G3wZiJur+Vi72+kY3A&#10;vI2PwrqIksW5hZXHuIKYybd/ncq2faLLtnyoy7B7qcqsfKrIqH2sxah9rMWofazFqH2sxah9rMWo&#10;fazFqH2sxah9rMWofazFqH2sxah9rMX/rBkF/6wkFv+qMi//pUFL+aBOZ+eaWYHZmWGXy5dtq8WX&#10;d7TDmX+3wZqHu7+Xir69k4zBu46OxLmKkMe4hpPJtoKYy7V/nc20fqPOsXymzqx9qMuofarJpX6s&#10;xqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMb/rBkF/60jFv+qMi//pkBL&#10;+KBNZ+ecV4HZml6Xy5hqrMWZdLTDmn23wZuFu76Zib+8lYrCupCMxbiMj8i2h5LLtIOXzrOAndCy&#10;f6TRrH6lz6h+p8ykf6nJoYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGA&#10;rMb/rRgF/60jFv+rMS//pj9L+KBNZ+edVYHZnFyXyplorMWacrTDnHq4wJyDu76cib+7l4nDuZOL&#10;x7eOjcu0iZDOsoSW0bGBndOsgKLTp4Cl0KSAp82gganKnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG&#10;noGrxp6Bq8aegavGnoGrxp6Bq8b/rRgF/60iFv+rMS//pz9L+KFMZ+eeU4HZnVmXyptlrMWcb7TD&#10;nXi4wJ6BvL2eiMC7mojEuJWJybWQi82yi4/RsIaV1a6EntengqHUo4Kk0Z+Cp82cg6nKmoOrx5qD&#10;q8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8f/rRcF/64iFv+rMC//pz5L+KFL&#10;aOefUYHZn1aXypxirMWdbLTDn3W4wKB+vL2gh8G6nYjGt5iIy7OTic+wjo3UrYmU2aiGndqihaHV&#10;noWk0ZuFps6ZhanKl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8f/&#10;rhcE/64iFv+sMC//pz5L+KJLaOihT4HZoFOXyp5frMafabTDoXK4wKJ8vL2ihMG5oIfHtZyHzbKX&#10;iNKuk4vYqo6T36KLnNyciaDWmYij0peIps6ViKnKlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIir&#10;x5SIq8eUiKvHlIirx5SIq8f/rhcE/64hFv+sLy//qD1L+KJKaOiiTYDZolCXy6BcrMahZbPDpG63&#10;wKV4vLylgsK4pIfItKCHzrCdiNWrmYrdpZeT5puRm92Wj6DXlI2j05KMps+Ri6jLkIqryJCKq8iQ&#10;iqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8j/rhYE/68hFv+tLy//qDxL96JJaOik&#10;SoDZpE2Wy6JYq8akYbPEp2q3wKl0vLypfsK4qIfIs6aHz6yih9eknYndmpqN4ZWam96RlZ/Yj5Oi&#10;046QpdCOj6jMjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2Oqsn/rxYE&#10;/68hFv+tLi//qTxL96NJaeimSH/ap0iVzKVTqseoXLLErGS2wa5uu72veMC2rITJrqeH0KajhtWd&#10;oIbZk52J3Y2dlN2NnZ/Yi5mh1IuWpNCKk6fNipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqR&#10;qcmKkanJipGpyYqRqcn/rxUE/7AgFv+uLi//qTtL96RHaemoRH7bq0OUzalMqcitVLDGs1yzwrdm&#10;ubewd8Kwq4TJqaeGz6GkhNOXooTWjqCH2Yifj9qHoZrYh6Ch1IebpNGHmKbOh5WpyoeVqcqHlanK&#10;h5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcr/sBUE/7AgFf+uLS//qjpL+KZEaOqrQH3c&#10;rzySz69Cpsq1Sa3GvFKxubVnu7CweMOrrITJpKmEzZymg9CTpITTi6OG1YWijNaCopTWg6Sd1IOi&#10;pNGDnqbOhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMv/sBQE/7Ef&#10;Ff+vLC7/qzlL+KlAZ+uvO3vetjOP0ro0oczCOaq7ulW1sLRqvaqwecOnrYTHn6qEy5iog82Qp4TQ&#10;iaWG0oSkitOApJDTf6WX0n+moNB/pabOgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuA&#10;oKjLgKCoy4CgqMv/sRME/7IeFf+wKy7/rDdM+qw7Ze21NHjivymJ2MwgmL6/Pa6wuFm4qbNsvqWw&#10;esKiroTFm6yDyJSqhMqOqYTMiKiGzoOnic+Ap43PfqeTz3yoms58qaLNfKeoy3ynqMt8p6jLfKeo&#10;y3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMv/shIE/7MdFf+xKS7/rTZM/LE1YvG9KnLmzR+A&#10;yMwhm7G8RbKot165o7NvvqCxe8Ger4TDl66ExpGshMeMq4XJh6qHyoOqicuAqozMfamQzHyqlct6&#10;qpzKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMr/sxEE/7QbFP+z&#10;Ji7/rzNM/bkrXevKH2nS3xF/ucwnnKe9TLGgt2K5nbRxvZuyfL+asYTBlLCEw4+vhcWKrobGhq2H&#10;x4OsiceArIvIfqyOyHysksh7rJfIea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H&#10;ea2ex3mtnsf/tRAD/7YZFP+1JC3/tCxJ8sUfVNbdEmLB3xOBrM0ump/AT6uauGW3l7Vyu5a0fL2V&#10;soO/kbGFwY2xhsKJsIfDhq+Iw4OvicSBr4vEf66NxX2ukMV7rpTFeq+ZxHqvmcR6r5nEeq+ZxHqv&#10;mcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcT/tw4D/7gWE/+3IC35vx9B3NkRRMTrEmax3xiBoNAz&#10;lZfGUKOTwGOtkbtxs5G4e7iQtoK7jrSFvYuzhr+IsofAhrKJwISxisGCsYvBgLGNwX6xj8J8sZLC&#10;e7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcH0ugsD/bsSEv67Gyzl&#10;0A8yyOkPSrTyFWei4iJ9ltY3jY/OT5iMyGGgisRuporBeKqHv32thL6AsIG8grF/u4SzfbuFtHu6&#10;h7V6uYm1ebmLtne5jbZ2uI+3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiT&#10;t3S4k7fcvgYC+MAOEe7IDiLL2wsutvgRTKX1HWOX6Cx1jd89gYfYUIuD02CSgs9sl3/Nc5t8y3ed&#10;ecl6oHfIfaF1x3+jc8aCpHLFhKVwxYalb8SIpm7Eiqdtw42na8OQqGvDkKhrw5Coa8OQqGvDkKhr&#10;w5Coa8OQqGvDkKhrw5Coa8OQqGvDkKjXwAYB28YIDsvTChW46Awypv8VSpj6JlyN8DdphelGdH/k&#10;U3t832CBeNxohXTabYlw2HGLbtZ1jWzVeI9q1HuQadN+kWfTgJJm0oOTZdKFlGTRh5Rj0IqVYtCO&#10;lmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpbRwgYBzcsJBbraBxmo/g4x&#10;mf8dQ47/L1GF+j9cfvRNZHnwWGpz7F9vbepjc2nnaXZn5W55ZeRye2Pjdn1i4nl+YOF8f1/gfoBe&#10;34GBXd+DglzehoNb3YmEWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrd&#10;jYXLxAYAu9EGB6nnBhqa/xMrjv8kOYX/NkR+/0RNef9RVXH7V1tr911gZfRiZGLyaGdf8G1qXe9x&#10;bFvtdW1a7XhvWex7cFjrfnFX6oFyVuqEclXph3NU6Yp0U+iOdVPojnVT6I51U+iOdVPojnVT6I51&#10;U+iOdVPojnVT6I51U+iOdVPojnW8yQUAq9sBCJr/CxaP/xkjhf8rLX7/OTd4/0ZAcP9OR2n/VE1i&#10;/1pSXv5hVlr8ZllY+2tbVflwXVT4dF5S93hfUfd7YFD2fmFP9YFiT/WEY070h2RN9ItlTPOQZkzz&#10;kGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGb/oBgD/6IsEP+gOyX/nEk8/5dX&#10;U/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7&#10;wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/&#10;oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKD&#10;mbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYei&#10;zIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iS&#10;ZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqn&#10;u8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD&#10;/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnC&#10;gZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLv/oRgD/6MrEP+gOiX/nEg8/5dWU/iTY2jskml64ZFzitiPfJjQjoSkyo6M&#10;rcaNkLTEipO3w4aVuMKEmLnBgZu6wX+du8B9oLzAe6S8wHqnvcB5rL3AeLC9vXizvLh4s7y4eLO8&#10;uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7z/oRgD/6MqEP+hOSX/nUg9/5hVVPeUYWnr&#10;lGZ74JJvjNaReJrOkIKmyI+JsMSPj7bDi5G3woiUucGEl7rAgpq8wH+dvb99oL6/e6S+vnqov754&#10;rb+9eLG+uHiyvrR5s720ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmzvbR5s73/ohgD/6Qp&#10;EP+hOCX/nUc9/5lVVPeWXmnrlWN74JRsjdWSdZzNkX+ox5GHssSRjrbDjZC4wYmTusCGlry/gpm9&#10;v3+cvr59oL+9e6XAvXmqwL14sMC4ebDAtHmxv696sr2verK9r3qyva96sr2verK9r3qyva96sr2v&#10;erK9r3qyva96sr3/oxgD/6QpEP+iOCX/nkY9/5lUVfeXXGnrl2B835ZpjdWTcp3MknyqxZKFtMSS&#10;jLbCj4+5wYuSu8CHlb2+g5i/vYCcwL19oMG8e6XCvHmrwrl5r8K0ea/BsHqwwKx7sr6se7K+rHuy&#10;vqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr7/oxgC/6UoEP+iNyX/n0Y9/5pTVfeZWmnrmV58&#10;35dljtSVb53LlHmrxZOCtMSUirfCkY65wIyQvL+Ik769hJfAvICbwrt9oMO7e6bEunqtxbR6rsSv&#10;eq/CrHuwwKh8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb//pBgC/6UoEP+j&#10;NiX/n0U9/5pTVfeaV2nrm1t835lijtSXa57LlXasxZSAtMOViLfBk426wI6Pvb6JksC8hZXCu4Ga&#10;xLl9oMa5e6jHtHqrx697rcWre67Dp3yvwaR9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/&#10;pH2xv6R9sb//pBgC/6YnEP+jNiX/oEQ9/5tSVvecVWnrnFh835tejtSZZ57Kl3OsxZZ8tMOXhbfB&#10;lou7v5GNvr2LkMG7hpTEuYGZx7d+oMm2fKnKrnuqyKp8rMamfa3Eo36vwaB+sb+gfrG/oH6xv6B+&#10;sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb//pRgC/6YmD/+kNSX/oEQ9/5xRVveeU2nrnlV7355a&#10;jdSbZJ7KmW+sxZh5tMOZgrjBmYq7vpSMv7yOjsO5iJLHt4KYy7V+oc2vfKfNqX2pyqV+q8eif63E&#10;n3+vwp2Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb//phgC/6cmD/+kNSX/&#10;oEM+/51QVfefUWjroFN74KBXjdSeX57Km2usxZt1tMObfrjAm4e8vZeKwLqRjMW3ipDKtISXz7KA&#10;o9Kof6XPo4Coy6CAq8edga3Fm4GvwpmCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKx&#10;v5mCsb//phgC/6clD/+lNCX/oUM+/55OVfihTmjsolB64KNSjNWhW53Lnmasxp1xtMOeerjAnoS8&#10;vJuIwrmVise1jY3OsIaW1KmCoNahgqTQnYKoy5qDqsiZg63Fl4SvwpaEsMCWhLDAloSwwJaEsMCW&#10;hLDAloSwwJaEsMCWhLDAloSwwJaEsMD/phgC/6clD/+lNCX/oUI+/59MVfiiTGfspU154aZOi9Wk&#10;VpzMoWGqxqFss8OidrfAooC9vKCHw7eaiMqyk4rSrIuU26CHn9iahqTRl4anzJWGqsiUh6zFk4eu&#10;w5KHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMD/pxgC/6gkD/+mMyX/okI+&#10;/6BKVPmkSmbtp0p44qlLitaoUZrNplupx6VlssSncLbAp3q8vKaDw7aih8uvnYjWpZeV5pePntqT&#10;jaPSkYunzZCLqsmQiqzGj4quw4+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+J&#10;sMH/pxgC/6gkD/+mMyX/okE+/6JIVPmmR2buqkd3461HiNmtS5jPrFSmyKxer8avaLPCsXO5vrJ9&#10;wLKqh8uloobVlJyL3o+andqNlaLTjJKmzouQqcqLjqvHi42txIyMr8GMjK/BjIyvwYyMr8GMjK/B&#10;jIyvwYyMr8GMjK/BjIyvwYyMr8H/qBgC/6kkD/+nMiX/o0E+/6RGU/qpRGTvrUN15LFChdu0RJTS&#10;tUqhy7dTq8q+X629t264srB8wqmqhsucpYTSjaCH2Iagl9mHnqLTh5ilz4eVqMuHk6rIiJGtxYiQ&#10;r8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8L/qBgC/6kjD/+nMiX/o0A+/6ZD&#10;UvurQWPwsT9z57c9gt6+O4/WxD+azMVKpry8XbKxtW+7qrB9w6OrhMmWp4POiqSG04GjkNWBpZ/S&#10;gqGlz4KcqMyDmarJhJasxoWUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsP/&#10;qRgC/6ojD/+oMSX/pD8+/6hAUfyvPGHztjlw6r83fePKNYfU0TeVvsJLqbC5YLWotHC9o7B+wp2t&#10;hMeSqoTLiKeGzoCmjdB9p5jQfaikzn6kqMt/n6rJgJurxoGYrcSBmK3EgZitxIGYrcSBmK3EgZit&#10;xIGYrcSBmK3EgZitxIGYrcT/qhcC/6oiD/+oMCX/pT4+/6s7T/+0N132vTNq68oxddzaKYLEzjiZ&#10;ssFPq6e4Y7ehtHO8nrF/wZivhMSPrITIh6qHyoCpjMx8qZPMeqqcy3mrpsp6p6rIfKKrx32ercR9&#10;nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercT/qhYC/6shDv+pLiX/pzw+/7A2TPy6&#10;MFnvyCxi3tknbcvcJoa2zDybqMFUq5+5ZrabtXS8mbJ/v5WwhMKNr4XEhq2HxoGsi8h9rJDIe6yY&#10;yHmtn8d3rafHd6qsxnmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcT/qxUC&#10;/6wgDv+rLST/qzY7/7YvSPPEKFHg1iZWzOQicbvaKIiqzEGbn8NXqZm8abKWt3a5lLSAvZGyhcCL&#10;sYbBhrCIw4Gvi8R+ro/Fe66UxXqvmsR4r6DEda+nxHStrsN0ra7DdK2uw3StrsN0ra7DdK2uw3St&#10;rsN0ra7DdK2uw3StrsP/rBQC/60fDv+sKyT/sC83+r8lQeTRIEXO5B1bvekidK3aLImfzkWZl8Za&#10;pJPAaq2Ru3azkLh/t422hLuJtIa9hbKIv4Kxi8F/sY7BfLGSwnqxlsF5sZvBeLKhwHSxp8F0safB&#10;dLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8H/rhIB/68dDf+uKCT/uCQx6ssaNdDiF0O/&#10;8B1er+gldaDbMYeW0UiUkMpcno3FaqWLwXaqib59r4W8gLKCuoO0frmGtny4ibd5t4y4d7ePuXa2&#10;k7p1tpe6dLadunO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLn/sBAB/7Ea&#10;Df+xJSPzxBcn1N8QK8HvF0iw9yBgoeorc5XfOYKN10yNiNFdlYbMapuEyXSggMZ5pH3EfaZ6woCp&#10;d8GDqnXAhqxzv4qtcb+Nrm++kK9uvpSvbL6Zr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9r&#10;vqCva76gr2u+oK//sw4B/7QWDPy8FxrW1gsWw+0QMLL8GUqi+SVelu0zbozlQXqF3k+Dgdlein/V&#10;ao960nCTds91l3POeZlxzH2bb8uAnW3KhJ5ryYefacmKoGjIjqFnx5KiZceWomTHnKNkx5yjZMec&#10;o2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKP0tgoB/7gSC9XMCgvE2woZsvwRM6P/HUiW/CxY&#10;jPM7ZYTsSW9+51V2euNgfHXfZ4Fx3W2Ebdtyh2rZdolo2HqLZtd9jWTWgY5j1YSPYdSIkGDTi5Ff&#10;04+SXtKUklzSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZPcuwQA2MMHBMTR&#10;CAez6Aoco/8UMZb/JEOM/zRQhPtCWn32T2J48Vpoce5fbWvrZHFn6Wl0ZOdudmLmc3hg5Xd5X+R6&#10;e13jfnxc4oF9W+KFflrhiH9Z4IuAV+CQgFbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WB&#10;Vt+VgVbflYHUvQUAxMgHALTZBQqj/g0clv8aLIv/KzqD/zpEfP9ITXX/UlNu/VdYZ/pdXGP3Yl9g&#10;9mdiXfRrZFvzb2VZ8nNnV/F3aFbxemlV8H1qVO+Aa1PvhGtS7odsUO6LbU/tkG5P7ZBuT+2Qbk/t&#10;kG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG7GwAUAtNAEAaPjAgqW/xAYi/8gJIL/MC96/z83cv9I&#10;Pmr/TkNk/1RIXv9ZTFv/X09Y/2RSVf9pVFP/bVVS/nFXUP10WE/8eFlO+3taTft/W0z6g1xL+YZd&#10;SfmLXkj4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF+1xwIApNoAAZb/BgeK&#10;/xQRgf8kGnn/MyJw/zsqaP9CMWH/SjZc/1E7V/9XP1P/XUJQ/2JETv9nRkz/bEhK/3BJSf90Skj/&#10;d0tG/3tMRf9/TUT/g05D/4dOQv+LT0H/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+R&#10;UEH/kVD/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb&#10;03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRxwKrE&#10;ccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqI&#10;fH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8&#10;q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/kRIB/5UnC/+VOxz/k0sv&#10;/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjN&#10;cqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRx&#10;wKr/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb03qY&#10;n9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRxwKrEccCq&#10;xHHAqsRxwKrEccCqxHHAqsRxwKr/khIB/5YnCv+WOxz/lEsw/5BZQ/+PY1T6jmlk8Y1wcumLen7i&#10;iYKJ3IWJktiCjpnUf5Oe0X2Xos97m6bNeZ6ozHeiqst2pazKdKmtyXOtrslysq/JcbevyHG8r8Jz&#10;va6+dL2vvnS9r750va++dL2vvnS9r750va++dL2vvnS9r750va//kxIB/5cnCv+YOxz/lUsw/5FZ&#10;RP+RYFX6kGZk8I9tc+iNd4DhjICL24iHlNWFjZzSgpGhz3+Wpsx9manLe52syXmhrsh3pbDHdqmx&#10;xnWtssZ0srPGc7mzwnW6s7x1urO4drqzuHa6s7h2urO4drqzuHa6s7h2urO4drqzuHa6s7h2urP/&#10;lBEB/5gnCv+ZOxz/lksw/5JZRP+SXlX6kmRl8JFqdOePc4Hgjn2M2YuFltSIi57QhZCkzYKUqcp/&#10;mK3IfZywx3ugssZ5pLTFeKi1xHautsR1tLbBdre2vHe3trd3t7azeLe2s3i3trN4t7azeLe2s3i3&#10;trN4t7azeLe2s3i3trN4t7b/lREB/5knCv+ZOxz/l0ow/5NYRP+UXFX6lGFl8JNndOeRcILfj3qO&#10;2I2DmNKLiqDOh4+ny4STrMiBl7DGf5uzxH2ftcN7pLfCeam5wnevucJ2tbm8eLa4uHi2uLN4trew&#10;ebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7f/lhEB/5onCv+aOxz/l0ox/5RVRP+W&#10;WVX6ll5l8JVkdOeTbILekXaO2I9/mdGNiKLNio6pyYeSrsaElrPEgZq2wn6fucJ7pLrBeaq6wXex&#10;ur14tbq3eLW5s3m1ua95trisera3rHq2t6x6tresera3rHq2t6x6tresera3rHq2t6x6trf/lxEB&#10;/5smCv+bOxz/mEkx/5ZTRP+YV1X6mFtl8JdhdOeWaILek3KP1pF7mtCPhKPLjYyrx4qRscSGlbbD&#10;g5m4wX+eusF7pLvAeau8v3ezvLh4s7uyebS7rnm1uqt6tbmoe7a4qHu2uKh7trioe7a4qHu2uKh7&#10;trioe7a4qHu2uKh7trj/lxEB/5smCv+cOhz/mEkx/5hRRP+aVFT6m1hk8JpddOeYY4Lelm2P1pN3&#10;mtCRgKTKj4msxo2Ps8OJlLfChJi6wH+evL97pb6/ea6+uXiyvrJ5sr2terO8qXu0uqZ7tbmkfLa4&#10;pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trj/mBEB/5wmCv+cORz/mUgx/5lPRP+cUlT7&#10;nVVj8Z1ac+ebX4HemWmP1pZyms+TfKXKkYWtxZCNtMOLkrjBhZa7v4Cdvr17pcG7ea/BsnqwwKx7&#10;sb6oe7O9pXy0u6J9tbmgfba4oH22uKB9trigfba4oH22uKB9trigfba4oH22uKB9trj/mREB/50m&#10;Cv+dORz/mUcx/5tNQ/+eT1P7n1Jj8aBWcuifW4DfnWSO15ptmtCXd6TKlIGtxZKKtcKOkLm/h5W9&#10;vYCcwbt7p8Szeq3Eq3uvwqZ8sb+jfbK9oH60u55/tbmcf7a4nH+2uJx/tricf7a4nH+2uJx/tric&#10;f7a4nH+2uJx/trj/mREB/54mCv+dOBz/mkcx/5xLQv+gTVL8olBi8qNTcemjV3/goV6M2J5nmNCb&#10;caPKmHutxZWFtMKSjbq+ipK/uoGbxbd8qcmrfKvHpH2uw6B+sMCdf7K9m4Czu5mBtbqYgba4mIG2&#10;uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtrj/mhEB/54mCv+eOBz/mkYy/55JQv+iSlH9pE1g&#10;86ZQb+qnVH3hpliK2qRiltKha6HLnXWrxpqAs8KYirq8jo/CtoOZy6x9ps6if6rJnYCtxJqBsMCY&#10;grK+l4OzvJWDtbqUg7a4lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4lIO2uJSDtrj/mhEB/58mCv+e&#10;Nxz/m0Yy/59HQf+kSFD+p0pf9KlMbeurUHvjrFSH3Ktck9SpZZ3Opm+nyKN6sMOfhLi7lovEsIyZ&#10;zqCDpNGZhKnKloWtxZSFr8GThbG+koWzvJGFtLqRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5&#10;kYW1uZGFtbn/mxEB/58mCv+fNxz/m0Uy/6FFQP+mRk//qkdd9q1Ja+2wTHjms0+D37RVjtm1X5fT&#10;tWmgzrV2p8GrfLawn4XEoZWSzpSOo9KQi6jLj4qsxo6Kr8KOibG/jomyvY6ItLuOiLW5joi1uY6I&#10;tbmOiLW5joi1uY6ItbmOiLW5joi1uY6Itbn/mxEB/6AmCv+fNhz/nEQx/6NDP/+oQ07/rURb+LFF&#10;aPC2SHTpu0x+48BRh9/GW47WyGuUxr1xprWzeLWlqIHDlJ+NzYmcotKHlKfMiJGrx4mPrsOJjrDA&#10;iY2yvoqMs7yKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6iou0uoqLtLr/nBAB/6EmCv+gNhz/&#10;nkIx/6VAPv+rQEz/sUBZ+rdBZPO9RG/uxUl35c5SfN3WYn/MzmiSvMVupKu7drSasX/BiqqKy3+n&#10;nc+An6jMgpmrx4OVrcSEk6/BhZGxv4aPs72HjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460&#10;u4eOtLv/nRAB/6ImCv+gNRz/oD8w/6c9Pf+uPEr/tTxV+r09YPDGQmfm0Ups3t5Ods3aV4e+0GKW&#10;rsVupaG8ebKVtIO9hq2IxnuqlMp4q6jJe6Krx36crcSAma/CgZawwIKUsr6DkrO8g5KzvIOSs7yD&#10;krO8g5KzvIOSs7yDkrO8g5KzvIOSs7z/nhAB/6ImCv+hNBz/ojwu/6o6O/+yOEf8uzdR8sU6WObR&#10;QVzb3kJpzeJGfL7XUYyuzF+bocNtqJi8ebKRtYS7hbGJwnyukcV4rp/Fda2sxXilrsR6oK/CfJyw&#10;wH6Zsb5/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr3/nhAB/6MlCf+iNBz/pTkt&#10;/641OP+4M0L0wzNK59A4TtneOVrL5j1uvuBCgK7UUJChy1+dmMNtqJG9ebGLuIO4g7SIvX2xkMF5&#10;sZrBdbGlwXKvr8J1qK/Bd6OwwHmfsb97nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvXuc&#10;sr3/oBAB/6QkCf+jMhz/qDQr/7MvNPm/LTzpzS9A2d4vSsrnNF+96jpzr95Bg6HTUZGXy2CdkMRu&#10;poy/eq2Gu4Gzf7iHuHq2jbt3tZW8dbWfvHK0qL1us7K+cayyvnSnsr52o7K9dqOyvXajsr12o7K9&#10;dqOyvXajsr12o7K9dqOyvXajsr3/oRAB/6UjCf+kMRz/rS4n/7kpL+7IJjPa3CY3yucsT73yMmOv&#10;6Dl1od1ChJbUU5CPzWKaisdwoobDeqiAv4Cte72FsXa7i7RzuZK1cbmatnC5o7Vtuau2ari0uGuy&#10;trhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strj/oxAB/6ciCf+lLxv/syci9MIh&#10;Jt3YHSTL5yM8vfIqU6/zMmah5zt2ld5Gg43WVo2H0GSWhMtxnH/IeKF6xX6ldsKDqXLBiatvv4+t&#10;bL+Wrmu+na5qv6auaL+urmW9uLBlubuwZbm7sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sGW5u7D/&#10;pRAB/6ggCP+sJhf8ux0a49ETGczlGSm98iJBr/0qVaHzNGaW6T90jOFLf4XbWYiA1WaPfNFvlHfO&#10;dplzy3yccMmBn23Ih6Fqx4yjaMaSpGbFmaVkxaClZMWopWPGsqRgxLumYMS7pmDEu6ZgxLumYMS7&#10;pmDEu6ZgxLumYMS7pmDEu6b/qBAA/6oeCP+zHRHsyQ4PzuMOFb7yGC2v/iJDof8tVZb0OWSM7EVv&#10;hOVReX7gXIB53GeGdNluinDWdI5s03mRadJ/k2fQhJVkz4qXYs6PmGDNlZlfzZyaXs2im13Nq5tc&#10;zbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJr/qw8A/60aB/LADQjO0woGvvAOGq/+&#10;GTCh/yRDlf8yUov4P16D8UtofexWcHfoX3Zx5GV6bOFsfmnfcoFm3XiEY9x9hmHbgohf2oeJXdmM&#10;i1vYkoxZ15iNWNaejVfWpY5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI7/rw0A&#10;/7cOA83JCAG+2AkJrv0QHKH/HC+V/yk/i/83TIL+RVZ8+VBedfRZZG7xX2lo7mRtZOtqcGHqcHNf&#10;6HV1Xed6d1vmf3hZ5YR5WOSJe1bjjnxV4pN9VOKYflLhnn5R4aV/UeGlf1HhpX9R4aV/UeGlf1Hh&#10;pX9R4aV/UeGlf1HhpX/xtAgAzsAGAL3OBwGu4AcLoP8SHJT/ICuK/y84gf89Q3r/SUtz/1JRbP5X&#10;V2X7XVth+WNeXvdoYFv1bWJY9HJkVvN3ZlXye2dT8YBoUfCEaVDwiWpP745rTu6TbEzumW1L7Z9u&#10;S+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn27RuQMAvMUFAK3WAwGf+AsLk/8WGIn/JCSA&#10;/zQvef9BN3D/SD5o/09DYv9VR13/WktZ/2BNVv9lUFP/alFR/25TT/9yVE7/dlVM/ntWS/1/V0n9&#10;hFhI/IhZR/uNWkb7k1tF+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcRfqYXEX6mFy9vQMArc0B&#10;AJ7fAAGS/w0Ih/8ZEn7/KRt1/zUjbP88KmT/Qy9e/0o0WP9QN1T/VjpR/1s8Tv9gPkv/ZEBK/2hB&#10;SP9sQkb/cENF/3RERP94RUL/fUZB/4FHQP+GSD//jEk9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9&#10;/5FKPf+RSj3/kUquxQAAntcAAI/1AAGG/w8EfP8bC3H/JBFn/ywXX/81HFn/PSFU/0UmT/9LKUz/&#10;UixI/1cvRv9dMET/YTJC/2YzQP9qNT//bjY9/3M3PP93ODv/fDk6/4E6OP+GOjf/jDs2/5I8Nv+S&#10;PDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjz/gxMB/4QiBv+FNRT/g0Yk/39VNP+BXkL/gWZQ&#10;/39uXPl8d2bzeoBv7neId+p1j33ncpWC5HCaheNunojhbKKL4Gunjd9pq47eaK+Q3We0kd1mupHc&#10;ZcGS3GXJkttl0JLSZ9KRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pH/gxMB/4QiBv+F&#10;NRT/g0Yk/39VNP+BXkL/gWZQ/39uXPl8d2bzeoBv7neId+p1j33ncpWC5HCaheNunojhbKKL4Gun&#10;jd9pq47eaK+Q3We0kd1mupHcZcGS3GXJkttl0JLSZ9KRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR&#10;zmjSkc5o0pH/gxMB/4QiBv+FNRT/g0Yk/39VNP+BXkL/gWZQ/39uXPl8d2bzeoBv7neId+p1j33n&#10;cpWC5HCaheNunojhbKKL4Gunjd9pq47eaK+Q3We0kd1mupHcZcGS3GXJkttl0JLSZ9KRzmjSkc5o&#10;0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pH/hBMB/4UiBv+GNRT/hEYk/4BVNP+EXUP/hWVQ/4Nt&#10;XfiAdWjyfX5x7HqGeeh3jX/ldZOF4nKYieBwnYzfbqKO3WymkNxrq5Lbaa+U2mi1ldpnu5XaZsOW&#10;2mbMltNoz5bMac+VyGrPlshqz5bIas+WyGrPlshqz5bIas+WyGrPlshqz5b/hRIB/4ciBv+HNRT/&#10;hUYk/4RUNf+IXEP/iGRR/odrXveDcmnxgHxz632Fe+d6jILjd5KH4HSXjN5ynI/ccKGS226mlNls&#10;qpbZarCY2Gm2mddovZnXaMaa02jMmsxqzJnGa8yawmzMmsJszJrCbMyawmzMmsJszJrCbMyawmzM&#10;msJszJr/hhIB/4ghBv+INRT/hkYl/4dTNf+LW0P/jGJR/opqXvaHcWrwhHp06oCDfeV9ioTiepCK&#10;3naWj9x0m5LacaCV2G+lmNZtq5rVa7Cb1Wq3nNRpv53UacmdzGvKncZsyZ3AbcmdvW7Jnb1uyZ29&#10;bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ3/hxIB/4khBv+KNRT/iEYl/4pSNf+OWkP/j2FR/o5oXvaL&#10;b2rvh3h16YSBfuSAiIbgfI+M3XmUkdp2mpXYc5+Z1XClm9Ruqp7TbbGf0mu4oNJrwqHNbMehxm7H&#10;ocBux6G7b8ehuHDHobhwx6G4cMehuHDHobhwx6G4cMehuHDHobhwx6H/iBEB/4ohBv+LNRT/iUYl&#10;/41RNf+SWEP/kl5R/pBlXvaObGvvi3V26Id+gOOEhojef42P23uTlNh4mZnVdZ6c03Kkn9FwqqLQ&#10;brKj0G26pM5sxKXGb8Skv3DEpbpxxKW1ccSlsnLEpLJyxKSycsSksnLEpLJyxKSycsSksnLEpLJy&#10;xKT/iREB/4shBv+MNBT/ikYl/5BPNP+UVkP/lFtR/pNhXvaRaGvujnB26It7gOKHg4ndg4qR2X6R&#10;l9V6l5zTd52g0HSko89xqqbOb7OnzW69qMdwwqi+ccGpuHLBqbRzwamvdMKorXTCp610wqetdMKn&#10;rXTCp610wqetdMKnrXTCp610wqf/ihEB/4whBv+NNBT/i0Ym/5NONP+WU0L/l1hQ/pZeXvaUZGru&#10;kmx25492geGMgIrch4iS2IKPmdN9lZ/QeZyjznWjp8xyq6rLcLSryHC/rL9zvqy3dL6tsnW+rK52&#10;v6yqdr+rqHfAqqh3wKqod8CqqHfAqqh3wKqod8CqqHfAqqh3wKr/ixEB/40gBv+ONBT/jUUm/5ZN&#10;M/+ZUEH/mlVP/5paXfeYYGnvlWh16JJwgOGPe4rci4ST1oaMmtKAk6HOe5qmzHeiqsp0q67Icriv&#10;wHS8r7d1vLCwdrywq3e8r6h4va+leb6to3m+raN5vq2jeb6to3m+raN5vq2jeb6to3m+raN5vq3/&#10;ixAB/44gBv+PNBT/j0Ql/5hKM/+bTUD/nVFO/51XW/icXGjwmmN06Jdqf+KTdYrcj4CT1oqJm9GE&#10;kKPNfpipyXmirsd1rbHEdLqzt3a5s694ubOqebqzpnq6sqN7u7Gge7ywn3y9rp98va6ffL2un3y9&#10;rp98va6ffL2un3y9rp98va7/jBAB/48gBv+QNBT/kkMl/5pIMv+dSj//n05N/6BTWvmgWGbxn19y&#10;6pxlfeOYb4jck3qS1o+Em9CIjaPLgZarx3uhscV2sLW6d7e2r3m3tqh6uLajfLi0/+L/4klDQ19Q&#10;Uk9GSUxFAAUJoHy5s559urKcfruxm368sJt+vLCbfrywm368sJt+vLCbfrywm368sJt+vLD/jRAB&#10;/48gBv+RNBT/lEMk/5tGMf+gSD7/oktL/6RQWPqkVWTzpFpw66Jhe+SfaYXemnOQ15V+mdCOiKPK&#10;hZOsxH2gtL14sLmvebW5pnu2uKF9t7adfri1m3+5tJl/urOYgLqyl4C7sZeAu7GXgLuxl4C7sZeA&#10;u7GXgLuxl4C7sZeAu7H/jRAB/5AgBv+RNBT/l0Ik/51DMP+iRT3/pUhJ/6hMVfypUWH1qlds7qld&#10;d+eoY4HhpG2L1p55lsuVg6LAi46ttoOatq5+qrukfLO8nn61upqAt7eYgbi1loG5tJWCurOUgrqy&#10;k4K7sZOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7H/jhAB/5EgBv+SNBT/mUEj/59BL/+kQjv/&#10;qEVH/6xJU/6uTl71sFNo7LJacuSzYXvbr26EzKZ2lMCcfqK0koiuqYqUt6CFpL2ZgrG+lYO0u5OE&#10;triShLi2kYS5tJCEubOQhLqykIS6spCEurKQhLqykIS6spCEurKQhLqykIS6spCEurL/jw8B/5Ig&#10;Bv+TNBT/mj8i/6E/Lv+nQDr/rEJF/7BGUPmzS1rwt1Jj6LtZa9+9ZHLRtmyCxKxzk7ajeqGqmYOu&#10;npKQt5SNn76Oi7G/jImzvIyJtbmMiLe2jIi4tYyHubSMh7qzjIe6soyHurKMh7qyjIe6soyHurKM&#10;h7qyjIe6soyHurL/jw8B/5IfBv+UNBT/nD0h/6M8Lf+qPTj/r0BC/7RETPW6SVXsv1Fc5MZaYdjF&#10;Ym/JvGmBu7Jwkq2qd6CgoYCtk5uLt4mWm72Dla+/hJGzvIaOtbmHjba3h4y3toiLuLWJirm0iYq6&#10;somKurKJirqyiYq6somKurKJirqyiYq6somKurL/kA8B/5MfBv+VNBX/njsg/6U5K/+sOjX/sz0/&#10;+7pCR/HBSE7oyVFS39FbWc/KYG3BwmeAsrltkKSxdJ+Xqn2riqSItX+gl7t4n6y+fJqzvH+VtLqB&#10;kra4g5C3t4SPuLWEjbmzhY26soWNurKFjbqyhY26soWNurKFjbqyhY26soWNurL/kQ4B/5QfBv+W&#10;MxX/oDgf/6g2Kf+wODL/uDo79sA/QezKR0Xj1lRF1tlXWMfQXmu4yGR+qsFrjpy6cpyOtHqogK6F&#10;snarlLhvq6m6cqW1unedtbl6mba3fZa3tn6TubR/kbqygJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux&#10;gJC7sYCQu7H/kg4B/5UfBv+XMxX/ojUe/6szJ/+0NC/5vjY17ck9OOLWSDjZ4E1Fzd9WVr/YXGmw&#10;0GJ7ocloi5PDb5mFvnekeLqDrW64k7NouKi2abK4tm+nt7Zzobi1dpy5tHiZurN6lruxe5W8sHuV&#10;vLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLD/kw4B/5YfBf+ZMxT/pTAc/68wI/26LynwxjIt49Q7&#10;LNbgQDrL5UhMwOFOXLPdVmyl2F16mNJliIrObZR9yXafc8SDp2zAkaxnvqGvZb62r2a0u7Frq7ux&#10;bqW7sXGgvLBznb2vdJq9rnSava50mr2udJq9rnSava50mr2udJq9rnSava7/lA4B/5geBf+dMRL/&#10;qS0Z/7QqHvXCKSLk0S0h1eAzLMnoPD++6ENRseVJYaTiT3CX31Z9itpgiIDTa5J4zXeacMiCoWrF&#10;jqVmw5uoZcOsp2HCvapjuL+rZrC/rGmqv6xspb+rbaLAqm2iwKptosCqbaLAqm2iwKptosCqbaLA&#10;qm2iwKr/lQ0A/5oeBf+iLBD/rSgV+7sjGOjNIBfV3yUdyOgwMbzvOUSw7EBVo+pGZJfoTXGL41V9&#10;gdxhhnnVbI5y0XeVbM2BmmfKi55kyJagYcijoWDIs6Fdx8OjX77EpWG2w6VksMOlZazDpWWsw6Vl&#10;rMOlZazDpWWsw6VlrMOlZazDpWWsw6X/lw0A/5weBf+mJg3/tCAP78YXD9bdFg7I6SMiu/MuNq/0&#10;Nkii8j5Yl/FGZYvrT3CB5Vh6et9kgnPabYht1naNaNN/kmTQiJVgz5KYXs6dmVzNqZpbzrmZWc3I&#10;mlrFypxcvcmdXrjJnl64yZ5euMmeXrjJnl64yZ5euMmeXrjJnl64yZ7/mgwA/58dBf+sHwj4vhMI&#10;2NYLBMjoFRO69CInrvotOaL6NkqW+j9Yi/VIY4LuUm166Fx1cuRke23gbYBo3XWFZNp+iGDYhotd&#10;1o+NWtWYj1jUopBX1K6RVtS8kFbUzZBWzdGSV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI&#10;0ZP/nAsA/6MdBP+1EgPUyQoCyNoLBrn0Fhes/yMqof8uO5X/OEmL/0JVgvhMX3ryVmdz7l5ta+pk&#10;cmbnbHdi5HR6X+J8fVzhg39a34uCV96Tg1XdnIVU3KWGUtyvhlLcu4ZR3MyFUtrahVLa2oVS2tqF&#10;UtrahVLa2oVS2tqFUtrahVLa2oX/oAoA/60TAdTACADGzggAueMLCKv/Fxmf/yQqlP8wOYr/OkWB&#10;/0ZPev1RWHL4WF5r9V5jZfJlaGDvbGtd7XJuWut5cFfqgHJV6Yd0U+ePdlHmlndQ5p54TuWneU3l&#10;r3pN5Lt6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6TOTFekzkxXr/pAcA2LgEAMTEBgC30wcBqvMN&#10;C57/GhqT/ycoif8zNYD/Pz95/0pHcP9RTmn/V1Ni/V1XXvtkW1r5al5X93BgVPZ2YlL0fGRQ84Nl&#10;TvKKZ0zxkWhL8JhpSvCfaknvp2tI77BsR+63bEfut2xH7rdsR+63bEfut2xH7rdsR+63bEfut2zd&#10;rwAAxbwEALXKBACo2wUCnP8QC5H/HReH/yojfv82LXb/QTZt/0g8Zv9PQmD/VUZb/1tKV/9hTFP/&#10;Z09R/21RTv9yUkz/eFRK/35VSP6EVkf9i1hF/JJZRPuYWkP7n1tC+qdcQfqsXEH6rFxB+qxcQfqs&#10;XEH6rFxB+qxcQfqsXEH6rFzItgEAtcEDAKfRAQCZ6wUCj/8SCYX/IBJ8/ywbc/81I2r/PSpi/0Qw&#10;XP9LNFf/UjhT/1g7T/9ePUz/Yz9K/2hAR/9tQkX/ckNE/3dEQv99RUD/g0Y//4pIPf+QSTz/l0k7&#10;/55KO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0u2ugIApsoAAJjcAACM/wgBg/8UBXj/&#10;Hgxu/yYSZf8vGV3/Nx5X/z8iUv9GJk3/TChK/1IrRv9YLUT/XS5C/2EvQP9mMT7/azI8/3AzOv91&#10;NDn/ejU3/4A2Nv+GNzX/jDgz/5Q4M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5M/+YOTP/mDmnwwAA&#10;l9QAAIjkAACA/woBcv8OAmf/EwVf/x0JV/8mDVH/LxFM/zcVR/8+F0P/RRlA/0sbPf9QHTv/VR45&#10;/1kfN/9eITX/YiI0/2cjMv9sJDH/ciUv/3cmLv99Jy3/hCgr/4spK/+RKSv/kSkr/5EpK/+RKSv/&#10;kSkr/5EpK/+RKSv/kSn/dhUC/3MgBP9yMQz/cUMZ/3FQJv91WTP/dWI//3NqSf9wdFP/bn5b/GuH&#10;Yflpj2f2Z5Zr9GWcbvJjoXHxYqZz72Grde5gsHbuXrV37V67eOxdw3nsXMt661vYeuZd3nrfXuF5&#10;2GDjedVg43nVYON51WDjedVg43nVYON51WDjedVg43n/dhUC/3MgBP9yMQz/cUMZ/3FQJv91WTP/&#10;dWI//3NqSf9wdFP/bn5b/GuHYflpj2f2Z5Zr9GWcbvJjoXHxYqZz72Grde5gsHbuXrV37V67eOxd&#10;w3nsXMt661vYeuZd3nrfXuF52GDjedVg43nVYON51WDjedVg43nVYON51WDjedVg43n/dhUC/3Mf&#10;BP90MQ3/ckIZ/3RPJ/94WDP/eWA//3dpSv9zcVT/cXxc+26GY/drjmn0aZRt8mebcfBloHTvZKV2&#10;7WKqeOxhsHnrYLV761+8fOpexH3qXc19513ZfeFf3n3aYOB80WLhfc9i4X3PYuF9z2Lhfc9i4X3P&#10;YuF9z2Lhfc9i4X3/dxUC/3QfBP91MQ3/c0Ia/3dNJ/97VjT/fF9A/3pnS/93b1X+c3pe+nGDZfZu&#10;jGvza5Nw8GmZc+5nn3fsZaV562Sqe+pir33pYbV+6GC9f+hfxYDoXtCB4l/agNth3oDSYt+Ay2Pf&#10;gcpk34HKZN+BymTfgcpk34HKZN+BymTfgcpk34H/eBQC/3UfBP92MQ3/dEIa/3pMJ/9/VTT/gF1A&#10;/35lTP96blb+dndf+XSBZvVwim3xbZFy7muYduxpnnnrZ6R86WWpfuhjr4DnYraC5mG9g+Zgx4Tl&#10;X9OE3WHahNNj3YPMZNyExmXchMVl3ITFZdyExWXchMVl3ITFZdyExWXchMVl3IT/eRQB/3YeA/93&#10;MA3/dkIa/35LJ/+CUzT/g1xA/4JkTP9/bFb9enRg+Hd/aPNziG/wcI907W2WeeprnXzoaKN/52ap&#10;guVlr4TkY7aF5GK/h+NhyYfgYdWH1WTah81l2ojHZtmIwWfZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI&#10;v2fZiL9n2Yj/ehQB/3geA/95MA3/eEEa/4FJJ/+GUjP/iFpA/4diTP+DaVf8fnFh93t7afJ3hXHu&#10;c41363CUfOhtm4DmaqKD5GiohuNmr4jiZLeK4WPBi+FizovYZNaLzWbWi8Zn1ozAaNaMu2nWjLpp&#10;1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oz/exMB/3kdA/96MA3/fD8a/4VIJv+KUDP/jFhA/4tf&#10;TP+IZ1f8hG5h9n94avF7gnLtd4p56XOSfuZvmYPkbKGH4mqoiuBnr4zfZbiO3mTEj9tk0o/OZ9OP&#10;xmjTkL9q05C6a9OQtWzTkLRs04+0bNOPtGzTj7Rs04+0bNOPtGzTj7Rs04//fBMB/3odA/97MA3/&#10;fz4a/4lGJv+PTjL/kVY//5BdS/+OZFb8iWth9oRza/B/fnPse4d66HaQgeRyl4bhbp+K32unjt1o&#10;sJDcZruS22XKk9Bo0ZPGatCUvmvQlLhs0JSzbdCUr27Rk65u0ZOubtGTrm7Rk65u0ZOubtGTrm7R&#10;k65u0ZP/fRIB/3scA/98Lw3/gzwZ/41FJf+TTTH/lVM+/5RZSv+SYFX9j2hg9opwavCEeXTrf4N8&#10;5nqMg+J1lYjfcZ6N3W2nkdtpsZTZZ7+W1GfOl8drzZi9bM2Ytm7NmLBvzZiscM6XqXHOlqhxz5ao&#10;cc+WqHHPlqhxz5aocc+WqHHPlqhxz5b/fhIB/3wcA/9+Lw3/hjsZ/5FDJP+WSzD/mFA8/5hVSP+W&#10;XFT9k2Nf949rafCKdHPrhH985n6JhOF4kovdc5yQ2m6mldhqs5nWaMWbyWvLm71uypy0b8qcrnHK&#10;nKpyy5umc8uao3PMmaJ0zZiidM2YonTNmKJ0zZiidM2YonTNmKJ0zZj/fxIB/30bA/9/Lw3/iToY&#10;/5RCI/+ZRy//m0w7/5xSRv+bWFL/mV9d+JVmaPGQbnLrinl75YOEhOB8j4zcdpqT2G+mmdJrtZ3O&#10;asifvm7In7Nxx6Cscsegp3TIn6N1yZ6gdsqdnnbLm512y5qddsuanXbLmp12y5qddsuanXbLmp12&#10;y5r/gBEB/34bA/+ALw3/jDgY/5dAIv+cRC3/n0k5/6BORP+gVU/8nlta9ZxiZe6Xam/okXR54Yp/&#10;g9mDiozPe5WVyHWgnMNwrqG+b7+js3LFo6p0xaOkdsWjoHfGoZ14x6CbeMiemXnKnZh5ypyYecqc&#10;mHnKnJh5ypyYecqcmHnKnJh5ypz/gBEB/38bA/+BLw3/jzcX/5o/If+fQiz/okY3/6RMQv+kUkz3&#10;pFhX76NfYeegZmvgmnF11ZN8gcuKhY3Dgo+Wu3uanrV2p6SwdLinqHbCp6F4w6adecSlmnrFo5h7&#10;xqKWe8eglHvJnpR8yZ2UfMmdlHzJnZR8yZ2UfMmdlHzJnZR8yZ3/gREB/4AbA/+CLg7/kTYW/5w8&#10;IP+hQCr/pUQ0/6hKP/qpUEnyqlZS6qpdXOKpZmbXom9yy5l4gcGQgY24iIqXr4GVoKh8oqajerKp&#10;nnrBqZl8waiWfcOmlH7EpJJ+xaORfsehkH7In5B+yZ6QfsmekH7JnpB+yZ6QfsmekH7JnpB+yZ7/&#10;ghEB/4EbA/+ELg3/lDUW/546Hv+kPij/qEIy/6xHO/avTUTtsVRN5bNbVdywZWHOqGxxw590gLiW&#10;fI2uj4aYpYiRoZ2DnaeXgK2rk4C/q5GBwamPgcKnjoHDpY2BxaONgcaijIHIn4yByJ+MgcifjIHI&#10;n4yByJ+MgcifjIHIn4yByJ//ghEB/4EaA/+GLQ3/ljQV/6A5Hf+mPCb/q0Av+7BFOPK0Sz/puVNG&#10;4b1cTdO2YmDGrWlwu6Vxf7CdeYyllYKXm4+NoZOKmaeMh6mriIe/rIiHwKqIhsKoiIXDpoiFxaSI&#10;hMaiiITIoIiEyJ+IhMifiITIn4iEyJ+IhMifiITIn4iEyJ//gxAB/4IaA/+IKwz/mTIU/6I3G/+p&#10;OST/rz0s97VCM+27STnlwlI+2sJYTMy6YF+/smdvs6tufqijdoudnH6XkpeJoImSlqeCj6Wrfo+6&#10;rICNwKqBi8KogorDpoOJxaSDiMaihIfIoISHyJ+Eh8ifhIfIn4SHyJ+Eh8ifhIfIn4SHyJ//hBAB&#10;/4MaA/+LKgz/nDES/6U0Gv+sNiH+szoo87tALenDSDHhy1E30sdWS8XAXl24uGVurLFsfaCqc4qU&#10;pHuVip+GnoCbkqV5mKKqdJi3q3eVwal6kcKnfI/DpX2NxaN+jMahf4rIn3+KyJ9/isiff4rIn3+K&#10;yJ9/isiff4rIn3+KyJ//hRAB/4QaA/+OKAv/nzER/6cyF/+wMx35uTYi7sI9JubNRybb00w1y8xU&#10;Sb7FXFuxvmNspLhqepiycYeMrHmTgaiCnHekj6Nwop+nbKK0qG6fwqdymcOmdZXEpHeSxqJ4kMeh&#10;eo7In3qOyZ56jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ7/hhAB/4UZA/+RJgr/oS8P/6suFf+1Lxn0&#10;vzIc6cs6HN/ZRB3R2kozxNJSR7fLWlmpxmFpnMBneJC6boSEtnaPebKAmG+vjZ9orZ2jZK2ypGWq&#10;xaRqosWjbZ3GonCZx6FylsifdJPJnXWTyp11k8qddZPKnXWTyp11k8qddZPKnXWTyp3/hw8B/4cZ&#10;A/+VJAn/pCsN/68pEfq7KRPsyCwT3tg3ENPhQR7J30kwvNpRRK/TWFahzV9mlMhldIjEbIB8wHSK&#10;cb1/k2m7jJliuZydXrqxnl24yZ5irsifZqbIn2mhyZ5rncqdbprLm26Zy5tumcubbpnLm26Zy5tu&#10;mcubbpnLm26Zy5v/iA8B/4kZA/+aIwf/qCcK/7UiDPHEIAzg1SQJ0eEwFMfmPSS940Y0suBORKbc&#10;VlKZ111hjNJjb4DPa3p0zHOEa8p+i2LIjJFcyJyVWcixllfIzpZbu82YXrLMmWGrzJlkps2ZZ6LN&#10;mGegzZdnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZf/ig4B/4sYA/+fIQX/riAG+L0YBuPREwTQ4R4J&#10;xeouGbrpOimw50M5pORKSJjiUFaM4FdigN1fbHbbaHVs2nJ9Y9h+g1zYjIhX2J2LVNewjVTYzYxV&#10;y9OPV8DSkVq40ZNcstGTX6zRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGTYKrRk2Cq0ZP/jA4B/48WAv+l&#10;HgP/tRUD2soLAtDhDgLE6x4NuO8sHa3uNy6i7EA9l+tISozpT1aB6FZgdudeaWznZXBk5nB3XuN8&#10;fFngiYBW3peDU92mhFHcuIVR3dSEU9Dah1TG2IlWv9eKWLjWi1m21otZttaLWbbWi1m21otZttaL&#10;WbbWi1m21ov/jg0A/5cSAf+tFQHZvwkAzM4JAMPrDgS29R4Rq/UsIaH0NzCW80A+i/NISoHzUFR3&#10;81ddbfNdZGXwZmpf7XBuWup6clbnhXZT5ZF5UeSee0/jrHxN4718TePZfFDY4HxRzuB/UsbegVPE&#10;3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oH/kgwA/6ANANu3BgDKwwcAwNIJALX0EAap+x8Un/ws&#10;I5T8NzGK/EE9gf1JR3j9UVBu/VdXZfpeXGD2ZmFb9G9lVvF4aFPvgmtQ7oxtTuyXb0zro3FK6rBy&#10;SerBckjq2HJL4+RyTtjmc07V53RO1ed0TtXndE7V53RO1ed0TtXndE7V53T/lgoA3qwCAMu6BQC9&#10;xwYAstgIAaf/Egic/yEWkv8uI4n/OS+A/0I5d/9KQm3/UEll/1ZOX/9eU1r+ZVZV/G1aUvp1XE/4&#10;fl9M94dhSvWRYkj0nGRG86ZlRfKzZkTywWdD8tRnRe7nZ0br6GdG6+hnRuvoZ0br6GdG6+hnRuvo&#10;Z0br6GfuogAAzbQCALy+BACvzQQApN4HAZr/FQmQ/yQVh/8wIH7/Oyp0/0Iya/9IOWP/Tj9d/1VD&#10;WP9dR1P/ZEpQ/2tNTf9yT0r/eVFH/4JTRf+LVEP+lFZB/Z5XQP2oWD/8s1k+/L9aPvvRWj3721o9&#10;+9taPfvbWj3721o9+9taPfvbWj3721rSrQAAvbgCAK7FAgCh1QIAlvcLAo3/GAiE/yYRfP8xGnH/&#10;OCJo/z4pYP9FL1r/TDNU/1M3UP9aOkz/YDxJ/2Y+Rv9tQET/dEJB/3tDP/+DRT3/jEY7/5VHOv+e&#10;STn/p0o4/7FKN/++Szf/wks3/8JLN//CSzf/wks3/8JLN//CSzf/wku/swAArr4AAKDNAACS3gAA&#10;if8NAYH/GgV3/yMMbf8qE2T/MRlc/zgeVf9AIlD/SCZM/08pSP9VK0T/Wy1C/2EvP/9nMT3/bTI7&#10;/3MzOf96NTf/gjY1/4s3M/+UODL/nDkx/6Q6MP+vOzD/sjsw/7I7MP+yOzD/sjsw/7I7MP+yOzD/&#10;sjuwuAAAoMcAAJHYAACE7wAAfP8NAW//EQNm/xkGXv8hClb/KQ9Q/zITS/86Fkb/QRlC/0gbP/9O&#10;HTz/Ux45/1kgN/9eITX/ZCIz/2kjMf9wJC//dyUt/34mLP+HJyr/jygp/5cpKP+gKij/oyoo/6Mq&#10;KP+jKij/oyoo/6MqKP+jKij/oyqhwgAAkdEAAILhAAB4/wAAbP8IAWD/DQJX/xEDT/8YBUj/IAZD&#10;/ykIP/8xCjv/OAw4/z4ONf9EDzL/SRAw/04RLv9TEiz/WBMq/10UKf9jFSf/aRYl/28XJP93FyL/&#10;fhgh/4UZH/+PGh//kRof/5EaH/+RGh//kRof/5EaH/+RGh//kRr/aBkC/2QjBP9fLwb/XkAQ/2NL&#10;Gv9nVCX/aF0v/2ZnOf9kckH/Yn1I/2CHTv9dkFL/W5hW/1qeWf9YpFv/V6pd/lawX/1VtWD8VLxh&#10;/FTEYvtTzWP5Utxj9lLmY/FT6mPsVO1j5lbvYuBX8GPgV/Bj4FfwY+BX8GPgV/Bj4FfwY+BX8GP/&#10;aRgC/2UjBP9gLgb/X0AQ/2ZJGv9qUyX/a1ww/2llOv9ncEL/ZHtJ/2KFT/9fjlT/XZZY/1udW/9a&#10;o139WKlf/FevYftWtWL6Vbxk+lXEZflUzmX3U91m81PmZu5V6mbnVu1l4VjuZdtZ72bbWe9m21nv&#10;ZttZ72bbWe9m21nvZttZ72b/ahgC/2YiBP9hLgf/YD8Q/2lIG/9tUSb/blsw/2xkOv9pbkP/Z3lL&#10;/2SDUf9hjFb/X5Va/12cXf1bomD7Wqli+lmvZPlYtWX5V7xn+FbFaPdVz2j1VOBp8FXmaelX6mji&#10;Wexo21rtadNb7mnTW+5p01vuadNb7mnTW+5p01vuadNb7mn/ahgC/2ciBP9iLgf/Yz4Q/2xGG/9x&#10;UCb/clkx/3BiO/9sa0T/aXZM/2eBUv9ki1j/YZNc/V+bYPtdoWL6W6hl+VquZ/hZtWj3WLxp9lfG&#10;avVW0WvyVeFs7FfnbORZ6WvcW+tr1FzsbM1d7WzNXe1szV3tbM1d7WzNXe1szV3tbM1d7Wz/axcC&#10;/2ghA/9jLQf/ZzwQ/3BFG/90Tib/dlcx/3RgO/9waUX/bXNN/2p+VP9miFr+Y5Fe+2GZYvlfoGX4&#10;Xado9lytavVatGz0Wb1t9FjHbvJX1G/uV+Jv5lnmb91c6W7TXepvzV7rcMdf63DHX+twx1/rcMdf&#10;63DHX+twx1/rcMdf63D/bBcC/2khA/9lLQf/azoQ/3RDG/95TCb/elUx/3ldPP91ZkX/cHBO/217&#10;Vv9qhVz8Zo9h+mSXZfdhn2j2X6Zr9F2tbfNctG/yWr1x8VnJcu9Y2nPoWuNz3l3mctNe6HPLX+h0&#10;xmDodMFh6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HT/bRYC/2ogA/9mLQf/bzgQ/3hBGv99SiX/&#10;f1Ix/35bPP97Y0b/dmxP/3F3V/5tgl77aoxj+GaVaPVknWzzYaRv8l+scfBdtHPvXL917lvLdupb&#10;3XfgXeN202Dld8ph5XjEYuV4vmPleLpk5Xi6ZOV4umTleLpk5Xi6ZOV4umTleLpk5Xj/bhYC/2sg&#10;A/9oLAf/czYQ/30/Gv+CRyX/hFAw/4RYO/+BYEX/fGlP/3ZyV/5xfV/5bYhl9mqSavNmm2/xY6Ny&#10;72Grde1ftXjsXcF57FzQeuNd33vUYeJ7ymLifMJk4X28ZeF9t2bifLNn4nyzZ+J8s2fifLNn4nyz&#10;Z+J8s2fifLNn4nz/cBUB/2wfA/9pLAf/dzQP/4E8Gf+HRST/ik0v/4lVOv+HXUX/gmVP/3xuWP12&#10;eGD4coRn9W2ObfFpmHLvZqF27GOreetgtnzpXsR+517Yf9hh337KY9+AwWXegbln3oG0aN6BsGnf&#10;gKxp33+sad9/rGnff6xp33+sad9/rGnff6xp33//cRUB/20fA/9rKwf/ezIP/4Y6GP+MQyL/j0st&#10;/49TOP+NWkP/iWJN/4NpV/18cmD4dn9n9HGKbvBslXTtaJ956mSqfehht4DmX8iC3WHbg8xk3ITA&#10;ZtyFuGjbhbFq24Wta9yEqWzdg6Zs3YKmbN2CpmzdgqZs3YKmbN2CpmzdgqZs3YL/chQB/28eA/9v&#10;KQf/fzAO/4o4F/+RQSH/lEos/5VRNv+TWEH/kGBL+4tnVfWEb1/wfXpn63eFb+dykHbjbZt83mim&#10;gdpls4TVY8SGz2Tah8Fn2Yi3adiJr2vYiapt2YimbtqHo27ahqBv24Wgb9uFoG/bhaBv24Wgb9uF&#10;oG/bhaBv24X/chQB/3AeA/9yKAf/gi4N/442Fv+VQB//mUgp/5lPNP+YVT76llxJ9JJkU+2Ma13n&#10;hXZm4X+Bb9t4jHfTcpZ+zW2hhMlqrYnFaLuLwWjQjLZr1Y2ubdWNp2/WjKNw1oufcdiKnXHZiZty&#10;2oebctqHm3Lah5ty2oebctqHm3Lah5ty2of/cxQB/3AdA/91Jgb/hiwN/5E2Ff+ZQB3/nEYn/51M&#10;MfydUjv0nFlF7ZlgT+aUaFnfjnNj1YZ9bs1/h3jGeJGAwHObh7tvp4y2bbSPs2zIkaxu0pGlcNOQ&#10;oHLUj5xz1Y2ZdNaMl3TYipZ12YmWddmJlnXZiZZ12YmWddmJlnXZiZZ12Yn/dBMB/3EdA/94JAb/&#10;iSsM/5U1E/+cPhv/oEMk/6JJLvejUDfvolZB56FdSt+dZ1TUlW9iy414bsOFgnm7f4yCtXmWia91&#10;oY6qcq+SpnHBlKFz0JScdNGSmHbSkZZ304+Ud9WNknfWjJF42IqReNiKkXjYipF42IqReNiKkXjY&#10;ipF42Ir/dRMB/3IcA/97Iwb/jCkL/5g0Ev+fPBn/o0Ei+6ZGKvKoTTPqqVQ84qlbRNejY1PMmmxi&#10;wpN1brqLfnmyhYeDqn+RiqR7nJCeeKqUmna7lpd3z5aUedCUkXrRko9605COetSPjXrVjYx614uM&#10;eteLjHrXi4x614uMeteLjHrXi4x614v/dRMB/3McA/99IQX/jikK/5s0EP+iORf/pj4f96pEJu6u&#10;Si7lsVI13K9ZQc+oYVLFoGlhu5hybrGRenmpi4ODoYWNi5qBmJGUfqWWkHy2mI19zZeMfs+Vin7Q&#10;k4p+0pGJftOPiX3VjYh91ouIfdaLiH3Wi4h91ouIfdaLiH3Wi4h91ov/dhIB/3QcA/+AIAX/kSgJ&#10;/54zD/+kNxX+qjsb869BIuq0SCjiuVAu1LRWQMmtX1G+pWdgtJ5vbaqXd3ihkYCCmYyKi5GHlZGL&#10;hKKWhoOymYOEy5iEg86WhIPQlISC0pKEgdOQhIHUjoSA1oyEgNaMhIDWjISA1oyEgNaMhIDWjISA&#10;1oz/dxIB/3QbA/+CHgT/lCcI/6AyDf+nNBP6rjgY77U9HOa8RiHcv0wszrlUP8OxXVC3qmVfraRs&#10;bKOddHeZmHyBkZOGiomPkpGCjJ+WfYqvmHqLx5h8ic6WfYjQlH6G0pJ/hdOQf4TUjoCD1oyAg9aM&#10;gIPWjICD1oyAg9aMgIPWjICD1oz/eBIB/3UbA/+FHAT/lyYH/6MvC/+rMBD1szQU67s6F+LERBjV&#10;xEgryL1TPby2W06xsGNdpqpqapykcXaSn3qAiZqDiYGWjpB5k5yVdJKsl3GSw5hzkc+Wdo7QlHiL&#10;0pF5itOQeojVjnuH1ox7h9aMe4fWjHuH1ox7h9aMe4fWjHuH1oz/eBIB/3YbA/+IGwP/miUG/6Yr&#10;Cf6vLAzxuS8O5sM2D93NPBbOyEcpwsJRO7a8WUyqtmFbn7BoaJWrb3SLpnd+gaKAhnmfi41xnJmS&#10;bJuplWmbv5ZrmdCUbpTRknGR0pFzj9SPdY3VjXaL1ot2i9aLdovWi3aL1ot2i9aLdovWi3aL1ov/&#10;eREB/3gaAv+MGQP/niME/6omBvi0JQjrwCgI4c0wB9TSNxTIzUUnu8hPOa/CV0qjvV9YmLhmZY2z&#10;bXGDr3V7eqt+g3GoiYpqppaPZaWnkmKmvZJjo9KRZ53TkGqY1I9tldWNbpLWjHCQ2IpwkNiKcJDY&#10;inCQ2IpwkNiKcJDYinCQ2Ir/exEB/3wXAv+QFwL/oiED/64gBPK7HQTlyh4D2tskA8zZNRLA00Mk&#10;tM5NNqjJVUecxF1VkcBkYoa8a217uHN2crV8fmqzh4VjsZWKXrCljFuxvI1br9WNX6fVjWOh1oxm&#10;nNeLaJnYimqW2YhqltmIapbZiGqW2YhqltmIapbZiGqW2Yj/fBAB/4EUAv+VFQH/px0C/LUWAuvG&#10;EAHa2w8AzeAlBMPfNg+420EhrNVLM6DRU0OUzVpRicliXX7GaWd0w3Fwa8F7eGS/hn5dvpSCWL2l&#10;hVa+u4ZVvduGWLPah1yr2odfptqHYaHbhmOd24VjnduFY53bhWOd24VjnduFY53bhWOd24X/fhAB&#10;/4cRAf+aEQD/rRQA2r4KANHNCgDL5BABweQlB7fjNROt4UAho95JL5fbUj6L11lLgNRgV3bRaGFt&#10;z3BpZc16cF7MhnVYzJV5VMyme1HNvHxQzOJ8U8Hgf1W334BYsd6BWqvegVym34Fcpt+BXKbfgVym&#10;34Fcpt+BXKbfgVym34H/gA8B/44OAf+iDQDbtQgAzsEIAMbQCQC+6RICtOklCqroMxeg5j4lluVH&#10;MovjTj+A4VVJduBdU23eZltl3W9hXt16Z1jchmtT3JVvUN2mcU3eu3JN3+FxTtHndFDG5ndSvuR4&#10;U7jkeVWy43pVsuN6VbLjelWy43pVsuN6VbLjelWy43r/gw4B/5YLAN2rBADNuAYAwsQGALrUCQCx&#10;7xQDp+4lDZ7uMxqU7T0niuxGM4DrTj5261VHbOpbTmTqY1Vd6m1aWOp3XlPqg2JO6pFlSuuhZ0fs&#10;s2lG7dBpSOboaUvZ62pMz+xtTsfrb0/A6nBPwOpwT8DqcE/A6nBPwOpwT8DqcE/A6nD/iQsA6aAB&#10;ANCxBADBvAUAt8kGAK7aCQCk9RcFm/UnEJL1NByI9j4nf/ZHMnb2Tjts9lRCZPZaSF32Yk1X9mtR&#10;UvZ1VU33gFhI+I1aRfibXEL4q15B975fQPffYEPu7GBH4/FfSNvxYUnS8mNJ0vJjSdLyY0nS8mNJ&#10;0vJjSdLyY0nS8mP+lQAA1KkAAMK1AwC1wQMAqs8FAKDnCwGY/RoGj/4pEIb/NRt+/0AldP9GLWv/&#10;TDVj/1I6XP9ZP1b/YENQ/2hHTP9xSkf/e0xD/4dOQP+UUD7/oVI9/7BUO//DVTv+4VU8+fBVQPD0&#10;VUPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91TboQAAxbAAALW6AgCoxwIAndYEAJP8DgGL/x0G&#10;g/8rD3r/NRdx/zwfaP9CJmD/SSxZ/08xU/9WNU7/XThJ/2U7Rf9tPUH/dj8+/4BBO/+LQzn/mEU4&#10;/6RGNv+yRzX/xEg1/91JNP/wSTf++Ek3/vhJN/74STf++Ek3/vhJN/74STf++EnJqwAAtrQAAKjB&#10;AACbzwAAjt8BAIf/EQF+/x0Edf8nC2z/LxJk/zcYXP8+HVb/RSJQ/0slS/9SKEb/WCtB/18tPv9n&#10;Lzv/bzE4/3gzNv+CNDP/jTYx/5k3MP+lOC//sjou/8A7Lv/TOy3/6zwt/+s8Lf/rPC3/6zwt/+s8&#10;Lf/rPC3/6zy4sAAAqLwAAJrJAACM2QAAgfUDAHn/EAFu/xYDZf8fBl7/JwtX/zAPUf83E0v/PhdG&#10;/0UZQf9MGz3/Uh05/1gfNv9fITT/ZiIx/24kL/93JS3/gCYr/4woKf+XKSj/oion/60rJv+5LCb/&#10;yS0m/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS2qtwAAmsUAAIvTAAB94gAAdf8FAGn/DAFf/xECV/8X&#10;A1D/HwVJ/yYHRP8uCT//Ngs7/z0NN/9DDzP/SREw/08SLv9VEyz/WxQq/2IVJ/9pFiX/chcj/3sY&#10;If+GGR//kRoe/5wbHv+lHB3/sB0d/7AdHf+wHR3/sB0d/7AdHf+wHR3/sB2cwAAAjM4AAHzeAABw&#10;9QAAZf8AAFr/BgFR/w0BSf8RAkP/FwM9/x8EOP8mBTT/LQYw/zMHLf85Byr/Pggn/0MIJf9JCSP/&#10;Tgkh/1QJH/9aCh3/YQob/2kLGf9yDBf/fA0W/4YNFP+PDhT/mg8U/5oPFP+aDxT/mg8U/5oPFP+a&#10;DxT/mg//XBwC/1cmA/9RMgb/TjwI/1dFEP9bThn/XFgi/1tjK/9ZbzL/V3o4/1SFPf9SkEH/UJlF&#10;/0+gR/9Op0n/Ta5L/0y0TP9Lu03/SsNO/0nNT/9J3VD/SOlQ/0jyUPtJ9lD2S/lQ8E37T+pP+1Dn&#10;T/xQ50/8UOdP/FDnT/xQ50/8UOdP/FD/XBwC/1gmA/9SMgb/UToI/1pDEP9fTRn/X1cj/15hK/9c&#10;bTP/WXk6/1eEP/9UjkP/UpdH/1CfSf9Ppkv/Tq1N/020T/9Mu1D/S8NR/0vOUv9K31L/SepT/Ury&#10;U/hL9lPxTfhS60/6UuVQ+lPiUfpT4lH6U+JR+lPiUfpT4lH6U+JR+lP/XRsC/1kmA/9TMQb/VDkI&#10;/11CEP9iSxr/YlUj/2BfLP9fazT/XHc7/1mCQP9WjEX/VJVI/1KeS/9RpU7/UKxP/0+zUf9Ou1L/&#10;TcRT/0zPVP9L4FX/S+tV+kzyVfRN9lXsUPhU5lH4Vd9S+VbcU/lW3FP5VtxT+VbcU/lW3FP5VtxT&#10;+Vb/XhsC/1olA/9UMQb/WDcI/2FAEf9lSRr/ZlMj/2RdLf9iaDX/X3Q8/1x/Qv9Zikf/VpNL/1Sc&#10;Tv9TpFD/UatS/1CzVP9PulX/TsRW/03QV/9N4lj8TO1Y9k7yWO5Q9VjmU/ZY31T3WddV+FnTVfhZ&#10;01X4WdNV+FnTVfhZ01X4WdNV+Fn/XxoC/1slA/9VMAb/XDQI/2U9Ef9qRxr/a1Ek/2laLf9mZDb/&#10;Y3A9/198Q/9ch0n/WZFN/1eaUP9VolP/U6pV/1KyV/9Ruln/UMVa/0/SW/xO5Fv4T+1c8FHyW+dU&#10;9FveVfVc1Vb2Xc5Y913LWPddy1j3XctY913LWPddy1j3XctY913/YBoC/1wkA/9WLwX/YDII/2o7&#10;EP9vRBr/cE4j/29XLf9rYTb/Z2w+/2N4Rf9gg0v/XI5P/1qYU/9XoFb/VqlZ/1SxW/9Tulz+UcZe&#10;/FDWX/lQ51/yUu5f51XxX91X8mDSWPNhy1n1YsVb9WLDW/Viw1v1YsNb9WLDW/Viw1v1YsNb9WL/&#10;YRkC/10jA/9aLQX/ZS8I/284EP90QRn/dksj/3VULf9xXTb/bGc//2hzRv9kf0z/YIpS/12VVv9a&#10;nln/WKdc/lawX/1UumD8U8di+VLcY/NT6GPpVe5j3ljwZNBa8WXIXPJmwl3yZr1e8ma7XvJmu17y&#10;Zrte8ma7XvJmu17yZrte8mb/YhkC/14jA/9eKgX/aS0I/3Q1D/96Phj/fEgi/3tRLP94Wjb/c2M/&#10;/21tR/9pek7/ZIZU/2CRWP9dnFz9WqVg+1iwYvpWu2X4Vcpm9VTgZ+xW6mffWu1n0FzvacZd72q/&#10;X+9quWDvarVh72qzYe9qs2HvarNh72qzYe9qs2HvarNh72r/YxgC/2AiA/9iJwX/bioH/3kyDv9/&#10;PBf/gkYh/4JPK/9/WDX/e2A+/3VpR/9vdE77aoFV+GaMW/Vil1/zX6Fj8FyrZu5atmnsWcRq6Vja&#10;a+Fa6mvQXextxV/sbrxh62+2YuxvsWPsbq1k7G6rZO1tq2Ttbatk7W2rZO1tq2Ttbatk7W3/ZBgC&#10;/2EiA/9mJQT/cicH/34wDf+FOxb/iEUf/4hNKf+GVTP/gl49+31mRvZ2cE7ycnxV7m2HXOpokmLm&#10;ZJxm42GmauBfsm3dXb9v2l3TcNJe6nDEYOlyumLoc7Nk6HOtZelzqWbpcqZn6nGkZ+pwpGfqcKRn&#10;6nCkZ+pwpGfqcKRn6nD/ZRcC/2IhA/9pIwT/dyUG/4IvDP+KORT/jkMd/49MJv+NUzD5ils684Vj&#10;RO1/bE3oeXdV43SCXd5ujWPZaZdp02ahbs9jrHHLYbl0yGHKdcVh5Xa5ZOZ3sGbld6po5nelaeZ2&#10;omrndZ9q6HOea+lznmvpc55r6XOea+lznmvpc55r6XP/ZhcB/2MhA/9tIAT/eyMF/4cuC/+POBL/&#10;k0Ea/5VKI/qUUS3zkVk37I1gQeWHaUrfgXRT1np+Xc90iGXKb5FsxWubccFopnW9ZrJ4umXCerdl&#10;3XuuaON7p2rje6Jr5HqebOV4m23ld5lt53aYbud1mG7ndZhu53WYbud1mG7ndZhu53X/ZxYB/2Qg&#10;A/9wHgP/fiIF/4ssCf+TNxD/mEAY/ZpIIPSaTinsmFUz5ZVdPN2PZkfTiG9Ty4F5XsV7g2a/dYxu&#10;uXGWdLVuoXiwa6x8rWq7fqpq0n+kbOB+nm3hfZpv4nyXcON6lXDkeZNw5XeTceZ3k3Hmd5Nx5neT&#10;ceZ3k3Hmd5Nx5nf/aBYB/2QgA/9zHAP/gSAE/44rCP+XNQ7/nT4V+J9EHO+gSyXnn1It351aN9OV&#10;Y0bKjmxTw4d1XruBfme1e4hvr3eRdapznHqlcKh+oW+2gZ5vyoKbcN6BlnHfgJNy4X6Rc+J8kHPj&#10;eo5z5HmOc+V4jnPleI5z5XiOc+V4jnPleI5z5Xj/aRYB/2YeA/92GgP/hB8D/5IqB/+bNAz+oDsS&#10;86NBGOqmSCDip08n2KJWNsyaYEXDk2lSu41yXrOGemesgYRvpn2NdqB5mHybdqOAl3Sxg5R0xYSR&#10;dd2Dj3begY124H+Ld+F9infie4l25HqJduR5iXbkeYl25HmJduR5iXbkeYl25Hn/aRUB/2kdA/94&#10;GQL/hx4D/5UoBv+eMgr6pDcP76g9FOasRBrdrUsk0KZUNcafXkS8mWZStJJvXayMd2ekh4BvnoKK&#10;d5h+lH2Se6CBjXqthIp5wIWIetyEh3rdgoZ634CGeuB+hXrifIV543qFeeR5hXnkeYV55HmFeeR5&#10;hXnkeYV55Hn/ahUB/2sbAv97FwL/ihwC/5gmBf+iMAj1qDMM6645EOKzQRTWsUcjyqtSNMCkXEO2&#10;nmRRrZhsXKWSdGadjX1vloiGdo+FkX2KgpyChYCqhYF/vIaAgNuFgIDdg4B/3oGAfuB/gH3hfYB9&#10;43uAfOR6gHzkeoB85HqAfOR6gHzkeoB85Hr/axUB/20ZAv9+FQL/jRsC/5skA/6lLAbxrC8I57M0&#10;C926OhDQtUYhxa9RMrqpWkKwo2JPp51qW56YcmWWk3puj4+DdoiLjnyCiJmBfIanhXmGuYZ3h9eF&#10;eIXdg3qD3oF6guB/e4HhfXyA43t8f+N6fH/jenx/43p8f+N6fH/jenx/43r/axQB/3AYAv+BFAH/&#10;kBkB/58iAvqpJgTtsSkF4rovBta/Ng/KukQgv7RPMbSuWECqqGBOoaNnWpieb2SPmndtiJaAdYCS&#10;i3t6j5aAdI6khHGNtoVvjtGFcYvdg3OJ34F1h+B+doXhfXeE43t3g+R6d4PkeneD5Hp3g+R6d4Pk&#10;eneD5Hr/bBQB/3MWAv+FEwH/lBYB/6IeAfWtIALnuCEC3cMmAtDDNA3EvkIeublNL66zVj6krl5M&#10;mqllV5GlbWKJoXVrgJ1+cnmaiHlyl5R+bZaigmmVs4Rnls2DaZPegmyP34BvjOF+cIrifHKI43py&#10;h+R5cofkeXKH5Hlyh+R5cofkeXKH5Hn/bRMB/3YTAf+IEgH/mBMA/6cZAe+zFgHiwBUA1coeAcnH&#10;Mgy+w0Acs75LLKi6VDyetVxJlLBjVYqsa1+BqXJoeaV7b3KjhXZroJF7Zp+ff2KfsYFgn8qAYpzg&#10;f2WX4X5ok+J8apDje2yN5HltjOV4bYzleG2M5XhtjOV4bYzleG2M5Xj/bhMB/3sRAf+NEAD/nRAA&#10;+qwRANq7CwDVyQsAzc4bAcLMLwq3yT0ZrMVJKaHAUjiXvFpGjbhhUYO1aFt6snBkcq95a2usg3Fk&#10;q492X6meelupr3xZqsl8Wqfie16g43thm+N6Y5fkeWaU5XdmkuZ3ZpLmd2aS5ndmkuZ3ZpLmd2aS&#10;5nf/cBIB/4AOAf+SDgDyowsA2bMJAM++CQDLzAkAxNMXALrSLAewzzsWpcxGJprIUDWPxFhBhcFf&#10;TXy+Z1ZzvG9ea7l3ZWS4gmteto5wWbWdc1W1rnVUtsh1U7Pndler5nZapOZ2XKDndV+c53Rgmuh0&#10;YJrodGCa6HRgmuh0YJrodGCa6HT/chIB/4YMAPuYCQDZqQYAzrUHAMbBBwDAzwkAutsTALHaKQWn&#10;2DcSnNREIZLRTTCHzlU8fctdR3TJZVBsx21XZcV2Xl7EgWNZw45oVMOda1HDrmxPxMhtTsLtbVC4&#10;629TsOtwVavqcFim63BZo+twWaPrcFmj63BZo+twWaPrcFmj63D/dw8B/40IAN6gAgDPrgUAxLkF&#10;ALvFBgC10woAruEWAabhKQad4DcRk95CHYncTCl/2lQ1dddcP23VZEhl02xPX9J2VFnSgVlU0Y5d&#10;UNGdYE3SsGJL08liStLtYkvI8mZNv/FoT7jwaVGy8GlSr+9pUq/vaVKv72lSr+9pUq/vaVKv72n/&#10;fwoA7ZYAANKmAQDEsgMAubwDALDJBgCp2AoAoecZApnnKgmQ5zcUh+ZCH33lSil05FEza+NZOmTi&#10;YUFe4mtHWOJ1S1PhgE9P4o1TS+KbVUnjrFdH5MRXRuPpV0bd9llH0PdcScj3XkrB9mBLvfZgS732&#10;YEu99mBLvfZgS732YEu99mD/iQAA2Z4AAMesAQC5tgIArsEDAKXOBgCc5AwAle8dA43vLAuF7zkV&#10;fO9BHnPvSSdq7lAvYu5XNVzuXzpW7mg/Uu5xQk3vfEZJ74lJRvCWS0Pwpk1A8blOP/LbTz7w905C&#10;5vtPQ937UUTU/FNFz/xURc/8VEXP/FRFz/xURc/8VEXP/FThlQAAy6YAALuwAACuuwEAosgCAJjV&#10;BQCQ+A8BifggBIL4Lgt5+TcTcPk/G2j5RiJg+k0oWvpULVT6XDFP+2U1S/ttOEf8dztD/IM9P/2Q&#10;Pzz9n0E6/q9DOP/GRDf/6kU2/P1FO/L/RD7q/0Q+5v9GPub/Rj7m/0Y+5v9GPub/Rj7m/0bQnwAA&#10;vawAAK61AACiwgAAlc8AAIrdAwCE/xIBe/8eA3T/Kgls/zMPZP87Fl3/QxtX/0ogUf9RJEz/WCdI&#10;/2AqRP9oLED/cS48/3sxOf+IMjX/ljQz/6Q2Mf+2Ny//0Dgu/+85Lf//OTH//zkz/P85M/z/OTP8&#10;/zkz/P85M/z/OTP8/znBqAAAr7EAAKK9AACUygAAh9gAAH3zBwB2/xIBbf8aA2X/JAVe/y0KWP82&#10;D1L/PRNM/0UWSP9MGUP/Uxs//1oePP9hIDj/aSE1/3IjMf99JS7/iiYr/5koKf+nKSf/uSsm/9Is&#10;Jf/vLCT//y0k//8tJP//LST//y0k//8tJP//LST//y2xrgAAo7kAAJTGAACG0wAAeeEAAHH/CABn&#10;/w8BX/8VAlf/HgNR/yYFS/8uB0b/NgpB/z0MPf9EDjn/SxA2/1ESMv9YEy//XxUs/2cWKf9xFyb/&#10;fBgj/4kaIP+YGx//phwd/7cdHP/KHhz/5h8b//AfG//wHxv/8B8b//AfG//wHxv/8B+ktQAAlcIA&#10;AIbPAAB33gAAa/QAAGL/AwBZ/wsBUf8RAUr/FwJE/x8DP/8mBDr/LQU2/zQGMv86By7/QAgr/0YI&#10;KP9MCSX/Ugki/1kKIP9iCx3/awwa/3YNF/+EDhX/kg8U/6AQE/+tERP/uhET/8MSE//DEhP/wxIT&#10;/8MSE//DEhP/wxKXvgAAhswAAHfbAABp5wAAXP0AAFT/AABL/wUAQ/8MAT3/EQI3/xcCMv8eAy7/&#10;JAMq/yoEJf8vBCL/NQUf/zoFHf8/BRr/RQYY/0sGFv9SBhT/WgcS/2IHEP9sBw//dwgN/4QIDP+Q&#10;CAz/nAgM/6IIDP+iCAz/oggM/6IIDP+iCAz/ogj/UCAC/0sqA/9ENgX/RzoG/0o/CP9OSQ//T1QX&#10;/09gHv9NbCT/Snkq/0iFLv9GkDL/RJo0/0OiN/9Cqjj/QbE6/0C5O/9AwTz/P8s9/z7cPv8+6D7/&#10;PfM+/z37P/8+/z7/QP8++kP/PfRE/z7uRv8/7kb/P+5G/z/uRv8/7kb/P+5G/z//UCAC/0sqA/9F&#10;NQX/SjgG/009CP9RSA//UlIX/1FeHv9PaiX/TXcr/0qDL/9IjjP/Rpg2/0ShOP9DqTr/QrA8/0K4&#10;Pf9BwT7/QMs//0DcQP8/6UD/P/RA/z79Qf9A/0D9Qv9A9kX/QPBG/0HpSP9B6Uj/QelI/0HpSP9B&#10;6Uj/QelI/0H/UR8C/0wpA/9HNAX/TTYG/1E7CP9VRhD/VlAY/1VcH/9SaCb/UHQs/02AMf9KjDX/&#10;SJc4/0agO/9FqDz/RLA+/0O4P/9DwUH/QsxB/0HeQv9B60P/QPVD/0D9Q/9D/0P4Rv9C8Ej/Q+pJ&#10;/0TjSv9F40r/ReNK/0XjSv9F40r/ReNK/0X/Uh8C/00pA/9KMgT/UDMG/1U5CP9ZQxD/Wk0Y/1lY&#10;IP9WZCf/U3Et/1B9M/9NiTf/S5Q6/0mePf9Hpj//Rq5B/0W3Qv9EwUT/RMxF/0PfRf9C7Ub/QvdG&#10;/0P9RvlG/0bwSf9G6Uv/R+JM/0jbTf9I203/SNtN/0jbTf9I203/SNtN/0j/Ux4C/04oA/9OLwT/&#10;VDAG/1o2CP9eQBD/YEoY/15VIP9bYCj/WG0v/1R5NP9RhTn/TpE9/0ybQP9KpEL/Sa1E/0i2Rv9H&#10;wUf/Rs1I/0XhSf9E70r/RfhK+0f9SvFK/0noTf9L307/TNdP/0zPUf9Mz1H/TM9R/0zPUf9Mz1H/&#10;TM9R/0z/VB0C/1AnA/9SLAT/WS0F/18yCP9kPBD/ZkcY/2RSIP9hXCj/XWgw/1p1Nv9WgTv/Uo0/&#10;/0+YQ/9NokX/TKtI/0q1Sf9Jv0v/SMxM/0jhTf9I7k38SPlO8kv8TedO/U/dUP1Q0lL+UMxT/1HG&#10;VP9RxlT/UcZU/1HGVP9RxlT/UcZU/1H/VR0C/1EnA/9WKQT/XioF/2QvCP9qOg//bEUX/2xPIP9o&#10;WSj/ZGMw/2BwN/9cfD3/WIhC/1WTRv9TnUn/UaZL/0+wTf9Ouk/9TcZQ+k3ZUfZM6lHyTfdR51D6&#10;UttS+1TOVPxVx1b9VcFX/lW8WP5VvFj+VbxY/lW8WP5VvFj+VbxY/lX/VxwC/1ImA/9aJgT/YiYE&#10;/2osB/9xNw7/c0IW/3NMH/9wVij/a2Aw/2ZrOP9jdz7+X4NE+1uOSPlYmEz3VqFP9VWrUfNTtVPx&#10;UsFU71HQVetR51XmUvZW2lT5WMxW+lnDWPtavFr7Wrdb+1mzXPtZs1z7WbNc+1mzXPtZs1z7WbNc&#10;+1n/WBsC/1MlA/9eIwP/ZyME/3AqBv93NQ3/ekAV/3pKHf94Uyb/c1wv/G5mN/hpcj/0ZX5F8WGJ&#10;Su5ek07rXJ1S6FmmVeZYsFfkV7xY4lbMWd5W5FnYVvRbylj3XcBa+F64XPhes134Xq5e+F2rX/lc&#10;q1/5XKtf+VyrX/lcq1/5XKtf+Vz/WRsC/1YjA/9iIAP/bCAD/3UoBf99Mwv/gD0T/4FHG/9/UCT5&#10;e1kt9HZiNu5xbT7qbHlF5miES+JkjlHeYZhV216iWdZcrFvTW7he0FrGX81a32DIWvJhvlz1YrVe&#10;9GKuYPViqmH1YaZi9mGjY/dfo2P3X6Nj91+jY/dfo2P3X6Nj91//WhoC/1khAv9mHQL/cB4D/3om&#10;BP+CMQn/hjsQ/4hEGfmGTSHyg1Yr635eNOV5aT3gdHRF2m9/TNNqiVPPZpJYy2OcXcdhpmDEX7Fj&#10;wV6/ZL5e0mW6X+xmsmDyZqti8malZPJloWXzZJ9l9GOcZvVinGb1Ypxm9WKcZvVinGb1Ypxm9WL/&#10;WxoC/1wfAv9pGwL/dRwC/34kA/+HLgj/jDgO+45CFvKOSh7ri1In5IdbMN2BZjrTenBFzXV6Tshw&#10;g1XDbI1bvmmWYLpmoGS3ZKtntGO4abFiymquY+ZqqGTvaqJm72mdZ/BommjxZ5hp8maWafNklmnz&#10;ZJZp82SWafNklmnzZJZp82T/WxkC/18cAv9sGAL/eRsC/4MhA/+MLAb/kTYL9ZQ/EuyVRxnkk08i&#10;3I5YLdKHYjrKgWxFw3t1Tr52f1a4cohdtG6RYq9rm2araaZqqGezbKVnw26iZ+BunmntbZlq7myW&#10;a+9qk2zwaZJs8WeQbPJmkGzyZpBs8maQbPJmkGzyZpBs8mb/XBkB/2IaAv9wFgL/fBkC/4YfAv+Q&#10;KQT6ljMJ8Jo8DuebRBXfmksd05RVLMqNXznCh2lFu4FxT7V8e1eveIReqnSNY6Vxl2ihbqJsnWyu&#10;b5psvnCYbNlxlW3rb5Fu7G6Pb+1sjW/vaoxv8GmLb/Fni2/xZ4tv8WeLb/Fni2/xZ4tv8Wf/XRkB&#10;/2QZAv9yFAH/fxgB/4odAf+UJgP2mzAG6584CuKiPxDYn0cczZlSK8SSXTm7jGZEtIduTq2Cd1en&#10;fYBeonmJZJ12k2mYc55tlHGqcZBxunKOcdFzjHLqcYpz62+Ic+1th3Pua4dz72qGcvBohnLwaIZy&#10;8GiGcvBohnLwaIZy8Gj/XhgB/2cXAf91EwH/gxYB/44aAf6YIwLxnywE56UzB92oOQzRo0Ubx51Q&#10;Kr6XWji1kmNErYxsTqaHdFegg3xemn+GZJV8j2qQeZpui3emcoh2tnSFdsx0hHfpcoN36nCCd+xu&#10;gnbtbIJ272qBdvBpgXbwaYF28GmBdvBpgXbwaYF28Gn/XhgB/2kVAf94EgH/hhQB/5EYAfqcHwHt&#10;pCcC4qosBNasNAvLp0MawaJOKbicWDavl2FDp5FpTaCNcVaZiHlek4WCZI2BjGqIf5dvg32kcn98&#10;s3R9fMh1fH3oc3x86nF8e+xvfXrtbX157mt9efBpfXnwaX158Gl9efBpfXnwaX158Gn/XxgB/2sT&#10;Af97EQH/iRMA/5UVAPWgGgHoqSAB3bAkAdCwMgrGrEEYvKZMJ7OhVjWqnF9BopdnTJqSb1WTjndd&#10;jIuAZIaIimmBhZVufIOhcneCsHR1gsV1dIPnc3WB6nF2f+tvd37tbXh97mt4fPBpeHzwaXh88Gl4&#10;fPBpeHzwaXh88Gn/YBcB/24SAf9+EAD/jBEA/5kRAPGkEwDjrhYA1rYcAcu0MAjBsD8Xt6tLJa2m&#10;VDOkoV1AnJ1lSpSYbFOMlXRbhpF9Yn+Oh2h5jJJtdIqecXCIrXRtiMF0bYnkc2+H6nFwhOxvcoPt&#10;bXOB7mt0gPBpdIDwaXSA8Gl0gPBpdIDwaXSA8Gn/YRcB/3EQAf+CDgD/kA4A9Z0NAOOpDADZtQwA&#10;z7kaAMW4Lge7tD0VsbBJI6erUjGep1s+lqNjSI6falGGm3JZf5h6YHiVhGZyk49sbZGcb2mQqnJm&#10;kL5zZZHhcmiO63BqiuxubIjtbG2G72tuhPBpboTwaW6E8GluhPBpboTwaW6E8Gn/YxUB/3UOAf+G&#10;DQD4lAsA3KIIANStCQDPuAoAyb0XAL+8Kwa1uTsTq7ZHIaGxUC+YrVk7j6phRoemaE9/o3BXeKB4&#10;XnKegWRrm4xpZpqZbWKZqG9fmbxwXpnfb2CW7G5jke1tZo7ua2eL72ppifBoaYnwaGmJ8GhpifBo&#10;aYnwaGmJ8Gj/ZxIB/3kMAP+KCgDfmgQA06YHAMyxCADHuwgAwcITALjCKASuvzgQpbxEHpu4TiyR&#10;tVc4iLFeQoCuZkt4q21Tcal2Wmunf2BlpYpkYKOXaFujpmtZo7psWKPca1mg7mtcmu9qX5bwaWGS&#10;8Whjj/FmY4/xZmOP8WZjj/FmY4/xZmOP8Wb/axAB/34JAPGQBADWngMAzKoGAMS0BgC+vgUAuMgQ&#10;ALDIJAOnxjUNncNCG5PATCiKvVQzgbpcPnm3ZEZxtWtOa7N0VGSxflpfsIlfWq+WYlaupWVTrrlm&#10;Uq/bZVKr8mZVpPJmWJ/yZlqb82Vcl/NkXJfzZFyX82Rcl/NkXJfzZFyX82T/cA0A/4QEAN2WAADO&#10;owMAxK4EALu3BAC0wgUArs0MAKfOIAKezTEKlcs+FovISSOCxlIuesNaOHLBYkBrwGpHZL5zTV69&#10;fFNZvIhXVLuVW1C7pV1Ou7leTbzbXUu5919OsfZgUar2YFOl9mBVofZgVaH2YFWh9mBVofZgVaH2&#10;YFWh9mD/dwgA64wAANObAADGqAIAu7ECALK7AgCqxwYAotMKAJ3WGgGV1iwGjNQ6EYPSRh160E8n&#10;cs5YMWrNYDhky2g/XspyRVjKfElUyYhNT8mVUUzJpVNKyblUScrcU0fI91VIwPxYSrj7WUyy+1pO&#10;rfpaTq36Wk6t+lpOrfpaTq36Wk6t+lr/fwAA3JMAAMqiAAC8rAEAsbUAAKjAAwCfywYAltkLAJHg&#10;GwGK3ywGgt85DnneQxdx3U0gatxWKGPbXy9d2mc1WNlxOlPZez5P2YhCS9mWRUjZpkdG2rpIRdvb&#10;R0TY9ElC0/9NRMn/T0XC/1BHu/9SR7v/Uke7/1JHu/9SR7v/Uke7/1LmigAAz5sAAL+nAACysAAA&#10;p7sAAJzGAwCT0QYAi+oOAIXoHwJ+6C0Gdug4Dm7oQRZm50odX+dSI1nnWylV52QtUOdtMUzneDVJ&#10;54Q4RuiROkPooDxA6bI+P+rLPj7o7z495v8/PeD/Qj/X/0RAzv9GQM7/RkDO/0ZAzv9GQM7/RkDO&#10;/0bWkwAAxKMAALSsAACntgAAm8EAAJDMAgCG2QYAgPISAHnyHwJx8isGavI2DGPzPxJd80cYV/NP&#10;HVLzVyFN9GAkSfRpKEb0cypC9X4tP/WLLzz2mTE69qkzOPe+NDb44TU29fk1NfP/NDfs/zY55f84&#10;OeX/ODnl/zg55f84OeX/ODnl/zjIngAAtqkAAKiyAACbvQAAj8gAAIPUAAB56AcAc/wSAWv9HQJk&#10;/ScEXv4xCFj+Ow1T/0MRTf9LFUn/UxhF/1oaQf9jHT7/bB87/3YhN/+CIzT/kCUy/58nMP+wKC7/&#10;yCkt/+oqLP//Kiz//yov+f8qL/n/Ki/5/yov+f8qL/n/Ki/5/yq5pgAAqq4AAJy5AACOxQAAgdEA&#10;AHXeAABt+gkAZf8RAV7/GgJX/yMDUv8sBUz/NAdI/zwKQ/9EDD//TA48/1MQOP9bEjX/YxQy/2wW&#10;L/93Fyz/hBkp/5MaJ/+iHCX/tB0k/8weI//tHiL//R8i//8fIv//HyL//x8i//8fIv//HyL//x+s&#10;qwAAnbYAAI/CAACAzgAAc9wAAGfpAABf/wYAWP8OAFH/FQFL/x0CRv8mA0H/LQQ8/zUFOP88BjT/&#10;Qgcx/0kILv9QCSv/Vwoo/18KJf9pDCP/dA0g/4IOHf+SDxv/ohAa/7IRGf/IEhj/5RMX//oUF//6&#10;FBf/+hQX//oUF//6FBf/+hSfswAAkL8AAIDMAABy2gAAZOQAAFj1AABR/wEASv8LAET/EAE+/xcB&#10;Of8eAjT/JQIw/ywDLP8yBCj/OAQl/z4FIv9EBR//SgUc/1EGGv9ZBhf/YwcU/24HEv98CBD/jAgP&#10;/5wIDv+sCQ7/uwkN/9MJDf/TCQ3/0wkN/9MJDf/TCQ3/0wmRvAAAgckAAHLXAABk5AAAVOsAAEv/&#10;AABE/wAAPf8EADf/DAAx/xABLP8WASj/HAEk/yICIP8nAhz/LAIZ/zEDFv82AxP/PAMR/0IDD/9J&#10;BA3/UQQL/1oECf9mBAb/cwUD/4EFAv+QBQH/nAUB/6sFAf+rBQH/qwUB/6sFAf+rBQH/qwX/RCQC&#10;/z8uA/88NgT/QDgE/0E9Bv9BRQj/QVEN/0BdE/8/ahj/PHcc/zqEIP83kSP/Npsl/zWkJ/80rCj/&#10;NLUq/zO+K/8yyCv/MtUs/zHlLf8x8S3/Mfst/zD/Lf8w/y3/M/8t/zb/LP44/y35Ov8u9jv/LvY7&#10;/y72O/8u9jv/LvY7/y7/RSMC/z8uA/8+NAP/QjYE/0Q7Bv9EQwj/RU8N/0RbE/9BaBn/P3Ud/zyC&#10;If86jyT/OJon/zejKf82rCr/NrQs/zW9Lf80yC7/NNYu/zPmL/8z8i//Mvww/zL/MP8z/y//Nv8v&#10;/zn/L/k7/zD0Pf8x8T3/MfE9/zHxPf8x8T3/MfE9/zH/RiMC/0AtA/9BMgP/RjME/0g4Bv9IQAj/&#10;SUwO/0hYFP9FZRr/QnIf/0B/I/89jCb/O5gp/zqhK/85qi3/OLMu/ze9L/82xzD/NtUx/zbmMv81&#10;8TL/Nfsy/zX/Mv82/zL/Ov8x+j3/M/M+/zTtQP806kH/NOpB/zTqQf806kH/NOpB/zT/RyIC/0Es&#10;A/9FLwP/STAE/0w1Bv9NPQj/TkgO/01UFf9LYRv/SG4g/0V7Jf9CiCj/P5Qr/z6eLv89py//PK8x&#10;/zy4Mv87wzP/Os80/zrhNf867jX/Ovg1/zr/Nf86/zX7Pv818kH/N+tC/zjlRP844UX/OOFF/zjh&#10;Rf844UX/OOFF/zj/SCIC/0MsA/9ILAP/Ti0E/1ExBf9TOQj/VUUO/1NRFf9RXRz/Tmoh/0t3Jv9I&#10;gyv/RY8u/0SZMP9CojP/Qas0/0G0Nv9AvTf/P8k4/z/bOP8/6jn/P/U5/z//OftA/zjxQ/866EX/&#10;POFH/zzaSP891Un/PdVJ/z3VSf891Un/PdVJ/z3/SSEC/0QqA/9NKAP/UykE/1ctBf9ZNgj/XEIO&#10;/1tOFf9YWRz/VWUi/1JyKP9Pfi3/TIow/0qUM/9Injb/R6Y4/0avOf9FuDv/RcQ8/0TSPPxE5T34&#10;RPI99UX+PPFF/z7mSP9A3Er/QdJL/0HMTf9ByU3/QclN/0HJTf9ByU3/QclN/0H/SiAC/0gnAv9R&#10;JQP/WCUD/10qBP9gMwf/Yz8O/2JKFf9gVRz/XGEj/1ltKf9VeS7/UoQz/1CPNv1OmTn7TKI7+kuq&#10;PfhKtD/3Sr5A9UnMQPFJ4UHtSvBB6kr8QuRK/0TYTP9FzE//RsZQ/0bAUf9GvlH/Rr5R/0a+Uf9G&#10;vlH/Rr5R/0b/TCAC/0wkAv9VIQL/XSED/2MnBP9nMQb/ajwM/2pHFP9nUhv/Y1wj/19oKvtcdDD3&#10;WX819VaKOfJUlDzwUp0/7lGmQexQr0PqT7pE6E7HROZP3UXhT+5F3U77SNRP/0nIUf9KwFP/SrpU&#10;/0q2Vf9KtFb/SrRW/0q0Vv9KtFb/SrRW/0r/TR8C/1AhAv9aHgL/Yh4C/2klA/9tLQX/cTkL/3FE&#10;Ev9vThr7a1gi9WZjKfFjbzDtYHo26VyFO+Zajz/kWJhC4VaiRN9Vq0bcU7ZI2lLDStZS2ErRU+xL&#10;zFP6TcVU/068Vv9PtVf/T7BY/06sWf9Nqlr/Tapa/02qWv9Nqlr/Tapa/03/Th4C/1MeAv9eGwL/&#10;ZxsC/24iA/9zKgT/dzUJ/3hAEPl3Shjyc1Qg7G9eKOdrajDiZ3U23mOAPNlfikHUXZNG0VudSc5Z&#10;pkzLWLBOyFe8UMZWzVHDV+ZRvlf3UrhY/1OwWv9Tq1z/Uqdd/1KjXf9Rol3/UKJd/1CiXf9Qol3/&#10;UKJd/1D/Tx4C/1cbAv9iFwH/bBkC/3QgAv95JwP/fjIH+YA8DfF/RhXqe1Ad5HdbJt1zZi7VbXA3&#10;0Gl6PstlhETHYo5JxGCXTcBeoFC9XapTu1u2VbhbxVa1W99WslzzV6xd/VemXv1WoWD+VZ5g/1Sc&#10;Yf9TmmH/U5ph/1OaYf9TmmH/U5ph/1P/UB0C/1oZAf9lFQH/cBcB/3gdAf9/JAL9hC4F84Y4CuqG&#10;QhHjhEsZ239XI9F5Yi/LdGw4xW92QMBsf0a8aIhLuGaRULVjm1OxYaVWrmCwWatfv1qpX9RbpmDv&#10;W6Jh+lqdY/tZmWT8WJZk/VeVZf5VlGX+VZRl/lWUZf5VlGX+VZRl/lX/UB0C/10XAf9pEgH/dBUB&#10;/30aAf+EIQH3iSoD7Y00B+SNPQ3ci0gW0YVUI8l/Xi7Cemg4vHVxQLdxekeyboRNrmuNUqpollan&#10;ZqBZo2WrXKBkuV6eZM1em2TqXphm+F2UZ/lckmj7WpBo/FmOaP1Xjmj9Vo5o/VaOaP1Wjmj9Vo5o&#10;/Vb/UhwB/18UAf9sEQH/eBMB/4EXAf+IHQHyjyUC55MvBN6VOAnTkEUVyotRIsKFWy67gGU4tHtu&#10;Qa93d0iqdH9OpXCIU6Fukleda5xbmWqnXpZptWCUaMhhkmnmYI9q91+Na/hdi2v5XIls+1qIbPxY&#10;iGv8WIhr/FiIa/xYiGv8WIhr/Fj/VBoB/2ITAf9vEAH/exIA/4UUAPqNGQDtkx8B4pkoAtiZMwjM&#10;lUIUxJBOIbyLWS20hWI3roFrQKh8c0iieXxOnXaFVJlzjliVcZhckW+kYI1usWKLbcNjiW7iYodv&#10;9mGGb/dfhW/5XYRv+luDb/tZg2/8WINv/FiDb/xYg2/8WINv/Fj/VhgB/2QRAf9yDgD/fhAA/4gR&#10;APWRFADomBkA3Z4gAdGeMQfHmkATvpVMILaQViyui2A3p4ZoQKGCcEicfnlOlnuCVJJ4i1mNdpVd&#10;iXSgYYVzrmOCcr9kgHPeZIB09WJ/dPZgf3P4Xn5z+Vx+cvpafnL7WX5y+1l+cvtZfnL7WX5y+1n/&#10;WBcB/2cQAf91DgD/gQ4A/4wOAPGVEADjnREA1qMbAMuhLwbCnj4SuZlKHrCUVCupkF02ootmP5uH&#10;bkeVhHZOkIB/VIt+iFmGe5JdgXmeYX14q2R6eLxleXjZZXh59GJ5ePZgeXf4Xnl2+Vx5dfpaeXX7&#10;Wnl1+1p5dftaeXX7Wnl1+1r/WhUB/2kOAP94DAD/hAwA75ALAN2aCgDZogsA0KYYAMalLAW9ojwQ&#10;tJ5IHauZUimjlVs0nJFjPpWNa0aPiXNNiYZ8U4SEhVh/gZBden+bYXZ+qGRzfbllcX7TZXF+8mNy&#10;ffZgc3v3XnR6+Vx0efpbdXn7WnV5+1p1eftadXn7WnV5+1r/XRMB/2wNAP97CwD2iAkA3JMGANWd&#10;CQDRpQoAyqoVAMGpKgS3pjoPrqJGG6aeUCiemlkzlpZhPI+TaUSJj3FMg415Un2Kg1d4iI1cc4aZ&#10;YG+EpmNshLdkaoTPZGqE8GJsgvZgbYD3Xm9/+VxvffpbcHz7WnB8+1pwfPtacHz7WnB8+1r/XxEB&#10;/28KAP9+CADjjAMA1pcFAM+gBwDKqAgAxK4TALutJwOyqzcNqadEGaCkTiaYoFcxkZxfOoqZZ0OD&#10;lm9KfZN3UHeRgFZyj4pabY2WXmiLo2Fli7RjY4vMY2OL7mFlifdfZ4b4XmmE+Vxqgvpaa4H7WmuB&#10;+1prgftaa4H7WmuB+1r/YhAA/3IHAPiCAwDbjwIAz5oFAMmjBgDDrAYAvbIQALWyJAKssDULo61C&#10;F5uqTCOSplUuiqNdOIOgZUB9nWxHdpt0TXCZfVNrlohYZpWUXGKUoV9fk7JgXZPJYF2T7V9ekPhe&#10;YYz5XGOK+ltkh/taZYb7WWWG+1llhvtZZYb7WWWG+1n/Zg0A/3cDAOOHAADTkwEAyp4EAMKnBAC7&#10;rwQAtbYNAK63IQKltjIJnbM/FZSwSiCMrVMrhKpbNH2oYzx2pWpDcKNySmqhe09loIZUYJ6RWFud&#10;n1tYnbBdVp3HXVad61xXmvpbWpX6WlyR+1lejvxYX438V1+N/FdfjfxXX438V1+N/Ff/agoA/3wA&#10;ANyMAADNmAAAw6MDALqqAgCzswEArLwKAKa9HQGevC8Glro8EY24RxyFtVAnfbNZMHaxYDhvr2g/&#10;aa1wRWOreUpeqoRPWqmQUlWonlVSp69XUajGV1Cn6ldQpfxXU5/9V1Wa/VZXlv5WWJX+VViV/lVY&#10;lf5VWJX+VViV/lX/bwQA5oIAANKRAADGnQAAu6YBALKuAACqtwEAosIFAJzEGACVwyoEjcI5DYXA&#10;RBh9vk4hdbxWKm66XjJouWY4YrduPl22eENYtYJHVLSPS1C0nU5Ns65QS7TFUEuz6lBKsf9RTKv/&#10;Uk6l/1JQof9SUZ7/UVGe/1FRnv9RUZ7/UVGe/1H/dgAA3YkAAMqXAAC+ogAAs6oAAKmzAACgvAIA&#10;mMYGAJHMEgCLzCUChMs0CXzJQBJ1yEobbcdTI2fFXCphxGQwXMNtNlfCdjpTwoE/T8GOQkvBnUVI&#10;wa5GR8HFRkfB6kZEvv9JRbn/Skez/0tJrf9MSqv/TEqr/0xKq/9MSqv/TEqr/0zpfwAA0ZAAAMKe&#10;AAC1pwAAqq8AAKC4AACWwQIAjMsHAITVDQCA1R4BedUuBXLUPAxs00cUZdJQG1/RWSFa0WInVdBr&#10;LFHQdTBNz4E0Sc+ON0bPnTlE0K47QtDGO0PQ6jpAzf0+Psv/QEDD/0JBvf9DQrn/REK5/0RCuf9E&#10;Qrn/REK5/0TdiAAAx5gAALijAACrqwAAoLQAAJW+AACLyAMAgNEHAHjhDQB04R0BbuErA2jgNwhh&#10;4EIOXOBNFFfgVhlT4F8dT+BpIkvgcyVH4H4oROCLK0Lgmi0/4asvPuLBLz7i5S883/oxOd7/NDnZ&#10;/zY60P84O8z/OTvM/zk7zP85O8z/OTvM/znNkgAAvKAAAK2oAAChsQAAlbsAAInFAAB+zwIAdNoG&#10;AG7rEQBo6x4BYusqA13sNQZX7D8LUuxID03sURNK7VoWRu1jGUPtbRxA7XgePe6FITrukyM476Mk&#10;NvC2JjXx0iY07/MmNOz/JjLr/ygy5/8rM+T/LDPk/ywz5P8sM+T/LDPk/yzBnAAAsKYAAKOuAACW&#10;uAAAicMAAH3NAABx2AAAZ+YGAGL2EQBc9x0BV/cnAlL3MQRN+DoGSPlCCUT5SwtB+lQOPvpcEDv7&#10;ZRI4+28UNft7FjL8iRgw/ZgZLv2qGyz+vxwr/+MdKvz6HSr6/x0q9/8cKvf/HSr3/x0q9/8dKvf/&#10;HSr3/x2zowAApKsAAJe2AACJwQAAe8sAAG/WAABj3wAAW/UGAFX/EABQ/xkBS/8jAkb/LANC/zQE&#10;Pv88BTr/QwY3/0sHNP9TCDH/Wwku/2QKK/9vDCj/fA0m/4sOJP+cECL/rhEh/8USIP/pEx///BMe&#10;//8THv//Ex7//xMe//8THv//Ex7//xOmqQAAmLMAAIq/AAB7ygAAbtUAAGDfAABU5wAATv8EAEn/&#10;DgBD/xQAP/8dATr/JQI2/ywCMv8zAy//OgMr/0EEKP9IBCX/TwUi/1cFIP9gBh3/bAca/3kHGP+K&#10;CBb/mwgV/60JFP/DCRP/4wkT//gJE///ChP//woT//8KE///ChP//wqasQAAi70AAHzIAABt1AAA&#10;X+AAAFHmAABH9QAAQf8AADz/CQA3/xAAMv8VAS7/HQEq/yMBJv8pASL/LwIf/zUCHP87Ahn/QgMW&#10;/0kDE/9RAxH/WgMP/2YEDf90BAv/hQQK/5YFCf+oBQj/uQUH/9AFB//jBQf/4wUH/+MFB//jBQf/&#10;4wWNugAAfccAAG3TAABf4AAAUOcAAELtAAA6/wAANf8AAC//AgAq/woAJv8PACL/FAAe/xoBGv8f&#10;ARb/IwET/ygBEP8tAQ7/MwEM/zkCCv9BAgf/SQID/1MCAP9eAgD/bAIA/3wDAP+NAwD/nQMA/6wD&#10;AP+1AwD/tQMA/7UDAP+1AwD/tQP/OScC/zMyAv81NAP/ODYD/zg7BP82QwX/M04H/zFbCf8vaA3/&#10;LXYR/yuEFP8pkRb/KZsY/yikGf8orRr/KLUb/ye+HP8nyBz/J9Qd/yfkHf8n7x7/J/ke/yf/Hv8n&#10;/x7/J/8d/yj/Hf8r/x7/Lf8f/C//H/wv/x/8L/8f/C//H/wv/x//OicC/zQxAv84MQP/OzQD/zs5&#10;BP86QQX/N0sH/zVYCv8zZQ7/MXMS/y+BFf8tjhf/LZgZ/yyhG/8sqhz/K7Id/yu7Hv8rxB//K9Af&#10;/yrhIP8q7SD/Kvcg/yr/IP8r/yD/K/8f/yz/H/8v/yH8Mf8i9zP/Ivcz/yL3M/8i9zP/Ivcz/yL/&#10;OyYC/zUwAv87LwL/PjED/z82BP8+PQX/PEgH/ztVC/85Yg//N28T/zV9F/8zihn/MpUb/zGeHf8w&#10;px7/MK8f/zC3IP8vwCH/L8si/y/cIv8v6iP/L/Uj/y/+I/8v/yL/MP8i/zD/I/sz/yX1Nf8l8Df/&#10;JvA3/ybwN/8m8Df/JvA3/yb/PCYC/zktAv8/LAL/Qy0D/0QyBP9DOQX/Q0UH/0JSC/9AXxD/PmsV&#10;/zt4GP85hRv/N5Ae/zeaIP82oyH/Nasi/zWzI/80vCT/NMYl/zTUJf805ib/NPEm/zT7Jv81/yX+&#10;Nf8m+jb/KPM4/ynsOv8p5jz/KuY8/yrmPP8q5jz/KuY8/yr/PSUC/z0qAv9DKAL/RykD/0ktBP9K&#10;NgX/SkEH/0lNDP9HWhH/RWcW/0J0Gv9AgB3/Powg/z2VIv88niT/O6Ym/zuuJ/86tyj/OsEo/zrN&#10;Kf864Sn+Ou4p+zr5Kfc7/yn2Ov8r8Dv/Leg9/y7hP/8u20H/LttB/y7bQf8u20H/LttB/y7/PiUC&#10;/0EmAv9IJAL/TCUC/08pA/9SMwX/UT4H/1FJDP9PVhL/TGIX/0pvHP9HeyD/RYYj/0ORJf9Cmif/&#10;QaIp/0GqKv1Asiv8QLws+z/ILfg/2y30QOst8ED3Le1A/y/rP/8x5EH/MttD/zPRRP8zy0b/M8tG&#10;/zPLRv8zy0b/M8tG/zP/QCQC/0UjAv9MIAL/UiEC/1YmA/9ZLwT/WToH/1lGDP9WURL/VF0Y/1Fq&#10;Hf5OdSH8TIEl+UqLKPdJlSv1R50s80emLvJGri/wRbgw70XEMe1F0zHoRugx5Ub2MuJF/zXfRP82&#10;00f/N8pI/zjESv84v0v/N79L/ze/S/83v0v/N79L/zf/QSMB/0kfAf9RHAH/VxwC/1wjAv9gLAP/&#10;YDYG/2BBC/9eTRH9W1gY+FhkHfRVcCPxU3wn7lCGK+tPkC7pTZkw50yhMuVMqjPjS7Q04kvANeBL&#10;zzXbS+Y21Ur0ONFK/zrOSv88xEz/PL1N/zy4T/88tE//O7RP/zu0T/87tE//O7RP/zv/QiIB/0wc&#10;Af9VGAH/XBkB/2MgAv9mKAP/aDIF/2g9CfpmSBD0Y1MX7mBfHepdayPmWnYo4leBLd9VizDcU5Qz&#10;2VGdNtVQpjjTT6860E+7O85OyTzLT+E9x0/yPsNP/0DAT/9Bt1H/QbFS/0CtU/9AqlT/P6pU/z+q&#10;VP8/qlT/P6pU/z//Rh8B/1AZAf9ZFQH/YhcB/2gdAf9sJAL/by4D+W84B/FuRA7ra04V5WhbHN9k&#10;ZyPaYHEq1F17L9BbhTTMWI44yVeXO8dVoD3EVKk/wlO0Qb9TwkK9U9ZDuVPtRLZT/UWzVP9FrFb/&#10;RKdX/0SkWP9DoVj/QqFY/0KhWP9CoVj/QqFY/0L/SB0B/1MWAf9dEgH/ZhQB/20ZAf9yIQH7dSkC&#10;8nYzBel2Pgvic0oS229XGtJrYiPNZ2wryGR2McRhfzfAXok7vVySPrpbmkG3WaREtViuRrJXu0ew&#10;V81IrVjoSKpY+kmnWf9IoVr/SJ1b/0ebXP9GmVz/RZlc/0WZXP9FmVz/RZlc/0X/SxoB/1cTAf9h&#10;EAD/axIA/3IWAP94HAH1eyQB630tA+J+OQfZe0YQ0HZTGslxXiTDbWgsvmpxM7pnezi2ZIM9smKM&#10;Qa9glUWsXp9HqV2pSqZctkukXMdMolziTZ9d90ycXv9MmF//SpVg/0mTYP9IkWD/R5Fg/0eRYP9H&#10;kWD/R5Fg/0f/ThgB/1oRAf9kDgD/bxAA/3YTAPx9FwDvgR4B5IQnAtuENAXQgUMPyHxPGcF4WiO7&#10;c2QstXBtM7Fsdjqtan8/qWeIQ6VlkUeiY5tKn2KlTZxhsU+ZYMFQl2DcUJVh80+TYv9OkGP/TI5k&#10;/0uMZP9Ki2T/SItk/0iLZP9Ii2T/SItk/0j/UBYB/1wQAP9oDQD/cg4A/3oQAPaBEgDphhcA3oog&#10;AdKKMATJhkAOwYJNGbp9VyO0eWEsrnVqNKlycjqkb3tAoGyERJ1qjUiZaJdMlWehT5JmrVGQZb1S&#10;jmXUU4xm8FGLZ/9QiGf/Todo/0yGaP9LhWf/SYVn/0mFZ/9JhWf/SYVn/0n/UhQB/18OAP9rCwD/&#10;dQwA+X4NAPCFDgDjixAA1o8aAMyOLgTDiz0Nu4dKGLSDVSKtfl4rp3tnM6J3bzqddHhAmXKARZVv&#10;iUmRbZNNjWyeUIpqqlOHarlUhWrPVIRr7lODbP9Rgmz/T4Fr/02Aa/9MgGv/SoBr/0qAa/9KgGv/&#10;SoBr/0r/VBIB/2EMAP9uCgD9eAkA6IIIANyJCQDYjwsA0JMXAMaTKwO+kDsMtoxIF66IUiGnhFwr&#10;oYBkM5x8bTqXeXVAknd9RY51hkqKcpBOhnGbUYJvp1R/b7ZVfW/LVnxv61R8cP9Se3D/UHtv/057&#10;b/9Ne27/S3tu/0t7bv9Le27/S3tu/0v/VxEA/2MKAP9wBwDwfAUA3IUFANSMCADQkwkAypYUAMGX&#10;KQO5lDkLsZBGFqmNUCCiiVoqnIViMpaCajmRf3I/jHx6RYd6g0qDeI1Of3aYUXt1pFR4dLNWdnTI&#10;VnV06FV1df1TdXT/UXVz/092cv9NdnH/THZx/0x2cf9MdnH/THZx/0z/WRAA/2YHAP9zBADhfwEA&#10;1ogEAM+QBgDKlggAxJoSALybJgK0mDcJrJVEFKSRTh+djlcolopgMZCHaDiLhHA/hoJ4RIF/gUl9&#10;fYtNeHuWUXR6olRxebFWb3nFVm565lVuevxTb3n/UXB3/09xdv9NcXX/THF1/0xxdf9McXX/THF1&#10;/0z/Ww4A/2kEAPZ3AADdggAA0IsDAMmTBQDEmQYAvp4QALafJAKunTQIpppBE5+WTB2Yk1UnkZBe&#10;L4uNZTeFim09gIh1Q3uFfkh2g4hMcoKTUG6AoFNrf65VaH/CVmd/41VogPpTaX7/UWp8/09re/9N&#10;bHn/TGx5/0xsef9MbHn/TGx5/0z/XgwA/2wBAOZ6AADWhgAAy48CAMSXBAC+nQQAuKIOALGjIQGp&#10;ojIHoZ8/EZmcShuSmVMli5ZcLYWTYzV/kWs7eo5zQXWMfEZwioVLa4iRT2eHnVJkhqxUYoa/VWGG&#10;4VRhhvlSY4T/UGWB/09mf/9NZ37/TGd+/0xnfv9MZ37/TGd+/0z/YQoA/28AAOB+AADQiQAAxpMB&#10;AL+bAwC4oQIAsaYLAKqoHgGjpy8Fm6U9D5SiSBmMn1EihZxZK3+aYTJ5mGk5dJVxP2+TeURqkoNI&#10;ZZCOTGGPm09ejqpSW469UlqO3lJbjfhQXIv/T16I/05ghf9MYYP/S2GD/0thg/9LYYP/S2GD/0v/&#10;ZAUA9XQAANqCAADLjgAAwZcAALieAQCxpQAAqasHAKOtGgCcrCwElas6DI2oRRaGpk8ff6RXKHmi&#10;Xy9zoGY1bZ5uO2icd0BjmoFFX5mMSVuYmUxXl6hOVZe7T1SX3E5UlvZOVZT/TViQ/0xZjf9LW4r/&#10;SluK/0pbiv9KW4r/SluK/0r/aAAA5XkAANGHAADFkgAAu5wAALGiAACpqQAAobECAJuzFQCVsygC&#10;jrI2CYawQhJ/rkwbeKxUI3KqXCpsqGQxZ6dsNmKldTtdpH9AWaOKQ1Wil0dRoadJT6G6Sk6i2UlO&#10;oPVJTp//SVCZ/0lSlv9IVJL/R1SS/0dUkv9HVJL/R1SS/0f/bgAA3n8AAMqNAAC+mAAAs6AAAKqn&#10;AAChrgAAl7YAAJG6EACMuiMBhbkyBn64Pg53tkkXcbVSHmuzWiVlsmIrYLFqMFuwczVXr305U66J&#10;PU+tlkBMraVCSq25Q0mu2EJIq/VDR6r/REml/0RLoP9ETZz/RE2c/0RNnP9ETZz/RE2c/0TqdQAA&#10;0oYAAMOTAAC3nQAArKQAAKKrAACYswAAjrsBAIXBDACBwh0Ae8ItA3XBOglvwEURab9PGGO+Vx5e&#10;vV8jWbxoKFW7cS1Ru3swTbqHNEq6lTdHuqU5Rbq4OkS61zlDuPU7Qrb/PUKz/z5Erv8+Ran/PkWp&#10;/z5Fqf8+Ran/PkWp/z7gfQAAyY0AALuaAACuogAAo6kAAJixAACOuQAAhMECAHnJBwB0yxQAcMwm&#10;AWvLNQVly0AKYMpLEFvKVBZXyV0aUsllH07IbyNLyHomR8iGKUTIlCxCyKQuQMi4Lz/J1y8/x/Uw&#10;PcT/MzvD/zU8vv82Pbj/Nz24/zc9uP83Pbj/Nz24/zfRhgAAwJUAALKfAAClpwAAmq8AAI63AACD&#10;vwAAeMcDAG7PBwBl1w0AY9gdAGDYLQJb2DoEV9hGCVPYUA1P2FkRS9diFUfXbBhE13cbQdeEHj7Y&#10;kyA82KMhO9m3Ijra1SI61vIjN9T/JzbS/yk00f8rNsr/LTbK/y02yv8tNsr/LTbK/y3FkAAAtp0A&#10;AKilAACcrQAAj7YAAIO+AAB3xwAAbM8CAGLWBwBa5A4AWOQcAFTkKQFQ5DUDTOU/BUjlSQdF5VMK&#10;QuZcDT/mZg885nESOud+FDfnjBY155wXM+iuGTLpxhky6OoZMeX+GS/k/xwu5P8eLeL/IC3i/yAt&#10;4v8gLeL/IC3i/yC6mgAAqqMAAJ2rAACQtAAAg70AAHfGAABrzwAAX9YAAFTeBABR8BAATfAbAErw&#10;JgFG8TACQvI6Az7yQwQ780sFOPNUBzb0XQgz9GgJMPV0Cy71gQws9pEOKvaiDyj3txAn+NYRJ/b0&#10;ESbz/xEm8f8RJfH/EyXx/xMl8f8TJfH/EyXx/xOtoQAAoKkAAJKzAACEvAAAdsYAAGnPAABd2AAA&#10;Ud8AAEnuBABG/A4AQv0XAD7+IQA7/ioBN/8zAjT/OgIw/0IDLf9KAyv/UwQo/1wFJf9mBSL/cwYg&#10;/4MHH/+UCB3/pggc/7wIG//iCRr/+Qka//8JGf//CRn//wkZ//8JGf//CRn//wmipwAAk7EAAIW7&#10;AAB2xgAAadAAAFvaAABO4AAAQ+UAAD77AQA6/wwANv8TADL/GwAv/yMAK/8qASj/MQEk/zcBIf8/&#10;Ah//RgIc/04CGf9YAxb/YwMT/3ADEv+BBBH/kwQQ/6cED/+9BQ7/4AUO//YFDv//BQ7//wUO//8F&#10;Dv//BQ7//wWVrwAAhroAAHfFAABo0AAAWtsAAEzhAABA5wAAN/MAADL/AAAu/wcAKv8OACb/EwAj&#10;/xoAH/8gABv/JgAY/ysBFf8yARL/OAEQ/0ABDv9IAQz/UgEJ/10CBv9rAgT/fQIC/5ACAf+jAgD/&#10;tgIA/80DAP/sAwD/7AMA/+wDAP/sAwD/7AOIuQAAeMQAAGnQAABb3QAAS+MAAD7pAAAy7gAAK/8A&#10;ACb/AAAh/wAAHf8IABr/DQAW/xEAE/8WABD/GgAO/x8AC/8kAAn/KgAG/zAAAv83AQD/QAEA/0oB&#10;AP9WAQD/ZAEA/3UBAP+IAQD/mgEA/6oBAP+7AQD/uwEA/7sBAP+7AQD/uwH/LysB/ysyAv8vMQL/&#10;MDQC/y85A/8rQQP/J0wE/yNYBf8hZgb/IHQH/x6CCf8ejgv/HpgM/x6hDf8eqQ7/HrAP/x24D/8d&#10;wRD/HcsQ/x3bEf8d6BH/HfIR/x38Ef8e/xH/Hv8Q/x7/EP8f/xH/H/8S/yH/E/8i/xP/Iv8T/yL/&#10;E/8i/xP/LysB/y4wAv8yLwL/MzEC/zI2A/8vPgP/K0kF/ylWBv8nYwf/JXEI/yR+C/8jigz/I5UO&#10;/yKeD/8iphD/Iq0R/yK1Ef8ivRL/IscS/yLUE/8i5RP/IvAT/yL6E/8i/xP/I/8S/yP/Ev8j/xT/&#10;JP8V/ib/Fvwn/xb8J/8W/Cf/Fvwn/xb/MCoB/zEtAv81KwL/Ny0C/zYyA/80OgP/MkUF/y9SBv8t&#10;YAf/LG0K/yp6DP8phg7/KJEQ/yiaEf8oohL/J6oT/yexFP8nuRT/J8MV/yfPFf8n4RX/J+0V/yf4&#10;Ff8o/xX/KP8V/yj/Fv8n/xf8Kf8Y9iv/GfQs/xn0LP8Z9Cz/GfQs/xn/MSkB/zQpAf85KAL/OyoC&#10;/zwuAv86NgP/OUIF/zdPBv81XAj/M2kL/zF2Dv8wghD/L40S/y6WFP8unhX/LaYW/y2tFv8ttRf/&#10;Lb4Y/y3KGP8t3Bj/LeoY/y31GP0u/xj6Lv8Y+S3/Gvkt/xzzL/8c7TH/Heoy/x3qMv8d6jL/Heoy&#10;/x3/MykB/zgmAf89JAH/QCUC/0EpAv9CMwP/QT4F/z9KBv89Vwn/O2QM/zlwD/83fRL/NogU/zWR&#10;Fv81mhf/NKIZ/zSpGf8zsRr/M7ob/zPFG/0z0xv6M+Yb9zTzG/M1/hvxNP8d8DP/H+4z/yDnNv8h&#10;4Tf/Id44/yHeOP8h3jj/Id44/yH/NScB/z0iAf9CIAH/RiAB/0glAv9KLwP/SToE/0dGBv9FUgn/&#10;Q18N/0FrEf8/dxT/PYIX/jyMGfw8lRr7O50c+TulHfg6rR72OrYe9TrAH/M6zh/wOuMf6zvxH+g6&#10;/SHmOv8j5Dr/JeE6/yXYPP8m0D3/Js0+/ybNPv8mzT7/Js0+/yb/OSQB/0EeAf9HGwH/SxsB/08i&#10;Af9RKwL/UTYE/09BBv9MTQn/S1oO/ElmEvhHchb1RX0Z80OHG/FCkR3vQpkf7UGhIOxBqSHqQLIi&#10;6EC8IudAyiPkQd8j4EHvJNxA/CfYQP8p1D//Ks9A/yrHQv8qwkP/KsBD/yrAQ/8qwEP/KsBD/yr/&#10;PCAB/0UaAf9LFwH/URcB/1YfAf9YJwL/WDED/1c8BfxVSAn2UlQO8lBhE+5ObRfqTHgb50qCHuVJ&#10;jCDiSJUi4EedJN5HpSXcRq4m2kW5J9hFxijURdwpz0buKstF+y3IRf8uxUX/L8BG/y+6SP8vtUn/&#10;LrRJ/y60Sf8utEn/LrRJ/y7/QB0B/0kWAf9QEwH/VhQA/1wbAf9fIwH/YCwC+l83BPNdQgjtWk8N&#10;51hcE+JWaBjeU3Ic2lF9INZPhiTSTo8n0E2YKc1MoCvLS6ktyUqzLsdKvy/FStAwwkvoML1L+DK6&#10;Sv8zuEv/M7NM/zOuTf8zqk7/MqlO/zKpTv8yqU7/MqlO/zL/QxoB/0wTAP9UEAD/XBIA/2EXAP9l&#10;HgH7ZicB8mYxA+plPQbjY0oL3GBXEtVdYhnQWm0fzFd3I8hVgCfFVIkrwlKSLsBRmjC+UKMyu0+t&#10;NLlPuTW3T8g2tE/iNrFP9DeuUP84rFD/OKdR/zejUv82oFP/NZ9T/zWfU/81n1P/NZ9T/zX/RhcB&#10;/1ARAP9YDQD/YBAA/2YTAP9qGQD0bCEB6m0rAuFsNwTZakUK0GdSEspjXhrFYGggwV5yJr1ceyq6&#10;WoQut1iMMbRXlTSxVZ42r1SoOK1UszqqU8I7qFPaO6VU8DyiVf88oVX/O51W/zqaV/85l1f/OJdX&#10;/zeXV/83l1f/N5dX/zf/SRQA/1MOAP9cDAD/ZQ0A/2sPAPpvEwDschkA4nQjAdhzMgPOcUIJx21P&#10;EsFqWhq7Z2Qht2RtJ7NidiyvX38wrF6HNKlckDenW5k6pFmjPKFZrj6fWL0/nVjRQJpZ7D+YWf4/&#10;l1r/PpRb/zyRW/87j1v/Oo9b/zqPW/86j1v/Oo9b/zr/TBIA/1YNAP9gCQD/aAoA+m8MAPNzDgDl&#10;dxEA2nkbAM95LgLHdz4Jv3RLEblwVhqzbWAhr2ppKKpnci2nZXoyo2ODNqBhjDmdYJU8ml6fP5dd&#10;qkGVXbhCk13LQ5Bd6EOPXvxBjl//QItf/z6KX/89iF//PIhf/zuIX/87iF//O4hf/zv/ThEA/1gK&#10;AP9jBwD6bAYA53MGAN14CADaewsA0X4XAMh+KwLAfDsIuXlIEbJ2Uxmscl0hp29mKKNtbi6fancz&#10;m2h/N5hmiDuVZZE+kWObQY5ip0OMYbRFiWHHRYhi5UWGYvpDhmP/QoRj/0CDY/8+gmP/PYJj/zyC&#10;Y/88gmP/PIJj/zz/UA8A/1sHAP9mAwDsbwIA3HYDANR8BwDRgAkAyoIUAMKDKAK6gTkHs35GEKx7&#10;URmmd1ohoXRjKJxyay6Yb3MzlG18N5FrhDuNao4/imiYQoZno0SEZrFGgWbDR39m4Ud/Z/hFfmj/&#10;Q35o/0F9Z/8/fGf/Pnxn/z18Z/89fGf/PXxn/z3/Ug4A/10DAP1pAADhcgAA1noCAM5/BQDKgwgA&#10;xYYSALyHJgG1hjYGroNDD6eAThihfFggm3lgJ5Z3aS2SdHAzjnJ5N4pwgTyGbos/g22VQ39soUV8&#10;a65Hemu/SHhr3Uh4bPZGeGz/RHds/0J3a/9Ad2r/P3dq/z53av8+d2r/Pndq/z7/VAwA/18AAPJs&#10;AADddgAA0H0CAMmDBADEhwYAv4oQALeMIwGwijQFqYhBDqKFTBecgVUfln9eJpF8Zi2MeW4yiHd2&#10;N4R1fzuAdIg/fHKSQ3hxnkZ1cKxIc2+9SXFw2UlxcPRHcXH/RHJw/0Jyb/9Bcm7/P3Ju/z5ybv8+&#10;cm7/PnJu/z7/VgoA/2IAAOZvAADXeQAAzIEBAMWHAwC/iwQAuY4OALKQIAGrjzEFpIw/DZ2KShaW&#10;h1MekYRcJYuBZCyGf2sxgn1zNn57fDt6eYY/dneQQnJ2nEVvdalIbHW6SWt11ElrdfJHa3X/RWx1&#10;/0Ntc/9BbXL/P21y/z9tcv8/bXL/P21y/z//WQcA/2UAAOJyAADRfAAAx4QAAMCKAgC5jwIAs5IM&#10;AKyUHQCmky8EnpE8C5iPSBSRjFEci4laJIaHYiqBhWkwfIJxNXiBejp0f4M+cH2OQmx8mkVpe6dH&#10;Znq4SGR70Ehke/BHZXv/RGZ6/0NneP9BaHb/P2h2/z9odv8/aHb/P2h2/z//WwQA92kAAN12AADN&#10;gAAAw4gAALuOAAC0kwEArZcJAKeYGgCgmCwDmZY6CpKURRKMkk8aho9XIoCNXyh7i2cudolvM3KH&#10;dzhthYE8aYSLQGaCl0NigaVGYIG2R16BzUdege9GX4H/RGB//0Jhff9BYnv/P2N6/z9jev8/Y3r/&#10;P2N6/z//XgAA6W0AANZ5AADIhAAAvowAALaTAACulwAAppsEAKCdFwCanSkCk5w3CIyaQxCGmE0Y&#10;gJZVH3qUXSZ1kmUscJBsMWyOdTZnjX46Y4uJPl+KlUFciaNEWom0RViJy0VYiO1EWIj/Q1mG/0Fb&#10;g/9AXYH/Pl2A/z5dgP8+XYD/Pl2A/z7/YgAA5HEAAM9+AADDiAAAuZEAALCXAACnmwAAnqEAAJij&#10;EwCToyUBjaI0BoahQA2An0oVeZ1THHSbWiNvmWIoaphqLmaWcjJhlXw3XZSGOlmSkz5WkqFAU5Gy&#10;QVKSyUJSketBUpD/QFKP/z9Vi/8+Voj/PVeH/z1Xh/89V4f/PVeH/z35ZwAA3XYAAMmDAAC9jQAA&#10;s5UAAKmbAACgoAAAlqcAAI+pDwCLqiEBhakwBH+oPAp4p0cSc6VQGG2jWB5oomAkZKFnKV+gcC5b&#10;nnkyV52ENlOckTlQnJ87TpuwPUycxz1Mm+o8TJn/PEyY/zxNlf88T5H/O1CP/ztQj/87UI//O1CP&#10;/zvrbQAA03wAAMOJAAC3kwAArJoAAKKfAACZpQAAjqsAAIWwCwCBsRsAfLErAnewOAdxr0MNa65N&#10;FGatVRlhrF0eXatlI1mqbidVqXcrUaiCL02njzJKp541SKevNkenxjZGpuk2RaT+N0Wj/zdGoP83&#10;SJz/N0ma/zdJmv83SZr/N0ma/zfidAAAyoMAALyPAACwmAAApZ4AAJukAACQqwAAhbEAAHq4BAB2&#10;uRQAcrklAW25MwRouD8IY7hJDl63UhNatloYVrZiHFK1ayBOtHUkS7SAJ0izjipFs50sQrOuLUGz&#10;xS5Bs+ktQLD+Lz+v/zE+rf8yQKj/MkGm/zJBpv8yQab/MkGm/zLVfAAAwooAALWWAAConQAAnaMA&#10;AJKqAACHsQAAfLcAAHC+AwBowg4AZsMdAGPDLQFewzkEWsNECFbCTgxSwlcQT8FfFEvBaRdIwXMa&#10;RcB+HULAjCA/wJsiPcCtIzzBxCM8wOkjOr7+Jji8/yg3u/8pOLj/Kji2/ys4tv8rOLb/Kzi2/yvJ&#10;hQAAuZMAAKycAACgogAAlKoAAIixAAB8uAAAcb4AAGbFAwBbywgAV80TAFbOIwBTzjIBUM4+A03P&#10;SAVJz1IIRs9bC0PPZQ5Az28QPs97EzvPiRU5z5kXN8+rGDbQwxg2z+gYNM37GzLL/x0xyv8fMMn/&#10;IS/I/yEvyP8hL8j/IS/I/yG+jwAAr5oAAKKhAACWqQAAirAAAH24AABxvwAAZsYAAFvMAgBQ0gcA&#10;R9oMAEbcGABF3CcARN01AUHdQAI/3ksDPd5VBDrfXwY432kHNd92CTPghAsx4JQML+GmDS7hvA4t&#10;4uAOLd74Dyvd/xIq3P8UKdr/Fija/xYo2v8WKNr/Fija/xazmAAApaAAAJmnAACLsAAAfrgAAHHA&#10;AABlyAAAWc4AAE7TAABE2wQAP+kNAD3pFwA76iMAOeouADbrOAE060IBMexLAi/tVQMt7V8DKu5r&#10;BCjueAUm74gGJe+aByPwrgci8cgHIvDtByHs/wch6/8IIOv/Ch/q/wsf6v8LH+r/Cx/q/wuonwAA&#10;m6YAAI2vAAB/uAAAccEAAGTKAABY0AAATNYAAEHdAAA45AAANfYMADP3FAAw9x4ALvgnACv5MAAo&#10;+TgBJvpAASP7SQEh+1IBHvxdAhz9aQIa/XkDGP6LAxf/ngMV/7MEFP/TBBT+9AQT/P8DE/r/AxP5&#10;/wMT+f8DE/n/AxP5/wOdpQAAj64AAIC4AABywgAAZMsAAFbTAABJ2gAAPt8AADTkAAAu9AAAK/8K&#10;ACj/EAAl/xcAIv8fAB//JgAc/y0AGf80ABf/PAAU/0QBEv9OARD/WQEO/2cBDP93AQv/igIK/58C&#10;Cf+1Agj/1QIH//QCB///Agf//wIH//8CB///Agf//wKRrQAAgrgAAHPCAABkzAAAVtUAAEjdAAA7&#10;4gAAMOcAACfuAAAj/wAAIP8EABz/DAAZ/xEAFv8WABP/GwAR/yEADv8nAA3/LgAK/zYAB/8+AAT/&#10;SAAA/1QAAP9iAQD/cwEA/4cBAP+dAQD/sgEA/8oBAP/qAQD/8wEA//MBAP/zAQD/8wGEtwAAdMEA&#10;AGXMAABW2AAAR98AADnlAAAt6gAAI+4AABz9AAAY/wAAFf8AABH/BAAP/wsADf8OAAn/EQAG/xUA&#10;A/8aAAD/IAAA/yYAAP8uAAD/NwAA/0EAAP9NAAD/XAAA/20AAP+CAAD/lgAA/6gAAP+6AAD/wwAA&#10;/8MAAP/DAAD/wwD/JC8B/yUvAf8oLwH/JzEB/yQ2Av8gPgL/GkkD/xdWA/8VZAP/E3IE/xJ/BP8S&#10;igT/EpQE/xKdBf8SpAX/EqwG/xKzBv8Sugb/EsMG/xPOB/8T3wf/E+sH/xP2B/8T/wf/E/8G/xP/&#10;Bv8U/wf/FP8I/xP/CP8V/wn/Ff8J/xX/Cf8V/wn/JS4B/yktAf8rLAH/Ky4B/ykzAv8kOwL/H0YD&#10;/x1TA/8bYQT/GW4E/xd7BP8XhwX/F5EF/xeaBv8XoQb/F6kH/xewB/8Xtwj/F8AI/xjKCP8Y2wj/&#10;GOgI/xj0CP8Y/Qj/Gf8I/xn/CP8Z/wn/Gf8K/xj/C/8a/wv/Gv8L/xr/C/8a/wv/Ji0B/ywpAf8u&#10;KAH/LyoB/y0vAv8pNwL/J0MD/yRQA/8iXQT/IGoF/x53Bf8egwb/Ho0H/x6WB/8engj/HqUJ/x6s&#10;Cf8eswn/HrwK/x7GCv8e0wr/HuUK/x7xCv8f/Ar+H/8K/R//C/wf/wz8Hv8N/B//Dvch/w73If8O&#10;9yH/Dvch/w7/KioB/y8mAf8yJAH/MyUB/zIqAf8xNAL/Lz8D/y1MA/8qWQT/KGYF/yZyBv8lfgf/&#10;JYkI/yWSCf8lmgr/JaEL/yWoC/8ksAz/JLgM/yXBDP8lzg3/JeEN/CXvDfkm+gz2Jv8N9Sb/D/Ql&#10;/xD0Jf8R8ib/Eu0n/xLtJ/8S7Sf/Eu0n/xL/LiYB/zQiAf83IAH/OSEB/zglAf85LwL/ODsC/zVH&#10;A/8zVAX/MWEG/y9tB/8ueQn/LYQK/y2NDP8slg3/LJ0N/yylDv0srA/8LLQP+yy9D/ksyRD2LN0Q&#10;8y3sD+8t+A/tLf8S6yz/FOos/xXpLP8W5S3/FuAu/xbgLv8W4C7/FuAu/xb/MiMB/zgdAf88GwH/&#10;PhsB/0AiAf9BKwH/QDYC/z5CA/88TwX/OVwG/zhoCP02cwv7NX4M+DWIDvc0kQ/1NJkQ8zSgEfIz&#10;qBLwM7AS7zO5E+4zxRPrNNcT5zTqEuM09xThNP8X3jP/Gdwz/xrbM/8a1DT/Gs41/xrONf8azjX/&#10;Gs41/xr/Nh8B/zwZAf9BFgD/RBYA/0ceAf9JJwH/SDIC/0Y9A/9ESQX6QlYH9kBiCfI/bgzvPXkP&#10;7TyDEOo8jBLoO5QT5zucFOU7pBXjOq0V4jq2FuA7whbfO9IW2jvoF9Q69hrQOv8czTr/Hss6/x7K&#10;Ov8fxDv/H8A8/x7APP8ewDz/HsA8/x7/ORsB/0AVAP9FEQD/ShMA/04ZAP9QIgH/UCwB/U43AvZL&#10;QwTwSVAH60hdCudGaQ3jRXQQ4ER+E91DhxXbQpAX2EGYGNVAoBnTQKkb0UCyHM9AvR3NQMwdykHk&#10;HsZA9CDCQP8iv0D/I71A/yO7QP8jtkH/I7NC/yKzQv8is0L/IrNC/yL/PRcA/0QRAP9KDgD/UBAA&#10;/1QVAP9WHQD9ViYB81UxAetTPQPlUksG31BYCtpOYw7UTG4T0Ep4Fs1JgRnLSIobyEeSHcZHmh/E&#10;RqMhwkasIsBFtyO+RcUkvEXcJLhG8CW1Rv8nskb/J7BG/yeuRv8nqkf/JqdI/yanSP8mp0j/JqdI&#10;/yb/QBQA/0gOAP9OCwD/VQ4A/1kRAP9cFgD0XR8A6lwqAeJbNwLaWkYF0ldTC8xVXhDIU2gVxFFy&#10;GcFQexy+T4QfvE2MIrlNlSS3TJ0mtUunJ7NLsSmxSr8qr0rRKqxL6yupS/wspkv/LKVM/yujTP8q&#10;n03/Kp1N/ymdTf8pnU3/KZ1N/yn/QxEA/0sMAP9TCAD/WgsA/14NAPlgEADrYRYA4WIhANZiMQHO&#10;YUEFx19OC8JcWRG9WmQXuVhtG7ZWdh+zVX4isFOHJa5SjyirUZgqqVCiLKdQrC2lT7kvo0/LL6BQ&#10;5i+eUPkwnFD/L5pR/y6YUf8tllL/LJRS/yuUUv8rlFL/K5RS/yv/RhAA/04JAP9WBQD+XgYA72IH&#10;AOdlCgDkZg4A1mcZAM1oLQHFZz0Fv2VKC7ljVRK0YF8XsF5pHKxccSGpWnokplmCKKRYiyuhVpQt&#10;n1WdL5xVqDGaVLQzmFTFM5ZU4TSTVfYzklX/MpFW/zGPVv8wjVb/LoxX/y2MV/8tjFf/LYxX/y3/&#10;SQ4A/1EFAP9aAQDuYgAA32cDANhqBgDVawoAzW0VAMVuKQG+bTkEt2tHC7FoUhGsZlwYqGRlHaRi&#10;bSKhYHUmnl5+KZtdhi2YXI8vlVqZMpNZpDSQWbA2jlnANoxZ2zeKWfM2iVr/NIhb/zOHW/8xhlv/&#10;MIVb/y+FW/8vhVv/L4Vb/y//SwwA/1QAAPteAADiZQAA2GsBAM9uBQDMcAgAxnISAL5zJgG3czYE&#10;sXBECqtuTxGma1kYoWlhHZ1naiKZZXInlmN6KpNigy6QYIwxjV+VNIpeoDaHXq04hV28OYNd1DmC&#10;XvA4gV//NoBf/zSAX/8zf1//MX5f/zB+X/8wfl//MH5f/zD/TQkA/1YAAO5hAADdaQAA0W8AAMpz&#10;AwDFdQYAwHYQALh4IwCxeDMDq3ZBCaVzTBCfcFYXm25fHZZsZyKTam8nj2h3K4xnfy+JZYgyhWSS&#10;NYJjnTeAYqo5fWK5Ontizzt6Yu45emP/OHpj/zZ5Y/80eWP/Mnli/zF5Yv8xeWL/MXli/zH/TwcA&#10;/1kAAOZkAADXbAAAzHMAAMR3AgC/eQQAuXoOALJ8IACsfDEDpXo+CZ94ShCadVMXlXNcHZFxZCKN&#10;b2wniW10K4VsfC+CaoUyf2mPNXxomzh5Z6c6dma2O3RmzDxzZ+s7c2f/OHNo/zZzaP81c2f/M3Nm&#10;/zJzZv8yc2b/MnNm/zL/UQQA/1wAAOJnAADScAAAx3YAAMB6AAC6fQIAtH8MAK2BHQCngS4CoH88&#10;CJp9Rw+VelEWkHhaHIt2YiGHdGkmg3JxK39xei98b4MyeG6NNXVtmDhybKU7cGu0PG5ryTxta+k7&#10;bWz+OW1s/zdubP81bmv/NG5q/zJuav8ybmr/Mm5q/zL/UwAA9F8AAN5qAADNcwAAw3oAALt+AAC1&#10;gQAAroMJAKiFGgCihSsCm4Q6B5WCRQ6Qf08Vin1YG4Z7XyCBeWclfXdvKnp2dy52dIAyc3OLNW9y&#10;ljhscaM6aXCyPGhwxjxncOc7Z3H8OWhx/zdocP81aW//NGlu/zNpbv8zaW7/M2lu/zP/VgAA62IA&#10;ANhuAADJdgAAv30AALeCAACwhQAAqIcGAKKJFwCciikBlok3BpCHQwyLhU0ThYJVGYCAXR98f2Uk&#10;eH1tKXR7dS1wen4xbXmINGl3lDdmdqE6Y3awO2F2xDxhduU7YXb7OWJ2/zdjdf81Y3P/NGRy/zNk&#10;cv8zZHL/M2Ry/zP/WAAA5mYAANJxAADFegAAu4EAALKHAACrigAAoowCAJyOFACXjyYBkY40BYuM&#10;QAuFikoRgIhTGHuGWx12hWMicoNqJ26CcitqgHsvZ3+GM2N+kTZgfZ45XXyuOlt8wTtbfOM6W3z6&#10;OFx7/zdde/81Xnn/NF93/zNfd/8zX3f/M193/zP+XAAA4WoAAM11AADAfgAAtoYAAK6LAACljgAA&#10;m5EAAJWTEQCQlCIBi5MxA4WSPQl/kUgPeo9RFnWNWRtxjGAgbIpoJWiJcClkh3ktYYaDMV2FjzRa&#10;hJw2V4OsOFWDvzlVg+E4VYL5N1aC/zVWgf80WH//M1l9/zJZff8yWX3/Mll9/zLvYAAA224AAMd6&#10;AAC7gwAAsosAAKiQAACfkwAAlJYAAI2ZDgCJmh4AhJouAn6ZOgd5l0UNdJZOE2+VVhhqk14dZpJl&#10;IWKRbSZej3YqW46BLVeNjTBUjJozUYyqNU+MvTVPjN41T4v3NE+K/zNQif8yUYb/MVKE/zFShP8x&#10;UoT/MVKE/zHqZQAA0nMAAMJ/AAC2iAAArJAAAKKUAACYmAAAjJwAAISfCgCAoBkAfKEpAXegNgVy&#10;n0EKbZ5LD2idUxRknFsZYJtjHVyaayFYmXQlVZh+KVGXiixOlpguS5aoMEqWvDFJltwwSZT2MEmT&#10;/zBJkv8wSpD/L0uN/y9Ljf8vS43/L0uN/y/iawAAynkAALyFAACxjwAAppQAAJuZAACRnQAAhqIA&#10;AHqmAwB2pxMAc6gkAG6oMgNqqD0GZadHC2GmUA9dpVgUWaRgGFWjaBxSo3EfTqJ8I0uhiCZIoZYo&#10;RaCmKkShuitDodoqQ5/1K0Kd/ytCnP8sQpv/LESX/ytEl/8rRJf/K0SX/yvXcgAAw4AAALaMAACq&#10;lAAAn5kAAJSeAACJowAAfqgAAHCuAABqsA4AaLEdAGWxLAFhsTgDXbBDBlmwTApVr1QOUq9dEU6u&#10;ZRVLrm8YSK15G0Wthh5CrJUgP6ylIj6tuSM9rdgiPav1Izyp/yU7p/8mO6b/Jjuk/yY7pP8mO6T/&#10;Jjuk/ybMegAAu4gAAK6SAACimQAAl54AAIykAACAqgAAda8AAGm0AABeuQYAW7oUAFm7JABWuzEB&#10;U7s9A1C7RwVNu1AHSrpZCke6Yg1EumwQQbp3Ez65hBU8uZMXObmjGDi5txk3utYZN7j0GjW2/xw0&#10;tP8eM7P/HzOy/yAzsv8gM7L/IDOy/yDBgwAAtJEAAKaYAACbngAAj6UAAIKrAAB2sQAAa7YAAF+8&#10;AABUwQMATMUNAEvFGQBJxigASMY1AEXHQAFDx0oDQMdTBD7HXQY7x2cIOcdzCjfHgAw0x5ANMseh&#10;DjHItQ8wyNMPMMb0EC7E/xMtwv8VLMH/FivA/xcrwP8XK8D/FyvA/xe4jQAAqpcAAJ6eAACRpQAA&#10;hKwAAHiyAABruQAAYL8AAFTDAABKyAIAQM0HADrSDgA50hsAONMoADfTNQA21EAANNVLATPVVQEx&#10;1mACL9ZsAy3XegQr2IsFKtidBSjZsQYn2s0GJ9fvBibU/wkl0v8LJNH/DCPQ/w0j0P8NI9D/DSPQ&#10;/w2ulgAAoJ0AAJSkAACGrAAAebQAAGy7AABgwgAAVMYAAEjLAAA+0AAANdUEAC3dCgAs4RMAK+If&#10;ACnjKgAo5DUAJ+Q/ACblSgAk5lUAI+ZhASHnbgEg534CHuiQAh3ppAIb6bwCGuriAhrm/AIZ5f8D&#10;GeT/BBjj/wUY4/8FGOP/BRjj/wWjnQAAlqQAAIisAAB6tQAAbL0AAF/EAABTygAAR84AADzTAAAy&#10;2gAAKt8AACXuCQAj8BEAIfEZAB/xIgAd8isAG/M0ABn0PgAX9EgAFfVSABP2XwAS9m4BEfeAARD4&#10;lAEP+aoBDvnGAQ757QEN9v8BDfT/AQ3z/wEN8/8BDfP/AQ3z/wGZowAAi6wAAHy1AABtvgAAX8YA&#10;AFLNAABF0gAAOdgAAC/eAAAm4gAAH+oAABz7BgAZ/w4AF/8TABT/GgAS/yEAEP8oAA7/MAAN/zkA&#10;C/9DAAn/TgAG/1wABP9sAAL/gAAB/5YAAP+tAAD/ygAA//AAAP//AAD//wAA//8AAP//AAD//wCN&#10;qwAAfbUAAG6/AABgyAAAUtAAAEPXAAA33QAAK+IAACLmAAAZ6gAAFfkAABL/AAAQ/wgADv8OAAz/&#10;EQAJ/xYABv8cAAP/IgAA/yoAAP8zAAD/PQAA/0kAAP9XAAD/aQAA/34AAP+VAAD/rAAA/8cAAP/o&#10;AAD/+gAA//oAAP/6AAD/+gCAtQAAcL8AAGHJAABS0wAAQ9sAADXhAAAp5gAAHuoAABXuAAAQ+AAA&#10;Dv8AAAv/AAAI/wAABP8GAAD/CgAA/w4AAP8RAAD/FQAA/xsAAP8jAAD/KwAA/zYAAP9DAAD/UwAA&#10;/2UAAP96AAD/kQAA/6YAAP+4AAD/zwAA/88AAP/PAAD/zwD/HC8B/yAsAf8hLAH/Hi4B/xozAf8U&#10;PAH/D0YB/w1UAv8LYQL/CW8C/wl7Av8JhgL/CZAC/wmZAv8JoAL/CacC/wmtAv8JtAL/CbwB/wnF&#10;Af8J0QL/CeMC/wnvAv8J+QH/Cv8B/wr/Af8K/wL/Cv8C/wr/Av8L/wP/C/8D/wv/A/8L/wP/Hy0B&#10;/yMpAf8kKQH/IisB/x4wAf8YOAH/FEMB/xFQAv8QXgL/DmsC/w53Av8OgwL/Do0C/w6VAv8OnQL/&#10;DqQC/w6qAv8OsQL/DrkC/w7BAv8OzQL/Dt8C/w7sAv8O+AL/Dv8C/w7/Av8P/wP/D/8D/w//BP8Q&#10;/wT/EP8E/xD/BP8Q/wT/IyoB/yYmAf8oJQH/JycB/yMrAf8eMwH/G0AB/xlNAv8WWgL/FGcC/xNz&#10;Av8TfgL/E4kD/xORA/8TmQP/E6AC/xOnA/8TrgP/E7UD/xO+A/8TyQP/E9oD/xTpA/4U9gP7FP8D&#10;+RX/A/kV/wT4Ff8F+BX/BvgV/wb4Ff8G+BX/BvgV/wb/JiYB/yoiAf8sIAD/KyIB/ygmAf8nMAH/&#10;JDwB/yJJAv8fVQL/HWIC/xtuA/8begP/GoQD/xqNA/8alQP/GpwE/xqjBP8bqgT/G7IE/xu6BP8b&#10;xQT8G9ME+RvnBPUc9ATyHP8F8Rz/BvAc/wfvHf8I7x3/Ce8c/wnuHP8J7hz/Ce4c/wn/KiIB/y4d&#10;AP8wGwD/MBwA/zAiAP8wLAH/LjcB/ytEAv8oUQL/Jl0D/yRpA/8jdQT/I38E/iOIBP0jkQX7I5gF&#10;+iOgBfgjpwb3I64G9SO3BvQjwQbyJM8G7iTkBuol8gboJf4I5iT/CuQl/wvjJf8M4yT/DOIk/wzh&#10;JP8N4ST/DeEk/w3/Lh4A/zMYAP81FgD/NRUA/zgdAP84JwH/NzMB/zQ/Af8ySwL/L1gD+y5kBPgt&#10;bwT1LHoF8yyDBvEsjAbvLJQH7SycCOwsowjqLKsI6SyzCOcsvgnmLMwJ4i3iCN4t8QrbLP4M1i3/&#10;DtQs/w/SLP8Q0Sz/EM8s/xDOLf8Qzi3/EM4t/xD/MhkA/zcUAP86EQD/PBIA/z8ZAP9AIgD/Pi0B&#10;/zw5Afo6RQL0OFID8DdeBOw2agXpNXQG5jV+COQ0hwjiNJAJ4DSYCt40nwrcM6cL2jOwDNgzuwzV&#10;M8kN0jTfDc408A/KNP0SxzT/E8U0/xTDNP8VwzP/FcA0/xW/NP8UvzT/FL80/xT/NhUA/zsQAP8+&#10;DQD/Qw8A/0YUAP9GHAD/RiYA9kQyAe9CPwHpQEwD5D9ZBN8+ZAbbPW8I2Dx5CtQ8ggzRO4sNzzuT&#10;D806mhDLOqIRyTqrEsg6tRPGOsITxDrVFMA76xW8OvsXuTr/GLc6/xm2Ov8ZtTr/GLI7/xixO/8Y&#10;sTv/GLE7/xj/ORIA/z8NAP9DCQD/SAwA/0sQAP9MFQD1TB8A60oqAORJNwHdSUYC1UdTBNBGXwjM&#10;RWkLyURzDcZDfBDDQoQSwUKME79BlRW9QZ0Wu0CmF7pAsBi4QLwZtkDMGrNB5hqvQfccrUH/HatB&#10;/x2pQf8cqUH/HKZB/xulQf8bpUH/G6VB/xv/PRAA/0IJAP9IBQD/TQgA/1ALAPlRDwDrUBUA4U8g&#10;ANhQMQDPUEECyU9OBcROWgnATGQNvUttELpKdhO3SX4VtUiHF7NHjxmxR5cbr0agHK1Gqh6rRbYf&#10;qUXGH6dG4CCkRvQgoUb/IZ9H/yCeR/8gnkf/H5tH/x6aR/8emkf/HppH/x7/QA0A/0YEAP9MAAD4&#10;UgIA6FUEAOFVCADiVQ0A1VUZAMxXLADFVzwCv1ZKBrpVVQq2U18OslJoEq9QcRWsT3kYqk6BGqhN&#10;ih2lTJIfo0ycIKFLpiKfS7EjnUvAJJtL2CWZS/Allkz/JJVM/ySUTP8jk0z/IpFN/yGRTf8hkU3/&#10;IZFN/yH/QgoA/0kAAP9RAADmVwAA3VsBANVcBQDSWwkAy1wUAMNeKAC8XjgCtl1GBrFbUQqtWVsP&#10;qVhkE6ZWbBejVXQaoFR9HZ5ThR+bUo4imVGXJJdQoSaVUK0nklC8KJFQ0CiOUOwojVH+J4tR/yaL&#10;Uf8lilL/JIlS/yOIUv8jiFL/I4hS/yP/RQcA/0sAAPBVAADfWwAA02AAAMxhAwDIYQYAw2ERALtk&#10;JAC1ZDQCr2NCBaphTgqlX1cPoV1gFJ5caBibW3AbmFl4HpVYgSGTV4okkFaTJo5VniiLVakqiVS3&#10;K4dUyyuFVekrhFX8KoNW/yiDVv8nglb/JYFW/ySBVv8kgVb/JIFW/yT/RwMA/08AAOdYAADZYAAA&#10;zWQAAMZmAQDBZgQAu2YOALRpIACuaTECqGg/BaNmSgqfZVQPmmNdFJdhZRiTYG0ckF51H45dfSKL&#10;XIYliFuQKIVamiqDWaYsgFm0LX9Zxy59WeYtfFr6LHta/yp7W/8oe1v/J3ta/yZ6Wv8lelr/JXpa&#10;/yX/SQAA+1IAAONcAADSYwAAx2gAAMBrAAC6awIAtWsNAK5tHQCobi4Bo208BZ1rSAqZalEPlGha&#10;FJBmYhiNZWocimNyIIdieiOEYYMmgWCMKX5flyt7XqMteV6xL3ddxC91XuIvdV75LXVf/yt1X/8p&#10;dV//KHVe/yZ1Xv8mdV7/JnVe/yb/SwAA8FUAAN5fAADNZwAAw2wAALtvAAC1cAAAr28KAKhxGgCj&#10;cisBnXI5BJhwRQmTbk8Oj21YFItrYBiHaWcchGhvIIFndyN9ZoAmemSKKXdjlCx1Y6EucmKvL3Bi&#10;wTBvYt8wbmP3Lm9j/yxvY/8qb2P/KG9i/ydvYv8nb2L/J29i/yf/TQAA61gAANljAADJagAAv3AA&#10;ALdzAACwdAAAqXQHAKN2FwCedygBmHY3BJN1QgiOc0wOiXFVE4VwXRiBbmUcfm1sH3tsdCN4an0m&#10;dGmHKXFokixuZ54ubGesMGpnvjFpZ9wwaWf1Lmln/yxpZ/8qamf/KWpm/yhqZv8namb/J2pm/yf/&#10;UAAA51sAANNmAADFbgAAu3MAALN3AACreQAApHgDAJ16FACYeyUBk3s0A456QAeJeEoNhHZTEoB1&#10;Wxd8c2IbeHJqH3VxciJyb3smb26FKWxtkCxpbJwuZmyqMGRsvDFjbNkwY2z0L2Ns/y1kbP8rZGv/&#10;KWVq/yhlav8oZWr/KGVq/yj9UwAA418AAM5pAADBcQAAt3cAAK97AACnfQAAnn0AAJh+EQCTgCIA&#10;joAxAol/PgaEfUgMf3xREXt6WRZ3eWAac3doHm92cCFsdXglaXSCKGZzjitjcpouYHGoL15xujBd&#10;cdQwXXHyLl5x/yxecP8rX3D/KWBv/yhgbv8oYG7/KGBu/yjxVQAA3mIAAMptAAC9dQAAs3sAAKuA&#10;AACiggAAmIEAAJGDDwCNhR8AiIUuAoOEOwV+g0UKeoFOD3WAVhRxf14Ybn1mHGp8bSBne3YjY3qA&#10;J2B5iypdeJgsWnemLlh3uC9Xd9EvV3fxLlh2/yxYdv8qWXX/KVp0/yhadP8nWnT/J1p0/yftWQAA&#10;12YAAMVxAAC5egAAr4AAAKaEAACdhgAAkYcAAIqJDACGihsAgosrAX2KOAR4iUIIdIhMDW+HVBJs&#10;hVsWaIRjGmSDax5hgnQhXYF9JFqAiShXf5YqVX6kLFJ+ti1Rfs4tUX3vLFJ9/ytSfP8pU3v/KFR6&#10;/ydUev8nVHr/J1R6/yfoXgAA0GsAAMB2AAC0fgAAq4UAAKGJAACXiwAAiY0AAIOPCAB+kBcAe5En&#10;AXaRNANykD8GbY9JC2mOUQ9ljVkTYoxgF16LaBtbinEeV4l7IVSIhiRRh5QnT4aiKU2GtCpLhswq&#10;S4XuKUyE/ylMg/8oTIP/J02B/yZOgf8mToH/Jk6B/ybhYwAAyXAAALt7AACwhAAApooAAJuOAACR&#10;kQAAhJMAAHqVAgB1lxIAcpgiAG+YMAJqlzsEZpdFCGKWTgxflVYPW5RdE1iTZRdVk24aUZJ4HU6R&#10;hCBLkJEjSZChJEeQsiZFkMomRY/tJUWN/yVFjP8lRov/JEaK/yRGiv8kRor/JEaK/yTYaQAAw3YA&#10;ALWBAACrigAAn48AAJWTAACKlgAAfpoAAHCdAABrnw4AaJ8cAGagKgFioDcCX59BBVufSghYnlIL&#10;VJ5aDlGdYhJOnGsVS5x1GEibgRpFm48dQpqfH0CasCA/msggP5nrHz+Y/yA+lv8hPpX/IT+U/yE/&#10;lP8hP5T/IT+U/yHNcAAAvH0AALCIAACkjwAAmZQAAI6YAACDnQAAd6AAAGmkAABgpwgAXagUAFup&#10;JABZqTEBVqk8AlOpRQRQqE4GTahXCUqoXwxHp2gORKdzEUGmfxQ+po0WPKadFzqmrxg5pscYOaXq&#10;GDij/xo3of8bN6D/HDef/xw3n/8cN5//HDef/xzEeAAAtYUAAKmPAACdlQAAkpoAAIafAAB6owAA&#10;bqgAAGKsAABVsAAAULIOAE6yGwBNsygAS7M1AEmzPwFGs0kCRLNSBEGzWwY/s2QIPLNvCjqzeww3&#10;s4oONbKaDzOzrRAys8UQMrLpEDGw/hIwrv8UL63/FS+s/xYvrP8WL6z/Fi+s/xa7gQAAro4AAKGV&#10;AACWmgAAiaAAAH2mAABxqwAAZa8AAFm0AABOtwAAQ7wFAEC9EQA/vR4APr4rADy+NgA7v0EAOb9L&#10;ATe/VAI1wF8CM8BqBDHAdwUvwIYGLcCXByvAqggqwcIIKsDnBym9/QoovP8MJ7r/DSe5/w4nuf8O&#10;J7n/Die5/w6yjAAApZQAAJmaAACNoQAAf6cAAHKtAABmswAAWrgAAE+7AABEvwAAOsQCADDJCAAu&#10;yhEALcodACzLKQAryzUAK8xAACrNSgAozVYAJ85hACbObwEkzn8BI8+RAiHPpQIg0L0CIM/kAh/N&#10;+gMey/8EHsr/BR3J/wYdyf8GHcn/Bh3J/waolAAAnJoAAJChAACCqAAAdK8AAGe2AABbvAAATsAA&#10;AEPDAAA5xwAAL8wAACfQBAAf1goAG9oQABvbGgAa2yYAGtwxABndPAAY3UgAGN5VABffYgAW4HIA&#10;FeCFABThmgAT4rEAEuPPABLg9AAS3v8BEd3/ARHb/wIR2/8CEdv/AhHb/wKemgAAkqEAAISpAAB2&#10;sQAAaLgAAFu/AABOxAAAQsgAADfMAAAt0AAAJNUAABzbAAAV3wUAFOkOABLqFAAR6x0AEOsmAA7s&#10;MAAO7ToADe5GAAvuUwAK72IACfB0AAjxiQAH8qAABfK6AATx5AAC8f0AAu//AAPt/wAD7f8AA+3/&#10;AAPt/wCVoQAAhqkAAHiyAABpugAAW8IAAE3IAABAzAAANNEAACrWAAAh2wAAGeAAABLkAAAP8AEA&#10;DfkKAAv6DwAJ+xUAB/scAAT8JAAB/CwAAPw3AAD8QgAA/FAAAPxhAAD9dQAA/IwAAPykAAD8wQAA&#10;/OsAAPz/AAD9/wAA/f8AAP3/AAD9/wCJqQAAebIAAGq7AABcxAAATswAAD/RAAAy1wAAJ90AAB3h&#10;AAAV5QAADugAAArxAAAI/QAABf8DAAH/CQAA/w4AAP8SAAD/FwAA/x8AAP8nAAD/MQAA/z4AAP9N&#10;AAD/XwAA/3UAAP+NAAD/pgAA/8IAAP/nAAD//AAA//8AAP//AAD//wB8swAAbLwAAF3GAABOzwAA&#10;P9YAADHdAAAl4gAAGuYAABHqAAAM7gAABfIAAAD/AAAA/wAAAP8AAAD/AAAA/wUAAP8KAAD/DgAA&#10;/xIAAP8YAAD/IQAA/ysAAP85AAD/SgAA/10AAP9zAAD/jAAA/6QAAP+5AAD/1AAA/94AAP/eAAD/&#10;3gD/GCwA/xkpAP8ZKAD/FSsA/xAwAP8LOAH/A0QB/wBRAf8AXgH/AGwB/wB4Af8AggH/AIwB/wCU&#10;Af8AnAD/AKIA/wCoAP8ArwD/ALYA/wC+AP8AyAD/ANcA/wDnAP8A8wD/AP0A/wD/AP8A/wD/AP8A&#10;/wD/AP8A/wD/AP8A/wD/AP8A/wD/GykA/x0mAP8cJQD/GScA/xMsAP8ONAD/C0AB/whOAf8FWwH/&#10;A2gB/wJ0Af8CfwH/AogB/wKRAf8CmAH/Ap8B/wGlAP8BrAD/AbIA/wG6AP8BxAD/AdEA/wDkAP8A&#10;8QD/APwA/AH/APwC/wD8A/8A/AT/AfwF/wH8Bf8B/AX/AfwF/wH/HyYA/yEiAP8gIQD/HiMA/xgn&#10;AP8TMAD/ETwB/w5KAf8NVwH/C2MB/wpvAf8KegH/CoQB/wqNAf8KlAH/CpsB/wqiAf8KqAH/Cq8B&#10;/wq3Af8KwAD/CswA/wrgAPsK7wD3CvoA9Qv/AfUM/wH0Df8B9A3/AvQN/wL0Df8C9A3/AvQN/wL/&#10;IiIA/yQdAP8kHAD/Ih0A/x4iAP8cLAD/GTgA/xZFAf8TUgH/El4B/xBqAf8QdQH/EH8B/xCIAf8Q&#10;kAH/EJcB/xCeAf8QpQH9EKwB/BCzAfoQvQH5EckB9RHdAfER7QHuEfkB7BL/AusT/wLqE/8D6RP/&#10;A+kT/wPpE/8D6RP/A+kT/wP/Jh0A/ygYAP8oFgD/JhYA/yYdAP8mKAD/IzQA/yBAAP8dTQH/G1kB&#10;/xllAf4ZcAH8GHoB+RiDAfcYjAH2GJMB9BiaAfMYoQHxGagB8BmwAu4ZugLtGcYC6hrZAuYa6wHi&#10;G/kC4Bv/A94c/wTdHP8F3Bz/Bdwc/wXbHP8F2xz/Bdsc/wX/KhkA/y0TAP8tEQD/LREA/y4ZAP8t&#10;IgD/LC4A/yk6AP8mRwH6JFQB9iNgAfIiawHvInUC7SJ+AusihwLpIo8C5yKWAuUingLkIqUC4iKt&#10;AuEjtwLfI8MC3SPWAtgk6gPSJPkFzyX/Bs0l/wfLJf8IyiX/CMok/wjKJP8IyiT/CMok/wj/LhQA&#10;/zEQAP8yDQD/NA4A/zUUAP81HAD/MycA+jE0APMvQQDuLU4B6SxaAeUsZQLiLHAC3yt5At0rggPa&#10;K4sD2CuSBNUrmgTTK6IE0SuqBc8rswXNK78GzCzPBsgt5wfELfcJwS3/Cr8t/wu9Lf8MvC3/DLws&#10;/wy7LP8Muyz/DLss/wz/MREA/zUMAP82BwD/OgsA/zwQAP87FQD4OR8A7zcrAOc2OQDhNUcA3DVU&#10;AdU1YALRNWoDzjRzBMw0fAXKNIUGyDSNB8YzlAjEM5wJwjOlCcEzrgq/M7kLvTPIC7s04Qu3NPMN&#10;tDT/D7E0/w+wNP8QrzT/EK40/w+uNP8PrjT/D640/w//NQ4A/zgHAP88AgD/QAYA/0ELAPpBDwDt&#10;PxYA4zwiANo9MQDSPkEAzD5PAsg+WgPEPWQFwT1uB788dgi8PH4KujuHC7g7jwy3O5cNtTqfDrM6&#10;qQ+xOrQQrzrCEa462RGqO+8Spzv/E6U7/xSkO/8Tozv/E6I7/xOiO/8Sojv/EqI7/xL/OAoA/zwA&#10;AP9BAAD1RQAA5kYCAOFFBwDjQg0A1UMZAMxFLADGRzwBwUdJArxGVQS5RV8GtURoCbNDcQuwQ3kN&#10;rkKBD6xCiRCqQZESqEGaE6dApBSlQK8Vo0C8FqFA0BaeQeoXnEH8F5pB/xeYQf8XmEH/FpdB/xWX&#10;Qf8Vl0H/FZdB/xX/OwYA/z8AAPlGAADlSwAA3E4AANNNBADRSgkAykoUAMJNJwC8TjcBt05FArJN&#10;UAWvTFoIq0tjCqhKbA2mSXQPpEl8EaFIhBOfR4wVnUeVF5tGnxiZRqoZl0a4GpZGyhuTRuYbkUf5&#10;G49H/xqOR/8Zjkf/GI1H/xiNR/8XjUf/F41H/xf/PgIA/0MAAOtLAADdUQAA0VQAAMpUAQDGUgUA&#10;wVERALlTIgCzVTMBrlRBAqpUTAWmU1YIolFfDJ9QZw+dT28Rmk53FJhOfxaWTYgYk0yRGZFMmxuP&#10;S6YdjUuzHotLxR6JS+Ieh0z3HoZM/x2FTP8chU3/GoVM/xmFTP8ZhUz/GYVM/xn/QAAA/EcAAOVQ&#10;AADVVgAAylkAAMJaAAC9WAMAuFcOALFZHgCsWi8Bp1o9AqJZSQWeWFMJm1dbDJdWZBCVVWsSklRz&#10;FY9TexeNUoQai1GNHIhRlx6GUKMfhFCwIIJQwSGAUN0hflH0IH1R/x99Uf8dfVH/HH1R/xt9Uf8a&#10;fVH/Gn1R/xr/QgAA8EoAAN9UAADOWgAAxF4AALxfAAC2XgAAsVwLAKteGgClYCsAoGA6ApxfRQWX&#10;XlAJlFxYDJBbYBCNWmgTi1lwFohYdxiFV4Abg1aJHYBWlB9+VZ8he1WtInlUvSN4Vdcjd1XyInZW&#10;/yB2Vv8fdlb/HXZW/xx2Vv8bdlb/G3ZW/xv/RQAA7E4AANpYAADJXgAAv2IAALdkAACxYwAAq2EI&#10;AKRjFwCfZCgAmmU3ApZkQwWRY00IjmFVDIpgXRCHX2UThF5sFoFddBl+XH0cfFuGHnlakSB3Wp0i&#10;dFmqJHJZuiVxWdIlcFrwI29a/yJvWv8gcFr/HnBa/x1wWv8ccFr/HHBa/xz/SAAA51IAANNbAADF&#10;YgAAu2YAALNoAACsaAAApWYFAJ9nFACaaSUAlWk0ApBoQASMZ0oIiGZTDIRlWxCBZGITfmNqFnti&#10;chl4YXocdmCEHnNfjiFwXpojbl6oJWxduCVqXs4maV7uJGle/yJqXv8gal7/H2pe/x5qXv8dal7/&#10;HWpe/x35SgAA41UAAM9fAADBZQAAt2oAAK9sAACnbAAAn2oBAJlrEQCUbSIAkG4xAYttPQSHbEcH&#10;g2tQC39qWA98aGATeGdnFnZnbxlzZngccGWBHm1kjCFqY5gjaGKmJWZitiZkYswmZGLsJWRi/yNk&#10;Yv8hZWL/H2Vi/x5lYv8dZWL/HWVi/x3yTAAA31gAAMpiAAC9aQAAs24AAKtwAACicAAAmW4AAJNw&#10;EACPch8AinIuAYZyOwOCcUUHfXBOC3puVg52bV4Sc2xlFXBrbRhtanUbaml/HmdpiiFlaJYjYmek&#10;JWBntCZfZ8kmXmfqJV5n/iNfZ/8hX2b/H2Bm/x5gZv8eYGb/HmBm/x7vTwAA2lwAAMZlAAC6bQAA&#10;sHIAAKd1AACddAAAlHMAAI10DQCJdhwAhXcrAYF3OAN8dkMGeHVMCXR0VA1xc1sRbnJjFGtxaxdo&#10;cHMaZW98HWJuhyBfbZQiXWyiJFpssiVZbMclWGzoJVls/SNZa/8hWmv/H1tr/x5bav8eW2r/Hltq&#10;/x7rUwAA02AAAMJpAAC2cQAArHYAAKN5AACZeQAAjXcAAId5CwCDexgAf3woAHt8NQJ3e0AFc3pJ&#10;CG95UQxseFkPaHdhE2V2aBZidXAZX3R6HFx0hR9ac5EhV3KgI1VysCRTcsUkU3LnJFNx/CJUcf8g&#10;VHD/H1Vw/x5Vb/8dVW//HVVv/x3lVwAAzWQAAL5tAACydQAAqHsAAJ9+AACTfQAAh30AAIB/BwB8&#10;gBUAeIEkAHWCMgFxgT0EbYBGB2mATwpmf1YNY35eEWB9ZhRdfG4XWnt3Gld6gh1Ueo8fUXmdIU95&#10;riJOecMiTXjlIk13+yFOd/8fTnb/Hk91/x1Pdf8dT3X/HU91/x3fXAAAyGgAALlyAACuegAApYAA&#10;AJqCAACOggAAgIMAAHmFAgB0hhEAcYggAG6ILgFqiDkCZ4dDBWOHTAhghlMLXYVbDlqEYxFXhGsU&#10;VIN1F1GCgBpOgY0cS4GbHkmBrB9IgMEgR4DjH0d/+h5Ifv8eSH3/HUl8/xxJfP8cSXz/HEl8/xzW&#10;YQAAwm4AALR4AACqgAAAn4UAAJSHAACIhwAAe4kAAHCMAABrjg0AaI8aAGaPKQBikDUBX48/A1yP&#10;SAVZjlAIVo5YC1ONYA5QjGgQTYxyE0qLfRZIiooYRYqZGkOKqhtCir8bQYrhG0GI+RtBhv8bQYX/&#10;G0KF/xpChP8aQoT/GkKE/xrNZwAAvHQAAK9+AAClhgAAmooAAI6MAACCjQAAdZAAAGeUAABhlQgA&#10;XpcUAFyXIwBamC8AV5g6AVSYRANSl0wFT5dUB0yXXAlJlmUMR5ZvDkSVehFBlYgTP5SXFT2UqBY7&#10;lL0WO5TfFjqS+Bc6kP8XOo//FzqO/xc6jv8XOo7/FzqO/xfFbgAAtnsAAKqFAACeiwAAlI8AAIiS&#10;AAB7lAAAbpcAAGKbAABXngAAUqAOAFGgGwBPoSgATaE0AEuhPgFJoUcCR6FQA0ShWAVCoWEHP6Br&#10;CT2gdws6oIUNOKCUDjagpg81oLsQNKDdDzSd9xAznP8SM5r/EjOZ/xMzmf8TM5n/EzOZ/xO9dwAA&#10;r4MAAKOLAACYkQAAjZUAAIGZAABznAAAZ58AAFuiAABPpgAAR6kIAESqEgBDqh8AQasrAECrNwA/&#10;rEEAPaxKATusUwI5rFwDN6xnBDWscwUyrIEGMKyRBy6sowgtrLgJLKzZCCyq9QorqP8LKqb/DCql&#10;/w0qpf8NKqX/DSql/w21gAAAqIsAAJyRAACRlgAAhZwAAHigAABrpQAAX6gAAFOsAABIrwAAPbIA&#10;ADa1CwA0tRUAM7YhADK2LAAxtzcAMLdBAC+4SwAuuFUALLhgASq4bQEpuXsCJ7mNAiW5nwMkubQD&#10;I7nSAyO39AQitf8FIbT/BiGz/wchsv8HIbL/ByGy/wetigAAoJEAAJWXAACInQAAe6MAAG6oAABh&#10;rQAAVbEAAEq0AAA/twAANLsAACu+AwAkwgwAIsIUACLDHwAhwyoAIMQ0AB/EPwAexUoAHcZWABzG&#10;YwAbx3MAGseFABnHmQAYyK4AF8jLABfG8QEXxP8BFsP/AhbB/wMWwf8DFsH/AxbB/wOjkQAAmJgA&#10;AIueAAB9pQAAcKsAAGKxAABWtgAASrkAAD69AAA0wAAAKsQAACLIAAAZzAQAE9AKABHSEQAQ0hoA&#10;ENMlAA/TMAAO1DwADtRIAA3VVgAN1WUADNZ4AAzWjQAL2KQACti+AAnZ5gAK1v4AC9T/AAvS/wAL&#10;0v8BC9L/AQvS/wGamAAAjp8AAICmAAByrQAAZLQAAFe6AABJvwAAPcIAADLGAAAoyQAAH80AABfR&#10;AAAR1gAADNsFAAjeCwAG3xEABd8aAATgJAAC4S4AAeI6AADjRwAA5FYAAORnAADlewAA5pIAAOaq&#10;AADnyAAA5/AAAOj/AADo/wAA6P8AAOj/AADo/wCRnwAAgqcAAHSvAABltwAAV74AAEnDAAA8xwAA&#10;MMsAACXPAAAc1AAAFNkAAA7dAAAJ4QAAAuUAAADpBgAA6Q0AAOkRAADqGAAA6yEAAO0rAADvNwAA&#10;8UUAAPJWAADzaAAA834AAPSXAAD1sAAA9tAAAPfzAAD3/wAA9/8AAPf/AAD3/wCFpwAAdrAAAGa4&#10;AABYwQAASsgAADvMAAAu0QAAI9YAABncAAAR4AAADOMAAATnAAAA6gAAAPUAAAD0AAAA9QUAAPUL&#10;AAD2DwAA9hQAAPgdAAD6JwAA/DQAAP9DAAD/VQAA/2kAAP+BAAD/mgAA/7IAAP/PAAD/7QAA//kA&#10;AP/5AAD/+QB4sAAAaLoAAFnDAABLywAAO9EAAC3YAAAh3QAAFuIAAA7mAAAI6gAAAO0AAADwAAAA&#10;+AAAAP8AAAD/AAAA/wAAAP8AAAD/BgAA/wwAAP8QAAD/GAAA/yIAAP8wAAD/QAAA/1MAAP9pAAD/&#10;gQAA/5kAAP+vAAD/wwAA/9UAAP/VAAD/1QD/EygA/xMlAP8RJQD/DScA/wYtAP8ANQD/AEEA/wBP&#10;AP8AXAD/AGkA/wB0AP8AfgD/AIgA/wCQAP8AlwD/AJ0A/wCkAP8AqgD/ALAA/wC3AP8AwAD/AMwA&#10;/wDfAP8A7AD/APgA/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/FiUA/xYiAP8UIQD/&#10;ECMA/wooAP8AMAD/AD0A/wBLAP8AWAD/AGQA/wBwAP8AegD/AIQA/wCMAP8AkwD/AJoA/wCgAP8A&#10;pgD/AK0A/wC0AP8AvAD+AMgA/QDZAPsA6QD6APYA+QD/APgA/wD4AP8A+AD/APgA/wD5AP8A+QD/&#10;APkA/wD/GiIA/xoeAP8YHQD/Ex4A/w4iAP8KLAD/BzkA/wNGAP8AUwD/AGAA/wBrAP8AdgD/AH8A&#10;/wCIAP8AjwD/AJYA/wCdAP8AowD+AKkA/ACwAPoAuQD3AMQA9QDSAPMA5gDyAPQA8QD/APAA/wDv&#10;AP8A7wD/AO8A/wDwAP8A8AD/APAA/wD/Hh0A/x4ZAP8cFwD/FxgA/xMeAP8RKAD/DjQA/wxBAP8K&#10;TgD/CFsA/wdmAP8GcQD/BnoA/waDAP4GiwD8BpIA+gaZAPgGnwD2BqYA9AatAPIGtQDwBcAA7QXO&#10;AOsF5ADpBvMA5gj/AOUK/wDkC/8A5Av/AeQL/wHkC/8B5Av/AeQL/wH/IRgA/yETAP8gEQD/GxIA&#10;/xwaAP8aJAD/Fi8A/xM8AP8RSQD/EFUA/A5hAPkOawD2DnUA9A5+APIOhgDwDo4A7g6VAO0OmwDr&#10;DqIA6g6qAOgOswDmD70A5Q/MAOEP4wDdEPMA2RH/AdYS/wHUE/8B0xP/AtIT/wLSE/8C0hP/AtIT&#10;/wL/JRMA/yUQAP8kDQD/Iw4A/yMUAP8iHgD/HykA/xw1APkZQwD0GE8A7xdbAOwXZgDpF3AA5hd5&#10;AOQXgQDiF4kA4BeRAN8XmADdF58A2xenANkYsQDWGLsA1BnKANAa4QHMG/MByRz/AsYc/wLEHP8D&#10;wxz/A8Mc/wPDHP8Dwxz/A8Mc/wP/KBAA/ykLAP8oBgD/KwsA/ysQAP8pFwD9JiIA9CMuAOwhOwDm&#10;IEkA4iBVAN4gYADaIWoA1iF0ANMhfAHQIYQBzyKMAc0ikwHLIpsBySKjAcgjrALGI7YCxCPEAsIk&#10;2wK+Je4DuyX+BLgl/wW2Jf8FtSX/BrUl/wa1Jf8FtSX/BbUl/wX/LA0A/y0FAP8uAQD/MQUA/zEL&#10;AP0vEADxKxgA5yklAN8oMwDYKEIA0SpPAM0rWgDJK2UBxytuAcQsdgLCLH4CwCyGA74sjgO9LJYD&#10;uyyeBLkspwS4LLEFtiy/BbUt0QWxLeoGri77B6su/wipLv8IqC7/CKgt/wioLf8IqC3/CKgt/wj/&#10;LwgA/zEAAP81AAD2NwAA6jYCAOczCADkLw8A2S4bAM8xLADJMzwAxDRJAMA1VQG8NV8CujVoArc1&#10;cAO1NHgEszSABbE0iAawNJAGrjSZB6w0ogirNKwJqTS5Cac0ygqlNeUKoTX4C581/wydNf8MnTX/&#10;C5w1/wucNf8LnDX/C5w1/wv/MwIA/zUAAPY6AADlPgAA3EAAANQ9BADSNwkAyzgVAMM6JgC9PTYA&#10;uD5EAbQ+UAGxPVoDrj1jBKw9awWpPHMGpzx7CKY8gwmkO4sKojuUC6A7nQyeO6gNnTu0Dps7xQ6Z&#10;O+AOljv0D5Q8/w+SPP8Pkjz/DpE8/w2RPP8NkTz/DZE8/w3/NQAA/zkAAOpBAADdRgAA0EcAAMlG&#10;AADGQQUAwEARALlCIQCzRDIAr0VAAatFSwKnRVUDpEReBaFEZgefQ24InUN2CptCfguZQoYNl0GP&#10;DpVBmQ+TQaQRkUGwEpBBwBKOQdkSi0HxEolC/xKIQv8RiEL/EIdC/xCHQv8Ph0L/D4dC/w//OAAA&#10;8z0AAONHAADSTAAAyE4AAMBNAAC7SgIAtkcOALBJHQCrSy0Apkw7AaJMRwKeS1EEm0taBplKYgiW&#10;SWoKlElxDJJIeQ6PSIIPjUeLEYtHlRKJRqAUh0asFYVGuxaERtEWgkfuFoBH/xV/R/8Uf0f/En9H&#10;/xF/R/8Rf0f/EX9H/xH/OwAA7kMAANxMAADMUQAAwVQAALlUAAC0UQAArk0LAKhPGQCjUSkAnlI3&#10;AZpSQwKXUU4ElFFWBpFQXgmOT2YLjE5tDYlOdQ+HTX4RhU2HE4JMkRWATJwWfkupF3xLuBh7S80Y&#10;eUzrGHhM/hd3TP8Vd0z/FHdM/xN3TP8Sd0z/EndM/xL/PgAA6EcAANVQAADGVgAAvFgAALRZAACt&#10;VgAAp1MHAKFUFQCcViUAmFc0AZRXQAKQV0oEjVZTBopVWwmHVGMLhFRqDoJTchCAUnoSfVKDFHtR&#10;jhZ4UJkYdlCmGXRQtRpzUMkacVDoGnBR/BhwUf8XcFH/FXBR/xRxUP8TcVD/E3FQ/xP1QAAA5EsA&#10;AM9UAADBWgAAt10AAK9eAACnWwAAoVgDAJtZEgCWWyIAklwxAY5cPQKKXEcEh1tQBoNaWAmBWWAM&#10;fllnDntYbxB5V3cTdlaAFXRWixdyVZYZb1WjGm1UshtsVMYbalXmG2pV+xlqVf8XalX/FmpV/xVr&#10;Vf8Ua1X/FGtV/xTyQwAA308AAMtYAAC9XQAAs2EAAKtiAACiYAAAm1wAAJVeEACQYB8AjGEuAIhh&#10;OgKEYEUEgWBOBn5fVgl7Xl0LeF1lDnZcbBBzXHQTcFt9FW5aiBdrWpQZaVmhG2dZsBxlWcMcZFnj&#10;HGRZ+hpkWf8YZFn/F2VZ/xVlWf8UZVn/FGVZ/xTvRgAA2lIAAMZbAAC6YQAAsGUAAKZmAACdYwAA&#10;lWEAAI9iDgCLZBwAh2UrAINlNwF/ZUIDfGRLBnhjUwh1Y1sLc2JiDnBhahBtYHITa2B7FWhfhhdm&#10;XpEZY16fG2FdrhxgXcEcX13hHF9d+BpfXf8YX13/F2Bd/xZgXf8VYF3/FWBd/xXrSgAA1FYAAMNe&#10;AAC2ZQAArGkAAKJpAACYZwAAj2UAAIlmDACFaBkAgWkoAH5qNQF6aT8DdmlJBXNoUQhwZ1kKbWdg&#10;DWtmZxBoZXASZWR5FWNkgxdgY48ZXmKdG1xirBxaYr8cWWLfHFli9xpaYv8ZWmH/F1th/xZbYf8V&#10;W2H/FVth/xXnTQAAz1kAAL9iAACzaAAAqW0AAJ5tAACTawAAiWkAAINrCQB/bRUAfG4lAHhuMgF1&#10;bj0CcW5GBG5tTwdrbFYJaGxeDGVrZQ9jam0RYGl2FF1pgRZbaI0YWGebGlZnqhtVZ70cVGfcHFRn&#10;9hpUZv8YVWb/F1Vl/xZWZf8VVmX/FVZl/xXiUQAAyl0AALtmAACvbAAApnEAAJlwAACObwAAg24A&#10;AH1wBQB4chIAdXMhAHJzLwFvczoCbHNEBGlyTAZmclQIY3FbC2BwYw1dcGsQW290E1hufxVVbosX&#10;U22ZGVFtqBpPbbsbTm3ZGk5s9BlPa/8YT2v/F1Bq/xZQav8VUGr/FVBq/xXdVQAAxWEAALdqAACs&#10;cQAAonUAAJR0AACJdAAAfHMAAHZ1AABxdxAAb3gdAGx5KwBpeTcBZnlAA2N5SQVgeFEHXXdYCVt3&#10;YAxYdmgOVXVxEVJ1fBNQdIgWTXSXF0tzphhJc7kZSHPVGUly8xhJcf8XSnH/Fkpw/xVLcP8US3D/&#10;FEtw/xTUWgAAwGYAALNvAACodgAAnXkAAI94AACEeAAAd3kAAG98AABqfQ0AZ34ZAGR/JgBigDIB&#10;X4A9AlyARgNaf04FV39VB1R+XQlSfWUMT31vDkx8eRFKfIYTR3uUFUV7pBZEe7cWQ3vSFkN68hZD&#10;ef8VQ3j/FER3/xREdv8TRHb/E0R2/xPNXwAAu2sAAK50AACkfAAAl34AAIp9AAB/fgAAcn8AAGaD&#10;AABhhAgAXoYTAFyHIQBahy4AWIc4AVWHQgJTh0oDUIdSBU6GWgdLhmIJSYVsC0aFdw1DhIMPQYSS&#10;ET+EohI9hLUTPITPEzyC8BI8gf8SPYD/Ej1//xI9fv8RPX7/ET1+/xHFZgAAtXEAAKp7AACfggAA&#10;koIAAIWCAAB5gwAAbYYAAF+KAABYjQEAVI4PAFKPGwBQjycAT5AzAE2QPQFLkEUCSZBOA0aQVgRE&#10;j18FQo9oBz+Pcwk9joALOo6PDDiOoA03jrMONo7MDjaN7w41i/8ONYn/DzWI/w82h/8PNof/DzaH&#10;/w++bQAAsHkAAKWCAACZhwAAjIgAAH+IAAByigAAZo0AAFqRAABQlQAASZcJAEeYEwBFmCAARJkr&#10;AEOZNgBBmkAAQJpIAT6aUQI8mloCOppkAzeabwU1mX0GM5mMBzGZnQgvmbAILpnKCC6Y7Qgulv8K&#10;LZT/Ci2T/wstkv8LLZL/Cy2S/wu2dQAAqoEAAJ6IAACTjQAAho4AAHiPAABrkgAAX5UAAFSZAABJ&#10;nQAAQKAAADqiDQA4oxcAN6MiADakLQA1pDcANKRBADOlSwAxpVQBMKVeAS6lagEspXgCKqWIAyil&#10;mgMnpa0EJqXGAyak6wQlov8FJaD/BiSf/wYknv8HJJ7/BySe/wevfgAAo4gAAJeOAACNkwAAfpUA&#10;AHCYAABjmwAAV58AAEyiAABCpgAAOKkAAC+sAwAqrg4AKa4YACivIwAnry0AJrA3ACWwQQAksEsA&#10;I7FWACKxYwAhsXEAH7GCAB6ylAEcsqkBG7LBARux5wEbr/4CGq3/Ahqs/wMaq/8DGqv/Axqr/wOo&#10;iAAAm48AAJGUAACEmgAAdp8AAGiiAABbpQAAT6kAAEStAAA5sAAAL7MAACa2AAAeuQUAGLsOABe7&#10;FgAXvCAAFrwqABW9NQAUvUAAE75LABK+WAASvmcAEb94ABC/jAAQwKIADsC6AA7A4QAPvfsAD7z/&#10;ABC6/wEQuv8BELr/ARC6/wGfjwAAlJUAAIebAAB5oQAAa6cAAF6sAABSsQAARbQAADq2AAAvuQAA&#10;JbwAAB2/AAAVwwAAD8YFAAvKDQAJyhQACModAAfKJwAHyjIABss+AAXLSwAEzFoAA8xqAALMfgAB&#10;zJQAAMyrAADNyAAAzO0AAMz/AADL/wAByv8AAcr/AAHK/wCXlgAAipwAAHyjAABuqgAAYLAAAFK2&#10;AABFuQAAObwAAC6/AAAjwwAAG8YAABPKAAANzQAACNEAAAHUCQAA1A4AANUVAADWHgAA2CcAANkx&#10;AADbPgAA3EsAAN1bAADebgAA3oQAAN+bAADftAAA3tkAAN/3AADf/wAA3/8AAN//AADf/wCNnQAA&#10;f6UAAHCsAABhswAAU7oAAEW/AAA4wgAALMYAACHJAAAYzQAAENEAAAvVAAAE2gAAAN4AAADgAQAA&#10;4QkAAOIOAADkEwAA5RsAAOckAADpLwAA6zwAAO1LAADuXQAA7nEAAO+JAADwogAA8LwAAPDjAADv&#10;+QAA8P8AAPD/AADw/wCBpQAAcq0AAGO1AABUvQAARsQAADfIAAAqzAAAH9AAABXVAAAO2gAAB94A&#10;AADiAAAA5gAAAOkAAADqAAAA7AAAAO4FAADvDAAA8RAAAPMXAAD1IAAA+CsAAPs5AAD9SgAA/l4A&#10;AP90AAD/jQAA/6YAAP/AAAD/4QAA//UAAP/1AAD/9QB0rgAAZbcAAFbAAABHyAAAOM0AACrSAAAd&#10;2AAAE90AAAziAAAD5gAAAOkAAADsAAAA8AAAAPMAAAD0AAAA9gAAAPgAAAD6AAAA/QcAAP8NAAD/&#10;EgAA/xsAAP8oAAD/NwAA/0oAAP9eAAD/dgAA/48AAP+mAAD/ugAA/9EAAP/RAAD/0QD/DyQA/w4i&#10;AP8LIQD/AyQA/wApAP8AMgD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIQA/wCMAP8AkgD/AJkA&#10;/wCfAP8ApQD/AKsA/wCyAP8AugD/AMUA/wDTAP8A5wD/APQA/wD/AP4A/wD/AP8A/gD/AP4A/wD+&#10;AP8A/gD/AP4A/wD/ESEA/xAeAP8NHQD/Bx8A/wAjAP8ALQD/ADoA/wBIAP8AVQD/AGEA/wBsAP8A&#10;dgD/AH8A/wCHAP8AjgD/AJUA/wCbAP8AoQD/AKcA/gCuAP0AtgD8AMAA+wDNAPkA4gD4APAA9wD8&#10;APYA/wD1AP8A9QD/APUA/wD1AP8A9QD/APUA/wD/FR0A/xMaAP8QGQD/CxkA/wAdAP8AKQD/ADYA&#10;/wBDAP8AUAD/AFwA/wBnAP8AcQD/AHoA/gCDAPwAigD6AJEA+QCXAPgAnQD3AKMA9QCqAPQAsgDy&#10;ALsA8QDIAO8A3ADuAOwA7QD6AOsA/wDqAP8A6gD/AOoA/wDqAP8A6gD/AOoA/wD/GBkA/xYVAP8T&#10;EwD/DhMA/wsaAP8HJAD/AjAA/wA+AP8ASwD/AFcA/wBiAPwAbAD4AHUA9QB+APIAhQDxAIwA7wCT&#10;AO4AmQDsAKAA6wCmAOkArgDnALcA5gDDAOQA1ADiAOkA4QD3AN8A/wDdAP8A3QD/AN0A/wDdAP8A&#10;3QD/AN0A/wD/GxMA/xoQAP8WDgD/Eg4A/xIVAP8PHwD/DCsA/wk4AP8GRQD7A1EA9wJcAPICZgDu&#10;AnAA6gJ4AOcCgADmA4cA5AOOAOIDlQDhA5wA3wSjAN0EqwDbBLQA2AXAANYF0ADTBucA0Aj4AM4K&#10;/wDMC/8Aywz/AMsM/wDLC/8Aywv/AMsL/wD/HxAA/x4LAP8aBwD/GQsA/xgRAP8WGQD/EiQA+hAw&#10;APMOPgDuDUoA6QxWAOUMYQDiDGoA3g1zANsNewDZDYMA1g2KANQNkQDSDZkA0A6gAM8OqQDNDrMA&#10;yw6/AMoP0ADGEekAwhL5AL8T/wC9E/8BvBP/AbwT/wG8E/8BuxP/AbsT/wH/IgwA/yEEAP8gAAD/&#10;IQUA/x8MAP8cEQD2GBwA7BUoAOUTNgDfEkMA2RNPANMUWgDQFWQAzRZtAMsWdQDJF30AxxeFAMUY&#10;jADEGJQAwhmcAMAZpQC+Ga8AvRq7ALsaywC4G+UBtBz2AbId/wKwHf8Crx3/Aq4d/wKuHf8Crh3/&#10;Aq4d/wL/JgYA/yUAAP8mAAD7JwAA8SUDAPAhCwDoHBIA3hkdANQbLQDNHTwAyB9JAMUgVQDBIV8A&#10;vyJoALwicAC6I3gAuSN/AbcjhwG1I48BtCSXAbIkoAGxJKoCryS2Aq0lxgKrJd8CqCbzA6Um/wOj&#10;Jv8Doib/BKEm/wOhJv8DoSb/A6Em/wP/KQAA/ygAAPYtAADnMAAA3y8AANkrBADWIgoAziMWAMYm&#10;JwDAKDYAuypEALgrTwC1LFkAsixiAbAsagGuLXIBrC16AqotgQKpLYoCpy2SA6UtmwOkLaUEoi2x&#10;BKAtwASfLdgEnC7vBZku/waXL/8Gli//BpUu/wWVLv8FlS7/BZUu/wX/LAAA/y4AAOo1AADdOQAA&#10;0TkAAMo2AADHLwYAwS0RALowIQC0MjEAsDQ+AKw1SgCpNVQBpzVdAaQ1ZQKiNW0CoDV0A581fASd&#10;NYQEmzWNBZo0lwaYNKEGljStB5Q1uwiTNdAIkDXsCI42/giMNv8Iizb/CIs2/weKNf8HijX/B4o1&#10;/wf/LwAA8jQAAOI8AADSQQAAx0IAAMBAAAC7OgEAtjYOALA5HACqOywApjw6AKM9RgCfPVABnT1Z&#10;Apo9YQOYPWgEljxwBZQ8dwaSPIAHkTyIB487kgiNO50JizupCok7twuIO8oLhTzoC4M8+wuCPP8K&#10;gTz/CoE8/wmBPP8IgTz/CIE8/wj/MwAA7DoAANpDAADKRwAAv0kAALdHAACxQgAArT4KAKZAFwCi&#10;QicAnkM1AJpEQgGXREwBlERVApFDXQOPQ2QFjUNrBotCcweJQnsIh0KECoVBjguDQZkMgUGlDX9B&#10;sw5+QcYOfEHkDnpC+Q15Qv8MeEL/C3hC/wt4Qv8KeEH/CnhB/wr2NgAA5kAAANFIAADDTQAAuU4A&#10;ALFNAACpSQAApEUGAJ9GEwCaSCMAlkkyAJJKPgGPSkgCjEpRA4pJWQSHSWAFhUloB4NIbwiBSHcK&#10;f0eAC31Hig16R5UOeEaiD3ZGsBB1RsIQc0bgEHJH9w9xR/8OcUf/DXFH/wxxR/8LcUb/C3FG/wvz&#10;OQAA4EQAAMxMAAC+UQAAtFMAAKpSAACiTgAAnUoBAJdLEQCTTSAAj08uAIxPOgGIT0UChU9OA4NP&#10;VgSATl0Gfk5kB3xNbAl5TXQLd0x9DHVMhw5zTJIPcUufEW9LrRJtS78SbEvcEmtM9RFqTP8Pakz/&#10;DmpL/w1qS/8Makv/DGpL/wzwPQAA20gAAMdQAAC6VQAAsFgAAKVWAACcUwAAl08AAJFQDgCMUhwA&#10;iVQrAIVUNwCCVEIBf1RLA3xUUwR6U1oGeFNiCHVSaQlzUnELcVF6DW5RhA9sUJAQalCcEmhQqxNm&#10;ULwTZVDYE2RQ8xJkUP8QZFD/D2RQ/w5lT/8NZU//DGVP/wzsQQAA1EwAAMNUAAC2WQAArFwAAKBa&#10;AACXVwAAkVQAAItVDACGVxkAg1gnAIBZNAB9WT8BellIA3dYUAR0WFgGcldfB29XZgltVm4La1Z3&#10;DWhVgQ9mVY0RZFSaEmJUqRNgVLoUX1TTFF5U8hNeVP8RX1T/D19U/w5fU/8NX1P/DV9T/w3nRAAA&#10;z1AAAL9YAACzXQAAqF8AAJxdAACSWwAAi1gAAIVaCgCBWxYAfVwkAHpdMQB3XTwBdF1GAnFdTgRv&#10;XFUFbFxdB2pcZAloW2wLZVp1DWNafw9hWYsRXlmYElxYpxRbWLgUWVnQFFlY8BNZWP8RWlj/EFpY&#10;/w5aV/8NWlf/DVpX/w3jSAAAy1MAALtbAACwYQAApGIAAJdhAACOXwAAhVwAAH9eBwB7XxMAeGEh&#10;AHViLgByYjkBb2JDAmxhSwNqYVMFZ2FaB2VgYgljYGoLYF9zDV5efQ9bXokRWV2WElddpRNVXbYU&#10;VF3OFFRd7hNUXf8RVVz/EFVc/w5VW/8OVlv/DVZb/w3eTAAAx1YAALhfAACtZAAAoGUAAJNkAACJ&#10;YwAAf2EAAHliAwB1ZBEAcmUeAG9mKwBsZzcBamdAAmdmSQNlZlEEYmVYBmBlYAhdZGcKW2RwDFlj&#10;ew5WY4YQVGKUElJioxNQYrQTT2LME09i7RJPYf8RT2H/EFBg/w5QYP8OUGD/DVBg/w3ZTwAAw1oA&#10;ALRjAACpaQAAm2gAAI9nAACEZwAAeWUAAHNnAABvaQ4AbGobAGlrKABnbDQAZGw9AWJsRgJfa04E&#10;XWtWBVpqXQdYamUJVmluC1NpeA1RaIQPTmiSEExnoRJLZ7ISSWfJEkln6xJJZv8QSmb/D0pl/w5L&#10;Zf8NS2T/DUtk/w3RVAAAvl4AALFnAACmbQAAl2wAAIprAAB/awAAc2sAAG1tAABobgwAZXAXAGJx&#10;JABgcTAAXnE6AVxxQwJZcUsDV3FTBFVwWgZScGIHUHBrCU5vdQtLb4INSW6PD0dunxBFbrARRG7H&#10;EUNt6hBEbP8PRGv/DkVr/w1Fav8NRWr/DUVq/w3LWAAAumMAAK1sAAChcQAAknAAAIVvAAB6bwAA&#10;bnAAAGVzAABgdQcAXXYSAFt3HwBZeCsAV3g2AFV4PwFTeEgCUXhPA093VwRMd18FSndoB0h2cwlF&#10;dn8LQ3WNDEF1nQ4/da4OPnXFDj116A4+c/0NPnL/DT5x/ww/cf8MP3D/DD9w/wzFXgAAtWkAAKlx&#10;AACcdQAAjXQAAIB0AAB1dAAAaXYAAF55AABYfAEAVH0OAFJ+GgBRfyYAT38xAE2AOwBMgEMBSoBL&#10;Akh/VAJGf1wEQ39lBUF/cAY/fnwIPH6KCTp+mgo5fqwLN37DCzd95gs3e/wLN3r/Czd5/wo4eP8K&#10;OHj/Cjh4/wq+ZAAAsG8AAKV4AACWeQAAh3kAAHt5AABwegAAZHwAAFiAAABQgwAAS4UKAEiGFABH&#10;hyAARYgrAESINQBDiD4AQYlHAUCJTwE+iFgCPIhhAzqIbAQ3iHgFNYiHBjOImAcyh6oHMIjABzCH&#10;5AcwhfsIMIP/CDCC/wgwgf8IMIH/CDCB/wi3awAAqnYAAKB/AACQfgAAgn4AAHZ/AABqgAAAXoMA&#10;AFOHAABKiwAAQY4CAD2QDgA7kBgAOpEjADmRLQA4kjcAN5JAADaSSQA0k1IAM5NcATGTZwEvk3QC&#10;LZKDAyuSlAMqkqcDKJK9BCiS4QMnkPoEJ47/BSeN/wUnjP8FJ4z/BSeM/wWxdAAApX4AAJmFAACK&#10;hAAAfYQAAG+FAABjiAAAWIsAAE2PAABDkwAAOpcAADKaBwAumxAALZsaACycJAArnC4AKp04ACmd&#10;QQAonUsAJ55VACaeYQAlnm4AI55+ASKekAEgnqMBH565AR6e3QEenPgCHpr/Ah6Z/wMel/8DHpf/&#10;Ax6X/wOqfQAAnoUAAJOLAACFigAAdYsAAGiOAABbkQAAUJUAAEaZAAA7nQAAMqAAACqjAAAipgkA&#10;H6cRAB6nGgAdqCQAHKgtABuoNwAaqUEAGalMABipWAAXqmYAFqp2ABWqiQAUqp4AE6u0ABKr0wAS&#10;qPUAE6f/AROl/wETpf8BE6T/AROk/wGjhgAAl4wAAI2RAAB9kgAAbZUAAGCYAABUnAAASKAAAD6k&#10;AAA0pwAAKqsAACGuAAAZsQAAErMHAA+1EAAOtRcADrUhAA21KwANtTYADLZBAAu2TgAKtlwACbZs&#10;AAi2fwAHtpQABraqAAW2xQAGtuoAB7X/AAi0/wAIs/8ACbL/AAmy/wCajQAAkJMAAISYAAB0nAAA&#10;ZaAAAFekAABLqAAAQKwAADWwAAAqswAAIbUAABi4AAARuwAADL4CAAbACwACwBEAAcEZAADBIgAA&#10;wisAAMI2AADDQgAAw1AAAMRfAADEcQAAxIcAAMSdAADEtQAAxNoAAMT2AADD/wAAw/8AAMP/AADD&#10;/wCTlAAAh5oAAHigAABqpgAAXKwAAE+xAABBtQAANbcAACm6AAAfvQAAFsAAABDDAAAKxgAAA8oA&#10;AADMBQAAzAwAAM0RAADOGAAAziEAANAqAADRNQAA00MAANRSAADUYwAA1XgAANWPAADVpwAA1sIA&#10;ANbpAADW/QAA1v8AANb/AADW/wCKmwAAe6IAAGypAABesAAAULYAAEK6AAA0vQAAKMEAAB3EAAAU&#10;xwAADcsAAAbOAAAA0gAAANcAAADZAAAA2gUAANwLAADdEAAA3xUAAOEdAADjJwAA5TMAAOdCAADo&#10;VAAA6GcAAOl+AADplwAA6q8AAOrOAADr7wAA6/4AAOv/AADr/wB9owAAbqsAAF+yAABRugAAQsAA&#10;ADTDAAAnxwAAG8sAABLPAAAL0wAAAtgAAADdAAAA4QAAAOQAAADlAAAA5wAAAOkAAADrBwAA7Q0A&#10;AO8RAADxGQAA9CQAAPcxAAD5QQAA+lUAAPpqAAD7hAAA+50AAPy2AAD80gAA/e0AAP30AAD99ABx&#10;rAAAYbUAAFK9AABExAAANMkAACbNAAAa0gAAENgAAAjdAAAA4QAAAOUAAADoAAAA7AAAAO8AAADx&#10;AAAA8wAAAPUAAAD3AAAA+QEAAPsIAAD+DgAA/xUAAP8hAAD/LwAA/0EAAP9WAAD/bQAA/4cAAP+g&#10;AAD/tgAA/8oAAP/UAAD/1AD/CyAA/wceAP8AHQD/ACAA/wAlAP8ALgD/ADsA/wBJAP8AVgD/AGIA&#10;/wBtAP8AdgD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCtAP8AtQD/AL4A/wDLAP8A4QD/&#10;APAA/gD9AP0A/wD9AP8A/QD/AP0A/wD8AP8A+QD/APkA/wD/DR0A/wsaAP8EGQD/ABoA/wAfAP8A&#10;KgD/ADcA/wBFAP8AUQD/AF4A/wBoAP8AcgD/AHoA/wCCAP8AiQD/AJAA/wCWAP8AnAD+AKIA/ACp&#10;APsAsAD5ALkA+ADGAPYA2QD1AOsA9AD5APMA/wDyAP8A8wD/APMA/wDzAP8A8wD/APMA/wD/EBkA&#10;/w4VAP8IFAD/ABQA/wAZAP8AJQD/ADIA/wBAAP8ATAD/AFkA/wBjAP4AbQD8AHUA+gB9APkAhAD3&#10;AIsA9gCRAPQAlwDzAJ4A8gCkAPAArADuALQA7QDAAOsAzwDpAOYA6AD1AOYA/wDnAP8A5gD/AOUA&#10;/wDlAP8A5QD/AOUA/wD/EhQA/xAQAP8MDwD/AxAA/wAVAP8AIAD/ACwA/wA6AP8ARwD6AFMA9wBe&#10;APQAZwDxAHAA7wB4AO0AfwDrAIYA6gCMAOgAkwDnAJkA5QCgAOMApwDhALAA3wC6AN0AyQDbAOAA&#10;2ADwANcA/gDVAP8A1AD/ANMA/wDTAP8A0wD/ANMA/wD/FRAA/xIMAP8OCQD/CwwA/wkSAP8DGgD/&#10;ACYA/QAzAPQAQADvAE0A6wBYAOgAYQDlAGoA4gByAOAAegDeAIAA3ACHANoAjgDYAJUA1ACcANIA&#10;owDQAKwAzgC2AMwAxADKANkAyADtAMcA+wDFAP8AxAH/AMMB/wDEAf8AxAH/AMQB/wD/GAsA/xUF&#10;AP8QAAD/EAYA/w8NAP8MFAD8Bx8A8QMrAOcAOQDiAEYA3gFRANoCWwDVAmQA0gNsAM8DdADNBHsA&#10;ywSCAMoEiQDIBZAAxgWYAMQFoADCBqkAwQa0AL8GwQC9CNUAuwnsALgL/QC2DP8AtQ3/ALQN/wC0&#10;Df8AtA3/ALQN/wD/GwUA/xgAAP8XAAD/FgAA+xMGAPoQDgDuDBYA4wkiANoJMADTCj4AzgtKAMoM&#10;VQDHDV4AxQ1nAMIObwDBDnYAvw5+AL0PhQC8D40AuhCVALgQnQC3EKcAtRGyALMRwACyEdUArhPu&#10;AKsU/gCpFf8ApxX/AKcV/wCmFP8BphT/AaYU/wH/HwAA/xwAAPoeAADrHgAA4xwAAN8VBQDeDg0A&#10;0w4YAMsRKADFEzcAwBREALwWTwC5F1kAtxdhALQYaQCzGXEAsRl4AK8agACuGogArBuQAKsbmQCp&#10;G6MApxyuAKYcvACkHc8AoR7qAZ4e/AGcH/8Bmx//AZof/wGaHv8BmR7/AZke/wH/IgAA/yEAAOwn&#10;AADgKgAA1CkAAM0kAADKHAgAxBkSAL0cIgC3HjEAsyA+AK8hSQCtIlMAqiNcAKgkZACmJGwApCRz&#10;AKMkegChJYIBoCWLAZ4llAGdJZ4BmyaqAZkmtwGYJskClSfmApIn+QKQKP8Cjyj/Ao4n/wKOJ/8C&#10;jif/Ao4n/wL/JgAA8ikAAOMxAADSNAAAyDQAAMAwAAC7KQIAuCMOALEmHACsKCsAqCo4AKQrRACh&#10;LE4Any1XAJ0tXwCbLWcBmS1uAZgudQGWLn0ClC6GApMukAKRLpoDjy6mA40uswOMLsUDii/hBIcv&#10;9gSFL/8EhC//A4Qv/wODL/8Dgy//A4Mv/wP7KQAA6zEAANk4AADJPAAAvzwAALY5AACwMgAArC0L&#10;AKcvFwCiMSYAnjM0AJo0QACYNUoAlTVTAJM1WwGRNWIBjzVpAo01cQKMNXkDijWCA4g1iwSGNZYE&#10;hDWiBYI1rwWBNcAGfzbcBn029AZ7Nv8Fezb/BXo2/wR6Nv8EejX/BHo1/wT1LQAA5DcAANA/AADC&#10;QwAAt0QAAK1AAACnOgAAozYGAJ03EwCZOSIAlTovAJI8OwCPPEYAjDxPAYo8VwGIPF4ChjxlAoQ8&#10;bQOCPHUEgDx9BH88hwV9PJIGezueB3k7rAd3O7wIdjzVCHQ88QhzPP8Hcjz/BnI8/wVyPP8Fcjv/&#10;BXI7/wXxMgAA3j0AAMlEAAC8SAAAsEkAAKZGAACfQQAAmz0BAJU9EACRPx0AjUErAIpCOACHQ0IA&#10;hENLAYJDUwGAQ1sCfkJiA3xCaQR6QnEFeEJ6BnZBhAd0QY8IckGbCHBBqQlvQbkKbUHQCmxB7glr&#10;Qv8IakL/B2pB/wZqQf8GakH/BWpB/wXtNwAA1kIAAMRJAAC3TQAAq00AAKBKAACYRwAAk0IAAI5D&#10;DQCJRRoAhkYoAINHNACASD8AfkhIAXtIUAJ5SFcCd0hfA3VIZgRzR24FcUd2Bm9HgAdtRowJa0aY&#10;CmlGpgtnRrYLZkbMC2VG7AtkR/8JZEb/CGRG/wdkRv8GZEX/BmRF/wboOwAA0EYAAL9NAACzUQAA&#10;pVEAAJpOAACSSwAAjUcAAIdICwCDShYAf0skAH1MMQB6TTwAd01FAXVNTQJzTVUCcU1cA29NYwRt&#10;TGsFa0xzB2lLfQhmS4kJZEuWCmJLpAthS7QMX0vKDF5L6gteS/4KXkv/CV5K/wheSv8HXkr/B15K&#10;/wfjPwAAy0kAALxRAACwVQAAoVQAAJZSAACNUAAAh0wAAIFNCAB9TxMAelAhAHdRLgB0UjkAclJC&#10;AW9SSwFtUlICa1FZA2lRYQRnUWgGZVBxB2NQewhhUIYKX0+TC11PoQxbT7INWU/HDVlP6AxYT/0L&#10;WE//CVlP/whZTv8HWU7/B1lO/wffQwAAx00AALhUAACsWQAAnVcAAJFVAACIVAAAgVAAAHtSBAB3&#10;UxEAdFQeAHFVKwBvVjYAbFZAAWpWSAFoVlACZlZXA2RWXgRiVWYFYFVvB11VeAhbVIQKWVSRC1dU&#10;oAxVU7ANVFPFDVNT5gxTU/wLU1P/CVRS/whUUv8IVFL/B1RS/wfaRgAAw1AAALVYAACoWwAAmVoA&#10;AI1YAACEVwAAe1QAAHZWAQBxVw8AblkbAGxaKABpWjMAZ1s9AWVbRQFjW00CYVpVA19aXARdWmQF&#10;W1lsBlhZdghWWYIJVFiPC1JYngxQWK4NT1jDDU5Y5AxOWPsLT1f/CU9X/whPVv8IUFb/B1BW/wfT&#10;SgAAwFQAALJcAACjXgAAlV0AAIlcAAB/WwAAdlkAAHBaAABrXA0AaF0YAGZeJABkXzAAYl86AGBf&#10;QwFeX0sCXF9SAlpfWgNYX2EFVV5qBlNedAdRXX8JT12NCk1dnAtLXawMSl3BDEld4wxJXPoKSVv/&#10;CUpb/whKWv8ISlr/B0pa/wfOTgAAvFgAAK5gAACfYQAAkWAAAIVfAAB7XwAAcF0AAGpfAABlYQoA&#10;YmIUAGBjIQBeZC0AXGQ3AFpkQAFYZEgBVmRQAlRkVwNSZF8EUGRnBU5jcQZMY30ISWKLCUdimgpG&#10;YqoLRGK/C0Ri4QtEYfkKRGD/CURg/whFX/8HRV//B0Vf/wfIUgAAuFwAAKtkAACbZAAAjGMAAIBj&#10;AAB2YwAAamIAAGNkAABfZgYAW2cRAFloHQBXaSkAVmozAFRqPABSakUBUGpMAU5qVAJMalwDSmpl&#10;BEhpbwVGaXoHRGmICEJomAlAaKkKP2i9Cj5o3gk+Z/cJPmb/CD9l/wc/Zf8HP2T/Bz9k/wfDVwAA&#10;s2EAAKdpAACWaAAAh2cAAHtnAABxZwAAZWgAAFxqAABYbAEAVG4OAFJvGABQbyQATnAuAE1wOABL&#10;cUEASnFJAUhxUQFGcVkCRHBiA0JwbARAcHgFPnCGBjxvlQc6b6YIOG+7CDhv2wc4bvYHOG3/Bzhs&#10;/wY5a/8GOWr/Bjlq/wa9XAAAr2YAAKJtAACRbAAAgmsAAHdrAABsbAAAYW4AAFdwAABQcwAATHUK&#10;AEl2EwBHdx8ARncpAEV4MwBDeDwAQnhEAEF4TQE/eFUBPXheAjt4aAI5eHQDN3iCBDV4kwUzd6QF&#10;Mne5BTF41wUxdvUFMXT/BTFz/wUxcv8FMnL/BTJy/wW3YwAAqm0AAJxxAACLcAAAfXAAAHJwAABn&#10;cQAAXHMAAFF3AABKegAAQn0DAD9+DgA9fxgAPH8jADuALQA6gDYAOYE/ADiBSAA2gVAANYFaATOB&#10;ZAExgXABL4F/Ai2BjwMsgaEDKoG2AymB0gMpf/MDKX3/Ayl8/wMpe/8DKXv/Ayl7/wOxagAApXQA&#10;AJV2AACFdQAAeHUAAG11AABhdwAAV3oAAEx+AABDgQAAO4UAADWICQAyiREAMYkbADCJJQAvii8A&#10;Loo4AC2LQQAsi0oAKotUACmLXwAoi2sAJot6ASSLiwEji54BIouzASGMzgEhivEBIIj/AiCG/wIg&#10;hf8CIYX/AiGF/wKrcgAAoXwAAI97AACAegAAc3oAAGZ8AABbfwAAUIIAAEaGAAA8igAANI0AACyR&#10;AAAmkwwAJJQTACOUHAAilSYAIZUvACCVOAAflkIAHpZMAB2WWAAclmQAGpd0ABmXhgAYl5kAF5eu&#10;ABWXyQAWle4AFpP/ARaS/wEWkf8BFpD/ARaQ/wGlewAAmYMAAImBAAB7gAAAbIIAAF+EAABUiAAA&#10;SYsAAD+QAAA1lAAALZcAACWaAAAdngEAFqAMABShEgAUoRsAE6ElABKhLgARojgAEaJDABCiTwAP&#10;olwADqNrAA2jfQANo5IADKOnAAqiwAALouYADKD+AA2f/wANnv8ADZ3/AA2d/wCehAAAkokAAIOI&#10;AABziAAAZYsAAFiOAABMkgAAQZcAADebAAAungAAJKIAABylAAAVqAAAD6sEAAquDAAHrRIABq0b&#10;AAWtJAAEri4AAq45AAGuRQAArlIAAK5hAACucwAArocAAK6dAACutAAArtUAAK30AACt/wAArP8A&#10;AKv/AACr/wCWiwAAjJAAAHuQAABrkgAAXZYAAFCaAABEnwAAOaMAAC+nAAAlqwAAHK4AABSxAAAO&#10;tAAACbcAAAG4CQAAuA4AALkUAAC5HAAAuiUAALovAAC7OgAAvEcAALxWAAC8ZwAAvHsAALyRAAC8&#10;qQAAvMQAALzrAAC7/gAAu/8AALv/AAC7/wCQkgAAg5gAAHObAABjnwAAVaMAAEeoAAA7rQAAMLEA&#10;ACW0AAAbtwAAEroAAAy9AAAFvwAAAMMAAADEAgAAxQoAAMUOAADGFAAAxxsAAMgkAADKLgAAzDoA&#10;AM1JAADNWQAAzWwAAM6DAADOmwAAzbUAAM7aAADO9gAAzf8AAM3/AADN/wCGmQAAd6AAAGmmAABa&#10;rAAATLIAAD62AAAwuQAAJLwAABm/AAARwgAACsUAAALJAAAAzAAAANAAAADRAAAA0gEAANMIAADV&#10;DQAA1xEAANoYAADcIQAA3ywAAOE6AADiSgAA410AAORyAADkiwAA5aUAAOXAAADl5gAA5fgAAOX/&#10;AADl/wB6oQAAa6kAAFyvAABNtgAAP7wAADC/AAAjwwAAF8cAAA/KAAAHzgAAANEAAADWAAAA3AAA&#10;AN8AAADgAAAA4gAAAOQAAADmAwAA6AkAAOkOAADsFQAA7h4AAPErAAD0OgAA9U0AAPZhAAD3eQAA&#10;+JMAAPitAAD5xgAA+eQAAPnzAAD58wBtqgAAXrIAAE+6AABAwQAAMcUAACLJAAAWzgAADdIAAATY&#10;AAAA3QAAAOEAAADkAAAA6AAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gAAAPgDAAD6CwAA/REAAP8b&#10;AAD/KQAA/zsAAP9PAAD/ZgAA/38AAP+ZAAD/rwAA/8MAAP/WAAD/1gD/BBwA/wAZAP8AGQD/ABwA&#10;/wAiAP8AKwD/ADgA/wBGAP8AUwD/AF4A/wBpAP8AcgD/AHoA/wCCAP8AiQD/AI8A/wCVAP8AmwD/&#10;AKEA/wCoAP8ArwD/ALkA/wDFAP8A2QD+AOwA/QD7APsA/wD7AP8A+wD/APoA/wD0AP8A8AD/APAA&#10;/wD/BxgA/wEVAP8AFAD/ABYA/wAbAP8AJgD/ADQA/wBCAP8ATgD/AFoA/wBkAP8AbQD/AHUA/wB9&#10;AP8AhAD/AIoA/QCQAPwAlgD6AJ0A+QCjAPgAqwD3ALQA9QC/APQAzgDzAOYA8QD2APAA/wDvAP8A&#10;7wD/AO4A/wDuAP8A6gD/AOoA/wD/CxQA/wYRAP8AEAD/ABAA/wAWAP8AIgD/AC4A/wA8AP8ASQD/&#10;AFQA/gBfAPsAaAD5AHAA9wB4APUAfwDzAIUA8gCLAPAAkgDvAJgA7QCfAOwApgDqAK4A6AC5AOcA&#10;xwDlAN4A4wDwAOIA/gDgAP8A4AD/AOEA/wDhAP8A4QD/AOEA/wD/DRAA/wkNAP8BDAD/AAwA/wAS&#10;AP8AHAD/ACgA/AA2APkAQwD2AE4A8gBZAO8AYgDsAGsA6gByAOgAeQDmAIAA5ACGAOIAjADhAJMA&#10;3wCaAN0AoQDbAKoA2AC0ANUAwADSANMA0ADqAM4A+gDNAP8AzQD/AM0A/wDMAP8AzAD/AMwA/wD/&#10;EAwA/wwHAP8DAgD/AAgA/wAOAP8AFgD2ACIA8AAvAOwAPADpAEgA5QBTAOEAXADeAGUA2wBsANcA&#10;cwDUAHoA0gCAANAAhwDOAI4AzACVAMoAnQDIAKUAxgCvAMQAuwDCAMsAwADlAL4A9QC9AP8AvAD/&#10;ALwA/wC8AP8AvAD/ALwA/wD/EQUA/w4AAP8KAAD/CAEA/wQKAPgAEADpABoA4wAoAN4ANQDZAEEA&#10;0wBMAM8AVgDLAF8AyQBmAMYAbgDEAHQAwgB7AMEAggC/AIkAvQCQALwAmAC6AKEAuACrALYAtwC0&#10;AMcAsgDgALEB8gCvAv8ArgP/AK0E/wCtBP8ArQT/AK0E/wD/FAAA/xAAAP8PAADyDQAA6goAAOkD&#10;CQDdABIA1AAfAM0BLQDIAjoAxANFAMADUAC9BFkAuwVhALkFaAC3Bm8AtQZ2ALQHfQCyB4QAsQiM&#10;AK8IlQCtCZ4AqwmoAKoKtQCoCsUApgvfAKQN9ACiDv8AoA7/AJ8O/wCfDv8Anw7/AJ8O/wD/FwAA&#10;/xMAAO8YAADkGQAA2xYAANIQAgDPCQsAyAgWAMEKJAC8DDIAtw0+ALQOSQCxDlMArxBbAK0QYwCr&#10;EGoAqRFxAKgReACmEYAApRGIAKMSkQChEpsAoBOmAJ4TswCcE8MAmxTeAJcW9ACVFv8AlBf/AJMX&#10;/wCSF/8Akhb/AJIW/wD/GgAA9B0AAOUjAADVJQAAyiQAAMIdAAC+FgQAuxAQALQTHQCvFSsAqxY4&#10;AKcYQwClGU0AohlWAKAaXQCeG2UAnRtsAJsccwCaHHsAmByDAJcdjQCVHZcAkx6iAJIerwCQHr8A&#10;jx/YAIwg8QGJIP8BiCD/AYcg/wGHIP8BhiD/AYYg/wH6HgAA6yYAANotAADKMAAAvi4AALUoAACw&#10;IgAArhsMAKgdFwCjHyYAnyEzAJwiPgCZI0gAlyRRAJUkWQCTJWAAkiVnAJAmbgCOJnYAjSZ/AIsm&#10;iAGKJ5MBiCeeAYYnqwGEJ7sBgyjRAYAo7gF+Kf8BfSn/AXwo/wF8KP8BfCj/AXwo/wH1JAAA4y4A&#10;AM81AADBOAAAtDYAAKsxAAClLAAAoiYGAJ4mEwCZKCEAlSouAJIrOQCPLEQAjS1MAIstVACJLlwA&#10;hy5jAIYuagGELnIBgi56AYEvhAF/L48CfS+aAnsvpwJ6L7cCeC/MAnYw6gJ1MP4CczD/AnMw/wJz&#10;L/8Ccy//AnMv/wLwKgAA3DUAAMc7AAC6PwAArDwAAKI4AACcMwAAmC8AAJUuEACQMBwAjDIpAIkz&#10;NQCGND8AhDVJAII1UQCANVgAfjVfAX01ZgF7Nm4BeTV2Ang1gAJ2NYsDdDWXA3I2pANwNrQEbzbI&#10;BG025wRsNvwDazb/A2s2/wJqNv8CajX/Amo1/wLqMAAA0zoAAMJBAACzQwAApUEAAJs+AACVOgAA&#10;kDYAAIw1DQCINxgAhDglAIE6MQB/OzwAfDtFAHo8TQB4PFUBdzxcAXU8YwFzPGoCcTxzAnA8fANu&#10;O4cDbDuUBGo7oQRoO7EFZzzFBWU85QVkPPoEZDz/A2M7/wNjO/8DYzv/AmM7/wLlNQAAzT8AAL1G&#10;AACuRwAAn0UAAJVDAACOQAAAiTwAAIQ8CgCAPRQAfT4iAHo/LgB4QDgAdUFCAHNBSgByQVEBcEFZ&#10;AW5BYAJsQWcCakFwA2hBeQNnQYQEZUGRBWNBnwVhQa4GYEHCBl5B4gZeQfkFXUH/BF1A/wNdQP8D&#10;XUD/A11A/wPfOQAAyEMAALlKAACpSwAAm0kAAJBHAACIRAAAg0EAAH5BBgB6QhEAdkMeAHRFKgBx&#10;RTUAb0Y/AG1GRwBrRk8BakZWAWhGXQJmRmUCZEZtA2JGdgRgRoIEXkaOBVxFnAZbRawGWUa/B1hG&#10;3wZYRvcFV0X/BFdF/wRXRP8DWET/A1hE/wPaPQAAxEcAALVOAACkTgAAlkwAAItLAACDSQAAfUUA&#10;AHhGAgB0RxAAcEgbAG5JJwBrSjIAaks8AGhLRABmS0wBZEtTAWJLWgJgS2ICX0tqA11LdARbSn8F&#10;WUqMBVdKmgZVSqoHVEq9B1NK3AdSSvYGUkr/BVJJ/wRSSf8DUkj/A1NI/wPUQQAAwEsAALJRAACg&#10;UAAAkk8AAIdOAAB+TAAAeEgAAHJKAABuSw0Aa00YAGhOJABmTi8AZE85AGJPQgBhUEkBX1BRAV1Q&#10;WAJbT2ACWU9oA1dPcgRVT30FU0+KBVJOmAZQTqgHTk67B01O2QdNTvUGTU7/BU1N/wRNTf8ETkz/&#10;A05M/wPORAAAvE4AAK5UAACcUwAAjlIAAINRAAB6UAAAck0AAGxPAABoUAsAZVEVAGNSIQBhUywA&#10;X1M2AF1UPwBbVEcAWlROAVhUVgFWVF0CVFRmA1JTbwNQU3sETlOIBUxTlwZLU6cHSVO6B0hT1QdI&#10;UvMGSFL/BUhR/wRJUf8ESVD/A0lQ/wPKSAAAuVIAAKpXAACYVgAAilUAAH9UAAB2UwAAbFEAAGdT&#10;AABiVAgAX1YSAF1XHgBbVykAWVgzAFhYPABWWUQAVVlMAVNZUwFRWVsCT1hkAk1YbQNLWHgESViG&#10;BUdXlQZFV6UGRFe4BkNY0gZDV/IGQ1b/BUNV/wREVf8ERFT/A0RU/wPGTAAAtVYAAKVaAACUWQAA&#10;hlgAAHtYAABxVwAAZlYAAGFYAABdWQQAWVoQAFdbGwBVXCYAU10wAFJdOQBRXkEAT15JAE1eUQFM&#10;XlgBSl5hAkhdawNGXXYDRF2DBEJdkgVAXaMGP122Bj5d0AY9XPEFPlv/BD5a/wQ+Wv8DPln/Az9Z&#10;/wPBUAAAsVoAAKFdAACQXAAAglsAAHZbAABtWwAAYVsAAFtdAABWXgAAUmANAFBhFwBOYiIATWIs&#10;AExjNQBKYz4ASWNGAEdjTgBGY1YBRGNeAUJjaAJAY3MDPmOBAzxjkAQ6YqEEOWK0BThjzQU4Yu8E&#10;OGH/BDhg/wM4X/8DOV7/Azle/wO8VQAArV8AAJxgAACLXwAAfV8AAHJfAABoXwAAXWAAAFViAABP&#10;ZAAAS2YKAElnEgBHaB0ARWgnAERpMQBDaTkAQmpCAEBqSgA/alIAPWpbATxqZQE6anACOGp+AjZp&#10;jQM0aZ8DM2myAzFpywMxaO0DMWf/AzFm/wMyZf8DMmT/AzJk/wO3WwAAqWQAAJZkAACGYwAAeGMA&#10;AG1jAABkZAAAWWUAAFBoAABJawAAQ20EAEBuDgA+bxgAPW8iADxwKwA6cDQAOXE9ADhxRQA3cU4A&#10;NnFXADRxYQEycW0BMXF6AS9xigItcZwCK3GvAipxyAIqcOsCKm//Aipt/wIqbP8CK2z/Aits/wKx&#10;YQAApGkAAJBoAACAZwAAdGcAAGlnAABfaAAAVWsAAEtuAABDcQAAPHQAADd2CgA0dxIAM3gcADJ4&#10;JQAxeS4AMHk3AC95PwAueUgALHpSACt6XAAqemgAKHp2ACZ6hwElepkBI3qsASJ6xQEieekBInf/&#10;ASJ2/wEidf8CInT/AiN0/wKsaAAAnW4AAIptAAB7bAAAb2wAAGVsAABabgAAUHEAAEV1AAA9eAAA&#10;NnwAAC5/AgApgQ0AJ4IUACaCHgAlgicAJIIvACODOAAig0IAIYNLACCEVgAfhGIAHoRxAByEggAb&#10;hJUAGoSpABiEwQAYg+YAGIH9ABmA/wEZf/8BGX7/ARl+/wGmcAAAlXMAAIRyAAB2cQAAa3EAAF5z&#10;AABUdgAASXkAAD99AAA3gQAAL4QAACeIAAAgiwUAG40OABqNFQAZjR4AGI4nABeOMAAWjjkAFY5D&#10;ABSPTwATj1sAEo9qABGPewAQj48AD4+kAA6PuwANj+AADo36AA+L/wAQiv8AEIn/ABCJ/wChegAA&#10;jnkAAH53AABydwAAZHgAAFh7AABNfgAAQoIAADmGAAAvigAAJ44AACCRAAAYlQAAEpgFAA6aDgAN&#10;mhQADJodAAuaJgALmjAACpo7AAmaRgAImlMABpthAAWacgAEmoYAApqbAACasQABmc8AApnwAAKY&#10;/wAEl/8ABZb/AAWW/wCZgQAAh38AAHp+AABrfgAAXYEAAFCFAABFiQAAO40AADGSAAAolgAAH5kA&#10;ABidAAARoAAADKMCAAalCgABpRAAAKUWAACmHwAApigAAKYyAACnPQAAp0oAAKdYAACnaAAAp3wA&#10;AKeRAACmqAAApsMAAKXpAACl/AAApf8AAKT/AACk/wCRhwAAgoYAAHKGAABjiAAAVYwAAEmRAAA9&#10;lgAAMpoAACieAAAfogAAF6YAABCpAAALrAAABK8AAACxBgAAsQwAALIRAACyFwAAsx8AALMoAAC0&#10;MgAAtT8AALVNAAC1XQAAtXAAALWGAAC1nQAAtbYAALXcAAC09wAAtP8AALT/AAC0/wCLjwAAeo4A&#10;AGqRAABblQAATZoAAECfAAA1pAAAKqgAACCsAAAWsAAAD7QAAAm3AAABuQAAAL0AAAC+AAAAvgYA&#10;AL8MAADAEAAAwRYAAMIdAADDJwAAxTIAAMZAAADGUQAAx2MAAMd4AADHkQAAx6kAAMfHAADH7AAA&#10;x/4AAMf/AADH/wCDlwAAcZoAAGGeAABSowAARakAADiuAAAsswAAILcAABa6AAAOvQAABsAAAADD&#10;AAAAxwAAAMkAAADKAAAAzAAAAM0DAADOCQAA0A4AANITAADUGwAA2CUAANsyAADdQgAA3VQAAN5p&#10;AADegQAA3pwAAN+1AADf2QAA3/MAAN//AADf/wB3nwAAaKYAAFmtAABKswAAO7gAAC27AAAfvwAA&#10;FMIAAAzGAAADyQAAAMwAAADQAAAA1QAAANkAAADaAAAA3AAAAN4AAADgAAAA4gUAAOQLAADnEAAA&#10;6hgAAO0kAADwMgAA8UQAAPJYAADzbwAA9IoAAPSkAAD0vwAA9N8AAPTzAAD09ABqqAAAW68AAEy3&#10;AAA9vQAALcEAAB/GAAATygAAC84AAADSAAAA1wAAANwAAADgAAAA5QAAAOcAAADpAAAA6wAAAO0A&#10;AADvAAAA8QAAAPMAAAD2BwAA+Q4AAPwWAAD/IgAA/zMAAP9HAAD/XQAA/3YAAP+RAAD/qQAA/74A&#10;AP/YAAD/2wD/ABgA/wAWAP8AFQD/ABgA/wAeAP8AJwD/ADYA/wBDAP8ATwD/AFoA/wBkAP8AbQD/&#10;AHUA/wB9AP8AhAD/AIoA/wCQAP8AlgD/AJwA/wCjAP8AqwD/ALQA/gC/AP0AzwD7AOcA+gD4APkA&#10;/wD5AP8A+QD/APUA/wDuAP8A6QD/AOcA/wD/ABQA/wARAP8AEQD/ABIA/wAXAP8AIwD/ADEA/wA+&#10;AP8ASgD/AFYA/wBgAP8AaAD/AHAA/wB4AP0AfgD8AIUA+gCLAPkAkQD4AJgA9wCeAPUApgD0AK4A&#10;8gC5APEAxwDvAOAA7gDyAOwA/wDsAP8A7AD/AOsA/wDlAP8A4AD/AN4A/wD/AxAA/wAOAP8ADQD/&#10;AA0A/wATAP8AHgD/ACsA/wA4AP8ARQD+AFAA+wBaAPgAYwD1AGsA8wByAPEAeQDvAH8A7gCGAOwA&#10;jADqAJIA6QCZAOcAoADmAKkA5ACzAOEAwADgANMA3gDrANwA+wDbAP8A2gD/ANoA/wDZAP8A1AD/&#10;ANIA/wD/Bw0A/wAJAP8ABgD/AAkA/wAPAP8AGAD7ACUA+AAyAPUAPwDyAEoA7QBUAOoAXQDnAGUA&#10;5ABsAOIAcwDgAHoA3gCAANwAhgDaAI0A1wCUANQAmwDSAKQAzwCtAM0AuQDLAMkAyQDkAMgA9gDG&#10;AP8AxQD/AMYA/wDHAP8AxwD/AMcA/wD/CgYA/wEAAP8AAAD/AAQA/wALAPQAEgDvAB8A6gAsAOUA&#10;OADiAEMA3QBOANkAVwDUAF8A0QBnAM4AbQDMAHQAygB6AMgAgADGAIcAxQCOAMMAlgDBAJ4AvwCo&#10;AL0AswC6AMIAuQDbALcA8AC1AP8AtgD/ALUA/wC1AP8AtQD/ALUA/wD/DAAA/wQAAP8AAAD+AAAA&#10;9gADAOgADQDgABcA2QAkANEAMQDNADwAygBHAMYAUQDDAFkAwABgAL4AZwC8AG4AugB0ALkAewC3&#10;AIIAtQCJALMAkQCyAJoAsACkAK4ArwCsAL0AqgDQAKgA6wCnAPsApgD/AKYA/wClAP8ApQD/AKUA&#10;/wD/DQAA/wcAAPQJAADqCQAA4gQAANoABwDPABEAyAAcAMIAKQC+ADUAuwBAALcASgC0AFMAsgBb&#10;ALAAYgCuAGgArABvAKsAdQCpAH0AqACEAKYAjQCkAJYAowCgAKEAqwCfAbkAnQPMAJwE6ACaBvkA&#10;mQf/AJgI/wCXCP8Alwj/AJcI/wD/EAAA9xAAAOgUAADcFQAAzhEAAMYNAADCBAsAvAAUALcBIQCy&#10;Ay4ArgU6AKsGRACoCE0ApghVAKQJXACiCmMAoApqAJ8LcQCdC3gAnAuAAJoMiQCZDJMAlwyeAJUN&#10;qgCUDbgAkg3MAJAO6gCOEPwAjBD/AIsQ/wCLEP8AixD/AIoQ/wD7EwAA7RoAAN0gAADMIQAAvx0A&#10;ALcXAACzEQAAsgsNAKsNGQCnDiYAow8zAJ8QPgCdEUcAmhFQAJgSVwCWEl4AlRNlAJMTbACSE3MA&#10;kBR8AI8UhQCNFY8AixWaAIoVpwCIFrUAhhbJAIQX5wCCGPsAgBn/AH8Z/wB/Gf8Afxj/AH8Y/wD1&#10;GgAA5CMAAM8pAADAKgAAsyYAAKoiAAClHAAApBUIAKAUEwCbFiEAlxgtAJQZOACRGkIAjxtLAI0c&#10;UgCLHFkAiR1gAIgdZwCGHm8AhR53AIMfgACCH4sAgB+XAH4gowB9ILIAeyDFAHkh5AB3IvkAdiL/&#10;AHUi/wB0If8AdCH/AHQh/wDvIQAA2ysAAMcxAAC2MQAAqS4AAKAqAACbJgAAmCEBAJUeEACQIBsA&#10;jSEoAIkjMwCHJD0AhSRGAIMlTgCBJlUAfyZcAH4mYwB8J2sAeydzAHknfAB4KIcAdiiTAHQooAFy&#10;KK8BcSnBAW8p4AFtKfcBbCn/AWsp/wFrKf8Bayj/AWso/wHoKAAA0DIAAMA4AACuNwAAoTUAAJgy&#10;AACSLQAAjikAAIsnDACHKBcAgyojAIArLwB+LDkAfCxCAHotSgB4LlEAdy5YAHUuYABzL2cAci9v&#10;AHAveQFvL4MBbS+QAWsvnQFpL6wBaDC+AWcw2wFlMPUBZDD/AWMw/wFjL/8BYy//AWMv/wHiLgAA&#10;yjgAALo9AACoPAAAmjoAAJE3AACKMwAAhjAAAIMuCQB/LxMAezAfAHgyKwB2MzUAdDM+AHI0RgBw&#10;NE4AbzVVAG01XABsNWQAajVsAWg1dQFnNYABZTWMAWM1mgJhNqkCYDa7Al821gJdNvMCXTb/Alw2&#10;/wFcNf8BXDX/AVw0/wHcMwAAxTwAALRBAACiQAAAlT4AAIs8AACEOQAAfzYAAHs0BAB3NRAAdDcc&#10;AHE4JwBvOTIAbTk7AGs6QwBqOksAaDtSAGc7WQBlO2EBYztpAWI7cgFgO30BXjuKAlw7lwJbO6cC&#10;WTu4A1g7/+L/4klDQ19QUk9GSUxFAAYJ0gNXO/ECVjv/AlY7/wJWOv8BVjr/AVY5/wHUNwAAwEEA&#10;AK9EAACdQwAAkEIAAIVAAAB+PgAAeTsAAHQ6AABxOg4AbTwYAGs9JABpPi8AZz84AGU/QABkQEgA&#10;YkBPAGFAVwBfQF4BXUBmAVxAbwFaQHoCWECHAlZAlQJUQKQDU0C2A1JAzwNRQO8DUED/AlA//wJQ&#10;P/8CUT7/AVE+/wHPOwAAvUUAAKpHAACZRgAAi0UAAIFEAAB5QgAAdD4AAG8/AABrQAwAZ0EVAGVC&#10;IQBjQysAYUM1AF9EPgBeREUAXUVNAFtFVABZRVwBWEVkAVZFbQFURXgCUkWFAlFEkwNPRKMDTUW0&#10;A0xFzANLRe0DS0T/AktE/wJLQ/8CTEL/AkxC/wLKPwAAuUgAAKZKAACVSQAAh0gAAH1HAAB1RQAA&#10;bkIAAGlDAABlRAkAYkUTAF9GHgBdRygAXEgyAFpIOwBZSUMAV0lKAFZJUgBUSVkBU0lhAVFJawFP&#10;SXYCTUmCAktJkQNKSaEDSEmzA0dJygNGSewDRkj/AkZI/wJHR/8CR0b/AkdG/wLGQwAAtkwAAKJM&#10;AACRTAAAhEsAAHlKAABwSQAAaUYAAGRHAABfSQYAXEoQAFpLGwBYTCUAVkwvAFVNOABTTUAAUk1I&#10;AFFOTwBPTlcATk5fAUxOaQFKTnMCSE2AAkZNjwNFTZ8DQ02xA0JNyANBTeoDQUz/AkFM/wJCS/8C&#10;Qkr/AkJK/wLCRwAAs08AAJ5PAACNTgAAgE4AAHVNAABsTAAAY0oAAF5MAABaTQIAVk4OAFRPGABS&#10;UCIAUVEsAE9RNQBOUj0ATVJFAExSTQBKUlQASVJdAUdSZgFFUnEBQ1J+AkFSjQI/Up0DPlKvAz1S&#10;xgM8UukCPFH+AjxQ/wI9T/8CPU//Aj1O/wK+SwAArlMAAJpSAACJUQAAfFEAAHFQAABoUAAAXk4A&#10;AFhRAABUUgAAUVMMAE5UFABMVR8AS1YpAElWMgBIVjoAR1dCAEZXSgBEV1IAQ1daAEFXZAFAV24B&#10;Pld7AjxXiwI6V5sCOFetAjdXxAI3V+cCN1b9AjdV/wI3VP8CN1P/AjhT/wK6TwAAqVYAAJVVAACF&#10;VAAAeFQAAG1UAABkVAAAWFQAAFJWAABOVwAASlkJAEdaEQBGWhsARFslAENbLgBCXDYAQVw+AD9c&#10;RgA+XU8APV1XADtdYQA6XWwBOF15ATZdiAE0XZkCM12rAjFdwgIxXOUCMVv8AjFa/wIxWf8CMln/&#10;ATJY/wG2VAAApFkAAJBYAACAWAAAc1cAAGlXAABgWAAAVFkAAE5bAABIXQAAQ18EAEBgDgA+YRcA&#10;PWEgADtiKQA6YjIAOWI6ADhjQgA3Y0sANmNUADRjXQAzY2gAMWN2AS9jhQEuY5YBLGOpAStjvwEq&#10;Y+MBKmL7ASpg/wErX/8BK1//ASte/wGxWQAAnlwAAItcAAB7WwAAb1sAAGVbAABcXAAAUV4AAElg&#10;AABDYgAAPGUAADhnCgA1aBIANGgbADNpJAAyaS0AMWk1AC9qPQAuakYALWpPACxqWQAra2UAKWty&#10;AChrggAma5MAJGunACNrvQAiauAAI2n5ASNn/wEjZv8BI2b/ASRl/wGsYAAAmGAAAIVgAAB2XwAA&#10;al8AAGFgAABXYAAATWMAAERmAAA9aAAANmsAADBuBAAscA4AKnEVAClxHgAocSYAJ3IvACZyNwAl&#10;ckAAJHJKACJyVAAhc2AAIHNtAB5zfQAdc5AAG3OjABpzuQAZc9wAGnH3ABpw/wAbb/8AG27/ARtt&#10;/wGmZgAAkWUAAH9kAABxZAAAZmQAAF1kAABSZgAASGkAAD9sAAA3bwAAMHMAACl2AAAieQgAH3sQ&#10;AB57FwAcex8AG3soABp7MAAZfDkAGHxDABd8TgAWfFoAFXxnABR9eAASfYsAEX2fABB9tQAPfdUA&#10;EHv1ABF5/wAReP8AEnf/ABJ3/wCeawAAimoAAHppAABtaQAAYmkAAFdqAABMbQAAQ3AAADl0AAAx&#10;eAAAKXsAACJ/AAAbggAAFIUJABGGEAARhhcAEIcfABCHKAAOhzEADoc7AA2HRgAMh1MAC4dhAAqH&#10;cQAJh4QAB4eYAAaGrgAFhskABoXsAAeE/wAIg/8ACYL/AAmC/wCVcQAAg28AAHRuAABpbgAAXG8A&#10;AFByAABGdQAAPHkAADJ9AAAqgQAAIoUAABuJAAAUjAAAD48DAAqSCwAGkhEABJIYAAKSIAABkikA&#10;AJIzAACTPgAAk0sAAJNZAACTaQAAk3sAAJKQAACSpgAAkb8AAJHlAACQ+gAAj/8AAI//AACP/wCN&#10;dwAAfXUAAHB0AABidQAAVXgAAEl8AAA/gAAANIQAACuJAAAijQAAGpEAABOUAAAOlwAACZsAAAGd&#10;CAAAnQ4AAJ0TAACeGgAAniIAAJ8rAACfNQAAoEIAAKBQAACgXwAAoHEAAKCHAACfnQAAn7UAAJ7a&#10;AACd9gAAnf8AAJz/AACc/wCGfQAAeHwAAGl8AABbfwAAToMAAEGIAAA2jAAALJEAACOWAAAamgAA&#10;Ep4AAA2hAAAGpAAAAKcAAACpAwAAqQoAAKoOAACrEwAArBkAAK0iAACuKwAArzcAAK9FAACvVAAA&#10;r2YAAK97AACulAAArqsAAK7JAACu7wAArf8AAK3/AACt/wCBhAAAcYQAAGGHAABTiwAARpAAADmW&#10;AAAumwAAI6AAABqkAAASqAAADKwAAASvAAAAsgAAALYAAAC3AAAAtwIAALgIAAC5DQAAuhIAALsY&#10;AAC9IQAAvisAAMA4AADASAAAwFoAAMFuAADBhgAAwaAAAMG6AADB4wAAwPkAAMD/AADA/wB5jQAA&#10;aJAAAFmUAABLmgAAPaAAADGlAAAlqwAAGq8AABGzAAALuAAAArsAAAC+AAAAwQAAAMQAAADFAAAA&#10;xgAAAMcAAADIBQAAygsAAMwPAADOFQAA0B8AANMrAADVOgAA1UwAANZgAADYdwAA2JIAANisAADZ&#10;yQAA2ewAANn7AADY/wBwmQAAYJ4AAFGkAABDqgAANbAAACi2AAAcugAAEb4AAAnBAAAAxQAAAMgA&#10;AADLAAAAzwAAANIAAADTAAAA1gAAANgAAADbAAAA3QAAAN8HAADiDQAA5RMAAOgdAADsKgAA7TwA&#10;AO1RAADuZwAA74EAAO+cAADwtwAA8NMAAPDsAADw9ABnpgAAWK0AAEm0AAA6ugAAKr4AABzCAAAQ&#10;xgAAB8oAAADOAAAA0gAAANYAAADcAAAA4AAAAOMAAADkAAAA5gAAAOgAAADrAAAA7QAAAO8AAADy&#10;AgAA9QoAAPgRAAD8HAAA/ywAAP8/AAD/VQAA/24AAP+KAAD/pAAA/7oAAP/RAAD/4QD/ABQA/wAS&#10;AP8AEgD/ABQA/wAZAP8AJQD/ADIA/wA/AP8ASwD/AFYA/wBgAP8AaAD/AHAA/wB4AP8AfwD/AIUA&#10;/wCLAP8AkQD/AJgA/wCeAP4ApgD9AK4A/AC5APoAyAD5AOIA+AD0APcA/wD2AP8A9gD/AO8A/wDn&#10;AP8A4gD/AN4A/wD/ABEA/wAOAP8ADgD/AA8A/wAUAP8AIAD/AC0A/wA6AP8ARgD/AFEA/wBbAP8A&#10;YwD+AGsA/ABzAPoAeQD5AIAA9wCGAPYAjAD1AJIA8wCZAPIAoADwAKkA7gCzAO0AwQDrANYA6gDu&#10;AOkA/gDnAP8A5wD/AOUA/wDdAP8A1QD/ANEA/wD/AA0A/wAKAP8ACAD/AAkA/wAQAP8AGwD/ACgA&#10;/wA1AP8AQAD6AEsA9gBVAPMAXgDxAGYA7gBtAOwAdADrAHoA6QCAAOcAhgDmAI0A5ACTAOIAmwDg&#10;AKMA3gCtANwAuQDaAMoA1wDmANQA+ADSAP8A0gD/ANIA/wDOAP8AyQD/AMYA/wD/AAgA/wADAP8A&#10;AAD/AAMA/wANAPwAFgD3ACIA8wAuAO8AOgDsAEUA6ABPAOQAWADhAGAA3gBnANsAbQDZAHQA1QB6&#10;ANMAgADRAIcAzwCOAM0AlQDLAJ4AyQCnAMcAswDFAMIAwwDcAMEA8QC/AP8AvwD/AL4A/wC+AP8A&#10;vQD/ALsA/wD/AAAA/wAAAP8AAAD/AAAA9gAIAO4AEQDnABsA4QAnAN0AMwDZAD4A0wBJAM8AUgDL&#10;AFkAyABhAMYAZwDEAG0AwgBzAMAAegC/AIAAvQCIALsAkAC5AJgAuACiALUArQCzALsAsQDOALAA&#10;6gCvAPwArQD/AK0A/wCuAP8ArgD/AK4A/wD/AgAA/wAAAP0AAADyAAAA6AAAAN4ADADTABUAzAAh&#10;AMgALADEADgAwQBCAL0ASwC6AFMAuABaALYAYQC0AGcAsgBtALAAdACvAHoArQCCAKwAigCqAJMA&#10;qACdAKYAqACkALUAogDGAKEA4wCfAPYAngD/AJ4A/wCeAP8AngD/AJ4A/wD/BgAA+wAAAO4FAADi&#10;BAAA1QAAAMsABgDDAA8AvQAZALgAJQC0ADEAsQA7AK4ARQCsAE0AqQBVAKcAWwClAGIApABoAKIA&#10;bgChAHUAnwB8AJ4AhQCcAI4AmgCYAJgApACWALAAlQDBAJMA3ACSAPIAkQD/AJAA/wCQAP8AjwD/&#10;AI8A/wD9CgAA8A4AAOERAADOEAAAwg0AALsHAAC3AAoAsQASAKwAHgCoACkApQA0AKIAPgCfAEcA&#10;nQBPAJsAVgCZAVwAlwFjAJYCaQCUAnAAkwN4AJEDgACQBIoAjgSVAIwFoQCKBa4AiQa+AIcI2ACG&#10;CfAAhAr/AIML/wCDC/8Agwv/AIML/wD2EAAA5hcAANIcAADAGgAAsxYAAKwSAACoDQAApgcNAKIF&#10;FgCdByIAmQkuAJYKOACUC0EAkgxKAJAMUQCODVgAjA1eAIsNZQCJDWwAiA50AIYOfQCFDocAgw6T&#10;AIEPnwCAEK0AfhC+AH0Q2wB6EfQAeBL/AHcS/wB3Ev8AdxL/AHcS/wDvFwAA2yEAAMYkAAC0IwAA&#10;qCAAAKAcAACbFwAAmREEAJgOEACTEBsAjxEnAIwSMgCJEzwAhxNEAIUUTACDFFMAgRVaAIAVYAB+&#10;FmgAfRZvAHsWeAB5F4MAeBePAHYYnAB0GKoAcxm7AHIZ1ABvGvEAbhv/AG0b/wBtGv8AbRr/AG0a&#10;/wDnIAAA0CkAALwrAACrKgAAnigAAJYkAACQIAAAjRwAAIwXDACIGBYAhBoiAIEbLQB+HDcAfB1A&#10;AHodSAB5Hk8Adx5VAHYfXAB0H2MAcx9rAHEgdABwIH8AbiGLAGwhmABrIacAaSK4AGgizwBmIu4A&#10;ZSP/AGQj/wBkIv8AZCL/AGQh/wDgJgAAyC8AALQxAACjMAAAli4AAI0rAACHKAAAhCQAAIIgCAB+&#10;IBIAeyIeAHgjKQB1JDMAcyU8AHElQwBwJksAbiZSAG0nWQBrJ2AAaidoAGkocQBnKHsAZSiIAGQp&#10;lQBiKaQAYCm1AF8pywBeKuwAXCr/AFwp/wBcKf8AXCn/AFwo/wDYLAAAwzUAAK01AACdNAAAkDMA&#10;AIYxAACALQAAfCsAAHkoAwB2JxAAcikaAHAqJQBtKy8Aayw4AGosQABoLUcAZy1OAGUuVQBkLl0A&#10;Yy5lAGEvbgBfL3gAXi+EAFwvkgBaL6EBWS+yAVgwyAFWMOkBVTD+AVUv/wBVL/8AVS7/AFUu/wDQ&#10;MQAAvToAAKg5AACXOAAAijcAAIA2AAB6MgAAdTAAAHIuAABuLg0Aay8WAGkwIQBmMSsAZDI0AGMy&#10;PQBhM0QAYDNLAF80UgBdNFoAXDRiAFo0awBZNXUAVzWCAFU1kAFUNZ8BUjWwAVE1xgFQNecBTzX9&#10;AU81/wFPNP8BTzT/AU8z/wHLNgAAuD0AAKM8AACSPAAAhTsAAHs6AAB0NwAAbzUAAGwzAABoNAoA&#10;ZTUTAGI2HgBgNygAXjcxAF04OgBbOEEAWjlIAFk5UABXOVcAVjpfAFQ6aABTOnMAUTp/AU86jQFO&#10;Op0BTDquAUs6wwFKOuUBSTr8AUk5/wFJOf8BSTj/AUo4/wHHOgAAs0AAAJ4/AACOPwAAgT4AAHc9&#10;AABwOwAAajgAAGY4AABiOQcAXzoRAFw7GwBaOyUAWTwuAFc9NwBWPT4AVD5GAFM+TQBSPlUAUT5d&#10;AE8/ZgBNP3AATD99AUo/iwFIP5sBRz+sAUU/wQFEP+MBRD77AUQ+/wFEPf8BRD3/AUU8/wHDPgAA&#10;r0MAAJpCAACKQgAAfUEAAHNAAABrPwAAZTwAAGA8AABcPgQAWT4PAFc/GABVQCIAU0ErAFJBNABQ&#10;QjwAT0JDAE5CSwBNQ1IAS0NaAEpDZABIQ24AR0N7AUVDiQFDQ5kBQkOrAUBDwAE/Q+EBP0P5AT9C&#10;/wE/Qf8BQEH/AUBA/wG/QQAAqkUAAJZFAACGRQAAeUQAAG9EAABnQgAAYD8AAFtBAABXQgAAVEMN&#10;AFFEFQBPRR8ATkUoAExGMQBLRjkASkdBAElHSABIR1AARkdYAEVHYQBDSGwAQkh4AUBIhwE+SJcB&#10;PEipATtIvgE6SN8BOkf4ATpG/wE6Rf8BO0X/ATtE/wG7RQAApkgAAJJHAACCRwAAdkcAAGtHAABj&#10;RgAAW0MAAFZFAABSRwAATkgKAExJEgBKSRwASEolAEdKLgBGSzYARUs+AENLRgBCTE0AQUxWAEBM&#10;XwA+TGoAPEx2ADtMhQE5TJUBN0ynATZMvAE1TN0BNUv3ATVL/wE1Sv8BNkn/ATZJ/wG4SQAAoksA&#10;AI5KAAB+SgAAckoAAGhKAABfSQAAVUgAAFBKAABMSwAASUwHAEZNEABEThkAQk8iAEFPKwBAUDMA&#10;P1A7AD5QQwA8UUoAO1FTADpRXAA4UWcAN1FzADVRggAzUZMBMlGlATBRugEvUdoBL1D2AS9P/wEw&#10;Tv8BME7/ATBN/wG0TQAAnU0AAIpNAAB6TQAAbk0AAGRNAABbTQAAUU0AAEtPAABGUAAAQlIDAD9T&#10;DQA9VBUAPFQeADpVJwA5VS8AOFU3ADdWPwA2VkcANVZQADNWWQAyV2QAMFdxAC9XgAAtV5EAK1ej&#10;ACpXuAApV9YAKVb1AClV/wAqVP8BKlP/ASpS/wGvUQAAmFEAAIVRAAB2UAAAalAAAGBQAABYUQAA&#10;TlIAAEdTAABBVQAAO1gAADhZCgA1WhEANFoaADNbIgAyWysAMVszAC9cOwAuXEMALVxMACxcVgAr&#10;XWAAKV1tAChdfAAmXY4AJF2hACNdtQAiXdIAIlzzACJb/wAjWv8AI1n/ACRY/wCoVQAAklQAAIBU&#10;AABxVAAAZlQAAFxUAABUVQAASlYAAENYAAA8WwAANl0AADBgBQAtYQ4AK2EVACpiHQApYiUAKGIu&#10;ACdjNgAmYz4AJWNHACNjUQAiZFwAIWRpAB9keQAeZIoAHGSeABtkswAZZM4AGmPxABth/wAbYP8A&#10;HGD/ABxf/wChWQAAjFgAAHtYAABtWAAAYlgAAFlYAABQWQAAR1sAAD5eAAA3YAAAMWMAACpmAAAk&#10;aQkAIWoQACBqFwAfaiAAHmsoAB1rMAAcazkAG2tCABpsTAAZbFgAF2xlABZsdAAUbIYAE2yaABJs&#10;rwARbMoAEWvvABJp/wATaP8AE2j/ABNn/wCZXQAAhV0AAHVcAABoXAAAXlwAAFVcAABLXgAAQmEA&#10;ADlkAAAyZwAAK2oAACRtAAAecAEAF3MLABV0EQAUdBgAE3QhABJ1KQARdTIAEXU7ABB1RgAPdVIA&#10;DnVfAA11bgAMdYEAC3WVAAp1qgAIdMMACXTnAApz/QALcf8ADHH/AAxw/wCRYgAAf2EAAHBhAABk&#10;YQAAWmEAAE9iAABFZQAAPGgAADNsAAArbwAAJHIAAB12AAAXeQAAEXwEAA1/DAALfxIACn8ZAAl/&#10;IgAIfyoABn80AAV/PwAEf0sAAn9YAAF/ZwAAf3kAAH+OAAB/owAAfrsAAH3gAAB99wAAfP8AAHv/&#10;AAB7/wCJZwAAeGcAAGtmAABhZgAAVGcAAElpAAA/bQAANXEAACx1AAAkeQAAHXwAABaAAAAQgwAA&#10;DIYCAAaJCgABiQ8AAIkUAACKGwAAiiMAAIssAACLNwAAi0MAAItQAACLXwAAi3EAAIuGAACLnAAA&#10;irMAAInTAACI8wAAiP8AAIf/AACH/wCCbQAAc2wAAGhsAABabQAATm8AAEJzAAA4dwAALnsAACWA&#10;AAAdhAAAFYgAABCMAAALjwAABJIAAACUBgAAlQwAAJUQAACWFQAAlxwAAJgkAACYLgAAmTkAAJlH&#10;AACZVgAAmWgAAJl9AACZlAAAmKsAAJfIAACW7gAAlv8AAJX/AACV/wB7dAAAb3MAAGFzAABTdgAA&#10;RnoAADt/AAAwhAAAJogAAB2NAAAUkgAADpYAAAmZAAABnAAAAKAAAAChAAAAogYAAKIMAACkEAAA&#10;pRQAAKUcAACnJAAAqC8AAKg9AACpTAAAqV4AAKlyAACoiQAAqKIAAKi8AACn5QAApvsAAKb/AACl&#10;/wB3ewAAaHsAAFl+AABLggAAPocAADKNAAAnkgAAHZcAABScAAAOoAAAB6QAAACoAAAAqwAAAK4A&#10;AACvAAAAsAAAALEEAACzCgAAtA4AALUTAAC2GwAAuCQAALoxAAC6QAAAulIAALtlAAC7fQAAupcA&#10;ALqxAAC60gAAuvMAALn/AAC5/wBvgwAAX4YAAFGLAABDkAAANpcAACqdAAAfogAAFacAAA2sAAAF&#10;sAAAALQAAAC3AAAAuwAAAL4AAAC/AAAAwAAAAMEAAADDAQAAxAcAAMUNAADHEQAAyhkAAM0kAADO&#10;MwAAz0QAANBYAADQbgAA0YgAANCkAADQwQAA0eYAANH4AADR/wBnjwAAV5QAAEmaAAA7oQAALqcA&#10;ACGtAAAWswAADrgAAAa8AAAAwAAAAMMAAADGAAAAywAAAM0AAADOAAAA0AAAANEAAADUAAAA1gAA&#10;ANoCAADcCQAA3w8AAOMXAADmJAAA5zYAAOhJAADpXwAA6ngAAOuUAADrrwAA68wAAOzoAADs9gBf&#10;ngAAUKQAAEKrAAA0sgAAJrkAABm+AAAOwgAABMUAAADKAAAAzQAAANEAAADYAAAA2wAAAN8AAADg&#10;AAAA4gAAAOQAAADmAAAA6QAAAOsAAADuAAAA8QUAAPUNAAD5FgAA/CUAAP05AAD+TwAA/2cAAP+C&#10;AAD/nQAA/7UAAP/LAAD/5AD/ABEA/wAPAP8ADwD/ABEA/wAWAP8AIgD/AC8A/wA7AP8ARwD/AFIA&#10;/wBbAP8AZAD/AGwA/wBzAP8AegD/AIAA/wCGAP8AjAD+AJMA/QCZAPsAoQD6AKkA+AC0APcAwgD2&#10;ANoA9QDxAPQA/wDzAP8A8wD/AOkA/wDgAP8A2AD/ANMA/wD/AA4A/wALAP8ACgD/AAsA/wARAP8A&#10;HQD/ACoA/wA2AP8AQQD/AEwA/wBWAP4AXwD7AGYA+QBtAPcAdAD1AHoA9ACAAPIAhgDwAI0A7wCU&#10;AO0AmwDsAKQA6gCuAOkAugDnAM0A5QDpAOQA+wDjAP8A4gD/AN4A/wDRAP8AzAD/AMgA/wD/AAkA&#10;/wAEAP8AAQD/AAQA/wAOAP8AGAD/ACQA/QAwAPsAOwD3AEYA8wBQAO8AWQDsAGAA6gBnAOcAbgDm&#10;AHQA5AB6AOIAgADgAIcA3gCOANwAlQDaAJ4A1gCoANQAswDRAMMAzwDfAM4A9ADMAP8AywD/AMsA&#10;/wDFAP8AvwD/ALwA/wD/AAIA/wAAAP8AAAD/AAAA/QALAPcAEwDxAB4A7QAqAOoANQDnAEAA4gBK&#10;AN0AUgDZAFoA1QBhANIAZwDQAG0AzgBzAMwAegDKAIAAyACHAMYAjwDEAJgAwgChAMAArQC+ALsA&#10;vADQALoA7QC5AP4AuAD/ALgA/wC3AP8AswD/ALAA/wD/AAAA/wAAAP8AAAD5AAAA7gAFAOUADgDe&#10;ABgA2AAjANIALgDPADkAywBDAMcATADEAFQAwQBbAL8AYQC8AGcAuwBtALkAcwC3AHoAtQCBALQA&#10;iQCyAJIAsACbAK8ApwCsALQAqwDGAKkA5ACnAPgApgD/AKYA/wClAP8ApQD/AKQA/wD/AAAA/wAA&#10;APUAAADqAAAA3gAAANAACgDIABIAwgAdAL4AKAC7ADMAuQA9ALUARgCyAE0AsABVAK0AWwCsAGEA&#10;qgBnAKgAbQCnAHMApQB6AKQAggCiAIwAoACWAJ8AoQCdAK4AmwC+AJkA2ACXAPEAlgD/AJYA/wCX&#10;AP8AlwD/AJcA/wD/AAAA9QAAAOcBAADUAAAAyQAAAMAABAC4AA4AswAWAK8AIQCrACwAqAA2AKYA&#10;PwCjAEcAoQBPAJ8AVQCdAFsAmwBhAJoAZwCYAG4AlwB1AJUAfQCUAIYAkgCRAJAAnACOAKkAjAC4&#10;AIsAzQCJAOsAiAD9AIgA/wCIAP8AiAD/AIgA/wD5BgAA6QwAANQOAADDDAAAtwkAALACAACrAAkA&#10;pgAQAKIAGgCeACUAmwAwAJgAOQCWAEEAlABJAJIAUACQAFYAjgBcAI0AYgCLAGkAigBwAIgAeACH&#10;AIEAhQCMAIQAmACCAKUAgAC0AH4AyAB9AecAfAL5AHsD/wB7BP8AewT/AHsE/wDxDgAA3hUAAMUV&#10;AAC0FAAAqREAAKEOAACeCgAAmwMMAJcAEwCTAB4AkAEpAI0CMwCKAzwAiARDAIYFSwCFBlEAgwZX&#10;AIIHXgCAB2QAfwhsAH0IdAB8CH4AegmJAHgJlgB3CqMAdQqzAHMLxwByDOYAcA37AHAN/wBvDf8A&#10;bw3/AG8N/wDoFgAA0B4AALkdAACpHAAAnRoAAJUWAACQEwAAjw4DAI4KDgCJCxcAhgwjAIMNLQCA&#10;DTYAfg4+AHwORgB7Dk0AeQ9TAHgQWgB2EGEAdRBoAHMQcQBxEXsAcBGHAG4RlABsEaIAaxKyAGkS&#10;xwBoE+cAZhP9AGUU/wBlFP8AZRP/AGUT/wDfHgAAxiQAALAkAACgIwAAlCEAAIsfAACGGwAAgxcA&#10;AIISCAB/ERIAfBIdAHkUKAB2FDEAdBU6AHIWQQBxFkgAbxdPAG4XVgBsF10AaxhkAGkYbQBoGXcA&#10;ZhmDAGQZkABjGp8AYRqvAGAaxABeG+QAXRz7AFwc/wBcG/8AXBv/AFwb/wDVJQAAvSoAAKgpAACY&#10;KQAAjCgAAIMlAAB9IgAAeR8AAHgbAwB2GQ8AchoYAG8cIwBtHS0Aax01AGkePQBoHkQAZh9LAGUf&#10;UgBjIFkAYiBhAGEgaQBfIXMAXSF/AFwhjQBaIpwAWSKsAFciwABWI+EAVSP5AFQj/wBUIv8AVCL/&#10;AFQi/wDNKwAAti4AAKIuAACSLgAAhS0AAHwrAAB2KAAAciYAAG8jAABtIQwAaiIVAGcjHwBlJCkA&#10;YyQxAGIlOQBgJkEAXyZIAF0mTwBcJ1YAWyddAFknZgBYKHAAVih8AFQoigBTKZkAUSmqAFApvgBP&#10;Kd4ATin3AE0p/wBNKf8ATSj/AE4o/wDIMAAAsDIAAJwyAACMMgAAgDEAAHYwAABwLQAAaysAAGgp&#10;AABmKAkAYygRAGApHABeKiUAXCsuAFsrNgBZLD0AWCxEAFctTABVLVMAVC1bAFMtYwBRLm4AUC56&#10;AE4uiABML5cASy+oAEkvuwBIL9sASC/2AEcv/wBHLv8ARy3/AEgt/wDENAAAqzUAAJc1AACHNQAA&#10;ezUAAHI0AABrMgAAZi8AAGIuAABfLQUAXC4QAFovGABYMCIAVjArAFUxMwBTMToAUjJCAFEySQBQ&#10;MlAATjNYAE0zYQBLM2sASjN3AEg0hQBHNJUARTSmAEM0uQBCNNYAQjT0AEI0/wBCM/8AQjL/AEIy&#10;/wDAOAAApzgAAJM4AACDOAAAdzgAAG03AABmNgAAYTMAAF0yAABZMgIAVzMNAFQ0FQBSNR8AUTUo&#10;AE82MABONjgATDc/AEs3RgBKN04ASThWAEc4XwBGOGkARDh1AEM4gwBBOZMAQDmkAD45uAA9OdMA&#10;PDnzADw4/wA9N/8APTf/AD02/wC7OwAAojsAAI87AAB/OwAAczsAAGo6AABiOQAAXTcAAFg2AABU&#10;NwAAUTgLAE85EwBNORwASzolAEo6LQBIOzUARzs8AEY8RABFPEsARDxTAEI8XABBPWcAPz1zAD49&#10;gQA8PZEAOj2jADk9tgA4PdEANz3yADc8/wA4O/8AODv/ADg6/wC2PQAAnj4AAIs+AAB8PgAAbz4A&#10;AGY9AABePQAAWDsAAFM6AABPOwAATDwIAEk9EQBHPhkARj8iAEQ/KgBDPzIAQkA6AEFAQQBAQEkA&#10;PkFRAD1BWgA8QWQAOkFwADhBfwA3QY8ANUKhADRCtAAyQs4AMkHwADJA/wAzQP8AMz//ADQ+/wCx&#10;QAAAmkAAAIdAAAB4QQAAbEEAAGJAAABbQAAAVD8AAE4/AABKQAAARkEFAERCDgBCQxYAQEMfAD9E&#10;JwA+RC8APEQ3ADtFPgA6RUYAOUVOADhGWAA2RmIANUZuADNGfAAxRo0AMEafAC5GswAtRswALUbv&#10;AC1F/wAuRP8ALkP/AC5D/wCsQwAAlkMAAINDAAB0QwAAaEMAAF9DAABXQwAAUEMAAEhDAABERQAA&#10;QUYBAD5HDAA8SBMAOkgcADlJJAA4SSwANkk0ADVKOwA0SkMAM0pMADJKVQAwS18AL0trAC1LegAs&#10;S4sAKkudAChLsQAnS8oAJ0vtACdK/wAoSf8AKEj/AClH/wCnRgAAkUYAAH9GAABwRgAAZUYAAFtG&#10;AABURgAATEcAAERIAAA/SgAAO0sAADdMCQA1TRAAM04YADJOIAAxTygAME8wAC9POAAuT0AALFBI&#10;ACtQUgAqUFwAKFBoACdQdwAlUIgAJFCbACJQrwAhUMgAIFDrACFP/wAiTv8AIk3/ACNN/wChSQAA&#10;jEkAAHpJAABsSgAAYUoAAFhKAABQSgAASUsAAEBMAAA7TgAANVAAADFSBAAtUw0ALFQUACpUHAAp&#10;VSQAKFUsACdVMwAmVTwAJVZFACRWTgAiVlkAIVZlAB9WdAAeVoUAHFaYABtWrAAZVsUAGVbpABpV&#10;/wAbVP8AG1P/ABxS/wCbTQAAhk0AAHVNAABoTQAAXU0AAFRNAABNTgAARU8AADxRAAA2UwAAMVUA&#10;ACtYAAAmWgkAI1sQACJbFwAhXB8AIFwnAB9cLgAdXDcAHF1AABtdSgAaXVUAGF1hABddcAAVXYEA&#10;FF2VABNdqgARXcIAEV3nABJb/gATWv8AE1r/ABRZ/wCUUQAAgFEAAHBRAABkUQAAWVEAAFFRAABJ&#10;UgAAQVMAADhWAAAyWQAAK1sAACVeAAAfYQMAGmMMABhkEQAXZBkAFmQhABVkKQAUZTEAE2U6ABJl&#10;RAARZVAAEGVdAA9lawAOZX0ADWWRAAxlpQAKZLwACmTgAAtj+QAMYv8ADWH/AA1h/wCNVQAAelUA&#10;AGtVAABfVQAAVlUAAE5VAABEVwAAPFkAADRcAAAsXwAAJmIAAB9lAAAZaAAAE2sFABBtDQAObhIA&#10;DW4aAAxuIgAMbisAC240AApuPgAIbkoAB25XAAZuZQAEbnYAAm6KAABtnwAAbbYAAGzWAABs8wAB&#10;a/8AAmr/AANq/wCFWgAAdFoAAGZaAABcWQAAU1kAAEhaAAA/XQAANmAAAC5jAAAmZwAAH2oAABlt&#10;AAATcQAADnQDAAp3CgAFdxAAAXcVAAB3HAAAdyQAAHgtAAB4NwAAeEMAAHhQAAB4XgAAeG8AAHiE&#10;AAB4mQAAd7AAAHbNAAB18AAAdf8AAHT/AAB0/wB+XwAAbl8AAGJeAABZXgAATV8AAEJiAAA5ZQAA&#10;MGgAACdsAAAfcAAAGHQAABJ3AAANewAACH4AAAKACAAAgQ0AAIERAACCFwAAgx4AAIMmAACEMAAA&#10;hDsAAIRIAACEVwAAhGgAAIR8AACEkwAAg6oAAILFAACB6wAAgf4AAID/AACA/wB3ZQAAaWQAAF9j&#10;AABSZAAAR2cAADxrAAAxbwAAKHMAACB3AAAYfAAAEX8AAAyDAAAGhwAAAIoAAACMAwAAjAkAAI0O&#10;AACOEQAAjxcAAJAeAACRJwAAkjIAAJI/AACSTgAAkl8AAJJzAACSiwAAkaIAAJG8AACQ5QAAj/wA&#10;AI7/AACO/wBxawAAZmoAAFhrAABLbQAAP3EAADR2AAAqewAAIIAAABeFAAAQiQAAC40AAASRAAAA&#10;lQAAAJgAAACZAAAAmgMAAJsIAACcDQAAnhEAAJ8WAACgHgAAoigAAKI1AACjRAAAo1UAAKNpAACi&#10;gAAAopoAAKGzAACg2AAAoPYAAJ//AACf/wBucQAAX3IAAFF1AABEeQAAN34AACyEAAAhigAAF48A&#10;ABCUAAAKmQAAAZ0AAACgAAAApAAAAKcAAACoAAAAqQAAAKoAAACsBgAArQsAAK8QAACwFQAAsh4A&#10;ALQpAAC0OQAAtEoAALVdAAC1cwAAtY4AALWoAAC0xgAAs+0AALL/AACy/wBmegAAV30AAEmCAAA8&#10;hwAAL44AACOUAAAYmgAAEJ8AAAmkAAAAqQAAAK0AAACwAAAAtAAAALcAAAC4AAAAuQAAALsAAAC8&#10;AAAAvgIAAMAIAADCDgAAxBQAAMceAADILAAAyT0AAMpQAADKZgAAyn8AAMqbAADKuAAAyt0AAMr1&#10;AADK/wBehgAAT4sAAEGRAAAzmAAAJ58AABulAAARqwAACbAAAAC1AAAAuQAAAL0AAADBAAAAxgAA&#10;AMgAAADJAAAAywAAAMwAAADOAAAA0AAAANIAAADUBQAA2QwAAN0SAADhHgAA4i4AAONCAADkVwAA&#10;5W8AAOaMAADmqAAA5cUAAOXnAADm9gBWlAAASJsAADqiAAAsqQAAH7AAABO2AAALvAAAAMEAAADF&#10;AAAAyQAAAM0AAADSAAAA1gAAANoAAADbAAAA3gAAAOAAAADiAAAA5AAAAOcAAADpAAAA7QAAAPAK&#10;AAD0EQAA+B8AAPkyAAD6SAAA+18AAPx6AAD9lwAA/a8AAP3HAAD95AD/AA4A/wANAP8ADAD/AA4A&#10;/wATAP8AHgD/ACoA/wA2AP8AQgD/AE0A/wBXAP8AXwD/AGcA/wBuAP8AdAD/AHoA/wCBAP0AhwD8&#10;AI0A+gCUAPkAnAD3AKUA9QCvAPQAvADzAM8A8QDsAPAA/gDvAP8A7wD/AOMA/wDXAP8AzgD/AMoA&#10;/wD/AAoA/wAGAP8ABAD/AAgA/wAQAP8AGQD/ACUA/wAxAP8APQD/AEcA/gBRAPsAWQD5AGEA9gBo&#10;APQAbgDzAHQA8QB6AO8AgQDuAIcA7ACOAOoAlgDoAJ8A5gCpAOMAtQDiAMYA4ADjAN8A+ADdAP8A&#10;3QD/ANQA/wDJAP8AwgD/AL4A/wD/AAMA/wAAAP8AAAD/AAEA/wANAP8AFAD9ACAA+gArAPcANgDz&#10;AEEA7wBLAOwAVADoAFsA5gBiAOMAaADhAG4A3wB0ANwAegDaAIEA2ACIANQAkADSAJgAzwCiAM0A&#10;rgDLALwAyQDTAMcA8ADGAP8AxAD/AMQA/wC7AP8AtgD/ALMA/wD/AAAA/wAAAP8AAAD/AAAA9wAI&#10;APAAEADrABoA5wAlAOQAMADhADsA3ABFANUATQDRAFUAzgBbAMsAYgDJAGcAxwBtAMUAcwDDAHoA&#10;wQCBAL8AiQC9AJIAuwCcALkApwC3ALUAtQDIALMA5gCyAPsAsQD/ALAA/wCuAP8AqgD/AKcA/wD/&#10;AAAA/wAAAP4AAADxAAAA5QACANwADQDTABQAzQAfAMoAKgDHADQAxAA+AMAARwC8AE4AugBVALcA&#10;WwC1AGEAswBnALIAbQCwAHMArgB6AKwAggCqAIsAqACVAKcAoAClAK0AowC+AKEA2wCgAPQAnwD/&#10;AJ4A/wCfAP8AnQD/AJsA/wD/AAAA/AAAAO4AAADgAAAA0AAAAMUACAC+ABAAuQAZALUAIwCzAC4A&#10;sAA3AK0AQACqAEgAqABPAKUAVQCjAFsAogBgAKAAZgCfAGwAnQBzAJsAewCaAIQAmACOAJYAmgCV&#10;AKcAkwC3AJEAzACQAOwAjwD/AI4A/wCOAP8AjgD/AI8A/wD8AAAA7wAAANsAAADJAAAAvQAAALUA&#10;AgCuAAwAqQATAKUAHQCiACcAoAAxAJ0AOgCaAEIAmABJAJYATwCUAFUAkwBbAJEAYACQAGcAjgBt&#10;AI0AdQCLAH4AiQCJAIgAlQCGAKIAhQCxAIMAxACBAOQAgAD5AH8A/wCAAP8AgAD/AIAA/wD0AgAA&#10;4AkAAMcIAAC3BwAArAMAAKYAAACgAAcAmwAPAJgAFwCVACEAkgAqAI8AMwCNADwAiwBDAIkASQCH&#10;AFAAhgBVAIQAWwCDAGEAgQBoAIAAcAB+AHkAfACEAHsAkAB5AJ0AeACsAHYAvgB1AN0AcwD0AHMA&#10;/wBzAP8AcwD/AHMA/wDpDQAAzxAAALkQAACpEAAAng4AAJcLAACTBgAAkAALAIwAEQCJABoAhgAk&#10;AIMALgCBADYAfwA+AH0ARAB8AEsAegBRAHkAVwB3AF0AdgBkAHQAbABzAXUAcQGAAG8CjQBuApoA&#10;bAOqAGsDuwBpBNYAaAbxAGgH/wBnB/8AZwf/AGcH/wDfFAAAwxcAAK4XAACeFgAAkxUAAIsSAACG&#10;EAAAhAwCAIMGDQCAAxQAfAUeAHkHKAB3CDAAdQg4AHMJQAByCUYAcApMAG8KUwBtC1kAbAthAGoL&#10;aQBpDHIAZwx+AGYMiwBkDZkAYg2pAGENuwBgDdgAXg7zAF0O/wBdDv8AXQ7/AF0O/wDUHAAAuR0A&#10;AKQeAACVHQAAiRwAAIEaAAB7FwAAeBMAAHgQBgB3DQ8Acw4YAHAOIgBuDysAbBAzAGoQOwBpEEIA&#10;ZxFJAGYRTwBkEVYAYxJdAGESZgBgEm8AXhJ7AFwTiABbE5cAWROnAFcUugBWFNUAVRXzAFQV/wBU&#10;Ff8AVBX/AFQU/wDKIgAAsCIAAJ0jAACNIwAAgSIAAHkhAABzHgAAbxsAAG4XAABtEwwAahQUAGcV&#10;HgBlFicAYxYvAGEXNwBgFz4AXhhFAF0YSwBcGVIAWhlaAFkZYgBXGmwAVhp3AFQahQBSG5QAURuk&#10;AE8btwBOG9AATRzxAEwc/wBMHP8ATRz/AE0b/wDDJgAAqicAAJYnAACHKAAAeycAAHImAABsJAAA&#10;aCEAAGYeAABkGwgAYhsRAF8cGgBdHSMAWx4rAFoeMwBYHzoAVx9BAFYgSABUIE8AUyBXAFEhXwBQ&#10;IWkATiF0AE0hggBLIpEASSKiAEgitABHIs0ARiPvAEUj/wBFIv8ARiL/AEYh/wC8KgAApCsAAJEr&#10;AACCLAAAdisAAG0qAABmKQAAYiYAAF8kAABdIgQAWyEOAFgiFgBWIx8AVCQoAFMkMABSJTcAUCU+&#10;AE8mRQBOJkwATCZUAEsnXABJJ2YASCdxAEYnfwBFKI8AQyigAEEosgBAKMsAPyjtAD8o/wA/KP8A&#10;QCf/AEAn/wC3LQAAny4AAIwvAAB9LwAAcS8AAGguAABhLQAAXSsAAFooAABXJwAAVCcMAFIoEwBQ&#10;KRwATiklAE0qLABLKjQASis7AEkrQgBILEkARixRAEUsWgBELGQAQi1vAEAtfQA/LY0APS2eADwt&#10;sAA6LcgAOi3rADot/wA6Lf8AOiz/ADos/wCyMAAAmzEAAIgyAAB5MgAAbTIAAGQyAABdMQAAWC8A&#10;AFUsAABRLAAATy0JAEwtEQBKLhkASS8iAEcvKgBGMDEARTA4AEMwPwBCMUcAQTFPAEAxVwA+MWEA&#10;PTJtADsyewA5MosAODKcADYyrwA1MscANDLpADQy/wA1Mf8ANTH/ADUw/wCtMwAAljQAAIQ1AAB1&#10;NQAAaTUAAGA1AABZNAAAVDMAAFAwAABMMQAASTEGAEcyDwBFMxYAQzMfAEI0JwBANC4APzU2AD41&#10;PQA9NUQAPDZMADo2VQA5Nl8ANzZrADY2eAA0N4kAMjeaADE3rQAvN8UALzfoAC82/gAwNf8AMDX/&#10;ADA0/wCpNgAAkjYAAIA3AAByOAAAZjgAAF03AABWNwAAUDYAAEs0AABHNQAARDYDAEE3DQA/OBQA&#10;PjgcADw5JAA7OSwAOjkzADk6OgA4OkIANjpKADU6UwA0O10AMjtoADA7dgAvO4cALTuZACw7rAAq&#10;O8MAKTvmACo6/QAqOv8AKzn/ACw4/wCkOAAAjjkAAHw6AABuOgAAYzoAAFo6AABTOgAATToAAEY4&#10;AABCOgAAPzsAADw8CwA6PBEAOD0ZADc9IQA2PikAND4wADM+NwAyPz8AMT9HADA/UAAuP1oALUBm&#10;ACtAdAApQIQAKECXACZAqgAlQMEAJEDlACQ//AAlPv8AJj3/ACY9/wCfOwAAijwAAHg9AABqPQAA&#10;Xz0AAFY9AABPPQAAST0AAEI9AAA8PgAAOT8AADZBCAA0QQ8AMkIWADFCHgAvQyUALkMtAC1DNAAs&#10;RDwAK0REACpETQAoRFgAJ0VjACVFcQAjRYIAIkWVACBFqAAfRb8AHkTjAB9E+wAfQ/8AIEL/ACFB&#10;/wCaPgAAhT8AAHRAAABnQAAAXEAAAFNAAABMQAAARkAAAD5BAAA4QwAANEUAADBGAwAtRw0AK0gS&#10;ACpIGgApSCIAKEkpACdJMQAlSTkAJElBACNKSgAiSlUAIEphAB9KbwAdSn8AG0qSABpKpgAYSr0A&#10;F0rgABhJ+gAZSP8AGkf/ABpH/wCVQgAAgEIAAHBDAABjQwAAWEMAAFBDAABJQwAAQkQAADtFAAA1&#10;RwAAMEkAACtLAAAmTQkAJE4QACJOFgAhTx0AIE8lAB9PLAAeTzUAHU89ABxQRwAaUFEAGVBdABdQ&#10;awAWUHwAFFCPABNQpAARULoAEVDeABFP+AASTv8AE03/ABRN/wCPRQAAe0YAAGtGAABfRwAAVUcA&#10;AE1HAABGRwAAP0cAADdKAAAxTAAAK04AACZQAAAgUwMAHFUMABpWEQAZVhgAF1YgABZWJwAVVjAA&#10;FFY5ABNXQgASV00AEVdZABBXaAAPV3kADleMAA1XoAALV7YAC1bUAAtW9AAMVf8ADVT/AA5T/wCI&#10;SQAAdkoAAGdKAABbSgAAUUoAAEpKAABDSgAAO0wAADNOAAAsUQAAJlQAACFWAAAbWQAAFVwHABFe&#10;DQAQXhMAEF4aAA5eIgAOXioADV4zAAxePQALXkgACl5UAAheYgAHXnMABV6GAANemwACXrEAAl3M&#10;AAJd7gADXP8ABFv/AAVb/wCBTgAAcE4AAGJOAABXTgAATk4AAEdOAAA+TwAANlEAAC5UAAAnVwAA&#10;IVoAABtdAAAVYAAAEGMDAAxmCwAIZxAABmcVAAVnHAAEZyQAAmctAAFnNwAAZ0IAAGdOAABnXAAA&#10;Z20AAGeAAABmlQAAZqwAAGXHAABl6wAAZPwAAGT/AABj/wB6UgAAalMAAF1SAABUUgAAS1IAAEJT&#10;AAA5VQAAMFgAAChbAAAhXwAAGmIAABRlAAAQaAAADGsBAAZuCQAAbw4AAG8SAABvGAAAcB8AAHAn&#10;AABxMAAAcTsAAHFIAABxVgAAcWYAAHF5AABxjwAAcKcAAG/BAABv5wAAbvwAAG3/AABt/wBzWAAA&#10;ZVcAAFpXAABRVgAARlcAADxaAAAyXQAAKmEAACJkAAAaaAAAFGwAAA5vAAAKcgAABHYAAAB4BQAA&#10;eAsAAHkOAAB6EwAAexkAAHwgAAB9KQAAfTMAAH1AAAB9TgAAfV4AAH1yAAB9iAAAfKEAAHy6AAB7&#10;4gAAevoAAHn/AAB4/wBtXQAAYFwAAFdcAABLXQAAQF8AADVjAAArZwAAI2sAABpvAAATcwAADncA&#10;AAh7AAACfgAAAIIAAACDAQAAhAYAAIULAACGDwAAiBMAAIkZAACKIQAAiysAAIs3AACMRgAAi1YA&#10;AItpAACLgAAAi5kAAIqzAACJ2AAAiPcAAIj/AACH/wBoYwAAXmIAAFFiAABEZQAAOGkAAC5uAAAk&#10;cwAAGngAABN9AAANgQAABoUAAACJAAAAjQAAAJAAAACSAAAAkgAAAJQFAACVCgAAlw4AAJgSAACa&#10;GAAAmyEAAJwtAACdPAAAnUwAAJxfAACcdgAAm5EAAJurAACayQAAmvAAAJn/AACY/wBlaQAAV2kA&#10;AElsAAA9cQAAMHYAACV8AAAbgQAAEocAAAyMAAAEkQAAAJUAAACZAAAAnQAAAKAAAAChAAAAogAA&#10;AKQAAAClAQAApwcAAKkMAACqEQAArRgAAK8iAACvMAAAr0EAAK9UAACvawAAroUAAK6hAACuvgAA&#10;reYAAKz8AACs/wBecQAAT3QAAEJ5AAA1fwAAKIUAAB2MAAATkgAADJgAAAOdAAAAogAAAKYAAACq&#10;AAAArgAAALAAAACxAAAAswAAALQAAAC2AAAAuAAAALoEAAC8CgAAvhAAAMEXAADDJAAAwzUAAMRJ&#10;AADEXgAAxXcAAMWTAADFrwAAxdEAAMPyAADD/wBWfAAAR4IAADqIAAAsjwAAIJYAABSdAAANowAA&#10;A6kAAACuAAAAsgAAALcAAAC7AAAAvwAAAMIAAADCAAAAxQAAAMYAAADIAAAAygAAAM0AAADPAAAA&#10;0ggAANUOAADbGAAA3ScAAN46AADfUAAA4GgAAOCEAADhoQAA4b0AAOHiAADg9ABOiwAAQJIAADKZ&#10;AAAloQAAGKgAAA6vAAAFtQAAALoAAAC/AAAAxAAAAMgAAADOAAAA0QAAANQAAADVAAAA2AAAANoA&#10;AADdAAAA3wAAAOIAAADkAAAA5wAAAOsFAADvDgAA9BkAAPUrAAD2QQAA91gAAPhyAAD5kAAA+asA&#10;APjEAAD44QD/AAsA/wAIAP8ACQD/AAwA/wASAP8AGgD/ACYA/wAyAP8APgD/AEgA/wBSAP8AWgD/&#10;AGIA/wBpAP8AbwD/AHUA/gB7APwAgQD7AIgA+QCPAPcAlwD1AKAA8wCqAPIAtwDvAMkA7QDmAOwA&#10;+wDrAP8A6wD/AN0A/wDOAP8AxgD/AMIA/wD/AAQA/wAAAP8AAAD/AAUA/wANAP8AFQD/ACEA/wAs&#10;AP8AOAD/AEMA/QBMAPkAVAD3AFwA9ABjAPIAaQDwAG8A7gB1AOwAewDqAIIA6ACJAOcAkQDkAJoA&#10;4gCkAOAAsADdAMAA2gDcANgA9ADVAP8A0wD/AMsA/wDBAP8AuwD/ALcA/wD/AAAA/wAAAP8AAAD/&#10;AAAA/wAKAP0AEQD5ABsA9gAnAPQAMgDwADwA7ABGAOgATgDkAFYA4QBcAN4AYwDcAGgA2QBuANUA&#10;dADSAHsA0ACCAM0AigDLAJMAyACdAMYAqADEALcAwQDMAMAA6wC+AP8AvQD/AL0A/wC0AP8ArgD/&#10;AKsA/wD/AAAA/wAAAP8AAAD6AAAA8gAFAOoADgDlABYA4AAhAN0AKwDbADYA0wA/AM4ASADKAE8A&#10;xwBWAMQAXADCAGEAwABnAL4AbQC8AHMAugB6ALgAggC2AIsAtACWALIAoQCwAK8ArgDBAK0A4ACr&#10;APcAqgD/AKkA/wCmAP8AoQD/AJ8A/wD/AAAA/wAAAPcAAADoAAAA3AAAANAACgDKABEAxQAbAMIA&#10;JQC/AC8AvAA4ALgAQQC1AEgAsgBPALAAVQCuAFsArABhAKoAZgCoAGwApwBzAKUAewCjAIQAoQCO&#10;AJ8AmgCdAKcAmwC4AJoA0ACZAO8AmAD/AJcA/wCWAP8AlAD/AJIA/wD/AAAA9gAAAOQAAADSAAAA&#10;xQAAALsABQC1AA4AsAAVAKwAHwCqACkAqAAyAKUAOgCiAEIAoABJAJ4ATwCcAFUAmgBaAJgAYACW&#10;AGYAlQBsAJMAdACSAH0AkACHAI4AkwCMAKEAiwCwAIoAxQCIAOYAhwD7AIYA/wCHAP8AhwD/AIYA&#10;/wD4AAAA5QAAAM0AAAC9AAAAswAAAKoAAACjAAoAnwARAJsAGQCZACMAlwAsAJUANACSADwAkABD&#10;AI4ASQCMAE8AigBUAIkAWgCHAGAAhgBmAIQAbgCDAHcAgQCBAH8AjQB+AJsAfACqAHsAvAB6ANsA&#10;eAD1AHgA/wB4AP8AeAD/AHgA/wDtAAAA0QIAALsCAACsAQAAogAAAJsAAACWAAUAkQANAI0AFACL&#10;AB0AiAAmAIYALgCEADYAggA9AIAAQwB+AEkAfQBPAHwAVQB6AFsAeQBhAHcAaQB1AHEAdAB8AHIA&#10;iABxAJYAbwClAG4AtgBtAM4AbADuAGsA/wBrAP8AawD/AGsA/wDfCwAAwgwAAK4MAACeDAAAkwsA&#10;AIwHAACIAgAAhQAJAIEAEAB/ABcAfAAgAHoAKAB4ADAAdgA4AHQAPgBzAEQAcQBKAHAAUABuAFYA&#10;bQBdAGwAZABqAG0AaAB3AGcAhABlAJIAZAChAGMAsgBhAMkAYADpAGAA/ABgAP8AYAD/AGAA/wDQ&#10;EAAAthEAAKISAACTEgAAiBEAAIAPAAB8DQAAeQkBAHgDCwB1ABEAcwAaAHAAIwBuASsAbAEzAGoC&#10;OQBpA0AAZwNGAGYETABlBFIAYwVZAGIFYQBgBWoAXwZ0AF0GgQBcB48AWgefAFkHsABXB8YAVgnn&#10;AFYK+wBVCv8AVQr/AFYK/wDGFQAArRcAAJkYAACKGAAAfxcAAHYWAABxEwAAbhAAAG0NBQBtCQ0A&#10;agkUAGcKHQBlCiYAYwsuAGIMNQBgDDwAXwxCAF4NSABcDU8AWw1WAFkNXgBYDmgAVg5zAFUOgABT&#10;Do8AUQ6fAFAOsQBODsgATRDqAE0Q/QBNEP8ATRD/AE0Q/wC8GwAApRwAAJIdAACDHgAAdx0AAG8c&#10;AABpGgAAZhcAAGQUAABkEAgAYg8QAF8QGABdECEAWxEpAFoRMQBYEjgAVxI+AFYSRQBUEkwAUxNT&#10;AFETWwBQE2UAThRwAEwUfQBLFIwASRScAEcVrgBGFcUARRXoAEUW/gBFFv8ARRX/AEUV/wC1HwAA&#10;niEAAIsiAAB8IgAAcSIAAGghAABiHwAAXx0AAFwaAABbFwIAWhUNAFcWFABVFh0AVBclAFIYLQBR&#10;GDQATxg7AE4ZQgBNGUgASxpQAEoaWABIGmIARxptAEUbegBDG4kAQhuaAEAbrAA/G8IAPhzlAD0c&#10;/AA+HP8APhv/AD4b/wCvIwAAmCQAAIYlAAB3JgAAbCYAAGMlAABdJAAAWSIAAFYfAABUHQAAUxwL&#10;AFEcEgBOHRoATR0iAEseKQBKHjEASR83AEcfPgBGIEUARSBNAEMgVQBCIF8AQCFqAD8hdwA9IYcA&#10;OyGYADkhqgA4IsAANyLjADci+wA3Iv8AOCH/ADgh/wCqJgAAlCcAAIEpAABzKQAAZykAAF8pAABY&#10;KAAAVCYAAFEjAABPIgAATCIHAEoiEABIIhcARyMfAEUkJgBEJC4AQiQ0AEElOwBAJUMAPyVKAD0m&#10;UwA8JlwAOiZnADkmdQA3J4QANSeWADQnqAAyJ74AMSfhADEn+QAyJv8AMib/ADMl/wClKQAAjyoA&#10;AH0sAABvLAAAZC0AAFssAABVKwAAUCoAAEwoAABKJgAARycEAEQnDQBCKBQAQSgcAD8pIwA+KSsA&#10;PSkyADwqOQA7KkAAOSpIADgrUAA2K1oANStlADMrcgAxK4IAMCyUAC4spwAsLLwAKyzeACws+AAs&#10;K/8ALSr/AC0q/wChLAAAiy0AAHkuAABrLwAAYC8AAFgvAABRLgAATC4AAEgsAABFKwAAQSsAAD8s&#10;CwA9LBEAOy0ZADouIQA5LigANy4vADYvNgA1Lz4ANC9FADMvTgAxMFgAMDBjAC4wcAAsMIAAKjCS&#10;ACkwpQAnMLoAJjDcACYw9wAnL/8AKC//ACgu/wCcLgAAhzAAAHYxAABoMgAAXTIAAFUyAABOMQAA&#10;SDEAAEQwAABALwAAPDAAADoxCQA3MRAANjIWADUyHgAzMyUAMjMsADEzMwAwNDsALzRDAC00TAAs&#10;NFYAKjVhACk1bgAnNX4AJTWQACM1owAiNbkAITXZACE09gAiNP8AIzP/ACMy/wCYMQAAgzMAAHI0&#10;AABlNAAAWjUAAFE1AABLNAAARTQAAEA0AAA6MwAANzQAADQ1BgAyNg4AMDcTAC83GwAuNyIALTgp&#10;ACs4MQAqODgAKTlAACg5SQAmOVMAJTlfACM5bAAhOnwAIDqOAB46ogAcOrcAGznVABw59QAdOP8A&#10;HTj/AB43/wCTNAAAfzYAAG43AABhNwAAVzcAAE43AABINwAAQjcAADw3AAA1OAAAMjkAAC86AgAs&#10;OwsAKjwRACk8GAAoPR8AJj0mACU9LgAkPTUAIz49ACI+RgAgPlAAHz5cAB0/aQAbP3kAGj+MABg/&#10;oAAWP7UAFT7SABY+8wAXPf8AGDz/ABg8/wCONwAAejgAAGo5AABeOgAAUzoAAEs6AABFOgAAPzoA&#10;ADk6AAAyPAAALj4AAClAAAAmQQgAJEIOACJCFAAhQhsAIEMjAB9DKgAeQzIAHEM6ABtEQwAaRE0A&#10;GERZABdEZwAVRHcAE0SKABJEngARRLMAEETQABBD8gARQv8AEkL/ABNB/wCJOwAAdjwAAGY9AABa&#10;PQAAUD0AAEg9AABCPQAAPD0AADY+AAAvQAAAKkIAACVEAAAhRgMAHUgMABtJEQAZSRcAGEkeABdJ&#10;JgAWSS4AFUo2ABRKQAATSkoAEUpWABBKZAAPSnQADkqHAA1KmwAMSrAACkrKAAtJ7AAMSP8ADUf/&#10;AA1H/wCDPgAAcT8AAGJAAABWQAAATUAAAEVAAAA/QAAAOUEAADJCAAArRQAAJkcAACFJAAAcSwAA&#10;Fk4HABNQDgASUBMAEVAZABBQIQAPUCkADlAxAA1QOwANUUYAC1FRAApRXwAJUW8AB1CBAAVQlgAD&#10;UKsAAlDFAANP6AADT/sABU7/AAZN/wB9QgAAa0MAAF1EAABSRAAASkQAAENDAAA8RAAANUUAAC5H&#10;AAAnSgAAIUwAABxPAAAXUQAAElQDAA5XCgALWBAAClgVAAhYHAAHWCQABlgsAAVYNgADWEAAAVhM&#10;AABYWgAAWGkAAFh8AABYkQAAV6cAAFfAAABW5QAAVvkAAFX/AABV/wB2RwAAZkcAAFlIAABPRwAA&#10;R0cAAEBHAAA4SAAAMEoAAClNAAAiUAAAHFMAABZVAAARWAAADVsCAAleCQAEXw4AAF8SAABfGAAA&#10;YB8AAGAnAABgMAAAYDsAAGBHAABgVAAAYGMAAGB2AABgiwAAX6IAAF+7AABf4gAAXvkAAF3/AABd&#10;/wBvSwAAYUwAAFVMAABMSwAAREsAADtMAAAyTgAAK1EAACNUAAAcVwAAFlsAABFeAAANYAAACGMA&#10;AAJmBwAAZwwAAGcPAABoEwAAaRkAAGohAABqKQAAajQAAGpAAABqTQAAal0AAGpvAABqhQAAap0A&#10;AGm2AABo3QAAaPcAAGf/AABm/wBpUQAAXFAAAFJQAABKTwAAP1AAADVTAAAtVgAAJFkAAB1dAAAW&#10;YAAAEGQAAAxnAAAGagAAAG4AAABvAwAAcAgAAHENAAByEAAAdBQAAHUbAAB2IwAAdywAAHc4AAB2&#10;RgAAdlYAAHZoAAB2fgAAdpcAAHWxAAB00wAAc/UAAHP/AABy/wBjVgAAWFUAAFBUAABEVQAAOVgA&#10;AC9bAAAmXwAAHWMAABVnAAAQbAAACnAAAARzAAAAdgAAAHoAAAB8AAAAfAMAAH4IAAB/DAAAgRAA&#10;AIIUAACEGwAAhSQAAIYvAACGPQAAhk0AAIVfAACFdQAAhY8AAISpAACDyQAAgvEAAIH/AACA/wBf&#10;WwAAVloAAElbAAA9XgAAMmEAACdmAAAeawAAFXAAAA51AAAJeQAAAX4AAACBAAAAhQAAAIgAAACK&#10;AAAAiwAAAI0BAACOBgAAkAsAAJEPAACTFAAAlRsAAJcmAACXNAAAl0QAAJdWAACWbAAAlYYAAJWi&#10;AACUwQAAk+oAAJL/AACS/wBdYQAAT2EAAEJkAAA2aQAAKm4AAB90AAAVeQAADn8AAAeEAAAAiQAA&#10;AI4AAACSAAAAlgAAAJgAAACaAAAAmwAAAJ0AAACfAAAAoQMAAKMIAAClDQAApxMAAKkcAACqKAAA&#10;qjkAAKpLAACqYQAAqXoAAKiZAACotQAAp90AAKf4AACm/wBWaAAASGwAADpwAAAudgAAIn0AABeE&#10;AAAOigAAB5AAAACWAAAAmgAAAJ8AAACjAAAApwAAAKoAAACrAAAArQAAAK8AAACxAAAAswAAALUA&#10;AAC4BQAAugwAAL0SAADAHAAAwC0AAMBAAAC/VQAAv24AAL6LAAC+qAAAvskAAL3vAAC8/gBOdAAA&#10;QHkAADJ/AAAlhwAAGY4AABCVAAAHnAAAAKIAAACnAAAArAAAALAAAAC1AAAAuQAAALwAAAC9AAAA&#10;vwAAAMEAAADDAAAAxgAAAMgAAADKAAAAzQIAANALAADVEgAA1iEAANc0AADYSQAA2WAAANp8AADa&#10;mgAA27UAANvZAADb8gBGggAAOIkAACuQAAAdmAAAEqAAAAqnAAAArgAAALQAAAC5AAAAvgAAAMIA&#10;AADIAAAAywAAAM4AAADPAAAA0gAAANQAAADWAAAA2gAAAN0AAADfAAAA4gAAAOYAAADqCgAA7xMA&#10;APAlAADyOgAA81EAAPRrAAD0iQAA9aUAAPW/AAD13QD/AAYA/wADAP8ABQD/AAsA/wAQAP8AFwD/&#10;ACIA/wAtAP8AOQD/AEQA/wBNAP8AVQD/AF0A/wBkAP8AagD/AHAA/QB2APsAfAD5AIMA9wCKAPUA&#10;kgDzAJsA8ACmAO4AswDrAMQA6QDkAOcA+QDmAP8A5QD/ANMA/wDHAP8AvwD/ALsA/wD/AAAA/wAA&#10;AP8AAAD/AAIA/wALAP8AEgD/AB0A/wAoAP8AMwD/AD4A/ABHAPgATwD0AFcA8QBdAO4AYwDsAGkA&#10;6gBvAOgAdQDmAHwA5ACDAOIAiwDfAJUA3ACfANkAqwDVALsA0gDUAM8A8gDNAP8AzAD/AMUA/wC6&#10;AP8AtAD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAPkADwD1ABcA8wAiAPEALQDtADcA5wBAAOIA&#10;SQDfAFAA2wBXANcAXQDUAGMA0QBoAM8AbgDMAHUAygB8AMgAhADFAI0AwgCYAMAApAC9ALIAuwDG&#10;ALkA6AC4AP0AtwD/ALYA/wCtAP8ApwD/AKMA/wD/AAAA/wAAAP8AAAD1AAAA6wABAOQADADeABMA&#10;2QAcANMAJgDRADAAzAA6AMgAQgDEAEoAwABQAL0AVgC7AFwAuQBhALcAZwC1AG0AswB0ALEAfACv&#10;AIUArQCQAKoAnACoAKoApgC7AKUA2gCjAPUAowD/AKIA/wCeAP8AmgD/AJcA/wD/AAAA/gAAAO8A&#10;AADfAAAA0AAAAMcABwDBAA8AvAAXALkAIAC3ACoAtQAzALAAOwCtAEMAqwBJAKgATwCmAFUApABa&#10;AKMAYAChAGYAnwBtAJ0AdACcAH0AmgCIAJgAlACWAKIAlACyAJIAyQCRAOsAkQD/AJAA/wCQAP8A&#10;jAD/AIoA/wD8AAAA7AAAANkAAADHAAAAugAAALEAAgCrAAwApwASAKQAGwChACQAoAAsAJ4ANQCb&#10;ADwAmABDAJYASQCUAE8AkgBUAJAAWgCPAF8AjQBmAIsAbQCJAHYAiACAAIYAjACEAJoAggCqAIEA&#10;vgCAAOAAgAD5AH8A/wB/AP8AfwD/AH4A/wDxAAAA2AAAAMIAAACzAAAAqAAAAKAAAACZAAcAlQAO&#10;AJIAFQCQAB4AjgAmAI0ALgCKADYAhwA9AIUAQwCEAEkAggBOAIEAVAB/AFkAfgBgAHwAZwB6AG8A&#10;eQB6AHcAhgB1AJQAdACjAHIAtQByAM8AcQDxAHAA/wBwAP8AcAD/AHEA/wDhAAAAxAAAALAAAACi&#10;AAAAlwAAAJEAAACLAAIAhgALAIMAEQCBABgAfwAhAH0AKQB8ADAAeQA3AHgAPQB2AEMAdABJAHMA&#10;TgByAFQAcABaAG8AYgBtAGoAawB0AGoAgABoAI4AZwCdAGUArwBlAMYAZADoAGQA/QBjAP8AYwD/&#10;AGQA/wDPBQAAtgcAAKMIAACUCAAAiQcAAIIDAAB+AAAAewAGAHcADgB1ABMAcgAbAHEAIwBvACsA&#10;bQAyAGwAOABqAD4AaQBEAGcASQBmAE8AZQBWAGMAXQBiAGUAYABvAF8AewBdAIkAXACZAFsAqgBZ&#10;AL8AWQDhAFgA+ABYAP8AWAD/AFkA/wDCDAAAqg0AAJcOAACJDgAAfQ4AAHYNAABxCgAAbwYAAG0A&#10;CgBrABAAaQAWAGcAHgBlACYAYwAtAGEAMwBgADkAXwA/AF0ARQBcAEsAWwBSAFoAWQBYAGIAVwBs&#10;AFUAeABTAIYAUgCWAFEApwBQALsATwHbAE4C9ABOA/8ATgT/AE4D/wC4EAAAoRIAAI4TAAB/EwAA&#10;dBMAAGwSAABnEAAAZQ4AAGMLAwBjBgwAYQQRAF4DGQBcBCEAWwUoAFkGLwBYBjUAVgc7AFUHQgBU&#10;B0gAUwhPAFEIVgBQCV8ATglpAE0JdgBLCoQASQqUAEgKpgBHCroARgrYAEUL8wBFDP8ARQz/AEUM&#10;/wCwFAAAmRYAAIcYAAB4GQAAbRgAAGUXAABfFgAAXBMAAFoRAABaDgYAWgwNAFcMFABVDBwAUw0k&#10;AFINKwBQDTEATw44AE4OPgBNDkUASw5NAEoOVQBID14ARw9oAEUPdQBDEIQAQRCVAEAQpgA+ELsA&#10;PRDcAD0R9gA9Ef8APRD/AD4Q/wCpGQAAkhsAAIEcAAByHQAAZx0AAF8cAABZGwAAVRkAAFMWAABS&#10;EwAAUhEKAFAQEABOERgATBEgAEoSJwBJEi4ASBM0AEcTOwBFE0IARBNJAEMUUgBBFFsAPxRlAD4V&#10;cgA8FYEAOhWSADgVpAA3FbkANRXYADUW9QA2Fv8ANhb/ADcV/wCjHAAAjR4AAHsgAABtIQAAYiEA&#10;AFohAABUHwAAUB4AAE0bAABMGQAASxYGAEkWDgBHFxUARRccAEQYJABCGCoAQRgxAEAZOAA/GT8A&#10;PRlGADwaTwA6GlgAORpjADcbbwA1G34AMxuQADIbogAwG7cALxvTAC8c8wAvG/8AMBv/ADAb/wCd&#10;HwAAiCIAAHcjAABpJAAAXiQAAFYkAABQIwAASyIAAEggAABGHQAARRwCAEMcDABBHBIAPx0ZAD4d&#10;IQA8HicAOx4uADofNQA5HzwANx9EADYfTAA0IFYAMyBgADEgbQAvIHwALSGOACwhoAAqIbUAKSHQ&#10;ACkh8gApIf8AKiD/ACsg/wCZIgAAhCUAAHMmAABlJwAAWycAAFMnAABMJgAARyUAAEQkAABCIQAA&#10;PyEAAD0hCQA7IRAAOSIWADgiHgA2IyUANSMrADQkMgAzJDkAMiRBADAkSgAvJVMALSVeACslawAq&#10;JXoAKCWMACYlnwAkJbMAIyXOACMl8AAkJf8AJST/ACUk/wCUJQAAgCcAAG8pAABiKgAAVyoAAE8q&#10;AABJKQAARCgAAEAnAAA9JgAAOiUAADcmBgA1Jg4ANCcUADInGwAxKCIAMCgpAC8oMAAtKTcALCk/&#10;ACspRwApKVEAKCpcACYqaQAkKngAIyqKACEqnQAfKrIAHirMAB4q7wAfKf8AICn/ACEo/wCQKAAA&#10;fCoAAGwrAABfLAAAVCwAAEwsAABGLAAAQSsAADwrAAA4KgAANSoAADIrAwAwKwwALiwRAC0sGAAs&#10;LB8AKi0mACktLQAoLTQAJy48ACYuRQAkLk8AIy5aACEvZwAfL3YAHS+IABwvmwAaL7AAGC/KABgu&#10;7QAZLv8AGy3/ABst/wCMKwAAeC0AAGguAABbLwAAUS8AAEkvAABDLwAAPi4AADkuAAA0LgAAMC4A&#10;AC0vAAArMAoAKTEQACcxFQAmMRwAJTIjACQyKgAjMjEAITM5ACAzQgAfM0wAHTNXABszZAAaNHQA&#10;GDSGABY0mgAUM64AEzPIABMz7AAUM/8AFTL/ABYx/wCHLgAAdC8AAGUxAABYMQAATjIAAEYyAABA&#10;MQAAOzEAADYxAAAxMQAAKzMAACg0AAAlNQYAIzYNACE2EgAgNxkAHzcgAB43JwAdOC4AGzg2ABo4&#10;PwAZOEkAFzlVABU5YgAUOXEAEjmEABE5mAAQOa0ADjjHAA446wAQOP8AEDf/ABE2/wCDMQAAcDIA&#10;AGE0AABVNAAASzQAAEQ0AAA9NAAAODQAADM0AAAtNQAAKDcAACQ5AAAgOgIAHTsLABs8EAAZPRUA&#10;GD0cABc9IwAWPSsAFT4zABQ+PAASPkYAET5SABA+XwAPPm8ADj6BAAw+lQALPqkACj7BAAo95AAL&#10;PfsADDz/AA07/wB9NAAAazYAAF03AABRNwAASDcAAEE3AAA7NwAANTcAADA3AAAqOQAAJTsAACA9&#10;AAAcPwAAF0EGABRDDQASQxIAEUMYABFDHwAQRCcAD0QvAA5EOQANREMADEROAAtEWwAJRGoAB0R8&#10;AAZEkAAEQ6UAAkO9AAND4AADQ/YABEL/AAZB/wB4OAAAZzkAAFk6AABOOgAARToAAD46AAA4OgAA&#10;MzoAAC07AAAnPQAAIUAAABxCAAAXRAAAE0YDAA9JCgANSg8ADEoUAAtKGwAJSiMACEorAAdKNAAF&#10;Sj4ABEpJAAJKVgAASmUAAEp3AABKiwAASqEAAEm5AABJ3QAASfUAAEj/AABI/wByPAAAYj0AAFU+&#10;AABKPgAAQj0AADw9AAA2PQAALz4AAClAAAAjQgAAHUUAABdHAAATSgAAD0wCAAtPCQAHUA0AA1ER&#10;AABRFwAAUR4AAFEmAABRLwAAUTkAAFFEAABSUQAAUmAAAFFyAABRhwAAUZ0AAFG1AABQ2AAAUPUA&#10;AE//AABP/wBsQAAAXUEAAFFBAABHQQAAQEAAADlAAAAyQQAAKkMAACRGAAAeSAAAF0sAABJOAAAO&#10;UQAAC1MBAAZWBwAAVwwAAFgQAABYEwAAWRkAAFohAABaKQAAWjMAAFo/AABaTAAAWloAAFpsAABa&#10;gQAAWZkAAFmxAABY0QAAWPQAAFf/AABX/wBlRQAAWEUAAE1FAABFRAAAPkQAADVFAAAtRwAAJUoA&#10;AB5NAAAYUAAAElMAAA5WAAAKWQAABFwAAABeBAAAXwkAAGANAABhEAAAYhUAAGMbAABkIwAAZC0A&#10;AGQ4AABkRQAAZFQAAGRmAABkewAAY5MAAGOtAABizAAAYfIAAGH/AABg/wBfSgAAU0oAAEpJAABD&#10;SAAAOUkAAC9MAAAnTwAAH1IAABhVAAASWQAADV0AAAhgAAACYwAAAGYAAABoAQAAaQUAAGoKAABr&#10;DQAAbREAAG4WAABwHQAAcSYAAHExAABwPgAAcE4AAHBfAABwcwAAb40AAG+nAABuxgAAbe8AAGz/&#10;AABs/wBaTwAAUE4AAEhNAAA9TgAAM1EAAClUAAAgWAAAGFwAABFgAAAMZAAABmgAAABrAAAAbwAA&#10;AHIAAAB0AAAAdQAAAHcEAAB4CQAAeg0AAHwQAAB9FgAAfx4AAIAoAACANQAAgEUAAH9WAAB/awAA&#10;f4QAAH6gAAB9vgAAfOkAAHv/AAB6/wBWVAAATlMAAEJUAAA3VgAALFoAACJfAAAYYwAAEWgAAAtt&#10;AAADcgAAAHYAAAB6AAAAfQAAAIAAAACDAAAAhAAAAIYAAACHAgAAiQcAAIsMAACNEAAAkBYAAJIf&#10;AACSLAAAkjsAAJJNAACRYgAAkXoAAI+XAACPtAAAjuEAAIz7AACM/wBVWQAASFoAADtdAAAvYQAA&#10;JGYAABlsAAARcgAACncAAAJ9AAAAggAAAIYAAACLAAAAjgAAAJEAAACTAAAAlQAAAJcAAACZAAAA&#10;mwAAAJ0EAACfCgAAog8AAKQWAACmIQAApjEAAKZDAAClVwAApHAAAKOOAACjqwAAodAAAKD1AACf&#10;/wBOYQAAQGQAADNpAAAnbgAAG3UAABF8AAALgwAAAIkAAACOAAAAkwAAAJgAAACdAAAAoQAAAKQA&#10;AAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQgAALgOAAC8FgAAvCUAALw3AAC7TAAAumQA&#10;ALmBAAC3ogAAt8AAALfqAAC3/ABGawAAOXAAACt3AAAffwAAE4YAAAuOAAABlQAAAJsAAAChAAAA&#10;pgAAAKsAAACwAAAAswAAALcAAAC3AAAAugAAALwAAAC/AAAAwQAAAMQAAADHAAAAygAAAM0FAADR&#10;DgAA1BkAANQrAADUQAAA01gAANN0AADTkgAA0rAAANLTAADS8gA+eQAAMYAAACOIAAAXkQAADZkA&#10;AAOgAAAApwAAAK4AAACzAAAAuAAAAL0AAADCAAAAxgAAAMoAAADKAAAAzQAAAM8AAADSAAAA1QAA&#10;ANkAAADdAAAA3wAAAOMAAADnBQAA6w8AAOwfAADtMwAA7ksAAO9kAADvggAA8J8AAPG5AADx2AD/&#10;AAAA/wAAAP8ABAD/AAkA/wAOAP8AFQD/AB4A/wApAP8ANAD/AD8A/wBIAP8AUAD/AFgA/wBeAP8A&#10;ZQD9AGsA+wBxAPkAdwD4AH4A9gCFAPMAjQDxAJcA7gCiAOsArwDoAMAA5gDgAOMA+ADiAP8A2wD/&#10;AMsA/wDBAP8AuQD/ALQA/wD/AAAA/wAAAP8AAAD/AAAA/wAJAP8AEAD/ABkA/wAjAP8ALgD9ADkA&#10;+QBCAPUASgDyAFIA7gBYAOsAXgDpAGQA5gBqAOQAcADiAHYA3wB9AN0AhgDZAI8A1QCaANEApwDO&#10;ALYAywDOAMkA8ADHAP8AxQD/ALsA/wC0AP8ArQD/AKkA/wD/AAAA/wAAAP8AAAD/AAAA+wACAPYA&#10;DQDxABMA7QAeAOwAKADpADIA4wA7AN0ARADYAEsA0wBRANAAWADNAF0AywBjAMkAaADGAG8AxAB2&#10;AMIAfgC/AIcAvACSALoAnwC3AK0AtQDBALIA5ACxAP0ArwD/AKwA/wClAP8AoAD/AJwA/wD/AAAA&#10;/wAAAPsAAADuAAAA5AAAANwACADTABAAzwAYAMsAIgDJACsAxgA0AMEAPQC9AEQAugBLALcAUQC1&#10;AFYAsgBcALAAYQCuAGcArABuAKoAdgCoAH8ApgCKAKMAlgChAKUAnwC2AJ0A0QCcAPMAmwD/AJwA&#10;/wCWAP8AkwD/AJAA/wD/AAAA9gAAAOcAAADTAAAAxgAAAL0AAwC4AA0AswATALEAHACvACUArgAu&#10;AKkANgCmAD0AowBEAKEASgCfAE8AnQBVAJsAWgCaAGAAmABmAJYAbgCUAHcAkgCBAJAAjgCOAJwA&#10;jACtAIoAwwCJAOgAiAD/AIkA/wCHAP8AhQD/AIIA/wDzAAAA4wAAAMwAAAC8AAAAsAAAAKcAAACh&#10;AAgAngAPAJsAFgCZAB8AmAAnAJYALwCTADcAkQA9AI4AQwCMAEkAiwBOAIkAVACHAFkAhQBgAIQA&#10;ZwCCAG8AgAB6AH4AhgB8AJQAegCkAHkAuAB4ANgAdwD3AHgA/wB4AP8AdwD/AHUA/wDmAAAAywAA&#10;ALcAAACoAAAAngAAAJYAAACPAAQAiwAMAIgAEgCHABkAhQAhAIQAKQCCADAAfwA3AH0APQB8AEMA&#10;egBIAHkATQB3AFMAdgBZAHQAYQByAGkAcQBzAG8AfwBtAI0AbACdAGoArwBpAMgAaADtAGkA/wBp&#10;AP8AaQD/AGkA/wDSAAAAuAAAAKUAAACXAAAAjQAAAIYAAACBAAAAfAAIAHkADgB3ABQAdgAcAHQA&#10;IwBzACsAcQAxAG8ANwBuAD0AbABDAGsASABqAE4AaABUAGcAWwBlAGMAYwBtAGIAeABgAIcAXwCW&#10;AF0AqABdAL4AXADkAFwA+wBcAP8AXAD/AFwA/wDCAAAAqgEAAJgDAACJBAAAfwIAAHgAAAB0AAAA&#10;cAAEAG0ADABrABEAaQAXAGgAHgBmACUAZQAsAGMAMgBiADgAYAA9AF8AQwBeAEkAXABPAFsAVgBa&#10;AF4AWABoAFcAcwBVAIEAVACRAFIAowBRALcAUQDWAFEA9QBRAP8AUQD/AFIA/wC2BwAAnwkAAI0L&#10;AAB+DAAAcwsAAGwKAABoBwAAZQMAAGMABwBhAA0AXwATAF0AGgBcACEAWwAnAFkALQBYADMAVgA5&#10;AFUAPwBUAEUAUwBLAFEAUgBQAFoATwBkAE0AbwBMAH0ASgCNAEkAnwBIALIARwDMAEcA7wBGAP8A&#10;RwD/AEcA/wCsDAAAlQ4AAIMQAAB1EAAAaxAAAGMPAABeDgAAWwwAAFoJAgBZBAoAVwAPAFUAFQBT&#10;ABwAUgAjAFEAKQBPAC8ATgA1AE0BOwBMAUEASgJIAEkCTwBIAlcARgNhAEUDbQBDA3oAQgOLAEAD&#10;nAA/A68APgPIAD0E6gA9BfwAPQb/AD4G/wCkEAAAjhIAAHwTAABuFAAAZBQAAFwTAABWEgAAUxEA&#10;AFEOAABQDAUAUAkMAE8HEQBNBxcASwgfAEkIJQBICSsARwkxAEYJOABECj4AQwpFAEIKTQBAC1UA&#10;PwtfAD0LawA8C3kAOgyKADgMnAA3DK8ANQzHADUM6QA1Df0ANQ3/ADYM/wCdEwAAhxUAAHYXAABp&#10;GAAAXhgAAFYYAABQFwAATRUAAEoTAABJEQAASQ4HAEgNDgBGDRMARA0aAEMOIQBCDigAQA4uAD8O&#10;NQA+DzwAPQ9DADsQSwA6EFQAOBBeADYQawA0EHkAMhCKADEQnAAvELAALRDJAC0R7AAtEf8ALhH/&#10;AC8Q/wCXFgAAghkAAHEbAABkHAAAWRwAAFEcAABMGwAARxoAAEQYAABDFQAAQhMCAEESCwBAERAA&#10;PhIXADwSHgA7EyUAOhMrADgTMgA3EzkANhRAADQUSAAzFFEAMRRcADAVaAAuFXcALBWIACoVmgAo&#10;Fa4AJxXHACYV6gAnFf8AKBX/ACkV/wCRGgAAfRwAAG0eAABgHwAAVh8AAE4fAABIHgAAQx0AAEAc&#10;AAA+GgAAPRgAADsXBwA5Fg4AOBcUADYXGwA1GCIAMxgoADIYLwAxGTYAMBk9AC4ZRgAtGk8AKxpZ&#10;ACoaZgAoGnQAJhqGACQamQAiGq0AIRrFACAa6AAhGv4AIhr/ACMa/wCNHQAAeR8AAGkhAABcIgAA&#10;UiIAAEoiAABEIQAAPyEAADwgAAA5HgAAOBsAADUcBAA0HA0AMhwSADAdGAAvHR8ALh0lAC0eLAAr&#10;HjMAKh47ACkfQwAnH00AJh9XACQfZAAiH3IAIB+EAB8flwAdH6sAGx/DABsf5wAbH/0AHR//AB4e&#10;/wCJIAAAdSIAAGUjAABZJAAATyUAAEclAABBJAAAPCMAADgjAAA1IgAAMyAAADAgAQAuIQoALCEQ&#10;ACshFQAqIhwAKCIjACciKQAmIzAAJSM4ACMjQQAiJEoAISRVAB8kYQAdJHAAGySCABkklQAXJKoA&#10;FiTBABUk5QAWJPwAFyP/ABkj/wCFIgAAcSQAAGImAABWJwAATCcAAEQnAAA+JwAAOSYAADUmAAAx&#10;JQAALiQAACslAAApJQcAJyYOACUmEwAkJxkAIycgACInJwAhKC4AICg2AB4oPgAdKEgAGylTABkp&#10;XwAYKW4AFimAABQplAASKagAESnAABEo5AARKPsAEyj/ABQn/wCAJQAAbicAAF8oAABTKQAASSoA&#10;AEIpAAA7KQAANikAADIoAAAuKAAAKigAACYpAAAkKgQAIisMACArEQAfLBYAHSwdABwsJAAbLSsA&#10;Gi0zABgtPAAXLUUAFi5QABQuXQASLmwAES5+ABAukgAOLqcADS29AA0t3wANLfkADiz/ABAs/wB8&#10;KAAAaioAAFsrAABQLAAARiwAAD8sAAA5LAAANCsAAC8rAAArKwAAJiwAACIuAAAfLwAAHDAJABox&#10;DgAZMRMAFzEaABYyIQAVMigAFDIwABMyOQASM0MAETNOABAzWwAOM2kADTN6AAwzjgAKM6IACDK5&#10;AAgy2QAIMvQACjH/AAsx/wB3KwAAZi0AAFguAABNLwAAQy8AADwuAAA2LgAAMS4AAC0uAAApLgAA&#10;IzAAAB8yAAAbMwAAFzUFABQ2DAASNxEAETcWABE3HQAQOCQADzgsAA44NQANOD8ADDhKAAs4VwAJ&#10;OGUABzh2AAU4igADOJ8AATe1AAE30wACN/EAAzb/AAU2/wBzLgAAYjAAAFQxAABJMQAAQTEAADkx&#10;AAA0MQAALzAAACswAAAlMgAAIDMAABs2AAAXOAAAEzoCABA8CQANPQ4ADD0TAAs9GQAKPSEACT0p&#10;AAg9MQAGPjsABT5GAAM+UgABPmEAAD5yAAA+hgAAPZwAAD2yAAA90AAAPPAAADz/AAA8/wBtMgAA&#10;XTMAAFA0AABGNAAAPjQAADc0AAAyMwAALTMAACc0AAAiNgAAHTgAABg6AAAUPQAAED8CAA1BCAAJ&#10;Qw0ABkQRAANEFgACRB0AAEQkAABELQAARDYAAERBAABETgAARFwAAERtAABEgQAARJgAAEOvAABD&#10;zQAAQvAAAEL/AABC/wBoNgAAWDcAAEw4AABDOAAAOzcAADU2AAAwNgAAKTcAACM5AAAeOwAAGD0A&#10;ABNAAAAQQgAADUUBAAhHBwADSQwAAEkPAABKEwAASxkAAEsgAABLKAAASzIAAEs9AABMSQAATFcA&#10;AEtoAABLfQAAS5QAAEqsAABKygAASe8AAEn/AABJ/wBiOgAAVDsAAEk7AABAOwAAOToAADM5AAAs&#10;OgAAJTwAAB8/AAAZQQAAE0QAABBHAAAMSQAACEwAAAJPBQAAUAoAAFANAABREAAAUhUAAFQbAABU&#10;IwAAVCwAAFQ3AABURAAAVFIAAFRjAABUdwAAVI8AAFOoAABSxgAAUu0AAFH/AABR/wBcPwAATz8A&#10;AEU/AAA+PgAANz0AAC8+AAAnQAAAIEMAABlGAAATSQAAD0wAAAtPAAAGUgAAAFQAAABXAgAAWAcA&#10;AFkLAABaDgAAWxEAAF0WAABeHQAAXyYAAF8xAABePQAAXkwAAF5dAABecQAAXYkAAF2jAABcwQAA&#10;W+sAAFr/AABa/wBWRAAAS0MAAENCAAA8QQAAMkIAAClFAAAhSAAAGksAABNOAAAOUgAAClUAAANZ&#10;AAAAWwAAAF4AAABgAAAAYgIAAGMGAABlCgAAZg4AAGgRAABqFwAAax8AAGspAABrNgAAa0UAAGtW&#10;AABqagAAaoIAAGmdAABouwAAZ+cAAGb/AABl/wBRSAAASEgAAEFGAAA3RwAALEoAACNNAAAbUQAA&#10;E1UAAA5ZAAAIXQAAAWEAAABkAAAAZwAAAGoAAABsAAAAbgAAAHAAAAByBQAAcwkAAHUNAAB3EQAA&#10;ehgAAHshAAB7LgAAej0AAHpOAAB5YgAAeXkAAHiWAAB3swAAdeAAAHT8AABz/wBOTQAAR0wAADtN&#10;AAAwTwAAJlMAABxYAAATXAAADWEAAAZmAAAAagAAAG8AAAByAAAAdgAAAHkAAAB8AAAAfQAAAH8A&#10;AACBAAAAgwIAAIYHAACIDAAAixEAAI4YAACOJAAAjjMAAI1EAACMWAAAi28AAIqMAACJqgAAiM8A&#10;AIb3AACF/wBNUQAAQVMAADRVAAApWgAAHl8AABRlAAANagAABXAAAAB2AAAAewAAAH8AAACDAAAA&#10;hwAAAIoAAACNAAAAjgAAAJEAAACTAAAAlQAAAJgAAACaBQAAnQwAAKARAACjGgAAoygAAKI6AACh&#10;TgAAoGUAAKCBAACeoAAAncEAAJvuAACa/wBGWQAAOVwAAC1hAAAhZwAAFm4AAA51AAAFewAAAIEA&#10;AACHAAAAjQAAAJIAAACWAAAAmgAAAJ0AAACfAAAAoQAAAKQAAACmAAAAqAAAAKsAAACuAAAAsQMA&#10;ALQLAAC4EQAAuR4AALkvAAC4QwAAt1oAALV2AAC0lwAAtLUAALHiAACw/AA/ZAAAMWkAACVvAAAY&#10;dwAAD38AAAaHAAAAjgAAAJQAAACaAAAAoAAAAKUAAACqAAAArgAAALEAAACyAAAAtQAAALcAAAC6&#10;AAAAvAAAAL8AAADDAAAAxgAAAMkAAADOCgAA0hMAANIjAADRNwAA0E8AAM5qAADNigAAyqsAAMvL&#10;AADL7wA3cQAAKXgAAB2AAAARiQAACJEAAACaAAAAoQAAAKcAAACtAAAAswAAALkAAAC+AAAAwgAA&#10;AMUAAADGAAAAyQAAAMwAAADOAAAA0gAAANUAAADaAAAA3gAAAOEAAADlAAAA6gsAAOsXAADqKwAA&#10;6kMAAOpeAADqegAA65kAAOu1AADr1QD/AAAA/wAAAP8AAQD/AAcA/wANAP8AEgD/ABsA/wAlAP8A&#10;LwD/ADoA/wBDAP8ASwD/AFMA/wBaAP0AYAD7AGYA+gBrAPgAcgD2AHgA9ACAAPEAiQDvAJIA7ACd&#10;AOkAqgDmALwA4wDcAN8A9wDdAP8AzAD/AL4A/wC1AP8AsAD/AK0A/wD/AAAA/wAAAP8AAAD/AAAA&#10;/wAGAP8ADQD/ABQA/wAfAP8AKQD7ADMA9wA9APMARQDvAE0A7ABTAOgAWQDlAF8A4wBlAOAAagDd&#10;AHEA2gB4ANYAgADSAIoAzwCVAMwAogDIALIAxQDJAMIA7QDAAP8AuwD/ALAA/wCoAP8ApAD/AKEA&#10;/wD/AAAA/wAAAP0AAAD6AAAA+AAAAPAACQDsABEA6AAZAOcAIwDlAC0A3gA2ANYAPgDRAEYAzQBM&#10;AMoAUgDIAFgAxQBdAMMAYwDAAGkAvgBwALwAeAC5AIEAtwCNALQAmgCxAKkArgC8AKwA4QCqAPwA&#10;qAD/AKAA/wCZAP8AlgD/AJQA/wD/AAAA+QAAAPIAAADnAAAA2wAAANEABADKAA0AxwAUAMQAHQDC&#10;ACYAvwAvALsANwC3AD8AtABFALEASwCuAFEArABWAKoAXACoAGEApgBoAKMAcAChAHkAnwCEAJ0A&#10;kQCaAKAAmACxAJYAzACVAPEAlAD/AJEA/wCLAP8AiAD/AIYA/wD3AAAA7AAAAN4AAADJAAAAvAAA&#10;ALQAAACvAAoAqwAQAKkAFwCoACAApwAoAKIAMACfADgAnAA+AJoARACYAEoAlgBPAJQAVQCTAFoA&#10;kQBhAI8AaACNAHEAiwB7AIkAiACHAJcAhQCoAIMAvgCBAOQAgAD/AIAA/wB8AP8AewD/AHkA/wDp&#10;AAAA1wAAAMEAAACxAAAApgAAAJ0AAACXAAUAlAANAJIAEgCQABoAjwAiAI4AKgCLADEAiQA4AIcA&#10;PgCFAEMAgwBIAIEATgB/AFQAfgBaAHwAYQB6AGkAeABzAHYAfwB1AI4AcwCfAHEAswBwANAAbwD2&#10;AG8A/wBvAP8AbQD/AGwA/wDaAAAAvwAAAKwAAACeAAAAkwAAAIwAAACFAAAAggAJAH8ADwB+ABUA&#10;fQAcAHwAJAB6ACsAdwAxAHUANwB0AD0AcgBCAHEASABvAE0AbgBTAGwAWgBrAGIAaQBsAGcAeABm&#10;AIYAZACXAGIAqgBhAMIAYADrAGEA/wBhAP8AYQD/AGAA/wDFAAAArQAAAJsAAACNAAAAgwAAAHwA&#10;AAB3AAAAcgAFAHAADABuABEAbAAXAGwAHgBrACUAaQAsAGcAMQBmADcAZAA9AGMAQgBiAEgAYABO&#10;AF8AVQBdAF0AXABmAFoAcgBZAIAAVwCQAFYAowBVALkAVADeAFQA+wBUAP8AVQD/AFUA/wC2AAAA&#10;nwAAAI0AAAB/AAAAdQAAAG4AAABpAAAAZgABAGMACQBhAA4AYAATAF8AGQBeACAAXQAmAFsALABa&#10;ADIAWAA3AFcAPQBWAEMAVQBJAFMAUABSAFgAUQBhAE8AbABOAHoATACKAEsAnABKALEASQDOAEkA&#10;8wBJAP8ASQD/AEoA/wCqAQAAlAUAAIIHAAB0CAAAaggAAGMGAABeBAAAWwAAAFkABQBXAAwAVgAQ&#10;AFQAFQBTABsAUgAiAFEAKABQAC0ATgAzAE0AOABMAD4ASwBFAEoATABIAFQARwBdAEYAaABEAHUA&#10;QwCFAEEAmABAAKsAQADFAD8A6gA/AP8AQAD/AEAA/wCgCAAAigsAAHkNAABsDQAAYQ0AAFoNAABV&#10;CwAAUgkAAFAGAABPAggATgANAEwAEgBLABcASgAeAEkAIwBHACkARgAvAEUANABEADoAQgBBAEEA&#10;SABAAFAAPgBaAD0AZAA8AHIAOgCCADkAlAA4AKcANwC+ADYA4wA2APkANgD/ADcA/wCYDQAAgw4A&#10;AHIQAABlEQAAWxEAAFMQAABOEAAASg4AAEgNAABHCgMARwcKAEUEDgBEAhMAQgIaAEECIABAAyUA&#10;PgMrAD0EMQA8BDcAOwQ+ADoFRQA5BU4ANwVXADYFYgA0BnAAMgaAADEGkgAwBqUALwW7AC4F3QAu&#10;BvUALQf/AC4H/wCREAAAfREAAGwTAABfFAAAVRQAAE4UAABIEwAARBIAAEEQAABADgAAQA0GAEAK&#10;DAA+CRAAPAkWADsKHAA5CiIAOAooADcLLgA2CzUANQs7ADMLQwAyDEwAMAxWAC8MYQAtDG8AKwx/&#10;ACoMkgAoDKUAJwy7ACUM3QAlDfUAJg3/ACcN/wCLEgAAdxQAAGcWAABbFwAAURgAAEkXAABDFwAA&#10;PxUAADwUAAA6EgAAOREBADkPCAA4Dg0ANw4SADUOGAA0Dh8AMg4lADEPLAAwDzIALxA6AC0QQgAs&#10;EEsAKhBVACgQYQAmEG8AJBCAACMQkwAhEKcAHxC9AB4Q4AAeEfcAHxD/ACAQ/wCGFAAAcxcAAGMZ&#10;AABXGgAATRsAAEUaAABAGgAAOxkAADgYAAA1FgAANBQAADMSBAAyEgsAMRIQAC8SFQAtEhwALBMi&#10;ACsTKQAqEzAAKBM3ACcUPwAmFEgAJBRTACIUXwAgFW0AHxV+AB0VkQAbFaUAGRW7ABgV3gAYFfgA&#10;GRT/ABoU/wCCFwAAbxoAAF8cAABTHQAASh0AAEIdAAA8HQAANxwAADQbAAAxGgAALxkAAC4WAAAs&#10;FwgAKxYOACkXEwAoFxkAJxggACUYJgAkGC0AIxg0ACIZPQAgGUYAHhlRAB0ZXQAbGmsAGRp8ABca&#10;jwAVGqMAFBm6ABIZ2wATGfYAFBn/ABUY/wB9GgAAax0AAFwfAABQIAAARyAAAD8gAAA5HwAANB8A&#10;ADEeAAAtHQAAKxwAACkbAAAnGwUAJRsMACQcEQAiHBYAIRwdACAdIwAfHSoAHh0yABweOgAbHkQA&#10;GR5OABceWwAWHmkAFB96ABIejQARHqIAEB64AA4e2AAPHvUAEB3/ABEd/wB6HQAAZx8AAFkhAABN&#10;IgAARCIAADwiAAA2IgAAMiEAAC4hAAAqIAAAJyAAACQfAAAiIAIAICAKAB4hDwAdIRQAHCEaABsi&#10;IQAZIicAGCIvABciOAAVI0EAFCNMABIjWAARI2cAECN4AA4jiwANI58ADCO0AAsj0AALIvAADCL/&#10;AA0h/wB2HwAAZCIAAFYjAABLJAAAQSQAADokAAA0JAAALyMAACsjAAAoIwAAJCMAACAjAAAdJAAA&#10;GyUHABkmDQAXJhEAFiYXABUnHgAUJyUAEycsABInNQARKD8AEChKAA4oVgANKGQADCh0AAoohwAJ&#10;KJsAByexAAUnzAAGJ+wAByb+AAgm/wBxIgAAYCQAAFMmAABIJwAAPycAADcmAAAxJgAALSYAACkl&#10;AAAlJQAAIiUAAB0nAAAZKAAAFioEABQrCwASLBAAESwUABAsGwAQLCIADiwpAA4tMgANLTsACy1G&#10;AAotUgAILWAABi1wAAQtgwACLZgAACyuAAAsyQAALOsAASv8AAIr/wBtJQAAXScAAE8oAABFKQAA&#10;PCkAADUpAAAvKAAAKygAACcnAAAjJwAAHygAABsqAAAXLAAAEy4CABAwCAAOMQ0ADTESAAwxFwAL&#10;MR4ACjEmAAgyLgAHMjcABTJCAAMyTgABMlwAADJsAAAyfwAAMpUAADGsAAAxxwAAMOoAADD8AAAw&#10;/wBoKQAAWCoAAEwrAABBLAAAOSwAADIrAAAtKwAAKSoAACUqAAAgKwAAHCwAABcuAAATMAAAEDIC&#10;AA40BwAKNwwABzcQAAU3FAADNxsAAjciAAA3KgAAODMAADg+AAA4SgAAOFgAADhoAAA4fAAAN5IA&#10;ADepAAA2xQAANuoAADb9AAA1/wBjLAAAVC4AAEgvAAA+LwAANi4AADAuAAArLQAAJy0AACItAAAd&#10;LwAAGDEAABQzAAAQNQAADjcBAAo6BwAGOwsAAjwOAAA9EgAAPhcAAD4eAAA+JgAAPi8AAD46AAA+&#10;RgAAPlQAAD5kAAA+dwAAPo8AAD2nAAA9wwAAPOkAADz9AAA7/wBeMAAAUDEAAEQyAAA7MgAANDEA&#10;AC4wAAApLwAAJDAAAB4yAAAZNAAAFDYAABA5AAANOwAACj0AAAVABQAAQQoAAEINAABDEAAARBQA&#10;AEUaAABGIgAARisAAEY1AABGQQAARk8AAEZfAABGcwAARYoAAEWkAABEwAAAQ+gAAEP+AABC/wBY&#10;NAAASzUAAEE1AAA5NQAAMjQAAC0zAAAmNAAAIDUAABo4AAAUOgAAED0AAA1AAAAJQgAABEUAAABH&#10;AwAASAcAAEoLAABLDgAATBEAAE4VAABPHAAATyUAAE8vAABPPAAAT0oAAE9aAABObQAAToUAAE2g&#10;AABMvAAAS+cAAEv+AABK/wBTOQAARzkAAD45AAA3OAAAMTcAACk3AAAhOQAAGzwAABU/AAAQQgAA&#10;DEUAAAdIAAACSgAAAE0AAABPAAAAUQQAAFIHAABUCwAAVQ4AAFcRAABZFwAAWh8AAFkpAABZNgAA&#10;WUQAAFlUAABYZwAAWH8AAFeaAABWtwAAVeMAAFT9AABU/wBOPQAAQz0AADw8AAA1OwAALDwAACQ+&#10;AAAcQQAAFUQAABBIAAALSwAABU4AAABRAAAAVAAAAFcAAABZAAAAWwAAAF0CAABeBgAAYAsAAGIO&#10;AABkEgAAZxgAAGciAABmLgAAZjwAAGZNAABlYAAAZXcAAGSTAABjsQAAYd0AAGD8AABf/wBJQgAA&#10;QUEAADo/AAAwQAAAJkMAAB5GAAAVSgAAEE4AAApSAAADVgAAAFoAAABdAAAAYAAAAGMAAABlAAAA&#10;ZwAAAGkAAABrAQAAbQUAAG8KAAByDgAAdRIAAHcbAAB2JgAAdjUAAHVGAAB0WQAAdG8AAHOLAABy&#10;qQAAcM0AAG/3AABu/wBGRgAAQEUAADVGAAAqSAAAIEwAABdRAAAQVgAACVoAAAFfAAAAYwAAAGgA&#10;AABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAAAIADAACDCAAAhg0AAIkTAACKHQAAiisA&#10;AIk8AACITwAAhmYAAIWBAACEoAAAgsIAAIHwAAB//wBGSwAAOkwAAC5PAAAjUwAAGFgAABBeAAAJ&#10;ZAAAAGkAAABvAAAAdAAAAHgAAAB8AAAAgQAAAIQAAACHAAAAiAAAAIsAAACOAAAAkAAAAJMAAACW&#10;AAAAmQcAAJ0NAAChFAAAoCEAAKAxAACeRAAAnVsAAJx2AACZlgAAmbUAAJblAACV/gA/UgAAMlUA&#10;ACZaAAAbYAAAEWcAAAltAAAAdAAAAHsAAACBAAAAhgAAAIsAAACQAAAAlAAAAJcAAACZAAAAnAAA&#10;AJ8AAAChAAAApAAAAKcAAACqAAAArQAAALEGAAC1DQAAuBYAALcmAAC2OQAAtVAAALRqAACyiQAA&#10;sKoAAK7PAACt9QA3XAAAK2EAAB5oAAATcAAAC3gAAACAAAAAhwAAAI4AAACVAAAAmgAAAJ8AAACk&#10;AAAAqAAAAKwAAACtAAAAsAAAALMAAAC1AAAAuAAAALsAAAC/AAAAwwAAAMcAAADLBQAA0Q4AANEb&#10;AADQLgAAz0UAAM1fAADLfgAAyZ4AAMi+AADF6QAvaQAAI3AAABZ5AAANgQAAAYsAAACTAAAAmwAA&#10;AKIAAACoAAAArgAAALQAAAC4AAAAvQAAAMAAAADCAAAAxQAAAMgAAADLAAAAzgAAANEAAADWAAAA&#10;2wAAAN8AAADkAAAA6AYAAOsRAADqIwAA6joAAOlUAADncgAA5ZMAAOOzAADj1AD/AAAA/wAAAP8A&#10;AAD/AAQA/wALAP8AEAD/ABcA/wAhAP8AKwD/ADUA/wA+AP8ARwD/AE4A/wBVAPwAWwD6AGEA+ABm&#10;APYAbQD0AHMA8gB7AO8AhADtAI4A6gCZAOYApwDjALkA3wDVANsA9wDWAP8AwAD/ALIA/wCqAP8A&#10;pQD/AKIA/wD/AAAA/wAAAP4AAAD8AAAA/AADAP4ACwD/ABEA/wAaAP0AJAD5AC4A9AA4APAAQADs&#10;AEgA6QBOAOYAVADiAFoA3wBfANwAZQDYAGsA1AByANAAewDNAIUAygCRAMcAngDDAK4AwADFAL0A&#10;6wC7AP8AsAD/AKQA/wCcAP8AmAD/AJUA/wD/AAAA+gAAAPQAAADxAAAA8gAAAOoABQDnAA4A4gAV&#10;AOEAHgDhACgA2AAxANAAOQDLAEAAyABHAMUATQDCAFMAvwBYAL0AXgC7AGQAuQBrALYAcwC0AHwA&#10;sQCIAK4AlQCrAKQAqAC4AKYA3ACjAPsAnwD/AJUA/wCPAP8AiwD/AIkA/wD5AAAA7wAAAOcAAADf&#10;AAAAzwAAAMgAAADBAAoAvwARALwAGAC7ACEAuQAqALQAMgCxADoArgBAAKsARgCoAEwApgBRAKMA&#10;VgChAFwAnwBjAJ0AagCbAHMAmQB+AJYAjACUAJsAkgCtAJAAxwCOAPAAjQD/AIYA/wCAAP8AfQD/&#10;AHwA/wDtAAAA4AAAANEAAAC/AAAAswAAAKoAAACmAAUAogANAKEAEwCgABsAnwAjAJsAKwCYADIA&#10;lQA5AJMAPwCRAEQAjwBKAI4ATwCMAFUAigBbAIgAYwCGAGsAhAB2AIIAggCAAJIAfgCjAHwAugB6&#10;AOEAeQD/AHcA/wByAP8AcAD/AG8A/wDdAAAAywAAALYAAACnAAAAnQAAAJQAAACOAAEAiwAKAIkA&#10;EACIABUAhwAdAIcAJQCEACwAggAyAH8AOAB9AD0AewBDAHkASAB4AE4AdgBUAHUAWwBzAGMAcQBu&#10;AG8AegBtAIkAbACaAGoArgBpAMwAaAD2AGcA/wBlAP8AZAD/AGMA/wDKAAAAtAAAAKEAAACTAAAA&#10;iQAAAIIAAAB7AAAAeAAFAHYADAB1ABEAdAAYAHMAHwByACUAcAAsAG4AMgBsADcAagA8AGkAQgBo&#10;AEgAZgBOAGUAVQBjAF0AYgBmAGAAcgBeAIAAXQCSAFsApQBaAL4AWQDpAFkA/wBZAP8AWAD/AFgA&#10;/wC5AAAAogAAAJAAAACDAAAAeQAAAHEAAABtAAAAaQABAGYACQBlAA4AZAATAGMAGQBjACAAYQAm&#10;AGAALABeADEAXAA3AFsAPABaAEIAWABIAFcATwBWAFcAVABgAFMAbABRAHkAUACKAE8AngBOALQA&#10;TQDaAE0A+wBNAP8ATQD/AE0A/wCqAAAAlAAAAIIAAAB1AAAAawAAAGQAAABgAAAAXQAAAFoABQBY&#10;AAwAVwAQAFYAFQBWABsAVQAhAFMAJwBSACwAUQAxAE8ANwBOAD0ATQBDAEwASgBKAFIASQBbAEgA&#10;ZgBGAHMARQCEAEQAlwBDAKwAQgDJAEIA8QBCAP8AQwD/AEMA/wCeAAAAiQAAAHgDAABqBAAAYQQA&#10;AFoDAABVAQAAUgAAAFAAAgBOAAkATQANAEwAEQBLABcASgAcAEkAIgBIACcARwAtAEUAMgBEADgA&#10;QwA+AEIARQBBAE0APwBWAD4AYQA9AG4AOwB+ADoAkQA5AKYAOAC/ADgA6AA4AP8AOQD/ADkA/wCV&#10;AwAAgAcAAG8JAABiCgAAWAsAAFEKAABMCAAASQYAAEcDAABGAAYARAALAEMADwBCABMAQQAYAEEA&#10;HgA/ACMAPgApAD0ALgA7ADQAOgA6ADkAQQA4AEkANwBSADYAXQA0AGoAMwB6ADIAjAAxAKEAMAC4&#10;AC8A3gAvAPkALwD/ADAA/wCMCQAAeAwAAGgNAABcDgAAUg4AAEsOAABFDQAAQQwAAD8KAAA+CAIA&#10;PQQIADwBDQA7ABAAOgAVADkAGgA4ACAANgAlADUAKwA0ADAAMwA3ADIAPgAxAEYALwBQAC4AWgAt&#10;AGcAKwB3ACoAiQApAJ0AKACzACcA0QAnAPIAJwD/ACcA/wCGDAAAcg4AAGMQAABWEQAATREAAEUR&#10;AABAEAAAPA8AADkOAAA3DQAANgsEADYICgA1Bg4ANAUSADIEFwAxBRwAMAUiAC8FKAAuBi4ALQY0&#10;ACsGPAAqBkQAKQdOACcHWQAmB2UAJAd1ACMHhwAiB5sAIAawACAGywAfBe0AHwb+AB8H/wCADgAA&#10;bREAAF4SAABSEwAASBMAAEETAAA7EwAANxIAADQRAAAyEAAAMA8BADANBgAwCwsALwoQAC0KFAAs&#10;CxkAKgsfACkLJQAoDCsAJwwyACYMOgAkDEMAIwxNACENWAAgDWUAHg11ABwNiAAaDZwAGQ2xABgM&#10;ygAXDOsAFw38ABgM/wB7EQAAaRMAAFoVAABOFgAARRYAAD0WAAA4FQAAMxUAADAUAAAtEwAAKxIA&#10;ACoQAwAqDwgAKQ4NACgOEQAmDhYAJQ8dACQPIwAjDykAIRAxACAQOQAeEEIAHRBMABsQWAAZEGYA&#10;FxB2ABUQiQAUEJ4AEhCzABEQzgAREO4AEhD+ABIQ/wB3EwAAZRUAAFcXAABLGAAAQhkAADoZAAA0&#10;GAAAMBcAACwXAAApFgAAJxUAACYUAQAlEgQAIxILACISDwAhEhQAIBIaAB4TIAAdEycAHBMuABoT&#10;NgAZFEAAFxRKABYUVgAUFGQAEhR0ABEUhwAQFJwADhSxAA0UygANFOsADhP+AA4T/wBzFQAAYRgA&#10;AFMaAABIGwAAPxsAADcbAAAyGgAALRoAACkZAAAmGAAAJBgAACIXAAAgFgEAHhYIAB0WDQAbFxIA&#10;GhcXABkXHQAYGCQAFhgrABUYNAAUGD0AEhlIABEZVAAQGWIADhlyAA0ZhAAMGZgAChmtAAkYxgAJ&#10;GOcACRj6AAoX/wBvGAAAXhoAAFAcAABFHQAAPB0AADUdAAAvHQAAKhwAACYbAAAjGwAAIRoAAB4a&#10;AAAcGgAAGhsFABgbDAAWHBAAFRwVABQcGwATHCIAEh0pABEdMQAQHTsADh1FAA0eUQAMHl4ACh5t&#10;AAkegAAHHpQABR2qAAMdwgADHeYABBz4AAUc/wBrGgAAWx0AAE0eAABCHwAAOh8AADIfAAAtHwAA&#10;KB4AACQeAAAhHQAAHh0AABwdAAAYHgAAFR8CABMgCQASIQ4AECESABAhGAAOIR8ADiImAA0iLgAM&#10;IjcACiJBAAkiTQAHIloABSJpAAMifAABIpEAACKoAAAhwAAAIeUAACD4AAAg/wBnHQAAVx8AAEoh&#10;AABAIQAANyIAADAhAAAqIQAAJiAAACIgAAAfHwAAHB8AABkgAAAWIQAAEiMCABAkBwAOJgwADCYQ&#10;AAsmFQAKJhwACSYiAAgmKgAGJzMABCc9AAMnSQABJ1YAACdmAAAneQAAJ48AACamAAAmvwAAJeQA&#10;ACX5AAAk/wBjIAAAVCIAAEcjAAA9JAAANCQAAC4jAAAoIwAAJCIAACEiAAAeIQAAGiIAABcjAAAT&#10;JAAAECYCAA4oBwALKgsACCsOAAYrEwAEKxgAAisfAAEsJwAALDAAACw6AAAsRQAALFMAACxjAAAs&#10;dgAALIwAACukAAArvgAAKuQAACr6AAAp/wBfIwAAUCUAAEQmAAA6JgAAMiYAACsmAAAmJQAAIyQA&#10;AB8kAAAbJAAAFyUAABQnAAARKQAADisCAAstBgAHLwsABDAOAAAwEQAAMRUAADEcAAAxIwAAMiwA&#10;ADI2AAAyQgAAMk8AADJfAAAycgAAMYkAADGiAAAwvAAAMOQAAC/7AAAv/wBaJwAATCgAAEApAAA3&#10;KQAALykAACkoAAAlJwAAISYAABwnAAAYKAAAFCoAABEsAAAOLgAACzABAAcyBQADNAkAADUMAAA2&#10;DwAANxIAADgYAAA4IAAAOCgAADgyAAA5PQAAOUsAADlbAAA4bgAAOIUAADefAAA3ugAANuQAADX8&#10;AAA1/wBVKgAASCwAAD0sAAA0LAAALSsAACgqAAAkKQAAHioAABkrAAAULQAAES8AAA0xAAAKNAAA&#10;BzYAAAI4BAAAOgcAADsKAAA9DQAAPhAAAEAUAABAGwAAQCQAAEAuAABAOQAAQEcAAEBWAABAaQAA&#10;QIAAAD+bAAA+twAAPeMAADz8AAA8/wBQLwAAQy8AADkvAAAyLwAALC0AACcsAAAgLQAAGi8AABUx&#10;AAARMwAADTYAAAk4AAAFOwAAAD0AAABAAQAAQQQAAEMHAABFCwAARg4AAEgRAABKFgAASh4AAEoo&#10;AABKNAAASUIAAElRAABJZAAASHsAAEiXAABHtAAARuAAAEX8AABE/wBKMwAAPzMAADYzAAAwMQAA&#10;KjAAACMxAAAcMwAAFjUAABE4AAANOwAACD4AAANBAAAAQwAAAEYAAABIAAAASgAAAEwEAABOBwAA&#10;TwsAAFEOAABUEgAAVRkAAFUiAABULgAAVDwAAFRLAABTXgAAU3QAAFKQAABRrgAAUNcAAE/7AABO&#10;/wBFNwAAPDcAADU2AAAvNAAAJjUAAB43AAAXOgAAET0AAAxBAAAHRAAAAEgAAABKAAAATQAAAFAA&#10;AABTAAAAVQAAAFcAAABYAgAAWwYAAF0LAABfDgAAYhMAAGIbAABiJwAAYjQAAGFFAABgVwAAYG0A&#10;AF+JAABdpwAAXMwAAFr4AABZ/wBBPAAAOjsAADQ5AAAqOgAAITwAABhAAAARQwAADEcAAAZLAAAA&#10;TwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGMAAABlAAAAZwEAAGoFAABtCgAAcA4AAHMVAABy&#10;IAAAci0AAHE9AABwTwAAb2UAAG6AAABtnwAAa8EAAGnxAABo/wA/QAAAOT4AAC4/AAAkQgAAGkYA&#10;ABJKAAAMTwAABFQAAABYAAAAXQAAAGEAAABlAAAAaAAAAGsAAABuAAAAcQAAAHMAAAB1AAAAeAAA&#10;AHsAAAB+AwAAgQoAAIUPAACHFwAAhiQAAIU0AACERgAAgl0AAIF2AAB/lgAAfrYAAHznAAB6/wA/&#10;RAAAM0UAAChIAAAdTAAAE1IAAAxXAAADXQAAAGMAAABoAAAAbQAAAHEAAAB2AAAAegAAAH4AAACB&#10;AAAAgwAAAIYAAACJAAAAiwAAAI4AAACSAAAAlQEAAJkJAACeEAAAnhoAAJ0pAACcPAAAmlIAAJhs&#10;AACWiwAAlKoAAJLUAACQ+gA4SwAALE4AACBTAAAVWQAADWAAAANnAAAAbgAAAHQAAAB6AAAAgAAA&#10;AIQAAACKAAAAjgAAAJIAAACVAAAAlwAAAJoAAACdAAAAoAAAAKMAAACnAAAAqwAAAK8AAAC0CQAA&#10;uBAAALceAAC1MAAAs0YAALFgAACvfgAArKAAAKvBAACp7gAxVQAAJFsAABhhAAAOaQAABXEAAAB5&#10;AAAAgQAAAIgAAACPAAAAlAAAAJoAAACfAAAApAAAAKgAAACpAAAArAAAAK8AAACzAAAAtQAAALkA&#10;AAC9AAAAwQAAAMYAAADLAAAA0QoAANMUAADRJQAA0DsAAM1UAADKcQAAyJIAAMWzAADD3gApYgAA&#10;HGkAABFxAAAHewAAAIQAAACNAAAAlQAAAJ0AAACjAAAAqQAAAK8AAAC0AAAAuQAAALwAAAC+AAAA&#10;wgAAAMUAAADIAAAAzAAAANAAAADUAAAA2gAAAN8AAADkAAAA6gAAAO4MAADtGgAA7C8AAOpJAADo&#10;ZQAA5oYAAOSlAADixgD/AAAA/wAAAP8AAAD8AAEA/AAIAP4ADgD/ABQA/wAdAP8AJgD/ADAA/wA6&#10;AP8AQgD/AEkA/gBQAPsAVgD5AFwA9gBiAPQAaADyAG8A8AB2AO0AfwDqAIkA5wCVAOQAowDgALUA&#10;2wDQANUA9gDKAP8AtgD/AKgA/wCfAP8AmgD/AJYA/wD/AAAA+wAAAPYAAADzAAAA8wAAAPYACQD6&#10;AA4A/QAWAPsAIAD3ACoA8gAzAO0AOwDpAEMA5gBJAOIATwDeAFUA2wBbANYAYADSAGcAzwBuAMwA&#10;dgDJAIAAxgCMAMIAmgC/AKoAuwDBALgA6QC2AP8ApwD/AJoA/wCSAP8AjQD/AIoA/wD6AAAA8QAA&#10;AOoAAADnAAAA5wAAAOQAAQDgAAsA2wARANoAGgDbACMA0QAsAMoANADGADsAwgBCAL8ASAC8AE4A&#10;ugBTALgAWQC2AF8AswBmALEAbgCuAHcArACDAKkAkQCmAKEAowC1AKAA2ACeAPsAlQD/AIsA/wCF&#10;AP8AgAD/AH4A/wDvAAAA4wAAANoAAADTAAAAxgAAAL8AAAC5AAYAtwAOALQAFAC0AB0AswAlAK4A&#10;LQCrADQApwA7AKQAQQChAEYAnwBMAJ0AUQCbAFcAmQBeAJcAZQCVAG4AkwB5AJAAhwCOAJcAjACp&#10;AIkAxACIAO8AhQD/AHwA/wB2AP8AcwD/AHIA/wDgAAAA0AAAAMYAAAC2AAAAqQAAAKEAAACdAAEA&#10;mQAKAJgAEACYABYAlwAeAJQAJgCRAC0AjwA0AIwAOgCKAD8AiABFAIcASgCFAFAAgwBWAIEAXgCA&#10;AGYAfgBxAHwAfQB5AI0AdwCgAHUAtgBzAN8AcgD/AG4A/wBpAP8AZwD/AGUA/wDMAAAAvgAAAKsA&#10;AACdAAAAkwAAAIoAAACFAAAAggAFAIAADQB/ABEAfwAYAIAAIAB9ACYAegAtAHcAMwB1ADgAdAA+&#10;AHIAQwBwAEkAbwBPAG0AVgBsAF4AagBoAGgAdQBnAIQAZQCWAGQAqwBiAMkAYQD2AGAA/wBcAP8A&#10;WwD/AFoA/wC9AAAAqQAAAJcAAACJAAAAfgAAAHgAAABzAAAAbwABAG0ACQBsAA4AawATAGsAGQBq&#10;ACAAaAAmAGYALABlADIAYwA3AGIAPABgAEIAXwBIAF0ATwBcAFcAWgBhAFkAbQBXAHsAVgCOAFUA&#10;ogBTALsAUgDpAFIA/wBQAP8ATwD/AE8A/wCtAAAAmAAAAIYAAAB4AAAAbgAAAGcAAABjAAAAYAAA&#10;AF0ABQBcAAsAWwAQAFsAFQBbABsAWgAhAFgAJgBWACwAVAAxAFMANgBSADwAUQBCAE8ASQBOAFEA&#10;TQBbAEsAZgBKAHQASQCFAEgAmQBHALEARgDYAEYA/ABFAP8ARQD/AEUA/wCfAAAAiQAAAHgAAABs&#10;AAAAYgAAAFsAAABWAAAAUwAAAFEAAgBPAAgATwANAE4AEQBOABYATQAcAEwAIQBKACYASQAsAEgA&#10;MQBHADcARQA9AEQARABDAEwAQgBVAEAAYAA/AG4APgB+AD0AkgA8AKkAOwDHADsA8wA7AP8AOwD/&#10;ADwA/wCTAAAAfgAAAG4AAABhAAAAWAAAAFEAAABMAAAASQAAAEcAAABFAAUARAALAEMADgBDABIA&#10;QwAXAEIAHQBAACIAPwAnAD4ALAA9ADIAOwA4ADoAPwA5AEcAOABQADcAWwA1AGgANAB4ADMAjAAy&#10;AKIAMQC8ADEA5wAxAP8AMgD/ADMA/wCJAAAAdgMAAGYFAABZBwAAUAcAAEkGAABDBQAAQAMAAD4B&#10;AAA8AAMAOwAIADoADQA6ABAAOQAUADkAGQA3AB4ANgAjADUAKAA0AC4AMwA0ADIAOwAwAEMALwBM&#10;AC4AVwAtAGQALABzACsAhwAqAJwAKQC1ACkA3AApAPsAKQD/ACoA/wCBBAAAbggAAF8KAABTCwAA&#10;SgsAAEILAAA9CgAAOQkAADYIAAA1BQAANAIGADMACgAyAA4AMQARADEAFQAwABoALwAfAC4AJAAs&#10;ACoAKwAwACoANwApAD8AKABJACcAVAAmAGAAJABvACMAggAiAJcAIQCuACEAzAAhAPMAIQD/ACIA&#10;/wB7CQAAaAwAAFoNAABODgAARQ4AAD0OAAA4DQAAMw0AADAMAAAuCwAALQkDAC0GCAAsBAwAKwIP&#10;ACoBEgApARcAKAEcACcAIQAmACcAJQAtACQANAAjAT0AIgFGACEBUQAfAV0AHgFsABwBfwAbAJQA&#10;GgCqABoAxQAaAOsAGQD/ABoA/wB1DAAAZA4AAFUPAABKEAAAQBAAADkQAAAzEAAALw8AACwOAAAp&#10;DgAAJw0BACcMBQAnCgoAJggNACUHEAAkBhQAIgYZACEGHwAgByQAHwcrAB4HMgAdBzoAHAhEABoI&#10;TwAZCFwAFwhrABYIfQAVB5EAFAenABMGvwASBeQAEgX6ABIF/wBxDgAAXxAAAFERAABGEgAAPRIA&#10;ADYSAAAwEgAAKxEAACgRAAAlEAAAIxAAACIOBAAhDQcAIQwLACALDgAfCxIAHQsXABwMHAAbDCIA&#10;GgwpABkMMQAYDDkAFg1DABUNTwATDVwAEg1rABANfgAPDZIADg2nAA0MvgANDOAADQz1AA0M/wBt&#10;EAAAXBEAAE4TAABDFAAAOhQAADIUAAAtFAAAKBMAACUTAAAiEgAAIBEAAB4RAwAcEAUAHA8IABsP&#10;DAAaDhAAGQ8UABcPGgAWDyEAFRAoABQQMAASEDkAERBEABAQUAAOEF0ADRBrAAwQfAALEJAACRCl&#10;AAgQvAAHEN8ABxD0AAcP/wBpEQAAWBQAAEsVAABAFgAANxYAADAWAAAqFgAAJhUAACIVAAAfFAAA&#10;HRMAABoTAgAZEgQAFxIGABYSCgAVEg4AFBISABISGAAREx4AERMlABATLgAOEzcADRRAAAwUSwAL&#10;FFgACRRnAAcUeAAGFI0ABBSjAAMTuwACE90AARL0AAIS/wBlEwAAVRYAAEgXAAA9GAAANBgAAC0Y&#10;AAAoGAAAIxcAACAXAAAdFgAAGhUAABgVAgAWFQQAFBUFABIWCAARFg0AEBcQAA4XFQAOFxsADRci&#10;AAwXKQALGDIACRg8AAcYRwAFGFQABBhjAAIYdQABGIsAABehAAAXuQAAF90AABb1AAAW/wBhFgAA&#10;UhgAAEUaAAA7GgAAMhoAACsaAAAlGgAAIRkAAB4YAAAbGAAAGBcAABYXAgAUFwMAEhgFABAZBwAO&#10;GwsADBsPAAsbEwAKGxgACBwfAAccJgAFHC8ABBw4AAIcRAAAHVEAAB1gAAAdcgAAHIgAABygAAAb&#10;uQAAG94AABr2AAAa/wBeGAAATxoAAEIcAAA4HAAALx0AACkcAAAjHAAAHxsAABwaAAAZGQAAFxkB&#10;ABQZAgASGgMAEBsEAA4dBwAMHgsACR8OAAYgEQAFIBYAAyAcAAEhIwAAISsAACE1AAAhQAAAIU4A&#10;ACFdAAAhbwAAIYYAACCeAAAguAAAH94AAB74AAAe/wBaGwAASx0AAD8eAAA1HwAALR8AACceAAAi&#10;HQAAHh0AABscAAAYGwAAFRsAABIcAAAQHQIADh8EAAwhBgAJIgoABSMNAAIkEAAAJRMAACUZAAAm&#10;IAAAJigAACYyAAAmPQAAJkoAACZaAAAmbAAAJoMAACWcAAAltwAAJN8AACP5AAAj/wBVHgAARyAA&#10;ADwhAAAyIQAAKyEAACUgAAAgHwAAHR4AABodAAAWHgAAEx4AABAgAAAOIQAADCMCAAglBQAFJwkA&#10;ACgLAAAqDgAAKxEAACwWAAAsHQAALCUAACwuAAAsOgAALEcAACxWAAAsaQAALIAAACuaAAAqtQAA&#10;Kd8AACn7AAAo/wBRIgAARCMAADgkAAAvJAAAKCMAACMiAAAfIQAAHCAAABcgAAATIQAAECMAAA4k&#10;AAALJgAACCgAAAQqBAAALAcAAC4JAAAwDAAAMQ8AADMTAAAzGQAAMyEAADMqAAAzNQAAM0MAADNS&#10;AAAzZQAAMnsAADKXAAAxswAAMN4AAC/7AAAu/wBMJQAAPyYAADUnAAAtJgAAJyUAACIkAAAeIwAA&#10;GSMAABQkAAARJgAADigAAAsqAAAHLAAAAy8AAAAxAgAAMwQAADUHAAA3CgAAOQ0AADoQAAA7FQAA&#10;Ox0AADsmAAA7MQAAOz4AADtOAAA7YAAAOncAADmSAAA4sAAAN9sAADb8AAA1/wBHKQAAOyoAADIq&#10;AAArKQAAJScAACEmAAAbJwAAFSgAABEqAAAOLAAACi8AAAYxAAABNAAAADYAAAA4AAAAOwEAAD0E&#10;AAA/BwAAQQoAAEMOAABFEQAARRgAAEUhAABFLAAARDkAAERIAABEWwAAQ3EAAEKNAABBqwAAQNIA&#10;AD/6AAA+/wBCLQAAOC4AAC8tAAApKwAAJCoAAB0qAAAXLAAAES4AAA0xAAAJNAAABDcAAAA6AAAA&#10;PAAAAD8AAABBAAAARAAAAEYAAABIAwAASgcAAEwLAABODgAAUBMAAFAcAABQJwAATzQAAE9DAABP&#10;VQAATmoAAE2GAABMpAAASsoAAEn4AABI/wA+MgAANTEAAC4vAAApLgAAIC4AABkxAAASMwAADjcA&#10;AAk6AAACPQAAAEAAAABEAAAARwAAAEkAAABMAAAATwAAAFEAAABTAAAAVQEAAFgGAABaCwAAXQ4A&#10;AF8VAABeIAAAXiwAAF08AABcTgAAW2MAAFp+AABYnQAAV8AAAFXyAABU/wA6NgAAMzQAAC0yAAAk&#10;MwAAGzYAABM5AAAOPQAACEEAAABFAAAASQAAAEwAAABQAAAAUwAAAFYAAABZAAAAWwAAAF0AAABg&#10;AAAAYgAAAGUAAABoBQAAawsAAG8QAABvGAAAbiUAAG00AABtRgAAa1sAAGp1AABolAAAZrYAAGTp&#10;AABi/wA4OQAAMjcAACg5AAAeOwAAFT8AAA5EAAAHSQAAAE0AAABSAAAAVgAAAFoAAABeAAAAYgAA&#10;AGUAAABoAAAAawAAAG0AAABwAAAAcwAAAHYAAAB5AAAAfQQAAIELAACFEQAAhB0AAIIsAACAPgAA&#10;flQAAH5rAAB7igAAeqoAAHfWAAB1/QA4PQAALD4AACJBAAAXRgAAD0sAAAdRAAAAVwAAAFwAAABi&#10;AAAAZgAAAGsAAABvAAAAdAAAAHgAAAB7AAAAfgAAAIAAAACDAAAAhgAAAIoAAACNAAAAkQAAAJYD&#10;AACbDAAAnRMAAJshAACaMwAAl0kAAJRiAACTfwAAkKAAAI7FAACM8wAxRAAAJUgAABpNAAAQUwAA&#10;CFoAAABhAAAAaAAAAG4AAAB0AAAAeQAAAH8AAACEAAAAiQAAAI0AAACRAAAAkwAAAJYAAACZAAAA&#10;nQAAAKAAAACkAAAAqAAAAKwAAACyAwAAtw0AALcXAAC1KAAAsj4AALBWAACscwAAqpQAAKm0AACl&#10;5QAqTwAAHlQAABJbAAAKYgAAAGoAAABzAAAAewAAAIIAAACJAAAAjgAAAJQAAACaAAAAnwAAAKQA&#10;AACmAAAAqQAAAK0AAACwAAAAswAAALcAAAC7AAAAwAAAAMUAAADLAAAA0QQAANUOAADTHQAA0DIA&#10;AM1LAADKZgAAxocAAMKpAADBywAiWwAAFmIAAAxrAAABdAAAAH0AAACHAAAAkAAAAJcAAACeAAAA&#10;pAAAAKsAAACxAAAAtgAAALoAAAC8AAAAwAAAAMQAAADIAAAAywAAAM8AAADUAAAA2gAAAOAAAADm&#10;AAAA6wAAAPEGAADwEwAA7icAAOw/AADqWwAA53oAAOSbAADguwD/AAAA+wAAAPYAAADzAAAA9AAF&#10;APYADAD6ABEA/wAZAP8AIgD/ACwA/wA1AP8APQD/AEUA/ABMAPoAUgD3AFgA9QBeAPMAZADxAGoA&#10;7gByAOwAegDpAIUA5QCRAOEAoADdALIA2ADOANIA9gDBAP8ArQD/AJ4A/wCWAP8AkAD/AIwA/wD6&#10;AAAA8gAAAOwAAADpAAAA6QAAAOwABQDyAAwA+AASAPcAGwD1ACUA8AAuAOsANwDmAD4A4gBFAN0A&#10;SwDYAFAA0wBWANAAXADNAGIAygBqAMgAcgDFAHwAwgCIAL4AlgC6AKgAtwC/ALQA6ACuAP8AnQD/&#10;AJAA/wCIAP8AgwD/AIAA/wDwAAAA5QAAAN4AAADaAAAA2wAAANwAAADYAAcA0QAOANEAFQDSAB4A&#10;ywAnAMUALwDAADcAvQA9ALoARAC3AEkAtQBPALIAVQCwAFsArgBhAKwAaQCpAHMApwB/AKQAjQCh&#10;AJ4AngCyAJsA1QCZAPwAjAD/AIIA/wB7AP8AdgD/AHQA/wDiAAAA0wAAAMoAAADHAAAAvAAAALYA&#10;AACwAAEArwALAKwAEQCtABgArQAgAKgAKACkAC8AoAA2AJ0APACbAEIAmQBHAJcATQCVAFMAkwBZ&#10;AJEAYQCPAGoAjAB1AIoAgwCIAJQAhgCnAIMAwgCCAPAAfAD/AHMA/wBtAP8AagD/AGgA/wDPAAAA&#10;wQAAALkAAACtAAAAoAAAAJgAAACUAAAAkQAGAJAADQCQABIAjwAZAI4AIQCLACgAiAAvAIYANQCE&#10;ADoAggBAAIAARQB+AEsAfABSAHoAWQB4AGIAdgBsAHQAeQByAIkAcQCdAG8AtABtAN8AbAD/AGUA&#10;/wBgAP8AXgD/AFwA/wC+AAAAsQAAAKAAAACSAAAAiQAAAIIAAAB8AAAAegABAHgACQB3AA4AeAAU&#10;AHcAGgB0ACEAcgAnAHAALQBuADMAbAA4AGsAPgBpAEQAaABKAGYAUQBkAFoAYwBkAGEAcABfAH8A&#10;XgCTAF0AqQBcAMgAWwD3AFcA/wBUAP8AUgD/AFEA/wCwAAAAnwAAAI0AAAB/AAAAdAAAAG4AAABq&#10;AAAAZgAAAGUABABjAAsAYwAQAGMAFQBjABsAYQAhAF8AJwBdACwAXAAyAFoANwBZAD0AVwBDAFYA&#10;SwBVAFMAUwBcAFIAaABQAHcATwCJAE4AnwBNALoATADpAEsA/wBJAP8ARwD/AEcA/wCiAAAAjQAA&#10;AHwAAABuAAAAZQAAAF4AAABZAAAAVwAAAFUAAQBUAAcAUwANAFMAEQBUABYAUgAbAFEAIQBPACYA&#10;TgArAEwAMQBLADcASgA9AEkARABHAEwARgBWAEQAYQBDAHAAQgCBAEEAlwBAAK8APwDXAD8A/wA+&#10;AP8APQD/AD4A/wCUAAAAfwAAAG8AAABjAAAAWQAAAFEAAABNAAAASgAAAEgAAABHAAQARwAKAEYA&#10;DgBGABEARwAWAEUAHABEACEAQgAmAEEAKwBAADEAPgA3AD0APgA8AEcAOgBQADkAWwA4AGkANwB6&#10;ADYAjwA1AKcANQDGADQA9QA0AP8ANAD/ADUA/wCIAAAAdAAAAGUAAABYAAAATwAAAEgAAABDAAAA&#10;PwAAAD0AAAA8AAIAPAAHADsADAA7AA8AOwASADoAFwA5ABwANwAhADYAJgA1ACwANAAyADMAOQAx&#10;AEEAMABLAC8AVgAuAGMALQBzACwAiAAsAKAAKwC7ACsA6gArAP8AKwD/ACwA/wB/AAAAbAAAAF0B&#10;AABRAgAASAMAAEADAAA7AgAANwAAADQAAAAzAAAAMgAFADIACQAyAA0AMQAQADEAEwAwABgALwAd&#10;AC0AIgAsACgAKwAuACoANQApAD0AKABGACcAUQAmAF4AJQBuACQAggAjAJkAIwCzACIA3gAiAP8A&#10;IwD/ACQA/wB3AAAAZQQAAFYGAABLBwAAQggAADoIAAA1BwAAMAYAAC0FAAAsAwAAKwADACoABwAp&#10;AAsAKQAOACkAEQAoABUAJwAZACYAHgAlACQAJAAqACMAMQAiADkAIQBDACAATgAfAFoAHgBpAB0A&#10;fAAcAJMAGwCsABsAzQAbAPYAGwD/ABwA/wBwBQAAXwgAAFEKAABGCwAAPQsAADULAAAwCwAAKwoA&#10;ACgJAAAlCAAAJAcCACMEBgAjAgkAIgEMACIADwAhABIAIAAWAB8AGwAeACAAHQAmABwALgAbADYA&#10;GgA/ABkASgAYAFcAFwBmABYAeAAVAI8AFQCmABQAwwAUAO4AFAD/ABUA/wBrCAAAWwsAAE0MAABC&#10;DQAAOQ0AADENAAAsDQAAJw0AACMMAAAhDAAAHwsBAB4KBQAdCAgAHQYLABwFDQAcBBAAGwQUABkE&#10;GAAZBB4AGAQjABcEKwAWBDMAFQQ8ABQERwATA1QAEgNjABEDdQAQAooAEAGiAA8AvAAPAOUADwD+&#10;ABAA/wBnCwAAVw0AAEkOAAA+DwAANQ8AAC4PAAAoDwAAJA4AACAOAAAdDgAAGw0BABkNBAAYDAcA&#10;GAsJABcJDAAXCQ4AFgkSABUJFgAUCRsAEwkhABIJKAASCTAAEQk6ABAJRQAPCVIADglhAA0JcwAM&#10;CIgACwifAAoHtwAKBtsACgX2AAoE/wBjDQAAUw4AAEYQAAA7EQAAMhEAACsRAAAlEAAAIRAAAB0Q&#10;AAAaDwAAGA8BABYOBAAVDgcAFA0JABMNCwATDA0AEgwQABEMFAAQDBkAEAwfAA8MJwAODS8ADQ05&#10;AAwNRQALDVEACQ1gAAgNcQAGDYYABQ2dAAQMtAADDNIAAgzxAAIL/wBfDgAAUBAAAEMRAAA4EgAA&#10;LxIAACgSAAAjEgAAHhEAABsRAAAYEQAAFRACABQQBQASEAcAEQ8JABAPCgAQDgwADg4OAA4PEgAN&#10;DxcADBAdAAwQJAAKECwACRA2AAgQQQAGEE4ABRBdAAMQbwABEIQAABCcAAAPtAAADtQAAA7zAAAO&#10;/wBcEAAATRIAAEATAAA2FAAALRQAACYUAAAhEwAAHBMAABkSAAAWEgAAFBEDABIRBgAREQgAEBAK&#10;AA4QCwANEQsADBENAAsSEQAKEhUACRIaAAgSIQAGEykABRMzAAMTPgACE0sAABNaAAATbAAAE4IA&#10;ABKbAAAStAAAEdcAABH1AAAR/wBYEgAASRQAAD0VAAAzFgAAKxYAACQVAAAfFQAAGhQAABcUAAAU&#10;EwEAExIEABESBwAQEgkADhIJAA0SCQALEwoACRQNAAcVDwAGFhMABBYYAAMWHwACFicAABcwAAAX&#10;OwAAF0gAABdYAAAXagAAFoAAABaZAAAVtAAAFdkAABT3AAAT/wBVFAAARhYAADoXAAAwGAAAKBgA&#10;ACIXAAAdFgAAGRYAABYVAAATFAMAEhMGABATBwAPEwcADRQHAAsVCAAJFgkABhgMAAMaDgABGhEA&#10;ABoWAAAbHAAAGyQAABstAAAbOAAAG0YAABxVAAAbZwAAG30AABuXAAAaswAAGdsAABj5AAAX/wBR&#10;FgAAQxgAADcZAAAuGgAAJhoAACAZAAAbGAAAGBcAABUWAQATFQUAERUEAA8VBAANFgQACxcFAAkZ&#10;BgAGGggAAhwKAAAeDQAAIBAAACATAAAgGQAAICEAACEqAAAhNQAAIUIAACFSAAAgZAAAIHoAAB+V&#10;AAAfsQAAHtsAAB36AAAc/wBNGQAAPxsAADQcAAArHAAAJBwAAB4bAAAaGgAAFxgAABQXAgASFwIA&#10;EBgBAA0ZAQALGgIACBwDAAUdBAACHwYAACEIAAAjCwAAJQ4AACYRAAAmFgAAJh4AACcnAAAnMgAA&#10;Jz8AACZOAAAmYAAAJncAACWSAAAkrwAAI9oAACL7AAAh/wBIHQAAPB4AADEfAAAoHgAAIh4AAB0c&#10;AAAZGwAAFhoAABIaAAAQGwAADRwAAAsdAAAIHwAABCEAAAEjAgAAJQQAACcGAAApCQAALAwAAC4P&#10;AAAuEwAALhoAAC4jAAAuLgAALjsAAC5KAAAtXAAALXIAACyOAAArrAAAKtQAACn7AAAo/wBEIAAA&#10;OCEAAC4hAAAmIQAAICAAABweAAAYHQAAFB0AABAeAAAOHwAACyEAAAcjAAADJQAAACcAAAApAAAA&#10;LAEAAC4DAAAwBgAAMwoAADUNAAA2EQAANhcAADYfAAA2KQAANjYAADZFAAA1VwAANW0AADSJAAAy&#10;qAAAMc8AADD6AAAv/wA/JAAANCQAACskAAAkIwAAHyEAABsgAAAWIAAAESEAAA4jAAAKJQAABigA&#10;AAIqAAAALQAAAC8AAAAyAAAANAAAADcAAAA5AwAAOwYAAD4KAABADgAAQRIAAEEaAABAJQAAQDEA&#10;AEBAAAA/UgAAPmcAAD2CAAA8ogAAOscAADn4AAA4/wA6KAAAMCgAACknAAAjJQAAHyMAABgkAAAS&#10;JQAADigAAAoqAAAFLQAAADAAAAAzAAAANgAAADgAAAA7AAAAPgAAAEAAAABCAAAARQIAAEcGAABK&#10;CgAATQ4AAE0VAABMHwAATCsAAEs6AABKTAAASWEAAEh8AABHmwAARb8AAEPzAABC/wA2LAAALSsA&#10;ACcpAAAjJwAAGygAABQqAAAOLQAACjAAAAQzAAAANwAAADoAAAA9AAAAQAAAAEMAAABGAAAASAAA&#10;AEsAAABNAAAAUAAAAFMBAABWBgAAWQsAAFsQAABbGQAAWiUAAFk0AABYRgAAV1oAAFV0AABUkwAA&#10;UrUAAFDqAABP/wAzMAAALC4AACcsAAAeLQAAFi8AABAyAAAKNgAAAzoAAAA/AAAAQgAAAEYAAABJ&#10;AAAATAAAAE8AAABSAAAAVQAAAFgAAABaAAAAXQAAAGAAAABjAAAAZwYAAGsMAABsEgAAax4AAGss&#10;AABpPQAAZ1IAAGZqAABkiQAAYasAAF/cAABd/wAxMwAALDEAACIyAAAZNQAAETkAAAo9AAACQgAA&#10;AEcAAABMAAAAUAAAAFQAAABYAAAAWwAAAF8AAABiAAAAZQAAAGgAAABrAAAAbgAAAHEAAAB1AAAA&#10;eQAAAH0GAACCDQAAghYAAIAkAAB+NQAAfEkAAHthAAB4fwAAdp8AAHPGAABw9wAxNgAAJjgAABw7&#10;AAASQAAAC0UAAAJLAAAAUQAAAFYAAABbAAAAYAAAAGUAAABpAAAAbgAAAHIAAAB2AAAAeQAAAHwA&#10;AAB+AAAAggAAAIUAAACJAAAAjgAAAJMAAACYBgAAnA4AAJsaAACYKwAAlkAAAJJZAACRcwAAjZUA&#10;AIu1AACI6AArPgAAIEEAABVHAAANTQAAAlQAAABbAAAAYQAAAGgAAABuAAAAcwAAAHkAAAB+AAAA&#10;gwAAAIgAAACMAAAAjwAAAJIAAACVAAAAmQAAAJ0AAAChAAAApQAAAKoAAACwAAAAtwcAALgRAAC1&#10;IQAAsjUAAK9NAACqaQAAqIgAAKaoAACi0QAjSAAAGE4AAA5UAAAEXAAAAGQAAABtAAAAdQAAAHwA&#10;AACDAAAAiQAAAI8AAACVAAAAmwAAAKAAAACjAAAApgAAAKkAAACtAAAAsQAAALUAAAC5AAAAvgAA&#10;AMQAAADKAAAA0gAAANoKAADWFgAA0ikAAM5BAADKXAAAxXwAAMKdAADBvQAcVQAAEVwAAAdlAAAA&#10;bgAAAHcAAAB/AAAAiAAAAJAAAACYAAAAnwAAAKUAAACtAAAAswAAALgAAAC6AAAAvgAAAMIAAADG&#10;AAAAygAAAM4AAADTAAAA2gAAAOAAAADnAAAA7QAAAPMAAAD0DgAA8h4AAO82AADsUQAA6G4AAOSQ&#10;AADfsQAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0u&#10;LzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3&#10;eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/&#10;wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////&#10;////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkK&#10;Cw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJT&#10;VFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqc&#10;nZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk&#10;5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////////////&#10;/////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4v&#10;MDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4&#10;eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/B&#10;wsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////&#10;//////////////////////////////////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcY&#10;GRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BR&#10;UlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImK&#10;i4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLD&#10;xMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8&#10;/f7/bWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQF&#10;BgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+&#10;P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3&#10;eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+w&#10;sbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp&#10;6uvs7e7v8PHy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMT&#10;FBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+&#10;P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqs&#10;ra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi&#10;4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMD&#10;BAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUm&#10;JicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGpt&#10;b3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3N&#10;zs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz&#10;9PT19vb39/j4+fn6+/v8/P39/v7//6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG&#10;17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7&#10;SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcux&#10;nYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pw&#10;mcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/&#10;wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Ul&#10;Bv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLT&#10;q5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyy&#10;dKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF&#10;/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+k&#10;MA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ&#10;3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrD&#10;q3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNe&#10;WvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/&#10;pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3&#10;vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLE&#10;ZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY&#10;/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5&#10;wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDk&#10;wmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6YlBv+kMA7/pzoY/7JD&#10;Iv+8SzL/w1RF/MZdWvHIZHHjxmqH1sBvm8u4cqzCsXS6u613xLSpe82ro3/Uop6F25majuGZmo7h&#10;mZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZ&#10;mo7h/6YlBv+lMA7/qDoX/7NDIv++SzH/xVRF+clcW+/NY3HjzGmI1cZtnMm/cK69tnK6tLB1w6uq&#10;eMqipXzRmaGB2JCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J&#10;3ZCdid2QnYndkJ2J3ZCdid2QnYnd/6YlBv+lMA7/qjoX/7VDIv/ASzH9yFNF9s1bW+3RYXLh0GeJ&#10;0ctrncLAbq22t3G4rLFzwaOsdsiaqHnOkqR+1ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJ&#10;oIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXY/6clBv+lMA7/qzoX/7ZDIf/B&#10;SzH6y1JE89FaWurZYHLe1mWJy8xqnLvBbauvuXC2pbRyvpyvdMSUq3fKi6d7z4SkgdSEpIHUhKSB&#10;1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHU&#10;/6clBv+mMA7/rToW/7hCIf7ESjD3zlJE8NZYWufgXnLW2mSIxM1pmrTDbKiou2+ynrZwupaycsCO&#10;rnbGhqp6yn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+n&#10;f85/p3/Of6d/zn+nf85/p3/O/6glBv+nMA7/rjkW/7pCIPvGSi/001FD691XWuPmXHHO22SHvc9p&#10;mK7Fa6Wivm6vmLlvtpC1cbyIsXTBga54xXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3J&#10;e6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3J/6gkBv+nMA3/sDkV/71CH/fJSi/v&#10;2FBC5uNVWdzoW3DG3WOFttFolafIa6GcwW2qk7xvsYq5cbaEtXS7fbJ3v3ewfMJ3sHzCd7B8wnew&#10;fMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzC/6kk&#10;Bf+oMA3/szkU/sBCHvPNSi3p3U9A4elTWdPqW2+/32OCr9NnkaHLap2WxW2ljcBvq4a9cbB/unO1&#10;erd3uHS1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0&#10;tXu7dLV7u3S1e7t0tXu7/6okBf+pLw3/tjgT+cRBHe3SSSvi401A2+9SWMrtWm234WJ/qNZnjZvP&#10;apeRyW2fiMVvpYLCcal7v3Stdr13sHG7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7&#10;s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uz/6skBf+rLw3/ujgS88lBG+TaSSjY6ExA&#10;zvNRV8DvWWuu5GF6oNxnhpTUa5CLz26XhMxwnH3Jc6B4xnWjc8R4pm7CfKluwnypbsJ8qW7CfKlu&#10;wnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnyp/60kBf+w&#10;Lwv7wDgP6tBBF9riRijM7kxBw/lQVbXzWGal6WF0l+Fnfo3ba4aF12+Mf9RykXrRdZR1z3iXcc17&#10;mmzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6c&#10;bMx+nGzMfpxszH6c/68jBP+2LQnxyDYM3dw9E83qRirB9ktAtv9PUar3WGCb72Frj+hodIXkbXt/&#10;4HGAed50g3XceIZy2nuJbth+i2vWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvW&#10;go1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKN/7EjBPq/LAbj1C8HzuY7FsHzRSu0/0k9qP9O&#10;TJ79V1iR9mFhhvFpaX/tb2556nRydeh3dXHnendu5X15a+SAe2njhHxp44R8aeOEfGnjhHxp44R8&#10;aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8/7UiA+vLIgLQ&#10;4ycHwvE6GbT+Qiqm/0Y5m/9NRZL/Vk+G/mJWfvpqXHf3cGBz9XVjb/N4ZW3yfGdq8X9oaPCCambv&#10;hWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+F&#10;a2bvhWtm74Vr9sIbAdTfEQHC7yYLtfw6Gqf/PieZ/0Qzjf9LPYX/VUV8/2FLdf9qT3D/cFJs/3VU&#10;av55Vmj9fFdm/H9YZPyCWmP7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj&#10;+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb1M8KAMTtEgK1+yYNqP82GZn/OyOM/0EsgP9KNHj/&#10;Uzpx/18/bP9pQ2j/b0Vl/3RHY/93SGL/e0lh/35KX/+BSl7/hEte/4RLXv+ES17/hEte/4RLXv+E&#10;S17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RL/58iBf+dLQz/njgV&#10;/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0&#10;faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOE&#10;scKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPu&#10;tG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hB&#10;Hv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDP&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKN&#10;iLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG93&#10;4qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+x&#10;SSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+&#10;iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1&#10;idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/&#10;tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58i&#10;Bf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/&#10;uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idik&#10;e5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8&#10;/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+d&#10;LQz/nzgV/6pAHv+zSSv/uVI8/7tcT/q6ZWTtuG144bBzi9WoeZzMn32qxZeBtb+Rhb66jInFtoeP&#10;zLKDltKvgaDWp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLT&#10;p36i06d+otOnfqLT/58iBf+eLQz/oDcU/6tAHv+0SSv/u1I8/71bUPq+ZGTsvGx54LVyjdOtd57K&#10;pHqtwpx+ubyWgsO3kIfKsouM0q6Hldimg53aoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGC&#10;odWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHV/6AiBf+eLQz/oTcU/6xAHf+2SCv/vVE8/8Ba&#10;UPrBY2XswWp63rlwj9KxdaHIqHiwwKF7vLmbf8e0loTPsJSN1auRl9qgiZzcmoig15qIoNeaiKDX&#10;moig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDX/6AiBf+eLQz/&#10;ojcU/61AHf+3SCr/v1E8/8JaUPnEYmXrxWl73r5ukNG2c6PGrnazvqd5wLijf8m0oYbPrJyN1aOW&#10;lNqakZzclY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f&#10;2JWOn9iVjp/Y/6AiBf+fLQz/ozcU/65AHf+4SCr/wVA8/sVZUPfIYGbrymd83cNtkc+8caXFtHS1&#10;vbB5wLasf8iup4XPpaGK1ZyckdqVmZzcj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iP&#10;lJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y/6EiBf+fLQz/pDcU/7A/HP+6SCr/w1A7+8hYUPXL&#10;X2bpz2Z83Mlrks7Db6bBunK1trJ2wKyse8ikqH/OnKSF1JSgjdiNn5nbipyf2Iqcn9iKnJ/Yipyf&#10;2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Y/6EiBf+gLQz/pjYT&#10;/7E/HP+7SCn+xk87+MtXUPLQXmbn1GR92s9pk8jFbaa6u3C0rbNzv6OtdseaqHrNkqV/0oqihteE&#10;oJHZhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14Si&#10;nNeEopzX/6EiBf+gLQz/pzYT/7M/HP+9Ryn8yE479c5WT+7VXWbk2mJ909JoksHGbKSzvG+xprVy&#10;vJyvdMSTq3fKi6d7z4OkgdR9oovWe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XV&#10;e6OV1XujldV7o5XVe6OV1XujldV7o5XV/6IhBf+gLQz/qDYS/7Q/G/+/Ryj5y0468tNVT+rcW2bg&#10;4GF9zNNnkbvIa6Ksvm6voLdwuJWyc8CNrnbFhap6yn6of854pofRdaWP0nWlj9J1pY/SdaWP0nWl&#10;j9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/S/6IhBf+hLAv/qjYS/7Y+&#10;G/3CRyj1zU457tlUTubjWWXY4mB7xdVmj7TKap+lwW2rmbpvtJC1cruIsXXAga54xXqsfcl0qoTL&#10;camLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xx&#10;qYvM/6MhBf+iLAv/rDUR/7k+GvnFRyfw0U046eBSTOLpV2TO5F96vddmjK3MapufxGynk75vr4q5&#10;cbWDtnS6fLN3vnaxfMJxr4LEbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6H&#10;xm6uh8ZurofGbq6Hxm6uh8ZurofG/6QhBf+jLAv/rzUQ/7w+GPTJRiXq2E024udPTNzvVWPG5l94&#10;tNpliaXQaZaYyGyhjcNvqIW/ca5+u3SyeLl3tnO3e7lutYC8a7SFvmu0hb5rtIW+a7SFvmu0hb5r&#10;tIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+/6UhBP+kLAv/szUP+8E+F+3P&#10;RiLh30s02OtPTM/zVGK86F50q95khJ3UaZCRzm2Zh8lvoIDFcqV6wnSpdMB4rHC+e69rvICyaLuE&#10;s2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4Sz&#10;/6YhBP+oKwr/uDQN88c9FOTYRR7W5kk1y/FOTMT3U1+x7F1woeJkfZXbaYeK1W6PgtBxlXvNdJp2&#10;y3edccl5oG3HfaJpxYGlZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbE&#10;haZmxIWmZsSFpmbEhaZmxIWm/6ggBP+uKgj8vzML6c88ENfhQh7K7Uk1v/hNSrf7Ulum8V1pmOll&#10;dIzian2D3W+EfNpziXfXd4xz1XqPb9N9kWzRgJRo0ISWZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eX&#10;Zc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eX/6ogA/+1KQbwyDEH2t0zDMvqQiG+&#10;9kg1sv9MRqn/UVWb911gjvBlaoXrbHF953F2d+R2enPieX1v4Xx/bN+AgWneg4Nn3YeFZdyJhmXc&#10;iYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImG/60f&#10;A/m/JQPf1iICy+gyD770QSKw/0UzpP9KQZz/UU2P/l1WhflmXn30bmR28nNocu94a27ufG1s7X9v&#10;auyCcGfqhXJl6olzY+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj&#10;6Yx0Y+mMdGPpjHRj6Yx0/7YcAujNFAHM5h0EvvMxErH/PiKj/0Ivlv9IOo3/UESE/1xLe/9nUXT+&#10;blZv/HNZbPt4W2n5fF1n+H9eZviDX2T3hmBi9olhYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaM&#10;YmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxi88QPAM7aCwC98x0Hsf8yFKP/Oh+V/z8q&#10;if9GM4D/Tzp4/1tAcf9mRWz/bUho/3NKZv93TGT/e01i/39OYf+CT2D/hVBe/4lRXv+LUV7/i1Fe&#10;/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRzMsJAL7m&#10;DAGv/x4JpP8wE5X/NRyH/zwkfP9EK3P/TTFs/1g1Z/9jOWP/azth/3E9X/91Pl3/eT9c/3xAW/9/&#10;QVr/gkFZ/4ZCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hC&#10;WP+IQlj/iEJY/4hC/5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fb&#10;koWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69b&#10;Rf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/&#10;lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5&#10;nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU&#10;1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+t&#10;ZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS&#10;/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXC&#10;dqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuM&#10;ns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4&#10;qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+&#10;Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5&#10;wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+F&#10;kabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+XKwv/lzYS/6E+Gv+qRiX/sFA0/7FaRf+wZFf3rG1p&#10;7Kd3e+GefYrZloOX0Y6JosuIjqvHgpOxxH6Xt8F6nLu+d6K/vHWqwrVxrsOzcq/Bs3KvwbNyr8Gz&#10;cq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/B/5kfBf+XKgr/mDUS/6M9Gv+s&#10;RiX/s080/7RZRv+0Y1j2sWxr6q11fd+je43Vm4GczZKGqMeLirHChY+5v4CUvrt8msO5eaHHtXap&#10;yq11rMardq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3E&#10;/5ofBP+YKgr/mjQS/6U9Gf+uRiX/tU40/7dYRv+3YVn1tWps6bJzf92oeJDTn36gypaCrMSOh7e+&#10;iIy/uoORxbd/mMu0fKHPq3ilz6V5qsikeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5&#10;rMakeazGpHmsxqR5rMakeazG/5ofBP+YKgr/mzQR/6Y9Gf+vRSX/t040/7pXRv+7YFn0uWlt57Zx&#10;gdysdpPQpHujyJp/scCThLy7jInFt4iQy7SGmc6yhqTRpHyk0Z99qcqefarInn2qyJ59qsiefarI&#10;nn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarI/5sfBP+ZKgr/nDQR/6c8Gf+xRST/&#10;uU00/7xXRv6+X1n0vWdu57pvgtqxdJXPqHmmxZ99tL6XgcC5lIrGtZGSy6+NmM+qiqHSnoKj05mB&#10;qMyYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnK/5sf&#10;BP+ZKgr/nTQR/6k8GP+yRST/u00z/79WRv3BXlrzwWZv5r9tg9m2c5fNrXeoxKV7t76hg8C2m4nG&#10;rpWPzKiRlc+ijp7SmYei05SGp82ThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuT&#10;hqjLk4aoy5OGqMuThqjL/5sfBP+ZKgr/njMR/6o8GP+zRST/vEwz/8FVRvvEXVrzxWVv5cNshNi7&#10;cZjMsnWrw618trmlgb+wnobGqJmMy6GVktCbkpvTlI6i1I+Kps6PiqjLj4qoy4+KqMuPiqjLj4qo&#10;y4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjL/5sfBP+aKgr/nzMQ/6s8GP+1RCP/vkwz&#10;/sNVRfnHXFrxyWRv5chqhdbBb5rKuXSqvrB6trOpf7+qooTGop2Ky5uakM+Vl5nSj5Si1IqQps6K&#10;j6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jM/5wfBP+a&#10;Kgr/oDMQ/6w8GP+2RCP/v0wy/MZURfbKXFrvzWJw5M1ohtPFbZrFvHOqubR4ta6tfb6lp4LFnaKI&#10;y5Wfjs+PnJbSi5yi04aVps6GlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfM&#10;hpSnzIaUp8yGlKfM/5wfBP+aKQr/ojMQ/607F/+3RCP/wUwy+clTRfPNWlrs0mBw4NBmhs7IbJrA&#10;v3GptLh3tamxfL6frIHFl6iGypCkjM6KopXRhaKh0oGcps6BmqfMgZqnzIGap8yBmqfMgZqnzIGa&#10;p8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfM/5weBP+bKQr/ozMQ/687F/+5RCL9w0sx9sxS&#10;RPDSWVno2l9w29VkhsnMapm6w2+orbt0tKK0eb2Yr33DkKyDyImpicyDp5HPfqac0H2kps18oqjL&#10;fKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjL/50eBP+bKQr/&#10;pTIP/7E7Fv+8RCH6xksx89FRQ+vaV1nj311v09tjhcLPaZexxG2npLxwspi1dLuOsXjChq19xoCr&#10;gsp6qYrNdqiUznapo8x3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uo&#10;ynerqMp3q6jK/50eBP+cKQr/pzIP/7M7Fv++QyD1yksv7tZQQubhVlfc5Ftuy95jg7rRaJSpx2yj&#10;m75urpC4cbeGtHS9frB4wneufMZyrIPJbauMym2rmclurJ/Hbqyfx26sn8durJ/Hbqyfx26sn8du&#10;rJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/H/54eBP+dKQn/qTIO/7Y6FPrCQx/wzkou591PQOLp&#10;UlfS6FptweBigLHUZ5GhymuelMNuqIm9cbCAuXS2ebZ3unS0e71usoHAarCIwmewksNmsJbDZrCW&#10;w2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbD/58eBP+eKQn/rTEN&#10;/7o6E/THQh3o1Uor3+RMP9fsUVbJ7llrt+NhfKjYZ4uaz2uXjcluoIPEcad7wHSsdb14sHC7e7Ns&#10;uYC2aLiGuGS3j7ljtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2&#10;kbpjtpG6/6AeBP+hKAj/sTAL+8A5EezOQhnf30co0+lMQMrxUVW+8lhoreZhd57dZ4SS1WyPh89v&#10;ln7Lc5x4yHahcsZ5pG7EfKdpwoGpZsCGrGK/ja1hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+u&#10;Yb+PrmG/j65hv4+uYb+PrmG/j65hv4+u/6IdA/+mJwf/ty8J8sc4DeHYQRTS5kYqx/BMQL74UFOy&#10;9VdjouthcJXjZ3uK3W2Egdhxi3rUdZB00nmTcNB8lmzOf5lozIObZMuInWHKjZ9gyY+fYMmPn2DJ&#10;j59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+f/6QdA/+tJgX7vi0G5tA0&#10;CNPiPBbH7kYru/lKPrD+T0+m+ldcmPFhaIzraHGD5m54e+JzfXXfeIFx3XuEbdt/h2rag4ln2YaK&#10;ZNeLjGHWkI5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g&#10;1ZGO/6ccA/+1IwPuySYD1d8pB8fsPBm6+EQrrf9IO6P/TUma/1dUjflhXYT0amV88HBqdu12bnHr&#10;enFt6X50a+iCdmjmhXdm5Yh5Y+SMemHjkXxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOS&#10;fGDjknxg45J8YOOSfGDjknxg45J8/6sbAvfAHQHZ3BIBx+soCrr3Oxqs/0EpoP9GNpX/TEGN/1ZL&#10;g/9hUnv9a1d0+nFcb/h2X2z2e2Fp9X9jZ/SDZGXzhmZj8opnYfGOaF/wkmlf8JNqX/CTal/wk2pf&#10;8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNq/7cVAdbPCwDH6hMCufcpDaz/&#10;ORqe/z4mkv9EMIf/SzmA/1RAeP9hRnL/akps/3BNaf92UGb/e1Fk/39TY/+DVGH/hlVg/olWXv6N&#10;V139klhc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNY&#10;1sQIAMbUCQC49xQEq/8pDp7/NBiQ/zohhP9BKXr/STBy/1I2bP9eOmj/aD1k/29AYf90QV//eUNe&#10;/31EXf+ARVz/hEVb/4dGWv+KR1j/j0dY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/&#10;kEhY/5BIWP+QSFj/kEhY/5BIxMcHALfbBwGp/xYGn/8qDZD/MBWD/zYcd/8+Im7/Ryhm/1AsYf9a&#10;L13/ZDFb/2wzWf9xNVj/dTZW/3k2Vv98N1X/fzdU/4I4U/+FOVL/iTlS/4o5Uv+KOVL/ijlS/4o5&#10;Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5/5IdBP+QKQn/jTUQ/5g7F/+gRCH/&#10;pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxv&#10;tarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5Id&#10;BP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ&#10;1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6V&#10;gXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t&#10;/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarK&#10;bb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+Q&#10;KQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1Hig&#10;ntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfn&#10;jomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZ&#10;PP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6t&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/&#10;jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1&#10;pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2u/5MdBP+QKQn/jzQQ/5o7F/+iRCD/qU0t/6pYPP+oYkz/pGxc9Z92bOyZf3rkkYeG&#10;3omNkNiDk5jTfpmf0HqdpM12oqnLdKesyXGtr8dvtLLBbLm0vGy7sbxsu7G8bLuxvGy7sbxsu7G8&#10;bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLux/5QdBP+RKAn/kTMQ/5w6Fv+kQyD/rEwt/61WPf+t&#10;YE3+qWpe9KV0buqffX3hloOL2Y6KltOHkKDOgZWnynyarcd4n7LEdaW2wnKrucBwtLu3brW5s2+4&#10;tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1/5QdBP+SKAn/kzIP&#10;/546Fv+nQyD/rkst/7FVPf+wX079rmhf8qpycOekeoHemoCP1ZKHnM6LjKbJhJGvxH6XtcF5nLu+&#10;dqO/vHSrwrRvrsOucrO8q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtz&#10;trirc7a4/5UcBP+SKAn/lTIP/6A6Fv+pQh//sEot/7RUPf+0Xk79s2dg8a9wcuapeIPbn36T0peD&#10;ocuOiazEho61wICUvbx7msO6eqPFt3mrx6xzrMandbG/pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6&#10;pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6/5UcBP+TKAn/ljEP/6E5Ff+qQh//skos/7ZTPP+3XU77&#10;tmVh8LRudOStdYbZpHuWz5uApceShbHBiou7vYeUwLuFncS2gqTHsH6qyKV3qsihebDBn3qzvJ96&#10;s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8/5UcBP+TKAn/lzEP/6M5&#10;Ff+sQh//tEos/7lTPP+6XE74umRi77hsdeOyc4jYqXmZzZ9+qcWYhLS/k4y8uI2TwbOJmcWuhqHI&#10;qoSpyZ98qcqbfa7CmX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2Z&#10;frK9/5YcBP+TKAn/mDAO/6Q5Ff+tQR7/tUks/7tSPP29W072vWNi7r1rduK2cYnVrneby6V8qsKd&#10;g7S5lom8spGQwayMlsaniZ3Io4emypmAqMuWga7ElYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGx&#10;vpWBsb6VgbG+lYGxvpWBsb6VgbG+/5YcBP+UJwn/mTAO/6U5FP+uQR7/t0kr/71RPPy/Wk70wWJi&#10;7MFpd+G7cIvSsXSdx6h7qryggbS0moe8rJSNwqaQlMagjZvJnIuky5WGqMuRha3FkIWxv5CFsb+Q&#10;hbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG//5YcBP+UJwj/mjAO/6Y4FP+w&#10;QR3/uEkr/79RPPrCWU7yxGFj6cVod92+bYzNtHOdwqt5qrekfrSunYS8ppiKwaCUkcaakZjJlo+h&#10;y5CLqMyMiazFjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDA&#10;/5ccBP+VJwj/mzAO/6c4FP+xQR3/ukkr/8JQO/jGWE7wyF9j5shmeNjBa43Jt3Gdva93qbKnfLOp&#10;oYK7oZyIwZqYj8aUlpbJkJSfy4uRqMyHjqzGh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeN&#10;sMGHjbDBh42wwYeNsMGHjbDB/5cbA/+VJwj/nS8N/6k4E/+zQB3/vEgq/MVPO/bJV07tzV5j4stk&#10;eNLEaozEu2+cuLJ1qa2re7OjpoC7m6GGwZSdjcWOm5TIipmdyoaZqMuCk6zGgpKvwYKSr8GCkq/B&#10;gpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/B/5cbA/+VJwj/ni8N/6o4E/+1QBz/&#10;vkgp+chOOvPNVk3q01xi3s9ieM3HaIu/vm6bsrdzqKewebKeq366laeEwI6ji8SIoZLHg5+ayYCg&#10;p8p9mqzGfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/B/5gb&#10;A/+WJwj/oC8N/6w3Ev+3QBv9wUgo9stOOe/TVEzm2Vpi2NRhd8fLZ4q5w2yarbxyp6G2d7GYsX24&#10;j62CvoiqicOCqJDGfaeZyHqnpcl3oqzFeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4&#10;n7DBeJ+wwXifsMF4n7DB/5gbA/+XJgj/oi8M/643Ev+5Pxr5xEcn8c5NOOrbU0vg31lg0NpfdsHQ&#10;ZYmzyWuZpsJwpZu9da+RuHu2iLWAvIGyhsB7sI3Ddq6WxXOuocZyra3EcqmwwHKpsMByqbDAcqmw&#10;wHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDA/5kbA/+YJgj/pC4L/7E2Ef69Pxn0yEcl&#10;69RNNuXjUEnZ41dfyd9edLrXZIasz2mWncdto5HAcayGu3Wzfrd6uXe0f71ysoW/bbGNwWqwl8Jp&#10;saXBbLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9/5obA/+Z&#10;Jgj/py0K/7U2D/nBPxfuzkYj5NxMMt3nT0nP6FZewORdcrLeZIKj1GmRlcttnInFcKV/wHOsd7x3&#10;sXC5fLVrt4G4Z7aHumO1kLthtZu8Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5&#10;Y7emuWO3prljt6a5/5sbA/+bJQf/qy0J/7k1DfLHPhXl1UYf2uNJM8/rTknG7VRdt+pcbqjiY32a&#10;2WmKjtJtlITMcZt7yHWhc8R4pm7CfKlpwIGsZb6HrmK9jrBfvZexXryesV68nrFevJ6xXryesV68&#10;nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6x/5waA/+gJAb/sCwI+cA0C+nPPRDa30IdzulJ&#10;M8TxTki78lJarfBbaZ7nY3aS4GmBh9pviX7Uc5B30XeVcc57mWzMf5xoyoOeZMmIoGHHjqJexpWk&#10;XMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rcxpuk/54aA/+lIwX/&#10;tyoF8MgyB9zbNQzO50IfwvFINLj5TEav91FVovVbYpXtZG2K52t2gOJwfXnedYJz23qHbtl+imvX&#10;goxn1YaOZNSLkGHTkJJe0ZaUXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGb&#10;lVzRm5Vc0ZuV/6EZAv+tIQP4vyYD4tQlA87lMw/C8EIhtvpHM6v+S0Ki/lBPl/tbWov1ZWOC8Gxq&#10;euxycHTpeHRv53x3bOWBemjjhHxm4oh9Y+GMf2DgkYFe35aCXN6ag1zemoNc3pqDXN6ag1zemoNc&#10;3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqD/6MZAv+2HQHpzBcBz+MeA8LwMxK1+kAiqf9EMJ3/&#10;ST2V/1BIi/9bUIL9ZVd6+W1ddPZzYW/0eWRr8n5naPGCaWbwhmpk74psYu6ObWDtkm5d7JdwXOub&#10;cVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65tx/6wVAfPDEADR2gsA&#10;we8fBrT7MxOo/zwgm/9CLJD/SDaH/08/f/9aRnj/ZUtx/21PbP9zUmn/eVVm/n5XZP2CWGL8hllh&#10;+4paX/qOW176klxc+ZddW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4&#10;m15b+Jte+rkOAM3LCQDA5g0BsvwgCKf/MxOa/zkdjf8/JoL/Ri56/041c/9YOm3/Yz9p/2xCZf9y&#10;RGL/d0Zg/3xHX/+BSF3/hUlc/4hKW/+MS1r/kExY/5VNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lN&#10;V/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNzcEGAL7QBwCx9g4Cpf8hCZn/LhKM/zQZgP87IHb/Qydt&#10;/0wsZv9UMGL/YDNe/2k1XP9vN1r/dDhZ/3k5WP99Olf/gDtW/4Q7Vf+HPFT/iz1T/5A9Uv+TPlL/&#10;kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+vcUFALDXBQCj/xADmf8i&#10;CYv/KQ9+/zAVc/84Gmn/QB9i/0kjW/9RJlf/WihV/2IqUv9pK1H/byxQ/3MtT/93Lk7/ei5O/30v&#10;Tf+AL0z/hDBL/4gwS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL&#10;/4sw/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8&#10;mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcub/+L/4klDQ19QUk9GSUxFAAcJ/4scBP+IKAj/hDQO/486FP+X&#10;Qhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222z&#10;lNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDk&#10;eJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4&#10;XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/&#10;nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNps&#10;uZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4sc&#10;BP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G&#10;4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcub/4scBP+JKAj/hTMO/5A5FP+YQhz/nksn/59WNP+eYUL/mm1Q/5V3XfeP&#10;gWjxiYty64OSe+d9mILjeJ2I4HSjjN1yqJDbb62T2m6zlthsupjWa8Kb0WnKnMpmypzKZsqcymbK&#10;nMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqc/4wcA/+JJwj/iDIO/5M4FP+bQRz/okon&#10;/6RUNP+iX0P/n2pR/Zp0X/WUfmztjoh454ePgeKAlYrde5qQ2negltZ0pprUcaye0m+yodBtuaPP&#10;bMOmxWfDpsBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6HAaceh/40cA/+K&#10;Jwj/ijEN/5Y3E/+eQBv/pUkn/6dTNP+nXUP/pGhT/KByYvKafHDqlIV944uLiN2EkpHYfpiY03qe&#10;n9B1pKTNcqqoy2+wq8ltuK7CabywvGvAqrdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSl&#10;t23EpbdtxKW3bcSl/40bA/+LJwj/jDAN/5g3E/+gQBv/p0gm/6tSNP+rXET/qWZU+qVwZPCfeXPn&#10;mIKB34+IjdmIj5fSgZWgznubp8p2oa3Hc6ixxXCvtcFtt7e5a7i1s269rrBwwaiwcMGosHDBqLBw&#10;waiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGo/44bA/+LJgj/jjAN/5o2Ev+iPxr/qUgm/65R&#10;NP+uW0T/rGRV+apuZe+ld3blnX+F3JSFktSMjJ3OhJKnyX2Yr8R4nrXCdae5wXSxu7hws7uxb7a4&#10;rHG7salzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+r/44bA/+MJgj/&#10;kC8N/5s2Ev+kPxr/q0cm/7FQNP+xWUT8sGNV9q5sZ+2qdXjjoXyI2ZiDltGQiaPKh4+txYKXtMJ/&#10;oLi+fKi7u3qwvbF0sr2pcrS7pnS5s6N2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+&#10;raN2vq2jdr6t/48bA/+MJgf/kS4M/502Ev+mPhr/rUcl/7NPNP+0WET6tGFW87JqaOyvc3rhpnqL&#10;1p2Ams2UhqfGjY2vv4eUtbqCnLm1f6S8sn2svqt5sb+jdrK9oHi4tZ55va+eeb2vnnm9r555va+e&#10;eb2vnnm9r555va+eeb2vnnm9r555va+eeb2v/48bA/+NJgf/ky4M/541Ef+oPhn/r0Yl/7ZOM/63&#10;V0T3t2BW8LZoaeizcHveqneN0J98nceXg6e/kIqvuIuRtrKGmLqtg6C9qYGpv6V+sMCcebG/mnu3&#10;t5h9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuw/5AaA/+NJgf/lC0M&#10;/6A1Ef+pPhn/sUYk/7hNM/y7VkT1u19W7btnaeO1bn3WrHOPyqN6ncGbgKe4lIewsY+OtquKlbum&#10;h52+ooWlwJ+Er8GWfrDBlH+2uJOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOA&#10;u7KTgLuy/5AaA/+OJgf/lS0M/6E1Ef+rPRj/s0Yk/7pNM/q+VUTzv11W6r9lat+4a37Qr3GPxaZ4&#10;nLuffqeymIWvq5OLtqWOk7ufi5q+m4miwZiIrMKQgq/Cj4O1uY+EurOPhLqzj4S6s4+EurOPhLqz&#10;j4S6s4+EurOPhLqzj4S6s4+EurOPhLqz/5AaA/+OJQf/liwL/6I1EP+sPRj/tUUj/7xMMvjBVEPw&#10;w1xW58Njatq7aX7MsnCPwKp2nLaifKetnIKvpZeJtp6TkLuZj5i+lI2gwZGMqcKLiK7Cioi0uoqI&#10;ubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0/5EaA/+PJQf/mCwL/6Q0&#10;EP+uPRj/t0Uj/79MMvbFU0PuyFtW48ZhatS/aH7Htm6Ou610nLGmeqanoICvn5uGtZiXjruTlZW+&#10;jpKdwYqSp8KGjq7ChI20u4WMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSF&#10;jLm0/5EaA/+PJQf/mSwL/6Y0D/+wPBf/uUQi/MFLMfTJUkLrzVlV38lgas/CZn3CuWyNtrFym6ur&#10;eKaipX6umaCEtZKdi7qMmpO+h5ibwISXpcKAlq/Cf5KzvICRuLWAkbi1gJG4tYCRuLWAkbi1gJG4&#10;tYCRuLWAkbi1gJG4tYCRuLWAkbi1/5IaA/+QJQf/mywK/6c0D/+yPBb/u0Qh+cVLMPHOUUHn0lhU&#10;2s5eacrGZXy9vWuMsLZwmqWwdqWcqnytk6aCtIyjibmGoJC9gZ6Zv32eosF7nq/BeZmzvHqXuLV6&#10;l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1/5IZA/+QJQf/nSsK/6ozDv+1&#10;PBX8v0Qg9MhKLu3TUD/j2FZT09JdaMXKY3u3wmmLqrtvmJ+2dKOVsXqsja2AsoWqh7d/p467eqaX&#10;vnemoL90pq2/c6G0u3SeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1&#10;/5MZA/+RJAf/nysJ/6wzDf+4OxT4w0Me781KLOfaTz3d3lVRzdhbZ77PYnqwyGeJpMJtl5m8cqGP&#10;uHiphrV+sH+yhbV5sIy4dK+Vu3Cvn7xur6y8bau1uW6nubRup7m0bqe5tG6nubRup7m0bqe5tG6n&#10;ubRup7m0bqe5tG6nubRup7m0/5QZA/+SJAf/oioI/7AyDP68OhLyx0Ic6NNJKeHhTDvU41NRxt1a&#10;ZbfVYHipz2aHnclrlJHFcJ6HwXamf758rHi8hLFyuou0bbmTtmq4nLhnt6e4Z7e3tmiyu7Fosrux&#10;aLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7Fosrux/5UYA/+VIwb/pSkH/7QxCvjBOhDr&#10;zkIY4N1HJdXlSzvL51FQveNZY6/eX3Si2GWDltNqj4rOb5l/yHOhdcR4p27BfatpvoSuZb2LsWG8&#10;k7JfvJ2yX7yssWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq1iv76t/5YY&#10;A/+ZIQX/qigG/7kwCPDIOA3h2EAT1ONFJsrrSzvB7E9Ps+hXYKblX2+a4mZ8jtxshoTVcY960HWV&#10;c816m2zKf59nx4SiY8aKpF/EkaZcxJmnWsOkp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKda&#10;xLCnWsSwp1rEsKdaxLCn/5gXAv+eIAT/ryYF+MAuBubQMwjV4TwUyepFKL/ySju18U5Mqe9WW53t&#10;X2iS6mdzh+NtfH7ecoJ22niIcNd9jGvUgpBm0oeSY9GMlV/PkpZczpmYWc6imVjNq5pYzauaWM2r&#10;mljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzaua/5oXAv+lHgP/tyMD7ckmA9beKQbJ6TsX&#10;vvNEKbP4STqo901In/ZVVZT1X2CJ8WhogOxvcHjodXVy5Xp5beJ/fWnghIBl34mCYt2OhF/ck4Zd&#10;25mHWtqhiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJ/5wWAv+t&#10;GwL2wR0B29oTAcnoKQm98zsZsv1DKKb+Rzac/UxDk/1VTYr9X1aB+WldefVwYnPydmdu8Hxqau6B&#10;bWfshm9k64txYeqPcl/plHRd6Jl1Wuegd1jmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4&#10;WOameFjmpnhY5qZ4/6IVAf+3FQDYzwsAyucTArzzKQux/TsZpP9AJpn/RTKP/0s8h/9URH//X0t4&#10;/2lQcf9wVGz9dlhp+3xaZvqBXGP4hl5h94tfX/aQYV72lWJc9ZpjWvSgZFjzpWVY86VlWPOlZVjz&#10;pWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86Vl/60QANbDCADI0woAu/QVA6//Kg2j/zcYl/89&#10;Iov/QyyB/0o0ev9SOnP/Xj9u/2hDaf9vR2b/dUlj/3tLYf+BTF//hU5d/4pPXP+PUFr/k1FZ/5hS&#10;V/+eU1b/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NU2boFAMXHBwC5&#10;2QgArP8XBaL/Kw2V/zMWif85Hn7/QCV1/0grbf9QMGf/WjRj/2U3YP9tOV7/cztc/3g9Wv99Plj/&#10;gj9X/4ZAVv+LQFX/j0FU/5RCU/+aQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+f&#10;Q1H/n0NR/59Dxr4FALfNBQCq5AgBn/8ZBpT/KAyH/y4Te/81GXH/PR5p/0UjYv9NJlv/VilY/18s&#10;Vv9oLVT/bi9T/3MwUv94MVH/fDFQ/4AyT/+EM07/iDNN/4w0TP+SNEv/ljVL/5Y1S/+WNUv/ljVL&#10;/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1t8QDAKnUAgCc+QsCk/8bBYX/Iwp5/ykPbv8xFGX/&#10;ORhd/0EbV/9KHlP/UiBQ/1kiTf9gI0v/ZiRK/2slSf9vJUj/cyZH/3cmRv97J0X/fidF/4IoRP+H&#10;KEP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4sp/4McA/+AJwf/ezMN&#10;/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrq&#10;bLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng&#10;2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932W&#10;aPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/&#10;kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j&#10;2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4&#10;Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN9&#10;6Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4&#10;nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/fTIM/4g3Ef+QPxj/lUki/5dULf+WXzn/k2tF&#10;/453Uf+Iglv6hIxk9X+Ua/F6m3LudqJ363Kne+lvrX/nbLKC5Wq4hORpv4fiaMeJ4GbPitZj1ozP&#10;YtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiK/4QbA/+BJwf/gDEM/4s2Ef+T&#10;Phj/mUci/5xSLf+aXTr/mGlH/5N0U/6Ofl/3iIlp8YKRcu19mHnpeJ9/5XSkhONwqojgbbCM3mu3&#10;j91qv5HbaciT1WbPlctk0ZPGZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSO&#10;/4UbA/+CJgf/gjAM/441EP+WPRj/nEYh/6BQLf+fWzv/nGZI/5hxVvuTfGL0jYZt7oeOd+iAlYDk&#10;epyH4HWijN1yqJHab6+V2G23mdVrwJzSacmeyWXJnsJnzZi+adGTvmnRk75p0ZO+adGTvmnRk75p&#10;0ZO+adGTvmnRk75p0ZO+adGT/4YbA/+DJgf/hS8L/5A0EP+ZPRf/n0Yh/6NPLf+jWjv/oGRJ/51v&#10;WPqYeWXxkoNx6ouMfOSDkobffZmO2nigldZ0p5rTcK6f0W22o89rwKXHZsKnwGjGortqy5u3bM6W&#10;t2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6W/4YbA/+DJgf/hy4L/5M0EP+bPBf/&#10;oUUg/6dNLf+mWDv/pGJK/KFsWfecdmjvloB154+JgeCHkIzagJaV1XqendF1paPNcKyoy221rMdr&#10;vq29aL+suGvDprNtyJ+wb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZ/4ca&#10;A/+EJQf/iS0L/5UzD/+dPBb/pEQg/6pMLf+qVzv+qGBL+KVqWvOhdGrtnH555JOGhtyLjZLVg5Sc&#10;z3ybpct3o6rHdKutxHO1r79wvLC1a7ywsG7BqaxwxqKpcsqcqXLKnKlyypypcsqcqXLKnKlyypyp&#10;csqcqXLKnKlyypypcsqc/4caA/+EJQf/iywK/5czD/+fOxb/pkQf/6xLLP+uVTv7rF9L9apoXO6m&#10;cWznoHp835eCitWOiJjNhY+hx4CXp8J7nqy9eKevunawsbd1urKtcLqyqXG/rKV0xKSjdcmeo3XJ&#10;nqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcme/4gaA/+FJQf/jCsK/5gyDv+hOxX/qUMf&#10;/69LLP+xVDv4sV1L8a9mXOqrb27ho3Z/1Zl9j8yRhJnFioyivoSTqLl/mq20fKOwsHqrs615trSm&#10;dLm0onW9r593w6adecegnXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoJ15x6Cdeceg/4gaA/+F&#10;JQf/jioK/5oyDv+jOhX/q0Ie/7FKK/21Uzv2tVxL7rNkXeWubG/bpXOBzp16j8WVgZm+joiit4iQ&#10;qbGEl66sgJ+xqH6otKV9srWferi2m3m7sZl7waiYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMai&#10;mHzGoph8xqKYfMai/4kaA/+GJQb/kCoK/5wxDf+lOhT/rUIe/7RKK/u4UjrzuVpL6rhiXuGxanDT&#10;qXCByKB3j7+Zfpm3koWisIyMqaqIlK6lhJyyoIKktZ2BrraZf7e3lH26s5N/wKqSf8Wjkn/Fo5J/&#10;xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wj/4kZA/+GJAb/kSkJ/50xDf+nORT/r0Id/7ZJ&#10;Kvi8UDrwvVlL57xhXty1Z3HOrG+Bw6R1jrmcfJmxloKiqpGKqaOMka6eiZmymYahtZaFq7eThba3&#10;joG5tI6Dv6uNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWNg8Sl/4kZA/+HJAb/&#10;kykJ/58xDf+pORP/sUEc/7lJKfbATzntwldK5L9fXda5ZnDJsG2AvqhzjrSgepmrmoCipJWHqZ2R&#10;jq6XjpaykouftY+KqbeMirS4iIa4tYiHvqyIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfD&#10;poiHw6aIh8Om/4oZA/+HJAb/lCkJ/6EwDP+rORL/tEEc/LtIKPTDTjjrx1ZK4MNeXdG8ZW/Es2uA&#10;uatxja+kd5imnn6hnpqEqJeWjK6Rk5SyjJGctYiPpreFj7G4goy3toKMvq2DjMOmg4zDpoOMw6aD&#10;jMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOm/4oZA/+IJAb/ligI/6MwDP+tOBL/tkAb+r5IJ/HH&#10;TjfnzFVI3MdcXMy/Y2+/t2l/tLBwjKmpdZego3ugmJ+CqJGbia2KmZKyhZaatYGVpLd+la+3e5K3&#10;tn2Rva59kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKn/4sZA/+JJAb/mCgI&#10;/6UvC/+wOBH/uUAZ+MJHJu7LTTXk0FRG1ctbW8fDYm66u2h+rrRui6Ouc5aaqXqfkqWApoqhh6yE&#10;n4+xfp2YtHqcobZ4m6y2dZq3tneYva54lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iW&#10;wqd4lsKn/4wYA/+KIwb/micH/6cvCv+zNw/8vT8Y88ZGI+rQTDLg1VJFz89ZWsHIYGy0wGZ8qLps&#10;ip20cpWUsHiei6x+pYOohap9poyveKSVsnSjn7Rxo6q1b6S5tHCgvq1yncKncp3Cp3KdwqdyncKn&#10;cp3Cp3KdwqdyncKncp3Cp3KdwqdyncKn/4wYA/+MIgb/nScH/6ouCf+2Ng73wT4W7cxGIOTYSy7Z&#10;3FBEydRYWLvNXmuuxmV6osBqiJe7cJKNt3WbhLN8on2xg6h2r4qsca2Tr22tnbFqramyaa23sWqp&#10;v6xrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOm/40YAv+PIAX/oCYG/64t&#10;CP27NQzxxz0T5dNEHN3gSC3Q4U9CwttWVrTTXWinzWN4mshohY/Dbo+FwHSYfb16nna6gaRwuYmo&#10;a7iSqme3nKxluKitY7i2rWS1wallsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRl&#10;sMWk/44XAv+THwT/pCUF/7MsBvfBMwnozjwP3N5AGdDlSC7H5U1CueBVVKzbW2Wf1WF0ktBmgYfN&#10;bIt+ynKTdsh5mW/GgZ5qxYmiZcWSpGLEnaZfxKenXcS0p17DxKRfvcigX73IoF+9yKBfvcigX73I&#10;oF+9yKBfvcigX73IoF+9yKBfvcig/5AXAv+YHQT/qSME/7kpBO7IMQbd2jQK0ORBG8brRy686kxB&#10;sOZTUqPjWmGX4GFujN1oeYLbboJ62XWJctV8j2vSgpNlz4iXYM2PmlzMl5xay6CdWMurnVfLup1Z&#10;zMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZ/5IWAv+dHAP/ryAC9sAlAuLT&#10;JAPQ4zIMxexAHbrxRy+w70s/pe1RTprrWlqP6mJlhehqbn3ncnV143h7b+B+gGndhIRk24qHYNmR&#10;iV3YmIta1qCNWNaojlbVtI5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGO&#10;/5QVAv+kGQL/txwB6csWAdHhHQLF7DEOuvVAHq73RS6j9Uo8mvRQSJDzWlOG82NbfvJsYnfxc2hx&#10;7nptbOuAcGfphnNj54x2YOaSeF3kmHpa4557WOOlfVbir35U4bh+VOG4flThuH5U4bh+VOG4flTh&#10;uH5U4bh+VOG4flThuH5U4bh+/5gTAf+tFAHzww8A0tgLAMTsHgS49jERrf0+HqL9QyuX/Eg3jvxP&#10;QYX8WUl9/GNQd/xtVnD7dFpr+XpeaPeBYWT1h2Nh841lX/KTZ13xmWha8J5pWO+la1bvrWxU7rRt&#10;VO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRt/6MQAPG5DADOyQkAxN8LALb3Hwas&#10;/zISoP87HZT/QSeK/0cxgf9OOXr/WD9z/2JFbv9sSWn/c0xm/3pPY/+AUWD/hlNe/4xUXP+SVVr+&#10;mFdZ/Z1YV/ykWVX7q1pU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7Fb8K8I&#10;AM2/BwDAzQgAtO4OAqn/IQif/zERkv83Gof/PiJ9/0Updf9NMG7/VTVp/2A5Zf9qPGH/cT5f/3dA&#10;XP9+Qlr/hENZ/4lEV/+PRVb/lEZV/5pHU/+gSFL/p0lR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR&#10;/61KUf+tSlH/rUpR/61Kz7gEAL7DBQCy1AYApv4QA5z/IwiQ/y0PhP8zFnn/Oxxw/0Miaf9KJ2L/&#10;Uipd/1wtWv9lMFj/bTFW/3MzVP95NFP/fjVS/4Q2UP+JN0//jjhO/5M4Tf+ZOUz/oDpL/6Y6S/+m&#10;Okv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6v7wDALDKAwCj3AMBmf8SA4//IgiC/ygN&#10;dv8vEm3/Nxdl/z8bXv9HHlj/TiFU/1cjUf9fJU7/ZSZN/2wnS/9xKEr/dilJ/3sqSP+AKkf/hStG&#10;/4krRf+OLET/lCxD/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otscIBAKPS&#10;AACV6wMBjP8TA4D/HAZ0/yMKaf8qDmD/MhJZ/zoVU/9CF07/SRlL/1EaSP9YHEb/XR1E/2MdQ/9n&#10;HkH/bB9A/3AfP/90ID7/eCA9/3wgPP+BITv/hyE7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wi&#10;O/+MIjv/jCI7/4wi/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/&#10;e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b&#10;5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tT&#10;J/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v&#10;7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3odA/92KAb/&#10;cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhr&#10;tGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT&#10;/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b5nPd&#10;W+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3ocA/93Jwb/dDIL/382D/+GPRX/i0cd/45RJ/+M&#10;XjH/iWs8/4V3Rv+Bg07/fY9W/3mYXPx1oGH5cqZl92+tafVss2zzarlv8mjAcfBmyHPsZM116GHU&#10;duNf3nfbXeN51V3ldtVd5XbVXeV21V3ldtVd5XbVXeV21V3ldtVd5XbVXeV2/3scA/93Jwb/dzAK&#10;/4I1Dv+KPBX/j0Yd/5JPJ/+RXDL/jmg9/4p0SP+GgFL/gYta/H2VYfh4nWf1dKRt8nGqcfBusHTu&#10;a7Z37Gm+eupnx33nZc5/4mLWgNlf3YHQX+B+zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje8xg&#10;43vMYON7/3wcA/94Jgb/ei8K/4UzDv+NOxT/kkQc/5ZOJ/+VWjL/kmU+/45xSv+KfVX+hYhe+YCS&#10;Z/R7mm7wdqFz7XKneOpvrn3obLSA5mm8g+RnxobhZc+I2WLXis9h2YjIYt2CxGPgf8Rj4H/EY+B/&#10;xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B//30bA/95Jgb/fC4K/4gyDv+QOhT/lUMc/5pMJ/+ZWDP/&#10;lmM//5JuTP+Oelf8iYVi9YSPa/B+l3PseZ566HSlgOVwq4XibLOJ4Gq7jN5oxo/aZtGSzmLRksdk&#10;1YzBZduGvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2C/30bA/96Jgb/fywK/4sx&#10;Df+TOhP/mEIc/51LJv+dVjP/m2FA/5dsTfuSdlr3jYFm8oiMcOyClHnne5uB43WiiN9xqY7cbbGS&#10;2Wu7ltdpyJnMZMubxWXOl8Bn0pG6aNiKtmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24a2&#10;aduG/34bA/97Jgb/gSsJ/40xDf+VORP/m0Ib/6BKJv+hVDP/n19B+5xpT/aXc13xkn5q7IyIdeeF&#10;kYDifpiJ3Xigkdhyp5fSba+dz2y5n8xrxaDDZ8egvGjLm7dq0JSybNWNr2zZia9s2YmvbNmJr2zZ&#10;ia9s2YmvbNmJr2zZia9s2YmvbNmJ/34aA/97JQb/gyoJ/48wDP+YOBL/nkEb/6NJJv+mUjP9pF1B&#10;96FnUPGccV/rl3tt5Y+Det6Hi4bVfpKRz3iZl8p0oZzHcaqfw2+zocFuv6O6a8Wjs2vIn69tzZir&#10;b9KRqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaM/38aA/98JQb/hikI/5IvDP+b&#10;OBL/oUAa/6dIJf+qUTL5qVtB86ZkUeyibmHlmnZw3JF+f9KJhovLgo2TxX2VmcB4nZ68daWhuXOu&#10;pLZyuaWycMOmq2/Goqhxy5ukc9CTonTUjqJ01I6idNSOonTUjqJ01I6idNSOonTUjqJ01I6idNSO&#10;/4AaA/98JQb/iCgI/5QvC/+dNxH/pD8Z/6pHJP2uTzL2rVlB76tiUuema2LennJz0pV6gcqNgovD&#10;h4qTvYGRmrd9mZ+zeaGjr3eqpqx2tKeqdsGoo3PDpaB1yZ6ed8+WnHfSkZx30pGcd9KRnHfSkZx3&#10;0pGcd9KRnHfSkZx30pGcd9KR/4AaA/99JQb/iicI/5YuC/+fNhD/pz8Y/61HI/uyTjHzsldB67Fg&#10;UuKqaGTWonB0zJl3gcOSf4u8i4aUtYaOmq+BlaCqfp2kpnump6N6sKmhebypm3fBqJl5x6CYes2Y&#10;l3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GT/4EaA/9+JAb/jCYH/5guCv+iNhD/&#10;qT4Y/69GI/i1TTDwt1ZA57VeUt2uZmTQpW5zxp11gL2WfIu1kIOUroqLm6iGkqCjgpqln3+jqJt+&#10;raqYfbmrlHvAqpN9xqKSfsyZkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CU/4EZ&#10;A/9+JAb/jSYH/5otCv+kNQ//rD0X/rJFIva4TDDtvFRA5LhdUdeyZGPLqWxzwKFzgLeaeouvlICT&#10;qI+Im6KKj6Cch5ell4SgqJSCqaqRgrWrjYG/q42BxaSMgsubjILPlYyCz5WMgs+VjILPlYyCz5WM&#10;gs+VjILPlYyCz5WMgs+V/4IZA/9/JAb/jyUH/5wtCf+mNQ7/rj0W/LVFIfO8Sy7qwVI/4LxbUdG1&#10;Y2PGrWpyu6Vxf7Ked4qpmH6TopOFmpuPjaCWjJWlkYmdqI2Hp6uKh7Ksh4e/rIaGxKWHhsqch4bO&#10;l4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6X/4IZA/+AIwX/kSUG/54sCf+oNA3/sTwV&#10;+rhEH/C/Sy3nxVE93MBaUM24YWLBsGhxtqlvfqyidYmknXySnJiCmpWUiqCPkZKlio6bqIaNpauD&#10;jLCsgY2+rICLw6aBi8mdgYvNmIGLzZiBi82YgYvNmIGLzZiBi82YgYvNmIGLzZiBi82Y/4MZA/+C&#10;IgX/kyQG/6AsCP+rMw3/tDwU97xDHu7ESivkyVE71cRYT8i8YGG8tGdwsa1tfaenc4meonmSlp2A&#10;mY+aiJ+Jl5Ckg5SYqH+Toqp8kq2repK7rHqRw6Z7kMmefI/NmHyPzZh8j82YfI/NmHyPzZh8j82Y&#10;fI/NmHyPzZh8j82Y/4MYAv+EIQX/lSQG/6IrCP+tMwv+tzsS9MBCHOrJSSjgzU850MdXTsPAXmC3&#10;uGVvq7JrfKGscYeYp3iQkKN+mImghZ6CnY2jfZuWp3iZoKl1mauqc5m4q3OYw6Z1lsmedpXNmXaV&#10;zZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2Z/4QYAv+HIAX/lyMF/6UqB/+xMgr7uzoQ8cVB&#10;GefPSCXb0k04y8tVTL3EXV6xvmNupbhqe5uyb4aSrnaPiap8loKng5x7pIuhdqKUpXGhnaduoKmp&#10;bKG2qW2hw6ZvncmecJzNmHCczZhwnM2YcJzNmHCczZhwnM2YcJzNmHCczZhwnM2Y/4UYAv+KHgT/&#10;miIE/6gpBv+1MAj2wDgO68tAFeHYRiDT2Es2xdBUS7fJW1yrw2Jsn75oeJS5boOLtXOMg7J6k3uv&#10;gZl1rYmeb6uSomuqnKRoqqelZqq0pmarxaRopsqcaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTN&#10;l2mkzZdppM2X/4YXAv+NHAT/niEE/6wnBf26LwbvxzYK49Q+ENjfQx/L3ko0vtZSSLDQWlqkymBp&#10;mMZmdo3BbICEvnKJe7t4kHS5f5Vut4eaabaQnWW1m6BitKahYLWzoV+2xaBhscyaYq7PlWKuz5Vi&#10;rs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+V/4cXAv+RGgP/oiAD/7IlA/XAKwTmzzEG2N44D8zl&#10;QyDD4kkztt5RRqnYWFec0l5lkM5kcobLanx8yHCEdMZ3im7Efo9ow4eUY8KQl1/Bm5lcwaaaW8Kz&#10;m1rDxZpbvs+VXLrSkVy60pFcutKRXLrSkVy60pFcutKRXLrSkVy60pFcutKR/4kWAv+WGQL/qB0C&#10;/rghAuzJIgLZ3SUEzOU3EcLqQyK350gzrORPRKDgVlOU3V1giNpja37WanV11HB9btJ3g2fRf4hi&#10;0IeLXtCRjlrQnJBY0KeRVtC1klXSx5FWzdSOVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI&#10;1otWyNaL/4sVAv+dFwH/rxkB9MEYAd3YEQDM5SYFwe43E7bvQiOr7UcyoetMQJbpVU2L511YguZl&#10;YXnkbGly5HRvbON8dGfihHhi4o17XuKVflvgnoBY36eCVd6xg1PevoNS3tKDUdncglHZ3IJR2dyC&#10;UdncglHZ3IJR2dyCUdncglHZ3IJR2dyC/48TAv+kEwH+uBIA1swLAMzkEQHA7yYHtfU4Far0QCKf&#10;80YwlfJLPIzxVEaC8F1PevBmVnTwblxu73Zhae9+ZGXvhmhh745qXu6WbVvtnm9Y66VwVuuucVTq&#10;uHJS6sdzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVz/5gQAf+uDgDUwQkAyc8J&#10;AL7wEgKz+ScKqfs4FZ77PiGT+0QsifpKNYH6Uz55+l1FcvpmSm36b05o+nZSZPp+VWH6hldf+45a&#10;XPqWW1r5nV1X+KVeVfesYFP3tWFS9sFhUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ&#10;9spi/6MLANa4BgDGxAcAu9QJALD8FAOm/ykLnP81FZD/Ox6G/0Imff9JLnX/UTRv/1s6af9lPmX/&#10;bkFi/3VEX/98Rlz/g0ha/4tJWP+TS1b/m0xV/6JNU/+pTlH/sU9Q/7tQT//DUU//w1FP/8NRT//D&#10;UU//w1FP/8NRT//DUU//w1FP/8NR2q8CAMa8BQC5yQUArdsIAKP/FwSa/ysLjv8xEoP/OBp5/0Ag&#10;cP9HJmn/Tytj/1gvX/9iMlz/azRa/3I2WP94OFb/fzlU/4Y7Uv+NPFH/lT1P/5w+Tv+jPk3/qj9L&#10;/7NASv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lByLUCALjBBACr0AMAn+sJAZb/&#10;GgWL/yYKf/8tD3X/NRVs/z0aZf9EHl7/TCJY/1QlVf9dJ1L/ZSlQ/2wqTv9zK03/eSxM/38tSv+F&#10;Lkn/jC9I/5IwR/+ZMEX/oDFE/6kyQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64y&#10;uLoCAKrIAACd2QAAkv8MAon/GgR9/yEIcv8oDGj/MBBg/zgUWv9AF1T/SBpP/08cTP9XHUn/XR5H&#10;/2MgRf9pIET/byFC/3QiQf96IkD/gCM//4YkPv+MJD3/kiU8/5klO/+eJjv/niY7/54mO/+eJjv/&#10;niY7/54mO/+eJjv/niY7/54mq8EAAJ3QAACP4QAAhv8OAnr/FQNu/xwGZP8jCVz/KwxV/zMPT/87&#10;EUn/QhNG/0kUQv9PFkD/VRY+/1oXPP9fGDv/ZBg5/2gZOP9tGTf/cho2/3caNf98GjT/gRsz/4gb&#10;Mv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40b/3AeA/9sKQb/aTMJ/3I3Df95PhL/&#10;fUcZ/4BRIf9+Xyn/fG0y/3l7Of92iED/c5NF/3CdSv9upk7/a61R/2m0U/9ou1X/ZsNX/2PHWfth&#10;zFv3X9Nc817dXfBc417rW+lf51nvYOVZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf/3Ae&#10;A/9sKQb/aTMJ/3I3Df95PhL/fUcZ/4BRIf9+Xyn/fG0y/3l7Of92iED/c5NF/3CdSv9upk7/a61R&#10;/2m0U/9ou1X/ZsNX/2PHWfthzFv3X9Nc817dXfBc417rW+lf51nvYOVZ8V/lWfFf5VnxX+VZ8V/l&#10;WfFf5VnxX+VZ8V/lWfFf/3AeA/9sKQb/aTMJ/3I3Df95PhL/fUcZ/4BRIf9+Xyn/fG0y/3l7Of92&#10;iED/c5NF/3CdSv9upk7/a61R/2m0U/9ou1X/ZsNX/2PHWfthzFv3X9Nc817dXfBc417rW+lf51nv&#10;YOVZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf/3AeA/9sKAb/azEJ/3U2Df97PBL/f0YZ&#10;/4NQIf+BXir/fmsz/3t4O/94hkL/dZJI/3KbTf9wpFH/baxU/2uyV/9puVr/Z8Fc/GXHXvhizF/1&#10;YNNh8F7dYuxc5GPoW+lk4lrvZOBa8GLgWvBi4FrwYuBa8GLgWvBi4FrwYuBa8GLgWvBi/3EdA/9t&#10;KAb/bjAJ/3g0DP9/OxL/g0QZ/4dOIf+GWyv/g2g0/391Pf98gkX/eY5M/3aZUv9yoVb/b6la/m2w&#10;Xvxqt2H7aL5j+WbGZfRjzGfwYdNp61/ea+Zd5WzgW+lt2VzuaNZc72fWXO9n1lzvZ9Zc72fWXO9n&#10;1lzvZ9Zc72fWXO9n/3IdA/9uKAb/cS4J/3syDP+DOhH/h0MY/4pMIf+KWSv/h2U1/4NyP/9/fkj/&#10;fItQ/3mWVv91n1z9cqZg+m6tZPhstGj2abxr9GfFbfBkzHDrYdNy5V/fc95c5XTWXOhxz17tbM1e&#10;7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5r/3McA/9vJwb/dC0I/34xDP+GORH/i0IY/45L&#10;If+OViv/i2M2/4dvQf+De0v/f4dT/nySW/x4nGH5dKRn9nCra/Ntsm/xarpz72jDdutlzHjmYtV6&#10;3l/ffNNd43vNX+Z2x2DqcMZg7G7GYOxuxmDsbsZg7G7GYOxuxmDsbsZg7G7GYOxu/3QcA/9wJwb/&#10;disI/4EvC/+JOBD/jkAY/5JJIf+TVCz/kGA3/4xsQ/+Hd037g4NX+H+OYPZ6l2fzdqBu8HKoc+1u&#10;r3jra7h86GjCf+ZmzYLfYtiE0V/chcpg4H/FYeN6v2PodL5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPp&#10;cr5j6XK+Y+ly/3QcA/9wJgb/eSoI/4UuC/+NNxD/kj8X/5ZIIP+XUiz/lV44/pFpRPqMdFD1h39b&#10;8oKJZe59k27qd5t153KjfORuq4HharOG3me9itplyo3SYtSOyGLYisJj3IS8ZeB+t2bleLZm5na2&#10;ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2/3UbA/9xJgb/fCgH/4gtCv+QNg//lj4W/5pHIP+c&#10;UCv/mls4+ZdmRfSScFLvjHtf6oWFauV+jXTgeJV923KdhdRtpIvQaq2OzWi3kMtow5HIZ9GSv2XU&#10;j7ln2Ym0aN2CsGnifK5q5HmuauR5rmrkea5q5HmuauR5rmrkea5q5HmuauR5/3YbA/9yJgX/fycH&#10;/4osCv+TNQ7/mT0W/55GH/+hTiv7oFk49ZxjRu+YbVTokHdi4oh/b9qAh3vSeo+DzXWXiclxn43F&#10;bqiRwmyxk79rvJW9a8uVtmnQlLFr1Y2sbNuGqG3gf6dt4nynbeJ8p23ifKdt4nynbeJ8p23ifKdt&#10;4nynbeJ8/3YbA/9zJQX/gSYH/40sCf+WNA7/nTwV/6FEHv6lTCr3pVc48KJhR+mcalbhlHJl2Ix7&#10;c8+Fg3zJf4uEw3qTir92m4+6c6OTt3CslrRvt5exb8SYrG3NmKlv05ClcNiJoXHegqBx4H+gceB/&#10;oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB//3cbA/90JQX/gyUG/5ArCf+ZMw3/oDsU/6VDHfupSynz&#10;qlQ47KheR+OhZ1famW9nz5F4c8eKgH3BhIiFu3+Pi7V6l5Cxd5+UrXSol6pzspmncr+apHLLmqFz&#10;0JOedNaMm3XchJp13oGadd6BmnXegZp13oGadd6BmnXegZp13oGadd6B/3gaA/92JAX/hiMG/5Iq&#10;CP+bMgz/ozoT/6hCHPitSijwr1I356xcR96lZFjRnW1myJV1c8COfH25iYSFs4OMjK1/k5Gpe5uV&#10;pXmkmaF3rpuedrqcnXfKnJl3z5aXeNSOlXjbhpR43YOUeN2DlHjdg5R43YOUeN2DlHjdg5R43YOU&#10;eN2D/3gaA/94IwX/iCMG/5QqCP+eMQv/pjoS/qtCG/WwSSfstVA247BaRtipY1fMoWtmwppycrqT&#10;enyzjYGFrIiJjKaEkJGhgJiWnX2hmpl7qpyWe7adlHvGnpJ7zZiRfNOQj3zZiI983IWPfNyFj3zc&#10;hY983IWPfNyFj3zchY983IWPfNyF/3kaA/96IgX/iiIF/5YpB/+gMQv/qDkR+69BGvK0SCbpuU80&#10;37RZRdKtYVbHpWllvZ5wcrSXd3ytkX6FpoyGjKCIjZGahZWWloKempKAp52Pf7OejYDCnouAzJqL&#10;gdKSioDYiYmA24aJgNuGiYDbhomA24aJgNuGiYDbhomA24aJgNuG/3kaAv97IQT/iyIF/5goB/+j&#10;MAr/qzgQ+bJAGO+4RyTmvU4z27hXRM2wYFbCqWdkuKJuca+bdXunlnyEoJGDi5qNi5GUipOWj4eb&#10;mouFpZ2IhLCfhYS/n4WFy5uFhdGThYXYioSE2oeEhNqHhITah4SE2oeEhNqHhITah4SE2oeEhNqH&#10;/3oZAv99IAT/jSEF/5soBv+lLwn/rjcO9rY/F+y8RiLjwU4w1bxWQ8i0XlW9rGZjs6ZscKqfc3uh&#10;mnqEmpaBi5SSiJGOj5CWiYyZmoSKo52Biq6ffoq8n36Kypx/itCUf4nWi3+I2Yh/iNmIf4jZiH+I&#10;2Yh/iNmIf4jZiH+I2Yh/iNmI/3oZAv9/HgT/kCEE/50nBf+oLgj+sjYN87o+FenBRR/fxUwv0L9U&#10;QsS3XVO4sGRirqpqb6SkcXqcn3eDlJt+io6YhpCHlY6VgpKXmX2QoJx6j6ueeI+5n3eRyp15kM+V&#10;eY7WjHmN2Il5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJ/3sZAv+BHQT/kiAE/6AmBf+rLQf7&#10;tTUL8L49EubHRBzayUkuy8NTQb68W1KztWJhqK9pbp+qb3iWpXWBjqF8iYeeg4+Bm4uUe5mUmHeX&#10;nptzlqmdcZa2nnCXyJ1yls+Vc5TVjHST2Il0k9iJdJPYiXST2Il0k9iJdJPYiXST2Il0k9iJ/3wY&#10;Av+EHAP/lR8D/6MlBP+vLAb3ujMJ7MQ7D+LOQhjTzkgsxsdSQLnAWlGtumFfo7RnbJmwbXeQq3SA&#10;iKh6h4GlgY16oomSdaCSlnCem5lsnqebap60nGmfxZtsntCUbZrWjG2Z2IltmdiJbZnYiW2Z2Ilt&#10;mdiJbZnYiW2Z2IltmdiJ/30YAv+HGgP/mB4D/6YjA/+zKQTzwDEH58s4C93YOhbN0kYqwMxQPrPG&#10;WE+nwF9dnLtlapK3a3SJs3F9ga94hHqtf4p0qoePbqmPk2mnmpZmp6WYY6eymWKow5hlp9GTZqPW&#10;i2eh2YlnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJ/34XAv+LGAL/nBwC/6shAvu5JgPtxywE&#10;39UxBtPeORTG2EQoudFOO6zMVkygx11alcJjZ4u/aXGCu295erh2gHO2fYZttIWLaLOOj2OymJJg&#10;saSTXrKxlFyywpRestOQX6zZiWCq2oZgqtqGYKrahmCq2oZgqtqGYKrahmCq2oZgqtqG/38XAv+Q&#10;FgL/oRoB/7EdAfTAIAHj0SAB098sBsniOxS+30QlstlMOKXTVEmZz1tXjsthY4TIaGx7xW51c8N1&#10;e2zBfIFnwISFYr+OiV6+mItavqSNWL6xjle/wo1Yv9eLWbjchVm23YNZtt2DWbbdg1m23YNZtt2D&#10;Wbbdg1m23YNZtt2D/4EWAv+VFAH/pxYB/bgXAOnLEQDT3xYByOcsB77mOxaz5EQlqOFLNZzdUkSR&#10;2VlShtVgXXzTZmZ00W1ubM90dGbOfHlhzYV9XMyOgFnMmYNWzKWEVMyzhVPNxIVTzd2DU8bgflTD&#10;4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9/4cTAf+cEgH/rhEA2sIKANDSCgDH6BgBvOws&#10;CrLrPBeo6kMlnehIM5LmUECI5FlLfuJgVHbhaFxv4G9iaN93aGPef2xe3ohwWt6Rc1fem3VU3qd3&#10;Ut+0eFDfxHhP4N54T9bldU/T53RP0+d0T9PndE/T53RP0+d0T9PndE/T53RP0+d0/48PAf+kDgDb&#10;uAgAzcUJAMXVCgC68RoDsPItDKbxOxib8EEkke9HL4fuTjp+7lhDd+1hSnDtaVBq7HFVZex5WWHs&#10;gVxd7IpfWuyTYVftnWNV7adlUu2zZlHuwGdP79RoTuvmaE3o6GhN6OhoTejoaE3o6GhN6OhoTejo&#10;aE3o6GhN6Oho/5kLAN2uBADMvAYAwckHALjbCgCt+BwEpPgvDZn4OReP+D8hhfhGKnz4TTJ191c5&#10;bvdgP2n3aUNk+HFHYfh5Sl34gUxa+IlPWPiSUVb5m1JT+aVUUfqvVVD6u1ZO+spXTfvjV0z76VdM&#10;++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lX5aUAAM60BAC/vwUAtM4GAKrrDQGg/x8Gl/8vDYz/&#10;NhWC/z0deP9EJHD/TCpq/1QvZf9eM2H/Zzdd/285Wv92PFj/fj5W/4Y/U/+OQVH/l0JQ/6BDTv+p&#10;RU3/s0VL/75GSv/QR0n/3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ/9xH0a4AAL+5AwCyxQMA&#10;p9UFAJz9DwKU/yIGif8rDH7/MhJ1/zoYbP9CHWX/SSJf/1ElWv9aKFf/YytU/2stUv9yL1D/eTBP&#10;/4AxTf+IMkv/kDRK/5g1SP+hNUf/qjZG/7M3RP+/OET/xThE/8U4RP/FOET/xThE/8U4RP/FOET/&#10;xThE/8U4wbMAALK+AgClzAEAmd0DAJD/EgKG/x8Fe/8nCnH/Lg5o/zYTYf8+F1r/RhpV/00dUf9V&#10;H07/XSBL/2QiSf9rI0f/cSRG/3glRP9/JkP/hidB/44oQP+WKD//nik9/6cpPP+wKjz/tCo8/7Qq&#10;PP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7Qqs7gBAKXGAACX1QAAi+8EAYT/EwJ3/xoEbf8iB2T/Kgtc&#10;/zIOVf85EVD/QRNL/0gVSP9PF0X/VhhC/1wZQP9hGj7/Zxo8/20bO/9zHDn/eRw4/4AdNv+IHTX/&#10;jx40/5ceMv+gHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+kHzL/pB8y/6QfpsAAAJfOAACJ3gAAf/8H&#10;AXT/EAJp/xUDX/8cBVf/JAhQ/ywKSv8zDEX/Ow5B/0EPPf9HEDr/TRE4/1IRNv9XEjT/XBMy/2ET&#10;Mf9mFC//axQu/3EVLf93FSz/fRUq/4MWKf+LFin/jhYp/44WKf+OFin/jhYp/44WKf+OFin/jhYp&#10;/44W/2YgA/9hKgX/YTMI/2k2C/9uPQ//cUYV/3NRHP9zXiP/cG0p/258MP9riTX/aZY5/2ehPf9m&#10;qkD/ZLJC/2O5RP9hwkb/YMhH/17NSP9c1Er/W95L+1nkTPdY6kz0V+9N8FbzTexV+E3sVfhN7FX4&#10;TexV+E3sVfhN7FX4TexV+E3sVfhN/2YgA/9hKgX/YTMI/2k2C/9uPQ//cUYV/3NRHP9zXiP/cG0p&#10;/258MP9riTX/aZY5/2ehPf9mqkD/ZLJC/2O5RP9hwkb/YMhH/17NSP9c1Er/W95L+1nkTPdY6kz0&#10;V+9N8FbzTexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN/2YgA/9iKgX/YzEI/2s1C/9w&#10;PA//c0UV/3VPHP92XSP/c2wq/3B6Mf9thzb/a5Q7/2mfP/9oqEL/ZrBF/2S4R/9jwEn/YcdK/1/M&#10;TP9d0038XN5O+VrkT/VZ6lDxWO9R7Vf0UelX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ&#10;/2cfA/9jKgX/ZTAI/24zC/90Og//d0MV/3lOHP96WiT/d2gr/3R2M/9xhDn/bpA//2ybQ/9qpUf/&#10;aK1K/2e2TP9lvk7/Y8VQ/2HLUv1f0lT5Xd1V9FvkVvBa6lfrWPBY51j1V+NZ+lTjWfpU41n6VONZ&#10;+lTjWfpU41n6VONZ+lTjWfpU/2gfA/9jKQX/aC4H/3EyCv93OA//e0IV/31MHP9+WCT/e2Yt/3dz&#10;Nf90gDz/cYxC/2+XR/9soUv/aqpP/2iyUv9nu1T/ZcRW/mLKWPlg0Vr1Xtxc8FzkXepa617mWfFf&#10;4lr1W9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX/2keA/9kKQX/ay0H/3QwCv97Nw7/&#10;f0EV/4FKHP+CVSX/f2Mu/3twNv94fD7/dYlF/3GUS/9vnlD/bKZU/2quWP1ot1v8ZsBd+mTJYPVh&#10;0GLwXtxj6lzlZeVb7GbeWvBj2Fv0YNFd+FvRXfhb0V34W9Fd+FvRXfhb0V34W9Fd+FvRXfhb/2ke&#10;A/9lKAX/bisH/3guCv9/Ng7/gz8U/4VIHP+HUyX/hGAv/4BsOP98eUH/eIVJ/nSQUPtxmVb5bqJa&#10;+GuqX/ZosmL0Zrtl82TFaPBi0GvqX91t413nbttb6m3TXO9ozV7zZMhf91/IX/dfyF/3X8hf91/I&#10;X/dfyF/3X8hf91/IX/df/2oeA/9mKAX/cSkH/3ssCf+DNQ3/hz4U/4pHG/+MUCX/iV0v/4VpOv2B&#10;dUT6fIBN93iLVfRzlVzxb51i72ylZ+1prWvrZrZv6GPAcuZhzHXjYN931lzkeM5e6XLJX+1txGDw&#10;aL9i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRj/2sdA/9nJwX/dCcG/38rCP+HMw3/jDwT&#10;/49FG/+RTiX/j1ow/ItmO/iGcUbzgXxR73yHWux2kGLocZhp5WygcOFoqHXeZLB622K6fthhx3/U&#10;Ydp/y1/hfsRh5Xe/Yulyu2PtbbZk8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk8We2ZPFn/2wdA/9q&#10;JgX/dyYG/4IqCP+KMgz/kDsS/5NDGv+WTCT9lVcw95FiPPKMbUnshnhU53+BX+J4imnccpJy1m2a&#10;eNJqonzOZ6t/y2a0gcllv4PHZM6EwWPdg7pk4ny2ZuZ2smfqca5o72quaO9qrmjvaq5o72quaO9q&#10;rmjvaq5o72quaO9q/20cA/9sJAX/eiQF/4UpB/+OMQv/lDkR/5hCGf+bSiT4m1Qw8pdfPeuSakvl&#10;inNY3oJ8ZNV8hW7Pdo11ynKVesZunX7DbKWCv2qvhL1puYa6aMeHt2jah7Fo3oGtaeN6qWvodKZr&#10;7G2mbO1tpmztbaZs7W2mbO1tpmztbaZs7W2mbO1t/20cA/9uIwT/fSIF/4goB/+RMAr/mDgQ/5xA&#10;GPufSSP0oVIv7Z1cPeWWZkzdjm9a04d4ZcyBgW7Ge4l2wXeRe7xzmYC4cKGEtW6qh7JttImvbMGK&#10;rWzSiqhs3IWlbeF+om7ld59v63Cfb+twn2/rcJ9v63Cfb+twn2/rcJ9v63Cfb+tw/24cA/9xIgT/&#10;fyEF/4snBv+ULwn/mzcP/6A/F/ikRyHwp08u6KJaPd+bY03UlGxay4x1ZcSGfW++gIV2uHyNfLN4&#10;lYGvdZ2Fq3Kliahxr4ulcLuMo3DLjaBx2Yidcd+Bm3Lkeplz6XKZc+lymXPpcplz6XKZc+lymXPp&#10;cplz6XKZc+ly/28bA/9zIAT/giAE/44mBv+XLgj/nzYO/aQ+FfSoRiDsrE0t46dYPNmgYUzNmGpZ&#10;xZFyZb2Lem62hYJ2sICJfat9kYKneZmGo3eiip91q42cdLeOmnTGj5h11ouWdt2DlHbifJN253SS&#10;duh0knbodJJ26HSSduh0knbodJJ26HSSduh0/28bAv91HwT/hB8E/5AlBf+aLQj/ojUM+qg9FPGs&#10;RR7osEwr36tXO9KkX0vInGhZv5VvZLePd26win92qoWGfaSBjoKffpaHm3uei5d5qI6UeLOPknjC&#10;kJF61Y2PetuFjnrhfo165naNeuZ2jXrmdo165naNeuZ2jXrmdo165naNeuZ2/3AbAv92HgP/hh4E&#10;/5MlBf+dLAf/pTQL96s8Eu6xQxzltEsp2q9VOs2oXkrCoGZYuZptZLGTdW6qjnx2o4qDfZ6Gi4KZ&#10;gpOHlICbi5B+pY6NfbCQin2+kYp/04+JftqHiH7ff4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld4d+&#10;5XeHfuV3/3AbAv94HQP/iB4D/5UkBP+gKwb/qDIK9K86Eeu1QhrhuEon1LNTOcirXEm+pGRXtJ5r&#10;Y6yYcm2kk3l1no6BfJiLiIKSh5CHjYWZi4mDoo6Ggq6Rg4K8kYKDzpGDg9mIgoLfgYKC5HmCguR4&#10;goLkeIKC5HiCguR4goLkeIKC5HiCguR4/3EaAv96HAP/ih0D/5cjBP+iKQX8rDEJ8bM5D+i6QBfd&#10;vEglz7ZSOMOvW0i5qGJWr6JqYqeccGyfl3d1mJN+fJKQhoKMjY6Hh4qXi4OIoI5/h6uRfIe5kXuH&#10;y5F8iNiJfYfegn2G5Hp9huR5fYbkeX2G5Hl9huR5fYbkeX2G5Hl9huR5/3EaAv98GgP/jRwD/5oi&#10;A/+lKAT5ry8H7rg3DOS/PxTYwEYkyrpQN7+zWUe0rGFVqqZoYaGhbmuZnHV0kph8e4yVg4GGkouG&#10;gZCUi3yOno54jamQdoy2kXSNyJF2jtiKd4zdgneK43p3iuN6d4rjeneK43p3iuN6d4rjeneK43p3&#10;iuN6/3IaAv9/GQL/jxsC/50gA/+pJgP2sy0F6r01CeDGPBDSxEQjxb1PNbq3WEavsV9UpatmYJym&#10;bWqUonNzjJ56eoabgYCAmImFepaSiXWUm41yk6aPb5O0kG2UxZBwldiKcJLdg3GQ43txkON7cZDj&#10;e3GQ43txkON7cZDje3GQ43txkON7/3MZAv+CFwL/khoC/6AfAv+tJALyuCoE5sMxBtvMNQ/MyEIh&#10;wMJNNLS8VkSptl5Sn7FkXpasa2iOqXFxhqV4eH+if355oIeDdJ2PiG+cmYtrm6SNaJuyjmebwo5p&#10;ndiKapndgmuW43trluN7a5bje2uW43trluN7a5bje2uW43trluN7/3QZAv+FFQL/lhgB/6QcAfuy&#10;IAHtvyUC4cwqA9TRMg3HzEEfusdMMa7BVEKjvFxQmbdiXJCzaWaHsG9ugK12dXmqfXtzqISAbaaN&#10;hWill4hlpKOKYqSwi2CkwYtiptmIY6LegWWe43plnuN6ZZ7jemWe43plnuN6ZZ7jemWe43plnuN6&#10;/3YYAv+JEwH/mhYB/6kYAfa4GwHnxxoB29kcAc3WMAvA0j8dtM1KL6jIUj+dw1pNkr9hWIm7Z2KA&#10;uG1rebZ0cXKze3dssYN8Z7CMgGKvloNerqGGXK6vh1qvv4dbsNqEXazgf16n5Xhep+V4XqfleF6n&#10;5Xhep+V4XqfleF6n5Xhep+V4/3oVAv+OEgH/nxMA/7ATAO/AEADZ1AwAzt8cAcTdLwm52T0ardNI&#10;LKHPUDuVy1hJi8dfVILEZV55wmxmcsBybGu+enJmvYJ2YbuLely7lX1ZuqF/V7qvgFW7v4BVvNl/&#10;Vrjjeliy53VYsud0WLLndFiy53RYsud0WLLndFiy53RYsud0/4ASAf+UEAD/pg8A47gLANLGCgDM&#10;1wsAw+MeArniMQqv4D0YpN1GJ5nZTjeN1FZEg9FdT3rPZFhyzWpfa8tyZWXKeWpgyYJvW8mLclfI&#10;lnVUyKJ3UsiveFHJwHhQytt3Ucboc1LA629Sv+xvUr/sb1K/7G9Sv+xvUr/sb1K/7G9Sv+xv/4cO&#10;Af+bDQDfrgcA0LwIAMfJCADB2wsAt+ggA63nMQ2k5j0ZmeREJo7iTDOE4FQ+e95cR3PdY09r3GpW&#10;ZdpyXGDaemBb2YNkV9mMZ1PZl2pQ2aNsTtmxbU3awm1M29xsTdjsak7P8GdOz/BnTs/wZ07P8GdO&#10;z/BnTs/wZ07P8GdOz/Bn/48LAOmkBADRtAYAxb8GALzNCAC06Q4Bqu4iBaLuMw6X7TsZjexCJIPr&#10;SS576lM2c+lcPmzpZERn6WxJYuh0TV7ofFFa6IVUVuiOVlPpmFlR6aNaTumwXE3qvlxM69JdS+rp&#10;XUrj81xK4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/Nc+ZkDANSsAgDFtwQAucMFALDSCACn9hEB&#10;nvUkBpX1Mg6K9ToXgfVBIHj1SCdw9VAuavRaNGX0Yzhg9Gs8XfV0P1n1fEJX9YREVPWNRlH2l0hP&#10;9qFKTfasS0v3uUxK98hNSfjgTUj3801I9/RNSPf0TUj39E1I9/RNSPf0TUj39E1I9/RN2qMAAMex&#10;AgC4uwMArckEAKPZBwCa/RQCkv0nB4f+Lw19/jcUdP8/G2z/RyBm/04lYP9XKVz/YC1Z/2kwVv9x&#10;MlP/eDRR/4A2T/+JN03/kjlL/5w6Sf+mO0j/sTxG/709Rf/MPUT/5j5E/+c+RP/nPkT/5z5E/+c+&#10;RP/nPkT/5z5E/+c+y6wAALm2AQCswgEAoNACAJXlBwCO/xgDhP8kBnr/LAtw/zQQaP88FWH/RBlb&#10;/0sdVv9TIFP/WyJQ/2MkTf9rJkv/cydJ/3opSP+CKkb/iitE/5QsQv+eLUH/py5A/7EuP/+8Lz7/&#10;zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wu7EAAKy8AACfyQAAk9kAAIn8CwGA/xcCdv8g&#10;BWz/KAlk/zANXf84EFf/QBNR/0cWTf9OGEr/VhlH/1waRP9jHEL/aR1A/3AeP/94Hj3/gB87/4gg&#10;Ov+RITj/myI3/6QiNv+tIzX/uCM1/7kjNf+5IzX/uSM1/7kjNf+5IzX/uSM1/7kjrbYAAJ/EAACS&#10;0gAAhOEAAH3/DQFy/xMCaP8bBF//IwZY/ysJUf8zC0z/Og1H/0EPQ/9IEUD/ThI9/1QTO/9aFDn/&#10;XxQ3/2UVNf9rFjP/chYx/3oXL/+CFy7/ixgs/5MYK/+cGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+n&#10;GSr/pxkq/6cZob8AAJLMAACE3AAAePcAAG7/CgFj/xACWv8VA1L/HQRL/yQGRv8sCEH/Mwk8/zoK&#10;Of9ACzX/RQwy/0oNMP9QDS7/VA4s/1kOKv9eDyj/ZA8m/2oPJf9xECP/eBAi/4ARIP+IER//kREf&#10;/5ERH/+RER//kREf/5ERH/+RER//kREf/5ER/1wiA/9XLQX/WDMH/182Cf9jPQ3/ZUYS/2ZQF/9l&#10;Xhz/ZG4i/2F8J/9fiiv/XpYu/1yhMf9bqjP/WrI1/1m6Nv9Ywzf/WM05/1fYOf9W4Dr/VeY7/1Ts&#10;PP9T8Tz8UvU9+FL5PfVR/T3zUf8981H/PfNR/z3zUf8981H/PfNR/z3zUf89/1wiA/9XLAX/WjIH&#10;/2E1Cf9lPA3/Z0US/2hPF/9oXB3/Zm0i/2N7KP9hiCz/X5Qv/16fMv9dqTX/W7E3/1q5OP9awTr/&#10;Wcs7/1jVPP9X3z3/VuY+/1XrPv1U8D/5U/U/9lL5QPNS/UDwUv8+8FL/PvBS/z7wUv8+8FL/PvBS&#10;/z7wUv8+/10hA/9YLAX/XDAH/2QzCf9oOg3/a0MS/2xOF/9sWh3/amok/2d4Kf9khS7/YpEy/2Gc&#10;Nv9fpjj/Xq46/122PP9cvj7/W8g//1rSQf9Z3UL/V+VD/VbqRPlV8ET1VPVF8VT6Re5U/kTsVP9C&#10;7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C/14hA/9ZLAX/Xy4G/2YyCf9sOAz/b0ER/29MF/9xVx7/&#10;bmcl/2t1K/9ogjD/ZY41/2SZOf9iozz/YKs+/1+zQf9eu0L/XcRE/1zORv9a3Ef+WeRI+lfqSfVW&#10;8ErwVfZK7VX6SulW/kfnVv9F51b/RedW/0XnVv9F51b/RedW/0XnVv9F/14hA/9ZKwX/Yi0G/2ow&#10;CP9vNgz/ckAR/3RKGP91VR7/cmQm/29yLf9sfzP/aYs4/2aWPP9loED/Y6hD/2GwRv9guEj/XsFK&#10;/13LS/9c2k36WuNO9VnqT/BX8VDrVvZR51f7TuRY/0vhWf9J4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nh&#10;Wf9J/18gA/9aKwX/ZSsG/20uCP9zNQz/dz4R/3hIF/95Uh//d2An/3RuLv9wezX/bYc7/2qSQf9n&#10;m0X/ZaRJ/mOsTP1htE77YLxR+l7GU/ld1FX1W+NW71rqWOlY8lnlWfdW4Fr7U9tb/0/XW/9N11v/&#10;Tddb/03XW/9N11v/Tddb/03XW/9N/2AgA/9dKQX/aCkG/3ErB/94Mwv/fDwQ/31GF/9+UB//fV0o&#10;/3lqMP91djj/cYI//G2NRfpql0v4Z59P9mWnU/Rir1bzYLhZ8V/BXPBdzV7tXOBg6FrsYeFa8mDa&#10;W/Zb01z6V89d/VPMXv9RzF7/Ucxe/1HMXv9RzF7/Ucxe/1HMXv9R/2EfA/9gJwT/ayYF/3UpB/98&#10;MQr/gToQ/4NEF/+ETR//g1ko/39mMvx6cjv4dX5D9XGIS/JtklHvaZpW7WaiW+pjql/oYLJj5l68&#10;ZuRcyGnhW9pr3Vrqa9Nc8GbNXvVhyF/5XMRg/FjBYf5VwWH+VcFh/lXBYf5VwWH+VcFh/lXBYf5V&#10;/2IfA/9jJQT/byQF/3koBv+BMAr/hTkP/4hCFv+JSx7/iVYo+oViM/WAbj3wenlH7HWDUOlwjFjl&#10;a5Ve4WadZN5jpGnbYK1t11+3b9Rew3DRXtJxzV3nccdf7mvCYfJmvmL2Ybpj+Vy3Y/xYt2P8WLdj&#10;/Fi3Y/xYt2P8WLdj/Fi3Y/xY/2MfA/9mIwT/ciIE/30nBv+FLgn/ijcO/41AFf+PSR76j1Mo9Ixf&#10;NO6Gaj/pf3RL43h+Vd5yhl7YbY9l02qYas9noG3MZahwyWOxc8ZivHTEYcl1wWHgdrxj6nG3ZO9q&#10;tGXzZbBm9mCuZ/lcrmf5XK5n+VyuZ/lcrmf5XK5n+VyuZ/lc/2MeA/9oIQT/dSAE/4ElBf+JLQj/&#10;jzUM/5I+FPyURx31lk8o7pFbNOeLZkHghG9O2X15WNF3gmDMc4pnx2+TbMRsm3DAaaNzvWesdrpm&#10;tni4ZcJ5tmXVebJm5nauaOxvqmnwaahp9GOmavdfpmr3X6Zq91+mavdfpmr3X6Zq91+mavdf/2Qe&#10;A/9rIAP/eB4E/4QkBf+NLAf/kzQL/5c8EviZRRvwm00n6JdZNOGQYkLXiWxOzoN1WMh9fmHDeIZo&#10;vnSObblwlnK2bp51smyneK9qsXutab18qmnNfahq43qlbOlyomztbKBt8maebvVinm71Yp5u9WKe&#10;bvVinm71Yp5u9WKebvVi/2UdAv9tHgP/ex0D/4cjBP+QKgb/lzIK/Zw7EPSfQxnsoUsl45xWM9qW&#10;YEHPjmlOx4hyWMCCemG6fYJotXmKbrF1knOscpp3qXCjeqZurH2jbbh+oW3Hf59u4H6ccOd1mnDr&#10;b5lx8GiXcfNkl3HzZJdx82SXcfNkl3HzZJdx82SXcfNk/2UdAv9vHQP/fhwD/4oiBP+TKQX/mzEJ&#10;+aA5D/CjQRjnpkkj3qFUMdKaXkDIk2dNwIxvWLmHd2Gzgn9orn2Hbql6jnOkd5Z4oHSfe51zqH6a&#10;cbSAmHHCgZZy2IGVdOV4k3TqcZJ172uRdfJmkXXyZpF18maRdfJmkXXyZpF18maRdfJm/2YdAv9x&#10;GwP/gBsD/4whA/+WKAX/ni8I9qQ3DeyoPxXjq0gg2KZSMMyeXEDDl2VNu5FtV7OLdGGthnxop4KD&#10;bqJ+i3Sde5N4mXmcfJV3pX+SdrCBkHW+go520YKOeON6jXjoc4x47WyLePFoi3jxaIt48WiLePFo&#10;i3jxaIt48WiLePFo/2ccAv9zGgL/ghoC/48gA/+ZJgT+oi4G86g1C+mtPRPfr0Ye0qlRL8eiWj++&#10;m2NMtZVqV66PcmCni3looYeBbpyDiHSXgJB4kn2ZfI58ooCLeq2CiHq7g4d6zYOHfOJ8h3zndYZ8&#10;7G6GfPBphnzwaYZ88GmGfPBphnzwaYZ88GmGfPBp/2ccAv91GQL/hRkC/5IfAv+cJQP7pSwF8Kw0&#10;CeayOxDbs0Qdza1PLsOmWT65n2FLsJloVqiUcF+hj3dnm4t+bpaIhnOQhY54jIKWfIiAoICEf6uC&#10;gX+4g39/yoSBgeF9gYHmdoGA62+AgO9qgIDvaoCA72qAgO9qgIDvaoCA72qAgO9q/2gcAv94FwL/&#10;hxgC/5QdAv+fIwP4qSoE7LExB+K3OQ3Vt0IcybBOLb6qVz20o19Kq55nVaOYbl+clHVmlpB8bZCN&#10;g3OLiot4hoiUfIGGnoB9hKiCe4S1hHmEx4R6huB/e4Xmd3uF63B7hO5re4Tua3uE7mt7hO5re4Tu&#10;a3uE7mt7hO5r/2kbAv96FgL/ihcC/5ccAv+jIQL0rScD6LUuBd69NQrQukAbxLRMLLquVjuvqF5J&#10;pqJlVJ6dbF2XmXNmkJV5bIqSgXKFkIl3f42SfHuLm393iqaCdImzg3KKxIN0jOB/dIvleHWJ6nF2&#10;iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1s/2saAv99FAL/jRYB/5oaAf+mHgHwsSMC5LspA9nC&#10;MAnLvT8ZwLhKKrWyVDqqrFxHoadjUpmjalyRn3Fkipt3a4SYf3F+loZ2eZOPe3SSmX5wkKSBbZCx&#10;gmuQwYJtkt1/bpHleG+P6nFwju1scI7tbHCO7Wxwju1scI7tbHCO7Wxwju1s/24YAv+AEgH/kBUB&#10;/54XAfurGgHstx4B4MMhAdLGLQjGwT0YurxJKK+3UjilslpFnK1hUZOpaFqLpW9ihKJ1aX6ffG94&#10;nYR0c5uNeW6ZlnxqmKJ/Z5eugGWYv4Flmdh/aJjleGmW6nFqlO1sapTtbGqU7WxqlO1sapTtbGqU&#10;7WxqlO1s/3EWAv+DEQH/lBMB/6IUAPWwFADmvhQA2cwVAMzKKwfAxjsWtcFHJqq8UTafuFhDlrNg&#10;To2wZliFrG1gfqpzZ3enemxypYJybKOLdmiilHlkoaB8YKCtfV+hvX5eotR9YaHmdmKd63Bjm+5s&#10;Y5vubGOb7mxjm+5sY5vubGOb7mxjm+5s/3QTAf+HEAH/mBAA/qcQAOe3DQDWxQsA0NARAMXPKAW5&#10;yzkUrsdFI6PDTzOZv1dAj7teS4a4ZFR+tWtcd7JxY3GweGlrroBtZq2JcmGrk3Vdq554W6qseVmr&#10;vHlYrNJ5Wqvoc1yn7G5dpO9qXaTval2k72pdpO9qXaTval2k72pdpO9q/3kRAf+MDgD/ng0A3K4I&#10;ANK7CQDMyAkAx9YOAL3VJQSy0jYRp85CIJzKTC+Sx1Q8iMNcR3/BYlB3vmlXcLxwXmq7d2NluX9o&#10;YLiIbFy3km9Ytp5xVbarc1O3u3NSt9JzVLfrb1ay72pXr/FnV6/xZ1ev8WdXr/FnV6/xZ1ev8WdX&#10;r/Fn/38OAf+TCwDhpQUA0rMHAMm+BwDCywgAvN0OALTdIwOq2jMNn9ZAHJTTSiqK0FI3gM1aQXjL&#10;YUpwyWhRashvV2TGdlxfxX9gWsWIZFbEkmdTxJ5pUMSsak/EvGtOxdNqT8XtaFDA82RRvfVhUb31&#10;YVG99WFRvfVhUb31YVG99WFRvfVh/4YKAPCaBADUqgQAyLYGAL7BBQC3zwkAsOMRAKjjJQSf4jUN&#10;leA+GYveSCWB3FAweNpYOnDYX0Jp1mdJY9VuT17UdlNZ039XVdOJWlLTk11P06BfTdOtYEvUvmBK&#10;1dhgS9TtXkzR91xMzPlaTMz5WkzM+VpMzPlaTMz5WkzM+VpMzPla/48DANqiAADKrwMAvbkEALTG&#10;BQCr1AkApOoUAZzpKAaT6TQOieg9GH/nRCJ35k4qb+ZXMmnlXzhj5Wc9X+RvQlrkd0VW5IBJU+SK&#10;S1DklE5N5J9QS+WsUUnlu1JI5s9SSOboUkjk+FFI4fxPSOH8T0jh/E9I4fxPSOH8T0jh/E9I4fxP&#10;4ZkAAM2pAAC+swIAs74DAKjLBQCf2gkAmPIYApDyKgeG8jMOfPE7FnTxQx1s8UsjZvFUKWHxXS1d&#10;8WYxWfFuNVbxdjdT8X86UPKIPE3ykj5L8p1ASfOpQUfztkJG9MdDRfTfQ0T08ENE8vpCRPL6QkTy&#10;+kJE8vpCRPL6QkTy+kJE8vpC0aIAAMCuAACyuAEAp8QCAJzSBACS7QwAjPscA4L7KAd5+zEMcPw5&#10;Emn8QRdi/EkcXPxQIFf8WSNU/WImUf1qKE/9cypM/nssSv6DLkj+jS9G/5gxRP+iMkP/rjNB/7s0&#10;QP/LND//4zQ//+81P//vNT//7zU//+81P//vNT//7zU//+81xKoAALOzAACnvwAAmssAAI/aAgCG&#10;/w8Bfv8cA3X/JQZs/y0KZP82Dl3/PhJY/0UVUv9NGE//VRpM/1wcSf9kHkf/ax9E/3MgQv98IkH/&#10;hSM//48kPf+aJTv/pCY6/68mOf+6Jzj/yic4/9woOP/cKDj/3Cg4/9woOP/cKDj/3Cg4/9wota8A&#10;AKe6AACaxgAAjdQAAIHmAQB6/xABcP8YAmf/IQVf/ykHWP8xClL/OQ1N/0EPSf9IEUX/TxNC/1UU&#10;QP9cFT3/YhY7/2kXOf9wGDf/eRk1/4IZM/+MGjL/lxsw/6EbL/+qHC//tRwu/78cLv+/HC7/vxwu&#10;/78cLv+/HC7/vxwu/78cqbUAAJrCAACMzwAAf94AAHb/BQBs/w4BYv8UAlr/GwNT/yQFTf8rB0f/&#10;MwlD/zoKP/9BCzv/Rww4/00NNf9TDjP/WA8x/14PL/9kEC3/axEr/3MRKf98Eif/hhIl/5ATJP+Z&#10;EyP/oxQi/6sUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sUnL4AAI3LAAB+2gAAcOYAAGf/AABd/woB&#10;VP8QAU3/FQJH/x0DQf8kBDz/KwU3/zIGNP84BzD/PQgt/0MIKv9ICSj/TQkm/1IKJP9XCiL/XQsg&#10;/2MLHv9rCxz/cwwa/3wMGP+EDBf/jg0V/5UNFf+VDRX/lQ0V/5UNFf+VDRX/lQ0V/5UN/1IlA/9N&#10;LwT/UTIG/1c1B/9aPAr/W0UO/1pPE/9ZXRf/WG0b/1Z7H/9ViSL/U5Ul/1KgJ/9RqCn/ULEq/1C4&#10;K/9PwSz/T8ot/07WLv9O5C7/Tu0v/07zL/9N+DD/Tfww/0z/MPxM/zD5TP8v+Ez/L/hM/y/4TP8v&#10;+Ez/L/hM/y/4TP8v/1MkA/9NLwT/VDAF/1k0B/9dOgr/X0MO/15OE/9dWhj/W2oc/1p5If9YhiT/&#10;VpIn/1WdKf9Upiv/U64t/1K2Lv9Svi//Uccw/1HSMf9Q4TL/UOsy/0/yM/9P9zP/Tvw0+07/NPhN&#10;/zT1Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y/1MkA/9OLgT/Vi8F/1wyB/9gOAr/YkEO/2JM&#10;E/9gWBj/X2gd/112Iv9bgyb/WY8p/1iaLP9Woy7/Vaww/1WzMf9UuzP/U8Q0/1PONf9S3jb/Uuk3&#10;/1HxN/9R9jj7UPs490//OPRP/zfxUP818FD/NPBQ/zTwUP808FD/NPBQ/zTwUP80/1QjA/9QLQT/&#10;WS0F/18wB/9jNgr/ZkAO/2ZKE/9lVRn/Y2Ue/2FzI/9egCj/XIws/1uXL/9ZoTH/WKk0/1ewNf9W&#10;uDf/VcE4/1XLOf9U2jr/VOc7/1PwPPtS9j32Ufs98lH/Pe9S/zvsUv8461L/OOtS/zjrUv8461L/&#10;OOtS/zjrUv84/1UjA/9SKwT/XCsF/2MuB/9nNAr/aj4O/2tIE/9qUxn/aGEf/2ZwJf9jfSr/YIgv&#10;/16TM/9cnTb/W6U4/1qtOv9YtTz/V70+/1fHP/9W00H8VeRC+VXuQ/VU9kTwU/xE7FT/QelV/z/m&#10;Vf885VX/O+VV/zvlVf875VX/O+VV/zvlVf87/1YiA/9VKQT/XygF/2crBv9sMgn/bzwN/3BGE/9w&#10;UBn/bl0g/2trJ/9oeS3/ZYQy/2KPN/9gmTv+XqE+/VypQftbsUP6WblF+VjCR/dXzkj1VuBK8Vbs&#10;S+5V9kzpVvxK5Vf/RuJY/0PeWf9A3Vn/P91Z/z/dWf8/3Vn/P91Z/z/dWf8//1ciA/9ZJwT/YyYE&#10;/2soBv9xMAj/dDkN/3VDE/91TRn/dVkh/3FnKf9tdDD9aoA2+maKPPhjlED2YZxE9F6kSPJcrEvx&#10;W7RN71m9UO1YyVLrV9pT51bpVeRX9VThWf1P21r/S9Vb/0jQXP9Ez1z/RM9c/0TPXP9Ez1z/RM9c&#10;/0TPXP9E/1giA/9cJAP/ZiME/28mBf92Lgj/ejcM/3tBEv97Sxn/e1Uh/ndjKvlzbzL2bns68mqF&#10;Qe9mj0fsY5dM6mCfUOhdp1TlW69X41m4WuFXw13fV9Je2lbmXtZZ81rSXPxVzV7/UMle/0zFX/9J&#10;xF//SMRf/0jEX/9IxF//SMRf/0jEX/9I/1khAv9fIgP/aiEE/3QkBf97LAf/fzUL/4E+Ef+CSBn9&#10;glIh935fK/J5azXtc3U+6W6ARuVpiU3hZZFU3mGZWdpfolzWXapf01yzYdBbvmLOW8xjy1riY8hc&#10;8WDGX/pawWD+Vb1h/1G6Yv9NuWL/S7li/0u5Yv9LuWL/S7li/0u5Yv9L/1khAv9iIAP/bh8D/3gj&#10;BP9/Kwb/hDMK/4c8EP6IRRf3iE4h8IRbK+p+ZjbkeHBB33J6S9ltg1LTaYxYz2aVXMxknV/JYqVi&#10;xmCuZMNfuGbBXsRnv17YaLxf62a6Y/dftmT7WbNl/lWwZf9Qr2X/T69l/0+vZf9Pr2X/T69l/0+v&#10;Zf9P/1ogAv9lHgP/cRwD/3wiA/+EKQX/iTEJ/4w6DvmOQxbxjkwg6opYK+OEYjfbfmxD03h2TM1z&#10;f1PIb4dZxGuQXsBpmGK9ZqBlumWoaLdjsmq1Yr5rs2LObLBi5WuvZvRkrGf4Xalo/Finaf9Tpmn/&#10;UqZp/1Kmaf9Spmn/UqZp/1Kmaf9S/1sgAv9nHAL/dBoC/38gA/+IJwT/ji8H/ZI3DPSUQBTslUke&#10;5JBVKtuKXzfRhGlDyn1yTMR4e1S/dINaunGLX7Zuk2Sza5tnr2mkaq1nrWyqZrhuqGbHb6Vm32+l&#10;avFoomv2YaBs+VuebP1Wnmz+VZ5s/lWebP5Vnmz+VZ5s/lWebP5V/1wfAv9qGgL/dxkC/4MfA/+M&#10;JQT/ki0G+Zc1C++ZPhLnm0Yc3pZSKdKQXDfKiWZCw4NvTLx+d1S3eX9bsnWHYK5yj2WqcJdopm2f&#10;bKNsqW6ga7RwnmrCcZxq13Gcbu5rmm/zZJlv+F6XcPxYl3D9V5dw/VeXcP1Xl3D9V5dw/VeXcP1X&#10;/14eAv9sGQL/ehgC/4YdAv+PIwP/lisF9ZszCeufOxDioEUZ15tQKMyUWjbEjWNCvIhsTLWCdFSw&#10;fnxbq3qEYKZ3i2WidJNpnnKcbZtwpXCYb7BylW69c5Nv0HOUcutuk3PyZpJz9mCQc/pakHP7WZBz&#10;+1mQc/tZkHP7WZBz+1mQc/tZ/18dAv9uFwL/fRcC/4kcAv+SIgL9mikE8aAwB+ekOQ3epUMX0Z9O&#10;J8eYWDW+kmFBtoxpS6+HcVSpgnlbpH+AYJ98iGWbeZBql3aZbZN1onGQc6xzjXO6dItzy3WMdudw&#10;jHfwaIt39WKKd/lcinf6Wop3+lqKd/painf6Wop3+lqKd/pa/2EbAv9xFgL/fxYB/4saAf+VIAL5&#10;niYD7aQuBeOpNgrYqUAWzKNMJsKcVjS5ll9AsZBnSqqLb1Okh3ZanoN+YJmAhWWUfY1qkHuWbox5&#10;n3GJeKp0hne2dYR3x3aFeuRyhnvvaoV79GSFe/hdhXv5XIV7+VyFe/lchXv5XIV7+VyFe/lc/2Ma&#10;Av9zFAH/gRUB/44ZAf+ZHgH2oSMC6qkqBOCvMgfSrD4Vx6ZLJL2gVTO0ml4/rJVlSqWQbVKejHRZ&#10;mIh7YJOFg2WOgotqioCTboZ+nXGCfad0f3y0dn18xXZ9fuBzf3/ua39/82V/fvdef374XX9++F1/&#10;fvhdf374XX9++F1/fvhd/2UYAv91EwH/hBQB/5EXAf+cGwHypSAB5q4mAtu0LgbOrz0Uw6pJI7mk&#10;UzGvnlw+p5lkSaCUa1GZkHJZk415X46KgGSJh4hphIWRboCDmnF8gqV0eYGydneBwnZ2gt10eYTt&#10;bHmD8mZ6gvdfeoL4XnqC+F56gvheeoL4XnqC+F56gvhe/2cXAv93EQH/hxMB/5QVAP6fGADuqhwB&#10;4rMhAdW3KgXJszsTvq5IIrSoUjCro1o9op5iR5uZaVCUlXBYjpJ3XoiPfmSDjYZpfouPbXmJmHF2&#10;h6NzcoavdXCGv3Zvh9d1c4ntbXOI8mZ0h/ZgdIf3X3SH9190h/dfdIf3X3SH9190h/df/2kVAf96&#10;EAH/ihEA/5cSAPmjFADqrhUA3bkXAM+6KATEtzkRubJGIK+sUC+mp1g7naNgRpWfZ0+Om25WiJh1&#10;XYKVfGN9k4RoeJGMbHOPlnBvjqBybI2tdGqNvXVpjdJ1bJDtbW2O8WdujPZgboz3X26M919ujPdf&#10;boz3X26M919ujPdf/2wTAf99DwH/jRAA/5sQAPSoDwDltQ0A1b8QAMq+JgO/uzcQtLZEHqqxTi2h&#10;rVc5mKleRJClZU2JomxVgp9zW3ycemF3moFmcpiKam2WlG5plZ5xZpSrc2OUunNilc9zZpfsbGeV&#10;8WZok/ZgaJL3X2iS919okvdfaJL3X2iS919okvdf/28RAf+BDgD/kQ4A8qAMANqtCQDTuAoAzsMO&#10;AMTCIwO5vzUOr7tCHKS3TCqbs1U3kq9cQYqsY0qDqWpSfKZxWXakeF5won9ja6CIZ2eekWtjnZ1u&#10;X52pcF2duXBcnc1wX5/ra2Gd8mVimvZgYpn3XmKZ915imfdeYpn3XmKZ915imfde/3MQAf+FDAD6&#10;lgoA26UGANGxCADLuwgAxscLAL3HIAKyxTILqMFAGZ6+SieUulM0i7ZaPoO0YUd8sWhPda9vVW+t&#10;dlpqq31fZamGY2GokGddp5tqWaeoa1enuGxWp8xsWKjpaFqn9GNbo/heXKP5XVyj+V1co/ldXKP5&#10;XVyj+V1co/ld/3gNAP+LCQDfnAMA0qkGAMm0BwDCvgYAvMwIALXNHAGryy8Jocg9FpfFSCONwlEv&#10;hL9YOny8X0N1umZKb7htUGm3dFVktXxaX7SFXluzj2FXs5pkVLKnZVKyt2ZRs8xmUrPpY1Sy919V&#10;rvpbVq37Wlat+1pWrftaVq37Wlat+1pWrfta/34JAPKRAgDWoQIAyq0FAMC3BQC4wgUAss8JAKvU&#10;FwCj0ysGmdA6Eo/ORR+Fy04qfclWNHXHXT1uxWVEaMRsSWPCc05ewXtTWcGEVlXAj1lSv5tcT7+o&#10;XU2/uF5MwM1eTMDqXE6/+VlPvP5VULr+VVC6/lVQuv5VULr+VVC6/lVQuv5V/4UCAN2YAADNpgIA&#10;wbEDALe6AwCuxgYAp9MKAKDdFQCZ3SgEkNs3DobZQhl91kskddRULW3SXDVn0WM8YdBrQVzPckZY&#10;z3tJVM6ETVDOj1BNzptSS86pU0nOuVRIz89USM7rU0nO+FBKy/9OSsr/TUrK/01Kyv9NSsr/TUrK&#10;/01Kyv9N548AANGfAADDqwEAt7QCAK2/AwCjywYAm9kKAJTlGgGN5SsGhOQ1DXvjPxZz4kgebOFS&#10;JmbhWixg4GIyW+BqNlfgcjpT33s9UN+FQE3fj0NK4JtFSOCoRkbguEdF4cxHReDoR0Xf9kZF3v9E&#10;Rd7/REXe/0RF3v9ERd7/REXe/0RF3v9E2ZcAAMemAAC4sAAArLkBAKLFAgCY0QYAj+sNAInuHwKA&#10;7isGeO00DHDtPRNo7UYZYu1OHl3tVyNZ7WAnVe1oKlLtcS1P7XkvTO2DMkrujTRH7pg1Re6lN0Pv&#10;szhC8MQ4QfDfOUHv7zhA7f04QOz/OEDs/zhA7P84QOz/OEDs/zhA7P84y6AAALqrAACttAAAocAA&#10;AJbMAQCL2QUAhPgRAXz4HwJ0+CkGbPgyCmT4Ow9e+UMTWPlLF1P5UxpQ+VsdTfpkH0r6bCFI+nQj&#10;Rvp+JUT7iCZB+5MoQPueKT78qyo9/LkrO/3LKzv94is6/PQrOvz3Kzr89ys6/PcrOvz3Kzr89ys6&#10;/PcrvagAAK6wAAChvAAAlcgAAInUAAB+6AUAd/8SAW//HAJn/yYFYP8vCFn/NwtU/z8OT/9HEUv/&#10;ThNH/1YVRP9dFkL/ZBhA/2wZPf91Gjv/fhs5/4kcN/+UHTb/oB41/6wfM/+5HzP/yB8y/+IgMv/n&#10;IDL/5yAy/+cgMv/nIDL/5yAy/+cgsK0AAKK3AACVxAAAh9AAAHvdAABy/QkAav8RAWH/GQJa/yID&#10;VP8qBU7/MgdJ/zoJRf9BC0H/SAw+/04OO/9VDzj/WxA2/2IRNP9pETL/chIv/3sTLf+GFCv/khUq&#10;/54VKf+pFij/sxYn/8IWJ//HFif/xxYn/8cWJ//HFif/xxYn/8cWpLQAAJbAAACHzAAAetoAAG3r&#10;AABk/wUAXP8OAVT/FAFN/xwCSP8kBEL/LAU+/zMGOv85Bzb/QAgz/0UIMP9LCS7/UQor/1cKKf9d&#10;Cyf/ZAsk/2wMIv92DSD/gA0e/4wOHf+XDhz/oQ4b/6wPG/+uDxv/rg8b/64PG/+uDxv/rg8b/64P&#10;l7wAAIjJAAB51gAAa+MAAF/2AABW/wAATv8KAEf/EAFB/xYCPP8dAjf/JAMy/yoDL/8wBCv/NgUn&#10;/zsFJf9ABSL/RQYg/0oGHv9QBhv/VgcZ/1wHF/9kCBX/bQgT/3cIEf+BCRD/iwkQ/5UJD/+YCQ//&#10;mAkP/5gJD/+YCQ//mAkP/5gJ/0knAv9EMQT/SzEE/1A0Bv9SOgj/UkML/1FOD/9PXBP/TWsW/0x5&#10;Gf9Lhxv/SZMd/0idH/9IpiD/R64h/0e1Iv9GvSP/RsYj/0bQJP9G4CT/Ruol/0bzJf9G+iX/Rv8l&#10;/0b/Jf9G/yX/Rv8k/Ub/I/1G/yP9Rv8j/Ub/I/1G/yP9Rv8j/0knAv9GLwP/TS8E/1IyBv9VOQj/&#10;VUIL/1RND/9SWRP/UGgX/093Gv9OhB3/TJEf/0ubIf9KpCL/Sqwj/0mzJP9JuyX/SMQm/0jNJv9I&#10;3Sf/SOgn/0jxKP9I+Sj/SP8o/0j/KP5I/yj7SP8n+Uj/JvlI/yb5SP8m+Uj/JvlI/yb5SP8m/0on&#10;Av9ILQP/UC0E/1UwBv9YNgj/WUAL/1hLD/9VVhP/VGYY/1J0G/9RgR7/T44h/06YI/9NoSX/Takm&#10;/0yxJ/9LuCj/S8Ep/0vKKv9K2Sr/SuYr/0rwK/9K+Cz/Sv8s/Ur/LPpK/yv3Sv8p9Ur/KPVK/yj1&#10;Sv8o9Ur/KPVK/yj1Sv8o/0smAv9LKwP/UisE/1guBf9bNAj/XT4L/11JD/9aVBT/WWIY/1dxHf9V&#10;fiD/U4oj/1KVJv9Rnij/UKYq/0+uK/9OtSz/Tr0t/03HLv9N0y//TOMw/0ztMPxM9jH6TP4x90z/&#10;MfVN/y/yTf8t8E3/K/BN/yvwTf8r8E3/K/BN/yvwTf8r/0smAv9OKQP/VikE/1wrBf9gMQf/YjsL&#10;/2JGD/9gURT/Xl8Z/1xtHv9aeiP/WIYm/1aRKf9Vmiz/U6Iu/1KqMP9RsTH/Ubkz/1DDNP5PzjX7&#10;T982+E7rN/VO9TjyTv048E//Ne5Q/zPrUf8x6VH/L+lR/y/pUf8v6VH/L+lR/y/pUf8v/0wlAv9R&#10;JwP/WiYD/2AoBf9lLwf/aDkK/2hDD/9nThX/ZVoa/2JoIP9fdiX/XYEq/1qMLv5YljH8V540+1Wm&#10;NvlUrTj4U7U691K+O/VRyT3zUdo+8FDoP+xQ80DpUf0+6FP/O+ZU/zjjVf814VX/M+FV/zPhVf8z&#10;4VX/M+FV/zPhVf8z/00kAv9UJAP/XSMD/2UlBP9qLQb/bTYK/25ADv9tSxT/a1Yb/2hkIf5lcSj7&#10;Yn0t+F+HMvZckTbzWpk68lihPfBXqUDuVbFC7FS5ROtTxEbpUtJI5VHlSeJS8kjfVPxE3Vb/QNtY&#10;/z3WWf860ln/ONJZ/zjSWf840ln/ONJZ/zjSWf84/04kAv9YIQP/YSAD/2ojBP9wKwX/czQJ/3Q+&#10;Dv90SBT/clIb+29fI/ZrbCryZ3cx72OCN+xgiz3pXZRB5lqcReRYpEniVqxM4FS0Tt1Uv1DbVM1Q&#10;11PiUdJU8E7QV/tKzlr/Rc1c/0LJXP8+xVz/PMVc/zzFXP88xVz/PMVc/zzFXP88/08jAv9bHwL/&#10;ZR0C/24hA/91KQX/eTEI/3o7DP96RBP6eU4b9HZbI+5xZyzpbHI15Wh8POFjhUPdYI5I2V2XTNVc&#10;n0/SWqdRz1mwU81YulTLWMZVyVfaVsVX7FXDW/lPwl7/SsBf/0a9YP9CumD/QLpg/0C6YP9AumD/&#10;QLpg/0C6YP9A/1IhAv9eHQL/aRoC/3MfA/96JgT/fi8G/4E4C/uBQRLzgEsa7HxXI+Z3Yy3gcW04&#10;2m13QNNpgEbPZYlLy2ORT8hgmVLFX6FVwl2qV8Bcs1m+XL9avFvOW7hb5Vu3XvVVt2L/T7Vj/0qy&#10;ZP9GsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0OwZP9D/1UfAv9hGgL/bRgC/3cdAv9+JAP/hCwF/oc1CfWI&#10;PhDth0gY5YNUIt5+Xy7UeGk4znNzQMlufEfEa4RMwGiMUb1llFS6Y5xXt2KlWrRgrlyyYLlesF/H&#10;Xq1f31+sYvFZrGX+U6pn/06oZ/9Kpmf/RqZn/0amZ/9Gpmf/RqZn/0amZ/9G/1cdAv9kGAL/cBYC&#10;/3scAv+DIgL/iSoE+YwyB++OOw3njkQW3opRIdSEXC3MfmY4xXhvQcB0d0i7cIBNt22IUrNqkFaw&#10;aJhZrGagXKplqV+nZLRgpWPCYaNj1WKiZe1domn7V6Fq/1Gfa/9Mnmv/SZ5r/0mea/9Jnmv/SZ5r&#10;/0mea/9J/1kcAv9nFgH/cxUB/34aAf+HIAL/jScD9JIvBuqUOAvhlEIT1o9OIMyJWS3Fg2M3vn1r&#10;QLh5dEizdXxOrnKEU6pvjFenbZRbo2ucXqBppWCeaLBjm2e9ZJlnzmSYaehhmm35Wplu/1SXbv9P&#10;lm7/S5Zu/0uWbv9Llm7/S5Zu/0uWbv9L/1saAv9pFAH/dhQB/4EYAf+KHQH8kSQC8JcsBOWaNAjc&#10;mj8Rz5RMH8aOVyy+iGA3t4JpQLF+cUisenlOp3eAU6N0iFifcZBcm2+YX5htoWKVbKxkk2y5ZpFr&#10;yWaQbeRkkXH2XJFy/laQcv9RkHL/TZBy/02Qcv9NkHL/TZBy/02Qcv9N/10YAf9rEwH/eRMB/4QW&#10;Af+OGwH4lSEB65soA+GgMAbVnj0QyphKHsGSVCu5jF42sYdmP6uCbkemfnZOoXt9U5x4hViYdo1c&#10;lHSVX5FynmOOcalli3C1Z4lwxWeIcOBminT0Xot2/FiKdv9SiXb/Tol2/06Jdv9OiXb/Tol2/06J&#10;dv9O/18XAf9uEQH/exIB/4cUAP+RGAH0mR0B56AjAt2lKwTPoTsPxZxIHbyWUyq0kFw1rItkP6aH&#10;bEegg3NNm4B6U5Z9gleSeopcjniSYIp2nGOHdaZmhHSyaIJ0wmiAdNtog3jyYIR6+1mEef9UhHn/&#10;T4R5/0+Eef9PhHn/T4R5/0+Eef9P/2EVAf9wEAH/fhEA/4oSAP+UFQDwnRkA46UeAdeoKAPLpTkO&#10;wZ9GG7eaUSmvlVo0p5BiPqGLakabh3FMlYR4UpCBf1eMf4dciH2QYIR7mWOAeqNmfXmwaHt5v2l6&#10;edZpfHzwYX5++lp+ff5Vfn3/UX59/1F+ff9Rfn3/UX59/1F+ff9R/2MUAf9yDwH/gRAA/40RAPyY&#10;EgDsoRMA36oWANGsJgPHqDcNvKNEGrOeTyeqmVgzo5RgPZyQaEWWjG9MkIl2UouGfVeGhIVbgoKO&#10;X36Al2N6f6Fmd36taHV+vWlzftJpdoHuYniC+lt4gv5WeYH/UXmB/1F5gf9ReYH/UXmB/1F5gf9R&#10;/2UTAf91DgD/gw4A/5AOAPWbDgDopg4A2a8PAMyvJALCqzUMuKdDGa6iTiamnVYxnpleO5eVZkSQ&#10;kW1Li450UYaMe1aBiYNbfIeLX3iGlWJ0hJ9lcYOraG6Dumltg85pb4brY3KH+Vxzhv1Wc4X/UnOF&#10;/1Jzhf9Sc4X/UnOF/1Jzhf9S/2gRAf94DQD/hg0A9pMMAN6gCQDWqQoA0rINAMeyIgK9rzMKs6tB&#10;F6qnTCSholUwmZ5dOpKaZEKLl2tJhZRyUICSeVV7j4Fado2JXnKMkmJuip1la4mpZ2iJuGhnicto&#10;aYvpY2yN+VxtjP1XbYr/Um2K/1Jtiv9SbYr/Um2K/1Jtiv9S/2sQAf97CwD/igoA4pgGANajCADQ&#10;rAkAy7ULAMG2HwG4tDEJrrA/FqSsSiKcqFMulKRbOIygYkCGnmlIgJtwTnqZd1N1ln5YcJSHXGyT&#10;kGBokptjZJGnZWKQtmZgkclmYpLnYmWU+Fxnkv1XZ5H/UmeR/1Jnkf9SZ5H/UmeR/1Jnkf9S/24O&#10;AP9/CQDxjgUA2ZsFAM+mBwDJrwcAxLkIALu6HAGyuC8HqLU9E5+xSCCWrlErjqpZNYanYD6ApWdF&#10;eqJuS3SgdVFvnnxVapyFWWabjl1implgXpmmYlyZtGNamcdjW5rlYF+b91tgmv5WYZj/UmGY/1Jh&#10;mP9SYZj/UmGY/1JhmP9S/3ILAP+DBQDfkwEA0Z8EAMmqBgDBsgUAu70EALS/GACrviwFors6EZm4&#10;RR2QtU8oh7JXMoCvXjp5rWVCc6tsSG6pc01pp3pRZKaDVl+kjVlco5hcWKOkXlajs19Vo8ZfVaTk&#10;XVik9lhao/9UW6H/UFuh/1Bbof9QW6H/UFuh/1Bbof9Q/3cHAPCJAADWmAAAy6QDAMGtBAC5tgMA&#10;ssAEAKvFFACjxSgEm8I3DpHAQxmJvUwkgLpVLnm4XDZytmM9bbRqQ2ezcUhisXlMXrCBUFqvi1RW&#10;r5dWU66jWFCusllPrsZZT67kWFGu9lRTrv9QVKz/TVSs/01UrP9NVKz/TVSs/01UrP9N/30AAN+P&#10;AADOnQAAw6gCALmwAgCwugIAqMQFAKHMDwCbzCMCksozConIPxWBxkkfecRSKHLCWjBrwWE3Zr9o&#10;PGG+cEFcvXhFWLyBSVS8i0xRu5ZPTrujUUy7s1JKu8ZSSrvkUUy79k5Nuv9LTrn/SU65/0lOuf9J&#10;Trn/SU65/0lOuf9J74UAANSVAADHowAAuqwBALC0AACnvwMAnskGAJXUCwCQ1R0BidQuBoDSPBB4&#10;0EYZcc9PIWrOWClkzV8vX8xnNFrLbjlWync9UsqAQE/Ji0NMyZdFScmkR0fJs0hGyshIRsrmR0fJ&#10;90VHyP9DSMf/QkjH/0JIx/9CSMf/QkjH/0JIx/9C3o0AAMucAAC9pwAAsbAAAKa6AACcxAMAk88H&#10;AIrdDACF3x0Bft8sBXbeNwtv3kMTaN1NGmLcVSBd210mWNtlKlTabS5Q2nYyTdqANUraizdH2pc5&#10;RdqkO0PbtDxC3Mg8QtvlO0La9DpC2f46Q9j/OUPY/zlD2P85Q9j/OUPY/zlD2P850JYAAMGjAACy&#10;rAAAp7UAAJzAAACRygMAh9YHAIDpEQB56SACcuksBWvpNgpk6T8PXulIFFnpURlV6FocUeliIE7p&#10;ayNL6XQlSOl9J0bpiCpD6ZMrQeqgLUDqry4+68AuPezbLj3q7y496PwuPef/LT3n/y095/8tPef/&#10;LT3n/y095/8txZ8AALWpAACosQAAnLwAAJDHAACE0gEAet8GAHT0EwBt9CACZvQqBF/0NAha9T0L&#10;VPVFD0/1TBJM9VUUSfZdF0b2ZRhE9m4aQfZ3HD/3gR09940fO/eZIDn4piE4+LUiN/nIIjb54yI2&#10;+PMiNvf8Ijb3/CI29/wiNvf8Ijb3/CI29/wit6YAAKmuAACcuQAAkMQAAIPPAAB32wAAb/YKAGf/&#10;EwFg/x0CWv8nA1T/MAVP/zgISv9ACkb/SAxD/08OQP9WDz3/XhA7/2USOP9uEzb/dxQ0/4IVMv+P&#10;FjD/mxcv/6kXLv+3GC3/yBgs/+EYLP/vGCz/7xgs/+8YLP/vGCz/7xgs/+8Yq6sAAJ61AACQwQAA&#10;gswAAHXZAABp5AAAYf8JAFv/EQBU/xkBTv8iAkn/KwRE/zIFQP86Bjz/QQc5/0cINv9OCTP/VAox&#10;/1sLLv9iDCz/awwp/3UNJ/+ADiX/jQ4k/5oPI/+mECL/sxAh/8EQIf/QECH/0BAh/9AQIf/QECH/&#10;0BAh/9AQn7IAAJG+AACDygAAddYAAGfiAABb8QAAVP8GAE7/DgBI/xQBQv8cAj3/JAI5/ysDNf8y&#10;BDH/OAQu/z4FK/9DBSj/SQYl/08GI/9WByH/XQce/2UIHP9vCBn/egkX/4cJFv+UCRX/nwoU/6oK&#10;FP+zChT/swoU/7MKFP+zChT/swoU/7MKk7sAAITHAAB10wAAZ+EAAFjoAABO+wAASP8AAEH/CgA7&#10;/xABNv8VATH/HAEt/yICKf8oAiX/LQIi/zIDH/84Axz/PQMa/0IDF/9IBBX/TgQT/1UEEf9dBQ//&#10;ZwUN/3IFDP99BQr/iQYK/5MGCf+cBgn/nAYJ/5wGCf+cBgn/nAYJ/5wG/z8qAv8/MAP/RDAD/0gz&#10;BP9JOQb/SEII/0ZNC/9FWw7/Q2kR/0F3E/9AhRX/P5EW/z6bGP8+pBj/PasZ/z2zGv89uhr/PcMa&#10;/zzMG/882xv/POcb/zzwG/88+Bv/Pf8b/z3/G/89/xv/Pf8a/z3/Gf89/xn/Pf8Z/z3/Gf89/xn/&#10;Pf8Z/0AqAv9BLgP/Ry4D/0oxBP9MNwb/S0AI/0pLC/9IWQ//RmcR/0R1FP9Dghb/Qo8Y/0GZGf9B&#10;ohr/QKkb/0CxG/8/uBz/P8Ac/z/JHf8/1h3/P+Ud/z/vHf8/9x7/P/4d/z//Hf8//x3/QP8c/kD/&#10;G/5A/xv+QP8b/kD/G/5A/xv+QP8b/0AqAv9DLAP/SSwD/00vBP9PNQb/UD4I/05JDP9MVg//SmQS&#10;/0hyFf9Hfxj/RosZ/0WWG/9Enxz/RKcd/0OuHv9DtR//Qr0f/0LGIP9C0SD/QuIh/0LtIf9C9SH/&#10;Qv0h/UL/IftD/yD6Q/8f+UP/HvlD/x75Q/8e+UP/HvlD/x75Q/8e/0EpAv9GKgP/TCkD/1EsBP9T&#10;Mgb/VDwI/1RHDP9RUg//T2AT/01vF/9MfBn/Sogc/0mSHv9Imx//R6Mh/0erIv9GsiP/Rroj/0bD&#10;JP9FzSX/Rd4l/0XqJvxF9Cb5Rfwm9kX/JvVG/yT0Rv8j80f/IfNH/yHzR/8h80f/IfNH/yHzR/8h&#10;/0IoAv9JJwL/UCYD/1UoBP9YLwX/WjkI/1pEDP9XTxD/VVwU/1NqGP9Rdxv/T4Mf/06OIf9NlyP/&#10;TJ8l/0unJv9Krif/SrYp/km+Kv1JySr6SNkr90jnLPRI8izxSPss70n/Ku1K/yjsSv8n60v/JetM&#10;/yXrTP8l60z/JetM/yXrTP8l/0MoAv9NJAL/VCMD/1olA/9eLAX/YDYH/2BBC/9eTBD/W1cV/1lm&#10;Gf9Xch7/VX4i/lOJJfxRkyj6UJsq+U+jLPdOqi72TbIv9Ey6MPNMxDLyS9Ez7kvkNOpK8DTnS/oz&#10;5U3/MORO/y3iT/8r4VD/KeFQ/ynhUP8p4VD/KeFQ/ynhUP8p/0YlAv9QIQL/WCAC/18hA/9kKgT/&#10;ZjMH/2Y9C/9lSBD/YlMV/2BhG/xdbSD4Wnkl9ViEKfNWjS3wVJYw7lKeM+1RpTXrUK036U61OedO&#10;vzvmTcw840zgPd9N7jzcT/k52VH/NdZS/zLUU/8w01T/LdNV/y3TVf8t01X/LdNV/y3TVf8t/0oj&#10;Av9UHgL/XBwC/2QfAv9pJwT/bDAG/206Cv9sRA/9ak8V+GdcHPNjaCLvYHQo611+LuhaiDPlV5E3&#10;41WZOuBToD7eUqhA3FGxQdlQu0LWUMhD01DcRM9Q7EPMUvg/y1X/O8lX/zfIWP80x1n/MsZZ/zHG&#10;Wf8xxln/McZZ/zHGWf8x/00gAv9XGwL/YBkC/2kdAv9vJQP/ci0F/3Q3CP1zQQ72cUsU8G5YHOpq&#10;ZCTlZW4r4GF5M9xegjjYXIs801qUP9BYnELOV6NEy1WsRslVtUfHVMBJxVTQScJT5knAVvVFvln/&#10;QL1b/zy8XP85u13/Nbpd/zW6Xf81ul3/Nbpd/zW6Xf81/1AeAv9bGQH/ZBYB/20bAv90IgL/eCoE&#10;/3ozB/Z6PQzveEcT53VUG+FwXyXaa2ot02d0NM5kfTrKYYY/x1+OQsRdlkXBW55Iv1qmSrxZr0y6&#10;WLpNuFjITrZY3060WfBLs1z9RbJf/0CyYP88sGH/ObBh/ziwYf84sGH/OLBh/ziwYf84/1IbAf9e&#10;FgH/aBQB/3IZAf95HwL/ficD+YAwBfCBOQrngEMR4HxQGtZ3WyTPcmYuyW1vNcRqeDvAZ4FAvGSJ&#10;RLlikUi2YJlKs1+hTbFdqk+uXLRRrFzBUqpc1FKoXetQqGD6Sahj/0SoZP9ApmX/PKZl/zumZf87&#10;pmX/O6Zl/zumZf87/1UZAf9hFAH/bBIB/3YXAf99HAH/gyMC9IYsBOqINQfhh0AO1oJMGc19WCTG&#10;d2ItwHNrNbtvdDy3bHxBs2mERq9njEmsZZRMqWOcT6ZipVGkYa9TomC8VaBgzVWeYOZUnmT3TZ9n&#10;/0efaf9Dnmn/P51p/z2daf89nWn/PZ1p/z2daf89/1cXAf9jEgH/bxEB/3kUAf+BGQH7hyAB74wn&#10;AuSOMAXajT0Mz4dKGMeCVSO/fV8tuXhoNbN0cDyvcXhCq26ARqdsiEqkaZBOoGiYUZ1moVObZatV&#10;mGS4V5ZkyFiUZOFYlWj0UJZr/0qXbP9Flm3/QZZt/0CWbf9Alm3/QJZt/0CWbf9A/1kVAf9mEAH/&#10;chAA/30SAP+FFgD2jBsB6pEiAd+UKwPTkToLyYxHF8CHUyK5glwssn1lNa15bTyodXVCo3N9R6Bw&#10;hEucboxOmWyVUpVrnlSSaahXkGm0WY5ow1mMaNxajWzyU49u/0yQcP9Hj3H/Q49x/0GPcf9Bj3H/&#10;QY9x/0GPcf9B/1sUAf9oDwD/dQ8A/4ARAP+JEwDykBcA5ZYcANmZJgLNlTgKxJBFFruLUSGzhlos&#10;rYJjNKd+azuhenJBnXd6Rpl1gUuVc4lPknGRUo5vm1WLbqVYiG2wWoZsv1uEbdVbhm/vVYhy/U6J&#10;dP9JiXT/RIh0/0OIdP9DiHT/Q4h0/0OIdP9D/10SAf9rDgD/eA4A/4MPAP2MEADtlBIA4JoVANOc&#10;JALImTYJv5RDFbaPTyCuilgrp4ZhM6GCaDucf3BBl3x3RpN5fkuPd4ZPi3WPUohzmFaEcqJYgXGu&#10;Wn9xvFx9cdBcf3PsVoF2+0+DeP9Kg3j/RYJ4/0SCeP9Egnj/RIJ4/0SCeP9E/18RAf9tDAD/eg0A&#10;/4UNAPKPDQDnmA0A258OAM6fIgHEnTQIuphCFLKTTR+qj1Yqo4pfMpyGZjqXg21AkoB1RY1+fEqJ&#10;fIROhXqMUoJ4lVZ+d6BZe3arW3l1ulx3ds1ceHfqWHt6+lF9fP9LfXz/Rn18/0V9fP9FfXz/RX18&#10;/0V9fP9F/2EQAf9vCwD/fQsA9YgKAN+TCADYmwoA06IMAMmjHwG/oDIHtpxAE62XSx6lk1Qono9d&#10;MZiLZDmSiGs/jYVyRYiDekqEgIFOgH+KUnx9k1V4fJ1YdXupW3J6uFxxespccnzoWHV++VF3gP9M&#10;d4D/R3eA/0Z3gP9Gd4D/RneA/0Z3gP9G/2QPAP9yCQD/fwgA5YwFANiWBwDRngkAzqUKAMSmHQG6&#10;pC8GsaA+EaicSR2gmFMnmZRbMJOQYjiNjWk+iIpwRIOIeEl+hn9NeoSIUXaCkVVygZtYb4CnWmx/&#10;tVxrgMhca4HlWW6D91JxhP9NcoT/SHKE/0dyhP9HcoT/R3KE/0dyhP9H/2YNAP91BwD2gwUA3I8D&#10;ANKYBgDMoQcAyKgIAL+pGgC1qC0FrKQ8EKSgRxucnVEllJlZL46WYDaIk2c9gpBuQ32Odkh5jH1M&#10;dIqFUHCIj1Rsh5lXaYalWWaGs1tlhsVbZYbjWWiI9lJriv9NbIr/SGyJ/0dsif9HbIn/R2yJ/0ds&#10;if9H/2kLAP94BADlhwAA1pIDAM2cBQDGpAYAwasGALmtFwCwrCsEp6k6Dp+mRRmWok8jj59XLYic&#10;XzWCmWY7fZdsQXiVc0Zzk3tLbpGDT2qPjVJmjpdVY42jWGCNsVlfjcNaXo3gWGKP9VJkkP9NZpD/&#10;SGaP/0dmj/9HZo//R2aP/0dmj/9H/2wIAP58AADeigAA0JYCAMifBADApwQAua4DALKyFACqsSgD&#10;oa83DJmsQxeRqE0hiaVVKoKjXDJ8oGM5d55qPnKccURtmnlIaJmBTGSXi1BglpVTXZaiVVqVsFdZ&#10;lcFXWJXeVluW81Bdl/9MX5f/R2CW/0Zglv9GYJb/RmCW/0Zglv9G/3ADAOuBAADWjwAAypoBAMGj&#10;AwC5qgIAsbIBAKq3EQCjtyQCm7U0CpOyQBSKr0oeg61TJ3yrWi52qGE1cKdoO2ulb0Bno3dEYqJ/&#10;SF6hiUxaoJRPV5+gUVSfrlNTn8BTUp/dUlWf805XoP9KWaD/Rlmf/0VZn/9FWZ//RVmf/0VZn/9F&#10;/3UAAOCGAADPkwAAxJ8BALqnAQCxrgAAqbYAAKG9DQCbvSABlLwxB4u6PRCDt0gafLVQInWzWCpv&#10;sl8warBmNmWvbTtgrXU/XKx+Q1irh0dVqpNKUaqfTE+qrk1NqsBNTarcTU6q8klQqv5GUqn/Q1Kp&#10;/0JSqf9CUqn/QlKp/0JSqf9C8nwAANeMAADImQAAvaMAALKrAACpsgAAoLsCAJfECQCSxRsAi8Qs&#10;BIPCOgx7wUQVdL9OHW69ViRovF0qY7tkMF+6bDRauXQ5Vrh8PFO3hz9Pt5JCTLafREq2rUZItsBG&#10;SLfdRUm28kNKtf9BS7X/Pku0/z1LtP89S7T/PUu0/z1LtP894oMAAM2SAADBnwAAtKcAAKqvAACg&#10;uAAAlsADAIzKBwCGzRQAgc0mAnrMNQhzy0EPbMpKF2bJUx1hyFsjXMdiKFjGaixUxnIwUMV8M03F&#10;hjZKxJI5R8SfO0XErjxExcE8Q8XfPETE8ztEw/85RcL/N0XB/zdFwf83RcH/N0XB/zdFwf831YsA&#10;AMWaAAC3pAAAq6wAAKC0AACWvgAAi8cEAIHQCAB42Q4AddkgAW/YLwRp2DwJY9ZGEF7WUBVZ1Vga&#10;VdRgH1HUaCJO1HEmS9N7KUjThStF05IuQtSfL0HUrzA/1cIxP9XhMD/T8jA/0v0vP9H/Lj/Q/y4/&#10;0P8uP9D/Lj/Q/y4/0P8uypQAALuhAACtqQAAorEAAJa7AACLxAAAgM0DAHXYCABv5BEAauQgAWTk&#10;LQNe5DgHWeRBC1XkSw9R5FQSTeRdFkrkZRhH5G4bReR3HULkgh9A5I4hPuWbIzzlqiQ75rwkOubT&#10;JDnl7iQ54/ojOeL/JDni/yQ54v8kOeL/JDni/yQ54v8kv54AAK+mAACjrgAAl7gAAIrCAAB+zAAA&#10;c9YCAGnlCQBk7xQAX/AgAVnwKwNU8DUFT/A+B0vxRgpH8U4MRPFXDkLxXxA/8mcSPfJwFDryexU4&#10;84cWNvOUGDX0ohkz9LEZMvXFGjH14hox9PEZMfH+GTHx/xkx8f8ZMfH/GTHx/xkx8f8ZsqQAAKWr&#10;AACYtgAAi8AAAH7KAABx1QAAZd4AAF71CgBZ/BMAU/weAU78JwJK/TADRf05BUH9QAY+/kgHO/5P&#10;CTj/Vwo2/14LM/9nDDH/cA0u/3wOLP+JDyv/lhAp/6QQKP+0ESf/xxEn/+ERJv/yESb/9hEm//YR&#10;Jv/2ESb/9hEm//YRp6kAAJmzAACLvgAAfskAAHDTAABk3gAAWOcAAFL/CQBN/xEAR/8ZAUP/IgE+&#10;/yoCOv8yAzf/OQMz/z8EMP9GBS3/TQUr/1QGKP9bByb/Ywcj/20IIf95CR//hwke/5UKHf+jChz/&#10;sQob/8ALGv/WCxr/3wsa/98LGv/fCxr/3wsa/98Lm7EAAI28AAB+xwAAcNIAAGPeAABV5AAAS/UA&#10;AEb/BQBA/w4AO/8UADf/GwEz/yMBL/8pAiv/MAIo/zUCJf87AyL/QQMf/0cDHf9OAxr/VQQY/14E&#10;Ff9oBRP/dAUR/4IFEP+QBhD/nQYP/6kGDv+1Bg7/ugYO/7oGDv+6Bg7/ugYO/7oGjroAAH/FAABw&#10;0QAAYt4AAFTlAABG6wAAP/4AADn/AAA0/wkAL/8OACv/FAAn/xoBI/8hAR//JQEc/yoBGf8vARb/&#10;NAIU/zoCEf9AAhD/RgIO/04CDP9WAgn/YAMH/2wDBP94AwP/hgMC/5EDAf+dAwH/oQMB/6EDAf+h&#10;AwH/oQMB/6ED/zYtAv85LgL/Pi4D/0AyA/9AOAT/PkEG/zxMCP86Wgr/OGgM/zZ2Dv81gw//NI8Q&#10;/zOZEf8zoRH/M6kS/zKwEv8ytxL/Mr8S/zLIE/8y0xP/MuMT/zLtE/8y9hL/M/4S/zP/Ev8z/xL/&#10;M/8R/zP/Ef8z/xD/M/8Q/zP/EP8z/xD/M/8Q/zYtAv87LAL/QCwD/0MvA/9DNQT/Qj4G/0BKCP8+&#10;Vwv/PGUN/zpzD/84gBD/N4wR/zeWEv82nxP/NqcT/zauFP82tRT/NrwU/zXFFf810BX/NeAV/zbr&#10;Ff829BX/Nv0U/zb/FP82/xT+N/8T/jb/E/02/xL9Nv8S/Tb/Ev02/xL9Nv8S/zcsAv8+KgL/QyoC&#10;/0YtA/9HMgT/RjwG/0VICP9DVQv/QWIN/z9wEP89fRH/PIkT/zuTFP87nBX/OqQW/zqrFv86shf/&#10;OrkX/znCF/85zBf/Od0Y/znpGP858xj/OvsY/Dr/F/o6/xf5Ov8W+Dr/Fvg6/xX4Ov8V+Dr/Ffg6&#10;/xX4Ov8V/zkrAv9BJwL/RicC/0opA/9LLwT/TDkG/0tFCP9IUQv/Rl4O/0RsEf9CeRP/QYUV/0CP&#10;F/9AmBj/P6AY/z+nGf8+rhr/PrYa/z6+G/8+yBv/PdYc/j3mHPs+8Rz4Pvoc9T7/HPM+/xryP/8Z&#10;8T//GfE//xjxP/8Y8T//GPE//xjxP/8Y/z0oAv9FJAL/SiMC/04lA/9RLAT/UjYG/1FBCP9PTQz/&#10;TFoP/0pnEv9IdBX/R4AX/0aLGf9FlBv/RJwc/0OkHf5Dqx79QrIf/EK6IPpCxCD5QtAh9kHiIfJC&#10;7iLvQvki7UL/IOtD/x/qQ/8d6UT/HOhE/xvoRP8b6ET/G+hE/xvoRP8b/0AlAv9IIQL/TyAC/1Mh&#10;Av9XKQP/WTMF/1g+CP9WSQz/UlUQ/1FjFP9Pbxf+TXsa+0uGHflKjx/3SZgh9kifIvRHpiTzR64l&#10;8Ua2JvBGvyfvRcso7EXeKehF7CnlRvgo4kf/JuFI/yTfSf8i3kn/IN1J/x/dSf8f3Un/H91J/x/d&#10;Sf8f/0MiAv9MHgH/UxwC/1keAv9dJgP/XzAE/186B/9dRQv/WlAQ/VheFfhVahn1U3Yd8lGAIe9P&#10;iiTtTZMm60yaKelLoivnSqks5UmxLuRIuy/iSMcx4EjZMdxI6jHYSfYu1Ev/K9JM/ynQTf8mz07/&#10;Jc5O/yPOTv8jzk7/I85O/yPOTv8j/0cfAf9QGgH/VxgB/14cAf9jIwL/ZiwE/2Y2Bv9kQQr6YkwP&#10;9F9ZFe9cZRvrWXAg51Z7JeRUhCnhUY0t3lCVMNxPnTLZTqUz1k2tNdNNtzbRTMI3z0zROMxM5jjJ&#10;TfQ1x0//McVR/y7EUv8rw1P/KcJT/yfCU/8nwlP/J8JT/yfCU/8n/0ocAf9UFwH/XBUB/2MZAf9p&#10;IAL/bCkD/20yBflsPQnyaUcO62ZUFeVjYBzgX2si21x1KNZZfy3SV4gwz1WQM8xUmDbKU6A4x1Kn&#10;OsVRsDvDULs8wVDJPb9Q3z28UfA7ulP8N7lV/zO4V/8vt1j/LbdY/yu3WP8rt1j/K7dY/yu3WP8r&#10;/00aAf9XFAH/YBIB/2gXAf9uHQH/ciUC+3MuA/JzOAfpcUMN4m5QFNtpXBzTZWYkzmJwKslfei/G&#10;XIIzw1uKNsBZkjm9WJo7u1aiPrhVqz+2VbVBtFTCQrJU1EKwVepBrlf5PK5Z/zetW/8zrVz/MK1d&#10;/y6tXf8urV3/Lq1d/y6tXf8u/1AXAf9aEgH/ZBAA/20UAP9zGgH/dyEB9HkpAup6MwXieD8K2XRM&#10;E89wWBzJa2IkxGhsK79ldTC7Yn01uGCFOLVejTyyXJU+r1udQa1apkOrWa9EqVm8RadYzEakWOVG&#10;pFv2QKNe/zujX/83o2D/M6Nh/zGjYf8xo2H/MaNh/zGjYf8x/1MVAf9dEAD/aA8A/3ASAP93FgD7&#10;fBwB7n8kAeSALQPafzsIz3pJEsd1VBvBcV8ku21oK7ZqcDGyZ3k2r2WAOqtjiD2oYZBApmCYQ6Ne&#10;oUWgXqtHnl23SJxdxkmaXN9Jml/yRJpi/z6aY/85m2X/Nptl/zObZf8zm2X/M5tl/zObZf8z/1UT&#10;Af9gDgD/aw4A/3QQAP97EgD1gRcA6IQeAN6HJwHRhDcHyH9GEcB7URu5dlsjtHJlK69vbTGqbHU2&#10;p2p8OqNohD6gZoxBnWSURJpjnUeXYqdJlWGyS5NhwUyRYdhMkWPvR5Jl/UGSZ/88k2n/OJNq/zWT&#10;av81k2r/NZNq/zWTav81/1cRAf9jDQD/bgwA/3cOAP9/DwDwhREA44kWANaLIwHLiDUGwoRDELqA&#10;Txqze1kjrXdiKqh0ajGjcXE2n255O5xsgT+YaohClWmRRZJnmkiPZqNKjWWvTIplvU2JZdFOiWfs&#10;Sopp+0OLa/8+jG3/Ooxu/zeMbv83jG7/N4xu/zeMbv83/1kQAP9lCwD/cQsA/3oLAPGCDADoiQ0A&#10;3Y4OAM+PIAHGjTIGvYlBD7WETRmugFYip3xfKqJ4ZzCddW82mXN2OpVxfT+Sb4VCjm2ORotslkmI&#10;aqBLhWqsTYNpuk+BacxPgWroTINt+UWEb/8/hXD/O4Zx/ziGcf84hnH/OIZx/ziGcf84/1sPAP9n&#10;CAD/cwgA830IAN6GBwDZjAkA1ZELAMqSHgDBkDAFuI0/DrCIShiphFQhooBdKZ19ZTCYemw1k3dz&#10;Oo91ez6Mc4JCiHKLRoVwlEmCb55Mf26pTnxtt097bclQem7mTXxx+EZ+c/9Bf3T/PYB1/zqAdf86&#10;gHX/OoB1/zqAdf86/10OAP9qBgD/dgYA5IADANmJBgDSjwgAz5QKAMWWGwC8lC4Es5E9DauNSBek&#10;iFIgnoVbKJiBYy+Tfmo1jnxxOYp6eD2GeIBCg3aIRX91kUl8c5tMeXKnTnZytVB0csZQdHLjT3Z1&#10;9kd4d/9Cenj/Pnt5/zp7ef86e3n/Ont5/zp7ef86/18MAP9sBAD1eQIA3oMCANOLBQDNkgcAyZcI&#10;AMCZGQC3mCwDr5U7DKeRRxafjVAfmYlZJ5OGYS6Og2g0iYFvOYV/dj2BfX5BfXuGRXl6j0l2eJlM&#10;c3elTnB3slBud8RQbXfgT3B59Uhye/9DdHz/PnV9/zt1ff87dX3/O3V9/zt1ff87/2EKAP9vAgDo&#10;fAAA2YYBAM+OBADIlQYAw5oGALucFgCznCoDqpk5C6KVRRSbkU4dlI5XJo6LXy2JiGYzhIZtOICE&#10;dD17gntBd4CERXR/jUhwfZdLbXyjTmp8sE9ofMFQZ3zdUGp+80ltgP9DboH/P2+B/zxvgf88b4H/&#10;PG+B/zxvgf88/2QIAP9yAADhfwAA04kBAMqSAwDDmAQAvZ4EALagEwCuoCcCpZ02CZ2aQxOWl00c&#10;j5NVJImRXSuEjmQxf4xrN3qKcjt2iHlAcoaCRG6Fi0dqg5VKZ4KhTWSCrk9igr9PYYLaT2SE8klm&#10;hf9DaIb/P2qG/zxqhv88aob/PGqG/zxqhv88/2cEAPZ2AADcggAAzo0AAMWVAgC+nAMAt6ECAK+k&#10;EQCopCQCoKI0CJifQBGRnEoaiplTIoSXWyl+lWIweZJpNXWQcDpwj3c+bI1/QmiMiUZlipNJYYmf&#10;S16JrE1dib1OXInWTV6K8Ehgi/5DYov/P2OM/zxjjP88Y4z/PGOM/zxjjP88/2oAAOZ6AADVhgAA&#10;yZEAAMCZAQC4nwEAsKUAAKipDgCiqSEBmqgxBpOlPg+Lo0gYhKBRIH6eWSd4nGAtc5pnMm+Ybjdq&#10;lnU8ZpV9P2KUh0NfkpFGW5KdSVmRq0pXkbtLVpHTS1eS70dakv1CXJP/Pl2T/ztdk/87XZP/O12T&#10;/ztdk/87/24AAOB+AADOiwAAxJUAALqdAACxowAAqakAAKGuCwCbrx0BlK4uBIysOwyFqkYVfqhO&#10;HHimViNypF0qbaJkL2mhazRkn3M4YJ57PFydhT9ZnI9CVZucRVObqkdRm7pHUJvRR1Gb7kRTm/xA&#10;VZv/PFab/zpWm/86Vpv/Olab/zpWm/868XQAANmDAADIkAAAvpoAALOhAACqpwAAoa4AAJe1BgCS&#10;thgAjLUqA4W0Nwl+skIRd7BMGHGuVB9srVslZ6tiKmKqaS9eqXEzWqh6N1angzpTpo49UKabQE2l&#10;qUFLpbpCS6bRQkul7T9Npfw8TqT/OU+k/zdPpP83T6T/N0+k/zdPpP835HoAAM+JAADClQAAtp8A&#10;AKylAACirAAAmLMAAI67AgCIvRIAg70lAXy8MwZ2uz8Nb7pJFGq4URplt1kfYLZgJFy1ZylYtG8s&#10;VLN4MFGzgjNNso02SrKaOEixqDpGsrk6RbLROkax7TlHsPw2R7D/NEiv/zNIr/8zSK//M0iv/zNI&#10;r/8z24IAAMeQAAC7nAAArqMAAKSqAACZsQAAj7kAAITAAwB7xg0AeMYeAHPGLgNtxToIZ8RFDmLD&#10;ThNdw1YYWcJeHVXBZiFRwW4kTsB3KEvAgStIv4wtRb+aL0O/qDFBv7oxQcDSMUG+7jBBvf0vQbz/&#10;LkG8/y1BvP8tQbz/LUG8/y1BvP8tzooAAL+YAACxoAAApqgAAJuwAACQuAAAhb8AAHrHBABvzwkA&#10;a9EVAGfRJgFj0TQEXtBACFnQSgxVz1MQUc9bFE7PYxhLzmsbSM51HkXOfyBCzowiQM6ZJD7OqCY8&#10;zromPM/UJjzN7yU7zPslO8v/JTvK/yU7yv8lO8r/JTvK/yU7yv8lw5MAALWeAACopgAAna4AAJG2&#10;AACFvwAAeccAAG/OBABk1gkAXt4RAFveIABX3i0CU986BFDfRAZM304JSd9XDEbfXw9D32gRQd9x&#10;Ez7ffBU834kXOuCWGTjgpRo34LcaNuHNGjbf7Bo13vkaNN3/GzTc/xs03P8bNNz/GzTc/xs03P8b&#10;uZwAAKqkAACeqwAAkrUAAIW+AAB5xwAAbc8AAGLWAwBY4QgAVeoTAFHrIABN6ysBSes1AkXsPgRC&#10;7EcFP+xPBz3tWAk67WAKOO1qDDbudA0z7oAOMu6ODzDvnRAu760RLfDAES3w3hEs7vERLOz+ESzr&#10;/xAs6/8QLOv/ECzr/xAs6/8QraIAAKCpAACTswAAhr0AAHnGAABszwAAYNgAAFXeAABO8woASvcT&#10;AEb4HQBD+CcBP/gwAjv5OAI4+UADNfpHBDP6TwUw+1cFLvtfBiv8aQcp/HQIJ/yCCSX9kAkk/aAK&#10;I/6wCiL+xAsh/+ALIf3yCiD8/Aog/PwKIPz8CiD8/Aog/PwKoqcAAJWxAACHuwAAecYAAGzPAABf&#10;2QAAUt8AAEjoAABD/wgAP/8QADv/GQA3/yEANP8pATD/MAEt/zcCKv8+Aif/RAIl/0sDIv9TAyD/&#10;XAMd/2YEG/9yBBn/gAUX/48FFv+fBhX/rwYU/8AGFP/WBhP/6QYT/+kGE//pBhP/6QYT/+kGl68A&#10;AIi6AAB6xQAAbM8AAF7aAABQ4AAAROYAADz1AAA3/wQAM/8NAC//EwAr/xoAKP8hACX/JwEh/y0B&#10;Hv8yARv/OAEZ/z8BFv9GAhT/TQIR/1YCEP9gAg7/bAIM/3sDC/+LAwr/mgMK/6gDCf+1Awj/wgMI&#10;/8IDCP/CAwj/wgMI/8IDirgAAHvDAABszgAAXtsAAE/iAABC5wAANuwAADH/AAAs/wAAJ/8HACP/&#10;DgAg/xIAHP8YABj/HQAV/yEAEv8mABD/LAEO/zEBDf83AQr/PgEI/0YBBf9PAQH/WQEA/2YBAP90&#10;AQD/ggIA/5ACAP+cAgD/pgIA/6YCAP+mAgD/pgIA/6YC/y4vAv8zLAL/Ny0C/zgwAv83NgP/ND8E&#10;/zFLBv8vWAf/LGYI/yp0Cf8pgQr/KI0L/yiXC/8onwv/KKYM/yetDP8ntAz/J7sM/yfEDP8nzgz/&#10;KN4L/yjpC/8o8wv/KPsL/yj/Cv8p/wr/Kf8K/yn/Cv8o/wr/KP8K/yj/Cv8o/wr/KP8K/zAtAv82&#10;KgL/OSoC/zsuAv86NAP/ODwE/zZJBv8zVgf/MWMJ/y9xCv8tfgv/LYoM/yyUDP8snA3/LKQN/yyr&#10;Df8ssQ3/LLkN/yvBDf8syw3/LNoN/yznDf8s8Q3/LPoN/yz/DP4t/wz9Lf8M/S3/DP0s/wv9LP8L&#10;/Sz/C/0s/wv9LP8L/zIrAf85KAL/PSgC/z8qAv8+MAP/PToE/zxGBv85Uwj/N2AJ/zVtC/8zegz/&#10;MoYN/zGQDv8xmQ7/MaEP/zGoD/8wrg//MLUP/zC9EP8wxxD/MNQQ/zDkEP8x7xD+MfkP+zH/D/kx&#10;/w/4Mf8O9zH/Dvcx/w72Mf8O9jH/DvYx/w72Mf8O/zUoAf88JQH/QCQC/0MnAv9DLAP/RDcE/0JD&#10;Bv9ATwj/PVwK/ztpDP85dg3/OIIP/zeMEP83lRH/Np0R/zakEv82qxL/NrIT/zW6E/81wxP/Nc8T&#10;/DXhE/k27RP2NvcT8zb/E/E2/xLwNv8S8Df/Ee83/xHvN/8Q7zf/EO83/xDvN/8Q/zklAf9AIQH/&#10;RSAB/0ciAv9JKQL/SjQE/0k/Bf9GSwj/RFgK/0JlDf9AcQ//Pn0R/z2HEv89kRT+PJkV/TygFfw7&#10;pxb6O64X+Tu2F/g7vxf2O8oY9DvcGPA76hjtO/YY6jv/F+g8/xfnPP8W5j3/FeU9/xTlPf8U5T3/&#10;FOU9/xTlPf8U/z0iAf9EHgH/SRwB/00eAf9QJgL/UTAD/1A7Bf9ORgj/S1ML/0hgDv9GbBH7RXgT&#10;+ESCFfZDjBf0QpQY80GcGfFBoxvvQKob7kCyHO0/ux3rP8Ye6T/VHuU/6B/iQPQe30D+Hd1B/xvb&#10;Qv8a2UL/GNhC/xfYQv8X2EL/F9hC/xfYQv8X/0AfAf9IGgH/ThgB/1IbAf9WIwL/WCwD/1c3BP9V&#10;Qgf/Uk0L+VBaDvVNZxLxTHIW7kp9GOtIhhvpR48d50aXH+VFniDjRKYi4USuI+BDtyTeQ8Il3EPQ&#10;JtdD5SbTRPMk0EX+Is1G/yDMR/8eykf/HMlI/xvJSP8byUj/G8lI/xvJSP8b/0QbAf9MFgH/UhQB&#10;/1gYAf9dHwH/XygC/14yA/1dPQb2WkkK8FdVD+pVYhPmUm0Y4lB3HN9OgR/cTIoi2UuSJNVKmibT&#10;SaEo0UmpKc9IsirNSLwry0jJLMhI3yzFSO8rwkr8KMBL/yW/TP8ivk3/IL1N/x+9Tf8evU3/Hr1N&#10;/x69Tf8e/0cYAf9PEwH/VhEA/14VAP9iHAH/ZSQB/mUtAvRkOAXtYUMJ5l9RDuBcXRTaWGga1FZy&#10;HtBUeyLMUoQmylCMKMdPlCrFTpssw06jLsFNrC+/TLYwvUzCMbtM0zK4TOkxtk74LbRQ/yqzUf8n&#10;s1L/JLJS/yKyUv8islL/IrJS/yKyUv8i/0oVAf9TEQD/Ww8A/2ISAP9oFwD/ah8B9msoAexrMgPk&#10;aT4H3GZMDdNiWBTNX2MbyFxtIMRadiTBWH4ovlaGK7tVji65U5YwtlKeMrRSpjOyUbA1sFG8Nq5Q&#10;yzesUOM3qlL0M6lU/y6oVv8rqFf/KKhX/yWoV/8lqFf/JahX/yWoV/8l/00TAP9WDgD/Xw0A/2cQ&#10;AP9sEwD7cBkA73EiAeRxLALbcDoF0WxIDMloVBTDZV8bvmJoIbpfcSa2XXkqs1uBLbBaiTCuWJEz&#10;q1eZNalWoTenVqs4pVW2OqNVxTuhVd07n1bwN59Y/jKfWv8unlv/K55c/yieXP8onlz/KJ5c/yie&#10;XP8o/1ARAP9ZDAD/YwwA/2sNAP9wEAD1dBMA6HYaAN13JQHRdjYEyHJEDMFuUBS7a1sbtmdkIbFl&#10;bSetYnUrqmB8L6dfhDKkXYw0olyUN59bnTmdWqY7mlmxPZhZvz6XWdM+lVrsO5Vd+zWWXv8xll//&#10;LZZg/yqWYP8qlmD/KpZg/yqWYP8q/1IPAP9cCgD/ZgkA/24KAPZ0DADveA4A4XsSANR8IADKezME&#10;wXdBC7p0TRO0cFgbrmxhIalqaSemZ3EromV4L59kgDOcYog2mWGQOJZfmTuUXqI9kV6tP49du0CN&#10;Xc1BjF7oP41h+TiNYv8zjmT/MI5k/yyOZf8sjmX/LI5l/yyOZf8s/1UOAP9fBgD/aQYA9HIGAOJ4&#10;BgDbfAkA2X8MAM2BHQDEfzADu3w/CrR4SxKtdVUaqHFeIaNuZiafbG4rm2p1L5hofTOVZ4Q2kmWM&#10;OY9klTyMY58+iWKqQIdht0KFYclChGLkQYVk9zuGZv81h2f/MYdo/y6Haf8th2n/LYdp/y2Haf8t&#10;/1cMAP9hBAD+bAMA5HUBANt7BQDTgAgA0IMKAMeFGgC+hC0DtoE8Ca99SBKoeVIZonZbIJ1zYyaZ&#10;cGsrlW5yL5FteTOOa4E2i2mJOohokjyFZ5w/gmanQYBmtEN+ZsVEfGbhQ35o9Tx/av83gGv/M4Fs&#10;/y+BbP8vgWz/L4Fs/y+BbP8v/1kLAP9jAQD0bwAA33gAANR/BADOgwYAyocIAMKIGAC5hysCsYU6&#10;CKqBRhGjflAYnXpZH5h3YSWTdWgqj3NvL4txdzOIb342hW6GOoJsjz1/a5lAfGqlQnlqsUR3asJE&#10;dmrdRHhs8z55bv84em//NHtw/zB8cP8wfHD/MHxw/zB8cP8w/1sIAP9mAADncgAA2nsAAM+CAwDJ&#10;hwUAxIoGALyMFQC0iygCrIk4B6WFRBCegk4YmH9XHpN8XySOeWYqindtLoZ1dDKCdHw2f3KEOXxx&#10;jT15cJdAdm+iQnNur0RxbsBFcG7ZRXJw8T9zcv85dXP/NXZ0/zF2dP8xdnT/MXZ0/zF2dP8x/10G&#10;AP9pAADidAAA1H0AAMuFAgDEigQAv40FALePEwCwjyYBqI01B6CKQg6ahkwWk4NVHY6BXSSJfmQp&#10;hXxrLYF6cjJ9eHk1eneCOXZ2izxzdZVAcHSgQm1zrURrc71FanPVRWx070Budv46b3f/NnF4/zJx&#10;eP8xcXj/MXF4/zFxeP8x/18CAPdsAADedwAA0IEAAMeIAQDAjQMAuZEDALKTEQCrkyMBo5EzBpyO&#10;QA2Vi0oVj4hTHImGWyKEg2IogIFpLXx/cDF4fnc1dHyAOHF7iTxuepM/a3meQmh4q0RmeLtFZHjR&#10;RWZ57kBoe/06anv/Nmt8/zJrfP8ya3z/Mmt8/zJrfP8y/2EAAOpvAADZegAAzIQAAMOLAAC7kQEA&#10;tJUBAKyXDgCllyEBnpYxBZeTPgyQkEgUio5RG4SLWSF/iWAne4dnK3eFbjBzhHU0b4J9N2uBhzto&#10;gJE+ZX+cQWJ+qUNgfrlEX37PRGB/7EBigPw6ZID/NmWB/zNmgf8yZoH/MmaB/zJmgf8y/2QAAOVy&#10;AADTfgAAx4cAAL6PAAC2lQAArpkAAKabDACgnB4AmZsuBJKZOwqLlkYShZRPGX+RVx96j14ldY5l&#10;KnGMbC5tinMyaYl7NmaIhDliho89X4WaP1yFqEFahbdCWYXMQlqF6j9chvs6Xob/Nl+H/zJfh/8y&#10;X4f/Ml+H/zJfh/8y/WgAAOB2AADNggAAwowAALmTAACwmQAAqJ0AAJ+gCQCZoRoAk6ArA4yfOAiF&#10;nUMQf5pMF3mYVB10l1wicJVjJ2uTaixnknEwZJF5M2CPgjdcjo06WY2ZPVeNpj9UjbZAU43LQFSN&#10;6T1Wjfo5V43/NVmO/zJZjv8xWY7/MVmO/zFZjv8x7W0AANl7AADIhwAAvZAAALSYAACqnQAAoaEA&#10;AJemBACRpxUAjKcnAoWmNQZ/pEANeaJKFHOgUhpun1kfaZ1gJGWcZyhhm28sXpp3MFqYgDNWl4s2&#10;U5eXOVGWpTtPlrQ8TpbJPE6W6DpPlvk2UZb/M1KW/zBSlv8wUpb/MFKW/zBSlv8w5nIAANCAAADC&#10;jAAAuJYAAK2cAACjoQAAmaYAAI6tAACIrhEAg64iAX2tMQR3rD0KcqpHEGypTxZnqFcbY6deH1+m&#10;ZSRbpG0nWKR1K1Sjfy5RookxTqGWNEuhpDZJobQ2SKHIN0ig5zVJoPkySp//MEuf/y5Ln/8tS5//&#10;LUuf/y1Ln/8t3XkAAMmGAAC8kgAAsZoAAKagAACcpgAAkawAAIayAAB9tg0AebYdAHW2LAJvtTkG&#10;arRDC2WzTBFgslQWXLFbGliwYx5Vr2shUa9zJU6ufShLrYgqSK2VLUWtoy5ErbMvQ63IL0Ks5y9D&#10;q/ktRKv/K0Sq/ylEqv8pRKr/KUSq/ylEqv8p0YAAAMGNAAC1mAAAqZ8AAJ6lAACTrAAAiLIAAH24&#10;AABxvgYAbr8VAGq/JgFmvzMDYb4/B12+SAtZvVEPVb1ZE1G8YBdOvGgaS7txHUi7ex9FuociQrqU&#10;JEC6oiY+urMmPbrIJj266CY9uPklPbf/JD22/yM9tv8jPbb/Iz22/yM9tv8jx4gAALmVAACsnQAA&#10;oaQAAJarAACKsgAAf7kAAHO/AQBoxgUAYMoOAF7KHQBbyiwBV8o4A1TKQwVQykwITclVC0rJXQ5H&#10;yWYRRMlvFEHJeRY/yIUYPMiTGjrIohs5ybMcOMnJHDjI6Bw3x/kcN8X/HDbE/xw2xP8cNsT/HDbE&#10;/xw2xP8cvpEAALCbAACkowAAmKoAAIyyAACAuQAAdMAAAGjHAABdzQUAU9MKAE/XEgBN2CIAS9gw&#10;AEnYPAJG2EYDRNlPBEHZWAY/2WEIPNlrCjrZdgw32YIONdqQDzTaoBAy2rERMdvHETHa5xEw2PYS&#10;MNb/Ey/U/xMv1P8TL9T/Ey/U/xMv1P8Ts5oAAKahAACaqQAAjbEAAIC6AAB0wQAAaMkAAFzPAABS&#10;1QMASNwIAEXlEgBD5R4AQeYqAD7mNQE75z4BOedHAjfnUAM06FkEMuhiBTDobQYu6XkHLOmHCCvq&#10;lgkp6qcKKOq6Cifr1gon6fAKJ+f9CSbm/wom5v8KJub/Cibm/wom5v8KqKAAAJynAACPsAAAgrkA&#10;AHTCAABoygAAW9EAAE/XAABF3QAAPu4JADzyEQA58xsANvMlADT0LgAx9DcBLvU/ASz1RwEp9k8C&#10;J/ZXAiX3YQMj92wDIfh6BB/4iQQe+ZoFHPmrBRv6wAUa+t4FGvnyBRr3/QUZ9v8FGfb/BRn2/wUZ&#10;9v8FnqYAAJGvAACDuQAAdcIAAGfLAABa0wAATdoAAELfAAA45QAANfsHADH/DwAu/xYAK/8fACn/&#10;JgAl/y0AI/80ACD/OwEe/0MBG/9LARn/UwEW/10CFP9qAhL/eAIR/4gCEP+aAhD/qwMO/74DDv/V&#10;Aw7/7QMO//ADDv/wAw7/8AMO//ADk64AAIS4AAB2wgAAZ8wAAFrVAABM3AAAP+EAADXmAAAt9AAA&#10;Kv8CACb/CwAj/xEAIP8XAB3/HQAZ/yMAFv8pABT/LwAS/zUAEP89AA7/RQEM/04BCv9YAQf/ZQEF&#10;/3QBA/+FAQL/lgEB/6YBAP+1AQD/xgEA/8oBAP/KAQD/ygEA/8oBhrcAAHfBAABozAAAWtcAAEve&#10;AAA+5AAAMukAACftAAAj/wAAH/8AABv/BQAX/wwAFP8QABH/FAAP/xgADf8dAAv/IgAI/ygABf8u&#10;AAL/NQAA/z0AAP9HAAD/UgAA/14AAP9tAAD/fgEA/44BAP+bAQD/qQEA/6sBAP+rAQD/qwEA/6sB&#10;/yotAf8uKwH/MCsB/zAuAv8uNQL/KT0D/yVJBP8jVwT/IWQF/x9yBv8dfwb/HYoG/x2UBv8dnAf/&#10;HKMH/xyqB/8csQf/HLgG/xy/Bv8cyQb/HNYG/x3lBv8d7wb/HfkF/x3/Bf8d/wX/Hf8F/x3/Bf8d&#10;/wX/Hf8F/x3/Bf8d/wX/Hf8F/ywrAf8wKAH/MygB/zMrAv8xMQL/LToD/ytHBP8oVAX/JmEF/yRv&#10;Bv8ifAf/IocH/yKRB/8hmQf/IaEI/yGnCP8hrgj/IbUI/yG8CP8hxgf/IdEH/yHiB/8i7Qf/IvcH&#10;/yL/Bv0i/wb8Iv8G/CL/Bvwi/wb7Iv8G+yL/Bvsi/wb7Iv8G/y4oAf8zJQH/NiUB/zcnAf81LQL/&#10;NDgD/zJEBP8vUQX/LF4G/yprB/8pdwf/KIMI/yeNCP8nlgn/J50J/yekCf8nqwn/J7IJ/ye5Cf8n&#10;wgn/J80J/yfeCf8n6wn8J/YI+Sj+CPco/wj2KP8I9Sj/CPUo/wj1KP8I9Sj/CPUo/wj1KP8I/zIl&#10;Af83IgH/OiEB/zsjAf87KQL/OzQC/zlABP82TQX/NFoG/zFmB/8wcwj/Ln8J/y6JCv8ukgr/LZkL&#10;/y2hC/8tpwv/La4L/y21DP8tvgz+LckM+y3ZDPgt6Av0LvQL8S7+C+8u/wvuLv8L7S7/C+wu/wrs&#10;Lv8K7C7/Cuwu/wrsLv8K/zUiAf87HgH/Px0B/0AfAf9CJgH/QjEC/0A8A/8+SAX/O1UG/zliCP83&#10;bgr/NnkL/zWEDP00jQ38NJUN+jScDvkzow73M6oP9jOyD/Uzug/zM8UP8jPSD+4z5Q/qNPIP5zT9&#10;D+U0/w/kNP8O4jX/DuI1/w3hNf8N4TX/DeE1/w3hNf8N/zkeAf8/GgH/QxgB/0YaAf9JIwH/SS0C&#10;/0g4A/9FRAX/Q1AH/0BdCfs+aQv4PXQN9Tx/DvM7iA/xO5AQ7zqYEe06nxLsOaYT6jmuE+k5thTn&#10;OcEU5jnOFeI54xXeOfEV2zr8FNg6/xPVO/8S0zv/EtI7/xHSO/8Q0jv/ENI7/xDSO/8Q/z0bAf9D&#10;FgD/SBQA/0wXAf9PHwH/UCgB/08zAv9NPwT7SkoG9UdXCfFGZAztRG8O6UN5EedCgxPkQYsU4kCT&#10;FuA/mxffP6IY3T6qGds+sxrYPr0a1j7KG9I+3xvOPu8byz/7GslA/xjHQP8XxkH/FcVB/xTEQf8U&#10;xEH/FMRB/xTEQf8U/0EXAP9HEgD/TBAA/1IUAP9WGwD/VyQB/1YuAvhUOQPxUUUG609SCeZNXgzh&#10;S2kQ3Ul0E9lIfRbVRoYY0kWOGtBFlhzORJ0dzESlHspDrR/IQ7YgxkPDIcVD0yHBQ+khvkT3H7xF&#10;/x26Rv8buUf/GbhH/xi4R/8XuEf/F7hH/xe4R/8X/0QUAP9LEAD/UQ4A/1cRAP9bFgD/XR4A+V0o&#10;Ae9bMwLnWT8E4FdNCNpUWQ3TUmQSzlBuFspOdxnHTIAcxUuIHsJKkCDASpchvkmfI7xIpyS6SLAl&#10;uEi8JrdIyye0R+MnsknzJbBK/yKuS/8frkz/Ha1M/xutTf8arU3/Gq1N/xqtTf8a/0cRAP9PDQD/&#10;VgwA/1wOAP9gEgD9YhgA8GMhAOZiLAHeYDoD1F5IB81bVA3HWF8Tw1ZpF79Uchu8UnoeuVGCIbZQ&#10;iiO0T5Elsk6ZJ7BNoiiuTasqrEy2K6pMxCyoTNsspk3vKqRP/SakUP8jo1H/IKNS/x6iUv8dolL/&#10;HaJS/x2iUv8d/0oPAP9SCgD/WgkA/2ALAP9lDgD1ZxEA6GgYAN1nJADSZjUCymREB8NhUA29XlsT&#10;uVxkGLVabRyxWHUgrld9I6xVhCWpVIwop1OUKqVSnSyjUqYtoVGxL59RvjCdUdEwm1HqL5pT+iqa&#10;Vf8mmVb/I5lW/yGZV/8fmVf/H5lX/x+ZV/8f/00NAP9VBgD/XQUA+2QHAO9pCQDpawwA4WwQANNt&#10;HgDJbDECwmpAB7tnTA21ZFcTsGFgGaxfaR2oXXEhpVx4JKJagCegWYcqnViQLJtXmC6ZVqIwllWs&#10;MpRVuTOTVcozkVXlM5FX9y2RWf8pkVr/JZFb/yORW/8hkVv/IZFb/yGRW/8h/08LAP9XAgD/YQIA&#10;6mgBAN5tBADYcAgA1XALAMtyGwDCcS4Cum89BrRsSQ2uaVQTqWddGaRkZR2hYm0hnWF0JZpffCiY&#10;XoMrlV2LLZJblDCQW54yjVqoNItZtTWKWcY2iFnhNohc9DCIXf8riV7/KIlf/yWJX/8jiV//I4lf&#10;/yOJX/8j/1EJAP9aAAD1ZAAA4GwAANdxAwDQdAYAzXUJAMR2FwC8dioBtHQ6Ba5xRgynblESomta&#10;GJ5pYh2aZ2khlmVxJZNkeCiQYoArjWGILotgkTGIX5ozhl6lNYNesjeCXsI3gF7cOIBf8jOBYf8t&#10;gmL/KYJj/yaCZP8lgmT/JYJk/yWCZP8l/1MGAP9dAADnZwAA228AANB0AgDKeAUAxnkHAL56FQC2&#10;eigBr3g3Bah2RAuic04SnHBXGJhtXx2Ua2chkGpuJY1odSiKZ30rh2WFLoRkjjGBY5c0f2KiNnxi&#10;rzh6Yr45eWLVOXlj7zR6Zf4ve2b/K3xn/yh8Z/8mfGf/Jnxn/yZ8Z/8m/1UDAP9gAADjagAA1XIA&#10;AMx4AQDFewMAwH0FALl+EgCxfiUBqn01BKN6QQqdd0wRl3RVF5JyXRyOcGQgim5rJIdsciiEa3or&#10;gWqCLn5pizF7Z5U0eGegNnZmrDh0Zrw5c2bROnNn7TZ0af0wdWr/LHZr/yl3a/8nd2v/J3dr/yd3&#10;a/8n/1cAAPZjAADfbQAA0XUAAMh7AADBfwIAu4ADALSBEACsgiMBpYEyBJ5+PwmYe0oQknlTFo12&#10;WxuJdGIghXJpJIFxcCd+b3cre25/LnhtiDF1bJI0c2ueN3Bqqjluark6bWrOOm1r6zdvbfwxcG7/&#10;LXFu/ypxb/8ocW//KHFv/yhxb/8o/1kAAOtlAADbcAAAzXgAAMR+AAC8ggEAtoQBAK6FDgCnhiAA&#10;oIUwA5qCPQiTgEgPjn1RFYl7WRqEeWAfgHdnI3x1bid5dHUqdnN9LnNyhjFwcZA0bXCcN2pvqDlo&#10;b7c6Z2/LOmdw6Tdpcfoya3L/LWxz/ypsc/8obHP/KGxz/yhsc/8o/1wAAOdoAADVcwAAyXsAAMCC&#10;AAC4hgAAsYgAAKmJDQCiih0AnIkuApWHOwePhUUOiYJPFISAVxl/fl4ee3xlInh7bCZ0eXMqcXh7&#10;LW53hDBrdo4zaHWaNmV0pjhjdLU5YXTJOmF05zhjdvkyZXb/LmZ3/ytnd/8pZ3f/KWd3/ylnd/8p&#10;/18AAONsAADQdgAAxX8AALyFAAC0igAArIwAAKOOCgCdjhoAl44rApCMOAaKikMMhIdMEn+FVRh6&#10;hFwddoJjIXOAaiVvf3EpbH55LGh9gi9lfIwyYnuYNV96pDdderM4XHrHOVx65Tdee/gyX3v/LmB8&#10;/ythfP8pYXz/KWF8/ylhfP8p9WIAAN5vAADMegAAwIMAALeJAACvjgAAppEAAJ2SBgCXkxcAkZMo&#10;AYuSNgWFkEELf45KEXqMUhZ1ilobcYhhH22HaCNqhm8nZoR3K2ODgC5ggooxXYGWNFqBozZYgLI3&#10;VoDFN1aA4zZYgfcxWYH/LVuC/ypbgv8pW4L/KVuC/ylbgv8p7GYAANhzAADHfgAAvIcAALOOAACp&#10;kgAAoJUAAJaYAQCQmRMAipkkAYWYMgR/lj4JeZRIDnSTUBRvkVcZa5BeHWiOZSFkjW0lYIx1KF2L&#10;fitaioguV4mUMVSJoTNSiLA0UYjDNVCI4jRSiPYwU4j/LFSI/ylViP8oVYj/KFWI/yhViP8o5msA&#10;ANB4AADCgwAAt4wAAK2SAACjlgAAmpoAAI6eAACHnxAAg58gAH6fLwJ4nTsHc5xFDG6bTRFpmVUW&#10;ZZhcGmGXYx5elmohW5VyJVeUfChUk4YrUZKSLk6SoDBMkq8xS5LCMUqR4DFMkfUtTZH/Kk6Q/yhO&#10;kP8mTpD/Jk6Q/yZOkP8m3nAAAMl9AAC8iQAAspIAAKeXAACdmwAAk58AAIakAAB+pgwAeqYbAHWm&#10;KgFwpjcEbKVBCWejSg1jolISX6FZFluhYRlYoGgdVJ9wIFGeeiNOnYQmS52RKUicnipGnK4sRZzB&#10;LEWc3ytFm/QpRpr/J0ea/yVHmv8kR5r/JEea/yRHmv8k1HcAAMKEAAC2jwAAq5YAAKGcAACWoAAA&#10;i6UAAH+qAAB0rgUAb68UAGyvJABorzICZK49BV+tRglbrE8NWKxWEVSrXhRRqmYXTqpuGkupeB1I&#10;qYMgRaiPIkOonSRBqK0lQKjAJT+o3yU/pvQjQKX/IkCl/yFApP8gQKT/IECk/yBApP8gyn4AALuL&#10;AACvlQAApJsAAJmhAACOpgAAgqwAAHexAABqtgAAY7gOAGG4HQBeuCwBWrg4Ale4QgVTuEsIULdT&#10;C023Ww5KtmMQR7ZrE0S1dRZCtYEYP7WOGj21nBw7tawcOrXAHTm13xw5s/QcObL/HDmx/xs5sP8b&#10;ObD/Gzmw/xs5sP8bwYYAALSTAACnmgAAnKAAAJGnAACFrQAAebMAAG24AABivQEAVsIHAFPDFABS&#10;wyMAUMQwAU3EOwJKxEUDR8ROBUXEVwdCw18JQMNoCz3Dcg07w34POMOMETbDmxI1w6sTM8PAEzPD&#10;4BMzwfUTMsD/FDK//xQxvv8UMb7/FDG+/xQxvv8UuJAAAKuZAACfoAAAk6cAAIeuAAB7tAAAbrsA&#10;AGPAAABYxQEATcoFAETPDABD0BcAQtAlAEDQMgA/0T0BPdFHATvRUAI50lkDNtJjBDTSbgUy0noH&#10;MNKICC7SmAkt06kJLNO+CizT3wkr0fMKKs/+CynO/wwpzf8NKc3/DSnN/w0pzf8NrpgAAKKfAACW&#10;pgAAia4AAHy2AABvvQAAY8MAAFfIAABMzQAAQtIDADnZCQA13xAANN8bADLgJwAx4TIAMOE9AC7i&#10;RwAt4lABK+JaASrjZQIo43ECJuR/AyXkjwMj5aEEIuW0BCHlzQQg5OwEIOL7BB/h/wUf4P8FH+D/&#10;BR/g/wUf4P8FpJ4AAJilAACLrgAAfbYAAHC+AABjxgAAVssAAEvQAABA1QAANtwAAC/lBwAt7RAA&#10;K+4YACnuIgAn7ysAJe80ACPwPAAh8EUAH/FOAB3yWAEb8mQBGfNxARjzgQEX9JICFfSlAhT1ugIT&#10;9dYCE/TvAhLy/AIS8P8CEvD/AhLw/wIS8P8CmqQAAI2tAAB/tgAAcb8AAGPHAABWzgAASdMAAD3a&#10;AAAz3wAAKuMAACb0BQAk+w0AIfwTAB79GwAc/SIAGf4pABf+MQAV/zkAE/9BABH/SgAQ/1UADv9h&#10;AAz/bwEM/4ABCv+TAQn/pgEI/7oBB//UAQf/6wEG//YBBv/2AQb/9gEG//YBj6wAAIC2AAByvwAA&#10;Y8kAAFbRAABI2AAAO90AADDiAAAm5gAAH/AAABz/AAAZ/wkAFv8OABT/EwAR/xkAD/8eAA3/JAAL&#10;/ysACf8yAAb/OwAD/0QAAP9PAAD/XAAA/2sAAP99AAD/kAAA/6MAAP+0AAD/xgAA/9YAAP/WAAD/&#10;1gAA/9YAgrUAAHO/AABkyQAAVtMAAEfbAAA64AAALuUAACPpAAAa7QAAFf0AABL/AAAQ/wIADv8J&#10;AAv/DQAI/xAABP8TAAH/GAAA/x4AAP8kAAD/KwAA/zMAAP89AAD/SQAA/1YAAP9mAAD/eAAA/4oA&#10;AP+bAAD/qAAA/7EAAP+xAAD/sQAA/7EA/yUrAf8oKQH/KSkB/ygsAf8jMgH/HjsC/xpHAv8XVQP/&#10;FWID/xNwA/8SfAP/EocD/xKRA/8SmQP/EqAD/xKnA/8SrQP/EbQD/xG7A/8RxAP/Ec4D/xHfA/8R&#10;6wL/EvYC/xL+Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/ygpAf8rJgH/LCYB/ysp&#10;Af8oLwH/IjgC/yBEAv8dUgP/G18D/xhsA/8XeQT/F4QE/xeOBP8XlgT/Fp0E/xakBP8WqgT/FrEE&#10;/xa4BP8WwAP/FsoD/xbbA/8W6AP/F/QD/xf9A/wX/wL7F/8D+xf/A/oX/wP6F/8D+hf/A/oX/wP6&#10;F/8D/yomAf8uIwH/LyIB/y8lAf8sKwH/KjUC/ydBAv8kTgP/IlsD/yBoBP8edAT/HYAE/x2KBP8d&#10;kgX/HZoF/x2hBf8dpwX/Ha0F/x20BP8dvQT/HccE/x3UBP4d5gT7HfIE9x77A/Ue/wT0Hv8E8x7/&#10;BPMe/wTyHv8E8h7/BPIe/wTyHv8E/y4iAf8yHwH/NB4B/zMgAf8yJgH/MjIB/y8+Av8sSgP/KlcD&#10;/ydkBP8mcAX/JXsF/ySFBf8kjgb/JJYG/ySdBv8kowb/JKoG/SSxBvwkuQb7JMMG+STPBvYk4wby&#10;JPAF7iX6Be0l/wbrJf8G6iX/Bukl/wbpJf8G6SX/Bukl/wbpJf8G/zIeAf82GwD/OBkA/zgbAf86&#10;IwH/OS0B/zg6Av81RgP/MlIE/zBfBP8uawX/LXYG/SyAB/osiQf5K5EH9yuZCPUrnwj0K6YI8yut&#10;CPErtQjwK78I7ivLCOsr3wjnLO4I5Cz6COIs/wngLP8J3iz/CN4s/wjdLP8I3Sz/CN0s/wjdLP8I&#10;/zUaAP86FgD/PRQA/z8XAP9BHwD/QSkB/0A0Af89QQL/Ok0D/DhaBfg2ZQb0NXEH8TR7CO8zhAnt&#10;M40J6zKUCukymwroMqIL5jKqC+QysgzjMrsM4TLIDN8y3AzaMuwN1TP4DdIz/w3QM/8MzjP/DM00&#10;/wvMNP8LzDT/C8w0/wvMNP8L/zkWAP8+EgD/QRAA/0UTAP9IGwD/SCQA/0cvAf5EOwL3QkcD8T9U&#10;Bew+YAboPGsI5Tt2CeI7fwvgOogM3TmQDds5lw7ZOJ4P1jimENQ4rhHSOLcR0DjDEs440xLKOOgS&#10;xzn3EsQ5/xHCOv8QwTr/D8A6/w6/Ov8Ovzr/Dr86/w6/Ov8O/z0TAP9CDwD/Rg0A/0sQAP9OFgD/&#10;Tx8A/U4pAfRMNAHsSEEC5kdOBOBFWwbbRGYJ1kJwDNJBeQ7PQIIQzUCKEco/kRPJP5kUxz6gFcU+&#10;qBbDPrEXwT68F8A+yxi9PuIYuj7yF7c//xa1QP8UtED/E7NB/xGzQf8Qs0H/ELNB/xCzQf8Q/0AQ&#10;AP9GDAD/SwoA/1ENAP9TEQD/VBgA81QiAOlSLQHhUDsB2k9JA9JNVQfMS2ALyElqDsVIcxHCR3sT&#10;v0aDFb1Fixe7RZMYuUSaGbdDohq1Q6sbtEO2HLJDxB2wQ9kerUPtHatF/BqpRf8YqEb/FqhG/xWn&#10;R/8Tp0f/E6dH/xOnR/8T/0QOAP9KCAD/UAYA/1UKAP9YDQD3WREA6lgYAN9XJADUVzUBzFVEBMZU&#10;UAjBUlsMvVBlELlObRO2TXYWtEx9GLFLhRqvSo0brUmVHatJnR6pSKYgp0iwIaVIvSKkSM8ioUjo&#10;IqBJ+B6fS/8bnkv/GZ1M/xedTP8WnUz/Fp1M/xadTP8W/0cLAP9NAgD/VAIA91oEAOtdBwDnXQsA&#10;4VwQANNdHgDKXTABw1w/BL1aTAi3WFcMs1ZgEa9UaRSsU3EXqVF4GqdQgBykT4ceok+PIKBOmCGe&#10;TaEjnE2rJJpNuCWZTMgmlkziJpVO9SKUT/8flFD/HJRR/xqUUf8YlFH/GJRR/xiUUf8Y/0kIAP9Q&#10;AAD7WAAA5V4AAN1iAwDWYwcA1GEKAMpiGQDCYywBu2I7A7RgSAivXVMMqltcEaZaZBWjWGwYoFd0&#10;G51Vex2bVIMgmVSLIpZTkySUUp0lklGnJ5BRsyiOUcMpjVHdKoxS8iaLVP8ii1X/HotW/xyLVv8a&#10;i1b/GotW/xqLVv8a/0wEAP9TAADsXAAA32IAANRmAQDOaAUAy2cIAMJnFgC6aCgBs2c4A61lRQeo&#10;Y1AMo2FZEZ9fYRWbXWgYmFxwG5Vadx6TWX8hkFiHI45XjyWMV5kniVajKYdWryqFVb8rhFbVLINX&#10;7ymDWP4kg1n/IIRa/x6EWv8chFr/HIRa/xyEWv8c/04BAP9XAADlXwAA2GYAAM5qAADHbAMAw2sF&#10;ALxsEgC0bSUArWw1A6dqQgehZ00MnGVWEZhjXhWUYmUYkWBsG45fdB6MXnshiV2DJIZcjCaEW5Uo&#10;gVqgKn9arCx9WrstfFrPLntb7Ct8XPwmfF3/In1e/x99Xv8dfV7/HX1e/x19Xv8d/1AAAPVZAADh&#10;YwAA0moAAMluAADCcAEAvXADALZwEACucSIAqHAyAqFuPwacbEoLl2pTEJJoWxSOZmIYi2VpG4hj&#10;cB6FYnghgmGAJIBgiSZ9X5Ipe16dK3heqS12XrgudV7ML3Re6S11YPondmH/I3di/yB3Yv8ed2L/&#10;Hndi/x53Yv8e/1IAAOxcAADcZgAAzm0AAMRyAAC9dAAAt3QBALB0DgCpdR8AonQvApxyPQWXcEcK&#10;kW5RD41sWRSJamAXhWlnG4Jobh5/ZnUhfWV9JHpkhid3Y5ApdWObLHJipy5wYrYvb2LJL25i5i5v&#10;ZPkocGX/JHFm/yFxZv8fcWb/H3Fm/x9xZv8f/1QAAOhfAADXaQAAynAAAMB1AAC5eAAAsngAAKt4&#10;DQCkeR0AnngtAZd3OgWSdUUKjHJODohwVhOEb14XgG1kGn1sax16a3Mgd2p7I3RpgyZyaI0pb2eZ&#10;LGxmpS5qZrMvaWbGMGhm5C9qaPcpa2n/JWxp/yJsav8gbGr/IGxq/yBsav8g/1cAAORiAADSbAAA&#10;xnMAAL14AAC1ewAArXwAAKV8CgCffRoAmXwqAZN7OASNeUMJiHdMDoN1VBJ/c1sWe3JiGXhwaR11&#10;b3Agcm54I29tgSZsbIspamyXLGdroy5la7IvZGvEMGJr4S9kbPYqZm3/JmZt/yNnbv8gZ27/IGdu&#10;/yBnbv8g9lkAAOBlAADObwAAwnYAALl8AACxfwAAqYAAAKCABwCZgRcAlIEoAY6ANQOIfkEIg3xK&#10;DX56UhF6eFkVdndgGXN2ZxxwdG4fbXN2I2pyfyZncYkpZHGVK2JwoS1gcLAvXnDCL11w3y9fcfUq&#10;YHH/JmFy/yNicv8gYnL/IGJy/yBicv8g71wAANxpAADKcgAAvnoAALWAAACthAAApIUAAJqFAwCU&#10;hRQAjoYlAYmEMwODgz4HfoFIC3l/UBB1flcUcX1eGG57ZRtremweaHl0ImV4fSVid4coX3aTKlx2&#10;nyxada4uWXXALlh13S5ZdvMqW3b/Jlx3/yNcd/8gXHf/IFx3/yBcd/8g6mAAANVsAADFdgAAun4A&#10;ALGEAACoiAAAn4kAAJSKAACNihEAiIshAIOKMAJ+iTsFeYdFCnSGTg5whFUSbINcFmmCYxpmgWod&#10;YoByIF9/eyNcfoUmWX2RKVd8nitVfKwsU3y+LVJ82i1TfPIpVXz/JVZ8/yJXfP8gV3z/IFd8/yBX&#10;fP8g5WQAAM9wAADBegAAtoMAAK2JAACjjAAAmY4AAI2PAACGkA4AgZEdAH2QLAF4jzgEc45CCG6N&#10;SwxqjFMQZ4paFGOJYRdgiGgbXYdwHlqGeSFWhYMkVIWPJlGEnChPhKoqTYS8Kk2E1ypNg/EnT4P/&#10;JFCD/yJQg/8fUIP/H1CD/x9Qg/8f3mkAAMl1AAC8gAAAsogAAKiNAACdkQAAk5MAAIWWAAB+lwsA&#10;eZcZAHWXKAFxlzUDbJY/BmiVSApklFANYZNXEV2SXhVakWYYV5BuG1SPdx5RjoEgTo6NI0uNmiVJ&#10;jakmSI27J0eN1CdHjPAkSIz/IkmL/yBKi/8eSov/HkqL/x5Ki/8e1W4AAMN7AAC3hQAArI0AAKKS&#10;AACXlgAAjJkAAH+cAAB1ngUAcJ8TAG2fIwBpnzABZZ47BGGeRQddnU0KWpxUDVebXBFUmmMUUZpr&#10;F06ZdBlLmH8cSJiLHkWXmSBDl6ghQpe6IkGX0yJBlu8gQpX+HkKV/x1DlP8cQ5T/HEOU/xxDlP8c&#10;zHUAALyBAACxjAAAppIAAJuXAACRmwAAhZ8AAHmjAABqpwAAZacOAGOoHABgqCsBXag2AlmnQARW&#10;p0kGU6ZRCVCmWQxNpWAOSqVpEUekchREpH0WQqOJGD+jlxo9o6cbPKO5HDuj0hs7ou8bO6D+Gjuf&#10;/xk8n/8YPJ//GDyf/xg8n/8YxHwAALaJAACqkgAAn5cAAJWcAACJoQAAfaYAAHGqAABkrgAAWrEI&#10;AFexFABVsiMAU7IwAVCyOwJNskQDS7FNBUixVQdFsV0JQ7FlC0Cwbw0+sHoPO7CHETmvlhM3r6YU&#10;Nq+4FDWw0RQ1ru8UNK3+FDSs/xQ0q/8UNKv/FDSr/xQ0q/8Uu4UAAK+QAACjlwAAmJ0AAIyjAACA&#10;qAAAdK0AAGiyAABctgAAULoBAEm8DQBIvBkARr0nAEW9MwBDvT0BQb1HAT+9UAI9vVgDOr1hBTi9&#10;awY2vXcINL2ECTK9kwowvaQLL723DC6+0AsuvO4MLbr+DSy5/w0suP8OLLj/Diy4/w4suP8Os48A&#10;AKaXAACbnQAAj6MAAIOqAAB2sAAAarUAAF66AABSvgAAR8IBAD3HBgA4yRAAN8kbADbKJwA1yjMA&#10;NMs9ADPLRwAxy1EBMMtbAS7MZQIszHECKsx/AynMkAQnzKEEJs20BCXNzgQly+4EJMn8BiPI/wcj&#10;x/8HI8f/ByPH/wcjx/8HqZYAAJ6dAACSowAAhasAAHiyAABruAAAX74AAFLCAABHxgAAPcoAADTP&#10;BAAr1AkAJtkPACXZGQAl2iUAJNowACPbOwAj20UAItxQACHdWwAg3WgAHt52AB3ehwEc35kBGt+s&#10;ARnfxAEY3ucBGNz4ARjb/wIX2v8CF9r/Ahfa/wIX2v8CoJwAAJSjAACHqwAAebMAAGy6AABfwQAA&#10;UsYAAEbKAAA7zgAAMdMAACnZAAAh3gUAHugOAB3oFQAb6R4AGeknABjqMAAW6jkAFetDABTsTgAS&#10;7FoAEe1nABDudwAQ7ooADu+eAA7wswAN8M0ADO/sAAzt/AAM6/8ADOv/AAzr/wAM6/8Al6MAAImr&#10;AAB7tAAAbbwAAF/EAABSygAARc4AADnTAAAv2AAAJd0AAB3hAAAY7AIAFvcLABT3EQAR+BcAEPge&#10;AA75JQAN+S0AC/o1AAn7PwAH+0oABPxXAAP9ZgAC/ncAAP2LAAD9nwAA/LUAAPzRAAD87QAA/PwA&#10;APz9AAD8/QAA/P0Ai6sAAH20AABuvQAAYMYAAFLNAABE0gAAN9gAACzdAAAi4QAAGeUAABPqAAAQ&#10;+gAADv8GAA3/DAAK/xAAB/8UAAT/GgAB/yAAAP8nAAD/MAAA/zoAAP9FAAD/UwAA/2IAAP91AAD/&#10;igAA/58AAP+zAAD/xwAA/+UAAP/lAAD/5QAA/+UAf7QAAHC9AABhxwAAU9AAAEPWAAA23QAAKuIA&#10;AB/mAAAW6gAAEO0AAAz6AAAJ/wAABv8AAAL/BAAA/wkAAP8NAAD/EAAA/xQAAP8aAAD/IQAA/ykA&#10;AP80AAD/QAAA/04AAP9eAAD/cgAA/4cAAP+aAAD/qgAA/7kAAP+5AAD/uQAA/7kA/yApAf8iJwH/&#10;IicB/x8qAf8ZMAH/EjkB/xBFAf8NUwH/DGAB/wptAv8JeQL/CYQC/wmOAf8JlgH/CZ0B/wmjAf8J&#10;qQH/CbAB/wi3Af8IvgH/CMgB/wjWAf8I5gH/CPEB/wj7AP8I/wD/CP8A/wn/Af8J/wH/Cf8B/wn/&#10;Af8J/wH/Cf8B/yMmAf8lJAD/JSQA/yMnAf8dLAH/GDUB/xVCAf8SUAH/EF0C/w5qAv8OdgL/DoAC&#10;/w6KAv8OkgL/DpoC/w6gAv8OpgH/Da0B/w2zAf8NuwH/DcUB/w3RAf8N4wH/De8B/g36AfoN/wH5&#10;Dv8B+Q7/AfkO/wH4Dv8B+A7/AfgO/wH4Dv8B/yYjAP8oIAD/KCAA/yYiAP8iKAH/IDIB/xw/Af8Z&#10;TAH/F1kC/xVlAv8TcQL/E3wC/xOGAv8TjgL/EpYC/xKdAv8SowL/EqkC/xKwAv8StwL/EsEC/xLM&#10;Af0S3wH5E+0B9RP4AfMT/wHyE/8B8RP/AvAU/wLwFP8C8BT/AvAU/wLwFP8C/yofAP8sHAD/LBsA&#10;/ysdAP8pJAD/KC8B/yU7Af8iSAH/H1QC/x1hAv8bbQL/GncC/xqBAv8aigL/GpIC/xqZAv0anwL8&#10;GqYC+xqsAvkatAL4Gr0C9hrIAvMa2wLvGuoC7Bv3Aukb/wLoG/8D5xz/A+Yc/wPlHP8D5Rv/A+Ub&#10;/wPlG/8D/y0bAP8wFwD/MRUA/zAWAP8xIAD/MCoA/y42Af8rQwH/KE8C/yZcAv8kZwL8I3ID+SN8&#10;A/cihQP1Io0D8yKVA/IimwPwIqID7yKpA+0isQPsIrkD6iLFA+gi1QPkI+kD4CP2BN4j/wTbJP8E&#10;2ST/BNgk/wTXJP8E1iT/BNYk/wTWJP8E/zEWAP80EgD/NhEA/zcTAP85GwD/OCUA/zYxAf8zPQH9&#10;MUoB+C5WAvQtYgPwLG0D7St3A+orgAToKogE5iqQBOUqlwTjKp4F4SqlBeAqrQXeKrYF3CrCBdoq&#10;0gbVK+cG0Cv1B80s/wfLLP8HySz/B8gs/wfHLP8Gxyz/Bscs/wbHLP8G/zUSAP85DgD/Og0A/z4Q&#10;AP9AFgD/PyAA/z0qAPk7NwHyOEQB7DZRAuc1XAPjNGcD4DNyBN0zewXaMoMG1jKLBtQykwfSMZoI&#10;0DGhCM4xqQnMMbIJyzG8CskxygrGMuELwjLxC78z/gu9M/8KuzP/Croz/wm6M/8JujP/Cboz/wm6&#10;M/8J/zkQAP89CwD/QAkA/0QNAP9GEQD/RRkA90QjAO5BLwDmPzwB4D5KAdo9VwLTPGIEzztsBsw6&#10;dQfJOn0JxzmFCsU5jAvDOJQMwTibDcA4ow2+OKwOvDi2D7o4ww+5ONcQtTjsELI5+w+wOv8Orzr/&#10;Da46/wytOv8LrTr/C606/wutOv8L/zwNAP9ABgD/RQQA/0kJAP9LDQD5ShEA7UkaAONGJgDaRjYA&#10;0UZFActFUQPGRFwFwkJmCL9Cbwq8QXcLukB/Dbg/hg62P44QtD6VEbI+nRKwPqYTrz6wFK0+vRSr&#10;Ps0VqT7mFaY/9xOkQP8So0D/EKJA/w+iQP8OokH/DqJB/w6iQf8O/z8JAP9EAAD/SgAA904CAOxQ&#10;BgDqTwsA40wQANZMHgDNTTAAxk0/AcBMTAS7S1cGt0lhCbRIaQyxR3EOrkZ5EKxGgBGqRYgTqESQ&#10;FKZEmBakQ6EXokOrGKBDtxmfQ8cZnUPgGptE8xeZRf8VmEb/E5hG/xGYRv8Ql0b/EJdG/xCXRv8Q&#10;/0IFAP9HAAD3TwAA5VMAAN1VAQDXVQYA1VILAMtTGQDDVCsAvFQ7AbZSSASxUVIHrVBcCqlOZA2m&#10;TWwPpEx0EaFLexOfSoIVnUqKF5tJkxiZSZwal0imG5VIshyUSMEdkkjYHZBJ7xuPSv4Yj0v/Fo5L&#10;/xSOTP8Sjkz/Eo5M/xKOTP8S/0UAAP9LAADpUwAA3lgAANNbAADNWwQAylgHAMJYFQC6WicAs1o3&#10;Aa5YRASpV08HpFVYCqFUYA2eU2gQm1FvE5hQdhWWUH4XlE+GGZJOjhqPTpgcjU2iHYtNrh+KTbwg&#10;iE3QIIdN6x+GT/wbhlD/GIZQ/xaGUP8UhlH/FIZR/xSGUf8U/0cAAPhPAADkVwAA1V0AAMxgAADF&#10;YAIAwV4FALpdEQCzXyMArF8zAaZeQAOhXEsHnVpUCplZXA6WWGQRk1ZrE5BVchaOVHoYi1SCGolT&#10;ihyHUpQehVKeH4NRqiGBUbgif1HLIn5S5yF+U/kdflT/Gn5V/xd+Vf8WflX/FX5V/xV+Vf8V/0oA&#10;AO5SAADeWwAAz2EAAMZkAAC/ZQAAumMCALNiDwCsYyAApmMwAaBiPQObYUgGll9RCpJeWQ2PXGER&#10;jFtoE4labxaGWXYYhFh+GoJXhxx/V5AffVabIXtWpyJ5VrUjd1bHJHZW5CR2V/cfd1j/G3dZ/xl3&#10;Wf8Xd1n/FndZ/xZ3Wf8W/0wAAOlWAADZXwAAy2UAAMFoAAC6aQAAtGgAAK1nDQCmaBwAoGgtAZpn&#10;OgOVZUUGkGNOCoxiVw2JYV4Qhl9lE4NebBaAXXMYflx7Gntcgx15W40fdlqYIXRapCNyWrIkcVrE&#10;JW9a4SVwW/YgcVz/HHFd/xpxXf8YcV3/F3Fd/xdxXf8X/U8AAOVZAADTYgAAx2gAAL1sAAC2bQAA&#10;r2wAAKdrCwCgbBkAm2wqAZVrNwKQaUMFi2hMCYdmVAyDZVsQgGNiE31iaRV6YXAYeGF4GnVggR1z&#10;X4sfcF6WIm5eoiRsXrAla17BJmle3iZqX/Qha2D/HWth/xtsYf8ZbGH/GGxh/xhsYf8Y9VEAAOJc&#10;AADPZQAAw2sAALlvAACxcQAAqnEAAKJvCACbbxcAlnAnAJBvNQKLbkAFhmxJCIJqUgx+aVkPe2hg&#10;EndmZhR1Zm4XcmV2GnBkfh1tY4gfa2OTImlioCRmYq4lZWK/JmRi2iZkY/IiZWT/HmZk/xtnZP8Z&#10;Z2X/GGdl/xhnZf8Y8FMAAN1fAADLaAAAv28AALZzAACudQAApnUAAJ1zBQCWcxQAkXQkAItzMgKG&#10;cj4EgXBHCH1vTwt5bVcOdmxeEXNrZBRwamwXbWpzGmtpfBxoaIYfZmeRImNnniRhZqwlYGa9Jl9n&#10;1iZfZ/EiYGj/HmFo/xxiaP8aYmj/GWJo/xliaP8Z7FcAANliAADHawAAvHIAALN3AACqeQAAoXkA&#10;AJd3AQCQeBEAi3ghAIZ4LwGBdzsEfHVFB3h0TQp0clUOcXFcEW5wYxRrb2oWaG5xGWZuehxjbYQe&#10;YGyPIV5snCNca6olWmu7Jlls0yZabO8jW2z/H1xt/xxdbf8aXW3/GV1t/xldbf8Z6FoAANJmAADD&#10;bwAAuHYAAK97AACmfgAAnX4AAJF8AACKfA8AhX0eAIF9LQF8fDkDd3pDBnN5SwlweFMMbHdaEGl2&#10;YRNmdWgWY3RvGGFzeBtecoIeW3KNIFlxmiJXcagkVXG5JVRx0CVUce4iVnH+Hldx/xxXcf8aWHH/&#10;GVhx/xlYcf8Z414AAM1pAAC/cwAAtHoAAKt/AACiggAAmIMAAIuBAACEgQ0Af4IaAHuCKQF2gTYC&#10;coFABW5/SQhqflALZ31XDmR8XhFhe2YUXnptF1t6dhlZeYAcVniLH1N4mCFRd6YiUHe3I093ziNP&#10;d+whUHf9HlF3/xtSd/8ZUnf/GVJ3/xlSd/8Z3mIAAMhuAAC7dwAAsH8AAKeEAACdhwAAkocAAISH&#10;AAB9hwkAeIgWAHSIJgBwiDICbIc9BGiGRgZlhU4JYYVVDF6EXA9bg2MSWYJrFVaBdBdTgH4aUICJ&#10;HE5/lh5Mf6UgSn+2IUl/zCFJfusfSn78HEt+/xpLfv8ZTH7/GEx+/xhMfv8Y1WcAAMNzAAC2fAAA&#10;rIQAAKKJAACYiwAAjY0AAHyNAAB1jgQAb48SAG2QIQBpkC4BZY85AmKOQgRejksHW41SCliMWQxW&#10;i2EPU4toElCKcRRNiXsXSomHGUiIlRtGiKMdRIi0HUOIyh1Dh+ocRIb7GkSG/xhFhv8XRYX/F0WF&#10;/xdFhf8XzW0AAL14AACxggAAp4oAAJyOAACSkAAAhpMAAHmVAABslwAAZpcOAGOYGwBhmCkAXpg1&#10;AVqXPgNXl0cFVZZPB1KWVglPlV4MTJRmDkqUbxBHk3kTRJOFFUKSkxdAkqIYPpKzGT2SyRk9kekY&#10;PZD6Fz6P/xY+j/8VPo//FT6P/xU+j/8VxXMAALd/AACsiQAAoY8AAJaTAACLlgAAf5kAAHOcAABk&#10;nwAAXKAJAFmgFABXoSIAVaEvAFKhOQFQoUMCTaBLBEqgUwVIoFoHRZ9jCUOfbAtAnnYOPp6DEDue&#10;kRE5naASOJ2yEzeeyBM3negSNpv6Ejaa/xI2mf8RN5n/ETeZ/xE3mf8RvnsAALGHAACljwAAm5QA&#10;AJCYAACEnAAAd6AAAGukAABfpwAAUqoAAE2rDgBLqxoASqsnAEirMwBGqz0BRKtGAUKrTgJAq1YD&#10;PqtfBTuraAY5qnMIN6qACTSqjwsyqp8MMaqwDDCqxwwwqecML6f6DS+m/w0vpf8NL6X/DS+l/w0v&#10;pf8NtoQAAKqOAACelAAAlJkAAIeeAAB7owAAb6gAAGOsAABXrwAAS7IAAEG1BgA+thEAPbYeADu2&#10;KQA6tzQAObc+ADe3RwA2t1ABNLdaATK3ZAIwt28DLrd8BCy3iwUqt5wFKbeuBii4xQUot+YFJ7X5&#10;Byaz/wcmsv8IJrL/CCay/wgmsv8Ir40AAKKUAACXmgAAi6AAAH6mAABxqwAAZbAAAFm0AABNtwAA&#10;QrsAADi+AQAvwgkALcMSACzDHgArwykAKsQzACnEPQAoxUcAJ8VRACbFXAAlxmgAI8Z2ASLGhgEg&#10;xpgBH8arAR7HwQEexuQBHcT4AhzC/wMcwf8DHMH/BBzB/wQcwf8EpZQAAJqaAACOoQAAgacAAHOu&#10;AABntAAAWrkAAE69AABCwAAAOMMAAC/HAAAmywQAHtAKABvREQAa0hoAGdIlABjTLwAY0zoAF9RE&#10;ABbUUAAV1V0AFNVrABPWfAAS148AEdikABDZuwAQ2d4AENXzABDT/wAQ0v8BENH/ARDR/wEQ0f8B&#10;nJoAAJGhAACDqAAAdbAAAGi3AABbvQAATsEAAELFAAA3yAAALcwAACTQAAAc1QAAFdoFABDiCwAQ&#10;4xEADuQaAA7kIwAN5S0ADOU3AAvmQgAK5k8ACeddAAjnbQAG5oAABeaVAATmqwAC5sQAAebmAADn&#10;+QAA5/8AAOb/AADm/wAA5v8Ak6EAAIWpAAB3sQAAabkAAFvAAABOxgAAQcoAADXOAAAq0gAAIdYA&#10;ABnbAAAS3wAADeMAAAvxCAAJ8w4AB/MTAATyGgAC8iIAAPIqAADyNAAA8j8AAPJMAADyXAAA8m0A&#10;APKCAADymAAA860AAPPGAAD05QAA9PYAAPT7AAD0+wAA9PsAh6kAAHmyAABqugAAXMIAAE7JAABA&#10;zgAAM9MAACjYAAAe3QAAFeEAAA/kAAAK6AAABfMAAAP9AQAA/AgAAPsNAAD7EQAA+xYAAPweAAD8&#10;JgAA/DAAAP08AAD+SQAA/loAAP5tAAD/ggAA/5gAAP+sAAD/wAAA/9gAAP/kAAD/5AAA/+QAe7IA&#10;AGy7AABdxAAAT80AAEDSAAAy2QAAJt4AABviAAAS5gAADOoAAAXtAAAA9AAAAP8AAAD/AAAA/wAA&#10;AP8EAAD/CQAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/NwAA/0YAAP9YAAD/awAA/4AAAP+VAAD/pgAA&#10;/7MAAP+7AAD/uwAA/7sA/xsmAP8cJAD/GiQA/xUnAP8QLQD/CjYA/wVDAP8BUAH/AF4B/wBrAf8A&#10;dgH/AIEA/wCKAP8AkgD/AJoA/wCgAP8ApgD/AKwA/wCyAP8AuQD/AMIA/wDNAP8A3wD/AOwA/wD4&#10;AP8A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/x8jAP8fIQD/HiEA/xkjAP8TKQD/DjIA&#10;/wxAAP8JTQH/B1oB/wRnAf8DcwH/A30B/wOHAf8DjwD/ApYA/wKcAP8CogD/AqgA/wKvAP8BtgD/&#10;Ab4A/wHJAP8B2wD/AOoA/AD2APgA/wD3Av8A9wP/APYE/wD2BP8A9gX/APYF/wD2Bf8A/yIfAP8i&#10;HAD/IRwA/x4fAP8YJAD/FS8A/xI8AP8QSQD/DlYB/wxiAf8LbgH/C3kB/wuCAf8LiwH/C5IB/wqZ&#10;Af8KnwD/CqUA/wqrAP8KsgD/CrsA/QrGAPsK1AD3CucA8wr0APAK/wDvC/8A7gz/AO0M/wHtDP8B&#10;7Qz/Ae0M/wHtDP8B/yUbAP8mGAD/JRcA/yEYAP8gIQD/HisA/xo3AP8XRQD/FFEB/xJeAf8RaQH/&#10;EXQB/xF9Af8QhgH9EI4B/BCVAfoQmwH5EKEB9xCoAfYQrwH0ELcA8xDCAPEQ0ADtEOUA6BHyAOYR&#10;/gHkEv8B4xL/AeIS/wHiEv8B4RL/AeES/wHhEv8B/ykWAP8qEwD/KRIA/ycTAP8oHAD/JycA/yMz&#10;AP8gPwD/HUwA/xtYAfwZZAH4GW4B9hh4AfMYgQHxGIkB7xiQAe4YlwHsGJ4B6hikAekYrAHnGLQB&#10;5hi/AeQYzQHgGeMB3BrxAdga/gLUG/8C0hv/AtEb/wLQG/8C0Bv/AtAb/wLQG/8C/y0SAP8uDwD/&#10;Lg0A/y8QAP8vFwD/LiEA/ywtAP8pOQD5JkYA9CRTAe8iXgHrImkB6CFzAeYhfAHjIYQB4SGMAeAh&#10;kwHeIZoB3CGhAdohqQHYIbEC1SG8AtMiyQLQIt8CzCPwA8gj/QPGJP8DxCT/A8Mk/wPCJP8DwST/&#10;A8Ek/wPBJP8D/zAPAP8yCwD/MwgA/zYNAP82EgD/NRoA/TIlAPQwMgDtLT8A5yxMAOIrWAHdK2MB&#10;2SptAdUqdgLSKn8C0CqGAs4qjgPMKpUDyiqcA8kqowTHKqwExSq2BMMqwwXCKtUFvivrBbor+Qa4&#10;LP8Gtiz/BbUs/wW0LP8FtCz/BbQs/wW0LP8F/zQMAP82BQD/OQMA/zwIAP88DQD9OxMA8TgdAOg1&#10;KQDgNDcA2TNGANE0UgHNM10ByTNnAsYzcAPEMngEwTKABL8yhwW+Mo8GvDKWBroxnge4MaYHtzGw&#10;CLUyvAizMswJsTLlCa0z9QmrM/8JqjP/CKgz/weoM/8HpzP/B6cz/wenM/8H/zcHAP86AAD/PgAA&#10;+kEBAPFBBgDxPw0A5jwSANs6HwDQOzEAyjxAAMQ8TQHAPFgCvDthA7k7agW2OnIGtDp6B7I5gQiw&#10;OYgJrzmQCq04mAqrOKELqTiqDKg4tg2mOMUNpDjeDqE58Q2fOv8Mnjr/C506/wqcOv8JnDr/CZw6&#10;/wmcOv8J/zsCAP8+AAD3RAAA5kcAAN9IAQDaRgYA2UALAM1CGQDFRCsAvkQ7ALlESAG1Q1MDsUJc&#10;BK5CZQarQWwHqUB0CaZAewqkP4MLoz+KDaE+kw6fPpwPnT6lEJs+sRGaPr8RmD7UEpY/7RGUP/wP&#10;k0D/DpJA/wySQf8LkkH/C5JB/wuSQf8L/z0AAP9DAADpSQAA3k4AANNPAADNTgMAykkIAMJJFAC7&#10;SiYAtUs2AK9LQwKrSk4Dp0lXBaRIYAehR2cJnkZvCpxGdgyaRX0OmEWFD5ZEjhCURJcSkkOhE5BD&#10;rBSPQ7oVjUPNFYtE6BWKRfoSiUb/EIlG/w6IRv8NiEb/DYhG/w2IRv8N/0AAAPJHAADjTwAA1FMA&#10;AMtVAADEVAAAwFAEALlPEQCyUCIArFEyAKdRPwKiUEoDnk9TBZtOXAiYTWMKlUxqDJNLcQ2RSnkP&#10;jkqAEYxJiRKKSZIUiEicFYZIqBaFSLUXg0jHGIFI5BiBSvcVgEr/EoBL/xCAS/8PgEv/DoBL/w6A&#10;S/8O/0MAAOxLAADdUwAAzlgAAMRaAAC9WgAAuFcBALFUDgCqVh4ApVYuAJ9WOwGbVUYDl1RQBZNT&#10;WAiQUl8KjVFmDItQbQ6IT3QQhk98EoROhROCTo4VgE2ZF35NpBh8TbIZek3DGnlN3xp4TvQXeE//&#10;FHhP/xJ4UP8QeFD/D3hQ/w94UP8P/UYAAOdPAADWVwAAyFwAAL9fAAC3XwAAsVwAAKpZDACkWhoA&#10;nlsqAJlbOAGUWkMDkFlMBYxYVQiJV1wKhlZjDINVag6BVHEQf1N5En1TgRR6UosWeFKVGHZRoRl0&#10;Ua8bc1HAG3FR2xxxUvIZcVP/FXFU/xNyVP8RclT/EHJU/xByVP8Q80gAAONTAADQWwAAxGAAALpj&#10;AACzYwAArGEAAKReCQCdXxcAmF8nAJNfNQGOXkADil1KBYZcUgeDW1kKgFpgDH1ZZw57WG4QeFh1&#10;EnZXfhR0VogXclaTGG9WnxpuVawbbFW9HGtW1R1rVvAaa1f/F2tY/xRsWP8SbFj/EWxY/xFsWP8R&#10;8UsAAN9WAADMXgAAwGQAALdnAACuaAAAp2YAAJ9iBgCYYxQAkmQkAI1jMgGJYj0ChGFHBIFgTwd9&#10;X1YJel5dC3ddZA11XGsQc1xzEnBbexRuW4UXbFqQGWpanBtoWaocZlq6HWVa0R1lWu4bZVv+F2Zb&#10;/xVmXP8TZ1z/Emdc/xJnXP8S7U4AANpZAADIYQAAvGcAALNqAACrbAAAomoAAJlnAgCSZxEAjWch&#10;AIhnLwGEZjsCf2VEBHtkTQZ4Y1QJdWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4MXZl6OGWRemhtiXqgc&#10;YV64HV9ezh1fXuwbYF/9GGFf/xVhX/8TYl//EmJf/xJiX/8S6lEAANRcAADEZAAAuWoAALBuAACn&#10;cAAAnm4AAJRrAACNahAAh2seAINrLAB+azgCempCA3ZpSgZzaFIIcGdZCm1mYA1rZWcPaGRuEWZk&#10;dxRkY4EWYWOMGF9imBpdYqYcW2K2HVpizB1aYuocW2P8GFxj/xZcY/8UXWP/E11j/xNdY/8T5lUA&#10;AM9fAADBaAAAtm4AAKxyAACkdAAAmnMAAI5vAACHbw0Agm8bAH1wKQB5bzUBdW4/A3JtSAVubFAH&#10;a2xXCmlrXgxmamUOZGlsEWFpdRNfaH8WXGiKGFpnlhpYZ6QcVme0HVVnyh1VZ+gbVmf7GFdn/xZX&#10;aP8UWGf/E1hn/xNYZ/8T4VgAAMtjAAC9awAAsnIAAKl2AACgeAAAlncAAIhzAACBcwsAfHQXAHh0&#10;JgB0dDIBcHM9Am1zRgRqck4HZ3FVCWRwXAthcGMOX29qEFxucxJabnwVV22IF1VslBlTbKMbUWyz&#10;HFBsyBxPbOcbUWz6GFFs/xVSbP8UUmz/E1Js/xNSbP8T3FwAAMdnAAC5bwAAr3YAAKV7AACcfAAA&#10;kXwAAIJ4AAB6eQcAdXkUAHJ6IwBuei8Ba3k6Amh5QwNkeEsFYXdSCF93WQpcdmAMWXVoD1d0cBFU&#10;dHoTUnOGFk9zkxhNcqEZTHKxGkpyxhpKcuUaS3L5F0xy/xVMcv8TTXL/Ek1y/xJNcv8S1GAAAMJr&#10;AAC1dAAAq3sAAKJ/AACXgQAAjIEAAHp+AABzfwIAbn8RAGuAHgBogCwAZYA3AWKAQANff0gEXH5Q&#10;Bll+VwhXfV4LVHxmDVF8bg9Pe3gRTHuDFEp6kRZIep8XRnqvGEV6xBhEeuQYRXn4FkZ5/xRGeP8S&#10;R3j/EUd4/xFHeP8RzWUAAL1wAACxeQAAp4AAAJyEAACShgAAhoYAAHeGAABrhgAAZocNAGOHGQBg&#10;iCcAXogzAVuIPAJYh0UDVodNBFOGVAZQhlsIToVjCkuEbAxJhHYPRoOBEUSDjxNCg50UQIKuFT+D&#10;whU+guIVP4H3Ez+B/xJAgP8RQID/EECA/xBAgP8QxmsAALd2AACsfwAAooUAAJeJAACMiwAAgY0A&#10;AHOOAABljwAAXY8JAFqQFABYkCEAVpEtAFOQOAFRkEECTpBJA0yQUARKj1gFR49gB0WOaQlCjnML&#10;QI1/DT6NjQ88jZwQOo2sETmNwRE4jeEQOIv2EDiK/w85if8POYn/DjmJ/w45if8Ov3IAALJ9AACn&#10;hgAAnIoAAJGOAACGkQAAepMAAG2VAABflwAAVJkBAE+ZDwBOmhoATJonAEqaMgBImjwBRppEAUSa&#10;TAJCmlQDQJlcBD6ZZgU7mXAHOZh8CDeYigo1mJoLM5irCzKYvwwymN8LMZb1CzGV/wsxlP8LMZP/&#10;CzGT/wsxk/8LuHoAAKyFAAChiwAAlpAAAIuUAAB/lwAAcpsAAGadAABaoAAATqIAAEWkCQBCpBMA&#10;QKQfAD+kKgA+pTQAPKU+ADulRwE5pU8BN6VYAjWlYQIzpWwDMaV5BC+khwUtpJcGLKSpBiukvQYq&#10;pN4GKqL1Bymh/wcpoP8IKZ//CCmf/wgpn/8IsYIAAKWLAACakQAAkJYAAIOaAAB2nwAAaqIAAF6m&#10;AABSqQAARqsAADytAAA1rwwAM7AVADKwIQAxsCsAL7A1AC6xPgAtsUgALLFRACuxWwApsWcBJ7F0&#10;ASaxgwEksZQCI7GmAiKyuwIhstsCIa/zAyCu/wMgrf8EH6z/BB+s/wQfrP8EqosAAJ2RAACTlwAA&#10;h5wAAHqiAABtpwAAYKsAAFWvAABJsQAAPrQAADO3AAAqugMAJLwNACK9FQAhvSAAIb0qACC9MwAf&#10;vj0AHr5HAB2+UgAcv14AGr9sABm/fAAYv44AF8ChABbAtgAUwNMAFb7xABW8/wEVu/8BFLr/AhS6&#10;/wIUuv8CoZIAAJaYAACKngAAfaQAAG+qAABirwAAVrQAAEq3AAA+ugAAM70AACrAAAAhxAAAGccF&#10;ABPLCwARzBIAEcwbABDMJQAPzS8ADs06AA7NRgANzVIADc5gAAzOcAALzoMACs6XAAnOrAAIzsYA&#10;CM7oAAjN+wAJy/8ACcv/AAnL/wAJy/8AmJgAAI2eAAB/pQAAcawAAGSzAABXuQAASr0AAD7AAAAy&#10;wwAAKMYAAB/KAAAXzQAAEdEAAAzWBQAI2QwABtkSAAXaGwAE2iQAA9suAAHbOQAA3EUAAN1SAADe&#10;YgAA3nMAAN6IAADfnQAA37MAAN/OAADg7gAA3/oAAN//AADf/wAA3/8Aj58AAIGmAABzrgAAZbUA&#10;AFi9AABKwgAAPcUAADHJAAAmzAAAHdAAABTUAAAO2QAACd0AAAPhAAAA4wcAAOMNAADkEgAA5RkA&#10;AOYiAADnKwAA6TYAAOtDAADsUgAA7GIAAO12AADujAAA7qEAAO+3AADv0QAA7+sAAPD2AADw9gAA&#10;8PYAhKcAAHWvAABntwAAWb8AAEvGAAA8ygAAL84AACTSAAAa2AAAEtwAAAzgAAAF4wAAAOcAAADr&#10;AAAA6wAAAO0FAADuCwAA8BAAAPEVAADzHgAA9CcAAPczAAD5QAAA+lEAAPtjAAD8dwAA/Y0AAP2j&#10;AAD+tgAA/skAAP/fAAD/3wAA/98Ad7AAAGi5AABawQAATMoAADzPAAAu1AAAItoAABfeAAAQ4gAA&#10;CeYAAADpAAAA7AAAAPAAAAD2AAAA9gAAAPcAAAD4AAAA+gcAAPsNAAD9EQAA/xkAAP8jAAD/LwAA&#10;/z4AAP9PAAD/YgAA/3cAAP+NAAD/nwAA/64AAP+6AAD/ugAA/7oA/xYjAP8VIQD/EiEA/w4kAP8G&#10;KgD/ADMA/wBBAP8ATgD/AFwA/wBoAP8AdAD/AH4A/wCHAP8AjwD/AJYA/wCcAP8AogD/AKgA/wCu&#10;AP8AtQD/AL0A/wDHAP8A1gD/AOcA/gDzAP4A/gD9AP8A/AD/APsA/wD7AP8A+wD/APsA/wD7AP8A&#10;/xogAP8ZHgD/Fh4A/xAgAP8KJQD/BDAA/wA9AP8ASwD/AFgA/wBkAP8AcAD/AHoA/wCDAP8AiwD/&#10;AJIA/wCYAP8AngD/AKQA/wCqAP8AsQD9ALkA+wDDAPoA0AD4AOMA9wDxAPYA/AD0AP8A9AD/APMA&#10;/wDzAP8A8wD/APMA/wDzAP8A/x0cAP8cGQD/GRkA/xQbAP8O/+L/4klDQ19QUk9GSUxFAAgJIQD/&#10;DCwA/wk5AP8FRgD/AlMA/wBfAP8AawD/AHUA/wB+AP8AhgD/AI4A/wCUAP4AmwD8AKEA+gCnAPgA&#10;rgD1ALUA8wC/APEAywDwAN8A7gDuAOwA+QDrAP8A6gD/AOoB/wDpAf8A6QH/AOkB/wDpAf8A/yAX&#10;AP8fFAD/HBMA/xcVAP8WHQD/EygA/xA0AP8NQQD/DE4A/wlaAP8IZgD/CHAA/gd5APwHgQD6B4kA&#10;+AeQAPYGlgDzBp0A8QajAO8GqgDtBrIA6ga7AOgGyADmBtwA5AbsAOII+gDgCv8A3gv/AN0L/wDd&#10;DP8A3Az/ANwM/wDcDP8A/yMSAP8jEAD/IQ4A/x4QAP8eGAD/HCMA/xgvAP8UOwD/EkkA/BBVAPgP&#10;YAD0D2oA8Q90AO8OfADtDoQA6w6LAOkOkgDnDpkA5g6gAOQOpwDiDq8A4A64AN4OxQDcDtoA1hDs&#10;ANIR+gDPEv8AzRL/AcwS/wHLE/8ByhP/AcoS/wHKEv8B/ycPAP8nDAD/JQkA/yYNAP8lEwD/IxwA&#10;/yAoAPscNQD1GkIA7xhPAOoXWgDmFmUA4xZuAOAWdwDeFn8A3BaHANkWjgDWFpUA1BacANIXowDQ&#10;F6sAzhi1AMwYwQDLGNIAxxroAcMb+AHAG/8Bvhz/Ab0c/wK8HP8CvBv/Arwb/wK8G/8C/ysMAP8r&#10;BQD/KwMA/y0JAP8sDgD/KRUA9yYgAO4jLQDnIToA4R9IANsfVADVIF8A0SBoAM4gcQDMIXkAyiGB&#10;AcghiAHGIY8BxCGWAcMhngHBIqYBvyKvAb0iuwK8I8oCuSPjArUk9AKzJP8DsST/A68k/wOvJP8D&#10;riT/A64k/wOuJP8D/y8GAP8vAAD/MgAA/zMCAPkyCAD3Lw4A6ysWAOEnIgDYJzIA0ClBAMsqTgDG&#10;KlkAwypiAcAqawG9KnMBuyp6ArkqggK4KokCtiqQArQqmAOzKqEDsSqqA68rtQSuK8QErCvbBKgs&#10;7wSmLP4FpCz/BKMt/wSiLf8Eoiz/BKIs/wSiLP8E/zIAAP8zAAD5OAAA6TkAAOI5AADeNQcA3i4N&#10;ANEvGwDJMSwAwzM7AL0zSAC5NFMBtjNcAbMzZQKwM20CrjN0A6wyewOrMoMEqTKKBKcykwWlMpsG&#10;pDKlBqIysAegMr4HnzLRB5wz6geaM/sHmDT/B5c0/waWNP8GljT/BZY0/wWWNP8F/zUAAP84AADq&#10;PgAA30IAANVCAADPPwMAzTgIAMU4FQC9OiYAtzs2ALI8QwCuPE4BqjtXAqc7YAOlOmcDozpvBKE6&#10;dgWfOX0GnTmFB5s5jQeZOJYImDigCZY4qwqUOLgKkznKC5E55QuPOvcKjTr/CYw7/wiMO/8HjDv/&#10;B4w7/weMO/8H/zgAAPE+AADjRQAA1EkAAMtKAADFRwAAwUEEALo/EQCzQSEArUIxAKhDPgCkQ0kB&#10;oEJTAp1BWwObQWIEmEBqBZZAcQaUP3gHkj9/CJA/iAqPPpELjT6bDIs+pg2JPrMNiD7EDoY/4A6E&#10;P/QNg0D/C4NA/wqCQP8JgkH/CIJB/wiCQf8I/zwAAOtDAADcSgAAzE8AAMNQAAC8TgAAt0kBALFG&#10;DgCqSBwApEksAKBJOgCbSUUBmEhOApRHVwOSR14Fj0ZlBo1GbAeLRXMJiUV7CodEgwuFRI0Mg0SX&#10;DoFDog9/Q68QfkPAEHxE2hF7RPEPekX/DXpG/wt6Rv8Kekb/CXpG/wl6Rv8J9T4AAOZIAADTTwAA&#10;x1QAAL1VAAC2VAAAsFAAAKlMCwCiTRgAnU4oAJhONgCUTkEBkE1LAo1NUwSKTFoFh0thBoVLaAiD&#10;Sm8JgEp3C35Jfwx8SYkOekiTD3hInxB3SKwSdUi8EnRJ0hNzSe4Rckr/D3JK/w1ySv8Lckr/C3JK&#10;/wpySv8K8kIAAOBMAADOUwAAwVgAALhaAACwWQAAqVYAAKJSBwCbUhUAllMkAJFTMgCNUz4BiVJH&#10;AoZRUASDUVcFgFBeBn5PZQh7T2wJeU5zC3dOew11TYUOc02QEHFNnBJvTakTbk25FGxNzhRsTesT&#10;bE79EGxP/w5sT/8MbE//C2xP/wtsT/8L7kUAANxQAADJVwAAvVwAALReAACsXgAApFsAAJxWBACV&#10;VhIAkFchAItYLwCHVzsBg1ZEAn9WTQN8VVQFelRbBndUYgh1U2gJc1NwC3FSeA1vUoIPbVGNEWtR&#10;mRJpUaYUZ1G2FWZRyxVlUukUZVL7EWZT/w9mU/8NZlP/DGZT/wxmU/8M6kkAANVTAADFWgAAul8A&#10;ALBiAACoYgAAn18AAJZaAACPWhAAilseAIVbLACBWzgBfVtBAnpaSgN3WVEEdFhYBnFYXwdvV2YJ&#10;bVdtC2tWdg1pVn8PZ1WKEWVVlxNjVaQUYVW0FWBVyBZfVecVYFb6EmBW/w9hV/8OYVf/DWFX/wxh&#10;V/8M50wAANFWAADBXgAAtmMAAK1mAACkZgAAm2QAAJBeAACJXg4AhF8bAIBfKQB8XzUBeF8/AnRe&#10;RwNxXU8Eb1xWBWxcXAdqW2MJaFtrC2Zacw1kWn0PYlqIEV9ZlBNeWaIUXFmyFVtZxhZaWeUVW1r5&#10;Elta/xBcWv8OXFr/DVxa/w1cWv8N408AAM1ZAAC+YQAAs2YAAKlpAACgagAAl2gAAItiAACDYgwA&#10;fmMYAHpjJgB2YzIAc2M8AW9iRQJsYUwEamFUBWdgWgdlYGEIY19pCmFfcQxfXnsOXV6GEVpekxJY&#10;XaAUV12wFVZexBZVXuMVVl73ElZe/xBXXv8OV17/DVde/w1XXv8N3lMAAMhdAAC7ZAAAsGoAAKZt&#10;AACdbgAAk20AAIVnAAB+ZwkAeGcVAHRnIwBxaC8Abmc5AWtnQgJoZkoDZWZSBWNlWAZgZV8IXmRn&#10;ClxkbwxaY3kOWGOEEFVikRJTYp8TUmKuFVFiwhVQYuEVUWL2ElFi/xBSYv8OUmL/DVJi/w1SYv8N&#10;2VYAAMRgAAC3aAAArG4AAKNxAACacwAAj3EAAH9rAAB4awUAcmsSAG5sHwBrbCwAaGw3AWZsQAJj&#10;a0gDYGtPBF5qVgZcal0HWWllCVdpbQtVaXcNU2iCD1BojxFOZ50TTWesFEtowBRLaN4US2f1Ekxn&#10;/w9MZ/8OTWf/DU1n/w1NZ/8N0loAAMBkAACzbAAAqXIAAKB2AACWdwAAinYAAHlxAABxcQAAa3EP&#10;AGhxHABmcigAY3I0AGByPQFeckUCW3FNA1lxVAVXcFsGVHBjCFJvawpQb3QMTW6ADktujRBJbpsR&#10;R22rEkZuvhNFbtwSRm30EUZt/w9Hbf8OR2z/DUds/w1HbP8NzF8AALxpAACwcQAApXcAAJx7AACR&#10;fAAAhnsAAHV4AABrdwAAZXcMAGF4FwBfeCQAXXkwAFp5OgFYeUICVnhKAlN4UQRRd1gFT3dgB0x2&#10;aAhKdnIKSHV9DEV1ig5DdZkPQnWpEEB1vBBAddkQQHTzD0B0/w5Bc/8NQXP/DEFz/wxBc/8MxmQA&#10;ALduAACrdgAAonwAAJd/AACMgQAAgYEAAHKAAABlfwAAXX8IAFl/EwBXgCAAVYArAFOBNgBRgD4B&#10;T4BGAk2ATgJLf1UDSX9dBUZ/ZgZEfnAIQn57CT9+iAs9fZcMPH2nDTp9ug46ftYNOnzxDTp7/ww6&#10;e/8LOnr/Czp6/ws6ev8LwGkAALJ0AACnfAAAnYEAAJKEAACHhgAAe4cAAG6HAABghwAAVYcBAFCI&#10;DgBOiBoATYkmAEuJMABJiToASIlCAUaJSgFEiVICQolaA0CIYwQ9iG0FO4h4BjmHhgg3h5UJNYem&#10;CjSHuQozh9MKM4bwCTOF/wkzhP8JM4P/CTOD/wkzg/8JuXAAAK16AACiggAAl4cAAI2KAACBjAAA&#10;dY4AAGiPAABakAAAT5EAAEeSCgBEkhMAQ5MfAEGTKgBAkzQAP5M9AD2TRQA7k00BOpNWATiTXwI2&#10;k2kDNJN1AzKSgwQwkpMFLpKkBi2StwYsktEGLJHvBiuP/wYrjv8GK43/ByuN/wcrjf8Hs3gAAKeC&#10;AACciAAAkYwAAIeQAAB6kwAAbZUAAGGXAABVmQAASZsAAD+cAQA5nQ4AN50XADaeIgA0niwAM541&#10;ADKePgAxnkcAMJ9QAC6fWgAtn2QBK59xASmefwInnpACJp6hAiSetQIjns4CI53uAyOb/gMimv8E&#10;Ipn/BCKZ/wQimf8ErIEAAKCIAACVjgAAi5IAAH+WAABymgAAZZ0AAFmgAABOowAAQqQAADemAAAu&#10;qAUAKakPACipGAAnqiIAJqosACWqNQAkqj8AI6pIACKrUwAhq14AIKtqAB6reQAdq4sAG6udABqr&#10;sQAZq8oAGarsARmo/QEYp/8CGKb/Ahim/wIYpv8CpYkAAJmPAACPlAAAg5kAAHWeAABoogAAXKYA&#10;AFCpAABErAAAOa4AAC+wAAAmswAAHrUGABm3DwAYtxcAF7chABa3KgAVtzQAFLg+ABO4SQASuFQA&#10;ErliABG5cQAQuYMAD7mXAA65rAANucQADbjnAA62+wAOtf8ADrT/AA60/wAOtP8AnJAAAJKVAACG&#10;mwAAeaAAAGumAABeqwAAUq8AAEayAAA6tQAAL7cAACW6AAAdvQAAFcAAABDDBgALxg4ACsUVAAnF&#10;HgAIxSgAB8UyAAbGPQAFxkkABcZXAAPGZgACxncAAcaLAADGoAAAxbYAAMbSAADF7wAAxfwAAMX/&#10;AADF/wAAxf8AlZYAAImcAAB7owAAbakAAGCvAABTtAAARrgAADq7AAAuvgAAJMEAABvEAAATxwAA&#10;DsoAAAjOAQAB0AoAANAQAADQFgAA0R4AANInAADTMQAA1DwAANVJAADWWAAA1mkAANZ8AADWkgAA&#10;1qcAANa/AADW4AAA1vMAANb+AADW/wAA1v8AjJ0AAH6kAABvqwAAYbIAAFS5AABGvQAAOcEAAC3E&#10;AAAixwAAGcsAABHOAAAM0gAABdUAAADbAAAA3AMAAN0KAADeDwAA3xQAAOEcAADiJAAA5C4AAOY6&#10;AADnSQAA6FkAAOhrAADpgQAA6ZgAAOmtAADpxQAA6eIAAOnyAADp9QAA6fUAgKUAAHGtAABjtQAA&#10;VbwAAEfCAAA5xgAALMoAACDOAAAW0gAAD9YAAAjbAAAA3wAAAOMAAADlAAAA5wAAAOgBAADqBwAA&#10;6w0AAO0RAADvGAAA8SEAAPMrAAD2OAAA90gAAPhaAAD5bQAA+oQAAPqbAAD6rwAA+sIAAPraAAD6&#10;3wAA+t8AdK4AAGW2AABWvgAASMYAADnLAAAr0AAAH9QAABTaAAAN3wAABeMAAADmAAAA6QAAAO0A&#10;AADvAAAA8QAAAPMAAAD1AAAA9gIAAPgJAAD6DgAA/RMAAP8cAAD/KAAA/zYAAP9HAAD/WgAA/24A&#10;AP+FAAD/mgAA/6sAAP+5AAD/vAAA/7wA/xEgAP8QHgD/DB4A/wQhAP8AJwD/ADAA/wA+AP8ATAD/&#10;AFkA/wBlAP8AcAD/AHoA/wCDAP8AiwD/AJIA/wCYAP8AngD/AKQA/wCqAP8AsAD/ALgA/wDCAP8A&#10;zgD/AOIA/gDwAP0A+wD7AP8A+wD/APsA/wD6AP8A+gD/APoA/wD6AP8A/xQcAP8SGgD/DhoA/wgc&#10;AP8AIQD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCUAP8AmgD+AKAA&#10;/QCmAPwArAD7ALQA+QC9APgAyQD3ANwA9QDsAPMA+ADzAP8A8gD/APEA/wDwAP8A8AD/APAA/wDw&#10;AP8A/xcYAP8VFgD/ERUA/wwXAP8FHQD/ACgA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6APwA&#10;ggD6AIkA+ACQAPcAlgD1AJwA9ACiAPMAqADxALAA8AC4AO4AwwDsANMA6gDnAOkA9QDnAP8A5gD/&#10;AOUA/wDlAP8A5QD/AOUA/wDlAP8A/xoTAP8YEQD/FBAA/w8RAP8NGQD/CiQA/wUwAP8BPgD/AEsA&#10;/wBXAP4AYgD6AGwA9QB1APIAfQDwAIQA7gCLAOwAkQDrAJcA6QCeAOcApADmAKwA5AC0AOIAvwDg&#10;AM0A3gDjANwA8gDaAP0A2AD/ANYA/wDVAf8A1QH/ANUC/wDVAv8A/x4QAP8cDQD/FwsA/xUOAP8U&#10;FQD/ER8A/w4qAP8LOAD9CEUA+AZRAPQEXADuBGYA6gRvAOYDdwDkBH8A4gSGAOAEjADeBJMA3QWa&#10;ANsFoADYBagA1QWxANIFuwDQBskAzgfgAMwI8QDJCv8Axwv/AMYM/wDFDP8AxQz/AMUM/wDFDP8A&#10;/yEMAP8gBgD/HAMA/x0KAP8bEAD/GBgA/xQjAPYRMADvDj4A6g5KAOUNVgDhDWAA3Q1pANkNcQDV&#10;DXkA0w2BANENiADPDY8AzQ6WAMsOnQDKDqUAyA6uAMYPuQDEEMgAwhDfAL4R8gC7Ev8AuRP/ALcT&#10;/wG2E/8BthP/AbYT/wG2E/8B/yUGAP8jAAD/IwAA/yQDAP8hCgD9HREA8RobAOgWJwDhFDUA2hND&#10;ANMUTwDOFVkAyxVjAMgWawDFFnMAwxd7AMEXggDAGIkAvhiQALwYmAC7GaAAuRmpALcZtAC1GsIA&#10;tBrWALAb7QGtHPwBqx3/Aakd/wGpHf8BqB3/Aagd/wGoHf8B/ygAAP8nAAD+KgAA7yoAAOcnAQDn&#10;IgkA5B0QANkbHQDPHS0AyR48AMQgSQC/IFMAvCFdALkhZQC3Im0AtSJ0ALMifACxIoMBsCKKAa4i&#10;kgGsI5sBqyOkAakjrwGnI7wBpiTOAaMk6AKgJfkCniX/Ap0l/wKcJf8CmyX/Apsl/wKbJf8C/ywA&#10;AP8tAADtMgAA4jQAANozAADTLgMA0iUKAMklFwDBJycAuyk2ALYqQwCyK04ArytXAKwrYACqK2cB&#10;qCtvAaYrdgGkK30BoyuEAqErjQKfK5UCniufApwrqgOaK7YDmSzHA5cs4gOULfUEki3/A5Et/wOQ&#10;Lv8DkC3/A5At/wOQLf8D/zAAAPIzAADkOgAA1j0AAMw8AADHOQAAwzEFAL0uEQC1MCEAsDIwAKsz&#10;PQCnM0kApDNSAKEzWgGfM2IBnDNpApozcAKZM3cClzJ/A5UyhwOTMpAEkjKaBJAypQWOMrEFjTPC&#10;Bosz3AaJNPIGhzT/BYY0/wWGNP8EhTT/BIU0/wSFNP8E/DMAAOs6AADcQQAAzUQAAMNEAAC9QQAA&#10;uDsBALI3DgCrOBwApTkrAKE6OACdO0QAmjtNAZc6VgGUOl0CkjpkApA6awOOOXIDjDl6BIo5ggWJ&#10;OYsFhzmVBoU5oAeDOa0Hgjm8CIE50wh/Ou4IfTr+B3w7/wZ8O/8FfDv/BXw7/wV8O/8F9DcAAOVA&#10;AADSRwAAxUoAALxLAAC1SQAAr0MAAKk+CwCiPxcAnUAmAJhBNACUQT8AkUFJAY5BUQGLQFkCiUBg&#10;A4dAZwOFP20Egz91BYE/fQZ/PocHfT6RCHs+nAl6PqkJeD64Cnc/zQp1P+oKdED8CHRA/wd0QP8G&#10;c0D/BnNA/wZzQP8G8TsAAN9FAADMTAAAv08AALZQAACuTwAAp0oAAKBEBwCaRRQAlUYiAJBGMACM&#10;RzwAiUZFAYZGTgGDRlUCgUVcA35FYwR8RGoEekRxBXlEeQZ3RIIIdUONCXNDmQpxQ6YLcEO1DG5E&#10;yQxtROcMbUX6CmxF/whsRf8HbEX/B2xF/wdsRf8H7D8AANhJAADHUAAAu1QAALFVAACpVAAAoVAA&#10;AJlKAgCSSREAjUofAIlLLACFTDgAgktCAX9LSgF8SlICeUpYA3dKXwR1SWYFc0ltBnFJdgdvSH8I&#10;bUiKCWxIlgtqSKMMaEiyDWdIxQ1mSeQNZkn4C2ZJ/wlmSv8IZkn/B2ZJ/wdmSf8H6EMAANJNAADC&#10;UwAAt1gAAK1ZAACkWAAAnFUAAJNOAACMTg4Ah08bAIJPKQB/UDUAe1A/AXhPRwF2T08Cc05VA3FO&#10;XARvTWMFbU1qBmtNcgdpTXwIZ0yHCmVMkwtjTKANYkyvDmFNwg5gTeEOYE32DGBO/wpgTv8JYE7/&#10;CGBO/whgTv8I40cAAM1QAAC+VwAAs1sAAKpdAAChXQAAmFoAAI1TAACGUgwAgFMYAHxTJQB5VDEA&#10;dVQ8AHNTRAFwU0wCbVJTAmtSWQNpUmAEZ1FoBmVRcAdjUXkIYVGECmBQkQxeUJ4NXFCtDltRwA5a&#10;Ud4PWlH1DFpS/wpbUv8JW1H/CFtR/whbUf8I30oAAMlTAAC7WgAAsF8AAKZhAACdYQAAlF4AAIhX&#10;AACAVgoAelcVAHZXIgBzWC4AcFc5AG1XQQFqV0kCaFZQAmZWVwNkVl4EYlVlBWBVbQdeVXcIXFWC&#10;ClpVjgxZVZwNV1WrDlZVvg9VVdsPVVXzDVVV/wtWVf8JVlX/CVZV/whWVf8I200AAMVXAAC4XgAA&#10;rWIAAKNlAACaZQAAkGMAAINcAAB7WwYAdVsSAHFbHwBuXCsAa1w2AGhbPwFlW0cBY1tOAmFaVQNf&#10;WlwEXVpjBVtaawZZWXUIV1mAClVZjAtUWZoNUlmqDlFZvA5QWdgOUFnyDVFZ/wtRWf8KUVn/CVFZ&#10;/whRWf8I1FEAAMJaAAC0YQAAqmYAAKBoAACXaQAAjGcAAH1gAAB1XwMAb18QAGtfHABoYCgAZmAz&#10;AGNgPAFhYEQBX19MAlxfUwNbX1oEWV9hBVdeaQZVXnMIU15+CVFdigtPXZkMTV2oDUxeug5LXtQO&#10;S17xDExe/wtMXf8KTF3/CUxd/whMXf8Iz1QAAL5eAACxZQAAp2oAAJ1tAACUbQAAiWwAAHhlAABv&#10;ZAAAaWQOAGVkGQBiZCUAYGUwAF5lOgBcZUIBWmVKAlhkUQJWZFgDVGRfBFJkZwVQY3EHTmN7CUxj&#10;iApKY5cLSGOmDEdjuA1GY9ENRmPvDEZi/wpHYv8JR2L/CUdi/whHYv8IylgAALpiAACuaQAAo24A&#10;AJpxAACQcgAAhHEAAHRrAABpaQAAY2kLAF9pFQBcaiEAWmotAFhrNgBWaz8BVWtHAVNqTgJRalUD&#10;T2pdBE1qZQVKaW4GSGl5B0ZphglEaZUKQ2ilC0FptwxAac8MQGjuC0Fo/wpBZ/8JQWf/CEJn/whC&#10;Z/8IxV0AALZmAACqbQAAoHMAAJZ2AACLdwAAgHYAAHByAABlcQAAXHAHAFhwEQBWcB0AVHEoAFJx&#10;MwBQcTwAT3JEAU1xSwFLcVMCSXFaA0dxYgRFcGwFQ3B3BkFwhAc/cJMIPW+jCTtwtQo7cM0KOm/s&#10;CTtu/gg7bv8IO23/Bztt/wc7bf8Hv2IAALFrAACmcwAAnXkAAJJ7AACHfAAAe3wAAG16AABgeAAA&#10;VncBAFB3DgBOeBgATHgkAEt5LgBJeTcASHlAAEZ5SAFEeU8BQnlXAkF5YAI/eGkDPHh0BDp4ggU4&#10;eJEGN3ihBzV4swc0eMsHNHfrBzR2/Qc0df8HNXX/BjV0/wY1dP8GuWgAAK1xAACieQAAmH4AAI2A&#10;AACCgQAAdoIAAGmBAABbgQAAUYEAAEiACgBFgRMAQ4EeAEKCKQBBgjIAQII7AD6CQwA9gksAO4JT&#10;ATmCXAE3gmYCNYJxAzOCfwMxgY4EMIGfBC6BsQUtgcgFLYHpBC1//AUtfv8FLX3/BS19/wUtff8F&#10;s24AAKh4AACdfwAAkoMAAIiGAAB9hwAAcIgAAGOJAABVigAAS4oAAEGKAgA7iw4AOYsXADiMIgA3&#10;jCwANow1ADSMPQAzjEYAMo1PADGNWAAvjWIBLYxuASuMewEqjIsCKIycAiaMrwIljMYCJYvoAiWK&#10;+wMliP8DJYj/AyWH/wMlh/8DrXYAAKOAAACXhQAAjYkAAIKMAAB2jgAAaZAAAFySAABQkwAARJQA&#10;ADqVAAAxlggALZcRACyXGgArlyQAKpctACmXNgAomD8AJ5hIACaYUgAlmFwAI5hoACKYdwAgmIcA&#10;H5iZAR2YrAEcmMMBHJflARyV+gEblP8BG5P/AhuT/wIbk/8Cp38AAJyGAACRiwAAh48AAHqSAABt&#10;lQAAYZgAAFWbAABJnQAAPZ4AADOfAAAqoQAAIaMKAB+jEQAeoxoAHaQkABykLQAbpDYAGqQ/ABmk&#10;SgAYpFUAFqVhABWlcAAUpYEAE6WUABKlqAARpb8AEKTiABGi+AARof8AEaD/ARGg/wERoP8BoIYA&#10;AJWMAACMkQAAf5UAAHGaAABkngAAWKEAAEykAABApgAANacAACqpAAAirAAAGa4AABKwCQAQsRAA&#10;ELEYAA6xIgAOsSsADbE1AA2xQAAMsUsAC7FYAAqxZwAIsXgAB7GLAAWxoAAEsLUABLDQAASw7wAF&#10;r/4ABq7/AAau/wAGrv8AmI4AAI+TAACCmAAAdZ0AAGeiAABapwAATqsAAEGtAAA1rwAAK7EAACG0&#10;AAAYtgAAEbkAAA28AwAHvgwAA70SAAG9GQAAviIAAL4rAAC+NgAAvkEAAL9OAAC/XAAAv20AAL+A&#10;AAC+lQAAvqoAAL7CAAC95AAAvfYAAL3/AAC9/wAAvf8AkpQAAIWaAAB4oAAAaqYAAFyrAABPsAAA&#10;QrMAADW2AAAquAAAILsAABe+AAAQwQAAC8QAAATHAAAAyQcAAMkNAADJEgAAyhkAAMsiAADLKwAA&#10;zTUAAM5BAADOUAAAz2AAAM9yAADPhwAAz50AAM+zAADPzgAAz+sAAM74AADO/gAAzv4AiJsAAHqi&#10;AABsqAAAXq8AAFC1AABCuQAANbwAACm/AAAewgAAFcYAAA7JAAAIzAAAANAAAADTAAAA1QAAANYG&#10;AADYDAAA2REAANsWAADcHwAA3igAAOA0AADiQQAA4lEAAONjAADjdwAA5I4AAOSkAADkugAA5dQA&#10;AOXqAADl8wAA5fMAfKMAAG6qAABgsgAAUbkAAEO+AAA1wgAAKMYAABzJAAATzQAADNEAAATVAAAA&#10;2gAAAN4AAADhAAAA4gAAAOQAAADlAwAA5wkAAOkOAADrEgAA7RoAAO8kAADyMQAA9EEAAPRTAAD1&#10;ZgAA9XwAAPaTAAD2qQAA97wAAPfOAAD33wAA998AcKwAAGG0AABTuwAARcMAADbHAAAnzAAAG9AA&#10;ABHVAAAK2wAAAN8AAADiAAAA5QAAAOkAAADsAAAA7QAAAPAAAADxAAAA8wAAAPUEAAD3CgAA+hAA&#10;APwWAAD/IQAA/y4AAP9AAAD/UwAA/2gAAP+AAAD/lgAA/6gAAP+2AAD/vwAA/78A/w0cAP8KGwD/&#10;AhsA/wAeAP8AJAD/AC4A/wA8AP8ASgD/AFYA/wBjAP8AbQD/AHcA/wB/AP8AhwD/AI4A/wCUAP8A&#10;mgD/AKAA/wCmAP8ArAD/ALQA/wC9AP8AyQD+AN0A/QDtAPwA+gD7AP8A+gD/APkA/wD6AP8A+gD/&#10;APoA/wD6AP8A/xAZAP8NFwD/BhYA/wAYAP8AHgD/ACoA/wA3AP8ARQD/AFIA/wBeAP8AaQD/AHIA&#10;/wB7AP8AggD/AIkA/wCQAP4AlgD9AJwA/AChAPsAqAD5AK8A+AC4APYAwwD0ANIA8wDnAPIA9gDw&#10;AP8A7wD/APAA/wDvAP8A7wD/AO4A/wDuAP8A/xIUAP8PEgD/CxIA/wASAP8AGgD/ACUA/wAzAP8A&#10;QAD/AE0A/wBZAP8AZAD9AG0A+wB2APkAfQD3AIQA9QCLAPQAkQDzAJcA8QCdAPAAowDuAKoA7ACz&#10;AOoAvQDoAMsA5wDhAOUA8QDjAP0A4wD/AOIA/wDhAP8A4QD/AOAA/wDgAP8A/xQQAP8RDgD/DQ0A&#10;/wcPAP8CFQD/ACAA/wAtAP8AOgD/AEcA+QBTAPUAXgDyAGgA8ABwAO0AeADrAH8A6QCFAOgAjADm&#10;AJIA5QCYAOMAnwDhAKYA3wCuANwAuADaAMUA1gDZANQA7ADSAPkA0QD/AM8A/wDOAP8AzgD/AM4A&#10;/wDOAP8A/xcMAP8UCAD/DwUA/w4LAP8MEQD/BxoA/wEmAPwANAD0AEEA7QBNAOkAWADmAGIA4wBq&#10;AOAAcgDeAHkA2wCAANkAhgDWAI0A0wCTANEAmgDPAKEAzQCqAMsAswDJAL8AxgDQAMUA6ADDAPYA&#10;wQD/AMAC/wC/A/8AvwP/AL8D/wC/A/8A/xsGAP8XAAD/FAAA/xMFAP8RDQD/DhQA+QofAPAGLADm&#10;AzkA4ANGANwDUQDWBFsA0gRkAM8FbADMBXMAygV6AMgFgQDGBYcAxQaOAMMGlgDBBp0AvwamAL0G&#10;sAC7B7wAuQjNALgK5QC1C/cAsw3/ALEN/wCwDf8AsA7/AK8O/wCvDv8A/x4AAP8bAAD/GwAA+hoA&#10;APUWBQD2EQ0A6w4VAOILIgDYCzEA0Aw+AMsNSgDHDVUAxA5eAMEOZgC/Dm0AvQ50ALsPewC5D4IA&#10;txCKALYQkQC0EJoAshCjALARrQCvEboArRHKAKoS5QCnFPcApRX/AKMV/wCiFf8AohX/AKIV/wCi&#10;Ff8A/yIAAP8gAADwIwAA5iQAAOAhAADcGQUA2xAMANARGQDIEykAwhU3AL0WRAC5F04AtRdXALMY&#10;YACwGGcArhhuAKwZdQCrGXwAqRmEAKgajACmGpQApBqeAKMbqAChG7QAnxzFAJ4c3wCaHfMBmB7/&#10;AZce/wGWH/8BlR//AZUf/wGVH/8B/yYAAPQnAADmLQAA2i8AAM8tAADKJwAAxx8IAMEcEwC6HiIA&#10;tB8xAK8gPQCrIUgAqCJSAKYiWgCjI2IAoSNpAKAjbwCeI3cAnCN+AJsjhgCZJI8BlySZAZYkowGU&#10;JLABkiW/AZEl1gGOJu8BjCf/Aosn/wKKJ/8CiSf/Aokn/wGJJ/8B+ikAAOwwAADdNgAAzTgAAMQ3&#10;AAC+MgAAuisCALUlDgCuJx0AqCkrAKQqOACgKkMAnStMAJorVQCYK1wAlitjAJQragGSK3EBkCx4&#10;AY8sgQGNLIoBiyyUAoosnwKILKsChiy6AoUtzgODLuoDgS78A4Au/wJ/Lv8Cfy7/An4u/wJ+Lv8C&#10;9C4AAOQ3AADSPQAAxT8AALs/AAC0PAAArzUAAKkvCwCjLxcAnjEmAJkyMwCWMj4AkjNIAJAzUACN&#10;M1gAizNeAYkzZQGHM2wBhjNzAYQzfAKCM4UCgDOPA38zmgN9M6cDfDO1BHozyQR5NOYEdzX5BHY1&#10;/wN1Nf8DdTX/A3U1/wN1Nf8D8DMAAN09AADKQwAAvkUAALVGAACtQwAApj0AAKA2BgCZNhMAlDgh&#10;AJA5LgCMOTkAiTlDAIc5TACEOVMBgjlaAYA5YQF+OWgCfDlvAno5dwJ5OYADdzmLBHU5lgR0OaMF&#10;cjmxBXE5xAZvOuIGbjr3BW47/wRtO/8EbTv/A206/wNtOv8D6jkAANVCAADESAAAuUsAAK9LAACn&#10;SQAAn0QAAJg+AQCRPBAAjD0dAIg+KgCEPzUAgT8/AH4/SAB8P08Bej9WAXg/XQF2PmQCdD5rAnI+&#10;cwNwPnwDbz6HBG0+kwVrPqAGaj6uBmk/wAdnP94HZz/1BmZA/wVmQP8EZkD/BGY//wRmP/8E5T0A&#10;AM9GAAC/TAAAtE8AAKpQAACiTwAAmUoAAJFEAACKQQ0AhEIZAIBDJgB9RDIAekQ8AHdERAB1REwB&#10;ckRTAXBDWQFvQ2ACbUNnAmtDbwNpQ3kEaEODBWZDjwZkQ50HY0OrB2FDvQhgRNkIYETzB2BE/wZf&#10;RP8FX0T/BGBE/wRgRP8E4EEAAMpKAAC7UAAAsFMAAKdVAACeUwAAlU8AAItJAACDRwsAfUcVAHlH&#10;IgB2SC4Ac0g4AHFIQQBuSEkBbEhQAWpIVgFoSF0CZkdkAmVHbANjR3YEYUeABWBHjQZeR5oHXEep&#10;CFtIuwhaSNQIWkjxB1pJ/wZaSf8FWkj/BVpI/wRaSP8E20QAAMZNAAC4UwAArVcAAKNZAACaWAAA&#10;kVQAAIZOAAB9SwgAd0sSAHNMHwBwTCsAbUw1AGtMPgBoTEYAZkxNAWRMUwFiTFoCYUxiAl9MagNe&#10;THMEXEt+BVpLigZYS5gHV0ynCFZMuQlVTNEJVEzvCFRN/wZVTP8GVUz/BVVM/wVVTP8F1UgAAMJR&#10;AAC1VwAAqlsAAKBcAACXXAAAjVkAAIFTAAB3TwQAcU8QAG5QHABqUCgAaFAyAGVQOwBjUEMAYVBK&#10;AV9QUQFdUFgCXFBfAlpQZwNYUHEEV1B7BVVQiAZTUJYHUlClCFBQtwlQUM4JT1DtCFBQ/wdQUP8G&#10;UFD/BVBQ/wVQUP8F0EsAAL9UAACyWgAAp14AAJ1gAACUYAAAiV0AAHxXAAByVAAAbFMOAGhUGQBl&#10;VCQAYlQvAGBUOABeVEAAXFRIAVpUTwFZVFYBV1RdAlVUZQNUVG4EUlR5BVBUhgZOVJQHTVSkCEtU&#10;tQhLVMwJSlTrCEtU/gdLVP8GS1T/BUtU/wVLVP8FzE4AALtXAACuXgAApGIAAJpkAACRZAAAhmIA&#10;AHdbAABtWAAAZlgMAGJYFgBfWCIAXVksAFtZNgBZWT4AV1lGAFZZTQFUWVQBUllbAlFZYwNPWWwD&#10;TVl3BEtYhAVJWJIHSFiiB0dZswhGWcoIRVnqCEZZ/QZGWP8GRlj/BUdY/wVHWP8Fx1IAALhbAACr&#10;YQAAoWYAAJhoAACOaQAAg2cAAHJgAABoXgAAYV0JAFxdEwBaXR4AV10pAFZeMwBUXjsAUl5DAFFe&#10;SgFPXlIBTl5ZAkxeYQJKXmoDSF51BEZeggVEXZAGQ16gB0FesQdAXsgHQF7oB0Bd/AZBXf8FQV3/&#10;BUFc/wVBXP8Fw1YAALRfAACoZgAAnmoAAJVtAACKbQAAf2wAAG9nAABkZAAAW2IFAFZiEABUYhsA&#10;UmMlAFBjLwBOZDgATWRAAEtkSABKZE8BSGRXAUZkXwJFZGgCQ2RzA0FjfwQ/Y44FPWOeBjxjsAY7&#10;ZMYGO2TmBjtj+gU7Yv8FO2L/BTxh/wQ8Yf8EvlsAALBjAAClagAAm28AAJFyAACGcgAAe3EAAGxt&#10;AABgawAAVWkAAE9oDQBNaRcAS2khAElqKwBIajQAR2o9AEVrRABEa0wAQmtUAUFrXAE/amUCPWpw&#10;AjtqfQM5aowEN2qcBDZqrgU1asQFNWrlBTVp+QQ1af8ENWj/BDVo/wQ1aP8EuWAAAKxpAAChcAAA&#10;mHUAAI13AACCdwAAd3cAAGl0AABccwAAUXEAAEhwCgBFcBIAQ3EdAEJxJwBAcjAAP3I4AD5yQAA9&#10;ckgAO3JQADpyWQE4cmMBNnJtAjRyegIzcokDMXKaAy9yrAMucsEDLnLjAy5x+AMucP8DLm//Ay5v&#10;/wMub/8Ds2YAAKdvAACddgAAk3oAAIh8AAB+fQAAcn0AAGR8AABXewAATHoAAEJ5AwA8eQ4AOnoX&#10;ADl6IQA4eioAN3szADZ7OwA0e0QAM3tMADJ7VQAwe18AL3tqAS17dwEre4cBKnuYAih7qgIne78C&#10;JnvhAiZ69wImeP8CJnj/Aid3/wInd/8CrmwAAKN2AACZfAAAjn8AAISCAAB4gwAAbIQAAF+EAABR&#10;hAAAR4QAADyEAAAzhAkAMIQRAC+EGgAthCQALIUtACuFNQAqhT4AKYVHACiGUAAnhloAJoZmACSG&#10;cwAjhoMAIYaVACCGpwEehrwBHobeAB6E9QEegv8BHoL/AR6B/wEegf8BqHQAAJ59AACTggAAiYUA&#10;AH6IAABxigAAZYsAAFiMAABMjQAAQI4AADaOAAAsjwAAJZAMACOQEwAikBwAIZAlACCRLgAfkTYA&#10;HpFAAB2RSQAckVQAGpFgABmRbgAYkX4AFpKQABWSpAAUkbkAE5HYABOP9AAUjv8AFI3/ABSM/wEU&#10;jP8Bo30AAJiDAACOiAAAhIwAAHePAABpkQAAXZMAAFCVAABFlwAAOZgAAC6ZAAAlmgAAHZsCABad&#10;DAAVnRMAFJ0bABOdJAASnS0AEZ43ABGeQQAQnkwAD55YAA6eZwANnncADJ6KAAudngAKnbIACZ3M&#10;AAmc7AAKm/4AC5r/AAuZ/wALmf8AnIQAAJGKAACIjgAAe5IAAG2WAABgmQAAVJwAAEifAAA8oAAA&#10;MKEAACajAAAdpQAAFacAABCpBQALqw0ACKoTAAeqGwAGqiQABaouAASqOAACqkQAAapQAACqXgAA&#10;qm4AAKqBAACqlQAAqaoAAKnBAACo5AAAqPYAAKf/AACn/wAAp/8AlYsAAIyQAAB/lQAAcZoAAGOe&#10;AABWogAASqYAAD2oAAAxqgAAJqsAAB2tAAAUsAAADrIAAAm1AQACtgoAALYPAAC2FQAAtx0AALcl&#10;AAC3LwAAuDkAALhGAAC4VAAAuGQAALh2AAC4iwAAt6AAALe2AAC30wAAtu8AALb8AAC2/wAAtv8A&#10;j5IAAIKXAAB0nQAAZqIAAFinAABLrAAAPq8AADGxAAAmswAAHLYAABO4AAANuwAABr4AAADBAAAA&#10;wgQAAMILAADDEAAAxBUAAMQcAADFJAAAxi4AAMg6AADJRwAAyVcAAMlpAADJfQAAyZQAAMiqAADI&#10;wwAAyOQAAMj0AADI/QAAyP0AhZkAAHefAABopgAAWqsAAE2xAAA/tQAAMbgAACW6AAAavQAAEcAA&#10;AAvDAAADxwAAAMoAAADNAAAAzgAAAM8DAADQCQAA0Q4AANMSAADVGQAA1yIAANotAADdOQAA3kkA&#10;AN5aAADfbgAA34UAAN+cAADfsgAA3ssAAN7mAADf9AAA3/QAeaEAAGuoAABcrwAATrUAAEC7AAAx&#10;vgAAJMEAABnFAAAQyAAACcwAAADPAAAA0wAAANkAAADcAAAA3QAAAN8AAADhAAAA4gUAAOQLAADm&#10;EAAA6BYAAOogAADtKwAA8DoAAPFLAADxXgAA8nMAAPOLAADzogAA87YAAPPJAADz4QAA8+EAbaoA&#10;AF6xAABQuQAAQb8AADLEAAAkyAAAF8wAAA7QAAAG1QAAANoAAADeAAAA4gAAAOYAAADpAAAA6gAA&#10;AOwAAADuAAAA8AAAAPIAAAD0BgAA9gwAAPkSAAD8HAAA/ykAAP86AAD/TQAA/2IAAP94AAD/kAAA&#10;/6MAAP+zAAD/wQAA/8EA/wcZAP8BFwD/ABcA/wAaAP8AIQD/ACsA/wA5AP8ARwD/AFQA/wBfAP8A&#10;agD/AHMA/wB7AP8AgwD/AIoA/wCQAP8AlgD/AJsA/wChAP8AqAD/AK8A/wC4AP8AxAD+ANUA/ADq&#10;APsA+AD6AP8A+QD/APgA/wD4AP8A9gD/APMA/wDxAP8A/wsVAP8FEwD/ABMA/wAUAP8AGgD/ACcA&#10;/wA0AP8AQgD/AE8A/wBbAP8AZQD/AG4A/wB2AP8AfgD/AIUA/gCLAP0AkQD7AJcA+gCdAPgAowD3&#10;AKsA9gCzAPQAvgDzAMwA8QDjAO8A8wDuAP8A7QD/AOwA/wDrAP8A7AD/AOwA/wDrAP8A/w0RAP8J&#10;EAD/AA8A/wAQAP8AFgD/ACIA/wAvAP8APQD/AEoA/wBVAP0AYAD6AGkA+ABxAPYAeQD0AH8A8wCG&#10;APEAjADvAJIA7gCYAOwAnwDrAKYA6QCuAOcAuADlAMUA4wDaAOEA7QDfAPsA3gD/AN0A/wDdAP8A&#10;3QD/AN0A/wDdAP8A/w8NAP8MCwD/AwkA/wAMAP8AEgD/AB0A/wApAPsANwD4AEQA9QBQAPIAWgDu&#10;AGMA7ABrAOkAcwDnAHoA5QCAAOMAhgDhAIwA3wCTAN0AmQDbAKEA2QCpANUAsgDSAL4A0ADOAM4A&#10;5gDMAPYAygD/AMoA/wDJAP8AyAD/AMgA/wDIAP8A/xEIAP8NAgD/BwAA/wUIAP8ADgD/ABYA9wAi&#10;AO8AMADrAD0A6ABJAOQAVADgAF0A3QBlANkAbQDVAHMA0gB6ANAAgADOAIcAzACNAMoAlADIAJsA&#10;xgCkAMQArQDCALgAwADHAL0A3wC8APEAuwD+ALkA/wC4AP8AuAD/ALgA/wC4AP8A/xQAAP8PAAD/&#10;DQAA/wwAAP8HCQD4ARAA6AAaAOMAKADdADYA2ABCANIATQDOAFcAygBfAMcAZgDFAG0AwwB0AMEA&#10;egC/AIEAvQCIALsAjwC5AJcAtwCfALUAqACzALMAsQDCAK8A2ACuAu0ArAP7AKsF/wCqBv8AqQb/&#10;AKkG/wCpBv8A/xYAAP8SAAD3EgAA7BEAAOYOAADlBggA3QMSANQDIADNBC0AyAQ6AMMFRgC/BVAA&#10;vAZYALkGYAC3B2cAtQduALMHdQCxCHsArwiCAK4JigCsCZIAqgmbAKgKpQCmCrAApQu/AKMM1ACh&#10;De0Anw7+AJ0O/wCcD/8Amw//AJsP/wCbD/8A/xoAAPcZAADqHgAA3x4AANUaAADQEwIAzgwLAMcL&#10;FgDADSUAug4yALYOPwCyD0kArxBSAKwQWgCqEGEAqBFoAKYRbwCkEXYAohF9AKERhQCfEo4AnRKX&#10;AJwSogCaE60AmBO8AJcU0ACUFewAkhb9AJAX/wCPF/8Ajhf/AI4X/wCOF/8A+h0AAO4jAADfKAAA&#10;0CoAAMcnAADBIQAAvRkFALkSEACyFR4ArRYsAKgXOACkGEMAoRlMAJ8ZVACcGlwAmhpiAJkaaQCX&#10;G3AAlRt3AJQbfwCSHIgAkBySAI8cnQCNHakAix23AIoeygCIH+cAhiD6AIQg/wGDIP8BgyD/AYIg&#10;/wGCIP8B9SQAAOUsAADTMQAAxjMAALwxAAC2LQAAsCUAAKwdDACmHhgAoSAmAJwhMgCZIj0AlSJH&#10;AJMjTwCRI1YAjyNdAI0kZACLJGsAiSRyAIgkegCGJIMAhCWNAIMlmAGBJaQBgCayAX4mxQF9J+IB&#10;eyf3AXko/wF4KP8BeCj/AXgo/wF4KP8B7ysAAN0zAADKOQAAvjsAALQ6AACtNgAApi8AAKEoBwCb&#10;JxMAliggAJEpLQCOKjgAiytCAIgrSgCGK1IAhCtYAIIsXwCALGYAfyxtAH0sdQB7LH4BeiyIAXgs&#10;lAF2LaABdS2uAnQtwAJyLt0CcS70AnAv/wJvL/8Cby//AW4v/wFuL/8B6DEAANM6AADDPwAAt0EA&#10;AK5BAACmPgAAnjgAAJcxAQCRLhAAjC8cAIgwKACEMTMAgTI9AH8yRgB9Mk0AezJUAHkyWwB3MmEA&#10;dTJpAXQycAFyMnkBcDOEAW8zkAJtM50CbDOrAmo0vAJpNNUDaDXxAmc1/wJnNf8CZjX/AmY1/wJm&#10;NP8C4jYAAMw/AAC9RAAAskcAAKhHAACgRAAAmD8AAJA5AACINA0AgzUXAH82JAB8Ny8AeTc5AHc4&#10;QgB0OEkAcjhQAHE4VwBvOF4AbThlAWw4bQFqOHUBaDiAAmc4jAJlOJkDZDmoA2I5uQNhOtADYDru&#10;A2A6/wNfOv8CXzr/Al86/wJfOv8C3TsAAMdDAAC5SQAArksAAKRMAACbSgAAkkUAAIk/AACBOgkA&#10;ezoUAHc7IAB0PCsAcjw1AG89PgBtPUYAaz1NAGk9UwBoPVoAZj1hAWQ9aQFjPXIBYT19AmA9iQJe&#10;PZYDXT6lA1s+tgRaPswEWj/sBFk//gNZP/8DWT//Alk//wJZPv8C1j8AAMNHAAC1TAAAqlAAAKBQ&#10;AACXTwAAjksAAIRFAAB6QAYAdT8RAHFAHABtQCgAa0EyAGlBOwBnQUIAZUFJAGNBUABhQVcAYEFe&#10;AV5BZgFdQm8CW0J6AlpChgNYQpQDV0KjBFVDswRUQ8kEVEPpBFND/QNTQ/8DVEP/A1RD/wJUQ/8C&#10;0EIAAL9KAACyUAAAp1MAAJ1UAACUUwAAilAAAH9KAAB1RQIAbkMOAGtEGQBnRSQAZUUuAGJFNwBh&#10;RT8AX0VGAF1FTQBbRVQAWkZbAVlGYwFXRmwCVkZ3AlRGgwNTRpEDUUahBFBHsQRPR8cETkfnBE5H&#10;+wROR/8DTkf/A09H/wNPR/8DzEYAALtOAACvVAAApFcAAJpYAACRVwAAhlQAAHtOAABwSgAAaUgN&#10;AGVIFgBiSSEAX0krAF1JNABbSTwAWUlDAFdJSgBWSVIAVUpZAVRKYQFSSmoBUUp1Ak9KgQNOSo8D&#10;TEufBEtLsARKS8UESUvmBElL+gRJS/8DSkv/A0pL/wNKS/8DyEkAALhRAACsVwAAoVsAAJhcAACO&#10;XAAAg1kAAHZTAABrTgAAZE0KAF9MEwBcTR4AWk0oAFhNMQBWTToAVE1BAFNOSABSTk8AUE5XAU9O&#10;XwFNTmgBTE5zAkpPfwJJT40DR0+dBEZPrgRFT8MERFDkBERP+QRFT/8DRU//A0VO/wNFTv8DxEwA&#10;ALVVAACpWwAAn14AAJVgAACLYAAAgF4AAHJXAABnUwAAXlEHAFlREQBXURsAVFElAFJSLwBRUjcA&#10;T1I/AE5SRgBNU00ATFNVAEpTXQFJU2YBR1NwAkVTfQJEU4sDQlObA0FUrARAVMEEP1TiBD9U+ANA&#10;U/8DQFP/A0BT/wNAUv8DwFAAALJYAACmXgAAnGIAAJJlAACIZQAAfWIAAG5cAABjWQAAWVYDAFRW&#10;DgBRVhgAT1YiAE1XLABMVzQASlc8AElYRABIWEsAR1hTAEVYWwFEWGQBQlhuAUBYewI/WIkCPViZ&#10;AzxYqgM7Wb8DOlngAzpY9wM6WP8DO1f/AztX/wM7V/8DvFQAAK5cAACjYwAAmWcAAJBpAACFaQAA&#10;eWcAAGtiAABgYAAAVV0AAE5bDABLWxQASVwfAEdcKABGXTEARV05AENdQQBCXUgAQV5QAEBeWAA+&#10;XmEBPF5sATteeAI5XocCN16XAjZeqQM1Xr0DNF/dAzRe9QM1Xf8CNV3/AjVc/wI1XP8CuFkAAKph&#10;AACgZwAAlmwAAIxuAACBbgAAdmwAAGdpAABcZgAAUWQAAEhiCQBEYhEAQmIbAEFjJAA/Yy0APmM1&#10;AD1kPQA8ZEUAO2RNADlkVQA4ZF8ANmRpATVkdgEzZIUBMWWVAjBlpwIvZbsCLmXaAi5k9AIuY/8C&#10;L2P/Ai9i/wIvYv8Cs14AAKdmAACcbQAAk3EAAIhzAAB9cwAAcnIAAGRwAABYbgAATWwAAEJqAwA8&#10;aQ4AOmoWADlqIAA4aigANmsxADVrOQA0a0EAM2xJADJsUgAxbFwAL2xmAC5scwAsbIIBKmyTASls&#10;pQEobLkBJ23WASdr8gEnav8BJ2r/AShp/wIoaf8CrmQAAKNsAACZcwAAjnYAAIR4AAB5eQAAbXgA&#10;AGB3AABTdgAASHUAAD5zAAA0cgoAMXMRADBzGgAvcyMALnMrAC10NAAsdDwAK3REACl0TQAodVcA&#10;J3VjACV1bwAkdX8AInWQACF1ogAgdbcAH3XSAB908QAfc/8BH3L/ASBx/wEgcf8BqWsAAJ5zAACU&#10;eQAAinwAAIB+AAB0fwAAZ38AAFp/AABNfgAAQ34AADh9AAAvfQIAKH0NACZ9FAAkfRwAI34lACJ+&#10;LQAhfjYAIX4/AB9/SAAef1IAHX9eABx/awAaf3oAGX+MABd/nwAWf7MAFX/OABV+7wAWfP8AFnv/&#10;ABZ7/wAXe/8ApHIAAJp6AACPfwAAhYIAAHuEAABthgAAYIcAAFSHAABIiAAAPIgAADKIAAAoiAAA&#10;IIgFABqJDgAZiRUAGIkdABeKJgAWii4AFYo3ABSKQQATikwAEotYABGLZQAQi3UAD4uHAA6KmwAN&#10;iq8ADIrIAAyJ6gANh/wADof/AA6G/wAOhv8An3sAAJSBAACKhQAAgIgAAHOLAABljQAAWY8AAEyQ&#10;AABBkgAANJIAACqSAAAhkwAAGZQAABKWBgAOlw4ADZcVAAyXHQAMlyYAC5cvAAqXOQAJl0QACJdQ&#10;AAaXXgAFl24AA5aAAAGWlAAAlagAAJW+AACU4AAAlPQAAJP/AAGS/wABkv8AmIIAAI6IAACFjAAA&#10;d48AAGqSAABdlQAAUJgAAESaAAA4mwAALJwAACKdAAAZngAAEqAAAA2iAgAHowsAAaMQAACjFwAA&#10;ox8AAKMnAACjMQAApDwAAKRIAACkVgAApGUAAKN3AACjiwAAo6AAAKK2AACh0gAAofAAAKD7AACg&#10;/wAAoP8AkYoAAImOAAB7kgAAbZcAAGCbAABTngAARqEAADmjAAAtpAAAI6YAABmoAAARqgAADKwA&#10;AAWuAAAArwcAAK8NAACvEQAAsBgAALAgAACxKAAAsTIAALI+AACyTAAAslsAALJsAACygQAAsZcA&#10;ALGsAACwxgAAsOgAAK/3AACv/wAAr/8AjJAAAH+VAABxmgAAY58AAFWkAABHqAAAOqoAAC2sAAAi&#10;rgAAGLAAABCzAAAKtQAAArgAAAC7AAAAuwAAALwHAAC8DQAAvREAAL4WAAC/HgAAwCcAAMEyAADC&#10;QAAAw08AAMNgAADDdAAAw4sAAMOhAADDuAAAwtcAAMLvAADC+gAAwf4AgZcAAHOdAABlowAAV6gA&#10;AEmtAAA7sQAALbMAACG2AAAWuQAADrsAAAe+AAAAwQAAAMUAAADHAAAAyAAAAMkAAADKBQAAywsA&#10;AM0PAADOFAAA0BwAANMmAADWMgAA2EEAANhTAADZZgAA2XwAANmUAADZqwAA2cMAANnhAADZ8AAA&#10;2fQAdp8AAGemAABZrAAAS7IAADy3AAAuugAAIb0AABXAAAANxAAABccAAADKAAAAzgAAANIAAADV&#10;AAAA1gAAANkAAADbAAAA3QAAAN8HAADhDAAA4xEAAOYZAADpJAAA7DIAAO1DAADuVgAA72sAAO+E&#10;AADvnAAA77IAAO/GAADv3QAA7+QAaqgAAFuvAABMtgAAPrwAAC/AAAAgxAAAFMgAAAzMAAAC0AAA&#10;ANQAAADZAAAA3gAAAOIAAADlAAAA5gAAAOgAAADpAAAA7AAAAO4AAADwAgAA8gkAAPUPAAD4FwAA&#10;/CMAAP8zAAD/RgAA/1oAAP9xAAD/iQAA/58AAP+xAAD/wAAA/8YA/wAVAP8AFAD/ABQA/wAXAP8A&#10;HQD/ACgA/wA3AP8ARAD/AFEA/wBcAP8AZgD/AG8A/wB3AP8AfgD/AIUA/wCLAP8AkQD/AJcA/wCd&#10;AP8ApAD/AKsA/wC0AP4AvwD9AM4A+wDmAPkA9gD4AP8A9wD/APcA/wD3AP8A8AD/AOwA/wDpAP8A&#10;/wMSAP8AEAD/ABAA/wARAP8AFwD/ACQA/wAyAP8APwD/AEwA/wBXAP8AYQD/AGoA/wByAP8AeQD9&#10;AIAA/ACGAPoAjAD5AJIA+ACYAPYAnwD1AKYA9ACuAPIAuQDwAMYA7gDeAO0A8ADrAP4A6gD/AOkA&#10;/wDpAP8A5wD/AOMA/wDgAP8A/wcOAP8ADQD/AAsA/wAMAP8AEwD/AB8A/wAsAP8AOgD/AEYA/gBS&#10;APsAXAD4AGUA9QBsAPMAdADxAHoA7wCBAO4AhwDsAI0A6gCTAOkAmgDnAKEA5gCpAOMAswDhAL8A&#10;3wDQAN0A6QDaAPkA2QD/ANcA/wDVAP8A1QD/ANUA/wDUAP8A/wkKAP8BBQD/AAMA/wAJAP8AEAD/&#10;ABkA+wAmAPcANAD0AEAA8gBMAO4AVgDqAF8A5wBnAOQAbgDiAHQA4AB7AN4AgQDcAIcA2gCNANYA&#10;lADUAJsA0QCjAM8ArQDMALgAygDHAMgA4ADGAPMAxQD/AMMA/wDDAP8AwwD/AMMA/wDDAP8A/wsB&#10;AP8DAAD/AAAA/wADAP8ACwDzABIA7gAfAOoALQDmADoA4gBFAN4ATwDZAFgA1ABgANEAaADOAG4A&#10;zAB0AMoAewDIAIEAxgCHAMQAjgDCAJYAwACeAL4ApwC7ALIAuQDAALcA1AC1AOwAswD7ALMA/wCy&#10;AP8AsgD/ALEA/wCxAP8A/w0AAP8GAAD/AwAA9wAAAPQAAwDnAA0A4AAYANoAJQDTADIAzgA+AMoA&#10;SQDGAFIAwwBaAMAAYQC+AGgAvABuALoAdAC4AHsAtgCBALQAiACyAJAAsACZAK4AogCsAK0AqgC6&#10;AKgAywCmAOYApQD3AKQA/wCjAP8AogD/AKIA/wCiAP8A/xAAAPsMAADvDgAA5g0AAN8JAADaAAYA&#10;0AARAMkAHQDEACoAvwA3ALsAQgC3AEsAtABUALIAWwCvAGIArQBoAKsAbgCpAHUAqAB7AKYAgwCk&#10;AIsAogCUAKAAngCeAagAnAK1AJsDxgCZBeIAmAb0AJYI/wCVCf8AlAn/AJQJ/wCUCf8A/BEAAPEV&#10;AADjGQAA1hkAAMwVAADHEAAAxAcKAL0DFAC3BCEAsgYuAK4IOgCqCUQApwlNAKQKVQCiClwAoApi&#10;AJ4LaQCcC28Amwt2AJkMfgCXDIYAlgyQAJQMmgCSDaYAkQ2zAI8NxQCNDuIAixD2AIkQ/wCIEf8A&#10;hxH/AIcR/wCHEf8A9hkAAOcgAADWJAAAyCUAAL8iAAC5HAAAtBQBALENDgCqDhkApQ8nAKEQMwCd&#10;ET4AmhFHAJgSTwCVElYAkxJcAJESYwCQE2kAjhNwAIwTeACLE4EAiRSLAIcUlgCGFaIAhBWwAIMW&#10;wQCBF90Afxj0AH0Z/wB8Gf8AfBn/AHsZ/wB7Gf8A7yEAAN0pAADKLQAAvi8AALUsAACuJwAAqCAA&#10;AKMXCACeFhMAmRchAJQZLQCRGjgAjhpBAIsbSQCJG1AAhxtXAIUcXgCEHGQAghxrAIAccwB/HXwA&#10;fR2GAHwekQB6Hp4AeB+rAHcfvAB2INQAdCHwAHIh/wBxIv8AcSH/AHEh/wBxIf8A6CgAANIwAADC&#10;NQAAtzcAAK01AAClMQAAnisAAJgjAgCSHhAAjSAbAIkhJwCGIjIAgyM8AIEjRAB+I0sAfCRSAHsk&#10;WQB5JF8AdyRmAHYlbgB0JXcAcyWBAHEmjQBvJpkAbianAG0nuABsJ84BaijtAWkp/wFoKf8BaCn/&#10;AWgo/wFoKP8B4S4AAMs2AAC8OwAAsT0AAKc9AACfOQAAlzMAAI8tAACIJwwAgycWAH8oIgB8KS0A&#10;eSo3AHcqPwB1KkcAcytOAHErVABwK1sAbitiAGwragBrLHIAaSx9AGgsiQBmLZYBZS2kAWQutAFj&#10;LsoBYS/pAWAv/QFgL/8BYC//AWAv/wFgLv8B2jQAAMU8AAC3QQAArEMAAKJDAACZQAAAkDoAAIg0&#10;AACALggAei0SAHcuHgBzLykAcTAzAG8wOwBtMEMAazFKAGkxUQBnMVcAZjFeAGQxZgBjMm8AYTJ5&#10;AGAyhQFfMpIBXTOhAVwzsQFbNMYBWjTmAVk1+wFZNf8BWTT/AVk0/wFZNP8B0jgAAMBAAACzRQAA&#10;qEgAAJ5IAACVRgAAi0AAAII7AAB5NQQAczMQAG80GgBsNCUAaTUvAGc1NwBlNj8AYzZGAGI2TQBg&#10;NlQAXzZbAF03YwBcN2sAWzd2AVk3ggFYOI8BVjieAVU4rwJUOcMCUznkAlM6+QFTOf8BUjn/AVM5&#10;/wFTOf8BzTwAALxEAACvSQAApEwAAJpMAACRSwAAh0YAAH1AAABzOwAAbDgNAGg5FwBlOSIAYzor&#10;AGA6NABeOjwAXTpDAFs6SgBaO1AAWDtYAFc7YABWO2gAVTxzAVM8fwFSPI0BUD2cAU89rAJOPsEC&#10;TT7hAk0++AJNPv8BTT7/AU09/wFNPf8ByUAAALhIAACsTQAAoVAAAJdRAACOTwAAhEsAAHlFAABu&#10;QAAAZj0LAGI9FABfPR4AXD4oAFo+MQBYPjgAVz5AAFU/RgBUP00AUz9VAFJAXQBQQGYAT0BwAU5A&#10;fAFMQYoBS0GaAkpBqwJJQr4CSELeAkhC9gJIQv8CSEL/AUhB/wFIQf8BxUQAALVLAACpUAAAnlQA&#10;AJVUAACLUwAAgFAAAHVKAABqRgAAYUIIAFxBEQBZQhsAV0IlAFVCLgBTQjUAUUI9AE9CQwBPQ0sA&#10;TkNSAE1EWgBLRGMASkRuAUlFegFHRYgBRkWYAkVGqQJERr0CQ0bcAkNG9QJDRv8CQ0b/AUNF/wFD&#10;Rf8BwUcAALJPAACmVAAAnFcAAJJYAACIWAAAflUAAHFPAABmSgAAXEYFAFdGDwBURhgAUUYiAE9G&#10;KwBORjMATEc6AEtHQQBKR0kASUhQAEhIWABHSGEARUlsAERJeAFCSYYBQUmWAUBKpwI/SrsCPkvY&#10;Aj5K8wI+Sv8CPkn/AT9J/wE/Sf8BvUoAAK9SAACjWAAAmVsAAJBdAACGXAAAe1kAAG1TAABiTwAA&#10;V0wBAFFKDQBOShUATEsfAEpLKABJSzAAR0s4AEZMPwBFTEYARExOAENNVgBCTV8AQE1qAD9NdgE9&#10;ToQBPE6UATtOpQE5T7kCOU/UAjlP8gE5Tv8BOU7/ATlN/wE6Tf8Buk4AAKxWAAChWwAAl18AAI1h&#10;AACDYQAAeF4AAGlYAABfVgAAVFIAAExPCwBJTxIAR1AcAEVQJQBDUC0AQlA1AEFRPABAUUQAP1FM&#10;AD5SVAA8Ul0AO1JnADpScwA4U4IBN1OSATVTpAE0U7cBM1TRATNT8QE0U/8BNFL/ATRS/wE0Uv8B&#10;tlIAAKlaAACeYAAAlGQAAItmAACAZQAAdGMAAGZeAABcXAAAUVgAAEdVBwBCVRAAQFUYAD9WIQA9&#10;VioAPFYyADtWOQA6V0EAOVdJADhXUQA3WFoANVhlADRYcQAyWIABMViQAS9ZogEuWbUBLVnPAS1Z&#10;7wEuWP8BLlf/AS5X/wEuVv8BslcAAKVfAACbZQAAkWkAAIdqAAB8agAAcWgAAGNlAABYYgAATV8A&#10;AENdAgA8Ww0AOlwUADhcHQA3XCYANV0uADRdNgAzXT4AMl1GADFeTgAwXlcAL15iAC1ebgAsX30A&#10;Kl+OAClfoAAoX7MBJ1/MACdf7QEnXv8BJ13/AShd/wEoXP8BrVwAAKJkAACYagAAjm4AAINvAAB5&#10;bwAAbm4AAGBrAABUaQAASWcAAD9lAAA1YwkAMmMRADBjGQAvZCEALmQpAC1kMQAsZDkAK2VCACpl&#10;SgAoZVQAJ2VfACZmawAkZnoAI2aLACJmnQAgZrEAH2bJAB9m6wAgZf4AIGT/ACBj/wEhY/8BqWIA&#10;AJ5qAACVcAAAinMAAIB1AAB1dQAAaXQAAFxyAABPcQAARG8AADpuAAAwbQMAKWwNACdsFAAmbBwA&#10;JW0kACRtLAAjbTQAIm09ACFuRgAgblAAHm5bAB1uZwAcbnYAGm6HABlvmgAYb64AFm/GABZu6QAX&#10;bfwAGGz/ABhr/wAYa/8ApGkAAJpxAACQdgAAhnkAAHx7AABxewAAZHsAAFd6AABKeQAAP3gAADV4&#10;AAArdwAAInYHAB12DwAcdxYAG3ceABp3JgAZdy4AGHc3ABd4QAAVeEoAFHhWABN4YwASeHIAEXiD&#10;ABB4lwAPeKsADnjDAA535gAOdvoAD3X/ABB1/wAQdP8An3EAAJV4AACLfAAAgn8AAHeBAABqggAA&#10;XYIAAFCCAABEggAAOIIAAC6CAAAkggAAHIIAABSCCQARgxAAEIMWABCDHgAOgycADoMwAA2DOQAN&#10;g0QADINQAAuDXQAJg2wACIN+AAaDkQAFgqUAA4K7AASB2wAEgfIABYD/AAZ//wAGf/8AmnkAAJB+&#10;AACGgwAAfYUAAG+HAABiiQAAVYoAAEmLAAA9jAAAMYwAACaMAAAdjQAAFY4AAA+PAwAKkAwABpAR&#10;AASPGAADjyAAAY8pAACPMgAAkD0AAJBJAACPVgAAj2UAAI92AACPigAAjp8AAI60AACNzwAAjO4A&#10;AIz7AACL/wAAi/8AlIAAAIuFAACCiQAAdIwAAGaPAABZkQAATJMAAECVAAA0lgAAKJYAAB6XAAAV&#10;mAAAD5oAAAqbAAACnAkAAJwOAACcEwAAnBoAAJwiAACdKwAAnTUAAJ1AAACdTgAAnVwAAJ1uAACc&#10;gQAAnJcAAJysAACbxgAAmugAAJn5AACZ/wAAmP8AjogAAIaMAAB4kAAAapQAAFyXAABPmgAAQp0A&#10;ADaeAAApnwAAH6EAABWiAAAOpAAACKYAAACoAAAAqQQAAKkKAACpDgAAqRMAAKoaAACqIgAAqysA&#10;AKw2AACsRAAArFMAAKxjAACsdwAAq44AAKukAACrvAAAqt4AAKn0AACp/QAAqf8AiY4AAHuTAABt&#10;lwAAX5wAAFGgAABEpAAANqYAACqoAAAeqQAAFKsAAA2uAAAGsAAAALIAAAC1AAAAtQAAALUDAAC2&#10;CQAAtw4AALgSAAC4GQAAuiEAALsrAAC8OAAAvUcAAL1YAAC9awAAvYEAAL2ZAAC9sAAAvcwAALzq&#10;AAC89wAAu/4AfpUAAHCbAABioAAAU6UAAEaqAAA4rQAAKq8AAB6xAAATtAAADLcAAAO5AAAAvAAA&#10;AL8AAADCAAAAwgAAAMMAAADEAAAAxgYAAMcMAADIEAAAyhYAAMwgAADPKwAA0DoAANFLAADRXgAA&#10;0nMAANKLAADSpAAA07sAANPYAADT7QAA0/YAc50AAGSjAABWqQAAR68AADmzAAAqtgAAHbkAABK8&#10;AAAKvwAAAMMAAADGAAAAyQAAAM0AAADPAAAA0AAAANIAAADUAAAA1gAAANkCAADbCAAA3g4AAOET&#10;AADkHQAA6CoAAOg8AADpTwAA6WQAAOp8AADrlQAA66wAAOvCAADs1QAA7OUAZqYAAFisAABJswAA&#10;O7kAACu8AAAdwAAAEcQAAAnIAAAAzAAAAM8AAADTAAAA2QAAAN0AAADgAAAA4QAAAOMAAADlAAAA&#10;5wAAAOoAAADsAAAA7gQAAPELAAD1EgAA+BwAAPsrAAD9PgAA/lMAAP5qAAD/gwAA/5sAAP+uAAD/&#10;vgAA/8oA/wASAP8AEAD/ABEA/wATAP8AGQD/ACYA/wA0AP8AQQD/AE0A/wBYAP8AYgD/AGsA/wBz&#10;AP8AegD/AIEA/wCHAP8AjQD/AJMA/wCZAP8AoAD/AKcA/gCvAPwAugD6AMkA+QDhAPgA8wD3AP8A&#10;9gD/APUA/wDxAP8A6QD/AOQA/wDhAP8A/wAPAP8ADQD/AA0A/wAOAP8AFAD/ACEA/wAuAP8APAD/&#10;AEgA/wBTAP8AXQD/AGYA/gBtAPwAdQD7AHsA+QCCAPgAiAD3AI4A9gCUAPQAmwDzAKIA8QCqAO8A&#10;tADtAMEA6wDVAOoA7ADoAPwA5wD/AOUA/wDmAP8A4AD/ANkA/wDUAP8A/wALAP8ACAD/AAYA/wAJ&#10;AP8AEAD/ABwA/wApAP8ANgD/AEIA+wBOAPcAVwD0AGAA8gBoAO8AbwDtAHYA7AB8AOoAggDoAIgA&#10;5wCOAOUAlQDjAJwA4QCkAN8ArgDdALkA2gDKANcA5ADUAPYA0QD/ANAA/wDQAP8AzwD/AMsA/wDH&#10;AP8A/wADAP8AAAD/AAAA/wAEAP8ADQD6ABYA9gAjAPMAMADwADwA7QBHAOkAUQDlAFoA4gBiAN8A&#10;aQDdAG8A2gB2ANgAfADUAIIA0gCIANAAjwDNAJYAywCeAMkAqADHALMAxQDBAMIA2ADAAO8AvwD+&#10;AL4A/wC9AP8AvAD/ALwA/wC8AP8A/wIAAP8AAAD/AAAA/wAAAPQABwDtABEA6AAcAOMAKQDfADUA&#10;2wBBANYASwDRAFQAzQBcAMoAYwDIAGkAxgBvAMMAdQDBAHsAvwCCAL4AiAC8AJAAugCYALgAogC1&#10;AKwAswC5ALEAywCvAOcArgD4AKwA/wCrAP8ArAD/AKwA/wCrAP8A/wQAAP8AAAD2AAAA7gAAAOcA&#10;AADfAAwA1gAVAM8AIgDKAC4AxwA6AMMARADAAE0AvABVALkAXAC3AGMAtQBpALMAbwCxAHUArwB7&#10;AK0AggCrAIoAqQCSAKcAnAClAKYAowCzAKEAwwCfAN4AngDyAJ0A/wCcAP8AnAD/AJsA/wCbAP8A&#10;/wcAAPYJAADpCwAA3woAANUEAADOAAUAxgAQAMAAGgC7ACcAtwAyALMAPQCwAEYArQBPAKoAVgCo&#10;AFwApgBjAKQAaACiAG8AoQB1AJ8AfACdAIQAmwCNAJkAlwCXAKIAlQCuAJMAvQCRANMAkADtAI8A&#10;/ACOAP8AjQH/AI0B/wCNAf8A+Q4AAOoSAADcFQAAzRUAAMQRAAC+DAAAugIKALQAEgCuAB4AqgAq&#10;AKYANQCiAD8AoABIAJ0BUACbAlYAmQJcAJcDYwCVA2kAkwNvAJEEdgCQBH8AjgWIAIwFkgCKBp4A&#10;iAaqAIYHugCFCM8AhArrAIIL/ACBDP8AgAz/AIAM/wCADP8A8RUAAOAdAADNIAAAwSEAALgdAACx&#10;FwAArBAAAKgJDQCiBxYAnQkjAJkKLgCVCzgAkwxBAJAMSQCODVAAjA1XAIoNXQCIDWMAhw1qAIUO&#10;cQCDDnoAgg6EAIAOjwB+D5sAfA+oAHsQuAB6EM4AeBHsAHYS/wB1Ev8AdBP/AHQT/wB0E/8A6B4A&#10;ANMmAADDKgAAuCoAAK4oAACnIwAAoBwAAJsTAwCWDxAAkBAbAIwRJwCJEjIAhhM7AIQTQwCCFEsA&#10;gBRRAH4UVwB8FF4AexVlAHkVbAB3FXQAdhZ+AHQWigByF5YAcRekAG8YtABuGMkAbRnoAGsa/ABq&#10;G/8Aahv/AGob/wBqG/8A4CYAAMotAAC8MQAAsDMAAKcxAACfLAAAlyYAAJAfAACKFwwAhRgWAIEZ&#10;IgB+GiwAexs2AHkbPgB3HEUAdRxMAHMcUwBxHVkAcB1gAG4dZwBtHnAAax56AGoehQBoH5IAZx+g&#10;AGUgsABkIcUAYyHkAGIi+gBhIv8AYSL/AGEi/wBhIv8A1ywAAMM0AAC2OAAAqjkAAKE4AACYNQAA&#10;kC8AAIgoAACAIQgAeyASAHchHQB0IicAcSIxAG8jOQBtI0EAayNIAGkjTgBoJFUAZiRbAGUkYwBj&#10;JWsAYiV1AGElgQBfJo4AXiadAF0nrQBbKMEAWyjgAFop9wBZKf8AWSn/AFkp/wBZKP8AzzIAAL45&#10;AACxPQAApj8AAJw/AACTPAAAijYAAIEwAAB5KgMAciYPAG4nGQBrKCMAaSgsAGYpNQBlKTwAYylD&#10;AGEqSgBgKlEAXipXAF0qXwBcK2gAWityAFksfQBYLIsAVi2aAFUtqgBULr0AUy7cAFIv9QBSL/8A&#10;Ui7/AFIu/wBSLv8AyjYAALo9AACtQgAAokQAAJhEAACPQQAAhTwAAHs3AAByMQAAaywMAGctFQBk&#10;LR8AYS4oAF8uMQBdLjkAXC9AAFovRgBYL00AVy9UAFYwXABVMGQAUzFuAFIxegBRMYgAUDKXAE4y&#10;qABNM7sATTTYAEw08wBMNP8ATDT/AEwz/wBMM/8AxjoAALZCAACpRgAAnkkAAJVJAACLRwAAgUIA&#10;AHc9AABtNwAAZDIJAGAyEgBdMhwAWjIlAFgzLQBWMzUAVTM8AFM0QwBSNEoAUTRRAFA0WQBPNWEA&#10;TTVsAEw2dwBLNoUASjeVAEg3pgBHOLgBRzjTAUY48QFGOP8BRjj/AEY4/wBGN/8AwT4AALJFAACm&#10;SgAAnE0AAJJNAACISwAAfkcAAHNCAABpPQAAXzcGAFo2EABXNxgAVDciAFI3KgBQNzIATzg5AE04&#10;QABMOEcASzhOAEo5VgBJOV8ASDppAEc6dQBFO4MARDuTAEM8pAFCPLYBQT3QAUE98AFBPf8BQTz/&#10;AUE8/wFBPP8AvkIAAK9JAACjTgAAmVAAAI9RAACFUAAAe0wAAG9GAABlQgAAWj0CAFQ7DgBROxUA&#10;TzsfAE07JwBLOy8ASTw2AEc8PQBHPEQARj1LAEU9VABEPlwAQz5nAEI/cwBAP4EAPz+RAD5AogA9&#10;QLUBPEHOATxB7gE8Qf8BPED/ATxA/wE9P/8BukUAAKxMAAChUQAAl1QAAI1VAACDVAAAeFEAAGxL&#10;AABhRwAAVkIAAE9ADABMPxMASUAcAEdAJABGQCwAREAzAENAOgBCQUIAQUFJAEBCUQA/QloAPkNl&#10;AD1DcQA7Q38AOkSPADlEoAA4RbMBN0XLATdF7AE3Rf8BN0T/AThE/wE4Q/8At0kAAKlQAACeVQAA&#10;lFgAAItZAACAWAAAdlYAAGhQAABdTAAAU0gAAEpFCQBGRBEAREQZAEJEIgBBRSkAP0UxAD5FOAA9&#10;RT8APEZHADtGTwA6R1gAOUdiADhIbgA2SHwANUiNADRJngAzSbEAMknJADFJ6wAySf4AMkj/ADJI&#10;/wAzSP8AtEwAAKdUAACcWQAAklwAAIhdAAB+XQAAc1oAAGVVAABbUgAAUE4AAEZKBQBASQ4APkkW&#10;AD1JHgA7SiYAOkouADlKNQA4Sz0AN0tEADZLTQA0TFYAM0xgADJMbAAxTXoAME2LAC5NnAAtTq8A&#10;LE7HACxO6QAsTf0ALU3/AC1M/wAtTP8AsFAAAKRYAACZXQAAj2EAAIZiAAB7YQAAcF8AAGJbAABY&#10;WAAATlUAAENRAQA7TwwAOE8TADZPGwA1TyMANFArADNQMgAyUDoAMVBCADBRSgAuUVMALVJdACxS&#10;aQArUngAKVKIAChTmgAnU60AJlPFACZT5wAmU/wAJ1L/ACdR/wAnUf8ArFUAAKBcAACWYgAAjWYA&#10;AINnAAB4ZgAAbWUAAGBhAABVXgAASlsAAD9YAAA1VggAMVUQADBWFwAuVh8ALVYnACxWLwArVzYA&#10;Klc+AClXRwAoV1AAJlhaACVYZwAkWHUAI1mGACFZmAAgWasAH1nCAB9Z5QAfWPoAIFj/ACBX/wAh&#10;V/8AqFoAAJ1iAACTZwAAimsAAH9sAAB1bAAAamsAAF1oAABRZQAARmMAADtgAAAxXgMAKl0NAChd&#10;EwAmXRsAJV4jACReKgAjXjIAIl46ACFeQwAgX0wAH19XAB5fYwAcYHEAG2CCABlglQAYYKkAF2DA&#10;ABZg4gAXX/kAGF7/ABle/wAZXf8ApGAAAJloAACQbgAAhnAAAHxyAABycgAAZnEAAFhuAABMbAAA&#10;QWsAADZpAAAtZwAAI2YIAB9mDwAdZhUAHGYdABtmJQAaZi0AGWc1ABhnPgAXZ0gAFmdTABVoXwAT&#10;aG4AEmh/ABFokgAQaKYAD2i9AA5o4AAQZ/cAEGb/ABFl/wARZf8An2cAAJZvAACMcwAAgnYAAHh4&#10;AABteAAAYHcAAFN2AABGdAAAO3MAADFyAAAncQAAHnEAABZwCgATcBAAE3AXABJwHwARcScAEHEv&#10;ABBxOAAOcUIADnFOAA1xWwAMcWkAC3F6AApxjQAIcaEABnG2AAZw0gAHcO8ACG//AAlu/wAJbv8A&#10;m28AAJF1AACHeQAAfnwAAHR+AABmfgAAWX4AAE1+AABAfQAANX0AACp8AAAhfAAAGHwAABF8BAAM&#10;fAwACnwRAAl8GQAIfCEAB3wpAAZ8MgAEfD0AA3xIAAF8VQAAfGMAAHx0AAB8hwAAe5wAAHuxAAB6&#10;ywAAeesAAHn6AAB5/wAAeP8AlncAAIx8AACDgAAAeYMAAGyEAABehQAAUYYAAEWHAAA5hwAALYcA&#10;ACOHAAAahwAAEocAAA2IAQAGiQoAAYkPAACJFAAAiBsAAIgjAACJLAAAiTYAAIlCAACITgAAiF0A&#10;AIhtAACIgQAAh5UAAIerAACGxAAAheYAAIT4AACE/wAAhP8AkH4AAIeDAAB+hwAAcYkAAGOLAABW&#10;jQAASY8AADyRAAAwkQAAJJEAABqSAAASkwAADZQAAAaVAAAAlgYAAJYMAACVEAAAlhUAAJYdAACW&#10;JAAAli4AAJY5AACWRgAAllUAAJZlAACWeAAAlY4AAJWkAACUvAAAk98AAJP1AACS/wAAkv8Ai4YA&#10;AIOKAAB1jQAAZ5AAAFmUAABMlwAAP5kAADKaAAAmmwAAG5wAABKdAAAMnwAABKAAAACiAAAAowEA&#10;AKMHAACjDAAAoxAAAKQVAACkHAAApSUAAKYvAACmPAAApksAAKZbAACmbgAApYQAAKWbAACkswAA&#10;o9AAAKPvAACi/AAAov8Aho0AAHiRAABqlQAAXJkAAE6dAABBoAAAM6IAACajAAAbpQAAEacAAAqp&#10;AAABqwAAAK0AAACvAAAAsAAAALAAAACwBQAAsQsAALIPAACzFAAAtBsAALUkAAC3MAAAtz8AALdQ&#10;AAC3YgAAt3gAALeQAAC2qQAAtsIAALbkAAC29QAAtf4Ae5MAAG2YAABfnQAAUKIAAEKmAAA0qQAA&#10;JqsAABqtAAAQrwAACbIAAAC0AAAAtwAAALoAAAC8AAAAvQAAAL4AAAC+AAAAwAIAAMEIAADCDQAA&#10;xBIAAMYZAADJJAAAyjIAAMtDAADLVQAAzGoAAMyDAADMnAAAy7UAAMzOAADM6QAAzPYAcJsAAGGh&#10;AABSpgAARKsAADawAAAnsgAAGrUAABC4AAAHuwAAAL4AAADBAAAAxAAAAMgAAADLAAAAywAAAM0A&#10;AADOAAAA0AAAANIAAADVAwAA2AoAANsQAADeGAAA4iQAAOM1AADkSAAA5VwAAOZzAADmjQAA5qUA&#10;AOa8AADm0wAA5+cAY6QAAFWqAABGsAAAOLUAACi5AAAavAAAD8AAAAXEAAAAxwAAAMsAAADPAAAA&#10;1AAAANgAAADcAAAA3QAAAN8AAADhAAAA4wAAAOUAAADoAAAA6gAAAO0GAADxDgAA9RYAAPglAAD5&#10;OAAA+U0AAPpjAAD7fAAA/JUAAPyqAAD8uwAA/csA/wAPAP8ADgD/AA4A/wAQAP8AFgD/ACMA/wAw&#10;AP8APQD/AEkA/wBUAP8AXgD/AGYA/wBuAP8AdgD/AHwA/wCCAP8AiQD/AI8A/wCVAP4AmwD9AKMA&#10;+wCrAPoAtQD5AMMA9wDbAPYA8AD0AP8A8wD/APIA/wDsAP8A4gD/ANwA/wDWAP8A/wAMAP8ACQD/&#10;AAgA/wAKAP8AEgD/AB4A/wArAP8AOAD/AEQA/wBPAP8AWQD+AGEA/ABpAPoAcAD4AHcA9wB9APYA&#10;gwD0AIkA8gCPAPEAlgDvAJ0A7QClAOwArwDqALwA6ADNAOYA6ADkAPoA4wD/AOIA/wDgAP8A1QD/&#10;AM4A/wDLAP8A/wAGAP8AAQD/AAAA/wAEAP8ADgD/ABkA/wAlAP0AMgD7AD4A9wBJAPMAUwDwAFwA&#10;7gBjAOwAagDqAHEA6AB3AOYAfQDkAIMA4gCJAOAAkADeAJcA3ACfANkAqQDWALQA0wDEANAA3gDO&#10;APMAzAD/AMsA/wDKAP8AyAD/AMIA/wC+AP8A/wAAAP8AAAD/AAAA/wAAAPsACwD2ABMA8QAgAO0A&#10;LADqADgA5wBDAOMATQDgAFYA3ABdANkAZADVAGsA0gBxANAAdgDOAHwAzACDAMoAiQDIAJEAxgCZ&#10;AMQAowDBAK0AvwC7AL0AzwC7AOsAuQD8ALcA/wC3AP8AtgD/ALQA/wCxAP8A/wAAAP8AAAD/AAAA&#10;9gAAAO4ABQDnAA8A4QAZANsAJQDVADEA0gA8AM4ARgDKAE8AxwBXAMQAXgDBAGQAvwBqAL0AcAC7&#10;AHYAuQB8ALgAgwC2AIoAswCTALEAnACvAKcArQCzAKsAxQCpAOEApwD1AKYA/wClAP8ApAD/AKQA&#10;/wCkAP8A/wAAAPwAAADxAAAA6AAAAOAAAADUAAsAzAATAMcAHwDCACoAvwA1ALwAPwC4AEgAtQBQ&#10;ALMAVwCwAF4ArgBkAKwAaQCrAG8AqQB1AKcAfAClAIQAowCMAKEAlgCfAKEAnQCtAJoAvACYANIA&#10;lwDuAJUA/gCUAP8AlQD/AJUA/wCVAP8A/AEAAPAFAADjBwAA1QUAAMwAAADFAAQAvgAOALgAFwCz&#10;ACMArwAuAKsAOACpAEEApgBKAKMAUQChAFcAnwBdAJ0AYwCbAGkAmgBvAJgAdgCWAH0AlACGAJIA&#10;kACQAJsAjgCnAIwAtgCKAMkAiADnAIcA+QCHAP8AhgD/AIYA/wCGAP8A9AwAAOQQAADREgAAxREA&#10;AL0OAAC2CAAAsQAIAKsAEQCmABsAoQAmAJ4AMQCaADoAmABDAJUASgCTAFEAkQBXAI8AXQCOAGMA&#10;jABpAIoAcACIAHcAhgCAAIQAiwCCAJYAgACjAH4AsQB9AMQAewLhAHoD9QB6Bf8AeQX/AHgG/wB4&#10;Bv8A6hMAANYaAADGHQAAuhwAALEZAACqEwAApA0AAJ8FDACZABQAlQAfAJECKQCNAzMAiwQ8AIgF&#10;RACGBksAhAZRAIIHVwCBB10AfwdjAH0IagB7CHIAegh8AHgJhgB2CZIAdAqgAHMKrwBxC8EAcAzf&#10;AG8N9gBuDv8AbQ7/AG0O/wBtDv8A4RwAAMsjAAC8JgAAsSYAAKgkAACgHgAAmRgAAJMQAgCOCw4A&#10;iAsXAIQMIgCBDSwAfg01AHwOPQB6DkUAeA5LAHcOUQB1D1gAcw9eAHEQZQBwEG4AbhB3AGwQggBr&#10;EI8AaRGdAGgRrQBmEsAAZRLfAGQT9gBjFP8AYxT/AGIU/wBiFP8A1iQAAMMqAAC1LgAAqi8AAKAt&#10;AACYKAAAkCIAAIkbAACCEwgAfRESAHkSHAB2EycAcxQwAHEUOABvFT8AbRVGAGwVTABqFlMAaBZZ&#10;AGcWYQBlFmkAZBdyAGIXfgBhGIsAXxiZAF4ZqQBcGbwAXBrYAFob8wBaHP8AWRz/AFkc/wBZHP8A&#10;zSoAAL0xAACvNQAApDYAAJs0AACSMQAAiSsAAIElAAB5HQMAcxgOAG8ZGABsGiIAaRsrAGcbMwBl&#10;HDsAZBxBAGIdSABgHU4AXx1VAF0dXABcHmQAWx5uAFkfeQBYH4cAViCWAFUgpgBUIbgAUyHSAFIi&#10;8QBSI/8AUiP/AFIi/wBSIv8AyC8AALg2AACrOgAAoDwAAJY7AACNOAAAgzIAAHotAAByJgAAaiAM&#10;AGYgEwBjIR0AYSEmAF8iLwBdIjYAWyI9AFojRABYI0oAVyNRAFUjWABUJGEAUyRqAFEldgBQJYMA&#10;TyaTAE4nowBMJ7UATCjOAEso7gBLKf8ASyj/AEso/wBLKP8AwzQAALM7AACnPwAAnEEAAJJAAACJ&#10;PgAAfzkAAHUzAABsLQAAYycIAF4mEQBcJhkAWSciAFcnKwBVKDIAVCg5AFIoQABRKEYAUClNAE4p&#10;VQBNKV0ATCpnAEsqcwBJK4AASCuQAEcsoQBGLbMARS3LAEUu7ABELv8ARC7/AEUt/wBFLf8AvjgA&#10;ALA/AACkQwAAmUUAAI9FAACFQwAAez4AAHE5AABnNAAAXi4EAFgrDgBVKxYAUiwfAFAsJwBPLC8A&#10;TS02AEwtPABKLUMASS1KAEguUgBHLloARi9kAEUvcABDMH4AQjCNAEExngBAMrEAPzLIAD8z6gA/&#10;M/4APzL/AD8y/wA/Mv8AuzwAAK1DAAChRwAAlkkAAIxJAACDSAAAeEQAAG0+AABjOQAAWjQAAFIw&#10;DABPMBMATDAcAEowJABJMSsARzEyAEYxOQBEMUAAQzJHAEIyTwBBM1gAQDNiAD80bQA+NHsAPTWL&#10;ADw2nAA7Nq8AOjfGADk36AA5N/wAOjf/ADo2/wA6Nv8At0AAAKpGAACeSwAAlE0AAIpOAACATAAA&#10;dUgAAGpDAABgPgAAVjkAAE01CQBJNBEARzUZAEU1IQBDNSgAQTUvAEA1NgA/Nj0APjZFAD03TQA8&#10;N1UAOzhgADo4awA5OXkAODmJADc6mwA1Oq0ANTvEADQ75gA0O/sANTv/ADU6/wA1Ov8AtEMAAKdK&#10;AACcTgAAklEAAIhSAAB+UAAAc00AAGdIAABcRAAAUj8AAEg6BgBEOQ8AQTkWAD85HgA+OSYAPDkt&#10;ADs6NAA6OjsAOTtCADg7SgA3PFMANjxdADU9aQA0PXcAMz6HADE+mQAwP6sALz/CAC8/5AAvP/oA&#10;MD//ADA+/wAwPv8AsUcAAKRNAACZUgAAj1UAAIZWAAB8VQAAcVIAAGRMAABZSQAAT0UAAEVAAwA/&#10;Pg0APD4TADo+GwA5PiMANz4qADY/MQA1PzgAND9AADNASAAyQFEAMUFbADBBZwAuQnUALUKFACxD&#10;lwArQ6oAKkPAAClE4gAqQ/kAKkP/ACtC/wArQv8ArkoAAKFRAACXVgAAjVkAAINaAAB5WgAAblcA&#10;AGFSAABXTgAATUsAAENHAAA6QwoANkMRADRDGAAzQyAAMkQnADFELwAwRDYAL0U9AC1FRgAsRU8A&#10;K0ZZACpGZAApR3IAKEeDACZHlQAlSKgAJEi+ACNI4AAkSPcAJUf/ACVH/wAmR/8Aqk8AAJ9VAACU&#10;WgAAi14AAIFfAAB3XgAAa1wAAF9YAABVVQAAS1EAAEBNAAA1SgcAMEkOAC5JFQAtSR0ALEkkACtK&#10;KwAqSjMAKEo7ACdLQwAmS0wAJUtWACRMYgAjTHAAIUyAACBNkwAfTaYAHk27AB1O3QAeTfYAHkz/&#10;AB9M/wAgS/8Ap1MAAJxaAACSXwAAiGMAAH5kAAB0YwAAaWEAAFxeAABSWwAAR1gAADxVAAAyUgIA&#10;KlAMACdPEgAmUBkAJVAgACRQKAAjUC8AIlE3ACFRQAAgUUkAHlJTAB1SXwAcUm0AGlN9ABlTkAAY&#10;U6QAFlO5ABVT2QAWU/QAF1L/ABhR/wAZUf8Ao1kAAJhgAACPZQAAhWgAAHtpAABxaQAAZmcAAFlk&#10;AABNYQAAQl8AADhcAAAuWgAAJVgIACBXDgAeVxQAHVccABxYIwAbWCsAGlgzABlYPAAYWEUAFllQ&#10;ABVZWwAUWWkAE1p6ABJajQARWqEAEFq3AA5a1QAQWfMAEFn/ABFY/wARWP8An18AAJVmAACMawAA&#10;gm0AAHhuAABubwAAYm0AAFVqAABIaAAAPmYAADNlAAApYwAAIGEBABhgCwAVYBAAFGAXABNgHgAS&#10;YCYAEmAuABFhNwAQYUAAD2FLAA5hWAANYWYADGJ2AAtiiQAKYZ0ACWGyAAhhywAIYesACWD9AApf&#10;/wALX/8Am2YAAJJtAACIcQAAfnMAAHV1AABqdAAAXHMAAE9yAABDcAAAOG8AAC1uAAAkbAAAG2sA&#10;ABNrBAAOagwADWoSAAxqGQALaiEACmopAAlqMgAIajwAB2tHAAVrUwAEa2EAAmtxAABqhAAAapgA&#10;AGqtAABpxgAAaecAAGn4AABo/wAAaP8Al20AAI1zAACEdwAAe3oAAHB7AABjewAAVnoAAEl6AAA9&#10;eQAAMXgAACd3AAAddgAAFXYAAA92AgAJdgoABHYPAAB2FQAAdhwAAHYkAAB1LAAAdTYAAHVBAAB1&#10;TgAAdVwAAHVsAAB1fgAAdJMAAHSoAABzwAAAc+MAAHL3AABy/wAAcf8AknUAAIl6AACAfgAAdoAA&#10;AGmBAABbggAAToIAAEGCAAA1gwAAKYIAAB+BAAAWgQAAEIIAAAqCAAACgwcAAIINAACCEQAAghcA&#10;AIIeAACCJgAAgi8AAII7AACCRwAAglUAAIFlAACBeAAAgY0AAICiAAB/ugAAf90AAH70AAB9/wAA&#10;ff8AjXwAAISBAAB7hAAAboYAAGCIAABSigAARYsAADmMAAAsjAAAIYwAABeMAAAQjQAACY4AAAKP&#10;AAAAkAMAAI8JAACPDgAAjxIAAJAYAACQHwAAkCgAAJAyAACQPwAAkE0AAJBdAACPcAAAj4UAAI6c&#10;AACOswAAjdAAAIzwAACL/gAAi/8AiIQAAICIAAByiwAAZI0AAFaQAABIkwAAO5UAAC6WAAAilgAA&#10;F5cAAA+YAAAImQAAAJsAAACdAAAAnQAAAJ0DAACdCQAAnQ0AAJ4RAACeFwAAnx8AAJ8pAACgNQAA&#10;oEMAAKBUAACgZgAAn3sAAJ6TAACeqwAAncYAAJ3pAACc+QAAnP8Ag4sAAHWOAABnkgAAWZYAAEuZ&#10;AAA9nAAAMJ4AACOfAAAXoAAADqIAAAekAAAApgAAAKgAAACqAAAAqgAAAKoAAACrAQAAqwcAAKwM&#10;AACtEAAArhYAAK8eAACxKQAAsTgAALFIAACxWgAAsW8AALGIAACxoAAAsLoAAK/dAACv8gAAr/0A&#10;eJEAAGqWAABcmgAATZ8AAD+jAAAxpgAAI6cAABepAAAOqwAABa4AAACwAAAAsgAAALUAAAC3AAAA&#10;twAAALgAAAC5AAAAugAAALwDAAC9CQAAvg4AAMAUAADDHgAAxSsAAMU8AADGTgAAxmIAAMZ6AADG&#10;lAAAxq0AAMbIAADF5QAAxfMAbJkAAF6eAABPpAAAQagAADKsAAAkrwAAFrEAAA20AAADtwAAALoA&#10;AAC9AAAAwAAAAMQAAADGAAAAxgAAAMgAAADJAAAAywAAAMwAAADOAAAA0AYAANMNAADYEwAA3B4A&#10;AN4tAADfQAAA4FQAAOFrAADhhQAA4Z8AAOG3AADhzwAA4eYAYKEAAFKnAABDrQAANLIAACW1AAAX&#10;uQAADbwAAAG/AAAAwwAAAMcAAADKAAAAzwAAANMAAADWAAAA1wAAANoAAADcAAAA3wAAAOEAAADj&#10;AAAA5gAAAOkBAADsCwAA8BIAAPMfAAD0MQAA9kYAAPdcAAD4dAAA+I8AAPmmAAD5uAAA+MkA/wAN&#10;AP8ACwD/AAsA/wAOAP8AEwD/AB8A/wAsAP8AOQD/AEUA/wBQAP8AWQD/AGIA/wBqAP8AcQD/AHcA&#10;/wB+AP8AhAD+AIoA/QCQAPwAlwD6AJ4A+QCnAPcAsQD2AL4A9QDSAPMA7ADxAP4A8AD/APAA/wDm&#10;AP8A3AD/ANIA/wDNAP8A/wAHAP8ABAD/AAIA/wAGAP8AEAD/ABsA/wAnAP8AMwD/AD8A/wBKAP4A&#10;VAD7AF0A+QBkAPcAawD1AHIA8wB4APIAfgDwAIQA7wCKAO0AkQDsAJkA6gChAOgAqwDmALYA5ADH&#10;AOIA4wDgAPcA3gD/AN0A/wDZAP8AzAD/AMUA/wDBAP8A/wAAAP8AAAD/AAAA/wABAP8ADQD/ABYA&#10;/AAiAPkALgD2ADkA8wBFAO8ATgDsAFcA6QBeAOYAZQDkAGwA4gByAOAAdwDfAH4A3QCEANsAiwDY&#10;AJIA1QCbANIApADPAK8AzQC+AMsA1QDJAO8AxwD/AMUA/wDEAP8AvgD/ALgA/wC1AP8A/wAAAP8A&#10;AAD/AAAA/gAAAPcACQDxABEA6wAcAOcAKADkADMA4QA+AN0ASADYAFEA0wBYANAAXwDOAGUAzABr&#10;AMoAcQDIAHcAxgB9AMQAhADCAIwAwACUAL4AngC7AKgAuQC2ALcAyAC1AOYAswD6ALEA/wCwAP8A&#10;sAD/AKwA/wCpAP8A/wAAAP8AAAD6AAAA8QAAAOgAAwDgAA0A2AAWANEAIgDNAC0AygA3AMYAQQDC&#10;AEoAvwBSAL0AWQC6AF8AuABlALcAagC1AHAAswB2ALEAfQCvAIUArQCNAKsAlwCpAKEApwCuAKUA&#10;vgCiANgAoADyAJ8A/wCeAP8AngD/AJ4A/wCcAP8A/wAAAPcAAADrAAAA4QAAANYAAADLAAkAxQAR&#10;AL8AGwC7ACYAtwAxALQAOgCxAEMArgBLAKsAUgCpAFgApwBeAKYAZACkAGkAogBwAKAAdgCeAH4A&#10;nACGAJoAkACYAJsAlgCnAJQAtgCSAMoAkADpAI8A/ACOAP8AjQD/AIwA/wCNAP8A+AAAAOkCAADb&#10;AwAAzAEAAMQAAAC9AAIAtgANALAAFQCrACAApwAqAKQANAChADwAngBEAJwASwCaAFIAmABYAJYA&#10;XQCVAGMAkwBpAJEAcACPAHcAjQCAAIsAigCJAJUAhwChAIUArwCDAMEAgQDgAIAA9QB/AP8AfwD/&#10;AH8A/wB/AP8A7goAANwOAADKEAAAvg4AALULAACvAwAAqQAHAKMAEACeABgAmQAjAJYALACTADUA&#10;kAA+AI4ARQCMAEsAigBRAIgAVwCGAF0AhQBjAIMAagCBAHEAfwB6AH0AhAB7AI8AeQCcAHcAqgB1&#10;ALsAdADUAHIA8AByAP8AcgD/AHEA/wBxAP8A4xEAAM0XAAC/GQAAsxkAAKoVAACjEAAAnQoAAJcB&#10;CgCRABIAjQAbAIkAJQCFAC8AgwA3AIAAPgB+AEUAfQBLAHsAUQB5AFcAeABdAHYAZAB0AWsAcgF0&#10;AHACfwBuAosAbAOYAGsDpgBpBLcAaAXOAGcH7ABmCP0AZgn/AGUJ/wBlCf8A1hoAAMQgAAC2IwAA&#10;qyMAAKEgAACZGwAAkhQAAIwOAQCGBw0AgAQUAHwGHgB5BygAdggwAHQIOAByCT8AcAlFAG8KTABt&#10;ClIAbApYAGoLXwBoC2cAZwtwAGUMegBjDIcAYgyVAGANpABfDbYAXg3OAFwO7QBcD/8AWxD/AFsQ&#10;/wBbEP8AzSEAALwoAACvKwAApCsAAJopAACSJAAAiR8AAIIYAAB7EQUAdQ0PAHENFwBuDiEAaw4q&#10;AGkPMgBnEDkAZRBAAGQQRgBjEE0AYRBTAF8RWgBeEWIAXBFrAFsRdgBZEoMAWBKSAFYTogBVE7QA&#10;VBPLAFMU7ABSFf8AUhb/AFIV/wBSFf8AxigAALYuAACpMgAAnzIAAJUxAACMLQAAgycAAHohAABy&#10;GgAAaxMLAGcTEwBkFBwAYRQlAF8VLQBdFTQAXBU7AFsWQgBZFkgAWBZPAFYXVgBVF14AUxdnAFIY&#10;cgBQGH8ATxmOAE4anwBMGrAASxvHAEsb6QBKHP0AShz/AEoc/wBKHP8AwS0AALE0AAClNwAAmjgA&#10;AJA3AACHNAAAfS8AAHQpAABsIwAAZBwHAF4ZEABbGhgAWRshAFcbKQBVGzAAVBw3AFIcPQBRHEQA&#10;Tx1LAE4dUgBNHVoASx5jAEoebgBJH3wARx+LAEYgnABFIa4ARCHEAEMi5gBDIvwAQyL/AEMi/wBD&#10;Iv8AvDIAAK04AAChPAAAlz4AAI09AACDOgAAeTUAAG8wAABmKgAAXiQCAFcgDQBUIBQAUSAdAE8h&#10;JQBOISwATCEzAEsiOgBJIkAASCJHAEciTgBGI1cARCNgAEMkawBCJHkAQSWIAD8mmQA+JqsAPSfB&#10;AD0n4wA9KPoAPSj/AD0n/wA9J/8AuDYAAKo9AACeQAAAlEIAAIpCAACAPwAAdjsAAGw2AABiMAAA&#10;WSoAAFElCwBNJREASyUZAEklIQBHJigARSYvAEQmNgBDJj0AQidEAEEnSwA/KFQAPihdAD0paQA8&#10;KXYAOyqGADkrlwA4K6kANyy/ADcs4AA3LPgANyz/ADcs/wA4LP8AtToAAKdAAACcRAAAkUYAAIdG&#10;AAB9RAAAc0AAAGg7AABfNgAAVTEAAEwrBwBHKQ8ARSoWAEMqHgBBKiUAPyosAD4rMwA9KzkAPCtB&#10;ADssSAA6LFEAOS1bADguZgA2LnMANS+DADQvlQAzMKcAMjC9ADEx3gAxMfcAMjH/ADIw/wAzMP8A&#10;sT4AAKREAACZSAAAj0oAAIVKAAB7SQAAcEUAAGVAAABbOwAAUjYAAEgxBABCLg0APy4TAD0uGwA7&#10;LiIAOS8pADgvLwA3LzYANjA+ADUwRgA0MU8AMzFZADIyZAAxMnEAMDOBAC80kwAuNKYALDW7ACw1&#10;2wAsNfUALTX/AC00/wAuNP8ArkEAAKJIAACXTAAAjU4AAINOAAB5TQAAbkoAAGJFAABYQAAATjwA&#10;AEU3AAA9MwsAOTMRADczGAA2Mx8ANDMmADMzLQAyNDQAMTQ8ADA1RAAvNUwALjZWAC02YgAsN28A&#10;Kzd/ACo4kQAoOKQAJzm5ACY52AAnOfQAKDn/ACg4/wApOP8Aq0UAAJ9LAACUTwAAi1IAAIFTAAB3&#10;UgAAbE8AAF9JAABWRgAATEIAAEI9AAA4OAgANDgPADI4FQAxOB0ALzgkAC44KwAtOTIALDk5ACs6&#10;QQAqOkoAKTtUACg7XwAnPG0AJTx9ACQ9jwAjPaIAIj23ACE+1AAhPvMAIj3/ACM9/wAjPP8AqEkA&#10;AJ1PAACSUwAAiVYAAH9XAAB1VgAAalMAAF1PAABTTAAASkgAAEBEAAA2QAUALz0NAC09EwArPRoA&#10;Kj4hACk+KAAoPi8AJz43ACY/PwAkP0gAI0BSACJAXQAhQWoAIEF6AB5BjQAdQqAAHEK1ABtC0QAb&#10;QvEAHEL/AB1B/wAeQf8ApU0AAJpTAACQWAAAhlsAAH1cAAByWwAAZ1gAAFtUAABRUgAASE4AAD1K&#10;AAAzRwAAKkMLACZDEAAlQxYAJEMeACNEJQAiRCwAIUQ0ACBFPAAeRUUAHUVPABxGWgAbRmgAGUZ4&#10;ABhHigAXR54AFkezABRIzgAVR+8AFkf/ABdG/wAXRv8AolIAAJdYAACNXQAAhGAAAHphAABwYAAA&#10;ZV4AAFlaAABPWAAARFQAADlRAAAvTgAAJksGACBKDgAeShMAHUoaABxKIQAbSygAGkswABlLOAAX&#10;S0IAFkxMABVMVwAUTGUAE011ABJNiAARTZwAEE2xAA5OzAAPTe4AEE3/ABFM/wARTP8AnlcAAJRd&#10;AACLYgAAgWUAAHdmAABtZgAAY2QAAFZhAABKXgAAP1sAADVYAAArVgAAIlQBABpSCgAWUhAAFVIW&#10;ABRSHQATUiQAElIsABFSNAARUj4AEFNIAA9TVAAOU2IADVRyAAxUhAALVJgACVStAAhUxQAJVOcA&#10;ClP7AAtS/wALUv8Am10AAJFkAACIaAAAfmsAAHRsAABrbAAAX2oAAFJnAABFZAAAOmIAADBgAAAm&#10;XgAAHV0AABVbBQAQWgwADloRAA5aGAANWyAADFsnAAtbMAAKWzoACVtFAAdbUQAGW14ABFttAANb&#10;gAABW5QAAFuoAABbwAAAWuIAAFr2AAFa/wACWf8Al2QAAI5rAACEbgAAe3AAAHJyAABncQAAWXAA&#10;AExuAABAbAAANWsAACppAAAhZwAAGGYAABFmAQAMZQoAB2UPAARlFAADZBsAAmQjAABkLAAAZDUA&#10;AGRAAABkTAAAZFoAAGRpAABkewAAZI8AAGOkAABjuwAAYt0AAGL0AABi/wAAYf8Ak2wAAIlxAACA&#10;dQAAeHcAAG14AABgdwAAUnYAAEZ1AAA5dAAALnQAACNyAAAacQAAEnEAAA1xAAAGcQgAAHANAABw&#10;EgAAcBcAAG8fAABvJgAAbzAAAG87AABvRwAAb1QAAG9kAABvdQAAbooAAG2gAABttgAAbNYAAGvy&#10;AABr/wAAa/8AjnMAAIV4AAB9ewAAc30AAGV+AABYfgAAS34AAD5+AAAyfgAAJn0AABx8AAATfAAA&#10;DXwAAAZ9AAAAfQUAAHwLAAB8DwAAfBMAAHwZAAB8IQAAfCkAAHw0AAB7QAAAe04AAHteAAB7bwAA&#10;eoQAAHqaAAB5sQAAeM4AAHfvAAB2/gAAdv8AiXoAAIF/AAB4ggAAa4MAAF2FAABPhgAAQocAADWI&#10;AAAphwAAHYcAABSHAAANiAAABokAAACKAAAAigAAAIkGAACJDAAAiQ8AAIkTAACJGgAAiiIAAIos&#10;AACKOAAAikYAAIlWAACJaAAAiXwAAIiUAACHqwAAhsYAAIXqAACF+wAAhP8AhYIAAH2GAABviAAA&#10;YYsAAFONAABFjwAAOJEAACuRAAAfkgAAFJIAAA2TAAAElAAAAJYAAACXAAAAmAAAAJcAAACXBQAA&#10;lwsAAJgOAACYEwAAmRoAAJkiAACaLgAAmj0AAJlNAACZXgAAmXMAAJiLAACYowAAl7wAAJbiAACW&#10;9wAAlf8AgIkAAHKMAABkjwAAVpMAAEiWAAA6mQAALJoAAB+bAAAUnAAADJ4AAAOfAAAAoQAAAKMA&#10;AAClAAAApQAAAKUAAAClAAAApgIAAKcIAACnDQAAqBEAAKkZAACrIwAAqzEAAKtBAACsUwAArGcA&#10;AKuAAACqmgAAqrMAAKrQAACp7wAAqfsAdY8AAGeUAABZmAAASpwAADyfAAAtogAAIKMAABOlAAAL&#10;pwAAAakAAACrAAAArgAAALEAAACyAAAAsgAAALMAAAC0AAAAtQAAALYAAAC4BAAAuQsAALsQAAC9&#10;GAAAvyQAAL81AADARwAAwFsAAMByAADAjQAAwaYAAMDBAAC/4wAAvvMAapcAAFucAABNoQAAPqUA&#10;AC+pAAAhqwAAE60AAAuwAAAAswAAALUAAAC4AAAAvAAAAL8AAADBAAAAwQAAAMMAAADEAAAAxgAA&#10;AMcAAADJAAAAywAAAM4IAADRDwAA1RgAANgnAADZOQAA2k0AANtkAADbfgAA3JkAANywAADcyQAA&#10;3OMAXZ8AAE+lAABAqgAAMq8AACKyAAAUtQAACrgAAAC7AAAAvwAAAMMAAADGAAAAywAAAM4AAADR&#10;AAAA0QAAANQAAADWAAAA2QAAANsAAADeAAAA4AAAAOQAAADnBgAA6w4AAO8ZAADwKgAA8j8AAPNV&#10;AAD0bQAA9IgAAPShAAD0tgAA9McA/wAJAP8ABgD/AAcA/wAMAP8AEQD/ABwA/wAoAP8ANAD/AEEA&#10;/wBMAP8AVQD/AF0A/wBlAP8AbAD/AHIA/gB4APwAfgD7AIQA+gCLAPkAkgD3AJkA9gCiAPQArADz&#10;ALkA8QDLAPAA6ADuAPsA7QD/AOwA/wDhAP8A0gD/AMkA/wDEAP8A/wABAP8AAAD/AAAA/wAEAP8A&#10;DgD/ABcA/wAjAP8ALwD/ADsA/QBGAPoAUAD3AFgA9ABfAPIAZgDwAGwA7wByAO0AeADsAH4A6gCF&#10;AOkAjADnAJMA5QCcAOMApgDhALEA3wDBAN0A3QDbAPQA2QD/ANYA/wDPAP8AxAD/AL0A/wC5AP8A&#10;/wAAAP8AAAD/AAAA/wAAAP8ACwD8ABMA9wAeAPQAKgDyADUA7gBAAOkASgDmAFIA4wBZAOAAYADe&#10;AGYA3ABsANoAcgDXAHgA1AB+ANIAhQDQAI0AzgCVAMwAnwDJAKoAxwC4AMUAzQDDAOsAwAD+AL8A&#10;/wC+AP8AtgD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA+QAAAPIABgDrAA8A5gAZAOEAJADeAC8A2gA5&#10;ANMAQwDPAEwAzABTAMkAWgDHAGAAxQBmAMMAawDBAHEAvwB3AL0AfgC7AIYAuQCOALcAmAC1AKMA&#10;swCwALEAwgCuAOAArAD3AKsA/wCqAP8AqAD/AKMA/wCgAP8A/wAAAP8AAAD1AAAA6wAAAOEAAADW&#10;AAwAzwATAMoAHgDGACkAwgAzAL8APQC7AEUAuABNALYAVACzAFoAsQBfALAAZQCuAGoArABwAKsA&#10;dwCpAH8ApwCHAKUAkQCjAJwAoACpAJ4AuACcAM4AmgDuAJkA/wCXAP8AlgD/AJYA/wCTAP8A/QAA&#10;APEAAADlAAAA2QAAAM0AAADEAAYAvQAPALcAGACzACIAsAAsAK0ANgCpAD4ApwBGAKQATQCiAFMA&#10;oABZAJ8AXgCdAGQAmwBqAJoAcACYAHcAlgCAAJQAigCRAJUAjwCiAI0AsACLAMMAiQDjAIgA+QCG&#10;AP8AhgD/AIYA/wCGAP8A8wAAAOMAAADRAAAAxQAAAL0AAAC2AAAArgALAKgAEgCkABwAoAAmAJwA&#10;LwCaADcAlwA/AJUARgCSAEwAkQBSAI8AWACNAF0AiwBjAIoAagCIAHEAhgB5AIQAgwCCAI8AfwCb&#10;AH4AqQB8ALsAegDVAHgA8gB4AP8AdwD/AHcA/wB3AP8A5wcAANEMAADDDQAAuAwAAK4IAACoAAAA&#10;ogAFAJsADgCWABUAkgAfAI4AKACLADEAiAA5AIYAQACEAEYAggBMAIAAUgB/AFcAfQBdAHsAYwB6&#10;AGsAeABzAHYAfQB0AIgAcQCVAHAApABuALQAbADKAGsA6gBqAPwAagD/AGoA/wBqAP8A2hAAAMYU&#10;AAC4FgAArRUAAKQSAACcDgAAlgcAAJAACQCKABAAhQAYAIEAIQB+ACoAewAyAHkAOQB3AEAAdQBG&#10;AHMATAByAFEAcABXAG4AXgBtAGUAawBuAGkAdwBnAIMAZQCRAGMAnwBiAK8AYADEAF8A5ABfAfgA&#10;XgL/AF4C/wBeAv8AzhgAAL0dAACwIAAApR8AAJscAACTFwAAixEAAIQMAAB+BAsAeQASAHUAGwBy&#10;ACMAbwArAG0BMwBrAToAaQJAAGcDRgBmA0wAZARSAGMEWQBhBGAAXwVpAF4FcwBcBn8AWgaNAFkH&#10;nABXCK0AVgjBAFUJ4QBUC/YAVAv/AFQL/wBUC/8Axh8AALYlAACpKAAAnigAAJQlAACLIQAAgxsA&#10;AHsUAAB0DgMAbgkNAGkIFABmCR0AZAolAGIKLQBgCzQAXgs6AF0LQABbDEcAWgxNAFgMVABXDVwA&#10;VQ1kAFQNbwBSDXsAUA6KAE8OmgBODqwATA/CAEwQ4wBLEPkASxD/AEsR/wBLEP8AvyYAALArAACk&#10;LwAAmS8AAI8tAACGKQAAfSQAAHQeAABsFwAAZREHAF8OEABcDxcAWhAfAFgQJwBWEC4AVBA1AFMQ&#10;OwBSEUIAUBFIAE8RUABOEVcATBJgAEsSawBJEngASBOHAEYTlwBFFKkARBS+AEMV3wBDFvgAQxb/&#10;AEMW/wBDFv8AuisAAKsxAACgNAAAlTUAAIs0AACBMQAAeCsAAG8mAABmIAAAXhkBAFcUDQBUFBMA&#10;URQbAE8VIwBOFSoATBUxAEsWNwBJFj4ASBZEAEcXTABFF1QARBddAEMYZwBBGHQAQBmDAD8alAA9&#10;GqYAPBu7ADsb2wA7HPYAPBz/ADwc/wA8HP8AtTAAAKg2AACcOQAAkTsAAIc6AAB+NwAAczIAAGot&#10;AABhJwAAWSEAAFEbCQBMGRAAShoXAEgaHwBGGiYARRstAEMbMwBCGzoAQRxBAEAcSAA+HFAAPR1Z&#10;ADweZAA7HnEAOR+AADgfkgA3IKQANiC4ADUh1gA1IfQANSL/ADUh/wA2If8AsjQAAKQ6AACZPgAA&#10;jz8AAIU/AAB7PAAAcDgAAGcyAABdLQAAVCgAAEwiBQBGHw4AQx8UAEEfGwA/HyIAPiApAD0gMAA7&#10;IDYAOiE9ADkhRQA4Ik0ANyJXADYjYgA0I24AMyR+ADIkjwAxJaIALyW2AC8m0gAvJvIALyb/ADAm&#10;/wAwJv8ArzgAAKI+AACWQgAAjEMAAIJDAAB4QQAAbj0AAGM4AABaMwAAUS4AAEgoAQBAJAwAPSMR&#10;ADskGAA5JB8AOCQmADYkLAA1JTMANCU6ADMmQgAyJkoAMSdUADAnXwAvKGwALih7ACwpjQArKqAA&#10;Kiq0ACkqzwApK/AAKiv/ACoq/wArKv8ArDwAAJ9CAACURgAAikcAAIBHAAB2RQAAbEIAAGE9AABX&#10;OAAATjMAAEQuAAA8KQkANygQADUoFQAzKBwAMigjADAoKQAvKTAALyo3AC4qPwAtK0gALCtSACss&#10;XQAqLGoAKC15ACctiwAmLp4AJS6zACQvzQAkL+4AJS//ACUv/wAmLv8AqT8AAJ1FAACSSQAAiEsA&#10;AH5MAAB0SgAAakcAAF5CAABUPQAASzkAAEE0AAA4LwYAMi0NADAtEwAuLRkALS0gACstJwAqLi4A&#10;KS41ACkvPQAoL0YAJzBPACUwWwAkMWgAIzF3ACIyiQAhMp0AHzOxAB4zywAeM+0AHzP/ACAz/wAh&#10;Mv8ApkMAAJpJAACQTQAAhk8AAHxQAABzTwAAaEwAAFxGAABSQwAAST8AAD87AAA2NgIALjIMACsy&#10;EQApMhcAKDIeACYyJAAlMysAJDMyACM0OgAiNEMAITVNACA1WAAfNmUAHjZ1ABw3hwAbN5sAGjev&#10;ABk4yAAZOOsAGjj/ABs3/wAbN/8Ao0cAAJhNAACOUQAAhFMAAHtUAABxUwAAZlAAAFpMAABQSQAA&#10;R0UAAD1BAAAzPQAAKjkJACU3DgAjNxQAIjgbACE4IgAgOCgAHzgwAB45OAAdOUEAHDpLABo6VgAZ&#10;O2MAGDtyABY7hQAVPJkAFDytABM9xgATPekAFDz9ABU8/wAWO/8AoEsAAJVRAACLVQAAglgAAHlZ&#10;AABuWAAAZFYAAFhRAABOTwAARUsAADpHAAAwQwAAJ0AFACA+DQAdPhEAHD4XABs+HgAaPiUAGT4t&#10;ABg/NQAWPz4AFT9IABRAUwATQGAAEkFwABFBggAQQZcAD0GsAA5CxAAOQucAD0H8ABBB/wAQQP8A&#10;nVAAAJNWAACJWgAAgF0AAHZeAABsXQAAYlsAAFZXAABMVQAAQVEAADZOAAAsSwAAI0gAABtFCQAX&#10;RA8AFUQUABRFGwATRSIAEkUpABFFMQARRTsAEEZFAA9GUAAOR14ADUdtAAxHfwALR5MACUenAAhH&#10;vgAIR+AACUf2AApG/wALRv8AmlUAAJBbAACHYAAAfWIAAHNjAABqYgAAYGEAAFNeAABHWgAAPFcA&#10;ADJVAAAoUgAAH1AAABdOBAARTAwAD0wRAA5MFwAOTB4ADU0lAAxNLgALTTcACk1CAAlNTQAHTloA&#10;Bk5pAAROewACTo8AAU6kAABNugAATdsAAU3yAAFN/wACTP8AllsAAI1iAACEZgAAemgAAHFpAABo&#10;aQAAXGcAAE9kAABCYQAAN18AAC1cAAAjWgAAGlgAABJXAQANVgkACVUOAAdVEwAGVRoABFUiAANV&#10;KgACVTQAAFU+AABVSgAAVlcAAFZlAABVdwAAVYsAAFWgAABVtgAAVNQAAFTxAABT/QAAU/8Ak2IA&#10;AIpoAACAbAAAd24AAG9vAABjbgAAVmwAAElqAAA9aAAAMmYAACdlAAAdYwAAFWIAAA5hAAAJYAgA&#10;A2ANAABfEQAAXxcAAF8eAABfJgAAXy8AAF86AABfRQAAX1MAAF9hAABecgAAXocAAF2cAABdsgAA&#10;XM8AAFzvAABb/QAAW/8AkGoAAIZvAAB9cgAAdXQAAGp1AABddAAAT3MAAEJyAAA2cAAAK28AACBu&#10;AAAXbQAAEGwAAApsAAACawYAAGsLAABqDwAAahQAAGoaAABqIQAAaSoAAGk0AABpQAAAaU4AAGlc&#10;AABpbQAAaIIAAGiYAABnrgAAZsoAAGXtAABl/AAAZP8Ai3EAAIJ2AAB6eQAAcHsAAGJ7AABVewAA&#10;SHoAADt6AAAvegAAI3kAABl4AAARdwAACncAAAN3AAAAdwIAAHcIAAB2DQAAdhAAAHYVAAB2GwAA&#10;diMAAHYuAAB1OgAAdUcAAHVWAAB1aAAAdHwAAHSSAABzqgAAcsQAAHHpAABw+wAAcP8AhnkAAH99&#10;AAB2fwAAaIEAAFqCAABMggAAP4MAADKEAAAlgwAAGoMAABGDAAAKgwAAAoMAAACEAAAAhQAAAIQD&#10;AACDCAAAgw0AAIMQAACDFQAAhBwAAIQmAACEMgAAhD8AAINPAACDYAAAgnUAAIKMAACBpAAAgL0A&#10;AH/jAAB++QAAfv8AgoAAAHqEAABshgAAXogAAFCKAABCiwAANY0AACeNAAAbjQAAEY4AAAqOAAAA&#10;jwAAAJEAAACSAAAAkgAAAJIAAACSAQAAkgcAAJIMAACSEAAAkxUAAJMdAACUKAAAlDYAAJRFAACT&#10;VwAAk2sAAJOCAACSnAAAkbYAAJDYAACP8wAAj/8AfocAAHCKAABhjQAAU5AAAEWTAAA3lQAAKZYA&#10;AByXAAARmAAACZkAAACbAAAAnAAAAJ4AAACgAAAAoAAAAKAAAACgAAAAoQAAAKEEAACiCQAAow4A&#10;AKQUAAClHQAApioAAKY6AACmTAAApWAAAKV4AAClkgAApKwAAKTJAACj6wAAovoAc44AAGSRAABW&#10;lQAAR5kAADmcAAAqngAAHaAAABGhAAAIowAAAKUAAACnAAAAqQAAAKwAAACuAAAArgAAAK4AAACv&#10;AAAAsAAAALEAAACyAAAAswYAALUNAAC3EwAAuR4AALkuAAC6QAAAulQAALtqAAC6hQAAuaEAALm7&#10;AAC63gAAufIAZ5UAAFiZAABKngAAO6IAACymAAAdqAAAEaoAAAesAAAArwAAALEAAAC0AAAAuAAA&#10;ALsAAAC8AAAAvAAAAL4AAAC/AAAAwAAAAMIAAADEAAAAxgAAAMgDAADLCwAAzxIAANEgAADRMgAA&#10;0kYAANNdAADUdgAA1JIAANWrAADVxAAA1OIAW50AAEyiAAA9pwAAL6wAAB+vAAARsQAAB7UAAAC4&#10;AAAAuwAAAL4AAADCAAAAxwAAAMoAAADMAAAAzAAAAM4AAADQAAAA0gAAANUAAADYAAAA2wAAAN8A&#10;AADiAAAA5gsAAOsTAADsJAAA7TgAAO5OAADvZwAA8IIAAPCcAADwsgAA8cUA/wADAP8AAQD/AAQA&#10;/wAJAP8ADwD/ABgA/wAkAP8AMAD/ADwA/wBHAP8AUQD/AFkA/wBgAP0AZwD8AG0A+gBzAPkAeQD4&#10;AH8A9gCFAPUAjADzAJQA8gCdAPAApwDuALMA7ADEAOsA4QDqAPgA6QD/AOcA/wDZAP8AywD/AMIA&#10;/wC9AP8A/wAAAP8AAAD/AAAA/wAAAP8ADAD/ABQA/wAgAP8AKwD+ADcA+gBCAPYASwDyAFMA8ABb&#10;AO4AYQDsAGcA6gBtAOgAcwDnAHkA5QB/AOMAhgDhAI4A3wCWAN0AoADbAKwA2AC7ANQA0QDTAPAA&#10;0AD/AM4A/wDIAP8AvQD/ALYA/wCyAP8A/wAAAP8AAAD/AAAA/wAAAP0ACAD3ABAA8wAaAO8AJgDt&#10;ADEA6AA7AOMARQDgAE0A3ABVANkAWwDWAGEA0wBnANEAbADPAHIAzQB4AMsAfwDJAIcAxwCQAMUA&#10;mgDDAKUAwACyAL4AxQC8AOUAugD7ALgA/wC3AP8AsAD/AKkA/wClAP8A/wAAAP8AAAD+AAAA9QAA&#10;AOwAAwDlAA0A3wAVANoAIADUACoA0AA1AMsAPgDIAEcAxQBOAMIAVQDAAFsAvgBhALwAZgC6AGwA&#10;uAByALYAeAC1AIAAswCIALEAkgCuAJ4ArACqAKkAuwCoANUApgDzAKQA/wCjAP8AoQD/AJsA/wCY&#10;AP8A/wAAAPsAAADwAAAA5QAAANgAAADOAAkAxwARAMIAGgC+ACQAuwAuALcAOAC0AEAAsQBIAK4A&#10;TgCsAFQAqgBaAKkAXwCnAGUApQBrAKQAcQCiAHgAoACBAJ4AiwCcAJYAmQCjAJcAsgCWAMcAkwDo&#10;AJIA/gCRAP8AkAD/AI0A/wCLAP8A+QAAAOsAAADdAAAAzwAAAMYAAAC8AAQAtQANALAAFQCsAB4A&#10;qAAoAKUAMQCiADkAnwBBAJ0ASACbAE4AmQBTAJcAWQCWAF4AlABkAJIAagCQAHEAjgB6AIwAgwCK&#10;AI8AiACcAIYAqgCEALwAggDcAIEA9gCAAP8AfwD/AH8A/wB+AP8A7AAAANoAAADJAAAAvgAAALYA&#10;AACuAAAApwAJAKEAEACcABgAmAAiAJUAKgCSADIAkAA6AI0AQQCLAEcAiQBNAIcAUgCGAFgAhABd&#10;AIIAZACBAGsAfwBzAH0AfQB7AIgAeACVAHYAowB1ALQAcwDMAHEA7QBwAP8AcAD/AHAA/wBwAP8A&#10;3wUAAMoKAAC8CwAAsQkAAKgEAAChAAAAmwADAJQADACPABMAigAbAIcAJACEACwAgQAzAH8AOgB9&#10;AEEAewBHAHkATAB3AFIAdgBXAHQAXQByAGQAcABtAG8AdgBsAIIAagCPAGkAnQBnAK4AZQDDAGQA&#10;5ABjAPoAYwD/AGIA/wBjAP8A0A4AAL8SAACyEwAApxIAAJ0QAACVCwAAjwMAAIkABwCCAA4AfgAV&#10;AHoAHgB2ACUAdAAtAHEANABvADoAbgBAAGwARgBqAEwAaQBSAGcAWABmAF8AZABnAGIAcQBgAHwA&#10;XgCJAFwAmABbAKkAWQC8AFgA3ABYAPQAWAD/AFcA/wBXAP8AxhYAALYaAACqHQAAnxwAAJUZAACN&#10;FAAAhQ8AAH4JAAB3AQoAcgAQAG4AFwBqAB8AaAAnAGUALgBkADQAYgA7AGAAQABfAEYAXQBMAFwA&#10;UwBaAFoAWABiAFcAbABVAHcAUwCFAFIAlABQAaUATwG4AE4C0gBNBPAATQX/AE0F/wBNBf8Avx0A&#10;ALAiAACjJQAAmSUAAI8iAACFHQAAfRgAAHUSAABuDQIAZwYMAGMDEQBfAhkAXQMhAFsEKABZBC8A&#10;VwU1AFYFOwBUBkEAUwZHAFEGTgBQB1UATgdeAE0IZwBLCHMASQmBAEgJkgBHCqMARQq2AEQL0ABE&#10;DO8AQw3/AEMN/wBEDf8AuSQAAKopAACeLAAAlCwAAIoqAACAJgAAdyEAAG4bAABmFAAAXw8FAFkL&#10;DQBVChMAUwsbAFELIgBPDCkATQwvAEwMNgBLDTwASQ1CAEgNSQBGDVEARQ5aAEQOZABCDnAAQA5/&#10;AD8PkAA+EKIAPBC2ADsQ0QA7EfEAOxH/ADsR/wA8Ef8AtCkAAKYvAACaMgAAkDIAAIYxAAB8LQAA&#10;cigAAGkjAABhHQAAWRYAAFERCABMDxAAShAWAEgQHQBGECQARRArAEMRMQBCETcAQRE+AEARRQA+&#10;Ek0APRJWADwSYQA6E20AORN8ADcUjQA2FJ8ANRWzADQVzQAzFu4ANBb/ADQW/wA0Fv8Ary4AAKI0&#10;AACXNwAAjDgAAII2AAB4NAAAbi4AAGUqAABcJAAAVB4AAEwYBABGFA0AQhQSAEAUGQA/FCAAPRUn&#10;ADwVLQA7FTQAORY6ADgWQgA3FkoANhdTADUXXgAzGGoAMhl5ADAZigAvGp0ALhqxAC0bygAtG+wA&#10;LRz/AC4b/wAuG/8ArDIAAJ84AACUOwAAijwAAIA8AAB2OQAAazQAAGIvAABZKgAAUCUAAEcfAABA&#10;GgoAPBkQADoZFgA4GR0ANhojADUaKQA0GjAAMxo3ADIbPgAxG0cALxxQAC4dWwAtHWcALB52ACoe&#10;iAApH5sAKB+uACcgxwAmIOoAJyD+ACgg/wAoIP8AqTYAAJ08AACSPwAAh0EAAH1AAAB0PgAAaToA&#10;AF81AABWMAAATSsAAEQlAAA7IAcANh4OADMeEwAyHhkAMB4gAC8eJgAuHy0ALR80ACwgOwArIEQA&#10;KiFOACkhWAAnImUAJiJ0ACUjhQAjI5kAIiStACEkxQAhJegAIiX9ACIk/wAjJP8ApjoAAJo/AACP&#10;QwAAhUUAAHtEAAByQwAAZz8AAF06AABTNgAASjEAAEEsAAA4JgMAMSMMAC4iEQAsIhYAKiIdACki&#10;IwAoIyoAJyMxACYkOQAlJUEAJCVLACMmVgAiJmMAISdyAB8ngwAeKJcAHSirABspwwAbKeYAHCn7&#10;AB0p/wAeKP8Aoz4AAJhDAACNRwAAg0kAAHpJAABwRwAAZkQAAFo/AABROwAARzcAAD4yAAA1LQAA&#10;LCgJACgnDwAnJxQAJScaACQnIQAjKCcAIiguACEpNgAgKT8AHypJAB4qVAAdK2AAGytvABosgQAZ&#10;LJUAFy2pABYtwQAWLeQAFy36ABgt/wAZLf8AoUEAAJVHAACLSwAAgk0AAHhNAABuTAAAZEkAAFhE&#10;AABPQAAARj0AAD04AAAzNAAAKi8GACQsDQAhLBIAICwYAB8tHgAeLSUAHS0sABwuNAAbLjwAGi9G&#10;ABgvUQAXMF4AFjBtABUxfwATMZMAEjGoABEyvwARMuIAEjL5ABMx/wATMf8AnkUAAJNLAACJTwAA&#10;gFEAAHZSAABtUAAAYk4AAFZJAABNRgAAREMAADs/AAAxOgAAJzYDAB8yCwAcMhAAGzIVABkyGwAY&#10;MiIAFzMpABYzMQAVNDoAFDREABM0TwASNVwAETVrABA2fQAPNpEADjamAA03vAANN90ADTb2AA42&#10;/wAPNv8Am0kAAJFPAACHUwAAflYAAHVWAABqVQAAYFMAAFVPAABMTAAAQkkAADhFAAAuQQAAJD0A&#10;ABw6CAAWOA4AFTgSABQ4GAATOR8AEjkmABE5LgAQOTcADzpBAA46TAANO1kADTtoAAs7egAKO40A&#10;CTyiAAc8uAAHPNUACDzwAAk7/wAKO/8AmE4AAI5UAACFWAAAfFsAAHJbAABoWgAAXlgAAFNVAABJ&#10;UgAAPk4AADRLAAAqRwAAIUQAABhCAwASQAsAED8QAA4/FQAOPxwADUAjAAxAKwALQDQACkA+AAlB&#10;SgAHQVYABkFlAARBdgADQYoAAUGfAABBtAAAQdAAAUHuAAFB/AACQP8AlVQAAIxZAACDXgAAeWAA&#10;AHBgAABmYAAAXV4AAFFbAABFVwAAOlQAAC9RAAAlTwAAHEwAABRKAAAOSAgAC0cOAAhHEgAHRxkA&#10;BkcgAAVIKAADSDEAAkg7AABIRwAASFMAAEhiAABIcwAASIYAAEibAABIsQAAR8wAAEftAABH+wAA&#10;R/8AkloAAIlgAACAYwAAd2UAAG5mAABlZgAAWWQAAExgAABAXQAANVsAACpZAAAgVwAAF1UAABBT&#10;AAALUgcABVENAAFQEQAAUBYAAFAdAABQJQAAUC4AAFA4AABQQwAAUFAAAFBeAABQbwAAUIMAAE+Y&#10;AABPrgAATskAAE7rAABN+wAATf8Aj2EAAIZmAAB9aQAAdGwAAGxtAABhawAAU2kAAEZnAAA6ZAAA&#10;L2MAACRhAAAaXwAAEl4AAAxcAAAGXAYAAFsLAABaDwAAWhMAAFoZAABZIQAAWSkAAFkzAABZPwAA&#10;WUwAAFlaAABZawAAWH4AAFiUAABXqwAAV8UAAFbpAABV+wAAVf8AjGgAAIJtAAB6cAAAcnIAAGdy&#10;AABacQAATHAAAD9uAAAzbQAAKGsAAB1qAAAUaAAADWcAAAdnAAAAZgMAAGYJAABlDQAAZREAAGQV&#10;AABkHAAAZCQAAGQuAABkOgAAY0cAAGNVAABjZgAAY3oAAGKQAABhpwAAYMEAAF/mAABf+gAAXv8A&#10;h28AAH90AAB4dwAAbngAAGB4AABSdwAARXcAADh2AAArdgAAIHQAABZzAAAOcwAAB3IAAAByAAAA&#10;cgAAAHEFAABxCgAAcQ4AAHARAABwFwAAcB4AAHAnAABwMwAAb0AAAG9QAABvYAAAbnQAAG6LAABt&#10;ogAAbLwAAGviAABq+AAAaf8Ag3cAAHx7AABzfQAAZX4AAFd/AABJfwAAPH8AAC+AAAAifwAAF34A&#10;AA9+AAAHfgAAAH8AAAB/AAAAfwAAAH4AAAB+BQAAfgoAAH4NAAB+EQAAfhcAAH4gAAB+KwAAfTkA&#10;AH1IAAB9WQAAfG0AAHyEAAB7nAAAerYAAHnaAAB49QAAd/8AgH8AAHeCAABpgwAAW4UAAE2GAAA/&#10;iAAAMokAACSJAAAYiQAAD4kAAAeKAAAAiwAAAIwAAACNAAAAjQAAAIwAAACMAAAAjAMAAIwIAACN&#10;DQAAjREAAI0XAACOIgAAji8AAI4/AACNUAAAjWQAAIx7AACMlQAAi64AAIrNAACJ7wAAif8Ae4UA&#10;AG2IAABeigAAUI0AAEKPAAA0kQAAJpIAABmTAAAOlAAABpUAAACWAAAAmAAAAJoAAACbAAAAmwAA&#10;AJsAAACbAAAAmwAAAJwAAACdBQAAnQsAAJ4QAACfFwAAoCQAAKA0AACgRgAAoFkAAJ9wAACfigAA&#10;nqUAAJ7CAACd6AAAnPkAcIwAAGGPAABTkgAARJYAADaZAAAnmwAAGZwAAA+dAAAFnwAAAKEAAACj&#10;AAAApQAAAKgAAACpAAAAqQAAAKkAAACqAAAAqwAAAKwAAACtAAAArgEAALAJAACyDwAAsxgAALQn&#10;AAC0OQAAtU0AALRkAAC0fgAAs5oAALO0AACz1QAAs/AAZJMAAFWXAABHmwAAOJ8AACmiAAAapAAA&#10;DqYAAASoAAAAqwAAAK0AAACwAAAAtAAAALYAAAC4AAAAuAAAALkAAAC6AAAAvAAAAL0AAAC/AAAA&#10;wAAAAMMAAADFBwAAyQ8AAMoaAADLLAAAzEAAAM1WAADObwAAzYsAAMyoAADMwgAAzOIAWJsAAEmg&#10;AAA6pQAALKkAAByrAAAPrgAABLEAAAC0AAAAtwAAALoAAAC+AAAAwwAAAMYAAADIAAAAyAAAAMoA&#10;AADLAAAAzQAAAM8AAADSAAAA1QAAANkAAADdAAAA4QUAAOYPAADnHgAA6DIAAOlIAADqYAAA63sA&#10;AOuXAADsrgAA7MIA/wAAAP8AAAD/AAAA/wAGAP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP8ATAD+&#10;AFQA+wBbAPoAYgD4AGgA9gBuAPUAdAD0AHoA8gCAAPEAhwDvAI8A7QCXAOsAoQDpAK0A5wC9AOUA&#10;2ADkAPMA4gD/AOAA/wDQAP8AxAD/ALwA/wC2AP8A/wAAAP8AAAD/AAAA/wAAAP8ACQD/ABEA/wAc&#10;AP0AJwD5ADIA9QA9APEARgDtAE8A6wBWAOgAXADmAGIA5ABoAOMAbgDhAHMA3wB5AN0AgADaAIgA&#10;2ACRANQAmwDSAKYAzwC0AMwAyQDJAOkAyAD/AMcA/wDBAP8AtwD/AK8A/wCrAP8A/wAAAP8AAAD/&#10;AAAA/wAAAPgABQDyAA4A7gAXAOoAIgDmACwA4QA3AN0AQADYAEkA0wBQANAAVgDOAFwAzABiAMoA&#10;ZwDIAG0AxgBzAMQAeQDCAIEAwACKAL4AlAC8AJ8AuQCsALYAvgC0AN0AswD3ALEA/wCwAP8AqAD/&#10;AKIA/wCeAP8A/wAAAP8AAAD5AAAA7wAAAOYAAADfAAsA1gASANAAHADMACYAyAAwAMQAOgDAAEIA&#10;vQBKALsAUAC4AFYAtgBbALUAYQCzAGYAsQBsALAAcgCuAHoArACCAKkAjACnAJgApQClAKMAtACg&#10;AMsAnwDuAJ0A/wCcAP8AmQD/AJQA/wCRAP8A/wAAAPYAAADqAAAA3QAAAM8AAADHAAYAwAAPALsA&#10;FwC3ACAAswAqALAAMwCtADsAqgBDAKcASQClAE8AowBVAKIAWgCgAF8AngBlAJ0AawCbAHIAmQB7&#10;AJcAhQCUAJAAkgCdAJAArACOAL8AjADiAIsA+gCJAP8AiQD/AIYA/wCDAP8A9AAAAOQAAADUAAAA&#10;yAAAAL8AAAC1AAEArgALAKkAEgClABsAoQAjAJ4ALACbADQAmAA8AJYAQwCUAEkAkgBOAJAAUwCO&#10;AFkAjQBeAIsAZACJAGsAhwBzAIUAfQCDAIgAgQCVAH8ApAB9ALUAewDPAHkA8QB4AP8AdwD/AHcA&#10;/wB1AP8A5QAAANEAAADDAAAAuAAAAK8AAACoAAAAoAAGAJoADgCVABUAkQAeAI4AJgCLAC0AiAA1&#10;AIYAPACEAEIAggBHAIAATQB/AFIAfQBYAHsAXgB5AGUAeABtAHYAdgBzAIEAcQCOAG8AnQBtAK4A&#10;bADEAGoA5wBpAP0AaAD/AGgA/wBpAP8A1QMAAMMHAAC2CAAAqwYAAKIAAACbAAAAlAAAAI0ACgCI&#10;ABAAgwAYAH8AIAB8ACcAegAuAHcANQB1ADsAdABBAHIARwBwAEwAbwBSAG0AWABrAF8AaQBmAGcA&#10;cABlAHsAYwCIAGIAlwBgAKcAXgC7AF0A3ABcAPYAXAD/AFsA/wBbAP8AyQ0AALkQAACsEQAAoRAA&#10;AJcNAACPCAAAiAAAAIIABQB7AA0AdwASAHMAGgBvACEAbAAoAGoALwBoADUAZwA7AGUAQQBjAEYA&#10;YgBMAGAAUgBfAFkAXQBhAFsAagBZAHUAVwCCAFUAkQBUAKIAUwC1AFEAzwBQAO8AUAD/AFAA/wBQ&#10;AP8AvxQAALAYAACkGgAAmRkAAI8WAACHEQAAfw0AAHcGAABxAAgAawAOAGcAFABkABsAYQAiAF4A&#10;KQBdAC8AWwA1AFkAOwBYAEEAVgBGAFUATQBTAFQAUgBcAFAAZQBOAHAATAB9AEsAjQBJAJ4ASACw&#10;AEcAxwBGAOkARgD7AEYA/wBFAP8AuBsAAKogAACeIgAAkyIAAIkfAACAGgAAdxUAAG8QAABoCwAA&#10;YQQKAF0AEABZABYAVgAdAFQAIwBSACoAUAAwAE8ANQBOADsATABBAEsASABJAE8ARwFXAEYBYQBE&#10;AmwAQwJ5AEEDiQBAA5oAPgStAD0ExAA8BeUAPAf4ADwH/wA8B/8AsiIAAKUnAACZKQAAjikAAIQn&#10;AAB7IwAAcR4AAGkYAABhEgAAWg0DAFMIDABPBREATAUXAEoGHgBIBiQARwYqAEUHMABEBzYAQwg9&#10;AEEIQwBACEsAPglTAD0JXQA7CmgAOgp2ADgLhwA3C5kANQusADQMwgAzDOQAMw35ADMN/wA0Df8A&#10;rScAAKAsAACVLwAAiy8AAIAuAAB3KgAAbSUAAGQgAABcGgAAVBQAAEwPBgBGDA0AQwwSAEEMGAA/&#10;DB8APgwlADwNKwA7DTIAOg04ADgNPwA3DkcANg5QADQOWgAzDmYAMQ90ADAPhQAuEJgALRCrACwQ&#10;wwArEeUALBH6ACwR/wAtEf8AqiwAAJ0xAACSNAAAhzUAAH00AAB0MQAAaisAAGAnAABYIQAATxsA&#10;AEcWAABAEQkAOxAPADkQFAA3EBsANhAhADQQJwAzES0AMhE0ADEROwAwEUMALhJNAC0SVwAsEmMA&#10;KhNxACkTggAnFJUAJhSpACUVwAAkFeMAJRb6ACYW/wAmFf8ApjEAAJo2AACPOQAAhToAAHs5AABx&#10;NgAAZzEAAF0tAABUKAAATCIAAEMdAAA7FwUANRQNADITEQAxFBcALxQdAC4UJAAsFCoAKxUxACoV&#10;OAApFkAAKBZKACcXVAAmF2AAJBhvACMYgAAhGZMAIBmnAB8ZvgAeGuAAHxr4ACAa/wAgGv8AozQA&#10;AJg6AACNPQAAgz4AAHk9AABvOwAAZTcAAFsyAABSLQAASSgAAEAjAAA4HgEAMBkKACwYDwAqGBQA&#10;KRgaACcYIAAmGScAJRktACQaNQAjGj4AIhtHACEbUgAgHF4AHx1sAB0dfgAcHZEAGh6lABkevAAY&#10;H90AGR/2ABof/wAbHv8AoTgAAJU9AACLQQAAgUIAAHdCAABtQAAAYzwAAFk3AABPMwAARi4AAD0p&#10;AAA1JAAALSAHACcdDQAlHRIAIx0XACEdHQAhHSQAIB4rAB8eMgAeHzsAHR9FABwgTwAaIVwAGSFq&#10;ABgiewAWIo8AFSKjABQjugATI9oAFCP1ABUj/wAWI/8AnjwAAJNBAACJRAAAf0YAAHVGAABsRAAA&#10;YkEAAFc8AABNOAAARDQAADwwAAAzKwAAKiYDACMiCwAgIRAAHiEVABwiGwAbIiEAGiIoABojMAAZ&#10;IzgAGCRCABYlTQAVJVkAFCZoABMmeQASJo0AESeiABAnuAAOJ9YAECj0ABEn/wARJ/8AnEAAAJFF&#10;AACHSAAAfUoAAHRKAABqSQAAYEYAAFVBAABMPgAAQzoAADo2AAAxMgAAKC0AACApCQAbJw4AGScS&#10;ABgnGAAWJx8AFSglABQoLQATKDYAEilAABIpSwARKlcAECpmAA4rdwAOK4sADSyfAAwstQALLM8A&#10;DCzvAA0s/wANK/8AmUQAAI9JAACFTAAAfE4AAHNPAABpTgAAXksAAFNHAABKRAAAQkAAADk9AAAv&#10;OAAAJTQAAB0wBQAWLQwAFCwQABMtFQASLRwAES0jABAtKgAPLjMADi49AA0vSAANL1UADDBjAAow&#10;dAAJMIgACDGcAAYxsQAGMcsABjHrAAcw/AAIMP8Al0gAAI1NAACDUQAAelMAAHFUAABnUgAAXVAA&#10;AFJMAABJSgAAQEYAADVCAAArPgAAIjoAABo3AQASNAkADzMOAA4zEwANMxkADTMgAAw0KAALNDEA&#10;CjU7AAg1RgAHNVIABTZgAAQ2cQACNoQAADaZAAA2rwAANsgAADboAAA2+QABNf8AlE0AAIpSAACB&#10;VgAAeFgAAG9ZAABlWAAAW1UAAFFSAABHTwAAPEwAADFIAAAnRAAAHkEAABY/AAAQPAcACzoNAAk6&#10;EQAIOxcABjseAAU7JgAEOy4AAjs4AAE8QwAAPE8AADxeAAA8bgAAPIEAADyXAAA8rAAAO8UAADvn&#10;AAA7+AAAO/8AkVIAAIhYAAB/XAAAdl0AAG1eAABjXQAAWlwAAE5YAABCVAAAN1EAAC1OAAAjSwAA&#10;GkkAABJGAAANRAYAB0MMAANDEAAAQxUAAEMbAABDIwAAQysAAEM1AABDQAAAQ00AAENbAABDawAA&#10;Q34AAEOUAABCqgAAQsMAAEHmAABB+QAAQf8AjlgAAIZeAAB9YQAAc2MAAGtkAABiYwAAV2EAAEld&#10;AAA9WgAAMlgAACdVAAAeUwAAFVEAAA5PAAAJTQUAAk0LAABMDgAATBMAAEsYAABLHwAASygAAEsy&#10;AABLPQAAS0kAAEtXAABLZwAASnsAAEqQAABJpwAAScAAAEjkAABI+AAAR/8Ai18AAINkAAB6ZwAA&#10;cWkAAGlqAABeaQAAUGYAAENkAAA3YQAALF8AACFdAAAYWwAAEFkAAApYAAADVwMAAFcJAABWDQAA&#10;VRAAAFUVAABUGwAAVCMAAFQtAABUOQAAVEUAAFRTAABUZAAAU3cAAFONAABSpAAAUb0AAFDiAABQ&#10;+AAAT/8AiGcAAH9rAAB3bgAAb3AAAGVwAABXbgAASmwAAD1rAAAwaQAAJWgAABpmAAARZAAAC2MA&#10;AARiAAAAYgEAAGEGAABgCwAAYA4AAF8SAABfFwAAXx4AAF4oAABeMwAAXkAAAF5PAABeXwAAXXIA&#10;AF2IAABcoAAAW7kAAFrfAABZ9wAAWP8AhG4AAHxyAAB1dQAAa3YAAF11AABPdAAAQnMAADVzAAAo&#10;cgAAHXAAABNvAAAMbgAABG4AAABuAAAAbgAAAGwCAABsBwAAawsAAGsOAABrEgAAahkAAGoiAABq&#10;LQAAajoAAGlJAABpWgAAaWwAAGiDAABnmwAAZrUAAGXYAABk9QAAZP8AgHUAAHp5AABwewAAYnsA&#10;AFR8AABGfAAAOXwAACx8AAAfewAAFHoAAA16AAAEegAAAHoAAAB6AAAAegAAAHkAAAB5AQAAeAYA&#10;AHgLAAB4DgAAeBMAAHgaAAB4JQAAeDIAAHdBAAB3UgAAd2UAAHZ8AAB1lQAAdK8AAHPOAABy8QAA&#10;cf8Afn0AAHWAAABngQAAWIIAAEqDAAA8hAAALoUAACGFAAAVhQAADYUAAAOFAAAAhgAAAIcAAACI&#10;AAAAiAAAAIcAAACHAAAAhwAAAIcEAACHCQAAhw4AAIgTAACIHAAAiCkAAIg4AACHSgAAh10AAIZz&#10;AACGjQAAhacAAITFAACD7AAAgv4AeIQAAGqGAABciAAATYoAAD+MAAAxjgAAI48AABaPAAANkAAA&#10;ApEAAACSAAAAkwAAAJUAAACWAAAAlgAAAJYAAACWAAAAlgAAAJcAAACXAAAAlwcAAJgNAACZEwAA&#10;mh8AAJotAACaPwAAmlIAAJpoAACZgwAAmZ8AAJi6AACX4gAAlvgAbYoAAF+NAABQkAAAQZMAADOW&#10;AAAklwAAFpgAAA2ZAAABmwAAAJ0AAACfAAAAoQAAAKQAAAClAAAApAAAAKUAAAClAAAApgAAAKcA&#10;AACoAAAAqQAAAKoEAACsDAAArhMAAK4hAACuMwAArkcAAK5dAACudgAArpMAAK6uAACtzQAArO8A&#10;YZEAAFOVAABEmAAANZwAACafAAAXoQAADaMAAAClAAAApwAAAKoAAACsAAAAsAAAALIAAAC0AAAA&#10;swAAALQAAAC1AAAAtwAAALgAAAC5AAAAuwAAAL0AAAC/AQAAwwsAAMUVAADFJQAAxjkAAMdPAADH&#10;aAAAxoUAAMaiAADGvAAAxt4AVZkAAEedAAA4ogAAKaYAABmoAAANqwAAAK0AAACxAAAAtAAAALcA&#10;AAC6AAAAvwAAAMEAAADEAAAAwwAAAMUAAADGAAAAyAAAAMoAAADNAAAAzwAAANIAAADWAAAA2wAA&#10;AOAMAADhGAAA4ysAAORBAADlWgAA5nQAAOaRAADlrAAA5cQA/wAAAP8AAAD/AAAA/wABAP8ACgD/&#10;ABIA/wAdAP8AKAD/ADQA/wA+AP0ASAD6AFAA9wBXAPUAXQD0AGMA8gBpAPAAbwDvAHQA7QB7AOsA&#10;gQDpAIkA6ACSAOYAnADkAKgA4gC3AN8AzQDcAO4A2QD/ANkA/wDKAP8AvgD/ALUA/wCwAP8A/wAA&#10;AP8AAAD/AAAA/wAAAP8ABgD/AA8A/AAYAPgAIwD0AC4A8AA4AOsAQgDoAEoA5QBRAOIAWADgAF0A&#10;3gBjANwAaADZAG4A1gB0ANQAewDRAIIAzwCLAM0AlQDKAKEAyACvAMUAwQDCAOMAwAD7AMAA/wC7&#10;AP8AsAD/AKgA/wCkAP8A/wAAAP8AAAD/AAAA+wAAAPMAAQDtAAwA6AATAOMAHgDgACgA2gAyANMA&#10;PADPAEQAzABLAMkAUQDGAFcAxABdAMIAYgDBAGcAvwBtAL0AdAC7AHsAuQCEALcAjgC0AJkAsgCn&#10;AK8AtwCtANAAqwDyAKoA/wCpAP8AoQD/AJsA/wCXAP8A/wAAAP8AAAD0AAAA6QAAAOAAAADVAAgA&#10;zgAQAMkAGADFACIAwQArALwANQC5AD0AtgBFALMASwCxAFEArwBWAK4AWwCsAGEAqgBmAKkAbQCm&#10;AHQApAB8AKIAhgCgAJIAngCfAJwArgCZAMMAlwDnAJYA/wCVAP8AkgD/AI0A/wCKAP8A/AAAAPAA&#10;AADjAAAA1AAAAMgAAAC/AAMAuQANALMAEwCvABwArAAlAKkALgClADYAowA+AKAARACeAEoAnQBQ&#10;AJsAVQCZAFoAlwBfAJYAZgCUAGwAkgB1AJAAfgCOAIoAiwCXAIkApgCHALgAhQDWAIQA9gCCAP8A&#10;gQD/AH4A/wB8AP8A7QAAAN0AAADMAAAAwQAAALgAAACuAAAApwAJAKIAEACeABcAmgAfAJcAJwCU&#10;AC8AkQA3AI8APQCNAEMAiwBJAIkATgCIAFMAhgBZAIQAXwCCAGUAgABtAH4AdwB8AIIAegCPAHgA&#10;ngB1AK8AcwDHAHIA7ABxAP8AcAD/AHAA/wBuAP8A3QAAAMkAAAC8AAAAsQAAAKkAAAChAAAAmQAD&#10;AJMADACOABIAigAZAIcAIQCEACkAgQAwAH8ANwB9AD0AewBCAHkASAB4AE0AdgBSAHQAWAByAF8A&#10;cQBnAG8AcABsAHsAagCIAGgAlwBmAKgAZQC8AGMA4QBiAPoAYQD/AGEA/wBhAP8AzQEAALwFAACv&#10;BQAApQIAAJwAAACUAAAAjQAAAIYACACBAA4AfAAUAHgAGwB1ACMAcgApAHAAMABuADYAbQA8AGsA&#10;QQBpAEcAaABMAGYAUgBkAFkAYwBgAGEAaQBfAHQAXQCBAFsAkABZAKEAVwC0AFYA0ABVAPIAVQD/&#10;AFQA/wBVAP8AwQwAALIOAACmDwAAmw4AAJILAACJBQAAggAAAHsAAgB1AAsAcAAQAGwAFgBoAB0A&#10;ZgAjAGMAKgBhADAAYAA2AF4AOwBdAEEAWwBGAFoATABYAFMAVgBbAFQAZABSAG4AUQB7AE8AigBN&#10;AJsATACuAEsAxgBKAOoASQD+AEkA/wBJAP8AuRIAAKoWAACeFwAAlBYAAIoTAACBEAAAeQsAAHED&#10;AABrAAYAZQANAGEAEQBdABgAWgAeAFgAJABWACoAVAAwAFMANgBRADsAUABBAE4ARwBNAE4ASwBW&#10;AEkAXwBHAGkARgB2AEQAhQBDAJcAQQCpAEAAvwA/AOIAPwD4AD4A/wA/AP8AshkAAKQeAACYHwAA&#10;jh8AAIQcAAB6GAAAchIAAGoOAABiCAAAXAEIAFcADgBTABMAUAAZAE4AHwBMACUASgArAEgAMABH&#10;ADYARgA8AEQAQgBDAEkAQQBRAD8AWgA+AGUAPAByADoAgQA5AJMAOAClADYAugA2ANsANQD0ADUA&#10;/wA1AP8ArCAAAJ8kAACUJgAAiSYAAH8kAAB1IAAAbBsAAGQVAABcEAAAVAwBAE4GCgBKAg8ARwAU&#10;AEQAGgBCACAAQAAlAD8AKwA+ATEAPAE3ADsCPgA5AkUAOANNADYDVgA1BGEAMwRuADEFfgAwBZAA&#10;LwWjAC0GuAAsBtQALAfwACwI/wAsCP8AqCUAAJsqAACQLAAAhi0AAHsrAAByJwAAaCIAAF8dAABX&#10;FwAATxIAAEgOBABBCgsAPgcQADsGFQA5BxsAOAchADYIJgA1CCwAMwgyADIJOQAxCUEALwlJAC4K&#10;UwAsCl4AKwtsACkLfAAoDI8AJgyiACUMtwAkDNMAIw3wACQN/wAlDf8ApCoAAJgvAACNMgAAgzIA&#10;AHkxAABvLgAAZSkAAFwkAABTHwAASxkAAEMTAAA8EAYANQ0MADMMEQAxDBYALwwcAC4NIgAtDSgA&#10;Kw0uACoNNQApDT0AJw5GACYOUAAkDlwAIw9qACIPewAgEI4AHxCiAB0QtwAcENQAHRHyAB0R/wAe&#10;Ef8AoS8AAJUzAACKNgAAgDcAAHY2AABtMwAAYy8AAFkqAABQJQAASCAAAD8aAAA4FQAAMBEIACwQ&#10;DgAqEBIAKBAYACcQHgAlECQAJBAqACMRMgAiEToAIRFDACASTgAeEloAHRNoABsTeAAaE4sAGBSg&#10;ABcUtQAWFNEAFhXxABcV/wAYFP8AnjMAAJM3AACIOgAAfjsAAHQ7AABrOAAAYTQAAFcvAABOKwAA&#10;RSYAAD0hAAA0HAAALRcFACYTDAAjExAAIhMVACATGgAfEyEAHhQnAB0ULwAcFTcAGxVBABoWSwAZ&#10;FlcAFxdlABYXdgAUGIkAExieABIYswARGc4AERnvABIZ/wATGf8AnDYAAJE7AACGPgAAfD8AAHM/&#10;AABpPQAAXzkAAFU1AABMMAAAQywAADonAAAyIgAAKh4BACIZCQAeFw4AHBcSABoXFwAZGB4AGRgk&#10;ABgZLAAXGTQAFho+ABUaSQATG1UAEhtjABEcdAAQHIcADx2cAA4dsQANHcsADR3sAA4d/wAPHf8A&#10;mToAAI8/AACEQgAAe0QAAHFDAABoQgAAXj4AAFM6AABKNgAAQTIAADktAAAxKQAAKCUAACAgBgAa&#10;HQwAFxwQABUcFQAUHRsAFB0iABMdKQASHjIAER88ABAfRgAQIFMADiBhAA0hcQAMIYUACyKZAAoi&#10;rgAJIscACSLnAAoi+wALIf8Alz4AAIxDAACDRgAAeUgAAHBIAABnRgAAXEQAAFI/AABJOwAAQDgA&#10;ADg0AAAvMAAAJywAAB4nAwAWIwoAEiEOABEhEwAQIhkAECIgAA8iJwAOIy8ADSQ5AAwkRAALJVAA&#10;CiVeAAkmbwAHJoIABiaWAAQmrAADJsQABCblAAQm9wAGJv8AlUIAAIpHAACBSgAAeEwAAG9MAABl&#10;SwAAW0gAAFBEAABHQQAAPz4AADc7AAAtNgAAJDEAABstAAATKgcADygNAA0nEQANKBYADCgdAAso&#10;JQAKKS0ACSk3AAcqQgAGKk4ABCtcAAMrbAABK38AACuUAAArqQAAK8EAACvjAAAr9gAAKv8AkkYA&#10;AIhLAAB/TwAAdlEAAG1RAABjUAAAWk0AAE9KAABHRwAAPkQAADNAAAApPAAAIDgAABc0AAARMQUA&#10;DC8MAAkuEAAHLhUABi8bAAUvIwADLysAAjA1AAAwPwAAMEwAADFZAAAxaQAAMXwAADGRAAAxpwAA&#10;ML8AADDhAAAw9QAAL/8AkEsAAIZQAAB9VAAAdVYAAGtWAABiVQAAWFMAAE5QAABFTQAAOkkAAC9F&#10;AAAlQgAAHD4AABQ7AAAOOQUACTcLAAQ2DwABNhMAADYZAAA2IAAANikAADYyAAA3PQAAN0kAADdX&#10;AAA3ZwAAN3kAADePAAA2pQAANr0AADbgAAA19QAANf8AjVAAAIRWAAB8WgAAclsAAGlbAABgWwAA&#10;V1kAAExWAABAUgAANU4AACpLAAAgSAAAF0YAABBDAAALQQQABEAKAAA/DgAAPhEAAD4WAAA+HQAA&#10;PiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPnYAAD2MAAA9owAAPLsAADzeAAA79QAAO/8AilcAAIJc&#10;AAB5XwAAcGEAAGhhAABfYQAAVF4AAEdbAAA6VwAAL1UAACVSAAAbUAAAEk0AAAxLAAAGSgMAAEkJ&#10;AABIDQAARxAAAEcUAABGGgAARiIAAEYsAABGNwAARkMAAEZRAABGYAAARXMAAEWJAABEoAAARLgA&#10;AEPcAABC9QAAQv8AiF0AAH9iAAB3ZQAAbmcAAGdoAABbZgAATmMAAEFhAAA0XgAAKVwAAB9aAAAV&#10;VwAADlYAAAdUAAAAUwEAAFIGAABRCwAAUQ4AAFARAABPFgAATx4AAE8nAABPMgAATz8AAE9NAABO&#10;XQAATm8AAE6FAABNnQAATLUAAEvYAABK9QAASv8AhWUAAHxpAAB0bAAAbW4AAGJtAABUawAAR2kA&#10;ADpnAAAtZQAAImQAABhiAAAQYAAACV8AAABeAAAAXgAAAF0DAABcCAAAWwwAAFoPAABaEwAAWRkA&#10;AFkiAABZLQAAWToAAFlIAABYWAAAWGsAAFeBAABXmQAAVrIAAFXSAABU9AAAU/8AgWwAAHlwAABz&#10;cwAAaHMAAFpyAABMcQAAP3AAADJvAAAlbgAAGmwAABFrAAAJagAAAGoAAABpAAAAaQAAAGgAAABn&#10;AwAAZggAAGYMAABmDwAAZRQAAGUcAABlJwAAZDQAAGRDAABkUwAAZGUAAGN7AABilAAAYa0AAGDN&#10;AABf8QAAXv8AfXQAAHd3AABueQAAX3kAAFF5AABDeQAANngAACl4AAAcdwAAEXYAAAp1AAAAdQAA&#10;AHUAAAB2AAAAdQAAAHQAAAB0AAAAcwIAAHMHAABzDAAAchAAAHIVAAByIAAAciwAAHI7AABxTAAA&#10;cV8AAHF0AABwjgAAb6gAAG7GAABs7QAAa/8Ae3sAAHJ+AABkfgAAVX8AAEeAAAA5gQAAK4IAAB6B&#10;AAASgQAACoEAAACBAAAAggAAAIMAAACDAAAAgwAAAIIAAACCAAAAggAAAIIAAACCBQAAggoAAIIP&#10;AACCFwAAgiMAAIIyAACCQwAAgVYAAIFsAACAhgAAf6EAAH69AAB95gAAfPwAdoIAAGiDAABZhQAA&#10;S4cAADyJAAAuigAAIIsAABOLAAAKiwAAAIwAAACNAAAAjwAAAJEAAACSAAAAkQAAAJEAAACRAAAA&#10;kQAAAJEAAACSAAAAkgIAAJMJAACUDwAAlBkAAJQnAACUOAAAlEwAAJNiAACTfAAAk5gAAJKzAACR&#10;2AAAkPYAaogAAFyKAABNjQAAP5AAADCSAAAhlAAAFJUAAAqWAAAAlwAAAJkAAACbAAAAnQAAAJ8A&#10;AACgAAAAoAAAAKAAAACgAAAAoQAAAKIAAACjAAAApAAAAKUAAACmBwAAqBAAAKgcAACoLQAAqUAA&#10;AKlWAACpbwAAqYsAAKioAACnxwAApuwAX48AAFCSAABBlgAAM5kAACOcAAAUnQAACp8AAAChAAAA&#10;owAAAKYAAACoAAAArAAAAK4AAACvAAAArwAAALAAAACwAAAAsgAAALMAAAC0AAAAtgAAALcAAAC6&#10;AAAAvQcAAL8QAAC/HwAAwDMAAMBJAADAYgAAwH4AAMCbAADAtwAAv9gAU5cAAESbAAA1nwAAJqMA&#10;ABalAAALpwAAAKoAAACtAAAAsAAAALMAAAC2AAAAuwAAAL0AAADAAAAAvwAAAMEAAADCAAAAxAAA&#10;AMYAAADIAAAAygAAAMwAAADPAAAA0wAAANoHAADbEwAA3SUAAN47AADfUwAA4G4AAN+MAADdqQAA&#10;3cIA/wAAAP8AAAD/AAAA/wAAAP8ABwD/ABAA/wAZAP8AJAD/AC8A/AA6APkAQwD1AEsA8wBSAPEA&#10;WQDvAF4A7QBkAOsAaQDpAG8A5wB1AOYAfADkAIQA4gCNAOAAlwDdAKIA2gCxANUAxQDSAOgA0AD/&#10;AM8A/wDEAP8AuAD/AK8A/wCpAP8A/wAAAP8AAAD/AAAA/wAAAP8AAgD7AA0A9wAVAPMAHwDvACkA&#10;6gA0AOYAPQDiAEUA3gBMANsAUwDYAFgA1ABeANIAYwDQAGkAzgBuAMwAdQDKAH0AyACFAMYAkADC&#10;AJsAwACpAL4AugC7ANkAuQD3ALgA/wC0AP8AqQD/AKIA/wCdAP8A/wAAAP8AAAD/AAAA9gAAAO4A&#10;AADnAAoA4QARANwAGgDXACMA0AAuAMsANwDHAD8AxABGAMEATQC/AFIAvQBYALsAXQC5AGIAuABo&#10;ALYAbgC0AHUAsQB+AK8AiACtAJMAqgChAKgAsQCmAMgApADtAKIA/wCiAP8AmwD/AJUA/wCRAP8A&#10;/wAAAPwAAADuAAAA4wAAANgAAADNAAUAxgAOAMEAFQC9AB4AuQAnALUAMACyADgArwBAAKwARgCq&#10;AEwAqABRAKcAVgClAFsAowBhAKEAZwCfAG4AngB2AJsAgACZAIwAlwCZAJQAqACSALwAkADfAI4A&#10;+wCOAP8AiwD/AIYA/wCDAP8A+AAAAOkAAADcAAAAzAAAAMEAAAC4AAAAsgAKAKwAEQCoABgApQAh&#10;AKIAKQCeADIAnAA5AJkAPwCXAEUAlQBKAJQAUACSAFUAkABaAI8AYACNAGcAiwBvAIkAeACGAIQA&#10;hACRAIIAoACAALIAfQDMAHwA8QB7AP8AegD/AHcA/wB1AP8A5gAAANMAAADGAAAAuwAAALEAAACn&#10;AAAAoQAFAJsADQCXABMAkwAbAJAAIwCMACsAigAyAIgAOACGAD4AhABEAIIASQCBAE4AfwBTAH0A&#10;WQB7AGAAeQBoAHcAcQB1AHwAcwCJAHAAmABvAKkAbQC/AGsA5gBqAP8AaQD/AGkA/wBnAP8A0wAA&#10;AMMAAAC1AAAAqwAAAKMAAACbAAAAkgAAAIwACgCHABAAgwAWAH8AHQB9ACQAegArAHgAMgB2ADgA&#10;dAA9AHIAQgBxAEgAbwBNAG0AUwBsAFkAagBhAGgAagBmAHQAZACBAGEAkQBfAKIAXgC2AFwA1QBb&#10;APcAWwD/AFoA/wBaAP8AxQAAALYCAACpAgAAnwAAAJYAAACOAAAAhwAAAIAABQB6AAwAdQARAHEA&#10;GABuAB4AawAlAGkAKwBnADEAZgA3AGQAPABjAEEAYQBHAF8ATQBeAFMAXABbAFoAZABYAG4AVgB7&#10;AFQAigBSAJsAUQCuAFAAyABPAO4ATgD/AE4A/wBNAP8AuwoAAKwNAACgDQAAlQwAAIwIAACDAgAA&#10;fAAAAHUAAABuAAgAaQAOAGUAEwBiABkAXwAfAF0AJQBbACsAWQAxAFgANgBWADsAVQBBAFMARwBR&#10;AE4AUABVAE4AXgBMAGgASgB1AEgAhABHAJUARQCoAEQAvwBDAOQAQgD8AEIA/wBCAP8AshEAAKUU&#10;AACZFQAAjhMAAIQRAAB7DQAAcwgAAGwAAABlAAMAXwALAFsADwBXABQAVAAaAFEAHwBPACUATgAr&#10;AEwAMABLADYASQA8AEgAQgBGAEgARQBQAEMAWQBBAGMAPwBvAD4AfgA8AJAAOwCjADoAuAA5ANkA&#10;OAD1ADgA/wA4AP8ArBcAAJ8bAACTHQAAiRwAAH8ZAAB1FQAAbBAAAGQMAABdBgAAVgAGAFEADABN&#10;ABAASgAVAEcAGgBFACAARAAmAEIAKwBBADEAPwA2AD4APQA8AEQAOwBLADkAVAA3AF8ANgBrADQA&#10;egAyAIwAMQCeADAAswAvAM4ALwDvAC4A/wAuAP8Apx4AAJoiAACPJAAAhCQAAHohAABxHQAAZxgA&#10;AF8TAABXDgAAUAoAAEkDCABFAA0AQQARAD4AFgA8ABsAOgAhADkAJgA3ACwANgAyADQAOAAzAD8A&#10;MQBHADAAUAAuAFsALQBnACsAdgAqAIgAKACcACcAsAAmAMkAJQDqACUB+wAlAf8AoiMAAJYoAACL&#10;KgAAgSoAAHcoAABtJQAAZCAAAFsbAABSFQAASxAAAEMMAgA9BwkAOQMOADYBEgAzARcAMQEcADAB&#10;IgAvAicALQItACwDNAAqAzsAKQRDACgETQAmBVgAJQVlACMGdAAiBoYAIAaaAB8HrgAeB8YAHQfn&#10;AB0I+AAdCf8AnygAAJMtAACILwAAfi8AAHQuAABqKwAAYSYAAFghAABPHAAARxcAAD8SAAA4DgQA&#10;MQsKAC4IDgArBxIAKQcXACgIHQAnCCMAJQgpACQJMAAjCTcAIQpAACAKSgAfC1UAHQtiABsMcgAa&#10;DIUAGAyZABcMrQAWDMYAFQ3mABUN+QAWDf8AnC0AAJAxAACGNAAAfDQAAHIzAABoMQAAXywAAFUn&#10;AABMIwAARB0AADwYAAA0EwAALRAGACYNCwAkDA8AIgwTACEMGQAfDB8AHg0lAB0NLAAbDTQAGg49&#10;ABkORwAXDlMAFg5hABQPcQATEIQAEhCYABEQrgAQEMYAEBDoABAQ+wAREP8AmTEAAI41AACEOAAA&#10;ejkAAHA4AABnNgAAXTIAAFMtAABKKAAAQiQAADkfAAAxGgAAKhUBACMRBwAdEA0AGw8QABkPFQAY&#10;EBsAFxAhABYQKQAVEDEAFBE6ABMRRQASElEAERJfABASbwAOE4IADhOWAA0TqwALE8IACxTjAAwU&#10;+gANE/8AlzUAAIw5AACCPAAAeD0AAG89AABlOgAAWzcAAFIyAABJLgAAQCoAADclAAAvIQAAKBwA&#10;ACAYAwAZFAoAFRIOABQSEgATExgAEhMfABEUJgARFC4AEBQ4AA8VQgAOFk8ADRZcAAwXbAALF38A&#10;CRiTAAgYqAAGGL8ABxjgAAcY9QAJGP8AlTgAAIo9AACAQAAAd0EAAG1BAABkPwAAWjwAAFA4AABH&#10;MwAAPjAAADYrAAAuJwAAJyMAAB8fAAAXGggAEhcNABAXEQAPFxYADhgcAA4YIwANGSwADBo1AAsa&#10;QAAKG0wACRtaAAccaQAFHHwABB2RAAIdpgABHbwAAhzdAAIc8gADHP8AkzwAAIhBAAB/RAAAdUUA&#10;AGxFAABjRAAAWUEAAE89AABGOQAAPjYAADUyAAAuLgAAJSoAAB0lAAAUIQQADx0LAA0dEAAMHRQA&#10;Cx0aAAoeIgAIHioABx8zAAYgPgAEIEoAAyFXAAEhZwAAIXkAACGOAAAhpAAAIboAACHbAAAh8gAA&#10;IP4AkEAAAIZFAAB9SAAAdEoAAGtKAABiSQAAWEYAAE5CAABFPwAAPTwAADU5AAArNAAAIi8AABkr&#10;AAASKAQADSQKAAkjDgAGIxIABSMZAAQkIAACJCgAASUxAAAlPAAAJUgAACZVAAAmZQAAJncAACaM&#10;AAAmogAAJrkAACbZAAAl8gAAJf4AjkUAAIRJAAB7TQAAc08AAGpPAABgTgAAV0sAAE1IAABERQAA&#10;PEIAADE9AAAnOQAAHjUAABUyAAAPLgMACiwKAAUrDgABKhEAACoWAAAqHgAAKiYAACsvAAArOQAA&#10;K0UAACxTAAAsYgAALHUAACyKAAAroAAAK7cAACvWAAAq8gAAKv8AjEkAAIJOAAB6UgAAcVQAAGhU&#10;AABfUwAAVlEAAExOAABDSwAAN0cAAC1DAAAjPwAAGjwAABI4AAAMNgMABjMJAAAyDQAAMhAAADEU&#10;AAAxGwAAMSMAADEsAAAyNwAAMkMAADJQAAAyYAAAMnIAADKHAAAxngAAMbUAADDUAAAw8gAAL/8A&#10;iU8AAIBUAAB4VwAAb1kAAGZZAABeWQAAVVcAAElTAAA+TwAAMkwAAChIAAAeRQAAFUIAAA5AAAAI&#10;PQIAATwIAAA7DAAAOg8AADkSAAA5GAAAOSAAADkpAAA5NAAAOUAAADlOAAA5XQAAOW8AADiFAAA4&#10;nAAAN7MAADfSAAA28gAANf8Ah1UAAH9aAAB2XQAAbV8AAGVfAABdXwAAUlwAAERYAAA4VQAALVIA&#10;ACJPAAAYTAAAEEoAAApIAAADRgEAAEUGAABECgAAQw0AAEIQAABBFQAAQR0AAEEmAABBMQAAQT0A&#10;AEFKAABBWgAAQWwAAECBAAA/mQAAP7EAAD7QAAA98gAAPP8AhFwAAHxgAABzYwAAbGUAAGRmAABZ&#10;ZAAAS2EAAD5eAAAyWwAAJlkAABxWAAASVAAADFIAAARRAAAATwAAAE4DAABNCAAATAwAAEsOAABL&#10;EgAAShkAAEoiAABKLAAASjkAAEpHAABKVgAASWgAAEl+AABIlgAAR68AAEbNAABF8QAARP8AgWMA&#10;AHlnAAByagAAa2wAAGBrAABSaQAARGYAADdkAAAqYgAAH2AAABVeAAANXQAABlsAAABaAAAAWQAA&#10;AFgAAABXBAAAVggAAFYMAABVEAAAVBQAAFQdAABUJwAAVDQAAFRCAABTUgAAU2QAAFJ5AABSkgAA&#10;UasAAFDKAABP7wAATv8AfmoAAHduAABwcQAAZnEAAFhwAABKbwAAPG0AAC9sAAAiagAAF2kAAA5n&#10;AAAGZgAAAGUAAABlAAAAZQAAAGMAAABiAAAAYgQAAGEIAABhDQAAYBAAAGAXAABgIQAAXy4AAF88&#10;AABfTQAAXl4AAF50AABdjQAAXKcAAFvFAABa7QAAWf8Ae3IAAHV2AABrdwAAXXYAAE92AABBdQAA&#10;M3UAACZ0AAAZcwAAEHIAAAdxAAAAcQAAAHEAAABxAAAAcQAAAG8AAABvAAAAbgAAAG4CAABuCAAA&#10;bQwAAG0RAABtGgAAbSYAAGw1AABsRgAAa1gAAGttAABqhgAAaaEAAGi+AABn6AAAZv4AeXoAAHB8&#10;AABhfAAAU30AAER9AAA2fgAAKH4AABt9AAAQfQAAB30AAAB9AAAAfQAAAH4AAAB/AAAAfgAAAH0A&#10;AAB9AAAAfAAAAHwAAAB8AAAAfAYAAHwMAAB8EgAAfB0AAHwsAAB8PAAAfE8AAHtlAAB7fgAAepoA&#10;AHm2AAB43wAAd/oAc4AAAGWBAABWgwAASIQAADmGAAArhwAAHYcAABGHAAAHiAAAAIgAAACJAAAA&#10;igAAAIwAAACNAAAAjQAAAIwAAACMAAAAjAAAAIwAAACMAAAAjQAAAI0EAACODAAAjhMAAI8hAACO&#10;MgAAjkYAAI5bAACNdAAAjZAAAIytAACLzgAAivMAaIYAAFqIAABLiwAAPI0AAC2PAAAekAAAEZEA&#10;AAeSAAAAkwAAAJUAAACXAAAAmQAAAJsAAACcAAAAmwAAAJsAAACcAAAAnAAAAJ0AAACeAAAAngAA&#10;AJ8AAAChAwAAogwAAKIWAACjJgAAozoAAKNPAACjaAAAooYAAKKiAACiwAAAoegAXI0AAE2QAAA/&#10;kwAAMJYAACGZAAASmgAAB5sAAACdAAAAoAAAAKIAAACkAAAAqAAAAKoAAACrAAAAqgAAAKsAAACs&#10;AAAArQAAAK4AAACvAAAAsQAAALIAAAC0AAAAtwEAALkNAAC5GgAAui0AALpDAAC6WwAAuncAALuU&#10;AAC7sQAAudIAUJUAAEGYAAAynAAAI6AAABOiAAAIpAAAAKcAAACqAAAArAAAAK8AAACyAAAAtwAA&#10;ALkAAAC7AAAAugAAALwAAAC9AAAAvwAAAMAAAADCAAAAxAAAAMYAAADJAAAAzQAAANIBAADUDwAA&#10;1R8AANc1AADYTQAA2GkAANeGAADXowAA1r0A/wAAAP8AAAD/AAAA/wAAAP8AAwD/AA0A/wAVAP8A&#10;IAD8ACsA+AA1APQAPwDwAEcA7gBOAOsAVADpAFoA5wBfAOUAZADjAGoA4QBwAN8AdgDdAH4A2wCH&#10;ANgAkQDTAJ0AzwCrAM0AvQDLAOAAyQD7AMcA/wC9AP8AsQD/AKkA/wCjAP8A/wAAAP8AAAD/AAAA&#10;/wAAAPwAAAD2AAsA8QARAO0AGwDpACUA5AAwAN8AOQDaAEEA1QBIANEATgDPAFQAzQBZAMsAXgDJ&#10;AGMAxwBpAMUAbwDDAHcAwAB/AL4AigC7AJUAuACjALYAtAC0AM0AsgDyALAA/wCsAP8AowD/AJwA&#10;/wCXAP8A/wAAAP8AAAD6AAAA8QAAAOgAAADgAAYA2QAOANIAFgDOAB8AyAApAMQAMgDAADoAvQBB&#10;ALoASAC4AE0AtgBTALQAWACyAF0AsABiAK4AaQCsAG8AqgB4AKgAggCmAI4ApACbAKEAqwCfAMAA&#10;nQDmAJsA/wCaAP8AlAD/AI4A/wCKAP8A/wAAAPYAAADoAAAA3AAAAM4AAADGAAEAvwALALoAEQC2&#10;ABoAsgAiAK4AKwCqADQAqAA7AKUAQQCjAEcAoQBMAJ8AUQCeAFYAnABcAJoAYgCZAGgAlwBwAJUA&#10;egCSAIYAkACTAI0AogCLALUAiQDTAIcA9wCGAP8AhAD/AH8A/wB8AP8A8gAAAOMAAADSAAAAxQAA&#10;ALoAAACxAAAAqwAHAKUADgChABQAngAcAJoAJQCXAC0AlAA0AJIAOgCQAEAAjgBFAI0ASgCLAFAA&#10;iQBVAIgAWwCGAGEAhABpAIIAcgB/AH0AfQCLAHsAmgB4AKsAdgDEAHQA6wBzAP8AcwD/AHAA/wBu&#10;AP8A3wAAAMwAAAC/AAAAtAAAAKsAAAChAAAAmgACAJQACwCQABAAjAAXAIgAHgCFACYAgwAtAIEA&#10;MwB/ADkAfQA/AHsARAB5AEkAeABOAHYAVAB0AFoAcwBiAHAAawBuAHUAbACDAGoAkgBoAKMAZgC4&#10;AGQA3gBjAPsAYgD/AGIA/wBgAP8AzAAAALwAAACvAAAApQAAAJ0AAACUAAAAjAAAAIYABwCBAA0A&#10;fAASAHgAGQB1AB8AcwAmAHEALQBvADIAbQA4AGsAPQBqAEIAaABIAGcATgBlAFQAYwBbAGEAZABf&#10;AG4AXQB7AFsAigBZAJsAVwCvAFYAywBVAPIAVAD/AFQA/wBUAP8AvgAAALAAAACkAAAAmQAAAJAA&#10;AACIAAAAgQAAAHkAAgBzAAoAbwAPAGsAFABnABoAZQAgAGMAJgBhACwAXwAyAF4ANwBcADwAWwBC&#10;AFkARwBXAE4AVgBVAFQAXgBSAGgAUAB0AE4AgwBMAJUASgCoAEkAwABIAOgARwD/AEcA/wBHAP8A&#10;tAkAAKYLAACbDAAAkAoAAIYFAAB+AAAAdgAAAG8AAABoAAUAYwAMAF8AEABbABUAWAAaAFYAIQBU&#10;ACYAUwAsAFEAMQBQADYATgA8AE0AQgBLAEgASQBQAEgAWABGAGIARABuAEIAfQBAAI4APwCiAD0A&#10;uAA9AN0APAD4ADwA/wA8AP8ArBAAAJ8SAACUEgAAiREAAH8PAAB2DAAAbgUAAGYAAABgAAEAWQAI&#10;AFUADQBRABEATgAWAEsAGwBJACEASAAmAEYAKwBFADEAQwA2AEIAPABAAEMAPgBLAD0AUwA7AF0A&#10;OQBpADcAeAA2AIkANACcADMAsQAyAM4AMgDxADEA/wAxAP8AphYAAJoZAACOGgAAhBoAAHoWAABw&#10;EgAAaA4AAF8KAABYAwAAUQAEAEwACgBIAA4ARAASAEEAFgA/ABsAPQAhADwAJgA6ACwAOQAxADcA&#10;NwA2AD4ANABGADMATwAxAFkALwBlAC4AcwAsAIUAKwCYACoArQApAMYAKADqACgA/gAoAP8AoRwA&#10;AJUgAACKIQAAfyEAAHUfAABsGgAAYxYAAFoRAABSDQAASwcAAEQABgBAAAsAPAAPADgAEgA2ABcA&#10;NAAcADMAIQAxACcAMAAsAC4AMwAtADoAKwBCACoASwAoAFUAJgBhACUAcAAkAIEAIgCVACEAqQAg&#10;AMEAIADkAB8A+QAfAP8AnSIAAJEmAACGKAAAfCcAAHIlAABpIgAAXx0AAFcYAABOEwAARg4AAD8L&#10;AAA4BQcANAAMADEAEAAuABMALAAYACoAHQApACIAJwAoACYALgAkADYAIwA+ACIARwAgAFIAHwBe&#10;AB0AbQAcAH4AGgCSABkApwAYAL0AFwDfABcB9QAXAv8AmicAAI4rAACELQAAeS0AAHArAABmKAAA&#10;XSQAAFQfAABLGgAAQxQAADsQAAA0DQIALQkJACkFDQAmAxAAJAETACICGQAhAh4AIAIkAB4DKgAd&#10;AzIAGwQ6ABoFRAAZBU8AFwZcABYGagAUB3wAEweQABIHpQARB7sAEAfbABAI8gAQCf8AlysAAIwv&#10;AACBMQAAdzIAAG4xAABkLgAAWyoAAFElAABJIAAAQBsAADgWAAAxEgAAKQ4EACMMCQAfCQ0AHQcQ&#10;ABsHFQAZCBoAGAggABcJJwAWCS4AFQo3ABMKQQASC00AEQtaABALaQAODHsADgyQAA0MpQAMDbsA&#10;Cw3ZAAsN8QAMDf8AlS8AAIozAAB/NgAAdjYAAGw1AABjMwAAWS8AAFArAABHJgAAPiEAADYdAAAu&#10;GAAAJxMAACAQBQAZDgoAFQwOABQMEQATDBYAEgwcABENIwAQDSsADw00AA4OPwANDkoADA9YAAsP&#10;ZwAKEHkACBCNAAcQogAGELgABRDUAAUQ7wAGEP8AkjMAAIg3AAB+OgAAdDsAAGs6AABhOAAAWDUA&#10;AE4wAABFLAAAPScAADUjAAAtHwAAJhoAAB4WAQAXEwYAERALAA4ODgAODxMADRAZAA0QIAAMECgA&#10;CxEyAAoRPAAIEkgABxJVAAYTZQAEE3YAAxOLAAEUoAAAE7YAABPRAAAT7gAAE/sAkDYAAIY7AAB8&#10;PgAAcz8AAGo/AABgPQAAVzkAAE02AABEMQAAPC4AADQqAAAsJgAAJSIAAB4eAAAWGgIAEBUJAAwT&#10;DgAKExIACRQXAAgUHwAHFSYABhUvAAQWOgADFkYAARdTAAAXYgAAGHQAABiJAAAYnwAAGLUAABfQ&#10;AAAX7QAAF/sAjjoAAIQ/AAB7QgAAckMAAGhDAABfQgAAVj8AAEw7AABDNwAAOzQAADMwAAAsLAAA&#10;JCkAABskAAATHwIADRsJAAkZDQAGGREABBkWAAIZHQABGiQAABotAAAbOAAAG0QAABxRAAAcYAAA&#10;HXIAAB2HAAAcnQAAHLMAABzOAAAb7QAAG/wAjD4AAIJDAAB5RgAAcEgAAGhIAABeRgAAVUQAAEtA&#10;AABDPQAAOzoAADM3AAAqMgAAIC0AABcpAAAQJQIACyIJAAUgDQABHxAAAB8UAAAfGwAAICIAACAr&#10;AAAhNgAAIUEAACFPAAAhXgAAInAAACKFAAAhmwAAIbIAACHNAAAg7QAAH/wAikMAAIBIAAB4SwAA&#10;b0wAAGZNAABdSwAAVEkAAEpGAABCQwAAOkAAAC87AAAlNwAAHDMAABMvAAANLAIABykIAAEnDAAA&#10;Jg4AACUSAAAmGQAAJiEAACYpAAAmMwAAJz8AACdNAAAnXAAAJ20AACeCAAAnmQAAJrAAACXMAAAl&#10;7gAAJP0AiEgAAH9MAAB2UAAAblEAAGVSAABcUQAAU08AAEpMAABBSQAANUQAACtAAAAhPAAAFzkA&#10;ABA2AAAKMgEAAzAHAAAvCwAALg4AAC0RAAAtFgAALR4AAC0nAAAtMQAALT0AAC1KAAAtWQAALWsA&#10;AC2AAAAslwAALK8AACvLAAAq7gAAKv4AhU0AAH1SAAB1VQAAbFcAAGNXAABbVgAAU1UAAEdRAAA7&#10;TQAAMEkAACVGAAAcQwAAEz8AAA09AAAGOgAAADgFAAA3CQAANg0AADUPAAA0FAAANBsAADQkAAA0&#10;LgAANDoAADRHAAA0VwAANGgAADR9AAAzlQAAMq0AADHKAAAx7gAAMP8Ag1MAAHtYAABzWwAAal0A&#10;AGJdAABbXQAAT1oAAEJWAAA2UgAAKk8AACBMAAAWSQAADkcAAAhEAAAAQgAAAEEDAAA/BwAAPgsA&#10;AD0OAAA9EQAAPBgAADwhAAA8KwAAPDcAADxEAAA8UwAAPGUAADt6AAA6kgAAOqsAADnIAAA47QAA&#10;N/8AgVoAAHleAABxYQAAaWMAAGJkAABXYgAASV4AADxbAAAvWAAAJFUAABlTAAAQUQAACk8AAAFN&#10;AAAATAAAAEoAAABJBAAASAgAAEcMAABGDwAARhQAAEUcAABFJwAARTMAAEVAAABFUAAARGEAAER2&#10;AABDjwAAQqgAAEHGAABA7AAAP/8AfmEAAHZlAABvaAAAaGoAAF1pAABPZgAAQmQAADRhAAAoXwAA&#10;HV0AABJbAAALWQAAAlgAAABWAAAAVgAAAFQAAABTAAAAUgQAAFEJAABQDQAAUBAAAE8YAABPIgAA&#10;Ty4AAE88AABPSwAATl0AAE5yAABNiwAATKUAAEvCAABJ6gAASP8Ae2kAAHRsAABubwAAZG8AAFVt&#10;AABHbAAAOWoAACxpAAAgZwAAFGUAAA1kAAADYgAAAGIAAABhAAAAYAAAAF8AAABeAAAAXQAAAFwE&#10;AABcCQAAWw0AAFsSAABbHAAAWigAAFo2AABaRgAAWVgAAFltAABYhQAAV6AAAFa9AABV6AAAU/4A&#10;eXAAAHN0AABpdQAAW3QAAExzAAA+cwAAMHIAACNxAAAWbwAADW4AAARtAAAAbQAAAG0AAABtAAAA&#10;bAAAAGsAAABqAAAAaQAAAGkAAABpAwAAaAkAAGgOAABoFQAAZyEAAGcvAABnPwAAZlIAAGZmAABl&#10;fwAAZJoAAGO3AABi4QAAYfwAd3gAAG16AABfegAAUHoAAEJ6AAAzewAAJXsAABh6AAAOeQAABHkA&#10;AAB5AAAAeQAAAHoAAAB6AAAAegAAAHgAAAB4AAAAdwAAAHcAAAB3AAAAdwEAAHcIAAB3DgAAdxgA&#10;AHcmAAB2NgAAdkkAAHVfAAB1dwAAdJMAAHOvAABy0wAAcfcAcX4AAGN/AABUgAAARYIAADaDAAAo&#10;hAAAGoQAAA6DAAAEhAAAAIQAAACFAAAAhgAAAIgAAACJAAAAiAAAAIcAAACHAAAAhwAAAIcAAACH&#10;AAAAiAAAAIgAAACIBwAAiRAAAIkcAACJLAAAiD8AAIhVAACIbQAAh4kAAIanAACFxwAAhO8AZoQA&#10;AFeGAABIiAAAOYoAACqMAAAbjQAAD40AAASOAAAAkAAAAJEAAACTAAAAlQAAAJcAAACYAAAAlgAA&#10;AJcAAACXAAAAlwAAAJgAAACYAAAAmQAAAJoAAACbAAAAnQcAAJ0RAACdIQAAnTMAAJ1JAACcYgAA&#10;nH8AAJycAACcuQAAm+IAWosAAEuOAAA8kQAALZMAAB6VAAAQlgAABJgAAACaAAAAnAAAAJ4AAACh&#10;AAAApAAAAKYAAACnAAAApgAAAKcAAACnAAAAqAAAAKkAAACqAAAArAAAAK0AAACvAAAAsQAAALMJ&#10;AACzFQAAtCcAALQ9AAC1VQAAtXAAALSOAAC0rAAAtMwATZIAAD+WAAAvmgAAIJ0AABGfAAAFoQAA&#10;AKMAAACmAAAAqQAAAKwAAACvAAAAswAAALUAAAC3AAAAtgAAALcAAAC4AAAAugAAALsAAAC9AAAA&#10;vwAAAMEAAADEAAAAxwAAAMsAAADNDAAAzhoAAM8vAADPSAAA0GIAANCAAADQnQAA0LgAAAAAAAAA&#10;AAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8&#10;PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOF&#10;hoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zN&#10;z9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////&#10;/////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcY&#10;GhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBh&#10;YmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iq&#10;q6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy&#10;9PX29/n6+/z+//////////////////////////////////////////////////////8AAAAAAAAA&#10;AAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9&#10;PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WG&#10;h4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P&#10;0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////&#10;////////////////////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIj&#10;JCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltc&#10;XV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SV&#10;lpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3O&#10;z9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAA&#10;AwEhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAgJCgsMDQ4P&#10;EBESExQVFhcYGRoaGxwdHh8gISIjJCUmJygpKissLS4vMDExMjM0NTY3ODk6Ozw9Pj9AQUJDREVG&#10;R0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/&#10;gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6wsbKztLW2t7i5&#10;uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/x8vP0&#10;9fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRka&#10;GhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpM&#10;TU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7&#10;vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp&#10;6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJ&#10;CgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0u&#10;LzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJ&#10;i46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW&#10;19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5&#10;+vv7/Pz9/f7+////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+KB8ElD&#10;Q19QUk9GSUxFAAkJ////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////0////////////////&#10;/////////////////////////+vR//////////////////////////////////////////fp/v//&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////+HN1///////////////////////////////////////3a+Wt/T/////&#10;////////////////////////////////xYxop+f/////////////////////////////////////&#10;zJyJpOf/////////////////////////////////////+s67xvX/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////9zFvfX/////////&#10;////////////////////////////v5N6hcX////////////////////////////////////bkFs9&#10;Zaj2//////////////////////////////////68dTQAVJvr////////////////////////////&#10;/////9OUfkksTprs////////////////////////////////2NTKs35lbaX5////////////////&#10;////////////////////9MWur8n/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////DWxuz////////////////////////////////////mu5F0Y6v3&#10;////////////////////////////////9sSac0UmNH3M////////////////////////////////&#10;tYBVMAoAGWCy///////////////////////////////PdDULAAAAClKn////////////////////&#10;//////////+WNAAAAAAAAE+n//////////////////////////////ZpHQAACQwGCVKx////////&#10;/////////////////////8s7DhM1TFtNTF7D/////////////////////////////6lgNmCGn7as&#10;qbjZ/////////////////////////////+CXjb7l////////////////////////////////////&#10;///t+f//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////69nKvMf/////&#10;/////////////////////////////8+agW1aRojq////////////////////////////////xHw+&#10;JhAAAFSw///////////////////////////////ggzwAAAAAAC6H7f//////////////////////&#10;//////+sUxAAAAAAABdt1v////////////////////////////uAMQAAAAAAAAlhzP//////////&#10;/////////////////9JaAgAAAAAAAABdzP///////////////////////////6g1AAAAAAAAAABc&#10;0////////////////////////////30NAAAAAAAAAABU1v//////////////////////////7n1F&#10;AAAAAAAAAABE1P///////////////////////////KpkLwIAAAQiN0lYzv//////////////////&#10;/////////+mka0EoP2N/lae62v//////////////////////////////1bKssszk+v//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////5buXd2LI/////////////////////////////////9ueZzYK&#10;AAKM////////////////////////////////yH8/BQAAAABez///////////////////////////&#10;///ZgTkAAAAAAAA8qv////////////////////////////+eTAAAAAAAAAAjkP//////////////&#10;/////////////9xvGgAAAAAAAAAQffn//////////////////////////69IAAAAAAAAAAAAb+7/&#10;/////////////////////////4QTAAAAAAAAAAAAZOb/////////////////////////7FEAAAAA&#10;AAAAAAAAV97/////////////////////////uBUAAAAAAAAAAAAASNb/////////////////////&#10;////dBQAAAAAAAAAAAAAOM/////////////////////////5oloTAAAAAAAAAAAAI8X/////////&#10;////////////////35tcLAAAAAAAAAAADbr//////////////////////////++xfVU5IhEHAQIR&#10;IrL//////////////////////////////9+/pZmYmqCsvdr/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+O+nYB8&#10;+/////////////////////////////////K3hFcwDgAdrP//////////////////////////////&#10;0opMFQAAAAAAcvP////////////////////////////WfzYAAAAAAAAAS8n/////////////////&#10;//////////qRPgAAAAAAAAAAL6v//////////////////////////8BaAAAAAAAAAAAAGpX/////&#10;/////////////////////40kAAAAAAAAAAAACIT/////////////////////////514AAAAAAAAA&#10;AAAAAHf/////////////////////////tCUAAAAAAAAAAAAAAGr/////////////////////////&#10;fQAAAAAAAAAAAAAAAFv0///////////////////////9KwAAAAAAAAAAAAAAAEzr////////////&#10;//////////+lAAAAAAAAAAAAAAAAADzh//////////////////////8wDAAAAAAAAAAAAAAAAC3Z&#10;/////////////////////5mKYScAAAAAAAAAAAAAACfX///////////////////////tvolVJwAA&#10;AAAAAAAAACXc//////////////////////////7KnXZdSjwyLSwwOUfe////////////////////&#10;///////////95t3W0tDT2eT/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////79S71v/////////////////////////////////n&#10;uI9qSy8Vb///////////////////////////////5KFnNAcAAAAAPMn/////////////////////&#10;///////WgjsAAAAAAAAAEpf//////////////////////////+2FMQAAAAAAAAAAAG//////////&#10;/////////////////6ZCAAAAAAAAAAAAAFDh////////////////////////7GkAAAAAAAAAAAAA&#10;ADfJ////////////////////////sy8AAAAAAAAAAAAAACK2////////////////////////eQAA&#10;AAAAAAAAAAAAABCn///////////////////////yNAAAAAAAAAAAAAAAAACZ////////////////&#10;//////+pAAAAAAAAAAAAAAAAAACM//////////////////////9GAAAAAAAAAAAAAAAAAAB/////&#10;/////////////////98AAAAAAAAAAAAAAAAAAAB0/////////////////////5cAAAAAAAAAAAAA&#10;AAAAAABq/////////////////////84AAAAAAAAAAAAAAAAAAABj//////////////////////8p&#10;IgEAAAAAAAAAAAAAAABh//////////////////////+5o4BXNxcAAAAAAAAAAABo////////////&#10;///////////////6066Uhnx1cXByd4GU////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////9u6nYJpadP/////////////////////////&#10;/////8iTZT0ZAAAAHZ7////////////////////////////bjkwTAAAAAAAAAG7/////////////&#10;/////////////9t8LAAAAAAAAAAAAEXX/////////////////////////4sqAAAAAAAAAAAAACK0&#10;////////////////////////wkQAAAAAAAAAAAAAAAOX////////////////////////fQEAAAAA&#10;AAAAAAAAAAB////////////////////////nNgAAAAAAAAAAAAAAAABq////////////////////&#10;//+dAAAAAAAAAAAAAAAAAABY//////////////////////9GAAAAAAAAAAAAAAAAAABH+P//////&#10;/////////////+kAAAAAAAAAAAAAAAAAAAA16f///////////////////5YAAAAAAAAAAAAAAAAA&#10;AAAl2////////////////////7wAAAAAAAAAAAAAAAAAAAAYzv///////////////////+sAAAAA&#10;AAAAAAAAAAAAAAAPwv////////////////////8AAAAAAAAAAAAAAAAAAAAKuf//////////////&#10;//////8nAAAAAAAAAAAAAAAAAAAKtf////////////////////9wAAAAAAAAAAAAAAAAAAANuf//&#10;///////////////////gnIxwVUIzJhsUDw0OEhomv/////////////////////////////nk2NLO&#10;zMvMz9bg/P//////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+vTvOP////////////////////////////////SqYVlSCwSAYX/////////////////&#10;///////////xq3E8DwAAAAAAAE/g/////////////////////////9V/NQAAAAAAAAAAAB+y////&#10;////////////////////43UdAAAAAAAAAAAAAACJ////////////////////////kCMAAAAAAAAA&#10;AAAAAABn///////////////////////VQwAAAAAAAAAAAAAAAABI9v////////////////////+K&#10;AAAAAAAAAAAAAAAAAAAu3f////////////////////84AAAAAAAAAAAAAAAAAAAXyP//////////&#10;/////////74AAAAAAAAAAAAAAAAAAAAEtv///////////////////5wAAAAAAAAAAAAAAAAAAAAA&#10;pf///////////////////7oAAAAAAAAAAAAAAAAAAAAAk////////////////////9wAAAAAAAAA&#10;AAAAAAAAAAAAgv////////////////////8AAAAAAAAAAAAAAAAAAAAAdP//////////////////&#10;//8TAAAAAAAAAAAAAAAAAAAAaP////////////////////9CAAAAAAAAAAAAAAAAAAAAYP//////&#10;//////////////96AAAAAAAAAAAAAAAAAAAAXf/////////////////////RAAAAAAAAAAAAAAAA&#10;AAAAYf//////////////////////JAAAAAAAAAAAAAAAAAAAZv//////////////////////yayZ&#10;iX12cWxpZ2Zna3B6jP//////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////+LFqpF5YXf/////////////////////////////3aZ3UCwMAAAAADHE////////&#10;/////////////////+CSThMAAAAAAAAAAACP////////////////////////0nAdAAAAAAAAAAAA&#10;AABg///////////////////////ubw8AAAAAAAAAAAAAAAA34v////////////////////+WHAAA&#10;AAAAAAAAAAAAAAAUwP////////////////////9AAAAAAAAAAAAAAAAAAAAAo///////////////&#10;/////64AAAAAAAAAAAAAAAAAAAAAif///////////////////54AAAAAAAAAAAAAAAAAAAAAcv//&#10;/////////////////7wAAAAAAAAAAAAAAAAAAAAAX////////////////////9oAAAAAAAAAAAAA&#10;AAAAAAAATf////////////////////oAAAAAAAAAAAAAAAAAAAAAO/////////////////////8O&#10;AAAAAAAAAAAAAAAAAAAAKvn///////////////////8zAAAAAAAAAAAAAAAAAAAAG+n/////////&#10;//////////9eAAAAAAAAAAAAAAAAAAAAD9v///////////////////+PAAAAAAAAAAAAAAAAAAAA&#10;BtD////////////////////QAAAAAAAAAAAAAAAAAAAAAMr/////////////////////KwAAAAAA&#10;AAAAAAAAAAAAAMj/////////////////////gAAAAAAAAAAAAAAAAAAAAMv/////////////////&#10;////9xYBBQUDAQAAAAAAAQYNGMv///////////////////////zr4djPzM3P0NLU19zi6v//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////x2sb/////////////&#10;//////////////////HGo4RoTTIYABWr//////////////////////////+5fEYYAAAAAAAAAABx&#10;////////////////////////13wvAAAAAAAAAAAAAAA74//////////////////////fZAkAAAAA&#10;AAAAAAAAAAAMtf////////////////////90AwAAAAAAAAAAAAAAAAAAjf//////////////////&#10;/8UVAAAAAAAAAAAAAAAAAAAAav///////////////////5kAAAAAAAAAAAAAAAAAAAAAS///////&#10;/////////////7YAAAAAAAAAAAAAAAAAAAAAMP3//////////////////9cAAAAAAAAAAAAAAAAA&#10;AAAAGef///////////////////YAAAAAAAAAAAAAAAAAAAAABdP///////////////////8OAAAA&#10;AAAAAAAAAAAAAAAAAMH///////////////////8vAAAAAAAAAAAAAAAAAAAAAK//////////////&#10;//////9SAAAAAAAAAAAAAAAAAAAAAJ7///////////////////95AAAAAAAAAAAAAAAAAAAAAI7/&#10;//////////////////+lAAAAAAAAAAAAAAAAAAAAAID////////////////////YAAAAAAAAAAAA&#10;AAAAAAAAAHT/////////////////////NgAAAAAAAAAAAAAAAAAAAG3/////////////////////&#10;fAAAAAAAAAAAAAAAAAAAAGn/////////////////////1w0AAAAAAAAAAAAAAAAAAGj/////////&#10;/////////////3AAAAAAAAAAAAAAAAAAAGH///////////////////////9QPEZOVFldYWRobHB2&#10;fon/////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////+/Vu6OLc1qV////&#10;///////////////////////4v45kQSEFAAAAAABS/P//////////////////////951WGAAAAAAA&#10;AAAAAAAXwf/////////////////////lbBYAAAAAAAAAAAAAAAAAjf////////////////////9j&#10;AAAAAAAAAAAAAAAAAAAAXv///////////////////50AAAAAAAAAAAAAAAAAAAAANfz/////////&#10;/////////6EAAAAAAAAAAAAAAAAAAAAAEdn//////////////////8oAAAAAAAAAAAAAAAAAAAAA&#10;ALv//////////////////+4AAAAAAAAAAAAAAAAAAAAAAKH///////////////////8MAAAAAAAA&#10;AAAAAAAAAAAAAIr///////////////////8tAAAAAAAAAAAAAAAAAAAAAHb/////////////////&#10;//9NAAAAAAAAAAAAAAAAAAAAAGT///////////////////9vAAAAAAAAAAAAAAAAAAAAAFL/////&#10;//////////////+UAAAAAAAAAAAAAAAAAAAAAED///////////////////+8AAAAAAAAAAAAAAAA&#10;AAAAADD////////////////////qDgAAAAAAAAAAAAAAAAAAACL/////////////////////RAAA&#10;AAAAAAAAAAAAAAAAABX/////////////////////gQAAAAAAAAAAAAAAAAAAAAv1////////////&#10;////////yAsAAAAAAAAAAAAAAAAAAALs/////////////////////14AAAAAAAAAAAAAAAAAAADl&#10;/////////////////////8kcAAAAAAAAAAAAAAAAAADa//////////////////////+dAQAAAAAA&#10;AAAAAAAHDhfF////////////////////////1bm8wcfO1dvh5u30+///////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////+N/P/////////////////////////////+zGpYhtVDsh&#10;BwAy3v///////////////////////9eSWSkAAAAAAAAAAAAAoP//////////////////////iTYA&#10;AAAAAAAAAAAAAAAAZ/////////////////////9mAAAAAAAAAAAAAAAAAAAAMvb/////////////&#10;/////5UAAAAAAAAAAAAAAAAAAAAAA8j//////////////////6cAAAAAAAAAAAAAAAAAAAAAAKD/&#10;/////////////////9cAAAAAAAAAAAAAAAAAAAAAAHz///////////////////8AAAAAAAAAAAAA&#10;AAAAAAAAAF7///////////////////8lAAAAAAAAAAAAAAAAAAAAAEP///////////////////9I&#10;AAAAAAAAAAAAAAAAAAAAACz///////////////////9qAAAAAAAAAAAAAAAAAAAAABj/////////&#10;//////////+LAAAAAAAAAAAAAAAAAAAAAAXz//////////////////+vAAAAAAAAAAAAAAAAAAAA&#10;AADh///////////////////VAAAAAAAAAAAAAAAAAAAAAADP////////////////////JAAAAAAA&#10;AAAAAAAAAAAAAAC+////////////////////VAAAAAAAAAAAAAAAAAAAAACu////////////////&#10;////iwAAAAAAAAAAAAAAAAAAAACf////////////////////yw4AAAAAAAAAAAAAAAAAAACS////&#10;/////////////////1cAAAAAAAAAAAAAAAAAAACG/////////////////////6oKAAAAAAAAAAAA&#10;AAAAAAB5//////////////////////9tAAAAAAAAAAAAAAAAAABm///////////////////////3&#10;VQAAAAAAAAAAAAAAAABF/////////////////////////2ojKzU/SlVganV+h5Gc////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////oz7adg2lOuf/////////////////////////ssoNc&#10;Oh0CAAAAAAAAe///////////////////////xW0pAAAAAAAAAAAAAAAAQP//////////////////&#10;//+DGwAAAAAAAAAAAAAAAAAAB8v//////////////////5IAAAAAAAAAAAAAAAAAAAAAAJj/////&#10;/////////////6QAAAAAAAAAAAAAAAAAAAAAAGr//////////////////90AAAAAAAAAAAAAAAAA&#10;AAAAAEH///////////////////8OAAAAAAAAAAAAAAAAAAAAAB3///////////////////85AAAA&#10;AAAAAAAAAAAAAAAAAADo//////////////////9gAAAAAAAAAAAAAAAAAAAAAADO////////////&#10;//////+FAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+oAAAAAAAAAAAAAAAAAAAAAACj&#10;///////////////////LAAAAAAAAAAAAAAAAAAAAAACQ///////////////////vFgAAAAAAAAAA&#10;AAAAAAAAAAB9////////////////////PgAAAAAAAAAAAAAAAAAAAABs////////////////////&#10;aQAAAAAAAAAAAAAAAAAAAABa////////////////////mQAAAAAAAAAAAAAAAAAAAABJ////////&#10;////////////0hYAAAAAAAAAAAAAAAAAAAA5/////////////////////1gAAAAAAAAAAAAAAAAA&#10;AAAp/////////////////////6IAAAAAAAAAAAAAAAAAAAAZ//////////////////////VWAAAA&#10;AAAAAAAAAAAAAAAE//////////////////////+7LwAAAAAAAAAAAAAAAAAA+P//////////////&#10;////////qykAAAAAAAAAAAAAAAAAz////////////////////////8lHAAAAAAcTIC4+UmiE7f//&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////TVyf////////////////////////////rSsJJ3XUIoDAAASv//////////////////////&#10;/8V9RRcAAAAAAAAAAAAAEdj////////////////////EUAAAAAAAAAAAAAAAAAAAAJ//////////&#10;/////////6IMAAAAAAAAAAAAAAAAAAAAAGj//////////////////5QAAAAAAAAAAAAAAAAAAAAA&#10;ADb//////////////////9oAAAAAAAAAAAAAAAAAAAAAAAfs//////////////////8VAAAAAAAA&#10;AAAAAAAAAAAAAADE//////////////////9IAAAAAAAAAAAAAAAAAAAAAACi////////////////&#10;//91AAAAAAAAAAAAAAAAAAAAAACD//////////////////+dAAAAAAAAAAAAAAAAAAAAAABp////&#10;///////////////DAAAAAAAAAAAAAAAAAAAAAABS///////////////////nDwAAAAAAAAAAAAAA&#10;AAAAAAA+////////////////////MwAAAAAAAAAAAAAAAAAAAAAr////////////////////WAAA&#10;AAAAAAAAAAAAAAAAAAAY////////////////////gQAAAAAAAAAAAAAAAAAAAAAF////////////&#10;////////rAAAAAAAAAAAAAAAAAAAAAAA////////////////////3iIAAAAAAAAAAAAAAAAAAAAA&#10;8v///////////////////1wAAAAAAAAAAAAAAAAAAAAA3////////////////////58AAAAAAAAA&#10;AAAAAAAAAAAAzP///////////////////+hKAAAAAAAAAAAAAAAAAAAAt///////////////////&#10;//+gFgAAAAAAAAAAAAAAAAAAnP//////////////////////egIAAAAAAAAAAAAAAAAAd///////&#10;/////////////////3oLAAAAAAAAAAAAAAAFTP////////////////////////+iV2h0gI2cq7zQ&#10;5///////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////t4///////////////////////////0qN6WDopIxwWDgYAAJ//////////////&#10;////////rFIOAAAAAAAAAAAAAAAAAGn//////////////////+RDAAAAAAAAAAAAAAAAAAAAADT/&#10;/////////////////3kAAAAAAAAAAAAAAAAAAAAAAADj/////////////////80AAAAAAAAAAAAA&#10;AAAAAAAAAACy//////////////////8TAAAAAAAAAAAAAAAAAAAAAACF//////////////////9P&#10;AAAAAAAAAAAAAAAAAAAAAABd//////////////////+DAAAAAAAAAAAAAAAAAAAAAAA6////////&#10;//////////+yAAAAAAAAAAAAAAAAAAAAAAAc///////////////////bAwAAAAAAAAAAAAAAAAAA&#10;AAAC////////////////////KgAAAAAAAAAAAAAAAAAAAAAA+///////////////////TwAAAAAA&#10;AAAAAAAAAAAAAAAA5///////////////////dAAAAAAAAAAAAAAAAAAAAAAA1P//////////////&#10;////mwAAAAAAAAAAAAAAAAAAAAAAwP//////////////////xAcAAAAAAAAAAAAAAAAAAAAArf//&#10;////////////////8DMAAAAAAAAAAAAAAAAAAAAAmv///////////////////2cAAAAAAAAAAAAA&#10;AAAAAAAAhv///////////////////6MAAAAAAAAAAAAAAAAAAAAAcv///////////////////+NE&#10;AAAAAAAAAAAAAAAAAAAAXP////////////////////+RBgAAAAAAAAAAAAAAAAAAQf//////////&#10;///////////rXwAAAAAAAAAAAAAAAAAAHf//////////////////////yksAAAAAAAAAAAAAAAAA&#10;AP///////////////////////8tXAAAMGCQxP05gdIunx///////////////////////////1+fy&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////69TNx8K+urezsK2pqKX/////&#10;///////////////dflM/MCMZEQkCAAAAAAAAAADb/////////////////3YAAAAAAAAAAAAAAAAA&#10;AAAAAACn/////////////////7oAAAAAAAAAAAAAAAAAAAAAAAB1//////////////////8HAAAA&#10;AAAAAAAAAAAAAAAAAABG//////////////////9OAAAAAAAAAAAAAAAAAAAAAAAa////////////&#10;//////+MAAAAAAAAAAAAAAAAAAAAAAAA/f/////////////////BAAAAAAAAAAAAAAAAAAAAAAAA&#10;2//////////////////xGQAAAAAAAAAAAAAAAAAAAAAAvv//////////////////RAAAAAAAAAAA&#10;AAAAAAAAAAAApP//////////////////awAAAAAAAAAAAAAAAAAAAAAAjf//////////////////&#10;kQAAAAAAAAAAAAAAAAAAAAAAef//////////////////twAAAAAAAAAAAAAAAAAAAAAAZv//////&#10;////////////3iEAAAAAAAAAAAAAAAAAAAAAU////////////////////0oAAAAAAAAAAAAAAAAA&#10;AAAAP////////////////////3cAAAAAAAAAAAAAAAAAAAAAK////////////////////6wKAAAA&#10;AAAAAAAAAAAAAAAAFv///////////////////+dFAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;//////+KAAAAAAAAAAAAAAAAAAAAAP/////////////////////WTQAAAAAAAAAAAAAAAAAAAP3/&#10;////////////////////py4AAAAAAAAAAAAAAAAAANX//////////////////////5gqAAAAAAAA&#10;AAAGGC1FYOD///////////////////////+oY3SBj5yru83i+v//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////58u3qZ2VjomEgHx4dHBsaGWQ/////////////////7xqSC0ZCgAA&#10;AAAAAAAAAAAAAAAx//////////////////8AAAAAAAAAAAAAAAAAAAAAAAAD////////////////&#10;//9CAAAAAAAAAAAAAAAAAAAAAAAA3P////////////////+OAAAAAAAAAAAAAAAAAAAAAAAAsv//&#10;///////////////OAAAAAAAAAAAAAAAAAAAAAAAAjf//////////////////KQAAAAAAAAAAAAAA&#10;AAAAAAAAa///////////////////WgAAAAAAAAAAAAAAAAAAAAAATv//////////////////hgAA&#10;AAAAAAAAAAAAAAAAAAAANP//////////////////rgAAAAAAAAAAAAAAAAAAAAAAHv//////////&#10;////////1BcAAAAAAAAAAAAAAAAAAAAACv//////////////////+j0AAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////2UAAAAAAAAAAAAAAAAAAAAAAP///////////////////44AAAAAAAAA&#10;AAAAAAAAAAAAAP///////////////////7wZAAAAAAAAAAAAAAAAAAAAAO//////////////////&#10;//FOAAAAAAAAAAAAAAAAAAAAANj///////////////////+LAAAAAAAAAAAAAAAAAAAAAL//////&#10;///////////////MQwAAAAAAAAAAAAAAAAAAAKH/////////////////////kRkAAAAAAAAAAAAA&#10;AAAAAHr/////////////////////8nQKAAAAAAAAAAAAAAAAEV///////////////////////+h0&#10;Ex8sOEVTYnKFm7TS9f//////////////////////////1+j0////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////79/Px7uzr6+zx///////////////////Z&#10;spmHeW1kXVZRS0ZBPDgyLSgjxP////////////////9LJQsAAAAAAAAAAAAAAAAAAAAAkv//////&#10;//////////+IAAAAAAAAAAAAAAAAAAAAAAAAZv/////////////////XAAAAAAAAAAAAAAAAAAAA&#10;AAAAPf//////////////////MwAAAAAAAAAAAAAAAAAAAAAAGP//////////////////bAAAAAAA&#10;AAAAAAAAAAAAAAAAAP//////////////////nQAAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////yQwAAAAAAAAAAAAAAAAAAAAAAPb/////////////////8TUAAAAAAAAAAAAAAAAAAAAAAN//&#10;/////////////////1sAAAAAAAAAAAAAAAAAAAAAAMv//////////////////4IAAAAAAAAAAAAA&#10;AAAAAAAAALf//////////////////6kGAAAAAAAAAAAAAAAAAAAAAKP//////////////////9Mv&#10;AAAAAAAAAAAAAAAAAAAAAI3///////////////////9eAAAAAAAAAAAAAAAAAAAAAHf/////////&#10;//////////+TBwAAAAAAAAAAAAAAAAAAAF7////////////////////NQwAAAAAAAAAAAAAAAAAA&#10;AED/////////////////////hxAAAAAAAAAAAAAAAAAAABz/////////////////////2F4AAAAA&#10;AAAAAAAAAAAAAAD//////////////////////79OAAAAAAAOHCw+UmqGpcj/////////////////&#10;///////CfIyap7bF1uj9////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////u4dfPycO+uraxramnpqanrv////////////////++hm1bTEA3LygiHBYQCwQAAAAA&#10;FP/////////////////XBQAAAAAAAAAAAAAAAAAAAAAAAP//////////////////NAAAAAAAAAAA&#10;AAAAAAAAAAAAAPb/////////////////dgAAAAAAAAAAAAAAAAAAAAAAANL/////////////////&#10;sAAAAAAAAAAAAAAAAAAAAAAAALL/////////////////4SQAAAAAAAAAAAAAAAAAAAAAAJb/////&#10;/////////////1EAAAAAAAAAAAAAAAAAAAAAAHz//////////////////3kAAAAAAAAAAAAAAAAA&#10;AAAAAGb//////////////////6AAAAAAAAAAAAAAAAAAAAAAAFH//////////////////8cjAAAA&#10;AAAAAAAAAAAAAAAAADz//////////////////+5LAAAAAAAAAAAAAAAAAAAAACf/////////////&#10;//////90AAAAAAAAAAAAAAAAAAAAABD///////////////////+jFgAAAAAAAAAAAAAAAAAAAAD/&#10;///////////////////YTAAAAAAAAAAAAAAAAAAAAAD/////////////////////iA8AAAAAAAAA&#10;AAAAAAAAAAD/////////////////////y1MAAAAAAAAAAAAAAAAAAAD/////////////////////&#10;/6U4AAAAAAAAAAAJHTROa4z///////////////////////+ZOUNRX259jqC1y+X/////////////&#10;////////////////6/n/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////68y5rKGZkYuGgXx4&#10;dHBraGZmaPH/////////////////YUUyIxgOBgAAAAAAAAAAAAAAAJ7/////////////////fgAA&#10;AAAAAAAAAAAAAAAAAAAAAHX/////////////////wwAAAAAAAAAAAAAAAAAAAAAAAFL/////////&#10;////////+zcAAAAAAAAAAAAAAAAAAAAAADL//////////////////2oAAAAAAAAAAAAAAAAAAAAA&#10;ABb//////////////////5YAAAAAAAAAAAAAAAAAAAAAAAD//////////////////78bAAAAAAAA&#10;AAAAAAAAAAAAAAD//////////////////+ZCAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//9pAAAAAAAAAAAAAAAAAAAAAAD///////////////////+QAgAAAAAAAAAAAAAAAAAAAAD/////&#10;//////////////+5LAAAAAAAAAAAAAAAAAAAAAD0///////////////////oXAAAAAAAAAAAAAAA&#10;AAAAAADZ////////////////////kRgAAAAAAAAAAAAAAAAAAAC8////////////////////ylMA&#10;AAAAAAAAAAAAAAAAAACd/////////////////////5guAAAAAAAAAAAAABApRmbE////////////&#10;/////////+5/HQwaKDdGV2l+la/M7v/////////////////////////noKq5yNjp/P//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////////////31&#10;8Ovm4t/b2NTS0dDS1+D/////////////////zp6KfHFpYVtWUUxIQz46NjIvLjH/////////////&#10;////0iURAwAAAAAAAAAAAAAAAAAAAAD//////////////////0IAAAAAAAAAAAAAAAAAAAAAAAD/&#10;/////////////////30AAAAAAAAAAAAAAAAAAAAAAAD//////////////////7ALAAAAAAAAAAAA&#10;AAAAAAAAAAD2/////////////////905AAAAAAAAAAAAAAAAAAAAAADc//////////////////9i&#10;AAAAAAAAAAAAAAAAAAAAAADF//////////////////+JAAAAAAAAAAAAAAAAAAAAAACv////////&#10;//////////+vIgAAAAAAAAAAAAAAAAAAAACZ///////////////////WSAAAAAAAAAAAAAAAAAAA&#10;AACC////////////////////cgAAAAAAAAAAAAAAAAAAAABp////////////////////oSgAAAAA&#10;AAAAAAAAAAAAAABO////////////////////01wAAAAAAAAAAAAAAAAAAAAz////////////////&#10;/////5YuAAAAAAAAAAAAAAAVMlJ3/////////////////////+ByEwAAAQ8fL0JYcIuoyOz/////&#10;///////////////////Kb25+jp6ww9jv////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////ng0sjAurWwrKilop+dm5ucoKf/////&#10;/////////////4JkVktDPDYwKyciHRgTDgkEAADU/////////////////5IAAAAAAAAAAAAAAAAA&#10;AAAAAACt/////////////////8weAAAAAAAAAAAAAAAAAAAAAACL//////////////////tSAAAA&#10;AAAAAAAAAAAAAAAAAABt//////////////////+AAAAAAAAAAAAAAAAAAAAAAABR////////////&#10;//////+pGwAAAAAAAAAAAAAAAAAAAAA6///////////////////QQgAAAAAAAAAAAAAAAAAAAAAj&#10;///////////////////1aAAAAAAAAAAAAAAAAAAAAAAM////////////////////jxQAAAAAAAAA&#10;AAAAAAAAAAAA////////////////////uD4AAAAAAAAAAAAAAAAAAAAA////////////////////&#10;5W0DAAAAAAAAAAAAAAAAAAAA/////////////////////583AAAAAAAAAAAAAAAQL1B0////////&#10;/////////////91yFAAAAAAGFypBWnWUttr///////////////////////+8WERUZHWGmq/I4///&#10;////////////////////////////0s3h8f//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////Pv6+/3/&#10;/////////////////////+65qJ2Wj4qGgn97eHZ0cnN1eH+Q/////////////////+tPOjAoIRsV&#10;EAsHAgAAAAAAAAAj//////////////////9pAAAAAAAAAAAAAAAAAAAAAAAA////////////////&#10;//+bCgAAAAAAAAAAAAAAAAAAAAAA///////////////////IOQAAAAAAAAAAAAAAAAAAAAAA////&#10;///////////////wYwAAAAAAAAAAAAAAAAAAAAAA////////////////////ig4AAAAAAAAAAAAA&#10;AAAAAAAA////////////////////sDQAAAAAAAAAAAAAAAAAAAAA////////////////////1VsA&#10;AAAAAAAAAAAAAAAAAAAA/////////////////////4UaAAAAAAAAAAAAAAAAAAAD7P//////////&#10;/////////7FJAAAAAAAAAAAAAAAYOV2B/////////////////////+V7HgAAAAAADCE4Um+Ps9n/&#10;//////////////////////+7WCk5SVpsgJewze3/////////////////////////////s560xdfr&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////+u/n4dzZ1tTS0NDQ0dPZ4Ov3//////////////////+4&#10;in53cWxoZGFeW1lYV1dZXmVx//////////////////+/MR8WEAoFAAAAAAAAAAAAAAAA////////&#10;///////////tVgAAAAAAAAAAAAAAAAAAAAAA6P//////////////////ggQAAAAAAAAAAAAAAAAA&#10;AAAAzP//////////////////qy8AAAAAAAAAAAAAAAAAAAAAs///////////////////0lcAAAAA&#10;AAAAAAAAAAAAAAAAm///////////////////93wQAAAAAAAAAAAAAAAAAAAAhf//////////////&#10;/////6I3AAAAAAAAAAAAAAAAAAUrlP///////////////////8thAgAAAAAAAAAAAAwsUHae0f//&#10;//////////////////WNMAAAAAAADSM7V3aZvuX////////////////////////DYxgqO0xfdI2n&#10;xuf/////////////////////////////qH+WqLvQ5///////////////////////////////////&#10;//3/////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////3c7Fv7y5trSzsbKytbnAydXj////////////////////l2xkXllVUU9MSkhHRkhLUFlm&#10;of//////////////////pyYOBwIAAAAAAAAAAAAAAAAAVv//////////////////zlAAAAAAAAAA&#10;AAAAAAAAAAAAOv//////////////////9HkLAAAAAAAAAAAAAAAAAAAAIf//////////////////&#10;/58yAAAAAAAAAAAAAAAAAAAADv///////////////////8RYAAAAAAAAAAAAAAAACDFahP//////&#10;/////////////+l/HwAAAAAAAAAABidLcZrC6f////////////////////+nSQAAAAACFy9KaIqu&#10;1fz////////////////////////TdR4mOEpedY+ry+//////////////////////////////rnKF&#10;mKzC2/b//////////////////////////////////9/v////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////7+yqqajoaCfn6Gj&#10;pqy0wM3d7P///////////////////4paU09LSEZEQ0JBQkNHTllpff///////////////////54u&#10;BgAAAAAAAAAAAAAAAAAAAP///////////////////8NWAAAAAAAAAAAAAAAAAAAVQf//////////&#10;/////////+d7GgAAAAAAAAAAAAAJNGCLtP////////////////////+fPwAAAAAAAAAEJUpxmcLr&#10;///////////////////////GZg8AAAATKkRig6fN9f/////////////////////////rjjUrPlFo&#10;gZ283v//////////////////////////////vnZ/lKnB3Pn/////////////////////////////&#10;/////9LY8///////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////9vLw&#10;7+/v8fP4/f////////////////////////////iwn5qXlpaWmJufpKy2wtHh7v//////////////&#10;//////6OUEpHRUREREVGR0tRWmiDqf////////////////////+mQQEAAAAAAAAAAAc2Y4+64f//&#10;///////////////////GZQoAAAAAAAQnTHOcxOz////////////////////////liC8AABMqRGKC&#10;psz0////////////////////////////q1A2SmF7lrTW+v//////////////////////////////&#10;0od8mLHL6f///////////////////////////////////9TO7f//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////7eXj4+Tm6O3x+f//////////////&#10;///////////////9sZSSkpWZnaOpsrzQ7f//////////////////////////nVNHSU1RVmBziq/W&#10;/P//////////////////////////slYAGjVQbYuu0vf/////////////////////////////zW8+&#10;X3uZt9f5////////////////////////////////7p+DpsLh////////////////////////////&#10;/////////+PO6///////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////wAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAA////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////8AAAD/7gAOQWRvYmUAZEAAAAAC/9sAhAABAQEBAQEB&#10;AQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAgICAgICAgICAgIDAwMDAwMDAwMD&#10;AQEBAQEBAQEBAQECAgECAgMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwP/wAAUCAD7AmQEAREAAhEBAxEBBBEA/90ABABN/8QBogAAAAYCAwEAAAAAAAAAAAAA&#10;BwgGBQQJAwoCAQALAQAABgMBAQEAAAAAAAAAAAAGBQQDBwIIAQkACgsQAAIBAwQBAwMCAwMDAgYJ&#10;dQECAwQRBRIGIQcTIgAIMRRBMiMVCVFCFmEkMxdScYEYYpElQ6Gx8CY0cgoZwdE1J+FTNoLxkqJE&#10;VHNFRjdHYyhVVlcassLS4vJkg3SThGWjs8PT4yk4ZvN1Kjk6SElKWFlaZ2hpanZ3eHl6hYaHiImK&#10;lJWWl5iZmqSlpqeoqaq0tba3uLm6xMXGx8jJytTV1tfY2drk5ebn6Onq9PX29/j5+hEAAgEDAgQE&#10;AwUEBAQGBgVtAQIDEQQhEgUxBgAiE0FRBzJhFHEIQoEjkRVSoWIWMwmxJMHRQ3LwF+GCNCWSUxhj&#10;RPGisiY1GVQ2RWQnCnODk0Z0wtLi8lVldVY3hIWjs8PT4/MpGpSktMTU5PSVpbXF1eX1KEdXZjh2&#10;hpamtsbW5vZnd4eXp7fH1+f3SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6SlpqeoqaqrrK2ur6&#10;/9oADgQBAAIRAxEEAAA/ADddk1OxeocPXb17A3JisPtfL712fgti1xrhTr2RtLstKGi3vk8nRyxr&#10;S4Ov6bOSmj3Hj3SKlMqoKZz5EBJZPvtrD7kbL7I+6vtHLYe4k99uFhua21zKlla21uGbadzia5Qm&#10;ax3khI4mV1kjPjSaikZHSbZPaTmCazu9w5L5ga9WS1+qCOrFhcxLT6eEoOPhoAmv49YJqa0PntD4&#10;f9yfJro9d7fGvf8AtzeGx9u/GjBbs2zjN1bTosrv/Zvya6SyrVn+gc53bm5J85HnszkqSnqsbume&#10;Kqr5sY8ULo3mWaQvu99jbhwXYPSdP07trqfG1tJXb06s/j+6MvnYcxP1TuzYuY2tk9vz4qnkmqdy&#10;7Iw1BkpmqqJ5Hlmk+0ailRlaIxN96X295z58vb3lHb5Nzhs96sbeVkhlT92SSWsyXKtcFf0Yrjxo&#10;kks59NEdHJBJHUwe1sTR2r7hvN1E+mTx3Z1Alt5AFbTDwrocaSpyKtXqxr4V/LLZlB8ae9e9PkVu&#10;7dFa/WdRt3tft7bx2hRwVmyewsjU0sr5rEJhaCivk9wVvgDQyQ0tTSvHOanWGaY4utehu2dibg2n&#10;RdYUdd1ntTc27MJSbh2tksjnshncXBtralHh8NvLYtTVQ12Wroe6920hnShrftYqegqYjEWmCqRT&#10;yx7F2PJvIu+2O8+5clxtl1tdxcXEdnJHqstxNZJreW5t62jQWlmdbm4TUkkbK4VtZ6G3MnPljukq&#10;loI2lt2JWThVXYsI9J+Ig5FCSTw4U6CzvH+a78MNyZ/Obcze0cH8kezessBtnLdfZCo25S0WM3nW&#10;743iIqzbmNx2ajx0+M3D1nQTUSTVeLqKxchVzMsBCtKI1733SYbb/wAZOzdv7GyGx8hntoVW4Nvd&#10;y7g2zkoKLG7Jye48zT1fY+H3VHhMDkRvLO5XILTDOlJ4qOnyAVGNO8Rhbn97s7dsB2D293jki18X&#10;20vd0gFtexPJJ+9Lm3gd7YhJBGtuAGMtlUsTEGaEyLICpvyduW675v8AFPvbSRxIF+kjZH1CNcFw&#10;2MMe1TSp0sW6O58L+0OzN6fJXtim7ppewOss9ubZ1Dvnq7o/tPAYCh3DRdY43LttSLdGGrsXubK1&#10;NLj6PKiSnkoqukpcoi1SGr8pCytRnI12byIQwuQoeJmut1YXH0VmH+swt/X2D1GBoYU+w/6v83WS&#10;UIEa1BGnj5ivkD9p44p8+rYveFHUFl16mBvpMYZxqHAPAHqPAI5/2PuzKSAQuKetP9Xz6tM5BjOl&#10;qUIBHw0Hp5YP59e9+aUqLBQou17k63DEBwU+vjQ2ufqR/h72EqRViT/IemfXq+SaFyXp+GlB6Z9e&#10;ve+CzOfyeGd/R+2HT6MtzfUsg4J4H+x97KL/AMXmh/zjj1b9JSpV88KEVz5/Lr3vosVNuOADIguy&#10;Dk24KnWyX4H5PPvYAIz+Xr/sV61qqhGsAk4/4vyHXvfFpJCvoBZQE0IGDqVF9JVRwuluWA/V/j72&#10;qrXuNDnPD/V8vTqsYT4Wc6j+2nma/wAvl173z8hYPqVNBBGtSoZWFn9JtqK2Nvr9PddNKaSa9eNT&#10;mNm1caHhThX7R69e98DKv1clrafQo/bP9pWJ5AZL/m9+be7aCMD9p4/6vs6150wG/n+3r3vzBl5Q&#10;eojy2ADEBhqKlTbTrY+n/E829+XScMccP9X2efTqlBrAwKAcPM8f8uePp173h8rqFLNzpHJU2Ys/&#10;pjsuqzKLg/63H19uaASRp8/X5cfz/wBXDrx06mBSgJA4+dOP2H+XXvfkkGq5J1s7Bgv7mi9jzq+r&#10;En/X/r78ymlB8IH2V6cZDQsMD7P2fb9vXveUzkm2olVGkKhFxzYm4+i6uLc+2xH50yfP/V/h6aIj&#10;CtUktXHXveHyM7EsyMzAoovYgk6WU8gGzf8AFfbmkKAACAM9X8UkiMRlQB/Pif8AV8+ve/ayx0Fv&#10;G6rYWUqrpa11AsxdTxf6H/W9+0gCtKqf8P8AmP8ALrzMgIcsfCrkcc+n2V6976L6gSTyS63DF+dN&#10;iH0nVErj/b/1970gGg4fs/Z69VJUBiWzknjx9AP8nn1734uxJAQqwjCl72LEW59X1WP6D6m3vQUY&#10;JNQTw/1evn8+tiRRp1PgEHGfL/D8vLr3vjdwFWVI1sx06gukyA/1UnSgU8En8m3veCSyMTj+X+fq&#10;5kWVlMbEMKZPkPT5mueve+ZlQ869Ju7emxBVSVBQ21gfUD6kj3oIcdteH+r/AFcOtAjRqp204mtQ&#10;fs4f5+ve+SyLof8AU2mygkkaipsqXuT4xe9hwT70Vaq8M/6q/b1Vj3eG5Gk5oMD5g+VfTPXvcYyM&#10;7m6hldidbAnTpILeRQCGAsbN+T/X26FUKO6hH+rH+UenT7FfCYotGHlXOfn1730ZFL3EjOzkWHOl&#10;zYgrzwGH0FjYg+/BTpppoB/LqtZHShYGlePGtM08uve+UTBh6GRhYmyt60txIERgulh9Lci/HvTL&#10;Q9wP+Q+memGGrJwlKj0I8uHH9nXvfvInKldIUqr+T0l4wfREGW5EqMeStl/H9fewpwa5ORTyPmfs&#10;PkDnp0Er+Mlq0xmmP8vXvfHWwvqQ2BIUrfSQ1gysBdVY2+v+F7e96QcBv28f9nqiqjgnxKOBwIpw&#10;4Z8/mPn8uve+JZSFDlgo9WgkXW4OhUcadTMxsPqB9ffgpqxAqfX/AGP8PTisoP6SVx5ClPmfkD17&#10;32CLXVgRYOzBgNIUqAQGHLj6k8gge/eeRnh/qp5deErsyhviBpQCoPz+dfKnDr3vsaE8nLAAjWrk&#10;HSbMAGubhWP0ANiR71ltPn6U63rMrUNKD0x9i18z6k9e99JKAhYtoAJdrepbqfzGASEJ597ZCWAA&#10;qf8AP8/XrTuzMqKF+2nH519fKnmOve+SS8Mmr6EFgGVZfVfQTxpbUWsOT+PemT4TTy/Lp2RygPhq&#10;Aafb+yma/wAuve+JmZbOgZ1VjYHhBJc6hIV9Vze9j6QRf3sRg9rYP+T5f6q9U1oVFZQWpxx68RX5&#10;eXHr3vwm1WAUgBWu1gSXQqFYaxYG3B1fUjj34x0qa5r/AC/1cKdXcUUVm1ACvbjy9K8fLr3sy3xu&#10;2Xl9x7hqtx7WyW1KbeeyKPPZ7EHK1uTGToaalwFR97Vz0Ylo9uUuGrad5YIZaiSaoqKomnjiZWt7&#10;z5+6Vyby9sXtp74+/nO3K+x7zyzse3aI7e68S5uY5IWjnuZI9vgOuVJLV2iEk4WAMGzUOesX/frn&#10;OSC95d5Q2y4vLe7uZEZ3TTFHoftWszmpYOo1BRRFo9dVB0V35KdhYLbNLs/Zu46XfUVD2NvDaOz6&#10;PI7Rr4sS8mU3BnoqKnpqevopHz61WPSI1dU0UcdPTUStPJMNAUmJ3BBjdz9R5Gk6jwKbl2PX7Xo8&#10;hv8A27R7fxJ7A3NDRbvpYd20OKh2w84xFZmI2gSSEwKNv0tB5hIPS0fUP2csrj2f5Y2r3s5M9v5N&#10;l9ud1tob3buXZlbbo4LqS4VG3LcrnTJLeQttrmS0DF0NyYIlBibX1ijvN9e8xb03L/PW9yXPMVtc&#10;yIJBJqiWLSzRKuVDMobuIr4jAs38PRAM7kc7tTuTaGT+UG8mx28B3BXbe6g3dgavO0vUGz6ms6sy&#10;ea2HNvzIb3rds05x+35cXWRU1ZHI1Vu7LZNsfLH5HdZFduXaf94stgI9v7w64p9kbRpG2ftPrnC7&#10;7xOO29staLJZPFV+3d1ZKdMg+88rVU1ZL95JQCOiM9QXpK+piswk/wBgPvW+2HunzTzR7X7fyZZy&#10;e7O139/fLu8iveol3JcXDbVJBG5S9S61rp3MqUiDqEiDJJEwjx+W7Dka3i3a82/cY5L1mdrjwC7s&#10;E0uZVAIRACoWIMR4iAlkUgjqF01u5uutnZ3Mbg6v+QDbn7B3vkt9bz7b3Z09ujcHYXbCVGEwm7Md&#10;2Fs3b+LraJ+qdnYzICkoMVjMvG2Vp6DErHW4qjmDxha7F6zn25VZPLVMVZVVm+MlT1lcKJ6d9l1O&#10;6NtY6r2/jlwm2cjT0m9Mb19isDjoKaPDVlNNHV1XknhllknDewVs33Wdh5r5kvfdX7wm3ctb97py&#10;bbW+it4LiIT3jMXuJbmZ2Ed34ISBLYwRJ4KgGRWcY1efeD8S7u+UuXdyvbLbbc+K08rvFOskig+M&#10;GYeBUlmdmRyATpcKB0l9891b0m2NU0u299U2KxOCir8tU7ajrcrX9kR9Zbnlw8mSiy3ZWHy+c2C3&#10;bGV3Fma2rqMviMnBHjcfUU4qaaBqWoRgM39tXE7r2cmQyHx+O2uz59rtm+x8TTZjIY3NbAqauvq6&#10;eDdOGoDPLFWUQgi+9qaGth8qwKYJAHDNGT+7/wByT2Z93+TuZ/cvnjnjc9o3m/tg21blPdC8s7Oc&#10;ydkM0SCNTt0jskUrMA1vEWlidZanoUcjfeI5z5H3GazF9t++7TJPILeaFCHvAioNDzDu8aOpoRqV&#10;yQWOitTP9Idg7k25ncdDWfJzGbv6Fn3Xhdp9FZ7J4ba803aEVZgoIpNkZvcrQUFbFlsfmnSHHZaF&#10;n/ibXaQFWjSQI6z441W4JKzC7GhxabioKrHZGKep3fUV396sIMHQ4N6fae0a2kpc1Edwbwgq8vHL&#10;WMlVjI6qPGFZE8U3vlhvf3H9/wBu2S6mPMyQ8y7SGttygYJPbNePOotHsLm1jMs8MsLRo7GEwVkj&#10;l8TWk46yb2/74nK1xJt6S7XNIt3CXVKBJItFPEhkJJQyKAxVa96qWwCKGMn+Tu39tri81u+LIw7K&#10;ytXm8bV7tx2BqK3AbKyeFafJVtPvjctBW12BoKeiw8iIKmCSaGqkp5pUKKvjBV6oFKmtopHp5Xos&#10;jW46pNJPFVwmtxtXNj6xYqqBnp38FZTSRtpJCMhBNwR7wZ3DbLvZ9wvNtvomjvrd2R1YEFWU5FDn&#10;5g/iBBGCOstdl3iw3jbLDedukcW9zAsiMaVCsK6GAJo6/iArpNRXo0FBXUmUoaLJ0E61NDkaSmrq&#10;KpQMEqKSrhSopp0DqrhZYZFYXANjyPZ7/jJuyhrut957WndcnnJ8zFis5kc69fisNtLrrKU8kFPW&#10;7k3vWtLRpT0rfdfw6hp2108s1MEUazfvx/dmc2coQfd+5ifebG9srGx3lRuN/c3KR2V1dzGOOxt7&#10;BWlaX6pFNtDLHHDGjM8ZLFpAesW/drZ3h368fTEloVRwVYaxUnJUAHV4mS2TTDUUVFUfzb23mcd3&#10;hsLsesmnxWytmbbyO4sDiNnV+NzHY29uz6GSSspqbZ3XEVN/FK/M1kVNSx1eRHkjXFUlSKh40SKw&#10;s7D6K676j29v6HqnKTVeexNNtXae9s7kKmpyAw+WxWZrMjgt0VGPppFNHn9tSZSAZjIRrLPVYuKQ&#10;vD5WS/VLfOcbvmC72iC5hublluVXwoA3iTR6GUW8zjSrx3Gkg6yAsjapm0V6xp3faLzctztbXf1k&#10;kYPIFUUpcxEin1AjPdFIRURk0DABiRxK32R8qey+wd79JVnZmw81R4Xs2TfW5Om+tsPRySz9m7aq&#10;Nkphcr1buSsjSSkrcR21i4qxsPT1UtGaXPz0bTVwpIHKoo9aZrs2kxJk652Zj+w8Ludt54reD7sz&#10;zZPYm6cNUU2Qymd29lKFqXMYkZTETTokUVRE2sxR1IkijZSSe6HtjydvnMthvu5yrDdrZQ29ncxR&#10;FJ0QMT9MyJpiljRyzhytC9XoCVHSHmzcptunh5dk5ktLWO7qghe3BjLhSpcMe1BGo0lqiuuoI6Mn&#10;vjfWxOpZJ8lv/fWbynS9fsjbnXkOxKXYuGyGP3VitzU8mzsJtjKUtMseOy9RgslRUkNPVmCpiaik&#10;rBEqyT6vZrh1hU9otjcdurDbFyGBiptz0tJHuyOatmxeZqMRWVq7gw9fT0eTy+F2jtvPZKlEkisg&#10;qolaXxCJZY15g/e23Lc+X/ab3h9q+Z+T7VNhuOX9ezTLfDxLXdY5gIZJDKPBW2mMsUZMgjf6mkSj&#10;vMiLvbvnzZfZu95d5WglvLu9u70GUQoZEtvF75HRDhpJFDSGKIu2ldWWoOiMbR+RG0OnezN0Znb2&#10;R7Yx/YVRl+sdw7qn6z2c2U2/ujaE+eh2jTbUrNmSVGBxPYve2e2Hs3JZHI0lPQT1WFpYYYUlmqXp&#10;jLUf3z1Jm/jd2Tn+p93722lu3KbcxW2arJbu2ZWz/wB265s9iqbJmiljr1jrcXmcdXStDUY+oBcF&#10;YpUBE0YHAKJTeyTiGwMc0V1NEYtaTaXhbS2iWPsmjpgTJQahIjU0MT0x5d3naeYtss95tIiYZVLL&#10;4iaHp5HQRUAjOMgmhyOthLpvtPC929Z7R7U23ityYbb+9sVFncHRbswtXt7PHDVrNLiqyuw9ckdX&#10;QPkaAxziKQB4xJpazAj2dDovqHtXYmxd+7cz2jZm4uzKfr3e+2MfujD7kgy/X+++tdxzZ/rbe7UN&#10;bHS4CbcVJk/LHpitXyYytqaWpL0U3j99KPux/clPu1yanPtnzhYrzLZLb3u3yW80ytYTrdvHcWG4&#10;67fwk+utY9SqryvblY50jWUgkC85cwbVrjXwnZNDofDWtUamqMnVShIBCGgBFRmnVZ/yq+SfQG/t&#10;1Y+iohT9ubJ2lQb5677hTY2a2znsPu7rrs/aAwu+dkZOvwWdfNQbeWjqYKmZ3EUD5Cjh8D/cwIRm&#10;2a+a7A7f3Bhsziep5t+YTD7fx28azaNJWHAQYhaevbMY/Zw3QafL1VXia6SumikaNIqGad0jNQpR&#10;/f0Zcucnbd7UcuXG7Nu99b7DeXsEG2JcW8UTiOOCLwrb6qOaae8Dz+MwkuHFxJnVCkaAmH9w3Czt&#10;6bhG7W0Y+JTH8bMwVKLQkEV7KNU/iqOkfnqvrT4yfFeg7KizvyE27srN7pkzGzjvGKkizOa3XWV+&#10;G231bTbubY0NbJj9p5zD0WLokpp3aozNNTQy1ywSRSp7Dns/b2DwWR2ztLFjcdF2DiafN1nVs0sU&#10;u7qjfW9MeZaybb+DoN25GDM4BduO8Zy1clNUUMNmjhk1MkCznyrK8ttd7teQbZNZySH6hamBbW3m&#10;YkXDtDrSRpxXwtUiSljqZQncfbjbUsoZpLgCKRqADSrU/pDFFyO7zqPI06MH1DvrdW6cZm99VmR6&#10;xr9j7oloF3lR5bNbZ2XSbD67y1RO828txVmxXr8Bup92UFNPUYWaprKCtelroGmiSNJZiNO0NsfI&#10;HeeDyWH7ZxGCx2SyVFkcvjtwzLFhd25OjrNqUUOMkHXczSjb8uwt1kQ19TVoKfKQ1MUsLCNTH7hv&#10;nT3B5Q5D5tsJdgvGm5ctraYzWsVbiSUxS69VrLFV5xPDrjMan9CXQC2qQdRPy1Bs3LG5IOXb2B9p&#10;n1F6nU/i1YtSQ/Aw4ACirSh416JJu75R/EHpDsKnyvUPYWT3DsPbEOF2RLtrr7Gwbx6qx2Rk7EzN&#10;XnqSh7moPPV7m3X2JsQVcOMxVFXVZxdXi5DKPNUtJGIFftTZVP0TktlPuHHrlcF13SYQVX2Sz7gx&#10;pCUkNTvrHbYrHpctFkc5XVMoohElLQFZ4YRJfUfcLP8Aeq9t+TudrKfnf3R2i13S436CNLOe6htb&#10;qNr0a7Gy3KMPphWOFonnlmjVdKNIQ1RqF3K0+8S7w27XVpMkD64xHQgPFUlHfGgkE66g0ArihHQK&#10;dadj/KbL/NDD5qPZ28sjtjOdl7s7GqJMLUS4Da1Zts43N43b/Um+eydqwVWwMtszqmkjxMu4q2pk&#10;yeUmzePrpWpR+3CAP6mxuOxVFsTBbRcJWbZkkni3FknxFJSNRVNDSVu6N5b3rtzVUGM3C+OpslUU&#10;f2WLNStDkK5St5QPc4+9PuRt/I0zbvzhuu3vHvFzbQx2k19b2Lho5RDK23Ru0TaVjkS5l1Dxpwsc&#10;aoBICBbc3e0m8ktYoU+ooqlUBVgVrU6gPicZYGgPl69Hy+Ue48pR4fsTJ9gQbky+zt1R7e29n8Bi&#10;E3NkdyRZ/GZPJYva+zuldq7CoJd07bwm790Y6jzVZujOiCHIYejdCI4EMkYV9u7g3J2N2zm+lWqK&#10;Tb7Um6sbhdv01ThcRs16vN00/wB1Njt+SVVZTfe5cU1a38HqchUQzpUaIHIFWsa/J397zfudOdvv&#10;Eczcvfu+K+vzvkltGm3pKs24/UyrDYSy2ocxtuCq0drcARI6jWjZiLdTby1Y7Ztu23G8NPI0Ij0t&#10;4n4T2kUZhlGrX8Srx9ejX/FvbfW/X3x12h2vS5ynz1BX9ewb/qt3z72j7EwWLxuR2/SZPPSbP3PR&#10;wNj8bs+sWiWqmp8aox6vHrUPoEhNQOlNvbJ2FtjNR737Ok3NjW210risxXY6jx9XtfavYfaWLyu3&#10;qHbUm0qmWnXd228tkpKetnWePG1NDXNFWMxQr7Hlj7N86/d3secd69yt9m2/eJdrktZIbA/VNajX&#10;FKYhdNIYpUmWMC9gt5GFvG9xAhYyMrR3um/bXuHMElla7Ejh5zNITooSkTKdLUBU4BVyooe2nDog&#10;8nzA258iu+a7pjbvWHXW5tg4/Hdi905CpgzePqslvLevVW1GwNNlt3bQqZoZZdj12Sraap29kJIJ&#10;slXVGMgraaCBKNZwEWH7b7L757N7m2rhMhT4CWqNJiduqlNBuPF4XaO2N6VGL3xkMfFXUckWc3Xu&#10;bBLBU45SBLBIUhgdaaFNBT7M84+9vvP7vy8i+3O+WG22XNDW7347La2hsrBYZoZI4ArZhZVWXwk8&#10;adAUquqgFG88tbHsGx7HdX6OWjVwWVu9iyFlDMfwAk44Z+fQy7z6J+LPxN+O3TW8e0tt1MjdZ5HE&#10;1lHXSZTK4zL5vsTPw5DJY7Ebt3ZQVNNT47ZNBlq+uqq169v4ZHIr1cySVEsvn6z+3u5nym3MFU5W&#10;jqqKDd+66jDTVNVi8fnt6U2QixRxWDrqelK5LH0FBlMfLkKqhqqiarppxJVuEjqVDddvfT2f94ty&#10;+8hsfuD7e+7EF1y3fWDmXZ9xh8E7dFdSRRS21rM3ipebfIbdLuJIzE8Eavbyq+teoP5n3vlTcNim&#10;2Ky1+MzKxbWBC2CuoFTpbJoWPDScdcutOzviBjqPsbdseCrdoZev652lursWkZsjunZuE2/svHZy&#10;kg7B222SiqduvjYcTuQYqLcmPpYIsjTfZ0Q1NQ6IxMxW0dx19FQ7O3hWbRocfgN37frNy0EdSu/c&#10;nNlKqak3JSZiDN43IRths7kNJoanHtTNT0NPWQQRaAsrvkZ7U+93tnzBf83e3vt5zVd8w82bBftA&#10;96wf6JjIniS/TSrGLRUsxIVSKArFZyqsbCQoG6CEQuLKy2uIIYr54W0iMeGqIn6ZkZGNWKCrI2mm&#10;QScgdFc3/wBp7PxmWqO2OucT3Flc52R072BuLrKokpa/prG0ezqGqyPWeF27ncJuKgWGm2vgaWtO&#10;8sPlBUrX5ZsfU5WZahDQpGIm7t99dTYXF0ua3n1dlN30O4Du3buF7Rip92bRr4tqadw7n2pWDEUM&#10;2afrvJbFaposjS413qPFKlJpaRwBzd/vCIvuxe5e1z8u2vPOy23u1su5RzTW3izJMlvHCBdbY95a&#10;h0sLq7kiS5ilm1PNexBEcM4Inn2+N9ZW1zDYxXUcUo7DoOoN+BwWPbkGpqOJr0gfi/sL5C9N9o79&#10;rOsfj72rsPpve3XlPtSrzPWu1aTZOeyG6a6iTauE7Vm252VmF21vHuGHeMhqsnk62CGkrKWtkyUs&#10;phRj7L301TfEnL7m7bXbkexMe24zmoesqH5BHeCYTAbVpMRh8pVUVLQ495Y8VjN8ZqrrMRGNdXuK&#10;Ggo51MtNRTQluU/K117SQc0bj+/+WtyvtkkaQWKG/e1MNwZQtqb6ayXxb3w4j3InhwzyaCyiZnIP&#10;PcbcOfJ12+12+8SyskjRrkpbi4Y8alC5CDQF1HVhGya46sZ+TFX85Mf1x1bU7DiyVVu7F0uGx3bN&#10;J09hNkbjqN4ZHd0WY2zlcrsuk7BnxMW1Mp1jGkG4qWqr55cU9ZLFE9PV/bCKU28+X2e/XWf7Pr8b&#10;uSh6x0Y3eW56irpaHdMeWodo5PDSQ47Gdf1gycedwhkxyikcNJXrSUkrUN3gkL9Xvf8A3n2f91fZ&#10;DlLft49y7dOTORNzsbSHZbGBGsrm4aQWjQzWzzxyyR63ZIb/AMWkULTq/iank6xe9trv3Is+bLjb&#10;7PY4Z7q6jbTMP0GXUHfWCuJAQA7R6TpqiBsjql3YmS+SfU3yMj+NOOrOud3/ACtbrze3W+x5sbtH&#10;cex8bhsPvCny+89zdpt8jKXBHF0+/Y6+pWryVBjcckVdnK2nOWSN56SKNF5Srg3TUbk2vg8DuHq/&#10;AdfZ6lyeeyGKp9l4F9wZHL0MO4MllhB9zkGkgrq6ppPFSJ4Jp6cNXVAjigSnR77qXuxByQ9/uezf&#10;dNZPa6O1WHb7uTxmuobi6ldWnks5WiItrmc2/wBPEElZNCkyghyo6525Y329s7u65g5ltr2SWpaE&#10;SYRa9wBHf4umrMrdtQFUVbV0Ow663R0n2fhO3u2uzOtflP3f8g6DcuJ29S7pznYu58Dsja+Kik2p&#10;iKXZzbdnOHQSwpmEyeYmiFHj8g8OLxUMkuTqa2ZI7Dmi3lkO1KOlp6rH7z677V3LtLJYvHZbZiZn&#10;fW3MNS02Rw2658QktRkNr4rekNeGx2clVq+tofLGHRVMYzj5U2Dmj3K5f2J/djnGGfdLHerm/WFr&#10;QRy7YixGzg26K9o3gBnH1k+nxJCjRRa9NSYb5iaxEkdhsF01vG9vG0UrykL3adRYrRJKrUCEV0uo&#10;qK16dOwexYtix9TQ5dWpOme0+k9k70x+X7M2721V4jpvd+5ciMBWbMwu88TDT7V3vQbTkxQqK/r6&#10;pFNjtv5KKnrpYKmWpE/tr3XSbk3BkqDaWNrhNmNm0eLqK7G9ZUdA2Wre7MtHkaralDh4Mof4TDR9&#10;X7Kesz2TnnaLHpUPB92wlQL7x3+9jzpyXtuxD2x27fd2k5pKGKwtNjEa389xLgozEdtlAgmkuZex&#10;mEhJkSUion5PsLq55mtL1NnLW1srNI0zr4LRoAIhI2AZZHAMagEjIfDV6WnUOY2LR5HdfZVftbLV&#10;XWGXzG6mw/YHyZPl2nRfH2HF4zF7m3BWz/t12b3B2J2kMdits4xUrMpUUUE70MRpVGsjnck9Rszc&#10;+4+qNqbz3Tnet8Ou0Y8Vjc9UTJVwxYrGvkaLF5dKl5pfu8BnczkapEV1g8tYZFQnQRwj9ztm5n5I&#10;5q3z2437mKe6g2m8ljRBcma2XxP1QYoo3+lRtEohlMSf2iSDVlic4eV7LZNztNv5ht9nig3KWIlq&#10;DSyuSA1B/CdIHqRx+VzfT1LgN77Z2f3Bldh7KwW/87jslk8hlNuQ0teHr81FisRl8lRZ00NFkK2P&#10;PYza2PXyVKirSkp4aeU/taQC4kZOSquSEJRWKyC5FlC2HpfVzz9L+40KgjBoM58uhpIQ+l6EEjz+&#10;Gox9uD5dDj77LBCSpt6wCrN41d9JZQthyEJv/ha/vVKih9PStBX/AC/7HVvGKoF1K0enjSv/ABX+&#10;Hr3vsSyMVDHyRNdgFP7x5A1Ei2rS30Jt9fetKitBRx+z/UfTqwCAmRVKy/nSmnFAcioqDx697zLI&#10;AdAGhXBRWsrSMT6/2yeFsl9X+PupXixyRn5Dyz/k6azq7wdIpw4D/P8AZ17300rAEaRot6bahcEA&#10;hgtizhRbUf6+/Kgwa93+r/UOnGNuT/aAvXieBHGmfhI4efXveLUxjfygsisRqP7eu51ccjQBc3/x&#10;+nu5XuGk5P5060XLSxshBHECvrx/LhTyHXveTyAOSSIjqDGRwPHqN/WdWogrxpHF/r7rpJUDiPTz&#10;/wBXz61V21VfURkKOP8AmNPOnXveMVDjR+hwLnyMpu34YgC4DByefz9efdjGpqcg+g6s4WpADBgK&#10;4NAKcM/ZxHXvfJZUC6vUG1LGbCygFrqPTxCxXkfSw96KMTTBHH/V6568zlz4iOSx4UFSB+KvXvfN&#10;9EvANyGNrNYglrWH11cckDg391Wq5I8v9X+rj1UF1aQ1JHD0P+oevXvfJJQtysfi8mpkBC+lx6VD&#10;Ip0qqr9Av1BuRfj3plJwWrT/AAf8X6/l1VtTsTKwIQVIPoaY+04r6de98fuOdGlLWtb1fq+v11/5&#10;v83v734fnqNf9Xy49e0x11eHn8/Th9v+TPXvf//QOpt+mhz+Ryuys3V5zFVeJ7Gx2e23uXz0slBt&#10;3d2Hw0gXtXrHC7ux2f6y7DhwLVlTjaulylCzLVFiiRVVLGzQn7rcibB96nZ7D3O5D2q8XcOX4ruG&#10;WWe3lW8NkbmkNoUast5t14qLJby20omtxSrsjyRCdeW9x3XlRQ99Zxpss1v3FG7y2oAqzIKrVdJ1&#10;1X0JINQe/M/Iyu/l17eh23mINv7g6b3t1ftjH7z2FsjHYpcU+TzIFHQbT7k7K2VXbb7a6I7ZlwmX&#10;pjDlnNbtyrjpnUySa0qIVniczW4DL7UzuNwK0g208GYqf4zjRkRlocNlMjkDgdw0WQWHJyZHM4mS&#10;KKqScw49qhWPpBCCcJOQrje/a/mDfeeudr+GXdLKGzFltUaq6tcQCzNzbqzqU+kfRJGaCZGBZFZw&#10;T0Bdw36w3PfrqDl3b1uIhPUyyMVAkapYKFOnDChJ1agcCueq2a7efVme7U7D2ptTLdc7/qZO0crk&#10;eroO4OwMpQ0FHBNDt3dWH3rJunaEOf2PlupKbcOKrKGqwWG/ie4Mzi54IncxNJMzVRbo6x6p7v3P&#10;sGfIZ2s7V3H2z1vtWux25975rc+4t8d6d0bSyW+aNdu77z8PkXMdS4SfH4/yQuMLt2N8VS0kM0Du&#10;GwS5C579hR7eb/7Pcq89b3sG2tJvDPvMkKwmG12VhbXN7KqFYobfdbhLlXjurdrzdLhbx7lgvht0&#10;MN02Hfd6h2Xe77YbX6a3gLrBDXQFjburXvkqTqA1VRtWg4HVnnc/x2/mhd04Xoj5a726L+JfZ20e&#10;vuns1uXE9ObR2mlDHB1jl8zt1cR8eazaeMyuRfeNAuNgpdz4yWhraE46WjdUngrIoIyxd2TU+H+M&#10;m4fkJ03uPZyydVYKt292sd3bSwu7+tfkh13u/PVG1N6dZZzDYSdMDsvfe7N712Ryk9diKXw12Wkm&#10;lqpKaWmpWWL/AHxi33292Tlr2ttPcKK/9pudp7Z4LCw0rHFuVvA13Ycw2EksbyBLC2WOB4pJIJIN&#10;EYgEqvJGRJyfvE+8cxttu8m7TcvEDomVlhC08EHUFMiKoADmmK1DZ6OJ/Lw7W3h8jflB211t8jug&#10;d9dd9s9Sbtg7T2ru7L7my+3ew+tKd8TR7eouudx16Jjsn2Dtyo2/OkWLevkr46vBupmWZtdQdcDy&#10;QxFlp4PFBGzrTQM8tU0EDHTTU5rJ2aonFLBpUySEyuE1MSxPsCaXcAySanI7jQLU+Z0jtGo1Ole0&#10;VoMU6yh0M6LWWpwa+Z9CfKpzkYJ4dbF/vovZdKiQs0ZbQ5C3UHSS+oEtf6qQbge96c1NKV4jP7P8&#10;vV0cVo7AE/PHXvePyXZipB0gnQOdRve0RHAIvf6m4/2Hu2jCgjj5/wCfpw0KEAVBIqfP9n2+nXvf&#10;mmNwuqyteRz+ub/UOF02IjW/0/H19+EYNTp4Y9B/xf8AxXVV7QXSgapHp+X5/tPDr3vG8jfssrDW&#10;PIS9l1liLBFTUdTmK+m9gPp/T3YKO8FcYx/lr9vGn+fq6sCrqQaeX+f7AfLy6976WRnuCdBIB0WA&#10;NlsfQ1iD6Tckf63vZULQ0qPX/P1QhVaqAsv+H1+0/wCHr3vrUTHZmXStmIVWCkfRJdA5V1vwPyPe&#10;6ANhcn/VT5/5OrhsqwU0+f8Ag6976M3jUkXBW7Frn1KwCNrYEC/5sAdJPvwj1Eeh/wBWP9WetFf1&#10;AHYEV8v9X7Ove+OuTVHoYAC7FncC4cXYgg6tI1C9yOfe6LRtQyfIfL/V5dKY5Y1qz6izCnD54r8w&#10;MY4Dr3vySltFnbTyrXBT8XDqTwNRNrfT8+/FAC3bn9v5dJ3AOqqCpoKE+R8vlTr3vgXK2DhdCm8c&#10;jD9IFzaZkFtP1/xA4920g5HxeY/zdOAR/GCK0ppzimKZ8vP169778jGQLpLuW8gC6VVEWyaCbapF&#10;BNyTzz71p7dVaClPtP8Ak/Lq7lDGoBVVA+ZNTnNPPy6978PIDJwFuFXUhXRI4Urqa/14+g/B+vvR&#10;0dvn554gf6uPTTMKKrntHr5V/n173iEpJ/UCgstgv14LMzcqNQt+PofdygA+Hu/1U/1efW2UoFYE&#10;HOfy8v8AL8+ve8vlWxWRyo4dgSHCuvAV/wC2WQcixsT7roOCq18v+K/wdaJaviITjFeGPl173jZy&#10;SGj1H6EK3pFiw1AmxYtHbULcn6H3bSACGp/q/wA/DralUDLLHn9v7PT7eve+CyFj4xpCRgxrqNi4&#10;JXUw9RBFxq92KADUaljn7PT/ADdNmoZXYd1eI/l173yEvBtKtmkOn03eR/yTpugkUX5+hH0960cK&#10;oa0z6Af4adXpqGoqwUcc+X+fr3vL5uWuNIYnTaVjoCklFUqw4B5H0sf6e6aMCmfy49bpH2lXBoAB&#10;QfnUg/z+XXveJKgWshLOQQC5Jeym4Dqbq5N+L2HHu5iz3fD8uH+wPs6u8bBXZk7QRUg8eve/PJdr&#10;NqIuCvA0tb0pobjTpIN/oL/6/vyrio4/z/P/AFV60BgEIqqTmlaioGD/AJ+PXvfAyFANSlStgx+g&#10;VtV3ZVFz5GXj/Ac+96QxNDWvD/JX5dewxJLFTxApX7RXh/qx173x8nGolWDBdBLMQYwWNiL3WRAT&#10;cfk8+7FRwFRTj9v+b/iuvBlrpao1emf2nj173k8ikAKhbVJrYqfRYABXdi6kKfxq+h+o910kHJpQ&#10;UHr9n+enVBXU/dTAwRnFcen+fr3vGst2Cs+oG4Ym2pivAku11UBVt9bn6/092KAVIX/Y+Xr178LN&#10;5UocH/P173000a+RWOlSyjy6VkBCkMobTY8X5A+n5FvexGx0kZNOHD/V/qp06njMAw7mAPE5FR5e&#10;nXvfpZdLOWNlVvTfTpGoE2W3LhDwQDwPp70qVCgDJH+r7Orx1mZMqCTnNCKfyB+3r3voygjWLF2A&#10;KuqmOMm5Djm7+n+i/T6D3vRnSfhHzqf837em2BVtDjArUVyPQ/n/AIOve+w5ayqobxoXUkqoVQCR&#10;a2oFjcXv+P8AH3rTTLGlT1eo1E+KViIHl6/6uPXvfFZmYgmHSJdTHkRgMgsSA/LMLXINhzx7sUAF&#10;A+R+fHqrlGXRr1FTwI9fs8vl173yEnDgkAg3YavQl1AWzn/ddxZvrYm/uujK4x/P/i/T9nXuz4Qo&#10;C5K1/wBQ697W+3N7R4rDSbVy2Ljye067duI3TnqainXC7nyEmJoJKCPDRbsggqcljsRJE/ljpo0M&#10;MNbas0yTKgTIX7vf3l/cz7su+8wb97bptks262tvbXUN/bC7tpbaC6FyyeCzIoaca7eaU6nNvI0S&#10;eGe/qLvcf2z2/wBwooEvLnwpY45FUhQQRIKcTmimjUrnSBUDoPd37CTcFVUbiw2Wm29vyl2pnds7&#10;U3RLA2dodry5wRvJmYtp1tXDgcpkIZ6eP1TpraFWh1rHJIGOF093l1u5gil2NPtndk+ek3hkqbru&#10;j3PlIKzMbaetyvXWNocbgBR0+K2XU1kVHg8xUZFIo5aSSqaZjHoU9Md+/vU+Y/cHlnnLbLXlaOS/&#10;uuV5tn23YprZ7wXd9dW7QvcLOroy0aVnFpEZJisMBtgkvWL1x7Cc1bPMlxv+52g2i1wJ0RKLAukm&#10;SZ5iP1GK+LqU9rZ7qdEK7V+LHblfWYCCu7dfd/X2KxmD2IMNvim2UuFotqbgx2Gxfa+/d0Vu48Zl&#10;MluDsVKnCyboxDxFKCizEdNElMIEll9rvp7419k4zetV2DR4XZe38HX7hbK0W3MFI+5sZBlqqknz&#10;eQ6cXauS+zkrtlUNHlMjgosmlXKivAklO08dO5MO+wvsBL7Ue2f7890OUeYeXfetns4tt3Jt1ntr&#10;W+2ufX+8LjcvpXdbW7+niikihuAEllZjL4TKJmV+6PuzyHu9vactPzHa3ltJAfDRbbUpI0xwyRyU&#10;KlmlBAAUVUknJr0A3zW+f/xzG3Mr8cIty70ze8Z9o4zOZjJ0H8Z2buDbmDbMwbcxXZu0O0cbj6jG&#10;0fYO1dyVWJzK0UUEj1FHVIrxwtUxL7fdv7pwo7+hrdmy5ncG28NtHCL2Pk4q8Z7YHStDuP8A3L1O&#10;4aTO5DMO+QzWRlq2xFZUzTxmhqKBpDG8ywFcteVvvs7F7jc2bx7Y7lsn0XJ3LNnPCeZnYsJBbCRG&#10;tTHAfCjhkhUPFuBla4lERpbykswgnnH2Uvb723/f15FaQ3kqs1tbNqE0wNaK8dNQXXqLwrGQ6MoP&#10;aSOuW7+uuxcR8VWwHY2T2/j+0s1u/cdJ1htGhwUeyd+981OzBl8dsbamcw+E2/j6bDrX46jmyb4z&#10;E48wHEzQ0MtQIHqncX9k9h7r3Jidx4naOUze7Ichl563D9h5Db8WCy8+GhigrcPglNXjZsrvDEV2&#10;KqZSucmp1roHJgiQoBIckI+aN2569veU+Yfa32+O6cgbxYsLO13ib93x1oCGljkV3+lvVjkuYijN&#10;VQgnCM+kY88ucs7Hy7zMNo5ivjtkNmIgIYz9RGkkprOkYUqseh9J8NWUVJBPkAA74+Pmw8ZuLYPa&#10;nc1DsraG3MJgsJhtzfHZ9zzZnZeB3Dkonod09gR5HG57G7f2tlYtxUdNC+1KWt/hVRTxR1E8nljK&#10;MCEXcu5MBjd6VXbuy95RZWj3MKqLsTrqLCY/I7ip8rRT0mJztPFuWrqMscFQNjxkTRNULM8tLHFe&#10;GQymPGPmT3p99uSvu1+73Ne/8kct2HNlnaw21pfbRKAYobuSWP8AeCW04maZrCcRQyxPHHD4M+sn&#10;ShdZk5d9sPb3mL3C5T/qTvz3GzPI63UN6zx+C658FFt+2OWY6h4sp1Rr5NqUdG/q/jthqnN9X7O6&#10;B3N1PFsF9g0WAq+gu1qTdNft/HbTwW4o6zfUm349oV2Ox0u6K3C7hGEbywBIKTJvUzfdR/bwvWpu&#10;DdR3Hmcxumrg2/RDMZeWorJNs4eh2xtCPKV0fmmhxGNx8ceExNTkmjeramRg88zSzANd298D9wuN&#10;y3fcbq+3S5mn3i4Z5pGlOudyzlmd6BSVVm0agoRBoTtoq9dZtj2ay2ParLaNuiWK2ijACDOmgFT9&#10;h/i/EcnJ6tL2ntjC7I23gtnbeSqgwm3MXTYnDUlflclmqymxdAi09HTSZPM1lflq1KSALGrzzSya&#10;VALG3tadZ0nZW7K6fAdZY7IbsWRcXm8ztyikpqzb9bRYTNU2Rx1TuPH1tXDispQUe4aSnnjp5dZn&#10;qaeNdDhSBJPtJyx7m89888pcie3V5epzFJuKTWyrLNHHb3EZQ/WuEDLEtsh1y3LRnwYtTVBpUp5o&#10;2/lgWlxf73aREhGFcaiKUZV4HVQkjOTSuOg77p3T0hsPb6br7syW1tu4nRksDQ7jzsZgyVK2cw+R&#10;ocnR4LK0MTZ3H1dbhJapHeieOYQs/qAv7saweR7I6jzWy/79YXbuYrO5d7Yza+R3Dhps+mVzdfhM&#10;As2W3fHhczQUGIg3jVZCuNdkqUU6xJQ0szwTzzRRxJ3y3L3X9/faTfvYr265jt4973jdrg/vy4t7&#10;SeSG0tkMELTw3KGG2WKJdclxLJxh8GkNXdkxRg2baNwudzeXmQrawM2iKRVRwhBokxJqOwARkEKT&#10;8zTqkDdq9NfIvZfcg6q7Yz2Lj+I2wazdmH673Adi4fG4fYuZL5SHYH8Z2xlMvu6v2phtk7fbHYZF&#10;yMCefIRxVkaCSTzrGHrLeeO31jBurd26tjZfJy1G2p8Bsmp+22vunH1M1ZWNNVT1OTyVJr3/AFVP&#10;G6zg/wAQqqD7g2ponDe8r/bb70PKvuVabfyknttvM29C3up33K+257a0iFlciCKWGYSPGY7lYpJr&#10;CBGlJhUPIAKawdzZyht+57Wu+T7PDeRRVkivVmRqMrB1VVA1BPDqrDCqaK2oHqNlvll0VvjpPJVv&#10;V+0uuu8tu7XxWD7DoewOyZqfNbh2kuEbbddR020Ns47amNrYl6W2fM+uBQKHb+Zjp6VXyFQs8YBy&#10;houy22PvzqtN05brPLUWA3nV5LKYLJfxaLdmxup6XI52XGtWUstPnc3s3APNHWVlHQxyZ6tx4M0k&#10;T0NJrfBX+9p232X3/lfct5uPdCbb/cltssd5j2iVLkWe6RfUx7ekMLaBbpeOZGlMXiPBBOkNzPHG&#10;W8VRF7XbPaw7/Yb9e8mrLYvJDCo8F3eKWUE+JHLIQAgiZdS1qo1aGBOno5UcnR2X7z6a+SFNtg78&#10;h3TW7Yp9jw7oxWUSLrjtDumkRqDf2NwuRx2Rxuyd+dgYPEyYxq2SegoKeoU0kU61tdPAwRfEX+4W&#10;9+z2y3aO7chQbwWHOZbZVRTzZjJbgarxO3s7u/KVNXiKHB1+3MvtGoyc6x1sMdRT5/IeeWhwtN5Z&#10;jJHwZ5L5X2bdLy92+4vhbTQ273FqskCzWM95bfqRWu4KzfU+HcpCYk8FZVExhe61x6h1lvzM11ZW&#10;kVjYWf8AizqELqCGUagMUIJb01DTirHjUy3za3z2F1700YeudgZjc1Fnc/snZW6srt/cGL2zldj7&#10;O3lvDAbOzO69p11TVJNS7v2ni8tJX0NVNGmKxgpmrK6ZIKcqxt919r9jZGPYlBAeuNtrlsK9JvnK&#10;nB5rsbHb2y+cvNiML0dl6efC/wAH2FRUGLM+VmysUGToZ6hKaeNTGY/f0w/dH5G549wdosPcjn/Y&#10;oNo5uS3N1PZRN4CrBPJS2l3CxYFIp5YIUMMYeaTGqMqhVjj02xX+0X920e6NcW3iExppJKChqJQw&#10;BDI5NBQ08iePVLXTH8vbrzbPafYu9K/ePaPYtH1lu6ky2x+usTu2l6w3Fsb+6eNJ3J2R8vaDNUFQ&#10;u7+1ctubdVWNpRYuCbG5DDUKV1KhqKiedWnHUfcUvybGQxtDtPZvWlemGXLYpMxgcjle0qqfCJQb&#10;0z2cnpIKbdO4NwbJwppKURTLHSQQIjIHAYnPO8tOQb7kWM7vb3N9zJYPJNaOUdV2+fU4g8NCxgt1&#10;uQ0nhsDI763J8MkDpHukUU6R3G5xvG0FHQioCSYIIFdKsQDTUaFa8DTpX73Hxli+Ee7Is6/YG/u2&#10;No4XK7r2nnJttZvbO3ukN80e6K/LdO0GAxtRkc1s3qSj7DzOOapxLieesrhVzmWWFpo4IxNn6q2L&#10;Xdp4/N5XqbJ7p3d2iqY/N9gR5Csr6Xr2o6pqZs/sPKozT02U2odxP41qpcWkMAyTXk0gIzY27/7g&#10;+5G2chrytzvPYWFvdx7lBINruWhikgv4J7eO3M1xEkkt0sLjwpZUEcb+J4bGiEoLm6FndDc933C1&#10;n2F5I42UUR3SQA10OxLrH3aSKVAJby6Jdu/5Nb76p6Symc/04dabV6m+PG4dtZlenaqDCbQr/kx1&#10;x8gNvDbXaPTmUwGUmzG1uzpOvMlV5aLbMVW0mRqcJTeaSaaVz4Mxot6dPYnrTaG693U+8s3XZ/fm&#10;06juTZ+1M7JWU+3pNrVW/dhbYyMm9YcsmG3iucgqMRBlMu1VjckYYpZR5LBeNfL1777ez/tnzZsk&#10;/PUNlzdt2y3JtZTex3cqW8DRzgx1iWJRJ+s4hpqEZMRegVzrdRydu29WV1sEB/dM8o1qAUorko9a&#10;AkKxVKkKWUYqc9DX1LuL4t/PzsftXdG2usN5YDrPP4/pnsXE/HPclZg+q8LkN1Ue7cr0Z2tvyQ7F&#10;zBl3FsHaHXWPwOYy1Pjmo66jkmm8BDTTeV5pNt1vYHVe2MD2Kdjb5h3DiG3HhMv1XurGrQbZxuQy&#10;lVWYvJx4yLHYbJ7o2fh8zRQV1bUg1G2MpnKVY6SmapheVyPbOXYvvb3O0c/++923KvuTs/K31q8z&#10;wpbf4+PqnFq+62MSGaJ7dEeGyqkawpSMzyRuVAi2/mW62De7yGK8W62Uy6PAlRxP4qKplZCQQUJK&#10;qNAVu3Ux0dOuQ+ReJ+J/e3Ze2Pjlufe1Jjsj2BgMPvfpTv7YfZm9N77u7N23srG1FT1/s/sybK5T&#10;ZeC3r2J1tuKh/h+Lgmp85SYzRX5SopqBaeMEm+W/QeA6x6/wO/8Aa9d2rW0uZ7OzG3Nzz75rKKox&#10;GOrM/iGzuMbHnDy4vH4ptyS42aSiQY6M11FCHaSN6cQnFP7y/JnOvK/Pex8x81c/7hzBuG829xdL&#10;eXkEkF1Lc200Ub3EZd5S1u8TRGI61kj0V8JYnipNfJW77Jvz3PhbRbrdeErsdSuXBJXUTxJU1U/w&#10;vQNnq0n+XR84KT5TVG/NkZ7b3U22t67HwWAr6Km6z3bW7np8tsdaiq2/Fi8p/FMd93FufrjL0zYj&#10;cEC5DIU9FkZVijlkDM5K/wBX0+U7J7p22+c7CbAZzLblpczkd8bjqKuurJa/GzRV9Stfl5Mjj5qb&#10;KZOCI0sVQajWk8kMcaSSPGhhbleK63znDl61ut48C4v9wiie8mkl/S+ok0NcuyB7iXwyxlKR/rSk&#10;NpcN3dDLeTb2mxTw/u8sPBKIqrjIoFCmvb5EH5jh0eTtWp231T0XvWTD9WS7u2ztbZeSpsd1FsPa&#10;2Kqlz9GaZqWDauJ2x9smAjx1Y04jmWeNaCCmMkk9oVkPu2XYmyNz7di7Qjz1dXnC7h7M2Lk9p4bd&#10;1HAkWH2j1qclDtKT7Cnq5IcYlfFmkStiYtUTmjikq3+5klEfXfkL7rfJvNl5e7nzjvF+3JsbLAm3&#10;R3E0dUshN9XNKkzeJI90UVbOEOqxLJ4dwzyAL1ihd73cQbnbbfaWH+PMzj6lQPBrIUqjqM0i0nJ7&#10;RU6QetePtD5m7Rre1+gc/wBe7Y2DS9j4r489wYzfG+un6vHZZKHsvtRdrVWc23gM4MFTY/csu08f&#10;tBXeo8clDF9zJ9jE1NHEZAswnWFF1zh92SbH2pk9h7mT7LFHr/N5XCz78693dvutqcnt7K7j3/ja&#10;3IUlRsk4SkjyOPoaaWeA4w6mcny6MpfuKbF7Awbdz7vXs7ynHZe4M9ZLuy3FXfddvgRWVLOTxjWO&#10;3uvDiniUJqLOvjSvK4WMx9zuYubZ7AWFlbwyXc47ApDRkAAL4JxUca6sKAQBwHQ+VnfvYnaud6p6&#10;8+Qma2L2JtzJUm6ewZe0+v8AbOY3J0R3j1n1RhoYt97Y2V1nVPNVUXY+U3FmXwNTXZVopKLLI0eP&#10;gsYFd23Nt3bu6Mn15vTs+ty2Uz3XVfuTeWTw8MuM2vhcvXYfD0lBUbY3IaKkqcnkttTV9ItbBjIa&#10;qKOvkSP7ry08SR+8u/czbNr/AKp3W18wbgVsksjK0YkAM7zIwWOCdqNFJqJEaR1JZOJIr1BG3nmH&#10;bdusdq5ktLZdxhlbxFAUKymunTTFDUMSOFMZ6DybG7gwWzO0Ok/j0tFsjrLetF1rsHZe4HqMp2Jn&#10;Kql7cy2aq0z9L/emsiwWLytJjMmcdW1stITiyhFGFq5ZCEx131TXdiw917h2FXTU3aPYG+IqvdlP&#10;msjQ4vEQYHNfxefsCWernnFNVwNlHOPxUeIjlrchBR1bU8iRtccxLf7z/Lvtbs+4+1HtR93pN0+7&#10;bZS3O1rAl9dQ3N1cSxld63Pc9wiJlY5FrZrC8dvasJbqYlliVRrfNsF7e7PuXN15HY3VI5E1F9bH&#10;WFtxVRgyBNZUkJo0l85I/dudw47pvsj4u7J7e3Dg8X8cul+vhiMXTZPA7hy27e1u46CDaO0umZ9i&#10;YTE4+avzcG2sBA2TzsmVekxeKzGexlPJFU1cCiMpXa+8e9upt87i2P2Ttan2zVVHV9N1tSbQ3ttr&#10;audhHTmRlnzG063b+QpErqYS/wARLZOjzVFULViuVlnZzGYxyF95+dpPcz3Y9yedrqKNri/3SQEe&#10;AsLxfTJHbWyOvhRnxoLOG2iaUqHmCifWfFYtmJylaWk+z7buG3bv465IaNwyPXtKmhOMnGCp6tL6&#10;bwnUW69i4PefVm6KjdG3s7vbcPZcW78Fu3P1dJnd4ZjLV8e7ZXM9e8ZxMuQ+5o3xLxijo0TxRwxN&#10;GpUrj1sVJSvLEamdPtHiaI+qWqiCiMQi6O0pmYBGBDHn8/T3GCQSSTKp0q/iAgjGk1rXBFKcRQj7&#10;fPoYSqzxNHOiFDUkHgKjuB+0Y/w9GD93XdT7T676Qxm5+rMZufM/xzZVHi6vvzsavFZgMHX79pMR&#10;WY/duzqHLmuqsPjcL1HWVa4uDC0sk2RimknqKmRlnWFOiP3A5fZHbhz77ie5uw7HNbRwQKl1u0ay&#10;RWtp/btDZpLWGa8unVGe6jia6olIBGoocS/dW+5gu7nbZNoEljbzsfDMKKSqqe1tQAbVKo4HsUEA&#10;Amp611P5gfYfyb3hnes94bT21js7gt0vlk6V6u2bJXb33NlxSbminxG8q3aybawuZxFfunbdFUVG&#10;RyNfUDA0VHUUNJFG9aslYz1N15tHN4Wp2vl8PImDrpZIoslRw/wbKZEYJly9dSUbxx1WPq8RhZQD&#10;5ayYmmklenCqSAe13LHuVy/yH7gCTk7lfbktd2tlaO5E0dzPfPFC0rqyBKxQ29vKigTSRucro1kV&#10;iCTZd+tbaeS75kW58UlnDLi31EqpMmKMyjuBFSwqCadFLX5g9gbQ39tPsjZuf/iG+6ehx1VmNi5c&#10;w7/2VtOp3bUvtXa+Vz+TL4Xc23+zd6JLLTS4jDUMS5GkoIK55pRrKoODF5nByUyR7Z2pg9ybbrcJ&#10;iMTX5ON4sHvSLJ09ZUU1NicpjFk3RLJtrDwyfcIftoKesPi8jUgV1ir34+8Funtxytvl/wAgbXt0&#10;vMYkIdbx4lt3kZo5GmfWBLdoqCQlYjEwkXwwwNCAhsntxttxvaFLtn2JhrWTVI4LM5XStCVVmOkD&#10;XwB1VBwDl7Z37tfunIVWByfZe/cj133Lht2bm3Q21sdV5ys2BkNvZ3EYrOHdWFqqGowuGk3Tm8hT&#10;UuMbIw1VRWUksVSlPFUyzk19d9by3vQdw9mYSTc2coY8FuvcOGp6Omy1alKY5zQPkcwIKaUU8dRv&#10;RKCkrMgYVQVJEauCEIPzve5HulzJ7kc+cyc+Xe4yLdbjc3DDwjJEqRSTOPBjQuWiiQLoWMsaAEMW&#10;OeugPJHIWw7NsdtbSxCfxAjsWAA1BQFVQKjtFEqSSxWrZ6uZ6R6q6/2z1D1ngKDYmCxtHg9t7Lkp&#10;MTXYrE1lVg8htnHouGp5KkRTpJktpTySQ08yO327hjCVUj2BuQyldmclXZTK1dTkcjlaypyeRyFX&#10;L562uydfK9TXV9bUfSWoqqiRnZ7X1E8D3Gcryyu800rPOxyzEsT9pYlmPqWJJOSSepAihhsoo47e&#10;IKirwA4BfIfIeY6HOjo6TH0lNQUFLTUNDRU8NLR0VHBFTUlJS08axQU1NTwqkMFPBEgVEQBVUAAA&#10;e5G1sNnt8ZSmwOxMHnt7Z2t8/wBpiNoYmv3HkKqSmj8tZBBBi6eqiMtPCNcisylARqI1C9ntpUI8&#10;eLRlQNWCdWFovxtqOF0qa5oDQ0cmnW3jaaeUJGcEsaD1BqaAf5um7cO4tv7SwmS3LuvO4bbO3MNS&#10;vXZjP7hydFhcJiqKK3krMllclPTUNDSx3GqSWREF+T7Nx178DPkb2DVQ0U+K2T1vkMt9liNj4zt7&#10;sLBbCynYvYeYpMjX4Dp3aFPXGeGfs3cNPiarxUk0kcMciJE8utjoOdw5T5p27Yp+YDytuVxYxKZJ&#10;FgtzJKtsh0y3Yg1LO8ENQzgRiTRqk0BV7gbd+4nKG2zLFLvUCjWFYirgMTReGTnyWpAqadFC3j/M&#10;M+JOzdxJtx+1sXut6Sgqc3uzOdfQT782n1ztejjxMtXu/sPdO2VyGF2ttWjTOUpqK2aYx0yzK03j&#10;X1eyf1MNfjK/K4rJUNTisthMrk8FlcbWoI6/GZnC19Ris3iK1Y5ZoI8jicjSSU8yK7qssbC5HPsP&#10;silYnWQPE6K6sPhZHUOjioB0upDKSASCMDobtrLxGQ6iw8iDQUqCD/CfWgr0c2jrKTI0dJkKCohr&#10;KGupoKyjq6eRZaeqpKqJZ6eoglQlJIZ4XDKwJBUgj3wDjSoDGy6yqqgGhUszIRwbEG1hxY/4+6ac&#10;kkZx58a+fVc0btArmrE5+wep6k+/GUcMCEYR/tqdUlyqAaBGraiAp+oPH59+CGhBFRXPl58a9eUi&#10;jEkEEcPSvCh/w+vr173iMwfSzMSWIS7ENd1c2Wy2swvcEjkW93CacAYH+qv+r59OoVEcgEdYaeVe&#10;B8z65FKde95DKApMtwFVQ6A+l9APqcvxIEvza1/dNGQE9cH0r5D06qSdcawtkVx/DXy/Z/sde99G&#10;VmAfQylg1kb0ssfGrUt+NYAH9Bx73oC1Fa08/n/sf5+m3cxuyFqx0yRTJ+zz9K+fXvfbXLK5KnUE&#10;9MZOsg/S1vW7KABfn6f4+9DAZaHz48P83VomJBj0EAmgqaAef5Vx/g6977Z0BABZms2pjGBwSbMQ&#10;blbkXuOb/X3oKaVPD7etM0h1gyITTNCf+KPXvfLyhnId0/QtlfkFhwoJA16mBt/W5/w9+0ELVQeP&#10;8v8AB1oqI1BYtpDfP8/nQ4p5de98db6vD6b6fp6r31f57VbR/hf9Nv8AHj3ui08T5/6h69X8SOur&#10;Ph+mKelfs/n173//0TVbF21ldmipyW7JsFl87m8hlKjD1W3KKpxVPU4bJVqVExr0rf8AJJc69ZIg&#10;mkQv6WULfke+mvNHPttvPLkPIe07dGLG1AaJLUeGkkCIHgfw3q0NEJa4iTWryBnjPdQHs99JPtME&#10;e3zXEkUcNSk7FG1aqAMG7tAoajiTwqeoPy/+QmzPmdi16s+PlN2JsTprq6n2xF2fVdo5Gh3hmk35&#10;szbk9NtamxC4Gor910mxqLa1PVyRU0qU1PNVwO83hLqQrmym6Jocif4EmSjoFWoq4TJPj8PNjmrG&#10;pqmD7yqinlnydLj1MzU6I/l0NpsLe4TfZ9jtkv8AcOb7uz2fYrpIEFyzrIscjqHSZqEhUDlY5HYJ&#10;oLAErIAOo6teYdzstzltJtvtxvTfDBBIxP6Y1+K9OAPwgUBHA93QJR/Hn42YyTqOnwXbu89r1e+M&#10;pW7T2zuDHYLHb77XwPYf91F3LhWxu1tp12KpKbZma3FJJS/xCSrhGOp6iPzq7+T2F25O1Ol+s+sd&#10;17g+WfUkfa+W3nvTdOFocGuE2zNvbF4rde36XbuH3T0dvbP1BqNo1O0aHD0lXNW0SLTQtj2jSf70&#10;rC/FL7+3J/tRyH7m2vtF7BPDuO4XGwi/l387m830u4m4a4mtNxtoYy11bzO9IorptUiXRaMGGOSR&#10;cgvaTdfcnmUi5l3iKLbI6CKIKBUBiXZ5Kk0rVe8AnzHDra3+PvWnfffe5+l+9/j/APL3K7F+N/Um&#10;0OqNiYPo3FbGyWC2V2i+2KGvh7ayXYOFrZKJ8LnK/PVcgx/2scjxLTxLUxmExk0ZR9mb+g6ypOo6&#10;reeVPWFDuRt91uyxXSptSXfEkEsddu2alqL6sjeplbzTMFLyM7DUbjG2fbrO83eDeGtmfc4oXgt2&#10;YszQwSFaxRIDoQP4aBhGuohFFSBTrLwbRYrdHdZLNDu3h6fEPc2mmASBUnNK8QDinV00GAwVLmch&#10;uOmwuJp9w5aioMdlc7BjqOHM5PH4p6qTF0OQyccK1tbR42SunanikdkhM0hQDW11fsPortTsbD5j&#10;c22Ns6sBiqHKyNLnqmu2xlMhkqSLGVMJ2zQ1+Mkl3PLT09X42x1FG9ZVGtpZqctCspWQrjlrl6w9&#10;qt05+3HmF13S33CGEW8UQmiELV1maRX/AE2bUsiysRDEkM6zEOU6Ktx3262/e9vs0h1WshOruAbB&#10;AIOOCmpVeJFMjpgqewdr0278XsgZGGq3DlaWprEoqGSKrfH01M1XGKjLrFIXxtNV1NBNBBJINElT&#10;E0Vw+lWBozBkKgkSh5oWhZmjkiqIZmiqIJkP+aqaaRGWZf8AdbKVPIt7BIQhg1OygNeIKkVBB81Y&#10;EFT+IEHoYKEkUPoOkHGP8HrXpa++vumD6TGOf1M9v0m7Exwp9QAD/ife/BGmur/V8z/qp1uiuusS&#10;9voP51PrXj1730zqw1oyi4BRV0hiTcyR6jYqVA9V/pYe/BSO1gfz/kaf4OroQMMhp8zj7cfy/Pr3&#10;vEzqy3VkRrs7c2cr9RpZP1Ef6ocEXv7uFKkYJX+X+r5eXW1rUOKU4fL5A14f5eve+LONIfU/6msF&#10;ezAPyzabHWQD6rf097C9xUKPz/wfLqqs9DHpApXNKV+fyPlnj5de95FqG9TakAYiQaWAGpbKbaiS&#10;VYGwH9kj3UxDAoajH+qn+o9V0qGVKkCn7PP/AFeXXvfHyISVZF06tSgWulv7X+Ba1vyf6D3sKwAI&#10;Y162AUFVc6Tx+eeH21/Lr3vg0hJUGOynUW1HTJe4tqJsONX0+v592CAAnVn5cP8AVjqyvjUWJoc4&#10;4ClcfP16975Fip9UhK6UIUqLSPqb0o1/1A8AHjg+60BFAuan8h8+q1DBgQBIc/l6kenn173wWcAA&#10;Enxkvo5uqyICbsigKXY8avoP6+7GLPDOK/Z9v+Tj0omZdCsDnFaeYJ8iM/7HXvfIyfrEjAAqNIUh&#10;ZNYIHpMdzZ1PN+NPvWmlNK1Nfyp+fp+2vTQCnMXkaeuPU9e98Cx1KwayqgXQoIRWDBL3+huOLc3J&#10;92AFCCM1rXz60xBwQdY+X+occ/Z173xLBAGuI9IKgWLMzMRZtdrfS9yOLfXn3vSWNKVzX/UOtrIW&#10;opGa+voPPyz5U6977SVF9Qd5gAE/cYfu3f6kWIDNbg3Nv8PfmQnBUKTnHl/q/n14FwCD2VzwyMcK&#10;8ePEde99NMSp0LJo5UA8rd2AKfqLra5BP4+vHvwTPcRq4/s8/T7OtBDnU4r/ACH5fP09eve+mm18&#10;ux8Sj1SK4Kso4ZVYCzODwf6j8+9hNPw/F6U/n9nV1IXToehJz6g/n+3/AAde99CdQ7rEVICxhkjJ&#10;IubGPTe2khRweb2/1veyh0gvxNcn+f2/5OtBakEYAJoTw+Z+Yr/h6975s+tWIWx/to8ZCM/1Pja/&#10;GogC55JBHuoXSRnHka5/P/MOqiqk1Y0+2uPs9R173xkmBH1jjOlNZIBHjdbBQRcll1XF/r72qfIn&#10;P8x04r8KoxUnA+zgxHl173x8gJZbBLDys6kMAUSyoTa13+h0+9laAGtfKn58fy+fW2eXX3SHhShr&#10;+Z+359e99B1KWuVLqX16tIjJsSCttTlQbcfT/E+/FSDXiAeHr/mr1tGCNr+JKZxk0/z+vXvfhInp&#10;LM/I1LdCwVlFwxJ/D2BI+oH054970k1AUVrT/V9n+HrQcVNRXPrw+fljyPXvfTToSi62Jf1BWBGo&#10;AgMoUrpWJm/Fr8c8+/CMgMdIoP5ennx+fDrUa0D8ccSDn1qP5fb173hZiT+bFtSFD6Q9tTFTYnWg&#10;HFxzYD24AAKeYGa/6uB/z9bX4SFNVXBFP9Xr+XXvfPyjQrKFdS1l8ZYBWuQJJSAb3IH+H+w910dx&#10;BqD8/wDAOtqxFKnSD60zj9vy69795FCsCLNYorN/aZbnWo+illP1HII5H09+0kkZx8v8H+r8utBS&#10;1afGDX5U+2nHr3vH5lEaglrKA5lVi0bN9ANBFwf6EW+vPu2glicVJpQ8R+f+r5dWUKzGreX7R/l9&#10;Ove8ySK0YlIGpyGiQKNKgsQdLqbEhx6uOSDcce2ypVioOBxNf8n2cOqSM4okSAx6s/sz9tPLPXvf&#10;pJH9IR1ZbOSrKQykMLWVQSWYrwGt6R/re9qq5LKa4/wf6uHn1sKoILKQP9Qr86fLr3viJVsoBVeT&#10;/raW5M6qx1ONYIN/eyhySP8AV6fLHVGDRVPFvL5/0fl173IoYKvJZChxWPiasyeSrKXH0VJTxOr1&#10;lXXzR0tJAr/rV5551DH9IFyfp7ehtpLmWKGNO52CirKMk/0iFHoKkD1NM9VmuEtrea6kISBBqYng&#10;ABnJxjz/AMHWGoqIaSnnqqiRYqemhknnla+mOGFDJJI1gTZEUk+7Qeo8TTdTdZbkwu2uwqbIdyRb&#10;pze36Oh2LWYVdp1m4doYan3DvfDZygp6POZDs7I7ex0NKybjmqkpqORftsdE0BkkPTf7iXtnvO4e&#10;4fK2+8m+7VltjLNLBcx3e3xziQSQkPb2xnaJ7aRnLxC/SkJRvDpIZCTgb7/86XW8XCbLuXJ8knLs&#10;sYlEz3zxMU8TTCY4YkCqsrjUyydzIuokAAGrL5G1uO7e7U2vs7s/rBKjpGTE7czmazW6f43i5qLH&#10;733FV7A2zXUecpc1iqSKr31Dka7G/wB2BE9VSwytkMiYmFLAVnuHeXd83UUud66m3tt+rpHo67IT&#10;nHbcy+LpsfT1cKNtLbT09BjZqqXbs88uYyM8/lMs7NTtUKKdF95Efeq+7z7gcr+19ns3sx7wXHMX&#10;IknMMLJt8SR3O4WNleAxqLS4tW0x7bazpJalaAzr4Ta9MbViT2/3Lkey5hg3fnPlKys721/UjkW6&#10;KGWR1IllKy4j148NU401aKtXoAuvuoPhrSfLjJYDs3FdS7g3bm1fJ9f4dajccWerslXYHH4jcO/e&#10;wtubgzWRw+AymdqKCmwu3sdjvDElDSrWJB/luuMDdrdfVOaoMz2huPZtdvWqfL7j7az3ZtBHHsff&#10;OZ3HVSUFZWYaHBYPJVsUdPj81VCvhYxK7/eNIKRFLn3I33MfuWezfJvM++cp+6XLVrvHOKbht0+0&#10;XE0zyxWUQtlmdL+wSVI7G5tZ/wBMCUzxzB41EiBNBOOe/vAbrzBd7dtW3Mu2QNEYSsqRyhaM+mVL&#10;ogMUePT2jTRqjVWnRueyO4Np7U3Btrp6m7I2xs+TLQ7c6ZxfU1fhRunbmDxdbPuSCk3RuHcGXoKP&#10;IPjsrtTAviZI/ItJDVRGNqp3likcWsmO96Sm3Pt6ryeOg29O+Rkx26cflMv1duzEQTQ0f938hTQk&#10;LhKhZKCpr1qjE0miuoIamOObzGJM7/fXljlHnTlHmflje4b7+q93txik+guSt3ZyRL4gmt2i0u0c&#10;KgysmllkjD2siNHUdRHy22yJvdtvt5cWd7uCMtVkUTmdZNRGoivwv5OuoB1UMlKkAqNPjrm9z9a7&#10;oj2vjty5CnSpxmR2hXUm3+79u1eUXIStkMfTNNRZTMYjcO3546A01VVeK9JXGlaSnMTye2ih3b1x&#10;J1h0Lh9t7x3a22hvyk2/unB0W36na2889LnZclWTturaNBLls9h5qzJYqaol+6qDSS0c8tRDB5Kh&#10;BHzF9nuWvZvkXffbpOavcC45xsbGyba7TabNNdqb3ew7XG5bomt5Nxt5rQfTm0uz9PFGoZU1gK86&#10;Q7xc75e7zvVlyd+7N0uSj+LIAkRe0Gle1QieIRTwpF7mNFY4ymWwHdWO7i+W/ZGd6c2FgN7Tdbzb&#10;5637b/vZnt57Ux1XsIRY7aWP2zW7hiw2ysdl6ekyBlWKloo6hsoBBVzmClidjnT4umfbOQo87Ubd&#10;w21KfM7TpoMVkdsbcwEsM21auurNvbXrtt0lLX0J3XRVuTmGOZov4gtHXSK0iF3UyZzV9137tvOV&#10;lsL+2f3f9v2q+vbzxLuKeFLdCjTSLM8COQ4u5Uj0xwLIltHHKJHj1DwwxP7775sj2cG5c4PHcxoW&#10;AVwQysOAmoKx8PFetEdcHFeqrKP5Vd+Z7s3Yc/TlV3lvftvNbJ7Gr58fi951fZ2z6jHbpTGYnL9r&#10;7U3nuemwGGpuqKShxPmzMlLIcXTZ/DRmgR08Tkh3fnyM+MHx37co58/tHJbq+WXc4wGb3L1xTPS4&#10;wbAwG41oYcJXbppsjjabaXROLxuFoKeqqKNUly1dSM1S10kiLkvsJ7J+zn3ZPc/meTky7vN33WaS&#10;K3hTwoANrjuLgTXCQ3SEeKBr8Ocam8KJFtkYgurDOH3v3PnHlyzjSwkECqVJlrqfQ2lpGkBPiq1G&#10;ZCnY4zU0wf8A2bk/mD80sJvjb1HvLE4/429H56uwe2e4tsJkqlu7s/sfENhdw1W28nFl4Kjtc/xK&#10;XJXqoJKLAfxJY6OR56qlqxCdzOQTZfKz4Tc2P2huXYVC8mRzT19VSyw4rc2OcrT0tNDXVctRK89d&#10;LAaemelWrpoqg3cySCL3ntZybBb7snJsnL29XUFxHLMm43MlvcWIeefwv3c7F/HNyFkbwkKPG8Xb&#10;WkdenIdk5aZbTeIbcvcMCjIrkl9TBjqpVcZKgnV50p1Xzs9dn9b41NydYZ3uLaXfWfrKHYWxsxh4&#10;KPIPuTbuVr1ydfTZmowOFRMZU7fw0FYtTkqfJDH1OWx0V6dYKU1KteN6+21t7aNdT5GLBTzZ6POV&#10;MdA9amG21uHL56auylBRZeBsite9bUtSN44keCCGmpJHIiRXjQh5q91+R/Y6yseWLLcLeLmK3hdt&#10;vsVMSXd1clJWS1sYCxdZJhG6oUjIPdpJVejT942ZeCCz8W0toWVnKx6dKkmgbH9moorEA0JGc9db&#10;h+R+9812lisF1Hhuw6fEddVuzstuzduP2ZW7q7M2lgtoVuK2vu7cGwchTYitwmM27iJtxxx1dffJ&#10;19RlsxHHH5A8czAj2Jt3auB3FmstQ7erMk248ji8z2r9xn6PC4bsDZlZt8VnYO3Nq5JKqprsLvvH&#10;7AmqhjpIoqOjhqY0o6h5oquNGw0+99zF94z7we+cie2nt77O70lntG07xalNzsopttuF3C1iht5L&#10;aULLFJNE073BmW4juUltpVELyRqepW2bcZIFsr2+v4oLZYj4aK+ujGumR9PboLdpWhcV1UFK9Whf&#10;FnsDem79qbSh7K3DhdswYHE4vG9J7ZxNDu3c+6Ors/SdiVnXmB3Nv9aPGR7dzmJq96UENFlBWyZJ&#10;6xZEr6aWiWiq5QhvjN8Xevs1tmn39/ePd+Zra3cG4KXET4TJHbFLQbDyMNTQYLAZuXD19RX1eQy+&#10;NWlrcnT3pZjO89HKpo3jJhf2P/u5/d32X9zeV/cH3D9zbfl/eNniW8WHblL3f1MVfFkP1sAjFuy+&#10;JGBokQ271ZfHDdLeaPeDYtviNiyySMsQepDKzFckrkNg1GoniAQKkdY/5if8x/K9Ibln6VGwtjT5&#10;mj2zht6xV2+seu4afO5zb2ToqnMHaWzc5jaMxYvA1Mcwiz08skS1MMT0iyMspU4dbsXH4TBQQ7S2&#10;3lsxuPr3NZSi28u85twb2h27nZsPA0s+cpkqMfk6yhz23p2paXL01LPTU01ZFI+lbP76G+3fvpya&#10;L7lzkvljnHf+Zk3Ka92+7v46O5udrc3EtvulzIgSzkmkcGB3iSGZYgqyBRGjxjHvN9uM6tst9Dai&#10;9iEia2AkdT3AgSksYamkh1BxTNAD1Tts3tLe+d7Lodwdj9p4PaOxPkJsjrzdGXGwM/sbpXeXb3WW&#10;6N8blkxUHVFRnabc22q6LZ274nrM3tmoy9Pl5cZi2giJUvH7B7459ZYHH7y3r2tSbZ3PS7k3Tj9s&#10;b4O5tz1j1rZav31tOqNPsyGjeqqJcfUbQgpoliMhjqsjFI0ktgiXVe4/3rN3vuZ+evZbmvk+Sy5W&#10;sXtrCNrRXkf6qFIjuLPoIguEi8WJmeycp4IkZUqC7FfMG6X+72Vzy8+8WUd05XxRG6mSAK2kuQSW&#10;CtQ9zChoaGg6Nh/Mo+Ru6st0nQ/HQbz69k61ynZG5+oN9YbaT4/DZPrHaXxs7Mx+Fyvb+arqOjii&#10;iwPY2PaSjy1IlNNRYfKxw01I8xmmdB/ye4qnZuWwWXrcdkdr42nwGYqckaaSVaaSaihqaujoXxiV&#10;ApUapQSTvYo7KpDObL7Eicopzpyu2yWXMkV/tryxEQCMOrmJNax6yXdlJKNIuC/ZoK6m6DMuxW9z&#10;s19Bebza3VtG6DxCygpqFGKsTwelAeA8hnohuxvj5tP5R9Id4dbbV7S2L8jK/I9pdb4vZ1ZuDG0U&#10;8+1Kd5MbT7x3TTb1rse+6K2XAqIKCnjCzwwyzI1PBEHqPZe+4e8cXX9K7GzOcwGUxr9kdl7JwuOw&#10;NXXNVVe3s8mcp67A5HdcGKloZMlQ7oxS1aUC0ryrHJUxMzSW8i49/eQ9qIN45h9uOS9+2YQcs3iS&#10;wSeFpU+FIhS5txKGYJIschaSgBBVlI0oUNduFvsVvK9jexysidrgllDIwJOaVEbCrDhxqKdHl+IP&#10;wz3R8f8A5sd1YDaWdwdLS9PfGbc9bh+2YcT/AAbYeWxm6lyGG3FgevsrWNuOPAZ3q/LUeLG4ZayE&#10;M1QskcdPTw+h1Vlcdm9s5iTc0FJuLH7Z2Bk9nY3N7JocThMs3+hTYW3hjU6iymalppN45TEUOarD&#10;urMTPVPVRVonYTpEr3Kfbn+7/wDablzmDnPcW94Nx3PZtytvoxBKWt1tGiRHsj40boD9OuiOJtCR&#10;TRaQ8Bld5GHFpzny/vFzHtEcAkuYlMhdTqR2k/tCafCxOQATRSCMY6W9P2V112TsvZW0J+w+h83u&#10;TsvbXYeX2H21kNs11DuTLfKbuXc9ZNme6NvY7MSHrzAbI7Ao/LtzASmGSepV6aCGFoJEpfZOMruh&#10;8jnNv7z37uHFb66U2vW4/b+D3TvPH0eUwcXX24JMlFt3M9W7FxdM2Rq1WowtTisjubdEcunBY5fH&#10;I8kqsAH7N/cm5AfmTnaz+8f7xbNzr7g2PLTRbLtF1eSwW9hEtvJNJcbkZbtXt7VbVBLF9P4cqXaP&#10;cMSsUT9D+LnXaeVkb+r2xG1BerOyvIrO5ygYCqgMdRUVye0VY9WD7Dxu19k7czW0PjZ1Q/VffvZO&#10;T3J2xvnbGyaGXEzr2hRY3B5/fVP3pvOfHy4Xbv3k+66CpoNvYeoEdblcgl6aKlatPsweK2F0BJuN&#10;9w4XG7f2xt7Zkdfsna+Sp8jXYfb+yuxK7E12byW4esK9801LW7x2x91T5+kzteGkph45Gkn0NDDi&#10;3yh7Afc8592v3L3vknfOYtt2613+ba9v3DcL9CLuW2tDO0m1IWSa7WBojNGtxLGk0TpWMakYjOTm&#10;3d7iwSC8s0n197BarWN3rRgRVVK9oFAfiHkOi79ld+/OXCbG2n1LvPC4ntfsjdNFlu0t59eYPZdL&#10;X5PO/HTJ7mosVi9j/IfYdftXJVO0q3e1I1Rt6eLb80619ZUVNNEkMUSzSLDduI/uNsTtrz9q7k2L&#10;T9lz9IbJ683hu/FtmNx9f4zZ0eWn7QrKnatDj5shkszvDbyVTy1NfDIu48hlIWZ0oYVdY43T2N+9&#10;xzZzJzQPavZt33Pa7jb42tpWn+hub7Z7eCZAssYZnjZppFZoEcXDKskyq0zOegrNzFyV+9dp8dYx&#10;NAZRJGCz0mZlWMDQKgKcHNEX7ekf0BX9N98di/HnHx9UbM3l210NtHuvs/ubqjrWqo9x9dU29985&#10;vrbEdXHbe8K2rpdpCn67paCnWPHRVAOzUgmpPEKqMJIS+bAd7YL5GbFw23dq5Te7bd2/gN27Gw22&#10;Jq/uPFVXTu48U2Pn3zu6poclSVO7d3VeNpKmPJyZWooq+qr8clBSJDRpSRLiVyTvfvB7He5Nxuuy&#10;7hdWnuBazFbt4zJLHcFEDiFfpTS52xoChhWAvD9O/iO3jh6SFuO28v7nyzdtFeRiOdSPHXTGQykY&#10;j1kBQhNNIOBlixr1aPv3c3xr7D+NPZ8ea7CoNr7e3JW7n6+zm5J82vQO46LsfDbjRJ9vYPL7joKS&#10;q2Tl6HfbxNDKkFQkNXOapvPJJJLIb3dVPHtHFVm+NwYjB4obWwGBnxGWzdDBVLT53O7hoI8FQ/wT&#10;G1GSyOWqq3K1eP8A7wU5mkgo0leKKZmp5Gb6R/cvnHaub/u5Rc1b9DLccz3FraHRcW6QTW92ywl0&#10;aIM/0VdUkkJEryRR1kYkcMPN+3ONt9fZby6adofEAlOimO3OmutSpqlKMxBNOHVVvXPZ9J2Jmtq9&#10;f7F3h2ZvKv7E7M3vtzN4XGVElLml2ztHaGVi3g25dzNQ4vB7Bo9v0WHyo2RkKWlXKZWaiSrkp1ir&#10;4AgMfIuoq+g+oshsPZG8qOho+3O0c7uRcntzLxVe4/7jT7Uqtt7421t/LY6igTa+ytz7ryElVE9N&#10;PLUfY/aUsbQs1Wffz0e826c1bKLDbtr3EWnJPhT2VpZW85lt3hglR2mncOfqJJZWczRS1VydbtIo&#10;CGd+Q+X9r3m+kn3WzW73HRHMzMBpSRcIvhtwVFwAKAfbTo8fxTTafyi7F2/2Z2NsfMzb56H6q2Bs&#10;utxG9tnyYPHYPdk+c/0j7N3HQUG56ut3HWbt21jRDRy5FUhp/wCLU9bJGoUUpBJu3e6N593ZLZGX&#10;3y2OmyWwur9q9UUFdj8fBjpcniNoirFLmc1INc2S3BkEqY456mR3kl8IJIvYYzASl7mWa4aSSWUP&#10;ViSVVUWOOP5hFUmtB8Wa0r1OnL/Lu2cs2c9htUYS0lnebSBhWkNW0gcFqcKMDy6sW6x6n2Z1Bi9x&#10;4TYtFV4zD7m3xuvsGqxUtfUVeOx2d3pkTl87Bt+jmY0+Bwc2TkknjoaZY6aGWWRlUF2JClZX5Cu6&#10;EkMzRHxPHqsEMM6m4ljYX1rzf/W97KDtJAPpXNacaj0I8j0fFFKlS1JStAePHzI/wefQk+7Jej+x&#10;Mbkeo8dJuLE7SqTt7dkJp/sVhjwvXm39o4bNZPc3bvalbWRvjtm5LGUUCxYjXJW5rc9XkBMCslRT&#10;xSZwe033ofbjlrlLkX289xPbLabx9pvknsp1tnklheSRRJfLas309/euVRBrVVR0dmBEJBg7nXaN&#10;+F5dfuq9ZdaKKFAdbMe2OM0JIoasQKIBxySKnflL092dkO667PbGz3YG3to5zYWbwO6a/wDjVG1f&#10;2XvLP1GNpuu+iOu8dAXz/wDdLMVdbV1u5shUtT4rA4+hjEIcSV01IL26ctuDN9ubI6q2ylF/DOyq&#10;XdfanYW7uvto0+68q21MZDFg9odu4zH0lZSUlc27N14+ehqMixakkWn1TlixJMeePvj7hsfuB7lb&#10;V9z6K02Hk3cb+IQ3s0SSX11e3UCSbjbtPMJ1s4oJC8qCDRN4kniHSFCsSWvJ9tuXLv1vOU3jrHoA&#10;VKRalWv6T4BLJUNU5ycdIj42fF/ae1uvNt91dz0e8sbubZeyMd1ttPYfZG/UoKTrrY8WTzZ/0SZW&#10;KmoKLVisbR1NPW0MNestZDqgMckbWsiOxevPlJ2xg6jYe1es6ndWa3PDtjO9v7823ucwdUbHy+1k&#10;hyGD6N2HmNw5OkxOKotr6Vq915On+7lz25600UMi0OOiEmLPOfPHur7m8xbxcc4bluO7bgbowRq0&#10;Ej+KsSmETwIqiCKN+4RxI0aKiNO+qaUswh5d2vkvl4R7hNPaWtqisY0eglcNgySqK1Y0ogpVVyct&#10;hadb7y+FPxAiqdwbj7g666U2VtxcpUbM2BuvOUGL7b3DNu6rlrNwdp9p4GoaXsnde4N1y1CRbfgn&#10;owcdgFhPjElUYaVG4T+X/laQ4Cs7n+QPX+x5dyZKkoa3bWxKXL9t74xVRJJV1m5xkshRvj9qS1WI&#10;pKaSRp0q6mnM7ktIVUlzHlr2Q575glnEexrBbohdHnkVFm7V8NEiQM0Zcsq0d0pgAejG/wDv5yNy&#10;3EkFpBcXcpYKFhUAdxoj1JqIyck0rxxTp13F/M/xObg3bT/HP40d6dyVW0MemVqM/vHD0nx26zrc&#10;TO0EGMqcPuntn+G7kztTmJ6uIUdFjsBV1tRGWZYgEsTObX+Pvwu60ijeg6h3N3huH7arQbo+Qe93&#10;/gUpas81LmMV0xsGPG7fpcnHTiJad6qrq2iiDM6GSRiJY2D7rW9SzW03MvNIggDHXDaR+EqyBSDF&#10;JeMTO8YKu0kepQ5AAOgL1GW8/eJ3zcnePZrZbeIvpDUJ4ClSzcV4ioAzQCo6Lhuz5KfOTsyTIrP2&#10;d170NhaXNYoUeA+PnXsvaO7qnFVUMD5HGbo7W7tjw20MbUQVDNTisxO3Qqubq7lSCst7/J6j6r6w&#10;3LvPeG78D0j0/sWFaneKdebYwmyaSUZB3hoMDt/EYCnpMpu3svfdRTLBQ0EM3lrZV80miCKaaPIL&#10;ZfZnkHkhbZNm5aWXcZVGltTSJwGmhNSFTUdI7yAxGrGYo3Hm/mvfbmRr7cn8LFCSTpA4/wCmye0c&#10;a46Lpu3ozbOX3Xi4Nxbd3d8ru1N55CfH9GY75A733L3RvDP72ovtq7NZDIYjOik6v2P0n1000VTn&#10;Mw+ESnxUZjpolmrJ6Kjm1PPlX8yO8vmh2tLv3b2M31tHY/Q9LWdhdYbO2RV5nJ13RW2sNmsYT3Vv&#10;Pc2G/d/0jTZp6B8luWVo4qWoMFFR+OmiRTPXJvLY5aiklBjkvyrDVKFIKkFWjZGqrQtETG6UIlUs&#10;DXiUb2xuITHOxZQhoCcgcWeuaP8Ai1D4SO3gSbg/j78aeqfjTtcU3a2c653B29362P2FvTN5XH7d&#10;2ttbemQkwWYyFP0d1FsSvaOgxnW2IxNJlZ6DbVLHPUVkK1uQrhU1UtXObNdt9tYn54dTbm+RuAx2&#10;HxPyd6hwtNlvnN1htymixyb+wPkocPjvnP1ftWjjjomwW4qyVKXtDG41BHhM/PFmPBDSV0rDmR79&#10;ex7+0W/xX3L9vIfavdrnRt8jnUu2XkzM52OaRiZBDIdUmzSzVLRhrHxGZIlXKL2Z9y5t3EHI3MV0&#10;TvkER+llJqLuGMElGr3fUwAZqT4iDtbUAGXnXM9d0FuvE9Gbmr6yu6z3HLLSfHfdVeaqrlxC0NFU&#10;V1V0XunLyiQHI7dxdG8+1qupk8uUw0EtJIWqscZa0MhIhQSpKCtlbkXLKyhgzOrNG66SCLcMvI4+&#10;uPxQg6CuSf2f5ft9Dg56yABL01KR5Upg/MeeT0av3z+4Qnkqq3LAspAY6lIa/wCLt/yCfr714TDh&#10;Un7f9X+frRjfPdmv2/t+XXveAhUu6sFZrqLKF0sT6hq5DsfwfyOP8PdwS1FK1A/1f6h08ZpGBQsT&#10;ip+f20/n173zZywILEqQAriy+pdBYBRck3UabcMPr+fegoBBAz/qp/s+nSdSBlQQ44+f+r/VTr3v&#10;oTL6rkrYNZrByTKdd2ZCCrAmwA5tyePezGTTFf8AYx5+XVwrE1VFOa0+zjx6976jkUqdSMUZ7hz+&#10;25fT6blfVpBP0A/x9+ZTUUI1U4ccef59bZ3pQkDI8qgU8x9vn1730ahkUumhWupLE3J0L9NAGogM&#10;P8Ppf3vwgxCtWn+z69eI1EoTj04Cp+zj/qx173zYqDf0mMHyEgi4D2BY6b/pY8EAcG3+PugBIp+L&#10;h+z/AFZ61qDAgatVKEeQpw+2vXvfL7pLX1pp+uq7aPLfV+n9X0/NtPv3gvX4TX+dOH+ocevaX1U0&#10;NX/V/qpXr3v/0hErNr9gYbeOV3z3J21iqSs3RRZTqzauwOt5JqKi3Jkc+Kmp2J2RR4HdeRqaeXuH&#10;YW26qSnmbDRJQ5OjgWarCyBL5y8obTzNy5s8/L/LPNMd7um6QgkosGkaDomeEEeNDa3Eh7kJMiIz&#10;GM0FREXM/ujYbDu9jyryttN1uaW51TO7qqhVJBhuZUDkBnpV5SJMkFc16Pp09/oU7e6uxmy/hH1R&#10;V7Z2fgFHddZvz5M7WxiNQ7E6/wB74/MdjfFaqzOzcPR9l5noffW9MPLJTVecr2yFHWZOpgpY2ooj&#10;BTR+tjjKbdn8NzmfTPbyxWFbae2uya3dMcm6927Ww7RCuy2F2On22NxOOr6WnaP7mD1iQOXcSD1A&#10;DmvZksE5k5f54txtvMo750RGljLqpMesNH+pGRRtKEx1IYKxx1KWyNtu4xbVvdrZ26KzK00agh0l&#10;IyHcCp0McKTRgValadDD8qMXvrA9dbMyfWGwa3bnWOY3LB21v/4tJ0q+09k7J7A3JWTV1XhOxe9s&#10;XLkZajP4nemZXJvRVsawGJ4YIYmogBGVT+YLuaqjreqtk7rxuPpNwbOwGdz+L3ZjUq4qKo2ZufOV&#10;yVW1JYJjMYI6CvxEc7xwyM9Flkq45FeKSJ/fB/3IveVd/wDdvn/eeTtrZLZzaWk0gclLye1gUJdx&#10;KQFYaZGhE1B40elcNCVGaPtlYXkdnHcWLxm3cgupWrcOAYmuriakkEjq+n4Sber8D0NtuWvyW5Hm&#10;zrSZ+q25u6moI8/s7LZNY6jL4Oqq6HSa+katdqijlkRGloZoJAoDi+P49/GTO4Ko2b2X2ltjsnbd&#10;TW1MW6eq6jZMuz8/T0FTi5Y2pU7WwWUpM/isfgt401QZsYtQJIMtjZmikRXdCJl9qvYu/wCZ7SHm&#10;O+glns/qYY1t/p6x3OtlYMJJTGXiUDTMIu9GWqyCtOhhzDzlY7dMdqikV7wirsJQmmoNAWBqpHbq&#10;YYDUHHovfyi+dHXFLU766O6x7b6Tx/Zm3MfV/wCknA9qbp3jsHJwbFqsbXwZ/L9Z5rA01PPkt0ba&#10;qI/DUTU84/gtS0ck2k6Q1g3ZG/8AbG9qTZ3am8MrvXI4vr/P0UWBx21FyWQz+RWnqKbD0+K2hgQ7&#10;ZPG1EcFRUR0WKmandaZJYmeONR7zD5r2Plv2I5Y3cS+3wt9xutvnZFFmjW7alctPcEusc1vblFe9&#10;Gt5jFoIDMQrY7W9zvG579JAkqu6spd1kLAM5Y0IoKGnxEcWNSak9VT/Ebrj5Ybb7W7d+PtDnti5a&#10;n7Cw+E3b2Bujcedp5tz7OxVSZdyRY0ZekoKbGb03FurFNBH/AHmwcRw0OTeCrtJJJIRSD37v2o7I&#10;7p7J3hUZWDL0eR3VlKXCV1Hi6jEUR2njJ3o9r0dFia2lpa7FRUeHghR4KiP7iOcyCRnYam5Hcqba&#10;+28u7XbzJS/ePxZySpLXMx13EhKEoQ8jMyaKJ4ejSqjAyr2GKSHbbeG4kcyhR8TEsCan1+eB5dbQ&#10;+Kplo8ZjqRIJKVKWhpKdaWWf7mWmWGnjjEElTrk+4khC6S+o6yL3N/YPhxcPrj1C7EFisguLhSVB&#10;CC3H9fYiK8V0mn8v58ejYynUIwWxTyHceOAc/M1PU/355LqdCxSiwHpsrILEiQfQ3U8X/PvyJQjU&#10;SP8AL8uvRsrSEM7qc4Ix9nyPXvfATRi8h0+l/UF03u7XKBAQFQ25sbf4e7FGPbnI/wAHn1aQuzBV&#10;OaYJ4Y8/Unr3vzOSoJlRSwYrHzcpfSgLgaWYg2BHDH68e/BckBCeGf8AY/n8vLqonkQV8FiK0z/m&#10;4/Z173g5VmZdRB/ACjSbKQCb3F739Nxb25xAB4/4f9Xz6eIjf4/jGASf8H+br3vq6Kx1kJYr5HLc&#10;A/VUW+rXqtxbm3v3dQac8aD/AC/LqheRgUAqaUpTiaenrX0697yPJaxYkKG1MwYOrPYSAEjUAQDa&#10;w/p7qqg4AzTApT5dNq7uysgYA59DgU88/wAuHXvfHz6kDabIt7tIEUepbkQpe4sGv/h734dGIr3H&#10;yFf5n/VXp7SQMmrHhTIFfU/5Ove+vIo9QcEMgBHpEpYC4clgEdCDz/j73pJIXTQg/l9nr1eh0mq0&#10;NSf+KHXvfAM7D1B9etQqqU0qVuASw9T25JYcW/1ve6KDimmn+r/iuPVC8UbsAAABWtc/LHXvfbaU&#10;Yliya9THUSW1IP22Qf6n+v8AU+/CpAAANMft4g/6sdbeRqHQACBivD86cD6de99PM6XHJ1NGhUEa&#10;xe3IH0BJ5NuDfn/HYQMceQr8ut6Qxqaig4n/AAfl5U49e99eTgqiuWa4Kk6eb3Ooi3puOBcWHv2k&#10;YLEUH+r/AIvplpVDa5RRQPKprUU4de9ysdRZHK5PG4bB43L7izuWqkpsRgsHQ1WXzGWqnKhMficX&#10;So9VW1C6rs4Xxxrd5GRQSH4bWa6fw40A8ieAHHLHyrTCirHgoJx157mOKJp53VIhiuABQVyfIEet&#10;M9Ra6uosZR1OQyVZS4+go4XqKuurqiGko6WCMapJqmpneOGCFF5LMwAH1PuynYXw6l6semyPZdPs&#10;3fHYUcUrVe2qarpN5dW9aKUULSZvM0VT/Dd9b/dJGWoSlMmOxzgwQCoqQ8iZP+1nsPb8y2P765pW&#10;aHbmZaROWt5pFNQ7OAVaKNcBI9QldiHY6KKMeeffeVYbiba+WLlQ6kapnAJ9Ssa0oBTGpwSTwoMm&#10;vbK/Ofae65quk2lFm8Rh6maOi21/EKGv2/2RvueVTJDktr7QzWKGQw21JowJI8pX06wvTE1Eggg0&#10;PMPcGwegqGn24uT+P3VeeGOln/yitxmawIroa2V56k5qgxmWWeso55JJEihl/ep4iBGUIGmSrv7u&#10;HJN6b62hvLu3mlWg8OV9auqkERMW0K6qVfVUoz0rUVrFMfvV7gxSTGW/R4yBUeGAR/RWg00AoSeF&#10;TjoH67sn5D57LZvIYTurd+zqeGFSdvYPB9X74xKFXSOGlpc3uPaFTPJUKqMslTA8cEjamK/pJQOZ&#10;6K+LeQrmyP8AoRyG14aUmOvwexe295RUsxm8mqSODcsG5Hw3j1/tzMzrEAosw9kt/wDdk2KG2j2+&#10;05nufqmlOiedY5G0hRQPpCq2fiA0kn1B6ENv7/c2QiNZbe0nhNasVINPXtI4f6sdKHZHZXyioHDz&#10;9+YjftJkKGeTHT736F25h4oHM10YV2xt67WXPV0SjQsNPTQiVdTFVK29p5vir8WqkrPLjPkfiMY+&#10;NljefF7r2fXUFNWa1akyEVVuDbtK9ROwBRkdXpKi91VLA+ye6+6zdRsYLXm6GS+JQJWEUZiCHQhA&#10;DQYbsIcD8fHo9t/vB7wGBueX7diTTskap+YGfLJB+fXdd8j/AJjGpanwuc+GUtRHXNA2Dz1H3FR7&#10;kehhMRevFJtrP7spIpfGH8sE0kL03pLauV9pmv8Ahn0ZVVCNg+ze7dsU01Ohhj3ZtHYGdlgrI4wX&#10;cy4fMY15MbXSfR2RJoibIri3shk+7PzGtrJ4e9bdcXmvGkSxgoTTSyl3IkQVNFJVgp1UOejWL7ws&#10;EnZc8uyVHEJKtDT7RqUedfyOOhBxnys74oFrE3B1f07uuSidC03X/aG9KOCeMpZ4oV3T1ZGhrllt&#10;dPMY0Q3eRbE+4Ga+DHWKRR1G3vlDlKaMvqFNvL4/7pkn+2aKOWaKlqto7lqYamvjqWcBxCIWiAOl&#10;Tq9g5Pu9e6hFwx2rbJlWtPBvtBajFVOmWKRimihbIYGvEU6X2n3hOW5ZNM+1XKEHOkoaVNAckCgH&#10;GvTj/s4nbAyS0SfGEV8H3SRy1GM+QHVaSU1M0ZZpaqDcLbcipKoSjQsM0sYckWfke0Y/wR3JUTCD&#10;H/IjoGaFy3gqswvYW3GqIVQNSSwQ5LbTss08jeOSFyrQcuWkUE+yiX2S9z42PhckXEh8wlxAQF/E&#10;7HFFXFG/ESqgAnB/ae+XIc7/AKlxcRtwOqI0HqcE9tfX4q9K7IfNPD4fHRVmT6F+RlRUxl4spQ7U&#10;2NgN9viqqMqPDJNtHeGVSsjmuTHLAJEZVJbQePbBkvgh3rTzCnxeY6R3dM9G9Si7X7iwEk9bUAlx&#10;jsbFmabFSVc88aDQ58dO7HxlkYclU3tZz9aRePc8p38S1YUeOPAXBZtMxpQngNTeYqDQHcPu57fz&#10;qJV5gQKQ3xKyAFTShFOPz4fb1hx/z66LlhqZ9w4XvPYyUJiTIneHx97foocbLNMsQhra3GbRy2Pi&#10;dUcSMRMyiI6r29tsXwQ+WFRTPWY7q/GZVRFDM1Hhuzet8nlwzzGOqpziRuWmr6erw59VdCVDQREM&#10;vkUg+wrf8v79tcqxbjy7ukRJwzWU/hkUGlg6K6sshxGwqGaobR0cxe4PJ06hl5ps9ZwKvpABzXIp&#10;nFDxPSlHzm+KQk8U/cOHoCVidZMrg93YimeOeMSwyx1eU29SUskMkfIdXK8EXuDZE5f4kfKTBw1k&#10;9b8ee2zT45mjmqsNtyTcVOU9Vq3HjAz18+QxVXe8c8SSKQP7LcFLcWNxaKXvEMS0JbxI5YytKVEh&#10;dAI2T8QYgDjUjPRxb8zcuXMiJb73aSSVAI8Ra5ycVz5U+fSo238u/i3u56WHb3yE6eyE9dkP4VQ0&#10;3+kDbVJV12RMTTLR0VJXZCmqaueSJGKCNW16TpvY+wg2/s3eW66yXF7Z2juTNVqOkU8FNh65Eo5p&#10;p1hvX1NbT0sNEj1PDNI66SDccH2p2rYt23y9t7DarJ7i8kNFWPuJwT+EkAAAmrEL/S6fvd326whe&#10;4vb+KOFeJZlXFCRTNSaDAFT9vQ65XO4XBY2XMZrLY7FYqGPyy5GvrIKWjWPxtKG+4mdI21RqSoBJ&#10;YDi/uwDrX4l7a2Q1BV9pZzaO9N+5WClnxOysXUTV+1NmMwZ5TnarxpS75zdYhaKNPF/CqfxSyKZX&#10;QMMj+QPYCa8WTcucre5gs0k0GL4Xl1ZDBhlEUUY+Ga57mZSB1j5zj76QrHPb8qxyrICQbgrUEAUr&#10;GG8jw1HPAqPPojW5Pl9k8+MvV9dbL3DT7O2792chvDOUH20+TqKSV6aajhwDzQZPCUUSvDOXq2gr&#10;pfuqaNYIzKSB5Xr7omaHLVGd+OfVm4g9HQYuTJ0MW5NtCven8MUDz0W2szBj8XkoUg0pX0/hkkQk&#10;z69TXk+T7tXIk4tbS0udyi/Uk0gTsrFFqzvHLLWozUxOGpSgoSOong98+d7adE/eHjIQWCtGlQPk&#10;WAB/MdAfuXfvf2WyVNUbX+R27OrqvcUJyOU21PsnqzsPF7U0KZKc4iPde3KTclZDVlgtTTrPJ62K&#10;05iCD2mMl8a/i3lJ2qpesN67RxJnjqpqXZ3bOTkanKoPucXS/wAexWSkMEgJEagho5PpIVa3sJbh&#10;92bbpQINp5lvIr6hCtNBDIDWqqX8qg6XLV7lNCAc9CC0+8ZzXDNoutntpZcYNVBHHBU4JFPTI6ec&#10;X398oMPRR46n7H6c7CzbSkRVG6ep9y7WWppmkAjq2bafYDwUlOFRtT/bPIvP7XHKAyHxF+MDUAlx&#10;2/vkht6qeoniiOXxXV+56OOicKaGqljov4TW/c0DEK0CWSaO7uySceyaT7qHOsjrJab5tktnoAYt&#10;DcRET6irLq8TRoc9obufX8NU6E8X3k2Z41n5SJOmraJQf9rVhxHqP8PS0278l/k/S1M9DujZPxz3&#10;ZVUoqJnGyOwOydsCrgZTJRx067s6/wAosE8caN5mkfwsbeJmJsGT/ZL+l2qKs03yS39iZ6U41sfH&#10;V9NfxCri8khXIz6sNmoKmqgaA66aaIx+CQ6ZlZRq9kN/9173GEJXbm2i4kHiCVTLKAdK1UY8QKA1&#10;RJqUggdpBNOjqD7w2zTxqt5y9dqhBJAZGGMaT8/U+YHDp1m+YHecC46dviQtdjclKE/iOP8Akb1N&#10;TUlJGjBKmOsfdqbTSLJIWBjpbmSdblTfj2msj8NajAV1PBsb5H7PzNDkIsjQ1LvtXffX2Ym27PUU&#10;s1TjqB6tK/HxVWbpaVIqqJ5o6V6lItSzxJws5L9gPe2XdLXbIUTbJrl4hI8d8GRDG5lVmdY4yyRM&#10;DPGVbFD3pIQekm8e8ftNu8aTb9sEsrwKTGGhViCQVopU+QJHDtrWnT9UfMCjlwmTye8vjh21TLt6&#10;uoJIUx9L1p2IkFfJqihykdHt/fdRlIIsfJINcwp0kSIswsvPtSbR+Pm8Nvbqzm3Nldsxtg6nZ1L4&#10;sfnc1U1Oym25kWyIzu2stJif4dkpN24PMVDS0Yp4qenkNa0szt6/fQv7nP3ZrrkzniP3A5491YDy&#10;aJ7+wXao5J4NzvtuMZ+kvIpPGFvaJ9VJ4rWwE0gWJzCV8Yqcfvdv3L9u+Ytii29OS1hkE8UonWJS&#10;/ixkJGmhxpZNFKkkNUUA4HoJez/lP1ZNsrbXbm7/AI1dkwbqwfZtNt2jpM/sbA4DsPEZ+KLb/wDv&#10;+cHVVz52jyGwMng0eFK9KiRqr7NaVYzIY9Jver8Ht7Dbuw25Y3zGP3Ymz6fYe+qzZ+V3VT7WyVe0&#10;e3Gx2dyW3JPLgaTHbQw8UNHS5yjqFkq/Iy1kPkjmkbIn/gRuYOWPdbmLnvlL3t5kXYrhESK3do7p&#10;/F8aSci6uJwWMcoKs1loZAB3SR1KmIdw3e0vuR7rYW5Gs59Lma2u3i8NowFaMhlJ7napOkghcVGo&#10;LSr75cbw3TuPq3efX2L6366z+Epu0cr2311W70qcFW7jxsbvvDJ1OwaR5ao7gz3cW+87TV+ZqMVk&#10;IokxWNC/aPUeSgSFw7Ewu3NtYut2rkYNv7nxOI23lDt3CdmZHcCRb7ENp8KmL3193I+Or8HUVeRX&#10;Mgp4SgUgr4jqzI2qbmq63DZN3225is7hWSO8ufDAliuSgTXAqEKsdylNB01LyYHcaQByol8s4Nnd&#10;tZzRXOp7hIlIiZUkLq8Wmrl/01iJ72oO2pxy6U7L7P7Xg2t3JtafePV25d99gbZo+38/0jFsHJS9&#10;B7jztLDi9zx7p6wraCYZrYXaGGwu3Bs6tqEqK6nqK1lZZ/PdA764n2VsjC1WzOs8XVYfaW6dwVO6&#10;c3QY7IS57eefG5cxBTvU4neNPS1+4ZtqUeXpGOJgpZXjRYX8b2LD3ih7jfd65C9pvcbYd85cu4rX&#10;e9wLXNy8YWIiZnYi7MQoRcaXbtFApBBA1Hqctl505+3zap9p3HekfwY08BlhrCq6asFiJDl/xSBj&#10;WM8FqejAfIHp3de9pT2p2pu/Lb/7P652flaLrDL5zyUnU/U+ewOEyWdr1qOlM1uDB9Z1Xam6dtZU&#10;Um4cluGCpkgiq46dYo1jiHsxG4MJjhSinwM+FyVUmZgyT1VdhMju7EM2RrMnXZHNYCv2/W4mObeR&#10;kxUv2+WxtRU1NJUrH5YJjIEI83j263bmJYo+XebZGuYljJNxqSN7eSra46KyQyuXNJAGWQHTLo+P&#10;oyufbOw5329J+YrxZlqlCpEdKUojBiFMTAd0TVJViMGp6pj2P8gO8cZmK2Xa1DP1vLHs6l8aS1OI&#10;64yk2zsRhMFtjBbVz2I35jt5vgunJqXcUWvbWfoqbHSxCaSlrccsD1DEN+Qn8sj4h/IRtu7pym5u&#10;zetstkNu4fb21t00mZGX3FUY5oN0Z7HJ2dH2G2Ry+fyNdmtxpUZSpy9QmQiFFHj6R4VbxqFtz9h9&#10;xjec7DvfgbvafomC5cOztGGSNBLAV7J3XVEVDGjajqXJkC1m5e2Dbrazv721t2SQwqgdV1U+Eoi1&#10;RYwKgAnBBoQpPRq/jp/MT/mKdSUW8tj4rrLZXcOR6ozu4q7tba2UjrpaOQ0Oa2VtObb/AExlOtKC&#10;j2iuHoMVteaHadFt2ir6Orjy1Rl8hGYojO9dOQ7T+SP8rPe/RfSXyXj2X3d8QsngN4bdxtB03BTb&#10;M7Dz2Fk3Bjty7i7X2XX5eGh3RjfkD07unJRVe2slnYp6HMw070VQ81NJdMfufE5z3PZbn263DmG7&#10;2Hetue3ubO8t1WY224Wsni2t6AxZbuHxUKXcSODNEZSNE9GB3td9uWwyWu5bHfw3VmkhpHgwTCn6&#10;kLaakErkOp1AjBoOrJdgbf6U/mI7Z7V71+OVHuTqn5Vbbz+EzOcxXb+Qye9us6bO5DZWY2pP0T2D&#10;QYLM5bA5Hp3tTYtP4t14zbdTDV4yathyEHiycKa7f+q6bZ2doOvd27LYd/4/cfXI37t75X09INwV&#10;nZm1KbJZjDY3cD0uU3HJl9idkdS5zMSY7dG1HpMX/d2eSu+0V6CeHyEnsR/rfe2cPNHMvOvKtzvP&#10;3mtpcrLuV+11fba8t5EZbO62/cZ2cW2ysmq2udxEQuo0hYXWhl6mObnvY7jarK922yhi2+R2QRfp&#10;LJFIoDPDItM6SdYNT4qMChqRQmHZfb+X/uD2bidwZWi+M9Jge9qPqlPhNXU+E2d/cbsWpo6Ddma2&#10;B2RWde7Iocf2z1/3psXCVm5dl7nxk+W/va1djaZWXLrVJRKPe+xaOq2bD/uZxUO9q6lwO2sPWbTl&#10;xeJzQy+aXGVO48V1g+/aDKS0lTncY9VXCGWNMr9mwWMFQWTqlyV7yScu7XyTP7l7tsh3C5ktluo4&#10;Zp2sJ9zmiEkMKRQulzPDEXV4DIDqgAuZkC6mCJ95WyEnioLrYII5JnkCsHVgCR2IMhEqMipPq1Ou&#10;+vflLnU7Lo9v5HAZSHqPC7n3rvvIZ7siSpy+0o8ftrMZnH7C3R8g6vp6sxOJ+12HWY2jwMc7nIbX&#10;+/pnlrNORjjYgVsbcm29hUe+dtz1XYey5UyW6slumXBwU5xG6ctBFUtOcZilnqNwZKlp4KCOOskj&#10;Snb1SztIFjI9yfu/NMfNUf723KPb94s7PRHatIih/B8SlIyH0fpq5pqLKVQY7jTEPnTn2/5j5hgl&#10;2Se3ulU6YhI7I4iYgUKr+ij6DqbUzMdICjVXqzzu7YVR2oOve38p170D3Tt/Dp11U9Ryb7pzJuTb&#10;mM3BU4xJM5UZ7JpQbTxeYyQyrVlHFL91DKaaGmWCWWcN7m7R6h3DNB2TS9odj7npKzsXK4vcWS67&#10;TufJDNbFrttVW35aqg3BtgVpSq2ZntvvjqY0uNrkqMXQSmOIicMRgF94r7r/ALX+5e2b1sXsxuEn&#10;LO83m9HdbwMjQx74jRulzAzoUa3rVhHI4aEyQxStG8dGAq5E919wfd7APy0Ly1WGW2S7kh/s3kQ/&#10;TywxyApoVg5OoASUqKqQei59h97dCpvPrDN9E9O4ivxfUG2twf3F3vuH4vYnL7G7a2xuqDdkcdR1&#10;P2kMW1V1huTaW+MDmmMc1FjqTPVM7EyCknjaUct4Ymfb+G7DrugcxQV26NhZGj6+231ftfEZzApm&#10;82+8Nkb0yP8AejdO5ss1Nvze2P2cJcZjMhjETB09FUVgWqldhHFzu9sOXueN05/5k9yNquEt7DbL&#10;9NuFqG3KSOWWKaWCfcJxeRgagoj+ofjNGoiV3UapBXtOw7Py7y3dbXvW8Xu577fySXK3t3HbhkWT&#10;K2sRhJCxK+pljm7u4UjGeikr29he7Knpjbvy76x3ZtHrPtfqXcvee9+8d44LrKrwu3Nlt1HuPr7G&#10;Z/AYTYOGNP1dsDdnYnizmSwmY1Zb+MU+K+5olP3Eof8AsPY24+wpqra+KnOA3NHm8PTbW7Aqtv5a&#10;vpq/b26ah67dgxuyWyFfTSz4itpv4FDTyl4P4tDPokWEhh0K+6l76cx+1997k8rfeQsbb+tHLtp9&#10;VNJZuywbwsxeSK722MRq0Vmw0JGtuhdzFIrVkTQDvbF2na9wtNx2oG62++gKeDKI/HtZIQKQy6To&#10;B0apC1a6ShxnpG9M/IHp/wCJVbuXtHrx03X1Lker9y7iquhsnvTrnDbtwm5OsE21i9gZbenb9Vjs&#10;LQyS7627lpd65LJRSQ5CPb1bjZKynlkQQSFi3fganrzbPXeS3jnMJvrp7ZPc2FyGBy1Pu8Z3teHO&#10;Nm6mowOw81ZKrby4Olhy0dRiYVjiqcbQwmlqHPmiZZRtPfD2v+8DyPyv7v7Zu6bTzbC8VylmGimt&#10;V3F45I57ITFRPDdrA8Ru2dCgmfWulInPQdvnuNr3jmKytLaWPbXTxBE8RjTUoCu8LNUhJAD3VIc9&#10;y9Hx2h2DSdu9rfKbqfrDDb96d+VW8/i7/Gs3iN8dV1G3PjRk6XMVseO3T2b1dm3p8Ru3NUuYyCJh&#10;q3cIq58bmsk0NfRrIKSp1Kb5L7rpev6fP7Xz/wDe3Mt3BtTdWD2lR0GayWz+todybVyv8FrzVZTF&#10;0mQ3Lhtx1y5GOpyjRwVFJU0XhhqtUNpEwK+9x75bfznzXyF92P2u2jd+UudrzctujO/rHORL9fdP&#10;bvAkcQP72swyLFFcW9JPqJAUKFHTqTPZflVOZIrnn252SCOD6hk8MsHmpGF8NmVCqmPSWWD4HChm&#10;KkdQvgZ13t/uaHYXa2C2T1YlD0zWUddmMvueD/SN3jlBnsPgd77ZpcblsTW0G0anaeFq6maPAyVI&#10;+/pZ6aatpqaI1ZSoQ/WnRVT252DU9x707QOTMMG3N8bdg636vj2th9/RYLAx0WS+z2tujI4bD00C&#10;ZyghEUyOKTIVpWQ0zpNIFhL7xX3BvcD205f90+dObPcq0v8A3ohkmvZbaJjeTX9kSUngW3hCXn7x&#10;km0x+GyzW/hSeEzagdGTlpvfLX0TbbaxLG+nSDKF0qQcAtk1UdynDA5JOOhm3Z83tufH2Dp747VH&#10;Uc+1qfeO8N19Z7tbcnf+E3TX9C0+Zz9VLs/Ob/3RTVG7chUpndvVdVlJqVa1qnD0KLBLUJKI0aRt&#10;fv3vfaHyC3V1Pu7YW3H3TvbcE2Z3NlN77bq8Bjajc+Qp/wCIdedy9h4TCSVe28Rsup2RDjMNloMc&#10;Rj6jD+WR5pqnWTgDtvNXuG9rzDyjZ8vJNv16GhmtJrVfqYZgyLcRxRyKptbmI/q1eKPRoQyBI/1O&#10;l1/sdh9MN0bem+hijHdUP+kc6Q2DIyPVtTVINUGKDoVMj8YvidvXrbqrunam7d3V+0Opts5zH7Dz&#10;PUu+s1uupzO0KgTpn9hY7NQ/d7r326bvpaqsxhlmkyVDliwpPCt4PYwxY+kp+lKra27cbic92L1V&#10;nvjb13U1mWqpK7E/x35Ob33/AJndQO56yWtTc1LhMbElDttpKZzHR0PnqQVaLTPXIHv77ye1uyX3&#10;s9Yc+rZ8v8zbjt4vLqW4IuYfA/xlrtblmLWzkJHHdyiRrdYiwjRiGBia52rb9w3e63CK2a2tlWdw&#10;qopBWHQoIC1op1GSg7ixIrVT0VLeO38tt/vn/SJ0/vbeWw+u+yOlfk33duDYHWmy8PRVKYj48Y7r&#10;XaXWGyNt4bCUpkxWQn3hk8tn8p9g0Way9XWpRCaNIx4032v2F0xsCjlx+ZwfY2T6j7R6jwz4XeXT&#10;UkM/W22aXYm/9xYfZuSx8gpYdpUeH/vBjo0rlM8FfkqaOWnjlhFROrlX3iOZvbrl73G5iX2o3ld3&#10;u5obF7eVZo4IkkiiKvZQRofGeAeHqJjCaWHcmiWoE1ny1d7raQrGsbWsUslQWbUNarrZQRQNQ1UF&#10;RQkEjpR/EvYXyJ7c2JsAbwm23tXcnTfcWZi3/sfvXb+dyfZm+MXvbYeA3Xutt7ZWbKz51d3rR75c&#10;UhV5cRBNVx1ZSpmxlE3tfVq7/Px9677D7AGU7E2/lfi51n2xuLa2Updt5DcnYPe/aXaE+zP9GO3c&#10;mYcbDVUSYGcZKo/iYp44Uzq+Z1p6aNPY3sPvQ+6PMGw2XJ/Oljd7pyXbqbOJmS4ha/aYFo57q87m&#10;aNIq25aAyPHGH8PVIV6iq55D23aNyur2yvI4HS5kGlgGEMMKB2alAxd27iGqKLVTRiAX3rbqPpfZ&#10;HyP72qeoMrtvrHsKg7h7w6rpcts3O5DK4zpXpPqXpzbu56vdGa2Jj6+JcPuyTcEVFQUYEep6HB64&#10;g9RV1srA384uktsbJ6U2zviv2x0P1h23QdpV2K3HsbYmdm3Lm8n11X0C7exm5+t9wwrgsG3V8W9N&#10;t1bZaiXHVFTBUx02mrMUMobDrnN7633mx27903ths94txNDZSzLKtrInhkqwVpO1oyY7SXWviDV4&#10;itKSRLXt/wA02m68y7lY2qSz0s4m+qEHhwTZOpEag/UQEF1qBkfLo/nwK+Ukvdm9939e7e3tvvur&#10;rXrXrbYD4vvDMbS/uvj85vHdUdTuXKbX3zTZOnbcNJ2vjtrV+LqKineWKEU8rzfbQieBfdau0Nmb&#10;27Hrkw/Xuzd178yUktAkNHtTAZLOvO+VqvsaCRauigeiH3NYjRl2lWNGRtRVUcgJlBFIoldUc1FC&#10;e4FRqIKCr4WhA01IIpUkAzE91b2irJcXAjTNSzKtAp+Zzn04efVk26N3bT2RiKjcG9Nz7e2hgaQF&#10;qrN7ozWNwGIpgAWJqMllamko4QFBPqccD2cXZPwY7cx+Qosz3ptWLY+xRFIuWx9Rv7DYXftF5qap&#10;jpKmHC0kWUn+6wlSIqmWiNzWIywK6kuVyk+7d93vZfdznAbZ7h8xX3L3KbWkrx3aW8UhnuAAYYVE&#10;5ISKWp1ytFrQLRIy7qyRfzf7ucsctWrSWV1Fe3IIqitQ5NGOrhgVJqaccjquftb+aR8eqOSo2L8d&#10;dyyfIjuWsqnxuDwnWezd57+2BQZKnqArtvzsjbFANmbQ2/VCGWD+Jy5FoaaQrI6ug0svupOoes6e&#10;TevV2fpN5b7weI3NtuWu3Vjs5DsTH7z3/jsjHndoY3cmMjx9ZRbgwXXuDmRqrHtO2OpsxkJaiRDU&#10;CnePILcPuC7LytvsU3Mfual5tJeSJPo4SEeJ0HiJGzs1xF439lNdREyoq6Ijo1ViXe/e+5e3l3Wz&#10;262JKaoSWYyhCtNWlSNDynAHEIAKZPUTu75MdmN1js3sHZOM2DsHslNsZ/dWfxm+MNkN9ZjYGxYs&#10;XU0OYz+2o8LURxz7gzuWpXfDUs0SfxmkplVgo8qCwLN7uOQyy7lz2MlzO6sBQ5TbW1901O24MnuS&#10;l27X11JPV4zBtMkdZhsHkchTq/8AD6Yxw/bJ5pVWI295Dbb7Ve1l5zLZbzsnIe0bbb2lhbWEJsYj&#10;FHeCJZIoBSPsuZ18WR5buQFpBQNJ5DHnmz3h5k2bZru5vLuhdfESz1DtLDS6mVagsoqTIMu4Crk9&#10;UhbO6/7dze28PsbH94ZbH7T7HzA7R7Y62y3bn8Dwuxt2ZenqK3O0+SzMQrqurqpsbT0rVTV1Y8FJ&#10;m1ShxUfniBLDUjcOXoKWuzu58lmrVEm3mWmyNXWYb7jGOUydElDjvFQUcdNLIVjdEaNmul9JF1e+&#10;+2G87Fsb73tuyIdoj1VEhjaeKNjSM00gOJVFT4ZJC4Yg9Q/yp7nyb2JtuuL6dtwSgGtWqA41xAsT&#10;Rw0dc4IpRgD0Pu2/9BXW3YeW2f1v09sTrB8lhsf2/SZJ9n7e2vvjKDcRb+7+cyO7t1VGV3/m81LN&#10;Sionoq+ojniicVSRmXWEQtHIK7OVWTp4VipcEKvamBx4SI08s8mk7ly6RtGZJ5quppY6J5FXxJTU&#10;vH6z7BIt7KytVuDqNzKwCSKPgCDuQrjSOJQ+oIHQx8ZJJjOgwQCJM6QOFDTC0B7KZqxqOjC5uCvb&#10;b2KxWYyj5Jt20lH2rvTc9TX5FsjSYz7h/wC5GJjyf3KwY2RaPIyZCDySff1dXkCsgAgW4a9l9obD&#10;6v2JluxexNwNtbrfb9bSUm49xU0MWRbGU2UqJ4zVY/CzTrks9l8pND9vQUEDiqq6khUiKB3Q7pPM&#10;FFvMhkjiBgWYBVJjOru0Aq7N3KARioBIz0dI3hSx0iMkhcUWnd5Cppii5Zh5D1J6XGB21ueDcEtD&#10;idoS7v7KymGrdx4raS5UYWfcuQw+PoKLA7RXdwp6TEbZxWJkrKWfLV32dfHR0swfWZmSKTXY7d7c&#10;+Q380/5E7M6j6j2vW4vaeNq8i/UHVWRy0p211pthVgpN0d3937np1koRuKegVJMzlmUw0cbR4nFR&#10;2MaSL9l2uZJvEue/cpDxxpANTojAxpRagmg1KDWgqSIZ7mHb7c3EwNBXQlKmp9AMsfL7O0HiSZ3F&#10;4fpn+W/0zv35M/IvcuMz/am4aGhpN97w21t5Ey258o89bXbQ6C6D2YZRkV2/S5KomjxOMEpq8lUm&#10;oy+XqGmerq4tob4ifDTqP4e9L1PVuwaei3rmt10kcnePYm4sPGa7uzLyUNTRVtNmMPU+VaDq/HUt&#10;bUUeJ22SYaahleWo11s88nsd2227Srrt+728haUCkmKUdcRAHMauCrRy5PiAGnh6QCaL65L2He55&#10;WXTkIRwHA0HA6uDHhpGlcHrS1+Y/8w75CfKT5SYzuXs6qyOwcfszOFvj9sbbWYBx/QmLp8nRVtDJ&#10;gM5SCP7/ALYylZjqSrzu50UGtqoY6OlEeLpqeJ9fH5b/AB57a/la/JnZHyr+KmRnwXWFZu2uqeta&#10;6phlzuK65zubpamDdXxy7PpKnVHuTrLe+356uio463VFl8FNLRy3qKckgvmrk7bd32PeOROc9sa+&#10;5X3G18CeOQaPqbcUcESCvhXMbhZI5IzqhnVJIgvaOhQfDmS03vZ55LeWKUOjRsVktplNVZSKEIxF&#10;VGVZf0m/CDt9fAH5kbG/mN9A5PqruIY8dx7Yw2LG9aPHVMOGqN20WOqaKXb3dWwRRTLV4PI0edgp&#10;p6j7XS+CziRtHphlo2kMju5equ0es9t/LT4141sD0n2Jn49pdjdOyTtlM18P+/5aT77LdJ5+pQK2&#10;Q6q3ksc+V633AwjTI4nXjZxFW0BibkP7me2HMntTzbccpcxTvdwtHJcbbuBGkbpYK1PEYGpTcbLU&#10;sG5wGrFtF4heOZ3XMb2q9wm592addy0Q82WNFu4RQa1p2XUS/wC+ZuL0qsclVFFZVB+eod87spsz&#10;lumO2p4ajsrZ1BDkMNu6GnTH4zuTYJkSkot/4miASCi3Hjp2jo90YyDVFjcm8c0Wmir6HUETVLnU&#10;pVgRdh5HAL2uwUKtiVVSLAc+47EQwainy8v+L6k9dMj64XyOOMf7P+TowPviZJLFSusNoVVQRsoH&#10;L+sHkhSf0j1BuB72FXBBoRX1+zH+f0z1esTMwjJUg4rX+VPX1PXvfJZA1ySzPc8ktaxFg2hQLKA3&#10;FueP6e9FCuBQD/VivXnZ1egYGvy4faeve+jJzH6BZwwUhQsYP4QD6EKp+o+vvYT4wWyOPmft68pL&#10;KRq7sfLj6Vqeve+xMt2IKhUNnP8AqHUaRF/gqqP9i1j70UOMGp4fMev2/wCTqwBACnLHh/xfXvfg&#10;49Nn5ZSxuLlWIsWc2AKXFr+/afVf9Xy+fWzrQEUA1H/VT8+ve+xOge4hKqTpVGHCoP1ySMtlYkWt&#10;f6WuRYe/GNtNPE/4vyA8+r6GyxIJ86GhPyHr173yuL31cW/5teTR9P1W0adHN/0/4+9UPCn+Glf8&#10;NeqV8qH9p48P2+Xp173/AP/Tl/I/p7YvbFLsY9wbk7EXuPrKhz2L6U7p2HT5br/sNFpo6jM5nGdc&#10;1mLNZs+uz9HQ0Xklxc6Iap4/1FZdQys5j3f2b2v3I3Hb+Qry72vn62sYLi4trQSrby2x/SSWEy6l&#10;ZU1FJQj0pkoGHQO5H9u7flDa9yi2/Y4v6uXVz+tEJBKFnlGo69RMlWwXZgVfGnhTq0b4ydp9nwYX&#10;d/ZPx46z6K2t8WvkhkafOdubR7H3zs3tLrDrrfm5sfjsBLle3qPLSYPt2k64z1VNBHW1birp6Sjq&#10;Yk8SCAxuLHWWwtowfH3M5XLd29j5bD1fWL7mx/dnZSUKb7wdZl6lchtje244NvbfoajG46oyDUeP&#10;qcTHSVE+OSsMpSomjfXjj99znH3Xi5V5Uk2W7tZd+WeGyiDtHLFdIO57SWbSHjnnjaWRJxWISRCJ&#10;nQEuJJ9uNp2i23W9bcLBrXap7hY40DMRI2kq5Y0NO5aq60AApwpR5+OnyLym8Pn7Q9Q786a2Njsl&#10;sGq3PgMhsvqObP1ezclQ7J2hT0GWxO2aHcebqMDuZNg5KqnrWzcxof4hQxBadEjgghVLf6O9g7O6&#10;bxOyt49a9fb13FiMJR9pZHYG1s12Hu3ZWPrI8tRDO5Tc+4d3S4hs7ubc+5q+czUdBQ4/D1MMbLFS&#10;x+NpJYt9v/Zrk/3NG1WXunuTbdNb3hENzA8DRFriPwoIGm8WTwX8MI7I8jDWzFjqKjqYN45zblmG&#10;OLk6WJoC+hWEVFZ2OKCpqvaayH4ag0z0IuB+S/ye3d8tMpXdc5/e/WHxq7Q3vV9H5nsftjY/W+C7&#10;Qq97YHZ2f3Pio9gbAw2OkzGK6M2TtwEU+6szU1uTiq6uMtJNT1EMUCp2X2RNSZrbvWe/dp5DbWXq&#10;9zQ4rZ1TtTDZKTYlNNNhXixu36rOYwiDETUuKoRCBVuBHA6RKFIHvO7/AFruWeWE2Ledtv0vr+Hb&#10;mtrWMgW1r9M8oEkcccTfTyKaO8avGJTNWTUXLdYo+5PPXuI1lebpyfsq30Tx6r0uwNzERNqIQNRt&#10;LCuhUU4FVNOi4/In489eZHZvbfyZ6n+R+NzPUe4OvMVuzuLFdox7S3h25W5jbe7ZaZeyYcbuWgmr&#10;Rt2r3PkDLDR0cMFFLX02tzUB1UqPEde4DatFl9l4XGx12K3MdxUNXsfN12YyVS0e6Y1myVFBlKuQ&#10;VNBHLU1DillhlWWn1BQFlIPuM/d/kflP33tE5F5726OLliPwpVvbGWW2lRbOU6Jjb90Lyqe2WqPr&#10;VAdRjDqRJsXuXzdZbHa852e3q0dAXTwf1NCnS0bIrdza1OpioKqARx6bdtfNPuHFZw93bizUGO3T&#10;sDbODwOW+QuH2ZseLYO8MLiYMricjlc/sjAVUOXnyT4KCCSsopDHAHiWoo2WnhQJUt8xfjxR/Hrs&#10;PAQbYizVN1v2Nt3+9PX9PuHK0OYz2IhxVeMFuvb9bU0njqcji8fuCInF11VBTVNdQzKXjLRO7cS+&#10;Zdqj5Y54535I/ev182z3gQXBhFu09vOhmtJpYVZ4obkxVW5ihkkiV0EsZWOdI1zy9ruek565ZtN3&#10;lsY4Lwp3oDqy3DuoCKeYPcpwetmH4l97zfIzo3aHZeSp8BRbkyEElLurHbVqMrXbboc1CwlC4TI5&#10;ejoqrIY6rxtRT1COBIqGYx+R2jZiUh2sbLosOGs6iysNQDXspIZfoPofr7LFFRU1/YepKR6EBWKq&#10;Rjz86Go4/n6dGT99+SzByTqPGhQSwIFuW+mlf6jg/T37RUFfL1P+b/V69UqtQxB8EfPJP2etc9e9&#10;4GkY3ZtOmNtIaxjHAuHCKtwjKP8AED6D24FAoBWpHDj+X29PiY6VAcFiDTHn558vKnkc9e9+8qu2&#10;ksoWylfSwOlSW9HPqLXtf8jn37SVGoDOfT+f+Hr1TEBqBY+ZrjPr/sde943lupuJS3pCKSTqDkEg&#10;D9RBb6/2uLj3ZUyKUp5/l/L/ACdWjjXvJbga0BpT7eve8vmRrgkD1FI1kVuF4LKxYHUS4tc244H5&#10;910MCCPTNP8AY/ydbLvqDagAfMZNa/4PXr3vikovcll0MpOkAlybtwFNtJuRcW0/n34rigANR+z/&#10;AFfz61JIqkpWrEH0qM9e99a1LLIzurFSAzDUhKkkGPSdN78XPDH8e90ahUAaf9XH/Y4dajJVfDNQ&#10;fspT1r+3r3vxdGAILAuHf9KoDrayqTawLH6gni/vwDCtQKCg/wBnqyvRTUilaV/wGh6975JI5IZT&#10;EEKug8p+t/qukEM7ckA/S1/eiqjBB1Y4dNLLEJZEkUiTFaDGfKvlTr3uN5gi8uZLxFLseEN9K+Ff&#10;qI/opvYWHt3w9RwKZr/xfz88evThRSAEGl+Hxfh4/wCDr3vqQsx8jajddPpGtVI/WmpCWKluef8A&#10;Wv72uBpWnH7PsOerM+lSgIIJHE+vma8PkB172MXTXRnZHe2aqMdsahgpMHjZo4dzdgbjFdT7K25p&#10;khFVSrVUyefdO7RSz+anwONZ66bQTIYI7ygRcvcrbjzHdpZ2cBeYjUEXSHIPAknEUZOPGkGnPaHO&#10;OiHmHmHaOXbJr3e5xGgqQn+iNg00r5+hOFHmQege7f7w2L0tg5MvuzIoKgxh6fGQSJ9wsT+VEyWV&#10;k9SYTb0U8WibIVAWCNiFGuRkja3/AGR1NsL4/wC08jj+o3ytZnKuWqo93945pdvUva2TSsC08uAo&#10;FxsVXHitqTU8BEGIxZaCQMTUSTyGScZc+13sztO0Tw3PNtvFPvka1jhjMq2pVgGUIJDqEoYESzSa&#10;XKKQhUEKcOefPdy+5ku3263drfa1H9kmoK4Hwlm/EQT3MSKAUC+tR+8/kDvHvPf+Gxe84YqTbWVp&#10;sflts9Sz4nM5Pbde+3Wlmrdz7zr2bGYzA4alrq2nIbJt93G+hzGuqOlLLUVuQjpsdjglPDjZRqkW&#10;WU0Uks51kSZEU4jklr2hAUyRMkUX6VUAm+SEklrcOIhGq3CSdyx92hQoCaNVdCVyQ1SSB1FxeGQS&#10;ssh8Q5oO8AcOPECuW+fQjbf2lgqDI7l3Yr5LJbnam8UeUkphlIRSfdRipocH949RSxYZaotKlI0L&#10;1FUpM0rs4GjuKqDVVUVh03jUtPBCVmST0oFmqp/J91E0d+FR7G9ufdmiGl7kpJ4CggHWKAgE0zk0&#10;NOOhStaHHTUaxuofxSzMTUK9MefnXHy49TK2gaLGYeikraaaeSs1DFZORpaOemZ2keeixeMFMmGr&#10;RKeGeVSPR5AVveDPjpUlqaoRwpS1UMcNOZEaOZpmNzURwRsXmFjcpINJtcAc+/WFzAY40mbXKHBO&#10;U0uCSZEckMQAKBHB1KKhT05BcRswhlDCUYOnhQ+poKEDBPT5Jl0mShoElrXrsY1VVV6RF546KCBB&#10;FRwmrlEENO8ktgzQN6ifWSLe4UDVP2xoZKuoaOmkVRS0la9Q+QTyBqcpNMop4YXa/wC0yvoIKi3H&#10;tQ8Mhks7uOxSOVQdUmnSE4ltNSaFVAwfjJrXTXq7QJG7P4fhNx1ZAH2+fDyrQ+fThVjFtWS5SOlo&#10;2ly6MYanK4akoxh5xT+CsWopqA/xKsqCCA1XHJDdLM4JJ9uglqKqWill88Ekt4KZKSnimnoqUXEq&#10;yPVTPFObCzFdWjggAe2JI41d74RrcXmgagy+GpxVFCxgClD5ZZgVBJFek8hiXxewaeJJNAxBFOA/&#10;PTgHphjhosdR5bFQNTJiqWZ8hXT5DKVn22WykzIDVRikgirqBmlUMnl8QdP1Fvp7wvDoR4jI9Oq1&#10;bBRQPUT1dFJMrq0s9TP5Jceg02YxOYiL2HtRHb2CLLdXMRIjiCnuUeJpyniKp0mInBxqOBx6shRi&#10;ZUSrChPkGHlgChA+Xn1yXK5Cqlpft1hr56ygMsb5qioqfFVkcLwmSkwlBGKeLcWQCPqjFXElRG2m&#10;/Bv7y05ptT05rqWSramQlKQoaU063HnTLSr/AJawS+qL0yDkAE/RpxJ9LIsdvMZHdyV8IKHLAMQR&#10;UBSpxjtIoSAQa3mmcqAqsCWOaVqctRkI41xqGDj06x1hrvPSV7Yuemw9LXLGtTlqyoOVpa9D4IaP&#10;+6lEzS4ikmazpVMZIfpqdR9cP3NMnjegadserlamqE5FVKjHWUoaeoRakSAi2kaDybE/T2qk24XM&#10;SNPcOkvhhGRyFAop0/qjt0mtK/EAB5db8I3CMJgBMaHTiq6RWjv5n1JH2cOssf8AFIpaqDKU2Mkz&#10;UxNViKSGhafHQStKsUtVn/tZnopI7KJAx88Za2pB+r3CWWGRkLyU1D4pL0yU1Hoq5I0dPE1Zk5oR&#10;LWRy3DMrDVEwIvYA+081puAt45VFwQtUKzKsi1ZTUKqkGgxpGQ4JPE9KJIwIda24alKgkE8OIp/D&#10;mh+den8Ewy1ECR1OY+9jimr61s7LBjKadVfzLiduR1UtFhKuEBoxNC4E0en0/Vfaopq7NUdVRjF1&#10;ddFVRQvMgoMnVYqhprsXE2LMFRC1PXFuXZ2AJBPJIHstk2rbmhMe7wWsiSOvxRK0xemktIdPcqoK&#10;ChNKhSMHpPHMkEakzMrhlIJFWqTxJAzSlK/PPDpD18eCy1HlKmupoGoaaYUUNRlcdRbirpqWDTL/&#10;AA3Lx1tLWhsQ9UQYo6aFWQAH08n29w7oioqOqq9zZPcE2JEy06Yemlmyk+4q5IzOBU08ZSQ0FMpk&#10;mqSrLFEhUNrlkVfdbDaZ4ZI32nYrQGQMO2PTIiiqrJIw0hj8Gte4NgUx0oO6b5uaRrJNLOyVNWNQ&#10;prihYirHgPP8h0F3YG1KzcuZ2/gdlU22H33TO2epd8ZxqbD4vqXEVv8AuNy1ftiSrapiTd+XV/4f&#10;gtcbV89UZpY2ipYJ3KfqDHLk2zMtBjZpayAzPXx0dZQJ4KmDTFRZFal466jyCxqiyLH6IorR3HK+&#10;zIXUiJLt9xcO80bM2kaW0kEajExWoBNcBStRQDiQnvLlpYBatcssQPA01VBFSoFRQZr5GnDHSr2t&#10;hY6fbePxGLrtzYqkw8keFxGDyeUx2ZlqJaOseaqz+NioVqcPmcRWVM07wzVciVVTVPLVMlyj+2+F&#10;8lHD5oJ8T5KiZ4I1kEkVPFTuNRSehP7DsrIViqDqYng3ufemgs5kFlNayyP2uK6ixOr+KoCgg1lp&#10;TyPl0VSw2YDiQyMdKkMakk1xkZpnIFAK1p0INRJjTkFaaLOwUdDRmWtmovs5auWthjADUmVjQ5BV&#10;IdXkx+lY1UMVI4PvJUA2mjmllWjpSkctfWxsZ6uK6O1MnjEcs1DJ5AC8Y1xlbX4Ht5IrjwY2aVEU&#10;sC0ZK6tRBTTU1oQFCL+Bqg8erG38JVaSULlSsdCSG9VrUV+Rwa9QaSop3lp5KHHxVWcr4aqpo8Xg&#10;5dOKxjLzHlZVlM1LDmonDytDUP8Auav82bn3Dqo0qIoV0wU7x6poYxURSZNTqWSOroyA32sZAPrI&#10;JC/UE3HswN9HbzTNcXFw4jbQVSqrWhFHUEhwOGCoY8CB1UCaN2TVWHzLGikfwkAVJzSg+Xl1OxKV&#10;EM0viiNYuUijhqaiTH1Cbdk4MEuOyJqDEaypJKkQWtrHBsFPvPhtsZ7cFTJ/BcPnslBVEzyVFNTy&#10;Q4v76DQ7VOSzw8TQuygW8boC4syn2/cXUCpaBLxYzjQFTRVdJLRlWJAIxqBNCMcSOlCwyOsTGMAp&#10;QE6qAccUOAFxVq16QvZ/dnUHR+OV+3uy+r+vqzHRrj4sZuncdJVb7nxOVqfs8dFs3remFdlMxSy1&#10;Tsi3oKpxG2qNxb2rIdibdx88dXuHdUEtVFOswwm03jzeQigm8gngbIQSRbapp1ZS0yyznRYnSX90&#10;hu7x2t4bTb8OgLM4KIjFa+GFfvIoQVZBpZSVJGD1V5raOOQXpOsAkccN56X8sEBSASc16ALJfJ3u&#10;LfWIr6Hov4852gwdTT1uPpO2PlAmR6W2Rka/F1VPBiM/B13JR5X5A7u2/ktfjopKLEUDyuU/cSBr&#10;+we7gyDUtZ1ThdhZPF7Bz2e3y9Lhdt5RabNw75hpHoMzncvufLZqDWtPtzbkL1YxuLNElRUG6uzK&#10;B7zw+7paezPLlrukfOG6NuO9y2qSFpIlWGJwpXwLE0YAqpCTTXDVQaRoUKGMf7tu13eXFzGNuMO3&#10;LGVUqrNMZKHT3U0BW4d4xj1FBR6Ix+6Eg7y3j8iN5bn7/p4uutFfJt/bGO692XsKRo8rt6n686w2&#10;htWTJ518jlc5Wyn+826a7J5JqJEEgp4Ub2NdJPhRLTVm4Y5MtBjsnSwiX+OSsKjadG9TnI5afHCj&#10;hkq9nLuqSSuipilM1fWwoXvEih5Y3DmTlrktRcXPNUIjnj0pB+m86QvGVVZm1O31AjoGZGYJE4oe&#10;IAQvLrepjBbPFNHbyRyqTlkQuaOGXPhyFKVapCAkijZBacvtjcVUm54unqyXaeSzGz8iTgZevaH7&#10;6m7PyZx2zzBl9+QZnIwYTu+LqFKbA186PlV29tyulKEVlTMYs+Er892HlxNujcVHndmPg945Ctlz&#10;W3ajA5PF4apMdRT5OpyeQkrtvYmmlpIaijzP30vmkomWRdDaj7DY93/byTbrWLlTfLuws5IqXEeg&#10;EUhqAwkCgxK5JMBJPemkDIPSh9s2/ZLKQRbhPbR3DRViVVcs4TQrLTuLIxBVxU5ZqnoOu1dq4f4t&#10;bFoMT0/1b/ow7XjyHVe3s/t3ZW+qfd1PvLcOLeoQ7U2zsrbVPid6bsn25PlKXMbdhxFL/D8dkaaS&#10;IpLHpX3Up/Mt+RHYnQ2C3JhfjSN2Y3Ddi4eXA9g9xYqllTD9Z9cT4ihlo9ndJVCQPkdvjdmMrJVy&#10;O5kkK02PqUpMT4IakzPid70b03Om+T3ZupJ9gHhyHxBIrgKpXTOBhYywLx6iPEorsNZPUje320zy&#10;WEN5fRpG2nVgglgcF2qMMxU1I7qgh6sDQ5/w96pHy1x20aX5S7gwmY211jW4nsH/AGXitjMW6uxO&#10;0KDNZWkqezvlGaRqfB7oxmM3XgrYXactOY/4nhRXZ412VpSlMaP+Wlg/kVg/jDhtsfJjb2Ip8Nms&#10;0NwdZ4LOis/0p03XmVw+GoMZSb5w/kixuxMDj6HDwHA0EIp8otBOxnigjkQzSP7Yc/reC25L3SO6&#10;k3K9mZQVJDxxeGRrVu0RLQ+EyVVSoSjF9Sgd2+3vELyS2jrayGuluJNCCVripqK6hUUXPEAovz1o&#10;unN498bx7j+Om598YnL4bAT7S3JvvFZCkxXWWW3xjstuioycnWlRTwSZ3srcuZr8/U0ucqahqjb4&#10;qcfA1O1RVUsvgMl8jd57N27V7ko3y+06XsPPdZ1+56afP0FJX1u3+ttqOlTn5qkh58nU1u5dwSiW&#10;jhoaWXLCgo5moUOiWQzKyXexb3JukO5bcd5s2glQSwNpW3iULHDIupg0yFml1qAxK0eoRF6iT3C2&#10;m+nj2p5njEEc6gxIKu80mF8NAMGJQCfEbSXJrgjrB/K72/v+kpNrS73k35Q9GdN9sClxkGz8rvDb&#10;21N4d0bzoafD7Jg3JjYRLipNv9Y7F1rXtNUU2Gr89lo3zMknipIIxC3r0pgu++gqTqTvfbex93Nn&#10;8PtLJVKw4+lbDLU4Oqo6nb2V2HkAZsxt6CqwUAJkpHbzSvItVFLKGj9hDnfkvlrnnb9r3aS+ifcb&#10;e6JM1tKpCSMxkeFteJFc1YW7dqKPEjelJCUe3llzNsQn+hu/E2md3DrOWYjSxMcugUXWDrDrUMtB&#10;Q0PRMd3/ACA6+6b+YU3yS+OW6uytv7K27uze2Mr9yRwZHI5yKk3xTZLK9m4fujA1cmNwu/Dhu454&#10;xRUOXqYGxuHipWx1ZHRkTyEl6H3H1v1b2P3x8eNwbDyXxp3Oe8t1Z/rrr7rXA47D0z/H+g2zSb22&#10;tv3aeT2BQ5Cv3TRDa21Kj+M5eRq2irKwTGqSleJadQly7By/unKl5yRzun0gttwmdo4maElwxkW2&#10;FupeRoHEqMsMxaG5rIzCQHI+fbeZId/G5reo9u0aBV+LVJINLMBVUVUbhpGoAgN3ZJ894ZTeW+Pj&#10;z0f3Vitx7C+TmMwXUFJS7m7g7SyyZ2ry/wAtMvmaXYGQ6tl2J2bW0VN11l49075p59u00KU2cjj8&#10;dPjpqh5vuZUbsr5Ededl9jboy+w6zsfDbG3rktkZnFtmcDjshmNv5rAynZUvae3cllsQ249i0W/M&#10;Dm54ZcjVKj06TGKnlRUZlkPkX7gPMVqNq92+X/duJeXId+tdxi2u5j8VGe3t2guU+ouCWN59IDDa&#10;CGIMkZ0lB+mUyfsju1vypetPIJJDGzNGgKJLpFdGlj4hLUJRagO2B2k9WJVvxt3fhekcdk+7ajoT&#10;sntraW2d6bMx8mEwGQ662VW7P3BL/f8Ah6PzGw9sV9ZRdlR4Dc2BopaeidWbLz0IqqinMkskcpmc&#10;JRbzqOzKTbOd2fsSj3N1lNU5ij39vzcdfWyJV5eOmjqn2VjtlUVPFJgsfMY6avdHgkQskhTyPpOU&#10;+9W+3OthvuzWoPKhSVQ0YRJI2r+pibUtWpL4vjMjChQHSO3F3efbWJtotr3abQ2llcNJIba3VGmO&#10;osXDNIdCugqSKArQoCegD7H3rskdK1nbGxt49r74617z21TbKwfXHXGzsTh8skO1FrFpG7Cqe3Kq&#10;rydZuLOCCsNPHkBIz6Gp45pKYKyjelJsiLMbbkxvWOUzW8cvktyZ7MYPaNFClTma7B44YrJZWqzu&#10;anWqx1Xtdq9MkheZK7MEpS+MI7acUvfX3UTkjcOXrTY94XeeZd3eMW1jFLbPLHZxqXk3GpPgR20R&#10;dIJZS3hnxY4u/gMe+b+WffLatm5g3Me50W0cuWkcZ+on0swYt4kMIaJGLtcaBbhQgEOWNdNSCmJ3&#10;5kcdS7qxfYPbe2aTp6ip9g9d02e7i3FUUGAwuB3qTuXH7Kp9tbZoYMLk6zeEuIGCpcbBG+O2rHSS&#10;1zSSSUwV1VtWhrZcPkI8rDlYMtj6fc+3ps9X4il22+Xpq3GlsbkBg8e74wT4mCsSlpZ6OaVZGpm0&#10;uoYqsq7wJdz5O5u5avt/trndlsyl0YEZUSaS2WTtLVNAjpqqSABRu9SBlrsnLbbjs21bxzHudvPJ&#10;OttcHwU8Pu8JCrFlALsCWAZ0RyBRwM9EB703XichufMbI2FvrY24MFmMv1vm8X15tbd2U7Fpeusv&#10;jtzNPXYum7AyEX94MTh9xyU/8VzuMytNDJj/ALvySRyTIC5a8R/fDevT3THbG6+x62m67bYVL1x2&#10;BgdwbUkx+5p9874qMX1ltvRPhqpP4xSYzcO3BUzS5L7eqSLKyFHlQl1568xc/wDMHKG/crbH7t2W&#10;2S+z/Mk6WVhfRTiC6sriaL6hdsaFazylHiaaTcKeBDE1PDQ1JH+x7bs28bLutlsKyf1qtJZJdDKG&#10;DSRAsJtQACq6tRo+48B5jo4v8N6K6o+Rnyt6L606LSu74HbNR3jtrbmK3Icp1tH0riKiXt7sXeE2&#10;dzmFqcb04u78L2lXUUGJgWuxOQqcDRCnSKpQQqFvyt22+xvjbs7aOB2fi12Ztns7oyn6yxeOR6XL&#10;zTUu5noc5hK3KTikx+MbAz0awwy1dZPNUQrpqAsUaMZo9yOVuULOHkG82Xl6PbL2fcNVwsKIxcMn&#10;dNKF0iW4RUzjSy6U1ManoHbbzFe7tZTR7iTIEgCzBqALKta0TLFFrRRUBcihJ6Hf4V7vxPYfzM7Q&#10;3xSbg3Nk+x8j0p2NTd2vNvStzu2cPjKDIbSqOnd5bQ2bWZOt3DufH7t2ZmYaueio6Kiw1FXVDGn1&#10;1MsiD3yqrdzdjZ2fqzB0ezop8FuzC7425U7mzmFxfZcu0cls62boafdFW1Jthcds7JvkanK1Ir5c&#10;hWwwxrerWmGnCL70nIX3r/dHYd63s8vbdf8AtfyNzNdJHPttzbvuG329xDDPaXG4JG4a3t3iiU+K&#10;RGkd29JgptzKMmvaU7FPy3a78134X1lvGZI3HhpqBKBTwJCqKRmhoG017gOhb/lqdWbT6M6noO+d&#10;wbv7Cky+79lS7I7J2Jt/G5c9NYzsSi39NjKPdGB6po6GDP4HM75xX8FpcPjzj448fRmRIlhFc+sN&#10;IO/OyPi3/BOtt7TZ2u3PsufPZal2fU5yjp9hJtPeW0sBVdJ7eyOUpHyVBu/atPVVtVuDI1OLKVeS&#10;klioYJoI1mHtH78/f8m3zmD27k9muU+aOXd65b2S42y4O8yx3u6X100dmFvdyLq7SzxiOULG4hWR&#10;JYbh2OB0OrflCz3Mvud1FD4dVMboalV1EYzQsw0x91VxUAYAX/aXwY6B+e9Zn+39v1/XU/X3atJ1&#10;/A3Y+z9tyx9i1mV2RurdmE7czu2t6RTYnNYDcmewGNodq0zzmopcX9lUVjUk9WlM0bRWdmU3a2C2&#10;5V1M+45N8YLamVxGP3PBJQ4vGbcr83vbcG+M711S0NfRU1DvjbmDps88EWOp1WukaJdNVDS0jS1Q&#10;9+5zyjyT7l7nuW6bBsnNcX3i/ptxj5o3G5gM+xNtlxbzJLFfW8jxTia7WeO2gtYJIrwSRGWJ/Bj7&#10;S3mu7veXrCSBtvBsWP6fedbNpACqCMFguo6gE4k5YVMXtXrjdfWOTl2ZQUW2KHrKPdW20bC5+XKb&#10;03BlNkbK2BgNpYLe8lVh6jGQbG3hmtw7ThqJK2WOSg0wyyyRT5Cs0UwybdzFDkuv+zMD3Hu7sDbm&#10;3+48v1Bj9wZHZ+z6SXcnUr7BhylPtfcVMu7q/GVu51zeGzjUlXLjjPHjKKomge5Yqsm/fA+5J7Jc&#10;7e1XMXPfsy3LWybzyhfvPuk0UV7c2VxLabfDZzbFbWlo0hgkhuDE8VsWkKXcjs0j6SBFHJnPd9Fz&#10;H4W47PKduMbBBIyIpEjgh1pXTRg1UbLYIxXoLM1k97Ybvrama6P2TsHeOJ6i667NxUCVnY1HRTdr&#10;UnaG4NibjyceJ3ThcBuDZ/Xtbs3cmMrJmoM3NTV+4AC8BjihkkKj+PG8dydcbMr9n4feG1d09WQd&#10;kf3Hk2V/cbeu3N6diRy1ORqdp+Op32KjrDciZqlkjq6DHww1EWMpqEUlHCk1bJU+8Wfukfda95Od&#10;Nitb/nn232Dbva++HjSybpFazbhdSKrKYrakZnhK+K1J5Zk1uh1AHHRz7se4mx8o297vW0bnefvB&#10;VWlNKQ6mopXxB+I/AQBRiwJIA6AH5u9Wbe7c7Tp90dddi9j7P7jo+ttybi2h2Fj+yI6j4/dYHBVW&#10;38fvis3LQdZ7moexdtZKlpsdVUuQmpESlq5K37qvqZoMVHSxGY7FG9N/bXymX2rHlNrZF9t0Eeys&#10;qtfR0EryRZeGTL5TJbWgZxTYzGYbGRwiOUrM1PPPTxxIxVvfYP2c9n+UvbmafkS9jhk5Ptk8Nk1x&#10;yREMGb6eEBX0gK6xG5VtQDtpZACTi5D7i7VuVxuG8teXBM7yfUuSxJljjAjXSarlGIoo4jLFeq3f&#10;jbtbrjoDv47Y7g7B2/2Xm8r2xmt0d7+fA5PMYaXcWZ2bIetdrYXsL+H0dPmNz7o7E3C1TXT45RQR&#10;1GPoqqSteEyoUTi+tuqNlZmgfcewOuuys9idtUWL2Yu78JmM7tjrjGnJTZypqdjbUbIwbep5M1um&#10;veseGSOSamM5Vibye8JfvTfdC+7huG2bZz1yXYXeyTwyx7eLGCdo7S6htNaMJF0eJJLDXwZZnmZJ&#10;5deoBySZB2r3h5rsrCZNhu1j2qRVYCRAsrSSKNTaqdgCBQBQAkYIFOjl0PyL717zx9HN15u/s7pL&#10;r8bv3hHvL+Af6OaXtPtLIxQU+GFLnt+blwG5M1tePYGAwq0UOfoae+Z+xR4CkK06EUKjsffdfjqb&#10;buOyTbYwlO60lLtjZ9DQ7S2/BCivNWHGQbdp8eIVlMzGdll8cgYqtyzE468ue2fIfL6Jd7Ns9vbQ&#10;TFA1I6+IFcJoMjaiQKamdvhFAMAdB7cuat/3bXcblvUkkjDUWLmgr2ggVPcfhpjPHpAzdD9J0OeX&#10;d2/Nv1PfW7sDQZncdD2J39urPd2b/wAPlMtTy0eFkyuD7ErsvtuilEMYp8ZQ0eGgq45C1RMF9I9s&#10;WNRjW5uXHTVq5dKYGATQNULFJXuaN6upyE0kklPXvEskdHoeRxKS7XCj3Ilvy9eLbB4bBXtePiMy&#10;oIzqL4bTpbVxywNDqBGOgomncb+CwlXx3ZGkck6hRTRQwAoQW+IcCAB69TOxc7T1O2+pMDvx8INh&#10;1efigzeMxFfVQz7gpNn0EG4aLaOG2lQQUUNbtSjyj0VZuUVFHSU0lHElJCmqaX20tPSbeyuxsZHl&#10;MXichufOMcjS1mHqMhkJKGjo5cjkcbjWQiiw2RyCxBpq6sWZfC6AgMwb2J+V2j5qS42COG2/TYaH&#10;Jcho4SKItNOlA7KJZFA11KqaAktbnu8u3WtxpAV3kEal+7zoGWgGFOFz/LqPv+j35u2i7L3lQYPc&#10;m6tpbE2ZnZcRUY3eFLgKDLbqyNTSYqh3VlZKKcZfeWJ2RT1b/ZYCgkpmir4GY61Xx+3nOtmqXcuO&#10;qaTdlDRY1cM1DFglxVPJVQVdXJVJNu2h3lWTz5Gmq8fiXamTHGlkoSxV5g5JX3OG6H2+i2+95z3S&#10;2WDf7SVFe02l1gjjJBiKC3c0VNamasanVUZbUT0Xpa2HMWzXNxvVkTfxzhXRAqqQjABPDGCNQ1VU&#10;8KkEdBF1Zi6bdGyd6YOs633Nmqfc2flrarcedqVgo8xLiTgcpQ7Jy/Wm3KPFYSqizeepIKqTNjKL&#10;lVVJVpGpliVjGxVHXwY+TEHLVf2ENI8dNlaqmYVrQzQRw0NBUyJZspkZ0DyNUtAgEjM4jRVVRBnO&#10;XON1zDNbRbdLKm2KJYWjD/qOsrKXYgnUFZ11AlQKV05PSM7Nt8Ez3dnAiaiC3w60IWjMAPgAoFoM&#10;sKVqehsyH93BkafdWe2vjtw7/nzGMrJ8TT5mnfFRZPCVNbk8/unGVjxQY7a1LjaiaOlkoKXJPJIn&#10;ihaaR5ZXdKbj3HsXrjYu697b93TTbQ6661wUtduzd2To6jKY3bW3Yw0DmmxEK1VZnd0ZmpVKXE42&#10;nh+6ydU9nIRZJEAG4vILqJ/pGaE08NQKnSGAoVrRUcAhmK9mTWvR5bWFxKEjVP8AFfiYjtNBmlRk&#10;jzNfsHQgZ7cO5ny+PqcTs+r3n2J2TkIa7A9a7WyYwe/OzOwIftqqgoKXclLFQ0G3+t9kx1hyG6c/&#10;VV0uOwFGE+3iaSWGGXXx+S3a3e/8xPsvqXonp7b9fT0W6q+TfnXHRE9cwXr7r2Oglpdtds9/7jp6&#10;cbdod15bCSVO4s3WGUx4bHVlBQUUaxhROe2lvHGPrLp0S8INTkJGHNViSvwoq0LYrqYg1NKiqKa2&#10;tITpQqhNFBHczE4qaZyfyrTJGTqdb4HrL4D9SdifIP5E7xx2Z7N3E+Npeyt84fE1awZ3cmuQbc6N&#10;+P206mWXN1G1cXlqtqDD0PrymcybVGRyUr1Ekskd33QvRnR38tjoWup0rnzmfzbY+ftbs0Y9afeH&#10;dW+KeJ6jFbS2xjpm1YnZeBleUYTFOVio4g2Rriah20jPlWN9yvLizsYhNLICgkWoZEDZOoj+zbhI&#10;aDWjeGxoKk4Sxhhi/eW4MrXNDpOewedKcG8qj5jiSTSd2NJ8gv5n3yCxaxQw02VSCvTrXrqapjyP&#10;XnQHXFVItJnt37oy9BE7Vu68qRBHmsxDeTJzhcPih9svllcvj981V3Zvev272K2O2/Rbry0bbLnp&#10;8nFNidszThaal2lkKqWOJ/sq3SjCtmLA1zuGIjkQLMW9+2Vvb7NHfbRbr+9oV1OcsXA/UopU1EgF&#10;EgRa6KHNT0FbneWS5eWXNgQFOK+HTIcYrQioIXhj59Lb+Yj/ACRsTg/j1tzfPx5izG9t99W7UrU7&#10;dx1RjJJNy9uoZTX1/YuBxdDLNBSbmwI8irhKNViqcYFSImpgXznc7S622P29sTd3XHYu2qTdWwt7&#10;4ifAby2zXFohWUbsJqeroqhP38bnMNkIkrMdWxkS0lZDHIpNiGB0G2DmDbJob/xHv61iMY1SxuD3&#10;Fq9jOP7NwoGskkmqEhZBMNsuvrLYGWzkFNCmqsrZZWGRWhBB4K2Rw615/i/332L8au19pbh2rn6n&#10;A702hlFyex9xlJJcfUxTAUVficxCNP3+3M5jZGo8jj2INRTSNYrKkciaqU9F2t/KB+WWUw248EO8&#10;/jV3Jtyr2vvTZm4Gkx+zflj8bazIxvkdr5SohV4tpd6dX1pjqsfkqbTkdvbipqetgL0VS0cuPXup&#10;7V7V7kcu7pyRzfG9juEcgktb2Ef41t16mIb23rUSLUhLqBg0VzC8kcgB0tGJLe93HZtz2/mXlq6C&#10;X9uxMTE5Kn+2tbgDGlx2yKQUYkPTSzad63pjuDr7+Yp0Lt7sjYWWi667u61y4q6KsWCDL7h6S7dg&#10;xVRRTuaOSalbc3Xe8sTVz07oXipdw7erJYi0NQr/AGxse1+u9u7LTZm++qN31HaPxo7yxNfvD459&#10;tVSwrkdw7foKmGHcPXnYdJS3h273n1DkqhcXujFcFZVirYw0FUmjktzTypzHydzBuvK3OG2pa81b&#10;eyi4SOvgSxvq8C+s2P8AaWN4o1wse6J/Et37ow0mcPJfOm189bNHvW1ErICEngNBJbzU7opBXA4m&#10;N8iRQSMqwBoOkO4T2dj9w4HcuJTaHb3WmQo9t9tbBaWSQYLO1NGKvH57b1RULFUZvrrelIj1u38r&#10;oVaylDxyLFV01XTwBNHI3r1OdSX8bggarcBSi2+l76v8eb+w66qaUXB4j/LX/J0LSUShjBI4Y8jT&#10;PQ4++0kVbfut6VAuqhiQbq6aSvFr8EngH35lJr2jPz/n/wAV1pnbTUxqFp5kimftzXiD17352RvS&#10;bklVd1jZtOlTdZCLgEhzzp/rYj3pQ4FfL5/6vT1+3pwNoFNNaHzp+efIfz8uve8gf9Guyhiwdy6s&#10;jgn8kgMUBH9PddPxUqSOApQj/Z6oZgdVKliOFKcOve+dxZi3ruj3bX/aCghWJ9TaVFwBcH8+9U4A&#10;GmR5f6vPryEgZw1f9Wn0+fp173yMg/TIWdgSG1WACkLYWJAYfkr9D9D9R7qEPFQAP9X+qv7OqFtM&#10;gEVNNCfz9SfU+XXvfHXz/m1te2m/NtF/0fTTo5+lvx73Q/xGv+rz+3qvjt4fxfq8KUz+3hx697//&#10;1DaYynP8RyO8oqOvOUyL4mo3R1NLl6FKvbmUxhqYK6izWZw816LL0NZHLA5g8sUskSVNOrazfNHk&#10;vcuU/vB+2W3Se3XONtBbbrYv9JuFIZZ9tv5lAlMKgSPqWEIfDuP0Ef8ATPa5ID/NnLdwNvh5b5qv&#10;/pbpp2ImtZW/xuKPS4KcCo0gVKsGVWIx0I8md3/0TuvrP4cd09a7ZpMF0S24tm4D5G772vuWbZ3c&#10;g3DPR5LF7e2nhfBkBu7rrc+2a+nemyc89FNixUT46vnUU0SgrW/+zOw5OnNrbXo94bXrq3eW5sZl&#10;ayXs2i3bh9pmrpty1dLHBvXHdeS4Sq7BxeIgpVjr9u189NQ5kxjIGKOUcwl74fcofmTnvk/mDnP3&#10;CW8vdoVrZ5tsjMKS0CzJPLZFpoYLuTGq5i1vaN2rRJWXqQ+SeY+WNpk3nZtrswzQ4H1DtM0ZMau2&#10;mtNS9wKSNqA+Ak6erxulNldf9Z9t/LKl6/6UGEfaONy6YPNdWZrr7K77hoKTqjG1qQ7Q3Lu+rr36&#10;4w+Upc88+Lq4naOiYQ42pqJ9EVhk2j3Jm+1KjdTVm1q3Nbu2Cnamc3Th9uGbBQ7ho8HSUtJkN7bh&#10;wG4Iv76LRrUY1noSwpxPVSl3nnhkiVY53bZeRfYTaIt23jnbb9r5Vgt0e/gTwJrWK3ludUN3FYyB&#10;bxr95P0nEUzqkYXTCNJoD/cbmLmeO32202Xb4Zba8kt4o5tcmoyszERJHGPD8IgVdpGWgHbxp0T3&#10;e3woqpsn1dPtPtuopo/kflemE6w7M3fiMp2R29tvAybfzlXh+iMD2btNz0M+zsNhaaWo+6qKOeM0&#10;WpKSKnqPW6Uk3T2z2p3FBiOgt09XbE2zsyLsWi2b2fXYvN9tP8htp7y2LtXPtRf6MttVkNRR0WxN&#10;o7wWOrySvSy4nMzamYywyQjmbzd7pe7Xulyx7p88cyb09ry5PsbQbjtaXybe8Vtt17cqLnxpjMz3&#10;U8scRi8FUjkjUpF2yE9ZHcs8t8tWux7VNzhagbzIsbSR6CWjmWqMWeiigYNoUkr/AAjz6tJ6p+LH&#10;x7+L2wOtuv8AdWy9zdj5vPdrbL3TRVe7cVt6uj677KqaSmoxHis82Mx0f8CqsxgamqpKGZq3yoQ7&#10;j9DmuPafyx3j1th8xsHfNFhe6KDA43bkPXecpd41v2MG4drZtMtHuDP70wcVLuDsLA7yxE8tDkma&#10;anyMUlNSrCyfbSKxjyv74e4G1cqXexbVulxFb3krFhdK6zWcMsLxNFZxBl+kmt5GW4t6u0OvW8ok&#10;EigSbc+3+xbnNZX20W0MagANVcOhXSDpNK0pVgcsSSejZbt+HXUu5O0MB21iMbT7Q3DRYrc+A3RQ&#10;YzCYLIbe35gNybdpdtrity7bztDksC8WGpKO9KY6ZdInqAwb7iRiVjee+dy9gZyp3Hu/OZTcWVna&#10;WKLJ5qtlraqmx0uRyeYp8TFVtqkTG0FbmKp6eH6RmZ7W1Ee4ls7GKxRkhWjudcnEmSTQkbSvqJ1S&#10;OscYdie7SvoOh/tWzQbJaRwW0KBQoqEUCpoFJp86dGooaGixdFSY3G0dLjsdj6WnoaCgoaeGkoqK&#10;ipIUp6WkpKWnSOCmpaaCNUjjRVREUKAAAPaTJHLqAFUD93S4vr4sUsfyP8QR9faynBTxPlj/AA/6&#10;vl0b+KRxcEE5Hp6iuOIzx6le/F0QnlrWvIrOwvf1CPxn1HVb9S8D8e/BWYDhXy/z1/yHr3dNpYEA&#10;gALjh/q8z173iE5cExNd2AB4YlITzGrcgNoF/pyfyR7uU0mjjA/mfP7K9WCkFvEUEr6UGfPh6/y6&#10;975ySaHbVILklm0hLBrelQbXDMP9hb3pV1KKD/D1uN4XQIFateHEkedfkPP/ACde94xK4kAGkRBF&#10;ZY7ayQ17/X03AvcHn+h97KKVNa6q8f8AV/k61KIylZBUk0JJOSPLGSPmftPXvfNVJZSxDqw49TeK&#10;66+NJF0clhcfk/nj3okAMAKU/b/s/b5fn0wbkUaoII8jxp8j8h173jLEEIrFQCf9SVAjtr8mm/7h&#10;P0B+t/r7sADk5/2eFPl/g9OnhIHVvFAYilDWhz5Any/4ode98GkDhgwdizCxD2cK7FvrYKwLDi44&#10;92CFdOQAB6Yx/g+fr1ZtMNQWCkL8zk+pP29e9+M0n4LSadDJGsju8zzWAvp/zjgH6fQ/T6n34ItM&#10;441NKUp/gH+rh1RpYxpkNCBWvlgfL0697Z8dnsTlZq+lxWYxeVqcbVCjr4MZkKKsqMdVjUTS1kNJ&#10;UTPj6ptDho5NDgqR+D7XXW231lHbTXtjNDDMmpC6MokX+JSwGteFCKg1B8+k9ruVhdNIba9hl8Nt&#10;Lqjh9LHycA1BHoeve3SappaVJKioljpooLtPNJdVjJcRhCzXaYySFUAHqLMAASRdGkcszLHGhZm4&#10;AeeK1+VBU+gArUdKPGkdgg7tZ7a0NRTJ9Kde92D9B/BzM7nOO3Z38mb2Ntadfv8AHdTwVMu2+wt1&#10;0DQUtZQ5/emcaKaLrDYFWKgh0IXcdXCwaFKVCZDK/I/tju/MhF99Np2sU/xlxWOuapDGw1TOABWS&#10;hgU1H6h0kRjzn7obLyvDPDYhLjdwKD8SJT4laldR/oqSBip8uiD/ACL+Z2A2Niq7GdbZnH5PKJpp&#10;qjdWPoI94xLXS1VTQttjYm3cdXJU707HqHp3+ypbHHrMFEzSDVF7sNydVhsdhE2hhNtwddbFxEdZ&#10;TYfB9eR0WG21US5EQyPRbZpKOompsFUZEQo9S02qvr+ZqyabhTmjyN7e7PyfbWdxt8CzzEmjXBLT&#10;yBDVjM40sSrt2oewYK+nWIm+847nzFei8u7pZXYU/UY6lQfhxTtBJOkDT+fVdVPX7733uOkytZmM&#10;XvncpyW3twfwjsKhyB/0XUGENZT/AN895R1uO/ivYlYkk00CVMTzUGKnBoaClgc/dok6isnraWjx&#10;9VSGlONbVK1NVtVRY5BxFPNO0ERfISIoedjF4yeQAAB7HsdkxuXkiiaRicBiNVAO/SK6iCSSrOa+&#10;SmmOgnKmqRxDoZq1A8nA4ivkB5EZ+3oX8Picbt2ozOeoc+lem6k0mevwcOHrd2V7vrSmjoKStqcd&#10;T4DHpIaegp6erE6xk+UvIzSnDUSLWu8xmU0WiOKeuSN6psoWUBoKVHZBocBjqgA0n6qQfauRLeCa&#10;0tlsGS88NiEoCQwNS7KtXJyoySr1xwPVfBFsGhQAXGSVxj0WozStPj48OpOLiyWMo5NTGfIPXeSi&#10;xb1seGp9t0+uVYpchV+J4TJSj9UVe2sixEoI9ssxiip44p6KVaeGVHpcHSLaeodmYxzCRb0qyLq8&#10;nKwve4HPtx7RVE0rzvIxhpqKrRKHKgE0YU7AGBovEginTqLDrk8WVDKVNWUUAPnWnqeHGvSvo6ur&#10;qcm8+MyFEK2p865feeWnqDSUcSQoj0/2pQZnxSGMxkwy1cFwrN+2fcyLIRmZ5nMkFbVU/jo0qTJJ&#10;SQ0kcR00009MGniqo2Btqut/qPz73BH9NcxWK2gZFlDVZRGzODqL6Wqmgqe5FrWnaQetrEIzFCU8&#10;WNSOFRXNKn0AxnzHTTkcNPPii61CVWHoKh3zDYgxzZSpraucQGaho654YKqlnLCzqY5dINm4A94p&#10;Gh+2hGqkjijMc3nmi+/rZpQwZJKfGxyWpQCxYSQkni9he3tZEzBrt5pmXvKuKEZ0lXLMoVmKCihD&#10;20xSor1UyTGSdTMxIrjjQ+er50x6Dh1ySGq/iCqlJlayrqoJYaSio6s4HDUNAyqxpancVbFNHkRV&#10;vGBLFWIvJKlmUD3EWc0chBjeCOplVkCyj+J1obQ7RJKx0SQSA30Wjciy3uPZfbW6yyJLOCt0Y6am&#10;ZfCYmoDuMkFRTSPNsgg561MqOFcoS5UglT2kL8JK+teAPnnpR1EUeVo9FJV0+QOK1iaP7GqGF268&#10;GtBJHEsQeOsiYFHqQZ4E5bRoNvblrgSnjji+3jKyrLJjzO1PSUbxTG5q4SWyVPWuo1gamjY/UWPt&#10;NbOtzciW8laRmoqh6gEutAVAGkx4KsHwOGqor0zbySrM5CP4rIcMDU14EEdvE0xgAdM89JW+Spnv&#10;WPGKSVYdz0tFTZLN5SlaNGMVBVEQ4GroqdmMYkjijqQv0Or3ErKekavSnqI6ar8bmQOYf8l+5NpY&#10;4vBA8dPUSR3uGurlxa359qrNLy4gmNpdFBHQHtLBI6spKg4B1Chye2jHz6UJNPBCfDkkWZx3Hj28&#10;MMfn/hPp1IoshPT4WXIQpkMcKyNo0pkyQgzc8bCFJ6iTIVkVTl6GnniIDRBXhVSbEDj21QGnlrap&#10;GhmEaAVLU7VbLV1MyHSHWVAFo1AJ0mwKjg/19rZ5BBt0UczK1+0i/GpPaFGpgalH4VKVwMU8un2k&#10;PhxJqVWJzXA+VSTlvUHj0+zwZCGloKyCpgHkhlxsOQocdEcRjKSeSQw01TQya6qulJ0h2F1kcF0I&#10;B0h0qaL6QSSpVGuWKarpE/fp6dm9UP3dQUkeOJAlmA1ayOT7at7y8eJ7uBGit0kU+Ip0a2BpxNPD&#10;qD24KgCigHPVfFnBeZkMUSmldQFTw/1AcOk5SVtJ5NcUU1HPiErqHGVlXEYMhU04jH3ww+NjqIoM&#10;jUtK4IkYxvDqFh9fbliI0yNdKrytWFYWaeekgl8T0tMt3oaTyEGqQgaAEkRZJ9EZHJPuqw3lta+L&#10;oi+nXU41DW8pLZYaTSIqfJjVqmmDlhvED6AwEPEaQOBIqaeQ/wAGSM9JbfWYpNtYKjqEppsTUVOQ&#10;pMdjMXkclT0slNl8mkr0ORymmMzQzIsbVUrPSzPRY5J5w11W2fI1mJyzvWVuGjpPtZokw9NlIqhM&#10;5i6GnbyS1En2xEugyx3maQ+GaQhLtGgARRJfg29rBDINwlYhnVl0Fzx46QVU4PwhTkig6eT622RI&#10;YJjIaENq06DqrQrXLUFKZGM8T0mdk4LP4Smkpxv9d0xmlq5t2V+36ajpNo7kzOS8a43DU0VT56Wh&#10;nFBWKuOgpfLVwUSmoOitqJHdhfImdoZ6Za6pnpZZVp56WlilEUNQXWSagvUyUkle+uzAOJNS2Kn2&#10;aJsslsGlvrzQWkIq+SpRdS+IUAFKhghFQQ1TXqvgqyTSz2yhH+HU34h/Fp4KeI/n0KZoqWJJ8TUw&#10;4GhoMljaSTKUFZk6mklyNTSSweChyUD0UOciwUARXJkiMAT1LIh598fAHmrlhlkigSKOqrIq9S1f&#10;XOAsPkjeWNFpZR9SkegA3ve1/dXd2iiczpJpfQGjLLGiutWMy5rqJ1BRV8dq0NOtRTPoRdOiRcaf&#10;wrUZDmlKEZAyRSlc9ZvulhpcLNkMcv31dK9BiZsVobG4rxyvUQU0P2dWxyFGFTxioqPNrVlsbm3u&#10;GKSKliirZamp1qGjp4qKpjr62hp5nCTGHLSt4qQ+q4gMf7n6NXIPtUZYbl7eyVIQ6ivjRx/HwNHQ&#10;01AqCV1U00NDXqgmjZnikUGMY1CoWoyONaFv9nqfPX5WvmymNpMbSOkjfc1Z3XS1GB29lsrSQytj&#10;4arbGPjFfkoo6hFSbIQVLtCpM3hOgqVlh4sLhZIqvHUT5nI09SZqcZuKnqaZZNKyQNLjAr09XkEc&#10;g2mkanRjfQSB7RXNtFDdSJNeQtZoKMxBUgDLmqmmmvBf7UUNGI6L5b1GKx28REGO5jVsHJFcAD1p&#10;XoD+wqXfna+2MhtPeGeyPXmA3RhYcbml6hz2c21nKuKoklpKyixO/wDyUu69tbZroUdHnxkNJkKm&#10;AaPuEEjKZ+c3ZujPRpHnq/IZKjSRpP4ZC4hoVQM5mjixtEqUdJPAS9tSMr2Glhz7MNrXW00u2QW/&#10;1wjUBnA/UDgVZi9Ks4GACSKgMfLq9xczTFl1DOF1DjwoakgHgKeYP5dILq343fHroytqMl1R15tT&#10;r7O17R09bvjxz5ffz1kEUFPiTW9h7pq8vvjN4uoRaZXVK6Bo2knJgY29p+or51JREajVUlhFNFph&#10;qpmnjjKUrIw10hen0xagRrILH08e7mDap0WfeWa7uQSyGNCFXu0sXIpREI1IuSc+g6Rwxwt3SuXk&#10;FONTmtCSeFNXpXFPPoa8dhXQscdLTTw1U+NmqMhk6kZTGxR46aoeTL49mMsWXqUyks9YQYj4VkSM&#10;FZCWEiKSnkNRTaaedY1BQyRMYVpxeJRNUDTVQCSRjE7U9kYcsGtb2qMzxQ/XWokhIlCIoLVcNTxO&#10;wjSqyka/1BXSBUlqdNE3BVHWMItKUqCcGtc4+dGr5DponpMipx9bPNPHUzQ10eRno56T7+kyz3mJ&#10;x8F58ZmanFYyJJ46escu014kaOIk+484x9LRZXLZbKYHbm3Nq4uq3Dunee4cnDt7ZexdpYlVFTuD&#10;dmab/J6fGUstxE9jUzyFKeGOadxGa31xbPayX1/uEpuRKwAlUtWQfA0SVJZaYKj0zpUVF7W1mmLw&#10;rUowLPqpgk1LfPHFRkn0A6S+9OyMT1Vt1c/uMZSSnzs2F2ts7Zu2cYd4dp9zdk7pZ5060612ez01&#10;ZUb4zFEw81F5P4dSRmfIVU9JQQmb2WnrLvyP5xRdjUnR3VdFvL4sbYq6zbGf3hvrLZDaeQ7D7yxD&#10;T1+yqjcnQlPVQy9odJb2ohSZGi22ktPV09XSuMwyu1NSmafajZZ+aHTb7/Zv0YpJLpJZZHIgudKx&#10;xi4fsj4d8bxsVjJEel28RlC3M7wcn+DvO57y0ckYCKPDDS+AxprjJoEINA8jArGuTQ56LdvLrWh6&#10;u311LjflL2TVdW99biwG7N5dabN2hRT7jT47/HuOhSgzuJT5iT0kY6j7g2JHlqqlym9YvuYKynqB&#10;Biad4BUVii7uTYeUjhosFkn6+xmY2BX4jdUVZuDbNZW4XJmQHL5TGTYfJQ1VP17t87nPnbFYhkbG&#10;PpMYYRL76DcvWPJW08t7mLfl+G8mn21zGzRrJH9REDI5WQArKFehWhFNTaQrdM8m84bPdPf7mN/e&#10;V7kKPCj0lImAI4kjx2Y98jgEMTinmbfY29ttVO34d4UG3e2t8YnuTY+X61eswGX2hV7iqq/D0keB&#10;xWbi3JHI1Z2/n8jtNFjotzbgBTIQKRIUkqJQwI91fM6j6P2QmFosftPP/IXcRrMzksRiN1x792Dt&#10;2qyc5qP9IW59z0U7T5WlzTuanE7fmePIygAV3ip0JkxG3C4+v3+PdtsAtruSOlwgUKiOf1ECUAZ1&#10;ZnJVSKRqqkEt1Lcu7vb2/wBKrrKSulWUELp0gqQCAamucU1VoT0levPhjlvkh2d/F6zKbzw/x/2Z&#10;jcPtbb2X3Psmu6y3rDg8Vj1xs/WO1tmZGjp4MLldteBqDI7kgiaklt5Mfedn+1qk6s7Z2tU9/wCD&#10;7E+QseR7Jx2V3NBkN67nzNbnf4lRZGpkjSl3/HSbSnoc7XVmxI1NRiMZj5aSGCaOHxaUiCEXbZd7&#10;bCJIt1ndpmRtNXAbxSNVfEdWOtmXRqYMKNqI7R0F76KSa3fxAX1AgqQGLKRRlBbFWGK+VfXq07t7&#10;qHO4n4y7l6p+NSxde5Xbuya2j662/t+n2vBSZOpxNFUVmN2VVVu9MXuDB0GO3rko0o8rkaylrJjB&#10;V1Ez65nLm8f4nd3dSdj7V3XTdcbGyvWmGbeG5t2rtTI7myW8MtJnMxk8ZFQ7yoZIqrIY/Z+Q7UyZ&#10;r8hnsZGkIetY5BYVaWoZgvd+2lku3/vfZ7Cu3mVZDHHK5ljfUSYEftEcVwBIpYl5I9R0EJQghHPG&#10;wcq7tb2u4RrDFMFjZySRoVaZUcWQBRqVeFAzVPWuv8ofgb8vup9wbN7Rzu99kd0S5jA4XrfflJjN&#10;s7Y2HtPG9fRbf3hXbrwe4cZNT4STfOH6fpIcc+ya/IVUtb9krYR20pRp7HbvbpaXvvZ+6NsY7dOR&#10;6d7lHX+7Nm7P7swtFTVG4tn7a3j9jJuvDSVwaGSbZO5Z6GKmzUVNPDKYnappHirhG5I9zh2ut1sV&#10;6q7ZzXbNHJbSuVAlj1LMsd1OCWeKVlWAmpCMlD2nT0OrKTbL6xg3HarrXs8jll0EFQ5Jq5Y91D8V&#10;MCoocgdV/wDT+/4Pivkdqb6bC4rur4u1fa2ydzbo6qyU1bS4vEdjdeZiev6/kydBURzZfE5ijd48&#10;ltwVsTpRTLHRVqy4uNmjrR+Pe+PkTvjefY3UXyh2ZhdnV2wuoeyOnt09k4fIRNTdl7oq87WauzNk&#10;bkxr4XZ9P011RtOSljWkVlpYK2sWRnWSnmp4529rPcL3W3abaIeadjm/qrY3cE00c8Ph+LOD4rzx&#10;eKrCUtIFXWoVokwpYoCTS327mkbhs25RX93PtdpIh0hqI8Jrgs4q9WbVqOVC0FAM7AXZtXjtp9fd&#10;L9tdE53NTdfbm716n74Tae9NujF7swFCNqvXQ9f1GL3Ric/vqv7l7rz5mBq0hXISUERpR6JI62Q4&#10;2w+vevOrqLaWzaDsptxPWJlcNtfHZOk2fkZ+1sJuHbFJBUbFx+Vpads9U7Yx1RiHzccWOyPlqKh9&#10;Eg8SpHIDvcHmbeIPcz3D2rmb3+N7Zc1XW4XP9TY0tYp403C3SGy+iuJj49sLaBZ9LCPwpjrlH6jS&#10;K2RFs+2SRQzQ7LK0xAJNU8IMcEg0wQuUqSzfipUVK93j3n3L2fUZrtOp6lrMXS7dy2zN7bsqId19&#10;jUWL6OzXWu4Wm2hvt8JuVj15g9/V9JlYcdWz1mMCwY2J5rlpGnhEPZGJ2diexM9hsguPzmc61wW0&#10;ew+vaLMT5zJdh9Rdcf3M2p1huCfJUmBlfb25U7H3DQPkKeolhrK3HVaOgMKVDk8u/a/kzlv7tf3h&#10;+a+WPennG/nTlWKSPbr63illtbiC8eBrWM2zoxicwXEVvKdbxLKlaatDgj535S23ftgudgtdjSe2&#10;nkiM6mMLG9xGxlidHwwxVXGCfsNOk78mNx9r9n/HPZUfU256vE7Z7f3tvvpzt/a+1f7o7E2T2L3V&#10;XTbr7aw+a2pujejUm6KjrXaNDjsli8zAP4dQTUsizk1D0oDP/Z3ZO6tj024J9odZ7t3pV0lThMlW&#10;baz21N5bbxG3avP1rYxKvO5ZcJXwZaatgx8ddBj43qatoqiFkFPCzk5/+yPuzyB7s+6tx7L+0t5c&#10;7KYdnvdwl3G5F3crczyafENxHPRLWW3op/xmRRM8oWGJmDEBOXY7/lnYYp7+zht4o6pl0pJpWkYD&#10;AgkmtBQNwqTU5Kn8Zfh9h+yK3rSXtbt3rf481mao9yYNez9odx9Tb53J2Tt/bmIm37mqLbkA3HQU&#10;+w8jg6bMZHGVuSw1G+FWXEzyZGSprWo19l56u7T7U2btPfmyus8JvHI9o1G7d9QZLH5asxz7U2Zh&#10;c1n6rfsmBrxueu/u8lBJma3+ETVpK5JDKFjSNUiiI29w/Ybl3kqHlPfd+9rts9zt222xnubRVEqS&#10;TMPEk2+W3jmY20MpnbL6WkVImdGZQidR7tG0cybjvm47ja8wvtW3FgyMgJEvaEdwE73EVNSKwIJx&#10;SjE9WS9+/Er41787V67717T3jsZegtw7H2ar7m2bHu/H7/7vyH9x6frDBVmX3v19LTb+fE0e1cU2&#10;aoadoqnbM0tGkk36qiqULfltnP7/APRWJ2/S7ST++WQ7W673XX4vC1+Q29jcFU4bL1024cDX/wAf&#10;qDL/AAOsETUstdVsuMVQammZZahhHF/OXs/7r2Rs7faeVd1mtrX6OZobdvrUS5u7MXDW9rMf8Y7J&#10;S0AEqa0OiNwpfT05t9juUe8bsbu5smjAKpJGjRvJ308V42JVag6iq1q2MBaERvhd8ed5dR/I7cW+&#10;D29ns91Vt7pHK9SYSuyNJszc+7t+xUmW2pU7L3LX12ysP9h5aDbUMVQsKr/eOVjDRZBWpcZTPOJf&#10;dmLr911O3twdT/Dd07Y3/Nhc5/pB3PhKOi2/tfFyY7FxUkT5PdGcpcNQb+x+9a+fxUCVE8dBJRQZ&#10;VlqmqBFHh57l/eL98OQOTOavu3e13s7v/LnL24zXF9uFte2k25TTyXksd017Aix3USxyXETHxLtn&#10;W3MT2sccDFjFkZyhy3cTbeJuYOaLRNhjhRA8axKHVDXuIOFoAWcAH+GhBHSK+HWzN8ddQ7u/2ZH+&#10;ZjgO4ek+t9qZTb9PsPYW8Nrz1+Podq7q3FX5+n7Tz+0cPi9w19Rhtj4DFnKVsdNSPIcpV41TBBRI&#10;1U64ToPuM70ou0O9t4/HWh3rT7E/0dZTHVkGQ7f3HNiRVV8mToUpdieHBU+an2tVx4Z8jkDWSUcX&#10;lalRZURkjP2svudObffLk33U5/8Aanb9x3GtnJePexKBeNbdp3JoGP0kV+0Kxwr4n6cfhRXBjL0q&#10;cb37p8p8tbe2ybTvMs7riPw46qq1qup2p21JofOoOTxk7r+UHUuE6am61+EPTXys3ds7Fb9h3lgq&#10;raE2D+MvV9bLl6tsgRiOyvkbFg5s1subdTjMGjwGPkpsjUOySyNTyzxTLbb+Bg3vDuvZvZez6KLY&#10;kNMuH2XDiqmkx1ZRbYxOGNPkM5VRY9amkpBlq4U0lFT0Ip56eRUWoeZ47++7POPuBynyvuWybtyj&#10;vNjuHPG5QEbs4kZlV6CWEE6kDTF3MLzaGchoxFpREUQVzjz9cXs9vJtm7JcySEKyygkKpJLBXx3E&#10;AhvJaCg6CfuTeW+Ok8bsDuP49dhYn/TVn8pRN2zity4fce/oNzb+3xuihgwWxcBurPVO3auKt2/h&#10;UzP8WyGRSsonxUbHH01GJbe1f2dsvAbq2XjaHcdVS1+D2zBLtPJYbIYyk3xTbjoMjhYcVENyHPrV&#10;z5wYypphUwKxJlq5C0gcAe44uPdXa7PfY9h3fb5YY2d5HSFVlVrxSXWaCKOhUqWkXXL3MaSFSUr0&#10;Rcub27yz21ykqhihRmVaglTUKo4Ehio8QnNTXoAPjH2NurbPem6sJtLaeaEne2Gzfcv8enz03U2O&#10;2puXFbwydQh2lt/aMeKwmKyO6cLnpMflJWUQpjaSEKULMGi7WxcO5Keizi7irN1UW38HT0+Glrsx&#10;jRt0yY/7XGSV9M85iwuNl2/jMJOkIhmEOPjUxwJZdIIedPei0sOS9x5T9uuSbv8ASuY3mufBDC2k&#10;RjcmMRxVWRZSf1QqqJJHyxfiCd9tLq7jG2zyz3O3tJpaFhULoJCRkLUGrupqaMaGpoB0KPc3ZlH0&#10;Di8VsPDdX7f66qt470lp81jev9r5CHsJsfk3yc1DQy43BRVe4MjhN4dh77x8+RRqKKqzU7SyVkoL&#10;q7riDNZdN17prYK3Hbhwi/win25tujp3lzMdJT4hKSkwmKzPhx+L/wBz+bzcc+RrNVRElJSBo5Xk&#10;kaKOHOTLXfubdwYzXlztvMLCW5LANHqLHSVVZTpEcbCjo6qy6NJQVFcfPvDxb3y9tnL0vKAktbEV&#10;e4kDARM+pau6ANI5SNGiRKaW1kYp0h+iOnurcjsHYW2uysDuPaefOc7Ii7A3vuCqkxO3s/vmu3RP&#10;undfbW5tpvk8nn8FiNgbT2T9jtbC1S494shkZjJThIUnnasjiMochUVVQKKkpquljoNIygZqTJwq&#10;KXcU1dma2eixlJHjp2ENO7OHnDksDdV9xVz7b3n72OwXO9zb3f8AxRSyU8GRWk8RkSMHwwTMWACm&#10;qsGMgoejz2351ud45fa/5wmtId6jmPiVAiORWBWjqa+IgqNIqoWhANT0Yhdzda7Sx1NSbKqM0dqb&#10;Sr6Pd9DkqXbNbUVGX2vlIZcjsCkwW08NhM/vPcMe7UkaqyKUlKIaQKixSiQtKGVKiI1TRQ1NPaKq&#10;lwstfFU0sxxzY20EuNlmicQLWSTC1SrhnBGi3q9g97U2hljuZQtu3cYo1Y1q2pkVmoCyniB5DAyD&#10;1Ktyk8EM7yEOukOFShB8QVBB89KmqgYzU5HSgWCbJYGLJJja6vqVx9PvKmxWTpMhGmfyW4o/uYd1&#10;x4mVKrNY2gwuPktio/NTiFmWdypia6Hr8rU5KXL7Gw+SqMfvqsrfvt87z27laqkbYPWFbEF25tcS&#10;NAKTH9qdiUyTJQrAGqMPhGmyLlXalRpt2UcprsG3coX29Fpbxw144jdwgfTogiiHa8rmglp3IhK9&#10;uKggb/fWbbkr7dNFaSOoSi6mJVSHYlf9BFM6iA8lFoRU9M+a2Zls52LtvdWQxOLy3xt682PjqDB9&#10;b7z29jq2fsL5CvWGq3FvWhy7VbZndHUXWztHPmqavnSiz+fjpcfGjxLVyK3bYxS4HN1caZfI7lod&#10;r0EuzIspWY7+HUE01Q9FmMtDjKSvnQzZLFhaHHGSbWBTwhGMjs5IH5p2/Y7ae4suXJbj6JU0mQMs&#10;Wkx1BpEhDiJnIDsaiqitQK9G3L0W6bjaSS7ozx1bUiSNrMaOoCqWFaqFGoUNQWIAAFeh53JuKDfO&#10;3sZkE2hg+ut35qpx25YtnU2YO5DQUlI+RodsZHJZrbmKrKenxGWxc1fk4/sJKeoeWWQDxqusrV5Y&#10;4Y1paoLUVdPUSVFRHUu0UWudtdNTSUsgpkWChpv3JWjicBeTaw9guK1htlUw7gXtQFWoOgpWMltU&#10;1DxwWMgIAJAHQqWR9B0VBZQAygatIB1MpzUkig1flXj0jovu83XrmsfClBjsrjGxuEq8fTx5KGem&#10;wzJHuDOUWToJ8xNR1uVypajoKapyFM0kwGkveQ+2mPMVL0s1RkE/hG3KzLUFTFLUzQU2PocTPA8N&#10;FWiesnpqaozO7UhnrIYCjSyQhYYlIRx7HPt77Y80+4e4+DsNxtu3qoYeLcSFGVXBZEiUfqyR6lIf&#10;8SA63IQiqnl/aLncrrxILhfCYAAtRQASe6pyeFKca1alc9TapdjYvK0Sybxpd073gwmc23jqaZKa&#10;hqs1uzHVUVZk9vTJDS1+Rnx/U5qaOhq6ujq2p4KyU1s48ssR9kkrt69zdhfJ2kweW2ZHRYhMHu+b&#10;45dBULUW6qCu6yyWGk687W7z7orI87Q7cij7P2dlnoMZkZ6eGPGV9RJBiHP21clTLeye1s3tfa71&#10;Lzte7Nd8xtCYvBkLFo4JHBlkPhnSbUOqIuqjsS6EMNYC/dNzl2R7aPbrX6ho5Kalo1XFQKqDWSoL&#10;doytAag9Pbdf9N9bdL5/fHcnaWKrsth9zYU/IHtjGYbceO3Tgdz0O58J2P1x0D0nBFFmsvltvbK3&#10;rjaNsrtuqrK+vykQeWviapqozSmz6d6d6X+C3V2+945Kro49z71rocn232HVs1TuDdFd5GOxuoNk&#10;GSP7mHZOyaGGnxuFx0S6ahqU5CrFlRYILm2ON9zTa9l3Rri5Zql1Ha1Go9XoRpzStAFSlaszMRFs&#10;MDRRPuu9WrQ3B+BDkRrXtHnWRl+MjCglBnUTXXv/AHb3P/MA+TWKpcZi8tujE0NflMP0Rturo4MH&#10;trY209EON3T3BvDEUVXMMZnt6SPLWZiukZ6iio54sNQaZGkarrp7W7q7D7c3dLuyv33tjCU9LFJR&#10;7b2Zit6iCj2th5JlcUMUNfDRR5TN17APkK6QGSeawXRCiIJz5Y5c2vlixjt4LYM8oq0vCsgBApqp&#10;VVBOnUe7uYDh0m3K/W9egWsNDTiADT0p/h/Z1sC/Hb439W/G/ZDbMxG2cjnM5l2Sp312DXbVjXJb&#10;wysUJRZ5P4f9zJiNu46MmPG42I+GihJ/XPJNNKHmNzW95qkxzPFlwz6ZAzbWyMc3kJHj0q0nlDJ/&#10;T6nk29yHaX2m3jMM5WADJDrqCgaTJU5Gk8KVpUYJ6Kbi3MlWgmFKfxAYFBX9tfs6MH9ntGlgQpHP&#10;QRppaMxSZ+geIwhSpBjaGWPQLf044/r7uE+JHyGy+6aOi657Boain3Vj6JI9uZSqpJFpd14elgNs&#10;fPUQo1NBuTF00Y0jUBWUyAga0YMBefOTXhgj37apZbc6qsYToLadB1lPxR0qSoFEOpjp19J7eQ2s&#10;P7tlJFowKqy/Ep46D/RNTpPlw9OtTX+c5/LLwO36vc/yq6ImhfY2WyM+a7R2zj66M1HWe6srkUSb&#10;emOpZXScbG3JlqxRXRiwxtdLrW9POwpxN+VXxj63+VfUOd6p7Bielx2QlGa2dvKioxVZ/rHfkEDw&#10;4rfGAj1I9S9MjGnyNFqWPJY15IGs/idAZuNtJztaWjQlZOaY1cgig1Ii1ILHCRPQBKAkNmhoQTGx&#10;lm265EU5LWEmZAuntIFA0ZzpZa0atQchga9Vtfy9vm32P8We4sTuPGymsyeMC4He20azKCkxPYmx&#10;1lLz4GumOqnoa+E6qrD15Rv4fkQDIGpZKmKXWo6G7Sz3wM7Q7a+DPzbwWYqvjR2NuTGZffx2zTNm&#10;cl1NvoUkmO6z+cPxxeUK9fNT4eQR5qggYRbn24ajG10b1NNAYcS/e72Vg92dkghUR2PubtIkXbbm&#10;WqIpZqz7Tfg017felRSubS58O8tyjBi485Y5l3f2/wCYV5g2xfHt5Y1W5gBIS6grUOnELPHTVExB&#10;NQY2JFdW6bFmsJ8k9l9dfLr4q5rHz7/xuIelo6bKquIj37tBaxqjd3QPakLJLUYLJUGXWR6GeUNN&#10;t3PxieMvR1FdDWmZ7b6r3T0lvuu693dXbezUow+A3dtHfG06s5LrztvrTeGPTKbA7e6u3AoMW4dg&#10;74xMolpKmIuaedJqWa00DgcqJoLiGa6hu9vuLS/t7mW3uLaYUntLqBtM9pcrjTLEc8AJI2jlUBXo&#10;M3tk3zb+YdqsN92e4Mu23aa43AANPxK6VOmRGBWVPwOKAkUJM51h2ZtntraFHvHa5yNPTy1Vficv&#10;gs7RNid0bS3NhauTHbh2hu7CSSSTYTc+3slC9PV0zswV11IzxPHI4bJL40Gsgkq6hEZkIsbfW5JA&#10;P1J/Htpk1N2jzHEV/wBXy6MnUzn9NSsdFNaj549M/LhToQfeRGOtpAipJYGUBwgCn1NEvJZXA5I5&#10;H+x91K9oQsStcYr+f2eXr+XW9RVUjkLYoBXgaYJJ8x8q9e99meNl1aG0qbAKpJQkftq7FSBIRyT/&#10;ALz70I2Bpq7j/P1Izw9OnUilMjAy0c+eKn14eQ/b173l8qkqgUAoygF9WlJLX18C3Ibj8X5+vuug&#10;jU1TmvDzH+r/ADdJnPhszq3Yc0HEivkSK59B59e98Td5f0spUu5AkU3BC3uSdNxYEXsD798KevDy&#10;6usxVKRuFWucZycfafXr3vl5ZbeOy20203jvov8ATV9LW503+v8AtvftKVrU8fn/AIP8vW9KUr8q&#10;eda19Ptz/lp173//1TGUY21mewd+5LdW0otvYbcfY+Vzs+fw8eYxkXZtfuJcTPuTLTTYahNHRZzL&#10;5XM/Z4iVEVqOKkKkKIpW9z/7PbRyz91z263j2a2XZrvaedb2zaCwubqwkvkt7y4WVLF5ryvheHAi&#10;tPPC8sSzqR4kgfQqob3ceaudOYdtayWym2e1SCtsxUtCNLIwjBOAUAaTBZmIzQdH57k7g+Qk/VmB&#10;7X2pvGi7m7Wx3UGFquy/jpRDqHbGb+OtLtpqemoKjb1BvLMjcabBwW19sR1W66KmOQiyVXlFq4I5&#10;yYYUCY9Kbj21uHfsjdzZXtbqLM7OTaO4Nk9oYQ1Gez6ZLAZba2Lp63ceBw9Yuc3P1xiyJ8fQyxLl&#10;8hkKSKCOvqqUOqYZc4WX3jrDmPcJued4s9j2W/3hrieexu5oIjLCYJZN4tY5STMJpYKz+BK0MUBk&#10;SeAFQWnqC25RltLBorSm8RB/BJhBaFQ9TGQKVicmlGqpB1DgKH76v+Svxd7S2r0NmOvPj9N1t31g&#10;aqo3T1zRbJwuOrIev6jPZvF7w3DtyqrpM1hqPC9P9rVFTVUj5GVZcZjWrxWPS0lY0SrV/wDITd3a&#10;MWdnxO99+7K3nksltbAUeH7S6ooU2zPuvYIWlrMJFuaLD5CRMjX2pojNBXx66J0aIRLYaY3+8H71&#10;XHN80/J+48obRc2XircG4YJLrmCNGlxaPEQIgO/S2WlDMXFGyNOSuQbaa4Nw9yiGOQnwhGBoJzjX&#10;XTU8MDHA9Wt/EfqnrLrDqijx3Ve2d/bD2nkdwbg3AnWnYORzmTrOudxZDI1Q3Rt3Cw7mkra7E4uP&#10;OfcuEp53pahpWniZll1MXrFbq3Hg6zDZTbe5c5gslt6Wuqdt1+Ey9di8ht+fI3XIT4mpoZIqijjr&#10;lJSZEYJJG2lwVuPeH8tlbTx3dveWkcsFwgSVXUMsqCtFcHDUrUVzWpGepouLCxlQR3lghYUriuo5&#10;8iePn0aSaCGojMVRDFPExVmjmjSWNijB0JRwyko6gjjgi/tgFR4ZPGBGruCAEChGYG7aIxoSKNfp&#10;YWX8D2r8LWus10j7a/mc1Pz4+vRlDbxtCqrEVgU+VAQPt9R+3rL75mUOGuVuQmolFUOE9TccAIF+&#10;l+fyfdQhWnHzp/q/1enTBdgxCJkeZJxkUr6nr3vH5TI6yGTTY6xGvqurWX1WK6Qw4NuR9fp7to0g&#10;qEqeFf8AV/l+zq5aECRQrUPE1xUZz8vnSvXvfFncak0Rhrsf1q+lWb1CMH+mngC5592CrhtRpjyp&#10;5efVg6PJ2yPoBCkUoTjjjyrjr3vGjEcsqGy+MxheFjvbUA5CoszH6f7x9PdiBSgJ41r8/wDLTq8j&#10;xt2xsxGBWlM8fLOBx9eve+LarNGVX0oQEZiSSH9JDMbWFrD8WH197FKhqnJ/yZ/z9aSbQxMdWrWh&#10;pkeZ4Zp1730JFUHT6i48YDgGMgjgAoSqNGwPNze31J9+0sTnFM/P/UfTy6u3exDntGa17l+0nJrW&#10;tOve+XkmYP8AVVjCvpFuWU3R2tcICSSfr/t/etMYIPEk/wCoDpkmLWpNdZwT9mPPjT5+vXveIk6D&#10;J5IwASvDsRrex1lDzpPK8nk/093oK6dJr9nl9v8APq/iIhihCsSeJI8vIimPnnr3vgJRJGSYmUQ2&#10;1OGeNVUhiPIpF47re/BP9P8ACxQq1NQJPlxr9nr/AC6s0rK7HWpB8qCp+Xp+f8uve5FPKYK+hEZI&#10;K1UDlo7MW9cQiIe7BVGoWH9B7akUSW0+rIKHj9hrjzr02wN4JpJFWoHr+37T/Ly697Kn8Htj707D&#10;7i+RmzdgbZye7N15jtFYKTG4zx00KKud3eZchnM1UiPF7Z29j1dpqvIV00NLSwqzkkgKcj/dmzkv&#10;eU/aoR1ES2C1OktpDQW4ACjLu1NKIo1OcYAJEA+188VnvfPck0yw2y3TF2bgo1vT7TXgBknh0mt2&#10;bv29sjC1ee3LkocfQUkMsoDXlrK2SJC60WLoIg9Xk8jUEBYqeBHllchVUkj3si9FfFHY/R7UW+N5&#10;ZHE787Rx9TTZDHbujFRF151rUR0UkM9NsnC5JJ6beuVFbMwXcmQptTMiPj6WnVlm9nvtx7LR3LO/&#10;MEcQBjUm3mFdYYhgJGWjq1BQQxkKpAEjOQ3Sbnn3YmpNtPLcip5PI9AzeoXzSlDUHBB416qe79+X&#10;m7d4tDhdpYvctDiK4V+Ij6425DQ5Teu6quSvp2pKvcWTo6imG1BiqJElrcdHVrBSQSztX1LiIUxM&#10;Jm87C9GldXyYzI7eJSpp6uor5ajMbhrpJz5JqevpJ2HnlkOoLVB4Qy+l2mJtlJtG3JYXKR7PYaHb&#10;UtCQojCxihAbtKrTSQn8Wn59Yz3O4zX91JIhYXTE1UDtHzIPHjn+eOiq4DZe491Z6ekqM1uqg7NM&#10;jR7gxWMwFOdh9cYNo6oxR1eMy9EuROSmopfXW4+VMjOusvDT48KpDJcq8sVVK+Nix0ohnbFY6ERR&#10;Li6V5VkY0VHUsJUao4LmZZfJJzq/AO0tLqYqbm+cXStobPaCoqDGCKooqRRqnixrjptk/VQO8bzM&#10;SrV4VAwW9KedKDOOjYLtrG4mTH4/H5mu3RiZ6qgrN27systVkMnvrLrSvj9W6s/il/htZNSxRBY/&#10;4c9AlLAgiWIDUWm09ZRz01NEjtBQVYaKenUSxz1GQIDSvWeT/KcY7yEkNG3gkYWsPb0cE0UqT29X&#10;kRgyGMK3bqHaTwejCgHoxPHptlkLeIFBmAr5FQoNMEdpB4gcadNNfjsjS5LIyVsMNVmcciSw1ddJ&#10;G+OxWCWORaM4ZacHHbhUUpXWtRGa+lSxLsLkxnEZqXoY5puHC0kccR0iG+uYOVXzzaf7TFiRbj2p&#10;kbco0fxbdXlo3iBhoMZqdB1A0aoJKxjjWjA4PTitINVwI49BGe8AlqYqfQcQDXqbTeA4xM9UxpFB&#10;4klralqsVAnqPGtOq08U7NSY+SVlUj0IpZtXJv7j09asFY1Uur7aCjk/3HzU6SJXAMSGVBGk1SIp&#10;iQoDrIvA5v7auTctDLDeTS/XqyDWQAEZgQoVEIqzYJX4dNajUOqyeICsDyKxNMgii+XDhWnGtR04&#10;1GHjrsZT0cEdN58nlUf+M0ORqEmxcMaRfc/c5GeSppMa0tEoLyPDLFK+ogqlrcIa+GSRFhgx5mr/&#10;ACcpKD9hK/7gjAa8rzRxqQyuqFDcXP19soghqt01z4zBCGVx8IOkg4AGrHaK4ND0ne2Z3FXalQDp&#10;JUkcO6lNNTTArXqZkMTWR0kkz1uRTH7fcRimrcb6tyRppXzKEbxillmIaKaCSYTIiyaUvpONZcWJ&#10;5VpI3WtMlpyYoWqJFZRpnhntLoSJyCAWP6h+Pb8lks1nAhvNSqeIVwwpQjxKELlqrwqRq1HpQ8Mg&#10;gSAwqIhShqQa1yG4V+3rIZNzxtHU5PwjFmkZ6OFci5xkEitIslJ/Dz4JZnlolvrCJpZLDn32yPWP&#10;X/bVMeQroqRXqJGNNBHiYIg6atEpd3nABLIvljV78Ae7XEUVrBB4EAWX6g1qdUYYkUzkhHJx4mNP&#10;wkHHVG/RESFdC6tNKkgk+VRih8j/AJeuFPVnHtiP4vS1WH27UzGHGU0EOQnye8K2VknNvtzBSeBL&#10;AJMDSVUiadTP7b48bHDLRSRiFUrKbTV18t5o60eLUfDQxu9EzhQAsqkPY8jgD2tkYX0N5JcoFVWK&#10;hF4OU+Cjfh1MWOigUmqg5qFDzs6TO7LGqMAlO4AUxVqU7c9tBQnpxfP1SxV9M01dV1ePrIp6HBwo&#10;lBWbdNTVtCxr8lPFDmli0kNNFKskahbq2m5OWJIRHPS1laakNEtXU0lVI1RD9qbQo0+TYinZYlsQ&#10;oAdb/QEH2me3mgCi0hW3kHAksvhqtGZRG4IDNxVCT8RAYgdMsYxJG8ACd9AaE0Xiccc8SDUdeqK2&#10;omq6bJUeMaOOOpkxVFlMTDSUddWZo65VNDhKUfxRFlkLpLUENTyiNbsVItkrKrSKShimr4YCqvLR&#10;UkENXUzQxW1QGAjXLShEXTZhqve9+PaoWjQTT3H0Ul1dsoOKIG1nLNr7VI4A0oB2gjj05IAySyi1&#10;ZyPhYUUZ44PxV8qio4DpuxNMlXFX5msO2qaSCplpKHN5isr6LHYytkDpBVJXUh1xZCeaWTyqY2Ks&#10;tmQgXPHHUVdl8qKQhDSCWCCjFDV1Sy05Z/VCaiErI1aHAHhbygMy2sLn3ad1d4B4DG80FmjSgUR+&#10;ZEeQGYVpq9GJNAOm7q4toQjULTBOFR6U4cK5pg+Weu85l8Rs/aNZmnqDTVIira3KZHceJx0sWQmj&#10;h1w1pgrR4E25GAZGrI/tWkijcaXkshW+RrWxlKuHijoaeCmnVslS7joKqhhytRBLen/gtTTaUkej&#10;8zqikOZJmaaRiFUhptts3u1ktZyhVW0gOrFgwPbWhLDQq6EIAoNQI824La2jjWVXYyNGcqA+DmjM&#10;c18uGOFOix7dosrvnOVO9ctNlszJmaOOHZdb1vVUtfL19jKiGKLNZLfMVdVLV0s25zSo9ZUo0SU1&#10;KsWNp4VMs8TpGuaDJ1hLVk7yUhFUkSrNRSLTIdMFMJgRHVUECAqTI8jOxJN/aezga1toI72wOh10&#10;BXOpVByNKg1Umvcpbhx60s9GOqAlOAqK5I8qcD/IdGQxNM21cQKfE0NBDTV7SxTVo+0y33eUkbz5&#10;LLVEEkReizdbORLGtJTU8UIUInjsPcek+ynEk1EMg7QM1TItKAKKkqCf2JxCRS00c2pAVkX6lr8X&#10;9rm+ptXIuhbNayqEQMzBXAoSmh+NVahGdFDQ1HV/CeVR4mhY3oo1E1x+Ag/EG9PKhz1OyQraf7al&#10;yE2PglZRRR1ddClRuCspPG4r4Gy9I+UyclIruRJTzFboukhgLBynqa2SkjiqIZ6hk+4qphWzrSY2&#10;SGcJ4hWNLSJVx18bg+qIuhP5v7LSkUaFWkjKKI1NFJVGjLAjSpIdApFC4DEenHqgikDMyyalWgFO&#10;4jSaEBRUMtOBby+zpooaLEQ5uprMe1LivuRFj8dJiKc5HdcronkrJcK0eSlw64es0i8M6RTRgL6S&#10;PfVMiJUtUVNGYvEwhp4m+3WxqICrykUQEUlwoRCwkdgbkA+16RwXNsZkugzFtXYj1k8IABHBFVWr&#10;fp6SEBBoCtekd80MyhINRelWNSfhYY+dB+Q6x5KoqoqT+GUNdGUqIDVV9V9zUypTeGuaYRU75iVq&#10;hJVVWnq0BgjHChiLD26Cab7WnkoUjjjnjjdXYCKSEoGgicI15KiAtGdbNpC6SV/r7Yk2xrKNrjcY&#10;2Tx5TqSQam1VBPDCq4NUAozLwIz0ggi8SUm5Qo4JqCKjOfLhXB7citD0mnmx8uZr6CrqZ6+qwiTU&#10;StjzPJSVsNXGmVq6cTft01NladZUVEjE+s1CpIpsE99x1FT5CfuDH4DLq+2D/eR3CxpLHPo+3lpq&#10;pWWNvINelyUbVyFFpAJLeGMWsh1OQY2bs0nOhVLhgVoGIJ1Aigx1uWBNRjkVWB4jJSnE1X4u05FD&#10;xAqOm/JQ40aT4KCZa6nopkqchEhosnNTvUVMtPU08J/iNLksXLFUVcT0jGAtCizw+Lh8bRReiCoB&#10;m/4D0z0+JlEdRU1RvM8v8TqBLLFKEufE4MQ+isAOTCaK9jmnm2xfCZWJTxhSOIV4KMsSTllAIIYF&#10;xTpgMwaRoQFUElWkyoGBQKM0+fGuadR48goonyD1tozTZjMNXbgotNHFhHCUVPj67bWK+xx9XSQt&#10;op48hE8WRLo7SRPLI2hH7j3fsfrvZGe7L7M3jh9g9YbJmgrtz79zEdVUY2hqJopxidn7Z2yrS5Le&#10;PY2fghdMNhKEGpmZjUTGGnVpUK90ur63kc3NyZpSvhvDGQGleQLXTp4FML4jduiukB+lv08l7PJE&#10;7aFbtYLkljQnK0/21fsHULsPe1Bs/Ibf2fgNj7k7F7n7Noq7A9P9GbaqaGDsLe8lFUUcuc7Bz+9E&#10;WDH7B6L27mKqnfeO7cmklHSvHHi6MVtdItLLrj/K35od1fzAN+7c6L6c2Nu3DdS1+66eLqn49YOc&#10;ZfePYm46TyxY7f3cmRomShz27Kajdp1gLR7c2hRlxDZhUVcz2z7EtvcQ3Nyol3KvYKYQkgnQPMj/&#10;AH43cwALNhaDHb9uSwgUy1MhyBxYt5n5keVcAUqa9G56X+OmyPi3icz8qflXvvaW6+96TaNTT7t7&#10;Qeglw3W3Tu1654arI9X/AB82pV/c123NsV+SSJKusKz7p3tklilrnkP2OOotkz4P9Wb++PPxu6w6&#10;O7P3lh95bj2BX5asTJbVxtPLi9ox57JJkqTr7beYRTPvb+6ORmkaPLCKISzSFKdGhCyyyra7xNZW&#10;2z2skcohVF8SWPsVP1WkX4j3yoo0qVFCO5yFoBFXOHta1/ul/wAxyVu5Lq08IWkzsIg1KVJrSJWX&#10;4qAAgVPd1R58xtw0fc/anYXcPX+zl2DX9mYDE0NHsvcuWr49w7txm36CuhqN6dl4lXgx2wIN34Cq&#10;XGVOFlqGRqKBZKthVo0UHDemdrabenY1BvVZKvGVGN3LuxKzrWvoNyjIdeHcUG1etsHuOoqqaXLz&#10;dob3yZyL16YNIIMAqCNTVHzP7zC9t+dNz3b+rltZbfA8KMv1MMYdI1H6gikhU/E3ahuQCPEFVXHE&#10;NWfKG1W0mzwQQrIsNRV08MRERrXQq/2kaEABnJMgyKdDp8aNwb0yPV/x8odg7a2ftvJUW5tm7X3B&#10;Q9qHe3X9Rtvfe39o1G7u0t5bK25Bkjjsv1hsWihxi49txySw7vjFwKFPtlNb3d3Rm6u/Nj4nsvan&#10;VOJ2b2NX0m28bgNq7d3BhEbfMlXksslbVBqiqwmMp6evxyRTD+Kw0uRpo4Z5ElrUSNAec9cmb7u+&#10;3vzLt/LEcd3EsSyxwhqmNjmYrWmkSOsetVXSpGvUVHQ+t+YOWLOG9tL3d0WSzQKWYuUSrUVWLAuO&#10;NNQrGWIUU6t82T2nD0bk96bT7K7Cym8tsbYqctm6vfDbd3CIdr49Tt6gXbuVpBHlp8lUUOYyRiNX&#10;hvJRiWop6d6anmaRmrQ351T2p1U9O3Y+y8ptKSuqcxDR0Waemp8lNTYOujxlXmEpoZ3lqcHU1cmm&#10;krYtcNSoLDSPrAm5WN/tk6QbvE9vcMK6HXuChioOkjtBFQpqdSktXA6P1QT2wliuFktwaaloy5zT&#10;HwmmaHNOjbbP3/tHf0NdU7PzdJnqPHPSwVtZQsZKemrKumFYuPmYhXhyMFJJHJLC6rJGk0ZYDUPd&#10;inw++aXVfReyOoevqCgptnZ7N9tzVvyT37/C8jUU+4etJcLuOHFVVTV/eZSapzlHUQYyCYU8FLBT&#10;QsDTRB45XkHFjzGYNst7NLjTa18ZiCzypIq4REPbRgAhzR66DUHEac48n2u+xz3l/ZNLcxLWHSc8&#10;QdNFoWA46STrqQ2AOqs/mF8LO7e9N896byyOeXsPZNH1ClV8Zdg1+Xp3reuu+aGqwrLuLEYdsbgM&#10;FTU1Xjo66nb7qqrZK2KdkqpTH4IoDm/NHe/X/fHx1n7I67/vp2PsLH1W4MblqVpMpszZu4Xhx9Dj&#10;VyW8YaSalr9ybaomr0mgFSYaWCWGUssZjdzOns1yv7c77v8Ad7nzls20mKKFWS5up2jEepxIVHeE&#10;EhwKEUDahHnS/Q79md0u4b/c9m5k2Owj2qCAOrE0CyMxpVRiumo0HIOcjoq/8sLorP8Axh7o7B6x&#10;+RGD6V2h2AsGzt37Jx9ZvIb2zWPXc8+456un2PLVVMmIwGXovE1PUvF5MhVtUq3maF44wpqD4ydp&#10;9k9XdM7U3JmMNhH2Rnzgt9S7eqW3J13vLYNNio81gsrtiCN6vH7kWsy9SkMdTVzVFIDTPKoRtGqf&#10;Lf3P5B5Z3/dL/ZLGG82i/wBqjms9biKWC41iJoQS2tVWMagoo3hyIhLVNJmn5z5N2O7a/u9yjksG&#10;thLraQAAEkCCJATQ6qHUQaKSpOenPN/zIPjV0z3r2VvrBRxbxh7K6c272LsrbmdFXs7s/Cdj/wB6&#10;chsPdHWORoM0pyOyMhg9vY+CuejalpqxaSrjjUSoxePvKYqpp9kdgdL7V27hNpZTb/ZtSnX2U6hg&#10;ix26+sazN7XaSrym3s1uVayrotyb52E08OWixNJEkFBOKcRxtTJN7wh+9j7ce2nvx/Vnnmbm26s/&#10;efZrSW0ttzS7NtPb4V57SQw6BNaQhgWjJaUuBJFLGzsCFucvvDRcq7dBuHLm1w7p9QITJDLIY41i&#10;dgoVABqd2caMEBqjOmvQgbSr9qb/AN6dT9zdxdx1/wDoy3x1XkKTszYffMeIzmxuyv8ARXuqgy+F&#10;x8G28Eo25DWdTdjyCegydZVV0+Ub7i7SLVPFEYODprZOK33s/uDFdh5TbO96bqak2BnKKDdOA7B2&#10;xv7LU+A+zq9z7rnxxxa5PdUORhmesqKBqfHS5B9dQsTI18QrT7rXuzy3zdc+8Ozc2Dne+m2prSW0&#10;u7d/EvY47WO3t44Z6+BAsSxJLGs4ctJErwSLWRWBmwfel3bmSwg2Pm72pvNuTcb5o4p4BLpitgG0&#10;O3iguzn8LKFCJUEFtJJM9yd57+3/ANTb86NxXVj9q9X4vvar7Q2/vDG7d7A6hqNp9f5Ds56/+7ez&#10;6LLpm8zs2lxGAyStgoojU12Yw5njo6Y+hvfdf2bvPJ4eu3XW0FBhabF5LMptTP027kzOOirXgkxh&#10;z+cp8/MuE67x+KqKvzNRUsNTBU5FGh8fgmS+ZPKfsFzdy/8Au9ds32Hl/madLuTdIzbPus9/PdJS&#10;0ktX8WM6YJn8ZoqaZI6p2ImroXbxPy7bvtGz81xTTiaMGHWBEq6KELXvEj0BwTUAA56QOyfgt1D1&#10;duOk6r2xvnOZpZNrbRm7A2BSdSQY7cVbsatytJkoNhdb1PXuKpN6fJHM7iSBMa+by+Toq3FbXply&#10;HnmrYKpgDONrsrurcE2+ty7XfrhVqoavYEmSioshRYXsDBYuCDdfZVViKelpsTDJvGhyVNNNUPDk&#10;PtpqRWp6dZG1rlLFy/f7HuMPKe5c1pv0EllC8pXTDMRCTH4aKmSS7M6oGjijAMcnawDLtpMllut3&#10;cWNon0Ji8Ru+rsP9DCOx0gPQhhVQFAr5dHyzvVGP2Fs3F/HjDdyV/wAiZsVhJj3nhqLKPSby3f0P&#10;nd2Zyn6s6bwe58XXT5jIU+xM5QZOgx2IqspjIavH1Lx19R9ofFIJnYmxMfXVoq89iNp1UlJ1tHFR&#10;JXUW4KmvyOKXOyLu/FR43HVb1lRU7kjBgoS7LD9ysKyhUZx7BnL3uDf7VzRzRte1c3W8VzcblYND&#10;EXUOjyR6FlYsI10rpqugsoNWDFqglqczWs+4PdQ3Tm7eRtKyKAqsAMuQAF8MHSjLQFaUJNSS+/HL&#10;5B5bE4nd2O2FurelRlc98rarbOVnp8nsIbc23l949c4Kr65rZs3uHF4rBNtrY8dGlXl4YI5mFO9T&#10;4J5nhViB2Oxm+sHv6ZcbS12N2D2VQVW4Mbs/P5p6+DZW38bgcVNBTVtNlIsiMf2BgHmWhShNVGFo&#10;o3eA2nEfuXOepeUt09p92bd5rePdNqiaO6uQkUKXssssnihnjMaNbXJUyG6SMstwVqToLEZ3423f&#10;NgS526drSe3YCUAhY5mOvVE2mmoO/cTT4gPQ1NviMh0hvHrCizO58LS5rvHojcdNs3N907Q21QbU&#10;bt7sLKZzL0WY3bi6PYlPhxubrbsbK46bIVNd9pUU8OQIedXeilmI80dRrGPoJ3l8s9THHSzYzHWp&#10;o5ahFdFanfXNBLVSXZ0BkWJLBieLcarDle35g51t7PYrme322e9ZI5XSSaQxuxVA8cRV3ZVoZCqq&#10;KjxGAAPUORwFZXQa2RsdwJOTpI7T3AY04GfIdBznq9qDGbgzv2GPrFotuyvm8NuXdMJy7JhJJHrq&#10;6LNhBi62gw9KyU8EzLTVVbVsywBbm4sf3FSCGsTEZSryVTlsbR0+YrTF9vEssNWtRXY7HxGoeWGG&#10;uWJfW7EFACApJHuVG9heaLCO92GK617kIFPxaImhSesfhysDSSTBKP8A2RQpVw2vo9ttgvnLwzWK&#10;JcqrlUXSwII/SlDUGlioKlT3aqg56rCHzSzOb3dtuo7g6r2psDC9cdi7u3f1htqHM1mer6rFZva1&#10;TtraO+9916YWlxmTzO05sjM32dFDA8NZK6GSZYkdg4zvYm3es8ziNvGiyNZlMjlTVmviw+ZrtuY+&#10;tpTFQ0iZPK0Kmqx8dHRzeaSVRITAJCq2U3lv2S9iL7cNxub3dy6z7UZQIWeNy0zoMeJQagikELWj&#10;O1FZQpBd2y7k2yDcTuJhSVSFiU5Y0UsurPaddaUq1D5U6M5tfoTsz5i4PdO/63Mw7M21H1smEwGD&#10;w+S2fR9kbg25ka2rzu48oNuZSar2rNV57dNOtLSUVTJRv90lPLPIWIZUDtneGVz0ke3sDjMN1d1r&#10;i8fFUR1mFpoKer3Ym9o81laHdHXDZCjrNWLxE+NmNZRBqWV6WVpFOl7HJPfvaza+XTYHa923WfmK&#10;Ob6dYYFQQ2gR4/FhuRQKXDOjeK2sJpoDrAHRPzDY8wbhCLq83dLaSWjKI5AfDMdGemkANKslDqYn&#10;NK8KdDPvLonYeydwPuqs3H2p8sfkJVZ6ixune9d5euetW6rxuy8XW9W92na2YoqOs3BmJ9wLJR5i&#10;qgyEFRnxGrSf5NGxYKHdnZlRugZaPb2a3X1tmsKyY/JGrNDvbaGTxGGqoMXu2PFQQQURSrqopfLB&#10;TxwTzTywTIJDGbx17le23IbXL8tQ8zpNzveLK4hEriVJfCA8QSAhvDJKh0wWJJyFOkOS2mwct8vs&#10;287yl5vGp9YyTLViVj1MdKhSw0A4pUHj0Om7OleksVt3FbU27u/rjrDtvF7sWLsXCz0GSyvUm+8H&#10;uPcNHk9z9c1dbuOsyhqMdXRSw0wqKmsrHp6OnnpNUUU7KohUu6ZNy4GLF7kxGEz87DB5qux+Vp/4&#10;d/d9MSBHDmanaFSIxUZitaJoYqyoRoppBK7a/p7xh5itNx9vTtW3858qWEd7FGDAyvFKUCuoYhFX&#10;RrkCs0RpoDGr6ix6g2PkPkvmDfNxv9lvbm1vJtSsjMS0rsS1VnyCtalljppGkLSvUHKbAy/WO7cR&#10;k+ut8702ngsDUb225gJ8VUU2963fh35Uiti2ina0M1TlcNsTbVb4MiMRSTwVVDDDSxUqxCIEILs7&#10;OZbaVHvLfuMTVWrjK/NTYCLF08zpWZCCmixuRxcKTU0lIka0331fT09O0+UMTM8y6FRiaPdti5z3&#10;fduVuUOU2mG6OiQRsVEsbpIWLO9QCEfXIwjLHQdGojHU9cpbemy7BYbE92JII0UBpKtq0E8WOok5&#10;0KpOMcennqDZ9Huiq2LtqvzVVT4LEZak2nQZely1TNR5bMYuprZ9xQZatix+Qlr60y5E4nFvX1bU&#10;eLeo1JTySSNIgKdW9b9vQ0ePp+tO8Kbb3VlVupdwbYx0u3cNvV91Z/K5mmreyNwb3fPw4l8JhMni&#10;WOPwGBnMuTpqlTUZGSeQqQZ83bFY8l7U3I+47AbZEVprdUos5I1Q3Er3NaJVlCoqAlDlqjgKZtz5&#10;Vu/3naWdiTWIVYAiQzngulq/pDGolQoNdJOrEvtbcGw8DvXsTfPcnV1TV9lQbUq8Pk6xKfcWKyvW&#10;u3aWlqavYWC68jw0G4IN7Zt8ghyWZ3PTyUlDRxv4KAJYRObVK2khSlhZ81XU1RlKiSprMlU+uc00&#10;0jw+Kpnjx8NXSU7WSkBDmGmRbqqoPeP0W2xNqdhGI40Hc7UaWgHxEMRqOqhwEY4+I9EJtPCWdF8M&#10;MqUWtNKqcFaCpU+ooBmgJ6C2HAZ13yD0f92MPmcHtKGi2vg8PR1+XqNvw7mAmrqjOT082483R5/N&#10;M8s+ZkT7f7itlIjd2dz7R2/d57O2dsjPZnfW7MJ13seBa3Ob63pVTVija+w8UY5s5kKCko4kqM9m&#10;8w7Q43F0cQerzGRyEdNTi5Zkvue1bjtNnHcNBIe3sRgiswIOg6cMiu36bxyVJ0OpYdNSPI99b2i3&#10;BLMoAYr24Ge4fDpSpC0pQZ49OePnrMZuin3lj9j747Qzu0MLgtpbA2NhqHFZCHsfufc0j0e1dqVm&#10;YyFVkxsmiwDxT5fK10op8VtjB42XJVuvSkUmvl3F8xu+fnl3jtrqHojrnJ4jYGS3Hjsf0n1XjKhc&#10;VvXG0GGqZZ90dnbp31ROmO2Xuvc+3kI3FmVP2e0cBAtJSzIkc8tTblQTbBewX008v7zlZdRibw2W&#10;PVWWKJqERCQYaVVL07e4hV6Fa2NttliRqIYgDINXPCrDjqJxQcBgdxp0cTZfSfW/xD653b8lPlD2&#10;FQ5vt6p2/NT9h9kzNmMrhMXhsjPKdu9E9V7ZyJqs5uDalPuHIRLRY4Qvmd67lkWuqoXq6inpKW7L&#10;qDpfF/EtavtbdfYG2qLY239gYnaMg2xRV+QwG4MJkBPlaPYeyMvuSWq7I3Ri9q7ocrth8lVvNXpN&#10;U1TU8H3DtHm5z9zr7Qb/AO1Nry5s/K8Q90txt49UlrWSTbRasqQJcySmsuuJ5FddJLuQRpFD0Y7L&#10;Ja3VnHetYeDMjF60HYKlXXzJEi91V4MaEnPRE+7O6MN81NlbZ6D2n0juOg+QG6ewK7P5Db33tLRV&#10;XUu4NkbhSkxO4O05cVTz7SkymX2dXVP97BQjx4ytlhpDNUzU0EbkN77+RlZ3juv+LZnBz43AYp6q&#10;n2htin3ZNUU+CoJ7JNVTQfYSUNZurLwRq1dVgt9BBEREgBjPlrlqDlywt4vDSXdAApcgKcE0GnCo&#10;q1IUAVLGrVA6MLy+uLoJQDtAAAxQV48aVHl6eY6tY+KHxQwfxf2ImFx+Tx24d+ZyGKp7B36+34qK&#10;s3Jk4mkaloaCFK1ziNpYKOVoqDHo2lS0k7lp55XJdKvJbRZNL0m+opSDcQVG1qqkuBZVXzU1JO9z&#10;z9QTz7MittJHO00pJCnDEfETjuJrUZUsBjy8ukkfhTKxde0ejHOeJP24PRnWG5llbTJgpYf7AaHI&#10;U8v4/URPUp/th7jUcm0Khk8mVy+M0hvXX7YhyhjNzcsuNy6PoF/7K3v/ALD2htwIZmWRG0KoC/iO&#10;CCAKYIJArXBGTQ56rJEVJLRvUjhUfsr58OPn1lnqM3CqmHGUNYdJLBMnJTEMFJCqJaB1YM3Fywt7&#10;F/aOcoMPV0ddgOxPta3G1FNX0NTBh9z4Coo66mYSU1ZBL4amJJ6eRQV5YEGx4JHsY2txYTRJBuVk&#10;Gilcju1glSRXUpNaPk9z8QvEdE93bQOCJrUlpDgH0qDnNfLGRkDpNZikXc2MymC3Z19BmMJmqCsw&#10;+Xx1e+385jcpiK+Fqeux9fRVssYqqCtglZHidGV0JDD3e/8AGf5AUnc213pMzXYZ984GGBNy0mMr&#10;AYsnTsFhg3RQUckNPNBBUt6aqJVZaepJ5COvsA8z8vHlPdrbdtpkjNnkqmR4SuxJVmPavimiipx+&#10;Cg6ZtXjuxLtVw+mShMZKmrKONTQjXqAqDkoNXr1pGfzY/wCW5V/EPsKi7H6mxO4Yum96V1XUbJrJ&#10;cXPONg5pHmqanrLcGZhlqVmikhjafCzzt5J6FTCXknp3ZwW/mB/Bzb/zC6xShxcmM2/3ZsOCvrum&#10;981iaKWWWpL1Vd1hu2qBV/7j7zqgCsx1HEZNkq0HjNQrhTmjZn5n2u25nsXS430Q6Z42YL4sfBSz&#10;5VpogCrL2h00haEA9GO03pthHtW5S/oHV4bswBib4mJP++2wCvkdLDuA6f8A+VV/Mpyvxr30KPdr&#10;1td1VvCopaPtba6GWSfBTUcUFDTdk7eoVEkk25dvUkCQ19OgByuKj8YD1NPSkUlfDbumk3JjB/Li&#10;+XeQ/wBFWc2XundGI+JPa/YksmO/2WjvLK1obP8Axp7gratWfG/GHvTccUcZq1Pg2juOogy8aGjq&#10;Kt055feZ9mrzm2yf3P5ItDPzhZW6rfWMSKr7xYxHMsQ7R++dtQ1sxIdV7bKbTXmNWk32/wCfbr26&#10;3b6K9lI5Mu5h9QjcLSR6D62ID4VAIM6fC6UkUr2sNtHdFHDsrNj5YdJLHvPaO+sJgMl3Ttbacxyt&#10;N2Tsalxsf8A7f2HT0HnhynY+y8A6ft06tLubAR/ZfuVdLihGrdybd3Fszcm5dl72wOQ2lvXZWcyO&#10;2d37RztM9Hl9ubiw0vgyWHylOQVSalexjdS0NTA6TRM8UsbnnwjRzRW9xayeLaTIGjkFaMrEgMAa&#10;EGoKspAeN1aNwroyjNCBkKRSIxMDgMpVgwIIBVkIwVYHUrDiDjo023Nx4Hd+Awu6trZfH5/be48X&#10;Q5vA5zE1UVbjMticnTR1dBkKCrgZoqilq6aVXR1JBU+2iNuF0lbfW6hbkleVVdQJYWHN7AfQ+9sO&#10;Na9Kqmv9kxceZPDPnXBPmenr3zjcLosvF1c3JAe50yX0gqpH+FyPrz7qyk6s5/wen+rz6rIWAfNG&#10;zkCpoPP5Vr1732WaxMSlbl/TwQfUF1BnGnQGPNwfp/re9AAGjH0/wfLrSUK6ySdIqK+Xy9STxxnr&#10;3s4mzesOu6Tr47kyWzMzvjetfioN0PtOi3zjazctBsWvmjxdRuKk6+x8FVNgqSjq/G2NlzNRFVZV&#10;ppJfFBSmNX6Ee0nsn7Sbl7Mwe5PuR7dczPI1rL4Kbde2rXd5GsxtX3S129k8eS0tZiUmkYrD4iUh&#10;SUoJDHtxzHvUW4w2lt9LLbeIaklgQANVFJ7e44YEVrgGvROt0drdlxd0ZHalNufZ+0Ou8d9pioNw&#10;7g2RuCHHZLe9Rjny+L2ZTb4zGXxmFzuXy1PT1DV8GKpJhjKaFEFS1ZK8UJU/4bS/3l/ux95V2/iX&#10;8I8/+Sfx37TX4vutGn7L+LeHjXp8P3H408e8XP8AWZ5v/wBdH/W+/q9d+P43i00j/cOuvxdVfD0+&#10;Fj+00eL+lr1dCz94x/QfW6F8D/L/AA0rx/DTh8+jb/ct/DfvPJTa/sfufNeX7PV4PL5L2832t+b2&#10;1aP8ff8A/9Y6/XPXdFjtu9f9Yblqq7DYrd21Ny9d5XuDORbdpMl1l3jvXbUuZ6Mrc/13JlJ8wm69&#10;17hxVbDDNjZqumoM2q01TONUYlhb75P3tPvC7d7WXmy7/u0ltb3m3Wm47Vew2/0cl/cbTcV3ywDx&#10;BWjjW3oj+LDGGhlM0RkKsUk/Z+TOXP6wX+77ZE6wLOrLCkoZREFETEADQx0VbJAp5VPVmvx6Xqb5&#10;e/KncXyq2JW0faOY2Z2xHD2V0VTblye5NmR/Gp6DKdUZLcG092ybax+1+yNmYiqz8OSpMdMkdHlc&#10;DjmjhpVqQCKFdufNXv3A9gdX9mrutsxmOqTi63D7dr3qU2juXP4rH1+LO7tzYSkGPbIbiyLVSVks&#10;zhSlXTpLGsLl74o828+8+c6LvsXMfN97Ob60ntdbFa2tvcRpG8Vui/ox0VSviqviNqOt3AXrI2z5&#10;I5ehhfwIdIkGWPkONBn4eGPy4DrY2wHxH+OG09s5vaO1uotn7ew24pA2WXF41Ia+pgXLQZqLGjKS&#10;GXIw4WCtpoxHQpKtHHCgiWMRgL7LPlMpksvWZHM5Wuqclls5lstn89lan/gVkM5uDI1OWzWVrCgS&#10;Ba3M5WrlnnKqNcjkn1H2Cba3t7WG2s7aBY7SCGOKKMfCsUSKkUa1qdMaKqqCcAU4dCq1tba2/TRA&#10;aUoxzq0igz50Hma9GLRFRVRFCoihEVRYKqgBVA/AAHtvgeNebvqfi5/QAbGylTchkJ4/FrH2/IrE&#10;0NKD9v8Aq+fSq4aRmBDAj0Azwxnrl74yC9hHoiXSYwwOp5VP58hJDeID6fm/vaf0qseP2fl8+vJc&#10;aW0SoxY5OeH2+Vfn8vn1730gIVXVEsy8mTSpIUn9a+oamXiw9NiL+/Me5gWOD5f6v9n06pJNUuoL&#10;Upj0P+cV9c9e99SSSBdJvbnhEV2DcMCSeLQngm44Puyqtaj+eP8AVXy+zq0JhJFGAJ8xXh8x6t6c&#10;eve8IJswtG8uq9mjZhE5A1BUudOgAkf1+tvp7uQKjiEp68fz+f8AqPT5dy6lQdFPWn2ceOafnjr3&#10;vq8YsNTOhIJJW0iK3Lia/IHFxb8f0J9+7z5AH7cfKnWtcrPWoVuA+3zof5GvXvfCR45PFdiFVF0h&#10;ELBFuSSdXoLAckX+h/Huyqy68ZJ6unjBpBpBKtkV/wA1DQ+vr1733FIsZdQrHTMNTpIF8zH1oIwP&#10;06S2ofgW96dSwBJGRwI4Dga/4OmpCzkB3Ve2vCtPLUfyx/g697wySMQweSUqpsVVlXS8cpJMgFls&#10;W5sLlj9fqPbiqKgqor6+oI8v9WOnA6jUVjSp9amoNDQVPA/Ph1722bhz1Bt3BZ3dWW+4hxO2cTU5&#10;vMT0kIraqPHUTQpO9JQ+SFamZTMpEZdBYliwt7V7Xttzuu47fs9kVN5dTLFGGOlS7VI1PQlRg5oc&#10;igHRVuW6Wux7fe7jfs30MUZZtI1NTzoCRX0wR173mxmUizmPw+VoZ5DR53GUGYxglikinqaDK0MN&#10;fj3nppCxpqhqWdS8TMfGSVJJHv1/YTbVeX9hdxKLi2laOShBCujFWow+JajDADUM0HSjbb+zvdvj&#10;3KzUvbyKrAnBCnOR60Ix172Z/wCOXxz3l33llyNHkKLZnWmFzFPT7r7NzsVQ+L8lNIlRV7e2RjYV&#10;abeW8UokJZYymOx4Ky1k6KDGxxtXJ28b5HK1tt0siCJmAUZAwCzsaBEqwov9o/woBUN0Wb/v+3bN&#10;aNLd0IauhRQSOccOGlQ3Et+w8OgP7f7y2/1XFTYxKabcG88uqLh9u0bIixfcNJDTZLPVjMFxmINT&#10;HoBUS1M7+iCGRr6TpfDf4pbY+HGT+Qecx249wjb3du7IZcpu7e+Rx1NW70osTms/n8NjcDsHbMVR&#10;RYPGYKPPsJarJ1LTZOcNUpHS0qRI2cPJFrPueybNa7jtSx39lbRrGGFTH4aKniEtlQ9NLKKlTRSS&#10;1K4d80fSWt1fSWe5PJLLK0rojeZqaYp8BOgk1JI4CvVcnyx39Vdo7j6+wG1cRWdn9obSoKnIrt/r&#10;rFwNtXasW46KhpszkM5vzL1C5alaTJ4nwRGggdpVApFSWeSRkNtm81p8EtSMNmMbLD99gcVTRySZ&#10;CKnqEtBmZaygkiq3+/juXlkImcraBkiB9y9ai1heS0WMR3wFJNVAhamohf441/AvxE8TkdAGS5ad&#10;nSGQpMD3BlqhI+KuMhT8IzU/F5dFt2D1xkcvJmaqjzO99vZEZFcRvfeuQfRgoazHuIa/rjAYXdEN&#10;Vt3GxYGrTQKSlDY+CKp15OGprtGlMViV9aYpMhNjfumYxU0dPjqaWOl18RK2JpPKlEsQN7ubHVfk&#10;3PtLDd2kel7fxZwK+I5ckMqgni+NIwgAIIKio6aFyg1UkEhXSCx4keta11evpSnRisNjcFgKWsxO&#10;3cXmcXgkp1rZ6SfOZSgmrZi6ffVEW7K77erztRXMDKWhXhQVUomlA2Pha2LKgxGKvnmhfXFIwOmO&#10;YaG+wmSMQ09pV5i1jQSeLeze2dXiacWwjnDIauxLEIdZlfUSNOkhaLUkLTgx6diu4JVLpAsYFBUV&#10;BJqas1eNcdO77vwtRtsU9VU1uJxNBOUhq8fCYIWqkBWHHZigaT+IZCQwuZPungKSED1F1F49N5Yp&#10;quSqhkijWYI1FkJRTwvLGodzIRpnmgUL9VluTbgn2w7A2cdyCVvSSYvDWmushqRQihOGAI4AkUHV&#10;rqVRbxgy44inEVNMUGn55Hn065GOCrOMxuMqIq1Go2mqs7iYDkq6hppYFgpxA0izUNLUs0ulllpS&#10;oU/qA49z4HlnH2M85jatdzMHjSm0wwqVMNKbLJUGWMjS0mlivIa/tbNDbtE12JXaSMox1M2qRm+A&#10;6PiYoxrXAYkUqo6SeFCQZ4++JCPi4sWzUqKHDADhQ+WOk1VrFQVKZehx1NImLp56XGNRu2TijlqZ&#10;VkqKnLVR8lBjEjaA+VKfzRxuukxi/GLI4yR0SooJJaKCMf5OlQZp62obQImSehRTVmBoksfUyg8+&#10;0NhdxwvKtyQl2uVGmpOdNWPFSHOsNmgGkYPTdrJbLohkjBkwe0AGudQ4gfFnPAY6dcZmTrNLkYaf&#10;cctZIY8rU0UtFi8DionZshHJjczI5w1RVxBiqosUM0p/23tp0y0eQHheCIVgb7urkpTTCWRLNHS0&#10;opkjqYaiZAdIm1hyDc/j2tja0ktZB4rCAqNJAOpjqOpkzoerV1AkChFMjpR40MtZgaBWAGScZBen&#10;mqnjTgSMdPr+bJ4hGyNDWVNXiJ1NHgYMrDkBj6adDGa3OTV881DVUdHZbvSCJ4RwqHg+5cDeGn/h&#10;yU88FFJMWlx8E0b5Vo5lCzPXwqIKI07KASxIUDkEH21EGXxLq4uPGl8MEpo/TKo1YjU1CGhqCo7j&#10;QHq+rUxc3GqQKKEjswTgE1z6ADPTdkYxWZCDMtPjnzVHC9LSbmr4qiLb0NeIyXptu1hNVn5KxJ9S&#10;CFtT3BUhhx7mDHCeJGNQlqe0VN4G8tHiI40PkNWLo5aIhTpm8ov/AGre6tfW0MPhT26hpA4Y6qkg&#10;sGVArHRIWGK1TQM1Jx1WOSNELSJpPEmtSfSg8z+zppXLVMFdN9nSVn75jrMglfQ/Z5feFa7NEKjG&#10;1ESVX29JJdgs1GsDSKATDe/uMlLWUcYZamGNmMzfc1NNUyVFQqyBZFgpwH/hms+sEGRCDYDT7fhm&#10;8SOFIWaO3DwkxtpICspJYeZAICqclfir09JNauyo0r/T0Wq/Mih4can9nr1Nq6/HZColNRipspUG&#10;Fo46XE5SipaGhqUX/JpMhlGaGLczQxuyvGy0shZSGIfj3KFOwMpqNFEk2j7cox1VPmdkYVzU8bRO&#10;xcnQLLwbH6e3ria6treCQt4rF2CBWatVrSRWNVPkCzEVpgV6pRI0j0lmQtQgEmhH+qvnkV6aYauh&#10;rKn7ah8mTqMdCXy09bSwNT4paeGKb7fC0lfNDkKSD7ddcwjaYK41Em9vcSSijpjFjKSJknlZ5I4K&#10;itC1kA1ERVDU0YCvR6yTrd9Ong8ceyxH3a5g8S8iCQoVVDTg3++9Vc1Haa4VifMdMtcDxLqSSZfB&#10;pxoeP9E+RA8gOPDpUQZWkrpptxVFc9dTRQrFX1uOxLVGFyUPjDVFJHXTFpo8xpCEU0MPmZlDLfm7&#10;vPjqrF0gpUylBT5uoWWGpbIGrWWOikpNE0P2uMZYaGqqY5rFEJnSlIdlYuoByGspAIbZxIZSrsi9&#10;vcp4ySA6mddJ1Cml0HdUdPbdNaSXNZLclxQjtwT+FieOoCvdTTSo4joDZt3Qb/ylVW02z67cXXmG&#10;ZYaeXG1GLmxGUy0GeYU8OMr9wJVSZLA4/JY0laqsjWgkzkctPDNF4HkLR96r4+gxs0VQlBTIifaw&#10;tUTzSNGVgZloa5FNFifGLU9miljjH0Ukj3U7LDOYL9biIQzmo7NKFiNdXZTg6hkADuIrg9XkihS6&#10;nktouJyfhXuzkrTjTz/PoSMPjJsTldyZWkank3TUTS1T1+QlxcNFjBLE7vQ0WWwrzJnt1RSSBsn5&#10;BV0lXUtrDSDxsOklh8tS6UDClhASGhSWSWSv0MUjqTmhKs1GhJ0vBIZIlP0IF/eoYbxpJoJpYmkd&#10;SFFKgh6Sdynt1EhmD/FwrQkdJImn8UQRShQzceINfIIeFf4hQjpzrI5Y6TDBsxJJkKmX7vK7jlp6&#10;WjG2GCss+MTZCUrxZdo6ezxVcQpamZTfS5Ue8kdTWGGV3x8FPURWQ14McFFRJJI1qOSKN2eonaMC&#10;xj1w3ANvwFR2rbLmGK8nu0NwCQ65JFKBY1D1ZCuRr/GWIGKdLJIDJGjXF0DHkUPccimOPlUeueoc&#10;5p6bJQY6ky+UrMTXB6qkwB+4rc5uOWnhikk3NFWNBBj6bGirLO0FX4a1FGkn6E8GoZqh5Kda8mQ1&#10;aVEc01RNLVJEyoXSlhWTzrSzOCC5WMi9+fbEVvCkiyJZusQjcuoXuIWuqoNQX0Uord2MdJQqW70j&#10;hpEVAAHnQmvH+jwrx6mDckFJSQV89BH4mx38Nmjo6WjpsH9wszCmqMjkJ4UplrqN21LFG08TEEEK&#10;famqBBEWdqWCGCmmigiAZy80qxEHztD/AJtzUMHY6JCB9Pz7R28Jt1YxSuyTirIO4moXR4QqpA0V&#10;DDUArA48+i6C07wGlOiQE0p5Ag1HDFO0rUVpXoOqfIVGRjhpHr6mpyctFX11VVPFDS0tBR/fvLWK&#10;sdZHNHXGOij8VOxeASXueQtsceQoJCJJqT7WW+h3ayCPiRy05jt4zJEpDNEyp6/UlgfZlLFcW8Tm&#10;23Sa6tBHqKnOkVGKmuoCoQsD8wSBXpWI5bZZEilLx5AJFRQ0HDifl5+hPUOTC5lmNNG9HIP2zGtL&#10;HJUGqdBTwRx4mnq3KTPDkZEmhpK6KWa1KFiqdTrZrFbJ9yIxK6Syf5PHi4plP2wnjDSrKVRROgDK&#10;zMbD9wJx6vbLR+PJ4i2MdvEasWCgI68SWOct8IVRq1d/SS8aOVyzRoAAM6SFxWjA5NcUHnUVOOlc&#10;uJoIsU5lZs3DRwx5eXP1MUoasbCVslLjnxomkIx1ZHUJJGqOxa1Mz3dRGCG3dneHUvx061/0p955&#10;qoxe2K2evo9ibJ2zLSf6Q+6dyUWk5PbnXOIrfMFxtHK0a5bcVaEwmFjax885jpm1cXV5Z3NvBHrl&#10;3KcM3gtnwo2B/tCQQKsADlXdRU0SrdWtNtuJXDAhS3wgitaUof6NM8cn4iR0Htbmd7ZnsObpf42b&#10;bxnY/fkNFhn3RmdyxVrda/HnA1qGq2jvTv7P4afHPQ174qaarwGy6Bn3RuWRXnkkx9GJq8a5fYXZ&#10;3y0/mofIDb2y9s7ZWoXHjJ1XWvTW2q+tpeoPj/sRpaeHO703Pmq0OsUiU6xPuDduTDZLLVISmp1C&#10;/bUiL9v2yKGVbuQibczHV5CFSiKM04BIwSaKMmpJrnoW2NhDYAUUtc0p9g9S1MAk0qRU8AOPRztp&#10;7H+NX8tHqvPdmdkb1mz/AGR2HkMFid99v7tjx1T29392D4a47R642NgKM08VNjKMvVRbX2Xg0hxG&#10;EozUT6ATkchLsSfDn4RdY/EHastHtdhvHtLc+NTH9j9yVlCaDN7ohbTWVe0dkUNW5m2Z1bSTQB3g&#10;1LVZLxifISEqkMAp2x4bmOaOCQpAxzOaB5dPboioCYYtRIDHUajUwbJJ1DZtH/jN0tZCDQ1woFck&#10;eWOAyBk5JJ6qh+RXyS7C7t3ZSZnesVFTVGFnlyexeqKarOW2L01HLrpKPc+8chTAU++e46mlqgkU&#10;qIafHGZoceAJHqKoCe+/5gmw6PfeM612VHmNydc0uUkxXaW/ev8AeQ2BmMjQVCT4yp2z1Hv77auT&#10;b1BRV0yy5jdKRSSimgmix4J1TNIHKnJoEIF2NVmYipWSjoXHwyFTlQvmwOpkrpoWHQD5l3Pdrjbb&#10;q35daNbsqQrzVkUnz1RggshXCqCKmlcY6NB0l/L037nNh7g7M3tXYvbm+8ziP4hsbbe/9knsGNMm&#10;amCpi3R2pso5XBrub7ehiZsZtRqinpo52jNcWZRTQqD4edw9ObpzG8+mOl8RueHqbq3wSyZLeOdx&#10;1FDT4GuymjF7t2vuXNVc2YqHwWXnycskNegzOUxOV80FIWLiLIXknd7bb7S5NjHcz3cNxCsKxRAN&#10;K7GiBY8adADlyzUMADMCVYHGr3DvOf8AbILC4vGhSJiaJEstJ3Cl3gmWNaxs6hWgZToVkKuw8xG+&#10;Q3XG48HsrZXaHaMFZl/kdk8vt6h69brXZGQ3Bnt8btq6R6Kq2NvnZuIkG3IKTN4WjxklU01ZHt7H&#10;1eCUy16xiH7hbb82dh8z0z8k6LZO9sjvrAbcyG5Nn4uDG7Tq+3d07J3ts2dN19hTpj6WCkz0Ndhn&#10;algw+OpI1bF41Ulo0p5hIzDi45x3gbNvUR3qURPceFLIysWWoNFeRSpmEVTFrRVVWWMSKXFehzy9&#10;u+63dts24wcs26T3Mf8AjKzuI3aKVKLh6iRlUUZdVJGNTU56CfE92PtHurpyq7RxdZsPM5nFU+9u&#10;1Mvlt54vrrr/ALEo98hth9P4apqq+syWF3VjaSlrauXOV+qmgyWb8VPVPUBKdxTR81N+bxru9d47&#10;Wym/Kzd+ClwfTE74fI1UmfqNuzbY68po9v42TIZShTKY/PRY/PVFbk5o55pMmcmDVTVDogihHn6J&#10;9s5v3zb7rdBdRxyKfGBqGDRxtj0HcoZOAcZANaSns22WFlt1sbKMopjqSCSjam1HzNQCAq8dAXSK&#10;DHVm/wAX+q+vdqbGweY25gTT5iiyvZUUu4GoKfAS5ap3Ru5Kvc0n8Fw1X/DIsetdgaWkpoJYIjQx&#10;UCxQw06XQlv2XtjMb53FjtrbeqcFRZbIiW2S3TuLG7S23j6SjgmrazJZ3cuXlhx2ExVLS07vLNIS&#10;ERSxFgSArG0mvVBrK5OkKS2kfxKKhj6cfyHSu5u4baIz3c4S2B4kE0PpQAktnAAJPl0O3YW+cb1t&#10;s7Ob1y2K3VnKLBUq1D4XZG181vTduWllnipqbHbf2tt6krszm8pWVM6JFBBEzMzfgXItT6A+GXyP&#10;oNid14fdu79sdQdcdgbH663Jh95YzI5LeG1d07tp83Nm9g7i2xuTZMVZU0uR2/NS6MxS/YSvmMTX&#10;IlK0pWwHq7ZzJYbTfSyJRLRo5ZIK1dw66lUxD+1pGQxjqTEzR6vjI6B9zvvL8t3CLO8e5uBHIGEQ&#10;JYIKBtYbSwANGRjwPGgPVXfyC+aPS2Q7D6jrtp9Qby7p7Y6+3D2Dis91glVhdm9g7CwlbsqCv3fP&#10;mdj7+r9vYbPrVbYUqrS5Oliwla8DVjwrI6e7S+uuuPlz19ufDYvdm7tpb+693RS47G7wx9Bj4dj7&#10;Y6HyW2IY8RTbg6jwVBSUqnqDd1VjKOnl2ctIc1gcs8s1NeiNXEgW5vuOZti2hY9l3kS224eG8ehT&#10;cSQOe8WowawOQArga1UqjUjAPQUseb+V2e9fmHb5zDAGCqdJluAVLFlAyJY1NZAzBWBDBtQoaj+x&#10;u5P5Z+Y6+x+/dmbN3zkOwjjc1uTZ0dHJDuLtbtzdm/ds1mey2y9+723Xl8jDldzbZwuYyE0W7a7L&#10;/wACeiemEk8tRJQMwu9+/Dbr75LQ4he09u7U3DvXZmJrKTB100FdBVUUeQnoMnWY/H5SDLYjIwUU&#10;+axZWWMhDNS1kkc/7F4mgCx5veHe5F5vjnbc5C0rLAyyKZZQj9znteSNk8KTWBQtqqxXq9z7gbLa&#10;7LY3tjtq2m1yN4R8SISNAEwr62XgVYOCwJLqdBJPRFPjl8+V+H+4pst1xi+7MX8cuyJchjJ6LI7g&#10;8e4sduSCaWl25u/KYDH4bN7cTI5XY2ZpftK+OpqUd8DHJTs1TP8AcIBW3e18P1ttaWh3zs7dGzjg&#10;8BmcnvzbIlpc7UdZUqColrMZQfbU2Ko9x7cN5kooMdS085pAs/2yGYEdPPbBecub7TbraPlOztYT&#10;GGhaCdZIX0LGIoSIwwhunYufDLGKMJpL6uzqWuSPcPbpriy5ftjHf7ushEcgNWaMJqZgSvxNjTHU&#10;KtSCarTq4TLfGjvL5BfwXfG163p7O4XLZinyPXfYG3c35Npd30eBhoqnGZWWbAtnazaPYuSSnNTW&#10;TZGuraCnyUbUf3kniMbmR2VRYXcnWeIxHUmV27squm27hpdk7fhwdDvCrxe3aqOnzuIqIdrZxoMH&#10;msPkMYkc0RnqC6eS2kTIVAC9w/c36HnrceW933aVd0lXXcbgQ7Rw3TFo9DyDSqTCjg0agYBmQxmp&#10;jXnv395ak5p3Xkbfdk3CX6eAO1+yRrZiZ6IIUkFSksQYCQ0A1VAJ6r0712t2nsHsut7370zWY7i6&#10;lk7G3TtDsrtTAb3y3WlRS79wG3G2jPkhltgluwNoZvAVuXqMTJR4ugWnaaASVEgopRKzdufN1+08&#10;Zj9/72wVPs7CZuvpMRLIlRUbgy+Bq6Sjq63CtQZHaq5Wizu3d65sO+qkgi+1iIjm8lRoZTPlWOTm&#10;/f7heTearDfBb2MmgRDTcSBdEcoAmeKPXA36jhyFcpqhbQW6DnIHPe68471vHKHL26Wd7bRRLGY7&#10;VKCFdQEr1mbUWiUL+nJUhmJTtHQk7L6gxW4twz9L7K3lvXtXsfZWx83vfB4TdtFR7MxfdO0dxZnC&#10;bY3nQZ7afYr7KyGxezem9mU9PM0WVr3/AIhURvLSNSUZqopS6b9xm7K/qzDnbu9tw9mpnd1bazGO&#10;mrExs2awdLg9wDN5pGSjhxK5taN6Smkp6RzFUY6YOqazd/ZLzV7ftN7h8v2W9cmS7gYigkugyo8E&#10;KSandxqRGSXUIo3DvLpb9JVCGQzffztNELuygRIhbsrqYykjcF1MDUDUwLAkVZKEKAQ3R7uhcV17&#10;T/KPsjanZfSfW/UUe0dl1+F3PXUmAbH7S7DG6dq0+39sPhxJktxR7Upa2OtyUc+SgEmPztA0Mh0M&#10;PGwr1m4Ys1joqmPEU2D1R5DGZmIZ5dxUGVzlJWTZCbJYrJRVEkNZjq+sq/PFrZZoWDIQCPcO+7nJ&#10;XuDbx7hacqbjeXvt/bvG0sDslLQtKHVZUlLPIEVlHiJWMYUqSp6BOzX97eNLbT3EugvUMo0xMjgE&#10;Bq5WRAtDUUJbt4mqE616pqeuNy5ym3T2HmO0jHuTEbv6sqa3rZusd2dadaZDbtBsjB7N3Rt+moaU&#10;4rcG08Dhv4bPPTRPSZKkaKdn5IZHbfmnoMhuDc2VmhkxVTBgocbBuCnSjOBXExVC1uKooqOKWvat&#10;3bV6qhXkYPIhhiiXTc+5Y9nuTtvh2La7akFzvE07svcDcRSK1WQsArRPktKpfSytQqQKdSnavYWG&#10;2WkN1CnjM5LeG2ooynUGJBGmooKDVRiSadCJ2Jiv72Y/bXX+3Zs1Bn6mu3fXVON63qPuZtwncH2V&#10;Hjt2ZIZmrp8VVYbram8VOY41angkFZVTv5Ao9ibt/sDbm/VwOawWXraamoctJjquLFmthx1TmkhM&#10;mT27kohEtTkmoRpWCSnQxx1y+NpDyBM13tN/yxc3EPNwsoN3vgyxRvLUhEzFJE1VRn+Jpi9P0zRE&#10;FKlda7hHJANwlvo0nLPGviVV9AoEODpYMa5bI4rkdEx3j8X+x+iou4dob4wGzt75fc22KmtwddvC&#10;XAZTcGD2XRZaDDbW7X27XeZ9v4Q1GQkq/wCM0WSro55cIWmho1eMsSv7p3x1qm8ane1JVda4PeW5&#10;900KVmLq87JkIMvBtbKLtvI7U3Ju77NcdtCSUy0lFBEzFJMtUywFZJFW8mch7HPabDuEklrMts0T&#10;/VXMKg6Z3qsU8aFg1yFoWogGmNQQaEsTi4i2vm22jmv1t/p7Wakg0SR5Qf2/kxQV1I2cirduOrK+&#10;kNhdnbC6Nx3UWbzPbG8Ng7U6e3HjqruTEbRjw82Fzm7KBs3g+xtlbIoctU1PZi0OWra2an8Cmrix&#10;FHRzHxJNMvtS5HatPsveVZuXszAUsdRTZnaGPxO7tuYiTI5Hb+crM9WZOi2ltXZ2OZpMdQ4ydFj8&#10;tPTS1LwTVLRokZKEH+5nujs3KHI2wfujfJoEubpoTDIpn8aMxjxLid2PiTeIAS2li0R8NgGZahNz&#10;ENms9oTa+X7tpDk0ZQQy0UvIZGH6lCwkQkgM3EECnSFl7FxXYfQmAwHxm3m1blaXrPtLN1Wxu1N1&#10;11DiuydqYbAUm3ty9mdt79yMTnPZiokzJrKWWsykNDR5BaJZJleHWqoos8tC+4Yt4R7lSb+N0O14&#10;8ptynq8Sa7c2bWmo5cbgplqFkp4ds52uWnrJXFVFSUx9Tv6kXm17qcwWO4cyy8zcn7nPBHeSLLIY&#10;3CO0iJ4TNISOzUVqGDMWUaW7h1D0ltNfNI+47fbTbeSXwFLLEGqokXSFD0AIVaFq46g5TCf3qxm0&#10;qfpJ9h1f8ExOMz1dgt81NDv+q2zs/DVqZ2TdO8sScY8WVrt+deYWaux9DBV4urrqmUTokJCzs8zU&#10;GIx9TkshUrTUNbn6kVO46migMFXk4aMkUEM9RI9J/EIZyz/bwhPDGCbIB7AK73ue47W1lcQSXDSy&#10;RSlppZGkXQjLHHGprp01q68MUXFOkcNtGkqTWFpEqW40R1AprY1cqRUoy4qRUHp5oarP5KPDYnAR&#10;yZbG7JxTbf64OQmTOYrDZTJOZNx5KdKKLcGUwCYBdK1NfLXGrZ2v5y+oew9zu3Kjd27tu1lNkp6X&#10;C9c7q27k9w7exmDpsy2ay278JVz46eeRUgXBUlBtmrlWLIVKytFNIZIwFZW95D+wvJ3Ie9Wt1dwj&#10;eDzpFcOkFxATDHZnQHdw1Qq+MaChBOKg5Cl+83BrOxuJZZgt84pFRar2nUFda0d2Ks2CAEXJ8ult&#10;jt/0+y8Jmdr5KPAVm9OwOvt7Q7Mz+5t41mFfbW1uuc3T4PLYuSWoy2Vm3LurO73p4alsJRfasKOO&#10;OOUlzIvsWqCn6/2ymX3HWU24CIK2RMsq01Xl567M1NQYA8FJFH9vDRwY+ESukbx+GNDK924JzvnJ&#10;Gwc97lc2M95vO8QQXPbJhWVHkYzQM509h0lluSRVwdS1AJEVzuVkslu25W4uJDEoEkCrGdII0sTX&#10;vUAnNAC3aB59E43NuD5ddgZLbvWvXuc6sgm3NS4rJ7SebKYvbNLtvYGCw8Gv+K5DK5GsyFRunIbw&#10;rzSQVD0ctNkKidaWO0eqRcucw1XJRVc1BjcnWSy4vKZvIYiHwwVH21IonxePzGQczijiqAw0CKS7&#10;yOqESSNYRbb+0nK20c2R7ZzJuN7Z28yySQqV/sqsPCjlcBquzDSQTpYYLqTgu34brt0Z3DZUguLZ&#10;ZFIMoIKBgAW1alFK8NZqVrkUp0qes+66Wpr4KPfWe2ht+l2pufZ/X23uyKqSvrcVW5zLpU4be+69&#10;jbUhjpErpqesvTvJXUfiiWJ6mD7amQO9KvyxwHeHzH7Jpuj8dnqTrXrrq2HBZ3tTZL7WzlLuXBTZ&#10;Will6+zOWyeQg8Pbe4s1U01UlPEstJQYSvIpTGjQGRjuT2h5h5351uNk2d4YNvhKeNIiqBErjUqs&#10;oIM0x7m1FzqYmjLTJxsU0Dbem9XNmkbuuo6HBQitGaHVwTVWorWmcgjq1ro7anWvx8oMluIb4k7T&#10;z3au6Mjk9pbvqs1t6l25Jttmgepx/XOFpsh/Bdq7F2jh3jqchUUrS1GZYSV7NP5YkQWPgR8Ua34x&#10;bq3t3hnt/wCUwPXVDg919Tbrgzc+3tt0mYrpsljRDT12Aknym4ZaeHMaakIKqCnrqxkiCSokiqcS&#10;e0g2Hc5thF9FcXdwngwK+lPFlkfTHGAxrFrKsryF/DRQWc1CVON13KxlfbvpY5HuI5VMiYJWOQU1&#10;LQEVbz8ghZjQgHovHzz7O2j3PkuuPjRsvbR333pla/Z3cnWdXR7Wyec2tisFJFk5Uy1BvaaXHYfC&#10;7oyuFpavRUpHO2MxrPUs0Ly0zNA+RHdXY/ZG8ah/7z4Da+29vPUUm0tjYzddGpxlCxMH8bzEVRBQ&#10;w1+5MxSqrM7IIqSnKwU4VAS6619ud09vb6fbd/tfC5kQ0lVnGpToXAepZ4mPcrglZBRsCgBveeHD&#10;4MCIsEQ9CfTFKZ019MV49Gd+J/xb66+Oez6yllw1fuTsXdCU0+/uwqzbVXFLlpkkGQhw+EcCqrqL&#10;a+MrJWeNHkeerqi9VVPJUSMwK/K3Z1dMftpRmW1FiJJtk5FHZ+eVnkYOzKRawJI92u5lMkEkKlzq&#10;I/SYLVvXuJoDn0Ffl0wrQ6QI5yPUqxFfzPRrpjtGjgjjlFTSQKdEYVc5T6SfXYNEEdRz9b2Htpyy&#10;dhIgGS2DhJmAY+U7Fx07nTZSRNhQoJAIB5vz7KorNjPI6xuGLCuohnVhUhcVTSa1NMHy8+rxwkPQ&#10;XJAqPNa/s4Gvn1ypX26dJpNyVca+l1jlz9S4s19KhMjNK4U6Dx/r+07SVmSgbVX9e0VWgYiQw4Pd&#10;WJX6+k/cUtYgRlHBNvqP6e05muUdgupIaEkgEkHzA0nFTxHp8PT7pO1aSkx0NARkAceGfs+XDp2c&#10;07aUg3BJDI/qjtU46csCbiyTwS61P+H+39usW58BHLGh2cMRMp8T23fmieb6mWnyVHP6uLgXIA/P&#10;syMqQIsjRB5HqQXZwyn7D2gZqK5oB59JZYWhjLyRK4492oH9tcU4/LrhTUObQlpNxJWRsbqJMTSL&#10;Zbn066eaJW44vb8ezCdV9pUmzM/h907cm3HhtwYaoM9DU0ORw9bSvrASqoKmmq6GH7zGV8H7VREz&#10;aXU8WYA+xnb3C3m3TbZdpHLaOgB/prjTSoNCD5mp+Weg/dwSzA+Hgk4ZTQ44EHiD8zxGDg06Dnt/&#10;qXEd17D3T1d2Hhttbt6/3ljP4VuDC5GnylFVTQGVJkq6HI0VXM+MyuOqY0qKKqiQS01TGkim6j3f&#10;v0z3BtXuzZVNuDDMaeZdFBuDB1BWSu27mhCHmo6lYyRNRVdzJTTp+3NF9DqVgId3Hab7kveTHB4z&#10;bRPJqXWUjDKwzGCexSvcQSNdSoIANOqxKdzhltLnQN2jFWGO7gFkSuCHPEH4TWuKdaEfz4+D/bHw&#10;S7xqqWpgkyG16yWbNbE3pj/JBjt+7RSrADSySgJBvLbMMyU9fTP6o5SJl1QTRMawP5p38vb/AGYj&#10;btX3h1JhVrO+9l7fWm3JtqjhiT/Tp1/hoJCMWVIVajs/ZmPRv4TMf3cpQIaFi0qUx9h3m/llE08y&#10;bDAy2szM0kS1cxvTEsdKvoP+iF+EtCulKkCbb5L27V7HcYVS/VisRZtRkQKB4bk8S1SI64LHRhSC&#10;Lb/5PX8zak2DPh+i+18rFSdQbsyYi21mMlW8dR70zNRHamqmmOig613fkZi0pLLFhstMZiFpamZ6&#10;clPxj7hf59dZYPpLck65D56dM7UloOmdz13ozvzd6F2ZjZJn6N3bVVLRHIfKToXDY+Q7OrJz91un&#10;b0UmGqT95SUsknL37y3srFy/e7r7tcqWQj5RuC028W0S9lhckgNvVsigEWd2zKu6wItYZ6XkYZfE&#10;jEzez3uAnLt7FyZzLfeHsEkgWwlc9lpK2oNayMe6OCRiGiJOmNwQSup+r/c1PN8Rt7z7m89Qfiz2&#10;buaJt2UtRNEuK+NnYu5K1KcbwxoMStjel+yM/Wqc5Gz/AGu2s5UHJ/t0FbkJKMOYKnzxRVMAlKSa&#10;gWMeh19TRvTzQzBJKWoidWEkbBZI3UowDAj3iHJF4btFIV1CnnX5ggioYHGlhVWB1AkGvWVkrCpj&#10;mZGYV7TUEUNCfXjxB4Hj0db3ISXWhu0jEKYyrExLHKSZFIC/2tI/p/vdvbTIFbAA8/Wo4dNhG8QF&#10;9AQCpNdR0/YPM8MHHXvYtdU9Obn7jj3XBtqtxuMG06Ghq8pXZySqpMJG+VFTHQ4p83TF2o8/Wywi&#10;aClMbF6UPOzIkd2nL2d+7v7n++Mm7tyHsYlt7OCSUyzEwwyNCULwxSMjJJOI2L+GDq0o1aY6LNx3&#10;iwsJRFPcHUFJrQE/0cfMY8vXoGe2u+uuel5dr0e88lWHL7xrquj2/t/B0E+b3DXRY2ilyGXyseHo&#10;9VYcPiKSHVU1AUqrvHGoaSREJ+cZk81RbM2btnZuC6ym7GwmLkz8WDoKXrzc21t17k21SUdH/F8p&#10;vihkimwM8tBAtbQYCKlkq1RHYhHjkl99YvuKX33bdou+Q/Zn3O9s5F97LrcLqB9yinDSR29v4sqS&#10;yRlov0QlIobSfWJ3USiI62Cx3zI17HC8rTa7EymgjOS1K00kasevAnzx1X52NtvD7p3Xld39kU/f&#10;mT6b3xmMXsjNZgbo7S6pyfTmOzEEmQpcRkuvkxtPX5fDZDNVxTNZ2WtipFilWnAmAWmDX/dPI/6b&#10;/P8AZbT+w+x+4/hf+j6D+5f3X92f4h/AP9Iv8R/iH8H/ANJv+UeL7H+KeLi+r1e+sH9QudvG+p/r&#10;Fy3/AK1PgfSfu/8Ada/vj6HX/uP/ALkfT+F4f6mjw/ptWaVz0TfvCH90eLrfVp+DSNfiVrr4U11z&#10;TVXzrTHSu/ju4P8AZbNP8Xy3h/4tv8c/vJkv9KH91/78/wAH/jv+jb7H+D/3s/0X+u/8S/hXn9dv&#10;F6ff/9cDPlh89IOwekNmdLdS42v2FkN0UddF8tqFNzU++cbk949c79mqOvcd1nvqhgixGb2W0kEm&#10;UpNxYaWH+M46Snp62F2SOVOa/udzrzd7z+4MvNXPG8XF9yrZeBcbLBcIsbW893ZGHcZLiId6uE0Q&#10;G2mUBJQ9wio+sPlVyN7fx7CVaZ4FtUpoKVAcOorqVq1FBnz1GgxgbSv8uj+WhtT4Y5vfW/8AKjae&#10;e7Jzldmtv7b33tLak2wp8n1Ll2wmZx2F3Vtr7uo8OUpMzRNKaSdqoYypao+0nWmqvtYKsQ6kXCsi&#10;EalQMIxED+2qMw/SsigBVH6Tx7JSp4VqfXjXz/l5nz6mJlQRGNUXw1oPLI8iBwx8+rY/fBmcIzLd&#10;V9JKiQLGQvPqQ3Ppvzb6n3sKtQDn8s5+f+D06aUorhWirJ5HjQkcAAcde98A8pN1P7ZCnkqkfIPp&#10;clQEYDkNY3/pc+7UUDI7vzJ/2fs6eLW9F1DvJNM935f5uve+Bk1MSzOQCoAYgapAhCMABYf69hwP&#10;dtIAoAM/4K/6vPrUpCABEqckipNK+tf8Ar+zr3vtmYHgFxYanUl1spHpcnkRhydRt6v9Ye9ACnH8&#10;uB/4unDqgCsgLyAECoHw5PHhXh5de98dRLBme5ZgGLMCGXX9NQsxDLxqb+n197oKUAx/q/L50HT2&#10;vVGPDCkUyP8AKf8AJ173y8wk9SAjQGUi5Cj1C62ABAZAWv8AXkDm/GvD04Pn/q/w4/n0mkPgjRNJ&#10;Q8B51FKg1+X+Hr3vEs5QnTYGzqdbEtIdQGhdRAjkVTxq/FvdzGCFr6j8v84+zpSY42VADn9nHP8A&#10;qp173ief06hpVFJW5uV8qt6lBt6rH8cX4+vu6xitDlj/AIP9X+odWWLPcDq+R41H+r7eve+Z06Va&#10;YaxYhimpx6WJ0lU5ZtY5B90zVgmPt/2fl0wJoyfDjlHGmeNfz49e98FbWHKotidWm99RksdOsXsS&#10;Px/r+76dJAZjX1+zrbsyMgLMo4cBgDFfUD+flTr3sNO4ZNHUfalKSpqMp1zuelo4I30zVM4igZYq&#10;OEt5atmaNVKoDYkLb6exdyHE0vO/JzRqxEe6QE4rSpIzQdpNcV49BH3Djjk5R5gCMTS1egAPpXPz&#10;Pl69cXdI0eSR1jjjVnd3YKiIoLM7sxCqqqLkngD3Zj8KvhG2d636f3/3xFFFhKjr/ZGQxnTCTV9L&#10;lNyU0W26SEr2lk6F6Kv2fiopoi74OkdMvVWX7iSngdlabm9p9w3Xmzfd6vwE26W+ldGBUtR5O1o1&#10;BIJPAu47a9q6gGMbRe59ly9yttltt8Ql3ZII1IIoEbTmoPxkeY4V414dV/fID5g0eFG4tk9dS5Wj&#10;yVEtXjsj2BHR0QXGZCEQN4dp47PUktJnPPHKyplpI5MVHIjJGaiayLba1QMPiIGixckO3cZiocFh&#10;8FtfD01FRx4THxqi4Pb+MoqFsdhcNQ0ygPNDDMsackPMSTkFy3yPse0tZ7bDtCi2aXxD4oKip4sW&#10;LVkFaVUkNUCpAp1Bm78w7jud8b29um+peQ11kkrqrTNR60CmlDQdVd7s37W7vykm38NvTbVDv+Ot&#10;grZ8lubcEmTw2xs/mp52wO6ewlbL4vL5LPZnJeX7PF1FZj2yFRqu8VFyUVuGvbI0a5TK47APVySJ&#10;HjpR9zHU4ShQRz0scn2k0vjkmp3AMUqxrLIBJVRnVp9ju32+3sZ3t7eERuF1MGWqOVahppqB/EDU&#10;4IPxCvQWWW4Sf/FrwqqCpBAapNRXgNNCD3ZJXAyK9K3qTbVTh87Ubfwm+e1chjKGmqDuHIVNVj0l&#10;7Cz+Y+7h3BPG2XoMcMjhcTmYmanmpXqjjow9DhKmNI2lZDyCVKhsxUwzx3kkWCOmhpZKqrd1eCSp&#10;qp6emWnYoGsPFJEyjhUAA9mciW8kEaRuZJQgJJYgwgMDGNBUMSWGWzVQKnpRISXiSFg9yRXOoKo+&#10;LJ8waeeejMUjx/ZwbJxtdjBAiUorHr5a+HDRQxmOsOMw9JXZaoq6aJ47s8dXT1UUkjlpJSWY+5dL&#10;URUslDTS1VNST15igNdjp6lHiRSGhbLVs0jrEwJ9QdCW/r9T7tNP9SlwohAtIyZCToZDO1QwU0BO&#10;v1YChIzQHpDMzsZrjLxLVqAAAE+Qp3EV9ft6bMhi6iugy2Tgxmay8GFileHa+5KClkmnpEsJzs/b&#10;tBTx/cRQqq+MU0+lVQkpYqPcuafHLPUlTTU1Ny1RR42Karq61JG0eespVd4mRjc+SCUEXBI9ksVx&#10;fziS2kgRir/2le0FR8I4spFQcVXyJ6Sa714vCuIdZWoUngvrRqdxA/Cwx69Z6fE5OKixlYtRmcpl&#10;JIYkxs+45KPCUeDfS0rQYvKvT051BLR/b19KbkEK17XbzM8EfkiMFOlQY4MbEYYK9jHHJ/moiI9K&#10;SnXYCc6yxtq9mC28txdLBKXS7EjNIASq0pXVUfFpFGNDq01NCTTp2qB0iSPU1KkA9uRUY4Y44x8u&#10;p5hpZQ6VC1WTTG00tZncn9zW4FoKt4DG81XA1V9w9HJoN2okanXTfxg2b3BlylbSN/CoIZKhmkDT&#10;UVQ0k+bx/m0tJMHpqZWWkYfjUwQm17e3GtXlkWaRWj1EEGpoFUjSV4EFQKqrUGkVpUdPLHpIkZvC&#10;l0g8O1xWgI9M+tOFR0502EwuSppNzVVZSwwQ080FHlsXHR47Zu4ZKdJ4YaGakyGRlgqcm8pYSSqi&#10;PMQDw3uQ9cXrIvBPFLNRxipkjrJJaam8TkLJSQyUmiWWrhIN45AoZrWY+6XV3BeQJbW9mXkfDO7B&#10;tYJNDn4GLAHHwrUHB6TeKfAKUbw2NDgE/aR+Gp4EEmnl1FoNvNQ0FXU5GKqx1Bk6s4/HnbFDBWZK&#10;OrpY7jL1sGVaejXbstKwSOphaQqAQ8SWHuGaysnk8s0vnju5pMlXRw/fQFF0wLHg45CalYiukOzk&#10;AG5F/ai9gtjGjWsMhcIoKBVYEsQHjDEhVJJNGKmgUEU6cXwwWFtGXcoutFww/i7j+EcaUHThj8Ri&#10;8bG2NigpsY3kZshgcNWZGPAVccjtUPX1G75qT7ihedXErQxJHrcFASpPvGIa56CL7mLw1UDrTy6Y&#10;NImm1A6KiakvEupm0+ORyoB5Htq1ewWe6t4ZyCziRWFGUhKksOAKsBWh4sMAVI6snggyxxFWi0k1&#10;U04ElSPSn8yOp9TU0ceXFTSMa3FVlNO6iarcVGNpZIxFajosreukmpWGoVdNCrkEWk9N/bmwnhmW&#10;aWrliEdNG1RSmkaHHxK3oEAohTlj5i9hLG/Nhqt9fbjrbTk3NnEfFkc1dwASfKgq2inGq6Y88OvR&#10;hpGjZYyzk4JAJr68aagMAfOvSUhlhkojiFx1PNAtdLBi6qkzKZDP1YiPnnyM2deuhLwUogLNSVUT&#10;TAavExPp9455K9oYqWNqwVdWS9HTVHijgMdM2kTl5UkmLFQTp1yowA+gHCz6aGKJVvVSXw4+4CQh&#10;wHNVTh3qOFfw+WD1Zbe2iMjvKCoFSRwDE8DSmF8+uFC2IOVq8pCmGjw+LlSmymTx0FTUVv31RTiS&#10;aCOKnnix1NeWRASYqadWZiSXtdvaCtJVKipNSYTKJ8wmmF8d+t5KMUsM4etVQTbQ8bEMAAePbDTR&#10;bajS2iNCkDamRO7V4lNDa+AGqg0kNShDCh63JIkLuUIRKntB+QOoDhmorXI6U0NVjKyIzxY5EbLJ&#10;SJjNr1YeaPMCl0wLX1FXVUkiYWR0UEvJDNECpbWDc+3zHVSUKxVLUiZjI1UZfGYeqqWoY8g1HGoq&#10;JNfjqclNjKQlJplMUscswWMEgP7reTW1whY28UErF5CSzGgY116dIjqxqBGBUBqkUz0zLE91+qki&#10;QopqzMCWzXIGFAalAOJrX06Cje8Fdkosnt/Gbsn2xiMVLSUG792YGmx2Qq9q02Znc4/GFjW0WGw+&#10;8MtAJaKiq2rKGemovLUEpI9OffPKV8VbUnKtisbTZUqVzVe4oa6qrnNtWNeXHyR0n7l0lqCQ5U2V&#10;Uj0sCxDZTJGpVp4rIoGBSutCSdBBNGZjpIplfWnXkEiQmCS4kdSTw7SKniThvkFGKcc9cOvNu/3e&#10;xlNhIcxlarByTN/c7bJ/jWEwWHpSvll3KKbN09VXvTUrySwYnW8Tyxl5mqaxnjkDXFmKiWeWteAw&#10;UePXRQ0cIKRsfUZY3rJvI08eo3s8Y1Dge1SJHFZKbtiL2VuNC0kYpQErXS2cUXGpuOD1o28cULRm&#10;Rw7kEk6ixJpgAYxXPGnQh121KWNqfAUFbHXV2aPkzuXqggjmPkTxS0uNpDAMXVPDGVEsVQ5i0XZW&#10;vY+mlTKRQ0r+OqevUT1ERiljpYYUZTrpqGFjNRlWN2kUyKHW5HPvVnJcOTN40xkA/FQoCQQ2lsKp&#10;7RxpqrpHw5UOHR/FjiZSi/E2QeIqOGTTgMkHrsUSbVqK7IRwth6bB1JoaKrpaimk3Dk6sreGnz+b&#10;rU+23DDJDKyRU0nglWE2Ui3vHLlKItJUeCeoiogaWnq6mvSO0pRy01NTvaKtilNlXxlZVJN1P09v&#10;CzjjuEu7S4WM0Y6ZF1a2RlCgupHnVwvwuOzV59MiSfWqytAgbiEBrQcDWuDxqDx9euVLgc8aGPBz&#10;T09PV5yemylbjMJh5pqeDHyPEXpMpM8b1OFrkiLGRp1lp9IVkkXkifQ0DwxSywsaevq1YTJG8YnP&#10;mVJJ6WR3je8EK2J8V1DcAAk3XyWwtzVtaggjUF7yy1KSDOmrEk0cmiYqetiYEojE6Qe2uagA0r5V&#10;Y4ycdJbP7jgyNRT09VTUuU29ipqeWn+8hqpMZHFTyy0dLWU8UE1PMtbJIhUfdqJNP7jagAQ9UgMn&#10;ihpKeorqxlhp4Yk1VElRUeRYJPCApMM9KpYSLMpUsRptY+yhWurqeW3bSqtQlVUiihSyuacA9G0h&#10;c1JpjPTGu6TUZcxgZoMAUqB6jV6jiOmHLU6QrPk62pgxOIo3yWVqshIyUqY/GpA1esVWjOv8Qx+Q&#10;lSB4KmhkSSOGJjMra1Upus3htt69cFT18e4twvHUVx2vsanqt4bjyGKgqjFU0sdDt6LJRJURSwEP&#10;HUy0fk0FVbTce3XvbSwSKQ7irBFDhT3CMkdowKFKkCjYVuK46opvJWZbGOSRwlAArUBpw1jGa1FT&#10;QcaY6S9ZW4vbSVVfmchDtmkanxmIx1dupqfHpHu2sohLjs7FS1r0ldTTZLH1zpSywR1Sh5GnkAlU&#10;sAj3h8kOjuue0dhdQ915zI9R7o7GipMtsOLsDbMNJ1pW4D7ivpnyW+d7UGTyOE2xFQ1+Omgy+MqJ&#10;nqqZ2iWVQs6e1m2ndd0mS221UN7K0klELkK5NWlTGmhUKI21IRIDSvaOr3O3b5tcsTXG3MVdSwkr&#10;woQtVUfF6eg4nj08NJvXIdZ753/1VsXtbsyl2rg81Q7nm61ylLiu/wBKmloaNqXB9UYPP/3fnr9w&#10;1NFWLUbZzdlpmhBkWQSqXIPdvfF/4b/J/sTLdo9kdydR9n71zVNjMcufj+ZWMwONwO3MbG8WM2dt&#10;La0+UoKfaW2sWzk0uPo4IaKDUW0vIzSEQbby/Ps0UsMu03kqqHZi6Fi71qZA+oli2BQ5NK1A6N4N&#10;2FvFqawTxcgsSwrnJ01IA8qDjx4dJ/qL5KT/AB02JQ7B62+Gvzv6b2tDU5bL1+BxvwU3L2PuHcG8&#10;83JDPlN5b131tzdm5l3fuDMmPy5HKVlTVZTIVfqklCKsYML0R0j1v8ftg5zrrobM9Z7T2xuWv/jO&#10;4Zdr96dTZ3sPfWTpFKUL7t35Vbn/AI5uTEYpXcY3HySQ0FBrYxQCV5JHQ/TLdJKZdtuiqSKJF8OT&#10;S8buAzsGXtA+A6SxdQCxCgAJIt1uUu1dxGatXSHNKV868GXgDXhjA6CnsHuDoXenbO3u9e6eq/kT&#10;uvtHbdEMdt3dHyS+FnyuqesuosbKTNNT9U9b0GxsxtTrzdmWkSE5PNwUtTmcmkCpNWGnjihSH8ie&#10;nfkn291nUbH657Awxpq6Kp/idCm9uvU3F2NQzQJHTbC3JuTGbpiOCw9XUAiaSjBppkKx1haP0sP+&#10;XOYuVtqLQX9n9PcYXRolBXR8KcGUrooXJ4mhqcDpZLfR7lE8KbjDEwI/TZgMgk/FXKgU40oc56w9&#10;VfL7+WL1F2PN2NvvIPsvP4mqp8nR0NZ1H8h8R1Vt/IRtUVWU37s7D7n6mlzabiUykQQ5RjVGoR5a&#10;FYzqZdcXdNPlNp7h3FtDP0tJRVm3MjUYSvp8bksVl6airaTVT1VNi83t6sr8LXQRt6Y6iknkiIHB&#10;FiBJsG5RX9sssc5azbIKVBIahBbhjAqaasgevRUlvrjqsquzZBU1BH2+fDj+zrYm2pujC7221gt3&#10;7cqKmqwG5cVRZrD1NZi8rhaqox2QgSppJp8TnKLG5jHSSQuCYqmCGZL2ZQePdun8v7s3E7swuI27&#10;WUvxu6wn69zm6dy1m9sxUNtbsjPquyMdtfE1EW2sRj6fbw6zocnl4/7zZ3Jzy1f3+SjhoactI8hF&#10;O17/AHdpfW29WjhIbK3lEdqEqktyxBWSZ1YModewAEFc6ck9QD7mbVu9vBcMN73K6tJyitABrjVB&#10;L4r9+DrqBpRSpKJRnAqeqt/mTid2dednR7roqf5Hdv4LfnVkfXOC6W2NhcdlNhVu4Kfs6j3hls7n&#10;955bKTbpbtebD5CU7ZoMfFT0VPj8BJJVOyxR+M4uQw2IwmJynYu8u3e2p9pdnwZTI/6MNuzVjr0T&#10;WZTc9R1/R7rbeu2I9vbhXrfK7kx9QIKvLpPDjKCoNbEFmkI9nfL/ALp7rvNumycx8tmPZdwNXkij&#10;ZJIPqZAskAfwxoRyW8UjUWVAQQtW6CfKHuVZXfMNxyTuHK7Pc2s6oLrxGEF20cPiy+Ckmpw6RlT9&#10;PGzhiCAaAMQize2N+QPisH171R1DXZfrSq25Rbv3j2FtHbtHvbtmhye2Iezd37O2nt6Wk3ZhKPMZ&#10;TZ89GmUxWPakqJs9QJSPUGgd5Eox+WPTnYPXmcx0rR7s3V1Bs2jh2N1pvXN4+nra7b+z6/KZzMbY&#10;2hujP4uryKZOhhqZK9sDl6yVRlKB42VvIxjAb5w5Yv8AZL23guYV+gjRUhlIK6o0LCMNQsNQUUAY&#10;ktSpJJ6yusJdrmiaDbbyB2B1OiuSUJoWFMUoT3ACisaHqznoLObUOERZRsrA9jb8qand278LtfIT&#10;rTbh3DR43C4rK5+kxtfSYuVMxBiafHQ5ungp7Y7IK1PKzunlkKjjMxk8PXUeUwWRq8LmMZUR12My&#10;kApjV46thu9LVpFURy0lQ1NKquIZY5IJANMiuhKkNxSGGUT24XVRq6Tg1FGDDgykYIIIzwNOnrqy&#10;t7mN0aJSpFP58f8AZ8jny6HnNYbGbiw+UwOZpErsRmsfWYrJ0UjSRpVUFfTyUtXAZIXini8sErDU&#10;jK63upBAPux7YXfXe/zG+QVbt/Ndw796wk7I2bWbYw21eq8dNuDIV9Pt7G7cztRtjD5DIZHD0+16&#10;jL5XY4z1XuCtlnno6kyw0cLrN4SO9v3fcub9wezl3GVbSjGGFhURKuljQ0GmNUBDytV2UUNego/L&#10;2ybfBZC4hWVY2CiRyFKhwVLMfNFDadOamhOc9V77w6C6T+KfQGxaReqtk9obV6x7MfdNduntmrxt&#10;FHsCDes+4NuZXsOsWg2nmJM/HtXb27TiIsbBSI9RjAiyzp4mqBZZX4XIR4Cel+MO6+ycO/eXT0dL&#10;m+1eu8tjsrsD+9m3gu5dnds0uwN05p90bQzO/EoshFkt70+TnmoZKox1tHU1DmX2t27kLfY5IoLa&#10;Nn2u6C/SSAkLrRgyp2kGCCVNNDIDqDIEqrMAELuDk+3eC43y6tXltpSjPlWAlLIqTDSEegpVUAcI&#10;CwxTqu7a+w9x7m3Hidy/LDqXqDN7X607oml652PujD5Udq4LA5rJTbJ3Z1Dld2bWw79c5rYuzcPm&#10;MdVbd2PVYWhx2XSlppKSrSiggjj7+P8Avne/SG0MnV7w7BzW9t4bwxW4t/bkgqdt57c+xfjt2Di8&#10;PVZ7NU2Dy2cqFzfa0G9s9lIK+THiSPEbcSWY0vlopYqeMvvPYmPaP3zFv+0aJorNfphAYyYizhvA&#10;aQF4giIxc+KpeKgXUwfBJzVzntMW2SbXZ3McO3zSLEyOgJuYyQqyREBvDWikEHLae0qST0vO/vhR&#10;WfJrMw9bVPWNF0v011au3dlbDxuw+zev9sdi999a7lylFha3C1NZh8JksR0Xtfr3AYyaOhpRR1G4&#10;s3XUyxealkEsxEnur4/ZDs3p3CZWhFLs/tTPZPB9mVFVtmSsye4eyM5laLG1mTwmZ3GJqXC7ZwOS&#10;lyVUlVTfZT0QxFXTxJEDG7NL+z8387co8zcl2dnI78q7ZPBrtLd3Qzx26CERtEE/TC+I8kzuSJmj&#10;MhrJwXeyd9Juu/TTPBaybTEzGFo1FusRj1DQckhZAAdbFjVWrinQYdX/ACsTpr5My9X7czO7cn8e&#10;upYpustyYvsXdmO2b1t0jh+rqnceD2/Xbc2lDh9xbo7Uq67bOEp42nSriqshuvD109RLGZERHfpT&#10;c+D+NGF2bsHsjbW9JK+o71331n1NubDZQzbUyeyZdvYrfOQ7E3JtvJ5LGts3qnqnH18cuWyGSrEg&#10;TP01TVYankjcII199/c7nTn3nG55WuuW7fbNoulkheFIADcMPFhF+JHWirJHMseuuqRpY4pSCocj&#10;X3N5aXnht92aezs7XYpraPxhFD/jErSFl1rM3ZDJ4YKOQHDroc6GbopPzR3N3r8kO7M32j0VurYG&#10;1KTZPTvTPe2+Nh0mxaGWSo3hS733h15tHa1P2PHTbkrd29094TY+TB47D4/HOJ8Fk6LE7jelgWCV&#10;xi+V/aVTkeoM/tTbUONm3J1dFsvsCehwNFRYTOii2tvLDZ2apx0+TihxVBXybSWrellgJrIwWsqM&#10;2lo//wBYzdPaflm85u2K8aHZfqLOIxByS0FoV+oSUKWLJGWHignw5FYAll6jz2z9iOW/bne+Zd82&#10;jermUbijKiyse2NlB0FhUuplBNGJArUGhr1E+GnXvZG8vkfsvv35EZbLHG9y5HuXo/C4vd2bqd9b&#10;S3NunfvXeYxu58TuTCYg1edrqfH9grjKDORTKuCZIoJvuZliE0cHsp8b2t1nRw7Hoat6PdVVjN0Y&#10;3D7wMex9wbgoaKSsyiz55KuopoMNSbsrIIi1MahZZqMNLGHLaPYzfm73j3zmna7+25cu25asLhZl&#10;RNMalIUI8C6nEnhsNZU6YldfCJD6cDqattnXd/3iLd/8djpGWdNIWXFSStQ/hKSiNlWrQnApM+Lc&#10;28fjh3ju3f3ylyv8Lzew9pbv670daJW9ldXdb1+YyW2cNt7Y+3aTbUOQzm7qnpjbf3VRkM4aOWlx&#10;dbkIYakwrGZPaA2rSxT7Z23WpFHQ0uRx1HVSRUKLVUdTm6qggrc1VYypkElPVxSZOSQw1Sxo01Ok&#10;bMA1x7Q+8vOPuXsfNhnueXYtre6shbmKOjxToUNUctUPLCXdfENNGCa1UkommSG8uVh0m7jfRIVo&#10;EGglaN/FQVBqeJPVje8M0chvjflJm8pR5TdmKnq5K2aOqqaZsNsqlz1fhNo0eUp6dcdlTQ0eHjjg&#10;moZJp2hyU86KxTRIV1tSmp5TXYLKnKQYiuoazG1RgzLUb0tFPFPV52rmcPJPBUVmPhMY8Twyq01o&#10;wLE+w1yF7r77y1s8w2+7S6t10S28DxgIujU7yGUjuyDUAluJpQA9IdxG9XK2Mez3VujiUN3x661F&#10;AEPaiAVNWavA0qT0XT5GVFft+joN+bYxm2szvnCbi2/uCgocnsqLcBzm7kyOG211Tt7EQwR0LVtB&#10;tzdWa++kNTDW0E8VE71Umpo0DNimxbRYzE4ylwdNjMfJS0W3duSpkqeLGYiKqp1Y1dRSPPkKapmp&#10;BrSplYtLLHdgjP5PeQ3JfuLy77gnbbjn7cLKXntrhpYo0BdY2opjVXYsskkx0yCNq9gAKHQV6Ndl&#10;hWHefqL2+E0SoBpcHwy65BDAcPwqqgkHjUdL/fNDunB0O5M1m6nsKq3hX0dTkd89pwxbWlg3nvKT&#10;DZGngxmDxuVpqTa+cpabOho5cXRwNBBSVCgPUxQNT+33F9d7Zrd91O6cjhdlUMdJgZNs4KampaHI&#10;/wB8DX5um3PW0jQZ+nEuLrMXNSU8QqIHt95WNVAeaGORpU3zcN+tbWW5gvL+73PwGK2UfhxLCyVW&#10;GQTVHiuQzFlkAt440oykOVVTzebre7i3sTfTHdVYVSJ/CWKM1VRLp+OOjMZA4pINII6LF2N3X2vt&#10;rrHE4LDZjuXdmSqa2DcmexWVjG3F6Egw+AyeyKfdxfrYx/3uXOfeVmUTFVcQpBiMMtFIFhq5IoUN&#10;3fXw0lbtjd6y5jK7i/vltiWHYKbjqcFt3M5zOZKDHNV5fN1OJqZMfurFbYjrKihZ/FQVK01j4xIH&#10;MMcycq75zny7y/LuPLhN3CdKQEkSxLIxWRm00WQ6UCtp00D6R2ihR2ttdbXtHMW471vsabebB0hj&#10;K1NYyaURa0oF0rpqSSKgkAdD78MsVvCn2pu3qrZu1tpUO28ZsDemzaHtzIbf2xXb3odh4/HxZKqp&#10;9s4ukydZQ5rq/L7+q6E5SlZJcvj62vME7zzRDwCrvHNw5LG4ygr8fS7qiotxUclHuaCSGgxO0GpJ&#10;DK1TVZGohiMFfWYZmpDLCksiipkWnUWeb3FVz7SWa7Tv/OG+W1m25Wl3pa3V5EpEoAaOInSZTGGU&#10;6hGqaqyEqVJbFy9HPf8AWWKblnnGW12ydEAi8J3eSOna+k1BXVVgHIFFq54L1D+OPW2xtl1+ezuM&#10;ot1dVbkl2duaPLdd12ZGW3L2/LkqCrpo46XZ9PlsvMNp4He1SchHSSyxCSeko2yE4R4KUAJg94SP&#10;uKWDcud2zTy7g3bmaXZ0f8Iy2Dr8fgoKapegpd2LRfd46HctElE4K0lQmuCSEyRpMXHtBy57F85c&#10;vpb8yWdnNDIUYxQqZPFmtiS7avDGrSwDJKEALgqddM9Sve8zCxFptUu2XF5CEQTSR6QUdioNa/GA&#10;5qWAUadRFQOje5vr7JV/VdRV4jbG7qttq7EwGYz+J/idFvKr3VlfuKKPctPtxN0SR1dThaqtrmf7&#10;qoo5qWNoJ/tpJIQp99YVcZ1HDuCGq3lm910ea3ViazdmdqZKd9z5TMZmuxu2cVhI4cWJ5qOklarp&#10;7vXVLS09PCAioha03cpbzyjv+48xbZs3IV1ytbiKGSQqZo5JhUJFMQyjwy0xI1pQumKefUkbZbx3&#10;8sp/eyrZmIARv3RhIwZDIHKghkNFQgBSCdVT0Gu6Ycr3thNv7wyHU+1OqsjtXYO6ZNhYP+GVs2y9&#10;hY3E42t3dlN05bIZWnxsW8qihFNPGjYfFrBU1FSwmklaJCVVuHsNti7l3liczVZHD4DE7cx81BhK&#10;dsXWTb4yIr6nM7m3LQ16fcZGHJYhGo9uU9PLKsdTNE7xxKrmX3H+67BzpzFe8733KO2XOgMkEcFq&#10;aJcS6lllnLBwzI7FVKJXSoaOig06WSrtnjw2DXsEF20TAsWHeGqY1RgcABSxQZ0kGtegO6z+ONd3&#10;zQbM7RoaGj3ZnqnP1+Jo8pLjMrQY7rbbdLs2n2tt3btJtJziKHMYneefr8puqp+4RUpBVQyGolMf&#10;hBba7Obi7Jralu8MLtLI4vYW+9rdp9edK9bbzes7k2/NjWrP41vDtNshmV2jPtnM46s8tHt6Vqqm&#10;2zW06JA89YskoPtg5P5p2i+fmjmPZ7W/321YTWljDIS9uAJYWW6LS6ZIVZdca6SUfIZyBpRyc28p&#10;mvLouNdpJoUN4RSN5FIVaStQEldSyKR3VFKGh6MFiugc11pVHcvQmYx2W3hurY1ftGPdvYGIxVH0&#10;fNiMPGcJhdqYCso8PS7gym84MzCYq/cZo4KrdccrGpIpYKanUS9j9J7Rodp4fdPdm3Nq0298rvPG&#10;75kzmC3PktzZPYm6qjKCPZeX23vicfxbdFfJi5EiyT0yyx10s1SYwaclwe84y7VFywlxLsEVrz6+&#10;uRVtT4QaQx6n8OQmj0QhYg4DStUKgoSDNryKG1uNp2m4DQMhUFoiBCABpMauKMwJC4pkBaUqOg+7&#10;Z+Ru/d3btx21OmHrabGdaYfP7ewOzsvsmn2v192xtqPalTTdhdf7u2KjUlJskY5E+3wYzD01LSSU&#10;1PeNZ2jVyy/ILfFN2ZtHOdqRZHB7t2Xt/sZcTtih25uur222MydPpkxuZzXX+bwLR7lysGMXXTPF&#10;M1qCped4kMrMQlsmu05YtecN1Sa45hiuVEUk02ow6SrKPCdCoC9qHurQmtRWgj2+3NxFuLPaOkql&#10;VZ2OlnGnBUAkaBwNKd1RwA6PJ8V+vsT01lNk9Mjbu7ts9mr1DQZXd+4N4bbp93vk4KySCq3DiMB2&#10;VgtzTU2Bof7w1AE1O8CxNNR08MEsy0sYUhW59xbdztbWZnJyb/mylZIZJ53l2jLAXeR5DEEihoGj&#10;gV5WCRoFCL6eAAPYa5q5r3nmTdjf8wSPcXzadTaQKGldOkj9PSDRQAVpQCgp0rVpSUjmiBYEZBrQ&#10;fLVnqwGho9x4+Gno4F2+aOmRYYkByscwhjUJFqllkrGll0qNTMSWPJJPsPWpdq1NxNkslRompg1T&#10;tukySqrMSZWFDmY2On6WX63/AMPZI7NICq2rJI66XWoqPl/xfSlSWAT6NwOBBK8PQf4SenWSbMRo&#10;ClDQ1D/lVyEsAFgPoXoZL3P+t75rQbaj0mh3zHTs/pEB2hujGj0my6ZaRqyLTJ9eSR/sfaZImhj1&#10;yXDAg6e1SOIJrQ4qQKduQM8OrCOFVI8Ni3kQv+HNcDh1Garybton28ZIxY3SvoJgSVubJM0PIYkf&#10;j3mgORjmb7HsKkgVdIVpt17lxaAs1rGGSkVAR9TccD/Ae34JyJnZJPCnK4OSWwMgeQpxGa+vVVWF&#10;WZdJWRhxoc/n/k69MtGRHLNt+SR1sFH2VBNJHcn6FZnAAIvwfaqXMb2gTxR9j4bJReIft0m8MTlz&#10;IgUqAP4vGs9yLgjggX+n09rw1xMksc10HkYoalu0NWlWY0FM10mtaV4dekjSRSrAUqOLHGR+z1p0&#10;2JSbeqjqk2/V0Z8jOScVV0lpCfU5ajXTdyPrfn6+1tt+p7IZleDHUGaQqhKVVLsTJWWxUMoj0zm6&#10;ngD6i309uWF1PGZkthG80wbOgGNqcNSk9vw11Ch8+HSGaFCWjF13tX7D6VB8hTBGePUDILs8FfuK&#10;3J46VU0pNTV+5Mc6DWBfVBNFGTqX+0D7M10v3BvvqXeGP3NBsqBInQUG4cPQ4CbFR5/DMdc1G9Vj&#10;WekhqqY2mpZdJ8cy8+lmuKLzb5+ZtluLG+hiSDw6oyhHIYkEEH4TgOGJ/o1yo6Jri0u7VxcwyjxY&#10;zVTg8TWh9Qc4/wA3RZvlP8WOqPlr0tuPqPdu766GauKZXZ266rK0eYy+xt3UEVTHjM7jqfLKZZqW&#10;QVDU9fSF1StopJIiVYq6XnbL3ptrsra+K3TtmsknxmSjWfHVLRz0VdTVdKyiqoK2GZUnosvjKsaJ&#10;k+iOAVupU+4XFvufLG5Pss24yvFpeOrAdmvChSo0qgTtJoZSC2aMaXkeTd4BPbSkXcVVIZhVGrUa&#10;qEE+qMOIFKjrQ1+QXRHbnwp7q3JszfGJ/h9ZjKj/AHNUtMYchgMphMksv8I3bt+dbLX7a3HQRu8R&#10;KLLpEkMqrLHIvvX1/mqfBfL7C3FW/N/440+U2nkMFn8dvnuTE7FlqMNmdibxxOSpa7F/IzrtsU0F&#10;XiXhy8cM2fSj0NQ1oXIoBHJPoB2+cuXW0RW27Wk4utmutS0dA6oHUq1vOhqrRzx17DqjdCY64IJv&#10;bMd7sZba+fXuQQiVWoGkjGBICMahSrUzgNxBDbRv8pD+YLt7unY2O+KXe+Tx+4p8hhJ9u9XZbdix&#10;5ei3vtWfGTw1fUe8WyoqafKZmiwqypjTVeQZnEo9PKWqadvuYFD2Hh/nt1hvT5QbUocVhflH1PhK&#10;PcPzo6k2/DSY2h37tfVTYtvnj1Tt2nip6U4XPZOenh7RxFACmDy8y5mOOOkq5FHJv3y9mm9p93s5&#10;dkt2Ptxul08dixJc7bdSMXXZ52+IQPVztEz8QGsmLFEZMofaH3Mn3FLbkbmCTVzFFCRbTeV7BCvw&#10;OKnTdwIO6hpMgLAagA1pfW+TyXxt3tgPj5vTI1ld1Lu2ZsX8ZN95aWerlxFRRUVTWN8dN45qplnq&#10;KjO4HC0ElRtLI1b+XM4emloppJK+g8teCSsWKN5CFfQolJJScstkVAPUsUgFw5H+H059wFSgYaci&#10;uPMZz+Y9OpyWSMRvHoLOMgD8JJrjyp6/4Ojle1t15SrmtzYba08eSymKq8jV5uTa2Ohr66u3Plsb&#10;hZHahxmKx9di1rtxZbFY0UkEtRVU8EcEYWeZadXVsqfuve/nPXtB7qe3HM9jz7cbds/L89w8ETKZ&#10;7ZfrFMc0YgLLEpuXZVkncqIzSVm0xgdB7d9qSW3kvYYVW5LDPEUAOnUONCcYGeGOg/7Bp56Lb+ez&#10;+36TH027mxEWFpNxSPjMfWY6gqchFrlny1bj8hIcXinqHrGpljkeYoVhTzOh92DbU3rmiczV9a0v&#10;U28srma6j33tLC7RpMNQ76zuIwOQxGCy+5zopmxec3RDQZmbBrOJTNTS42oqvDLBKWH0De1/N/3F&#10;/dn3d2P+pGx7dN7l3P1W5bxuRtmuFtL/AMIRB1vnRGWJrgu0bREJPrcQKKu5At5dXaxxm9ikjRlo&#10;fE4sQNY00yfDyKcRgZA6rq3thtrx02EXtrIdxbM2e+Mq9mb3zG/shuWt68zGc3LTZmrwu0vsTuBs&#10;3i9nY+q2jDnZV/4DCmr6agmrkmAgVS/3H2d/pr/uBbdn3n3/AN94P725PT99o/vH5v4T/DPtf7tf&#10;w79z+Ka9f3v9n/dfvPL+s+5f1Q/feu01eF4er6ZOFPC0+Lq1ePX/AED4fCxqrnoh+pm+p1fS/wCL&#10;+Hqpq7tOmta8NX4qUrTt49S/9Pu5v9l1/wBJ38b2h9r/AHM8P8e/uTj/AO7f2nm/ub/Av45/GfF/&#10;fn+K/vfwH6fwz9nX5f3vf//QpEymRTJ19dlljmgGVrKjINC1TFWSxrWu0iQzVkcNNFWePWV8iRRC&#10;X9WkX98vLeBoIorZnDNGoWtCtdPEhSSVrxoSacKmnWfsJkaisY/GI/Z5n7D51Pr1v7qNKqv1sAOB&#10;b6C305t7bdcekkFWaPUoYEcC9/08FFiVSDf8fT2/pYkeQP8Aq/OvStvHJdRxOfUeXD5/Zx6798DK&#10;Ga6vqQEMoQagEcFToIA9Udgwtwf9ufdgtBQrn54yPX7eHr1URoAaRqCRTJoa+ny1efCnXvfpXLBG&#10;LE2RrAclmFgx/BSQggsCLfke/IACwA8/9X5enWopChYGNdR4fkcV9fk3XveMuEUtdtSKyHQ3qVmB&#10;1MhYaSGHFrcgn/YWAqeA0nP5fPq4d5JgpYNRvmoBPn6mnzx1734SqXCrIxAZfR6kDaFVgzN+TGvB&#10;Xge/aDTUVHDjx/1V9eraCE06BpJpXzH2fb17320iW1KzFdAJGkvezAqWVmsXt9B/tvfgrVowFa/Z&#10;/qHz6a1yIxWg1hqjyxw4/wCXh1730C6GxcBVJ5Q+t/Iv6WW1+Abn6H8e/HS3AVPz8qefTbSQkM5B&#10;L/M9oI86/wCqvXveKSQggguyHUhvoBluLKWC8WBNr/ge7qopmgbj9n+r+fT4CTldagBRXGP5+XqP&#10;X7Ove+AQhFJY6jfUxN1Grg+lxbX6brx9Pe9QLMAPsH2f5PXpzxjIzoUwQeHy4ZH8/P8ALr3vFNUC&#10;nDVEkqpTRJqnkkZKeGNCty7yyusSx8DU5Nrj3dIjJSNUrKTilWJPoABUn0FK9NaoDG3iBVI82yKn&#10;7BWvl6V697W3UOxcj2V8otnfGnda5npw716iqu88X2Nunaudrocj1/T43J5eCfauwoqbFZbPVO4Y&#10;sTNT4qqlrKagmmtLKwp1LGTeUfbW/wCbtln3jbb2GWeC+e1kttSqySRha+JOSyJTWrOmgsFNFYMR&#10;SOd69ytv2Lfm2eexlYx24fxFZfjPFSrCi/NtWDinQDd193f6Mut63e+ydrxdt5ZN14fZdFt7Dbu2&#10;9t/Gx5zJZuDD177j3XkpKqi29jdtq0s1eVgq61fF4oqWWd0jN/HXfUPUfTWyc7sXqfZU2Hk3Tg5c&#10;Bvns/ctbj853D2Fjshp+7iyG5YaVMbsHC6FK0uL22lBFRO5YT1EwEwmPZvZHlx3tDzDuhmkimRxH&#10;EsiCBwRpC6WDkuR3yMzNIFFdNTWIN/8Ac7cdymaOOYrZ5Gkg0GaDVTubiTnHyGOqi8j3n3Xmd2xb&#10;+7A3hR76qxVVtVt7ZdHiH210lspMfjquhB2xtSunm3LvjPU4rpamTKbikqZJA40UlDCqw+3gRYnb&#10;1LjIYcblHxtPQ0lDh8DioqzKNJSUUEdFQy1EtZWx5KpxiLTBJZTPUV1cylh5nZ395FbZtNxFHdWF&#10;zdHXq0hwIg5BapOMEotNIoCODUoD1FN5uMk5uGkVHm4VqF4HhWpIJBoPJfM16DHNbm3DuyolpNpV&#10;W1IcvQVM1bvXe2+Nwz4uk2hSPS/cZGgx9WuKzVJL2NLDVK9MtbFT4TBGYSVksCLFAzDX1M1DUiqh&#10;nyVNuKrEcYpGqpcbjMOl2eBq/F01Y9Bj6qmeUtHDLTr9rqDO7y8ATw+FAiWsZa7gOrU3azroNXVW&#10;zXUozIKMQPD+fRD4onCm6hiaFWNVIrpA49/mfnUgkeQ6UW1tpUO9E+5rsftZesMZ5qx9wQYQZ3eP&#10;bv39GuLqpU3NlNv0O7M1gq2Ghihrq2mysy50wWpqemodJdJS4nLB2bIOmRr6uW1PUtUtWxKHlUv9&#10;1LLT1lPM8x9WsutwLE+7tNtrRCWwlKSRqQyaHFAymiorfw1o1QfMrUcHY7yzk1G0kAjVakDjioAo&#10;TwFfQ8ejG0+5MKPtqXHU8uC2vQ0yST0CY6kwr1D01OY46jHwUVZhsjjoqSGMRJTxRMqmxCg/XlJS&#10;TY6OOlcQzesVDOsZlgCSSfuxUkKUkSvpNtRdpSGtbj6FNpNaTCSfW9sdBViqku7IKhWPxKrYIIIU&#10;ioNDTpuORRK7I5QlTU0BJoMAE4NftFBXz6cRkI8/U1NekkrqlqekpqrIR0LwBovHDksnUyZisKyk&#10;BlCpDTtYFv1cnFW5CnpZ4JPHE8QSOnqKaeqhaVXaQhWEUBjj0QFrM7REL/X2Zbba3m4zSRWUIDVY&#10;+GKpJoVdVW1DtLipCs2aCla9ORQzOHS1mBn0441ApWtT6GtP8HXCkxMs+OrBX1lVHVMz19FnaPF1&#10;MmJYqirJSwVtVJPUTPULAHSOnqBJKx/T9Pcl81EtfBAKaKSKJ/26WhmVscsXjF3mvkEop2je+oxP&#10;G7fke2LfbblvqvpL4JC0ZLaytQwNe38RYqNIH4Sa0IHSZTeSK7SXarGc1bDGhzgAVPlkdQF26km2&#10;5MnVLko8jUKsZyebxlTFuRnlm0/bGMbeny2NpZxZkFVBUxhR6XBN/beKqaoauq3BtVLzkZIY1ioV&#10;il4poqNUlqK2AsRYupJ/D+zWGxiWwM80ZZBKQ+klpSxUGrEkFsVGpQM08utqscYWMFNC8RQ6zUV1&#10;A+TGhwOPoB04S0NLjZ9v7foJfBLiUMlHteGebRm0ljIkrnzbyRY7btUioT40mCqeTF9R7wSYuthg&#10;gejRkWEyTJXSwWpJVBPlD/5J/GpP1BdBJUDn6e2Eigug0kUscQQjs0lnLEGg8IakIelV1k0aoJoe&#10;vStFcOyaxICaHy8qgUrpFONc+fTlBuzGNW1sOZZquqyCU9HU4akycS5GgUtGtPPFW/xSDadPJCUe&#10;R5qdEkcGwUtwW4vNFDUTvrp6+TxQVJydJPTRXUiW+Onip0yV2sNGuQqB7Vz2RjeO6i24SWwUt4cb&#10;Lw+HS8YKqoBNcVYjGeHT8dvPbyIUAZdNSFz8hUcARxr6DHTzTy0GUqKHGrkoqvDRyy1GMnwGSp8h&#10;UXGuF/40tZXVeDmGnUswiplYyWY8XPudBqgjoqaCpV439daayqjjiiklIdWvCBBrjkNtciqwAsTf&#10;2lu7KHepa6HjlhaoKdziNANXyCipOAa+lAeqTuqm4doDTVgr8Wmme48SSa/PqA1a9O+cyddjPJUS&#10;Uxp8TS4zEzzyVpiMsQghhrXOQlaqgRT4IZmiJN1ULb271EUc0M9dJUTK3kWOkRqwOGK6EnMdIKpo&#10;6qrkfmMguOBwCCPZTZ3CW8iQ/TwzVYlNWpTIGJ0sCBQAEAkU9cefSdZogUhgto6niaGpPCtRTSDx&#10;8qcOmOBaxKiixcUDU8QpWnzslHiV0UDMrzU1LkMpJjFqMfioaa8VRdYHDE2dlKn3AkRYZqItLmCl&#10;FOztPUPSir1VkuuPxxTSTTCkCm7Kg8RuQVufaya4tw7JqiSa5jCsBrIXSaEaqga34Y4qB5Dq4ZgJ&#10;I/CCS+ik6QRitMZJxXHAHpxoxV12PzpWm26xq4R9rTUEVW2PaLG0aLUCappKSkpWrY5FARqg/cRt&#10;ZkcgW9yKGBo/vKmOsqoqjTUtOJqaneGVUYpIsQaPVSzOpvqWNbEDTe59vXcpu7mCKHbI3hqoDIDR&#10;aUoz6q1GM8cCvAdeuKsirJadgFdSnNaCgp5jVxBJqPSnTXkquBafG0lbHRmmjmoIqKGPK5CnrBNU&#10;ReeMTvTTiPKU8Uj+lJaghgxEliB7n4XHSVIkr8rU0tJt9WhJqauQfezSPUBaempGXwefITSMqRKA&#10;trlmOlD73LPJYM09JTeJQqiASR1bzYZGkDuU5GkUwcdIJF8XESnWtRRRUD5kHiOJr8qdJPsPd8GH&#10;Sh2vs7D1m4ux8qmRpqPFUEf2OJposfh6iqyeT3FO4rThdqY6ngklyMzGokLKsUMbzVCe5c2Ylahr&#10;qTOYXF47VXsuErIpKCSBqimmlMT4qknoUnSWijUKTWQRO9QzMkrBb+y2KymuTHvFzIzxgLXtyWA7&#10;g6sAiGlCoBJpmlelpt7zxI5F3N3iVO6le2oxqUigBNK0JIHADpGbe2RTtuLHzbMzOYylWuCSr7Ao&#10;Kp8vU1MlJm6egeqptw7lw2e+4qaPO1MjOGxOTqaRMTBHFPQwvMylihp5QFV56uOXJTOEoZoVGR0P&#10;d5ZKlHmaodJALmWNmuObexALq1aCJYmiWSEElkdn0gUodeAZA5r4ZFOIqOqo7K6uwr4cdSQwIOeO&#10;r1HmONOHQvVsyfcPbH46qx+Fp4NeYhAh2y1ZEvjpaLEeKj/h9PHTRnxrBNFEUICBuPfKWj10709V&#10;FTtUQeOSIOkrVk9MAT9xSRPJJUV4BurFhxptx9fbxvbsRNIt+0jeIFdgEZ1KNT8RIMTrpcaAAGPE&#10;0PV0nZ5FVLiTuPAUIXNCtThfL9ueoNNXU0WUpaqgSsp6CqirldBUinwEFdMF8dDmaykoIKLb1fHL&#10;fxqHvKrlvWCB7wtJjqiCR5kgoIIxEZamjpTNUZMkr56WppULS0sahQWeIagePx7QazKkcTvPLCde&#10;ssVCIymiyClKliw7RgZPn01Il4ZIv1ZJFDVKsQApBIqPInIzw8x09ijzmLyMVNjyMzlap5I8Thq/&#10;IGgptvU0sbS09TQZaqUU2TICuqx1b+sf11Ae0vHlsdX5iXD4/EbkytbgcyMbuDB7VwNbnjtvIyxR&#10;1UFbnMuv2G33iEEkckrzVwloyQsgDG3t8XNqYrpPELyppCqVFRp4hyMGhqe3jgdGcdjd3Zla3gMk&#10;tVA0igIHGrNQU/PNMdJvM9mbc21jaipp93YfceZzuBqa/E1ay1lHlM/S07T0NXhMZturpJ81tWVp&#10;oJaaKNKQwZL/ADsCMukkR8HtbtDPlJExW3NkwSS1keTSsr5OxdxCmqVKx5PCw7fkw2yAuQITyUld&#10;X1ksSAi5JsGxdbzu1v8Au7a9sup5ywKBI6uKNqR1oKIFqSAW8/hNadGq8uSoNd9fLbwYJpTVUEhc&#10;mgHrgHPn0UTs/wCR/XuwHkqNxZra228bTjFpgq/fOWXaYnlx0aNS7c3PtiOXNb8x2fxVRJKDVUNJ&#10;TUVQ5SP06Wf2pYujttfZ08PYu4sju1VinhqKLcOVag25kZJ1MT1NL15spMFt/GTxwftRxSfe2Fyz&#10;uWYkzTlPf5AV3XdFV1GtqsplAOPhQgAgE0DEMTwCjHS+2s9ktWC21rPeSsBTiwFDmpbsGcjGBw6K&#10;nlPnHuje2Ty0vR3XPaPYtbW64/4zt3Bf6Ptv7dimrYspNi8n2hu+XIbk3DtnI5OEVFZPC9MsUKpC&#10;iJpX2M+E2xBRYyHGbV2fNHhkFPHHSwUFFs/bCQUyiOmC4rHwUNK6xD9L6GZ2uSb+1+07RyDaMURb&#10;vcblkOkyUji1jNSwbVr9QSAq0ND0apcXsMdJTDZRkMQAQ7k+RUDANOOABwHRIu1flTkNm5PJydsf&#10;Jzob485jy1UmT2f1F5O+O9aqqybeTJzVGZX+MMk9UAysszJ9vEdAIufYWfJ74sbl+TPR28OiZewM&#10;N1VhN8y4gbhy+L2Bit+ZNMPjchBlpcNjzmK/DjFTZSvoqZpMjTzGoijiZFU+RiBJt93DJt9tFosL&#10;QJIWSOJHDkgEE+NpZgaE6owdDYK5Nei+83i0ktJGL3EjMCudIqeDUDYWoGDxr0DXRv8ANv8Ajh8Z&#10;++MB3ltPrHvL5LdgbSxe4sLg98d0ds/3FWopdzUK4jMVeE2zhcTu+HFwxYszQRUVXTIhE3k9Dxxj&#10;3TTlP+E72aMrthvlnsSWO7FRuTozOR1GkAG7yYXdNXDqYn6KtrezGPct5uZAIZo2+ELWahatfJlJ&#10;XT8JLceiT97bb4QklhkjWgyyq1CcUOlh8PmeHVrOP/4VideVJiin+D/YpqHRQVx/deyZ42nZraIm&#10;ye1cM5i08h3VOeLfn2isj/wnq7fhBOH+S/x8rpdJKRVnXPZ2JaQ2JRDJFR5NOSADwQv9ePam5uuZ&#10;IoIp5EGkmjBZkqDwGpmooFKU4VrgdJRvuwadf1VYqmrfTtRQPxE66afSnGox0Km3/wDhUr0HWTKN&#10;yfEXv3B0xnjjaoxm8+ms+yQsV8lQaabeWDmsqEsq21OBxa/stfcv8mj5K9HbM3Xv7L73+Pm5dubL&#10;xE2dza7Uz+8E3DDjIHiSaqo8FW7NjnqRAZg8gEq+OINI3oVj7V2k293725EMsXiUqGCUxQGp1VpT&#10;FaYOCelqS7RuUH1EUZZGjLVMJA0j7a5+XEV6sU+JX86b41/MLfG1dhbC6p+Sm0K3d2VlweM3J2Ls&#10;PZuF2R/F4qepqFoTuLFdjZxppaj7UxxeKnfXO6Rj1MASuZagmoRFT08MMcSU1PG1MiIIKeSnjUSF&#10;BDaJonJNyvH0/wBf2OmjEYAEZoe6g45wK1oa48+im3MUmpolOgngMf4c06uA92GfA/tnrTr/AGb2&#10;fto9YU+7u9NzV+Bl2flmxtTuPLbl21V5WgxlRtaloZY5qHHbf2NUyHK1+KiVpNyzywKA0kVo5d9s&#10;rjZYpHju9kNxdSSoH7SyLAXH6mitHkjPcqrRmJOkggHoA8/cublzFbLDBcyQ2yAtSPFHUE0JqKtK&#10;KqjnCZwa0JMPkFsDf+V7a6r31F2DWYXqPBY/dFHv7D1GcptvYTCUxxNVUPn8eyTQVtVvjNxn7Giy&#10;bS08WAoErXD3qj7ts25sPtDJbd3rsPPbu29T7ghx+Yx1fvbIUUG5Nu52py0b7Vkw3XVTRwUGy6rY&#10;G+sbUNQVJnpaeloniVIGaogncyvus1vv0X7y2DZ7xdukdluYp1BkuGiYR6FRiVRHg7R4bKYiQW1B&#10;XPWNg2rk233Lbkt9uvLjcWlV4okJjeKUfqK7M1ZDOCCFVMsusMAoA6J1uf5NbHSi6x7voOu+yo9g&#10;bhqUwtX1eTjcVvel2/tysx+8q3sPtPY9bUVe9Zt49eRU61eNpqKuqK+JJZZ6uEwTQBSVfJTqzc0n&#10;SdR1ftOZ9v7nqsptDY0+I3LHlsVmNxbA2psuLc1fR5mopIaja26dl4TNY2GgwMu3KaaGmrtJ0x+W&#10;YKW+7Ex33lKKTbeVZrSWK5SI+HTwDbWqMENFq2sllDAqdTg6H0HM5cq7vaJuaXF5M0IlQlageF4h&#10;crKBIKUlpRpgzDFBSo6Mj0/2lRbu3jld8Ve0KPceFwtHufL0O8OvX21ldgYnK129qvClcZjqz+Fb&#10;22P2XnttZI5HdMOaIaVIysTypFFro5r8dlsLk63D7jxGX2/uHGstNl8Fn8fPiM5iKzRDULjcpiat&#10;EqcfWxw1CM0UoDFXH9R7xTXxImZHiaKZTpdSPh/okEagfUHPUyK5KgJQoeBBBUj1DDjX+VOPR9cZ&#10;lMZmqClyuGyNDlsXXRCaiyWMq6evoKuEkqJaaspZJaeePUpGpGIuPff309PUipp6mqp5CgjSWlqJ&#10;6OpUFPDJpnpHjmgurFDpYEqSpuCR7dinkRXk8b8RBC14cONaknzBPz+XXjFG8bCWhatKUqKA8M8f&#10;WvkepjokiNHIiyIwsyOoZGH9GVgQR7sC+CXeuyNqdk7l273du3cOM673btOkig3Xld3TYzZ/W2S2&#10;TTJVUefylO9JlK/K11diMdTYDEU9LAppY2Y3VLhhzy7zTuu1i7lXepQ4ZXRckSCHTWDSSGBlGlIy&#10;GotKmqgqQJzPy9tl9FGZ7ZdFWVtCFnKt5hQRq01LVYk5+VOiW/MfafcMe0tt7/8Aj3hMDmN97I3J&#10;HX1u0Ztq0+ZyO/sVmpZMZLgY6k5TAR46ioMnmjm6uWarWJjQ3KvKUtfnTbh623A2U2jSbqWGehWk&#10;0bWkzOCx25aTcGOjqoZsvlHZslmZc3hVxBrPC8NTRzUyR1jo8UgX3La853d+t1vcG/tbbc6CLQ6Q&#10;MBI7KPFJYdrx6XeVZe3BJIOkdBXeuVtlvdt263mjSe1ixHoFCwH+hpGNK0INVaoYtVQag9UqJmfk&#10;xsvC4LuqowkWAbcf988bk+2aug3LuyAdfT5PGZOnwm1topPhtm43b2+k3KtN/EnbH56mqpZsZG8N&#10;RTtIUbvL5B9T9abwpd64eg7Cq6GffVZ1tS5zZcm1pds7hrMNsbG7vws+YNZVTV24+pN1Nl6Kjx24&#10;sV5KRayVaaV4KWMsYOud537mPmrad32G6vktJJ5Y7gFlVbqe3lMJk0kloSyAsQ6ESAhUZenNm5Tg&#10;PLh5W3qVLa3GlgRKAIUmqNZYaahKl9GaNUHUekdsfo75WfLbqPD9Gboquns3XVuNx/Ze8peztudn&#10;Y7ffXNbW9oZ3Zmfzm1Ex/wDDcB192RjaDHZB9y7cy1BPJXTCPIxGSvrLxrOkmxncO067aVVSNi8D&#10;vTAvDV46n/heepKzG1WHOfzsFfU5CTHPV0WCnniWrmoGraNWkgNUacSqDlNLuybfvOxW+57VaXG2&#10;QKml7nS5l0hVlIDUCqCAhmXWyyU0I2CJu3DcYI9j2nbNu3T623jVUWYBCZmjXSaDGpiFIfRULUgL&#10;wPUneGTpfiz3Bht4VtPtnsfdPV25I5qGp32dy7CrMTkIMwdl4TP7ZxtPQ5bCVGKz2BoJIIBXwUea&#10;iqvNFQrW+EyBs3h8V6/sSh2nh6fsnbuI2Zs/bw2zVYvfNFTV+TyG190UL4/swHKmCDOY3IbqxmmK&#10;ko3rIaRJ5BLchBqt7he9/JewbRzVy1zp7X7lu8O/rJBcyWHjJHClR9EKxhgxifukdV8UeFWtTgoP&#10;NHLnKW0yWu67HeteuoY+EopQGqhFfg8QJD9vkKggjpL0n82bH9Kbx3/XVXw+7T7o7v7j31lHyWZ6&#10;Q+7oNiYau2jloZeltvY2hoZa/DbvTauIaf8AiWYp6T7yZaECsRzII0epuu8nTbL3t1dmsdVdl12K&#10;68ye08THX5DHUOB3diqzbhx2wsft3cGVlmOGjw2JaKOWkqZhU001P59bNW+4YtPd3Yee/bjfdt5J&#10;5BuLa02+H6RInSRZPqkIWWqk67jxqG5edSGkQqhiLKAC/lPmiOUKknLYs9ggNfF8RGWQGrmSYrRl&#10;lkdqSAArjAAB6a8p3515Xt0N3bsiu2r8fsBuPt/Z3YG5E27tHdu+N79J7227vmor/kcexOvtrSfx&#10;XfW4d47px8yx52CiNHlqDKLRzU4iwgPsKdtZzI4PZuwdu7ox1Vid24TA7OxOSwc8D/xSXM7exCYS&#10;srczjaWGuk/yVpLtKJYqWlf6sx9gfcpOfPdzZ4OT5tmZm23wdDEUaMsQr6qq0isQV8RXNMBqVz0a&#10;mznmF6EZPpEVm8RQO1TIWFCMMaGhrUstG4dWO/3GxW4N8b27J2Zu599bF37kO1txUG5rLBjqDbPZ&#10;udpt4Uu3Nv5uryWDpKOGrqKUn7NqesyFZEzaBGi3Ij7YgbLz7s3BUVVLm8PiYKak/ufDUVddGK6p&#10;hJzeTpYaaKTISGUTxRh5AVeSKRkAUMxKLz2j3zl/ad7n5h2UTbbbyyo8n60MtwpCqRHGquPBVvha&#10;gpUqSBXovewu7mxU7e66hWsxAIrTsjKgZ0ipoPUVzjovvdG6jsus6S6+x2J3Z1hvXeOcqZsT3hk8&#10;RtPArt/HbVr3bZOFyWUz9fjttUlNk0oqmoanSYyClkpFmZZmij9p3dGQzCy0xw+3acUetKatoZ6w&#10;UFRj6LJVBhCwtUS1UFS1PpE82mE61b0KzfRz2v5Q9vNz3ZN6vfdCLYUN0BBaRp48qtGVZNTnSket&#10;tSIUJKyEgnTReg6s11YrDDGDcTh1oy0WpUZbA7HGQPQAVNcdDz1zg9uz4eupt8b8ymZ3DUtJk8Zv&#10;KnxSVmK3Pk9uY6Oorc9kWoKLA5DDUFSkrUFD5K1pIWgQvJHExZxKjx+0KPEbNm3RjMfh941GzDtf&#10;F1kJjfIYjacebpshVbepHmlMWOpshWx0088qxCvd0AZgEAGU2/8AuTyRtfPVxtu2c2QJercITUBo&#10;7h2PhLE8lGoytJV46hAtTxJ6F6jaZL6Ddbbxre9iBBACvG7k6SXcjU8hUE5BGmprXogjVHZ24O7O&#10;+9wfHrK1O/Ordjdyy7v3WMjFk129vPsLK7EyGHx26HkpaX7vc8e3KKHIQ02OWqfbSoNSpIGctgxW&#10;Ckeau3bt/ZuUqq2apno8ruOpyVPV47dOCx1VVUj46hWkrdWIpqiixr01crKhpo3SOSZpJCExp569&#10;9vdJOYLTlqzls5YNpnKM1tbsY5XBckTylAzIaLJ4aNSNwpFSKgJc3Lslwrct77v0T38zBokXsKAP&#10;RZB+IvqygoaEatOKldt3HjYq1Oqe5O99k7E29g8TiarrXY+G23WYzM7I33unGYqrj3Bnsvk8HPFv&#10;fcGJ3TulMthaOSOSPI1EElVTUgpqXXKybgqcVlKysw3958lm9y7QioMTuKmp4zhcTipM9BTZLB7Y&#10;GFxlE+Hp81BiPF5JEleeGjMaBrzuDCm+c37vvHNNxv15dTSXomWI0V4AhUAyO8YJDMrnQDnWAhk1&#10;AU6Vbbtu1bFYW9tZxrpYOQMmigHuL1rJVjSvw1rqGOl50Fi8zSpVb7quvthbf2jvubN53be6nbG7&#10;y3TvSq2xVZCbevcFRu/cu6Buyq2rmq2aGWKjNDDQVmWSoqngQUsLKEu6azeuKyebk693JtVZNsVe&#10;3sVuTYefwUUFPisduHGVuQ/vaaxJqrIENTRyVFQvk8zUyIqIdTA5Z+0XuLsvMXLF9y5ufMN1Z89N&#10;K5F+8olmaKJV0W0KMCiBAyKkRLDxKyKykgKGb+2sdvtFna2EFEaTUO5qYXw1YAYrkV7QSSGXHRu9&#10;kQbE3hQbNoO1drdk5aDsDAZ3ee2u09t77rqrF11ft/P0GEw3Ws5jodq445DKVIhbFw/bCk+7Espk&#10;j/akL9u3G7Xx+xcnu7dW69vbAx+frMJW5rdFdVUeOx24Fommx9JQb6qctBDNS4Gty9RFragaCuii&#10;YmNluwEm81+6W7crpsOyvGBvNtMsUAvJaHwWCrHcXChNYLM7M8fcsZFS1DXo52Bts3nbUm2wCaNI&#10;SuoyMGg1fGQvBmNaaXqhAqKcegph7D3rge6cN17tzYe7951vUWL3RTYTbNbRGYbR/jdPT5dputP4&#10;NXVGKzW4sdt+OqQR5lavH1MsaxvdwjOEu+u56eiy+3do4PpntDL5zaldSbj3B11sXH7a3ht3FVm4&#10;KTK4vauwk3hicxUh+wu36BZl2ukSTzUkMdPU5Boqe0kgd3/m/avbu73vbeXN+a85guwL24ktklNt&#10;GJVZWjAYKYJXYiUIvbqqwCRAAlVxsW9W29rczwbZLtCqCGllBMjKQQdJIKxj4XCtRS4CKfJQbZoo&#10;tkbd33undPeGFye5927IyTVffc+P3jtrcFJ131rW4rN7u3vLsbO0WPpMZtfY+RytFWbloqgw02Sn&#10;q6qOhVpwsEQV/E34j1Hwn2bvHtDaGT232lm+wqgxb93h2U+boJIOuYt21NRjcBt/DUtbT0kMS+b7&#10;ysyleHavyo8Mcf2r3MM8s8sW823SbfYe5ke384X0TeNLMpINvGjtEE/0Tw2YuiCQ65jIyhUAI6f3&#10;q+nvN12/c15RE20WpLQsVVkSVkFcgghkI8NSAShGpiCoAz9x90da/NPeu3/jpvfd3a/RmXxdQlbg&#10;sJsehxK/x7cTbXp8lUYrce5ZKCvq466Olnlgh2/jaiGeFJRWVcyS0sccWD5F9ub53jVU0nWKZTaW&#10;GSfIGOkx1Vt3EZOfFyUMG3ppq+sOVc5SbMGlkVYaFUo6PGRQx/515bhraYOYIb+4g3zezf7rboYD&#10;MWqEOo1SNiSWRUBDSE1XWEBoOpRst3i3KKF7rbktbzSuK6ypAJP6gADZJzQVJqRgHoz3xV+M/X/S&#10;GDrdv9m19B2VuvJx4mWfM5il3JnsZSU2OzOQ3BiMNisfl8W0GHocdkMoa95sg8uWr8rUTzyP4YqV&#10;UIvl4+yKGlVsrtClrMfSsZI2r9nYXKw0zMEhathixlPp8xgGkslpnRQl7WHsQRw3ckltGpkeYvTu&#10;UyRIHPcBWtaVBwD24Fa06Mo1A0FbhqnioOoAUrxNT/h+XR6KOTZlc4ixWfmhqIpPEY6fcGQgqZJL&#10;EJTOtXVGSVbklUIKhiSBck+1LvrqHd+wP41Tbt21tj+NRvh5dnxbZ20J9tbxw+WhhyI3YM7Fl6eS&#10;DGDFzMqUy06VUdaDFMVKOvuRbL2w5q3A30Fvss93vUZ0IiIgjZY9Wt/EkcHtQAxoq1NTX4adCOLZ&#10;LyS1EzVq6BkFEBKkVGqtCg+RFfQV6RXWnZe3+0cXQ5fZmYyK47+I7gxG5sfuqsqcXvTa2c21XVWH&#10;yGBqsBNSSrDXwZWm9bSytDLSlZ6cyxyxSkE5MhS4/wAkOa64xwkjeZJAtfuzbsiyAqrI7R5GaEGN&#10;hb6c/wCPuIb8XccskM6SxTxnTIjAqyPU9tDQ/Nq/Z6dEkizK7AtlSMU4fLj59Cq1DWTX+w3PVp6g&#10;xDQYiuCjTbSCaNJArfXlib/m3uD/ABPbdW14Nlx0TKoLNBv/ACFQpZrm6QZHGVIBta66uLc+9W6L&#10;LGyWrBx5lm7jTtoK/Ovd5DGetpI2hkj8Ir89VcYGfl69ehx+4Y5GMm4oKiMsSqS4SBWVSLBS8FZD&#10;qIPN7C/vPTxbVNRH93i91095Sokx2W29VwqrH02FXiopWtfk6gf9b23qtoS8rxlVLfhIY1PaRnK8&#10;BgClOt+JKF1HRoPkGzjHmOPy6kypnxIxgqcQ8WlQqz0dYkusfrLSR1zJpb8AILf4+8c0G0p5Zvsx&#10;vCNEk0schR7ZmYudRWREo8hS6wSLADn+vPt1Gg7vppGMOrtVzpPdQGtajjgUpTyp1YyGgouinlXj&#10;9teuNM24gjfeRYVnudP209ciFfxqEtPIQbe3Omw+0JBH589LR1Ai1n7rZNZVtG5YGzS0OVmZpE4P&#10;Atzb2ti7AwjkBUEsQtKinEEVFRSvlU+Qz0yUVhRgaEmvD/Pwp6denrM3EQI8LT1I5u0WWSM8KxFl&#10;no4/qQB9fz7VWJkxePSP+H7zpqlQ1xEcfufDWLE6g0MtDJGCCbjm3Hs7sbyKZ6JLHDNx7gQmkGgP&#10;EAA1HaaefE46L5LSOZxGygYwSuKDhTOK/t6wJVVlQ3+XbZqIrEr5PPiKwWABBsKpZNBuR9L/AOHs&#10;9Pxg+QWT6pznjyG48NlNj5uWH+8uEkz861lLOoWni3Pg4shRhUydDBxLAGC1UF1PrCMDTeNmsOY9&#10;vuRHegXSuWq2oAspB0sUGoxMyhY2BqteIFR0RvANvuWvbRq3GQwKmjoM6TTzByp8jxx1XP8AzE/g&#10;nsT5r9aDHLt19vdy7TpKyTrffp2/DPTPGyNU1Ow92yY+pE9TtDcdRCgDkF8ZWFKqLgTRTXaR1GJ3&#10;TiafI4+oxmax+Uxomp6hBBk8TnMTk6RomR4JhJTV+MyVDM0U0Eiurxs0b/ke4Y2zcLq1a45c5qs5&#10;2290dDFpUPpVzSg9VIrG8ZQsGDhSTkxBjRbbdNruiJR5U7VYGrH1rWtQccetHRY+w/ix2tW7W3LQ&#10;7j2jU7d3Q2OyOJrxNis9srcuErEkWT7yIJNjchicjGlTSVcDKVbRNHcMpOrt8wvjj2p/LL+Quyvm&#10;D8Sq6p231sd1TPt2V6b+NYrqnde4YKym3H0j2Diany0+5ek+0MJPV0VJFWB6etx002MqNUsaM8We&#10;43Ie3XttvHJ3OGyi45b3SF08KXtMsJYMNDV1R3EA0NHIhEkMqq8bA0IPEka7S33eylNrucE6urRN&#10;SS3nBqksR/gJpSvbkxnBUDdC+Cny92D/ADCOk8t0X3caWt7VwuBx9RmzA7YaffWFxVXj6nb/AGzs&#10;6pozBNgd6baz0FJUVZoWjlxGZjgraUxwzUwjEzedD1n2j1Xgvlv8bsSuE6T3nuGm2Z27039xJW5z&#10;4Z/IHJUr1b9S5SrkZqnKdIdg+OfIdabgdQlXQh8NVOuRojG/JD3N9tN89tOapuXt2me5t5I3uNvv&#10;qHTuNkjUZpOOjcbSqx7hCx1ONN5GGid3GWntlz9Fzrtc6bg6Rc12GkXca4jlUgaLyJfKOYmjqCRH&#10;NUAhGUA8PTHZe6sTuqv+O/dtdDUdsbYxMua2Xvcx0lBQd/8AWFHPT0UXYWJoqbxU1Bvfbk9VBQ7x&#10;xMKIlDk5Iq2njTG5KhVQPkETxlFZWJVNYsVLoLAMR/qo9Nzfki/9fccqXVgxBGT58P8Ai+pSjlLF&#10;dYqDwxj7COBB6ND7FzpLa2Y3DvzH1uFpaecbSp63dOQmqc5VbXWKkx+OnZic5jq+h3Ng6WSmDy1V&#10;Tj2kqKeigmYo6kRvkL92H265t90fd7ljlflfmefZQ06S3F9DMImtLeJtTzrkLJKrUjhTSW8WVGUd&#10;rMCDmS7sI7WRbyGNjSoDqCKjiKihPzA9OHDoIO8N6bW2Z1/lZ91eGWlzJpsBRUM+Bm3KmRymXq6f&#10;H46hjwq4vLUuSrKquqokpqeojSCpqWjiaSMPrWxr+O720/6E/wCG9g/x/wDuR/pB/wBOX96cn/cz&#10;+D/a/wB+f4P914v9Iv8AcH+Mf5Hr+3/i/wBl6/D5/wDJvf0g/wCsLzf/AMD5/UH/AF+tx/fH1uj6&#10;7wV/euj6j+yrr/3I8L/F/G8fxPE/U1+HjqG/3na/UfVfuY/ReJ4ng6n0atWnVWmrTX9SnGmOOOq1&#10;f4XtD/sozw9T/wCjD+/v9xP9l8/uRhP+P9/jH+jX+M+f7j+6P+lL+H/5R9no/hP3X7H8Q0f7kPf/&#10;0aZOz+vc11NvvcvXWdrMZV5HamQ/h0lVhIspFhq2mUBqXI4iHP4vD5ePF5GG0tM09LC707K4RQQB&#10;y32fdLbfNutd2tY5BHOpNJNOsN5q+hmXWpw4DGjVBNQes+o7lZkhMS6XIrkBWBPA/b8qkfM9b82G&#10;yceaxOOy0VPUUkeRo4KxaWralaqphPGr/b1LUNTW0ZqISdL+KaWPUDpZhz7QeuI6XukWgWCvqOpQ&#10;xCm9yWLKL34t/rEezKj5Ugmvn/q/1H8unS0zh0YuAONPn5YyOnL3xMh1lWZVUKGDWAV0vYjUDdUP&#10;1FuCBYj3sLioBrX+f+X/AFU60rKwXSCz8TU0p8/nT/D173wL3ePlZQJAwIPqYi4ALKLcm4AH+x97&#10;C0V8aTT/AFf8X+zq/iHTRTkrn5CvEKeBPz48R173xZ2Nku6atUi3ZHCoG5Bt9SLX55sePdgAKmgN&#10;KDzGevGUCslAxPbTgc+dRw6976YpqVtbSNy7hiUClbhEkVbei9v9f6+/AMQVoAOA8/2fPq8ZdgSU&#10;CwEUqCG4eg+XDHGtT1732GUl/QLAXDWCi5N/TxddPIVj9R9PeiCKd3H/AFf8WOm2Z1OkFaDyPDh6&#10;8QT5/Pr3vG0rMfoIjZWXgMOVJAeyrpYWBJuQbe7qoA41/wBXl6/IeXWgiNEP0iy0NQDTzz55HHr3&#10;vyzKsiozCQiNdYUaVUXsxOk3diTYL780ZKlgtBXH+r/CergyPCGSIp6EihNMjjUY9c9e9jt0v8bu&#10;5/kFU5KfrLaRn2tgqiCi3T2Zumt/uv1btCeW5Wmym8auKeLKZmSNG8OJxcFfkZpF0eNCwINts2S6&#10;3GW2g+FpSdIpV2xx040rWlZHKgBgwDDol3DfbHZ7cXW43WlXJIrTUcZ0pgkD1wKeY6Lv3X8oupOi&#10;Z8dhN0ZPJ7i7AzsL1G2Op9gYx929m7kp4WjFVW0G2KKWM4/D0UTmWoyWRmocZBFG7SVC6be7YOoP&#10;iX0b0PXUOdSKLvntWhqKKoxvYPYO2qal2BtTJUpLCq6y6hyU2Qo/u6eoVZoMxul8hXxsloqWDVxk&#10;Vyf7LCSzluuYyI7RoZSYY3YSkUqpmlADEEUBSELHkMO4dQxzF7qzXSPb7TEYbbI1liHYn50oF8gq&#10;eXmTTqsjs75C92d1yw0u7MlN0/sDzUhrupustyNX5nM08yUwqsd2b3Th0pJ8nSSzRSxviNpfw+lk&#10;gqGjqcpVRofZX+7G3duT+dZ0Nveoh3Huo1fwEq03LuKUV2TlpPt37p21TZDcNa3mp8FTVtbjY6Wl&#10;+5eOGSUJFENTInsWezeyw7LJ7g7Jai3tdPMc0iL2+GNdhZyhFYgeKafiI1n8WQT1Dt1JPdXaTmTu&#10;MJNTkDLUBx6+uSfmeh7yVXsjBfDHF4Olh21tHCY/f+2cThtv4qmpsNQ08f8Ae3AuKPD4bHRxzIY1&#10;yiySiiVnAdpC9i7mxSSoXH+GiFZipMvVTQx4/B5MZVRWSViaqKsmWkaCoZHQB44o5XmksGdEivee&#10;4bWG4X6kQoupCSFIXRpGqYLqqO4kgqVCr8SnUB0QXW5H9RgjipoXRAyrgahT8X2nhkdV/ZGtyWdq&#10;a2fG027cdszB0tTXbn7iwcuza+mw0WEyiUdbtSggycWTopM1StE9PPXVVPTUFM8hpoZqitAEbLJk&#10;ciZMgaipij3JV2pa2Wkrw+KiqlYxvFT11DNRfxVhToI/K8IenuY4iCpf3ZooYRbi1gjuLIu+t2QR&#10;syhajSpPYApI1dpkK1JoeiD9BZGIUSwrWrEENpNDhPwipyK1wD8uhHwWwdrT0GBmhw2Qx/Wu3nfc&#10;WydvZTEVFRuKWkyogrVy+ewm48buOv2dNUZ1zWjF02RalrpCKqtibyLTqnhjkcR0tPFPVOSEnx+S&#10;eopIx5QWZo5JHqJ6tUckgO9mHB5t7Ora7juLVTaQW6WqgaWRTqjAxkA92oUdf4TjgelT3MbF9aaE&#10;jBAZTqJHDh5D9p8+hRqszXUlXVZvP5BMXM7yTx57Ex43NzZL7YppWrjioMbR4KdlAhdooC6D1oSL&#10;+49VTVk7Cho5DUQ06hvAtEy02IiRyKb/AHGz0Ur10bEN+8jGwPN/aYNaXk8T3jSNJSkkrNQSso1M&#10;hIH6LAEdhNQcDHXrcWUGqWYeGxyCw739aMPh9eFenbH5SixFHNnMhS0+HnydTKKeNMzDPkd01FZG&#10;i1NXDuSizlLT0MxCremmij1GPV6WNyzWkgZ4yZJ6OMSSVdZLQwrTPMzoJYKGY0cclNVW/Qsy2Um3&#10;+uawrZXOiaUgTRFVjCsSWj0nBanwxvhgKqw7q+XSygcBEcaie0ZOKZBFMDzNDnpQSzPMFlj+3osr&#10;kzDHQYNcxUNX0njSoeiyWaxy7gqKbKY6pjBLyUTrLIALggErJqY8dFEuQiqjF4Y1PhnlU7lp0YrH&#10;KKd4ZoIlhfyc2uot9Pae3ub2W7kt7y37nYVKaSXXuYMTWmpQuEABCccnpLDMylkuIAHrXUPhY5IO&#10;M48hj59QqQZeo04VqNa1p3mWSanpKqLqeoqYkDwJWUuQocnVzTCSKyPK2tpTZW5941/huKjkya1N&#10;HUUmRWnOVSaR6usYSOz66yiat8ClWUWZkPq/P59q5zFPIsK2c8Ph1MMiFmDkKANWmuaMQ5bSQKg1&#10;welDXMlwfAW2kEqBqY4DFTq9DXJHCmevIm49xTxYWWKtiy2EerjwkUUFPiMPRBQkLRbezb4Nap0Y&#10;AnxQztdbWHBUZ6ueMLDXIpqdYUUM8lSlqQkMZjDVUjTU/iVSv7L+m1rEG/tr9KN3aa4Mm46AREqu&#10;uK0U99RkVYDi2kA56ZVUKuj1DgaWQg0JI8jxritfPqNiMfWuanb6CPB42CpqG3F4MelT/G0BgFNT&#10;1uKyFPQZNKiSYOPv4P3EdiWDLp9xPDk6cffwFXqzPEzZSQNSUVlUu0dZQmiY1VlNgU1ah9CRx7tH&#10;HIHuIqCO3eNw5rpDtQFFHFg7VLAEUDAUx142ttKNDoFwVI4tn0ocDzzmpHDpzfK7arvFhKppHoYq&#10;WSSm2fBImZzMUJnNPJW4rcS5qnTHQRSxjWshQjnWFeze+Lw5VoY5JkRaGmZpKxZTGMPO4HKCjlo4&#10;6l7tJb1L4vwfpf3azgiil8bbJ43ErABmK+IpNO+pFC6FQ1KeRIB6shMUiralAWABP4wvDupjV5+Z&#10;Iz1zlyW25JKuhmOQizdVTiHFR0H3g3VTQtIwjtmKPOTUVJTSU45aKYVPNxa5HvmlLTGjqJMjSKKZ&#10;0aSno5Y6emoVDSBy8VJTlaepilsTHdldHF78W9pppry3mhtrDwnd2FXZ9au/By+sAFRqo4AoR5dJ&#10;ZSUdfAesmrOdRNMDuIx5Vx506yGqnmrKQYzL161tI4p6/JYp8jVbjihEBNNTnMVElRlMZkYGjAqD&#10;okilgbRYltQ81JjKiOKVmWtqllFPDSrIAsETWuqUc8+uPWvpLxO92Gsfn3uSSkaxXNqsMyGqkHUN&#10;R9JAT+mPi00GimkZ6fSV1ZoZIljLUoBVQCfmMU4/4OscGQ3Jj62ohopKqgws1E1XkcvPRFKyuliQ&#10;2kqMlR0C089bE9ysdZFD6GMbX4Ptx8fkSen5qjSRiHwR5ER4ukhVfRHUS/ePVuEAtIiyx+r8fX2V&#10;qsktxr8El3Yku4ZmkAPCIM2QanSx4g+nTYLKS3gsNRIZ9VWYcO0YyPLBFBnptaqiooqKsWp/hCZK&#10;QVMUybbjbc1TXVLAz1qQxYCPEpJMSHjkalqLLe7E2PuPEIMvWVOPpqCQxVDUv8QTI1FHDT+OSPW0&#10;7vHUNFHSwwQs7SVUgRowLMCR7NfBu7F2lvbmJSqsscmkkAphlYGhDnUExTTkVr0w7TR1YzHCkhhU&#10;4rppSv2UIFQeuOVro9nbbo9zZDMU9GmIpsnU0P8ABafKyVzlZgtLSUiT0AqqnIVlfUIkdNi6eScV&#10;L2MTIDZTV4oKOnbHVEOQFDDHNFh8xjsrTLW5SqmjYmrkoaZKadIqsSaKeGNMhSw0aDWSxLe07i/3&#10;F4LkW0dsY4gHQtl1UABdK4ox1Mxp8NEBJFeq26zRTJPatA6Uq6GtUVaV48WHn8J1GowKdF92kdwb&#10;oyR3ZJkcHk9w57OUOUy+GqtqZeXZ+xdp0tcr0eFoNy545jH12UwdPSJU5Spq5tq7grtz1ErU6pTp&#10;HAEIZ0rE/cSjWrpTBBV5RaB54B9oZEp6ZcHNSaMezxLZdIQKbn6kn2YwRXNoJZ3VyHQsHaQNrLfE&#10;xYK/9maCjEFVoPI9LCtwXc1PhEE6S2TUAglskheH2dGjegSgljggqcm+LyT1dZitnpko8Zk6Q5F6&#10;eavrZd7UmdpajdJaskMkskhmkn4XlQoMKlalaSWQZDI46aBZJEqZIFTIV6A3ipqCSQoGhUjSIy4k&#10;jNgpI49v3oScxPNt0TWxVVYIwAbz1yvpGoHNSQRkKSBnrbyJTwvpUCkAMF+GteLCgr9h7c16da1c&#10;3TwR0tPR7ezpqauCM0Dy1VRt/ba6PFWV2RoKWeeajycodXE6R+CcB3lTUB7mSVIq0o6uXKo6W/bx&#10;MInMsElmWKbIUwro6qjETEkyIwF+bH2xGFgJjig0IWAYlANcZJZqUwNXBguNP29UMotwXitHLVoz&#10;UUA140IqCRgfZ02xY96KXL42PAsk+hpJ93VVTSmCq0rTrJSYDKSYOfG5sTRLoiiqYzJcaFYWuJlX&#10;R1KvXZCulX7pIYh/k8k1YWaPx2NNqmlnnL/mWMO9v8R7RbUY/Gt2WFjaSMwVhIAlCGqqrSoCr5fK&#10;gx0yk1TCkbOqtjWRTAOa/IDGnHy6jx5CgejxO28HAPBHUyzPR5LHQ4iRElLsGy8kdLTY2gfzi6U9&#10;Q8SMw54Y+xQ2XuHGbcGDpN0VddJjis0GPjjpYsgMbJW2lSarplhlNfSQTyB5EQU9WVB1M4Gn2a7S&#10;bK0mkmg5etZQoLq1wzFHUE6tQqumU0qjknjRFBr0p27fLxZJrP6uR7FWyUahFT3MgbhQA0ViQ2aU&#10;NOiBfNTpburvTae+ZfjlnaTCb2gyeNzG8sRPuHI7On35RYUxwZDbWy94nJ4+Lrzc+5cbTPTUlXUr&#10;ldtJVsjvHTEiYG/xPW9Hm6Kmr63edRmKCqjSekh25FHjMXU07AMnhqbS1CG/BFkI5BAPtFf+6PNN&#10;gP3bFapZWgapjRQi4qACVAaVAMUY5YAnoc7bY7NPEl5aH6hSa65CWqQCMrWgNOI61HO3v5ge5Ol9&#10;8bw2F118KtvdSdk7PyVTt7cu5fk7lcv293HgM3C5SsTL7beTHbThknsZoJRPXU8qsJImlQglbY7Z&#10;O2cIqSUOJpY5YgWNTLGaqvkdvrI9XVGaUN/iCAD7Azb7dXE0zrpEkpoT5AcaU+Z/OmOjdkJjCV0o&#10;PJRpGPkOPRFe0vmr8qe974rtHu7fWWwE0sQg2ficn/dDYtFHChjioqTaO0I8LimpbXtFOk4JJLEn&#10;n31WvRxF0XWjk3YprlksTfSrNqBX+oH0+vsW7SN2vBFPO6yRBQBrKoooKVORSn8TccLwPQb3FloR&#10;GqFWGPIkjj6Emg4Hyx0HGCwdXUhIKWjb1nyMFVIo2kYj1OsYVdbMbljyfz7Tc9ZRRE6y8hBZba31&#10;k2DemY3VVUfUEX/2/uRLXa9weFZRNHFDpV9QUMAtSoLRL3Eu2EIbSRUj4egxLfXulmSIKaA0KqQM&#10;0GpBkknGoGgHEHobtudV7jyJjeOAIjGKVhFGFCr6o9LCw8j/ANObf7G3tI5zPJDRVPid9KI0gY6j&#10;40UL+oXP6m4FrW+v09iXbZ12W4tr2Hw1uY1CsSEcSSlqAR10jtQlyGJNRQmvS2O2uborqihWYqak&#10;ChYnGOAFPnWvlTo7Xx0+Mpz2+drJX0srrUZOnh8c+ktIWjqTrs8ZjXxlLNquSb2ubew3k3pMgASo&#10;uCLBuNIb6Eq9xcqfx+fciRb3Nusc6X1h4XYdYSgZxRqGRGVtLSggoyEaCTQlenU5ba5ebxXbUBih&#10;4inmpr5mpA8seXVntN8KdumWR6jBwtIzK7okLI7qdTaNGk6daNYyEakuf9b2Hu78/jarF5uTcCmt&#10;wiYPPSbipPCKg1W34sLXy7hpYYST9xNPgknVUFi7sFFib+wLNu9wsjJDDqgLg1D0Y1ahJQgcTUaH&#10;qDQk1FOhBZ7ZHt1rICp8JdRCjJPmVIPrn7B0ff4/dDLsGowR29EuGr6avw74arGqnWjy5zWNXb1R&#10;V1CsPFHT5+WnkMy20Iuo/ke9Q3PfwSKrrn2nV1WS2gchXDaFZlaOWgytZtSWolk29NlsbLJO9Fkv&#10;4I8QnhZ3ZZVN2P19yZHO13aEXcgZgK1FA2OHdjtJwKj5U6BbSRNLKA5VSajGkqPIH/B1t34KXLzY&#10;TETbgpaShz0uMoJM1RUFS1ZQ0mWelibIU1HVvFA9VSw1ZdY5CiF0AJUXt7U/Sr9kP2FS4fqnfOJ6&#10;33RubD5Tbce6c5uFNr0dFjchDHNWfaZ56OvqcZm4kphLRT0kYq4JY9cckQDSBbtd5uUFy8OxrpuH&#10;jKlddMMQSFLcGBHaRQ8TWnWrn6eSMJdtQA0FTUEsCM+X7fy6Q3b0exxsivruw9qvvLbOLqsbX1OC&#10;jxSZtqqaOugjpteKllhp8hTrPIvlhlLRSpdWRwdJuk+J+M+TPTmzO6dvbl632Cv9yMnkK7Hbx2Pv&#10;TZcqdtV2LqBm9zPm48rmayeHB7ryWcgZtwtQxQ498pLIuuoSRjOlp7kyR8lPte4bHMu72EqJHAoH&#10;6iyOUcagS8ZY6izr2srDINAQjcbny/ZX1tbW1tFd3l0KiQjU0WDSjFSF1IGFAwcAHTmnVS/yQ3L8&#10;Z+/N3dEbMj7C3htvL5JcJLt3YO4Ni73pBs/F7ix+cx+HoNrPh8HTwUW66yHbFT/uFp6+Rq6PHJHV&#10;FaUoJDb722dlOxNuZDAUuxcLlYsXt/a289q4uDdP2vZlZvDJ01Lkd27dxdRlMvVYWnyWEhqDMuSg&#10;kNNUU1JLoNNLPDIgr3DmnnPb7aDd7vaQ10FBjhiTw/0l06VUN2GRXQ1QkyBG0qdSkkm5q2reNzg5&#10;Vt7B4rTb5ZXbQsJZHqaIshAKBABVWoGY5kDd3Rc+ovkBL0Pn8f2f29u3L4yt37uHePVGWyn91o6f&#10;499fbC2jmnxm0MpuVcTtHF7orZtx5HDSU1DTzeOuojkI4JjWJTS+TXj+UmzOyty797F7VyGzOwZK&#10;bB5yDb/Y+dzO3KXH0O2s9i6KGlbE1GYpzB/eNMfTClp4J4lqavxowna6394y80SXnMd9d85SwnRc&#10;SFpCiiNEbSBQqAF7AAiAAEhCxHUuw7Im27XYhF0hUFQM09XWpNVYkkU4VoMU6vc6/wB99W0lBs/a&#10;W2947OrJdy4Wm3LtHGbfr6eeXL7dzlH/AB+i3GlHTM329Dn4aiSshl0Q08yuREDpIBS2jITyLImm&#10;V0ZCDoDLp031HUHULYg/m9/YSH6rg0kUEYIFeHrTjXpIDqKoEIYg/Z9hp5fz6Gb2r9n4LcO6s9g9&#10;q7cwtbuPNZ3IwU2PwGLloaOvzsi6qiaggr8g8eMxqzUFPKWrKplp6NdU0h0qQTvZ7b6+8s7aS3eW&#10;MyKCFZQRmpozEICBwZsDia8OkF0AsDsHSo4FsKCTQHNOBpjz4dMW59xYbaWAym49w5SmwmGxVK1R&#10;XZSrV3go0ZlhjkaOMNJMzTyqqxqC8jsFUEke9jrpT419ZUm/IMzuLZ2z8PuHZNBhNjbUocjkcxl6&#10;3JbX7A2hVVGyMrlMrDDi6PcG7c5joM7RVFbVzV09fj6dJdSJJAFn+Tafa6OW72S52y6hu3V4JQ0z&#10;lGjlGpvB0ghmNRrK6TA4bV3UIjq8k5ytbZLZd2j1KyTUWFadj10au7UniaVAUDRXJyeqMflT8yZI&#10;9l5bYmx8Z2J/Cs3U7s3j2Zufa+Zx8+V25kOtc1isJ2ZDhEqp9wzY2kwe4dwbemMVCmOGJrzP/nJB&#10;KoONu3Y/Wu5aTM4FpsbhocVgKHDbbOHxcU23+szsyKizOKoqehxtLXJtzZ8OKxtPS12NEcIyWMhk&#10;ji1NoKh3mfcLDly1N3yttz3G97FEhZvBLMtuQ7FLgnS09rLSsnhlyrkS/HqJBlxsu0m5SLmLmeVr&#10;m7cxBPiYF0J06k4OZHaSMsCA5416rz6r70+UXVtD0RuHr3rXObwl2V2Nldy7xG6NytgN/wDf+2O2&#10;K/IYLccO6dwb1yG3F7E3juXcOTmyGPy8M9YcPma6GeoESmcOHG6/jX8WO29tbIi3H1JU7h37srbF&#10;EcTl8LvXsODB7Jz1RSQZOYbUyMO7Fqsz11k8xJ/Ef4bNTPS17PTLVxMkehII5c37mjnzmSzvuYLi&#10;4MVvdaopWD3BFqjGXwjbqgEjrIsCRiVlNEQsW0KOpT2K2tdvg2zap1ik2nvZ6xhSSaFGUKaq2KyS&#10;GhJqAOg5Ha38zfrDuzfPYvYXyu2JtP437078qsztDB7r2Z1nn+5e0OjP77ZI0+2eyNtP11RYjaPb&#10;+ExdBQ4OOuqcrFU4OgxVYKV9Xikldd1bN3bkMDidv7U3ZgaGopdzQx9vb0zMGNz25tlyU1Km4sll&#10;qHHQiqoa/eWcpq6mjqKarA/hmKmJoUDMrLnjtnuPypY7Ruu/bpeXX0m3QgLBEGV7liRGLaQDT4CF&#10;tThoQS8tFkoo6HNzuWwjZ9xa2u5Li5jQHwUYGehxGgLUaNWAYA1/V8yMjo0exfkbsqo7Eyu8Mts7&#10;dmRxVbtM03xw6j2Pk87sDbvyH21mMhkdgYXr16vJ0FMvX/W+P33g66akyFKsf94M2/mzMphp46eY&#10;NaPeuIzG+/lD07ldzUOL29hNhUmXw+9KaPJz5PK1mDmg2X21uGvW4m3LQbP3HDjleSl0VkVHUBVD&#10;KFC4Qc2c/wB37ny79unKclvsW22rRlYCFg8SMO4a6l8M6I7hCghHh/GhQAlgzEL2du+3XmwtHCzW&#10;TxyBrbQukSCMuoJFEVlic0FDrbtB4noW6zD7jxmD/l5fJrbPT2Im31u7smvoKjqDILhNl1FDkc2m&#10;9tydN7Djy8TDCbGr85tR6mNDWRT4uXJxxVDSRudThXQ0e4cr1H1fjsPmsTS7pzM0eFqt8VGTq6mK&#10;o2viqut8slNjqtZamfG1VPRS1MddV+qCN/UquSxnz7ue9cvS7DuB3jfLuy36RooI2Ehe4nlKmTTC&#10;aEK6RVD6/EYIdZZVK9Gj7hJBebjZWU0ywRntC1UFyorGWCkVIKjSCSFFB1YLBksFtHvHuHPbmx+U&#10;i2Jt/b+K3ZT9Y0G06WW/Z246fFnJfY7uo6hKGq3FK1ZBipMbReQVEoV/NNHZAdDHYmbCZXKLgtm5&#10;WkixUWNkXLtlKbF0m7GyuKijnmpMc0/3ddQ7YpIvDM88aTLXzu6Ky3HuTrnmrdZL+42C72W6udrt&#10;FgjinYo7liHkkKvq1950rI5w2lkzSvQj2Gwjtkl0wTXFvNFHpcGgRqNr8NFpo8Q1JNCTRRw6pp3l&#10;2jiOycHgsF2d3TgswmczORoKfaLdf1+963qxNsZ/KZeioM1vympJ8XRbv7N3FUJPDT08742LA42m&#10;pmlR9EvtMbrx80NfVU0eSmwVTlK+iymGzMEy1ceINQaanp5IKOVqajy1dSTLMkAeMtGttVjYe8fI&#10;LXkz2992E3bnzZptxivrxJbdFEcVvA0jEqJlQK7mGQamdKqkaK51Fu1nc7G02PcY7vc7Jnt5YlwG&#10;AIBGpy9RXSDRTTjxFadDz0buk7g2Rhqqs2/Q71p9g7M3Rs7sDZmQwoxNfvePFJl8tmI8hlZoc3k9&#10;kYbK4SfHy5GKOv8AtK+d5GgEqoSr5vjFVzYXMDHYair9wYyk3DUbdy+Xq5Zsw2Tw+Mq3q8tPWmGO&#10;KkrqqSvqT4iYjLrUAW49lnudu2xWPKMt1b7BbRWu4XlxLBcRSKsg/VWJkiBXWddSBR9NDTTqow1a&#10;SSm5kgh7tpmII7aANXVVGIDFdNEPlXoEfjVujbdVvvrqfLbqy22Nn7s3PsRN4debSwGOi69x21ey&#10;c5QYja2z8FgKfJVmQyGCw+J21iIlycKVceNgiqDKQdTFlzVBu7aPVVLtLYsu7MnXwbDhw9dLi8ri&#10;aWtos3nJ6XLVmazeczcKVNdSYbIVEs8VBFT+GqWVqeUMj3Ut2m09sN/2OC2FrfS7j9ODczmWRbeG&#10;Za1E7fD4p+PzUoooSxFIC5j5OWy5lk573xGmvUleWNWLFCdLUjhhSpRpFGZKlwVB49CV1nvXqvuz&#10;5CZDe3cmF6c2nit0fIrI7q2Y+9duV1T/ABvbuwMdn9jbdzOydq4CY7Wxu48piMZQ0uSzeVyH3FN9&#10;nHW0awyowkAXbWUy+xusqnsPeNPVb9rM7LV9h7lmoKaTHZ7N7llmx23MbBh8DV1EWKrcHl8rBBjZ&#10;6+32VBHqZCyRMoD3N/tBy7b8rS73y1zUb3dRdlFhd6G5FzJGoWPTUjQxDapB3LkEoekmw88czb7z&#10;DLtO48rC12+JUTxCWAWKhYszUIDhO7wKBqmrAV6sc3ttnZ2c37/o06ize2evqvYFCOmsPtPFUeHq&#10;drYrFx4mfds0OV3ftCik3HsPedFhq6ozWPw0VSmQrXljlmVEqI5gqepsVj8ztzIU53NtHKZqXN1m&#10;4e59zUWVNfisTuXNTJSZBM1jaCCCXFbZwaJFiKGFGaGopadft0JmIaIIhzR7eX9oo2+WPcLZg0fi&#10;pIlZS4JJ0gjTLIAEYYiCDVg06H0k+3bwZbaPcFaGSPTGGqlUXgFJwXAqxNBSmeHQXd87xpev9w0W&#10;S3Dt/f8AQUqYbHbN6P2bksRg8RuHd64OmjyVHidlbu3Rl8wue3vVGR83W1lZSwfaTsZKuoApy8ZC&#10;vlF3SvdK7m+L+zemN9bTfedDnh3Durtiem27j0osnlMdtTqHNYrryLb+bp8nu56Ggl3Hi9sR1uHq&#10;KKCWmSaR5zU6Zo27dvcH3wnFje8vWP79Wx0TTSlkWPU7BfDOktJJRQzBHqyms2kEArrDadu5NL3z&#10;XVbEMDjU+pBGylaKQo1HOttVdNWoSB0tfjB032V/e3b3cvZPaXTedj2js6FuouvtrTV25ct1wKeX&#10;c0ncGFl7gyeXoV3fiMlLk8Vj8vuhqTKQVtbFJKop4kpYkFj4Z/FjYPxw60rduZDfdBu7ez7jou3O&#10;+O3dw4l8Ti+pcRicZWYTYvXG0tt7riqs1DubdW3KX7vMV+RSWLH44OaYedqRHWct8xe4ntDvkvLu&#10;+Q+Ft/1YubpxbLOblGRI/CtpSBR1jUNKwYmJCVALynTXd9m2bnizZYbkNdXEH6aEmPw0VwdZIyGe&#10;QCJQCQRk0HACe/vk38xcj3hWVdLtWXbnXrGTrvoXoTaNdT7mr/kjmpGxFTvDuXdPZu1amBaXZ/XR&#10;qlo9v4fGVlJVV24amKKtC0C5GeB3z+8+rvlPhm6R2xnO+sW0O58pl9ubl2jFtWpjyG4aelR9q46v&#10;2puOSqhyWKy0tLU17xZZqajwmNpWV2U1KlDvnrbtw5x3C55k5Q5Oht5H8NNckynWPEJjbTjTPIrG&#10;Ry1SwKqoBGrqvKmx808lGTa/o7eTZZnTVqmcMC/9pKh0kAk0CJpbxHar0oT0MW7dvd5fGzeeO+VG&#10;58P8V9vUNbsXbu3ex6fdlZuuHc2xMIctVTbhymA3NgqdMXkNy42HJY7EPS4ihrcpvDI1aFNK0saT&#10;EpzXUOL6f603V1f2xu+mzPaO3+xqKvwu9svtYUEWytmVcL18fX9BDi5slPuzFT4nMGrlpqOeqhwl&#10;d46YSrFFb2I7XlKTbeVpYt6v7e15gt3RnVnVR4TkDRGwB+o7RxUkrJ50HUk3JltN0khWzlayaIMp&#10;oo7ie4EcNRoM1pQnAx0eHrzfG4uz89g+2+vcu1f1lV7LyOObZ8xkpI945oVoQ7wxS5WOly2BlpMl&#10;ijRQPlo6Q1lC0sohZmRwydZbdOL3vFXbNbbO4mhkq2xe5d2YHLwYraC4aNc3kt01O3CCyZGLF0wi&#10;EdSJPsRVLpDTGNie+317bcp77+9Lrb4Lva4zpWaQuEhPHxNJqxkHCMxqTHJQ0OaqlvYNrmjnjgjn&#10;lAUBSDWpYUOkZOk14VFcnHQrbzyyVOzhWZyDMUSmhjnrsPtutp6uTJV9fHLj6Lb9Nm6eLyiT+LTR&#10;mOeERB3jBa0etCPm0cxgt17X3V2ZJ27Ljdp7Gnx2Gw9DuDOZBKio3fW0iZ7EZPc+Xx2Pq6CinyeS&#10;M88OCgphTGnSOmapWSWR0y13P7w2zW2zcwbrFtm3zwxSokJSMgEBQCJCQshdhTvBXSpLEVqoFNxz&#10;BYzyXsa7efE0A/CSSSxLM5GalxRa4oOgb3Zv3dO0N17a6+h6iO5M3u+SiyuYzGy8ZipsbT7dGQiw&#10;eep5Uy+QwmVlixVLU0ME2VkkMipO84ptMUcEpRsjn9712SzOWoewKOuNZkqmucYjfeJraL7iuvVy&#10;QUETVwxksUTTMt6UNDEToBuD75/bvuVzvd7e7zLchJpppJCxfXqd21Oy4YldRomNNABw6CjGGSkl&#10;x2O1TnWeJyRjFOjCUFPteahoU/u3V0sclJ4YxX7eroaxIKN1pkjrpmpmnjlbwhl8r6pF9fIN/cWO&#10;LtPJMk0E9XkA3qVhUbJmBLAaWX7iQyEgf2iCTb/W9lUm7XaIYpIzMr4NKa8nPw0+I5pwz6dVLWyk&#10;gyktQUoxH5E18+ssh2ljrrIslIPWDaPLooAYFrFF0gam+v8AtvcxaTs9NArNpGt8chAWp2lt/KrJ&#10;Y+omTHUrNpH1PN7m/t5VmRnxEdQp8IqjMOHzYGqgVORjp8LWoSQUIxkHPoTwr5dcRkdoBSyZ37Lz&#10;KhDPmq6kurEaGVampRFvptcAe09VVG4qKrkabYWFp3vpqIv7hZGnIOokswpZYVVmAuSoFvaaVbl5&#10;3VmWR11aOBUL9gHc2rjX1qPPpyRJC1GkqQuOFOHDhk14k4r1Pp4cc0SvTbkrJon1FJRmIKkNe4Om&#10;VxLqCn6cm3udR5eVUSKv68xxUF5GaOLd+FLFjyqvHkWVLL9CV4Ht+3u3jWWWe0WVjQalDIRQedBQ&#10;EcK8SDnpOUkFZPFB9RShOONBQD8uPXFaYuLUW7qzU1gNb4StW6jSQoag13J5Pq+v9PcN9xbXjYj+&#10;5i0Ega2ob3zWmMhv0xU1bR1AP+35H9PfopIpZW8XbzKPEFDqOrI7QR8J+ZbjTh1VYZmOlgjCozn+&#10;ef8AYHUhMdn0mDncSyQhFUwy4eluXF9TmWKaE+q44tYW9rDbu5ttxyhKmkyiR3RUTF53HTSEHm0n&#10;8QxZOkf2eb8+xPBuojmtVe1lUklqVUMgWiuq40tr8vKoz0luolZwVhq5BJqaaaY+wn/D1zrqfcBh&#10;P8PrcOZ+f+Lhjatofof+VXJQyXvb+vF/dmfxK+TOA2HX0exM7k9xU+xcxVeTE5DcUuIlodl5ercs&#10;7LUY5Ypafb2WlOmcMpSmmYSgAF/aTmrZoubLF7y1hKXcMVNBCB56NRFY6RlWIKfib4SwUYJIriSx&#10;nMrW6G0JOtakH+HXUDJFakUqV+zqk7+a/wDy2cr8rNgZbtrY+1dq13fm08W0VfQbciyNJkO2dl4+&#10;nHjwM8NbK9NV7026iNJiZWby1MRahLWaDx2kdgbD2f2lsrc+x954DH7r2XvXB1O3937ZyBLUWaw1&#10;eFkMZljOumnhlEdTRVkJ8tLUxxzRMGUEgPY7205hsJ+T+cbGu7xmkE86AtC9aa0NaLIgqCW1K6jQ&#10;wZQB0tSdtunbcoSrxEAgEDwmSlGUAfGGzUtwrXiOtTD4/wDeXZPxd7X2/VUGYrNrbj2nm2rNm7hF&#10;PMJcVkqVnoq7G5GlqVQz00tOZaHIY6pXTVUzywSgf2dVzdO2u1/5QnylqvLhf9N3xf7qwOX2buPZ&#10;u6ZWpdq/Jn4/1VZDNufqne09IrJtjurraZoq3EZenVKzF5enpMtSAwSyRtjz7r+12080WO58ic3y&#10;PE0cqzwXMNDNbzxg/T39tXtkShBmhY6biF2hJUnUojttyutuvNr5r5UuxHdwtqgcmoI/0S2mH44p&#10;F1KyvUSKdY/FTdm6e7Z69/mX/H/Dbv2rmx1X8hupctQ5vE7gxFNBldxdGdvHEVcON3NhafIGNN09&#10;a75xFRU01VRyyfZ5/AVVZjKplmWfwmU3V0btmn3l1FluoN6ZDsb4yfJiqbKfHvt6sjoqfcFftqiq&#10;4od59adj0ja8Vt7v/pWac4/cmLfUk5SLI06SUtStuY+2e2G4ye6Wze2PO95Fs9625W1rdXKxPLbp&#10;HcyiOLcrZFZJJ7K4B1wgMjLIGtnZGVWbMXl7n7aebOXU3/bY2jaM+HPC/wDaW1xp7o5K5CkgmKWm&#10;mRMg4ahkeqPkPXbt2J2FS79wFHtLvro6h+w7n60xstZkqPHZ5sTU5HA7o2dPUJT5DcHVnZFLRvXb&#10;eyTKjy04mpanw5ChrqenNhX9Gdebek3pjOq6Dd+0954SgfYO6OzpN3vkcLsut3XhIsjt6GhrZcLi&#10;6eXI7wr0oKHcVNFFFOi5GmjpXhmjcHomn3NPvBezHP8ALt33d965htZr+CW3O5bpa2FhbXqoVKJY&#10;XED3cohuWASCWRY/DvBoZ9A63d7rst9Ig3JGeJB/aBqIKgqxofhdD8JIKuCT5DoD9r/Iej7Di2LW&#10;du/3JqKLcUi7x6q2NjMVnaPfG7MjtCsr4t2Z2Ta+QrsjRjb+zYKWorsZkYMjVUdfRU09TKsYSMhi&#10;+z7e1fYf6Gav/SP/AHF/jHg/vMn+lf8AvF5/4Jp/g/8AH/4T/B/uvX9r9t5/4Z/lt/N/lHvsR/Vb&#10;e/8AgVv9Yf8A4J6w/wCCL/cNfqf0/pvq/B+o16/D+q0+L/i37y1eJ4/6vHs6Cumz1fSaW+jp6mla&#10;0066V4Z9K41dZv78/Hn+E/d/6edv/wCjb+/f8L/ux9nQf6HP4H9p/GPs/wCK/wAF8ng8XH8Z/iH8&#10;P/iv+422j/Jvf//SoguIYwqkhQFDhizhnNz5SQRqaWRibm5uf6m/vmcayMWbLH/VT8v2dZ6rR9CR&#10;xgZNK0OBwp9lOt/cAAAAAAAAACwAHAAA4AA94XKvZks8aj9LfVedJ0kiz2cC/wBR7cUMtQ2GP/F/&#10;ljp6NnQ6HxWprwqafyoPLNeu/fMOvqsjE2LH0ksyqxNiX+tiSdP5+tvdCrYzj/V6f4eqnWCzCYUJ&#10;0/Kp4kj7OPz697xlyFBCqjA3sEBj+gJYBv0jTYcXFz9fdgorTUSPtz/s/wCrHV5NMZJIJjK0JHH+&#10;jUcOJx6Dr3vt3IGshSh9C3uTcE2LG3pTVcXH0/w9+Vfw1Ibj/q/2ek5ZK6ckDjniP8/XveMvqYEl&#10;vWAoQamZ2AIYszHWXX/H6/63u1MfZ5/5vKnTiSUDSGopnyAz5U9Ove+zJYckNqS3MhIZUsACwuxZ&#10;xxbgD3sL6DgfThX5cKDqyaypYRjVU1NOGqvAfPyPXvfnJjVizaUQNLd3CJGFUltTuQqxoLlnJAFu&#10;fdVoxFFqTjAqT6Up5nyHTbMut2CqBX88cK/Ovlw697Nz8ePiLuTuI47dm9jlth9RVA8sOXhgWm3j&#10;v6KEswg2LQ18DClwlQylZM5Ur4EFxSpPJpYSryR7a7zzLILgxDwgQQrA6SWYKASDTVmugHh8RoSA&#10;HOZecrDluyZrm5El+wJEXlngHI+AedPPgKdFw7o+Rm2Or6aqxmMlo89u9BJHJj0qUaiwB8PkWq3D&#10;JE/mjABBWmjvPJ+fGvr93SY2nxuKwe1No4+GfFbN2NhaLCbP24K6aoods4WjgCUtDROypHV5GbmW&#10;pl0+esnLSVDszH3llsPJdtyvtzxQAC+Erq76E721UfUpJZQaaFNaAHtpjrFbe9/v9+ubm8nuissh&#10;IwKgD10k8KUUeQ8snqnbO7nq8vnd2Z7CYbArnOwqxc1u3J42gGMye7cw4Q/xTMVEWutixlCukQvU&#10;yyRUcQCUsY06vfYhoMs8zNejjhdDUVLyMFjjjUzD7kJpCSuhChFDMxawAHsUA7ns2i5gtZpppUKC&#10;PQlC5ogRSR/EDpDEH1qM9Bfxp4pI4vHBV+BpWnzAPoa8TQDHUJq2sw1PQ45q7HVbyOZKGniaSSqn&#10;inYiesx0czSSzUNKp8stS+iCOKMsX1kWTOQxsFTklyBqKE702xT5F9u7Xr87WrS7cpshSxLUbmze&#10;Lo5Vx2b3pHTU+iCtytNWUWJppJPtlgeWV3JeV+TWl3645o3f/F53YJIq6DbxqhxAmsaVkYtpk0hn&#10;YrTWyqqg13DmOxtY7XbIi7qRpaUIwV9We3yFPhAy1Mg9Om4N843PYTamLxdFu3J9JZ6CXbu6O8Nl&#10;0U2MynamRr8s0VbtDalQ4x2SqesGmiUx02GzGPy+Qq20RxTsNftopZ69KGRMPkarJ1eWgEFVm6SG&#10;BZzP/wApdLRzY2Skp6pHX/OVcsUdRUBdKLoPMj7h9At3HHbXLG2D0ZgrAtpNWI1ER9pIDKoowOSp&#10;GnoLSyBFPhSKpzVSSRp9Qf8AIK6TxNelMm3cBWZuLJdp7J27tnG7AyK57aXXGcr6rI4zF46RRDtf&#10;cu4aHc2N3FmsBlvuIy2PwlJkazH4OaRpp2+5s8admWehqqilxMeUiyNQIoq7NrT5Cto4ik153r8Q&#10;9EwVnDWZ41ZwDcE8+zf6W+3aKOL92q1oxMiJlGdvD7TrNdQ0glVqEb8WKVeghkvo43vIlMPEVNGr&#10;+Eaq9woMVxX59CdT5bAS43HZzeGb2w+EoDOuA2XNkNt4uvaKpjBp6bBbyps1BLEYZEJCVTqrMhFg&#10;NPuBTNUULT0tDLMUqXaqy1ZWwVU+CnEiBqrxvJiFrcW7MtrMdCtx/j7buIJprVFlsfD262BAVsES&#10;pVaErkgkgkKVQKDxAA6tcRxylJQArJVUX4TUeo4H5HielNVVGJyFTRZXPTUc2aKwY7a2KweQw+P3&#10;1SUnnc4m1NFvKTA7mMERYqQj1MwIYi5YCalXrhFJop6CgWEidp4k+3rZJ5SrR4mslo46p5NBug16&#10;b8rzf2hlgtHg8ZLBGkUoFxTKgFmVCArHHxEFyKcemZ4/C0zq4diaEUBIxWrAjtFRpP5dYPsp4snL&#10;WTZbK5vN1FXJNTRY7I1DZHA09JD/AJON7YzH7gq6GnohMT5gIlULdXAFj7j1MlI8Jjjiq6bFIpFc&#10;axqdNwqFlVPLSU4aGPJUzCw0yKxJP+HFzDdQRQC7gYypXwygUA1UmklCKleFaUGcHHTCtIVM7uBc&#10;Ff06U0nHlTIp68OpGJTINWS1Qye3ctumpaF8cMOcxV9ZKRBq8NfkXGVqds5JyXkZqaeMhQCOGILO&#10;ZqSSjDVD1MFD5WGKzlVJLU10LmYRQxpiaPJJLS/sKyskqaWItf6H260Uu2z285maSW4jUaUKRrQK&#10;WcKSaB1YKaqasFHCunpTGHtmMjzgl17lAUDA7snzrnGT0q4oMlV5CoosZQYmXM0MYl3TtDHUhpcB&#10;kozAsj1U+6cvteoizNFLVTB4ZIZNcIcva4Ye3PwCCmiyG4qaVp6WQLTVlVPVUfkWT/gIqvRPXRok&#10;ujSolWyi1/eo9yuNyuPA228le51NpXNVJo0uoowBIUajmhJIrXq8bCSTwbeWRgzcFANCcsGJI8s0&#10;GKnGekzJEPu5sBseqxuNxuTpPucti8TisNlopRTlo6+aOj3Dj8PUSNFPU+RnpJFkkYErcE+3WenO&#10;OoP4o3lpayrhjp1kqY6engpoedUbRJjZ6SuEBFvIyBmFjq9ueDDPcotwZHSNy7D4nJGWZXrkEkMV&#10;Y0oSPwnpKVWZggZjCh1cSTWvrWoNcUNaZ6SWNyv8eysm1MaMXkMNj6iWqeHEz1lbLkqiVV+2kbz7&#10;ix2ZwE1fCGPhhldYpF06OQPcSelkgVJKulWeqyNnWOOnppHroEAZXhoauhSnEErFWvAQykXtz7cM&#10;9xBPLs7T+BCqiqmhkjBqrEvRu5BUKWIKqVKmvThkgWR4Y7rw34VpTjg1bgGHA1yfLh09UNfR5mP7&#10;vC1wON29JLGa18plYMbjcieRT1eVw24jXmpVI5UZayNoJXujH0+48dTRCRA+LSSsj8171MMlNG8d&#10;2QzVdTGJoAAL+FkKE/4e1Em2eELqOG5iktNKoxZKjXwUVGQQKZUhgatw6cmt6RsxuAUJ8hShyMUH&#10;7Sp6zyDMSxNOm4a2ixs0lLLTw0tPXU2Yno5tK1AosPR1bY2veZzpFYsiyCL0kE+8UWSpAlZC04ky&#10;PjPnjlljmxqRSlpCaKoSrjqC0VrHwt+babC3srmtbiGMyNCsapSjAABXXtJQMdRWRTUsp+IauJ62&#10;qNoR1iRIwlVYAAmmKgEeYyeOc9PE2GyNTUYWeOnlh29LVEwpDFV0e66rxRqlOu56IYmpwyWm/Stb&#10;FynHkvY+875YpRjHUjRyTrBBVyrPUxQLFSSfuvLi8sK2OYtewRNTMtrEe0nhyX1w1206SSprHjai&#10;gdvwkx1o8jAkNUAtxJ6qYG7mMispBySdJJoADTIYVPGlfI9cY9uxRZI5nK0uQo8bVVjY2lo8fhKr&#10;K1c2QgX7V6XdO3XwU9JSY+NU1+eMLEwa4IBv7xzZeGRKWjokrahay8cjl5aKWuqYyBfI/bVdQuUg&#10;dJLepFkZ/oefa63s5QBfIxhskJJJbVQSErpUadSEOhNFIXABqMdMMk0LNJoUSocVYsADjsxUUIqz&#10;H8z1xp9tzR1OVrNwSYeCtxKRT0cEdFR5Kl2/RRxPUtUYB8niscuCrI4luTHNPHHGTdBo9u0UmJxy&#10;f3XSkkqqmogqznqhn8ErwpLG0uN/hcM33EmPpJIhNUTz01VTOyiEAKLlNexxX9rDEl0p+GjMzSMJ&#10;FJYMFJoAwJVglCH7nrQdKYba8SM3LIrSkilSCDSpr5Bq8KKQV+I14dBBUy713nnp+1jkqWm2jgsj&#10;iIOv8FjqKgr8Vk6iuoXpZN11u68pj3xa7rrvuBQ4egosvh8lRUsrV4Zp20I0viqekK0mEw/2uBgq&#10;JXmSajjof43V1EQkllqMY6zUuDrp40FxRRxxBBawa9zSxu2uoGkmuoYxpIEKuC4AyGLhdegkdqk0&#10;DHApU9I5bpp2L3VPrWFVCgVX0BIzKB6ueJ4DoRKHITJDLk92boqMx2Fkaaln/iMWRyWep9kYyCrF&#10;HDisTuR6mDI75wmGqZ2/czdVU1s0zM2rxaNMU0E9VHWVCUNKlKkUckNNTOlJJTC6Kprp6igTI1dM&#10;WsfowZSbe0I3E2aKUklO5K5GsLWMCmoLpAAbSpIkLUFSD3EGnjcpFcxAM/iZrVQ3l+FRxzWtD9vS&#10;z++o6OfE0U+ZneerkeCrqMq82QbLSAyLO2FhpdwzYPC5N2UiEKweNo/VwQfeKGWfxwSzqaV4hIYh&#10;R01OmBqFjlL1HgB8cvlWP/aVk1XFx+G55UgWlvbSSySIhVq5UkHSTQ6WRqdg+Ej4gQOvS6hq0W+v&#10;XQMS3cSR2igFBSnninHqU1BTy1NbTQ5CmqKSSUpXDLZHIy77oEmp4o6ZKmRvPDBH9wx8pLSw6bMo&#10;JvfgmWkSmjmpVlM2sD/JWngrJESVi4eoqar74KQQVUrex+thf2ZwWq3c8ibrcyd4P6gZKLqUaUlp&#10;RUBB0uy9gAFckUssELyM0kmoH8lWoGKA6RSmTXI+2nWCr29TmpmpHTHihihVYYctTUmQxKyhQgqc&#10;dRUuJfEzz6w5LF9Rk5Chrr7lpUTJSQ6KavFdBMs606VEkdFTLKpMsr1tRVzqaoBrMkZViWBt9R73&#10;bG1jvHjEoVSrKwoZAKFADGoHbhdRY40gqTQ0Op1tvGl8Q0hbDAZJINB2jJqMg9M8+MSpqaqSasw8&#10;2HrKb7RctW42lOfybU0jNS46TF0eHx7SYryC0Ms6uigE6r2YOReACOopI53onQ/xGaanlUKVdJFj&#10;aBkkyFTaRrB4iBYH8cezn6kyXaUQFLZCItaaQ5KEmdF00CpSo1as0PRe8hJALaHHw1oKjKgU+GlP&#10;M8fPpIRUdcq1VBmJqOl3BVVYbD4vF5amrZVRA9M18tFU0u38fNUQqGaCoW4Jt+oaiJHX3Z+c68qp&#10;6vEwwTbNMitkds1VUYafITn0vX0NTVUprcTXrqIClCrkAOCpuCnc9puN7EMO5RM07gpFPQLIrca1&#10;FEYMRUhtJKmiknpRZbnf7TcK6sTKxFQQSrj5gHTSmdS0I8uiFfOr+XV0V89dpY7Eb9yFbtX5JYSh&#10;ddh977cw6ZfLbRxALS0+z99bdxuWjxHZexZBFdo/uPPQ6mlo3ilXxufHZG+NvdgYsZbbtVJIiGP7&#10;yiq1EORxE5RwtLkaRrGNSvKSreGVbMrc2EYcwbPuPLEkUd+UaN0qGQHS4Yg1B/jrUFTkHAr1KG37&#10;lBuaDwmUXAFWQeX2cNS14H9oHWlF8svhF3V8ROz6jq3uvagxFdVvWvsje+FmOQ687RwtDKuvcGwt&#10;zIAtWsGpfvKCfxZPHSao6mFdIdoG64qiiUzU7KtPIwLuhs6O36VdW9Ol15VuOePYl5U3WxneJdwi&#10;eSUDSqvXRjJGpe4Ent0mtfXpq422N5vFCnxAcfInzp6HFaemelF8bcJj90z123q6KGPcmHpRWGmZ&#10;vtzncSriI5OhLc1E+OY2qY01MI2EttJNgbrMrKrOhZSztYEs2pGXlpEAIDsyjT6r/wCH9fc6SS2N&#10;IZ42lFnEgJQKFHccI7EFo1RyHojLQDuKgkFh9sAYTOobTmoUZr/gzny6tQ676Xo5aWKZaAtIElKF&#10;QphqoCPTGV9KOFcErYC/+NvZMPm13Pk+oOjNz5Ha+Ylw2/dzCXAbKydNGk1RiKilWDLZ3PU6VcVR&#10;SmsxGIULEs0ckbS1IBUkcHewLLulzYJJIDbRKGOtY+0BqEIEoAGYdrtUMGDKOmb2RbW1SRDofTUs&#10;OI8qAfPzPl1cf/LG+J+K7i73xEO5sVBU7G66xE29960gkemOWeqSuwO0MBJJHCwmocnlzPPUIjQS&#10;GLFsoYB+aRIPnf8AKWmVy/arVqxAAGu2rtCsS+q9pY/4LHcaTckkC/uSZtl2Kc3TvHIHkyW1sDqN&#10;FoWGBSg4GumoAGegcN03Uao03WbSTgYx9hp/q8+tjp/hF8XyoEHVtHQstiktBuLd9LJGQNIZDHnw&#10;twP6g+27LfPv5Pz02RxL7s2dW0eRxuSxVdFXdbbdeQ0maoZ8dXSQz0UlHIlR9hVSIjgXRyDY2HsP&#10;S8o2VxdyXTxStMyhNZYMCozRaitCwqM4ahHRhb7xvrhkmvaxHBqiEkUpSukGh/w8OptF8QOkMY1O&#10;+Mw2eoDS1uNr4BBuvOyKk2Lq6etpltVVlQGhNRTKXU3DXP8AX2SDFxLHjo6T9x0oFSGn1y3ZYo08&#10;cJc2DyvpSxJ55+ns0+n0wXMLxnxTHxJ7mrSpI4EA0wSKeXSBo0DtVP1GHrxHn/np8h0Z/wB8DPU0&#10;YqHx+SqKSolx+RoPPTTTU7mjyVHPRZGgmlppIZjRZSgqJaaojDAT00rxNdHYFq2ljjMzxK3hNVXB&#10;qKqaAjyNOOAcivl04UjNQYqoSMHOR5/tz9vUaroqOvhFPXUlNWwLPS1Qgq4IqmEVNFUxVlFUCKZX&#10;QT0lZBHLE9tUcqKykMAQefp75Ydsbq/uH8Ydm7P2dNsnfNF111nuzCZ7PUOAzG/o9rboxWZXd27+&#10;0q9KGbatPjttYaHGywwkwU+EotMF6srMJEsue5XvtsVrKNbS3eBkIXUUMLBmZmAEkmsqupe7VXSC&#10;K4D2/WMEKHdHvUt2gSTRpX9NdQoCyZ1MDkEZqacDTohnePxy6p2vNnflRvbI7xyXYHT9TvPf3WeZ&#10;27tnMb3ruvlz23chj6zbWyer8O9ZNu2XLbizFTlPtrGorsrUqkkgo1+39267xyffkGM3TuzFbZ66&#10;wfWMW5tpzbTyEUGNqtxY44nO5PbWWy8O4qTNLLW5DbWMo43ljEssGTjr46ddeqb3mHy4my+4lrsc&#10;tvzBP+9XPiQCUExhcMdUKmi+OWcqpY+EUYNgjp/Z7q73R9ss5t88dFTsgjA8MBwGDzGgIcmpjZj/&#10;ABLQcOifdP0fxw7G3T1vtLLb+7f3d3Xluutxjcm3Nx5XNUezazHdg43D7/n2zlevK/ES4nE4TeGR&#10;rZq/ELLBFW4mfEs6vD4Ygxfe5OwMRndsVFPtbceKzs+e+zl3xDj6Gvo6XZ9RjpafJZvduxRksf8A&#10;w7FdvZKmxaxS4d3lpc1UCPUzJLMHL925Mvdvm3bbV2xDZi8SWbTGsrwyFqeLboqkzwzjulgarV1B&#10;CNblhrsd+1xc7xLutgdvuUYxxoreJHKpYabiEEAoHA0shAAbA8ujf9c9abt2pmspT1OFy2O/uxk4&#10;Rs/KyvQ1G6c1HU1UuHpts7mnw9TWVu8+lcPDm1qaKdlSvw8C1USxx+OL3T/3h03m+ua9NxptPfWL&#10;2jmcTU7uyU+7cJtvFR7NyFfllWpw+Ul2nmc5t7CYbzZKkOLaeaE1dLVxCFWAKriB7i8j7jyZvNyq&#10;WM/7sYF1doTEgLSMrIQrSIvhufDVS+oDSCK9ev8Abp4JPF+klAoWp/DXiRStRnBP7OjbbK3pBlPJ&#10;hsvk8CM3BWz0eOjx1Xk2jzNDTQO6z0kuaocdLX5OmWknFfDT/cfZyxMJG9o6XaFfSbkwO1aRqaXJ&#10;5OXayxQ51I9uUdBV7gp8bkoodyx5yQUOPxmNlrFaperYU7UqmV00Ep7C+3W84nSC2likuC6gIRjU&#10;CDUeprRaH7fl0HJntkgkmlmHg6anFcDjopU6gcCma9KnIZ+ioduZPcUqVddQY6gyVdLDt+CqzmRr&#10;IcetQZIMRR4mOauyWRn8BSGCnVpnmIRAWt7vI+LvWPdu1d1bl7+727Ri7IeXAPhocdXyVGbx2Afd&#10;mQqcum5TuHJy0O39qGj8hrqbH01AJaahyCM0UEdeiCaX5T5u2uaa9u7Czu+aVlMeX/sHdT+ukhBj&#10;/TDaJF06vwChIpHG77jthS2t7CGZ4XZixi7GbQaPHHWulywA1EhdYLAmh6qP+RUnU+9P7pfGTpvZ&#10;OA61rF3dRbojyFFSybYz+X3DsfHUtJlNvYvZ+CxQy2+6mvjhhxFRk6uvpqJq/HTAT1EmMcKarpHt&#10;CDsntXfWB232Dt/JU218ZhttdlV820XxWJO8tuYL+E5CfNYqoWk3fiUmjpzPioaOqMVRkQ8KqYIm&#10;umuN93K05a3TcLuMXVyY/BiSFzLrcgIglZUd4hIwdh2mqMAaMKmEud+S9r2m45d3q2e9trsXayFG&#10;JdkUyNJQRq2h1SlHZyKJ+oDqZR0DvyFxNb1P8UV3HVdY5nem9pc3uXKdG9abY7AGUraTD7/3dHns&#10;Fj8Fu+TG5bYtRS0mUqkh3XXZGinlfBOJ5ahahobGl+MvW+wz1bXx1ozO3oNgdk9o9cImS3jFVw0+&#10;F2Pu/KU22K/I5CPwR1NXm9uZSCuvLIbGosoAVPeCt/7q+4nIm6qvLNuYriS3id4RHJ4pJRyfFqoc&#10;mIMysGVSDpLLq6y42Ladr3K2luJJ6RMFfWjMB+oiy6l1HUEbVhW8gQc161vP5ofzx+c1D8x9tdYb&#10;UweyhJ2X8b/jt3XgMNtnoSq3RvDc2a7v62wFb2Im36fNybg3V/CMb2PtiooY4IKeCSljpBFVPcz6&#10;mvem8evttZ7MZvaGe2zVde5aTbeE3jT0e3Mk+5aneaVmfkm3niGpZZRmMLV7Xp6bDxA0D1kleRM8&#10;0kKrGkqcoe63u9z9FY7bz3Y21rsDJMyyBEeaasI0QyqVoAJkEhVdPh9zEqcdBzduX9lsL2yk2iWa&#10;e916NK0BYE1BY51CMMx0seAwtc9Gw6I+PfzSzmzep9nfLrDdi0vyCwGC7c7H6iAzm39uY3bnXtTT&#10;9U4XH9T9z7mqXkxe3MzSb1kyG8pcZR5RY6WjhelihppX1yF+3fT+auyPZuUxNCnZnV3VPeeOwK7V&#10;mSHHbi2xuCixlRj2jp8v97qiyG1cJR1ayVCS04y8NRMisrKAEobm42iU8zeBZvv1nLLM9qkOmIgS&#10;pIrVYNFJCO5TGQwj8VGBLCnR/sVpJBDtW1FzPbrPHJDJlWVTE9NdSdZQNoY1qNIqAerINi7Uqsfs&#10;3qPZ9VkNwZjrPdnzL+L+48hX52Wqwv8Ad/es2c3Ngu2doDK0EdLNKaTtbMPQxvrgrxivtYXMaxJq&#10;CHqX+8HY/wDo03AlNicbQ7yw2Sqtw0ORKyYTam2M7UV+fmqdjUFRP5shO246ako601BSXJ0peVUh&#10;RBCcy+TNi5W3SHknnTbrnTvO62s939Fb0RLSWjMplFfEo0jaC4o0gSMVREKg12yDx9wnsbm7iN1J&#10;IKKgAOoKV1SODghe4AAMPhrTPR1O9cnj+jNhb6ydbHPvTcOwcjjafbybIfLYPK7t3pgMdjtubex2&#10;8sxR4mspaLK0u08tU12PlRo6bCVJCmWaUmQHjroMFDQSwPl6iKqzEr7eFXQ10UlTT5Wgiak+7wr1&#10;d1xsixoWlDuwjZCS2q95GtN22KLdLi5vr+BryKehEz6aMYz4kaoGBVaI7gLkFnYAA5F1haJY62vb&#10;4hrdgpx3GpGQlRQEVp+IZ9eqUNobj7GzW83zEWxMbU4frWlx/aq7d3XtXJ0WHn2PvOY5aba+/aLb&#10;1qreVNJk5LUMtPTxmuNSumIQCOwQ7WSXI7r2hJWZA5itpM9T02quhxrVkn2UT1KTyw00FVLUUyfb&#10;R8NMkIJNgXOr3g97o8yvvnOG4PeboZdsQusE6yK8YgUMYipQAxlgQZGJWkpYGueo63rcrrcry8g1&#10;PLEaIr/h8MsFVScAN8RoOJ49WMd2rRbF+PnyHqsFteXaeKz3UWYnNLhH3bBho03PlKbB1GNpKrMZ&#10;fEYzGZ2sjzdQ4+2xc2SdY0MsiQJ4/arxW1Glyub2BW5DIZCsyNZooZsma18tlMZg8vRZPM7qqqzz&#10;yUMP8PzVYkcdOWTywReNEaxIhq65x3Tdtg2/ZVJk2YTNdqo7l0wKUcqzVosoUuijSC9GyadCmGRb&#10;MXboxlr+kiZ0eIQF0DyFEYNnOCfToF93dubR2TsXrr5FLhtq7GwvXewaSqzmK2/TY7+6ewN8du7Y&#10;zPXvUvTmJxlBhqTPZBtx7WofLW5SFqmooMhkGrKieOL0+01unsiHZabz3JualyVdWHcstXDjKGtO&#10;ZraLLSZBsTsfbVNJhqWkoQMrlaykjDLNqhppmaYl4iPY45A5w2rZuSptkP18O4TFJrZlCjxJgHUI&#10;yOGXw9Mh166qadoB6Kt1i1bldwTxE28MSgKwUKERQXemdWn4lXia9LGm+L+c7Q270ttvYdXtPbeF&#10;xfTuO2RlarJYuh27Q57F7hocJN3FvSf+8VfnMrkP4NhafJ1DtPjdH8Sp41plWCoMvtzzFdBuXdOD&#10;qNxVuD2/i+ucDujDVGKq4pafE4ruKsXG0NbJW7ohpf4JkcBtrB5qWCjxrRzQT5yvkdBNWxxRCQr6&#10;03efbn3zZOX7m22XaIVtxJGP1JpzKEmdACRPcA/owIKLCWkaPux0S7ncR3sNvt0lt9LO9xqcMpVC&#10;gUGNgy8PHb486lC0JCkkF92B1nL0bt3sHc2wdw9h74rO3O1Otc9X5PAmrG5d5fHGCXLV1DM3WmT3&#10;FS75qN87x3BtOkoqvM0/29TDtTFUEBkoMRNVVC0Udk/Nybsff0vxx6X6e7P2911tzfmD3nvPccGF&#10;rcJ8me3M11xuOSl2TsLbWAwlIs/XmF3b2zVU2NoEeU5KloayoWpKssgCLnP3h3Pmw7G42NLKKxPi&#10;NEp1SzTRqUj1OODEBfEqdDUdQFarEq2fkd9pXcZb7cfHSfWV1BQIlb4hHlqlgARQgsVI4E9XN5bo&#10;7cWc2xS/Kj5J9ida7R3TtDpvsPE4DbE+Xmzvx46p2v2Hjqal3Hu3ctdl6kxdk7uj64pPBk6qUJhc&#10;hVx6oIFgCObddpUndvVmy6HMd05jbG6flV2rkcpvPJbe2TtGLMdO/HHCVdRiMdvnfdfiqasqRvih&#10;2FK9PT1GVqZpUrNwzxYTGySUq1M7DPlv3D555nk272/2XaoLfc51aOkAET2pb+1uJp2p4js4KRRO&#10;AjRsrvqowC2XY9q2eFN73Fz4bxoqRSVbxPDBAYoSASR3FRkgVNMDqpY9gUnzA3dQdN9aUFT1P8Le&#10;vMHh+t9m0FZvibrfuP5DbhnwuZzPXHWM+96ikfN7D3F3WmLr67G7WpkgTF7bhqdw5iKGoOMpYC9Z&#10;7PRdobo7M2ZsTGVWwMBiNsJtjPdu7rrDhOytwV2c3BNgs52xvrcuRxmRxE6YqV6upgxkiH7aDU9P&#10;4Ws0Qh3Ue4W48uS7Veo93eQaYooWMTtFGy6H1TN8UgWPW1x/aNUogFSei/mE7NsVxt18Ibi4kZmI&#10;WIFnchNdIlWmlRiimi0oCSaE2i7D2tufoLYPWm5u8c3H2hu7ce4MfkNs9Udcw0GR656W2zszaVTk&#10;NqdY9Ibfp6rE11RW1MWOoqKoyz1ErZKtkRZxNAx86y7DTsLrPrrKdqZbfnUe4MrtSLaOzeut0df7&#10;EyPV9fu3A0jQ4DN7ezm6cfDWbp3PkcniaSBFERpqWUtNJWFdcKge+09zY8oST2d/s0NzzhNMY4zu&#10;RIgiZ0Z0NoBVdXit4kwYU8NERWX4QA/bvfdl3Pfrmx2693yG/KPP4d/WSCNgdVY1B0RFmbIJNSAq&#10;eZ6SfU2E2ZvPsDC9RxdJZaGg3fluzOw+0tmds9nQd6ZjqbcO6K2bem193nZlduPLdfbNr13NXalS&#10;SGsOPlp6akxalUqXQl0va28uxN57I2Pjer9odh5XbOZrM9tzY+HyddR4aprsxQ68hA9FmGrqmXHQ&#10;QVTTV9M9VKampJcMJEAAl3Xchdc7WtvvmzWm5z2po7w00vIyjxCusNGqUAYoQVVqkDiDkvYbhJcQ&#10;W0U0InYuGYkEM7jGkgUCqeAUUAGOjzZ/q/YXV22967yyO/s5sxc7S4PG7u7BySR1GaqaPFVENLjq&#10;mploIYqKlnp1SKGjmipIY6SEW8ZVjcWd0UdPHRZfMbeylDgd0HcmLpM1jcs9btXadL2GafKCg67k&#10;hwVJPvLOUyZikq5ninlahkkkC1LzU8JHsx582S/vNyu7HlbZoZdliIkuWEiJGblIVZba3YaZZJNE&#10;niyKOxpCB2GqKl5jt7bxkaJZIYpXj8RkH9kScCN66lBxqbOAQBU9JKlxtZmZsJia/GYjPbezOJnl&#10;23lUY7j3FufY1FNhK7IbooqvIVVPtfGTV8U9B/nYDVzRQsIYoZHsHbqb5HZ3fGK3Di+p+k9sdeYy&#10;nqJdzburMnlev8bs2l3DW7eSirccK7wUcm69x7oyNBK+Jx9LTtHDRIUdaeniMhCvJ/M+4XkB5b2H&#10;lu1G7XDO8caqREUVQwjSoIEoQF2lc0oxBqEVQkmma2sY9teZVunZNBirqbQMZ+IK3xOzGgYmmT0A&#10;e9uhttbN3/suj7j7W7E7M3tvhn2x1hg8RQb63PuOLbW0dxUGZEtVJST1uH2vg9pbbqlbM7grnpp6&#10;ipvOJpquWClJEe2KzCZ3s/e+VzOLzO08xXbgJqtt4uh2vU4LbcMFHSw0mFw8uJqsXT1dDRUsa+OZ&#10;YU8pcsdROow7vEN5Zbvu0G8W7226JK+uIAAKzNUoAtF0gUAYYIzTPRlJd3TJEk0PaigfEG/OoArn&#10;zNcdWGdd4XJ7Y2Vt/BY6vh3FSY7HpFHm81kMyctlp3kkmrq7JGujyFTFVVFbLIzRmRhHfQoVVChA&#10;jD7GqH8lZuathsrDVPsaaukVQRY/5Lm3v6hawHso/s5IwmpVC9woQKk8PmSM09Omg1Sui2YU45FM&#10;+lPXj0sJ6zPRX8OEpKmw4KZnxajbniXHLbn/AB9848LtOmlE9HvqlA5CQybN3VQMo+ioZooqpCdP&#10;JIPH09uJbp+nILoOQalaaSzZABA88gAcDx9evDwRQmOuanArX5D/ACdYzkczfTJtqZ0OnUYsnjJB&#10;yAW9M0sFwrcf4295/tDNMDBvbHwxemx/i+4KFkCg6Tomx6hQ7KOASB7sGMREc1yqR/iOcGncAQK6&#10;qYOfz62zwmh8Ihf9KQTjIr5fOvWU1ChW14CtGjgKIMa+oE8+PRWMCP8AXt7eMbLuLyAR9p4EItyU&#10;m7HylL6A1yksdZFHHp9P9T/sb+3lje3h+njuKI60UB6N5+YrpYjybNOtssaIVyAR51H/ABXTTK+H&#10;jc69oVbaG1B48BSzjV9dSGIyNclvqB9b+8tRU7w16ot6YTIfrDCm3RgMo/j12Ch6ttRU3Fyfrce9&#10;apnUR6hJKdI1qTUY8xxNAKA1rWvqetfoCgLE1ApQkf8AF/b69ZqcYJ4xbD11Egs2mTE5CmC39VrR&#10;RaQbn6f19vGOyXZ2pEpzQ18Q50ywdfVcZAIDIxmjEjoB/RvZjbtb/TfT3CSeJ3BdRGksxr8R4cK0&#10;OAfn1p4YGR9TyM/lnH7eodVRbSSY1E618EzWQyQz7ipj+WFhTyRqLE/UD2JGIqN8uYvvdg7aeNwS&#10;ZYto7flmkSxAIbE1IBMg/op/HsU7bfXVnLGPCZwxopLLQHj2j+IEVNaUA416Kp4JCHHjVkOPiBz9&#10;ny4fZ0y/YbZWRpYt6bqpQjvI0Uu6swYUt+pWXJNUFY1vwL2/p7tY+HvyBrFhxnUu/KSqx1Uv+TbD&#10;y89DkYKWrp3JaPZ2RlqBKsNZAbnHyM+mWMeFtLBPZBzpy3ebq43u1tw24xomrWkaoQtSJFFfiYEx&#10;1FPi1VJPRGkzWbNa3EKyWLE/EQPDfPAg/C1SCBQA0rxPWuX/ADn/AOWzS79pNy/LXo2qgymRpaFc&#10;r3VtDHVWJarhhx0I8vbeFpqdIGnlhp0H8ehRRKyj71Q5WoDGh+Sfxz64+UPUW5epuyaCafbu4fHW&#10;47MY+OI7j2Lu+gjk/ge+drzyWMGbwlQ93juI66lMlLNeOQ2AiLZ8z7JHy/PHF+9YQZLaTSVIGRWS&#10;RsrCp7PDJYLp1hOB6M7K4k2O8lRoh+55qao61oBhWSow8eaLwqSOFOqKfg382uzfiR2/gM1hMgBl&#10;MIf4dl8TV1LR7e7B2bUVUVRkdr5ho/LHHS1KRhqSpAdsZVhKmNSA6Sa2PRvZe8P5bHefYHw++XL7&#10;j/2XPf25dvb1zG6dj0KZPLdabzxvnoOo/nt8bqLJU1ZBNuTa9Mxp9w4pIyM3hhV4jIRvPBT+LFH3&#10;W9rrnnSG3O2tb2PufszN+7rqUVQMrhjYXDBlb6O4kRWjk1VtJwlxEy9xcX7NvN5yfvS75tyLebbN&#10;D4dzCDRLu1BDCh/BPC4Dxk5Vl8M9h79zHNzbW+avU2xfl78Uq/E1vbO29vZvb42znMimJxnYu1ch&#10;Gn+k74md8pSGqWgpMjO2rH1sqTvtzOily9EZqKepiyBr+z91/Iv455rdvS+6d+UW6qPfGFwW9ttd&#10;oYyph3ltrt7pfelDkJtldtdQbpq2nB2dv7G1z10NTA4rsdkopKR3hqKaQe8QrP72n3mdk5d3z29m&#10;9wt4t7Vp57W4gvG1X233Wsm5t/qJQ80DguatE4EkLrNGQGAGVm12/L28bfZ8xbIwlsp1LL8znWGQ&#10;1CyKarIuQDlSQVYjJ1rtb43fJfA9adv4HZjY2u61rs3t+PZk33m0cx1jvrCVNLh96dadhbTw1XS0&#10;sG4dn5jEmhrsfUCehqFUuv3VHPFJIaT/AEodB+X/AEX/AOmzfH3P90/sf9KP944vN/pD/gX8O/jP&#10;96fF/Cf4/wDwP/INXl/hmn/J9Wr1e+gf/BSez3/A9/60H+uLN/rnfuDxf354X+NfvCv1H0v1VNXg&#10;V/xT6jxtf036ddWeiz6CWmr6A/TeHXTT8NdVOFKU/KuaV6LT/oo+QH2X9+f9CHRv2P8ApE/u9/o7&#10;/uHS/e/6EP75/wAa/g38N8Wj+G/3w/38fi8H3v3X7t/D+z7/AP/TpC2lgaPc+VrMTVbmxG1K3+C1&#10;9Xt2XNh1xub3DTT0sdFhKyuiSUYnH1EU7zVNcYphSQQs7RlQSObAt62NzeKyuYniDRg0kMbsVdoh&#10;gPInFYyy+ISFDAkdZ1TywwCJX1ksaY/DQcWPkPsz1v5VEy08TTPbxxgtIxdUCoqklruQv4/JH+v7&#10;Z8xi67C5XJ4jKrBHkMRkZ8dWtR1NNkMfJJTuY1q8ZkqJ5aTMYnIR6Z6SqgdoamlkjmQlHHtLDLHL&#10;DFLBUxyIGUEFWAOSHVso6mqujZVwVOR0okbw6rEysTQ8SxNcnJ+H5+mKdc43EiK6hgHUMA6sji/4&#10;dGAZGH0IIBB9tbKTch1LFhwLElSALFfr9OSx5NufbwIGCuAP9X/Fdb1Alg6kAjAzj8zxH8+ufvzz&#10;ILnkk8H8BWT6OoFljUD6g/1J9+SNsA0A/wA/8z1qMSLksFT+dPP1r8uPXvfAAzsrG+gLIzKDflhy&#10;CSB4y5+rc3+vu5bwhQcaih+z/DT08uHTrypHH4cagyVAqBj14+ZA/wBnh1732qRliUHLqUtq1XA+&#10;oW92Epb/AFr396Zn/Ef5U/2KdJ5GmBJ00Jp+37PTzpw8+ve+oop6uppaOkpa6sr8hVU9DQUFDSz1&#10;eSydfUuIqXFY3HUsctVW5KqkIWOONWZz/hz7ft4JrhxDBHrc+QzQfxE+Sj/is9OBtIRzpDfsp+fk&#10;POn58Osc00NPDLUVEscEEEbzTzzOsUMMMSl5JZZHKpHHGiksxIAAufdqfxz+D0WFmot69/4umyOa&#10;gaCr2/1HM0NZh8RMqq8NV2QYTJR5rKwsfKMPrOPpWUfdNPIPGJ35C9sUnkt77c2NWyRpJOmmpiob&#10;TQcEqO9qkrpHUU84+5VhsyvZbPKsm410mQdwQnjpHAkfxZ+Wc9EH7/8AldBQY2twXWlbE4eJ4a/d&#10;61f2sSB3en8GDkWOSoeWWT0pURI7lj+0ALSe7McbUYqWSrqcnS1GS+yx98PGUjgx884UU9NSz08K&#10;x1EmLxkMdglMY/EtrDRZfeQ52jcba1hXY9zW2meQRlCaUNKgqSBp8QfxdpIBah6geTeUnuGvNz1T&#10;zSMxNG4Gno1alsVZseVB1VJv7J74qq7bGOx38CxdDmtxs/ZOTYZOu3didoU0a1FVX7eyIlqNt4vd&#10;2TyUqCBcrTVMdYoaKIxSgy+0vNPNTSpPVNFNPUTK8X20EVLSrFcf5PTxRft00f7mlFjBc83Ym59j&#10;PbNtjuoHeW6nuJvCCyahqkZ6lVrSnaCupl9QK9B+7ntrm4d2QRtSugEn7BjiPNvLFaYHSrkWnngn&#10;xG26GPb+ExENaTPkspW5Gojk8ZqajLZGtyIlqcxXSRpqkqqqVYUBBjRV0gRa2tymGyNElNgP45XU&#10;kdVNJjKSpo4lo45gwWqoBWUjYjMfbJIZZqgVC/ZWOi8gv7MvDuLiO9VLydS0S/qfw0cLUKcoz00P&#10;nNT4dOPRPLdJdpJHDucSO7UDNXQRX4fUMf4SKnFcHpI47HbO7H2zlpMhuqm2XsXNZnB4mm3HmqLc&#10;EGY3tk6GVaus2/uqXbm4abf2x8PkJoUp8Xip8PN/eaMr94ooXERR2UyWKkWKlor10PojrI4p6mUU&#10;07SrNNCKrI01b/DMOJgA0aP4qgjXICCAF6j6SB0LamTUF4MWyQzGoYO6g6kIBYA9p1DqiTXMSyao&#10;h4oahoD3AYBpwJ9CMr5dGI2bsbcAyldubOQU23cpVDzYSesxOGxHlxJxzY2jknxmzsntQ7r3vX0K&#10;6ZKytpvucYv7FK66WkKZglijqWjljpqmqqo5olrqEY37Oihk1yMlXLHjhRyypYAhhxfi1x7UDcgg&#10;Sa4lVxElVUqDrxQRODQKK97UILHiCenzeBf1TJKSBUKwP2FakYHEk8SehZrcHU1WKiixrZPB4uhy&#10;FLUVGHzFTumPN5Guo5YYFy+36f8AvUc5BTTISIjGzAoLsGswPS10yQT4iGppYpVUzLEHxn8GbUiF&#10;ngr3jgnpBMx1BUchJPoLX9vpbS3c09xLbEmSiD8RFCWdlK5BTFFwujDcAOk6COe4ScU8KlCaGpzX&#10;4eFRwyDXjivXCbF0q1mM3VNSZepokJp5ZPDukb1MiyT09HDlMBFWZDF5qBIVMTzzw+aWP1Fi1iJC&#10;VNVLSUFAKpxTU6ljX1MNDT18siEnRFWx1kMNdCsZ0tHNpDrwebH2ke0trhJbwlBG8StQFvDQVYEF&#10;Ae1maoGomhoQCMdekgjM0jo+mSTAz2itTwAOkgjtyaHOesT00OKyuezc2LWoys1Y8dPgsbPuDJ4a&#10;GGVaZIaiowtVhK+uw9SjKJUmxgkaJyxFhqHuPUyNHqWqeGKl8KLTxysTVvGXAY09BFlXoqasSVmt&#10;YC8Z/wBj7U2ixXRs42m8a1LKR4avVXAFGclgSCFCgkijau0inV9TjSUXUTXVQHjpxVh8X5/s6l00&#10;Gr7isxVHWLn46mo/ik6Gnjw48kTypS1edqNnR5nI4lqcqZP1gSr9eCpmVMaU74+srK2Vy2iOiqJa&#10;3JPk6SSVzZKKCDISRwspYAq403Ivf6+32a9WZgiTxSKzMQELO0ZXJzUio4ZNAK4p1S3uA5kj8MBw&#10;KtpHbSlD3UrUU6TeNjpq+jz2HweDw4pRH5M3i6XD7Wx2zsgaWMXbO1dXteikycLqrN5IT5NKELa5&#10;Qc8rTvQ1KvFkasZLMxCF8hXVE8s1UmsxoXpPt56emXS5Q2aFtXI9Qv7RwRwXMX09zZ6JEdCEJd2I&#10;qC/cSRK9QGouABQ4qOtxS/WNHGsQRQ1aAHB4mp88DjQinGnXPa1cK6hm8eFwtRtHaMs9RDgNuY3B&#10;YnF4WqSl8wjpsitTistJGTEZFeSOqiZTY+jgMxgkgSNanyqYtaU9dLTNRQOA5jV5amuxZqq6MIbM&#10;pLAAD2pX/FUmmiuDbu1Q2uhANdXbHpBpUVbganB8utGKSBtOAKmorXHoB5HNQRk+XSviytFmJZ3x&#10;60mUSYUlRkcBjMpHmMnB5aQz+BYsNuxcVhKyRxenkCoGOq/FyHukaaNmrK6WhWSsDxwyilx0FMsZ&#10;CRreOqpo1qmkHN41Ukey2S6tYTbx28Mr3bSUIBCrIQdQLYqOOK8RSo49M0hjCC3ZhQ0JBauoCtCK&#10;HHl3efSZyVCldTnCYmPLfwnCxRVdTTTZTdGVztMzCZpkpK3FZyonxkcDqU/fllEbc3HFsv2uLikS&#10;mmp6aWsCpIFSWODFQQCRSGiovu1qMdNwBqVdB/2PtQr3kckky3LEFiHcxh5VkAJ0YXjSpDmgNAKj&#10;h0oe9MizBkRYTktQatVPI0IY04+nTalbnq2iasoqnJ0eGhMlNHG7ZCfcWXaaIx3rc6aGbG7nxpZr&#10;rC7moVvVY6bmLPNBDLkqSnqH+3Z08TJOtbkWMyAkx1QyjQ/a6hfXGysh4K/X2X215cXVtbSJGTGo&#10;YtoUxALXSaZOafJicmo6bhbQkdxUBqNq01AqDxApk0PDgBnpSRYeokTCZDJ0US5LSElhr6dqPbqC&#10;kYyRxVWIl2rDWDKsLDwVK+KRfo5Gn2311aZDRY8RRw1VO71GN/ha+XI1cvjKMXqDkPtkkdS5Zm+p&#10;B9mUC2tkXubwSSuyZSQ6ogn4C7sSFUjTlRqUkavPq0X0wM02tmThRiQvlkE+vmfKvDpzxuGnaPJ5&#10;WnmlqcRWrFQ5582posXjYjOZ2ipcRT7YXL1kFPKiCOK/jKH08gX7jyOPp51pZqCuSsyBp6lqSNph&#10;l5xG/wC/WT6q2ehaGCTk+IhrG/8Ah7f3GGW3KLtkLLcDUHXBSMsK6Vag1tpyKgg8a06VlZmUPDMA&#10;wFGXBQfIEfEdPmR/PpvjwOXzGOnydRnsJVYHCrWY+gytTFStt+ISoY6TG0cC4OgzdDLWwgL/AJRq&#10;RSuk3uCXvFwYfGy1OVzM7YyrqBJHQ1OQn8X3LO0kaZJfvYKqlpxjqgaIkkkiNVUN/tI9vXt00FvZ&#10;W1rZ+O0khJQAlgCoLFSrUOuulqUotTQYPRbPdX0rQta24kiBOACQAPMhSK6hnAoKdAz2BVbx3uaT&#10;rvZ7fxfbFBTUMu/afbNHUVRxtJRvDVHr2c7ZrcNuTy7owyrWVdXRU1bJh8bDZrCdlMTcE+PxtRT4&#10;7GQ5Wsy9Esfngimzc80MsjCUy0y1a5ykpaWFGBkWlkEdRMxYiwHsq2+0uLtLmW20htZZiEA0AA6V&#10;TUa9zjSztWgFB2np5L68nsZu9IoCcMB+GlKUqO5jwNK0oPLpYda4Cvrqeu3ZvCq2xhdoZpJKTb09&#10;TRdfUlLUYuBVoGXNZLbVB1vndwVWUgp1+yXO0b1uIo4hEkrSPIxY3raGkmjNHPX/AHMxENdkxQzZ&#10;GSk4DrFLja3FtHJFcgGW94ivII9rW2+3l1XVuhku2UhtP6VWTijVGCw/CoOok0IFOk4ik0NqKvnI&#10;B0mvGoI8/VOB9ehTjps9laaen3DS4alwFDIazbW2Z87RYunr0qC0IyVBuPAbsgqxUhbyLBIoWWN7&#10;Ahrn3xerx9JTzCQRtDDVinqKXxxTVGTEhWVq2jr58fDV0VM6gXija6Nf0292UxyPaPEk3cQVVU0t&#10;T4WVsgMVauWwVFak4681uSy6Q66sg04eQFPWvrg049c48Xn8lkInSoijyFRhJaqlyk9dVU+I24Yl&#10;kipsZksDQ7hrcZkskrMSlVLE3mUqPKG+ndHWvTpMIqekEs0MwpWjqIDg4yTrLZFpZEEeQsSXeyub&#10;fX8+1m42sNy7x/XKbiCRVKquAte3Qw01RRRVwSSxAAAr0qmWNRRZyMivZRq8CpNMrQV86dQ58d9y&#10;tLNUyZ18eJ45siauGufsKqZY1gMOApqWGsM2EadQVpmaSBQbkarj36GoZIYpIxUPlbgVNeciwpkh&#10;lWzR4/LrlHERCL6GZGXmxsLe6zlLgRw+ECkJVWTUAxoxWoicDtFVUpVlahOSeqa5BpIVVizg07gv&#10;qpFSKYxx+fXKbHKayqWqnpoNszQzTY3CptjyVMtbEyypJuTbn92r1E7yuzOYpIJltqFyD7lWikqZ&#10;2pI8ixqlRJElqaioM6SAajWzyVT09T4pl9BRCbAXsfZlNHcxW8VpcWiwxQrqxGsazoOJaldJbg6d&#10;pIqQDQdVgmlkEazzRrKG+FVHbTzqPMrg+fTBolSmp3yVbg51oZmkoKiKko4G27XQmyQ7eoYsLSV1&#10;LHLRSanaecqJCVBK3tGjinElRWwVjyvQyLM1Qqz1q0RUgTxtG8U8oWWO51xKdBH6Tz7cgWG+1Jbx&#10;Hw5C0ZbKotEqEDSA/FTTUqAVoa5B6cuI0dvDKqoIKUoVDACooSfyP25yR1OrqyCko8Zh8tQxUhy1&#10;M6U2NkfG4upz7VEiGiyIkx1TQUYkxtQ6sKepm/yjUbuot7dVqamevXKw0MEpkp1FNSRzxu2qIJ5q&#10;h8lJjGpjFosTFNyt/wDX9tW0k1pBNY3MrRQEMVoGJoMKy1y4Y+ZOkD4QOigxp4SwCQqAa1yK+dFH&#10;xD0r6Dh0wVmJxsGJfbdXnKj7mLIKcxl6uhNHBIlW8ppcQu1qLdcNfR18cpYJU0NhKw5/Ht32xunc&#10;m0a6XMbfyjUOYpaiUzVONFH/AA6mQp53gyVNWQrFVRSBSkiI3jkU+mxAPty6s9m3C2hs76wE21sg&#10;AM6sAzVVdApQ8WLq/wAQZa06X2dy1tPFPbhgBkaqhs9o4UOfL+fQUd9dBdSfJLZL9W9xbMpd3df5&#10;ump9GBzFbmI95SVSF6am3FsLcWByE1ftfP4+MI1PVFPuKckpMZY3eInv6t7f252NAuKq4MZDukwt&#10;AcMJITR7gi8bS1NZt6or0U1EUbks1OS1VT2IGtbEQpzhy3NsqGS23qcbI7VeT9VWhcEKgcRsKllA&#10;o6gRsSCQCDWSdp5ghufDt7pqTMK5GkHy0k8FemacGAqPTrUW+bX8tDvX4H7vi7c2FRbl3t0ji8rB&#10;l9p9nPiaafdHU9RNO0dLtTvbC4qGrpcJNL5Pt4c2ETC5eBmEhppSYyit64So2/kmikeSqhmbyY6p&#10;p4JIHljmJJgEUqPokp5W8bKCQRY/Q+xNy3u8+7IltBEiPpOpZHEiNoouqqMuqSRQGrRW1A1qej+S&#10;3Ve6GuhiflX1+X7eIyOj8fFjsrafdvXdNubGpTYrM4+Skxm/Nrv4kl25nfCapZo9dpP7q5OINUY+&#10;oPoMOqM2kRh7oN+dPaMe/t677xVJUCfBdabfr9kY4RmQ09ZmI2+73VkgdTRVMT5u1LE4H+ao7AkG&#10;3vKrk+0js9ojuPCcSTsHoxWoSvHPAFhqPnmpGegNvMrSM8ceIwPkTT0/L1PW2x/Lh6N/0RdAUO4c&#10;lSin3R3BXp2BklaPxTUe3JqSOk2FiJEspVoNspHVyowLJV104JNh7qMnljipZJ47B544yxZuVGkG&#10;MtBwoVja30tz9fYsndJEpGfhJFP6XE0PBq5zSg8ugokZkdFXAQ+manNKjj614dWB+2KSqnLmR1DM&#10;2pmlU2GtAEDcgfRPqB9SfpYe2TdvdwSQbfII/hABJAyM0PEivp59KiQYmSAlQuOOKn5+fXvaGzW8&#10;KXb7yJUl6quceSOgpmQTxsxXQ1VL/m6RCgvZrs34U3v7It55ksdmjdLkg34r2DNAoFagmgrihb7Q&#10;OlCW81woSIDz7qcB/lPXvYTZTeeZyZK/eighfUI6agXxlUvcqah9U81wPq2m30A9xZuPuBut3Ixt&#10;ykCEVHmT6ZNcj9nRlDYIpDTSFn/Z/sj7OvexN+PUuxMh2Gm2997LpOzsnvujj2T11srKV2exy5/f&#10;W6qoYDE0KbixGcxEmzlqJMiBJmJFrfsotZjgMhDBTyhdW+63k9ru9xNc3syCO1jErRVndgKtIuI0&#10;SpZ2IYaQRp6vPHbwwu8iRlVU01KG7vnUigHGozjiM9B32pUNjdkZ3cJ3fktkUm08dkd15PP46moa&#10;1aPGbfxtZkq2bI4+toK5snjaWCAzSUsRgkqTEI/KqMwN/Wxu4tl717Syewet97bSpcD8cupcD192&#10;tuKHdeKz/V2zsHj8TPLvzKUUefzJwfZm2euqfbdP91kpUgTKTRL/AJQtU2penfJPNnt3JybzZHy5&#10;zxbW9/y/4MS3HgUia5KloxHLWNzrftm0ECF8V7SegLZy7lY7lHuM1jDb3kJYQlDV5CuoqDxornUW&#10;AB7TSlMkgmc2tgOuvj9lt8bmlytXvDd+/wCk3d1NLkMDNtne+9e1t0vKOtcdCu1sHS7y2buHfG6t&#10;wyoMbGJUwVHPLAIBTRzK5nt+7N6M692TujE1VZuHcvaW5afrdtu0NJioMLBXQ0Gbnlqd+bTq63A1&#10;+xMbj94TUNTJkoJmnagjlgWlgN6aRxhPzzzhzjzDsXKuw77ZWs5hM8xEWpnhkAR7csWqs3hh0gcu&#10;ZQokmJ1pp6O4eYeY943+3vhZ2NvsSwO007628cEAFV/hlQnSgIpSrgYwVnY3dPzT+SPePU+F2VlN&#10;hbH6WwO2t+7k3zmJ2XckmLlzmGxeNp+p+wsVRbowm8v7xbaXKA7frKQxz5J6OulrKgtT1NKrVhP9&#10;Hewuwv4vlsDQ4gdn4XJmTHZvCbeq+p6XOQLjsFQ7aO/M62Rrdt74wGClpqDFUHhVMjrNQUkql0rX&#10;ne+2WQRcs8xcwLFsUUbykORS6nQxRhzqqjlNNfAXQATqQNTC/nXd25r5eDzX77XskciuXjbVLKyi&#10;seoRjUUVQe0hQTlsV6HPsah7A3ftrEbSk7EzeQ2t1TlUqczFtyfdOL7Y7Jl8aVGP3Rldm4JKHbu4&#10;9h7gyMVbUVMcD0sVGUaOKT7dTekru34393dcQ7t372BtWmodvLvvKYjIVFRunF5jcFPPPkZjQV2T&#10;xsckeWqcakRhiOVEZWaUrMVjSRSMC5o49nubi62a81pDMQj1BbVUsqtXOs01Fh2g44Y6Cuxb3y3v&#10;UUtvsm8w3QSh7GFTqGKcATxJ0Y8urFdj9r7R3LUbY29iKfMRTZnZGM3Zi6ptrZHD7emoZ0Eb42mq&#10;mE2Po8tR6C0lB5neBBbU1r+1Z8cdwdkdh7o31haXfO9t3773zs3emO2hs0bdquw8bureu4JMdl13&#10;F2FXZnJY7Y3Wm36Dce3MZkqvI5Npf4rNQ06vHJHAYpBbss+78wtJD/WBxuF1EQsaipklVmmq8lQs&#10;epgxCk/q1NBQUK/917eot4beARqKABFBJoGAQDiSQTSlSCcZIPQQfJTH9dbXwWza3PYzbO0dvw7u&#10;2gmZ3vFuSh2JnsRhNtPlDS4DbUmOxtZurdOUymHzmWxlHi8YEqwmUqPt5IJJTKt6/TnWPY+Mh2Jl&#10;d6wUdVVZDB0mR3y9LlsdUbs3V2o+30rdw7jzcdBJFRDF5Wpo4YqCWN6yr858lZDDAwIyfbm+Llvk&#10;i52jYfbaVeZIofDQRwpDbLIjNrEkhZnIkkPitcGqyh20ESKKiCVeWpuUoI915XWTdERYw7L3qplq&#10;NevuK0VSad5IpwHVR3d/zP67h2t2n1fsbaGW23uzaWXq9v7Y3tXdeZfA9Q9d9TYvsGs2pAlPOPNm&#10;83WYmjyArq5VgxkGXjeenxVRJWQqGeMHgszhM12Bl4s3jZ9ido9m1fZdBsxxmKmbbGepNs4HbGQw&#10;clUlRRYbJGpzWENe7SRrBD5VQXMZJ52XvNu5vzFzF/WDlNRzRb3Ekjs6t4kJm0nwdBKl4kYMyvU6&#10;qgn06ja62yQXKb5Ybg/hy2a2skakiLTExcMFNdLaX0gjuK1BHSmo9v7ZXD7EoNwU024e8emencX0&#10;zN8hqfbezdo7qzPV+6aur3RV5jb8xpt470wW2avF1z0tPjaWdcnMkszyXaoY+xUwmQpN1RGClpcF&#10;DnMDurb2+KBsHT0+OmzeT27mfLkaeryEBkq4qVsbXzeSZn/cJYqCST7XbhzNue+79se/38EsEKM6&#10;sEkEem1mQxl4k0lauRpJ0gr3MAS5PSLa+W7HZ33CWJ54HmiqGdzRNDCTtJOkOzCop+DHAU6K53ht&#10;DO9KVW2Mnld3dhZzrrd+wt+dKZ5d9/ebxx/XGJ3713UUmwazbm1cpFRYaXNNuzb1EkNLBSsaSQQi&#10;aRAqJ7DnauHzey95V3VkOVx+Z6xp9p5OXA4HcdMJJsJjq2TIYD+DUGco4Ia2twwospLTSUJkkmC1&#10;cXhmdtemQOa969gt49qrXY7K6u5eao7dC7RSsqGbTJG0jGUHVFCyKtFKRvp1Ig7aLNrHNcu+25ub&#10;yaCCSYsFV08BwtJEdVAJQS1JxpBWury6GTtKHrbffxvo/kgNjbj2739XV+3absbP7ajy2OqdzZTH&#10;Vm1t75fLZfZGQzc2ExmQocptqmyc2Y+2jlD4yrmkhiEseoJegptq4fr3bWE29VVm5tg7Wes2ntbK&#10;SYSr23m8xTUVYzpPHQaKrI7bXHU9WIaWOpqZZ3pkUyhXcgR57QbnyZb7bbJzQl4l5cgIs9qz+NCu&#10;sr4pIIJ8RipQQiqKXFfLqSb4bTa7rdRT27vNIysfDGkopFDmvFjULppitTjo13yE2zvrcucyWUYY&#10;Lr3tDP4THbl3jjm3Did27H2XBRY4tjMJkabOV1LR9g4zMVFIJqySHE0aw1TnQ8qxa3NBUnZ9ViKF&#10;l25l58mKTcUlIMrWhhRwR5UDIZGqlqp5q9RAY/uSkSuEhAVgbgexgLTkDe903iZbve7/AHwwvI0V&#10;QvgsGeMzSuKMcDxWOkkUCnj1SOOLcZ2C/UC61SaUpmQhFXSTTJIoKGlCK1z1Wzgv9mi2jv8A3fNk&#10;O3+tqHrafPdPQ5bIbU2SUyO6Mw2wnrdsbH21T4XG0G1q6myVLWJhIaivkpZpq6QyQt+2ZPbZsySA&#10;b4xVFj62mqccZpmxeTppMhTwVscUV4M3A8tNQUlNPUyVEWmFo5fCrgML29xHzvse77enNu5NZT3N&#10;na27a5GhLIsbLoVmC9upmZQkZOkNTIfpNZ7buMm5W6zq50yL4lVwtOKN66B2/M9DR3PW1GZ+MWdz&#10;O4tvV+2t1V1NgMhu/ZGXh2vUZjbrV2Vpq3LdbbipKPK7l3FksVg8Xhq81WTiq6B6ySBjGxQFSP1D&#10;PtWl3VU415aaky1UGpKaTHyRR11XVySyvXZOOo8bsauNpGkQNZdd5FU2PuPPbXl275z2rmTdrmT6&#10;WyKLbrBK4F14MQVZCgPb4fZ8ZPaTpJHHow9xLrftgt9sXle0triZGaeRZqs0jKvYiKKZJoKkgjAr&#10;1WH8kaHvjHdC9Z5vFVlbvTYW2Fg7O37mczhKqv2Bh8ZWUdM/W/X1ZtqaoppY9t0dBKtNWCIO/jji&#10;o5nVpYx7I/8AKXFbxrc10v1v1dkKRMx2V3EcZJu/IityqdZ47D7Nz2SXe26qCj+1jrKjbtckdbiZ&#10;6lUparNLAsxZUCNLF17f77atyHte38uiO2vSZFvFBlVYWCUlmIGiCWFJDRHceLImocaAJ7Bvu6Xk&#10;+6NzltMFluawROGLBhIJWIZlBJ0gkaHUnUgBNKGvVoPxL7ekp+o+7+8+yaPdtTj+uOhoHzm1tu7X&#10;pcRT7zzud3XQV02N68cU+4afbGL37j8e23p8ZHUzTYfGzeSARO8rBXb2yZ2DsCh6w62pKjY+N2Zi&#10;qOl2t2FnIdx7mxlVmK+Kpouqc++6KLE1e0uxN5ZXcs9Rl947ayUdToqKmNmqUdZSuU/LEG5SqeTx&#10;anbLPbUMdoWDKsszKGsZzKyeHKhIYyJGdayaJ2YqpLjdbOxntpH3O4LWKoS2hWC00ldSOCXVtRoB&#10;waP5GvRZvjxszcfenya3Lv8A+R0mY3RkNz1+dep2HQ0dBtjJYmjhfGvvaoG19yZKHf3XvWPX8VDQ&#10;4DaG68TLj5aymxctR9tNTS05kJ78POj6L48Ue6e3d97oxnYXe/ZdFLBvWbrPCZSl2jtLP5Df2f3L&#10;JgMDuEWqt14uuqa6SpyVfHDT0lDFO1JSsYaYM4H5S9sOaWfcr7mm1GxNDGPGe4tmLzRzFo1u7eja&#10;Wozu7ByTGpjdgMggW/nfcriENazG3t+8aKh2kVAU7VANAwIK0yDw49WX94bm7r+Q1DjOqpOvMj8e&#10;+n9rbqllxVJ2tmtr7r3v3B1JitlRbSfduc2ZPkapNk5iDN516vb2IylbLkqmehpsjWU6NMIYuHyE&#10;z24N17T3JuCk33tilxE9TU7m7kzMW4f7q0ZwuzslT7e2lT44VxjzWC6a6oyeWjoMXRIJRk8xWz5i&#10;eWoqG1R62n2mg5NmuNzsOZ4tzhJGq5MhiZjXSWmo1BSghhUMytQsoGT1fbOY7reb67td82kwbmqq&#10;PDesgEdC1B26VkdQWkoT20Q0z0K3xi6P6p+OG8MbS5jB74zeYw9DLgup6PP7PkyGbxGc3tt+o3T2&#10;LubPfwaOpxGb717eodtz12XySmL+DbcoKPA0cdJRQPHVMnWG8uwNwUW5abEdj9SbayP8Vgr83Odt&#10;ZLst9/5vemLOysFW1lVhsmlHt+Db48DUdFFHGs0kQnnZ1d9Uw7FzCbzbtwjSWyjmqTMqq0ss0khC&#10;RsCKKrJRYYRkagtV06mIr2u326O2MbGPUiHucVcx/wAGojAPDBUjGaDpad1bT2Zj8xszIL1j3Dub&#10;H0mHyX8Nd900/W+L68w+yZIOw85KyZqjSpz8+4KejqkrJJXqWFGv2lOsbWI472jp4Biuu6zJZfJY&#10;fb9fuLY2GwG98nFtPe+1N/0UslDJvTIZCCro8rkZNz57MmvqYIxLRT4tqeSlkaoiZ2l2Pl/235g9&#10;tY9yi26z/rcCGjAnlWV5tTIVYOw0tHp/VOBrLMiiIpUSW0HLdvYG5ayhj3GU1moTV3KgI4PkFUgL&#10;+GgIWmelH05HS5zaNV3ilPs+l3xv6g23vTcOR2DQZLPbL3X11HEgwG2cTReWekTJbO2di48bT1dY&#10;FqIMolUpp4aadYQFvXO0OyuxtwiQbn2nh95b2z+6pKjCtiKg5bazUAOLztZh924CGfH022sQiSSV&#10;Sq2vIS6IYRJNOZEA222nM/Jb7L7hbft+2G43eSYQwT0KoNJ1TkNWKJIQrytJQkECLLyIelks1xs1&#10;nb7oiwm2kcqFLBi2hePquc6j/M9Cd2p2fsforr6LcM+1stndi4bCUIgqanJxVGNyk6xx1uDxmToM&#10;/OKqPK1+QWFYKqWPwUMTTVU7JFTaHF7tTo/cm2uvqjcO0MplI/u6/bmXqdv7q2/BUbwyq7SpclR4&#10;mbadJSyVjYqGtd56pUyBnmlo52klkaIqjLucNsu9x5ItW5StEAt5hNNLCsszzygEfUawF7WaV2kl&#10;0AENSigUJLylvHL3Pm2bnd7XNHqtbhraUipEkkdHOhyAJEUvRpFGnxAVwVPSS617sod575pNsbtx&#10;OB+6pcTlMmme65z9ZW7E2/Q7tpMZVS4fcm4qykwpy2S0yxU81bSRU9NHXqsKQRSK3jIphN9b/wBo&#10;ZKfM4na+36bMVWHyuFGVqOraJ6umo81TLDkTR/7h4PtJJYL6iiICDyGUBfcD8v8ANm+8nS3YsJUF&#10;+6+GToqCoatPwgAlRQk1pggivTbWrxuhjupA0bCmmhrSoKnyZSDwPDjxz0aLMbR2lubGUtDNuTNL&#10;iqaegqI4sZvXJQQzDGVVPU08VRPHkHkqoBLSKGDuxNjzq59omty+byNbNkcptLG5GsqfAautrdpZ&#10;sTSmlp4aSGaoqFrIWd4aaCJAWIGhBf8AxCm47luW63Um7bjqkumZmYsGLVanafOtMj+GgHTsaTKi&#10;iKWipX8I9KgD8uHl5dKSKjxUMQpqLNyUkQdnSKlr6NVVpZGlfSjROAJZXJPHJY++EWXxqHXX7AwT&#10;COBy0CVm58UzEekuHjzBZDc6jYW+ntHVGfVMFMbMKUqK04gDiG8q1rWtONOrF5iwHiLlh+Gn5UGP&#10;9R6y/wALrGhdKPdGVVyQRO8eFrCg1X0hXxmixHHNzb839tlRn9oH/mBKSnLEsI4uwNzFEY2AIFTF&#10;VabEcC5H490SeB08JrUvQFdVSusA1AUGpH9KtBjGcdXjLOhB0lxgHhj5Ctf8HXCLF7hjUBt0vOwk&#10;DF5cLjgSg+sZEBgXn+oAPtt/im2DItsDNTadQC0263qmKEk+kVmJazKf8SLH/Ye0+iPVcERAamFB&#10;qpmnlSop6GlfXrxM4D+Iq0rxFf8AZBH8+nNafKKpByNO7XupbHWAH9CErFv/ALx7daRtlMgWWi3m&#10;uoMQKLJbZnQuwJLMKvGQlEv9OQSB7UFlX9WWNiuqmNOAOCEHiQKksK4oOvSTsRqKliPn/L5/6h1G&#10;nTcY0/bT4RvX6/PS1yXS4tpMdY9n0/64v74TQ7JF0hXe6kj9dRFtiWLU5Fx/k9RTtbm3P092jjQJ&#10;HdQSSxv4hBJpVaegB4Uz/k6qJmIV1j86ceA/z9dxncQY+VMKyXFvHLXRta3Nw0Ugvf3GWg2i5bzV&#10;+Vpow1h9xgKSrbSQTrcQZdLgMOdP09tzTMSP1GKjiRQhaeQLfETimVPqOttLIx7VxxNKUFPt4nqS&#10;8uURLpR0Uz/6gV0sI/H9pqF/8f8Abe1BjaTaFLIk0G83gYDlG2PmYyv002mpshUrpKnmwI9qdv3G&#10;2BErXIRyDqBQ94DaiaVJDimOFRU9JmEE3iCS3o5+XH/LX7Oon32cBbVgYyBaxjy1O2q/1t5IIrW/&#10;x9jJtzL46jeOWDfjO0Twyxk0O6MbJDNCweGoiZqSQwywzKHRlOpWAP49jTbZbW80pbXYdkIFTG6M&#10;AwrVSTXSFxoyCxB6IrqzElYYYdSZBovkeKgnNKca+fTZUNUVcU8Ndsxp4amnmp6mJ5Nv1kNRBURv&#10;FUUs8U9UnmgqInKOpGllYg8H3d78U/kZB2phxtHdWYxNXv8AwlGjSTxVDrJvbEU8el87FA9JTMmX&#10;x9lXIRR3BBE4ADPaPeadjg5cnuN52iyuoIO3vWRXSEuTVNDFaLorRqHU5ZASaHpBa7jJaz/QXCTs&#10;H/s3K10KOKPU5cD4GOWAIz1pm/zjv5YLdB7hj+QHR23c1jOn915SrM+LocdTn/Q3u2tkh8e35Z6a&#10;smR9j7qqZmGIZ1tQ1DGiL6GpvcH5z/CXaPzO6lXatVPj9t9mbUevzPSnZdTC00e1tw1cStkNsZ+S&#10;nBqZeu97mNIcnENRpJhHXRL5InDgveRt3NlvJLt9wP6wxRqGjKCHXCFIC1bTqI0lkOWdm0VBCsBB&#10;tYurPXttzqfbmqyuFH6RrVT5FlzR1HlkUKg9FA/lo/zOtzfCvthZc89flevc8+Pw/cvW8Qhhq8zj&#10;aG1DR7126tSY0/v9s2iJkgVm/wBzFEr412RxRyQUF/F3s2Ro67+WV8z62LpzN7D3tnsV8Wu2uwYi&#10;0Pxb7yz2QSfLdJ9i5lC80XxK+ROVlQvkoWlodr5qqps9TqKWatc4PfeC9mf607fcc/cobO0/PUEC&#10;fVwIdLbrYwqaUrk7nZJ3WeruuIg1m1S8aiR+Secrn243Wa13OQ/1RuHBuUOVtZGoBexEVIQqR46A&#10;aZFIZQrUI3JNxVtPR123vnh8XspN2l1vv3Z2HyHdHXmxJBk6LuvrdKKBtv8Ab/X+MRAZ+8uscSvj&#10;WnCxVe5cDE+FqAayjw4pFX/oi7f/ANL3+y6/6M9x/wCn7+/X+ir/AEPaIv70/wCkT7r7X+7eq/8A&#10;Dft/+Un+K+X+Ffwr/L/N9p+77576IPB+u+ob926PF8Xw3/s60r4dPE8TV+n9Pp8fx/0NPi9vWVvi&#10;WvgfU+Iv02jxNdf0vB0+J4ni1p4Xh9+r+H546NX/AKbOpv8ARB/p+/0gbY/0Mf3J/wBI3+kj+JRf&#10;3X/uT/DP4x/eH7/6fZ/w/wBem3l1ejT5PT7/AP/UrB2hnJ+gtvZ7IYzc2Q2l28cfQ4jtPr/LU+Ew&#10;XY2Ew+5MpWJsrLdSDcm0MrmMPuHZOSo4p91Uv3WFzNJBURTRzxoCi81txt9tvbOzjsLiO7t3d11N&#10;CXtjLEivIJpUkUNFMjPDAQHVpo2Rkates4ZWhuJYom7s6hRsEAUOqlNVakaTX1xQdb0+bxOA37kd&#10;rSZLGRbowEdTLuDbGYxlbV1m2v8Ai1SUVWm4YaHM02MzVNlaTIyrRrNBXUTWLMiypGxK5kclkMvX&#10;1eVylVJW5LIVUtZkKtliQ11dP6qmsKwKkMTSzks5VVUuxJFz7pDBBbwrbwRBbdF0qKntUcFFcmgw&#10;ASSBSnSxVVAyhAG4YOKf7Pp0J6IkSJHGoVI0VEUfRUQBVUf4AD3AkF9IdgWYMEkWxPN21KVsL6Ro&#10;H05F/byn4tPAeX+ev7fs6uHNDRjoDYqPLzBr8+uXvmVZWZV0oFAB1lbl2A0m4N3Yj6n3QEEAmp+z&#10;08/s614oOquYwPn65p/n6974lGK29bSJy99RCoTcSAhvXEt/pYmx921DV5BTw+Z9PtP7K9V8dAzZ&#10;CoccOPy+09e9rHr/AGDvTs/c9Hs3YG36rcG4KuMTzU0TikxuHx3lEP8AeHceamQ0eAwVO7APUT8M&#10;SVjSR/T7Ntp2K+3y4+ns4yacWpWgFCwC8WIGSBkAZpirM9xbW0El1czhYYxUkmlB6etfQcfl0nd0&#10;7rwGzMNU57ceRgxuOp7IHlYeWpqXDGGioob+SrrqkoRHEgLMR/QEi6H4/fGbYnQtNFnjUUu9+1qm&#10;kEOW37U0k0GLwLvHJBWYbrjGVCGrwlJqdkbIN/uRrRy7xx2i95T8ie10Ozssl8hDSMAPg1qaowLM&#10;2BjuYVoBVV4nqB+cvcWe9Saw2VXj24ihkr3NRq5B8jTA4gHPVWnenyR3H2K0+ExMVTgNsQAzjCQS&#10;LU5DNQKrNDW5eemkNLNRSFOaY/tRk+ryMusGMmZFLRIs8MKRmOSN21JVTx3ZlkVbSyiMHU1mUL/X&#10;j3OdhYrLDHqht2meUBdLaXCk0LFuAqwpSjVoAMnqGpJRcDV4almNaZqQakkHz9MCop8+ilmqqY5U&#10;rZq5557CsWpamR0xNNUJGlMKLyk0tM8sbhYSVaRySdNjYo/dnY+xtgoj7z3hi9teaWlx/mrhWyQ4&#10;x6mIvRQ5anxVDX1WNSqsxjklp4opSBeRuAVc9nM6m2gibUwkdloGkkJ7joABYeSgMylVFVUVPSMr&#10;J4JaOME1z8RDluNKA0xk+XkM9OON23lK+j/vHNhJqjDUFTHJjjEY6jJ5+oWqNLUTbdoairSp3I1H&#10;FHeoalarMBLKREOQi6rvDoTIQyU9J8itiJW1KorVONz2Uoa6cW8kkNE9RgRTU8UUahWiZEep/TqA&#10;49qxuH7thiay267SrEuBE6NCNIrqZtXiK7446hSpoOkM1ygMSptTeFU8arpoKZPEq3EGuOFOkXg6&#10;vc+Vyyy7l6D38NtYORqjFYrf3UeUn2nW1lLVzUuOyWbp6+owNdXVpimarhqYa2ahxiXfxSzer23H&#10;tHZFXRfYYne+2q2meVIxMuTwFJkMzKpBWqzNTt3MY6GGR1J0RLDo0/qLNdvZlaSW28N4guJYrggu&#10;4ZagtQgAI4AkYmhJ+FKhwKjpgGOVvEVKq+SSMhhjAYAmmBWv+HoWNp/3DxWYGdzu6MVk8vTUr+OG&#10;qru0q/a/XWN/cL4vq7G9zbCzeZpcdGpH3NU9d9zPISkSw03jh9vKZf8AiBpP9/PtYzmMCGkh3Bhq&#10;enYs9ws9XR7oAeJES48gu1yD9faSOLaYLuV453SFQakLUsAvaRWgVtXHHCpz0kV7eGVqzsiKxJoN&#10;QOMcajj5eQ4dKWj7Y6Xnocv/AAjceLy2MgqBNkM7VT5Q5PF2AaSSjw25etIZQZ/KeKZ2WNlUra1v&#10;eao+4keqYbv2fjoVjZjBj9y41aWIqRJIjQw7geSp80d76RdP0+zC0hilNssMDSAGImtSzVRgSBqA&#10;YBsDVpYg6l6WRXFguho2cgnDMTQk+prSoOBXJHDrlR9t9OtTUgSeHdFYZpYKWuz8uKhyExNQkNKU&#10;yGT2fT0+Helks6AOUkK3Nrn22y5WimSeupdzbWjhhV4555tyNUqiWXSPspqxpYobHUuoSLx9eLe1&#10;zqA8dveN4UaHt4qCQPwyKG7l+BiFWvAkmp6pPcWk0kazTgAU00IHzIBBOpvJvMV6VOPzG1qB6DBT&#10;/aZXMZVoqilw9LkursfW1HlmkLzirp6qipq2aWVSNMRilJN1Q398qbM00scoTP4nQ6i+YjzsNTTV&#10;ABSEiLH+CQaXNwutCB+b8e67hbJ+lJFErzNGAAzuXyCwRqqVTSASSpFOA8x0xJJAdKRSI0hAoC3c&#10;CQTSvkBQ8OP7enYUNG9RSxrQpkWSrkcbDx2L2rFk8YweSoNVLm6TdMNbkJTqQusMpLEAgA6vc2kW&#10;OQu9PjVpqWmBeULSnIRZdQSjywGPFyEkAcBCCA39Rb2mhv5yjRRxSR2jSd8SlSxOkFaOQGXXTUP4&#10;tNOHTyyRhEWS9o2o0CcRQVWo1CtfKvE/LqVlsbNrhjrdzQbi3FWRCLH1UmXgwdVssyt5TT5Sg/vf&#10;FG0dPqKu8qFQy3uQdXvK9FHUAVEuAkw1A6xaaaSgSqnbx6/G6tHivu6ZyAZP3NStwL+zG3S5ZA01&#10;zcTvpNJB2nUzadLFl+EV00C0Umgx07AHaIH6rW3ElMZJqQwwD6EAcem7yZSgnno8buCn3XnopZo3&#10;rabJ11LjEjdIGnSOmbecmJyZVkVCYWimUKXKi5v1NSRQxVU8eCoqgsnpmrPtZ3COVaOQU0VKqVIB&#10;LFmYRsNQBHHtIbcvLDCZza3HjKBoKsoYdrIyGlCVAyrUZsmhYjr0cF3UK0jKpfAUVJqOFa1rwIGe&#10;nKi/vLWy0FFVZfefgjinapixeL3PiQXiMhm8edmydVPj1aR1WCECoQqh0N7ivGabxvHhaiSokaP7&#10;lpEpqzGqHYP91j6Ja1ZqeQx39KsgH0Fvp7c3IyrJGi38bWb1YSsNLowrUErhqtQE0/irWg6cMk6Q&#10;lVTVESfw6Gr5hsUqDkFafOvUzFYzJZJauKsr8jj46FXjoqGlg3BiNyVqLEsMdDuLM123pIMhAjks&#10;HdJr3Vr8n3jhqshTTvWyxV1TjZCWVK2lqpcXGRyojo0yb1ukOPRYcf631citrq4sZNveNReooJkO&#10;HjLCulWJAVyKjUR8J7qkijUVkXRohRLk8SD3Vr8VahRjBr1hymMwlQ1JiaY0OOz0btTiPDz0VHuD&#10;J08JCVD1uZqNorhJ10OrypqHkdToPB95mqq16k1lWGngnQBRK+UpjRFfXJDSymV6wIAAoW7gg8C4&#10;HtRZ2r2tw1rBcgorPTiRn4aaCS9ct3ZrnKDpQlqYu6M0UHNasBWorSoFWpWo4Ejy6ZKjH4dsGmMx&#10;cUeMydA8UlU9FQ7PrmzakNTRZDL0M+Lp8DFKjMWJCxaPGAzAMfcEsZo6tMrHVkTGWfH4sQ5CGGsp&#10;3hZ1MFRTwGQonC6nuWJBYA+9fUtBbwzWs1tE4DIUIOst4i1OMB5FXuJ0qAueJHW0URAPDIrCo7iN&#10;VD5gmtK+XAdPgp1jq6L+7LUzmhOOpNwbzhrts1U2DrYZTA0VficxXxw3SR3ljip/StykRcW986N5&#10;qhIoaRqyatnpzHDgVxtSlViYNQjkM1VUUckdeuu37rC9vp9fZdcC9luZjO4oz6nZWIRixoU0gaQN&#10;OaLg+nTc0TGV2ZRp1/FqqpY+SUpQ04jrNkVw2ND1uUgxFDicfWoV3xUZ7FVVLu+tELT0stDi8fl4&#10;MhgqiVywWlVmsf62A9+w5xG3anIpurKQ4ufGMKk42oyO36TKT1oVvtcVj8Rk6h8zSz5mAsglNM8U&#10;Ju9hpUnfjCytRNpWcvQMTViATRjTJ7TRNQIPGlFqOmZkNxIkcdsghZshuJWvcxpQAqacMkYr0ie3&#10;d5ZDc2LwkPXNRtWrrdzxLj6XIZWt3Jj9vYLa3mg/jHYW6c9jJcDt/MYDr3Ixx1k9AK+CqyJaOmDs&#10;ZZFVsq981LVE9RT712KsE3jpaXFUG4NpnH4SFNIkhp6mkraZp8VTwv4qNKyk84qfLJISQCdw2gjl&#10;lu/DaSQilD2MQ2NSYOnSAENOIA+3pSYdssVIikYSqKnVJ3PXFRX4a8GANKAEcepezertifwbFYPL&#10;4femS+2nrNy5XdO7otwtu3f+4KiaStfMZWgz5y3g3Jn66P7/ADFRgcsMdJjmpqenEcTtGmCCfEfa&#10;SUlNntteBlm1yfxPa1Rn2kjBqAlJWU8qowZ30ojWaReAb2PtU4j3DcF0QSpCtPEEVE1IxClSSRg0&#10;1VIOhqmhJ6SN4EsoKOPFFBRSCgDYNfOv4ifJs9CJUVWRiq48xWUOdyOYaak+wo1O822LCHP2cNVk&#10;tuNV1cqSQoP35YQY4yNR9IPufTpkKqKgWLGV1Vj4NPmnp6CPH54oieNni+0rx987GxIZW5B49r7i&#10;0iP1aQ27RqxUIZtLGqksBqrjVlagZOWz155YbbWIpIWl4gMyMp/McPTOeoNqCirspPVbnoF3BUCo&#10;8WOjz2R3D1xTy1bJMI66nymClTBrTBSFKyRmNWAU82L/ACYzOVtfJUxbfzj0oVHjjqsbVQIZftwh&#10;++oRWkVKMulg8RiYH68+yO2aS1Qi8jkSSVdIWOrFWYnvSpABqKDVVTU1B6TR3AFumooJQCO0ioqc&#10;U8qCn59NscmBocLHj13btr72N5zUZCkytJUOKCKt8qQ4vcK7dL0UkTNIrQzrUKFACXANm6HD5tlm&#10;WTHZQq0bPPR11PmKOlVo1ZCaOA1vmrLIOGLE3FrH2YTWs5URzz0NapQeI6mlaEoSFAbtCMa8QaDp&#10;XKZnVALhgKgAgAmnEZ4L/mPU+py+Apnpayj/AIaskU6U0GVxJwFVV1kNRNEQ+TrZdsiLHPK76pTH&#10;FpZbOCCLrBlwVfk6eSJp2dIhPH4pWydM1KyAOUlxIqHkN0H6eLg6v6+063F5EAzWCyXCAFJHOkhK&#10;5pgV7gSA1RigPn04ZXtpfDniLPXiVqcioyfQn8/Lpzj3Fhts1VPVtSyYYZB6KSb7OhwmRgy0tSGp&#10;o5I9znGxQ3aRheVQCHujACx9wcjDVNLCkc01Rk4YNPmLZBY8criFTL41oBUGnWMaWAYsp/B9qLR5&#10;7wTwXsNbBGAXw5DqKspAyAaamrpOo1ALVAx163VSHQxqkVRgDLcaU+ZPoep2JnxmMo5q7w0uOxeR&#10;qmkloamDboGerKWapmSiStmzq458gzN5VLRRqwOm4ILe2+arFZUU7vK7wYsPrlKIXrpWUxyrTvHh&#10;4zUS+RAmiojBBH1vz7NHRVNbu8ZnZ1RVI7WKkUOsjSoMde4k1cDFCevC0kFEaIa2NRViaftqB65O&#10;fsHUugxT4fE18OPoYaGq3QqzaElnEeFgMj1FO+RoZN6TiClHl8gfG1AVoz+nSLDMlZStQVFYYzC9&#10;bOkUNNDT0kdTSOxCPVZKgp4IYJVKj1srCQj9XPtV4xlSGJbZLhogaACvbWipGaCnh+Y+BSWbKkdM&#10;Swys6KsVWiGo14nP4WIq1PQig8sdQmw2Qp81QYkV83gxtLUVVblK/KZWbH5S0ZnWjwmar8rX10Ek&#10;0jfsRyxyRmwCHjh9iTExGKPzUEMVHDJNkHSpWSF4gBqjpIYpl+1lWT1Ks0TXQmxv7KZPF8QQ225O&#10;8qYOqKqVYkCkgozOFJ7ho0lQMivSFnu5jJoQeKTjtNVp88H9hpXpPyzbjmjq62XD5qaXM1tNS7dg&#10;aGemyUNQFZxU5372mqIKygmVNEr0VRcy6bgC3vuHN0q1gqqCrWnhSanNPOs7R09Ikd9U1JTw5DXF&#10;kVlA8MypGV5v7fvNqeDb7eaSWOWaNNQFC75FVqTRSoqS6GorRSQQOlUENzDh1QyLQnJNamtScEfZ&#10;kfPqPNtmsrKKswudw0tecrQZPH5jFT0cMw3BBWhYJ8PnJq/bk1Pkds11E7R1lHLJUxzLbSpW49jd&#10;Vd77s3DsTJbfrhQVOQnxlfR7X3nLSVj57B5mop5qbG7krcFDNLSZSmxMkoeTRJC1QieoXt7Bv9Ur&#10;Sx36yuV/QRiviNUCMSLSuqoWhegbSahWPacZF9tv93bxCykOuOlGqaspzTu8gPKo4eeOqqsR/Kb6&#10;i6m+RFL3V0PvLdXV2NkykEvaHxt8GEz3UG+9giphyub6z2pvSulxW6NlSZqsiIx5lWviwk8t6ciM&#10;so1zOy8HuPZ02+9lbri+23Xg6XJ0ObjNStRFUzSUbVsGZhqkJTI4vcEFQKymqFv5kl1E6g4GV2zS&#10;29zYW9xD4TRsKLqBwvDSCANRxTIHz6L5lLhZpQGQg/Z+0Z+Xz62lNhbx23v/AGhg92bSlaTA5Wlv&#10;RxSUrUNTQSUc0lDWYmtoHVXoMhiK6lkpqiAi8U0TL+L+yPJVyyv4GiBUxxSO+rWGBjChLhjrjcrc&#10;L9Rbn2pu2kZR4EiRkrQIPIKR58QfLGadF0kRprjwStBQ+Vc0/wAGelh7QW+MzX4mjgloSgqK+pem&#10;Wr9I+08cOuWaKC7B6pksq/2E/U1+B7B3M3Mm4bPaxwxIVleo1BgxXAOQf5U4ceNelVrD4jBXeijj&#10;mtfQfn/Ijr3sLNrbU3Vv3de3ti7I25uDe++d6ZaPDbW2ltjHVme3TunN1ZulFiMdSrJV11WwBeSQ&#10;2jijBkkdEBYQxeXstwz3FxIxkcn5kk/8eYn1+zo3rHbJiir/ACPr/qP+DpH9gdhbF6o2Vubsjszd&#10;23dhbA2ZiKrPbs3juzLUWC27t7D0Sa6nIZXK5CaCko6eO4ALsCzsFW7MAdh34pfyFJZaTG7y+am9&#10;q3GTVAgqo+iens5QtkKPxtFLLj+wu346evo4ahoSVko9twyvBKGjlrQwI9mG37Ekzyneb76RUAPh&#10;qoebS9dLDV+mgJC1D1YAigPHoP3nMaPNLa7bAZ7hSAw7lVa8G1EVYE8KFRxFTTrUo+dH/CnijoK3&#10;KbG+BWz8PkKKE1dLJ8ge4sRklo8gmmtpYsj1n1K9ThMtVQJUxwVEFduWbHxVNLKGjoJlIb3dh1f8&#10;Dvhb05jKfHdffGXqXDvBqlbc+a2x/fbfTvIGRa6q3du6ozm4JK1YJnGuCamupI0jUfb0LWtjuNrd&#10;bemm4idQrFmbUwDK5p2LVh2nBGaA9FsG7b1csy3RWMaqFI0GkkGjHxCKk4A0k5Py61u+4P5tX8xz&#10;tfcU+6dw/NDvX+IIyTUmA2TvWDq3YsddBTzQiOn2fsCg23t5IajykOayGuA1kg8CyC3H8aOuqHCb&#10;l3PnOhumJKMVqQ02yMR11sKKg2VshMtS0rTYiq2xs6gqtx1OKxVOldFRhUZ6moIllK02o5Mcg8z+&#10;3P1ntpsdjyvbDmVrmGK5uJ6FG1NJpiiiU+GpkmEFHlWSiqVYkmnR/e7ZDu9rDt0V9LDLEe6QSU1k&#10;r+J/i8zqWoBCla06tT+M/wDNEoN0djfDX429Zdu9zHfg/huP3l8m+yd5bx/vN3b3BktuZvK1Oysl&#10;id670yeJ6/wu+d9vDi2yta1VBHiqFYYYFmyI0oGDCdlYv+8cuSxGd3zuLEzZIbV2KkFLJFmtsw5j&#10;EUu2dx1+4nzVWKyuoaSPyTCqkjZ6fU07DwrGc7pb7ZbKz2++sWij2md1ilngRVkFy/8ARPhrBCja&#10;o20KwFQwDCtGeXY7LlUzbNzFOGtZUfS/aUAVa6VC0KYOoBs0Pbnq7Kt7e6CyO2+tcttbeuz+qumd&#10;/ZvGbc3/AN4bbrpMduDa3bmYwO56rc+1cbs+u25g6LaW1shmVq8Ys2OpKmKirWhlp4GFTLOpUezd&#10;7dhZDAZ/P7S6+3FHL16ogl2pXTbIwudqOwg4iG69gwbhTJYPdndWyoq6qy2JgkCpUVFJSCCsp5pZ&#10;fYD99PbzmK/5Vtrjlzb594pbC5ihtl1TICdLTiGRE1FRVj4jLU1CEl6kt5q2SXd9s/dFttOi1ZAS&#10;xLKjK9FMUpi70Mq8WJZShLFWpTo7u1+sNow0+LxU27IO1qXtLEY7K4NqbE76y9RH1Y7sMjgN011I&#10;uOy22ulNxQ4mipqp5FdDUVMiy0VVTCNQRP551HYO7c91Z2hWU2516ow2x9ob4zWz/wCAZ6fPybx3&#10;4IpNzTVvXtHjsjuHZubr8bgqo5eXPIYKWnJp4ZZ4p1f3i5zlt2+8t7PyzvXMWxTpyzHbxxLIkDor&#10;s2t2fIZkIUBZRcUdCncxPQV5E5P5b5f25LWzn8bdR/atpAPYxCKpXtCLUqoXzyR6GG+KGQG3dl1e&#10;M3En8U3Ft7d27Or6bsivkxgo81sjZOVq02ZO2firKbCZeGkpa+DGSfwmONWr4m88MUwcABf5fXYG&#10;Mou5MrmcfsLIdjb231tzOR9abQ2xXVFPTVWSy9dGuRklmean2btfamw8bUS5XJbnzLvDh6CiMdEs&#10;dVUK/tZ7e8/8u8kW99zCyCYqkTxGpKEFwQQoFC1e2talW8OhVyDIIu49uuobyG2V7iNqorCqgsCB&#10;gihJ8qEU9RUdPPzcMFB1ZgtwVu6MZtTH7d37tbIT5Cuxk+er56lKwnG4rau1MXRVW5t+713HkEjx&#10;WLwGPkgfKVNeEmaSFXhkvwk7D3ttqm21t/c228x2ZRfxuvyeV7a6xq8Lt7HdbVu3saK7E4OiwO6K&#10;rGZp+vchEr0dFkK55cpUykvk3JkiEcm8rc++5O/z3u5QcswO16kyxCVSq+EzamjcITqnCq7xsOyN&#10;vDCABX1FF5tu57hMeYZ9+iMeshorhiVcNwdVFTrjcHSxrp4KadVC4f4/msr9xb5w2c2rtjtHfm28&#10;zhqv49djbdyW6dpbw252BnY5stNn9wbRq8tLuLtjGNGapocW3938NVCKkw0MMIqJ5lLR7R/vHkab&#10;GTZPOdUwZLbNdlqQ12LweRyj7SqsnBnvHSdeZVchhsRv2ozdSuEy07VAqIaCeKppSwsfYI3Pknl/&#10;mO8nv9x3S4ffbpYJIO86ZbJqMBIzZWeORqE4XWixsO/EM7t7hbhHaXV9stsl7tkMiRFRJpRZyKM0&#10;1zTviKqJou0lsxsep2T7Tzeztq/3m21jaPvPeNJvzrrHSYSOs3ThduY3eGIoTtrPRZfsvCT4bcW7&#10;uvotlYupzm3wtFNS0mYgrMdkFDgP7Eqly0vW8uSyFU8/+jjb8lLV7uqfsaioGHxNbVU+IOVqUiFK&#10;tS0M1RAElYSzR0zE/S7e4B90eTuZtit7mxs5Z4tuISMSM4EjTNqWIlF/sh4gJ14jAK8B0F/anmXY&#10;ufp7TmDerK4h39rhw6SSs8cqQllYRJUxrGV1FlAWrDBrjpu+R3WOy+xqDDYbMT7Nl+QO4MYE6Pb7&#10;qmwbbl3ilJN2BTdbtkqlc3m6GTL0lPWxyUAmpqCsyoXkuojAV76272E+99o1e0c4H3htyp3DTVNX&#10;nIcVXCqx+SmwtFX12Qxa0EdTuM01LjaWpghR6V6yqkSKOSHiR5J9pfZMcvLy1f8Auhy5HPyfuu1S&#10;1kjufCltZpl1qbyqhX8MhilBIgkkCOCAR1lPd2F41xb3mzQr9DcSoUJbvEenRqoxAUBM0IpTHU/Y&#10;HafScfUmRxO/uv1/0Sb7TZeFoGw+7cvQUWCSjxO+Mnino8hk87WQ7ZGJyVZXUOSigjqBDjEkqapK&#10;ho2p4wC6T3d1dt7FTbNwh3Gc3s3e+/cfuDZJ/vVuzN5apx+drKPNZTb5goJ6ZpclXlzJGXHgphEH&#10;tZNQI23cuSuV02u45divZba2urqAtLCryPZs36aF+6FJZT3qNIFCTUUHRpuSXVrf211b2DPejBZU&#10;qp86PqNOBGnozHfku8t6Y+p3cuX2xg9o9r9U9a7g637ClweIwlXtrI5ei/jOLTstYI5sxlMbiscq&#10;nHl2Mj1bSwxJoD+M2+B3XFuPL7Mq0693ftxcpR1ssoz2Ex221wtClbXY+RcjjMjkhmYJapqGOo8U&#10;ETzVMU0TmyllWQfbe82fmz3E3ncNtpbb28KmS2SKkGgwkSJr1a0eoJcgMHZgCmkV6N+X03WS8j3K&#10;7snglTWe6lATTNM1JFQWXApSmeqxt77E3fsTrDuHA0vaC78xWO3BjGw24Kypz9Tk9wZx8PiM5JNQ&#10;5aGCTGVUGLXK1FBSRVyRUuIjSQo3l03UO4JNr7Hx+d3bXVONxYxGN3VuHNZrMlcjLSR0tElfSz0V&#10;TMIo4KuPG0rJFTMyCWYqg1NpJjf3Im57seXudtg3aI2e2R3sQtInlSWSXSfElY+HpLoyvEFRqFAA&#10;3GvXtok5pn5iu13W6gTl9ZVaKorJShLM4FDQtwXiMVx0w9QZjsHuvPdW7FroN65jHVuS6t23NtDZ&#10;cUuz8JSYmnrcxgt3UW58QlRU1W4sBV5iuiyFfkqdJQlKdbiNfPGiTj7Dlh6Q/wBIcdTNFkN37N3l&#10;l9kYnAYmirtwjL5zZOay3XW2MjVocl9rn6CvWnM9bOlLSmpMcTRxIbMZblsG68oeyPLmzwQWj8z3&#10;Nst1KVjeJ3SZdZ8SRtR16mWNQD4cpB0rRWPSDeObuVhuIg3m9tIbqSYeEWcKxBJQl6dqUYUQNgk8&#10;OsXYPRWb7T+cHYPVmD2jX5jG9adhdaybin3TnN243bWO642fvrZeD3zvHHYbJPgMLW0WVwz1hpMZ&#10;j3yMlRS/dzhqmWEtGXbN7bysS9N5velBumly22+qtoVncW4ZaiLGpnO751xNBSYLMrQrBW5aixMg&#10;ra+rpadZWoUjhSmjkM5C5R+zPMx5aef25tbB9z3O7tIbwOG8SGIvGBOv0cakyJAAr+MtADRXUMSR&#10;FG6bXab1Bb7vDNALeSV8BCWKKzamFTSuAR+Fsk0AFbQOje09zwV/eexsHlOuN7bZ398gN20fQOL2&#10;tQNVUGx/jNTYevzFbuGPbkJm2utdmMo70VBkHmp1ytUGeveBKVSSIbp/mKba6f7P3j1PuX4ibpqt&#10;zZPe9RGMFsP5ObrjyNVuDdz01DRUY2nuDbmSo9g5zd8LwVU+Dg9FDJVanTU8hMP80c5+4217/eWF&#10;hzaIPBvZHWDwLZxrIPhoklFZVCHSAXwrFWbTqPUik39sgljaCixirL+IKnYxHCuigJUdw+QHSy/2&#10;Tz5GZPCN2Ptn+YNtxtrRYiDLY6u7H+Gnxv7RkxW3duUxqcHR1G/NuNsvJbtxe0MdE1NBWyzTTSwx&#10;lmkZ/X7W++/5i3QXUnbHYG1NybI7n33lcFvWChr8/wBUby2XjuvdkZnbWPp6dutcHLn8c9ZvPP7C&#10;yj1MeV3FBWfY53IoZqamgp4oQQPzFzx7pe4Fr9JzJzjDPZxmYJ9MmiNw50lQAVBRlC6j3FSNStSi&#10;hJNFuU8aKVrEYVwWGtXbubUVAU6gRpKUKrgmtR0ntufG75c9r9adWbh2Zvn48Uu1a7qXJYWsw3yR&#10;6E3buneO95945SsbcfZWRxez+39v7Y2RgO3tsUuNmo9qSY+qq9rYpzj5KuSd6oKz7t/mP/B7snAZ&#10;SLcXXfdsdXJHR02Vym6cf17RS0OGqa0JUVNNPs2aHLbtydAWMkVJTpSsl3qZJAsbaqe3fK95bbra&#10;ycxc4pDyqrKs6RFzLMpUqgjaQuijxdIkZ1cKmpk0ECr1lb3MMrPOSIkUnThmdqUIU+VeBBqKDHS7&#10;6c+Nv8wzq3c+Ep5uw/idR9YYtq+sqNv7Hw3yCmzcs9PiqpMNhNpwdjdgbwwuysbWVwiSrmnnyccV&#10;GrQQ041Jo4bVyvVGxt5YPOdd5ns+CaPKVG8RtWjw656hwm3sPRYvMUu62ylTDNj87VTUtTIKaI0D&#10;VmJSJlaoM8tOV6I7d7M8v7Dvey7FuizQwvby38O4PcVt7lo6E2ctqqDwmhhYNHckaiXIUFqFT+0s&#10;Fv5xZ7pZmLbplH6obUJFIL6GUU0hAArasFq6ar0cHc+A7G3zjN2dd9rbS63n2pk9g0eIi7Ffctdh&#10;TvjNbkr8zRZnr2TatNHTZ/BUVHh8fTz1dbHlVhyctcsMVL4Yp1Il9hbNpu0azbW6M3NlszSmmzm4&#10;M0c9T5ZN3119x/fVJ6g27n6FMtQ7MqttymFnIENPLDrESs3EiWHLHKPOm3XL8y8vwuluUWC7WIwJ&#10;FRANFxMoHiRuQT3DxJEIYHUwYH9rtlh2xWoC7ercSCmgD8MYaoKgcSDgeXSK6mzeF60be+zsDQYb&#10;GY7HRbUx22c5iqCgfamDig2pSYjF0fZ27cDUDD5Hcn8dV5Jyh+8mhnS7SWD+w7xbdP8AVOeye0sj&#10;mt5bW2RvfbU+I3LtxaXPYDsiikzeXaeifA1W2pchR5PDYPFUMWMp6XHyUb5JsvK9U0c80iR4pc07&#10;Dsuze4HNG1bzvF3HyjWJLKxt5ZXSUkiRtEjgslnOykiJjrElCzMAKkW4JZx7i8gZ225SdKDuVlxQ&#10;66gaT8Z8qgEnpq3hg+4e0cTkdzVNDsndeU2NvLA7r6tx2Kl2zleus/Q4LEU0VaM7X7hkocniZNwZ&#10;uslrWepjqjiJMRTyUiSyLFLKLu7sserdg5LO7gx3Y1JtzbGIpNsy43tOoywz+byWby1NHJDuOhH3&#10;e4+uMnDiMfDTYbMwtPh/4UWx6QoyK/udE3TbuSuTrHd9lN1PDISslpQLr8aR4/F8UA1HiFgUZgVc&#10;xuoypBhsVttm0bbLe7PYRQPNrY2/h6Swc/GdOAua+IKFiSTXJ6bNlGHde7dvSbH3LsLJVG463cO7&#10;K+q6wTBNtulxLtl6dMpt2cgYDfO1YN3ZaaqzGLqTFmTnJFyJLKzoSkd09RLtvYW3e2OuJN84HbkW&#10;c/gm8dm57J5fK5vCbezzLVbQ7HylSAuY21jqcsKOvo5UqJ0V46hiNehcYfcjkbeeW12zeU2W4ttq&#10;uZGiWCfvKiMkK0h7tAc/psjU786q462NlnuLe7mubJYGjNUVdVHTzYB+FCTUVyKEY6MBs7sbIJvu&#10;brneFPismKnbsGS21urF4cYvGZ3MYtI6PdO2YIqmqniyeUpqlDWRz06w07QyPEF1U7O4DGHcUekw&#10;9oYOGINZP+Ml5VItNrkr5oYg5kJ+pHuKGvJUMazU8R11ABiaFe0az/CMj7AKDoOqkCyEaSJDmor9&#10;g+ynl5dC8ZMVLZ5dpVmo3H7uDpJGAX1C+h5OL/T/AB951qt6rFoTsbHVcchH7cW/6eqDAcrqjrJ1&#10;YBr2CmwN+fe2llMotxHG6ah8MtWzmimgBHAliARw49WPhDSrca5ya1+2n7euIpNtmf7j+7EkM8SA&#10;rOu3pEezG2lXp6cszD+n1A98C2+0do4crFUqxYhFye2qo8KDfVUVBTUguQDcHm49sRzTqDSaky01&#10;EgcK07W9CRSv4hx6urQMyn6k+LpHmRWhxT/VXpwCYNBr+1lj1LzeiyKEAECxXwgggn/X9zqGm7bd&#10;lNHTT1Ud/wC0uwatdRY6Iyk0judTc2t7vIHnkSNXq4NdK6SakVbPoKUzgn4enW8N2VDctqHCjZ/b&#10;0xVuQ2VHK8VZLPFJGSzft52EA6VBIkijVT6XH0Pt7nxPbMURNbsSgrhYBnrNo7Qrr3ubqccnAP1P&#10;0NuR7ejkuShqihFWpJVQ1DggkUII/iHkKHpIBVw/jMVH9IZr5HzPUGLO7Cq3WOl3PVU8iP49Eebz&#10;dLdyAwV46idUcgD8gjk+0xPDukXaq64wcZANmTYFWqjSeSr0cgiEmm92/H9PejFNcFI4Yo2RlBJ0&#10;4xwbFKVNKU49bcSrQK2KD+H/AFfs6fYxhiwSPddVrDCXQc9C8mljZQVlLP4iRYfj22/xGrpj459g&#10;4udmDaC22NzU2oXuLmnroiLWt/xv2gtTc6Y45YwVr31GnSaHOK8K8Rk+Xn1eBZct4wJB4EDH7MY9&#10;eNepk1PTTqTHuSupw2mzU9dj2tpFjbz0s6+r88fX3IpcpTyafN1lTggBtUb71x41Xs1wKxwNQP8A&#10;xr2tg8GB3aPbKlye4a9Q05JXOFFM8a/n0peOWMUK1Ffi9MV/Z59cXjkuqw7sljNz6ZUwkxYG1h/w&#10;Djb02/3n2/Q5zFRMNey2omLAEtubcQAS1rKamJiHjI+pHPs6tNxgSlbaRtAySzalLcCaitWPaADR&#10;VA6QojJVmGtQMcag+vnx+3HWWChy+kFtw/dDSBqbGUIuwtdrwlF5H49j/wBOV+ey+6Nv0+xKKfGb&#10;qo6wZXHZqi3JUQxbejoSslRn6+oloytLj6BGvLGSxqQfAFYyAezy9vtpkspX3Gn0xyRJRycU06cl&#10;1YjsUggk9or0H9ygjClGi1BiCRwY+ma1r6Hy4joO+3aTbMnX268f2XS0G8NkZ/FzbezWzKzbUeVj&#10;3bT5hTSNtxaOOSR55MqsniVioWA/vMyqhYXq0XbO7KvCY2sxmToI1io4TKlBt7GZCfJVVHppstlc&#10;slRK9PS09fVjVDSRPTRwJIE/cK394n8z7PHJvMhW7ktoZZCY4vGesURb9OMEAnxC2osWBOoUBr0Z&#10;bfuczWcdtO+mZCAzsRlvIAMPT4qg1NTivWoPlv5VXxHwvae/aHtLrPeu9KvNZmskoK/cPaO/diYj&#10;adDuGCTNbL2P1eu3aehyuWfZODIFdm6yHPV2Rnh80hoY30e6zv5k3xw2N8z9nHfG2MJSbX+VvWuI&#10;psNiclCaKDaffOyEkJl623jNJPC219zbe8zy4HK1IlpoQstDPItO1OYQrYx7pYeHdSF5oTK7OQSD&#10;BpIEcq8WkJoDIAAUqr0LGQE4h3CK9tVg3IxJOmrw5KUTRU0jlXNVYVKMBRSaEaSwNnf8t/oj5Ify&#10;+97QbF2fvx+7fgL23UV2cg2D2FUZXH93/FzfM8LVdTu7ZecOHfbXbvU2+ZYdGQxcT4/NQV1RFlIY&#10;ZnfJCoLP/eP+ZR/ssf8Aos/0IdR/6d/7jf7Lr/s6v+mXZf8Aswn+ykfb+D/Zf/F/GPsf454P9w/9&#10;9vJ/GP7mf7htWj1+wP8A6y3tx/rgf65/7vk/enifW/SeIPof3hX/AJK/0vD6un+g08Lx/wDG9Pjd&#10;P/vTmD9y/wBSv36n9UPE1+Dr79Hx/T+LXX9H4n6ngcNeNVO3o9v+h3rD/Th/F/7+du/6Cf7y/wCm&#10;X/ZXP9FW4P8ARX/p8+//AIj/AKSP4z/d7+NfwH+Mf7nf7pW/g399P9/Bp+859//VqZ+SfbFB2Nv/&#10;ACce0t0do7i6+xWQWXFVfb285Ox9w5Hc8NEmE3LvHHbuybVm4X2/uySkEtBTVNdUolL45Asd0ji5&#10;qvZ7V+8N03Da9tW1triaVoINISW3s3kMttaXBjCxSz2ykLNMsaMz1Us9C75s2tqqwFVt9BQ4UMSF&#10;HELX5DJ/n1vV9R7Xy+1tibZoNz4nYOH3TT4WkosxQdX4at2/sOhNO0rU+O2xh8gsddRYiijl0RJM&#10;iyqOG59l2bUAb3VTcMCNWmykcH1FNTcD/D839uDRUEZI/L/i6cejDUrlh8TDzHz+z+R6E33wuSAA&#10;bBrABRdQ5/smzjhre7UAZjxp68SPUY/1DqhHhuGyT5V40+Xr1734IG/bBHqYMiG2kWawRb6nW5PC&#10;jk+7DUgMoxTB9aEeY4U9SerguQziq08uNKDzHp8+vezj/DPoHE9w9gwbh7O2PurcXQmHpM/Bmshg&#10;dynZkGX3dBRSpg8RQZdYJMtuTG0GTKnK02LkppI4j6qlSpicbcq8lbnzHHMtsgiuKpokkXUigsNQ&#10;ZaYeRKiJj8J7tPA9B7mHmSy5f26W5maIzVqqsakgdzUUZNBwJ/Losvyc7fy3WmyZItj7g2rj+wa6&#10;rxwoqLcNLWZF0wU1WsGayNFT0ZaGlylHRs0lDJWxy0UlSixyoyOStuGytk7F68o63DdfbL2tsTHZ&#10;LKQZPJYLY+MrUoKuoVRTRE1eRqsnnMkI+ViFTUyjWzOiIWPvL3lX2/g5bhgs7W1mnvGikXxZSGl1&#10;EB2EpCgVQABaBaICGJ6xu5n523jmKQlqpY6SAqginnqoDgniT5evVZ/Y3Z24t/BKzNbgyNVjKCkC&#10;0FZufI0ePmk8Ds38QlpaYUmIpJai/mqFhjCU7BY9ZVQC7tlxVZCqx2Ix9buPNUTRrU4bDCFoMXJI&#10;Zftmz+enlhwG3qGoWIxtJNUmWJyC8R+hHVltVzuDIljayXhZQNcagIDpB/Udjp1RkVYAMCtBXh0G&#10;ILO7v11BWJYAE0AXhg1bz+wVPQJbw3jsvrLb9JlN970w+wMVk4qysxRy0ldkt6btpIo4zUJsLrzG&#10;00m8Nx10sk6PE321PSMo/amAN/a2wvVW59zQzT7kyMmExMNBX5SvwWwZamnmocdjsVWZPLjNdiTU&#10;n8arp8XR00ssiYaloYZooiVdyRdZuKDZduvd133eSBAoDxRlVVgCFDSYAEfiOACHqWKrTNehNabB&#10;bRyI+4zM7AUC10rgcKZOfOvHy6rz7V/mRbM2juPbuzOs8Xhdu7n3fuXAbV2fujuGbHb239uPcm78&#10;9jds7Xg2T1JRVVRsvacefrKmKFJs02YrqCSYNK0SKwVaYjrvqbsDq6LE0NNt3cHUPZ228RnKSDak&#10;cgo957eyEePz+389DmVaXNZaqk8dPVU9bVyzzRuF5uCAJm2Sx5eu44rmFl3m3lRtCHSI5CCFaQka&#10;Aulj2qorU6mIx0aUjCC1soUMIAoQAq/bXhT06qn7T+d/yx69733ZU7b2luXY3e3TG9Nz7O3b2z8g&#10;9yYTcbbL3Ti6rIYPdeEipTPPtt8HUq80DY+kZKKemKlIgDGfZVN1fE7o+lyeTxND8YfkJuTG0tW1&#10;LSZba2fWrxmYp4/G61lBU1W4qSaqpHYkKXgiclSNI4Psa23MRv7e3Xd47iBlBMhdbdWoCarpCmjM&#10;KFDkKCC3n0lkkCyMkjAU40A/IA+np1YV1l/Nt7Sm2NtvIb7/AJyPwy2hvSvxFJX7t2zkfjRQtFt3&#10;OyCSSfFUstHsL0xUMoQMUmlRiTpdwOQYzHw46Gnd/J8PPmtTTyMCk2Np46hgefUBDuEglR+Pp7NF&#10;Xl6aSOWC/mn2yJKuvgLUmlNKkIT3MaF8U8xSnSIvbtVpSxCjNRTiaADPEmmeHlxp0Yvbf82He2Rp&#10;opz/ADmv5e+cOt0qBn+tKakWOMadSssmJoxBBI5FkWxFvoSB7Dyq+FXTAbTSfHr+YHhmuQJYeu/4&#10;ipXk/rNbOvjseeTb3Wex2Sd1lMF0pOkkCNHC1PAigDSClBVV8iT00xt0NZCwIH8GRX+Q9PU9CnT/&#10;AM2TdU7NHJ/NA/lQbgZAr+bMYvN0qwapFDRlaWeFyxIPNgWJvYe44+F3VkLhl2J88aLx2IE3SMFe&#10;IhqGlNUlBK9iT9FvqsQT7Ym2zZZZJ5It7kSycMuiSzKSMqCvd4RIY+WoEBakkE9NMLSUMsk6+FXg&#10;Y6ftNf8AUeptR/NM3JklQj56fydMzpF4DWZ3e1FISos0ixxbmpIEaE3BtpIuLCw5lt8MuknIavof&#10;mFTCw1vWdC1CtGxuT+5BhJFjIF/9b6fn2/FtuzG2kZt9WFiaIJLYrSijy8QOUJGkU+LiaGo6fFvb&#10;IjKUXt8jFT/Ify9a9NVF/Mt7CardMR8nf5NGaqV1AebtfcuJhqIBpAYfxTePl8oZgBp/LfQkH21V&#10;vw8+NmO0yN2D8qNuNIkpEk/SW5YAYiRcXptsSoLkD/YjgD2XW+37RPHcNf8AMFisi0NEikGsk9yk&#10;+IcKpPcxz0ytrZzE+JCi08xGueOMrUfI8ehBwH8wP5DZ2aRMNkv5O25o4po46iTH/IqnWrFU4KrI&#10;Z6nd1NURxKqMbIbhWBe97BJVnRXx9w5P2Py4+QOI0HXoyPUfY/iiQcBT9vtSNdJYXK3Fzb2vteW7&#10;O4prvbOO1YLpkqwChWopdVcNhTwqScjj02bHZ5AwMcXzrHRjThjTj7fl0IGK+TPyA3G5qKvoT+WD&#10;uUzakqZ8F8jdsQZGtknW0zpLV7hlknhNgNTOwABA9pKr2L1TQyMaf53ZGKH0gndPVPddNKq8XWaS&#10;hxcMKEFbfUW/23tbNyvYFAZ+abJJ6tpCGbQAMBl7tVH40bNcUPHpOLDa4xp+mgApSmkg0/3nNfP0&#10;8+hQw3c/cdbE1MnwU+M9WUaSUxbG+VHUkccsmo650hr6apt9yp/VYh1PJI4LU+1etpCET58dRanu&#10;VGW2b3nRyxsbxo+vyqUDBrXuAbXPP0Sxcp2RbWm7WTwKoYMRKisCNRFQrEEU4EfFTNetptGzONZt&#10;rYEDhU5+wgDOOHTtJ2H3CxEFH8A6CGFQryJt75adJJSVJBLMGpVwsMdUFLH6twCRa3ubS9c7FqJP&#10;ND/MW6Vx0rBR5KI9p4mS/pVF15PIJKw9HAvY+6tyYJkES39hOjYCrM7AebVTwtStpNTU0rk56ZbZ&#10;tnli/sYdVfh1Pj1OSB/Pro9ufIGhphR038rjeOZoIKjzFKX5W9OVVK7+qWSpSnocWAUeR/qG9JIv&#10;x7fabqmjpauPI4/+aZ1zjK6FWjiqKXeFdTzlfyhOaypCRLf6BLf1PvY5Tu5LWeG2ERjYlin1BAUc&#10;CGDw/IArWtOFerrsWyyQyW7+EIjSve1PzzWv58es79899V2OnwGW/k89rTbcqmE81Hie7dlZTHTO&#10;kjSR1MC4rHQH7hmuQTMtr/Tn2qaPZG/4FkOJ/mf9a5T7rShjn7J2ZHHUlD5rus80jmQsSbgC3+Ht&#10;HDyJfOoW2/SpUhvHRAGHbWpAARSaCvdpqaGnSaPYtkiqiuVioaMHYD0IILnHlkZHTZV90bnq2oUz&#10;38on5QUNPhUEtHVUW9o637EyItHdFpMtTyTQyQxBWjdnUhRdbXPubT7N+RyNN/Bfm509nmqmIkFR&#10;37tanM9gQCsYFQ6GRTyAOD/sLXXkC7kWGGC2tjGoNdM0QD6qMTkqRnJYUFD86dbbYNn1KzTJ25BE&#10;gAH25pQcPPPUbJ/IXa8U1HNuz4AfNXBfwOJFpFg2JR5iCjjjfRGjTx7gpRURUgjCgys1wL3NySLv&#10;VfS3yL3XlMjhO4O0Os95df1mMjq6B9n99UuezByuOrFqfss1isEKPK5PbuUoSyVIhmihiMaEgg29&#10;jDbvbWzkYG/mjXQmsqJQ+lQNKq8aGraSQwNCVqfLqtpacvWE5kkZ5FAI0ay1CTx01pUVwQK56Avt&#10;D+Y18deqy+6dudPfMDa+7BDLip9uZj4/VeNgkOXanoWr8duH+8GXoMRmKSZ/23iQTSs9pNI9Xt57&#10;w+P3SGT2pR53dNfvikputosjVuejtk1u4tw19HmKigoajHx4PE0OSzm7JoarxyRkRT1KJ5GYiMOf&#10;ZxecscobNZW2jf5TvJYo0SweJFWtVCHBQeUmpgWbTppQ9G2qKeMMuyeFYrXLVLH00otWHqQesO2/&#10;kt8h62paqxOwelOo8XuWOgWLIfMHsGOnp4aWkgrMjRTzQy7p2xT4mSqLtqhWqMXkK+JGdvZMMp17&#10;8FoZI1znYXyyoHjgQ2y3xj7E8sCtdxHPM/VjGJ7/AKY9R0A/1Psiv+VbR5pJP3wY0KajqgRS1KVC&#10;sLgEahVWFatQaaVr05NFZSMqmEeHpFdURwa5oaHP506GTEd5/OiojgTa+5f5WlZDNE0UUGC7SyEt&#10;DOQX0T08UXd9UZHngP7hA5ZOF0/VL1Wzf5dI4h+TfyG294gEQVvR+9Mf4Vv5HV2fryleyuxPLAqT&#10;x7KLflCzaLWN826eZEJA0FMknSgYSuCUAyQaA8T0mWy2lAXa3RmzSkWTX7V+XQj4/s7+ZO2gnqf+&#10;XJmoJP3XqMf2vuNPMVhVI5k+43jWqq1IA0WuCt9QHvgcH8GYYw2L+f3Z+MeMFqc5vaW6aNoCNJBU&#10;T4SlkQg8+kj8/T2YnlSylf6iPmDbBdHSCKyqqkhj3VcggAAM64BIPr019FsLOwkt4gmAT4dCT9mj&#10;PpXpxj3p8+pP2cv8Svg/l4al1jyCbc7OyDCtSQ3YOYzWLUtqHq8wbSCL3HuOV+MkchlxP8ybaCsC&#10;yx/3lwm+4ZhEADadqPI0TWa5HHFuPZXFyNBdSf43uCPKACZF8SRQTgUJYuwFe6vH8PSUbZsUo8OS&#10;wiABpRloM/7XgPmM+XSqj3X8sZqE4/Lfy9ut63HMoeWn2n2rRJQtLrf1U1FX7Qq8ckyOoYSEFgee&#10;b394hB0LLG60v8yb400ZqHcyST1fZtBO5NvXKq7oEaSX+vH+39qG5CnfxIINwtZShHcTPCrEk8Ko&#10;RQYOTTyr0w+08vzFfEs7cOoFAWYUzihwAPMD8um2bdfyWhr4ar/hvPeleaOGGOk0967JcUqRes0t&#10;B9319D9pBC3KBfSxNha1vbvj9rdTTaXx/wDNU+PmLZrR6MJvfP0MaqCoZYqfK7ofxAjmxP6iT+fd&#10;U5H3dJvC8eBVJI1fUs4Z6DsDeGQ1GFA2FGM8T04Nt2ZTKaxqKnIkbuNOA7v9jrBVd3fKikkvJ/K2&#10;7Mzciu8zVbfIPYH3E7lWVXnZdnUyyuygLwAQtrg2HsVcRt6UQw022/5rnW+ahJKpSR9iYKMzOn+Y&#10;0zT5qaoJFgOfoLXv7QQ+3u6SSIw20wux0hluI9OosNSjAFNR1BidLZ6o+xbAPCmeULKAOEhqCeIr&#10;qpjj8+mKu7f7jqpJ8ln/AOUv3FSVjRgyz4vtvaWcCwNGI6gyJJQQUy6AzXESGQqLgjj2t49t93mj&#10;alwnzU663TGqaoxL3LgaCVjHcF5KiKlrZSDqJsWa/wDrWsqu+Rd6LRtuLQzMGCqpuYdORRCaEBQA&#10;AKnhgdUbl3YjOkyXD6iRkStpb0r3U8s1HSXpO0Y8flTlsr8APkdtOsq5Cs1TT0m3NzUwSt8UhWKh&#10;rNxUVAzOY0CkRJpANgGLXaqvaXzNqFEGI7R6JyaaLB3+Qu0GkqWClA86zbZUuzJydR9XIPtiy5Nv&#10;kMs6RxrdQKAwEuoLrONJB0yZxpJIpWvDrw2awbW8VzdeJTj41aA14VOD8hw6UFL3t1FTeSeu6b+Y&#10;uOlnnk8hqulMPXR0PjPkaDHRQb5rJKI05sY3hjDx8Hge4tL17/MBSVfs9+dANFciSFOx+tM7DKrW&#10;1CYTYuGWoU8n+p+v19mEHLO9QwosVlMvjmgxEa1IIIJkXQtR5jT6nJHWl2CG5jVIJroClcutRnzJ&#10;rQfbx6lVnya+PM0URrulvnJPUKkbQ5ODpLJrPTyrERGaeZM3KlJVFXCAAC+oLax9r+g2F883ljqK&#10;7c3SFWYuIRRY3ZVfJAWVUdYWgijIk0C/Pp/wJ9o15T5htZFg/d07KvA6YyCgf5SGqFsEV0ipo3Dp&#10;G/LsKyUe/kqfM9wPmAaCvHjQ09ePSbqPlJ8co6Stxi9SfOLHw1fjNXNWdD7njpsgVeSSGSvqYMxL&#10;HUqJCUd0VHXTckD6uMm1vmjjat8iu3MZlslJEY5p8FtTZB+4Uf5tHWauo4wDY6iAuq4J9vW3KfMF&#10;7FcwzbVNNaxkkiWI9xFAxUAs2gA1jY1NRTNOlz8u6oo9e4nwVYMKKp4eY7an7Gr1K/2Zz44V+Jps&#10;NNU9r4LB00kskFLuXrDtihWifRq8tLPSUFXLqLkH1PKF0sBwR7KB8otnd3Uu0ZN19s9Q1WxaKlxW&#10;U2ftzfVfSbVopss1WHzsu0oKfEZ6vqcrJS+GSpWRodePpnlVJEil0exftO37rsUptN2s5oHmj1Ul&#10;jZWKIdAoy1jV/wCljUvAE1oheD6Za/XGVXJJUqFAHDyoRT5Ch+3o13xO7/6W7G7a3Ns7rXupd47z&#10;q9nUe/N79fHa/YWFjo8XQVMO0sbvimfdW3sXQUU1VUGPG1Cxzaq9oFmeN5onm91CzRyxxeKJ42hI&#10;JBWyyrM6an1IfoFufVckg/09nil44Y9KlkIySOJB8mpX7fXzz0kj0mMPISD54rw9D9n+z1Y97Crs&#10;tI4qPDqjFwKmY6xwjaqNQGCg+k8c82b3HPuHKwFlGkBoGYVNCDVQaqfl88kcR0ZWYCgFVBJ/4v8A&#10;aOve7ov5BONH+kX5Vbgx21qLN7kw3XHVePxebL4ylzu2sTuDdu5afcNLhMtXoarH025oqGCCujpn&#10;jNVDEqS6oxp9lnJ0m02EF1uO4xwvcqkqRCSMyKWeL4sEaWjrrBI8zpoRXor32y3DcjDaWc8a1V6h&#10;yxU9uCwXLEEkqagKRVq0HWtT/wAKO8711RbF+JWB7a7prOq9iZzfnbFZLhZdkb07B2zvXcuA2Piq&#10;rblRntu7SZoPu9lmpqa7H1VdFKlLUtrh0zaXGy/DPvkWUbJy66AQFiy+ElGlzfT6qlF/A/1/Zxc8&#10;0e10TySSXf1CyhdR8PwxG6oFbwwMsuqulTTSKlmY9JIuTNzRSzSq+oJSkj1qtO6ta92aL5DjnrUV&#10;ymH+DmQaWRfmX1jE8x1t/eHpHuXFHXpZfLqp9r1fjUH6ryeTc+3SPI7siXyT7K3KFRdRYzYuY+hS&#10;SpEdfyCx+hvf8ew5Lfe3N7WODeYormRyCqwvpClq6gc0IQcUp3Gprnr39XeZwZFS40VJqopp7iMl&#10;sk0ApUAca8eg+yPWnxKrnSHFfM74y1ElRLHSxioxPaWBUNNMkMOpKzYWlC+tSoBBUfUk39h3mqvc&#10;2e3p1/T0tNmcj1vn6XJ0+6MbS47DzYHB5bAyNn48zvrI1M5zbUGepYlx1BSwoaI10A1h55VMYq2K&#10;+g5Vubje4bcDc5bBjZSDV4sEpJhNdFUR9MoZZn0lKARCpr0ppcLDNbS3kq3qyaUYaQx1dpKgih0n&#10;tqRkEnoxeyNsdP8AxV6k+Y1Zuim2XjPl91vhsVTfG/s85bfn96MhVdjrT7HnxHQNFiaag2jtzO7T&#10;oshW5zL7hyLvm0xlWEpftqSOYzvWdxE+FlzOcxjpFDlKmfK5qOnpoXlasSjpaakXVMbJSzxUwWVw&#10;yiMqH0tbSZx9qfcWw3Pbtu5Pv7ALvUBRLe4meRkZ3kkEs7rw1RhhoWhMhLBmBYt0QXHKeyXG5fvS&#10;+nlN8IQsetiVULUayo+NtWDrHCmkY6f/AIo/I2Ds3aXVHx139haeXcuy4Ns7D6g3Vm9x7gixdRQZ&#10;TdG5cvunL11Pj4nI3Vtz+NebD0AhmbLCSopHnhaYzxlCn6L2hkd7iSrwU+Ex+FyEO+sHX+GofAbr&#10;3Y9LUjcmH3JPLO1RDkNtQNTx0U88VJTV0Uxij8sytbMXc/fPeOTtg3G43XcWu4JrdbfxCYkSCFQT&#10;H9MYwxPjFWaVWZ28UosYUdpQcye5O8cuXG3bedpurjbJ0CvMp70CmgJFNRjZSWqK6T5BetmTbvz9&#10;7RxfUFdWUe8ML2XvXccGF6w3BhcduHalFvjYuy6SlqMf1p2d1PtXBQzQ5yg7IGKydTunGUtdl6rb&#10;VVHBOyU9GFBKv2fuLAbc7ywXVOXx+9OuNzdi0dRUdDdibR2hnsnl81W1uyIK7sXJIoxmXxM2ZxWb&#10;qP4LDRZTHx42j87x1IDztOsU7R943bfcK/m9u7S+S13a4u/DjF3EskC2kQjkma4SUtBlTMrM4qzF&#10;NLEgp1ed7yG4t57O4t5dj1xt+m6EoDIR+sVJY0AUkjJrqoR0cvqjtLcW9uikzCZvaW58XS5+hwO/&#10;sJvjc+z6LYu1Nv0G7KuTZ+3cou5szRU2UirNs0MuYyuUx2RqK2tIgemEq0yUzM3XWxtq9fbn7apu&#10;mOtxuHeG/t3y7i7K3JUZ7YnWddU4HI1kdftrb2Bw2PfKU2P6qx0kDzUlHjKRYqjJiR8gv3sEMUOH&#10;HO3Lm/bJzbvu0LZ/SRWu4yeHbpEVCoXDJJCO5QksTDSULRiOoUkluhO1tf39GS7QLkd71c0rq04F&#10;CB8X4qUNKHp9eHIUL7U7Q+RG4NOb27tmuwnWW3kodxb42H1NVtRV2N3FLiM7uo4qvyPaGaoaqOLK&#10;7gyE8k0eMkFJhnjxdZVTVRoaHr/duS285Ta+BfdVXlDWSzbix2c3jtylxDVNFJLRPBVz7a/juR+y&#10;hlWIz/5Mk7rK/mUGP3IvJG+ycqbX+8ti22d+aJ5NKO6v9NFA76Zo0BKhWZTVWWq+IWqSKUVw7LDb&#10;Jrvtyt0lFAjxmqgUPFTU1ZiAwFQwBoB0UbsT5WdfYXcUePynfGN2Fsyg29j8CMRs7d22MFuvJ5GN&#10;ctFJl0k2jj8/XbXapnqqYM2P8MwpoXpUSDV5Wy9s0W/svvnrvF4Dcu7dm0sO2t6ZfHbcwO2Mfmch&#10;WYjDU9NgsxtSj3eumjx8+7v4ilPLQzyqgolEkKvOAI8ivbG65L5obc5fcyO0m5s2+UMfFb6K2hgu&#10;XaMs/hsxljgQIwowbxCsjBAKhqL2q5N37btwtN+Bexu5EaQqViiZgBpkVUoVKGhU4pWhHSU+H/YH&#10;SmH2p2xnszh+sewdzY7tLpyr3r2/2Dms9tvZkmT3Tn63d21+wm2bX0jZKvqNl0lK7Ctp6WCV65ZD&#10;M8UCtKwNzVM8tHu6v3LvGGXe2R6Y3/g9pbPrRuitzWQ/uy0yzR4rFw52j2I1ImPiTHVUNdSPmYKi&#10;AfvmMafaH3g9jdquYd49weSNsu965fi0a4xdsBLK0gEluZCdaRERVWWPQNK6S9SKI7H2u5O5V22y&#10;tOULGf8AdPju6yykh0epUoGbuKagxK4jbVqUgno5/Z+Cp909k9Pbk6/6rrN+dV4Tv/rXeO5u0KXf&#10;m1NuYLaOb3JXxR1mWrMfVbcquwMxXNVZhMlTV2NqoMBWU1bDGqeRy3sRO2D2ZjqLe+b2nvV8VjMT&#10;1ttvcmK3jlcZjchvHZXY8q4fNUmRkkpaWJMhhjT05lfEmnlpZLRRqG0Rx+62+3bf77+0PLk+ybdE&#10;nO8W4yCO2W4dI9MExWSNyzFUWaJQU1tQVBkJOpgIobWSxtNutJJNc8isREGodIQMPDJNVNexTXJB&#10;9ei1fGfb/TXZGyumdodm9f7JbsPdHYvcXXuW622dj89jOqN89N0MW6MLm8zRY3ceayE2L3Nt6Cr+&#10;3jzUNTSZKSoiqpZHVKiplEP4ideCv2huujy+3aHE7hn7TqN2UmRNfJkqPPUu4dvYKp3BmaGGSOGs&#10;25Sdm5SkfJVlKrRR/csVkRZEKr5+SbT215S5jsOZ+S4LfkieIF9ss7iS9Akjddd0shKmniVYRZdF&#10;GpTpcDoMXlxzLFui7qt+bizhSEPEqt4pLu5DMKhAFU6CQC9RXhnpn/ma/IMfGnc+2ux8PubMHpvM&#10;/GmTZVXtbZohxtbtTcG1d6Z6mwG/Ypkmqtv5bI9a4/NQUtPFHT1My0xaaJjBMC50chhJ59o1dLha&#10;5Nux+NI6bJ4rHURylIZ6uRb4eDK01TRz105QrTrUK6htRIJCn3Bz7tt2w7ru22crbLPtpWk1YY0k&#10;uo4jEruRCNTsxFQdUimkmQFWnQsl3u52iWbcbmzvnCpI5jVi8i6QBQRLVmY1HaKAnOOqIsP2ulZ8&#10;oNu1W+afcW+twbsqshCkW+995+XYS0+2trYesrsjv/ce1c1jJdu7Q2lQ5OGo3FXYpogtNPTxOV1y&#10;oS9/LnrjefYfRm8MCKrFbeiyg2tUfZ1eWpoZ8ht370w5LNjC+CWshw+Hy4SCWrnHiWdJSVbxlfcC&#10;e8POVhuSbby7Hut/ebqt9MJ4ZrZFjgkjSqeFdRms7OJNMgBKKEb9RiV6hOL7z3If9c15Gn5e308w&#10;PrRpmtdMccqoJEttWo+JNLFVwsdQqgaiNS1ut/lT7G6z6u3xj+4sFuTZnZ2AgwfZmFqt27cqK7dO&#10;5cHn8hncdS4DCVm5Fr4duwZfd2EhqKqmxyxid6GehEWlXkPuPu7q7sbA9EZ3C9dZKryPanY1fsTb&#10;+36jHVmFww2/TTRbY2rNk67cwjgpsFt7FYSGYS1Eccj1WQrA9PTuCqHID3496OWNk2XlTkY2F7ZS&#10;ixtlubnwmSFYlCSXPisykvI0QIhht1YKVEbvqqpJt13b2x2jdtw3nmva7iextLGWea8EE0lvZsP1&#10;Sky/2kkzhwQsaHwwKtIOmjrP5Iba7p+YeCn/AIXHhelPj3i95vuag3zW5fM7m7T3puPcu8Ny4aDa&#10;vVMsE8O+Ny5DcsH3cEjNBSbYx2PC1NRrkIQNsTNm96bn3DgO1Nh46hk2Tj89V9f5GXK5GTMbTgxV&#10;RR4amwtO+Sx8lHk94Z2bFmOfOzQwVckLyxRlTJIDkj7cezvLfK+97N7xcn30lxY7rbWq2ySR6Wit&#10;54AxmkjLEpWEqZI9Ty0kAftBAPl3e05uj2wbJukcnKbprj+nqC4IDSzPJhTEFIRIqVDNXuAHR090&#10;dU4noPH9O9n9Kb5zOXy+4ux8NRdt7dn25tuuxW5K/sfEZPI7m3buCgxWfhyOC2psGmy71VPt3GVV&#10;ZQ41/tpCksMKykOd/wDS/Vu891YrZa9F7D2V2Z2LWYVO9fkbtXG1Mm6ZOpEqafJ71VcjlaurkPYn&#10;ZuVxtBhGljZVxlLJU1Ab0xQ+wZzh7C7pPvFnzJyrb7dJynPuNxNfLM8njmONxP8ASQ6jlZmGkkaS&#10;kIZKhSOnNr5p38bteWlxbyixhBW2BRRKGwqtLowY44qMNOXAXUKg9I/FYrtvrXD75+UfX3yc3x3T&#10;1rjouy85078W+zcri9v7bxvZ6yUdNsLaO0ZcFhqGvyPWXXGGOSykaTRJWVpjpIQyoss759w/Av42&#10;bq3vR0m8+o9gZ/qjbyV0W2BT53de3d400eeiqa/IUyJtbMYXD0EO3MjS0VLqeFzkwZJE8Sh9RPv0&#10;PsrzDtd7uTg2PMhRPBhsFMUTMr6GVITqKtNUyHSojQKoUFAajhdz5z8dPo7WN4O2okhIRRUBsltV&#10;StZA3wqSFIPQZ5D53977y+P9XPiN1dh9VfKZqXF1UlRtDaOy8v1Bk8rjc3hMdUrHhN44fceTU9jY&#10;hsllZRHZ8LeCC7tpDlM7r+CfxNO7dm7d6V6tx9OmQxm6MnurD1nYXYFdmNO2paWpx9RhZMzuSooT&#10;hdySP/DmJp5zHomnK6FW4K5e9iPda43d4JNtdduYLL9TdNDogjZzohuDCtYriddJWNkc6ak6COh5&#10;FS/kWxtLlH3FCBKukrp1CtWqaA0zpqdVQB0dD4ib++XGM2fvXdPyy7Y3Fmp6XIbUpNkZKs2h1Ngd&#10;piLdVPLS5LH7kxuxdl4nMQbm2nLEta8EtXEjJV08DM0hcexL2PhafY2Uw3Y298tW43eDTJm9y7Zw&#10;+Jq8VjJN9Vs1JRbD2gExW52z64jDJTRzSU89JNBWUsK1CQRkG2XOy8p+4Bhs5N65sW8aVniaJ5VX&#10;Xd4Tw45WkIZY4+BBI0DUBnowg21ooID4cxjEqxutaMrA6Qp1U+RNAaqcV6GLsqh3d2Ng63rbbMW0&#10;aradXkpdu7X3ZW7pTKZypwdHSVNNvrMYh8vt5ts1mbnx9bJFDPS1kAo5pngklJK2GDcW6trR9df3&#10;v3LHmYtuHGUm4tw7kqOxcLvLL73xWLzWKyUuRwXZEpxcOewe3DWTUUOCaiXNZepVYofCI2Ynmz7x&#10;vXL0VwnPW2pt37nuJfASejpEwiK+K8UYBWaXWRGxBjVRrKuzKOjCG1bcbNhdzTWsFvKdKsKgjNQC&#10;aaHBwoIpQ04dFw2Li+0qHflJhYKnY+cfaueGB6329j+rM5tLE9Z5/NbUzmIkyG7er6f+KZLA7+3h&#10;T0xrZM4kz7XwmMaWVzUzVMaMQfvPdvT9WvXOb64xNZS1+QoKzceQmh31XJWYKsr6lHghqMS0uWbA&#10;7jE1LFUsYmjIlJuWlTUIF95uYtq3bebDcNr3KS5vZYzKXLadC0UoqIRRApBrTSPkTXop3O2sHhli&#10;s9TwS17ZMALSjLQY0sKYrSmB1Y11dg+y5v7+03Y2bhytLPmGxOMoq/ZmHoIKnBw0vjl/ymihoxms&#10;ZUvUSwx+VWtFGLWV7Ft278ls3jMlm8pnsEm+juOGgpMnFufOpkTBFi8UuJoJcbDJhjSx1FNFTwyk&#10;TxzRyzx+dv3nd2LuVvffftmtbqzvraG+V3jegOk1j00owUgLUVOa6tTDLdNbZf3+1jw4hFJGQtVc&#10;Fq6akVYnhmh8qAYwOpdR0djabCYnAbRykGyMbh8nJk6am2/hIIYZGqcs+ZraWa9aKhKSqqp5V0QS&#10;w6IpTGtowqht373TQ9j1tT/EE7P29g3kx0tDtbDbn2/lMTTVmPoxTQ5KWbLYuKqrMrNM800k8jag&#10;aiRVOg29h/3G919055eGS4jMW3Rs5SIBQVXAemlQGNKU11UDCgUr0p3Dd9xvWV3YeGoFF1NRQDmn&#10;z4fb59T9t9e7k2wlFULWbJz2eplyEMm467a1Tiq9aHJ5A1c2Lx8VBlKmPHYyGnighWFGKOYFdhfg&#10;ArUR7EMaJSP2CApKCKpptoeLQAAAWhkiP9nSOLfQ/wCHuJXkjrLKJZpHLrU6UABI7dQFTkfwigHR&#10;ckj0aR0Oqo9Cfkfz49CDTneIb/Kl20yc/wDAd8ojfqNj+4kg/R/vPtqaPbepvHLuILe2qeixLNqJ&#10;AHmFNkEBf8G3vxuIZo6MrIeAxnhkg8SS3DV2gV+XVvGLEl0INcUNMef5fLp2jbJ2/djoL2H+bnqL&#10;X/P6qf6f095JaXaUsaCTM5RGvyj7YEnjKg39cWa0yAqebAAW96tzbLqje5BYgEEUNO4ihP8AFWoB&#10;Jr6inW0aShjMdfzHn5ZzjrC0+YV2Ax1DIg/Q65SVWY/gNG+NGj/ko+4T4fYskgf+8rRm/qd9jV8q&#10;kHmwSHKSE6V+tvV/Qe2ZIoQJE+pZ1NNAKlWqD61GK+Z7etEFQUaAknFKAfn1w+7zAQk4eEuPoi5R&#10;Dfn/AFTUiAe80eF2YARDvejjAJtr2RuWDUDYkMYRUEWUWt9SePfpvonjRplMMtKjFSvkSaE0NcAi&#10;op59aIjUhzaso8qKCR/Ogz58Osb5DMqARt+STg3EeTobggXA/caMG5495lpsXGSKPfFKSQbn7LdV&#10;Aj2JDHxNQAKbf65t7fJgR41lk/TpjDUqfIkmg9fnxHXqQBgjQtoXhRfUfOvXJaipmJao2/OpHF2m&#10;xUzEcHj/ACu9rk/W3094vHKx/Y3xSRg3s0m4M/Sxmxv5AfsP0M5tYkm/P9PbMUD1eFr2NS/mXIwT&#10;gGo7aAVUgHVn060Iol1VQVp6EGnz8vn8+ubyQqGvhahwoPCU9C2q34Ufc2N/x7cMe2apHJh7Tw9M&#10;kh9QPYGbgs17FXWSjWxUE35/PtTHcPbAt+8SY8AanoGUEDyHrwPnw627oEoQflWvr8vn0yzzYyUl&#10;ajZ1fOBfl8Ljp1NuOP33vf2qYm3EI1Qdo7VqhqDBV7DSocflVIrIgdRX63/P+F/Zgst3cSiSG9jT&#10;UP4zpJH4gCNVa+R/wdJTJGZC9WFcH4v5UHD06xLV4WRnDbSy8JuISTt11Vlte4MAYGMW+vs0HSfd&#10;+7+mKLdFVT4DDds1G5aTE0FPTUZxO68rhnoKyWo+7oaemxmWr/BU+QxTqkJB9B4IHs2uNlt7y2j/&#10;AHm5kuUbWoDBVq6laSeGasGOFPFG+Eg9FJgaS/VRdEUUhlrQNqpQsTmvkCMqD0Vv5N/GbrL5IUmy&#10;zvTfHaXVuF66y+Z3BWLtbfO+eqcBuVMnhmxZp92V+3NwbU/i0OJLLVUiS1LRwyq7FGBawm7u+b3y&#10;Wl673dH1v0Nv3Fbujw1ZVbarKTqTJZ3A4/JRhAtedt1GwolztZDAh0U8l4nb9QKgAxvzByxsnhST&#10;w2ZfWgVnefxsoxZnBBDVBJ7jnHfnHRumyWUkzu8VZiOJcMeBzSuKcK+vRKz8Jv5bGP3DBlN494bM&#10;zU0VNUUVdX5/5Vb2od2zUc6PGuOh3GO7osjjaRamXWBCUZWFlKsxb2Qv/Z6/5q9bIXqdpbtycyRh&#10;ZRWfB+grGRCLLGQvWeqOMkGyiwX8e49bZ+WwrBduelBRzJIG9QcNSpFQWFCFFG4Dq30KQDQSaE41&#10;LwHoPP8A1V6UVL8Tf5RG2aekpKDtLbu3aWaf7qipqX+YT3hjYKmpjdRLPFGPkfGtXI7sBKTr1k+q&#10;5PuX/s938z7V4P8ARhL9z4vLb/ZDYvufpo83j/uHf9XGvTbV+fx7Qf1f5V8Tw9MniaaV8dvE0caV&#10;1aqf0uH+Hr30aeHTV2V46DX/AHqla+Xr8ulF/srv8r37f+L/AOmmX+Gfffa/cf8ADhXen8H/AIh4&#10;rfZ3/wBmG+x8/h/3T/TnTfn3/9ag4mx9QI1DUnqF0b6MpQDk2I4sLW984NLMxCUNOI9Rx4/bXzyO&#10;s5SH1ALU040yD6g18/8AD1v8e/FWIP1sdSEBgQ9iAY2AJvp+oPvayRGQEjtrX0OfMeg9Rxp1oSjW&#10;QpoRnAzX5/Lyx173Hd44YzLJMscC3LyvZRdiFRWBA1vI1lFuSTYcm3tzwvEkCIp8QnC1qacTT5ee&#10;fLj1Z9TOErQ1qAP50/zHPXvdi3xx+D9fu2ipuwe8aDIYLaxMVZheupZJ8Dm8/TrLE8GY35WnxS7a&#10;2jXRkeGkjeOvrIjeVoI20tNHIft4lwYd13t42t1YHwywJpQ1AqMumCQx018iVr0BebOebTl+F7aA&#10;xy7gwoFLAhSa4JGSflwBwc9E072+UdDtCql2RsFnym7amB1OZo6E5uix87K5SixtFRvLPmcydB1K&#10;iPFBxq1sSq2g4yp/iFLS4fZW3aabD42M4jHLh6ah2hsfb1HQzJTTYvE1Qpno5Y6RVLimx1LVPMwc&#10;6g5LHKrlzlaHbNsSTZNpZ9vXSQzufCyCQSSBI7hiMClVA0nTTqCbr9/cxTG/u3/T1V7q0XP2A/6U&#10;eny6qY7V7SwO18nUV/ZW+lbdyxJWVm1saH3rv6tNXTy1dFktx00VbBiNoYqqgV4zV5evo4qZ9CvE&#10;36fYlYTp/N5hIZt11YmpXkQPhMYtXtnaTxpK80LNBBUHdG5YJ0Eev76qhQyLfwqo0+xlDs3L1o0+&#10;4bpvtzOiIJAxYogbAeNlbvOk1IL6wy9pr05Bte32kn4prkjGPP5Dhjyrx8+qh/kD/Ns2zteun2J0&#10;5Qrmd72kpqSg66gx3Z3bbVJpzBLSZzflVSy9c9dVVNJLKBDt+iZo0AYTtI2sD1g9sYLB0uPo6fHQ&#10;mKhgKUkEMENBhKXWCumGkpo0o4WGmxZULMeSSefaG+3V9x+ttOXfFubHxj2gBFTSFqwHaDrFDpDE&#10;EDgOHRmbdki/xqdIUJwpI8RqDyHp+YA6p37X74713dNl832l2HgvjxR7j8NdUY7H1+Q7A783fTsZ&#10;Cpr8vV1NfuVPt3QBzPLSLDcWJA9q2gpq+B4apJmpZYpUmiWgC00cRja8SEMrCcAEhwVHkUlfoT7a&#10;3CVL4PZ39wsloU0GMjUrAjvq3xAMeCg6AVUsGoOkxnjjZlt0LPirMPMZqPT/ADdEgynamxNq1U0+&#10;wdoz5DczF5Jey+zci+6N2SVhYGPJYbGwSpjcLMpUSQzyS1FVSy2ZGVlUhJbJ6sw/VW24NqdbU0eA&#10;2fjshmK3DbOmf7nEbUps5lazOVO3Nos+ufBbQoMjkZ2oMcrPFRRSmGIiJUVTO25j2i/ktrPmJZ5k&#10;WIIs0bHxGCgKGlBp40pIBZ3qWIqcknpp1Egq1Q39E0yeNRwI/wAvTr3Z8tMr8otyw70+QeAp9wdo&#10;nb+3MHm+4tmqNu7j3/XbWxcGBod69nbc8h2rujsHJYSgpYMnl6aChmrzSRyNGJNZZdpXtGQlXRvT&#10;E+gzIQ9PJYDSQwFxLq+hsAfZbLs8UieLtu6pOoGrQwKyJUmoocFdOSKkgefVAAPiXy49FwqMKtXJ&#10;5MNmY8xEH8iU7wS0eURfq7TUcmpSgVgGKllv9PYV7/y1Th8nSK5EKT0P3JkaSK7p5pURiha6uGjK&#10;2+v9fYh5P9yNr2cXO22kkdw6yaREUahfQKqXoSUIIf09D59Ofuo3Q1yRHuNF/OlceXlx+0dXZ/Az&#10;4D1HcHS2Y3ruHDVccjbxmoqWVo2aMY4Y+iYkQ3UsS0pU3Ykf0uR7QH98pFUGSZXf/aEUoEuSQ19V&#10;wPyV/PsZn3ImlMsFlDbqtCwLMRKTwqNNB8kD40/PrQ2FHrFCWWjV4muoYqD8uOePR2G/lhbWDnXQ&#10;5eCnaUxsVUxoJdACkVDBZX06b6SbqPrzb35d6S8ukkfBDAcfoK8gEn0st7n6i3tfH7oACO3ngUfp&#10;aO6n9oDUFyOIcCgI0kny6ZflsungeOdXz05P8Rxw/PqDU/yucKyFB97IVurPAZA8yeQBW8Y0qzpp&#10;CkfrPNz7W21d0PkIqssVSSCWKLgIoIkpyxWMA/umTjn6k8D3fmjcbG/FneI7mNtRqpctllcGYnEO&#10;jvAU/CgDGteko2qa0YgtqV2LAk1Na5J9B6egp5dVxfLD4OLsHc+0KelSeWDLYLNV8rzVDyuy0Wfe&#10;gBb7gSHRTj6KlgFub39qobkrI2UxVMyInoRY6sghVUAXVJVKnVe9+Qf9b2T6tkggdW3lVvXGphVl&#10;Ics1RknVRaZXFKHg4pY7aACWnLMck/5yKeXn/LoqknxAesiUtt2qrUdUEczbeqZaORWGoGCeTGtT&#10;yxSKwKsGIcf19uS7yzCJ4oc/k/P+tgmVqtKqASArLUKBosdX59lCXdnJcC8uUZdr+BSNOovgMSuT&#10;Rgw0+XlXqv0Dx6ZDGgr6HJ+3zPy6baj4V05t5No48cKCarbNLGwVxdCvkxh9RAsR+CP6e+13rnne&#10;xzGXkYgEouVq5BqblVsanx3BPDC/tVNPtKQlfrNMIYgMykAqOLAAa6EVqrhSKcBWpu0ErVV5CQTg&#10;EkU+z/KPy6xj4cx0kV4sNi6YkFRfC0NIVv8A5wF0pQNbDgrqtcf4e4cm5a2S7TV9cQQzM1RUTzlX&#10;ZrCMiQt5XW2r+ljx7XpJC6eFEDMdQVUVAqugXUZK8I4zUL3CpYGoAz1p7K5kVa0OcmtPL7fMYx1x&#10;T4uT0pEITHRlSUEdP9jEmiPWukMjIA5Y2kVbn+vuHNkY6ixnpKWuWIBj91j6WdgLWIU1FO7/AJHF&#10;7i/Hu8FvtxlAd0t7mViinSpBPEV0gihAahpQlaE9N/QvqCrrXUvxaiVoM+uPtpn166/2X3N0St9r&#10;m6ulPjZiaPKy08MSBljZmFPXRIgHINx+Objn21TY/bFWjy1ez9n1ZW4kbI7M2zWm1gGUGsxEp1c2&#10;B5v7UNFt31tvayXiu0gqhTOqvw10itCB3KaBSAPPpn6ScMIy1a5U6iKfM+RHqKY6d6TrjtTEeIYn&#10;sjsrGpGweGHB9l71xMcRYkh/Hitz0kcaoF1WFufp7ZZtgdSZG5ruo+nqtmDahX9RdcVmo6bHX91t&#10;hwxt9Tf3udL2yJaFtUbaRrUlWKs1KVWr0wQAwBpU4HFqZbkKwnZjERQgcftBAqQf5dP0ee+Uu3ni&#10;GK+SPyOofB66dsd8hO5qPxAt5JFgWm39GqAlOLWP5Htim6M+PFQpFX8fPj7Ndl4fo/qwyMxQHUdO&#10;0FIv/gwI9tOl/fyN4UsjR0YsxkIjADFdOrxPLHFSDUDj0wICSQa6gCNPAAegwdVBkaqV6em7/wDn&#10;jjvG1H8v/ltBoBKxD5Ld5sYkDXGmGTfTqQtxe62J/qPc7bXRHQO1cxTbm2t0f0/tXcVDDV/Z57bH&#10;XuzttZOGLIQPS1cNNXYXE0VTBT1VLK8UqKQJEYqwN/ZbcbnvNs0drZ3k0beL4dF8VnQjjliQWODk&#10;sKZGOt28cBYuEfw1IAqqijL6sACa8e7pKbr+UfznzuGq8Buj5X/J7cu3ql6f7rC7i7r7F3FjqqSi&#10;rIK2llmpc1n66FpaWupopo3tqjljVlIKj2Is1bTYwM2NjhxqwRRlfsI0onSyXJiFKItAIJ5+pt7E&#10;vLVjuLPbXN7uL+F4zlmdjoGpiveT8TsfKte7q953rKqysGI7ck0Pnjyrwx5dBTtraG9ey9wYbI7s&#10;r9xb3r85lqtJcnvPLZfdlRUzxSaG81TnarJTyhDaw1aUBAAHA9oDJ9o5vHzKsWYy0KE2s2Sr4wbX&#10;a6KlQD6yOfY8v+edn2MGxgjS+1q1HBilNaKB4qkURYtWnSp7gBUk1PRTtvLN3Ok0q34UNq4dzUNQ&#10;NVe2inAA8hkk9XQdL/y3absHbklVk8Pg4npFhm1DA4liTUxGDwtJNQP45I4IrqVN7fX6W9ti9vbh&#10;mDj+K5KRf1evKVh9I5YlpJwW0gn+p491i9wuQIXt5r+yaK/ro0oqlcDSCsagIhY0IFQorxp0tj5Q&#10;njkS7e+f6ofiUtQYoKLXSKHNafLoWqv+VdRwNC0VBBJHFGGMq43HiFZZY9IUQil0KtwL2AFjxxx7&#10;xSdr1zgPLW1Mi8FTJUzSgG/J/cdxa3Fvz7svPHLF8RZW2yxiZG0uJkioynHwBe0k0JcVFBk9KByt&#10;eIr+Heuz8CWY93nXtIK58xkdNz/ytKqCBAgpQGjqCBBQUjxSRCA6IEUUsYilSRFJe+vj2s8RuyHI&#10;0EM0wpn8jzp46mkpZ7hZGjIcywuy6yPoeAPr7Q77ZJ9Q97ZbUiwuiHVbrGFwOMeAHUAFmBAZjUKP&#10;PrUm27jCqpLK2oUqwcgEceFc5x5sfXqtnuz4ubr2N2fn8LS1WShloKTA1S1WOqq2gIkqsXT1KiA0&#10;9RCNcDSG0gF3cEj8n3klbbVX+3Wbc2jWo1iRWbR2tWAaeBr+5w8t9P0J9h9rVZlkaGyDXSkqe2ms&#10;kBgFUHiVOtVOAA1D02tvuLnXFIy0FCS7cPiai5qT5DBA6D+n667fwtqrH9hdo4uokLLFNjexuw8f&#10;I4IYOEak3NAU5FrJzquB7TlZsvqXIBv4l0509kFfmR63qHrasLkkhVaSXa7nSx5F/wA+18VpLoWG&#10;23cRq40+GrhUAADudBOSopq0kgISc9JfpdzcErfyM1Bp7sAEVGKeXA5PSrxuQ+UGGcPg/kd8hMc6&#10;AIv2XfXc9OwAIDuI/wC/B8arawGofSw/p7SlT0P8bMkzpkPjl8eqzWbyCXobqeSW35ViNoXUj83N&#10;reyfcWso4o5QyOhqqtJM6QsQcOO8F0bgulQS1CBpz08I9yKhwq+MBQioZQacTUfnUeeKdLWi7f8A&#10;nbipXOK+WvyppZEXxHw/I7u94/W1i0SvvkgaxYXAVgTa/tOT/GL4hzMS/wAWvjg8ZKhgekOtI783&#10;JH2+3YTx/tvZtZWK3hW2kZBf0YqUaZKACgBJcjT88MKfCc9VSC9NuTMYxchSRQZPzbt8/LhT7D0p&#10;Kf5HfzHaFP2vmn8uaWSxIlh+SXc6kBPSsVqrd86adINza+rjn20VPw9+EtWGNV8RvjjKSVaw6m2x&#10;SE2Y+s/ZU9KykX+vH+292t4NDp4V/KFViGK3Up0tTCjuILVFdKkgKVaoNR0nP7ybQBAhx3UVOPqe&#10;3h5ErXpQQfMX+aTSGOCD55fLmKMm6GTubdWSdtSroj82YTJSuzix9bng/W/thrPgp8Ba5WNX8POh&#10;RIDx9rtKuxoAIDK2rF52iZGI/SVtp/HtQZ72ae3Rd3ZrJ1rqEzAkhinbUUYK2DWtc4x01Iu5xldd&#10;vB4LEAkooNcjFAMCvE8adKPH/PP+bLjWEdL88PkzKqgOTWbs27lSNDEBXfN7Jr24HJ5s/wCfx7Y3&#10;/l2/AGZ2MPxc2HRO4BVsZuHtbGMDe9kFB2LAIiq/2lAP49vJ9YiiePcZFRW0Mr3JCKCMGhWpJbIj&#10;NBwJzXplZbqCNnayhYAEEqtAvnWpIHccUqOljD/Nb/m9YtIki+aXaEwi0x6q/bPS1aNKegyNJVdT&#10;yzVM7t+GNj9eefeKb+Xh8JYJqYUPUudwhZZdDYLvH5AYtSIwCGAg7SNpVH5A+nve23N1KZ0F+Uvh&#10;pKIjBXyT4mnsZWSuRXhwpQjptbt4iyTwxMG4U4o3EZ+Gnp5V49LLAfziP5w1dhdwZKf5Iw52LB1u&#10;Ipaj+O9E/HjJzRDIlo7a5uqT5I6lkUav1Frce6vfm9sTp/q7NZbYPT+N3fQQYHbUrbvO7OzuxOxa&#10;aXceYoJK2mosFHv/AHNuNduvi8K0K1n2iwy1EswEjMsaqJM25J7fa763nnea3lkCqJJEclkVq6WV&#10;FAWpytWHbXjwLrcM80jXUcayP2qUJqVGaScQTWpXTQAcQTnrbp/kwbi+VPa/xxyvyD+Vm99ubwzf&#10;a+45oesKfA9XdbdeSYfrnZslXg5a6uqdgbX23Lmxurd65GqphVmZIaKOF4tJmkLUqJRjVHHJ5NXh&#10;ViZCEXSYxqPktoc+Pi7fn2TSRyMumKqhV8yaU45/hr5U8qdKGERA8Nvw4zXz/l9nVxfsNO04VhoM&#10;Joj8aCukRSSlzGKQtpIW7ahxf6gj3FHuBGlLJ3JL624VpwBPHzHA/LpZYhtTGlTXh173cx/IF3TN&#10;tjsT5avHjIcqKvrPp5pI5qxqLSYd/wC4kUo329Qru/3BtcDTa/PsESbbebrsm5/u4kSRulQXEYCy&#10;KymQucaV0gUxXVSo6UOYf3navLdeEgVzkE6qAEAhckZqQPkDjrXR/wCFCHxi258nts/EPb+4eycz&#10;1mu2uwe3MtSZPD7Ci38+SkqOs/BLjqihfPYGSijAiWUSI8jOY9OkXDDZjpu2popPFLhIpYtYSIxZ&#10;qFdIGnmZ5aHQVYG5Ci4I/wAfce3mwb01ut3/AFbK3GktJWZD6/AoAbGApc9wNB5dDSKCFFdhdxCI&#10;0NCrhgT/AD+zh1q3Zz+TVsTLhf4P8uqzHzrcynKfHPcEsVVI5LRyJHQb9Bp3BurAFgeT+D7cl7ap&#10;fXHNtpzqLKkceeo3EjXAKTOaS8Xk+inn+vtNb8tc0XfhzQbXKiaAS5ZKqrKaNEoI1hBlhg4pSp6f&#10;jEBepvU8MfFhgMeQqM46Dmv/AJNlLjpYKmn+ZG1qsUtTDUlav48di0b6aKaOdoXSLdcygssdrj0k&#10;Hkj2lNrzzU7xQPPG7k1KMEfUsQkkkkS2kLr0odLkCxtf+vua+XLhZtjstm3GyZLi3gMgKkt4pFCQ&#10;1a14h42c6lc6RTSOgbvMFq+5tdolbZmqG4VI/CS3aCfIju6FH55bQxmfm3lvbbtDXxYiuyG2Wp5M&#10;jQrQ1LmmxtBiZ70qvIlLHJVUjNAjFmRGBLcj267pFfU4eupsRUNBXSxGKCoSSOnFNIzIfO5aGqR4&#10;I1W7JoYSgaTa9/Yw2K42xNzs4+YK20FUdXdpDoNSusOAGMgrVFaqA1DVp0TLapLIvjKrxNpp3d2K&#10;/CRSpBbzNKjosvxVg2XtntnY24+zMLFmNj4yrqKvP4WfC1WfkzVCtDUxDHUNFT5nb1RTZSqnYJT1&#10;y1kL0Dv5x5NHjYm3yO7zw/UezshitwVuS3ZuRdl125Knb2CmOKq81iKCSBaN8zmldRt98vPFNLEg&#10;0/dUkEqAqkl/Y33N+TXi3Uxpur2NkVLq1Y0d2IBigWtFCag5OCTxoSB0US2G8Xck22oYY7XxT4et&#10;anTxZSTlmrSjLQKeIPA7Ef8ALx+E2M+Su+9y9ydZdVwdV9Y7f3rj8Xt7ce565MlSbH3nV/dT7k2/&#10;1pgoYhS7mi2zh56alqqireRKPMVUbssj0sqgn3VfyX3F8oN09edUYX+KdKbTx2z92VGezXYsu6Rl&#10;81NQRYjG9f5vpzsTFYig2Zuanoaeapizj5WWP7SWqigtNpiqZBXyfzfsm9c4cq3Wy8p7fZ3e11KT&#10;TxiWaWJkZHjkikXw54ChLAM7yLN3RlCTqj3myx2j202vc9+tuUUuN0lYeIYlZxJrzV1DVVYXOoJR&#10;m0ghQFJAtJzHQ+F+KtZ252HuHD7A+SlfD2ZtvcuP2H19hduio2jj8/HuKbftZufqnN5bNHFwyRiF&#10;DBh1nqq1aOWr/YjeampzMdf7Qwz7rqevH3Vj9m9qVr5as2puLFbfXI43HZavVpp33WKxcNk67bxy&#10;OKp6lcdTvBBOZJlgM1UIpfc7e4PMfuJypDc85wcqQ3+03Vi9vDuEsSgW/izosULBC1YwDot9R8TS&#10;VVqID0Dtg5jhmSDd+YNnu45gpLSeIBGYwdPieGxajgcTUHQKswXHQa/ODuruXrjop/kzsPovC/Ir&#10;40Ue38Dg+ztkb33VOnZkuz6nO4ihwOI6iw20afdWy6HLT43dVZQzZbI/c1UNRBRS1gpMcahVFiDt&#10;XprD4ioh7JrtyUHY2Fpg+7evsTmq/c0lOEZIoN3bOytJBjsXuvq3c5P3GGyIljq3gcwVUMNVDKpg&#10;zlLlT3395lH9VtpCbLFIYvqbmltaSNQnw42JZxOa4ATQh7ixB6yB5e3zbN2trW85ehtbqxlJCSwk&#10;SxOBhijgkBwcsjUZGqKUz1T7UfGv+cT2Z2lkdvfGjrz499e9N1MFLkNgdvdj9ObW6fyBjy/3clN1&#10;X2htDeE+9+wdi/JDaUsM2O3Ng1xc2Ihr6X7ukrZqGqpT7YqbJbA7M2R2Xk9gvuDE0e56PK4UVGRy&#10;OZ66q8fnKLC0+NxtbTbqoa7cdRgaXGx17ywZPGxQ1f3EQ1QGU62G+8+z3PvKht+SOYfbW3a4vAks&#10;l/aXou5takDx9FImQhAzLagNG7KVLUapFslldvJbSXszQW8cqaiVVhKpDHSCCKkigC8V49w4GJyu&#10;xvnB0LuTovrX5Q4DZm8t+7Gze2Wmq+tzgu/6vf8A1zujdGVyW+szgOtX2x1rWZPd81Th6eJ9r7gF&#10;diYMdUSS0NWkEH26EA2jlth12Gxe0ewN972747O67ye45cj2Dm6iszEktDkFwmJpchFFjqMbfzcO&#10;28rFSUwoZwtfLGzVNSzMZY1z05D5D5q5L5aj2/8AfSvs+42aq7SIkTF5C0jWzRsNVuGgq0cjBlqp&#10;TSCdbDbbtqnsGe1jdZNnmAZiSaRrw0Fm+JiCGQhRSmTWpOwHBsTsrrbdwrOuKfYfVXUO+tp7QxOI&#10;2PQYPCbYqsTn4M9uncWX2XmcgI0zO3s7mdn5GaZswklVS0k9OKSmp4isVXJYf1PQZzfGw/vJctmM&#10;I+KnxVDjKLOYvGZKpxVTQV7ZjcNfnqmr81Xlq9qUAGNTGtFqD0xVkTRi5zonKvs3vkmy7RDb3HLc&#10;9vdS3QWSXxWeRViiaNlIKQFwyhVXukLmYFar1Hd7tG2W26231t/De+GswVlIDqHOiNSoNAEYYNQr&#10;Z1ChzQx8/u2Oufip8lMBtXDbA25vPD9w7Q3xuHsupwG6N87T3BmTXYal636c2rsbCYSsh2xsrbWT&#10;3NA/keVKo52RZIsoJKepmEyW+NO5KHG7o7/25jZp8qdu9g4eppk8UuXnwdDuWr3LkhtGoq5p56Ks&#10;jpIY4MhjqhEg8+LrklnPnMjHH/kTm7cvd3lqflHmfd76GPZ4njS4EzLLKZpJH1SvSjrHEqQBBQxI&#10;i+GNLDou3vlKy3K7KzbtdxRPAa+FJ4SgKwoxKZYNwHmtSq4p13/NC2Furs3aHwwk35UYLbuGi6I3&#10;5DkKmtydHsWCo37itndawVu7sxjsP9hV4+OR6uqw9dhozUPjsrQR01LFJTkIRx2/5Ie0e28kq0zb&#10;lpKLquPJV33+Tesy+Akxu6Mliqebb8iNgsTkcRJLUpRVFIzJUxTv5vG8aAkkA5Kh3nd4opIZoDBb&#10;CdkcvK5WBlKK40uGDGPxk4SRpqkbjQP7taX9kuy7dy1aLPt7QMHdpWilIaXSUDnV41aVJerGhDEj&#10;quXseLqbdHxY+H20Mrh58F1vur/Zl4cZDi8FgKzC7b7Ox2W682pW19f2LC+J37XdfZxoqOTcGKq4&#10;fvWloIJV81PI6oDHygzebrP9DnXG3tz1uP3F2Vv3K4Tb89RTVfqqxtbMV1FXbkqcbJFlK7bXXlTk&#10;DWNjBLTNV1NaBcKrt7Kdum5SsPd7kBuZ9g2++2MQMJ7ZXWVWIBijnZWrpdQAtNVRxWlK9LpeV9ov&#10;oZOYbm0hfcoxSLAZodQEcpReCPMERJWBLlI10kADo838pjam0OvKL5m/IbdPW2zMXtXrnqPZWP3l&#10;htr5LH5LZZ/ujuM1e5szg9u7kpptqUu6e76HatJTy5GBKt6GgwUckcqT1UMfsF+0artTrjb+Bwu4&#10;+yc5nKPD70wmyMS9LmaLBb67fxZSOt3HNmZ9uYqq/uxTVuNrjRJRQMuQijWGVJA78ZQ87e2/Jn3h&#10;oeXdl23dLXbd8Vrm9mgnaNoVt7cImiNCBKpSRo5SzFUTWRLqNKkz2N5y9tt9cSRxXNndorTLcxgo&#10;1VVI4lYj9RRQ11rTgXBpTqzf4kSfHH5D10fYfWXTu3+rt97r6q3l2jvnd1dik3D0z1J+7UbY22MP&#10;Qbsq8VBuKtkz+LqMu9b9pHQRNS1UbIAbe1E3fu18Xgc3kN0bR3JtnbOA23R1dFQPjGbOz0c7UVHs&#10;3rqmhqZI5P745rNZKGhpYamW33VV5JnVI5n9lHu3ydz37F+28PNOz+8H1NhbzpbJbtBF400twRCf&#10;B0EKQtBR1GmKJTJjTUmXKdzYJJHbDl+COzlZnAhomgkAEug7TlNIZQNYAOkY673L8Mt6YeXZ+d2F&#10;23Qdldg7q3tT440R3LPicXkd35mGrTfHZsTNDk0Xa2N21ivvaj7eOaV8fQaIbPLBGCsbO+enTW9d&#10;q5nLVecXb9PsLZ+a3V23NJT5NqTr/A43clJjK7FU7JHHW7pNTufJ0OPxOQip6aPJZKJoqJJYXJEW&#10;8si85s9tt03jmT3K8PcNsJcxvNMj3MKMNaJpdWMU7u0CNKVMqFyoOlT0r3q9mXdLOWxtkSdZmBGm&#10;j00n4GoTpEeDQ0ya06MJL8ScpsjcNTl87lsbkc9ujcKYPrPaVRMs9Xvfd1Btyo8Gdp6WriqaTAY+&#10;m2picrUV1LNU1UktHJLVVjQzxRArDK/Mr41xZt+oN0dhbgq955TF46hm2/heu93ZTIZin3htqHN4&#10;+LFZDHUxx8eQrduZJJHMktP9hUa1naIxORjvzgN15c583i45UvLj6CG48WOCpfQihZ40DMxLqtRG&#10;JCRUCnHiPNu3zb/BtRdxyNcMgOVFKn14U1edRTz69huiOyWq8fvnZ/UdBSUkWap8xgK/K71wGDXF&#10;T4zJowOaoq2CWrjoaDJUbaii1fngRWjEgkHt7pKDYuX2HtuCrrMBiarsDb+a7XzXZFflItr4ja+z&#10;M7j6LaWPoqLM56KPJbqh27hIMPS1kSoipUTSVs86ROvk6Le1nPnPnJ3KO6+5/ufcSzQ319biWKGN&#10;SA0qCW3uEjFZVE1RDblwoVYyqIxq3T+37pt8cF5ulzcO0E0qIBGtDFCuoFgeJdhqqQKVACjpnm7L&#10;7Q697E7C35Pg+wN67P2NuXbvSuE6uoMdBufcW6c3gsnkd/VnZEm38bXjFbQqd17grcuuLnc656Ba&#10;Kho6WWpP7Qf7H7EymYwb5WWgG+cfBuN4ZMVJtzGDtCSupMTSVG42wUk+Zr89uWhyXXuIrp1qmkid&#10;kqI6VI9TiISruPPHt9uOz7fzfsNpcxb3aqSkBZJfCRgJZm8L4VuYgQreGXYjWQwAbo5i33b5bQ3G&#10;3M0m4w1CxPRqVYgOpJ72Cjub8JOKdDNu+k6ylzf8V2jnM/1juig2jOuNo8jkcpTdY4KlydVWT4ut&#10;zW14sZDgKDcWF7HzNAapqXyVClJagSMqef2SXL9pb+qtn5DZVPtLdtJtiXsOu31t6rzeAlz+c21h&#10;mWtTG7WxwgosjjsOk71a1GRmpgJK2dPHITGoHvFrnf3Q37nG3NtfTPNepKCzE/qtj9JWIFHEa5BJ&#10;LEEgYJqHrrfru6S5hFy5tZGB0NQMCa0IOTwNMcePRj8AOtJd6YfsjL9n4JtyyddUGyty0OLrKfbm&#10;391ZiOakrJ9yZQStBls1PSeF4cbDWzzx0FNNJ4wHkZvYYzb83HjS3mh3BRliS6zdb5GVDqBJ1Muy&#10;5lkZlPJP5/PuNzd3UiRzTIrQsT5ZavxUQp5N5A0/b0VIyk/2/b6E1PpwOaenQqDIdUV3jkj3Ntmf&#10;SW8bQbxiFixVWUeHLr/aQC34PHuIe1nhGmoo0qiwB/y7qetk+g9LNq2TGZiwFiL2HtHJu3iO0Kxo&#10;eIBEYBp6EAYoeBzTgevGVAdDzMzDHGg+yny8unEx7GqVvBuOOO118lBvavgK2AuoNPmQoIFvxce4&#10;p7Rxk4Ik2tt+dpNQIm6sycJ0mzDWBhaYoDbgg8X9qvHtJ/FktfDUhQGqoJkAWjgdtCtcV/Z1rSGJ&#10;Zbw6aYr6+f8Aq8uvSptYC399auDkAEb0kuClhYGaukuf63v7jPvPCyqGk2rteOw9BOzspSWD/Szu&#10;YQn+AP09lkbW0bMGhgjBOoHNBq4jhUZ9KU8uvKWDM31QA+Yrn0OP2/LqRFNt4hFj3rJJ6dK/7+Wj&#10;lZ7Hlrl2LMLcn3h/vhtmMymXEbLgC24ejqqNlVrMSY5MtGC0l7n6Hm4+nu1w/jzJ4IRpcZKh0bSD&#10;UVrgcKE9x8+nC1zI0ei4DSeukFTTy+Q8h07x0cE66oM9kJVYizxV9NKPrYaSIHXkj3lG+NkgKXot&#10;gP6blWydRT3uTYgjcikFVX+nI9oofpotYuLeKrNhlorChyAB6n1qacOrjx1P6rLqrxp6H+Vf249O&#10;vPg53ZWXcOfisb6UmxrK3BFmE2MlNub/AOuPcRt79cOyF8Jsl7fXw7xy1KXsSG0eHPyWdbgEfj8e&#10;1E91YohSNYWrSmW1iuCCPLNSQKinTjSSxrIBJGS3yFfnX5efXmxOTCMkO5sqpP6XmpMJOymwF/8A&#10;i1x3+n5/qfceXd3WslzFt/CxOHB1U/YOZ+n1toapns0hHBPHvVs23eAfFtl1aRxdiVPAY4FRxI61&#10;HK7HUWQpp4HJ/wCKHHrhHi86jAtueeVQtij4nGC5/wBVqiijIJ/23vGcvsSoW8ODpgLh9Me9MlMq&#10;XFwvrp5De4vqPF/8PbAjV1PgA6C1Khqs9OODgDzHoOtrLIFYLoofT4j60+X8+paUeVXTrzAksOdW&#10;Op11G559Eigce8qTbQYXfC1puTcwbifS2q4/aVsTMVB/ANy1velit5HPgQHWcGp7QaVyxANfsODj&#10;qqtM7aQgY082P+Guf8I65vTZUk+PKQqCRYPjlewsLi4qo739zmXYixkSYLdal9IDQZ3GSKDptykm&#10;3iAFS4HN7/0t7qLaBlhklZ2ctwBoAqmoI7QDVs/b1vTK7AIoDA8Cx8vSvz6imm3KrXTLYeRLAaZs&#10;JVqwI/U2uLOAG/8ATSLe3XH0+x5GCLRb8RXuFRana0mgNbVaSXGwEsv9bci30Ps/tLbbohHePJdF&#10;43yQUIVhXFKVJ8xSopjj01KSpRirDjU1BAI+VOHr10y7pCeibAPJo5LU2RiQyc3NhVysE+nFyffP&#10;e2c/ujs3J53r2bfGP3hgJaPcG2ZGbHw1H8VwdXFlqBKV9u2yE9TJV0iKEjVlkW9wfp7Leb9x8Pl/&#10;WkcoKSoSy9pFDWtBRvPUv8Jz0UzWhu1uY5QCrRlag8CQaeQIpxHp1BrcXNmsdX4relFtfJbdr8ZW&#10;UeYopop56Spp6qJ4KmCpgyAalahmpJHWQP8AUG30v72KOrvk1l+z+u9k9iUuSzUEO9dsYPdCR1U1&#10;fBNRzZWkWbI46oppRHLS1mMyizQMjBXXxg/T3BUPuluuyXUthczRT2R8RNLQ91SQXfUaHS4IapNC&#10;3aRU9M7ZyVY3llbXEaMpKZBZqhxg0J4rUE5qCTWnDrV97g/lQdE0W8tx0u2dpbUgx8GSr46WGlo8&#10;IiS0nlX+HzQeFC3gqKMIdIupa9wDexP/AJ5/JXsulpettmbR3tvzbEktRnN05bPbY3vufbz5CCnj&#10;iwlJtqrgxdbRvV6Zj975ZJWVCFQIDdjg39533X5l3Dedl2+z3K5t7aK2ejRyGKplkLOmmMqCkYAB&#10;1Akl+NF6yV9pOStq2ew3Lc7mKKe6YhP1FEuk/FqVnDFa100AFAOj2/y/v5XHxn2JjN1bw3/0b0j2&#10;NVZepx1Lg4+wepthb5zG3JcYZqiWuwGczmKyLYOgr2rADS00cet4RK7k6VWs3/Sz27/F/wCNf6Ye&#10;2P4v4ftf4z/pM3x/EfDpt9t97/HPN9r+PHq0aubaveJP9Yd78f6794zfW6dOvV36fTX8f5VpTHDq&#10;afC27wfD+jt/A+LT4a09a6dPGua0r8+rX/8AZdvj9/A/7sf6C+nP7t/dfe/3e/0Y7J/gf3n0+7/h&#10;P8E+w+6t/uzx6/8AH3//16D2RhGAVcnUygggNZD6inFyeDb/AFuPfOFCDMdAA7QSPKvEV9Os3HmH&#10;i+HHUetKUrTifQdb/Ht429t/NbozGP25tzD1mdzOUm8FBi8ekfkmS3klnqKioeCjoaKCMGSeoqZY&#10;4YY1ZmbixU2tjd7ndxQWZ1XL44+fCgpU/YAKnHrUMTSeEWuPH0PTieGOKk8cjPULI5GixNDU5LIz&#10;rS0VHEZqidw7CNAQL6I1eR2LEAKoLMSAAT7tk+NHxHotm1FBvLN47Eb+7PVGkxNRkqapq+ptnzzA&#10;vQVm1qCSijzfY+4I41IkyhpqWhpJCppn+spy19vvYPcYIrG93za5o4pSja5ew+GWywjprCk0AViG&#10;PAr1HvMXMd00b221kpakGsp4kcCFH4VPkT3caU6qk+WPz72DsnDZ6lqd3Uu39qYynmj3C2KzeDxu&#10;cP2rqMhSZrfGXrF2XsTxeRCKZZMlkqiNZAIVYiP3ZdienGylTS1u98hUZqsEn7NNmKdJaeCaq8Mx&#10;lpttxF8PFMJI7rPWNXSv/qgefeQpTkXkq1a5NLq9UGRUVlloEJVh4aV7iaKU0h4xkmlR1GiWlrHK&#10;8kEGp2yzk1FfLuPl/l61te2f5nfY3Yz5za3xr2P5Nt1EoizPYqZXJdXdXiOmM4iOa7fzr0G+944r&#10;7OUytDj2w9DKVOmJgfY00W36PGvGuPoS80f7S1tezTSpDGWJigD38ZtcLZVQEkD2qj3zf95juZgI&#10;dus3VT3KrzsxACMI1osUSgj9MMGCd1KVHWmngXWt3cu9aUSOgFQMVP8Am+zqm3uDvXCbjp/tO4e5&#10;Ml2ignqKhuruk79f9P08hZo56bJbm8RyW8aw1ChqiYpUeUqCXY8+1ZTwSyAiT1iQeioEhFR4pEVV&#10;hVFtFoUfW4JJ9hy62bbI7lb67nlub5DV45wGgDoxJkC+RPFeIUcK9Nte3IQC2hSNQoAIOTSpyTkZ&#10;49FJy3yRz9BhJNq9Z4XA9Y7eIKPHsPGHEZesgYkyR5HdE0k246/zAjWVlgDW+gFh7dIqdFj0gyVB&#10;jAUPIhaxQnU+oCykqbWPAt79cXreKCI44I3JOhCFADAUWlcgEVqMmvoOkohV5DK6apz5mufXB6Lj&#10;VS5fK1U01S7iWpl81Q7NLNU1Ejm6PKxMk0zFvyzEk+50XjkAiEyXkK+klvUw5uoClroOWA+g59kt&#10;3NPbM1w1o+mMHIoaA+pqBRjhSeJwOlQikNFVK/Z1gpdr5GsnVljCsDw0t/SrEC2ixYsb3/r+R7zK&#10;aeOQQLUxAqfUV1vG6qbsxk02RpB+knhPz7LZLm9uYGvP3fIVIxXSrKThQFrUhT8QFdfAdWSIu6oS&#10;Af8AV5+XSrpuv1Sb/chVRuA49EepEdVFzobl/Uv04vxf3jniElFUSXVaoEGAO8TR6UqYwWN1KkCN&#10;9Op/SOW/Psl3bfG23wyNT7f2+IF1qxqhqoIIYVYFtKdzYQHHSy3thr4GhByR+R04yR/Poyvx16ki&#10;3X2hgMBDTChkrKbMxxV9ZSQ1dPTSjFVf21VHT1QEVU8TlT6/SP1Nx71yv5q/8wTvfoP5TUfS/TtT&#10;1ridu7S6q2Jm89UZrY2O3nk8nvHeoyGfr6R8rW5CL7ekweNajhSniQKHeRmJLCwn9oRbcwbZvG/b&#10;nE5huLyWOIuulliiVI9ZUgNqkYOasa6aedeiHct13XbryWC1v9MNM0QHPmc5qfmfs632f5Tf8vLr&#10;XEfFam3Nv7L9lbozu+93bgyEZq985XG7doMbt6vrNr0dRtPBYGehxmNgzDY96ipk0vJNOqkFURB7&#10;rmT+bB8xkXTNkunawEXvN1Fjo2JH5H22ciFz/rXI/wBj7lj9y7OhWW3s4gzNgiMGmo17vPQB8IrR&#10;eHRKOYN8Vv8AkooRw/sgPl5UI/I9WYy/Bro+QkpP2NTgxiMJD2LuPxqoUrdUlqZVDm99X1uAfqPf&#10;H/h3X5aU1HUM9N0lUGOGV1eTq90EcixuyyLHDuaJWUsounAP+HurcvbNcXKsYWEtaGi9rCpoGORU&#10;kmjHgDTp/wDfm+aifq0JFfwD9lfnxr103wc6ZNvFkuyacA8CLfNex/FgJKiCeVdIH4YH+tz7s0+P&#10;/wDM6pszit20u++ocn/eHbmZ2tiq2s2fu/Fx4TMZCp2jR5isytLQZ6ihqsLTTVdR+zS+WpEKGxlY&#10;gXl7avbq8vNuil2q8jhhYvqDmjUkGllHmO0AVoeAp0ubmNnCR3dkmpRSqtQsfUrkkZpQf4Oq3vlZ&#10;/J43H3nuHaWT2B27szD4jbuA3DiPDvnY+YyuWmXJ7gGSoY6iswmcpqPICGid4qiVoYWnkUOEAZh7&#10;c+6f5k+wtn7dbe1D1F2PUVzbiwuIrsPDvXZtNR1MeanqoqvMUtWKSsmp6+lWBdMIi8EzMWZlP1JN&#10;59t9z2KEGS/s5LUqW7VDOpjjDLG7FSrIzAl+DAUHSqLmi1RRGm1hzUZLAFT5eWfs8ulV0X/LJ7y6&#10;1xVDsfe/ZnS++9mYjE1FNt/MnaG/KPeGEFM8H8G2xJTDcMWFze26ZJJtFTUOldSIkUMeuMXXB0f8&#10;oPll8iOotsd49ZfF3pr+4O8Krca7Yg3f83tm7G3xXUu29wZPbNVLlNuZ3r9pKBpq7FSlAx8bqNS+&#10;kgmDZ+a54Gmgk2rWJIqmkQaNRUMGWg7SCMUzTHl0d2V3uu42qT2mzRNC1R/aZFCePbjpK9jbB626&#10;y7Ey3X+TxHeW9cnt/wDhsGVz/Wvwy7O7B2HQ12XxlHl0x9PunbW8ZaOprKShyUAnVTJJG0oVzrDB&#10;Vye4vnJS3FR8J8BWeEgg7b+fHxyrI3KkjTF/EcBjnkQ/i4W59rLXm+zjbxLiw/VlQq1EqW1igI1A&#10;lXGamtTjGOr/AFG7oxEfL0eumf1K/nleOTkevy6T52t0RkVED4jsygteSRN1/Av5U46CjMamWUyy&#10;Y2uroxbngKwUE2ufr6D5B/NBFKv8BexGQOSzUPzC+LGQicqeAhFcgBBFhbm30+vtS3MFrLKvjbNK&#10;0qqAtA6kBhSpKKC9eJUmgPHqpO6B6TcstrUYIlQED9gr6kn8+oVZ1p8cXHmlzGzEZww/y/4k/KXH&#10;SRkeMy/sVe2JiieGQkuUGprXJ0n3Ki+Svy5p1mSX+X5306odMzY/5AfHfKIGZVYaJKPJhJDYkGxP&#10;+wI9vybpJI9tLLtE1NIoNL/ANQIAPcoJoQoK0pWpVum5DuLUUcuTa8fjQ8fsHDzA6aJumvilV1MM&#10;cu5OpoZ2Ek9KavorvHHuZInVy06ZLZLwP4jpKlwDq+g494cv8rvkxtzCZjcm4/gH8qMdgNubez+6&#10;81X03YPS2XXH4Ha+JrM1uDKGGnz/ANxLTYzDUM08hQM+iNiFJFvb4532zboL25baQqRlEd5AUUam&#10;UIj0CChcrQA5qFr008lxFHLJLy5MAgyWdaCmT5DGM9exvxs+JG68vQ4LHbz6YnymTzGJxNHTVHXG&#10;/wDGLUZXclfDRY2BqjJ7Jp6SOor8jKsQLuqAvZioI9t/x5/mUdHd3Yio3HDlO1tmUOJOEFXjc1tU&#10;5DJVb5qgnyMVPQ1+38rkqKRKWOnMc0zLEXZh41NzaZNp5e3LmnbjvkqW8thOoZkAk16tIKK4VsJW&#10;hcg9gXia9E9zzFs6ozPG6VFRVQwB9MGpyf8AUOsnfP8AK733jcRNQdM/HfpDfm6crR1y0O4s3uLb&#10;OG2vtOaJ4YEqq3b+a2tS5XNV1XS1DvRwxSNSxzRf5Q+nSHOFTfNP48sSr733DBqFwqbJ3GpLqAAG&#10;H27BET6MxJsb+18/J3NbrA8PKkE0wbQTMw0xxudQZiOLsPhRUqaKGpSvRJLv+3OUZiaeYKEH5VIP&#10;HyA6qhyn8jD51l9dP1JsmsBUykR9u7I16yH1xl6pqQMzyEMtgkag2/wDxTfM3482Vv8ASBVwKWRV&#10;ep2nuWNIhI4TXO4oGCRKzfuOxCxqCx4HtWnIfN5MbXPL0mWRWIqAxJ01UMexU+LAyO3z6TDddtMz&#10;NMru/FTTiOP2VHAfs6BrdH8h7+YQ0VU9P0BgK6FEnkIo+4urjUvEo8gWGN89TtLKoUhEVdRuALk2&#10;9jpnc7ElVViRmkiOOx0vkp5o2V0qEDwVNPNHqHimRgyMLhlYEcewDfiTa13K3uhGyq8hFuTImqgO&#10;qJq1DMMazkVGMnoR2kMVzALqJl8JshqAjA4kfyI4149F2+M/xuyGU2z1vW4eBcFnKfsrf+NqKvM4&#10;l6n+HTYvIGmraLJ4qdqVzVY+pilhaJtLxyoyOLgj3Un/ADAPnXV/FCu6txW1evdsdgZ3fI3VmMlR&#10;70ymex1JiNt4dqPGY6ux1Zg2aaTJZDOSVKSLMjR+GnBUXYkR2DNvUzLJa21rAEGoxlnfjhGFQqrQ&#10;DCUKioNTxdk3CXbREtvGjalq1agAeVCvEfljral+EXw+q914DctduLtDdVHTYtMPikG2KTC4KOfN&#10;zRy5OvZ6P+G1UTUEOOnpTCHZphJM5JChAa+U/nOdhyczfHPqgAEt4Yd973jVQRZgqyY2QaS4uDf8&#10;+11vy/BaEsblCzCmrwzrGTxNSKUwcfDjj0hfmTc1IH0kPhn+k/8AM9Hik+Cu3HjSP/Sr2ISqRhmk&#10;OEkMskdx5ZT/AA9CzFLD6ixH9OPbjSfznN3ySxxT/G3YDK9RSqft+xd1oUilkjjkkDT4NtTwKzOq&#10;iwYgA/19rIuXori4tmW/UMulVCgrwfBrUkimCf2de/rDdBSxsoyP9M1RnyxwPTe3wLwYppY4u196&#10;meYSh5qjG4KoibzBlkvTeCJTrQ2N2+vII9279R/OX407w2LitwUPYGXoaCuyWcplp9x7TzuFziyY&#10;3IPSymehjpcjHHTNKpKOZ21x2ay/T3LL8r81mzgaxtjPdJGfDKI5gNXk1hVY1EoBBRFBBANDpPT5&#10;5g2mZ/ElDRyBQKFSftyMfZQfPqlr5JfywvlFvTt/Pbk2r03h8pt+qwW14aSspt6bRbXVUmJpaTJQ&#10;j+IZfEVPkgrIjpJpkAX1gm9iJNZ8q/j3laaWhi7gxWLnleP7etkx+4oIoXAKxyVGnDLI9Mzm0qXu&#10;6ci5A9kx5U5zkgpabVciUV0jOtZdWEXNCpUkqUNYzgYx1a33rZnoRdVauRoYH0x5k0+zoJdh/wAt&#10;X5Yde70wm7sn8Vk31jKOOtpc9tOu3B1xPHmcZUiAVP8ADp63dtTQ4zdEHgV8bWPG0UcoKyBY3c+y&#10;jYH+YdsLe/ZGT6j6gofkN3pv7C0m6q7Jbd6i6lyOTmi2/tPKQ4rN7liO4tz7Z+62599Knhmj1Nod&#10;GKqZFUx9vu6W3L7om7cuAXPZISxaV42VigLVYUYcH4BlYKeHRjBf7HM3hWkEznSDQpnGPX/Lnqwb&#10;enwz6P6x2BjOxe69idT9J4HMybbohFv9duVNVRbi3JTyzUuzKobF2ruimqM/Q+OSOokpjUUrtE7R&#10;SNGvk9i9F8le1VLa/jD8/Yl0kmOP40TVki2jupBoewagm7i978/4g+wrJzrtKRQtNt/h3asO96la&#10;Fs1Xh8JoNK48qUr0orb+GFG2zaK1H6R/z/6j0AMnXP8ALYqoiX7D+IxiaRkCVedzuHDyhwsupq7r&#10;CBU8YXSyk2/xBF/cWT5Vdg04Van45/P6kt5CXf4g7ylP4Lm1Lm6rVq/Nvr+Bb2Zx8/bBJKUWR3iO&#10;nUmtqALVV+E1qoqENaiuanrVbIKQbC4CcP7I/sOeuh0J/LfqIZK5d7/Ch1d4khll7k2/QROzIZUh&#10;V8jjMcqq8ahuRb/agb3b5vmblaRw9f0783qCQNqZq/4Y9zG4bl9bY/E5CN1+lxe39PZrBz9sXgSW&#10;MW43CWYRQqCmlSlNBFSDVRUA0rU1JPDrfi2CrRLWZRSmIjj7AOs3+yp/y/K9D4d1fDGoE7BTHT/I&#10;7ryNpZVU6Figqtw0VRBMDIbX/H49sG4P5h2x9n4iu3DvSl+RGxsBivHNlM/vj4od47Z29h1nqoKS&#10;CfMZiu2U1BQU8lXURxXmcJ5HRQSSB7pb84bH9QYleY2zBVJ11cxHBoaHQBU6XUaqE1z0gk/ddJXl&#10;inpxLNE1KehqKCnkfXpRba/l6/EPsLK0WA2djujt356vjrDR4jZveezNxZKrFLRvWVhocViN6tXV&#10;XiooTNIY0ASNC50qL+zBdZfKnrbsLF0256HvnqrL7TNVX4+lqcduHHwNkshQNEtfTyR11LjK+lio&#10;ZJ0JcxgSkgIbAn3M+z8t2rxz7wu33IhmVXRS7SFaVVSNWpQukEMrgszZrjoquLnlxoyYHDPXINV/&#10;M1wcca+fRWvkp/Lnwu28dU7Y6a+H3d2b3xUQ0NTWbxp9qbuqNtbeoKtGrEOKqabKZjG7p3JMiNTv&#10;Cp8WMF/KXZox7dd/fLXorZGS2qmT7Y6+q8xkqDclTtnadHuSlrs5vKvx9KrU2GwlHRJUrJVVteY4&#10;LSyRcSEg8E+zzYNsu7fmOCZ5rhZPDWQIqMCz5AR3aispU6mUigKfl0V3G47fDZTLC6rI+Bpq2f6X&#10;AKKf7HQP9F/yyO9t0bU7Z2LVdJ9kbFy++d3dU43Gbk3Xs3IYPFYjHPmRBuHcUtdXGkEcO2sPNLWF&#10;oUlYOiDSzOo90d9n7kym6v7357PS/c5vcQz+cys+kMsuWyMNTU1uizaVjgeQQxWtaFFH49yfvdnD&#10;aWVtHbKRGikajRC2knNBwJJJIUeoJpToLBjJMsgquKAilNPkP8pNK+p63Geuti7Y6w2Ps7rjZdAu&#10;L2lsLbGD2ftrHqQ5pMHt7HU+Lx0UsoVTUTmnpg0kreqSQlm5J9lN6P60yG/92Yirqtm53emytuVU&#10;WR3vi8RI0E2QwlFQVFcu3qOrEkMKZLNVUUMfgWRZGpTK44U+wNu242tiEnvbnQ5rRdNThSQCDUaT&#10;UMaj04dau7lokOkKGHlTNT8vNaZ+09Rey8rW0e1MxQ4DdmG2durI0Rp8Fm8xDFXU+Jnnnhpmy8uN&#10;kEiVMVCspZfKvg8uhZDY2IA/JHauV2jlP4PmNr12z6h8kmYodu5Kopaqtx+AztNU1WCSaromammS&#10;SjjIVkCAhCVUJpJifm6aO/2zap1vBOodqMDQZHfgfFQUzwqDTHRhtEqzBGQ1FcVJxnPHJp5Hz6UW&#10;2M5Rbgw1LX0ORosqFX7WqrcctQtFJX0yrHWimFUWnMKz306mY2+pJ592c/yH5oh2f8q4Z4kkWbqD&#10;qyVUbkBo+zaxBx9VIExFx+D7d9vbRLn98RlYDGkXd4tWXAfSwjqA5jNCFPEnivHpNvLXK3ds1pMI&#10;5V1kNg0oKkCoOWoB86dUcfz0o8uu1fivV4bKZLE1FP2R2fHJNjKyWjnlhm6iz8jRExyKJQpptYVg&#10;RdL3Fr+9kBYqZypFLRakuq3VWY67XCpYXJI5uObexXc2XK1jaGG+264kjcBiTbmFSVU5eZXNY0qC&#10;gQ1DEnUQCOrxTX0MblNydpMEgjCj0LHiBUmhPbUAHrXRbOb9g8jQ723sqylnU/xasQFgdOqJ5GII&#10;8Y1AAqBqP+x5stIjv/kMGu3rYqHJC2LJe/psRe3Fvbez7by/eW0Iu7eNdvRaxNGGiVWcMBIWyGLD&#10;s0Ad5ClAhyXre9vXjRZN0kIOOIA86GgBrX7fn1Bqcz2NIUY9g7qaScxU0kE2TEbtIdX20zrJCyyK&#10;QQFb1aje/wDX2+YxqZJo3jgijOoDUoKjU1wgUW/aQg/7b2xd2Npbqk1tEouPCXwitA4i/HrBZmlk&#10;OmtCBSoRs9LUubySNY5ZWwtchTipqcVBxQ0Fc/Pot3cB3pltu5TF5rdGby9G0c1TNQ1kyzwPLSPf&#10;VVaEBqJoJzcWawa39B7Yez9/4jrfZ2d3pnCJsdhKZWho4pljrMzmah/tsRt6iOpXNXk6xgrMLskI&#10;kk+ie67RZ2e5XMUcwZdxd2RYnicq4chg7FjpRKAlRGNMVCtGLghtLmOJZY+7x0z8NF0nIcnK6WzQ&#10;DiR07/C34y7v+SPb/XXTGx42otw77yZFTljSfc4vZ+zsVEK7d2/MxEQsLYvbGHYvHFI0a1mSlpKM&#10;G9SPdDnam5c3vSh7U3TuarSvzu4ds7oyOVl0stLH5scVioKSE6vtcdi6dEgpo1ACxRi4uzEyvzLZ&#10;2mx8mXO124kaRbejPpqx0uut0zUhwK93w4oa06S2N2Z9xhUEspwPlStNPqPXPE9fQa6n6j2J0T1h&#10;1x1B1vimwmx+v49v4HA0rSmatqPt6xXq8vl6tViORzm4MhJLWZCoca6iqnkdr39gp0v3H3P3RPgP&#10;iHt3tqm6W2n1/tjKd95/sFcQ2897bibZ+aoMxTZuWo3TmaTb2y9t9P01BAKaloInmyOMlq6J4KtZ&#10;vEkR8rLuvNl3b7RBuMNlYWkbSO7oXcgFm8Sc1U+HUqmkEju+AMNYQbpy3aTbuZ7oPKJ6qsaigRSC&#10;XwKa2Pxgk6gwAVl4kpPyY6P606w35W/JCt6zqO1c7vfKYbrPG7Qpa1dn7e2pHvDC5rb2Zn8W0sLJ&#10;md05bsvK5SKGpqcrNLTUNcKOsVqU0zTNZfR/3A6Vw2J3huXMbYp9trh9w7O+QW7ssMpgOuN1YTNr&#10;BuOHuLq/GSz7hzmzdtZPfGTpKTb9O0xoUpqupiJop4qSl9zxcb1zylryL7Y7xexQe30cX0zTuKQJ&#10;JDW4SQSLI7NcRu/hQeM9JaopdtLMSU8nWV7a3UNxJH4hkVleRQYvCKlSdKKA/wCkTrUrVnJDKckE&#10;Qwu6/kF3NsKbZFLXZ3HZvY28eu+0vjhhsABW716/3HtDLZSnynUXaO6sFHQYntXdtD199zX5ySrS&#10;kropVgMdPmKV6nIE2G5tt76zVPtnGVW2dnE42PHIWo6xpDXx5FqPOUuU3BNqjqmxG0kp46mspxHF&#10;JmRGk0EKJKqrkl7W8w7BYQcxu++zy36yMkcippjnQho1eBAukS3eplLx1SJ1d2IoD1GXtjy3ytsn&#10;uLtuycqbnZw2VtP9V4UbkByyNFpiJBLS9xkoFACMUkYlegl6/wDkZ17itu/IPtfO9sfIXdmd3vW5&#10;nbeCfsXCyx0u15ME9XsOTZnXCx0aU1Dne5KnIyYqirjPVxbVrVkpquskqqOeRwJho+89h9rV0ewt&#10;j7Fotj7kydbW0VRDTVhw+SzdYK7J1OQTDUkkNRT5bGzwyVFfJJqRUmCLrL2Sdt32X21545P2KHmb&#10;mPcBvG1SxT0RlWdVhIRI/Hao8GUPoQL3OAwJUAls3915H2bmV4pr7cKPEKABipRaaSAtaCQj/RQC&#10;V4qR0aStl+Fnd/xtwu0e2O1OwKPP9V7IxM2+cj/eXH4nsyg29NLhttY/a2U3lWQ1c1VgN51dVDFQ&#10;SY9ws6wLI7qYmLqPCbY7pyEtPLRdZbR68Mm6d0QbhkkpaXFVefw2XpcZU7n3HzPWmgoNx5aOSWhh&#10;o4xU1TKusRtEZDu53Tkbbg8M/Nd/umm1gMQUF0jlRnFtGWoniNbRUSaSViiVIBfWF6fu5rHbLRNv&#10;tw88duqAoQWOkYVteS7UwakkcCcjpBV3d/wz6+iysG4Pkn2r3vHjMD1uuzNt4KmfL4vB5/bef3BD&#10;1pCubx1HjMtuCr2FgJUhz1Vn6yWnggmHneYVgpYxm2t15FkeqN0dZPm9w4CXc0eXw+R3HTUtPisl&#10;jQKuGtpcstMrLjMecliyaWm0ao54wTIXk13hHmnf47P3F2LnG15Xj3S7sQJBHpEkEsjA6oZKjxAV&#10;kpIZGGlCSdJopERNZzXm5ruVvtaxCaEtpJqEeXGll06uymoBqEMTUAU6rk+W/wAjJsd80eoPkrh9&#10;lbE7cyHTybMz+3dpUFSm5KPdFXuLE53buc2fg6ySlqMxkK/r7eDpnMlNVxJPhp2DwpHB4WVF9Y7V&#10;weE3lQbi2jn8nmNrbg2fRZDbVZJGMFA+38XvSqxK0O5fu6aiq8puPbciLBCKhI2qcdN+heB7A3OX&#10;O4Qcz8kcx+3tjBzY1stxdPCiJ9SbxmiiMQiqAsUfhq0qMZGmXxECIpXoqueWoZ3jhujMpgZwTqbJ&#10;ULqKnGmNj3LTVXgcDow3yy74372j8bd19f8Ad/Uey9qdt7Q7R3LsLtejami3itX2HvTpPGb52nur&#10;q6opqnJ0u1uueycBXVEsktPLNLjt04oBZnUuxEzDbj3llO4/kBtmtqnxu2tiYXoGh2tTvjniamy2&#10;+dg7q3RuzJCWZYmmmqq8UonQFnpTTIgCsxJwx5Cn23aecOaUuLa4e4iv2i+nkZdcKQwRqv6q/EE1&#10;SMSDSWpAIXHW9xt+aF3TaNt2loBtht2aZJSWkZXkZUMDr26lOaMClKjjwrlq9jdK4H4xfDvJZXbu&#10;X7P3hvTc3yc3T9ti80lJhpsXtPufY20oNpZWSlpqmTPqKPHSx0ZjaOlmavmeVniXQS/bd6Sib5L0&#10;u8ZJMxkMRtnEZnsMZ/KTwqMjuXcVY2Io8RLGs/26DB0lGXhnZfPJj4laoldrn3vnv3F5D5wg2eLY&#10;Nr+l32zYpLc6FhhMMjlgZFQhtcdNUjAgUqVQ0r1fY+Ud82D94x31wZoJzXRkkBBUlT8QDagADXur&#10;pxQdXJ9t/J/dGE/lz47rjMbe2hguzezM1H8fRtHZ+DhxeLwWwMHgH3Fntz47HY/GSmTJV1DX0mJq&#10;adFXHncGQMNFBCrLH7xU/anWfZHdWU3DiKiGsxexdmxZmm3puaprNq0uHFVVLFuHMw7fzFLQR7fo&#10;6WWpxcS7kyxpytODHSppMj+wty/zzy5y7vt7zLFFcWVqsUyeJbyNNI8rhiJI9epBHM5A1uFEihR4&#10;ZNOhJPZy3lvBt0zREZKh66UVaEAgiuACaGuT0l+sPjx8g+o/hx171ZuXKR7a3F2Fl6nD47rHCUNB&#10;n6PLbOpNNRh8Lu/cdE0tXuHK09Fj9wVtbsXCivD12QEtXMjRlCQT5tb+yMNRsB6e1Dt/seilzmHm&#10;q4d0Yzc1PjMHU1e2qmk3dDkMgdrw1O5UrZMhi4qOnSYYyp+8Z5WqElUz3/nO73vZtq2uTed2utiD&#10;NcWov3BkVHhEWrGoGVaMoCZijdkahPSqO2tyUuYbSBJhWMlFIHHUR51U4Kmg86Y6tN+EO2oaPIdh&#10;UGcSkO6OusnTbbeLFZHA1O3KaTPUGL3FWSbcpaAy7ihNHSijxlXNkJiDNRPTQxwpBJF7oQ61/wBH&#10;m5e06TbvY3ZUXXnXGR3PXRbw3FjpzU1Rov4rVxYbHUdBTyGmqHqMxPCr1NUDSYuk89Y3qiUMV8mW&#10;lrv+62O0X+9iysXdcu2Q1NKggVBOo6qvQIupiagdEF4qq7MsJZw5014ip0kmny8vlnh0d7sHIbox&#10;G08rl9k7ZpN27sx8KSYXDVdbDj0mklmigrJlq5VJ8lLj5JZVhUo1SyCEOmvWtg+R2z0NT7Uoajrf&#10;dWxqvcGw5N57E3b3js+rWmpI9mPiDhqJ87uadMfiM7ubdWOo8nQ4evhjyVfnKqRZYFkmWSJZP987&#10;P235ZPK2ze2/MDbvuBtTLeXKxiNRoKhYsMwkkLBjIasarhmDV6Mmg2+O1dfqhMuoaX0kEYJAFfio&#10;TiuMUFadBnQZXJYOrzFTXVW86qn3/Hicrs7bO5KI5LNYjcmSp3q8tjMfh4XqZqXCYQtTzVUNVUw0&#10;2MKSormIh/bHvjsFe1uvup/il0RsbMbzzHd1RtzI7C663bUNnZtvHJSyZDH5+tz9bnchmMWY6OB6&#10;s09XVyYrG42nlr65ZZo49Cez3Td4NlW1vt6up7i5Mdw6mTs1KCQWQ1J8JSQpb+yUnTQ9ByKaOygm&#10;vblNMdK0wVajYOihozEfhFakgAjHSZzWK2b0hhM58g+6NyUVHV7F2xVVW6N90Mb4z7vHxzRCSlm2&#10;phMbT4rO7h3DVCGJJIKV8pV1cyUVJaNkie6rpn+Uh8R+rNrbNkz+C7A3R3BhsPJHunuPZu9N67Ab&#10;Obmz1FVUW4v7lUW3KnHQ4XaJoq+bGUKNGaupxw8k7tJOwUus/cDYNkK2qRNLummZZTG0kGhWULpA&#10;rWojbSxJoQWBBBB6XQWvMMyLJHt9qj+JioIZMVGoD8VCVYAkVOSada1/a380P+ZHvzeO8a/ZEXRG&#10;y+s8zn5J9pdZbp25tPemT2htPHzwHDQ73rK6rr3zG8k+xFdk5YGSgoq+Y08C6KZZZJ0f8ov+X2g8&#10;FH0/2jjzEdJjxnaW/qQRqp/RYVTgMCR/X2ZPv3JMVgbtwLZDUQ/rvRgBgBACV0jB1N2ilcdKk2zf&#10;nRWNlZAGnxa8H+jTiB5efl0yJ/NJ/mrJI6ru3oitV4VMHl2dt4xyeosrrHBLSzMJ7FAb6LDgk8+/&#10;P/KS+Dq6lpdu/IXGktpBx/eO94FDNYGNvNTz6WFvzf6e06b/AMpXMEczXdz4axanUTuTQLq1xEsF&#10;dGFO1TrFRQE46SyWO9S6XG0WStTALS6qDicMPtH8NRUHPUuL+aj/ADMlkhNdRfGeuYo0MorNgXkF&#10;SuoLN/k254T4mewP6bH/AF/bTN/KN+IUoAx+4/lRjWCsw+171z7pEI+Gs1ThpFJv9Be/tNLv/Jy3&#10;HiTybjaWKlVd2nZ3q/BVQdwAGGZq0pU8als2u5a9S8vARFqZkkLH/ecf6vTpY0H82P8AmIQ2+86k&#10;+MWVQPz4NsZxaicErbxxU+8VCLpb6kE/S319slT/ACiPjepvSd0/MLFluP2e4KibQFHNxLhYyQfp&#10;9SLf09q/3jyvdQRz2O43MiKPhMrRnSWIIGrDFEGt0AySAuen5bG7QKRs8ZBrjXKfMVIJwaDJ6fYf&#10;5vnzbeSWDIfFv4u1jBdcSTU28UeWRpdACeLcFWt2jsW1AeokKWt7iL/KP6eju9D8pfmTQ3tp09lQ&#10;1OmNQD6teOF1U25P+sPb/wDWLkhpYLabma8gfJMhFVoa6FGoASM1PmB1dre+Ssb7G3aD3CRiB9gP&#10;GvoM9OJ/mz/K5yn3nwn+OtciBhL4KXOtIjCT9xYY566Qskq3CsbHkMQf0+8c/wDKf69BIX5lfLRP&#10;RqtV5nbuSUaRdSxqsa+okc3P09mybly0bW0m2/mi78GRgAOxClToYNUgAq471AICkUJNemNN0q0G&#10;wTV1CgEhANaAGpFBn4hxAr59dR/zcvkShAm+BnRrPG66o6WqraOQrIGMjwtJCbsGAt/aYAkD6D23&#10;y/ykNlTsqwfND5F+s8pV4Pr3I6yP1M5qMcmr9N7n2mubjlxbS5vP60XERRl7pkiy7JWMBF/UYcR2&#10;00mmrJ6s2tQ3ibLeIQT+NTUgCmKVya09RT16z0/85Pumn/fqfgPsu0ETM/8AD95ZandIiqqgVI8T&#10;UCO7llZTbRxz7ZKv+T9hJWP2/wA2O3FZb2OQ6v6trV+oBJbTAbX/AD+be0P1OyvFCv8AXbVP/CIU&#10;pRhgVCkqwBOpTxBBGR0yl3+lGx27cFmr8NIyeHoFPDzH59PsH87jtGlgjkq/gO0kIRnkioOycpFK&#10;FKs0QSN9rzgMCtmubXIt7ap/5QGdjOrFfObccYVtSnJ9D9aVa8jjW0dQdVh9Ab8e1cFvts05itee&#10;kWYxatLJECdJoUwAQQKY+I8CM9WW4j7Ve1vFcg1A0EjjT8IrUf4esqfz0ZZ4y+V/l978u0BDCi7e&#10;kpmMjMQsKrJs+HgKpJcEDiw9tr/ylO3ornG/OHZtXZdCLuH41bImja/9lzRqzt6eb8m/0PsxbbIN&#10;RtzzhGsikkVgBalBWpWiq1QQynhUZz1eS5ggKgwX2ogGmlSaEYoaAYOCPI56cE/ne9cxMr5T4J/I&#10;HHNITK/8M7dWpKooXxuoirMcirI5A0EoR+R+PcCT+Uz3oxct8o/jDl7gJqzPxjhjeQL9A/8AD5Ii&#10;ot/aHN/e32Z1gUnfLSSAMA7eDI6hn+EOAaAkgBKY49NS3ixxIHhvUJqaNGD+2h4mmOnj/h8rqzxa&#10;X+Jvy3xIdLlqDs/zxx+RW4jebcjQNJcXsAQL3HPAap/5QPeVTqRe8fh5OpP1PQG7qPUoI0k/ZZJL&#10;KSb/AO8+y8bTuU7oqbvt7TnUNKxtTBPYul/iKqe3BxQ56Srulv4Wp3uVNPOEk1Oaag9CRTPpgHPU&#10;d/58fSeNEU1R0L8v6fTCQ8dTvXb84V01NNE/3WZeOSoTRYG/qJAv9bFi+Sv8vv5AfGzr/Pb/ABuT&#10;oXsiLbMEOVzG3+vusd/4nMrtj1nK7loJMnnqWir4Nux2mqYIiajw63RWCN7eksd22zbU3o3VobWS&#10;Qp2JIHXP4gZWoPw0oTUgGnRjYSwbrFLNb3eqik6SmlsHuABY5AyRxPl1Yj8Jv5iXWPzQYVO0cF2b&#10;sfGvLWYxJd8bt2jU5On3HQ1EcaYDKYLDV+RrsXVZClLTQSSXjlAC3DsB7AiuoJqH4+5Tc+CydJuO&#10;hzeLjzcHYu3Y8rt1XqdUhxMO26Ot3DXbo2fLgZ0ME5R4ZqidDJJZCntJzW1ynKL3P1HikgEmgoMk&#10;gRliWCHGDxPyp1WzjDAgkMpBBFMgftOT9vVj2M+2nb+GZaWskr56aoWqwuRqFyVOIJlUSRzSx0kV&#10;DWI8Gk2bVp1kf1HsIOufnR8tNkbdw20Nv98buhweKQph4crTYbclbTJNI07UhzOexGVzVTCZpGCC&#10;eWYor2U2sBjjfT297LJNetMZGFK6iDx1MMkgqTQ04VGB0Z2hntFMNpJIkNSSDkAnJpWtPyPzp0hs&#10;18dOj9w1lXX5XrPa81VXJGlVJT0kmOWTxLoRxDjZqSCOXT9XVVdvyT7HnF999q98Ur1va+6and2a&#10;2rKuOxGVqMRiMPNTY3KBq6bHyU2Ko6KCSoFVEJDIwZmUD6Xt7wX+8dttrZ75y/dQltU8EgYMTkRu&#10;NLetKuwJ9a+g6yO9pJrqfa94inkZ4Y5IyNXkWDVApQ5A8/Ppf7R2TtbYeNbD7Rw8GExjzGoNHTS1&#10;UkXmKLGXX7qedkuiAWBA49unlOnX676dOiwt/rab3+nP9L+8btIrpxSvUr+DLr+Eca8fw/s/KnSq&#10;9//QoRmGsExtpdAAi2YRal+ikkMbleCwBI+v1FjzpsPBimi+uiZrRmGvSRr08TQ+VfKv2dZpKzwx&#10;61AFR61NfUn0Poet/c3sbGxtwbXsf62/Nvd2nxOHxMwPRXYXf2G2tvLYWA663htPYHadXuejynY2&#10;81yu6cWKzamQfO7fx+aqG2buGZK00klJQUFLRTUcyVLRzIpbLnlznH2o9sdp5PmvbaBN535bhrMy&#10;KoGuzKtOhmoyrLHVHaNSJGV4yutSaATfNwv2vVso7ZaqAQSCajzpTBpWtOqCvnGf5kW9++aL439W&#10;Q9eT7az3V9X2Nhuzcjmf4bQ5Jqbc0+Cy+zdu9V5DMbVwec3btqGWgmmbL5vIwTQ5OJkgRBIoPR0J&#10;3r0B37VbkxfTHYFHu6Xa+Go83uJNu4fOY2SmxeQyJwkUlflszj4Ja2WTIr4x4XZrXYqBz7mGx9wF&#10;5rt4dPMiRxiYKbQCWNlopkjdpZlUsWGrUvxVVe6gHQPvI76xZJ7nbHZi2GeukGmSqA0r8mr1rQ/z&#10;D+hvl78OqHZ3ZPcvx5ym9spvfd9VtPaHZ3yC7F657NwOF3LQ4TIbljbYvQ/U+4qnYu0MVHicdUSR&#10;nJo4jZPGwZrD2bHGU1IgeNIvJIiJEDKSztCECo7TN+5IFW1h/X2yyWliiybTBFbQs5ZymXMhJJ1E&#10;liGY11Etn59EFxLcSPpuK48qUGfkKCvVC3yA7B7y3xkcfWdr743BuCOemkqsdjZZFots42OKZo1p&#10;MNtnHRUeBx8NKyBFEdODGgUBiLe5cyrLUGGJEBjWIOpIR/U+mP08BSGW490F6LCwN5PKdDM1CMqK&#10;LVqnjkGlPPgOqJCKaqAgny8v2cPt6RGzdpZDM0+OeaPIzTZVpvs7wVJWrelCtUR00pQmXwxSAsFs&#10;F4PtorclDQVdHTVFRFS1lfU00eOjl0xvUJWP44pYlsbRTKp8bkKCw4J9kScz2V3cSbfbweMEQiYG&#10;StHQaihUHUXFQWQ1JTB6VrtlxKkjogBArQn08h6t8uj7bF+CfYG4+qd0dwtT5SLZ+1ds7h3Hlq/E&#10;YSqqaXG0uCpppJ5q3LT6KJ44541WQRNI6FuVB9qHwwwkzLVSrNqmjES+IRyAN+3LK0l7n63IIFzz&#10;7K7rfLm6R7F7GJrXsbV3l0/jRAtBTgNJB8tPn08lpoLqw7iOAB1VHCgPr+yg6CDbHWv28NDVSU1U&#10;aqaljllqJ0gponnlo0lDLEwacK5dikYALKL3F/cqKSAqQxo3jQAOY9ZtJqDGOGXWrfcsouQTYf1P&#10;sinnvlcGCG78dz26wpqukjU6aSvhAkgHifQGp6cNnKugXJIBGK8flXyA6WTbEgiWN8vX46hgMURB&#10;WdKHxFpf2o1/cerlkDixUAMAb3tx74OaKoeJFLfbRNOZzG33NQ4kvwyr4iiEsq6WvcXP496W53i0&#10;SaWaVFvXVBGGHhoummfxgthmqtKGgPHpyeOQ6YpBVtIAFAMA8eHDgMGvTvT7WxZZVocJkKoWY1Ff&#10;4vF9yPJ5A1PU17RyKqMy3JQn1ce2hlg+zqjP4qVWRacOzMtNj0nqqRVnlSHWalY+QyEs78Cx+ntN&#10;zRdz3MNvbWUs087yxngC8zgOKIWpoJqGVlColCQRx6UQyLrLBiWAap00HA4UDjSmPP8APo23xK27&#10;Pie59vZjM01DR4fD4vdeSr4oBPP9vR0e262sqXmd1YNFDHGdaxoWcX+tre9ND+ZX1lvXJ/LHtHsX&#10;fu+Oi+souyd8b0r9lbV7H7o25T76g2Tt3MQ7ZwNTmNubTpd3jaVPX4zHQTUkGQmpqmRHP7I0tabP&#10;bTbG2/lHY9u3CeJdyFtE8veNJllBlapFRhm0sPw0zWteoz3S7huruZ2uASTXFSPlwFPy8vPrfM+F&#10;PyK6uz3RPXu0eo9r9rb521sDYOycVVb+wHUW/sH1tuLNV2Gjrsr/AHB3Lv7D7SO+aOmrXd56zHRV&#10;FKrSqGkEhZFIA/WsBJK94fF2YgXDL3jSx/QXNvLtmG7cDj3IotLlURo7qIo1QQsgLDOTTAA9Dx6Q&#10;CWNaUlWlfPVX5+XRvU7UVjZuu+1Y7sqgvsyYj1OEv+3WSEKt7kn8e2+p6xkamqFi7j+M8nkgmHo7&#10;1wAUXjKnUJMVFwL8fk2/r7UxWzJLGv1VsqahUl6+f8j8+FenPFt143CfmGP5cOPWQ9p0yhi2xe0R&#10;oANhsTLSFr34URB9RFvp7PF0FFu7HVvdOK21JFVil37s+LK122pcXuTDVbpsGhjpp8bnBBV02Sx1&#10;YUaSGWEhJUJa39MieT5JX21GhfXCHIJK4JXhVuNRTtHBvPy6aaGKeSSYsWUVoR2mgAPn6ft6dq2q&#10;2nlKXD5HPM9Caygeeip8u+QweRhjcwy1ENVjmlppaepp2KLIki643FuOfcz5S/3zTqKb+8EOSjx/&#10;9+NkeqroaGCnWrNZW/bAT0lLE4axYImux5uD7Rc8MLnbxPCzCBDKuriuopkafJmOC+TTzHDpu1SX&#10;WrMceRpin+Gp8yePWfAvs1q8fwOsopq8QS2jhyNTUS+A+Eyt4ZqiQFR6OdPF/wAX9kF2h8ju0tid&#10;Ydb7W2vU97bdxG2cJn8fHU7WhydJtHKSVe+N15lsvg5YZ0pquGo/iixzyBVJnicXOkH3hSWiV5Vm&#10;WrM1aE+gAp86U4cOpB2PmRts2y3tVgue0tlFOk1Y5BBFfQ/PpQJiMX562oNBQSTVdStRUytTQPLJ&#10;MtNT06tO7IzPIsMKqCeQgA9y3+dPe1CSH7Y73o0XgmeWMAMSFOv7kSM1+OCf6/Un3pY7Jv8AQABU&#10;EUr5cDx4jyPRseehSjm7X/a/4c5xXrkcPim+uOo+BpFqeIWH9BZRYe8q/wAwjuymbX/pr7VjNvGP&#10;uqbESI6rYmMpLSOun+v1bn68+1/jWRCFoWopquTxHzJ/1Hrf9fbI1LvcivCqqeH5+fXFsLimBBoK&#10;ezNrNk03bj1XUgg2HuU38xrurgf6ZN7SqLel8Jt4g/4LfHXjUf4H3qKeBXZ2MgzXDN/lPpjrX9fb&#10;Vh3XEtK1oEHH/KKeXXYw2LW9qKEX+tgw1W+mr1eq1+L/AE9tOe/mBdvZzbW6Nu1PbW65aLdO1dyb&#10;XylN/BMNT/e47cOJq8ZXUTVVLQxVVOtZTVTQtJG6OI2PPJ9tXxs9xj8K6iLoNNKkkDS2odpNMMAa&#10;U4genSDcudLe+srm28dzrjK0KDzFOPkOucuKx86ok1LHKkc8NSiOXZBPTypPDLoLFS0c0SsLj6gH&#10;2Yz4I1NUnXm4YqXGR5GRpdkyEtj6nINFGmCykYQeCSMU4lIvzfVp4+nvNX2Zu3teVbECFDHpUsWU&#10;mtRRc8KUrjieHUX3OlRESVPbUgj7KH5/Z1gyX2wkiaoykmPvFKqqlbBSLKNcRZysynW0fABH6Q3+&#10;I9nvjrcj9H23Rrcgc4LJgsW9V0bzsY15txb8e5fdGXvtiC+nUoCHVmtFyaOa5BGFrQ5FOiZ4q101&#10;xw/1fI+n2dNQWgV3f+89Ww49BzOP0JpXSePCCNX1Nyefb5BX1xOlttUJQgkiTC5NkeJVKOJV+69S&#10;EE3t9b/7D2qNxdMumSKQyEhaFSe5qMc1/wBt8uAp02E0JpLkkY4D1/1Y6jvT0bA/7+rIKSwVWXM4&#10;q4e+oKuukYayPwQTb3Yt8Y+9ZexsFu3q6vpZY979N7e2HTVFO/mEuc2LuSmrm2nuYR1DNUwRYiWi&#10;kxFUZJHJlhiZeJAPeNvu1y3cvuUt/Yh2cSBXAUIygLqNFPYEk7tJc6nkBUHSOhrsG4xW8H0UjBCG&#10;LKTgEE5rStADXyzWp4dUh/J3427G6P7vx++8fk4qLYvc/YG99/1VZXzUs1NjuztyQ0c+78BjosVC&#10;8sn94K+D+LwKKdUWSWr1EaLmm3+ZHsXfu9e2812FundPUvXezqXL0WwdhU/ZPcO1cTm85hts4Txt&#10;lsVtPCS7nzlBj8vlJ6yrZ6qClGl0LnUwX3DdvsjbZQ3YjR5md1rIgYjggolaEADUMUz69eudwsJ7&#10;lgt0jlW/CS3bSgyB+3qxv439i7O29sLbG0dtYTe+78lXUlduXcOa2p19ud9rUOQyUq1K0NXunKYz&#10;E4ityEFG0VKohmnkf7Y/RVFq3I+sRIpK9zfGVtF0u3d1BHfi4IWXARXvf/D/AHj2+LZFEMkl5AEr&#10;QfqVoOPdQYqfM9J/FtyR/jKAfPVw/wB56Mi/YkaW1bK7E5APo2nUyW1My2Pjmfkabn+gIPvNTdZ1&#10;BrKNIe3PjdUSyz0ojjpu8tvXeVp40RFNRj4IVmJ49TKvPLe1MSBZYy8kLLrGkqwJ+LzpwB8uvNLC&#10;RQ3CccfF/wBA9c4uw6aQSFto9hRCNtJ8uzcrd+VGqMRpIZF9X4/APs9Xx6yFfF1TjIEwuPq/td17&#10;7ppqmXb9RlGllg3DKk6LW07NBKkb+iPSSujn6EH3ldyrfxDabbvDSaWXSymoqTQrpIoVPn8+kEjK&#10;CwZm0jyAHHgOAr869KGugpJKh3lzVZRO6RH7eLJx0qIoVlVlgkXUhkvcn8kexqGUySzQKu3MWg8i&#10;OFXaWR1HS6kgsWJAa34+n09mj7neWgaN5aliFNEzj4UHEgDi5FCfXqkcLBwzOWGBig/2SftweoyU&#10;tDGbnceRe5KgSZqnYXt+BoF2A/Huqqt7r3X0T8gN4b12hlqrbmVyFB2PtmWoxuGiyjJSZLeGOyFR&#10;Rvj6tJRT0zS0S2LC8ZQD+vvC73Oug/MHiFxpeNhj0Mh7T51+RJoaHj0Kdk3CHbL+O8kNF8NhhdVC&#10;aeXl09yUNHVpQvOgqTQypV0U7OWkiqPtZ6QVUc0ZU+V6WqkUsPqsh/r7WH/DkPf0ZJXsrJXPOmTY&#10;eHCE8D9IotRQL9Rce4yZLWQqzyuaCnEkAeWCcfbx6HR59sWNWkIoPKIU/Z/PrMaWIgKfIQL/AFml&#10;P1+t7uQb+5CfzMvkDRm0fbFcwQlPNVbJoAw1f4eEkC/0BN/9696SKyUmgYVYGowKjzpxqfUn168O&#10;e7ArpMgK/wBKEHhwIxx+fUGfA4Sq/wCBOIxtR6dP71FTS+n8rZ42Gk/kfn25wfzU/kfTqi0/b4TS&#10;qqQ2zk/stqBDpZlW/NuQPbh8A0AmfTXh5AnzpSlfLpv+ue2li3ir8h4NKfM4yemWp682DWu0lXsn&#10;aNTI5Jd6jbeGnZ7jSSzS0Tkkrxf629pDt3+Y98g+3OpOwOrN09x1WW2xvnE43HZzCwYipxr5aHGZ&#10;zHZqlo2mV5EWlatoI3mUgCRUAPtKLKwGrSvdr1j/AE328aV8jjz6Kt45mtLzb721gmWsi+SaScg8&#10;acPl1Go+seucdlsVnsbsTZ+MzWDkqZcTlcbtvD4/IUDVlDUY2r+2rKSjhqIlqKGqkidQwDK1iPZv&#10;fi/XYqLpnDJW4OnyFQu5t3O1W+VydC5jNbQGKIx0t6aNYAbAj1Pf1e+int7eTf1ZsJJIagClKVOa&#10;ZVaZKtwNaU49RldCQl3UY4DzoafP08un+rpMpNUyvS5qSjiKQhKYY+iqFjZC3kcSSjzP5gQCCbLb&#10;j37tysoH7X+OVTj8dDjlj3Rm4pEiyFTWpOfHSvHrmqgpQhmtZfrfk39iC7u/E3vZS8aa2RlAy1eP&#10;xDBHnXyrwPRfOrfRSVYayfTNcGhHnjh1noKeugSZa7ItkGaxjZqSnpPGoUhlCwH16j+T9PYo7lrH&#10;jWsBDIsmMyoZHN0Y/wAPlA1ar2Jvf/Aey3friSaOJfoEkRYjRlJpQllKrmo7ctXuLcOm7BWdYiFD&#10;fP0UnhT/AA9TkHB/2FrfUW5/N/Ynfy4Yn3Jubs/ZdDuSn21lsj1rls5try5Sgx9XU53GYnJYifJY&#10;0ZOmr8Y2RxGLy8jKZKWrNM0kc5heJJAI35p2+63HYrmO1iVZ9JRSTQhZNIBU0JqFVhV+0efEdWS8&#10;t7PcLVLuPVHJIIvMkV9DQ0I41OPI9Eb+fe8MdsjqraNbmNm7i3jtvdXbXXWwN80OzcXlq7dbbLz+&#10;ehq6xMXU4OagrqRI83i6CaoV6yjp6mmilgaUPLGrEO+cmxIest5U+woayHKwYeh2rW0NdDkabMPL&#10;Q5bAyTvDNmKGmo6HL1FPVK6yT08MFN5NSRRxogURzzVaSR7XZRXMAV1lYMqoI8hApoBxzxOA1Kgd&#10;CFY1S9fwW/QOV8sGvp8/kB8h0azrXese/wDalJuOLE5jCJLU11CtDnsa2Gy3+46pek+5qsNJLPNi&#10;VrfF5YoJHd0hdLk39nC/kfZqHFdv/JWlmhmlXIdL7CZfD4wU+z7RRiXd+ACs5tzywH9PdOQd1h5f&#10;h3vdbiRECw6aEBtTSakFQc6cfqachcitOmZ7RrvcIVWRY8PUmhpwHnx6q0/m+dVZ3s/a3x5TAVmL&#10;oqnAdh76qJWyUdVMZosl1ZuagWClipFdmleVl1XFtAIvc2Oxl/eWhVUIgrFYgk2+3Eh0/QxIzjyW&#10;/rcE8/4e7ze5FmENpfRPPbxECIsDpXW+uRZSh0qWJK6HVtCCMLTU1DN9juAnh+OpXVRQ2EoTmoFR&#10;U/MUz1SN/soXYlZNLJDm9m2MQAglbMlNRU3vKtISI5GW19JVW/AsfbmMlKELriM2vp1pKuMqXhkT&#10;6to9F2e3P+t7RD3Jtd0aztpXuZbAMEMZVBIr0Ph6mjIXQK0QYf4RUdNty9cmUxsAkLYIBBbUBp05&#10;Aotc/wCDqJL8Pt/p5L5zYE0qICUbcDwurEWdgZ6MvFGAbEW0E3/p7nYzKF62CFqPJo9ROApmoJoI&#10;CTpKxeRgA0ravSAOTx7F2185/vQpt1lbCC2jtwiLKlJXIaheupmBdgFY1q7Ur69I7q1nsbcPGVSF&#10;BT0Na5NPIHhj7T0B3evxa3dtPr7cG4cpVbTehxeOf72bDZ+OvnieYNarWmlpI/HCp/zrM9kjBe9l&#10;91y/Lntf+++932VipYqvbPX81RCZ4nWSnzO95ojBma6NkYxVEGBpz9hTOP1SedrXPuZeQuWmt7NL&#10;64Pg0ynikkqKMHOS5DSZotaBQDSp6IGuKRosLEKTVqmoC/hC8aDz08BXh1fL/JZ+GjdA9C/6ct64&#10;aTG9qd/YvF1dBSV1L9vkdndM0khrNn4OSKekhr8dkN8VDjPZOFpH0rLRwMB9r7JJuOSVtsbwRQAf&#10;7mbqLawVui4mZnQ8k2AH+x+ntH7jQpFyxut/E6uxjOQ1KjUBSMGhIb8QNAKE0I6f2kAXkJUgkt6/&#10;I1Kn/DTq6SrWHRR67lVy+FsFGqzjIQ+NiBa1n/PNvr7JF0H3tvDqD5B7X29hN4YrrrbHatdsPG9h&#10;7t/0cY/sLdkuD27uSesodp7ZkrKqgqNtUO5al2o6+rhqKaKCGpapnkKwIBDntzzZuux7i1ntl1Fb&#10;xXNxCJnMaySMiEVVmNBoKlj3HQaAtq0qOjTmRruC0lmsfEMwiICqQta+dSDTTxFKk8PPoCflv1Sv&#10;YnWmSzGP2tnd97u2fiM4+0NnUPYeQ2Dha+v3DTQ4auyuYaClymLzE+28dK9fSQVlBXB56YRRRa5j&#10;e6r44/Mnr7u3tbc3W+doMv21hdzZXd+G2f2dnNi4eHHZzH4bNV+ajGf2VIlfSbO2ZtnFyQ4LDSh5&#10;avJPj1rMjK8s1OFyF9vdj2rcton2rc4IL2yllciUI6vLSTWJDkhCZGMqs5wAABw6hiTa99G4Wk1r&#10;48CPKCyeITJFrHEiuiTvq5YjsViKUB6pm7r+Bvbfx++LWy909a7r2z09kOt8+++891/sneu6MJkG&#10;y1XhY8NXrtXelBFgZt4777B3HWT5vMzZOmipqJnNHiIKWHytOauPbe2XbGbbmmoNu7w2tRRbz2/R&#10;VSS0eTh2vjJX2nk5to46PJ/ZHbdZLRQ4fLTSM0kQNMtIkXlB9v8AJ/uA3Lm/7ty/u+zXE820Rz/T&#10;+FEpMllcVW3Lx9x8GFFMihO7xtSjhTpZeezW2vzA2+WG9S21xeRKmHwJRMXmkWVQZA2g1iSgjoTr&#10;rToMIvkrvbC1dHLi8fuvuDqbNPmNibn3DRy4neW3Z8/2Bh8buPC7X7jyWZ2rJuHKZTbMOfqN47Sh&#10;xtPL4aiXJHMVks0RBE7J4cT7toN3Y2l+/wByZTFQ7akxFYgpqTC4KTIS7qy1XUBzG+RopKtKeSem&#10;kZw8MQSFkkkdjkPyzv8Ab7vy06STSRbVEniBjFSWWfw1iRdIJaNgjMooQNZLPqCgDKLYDOditLe/&#10;dXt7SMFHILyTMtFT9RTlgK6jUKTUODwBPevN808fT26uvt355dsdUdazZPcO2+xcPBR5LM9i7+Wi&#10;x3V+0cVimxwrKnb+fp6aWtpKGWCGl8eRmarq456WnijVNUHW2dXAU+3MZn6/B4+KSKrqs5WVGYyW&#10;dzOahrqTJNUYeuzmTyldQbHdm+2WibzuaYtGNOnWx1tfNHLm3izMVrLOIozGkDh6xREyRhZyyhpL&#10;sMCfEZq6ihJIIA0ZVvDZXVvuDQ3yRtG2ldahWepFSKeKrDjQqK6T5dDHP8rumNr76TdmX2e3YWao&#10;aWpwtD1Xtyk2/S7c672pl6TN4KHA77kwG2cPhNz99xijqK18oXhSLIT0+qSzRwwrrbW587U1G68H&#10;n9i7l2rk8VlqWLF5+vo8dktg7lxU7JTYL+5+98Tk66lyle328lTVYyqhoshixVIkkbD9w4h717os&#10;Lq+2+/fctn3mGeaS3+rhSJZg0pdxVSYZGgi8MEFtLjUGzUdFMNjLBI0Es909vraQNJQlmdizDVhs&#10;E4WlF8jSg6ru3vtSh3NurY28Nm78ptx4Sg29nM3uTrnH1lVtjuDAV+VymZyG6puz+oKrD0WToK/C&#10;JPR4ioytBLkMRlf4aZFkDyiIV0dn9z7MxmS7963w20oMhs3ZL0229+7br81k6Km37je3Me2wdz7v&#10;xOVpIJq/adbgcvLS1NO8SlmyWKWp0spIOPG8e5O/83c0fvvf91updzXXas6MFZlYgwKo+GgddccQ&#10;omSBQEEav7yXbrma7jgM1zHF4pDNiQxaiUb01ISDTiQCetiLYvxk7L331PsLvHtnfGapO091bV2j&#10;3Rsnc2Cwu3avP9fUfReaj7c6g6+qNs11XFgd44zMYLOZyiq1nkpZ4sXl5caZ4gscohd4bo3V8euu&#10;st1ftPenY+6+x+zf7k9L9fYTf+cxW5+y8Ht7rmv3btKftTPUmMRZP7wd000kcyywyyiWDTLICQ4B&#10;Tz/eXdjPNt1jAZ7/AHOK2aSaFyZVfw/CktJFSn6klFLeSNVRq4ks2PcIb4C6bbJ7a6MRASSpGkt4&#10;gdWPqHo3AVWoGekz8RuqdpfJve+we3N27C2XtfrvpSXdXd3YeaxO2MltfqvcnYPdm3eu+xNr9abE&#10;mzeVdJdndDnHVVbuha6GOKPP/aGBRTSTXMj1vjKnYsH3G890bmojtKuwdBXbux27KHI7c7c3/hML&#10;W57PdW1GIp6nIZrG7e2RuUTQ5KKWShTcWVhFFaPHUhSWj8pw7fynuK75bzWdtbXbBIKRl9wu1Glg&#10;sg7XSzBIRFoRIHaf4BU0nlnnEb2SSMyaVLah2hyOPmTQaqcQprg9AD3z2Hk/lJv/AGpgeh9j4TPG&#10;j/vTkKTA7kxeUwnYXXHRmbyKbOyvyOx2VyWIwmHy279+7c+1nw/jjytXsrbWQOYhV81WxTUqGz+6&#10;9p/GLrjsPfHYlSMhU7y3dufdeJw+4MVSVG6cr/fqkXObZ6fzFXJ98d8bsSYTT5iU/wC47GCeQRoq&#10;wapIdtZLqeexsoWSVg3dpFQWVySJKUDqp+E+TA04Do9jgRIn3GfKOapihOKGv+mNSBwp0cvb2zMz&#10;8os3sKk24YMXsPaWx9qbD2fNtLIZXE4Ssotg1RxO4u5NsY2tf+KbA25kcrKVwMCu2Ry1DR0rTyFJ&#10;rJUjmvlh2xuXJSVcuH6dw0OZ3VFvbNYXG9S7dy+MzG72x9NhIs5uKTdc2cm3BksXhKaOiop5fGaa&#10;BP21W9hN1lzXuG37DdbCLWxXb5WV6tAkk0cgaoZJHDOjSGtSp+HtaooAFmime5knFyyStpBIAGFy&#10;q0OKU+Vfn1YttT4k9ebYosrTVG6+29z1eXwOM2tJmc92VuCHM43beNyK5gYLb1btuXbx27ja/Kxr&#10;PVJRCFqh1GtiLglZ6e7h3xvbtKhwu58JsjM7T27u7c26d25qr6+6bptxbghqa2bGYjamQz2e2tBg&#10;dvbKym4poKFKWjpTXSiYw0XkqypSRPam/wCQeY905Z5B37lvbLayubt2utznq10ysCyo8jSKkFsh&#10;7QsAWVm0ipqT0RXfiQLK0t8Y7cPVmpXSCQMeo44qM9K/cPVO1sHtSsxG1YUw8+VOExBqc5uDf+Wp&#10;0oaeupzVVDCk3HHlZ8lT4xJnSb7iLXIoapl8XkPszHePVu5OkOvcV/CN+7O2XT9i46Lfu6dpdh9Y&#10;7Y3pNlOxVqMlk6OfBwV2zslh8LSSUzU2BxlFCtJBRUdMpBLTTs4U9zuUeW/b3nDcbHlPmlN02Pxd&#10;cE0gBnKvHRxLEqhQVJKKg1CIKtSGNSiN3c7jci4t0mSwBZNantYA0DaSAfL7PJTx6TO3KvanZmc3&#10;Biqanzmax2xNw1uy6HL7V3rmsJjsYMAlBj8lt3K1GE3RQZHJ1lBWxSTTmsEjGoBiF2hv7mfDLfWy&#10;egPjfnvk5QU1Rub5b/ITc3Y3Wm2JThsJVUHT/XmzqzDUmcz2JxcXgx+Kp9xZCtGpAkf3UlNDQwxr&#10;QRVHkWWKwXm0WMLXE+q4RTI9MRxBmGjV+PxCoIC/irrJUAdKtsiju9wuprqImG2CBATjW6klyKAG&#10;gwB5Ek1qFoWLvDpzsL5V/KbD9TbuSuxPxP6IwGy99ZyChyGdxlT2Z2LuJM8tBhK3KWiOU/uzjMXH&#10;daeVjQR171LTLXyUL0wYz9xb7TzvFvvuOOslMjeeq3PuCOOWoqHY1M1TLFuCytJqZiQg0kkKAOPZ&#10;rLY7SxVhaiXVFpcsgL6TSp1Cpo3m1TUY8ujv6MHSUV/DK0pwoCa4ofM/7PR8f9D3Unhhpv8ARb1z&#10;9vTQLS08H9yNs+GCmjt46eGL+GaIoE0iyKAot9PcRe8OxU/z3Y/bySxKIV+x3NuypiihVR4UWRtx&#10;wtIJATe44P1v7LZ9p2qTTF9ArQnOh0GglTXBzwNPt6cmtcRq8cjL5A8DQZyDinr1jHTPTyhlXqjr&#10;VVZ/IyjYu1wGk0hfIwGLsX0gC/1sPbhQ96dhx1AB7J7b1SAx2rNx7php1RgDIr1H8flRIltf9P59&#10;+a12fww3gKukltQQAVpQaq9y6uApkYHVfBBXSjyIM+Z4eVc1z1xPSvTbElupes2LOJCTsPaxJkBJ&#10;DknFcuCb3+t/fp/kB2WGUjtftaOYMqoqbk3dOiohtFHHMmaVHCqbgaeB/t/aabadpWimxRnRWLU4&#10;gsADxzoK0U5ycU694ByGSVmApg4/LPCnWIdH9KqGA6g6uAaRpWA6/wBpgNKzB2kYDE2MjMLk/Un3&#10;ki+RPa0EciUvbXaOqUwh1qNybrgh8MTMQDLPlJVQAsSEBGprXuPdJNp2h5I3W2C6CWChQAS1AGJP&#10;EgUFQKimOqGEq4KmUGvmTSvzqfy/LrhJ0X0lMQZenerJCJPNd+v9psfLcMZDfE8uWUG5/IB/HuWv&#10;yV7ZQH/jNPacDubVH+57dLs7sWvrkWq0PwR+kBfpx7UjYtnuxDc/RoxgZShUHUhBpqHyofX19enP&#10;CkkPis7mUcKaiePHj6fn1wPQ/SBjaL/Q/wBYCN2ZnUbE2wA7M+tmYjGAsxfm55v7eKX5U924+F1x&#10;3dvZ8jRTeaIvuLLReCQoItRXIrL9w5jB/wBUoH4ufbNztGy3WZttgVlpQgkUVGLVoDipJ1DIIPDz&#10;62EkMmsXDgH5tmn504nI6aaz41/HyvEgq+k+rpTNE0Mjf3H26kjxuyuymSOgSS+pQb3uPwffo/mH&#10;8gIHVab5G9jKLFQr5LIAIALsjmfFykIDf/Y8+7DY9irGW28eIJCzGhPxZUqxOCOJp5VA6dMLrRvH&#10;kGak1P5U/wA/TNWfEr4yV6slV0R1dIrsHdV2hiIQ7AKt28FNHq4UfX+nt2pvm/8AJKCRVi7+3jNT&#10;inFMKmrlxk8aEu0heP7jANUmq50mQqSRxcD27PY7aqyCGyIldssrEE8K6TTCk+mR1plkCqRcy1Bq&#10;Tnjwrny+XSaqvg78SKzyCfoPr/TLPHUSRw42alieSJdKK0NNVQxGDgExW8TMAxUsAfc2L57/ACVS&#10;Ya++spOvoUmrx+IW6Kygab7XVRZbg/1HvVrs+1WsKKtlQK5k1M7OQxNS2pu6pOMY8utLHL4LAXTA&#10;edamvmaGlf2fZ02y/Af4ezRmJuhtmrGVKFInzcCsraiVYQZaPUCXJ5/PP1A9qGT+YN8jacxMva1H&#10;HE6ioi/iW2ttMKhXUpaA/wADZlhRRdQdJUn6H27cbVslzNcpciZZDjUC1VGJCH8qE4yDU0B69EZ4&#10;9RW4ZSw+0/nj/Z6aZf5ePw+dSsfT9LSKYDAVo9175pwblf3m0bmu9SFXTra7aePeOn/mMfJKFiU7&#10;K2nWSsnhWOXZG1quocljcxxnGUymTSblrgf1HtJLslhKjwJPdBlao0zOo4ACrClaD4RkL5dbHjkS&#10;EXhPdU1AOT+XH0HUKp/l0fEmoXQOuK2nj1a/FT703mseq4LHTJnZOWKj/Wtxb2q8f/Mo+RkUnkk3&#10;n1v+lI3hrNiYRXVYzpVWRJEMcjAceq1vai12nbYbiBoL2dZQ5kBDGusnu1aaUJ9D59+CT0kkFxJh&#10;bgCQEkYUZrkEUpn/AGekhmv5Wvw4z1K1JW7F3EkTNI2qm31umGUGQljaT+IsTZrEXvyo92F/Gf5V&#10;U3ycoavrPsOu23F2M0NTldk5zCUdLSYLKJDAFrtrVuPEs4jyVRGXkQXaKrgLx6da+rIHlq4XdrG8&#10;2+9T6mV7YqO1AWIapOBp1+HVSNQJFGIPHoE3dzum0brFdPEsllNRMUBV61BbyycDgV8616rb+SHw&#10;jH8urc2O+Vfxlod1bh6TSCiwXyO62rcxkNwbkoKKoyqnGdq4KrqiFqKLbiOlPVQ+iemDLUa3h8/j&#10;o1+T/Xu0/jh3BvvrjbFbjc71z2JDktxT7H2tmKUbh6o3FEslVnsBjq2ekrsRT4jNUheShVhMII9M&#10;UsYaEaoP5ztI9osb6zguVuNtyyug1GimhFT5g0oTWn2U6F1HDW15Eqgyg6kPr9v+D0yOr0Old+ZH&#10;snrLB7pFHkaWXJYqCpxWQzuMqaAZamqKVZcfk5aGZoK0CRHXzAiPUwJQ2IsA/RHVHXPenYW2tibH&#10;238iFq8tmcJQVOTG5OnTR4OkyFSYzV1VfUbbpYKeZ4YJRTAkPNMoVFZveOt1cRpBdPcxzCNVYnTS&#10;poCQFrxJpT51xmnWzdm2KiaJQ74A8SgqTQVNP9jpx3huHd20tsZ3cFbk9lUseHw2QyTzVOM3HPBF&#10;9nFr+4npaCtmrpaKB2UzeMXVDcso59mhqNiUGxt0Z6nxnXW/+s8bX09GDt/f1Ri8g0mSxlZW080m&#10;NyeMSJ62eOgkgWrkkX9+pDyppVggwt+8HMlwnLLGVXuUknFQwqqMsR0svHDA0PAfCatXrJL2lJVd&#10;7ojqNMYNcgEMwrXhX5HJGelhtaoyNThqSXKZPEZetMcRmyGEDpQTyNBC87RRySzNCn3LPoQsSsWg&#10;ElrkuFl0fp4v9dKafJe2rXf6aeNNr/n3jP3VrXNPXy+z/L+XUzaG1fEuqlPyp6evz/PpRe//0aGO&#10;dZIeI2e4Ab1W0n0qCSQW+oAN7/4e+cegaFUwsvb51/maUoOOfXrM5vBVQgiatDQmta/Meg4ivW/x&#10;7E3q7ubuPo/P/wB7OmO2OxupNyFY458r15uzJYGTIU0TiSGizlBTytg9yUHl5NPkaWqg+voufbn1&#10;pe2l2+8ghvNscktDcRrLEzMKMwSQMEYr26k0vTGrT0guLO0uwUuIajhSlD9oPlnoJe3+humO/wDb&#10;o2r3T1jsrszBxrUijpd3YGhys+JkrFiSpqsDkpov4pt/ISrBH/lNDNT1A0LZxpFrl/gt8iN9d7x9&#10;8bo33tHpal7S2xRdVYmq7i2N1ftjqHd27ttb+3nk6MYLtX/R5QYnaG5YMRuOhhraXI/wuHIiSaRH&#10;d4yQJH5O3HlbkbarG726OSys7m4nDweM7wu0NuJAYI5jK8blNQZEKowGoaWA6L5dnVFCR38jxMxO&#10;hu8hguShNSCQaEHFBUEHqmr5afy+dmUG/uldmYTcne/ZXU+Up+zdz4npPsjsXO9z7T6y3d17tITY&#10;jdPVdb2TlK/em267IbY3HlcVUY+qzlXhpoZITFTQVCGWWyPYW5Fy+3dp5rIJJGmWxn3UskZm1VMa&#10;ZbK0jfbiRndWqJaVvCFPKLe1iPeUOxblPc7FuF1s9wJTIfEjEgACu0SMWNaExRLTxC9TVlo9Qeo9&#10;3/aWhujCkJFOGatXHlxoMYNc8OtXH+ZX8Q8Tg/kR2VsbG4miosbtHej7UpThFpHFJQQYXZZjWrSg&#10;10cOZqv4yJXWyanuzIBYsIVIYUNZWwxz1lRUtRTK1RCkH2dO71AhSlijN6qRvqWc3BUg2B4D93d7&#10;jNBb2V7u0MdqQ5JUgqzaVLK7EHw1HAUBrXUCaUNjt6QGNFpHxrVtVSKcfNSeGMDoulVsTBU9dtfA&#10;YzYlTgaPYw3VtSkxeNymZz+a3JVUdVh46vdGVmqvtY6SrmRWj8VOYYFjIU6jY+wZ+RVbBR98fECn&#10;mWCDVNjZ8mtMXijqHkzqJDUTKWEVVAlOxEIbV4bkXBPOJXK91uF77r8/rbX9xJYo58JXJYA/TtVd&#10;I+CRXoXcrWQaWXtqOhxtttG2y3JjQk6Xp2gnhT/Ufzx1tYfEfZFBT/yQPlDBDt6hxuSyXWnf8U0c&#10;MEbzTq236sswn0sjU9YqLqjBL6lYSEvz7HyrWJ5p7QkUbVeRWkqPArGWOnkvIlRE+lY4nFg2i55F&#10;uPeTljPeRRwtHLXchHAZEaQjS0gOho3FdTrkqWoMEHI6ApgkSZf1mrgBa0I8qBsmvz9Pl1qhVOCx&#10;cLU0eUy6pQmhSBIceq0kTPBSwiahaGkabIRwqZSGu2vkWsD7xGWgp0ierjlyEbMsskaMyCO0YVNX&#10;qCJEt73+oII9rUG83rzQ2W4w2cgVlUkByxLVagAqXJFKVoVIPT8aSH9JNAauSe4g8a1Na+hB6bVw&#10;+KpquM0uz6yrlSWFpal0XGIIBAwUDIZBpaydY4nVy3jBJ9I5Bv2ZaFR9xFMDXszR+GbxxKYgl0gi&#10;qvrIjgnSCNQ/B9sD65gtlc2jnalAbWpYgPWjSNEPhKmmqh0HzHoyYZXHh6G8E1zQhdQ4kZ8vMVp1&#10;Mj25m6ozT01XQ49SJg8cVA8tVFAyByDXVzCimeVVtpETMpF/6ey9fKXuit+PPxw7g7yx2Cp9wVHX&#10;+AoJKfACtTH/AMRr9wbixO0YJY8kKecKmGr87FXjVHeVaYx3VmDC021pv26bPyzOWUXs1PFZXAjR&#10;Y3lRmRjq1MqNHpRitWBqV6RXsjWcM8wdGbNBUgCuA1ONAP2+fVh38sbo/bfcXzK6f68zO+K/HTZy&#10;PelSlVSZCmzM4/u1tXJ7iyeNo8TTfbYmGlylJi3ppXlCyRRzFlDOuk6GvZtGafK0BZonqajHVNRk&#10;KqOMUzZDJPk6iStrJhdi881S7tdizAsbn3lDFHDEjIKBdKCnooUBRgDAHw8KDFMV6ju4ZY5FCU7g&#10;PL9jfn5dfQMACgKoCqoAVQAAABYAAcAAewwWYlF0XKnUAwuHubEra/rb/YX/AK+7QSKupVlJFeB4&#10;Y+fTNZEfQWBNK5A679xqqSUU8z6irLFIwkBKyKyo2mwBtcfUE8D2qtwplQACtQcn1OaE8AMnrYwj&#10;AqNQzn/If9Weve7AulMfj1qOy6RZqHE09Pn9htS0yU1WsLGr68x9TUPBFRUs0UQklcySFtOqRyRy&#10;T7yM5XSC62hFjliWcNTU7tSnoBTINKfb9nSWUhXfgKevAnH+TPp69Nj1VTCIfFQVVd5BL5Gimo4x&#10;FoksocVVRAzFrm2m/A5/Htx+QVBSU/V1U0GRoap13fs5hTQJXJLIJMhOhkC1FHBGdPBsWvb6C9/Z&#10;VzXDGNq1RyK1S+FZqCisCtAKCnq3H7erx0IVkbJI+ynp+XWWGqqZZVSTHVVOhUt5pJaJ41ItZGWG&#10;qll1H8WW3+Ps+n8vHt7Obd+HXRu38DujHVtBR7ozEVZj97bOk3FWYuoTPZmTcm28VXx1jUZ67UNB&#10;NDRiKKs8ss2mQFrnCi8sbKe9ujdWBCyRgFlIVTnsYn4yeIwQDgHqY+S45ZNmgCXToDUEEVAoT8Py&#10;+XRUuwOj8dvPeO79xZamz0FfVYsUVJJtHeUOIxsaXh/g+aqcTW0wePeZVZIXqSz0fijiLK2n0nUq&#10;O5MpVRur0fRc8UiFGirel6qSR9Z9SO8jTIWkAtext9Rzce08tjsyFVlhnaISBVJFVYAUDEA6gEOD&#10;/l6Gcti0nGRWUEU1RgjApX1xWv8Ak6Rkfxfw0c6VIqe2hVLOahZU7PwVqc/VfGgWFW0n1cAarWPH&#10;ur/5rdo1eI+RXwj3ptPYPRdXuHaWM+S2RhxEXX8e19sbmqH2zjNFFu+F4qRclLj4pJWoHdmWllYH&#10;8kFDtNpHFzDviPdu1sYLMBTVkWjz9yqTxcFdXrpWvA9R3vdt4fNPL8Qihagk/BRWouNQxWv5U6G/&#10;ZvUlFgtvbkwbZbe7R5+fAS1NTn9yR5+rX+GTXVaT7SoeGkpqsJoqQoQyq3+0iwb5D5k9yT6oar46&#10;fE+rRVUTTQ4nBtEzuEId7lwz2YD6kK4I+oPuQrSPbbcOfB1qSDkAGlagetP8PQoEEqqP90tg7kVO&#10;KE1+VeHSvi6uwkDXgq8hGdRKA1Ve2gcgKL1guACefqf6+ww3f8n9/ZA7uyeQ+PvxioWj6S7C2i9E&#10;MPgarH00G6n+2l3jTRRQsq7u2v4bUF7ysZPR9D7R7zZ291aGGOVoXZ0o0QAY6Tq/IsO1v6I9T0R7&#10;zbOLa61bbaRv4D5UA+XxU8iPw+nU89f4nwR0yV2WgjTJUOSU0+QyEb+egdHQeT7pyFfTpYfpKsRb&#10;n2ivgcKuTY25Vpc7j8JoTZBZ8huKXbqTs+OzUa+ORHUVYgF7ix8er68+8wfZ5JpOWLdIr6JCEBIk&#10;k0qRStDQFqigI0Cvnx6he4icxQkOFGmvz+ygzTzrjp83DPj6cQNX4KszYMVR41o8IMw0QVoDIjXV&#10;vCZrrYfR9B/1Ps+SLmQyqvYODXg8jsaoJZfqQ+thqDEix/A/w49zWgijaB7y+inlwcyBWqeBoB68&#10;MjjU56KprSONAzSBwR5A1FflTFPP149J4123wOdi5ixK3A2YrcsL8hYj9Lc/09y4jlwwjHYGAsmk&#10;OP8ASHMzA2/TZm8WlrcfX1ezMzyXC65r1hp1HQZcgDOSoBYj4ajtK1rSmUxWMRMzBtDZoQfL5+o/&#10;Lria/AHRIdi5gl3BBOy11I9/GHcGLWpVT9f9T7Kfv/tjsvqL5M1ee2JvifHZrO9O4/amZy1BXx7g&#10;pMlgcjFWmSjletWop6ipxU8KS0kjKZKCpAeLSxv7hzn+6a6/eSAoY3VTqBDEgeSsfOlVOngpIqB0&#10;ttEWQRmOoIOONT5EH5EeXWbJ7G2PvvC0NBuDaNNNjsfmP4vQUNdjWxM1Fk6dpENZAlK1PNCamOV4&#10;5CGC1MEjJIGR2Ukw7EpqejocW1JBFDI9fKrzpHaaoQUhKvUVBBmmkL/UuWJPJ5PvGq+hEMpVUCxK&#10;pCgAAjhTAxSnn5dHsaDTGPDRVFeFAf5ClD+2vQhewi8k3FtQsSCGZrtc8gg2Nmv/AK9vaRGGjVIg&#10;A+z0Gfyxg+fTwUlO5AF8sZ6975xs3kjDqNLSxghn4ZTIqlT9RpYEg/1H19v2fg/UW2lqDUuCMUPq&#10;fM/y6qoCU0sePoKf8X173ZH8fAT1fjkG5sBhoot0b2jXG1+dyeNqIVjy6FJTTUeOq6dYZdfodW1u&#10;q8gW95TbCsv7ltFhuEjBC6iCTnUxq1AdIOkZIIHmRjoslyGPhGuqgOnVxrX9mPsr0ncjXx09TLG2&#10;3MrkikcL/dUtFj54ZdesCKN56yGVnh0+oFQBqFifwNrU7tJGDv3aQLSjl9359CfoRdhiDpC/qJuA&#10;R/j7OQjEd90I2MeGPaMmtVNO4g1rWp0kZzTpu1hQthCrUpUAgKTkn1r8vKvTbJm4lIB2TuKT0s90&#10;xWKYAgXsb5IHW30HsD/hrl8ft35udrjIw7czkk/XXaNJS4/ceJk3FtLNyQ7uwtVV1WQ0xrXCagpx&#10;93jZkjvLVKBKAjMDh37pRu+7mG7TUp9K0UeLVW8i+eIwCCc46HHKQJ3mOJj2+EeIqKagc+tT0xdj&#10;bZn3rtzD4+Gp3FgITksbkpanb+QTDbhoPFGxjogxkFIKepWZqarVnISJ2KXcKRcbR7k2dPQxNJ1f&#10;8eamSakpi09btXK09S0kkUUss04pcdJSpNNp1MIgIxf0jSAPcTz2NiL6MRh9Csa41K1AVotDwzXU&#10;wxTgeph/dkRkR2jhLDj+mM/LAyPMGnQGVvRdTKZUG++5Ep/PUPHTU+4aWaNI2lYQRRTHOQVLxRJZ&#10;bM2t7XZrkn3Xr/MPz+2afYnx8r9v9RdDJksR8r+tcgaHbeFqqaTeFPDiNxT/AN1t2tkcbRQzbQy9&#10;TTRpURFpFZiNQAHtkwCPdda3cn0zxSAoRpC0MdGwT3AFgD5g1p0D+c9ujtjtDIISrX0YoE01BqaN&#10;Ty/ydLfr3qk7WyWUlbdnaFb/ABrbOSxMi7hz1TUUFLrqKGRa+Cm/jOUhTOUoVlgmjWNkieVbnV7C&#10;2t+RO4Z6mraq+BHxfJ8j+Uw4/ZQWO7FlCp/BiL2FrLcW+vPs8+gtIygF6DHTFdQOfnXIr65p0f8A&#10;7mtmBL7FZ1IximPt/wA/S+Tr3Fxqqrkq5UaTUFWt3ABdb3Ab+OF1C39PNh/j7ADvXumnzHVnbeNf&#10;4ffHzYM+d63xOKi3VjcTtp8ns7Rvn7ttybXbH4imqIdz5lXGKSSNkZKdLvdfd59uiWMypdt4viBq&#10;KKYC0ZCCT2k9xpnoMcy7ba2u23cibPbxSeFxUCo7uOfPyx1Po9kLR5bF5CHcWeEGOqZak4r+JZJ6&#10;Crmlxv2LfcJPXTmWIhfKY5DJGJBqVVb1exP+LlfmoOmcPFjtyQYqlXc262+wlz1Pjm88lRjXaf7C&#10;onjZzK3+7APWB/h7z25JuLiPlfbSZmVAjY1qCo7cgZqOB7gKDz6hm+0hi0ikZwT8h8vLzyOnrKwY&#10;R6wNX4OWvqGSEfdR4WetAT9xURqqGCQAJzcE+nVz9fcvuWryMu//AI51OQyMeTKb9y0ME0eRpMmI&#10;hJQUBeFlppX8BdgD6gC/15sfYinrJuuyXc9yWl7gTWpIH/F6qDB8ukUoUWLsGzXJqaU8yMfn/g6l&#10;YiPGwioix1BJQIqxB1kx1TQK/DhNH3EcYlCD66b6b8/X2JG6J0+3cCwU01bHIyqXXS9FPp45DcHi&#10;3+x+ntjmCeWWaNYbcSs9dLF9LEqMA+ShqcT59J9vVyQSNXmM8T86cAf29PCfn2VLau7sjszOba3T&#10;hpHpsvt3K02QonSWem8vmpamjrKWaemdJ4krsfUyQsyMHVJCy3IA9kCbg1nLBRXPifh1AKFZa6aj&#10;Jqa6gMkdOzQHUKMQ2CMgUpwNfM149RclQQZSgqqCoSF4qqFoyJ6eCriV+Gikamqklp5/DKquFdSp&#10;Ki/tEfIreOR7Br6jd2YpqXG1NfksXS0mJx8k81Dg8TjcUcdhsHj56kmpmpKKkguZZLSTzSSSMAzk&#10;CMfceW58GGVmQq8xJCmiqQgFARntAoa1JOTx6X2AcOwZgRTOcV86efWDC4tcPQR0hqJKyoaSaprq&#10;+ZUSavr6qRp6yskjiAjiM0zkqigJGlkX0qPdk38hSLC1vyW+QOKztDFkKWr+O+JqoEdXaSObG9o4&#10;J2njCOh1pHUEG9wRx7jXbFnmtbtYzC3aKpMB4ZKiSmryAGr4jmpBGR03fLfi/wBs+kn0SamqKVBF&#10;Mrw8xwPr1r8/8KPd+d19YfFHozevRHYWa653jB8j8dgKjK4eooqc1+Jz/V3ZaS4yq+/o62neKSso&#10;oHT0giSMEH8G/b50bx2r8fPip3R2xtHbuFk37itk5aLrtq6lmr6eLdGQx9QKPOVuMnm8NTRYGkhq&#10;K3Q/7TVEUaOroSpLuULS93C/Wxe0ghirodljBRAjdw1A0LaaICakq2qoY4OPqr5gyx38kdz4QLhi&#10;OGQAp4ijaa44HHWu7/KP7B/mF/Nf559YdJ74+UfbUnUG059x9kd5LRTYDHF9pddSY9m2XT57H4GK&#10;to8jvfduWxlC4hkEn8LetdGRlVw2bK+Jvw67C6v633n2V0/is9lcp07sLfm8svNu7tsSVmUyfXWE&#10;3Vu3KUtFS9j0+No63I1k9RNDTQRx08buERVRQAY7it/sUrR2VmkkUszHw1dNbJ4rBRpCV8NBQMx+&#10;EUzmvRRt01ve2bteXSC5dwil1oWbIFM5Fc186YPQd9p/zCf5z21vkN2F111Z8sOwsHs+p+U+9One&#10;rMVNt3pCow2JxVZ3vuDrfrvHZfJZDquqyZwGPphSU89XNLLUlEZ3ZpSSdYvEd67+2T8vs3lem9w7&#10;i6g2nU7yzEO1ut9v7q3ZldkbW2vX0k2IpMNT4beec3KlVNNiQaiSapeeaPIzPNE6aY9Ez+3NnJ+/&#10;Lfb7uNWJd0K6VJLmh7SfJGOlTwHH59Fu+2yW8Mpi1CRWFCpIqwpmleFeIOCDTrfdxHxd2huboXZv&#10;UXyTel+Smfxu19s0PYHYfYGFwFNuDsHdOFkocpkc9XPtXD7YpqCkr83R3WkpYaeA0IFNKskZkEh+&#10;TUw65rCSNNUzXfXM5fyOWEjyM0kkrs2q5uzMSSbnnIyWGa1lWwgtyWRh2a1Ola6aOMgAepP2E9E1&#10;rLdSoSG1ODwr5+ZPkPOp/Z0Oy06xJHHEkUccaRxRxxIkEUUUcapEkMUarHHFFGoRVUABQABb2y5q&#10;RP4Du2FRIizbQ3TEXKhyQ2DrXEZBIsoK6SeAPqb+439wbuR+W93SFI9bwsSPhoygDAPaCADj481U&#10;dH+1lmu7bQADXHkAaEE+mf29RclGWpIHfS3jymEkC6vH+jLUVmDAMdXquAfr9OPdMPbIT+9GEWx0&#10;HDxtIA1wo+/mOlGIF4wpNx9Px7xW24P4jSmXvDgCvA+YofOnmeFa9Cy81N4Yc1YLQfL7Olx7OD8T&#10;u1cz03VbY3/gKDGZusw+U3fTSYfNLIcZVpW1TRB5BDc0+Qx5YT0lRokFLONQRjf3l97Y7tNt3L8F&#10;x4g8ZTIF7qjTUlSErSqNXuIOoEgdR9u6yPMxjfRMGqDQGoIpWhx6g+fQU909SYbu3r7MdfZzJ5fC&#10;0mWNK4yuCmjp8nSvS1Mc7RJJJG4ejro0aCqi9PnppHjLANf3f5sPtvZHY9PsfubbDHJ5PG02Pot2&#10;SzxYPPb0wlVlMZhosv0pXQZDD1U+G2i0MYzmUrdviGSnraWOVFl8roJitdkh3Sa55/Fzb2M8Ni6z&#10;TCPLJGweO3bSW7ncxrAoUVlrmhYFZBJd7lsdyRuqW97FqqqaQU0CutV/GXQaQvE4qcdUL9h/Ffs/&#10;By7t6ZyeYoOtdo1Em8K/C4/HNmdtbCzEEeSzGaj70fPYPd1DHX9tZLJ1NFt3b2E3JPURV1EHp55Y&#10;UiR2NDW70jqMbJXZTEZbC1ucyNNt2npaww5qPBZWmqasYTzwYN6ijqaHPyxrM5FQacB4IqgrIWVB&#10;TyAkPNO37dzNZ2kkDy2zSzQyFUk8NQfEj8QkqjQksSY6sX8RlJp0Ifb3kzfG3CfdJeZrj6Nrch4T&#10;XwWq4ZZAD/Zsq/FQAkkmnRE9hdDLR5Xa1DtbJ7TyWF2bt/cvZWfmoIX2Vuff+z87iqCg3pQDcO9H&#10;hrtsZ3ZFE5hoJhQfxVKlq2ehZolWSXFWUcc+DEGch3TVLitvDPT5R4qivnXMUuOzUErS4/EVMT1O&#10;XxL5CWp+0pisUpMSQM0kaFQ3zd7tcocn7ju8F8Gght5Vp4IVlkjkCuRHRmkK6UVS0qBi1WNQxJkN&#10;ZZdtvZ4IKTQl6BVdQrhmBzqz3KKL65J49NU25Vx28tyyddxdabVgzPYdfsqgweNyeO2thp9gZOp2&#10;XklrqXdGdoq2aPYubxe1qPEy5HKo2Up6yGqqa5Ugq5hIFecx+89owbezey8vHvrfydIDC7HWogzd&#10;Ftvc+4tu0uJpYdz74E7Cegosvg5Y5aZakff0+Q0JP5IRIPe9w5h5D97vbPmrY9gtUO3y7qbsSyRV&#10;njjcieRbYFAyP4v6TLQRzozFErjon2rdUuttvXnMq2El7O4lUGSUJqITSDXSmGjIBoF7lGoDoyWx&#10;919Xd39c9wdcbv2NR9Hda4L5j0fbPatfuqp20/Ymydndxy57duU2D06u2VzmLnym3+wsfUY/Jy41&#10;qvC1eMeqqceI65o1NWXzB2P2VjO2Nn7pw9EKve/b+2cThczR0FBS09NkM9k63H5KWtosbHHLg6Kp&#10;pt0YVqmmM6NQwGRmaPxNo982PcjlP+pPPe68qbGly1kJI2iWQMXAZRLCuanxF1lQBU0oKk9OXcll&#10;fWX14kIstLKzSKyEAAqaggGunzAzx6vT+Ku6erN8fHjM7NwuTrsj1707nN5dL1L5zOV1fko9q7Yo&#10;lhxuOzO4a8UuUrXTYubpIJKqQx1DgEs/kDP7X3V+9fjn05uzEdrfM7unIw94di4qs3fSzb52zvrL&#10;5PFzZdJaTcuf3LufaOCzFJE8Ve0uOpmpZqOmpxAwoY44o2cJ/bfcuSNp5rguOad0mSGFXZTH4mhJ&#10;RhQ8lTKrqdZUgavEoSdI6aiuYbeCD9CR7YqAKIXXQBpA1LXAGST5HhXorny/xnyLw3SuO+MvwL6B&#10;pouqtiYDE7Q3FWbQznXNJ/CdnYOHGU2O6s2Lt7eOWhpmztXizHLXtX01XTfw9mSfyS1HjcQuwe6v&#10;j/2R2B1LU4LsTYW6+gsA2fydJWbS3xnPtN3pS02HjyeC/uRuLH42XO5vaOTnV8/kopRRxYx4441a&#10;WSrMkwc4ct+5Hv1vMEnJm2I3J1tbyRw3Jljt7dY0dZLu9EckkRZ0Uql1MgK+Ppj8SrNRGvMkVlHc&#10;TX1osgaUiNYtQZwFGJNVEVmIr28EFCdR6SHwz65+Qe0Oqu5N/bl623bTfKHsf7/aONp967Y2dtCt&#10;wVHtObKyUOUTPYbK10OK6/38tSj0OunkrxX0UgmmaCKhSlri+W3amzO4fk72TmOpN+v2d1/R4TYS&#10;bWodnPuLeFCMnTYJ9v7lm2ltfDUeR8Ez1WOVKuWnghjMPjeQiNlPuIL6fbdrmvI/rLRgkzpG0Ggl&#10;4QFCM3hVAbt1SAEUc0FeJM7m9a+FvJDIWiMK9q1wfMEeqiin5AdHp+GG0959UfGzr/E930NFtfsm&#10;SXduQ3a1fk8bWPT1G4d87h3Fi8bWbhjqZ4ax6fH5uGKGNqiaSNE8RZmjY+0Ptzp3eO4zGdx7h2p0&#10;zTSVuKx9HRbz3Rs5u181U5bUsA2110cxW0uJanbRqqc88SgyL46aRwwUV+3PKx9zOaNt2FuabTYb&#10;K4dla8uRqOoCoWOEMp7hhdTABs5PQb3nfU2uJm8IyXNKAAEkeZLUBoKD558q9Dm3bG3anK0+JwlH&#10;uTOrKtZ93uDFbXzlbtbDtSaFVMlnEpI6N5Kt3PjWnab0xszlFALAtvvM7VwOUznWe0N8fGej652r&#10;vzA7w29WZbc288p2qewNlZaGpqd7bh7Hpdm1FPld15tEq8fV0axy4GkgZFoqWFh5mXXXLWx8qb/u&#10;WzQ7nt26WkV4vhXsUzkOiVBdcDSJRUSowISQfpn8RLL29+ttJlEUpV0IClD8TLxPng4NTwOAOktV&#10;tkabKTZ6swXbG4cmmKyePP8ADqbb1Lt2ux2WjimioV2vNuOi1HFyxgxSThK3yF1eZkbSLKfntQdJ&#10;dq9ObP7a233N1JJlMRsTa+N25u/Lf3tr6TM1tbUzbeo5MRuvF4qWg25jcXh8kcdXtV0TGrqqVUSn&#10;SRGf2EuY9rgg357qyuUa1c9v6ymjS5ZwKFu4oAte41rpC0Be2K6eLl21gmswGDPSpJZdRwBQYNaj&#10;SeApx6KF8Y8p3T1ZmewaGr+Ne76PaPbXyE7k7ay7fx7ZuJy/X+P3bS4/IU08W25cvNJvPL753rSV&#10;dVNS0dSBiqapNTJPIrrCK3Ot6zN7H66odl1EGIylKuWyW5KTMYDdWSOMzeK3DFS1eJylHWUVMiVm&#10;NqKcMIy0cMytqjlRZFZRJ206IdqsfH4KCB3ZPHhTBA86VxnB6PrEFkJVkaBjqFa/n6cCKEdWT0VS&#10;tfAlUiVEGsWelq4VjqaWVRaWCZLuFlRv1aWZTa6kggl6O46lmZDjzEtmvOd0ZieSAsv644J6dUlK&#10;kDgsF/r7uwm16i3hqcBVrRhSmKHFc1rk+fSgxSFiSvbkUUt+QrWnU2xv9f6X4HP/ACP3H/js0QWL&#10;7GSsOiMvVtnqyiBa5bmlSiqIxqJ4s3A/x9vwyCFqylw2dILV8qV9FVRx9SQAelSjtrUYx8R/b54p&#10;jrvm/wBeP6W9yIc9NLIE+wlhLhrTvnJKoxEgaf8AJnx0PlGrjllv9b+05mRyZJUWMBdIND5HOo+m&#10;e3yBzXqy+GSzNGAtPIk0PkM+Z6754/3n/H345xIXKyYyrnZLB548tDArMQSwED4ybxBT+AzXH+F/&#10;fndgsbFHMrdo7hVq8CuPNckn0683iVWiHJphsnzGPl+zro3/AAQP9hf/AIn3jkzUUiOkFFV08mom&#10;KafKUlXENbAsr08eNgLsRwpDAD68+2oHV5H8SOkYUDSCK0U0Ir5cK8anqsQfWwkjNKCorU4qfzz5&#10;CnXuf8P9t/xv3kGbpUFpKDKyuANUyZTERrKQbXEcuKLoAwNuSf8Ae/bk8sRakTuG1DFRQ4rQkAU4&#10;4Hpjq5XU1UUihrWuBXy4cfyx13z/AMU4/wCN+8i5alqFPhpa6kETIXarrMXVs0C3d4ohFjovE440&#10;s2sXPKn2X3F5GZy8zIY3UkBUOSaAkGmQKZU+lR0yx0sdQo37RX8h5de5/wCKcf8AG+fcN89iyxVc&#10;bnx6xYNX7X9Fvool/hakknnkCx49p5dckjtOHCj4aHtI4LVRmtM9v8utlXYq7K1BwocEfMcQfOnn&#10;/Lrr1f1H+2P/AEd/X3wGbo7oxocglOkbiSBTg5KxpL2V46tsetMtO35DKW/xA9rbaaSORSsjvCBS&#10;rHiadxCkUFRwFa44dOKxJB7iPtGfsqOu+f8AY++p9y4vSQmKz6tZvpLtORm40ldX2aqUYfUngXv9&#10;feo3NwTI0ZbXihFAVU6q6gQfljzrjquWCsUYr9oyAa1+wHrj6v8Aaf8Aef6/8U95JsxjoUDVFDkp&#10;tao8S01Pt8OkJjDAVpqUjjknEpF/F6AnNvemuAQwt7YtbMeGo6hXie7uND6nIHWwTJlUJUnOaEH/&#10;ADn/AAdd+r/D6f4/X/intvOdxEmqFMPkAXW4lqaPbxhViCRrFNP5dHH4Fx+B7UCSWcRtCwCg1oxN&#10;R9gzWoHb/PqyyOYwBGQB608vXGeu/eVc5iotCvh6iSTQuuWLG4aSm8uk3MSy1sU0kSn/AFSg39ux&#10;BwjS20ylzihYipJqaV4dtRw4g56orEVJb9hGf8x69z/vv949jP09vCKTd+3qCgp5MZNLmsfL9ytF&#10;RUVTopaiOZljenqqlommIKtICjAfpI+vsV8vX1wky+BcTeEA2vANUK0CoHBDVXixowOAR0RbtFrh&#10;ZyrGlONB5ilPXHy/PqFkYI6ihrIZo45opaSpikgmjSanmjkhkR4p4JEkjmhkRiGRlZWBsQfZd+9R&#10;JkOwttUtPGqS1eR3RS08ZlhpkNRVRZeGJDVVEsFLF5p3ALySJEGa7MBz7DXO0NLN+7teBwBwydNR&#10;/tTg8P2deZhFSRhUajn8+P8Al6yo6xUqSSGyR06u5CsbKkYZiFALmwH0Av7OB/Kp6/3VtnvDcEm/&#10;MAMRtObYsuUrmn3HtCQVFThUytFDVRQ4rcNfUyVeGkz3nQrExSxYMLE+8ed3tLmDZN3P0Z8Z4ikb&#10;1+B5KCvH0UgHiDwIr0lGg71s6siSaplqCa1UFWYeeKCv5evRSflnuiDKdP5fbO0M1JQ783Nltq4z&#10;aRG381Xy1lXS7t29n8liTHFRRxClyuFxM8U4mmiheIkNr4QtO89iL1jvzO7KO8JN/FMXjM4c8d74&#10;/fK0EdYz0WN23LXY8KMRX0FBR6paGUyzU6MqNK5U2wU98zSfZhIqm58WarlCkjLjOcNHqyGAoXJ+&#10;fWVftuVVd3EGsW1ExxUmrAeVa0/Kh/YY/ZW5qfdeKqspTba3JteJMzlaH7PdGEOAr65qKpaFszTU&#10;bSySTYvKEeWnnfQ08ZDFRf20+c+L9K6L6LaRp+mjT/wbXz/W3PvH7wxq45/1H/B1JGgeJ4eoVp86&#10;8P8ANinSv9//0qIHClBqRAGayqQHDXt6g3Dxqv4J+n4985IEuQWMcjEgZHpjjQmhrnh+Y6zIVJFk&#10;JDNWvrWmPnx9et/j3x8aoWCra+sMFAVTYhiSOCUjPIb6gf63ujSGVVMhXxfImoNTilAKVI49eLau&#10;5yC3Gvn9nXvYn0fyc7K+J/xx767K6yrMMuQO8vjomYxOdxzV2P3TjsFvbNZWk29UvG8VRT0k1fKa&#10;ip8UkUk0dME16NStInJ/Ke0c43ux7duMEoiM14AyuKxmSyKMQOIqmFb8JOM06BnOG+3WwWcW47cQ&#10;J0lp3ZBVhQp8gRnpDbk2fhtxbj2zlq8VaZXbtBuiPC1NNVPElONwUVHisq01IQ1NXaqOyoJVcRsd&#10;QGqxBifhR8usx178kNg7e37urJ5HafyL27WYKtqM5Xq2G252o+78rubZebxkNRUNQbewudyG4K/F&#10;yRwpHDStXQpEgWNffTjYfb/bd19oTs9lbotza2iPHJGn6zokBikhYr+rLqRUYopBlMX6hIr1Flxv&#10;cg39rm4lYRu9WPGhYLUgV4ZJp5dVi/zSfiDjO5ekqnsXZ208RDvzprdP+kiUYmgWLI7z2pW4zC0H&#10;YsWWjpYIP4xuOiw+Epa+inqWncth4orgOQL8+vu6aLdW7+wdnUsbsOsG2BgsvWrMZJYN0bkw+Q3J&#10;lcDKxu0AwVEKeKVSCXmmYMQV94/bx7aTx8vwbrHIj3ExkAjCMniRxokYkaMDT4hc6kOpexdSgivQ&#10;unu47u+uUhppQgkgcQAK0HmfPHlnrWw+QfQbdT0HTW/q/JUlAe9c58k970MdRNj53xmytkb32dtz&#10;amcx9VWyQGWLf65OprQNErxUwg0ga+Qs+ZnZu0dn959EZneOSo8XjOu8JsLdW9qCKUNW7V2rujcI&#10;k29lsphqYSZemx+bpFM8Dyxr56eN5I9SRsfeF/tjtd4PdHmWPaGaS6u7x7WObD67uKHTIgbUYw6E&#10;/hJpUhwCadDrZr61tOX9ylN12qj6iKErUUyAa5FaeR6v6+HmzM72J/KU7r2JtOnk3Jnd7bO+QO3N&#10;qYqh8cFTkq/LbeyFDQYWlqJ4sZCK+eul8CFjHGkrAeQWLexwznyO6axE2RFZ2JQ5eWmqKgU8WEgq&#10;8zWi0wIUVEUUFLU3CgKVfxBeTf3lmnt3zfotzFytOgZR4pClYmwVLxhq6UBJLNTWSaDSOo9n3GwX&#10;TKzFnORpFBpPoueA4k8T1r9bA/li/ODe1FgqbCfG/IdfU1VjqE01V2/uTbXXqY9Up4WeizmLx9Xl&#10;NxxZXyIF8cqtJ5Fa97X9hLlPmBs6c1Y2XszeO+JWb1SJTR0sED/Rl+2gjyFYR5LFmKAWNre5E2v2&#10;c3yOSzi5glTbIFQBHYlvEqcF2UhI+3AWtSaZqei+Tfre3qpiYE4B8iOBGPOmfl0YfG/yVe78XBS1&#10;ffnyg+OvQFPW1BebFTuamsWJnLGPD7j3ZWbYxVdVOrftrrco19XAPtFZH5J91VlKk+M642rtHHOJ&#10;UgyWYenKJCxFzMM5lMbIgjKizLFqB4HsWRe0fLdlc6b7nGS7mcqxSNymmgOl2Kq4Ymp1LwbzFekV&#10;zvl0SYowAhoCSxxQAVAyPt6FXbX8tH+Wnh81Pt/dXyO7p783pjEjWv2bsjHbjytZV1NtL0eMTq/Y&#10;258SHqWU+NTkFZF/tgG/slXzj7b3du3419jUO5937YrsCu2dpJuDaGwa6eYbs+039tzIZd6zN0+H&#10;modv5OsgT/Jndp4KWaND45BqBXw8i8v7FdWty1vfXcX1YcSzlVeHTC0aiJKhmVgSQFWlCS1Oiq6u&#10;pponLdwp59oY8RpHEj+KnVjXwY+KnSPT/Y9fmelfiv2715vCbNdgvs/tr5D7Mxey63r3b+c2xWUG&#10;EwG3do5HsOXdm9MPj50eOrqvsqDI5GOqczSxIikUDfILsfpJ8ptqh6s+NGN2/jKLH5hpsn2z2x2B&#10;2dvHNioyatT/AHL4Cs2Htjb/ANokTeZKGkkE8kl9ShQC68kP1dx4VsiWwCDS+ovWlKk4ArwCgUAr&#10;k9BuY3bMnitCnb5Kx8/Mk5+Xl1Zn1H1L8jcOuZyPe/ymqeyszlGoXxuI606i2V1BsbaapShclS4u&#10;gyU/Zm8s193WepJsjnJzHGoVY1JcsXdewNtWAbozqVj+pmXKdrxNyD+kJv8A9C/6w9qjPAgVTZR6&#10;zitWAx51Bp8qemOtn6pQoMsXHjpPl+f8uhn/ALm5oShx2XvnQoNoWh2QyEkk3djszytb8eoe+FT2&#10;JtU0tQh6J6uBkp5l8pz/AG3eMGIqSif37Csi/Xk/Xj3qBlZxqj1wBwSorpYg8AeI/wA3TZjuqEtc&#10;r4fH4TQn0GePWU7UzxaMjsbdoRP1IKLZX7vP9tjtMuP+QSvs1/UuYxL57tOpzO26/EnI5rYNZR7e&#10;2lnIKnG4eifYFGscCZPcNBkchWwmm8bx6z5YizI7yFdRnnl5Yn2YTpIqSBgKV0inGheh00rRT65P&#10;Hp1otWsyOPEr9g4CmenBaXckOPoKfH5nH1tTBBURVmSzmKkeeunWRVhnNPiavE0sLXDeUKgVjYqF&#10;Fx7n9/1G3KrqmuGKot0wV0e59mSLNlqzDVNEIVyknlulDjaOpjqZFPosxX/VA8e2ea3WC0YP2ymV&#10;yACpX4SPTU5OM4HHPl1pTQgFQp1+RqP9nqZQR7lWpvlKrBzUml7Jj6CvpqgNZfGTJUZGriZQb3Gk&#10;fi3swXwGkZPi91m0ZIZN5b2aZSVTVE+VqPOQb3KFVCsB+tgLfT3hvfBvrXQrq1QgqBmpBIHb8uPU&#10;0ciADZrctQ1Y4B+ZzxwemqsQNkc7e4Bgwt2AIP1qOAbWY8f7AE/19m887aTr8iltBZQArKx5S+p+&#10;W02IvwFPPtnxZgreGquQxAJoFIHEVyB5ig4nocZjqyAMCc07fPif8oGD1JESXH0AsRbUWNv0k2tf&#10;T+L+61/nMrVPZfxlibWwXG/IqI60jaxk2ViHZQoc6lYKCbm3sosmUb9uknBTHbYFcASS4/ax+ec9&#10;R1zPnmblxhSv6wwfl69PFKAvPAvFD/W1hJIAeQD+bf7D3XuyxkX8UZLBAZAiPISVPAIb0RhTYA8A&#10;+xyJGdjWTupwJ8q+vr9nRt4jsFGol6Uzk0/z/wCT59OHtkq44/4VuNBEsQGBZmIQBr66oRsFDlfT&#10;f/YXPvzaqEavX09MDh0Sbxm0uyaBfCatOPD/AC9e9mw+Ej4yPZO4P4p/GLmj2aaYYZMbJJY0+bRz&#10;UfxCeBUUcBQtyTe4HF8sPaS5jg5asnEahqpU6dTYDGoWoJB4agaJ5+XUQuxMcVCAlBXjWoGPyPTV&#10;kv4xeH+EpjHusvnORlq47cx+LwilikB51atVvxb8+zurUbXZAX/vk2m4Vo6bbKKjf8h1LMLXsR/X&#10;6H3KcF/Yrcu0Lyq4NXWQqfiIAZTUsDQamZSVFKMDjotk8YSUt1p5kMeI4Dy4jj01v/fLWNEW2BH6&#10;dWqfLarf2raYApN/pf3Kjn2mXC/7/lbIbsYtqhg1jpKlpTqF+LNe45+vtTFNaQ3bvduzhiaAcKee&#10;oD4QK1qDRqiox0mcTIsgmI0sRgGv24ArTzFPzHWNv766SVTal9YtqkzFvHrF7gR38njv/hq/w9lF&#10;7Uy+2cL8itq5bIbWqN87Zg2Hjhkdrbm3BXbUkyzNFmYmZtx7LlGRxv2lU8csRiv5AhSVSrcALnQ7&#10;fDPdSXNgZIiikxs4Q1Zf4oqELQA9uacRUnpRGshQiEokpPnUgfl1wyuM3ZmNt1+Oo9yQbQ3BUTp9&#10;nuDCYykzP2FPFWQTELj9x09RRVE1VSRvC/kjZU8mpfUAfaL7Z7V2lU7eosft345dCbZqGzUVQM1k&#10;MfvjsbNinio6jzY1J957xmoUgqSy+SVadZbIAjKC14D3y5hu/DaLbLeKNKgaRITSgp3MxZqfZ0bx&#10;Q3nhgSTxVBOQg/wmpP556S9B1rnY8hDkMx272TmxDTzRDHebamExcktQYi1VNBgNrY2qllh8ZESm&#10;bxoHa6sdJUu53q/J/wBHHRtzyD/oriQBtP1jCbjADc/7f2StLH4aI0CEEZNGBOft4DyB8unGjnwD&#10;OKEZ7Af9X59KxdqadP8Av5N2HT/qszq1c39V6f1W/wB699x72Xywkda9FnTNBJo/0ZSqs2mRS8M+&#10;ndIYQyi4ZlIaxuLEe3IXXxYmFqhAIz3UArxArXr3hzihaZSop+AdZU20yAgbi3O11YXfJxsV1fkX&#10;pbal/Hs5/R+R23H16iZXHZtKv++O9JlhwWQxcWLoaabKxy09FTjI4+srnipFfxoXlJMaqTc3vkrs&#10;4s226zjLnXpYAimkhsgGv4hgLXAFa9MrGxaQau0g0yQDXy+VPLpxqI80JUFFUY0U6xop+9pqqWpd&#10;1UhmaSCrgi9Rsf0f19i9/ENkNJEPsN5sNShQuS20GIJvqQtidILC9j+G+vs1eeJV0XZn8MAkCiMu&#10;Pw+lBTgpz8+ngs41My0X7ak08vT/AC9Yim5NI01GE1fm9HX6fp+AK6/19gT8apYT8396im+4NLJs&#10;vt+Om88kP3K0xyOEkH3bonjkn8Ys3jAXXc8Lf3iX7kAPuGsZYIxoajhKKUBPzpp4dCvktSd+gGjV&#10;J4Lih+RWlPn1JqhJ9tSfcaDMs1MZTCpEPlA9bIrsXWLVe1ySBb6+7VYqgiGmAKxxGkgdQdXIMUfj&#10;0IIz5JHVbAE8j/D3FU8gi8VPpQDq0tQH7cgMNNPtOepzgClR8SkYJ7hX7c/6j1FWIHkFiQzW5Xjk&#10;g3b9PB+vHHsgf8w9hN1T16xVWVe9djSt5IWYEPht1xFHkZLMpt+gj6cW49sRuTe2zZBAcAHgaBDU&#10;Djx4g5r0BeexGYNnkR6n62PyyeOT5dSYV0zU35PjqRfULgXhNtP5v+SOPdadVRUavIPs6CyySq16&#10;KFLG5LAjw2U8f65+vsWrrKq7VzSmONfMD06M1jARXYccgkcf9R/Lpz9ovdscC7cz5Snpo2/g11ZY&#10;lDj/AC6NSUbQLFgLcEcC3vUru0c2pqkAg/L/AFDoKc0FzY3uKER5/wB6HXvdi/xuqsFF1Fi1yke6&#10;HqVz+5G1YVcIaJInOLIa2RtVNVLf1erSBa3595rcnPbLy7t5MUjsqZK6TntKgA8aitQ2KDqJrqKQ&#10;uGRKqDTBHkOGa46aqz+N+UnH/wAK8OlOKz7vy6/V5OYLppta3F/rf269o1GJfc/x/nxwzcYj7Rq/&#10;NLmBjWDI+LorGlGOcoCoBDh7fi3sWiku67O6q6AMymoClSQTQ0yTQ0FKKBTj0huFnaCQGKmeBxT7&#10;eGOslH/EyZf4iMePQgh+yaoZibuZPJ51UW/Tpt/jf2Mm4BGYpJVDnRT1MaA6Y1MTU0ousJ1BUIP4&#10;/sk+67pI0PiJKxZic8NVBWuojIoTqxkkCvRfbSFX0yKQK5p8vP7K+nU5PoQfrfn8/wC8/wCv7JnU&#10;SRpHAtpERZafVICNDFFY6B6dSj+hA9P49hS5MyxrGsyyQqaqQNNa+vpUcaEEmtOlJUEKUClKEin8&#10;/wDZ/l1z9hx2XI023YS6yRBcvSkXsHKhJtB44J0Hn/A/j3GfuEweyta/2hlqK1AOoHVTyoD5cR69&#10;LbNQshr8ZXAPDJ/1U697su/kS1wpPl32jTeSMPkfjVuVYjIP7VBvvZlU4sCDq8b3t/gfcaW24JZW&#10;ckxiBaJ0+I0DahIg/wBqCwHn3FfLpTLF413arWhBfgf6JpT1yPWg4nqjf+f3scb9+HnWGIaPJSRw&#10;fKLresmGKhSWrEMezuy0dgzqywxKXGp/wOPz7ut/mkK1V8IuzJHkEtSuPkpzKosJYZdt7kaJ0J5V&#10;SAAxB4+lvY+5Eom5K0dq6Wc6SFo3IOl00rJGNJAYgjtQrwJk1kgL1Guxi8/1w+Yxchmt9LhSxbGn&#10;QCtDgAHKAeXdXPVTf8jGHHbf+f8AmdtYWmgo8Q/Tvb1YtNGBHUx1o3L108z1qE+VpKjzMxMl2DDg&#10;gG3sznU0zVPx5678axnX8XNjsdZKgM/ReICixNgZCTqLcX+ntNu15Zx7hJI15N44aVCI0UDSZRqq&#10;3mgCqIgKO5qJK0HQwFvImz7U7hjW4jHADtEjYBzWnkQa+vVb/aGEloPkfWTGGdaeT+YbTtDUNKXe&#10;SSi+aWTdiEVNB+1jcFUW+mO5Ym5tpqVcwg+RscjGyruOk1j1apL60JvwV8pH1t/iPcocmlG52tmn&#10;BWNpXBzSgKilPTSaHTgg8enN9jDRTlq6Qfz9P29fRKP6W5/Df8T/AL17tjRzrmJsVaSYWUuzmNmb&#10;0JfkDWRc/i3PvIjdbgK6W7OfFx3Cmgsfh15qSoXKjVxrTPQatiCEUu2pQKH58KmnoOAz0nZF54Au&#10;Av1sACv5P4PF+PbblGtis+X0Lba25Y2FyV9e38kpDE2U6hYA8c2/HuI+fJX/AKv7rbxSNJA0Ehoy&#10;aTqIFKNxBHE4PbivR5tpBvYERtSFhx/1fy6h5GPyUTLZ2P3mMlAQKXBjytE6lAwI4tc8cC/590y9&#10;tELuHbrgyMHwn1cAEsuQa0er+g1c+8YLUA3JTtDkiqlaUIwQE9D649ehbeA/pCoD6af6h0sPY2dW&#10;SkbRp1DABc/uNLG/4qYpCvH/AB0BNx/W3095Re3iRJsVsssdB4hFPw0LEac4rX9nHoBbqKXTiuKD&#10;7OHAfPr3s2/x233mtpdt7TqsPndxYOH72Q5JcJkv4bNWUgx2RpTT1BlWehdjHUWvNFKpQkAXtaSl&#10;u3a1S1W4mSxBbVGsgVWwTGCCCHIbOog0bK0Oekm3xq0rBlFBp86fiqM8T8yPkOg27c6/wfZ3X+f2&#10;dn9ubU3TR5KKmlhxW9MHNuHbxyFBW02Qx1XV4ulqqGtnegraVJojBPDKkqKyupF/dp+0fkBNj6mp&#10;os+m4s/tfMRPTZWGbeUgzdCjRyJHX7cqcZj8Y+OrlkKiZgzo0Vz42YAEDc0XHM0e2RQ7Nvs9rJA5&#10;k0wyNpkZQWED/gZGBIdSO4gGmOpBs0vIpVn+sOkpRlGqhDebsSQTnGkZ4E06r37Y+CFRujEQZrrm&#10;u6y2B2/toNUbHy6dM0yde5Kq+4iqDhO0MFnM3u5N3bXlZW8cfigqoHc+OeNT6RgweAq9uVGH3huH&#10;KTDCy0OPrtj7lw3ZFfu6on3DlaapD4pYMjkaPH5XcW2dEhjjWj8Fa8XnaJY43hDPKFpyhzIbw8yN&#10;b2e/RR0MDvHLJI7KVXw2mKmQKBRFWgjcjHaAVv0chhV7dQYiRVSQO4HsUscgt5AkUH5dEf3L27H2&#10;bgt79H4bCybf7Ho8nnds91dH7p+Om1upYpdqbflpDS7kwGVwG18zkoesey/uqeQynOzZfFUcq0Zk&#10;FZPBVNF7G2nvrf1Zt/adHlN10O19xVWBy+9Ow8NPRZGHI7N3G2S2zU7JzGOYuNwYzau+MXHlM1VQ&#10;tHV1i1Mxip44SpXOX253Dlrl3b5ufbVbGa8S28OOylCu6TWsayGZZ4yqxSPE0sUdRIonQqWLrQjn&#10;lt9vsbZLm0gymkLEKFwyYY+QBbUD+RI8+vdWdl7E6Xj3Nv6PGdd5HeHVT5jZHXnxty+GxVBWZPtD&#10;rnGLvp+18BuGt/hi9V5PsDpDdAwu28S0NVSxGjpKf7uergqTIEvcnZnW9FtzrmXB7wy+78xtnH4j&#10;MYfdtLQUWQxO4TtvJNFuSCPIVkwq6OKtx1G1Nj1p/NQQyLZnZkLe+Y/3luYtq3f3Yk5x2G5tXs5x&#10;HKot3DAIxcspZCtWWiguV1sr1DY0hBuoO6DcUd1EM7OKKa6QwA0kUGVFVI4gitT0c/4l9YfIeXL9&#10;81W6tldX9ddedsb57EfK7KEuWpN1bQx2c21hn2SuL2/g6SDbWQrqjKZGtqs7VZloMxWCRJVCxyIh&#10;Fr5Cb0xXWvSdJvGsqaXYUNCNv1qUtXBTUFVveXO0LVAweNqY6SabI/aVlcJZHl1QCjgZkVFexEnu&#10;Hyn7fcoe3Gw7k3Ldp/WK6KyMXOu4mn0gPTiv06EliAFqCpA9UW2RfR7bFCrTR2wFUJf8KAKFr6EA&#10;UOanJ6KL8Lc1uLf/AMt910mTy+R7bwu7o+zcXXrRbmyWYovjvNsPORYTDVW48Q2YpcPtg7lxGLko&#10;lgoITXz5zJH7pp1pHmiLptHN763F1Y9Pu2LaWH3NvCjmrKjOVH90aXMbT2vkshUV423Q01TSuMfR&#10;5PBD/KolhQRGdpbkgWE3sVzOOVNl2+55lsXvba0EklvCI1qsUr+JNBp0kvbTSEPJExCNpNQC5PRF&#10;vEE96ZCsz+MWoAPIgrp+0/4a/l1YPvfB9bYfuHb+6KU9s5XG9fZZzTbA23tXsTdW1M/u6KjoqHFZ&#10;+rqoYnpq3NYXKOq00oqZlnlQQWB5Ygvy7zW8evu8q/rbA74zOP2vF0309khh9m5MbW25Wy57BVld&#10;V1c9Btf+F0VfLllkR6qZ1Za0gO4N/cEe6EfJu6c/843/ACbtUNnsT38kcMaxeGiIqRmiRqf01Mni&#10;kITWPC1Ip1vbor6OztWu7pnldGqdROBIwUYp8IFOFRwPDoWfi5k9ldxbGzXYEmxaygqaXt7t7b1J&#10;R78pa2u3Fh5tkdkbi2xZqPcUldU7enp6jFyCOljf/IkPiUgKVBS6aOGEhIoKeEOy+UU0CQqGd9U/&#10;l8aLrExvYf48/X2C2EEsSBIjIwFSSSoYYWi04g8QDxoelgUAL2+VB6H/AD56N57JDuwyU+7d0Qrx&#10;o3BlQgv6VT7lyAVWwX6/T6W9kVvJIIgXH6goMkgkZpkZoBwH5HHSCVdZddWa8eB697FTId3vkfjT&#10;tj4+VO3qdKja3buY7Eot5Q1E0U82CyeMnYbdyFCA8GRqY9xZGoljmcqIKdIwql7sGZu68t7wOQVi&#10;ZWSva3o1AAQQMV+eOm4mEdrPB4QKtJrqMZIow+daA18vLphjxFXFuOozIycxoajGx0j4h01xLWJK&#10;hFZFMXHhUQR6TGFOpmLXH0Iy9fRCTYG0pRh9wSRNt3ESfctVUPikqjBItUaASvI8OMlqIi1ND6PG&#10;C50AMCZx2vxRtm3nwTRYxpXj2AAEqRnhgk8aYqa9KbEFFl0p26sioOR8R+ylK8MivTnSuH+5s8L6&#10;KuZG8KldJGk6Jr/qmUEaiOPp7fpFUIxXGZlZ/wBMbSSY16dWPD6hGPI1hfheePz7NLmNl1LGCkek&#10;Hu1VNc5GfsIPlnozIJJOhlj48amvzH2/y6l+8ESlL+XG5eUkjmn+zWLQqgKtqlhL5Gbn8C3srmlN&#10;xBIIZ1qG+IVApWpBxXjimKjIx1autRjA88DiK8Pn8+ve86PGGU/w7MxTayoeoWhkhSMN6tXhZpNW&#10;g8ab/wBPdIpGikWFQRHJRz8RXgc6iaaPlTFa9eUgEKqt4Roc+pxk+Y697jyMnr10ObaQuQTSwUgg&#10;YKPSyCaTyhwBzwOL+1njIsiQyKAwHnWhTjg+R1etKChGOlFQGkEimgGPs+XnSvXvfBpF03p6XMKz&#10;EF3qoKVYUTSLkfbyPJrFxxYi3tJI9hK5+pwWyQKtroaUYHiPsz0wxRyTIhBGfWvoOve+UckACeai&#10;zckiOFdBRUzQu3N9IkqRK11YHkD+p490FWeWVFIl/wBDI7QCRVa+R4cTwPbxHWmMmWjB1mlKEUFf&#10;+Kz6de9+DRp5RDT5UHQ1xVU0KkkFfGIWp5pC5YHkMAR/Xn2zLPceA0dwQUY8K8c+XmSDWrD0A49e&#10;LOVrLGfEA+VKH/L8+ve4n+TE8Uud9KkEGhogoLAF1UGqYkhjwD70HljjZS5kC0YDj2jBIp5EYbzw&#10;et11AatRqRnAJ/1evXveAsiOBHT5UwjQrFqSP71i1yxWBZ2gZQf6uLD8e7s1xOFYLH4IfFKDQaUa&#10;hJyRUVFDx6tJqdi2mgA8/wDi/Lh173wf7cli9PnlQLfV/DacvZje3/AtQbj/AGHtyZ5LaFJo2kbu&#10;A0n1pTtzkD4vLPl1oqyKDFG2oY4j8/tp173mnmQpGJYcroenTT9tjxNKDe1pFkniSKQJY2BYD8n2&#10;o1CeEvDHWTUNQZhnyNfTzPqetggxpqrjJp9vn173DvEoLLBmQ/CRibGIsNj9RJIKl3ChfqQp559t&#10;6RJCpcgh3NArUrjBFDpXScj0Hr1bUJV0hSVPHNP9Q9Ove+lZeFanywkHpvBjPLGLMbMkrVcbFSp/&#10;1IsPbj6ZFjlkh8UZwKih4EAcKg4A+YIweqMn4tBNTwpX5Z+fp69e9il1EdPYG2ZIoMloWvi1yVVD&#10;9omosFDXEkusADkccf7f2LuVwn18XiOUjauoGhZU0nsKjhRsk1z0V7kS0LozFUxUkcBUVWnl1hqO&#10;YJgfzFIP9uhHsMe9Y0G/dtxSqZYjk91wvCYw6OJIMyuhoyGR42Dcjmw+o9k3PTM9pIumqiJ6Ggya&#10;DuBGePlgEcek0qv+lQD4+P5n/Jx65Q/5mL/lmn+P9kfn8+y7dLb2xfVvZ/WvYEu3cbmKHZW5sZm6&#10;/ECEUj5bGpHNR5jFpWUhgnQVmNqpFXnR5QmsMoI94y37yPDd251gOjLUZ01FVYA+jUNPSvT1uiQy&#10;QzaBqV1PAfhby9K/s6x1cMlRTTwQ1ElLLLGyx1MQUyQuR6XUMLGx+o/I/p7MX03uGTc+8+0twOsy&#10;tnqo5wieSOapggr8/Wy4+iqZ444UnloaCRYQ6oqkIbAA294k/eDsJbfauVpntlCi6kTV518FSQB/&#10;CaaqeR9ePWQXtNctPuHMK6iFaFGCjgP1CK1H8IIUfKvWZQwVQ5DOFAZgNIZreohbtpBP4ubezFeU&#10;2/zYtbTr4vot9bfS1vz7xd0jhq/LqZfDSmnVj0+fGtePXL3/AP/Tpb/uJlWQyQyRTQLKFecRVAWE&#10;6TJaTTGbmyk8m1vzf3zUtrqSeB7iGwuvDaM1ITUuMlifJaU7sUbrNo7Xc0ULPGHIqQ1akcfPzPl1&#10;v8e3Sn6/l8cNRUvWukxIjFNSSRxuoDuYvNMjsZAg1OLah+ePZa253IjllhsJmthQmQqxQGlGLECm&#10;lfhpX1NenI9pDNSa7GqtaD1+ZPHHl6dev+Pz9bewP+SHW24t6dX5zrDY1RSwZPeQxNZJSbj3DRbf&#10;w1WNsbr21VrWT12XqKDFRVeNpq2coWJlMTyKgJNjkR936C+3m4lv7fbHdLKZPFZO7R48M8akjLaZ&#10;GCU8hQcB1FfultjfR2VrZrR3Yk1NASCprnANK0p5dRKuaOmT7l4J5mjVwq0tM9TUEFdTIiRoz2co&#10;P6AkC/sJvkDSZbY1B1lTbgdMXmsFt3JSVP2NfJkaehr8duKiFHX4HMw0dEMpSCrpUq6WqgjClz6T&#10;qQ++o/I7bhYcsqRE4uDChWgpoIjcKBXzNTq+WD1B28yk3bHSQ2MDIFFAFD8+mHBV+K3FT5OopYqO&#10;poqpxRVi+fH14llhp/tK3H5KKkqa2niqqRlaCaBzqS2lh9R7s9+HO9fkpsaetz/bFZ2N15XdzdV7&#10;b7IpdxZSTblb/pkNNuCahqOxMTLQZetp4UmXJon30ywSVAm0iOwNkt5Z7LzjslztF7atLe2ohRrc&#10;HSA0i5K+G1e9RqFTSqjSQKjo0gmnhZJGZvFYfxCtMV4cSacPPoj3ZG2fi18pq/ExbW616i7y3H8Y&#10;t7ZvrSp/vBjstR0vTWVqsLFDmNt09FT4BxkoJUxFHDPRQhqaLxRvcPGg9rPsbrrP9s72+ZPa+D7Y&#10;jvsHo74yzdj7T7Q21uTeO+954fEYTO5bCrsLe+CzVLtbA4mtplqqJVro6mXFiFbRkSAjFjYOWNn5&#10;e9x9kkgg2+3WHmuURJBF4SpPKYlrLHpzIW/VndMytwrw6EljuUkVpuyBo9U0SK9YzgANSjE/PzBo&#10;a5z13kO/Ow+kN8/GnoyP4/4XM4TuDPZvCZDf3W26MDsnr3qLF0WRbG46Go2jvG2+N3ZmVZ4JPFR0&#10;ccUrGRjIipZzbUtNupJ2r8T17gaCEBHjqq3B0tW1I2ksRHLu3IyqWVTdWEZYcG3vK+WGE3l1aT7u&#10;ZJvC8MhX8Nhhu5W+JtJqZAdQYfFkDohDyM4P1Axmg9D5g0rgjIz0A26830LVr/dDfvyt7a3JkZMj&#10;Wiv29tjtLcuKpdwl6qNGostjPj1s7HSQUHkIhWE1UCcspdjciT5N0z0jGt7DxGPRmdmxtPu16as1&#10;hiSrYbaVI1NY3PDkE8C359oLyfbLaRBfzzTQLThAxIQqKkPLWrCgCAYZvxeXWpzVS7TB4V86YJPE&#10;6jnj6dN1Bjejcdnoxsz4Udj7ryCRU9DS76zHx+xuU2qkFOUSneHsrv8A3LT5pIYidRmp0lbSrNck&#10;W9sYw+1A61VRuiaryNmWWjoNp5A1JZ+df8UyldQU8p1k/RfryfZpBfu9mlvBs7ixLh9blFVQBSg0&#10;gle0DUCSARjq5kj8MKwqjZyAAKcO4Dj9vQrS79+QTz1O38V0hisBtKn0LQbg3N8idqNi6hUcoYoe&#10;u9ibV3XlaCNUAI8s6FlIUAE+wO+UkO2ZPjh2pjMNQ7qrM7ksLiaPHjK1uIQTV9Ru7blNTw4/FYaj&#10;kkrKusqWEUcb1BZndQLvYENbpLvV5cW0JtoCkMkYcxhvEYsH0JwANFIeoHDJNOmpZWkGWIZQCR/g&#10;oPT5/n0teooO9ouxqDcvY26uisLsHEQ5irqsR1rtLsOsmNFHishKarcvYPZe6KKmwtPj10yyPSYe&#10;NH8bKSqMStMPeHxW+Tm36zbmS3H0B2VtOgyVPk6bF1G88fitkPkJ6WpWeqp6Sk3jmMFX1MtNDMry&#10;hYSUV11Wv7CvhzXDuLdTKaKxBoTQ1VSuQWBINDwFD0UXTRMwMc8bALnvUjj6gmv+ToatjfNP4o9o&#10;5bOYXq7vzrbtCt21FRzZ5+tNwQdgY3FpkXljoRV5rZ65nDRyVTQPoT7guQpNrD2AP+gXulGaJ+t8&#10;kJmLtY7n67ViEF3CM28wAQOfra3+Pt4WF2hTVG2aUwKZ4VHzH5g8emSUVgyumkH+IZ/n0Kg7f67a&#10;H7gbgcw6xHrGGz/6y4jA0/wvV+s2+nuLJ0R3NJHOq9d1jf5O1v8Af1dcmwZWA1sd6AKG/wB4/r73&#10;Ha3Ql0qjgE4UAAH58afZXrck0LV/UGnyowAP+Tj12/bvXscbSvnpBGmrU38F3AbaP1cDFFjb/W9m&#10;q61o9yYHdnamAbZsGSzeLm60p81QV+3P71y4Wqg2FQwvTLJipK2kgeWQ38scskU4X0sw9zxymZBt&#10;0c3ghowxGVJHA4IFdP8Al4jq9JNT1c6K+VM4/wAny6cWyO3c7iMLl03TPjsZXxy1uMqqfKvhBkIJ&#10;jrHkjrEpqiTxIRdHRWjJNx7cO+mzc3U2VOT2djsBT/3g2jIa6k2XW7fOtMsFWP8AiE8aKomZvVHq&#10;9Z4H0935oCHbQy2sccVTUBSCSQe2rEtTNQo+3rSAApSSsYb/AFDOepGCTCR1YWg3ZVZqoMUpFLUb&#10;jjyl4zpZpPt1kYnxhhZrekH/AB9j18CAy/GXrhQXULvnehutyAUytUCqx6hfWAb/AFN/x7w1vQ63&#10;M0yBDpjNFJy3cdIrjTQ0xXgR1MvIbqNmt1LCmtvL+lUf4fsoa9c6wBshm1J5NJhzyoCqPJVX5sdV&#10;7f7D2bliCrDSokKNfWXsfwLqRqDxkX+tz9PZeJpYSqeOfBrhqd9Rk0p2mvqBTGc9D5Ai6ST2jgae&#10;Y9PI/n1N0hjf8Bh9NNtP1HPBsb+64vmtGW7G+M5dWMurvWJyschku2xcRyFY+NgLXsBcc3/Hssgd&#10;bjf79QWEBhgKmgBqZpK8M4Pr+XUbczDXzLy6NWC8uacKqOPz6c6cC9weNCALcEcSub3+tzf+vuu1&#10;jpiWRz6yikELwoA+hJjubki4/Hsc9rVCoBmhPqfOn+To4CBlUKgCAcT5+tB8/wBvU323yeOTGbls&#10;f1YQceIHURPMdJ0qPobi4H1/w59+kDNGVA7C3Go8wRTPmKdEu6BWtroL3DwWz6cRQfMDh172ab4S&#10;PV/3Q3GKHDR5iX+FbOaVJcXWZY0sIbOxNNGtHY0hnYaNTXvbjn3lJ7VWkt/yxZQgvjI0rX4anuzl&#10;fOhwcdQ3IjSJEgkYLpGABQnjmvEAeXTZkJKSN6Y1WT/h1zL41+8gpRUEBCylZh+941F+P035+vs7&#10;DfxkWJ2XTM6pp9W0sy1mBuLxl2V9ZH1PHuU1nmFxHrtwI9JIpCCCPhrqwVA+LBPpw6RTI8rANO+k&#10;5wB6UyeNP29NhmxAWzbnYXNtRzFGDzxYGwH1P+39yIP4wWIOzMa3pIKvsvKnxDm41OSCik/1vf2Z&#10;xTPBcB5YUWQGhYDtavCg86rn5cekrQiJxWRlI8yRQk+h/wA3WM/wj0r/AHon1AcWzlMrHU2oXAIv&#10;wDb/AA9lZ7X2xuDeXyD2PtbB4XF0+fzmxqeixuFMuL2XRVdRE+ZqQr1u5K7GYiinqIKeRg888QfR&#10;ZSWsCBOb7a7uJLz9DxJWiBUsUXUo+ZIrQDgTmlOnYmS3j13EwEYHxMeAr5nzp11WZzB7S27kM9ks&#10;rXVOHx7GorK5Ur9xVUYllhgEcNNiKWuyFQqyyqBHFE7Lcm1rn2n+1vjXvna+3afKbv7B+N+0KWHK&#10;0kYpM18hdjVmWkesgqY4Ujxe1G3TXyFChMj6RHEBdmFxeAd7iKToxmgDlippIoIIAJBQE0xlaYAx&#10;no0j3KzYhY7tWbz0hvTiaDj6Dy6QFF3lgsrk6bG4bZPb2TFStYwyg6s3hicLAKNULfcZTcWOw1Kj&#10;VBe0KglpSDYWBPsv56ritf8A04/Fxr6D/wAzpkJ9YNrX2gAPryL3B+vsoNtIWzcRlRwJkH/FnHDp&#10;03VvkrMKnP4v59ta9KY9h2Nv7jdiHki420COCRe4rvobce8cfVlNIyxDvP4wRGSZIdUnc88aAllX&#10;W8n9zGCwgty36bAn6D3eKB5JVT6iGrEZMgA41yfy68bq2Nf1QSfkwz8zT9vWR9/FI3k/uT2A2iIS&#10;6E26hka4Y+NE+/BaUabaf6kezYdF/wAYo9h1FJRYHbOepqLe28oHyc+2qfdCVE1NWUsLyY/L+J/u&#10;8WfGHpipCtE6uB67e8k9n8J9shikiRY+6hMZOrIrRxg+ZB+wGgPTsZhYEs1FBP8AxefXp7rIMfkD&#10;FPUZXKYqWWkhmNGmXlxcsMbI7AzUscy+OZdZDnn1L9ePY2LX7jjBY7J2uzIFPkPW1BfycBB6qUgq&#10;UN1U/UezKaLcFgRrdIktyuEEYKlNVC/A0Y/CpHnihHWgkrGMrKAnpUEU/Lz8h8+oRw+IIJO5s3Zo&#10;1j43VWKLAaQ6stUCsjH+0CCT7Lv8fpFp/nZutKiGOEzbd7dhaFIRTR0szrhqhkjpVVRTrrGgRKvo&#10;BtYAe8Ufc2OVtyKE0mEbkcBnxMjyGM+hx0JuUg43+3Q18Tw34nOSPPpQyIFo6VYZGmjRqYCV5TUP&#10;LGtgJDOxLSuwsSxJLc/192kUVQZaalDiYn7SAnVFzGywoshdb3hKk3/25+vuLpEkMgLyK3yHGnkw&#10;FaE1/n5dTygMsEYahIABzn+XE9YgvoBAsSzfUnm7Gwvbm9/ZHvn1BNVdT9fUlLE9XVVPfvXsFPTw&#10;I0s9TNNjd1RwRQRIzPI88j6VUepiR/re2Y7eWfdLBLVJHdwyIiqWdmbRTQACWZmwqgEk4APQB55X&#10;Ra7UCaIt5F8s5JPpjrIHRJYXciNVjqXZmIChFWEsSSPSEHJ+nsh+R6439A1e8uxd5QpQ/dz1sj7c&#10;yyijp6QO1VJWWpj4YadEJZjpVFUkmwJ9yhc8i8/2lvJdXnIm+w2saEu8m3XyJGq/E7u0ARFX8TEh&#10;RxrToxjvbUqqLeRHUABV0P7KNn0x59cVzeIcxquSoyZXRI/30Gt5LeNVJIBL3Fv6349gfu5Qdt7g&#10;0FHT+CGXVG+tLPWxlWDBmDBgeD9P6ewpLGVidmegI/bUCn/F8KdBzmqOm33jFiD4XD/bDj06e7FP&#10;jIuYk6eozQ7bxOXpU3Nni9VW4BcrPHI0GG1w/dFl0xorKUUW03J5v7zi5ANw2wbdHAI9bLpA0A62&#10;ABz5mnDPAY8+olerShVlAc4ocVxX+Xn8uk/k/wCHCrVavNVOPmkijZKePJ/aK6Izr5FhuL6mazH8&#10;2H9Pbz2//Eocr0NPXbex+F8Pbk6Q/Y4VMQapjiqUSI5Gtanxj1ICLKTx9fZ/Nb3Dbps73USgyuch&#10;cHh20rU6SOPEV6L7lWe3fxZ9dePy+XWbGrRLNOabKz5BpYoneKbIfeLCgZ1V447nw+Q3BP5t/h7G&#10;PN6ZIqqNfSftasoTwdAhdFiKr6h9b2H0/wBbj25vm3yGOZpGV7oE5AIYVpn1PCh8z59E8A7qVrLW&#10;tCM1/wBXEdO6Ai/PH+9n+vsmTECJLsFZXhF5CSyoHMYYhlCtI2m9h+fYL8QkiNoGEyuKlQKVA+E1&#10;NKcatmn5dKYsEo0ZqppgY4V4+Xz65+w97R8R23GVLEjK0TBjzqBEyaWP+qT6D2AfcBtVlBM6AASn&#10;4cVJHp6EfnjozsgfEZj5Dh86+np173Yx/Iopqes+aW76OvlmpoZvjf2LOJaWf7eVJaTcuyZFTWFL&#10;GNy9mAH+t7AGzlPAvQkMcisgQqya8dxJAFWrX0pj4iOirm2bcILWBtpuvBvXlCKaAgalNdQIPafO&#10;madUV/8AChXfe6OuvgttLcu0cHhtw5eL5NdSUZxucxi5WmNFV4zey1lRS08lRTQR5KnhXVBJK/iV&#10;xZwVJHu9/wDmjYmkpvhP2VRUrzSQJTwp5ZpTUSeWpwG5CCsj6TIqn6f04B9mvttcSXW6yTSudZFx&#10;pVUVVYQ0FHBHYP4Vbu46eg9yvBfru17uO53Uc+6vbEuY8RllZQAq0DUpxLCuD5dUd/8ACf8A7Lz3&#10;YX8y7OZXcWJx2Dr8n0b23NFjqGhjxrQUcOc63Ef31HTTT49MpKy6pWpyI5P1Afn2YrpPB4ap+KfU&#10;GcRCchN8U9kTI4mqJtL1fSWLp6kCHWYR5UiFwynR9VtyfZjvu5brbbtYNNbotkskkayv2HwvHbTR&#10;GADKgbSrVLNVsjA6jQe4283vN0HKSeGduS+CgalVlVJBRjUjUoZjUD4gTXomHdW7e0KT5tdj7KyG&#10;cyabDo/5i7UdJiDtrFUePyH8K+WFblcDpz6UoywmoWnqJFkSVVn5WYuCFGmNnEel+SyKCupcziT6&#10;iJB6lnIRCQNV1Bta/wBfr7k3lwr/AF4DOaKbhvwfxLmqnAPpQnqd+YAskdyzFtJPGmnifTh/k6+j&#10;L9Vb/Xcf7yR+fdq0D+MuWACyTzmAA+qP9xzLfj8kj/XN/c7XzxNOjm3AdKsAcAVXJp/pc6Rn8+gX&#10;b11Uj/sweBOR9n2fLphkXUTb8KAxIuG/C2P5P+9D23VkqtDlgWVhJtzcix6bhpF/gGVDFg+pHa5J&#10;+n19gHnq50bDvMEhpL9O4CjGKLQAVY1AOCSKip8uhNtymK5thr7tYJ+Vcfbw6hZRAcXPqYRgTUDF&#10;3YqqMuSonAuCpA9PHP14+numrt0E5raJ1Nd8FKC9/SW/iChub+krexvyPeKto0hmmMjqyAihA4g+&#10;R8zT1rU9DC8koIyajBp0rfYrdcTAbVl80gihpsxuCSSVmVFjKS037khayggHi/FveSPIyxrsShHW&#10;qs5VTqH4sjuNRXyoSfy6Au7RgyVAqcUGfPiK+npTr3sxvQ+TWXt7Y/8ADK+GPJHMo+OkWaiGuobG&#10;16F1GQDUbJ49QvIGQf7b3IKT3EKwJBFpZiw1MBpyhIyaV81OQK0NQemNtVUl0GH9LAJ4UBPrxP8A&#10;qr0l9602Iq9qZ2mz0ElVhpcfKMjBEMozyUqlXkCjCsuVNtN/2D5LDj3abRNvBhB5N0YujnmISP7j&#10;NbcoJHkazgRpRhpPK5A/SCb/AE59lg3eSOXwUu3SjDVoNVOKKuqlCWGGqtQwGliMkbxNAgBQnwCF&#10;qO5vkMUOfQY6KZmZ+m6aOq/4xru/P0lNBJNVfwrr3srPxxQRIUlmqpMkkNIsCx3u0kipp5J9jU22&#10;XoNjjc9Rkcl2zufa9ZiN6Y7rhsWM/gBuLB1wr6LL7boslBHJJu7bmOqZGgdBE6yVTtZx+2w2P3fN&#10;r3heWb7dnEu5TNrhuQUjMOqqyTqzDvIBCgS6ELjCnA6PlsbmN7D6cHwbsMrPQkKFWuo4pUN6kEnC&#10;1z0S/dec21uTsQbDHVOz+ieqN9YTduych3fQZTHbQ7XXae4cQlHU4vJ5THzVX8I2lvLdGLp1Mi1M&#10;yeLGIh0ErURMe2fkZW5Wg7HwfWzwSbh7J7Ewe6tm7ZarpaGp2/i92bSwFR2XFtKL76opcJV4jd8d&#10;XT07TGSGBqlq1EWaKOMzFy992/m/bNu5h5H5iabZOQobaX6fdYqzzNDOxkaCUkKzSHxJlSULrhQq&#10;gaSqt0/Zx3dxva2tztpgEkRIlodOoErrdwQpZqBgnFAxBr5ITd/8tw1+6uu8j3rnJIOrenPj7ubY&#10;u4u3IsrLuvffYCbN3ZuCi64i7kllwWOr9zw1PXVRR1uRq6RaeqR6eTD+eemqZJgTztmXHbs+QON6&#10;V2HtvL4p4aHD7C2xsmAU2Tq8RWU2Vx+MO3JiJJqnI1slbkJKVpYpGnrlVXdizM3vl37o7dyna+6N&#10;5tG33YPLdlfRQeNDXw5La1MayGE5IcxrKO4H9UEuSa9GVzptZngLmiKWLVFCSak6jijV4+XVnfUO&#10;45OsPi/B2t2/2VtnckON2RuHt3sTt55JdubXzW2qXEVe5H7AqYq2np4Ns0FVtChgrqqAQxUmOvKk&#10;UaxRooMHDnNy9s42rwO7dr7J7T2V1xX12y63M9ujD1GUwDbTy2VptxV+G2/I1DJtrtSn3ViYqahO&#10;PqshKcbi0ppxCwOvLC0vPu7e/MiDd5ty2RIJjHtjtK1zMU8MGJJlhTwUtmJEk7S6pGlZAsgjXT0C&#10;Lm95j2y5mha7iGzxozCJoi+khgfD1k100qCRQgmo7cdEn25sDoHae8dpb767ym+uq9398bq233Bh&#10;KDoCfctXtje7VWz8NW7axO+s7g8ZW7ayHS1PidzVNdXx5+iooWzu4autopWaRPG57RzcezNxU+6M&#10;Tumqyedx9S9XFNU7KoUp2nkVvukmpcnuCqSspa2J3hnjYKHhZl41ewFvW2XFrt13sU9RHoddUS1A&#10;QNTWSprmgPGi1oCR0m5g2y35r2O42+8aYWlzGDWJ2jYVoVdXSjBlOllIPEAkHox/YG1d29w7Oy/X&#10;W++sNp4vZe5Kf+E5DH0vde4UrfsRIv2MtJk9sdfUlVisljp0jqqSeGRnpaqJJVLMgPsp3zi3vsOp&#10;+VNPmOwOpG32lf8AGzp+enrsZv8AzHWNXldyZHIZzNV+YyUG1sTkcYMdjqGvTGU+PiWPxQxRyLIx&#10;LL7x6faI+W73fdquWkvAlySpaQq1Sgq0jULF2BP9BTQtqOeg77c8ibjyDsMOxW+8Pc7cbi4mjWcv&#10;JJEsslfCMrsXkowZ2kbi0hpSg6TfxUxPbe6umcvi9q9jYTqwbH777q2HS4zG7Ni3/QU+zev90Vmx&#10;Nu4WLK7ryVDmMlkpBgRk6zK1a/dVtXWTB4wNLeytz9idUI6/wz4u7MK+NF1ZzuzurK1KyFj5TLFQ&#10;z4eJoF/1g9/9t7alvbadWlttsiVwFHc0hU/Z8IrT0qCc46kBvrC3a8S08tJP51qP9k9GWp+sO6Gl&#10;15P5Lblki1K32+I606vxaEAco0tbgM3UWZvrZ1NuP8fdffYO/MU+/N6fadPdO46m/vLlGhokxm+q&#10;40kZlGin/iVdv5q2tZPqZpbPITyB9ARrNB4pEtlGUDE0yMGua1OB0XypdtOxE8egtkaAfzqf8HQk&#10;4rZ2RoKCkpq3fu881VwQ6KnJ10236eeuna5kqJafG7foqGAl29KRRoiAAWNuUiu+8dGQ56p6hbka&#10;lOH3oRx+oE/39Ui97Gx4HA9rPqrQgou2xBjQg58vz8/PqpS8YEfUJTy/TH+Q/s6cW21UMun+9W6F&#10;NiNa1WM1G4tfnElbj/W9mR6/3NHXbRx89Ni8c1LFHSwTUAqc9jcfh62CigiqsPhKRMlUvLg6GVwK&#10;SSWV5ipIZiAPct7LIpsIDAHSR46VrU0rwx5eVBTyPHpbZqo8YDSWqATkZ86Z4Hz+fT9SUwpYREC7&#10;EH1TSMrzVDBVVqmdlSNDPNpu9lAv9APakbLs5kQ4nG6OVLRZHPmRdSkDRrrBF5I25uRY/kW9mEus&#10;lAk6hn9QScZ+zSPStejE+KNNUUDz/wBWf2dSveL+LeKNEGMo6shQZKmrr8zTzPITwpjoqpKbSv09&#10;Krf6n2hjjeLsJHh6iQFOpWrlhXBOPwnhxHV1DhSzMumvnmv+r/B11/sT/vHH+8fn3zhy4llEf8Lo&#10;Io2GkyQZHOyyxo49DxpPVtC3jueSD/iPahgJf0gyrMSaEjGMHSTQFuGDgD169UmirpLVPkRn0rXj&#10;1376ny7wkRDHUk4RV1zzZPNq8rC/7jRU1QsEZH0sgFx7RhpIIwaBnI4j4jXzANRXGTUj1A4dXjVw&#10;owCxGK8an1H+Xr3vA+WllEirj6SkZoyvmp8lmZ5VbUCXRaupan1AXFipB/2HvUbiUGSU9i8CaKdR&#10;9RTPqacMHh1rXISfEFQPyI+w/wCUde9+fMtGbfwqjl06R5ZMznw5Kca2RKoIHN/7PA+g496S5ikW&#10;QW04jQ5owrx+IA04YqflWmenY3DV8PQBTzB/yde/2PvLDkHqFdpKGnpzG6yh6bI5WZpFRrtDK1ZU&#10;MEWQGxZQHv8AQjj2ykbyEk6AFHCle04FKepBJFfh+fVV1OXKkafShJpwx+deve4z5yXycY3HW5ZQ&#10;uV3CQC3ILE1l2C/0J/rf2ngWGrGGJskAs1VqtCDQeQz5YJpXrQjCqxRe/wBTXh/k6974/wAZm1pL&#10;9nRqVWQNTRVWVNNPdvQ80slWawFPp6GAP+Pu5UUKOzKnDu7TUCgqaHuNK4wPPrarKDp1Ageo/YP8&#10;uOve+E2dqCjD+FYrUFGoGv3A4kBICqP8vLXLf7b3qMtWJfEZT3UxVQwHca0FdKig/kOqapEkNSAa&#10;8aEDhnPXveebKyQAMtBSz+YRyCKesyqpTenS8UDw1SSlXb6mUuw/B9vtH9XK8kUkgU9xzRX9DTgT&#10;xx8+ryKT+pHQg8eOk/Z9nXvcYZ6ZyV/hmPh1ahqgrc3LMtlYeSIVFWYSwYjhgwFvofdlW3kKQiCR&#10;4aUIqApoaiOvy8iK1HCnW+80oislPKoH/Fjr3vl/HJI444/4djpnC6TPPXZqOpk/1ckiU9YlOhtb&#10;hVUe1SGSM64xIsQUGtNXn8LZy34SRxAx1RVepKMBjNak49f9WR172v8ArLLTz752vG1NDRp/GKYF&#10;qWsycgdZCVjWZK2onUAML+keofXj2KeVbgRX0JFWjJC4xWgqRTjgYI4eXRZfA/Ty5BJ9K0PAnz/P&#10;rHN/mpb8jxvx/wAgn2gu+XaPsPa2kxq8W4dw/wCejFRTakbJkLPTXRZ6eobiRLqGUlbj8FHOdsn0&#10;05WpDRuRQUIAGRx8+OfPpGyfCA+S2COPxcf+L66jGqCMAldUKgFTyt0HKmxFx+PZS13ggKf78HqZ&#10;VawWJdl5JI4iBfUg/vadKgmw9XvG55Akj67FTk59fSueNOA4dXVLniJlEnn2Ln/Z+XTcuKZVC/xT&#10;LG1vU1VGWNv6nwWN/wA+zO/HrPQZTI7jpP7t7WxE8WLoaozbYxdXhzVU61piNNWQzZTKJNHHLJ5V&#10;kGhwwsbrb3ip95i2kbbuVdwS4ZIPqJYzDQaA5TV4uRq1lRoK6tIUDSoNSZ/9mJgf35C0MZuTGjaw&#10;KNpDU0EA00gnUMVrXJFKTqeA06FDPUVF21aqhxI44A0hgqenj2ZzW309F/pq1cXve9/pot/vHPvE&#10;nSvHNPs/1Z6mvR3fi01p/L9tPnx6ke//1HnH/D7Jbbx0UcWVhklrYo1ps1PjHxmPeV0EhkWPJZAx&#10;vE+u6xjiQchTdvaHYfai02nYJOWrqSzSVECTaW8XSrVDLXSGYjOqIqDG9AWz0NN2+8FtFxf2zDZ9&#10;4Dyp4iARE9g/EK4KrUcPXFer48b/AD6fjlvPKbhlw02MqX2LkK+h3BszA7zl3hu2CtpKuox8dBks&#10;NtDZWTrcHJLW0ciPPIJoKcraVw2ke0nQfC1zDV0uRzseZbTUwxy4ZKeip6KWQeKCSoj/AI1MJJo0&#10;P7jDxFjzbj2Y2Xtfsn7jl294LVrZjRVAYRute8ldAWjlaCuoavRqVLNw974EIm/cG9s1agiClRQE&#10;k/MDIHn0vMj/ADwejUfESeGDZ61Sw1tRQbwj38MjkaZohPNSYqEdZwyvIoc2dBKqhQSACbJig+GN&#10;VsPsXZu78ZuvbFL/AATH78psNgM9OkOSrY81R4KI1WClq9zxfcttyWgaepEQZQKpeYzY+xZ7ccm7&#10;bybDutjayWUX1UEZIiQuxVZHKCbwgWVe/wAOjAN21BrXon3L3ttdwhtZI+XN/fTgK0FTUg8AThcZ&#10;xTzB6jbx/my/HfvPZWc2VJjcvLgZZMNR7xyGMwu+c3jYvPUpLBiq+GbpnLx0VNmZIrRySIZNSDSj&#10;rfUBHyo/ls9z/Kbemzd843eOOxq4PbFbgQjbUye5XzlZHkKmtpp6fIUu8KrXDhaaZkWB5SUkHpIF&#10;gJx5d2uxttm35tx5psI7AICAS8YhSQCISusgVwjy4URhi1atpzWL9696Nm+sgtp+WN6W5YMEQ2/c&#10;5XLEUPBRWvmcU+br1V/NW+A3Q+0c3ste3+nOvcPsqajym58XvTfTbGqNoPu6php8HPktvJ0xsqLH&#10;0m6q4mZJoqAGaWV5X1ai5GHF9G7s6e2v0dsnP7s29gMr1L8fU6ZmXK09LjqjebYzedHm5d2YjDTy&#10;5fK4bbdHUqtDIvhkb7uYa5SLr7I9k5RHLNxvlxc7tb3QvIrO4EdqS8rRGCSNJiKCgeupIyysiqWO&#10;SB0Y8v8AvHY80XdltthyZvHg6jE0rIipGVHe75BUqeK5YcMnHSr6y7/6N71O/N1bAylF8kMZu3cm&#10;F7io8X07WbrzmG2hFmMBWYnE0tPux6fY+0N15LcmMkqK2GOoyMQSliJ+2SRY2KIaOu/vR8+4K/OU&#10;2WnqPhr8f1WsVqhYWgp9ndsLTYuL7mCldvB9vdXSMQi40kG594xbcqj3D3ZrWxuAE52ViWDatRez&#10;rOxqxGnjRjrJBFKAdTHt8pe3vlirp0p2/IA+uRnPGuehg3vDi0n+IK4nabbIpX7yxWRTbskmLNRT&#10;VEu+qGGsrqpsbkMlStWVxntIBUySi/qLE2Kvam2s6UctTkM1lddBRSPPS4OmoKlHamiLRNJl8rMj&#10;NG1v3NOkkfn6e8u4bXcLNHkgt0lZWdn1ldKkOSpVWUyAspJ0KwpXIGonp2GR0jw36lfhrwp6Y4Uy&#10;c8MdKmLcPesr5vH4TZfWvX1szkaPG4/O9obg3RicpSJVSrBkain612LjGpIaxCW+1ZmnjuQW/tFy&#10;NfsuAKtJjc3VSWTX/GNw4uheUiwbQmExjm+ngESk3+vvwi3y6iljiuEdIzUMYi/hAmiqylv7Jjkn&#10;iO0gdNo8emiLVQScior8l8hXhXpOUu0PkzXVTVW6t6dWbYppNaxU/WPT2/NyxfpJEsmV7T3xAzyI&#10;y6in2CIUUf1PtxjqtdKP4R15R1ET8itqqLdW7CvPqZKj7laOPV9CRGb/AOHtalney2pG77wkJXSM&#10;eHGJCGIFEcAvQZoCrx07tVetvNdumoKohoBRQM+XA8B8xnoP8hhabHbi/wCMifNPcuNrqfyMm2ML&#10;u749/HVnR0ARKrFUuEq90VkcLcqGrArM1+eB7BH5Txbrl+LneSSbchxGDj2dSVNdJTbQpMIiml3V&#10;t2aGeWrqqKLKw/b1aRyI0MoKuAwPsKb+mduk/rFLJex3SqgNwr+EoDAaAjEuyqTqMgB0kClOtPHL&#10;HCI2P6ZFKFgxVfUAeR4Z8ulX1G/xv/077DmTtmXsTsrIPmKLbEGc7/3V2aZEr9v5iPJCg27hdz1X&#10;X5FTioqhC1TQuFVX8ZRwCNdPvUVGbzuJrdy1GS3VXyUWS1VW6chXbmrxLNXBpJI6nO1eRqEkmNiz&#10;BryGxN7e4xlEUU8hEDCQ0q6k6qeVSeA9FGBmnRLJaWkcipBaKlRXtAA/wY6s9w2Dwu3MdT4jb2Hx&#10;eBxNIgjpMXhsfSYvHUqABQlPRUMMFNCgVQLKoFh7AyLCYe5thMPb8qMZQMzX4sB4PqD9bH6+1LqV&#10;CyMz6c9tcZ/PNePVjbx5pGtTwwP8J/n6dOnvDLg8KUdlw+IUhHAUYuhP1BI1aoGW3+B9uNnSseoA&#10;5Iz68cfl15xEylVhGo8cD869e9n96VxtVQ5LfOP29n6XaNNDiur6lo5d01G1Iqvz7RindIGgqI/v&#10;XimmdvFcrEG40gge8hOTJNe2wwSXrxVcgHxBHU6cBa4r82r6edem41jDMjHStcfaRwp8/XpNZd8Y&#10;8dG+UwUuaJlqY4fHh1yxpbNpdnBic06yqgF+NVv8Pax7zx2Ti6kz09TvXFbgiTJ7Y1Y6n3vV7gq2&#10;lObhCVC42aaSOVYC1y55jBve/uvOM9wbcC7uRID3aVbxAvaRSv8AoTk41ZqvA56vI9HRTQgf5f8A&#10;L1jxL4f74R0W2qnFz+FyKx8CmPiCDSDF90sa2LgCy35t/h7H74CW/wBlj2Cvh8pbsHe9Hd7eOMS5&#10;ersxGjWpiP1AIBPHvDa9jRr24VpQg0FhTLVBIqa4b/V6dTHyKsP7ottZH9qxFMHBNa/xZpjqLk2K&#10;5HMGzALQ4h/SLM4FTUghWD8gW54BAP59m5SFvXZDrKsSAo0m5uWILEuFAuRcW/HtB9NIBAZJwLYE&#10;93A0/gqBRak+QIznqQSytXxWZQPXFfkPKhr+fU1plub8nUPTc/q/BANiDb3Xh806Zf8ASD8ZJZQp&#10;Q5zuijdVAUManYOHKuGtcD6W/H+xv7LI9Ue+XC6XINrERqINKTyDSD50PEn/AAdRtzQVXf8AlvSl&#10;Brk454qP8HTtRkMBa3+bU/kceRvqPp7rQli/YikIDOIE5ZlYxtwbS6Rpcn/Y39jrSi1Wnn6edOIp&#10;w6OzEpVar5eXCtOI+fyHHpw9t8Uchx24w10AxV/oEP8AnpLjUt7gXAsPpe3597kjIjBj7iSD8sg+&#10;Xr6emT0S7hFoguQHBYxt/g4/b172aX4OQVNZtrc8VNuCiwAh2/syWV6/P1OBWr15HPRJFAaUFq94&#10;SCxQg6Ab/U+8mvaiVk5aj8OUo1BktpVuNASMgVP/ABfULvIFjjDKSCp+zh6+XoPU9MmYnpIXohVY&#10;aqyxdpxE1NjUrxSERqXaV34phMvpB/tnj2eZsRkSSX7DwTkANI/9+M3NoGj+2wo5B4x9FsPcuQRT&#10;LGC98GhL6Ka2oK4YKPOo+QzjpDJOiKDoqhpStT+VB59NK1mOIbTs/KCxU2ODok1FiTddc68rpuf9&#10;ce8EeLnhqBq3xiGLnUzLuLcErMpFi6gY2x1/Rb2BHtem2xovjpcJq0kaWYsKgjSAaAAUHdStK0z0&#10;zL4ckJagI9CK54j5ADzPr1IWspm0ldqZMX0cnHYtCoYXF9dapGi9j/T2Tr5F0ijtTa8dTU0uYWq2&#10;B+9KHqqyBxDlMkixSNXQQyM1OwB/RpW/BPuO+doiUukEmqIRrgVfSONDXFM8R5U6ctBVVUVKAnBG&#10;QOOflnj0+0LiSEkUU1DaRl8M8dPGxsF/cVaaaaPQ17Dm/H09l93vRU1NiIDTUUVITXx+TxQRxcPT&#10;Ow0hVGoOOT+P9iPeO+6ygSuhI018hU+lGp6HIrXGejxdARExq+Wf209OpnsLiZFCEM1rgNbVyBwS&#10;b3sx/wCJ9lQNQo8I6DxzWvoB1vVqZoyKj16974PeRQSshGoGxvdQp5+puOPp/W/PtVarF4gYBFoR&#10;Qn1B4H1+zpwNTUWIBpXPXvZ7ujaGmn2GJJMtBjmG69zxxUzR5EOFU451dDRUk0Ko7HgXv6eQPeT2&#10;xSatps0aZAw8iGJVKU1cCBU40jy4jpIGVsOKknOK44fkR1BqJZUlITGy1Q0L+8slGoJJa8dp545L&#10;ra54tzx+fYxzUMBJVd00bpYI7n+OaeBcEp/DSzmM/wBq1wRwbezO42/6aGIfXoXw2GZh86D5ilAK&#10;UPl1cR2yFQF7ya4GB9n29YRNMfrhp1HP1kxp/wB6qz9T7BfoOOQ/O/PRLJHJpwPaq+QSOY6tP4dg&#10;lTxPJ45SXJVzcKxHB/PvFT3OljTcFZ6SqFfyI4y41edBXoTcouq79btXUDG/zPl1mqCTSxko0RLw&#10;lozoLR+oFlvGWjuv9QSP6f192s0kCClpCX1StSwxqADckqAfOyv6uGFlBIt/t/cRMlJS4gMkeoEH&#10;CioFV0j8JJqpJzTI6nS3kdIYzIRoBqKCh88Hyr9vUQyElgPSgZrn8kXsbcfix/2PspPzHoln2n0z&#10;AslHAzfKPpWGKpqp1hoImqKjcETSzz+o0tKhOqRj+hQT+PY69qp2s/d72tu2jkJTfrJ20irELcwM&#10;NKjix4KBxIGeoz9zyz7CkhLa9eR/tH4D/NivWCrqzSU8lcYKurFHQ5SqNJQQNU19UIIElFPR0oKt&#10;U1k2jTGgsXcgfn2aXsjBSUnV9An8U2vLNQY/dVblhT7woMjU1QgxGWwUdNhqOLEUs9c9VLOKiPwz&#10;ui0gLPe1/f0te5F+t5yF74QmyvtEvLV8kYa2kjUa7R5qvIZCF0geGxKgiWirTh1hltAujzNZCS6L&#10;x+OmkeIaUEgqACaV8tPlxGOg+w+YnqtyZpXoNxxwVJo6WnWt2pV4uiiOUpv48Z5MpJWTwzxY9D9n&#10;VO0amGu/a9JNveubuymjj2nmArKdO1A3+cJ4WppgiIo+ugX5t/X38yyBV2qyJqP8VjA+3SNX219f&#10;PrNfmNV/cl0WJqITTPDvH7a9DD7Pl8aaXH1XU9K1TlUoZF3JlVWFsbka1miahwrF/JRxtT+p+FVi&#10;WFvpb3mz7fIf6tWUvj+C5jNdSmhIKkdwwNXr1DdwUDtUCpAGR50xQ+XUGonqo5QsOPeqQopaVZ6a&#10;MK12BTRK6uSAAb/Tn/X9qLuOnoqRek3ocoK6QdvQmS2PyFGKcnERKkweujTzCRwQFS2ki549iGeZ&#10;/rNrVJA0iysooGWlAK0qeBr8s0bovmZvp5qHzIHlgf6v8vXVNNUyyuJ8e1Ioj9LtUU0okOsjRohZ&#10;mFlF7njm319jHlCS7Mdb6oqmNUKgAizcSSDkO54U/wBTz7tvYnt2jJVeBL99dNAa0BprNP2nhnoq&#10;ijc6i1RStc1p9gP+qvU4W5t/X8f19lOlUWiITQ7SqSCvmKsWN/wCCoFr/X8j8+wnIjPErEhCwUEl&#10;9A0AV7RxJPCh48On4/ECnXJ2UpStMH0/2c+XXfsMu0wo2yRrJdMrjS4Nr6dcouWH6yRb6/X2BPcB&#10;EjsYJ5GLkyA5/BVSM+ZpjhwGD0ZWGoTOWQ8BT7Bj1/2Pt697sP8A5FGgfObMw8aaj43dthvIQCRD&#10;lNjzkqSCNUdr8XHuOLKXwrK6miuHSUAMojB1EjV26RQkScHyMdEfPJlNhbLGdLtcJwH2k/nTqhP/&#10;AIUZuIvgFtqb0ao/k308sXl4iMtTRbzo41lJsFRmqbXP0J/r72Av5m9OT8Mey4n0INONnEatqZTL&#10;i9wxKFNiI9ankXsBf3b27uVl3vcLm3lnkuv1oy7LpRtKam4UDUrUvSvwg8egzylJId4neFg0LWjB&#10;PyoavXuB8gKCueqJv+E9sn/YyHDsaWKIy9F96xidAPJJ/uW62mKSsTrPjKHSSOR9PYz/AB2kil+H&#10;3RjB5A0nxX6+jlVFuTHJ1RQRA+RQAVYKbq39Lex3zSt5e7noeBZbSBZEVXkXSjq1fE8N8sRrJR1B&#10;8Py49Y9Mkn+uReIfDCvuYINKgASKW7SasaEU0kDOrNCOgM+S3no/nf2nHUIkVLRfPbcstLXTeWRv&#10;NF8gK6dY7yXFBDHOLKAoL6vTx701t6Q6PlOadgf+PhwwcIwFmEVT6RrAtr4uPoB9PYw5ZuDFzlZt&#10;DCNKzURSSVI0445BoeJ8+PWXm+HRBKQupgO1fI5/w06+hqCNDEfS8n+3DNf/AGx92iinXxMw9RR5&#10;gw1EaQJGZUF76jr+pN/qfeR9/MLxC3hKLhCpBpqYNTSaUoGPAcKccdBO0uT4bigDj4TTJx/g6Y3c&#10;+Q3JAYD62/IFyb8j0i9h7ZXAlpa2bTfRiM5GY0HkkWQ4TI/uRkcAJ+Ofofpf3FvOMP0+z7oZ/DaY&#10;wSBQ3YG0rSorkla8eNccOhDtrv8AUwlmGklTU4Hoa/5OuGQQNR1EZNlbwNrP6QFqYGAIsb3t/T6+&#10;6e+24ZJ8xsimpoKipnqMRNT0lPR001bW1tVU5GlWmpqOlpUkqKytnlkVI4okaR2IVQWNji3bu89w&#10;zA+JqIosYIq2B8NNVD5KBWvr0NL2jrHWhweH+z5dPs88FLBNU1M0VPTU8Uk9RUTyJDBBBChklmml&#10;kKxxRRRqWZmICgXPHs8H8urb0mX+QXRNDPikysOO7prMhnIsjRrU46goMNA889VnKeojamFHSVzw&#10;o0c62apKRkFjp9zzyp445U3W9t9em3t7mZiVH6elRwrjUDgasVPr1HfMbS6JliDh9C/CKtllBofI&#10;gEn+fRRPnzlRjvhn8iJ4avJwz1vWGfxtAcDX1ePzNXU5WnWihpMPW42WHIQ1lWs5VXp3EqKSykWu&#10;NhruLFbZfaueq58VRzRONvUgfF4XBQ1FIuU3LjIKyfEStR05iqFLBlQSIh+l+TeOeTOdebd236ez&#10;vObLm+tdfhiNx4ka0BIZXQEBgQFNFqVLYwOhPHGbYWJijpPUgAgBiAuAxHnk1alT6dVR/HLKdgYP&#10;d3TeMw+Nxu381V53d9VLPuvcO8y+QiwHXe6Jtv0e8KeGsrq7+DErpnqY4JZo7agrH6FSw1bhtuZG&#10;qmwNR2Bj8rUUVfQSVNCdlUtRT0jR+SulpKupeWTETxxQkmZXRk5F7kD3PvL2873HO9vZbbZ+NpOp&#10;mFQFi7yVMlCEzlsMfhHRzJDO06C2RS4atDWhArXVihA9OJ9R1Ydv3a/aXY236HGdg4X4v7j2jS5T&#10;C5uHEZiPvLO42vzlPUouAFdiY4KKk3RQGrqL/ZzxTQT8M0ZC+3ev30r1kO9mznYUebzFVWfZt/eH&#10;B40PHiRBTyVEkNLh5qJqNZ5PGsRWRjKjSMSbH3IF1znzLawbXup3B2eYMzwlT4IVGz4SkaQGqyxI&#10;QxBB1E16MTd7sIoHeQBhTChtIC/CRmgPyIPTJheldyjFf6Hafanxs/uZsyjxMldRf6Nuwd2fY1m4&#10;jV11PRYt8tvfH5CmyK0MfmafVFGtLPHBGFQFPa93DtHYNbhKf5EZahwNJic9htr7On2ZQbdoEyEu&#10;QxsUiYzE7czGIpsYMJi8pNTVddmfJHUPW1P+UAxCEIx17Pe/fu9ufOHuNtcEc13yzZ2d5uhSWWRp&#10;LFEhRlVJZCI5UelFikq8TFvDqjEdGlrvV9a3Ft+rK6usrOWUSmNc5bVSoLsuBwGAOixdbb07p65+&#10;QuV+EG0azcu6M0YuzezKju3d28MzVJtPbmeySVWfzldgd1ZHdNdvHMUGR3BQUuFpVlpKLD48xU4a&#10;cTysleHSG8KfM/Jbfvai/b4HIbZrK6s27uDG0Sy5TG5qqmyj46GgnllCzy0MfjkomlIEU1PFJIxC&#10;FW5pCC4545puJoir3V9PLNJTCAzOXk0kUCt3mmKAeXVrgq/jySRCVNIBWmCa+foMVP7B1Z12z1JR&#10;bp6Bn6Qq6Oq3jgMzt7bmx9y0eTqaajTcm1qaXGU244tzNFRzxNhtxYuklgy0FNTmWopaqaGBY2dX&#10;Q0a5na6U+GoF2TimoNv0a0OEof72bmmpMbTGoerrZEp1qUjbKZzJzzV+RqCfLXZComnlLM/GUHJe&#10;2y8rqlvttrHCFCgalq2mMgxAA11KrDgVKgk8SOg9cC4ufEiaU+HLqrUVyfPPGnD5D59BBienOyNu&#10;DP8A93e9tz4CPcmRnyeZFB0j1OtRXTyDwUFPLkMjjq2qmxe3sTFBi8XE4IosXSU9OnEWozEzOOna&#10;Y02xtuI1ydTybmqghH01hsyhfX+Ra1v8PZ7e3+6iZ3llaQvqJ/SPeJK6hqHayAjhTjSoxUNJbmzi&#10;hhgnZYkAASgOMDBINBj/AFHqU3Xe6oVpxmPkN2s2qR7tSUvUW3GkDupCxCHYEywtTjUENy1/1EkD&#10;2Qf5XYHffb/y93Ft3rXr/cW66zZPx86PXP4baOMrMo+Ekq8fFE81ZTGeWShx0ks8MMC3ur2VmLNz&#10;j3vlje7nvfMKIHfTd58MZUsqgKDU6e4ELXiQR0pEkUUNnBcyqhERYVNCQXY5JPp03/FrcOx+lenM&#10;7U7/AOycRSUW7PkD8jszh9z7xzGKoq/cyTdrbyrJKqsr0gxePyuVWhonknlpoI4mVCyqFHsLB8af&#10;kfFIsk3SPYdIoA1y1lBi6D0/2nIrsxTuFB45+v59oJdv3a3mWCSwY3GsDSwAKkj4qYBBFCG4A+h6&#10;f1xxsAZkLAnBYYPQ4j5U/HhpGii7Z2pUyI2hlo6mprfWSihQaSlmVmJcCwJ+vsg3aHSXbeL7O7Ao&#10;MlsWroa6Lc1R9xR125tg01bSSTR08yx1lLJu1XppWjcHSQGUEXAPsHx7bcEyoYmYa2FNQPAmoya4&#10;8weHSKZ4Vkk/UUCp/ED5eXr0I23+y9k7qwlFuPb2aOVwmRjeahyNNjcv4aqKORoWkhElBHI8fkQg&#10;HTY2uLj2in6i7LQkS7TSNl+uveHXYaNgPzfeJ5t+fp7XfQ3iqumDspTLLw/b0m+qtkGn6laAeo/L&#10;p1Td+AkBKVVU1hc/7icwP9tegFz/AIexv6oxldQbWyeOrMPV1FZj9xVdFVijyuKkgpqxaOkMkHnp&#10;myFFWsAQQ8E0kbXsCTf3Lewo67NZiMUkX1bHHI1cKcRUmlcdKrTxKylCCNS8WHmK/s9elDDKk8Uc&#10;0ZYxyosiFkeNirgMpaORUkQ2P0YAj8+1zLBVKzFcLWK5FlZ8rSSCNtIu7RpTqXsP7IN78fj2YtTT&#10;4dZFrSgoBXPkf8v5dGCs5pEQRjyoQfQ1p1k9xhDV2fVh6yqsqEPHXQUi+PSQVMUsMrk6j9b/APFf&#10;bcMbPQqtJ2dqUUUb7R5MBx4ZwDXpRVSKiNdRb7OHy9fX+Weve+cSVKsdGHro21f52TI0siwjgsXg&#10;SlR5VZOCARc/T294bBkaRPhxp/Aa4zqxx60odSTooAMeh+f29e945YKkzNbDVtUzM5SdMjT08TIP&#10;0AwPTSTR3sb3N7/T2jUNcB2SQppJUqSKgeq4oPUnhTp3VIclVY8PRs/6sHr3vE8U4SxxFXT6mDGV&#10;shHUBES7ECBaaIsQD9S1/dGKGNGFvqfUe1u74vMHgOFf8HXn1MNPhjt9TWleve+AhnZBrw9VKRr1&#10;Srkoog41cWj+2Yp6bXBJ/PttAFDOoCuVHl2KB+IA8aedSflXqis0QYeH3eRr5evzHXvcqGGYiUCg&#10;kpTJE6KWrVqzJJ6SkQAghEa8H1kkA/i3vzO0UbJbsVcEMQy6cg6q08wwNQMVXIOet+K4A/TyM1rT&#10;8yPMH/Z697wPTyqR5MPICLaicuTqKjTyqUgA5HNvoDb6e6F5ZXrFKfDNFBK9oyTgnu0eWBUGvp1d&#10;a1olK8OPn9tMj5ceve8TU1SWVhj9CFVvTmt8oI1BiWqvErRm/wBBpP190UzxgtI8pjrjUBQ1+RFa&#10;NwBGa+XVIzO9RjQMZPH/ADfI9e98ZYJCNP8ADIlVmB1nLyE+phe9oAOPyf8AD2oihEauFR5aipB+&#10;KgNKeoJ4g+g6fVZKMj0K04Zr173znSqPjLUcDhIbaZK14EQhrhllRGknUavyFt+fe5GVZTE5OjA0&#10;g1Ipw+WfMemeqPQCgU1PlWo/l5f4eve8CxSkEChokYEWK5OolMbX5MaOqoxseLm3+I9+klSJVAfS&#10;woaEEUrWta8PLuGfIdULhYwjAa/QkgfLr3viI5FGmSloGcMSzT5KeGQ35AaOMGIKoP4vc+30GlUi&#10;kVmDAUGaH1BoaKfMNXPmK9aDGpB06fLjw/L/AA9e9iH1gjjfG2JQMdAkGTgZlirZ6mSTS9mDLOQU&#10;spIGnkk+xBy0+jc4GYyuyv2igBBII4cCOB9cVOeizdCotpEBB7ePlXHH14dcJOY3A+pRvp/wU+0j&#10;3yVj7J20ZPJGi7nz4/bhM9oTUZBDIsSXllKatRRQXIuFBJALPO0oFozlFiLRNWvlVQakDNKefnXi&#10;eklxIESNlj861A+YPD9tOuMVxBGQCxEKcAgFiEHAJsLk/wBfZT5dtbX1Wbs3bMgDH/M7f3+4b1H+&#10;y+2InGkfg8+8b3igMr1uEBrUHOn50OKfIU6a+shx2yBjn4Dj5V9eoIrK4qGOIqlY2uhqcfcf4ErV&#10;svH+v7Hr48UmHod17ljxm7KHcErbWgb7alwu4MW0JTLwNI4kzlBRJOqKQCI721D3jX95qDTynywy&#10;pqUbkxdw1QtYGCLQ5JYhjqHpniD1O3shIj7tvlZDrNmtFKkEjxBVvSi0A/iJIoKdTIJZZVYy00lM&#10;QbBZJIZCwt+oGGSRQP8AXN/Zr/x+f6/U/wC9+8MqCtfPrIug1VpnrP7/AP/VOd39maPNVCbWxeRo&#10;8jiKTb2N3LizSQU0/izdbkspjEbISTtDTl6ChoS0lMYxLSmVXsda+xX7erv97uHNNtYbLIm/W0/h&#10;TvdB1iFuUSRyuokSEO4JlVmWRVFO4dD/AJTTbOYbFt82i+WazVfDAUDSgXJqKakfhqr2kAADqb/J&#10;a+LWY+K+ysb8ie49qbr2F3V2p2R2F1bvFazN1Pmn6p2viNrbjpKLbceAiyGaxsO99x1pkirparTm&#10;UpzFK6JG9wHmxJWfIx0MMOKppKbHr9hpP2DzxFY38bNIxira+onZpWd7FFUgW49z/a8v3Gz2Lyb/&#10;AHFrf3NxULCJO2GE0LeGjhVAUr4mgLV60JBr0PTFHHCixRKaoOIAr5kj514j5eVerbaPtlMjFsyu&#10;yuc3Fu3I47M7qnj3ispqd3faTR11ZTVuUWjp0atwW3cRjoqSkWlhYpOzhyW5JYfklS4ir7f+Occm&#10;MqtyCkwneFNULRSUrRLUttHZ9Sj4uWmoKvw09KIglUyxBpbWJ4DEA8u7Q9ru3MV1bWRtEliiZF7l&#10;d0FxIO7SQaE00LijU0inQS3eC3VrNTMpfUamnCtagAUOPtoejz/CLcvYz9Odu5Cu3hh+ua1937Xq&#10;8NXbuxWYly2Iw1XnMpSVMe48fubdOMmGZ3IFkkoNdfIiQSRkqeIENR8Iey8bH3E/RfYE0OwesaPY&#10;WB3niMi38Rlzc+e3X2LmMLmKNquop/BHikocZEtFAtIBHUyyyNI36QV+8g5xj9o/cjnbk/Yot35n&#10;2O0mlSCZwQEtrJpI1qHWUjxfEadA2sxhV7a16ifnHmfYuW935fl3m6WGO4uBCHKBggoB3NkqeFGH&#10;rk0p1TR/O6/lrbq+V+7eiO+umlzXde9uxe49udbfInK7JTZ9FNszprZ20YMdS7u2rg0rJqWtz9C2&#10;aRsvkqvJVP8AkqUkcVJoh9ZeOoM5uL5Tb4+NfaHZ+OwWQz3YvxU3nu3c4wtBNt7C4sRd00OOoKDB&#10;0q1rE44JHHCB5p49Ss5szewv7ccxfQcs83bmqOlwfomGtnkSWVrR5HCrXUvdqLAklAAo+IUFO32U&#10;H09tbxUCOrMSdPcWYswxmoOSSK0pk9Hj7MoNkfyw/hv2T1R8dMpn+vdodcd79c9bdfyyZLEbz3Ll&#10;8xkto5vIbqyu7quvweSBzGZhgmys0y0tJLJL4okIhUKQj3PksThO2Pmzi9xHbWw6rK/Evpun27t6&#10;oy+NxtRmKCOi7zxmKqaeCszVbU5CtrmgVCsTXleymJSQCCuVnluudt5msr43l8OY4WdgtNErJZM6&#10;KpC1pWoJDMorRq1PS6yWCH62KGanalK+oqMVpWpx0ebF0FXubafxByG0927u7mpKbtLbua3HvncT&#10;GtydLlIt5bPyeeonmptr7Up6PDYw1VQtPEtEIoIYxeWWxf2LON/vJRUeMMeI21j3/h+Pu7Y/Z7a2&#10;+1hZC4rJ6z9AJuSL/wBefeUMl1Yxz3kpuJGbW+oBpKxMQVLkIoVnc9tMqtKmvSLxZRqCSKmc/IfM&#10;gDJ8/TpJ7oouk94V+b/iXYnfO7qX+M5lRTR7w+SFHTALXVUdTRU0e3sbtl0po3BRFS6WA8bWFy6x&#10;1G8ZWik/vjtLGoshlcyZzauMWN01ICiY6gaRNIa2lBb68e7239X3jupLeC8nuDVEDid2YFVyXBVW&#10;7gSjkkqBQHy6ULIjCX9RqtSlSQQKV8hk/L0p0gKrEfHDGQNjaf4u/IXeUb0kNMFwvUHfu+2qoVkS&#10;URz1O+t2wU0kshXyPLPKjPe7ORx7yVi7lmBjqu0sAYpBdoot8bheBrk+kRUWLamI/oNAsPbVnJy/&#10;K0iLyrdSSoSdbQ1iU/ic+Iyyio+PuZXYk5pTpM6QzeHUGqg4Ap9gYeVT8z1zwcnT+20jrNsfy/e2&#10;KasgLfb1FR8U+i8fuNDdTxltx9g/xiNgeTqnDXHP49lj+UuPgj+OHd09VuSmzk1LsiSdqSMZyeqq&#10;o6bcOBkqoKXL1+NSmoJJadWEU8geFJCrMhFwSvmKS0uJtueXYVtLLxYqzRIqUDaqqvc2rQO8VFaY&#10;1EYDzxCNC+lQ4UDtoP2nz/w9Gz6U3huKo3ftmhw/Se5eu8Zka6qhkmzGV6o25R41Thq+SinyO0do&#10;7syddXK9dojkpYP3hdjcaS3uk/5E5n4xibAJ1t1r39VZFf4r/FJu3e2NgUdGmNMsDUseDpestjSz&#10;tk1qw4nlq5VgMOgxLqLWjaOYJfFHiJtPDUqQwqWFfI1UArQjPE06KvF3B2RZ7KON6Vr4moGny0in&#10;yz0OXS+G+anlzE3yO3/8apohT49NvUHRHWPZWJIqi1WctPn8n2N2duUzwhBTilipaWAgmUyO3oAL&#10;Kuf6/wBP/MqcmSpJPk7jzappIuoIg2OrfX688n2oZ4JZT4Ada1+JwafOoAA+VPLrxW7dySkfE8S3&#10;8z/g6Hz+FbuuCd20dtIBC7ZhF25uQTlGte445tb3GkzmxFEi/wCiaQ64W+vce8F9Wg31GLa4Jsfq&#10;Lcjgf191jmjWaPWrMQ1aBiAftPp6nqoW7zURUHoX/wA4r1mOM3L4yv8AeiISfiT+A0thyf7Bq7H/&#10;AG/s1fV8+OyW5d9VEeCzGAoZsD1jU47b9Hk4t2VFFS/3bhpVSfO1pxk1dFUJEZo5XjWdVlEci6lu&#10;Z45auE/dULyr+ozFWIFSrcRQniCKDFK06cLurdyVkPxUOB8x8j6YI6nUEOXpcfSQVNbR5auj8q1l&#10;e1McUlQ3lcq8dHAatImVSFYarEi/F7BU9wCgbqvcn2kOdWb73b+k1tHRwUzpHmaUyCVoamWcM1vT&#10;Zbavrb6+zDm1zJtsIS1Hi1FSaCnaR2itVFMqPUnrcrSVj8WCj1FTUY9OpkZrzMoljo1g0tqMcszz&#10;auNAVWhRNJ5ub39unxb+W3xm6c6G2NsXe/ZO9MFvjG7v3bk924Kh68jz+MxsdbuzLAPjc0rRT1Us&#10;uGjp5fAwPilka7FSvvDq4jhe6uEkdVYBgG48ATpZaY1HtB6kLlrmXZ9s2uO0url0uAzH4Awy3Dhx&#10;6RNdj94y5nPVEdFtefFzQUcWGMmQzcdfKKeCJyMnCkYo4HSvlqOYS2uERXs2oAe3/mDfDZAB/pQ7&#10;QmfSA3g6hUo5tpu5FWFUAi503ufaRFhUsi62RQdPcOP7PtGRT16E7c/culBH9XOQK/6H+zy+fWc0&#10;e7QVtjtssNVnP8RzAOm59UYMNiRf6Ei3soPyT+UXx97Z3j8fZ9h9hbrpaXaW7N91m8M9vDruXFYv&#10;b+N3DtfE4jGViUtMmVmygqKumljkAjJhQqwUm/slW0nG6y3Jt1FqYEQd9WJWVmp5AAKRX1NfLoHb&#10;vzFte47lss0Fy4ihkYszqe0EAemRXpR46PIoHNdTUURVEWMUdRUSlz5GZyzTqgVRcEfU3v8A4eyq&#10;nK9X+HxDuva7sEjAJ2ju114C/tiRdqIWCcj88cj2MXubICokepPkBX/DQf6q9CAcybHpqeYEJ/5p&#10;N/0D08e2+PKdZ6MrA3b2Mb7zD1ixmk2Pu2rSWqgcPTY5FO3UcVWS1lYnVlVWUmRlFve3uLRon0z1&#10;fFK4JPClBwp5/bjouu992WWOVV3pWqh/0N6k+lNPn8uuuf6X/wB9/wAT7Hf4SSYynxm4oM8+Vobb&#10;S214IqKTEUVQ88e4MukolGcCo6iFwQI1aQFgT6SL5Ue0bFeWESWPTBIFUmiivdmpbNcYp9vUZSP4&#10;MKMYwar544dN+RGV0w/ws49XDt5jkFqWQR6Dp8QpmQ69dr6ja3+Ps9sdTs7SGEu6uOAXy2z1Dm4s&#10;NSwv6m/P15/wv7k0zx2ZSOOASugBDGQdqksD208lxUEnNeim6amSi0GTRuHr/scSeJ6hf7+P6NPg&#10;QPTf9ivNrLZ7Xqlv+5a304/x99/ebYUlhT5aQaWRTPubbqam1XW3ipGAKKD/AIA+1RliZoI/DPiV&#10;GnVINNK6iKUxUYqePDz6TsaBEiYEnOWAH7Osi/xc8NXYhLHnx0FUxtawHqyIFy3sqnc2fw+I7r64&#10;zp2zgt1Yyg2nU/xLaO6clUZnA5yF6/KI1BlarbFZhcnSxTCdJYzTzxTo8akEqSCAOa5Ion3AtbB2&#10;CrVNRVW81DUI4eilcYOOnIElMZSKdRJXiBWh9CD5Y+XUfJ4rJZjB5HGR7jrcLWVqeOmz23qahp8j&#10;jCpiIlpI8vBm6CSXXGQfLDIpViNNwD7S3ZvbO26/aAoMV8bvjvtquly2Klj3FBt/e+58pSw0f3Ms&#10;9HSU27d85TFLFlA/jldoGmEa2Qqbt7gre7+CRisVlbxnWSSgPyARqnJBJJAFa+ZA6NI4rzJe/ATz&#10;ARRn58SPs6QmH6ty+OytNksh3B2tuCGmWr/3EZLI7UpcXUSVcccSyVK4PaOJrpPswhaFROqK7sWD&#10;+kKXIbwkBDjYnThCm+herMSUvzePSa5mtf63P+t7I0u4waLGNRGnhgfMHiD8+n6TaSDeMHpSoVB9&#10;nljpfnAIV0/xbPfS1xlZw31ve4H198zviqUqRsnqEAFToHVm2/G5ve0izeTWvFrEkab+1cc6GaN3&#10;hjAJHBe2opmnmT51889WCyBRW7NPsXNP9r59YW2zCyupzO5fWuksudrkZeCLoUddDc/UezTdNbr2&#10;fQbNrEz0eKjyD7x3JWLRx7hg27SUtJWDHzxQ0eJnpauaGiifUtOQ5RY10j9PvJHZZrdNqsw5AJJq&#10;cahwofkRSp+XDh1Spq1HUV4k4J/Z/qx05yU1ePGlLXpFFHDFGPuKRqud2S4aWSoaqiLtItr3W9xe&#10;5v7E09gdY+QSPNhwSpsW31TjTZbKNK4s6lY8H+n49mDXNtHpQpFopw8Usc1NcYBp5nOc9WdnUUV0&#10;0Vz3NUevWP7bLf8AO0p/ze2MH+FrXrDa3+x9l02h3NsvqL5P7w7RzezN19ibRr8VvDD4tOvcssOX&#10;oKvMPtuWlydLlniWjqKSSCiqKeTyxEOjkqA6g+8aPc2N33Npbe3aRGVwCAWXLA0JUeQ/wdHmybpH&#10;te5Q3xt3kjVGFE45pmv+qvWPJ0WUqoKRaDKpRVFPN5Z2ehhqaevT7eaIQTxSN5IUWeRJgY3VtUYU&#10;kqWBNLR/zHepIaeKOfoH5ESyRwoDKm7cLGJHj9LoIv4beKmYclASQ35tx7i66jvZJGMViIy1MaH4&#10;AYORk+Z6HZ9w7Yro/dNyq18iMjy4+fH9vTc2L3Ez3GYxgQyO2k4RHKoQdKqxqhchjyT9R/j7BPv7&#10;5lde9wbd2Ng8H0l3Xg2293J172Hn5stn8bOtbtnaUmUOUxWGmpKammoM9Xx5AeCo5WNlueefZryk&#10;d12jmzlvfLiOaOGxvoJ9dvETOnhyI5eMONBdQuqMMNJalcdBbmnmI8xWAsoNvlVgwPdQg9pGaete&#10;u5cVuCSmqo4s7S0dXJjMjTUVZDh4pRQZCqhWOjyBppqkxViUMo1+Fiqy/pJA9jPub50/G/L4k4nE&#10;9IfJzGtRrmaTbtZX7kSvXBUmdmnkrZGpYtxUVRlqqJKhmT7maTVKLmy3Q9QuY/vccg7tsHOm1nnz&#10;3Jnl3Xb5YnjO3bekUsht3hiViZWMMJYqJPCUNoqASwB6iGy2CSDcoL+XlmzASRSSsspdtJ45oA1O&#10;AGK44dBFgepe0cZmFyuU7+3HmkqXxkueoF2T19jYc++MpRTqkkkeBqXxMFWUXyLR+JlQsAxaziuX&#10;d2W2PlMHncTt3Fd25XIV+1XxWHfN7Z27iKSbOyZKBo1yP225spNDiosehkHiSSWWq0xgKp1++Xyw&#10;bnNDFanaJxIkaqFVHotFoadtSoOBXiM8epr3XmbbL6xubSO2vfFaIqA+jSGJqK0JNB8sk9GBUzm2&#10;tIl9djpkdvRY8i8S+rV+Ppb8/j3Y9/L42RtXtLae59l5ncFFtvcG0ZP721lLXLm/v6vBTzYTbmQe&#10;moqVYqZVxGXeOOSRn4kdlexVQegHsry5/WHl+G0nvY4Zoo1IMmaBvhFOFNYVCTwJHz6CG3bX+9Li&#10;S2M4R9AIJHGmCB/l9Ogq7U7AynXlPg6vH7bye6X3BlGwdNRY6sw2PFLkUxmSy1OauoysqO0OQixs&#10;kK+JZGSUKSAhZlUfyt6ozu0M11JtvEbemz87dp5TKYaba1Rmdz1e4Nrbc+027ld3SYhEqZcBgI9z&#10;TGj1zmORKhdEgW1/Znv+wbttu5bbAtmX0ys1UDSMy4Ac0+COppQ51VGRTpDuewbptlYmXxYmJKlR&#10;Un5keQHDrj1/2lt7eWMOYbKyYuSPHbbny+Dz0dBj6nbVfujGQZzF4euro3WirMhJjayJgaeSWGVW&#10;VkZgw9jh0X1XRd0Z/OYjKZ6oxGKwG3pcxWVNBNStl2NVUS46jagpqoNDkEWaJhPH9VDqwNvYn5a5&#10;Lk5xW6upLtUWCEyhUALse4gEmoC9hWpIo1PsLXLWxLu08qzOFWJC1K540ofs8h13252VN1vh8TVU&#10;GJky+Vz2YpsTjoZIaoYxXciWobJZGmR1xiLRh3jeQaXZNP1Psk9X1pvWm2Vkez1oIl67oN2Vmy/7&#10;wHJUJaXP0uQqKVcQaBZTWvkI6eHzuAnjSAmQuV9xrc8u3z7ZJu1zZaduWTSrlgRrLHtFDXVQEkUI&#10;p3VA6Rz7POEubtoB9PGxAavEg8Kev+TpdDdWBG5k2Y2Rh/vS+FO4f4OqTGoGEWqFA2ULeMwrRffn&#10;whi3Mnp+vsLOwevt15rqPc3ZmMxIqdjbQ3FhMLuPcH3VMkFDl6+RJKHFPT+Q1clbWRVKPDaPRIoc&#10;6/QwEY8/bZuT8uJuS2LPtyXHhmWqldYXVQZHqPI/n09tttcPFLcLCPBQZINQK8BTj+XWefceDps9&#10;QbYqMnTQ5/KUNXksdipGZaqtoaF0jrammUrpmSkaRfJYkprW4AYXOd/I7V8Z89okyENRjBUfHTut&#10;IlyFPNQmo8ybRkooqQVKQmparnjsgTUXN7fQ2iDbYrqRfCt7N3uZNNRoLEJR9TsaUVUFW1GgwB8u&#10;i7ma3kmtF04fJqajNK4PkeNCaCvE9Ua/8KMcLls3/Lyoo8Ri8nlJMf8AI7pLLV646jmqkocRQZDN&#10;PlMplJIo3TH4igo2Z56mUpFELXYXHvZW+am16DfvR6bFzJrKfEb57A2BtDK1mMWL+IU+KzVTlaCr&#10;qaEyEotTSwzFkEnpJS549jH2V2WDe+c7PZjeTGxld+wMdYd42GoVXwmWgDN6K5oNS06CvJW3pPzZ&#10;4UFBHJDJrAI7WbTivmeGo+Vada6X8iPclVtP5vZjc1FFR1249p/Gf5NbixGOr6ualxtZUYrHbQr6&#10;OPLSRK9TDRVNXTJE8scckkaN6Qfax6HxlLgPjv1xtXG1lZkMVt/pyHauLqckI4spVYXb+Bq9v4mo&#10;ySU/+Tmvalx6O7gck3P19i/3l2na7TmndLLb9sktjbunfUPIXjRfENa1EdwCeytD+H1EU84bDtu3&#10;e5tzBCsqyi7jCFqGjijMAwFdJyFBPDFekZ84cjPR/PTvauosNR4WlxXzC2/lstj/AL2vyuKm3XlN&#10;17Y3LuapoavIiGtekOby8sgjjVYkcaYlVCANMztC0fyvq7Hh9xYixA1hnFNNESW/tNrBLEWH9Pp7&#10;VcsCvOdpr+ET0qp8iKldPDCkAYr1Pm9A/Sz6T3hfX58D/g6+iEospt+S7cAf2mLX/wBc392XCVbS&#10;xrKysbsh1a1NhfSOQoJt+eT9feQm43MaStHaTsyL2kBtBYVzUNViVrSqmnyND0DLWpkKK7aOBpj/&#10;AAg/ZXpoKm4JANrH6EEf09psmRfvyXKo2IzSuyuyhmXEV19Wkg3ZmsCLW9gPm/bBd7PfIj67pbdl&#10;0ElqUBP4saqcRkniOhPt0QMsISTUQwFD/psGhxWnl58euVTY00o03/QQCARzLHwbi3FvZJeotvUe&#10;4e11zFdnhteLrb41d+dm0u7vNT08+1sztbaniw+4cRU1COlHuanra8R4uUK7QZCWKRbOqMMe+VbN&#10;E3DfLx7k25tbCSVXFahxRRStRqOrStOAJNQQOhtcLEZbeOeqqQ3DhVcitfL1+XQUd/5ugw2xKKHI&#10;YXN7nj3Hvrr3aMW2MHAlU24JdzbwxGKagzlM0M7T7Pjp55KjNoFIbEwVAf8AaL+zM/y2MfXbbp4M&#10;/mKCdq6r7n+NMVHgqKspnqK4bmyWZ3dTUUlZUSShcnPSUoqaikqH1qkSyzstvVkp7Z7Am6cobvY3&#10;BWNjcxoC5ooDAykFhmukHUafA3mcEDb9JZWNpe7lfFnihhRtIwTqkSufWg8vWgr0A/zRwkW89kZL&#10;bNHuDHbNqJupe9jHu7PUmVlwWzaagw23aDIbkyNHj4DUmigjqzRpPFeZTV2p1dnFrws7vzbWdxLY&#10;ujnhxk2BwVBvbdtDuOjEVPtPBYLJ08k9TlcjDKuPjzlfJDfFQh2jeNhUOViQj2/7d+zHMnL3uBum&#10;+8wwW1nsqVljMT9n6tWVQDjtQszTatIIypYLV7kTmfY+Y+YHjnuNN4I5JQprQAN+ypFM1pXtPDqt&#10;DC9Rdgde7qpclvOnnzRz+7NybA2FvDbW5JKyLsDNbz27k0xSbXo50OVj2VhMfUSjcNVViKopaqmN&#10;DCstRMpBJs73313g9kbo33mN1bfxWKp954zaGFkkwe0hV5eqyFZlPuJMHDFVCTdcEk2IqIizkq8U&#10;DzaXFm9jW4O0bTY7pJeXzz313ctFbSSBZCyBy88sKPkstEUAkBo8oCcdSddG30bhIupwzaFOocGP&#10;dp4aSuKEHNadWGYvrKOh3lsna9NSdg5sbi2Xn8vkaur7K7IrMck+Hg28kFK38Qq2pNgSwQ52lqIT&#10;B4agNP8AaxEIkiidl+5cZQ1W3tt126qXA1tD1nF2XuHJVu18H/DcLtTccmQzGDqtwTrBUx4TK11F&#10;SPDSUQjRqicMpa6u6scyT38q7dtnj+CLTbxJPVUoizl5aFhRh4mFRAUOGqRpr0Xzo8kVpD4bK2lm&#10;qXoV1HzpxrTH29Y8T1tsbITbsyp2VuHcVLX77l2bgsAOw960VZ/GttQ0+3s2sMzbix9TkcScvBLP&#10;PkaiedIKaLVEugJF7V24s9kN9/FHY3yAw+8anFbb2rLuWEYnP7Vw9ND27iN8V1VtrGYNo5chFDia&#10;LGZCgiy0OaxlO9fHSF0WSOneUthpzjzvzV7d82b/AG+w7jPZyb7s627BO3xIJ9T4EniMqkq2qSMg&#10;MuhK6Rm9rbTSpA0F08WiZiaHtK0BZCckq3ocU4U49Fu2udj7F/mGVnTW29m1tFuTtfBUn3G7MFvD&#10;Lbjm6yxvSezcBveWV3r8Zk6qjw3ZNbvAYfIUNfXR0lZWYyGdllljp40JVtTK4X4sbcxJ7BztFHuX&#10;siar3DjanZlXQ7jNRiKCjocfUGryEv2kCxCsneMMqHyyIxX0jUST2ctRBu13uTxyLCtvoVFUqW1N&#10;pA49igIdYPxD7elN3SO3i8VCY5GrQGlaV9POv5evVnm5Kam7Nir8IuA/iFHha6nhydFuU5HEUaZN&#10;Faqp3pZKKOVq2ogp5Y5DpfQizKG9RKqoH+bWxqZtVPnN6TqTGEEcWOh1KL2kAi84ChG+jcn+vvJC&#10;fdbKWkUNvc+GQw0h6EigqBQ6h3fEF7VXAya9EMyxXBMZgYivkx/MY9PUYz69Id/jltKqjIrNjbCL&#10;MXY62zlZdpUVX1GYpy1rEji349tdd85ttwU1ZPDU9gOI6Wd7/d1cTuY4ZHURrTY+UvJdLXW5B/qP&#10;aobxtyWkirbXBde5UVyUUDg1WzQAkKpNBUnj0tj06ULQiqnFKnSPnXh9nDz6kUHxq64ppKVpuvut&#10;HhhqIJpYDtiCpV443DOgNZHKPUmpRcWsfZRfktVVG7fll3zvqOqr6bH1EPUOEjp3yNUtbOlb15QZ&#10;aDzvTS00telI2OcvIwAWZwbBvePu8tLHe747FlVryQARmutgGcVofh0+ZzU0HHprwbURWcc0AcJE&#10;AAQDWpJ/1fLrD8VNnR7L6L2Ps7IDGZGegq+wcjBLjsF/CcPBS5fsbdOVgpqCgkV46CKmpMukCICN&#10;aRllGngBRJisdMrJPQwVI0Jb7tTWEWOotrqmmkk12/rf/evYXdLmNVUPXt7s0Okn4Sc5Fa0GBTPT&#10;xt7cU/QWp44Hp59GXAAAAAAHAAFgB/QAfT2THsfF41ewt5qMXj7fx6dVJx9IoGunpWLafFf1lvx/&#10;rn2QSBvEUSKC9TkfaQB6cONc9Jpok1uCq1r6fLrv2jDjqFfpjMfYXItRUrAH+mkRrb/W93REJTV8&#10;QHoaD5j/AGeqRqgGl2ANfIf4McPt697Nt0hV/ZbJrIYsXhpoxnXYvXQVxenjahp/24Ex9bSRLCCt&#10;7FSQT9fx7m3lqO5k2WxVSwoGIoaFqHh6CgP519en7RZGZgpHlimMcPsxX7eurc/U/wCtxb/X+l7+&#10;xPky0xaxxu20DatfjoMgJBcEnxyS5NkV7i4JB5P09rbkTXXhxyoyhMjiK0OQxBrqbz8jxx0YhZGI&#10;BCgD5U/y9d+4qZWopYwIqXCTAjU75HG1FXUEMSCA8dbTqFjNgCVJA4v7aECrEYYtUeeIYCvoC37B&#10;+Va16qwfuSMaW+wE14+fXjz/AFH+t74pkqueoRZaPAIp1AinxM0UtnBuY6hq+QRsv1U2Iv8Aj3UG&#10;bw0Uxl01UdgK0IAIINcAfOo6UKZGVVYVFf4RxHpXh8+ve8c2QqIikNPTYVo0BAevw7VVUzyXZmlq&#10;PvIfILW0gr6bc+00gkh1NclRG7cVNQBw4/Pgw/I9bfVGNbNTNOAPHhn/ADcOve4xyFXUGRZabDIr&#10;oEvR4mOmqQ2q6tDUfczmNhz+CCPe5xJbCLwxGYWfAqQtKevqp4+fmMdUAkjyuB5/7PXvfJq+qjKi&#10;ODBrGADabA0k0upeNUszzAyu31uw5P1HujNdfBKVZB5LQ440BOfQY8s9bGuRWBfsHDA4eleP58Ov&#10;e89HVVE3l86Y+wCSXpsZSUbjQQ/qaIsxjfTZkPpI+vvz3SQtpl0DtNBxWuMflWoz5U6c1eEArSgj&#10;7K0Hnx6979/FcgGcRyYqNNVgF2/idSlgSGVzC1rD/XA9tSSTnworj4AtQVqdQHD5AD/D17S4YAse&#10;GKDH5+lOve+AydcJEmerhM0QlMMq43HRKgcjVenSmFLOqn6a0bn+nt17qWWNY4lDoSNSkYp8PDyN&#10;Cc1x15mAOQSvmfT9nn9vXveObO5x9IOSjjOoPf8Ag+CQDm2r/i32AKjj6/7x7ZWJY1EkOstUipOC&#10;BwI/o1xx49boRqCzPw+0f4Knr3+++vvNUZXIw6ZoK1oZ5YozPKKLGyNIEUgXjnpJIEHN/wBtUv8A&#10;4n20RdI8ck2hnJFacQT/AA4pQDh88deXOkFiH9QRUkfIY4f5uve2ls5mWOp8w7rezp9niU8iuCrh&#10;ilArqCptYEW/HPta0yOAoQySsaU4UArpqPmRxrXV5U62w76FmLcfyHDFOve+xmsnHHHHT5WaBY1C&#10;pFHBj2W1/UQ81HJK92P1YnkW9uoqshQoVioTpOSfT9ppioxWhrjqpdCrLoZR/q49e9rrresrqzem&#10;21q6ySpQZylkZZhTKVIJJa8EMI1sByGuPx7PNlEc+42cKsSQKKcgKDipp3U9Dk9FO5FRBKodqBTQ&#10;jgPy/wAvXF/0P/wVv96P9Ofae+Q627GwOgEON1Zgm/1Jaorm1WW93IP0tYe2ObHjFqASS/hSAVIZ&#10;mopWlcCtBXhw6SyFQ0dWrkD7aEfl1wg/zEP4/aj4F7D0D6X59kQEkbsxjmWUFn/zTB/7R5BQk8W9&#10;41XEbSTO2j4WPn5+gHD8z0/QnIj8zx/wdZfZlfjDBXJu7cU7UVaKKfarRS1701RHSxSrk6eWmiao&#10;kjWLyVTIwC3JOk+8fPvIRwDkjYY57pUvU3QNHGT3SKYnWQhRxEQKVPEBhU5p1MfsoZ05i3ZVgJhN&#10;n3tQlUpIpQH5vkKK1x6ddAg3AIJBsQCDY/0P9D7Of/h/yL3hd1kp137/AP/WHPceRfGZnIzTgx09&#10;BTVEeSxtUlOY8ZW01R9olT9w8S1k7TNIVligLOw0sFP195t7VZzX0k8233kAgZql7WbWjI4STRHI&#10;WNWYAKuurGhAApTok+7ndX+28ubrb73FLayreszeMvh6lKK2oMaVBoQPLB6sv29tDbW9dq9frtjK&#10;02cqN5Q7aq9h772/PnY5d5bazOKmztbgqvbNLVS4PCVeFp6ZJaWsyyRQRzGaF5EPpZRYqSpDUtZN&#10;hY62jx7wzOdUgSteVJUWqDVgWScxiSys0TaluCw9nV/y/vW7WP0tvLA88xcZAVoSc1UYZg2RI6EU&#10;GWFMge83feC9peWZZrC435brcs1S2AkKV4qX+HWrZehwpHQD7o6mz+7MZufA7R3tufZef3zSV+Px&#10;9bNSUdJJtGkoanF1b4GOnwbVEWNXIy0bTOkFbGIqjTIkbcj2X75EddZ/dW5uqt4YLByQx7Lruz6n&#10;dVDiKihpsouP3PtLCYXBTbbpD44cjTvkqB3rYbpJElnUP+kR9JyjzVsFzdNvFtJNtK2aIssRD/qi&#10;dpSpc91IlOXXUNNCckHqONl+8N7Z85boNv268ltLgUQfUqqRuakUDgkKw/pFQTTPVi/wEyOV6N2v&#10;vLYHYG+MLn8PnsL17i9i7o37LufNQVWZp8/nMxm4Oza0w5CspsxFRVsUOLrVkliluqTeHTdgf6bq&#10;DT/IPNDES5MVSdEYOpjqMlJGtbSVND2vmY1alkoSvj8YqSy3PkEotwfYw9v+Ttk5y2bm3ZL+3SKy&#10;3GLRMZKtG6TQGMiRFIkIfKyDt1YqSOoq+9BLbWu08v7lPGfDSdz2sADVFINSD5gVxQjNerB+y6bc&#10;E+0dmjLVO0qOq/v7uKDGnZ8GSbGNTTbTw1TTyVUeZDTSVK1EHrkhDU4gKkA8+x8+PPxSx3xpfdtT&#10;hctidyZ/dGGx+3hnKjbGNwNVgcZJkK7N1VPiqHB6IVXK1tfHJIWKhpIAzhmZj7b5j9hOVrLZJbbZ&#10;OZ2sLKNPEOlEMckioIowakkLFR8gntYUGOo4svviW5FtZ2XIQ1HSPEeUd1CErULxND/LNOq8Pltu&#10;Ci+WkPVOUzddldh7H623fu7s7dHW22Mx97j+3dyY2ipMZhJt45PKxq8NJsiPHVogjp4ZXZK9zGYi&#10;guVzc/VHVGbyWQrdzvvOSunQ4qSWDAdG5KbHnDtUU/3dFlN17ayeco6iaaZ5SsE8UUTAPGFclvcS&#10;3/KEG33ce52ey2b3lVcSxrcFixCD4we4AJUMy11FlrSg6zK2rmVd3haVrVVaRQ1VBOHUELqINdPn&#10;8+jlZ3LfMjeeR2xntjy/ENKbF4jF5TAvvbD/ACzqq9DlZBnKFI4dp5mlxUuOhpZKeONKhZpPSwKh&#10;CEKtpV2ZTw01NFHuZYo44YImWu20zyQxKsZeZ/tHUTMqAnTxqJ/FvYrTc77xpb2KKK4dVGsNrjKM&#10;qkRDQoGrNasa6qeVCOjWKcVdJZg2n8NaEN+fy9OlhlKD5SV7TVdXU9ENWzGapq3qds98S04qJiJZ&#10;zQA7hhn+0jldgiy2IjC6vVf2+x1GxwhZafdM2oXYSZzAI6s5tr0w4Vl0K/H1J/J49opZd4EohuLS&#10;2jk10DASLEwQKfCU6hjSSxIoAahcnq/bHIpNVU8DjyHCnkaeY6QU22vljOxE25eg6AqQqR4zqHuL&#10;Jjwi5DSy5js+nmerlQWICqlrWF7j3xav2gnMeLzJYKVYybmoBH5LWKkR4TVoJ/ob2+h9mD7TzHdw&#10;Vmu4QpZdAETCo4q9Sx04B49pYCo69qLp4bHUGI0gcSK4J459fLgKHrhDtL5IeYefsLrSKnLh5BSd&#10;C7qepWEurSNGavtg07y+NtILqQGN2B+nsvXykyW22+PvdWNpqCSLIVfX1XFTJPueCqmFQcph2XRj&#10;Y6CGoqDVFNKo5CyPaxuPZDv0e+NYWUC3VvJE08bgIGq6d6xgiuGFSFYLklgARTpX4DJEHVQfSle6&#10;v7AB9g6GnpfavakW+8Dl9w9g4XL4jG5Sd8hicd0zHt93hNHXRMJM/Vb4zL4+OjmkRzLHAzhV0tYO&#10;SKJO5uou16WqxVTX9Tdp4yIitpEnzPXW9sNSzTrPFIaWCoyuCo4qitiQhjHGzOEIa2kg+4ultZBK&#10;Yni4rVQAaUHE1Pz4k0z0XTD9RQCtCDwOONf9Xz6N/tbu/pffNTV0eyu3ur94VePgSpr6Xa2/9qbg&#10;qaKmkmmp46irgxOWq5aaCSenkRXcKpeNgDdSAD6dSdpy6YoOut5uzXIVtt5JGk4LDSJYY9I59Rb6&#10;Ae244ZgRG4IRvICgFfPzyfKnE9NHvcAyBanPcKf4adKmXeuz4QWk3RgFUHSW/i1CwB1abXWci+o2&#10;/wBf3Mj6P7jqzop+sd3y2RmIGNSCyjgu8lRUxqq3PFzcf0t7URWhqNAlDDBBGOPCpI1EjPVWlCKS&#10;ZRQDOVpT9uT011XZ/XtFGstTvHARxs4jVv4hC4aQ3so8Zckm3s80P8vXc9b15tLtTfPym6z6Y/j+&#10;xtt5Su66yGye1c52HtkGkWix+DyOL2pRVCZvJS0lItSppXeHRMum1j7kIXm47XFaWauqxlNQbTVT&#10;jPdrwyntIIpXgaU6Qi92xmpLdMGJ4iMsBT+kGof8pqOiq1Xy/wCw8ru3P7f6s+GnfvbW2sXna7CY&#10;ntXb26vjzgutNznGQxDK5DG5Ld/c2D3DTUtBljNQOlTjIqg1NNJpjKaXbHuL+XDuTGV228XjflC2&#10;/F3PjK3Jw120emd7V2GwbY+aNKnGbu/vDvPBV2FzIpZFqlQUk8QgN2lST9v2t2qXc953G62ma9SC&#10;VAhrMhZJFbGqNhIBRWIVixGT21FerSXW324kkDySKDxCLj0oC+R6kcM9OOM+Ve+6WTJR9o/H2v6P&#10;eirqOjoF7F7e6uqzuaLIRR/Y5DbLbAyu9oK2jqK92ows701V9xE/7JiAkPo/5b+XFVSUed+TcmEM&#10;33Un3T9H5TJUFPRUVPLV1tcgx/Ys1fXU8NJCZCtHTTyleCuoMBTmDlWz2W3mvpG2+ZaHhGo1Uahy&#10;XONVRqIAFKdMRb1YytGsL3NWrQ+H21HlXV5/s6y535Qb/hirZtmdKYffJhpA+OpYO59tbbrctk3n&#10;SmhxEY3Jt+gocfNPUv41mq6iGnLWOvSQ3sKdsfF/4/7tzWM2/hvnzWz5nO5egwW36KH4f9ySSbky&#10;2TrDRUtHgxHmyas61aSZ5BDHBTKZXYKpsA4t25ck8WOzsUe6Aqq/TqPEwWISr17VB7mx+0dGJnUE&#10;0Fy3CtEXGOPxio6TW5fkp8uNs0EuVq/ghUDF0yeWvydb8p+jMPQYuAKhepyVVlJ6aKCnWRtAKGQl&#10;rcAG/sYq/wDlrU+KN8z8nt+Y5WJalaq+MtfioMsU8fkgw8md7WoPvqiIyKHCpwL2vY+2v6zcvGOK&#10;R7FE1UFDDGNPoSKk0qaV/wA1elYktyAxvSFpipQV9K0Y0zip6zSfKjuiGqFHU9CdcUlQqo9TBJ8l&#10;sdkZqMSH9papdudWZ6OKV1VjoL6xp5AuPcGg/l+7IqMbkMzW/KDthMPR1DY+iqML0JsncNTuPKQu&#10;qZPHYGgx/fL1DT4COWGWuWbR4o6iLSSWsFVtuNje6EtdviFyclZAkQCkkawxBDAkUNMjj0luLmC1&#10;yZZGJOArJkeuceXTJnfmH27DW0OD2f0h1VujcsOLjz28MVlfkVuHYlJs/A5J54dtZOozO5/jzBR5&#10;ldx1NHURwxUgeWIwO0oVbEqul/lwbBT7d8t8lPkXt2CqqYaGGqzXxSxVChq5mVlRYYu4autmMdK5&#10;nkWKJykSMxPFvZxFEsUZuX2+zECrqFXh7hWnaoWpCkVJpWh6Lm3mzEmhobwsK8ApHypQ0NfKmMZ6&#10;T9H8w/kxnHak2p8cvjhuTKHFfxuHGUnziaGSoxZb7ZKuOuk+NDYhUkyX+TgPUKdVj9D7Cqs+F/Vq&#10;sgg7O+U+5JJjkKmknofjx17DTVOPpJKiGHJx1c3a9eI6LKrSl6eol0RGIgsy+zCTf5reONYBMAdJ&#10;CIq6CxoQVIFFFDnFQcHp03STFq2c6r56miHd5CnzHn646E2k+RXdcrz0+b2J8Ytn11FItFlKLKfK&#10;3OZWqxeXSCnnq8TVw0Hx8plNdSmpVWjR2a/NueBRxP8ALa6wrsDRZ6v7a+QVIKumiqpsU/VHWFLU&#10;YuGeaojgfLVVfviFcfHULSyMrvCFWw12Vldl91u1/HbNJaX4mQOEZAQulmGCX0EE/wBEcRmo6Tvd&#10;2C0jNpKHyTmLTjzJoajypg9NA+THbFflaCgwn+ykVlHlstXYfEZOPvbsrIT5isxdLSyZSmw2Kx3Q&#10;8sGTqcbW1sUMojrvGVbWH1q8K97t/ly9KbWwuIzI7l7or2yNZUUlXSVW2OmaOKmhixUmQjq6PI43&#10;c24aTMM0q+OSnj0TRi5USP6Pa/ljc5N83UWl9Ld21nor45j7A2oKARoqysK0KEmoBpk9F8m5QGJp&#10;bXbJpFBAqSqj4qUrowfMDgeFc9LjYHaXyG3RmspT5zbnQNHt2KhpnxGY2tvjtjP5aXJyZeKkko85&#10;tzP9QbMOIoZMeZJIqqKrq08qaZFRGWQjpsj+U5s/BZOmzFXn+yd/0b7Uqc/haeHKbN2/s6p3FV0b&#10;Db9FuSuxuKgz9Hjo62SP7wxxCRVOkqhGr3knP7Db2tnfTi5O4q9ofph4qQh5yKqJA6hxEFq4kANa&#10;BQtT0Ndp5S36+aC5fZ2SxdaqS4qSBWhFBQU86ny6DrMfMyKik0z5bZO2Z8bvM7Vzu2dx4jd43rVU&#10;+IqJajcOS2fj6YnGZwVWFgkkxRM/iqmUsC4AjYonf/wd7d6h68xm5uzd79GbKpa/N0dJMNw9lSUE&#10;VPXTLUNS0NFPR7fyjZepljBYLBHaONXZnAQk4se4HtlzVyPDaXvMm3QW1tM5SMhwxYjPl8RJyK0J&#10;4U6d3PZZdmjSa9QqGbTQAmnE5oDXhg/l0MGzfll192JlFxWxdr9qbodalaarrsdsHJRYnGFoquUT&#10;ZPJZCaipaKA/aFQWa7PIgAOr2SRuvMWjup7y+OkzRLcml7D3JXoeGsoen69K+XgnTfVb3GYjSTVH&#10;DcxsQKGhyD6nzB+XEU6JDe29e1XP+0bz8jivQyx72qZQpXYu+11BifJjMVEUK/hhJm1N2/Frg/19&#10;xZdhYlopWi7l6RMiQuQ7bj3vNTpJobxmcRdeiRogbFgtiUvb3aKKZmCiZdQHw1Hp5V9Tn7cdUN1G&#10;VoiMGH4SjcPl1K/vZW6dQ2TvFjz6ft8CrfS/9vcCLz9Pr9fZo8d0/wDEKWup6LcOb+SeYrZaDFyz&#10;5LZO/et5cC9VPFTQ5CqpJcv1hTzYzAtlJgtGtU4qft5EaQEAsRhYcz7TJI9k09806KANBi7j5g1F&#10;B6adROeOOqSzywRrIm2Ox/0xU09Tg0HQMVs3y5rHqavBN0Dj6CSqrpKDH7lwvYbZmDHNJK+LhyEm&#10;J3LJj5MnHTGNanxHwmYN4zpIPsQqf49fCiWakgRPlHW1eRdhjKJe7epjJVqkqxvIhwvVORmlQBtZ&#10;MSlfD60LHgjNrCcfURW+1bxJMqqatJCiitK+IVQ00scEVBBXV59F8fMNmAE+jdZCK11krjywoNfK&#10;h+Wek3kJPnNTGnaCq+LjUyQ1b19R/d/s19BhhMkDQx1W+sWsccsnB1udIFyQOQKMfww+JMrIIoO7&#10;JIZpaLw0FV8oeqaXdFHDUxQ65M3tqp2NQ5Ohb7l3MMIg+4emCSsimRV9+tNik3CCV5N2hi3EO9YX&#10;lPiLGtKM4oBrGSU8xkcAOk8vMMtsxL7WjJQGqvIXNTwA0kA0+dB516Y6Xcny+EOOx+a3n0Hidzy1&#10;c0eTp6H459/bi24lNI4mohidzUHbMOOyFZBRVES1h1CniqVkjV2VC5FDB/An4F5Py00+V+QFLlKY&#10;rFLSzdy7byFLVTzytHTfY1mI2ArzwayscxKI0Ep0OdXHuP8AmHebbZLpYjeSXqL8RhqQvkqhjUhq&#10;5NQBpyKjPRnHu0Tsn1FqFZiMeI9dPnxFdXpXHz6gio+dRmkE/ZPxhalmry9JJjuhe2sVX02Ep6aJ&#10;6s5bHbn74UwZIzlzDJHJJDNEBaNbM/tn7E/l/fGDaW1I8/g9o9752oq56nHJSSdhZiqlwNTFj6ys&#10;bcW4cdi9n/f1ezKOemigJo1FXLLMEBUkEB+w54ttwuHhe2kjkVT8UpUgjgSCvmPnTVwwOlwLssT2&#10;8ILM1CAXJCivdStanh6A1p0p8VunuX+8W3KKu7o6pyOJrK9azIZDGdaGXG5jBxPpOHweToe3K84j&#10;c1eUlZaiqiqaKGKBvRIx4Qu2vgx0o67VyO7tsZr+7G5MzQYaoyO399dpUmVxtNkI6dKHdVJS7kw1&#10;LR5Db1bkqj7ZoG8NfShHlkTSBqlvkvc+T965k27aN6lvbe1n7fEjmLMpoNIyAKVILeimvTltcWz3&#10;8NrcWxVGFa99eNMVP+EdLmr3X2PkP7wZHalVSV+KwGIkylBO0O28hR7tyCjJifa9GKLLQV+Lqset&#10;DE4rm81JVGfxppaN/YwY/wCDvwsO7exNv02yO28fm+nTicsaHdvbFbkcV2bSTZ6ChxuSwkGMxNNN&#10;Q4GtqoJNccrTSywxyBWVgGM+8ne3vLE3MW/PPabvJHt19CY45qr4kLyBFMrDLrr7wUC6oqVU5PQv&#10;sthsJb66jmtZSISrDLZT1J4HPpxpQ8eggw/YfyRooNsZ3O5TZ28tv9oblpI8ZBsrYNfgsp05gnwN&#10;TlK2g3j/ABzeeYj3bk6eRRH9yi4u04RftjGzOLVaD419dp2/k+6ZcNk6LecewaPrCHG4/PyRbSg2&#10;ZFBT5ajifb1NF/CpqivqKVJ3lbVPJKPLMWlJJyvs+T+Wtv5kvOZtunuHuriPwpInJFuAsmUjgoqL&#10;RjqJoQSaCgApJttyjs63q7g8z6xgAHAWuagCg+2nRCct8n87SbNwG0sBuakzFFkdz5vc2V3TuDb1&#10;ZJuOtzy73qcZn6LG/f1kdViJ8HX1ZhEyRpTmBvt6cLBY+5Od6v2tkt5ZffOJ2zUS7gxmxN64Bs5j&#10;tw5fCQ0OC31KtfuPFUqUbx0lUu5cnTo0zFWETrdUH6vYnuuXNtliFxMi/vKaF7eNWNSQzayvn4YD&#10;6WBNQCAy5x0a7lyhaTUlgjXx/CKqanzWtQRSnDI/PpW7a3/ldv7P6723vHemMxVfm947Uw+08Jnt&#10;m4LdOXy2W2e0RxGRyK10k1Xio9oY6GMwCXUXjQMJQ50kK+guoKjrbrtNq5jF7bot41MORyEm6KKm&#10;aeBqasbUMPUZYRLJoxqGNvSEWREuEFuXOWOWF5f5dhs7lopLt0kjnES6e6QkihajyD8NSAAeA8+i&#10;3lbk6PbduuLS8t4/rWLHWoBpXIFaZxTNK16MF3P2lS7k3njtz4TPbnzWzcZUU2Br9iUUsFHWpmI5&#10;Zail3DQYKokVsm9X45KWNpV/alYcjUNIZ9qfGWqznTG2+tNgU9Njpuv9wbX3RBRSrS1uJ3BW7fz3&#10;32a/iufqHgamxGdepqCZDFIACqsDG1gXcye3e073sXL2zW13DbW1nPDIqmMjXpADIyjUxZkrq41b&#10;FOPSTduR473bY7W0dY5UZTpK/E1Sxqa+mCT0ttqd44Ft71+6N0Zv7Ck3rSzY3EmsTI4jN4air6KP&#10;I4fb0e2KePJVEm5MbTQKKlUmBadpCBrRrsfY/wAeth5vZXbG3dlA0cvaO4upcnunb61CYXZFNQ7Y&#10;3RHXrS4rFYamnVIJaE1EdZFAyCs1JqbTf2j5l9kNs3OCCz22xVbaTcoJ5I3ekYS2I1qi6Bo1xnKk&#10;EuTkjh0yOSbRfqDZv+oSutTQIAtMDT/mzw6UuF3DueXeHXmR3PRyxY/aeL7DoMRkWq6rI7iy7viq&#10;FKhs9U5X7RqMVqQwPCWjMjTRkOVC2Y0mGwG5Nr9s1++8JjphtmixGz5cWuOw23aPw5ClqsrHn6Ok&#10;rZBHlsJBJi6inknjgCwyAoFvIHAM5OSeXLqXeLGXbraNLqzMC0RAoSTxFePC6nUsFdhhagEE0p0Y&#10;7pypa38d5arbqyGApQio1NWgIwc1qPlwz0U7s5uuO7ukdz9E9iZPEz5bsXDdgbWr03JnNxZSAUmV&#10;h0bbeoxlA0tBu6SLP0hlj+7vHT+AuCEIuOvbW48HvKpgixke7PDNndq1tQwxbRGObbrzZKDXTVUj&#10;I8cZexpl8FVMurkJY+4u9tPa6+2Tb9vh5k2GyTeLK9knilikj0BNBiRy6qdQbU2uMVUFw3xAnoO8&#10;u8gzbbZ2sV7skMV1DIWDKqV0HgWZckscFKkcPMHqsz+XF8Ve4fjVsXFUXb9D0m+6Nl4ruqp2tk8V&#10;vujrqefF9pUtJtKqL5zEUCVUtbXRQaZ6yQ5DD0rvEUvPrUC70DT10exqxJqiqqsc1PXUGCikjWCl&#10;ocZDBWI8FJTKCtFTieoKGO7EeMXZiCfcJfej23Zrfe9tFhtwtLzwpJLh6jRJ2hVR2B/tNHCPSKo4&#10;OoEUOK/3hk5bsefdht9rihh3VyrTkDuZmcaAaZLKpNB5V416IJ/N+TaSfJba8O2tv4TB5vHy4XdP&#10;bddjpPusxubf+ezuDyVBkNwZAOv8XzS4fDxy+cCJiKkeiNWQe9N7udRS/KzJKmqmEO6qGMWuvjML&#10;ToJOL2W4PH4Fvp7g7YJ/D5u29okVlWRFqoomUB0gHOkaqazWumlKdCTeWY28moAnRkj5Hh/s9b09&#10;HN9zR0tR6gKimgms4KuPLEr+pfqrerkfg+7IIySjTeQfuekm62GuMAgD8Frjn8fg+8jLy2ijhleO&#10;0k0nFNFBUVIFQKjFS1KeRBp0ErSjIp8GvkaDhTIOOoTW1abfQBr/AO3/ANYfj6e8dJA0oqYpBcGj&#10;y8C+pBJKkmKrdIAIKMC17auPYC5hl+t2Hd0gRxJHEzElW0igpQZ1UFaCmCSSR0e2ekzpJGldLLXG&#10;OOPnXrDXPopZ3vptGrEm402kT+huCRxxz7Jv0ftaLfW5e3dg09YmNzG8fhd3rgcHUNTSVE0dfQy7&#10;Q3RVxURX99GnoMG8UyxI801O7xoBcn3AfKMV5uMXNFpZ3Mel7DT3HuKJKkkiLgksQAQBQ0BUnPQ3&#10;Gua4hj8QAMHWv2q351Jpw+zoHPkFJQ0GO6sz+TqnpKDb3ePWtZPIZZYqR5MtkKvadDFXtGVT7dsj&#10;uOEp5GWJakRMxIFjY5/L+2XS7v6v2NvXG1dPDU5LuXqzsWalalp4MptyTqrr/IdL9h4qtTJCGKXI&#10;xVuRikSNo1ESVevQzpcZde1W3Rx8v2W5SXEbwNeGUo7HSoCCH9ShGkq66RXuGsDNadIP6utu9lcK&#10;0iFikakE/D4UhOVNBkaTnNRTh0Sj5sbvxOAyG9cjWfc19GvRm9dgRUdXXZ44Wo3ZuXcm2O0NmmpX&#10;AsJ4sZk8Vs+tQ1iXLSwJRq6mRg1lG2tnSQV/ZdXRNBG9OYcPiaHN4yPK4SJMdGlNUF8HWk4nL43L&#10;q0hR2QwSSuHF408fvIPcooZdnEO3M0k90yrKJFbESGrxhNSgMV1KGUgEkFq9IPbH2mfl/fdyupZv&#10;Eu5IvDdguCokJYtqyurt0088dE87p7qxm7Nl/HLbmWpMtX4/fdRLn995PbGYrNq7wmpKpqnJQUtH&#10;uLEyQZ3ae4MEUp1nhjlSsSkDwyaZpfMJ0OOerTbLUXXmy/7u1rZdZqTPbNwP3GH/AIe1NSYqaLHV&#10;eMWLF5CZaiSESGF5IS3pZU4MJleaN23bZd2aFbTlqKeeVgVQ6FR1EQQGpVpFoqaTUgEmnUyS7LIb&#10;i2kS2ZLWORiaAaTooRUGoNSaUHQP11dtasPZMu6+2OzMPu7ZOQ2rloE29vTcD0e5azKU2VyOSp4M&#10;jjM/UxZ7D45sXFVNDFUxR1tLxoNRIx94Ny0r40CvSLB4/wA1RN9/V1WA27l8fV4/Eo9Xn6jMrJRw&#10;0lPQ7dwaVS/uyGCnQeQRnUyMJOZ7fenEVrDuUCbdcoplm0IxWNO+SSaVxpVAHCqCH/Too0nHVLjb&#10;Wu7YR2YXwu6pHFdJrRjxxmq+XS02XWY3d2LyW3vNWZ6kj29iJ4IH3Rvzb2SxcObqqan2licfUUuY&#10;k3HmJ+wt0V9HJCkCfdSTStB5kSIOpHvm3Ux722p05NtKLJ5Mmm3jGslBQyNiMdj8++GkpKqOKipK&#10;WkoXy+KpxGZVpoIngjjijLXCnmT7+LcXHuzesniSKlpbxCZSWJjVSwQAhSIhUOOHEAYHSaWzit4O&#10;yNdbNSqihbFftoBgdWMfAPYe4er8n3rRbvoMJhqfLbg2Wu36iSrabMVE2G2/X4vcGIesyWWzmTfE&#10;4uroEnp4Jq6plE1XU1EmmSdx7VvReZ3b1hsij23tuXraWiaaelranc+x67eG56TM7dwkr1M1bKm5&#10;tv43a+yYqiVzHLJDUNNVHVJ44pA4EfKWwc27PyRde4FjzA8Ozi68FooohMz4B1XBJHhxAV8Lirud&#10;JZaUIQ5h2reHtxc2Mym3UBHFQrrqNdVScDTjtBJbGOg6+aPWfWncnZuH3DvTcfdWJo9hbRx2EzFH&#10;s/uin6h68XFbzzzZKmqjFNs3P5rcW8a2lEcNXLi6mnmjpGSGMmZTbuf5cbkbde2MHkeztp4CKpps&#10;TkNyUe3/AI0YfKbcqMbkqeqjqM4OyMDu7Jx4Omoc2iLIlKtQtMkEvkSXWi+zGbnrdprKC22re724&#10;lRRoSRSlKFmCNXLFtRYgNnSBnHQVWLcyxd55JYYyooHFGAJUqwBU1AOQMk9BFjfgX1ft2uzOe2T1&#10;j3j2jtrCUVdjaXJV/wA799ZFq7I0WQlx1RtuXaW+pMZjlrl2/JHVQTVdQZmkZYXkjkUS+xgqvktv&#10;ajw2SwtVnOvpd45DcWTw9HF1zs/O1uS2ztvy00m1t3ZPCbi2vksh/A85QzLNW5GSmkoqKSoWLyIS&#10;jgOXXOnP6DbEh3ieKYzpIS0itEAGI8OUBR4dKjRVmJ4Uwelbs8DMoSU0NVLO1CtDmgYCvkQC2BXT&#10;59JGX4IdB1W9cBkZqH5F4WhoqXD5bC5DdfdmC3JtbcedkkjOVw1blsH27t7BUG6cVOjY5sW9SJap&#10;4zUwxSxrLpqm+VM3XmN+ZXzgxPYdF2LmcW/Y/TOZw0vWtbsjCZlsy2z9yUVfNll3vQz0UOCqqGqk&#10;dY6QJN94q6gUuQu2ea0vNnn/AH0J47l7yRv0ChXXRydTNkg0BAGcH06NbgymeyktoY2jNslauQAc&#10;HBoa5rxyOjZfBCn7bynw3+GO4uuotkbeqoun8/h914HsWp3duNqOhfJxviKfCZTBZ2eGurMblsXH&#10;FLPWTVJmonJik1X1Az958ZTYrtj5SvpjCaJN19BwI7BrqDIMUzqBbhuOfadrfalieS0FxUyk01IS&#10;E0dxII4k1wMAUqOtpLeBaizTLVxIa0/MZrxx0cRIPlj5P3Mn8eDDccpg+yRIRqW/pbcJUHTf8/W3&#10;sjnbWW6Ii7M3v/Ddid0VMTZs+Fs32VsOmnYigorPNBhNgVVNAWJN1illULazE+w2ZNrjMqKshlqa&#10;dymgr+IACmPsqeAHVJnudTg28QbHFzT5+X7OhD2/SdrnF0f9687sBc1a+QG29sbg/hYbyPZKNsru&#10;t6plEWn1OBdr+kC3sNJMz1Zf9jrjeJuFs1Z2rS6AwN2Bak2BGbW/4r7sr25KN4UpYDgGALD5E8D+&#10;R6Yb64ElIoy3pqap/M9KMUW5CPXn8ff1cx4BkHI9HD5iU3U/Xnn/AA9jt06YK3bmfnxG356fHtuR&#10;ftKGfcq1L4yM46HTRyZObG00+WZ2XX5fBDa4XRxf3NnLc0S7LHNCHENDljnjWoFKnPEngOGelFrW&#10;sxJ9KjVQA04+v7enunSaOCJKmZaidY1WadIvAssgHqkWEPL4gx506jb+vsSZqKpINsEEfQQshznl&#10;0H6iTx/bBS1uNJNj7MNNuAqpOBKWUAkngDw40ZTwWtDUjPS2ORgAqzDV5V/wV4EdZvbSaOojLa8f&#10;DOWKaZZ8o0Bjve6CKEOjKx/Ja4+n19tSm7fQj2pSNa0AXBH9IeuchRx+XSgNKKHSugDhnh5mv+br&#10;3vrxzKb/AMNoILn0yjJ1c0kKagWKRkiFpCeBf0j6+07SiEKo1VqRSg7sefypinn9vV2cEKFpUEgj&#10;NCfL+Xy697wyPMpk1U2JkDNrM9VV1az/AKdKI0dLKkZ+n1+v9ePbUUa6gGd0Wg7MMSCBU6TwqAM5&#10;P2HqxajrRyTTFc09fy8h173BeWVgqGHCxhmGqWnnqjKFAJaOJpahkAk+h9JIsPdZLW3oxhL+IfhD&#10;MMVxVVrw8qefVhXSyhkr6E+X+ry6977Wdh+y0eAOlnUyz1FU07Hkrr0VSRq6XAsoA/2PtMYFRChj&#10;LSMmkBcBh+LuwwrQn0xQE9Mlj3BWBZvKhGPT/L173Np3Y+T1YWL0PcUhqPMzadKNK0s86NGH54As&#10;fzb3aW1C6PEDkGlAWDDNKGlMADBABrxPV9TPTUe3+Y/P5eY697wh5W06IsGVC+kpT1kzOwsCXvUW&#10;Z3tf+nvbI0jSsyL4kXAA44cBQCgPHPChx0+iyGh154VpUf5x9h6976kFWSlkogbft08FDUAOVJc6&#10;6Vtb1JkHBsw49tQxIzUjlYTAk1qArYpQE4pqIqT/AA449NmNAf7WnHgKcPmfnivXvfbplWkjZaeM&#10;MXBCDbdQ6oC2pmVWjcIgtYD8Xt78kb+EqSyBRoC1XNfIg0r5muKE0rTryO6ppdxo04x6/wA+ve8c&#10;kORZx42ImWMieL+DSTlFdiVLUjQv9tyePpwOPe1eWOFkjQGEPTjXTTgRUZFRUk8CcdVYyrpU0BHl&#10;TOeB/M+fXvcGWHKKpjmlkKaGDgbfEOlVs2nyLSAoQo5YG4HN/ZgriOIXCQaEwa5JIoa186g4Hln5&#10;dOrqBFKiM8SRk4p9vHh173DjpMk0flpqqoandmdfDhoplKtyQk8kbuxuP62/w90qaJDCFZQK1qft&#10;GAM/OvWyadhb/V5fb+fXva769qJKTdu23yNRXeMZOmiQSY6ClQzSMWAkkiEbKC3Nze39PYg5XnQb&#10;pDI6usbsADTz4UHA8fKmfLoo3GWkMjSMSdJ40/L8/kR10fof9Y/717a/kJVp/pJwMhZ42TeFaIpY&#10;GMciSCqmdWjljOtKhZNJBHIP0t7pzpCiwSiSlNL1/CzAo2cYGa49OOekcyAjSV4kY+RpjrFCo8Ea&#10;WFvGqkfUW02I/B9lXbtbtAu6f6Q93WaVo7Jl5IrqJHHqNPHELjn/AGP+v7xra6lhdkQlYQT5ZWtK&#10;jPrjq/goupY3cCvDU37OPTbHgMLEQUxlICDcXiDWP9Rqvz7HDoHeG7dx76ydPuPde4NwQLtOveGD&#10;OZquyUURgrqORHoaeqlkigdZSTI0aqSpsSRx7gP7yVpBd8gWW7zQB7633SGOOSmUWVJfEWowFcKu&#10;KULLXiB1LXspNcR823trFOws5LFy6Ek62RkKMATxTUcihAJ49T6ajpKNWSkpoKZXbW6wRRxB3tbU&#10;+hV1NYWuebezac/7G3++PvB7Ffl1lHXz8upPv//XPX2vs2kyGbpN1SLHIsFJFR1culfE9TAhXHZB&#10;4gqJCywxrGQ/JcXJI95K+wFrtckG62r2yQXCXLXEMLVd0xRyXqfFQtUhUA8KMrQhiesdffXmfm7l&#10;HlDa9ih0G2uJAkk8Zeo0ISLdQ3cEZCSWJLN5GvTH/JQ+UdNuLC7o+LGQ3VkMhlsL9xv3ZtFXQ/w+&#10;as2vnslFLvbalPVuPvMrU4TPVj1ryRgxzQzAqAF47ZD9mipHChXARyyqSbBSCqSMf1so1FRpHpsO&#10;Lc+8ub7/ABeolnoXlj8QqxLjA7kB1DvJGpTpI4FgMdYFRyzyGe4eZ2Xx+IK1J1cFHCprXOeOfLq2&#10;N1xNFuWnoGSRZZ+xq7H49RBOLEUySVaVEyEx07ladZLuSslwoIJPtmyVPO1TjqUNRSvVUtfSRIzA&#10;VLy/bQuZfGoBl8NPqD6dJB0n6e1W4Wiu9tJZQyCGQsumoJXS2lyq9y1J7tQJZV7CCAOkqXVrbpeX&#10;i+OsyyowUV0qNTA5Nad1CA1RSo6GraQTI4rLu8EtLisXU4zMZjItDHPQyUyVlSI8a0pYCklrqlUW&#10;PVquNSgah7ATK9ZY2h7BrO0cfX1NLUnr6j6onwwUNSTUtTuqTdmNylMy+umycFaKiOYL6ZUlVzZk&#10;uVXLGwWG07ru17B+r9WoqhNNZiXQ7FhhAooEBwzaqg8OpMvPcbc955Sh5W3ljdGCczwyMchFAWRG&#10;JyVB0lK1IyOB6Mp11uGpCbc2XLi6Vf4ru3c3ZjZizx1FNVUW3aHD5Shq0v46mgrcfLS/asxBi8DR&#10;glWCqZZyz09NI0axq1HjDNExAkKQwxxgySFiAFkTW3Jvxf2/vNq3iuolWGFYmAPaF0sGARxIKE5A&#10;Che+mCCKdQzYSaNwlVZSZS7AH8OTUgCnmMDGM06KtuLH08OKr6ZSphx2S3T9nUqrMY3rp6yRft49&#10;IlklkhqGjuqqObf4+yK5t8tLlMnIN4YKgdcnkzIclWzUyAivn0qjVGCqYmijhCg/Rbccj3jbeDa9&#10;paOtpdS20iaH0RSMqgL3CgIdXMjAIdJBav29dZOR2eLbdveOqs0UWAOP6S1qamn7OPQ/bfo9g0m2&#10;NsUNR8Z+3d2U392Nvfavsjb2Nz9Q8YxFEZZKqHGdt4WtSprKgSSKoDSsx+o+nuLG+6AqTQ772jML&#10;Mkaw5zbLq6BtR0xVGEjlKi5sxsfoAfYaW12OSc/U7duMVmwWR2eOQeG9KAYY0LHSQV4VJpQkdSes&#10;9uVKaSAcNVXJr5Co9eJoePyx1Bq8T0K870tX8SfkjRVPkhqZZKrq3vqn8dRJHaNp6jEdpVdEksSC&#10;0kKlkW12Unk+pq3d0Y0QZnHVLFjojpn2dODcm4IlpF8im5sW+l/ai/tuVpyH+od4gMajcEjApKBU&#10;+G0lATkAgFQBTq8s6yRKQSUU4yVPlU5GPs8+pNXs/wCN1b5GynVG9MGmiJKqXM0PyYwcmiNQ2hDj&#10;txFo3hCgERG5tYk+58c3YlSFMMVPVMoZikdD17qIVrpdvECwQD1C34/p7K7/AGnaduBuG3Oe2Llf&#10;DkM90yVKAyCNThTJjQcq2SACtenAzlGWRilaDBOCMgritT9vSXq6D4O4RpIsw1fhooVVZTW7h+Za&#10;hBL+0rSlMnUBgzvZLNfnn3Rp81+2t/7c+TPcPXm3escNnoM71RT7H7h3P/dHJZPKbA2nlcxjkOb/&#10;AItt8ybe2/imjp4UWqrYlpoKmokWKoAKxjF7kzcJTv19PZXcg17gW1LJJKzOhNS4fAaoAomkaQMa&#10;iSV7R/TRR21sSYZFEjmhYhmJJNanTU/YKnh5dW79XYnr7MdYdJV2M3S020IHwOc6zjbMZ/GDLpHg&#10;8hDg6F5M/VUe69yPFjKqVhFkzNUVEcQepieVC4JZ39vzsDeMO1KTdnYm/t4UWL/ir4yg3Xvndu56&#10;TEVDrTUklViqbN5ivioJ5KSKOJniCM0SBDdQB7kKcyNMXeRmYIKMajtrUqcnzJDDonews4ZKpCox&#10;6fyOc5r0JWyOmOnusqnLVnW/VHWvX1XnvEc7VbI2LtfadTmvDPVVMP8AFp8Di6CXI+KprppF8xfS&#10;8zsOXYktnhMocyxsxOpS0skzhtS/qHkkJJP9Pz7Yjld3KmtV8q8PsP2cOtG3h8SiQR0HlQfy6EZY&#10;ok4SONB/RUVf96A9xv4bRTeieigKkgaXjjIZj/QaCtm9uAyMWKuSa8aY/wBmnAnz6s9vbAD/ABdN&#10;VKg0H8x69ZPdwvW/W3ycz3x66p3BtPcux8X1xQ9T7ZbBQ1+2a2py2Cw9Q2RpYJ8pk6fZ2Urqym8k&#10;Euo0c9Q4cJGChXi8t1uEO4m3t9wIndvDCF0KkAKzRqrcGYEUBpToiP7oN5NC+6uJialFqAKU1Dga&#10;EcaAg+nRXcjuHAx7wzVLQjsf7pNx5SEw0fZ22MNiK3K0iY6XKw0eGyW86OWlp4FlSTxSwwsyF3RG&#10;DepuwNTuja6Y09mbppZ48HQbpmrtrN8eMvvFsLkKnFSmjqq6ri2liK+inz9dSU1UtXNk3iFNA5CS&#10;uGjBgZ+YRcWz25pIUr3KjgkMKoxyRgHUWHl28a9GKraJGYbR5XZqHFKADIORXFa4weHXeUwmdOQW&#10;u29iuza2uzW58M1U03eOOx1C+DpZi+TqMbTrls4q4vFU9U5+wpqeneomkCl4lbyqZjaGC2jiM5Sp&#10;2FuXpXO7jno6Ovp6HYHWm6NxSYiHNYqnmbzo+B2+cdX1WIr9Ly+VKYxMAGLXYia4tOY7lPpJuVFd&#10;ZgWaSiqpSvdRVkNNVFK1GoA1NKU6K599tI6ww7nI0orWsVdNPirUjFeFCekUu5ez9y4aKs2j0l34&#10;tNTZHJJQy7r7v642rNlf4fVSUsVTJLit573rGxORngLQCZFcwkF4lvoC7fpzrfbm7NqT9N57bvXG&#10;TocbmMpBuravx7z+SqXzedVKWmrKY08WQycmTxVI9VBOpq8fDBFM0befyD2GWkg2yS623dttEV8A&#10;BDCzxrpRqkurgFmWmKk93CgpTr1vFuu7DW80pgkoMHQpXj8IIwQacegV3P2P2TDgM7Wdm/HPIf3o&#10;qcrjKPD9P7++a3WlDiM/jaShyUz7oeOTIUO3afHplhDHAjRVdRJUqk5igenHsV+0jS7e60lyuWk7&#10;T7Uy2P23WQybrx/Se0qebC7tgeDC02doMdvLcOKgh3NBNk1kWmWF/wBmUIPzYM3Fx9Pepd2kIgJd&#10;dJWYSFxICAM9gHYwK8M0x1We0vdskRbHb5U24EBgWHdTGQS1B6eWc9Jfqbt3sPJVEW1cl0r151hQ&#10;VucpZqTFY350VfaecGFpqOqymcqNxLsHa+YyGLoal6F1jb7qamdwWqJhq8bkPG1qzc9XPt7GYDup&#10;N1Zunra+kln6R+POAioa7G4qaunrs5UQZI4SqZxQKVBiEsrhIv3ApKiCS92crKYbW78VNOdQYICa&#10;jw4+BbWTSh4Eqox07HLeMywrbugFRWqkYIwRTu+009BjoxeB3zLtHJ4/CV0PWmHwmcziao8f8j+3&#10;d9bwqv4jLHSyVOH2vV7IiyNVJFJJGJ40qI4KVWEkrxryV12PtDf++cHnNzV3Vna3U1Rh9uVeYqMp&#10;nX2fU1T1MUMNPWpi6Xa+7MjPTy5QlBDHSLFqSdowixIQSLatssy891JvkBneYjTVg2g1DAKwLKV8&#10;6+eD0otnSBVSd1MjYFM49BQUBqKkVx0MGA7NoooMVhp8zt2uiiqIsfLU1FLuug0UEUUhgra6szWI&#10;hooamJKfVKZ5lDMLBzIyhlztjrTFUOwazeW1cD2FS7P2jtagrVr4esdkZOoqdv4BaRcfTzZrcu11&#10;ye6KujrRNOJKh2mjY+FYWSNF9icbztmyPbJBehrmWQAqAcPTTqDU1CqdtKU1Go49J7y+8OS3trmG&#10;kkr0FdVSSOIoPMeR889BFuXKZWrf+6a9t/H3LZjOVtVTpS5Pe+9MFlcnU5SKebJR0eA2nviGTGvF&#10;ScKtM3Ko0zsrux9mc6M2TtLt7c+X31VYXL/wjbq5ja9Z1X2FtbAxrk8zvTFU9VUb/wAlUS4jH1Up&#10;yNBZKeD1LHFrR21aQMu/Yv252zmi0veZdz8COziQwxW0kBk0ldL+NJroxkqe2nxEEmnUg8k8lDdY&#10;7ue9nWJl7aaWpoPBiDWp8j69Fb+VXdXY/V2z6DZEu8ds7YyWepMdnKLtLqCbdsUeJ23sLNwAbOgh&#10;rc/uGrlrHp5XimCt4TFOztEzF7D1uD4n7XrOuth7Wxe2tvUmE2hueffObxtHE+JiyWQhjqFlrKOC&#10;lDUsOQirT5lWQGlpwoMS6wPc8bvydttzd8p7ZtdzHBt+2XUbuNKr4x0g0KKNIaRjqUn4a0pQCg4u&#10;+TLBvp7KKNRbQSIWHAMQRUU9DxDNg9Ei2f8AzJcXR/I/tGq3FufcNTJuvEbT6x62lqk/iVDt6qq5&#10;qLM4+Cvghqse9bQZSCqUQFgayrqpHNXZAtjXR4ktM1NHJPLBX00E8tVTrHJ9y5p9RmE4QIZapVRr&#10;afU3JsfY/l3SFbcXjuqiJyAGOkKNVKEHNFJPn8h1IiGxNjD3KPBfArpoK0p+Vc9VwZXuGgi26u78&#10;mmJx+X2RunN4mlwe5chW4yTC0zZ5KP7CtwslW1Z9nt2qqaiOaYSo0at4oyykEFf+WHxpi+SPQu7+&#10;psikGMzu5Wpa3a+UrZKubCYbeeCWs/urmcq2NEVZNQ4+sqWYxAFWLk2IFvYB90OUNp90OWbzY4bi&#10;D6y1PiwO+pfDlpQkqpqwKMR5jgaEgdIt12iz37bJ7eO5TxEUspyKMPN1OSPQg0Ga06Of8UfmLsfq&#10;/ug7sxe5cfuLr3Zu1Momfo0oXx+8hhtwHEZfMy4jAZTJRU+Rr6cY+EtMkysIYgrepyGrg+W/wTpo&#10;fjl1XR4zb1TLjvjL0vvXJ7uw3W9Kj7u7C7PpNr4vGYvJx1cuOavy+BiyNPUzztVtJMlEzLGNRUDH&#10;b3S9jv3dytY7vtiW0Frtu2kyRxVMkkzOvdqI1SVUmuqhVQRSnAAbzy0YtutmquuKNm0qcvwAIPme&#10;NQerTPjB8ysFvHtDsOl3BvVK6o7b7Nw8vSdFuGdMDicf11X0ry0eBhiNbV0Ue846KndpaWMRyV1T&#10;o5L6/et1kao0eOrTWWikhoqhqiknEtHMZY6QyvDLR1YgqaR5QbaZEV1BF/eHSmM/2jVlHEYHA5+e&#10;OoxaVArBzSQeXDq1/wB3x7f+JfatS+0s/tn5H5UZWp2X19mkn290jka2pwy57aGIqaLHS5GnydDP&#10;XyYWirBSHJTRMk0etkBFj7L903FdvvZT+7iJAzAsQqKwriTUwCkkeVQK9ESbhaXocNfyx0r2mmNJ&#10;OTkVNBjORgDogdV2ZV1uGzdFm+tOhcBgs1undunFb6+UoxGWrkxG4KqnXK5Sih2FlIcbWZJaVayS&#10;giq5BQrMkcjawwBgl6g7Z+OnVu591UnZWC3LXbK25n8pTbkrfjlvyr3DrmWeTF4fB5HbG7MZkabH&#10;4qtyPjipIaWraousZIp1IVKvOT3phS43DcBciJQKOChQuKaQSQaUoRxqMcB1e3trJy4UiRV8mUEm&#10;pyaEmhz61pTouu9to7C7izuIx284Ou8PiayWKfN7I2j8ydl7losi+BraWajql2LvrravoMo2SxFH&#10;qrCKvHLFSQFlBqf3Grnz3yp31RbwrsDuXem18Pk6CL+G5XKN0bX4zea1uSw0dS9PJmcrmMdV4Hdi&#10;Y6doqf72WD7aSK66CA3s4sry/vdwL2pu5ZVLjsJYkqdTZJqSwy1SWHlwp0YGM28aLHJGI6mnaMCv&#10;kfXPrT9nR9qHp7rzL43B5yh2udyUVZPQ1NLSLvMVO3I8fBUSzUdbTjHTnEZKgYrHPojR1l1AHUAR&#10;7XvUPdu05t3phtwd29t1dbvTD0Wz8NNtHE12dqIM3VZnCV9U2fh/0hnGpST0tNKDW0hFRS1EbyvI&#10;YyFcy3CTcLwiR7Twrg0YmoGpVBALk4YDAoxFBUV6D1/EFVpWhEoj7mYMtccKE4HzqaAcOmXsPYm5&#10;jDjMhs/45dE7ynx2ZyNXkMTvbdIwFXVU1bQ1mPWuwecputd1U1LWMrp9zFVwGOSld41YMBc5GS2z&#10;Qbhwy11J8ie0X+xoa/IZOlzubr8a1fNRLU1FPLk87Wb+xuNx2HeAGFXqKuIIzLUM1hwDhPsnjSWz&#10;xn6khCDqVQGaoKOc6WKglTnUKL6HovseZrKKiSQyrJWgKtjP8RA4D1H29Ma7O3P1xj6vJ7X+Nfxl&#10;2/BjaWkdDgslXYdKalp541lgB270rV5GVaSGeSWIQUjXIKBAWuAq64wWxMXlN6Zffm8853BtHdtD&#10;IuSwOW3/AA1jbCEtJTYbJZzbOawO/NyUebytOZKWaCqEdP8AbBC0cxZn0zB7c2fLEW8fT7/YLJby&#10;aYqrIyzWZlZfDuY9IOY2oTqoGBIIzUSBy7fbRNcq91YiUkBaksSoPEjgcHNR59ZkyG7tzYyek25/&#10;cPrvcmHmwNdtet2rtvfWbxOUpKjI1dVk9qbtpcr19tL7Dbu4JKBYpvs5ZKr1GXTGQuu5PF4mObAY&#10;/HvFRzrJhMO7ZOopWhqhT4OjgShr6euk8lRTDJ0rReZGkKS3Z9R99fNsDbbHa6rkyXUVEZlBpKzD&#10;SdaFmLMlCVLFmWtOso9rWDwI4/qFVY1AxkOrCoHrjyyCT1VTld2S4ffdXuGHObjppNv713ViKTae&#10;Fzi5XA5Gu7ErquLK7dze36dkos/kNj1tFUNj61YRW0wVIfGL8iLW5N9uwVtFVY+qjEVPj8lV1kKw&#10;S061ESU61FJSTsxeWGahl1s4UrYaR9ASGL2T6y2j3ewmaYRuypGrUMis+nUy0PwNXtqDUHpBuKy3&#10;Uaz20hWlQCAKFScEqc8cZ6JBjts0Xd1Vtjsfau8sXloHyO9Ni7Z2/JUZShyOVwWWymUXDbl3DtuC&#10;miipcpgN5UDQQ08k8cgkJncEsyLOykVNPDU0dBFqodxVFRRVCRzR+XHU1aL+YSKDA84u3p5sB9B7&#10;V7dPMGilvWUX9oiuRQlWZa4znTgZ9elsN1MU0z5lipqxSpoeHyp6Ur8+mvrfM7loarC5rf8AkI13&#10;30Zt3FbjhqJsfW/w3e2fwEUsD45KKqaPLU+DkgjhVZ1MYkklZdbD2FuUxLUJoaGgy1TX01PKYoam&#10;jjoKpQmMiSVqiro6mSJHj0JobUBe3+v7GdnfrdCe4lslSVxUqxZaayRRWAJrU1FPXpZt9wzq0sVV&#10;fVwY0IAAHn9vaPPqwDr3sI7so89ubPbFodm7gzFNBX5PAbnq9x4epil3hV1FFDicVnMbSVckFW81&#10;SJ6fwu5Xy2KqbWi5bAT0OTxtPWUU+bpMyaeXK19TkooKiipchNTQmkp6KOMCup5YmB0paKNbAavr&#10;73Buvi2d1LassTwK+hVQsGaMEgkk1DVqBU1LcaV6cN9EPHk8LxGVtJLccLU8ONeHlnqbs7t+h3Ls&#10;bfGa2rksbtDKdcU256HamBodt1GUoM7ntk4jLZEV1dkp6lnw2UWspXjVp3NXPN6pBHcr74Zfq+rl&#10;zlalBUjGw454zOuNNIkcsULTRMKimHK0lLTxlkcC9mN1HPve386WYsoRPSWaQCgckspcAqPkznyO&#10;DTBOOiGC8iMs8ccg8fUDStMNwU1qcjz6bev/AJsbLHXe0MhnYJM3kN4xRw4gbkXMvXQZHN0dBX0e&#10;NpchoYruHK11WsE0DMYtUI8UrXQHFj2q6Va2hl21VRJlnpv4ZX0OSkykTSUdRPBA8wlZXo6moZmk&#10;sAY4FSxv6fb84hkMFwu5KTDq1oyBDRgCaEfEo4Zy1cefRtCxPiygBgG4jHA8T54GPz6Ve4BiMnVb&#10;f3RT9rYio/uHBmqfeO3s5tij2rOlDuSixeRqxBU00bjJ4rE08KUxVitRkHqbqVOv27RUGbyZnjCx&#10;V9ZFOJkrGkkVq2IRmeSbKSx2Y5CKlZlcoAhACjg8o5LiytFjdmMcJFNI4LmgVAfwFqEA58z0xO8h&#10;nLfUlVCAcKgUahr9h8vl0jspurrvYcOOrqqtm2jt2fHnFtg4qSnkptu1D5CLD0GL2hQ1LOi7crc3&#10;4JKeGoZpkdzI5up058Lkn21V5CppKnJUefpMaautpMfkBA70ElaGp8TLS5IyU9ITT1F3SMIUZgAb&#10;n2CueOT9o5z2mW2udqiubSWQAGgXxXVGFTIoq66iTWudPEU6AHN3JHLnNM0Iv9lguJdbP4mkK+pV&#10;qHDjJYUxmnl0H/cXWeD73wG28Nltu7G3X1luPezYzb+d3LtiTIUJ3fQ7ZlTI9hY3O7M+3rtylM5j&#10;CI6qplqI6mOGS4Kpb3rMfLXorsvYPdcnam48NS0Oxty70xFPRZWDJUsrUWbzgyFZR7aqKQS/dS5J&#10;KSleUmNWjMayNcBDfBndfbjmvkXmnbZ97tAu2SSR+C+oHxMHUukGtUAqfQCpNeoR5s5cv9qtpnuV&#10;/SK4qRU1xQgeY9flXrYI6+7B2jubHYTFYjcFPk8ouDM4hMU1LV1tHhno8XkMvDSTxpKKAV9RGusg&#10;ANKoPJA9m6ppC9DTn0+qKJlRLizmGIs4P9kOeTz/AIe5Y3JoqEMsragRkEVUitC1aEYqAQTxHCnU&#10;aWUqo7iNPiUVJNMeg8v29LhgdfP14Jvbn68c/n3Ow0jPlqOmJp0FfHWwRi0j3lnx9WkUEcUaTSzT&#10;VExWKJVVj5HUW59hfdTFe2VzZqrGkDgKXarM0Z7RpySPIeeMefR/YKst1FGrEEOKVNPMVpT16aNx&#10;y/a4HLVQhnn+3pGlZIBH5NCOheS80kMQSGMF2JdQFUknj2VzriCPrHsz4b9v7lhioZ8B3RuHqzf9&#10;DuINJhNrbfr4TFS024FxUwyEO8awbphnxi+RoAhhkZJI1JEK8h28Wz8y8o7zuNuibdNJNFIW4KqB&#10;k0siksJdZUqpBBqCehzOgjFlclFqk2a5AWvmBnNePQNdw4yu7S2P3B1ttzI5XE5Gs2Zjcpt/KYUY&#10;yXKVOWrpKibF1eL/AI1T1OLlwzZDAfbVivGzMjyhJI3ZGF8nTnVKdd1G/dtNg0w2O3RvXem84o5J&#10;RXxZOHe9Ht45nOzVMk0uQ2ruLeGZplqavG/urHVeYxORMLZp8h8v/uu0mtpNoaCykuZXWoDrQskp&#10;OlqhQ71Za5U6s6lBA92XaLK5uJpPAb6e5OouB2tQUqVOVrjPAnI6p77v7cwm96Xam+8NPWS5nD0+&#10;ysflYadnoZqLdPXGZ3XMZo9v/aU23N0bH27Q11UsNaksUXgEVTKimF/Zm8fTyPR0sdbHHohanRZk&#10;Z41jo1hFG1I0Q8UkkMGhVs12XlgBzeUp9BnleJnLMpweBJOuoPkTU09R2knqQbexgtIiiQUmKkk1&#10;J1UyM/4RmvRH95ZHH0u5M9kdq12RevymNzTNiZlgrfvs/Pk5N00m4aXIyCtpqHKZUVc0wki0w1KK&#10;kEjsPHpdcXt6mjaid8cft1e1GImac04hjqJ0WUsSsU7VUkrxzIt5GN2OsCxJKbK1LQW8USEig0qQ&#10;BVqsSeAFTkH8RFPmpe1H0xVSrDQOANBXiTnHz+eOHQVdgdu1aw7to8du3GpmKijp5c61VRyYuLNT&#10;ZHKYjGVtfAhVfvMZR4uOhp6vGzzEUKARwp9uz604u3jPhKvC1kMmUaevyv8AEEylO1DDXYStrPWJ&#10;I4IUbXWH0ztCdNSyk3ADD29Ja27RSWyRW4tBEqJGvBP08ocn4jWobgpyDjoqstpt7WO7gjUKxrRg&#10;B3ORVjgkVNe4ngehQpuxKHF78pN14/I4LbGJodq7Lxmz4tj5GHPz7a31t7azs9IstXkqimNLiEna&#10;Wjp8gNOKpalVKSM8beyH7/qNzyfJ3BUWMq6aiweKO1kyCVWRENZLWNhqrKYOqxFHLEkWWo6SaraO&#10;VXUmEqHujWPvl171Cyk93udo5YXMAdYhU1kWSOGOrKVNSuoUqBUoTg5HUfc3RwwXlvCqGPToIFSa&#10;1NDkebfLgOrxfjtFgv8AZMqetqaChyQkl7GepEWMj8aqm5JsDn8RWLFUTLi6jK/YgOtM4gVGCLwt&#10;vYd5nMybsw+3aGrqNu5bIV24MquQo929PZTeddWibL5WpqsrQVsxXD57+JDHU1NDR4yllFOtJNHO&#10;GkWMlfHzNvEntZy3sVlbRJZQJIx8K3ImlMkhdzJMwpP4hOhQilRGoDAMvRDu13OiR2YdiA3bXtrx&#10;rk/EOHGgxTj1L3qlVs/sLeWCocDuamwWNwe202nkMB8hMF1tQUUNDtOnWHZFVHQJNuXauuqqJqqT&#10;J7jqo0rZpIxTFlYqGzCnrPKfa4vq/oSko954Gqmz2+a3avxm3djq+iaWqpq+XdVJh3yOT27DS0GU&#10;kSoSsgx71lVL4y8LaLIQctQHcb9reW2mfQvaFcq2oAipAFV0JVQFOCCx6Cl59UkEi3MRUscVdASf&#10;xZop4f5ug3rp89svL56bsPubfFb11vekotv4zau7/mR0ku3sbW0kddLXYmgy+S692/vDIZHemODw&#10;10FXmayngip2+3ZHcuXLcvynpsBj6nYu89+Jjd346LOV3YGQm6t3hhqiriyGRizeWzWKxUuUpM1B&#10;tfJ0+Tiqqt8QY4IiatoEEEXjUoudm2pNz3WfXdtah40oVBbiqh2VviOcNQnTR5CdWrotsxeI11c7&#10;j4zM+vToCNXtpUZ0iQIACQBQA+ZJ6k7F+IfWVDhM1mNtdG7szVHV1LjC1eG7U6g3Yck+KwcmBpay&#10;OrqYv4BW5PA4yjXEUUuSM8iGkhklf7ry1LkA+bFRU5n5xfLAYrH5bK/x6LprcdPHh6Ovzcj08VJV&#10;0v3MgxtNUvLRyisXxzMqizIGIYkG+1JcNt11BbxBws+mnFyO8A/p1UUoTjGehZIlPolLqV+mjGPP&#10;HlXOB5n5/LofPgLtZOlvhh8a9j7vrtp4Kr2jsmu25OlN9xt/Fx1FLmMtIKKhpdwVIrI6mmp4D9ym&#10;p08qSNGfFpPsujYbOJoSXbe6I+LsG2xuBSSL6guvGjURbn68e7i3uQyIsLFiaghWC18wwpVSRnVi&#10;vp1shwEOnUCKenH18xX1+XRy03btSXV4tzbek0AF9Gaxr6AeAW01J0gkcX9k87K2vvCp7B3ZVUuy&#10;971sE+SjdJ6XZW6KqJy1BRgaZabEywPbTp4Y2I9hkxFLiV3tWIZzmhBOfnmvma9NyhfEbtqpPpj/&#10;AD9TFzuDcakzOKdeeVyNIw4NjyJiOD7Rr7L3uCA2w+wEH0CNsPeCC/F1s2FUgm/+PuxW4LRsYmIB&#10;1UINcfKnTBfGqgxxyMddrnMK9ymYxbAC5K5CkawH1JtMbAezB9PjI4nAZ2hrMRSU9dBn4Fq6LcuF&#10;qhlKKRsahEMlHWyUNRQPp9ZSWK7XBsLj3NfK8YOwQalOrQTWhzmoVvUHzHz6pCMyMDpanGlQfl8h&#10;04RSxTxpNBJHNFIoaOWJ1kjdT9GR0JVlP9QfYlrW1bMP8n28FX1MiYCmSWQgWvqlllIY/hudJ/Hs&#10;VReCIVEcIWTVX4aoMajWvpmlSM9LAgUBB8YOagFeFfnjrJ7hNWVUCiOIUSi0jF58TQVsysWuS81T&#10;GWAH0A+ij6e0srpCPFiEbFjSgJY5yRU+YHHyGAD07UuitHMNQoMDj+3r3vjFX5Iyxlqijvb/ADce&#10;IxMdwQyMdQpNQ9P0IN78jn2wZqBQYv0iTkgBqAVAHpX59PL4jahrag86AVr5DHn/AKj173wmyGUp&#10;m8NLVinhjUsqGhxtRci7NI09TSSzSfr5BY/6349ooJbSTS9T2k8Foa+Qrk/Iiufz6djjWp76KPLA&#10;/YfQU4de9xnyOUkWWOTIzSxyIwkikpsZDC6EAX1U9HG8QueNDA/j21OqswlaJTwAYLhSa1UjHnwF&#10;O2oqT1SpIByF+X+Xr3vh/EsqoMcORqaeOJQBBElEllQADxs9K0pBvzdyf8fetUsfhqsxoyjSTTSB&#10;ntJArgntpxr1buJJ8RgpwM0H2fb173Jpa+rm8kU2Sq6yARLIIqmWLxRSI11cLHEmlkb8+7CS6JET&#10;QsvhsCua5OCanz40Hzz1oV/EDXV61Jr/AIB8+ve8L5jLLK1s7lwSxbSmSmjRNf4vGyOpOnn/AA90&#10;CDxQViKsxIrQagfPA4caAtny8+vIjyVoTitQCRXPXvcM1NfN43bJ5CVoi+ioevqXmjV+GEVQZzNA&#10;n9NGn3VQI3OqELE9KgZOargeuAaDzyen1RV1GVfmc1r5cPX1/b173FmlrHKk5HNSAN6D/F8rIXFw&#10;CWT7q8ZYiwsQPp79HMbeMKbejkHHA/aTwqBnhXrWkpQIlXIznIz+zr3tynpRLTwFp61pfFeVhVVf&#10;3DMv0d2SQVEpTUbBy1vb8csoLRxHXF2/CPw8cscFq5Py62fGowYkpWn7P5nr3tkkxBdy6tkjd7KZ&#10;Ja4kBR6tSsdGkC12Pv31SazJMvlrwMAVoKg/5qA+nTSCM9zx0oK4J697hvtySYK6LPKvqDOIZpUQ&#10;C5Cl47q1v95v+PakMog1BVJr54/nxGD6dWkMLqGCBiD51H+qvXvag2NiKil3VgWnopaZnzFBpaSn&#10;dIplWZNUYkbSh/xt9P8AY+zDaEhG62JLAqrg01Gta4NQK/MHosv1jW3kqF4E0+z/AAfLrx9iR2b1&#10;Z2V2j2/ittdX9a717N3JHvCsq3wGxsDWZiqioIqh2qJq2rRExWIgSN7iasnhjBsfUL+3+b9tupIT&#10;FbwM76WJNQADpb4nY6R/tiCxPr0inpHCrFuIWh4VNAa1+zy6DnsftnrLprac+9O19/bT682tRxjz&#10;Z3eGboMHj9foVYopa2aI1NQxcWjiDyG/A9mV6s/kld+b2mpqvfGQg6aw05aaqGf7B6/3xumgWaQs&#10;aOr2519t3LUtDk0VhqSSuYBuPrcDHyfaAKJPfCK4bTSPBahONf4UGDUs2KZHV9U2lK271J4Kamn5&#10;gUp9vVW/cH87f4ldVU1eMXjO2Ozsh9vLNtoba6+rdr4DeH20RlqJdv7i3/W7dirsbFpI+8WD7d+C&#10;jOpBJ9Otf5FmF2HuCXOUXygzuZ8+Jlx0tMeu8RFohrGR5ZlmnylA5qYGhXQojCkk3449gD3E5Ese&#10;cOWodl3LcTaW/wBakpZFWdm8HUNKhXRRr111swXFKZ6GXJ+/tylvR32CxaZ/p5ovCdwitr09xKqx&#10;IBXC8eBr1WRnv+FS+zaFKqCH4X9jbfr0kqoaY7v7CxUtIzrpFHPUS7N2ruaCOnk5MoWZ3RbWB5se&#10;v/hsD48f3C/ul/Dt2f3u/h/2n+ln+Mz/AN4f4p5fuP4z/d37v+6Oi37f2n23g8XF9f7nuN/9Zj2u&#10;/df0WmbVpr43in6mtaV0V8Hjjw6V8P8A0XX3dCz/AF1+dPq/rPGtfA1a/B8Ps0U/svEr4tfLVXV8&#10;vLojf/QSh8l/9Mn+kC2w/wDRx5rf6D/tD/d/7L7L7Lwf3u/uh/fnX9x/lf3mvyfc8eH7b/Jvf//Q&#10;tZylBFkaSfHzpanyFNVUkzlU0szIi004RrhhTz+rn6i/sYcl7/d7DvMW52924kgZTpQnWI3J8ZNQ&#10;83jxTIBAx1H/ALqcjJzdypLZTXFSpcoTUkSKmqNiRkEUK1HAGnWup8fe8s58c+3dl90bQiEm59gb&#10;n2nuCCJJJIpq/A0ldUR7w24XUWek3LhahoXDEAMqNzb2CLUNVQz4+GsklSbG46txmSWUkSVywtIK&#10;eXQrtE4JUmNgLkOL++jm2S7Vvu2W+/bPqurWW21lC7FgyslFUNQxl2JMoINDQA9vXL6/tH2y83ey&#10;ngYyrcU0qahHBGoZAI9W9Bkdbu+zOzNpdy7Ih3zsOTEVG3ex67a/YeycilIzxYekydDTy11FU1ca&#10;iqWqpTMaapiJCtPTMLD2208VZGMQHiWeWgp64S1LyalYVmp40jkAD1Fo9AYoVsPz7FT7bcJbW1wb&#10;ZEK1qBIa0Zga1qMAkla4NK1XokvrhFluXE+nxXQBFGaJSpap7aksADXVStOjDUlLgMlSbuFOhosd&#10;lajFVyRzReKSGtxzNSSTRUhvFCI5oXlTWGGthdT9fabyEUIoMn9zL4lgr8DLUGzSxx66qYPKEb9w&#10;FTKAf7ZX8n25BBc7dPE5tpG/WZWkBqFXBIRBULSpIY4oA1ainVTNO94n00VWKyAeWNIOnGMjzGK9&#10;DTtdTHktlNFG1QavB71paUkxw1lZJTYulssst/GC8lISgv49fIC/ULsS68HFKumNkoqULLoGkQid&#10;FcByCRrH45/oR7Q77b2l/uRmmvImskjJIr3la1NWNCdQABYCoaugamPRZa43MqZCE1kmnHVTjSvl&#10;6+fHovu4qDxboqaZ4Ur/ADZjMolDLKykyzY2pngDBbK6liL8oQR6Tfn2RPelPUUe4sxTS7Ljv/Fa&#10;77SFJs/BOaeSoZ1lZaSrrFMkl9allUAH6W4GP246jGI9v3ZoaDuPazaSCSukhdLoO1gKk4IUGp66&#10;we3s0dxy5tEn1Ep/xaKvwkV0LwOKedQK1PQ29SZXH53Y+2spjPlDG8S4aggzFdkMJ1FlcZHlKGA0&#10;1Rjopdw4LbU0VJQsohYxyvzF/nGJLMyQTYmmjBy+DydErppLRZSop5Ga4OoNl8U4a4uLgC3Psrkg&#10;3llH0U9rNKAGUvGUopGRpjcE5AZY2LLWta1oJHSWRLlY7dmPdqUE0K4/hqRjiQ9a8OltV0G+c81t&#10;gdvbF3LNBUOZtewMFuSgkTSypEP7g9g0jUsiEi7a2LKBce/atuyktEdy6X1Mw8+BqIo1JssaEpTS&#10;yXY2udJ0/j24X3WF0WW0sdZdQrKXLydpYsQgKqV4BlpSQ4YfD0cRs0hjgkdagjVxAYcSfMKfPzzw&#10;6yJTd24+NVyJ6S1QxrGkgxncGCqpZ1sXlmSWqzVNACnOmMyqGsL2+vcmO2nU2E+SyWPKXGqo2vTZ&#10;JPKCF/VQZZX0gfVmS3PsgNzuz213HbWAuNWSvjs1UNQwZStKpxRRR64DdPRLK7SBpyIQ2ATUkDhj&#10;IBJ/Fx6wxb2+Ru36hWxvX+xN2QyFNB2335mev6xISpdZdG8+tZ6ZfIxK+NKgn88L7It8tPg/jd8Y&#10;DuP5i7J+SH+iuPqzqKfGdg9aUWB3vQVXyHylPnWym2dl5qao3Cu38Vhtx4wJQJD9rWUP39B9wKbU&#10;SRjDb8n80cmc2Nd71ba9p3DdIzAsSAeBGy0mZiSpkET/AKjA0ZVdQCQK9Ly9WhFxcaZQtFSgGriw&#10;DEE8PMkeh6g1f8xHs7Zvym+HHxD3N8Kd3btz/wAjMvurcGO7Kj7m6w7AwXUe29iwfbb23fJUbf24&#10;2UzFVtaHLUtRUJIaOrWkyy6qksyxGqfvWn+Lf2e0q/aOT+VNRkqierTM7e3NhujcXBjKR6Ommlq8&#10;bufHZLIR5h0yt6dIjQU58Npib/tgaX37viu3S3uHmttJJ/TEZDEntpUhgRkvihwRUVJZPPcF2WSy&#10;yOBDjSR/vNR/PqwTrCp+bktbm6fujC/Feix0MbHbmY6w3P23k63ITfxKqVEze2917RxEGHjGIEEh&#10;aDK1x+5Z006FWRy+mq6PgRWmw/fkigoHeTdHUNLHdyR+tdrVSoWNhYkn/b+2kNqGoC6sTxYL8P8A&#10;DkUI9MdNh51IYWqUPq+Mfl0L3j7hYSf5b1rG1j4h/DN0TAH8GRv4tTkj+oA/2PuRT1vTE89NQ0Gx&#10;e567J1dTBQ0kNV2V1/SvPX1MyUtJTeKl65kZXqKuVYwLhtbAce/RpDNNHHbIzhjhKgk+RUUAwfId&#10;XL3EikC2jrXyckn5cP5fl1JWk7SazT7h2DToOXEG0dwVDaQLtpkl3nCLg/T0fT3cF19233F178f9&#10;s7ewnXXYe1NidU7JxWPrqbffY1FishsxKuomgmw2Yo32bjGxtVlsrLMaONQPuoyxSPUWYydHyTvk&#10;llFulxtkEUSqW1SN4ciq9FjVNSgtI4GkgioALA+oc+gure/ub9tsiUqasx16mPrxz5VIHy4dFui6&#10;m2fUdg0G5svu/rXKby7IyuUyFKuJ2Zm5YNzvtSUypV4uOPsGuxgqdu0XgGQqvG5klUJKwTREBo6/&#10;wHYHamysXud8XnP4FXy5Oox2QwWV68qNv5DHvVyY8V1am8sS1XkpZ50njWd4ZMe1EA0frLD2U7tu&#10;MOzmKK8vAbwAUNeMerV2KFqaABdTCrHsAA7ujCCa2eDxvBVHHHuZTp/oitPkRx6Drs/LbN29vLJb&#10;TyefkyeZgpqNDHQ9f/I3Ir9w8Ikq8Rha3qzc67ZinTEVa+SlE0Vb91KskylPGVx7l2D8iY/uq3Db&#10;23ltHHU0W4Mxn63Fbx6W2bmvtqCmx9NBmMju6i2zUwVU59ceNwzieU0HmqkaBlSFgPuHPl7JqTZe&#10;YTHL8IjjLLq1MTpEZX4qZLCukVFRXq1vsO1M0s7bfWN1JNGelT+ZINPTBHScw1L0rJV1r5XpTtvM&#10;CvrMDsvG1GG6k+R4wNPQVFJV5KSuptkZLdGQMe38QtLDTZLP0tPRwx5Kojp3aYguGXrTfe7c3sPI&#10;U3bm/cfnDRbqrc7hdsZjfGfyb02y/sKL7atrq/bVNicfmJ6+uSWrWSqlqDHSm85jAVQbQR80z6Jb&#10;nwGcBWMjW4uGYoSQGdlPaNVSBQDBoTjov3CUbanhWW3ySjHYtXXtycsa4FAR6mvQ/wAvUHVeG3a0&#10;+J6SrlyNZgMZE+9KXYm1c/PHpp5WXHxZjecmbzmIo8ZHTpeip/FF9zLqAkkLuHnfFV1tUVW0cjsT&#10;sqq27VZrJYTC5CmhqzuTKVmX3PlqbHYWviz254mDpg4qlVpPArCog8cKOutZA7YW+729puR5jtLY&#10;3RYG3neMxwgZJZii0JbOkMq0K8AK9F0m57jLc283gyxW6RkyKEwKCuSa0NOJ/l0kaxt/bNGQ/hvT&#10;1JX0cmNrJP40dvUm0o6bHxRmaekQ7IqvvMHSZTmWtjbXqkLsUcej3kp9s5XoXM1W9K7sfsDddLh0&#10;ros3gKzbmAwlFusVCtiDLuSrxlDuOoix+KfItLSQ3kCklR+q/tJu8Zn2yKSW4tEklIGmI0MragUk&#10;kKU4UooBFMjzNDCC5hvSGtfqSWo1XdQo9CNIUk+leFeB6zy7ToOwIYqiV+q8bveJjW7Yzcu491bk&#10;oMBWosc8CYygy+W23mpTMaUR1hozTRsAjadcYsqN49/Y+r2XvVqfZ3YWytw5TZ+dxNPnNuQZnbuS&#10;29DUYxoYNwbbqaPZUz0m6YKWOX7KeO9PKx1AE3Ajq45VuLUCaK9DyBi0gYNHqDMG0gCpJk4ahQL5&#10;A5PT1rts0MzxXV2jROCCOGeNa6qgHzNK18+mrKdZtujG1Wx969u9Dbl2PDUmvy+y927cffdNuCCh&#10;m+9bD7xg3V2hUU2S2muRWGeWGenMyNCqhwAG9k/wXT+8+4ajrCDaVX8lMzk9x0NHu/C5vt3uvfZx&#10;9RPjJMdlK/Bbxjo9k1WKEMcQjL08P2shp3JJeRZFEmcg7Dv2/wDO22bZsXLlo9+jhzViV8KNhqeR&#10;yDoUVA1aSa0AFSOjja+U2utwiewVfHLVq2qSigepqR/KnSESHr/pWKu3BXb8+EWxKDaNDNlstieu&#10;/jxj8PuTH4svLR0Mu3ETtJqtJcrFIiLI1LPHNqPhUow934baXdAzM8+dwNDjdvz7fw023f4HNUT1&#10;1Dl2iON3Hishj5WXxxxVZWWhdQqxQ6g93599XdkgvrSzms5obaJFMZCq39AMwZtKjtZcFa6gwFQQ&#10;R1kLsNpdWShXjVmZQK1GABWlKeZyc1PVMPauU2NXbTlwux+yBufe+O7Fz9NvyHfsceIw2V2kZZt9&#10;7Qy+M3QYqqkrKKShiMGQWIyT10hiU2C29ivQLHUNI9PJXq9HDFHLLPrYmBXCMInJeKaZNZD2BXVc&#10;e6X8ggWKO5hh/XkOkCgrJpJBbzAIXBrWg6O7qEssfj20fe1fLubjX+IAU/Zw6IJ2HV5HbtHiKDdO&#10;F6+qKXfOezFfh8bhBjoo23NLjpa+lnzNLElHlsPhsgmNikpC0sc70wVlLA6Pb0KSiSSaSXWEnemp&#10;XenMw0COMrASiEClA+pYAAg+wndbtuMNvb2e32qybgySSokgGliGDSCow2DRFJBBC56JvqLaGVLd&#10;Iw8tSxGk5rkliONPIfIefRbKzfu+1xWFwW3qDH5HO4zHbp3ni8Vummxc9PlZ6rJxV25YI6uWNv70&#10;TaJQtLSySNPE0Ktqupb3mLUs7zULTCNUjSSVNLpeGUsCXdgBpufqDe59pg1/tcUe6x7c8ryu1BqU&#10;6XArXBAAc/EDUCgp1Rrv6ELdiq27MQpNNIYElsDIDcSpr8umRF3ntCixHZ1NtirzFRmMtk6PFzPW&#10;Y6rSj3BjYaarEVHS00wZGqwoMkdTHLCFiGkNpN2aemeT7eWIPWU8tVJSFoXjlNNRhWpndXOlhKzk&#10;hoxq0nm59ie33C3aW6S4iWC4hhDnxKrqdgX0nyMYH+iE0ORQUr0bkQyhZnt0WVBrGoEBgc6VqcDg&#10;SfPhToxm2984/HVO4KLKLjtg7o23tTF70hizseR2+dw70mlTdlHQyQo1RTjCU1GqywZbywedboqI&#10;LH3rl/zUult69GT5Xv8A2PubbH2m49x5CTfGNy3VvVlfRbeTKOmN67p9vZXN7Py+d3TuSrGNnky/&#10;3cz6V0SLZWEYws99+TLrZ9yh5p282y2l8dTKkSRp4nECAAEtjvlbFSQQKEARLzvsr623aO4IMhGt&#10;FoFBxhMcR+LIJ48etpH+Xt3zt/5U9emnz2K3LTVGEwG1aGPK13ZG7jkt55yHbdBN2JmqXbWPzEFJ&#10;tjZ2KzmQpqTFMjWqVZ7DVGzsOvXPV9Fiet9u7qx/XWJ2fFvPZ+y872Juxt4bZo1z1FXbao8pW1q0&#10;EmdZoYq/JVskq4ulpYYcdG+iNUC2XFndt/igvpLKaz1SpIdBdK97UNWZgQYySSMVWtOoQuNm3iW5&#10;M73lkxapCqpaU5xqWlD2/EfXodsB2T1dWb7bYOT3Ztvdu6K3I7rxG2trVGA3lu2WnqsHkZ46qneS&#10;u2c0GPq6PH0QSuqZK11rJoxd3QAl22thKmDPVTYbde4P4fX42Sml2p1Rvwbmo4PHG3io8hT5EYo0&#10;UdTRuohmp5IQrftoCyOxDs+13O6o0qpHE5f4CuRRqjSctq1UYDIK1OB07KlxYIJV29pJUYVVFKgg&#10;8ckH86g4NK9CJXrtmRa/R1VtjEZPEywmt3F2d1/QbfwmRirxUU9UuGyOHpMrNkawwxsJUChDE/rb&#10;S2kgJ23lt60Gd3ZtHZ3W+UmxOMzOLTcG9ZIsFh92dh5EYCneqhz1XndtbvwuZ2hV1UkNNFkWljy7&#10;NRRqJQhYE82jab22Ja+bs8Vioq6xMAxAYsp7TqLGgPcK1PAdG0F/JcW0KzWy2yA5jkJBB9G00ANM&#10;heOmhPUOXZmzd57awbZ9OusNDh8zVVGPweCj3HUbbopMfJUU2GipaTGZjY+Qos3Hg5mMuPMZijed&#10;rwOVR/al+N+0cTubCZPde68DvDaeX29vCoiwG0dnbm23UpTQYTF02RyEu8MZNs3DS41pKiUiJoao&#10;x1NECxkhe4Itm3C5lheGzsY2thRWbxW0EMQo7jpChgG7SGYEVNOkl1PZLrN3bRtCyZywEgp8INSp&#10;FPLJrjj0h99YPLT1tRgsFkeo8JtChoMUdw1e/uq96ucxUZKc1scu0szP2PHjZaWmpxGsxahq3o6o&#10;o/7oPjTH3h1xT7O2DU1+19/bk7KqMkmMqYNs5feWJ39Jt/G57LP9159j7IyVLlt20uLp3CK0dY70&#10;ikSVgdAxIUt+a7OS7k2y55PhjuogFaVyXdyoYAcKHSAArqaZ1cem7bbtkneG82eWOOQ8YxSowKjJ&#10;FDp4jy+3pTbEziSPQRbbyW1MNLDlMrjpaXA7Eyky7oFHjDPFX0W4s06Pty7v5GaeklpqhYvHAdTh&#10;gIHR+M633Ds3C9RR7m23ht4b+GB7D2Xhd17gxe5934j7HDscptGPHR7loszQUGZraSpSDHNKKelq&#10;ZLKJG1XzW9prPkjftqj2Ka/sbfcluxPGH/tWqqN4WvUreE4qHDk0FSgY0HUicqeBuwbZ7q7WO4Vt&#10;QYqMyKa0WuKNQKzE4GekJ2du3cHXeQTtyl3Vu7L4LZdFPtntOg29tyr2zi3j3HuHGGDfdXhchgcv&#10;iRHt6njSTIZaIzSRYpJGd4ltptuwGMx00cmNemgUUG38JBT7agqYavF4qgnp456ehdqZbz0Tx08q&#10;rIzmxBFrFfeSux86JHu93yyFI3WzkAcwglSsg1RFSaAFFPxGjFQC9WNBKexSTWd6VZgGDFSBiN65&#10;Din4q9oNaClaUPWvtvrtXc+3srjMliMpW0xyva3Y1Rmuz58RlMNuzdmepchU4ltw0DZh4qWl3Rjp&#10;MlQzJDTQqZqVkmcho3BUW5qJKvrKaqxuNyOZgjjyTGnx9DLPnZFVJolpsVQOYWqqhKlYoo4joEkZ&#10;FmGnkn5h50h2zmjf9p3OdkkWziP06AvJIzjWjQKorJI1G1LrABUk8D0cblu13Bc3Ud4NIZKEChoD&#10;kaQBlh5cRXJ6LTsLuwbN/mG7p2B2lu7C7EzNTt/rxKbC12aom2dXz1L0G4IMtkshQR1gjky2F/iF&#10;fWTxTS/a1tO/kjZpCVeIaWKv2xhq6mejhl+4iqWWB1jTHxaVgdK9SWWKshmYmax/UCVNvZ3s/M+4&#10;XvNG62tzs93Ft30yFWlQo0jSr4yKik6n0x9r6ahHqrAYPXtr3KWW5la4tZvD0rTUO7BwSCKmgJoR&#10;69MtF2buHbXys7j2Puzbe+6vb6bRlxtDVbixtRJkt/Z6tE27KL+44BFRl9u1W3o46ei0oyxq6pMi&#10;swsjsdt+qqp8rVy1MM4askozUCip0kWGVZFhSknjVWnhOjU6WLvwSLXPuR7jebS3/d9odSzPGXVS&#10;xzp0ltQ4AitA2AMitcdCObdLWCSOJtRZmpmlCAak+RBHlXj5dHh3t31s/adJ1ptenxGXxtdV7Ti3&#10;ZR4Ko3LlailknxE2Nqc0248bUvLFiMrS/wAQENLVuyU0JDorh9EYbYsBXQZv+Dbg3BlauObD0+Mx&#10;sFVHE1SqMWSKeB1hFWcpJE7hEJMYX6WsB7VLullLtZ3TZ7OFkE7O7I2pCV+IHOjQGA1Hjq4+fXpF&#10;s0BngU+C4104iqnzzxr0rJ+39j5LqGr7f6M6w2RTwUfYWc3xvau27kZTtubKUKxy5uny8smSG3zt&#10;GnyNJTLW1CKs7Tn1qwklYpqsxeSpMvmsNja/KY+DBUtLT05pp4L5SaqFZDUR1zTU8slfDXUxiDAl&#10;ZvIjc259vWNzHcTPuV9aI8Nx4ZXVUBdILVQKQEZG/wBMtCoFOHTYe3a5SWRfiRCSudNAzDA4kYHQ&#10;w7S3ltLd2y+uO1N7bX2fuSftKvi3E6ZGiyXh2PQ4OHE5bG1eEoaDJ0VFtvIbRzyVbUzKk9AKWaLS&#10;uptJUW22pIVGUngjnio4K1IxO8cqJmXcY+mpZUEjt90hMjGP9elOQQL+2d5ZmEdlFd+G80yfIsgr&#10;I2mtONAK+laU6TzyOY9IdlcOtQDUliSxoPMYHDhQ1p0FHfTZ7Ox0/XuD3DWYKv3hurZ7V0uLiq6D&#10;KVHXNDFUb63Pk8bNJR00QxVVDQ0cK1o1wq87AGOQke5lbS12ExlBG+PqGqcnTzz1kGLaOep/hEss&#10;qPVuzyJHS09ZBIpUhrrpf+nBRbbhb7tu1zFabojLA41FgdKPGNPhcCWfxa6gaErT5EtpouptMUoe&#10;RGDljgVWvbQ4OpjUjiR0jNob02f3R2RvifB74wlVh+tdxY3FYvJbzoazHYGm7NwdFRGj2XTwxUtX&#10;Ubh3FgdxwVP3cBjAnjmpjY+UF32fass74DJZkU02SpJTSulHTp9lXUEkYiiFVHIdeg00ETgEm7Hg&#10;C9/erPdYYYr3b9vMhtNFdTmrK4yxBGK6ywNBilPLp61vfDjmhI1gJhiKFeGqh86saZ6CzafyIwWI&#10;o+2+ueq/43RbGr8GMzQ5Tc2Xrf70bR3ZSVb5HLLt6vooxStULuLK5ClkaONTFFBpZm8YX2UHtTqD&#10;rTsrc+UoexcBT7pwFLFJuf8AhVRUwLQ09dgaGagSvWSMfdYepjpqoxpVI4Gm4KsBwe7ls2wb5s1l&#10;ebrtkN3PEQYy4J0kgjUpBU5BOoVAI45HRbzHte1brZpcXMPjKRkfKn+AZrx+derkOoe1954Dozrz&#10;LbRfHU25qquxOz8dmczhcjV1wh3jXR5MtAryUtPuCON6Vpp6Rv7TKwkD2vV1X5KnXI10WPiFNjEr&#10;KlMfTRyvUQQ49ahoaNKee4NXAaZBok41gX94q7xJDc3+4RWWu3TWxRC5YilaUPBkIICtw4A8OsNL&#10;63sl3S/+hVo4VlYBailBwAqKGpxjHl1b7RxTCjozUu01V9pTfczPCtNJNUeFDPK9OrSJTu8pJMYY&#10;hL2B49rPr3LINx02DntJQ7ldMPLq8Ubx1s5eKinpa6oX/cVNK9Q0AqA8YiaVZC14x7J4p72K3vrR&#10;7dvp3jIyqmpEbAyBqVD0OkAEfI9GW1yNbzoXWg1DyBweJx6edPLpBdmY2KbbNbm1mmpq3bdDkMnB&#10;NB9zN/k0NOZqxJsZBII8vHEtOs32zRymbxGNR+4fYubE6e272ZtEU2+5KveGK3LsKspOwd20uBq6&#10;HPYPeHTG4Kas2FvrdG0CYzUdl7cggbGZMw/smTWRG0FVCWI+VOXtm5kDNvk5rcxxSi5iQqFuopFU&#10;EjGl2iqkgppah9KiZtt2vb90RYbycmEqyFlUhhQ1Wq14rkA8KVpWvVfXaHbf+j/cFNicJmavbe6N&#10;n792q2ycJnM5Q4/E7zwnYQSp3f1tgt2yCShpNqPBRR5TE1FZ4nWkRxDIfBNFHa3sXZsWJwNJi8bB&#10;Tyx0sVYtGaOarnkjwVTNDlKF8XQ5H7nKJipKo+SCnimkijWYrCV0IqZLQ3Nhyza/TPfFbYJri1K2&#10;gUrqjMjMwBC/gYjRhBVTXqRtr2v92KYYbjVACWWo0g/CGUsx4eZU8OqKO/u/8PjN457c+bztdh8V&#10;lpcTnqAZvDxU216nflPR5DBbs2xuTfmNq6Xaybrj2/MfvXytLSVJrKSP70Sx1Uskqzpsi6Yqlm8U&#10;IYTPWUVc1K8kVAsx01ePqtfklizC3Y2cDxKAHuQfZkLIXe4zTfWS/Ty26B4SdLEjKSpQjTERh1Uk&#10;sxJBAp0dxWUhd1q2k/ECR+0eqHAoM8egnyHX1Pne0NwxR7i3F/D8vs/E4Td2wZM7FicruybHIKza&#10;u/dtR0klBRN1ZJHFDBURUks0tfVPJLSskTICl8hW5bC49WxjJBPQfxKChciSLE1U9FULNSU+YZtU&#10;8kVfQu0CNDrih/WLvwT2DbbG/vGE0YaOTSWBJLxiRNLNGgIUlZAHYPpZvh7Rno8hs4jHNE0IOqny&#10;0gjiADWgOTXicY6Mdtfr/r/tfduYpdzYyly9FvSHaWZzFJVVX3m+dmYzem3JMRms115hse8FBTVe&#10;1960cWYySZIQV+QJWmtDAA6qKny1PLJX1UbTyyFRU11DTQVCVOK+/jML1dI0sJjrvspTYQrz5dTE&#10;ANpKGWwmiisbMFEAKosjUKyiPJQgNVC6iodqgLQdxFei2W1VWhtnhdQBx8mplgKcNXEg+X2dAtuD&#10;rDNYjHdf7KnpsfhqWnel2/treW4cricjguzf7jVMWX/uhmoMdkxW7Qq914ujLnKVQMZx4ghLTPB5&#10;FqSPYNXvL5Z7mpqmJMZndldu732FSUWAy1Y+ErNobT27srH7SrshJkUkjGf3RXZSeoyuPAp/XAzQ&#10;Ws598aed+cNx5s5y5w5kuLFIZpLu9x3Eq0cz26qoqCyiKJXUg11sVBIyYZ5vnkO9xwynuMsa1A44&#10;1EN5DyGOPWyd8Z9sfwz4V7Coa6oOQw+4+tMH2BkchkqLHrWz5rfeczW99y0K/wANrK+jNFt1a2Kh&#10;xU0LzI1MIbF+Pfew9t0G+Wxm3pNrQbs3LPk8/t6sppOze5NvU+D23tnJVtdgt15Wl2RW0WHxNVW7&#10;irZYqjG0VRCa3HQmoljZpOZo9v1n5t5J2TlrYNolG+qJVe7uPFeC3hiBmR0iJREEy6g5iDlHA7dT&#10;ZINx2azvryIeGWvqVLsrFY1bIFAQMcQRn5dB/wDJHOTbezXa8tfu+v6vwkea2pumn3vUdJ/HrcFF&#10;lJv7v4qOo2rjE7KnbcnYVNVpSxUc+UWklqcZk6+KmWVaWnA9oF6LM7V3NXY3J0vbuH3PRY3cVLD/&#10;AHo7P7b3ntuobcFBNLlcnjs/Ls5cTufC46Zo4cdKZqatwtKIZTE0sJJImk+lrt+6W1ulzDgyBaO0&#10;hWqNhu19BNaIKNh1yQQJc7LJDdeDcWs2kOfwa1cmtTqZjqU+hH2jp321tDZOVo9qJgsT17u6kfHx&#10;Vedqts9Q/FvGZXKVdfkFnakqabHdk09bia6pKTRV9LHj6mkr2WaIsFk0lLZzvza+wanLyZjdu7+4&#10;6XH42WvxlDjmxGRzktNR7fkjyEVbuHeuWm3FC9JRrU0EBqkWjqpiZzC0ZeP2FNwu0KvBa7dE9tVi&#10;FcyJI6aqsXIbDNjtrgf0TQGVvZv4UMMG2yR2a07NRThxVgK9vkaUqMY6V+P+NkO4MNFFtn4+9N9U&#10;4yDJR1EmCpn3N128lZis5U5yBKnbWwaWfbdbtzK5FKWpqIo6nVUq8sTmN0WT2W35k743bs/5wbyz&#10;nX+6t/dex9g9AdIZKqTEbkrMDuWowiba2bm8bhdyZXb09K+Qloqkwy1Bifwz1kZl9QI9m9hHebHH&#10;udu0/h3guDRoCdFO/wCFh3aFVgun5Upjp8rZXtns1w0Ujg24A8SocZZSDTiBwHHtA6mfCDrPYm6P&#10;ih1Xit8bZ653/PsnefeMVDP/AAiLc+18Tm37d7PwuafZ396KWrraHHLSVtRQQhgssdExgb03X2Gw&#10;7+79VYk/0+91qAxddPZW6bRO3qLBnrnZg39GuD7L3v7l0k+ovZvEC01a2GMDQKGpFMgHI4V63+77&#10;M1aSMlqUPcxx6DNfn8ujVr0N0chJTprqqMltZMfXu0kLNzZm0YgaiLm1/p7I73T2n2rn+zN5ZDO9&#10;r9pZesqsjA9RVVvY+8fJUEYyiVC8FLmaakX0KoASNFsPp9T7Dj3VwJZdN1ISWOCzYPA8TXgM1JPV&#10;Gs7YHSEqAAAKnH7elRt/r7Ym1MZTYXbGzNq7fxFGsi0uNw2AxWOoqcSyvPL4qakpYokMs0jOxAuz&#10;MSeT7CKXcm56lVafd29J3/L1O9d1VLE2/Vqmy8hFhwLfn2pjuGAUrMSRjicetPX5jqosrTvAgXUO&#10;lDHi8bCNMWOoYl+lo6SnQc/XhYwPZiukxVVu3tw1NSq5KVs7RGeryOXqvujIcc1vLJIJ6mrLqou7&#10;ueBb3NvKMjNy9b+GpdgxbNeIaoqR6+Q8+nLR1iMixximMd1B/s/LqYiJGqoiqiKLKiKFVQPoFUAA&#10;AexRmJRbfZYcOurTKcnXO8bWI8qoSEPq+gbg+z6ZZJ6CSQo57TQHFc0JGDQ+v2dL21glzQOfIVpn&#10;/Vw65e4TpKtlZcTIWCqTWTVBOpgdLBYJogdd73P9LfT2XJZyBbmJ5P8AGKE1rSqg5AFBgDzJ+0dV&#10;i8VdRLZp+wV9eA697jlZAQFO3YCwBEwapaaMBuZULVfjDEAgXB/rz73DAkw1SyiUFiWSoyKUpWuo&#10;gmhAHACnn0rhcgBi6sCT5cRThWteve+5oZvMwSXDSAnyASRSVMqsENgGEsaEEG/6Ryfr7bSBIjO8&#10;RAZmyajhWnwcfLGOvGQ0d0YCuK8SM+nl1735qWrFOyt9jYKHLxYgxELYEhahQ3iW36mv9PdPp51H&#10;ixzjUQQwOaGvGnGp+Vccer0lUAhsmo+3PE9e944qDI6NVOjSJqEiSQYB60KTYHTVGnczKLWtcjjj&#10;3QLIoVo2YKFpXTlqZ4HAqTg+mD1vxJGogqEJ46R5f4CfX0weve5K0VaAXqpZ0hVissj4P7GMFhZQ&#10;JVp4iWuQttXqJuB7SCFpJUSZ2V3QsEFSQOGrIwTxHlxA9etDUGVndj8vXy4+Q697lnBZi0bxT5R4&#10;x4yobF0yxBRZtJMtKnkXSPySWF/alraNQQFQ9p8gHrxUgn58ckdXPAhGAB9OPyp6fz697wzYTJNU&#10;wLVPWSVNTIyU8ZWhiuykyiOnEbxRU6qP9XwAbe04ZNWhQ6y6q0JoV4VFSDg5Nfl1USowo9Rp/I/b&#10;86nj173mlxGXAdp6zJxgi7M+VxkQ1A21AJWA3jP0te/09qJFiuFUxoZaNkA6fMV4+uPPgPnTqw0E&#10;UFWelcEefrnr3vj/AA82CzVssUg9TSTZOlieRGIvrrFqhHMXYg21t/iPbcbxsS0LCFR8+ypzwwCc&#10;EEgCtR03rqKg49a4r9v2VHXvcF8bRL6Zc1Q3ewMb7ojBZDcWCxzyAm/Fuef8Pa2V5g7URCaEA8e4&#10;0IBoODGn2Dp6ORFB1LUH1PXvfaY/GvADPk8TS8kmGuzdTSSgKSgIpqandAkjD0G3qtz73Gkx7ZaJ&#10;Kw9BQ14HhWoyB6ChPVWKqRUFdXlx45697Hj429Hbl7z7Wwuw+todt5fNRQNn8pV12eroMVt3buNm&#10;h+/zmVqJqAIVpmlSOKCLVPUzOsaD6kLrBxDOLqd4o4kIJZgQBpqBqoQSWPwqCNfyHRXuM8UUGU1O&#10;xICqDqY0xSuDj59AJ8lvkn1Z8Teodxd2dxZPI47Zu3ZKCjaLC4yXM57MZbK1C0mLwuDxULRmtydd&#10;MTpDvFEiKzyOkaMw2nPjb8aNr9MbUr9nYvKT11ZuDJDdHaO70SbG12+s34jBQQpTrLIcfi8VSnxx&#10;RKQxDNyCb+wl7jc9WW32K7btXiXgUALE41o85NXlnUgLINJoETtTsBqanoNcv2W83F7dXu9SqJe3&#10;w0HdFDED2gE01SSAaixHbgcOtDL+Zt/Nm7N+Qu+MX3Ft7Z9NgaCmhn2N8aOvtzVdBuDE9UI0qHeP&#10;b+7oVp4cNn+wd1VtAq4+OYS0OLoaFCRMyOzmxpaHbuLho4IsTjo6SaV46KCGRojVNCxhnNPLpSjZ&#10;4ZBokUSa0Y6T6uPeNW4bxu+5STx/XSx3AjZmJRQq0odPBmZ6HBKnVQajTIHSX+3xyeC9wol4kM1S&#10;PtOaHIx1TlXRfJzfVTX9jbl7S7N3FlJaekqdwbk3DjJc3haOirnauoJc7ihWneOP2pWlTNDWJQRU&#10;ZgvUJ+yA3t6mxuLmpY6mgqb21PEPC4MlOrFZYpI9OqB6WYabG508n2SbfvG8wXLWl7ty/StQNRlX&#10;RIfxVrR2kWpYCgDdifIw0wmGsZOv504fP/Y8s9IWbcmcxVfncdu2erpt0xziHIUVXWNkaVp56QVm&#10;IyODr1uZ9uZqikElHOCVkRgb3BHtt8FV/EfJ9xjP4X49X3Wmv/jn3Xi0fTX/AAv7Lzem9tejn6+z&#10;DxLr6P6f6BfC/wB8UGnTr1V1V1eJp7tNNOrtr0mrninh14+XD9ury9PPqf8A3j68/uxr++7b/wBM&#10;f8R+28v8Q6//ANCP8D8mr7b7D+F/6Sf419r+35fuvB9z67eP0+//0bavWqjT9Awb0lE1D6kapOEB&#10;PNzz/T24hieZmegcqRnU2kjgQEyxAwAMHz4dGG6LHNYMHYsxkINB5U8/sGOtWGFx98QLgfaI2m/J&#10;tKALgnT6Qf8AH2Hm/wCikiips2iXhp4ZqfIqrHVGrN5KSpcKP3FLsUv9UNv6+8u/u782Nd29/wAs&#10;LdOLpSHibh2ChkRQTgQsBIRwKOxAqvXO/wC8HyN+6t/bmOxtgi3ihWNBpLiihj/AzIMng2n162LP&#10;5IfyMpq07r+Ju7svIlbLnqbf3U8c8nkafHx00y702rQSSWSFKSZIshHBx5dcgFrew5r62WOgnrFI&#10;lkAiRafUIpAskMIURIPQiMLWFhY3PvNW3SJ44bWIK3iAUAqe0tSQ1qHai1JoeFONOsTbhYDuJRam&#10;pBJAJGDQkvxJNDU1pTrZm6+240n8HwVRFFQUiplJFrWZKiOo8NfkJmFTTTM8sklHPKNRJYOAAeOP&#10;aSzDN9vuCpaN1djt9jCzKRLOtVAkkiX4VESUXHJsv+x9qIIriEW6PHJ4SSuAmtWBjAY4JpXUACdR&#10;1DCnA6WW7xm5tY4P7PTIBx7RQ9tfMn5+vQr7YpJad9gUM9TDUimqt8wyZCKARsaSTF5B6X7iFD+3&#10;I09MV1J6CxsRxb2s6MpLhIGj1GOWmEcfr0xiVJvSZIwGudd7qP8AXB9hncRaT34kMaJGXDEKA0gX&#10;iWK0pVcFSteHSeMmPcS/lxJp3AcMH0pQVPQB7zVv715GmrWip6mgzgaaABZmqaKrxEkjLDIWjtK0&#10;aiRH5CkaWFj7JJuumxjbt3WkWTqKecZmrvXNjxK8jqw8zOaGuSrQ6rqLKW0jn3C24bbN9WC+yRXO&#10;mVirLcKg1CpDOCGYsD3kkrklWxjrqT7cTt/Vfl4lytLaM6QRoHaNJqRVqcR5V6GTZeT3/F1p1zPW&#10;7E2xncZJtGiiXba7oqMZNSwtNUrSUcQ3Xtet2y9O1MqSMGmRBIxCiwBPcf8AFdCLS7sgCKLRDM5L&#10;KUsbqqEloY8jS11MhCn9DkA8+yRbCOW4urHcdqnMjHuEaK6FQSSH0MrRsSoIZDVBpauepMs7jxJJ&#10;YwqGStWIAya00VB1fOox516RmWo9g084rs18a8s9RMNdW/V+x+vtwVtFUtIAgyM+yc5tbL1qMyi1&#10;RBFKfpcC3tzhpdx5CkLpQ0eXVJHRHlo9r1kZt/nHijRI6h0+luAdP9PYOt7Hlpb+7ist2urUw26+&#10;NGvjk1LHPiHJFfPzp3VBr0YQ3JEhgcUgIBNCXIrggE5qT+E0p5dI7OZfofZmVjOSz26eqK+saKoZ&#10;6bcXf+zahxpApoK2SSfJbYgYeRtQ1aBL+q5A9p2V6il1Cv2Ti2hsVnZdu5rHqjAWLJkcfXwxRaje&#10;55F/8PZnY7I8ck0nL+/lCAT3MjltZB1OjrqDEUK0U5OlcnBrBD4JfwKs3AE+Qr+KnGmD6jy6EhIt&#10;vblko32v8sOy6bJPJG+NoG7v6q3j95G7q8dP/cfeO0Mpkq5I1sscY0y6SDcmx9gT8mt1bWpvip8l&#10;NtVWOp8RWZzZ23Mpt2Z8zX19MmZ27nhI9GVyLgUdT/Bq+eSnJkfyFSNJNvYf532rmaWx2bxUW5+l&#10;3F/EcRGLXFJAwMi1ADHxAlVYAqO0AgV6V3FybWW1il20+I2oF6EAVHEauNTw9OlT150B3HmvmN8L&#10;+6x2VLvzbnTj/JjbvYlNktgbA69ykO2+1+rsfBhMxFNtOGIblji33tLH0tRBFDTtCZklb0Kymifd&#10;vxy7y3nQ7BqNv9fZys/vTkM1isVSVNNNjsrT1GPp6epr8lncZlIaWv27gaeIogr6tIqeSSWNUZtQ&#10;IjaPl3e7yeGWx2kyxSIWV1NYyikqzE5VaNggn4gQadLzYXUot3ihpG3DONPHUSfI/wCHq32n7Q65&#10;rKKrydFvja9di6GOJ6jK0OaoK3FBp5K6KOmhyVLPLRVVcZMdMpp4nedSg1INSahS+LXxP7b2t2n1&#10;Bv7sbZseH27u/dVdtrrmHcuEpd07U3nuekVlyGM3xjWpa1sFtOqpIalaPIyx2myFOscfDCQSx7d+&#10;1m/y77t372sYYYL1ZFgM4Do4VdbuUAY1Re5FNNZoq8R0a7btVxFcwyzIqpIaLqNVOK9wodPDHkTj&#10;z6C3sjvPqn+7vZmBo9/46qzG0NqVeV3bQ7T3XT4/d2BxtTgshlqepw09PURPJuAUtIJoqaKZZwhV&#10;msHjEhw+0fhJ13Nu/ZewctiaumpsLvmlyPbu+ti7ar6Peuez26sw9Ltmhir6WjqYZcDtZ5RVTvHC&#10;jfaxtLK5cM3uUB7KbM/Oe32FvII9siaPxZLZSWkkdC4BJBVBVRX+Ak1JqB0evstjLdRREgRhwWMY&#10;qT5+XlXOOgw2R8lod4dZZXuTbOQx1bTbs2w+a6w2hmNxYQUNTi9qY+apyFTWS008FTispuKol+1C&#10;1EzotUIVGlWYtbjkul9sZXGV9PuN6XcdZlsPgcLuuqMGMqqrdtXsukig22KqTJ0lXDPJO8IMayko&#10;lyFIB4yQ5k5A5S3bZLiK85cmu72KJXVg5jmkKLU1OoIHJAFSKA0qaA1Ed1sm2PZqTbNJKBQgE6mr&#10;+FvIKPUZpSvVOtP8qc0m4L4TYs+3cZHn8ruDbUe4YNxRY3aO0OyMpLX9gVGWw228tQAUO1UllaRq&#10;SIzXAdl18mpfPd/fIbHZmba2L642ntbH7f3NVYmixG4Owt+UUmFxVPl/s2xtONpUVXgaJzSsxCU8&#10;aU8T+OJFWxQcyd/XbYN6vdfL8NrOpZEW5lkd0WpDIGJ/UYU1F0ABkJKkLQdQFvG2V3KXRKkFGI+E&#10;tSh82qR+YH59WqyY/pvZVElZSbm2pOd7YjDItXBsHaMi7iE8cVRh8y9JuTc0WRrmnpawzq2oyyxM&#10;ZXZ2Gv3Bz3f3c9Vj5J6HYnyZ3kMPWOklQN8577PLQVcFXBQUeVpV2SqT19XRwys8MdK4KU8hYJdy&#10;So7PsVvGkkOx2rzihGpyaY1FlJYUIPH0BAYioBTyWlxbTeDFuKBj6kimPiyaUyAK+ZA8+pkvRHT2&#10;IniWXcfxMxeSqESpoamXqahiqw0T016inmru5pp3H3MyNH67q0gAJAAHLq/c3avZVdh6Hb/QG7ts&#10;5mOop8jT4Sbe25trR7kxW1ZoMlk1qKk7OoGqdsPS5KNclj6aT7eppXMQj0PIoOrqObctu03G529n&#10;tYiOsUYdrGg8RtYPEUQZBIIFadJNyjtrG1Jvb+KIfxhiWBbhgN8VakVx69d752LsvGbZyk26u8Om&#10;KHCRVVJQTV8PVW3cjUYLP56QQ46eFq3eubo6Gqq6uAGnesgkIkW5lP1Ax717M+S1FuiqotgfHzb6&#10;bM25t/adbnq2WqymUeXdWSpa0ZvFbVkxWbw2MxcO2srTU1Gkfj8lACmuWNtAUETz34ku9vfeFvtk&#10;hcxRs8rnUSooyEaSzVJUaRpVQ3xKT0HI+WPFQq3O0jGVm04Q66D4AGNWYg1xUU9RXpnoNh7GhlE+&#10;5u8NqH7+XKz7Ugp+ltnY5W2zj6KSrpUkGTptxy5wCkR6tpJPCldECRTmMEsEuR7w+du9Mau3NxdK&#10;bf2JgIMnQbjyFfufK0mSpqXH4OoAxGVkkyvai5GsRMlPH/wICUUr2WUSBQfZftYurjebQWkCJeBw&#10;DRKVcrpBZQCKlASFAUUGoZPR3tfJ9tsAfcJ+Zp5Y4lJOvwljAoMBVA7xwXOBwB6bNpYf4hbW3NTZ&#10;WPsHEV25RHltv46LbnTWz8ACMjRy5XM47HU+1Opkrnq66lhmlHgn8oDP4rMfah2Tn941W6srhe8O&#10;xOstnbmqMbja3bFfVZvCxyqIK8SS0FIaHsbI0tQV1LVtFPTr4zAV8rh2X2PF3HxmexvZFZY6q7QQ&#10;1ZiwJJYkV0KBQPhRqINT0tt77ZYB+8FvdcjincAMnyqFNBTg3DORXoQMhuTYdLSUG6OpNidgb+gg&#10;pq/GZTbND1PNsuiqKStiqJoc5VPnOlIs9mKoSwpQxLSS6BFP5HR9IkU6Px8y6757BrIH7Nw+5sPs&#10;KaaoeLbmP2lRtFkcjRyw/f1TbSzGTqY5txYljU06V8EL1FFKHsHAtP33atv2n+tF7uU906btDbFo&#10;o/E0CrNpaN46KwdajxY6MD2tkjob+3Q2iTc7i6jln+o0Z1OzLx4KSB58SPLoiXzA3LuHbHRW4MlH&#10;0nuDDbp3fNt3bNFDvHsDdu4IaYT1cWbxuIzWP3XsvaeCix+AyEMar/CqyraklRUUmO9z3wRIZEMd&#10;VIVWtklLxhVgmgQpHTs7f2YnC2KggXBb/D3nlJIwQ+JEATGBmuoE5ag9RxB4+XU6wCW0R5bkER/g&#10;Oa+oAHEkfPNOqe8plK6mx9QcxtyjgnqdoUFBT0lbLXTZzFZmrhqq3NRUVMdRnyNE9QZopnjd/Gyw&#10;kkFXKgCnI/by0aOtPQ1DsssTyUyzs2l5poIo9C1CK5Fr+lmF7f1JJJILMTJfyoZJgBpYKdOCFVia&#10;6SwB+dKgHpWrxyFWuHVZGAKqRw+RPEV/bTov9RW0fXyZ+g37ksfJuDfWBoIv4Nl6DGbgfA00IrKL&#10;B4LcWWyLVc+Ara6jgkDuhWpp4XZBIRpCucdO08zLPUSJDXj7WoZCIaqOSMaYKhWZW8dVMTwSCAeL&#10;ewtvV2237LeXG22rfWWURmiNA0ZU5kRW4FEHEegFK9EsriJ5ZbcSeIFJppBANcgVFCB5VNKdATuz&#10;cybX2bV5Hae3Ul3J1bTzb22p5Yf4xtSuxuRl+63LtuFoZY48htLbtOhZ0DxuyKrEuQfeWWkr66in&#10;x5i+1DVLUzVERjkLUUJYFrsCt5CFuvDDnm/PshG+csbbfWvMF5vSyQ/RLOIHLahJMVZX01B4FgDT&#10;RTiBjpmCaxoZLhyyUrp8w9fQ8ABXPpTpE4zsbpnr7e+3+26vdo3THT9fUm96TZWYORoHod9bnajq&#10;KSX7anngqglHSy1gWoIalkAS6BQqe81VFJBTy1DPpWkUFhpHhkj0l3VtBDK0Si+sEEk8fT37a+Zd&#10;s3jdf3RGisL3xGUs1ZAVotfDcEaWJoIypA0kmoOKre/WTPbxcWpTOQfsOKf5Pn027H7A21vXe9Ds&#10;mio4K6o7DlyD0MlXXGTclBkIKmHG0dVBRZaGSlnxuXqahYkx8lPKkKQnyAhwyEM/mFbSouwfid3P&#10;jqymjH94dvx022p6rEVmdkjzgqoJ8bU4PBUEcmazGe+6Qw42ko4zWzTzF0GlW9h33osNtX2vvNke&#10;7hfc7JolWRql4pOHwp/ojxFq6aAHSCQMhjmY28fLs8M8q+MgyTTSp8gSKZI+fpmvV538qzcCdW98&#10;bD6noc5S5/P9f7a3RD2FSYyspI6+itjZosfQ7gnEq7foGqaIxV2XrXqRSUgoqemW9Q6I1S1HuHrP&#10;ZmzdlGDPbixG5MVtnbNKtTF8dN9RqM3g8fjcTvWmxiz002SkOdliloa9a6np6iQStrWJSkhwLur/&#10;AHG6WeztIUe0dD4a0jkLKMGpYahqYaia0UUwTjrGl912z6pJGWUXMTdpLqmDUVJDglaHANfLBx1f&#10;jm97dr5Krgof9DOdmpJMhk6utlPyh2Vh56HH1FTMuNyr0GPlmDxU8C/d00CMI4PGgZpGDAM0G+e0&#10;9sYAZ7bu6Nz7sxGRr8pRZA0HUGYwi1MlZNDWNR1z5GjkjpcTIlUYqT+GxQhKilZZJUDLqCIsd2t3&#10;gtndi7KAuaYHE0pXJrTV5fn0J4LiFo0lS4l8Mj1qaDjkHPzAHl8uhE26NqbnqxSbklTCS0FRiIsP&#10;Mnd6Z2sytfTQ1a+JqbFZOJjVwKiNKkof7jzXIbQbOybP7L3RT1PcFfDnMPl9wVce2clnspis/S1t&#10;BSYGGkkrsW/93MLnslFj63DtT0lI8FHQ09PMCY2aaQuRNt015tskibzdhbSRSRw1sA4QaFoVBUfE&#10;BSoApTj0gv3WpFjaSTTghtTd1a41HhU+RB+VcdMtbv7qPrOvpdlU2cxPjw2UGTpcNS9nbT/ju48n&#10;lDkGyeQ3RlOxd47dXL5Wmr6aeWeCStrq5lRZHAj0IOe18P2lR7W3jn9gdvb823R7Wye36/IQ5DrS&#10;pwkuBocvXVFHJO+V3rs3aWPyFNkjj5DWwRVMMmQaRZJHN/Ut3WTY4EhjIuJJJKlKrpHhiqtWPhUa&#10;tJZict8+iTdLe0iW1ubyaZYyhogqPke2vkcDjSvTHuvsHrHNRY+rym00z2Nr6TPUsQHbOCzEtVPA&#10;IJcviU23sneW56zNT4ypqoo5WpqasXGxMDeKK3tU4xOmcTJNnIus4KPJU7ZWmx+Kp/j509j6ON61&#10;41x8lO2N3rkMnFBPkUmNTV1rwJTI/wC0BGNIBV9cbvKVtdtvGikCKjPRQNKsFOlaNQaMnuqxWg0k&#10;gHUF/afUzQvaqYkalAqioxl/MEH0ORx6a4t0y5Vd1x/6Lstl8b4MBNu2Sn7z7Mra2kfGhZqWlo8e&#10;MBBHUw0dCqyGLDSTyVcgKzxGTkp3Kr03mO+9qZfZeVlwu+MxLtTBbeyFR1p17s/YWPm2/UVNRj9w&#10;Lm66Khr6fb9Xmi8Ms1NJFK8kICljMrexT7d7JzLPutptu3PaNdyXBoZpVUADuBckEhVK6tJJ1Eha&#10;Hh0fxvDud7aR27SRojY7wEGAKk/EFGagk6gaU6WE0e6ZutMpFunqHI0O1qbBZGvy+0MZ21uDdWVn&#10;x9ZS5B8xtyposZiqjJZ6WSgsHoVmdKj7sogVlsb+utYK0z47++1VXU+8FwOKzmVoGxU2Ox5kyENQ&#10;lW+Lpz5qWfH19XR1EjxwVFW9PKdBl0FFOee98wXm08oTbbBencOaLeGJbidtEb2yXEYaIFohoYRc&#10;AxFaKNVAKiaobmG3tVtnuPGugANYIopAwFAqKU9c+vWoh8+t45bDdW742t0Bg9q7w2nTb3r+rqne&#10;ke6qWvzO2qjx4et2w2Uy5dMjjcps+lyuNp6GrylHjUr8THHPLTmqWecCCTlqSXJtjimSxzPRJLhp&#10;dMSUADvHX5NKlSZ6ulmpSh8CAMWjJAuT7VB9s3heXd93Kwex3oHwhdSSAgp/ajK1BklqwTgUUsNQ&#10;rTpXdvqeOdKpJrOTnGDQf4BT16KDUw9Sb9h6bzXaFNWdYdoLSbiocL3hHM2Qq95sKaHN7R2LXYeo&#10;po8Tt7d9JuJqyKLJ1JMFNTVgjkmWJFBY6XEVbQZHExV8ENbUw0eQipaO0H3+Mo5mqP4ezGPRUSzR&#10;2jkYevTdSV9ypu2/7Ht55d3vcIZprWO4MCzkEmCWdCgncChWLzLN2A0cg8QJ1u7aG5guPFLAhl1k&#10;UoxFA3H4QeNR6HPRsd+d39eYPN9Qdy7k2XubNbM2vu7d3V8++9x08uVl6y7O3/go9tJ2PLSR1iVm&#10;B2zjq7XWQRzlqFJxHUxpN9RNw+NixVdJlDC1G1clRkKoVbmPH46DHPGzJKjMYYJIoZmUPw9rgm/t&#10;rmzc7HcNln2lr0O9BboYwGnmkuI20BCtG/UZQ/8AAaV+GvTG43Md2pCtV8AHTksRxp5kkV6RXyG7&#10;Lpe1eun6sXcce7ht2TAdZbbrdmUUNd2N2Vujs3CZOLGVWEqaKOHK5Omz2Zw9LWSwjVQvKQ6KsYJ9&#10;51x+Nny1RuCoqocnR0stPkKLJPMjsYZWM6L+CopIj4l/DIbWvx7KLG63iHkPbeWEsW23fprOW3Ma&#10;RkJFMg8Jn7QaF3PiAgEFqmtM9Jjd3KWqW7Q6JCpqMih4Y9K8c0FekZTb+7Twfxv2Z8cMJsvJ9Mdl&#10;bs2ZurrLdXX2O2/V0NBht04KlXbGRzULwxvCKnd2bD5eSytoq1eQyGNlf3wiof4pXy1NLTlKWoq6&#10;daQCgldHoqaN/NH5anwpDNNJMzsWOpI1LWtwQ7v3vFypyNBZcvbpzJFfc1BGRo0kUM0y6a6gupRw&#10;o1CQrmjUpUR7zJ7wcm8mssd3un1O69waOAlnRyAFB0gjuYaAalQzccE9Lxd5bp696wosBW5Gq3pu&#10;zZe0svU9hZ9t54vFUmG3dnK6iGHydVR4BMzWZKkosbhUgpYKKKVavJVSQoTJZlS+Y2VSUG6aQxZe&#10;ClmqqtsglEzUsmIqsnAI56HILDEwi+3ySu0ays4aZiY49LE+yjl77zuw8w7Bavd8m7i8ziRUlhQS&#10;iKOrxzMtwSBqhUA1Va1JNCvEg2D7xW18w7dNdbly9cWsscmgsWJSMEkMWdggDrQhwqkqQTXSQSYj&#10;Z3yz3pm/j/uyLcnUOd3FT7T23DtOfc+MTcON7a27sbcwq8VvLbEDZikmy9NvzYCTUlfNQilK46iU&#10;ZCraSNNBUzYPL5uPIyzT0WLr8lXxwtkSBVNTUcEYvjalJF+1p3gaUIy2REjAF/rcNXPvtyp7evy/&#10;t20bde7ptzRSFgx8GaSV3rHNqKksugP3MV1MKkCo6RN75bRt0u3S7Hsd1uVjOcSawhD6u0oAG1xE&#10;au8E9wqRmvRZ9r9pdb9EvtjB7cxG899bH6U66zedrtg5SrXaVZuTdeXyiyjsfEZammqd07sqslR0&#10;71dO0bVdVkK6aSVY1ARY/U1LE1A+MyFKIy4yqmnpqmGsRUpWZmlhaGQ66usKBYYUYut+QPcrbPzy&#10;vMFtY81bOTFt5kiUxSALM0kg0rG9CyKq6jIzDUpADMwo1JX2bm6PmKKTdLWEoVlRHUka9RUVA4Ar&#10;WoJCipHr1jz/AGVml35Q9p9e7gerx2Nr+rI2yOa27mNqZLN5HeNNT43HYjKRZmipzQbQ2pHXPX5X&#10;MVdJHSVCxoyym73QG4NslMRkcrmaY40fwSWkOOalghkrVySNEKWtqkaVkCxBnlj4dWH1+t5P2fmn&#10;bN3ntbHYruG9glmk1SB9SxiHDduKgudAPAg1FcdDAXkReKrRstGp/CFoBoYAV1E1q3DHoT0fLpT5&#10;Oba3d2DsrrTpjcmI7XpMh2Lk6+u3/R7iyWVxW1aPr9RPkcjhtuVFLj/v46/NVEdBRVlzSTRynSG/&#10;aApw+QeMoMb2NR7daswu1odrbcw+KpsAmJyNNNSRVqNV/wASy+Ux9JX0NXPVeYGLSzMkQFxcm8De&#10;8POuw2fNx2mbwIlVFU0iYDSw1V1KMAthQ1DSnEnONvuQwm3lIoLKGOBFpUac1JoMenz8+tmLoHeW&#10;Q3Psur3hRUuW3ni92ZrN56HdFLm8dJR10sdbPjJsbhcLlZcPkMNRY2XGmFYJo49UgZwdDKfaF2ZJ&#10;jdv56krZt47FqcermirqJq7dGnJGWqphSY+upYdqCsENZNpT7mnEhpZ9EtiFZfYB2rnPYHuIHbcb&#10;UW0mqKh8YAkVBLlk1IMaQ2QGI8h0ENtR4r6KRomQKQupl7c8Wr6UwT5A+nSj3lvOfKUORwL9f9pY&#10;+rfzwUWcg2ziaylx8j0bBspT18eenx6wQLMQ61DxxTqrxMVR9Ys46I2PBiN4Z7fGHrMmuSyy0GNq&#10;Uqa6iqaWSup8fBT5LJZevxtX/D6jdpEaQS1tHDAXgp0E0ET6xJKnJnLOzWH13MR3Kb6S8l0omjt+&#10;FamqlkD6lKuy6V0gFVBYnrI/lzbrOVlvnuCIiAAymqE0pkilSvoOAz1St83d0RZDYdDsrtOPEttq&#10;JJcxCmN27uajyldDFkGm23FiMBncSs9FspauJ5KPEVs9VTr5vJQ1jpaWI3Su4n+1WSppq8mOqmp1&#10;laed3nmK3x81MFakiWdizObRkqdKqwv7lf6S2MEkssUMtmaqSQNOEpSUSYaq0AFK0IJqOpIW2jdA&#10;UZJYc4/D8xVvUDyzXj1V7UYvG1WEqNw1lDs7dmxpIq/bdLlqzH02L29BS4zC+Wan7Axu6mkg3PWV&#10;+Hp4oKemQS16R1MTTVFRC1l40uKENVX0NP5pI60UzUtZSZBGo4KxFKT5HGfdK1PJGHlT7liHkdnK&#10;6Sbt7K77fbGx2a33q6LW8Furq0bwsJTGK6YXjQ+IGAUmKlAAA+oLjqz+DAFu7mZAAuVZW1hBihAO&#10;CowoHl3FumLdPauLp9gbN7K3A9Jtf+5NNuHG7g2Tuvr7J0298psySY1WD6z3zj9s1o3NicxBQ4qp&#10;bbUKz0tFBBTR1hqUQLTCVVxz/b5CgeqxtPuBIUoIkytarSzzwT0mRly8sEMgQYmooUDQO8Qk8f7X&#10;pHPsqtd/tJpNt3Tb0vZuWpJdVYVCr+oHgWFDKA7TxzAiWEPTURPV66emEvLMzwyRTyS2xrQRgYDg&#10;hVFe6qnjxH4s9B5tvf225s113v8A2xiO2dz/AB7zG4Z92tL1jtpMfjqDH7pxG6euMD1JgMrumjGX&#10;re2dt77lngzuKo8nJRffAZoGqb9oScLhYqqsoKClrKPJ0tXV47IxS4lqWOoqIZa5ImpIqfVGlLHH&#10;VxKZCSHcqYpV1i/sxveYkSCaY29xb3Efiwn6kSKqSKDVi7VEjEGiAEijB0Ph16XyXsbyFrdiktKU&#10;eoVWBzWoyWWoHkOPw9OPZne8+MwO5dyV+295dYbq29jN99X1NH3NT7tO3Nqbpx+AqKn+8+Wz8kFd&#10;NurNZPbOYlpqCGMyw00U8eRx8woXaP3RptHa+Qq+8+wO0sZia7A4bcXyx+SuPz1RS5TJtMtdjs9i&#10;MZj9x1VNNFUJTNLQ4GbHrTrHHAkcs3jm1sSOJ1izXq3e43d8JRKZ5G76KzNNJIpWQCjmQNjCg+QH&#10;DrH3mIm43OYlv1FuACK92CApB4E04UxTga9bXvx9hxuN+IHQuwaTJHNVuC+OfRFSmNNPQVc+Qxf9&#10;x8RFTyRMxhNdHSVjxVLTxkuGiVtIDcnV6cp4tm9a7t3DViag3RUdq7/ixkOTqK6j25CZJcNSTVFR&#10;PRmCCYY9gGXzhtREkQdC6n30A9oN15gs/u6nceUNpin5lWW6RWbS0kRMjhWRGxIVjU0AZSKVU0wR&#10;EIP91c9wLWrA0rXNdK6Sv8TedPIZPRJfk7Pn+2/lBuLqbDx42v6xwmC2jWdg57Z2L2XvDuHC12X2&#10;4uewVLtXau74pzJTbsokEVUKaeF4IlgrPHMkDp7LV2pU7wj3Pm812N3jl9lY+kk2bR+bb/Z29MTs&#10;uvhqayOu2hSV23MpLkodsRxUcsk038AM+ckhVw6w0/iePGrfeUeYhDcbxzbs/wC776VxJK8yaSXm&#10;WqsVGC79rtGoDJWshAyYu3IrHO4ZGd0WrsAwoH89AbS+ahtNNBqTXoWOu+t+icNj8Tjeufi7gt01&#10;2Uxe55N0723d8YOnaXe+dnoMllv71vJPt+nwUG7d6itg/hM80/hxMlbolmqamR3WVFVvZHVG5dy4&#10;+lzfcvRe/aqpiz8W48VUfIXdVFDkEjo8hW0EWB3RJsjamaro8SLyQ05nlrZHlbSkhLXBVttV0LWe&#10;6ur66FusZ7fCpLGxwHUaqFGBpUEjJNMDrX7xgZFM8IWHUACyyaSPkajyzp4/M9Z9uVnm2HSHGfH3&#10;u7q6y0IxMNZ8Jdj1WQ2/U1c9DBlIKrZO2t87nxtQMpSRNHLItMaali9SyIUX2Vv5cf6Ot5/KPr/c&#10;m7t9Ve2cHmPiz1vNj8/sjb2e7nGVmTa21IMNRQGpr9t5mso6vH0byyZKqkE0Rj8ckOtuBRy9DaeB&#10;f+GZEjMxopUjTVqklSQQ34iB60PHrc9wI7TbGtLEuoDLpQ6dKgt3UemK+QP5nob/AInUO9eseg6r&#10;b3W/XL7kNH8he64/7tbpxGK+OQ25tXcXYe8t3TVuM2fjsBm8ZRUdDkcrHT0NHDDCK2nnFU0kbF1I&#10;arsroeYhab5E52jLDSozPxq7Jp4wLi6zPQZ/JqqqT+AeAfah4NuEjXE27EBydQMJ44CioYDu+XDi&#10;emV3E0Utt1yK+QCcft1CpP8Ag6MJ/pC74jcib47wSop5fHdwbVnLDV9Ylr8RirnTydWjnj/H2SXu&#10;LZ/TuN7J3VAnf8+bhjqKFlqsJ0Pv80tV5MbRMy09VnM/hXZoidLM8SLqBtcc+w7Otm08zpKFjD5G&#10;luB/OvHHDr0lyJCX+klqQDp0gEfInVx+zoQdvbi3xlcbDV5nrqTa1dJLMsmKr92YTJTwRJKUilkq&#10;sKtfQs08Y1hUkbSDYm/sNJcb1BBYxb87Gy9rH/IOrMVigoA4/wCLr2BJd4zxe1iDx+fbkYtjGv6x&#10;UDIFKkgnIqDg9MmWbSVWyfT82UcfLz/z9P8A9xuZ2OnF4aBLcGbM1crlr/8AHOHDBdJH+13/AMPY&#10;v9OVNFT4rdUWBEk2MOexzUc+6sJiJ8y0Yxcmr7haepraGiVpdR0RSSKy2LWa/ua+TmZNnBhuX8Kr&#10;YFONRQU8yvEefkOnIGIZ8kcKrhh9n5etenmDzmGM1IiWfR+6sDO0Ic/XxtIqOyj8EgH2KhyuTB/b&#10;qaGmFxxT4PBxhgp1AiRqOQ6FHAH9PYlcgxrHLcSOHatQKZwKaaVU8D+0celmt+0NI5zXyA4/ZWv5&#10;9ZbDj68f4n/ivPuL/Ea+GNoqeselD63cQU1BL5XZtTEvVU0zi1vopUf0HtueKVGj/wAbZmDEjWAG&#10;NeHb5ljjOKccdOFmLoDIwp5nz/2vDJ9eu/eEZTLyTRastXygMbxEUSJIBwdS09JE2k2AIB4HsthD&#10;27SJLbqJSfiIC586DzA8iKZ7aGnXk1JqqzHPEf4M9e9x6nIV8DCKnyuQpIkUlYKaqanRTI+pj6B6&#10;mLfm9yBb3ua0kNImDaNQFQME1pUmtajjXhTpXIgQE1NT5jz+dP8ACeve4xyWTnss2YylVERJaGqy&#10;lXJFJ/ZIkiMpjnVgbWIt/X3sRxJrDIyS0FSp1cMDBpT7a0PTNI11ZYOAD5mtOA/z/wA+ve+Ms1YC&#10;FirMikYRFWGLJ18FPGgAA0xwVKxxrYnhQP6e6Fy3iRtKSx+E0yTjFB58DXgRWnVy+s0Y0Yj8/sA4&#10;fn173IpUlEkjSyVLlkJP3FTVT3t+kATyOt+OD9be2I4pNUn0wNc1ahp+0k0pkU8h9vW41UkGPVQD&#10;jmn8/wDB173ClovMWIpZZdbK5MizTKxubG5BUFiLWA4t7q6oNdaZyGAIIrngeNKE14da/T1udIrx&#10;wMH7T5n+XXvfUdAtMro1GKcSggQinWNplNlIAZQZSR/hz728LyrH4UjF8EtTtPmK4qeGKYrx6sC1&#10;f0xluJpg9e98Bhi0gBw0cYQr/wAosUIRbt6gjgMSo/1rfn26izJCZMM2STg5JrTFASfPy6o5KRsw&#10;ahNfIGvy/P59e9vb0LfaxQiJLxBrQuIUC6ST4wzEJ+2Tf0+3jHNKI1Nqqhl46lIIJySBwIHVhKGD&#10;VUAgDzHmPTh1722rQyCRWZ6VdNmUCppRbk2VdMpJJHP059qHgubWL6eON6A0qaH519ePD0HWlcxI&#10;VY1HAmvyxg8Py697yGI6LLU0sBQsCJ54oWZmGtgsXqK/6/H9fbKxJGJJJIWcGhIrVgOFSaigOTjh&#10;8+ql9Pe7DRQetf28eve7e/5NlPRz90936qujkrIuo9uSRpA7zzwUz76gjrJrLECI5HMSGx+pF/x7&#10;3d3K7ft93K8TyhmRUFFCGgZgZCTRU4hWB4jOD0Dt8uIItz2RXkbwjJJpXADPo7ct5CpP7etfH/hR&#10;3k81jPhn1u+OglqsfU964mnyVKsqQwzTNsbe74zzNK6RFo5kdkBuSRwPyNhzLmp27tjO7hpTXVEq&#10;IcdSUlCmqSorMhPHHC0MDKHkqFBGgCxJ+nPvFPmDfFudxns3jiWYxRNG8lahBqqFYNQkliMkgHJx&#10;ToaQLAYP0WVtOpyT5duniMMB8+BoB1qM/GzaW1vkZ8ifjH0PuqmwVLtp87neyuyshnqimNPhtv8A&#10;WmDaebEZitXyxY3bla0EhrpXDiWI6RwWuUPBbky+1+8u6v4P2rW5vZvdW7+nNi4uqo8Pmd7YPrTc&#10;mPxOCgiqhVY0ZfAdUNFNnKrbVJT5KmpqbNUqw5d59aGT2BLOx3O2ke5vruWyUyTSRqaSSPErPpQh&#10;QdGtQDQEaT+lTPSa6bb9vt4t0gsaPHaKssRHaCSGLSD4iyliWkoQymle2guu7P8Ajn0dvj47/Hvv&#10;L5H/AAzqx3N8QOoflz3W/Ue3N647qfePycos5UbtrthbY7Coqur2r3T3EZdm7TxvYtTJt6urKHGS&#10;Q1mMkjCySULWJU8axVtfTJjp1jiMdRzUDWJYWFJM8wLhmZ1jR3X9LEe9yvPCEjm36N52Qihh0/FU&#10;sBRdKkkkaqakJqOjeBlZFEADKAaHOaeefl+3jw61Mt4z0W8NkdddgjG0eOqq3JZXaNVBishJVUFP&#10;iMjTJvPZlLQ1k589RQ4CqnqqOl1Mf8nIQ2FveGz+XzeOO/l12uddr3vo/T49XOn2bax9L9D9Y+jw&#10;tNcaOHDVx1acaq8c0r17wpOHiCnH/Z6QP7F/P4/8p1eT/N+vz3t9L/6rm9vpx7//0ratC+MmxYMx&#10;ZxctZWH4I4vf3cXD/UJoIV1FFwB3D1r5EVr0dTxM1m6RkavEpU4xpz654eXDrVX8tsgqupCGiNuA&#10;SHE39BzpH09wp6WCspKvHVBM1JV09RTVAEdzFFLHo1Brj9yMnWL3JYexVsO73G07vZbtEng3aSIQ&#10;PEI8TJ1LQZCup0GlABTHUUe5HLUfMvLF3YvGWkePtJxRxQoakY0sAvbjSfmehS6n7K3L032hsHtb&#10;Z9S9HubrvduF3Vi2iJX7psfUrJVY6cAkPS5Si8lPIjekpIeD7AKuxZx7VGPqS8U2NFKVmeEutW1J&#10;CoSsBYgaKinCliNQuxH199R+Xd82/dNk2q7s1R7WVUpIjBQEoBSjAEBTVJCtAHFBx65Pb9t19tu9&#10;3G2XMAWcSMrrqoF7srwyAa04cAQSOvoJfH7vHa3dPVeyu6Nm1SZTbm/qCvraSCl8f3+FOYqak123&#10;5BCWNNXYfLa4dLhXcIC3B9paskSpOUiSWKZp8NR1XhSNvFHNFNAbzatKhdBJ0qeCy3PsSTyNMRCk&#10;wVNblfEQshTSo/tBkEioIpXzOOmI4fAaIOAGDkVr3UoaUOfTj5gHoxWONTEu2KoU1dRU9FvjL44S&#10;VL0+uvpKqiyGpadIi8okWpl0kyKCdL2Fr3WGGjB2vQaVZ9NJJNGFKF9VPUKwVzdQp0XJF7G3sNbr&#10;uC21yIbmyabVU9qFIKYBCSsDkmgjBBL14AVISmTRuL66hC1DqrQhgQSPXNKYOTw6ALseRn7Lz5SS&#10;CNzlcdRzSof8393QShbq6yEKXA9WnUq/4G3smO5q3MVe7NwwLUbfyU1RmaoJhZKjGPPTyltUaFch&#10;TUCoxW3qjnKOQQCfcQbhvm2LNFdW+iEmUq7RhHQAtpJrpICjGttOksPUZ6ae3UaDlHYJoHdYVtYl&#10;LBW7u0AkHux5Gox0K238HsLbmxtsV1fge29mUOD29HI/YNNjd6xYvI0L1E/mmWXZ+X3NJWK0rFvF&#10;VY1Z6eJ0ZlX8NlVUVNPTBcls0wzwkxyVdP8AxXF0ken1GZqiBq/GMVH0sQrfUe0q3UU91G1tvWld&#10;ReZBGHLpjsYalYLL294+AdoHUpWcVHci+TQQOADNp4U08SWNa+g8h1Gw1DjM1k3fZXyP/iVBlU+7&#10;x+388vX++s5VNKREIKLH5SHaO+6elV76ldZJIz6WIuPcWmr9u1Dk6s1SU0i81Tw4nOQQXAViI43o&#10;KqaFr8AescfU+37m6vZEUR7Pa/XhiTGkjxswQEqzOV/tAaFdRYMtRQ1A6ENtDd+HoXwzcVBVdTKT&#10;StCKitfUNX5Y6e8rg+7tv0hWKPrPcmSpdYpsJT5Pf/VmUy8Tv5I4J6iupd54DGZIlfW3NNz/AGR9&#10;Fe22KmDaVZuqDczUePGiOl1VGSwlJLE9QKeriytPLIxo5fDcrCyMHJHqt7kzaeStt2/bdo5i3C1e&#10;W8PgTLCkQRoshqqxGtmTuKFWXOaGoHUg2XLsqWNtuUl0HmqG0lQCKZJqc1r5ivQBz9ybfyHd+2+n&#10;c50XHnt8eNsznKem29svtHdOFqIcWcngslsTM0OPibc9N98PHLk6OogelEbMI72AWknW22t3YZ6P&#10;dW3KLdeLztBVHLUufp6XO4qspK/ECKFJqDwtT1ohpL3Q8ajosCT7nfmGy2berC82u8t7eS3Yrp1x&#10;gsHVqByz5BrQBuOnzp1Lw2jbLuzga6hjkkAUjVls44n/AA/5Ogd3D8mM713uDJ0Oy95UOyKja2Yw&#10;uFw+IxFLPtXKS1GG31NBuTF5PJ7immNBitzZOpEJleIk0xaoVzHayE2H1bmdhbIwGycnuPdPam4K&#10;STcc+Z3rvjdu4HzVfTRPFmNp4h6qerzddHtygoqaChhxdPKkMFLG4hChjH7B9ryFabXyVJyrts0e&#10;kwOPGICF5pWkLu6r/HMw1spAAFQtTkqm5ThsrFNtsGRQx7TU0DGpooJ8zinAU4CvS2yXZ3XFduvc&#10;W6NkYjZHx96lrsjsGswOwuuOtNiT4aPdW5tx5rBdy7lnwyUu0sMN5ZLceUkqptxVMMqiWCmeeKQr&#10;5vYa/GPpnsTFdNbTg7kpa2XsDF7g3dueGCn3RuDJ0Stnt1V2e2pVVEuQylfPkZ9tY4LHFG5VKeNQ&#10;vjuT7U8hctryzsOw2fMrwT77bA+I+ppAjfCwBJ0AsCACoKipCkZJc2Tl9rSAR7oqtdDIBPaKVH2g&#10;5x/LoWvkh8lentp9x7k291rneuX2fmaXFbb3nXwbG2/AcS22qOpwG8ttY+slwmIbBNvM7ggp2q1N&#10;QtZIQsc0ccS+zXxbD2/Q5yg33XY+gp9yR43cOLgyclVWSVi0m6Wo3yarJ5fFPVVsWPgjmLx6kp1C&#10;Ky2bUft9DLuEj2toTeBVXUEAoiMGI08FXWA1RlnUE1UChi1pt8ErPbQhblStGRDXSMMAtcBj5+dO&#10;q6ch8gdxbtos90fsaXc2e2zhdwde5iOmxG2MRj8Tjf8ARmtRSLTwYVEjXA7VbJztUUzU0sjVmVp1&#10;mkiljdQishNOJqx6nEJjdFO4m+1m+4nFeKYPQSUAjt9yRHL5lbTqViCeFv7S3sV/LaWsFtujTvI6&#10;qSVCUiLkTFj/AKG1Bo40x2ip6YuZLqOIW3jAt5acVWpBBJ/EeB869ApnhvP+A7Jx+1e46zsOsrNx&#10;4lcXUZ7EU23sSmwJN1yUfYUW86mtfRtmr+4xhxM8RqjDOkLxxAPPp9la7y6xdOusPtPryfP4FM7m&#10;8ftbA0u3N07owdLVZPM000y/3oqMY8unCSCKaWeeZo1V11SSrcXxR99DyDNb2ewLssY3+C3kaBEi&#10;0uBG2lgzaGZlVRX4qnj3ceoV503fliWwup57uS0FpAZGUIfEUoxBFBly3DQB3Y0g16so+GPyPw2+&#10;e5ewMj3ljdj1GR2Rs3L7z3Hlt4dZ9e5CTblFt3cZwmNxnXstYuOy8ebpmrqWnio6QNrgljSngdgt&#10;lh0x0p2NtnbVBnd646STcUlRBHT4JN157ceHxuQ2vQ5WhoN2RVQyskc8mZhKSJSoFgq1n9IdkUpC&#10;btZ7jsVtt89vHaoqoy3iRViEculHhmqe1oyELMcrXUQ3WIe7+73JjXN1tEPNMzW6oHFwIzG0iuyB&#10;4Ksp8N48BtfchUqQCesHyW+W/XW/uwZtn9Y7hpKfF0FFWUW7tyxbI231dvys252HldrVeV6wi27n&#10;NuU1SaKkxlI81TuGWCSp27VY4ireJapxKaqk2fs6snwE+WSmOWxMFL/CctjI0x8mBFJDIIY8JHB5&#10;KygxVeayaOupuFcN+6rBhYm5m5UTb9jkSW4s0tmZ1YK+vxHGlQ3ecEVqki1QU1LHUgdRbYw+5W7t&#10;NzBslxaW21K0mkTyGSaSQntZ4WoCVGnwZOAJ4Gh6qk3/APMbe/XFF2DtPb2L7Y3zSZTNyJuHY2ci&#10;bL0e58NkcnBUbiTdm/1NLhMxvDbz4Kjq8JPAF+8gSeGkqkZJLghu7oPaNVhaHH4bBGXZdHXhshsK&#10;ieTE7fysOR3HVV0m6stXxH+IVdHtyWvkn+1NSDUalQAvcgu3jZbiKwS52zc7eSYeHDGAFIt/DhCg&#10;00eIDICw8RxTUXoUU06M9n5r5wtt8uF5jtoG3aMVjuSS8iIsY1LFSkaiWlDMFAQa64oOrAerf5ht&#10;bk9xxZLcXZOYw/am+NuyUNH2LmpMVl91bc3fitjUrN0/g9h3OKx2/wDs2XBwU3lix01NSvS/d1Eg&#10;ptAlLv8AIT4+U1PHBjOoNq9Y4t8viFm3RVZTa2Mxf8K29tGGpqsjnK2rycORrclmqh0SOGjomhmS&#10;iMr6y8wACsO87jY7tZXV6ssRhfV4hqkZLARodUYC6ZBq1liRXTRzUjqY+WuZLa+swnM1zNIGk0on&#10;iAgtJTQIxGFMkYBqJnojYpTSSTdfBj5e5rdOHz27+/t493ZSkwXYcmC21Ww9q0u46DN5jsKioE2z&#10;tNcdt6LaNGuJ2qtbJT1FXl0RGzsgjiWKPHvJJXFB1pseCpnyNd1n1C9NiZJIKjM1G1dzUuToq2vo&#10;Y46kjAx0lZS5qVkq4qh0ppTEJFUNrdGHuVX5gSVFvrB4UkVGUeHGgYBiKpppQqlDpPdUkknPUo2V&#10;lt8dtIbWeSaGXFMPqpwMZoKDFK+fVp2W7J2wozGCx+6+2quaooZiMrjNwbZkx3+SSCspHxG5K2ug&#10;NFTZiph+3irPGEqYmYRsoIYWD/GLrLGdb19MKvam3Ns1++MDN/C944bKYekqux8/jsZFJW00u1Yc&#10;JjMgchTbZpVklmmlk0wwmKOGIA+5f9gLnl2bmzdRNJH++hHqiDTAzyxs1ZpZUUsf0/0wjBhQZfI6&#10;Hntq6ybhf2lxMQ6KNEJoQgrU1IHd9laetR1T382e8c52PtTL4bBjLZXb3Xe8Nk7l37tDdU+4MrmN&#10;o0EuZfAQ7j3Ln6be248Rikw+4qyFaFaKGPxmpWaaaQAL7OviUp6uglppJpXpoAKRk8ZhFPIo89RT&#10;xyRCzU8BF4m+l7rz9feZF6Zra5WWKIeK3cDWtR8Kk1PFvxAeWfKnU8LJdQwEkOxXuWpBPp5VyfMe&#10;nVYvaFfuHaW9sduHE4eggz2aebdGPq2rkyr5yhcrt/bedq6PJ1DvDnM6s6Jk6dPUIWjnBXSECqoq&#10;w0ggo3WrqhNE1RDUPANKwsNIRhH4ysjJa9uAOfx7j7mDYhvMkm5294kMkJWN0RxVnV9WS9V7GJK1&#10;ALHt4N0U7hcySSiRULp/CD5r8zkUzTolXafXS9h1Wc3/AIvK7V2hNt/J0W2NwbWxe47z1mex1UK5&#10;6tKrKmvppaPG10kog1qJJ5h4x6JbicQi6aBEdq2plYQtL+Y3QyPPHMDrPg02BHIJHsPyX24TXSb4&#10;buNeUra2rKEGTKrlFhMXwgyBgWDYUVU0wemI99WWd1NEtkSpWtf9rT+kfL0r0Fn8ZzdbWHtSuy2K&#10;oenNmbYpptxUeDiTW+4qHIriMbtKu21MP4VE25o6zzVMdQvh8ImjOlgpOWKJWgxjwzEhEkzPmkkA&#10;klihqDSCoqIQiyJ9wyP4zZdbfgg+433Hm7Zbjceeku4IniW1SwWKJBJ4ZaJ2Hhng7JIyxsoPbpJU&#10;46jveeeNstrm9tyYxMUICjjWmqlTwUigJPD06DfM7gOR3X3pHmtp001FmIsP8ccdg8BhhW4zAZPL&#10;7WfdUuC2rm56yXHZSfaT5OgiyCK9R9jSqzeSORB7iVdfLLNFLPRNSo8hipMTKhkn1FhEXyEaholj&#10;jdrjTwzD8gX9ib265djteXbq3/fPjXEkQknvkUq6KUDlEuCQwcrSq/gUklgxA6OeUt1/eMLGWFoZ&#10;9JNaFgKioVZBitPPzx0v+nensFtrZ+f2/geyxvDJRYxM5v8A+QGIb+GUlNTR0DZd8T13uWZ6TNrl&#10;8pj6dEljmZ5KOmkLM8UjrH7aOwMKu7sONs0i6MhEHylJlPtnabbWYoqeRMTuCiqE0S02Ww9XKKim&#10;WJ45ZGTSG0MwMe7bypFdbPzlzFz1vBg265V49vKzBhLMyt4ckcYJaRl7VJpx11Gmp6Wbjtm3Xu2b&#10;jbbs7yWrRldJPaSaUJFc0zngOu/gRu8/GrfG+PlL3BuY4rY+5KiHrjaWFx+66Fn7Xw+6smlRmcLQ&#10;YaplliytBXUdHHSVmUqqeanxdQHndNcasK6d07R2z8cevdq0U1f2jWdrYXaNHg8TvyCKDeW36DLY&#10;6ki/vJvHcP8AH8nSUR3vviLITV1QkcFfPSeY6USSKMe8S98sYRM+22WqOZHAkMBpEUARWQ3C8ZFc&#10;fqrECquSCQeEBpsDX141ube2/dBNWKfGQCQgbz0gAYwGIwadba3x27D7E+ZPY2Sym1tqdIZr4t5P&#10;JV+5twQ7p26+x+4N205zNfR7X23i9ubXxU9XVdZbIym346OmyWekw9LvJse1ZBI9JI4JW9tbwr8u&#10;5+x3tvXcOViochW1FPuTI7l+7yVVjamonGRyEOv7GGPIivk+yo2V4mgpdKrGWv7KN32OFJEdd4mW&#10;TRUjSWK500Xv4tlSKnTqLGoNOpAtxBtFrGkNsot1ONaYUHGKEn7PUHqyGg2dX4HMYHG0vTm39n7b&#10;rM5Tw/xWkwPT1NjtoY96M/c0tJTYesiztQ+VloRGJ4R5qdqgOdSQ2I5Q4bsLJSYbG4/P9obfoM9l&#10;6XHR5PDPmqIUJ3CKiip67IU2Cr8RUVuCpGdkqBCC8MTCRSoTV71y/te4vuL7RELae7dlAMq+IoCk&#10;ElRUFDTFNQFcHGOirdLqclriJFQRIX7e0Mv4h3ACv28OA6RPc8vR2B2juLfO7es+gN7f3I23uHMZ&#10;DG77xuzzPXU+BpkytXiMNm89gstDFuTNmFft452SOqqbGQ6gWU0XXPxK2xsdt17czNfkd67e3vHj&#10;YZ6TL5PNZ6kfGRS1E1PR19DuLMVx/gWGqp54KASyzEpWsZEutzkDy7Bsz7FPCtoJrm3aQTSzKy25&#10;DGoVZKHQ34NI1HtDGpVeiWLfrjebOOTatmQbnbt3CQjw2VzRlDr+KoDMq8ADnI61+e/v5sVNktm7&#10;E351V1dt/pbcXVGZ3xU18rY/BUdf/FI8ZR/xHbWKzO1dsvNNn93Y2ohyOaoaSnp6OYYJYoqtxMpV&#10;vqviL0LsapyW6sb1rtyjo6eavps/tWnwe3MSub23h9uz0WVxG1yKCCTH5dJoIMhT5SolrIUlpmjh&#10;hll0gg/mXlC4EF5vG33lpLtojV3tbVzLII5e6IM7or6I3XukVWB1Rkj4ug5vV5zqBSSCxtzJSNZE&#10;YkpIWDCRkIrIgUFHSlalSWoelL09/NO7y74jwPVO3OxlmzG5dg7UzW3O7MfQ7wyUewd2djb9x2U6&#10;yz+/KbauUOJ3Tiaiikfb1bs801BmDQ1VPV11bSRymRKS+7dvdtZrsqo2zS9f7567nhzeKw1LsrZ+&#10;Mw+6sVtva0+OXIbTTN4ip2lteozWzZI4Eeuy8NbVVBzrywzrSyToCBdo2nfdpeWa/glknR11KRSo&#10;+IRlhQFlWigg97VpQ46NLe3ubGJSdwWSZ2AYlwGYsMkDAqeIRfhFB1sF9YZPr7aOy8PuZu9NndmU&#10;m4K6CrrOzd07rFI25c9RNVQ7gqqKvoNw5TASzyZnX9jjKOCnpqLHqsERmjgDe7uvjvhZKHqjZx6m&#10;kg6721VLWdhL1nvBKqbPbXz+aY0e9tp+DcW6s/nNjYpt1Uslfg4WaanSgm8Gp9KsMqfbrm7ZIdqO&#10;3Sbb4EhDxuiKjyPbyA1ErE/pyq7EHVVmSRgBRepV5N3OyTb/AKGSAi/BKuzLpJUNQNQGg+dM+XDr&#10;XD+Xe8Ojdrdz78wHyq2PufuDdW4ZaPo7cHafWFPHghm+rK6sye7et+0c7t/amxdrba7XyFVjcnNh&#10;d0LBUNkMdk6RPtTHFKUBvNzRijkxeax8lNTZ0VUSMsjBpp6paeP72kSOKR4at5YJE9AUlUbUnLC5&#10;x7erZcyLu/KG4GOXlcEtbFXdElhbUEoykSB1YMqsMVWjLTHQ0treO7JinuykKA6QtTqqKqSfw/In&#10;j1Sf8PqiPtGg7a+NPZuPz+7/AI9TbZylZto0cVdQYyn2XXZbIDY26myNfQ0W4tr0+Ny9HVstc1R4&#10;Zq2nEFcAtO4EQUGTTL0GUhMOPeKnpIq+kqaRqiix/mjkqa6KDIlYjIknmJWVWDR3/cSx9zBY3W17&#10;tyVu217k801kTNBE6zIk1wsZVIxnSBKrIyUZNMoGpGoSAID4c1gklyWwxUMPMrQCtfIAZBGR8J6H&#10;Gm3t1juj449idZbpXcXYmFyue3vjuu967V3vQbe3x2pHteuxO2Nmz5DaCzVNPQbixL4QU1VjKykk&#10;pMnHEXoKoNf3LzNDX/aCWoqMSux4aeaPdldV1dIaGlojVRLVVeRy7zpjaHHw+ZFnmmkjSJ5RqNyP&#10;aDlXm3kJrXe9523eI/3/AAqJIFd1iMfhQmNECSNqxlMk1ArgEV1b7ptjiS5W913KnUukrQELgHPb&#10;54NK46SvR/afSVHT7437jk37ifk7jKql3N8f1q8FmtlQ0mY29sjIU+F2/htt5yhiy+QzDimnSipI&#10;lqWq6WjBQKpuyRwma2rks/lsJs7dHX+502zWxy1+IwO7MLmKrGVlVSO8OBrMTQ5PzVORljUy0tPE&#10;zOCLBdXAAXuR7sW+78o7Ymwb1o5sun+jkjaYQaZXUFZFKnUxBwNJpk6waU6h33X5rk3nZYNu5c3h&#10;huDnQ9CqJReHiah+qCSAVBz60HRhd2Zzc+U6j687C+SOz/k/07ubsrEN1vlMxu7rTcewqvcL47L4&#10;t/7/AO3N71+3MnFtPGF66HH5jI5KmjWqp5W5KlXYTpI8rDbzF5sY0ceVkyUNZAoomnhSkNLQ1FSa&#10;emhiSWVmlapLoqloz6mU+8P9+h2v/Go5rSVxKr25kij8RzoYMJpHJKsJG16o7cxiYAY1lgMa9z2e&#10;/wBkkeXdbglWIMjJEXfUq9rySAHXqNECR6NKqK4Feii9d726h3jTUY2LNhNt9r4LNZLrLBdM7zoc&#10;9gMfvSkxGfyW5hms9s/BRZ/c9bnIcNi6QYaTEQrk2qxDXQN9pT1EKs8dJJBDTxVE0lZ9uq42QCip&#10;qisrZI6h54YhBIGahhqkI+1nQ+KKAEhQ5DexTabxz5stt40V/bwQO8UsdukUaaFdWJLxKe250BTJ&#10;FQUQqsgNakSbhuV5ZbQ95e7dZ20Xh6lLmMxliF0s6EkdxFNPxsAckA9Lepymwd4b2zGP6/p9zY3O&#10;5mpquychueq7P3XidqbQp58TjsLncnR7px9PRU2+8ztKRqld1UGQX+K5HcM8YlnkoUamD3Q4ytyb&#10;/wAMmhEVFX0xgOPnqEnhmiqoJlqJVCtPL99I1rtNcy+PWsgI0gq37mye5u73cNwvfGmZElMpsjG6&#10;tEQsTFaqkUBKkSJGa63DsKGgScg7tt9sdv5cuWgg3KdSY400xoQ7sxaMLq8NmLE9pHmoAAyFHdO5&#10;tsbAocv8h9sVGU3fuTrze0dY/ZWDnrcXmsXmtjV2CTE7UyeVrqLbsGX2lisWTpjxUQpsYasUU9FL&#10;5PuX51W0alYKuJzQ0NVQ0kpxcqkeOGZoo/uMqk1SrRxwUciho1nF5ZCbr9fZ7yf7nWnLm5bTut5J&#10;PNsniyCXwYu4RTJoNvpSjCc1KCWM/wBmdZq5J6l3lTb4eSt7m3C/vPDtDX42C6k06WRRxbuYEPXV&#10;Un7QFW0vmNQbp3bsOTa2D3zuzGb03PjMV3Vg5q2+fzeKWozqYPrz+D4aro6quzm+sDJJT5Cowkgg&#10;xNLCgjqraUUNN2UFbWxVMOaztO9NjqX7VqyaiNPHkKzxETtR0CsyV9bWB1VmVljH+AY+82fZbdOX&#10;U2SDcOUeUruC1v7k6Ytfi+BEtApllcK8ca0YhW1sSTStMT9sN9bTpHf2C0tJFogJLFR+IuTgADAq&#10;CeJ49WX/AAX3N171pDiK3o3437kwGe7S3lUZcbBwe+6XfMvWuzYskIsMu+OyamKGfZuxdsNQVVXS&#10;Uk8dZWz6rrrkgQks+wuvdsdr5GvrMlho6Pau0pazCrSvJDDuWszNDVrUS1uSEnl/imNnxcmunZNE&#10;1PIqoAka3aNfeHdBzJzQgtdriiFvcMokVRrZ8h/01JWRRpUtrPbVRQPWuOvujzgdy34crct7REdy&#10;t5A0rhGYqjH4l05Ygip4ih/ZdJ8v/mH2N8HdtYOnwWejznbHdVRR7ixuRrcNW1fUcOGyeGmxmFw2&#10;366h8EewcxSbwpokq2yDtBkqOSSX96qk8cZyaXB7YxlKyYTCY2ilRauqpGjxkC1dTS1jU6tUxAo9&#10;G1TJPCjLrJQyDVpDE+4Zgj3Sfc7Zd+e5trSaQxFDOoEFxVjIjlP1RG/xaNLMFbjgDoO7HyE+53rf&#10;vjcdyFm9CY5JSkZ7SMSp3gZoVpitGNB1rK7m+WPyhz2dxA3z3Bn87jp8hgNib0qaDf2bO1dtbx21&#10;Bmq59qbijpqqh3lS7dpsHkainyRooYKv7TUhqJY0S6akxdDLVzT1Sbcps/T1k8s9dTYukoKmWcvH&#10;rq8jHRQwpNU1MjBpGDFkcXViCb5KckHlTldLi75bj3GbZp4UidVdpIRUAsscbkFtLlu7wwSvYVJA&#10;HWVfKvLuz8v2EdtYmeXbtAAJYtilCc5xwwMjj0YrYfZNDtrGplthwfIbdnS+/Nl4TDDbdVvncm9N&#10;oUWJnpKqeo2x17HvDMZCqocFtdIJ4aMTUMS1lE7wzU4nRArDR1UkGSposrPmMTFlpck+Or6apgq/&#10;vKykhenSWqmo6Rcl9jjQHFMTr0RMwlQg+QSpzAqR2DblsljZ35tzHHcQGofwJXD+HCkriAyyOVMi&#10;tpNQBE4YeGRhJbPZxieArLbq2lhxBDZoFrxIy1MggUPl0ZztHB41uvMvufqTb3Tfc1Z1hDsXCdp9&#10;b5rB5jBVeL2DvTMU+5Jtt7GwW9t0R9dje2+aiWkqdwRD7Vmr6aAYqthkX+HyK/L42iWbGUkQlqct&#10;FPFLGMTWx+LD10gkdXjVJIjNWin8nkaNlIhI1LyB7jzlPnXc+Z15l3DdtqhtOT4Xkh038RWe6SNR&#10;4zBWBVIVOkeE6OwYEeIc9b227k3OK5nuEVdtDEUkFHkA+JvkgwApBNTWtK9E+6A737C3vh+4t/bu&#10;x229j/Hvwbg25NT98bJrqTd3d+z8AtDS7heoGVoMlTYDYVHnTjhR43JUlaf4uriKrdY5ZAmF260u&#10;VochU0eCyWXo6n+L47LZGkpHzoqMSUpqaYVPjSu/3Gwz6BHIZHWnZohYHgZX9xsK7VvVjbT7laWF&#10;9EsNxFavIICJonaiU1RKZVUkTRaVMoSQsSo63e2G2QI0sfiKGoulMFSRUANkcK0YYPRl9zdn9a0/&#10;WfYO0cPme9OuuuN+YnD9cdg9b9V53ckfT1NT9j7fzeXq6bHY77nK7IpK3fcOMqJP43hVxtNU5YQZ&#10;B5pCNMjvA2dxO48RkHqaeT7PO416zKUFHBUrFBl6oTPIaKKGnx9XJko1jaKJWZ3NQdbCWMkoOXrr&#10;ljmblJ9jj2i5sZGtJEW0u5XW4RrZfDqkjtJM3gNqRpj8BjGkGNwOtW4stxtREnjagpARmpINPbxO&#10;W0j4j5U0gZ6QezZ/jz338e90dU4zr7eWy6nc3WW78dtzpTtnfeY29uv+K9LUSYOKLH7vy2X3B2DF&#10;SdcZKWsoMpl5o4IKCHERikifHViqtIu1N2Sy74eiyW7MHt6mqu5PkvnZsXhqCuopt6/xrf8AvKv2&#10;lkcpHSvK52vt6v29X0YWod/NVzPGumQH3x02bbY9v260SeVmRF0BHYOQVLDXrAVG1BjQhaOeFB1B&#10;e/JGN6urR1YOlwCKUrQGlA2ASpFK8DX163COnNsQJ0Z1xtvDUW466vwPVvR+GqKWoraOaPbcWL64&#10;2HSVuHw2bYNjo81U4yWkqalldlqAglGpQoNgeyKnGf6LewNu0eKG5s5gO7O2sTS4XLu8WJzNRjMl&#10;t2b+AVFTNTZKOmx9ErAPUPE2h1QxhiwZejf3VF5gtPZu43bZltp0mv5mSJ3GlNEksX6shFF1GLWo&#10;jDgVUHTRuhbt1xd29veyuIzaFgNBJIqY1J1HgKUAoKk8RTqobszAdtRfOrfnZ+M3xh8H1/vDr/oG&#10;fI5qnompdyddVs/WeToKnclRS01RhcnkMnXxerG0FC9SKyHyfcmCKORHAHcW4K2fL7hrsLgsPk91&#10;7YxUuZYUPYqbf2blqfNL9rFhq01W9sZjMrVNUR1EkGeWnpcjSzwCmnlAZY2hf3X3uHdt33e7vUF7&#10;fLqt4yrkW1s8jh2mtQcTOSNDTFSJQTrFaUi26vraTc5mkuUkeQgALUJHpqCAaAMAeNRgn0OTmQbC&#10;643W1JDkezOxsZVHBVOw9u0u5ukMJu3d3X+aw9Xicvld+bWl3N09n12tkf4bkKOkrdtmrye2aijn&#10;kraan8qGRWrNbT7A3XXT4HPdM7/xfXdfDV5tKOmytBlqLIbkkw1XQ5rEUaZ47g3Ll9wMiJW42DE1&#10;FDFBIPHoP7svuGrfb99mnvZJbeUk1RF40qe6gjIGpRUgECuASAD0guRaQTO1ncoxITUuokKQSCzU&#10;7QtB5Ctfl0ybQHQnU2byGe218pNm767pjpKcZXsLeHRsVPk9t4D+NUlPt6SqputX612LtDY2PcyC&#10;vr6rGVtXXNWfcvO6JBEKw/nRsfF9S/IjobZP8R3DCMd8PuuhEvYf8Lx+8z9qMlQQ/wB5KGiMdHFX&#10;xxxBLRD9CKCzFSSYW6TxS74l5EwZZQW05ZkbQQSONStNTrg/hrx6VwSiazsJSzNG2vyOVDEVA46R&#10;/gz59G7/AJfvb2U7n2T3/uPJTbKr48N8tO7dpYjPdd5HL5TZm5sNh6jATUO4MLU5qapqV+9++Zam&#10;OOR6dKyOYREJZQWmWvxrIvgyOOkkKhkkhr6RgxVgQx8cpJN73IuOP6+0k9v48sglnYRt3MjCnkQK&#10;g8AcUHEdaLN4tHmah4Cg4fZ5fLz6Pr7Jn3DW0Ee/c601dSJqbHuolqYUJZ8dBy2p1JAt/sfZHNBF&#10;G5CE6Q/z41rT1/aevEoHKioSgpnJ/wBXz49e9hyuYxJWMDL45r+kqtfR6zf+qLKzW/A92iBYhUcU&#10;44HGvkPM9JzIGYIh7yc08/lTz+3j172dP407A3vvnbm7qvZm1Id0UlFksQKmeozOKwsMLz0tZ4fs&#10;pszmMLTV+rwlX8UkviK6X0lhecuU5YrPZE8S7SMmRtLOdKMQATTVQavz49NpLDFM8bzqjUB7qio4&#10;H86noM+wO4uterFpG35uqjwJr/uTSQmlyWSqZRSLTPUf5JiKLIVKaEq4yNSDUG9N7Gw+VvSncmPK&#10;vkdjbcx6u2lZKvfGwEQAR6gQ47AIFv7It9R9PZ4+/bWRHG+5xpKw8nUqSTQDUpPA/wA8VzXpX9Tb&#10;vVUuVMgAJAqfOnHh/l6RFB8pOlMrpOL3DuTJB11I1B1j2nWIyhzHdZKfZciH1i31/wB49p6t643V&#10;jQpyGT65xyOoH+5LfO1Mg1PIpDESJhM1lXgYAgkMnItc+63O97NH/bbxaic0JJIck0ocrWhNKUGB&#10;Q46tJNCBmbvFOILVP2U6V1N3DtnIwPU4nCdjZWKNtJMHV+/6MltRUhFzG3sYz2YG5Atx7z4rr7L5&#10;F44qTsfpSOSolamiVsvnWklkazNFFJS7Hr1+4SM+oqwAH59ufvHYZQQ242jkHUQGJbhWg7eH5gg9&#10;Ntf20YrSRlrkBG/njArwznpM5PvuLHgmHp7vvLEavTjOsq0ltIvwa+uoF5/FyL+1NU9FbxQPUxbr&#10;6/qKZnCI2Dfdmbkkli1AxxNUdewsHDn+ukf19lDb9tcUCSxXjeG5NU0Fga4018jQUpw/OvTD71bR&#10;9xqFI4U/b54P206yYTu3L56Xx0/Qve2PUgFZ87gNk4SDkkeoZDf8NQlrXN472/23tiHU26BKaOoy&#10;WfS6/vPT9bbhqqNCGBDmo+wxeuI6TyDfj6H3u55g5f3JAsV9IojAIAiamleNDUHt/H5VxUdVbets&#10;kq7zlQP9LkfLu4evS7l3RuoU7TU3XOaklteOlqc/tGmlbi4DNHm6qKNv8NRt7UGP6aBPhr+yN0Yo&#10;MwZIKbprcc9N6vqfuJN1UKtb+1f829+G97MqSSo1zKCQp0Rd2TxAqNPrXiR59U/rJt7VfDL6hkBr&#10;8h/l9OkPX797rjm0YvoSOsi9P79f2ttbGgEuA2qOnx2VeypduL3tb2o6PpPb9RIA/Ym8KwR6zryO&#10;ysTgo3dSUEaJlexKpw5vdbx6StjcfT2lk3Xbndm0XOKHSFAJr8RJLHSa0qCDx49WfmLZwNU85XPD&#10;WSeHGgFOOOp1LuLvauUa+r+v8GSLlsj2tlckQf8AUmDE9aMDb/CT22VnRFP9zopMruGqjGsosu8t&#10;kYkzWNgI6b7jMhWudQXVwoIPPstHM7TaQdqkIHaNUiIwqchy2Aoxla9VfmnZlBJuNScRStc+Rxw/&#10;LpRUdT2k9K5r6LYVNW3tHHSVm6K2lHI5eabD4+U8X+kYHtyx/QFLIY70e5Mu8pVZlXsjYdKqaiQ7&#10;Bv7pV9VOoVeUj0s34I9v3PMb2MUijapdPnWVFj4+RpU0rwXJ8umW5t2xOxJQD6d1KeQ8hj1B6bJ2&#10;7naqHhrOsKOh8kVzNiN45Cq8Vv3+EyeMhWS/6CTa319zZ/jrWK8hxu0YGjRLxyZPcm5MxJqJufP/&#10;AAjbFBAqKv1KFix4Av78d6u3ULLsKoWA0kTHQSMmmBStRxNRw6SzczW8hqKVHlRqE08jXz6fqSLd&#10;nD5LeG3iSSTFQbXmoUUc+lWyG5MhKQCPqffKl6ByjU8iy7V2/ohDsQcp2CIjIxW7xIamhlhkY8Bt&#10;I1XsfdL3mW8V4IYtsi0uVXuLcANRq3pg8KVA6ak5nhVljEJNeA0ft4mv+cdSp6XOSqyw7xigZmQo&#10;8OGx0pQD9S/uzSo2r/ePbvQ9I08Wn7ja+16FVkKvImK3VnJhGwAVfFlt600Czl/1XXTp/ofa6fmb&#10;e1tYgthaSFjqLHxDrPlpYNSh88CgFQenW5tCKdcbmufgWvDj549PTz6jRYbPXm+439k6kOytHHDj&#10;NuUQiUAKyrKmJqJSpJvckm/5t7faPoyHL1UNDHkdlY2aocCKes2FtfC0iSKCsa1ea3Buiugplawv&#10;qsNRt9D7Jo965tMAnLWMceKDRq0181IPcurto4PGvHpM/OtskYkAkLA0pQY/IAk/mMdR8wibZxld&#10;na3K76y9NjqbyzUWHpajPZSdPJYmiwmAwsmRr5xrvphjdtC3C8H2a7pf4XfKnZG6cf2B0n2vsDau&#10;5IMfX4yLPbH3h1BDmJqLJxrHlKGakixm5qSegnVUEkE8EynTqVlcKQS3293t3t1xaXnMsMdqWoQi&#10;NVSzGgBRdSVyBSlaU4dFd7um37tEiXMOtY5Q4JcKY34gjCnhx8jwOOquvlr8t/5e/Y+wdydE/LHr&#10;/unePX+c/huSzm2t7dCd5bfoEkw9cmVxWYoNxT4Da1dh62hyFCviqqKtgnUsU1aHcG1rqTaXzWy+&#10;C3R1h8ncjt7ObG3JtepTF9obMqcbtXtPZ++cPWUGc2llacbXxWDoc1j6nK45UqXSCKWCIEBmSR1M&#10;W80ctx7zYBbPeVbeUmRonlH6LRmqyJLpXsDg6UJamog0qMGuw77utjuNpB23exXQkilUAMyxyrp8&#10;SOQZ1xsVoo9cUpUa2nbnZH8lv4u9qda/LP4H5Pejdo9f7qptsdqfH3c+fzm8Oue5/j92FjchsHun&#10;Zxj31m901G0t70eyNy1WTxlTHUxpLWUqwzxOXSSAW8/tbDZ7emdztf13BT7n3ttfaO3d1bd2UsnX&#10;8tLldv0+QwtfvujztHjpNuVEOHxuTFRjzXGo+6g/yIoAgQkHLex337vvLWaeSa/MoMdwxGlVHeO+&#10;gANVaJgAFZj4hrXA0v8AdJ0k29ksfFiSJ1IahEwJ1Igc96k1JJcDQ1QQQR1jj+R9X0B8f9g4H44f&#10;LbGba6s6n+RHeHdnX/yM79yGH+Sybq6X33Fh9x9a/GLdvUee3U/em6N71ufo6jFZvD4umxdXtmoE&#10;WWgrZIpXmQ0u38NTYjFY2iNTW1z4vB02KNfXTGpqcjFS0a08dfU1DBHrK2t+3EkzFUvK7aVUcAM7&#10;jfX1xeXsSV+iUgAadMmpaVFBhSCWFVJDUBYnoy24IbNFQMoAyp8iRwr50wK+dPTHWul232PR7yzi&#10;7ghotqbeyPYfdtV2VPtrBrR4va2yf43mqySox64mliah2xhMPFWN46ZPMKeiC+qS3Pfmj+y8mjIf&#10;cfZ3+3+yb7ny6dXgtfx308Xva35v7U67vxfD+li0eJ8WrspWmqvxaq+Wnjnh17xJfDroP7M14U/2&#10;eoX90oP9IH2v99+uP7qf3s8f8W/vxjP4T/DPNr/ieq38R/u/f167eX+zo/Hv/9O2xTHodD6gSAU5&#10;CWYFtSG3Nz9fr706zmSGZe1lyCaasYo3px+Xzr0MBAuhitQ2okeeaf4OtU2USCsgYm6mlb1D9QCT&#10;KNFj/Ztbn8+8MqIUJcuovew1mJWAFv2xYlR+fa61nuY5ozCEYkYJ0hytc9xqK14fZ0SXlq/gvHJb&#10;Aw0p8VDniRSgr/m6cqeRTUN4pPXqvpFiVNraSL6yxHIH4HsMew8XJLjBuCKCXyY2CSjq0CmYyY+r&#10;kRo3WEXEi00v9kcqG+tre8sfZXnqzgSfk+9u0bxCWgJoCGJ/UjLNRV7v1KtQSEUUVBpz5+8P7byW&#10;2+2/MFigMNyFEmkUpJGtEYsMUkXFTxK5FetjP+RX8vqLaW5898SN75Wmo8ZvjOLvjrCpr6haWCPc&#10;1JTVEm5cJHUs6vDU5OhhWaEAkNIjAC5v7L1VZZ0fKTCaKIHbrCpiYKgaSOSnCQU8Z0H9KsZPpYWt&#10;zb3l9ZXmzJEbdbiUpKSq+IwCr21DKwrVXapDUFaFa0HWNT7LHbyxo8bH9QUPlU1oSwrU1wMUOa9b&#10;ZmIT+JUW2KZYJ5/F2Kr0UymWomipJKavlqK6vLM3h1LKgh9RLNe4HtYYjJAYWGPypGBRVhiKNout&#10;RErB9IFmCjj9Nhz/AF9k11uezWW4S2bbi09yAAFLM5qvbRUHaHBLGgIYU7GBPRe9gxuwzrIXV1qK&#10;VpQ8B6EHPHoHd949DvGvnpKWnqPvczg46pqkhi8+Plng8MrExyA1EDaf1cm1jxf2QTubdFHsHfGV&#10;/vDtDKtgamuycdVkcVWSY94vFT0VVT5eurMpT5TbyQGCRxIkrU4bUGOi1veL/NfPO07ZPPPYRwNo&#10;csI3VwselzqVv9FVgwqdaFRWoY8eupPtFt77lyjsqJIsbizQgMAoGPIijUGCSeFeJPRguhMRuTtv&#10;qHBZHp7vjrvM73x8lNVPid94+n3XhqGjx+Sy+K3NtWE7Fzuxt94Y01cacU9c0lclI0HhAnWUsI+F&#10;3/syrWjpsB2BV7drJqKWtbF7wx2V2vSY+OJwhiqczipsxg8m5R9SgU8alQTwOPYWsfdDYN0WdNx2&#10;6SFQqxtJCqSeIJcyBRRHRWIB1Gp+Y49SrLsl7HFIZrZZBSgcUJIpmlKEVpx4+ZNem/efXXb9BW53&#10;IdwfEih7IxeMqac0m9eldwbM7mzu4oKmNj9ziNj9iYzrbsTaklA6BZ1hzFeSSPGZB6vYxbGoK3cq&#10;rl63IbezdDjNNRjsjQR7Z3BDkpKWVZPtzV4yopsjRoFB/wCBEKEhlt/T3kd7Q2/LvMXM8Mu3c1XC&#10;bnZKJBbqNBVDQa1LqylFPYdPEk5BGRDy1tdnLfxSzvJH4ZDKvChANaFqgitBw8+ifdy76672LXRb&#10;B2Dj+2OuN1b4TTuvZmYy/dPVGX2thszSy0p3N/d7fWGz+zs1WtVTQjx4mvmUIJr6QFl9mbqdvw1N&#10;N56FGpkrKukzLYtmpDRPVhVUA0kodo/LTHUY7WZl+hsT7yPg3+3F7PaX7CWSBWhMpSXCkVNXoIzp&#10;YBSwJCgjuBOnqarW629Hjmu41qUKhiaVJFQRSi/IleB+fVQ21vkMu393VOA7AqKXclbsjbe6+o/9&#10;KCUG8Yt002152lraiok3XjlpMVXDE7mjSkeuilY00EynzI8giEyOjp6eKmiV44Xpq9IoG8ctPAHl&#10;DM0C06GEVMpLAKUJCsb29Pt2W7uJJpaRlrdoSSO0saUoddWCLStQwBIoAc06cuJrZWFnhQ6fhOQR&#10;TAPlQGprx6Y8tvTcOeyu4aqTH1+VxG4thVmVy+OhrcNnc7JDixRR0eTbclWuY/urhYqaCWWoStiW&#10;WphiCJIGmALhRYWeSqarVZaaaOvExUssqzUkSssVPIqiMmcBixPPjNhzb2EuZ+edn2GxSDc9wiEc&#10;0AVCNSUdmAMniVZUjJoq1ywDEfJDNeQLoSabxNC6RSoIY8WqcccCvzp0CvbXyb2TtHZtLtXcOcwu&#10;bwuX6+OAoq6nircHVY7eGXq6Vq3dlJk6iTIUtFt+pqaaKliQkSV0Uc0q+MNYc3xdso1SZ4YVMOmO&#10;lhJRvtirRShihCLKJCWR7DgkX9u2nNBl2iOJduubhlejSFAFLkCSMgMdTqRRSq6iGpUefTRv2jhc&#10;SI4ZTknJJr8QahqKcR+zrDi+85J+oaXbcW09z7nroM2Wy28MzTQT0k+55JKbcO3p6WHJaq/J4eox&#10;sUdJVUkU0rieONygJDe8MW3DPPGlayVkVLUPNQedXqfGkTtKacMzl38bsFJPDKPp7Z3X3C2fatqe&#10;+tWKTyiJZACIivjdqyPUEL2gtTiOHnXpVJu1lHHJJbJpkdKEg0JNKahX9tPLpy3b8v8AbGz9n1+c&#10;2RSVu0s3urC4PDb+TD1lNtFpa7cdLFh6HdVUkdCaXHtUUVNPWRxRr5aWdj6wX1e+6ipwmNVaePHK&#10;MjjxoMVcZjItNkSzVklNUqHV5uVW9jpU6QOLewNdN7jH6/mhOY4LjleciaEQSLCsskXhw20DGRSI&#10;YZCWkkORrUsx7ughu+8X+3WEt6WWSy1r8TKrFqgIqkjBJqdR7R59IPbG2PlF2dlMnvvJ92rVdJdo&#10;Vy5/E5vrWPFLjKrcnWEGPw+wsLuLateaatx22ZlSsrpaeCSMT1lOaieo/e1e5EcEVLJR4yeog/h2&#10;Spsj/FKYxys0IMKSUtAKj7ef/IX16HEwVeTp1H0e4m3/AGvnLnO/vOabuxtLfebZI1CW7szyIrMJ&#10;ZtUg8IvGoCAqFD0OkEE9Yp+4u17vv082/S3dpt+8mQiErIXeVATUSNXSjqBTWoKYXSQxr0pML2PW&#10;7jO/OycLsfdm4907Ky+xafA5Zq7G4yg3FJHlJ8ZuPsyi2rS7iwkVZuinqKEVRpqOrmmqBDCJvGsZ&#10;qGd4Zq5MjBJj6eKoyNAaOkpIDHFQmno6KKxjQxqtA0FPFMrIgRXjDa9VvT7De73mzWO1zbXfxXH0&#10;08LmRoo1niEjOJECLG36gX9TW0Y1qaqw7QOolstt5Z2x7v8AeW3xPu7uZWjhiNwjS1VQ5VKxylyS&#10;XbLK4AYV6TO6Fp919eS4HdvYu4Ns9Tb1xe76jMb2yu8MtlZcll95ZCatpaZ6nNVR7H27XZGuwNTQ&#10;yv8AfzUGQEf2UUD28w6x2SlfKVAoKULNiaSip55K2sp4XNdkjJV5anyk7xvBSStUhJKWanJjmpm5&#10;03CkPbhyFFJs1v8AvPehLss00jeEqMyNFCtI5ocmSRmVgJIn06G0gJUMVGu27ZJuVzafT2LXmy3L&#10;MzmiwKqRiqgVqYqmoOsAkqR6npFdn4Ki2t1TQ1e/N1xbdzW/93byy20v7gbY3ZvmafZvXsOG2l1l&#10;nerNo42rx2S3phKDbCVFBuPGZZBlqDcLDSZVhapDrW1AkqaeauqaiLISJ/GGoYadGENPTs6H7edw&#10;KCnkZnVonNtS3IAdvdeWvb3dU22e35d2drfb82hnin/UkdqLErK4kdIFYsshC0kc6SdKk9XTkWWW&#10;a4ltLuzspJbZ4Z4gY5Lh1Qhv0tZaJQykK/AOteg/2pujcEu2cvS7d2FS9odc4TesPW22uz93ZzM4&#10;TBVm994UmPaWp3zt/bT0PbG5qKGopJ6WrghM5oK6OOF53o6cEwcztaLcdBlsdkMXTZLb2Zo6WOWm&#10;zGUNHRVyU0wyC171rTeZq2myQSRBAw8UkMbKfR7jHmflp7SGG2veZbkzxTGOSOM61DoNMcUiaWZC&#10;FRqLQJpGFFdXQes/b/erbcra/wDpV+pgc6GLppdSowFBIQeGSEjA0gBhjA6Grq351bZ61qtp01FV&#10;TUPZuyd0VuQyB2J0VUdj7v6xzs1UcBT7Ox2z58JSbY/gGR27jphJldyo9fkFyUyzOTKGNVvdB2h1&#10;F2lTxUfxSbf+Tkgq6mk3OnyD7TkxVPHFWVi09ZLjIMLV00s9XK/kbw1YKNK5JIW7AbbrvfWit4Bt&#10;M8+uoBUFHlVhRgixGiLUDTQgECnWQWz2DmwWOcwC7YAFjD4ZrTIUKSv2ZWoqaDPWz10Ntv5afLHr&#10;7BdzdZ/zSds9Q7G3VRYiCr6+rfgT8c6Pf2054MTSTzYGqzG582X8tK9R4acz4ePTCpKxgnSgMbh7&#10;O7cz+4dv5XZXxf8Ajft+q6q3PHvaihymZ7NzW8cXnJMG9E+YG5Zt97ZSGaLB5WpjqKJoZqGr+4DV&#10;ETFR7m/kTlb3L2u5suaeXOU9wtZbYY8FYtbJKdMgl8curK644gqpJ+I1BhtO0XNjeG4sb9Fn8lCk&#10;+daUJoCT5+Yx0Na/DPdVbt1o+9P5rny97Kh3/hzsOGLbW1vj7sTYmY2xlMvVLncEdhYLofcuEaoz&#10;LUjUdPlGK5HHQRulJUxiR9R0ts/JGHIY3Fbm33uHrHac6VslDmdsbayEm7spk8WqSQSUMubp8lDi&#10;6eugyE6VCvFFP9pTRSpIH1Ky5vcqb/zBuUol3qyg2rb8mSKdndklANZYyq6EWoGurMrA8Aw1GS7H&#10;ed6julSQlLFVFWoaazWrLxoRSjeRJFOiO71/lo5rC5zN9fdE7V7k37tvKx0u69p9hdnZOHaWzth7&#10;6InrP49tPbC7Uj3FLBW4fFx0mSWpqYabNV9XC0K0zxSPIosL8y+j6yvwlDk9/UdJS08Tz02RMMtQ&#10;K01E1TjY8dV1iD7NpYLCourqEhsZTchfZxuPKezRw83bhy7eiS83NYy0Bk8OASqwLTIStUY0AlNT&#10;pFGjWhB6VSyXBu5rm3uAYKEUIIqTSpr6+Xyr0XPt/wDkl9+be2x35u7p/ZlBuPeXcP8AA4chsOp3&#10;XQ7c2bgMniJ8Vumt3xssSw1Nfj63MvRPjq2OZZmWoc/YIsd3C4/2bH4xYqtakz3ZNBS1tPHJJS1s&#10;WPyuSp1AnVYWSrxlHWaYisgFhcAXNyp9x5z1t/uLaXKxbLc2k+xXSL9TArKRR00yE6h3F3JOsCtN&#10;LkA9RtzFt/uBDNeNs9xDJBNCQK8QWao8RQcBF7VKEEEhjXh0Vnf38o3+ankcOtTsTrvblfs/dDYh&#10;979dy7925gqnJ0NVgpYdyasVnYocdXZKfMp9yaipdZakmKyRyRk+4q/LbpoVuTyuHykNd9xTQQSZ&#10;OmosxAa6ZY5liyCUctBFXVNDRURCQQo8brYtGAW9gyL2j3bc7I2827LY7YSJGRgTM1QFRH0r3OKA&#10;NJrDMhJHUH7PyT7m2vMFxfcwWr3NgVlOk0YqXGAF4sRxpWh88joeMj/I2+Rm8OlOtOr8xVVe0Kba&#10;+5G3JR7Sq6rA5n+7+1hUYzLV2zIdyUWQqNo4/eW9tzxS1eay9VRZCnrFdYaozxQqpk435e9B1lCJ&#10;Rvs0uQpIKenQ1e3c9UT1jywsqSxNT4mSNfDJGdYkIdbDUSzH2ng5E3W1WHYLqG5n5cuJv144JJQs&#10;QjI/UcNp8RZV7UoSPIqdI6nDkeTfjA1nuu2XkUQkNS0eksPlpIXQBhaip6Kx2R/Il+eVBv07boep&#10;Mfv7qLsDN5LcO4MH1/2fR7c2/s2LH5dKyfH52h3XnsPW5Wvz+OqbRNQl6IzNIsMMcVPAgZKb5ldd&#10;YnU8dRXZQ1GuI0EG1N1ffZIStpjySzTYRIBE1mHgWzJcMOOfctc5exvKvPNpYKu+3dpd2sKG1Clv&#10;BgCADwVhC9zE08RwSz5BxjqWrnaLS5tkIu2D6RRWUgAGoKn1pjOejF9kf8J3d49xHA00ee3N1xkt&#10;u0GOrNq5qo3HtWfYnXVDQQfbVPXNLteDLvVzZ0TiCpOckklapKOkoUnT7I78sO7N39oVvXVP1j2N&#10;2D1PsvF5DLw9hY7a2weu3yOXp6+BXXIVmY7MwW6GOaiqYYoKKOgoqakSATSTmWZ42TGznP2N592r&#10;e5Dy5IJtqkgEX6QhUEoWkJMcyVDyTSMXZcsFoa06A91yhKs7z26HxTg6G0VArSpHE5oK1oOrc/gV&#10;/LI3B8WqLf8AX753lD2R2NuCPbUe2dz7m7M3vWbaxVPtxftaPGYfbOzK3b2WbBxYqepMk2byOUyB&#10;qJo4qdaShiaKStLsDFfI/OUK43H/ACp7HGOp6rHZd6qt3rsnrqrM+Kqiqpi5+utkUdXTR1lvAZ6q&#10;ohC2N18eq4Og9nPeS9Tx7jbUjtlANPEhWrDtYKFCkg+dSa+VOkB5V3KcO00D1BxrmJH7MD5fzx1b&#10;9R9Q9VUkhmj2JDkQsM6WyQyWfgljq3asktFnMlXU8sxms6vpZkYgowP0Nn8ONk53a3yc683Nujvj&#10;fG5cHNT5zEY7F7+7H3ZuNVfdG2pqS9HiqTKZfHV8dbmqOnlFZXPHFTwBWBDKB7MOXfZL3Y2u93C+&#10;veVbf92eFKstLpFlmSgIRIVqzyhf1E1DUSugULdFm68i71Jts5FogNVahZmwD3ClSWqprTiTwz0S&#10;n+ZTtWsovg73xP0/0lS703hiMDjc5VbY2hhdrYrOzbewGfocnu6fFPnqFaLN5nG7RkyDRY9f8prX&#10;d4acmSQXvf3HS1dC1JkYKaWeOgqKeoneEwT0lEslVT0rQx1FUzLCKiOqkqX8wZpYQXR14INOVbqD&#10;ZbXd9nvdwmO2SWxYfpMNQVlbU47lRo1XTMoUDXk0yOosszunLg3fbN9aD6VlqrIGJSMOr91R8ZZF&#10;xVNPAA560xuk+xeuO26bO7Viyz4nNb82tmNt02Pz75HbO7955OjwGZygzFfh9q0kEmUh2pJhoNvU&#10;K4xoafG5Ix0tdSyanVwGy++azfNFnNvZPe+O2tuHPYYbdrNw4+OJaPHxZ2esw+Lw+CqjDWVWOzYp&#10;KqUxVtEwq1rYhUxyoFAM03/sfy1tXKC3dpvW5QwGeGYrbgRzMQqyrJHM6l1hZTUMylUQvVBwE/Sc&#10;t7DPtUHMN3a3d3KG7YY6aytKtIjNQAMKVL4C8RWnVqezvg71v8UMBsPcvXHSvaXZvU+xOxcl2Ttz&#10;qeXN5zB9gZ7MYXb2L3jvrtLd9RiKrb+LyOw6/NYShU4vOUZxNLgJf4ZUY+WeQstb2++rOjus8vm8&#10;9L11uDetTt2kx2Ard00m1M9urJRVOIrK3FVH97a6aqrq+syKZitbI10saIFeKKSphlZC5AG/ct+3&#10;XKNj+87mLcbpZrVZVEzSAKjCpcMoKatTVSuhc6tCkU6Wz7fylta2ayxKb14lZVfSGj4EhD8JCqRQ&#10;fEcnrYG6Z3N2B2P1h13Jj6naHW1Nuuiw+5cdtvB5LadFkMLtncOJx2b26OvKPGUGOpMPgKDAt9hD&#10;GYnqajyVc4mWSyoW7A9rbj2D3FRwTdTdUYSrqZ8NWba7Ahzm58MI6vItFFS02491yQY2iymQ3Jj4&#10;IlaCKmeOKethaGnUzMFhq09ytmgvrmS05RWyoyOJGupHkOgZIqmiR3qKhlrUU7a9ILrcNv2tpJ57&#10;ZTCBUtUk6R6nga+eOhz3/wBXUG7etc7ic/2Jla3Zc1BX/wCkTE5LC43ceHz+Cx1PXtVYo43Lzz/w&#10;LF4+vaSd6mglgyMjUkYarYxamHPbnbXevZtVvHDbs7k3BSVuAIo6/a2wItwdX7wyeCkytbiMxhMx&#10;i6/EYXEbXyu290UrRxZDFZKUSz45JfLJEyxkL82e4O68xwqdru4raxa5EwECtHrIURGZljoEJC0V&#10;FYqAS2mpJ6U/vuHdU1TXyxQAAkRFo/EXTSjjAKhfhNdNQSM9F+xfw4+ENNi9rjA/HTq7cmCetqN7&#10;Y3du5Gp9w4GsyVTshaLDbhyNRLkq2q3Hga3aWRaOKlnpTRUy1U0yRxvNPJIldy9xdlbuxFD19kvk&#10;PFmty7VpazFbv3hmNx7e3BiaKnbceU21SZTLb6y9bQ4nG7rwNXOsUGIiWXLzZBWljqXp3hkQIR84&#10;8y2kEs+y7vKqy20ZkU0lYiIdqKWpIqgrha0QsSoOo9EV9d28tskVjdPIrihBdgdIOAGb4FHFVqTx&#10;pUHp86m+KXxZ6ByW4939FfH3qXrWg3XFBuLDZjYODr9sbmy1ZS0eNzLYiGlg27kmodk5KmxasFik&#10;jx0FPI0cdCkklQ0hbIstvPd+5qDePZVfvXdOf2ft9dv1+K3ztLbeA2ZTddb3eMUX8K63i3Hn9vbc&#10;2vVZAT1QmyJqHnytPFUFVcwmILbr+9t1u5bnc551mlIMkisHdAT2gAf2YRfhUUIHzqegmbW32+Kd&#10;50miuC5fwz3tIrfi1DUVBHE1qPToxmP6v62o6PKy4fa218RuvP7gj3tHuCd6jK7lyW+cNhlxGOz2&#10;R3Tm6Cp3JV5nGbdSKiaeOQ1FNjppKaErH+oyPxC6p+N+M7+2rvXfm98luvFeTc+2+vtldr7W3TUZ&#10;jZe8Njial29kMduDbFLDlKjtbY2Tqo6SCatlracos1WXepk8gNbCyjtvAguLWRoGYMrqdLsinvmV&#10;WwCzEBgFJpU0qK9ObhaW13tMNnHIkJegZDp7gTRlZ2BVaggrThQUp0RP+aFX/LPNfErOYb4s4rde&#10;W35BV7Cze7c5s3LdaYnHZDbkWSFXvbHbwg7VqIcRkuo9ybSoalc1TULUuVWhqoViKxNOUvo23fOY&#10;aCswbwZTa2TrK6qxU8cjU0eZoqdnopM5OlSaZZ4qnIUskctBFHZaqJ7xxsS3udUm2d7Pad+tIxaz&#10;2zaQrBZFkcrQ648IAgYtHLXTQgqTSpAV/svMuzSHb9quI7vbwFLxFy8iihBiYjFAfhbU1cDPDrTc&#10;7s31sHZ/YsuS7jjzWyvkbg9rbe2hurP0+Hx24aHYW5Mhk/4jL1vs/Jbfh3NV4XJbO29XU0lLvjK1&#10;iVVRt6ppTDkK6nSOFlhDtzIilppcvFHlMhM9M38OgqKOjq6ShVCmXrsTFPVBpkpJZI2aCOV43F1Q&#10;gsPYR3zc+S47gw7BZ3CQCAiSZjIzS3D08PVKKFS9CrSMcAKdOgaej655As77bPEubd5pCinwdNdL&#10;DuoBXOkk6dWUqyqQMdFLrfmrSU2+Mzium89L1TsDAUm8KUdibjxOZ3Nt/sDd8daknW+0+zI8Htcw&#10;Yp83iKGuh/jtXiaGv+4MdZWrMkTaWuSmyG1qx8dQNkMjWVK19dRR01NFSUpihjgqJMVUVUs0M0zP&#10;NL93EA6mQkwEa7H2Mr7dYPcTZr2Tddth8bRGiXEEqpcK3iAeI0Cjw5aAeCobD1MqlTUGMeYVn5f5&#10;hhml2x0vqUhuY6JrYqoEbLp+JVXSuk0BJcg16MxsTf8A118q9g0vYO+KzrDZGxtr1uztnb82vvmX&#10;M7z3HhaqurMthv8ATRgtvYuly+BxFJV4WnXbGTaoxxfGpFT5iOYUscqe3Ddm4qalqcdNmKdKumU4&#10;6iqMlW5ODHbdoN1Vhkkx1Nl8PRNW5OHN1SwyNQUMkUk9WqjwxOdRUBbJuHL3Ju1O2477Bb38d6VM&#10;RpJObZhqkTDFF8RVKlgrNG9Q5VSCRRZ7c/O7bfu+5Q381wvhiW2I8FGAcJRixIEdQCQuXI1fCegY&#10;+P3TmYlwHb23+j9+bC2Fnq7O5qo2fsnaO127G+Sm8+lpY6OnbD9V9yb2OztmybZ3Q2XgosxnqSvo&#10;o8dNNIKiqWOOCOQtm8811JtjM4bbm7eyI8PuLsHCVO5cHWbwNbgcMdu1NZJSwZ7KZPcYxNNRRZer&#10;WSkpKCjDV0zqx8SKjOcqto+9vy4lvNs/JXLNssFnEA4MqBY30llgYx01yEFWHcSKkkioHWVx5ost&#10;ntgo2hhGCUChaUodJAp2tp+fp6dXXdFb5/mFZDaeX3H11/L1pNvdVfH/ADWH2HnNn7FyuzNz9j7t&#10;39g6RqGo6o6rwPWj7kxu7sxtmoigr8ruXduSgxVFEWlWeqWWGMV09VfK3f3Ve+917F2Z0xXdt9OY&#10;Cpo5n3Pjd4YPYG69q7jz9caCbH/3i3bHm8HvnBzVVSjY/IY+aVJ6aRpZlgZBGwD3H3Mtt15dv44O&#10;Sbb67SdMnjMorOwJRoywepcHQVahbukJPUQx7Htp3T982G2vFuTE9/jMwKAk0GrAHdU6aHiDXq4v&#10;+YD/AC/sN8xes9m57d29tudPd157DUVPk6bsTb++ux+sM7tjDY2m3JNid0bA21luvlxO5KF4Yzpa&#10;WOUGKaljM1w4PZR/J7vLcWMOOl+P+zul6mvx01bt7cm9eyqbuLFSV1NmcbjKTD1GI6+xOBjObrqD&#10;KLOYknq6aknIM6+LWUxhv915jsNx+ra9EFyT+qYg88sayNTuEh0a+3T4pOqmK8Ki+S4u7GGX6u1I&#10;OQCoMoVjw14pQnFBU/kK9ULdW/yFPiztvceT332v86uye+4aDNQYfMbE6B67HQGTx2PzcG4azLZ3&#10;Jb97JyHYORkxFJU7ZrKahqadqCSvjplhiqHnki1GFyO+tr4ODH7b3r2RtbC7/bbsGarcTLlcTsmr&#10;rKelliiztVLR5N48PjMe09bH4mpZDI0I4Clr+xf7a+6kke7RXe8LaX20WU40zXKF0VlUlADACxlj&#10;pqCUZC4CsPLo+2DmN4LeObmaOKCeMMTrqAgUVFCmGAXIqOODw6KJlf5ence2Owcb2R0D8Sewu4fj&#10;7HvjL4XB717J2PuTvSWSrYxUfWm7Ni4rZc+N7L3pX4hcdKtZQ5ag/hFLknSonaeJCqBZnuxthJuL&#10;Y9Dl+z9rwV1VuvEQQYnFbioKJad5afRg5MfjshNTZPI1WR8+mKeiE9KwlddTcA9BeUOeeU9z5Q5h&#10;j5TvbV97uLW4MS3pSGa7keskhAcBRAyJqXVpDFUFQa0FkXO3Kl1YSHZ90jlZlBBLDWzE6ge4aQlA&#10;Tn0HmR1YT1t0R3TtLpH5SYXYvw/7Mwm8Mx0j2au2sj8juv54uwO5NyZLMJkuwcNXZzCU2T2XhdpU&#10;UWFSX+E5v+H5OWqoaMgQvIdEnLd49Ede4cV+4t8bT2tiNeWx4w2L8u4Nyiukq1jmytS+GFbUYRCw&#10;BqUrGQJAyGWRVt7gbmT3Bvt5ktLyLm397XEkqOsszBbSFY1o9u0GhUkKAgrMtAXIIVqk9E9/zlCJ&#10;Vkm3SOed5ACKaUApgFaV+QIwzHgOir7m+D/80z5H79kpsT133Z292vja/rLdWS7R+QdRS9K/HzbW&#10;Ex236qPHdKx7C3hjcPiuwRi2m04rc2IpHx0mZaRqeBkkeoDrufuHqinqcNTxb7xGYqN0bQqt07bz&#10;FPW0tIaClp8VDmYcjiqyog1NNn8aypHRxRyz/cSepQCFAk9tdx5l3trbbLJbXa9vhuwl3aeL4091&#10;ayoyk/TsHEqQOV+Bo/DhK6VYE9UtefFijtPpY2+jlmEbDyYHGQak6GrWhFFpSvUT4n/Bb+YNkNi1&#10;uaq/j9lOieuevfkJiOp+2+rnospvqP5C7Rzufy2w87trdOw6HL19LmMV0dvdnkbcM9bisd/BKZYa&#10;YyvqnkccBvnaO6KjbW6tkpkNwYXOPQ5asqWNVR42m85WoihyGKLrk5c5jMkfFLTKsCUY8jMXNrTN&#10;t3K/uAuwptu8rt1lBDbzRxN3SXPhoGjj8FiWSCO6gAeWTxZJtVEGkjSBntd3uu5x2Nxb2UX0xB73&#10;OlggqCtDlWkAJqTXGeI6FbDfFn5g9d7Qz3VHyNreo+nNy9b0eW2T1xGKXF7i7a3BjttV023aRdmb&#10;vzdLU7N2H1x2n1vQtXT5SrrMvms7WpT0Kx0axuvuiXCbmqK/ZvX1Di4qSvzQ372xuyoyFfjQ9fka&#10;PKfJfdO2KvF4uXIQLV0eMoa/K0latNF5TM0x16WTW3JtJbC12LaI7eF0WIJHqdgSAzOqRqqjh2VL&#10;sCck1oeog3ljFzNuQk7FeVgtSSe0jVx4AAAV+z1r1uY9R43+69duajqcdUYfbIxHX2C23SLkaasj&#10;TH4np3bEstblKjHTClNXSJiJaEVTxwq4pl8IKOSLNgldWdYbjoKM7QnzB7S3Lnqt9xUldUbVgfKx&#10;bRFPR5ibE1lBmpcjNmKKPxVcKSxkkXjbxLfoN93DZeYLP2p3STl2bbnSfcZm/wAbUmCZVZtXhgH9&#10;OjHSdXezrqUDXToW263txtU6pBCPEYH9QalNAAKD4RgA8ag9UuwbZlx/zj7a3FWRb4otnbu2F11t&#10;rFYDbtZj4uxtwzde7e3MuSye049w0Gb2NSYGn2/O8uRoKyejyEMijxSmKrkQV09kbKpnzi9obgpd&#10;mVuS23V5un2zLiIdwb1XadNuerqhuuAUlXEYKODMZDHVLTGrpnaaMFiwN7gndvu3e43MLXu8pFtw&#10;tn1CMLMztTVgalqsQI1OAACSFBNQegdecqcx3TPPrtwMtgaqZzWnD5+oAz1dx1Ru3H1eHwm2qHEZ&#10;bUMJRvUZPKS7e29X5eOOhxq42Z4cFUPR1k0eLq6WB/tZvHDpWNUCAAARhZdo4uqvt2qw1A8FJPQV&#10;NLW5rclKsmMqp6po/uKerrGfILjqusllojFLqp5JWCHm3sHD7tfuNavM0L2KRqP1G+rYMhx2fBXW&#10;y6TVdYb8Xn0TLynvyOSt1agBq0Ap61AHkCDwzngehwqqRKlEFTRzMISskKIKVleWNbIrFFICaSUI&#10;f9sgm44BAu7H7e3N1njFj2dvHY+QiSoyc0WW3vgtu9n7nxtPma85HNUGJ3T2JtrdO8cZtTOZPVUT&#10;40Vf2SzSu8cURZvdP+B09xLXRKs1mUKlC5vXCkHIEgVTqA/DjUAAMDHWjytzENRTcY1DHgtdINAN&#10;QGaGgFfI0yK9Ey7a/l+fFbvTdf8AfHsPrTfdNm6imohkKfYXevd/Ue3K6ux4Y0OXyWzuoe0Nk7Ny&#10;u6aVZCgyslE9e8SJG8zRxxKk/OfIzObiQJmsP0VVnTc1VN0N1rT1BVf2fI02O2HI6B2uGddOskHj&#10;UPZqfYP3Ms3iuIrnb9bNqGpixXAUAAxnBJABIPd0jn5a5yX9RN0VmZs+Rp8qdNuyf5dPxq65yFHl&#10;NuJ8knqKNyaeDL/ML5VbkoUu8jRCTFZ/uytx1QlPG1kWSJ7KADcrf2gqrOU+VqZhTJ0XR5PyL9zU&#10;4Xqvq3C5aulWBY44K6oyuxhX1X28FliR9KxMfrrIBtc+xPPMt0sjbfZSzk6QsN0gjqTqLKNKkf6Y&#10;j1VqY6L7nlznqR9JkQ1NRSQD/ZH/ABfQkv8AFLpHKVjZjP4jt/LNJFDDFQ7o7y7uy+KxiRzPO8lD&#10;hJuy6vEUMlRMwM0kcWuQKqklVsHXFZTJIqtT7q6/pNSSvMExu3sLX00SsEP7e3ti0jVTqOT4m4/S&#10;NTm3vcP3d+fJxFPHsloNXxj6kYrUkpniBwrWh9erR8n87SgFp1qwyC/p861NRjp3b489HY6n/hSd&#10;OV+YokqC8X3WRymZhllji8izNLnt0zTqjP8Atqz/AFbkjT6vcXKYzFbtnpP73NsHM1dLHJDjhuLP&#10;1eRhpIppVLLjUrsU1FiZa10WaWOJUZiAZAHUWXWfsb7lBG21LC28CtQkk6krpeuGqQNZIcKKH5Gl&#10;Ok7cmc3prjR0LEgnvND8zU5I6Eja23dn9c4uSg2P1421aKaVHqqPbe3MbTvVziORvPWPTzCbIvTl&#10;zGJJGe1wFOn3IpdgY+CSohoU64RaUK+iHISQGNdX7f2oWhRpy0gHrUcG9/z7XS/d15/UyTvHtqIo&#10;CkeOGLE1qfhHcK0oSVrmnow/IPPJk1R+CAAfhlI/aD/s9KV90CNKdnw25yagkejGRM0TKpY/caag&#10;pB9PoTz+Px7fKHb2apjJ9vmcTiiYxKzRbryeNWEyyGL1+GgicsCvN9RZeRcW9oB7Cc+xReEdmsfD&#10;Px0lXuFNLNQ+RFDgAr5dVPInPjqNcJxhv1c0H2nOMjqNWbnpSgZ9uZ6uYvLGsUWLx9VJMIkSTUmq&#10;u0eN9QAJI9XBt7V0G0N8zNLKNxrLEpERB3pWy000QRWDURqNK10LhgxVbc3B+h90X7v3P8UKhNjt&#10;FegJVLhW1UOdZ04IoFArShz0y3t3zsQGNvXgcS1r8zTz+XTNJ2Bt6EUizYPPwSVCeQxHbuqagbW8&#10;ax5AU8sgopAycarAgggkEe3JOt99yNWq38DqqiOJZVWqyGPnmq41KqTRGeeLW8TAF1cxsq/19nC+&#10;wXurctJD+5kMkbKSElhIYNVQdOA4zQAUI4nh1f8A1t+e1SRztNVAH4gdXpQVFT6Dpuk7W2XGtHI6&#10;bkhhnnamlmj2/lmix0xUtEMgaeGUolTciN0EiMwPI9sFdsTfFB5pKjbWDrlIU+GOhoq8OSt1kV6T&#10;LeEABbEDm5HB9lN57De6e2xtFNy3cRoqUOgRPRT8SR0YghhQuDiuCei6bkHniAM0mxSeGBimk1+Q&#10;AOPn6dPNH2Ds3JaRT5yuhAJBNXR5XHPf6WZaygjZj/jYD68+2ObCZqgSSav6+p4qaF4fPNSY10hi&#10;MqltbmkepB1gf2bstvVY+wzfe3HPHLlpLe3vKe5Jao4Bk8AuorQqaRaiD+GoqoqAMDpD/VbmKyHj&#10;XnLkwjGSaVH8vn08U+5NvVrRRUm5oTLOspiilqVilkETBGISpSFuG+nA1fi/uVjdt0eZlihXByrJ&#10;UaY44/HVwhpWN4wAKVpowliTZCQBf2Ebzdb+xkW6n2K5giFWYvbzK6JUqwPbU6gFyeAJ8+DE22XM&#10;jB59umjXUMUcU/ln06zVeapKCkmqJczQiGnjaSWRqyhsFUflpqqGFS7EKutlBY2v7UDdbDzrDDVY&#10;qOV3CSxnK1CxBQAFZqisx9OIIlsSf6W/1/YeueZ7CwilP0plXSradDB6cQWwRk0AK1xg92OqNtah&#10;VVo2UjiSe71yCKDGB/PPTJTb8x08c0jR5GPwLd1emx7SqxXUIxDS5Wpd5iOQtrt+L++oOu4ZZjDl&#10;crjsdRNUeD+IRZXByQRm5Hl8FbW0NTPEfrqjD6haxF+UMXO+2Slp5LYhhgDiQTTUwDitBxGMH06v&#10;/V+8A1EjwTkVIP8AnrT0Hn1Kq9zzmh+5wuOrclVmnlqI6WbH5ZUmMS80rV+Mo8jRUlcHGkxTOkiN&#10;cFePYsUXxfz2Wo/u9g732nuBjIqQ0VJkHgr1kcrpasjpM2/2odjpDaGUfX3Wfmy2SbxL0+DoBIV6&#10;FOFTlfjKgg8AM0Jr15OXr46nhkTWi1ClvLz7f59F4zfy22rtDKpiezNib72U32Zq3yNbtbPV2Jli&#10;V2jk+wrUwIjqdLRtdCUksB6SORjj+Jff0dZoyuJxuPhKhjWDL1WTiRjeymFJ0rJALXB0sFJuferr&#10;n7ZERY3vy4NFwh0YoAC4PbxLVya9g9Onm5d5iXwybZmdsVGqn2V4Afz9Oo1D85PjBlKWVsJv+krc&#10;jEjyrhXxWRxmQkjjbxs6mtxsNCh1jTpaRWNvpa3uPuL48du7VjM0sOGz0MemSVqCqrDKjBbeMR1c&#10;KOXQckXYkXt7Yh5p2AaZIt1nVyulU0MqKla+eokGuDT5VA6VDY9wtRqnh7QDg8Keda1Joeld1/8A&#10;J7qHsdhBjcnUYqpaV0VMolPBHJpaxkWphlenVDYXLMgBNvr7S+K687SzX7ND1vk8oVbx6KfF0TS+&#10;pWVbGqngZlcn8gEg/S3tVDzOtoPAG9rFEKsdaqFYAirMTxK4NV1BaZyOky2EMjJbpbgyH5UJ+VfU&#10;nPS23P2x1PtCMVm4+w8HhIXYqs1TlZViLCzaUMMcg1EL6QDdj9Ln2oD0X2FQzhavqXO09R9usssm&#10;JoMO9VCsZ1Swr9pXBqeVVtcFr3+l/bU/OdtLb6PHtXhJClw8YMhPw+VTmpB/wdP/ANXGdQZtsYVN&#10;AwODXyJPE9JCh+SXSWYp5JsT27taaFy0Cpl5a6mp5vKNIZxXU0bTUz8gmwFvqR7Vm3Zu3sZXpjMD&#10;uDvHbWTpAKilxkeb3Lj6kQw86qFcrXHDSm6cKjtqA4Xm3snut7truOb/AHW27xEsgkrowB3Lqi0g&#10;kAmq6dI41r09FsE8ZEVk0kLDjxQn8xQfLoFexej/AIFdj0ORyvZvS/w57HXI6I8xmMr1v1nuqt+4&#10;rmMafe1dPha3PxrMzENI3KtyzLa/tbD5L/IXBtJR1HbvaElTQv46il3FiMJkkpZgSWNRLV4OXxy6&#10;WuWaQqR/X2jd9nUa22to7aStBFK9NFAF8yhI4AEZJNMDp5k3i3cxjerhGCjtZtdV8q1r54BJPzx0&#10;VnJfyN/5RG8a2PN1Hwd6IhkzUTvSVmydw752LFXI7LM60VBtLd2Hp5IQxBCxwgAcBR7mUXzW+RWM&#10;mYU3Y2IzgkZQuPz2zNmTTMtheSnEVNj21rf1FCdXvY2bZ7yJJ3t7uGbT8bOWjHoKkEkNSmTVCRxr&#10;1cbvzHAda7zqNPNFIJ8vw0xwrw6DbeP/AAm//lB7rpYYI/ixndiSRPK8uU2H3p3niK2pVlYCGvlm&#10;3tkIpYYiwZA0YsQLm3Htb/7Px8gPH4P4V1x59F/u/wC6kn3VtH6/tv43/D9VudOj/Ye6f1X2/wCn&#10;+p/eR+KmnWta1+GumtNXbqrWnl1T+tPNVdP1UGjXSvhrX7OP8+Nfl0Xr/oFW/lR/xf8AiX3Xyx+y&#10;8mv+7/8Ap+rv4NfXfT9//dj+8/jt/wBN309//9R/pu8e2amGVn39vupM0cDUkMUFDBBVBlYjRV0+&#10;LjKTQE2IuAWBFwPfbKL7pvsJCx/5AERKKcyyyYJC17RKAWPnrrmvz6ysPIPKzpL4NpJpYYGp2Grz&#10;qAan06vGf+Th/K7wlfFNRfCX420ktI88VbXZmr3jl6nFtFIjCP8Ag2W3zVQT01ZYkAqbIVIBIt7S&#10;9L3V27RSV7Zzfm8qRUL1tZlMhknq54pVVRJEmIWmMVHDHCilUjJisbm7Ekr7b7sPsPaWM0Mft5ZI&#10;rkMGZ3djXJJOrSlMqADjH29ILP2/5ctPEhvNvZg5LMXY6Kk4Cg5AUDGSfM56FOv/AJT/APLKyVHh&#10;48D8JPjXkY4aZcZhcRitoHHUr0U8ssiyzbjGXSuydRLPPKGmqS9WT6QyxqiqqH7O3bu6ghes35uH&#10;PR1cM0TjE5vxUckTxBZUyWPodEsAWJhq8atckE8jg12/7vPs9sbAbVyJYwQrhqqzFw3Aa2Yhs8Kk&#10;EZpQHp2X2t5DvoGiuuX7SaF64fvH5q1Tjypw446Tu0P5d3w26F3L/EuufiV0f1llMFW01bjs5l9h&#10;NXbnxtbHUtUUlbtXdm4qisV5pKhD4y8kTIilAdJALRS09aWaODOQR0UlLFTtTDPLWUzQ3VYY5fv4&#10;xVwRw+P9DEl3HqNvYij9vOS7U1/qulCxLIISFPClKEigABxjJp6dAU/dZ9lSsMI5GtFCuxwW1Ese&#10;4ksdWPLypgdGQyGW0iGpyGH3lUZikyk1Wtcdo1OJrTNTxM0k1KuDnbF5GSVJrioRdEcLDQC/Htxp&#10;cpn6Wsj8GQqqpYy1MlNGkkq+GaLQ0kwpEDHgXGglFNvqfb59u+RqyXK7BbwyNRqr2HUpwQWbDCpo&#10;e0+fEV6VN91P2QnhWCLka0WMEtUO6eeQWDZ6ZcvtPaebxVVUZF5MPUVEUGTmzWQzUGPdKugqBPTw&#10;UlRnZxTwlHbSfMsczpf6C59g72r1F033hDntv75xm5parPZukzG7aOtzu4f7v7ozGNjEUGQzOExW&#10;ZwyZGuhgIiV54ZCqi+luLRPefdW9r5pG3CPl9QCGYNHcT6wZcsx8R5ENTnjTPlmopg9nOS9utLfb&#10;4dmEVvbpoiEbnSqelCa0GBTzoDTp+64p+4eosbgKzFwdZbk6423tyqxHXsG1MXh9t7m2pgczUJUz&#10;42LcdRiM7SPiZa2EVDU8datNUSrFqUeMewVT4lYXb+JqMb1rX9h7dwtS1Y1MMN2ZVZRMdPU07wLk&#10;cdjd84/cL0qUrkskSEwiQAstyT7BfMH3M/a7dZyINzvLOemGoG0nBowFEYcQOBzXy6eb2024wstr&#10;JcxDOnSwI/YR/gr0ZHDfIERTij3PulqDJaYXkpcntGNYw8bxytQyZXBVKUxmnjAJuUOm5AtwVl11&#10;s2p6r3HRbtrc9mM3X0lC8JmyeCodvV618SJTJX1Mm3sgaCtSogV1qaaSAwzmQyDxkKFOPbX7oO1c&#10;h73FvVhzvd3NuoakLLpADkMwNDmtPxVAGc06LoeRja6fEuvEFCMpT8yQRg/l69NPcVLV/IrrzMdV&#10;5U7ak2/nHpTkJMTG+YWvoYy08UVPFmKSKow1bR1HiqKWuppo5qaoiQWdNasZyr+S+4Fkxy0XV23s&#10;t9s6/eZJN/SbaEM0kAP2tPSZDbtdJNLNo0LqmREhcgSCwJle/wDbvmS3m3NbDdo5TKmmNXFaOoOr&#10;syBWoY0IVnClgeBLdw5c3uIW8W3hHiDUJDCijjhW41OCMZz1UXU/ydDTtu5aL5d7woKTdlGKGHB7&#10;i6Tx+96egipZqwvmXGF3tjad1NRVLVzxxwIKnKU8dRPDJZoyGe6/nhk8JCx3Z8e97YJAAGr5dx4o&#10;Yya7OE+wytPj6iiWVIU1IVkJ0sS5UXHsD7btW48sabK42iWGMLWjnxKszHUWkHawLVLBioHaFUU6&#10;SNLNt6FLmwmV2AIc0pXgTWjAqfTjT7Onnp/+SHjdmVEkex/k9t/P4+CF6hMZltiVFZk1q1VHqzuK&#10;nl3SJs5jM5k5WNVTTwwwwpFCsSF01e2lP5htBU08smN6ozT+MQRy5Ci3pjK5YYkhUpJTJDQBmdgL&#10;hijKxJKsRY+9mPb7tZIpNtS4sCz1VkQqSWodanUdPHAxTSPM0Ze+heJo2tF8EkmgFSATwJ8xXh+X&#10;SvT+RVQVFbJDuTu/am4NtCsyuRg2tk+nYVoMtVZitaqqo89NJul5mx0cdQ0KUtMYE0Qx8i8gMb/h&#10;wA0dZJFjunt240SRo9PULlMXXwSoQC61FVVJJNUTJezkaeG0qAVPtdfbfYbzZx7fvG2y3lsaFgNU&#10;QDA40eGVCUwQASajJPDpRHuFpNqS4geTt4ZUDFKYp+QHSmzf8kPaG/cPjsJ253LTdnUULpUZHy7R&#10;rdjwUtcqyeGTaeH2TunGY/btDTFIZIoLTnzR+SSSQMEVsP8AMpnjrvFD1RkPJVJJTxy5vcUdAaae&#10;Zg/+SRHHwUNTHIyG7M/6bAG/BD1zy/ydNb222RWB+lhdHKBTqkaOqxamcFmVa6gCwqy5xXovmlsn&#10;jjiOtFA/CtSaYFK+Q/w9JKt/4T09EZfB7dwNf2pW4nB4TPYnM5XHbZ2PjzPulcBR1FDhqfN57N5z&#10;MZ0tj45llXwvHE066nje/CRyn8wTsDcNXg4Nu4yiwbYfNR5iRKH+7r1OToIIJqeu29mpszT1f3GF&#10;r/LeeSjWCt1ogjlSxugn5F2jcpAw3zcEspZQZY43VVlEZ1QwlGVkjihNTSNf1KsshYHCC4g2e5RI&#10;bzx5ImOagV+dRTSP8/Qvbc/kIfCjBx7x/vBle6N1rvzEYrEZ+hrOytw4/Awtgs1DnNv1+38HgTjq&#10;fCz4ergVIqdmqKSSF5FnSbyGzXW/OjsCiqq+jrdrh6nJ08UFRnYdw/xApJAIvtXxtRRU+mjnpNJe&#10;ndYxEjkk6iR7El5y5ynb2Mu1HZZobMsGcxyMjku2qquC2lWr2haAClOJHQW3j299vt5mja/2qdwq&#10;aAUmZTor8AKntDGhIFMgcOjB4f8AlWfGPGY7amP29jH2xt3aOVymaw+1sPhqShw8lRnTXf3ip9w0&#10;mSfIV2dg3HFXGLI/dTvPLDGscckKixkP8/OxGpKd8XR1lHRghKeOSssKiSI/spO2RpmqX8EjFySw&#10;RyygnQpsmveWfbvfWeU8t3AB1YjDRKKgK7KyAaSwFHagZyxFTk9KrPkzkKxlaXbdkeOXAwWUAUAI&#10;FKAVoC1PicljnpK5f+TD8FN01+Rye9+qtv7uyuRWs+6r6yglx7wpko4IMq9FS4PI0NDRTZCipEg8&#10;kMSSwqZGjZXldmRdf8ruytwUmTpsgKqpoc7Rq+ZwVJm/tDkWpATT0708U9Ik9VTiMyPHCzFwLH+y&#10;AbWnLnJ0axxW3KsM5ShjSVnZwwUElWqBqTSKA1rxpUmpzY7HyrtiSLZcvgAlmYMT3EmtWrWprWla&#10;8TToxG0vgF8WdiZfr7cm2Oq9oUe7Op5sh/ou3bkMAma3JsJcwBHkxtzM5ibJV9BFV04ES+QusS3K&#10;aWeVnTNV8huwYT5j/EvJLClLDKJt15uZqeGGGGkpmE2WFLKrCVgh9UdNfn1A+1KbRtNs0rry7awT&#10;yEZAkLFXoW1FSpLMSdTGpUVIPTg2PlV3Ep5atPEoKHSCwrmlRwJPH5DoU6L409OUaeCj2Ts6jp0y&#10;dbmFhxuzdkYNFzOXqzW5rNeTH4GKrXK5SpTXVVFxNVW9bFSfcAd1brljjx9RW4yKmBlyOPoqjFVs&#10;lCsDrBDPUYb7vPNSU+t1bzlwkrFSVFjf36TZuWRfXFxLy1s8dzIAa/ShnkqNAGpmyAopk1I+09PO&#10;mx2hJO1W4c+Xh1+yhPCnnX8ulEnTew4MtVbgo8BTQbgrqSPE5zcFDS4HHZ7NUlO8ktJQ7gzFDg4c&#10;pmaSh1DwQzSywxiwC+kWT9Z2RuGpkWjran7mFnjlNPisVR1dIkZkSRhUU0eV0KY4wQEWNg3pNgAf&#10;by7bsiXiNacv2UeDRY7WNNVBQZqKihNF+DGM9Lo7uAIqx2UQj4hdP+fgfl0qodl7fp5pKyHGxfdS&#10;B1kyNXMPv3eOPRHI9ZJSGeVmsPWzF0F7HkD3Fpt3U0YFZOlLSSNFLBVQ1excfS1viZwENK9PRVAk&#10;SSnazaZHKOtidNgRBbW9tZRSySW8CQMlG/QGtQSBVVFdVWJ9cDHDpUssABZraEEih7ACPnjqV/BQ&#10;zFA1YdBhkhlh3FkpIvIUBdahGqYuFZPSGXSyn6X+kSr7gpgfs6STEUuNkgRautocYlNHTGBlDSpS&#10;x4mKeWf7kskwp0jQ2Ibiw93F9HdPPAYrfSFCh9IoPDILkkKA1QVJC8aUOB16HcFeGklqiMV7h8Qx&#10;UcQBXyOB11BtKkBWpk++qZ4XnMK1dfVyeib0mIl6tkljKAFDLrZfqDe5944+yYnplpaebzlTUTSy&#10;Vk+NoMdVlSQTGyUInUvIpvdRoIW4dmACa6dLZtC3iiNAe0KiKAzfEaCtUNNJrxIwfLZvYYl0hlBG&#10;eAH2dSf7vxwy+ZY4olVEjpvt1q5J4gT6VAap8JCg2P8AUX0lQPbdJu/NxY2oRaTMrT1rpUyGQV/i&#10;qeUWaGOqFUscelgGEcsdjwQD9QUJHI6SSSEgka+DkUBoSWNdRNRhTTjUdMi5dw7Mw7h5A/4fMnqc&#10;MVRtVRuPtjJFGYk8cdKGjHqAkKGPyGQhiNStwLj2mKjOV9ZSVngr9zTxUVQ5qaSgSoWsUq37bIZa&#10;uRmxkZDJrV11kFQF0g+6PYJdRSzfUzsVoSwRgQAKFFSpAX5nJ6aFz4quBLJj5Up8gPTqatJTRuv+&#10;TUodwQsssURLFjdtRWNLzOeeQeP6+2CtfG1j/dfxPcCrFDd4IUzK1FXPURkMsMbkeCgpmBLaVZuS&#10;A3IPut1y3tu5uhXcroqkZ/TAYE0WooWyAPOgycHpiVvGcabx/h4VOfSlf8HDz6lBGAF4oeG9Jbxe&#10;hVP1Frlna3H+9e+dBtzHThZspuKqwEEJFBJJlMpk5I5oIE88OPggpsgZh/EKerWwYIHuoY3AHtJb&#10;cr7a0gMc8kKcQWmcqWOaKQaioORgg1APVTEpUK11gDgzVr1CqpIBqUY+Kuldo3EKQQGXVIxCzTiV&#10;QqojRnU3JBH5/C52jtPqerqa+qq8/V5mTGTw0tRSLP8Aw/EQO8zfdLms9knkqKQ+K3ik0yhB6FUs&#10;xse7PyNy5NFLcXG4JK1a6ddFUBiC2t86mOEJBOmmD0utre2oZJpyVxgHFPPJ/l69MeYrtxRLTpj6&#10;HHUySw1ZZ5R99X07pCrwSY3GQNFFkG8jFXjEkdw2rUAD7MFDndu4nO0m3MH1ts6uWmp4qXH5OWPB&#10;VdJSSsBekq6errPBIaY1H3a1kfkSQKsF1kYldbpZXsMjwcqcs2gt4mXwZpnBQeTK9W8qmQOMPQLU&#10;HgsedFAW0iR4Qe0mhr8iD5f4eHQR123s1msW+Un3vu9KSrkNbJjcXUVFC1bGlShEcEsFAtXSY+op&#10;6fwPT2QRtJJJ6wAC2bI3RW7E3jSdkUm4No7yxuFi3A9TE/VuJqq/clPPQRYPH7Zo8XhMZiK/A01D&#10;Wead4KCeWop3SPVOROCsGbhFz3YXd7uV431ahJAogikTxJGxELcRDVHIjAvUawtBrfup0TTz7us6&#10;TW6o8Oqp/C3+lVfWvChoBx6QXcHTadv9WZ/qLJ1PaGwoN0TYypTMbD7Nmwm59t5HG5c7m/j2E3TX&#10;S1qV1RDW0tKFjqadKSoiMkTxPHHIjD7ub5V77nxtLQvT4/D5uhMeNrMPkHemrK7Hx42aegkmoaep&#10;qHya0yTgy4qOZqiRDDE00kgceziHd57HabqO49umNzKxe6WSVYmBkRQxiEKM8krMoeVQCAHZaEmv&#10;Tl9DaXiP9XsMKmSTVKmO4kAVJA76AVowxmgHRS+v/wCWT8ctiVG4stS7czm5o935XLbthrcclHXy&#10;7b3luDIYaPd+a25K+Ox7bdzOeq8P9z9+P8mp6mesljgiR42AO5bsfLVuAptxUG66zbVVjIKbO1O3&#10;qvB1GIoztmhoqim3JtTdkWLmy2axr5fIw+aEUQWpeKNkjlDsHUS7xvnuJvFrPvW0mO2lVFb6edCi&#10;qgjpouahm7no8apo1RLkhiR0b3EpmtxLYXAtSM6HBIAApobzOrivoMdHQbrilfKVdLW7aoZ6Gs88&#10;NbmaquGfzcW5qioWp25n8cmRp4cVn8bQ46Zkq6WoEsZmEYeN41ZWRW1M/NjWm3HW7wwGUEmI3Y+Q&#10;wm0qbcm3KCoy2chgosnun+DZTKmgo6Lb+Gx0FM1PXRT5iKWQTUs6yyPrxmupN95n5huot4vLWSzi&#10;tZXMkaOqLM39oI4mKhLZaBayB5ENaAhuo8uti2DdL9rjcYfGYaiWYnD0oNOaKn8Qp8q9Ss919TZL&#10;IYyUYLNtmKCLC08m8MxJjHrY6DA1dPV0eDNXgzHVVD54Vs7BaaFceyxmGpTQqL7SudzUG/8AJbfp&#10;az+79FtE1FHHnDkUoqjMbhbLN95T5vZ9dk6JMPHR0xpoopZK7G1FXkKecwSwAxemKbj2+3veuYYr&#10;Wblqe15fkmUSSaUknViuGiZNKmFyKgkBmB4CnT95ZzzQWtjYGOG1qFJ0hmoeFCa9vma5J8wMdKFt&#10;qZuOkrYEqsxQ+amqxQ43DQzzYNcalJNTU+Hz9EoWvxVfUR1xqBDj6yJIKqnSRZwrMHl5OOseh23s&#10;r7aiodl7aw9JjcLHurcMeTz/APdKqp5cG1Fs2ppqCqXb0UWZXyRwzyVtAhYMkEUUcaE65n9v44o7&#10;fbbHlEW2w2qIGkMiNKPFGkCFlUGg7mZX16SWOoUHS6422SyiWIWUUkSRrhdOo1xg8B66c/l1LxOP&#10;+yqcxVLkIxkKmTHzZObbOEyVJLW56OkWtDbmSpvS16igpYaVWjRKmWl1QzSFnv7D7cHWvUi71zYw&#10;GZzW3dnTVH2G7Os0nxlT1lWwTyy0lfuqp2nXbWzG4Mru2joYTUZCup6+GelgQGgQRoAIFfZtis92&#10;lskFxeW+usfhKHTTXtfUlWBXKOikuCCDg16JruDaXlCSo6P24r+kT/E1FqCCaHNcenXCjz2/KcbY&#10;/vNiaXcGMrsJJkq/OYZPBUYrdWDEORix2Vrf4pi4KbHZnJFUx6pSzRO0bRVITUmtdbj3GuYy+VzW&#10;L/vhuLE7dngxIocbiD/dfa9SEwk235KSvyddt+tkqiFhygoMTKqSTFaGeWYX9ni7ftmxzi1t9lnv&#10;N2nmXw2KSKizK4cazpCyMq0IUduUjYkqSXrm0srDtjkV9LZpq0saArpJyaVwV0jVg1HXOkwtVktt&#10;VmAytFHtmKtqnmrp4cpFHms/j6gyz1S6aSCtqaKNXqnx89XP+4Y43nQQgqBkqene9t7Znbu/do7I&#10;7F29UYx6XcEW7MBtyjp6aShxmczdbm+ucClOaDLbebPtk5v41RRj/LKeeNVu0bO4IveV+ZNt3i8O&#10;82m8Q2kjN4a+Ay1V8kM9QAoJyi1NPQdA292PcZJa3Fs7xN5ogBSp1aiCSGZcCnpjoP8AdncPQ+3M&#10;rket+wO1eoaLKQYzBUEezNxZPH4yKSLMMi4PKZNd0z5HHbrlpkx8LRyOWjheGRpGXWFUwlT2L8ks&#10;NmaXB9fbs7F6nqds1mMXdu5KLYcW6ju2OnoceKGg29gKyTcW28RhMa7TUw+4pqV8hjjNTMfKkdQ2&#10;QfL3s/z3z1Z2+27Psc23bJAixtLNIVSYIKB3koQJXbAQDSsYQRkEt0ILblrdbuBI7F2hWNRR2ABK&#10;8S3CqsWOV+QoeicdnfD34a/Juh3bH8i+vfjV2ZsjdlXU02yHw2cx/XFVR0LVQyUuTk33t+p2nvM7&#10;zzctHRpXQQVmUpIKmihqKeSmilakU0OzPlPiN17hwuJpO/tvdd72o8PSndmN3tsalSj3DXVVU8ee&#10;TGfx2ETbVr5pIYFjp6WrhgghVFMMkml/cs33shsm0Jt93zDTwkKC4t0LgMqKFZwACDPLItdTN29x&#10;wGYdGO18qrt4jjud+MkhbV4bq2kknUTq4qdRJ8hT9nVa/wAjP5SvT+2tu5PI5f4H7r+Sexoc/LF1&#10;Jjfj53flNi5/Y3Xu3MLQnY2F3XS4KbD4vs3Hw1FTkJmzGZpc1uH7qplK1608pjJpMhu7N1NLVDA9&#10;hbL33XUUEzRYZsjQ4vKlkiaWmbTiaipGMqaioYxzvJTRmaAKBoaMOQptGx8kXW47ns0Nym23RWSk&#10;pVqVbSilSVaghcK6KF1CV2IbTQdCW75G2TeYle5ZZDTUUzpDEaTpBySBkHBz1Vr078V+kdubxxw7&#10;E+IHfnxWosnU0lFube+Ngn3/ALJFTkaz7Kpwu849108efy23aPE0SZDFU0WSqKWhytZV1En3MFS1&#10;ItX2+Ojezey8z2R99mOyI6Psin2ZJvnAbY2xDtbGY/eWxcjPkNp9mVT1FTUQ5DsnaclZJDtrKRVU&#10;k9NCHZpB5iA1vv3P9xmubKax5z2y5ifUwlnYxyp4gq2hgCgZqAOGr4n8VRTpDccmRKY47W5Ef6ek&#10;MahgtanB7WI/CSMeXW0ztrdPwv66251FFuWfpGvptg7P7E2H0buzdu4cDu/LTbA7BgxcW/Nkbdgx&#10;m34ZdubTzWD2zio9w4qfG46gvTwQx0pWmi0nN6Prd2bhw2M2r8juk5t8bkpchSbk3pu7cuLjr/7z&#10;7wxVTpx29aObd/3MWMz09FDD5koKWGnLtOV/WHMLc5fcv5psrKxv+VOerHb71IJEKiQKEdypcR4r&#10;KjDuLvQoRWvl0e7TsF21qtvcBbnVUZDcFpQ1PEmgLNgmlOHRGPkxvHpPqbAZTsn40/KfqjB7fy9H&#10;idrbH602Zmq2g21isBiNuriYNqV2N6wpcZnqmkoJ6eOphqcjVNUUE9PSxxIiQeIGzxmG6xXI5bM4&#10;/YWO2vk6ulXH43LY3F09LlMPQx1BqJKWkpI/uMXTxVjO6zMYnqHjYAP49UZx63n2N94EO2Qv7gRX&#10;ETsPHQPr1MH0RqjuqhjRNUhLAazp7gagU22zxSjTLskKwDUCVXSoLUGqh+fkMdVy7h+bW4KfauJ2&#10;VvGTcPd2ExU+Tz9Zgs7vjLL17vTcO5sK0GUzu5shTz47djS4msqlGJgo5IMZTyQmeWFatUqQrKzJ&#10;YI7dq9v4fFUu2KCoqKJymBpqXC1SGgBMdVBkYYXqKKrkMjiTwJHFMHKsoHHshk+65zlzFf2N3d+5&#10;J+nidqufEGnWxRIiUkVSi/GA4Kg0atKdHkOy7eFuFNuqSEAcQVNMAAftyRUHiadIXYnzqi2VvCPN&#10;bg6FrOzd0zbaqsJTNu/eo37tNky8tPLlE/uhm8fU0WQjLUFNAslXUmupaenvGzu/kBV+2Ot8J2ng&#10;azA7jxmGo6ulVKjZe6snjI9w5vbWRWtNdJXSVWSfJUuVnmmYssMkRgQegq0ZKe8jdl+6XbbDt7XG&#10;we5SrzCpXx+wi2mYUCJHSgDsW/tgo1GtegxufK6boJoZEGn+jGoqPIsSaUxSg41yCOrAem/5jO79&#10;obhxe49q4ip3Rt2eqyFP2J1ptrKY3amJmjqcRDiMNW7RxtVgsVUbdpdoJCmhnqZXyTizNGwWT3V3&#10;nfjnieu90yzUXyOye7aTdmbyeZoKXcm16zKvs/M1VGceaHryeRpK3bnnsskxZGgUxlaOGjF/cubJ&#10;92G73a3DDnyaCckBwIpX8Yah+moJDSU7ipwopXAr1HCe3e22kzNGyIHfuVQMsDUAgACh+zyB6uM6&#10;M7+3b2XgMxkKn4z7o6hlw+cbcVXgZd47WRtyVFZqrarNbjlxCPha5s5UztU1c/nqKgt43lknbUPa&#10;xyHxY2/T7a2PPtze2UnzlNuLcmQ3XmsVtLMrms7S5+jrIMlgMdk6WqnyeMzzJMq0zyOuNUmSOyLK&#10;F9tz/dn3p7yzs9i5llkrJIJo3VoqfiLR0budaFSrUyfix1a99vbK7Xx1mlEtaN5DJrVaUGoDAPAc&#10;emOh+We785vPfO3949O7Qwe16GTbzYWLc/a23xMcRGlSuV3vLjqijFFUYymqDG8dNTFcgEjMlgwB&#10;GLqz47ruTMQ1fau5OycFmcPkqKvgxx60wdPgM3U4qaSGlySyTVlDXRY6fAVElLURPFR28jyKBUQR&#10;TFTvP3dPcrlE229bBzLId78yj6ApOGZJg1VRkovw6tYApTPTdlyTbMwtYZJIFUaQWQhaA1BjzWhG&#10;CTkmvUTuz5F5rrrYu3KDoDAdQ7t2gmLlwlc0XbNZjsxtvFpRQ+Gjx0z4TLwZfMVFci08Q/y4yyEe&#10;VdDsfZp+vuj5drucXgN/7+yPXuTzLT10+yt7Yah3nNipMzBlf4LVbqlpV3HLjI4aaKikVX+4moad&#10;EaZm1Fzvb+Xd+2PkLcrC/wCb7+DekgmeNHcpAyqJJTUamfulaRnKhFlJ0swBp0J7Dkae2vnmi327&#10;bWAhAkOhVFKaIiSFrwJ+I8a9EV7w+Tuyd+SYes3x1XtbYHeGyaKmyu2aX5BbA7B3FsLbW5oMZPj6&#10;fP7fx+Eo6vblRkcT95PNjYqunkpKaqrZXlhYsHSt3YdRn8n171YmMgzMmI/2Yjfean3FLTmLHQ0G&#10;3O6901FHiSXil+1gy9LkYpaiMyIrSUnkY+gAYQ7TL4227OlxCglFspolMsw0KXVq4T/Q0WgAapqe&#10;glvts7bjfkOWdZ5ACc0A865oCq06uexeOxqybs+//g1PmqXadFRpjseYvvqakq9j4eGR5jFKJKiK&#10;mqoJoaZ1j9EMgVQoPqMju7f++9p5zcNbtvrbdNbs58zS5LcmbgOKp8PuRanGUn3OQgeejqcvQCCa&#10;AwTywlf3IFUKE9Xvqt93PfLG09tNu2vcLaFdvhuLisPiRKwVtJAZW1Oxdy0hOGyq1UAdCfZLq6j2&#10;6COdiyqTUDAOTRSM1xTPQI7S2BsTdsWNxm6t27dbeUD56k2bhxkpv4nh1lramRKusoIMjBQ52fIU&#10;jJMiVMDkpIWVmZmUAhWd5bYqJsxj4+u8ZtIsJK1Hlr9U2ZyRp5Hp5svLiqOHJ5jEUMkwmSGdJyJC&#10;2pPr7nDbm5IsEuG2XYBYSRtUASuqvIoJEjwj+00lqjBDHJ6VNeRiYtFBoyagMRXHGnnny6HPDdRZ&#10;XHz0WUq95ZHKZWkp4sWjeBVx8GMhkUTDG42okejxWQqIU8LywCI+IAAiwBBebfVXmnpcfNjdn1eS&#10;o6ZKvHy123MxDBFSGX7XwwVy0vjrK1hH5WjSGNgJUdrIVur3DmNr9vplsLC43HSCGkUpStARqA0s&#10;5I1SYDAkcFoOrrfiqx+AjMMglTT7K+Z/wdCsmMSnklkp58jDDLb/ADdTTywCTWSwUzMziNB6SCxU&#10;Acc+0nFHvSslNEuH68qVhV9Ef8JoqIyR+KWo8n33iFSks4QqYpCwVgqtouPZYtzvkcRjHL+3yRuR&#10;/ZaMOBqJqfwni44eWD0j+ouDhbdGHyAwfM/5+pziKGMzF8g7EoGSOTyOxeREuEB8elC17jgrc8++&#10;6GbOU2RPkw+2ZkdYZ4ppKeoqqZmmp5S0VKlOhWMiPUuj9IZbEPpB9rbC/wBchS82eFUKgs4dqEEE&#10;igANTXFFPHJ4Dq8U7M1HgXVTjXBr5DrPLGkq2aeojt6SI5BHINDcszEarMeb/i/49uxy5nFRS5OL&#10;AVK+OUUwbZq1E8s7ReZtI/hYfxK40glmUyBQFuSQ4b7YiZR+7Ia6AAisT8JqB8NaE4rXFSSOnGuI&#10;xh400+nn/wAVX9nWFoY1kRgKtXNrH7xxGoUkaVJlKlmBuRblefx7bY83kKhYjLtOijPjgl8v2lNQ&#10;1U8tzHTiCNhSx+GNiXFn/WqhhcW9vC92uspO0R+CwwQfh+zgNIyR60600yVDCLtPD0/LrOYo1NxN&#10;Lz6SBIXUfQsCCH5Ki3+sePbg9Ng6umgmTb2eVKmeLQCaOSWrneQeKShY+aIUJkTSykJbgsSPqXs2&#10;130irbxgWrMKgKSdOaVYGmCPiIFOHTbTQsBoFVr/ADH+z1jDTqzq1RBdAdN1caEAPEvrDeSx+v5/&#10;A9z8a9TSRUtPFR1po/NOYfBT1WOkkDv+zO8cbtTVU9VIlkdAqcDUNQA9qIbLalgjhkkkWajUQA0G&#10;amhyCTQEVIb9nT8ZOkKGIJrjh+3rg6xSNIzSQ3jKa9TxSlLDUyXI1xKgYG36iD/Q+1vTx1NZBXwR&#10;LUzVNXAI5Zlp2pZKGGVV0iarr5pUqykalSEZWHOkj8mMe0xTRxx2W4oZHwRQkFQdRGpiTQYIAoc5&#10;JXHT48RyFMp1GgqT/q4dNbSIrIz+CLwy3ELTCRZRG1w6pTxxvEzkh7NcX+t/r7iVlHWtEabI4isk&#10;qqJ6qShyuDjVJI6eRVErSBMxI1JUBVHpESNcllKj6sXOyRRwkXjxs6tRWXUgfV5rmi6v4WpQ16ck&#10;jmSqyAHSaAjzr9h8/n1zimgSUyQTHTUeOOaKoBEbuwbR4wYFeXyXsSWPCge24Yncz1hhphvfyqol&#10;ekOWpK069AIarqE8zokysSLn0rZH4t7RrtaK0wa4KmlF0PrHpSoIpnJrw+fTeq6U08R/kK1GPTOO&#10;sy1WPjpo5pXxcEZ1JHIIWp49IlIVYVlVWLBwPp+eR7j/AMW3RBUzUFJUbkofHIaeF8pD458iqvD5&#10;4aKjh8cdNpaQFXkdiFB0Ee9wRbkzpb2rOYRIcOSa6qCnxDjkgrQY9erm6vyyr4raQT/Pj8s9cnio&#10;alRPNHQVFtTM8DJMkZCkF3lNy6gAgqODfkexApty7yxqpLAldM0Uciy0QoKvHZEkyeCsMtTWVzq8&#10;SNd0lVmRiwbTcH2d/WblGY45VkQKpGgEglVNK5JwfUVqD05HfXaUJrX0/wAP5HpjnxOGrxItRFTl&#10;daiNmkpZqe8aiSnkRI6ciNmFlINmCi1/p7Xe1c1vqvqaAT7yp8dNUtLHHTbo3BttKXHs0LnHQtIl&#10;FUNpZEBeomkiKD0uw1KPb9dxl8OO+v0oI2JRhC4IZaEjUrFgF4KctkU8unW3G40HW2AeGlSBX8uk&#10;LuzF7SocZkZpNnZLJwwo0tSm0tv5KsyE8YdFq1p6RZIhXS3cmOFEkL/VQdJ9ixtbfnc+wsrDQYze&#10;+xd01lXkGp2xMeZ27TQ1k1RCtVDQY6pRsZDNDUxoZLs0bQ8Kbkk+wRufL/LcVrHFu1tYXLnUcWkI&#10;VAB5FUBCvVTQnStPhBqekTx2zqGmtoZI/Ro1I+3hXPRae2Olvjb3PtF6ns3rPfWKw9Bj6jJLnMht&#10;rO0+Q2yuMjekfL19NGtdULX00crr/m5xKgYhdIHsfanuDvgwCp3L1x1Jl0pZGFbFmZabcsNBSgAN&#10;E9VDjc5BTTsiHyhioVQACSPYD3z2y9sdxhN7c7LtVtdxqGMqhSB3d3wsSQPOgAX4hXpi72rY7iGk&#10;+0W6BADQAAADz7TgevVesH8vn4D5GMYjrbtX5EbEqc7EXo26r3/vbqyqzszGQ02Sp6SDObYmyEUU&#10;0waJREE8jFm1ayfaiffDTRRNlviZtKojqqdlmyO2c9tLCQNHPFaMU8wxO1Mg8EyyAR2YSKTdiOG9&#10;xpeewnKFzFFCNp2+S4aq+LroQBVk+IBDIQwDBgdQocGh6Sx8r8tSxoybQqv5MjGornVUmp/zY6C7&#10;CfFXfu0jNT9afzdflDtGQ19QZNu7xl7F7Vr4DiX+5lfJ4vMbt7FxlLXs0LJVK0IpXQIsUYBKlTbZ&#10;zGXxdNqxnx87y69i5Wmal7Vx1fSPTtGt67DJm9zZKBHphcRxNFqY3+ot7jrevuucizTXK3e221pA&#10;wXWsFxGrAKKltcunukYgFWPYPhNSOmv6o2NswEAuY0fhSTUteOoV8/t4dB3l8Tvmq3PVRbr/AJkX&#10;w97xbEuKGbHdmfH1/vadpKdvDQ56PrzaOOr5TWyGM1JNXCaYx203JAfM12xnMQaWepyG+dq42KkW&#10;SRd07HG662tqUui1DZLCxZikqFh1hn8CJpANwQTYOxfcu9upUcnmndQ0oNHgkQrGjgdqprd5AKVZ&#10;ifM4x04/L1rDa6W3CZpqmpZVcDVnB4ft6FfrjrL+8+Eroqrbnxr7U3ZBlaeH+NdW9oUPVu3MPjX1&#10;PHBBsnceT27nqesnVLIchJMZTIAr3VSzXRdpYEwUkm8KzaGaFakq1G5KfbEW1oo62ZnkoglScdiq&#10;5qyWCNUnFQkZpZCTrZAD7DG//dCa3dYNm5ruiI2OlJ41EJGVVAyr4imTLsAaUHeMjojtthdndrkr&#10;oDnARcgEhXGagsOPlivSvTq3uvH1G4ZutNq9h7TqqPLJHitmVXaO4exM5WbcoDS0lbX1WBk3HvXZ&#10;0tBDLLJUYyfHloq+nAQRQy6k9u2D3oMnVhtn5Pc1fE8MhjkO98f2BtmrqVntFRUmIxWYnr6iojjN&#10;2ijKyACxXi/sNXP3Q+bbqwV0m2FwpIUQymF1ZcMqF2ANT3VOAOFa9Nnl6VQ5tbwA6q6TQhfUZ8z5&#10;/wAj00btyFJsXHZCo7cTrGPOVFRFTnF5nraX4+b7goEoBNk81mN7bs2Pi8TS06uNP3kyzQHUGWRb&#10;6PYj0nYceNhl/vdTYiOhmSWklOc25vPaAjEj6WajDUlXTzPK6EIHdm4uPYH3z7rXuVbRxW21774b&#10;K6P4QPjM8q6tCFQaKKAsGWilalq4HV02ncNTLcQWzxjJoxrq4UzUr8s56Alqak3JlYqjrnYPY+4M&#10;+oFVRRdPd7fG/vuWnhenikeozVLTZnA5xPtomHltEFQ2HA59o7Obn63r5IKeDH5VKHLiQiTbVRhN&#10;ywZJUVmWMYqf+G5qAMQBqklILkD6H2Sr7B+/tpC12vLzXawAkqHMbKqnMg1DQdVewKMDNPPokvdg&#10;cylxt7iFa5Ug4AzxGo1zTP29Gb68l7fw1Fn67IZSipMrtOljrZo+3do7965yWHaoCr9l/ejBz7l2&#10;XlDSqSZGgpSzRo1mJVQVWnXexs5tuWiyU1M1BLGZBSdg7WwtDT0DzxMqyWmp2q4fAw0MsVQhY/Q8&#10;X9xxebh7gbHuIS95R3EzRY8NS0xIVhVSI1Mbk1BI0tSmTXrdpy/aXEVYbaSQKvB101zUZ4UHDoKI&#10;fkbmp+waXI7Tzu163LVUy0dTlPj/ANh7xrsxn44Lz1dHFTtkaWBFlRVtUVVBMisf0gMVAbf6Auov&#10;+ed6dt4Ptv4h/e/OfYeW2vzfwD7vRfRzbzW/xt7Vf1g588fxP3FunhV8TT+7n4cPj000/Pj+fSP+&#10;p8P1Xi/SjVqrTFa+mmlOGK1/n0YD/Zt+2PH4v74/J3xfc+T+6P8Ao82L/H/Df7b+G/34/hfm+4+7&#10;/a1faavJz9Pf/9VVyfHvflFWTS46HHQQtG8YCZ+aWEQ38jSJS6INM8rceMEJpJvf335h96fb24EO&#10;relMzEVBSjEcBjPD+Ly4+fWaUNmCA8d0QFzWpBFfPHDq8PD/AM4v4N7kxFCuX7C3E1b56eR4sj1n&#10;LRV3mYGCDzVQlyKnG0WliaohnDKpXTflfYPoQ5OjMG6A4aMhqdIp5l8DqR5PHUU8yTNE6LfTq088&#10;j8ewpzX748qbUR9NuMchYqdKZZtWU4YGcVJFRjPXryC3cJFNK0hpUAn88HjTzOOivd+/zl+sOucr&#10;RydOZOn3S1aoevjWCmWXIUs0Ty0QajyeOmo6WeKqdVklKeQohAJJuMtT8XNrw5CPMbfzGVwmSp3d&#10;4khmmlp6l35H3qyylybjgoUtc/19hrbfvD2lxdSC7tP8VaMmRtS+GBWh7FGSPkCa4p0zG0KyAGB4&#10;1B+KtR+ylfy/LoIdnf8ACgHc1dTNtjs7qLE7l2rV06nNZx67GUsuOoxKIpFw9DSYtIZkjBuFmSeS&#10;VrDmwPv2J6M3TNXiTc9dgJ8ZC8zA4qnqYq8qGBilmeSSS7n6tY259m9794HkKyga3tt1Y7m2kKpV&#10;gpLDCiopWnqR/Lo2O5WniMplD0HDTkmmaE08uI/Z0Ju/v52vxHxO3q6g6gj7JqOwKqlxwpsduqng&#10;XbLVFRTs1Tj6WV4KeJUp04GsIeP8LezC4TbeOwEYWiesJVCAKiXWsakLqESCNdCEgH+vvHfmr3W3&#10;rmJ3t1treOxaUDUhq7AE0qwbjgg0H+yU3QvbsUZdMZag0/IV9a8PUdULfIP5h9xfIapmh3NidmYr&#10;BNlVCzbZpvtsnXfbGaWlbIVq5SaSepp4nKuSioy2IW45kZHA43LQyR1dLTsGKs7okKzMwuVJlMZk&#10;Ugi91ZT/AI+y3ZPdnf8Al+7jhnmluFNVUPUgKOLAg44gUcNgVAHSOO6uIXCMpcqcagag08vL5g/4&#10;OkR1V8v+5Ons5iqjDZ/cmaNBG9FjqPPy5KoxuNpX0pUyY+nbIJjqoVMTKlqiCeMKo0qrchKU/XW0&#10;cVMtdTYiKoq9bsz1dXJOv7xvK0Yr5Z1RSAPQtuPp7kK095uZt6nG3vNFbWzsFU6XkauANXhIvcK+&#10;mkmlTx6UncLiMeHINArgqCTQ/PgCOjfS/wAzP5WdoJU7K3B2ANmbcqjBFjJNt7SkmynkpikVDBXV&#10;GyMXiJlqfWwM8ivH5NJc2De8GQ2njqwTKcJt5oamLxNG2Pevmu1tGmDwKjpZb3EigW/HseWnON1Y&#10;QK243ty0cbGsrOkCEVIJfU9V/wBKVJ+Rz0oW9iYDU7sn9KgyP9XCnQ0bH+XO7tqwYuTOdo921tVt&#10;7IyVq5rJ7swGwMFUU0TstT/FMpW5ueqoqpJJNKU8mOmkkD/2zcgEt4dV7MVKmarWnhrJEiAdYcfh&#10;KqkcWAWBpsqvhBALFDGwZBz7kfl7ni+3WKGWCOQQMCASzvrU8DVU4kCqkMPIg56cVEvSpitgAPiY&#10;VNfQjFCT1av8b/nZ3Vvz+Cx4TBV1Zt2nkrzHV0eX3p2fi9yUDGR1qpTguuBR5Oa1o45krIyk5Onh&#10;hYJZOt6rH088WB3mKmlLTwyY7J4p67HNGKcRtG1VTrVR1PmWQgrpClfpcfQdfvsTkR3+1gQsowSC&#10;1D5UZlIUU86nyOevXO1K6JGHBXjpIFAeIJB6P9B8jKHM12OHYXTrYOolo8ZX0+Qx258dh9wwNUVs&#10;shmqsJna7BZHFwUbQKTcyushKOFcAEM9x/GypzlZitxZHrfBZisoITQQTbXkmwE/2Mx1RQTUkMmJ&#10;paz7NuaZJS5huRezafZRcDkq6m13cIS4UfxaQaVFTpNWCgjjkkYGMkF3ytbzHxZUQOBwUgH5Y9Qc&#10;9LnA/Nro7DVWWwa935Ha1UYhWNFveal3DBLLSqWmmpqqgl3FWU8Mok/yhhHGZmBKKdLMQPy3wk31&#10;SzQV9JuBsfj5dHipN546CqkVHNRPVwpU43Kao1KlAuuEKlm1Frj2FDs9vBMq7HzXHOoNCkkbsVBN&#10;TRqgavnpP2HoOXPKV2rL9NfxsNRAVgdVf4ftpmvA9CrgP5hHQm4shW4fb25cVvPJYydoslDsxc5L&#10;JSMZKenh4ymFoKaonmlc6Ujmd2UqVB9VkFV9D9iYeGZJMb19utJKypQ02K7Bx0cqtEY0MdPjctAK&#10;iaq0OVEbOiEAEWa3u42e5LtGuyeLJnUxJANRTuLUJ/ioTjzpXoul5a3tdf8AiXqMEH/Lx+X+Xoa8&#10;R8gdqZ2vjoxtrtjbcf20NW+W3D1tnqDER01TC80VRNk4Unp1jbSRqAYqwsePYbZHrffdOHjqOs8x&#10;tKhqaR6uslo6Cmqk8MEwMkcj0JyM3pK8eJ0D3uCbH2hfaJrUGljOoFAW0grQdxBILEfYMYHRa+27&#10;jasyz7dIppTUR6ZoaY/PgehMxe/NkZJlSj3disjVQ1H2sSz1oppfumi8viVaj7cPIIWDG4bj2jVq&#10;aWjkoKKkz70tbkqk/ZUk+Nqa2WsSPUWienqocLOqxvE7PC5jVSAeb+6w73tS2ps43Qy6mXQy1Mhq&#10;CR3AFSG8z2gcBw6SNJbmMoo0t6aa1px404+vSrD/AHMTyJAjxrGbSCePSCVDFkkgeoXSYyLMBcgm&#10;/vjUYrdk1ZJPIuBydE6R1DVVVSA0lXSgMwMlJFU1emqMiBdJexHp02vduOfdnM6Q7Whgr8PBTUg6&#10;QNRLAkDia+QoD0mWOVmYQyED0INPsH+XrqOqo2Uxo0iSqzLLHCxEkUlheMM0aBkCm4Nv8faeytNm&#10;aiQ002PMceNFQlXHjHkxasPFE6S48Q0sIjiu/wDnEbXJYhgbC6G7nur+VlntTGyKdVGCqSDQ6MLQ&#10;D8OagjJJp1WSzmkTS7+tR5fYp/wdTIfEAWVwyzFdJc+R2JuCHZmLMf6A8Dm3tjqsZRpE9RFuvcNA&#10;8dUtP/DpqapmVEl8beZcrB4ZIadpUunktol4YqW9ppbZkeJo9wlCt5eGxPDB114nIHrU56RDb44S&#10;zHxFJ4Ur5cDWuSa9ctTNIimnhkjdD+6Sq3KgroEZDavSL3HFvpf2+RUdRd4qWqaopYJJqkeaupJ3&#10;qonp4I/u6eGihatqETSY1kMaEmM8egsxqBeTA2j2wESA1pprRqUIIFdJNADSg86celrRFjHGZiBT&#10;hxr/AC/YeuKyqGAdSJLLHcIVFyWKrqZii/1Avfn/ABsIUcdTiZMeTiMjXY7IR3NXKy44VEj5Ax1D&#10;QVNVSKskUNQfHNLG9lYhSq35vaPeWQh8WBpoCpCsV0sSDQ0LA0UE0OAKDHHpsOYEXwgX8jXFfz8h&#10;8+uCVEE8lVFFUU5qaUqtREkgmlp9UZeA1ECuTF5ojrQMAWXkX+vtULl6aeVaWly+MxNc5miRP41X&#10;T1yUPmiinKVNNA32U8USlXhihEQW13PNhFayJP3TzJC/iEAFwSFHEFdOQvkpCgevV0nL6i0Wkg47&#10;hWnnX1Hp1h0XVtUL1DCxIFOkULsFJDaJLiRbm4JcnV7m1eNyz1UVfBlcBWsPMKJcjRVZdooRJI9X&#10;SZNvLDLLAIyjI4jY6hqAuPaiTa44hErtbC1AolS+uStWOmuCppkgAmlPIdekhZ6oo0sD/ERx9PKn&#10;p5+XXQnjUCNoKlBx5PC8WpWawtJErBlB1XFgfpx9Pbxg6Knangln2tNkleMzpl8BBBJQ/dT1MXiq&#10;qagQpLLNNIpEryHxWuSP7Xty3sNvgEevZVltzRA8dW01biM/hNQC1QGNOn4rdlYCSHUtPt/n69RK&#10;uYxtpWup4IwQhgrGKu+lWDxSSkMFWzal0+ssP9h7wGSJ0EFPTbs1Q1Mjmc/cSx008Mr1EsVbiKin&#10;nrJ0p5H8aJI+hVYO91UD2s8OCVYVtUlCq1SKBqaeOoEE4Pbk0pQ+nSpCi4jiIAH5/s6yKkgYSPLQ&#10;iB1/zLRorusiiKPw1qzIgDn1Gy3NrDk39vOFr462rn+8wdS8tGk0SCergWV6xik5NTFZ46aGpCFG&#10;eBGLMBH9OfZnZ/Tk9u2yNIqlhmlSMhmB89OMDNQOnxJUVWAsftA/b1gq4GjiC01THEXMYLtG+hIB&#10;qQhXDqZZFvdQ7C19Xtgrse2Sekk/uFVSVpnqo6rLYmOqeup5ftniH28WPeF5BF5gKlC0igrcyLb2&#10;QbhZ2UtwqybVIsjaiXRjWvxFQFzUV7qny416LZ1mkJP0QHEg+Y9B/q8uubSwQh/NloYoh4hHDUTw&#10;iMxySLpWR5WIDzFLRmw+vCm/tLrsfDQ1z1lTtDc1ExqFCzVdDPUTUtDjUQzvNuGvrmW2RE+pWMH7&#10;qKVAuOQxNstnOTCbO4Q1DEmpOAWWhcrqYDhQCoPAnpMLRqKG29qU41qa8fPB+VOpK1pYiOKqpqiR&#10;VYeSOVArySD9sfaorOyixAs31Fz7cYsLXTtSS0kzT4mKWZ6jHZLM5JoqKjjijngq6nHYqWOmyslC&#10;80axvIjq4BAIF7JoOW7iZB4k8hs68AxBDCpRwgFTSuKkA8K+XV0sC66SriIDhXPqP2fz66lMStHr&#10;C/dlURJkggV5y5YSU0Uk4LRLKUJYCxUD3Eg2lmqqoWmho8VWYjCQy+OlqspkcdEMlPI8VHXUtRFQ&#10;0VQ9YZZbCBJJYQLeTVcn2ssOXptciC4lkt0Q6Q+SGOMaQpqRw4r04u3yM7AM3hgeuQfl16SupoCr&#10;SyyiaobSGjiExSOEGdklQNIqosat62VSfx+B7ccft/etVViSvxLCqNZNE2QpN1UyVlRKiBv4boel&#10;no1bzH9xUVXcKLjVHYLhte7+MTO0iuzaAyMF7iahCBmhUVJUUNM8OlEVleUCvIdWoUNcgen5jies&#10;UtZj0VjHUokSxxOENM+hUuxFSr3jbQymwfVp5+vPL8mzp6FJ3yUihZFShp6TP5OurJ4THLG1ZUVG&#10;SpTjJ61YqhY4wRo8a+oyvZF9rpYNxtgxlhj1nGatgHjqBBJHB8gjyJOOlAtpeEkoJ9PT/V/LqN/E&#10;RUXjpA8qqmuR6SKJQRIjvGgB8wRniBIAuWJsVFyfah2/tpGpjW01VQR5Rqh1NLTvKcflqVmX7igl&#10;rI6SoVa2TRxMXV5obov6nteKxmhjKrbguTR0VGMbpT1IJIoT3Nlh8Pn1sWFAz1alfmQf9XkT5cOm&#10;7IZMQVCwS0db9mkK3qRDEZKGQoAtSsUlQmulgJFwqkRyANfgXU0WVzKokD0tFSShknggekx8VRJP&#10;TaiKymneFqiTGUkaRKTM7u3Dv6Bb2/HHarHFE3Ldmz4YAxxkkg/2mQGk8ihbOrJqOrLFHpETWwMf&#10;oQP8J4j/AC9QGxeLeoafyVMtlljmliq6wUsiVIQPBUUscwgkr5GZnTQoCHhbMb+3rI1u4MlCtJUb&#10;igq2qMbD9xSw7cWCKren1NDRUhopJIXimcNbyMInAMl1Yi270tMJg8ISN46uqIA5FQQAVFB3iucU&#10;NBTp+SGBQAikdtDj+QzShPyr0047HYqgleojwj0skdfUMZmzM85SStYNU1cv37rIp0hNSxrrVjoF&#10;1Fika/C7pEdG9DnVRpoIovRTyy1lBT646jJ09NHQRx5FwVRnpUWQP5oVTyWJAD+5WW0i1kgstqhk&#10;jKZDR62b+IAUz5nHE4rnpvwiYm8KJmoOFKnp+GQxpiq0bHpJLA8lRFHPKIqWtkVJIYGeaoZqWJ5C&#10;wWVmUqocuVNr+1DHtTZtRSJlcn3R2Tt1mk0SzZXrPd5zeQpQtOJshDSY3cuQl+zjiCrM8VZGFKhT&#10;FpuPYcWy5T2y0DW/KwtnUamjS2CE17iQQKKTgE1I8iPPpN4VuEDPAQ2agrkedf8AP0CmT393BS4y&#10;SixHxq2duKughWddvY/uLalNioJ3kaWKjqslX7UpqelyMzSB4o/tHWQl3EgCXZc0Pxx6X3Lj48lQ&#10;935StfF1ElVNJjdrticnUNSU8bySPSZnOU8j0q6QxLI8es2VmIA9ktzvXJQvooW5Zu0ug5bUyoAr&#10;EA/EV0gACgYVBNAG1U6q8e3SuAiktk5FADigB9Bn88dBZnfkp8iMDnMZic18T8VgqvKRUQpquu7e&#10;o83jaarrKr7AU/8AEdu7MyELT+XWEjVY5JVUs3jS7exh2Ttrd+zsQcLt3r7edTjMxVU4yW5N1bK3&#10;TkYarBhm0UlNt/YW4qyuaprEVZoKuRnBQiOQIxDCnMMOz39myKrIGZR3qJZvhFI0WpWNyGy5JJTD&#10;jz6VeHEgLxITTBqP2igr+R6BPu7fvRvYFRQ7g3Z2d1ZR7q2WuWTC9eYXsXqHauXi3S0Qp8h5d9d1&#10;bXXFY+CJ3NKYIPEszgzI0y3j9vmV2duSprXzm3e3d0bUyMksS5fCYbZ/YW1tpVONaWngmoMlmdwD&#10;ISYV2SMiUafEEDkNdbl7btqtbNbf/Fbn6Zas7IDGgCgorFdRC0oNWivYdSjgenZI3RUkWZAxyQhJ&#10;wB5/Phjpo252JtOPGYPbe7/jTtHe21sYv32M3Jle2vjZ2t2Pi89RU9RkKHK4jam1KnH0+fpqVChp&#10;5aApVt5VDrYkL1VbXzctGrbg+HHUPephq0iyGbwvZsO5srPBCyVmOyf228RPUQwJNpYUzyFjIodR&#10;+n2S7nLv25RXlntO+bL4JIWTsVjG5ChHrLile0DUzVzUNXqitLJGytBFIg+LHHI4nNDWgFOga3f2&#10;BQZ+vrI6D+Zp2/8AGylmWGmoOvtw/H3aW0MXgPuJjT1GGiyGIwOOo5q5GPE1NWvJDfX5HsSBR2t2&#10;B17t6oqYsv8AHPJ9V5ZVjjpK7DUeApK+rikp4dVbLmqbH4qqx4CzMsaO0r3iLWAIPspfYPdBY5mf&#10;b9su7CNWRqBIwajBjaMagTxY0NNOeI6O7WWOPtbbQhA06gTQefpQn7egc3h8VPmTv3GQ1Oxv5hXX&#10;fyK2bPLkaDN7f3zg90VmzIcdR1Ego8ZHt6h3duqk3RW/fU4il1Q09tRBYr6fYv7ay208lH9xtjuH&#10;OZ7H0dIyS4Pce7Mfuimpppndo2rZGoUzD1UWlkVWdrxk2LAe4yjuptpt5rSXkO+s51VmSZbtjG5Q&#10;V1pHUilTqXxKACvbTpUlzYfhuFE6qSQ5qTxpQeXlnonW9+te2tjyw4fsz4K9dYreuTy0VNF2h0ts&#10;vdHW+566jx8MKvNQ4g7qrNnUNDXBo6j7x4YR5VCyRRyEkK/Af35kqC2dyPXs2NqIh/CKXb1XXJWT&#10;LGSq+NMnkzJXnwEFkgQrGTz6QPYX3Sz2MrFK29StcSyCTwp3l0vVgXUBe+qvQk1KUwVKdKLfe3Vh&#10;Et1CI6KfMZByARngDWlR+3oAu0cj8W8RSLjdjbe+SmN7DWvqU3DXdh7Zwb0E89XapzESVOE2nPT0&#10;ENFNCS1ZOyyzRo0mvUwJUf2ktFIyNWpjqyaJXSHLZKJZma5OqOklniqWgHFzEWvbj6W9g3c96s4J&#10;Wiuo4EtQCFjSRNb6RqGrThUlc0rjTpzmvRg+5yxya4r4cOHbnPmuPsNBigrx6DFt2Ue66Oimo9nZ&#10;LfWCx+QeknyPXPWWUfFR00gWKWklztNh6rESZ6OEM5jrIYwuoB9BdXDjS01WqrFUZzFmOVhqEMxc&#10;MzfqETSTyGxI5AH1+nsLbtLbTWlxfptqwQoq1BUIrqgGkqzEgOTwKVDULEjpObiV4HkVvI1NMYoa&#10;A+Rrw6Q+V3dtypyb1+A6U7UlzlHBVR0dRksGYZMf9tM6o2XosbhMd5Csch0fcOH8RZixBJ9zGpKK&#10;FJBJk6fVGP3A6q8qiwZPULsWAIsWIHNvr7L7LmvdbaOKLbYbb6Tw1CZc+Ea5yzlk1jUNK6sd2MdO&#10;teJoA8OiNXhSq/t4nyNOHHpn/je6M5W0dQvVu+YpMjPI2PnomONxNaItVJUNS0ojhx8NMk8ZMwgi&#10;aRrX0OPqGO7urdq5DTk/7p0uey5nFRFVU+VFJUtK8gaSocVtYaRft5LXUJf6hePco7H71bvDGlne&#10;WtmtpElGWaORDEChFWkBJZnAH6mqmRqAcV6LLw2sgkl+jYvioBFaU8iOPDPpX16Ox0J83O7du1p2&#10;nke5Mr19sqPGJiVwm5di1e5cLPTY6DwUdHia7auGoc7JWZSnVxHPUT6JGVS1jb2mcRtncuGrpjlM&#10;pmZsQ0IR6eTLYrMPRxI+uOOGGFYUx9JT2sG8bEWsHPPsb3vPPK/089+ksa3ckAU6XaSTU2llcLIF&#10;ZQBVNQbK0IU+aUTNGuuaBxE6nBIOlT8smoHDNTx6H7eHeXUnaO2opNmbC2VSdjGsqZMdk6vYm/8A&#10;r/Hbhr6lVpayaqymWqMjVZ/LZMEFYPvVRr+R4FWxODJZjaWPqcjWU2ZqqB8ZRaqvF5jYebqKQxTS&#10;qJKinqaahklyTL5LSiFpmhVtQS4962Lf92ghhuN42Pc3lfCMkccqoqsSrmMGhQjDO4LadIoGNOnG&#10;vNtYs0hIkpXuUmo9dQqAT/g6k7S293tuXGYHbG7Ng4nP0eWylNW4rsLrP5Mdf0OZjahoHlpMbksT&#10;mswlPt017xItLHUU9Itc8LRvMFsPaXwG8OuIN0Y5v4tsvAZKrq5KWpi25Q7gpcduSuejlnpaOjnq&#10;sPS0L180RBiFSVKOrLwQAdc/b5uG88lbtBaWFwj3MElZXtHDxyLEzBVooKpVQ3iA6VBJJ08W7Xcb&#10;D6sUfS7MvcpIJJ4ceFaY9ehb3f138hsj1rnMFQbf727Xw80VAuNl7LynX2c3L1lHJPHS1r7hmwe7&#10;83l8Zh6RKdpKqbHcVlNJE95FclakPgvn62r6lpVxu8ambFbP7674x27NuSVctYltzjDZTbUdaZI0&#10;gxtXgMtD97FEodJ4nlDFSXVucWzxu23WMpISQqFqaEiSiEPWpJUAkEHBJ8+on3JfF3DcPDqD9QxJ&#10;JOas2DT04Hy8ur4d74agqstmoI8JS+Wq2jtqpgyy0HirMrPQS5Glq6GGWLxSVVHUYKf7eVi6yU7t&#10;CAD6WS6brSJshsvFnyxiU/xJo6+alpDTZI/f1EM9QEMxYGqlRvRINJB44sfeZXt3Habdyjs9+2/6&#10;tBkaWOBK3EbaiV06x3sx0lVOpCx0+Q6kjla2jm294miqPStK0pjPwkAih4da1Pzc3B/c/wCTu8H+&#10;zrq7FJJsqkrdt4fcO4cdl9rpR7XxNVQwxvBimoRSYummWR6iikLxFbupfWCE+7uttxvmYKyix3WV&#10;As1QGm3HRdaJktwRUtRGwjXKivzcFVRzR1JIkai1EC1gPr7yr5M5r2Pf7GM7TzPf3NwUAeE28aMa&#10;pUqZCzM0wYlpQrhgaAqEWnSzcbUxSaY2iaWgDUHlwpXzpgmlDTo4PTPya6/qNs1tK+7O/wDJ7ix1&#10;HLTY7rbe3da4XZM1ViLPJJsbce3NnrSboxuYgCz0jZoQhwxHNyA3Z/pbYO7cZ/A8qy1GaSdqiqyE&#10;WDqsfPBMirAzYifNZJZ6aWQABS08kR+oXi3tfHzZtVneTfXQ3UFpGaIjQ1kBIKu5kLHBoBrNdRIA&#10;pSvST6W1CMJpFEh4DzH2ZpQ+ta049KTbfzH7p2blajeFTt6jxvX8tNTUm3sTU77xW8GlmqBPVmbc&#10;NL1vg089FSPIxZFgjqwo0vIbk+wjqvh7snHCtlm31uqkp6mVmkqs3/cn7alhEbK8EEcFVHWR1tUV&#10;CmY+lrXvr59uWPuZyldWt4bMXJskiq3htH4ihWKlVU0ZiwFe0EkVqfVk2ZIlCFlQLUV0jH7eJ+VT&#10;606GrbP8yffucrUp4estrbkqfsKTw7e2lj+11yUlZLVxKcg+WyW1FwQwVPSzKzQ3NWrMDp0A+wTz&#10;PxuwmFq8iuO7D6+aiWPz0tXXbwx9LV1UyyJ93Tz4uCpqqjTErqzu8ixax+36vZ3a7ttG5wm723cJ&#10;VVqnRLpjelRrKrVvhxppimRxp0W/Rx63aOUEfaK59BWvD0+3o4eyflrBvHGYuaTqLuVMlUP4spjc&#10;RsLJZegxsLiYU9Qu4JVx9FVConpzGkKKagBgZEUewo3bsjCbYdqJMztzd+Kq8fiK1K5+zJcLkJ6e&#10;OOZ40MZo6t541+3f9xnYvEQojMlrmUGiaAOsLPHprqZ6NngzCgLKAD6lgajI6TNBEsa0JdqCtCBQ&#10;ZGSeI/w9DRtvfmR3LT6js3ee3KyjqqunqaPIbUMtJDUCQ8JVvWwrMPFKrMI/pLcFigPsKWeSTMvN&#10;NisbNGY2SoyFD2HQ5MNIZNcEtFj6yXH0c9PAkqh7FDICbqrggFfgXEErPNapSrDWJtdS47ToOkGL&#10;IUgcDxGCeilX8GUOYapnu8StR5GnCh4fbjoREq0FOlQ1a8cUkUMywS4yaGWNSpjnE5iEzeRnVgBY&#10;6WFhce+slU42mY000+Dn8cUNL5KKueooaFJpZmP3sNDnQYPILJHUxOvjYEEMgUF6VrWFBFNGhWP4&#10;gpIqvCna3EtQBgftBp1aSSKQuG0+CB+HiRwPyGcVr1yinrp21Q0jaGLOQ08azyIhiVXBmpU0XDks&#10;jKSfxYn3jpKxKmCOCum2th4I/PGtBLlq/JgfYhnmoBTSXnNTKsY8tRExKRvfTqFvfhuA8F4rmKNU&#10;ADKhlYGgFQPhrgDLZJIyetteLpEfgnwwf4ycAcTipx1mntTeuNJmleYPJMyR0qu0+mNp5JSBcwxn&#10;0K4ALKASByMivK7ap6zANkmLrjJqCrrMtNSU8tSqrM1HSY/y5HFmABONUhaSxtoPtlPqk8RJzbiN&#10;mw6s7vxqQyqAxVhiq8K54V6stzqZtaKUGQRU0pxqPsP+Tr0lXDEHBE0MccSTTvVLHSwvwyhDPUSx&#10;xw1Jl9Vm4sP8fcs7hdhHDW12MjpsvOYCHx+fmpnqKdnV4pU/gaSJUwNEvrh9ZiS7nnSXLncLq0jj&#10;iSZTaTcEIkZlI8qFTRR5t+Yp0oN+saCsoEJPoxKn0OK0+fUcS40+R4p4pZaRElYxVlIziKZLo0Ya&#10;t0+KZXZV8noLsbfS4hnMVNTUvSU+7chT+t46Sipdq7uqKhvOiEUkmQi2tJ4YJogHiEsxcoA5VPwe&#10;27y3EckP17RyyPRgsLsSaCoJVKaBQEVOacc9KPGJDATNUngFY/L04dcDV4RCJZlomaSJJJZ56/Gi&#10;nAgdoyTG1e0fkp5GKyaVsDxc8XUmOx288o8QwWX31Wxz1FJFM1V13lKymn+0g+3SqhglxMUb0uOd&#10;mAkkaNiUI4C8qLOy3NYWNtf3MwDmlLcsNRGmoqoIUYoeFa+nTiPcIj6XlYg+SA/s8619eoFVmtuU&#10;sLzVdZgKRF8qxzR5jG0wQ1BE60wd6qz1NXpB0qCDcEXv7cqnZm/8RW3XH55K3ElvNXp15maupnpK&#10;amV56mN5qinp48dGIPLIiBWUNqJK2HtV+79+ty7Rx3JaOi+IsDtQn+kSoC1waYzUdPqt4g1qrlgO&#10;JXh9ucfljrlFuLbtbRJUrmcV9lWJDHGf4xj1hE9VOYYowYzNapeRiim5UsLfW/twqMD2TnqY1GTw&#10;2fy8FeKGWatr9mNjPLT5RYvtkZ44qZJYauiVWhQu4kVl1MWIBuvLu8SeIYoHllYd2paE5GtaEgE+&#10;oU0H8Vevf40dTSpxoc0GDw8/Pyz1BpchtbGKaWDJUNC0H8QSCmpso7LbHO/3f7ZM15KOaQrIwtpN&#10;9It7gVfVu8EjloDgOwnWoZqZaOp66hrKWsjpqcVNQaiWXKRyU9PTRN+zI2jyANpDaCfbE3Lu4mAy&#10;Mt0VVq1EYI8gQVDU05CGoOsZrjqhgYq3hOxatOIP7c9SG3vgriVstg3hj8HkqkzQjWD7qZKalQa6&#10;e1Q9ROdDBeUewYKWHuHR9ddk4mvo6jE4vc2AqMeBVDIx4KkxVRDDZvJR1Xk3NRvkI6WOT1tHG/iL&#10;6nIsCCaXlprecTy7NEqoCalUWrDAHc44Cr4wQKGpoOkQgZWCvMmnUDkgUYeXxfnnFOo+S3jsmqgF&#10;Nlq7CV1PWyinhp6tjXUlQ7q2nWrUE6UzSBWChwoYiwv7UU9f2MRN932PuekGNkZWpJ98U1CjvTUg&#10;qf4ZLi6ndVZet0yhyyxyxRIrFrsdBbG27PJBM815bxlCSFEsaiSoBAKiQnUfMkGlAfKnTqyWoJRd&#10;xiRgfhDqKnjTjx6TFFsvpiDILkcb1v19SZLIK9X/ABak2JjKSsdqqqjglrJMxT4KldWlnhQHVIsr&#10;yKp+gDe33D9l9j4WrxedxHaNDKI8YtfWY7cvZ+2sljZ6RyKYPV0+cz00WQhl/SaaNY5UC6yoHHtD&#10;d7XyzI6TLc2bz+GK6rm2NABSp8SSjgcCr5JoK8AXfrIQoYbqlR5eKuD+3+XSf3H1F0ZuLH12FzXV&#10;u2USsyTUSZHbeykxObp8oivXLU0mXwuPpcnjaqmlIkWqEoR5GtckkEWoPlZu/HRB9zSfHam+0cJB&#10;Fi+z8DgalX+2WSoqaqLCbwmhVfuLgxiNxNGS3BABC83L3LcMzzXnNe1x25NBGJ4K/NmKSEgkkAqD&#10;kcCOqpukUb1kvrfwT5VqT+deJ/1U6K8nwb6oapr5sHvvvqWTItHNUf3ux2B3xRsjtKYEgqN57GqM&#10;pE9KSFp2WrDU2kW4J955PnFhZaWorN0S9HUU0NPHG1Xt3vnCU9TlIJpm8MVNDkI8zHoaBbBfCsjf&#10;Rv6kp0ct2DXL3Xuds6RjHhC7RONVchg5ZtWKgkgEADHTf7624l1kuYMA0CseH2/5+knjv5feEwdW&#10;0GA7Z7HqcfkKumqKPDbu63o83iNv5KCHTVVYqsFPs7LBK6pczzrUVk8Hla8QQAAMH+zvfGeedjuN&#10;Pj82OWOSbFrj977cOcoqgoto62sptvUhgyLrI7B4Cjg8E839l+8bvyuRbhfdfl55BFpIcoYyAa0K&#10;jVoOn4iDqcjFK169Nu+1J8NzEEI4gmo/LSRnzP7OlI3w77MxlEkezvkb2hic29ZT0ufmyOBy1ZtL&#10;JRBg8z47bdduDKRnGMYokaGpaaJkBJ549ssnzV+Ln2r1eF75q9jVVSulaXbXdmcxUgieIIUyFLlN&#10;r7go5CI2PphEdiLfU+1e385+1lvDb3F9zVyyb1SAWjuJIXYgVJ0hCtWoNVOHl51ZG77FpQC6FAaE&#10;9wNf95yPt6c8l8WNzV9TS0W8dm/HXtCGCemrchlN6fGzb9TWy5CkqBPSVW38ntTNbYraaWOaJSzV&#10;gmIvcEge1Fsb5h/FPN5OjxuV+c2a2hLUUT0tFTbszmE3BttKyatUyQ1mQi6uMsFXVOAYmncRGIsL&#10;qSfYC5n92PbLZBc7jY82C4QkEpBfTOQADqajqA9V7AtcrUaaCnSSPdthkuCsm5XCRliAVQlQcZJN&#10;Kg8OgL7w6W7i63oMxu3Z3xC6W7sR9xYmav2/1Bg92de9hyqMZ9pR5egqs53Hh8RloqKJhT1CRTRG&#10;IgP4pANSmgTtbYTS0FNjfk9092Vh8lJDhq+o20nW38ToY6l3AqMzhochj63Jwn0oxoTHKqgHRe/u&#10;Orb7xHsndC4uzz+1jcOrSNDJBIO9UD0idbcMoLDQSrIGOdJrXoR26xBVe0vRNFU9qlaivoCwqB0D&#10;exekuwN54vdGdrfhR3J1N2DtRpt4bWwG9+96psBvXM0tLGaPDbB3Nh89ujDbEyM8zFI4NwRVNGJr&#10;kzFPom/7zbO/vP8Awv8Ajuwf4Lr/AIT/AHl+3H3v6/Bb7P8AvV/FdPj/AOUL7D7jT6vJo59iX/gr&#10;PZz9zeN/rmW39nr8DwLnxfhr/b0p42v/AGunPVvp38bT42KV/Bqrxp8Xxfy6MN/djun/AEU/3t/0&#10;fd3f6Q/4B/en/Zcv77dX/wB5v7z+Xy/3Z/vH9p/dH+Kfd/8AL0/i/wDDfB+749Xo9//Wsae90/R9&#10;TbTo+tl/V+b/ANb8W95ewadE3x/AK6tWqnd8Hz9NHdXj1mH/AKBF/aUovDhx/b9n8+qO8N4v4ZL/&#10;AMXLV9nR6tX3mu2uXTp/3X9v/qdHOr6++hfS/wDnLWf9OjR+kfS/N/b9zo8ax8TRq1xU8TV4tK+e&#10;jt0+lc+uelEdPFjrprQ/FXV/LH2+XT1D9t9/SX/herxC/wDE/wCK/fW1j6aP2vtv9bn6++B1WP1/&#10;2Pjv+lfp/wAT7dtPD0R+Hx1H+z16q62+LXjX6U7eFeq9vitTjn+LVw8q41elf83Wep+0+8h/4BXs&#10;lvF/G/r5JbfX0fd6b+G/H0v6re5nPhj/AFf5uS2nR9Pzrt/Y/wBVfn6W9hw6P3jN8P8Abx18XVxq&#10;aaP+Gfwae2mrVinTS6aQV001fi1U/Kmfsr+fSVqPB9zN/wABP+B9Pp+5/iPi1aj4/trf8pf18ev0&#10;W1a/x7wL9Wtf+x9LafoP9Xzf+ns/nr4S69erQ3Cmvi3HR26fszSlOvSU8SXTq8vhrq/n/Kmes+S0&#10;+VfJbV4uPsPL/GLa5L6Ptf2vHq+urm+m3HuANPkqP8ze4/T5P6G/lv6L/wBP8PZ9aeJ9HaafqNND&#10;/Z+Hr8qadXdq9fKtNfRlH4ngx18TTn49Hz4ef2+f59DOv3v8F2r5P73/AG/+Uf8AF2/gGv8Azy6f&#10;4T9r/uT+3t/nP+b36ube41brvHbTp/Pl8H230H11/u/7b/D2Pfb7wq7vrr4/Zw8Tx/P+D9HXX4qe&#10;fDt6Tjw/Bauitf6dOPn5fZXoR+mv4Vo3H5Nf3n3a+P8Agf8AfL+91vPP/wAB/tv9wd7/AE8vqvq/&#10;HuH+ZP8Ai56fCb/Z/wDAf6c+G/71/wClvY1P/ECv0vi+Nj94f2nBvip+nr9Nfz6vjSP9xtdRxrq4&#10;j/a19POta46FQ2+3wmr/AENfff3lh+3/ANLer+9X+7NH8W8f+/d83/UV+der2zt/n5dP9zreSK38&#10;R/4uP6F/4GeX9z7n+l/Z5N9Xoi8T+tFfAH+4X0309M/2GjHh/wAP49NOmXrjV9RWmdNNP5acU/0v&#10;QtS/e/w/Efef7Pr5/wCCVnl/0RfwH/Rd4/u6i/8Ao/8A4H/uP/unb6eH93Ra3Ptzzmr+79V5fufH&#10;oHk/hHj8OjQb3+z/AMp8X/LL9y309l3IH0/9Z08H6nxfBen1nj+J8QrTxf0/E/i1Yr8OOtWf+5ce&#10;jxKf0uHn/Fmv+XhnoPfil9h/szG2f4Pf+IePIfY/6af7x/x/7n7+L/gN/fv/AH7H94b/AK/4j/km&#10;u/49hxD9h/Dqb7b+6WnzUP8Ax8v95fJ/mxp/4u/7v3tv83/ydz7lO5+v+p7/AN9+DRv9w/o9NM1r&#10;p/V0ev4q8MdGMvieOmrxPh/BorxPGnn9uerL9yf3/wD7/wCY/vB/s4Wj+G7n0/7LZ/ss/wBh4vv2&#10;8/k/0Y/v/wB1PLb7jX+95b+H9u/t4qNXkr9P8E1aP+Ufw+O+g31+T9q9v124va3tft+n6Sy/3N0V&#10;x4tddK+f4qfw6u6nHrcVdMdPG8/ip6/ir/xmuek1szwfwHYXk/08/bfcP4v73/xL+N+L70aLfbf7&#10;l/Dqv9j5/wB/x69Xpt7LPu77X7+W/wDo48/2Tf8AAb+Mfcfqb/gXo/3G/cX/AE/83P8AD3Km2eL9&#10;M1Pr9Ff9E8PRxH+30+vn0rX4DWlan/TflTFerx+i/wCO/wB3IP8Asq7+G/3h/b/vn/o4+00Wp9P8&#10;G/5iv+F+L/O+X9zwadX7l/YS02j72T9Wrxp/xbvP/V7eW37Nr/7HyfXj2Izwzp/Dx+CtTwp/KvbW&#10;tc06pLTwXpo+Dzr/ADr/AKuPRzqzy/wwW8ejyC38Y+0tfjV4tX7/AJdH0vx4r6fVb20dh6/4TP8A&#10;df3G+2+9oPL/AKU/t/Df7iS32X8G/wBy/wDeC3+a8PGq9/YP5j8P6GfxPoeC/wBp4nCg46PL+H8X&#10;pjoH73o8OTX9BTSf7TV6Djoz9lPKnTRs3w/xuk+w/vp994H8H+iL777/AE/a0X/F2/vJ/v3v7u6/&#10;p9z6tPi/s39kUxH8D/i8/wBv/oS0/wASqrf3c/0iab/vaNH8T/e0/Xw348mrV+PYG5Y+h8W30fuq&#10;uofD9XTiv8eP9JXNfl1Hv6NTp8Cmr8Pi/wAq+X29HPpv41/Bo/u/9Ivl+yor/wAU/uD9/fWvk+6/&#10;gv8Akf3Vv8/bi36Pa8zn/AKk0/wTw6odPjv9rp8MNvtfJ/l2n6+TX672v+PY03b/AHGWv0uiv+ic&#10;Ka2/sqd3h/z1cfLq7cBw/Ph+XUfF/wDAyo1fxXyaTq+4/wCBF/upr+fxf5N/yz08W+n59ox/J9rV&#10;6NX66Lw6vtfrrFtf3H/Lo0atHn41ab+rR7Zh0/RY8DRpWnxfPjXu+zVmtadbjpp8uHz/AJ/6vTpQ&#10;y28kV9Nrya/Lr8N/zr0+r+I3tfRxa/4v7A6p8Pnzev8AuLf7M6v4H9//ABa16nV4PD6dVv8AOaOb&#10;+TT7DqeD9aNH0uvQ/wDZ+L4nwN8Wrt0/x/Lh0nbTXHhVzwrXh+ynr0oEvan/AOBv6+L6fD+k281v&#10;912/Tf8AtW/PsR8d/EP7p4m38b/4ttTb+8P92f7qX0t4P4dr50eP6X9N9Xl9fsUReL4kXH+yNa+H&#10;p4Zp/Rpxpn07q9OLq8H8vOlPy+XTUNH8Trb/AGV/LT2+x8/8Vt4ef4jo41X/AM3fnx2tx7y/5F9j&#10;D5f7uX8f7nk/vB/Dtd8l/wAXv7P0eX/VeP0f5v2ZPp8Q6/D/ALQ/HX0Hx6PL+Lz4eVekc+nQ9fCp&#10;q/pU4j0z+zHXv3/updP3/wBD9P4f57Xgt9j5uPtvrb86td/7PtIT+D7TFX/hmrzTWv8AxHVfzN/w&#10;L0/t/wAUtb7rVx4fF+dXsovvD+ttqaa6xXTr017vXGr1p28a56RmlUpp+Pyr8/Xz9fL0z05R6vLU&#10;/wDAy2vjyeK3+bT/AIC/2vtf9Tf+3q/w9qyg8v3Z8n947fYN/wAW/wC0/gHi+xqPH/EftfV4L/5v&#10;/d3+r49nMGvXc6vE0af9A0eD+env+3z8Th0YpWr018B8FKfnXy+zz49QZLeMW+0/zov5tXm/ziav&#10;Br/H+t/b/T7Um27/AMLr/D954f4DVW/hunw+P7BdPn/iH+Xfw2/+e1fueH6+zfaq/Q3nh69Hht8F&#10;NFMcdfdp/i/F1eOulqa6U+X865+3+XUTIf5ym1/b6vv4v+BV/r5OdPg/a+7t/m/xq+nPthqNHjxH&#10;l/hOv7ZPH9p9x/EP+Xfq/wCAf7FtP/Fu8v8Ahp9Xsql0fXH+21aM6dXicF+L8Oinw6c8K562tNR4&#10;Vp5Vr/xXUnnXWafPayX+70fa/om/V5PV4v8Ajvp/PtS4XzfxSj8H98dHlrvuPsfsP4Pr/iB/zv8A&#10;Ef8AKPsrW+4+29Hmt+b+1dp4v1Vro+rp5/2dKfPVn/Tae6tK9KErqjpXj8v8vTVW6ftptf8ABLaa&#10;bT5/J9xbwm+rwerz/wDKtr503t7UGX82usv/AH28f3s3/F7+w/hvk+7NvLo/yryf8dP91/19tb94&#10;+pK/XaPHX4/C0/EONO/V/D5euOtz6qCvi8fLTTj5f5OoVF4/8n/4sOv7eC32P3H3Onx86b/s3v8A&#10;ov6v9h7a8r9vph8n2Hl/yLR/d/8Aif6/M1/4n9p/kX2V7+Pyft/04t7K0r4x/t/Eqft4mvifg0+v&#10;9KmnpoVz8Vcf6j5fb/LrPSeXyDT91o8s9/4n9nq0+Nv+AHl/f8lv85b1W/x9xanx+OTzfxXwePKa&#10;Lfc6NWmPy/wv7H/chrvp06/Rqt4+Nft201VNPqdVDTRp8f4fwVxo/wBN5UpmvW2/D8XHy4/6vt6m&#10;DXqbT4NemlvbwarWbT9x5v2bf1tzb6+8mH1/wum8P3tvvov+Ld4PDbym32f3/r/in/HS3OrVf3oa&#10;/pUr9RxFa6ddKnjTy+zu06qeXW/4ePHrHV/54+T7C/2X/KRe9+b+b7b0/wAO/wCOf4+lvaqHi+0h&#10;0+DR5aq/97fvNerwTaPtvJ/lHn1atFvR+nVxp92/U+lX/cilPx6Pn8Hn/pK5pSuejFa+AdWjj+Km&#10;rj/R8vt6YKny6Jr/AHOvxRaf4B9l5tH3MGryaP8AJ9H08mr121af7XtCZn/ixt5fvPF5YPF/AL/3&#10;R0/cU36vtP8ALPuP+VbzerVf/H2muPqP3fPT9+aKp8Hg+DXHGvdrp/Z17afPqz6vAX+0pQ/DTR5f&#10;n9lfy6UNHf7ulvp8mmfX97p/iWvwz312/wAl8f8Ax38fov8AT3lpvtPLJr+08n3EPl/jH8b/ALx6&#10;fANP3Hg/yXV/x18Pq121ewUvh67jX9T8WfG1+LxP8HlX4NP4tXl0WNSnn/OvXBvubRafuNP27afs&#10;f4V/Db6+fD5P3PLf9GvjTe349utR9r9rmNX2fi8L+b+F/wAY8niudP8AFPD/AJZ/CbfX7f8Af+ur&#10;m3u8Xg+GlPEpqH9n4vqaeJX8FPg/41np9K0/FSo4U/n1CHn10d/uL6fR/Ev4bo8nkGv7LT+3999P&#10;1/ta9Oj8+5eF8fiobf5rw0Wn737n9Pkjv5tf+Wfwbxf5rV69N/8Adl/Zltur6tdPjatHlprT/bdu&#10;j/jVa0z1VdWp/wC24n+H+fy/n1iyGvzT/p8mmW/2v2/3F/Xp8Vv8m+/1/wCc08a7X9HtTVvm+6g0&#10;f3m8v8Ua38F+x/hGr7N7/wAT8/8Akf2+m3iv6dOi3qv7Kd01fvQafr9eo116a10D17af6Xt08M16&#10;amrrX+04+dPTz/yfl0n4PH4ZNX8K8f2cOr+J/dfxbT5f91eL/KfJqvq0erVq/s29xMP/ABP+9e39&#10;f96tX8Xj8H90/wC6H+k/yfxFdP8ADvB+zb/Ufc/t/Y67/n2T3njfQwaq+DqX4vC46z6fq0+zHCuO&#10;krau70qPSvHz8+mvfv2P+jPfOv8Auz4/4HN5v79f3j/0TeL7Yf8AF78H+Vfw23/AjwfvfcafZrP9&#10;y32G4vN/s5F/Fkreb+5P8G/4E0+nT9j6fN5Lfb3/ADfV6L+wDzF9NrTxf3Xrq1PqfqOGsf777f8A&#10;es+JWmOtN/aZrX58Pzp5+ny4dVk1/wDC/wC/Gzvtv+Go768f4P49/fD+/H+YrPJ/Dv4r6Ps/Dq8H&#10;3H5/R+74/YTVv3X8aT7T/ZjP4hoyen+9H8H/ALqef7tfP/Gf41/v2fD57ebV/k97+H9nV72Ppfpk&#10;0/T6vEX/AJSNPxj4dWNdfg8uFO3qkdfGala/0aav5+frXy6MntH7bzy/ef7JB/D/ALY+T/RX/Fv9&#10;IH232dLp/hP8B/3833mi2nx/5X4dF/Xf2OeO8fg21/Gv9Cf3dqP/ADX3P3/k8kV/4l/cD/cL5tdt&#10;P+69Wi3pv7FN74v7uir4GnxF/wByfDpWr000zq9a9la6s06Xw/2TV1V1efH86Y/2eGegPyf8Q09j&#10;/wByv9nW+w82Yv8Abf3Z/u7b+Htq/uz/ALMD/v5dPi1+W3P23k0/ueP2Km+f+LTnv+Af2f8ABW8n&#10;9+rf3Lv9yv8AwEv/ALnvNqvq8fGi39m3sj2qv+P6fr9WvP0lNFfEHw6u3wq/Dp7eNe3pca+Gunx/&#10;iPw0p/tq/wA6/l0U3oXV/efavn/vT/Gv72P4v9AHi/0teP8Ag9V5P7wfw3/fgfZfb2v5v3fLfR+9&#10;q91Lb1/ut9xWeb/Zcv4h/BJ/D/of/wBMf9+NH3v7n3f2P+/Z/gev6+f9z66PTb3S78TxJPqfA1eG&#10;9P3ho18Gr/Ydun/fmvOnh0G7j+2euj4fP4uPy8v9nq6Dq/8AvR/Ea3T/ALM//CPHSW/0tf6Hv4Pr&#10;0jT9p5P9/wAebT+u/o8ltXqv7aNueP8AvX174fJp8NZfy/c/3ov/AAaj1f6Jfv8A9377x2+5tx4N&#10;NvXq9lFv4OvbP+SDp8Ob4fE4aE/3G/Fo/ir3Vp5V6T4pa/afX/jP+Wvnx6G3Oa/4VufV/BdX2NVb&#10;+JeD+GX/AITLb+/Hi/b/AIL/AMd7+n7bVf8AHuzTq7+Ifbbe+x/v14fvajyf6Sf7sf3m1+NNH92v&#10;7x/5f/C/r4fF+3q8mr+z7x65n+l1bp4n9T9Wf9w/qNf4v7TR20pXVXGvX+LT09DXxT/pvl6+fz9f&#10;LqnLvH+A/adkf3g/0WeT7io+2/0Df6SP7g+H0+X/AElf6M/8m/vrq0/ffd/v/aeDx+nX7NRjvv8A&#10;75vvNWvTHbz/AN3Pu/H9xxp/gf7GjV+i/wC7e9+PcQ3/AO7/ANwxaPoPEqlNX1vhf2ePD19nh/b+&#10;Omrz6GCavpo6666PxadPHypj9ua8MdVibp/gf8DH8F/jX2/8Ry1v4b/pF+w+4/hbeb7/APv9/uT+&#10;7t/wL1f5N49Pi5v7UcH3n3NR/wAX3xeZPDo/gf2f1/d8n/KZ5728nn/tf5vi/tnbPB+mvdf0nwf8&#10;N00058HT+P8Aip36fhzTrx16JKaqU/oenlXP+WnReNx/3e+0wNv9Gv3/ANi/3/8AFv8ASh/e/VpH&#10;2H2Gr/ftf3Y06v4f/DPRov8Aec6PaR25o/vRnfB9h5vLB9x/dr7j72/27af7zfxD/IfuP+OP2vF7&#10;6vz7kyfX9PtVPpNGmXRq06PhTV4de+vDxPqPL+zzq6TW1fHemvg3pTiOFf50zw6FXu/zf6BNi/xb&#10;+9f8M0J/DP8ATx/D/wC7+j+IN5P9Cn9yf9/d/AtOr7j+L/ueH9Hq0e26f+JffR+b+9/k+6yn2v8A&#10;Hv7p6beFfPo+x/yb+G2+n3vP18X49ibbPB8eCv7q8XVFT6jxPq/jH9hT9Ov++df4aUx1e68SsNfH&#10;p4ycdHp+Hzr9vSv27/dv+41T/DP9l2+z/g2zv4r/AKHf9LGvx/eN9n9t/e7/AHO/308n+f8A4N+7&#10;p0/dej2IOH+8/hyfc/xXVaT9f8D06dBv9p/CP2fFf6f27/4e2T437wbwP3ro8U0+i8LRXxm/tvF7&#10;/D/35Xs408urxV8EaqaK41U8OtT6d1f9NilOirb6/u1/fab7L+4t/vsbfw/6WPvfufuBp/jP94PT&#10;/HPprt/kmnVf8+yzb5/g3+kXbV/4X/Ev71YjXf8Av5/eTX4D4vtNP+/U8FtPl8fovp8nOv3kPe/X&#10;/wBQ+YP9yvC+gl1V+j8L+zamr/RPC/334ePD06/PpM1Pq3p4NdacK6uPzxp9Kfl1cl8av73/AOhb&#10;fuv+8n93v7nVX2tv9B39xbeef7j+8Xh/4yf/ABS/l/hP3nPh8vh4+390u/B37n+7Xyq838dt/s2c&#10;Nr/wn+Efc/3by+v/AIA+v+JePT99f/JdP22j1+T3yA27+wtKU1UHD7PKuKfw18+HUa3f/JX3XjXX&#10;+H/TH/V9vV21T4v7yYvR9jq/0ZrfT955/B/EqPRo8/7XgvfxW/yj9eri3u9vqbyf6K9p+L7/AP4B&#10;1/j/AIP9t4fuP4vlbeD7zn7rV+ny/wCTa734v7yW5a/5VWHxfGr9PjxuFNQ4eH/oP8Grurwz1Im0&#10;6v3WldVNRp8Py+Gmf96z+XWt78zPs/8AZz+3vuv9Gl/43ifvP74fx37/APhX9zdtX+4/g37f8Otq&#10;+5+w/wBzPgtb+x7TWS/iH3dJ/Gf9mK0/xifT/Hf7sfwvRpl1fxH+4f7391NVter9y3j0+m/uSOSf&#10;3R9Eun92+NoNfA/edPiNPi/S8av8HnWuK9IptfiN/bVr56f+Kr9ny6EPa38E/g2S/uh/w3Lq/gmJ&#10;8P8Adr/SD/fvz2g+3/h3+nL9v+/fgv8Aw7z/AOT6tfn/AHbe0vUfZfc5D7L+A+TSv3Gr+P6/82df&#10;8N/j/wDkn3Om33H23Gi+nm/uZNp/3FttenwtWfF+Cusf2en9Stfip26q07a9UTV4opq/l/l/1V6M&#10;LhP7w/ZYL+8n+lL7T79v4Z99/ou/h2jyxfb/AMa/0U/7nP4L5NX8L/i/7nnt5/Ro9x8r5P4Pnv8A&#10;jwL/AGnp/vf9r4PD6Neu3p/hmi/g1f5Rqvp9VvYc3b6X6yHwvpPE/V/3F+o8Wn1BrTxOzwf4vP4q&#10;Yp1p/wCybTrr3cOHDzrj7fOvDp8xPg/vRsS3+zEaf40fL/oq/iH8O+98dV4v41r/AHP475rffeH/&#10;AHH+Lx+T9rV7qn7H/wCLxlPu/wDQh/wIk8Ou38O8Xjj8X3/8E4+202+1+4/e+70+Tm/uTeXq+Cmj&#10;93a+3+yp6ClNXbX1pjjq8ugfd+J9ZJStdI4aPQca4/y06uE2xb+C4/w/3x/4BUvl/il/vPP90fP9&#10;z99/yma7+fw/5Ppv4fRp99pq9dv9lu1/Zfs/3g8evyaOP4N5P2Ner/gV5/2tOq/Hscz/AFX0App1&#10;azSv0+n4j8FcafXV+GtfLpFH430Y/ttPd/vrT8Xl50+3y4dMNf5fv1+3/wBJ2j75vvfsPtPH47SX&#10;+9/in738N/5V/sP3dd7e4NV/fH+G1/g/2Wu/3NL4f7tf6CPJb79vF/C/4l6fJe/3Hn583j8nGn2h&#10;P721Po4dlNH7tpWrf2OvOn11Y1V60PF0R/21K/h8OnxeXnT7cVr1HpP4T95Bq/vdf7PN+b+I/wB9&#10;NWrwUPn8vj9NradHg9F7+HnX7UNB/pN11Ph/uxq+8g8f9x/9lF/jGvyRX8n3v7X3F76PL+39xptx&#10;p9qJP6w/V7Vo/eGvUKeB+5Nf+01dur01Yr8+jP8AxjXHX6uury8Gv50xq/l+fUCX+CfaT6Pv9P8A&#10;C31fxT/SF/AtOk2t9x+74v8Agvr8fkv7U+f/ANKP3H+X/wCzq6fJSX/ul/snf3FvuKb7f+H/AN2/&#10;3fub21251283F/azcv62eL3/ANfuJr4f9W6/F56P5UxTjjr03j0Gr95Uof8AfVP+M56SOK/hX8Nq&#10;Psv9Fn0yX/F8/vn/AA7Xafz+f+8HP2er/Nf2PHfw8W9h5iv79ebcOr/hzW/lzn3X90v9ly8n/F4h&#10;8v3Pi48nl/zn2f8Aa0+P9u/uPpf6y+GNX+ubTVN/Y/uHVxNdFM1r8dPlTFOiqGvjGn7xrU/DT086&#10;4r9uKdP+b8Pgw2n/AEKW8cHi/vH/ABDx3/gtZ/mPL6vDo/R5uPt9f9q3tuxv97v7t1Pg/wCHdPt/&#10;7y1vl/hP+hH+CavPF9P4h/uT/vJe3l8Ppvb8X9hWy/fvjx6P9d3j/of7n8T4R/F/qpWvVrX/AHMl&#10;/wCSjWn4fi/Py+3+eOoLeP8AvHRav9l91/3Kx3j8H3X8Y/zTar+H9j+5Nv8AgH5Pxe3PtOZ7+P8A&#10;8Yl+5/4eJ8n90qe33H+jT+I/beefx/d/wn/JP4HqvbV/lf6tfpt7Lb79+ePdeL/ryV8YVp+6a10N&#10;8fh4rTjTtpxz1oU+oav7xr4h4Vrw86Y+3y6lYnR9mNP+gL/j6qrV/D/P9nr8kF/B5OP7wW/zmn0a&#10;9Nvz7BuX7rS9/wDh1DV9rmPr/BvD/nDq1af2/tb2+8/xvbi/tBefvbW2r/Xl1eGfi/dvD/a9tPSu&#10;fTr0enVL/ubX/bV/23l0tF/4Ev8A8ys/4G4r9P8AwJ/zcX6/+m3/AJVf9p0+wiz3j+za/wDw4Pr/&#10;AIbHb+8X3X8N/wCLcdP3On9n+F6vpf8A5Rb6uPYdvPr/AATX/Xl4D/lD0VoeNPL+VOk0/h/SP/uT&#10;So469H/Ffy49PuN/XL/x5H+eqf8Ai2/r/wCBkn+d/wCb3/HX/m9f2EeW+3+3a/8As1mrw0mr+I/x&#10;T+H6vtYtWnR+z9tqv9vp9Pg0afTb2ANy+pq2r/XSrq/0T6enD+jj7PKnDorXw/plpwoP49H+en8P&#10;Snpv1H/i3/Vv+A36v8+/1/x/r/zcv7SuQ+x8ot/sx3+ZoP8Ai6f3i8/+Zmva/H21/wDgN/za1249&#10;hLcvGzq/1xaaW+LwqcB6Zp6/l0+unQ3D8tXWAfp/5dH/AAIqfp+n/gXD/wCrH/HX/m9p9h3nPt/L&#10;T6P762tP/wAfP/E/J+jj7Tz+rx/6v/afr7Au7avFan9bqY/3I06uPzz9lM16bFNYpo+Lzr/l8/8A&#10;J05r+t/0f2f0/r+n9v8A4j/D2k6jT6Lfwy2g/wDA3y6v88f83q9Wr+v+1ewlNXXn97/7amr+Xl/l&#10;69+P/QeP5/8AF9c/bPJp8ot/cn/gU3+e8vmvpH11f8pv+q/FvZA3xSf7lcfP/n7qycTTwePl/q49&#10;e981/Wn/AB5F/wAaPr9B/mb8eP8Arfi/tuOnhtTxvi8uH518/s6ez/R697c4P86L/wB3/rJ/mL+T&#10;/D9H9u36v8Paaavz+E/F/q4evz6s3nw4ef8Aq/b172/Jp1j/AICfn/N+T+v+P49pRSj/AA+X2fn8&#10;/TrYpST8uFafn173Kitpf/MfqH6df+P6/wDY/T/inu4pq8uA4ceP+D0+fTgpX8vn/qp173Ka/hl/&#10;zf6D9dHjv/zdt/vP4t7cX4saePn/AKv2dOZqPy4/n/q/b172i2v90P8AmX1r869P3X0/s29X+tp9&#10;0fg9dHlx4/8AFenz6TD41+D8uPXveX/l6f8AMBW/9bNr/wDJem3+xt/j7b8v9B49Pef+qv8AxXXv&#10;f//ZUEsBAi0AFAAGAAgAAAAhACsQ28AKAQAAFAIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuYHU2icDAADPBgAADgAAAAAAAAAAAAAAAAA6AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAAAAAAAAAAAAAACN&#10;BQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQBkId5/2gAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAH4GAABkcnMvZG93bnJldi54bWxQSwECLQAKAAAAAAAAACEAesCMdB/eDQAf&#10;3g0AFAAAAAAAAAAAAAAAAACFBwAAZHJzL21lZGlhL2ltYWdlMS5qcGdQSwUGAAAAAAYABgB8AQAA&#10;1uUNAAAA&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="6C383A18" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:.05pt;margin-top:-.05pt;width:612pt;height:250.55pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCfbF9suQIAAPQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0&#10;/2D5fSTpygoRKapATEgIEDDx7Do2seTbbLdp9+t3bCcpArRJ0/rgHvvcv3znnJ3vlERb5rwwusHV&#10;UYkR09S0Qr80+MfT1ZcTjHwguiXSaNbgPfP4fPn501lvazYznZEtcwiCaF/3tsFdCLYuCk87pog/&#10;MpZpUHLjFAlwdS9F60gP0ZUsZmX5reiNa60zlHkPr5dZiZcpPueMhjvOPQtINhhqC+l06VzHs1ie&#10;kfrFEdsJOpRB/qEKRYSGpFOoSxII2jjxLpQS1BlveDiiRhWGc0FZ6gG6qco33Tx2xLLUC4Dj7QST&#10;/39h6e320d47gKG3vvYgxi523Kn4D/WhXQJrP4HFdgFReFwsFrN5CZhS0H2tTmZVNYtwFgd363z4&#10;zoxCUWiwg6+RQCLbGx+y6WgSs62lsFdCStRaAA4iOxOeRegSDECu5BuNBiDgM/6dLhniS0M3iumQ&#10;OeOYJAEI6zthPaSpmVqzFgq8bqvMCO/oA1Sb2OGDY4F2sUIO1Q3v0OakAHmsPVpJHU9tYi+5y/hS&#10;HABOUthLlq0fGEeiBUhnqcPEfXYhHdoSYC2hFArPzfuOtCw/H5fwG/CePBL6UkPAQ7VD7CFAnKv3&#10;sXOVubvkytLoTIWVfyosO08eKbPRYXJWQhv3UQAJXQ2Zs/0IUoYmorQ27f7eRSIkQnhLrwRw6Yb4&#10;cE8cTCqwBLZPuIODS9M32AwSRp1xvz56j/bAHNBi1MPkN9j/3BDHMJLXGkbrtJrP46pIl/nxYhaZ&#10;+Fqzfq3RG3Vh4DNVsOcsTWK0D3IUuTPqGZbUKmYFFdEUcjeYBjdeLkLeSLDmKFutkhmsB0vCjX60&#10;dKR+nJWn3TNxdhioALN4a8YtQeo3c5VtMxdXm2C4SEN3wHXAG1ZLIs6wBuPuen1PVodlvfwNAAD/&#10;/wMAUEsDBAoAAAAAAAAAIQB6wIx0H94NAB/eDQAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/h&#10;FbFFeGlmAABJSSoACAAAAAkADwECABYAAAB6AAAAEAECAC0AAACQAAAAEgEDAAEAAAABAAAAGgEF&#10;AAEAAAC9AAAAGwEFAAEAAADFAAAAKAEDAAEAAAACAAAAMQECACIAAADNAAAAMgECABQAAADvAAAA&#10;aYcEAAEAAAAEAQAApAEAAEVBU1RNQU4gS09EQUsgQ09NUEFOWQBLT0RBSyBFYXN5U2hhcmUgWjk4&#10;MCBEaWdpdGFsIENhbWVyYSAgICAgICAgIACA/AoAECcAAID8CgAQJwAAQWRvYmUgUGhvdG9zaG9w&#10;IENDIDIwMTUgKFdpbmRvd3MpADIwMTU6MDg6MjYgMTA6MTk6MzEAAAkAmoIFAAEAAAB2AQAAnYIF&#10;AAEAAAB+AQAAJ4gDAAEAAABAAAAAA5ACABQAAACGAQAACZIDAAEAAAAYAAAACpIFAAEAAACaAQAA&#10;AaADAAEAAAD//wAAAqAEAAEAAABkAgAAA6AEAAEAAAD7AAAAAAAAAAEAAABAAQAAPwAAAAoAAAAy&#10;MDE0OjA5OjI0IDEzOjM3OjMwAD0AAAAKAAAAAAAGAAMBAwABAAAABgAAABoBBQABAAAA8gEAABsB&#10;BQABAAAA+gEAACgBAwABAAAAAgAAAAECBAABAAAAAgIAAAICBAABAAAApxMAAAAAAABIAAAAAQAA&#10;AEgAAAABAAAA/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwR&#10;CwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsL&#10;DQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDP/AABEIAEIAoAMBIgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUG&#10;BwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQME&#10;IRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV&#10;4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgEC&#10;BAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhai&#10;soMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdH&#10;V2d3h5ent8f/2gAMAwEAAhEDEQA/AMXCxs7Mtdiss9CoA2AO+jtb7HW5DZb9JzGb/f8Azv8A16td&#10;Rj5GPl1+tjv9SskgPgiSP6wasLAwL89m02ODWDa9r2u9JzGfoW1M9u3/AKdnpf8AWa1vYWEMOk1C&#10;yy0F279I7dBPLWGG+1WuUM+HUaHeXj+jwhg5jhvfUbD87Z7UtqLtTsr3vayY3ECTwJMbirVtekW1&#10;CtyMal2y21lbz+a46qpm9UJtfj4BB2Oc1+VGntO39Xa7/wA+u/8AUiz2NLZid3JcdXE/vPd+e5Vs&#10;vNxiaj6u/Znx8sZay9P5u23IxXfRvqM9t7f70VoDvokOn90g/kWDE8/PRQcxojaxoceCAJH8qUwc&#10;73h+K48oOkvwdx+TiVvNb7q2vHILgI+P5qp5zW2PD8axj3EQ9/qAtYDDQ/bUfV/Rt327P5v/AEio&#10;gBjYbo0cJU03ZF9dVQdkX2nbTS0A7iQdGs9rfa36T7vZV/O2qLNzPuQMTAdxqyY+X4JCQkfHRkzq&#10;FWHNzHutp3kNrDg3U+3a/e3+1u3/AOCQcm0h8mssxMn+bsbaH17fpTVex3pbq7rf1mml1no2/wDC&#10;IlVOMb78MXMdjvDarcytvq1gyH5H2L1P5y6v+a+1t/SXf4D9Crmd0e3Ay/VqY+3oz6xYwuY5wFja&#10;/Tq21N9S6zJ9L+fffRT9qrqt+h6WOqZmeH25aiJMh1N/1WWUNeIaEjfu0M7Jvbdc/bb7SxmOLNv0&#10;K3je4QX2vZ+js9e5z/0/qJ8UZBvLspotkA5FbXSC4Pc6mvFeNtPvcd/pbLPV/wCuKtaWWX1erYz0&#10;7AXy0jgt20Ob6u/f6e331/8AB/pEcX1V4sloewBr7G2NEgtda5l22Nr3N9Z32Z7HU/pfV/nE6Mwc&#10;nHk4TKXqlpx/4vF8n91jMKjUb7a+lcZD/fc9xa71SXsDSbGteD/O2PLmtb7X+lW5/wCj/MVvJ6ey&#10;rpZLhW3IdFwIe4tdw5z6t7mbv0X9f89US6/JbXbZ6bRudY149up9vtY71Gs/69/6NTmmsNFjyN9m&#10;5obPvPYu36ucxv8AXUsM8LmeHilIcNk/Kf06+ZXsyIj6gADeiTDyMWgetYHXWNADBUCyuB+c515r&#10;bt/s/wCCWtVe/e6vJ9Km5rWWWYgeXX0stO3GtzGubW2tuR/o/wCdxfVxftX9Mr9OnjdPzKL6PSaG&#10;59jW30ttaXNorO5rOo5LNvpusa9v6jivfvfazfbVs9in1H6vvx21dQ6RLupY297zd+kOW18/aq83&#10;d/P25O+zd/pd/wBn/wBEnY+aOKogAC/UB18ZSkqeCMruya37f3Q6O1Laq3TOo4vUMdl+MHNqeSxr&#10;Hnc+uxo3PwrrHe59lTBvx7n/ANLxP0n9Joy1Zusrpa11hgPcGA+bvH7lpRyRMeO/Tvr082lKBjLh&#10;I1f/0NbGx6cfHrx6G7Ka2gVt14893u3O/lIm1PVvcwOeIc/UNjUA/QY7+X+8s3qfW6cRr2UFrrWE&#10;h9r9K6yP5R9tr/5P0P8Az2r8pxiLOgaggZGhq2srOxcMsbe473xtrYJcQTt367WsZ/LsesXqHUMr&#10;NLsZxazFpseAKph43aOe/wDwn0NzP8Gs5uXiZFj33ZjPULj6nql4fPzr+j+6rLb8LgZVDfCHn/vr&#10;FTy8xKWg9IbWPFGOp1LINEADgcd/7lIbeSNfFJrqjqMikg/yx/clDGgu9WstbrO8RAUFsthYuA1i&#10;SOw7+SQaRqYk88p2GiyHjIrI/NbLtPN36P6aIGAjSxh+Dp/ghabDl9T6vTgvDLK3lzh7DB2u8djh&#10;+7/XYmwevG2q2l2BkP8AVbttdTkNpD6pn0rKrMXOdt3fzn6b0rf8JWtK/BryqXU3NZbU7lrnBuv7&#10;zNdzX/y2rU+pWA3AtyWl5fc5oDLNAfRBHtdtP856n84//CfokjKhfVHXdJm002/VjAvrYaqaWz6N&#10;ha13u3MbXupqrx9/qbtl32ev1PU9T+dss9S9XRgfWPplbrdv2qpmwvhu5hHDXth3p02uZ79n6XZv&#10;9Kz9Iq31s+uVPQrT0+nG+1511Ie+y20VVsbaHNZtHutvs2/8X/xiwujdfYclrmWOx9jmNOMTvABI&#10;b6E7h6+1n6T9M/8AnvT/ANCoJxlE8VaHev0Ug3Q7NTJ2sZZQ4NZULdzqqq301+oWl3qMtczfRv3+&#10;n6Ppek/9GpucWVNsJjdZ+ja0l2j3G722Q3f7LP8AX+bVnqzcTK6lYyprHUBxfisc2HNn3et+lLrP&#10;We53sZ/OKllXspoxXvINoLnMZpqRtbYRy2rdZ+/+k3/2EgB/hfy/6SSerOmXXbN7fpQxtjtp2sLq&#10;2VNbpu9r/Uf/ACFaZVSf0pALntmqZPpMBbszcljAf0bP8Fj/ANIyvR/4v1QYlTKnP9W9kV2h4c4e&#10;pXNAP6FzGNdb6b37d/s9L2f4T9ItJvosay71hlvsyHWvtrFofY4nb6loyaqn7vW/mrGb6v8AB0JT&#10;4YjQ/Kq6Gob+D9nxnMpD/Wtype+17gXvfEu3DT/1GtA8RHA+CpYjLhc83s3bnG2u0aAEiNp27XO3&#10;Nc7+c99f/bauxAMCT8EI7LHner4l3S8mzrOAw2U3NA6rhtMeoxp9RuXSf8HlY72+u27/AAdv6f8A&#10;m/tNbz5N2LkYdN5sFhtbvxb2CG2MJj1XaP8AR2WN9LKxv8Bl/of5v7PdZtuado8vguapwH9P6tfR&#10;iEN6dafV+y2WUs2WubsdZhsycin1aLv5m/Gc39Yx/wA/1cbDvrsYclCWOVcMx1HFSzJDio/pB//R&#10;X1q6l1XCxXfZKQKHAB+Ru9xJDnOraI/RbW1+/wB/6X/B/wCEXC3/AG7Jrbfc6GFxY0A8EBr3NaPo&#10;s+n+YvQcf6y4NgFr8ay2jZ6j91YIFRht12zcXOe3He7ZXsWW7D6RYwnHxmih1htqY/c5zNzWBrCH&#10;n/Q+k7Y9nqfvp+WcTImzIV/KK2ESI7AOX9Reh0dU625mTU/Joooe+wNcAQT+jq3WPc3a3e5dnm/U&#10;b6v2ZWIx2NbUxzi17TYx0gxr9GxA+q9eMzNc1rKGAtG0PbAkep/NtYPdZt/8D3rpH7G5mGW+mB6r&#10;Z9MbRz33KCcrFjRkAeOx/qZ9Wspp9Kxr3MALwMXJafd/Jl6Wd9QOhVurDX2s3VB7yxobJJeDtZkN&#10;9Zn0fz1vfV17fUtkwPTbz/WVvqzmfaGSRrS2NR4vCWaxGwa1W4zZ17OF0H6hYDcJzeo4tlljbT6b&#10;6nVMa6uG+nYN+5/6T6fuVaz6ifV9luY+2xzGVS5pezeG/pGV+5mK31n+2zb7F2GIGFriBVMVl01P&#10;c76Dfpvna/8AsqllCW54bJO3ho/4an6LR7k0E3Dx3XHYvPY31B6FkOqLLd1VvDmU5DSQC5mjrWem&#10;z3s/wqu9E6KzomHkWdODsjKyKi+HQCSxzmsqr12fR3v9303rc6JkOinENbhFTnhxBEl1lrNm0hCw&#10;3NLaC1wIfW4MIIO6HGdm36e1NzSFgR2sg+cVY76vI/X8Vf8AOAl762BuFRY/e0nayXVeoXenZ/hX&#10;sr/ro/1d+rNmLkX19QrDcy9z6mscQQwbTts3M3bX3Wbfez9J6P7iH9f3lvWMhshu7o2O4T3jMr/z&#10;va1dZeQ3rz7HaNbYHOJ4ADNznJTJuI7lcBpfg8LnU29NzrGZGOz7S0y61re4aPfVZ7HPpfutZ6bv&#10;0f8AOfTUKsF+VQ7NvDDQy95e1o3l2/0rWVuYx+57L3VfZ2M+hX+l9T9HV6i6LreazLzMjDZVD8N5&#10;a20yZ37bPUZsa2yr04/0nvVPGwoqrtqqe+xt1g19zmhg+z+ntrZ/NOfbk+nv9Oz/AAijgKNkdP8A&#10;0VEt210nC9LDuy+oNrvc6l5qZZFlrdhNl1lQ2fnWB/o+p/gfT/0isu6VlPtbd06+nBrgPDm47LzY&#10;bGMc6wby2vGqr/maser/AEb7bPzK6tD6vi+urHY43A+k+R6Y/eft3WPbvc7b/wCQVy9gbc4ajiAQ&#10;BAhsDa0bVIQKBoeXRDjDA69GvVKXeZwK5+9tjUvsPXxx1DEd/Wwf/I3LWAHn93+xIAef3f7EKCrc&#10;h2J9ZA0lmVgPcAYa7FtaCf3dzbnbUW6jAd9jy7cYV9Rtqe6r3hxrYC020Oa32WbPtLm12/8AXFqN&#10;Go5+7/Ymeyejh0H2tbBhsaubu1/nFJg/noeY/wCktn8kvIv/0sLpGYLQzLrAFjhsubrG4bfUb/ah&#10;liv1WWGt+9xdNji4k8n85/7u7+UsvpHR+q4Fr/Xaz0LB7wx+5zXD6Dtgb+d9BalH2VzbGvyKmPa8&#10;khxMEO8XsD/Td/Ieqd/rDUrj56NgzxHEPlEuvd3/AKpPZ9rsrr9c5REubUGlppjb+kdZ/wAP+5+k&#10;/wCtq/1bqTmZFfoZNsiou2V2tLpD9m70KGWept929279EuKqq+sLnfq1QIJEMFte10E7fZ6nv2tU&#10;qOk/WirIbkCkVvr0BfawyCd2xzQ/+b3fmbU/3R3H2sAOuz0f7S6qbAHZV5aWe1rLLgXEn2b9/uq/&#10;cf7PTVLqn1jz8NtQryLX2kguqdc9xAH0vUeD9J7vzG/zaz6emfW1tnqm0O1BdXZcSDB+gdot9n8h&#10;Weo9Cy+oWCx9wY8N2uGyGgc7WxY5/wBJzt7kpZI18wXSqvSdVdD+vObTlsq6o+y/FtsAst3e9gdL&#10;fbH5jXu3v3f4Nbwys2zLtZZbkMrYXtHo226ljtrpe537v836LlyQ+pWU/nMpDjzDXzH8jady2MjG&#10;zmdNfXW6zJ6k0AtuIDKnWbvc7ZaH7f0b3+n+YlHJDbi8kR03V1fq3UcfpzXDKyCHOLX7rHyNwd+j&#10;um32P/c3rBp6tfU1rjc4FrnPrc6QZLRc93/Ra/8ArrWZ07Jv6c/p/VLnP3OD23CHWgtbsZX+k9jW&#10;N3P+hv8AU/nUGz6sdPqxrbTdaLNhDH2FrKmuM+l6m2k2P/Sfuf8ABoERnrYWyFnQubm5DMgP9b3F&#10;9XpbwZhm76Fbnfu2/vrs39VpyWHqe0iqwRYwEEt9no2x+9/wa4F/S85uQ3HvdVjTqLzYHMgD379r&#10;Hbd38lu9Fvt/QU4tWbbSKmubZU1pOOXbvp+rW/8ASN9P/gP8GkMe3DIGtUg8N63Y/FNk9SyL733b&#10;z7nOcJO2ZJe7YFssY11WNXZAe7Ha9o1MNfF1j97f5d/0rf8Ai1iXdJLA5/2/G2locG7bSTIaf0e6&#10;pvsc5v6T/R/4RblOPUcmpr3NDG4tTC0WNY4ED+c2WO/m9qMaiCfJESbsl6LoDGNpxW+10VPEm8tP&#10;tc9n80zfX+Z+atC+PXdHEDg7hwPzj9JZOJblYgYWPrtawEMNlbS4Bxc/3WssY1385+4p29QzXPNh&#10;c2TALWBoAjTu2x3/AE0JZIEaHqu07uiI8/u/2JCPP/X5LKGbmQdZHkWyP/A2Ktf1fNpEtputHZzS&#10;2P8ApbUBOJ6hVDuHfaQORp3PGgXE9S/xjbKDj9O6c23GH6NudeXAPIh81VsDXsb7m/TcrjvrPZ7m&#10;mu6p40HurJ/zLBs/8DsXO5HTemZLNnq5ONUX7mVsoqcwOPettRq9v9RS49JcV6jbVRAIqwbf/9Ph&#10;7f51n9K+h+f/ADv/AFv+QhVfzjfo9/isdJRdPoxPXYv8z/2p4H81x3+h/wB/XS9K/mmf035/9+Xl&#10;iSrZd/qmO77XX/13k/T4/wDOUn8d+Pzl4okoJMofaHf2vlzz/wBSmd9E/wA4vGEk0KfYzx8+/wD3&#10;7+Us/M+n/ge//Hf2/wDg/wDSLyxJSQ3Q+ju+m7+Z/wCv/wBG7fRWX1D+ed/Q+f8AAfR/tfy1xiSt&#10;Yt1peyxuGfR5P0Po/wDqv/SLV63/AMqM/mv6Mz4cD6P8n99ecJJ5/S/l+8ro+ndC4P8AMfT/ADP5&#10;zj/B/wAlbrefv+nx/wCdLxRJVZ/MV42fb/3f6Pz+ei1fS/7Q/wCv7y8LSSG6X33/ANxf/XP4Kpnc&#10;1/8Aif5d/OfS/wCtf+jF4akrGLcIL//Z/+0dBFBob3Rvc2hvcCAzLjAAOEJJTQQEAAAAAAAkHAFa&#10;AAMbJUccAVoAAxslRxwCAAACT1IcAjcACDIwMTQwOTI0OEJJTQQlAAAAAAAQkX/s1tqAaEeFPgIm&#10;q+sI8zhCSU0EOgAAAAAA5QAAABAAAAABAAAAAAALcHJpbnRPdXRwdXQAAAAFAAAAAFBzdFNib29s&#10;AQAAAABJbnRlZW51bQAAAABJbnRlAAAAAENscm0AAAAPcHJpbnRTaXh0ZWVuQml0Ym9vbAAAAAAL&#10;cHJpbnRlck5hbWVURVhUAAAAAQAAAAAAD3ByaW50UHJvb2ZTZXR1cE9iamMAAAAMAFAAcgBvAG8A&#10;ZgAgAFMAZQB0AHUAcAAAAAAACnByb29mU2V0dXAAAAABAAAAAEJsdG5lbnVtAAAADGJ1aWx0aW5Q&#10;cm9vZgAAAAlwcm9vZkNNWUsAOEJJTQQ7AAAAAAItAAAAEAAAAAEAAAAAABJwcmludE91dHB1dE9w&#10;dGlvbnMAAAAXAAAAAENwdG5ib29sAAAAAABDbGJyYm9vbAAAAAAAUmdzTWJvb2wAAAAAAENybkNi&#10;b29sAAAAAABDbnRDYm9vbAAAAAAATGJsc2Jvb2wAAAAAAE5ndHZib29sAAAAAABFbWxEYm9vbAAA&#10;AAAASW50cmJvb2wAAAAAAEJja2dPYmpjAAAAAQAAAAAAAFJHQkMAAAADAAAAAFJkICBkb3ViQG/g&#10;AAAAAAAAAAAAR3JuIGRvdWJAb+AAAAAAAAAAAABCbCAgZG91YkBv4AAAAAAAAAAAAEJyZFRVbnRG&#10;I1JsdAAAAAAAAAAAAAAAAEJsZCBVbnRGI1JsdAAAAAAAAAAAAAAAAFJzbHRVbnRGI1B4bEBSAAAA&#10;AAAAAAAACnZlY3RvckRhdGFib29sAQAAAABQZ1BzZW51bQAAAABQZ1BzAAAAAFBnUEMAAAAATGVm&#10;dFVudEYjUmx0AAAAAAAAAAAAAAAAVG9wIFVudEYjUmx0AAAAAAAAAAAAAAAAU2NsIFVudEYjUHJj&#10;QFkAAAAAAAAAAAAQY3JvcFdoZW5QcmludGluZ2Jvb2wAAAAADmNyb3BSZWN0Qm90dG9tbG9uZwAA&#10;AAAAAAAMY3JvcFJlY3RMZWZ0bG9uZwAAAAAAAAANY3JvcFJlY3RSaWdodGxvbmcAAAAAAAAAC2Ny&#10;b3BSZWN0VG9wbG9uZwAAAAAAOEJJTQPtAAAAAAAQAEgAAAABAAEASAAAAAEAAThCSU0EJgAAAAAA&#10;DgAAAAAAAAAAAAA/gAAAOEJJTQPyAAAAAAAKAAD///////8AADhCSU0EDQAAAAAABAAAAB44QklN&#10;BBkAAAAAAAQAAAAeOEJJTQPzAAAAAAAJAAAAAAAAAAABADhCSU0nEAAAAAAACgABAAAAAAAAAAE4&#10;QklNA/UAAAAAAEgAL2ZmAAEAbGZmAAYAAAAAAAEAL2ZmAAEAoZmaAAYAAAAAAAEAMgAAAAEAWgAA&#10;AAYAAAAAAAEANQAAAAEALQAAAAYAAAAAAAE4QklNA/gAAAAAAHAAAP//////////////////////&#10;//////8D6AAAAAD/////////////////////////////A+gAAAAA////////////////////////&#10;/////wPoAAAAAP////////////////////////////8D6AAAOEJJTQQIAAAAAAAQAAAAAQAAAkAA&#10;AAJAAAAAADhCSU0EHgAAAAAABAAAAAA4QklNBBoAAAAAA2UAAAAGAAAAAAAAAAAAAAD7AAACZAAA&#10;ABgAZABvAHUAYgBsAGUALQBjAGEAcgAtAGcAYQByAGEAZwBlAC0ANAA3ADUAOAA3ADYAAAABAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAmQAAAD7AAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAA&#10;AAAAAAAAAAAAAAAAEAAAAAEAAAAAAABudWxsAAAAAgAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJj&#10;dDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcAAAD7AAAA&#10;AFJnaHRsb25nAAACZAAAAAZzbGljZXNWbExzAAAAAU9iamMAAAABAAAAAAAFc2xpY2UAAAASAAAA&#10;B3NsaWNlSURsb25nAAAAAAAAAAdncm91cElEbG9uZwAAAAAAAAAGb3JpZ2luZW51bQAAAAxFU2xp&#10;Y2VPcmlnaW4AAAANYXV0b0dlbmVyYXRlZAAAAABUeXBlZW51bQAAAApFU2xpY2VUeXBlAAAAAElt&#10;ZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVm&#10;dGxvbmcAAAAAAAAAAEJ0b21sb25nAAAA+wAAAABSZ2h0bG9uZwAAAmQAAAADdXJsVEVYVAAAAAEA&#10;AAAAAABudWxsVEVYVAAAAAEAAAAAAABNc2dlVEVYVAAAAAEAAAAAAAZhbHRUYWdURVhUAAAAAQAA&#10;AAAADmNlbGxUZXh0SXNIVE1MYm9vbAEAAAAIY2VsbFRleHRURVhUAAAAAQAAAAAACWhvcnpBbGln&#10;bmVudW0AAAAPRVNsaWNlSG9yekFsaWduAAAAB2RlZmF1bHQAAAAJdmVydEFsaWduZW51bQAAAA9F&#10;U2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAtiZ0NvbG9yVHlwZWVudW0AAAARRVNsaWNlQkdD&#10;b2xvclR5cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRsb25nAAAAAAAAAApsZWZ0T3V0c2V0bG9uZwAA&#10;AAAAAAAMYm90dG9tT3V0c2V0bG9uZwAAAAAAAAALcmlnaHRPdXRzZXRsb25nAAAAAAA4QklNBCgA&#10;AAAAAAwAAAACP/AAAAAAAAA4QklNBBQAAAAAAAQAAAABOEJJTQQMAAAAABPDAAAAAQAAAKAAAABC&#10;AAAB4AAAe8AAABOnABgAAf/Y/+0ADEFkb2JlX0NNAAL/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgI&#10;CQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAz/wAARCABCAKADASIAAhEBAxEB/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAA&#10;AwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMM&#10;MwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLRQwclklPw4fFjczUWorKDJkSTVGRF&#10;wqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn&#10;9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVj&#10;czTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2&#10;xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwDFwsbOzLXYrLPQqANgDvo7W+x1uQ2W/Scxm/3/&#10;AM7/ANerXUY+Rj5dfrY7/UrJID4Ikj+sGrCwMC/PZtNjg1g2va9rvScxn6FtTPbt/wCnZ6X/AFmt&#10;b2FhDDpNQsstBdu/SO3QTy1hhvtVrlDPh1Gh3l4/o8IYOY4b31Gw/O2e1Lai7U7K972smNxAk8CT&#10;G4q1bXpFtQrcjGpdsttZW8/muOqqZvVCbX4+AQdjnNflRp7Tt/V2u/8APrv/AFIs9jS2YndyXHVx&#10;P7z3fnuVbLzcYmo+rv2Z8fLGWsvT+bttyMV30b6jPbe3+9FaA76JDp/dIP5FgxPPz0UHMaI2saHH&#10;ggCR/KlMHO94fiuPKDpL8Hcfk4lbzW+6trxyC4CPj+aqec1tjw/GsY9xEPf6gLWAw0P21H1f0bd9&#10;uz+b/wBIqIAY2G6NHCVNN2RfXVUHZF9p200tAO4kHRrPa32t+k+72Vfztqizcz7kDEwHcasmPl+C&#10;QkJHx0ZM6hVhzcx7rad5Daw4N1Pt2v3t/tbt/wDgkHJtIfJrLMTJ/m7G2h9e36U1Xsd6W6u639Zp&#10;pdZ6Nv8AwiJVTjG+/DFzHY7w2q3Mrb6tYMh+R9i9T+cur/mvtbf0l3+A/Qq5ndHtwMv1amPt6M+s&#10;WMLmOcBY2v06ttTfUusyfS/n330U/aq6rfoeljqmZnh9uWoiTIdTf9VllDXiGhI37tDOyb23XP22&#10;+0sZjizb9Ct43uEF9r2fo7PXuc/9P6ifFGQby7KaLZAORW10guD3OprxXjbT73Hf6Wyz1f8ArirW&#10;lll9Xq2M9OwF8tI4LdtDm+rv3+nt99f/AAf6RHF9VeLJaHsAa+xtjRILXWuZdtja9zfWd9mex1P6&#10;X1f5xOjMHJx5OEyl6pacf+LxfJ/dYzCo1G+2vpXGQ/33PcWu9Ul7A0mxrXg/ztjy5rW+1/pVuf8A&#10;o/zFbyensq6WS4VtyHRcCHuLXcOc+re5m79F/X/PVEuvyW122em0bnWNePbqfb7WO9RrP+vf+jU5&#10;prDRY8jfZuaGz7z2Lt+rnMb/AF1LDPC5nh4pSHDZPyn9OvmV7MiI+oAA3okw8jFoHrWB11jQAwVA&#10;srgfnOdea27f7P8AglrVXv3uryfSpua1llmIHl19LLTtxrcxrm1trbkf6P8AncX1cX7V/TK/Tp43&#10;T8yi+j0mhufY1t9LbWlzaKzuazqOSzb6brGvb+o4r3732s321bPYp9R+r78dtXUOkS7qWNve83fp&#10;DltfP2qvN3fz9uTvs3f6Xf8AZ/8ARJ2PmjiqIAAv1AdfGUpKngjK7smt+390OjtS2qt0zqOL1DHZ&#10;fjBzanksax53PrsaNz8K6x3ufZUwb8e5/wDS8T9J/SaMtWbrK6WtdYYD3BgPm7x+5aUckTHjv076&#10;9PNpSgYy4SNX/9DWxsenHx68ehuymtoFbdePPd7tzv5SJtT1b3MDniHP1DY1AP0GO/l/vLN6n1un&#10;Ea9lBa61hIfa/Susj+Ufba/+T9D/AM9q/KcYizoGoIGRoatrKzsXDLG3uO98ba2CXEE7d+u1rGfy&#10;7HrF6h1DKzS7GcWsxabHgCqYeN2jnv8A8J9Dcz/BrObl4mRY992Yz1C4+p6peHz86/o/uqy2/C4G&#10;VQ3wh5/76xU8vMSloPSG1jxRjqdSyDRAA4HHf+5SG3kjXxSa6o6jIpIP8sf3JQxoLvVrLW6zvEQF&#10;BbLYWLgNYkjsO/kkGkamJPPKdhosh4yKyPzWy7Tzd+j+miBgI0sYfg6f4IWmw5fU+r04Lwyyt5c4&#10;ewwdrvHY4fu/12JsHrxtqtpdgZD/AFW7bXU5DaQ+qZ9KyqzFznbd385+m9K3/CVrSvwa8ql1NzWW&#10;1O5a5wbr+8zXc1/8tq1PqVgNwLclpeX3OaAyzQH0QR7XbT/Oep/OP/wn6JIyoX1R13SZtNNv1YwL&#10;62Gqmls+jYWtd7tzG17qaq8ff6m7Zd9nr9T1PU/nbLPUvV0YH1j6ZW63b9qqZsL4buYRw17Yd6dN&#10;rme/Z+l2b/Ss/SKt9bPrlT0K09PpxvteddSHvsttFVbG2hzWbR7rb7Nv/F/8YsLo3X2HJa5ljsfY&#10;5jTjE7wASG+hO4evtZ+k/TP/AJ70/wDQqCcZRPFWh3r9FIN0OzUydrGWUODWVC3c6qqt9NfqFpd6&#10;jLXM30b9/p+j6XpP/RqbnFlTbCY3Wfo2tJdo9xu9tkN3+yz/AF/m1Z6s3EyupWMqax1AcX4rHNhz&#10;Z93rfpS6z1nud7GfzipZV7KaMV7yDaC5zGaakbW2Ectq3Wfv/pN/9hIAf4X8v+kknqzpl12ze36U&#10;MbY7adrC6tlTW6bva/1H/wAhWmVUn9KQC57ZqmT6TAW7M3JYwH9Gz/BY/wDSMr0f+L9UGJUypz/V&#10;vZFdoeHOHqVzQD+hcxjXW+m9+3f7PS9n+E/SLSb6LGsu9YZb7Mh1r7axaH2OJ2+paMmqp+71v5qx&#10;m+r/AAdCU+GI0PyquhqG/g/Z8ZzKQ/1rcqXvte4F73xLtw0/9RrQPERwPgqWIy4XPN7N25xtrtGg&#10;BIjadu1ztzXO/nPfX/22rsQDAk/BCOyx53q+Jd0vJs6zgMNlNzQOq4bTHqMafUbl0n/B5WO9vrtu&#10;/wAHb+n/AJv7TW8+Tdi5GHTebBYbW78W9ghtjCY9V2j/AEdljfSysb/AZf6H+b+z3WbbmnaPL4Lm&#10;qcB/T+rX0YhDenWn1fstllLNlrm7HWYbMnIp9Wi7+ZvxnN/WMf8AP9XGw767GHJQljlXDMdRxUsy&#10;Q4qP6Qf/0V9aupdVwsV32SkChwAfkbvcSQ5zq2iP0W1tfv8Af+l/wf8AhFwt/wBuya233OhhcWNA&#10;PBAa9zWj6LPp/mL0HH+suDYBa/Gsto2eo/dWCBUYbdds3Fzntx3u2V7Fluw+kWMJx8ZoodYbamP3&#10;Oczc1gawh5/0PpO2PZ6n76flnEyJsyFfyithEiOwDl/UXodHVOtuZk1PyaKKHvsDXAEE/o6t1j3N&#10;2t3uXZ5v1G+r9mViMdjW1Mc4te02MdIMa/RsQPqvXjMzXNayhgLRtD2wJHqfzbWD3Wbf/A966R+x&#10;uZhlvpgeq2fTG0c99ygnKxY0ZAHjsf6mfVrKafSsa9zAC8DFyWn3fyZelnfUDoVbqw19rN1Qe8sa&#10;GySXg7WZDfWZ9H89b31de31LZMD028/1lb6s5n2hkka0tjUeLwlmsRsGtVuM2dezhdB+oWA3Cc3q&#10;OLZZY20+m+p1TGurhvp2Dfuf+k+n7lWs+on1fZbmPtscxlUuaXs3hv6RlfuZit9Z/ts2+xdhiBha&#10;4gVTFZdNT3O+g36b52v/ALKpZQlueGyTt4aP+Gp+i0e5NBNw8d1x2Lz2N9QehZDqiy3dVbw5lOQ0&#10;kAuZo61nps97P8KrvROis6Jh5FnTg7Iysiovh0Aksc5rKq9dn0d7/d9N63OiZDopxDW4RU54cQRJ&#10;dZazZtIQsNzS2gtcCH1uDCCDuhxnZt+ntTc0hYEdrIPnFWO+ryP1/FX/ADgJe+tgbhUWP3tJ2sl1&#10;XqF3p2f4V7K/66P9XfqzZi5F9fUKw3Mvc+prHEEMG07bNzN2191m33s/Sej+4h/X95b1jIbIbu6N&#10;juE94zK/872tXWXkN68+x2jW2BzieAAzc5yUybiO5XAaX4PC51NvTc6xmRjs+0tMuta3uGj31Wex&#10;z6X7rWem79H/ADn01CrBflUOzbww0MveXtaN5dv9K1lbmMfuey91X2djPoV/pfU/R1eoui63msy8&#10;zIw2VQ/DeWttMmd+2z1GbGtsq9OP9J71TxsKKq7aqnvsbdYNfc5oYPs/p7a2fzTn25Pp7/Ts/wAI&#10;o4CjZHT/ANFRLdtdJwvSw7svqDa73OpeamWRZa3YTZdZUNn51gf6Pqf4H0/9IrLulZT7W3dOvpwa&#10;4Dw5uOy82GxjHOsG8trxqq/5mrHq/wBG+2z8yurQ+r4vrqx2ONwPpPkemP3n7d1j273O2/8AkFcv&#10;YG3OGo4gEAQIbA2tG1SECgaHl0Q4wwOvRr1Sl3mcCufvbY1L7D18cdQxHf1sH/yNy1gB5/d/sSAH&#10;n93+xCgq3IdifWQNJZlYD3AGGuxbWgn93c2521FuowHfY8u3GFfUbanuq94ca2AtNtDmt9lmz7S5&#10;tdv/AFxajRqOfu/2Jnsno4dB9rWwYbGrm7tf5xSYP56HmP8ApLZ/JLyL/9LC6RmC0My6wBY4bLm6&#10;xuG31G/2oZYr9VlhrfvcXTY4uJPJ/Of+7u/lLL6R0fquBa/12s9Cwe8Mfuc1w+g7YG/nfQWpR9lc&#10;2xr8ipj2vJIcTBDvF7A/03fyHqnf6w1K4+ejYM8RxD5RLr3d/wCqT2fa7K6/XOURLm1BpaaY2/pH&#10;Wf8AD/ufpP8Arav9W6k5mRX6GTbIqLtldrS6Q/Zu9Chlnqbfdvdu/RLiqqvrC536tUCCRDBbXtdB&#10;O32ep79rVKjpP1oqyG5ApFb69AX2sMgndsc0P/m935m1P90dx9rADrs9H+0uqmwB2VeWlntayy4F&#10;xJ9m/f7qv3H+z01S6p9Y8/DbUK8i19pILqnXPcQB9L1Hg/Se78xv82s+npn1tbZ6ptDtQXV2XEgw&#10;foHaLfZ/IVnqPQsvqFgsfcGPDdrhshoHO1sWOf8ASc7e5KWSNfMF0qr0nVXQ/rzm05bKuqPsvxbb&#10;ALLd3vYHS32x+Y17t793+DW8MrNsy7WWW5DK2F7R6NtupY7a6Xud+7/N+i5ckPqVlP5zKQ48w18x&#10;/I2nctjIxs5nTX11usyepNALbiAyp1m73O2Wh+39G9/p/mJRyQ24vJEdN1dX6t1HH6c1wysghzi1&#10;+6x8jcHfo7pt9j/3N6waerX1Na43OBa5z63OkGS0XPd/0Wv/AK61mdOyb+nP6f1S5z9zg9twh1oL&#10;W7GV/pPY1jdz/ob/AFP51Bs+rHT6sa203WizYQx9hayprjPpeptpNj/0n7n/AAaBEZ62FshZ0Lm5&#10;uQzID/W9xfV6W8GYZu+hW537tv767N/Vaclh6ntIqsEWMBBLfZ6Nsfvf8GuBf0vObkNx73VY06i8&#10;2BzIA9+/ax23d/JbvRb7f0FOLVm20iprm2VNaTjl276fq1v/AEjfT/4D/BpDHtwyBrVIPDet2PxT&#10;ZPUsi+9928+5znCTtmSXu2BbLGNdVjV2QHux2vaNTDXxdY/e3+Xf9K3/AItYl3SSwOf9vxtpaHBu&#10;20kyGn9Huqb7HOb+k/0f+EW5Tj1HJqa9zQxuLUwtFjWOBA/nNljv5vajGognyREm7Jei6AxjacVv&#10;tdFTxJvLT7XPZ/NM31/mfmrQvj13RxA4O4cD84/SWTiW5WIGFj67WsBDDZW0uAcXP91rLGNd/Ofu&#10;KdvUM1zzYXNkwC1gaAI07tsd/wBNCWSBGh6rtO7oiPP7v9iQjz/1+Syhm5kHWR5Fsj/wNirX9Xza&#10;RLabrR2c0tj/AKW1ATieoVQ7h32kDkadzxoFxPUv8Y2yg4/TunNtxh+jbnXlwDyIfNVbA17G+5v0&#10;3K476z2e5pruqeNB7qyf8ywbP/A7FzuR03pmSzZ6uTjVF+5lbKKnMDj3rbUavb/UUuPSXFeo21UQ&#10;CKsG3//T4e3+dZ/Svofn/wA7/wBb/kIVX8436Pf4rHSUXT6MT12L/M/9qeB/Ncd/of8Af10vSv5p&#10;n9N+f/fl5Ykq2Xf6pju+11/9d5P0+P8AzlJ/Hfj85eKJKCTKH2h39r5c8/8AUpnfRP8AOLxhJNCn&#10;2M8fPv8A9+/lLPzPp/4Hv/x39v8A4P8A0i8sSUkN0Po7vpu/mf8Ar/8ARu30Vl9Q/nnf0Pn/AAH0&#10;f7X8tcYkrWLdaXssbhn0eT9D6P8A6r/0i1et/wDKjP5r+jM+HA+j/J/fXnCSef0v5fvK6Pp3QuD/&#10;ADH0/wAz+c4/wf8AJW63n7/p8f8AnS8USVWfzFeNn2/93+j8/notX0v+0P8Ar+8vC0khul99/wDc&#10;X/1z+CqZ3Nf/AIn+Xfzn0v8ArX/oxeGpKxi3CC//2QA4QklNBCEAAAAAAF0AAAABAQAAAA8AQQBk&#10;AG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAAAAXAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgA&#10;bwBwACAAQwBDACAAMgAwADEANQAAAAEAOEJJTQQGAAAAAAAHAAgAAAABAQD/4Q4WaHR0cDovL25z&#10;LmFkb2JlLmNvbS94YXAvMS4wLwA8P3hwYWNrZXQgYmVnaW49Iu+7vyIgaWQ9Ilc1TTBNcENlaGlI&#10;enJlU3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5zOng9ImFkb2JlOm5zOm1ldGEvIiB4Onht&#10;cHRrPSJBZG9iZSBYTVAgQ29yZSA1LjYtYzA2NyA3OS4xNTc3NDcsIDIwMTUvMDMvMzAtMjM6NDA6&#10;NDIgICAgICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcvMTk5OS8w&#10;Mi8yMi1yZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIiIHhtbG5z&#10;OnhtcD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLyIgeG1sbnM6ZGM9Imh0dHA6Ly9wdXJs&#10;Lm9yZy9kYy9lbGVtZW50cy8xLjEvIiB4bWxuczpwaG90b3Nob3A9Imh0dHA6Ly9ucy5hZG9iZS5j&#10;b20vcGhvdG9zaG9wLzEuMC8iIHhtbG5zOnhtcE1NPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8x&#10;LjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL3NUeXBlL1Jl&#10;c291cmNlRXZlbnQjIiB4bXA6TW9kaWZ5RGF0ZT0iMjAxNS0wOC0yNlQxMDoxOTozMS0wNzowMCIg&#10;eG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHhtcDpD&#10;cmVhdGVEYXRlPSIyMDE0LTA5LTI0VDEzOjM3OjMwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE1LTA4&#10;LTI2VDEwOjE5OjMxLTA3OjAwIiBkYzpmb3JtYXQ9ImltYWdlL2pwZWciIHBob3Rvc2hvcDpDb2xv&#10;ck1vZGU9IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxlPSJVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYy&#10;IiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjNjY2JmOTI5LTIxYWMtNjQ0Yi04MjRjLTE2NDVh&#10;ZmVkOTdiNyIgeG1wTU06RG9jdW1lbnRJRD0iYWRvYmU6ZG9jaWQ6cGhvdG9zaG9wOjlkMGU4NDdk&#10;LTRjMTYtMTFlNS04MGYxLWI3YTM3YzE1MTAyNCIgeG1wTU06T3JpZ2luYWxEb2N1bWVudElEPSJ4&#10;bXAuZGlkOmVmMjBmYmQwLTdiOTQtYjk0Ni05ZDFlLTc5ZWZjMTFhNDcxOCI+IDx4bXBNTTpIaXN0&#10;b3J5PiA8cmRmOlNlcT4gPHJkZjpsaSBzdEV2dDphY3Rpb249InNhdmVkIiBzdEV2dDppbnN0YW5j&#10;ZUlEPSJ4bXAuaWlkOmVmMjBmYmQwLTdiOTQtYjk0Ni05ZDFlLTc5ZWZjMTFhNDcxOCIgc3RFdnQ6&#10;d2hlbj0iMjAxNS0wOC0yNlQxMDoxOTozMS0wNzowMCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRv&#10;YmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpIiBzdEV2dDpjaGFuZ2VkPSIvIi8+IDxyZGY6&#10;bGkgc3RFdnQ6YWN0aW9uPSJzYXZlZCIgc3RFdnQ6aW5zdGFuY2VJRD0ieG1wLmlpZDozY2NiZjky&#10;OS0yMWFjLTY0NGItODI0Yy0xNjQ1YWZlZDk3YjciIHN0RXZ0OndoZW49IjIwMTUtMDgtMjZUMTA6&#10;MTk6MzEtMDc6MDAiIHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1&#10;IChXaW5kb3dzKSIgc3RFdnQ6Y2hhbmdlZD0iLyIvPiA8L3JkZjpTZXE+IDwveG1wTU06SGlzdG9y&#10;eT4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94OnhtcG1ldGE+ICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgPD94cGFja2V0IGVuZD0i&#10;dyI/Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJFAhAAAHBydHJDTVlLTGFiIAfQAAcAGgAFACkA&#10;NWFjc3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAAAAABAAD21gABAAAAANMtQURCRQAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACmRlc2MAAAD8AAAAdGNwcnQA&#10;AAFwAAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACiBkEyQjIAAAGwAACiBkEyQjEAAKO4AACiBkIy&#10;QTAAAUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbcoAAI4tGdhbXQAB+/cAACQkWRlc2MAAAAAAAAA&#10;GlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAdGV4dAAAAABD&#10;b3B5cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJbmMuAABYWVogAAAAAAAAtVoAALxnAACSMG1m&#10;dDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F&#10;2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdm&#10;KIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9H&#10;qUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYC&#10;ZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWD&#10;woS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56t&#10;n5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5&#10;o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN5&#10;1GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s&#10;8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUs&#10;BoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsi&#10;xCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58&#10;P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb&#10;51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXev&#10;eKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06QPZEskhuT&#10;CpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61v&#10;rmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXK&#10;rcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy5bbmuue9&#10;6MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgG&#10;xggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMP&#10;JAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+&#10;0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqP&#10;W5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3&#10;lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Kl&#10;k5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46snK2rrruv&#10;zLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y&#10;0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Ift&#10;b+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZU&#10;B38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh&#10;0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvE&#10;PLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9X&#10;UVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFs&#10;clZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOL&#10;mIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUi&#10;phWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDC&#10;QMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP&#10;4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACAAOW0f81/&#10;VMw/f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+kkRhgH9/BR9kgf6AHPy4fnSLeeQPfleJssrb&#10;fk+IFLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMAf5aDeB2igOSD3/qjfSWXCOJIfRyUMclYfSWR&#10;eq/OfUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCILRwEf8+IEfi/fBeisOCCfBeeyceyfCubFK5F&#10;fFuXo5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqMfsSLyfcJe0eudd7ae0SpesYbe12kxKzSe5ag&#10;ZpMQe+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO8PWFeqq6Xd1Zep+0SMSnerOui6t8evCpPZHi&#10;e0ykTneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4ei/GctwNehu/O8Nieie4c6pNemSyNpDfesms&#10;cXbSe0SnEFuue8CiMD4MfDufDxccfAePoPMdedHSyNrxebTKYcJJebjCjak/efC7YY/nelm0znYG&#10;et2uxlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9eWbV08FVeWDM7qhWeZTE4o8Tef69knVLeoa3&#10;B1ppewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9sb7NhwV9V6a1hjB9M44ahYR9SHTQhPx9jFpr&#10;hJt96D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2NhbmGIaV+hPiFA4zQhGSEKnN9g/SDiFkPg6iD&#10;Bzw5g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyPGaQUg/WNE4uJg3WLVnJVgxeJ1Vf/gtiIfDss&#10;guuHlBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Khgw6VOoo4gqCSoXEpglCQQ1b3ghuOHDo0gi6M&#10;lhQ4g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWdpIjugeOaEnALgaOW51YCgXWT/zlTgYaSDBMV&#10;gpqM5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofVgU6hxm79gQmdvFUfgOOaMziJgPOYOBIfgbyM&#10;QeQvg4vA2s2sgpy6graSgc60ep70gTau34bogNOpsG4xgJOk7VRcgGWg2DfdgHSeWBFUgQOLt+Mp&#10;gyTMlcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13gDOsjVPGgAioVjdNgAqjXBCugGyLR+JOgtDY&#10;u8vagebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0zVM8f7qwSDbRf7ylEBAqf/SK7t08kmF8mMdr&#10;kHp8Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1iYh9MjaOiSd+AREyi9Z/3ttGkS2Gy8YFj0KF&#10;hLAqjYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOCQDV6iEmCYBAEipiDhtmzkACRJMSdjiKO7a79&#10;jGOM35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2h3mHBQ76iVaGu9hHjwibksMujTKYe62Bi4aV&#10;l5ceihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKMHQ4UiCiJhNbpjkqmFcHRjHiiJqwkitSec5XS&#10;iWibCn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1OhyWI/9WnjbGwx8Cbi+KsAKr2ij6nd5S0iNaj&#10;QX3ih6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuIj9SQjTO7pb+Si2e2BanyicKwppO+iFurpH0K&#10;hzCnCGWehjai500MhV+frzGdhQudPwwehZeIMdOjjMvGx76ziwPASakWiV66FJLnh/S0SXxChsyv&#10;BGT2hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLSV737irDK8ahdiQ3D4ZIxh6O9U3udhnq3fGRp&#10;hYuyx0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iTmUd7IaP2lrh7CY7elGB7JnkVkkV7eGJpkGV7&#10;+Upyjtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD56MBlZmC/I36k02CS3grkUOB2GF8j3WBmkl+&#10;jfeBgS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHllJiK+IzhkluJiXchkF6IVGCDjp6HXkiYjSqG&#10;oC2njIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72TNIu7kXKQ7XYDj4aO/19/jdKNUkexjGaL+yze&#10;i8yLzQivjB+F38d8mCyihrPGlYSe+p97kwubrIqEkNKYqnTsjtmV9F6PjTGToEbui8WRxCw7iyeR&#10;vgg8iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqgjXQBjlOdI124jJ2aJ0ZBizSX9yuuipSXOwfb&#10;ikyFUMVmlya27LHJlICx3p2JkgitDoiqj9WomnNAjeWkj10TjDChE0WxirSe0ys6ihKbyAeLiZuF&#10;GsSSlsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWsVVx9i9qomUU+ilymQSrZiaic+QdKiQuE7sPi&#10;lm7MebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwDi42xE0TVihqsQip8iWmcugcWiJmEy70/pdB6&#10;eqocomh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7ZEJTlKJ8Cifzk/N8/QSqk39/pruzpOKDlKkq&#10;oVqCnJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGCk7yA2yc0kwuBdQRokgOCmrqIo+uMwqgXoGiL&#10;AZUknRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F6CaOkjiGWwQvkLSC1Ll8oxuV9ab9n6OTepP/&#10;nFmROYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5kXeL2QP9j5KCsriWolWfaKYKnumcM5L+m6qZ&#10;P39WmKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+RVgPTjpmClrejocipAqU1nlWlFZIumxGha36C&#10;mBGeGWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOvjciCfbbLoVeyvaRtneGuHpFsmp2pxn3Kl6Cl&#10;0WmWlOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqCabYPoP68tqPGnYK3YZDKmj2yXH0slz+tzGkB&#10;lI6p4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVxoK/HLKM8nS3BF5BBmeq7X3yllvC2P2iIlECy&#10;ElOzkeCvRz2bj9KpqCQfjvSYbANljB2CTK4er/555Jwpq955tooQp955sneKpBd55mRHoJh6UE/5&#10;nXN65jofmvZ7jSApmph8cQAAldN/yqzOryiCg5toquSBmYl+ptqA4Hb7oxOAY2Oon5uAJk9TnH+A&#10;Izl0mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6JjYi9pe2IGnYxojCG+2LknryGIE6fm6aFjjjV&#10;mSyFSx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofMpTCPhHVQoWiNvWISnfyMUU3omuiLODhBmGqK&#10;oh7Kl9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSXF3R1oM+UwGFNnUuSsE1Cmj2RKDe/l7iQax51&#10;lxSQYQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPKoDWb72CqnLKZXEyvmY+XazdNlwqW5R4oll+U&#10;WAAbkMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yjQ2ApnDagT0xBmRyeOzb2loCdfR3zlciUQAAo&#10;kBmAG6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7m9anqUvhmMWl4zawliOi6x3MlU+UJgAzj4+A&#10;Iqe5qxXCXpampsS8q4TWora3cXJinvay+l9jm4avukucmHWtHzZ7ld2k1h2nlQmUDQA8jyCAKJ+w&#10;uoR5dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51EbvpK56ajHroeZ7BxfwonJ7vgAAkSiAAJ6mubaB&#10;pI5CtMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/gzFsoN5/wRewoTuAugAAkG6AAJ33uMuJ1Y2a&#10;s96ISXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6n+yExBeBoByGBAAAj8uAAJ1ot/OSEIz4sw+P&#10;53warlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOKLBdcnxyKsAAAjz6AAJzVt0aaaYxismGXpnt7&#10;raaVNGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+njaOuAAAjsSAAJw7tr+i7ovZsdGfknr6rQ+c&#10;j2mLqI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWePqAAAjl6AAJvItjaroItwsUSnpXqYrIKkE2kv&#10;qAShBVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAAjgqAAJtKtde0jIsisNSv23pXrAOrq2jpp3mo&#10;MVbfo0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWAAJrZtYa964rLsHS4g3oOq6Gztmispxuv41ay&#10;ou+toEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHzxWN5GIIfv9J4y3IWunx4uWGjtWl46lBxsKd5&#10;Uz4LrHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA5oG2vvN/+HHCuZB/SmFKtG1+4lANr55+xD2t&#10;q19+5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFHvgiHJ3FeuJ6F3GDbs3WE80+hrp+EWT1SqlqE&#10;GSkjp0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOOX3Dpt7yMlWBrsoaLJk86rbKKJT0AqWqJkyj2&#10;pkiJ4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCStvCTdGALsbuRlU7orNaQJjzDqJKPaSjXpWOQ&#10;GxAEpeGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCac1/PsQmYLE6urCaWcTyVp9CVsijCpJaVvBAr&#10;pOOK7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+isG+e306Jq5OdBzx9pzqcrCi4o+CabhBOpAaL&#10;BgAAjBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol2E53qwmkGjxvpryi/yizo1ObhRBso0SLGwAA&#10;i/+AAI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57qnCrXDyApiCn9SjcosiboBCworiLSAAAi+uA&#10;AIS00J9483XXyll4g2auxG94W1cRvtZ4fUazuZN42jUHtQh5WCD2snd5rgfrstl7RQAAifmAAIRi&#10;z5+AbnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZs8x+UCD2sP5+nwhnsOp/5wAAihaAAIRKzoWH&#10;xXVvyHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGDgSELr5WD+AjmryiD/gAAii+AAIRGzXyPFnVf&#10;x2yNGWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEsrkmJ5AldrZuGVQAAikWAAIQ5zJiWhXVYxniU&#10;B2YdwHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCPewnMrEKGoAAAiliAAIQdy9SeIXVQxaSbGmYo&#10;v46YkFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0qxuG5gAAimiAAIP+yyylz3VKxO+iOWY3vsyf&#10;O1ahuOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+HJQAAinWAAIPcypqtpnVFxFSpdmZKviimAVbC&#10;uD2jjkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAAioCAAIO+yhK1xXVFw8Ww6mZkvZOs8lbyt6Oq&#10;ZkbCsiWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiAAPKGe0Z5itr3e5x5pcL9e/Z50ap9fFh6HJFw&#10;fMN6ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/BceZCE79k6egeD6MFxeoCDBKkVev6CTpAde4WB&#10;yHZ5fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQdNdoeKyOUb/XeTeMUaeSecyKn468emmJJXU3&#10;exGH1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWfd4WY074geBqV0aYBeLyTDY1SeW+QpnP1eieO&#10;a1l1etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOjbLyKdy2fb6SFd9ebuYvveJGYRnK+eVqVLFhn&#10;eheSOTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrspdmypKKM1dxmkfoq9d9qgInGYeKecE1dseWuY&#10;ZjqWegKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y/6ITdnqtZIm5d0OoLHCzeBajTlaReNie6znW&#10;eWacKhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZdfm2dojMdsSwaG/od56q4VXneGSmHDkzeOOh&#10;0RK5eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/yIf/dly4928vdziy6FVGeACuLTimeHemTRIl&#10;d4uMROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIdagot5nW7wgl16S1Vggk97Ajkmgpl70xPfhJ18&#10;juAfgqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOAdG2zgSmAQFQegTCAHjfugYOALBJ4gyCApt6E&#10;gUqNq8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyGgC6GgVMMgECFjjbngI2E4hE8gbKEc9zngCqY&#10;l8ekf8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM3lIIf2SLJDX6f6yJ4RArgHWHwdtgfz2jksYk&#10;ftif6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEVfqOQ8zUhfuKPSg9Af2WKUNoNfoWurcTafiCq&#10;JK7tfdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmXCzRefjKVXw57foCJytjzffO56sPIfY60ga3a&#10;fT6vMZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4fZmbZg3YfcOJXNgQfYXFWcLrfR+/DqzyfMi4&#10;15ZQfJmy439EfKCtbWedfMuolU7afPek2TMsfRugWA1TfSiJAtdkfTXRF8I8fNDJ56wwfG7CxpWC&#10;fDS7936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzofK2IutHBjVF2kr21i+t3BqkDiql3fpN+iY54&#10;CX0xiJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8edA8i/GAx7x8ipmAPqfaiWN/zpJoiFV/fnwf&#10;h25/V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7iiqmLG7shiV+JnKasiCuIN5EvhzCHDXryhliG&#10;E2PihamFRkuPhSaEljBEhSGERAsehiSDws1+iY+VdbmxiEmTF6UmhyWQ2o/Nhi6Oz3mxhWyNC2LH&#10;hMyLdkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhXh2ycq6POhk6Zno6BhV2WwniEhJiUHmHChAiR&#10;0UnAg5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2maqKqhZ6iiI1ohLCe2neCg++bb2DTg1iYXkj7&#10;guqV4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGxhQ+rl4x1hCCnGnang2ai92AXgtKfR0hVglic&#10;dS17gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+03ouhg6mvknXegu+qwl9ngmampEfHge2j+S0E&#10;gbqecAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorqg0u4aHU1go6zAF7VggautUdKgZOq1iyXgV6e&#10;JghKgTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53NnL4jwd3810GjZR4y0W5jHJ5pisDjE56jAap&#10;jP98nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJje1+T1wcjIh+bUTOi29+mSoni0N++gYsi2yA&#10;F7+OlFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqExlsoi5KEL0PxioGDuiljik2DuQW+igqDJr5v&#10;k0GSp6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlowiqiKHEMZiZ6JESiqiWWI5wVfiNeDob1Hkmec&#10;harPkE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQUkJTiOSOxygIiKCOygUNh9CDarw8kb+mhqnF&#10;j6mi+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0GniDyU3yd8h/CUOwTIhvODPLtbkTmwp6jpjyWs&#10;X5W0jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mblScLh1WYvgSPhjyDFbqkkM+7Aag2jr22AJT5&#10;jMqxD4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3CaqhtaaJARghaaC9roakHzFuqenjm3AA5RbjHi6&#10;UoBgira08mviiTewTlanh/utEkAthuyoxCZIhoGZ4gQ7hS+C3bLDoHp0w6FInYh1To88msd14nxo&#10;mD12jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFKkFl8urGwn2B95qB9nGt9mI58max9Y3uqlyR9&#10;UWfslNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/3bC7nkaHDp95m1yF9I2PmJuE+Xq2liCEM2cF&#10;k92DnFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8nVOQMZ5omm2OYIxul7SMtnm3lTCLM2YTkvqJ&#10;+lF+kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZip12mZOXBItyluKUp3izlGWSc2UxkhuQglC2&#10;kDOO7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJysmO6f0Yqpljicvnfgk7yZ5WRjkX2XV0//j4qV&#10;PTo4jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+owYnolbek/nclkzqhfmO6kP+eZk9ujwqb8TnC&#10;jWqbAiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lIlVGtdXaFks6pVmMgkJOly07mjqejSjlZjQCh&#10;WyAMjJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2VnX3knixomKfkDmtzU56jkyrXTj8jK6mZR++&#10;jD6VdgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EFoEV1/F5znUp2xUq8mqh3ojVXmL54axtAmWt4&#10;7AAAjZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8cF3anDl8l0oimZt83jS/l619LRrQmDV9mAAA&#10;jGyAAKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0fmzyCiEl5mKOCRDQslrKCKxptlxmCxgAAi2CA&#10;AKGwp5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmIq0jLl8WH4TOhldGHeBoTlhqIOAAAineAAKDj&#10;ptSW5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgslv2NvzMmlQKNLxnIlS2M7QAAia+AAKA6piKf&#10;3o/toomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT5TK7lDuTiRmElFaQ6gAAiQeAAJ+dpaGo8o9n&#10;ogWlZ353noqiBmzIm0ae81pumE6cW0cqlbKakzJik52aEBlQk6KRHQAAiHyAAJ8WpUOyNI7moaSu&#10;EH30niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6fdBkmkxCRAQAAiAuAAJ6qpPm73o59oVS3IX2E&#10;ndCyi2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3krWQ4QAAh7CAAJXxtQhzxIZ9sLh0N3aQrKJ0&#10;wmXvqMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3rAAAiX6AAJVVtCJ8AYYfr8V7tHY0q557kGWO&#10;p7J7llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAAiMSAAJTVsxmELIWMrsODNHWwqpOCZWT8pqmB&#10;2FNvoweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGAAJROsh+MU4Tsrc+KwnT7qaSJYGRZpbGIP1LW&#10;ohiHaEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7sVOUkoRUrQSScHRZqNyQiGOypOmO31JKoUCN&#10;hD/Inh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec+YPLrGaaS3PUqDiX1WMvpEGVrVHOoJST5T9m&#10;nVmSwytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNgq9WiS3Nop6WfSmLGo62cp1FuoAGajj8bnL+Z&#10;eisQmkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yqeHMmpyym42J4ox+jyVEdn22hjT7OnD2guira&#10;mcqc+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLVptCu8WIqor+rfFDcnwmpcz6em9SmzSq8mWSc&#10;5RIGmeaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0K1snscp0zEqKrZ51hziTqhR2RiRSqCt2twpY&#10;qgd3FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0sKt6tkpPrG567jhfqNV7QyQ0psd7gQqfqC58&#10;YgAAhbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+AtUn2q0yAdDgap6yAbCQTpYGAlArfpoOBJgAA&#10;hWuAAIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mUqkGGLTfPpp2F1SPypFuGGAsXpQeFUQAAhSmA&#10;AIc+vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6MHDePpayLliPXo1aMPgtKo7mHogAAhPGAAIbf&#10;u2KaU3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTddpNORxiPDomuR6At0opSHvwAAhMKAAIaHut6i&#10;X3gJtdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyYqiO6oZiWowucoZSH2QAAhJqAAIZNumKqlXfV&#10;tVqnHmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOqoPyYHQvAoLSH8gAAhHuAAIYNuhGzPnfAtPiv&#10;OWi3r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCYLQvxoB2IEwAAhGGAAHtuyzFy/W2ZxbZzN19Y&#10;wH9zmlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNvsE13iQAAgySAAHtoykB6iG2rxMJ6EV9ev2t5&#10;2VBwukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98RgAAgyKAAHtyyRKB2W2Xw56A2F9Hvj2AD1BO&#10;uQt/oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAAgyGAAHtwx+iJFG19wnOHnl8XvRGGZ1Alt9SF&#10;hUBeswGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+AAHtbxuyQZW1lwXCOgF7+vASM6FACtsKLpUBP&#10;sd+Kzy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5xiWX5G1UwJqVkF73ux+TjlADtdWR9kBPsO6Q&#10;7C9hrNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSfdW1Hv+qcs173umCaR1AKtQyYZkBbsCWXXS95&#10;rACXeRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/v1uj/V78ucGhLFAWtGGfFEBnr3WeWS+Nq1ac&#10;0xx4qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGrk18JuTioW1Aqs8ymM0CFrtekzi+5qrCgRRyz&#10;qDGTZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmAeB90zKIqeOp1r4okebJ2oXFjen93o1eGe094&#10;nzsvfDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx95aDLd2V9yojdeEt9zXAueTN95FZbehV9+ToH&#10;eu9+EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9GdgqF/Yd+dwiFEW7zeAaEQlU+ePaDeTj5ecSC&#10;xBPEedWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGOTIYRdeaMdm2ydvaKwlQqd/KJITf+eLKHtxKU&#10;eIuF7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSudOWT+Gx8dgeRaVMjdwuO+jcVd7uM/hGPd3GJ&#10;P91sb5isDcfZcLSnurGqccujf5rbcuifeoN3dA+btGtYdTWYM1IudkGVDzZCduGSxRC0doSLS9xO&#10;buu3jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpydIqfTFFadZSbdTWPdiWZJQ/+db+K0Ntvbm3D&#10;HsXlb4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2mtlCvdQmiezT0dYWetQ9qdR+KbNrLbhvOxsVE&#10;bynH5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAKdI6qSTRjdP2jKA70dJ+KHNYVfw5xtsHlfxBy&#10;yqz0fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894CDSagFl5Bw9YgfJ5PNSMfVF8f8CyfXN8eqvO&#10;fZd8fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQfxJ9cg5BgEh9g9MAe9KHUL8HfAKGQqpBfDOF&#10;RJSBfHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2CJQ1MftKBg9FueoaSGL1leryQGaiheveOMJMN&#10;e0CMaXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4fY2E/M/zeXKc6bvveaqaC6ctee2XQZGkej+U&#10;mHtmeqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH886zeJun0rqzeNSkH6XyeRWgcZByeWqc5npK&#10;edaZkWNWelOWhEs+esyT5jAhexWSggspe42Hi82ud/Gy07mweCquTqTqeGWpv49seLmlVHlaeSyh&#10;NGKFea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O98bjjd6q4oKQQd9yzNY6LeCet63iBeJupCWHE&#10;eSekt0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhKd1HDI6Nfd3e84I3Ld7W2wnfIeCSxL2EgeLCs&#10;e0lUeSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNxvqCShnJy2owbhdFz7na3hUd1C2BchNx2NUi0&#10;hJ53VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9zhQx7G4sHhHV7V3Wqg/l7p19bg5x8CUe6g2h8&#10;aSzYg7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7ODconZgyyC0nSHgrqCVF5RgmuB80bHgkSBnyv7&#10;goWBbgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hxggCKfHNCgaiJNl01gWuIEkXVgUqHEyssgXiG&#10;fgcUgfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWSUXIbgLCQLVw1gISOVEUAgGiMvCp4gISMCQaj&#10;gOaEfcAwge2jvq24gUCglppXgKudZIYUgDiaRXEcf+eXWltRf7aUwkREf6GStCnXf7CSEwZEf/6E&#10;Pb9EgUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0SeuFqSfxibgkOmfvaZIilRfviXQgX2fz+ECL6Q&#10;gM642qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnYfpWiqUMMfnegcCjffl6bggW2fqOD3L4UgHjD&#10;wauCf9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCqc0KTfgenMCh5feabXgWDfiaDurdckVdvsaY1&#10;j55w7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDvieB2pCaBijt3gQMqiiR5vbZYj+F5U6VDjkd5&#10;npMejNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7mCWyiPp79ALbiIR9abVJjouC6qQMjQKCXZID&#10;i5KB037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6h86AuAKVhxaAorQsjU2MlaLUi8uLPpC2imqJ&#10;6H25iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF5gJZhdmBlrMFjEuWSaHCisuUOI+ciW+SLXyL&#10;iDqQN2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIlhMqBc7IGi4WgH6C+igmdWY6YiKyaj3uSh3mX&#10;2mfKhnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WBVrE1iumqDp/riXGmlo3AiA+jDXq8htmfnWcF&#10;hdWce1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCSinK0J59AiP6wAo0Jh5arvnoChlanl2ZRhVCj&#10;4VHGhIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+i568iKq5woxuhzu0xnldhe+v7mW5hOKrwFFE&#10;hBOo5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiOmHNwQYelljxxaXWwlDxyjGK1kmhzt06SkNV0&#10;5zjUj8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14gIbXlQ543XTkkw15R2HrkTt5xU3Qj6x6UDgZ&#10;jpV6zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXpk9uAZXPtkeWAHGEFkB1/8U0Bjph/3zdjjYF/&#10;1h13jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseIDXL2kM2HD2AbjxOGQUw5jZaFlTbAjH6FGxz8&#10;jN2FZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2j9yOM19GjhaMs0t+jKWLfTYqi4yKrhyPi9CK&#10;4wAAhTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqVhl53jVqTaErKi9+RrjWYisWQxxwjivKPkQAA&#10;hE+AAKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3JjMOaU0o2i0aYPzUlihaXlBvRiiySzwAAg5WA&#10;AKLxlGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjEShikmmis+fZDS0iZid2RuLiYeSnwAAgv2AAKKK&#10;lBa5mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3imCnSDRSiTCi1xs3iRiSZwAAgoSAAJpSpNtu&#10;hIs8obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690PzBylmV1KBX/mE11KAAAhiB+aZmyo7t3Loq0&#10;oKR3hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/qlSp57RWmltR53AAAhQCAAJkLooZ/wYnqn31/&#10;XnoKnJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+6BVUlXh/CAAAhASAAJhKoWWISokNnmOHRHkY&#10;m4aGU2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUHlD6EgAAAgyiAAJd+oHyQ3YhDnXyPQnhHmqGN&#10;vWd0l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJQAAAgmyAAJbXn7CZq4eXnLmXeneXmd+VV2bJ&#10;ly+TU1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAAgc6AAJZGnxyij4cYnCifz3cVmUSdDWY5loqa&#10;dFSdlBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuAAJXOnrGrl4adm72oTnaSmNKk+WW2lg6h11Qe&#10;k5WfUUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1nmK08IY7m2uxKXYimHitRmVBlaqprlO0kyqn&#10;DkEvkRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRuAH5Xq3tvF29dqANwL195pMBxS06MobtyaDxB&#10;nzdzdyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4Gqnp2jm8Apu128l8ao5V3bE4roIN3+zvonfR4&#10;jCeEnJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9/258pcJ9u16Loml9ok2nn1Z9qDt5nMd9xicz&#10;m1d93g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23DpKuEol3roU2D+U0RnkODgTsAm7SDNibgmjWD&#10;LQ0/m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GLtF1BoGKKgUyJnUyJiTqNmsGI7CaUmTGI/w0/&#10;mlyHPQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6n6GROUwJnIWP0Toymd2O9CZbmD+PWw1CmSeI&#10;9wAAgACAAImoqZ6fIHtApficq2wmomSaRlxInv2YGEuhm96WXDnjmS6VhiY2l16U3A1KmBGI/AAA&#10;gACAAIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tKmzmdOTmKmJmcrCXzlsuZcg1KlzmI/AAAgACA&#10;AIkDqOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk+jlOmB+ixCXIllGZjA1DlqCI9wAAgACAAH9y&#10;uf9tbHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMBp5NyeB67ptFywQW9pz9zbQAAgACAAH8zuR91&#10;UHHHtMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3dR7EpTB3kgYgpSF4xQAAgACAAH75t/F8/nFv&#10;s598nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65o7V8oQZyozZ9owAAgACAAH6qtr+EknEFsnGD&#10;sGLGrj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKCFga2oX+B5AAAgACAAH5Mtb+MOHCksXKK4WJb&#10;rT6JsFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbxn/qEsQAAgACAAH3wtP6UBnBPsK2SQGIIrHGQ&#10;l1MCqGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE0gAAgACAAH2ftGmb5nALsBKZtmHGq8mXmVK+&#10;p6+VxELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAAgACAAH1qs+mj5W/Yr46hUGGQqz2ezVKGpxuc&#10;qUKso1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACAAH02s5usR2/QryupVmGEqsGmXVJkpoKj60KQ&#10;oq2iwzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKvxUhs3mWlwKxttFgdvDlun0nTt+xvlTp1tAFw&#10;gSlTsTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0cGXDv7F0i1g6uwR01UnxtoZ1QDqWsnZ1vymN&#10;r392IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWqvnJ7RVgmubV6/UnWtSR69zqIsQN7EimerfJ7&#10;OBVurd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB+FfnuGqBQkmos9KAzDpmr62AlimcrIqAkBWv&#10;rDCAzAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfAt0WHtkl1sqiG2jpRrnOGUSmeq0eGSRXtqq+G&#10;kAGRpFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6OVElnsaiNIjpBrWyMXimoqiGMhRYnqViLgwHx&#10;ouqBUAAAgACAAHIwv1CY02U/umKW4FeutX+VCkljsM+TjTo/rJCSwim2qTiTBxZgqC2PIQJHobSB&#10;igAAgACAAHITvtOgYGU9ucyeGlextNWb7klksBaaOjo6q9KZtim3qH2YeRaFp02POgKNoLOBugAA&#10;gACAAHH+vnaoNmVDuVClole7tEOjKElrr3ehazpFqymgUSnQp8qcRRaopo+PUgK6n/OB2AAAgACA&#10;ANm1cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmtyo2rrd4p0G1IFeKB1gjZ6eaB2wBICenl2rde3&#10;b1d33sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnHdg56UVDrdzR61jVoeCF7PhDOeMJ6rdXibYSD&#10;HcGkbxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKAnE/ZdeWASjRsdrx/7w/Ad0F/ItQZa+qOSr/V&#10;bY6MkKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7MdLSF4jOAdXKE2w7WdfODMNJ6apSZb747bECW&#10;zKlUbdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SLqDKldEeKGA4OdNSGqNEmaYqknbzrazihI6gC&#10;bM+dqpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHgcz+Pzg1lc+OJDtAVaLmv1Lvdameriqbra/mn&#10;K5FJbYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqWFAzZcxuIsM9HaB+7FbsQacu2AaYMa1Oww5Be&#10;bNarmHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxncnmIYs65Z7zGYLqAaWHAfaVhatq6Y4+cbE20&#10;YHltbdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeIJcpaeeRri7d9emRtS6PBeuZu648Ce2hwdHlV&#10;e+5x+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jpd+h2PLZXeJF25KKkeS13g43secR4InhCel14&#10;ymGvev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA5LSuduaAh6Ecd5WALIxzeEN/6HbyePV/uWCF&#10;ea1/mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerMLdWuKM594dieI8osDduSHxHWid66Gv19feHiF&#10;0EfVeS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT9p4EdPCR2YmXdbePzXRldomN4V5Id2aMLUbt&#10;eCCKnSxseHKJigiTecyFk8MkclugwrBicyyd15zOc/Ka3ohodL6X9HNKdZeVM11LdnSSrkYbdzSQ&#10;iyu9d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj+Ydoc+6gM3JddM+crFx9dbGZdkVqdmmW0Sss&#10;doeVVwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaOc0Sok3GHdCakTVu9dRGgjETOdcmdwCqudcea&#10;Iwd4d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6xHnDVc5msK1sedISoCEQ7dTulECoqdSOcggc7&#10;dvaE5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8gblxTVpwgbhy2UOAgd10RykEgoF1UwU8g7t2&#10;jbpMgL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ33VlwgFB4pkKTgHh5WigugPx5yATIggx60rkc&#10;fw5+zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5fvh+jUG6fyd+kiduf45+fARigJF+kre8fZSI&#10;1aZcfYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyEmEDMff+D9iaofkSDhAQJf0iB1LZtfFmS4aUL&#10;fFCROJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+fPSJkCX/fRiJBgO+fi+CiLVVe2KdDKPze16a&#10;o5Goe16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmPdSVofA+PAAN+fUGCXLR1ep6nSaMNep2kJpC8&#10;epmg1X2KeqediGmgetSadVTOexKXvz6sez6VxiTseyqUIANJfH2CObPMeguxoKJYegytxo/4ef+p&#10;r3zCegSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqYUgMee92CHLNceae8IKHSeae3mI9WeY2yvnwU&#10;eYOt6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8e16CBKzYi71p2pz5ioBru4v9iX5tcHnAiKlv&#10;CGZph/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3JKvzigJzZZwHiPh0VYruiAx1Mni5hz92CGVx&#10;ho124lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7FarwiGp825rVh3t8+YnZhph9C3edhdp9IWRxhTR9&#10;RlAphLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaGWpmkhg+Ft4iQhT6FAHaLhIaEU2N5g+2Dw09c&#10;g3mDSTmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iYhOCOioeDhBeNInVig2eLtmJvgtaKZE5rgnWJ&#10;SjjhgjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qXfoaBgzCVXHRvgoCTM2GMgfGRME2qgYaPeDhF&#10;gUWOUh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWtgnadrHOZgcKaymDEgTeYJk0AgM2V8jfHgHaU&#10;uh5RgGySVwAAgACAAKZKg4+tCJYjgr6puoT4geemJnLhgSaijGASgJefVkxTgDmc2Tc3f9+btR34&#10;f6eURAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8gKmqoF98gBCm70vXf6+kejbNf1iheR2efw2U&#10;BwAAgACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANualyNjrBv9kkPjZ1xdDPWjRByshmHjqJy9gAA&#10;gxZ6vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvEjVh1+UhVjEV22TMoi613ihj9jQB3gwAAgaF+&#10;H50YkhN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18GEeOiwF8XzJ+imN8kRh+i3x8bAAAgFqAAJwZ&#10;kLeEK4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbOidOCCTHliTCBzRgRihKB2QAAgACAAJsmj4SN&#10;LIwAjeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H3DFZiBeHUBewiMaHWAAAgACAAJpSjqCWUYs/&#10;jQaUmHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDLhymNTRdJh6yMBQAAgACAAJmkje+fgoqHjFqd&#10;MHp5is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT9Bb/hrKPjQAAgACAAJkcjWiozIn1i9il6Xnc&#10;ikSizWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+heGPYQAAgACAAJi9jQiyVomEi3uu8XlWidyr&#10;OWhOiFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiPKAAAgACAAJDYnuFozILXnExqjXPfmgJsNGPE&#10;l+9txVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAAgAB90JBAnY1xY4JImxByUXM8mMNzOmMmlqN0&#10;IlHwlLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACAAI+YnCF52YF1mbp6EnJ9l216TWJglVN6lVE9&#10;k2p66T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7PmsyCPYCSmG6B23GEli2BeWGQlBOBJlB7kjeA&#10;6j4qkLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSKqH/Gl1mJuXC0lR2Ix2C0kweH3k/WkRyHDD2b&#10;j6CGeil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38XlniRy3ABlDyQQGAKkh+Ouk8zkDONYD0ljp+M&#10;aikijbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z+G+Ck4mX1F96kWCVuU6ej3WT8TyljeKSzSjP&#10;jNiSxQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28AkwOfk172kM2c8U4djtya1DwmjU+Z3ChrjDiY&#10;Gg9LjKyKVwAAgACAAIwBlz2txH3DlPSq3G6RkpqnqF6CkFakkU20jluiUTvPjMag9Sgfi6+bIQ8c&#10;i/mKNwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFjioHhs/kiLng5ucjaynDVvtyJem+NwWghYna9w&#10;IAAAgACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydzFkgwnKtz/jZnmsN0yyIrmkd1HgiAm3R1MQAA&#10;gACAAIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUewm1R5oDYAmWd5/iHrmMx6FQidmWd6pwAAgACA&#10;AIIApUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/aTWLmCl/XyGhl3V/WAiul4t/kwAAgACAAIFk&#10;pCWIR3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUblw+FAiFalkKFFAi8ld+D0QAAgACAAIDYo0uQ&#10;X3NooE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK8SErlSSLYgjMlGCF8wAAgACAAIBtopCYh3L3&#10;n5mWzmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEVlB6Q6Ajikw6GAgAAgACAAIAUohSg03LDnxue&#10;uWR+nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+VfwjokgCGBgAAgACAAH/RobypXHJ9nrem7GQu&#10;m6akMlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjjkTuGAgAAgACAAHa0s8Fnf2n1sDhpCFyArOVq&#10;jE4YqbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpwAgAAgACAAHZastBvUmnKryhwHVxXq6Zw+U35&#10;qFRx3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAAgACAAHYMsXx26Glgrdh3G1wCqkd3YE2gput3&#10;wz4oo+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACAAHWssB1+XWjprH1+Flt3qPN93U00pZR9wz3H&#10;opl9xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVErvSF4Wh/q1iFLlsFp8+Eh0y3pG2D8z1yoWSD&#10;jyyQnzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhONimgoqnWMclqvpuOLWExfo3mKWD0eoGiJmixf&#10;nhiJaBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfmqcGTylpupiOSQ0wYoq2Q3jzUn5qP7iwwnTuQ&#10;BxjanJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2bO1oypYaZVkvYogaXozyUnuyWtSvrnJOWdhi7&#10;m8aQuQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVoupPyg0Eu4oV2eyTx7nimd8yvrm76bkxjRmvKQ&#10;yAOslYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5ZpcEMjtAVqxjQqsOhr9CMfrz5sog4hsUhr4wAA&#10;nwRzsAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENFsndwbjRbry5xMSNzrUpxnA61ruhw5gAAncB4&#10;KQAAgACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12GTRRrZB2fCORq4h2rg8crMh2JgAAnIl8IgAA&#10;gACAAGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQtrBR78COTqfJ7+A9nquJ72AAAm2h/oQAAgACA&#10;AGl6ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreBmiOUqIWBng+pqTCBrgAAmmyAAAAAgACAAGlO&#10;uTyKu10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOdpzqHwA/mp6uGuAAAmZCAAAAAgACAAGkpuH+R&#10;/l0UtEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKORRAiplmK6QAAmN+AAAAAgACAAGkNt/OZWV0X&#10;s56X5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/pVmK/AAAmEiAAAAAgACAAGj6t4+g610jsxOf&#10;SVBRrrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOLDAAAl7KAAAAAgACAAM1QbG1mRLnnbjBodaXT&#10;b9hqkJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGtdqlz1g3HeDFztstcae5xVLhYa+dyZ6RtbbZz&#10;d4+fb2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4VQzmdnR35cmIZ8l8YLaRadx8XKLha8t8X44m&#10;bZl8fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwhdO58g8e7ZeKHULTCaAqGUKEbaguFYIyaa/KE&#10;h3cqbc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uAuMYYZEaSNLMpZnyQVJ+DaI2OfosPaoOMu3XX&#10;bG6LF1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTFYwCdIbHdZT+acJ44Z1WXtYnKaVOVCnSma0eS&#10;hV6lbSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2oE7DUZECkl50qZlWg+oi7aFSda3OpalKaE13I&#10;bDOW/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbANY3+uxJxTZY2qTIfbZ4Wl23LKaYShuFz/a22e&#10;BUYkbOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq455uyZPizk4clZuKuTnIXaNqpc1xdasKlPkWL&#10;bDeiPivGbACcqAltcBKGX76vdI5lYK0EdYJnvppsdnFp74a+d1pr/XIPeEJt+1xaeSxv7kVTeg9x&#10;uysDet9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVycIW2dXZzmHEOdnN0vVtqd3F130R2eF125Co4&#10;eQV3kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/c7Z7Qm/BdM97lVpEdeR77ENzdtZ8MilYd058&#10;PwZ6edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC/m54c0+CgFkndHiCDkKFdW6BnyiRdbeBLgYP&#10;eIWAMbiubNGPKacnbjKNw5S/b3yMUIFscLiK321GcfeJhFgaczSIUkGodC2HOyfedESGeQW0d2SD&#10;bLd4a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQr1cpchaOt0DicxONEic+cvuMVgVndt6Dp7aC&#10;apukFKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZgcS6VVkA+ch+TOCa8cd6SIwUnd0qDfLXLad+u&#10;l6Q+a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6cNz+mcV2Z8yZJcOqW4gT0d6GDWbVWaWK5JKO4&#10;asm0t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8YcK6hDSXHcBWZiwTKd+eDPbBwfP9krKBNfR1n&#10;HY8RfVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVxDyQAf6tyJgH3gWd0Aa9TetFuoJ8zeydwE43f&#10;e3pxaHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSNDfcl2nwG2f654ca4deNV4kZ3geU15GYy+ebZ5&#10;kXpLeiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7VAF9fit8V6y4dxCCZ5xzd5iCJYs3eBaBz3j6&#10;eJaBcmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFLfdF/uqtmdZeMQJsgdiqLQInldrSKJXexdz+J&#10;AGScd9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiAw6pPdGmWMpoJdQOUeIjRdZGSlnakdiOQqWOh&#10;dsGO1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lwc3igL5kldBedvofqdKObFnXBdTWYZWLMddqV&#10;4k7bdoCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGqOZhzc2KnFocrc+ijrHT/dHKgOWIOdRidE04r&#10;dceaeDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfwcuKwioaPc1usYnRac9eoOGFzdHakgU2ldSKh&#10;sDh8dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZmiYOXhJxownI/hEdq0V+4hAtsykvxg/JurDaB&#10;hCBwSBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKAguhwbXE1gp9xvl7DgmtzBEsXglp0OzXAgn11&#10;OBvIg291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4K3ASgQN4wF3AgN55VUo4gNd55DUFgPN6Txs3&#10;gZp6LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28Tf3l/3lzbf2R/wkmAf2Z/rTR4f35/lBrKf+F/&#10;VwAAgACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuHHVvWfh6GSkiRfjKFmTOyfkKFDRo5flmFDAAA&#10;gACAAJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1fQ6M+EfXfRmLsTMcfSSK3RnHfPuKZgAAgACA&#10;AJx9fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6TyUc0fDiSCjKlfCuRJhlxe8eO2QAAgACAAJvl&#10;e/ul84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaPe4OYwzIfe22X+RkgesSQ/QAAgACAAJt9e3+v&#10;n4w5e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCgGjGvesadnxi4efKQtwAAgACAAJTRjwxjkoby&#10;jZ1l8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52iilvRxPIjJtvFAAAgAB6QJQQjS1seoYri/dt&#10;/ncOiuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10HhNiin1zrAAAgAB9tpMxi191R4Ucik12DnYY&#10;iUh2xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMDiH94mgAAgACAAJIsibh9+4QLiLJ+JHTyh8F+&#10;NWTqhuJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+BgAAgACAAJEwiEyGzIMPh1OGV3P8hmuFw2P1&#10;hZKFHVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAAgACAAJBXhzuPvoJUhkqOsnNDhWCNd2MihIWM&#10;J1Ikg8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACAAI+ohmKYtYGahXiXF3KFhImVOWJng6mTRlFt&#10;gvKRij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8ghbyhvoEJhNmflnHpg+GdG2HMgvSai1DVgjeY&#10;Wj65gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq94CXhGWoV3Fjg2KlRWE/gmKiIVBYgZefmD5W&#10;gQqeZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpplphlWWxElONneFzhk2RpckxJkg9rTTo2kSBs&#10;9SXZkThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9tAmuZk2luZ1xFkdtvv0u8kHtxBjm+j4FyJyV4&#10;j3ZyyAsukRhyRQAAgACAAIYglUhz23juk4h0pWrSkdl1ZFt7kFF2HksMjvV21Dkujfp3dCUOjdR3&#10;uwscjsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18c1qmjtp8l0pLjYx8wDiRjJR85SScjFh85gsB&#10;jLx9DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnGjZqDMUmojEGCyTgFi1GChyQ4iv6CZwrtivGB&#10;7gAAgACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ60kGiy6I/TeciiWIWyPricCIawrZiWeGFAAA&#10;gACAAIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhrik2PaDcUiUKOmCOeiLKOxgrGiB2HSQAAgACA&#10;AIKxj9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOWGjaPiIyVayM0h+mUFQq2hxCHPgAAgACAAIJa&#10;j2SmhHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8h+WccCLuhzmXngqVhkaHKAAAgACAAHqQoqVi&#10;cG4ToCZklWCrne5moFIgm+doikJYmh5qTjDimP5rwxyBmcFsPwPfmKFsvgAAgAB/0Hn8oUFqe22g&#10;nsxr4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxml89xBwQglhBx0gAAgACAAHlrn6JyWGzunUJz&#10;IV+dmvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1+wRSk8V3TQAAgACAAHjEnhB6HWwym7t6YV7N&#10;mXh6nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0kcB8TAAAgACAAHgbnL+B72uImnKBuV4emDWB&#10;dk/IlhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2AnQAAgACAAHeGm7qJ32r6mXOJOF2TlzCIdU86&#10;lQmHrT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAAgACAAHcRmt2R12qAmJ6QxF0VlliPhk66lCuO&#10;SD9tkkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACAAHazmkWZ62pLmAaYg1zdla6Wy05zk2GVDD8e&#10;kWWT1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZrmdaiK2oCl42ge1yLlSeeXE4cksycRD7SkMSb&#10;GS4nj0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlhk2IDql1jklU6p7dlg0dppTtnVzhNox1o9yc2&#10;ohdqGxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6qRtqj1T9pkZr4UdAo6BtKjg3oWBuUyc/oDFv&#10;GxJxoi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nxc1SYpLRyN0beogNzATftn7lzuicbnnJ0LhKS&#10;oBNzmAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9oyx4nEZqoHp47zeJnjN5QSbdnNx5bBKXnjJ4&#10;9QAAlDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/K0XjnyZ/BDcxnNB+9Cadm3B+8hKSnIZ+4wAA&#10;kuiAAAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWFnguFUDbYm6uE5SZvmiiE1RKSmwOEuAAAkcaA&#10;AAAAgACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6LuzaGmryLGyY7mSWLShKlmaiJoQAAkNuAAAAA&#10;gACAAGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZAmfSRsyXpmGGRvBKCmK2MgwAAkCeAAAAAgACA&#10;AGrwpKGd419WoaScqFKZnpia90TYm6KZVjYzmReYzyX8l2qW5xKql6mMngALj4qACAAAgACAAGGz&#10;uHxgiVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRySrURnuAhcrqRnawAAk1hy2AAAgACAAGEwt5Fn&#10;21XHtE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwpsugjxrAlsaQAAkhd3bgAAgACAAGDqtgtu7FV3&#10;sr9vkkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlcqaVxnQAAkOF7gAAAgACAAGCqtGR12FUlsRp2&#10;GUj9rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3OAAAj79/FgAAgACAAGBosvV80lTpr6x8v0i+&#10;rF18rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAAjsGAAAAAgACAAGAusdqD8VTHroGDl0ijqySD&#10;Kjubp/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOAAAAAgACAAF/9sPyLFFS1rY2KfUiYqh+JvDuL&#10;puGJCC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAAgACAAF/ZsFeSRlSyrMuRfkiYqUiQdjuFpfmP&#10;iS1Lo0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACAAF/Br92ZoFS7rCyYvUijqJGXgTuHpTSWhC1S&#10;om2WLR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMETZxVf7a7TaTlitJvtaz5lYIgibSRn7nNpbvhq&#10;aV23cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq0a1LZopshZqOaL9uLIboatJvy3JGbM9xYFyo&#10;brFy60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uGZCB2TpkHZn1284VzaLN3pXD4atJ4XFuBbNB5&#10;EUTKbnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWAD5dDZGx/yIPuZsF/jW+XaQF/aVpSaxh/TUPP&#10;bL5/KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWyYqaItYJpZQyHl25SZ2KGjlk1aZCFp0LnazmE&#10;zSmJaxmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2RtYExY6KPtm0tZgON1Fg8aDeMHUIaaeOKoCjl&#10;aX6JsQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAxYnCX3mw9ZN6VMVdqZxqSwEFxaLuQryhgaBeP&#10;ygd8c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXagCGtuY+ecmVatZiyZj0DWZ8mXJyfsZuKVIgdE&#10;c7iE6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrPYx2kA1YfZWCgfkBNZvCeHyduZciZXwcYdAOE&#10;zLM3buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p7VXpdYFsTT+8dqRudyYCd1pv/AQyewlxErHC&#10;bCxpq6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UOc3hyMj74dKBzmiVXdQ90eAPheXJ1ybAxabVz&#10;9J/Na3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4Lj3+csl43CSHcuZ5JgOZeet6Rq6SZ4J+H54m&#10;aWZ+LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0ccRd+PCPScOF+EANbelN+K60QZZ+IR5yzZ5iH&#10;i4tsaWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KDxyMwbwaDUwMmeq2BgqvWZBiSfZuAZh+Q/IpB&#10;Z/qPWXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKgbV2JHwL6evmCA6rcYtyctZqJZOyacolLZsuX&#10;/ncfaJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO3ALVezeB6qojYeym7ZnMY/6j6YiEZdmgqHZW&#10;Z5+dYmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3e2qB1qmtYUWxH5lGY1StW4foZSKpTXWxZtyl&#10;RWLFaKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OBxaWkdxVew5Z6d69huoY0eFxkdHSneRRm+2Hw&#10;edNpZ04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4dHlojZVadVRqjoUBdiVsaXOLdvZuJ2Dud8tv&#10;1U0ieKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdyUJQCcx9zboPkdA50dHJodPh1Zl/sdeB2U0xG&#10;dsd3NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KNcRd8T4JYch98jHEZcx58uV64dCV86Us8dR59&#10;GDY1ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qFO4EIcHWEt2/UcYOEH120cpSDkEpVc5+DFzV8&#10;dE2CrRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4bxOM927NcCyLnVy9cUWKVUmNckyJNjTbcvKI&#10;YxvvccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6VP23wbwuTJ1vucC6RNEjccTePiDRZccWOcRuQ&#10;cF2NWAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01bh2avFs2b0KYK0gwcFKWGTPRcNSVHxs6bzWR&#10;egAAgACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+ia1qlbn2fTUe1b4qdAzNWb/+beBrEbkeSGQAA&#10;gACAAJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljYf9do1UXGgC5rDTDlgL5s3ha1gj1tNAAAgAB2&#10;XJdTfRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu/kT7fkFwjzA5fr1xyRY2f7NxuwAAgAB6Z5Y5&#10;etdwvogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQvfHB2KS+XfNt22BXFfUh2hQAAgAB985UFeMR5&#10;54a8eSp6cneXeYV622d5eeF7OVYQek57jkNxesB73C8Jext8ChVmex17pgAAgACAAJPTdweDDoWu&#10;d3+C83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5XeZKBdhTpeU2BUwAAgACAAJLUdaSMS4SpdiaL&#10;h3WEdpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCHLRSBd8aGpgAAgACAAJIHdIKViYPbdQyUI3S3&#10;dX2SfGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5dn6LFgAAgACAAJFqc6CezIM3dDCcynQLdJ6a&#10;eGPndQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeNfgAAgACAAJD9cv2oHIK6c4+linN9c/Sik2NV&#10;dFGfj1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAAgACAAIssiH5d8H4Rh61gx2/Thx1jamBHhrhl&#10;2090hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB504pRhjRmrX06haRotW7shS1qml9zhM5sYk66&#10;hIpuDzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIlehAdvU3wdg6Rwo23tg0Jx2153gvNy+k3fgrt0&#10;CzvYgrF0+iezgvd1hw2eg+d07wAAgACAAIhPghR36Hr6gcV4l2y4gXh5Kl2EgTJ5qE0AgQ16Hjsj&#10;gQd6gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9gBuAo2vCf9+AllyLf6aAbkxnf3uASTqof32A&#10;LSbcf46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI02sCfpuII1vCfl6HVkuNfjeGlzn9fiyGCSZR&#10;fiSF2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpHfY2Pt1sNfU6OUErcfSmNDzlmfRaMLCX1fOOM&#10;OgzqfTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeXX1p5fG+VYkpJfEaTsjjTfDSSsSWCe+aSSgzL&#10;fCeIpgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2e7ycsUnWe4earDh2e2uZ4CUmewyXIwyKe1+I&#10;egAAgACAAH5DkfldZnHakJFgGmRpj3FiplW6joNlB0W+jcNnOTQfjXJpGx/SjlZqFwZOjplqFAAA&#10;gAB8y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2i9xs5TO1i31uRR+OjCdu4AZqi/Zu8AAAgAB/&#10;3nyujddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1yozMuialzhh82iiNzzAZ3iZ90KwAAgACAAHvJ&#10;i+116W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKjh/Z45x7diEZ47QZ8h5J5vwAAgACAAHrpikp+&#10;BW54iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+dx6dhox+YwaMhcZ+rwAAgACAAHoiiPqGRG25&#10;iBaF+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5uhPmEOwaRhDyC2wAAgACAAHmDh/SOjG06hxqN&#10;zl/jhieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OKiQaLgvOEbAAAgACAAHkEhyqW3Wy5hlSVsV9d&#10;hVmUJ1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJgeWEawAAgACAAHiihpKfTWxShb6dy17qhLib&#10;xlCCg6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSEYwAAgACAAHGvm9hcsmXxmfdfQlk7mGBhtEtO&#10;lvxj+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAAgAB/SnD3mg5kjGVnmEdmb1i0lqJoQErhlSNp&#10;+Du2k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACAAHBPmBNsQmSilmptjlgOlMtuzEo/k01v+zs0&#10;khFxCSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+TljFz42PRlJZ0rVcrkwd1ZUmNkY92EjqZkFt2&#10;qCnlj8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7kGMXkwx74lZxkYJ8HUjQkAl8QzoSjs98Zyl1&#10;jjF8fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8kdaDPlXckEiC+0g7jsqCoTmEjYaCVikwjL6C&#10;NxV2jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWKoVVUj0WJ5Eezjb+JFTkGjHaIdijPi52IURV1&#10;i+OIBAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUSjnmRAUdpjNOPsTi8i3SO0yhwip6PBBUZiseM&#10;oAEahtGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSYX0cQjCCWsThyirGV0Sg5icWVJxT8icmOMAEn&#10;hgOAyAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCroFtijTHynwVkaCDnnxNligv7obtlGgAAjZRt&#10;0gAAgACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnntoVjHSnP9pvyDznNVqigxPnvpp/QAAi/tyzAAA&#10;gACAAGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/mxFvGiDQmsFvlQx9nGxvBgAAint3ogAAgACA&#10;AGOdoQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0jSCQmN50wwyOmhl0VQAAiRR75QAAgACAAGMO&#10;n2548FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBNly16MQyOmAF6KgAAh9F/nAAAgACAAGKQniyA&#10;VldxnBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/+AyVlh6AEQAAhrSAAAAAgACAAGImnS2Hv1cZ&#10;mxiHeUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAyslHSFDQAAhc6AAAAAgACAAGHVnF6PK1bMmkqO&#10;m0rTmByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWIegAAhSGAAAAAgACAAGGVm8uWzVa/ma6WJErF&#10;l2yU7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAAhJyAAAAAgACAAFkjsa1aZE4ar1JcjUJkrRle&#10;qjWcqxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx/QAAgACAAFhwsGdhfU26reJjG0Ijq2pkuTV/&#10;qS5mOic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAAgACAAFgIrpJoaE1KrAtpkEHQqYlqtDU4pzhr&#10;zicYpaxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACAAFeurKdvOkzfqiZv/UFXp6hwuTTnpVVxbSbf&#10;o7xx7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdSqv12HEyKqIJ2ikEEpf926jSKo6Z3Mya6ofV3&#10;bRYJol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19I0xQpyp9SkDVpJ19TjReojd9PyaSoHR9MxYb&#10;oJd9FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwpphKEFkC5o3WDxzRBoQKDbCZ0nzSDRxYdny2D&#10;hwU+myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK/UCqooOKZzQyn/6JzyZdniGJyhX/nhGJNgVN&#10;mauDlgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCnobqRVTQunyOQpCZnnS+QmRYmnPaN5AVqmHCD&#10;qQAAgYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9gN3+GaHFjTGveap9mRlcobK5pJUEqbmJrzyfr&#10;btpt3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5LZa5rEGq6aA1tKFYeakBvLkA1a/xxBicYbBJy&#10;XgZjdTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZyzmluZax0DVT7Z/51Qz8+abt2ViZRaWV3CgYX&#10;dbV4Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gUY397AVPUZep7az5OZ6h7xCWXZt176wXVdiR8&#10;mq2+VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyCCFLIZBGBrz12ZcqBWCTyZISBEQWddoOAbaxS&#10;U3aOZpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHnYnCICjy+ZCWHGSRiYnWGnQVudtODpqstUc+Y&#10;1ZrqVViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSOhTwpYriNDCPwYMiMogVGdxaDkapQUISjNpoe&#10;VBugQ4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjucYYqTViOOX2yR7AUmd0yDe6nBT5itdZmSUzSp&#10;oIh4VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+aBSMiXkWWHgUNd3eDaqgXaNtZSZhjaqlcr4fP&#10;bGtf5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDocvFszAFMfc9u86aBZYhjd5c0Z6Vl5Ia9aZpo&#10;MXUta3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJxTAEufgFzx6TeYohtjpV/ZNlvDoU3ZvtweHO4&#10;aP9x1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEUfi14ZaM0X9d3iJPVYlB4MIOWZJR4x3JfZrh5&#10;UV/+aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8ZqGoXX+BfZJgYBmBXYItYnyBJnD+ZLiA4l7o&#10;ZuGApEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBjW5CLe5ErXkKKloEJYLiJkm/pYwmIg13mZUCH&#10;gkrJZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmVdJAyXLyTzIAaXz6R+28GYZuQJF0RY+KOb0oT&#10;ZdyM8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9zW4ic939ZXg2aW25KYGyXv1xaYriVYUloZLmT&#10;aTU3ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWmDH7DXSOip22yX3ufTlvQYcScWEj1Y8KaBzTD&#10;ZKKY5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1ncvFfkGy8dBtijFrhdURlZEfBdmdoEzLyd2hq&#10;YBled81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFnaWujcYxpoVnlctFrvkbmdAdtujI4dPVvYBjS&#10;dMlv3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqFbyZwxljucINyKEYYcclzdDGZcqV0fBhjciZ0&#10;kwAAgAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3+Ve+bmx4o0UWb8J5QTDHcIl5txfKb+x5jAAA&#10;gAB+cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbGbIh/LEQ5be1/KDAabp5/HhdSbgZ+8AAAgACA&#10;AJR7Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2FzEN/bE6FKy+IbOeEvxbpbHKEwAAAgACAAJOP&#10;YmKSEoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULWavSLVi8Va2qKrBadayOJxwAAgACAAJLeYS6b&#10;iYSyYzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKRsi6Tai6RJRZWahWN5QAAgACAAJJmYE2k84Qu&#10;Yl2iZ3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4iaRiXYBXlaUyOzgAAgACAAI58eOdYsYEneVJc&#10;CXK3eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVpWxDeflBpYAAAgAB2CY1SdeFhuoAQdplkQHGc&#10;d1Jmm2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCIe4Vt9gAAgAB6H4wdcxtqtX69dAlseXB7dONu&#10;HWDldbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRByywAAgAB9tYrVcJNzsn1rcah0wG8pcqF1rV/o&#10;c412h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAAgACAAImTbmt8rnxQb5l9Fm4LcKl9V164caV9&#10;ek5dcp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACAAIiJbKSFtntHbeOFem0Obv+FDF3HcAmEgk1/&#10;cQeD/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIeyayyOunp1bHmN3mxBbZyMw10CbquLkUzGb7CK&#10;eztIcH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKXuXnNa1iWRGuVbHyUgVxdbYmSqUwjbo6RDzqq&#10;b1uP9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lPan+etGsKa56cUVvQbKGZ3kunbZ2X0jpFbl+W&#10;ricVbgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhbl2fGgVpeoVjsgX1hd0jBgbhkGzcDgidmcSLR&#10;gx1n+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bUfu1ltVgXfx5n50gLf2Bp8jZwf8pruSJngIRs&#10;yQjfgelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds2FcZfNxuZkcyfS1v2DW+fZZxEyHmfhhxtgjF&#10;f4ZxmwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYuert090ZbeyB10zUXe4d2iCF0e9R20AiyfXB3&#10;CwAAgACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7mUW0eT974TSLeal8GyEZecB8IAiqe6F8lgAA&#10;gACAAHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETld6yCEDPyeAKB3yCfd+OB1QiDeh+BXAAAgACA&#10;AHvLdHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliIXTNcdqCH2SBKdjuIDwhyeNiFVQAAgACAAHsx&#10;c1KT8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLLdXqOKx/cdOCODQhjd86FqwAAgACAAHq+cnic&#10;fG5Xcyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqVEh+Bc7aS1ggsdwqFhgAAgACAAHVOirdX2mmA&#10;ifta8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/ivll8wH1ihRnGAAAgAB8X3RYiBtf52izh5li&#10;U1vohy5knk34htlmxT6phqtouS2OhuJqSxlPiDBquwIsh2xr+gAAgAB/g3NqhZFn52eshT5ps1sL&#10;hOlrZk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJOhRNxNgAAgACAAHJwgz9v32ahgwhxGVn2gsdy&#10;OExKgoxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2zQAAgACAAHF9gUJ34GW5gR14kVkOgOp5Iktd&#10;gLd5mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAAgACAAHCmf5B/8mTvf3+AI1hSf1WAJ0q1fyGA&#10;DDwHfvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACAAG/2fjmIC2RhfjqHxlfPfg2HPUorfcqGlDty&#10;fZuGCyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9pfSaQJGPXfS+PcldFfQCOZ0mqfLWNPDr1fHyM&#10;YCqkfFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOYS2NqfGCXQlbTfCyVv0k7e9aUIjqXe42TEipb&#10;e0mS/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Qk0hZ91GuklVcxURRkZVfYjV5kSVhsCRykaJj&#10;VQ9PlIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg/VEJkCFjOEPMj1FlTjUXjsxnHyQ+jxxoWw9p&#10;kW1n+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQjedprUMcjRtrPTSNjJFslSPijMJtbg9ejoJs&#10;6QAAhF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lwKkJliwVxPDPsioByICNviphynQ83i89yDgAA&#10;grx4mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGeiS53UDNmiJ93yCMDiKJ3/Q8MiVN3lAAAgU58&#10;5QAAgACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599jTLehwR9mSLZhsx9ow8LhxJ9tQAAgBuAAAAA&#10;gACAAGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJahbCDiiKAhViDiQ8zhSGDRwAAgACAAAAAgACA&#10;AGPeh4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJsCI2hAaKAQ7lg6CH8gAAgACAAAAAgACAAGN8&#10;hrGUGVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiICgu2QKg7bgl2KCwAAgACAAAAAgACAAFzgnvFV&#10;31JCnVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81guAaEnEphBAAAg6NtSQAAgACAAFwGnN1dHVGs&#10;m1lfVUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbfmN1l4wAAghByMQAAgACAAFtfmoVkQ1D1mRtl&#10;/EWfl71nojkFloRpJirqlcVqVhomlodqtQcXlZxq5AAAgJd3FAAAgACAAFq2mEBrWlA4ludsnkTR&#10;lZdtzjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAAgAB7ZQAAgACAAFoMlkxygU+SlQRzW0Qwk7d0&#10;HDfGknx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/LgAAgACAAFlzlLd5yE8Gk316Q0Oxki56lTdR&#10;kOl6wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAAgACAAFjwk2uBE06Wkj6BO0NMkOqBIzbtj5eA&#10;7CkujqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACAAFiIklyIYE4vkTqIO0Lnj+aHxDaQjoaHNijc&#10;jX6HBhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3kY6P5U4JkHKPo0LDjxWOzjZvjZCN2yjijFeN&#10;whj5jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFUTUZiqJhW0jtNpw1ZPS7speRbaSCGpdlc9w6X&#10;qKNdCAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXEpsxdNzq/pR5fMi6Fo8Fg9yBbo21iKw7HpbJi&#10;BwAAnWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZjjjpBoutlGC4RoX5meSAToQdnVg7RouFnCgAA&#10;mt5p7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmkoLZrAS2hn0lsAB/Anr9skQ7GoD9sKAAAmHdv&#10;KwAAgAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVxES0rnUxxpB+MnKVx9g7AndlxjgA1lgB1CQAA&#10;gACAAAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzrm553kR9Ymtd3nA7Ym6l3XgBxk9p6VAAAgACA&#10;AAAAgACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9nh8mmV19jA7RmeV9tQCwkgl+zgAAgACAAAAA&#10;gACAAE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8KmBKD5A6qmHeDewC1kJmAewAAgACAAAAAgACA&#10;AEzxnSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOKrw7Zlx6IRADdj2eAlgAAgACAAAAAgACAAKnO&#10;WupTqZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1DhaBVllTvCad1ooyMlaXBq6QPneWdsy6fCVqNe&#10;IJgUWeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJrjTrTZudt0CJlZdhvbAPIeZxxZ6XcUsxojZZH&#10;VlVqc4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnlZBhzFSGxYrF0GQOtecp2YqP5T1Ny3ZR6UyBz&#10;2oQ8VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4eCEKYAR4+QOVefJ69aIyTEB9HZLgUEh9RIK+&#10;U/x9aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6Xcl+HQOBehR+36CwSaSHWZGLTd2GsIGRUbmF&#10;/3CdVU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SDoANwejCCK592R3GRipB4S9OQDYCeT8+Oh2/E&#10;U3+NCl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNiekiCSZ6ERaybpI+jSi6ZTH/gTj+W8G8aUf+U&#10;q11XVX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyCQp3iRF+lho8PSPCiSX9VTQmfFW6bUM6cFlzr&#10;VFOZcko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2HYiZTgI6kZGVXWH72ZpVbBm46aLdeiFxhasVh&#10;5klRbKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBddI1eYLFgZH3aYydjNW1CZX5l5luEZ7dod0iS&#10;abZq5DQXawNtARtnak1uIAAAgABy05oLWlpnWYueXUNpZnxPX/VrXGvMYn5tPFo8ZOJvCUd3Zvtw&#10;vDMraC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJyX3quXQNzh2p4X7Z0nVkIYkV1p0Z1ZHF2pDJh&#10;ZYV3dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJWmp7vWkeXT58ClgCX+p8VkWOYih8pDGtYxt8&#10;5RmwY0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD+mgVWyWDglcMXeODEkTVYCSCuTEaYPSCgRlI&#10;YaWCoQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/WVqK8lZCXCuJ1EQrXm6I5jCpXxSIUhj8YE2I&#10;SQAAgACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uSUlWdWreQk0OMXPqPLTAsXXiOfBi5XzmM7QAA&#10;gACAAJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUlWYiXSUMsW8aVjS/JXBOU+xhZXmaQdgAAgACA&#10;AJFYaaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNheEGscZhkgC11cqVnCRPRc8ZnxwAAgABx5I/K&#10;ZcNcvoJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDYbq5qGizHb5JsAhNhcOdsUgAAgAB2lY5LYipm&#10;IIDdZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tvxSw5bKVxFRMSbl1xDwAAgAB6s4y3Xuhvbn9T&#10;YWhw13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtxaet2RRKSbEd2DAAAgAB+R4tFXAx4uH3yXrV5&#10;aW+tYSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7nRI0anp7bwAAgACAAIoRWaCCCHzSXGqCB26i&#10;XvKB319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHmaPeBOwAAgACAAIkZV5mLT3vnWn2Knm3FXRiJ&#10;vF6WX3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CGQwAAgACAAIhcVfaUgnsxWO2TJ20RW5WRjl3s&#10;XgKP6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAAgACAAIfZVLqdmXqqV72bn2yCWmeZVl1eXNKX&#10;CE1FXwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACAAIUwcZJTQHhqcpZW82qlc7NaeFuldNhdyUte&#10;dfdg5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPHbdJcDnc3bzBfA2mBcIRhzlqlcc1kc0qCcwZm&#10;7TjhdCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k3XXSbAFnF2hYbYNpMlmNbu5rKUmYcEBs/zgj&#10;cV5uniSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRwaQxvN2cAarZwoViVbEBx8ki9ba5zIjd9bsx0&#10;KyQXbuF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3Y2XcaD54Ildgad14wUfPa1p5VDakbHh50yNt&#10;bDl6FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTcZht/rVZwZ9B/o0b0aVR/mDYGal9/mCL3acp/&#10;owrfcBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyHNFWuZg2GhkY9Z5iF6zVwaJOFgiKkZ6SFigrL&#10;bs+EQwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UMZJSNa0WfZh6MUDTUZwqLpSIuZdiL6QqzbeqH&#10;PAAAgACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SUYUUpZOWS1jR4Zb6SGyHJZGKRUQprbmSHCwAA&#10;gACAAHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJHfGhgHzD/fUFirhzifmxkIwSEgOlk7QAAgAB5&#10;IHezdmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l5jB0ekdn6hyIewVo8QSbfilpsgAAgAB8wHZ9&#10;cw1jl2qwdBdl1F38dQln80/8depp60C5dr9ruC/Fd31tNRwQd8tt1gSce8VuuQAAgAB/73VEcAVr&#10;32lzcTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9ylhumdLpy4gSfebF0KAAAgACAAHQTbVd0N2hL&#10;brB1Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtYce54IgSteBl5swAAgACAAHMOaxh8nmdvbI99&#10;E1rabc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9wgSYeDx+ggAAgACAAHI6aTOE+Wahar6E5FoW&#10;bAqEkUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSaeDiCgwAAgACAAHGSZ6eNRmYAaUOMsVl4apaL&#10;zUvka7CKzj0obJOKBizcbN+Juhora/aJzASZeDqDHAAAgACAAHEVZnGVjWWEaBqUjlj3aXCTIktl&#10;aoORnjy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAAgACAAGzFgtlSe2GCgs1V51VIgvRZLEfLgzlc&#10;PTjWg6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8A2uWf4RaTmCQf8FdIVRmgAdf0EcQgFViUzhD&#10;gLlkkCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqEfFNiI19vfMtkXlN2fTJmfEYufZBobjeLffhq&#10;JybqfoprZxKUf4lrPwAAgABvegAAgACAAGlteWZp+F5OegRroVJReoVtLUVLevdumDa/e2hvziZM&#10;e9twoRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011Ud5By9VFdeCVz9URReKJ00TYjeQt1jSXIeWB2&#10;AxH1efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6YlCIdh561UOadp17JTV/dv97ZCV9dx97khHX&#10;d7l7YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2dGuBxUMLdOOBjDTpdTmBYyT3dS+BZBGpddqB&#10;iQAAgACAAAAAgACAAGYScUmJmls0ck2JVU9icwGIvUKCc3SIBTRnc7uHiyRyc4mHmxFLdGqGwQAA&#10;gACAAAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20ITckuOszQLcn6OAiQvciGONhERcz+K8AAAgACA&#10;AAAAgACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va5C8ai9ddZR4IjSle+gmAjmpfKQAAgABpaQAA&#10;gAB+cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6hiO5ixh3Jiflj+Amkiqhj/QAAgABuKQAAgACA&#10;AF6fhkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRoKR1ihvVo/Qmjh1Fo6wAAgABzZAAAgACAAF2w&#10;g2hnyVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzjhCRuGAmGhGduDAAAgAB4WwAAgACAAFzGgOhv&#10;PVJOgRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5zYwlhgeNzigAAgAB8rAAAgACAAFv0fsd2xFGI&#10;fwp3hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qlaf7R5mQAAgACAAAAAgACAAFs8fPB+PVDXfU9+&#10;kkWZfW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/MwAAgACAAAAAgACAAFqse3mFy1B0e/mFzkVG&#10;fBuFeDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAAgACAAAAAgACAAFo7ekqNbFAFeteNK0TZev+M&#10;bTines2LkisnenWLSBtiedmLMglMeyqGSQAAgACAAAAAgACAAFSlltxQPUqMlfFTVT+JlU9WSjMm&#10;lQJY+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAAgACAAFOek/1XP0m8k0RZ4D7FkqdcXTKIkkRe&#10;myRnkohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACAAFLLkQxeP0jckHlgZz4Kj+xibTHYj4dkOSPk&#10;j69lhxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIAjkJlQEgGjchm8T0ojUtogTEvjOlp4SNUjQFq&#10;0BJKjpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hsVUdEi2ltljxrivdutTB0io9vniLjiopwPRH+&#10;i75v5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZiWd0XDvSiP11DS/qiIx1jyJpiGh11xHiiR91&#10;iAJFhlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7LTtYh1R7dS+AhtV7lyIEhpN7phGohuV7iwJw&#10;hIJ9VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrYhfaB1y8MhXCBpyGbhRGBphEvhRiBwwJhgxGB&#10;dQAAgACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOIvS8QhDiIFCHtg4OIGhHkgx2HJALXgbSB7AAA&#10;gACAAAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZoChWThnDoXNXvwijoxtYZQAAkZRf5AAAgABw&#10;egAAgACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9bvBlFnqFc2Ainn3NdWQAAjtxkfgAAgAB1UQAA&#10;gACAAEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjDm71h6giXm85iUAAAjENpUQAAgAB5qQAAgACA&#10;AEYHmjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1nBgiAmExnXwAAid5ufAAAgAB9gAAAgACAAEVk&#10;l7ho6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1lQ9srwAAh8Z0LwAAgACAAAAAgACAAETFlZNv&#10;vjtKlQpwpzDklFtxXyVMk75x0xe4lABx0AiSkilyZAAAhhB5ZwAAgACAAAAAgACAAEQ7k8J2nDrP&#10;k1p3OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAAhLJ9ygAAgACAAAAAgACAAEPJkkF9kDptkfZ9&#10;7TAykU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WAAAAAgACAAAAAgACAAEOAkQSExjolkM6E9C/x&#10;kDKEsySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAAgACAAAAAgACAAJ77U9VN1Y/IVwhSHYAEWiJW&#10;UG9cXSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn9AF7fYBrGZzRToVYCI4UUi5bb36EVbJevm4I&#10;WRFh8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGLfWRvz5raSaxiPow7TcBkuXzvUZxnImyKVUFp&#10;e1sgWKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt04pjoRTxsZIprSbNt+XsyTdRviGsfUblxDVna&#10;VVZyhUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cKQTZ2eIjLRgp3OHm+Snl39Wm9To94qljYUlx5&#10;XkacVWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamAfodrQtSAbHibR4uAXGjDS9yAS1fvT8aAPkX3&#10;Ut6AQzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZKQA+JiHexRQaIp2gBSYmH1Fc7TZOHFUVcUK2G&#10;ezIuUTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCSdnb5Qu2QxGduR5iPNVa5S7uN1kTcTtSMtjHD&#10;TxiMGxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3ZxQUKYhmcERgmWS1ZsSj+UY0SlTVmS4zGJTV6S&#10;UBr3U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1WOWZ9YopaL1WBZPld+0M9Zxdhjy9PaEBksRaq&#10;aXVmVAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/Xo1hdlSjYTFkeEKAY2pnSi65ZF1ptxZOZmBq&#10;2gAAgABysI+aUORhSYICVG1j13OZV7lmUGQCWs9or1NWXaVq8kFjX/FtEC3RYJ1u2hWxY+BvigAA&#10;gAB3Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIpWllxeEBqXK9y5y0TXQp0GBU4Ybh0cwAAgAB7&#10;dowcSK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4DT+UWbt41CxxWbp5exTVX+d5rAAAgAB+84qx&#10;RUh+G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70Vx1+1Cv1VsB/CRSHXmR/WAAAgACAAImIQluH&#10;nnx+RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE3yubVEyExBRVXaKE+gAAgACAAIihP/CQ/3uy&#10;RMqPrW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+SstUkeKxhQqXeuJmwAAgACAAIf/PhGaHnscQwyY&#10;Fm1WR4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2RExPfXmmNQAAAgACAAIgdYexODHrDZAdSHWyx&#10;ZiZWF12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6TcOtkaAAAgABxtIYnXPlXG3lIX4tad2tjYf5d&#10;tlx7ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo/wAAgAB2aIRuWGJgRne0W1ti32otXhxlY1tc&#10;YKNnxUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAAgAB6i4K7VDBpaXYXV3lrQmiVWnRtC1oUXTBu&#10;uko/X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+I4EyUGtyiHSqU/RzqmdBVyl0uVjUWg91sklc&#10;XJ92nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/rTSF7p3OAUOF8F2Y2VEd8b1ffV1Z8tUh7WfZ8&#10;+TeyW5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2EtHKOTjyEeGVbUcqEGVcYVPiDsEfAV6WDWTcZ&#10;WSaDKSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHSTAqMw2SqT7aLslZ3UviKnEcnVaqJuDaEVwqJ&#10;KyQ3VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU8mQfThGTNlXzUVuReka6VAuQFzYxVU+PUSPf&#10;VVCPZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6bLdV0lRhblhZg0TGb91c+zOPcStgEx/Ucaxi&#10;OQczd7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKldC1NYan1gFUPibCFi6jLSbWVlaB9EbU9nCgcf&#10;dOpnvwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3Ztpmr0LxaJlo5DIQacpqzh66aU1r9wcNdBVs&#10;pQAAgAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3JtWEIXZUtu6zFtZmVwRR5YZd5xAQcOdBNxzgAA&#10;gACAAHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEtYkF1ADCaYzt11h24Yvt2PQbndFV3hAAAgACA&#10;AHTzVVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7IjAHYFh7gx1PYIl7uwbWdHJ86gAAgACAAHP9&#10;UpGBuWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91XcSBSx0MXn6BiAbYdG+BaQAAgACAAHM9UEOK&#10;OWevU6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yHQRydXOSHxQbTdHiEnQAAgACAAHKzTnCSmmct&#10;Ue2RolqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxAW56NGQaddNOEeQAAgACAAHDRcXNN4mUGcpNR&#10;pFh4c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBgFgCnfuZiWgAAgAB42m8PbOtV3GO7bmpZE1df&#10;b9xcLknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDOfqRnIQAAgAB8hG2WaKdd92JSanhgkVY2bCNj&#10;EUjYbZ1laTombt1niCmab59pNxXHcH1prQDgfoZsKgAAgAB/vGw1ZLRmF2D4ZsRoElTiaJxp90fe&#10;ajZrvTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAAgACAAGrjYSNuRl+4Y2ZvpFO7ZWRw7UbKZxdy&#10;FjijaG5zIihtaMNz5xUbaslz2gETfi53HgAAgACAAGnFXgN2gF7IYHZ3UFLnYpZ3/0X0ZFx4kDfN&#10;ZaN5ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjcW0t+q13tXeN+9FIbYB9/DEU2YfJ/CzcbYyt/&#10;EydHYt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOGwF1EW7uGj1F5XguGF0SgX+OFiTaJYQiFKSa0&#10;YGGFJhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzFWgCOM1D3XF6NNkQiXjKMIjYgXz+LaiZnXmGL&#10;iROwZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ+E4He4hUgkEDfGRX3TJ0fUxa2yGUfoBdDQzM&#10;gKBdeAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9d7pbBUAqeKRd2DHIeYJgUyEcemdiEQy0fKxi&#10;PQAAgABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJhkD8vdQ9j1zD6deZl0CCBdnhnHgx8eUFnGgAA&#10;gABvVgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43caxp3zAecn5rWR/VcrNsPwwwdlhsIAAAgAB0&#10;0QAAgACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv8y94b09w+R9Lbx1xiAv+c9BxbgAAgAB5sgAA&#10;gACAAF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7PbHR2sB8Da9t2/Qv0cZl3HwAAgAB90wAAgACA&#10;AF2YZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8ix56aR18rAvXb8J9PQAAgACAAAAAgACAAFzn&#10;YkqDMlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3sZuqCtwuKblyCewAAgACAAAAAgACAAFxiYG2K&#10;7FImYqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJKgtZbT6GqgAAgACAAAAAgACAAFjzg1xMYE6r&#10;g5ZP3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARxh9VbogAAgABpNQAAgAB+Gld4f05TfE2Ef9VW&#10;ikJ5gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhgbgAAgABt8QAAgACAAFZIe1pas0xUfB9dQEF7&#10;fMlfqjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAAgABzJAAAgACAAFUrd6Jh9UsxeJJj/UBWeVVl&#10;5DRYefdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4IAAAgACAAFQadDlpR0opdVJqzj9Vdi9sNjNi&#10;dtBtbCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAAgACAAFMmcSxwq0lDcm9xuz6Ec2RypjKhdAZz&#10;ZyU3dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACAAFJRbnd4Ckhzb+d4qT3EcPZ5GjH1cZZ5aySh&#10;cZt5nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGmbCd/dEfvbcx/uD1Ybvd/sTGob4l/jSRlb1J/&#10;iRRCcDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G8kdvbAGG6TzcbUGGeDE5bc6F8yQRbWSF2xQQ&#10;bqSFuARReLWC6wAAgACAAAAAgACAAEzvjaBK10NgjWpONjjVjYNRaSy9jf9URB5Vj19WVwyAkd1W&#10;9gAAiYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZUize1ihdXUCvFin9Zvh2Zi5hbbAw5jRVb1gAA&#10;hk5g3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8hpRdPCrXhvNfOxzch9RghAvkiJ5gvwAAg1Rl&#10;ugAAgAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNjKyoBg4FkvxwghDFlqwuIhLdlwgAAgKpq3gAA&#10;gAB66wAAgACAAEibfvFmPD8nf49nzjTCf/5pNykegE9qVxuVgMFq+As7gWBq/QAAgABweQAAgAB+&#10;vgAAgACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1wIhr7faZwbAsTfoZwhwAAgAB2VQAAgACAAAAA&#10;gACAAEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpyeud2EwrUfDZ2bAAAgAB7RwAAgACAAAAAgACA&#10;AEZPdtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7+wptem98rQAAgAB/eAAAgACAAAAAgACAAEXT&#10;dNuCvDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrOeLWCBgAAgACAAAAAgACAAAAAgACAAECZmUVI&#10;qzeymK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5UYAAAhLJfigAAgABwDQAAgACAAD83lbxPBDZU&#10;lY5R2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAAga5kQAAAgAB1AQAAgACAAD5BkhZVeDU6khlX&#10;4Ssekj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABpIwAAgAB5dAAAgACAAD1vjn1b/TRQjp9d9ioY&#10;jtVfqR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAAgAB9WAAAgACAADyaixRimjN0i2lkJilEi61l&#10;dB2ZjCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACAAAAAgACAADvLh/JpXTKmiIdqgSiQiOVrax0G&#10;iUJr8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAAgACAADsVhSlwKTH0hf5w7yf4hndxeRyNhr9x&#10;tA7nhq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACAADp8grt3CjFdg893fCd2hGV3rhwuhJd3qA6j&#10;hEl3kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoNgKp+JzDngfZ+TycLgqx+MRvjgsx+AQ6Rglx+&#10;LgKJgYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8AAP//AAD//wAAbWZ0MgAAAAAEAwkAAAEAAAAA&#10;AAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQEHQXaB2kI2Qo2C4UMxw3/DzEQ&#10;XhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZEJ2YohimnKscr6C0ILigvSDBp&#10;MYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVGj0epSMNJ3Ur3TBJNLE5DT1lQ&#10;b1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTxZgJnEmgjaTNqQmtSbF5tZ25x&#10;b3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceCxYPChL+Fu4a3h7OIrompiqSL&#10;noyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27nq2fn6COoXyiaqNXpEWlM6Yg&#10;pw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4tbmjupC7frxrvVm+R781wCLB&#10;EMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ03nUYdVJ1jHXGNgA2ObZzdqy&#10;25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60jsHezw7cPulu928FXxM/IP8urz&#10;w/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOnBSwGhAe/COcKBAsWDBwNHg4c&#10;DxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEhyyLEI74kuCWzJq4nqiimKaIq&#10;oCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18Pnw/fUB/QYJChUOJRI1FkkaY&#10;R5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa41vnXOpd7V7xX/Vg+GH8YwBk&#10;A2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5d694pXmbepB7hXx6fW9+ZH9Y&#10;gE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSySG5MKk/qU6ZXZlsmXupinmZOa&#10;gJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3rW+uZ69gsFqxVLJPs0y0SbVG&#10;tkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3Jpcqty7bMv83IztLP3NDm0fHS&#10;+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6573owOnD6tTr5ez17gTvEvAg&#10;8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gFaAbGCAYJMgpSC2UMcg14DnoP&#10;ehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZIw8kBCT5Je4m4yfYKMwpwSq2&#10;K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM92z7TP8tAxEG9QrdDskSsRaZG&#10;oUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mNWo9bkVyTXZZemF+bYJ1hn2Kg&#10;Y6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12mXeVeJF5jHqHe4J8fH12fm9/&#10;aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGvkqWTnJSSlYmWgJd4mHCZappj&#10;m16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauuu6/MsN+x87MJtCC1OLZRt2y4&#10;h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4QzzLQVNF00pTTstTP1evXBtge&#10;2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vsh+1v7ljvXPBb8VbyTPM99Cr1&#10;EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJBlQHfwiWCaEKpAufDJMNgg5w&#10;D18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg6iHTIr0jpiSQJXomZCdOKDkp&#10;JSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrTO8Q8tT2mPpg/ikB9QW9CYkNV&#10;RElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1WX1dRWENZNVomWxhcCVz6Xete&#10;3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCCcWxyVnNAdCl1EnX7duR3zXi2&#10;eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+Ks4uYjH2NYo5Hjy2QEpD4kd6S&#10;xJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6QwpSKmFacIp/2o86nqquKr26zV&#10;rdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDBMMJAw1LEZsV6xo/Hpsi+ydbK&#10;8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch4c/jAuRN5Znm5+g26Ybq2Owr&#10;7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5k9/zn9YzZl/qH7NtNp/mX55nBR/&#10;o35lg0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+fIs05LV+Y4lszEB+XYfMs5p+boZmmth+mIVD&#10;ghh+2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx4vt9MJOSyst9PpDPsjp9aY5emZN9rIwsgO9+&#10;B4oiaE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8M52/yTN8TZnwsMJ8hZZXmEV835Maf8t9T4/z&#10;Z1Z90Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfrx6p7h6MKr2B7yZ5plvh8K5n4frJ8r5W3Zm59&#10;Q5FBTi59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN65KwUrhl7LKZhldx7maDafaR8JJtZZZV8yJWo&#10;TYJ9kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUKrPl6p647lOl7H6ebfNl7tqDoZNh8YJndTO19&#10;NZJQNOh+PYmn82N5988B29h548ZAw/p58r3kq/d6OrXslAJ6uK4kfCB7W6ZAZEh8EJ3lTG986pTj&#10;NIl994rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471qkzt6ZLRqe3d7DatAY8J7zKGWTAl8r5czND19&#10;vou27lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKFKn11eweEhn3GY8SD8X41TI+DeH7pNZKDKIAA&#10;7D2HfYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4PfedSDlIMtYpyDHYKNS5KCw4IWNNiCkIHB6nqG&#10;R5Nl1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqCyoi9YbaCaYcDSs2CJoVMNDOCB4Nv6NuFT53+&#10;0uCEX5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5BYNaBx4tkShiBl4hoM6KBi4UE51yEi6ig0WyD&#10;naQVuxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiBOY+ySXWBGotlMySBH4Z75gCD8bNL0BuDBK26&#10;uc2COqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPbSOSAr446MrmAwYfP5NWDc734zvqCh7dWuLWB&#10;vLDioi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmAU5DZMmCAcoj749aDDsilzgWCJMDit8aBV7lT&#10;oUqAv7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7MheAMIn+4wCCvdNUzTeB1spZtvqBB8GaoIiA&#10;brkTiiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/+4rX3hKR4nywyO6P8Xxjs7GOGHw6njuMaHxH&#10;iI2K3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x3CqQtIaXx5SOwYVSspKM9IQ8nTaLV4Nbh46J&#10;5IK2cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOPjpCVxjmNqI5XsXKL3Yw+nBWKV4pwhniI+IjZ&#10;cNCHtYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qXxNiMv5dssAeLB5RrmsiJgpGkhVKIOY8db9mH&#10;BYyoWoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eMCaCBrrqKW5ybmY+I3pjkhDqHjZVPbvCGa5HV&#10;Wc6FSo40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6mdrZmJyqTEmIKIUqAXg0yHCJt+bhqF4ZbiWSuE&#10;zpIdRHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJUazal5uH3acqgoaGm6GKbXeFepvQWKGEYpXQ&#10;RBKDc49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTUltGHe64Sgc6GPadbbOOFKaCCWDaEFplOQ8GD&#10;J5GcL9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieHLbS+gTeF8azebGeE4KTVV9SD2ZxtQ3iC9JOF&#10;L6eCG4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tzfuiQxnvaaqiOdXx3VoiMIn05QpaJwn5QL0KH&#10;Qn/izJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP04GtadqNmIFjVcaLWYExQfyJEYE3Lu+GpoF6&#10;y0KZEY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9aQKM0YZKVQ6KpYUfQXSIcIQKLqWGG4L6yiGY&#10;HpeOtxiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCMFIspVFiJ+Yj5QPKH24bBLmWFn4ReyP+XZqD2&#10;tgeUrZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5ARU76JbYzNQIqHXYlhLi6FNIWhx+yW2KpgtP6U&#10;IqXXoa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI8JB0QDCG74vTLf+E2IbBxvuWZLO/tCCTrq5W&#10;oNeRH6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPiP+eGj44NLdiEjIe7xi6WA70Zs2WTTrbEoCGQ&#10;wLB8jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qGQZALLbiETIiQxYWVr8Zxss2S/L8cn4mQcrfG&#10;i/6OHbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHCLZ+EGolAvyCkh3qtrMmg+nqNmn+dfHqWiBSa&#10;H3rYdXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJO3/TvaKjnINwq+Kf8oJ8mc6cc4G1h26ZH4El&#10;dMWV74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZvIOiqYw2qtyfBopumOybhYjPhoyYQYd1c/OV&#10;HIZQYVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh3ZTsqdCeRJJbl9mazI/5hZWXfo3CcxOUZIvN&#10;YJiRVInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3DqOmdjppllueaIZc0hKGW2pQmcjyTqZE/X+aQ&#10;qY5rTeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c/aJpliSZjJ5gg9+WSZp/cYiTK5avX02QIpLa&#10;TXaNFY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpYlW6ZGqVxgzWV26CqcPeSxJvrXtePv5cVTR6M&#10;p5ILO/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaYvKxYgqWVfqaccHOSa6DkXm2PcJsMTNeMWZTz&#10;O8eJS46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMOgimVMKxKcAiSIKWJXhqPKp6kTJmMIJeBO5+J&#10;HJAUK8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYChSHpqbEqdIXr4WwWY8HvASgmUoHyxOWqQEX3/&#10;KdCLHH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBaa7+cMoAiWn2YD4AdSY2TyoA2OSGPS4CTKeCK&#10;a4E5rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxObXYVIWemXRYRzSRqTC4OuOOSOm4MQKe6Jz4KR&#10;rbSrm5LPnS6nNJBqjHOi444ye3uesYw1alyao4pwWVSWkojBSLCSYIcSOK+N/oVuKfqJR4PJrO2q&#10;/Zr1nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V8oz4SFSRxYpWOIKNcYelKgSI0YTgrESqYqM3&#10;m8ml/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEFSAKRMI1rOFqM8ImvKg2IboXUq56p76tem0Sl&#10;gKaoio6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQu5BNOD6MiIuHKhSIHIalqwapl7NomsOlH63a&#10;ihmgyqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLsOCqMNY0lKhmH2IdUqoOpTLtkmlekybToibSg&#10;da6FeNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeMA46CKh6Ho4fjouG3/HnHkwGyzHmjgzytqnm4&#10;c3WolnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3nJ3+M2X+2oeS3LYGNknex6ICwgtasvIAMcxGn&#10;o3+oYyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yMGYEcoT+2RolCkduxCYewgk+r2IZNcoSmwoU5&#10;YqihroRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJioLe1cpDmkUSwPo6lgamrEoyVceyl8orEYiCg&#10;54ktUoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0x5iHkLevkpWUgRmqaZLZcVulTJBPYaagM43p&#10;UiObHIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAlkDevBJx5gKOp1pkCcO6kupW8YUSfpJKJUdWa&#10;fo9VQvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9aueqNAgEmpTJ8DcJykNZryYP2fJZbuUaGaApLb&#10;QtaUq46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnNgA6o0qS0cF6jsZ/NYMKepZr6UXGZmpYRQryU&#10;VJEFNOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uoc6owcCijV6RkYJyeUJ60UVuZSJjvQrSUEJMN&#10;NOqOto0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hliafyv/3nCW2ep63poTOyjoXtPPuudDnxiMYWW&#10;BX3TJXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6vD38HWxWo8378TKaip38sPr2cE3+AMZOVFoAf&#10;JdyNnYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRBWryoA4OETGKhvIL6PpqbLYKJMaWUQIJLJjaM&#10;5oI4lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWminJYgCTCWg5Ya1Pn6aX4V0MbiThIRTJoSMSINO&#10;lEK+k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxlS/igJ4pUPmuZrIg8McuS4oYzJseLwoRCk+S9&#10;/Z1dhXu38JncdvWx4ZabaGar0pOSWfaltZClS9affY3BPl+ZDYrTMd2SVYfmJv6LUoUVk4m9g6RO&#10;hTq3aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDxPliYg40tMeyR3IllJyyK9YXGk029AasThQ62&#10;5aYKdqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWYGY9EMfqRcYqvJ1GKqYZakwC8orG1hPK2dKu/&#10;dp+wUaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupERMhiRMIvGJ2+KbobRiZXMJHlwe/XFNnkobma+&#10;aHkvYOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY1H3JI6SP4X+ciUnLKoBle7/EYn92bi+9jn7V&#10;YLS2nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0JDOO/IDpiTPKGocie5fDaoWgbgi8k4RXYIe1&#10;lYNwUzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCONoITiS/JHY2+e4nCZ4unbei7kInPYGq0iIhA&#10;Ux+tXIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMaiSPIQpRQe4LBgJGabea6n48uYF+zmo0CUx2s&#10;aosFRjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnHhJrYe3vAtpd3bfC5zZRkYHWyyZGVUy+rpI7n&#10;RlCkTYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEve3bACp0Ybf25GplUYI6yGJXaU0urAJJ/Rm6j&#10;tY8nOlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/d6J2bg24gp34YKqxgJnKU2uqcJXCRo+jOZG2&#10;OnKbqo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeHbiW3+qI9YNKw+Z1XU5up8JijRsOixZPuOqSb&#10;S483L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8HHoHrSV8g3pelXF893rdfa19fHuCZfB+FXw+&#10;TkR+2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Loq897O4IylDR70IGqfIh8doFCZOF9LoDjTVV+&#10;EICfNgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56GYoQkup6yYh9e2R7i4cFY+R8X4WGTH19W4P+&#10;NUx+m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHykZh54Y9UekF6u4zDYvJ7p4oaS7h8uYdHNK1+&#10;DIP962l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15FpYdeSh6BpJyYg17Bo6WSwJ8LIpvNCR9jYWd&#10;6gR1k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzmeB95aZf9YTl6fJLrSl97so1tM699H4cX6Np1&#10;Bbx70p11lbYOu/92N6+6pSR2+6mUjj135KONd1F46p1zYIF6BpcMSdR7S5AzM018woho5+d0nMdx&#10;0bB1J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6KuX/J5qpr8SV569pK7Mvx8dImM5yd0VdJB0PZ0&#10;2cmbukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5W56OSPl6sZT6Mrx8NoqB4pmEEXgbzY2DhXh4&#10;uByDDnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvDSVWB4nzsM3yCBH514OGCjoKpzFyCF4HmtxKB&#10;s4E/oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWBFYAfMuCBWoBJ31GBQY1BysGA2YtutZaAgom4&#10;n8WATYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINYMlaAv4IH3b+AKJfFySV/x5T0tAF/fJJCnlx/&#10;UI+5iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2ANIOs3ER/QqJBx7N+4p57spp+oJrSnQd+gJdK&#10;h0F+gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw2vp+kKy+xnR+MagEsWN97qNYm+N9057Fhj19&#10;35pIcJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+ArcyxWx9pLF+sFx9XqvHmuR9Q6YhhV59WqCR&#10;b+Z9kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GYxJZ9Orrir3987bQWmgZ8za1NhJF856abbzl9&#10;LZ/XWhp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+587sQnrsV8mLw1mUR8b7Q7g+B8iKxYbqZ81aRg&#10;Wax9O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdXq72KLXfdl1+I/nh8gqmH5nlDbdGG3no0WRiF&#10;3ntGRHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI9H/RllqH1X+Gga+G0n9lbOiF439nWECE/X97&#10;Q8yELH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfKlTSGv4aTgJuF0IWDa/GE+YSRV22ELIOiQyuD&#10;d4K/L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mFy42zf3aE9Yu0avqEM4nCVqqDfIfDQp2C24Wv&#10;LzmCS4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZfmSEMZHOahaDhY7aVfqC3ovEQh+CUIh5LvGB&#10;04TGzFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmDlZffaUeC6ZPOVV2CVI+cQbKB2IsXLrOBbIYL&#10;y2aHM7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53KaKSCc5igVNmB3ZM9QVeBco1+LoCBFocnyqCG&#10;x7wPt5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuCFJ0yVGmBh5alQQuBHo+nLlaAzogaygqGdcXN&#10;twOFPL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFoVAaBP5mwQMWA4ZGILjSAlYjkw7uV+HXescqT&#10;snZyn2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ63rqP8SIDXxrLWmGJH5gwnyUwX80sNCSg37Y&#10;noSQbX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37nPzuHR39bLSuFdIAMwVmTooh/r6KRb4dAnXuP&#10;WoYSiq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGGlII2LPSE14GdwEWSk5HYrnyQbI+6nEuOZY2q&#10;iaeMfYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74TyLMWES4MQvyeRvpsmrXSPmJgxmzyNl5VRiIuL&#10;wJKJdaiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD0oRivieRG6RzrHaO+KCrmkKM+Jzoh6GLJZk1&#10;dNeJeJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WOvU6QmK2uq6WOeKkNmXOMdqRghtqKpJ+2dCiI&#10;/psSYYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+QMbbZqvqOE7FXmMOMEKu1hi2KOaYHc4iIlqBa&#10;YP+HF5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3qnKNxrmGmC6LwLLbhZaJ5awXcwGIQaVTYJOG&#10;xp50ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOcKHXOk2KZN3Z6gfGWZXdFcCyTo3g6XkaQ4Xle&#10;TJ2OEXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23kq6YJ32OgUSVW32Kb36SpH2yXaOP8n4BTAqN&#10;Mn5qOtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGXIISggGSUYoPRbrKRuYMpXPOPGYKfS36MaYIf&#10;On2JqYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8f3uTfooUbd2Q5IicXEWOUYctSv2LsYW8OjGJ&#10;BIRKKoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+Su5BibReQFI37W6CNlIulSoWLA4k4OeyIbIay&#10;KnmFtIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZahbGKPgJNSWwqM/I//ShuKd4yRObCH74jyKnCF&#10;SoUYr7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86PCZh1WpOMiZQmScWJ/Y+sOYKHhIr5KmmE8oYI&#10;ryGZzrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1UWiOMLpgHSXqJpZKHOVuHK4zEKmOEqobSrqqZ&#10;gbp2nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL3ZuOSTaJYZUKOTCG8o5JKl6EcId4pwGounTB&#10;l36k3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkcRqGSRXp4NuCORHwqKC+J/n5IpjKnxH0KlvOj&#10;4HzPhzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeRXn4BNqiNbX7IKEuJOH/RpX+mv4U9ljOi5IQ6&#10;ho2fHoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6NniMq4FMKGSIioE7pMalz41blWah/IuehbGe&#10;PooAdaqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL/4OvKHqH8oKFpASlEZVqlKahP5L4hO6dhZCl&#10;dOeZ445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXqKI2HcIOro2OkY52PlAegmJpghE+c3pdDdE6Z&#10;PJQ5ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyHAYSsos+j5aWWk4qgF6Gkg9ScVp20c8+Yr5nO&#10;Y8aVIpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJok6jiK16kxGft6jAg12b8qP1c12YRp8rY1+U&#10;uppnU5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeijP7VIkq6faq+4gvaboan/cviX8qQ+YwmUZZ6H&#10;U1eQ7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRpizytx3T6fJ2pOnWtbb6ks3aMXrCgGnedT6Kb&#10;YHjiQP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs3HwBfEqoQnv0bWmjsXwYXlafF3xyT1GaY3z7&#10;QL+VgH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2e9KnQoIqbOiitIGdXeGeIIE+TvOZd4EGQIKU&#10;n4DiMsePioDnJnqKKYEQmCKvlot7icmq9Inbey6mWohibFmhx4cbXWKdP4YDTpKYoYUBQEeT1IQG&#10;Mr+O0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46Xa8ehBoyWXO2cdYqxTjqX5IjhQBOTIYcHMriO&#10;LoUvJtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1WgZZH0XIeb1I9CTfCXNYyRP+qSfYnYMrONnocQ&#10;JwKIioRLlqutpaHwiFqpBp5FecKkapqoavmf2JcdXDibSpOZTbiWrpALP82R5oxqMrCNHIi6JyGI&#10;KoUXlketRqk3iBqooKTMeYaj9aBZarWfUZvxW/WawpeZTX6WOpM4P6uRg47BMq+Mu4oyJzuH3IXC&#10;lfSs/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtRTVqV3pYUP5iRNJDHMq+MeYtsJ0+HnYZMjRG8&#10;UnQcf6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOugrnirO7yamHoqLzCUI3wCJAGNSX4wjL+7eHuC&#10;f322AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyFO6uZi31ML1KTI35XJG6MZH+ejIS6boKyfy60&#10;/4HHcamvhIEMY+mqAoCaViakY4BdSJSenIBNO5iYlYBUL3CSP4CMJM2LnYDpjEG5bIm+ftW0AYg1&#10;cT+uiobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/L4qRdYKcJR+K8YIRi++4lZC+foKzKo6YcOet&#10;soygYzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQxoSDJWSKX4MVi5e38Ze4fjSyf5TwcKGtAZJL&#10;YvOneI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8JZ+J5IP2i0W3cJ6MffOx95sbcGmsb5e+Yr+m&#10;4JR/VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6Jf4S0ixC29qUyfcWxfKEPcD+r8Zz2YpumX5jz&#10;VRCgzZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVSitS2pqu9fbGxHqbTcDGrgaHaYoWl25z6VQKg&#10;P5hDR9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3GZHP2dIrANHRkZ/66BXULW2mzrHXzTtytB3ca&#10;QoKmC3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5dJm/T3qnaAS5BnqeW2eykXrbTtir3HteQouk&#10;3HwdNuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+O4DBZ/C37IANW0qxbX+xTsOqtn+QQomjvn+l&#10;Nv6cdH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6Z8a20oV0WymwUIR0TqypooO0QoWit4MVNxab&#10;fYKKLJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C114rPWwyvVoktTqCopoe5QomhzYZlNy+apIUY&#10;LNaTMIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJWw2ugY3CTqCn1ouYQpSg/ImDN0qZ5od1LQeS&#10;jIV7JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOtzpIQTqmnK481QqSgWoxkN2WZQ4mXLTOSAYbd&#10;JKeKrIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYOTrOml5KBQrKf1476N3yYyot5LViRkIgOJNqK&#10;VYTvgIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0TsmmFZVyQs+fXZE9N5qYY40TLXiRPYkIJQKKEYVl&#10;5rd2sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5d+97D3hlYU98D3mqSs99PXsoNK9+u3z/5LV0&#10;135zz7N14X4rug924H36o+13233njXB42330dtp56n4aYFN7Dn5KSfd8X36WNAZ9+3784uVzTYmK&#10;zfF0aYgauIV1f4bEon12lYWojCt3s4Svdb944oPLX2R6JoLiSTR7lYH1M3B9TIDk4Shx/JSNzDNz&#10;I5IIttR0Ro+loP11cY1rith2rItqdKB394lzXn15V4dpSIB64YU8Mux8r4Ky35Rw6J96yqZyE5vz&#10;tUtzQZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovVR9t6Q4hfMnp8JIRe3kFwE6pVyVlxP6XXtAJy&#10;bqFhnk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5vItWMhl7rYXj3StvbbUZyEpwmK+lsu9xwqog&#10;nUFzAqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4VMcl7R4c73FJu87+6x3ZwG7lNshFxPrK2nFxy&#10;eawZhqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ684hm27NupcojxtpvxsKysWFw3bsCm5xyDrM7&#10;hepzdat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh1yB/FXIaw5p/GXM5r4B/KHROmsl/QHVohap/&#10;ZHaXcGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9ZnyZwnJ9i3yarmh9s3yjmbh94nzBhJ5+Hnz7&#10;b2l+bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cUwNd8KIYErO18YIUCmFJ8qYQog2V9AYNrblx9&#10;cILCWXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6749pq2B7NY1ulvV7jIuMgi58AYnUbVV8iYgl&#10;WJ99JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjNqf56OZXdlaJ6nZL8gQV7HZAtbFt7wI10V918&#10;c4qXQ5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5bZ5ClIN52JpagAJ6ZJZ9a3d7EJKcVy172Y6e&#10;QxN8yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aMk455NKGUfyd5y5ymasF6hJelVph7VpJtQqt8&#10;V4zZL1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4r6ibfmF5S6KOahl6E5xtVhh68ZYEQlJ7+o8p&#10;LyZ9MIexza93asReulx3rL2mpl936LaUkgh4Ra9afbl44KgkaYl5r6DWVaR6mpk8Qf97sJEuLv98&#10;74iVyAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGEznXwaN+EO3dcVSWDsXjqQYeDQ3q8LnuC+Xz5&#10;xtyGR3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wKaAGDIXyLVF+CtH0gQO6CZn3cLieCOn7LxbOE&#10;4YTKtACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuCF4GsU5+ByoFEQGGBnYDmLd6BjoCDxFqDpY6O&#10;spmC9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbOUuKBA4VeP96A7oPYLZ2A9oIeww6CpJhAsU6B&#10;9pW+nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuAUYlSP22AU4agLWaAcYOVwfWB26H1sDuBMp6b&#10;ndKAopskituANJekd7B/6ZQpZIh/wJCuUal/t40bPwl/zok6LTd//4TkwRKBPaubr1mAmKdinO2A&#10;BKL2ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/XoudLRB/oIYJwGSAxrUqrqaAJbANnC1/i6qh&#10;iTZ/FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3CLPB/UYcEv+2AdL6hrh5/1biYm4p/MbIaiIl+&#10;r6tfdZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/EofVuXeQrnBGqRKO5nGSl/iNTHLQhh6L1HQR&#10;c9GKaXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zzuH6PRHmVqCyNnHnqlwWMFHpDhTeKp3qucveJ&#10;Sns2YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN+YLLpwSMY4I/lfuK4YG2hCyJhYFLcguIO4D5&#10;X82HBIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwApduLOYqdlMOJyIk2gyaIcIfpcRqHPYa2XwaG&#10;GoWPTTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeKQ5L2k7uI2ZDBghKHj46PcCyGZIxoXj6FW4pP&#10;TKCEUogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtNksiIIJg5gS2G25Ucb2CFtpIBXZSErY7hTCSD&#10;t4upOxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+HjJ+MgGqGRpt8brKFKZdqXQmEKZNGS7+DMo76&#10;OtiCZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5f8CFzKGmbhSEsZyRXICDwJdnS12C0pILOqKC&#10;CIxeKueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymFbKePbY6ETqFqXBaDYZswSwmCgZTEOmuBxI4L&#10;KtqBE4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOiauuQQ3URWd+OAnapSRqLtnhmOJqJZHpzKQaH&#10;A3zsqpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqPL3qEWUGM/ntLSJSKwnwsOEiIhH1CKQeGNX6Z&#10;qcOXQ4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/zWJmMC3/lSBKJ43/iN/6Hun/5KQiFf4AnqNWW&#10;K4m0mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eLKoRrR56JFoN9N7+HA4KOKQmE34GTp/aVK5JL&#10;mJuS0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjVRzWIWIbyN4iGXYT5KQqEVYLcpyqUcprfl+WS&#10;GpgxiAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+HvIpBN1GF1Ic4KQqD4IP+pn+T4aNTlzaRj5/j&#10;h1qPSZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1SNyiFXok+KQuDf4T3pfeTdKullqqRJadshseO&#10;26Lydn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE/YsIKQuDL4XKpZWTI7PeljyQ167WhkmOh6lq&#10;dfyMTqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyLKQuC74Z3nc2jC29bj6WftXCjgPmci3HuccKZ&#10;c3NKYjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI4XzknTah9HejjyeeqngOgHCbfXiNcTyYYHkn&#10;YbOVQnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6AnJmgyX/Ejmqdjn9pf8eaYH8icI6XTH8AYRmU&#10;On7/UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+KfsofGjZ2cfoa3fuqZW4W4b9WWSYTUYHOTSIQO&#10;USCQQ4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0jOGbno35fiyYgIxIbxSVc4qjX9+Sa4kEUKuP&#10;eId4QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa4pVEfY2XxpLObn6Ut5BUX1eRso3dUEiOuIto&#10;QbWLuojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxufRaXMpkpbf+UHJXUXt2RHpKDT+mOLo8pQXyL&#10;LIu4M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+WxZ9QbYuTppsZXnOQqJbkT46NwpKiQUGKxY5H&#10;M6KH1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVAbSSTSKAZXhqQRpr1T0qNYZXGQRCKcZCCM4uH&#10;joshJ26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBugmnL0WdqcinR/S5iYV3Y5PcqT+XgaMIOPZXpO&#10;JIGKmXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4WYqbcXlQS1eXRHpSPZ2S73tyMIiOanzQJNCJ&#10;sX5okBuqeX55guamcn4pdVWia332Z02ebH3zWR+aYH4VSwWWQX5aPW2R+n6yMIuNiH8zJRWI5n/T&#10;j5qpYIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLPSqyVVIJNPTuRHYHVMIqMv4FxJVGINoEbjw+o&#10;do1YgcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmUg4YlPQ6QWYTUMIqMDoOGJYSHn4I9jo6nw5S5&#10;gUejyZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonMPOyPpoejMIyLcoVsJa6HIYM6ji2nJJv7gOKj&#10;MJkecz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNePBIozMI+K54ccJdKGuIQRjdemvaMZgK2ix5+R&#10;cwaeuJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyGMJCKfIiYJe6GY4TFjZOmcqoSgGqicqXVcr6e&#10;WaE/ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyKMYnUJgWGH4VXhLu2Rm6qeGGxg2/aa8asyHEm&#10;Xumn73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9IqKMJ3zShIG1bnYWeEqwmXZ4a6urvncIXs2m&#10;zXfHUdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWLMH5ThEy0TX07d/qvfXzxa2iqmnzOXoWlpXzo&#10;UZSgkH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+vhAOzKIQud5uuXINNavmpfoKNXi2ki4H8UUqf&#10;g4GYRKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62yMIsRd0OtaImeapyojYhGXcyjmocGUQiekIXn&#10;RHaZdITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHsdvesq4/malOnyo3lXYai1IvzUMudy4oTRFOY&#10;qYhAOIiTZIZvLaSN+IShJFKIeoLogw+w5ZiedrqsFpYAahqnK5NQXU6iL5CiUJedKo4DRDaYDYto&#10;OIeSv4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvhaeump5h8XSChppUNUG6coJGqRBGXkI5GOHqS&#10;QormLc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCmNZ1pXQOhG5kZUFicCZTrRAyW/ZDKOIORz4y1&#10;LeKMm4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDHVgqvgHI9SkepXHPmPrii4XXJM8qcF3fUKaiU&#10;7XoxIPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKuR3ceSl+oFHgnPtuhm3lnNAGa2HrLKgaTwnxx&#10;IY2MiH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvpSlWm2HxSPuaganzsNCiZtX2jKlWSuX6LIgyL&#10;o3+OeQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjylsYBtPuWfUoBYNEWYsIBZKpiRz4B+InmK34C5&#10;eOe79YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRrPuaeWYOmNGCXyYLqKtKRAoJIItaKOIG/eMa7&#10;Jo9EbS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuydeYbDNHqW/YVLKwWQUoPlIyOJrIKgeKi6hZVs&#10;bSS06ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyommNJOWTodxKzKPvYVRI2KJOoNdeI66DZthbSK0&#10;XZhqYXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSVyYlZK1aPQoaJI5WI3YP6eHu5tKEmbSez6p2R&#10;YXyt/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3K22O6IeJI76Ik4R52qVx8G0qxqZzUW7Esit0&#10;pHBXnSB16nHph7R3MHOJciZ4hXVCXLV583cVR217lHkjMq19inuT2LZv23gZxRdxa3iJsMZy43kF&#10;m+R0T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyUMiV8uX2k1u9uGIMFw1tvv4JRr0RxVIGumnty&#10;3oE1hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17+3+d1TRsj43PwZ1uRYwNrZJv7IpjmQBxkYjW&#10;hAlzQ4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF606JrR5h9wBJtCJXFrApuvZMbl4xwcpCFgshy&#10;O44Fbe10IYucWT92HokURMV4SoZYMOl6vIMy0lhqSaMYvs9sD592qshtyZvIllRviJgjgatxX5SM&#10;bPRzVpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2XvctrSakNqb9tAqRYlU1uxZ+dgL5wqprubC1y&#10;spYyV9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZqtrJ3qOtsaKy5lHFuJ6bef+lwFKENa3hyK5st&#10;V1V0ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uUqEhr97TEk7ttra3HfzhvmKbNat5xuJ+/VtJz&#10;/ZhnQw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17KG+okyx7tnFUfyJ8THMMaup88XTfVtZ9q3bQ&#10;Qul+j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfpkid6MHidfih64nlkagZ7qXpCVg58iXsyQk59&#10;l3xJLzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4zH/qfPZ5n3+/aQN6i3+mVTp7jX+QQbJ8vH+D&#10;LuN+K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcwe8V4fYYQaAR5h4T2VHR6qYPTQSZ7+YKdLph9&#10;hIE1xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3e4xPZxR4pIoxU7154Yf3QKl7TYWQLlh88oLS&#10;xM5y3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+Zjp33Y9DUxh5NYvwQDp6uohVLiF8dYRGw91y&#10;GqkysddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3PpQwUo54oo+uP956PorgLfR8C4WNwydxibMF&#10;sR1yb64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZjaUhR4MZMxP4952I0qLc57tIamwq5xKrylsJZy&#10;DLbZnc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3zpZTPz15hY8kLbF7boeQvWCCe2tSrN2CHm0/&#10;m4mB3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaLPoeBjXjdLLOB2HubvEmAtnUbq8mAh3YAmmOA&#10;X3baiEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSAmnwELHmBBn2AuyZ/F37Zqox/Bn7GmVh+8X6w&#10;hzZ+736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8ULEaASX9JudN9rYh0qTZ9pYeFl+Z9pIaKhfd9&#10;tIWRc5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/ooDyuJJ8f5H8p/Z8f5A5lqt8i45ghMx8qox7&#10;cqJ85IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2t4Z7k5uBpux7mpjqlaZ7qZYng9J70JNPccF8&#10;FpBzX6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq962KTuphJ65KF/lMl68p3Ngvt7G5n3cQB7bpYd&#10;XwZ75pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644pWZ6WqntlBF6ZKVEgkN6iKBmcFN64ZuCXnB7&#10;a5aKTPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5/LIqk3p5+qx9gaR6FKaMb8J6a6CUXfl6+5qI&#10;TJZ7qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9GyokFmI4G5+f4OH7nBHbimHB3IjXKCGKXQjS1eF&#10;UXZJOkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12HhHXcfpSGn3bUbU+FyHfhW+OFAHkJSrmEQXpK&#10;OdmDnXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+fZGFVn1ibG+ElH2ZWyyD5n3lSi2DRH47OYKC&#10;v36kKdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiEHoPna5aDcYNEWoSC24KpSbGCWIINOTWB9oFp&#10;KcaBqICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopxaq2CeojcWb+CA4dVSSOBloW8OOaBSoQEKbmB&#10;FoIcqnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiBsY5YWSKBPovTSLOA6Yk9OKSAtoZvKa6AmINf&#10;qbaD6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOjWJiAp5AiSFmAVIyDOG+AOIiiKaWAMIR3qSWD&#10;ZKmAmduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyALpQoR/N/6Y+GOEF/0oqXKZ5/24VlqMSDBrIX&#10;mWSCPK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfdR6h/iZI0OBJ/g4xDKZh/loYpoeWUFGpOk++S&#10;Amw/hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJTHYeNgmHl3imJ3aF6XuboTWSmnMBkz6QtXQI&#10;hGWO7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnmNceGn3t+J4iFCH1ZoGyRKXuNkkmPYHvFg4aN&#10;o3v+dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyFwH48J5eEQH73n3qP24PvkUiOGYNygnSMboLu&#10;cySK0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DVJ6SDkYBynpWOtIxYkFyM/4sjgYuLX4nbckCJ&#10;z4iFYrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC+oHInc2N2pS/j6iMLpLTgNqKjpC9cYWJAI6O&#10;YgWHi4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1nSmNL50CjvyLippbgC2J6JdycN6IWZRiYXCG&#10;7JFMUhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmMr6UcjnWLEKG2f52JaJ30cFKH0Zn5YO2GZpX1&#10;UaaFIpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60TjgyKt6jsfyOJB6RBb9WHZZ9MYIGF9JpRUVOE&#10;tJVJQq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9uaXWvkei2XyG2/a9eVQ2+eXSCSsnGWTlWQEHO4&#10;P/GNW3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9eZmWnHROa02UEnVwXKSRg3avTe+O7XgSP6aM&#10;RnmSMeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6VW3rTaqCS3Hs7XBCQW3u+TXyN2XxcP1qLR30M&#10;McyIr33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFTaeuRtYD/W3CPSoDATQOM3YCRPw2KYYBoMbWH&#10;4IBMJbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQvYa2WuiOUIWmTJiL+YSmPs2JkYOeMaSHKIKP&#10;JduEt4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQWmONgYprTEGLJ4iKPpmI1IaiMZWGhoSiJfmE&#10;M4KTkRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM2Y79S+KKi4w9PmeIOIlvMYaF/oaAJhGDxoOE&#10;kKuWJ6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNKS4SKEI+nPimHxIv2MXmFkIgiJiSDbIRPkF2V&#10;zqg/gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJoZLBPfuHY44tMWOFQImAJjSDJYT0iICmbGmn&#10;fFGi+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOFOqGRZnXiLjuNf3iQIyGJgHuTiBKlV3Fse/yh&#10;6HJzb0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQQ3k+Lk+Mb3scI3mIhH0xh6CkCnjye2ugqnlF&#10;bsydRHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyALlyLen2HI8aHqH6shxaixIBKes2fbIAAbiCc&#10;En+/YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWKoH/LJAiG6YAChoWhs4eRejyeY4avbYubEIXL&#10;YIyXs4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHmJECGRoEyhgWg4Y7OecKdl41UbRWaQYvDYBiW&#10;5IooUxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+FvII7haKgLZXmeVyc65PPbKyZlJGJX7OWNo8q&#10;UryS2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4MchVCftpzXeSycdJopbHqZDpcgX3SVmJPlUnqS&#10;NpCwRcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKfYaOceO6cFaBLbDSYo5x3XyuVJJhiUj2RvpRX&#10;RZiOc5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/cUur12sLZYunwmzoWXyjgm7fTUifBHD8QS+a&#10;THNJNaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq2HGdZWimnXLBWWKiQnQLTTedu3WBQS2ZCncl&#10;NbuULHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgFZR+lWHh8WRqg/HkkTQKcfXnyQRKX3HroNcCT&#10;D3v5Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKikGX4qWMKfxH4sTLmbVX5TQOmWxn6TNb2SDX7l&#10;K2aNMn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPTWF2etoMnTHqaSoKYQMCVz4IfNbeRKYGsK4eM&#10;Z4FJItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad2IgJTDuZb4a7QKGU8oV9NbOQXoRFK6OLtoMR&#10;IxqHFoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4ytTASYu4qjQIOURYiiNbePrIalK72LHYSmI06G&#10;oYLBep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WYJI5CQFeTvIt8NaiPJYjAK9eKnIYFI3iGQYNx&#10;enSo+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGCQFaTH44ANbOOqIqRK+mKQIcpI5qF9YQAcYG5&#10;o2jcZqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2fgXMLMPKZWHWcJ6OS6Xh6H8KMcnuHcUS45G/X&#10;Zqu0EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXasMTWYBniZKAqRrnrEIFeLV30NcSi3onZzZoCy&#10;ynbJW7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW0nt2KF+QlXzoINeKYn5tcQe2Q3zPZkyxb3yi&#10;W3msW3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4vKKaPnX7kIUWJkH+ncN61FIMUZiawQoJwW1Gr&#10;L4HgUHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOOxIC3IaOI3oC6cLi0LIlSZhOvT4g2W0KqNYcR&#10;UGOk4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJeIfCISIGncJezeY9gZguui43IWz6pZowJUFuk&#10;EIpBRamel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCHzoJvcH6y9ZU3Zg2t8JMhW0KovJDAUFmjX45F&#10;RZ+d6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMVcG2ylprZZhetcpg9W02oLJUxUFyix5H8RaOd&#10;U47cO2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFtGGb6u+hu7Gk9qLVwrWtxlOpyXm2cgLV0Em/O&#10;bFZ12nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHFumpswXLkp2BurXQGk75wi3Uwf6RybnZna2J0&#10;Z3ezV0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq0nyBpehs5HyNkl5u5ny2fnBw8nzzalxzF31B&#10;VnR1W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YKpDlrRIUWkOttaIQ1fSlvnIN2aU5x6oK/VaV0&#10;WIIDQkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp5Y2ej3xsHou7e/Vub4noaExw44goVOJzdYZT&#10;QcF2QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYajk1rEJMveuFtdJBMZ2Rv/o1qVDNysop4QUt1&#10;nIdJLzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFqLpp4ef1spZaGZqVvRJKIU59yDI5kQOp1Eon+&#10;Lwh4XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GEeTNr+Jx5ZfhurJdiUx9xiZITQJd0oIxvLuB3&#10;/YZVxBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFra6IHZW1uKZvQUqdxFZVcQD90QI6MLsB3sIda&#10;wIJ0/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9zZWt6LnHQUnx7aXRQP8R81ncULdN+kHpLvydy&#10;yHB7roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14vncqUc96JXiuP0V7xHpiLY59r3xYva9w0Xqf&#10;rOpyJ3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/UQd5Cn0EPrp6032cLVJ85H5IvChvF4SZq1lw&#10;goP+melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4C4E8PkF5+4C2LR18MIAYurttn457qfhvG40E&#10;mI1wi4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VUPdR5PoOoLO97k4HCuZJsdZhTqNRt/JYAl29v&#10;dZOGhXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4nYZqLMl7DYNAuKZriKILp+htFp7cloJukpts&#10;hJZwH5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjxLKl6nYSPt/dq16uYpzRsZ6eIlcFt4aMcg9Rv&#10;bZ6Ccb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96QIWvt4ZqYbToprNr7a/tlSltXKp8gzJu4KTP&#10;cSlwpZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59YaestV9IWWko3V9RGgskzl9gWqJghx90GzPcHB+&#10;Lm8fXpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7DG9Lomp7aXDPkht7x3I+gRN8MnOnb4R8rXUd&#10;Xcp9QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjhoSp5q3lykQ16JHn5gAJ6q3p+bpV7RHsUXQV7&#10;+nu8S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4EYIHj6F4pYGufs95RIFRbYV6A4ECXCd63YC8&#10;SxV70oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqOjmZ3YIlcfaR4EogXbJV45IbVW1554YWcSoN6&#10;9YRWOgd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2VpD4fLB3Fo7Ga7h3+IyOWrB5BYpSSgR6N4gH&#10;Obx7m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhse+F2RJVFav53N5IWWhp4VY7YSZ15lIt8OYB7&#10;E4fnKnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1mZuFall2lpdWWYt3yZMVSTd5GY6uOUt6pIoB&#10;Kmh8ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1adJ2D5w+WR53S5b2SNt4rZGCOQt6TIvMKl58&#10;HIXspYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGDg27YV72DM3FXR3KC8HP+N3KCzHb0KGqC1Hpc&#10;pK+DiG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSIVw2B5XY0RuqBwXf8NyOBwHn5KGuB6Hw+o7CB&#10;wHdFlWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqArXsDRmiAqnvmNtuAzXzkKGuBFn4BopuAGIAj&#10;lEh/34AghVN/roADddx/h3/iZdp/en/LVcd/hn++RgV/pn+1NqZ/8X+sKGuAXn+goX9+wojvk0t+&#10;logvhFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+z4NZNl9/NYJHKGt/v4EYoJZ9spGzklx9kZAx&#10;g3F9dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bRNih+k4SxKGt/OIJln9l82ZpSkZ58wpgMgrV8&#10;p5V2cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+CYbiKGt+x4OGn0p8NKLIkQZ8JJ+7ghR8BpxD&#10;cqJ7/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjUKGt+a4R7nuh7wKsMkJF7s6c0gY57jaLRchp7&#10;eZ4eYo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+IYVFmJ2OMWTpi6mMrmdsfd2LaGnQbzqKQWwo&#10;YB2JHG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xphl+iMam15ivCLIW8afRCJ8nCubn+I03JFX3qH&#10;vHPvUFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeKtHXfifWJkna5fDGIdHeKbaaHa3hfXsOGa3lG&#10;T8uFenpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34aiPmIEH5HeyaHDH5fbNmGEH5xXhKFLn6PT0qE&#10;W364QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCGyIXSekeF0oUrbAKE5YRuXXyEDIOxTtuDVoMD&#10;QJ6Cq4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1aeaCE3ovsa0mD9opWXM+DKYi8TlqCfIcpQEeB&#10;6oWOMrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWEGZJ6aqaDM5AKXDeCcY2TTeOB0IsYQAiBQ4iQ&#10;MqCA7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjTah+Ck5V+W7mB1JIhTW6BRo68P7iAxotKMoqA&#10;eIepJpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWCE5qvW1OBT5ZkTSOAx5IUP4OAWY21Mm2AHokt&#10;JqaAAISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6GvjWASO625XShmM4XD2PKCKzXPAL5yIvHbfI8yG&#10;t3pji46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KNj3NnScKLl3VMPGeJmHdTL5WHoXmZJA6FtXwh&#10;iuaT2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhrSVqKYXmQPCmIfXrNL42Go3wyJEiE0327ih6S&#10;V3xdfemQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJRn28O+eHfn4mL4CFwn6lJHmEDn8xiVWRFoQC&#10;fSmPR4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHHO62Gm4FYL3eE+oDsJKSDZYB+iK2QD4uqfIKO&#10;Toqpb8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GFzoRaL22ETYMDJMiC1oGiiCWPR5MtfAyNkpGM&#10;b1SLx4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cjL2SDuoTkJOWCYIKdh7mOs5p+e56NAZg4buGL&#10;MZWFYbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12DQoaJJP2CAINvh2iORqGee0aMlZ6ybn+KvJsy&#10;YVmI35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fqJRCBs4QbgEKgDGRbdPadOGa/aSSagmkhXMuX&#10;wmuNUC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiIbnpkf7qeumv9dJCb9G2ZaL2ZMm9BXHaWZHD/&#10;T+uTf3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wSfzadMnNjc/Gag3RTaDqXx3VOW/iVAnZhT4mS&#10;LHeRQyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6btXqbc0mZE3rzZ4eWaHtMW3CTsHu1TxeQ8nw0&#10;QuCOK3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHBcrGX4IGIZu+VPYFCWtySjYD2TrOP2YC7QpaN&#10;KoCQNxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW8YgSZniUT4ciWmiRoIYfTk2O8IUeQmWMQIQo&#10;NweJl4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5sZguTiYzNWgCQ24sMTfWOMolIQi2LjIeGNwKI&#10;34XHLHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS75JOWcaQKo+1TbqNfY0iQe6K7YqYNtiIVYgV&#10;LICF24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eMWX+PppQhTYGM9pC+QceKao1lNsOH4ooXLIGF&#10;fYbDI66DNYOddOupUGPoak+l42Y9X2CicmihVB+e0GseSLma7m2+PW+W2XCQMr6Sn3OMKMCOSHbZ&#10;ICKJ+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBESKmZg3JCPXSVeXRuMt2RT3a9KQeNDnlMIJ6I&#10;23wDdBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSYI3atPV+ULngwMuuQGnnOKUKL9nubIQqH4n1+&#10;c6ylPHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsFPTqS/nvWMu6PBHy8KXCK/X3BIWeHC37Tc0Cj&#10;9n98aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR739eMuyODn+FKZaKJH++IbWGVX//cuGi+4Ye&#10;aG6foIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4MuyNM4IgKbSJaIGOIfeFvIEEcpKiN4yPaC+e&#10;24t1XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSMdoSDKdKIxoMqIi2FPYHhclmhmZLFZ/uePJEi&#10;XTKar48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5IahKfCIP4SQIlmE14KZciuhMJjVZ/2dyJa9XS+a&#10;JpQEUhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH2oW5InyEhYMvagmy12NqX/yu6GWpVeGquWgN&#10;S7CmJGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbTHqCLXHpgaZix8mpAX9et0mvLVdapaW2JS7qk&#10;sW94QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJPRklMRQACCXZwJiiPjXkoHzaKMHv1aVuwhHDC&#10;X5OsYHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6LriTx3lRJoKOY3tWH7eJK31kaSSu+XcIX0+q&#10;23eDVV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2Sn3wOJsyNXH1bICeIS36qaOqton05Xxypi31B&#10;VS2lKX1USzSggX13QWSbqH3EN86WsH4uLvyRl36nJwuMdn82IIWHjX/KaLesmYNjXwCoeoL5VRek&#10;FYJ7Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GLsIDmINOG7oDCaI6ryolbXvGnnoh+VQ6jMIdq&#10;SxKei4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJiIRSGa4GTaG6rL48bXu+m8I3JVQ+idYwbSw2d&#10;yopFQTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiGAYJBaFqqvpShXvamYpLZVReh2JCISw+dJ439&#10;QTyYZ4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLNws9oDmDgsUpqTmO/n1FseWaMjMJumWlNecNw&#10;w2wTZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5lRWt/r9NnyG1FngZqKm8Hi59sgHDMeLxu43Ka&#10;Za5xZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYEriJlhna3nJVoGHdsikVqm3g2d49tMHkQZLFv&#10;5nn8UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpjg4AOmupmNn/MiN1o43+WdlJrqX95Y65ukH9n&#10;UU5xoX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZmXFkm4glh3ZnZob0dS9qT4XOYrxtZoS7UJtw&#10;pYOdPtl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENjSJBshlZmK447dClpMIwPYehsZInnT/5vzIe1&#10;PnRzd4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJhWtlI5VTc1NoQZIhYTdrkY7nT3xvFIuSPiNy&#10;4YgLLdB29oQwuLFbRKhup/BeYaSMlothU6BohKpkTJwlcptne5fnYJhq5ZOfTwdugo8tPdxyZop2&#10;LbV2koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKNcg1m2J1DYCBqUpfrTp9uApJiPZFx/oyOLZ92&#10;QoZ3tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1o2vaX/R3SW7FTjF5EXHYPLh7FnU4LC19cHkX&#10;tBhtE2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IVXzt1qHQUTZ53p3YyPFR56XiJLAR8fns2splq&#10;v3RuovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0OHlaTOJ2a3p/O9t44HvFK+B7pn02sQxor340&#10;oWxqtn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6GTDp1TX6tO3N39H7fK8B65n8Ur5tm6ofhoA1p&#10;DIcaj9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0VYK6Oxd3JoHPK6V6QIDJrm9lfpF/nupnso/g&#10;jrxp0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZOsZ2d4SPK455soJRrYFkWJr5ngFmmph/jddo&#10;wpXHfR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ144cTK3t5O4OorNBjeKRAnU9lwKDnjR1n7J05&#10;fGhqKJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlUK2t42YTOrF9i3q0/nNBlJqj+jI1nSqRSe9Jp&#10;g59yavhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194ioXDqId3iGAGmi54MGMbivh472YDeuJ5wmjR&#10;aj96pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkpp2p1EWmEmR91/mueidx26G2eeeF332+UaV54&#10;7HGVWLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy03Ltl9tz8XQciNR1AnU7eNt2HXZTaH93Tnd5&#10;WAF4pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wqln1yEXyIh2ZzQ3zOd610fn0KZ3R1331RVyt3&#10;Y32kRz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1weITihjFxxYRTdolzG4OuZpR0loMLVnJ2RYJy&#10;Rrt4FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0vhTZwiYvDdZ1x9Yo2ZcBziIilVdJ1TYcTRkt3&#10;QIV8Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVvhZMFdNdw/pCMZQ5yqI4LVUV0hYuBRfB2jIjk&#10;Nwh43oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oLdDBwNJacZHFx7ZMlVLxz5I+jRZJ2AowGNt14&#10;ZIg1KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6NvlZxXY/VxU5fmVFtzV5NoRT51io7LNqN4BIn8&#10;KUd6s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWifYm1/3mt+UtaAJG6BQ5eAf3GxNLmBBnU3JviB&#10;xHk3mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+OHEeUjd+pXNUQyN/KnWrNIB/3nhBJwyAxnsq&#10;mfB7JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0UZh9QXgWQrh98XmPNE5+0nsuJx1/5Xz7mM95&#10;Nno/i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7/HzAQlp81X1SNCV94331Jyx/H36ml693mILd&#10;inx4JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFMQeZ75YDxM+59F4CSJzl+dYAplr92TotviYt2&#10;6oqNe6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7EYReM8F8ZoL8J0N95IGAlf91QZPYiMx16pI1&#10;evF2ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeNM6N70IUrJ0x9bIKplWx0cZwPiDV1I5mpelV1&#10;xZbea/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7VYcbJ1N9CYOllQZz2qQGh8F0kqDeedR1MJ0x&#10;a3Z14pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9J1l8uoR1j5eH71+pg3eHEWKvdoiGaWWWaM2F&#10;22hvWpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWDy3lCjsuFyWgQgrKFLmpAdbiEpmxeaBaELG57&#10;Wf+DunCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3shjemDwHBRgayDVnHAdNWC63MhZzyCjXSBWU2C&#10;O3XxS0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B73hwgKKBnnkuc8GBUHnYZmqBCHp5WJiA2nsl&#10;SsaAwXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICBf7uAGYCUcuV/4oCFZZV/s4BeWBx/lIA7Sm1/&#10;oIAhPTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+8of1cjp+w4cjZOl+m4YrV2x+kYUuSfB+roQ4&#10;POZ+6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48lcZR91I2LZE59tYvBVt19u4nuSYN96YgXPLB+&#10;MYY5MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59GJO4Y9B8+JESVmh9CI5iSRl9TIuqPG19pIjq&#10;MFV+NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJmlY2B8Y5YcVgx8c5KISNZ8wY7uPDd9LYtIMDd9&#10;1IeKJZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uMWmgpUtCK/WshRciJmm5EOTuIN3GULTyG5XU+&#10;IomFr3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3fUmWJa3AnRX+IJHKUOReG33UmLUqFsHf9ItaE&#10;m3sXgjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH73UeRSKGyHbPOOiFpnidLVCEm3qaIxqDqHy/&#10;gWCK9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oCRMSFinrxOLmEjHvyLVODpn0QI1WC1X5BgJOJ&#10;cX4wdVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqEa37yOJeDjn8iLVqCzH9cI4eCIH+Zf96IOYWt&#10;dKaHQ4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1OH+CrIIYLV2CD4FyI7CBiIDHf0yHRo0FdDWG&#10;XowKaHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB74TfLVqBcYNXI9OBCoHKftiGjJQnc8GFq5KQ&#10;aAKEpZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXodeLVmA7oUBI++Ao4Kjfn+GAZsUc2WFIpjkZ5+E&#10;F5YSW3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOAiIZmJAWAUYNVeDOZZl8pbb+XMmIIYsGVIWTp&#10;VzqTBWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9IKqHaHlQd46XuGafbUaVpWjFYk6TkGr3VuKR&#10;bW08SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKGRnsNdveV4W3hbJmT729lYcKR63DwVmCP1nKR&#10;StONs3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHykdk6UIHT5a+KSQXXpYQKQVHbYVdKOVnfTSmGM&#10;UXjgPxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaSp3wAa0CQ2XxhYGWO+XyzVTuNB3z9Sf+LFH1X&#10;Ps2JL33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8armPvoLPX+mN44J7VMWL9oIQSZmKDoGqPqKI&#10;L4FVNCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO1IkLX3eM/YgMVFmLFIbnST2JNoXDPmeHZ4Sq&#10;NCuFn4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8oXz+MSo10VB6KT4t9SQmIb4mSPi2Gt4e2NAOF&#10;BoXpKpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWLuZKaU9mJuY/XSNOH2I0iPguGJYp/M/aEhofs&#10;KpuDGYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRjTuaZ2mdiREyWomqHOdGTQW3iL/WPyXFpJs+M&#10;S3VCHweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraYRGyDRDaVDG8KOdiRvHHBMByOW3SeJx+K+3e+&#10;H4iHwnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJQ/6ThXNwOcWQT3WBMDGNDHexJ2GJz3oUH/eG&#10;uXyKa7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SSGXe+OaKPAXkjMDmL3nqgJ5WIxXxBIFeF1X3q&#10;azicAHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vuOX6N2nylMDmK1X1qJ72H3n5FIKmFE38iasqa&#10;1oBLYT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM03/8MDyJ64AIJ96HFoAbIO2EcIAwam2Z6Yak&#10;YPOXZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZMEeJIYJuJ/6Ga4G/ISWD6YEVaieZKoy/YLKW&#10;rIvDVtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeIhISOKB6F3YMrIVKDfIHUae+YopKyYKeWIpFJ&#10;VsuTWY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZnKDaFb4RaIXaDJYJwYqyryl4aWX2oc2DXUDek&#10;42O9RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qOx3VFHZWKVHlVYhWqkGTBWS+nImbhUASjZ2kw&#10;Rr2fXGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHejHi2JFnr4Yb2o3mskWNSldGy8T8WhwG54Roud&#10;uHBqPV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCIAnxzYXCnGnFWWH2jvHJzT2mgFXOpRlOcI3UJ&#10;PTuX+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3FYSOlknd4WDiiQXghTymeonjTRhOauXmUPSWW&#10;pXp+NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2kXX2SWAqhDn3KTwadcX3tRfSZjX4QPQ2VhH5K&#10;NHWRaX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6V+qgFYNBTvCcdYLRReCYlIJPPPuUloHhNHWQ&#10;i4GJLLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9ifT4iATuWbqId4RdaXxIZKPO6TzIUvNGiP14Qq&#10;LLyL24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42HTuKa/4vhRdOXF4oAPPOTIYg0NHmPN4aDLMqL&#10;UITtJfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn9mG5hM5qjWUNcv5tOmhnYQBwDWvbT0ZzDW95&#10;Pdx2W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oXg6xoHmx1cftrEW7bYB9uLXFbToxxeHP7PV11&#10;E3bgLUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl63PFcNNpG3U8XytsenbITdJwCnhsPOdz7XpA&#10;LSF4K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sHb6JnWnuNXjZq9nwjTR5uxnzFPHly6X2CLQB3&#10;Y35bsEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRlzIHJXVZppIFkTH1trYD+PBlyCICdLOR2tIA3&#10;ruVV042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfoXJxof4Z7S/RsvYULO8VxSYOHLMx2H4Hjrc5U&#10;T5dmnl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tnkItfS4Zr8YjaO4RwqIY0LLl1ooNbrPtTIaDn&#10;nZxXC52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2Sx5rUIxjO0xwI4ibLKl1O4SerHNSSaoMnRhW&#10;PKXYjRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspqw4+GOw9vtYqtLJx06IWsqtxqDFqsm/pr/V41&#10;jHZt8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90OdJ5U3N1Kq58WngAqVpm8GSTmt1pNGcci3dr&#10;ZGmTe1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4CnbHKp97Wnowp8xkJW5WmUFmpm/rig1pDXF1&#10;egprenL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoFKpF6dnw/pjdhqHftl7FkWXihiI1m7nlJeNJp&#10;inntaI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5rH4ppL9fgYFpllNiWoFHhz9lGYEPd5Vn3YDL&#10;Z55qz4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/po4pdvIrRlTFgs4nYhjJjkIi7dpxmd4eLZr9p&#10;jYZbVs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRcSZQPlEhfWJI7hVZiSZA0ddBlSo4TZghogovy&#10;Vj1r+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0Rk5VeRZpfhKRhQpdodShkUpRQZWtno5E5VbRr&#10;O44cRotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVdfKIohBpgep47dKBjjpopZPVm7JYcVVhqmZIH&#10;Rjpug43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4fgtt0GGGKc8R1d2TfZCh27mg9VGR4h2u/RPl6&#10;Rm9yNfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9xr2kKcslzQWuMY1J07m4aU7h2w3DHRHt4wHOZ&#10;NbN7BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCKccxxM3I0YoBzEnPsUxZ1IXW9RA93W3epNX95&#10;4HnIKCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZvU3jOYX9xbXmsUkxztHqcQ4J2KHudNTh45Hy7&#10;KDN73X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9QYK1v9X9NUaBycX9YQw91GH9pNQF4Bn+BKDp7&#10;LH+dmExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+NuvITKURFxWYPmQq50LYMENNF3SIIVKEB6lYEV&#10;l29kbJC9ijlmtI9VfFpo642sbeprNovfXzttuIoOUI5wdYg7QmJzZYZhNK92p4RtKEV6GIJblslj&#10;VZk8iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5vvYxEQg1yyol1NI92JIaBKEl5sYNxllliiqFu&#10;iRlk6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/wQcNyRowsNF11vYhFKE15X4RYkq55YVqIhk15&#10;3F4QeSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9/W92Mix/QHOSJamAwngvkZd2lGNEhU13YWXz&#10;eCN4OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3NrMgZ9/HafJc9/s3owkHh0BmvjhBV1EG3Hdx52&#10;FG+baVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV82XmPJfB+w3wPj0VxtHRygt5y7XWVde90G3ah&#10;aHt1VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxVJgx98X3GjhpvvXzngdtxGH1TdPByaH2dZ3Rz&#10;xH3QWbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9PX9UjSJuIYVIgOlvk4T6dA1w/IR5ZqRydYPY&#10;WP90F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4CzjFpszo18gCluVIxyc1ZvzYshZftxWomnWGlz&#10;GYgoSuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8FrwpV2f5BtV5Ovcr1u2pGKZW1wco8vV+VyRozP&#10;Sm50WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0mfx1smZqmckFuH5eoZPRvu5RnV4Fxl5EiSiRz&#10;vI3aPVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KBOF38b1yBMmFcYn6BRGS1VS+BXmggR86BiGu2&#10;OuGBx29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVpbod/DmgLYcl/QWquVJ9/gm1jR2Z/2nA9OqaA&#10;SnNALnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9Am60YPN9XHCdU/N9yHKZRul+UXSxOl5+9Hbo&#10;LnB/xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVNYC57mHZ+U0t8NHe6RnR87HkKOh99v3puLmd+&#10;wXv1JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6D3xFUsh6x3y6RhN7rn07Oe18rX3ILmN93X5m&#10;JDx/Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1UiZ5nIGYRal6nYFGOap7w4D5LlB9G4CqJF9+&#10;jYBYgWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4o4Y8RUJ5voUSOXx6+YPqLkh8dYKzJHt+C4F0&#10;gNV0eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqWRN95CoiUOUB6XIaSLkF77YR8JJJ9oYJkgGxz&#10;t5jvdTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4bovFORB52ojnLiZ7hoX8JKR9TIMpe3mJwVpp&#10;cOSI5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWupNgWFlG+CKweFEnO5IWSEt3hPepuHXGIecC6G&#10;wWTOZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6EFnMSKyODwnZ8Ib2DkXopecSFC2m3b0aEpWu8&#10;ZEyENm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaFKzWClnkcIgqCj3vdeOGC73E0bluCrHKYY2CC&#10;X3PyWASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2Bj3uVIk2Brn1qeAeBInidbY6A+nlkYpuAx3oW&#10;V0WAk3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33hIoaA7n7Md0Z/m3/0bN1/j4AeYft/cIAhVr5/&#10;TYAKS21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWATYADdqd+aIcibGF+c4a0YY1+W4YAVlB+PIUi&#10;SwB+QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4ENdil9co4Xa+h9i40PYRh9eouiVel9Yon6SqV9&#10;dIhXP4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8tpTLa4h815MvYLh8ypEEVZB8tI6NSmB8y4wb&#10;P1t9HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloeZqyQ2l1wXG2Pc2DKUbOOBGQ2RrmMemfEO8+K&#10;42uGMXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO4GQNW+SNiWbGUUyMJGmSRnSKrmx9O7GJOW+X&#10;MYaHyHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qSW0yLnGysUMSKUW7YRhSI/XEfO3yHr3OMMYGG&#10;Z3YbKEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJyXJ/UDeInXQKRaWHb3WpOzqGSndkMW+FLXk5&#10;KGKEK3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhBT5+HH3kgRUmGDXoSOv2FD3sZMVyEGHwwKH2D&#10;PX1fIQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F4X4eROyE4X5VOuaD8X6iMVyDH378KJeCbn9a&#10;IUCB2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLWRJKD7IJYOrODEIHmMW6CRoGDKLKBvYEcIXGB&#10;UYCwa+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWDBoYTOoqCSYTnMUuBnoPSKMOBKoKrIZmA4IGC&#10;a5iF4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mYOm2BpoetMUaBD4XXKNGAuIP2IbiAh4ItZd6b&#10;MVmhXOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaPiWtMLVeM529fJQOKV3PHHgeH/HhiZSKZR2B9&#10;XGuXP2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8rLYSLV3KXJVuI7nZKHoyGu3odZJSXJ2csW9SV&#10;P2lMUreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J6XWsJaSHrHimHwCFo3uwZASVGm23WziTS29Q&#10;UhaRWXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHiaJdyGkXrYH2OEsn0bY3OTV3QzWrCRonVJUZqP&#10;wHZgSFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeFnHziH7eD5H5bYvCR6nqlWj2QS3s6UTeOdXu4&#10;SAWMd3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/H/2DOH9yYoKQwYDpWeKPNYEAUOmNZ4DfR76L&#10;bYCmPqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeCqYBfYiqPz4bwWY6OU4aEUJuMjoXBR32KmITX&#10;Pm6IqIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEkYeWPGIzTWW+Np4v4UH+L44qER2aJ3YjLPnKH&#10;5Ic4NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5OkXFj5U1ChlFwxSuWepl+RQkibaWMmOZyX4Gb4&#10;MSeULGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9wUtSf9GIeSn2c9mT6QgSZq2gGOYWWIGtHMT2S&#10;fG7AKaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d/WfmSiGbFGo4QbiX1my+OV6UZG9tMUGQ4HJN&#10;KdeNWnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2LSa+ZMW9bQXCWE3FSOTGSwnNxMTyPY3W0KfyM&#10;B3gOI3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6XjnRyQSOUf3XNORaRTHdUMTqOEnj6KhuK3Xqt&#10;I7uH0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8QPqTM3o8OPqQD3sYMUWM6HwXKjqJ2H0jI/GG&#10;9342HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmSIX5xON+PDH6pMUKL+n77KlyI+H9gJCKGPn/C&#10;HyaD2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJlONCOMYH1MTCLOIGeKl+IS4FfJEqFpYEaH1uD&#10;Y4DRWIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaNeoT8MUWKjYP9KnSHtoMVJGOFLII0H4WDBIFp&#10;rH9c41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTnW8Rs6mjvSztwlW0oOxB0mXG7LAd4+nblqotY&#10;7V9hm7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhqxm5hSoxu0HGiOqVzNHU0K/d38nk+qL1VZ2mA&#10;mf1ZPmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPBSd5tN3YMOkBx9XiWK+p3B3t2pvJSPXNzmEtW&#10;Y3SCiSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTprznpdOeVw3nvZK952N32IpUJPd31ClstT4H1u&#10;h8VYIn2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6OOZZv7H70K9N1g39uo9RNIIbxlYtRwoY9hq9W&#10;OIV/dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRvIIHdK8p06YEioqlLKZBzlIlP+47Xhc9Um40q&#10;dnpZQIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISHK8N0aYKhocRJl5mwk8JOjpckhSFTTZSCdeJY&#10;EJHaZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710AIPpoStIcKKBkzdNe573hKBSS5tcdXBXIZfF&#10;ZedcO5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7oNVj81U1ktRmaVk6hElo510ndRlreGEGZXFu&#10;LGTuVaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytgMF7lkaNjD2H7g0Vl4GUCdDxovGgCZLRrvWsK&#10;VQpu9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5kAFgAGqlgdtjG2zHcu5mQW7nY5tpj3ETVCpt&#10;GXNaRSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9dPXM0gF1gl3R6ccBj/XW7YpZnmHcHU19rbXho&#10;RJdvfnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0HuvfxdeZ3wZcI1iBXx5Ybhl23zfUqpp+H1YRB1u&#10;Tn3cNh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNci4Oab6NgXoMVYOhkZoKRUhlotoIYQ7ptSYGm&#10;NetyK4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ribuVe94l0YD5jMIgIUZVnroadQ25sbIUwNcdx&#10;gIOzKXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d0I+DX7NiLI0sURpm1orTQxtrvYhwNadw84Xu&#10;KX92TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55UqX09hWpHqUNBmIY6mQtlrKYtPNXpwg4fUKYF1&#10;+YRSlVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdzA2T7T6l1TGkHQVN3xG1JM3Z6jXHxJtl9oncr&#10;k+Zno15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJTwhzSW4EQON2E3FrM0Z5L3UnJvh8jXlRkoFk&#10;YWd4hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVxcHLuQIh0iHV0MyN38ng8JxN7mHtTkQdhdHBh&#10;hJ9kQHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/QAlzNHliMut243sxJyp6wX0uj61e6Xkug1th&#10;6nnrdmZk1XqQaONnzHslWxhq93vATRluZ3xsP6RyCX0mMsN19X34Jz56CH7ejo9cxoHkglJf8oHb&#10;dXdjCYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5MqB1KYCLJ095a4Bdjala/oppgXteTYmYdLFh&#10;hoiRZ1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0fYLiJ1146IGrjPlZkJKsgNRc+pESdBBgTI8v&#10;ZsRjtY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1J2l4fYLGjH9YfJqVgFlb+Zg3c5BfWZV2Zkpi&#10;0pKGWNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4J4OxigdytlWAfkxz3llxced1KV1PZNB2jmEj&#10;V0Z4C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdHiLlvT14FfTVw2WEvcOVybGRKY/V0DmdiVpZ1&#10;zWqKSSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31sNGZ7e/BuDmjjb95v3ms/Ywdxvm2XVdpzvm/9&#10;SJt17nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7jerBrfXCNbq5tiHInYjRvnnO+VSxx33VaSCV0&#10;UXcOO5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRpQnglba1rf3j/YS9txnnJVHBwPHqZR4ty8Ht8&#10;Ozl1zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+kbMxpwn+3YGRsN3+yU8Nu2X+uRxxxt3+3OvZ0&#10;yn/LL3B4G3/lJU97fYAAgyljNodpd+tlyobvbBloTYY4X8Jq5IVfUzNtr4SHRrJwt4O0Oshz7YLo&#10;L2d3bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2XzppzYrEUrdsuIkTRkZv54dmOoZzQIW9L1t2&#10;3IQBJXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho74/XUltr7Y1KRgZvNorCOk5ysIg4Lzl2b4Wg&#10;JYt6M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2ElUCB9Q2UQQ6h+LGkqN7F/NG17LFeAdXI0IliB&#10;53dffaZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7FmpHQ0t8QG2pN4R9i3E6LGJ/EXUfIqSAvXlY&#10;fIx0UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9tQtZ6hHITN0d8EXTeLGN91XfpIud/t3sse3Bx&#10;pG1ncNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp48XZfNxJ6vnheLGR8vnqKIyF+03zXelxvTHU1&#10;b9Jw4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqDNut5knuxLGx7yXz7I1N+D35XeXFtWXzvbxBv&#10;F31oZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4kH7dLGF6+n9CI3x9an+oeLFrt4R0blptk4RF&#10;Y3xvWoPZWCpxLINLTK9zKYLAQU91XIJANo13soHILGJ6SIFMI5584YDLeBpqZIu1bc1sWorhYvVu&#10;Nom1V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5tYMWI7p8coHBd6lpXJKubWBrZpE7YodtUY9N&#10;V0xvRY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SVI898GYKKc8yCjFWaad+CcVlnX2yCe100VGyC&#10;j2ENSRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD1Hdzcr5/kl0caQx/ymBGXq+ABmNvU9mAQ2al&#10;SLKAhGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZccp8vmSQaBJ9PGcWXed9rGmdUyd+GWwsSC5+&#10;kG7SPUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6LWvuZxl63m3VXPR7fW+3UnV8G3GeR558y3OW&#10;PON9l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4ZkF4zXSDXCp5lHXAUbN6W3b2RzB7M3g5PJZ8&#10;N3mUMqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13DnshW3t393uwUSZ43nwsRr1523ywPGl7AH1L&#10;Mpp8SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGVWwJ2ooFyULd3nYEvRlR4uoD1PBx6A4DMMoZ7&#10;aICvKZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1iobxUE52l4XsRfp3zITxO895NoQDMlx6toMi&#10;KZl8bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIwwT/h1xopjRbp3CYihO6h4h4btMkN6JYVFKZN7&#10;+4ObIkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI0GDNQmWID2TaOEmHTWkgLsmGlm2bJgmF/3Jv&#10;HqiFkXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2YeQhaGAWmOOCmFb20vLtuE63D9Jk2EinUVHx+E&#10;TXlYZ1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGEEm4mN/ODtnEgLtqDaXQ9JoGDP3eVH4aDMnsE&#10;ZpGC8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3KjN7KCKXTwLsyCEndZJqeCHHnsH9+CPXyIZceA&#10;x3EsXPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OAy3ieLruA5npOJsWBIHwZICqBbH3hZRN+9Xfy&#10;XE1/NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwfLrd/3H0VJuGARX4WIGmAvH8NZHZ9ZH59W7t9&#10;y37SUrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+9H+fJwR/iX/cIJ2AK4AOY/t8KITfW2p8tISv&#10;UnF8+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHqJxd+74FrIMd/tYDlY5p7KosFWw97yopPUh18&#10;I4kaSPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+eIK3IOh/V4GUXuOTiFTZVp6SFViTTgqQqlxm&#10;RR2PJWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KFHSaHHHeQXgiQ+1uDVfePxl63TXeOdmIDRLGN&#10;BmVwO8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+Fy3lVXViOZ2IVVUWNZGTDTOuMPWeDRDqK72pi&#10;O32JjW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXryXLGL+2iSVJuLIGq4TEOKHmzrQ8iI+282OyuH&#10;yHGhMsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J2m8DVAKJJnCiS7eIRXJFQ0uHQXPxOuuGNXW+&#10;MquFOHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3VhU3uHfnZ8S0eGuneIQu+F0HiVOqaE4Hm2Mp+D&#10;/3r2KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2GH3wnSu2Fc3yYQqmEm3z+Om6Dw313MoWC/n4I&#10;K0eCTX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGBSo+EaIFUQlyDooESOjSC3YDlMlCCN4DKKz+B&#10;k4DEJNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmDpoYJQl+Cz4T0OmKB+4QOMqCBWoNNK3yA34Kl&#10;JP2AsoHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuvPh+Vrl/ANiaS/mQWLmCQNWixJ0WNbW18IO+K&#10;zHKKG9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaSTuWSeNemRD2hoLmGOXWxsJ4WLtXCVIWGJP3T3&#10;HG2HIHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lSNayPIWyNLlqMmW/7J7eKH3OFIcKH3Hc7HPKF&#10;73rhUwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKNUHCLLk6K+nNfJ9uIs3ZKIhCGpnlVHWSE6XxG&#10;UomTKWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3RkLkmJi3aiJ/eHd3jrIlCFmntGHcWECn2BUg2R&#10;VHKjSuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleISXm9KBiGYXtkIoWEtH0NHhaDUH6SUaGPynh1&#10;SoiOrHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyhKDuFc32mIrWD8n6gHliCt395UUqOh34ZSkGN&#10;jX56Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiEun+qIt2DUH//Ho6COoA5URGNf4ObSg2MoIN9&#10;QvSLPYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4FpIv2C0YEgHrmB14DVojVWm0+qk+RaKVQjhUJd&#10;v1iYdh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy2nAtKsd3+3YEoChRylmfkk1V2l0wg+FZ7GC6&#10;dOxeGGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOnKs926nhsnk1NcWOLkJNR+WYogm1Wd2jDc5db&#10;C2tiZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1+HqxnHdJg21VjuJOfG8FgNZTWHC6clRYSHJy&#10;Y0hdeXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzOmrRF/nb7jWBLYHfJf4JQnHibcRpV4HltYm1b&#10;ZnpLU31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC7oB2jBlIr4BlfnhOQIBUcDxT14BCYahZp4A0&#10;UvxfyYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9iw1GYYjCfaRMPofJb5FSG4bRYQ9YMYXcUoNe&#10;lYTqRHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlEepDGfP1Klo7gbw9Qq40DYKJW+osrUh9dmYlM&#10;RCxkfYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7fIFJR5VqbrJPhpKyYGFV/pADUfRcx41DRARj&#10;14prNrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1jc1jRbjtmqV03X5xqEGGrUN1ttmZFQolxmWsY&#10;NLR13HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCPbVtja2QeXuJnO2e1UExrTmtuQiZvoW9YNIt0&#10;WHOoKEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1gfWrqXcxks22qT3JpMXCKQY9t8HOSNEZzDXbs&#10;KGV4V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGkXNJia3OKTrVnS3WLQRRsbXerNBBx5noIKHt3&#10;fXymkHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhgaHlNThNlpHpsQKxrHnufM+Zw6Hz5KI52wX55&#10;jyNKjn48gvVPl35xdjhUg36aaOhZfn69W0petX7lTZpkOH8dQF1p/39iM8RwEH+3KJ52IYAZjg9I&#10;FIcLggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZjCoONQCRpDILjM65vWYI1KKt1nYGEjTlGDI+L&#10;gUtLk44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIerP99oSoYWM5xuw4RuKLV1MIK7jKJEepeWgMFK&#10;K5VIdE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69nqojpM3xuToZRKL502YO8jL5kXVBjgHBmyVS3&#10;c7ppVFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/MSV413CAJcB8vXZYiuxf+Fkyfxdi5VzIcpFl&#10;22BaZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3X3O2JfF7m3iLiVRb8WINfadfU2TYcX1iqWeg&#10;ZJFmEWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bKJhx6nHqZh8JYUWrOfC9cFGzPcBNfwG7PY3pj&#10;fXDNVmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5vHx+hlhVGnN0euRZLXSwbuddK3XjYmphOncR&#10;Vaplg3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42hSpSU3v8eddWrXx0bfxa8nzYYZpfSn0yVPhj&#10;2n2SSEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP94RNeP1UjIQCbTxZDYOTYPJdpIMUVGRidIKd&#10;R91niIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxUeFRSzYtGbKBXf4oCYGtcRYinU+thSYdXR3Rm&#10;loYQO61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dRcpIwbCdWRpAWX/xbL43dU5VgV4uyRzply4mQ&#10;O3prcodwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+au5vcFlDXqtxj12UUg5zzmH+RWV2PmaXOTx4&#10;32tqLa170nCvI3t++HZ7gGJnYVkAdXFpuFySad9sG2AlXc5uk2O/UV1xL2duROR0AmtHOO93B29T&#10;LaN6WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+XN5r12ncUKNuzGzORGBx/W/jOKZ1YHMjLZp5&#10;CXaxI/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5pVm/qT/tspHIWQ/JwK3RgOHNz5HbMLZt333l2&#10;JDF73XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXWT0lqwHc/Q2RunXjAOB9ypHpYLYh25HwZJF17&#10;Fn31eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRpIXw8QwJtPHztN+pxiX2vLX92CH6FJIJ6b39j&#10;ekhYDoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7QqJsFoDYN8dwlYDELYB1TIC0JKF55ICgeZtW&#10;LokZb0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5rJ4R5N49v1IOQLX10soKgJLp5c4GteR5UtJBK&#10;btZY7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfBN2BvN4YCLWN0QIQ+JM55GIKKd2xzBlEFbPF0&#10;V1UrYhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98mGuYKld+xHDgIWSBE3aZddhvGFi9a89w1VxM&#10;YS5ynl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9PKmx9RHPLIb1/2niddIdrcWCCapRtkmNqYDRv&#10;rWZWVUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV78naWIgp+yHp7c0xoHmg5aWdqkmp1Xxds+Wy1&#10;VHxvZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4Ik192Xwvch9lKW/jaFJn5XFzXiBqkHMAU6Jt&#10;QnSLSPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9DH23cSFinHd2Z4Jll3hhXXBof3k3UvprcHoE&#10;SF5uiXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8PcFNga37SZsVjnH8ZXMdmuX81UmVp4H9AR99t&#10;MX9XPXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7BemYXlZjRh94WNXEFlQYTvUfBok4QzR3hsEYOE&#10;PSFvyYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyqZcdgqou/W9ZkFoplUY5niIjbRy5rJYdgPPNv&#10;AIX5M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7h1UuWW18YllgTyl9RV2vRKR+LWIlOjB/LWbV&#10;MFWASmu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvlWJV5Xl+DToR6gmM1RC97s2cJOe59BGsPMEp+&#10;cm9HJ2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2i2WYTcZ39GioQ6V5cGvWOZp7Em8vMDB80HKy&#10;J4p+uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuXTQ11nm4EQxF3aHCJOT15V3MxMA17YXX6J6F9&#10;jXj4IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZzjHNDQqR1lXUYOPN3zncOL/Z6G3kZJ7p8hntI&#10;IN5+1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhhQjV0B3l9OM12cnq5L/J4+nwGJ9R7oH1mIRd+&#10;JX7BZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5ytX2wOIR1VH4uL+R4BX6+J+d63n9PIUZ9kn/X&#10;ZeRnPYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGcODp0aoFcL8B3QoEuJ/V6P4D7IWx9GoDBZXJl&#10;y4kcXNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdzpYQ7L6l2pYNMJ/F5yIJfIYt8uoGAYoSC3FDh&#10;WfSC8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bWLE2D22vYJGKEQ3E1HdWExHbHYUN/ale3WQN/&#10;3VtPUEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuCAm84JKqCsXPeHlKDcXilYEN8HV6QWAx84WGe&#10;T4R9kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2JOKBT3ZhHr6CSXpbX1R5DmVeVyJ6F2fZTqV7&#10;A2pfRfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2AHHi7HxyBSXvnXnB2T2wfVk53mG4GTeN4wW/z&#10;RUZ53HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrqH2uAbn1HXaVz5HLLVZd1bHQhTUd2znVuRMJ4&#10;IXbBPEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/t356XPRxyXlEVPJzj3oITLd1KHqyRE52q3tZ&#10;O+p4NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+AXGZwAn+MVIhyB3/HTGdz0X/GRBl1c3+yO8d3&#10;HH+7M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xukIWaVCRwv4VMTAtytISeQ890eIPRO5d2PIMj&#10;M5F4KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBhUPiKlFSBSRqKAFi+QN2JXl0rOHGIp2HTMDKH&#10;7mbBKJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWHuFqBSEyHWl5FQD6G4mIuOBCGWGZIMBKF12qe&#10;KL+FZm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1R5yEuGOzP6iEdmcTN6+EKGqcL+qD6G5YKNWD&#10;uXI2IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyCN2kHPyOCNGvYN1CCKG7PL7+CLHHsKOCCP3Ul&#10;Ir6CcniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5MPpeAMXCCNwqAYXLhL5uApHVfKOiA9HfuIvGB&#10;YHqRHimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+fHUVNr5+3HbNL4h/TXinKPN/0nqLIxyAdHx0&#10;HnOBF347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHluNnt9l3qDL2t+MnuyKQh+1nzuI0R/qn4hHrCA&#10;e38zU0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8jH3yLzp9Un54KQN+D38OI29+/3+WHuF//YAD&#10;UuB3cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4EaL2h8fID4KSd9Y4DoI4p+foDOHwh/mICsTtiT&#10;/U+jSEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uMI2aTJUGKemvkH5SI9nFvGxmHtHbnTcyQ+lW5&#10;R1KP7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpPJWyIn28DIACHUnPlG7WGR3inTRSN+FvLRoyN&#10;LF8cP9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG7XH3IFuF3XYvHDuFCXo+THiLEWHQReqKfGSk&#10;PzGJr2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTAIKiEl3hNHK+D+HuqS9qIXmfORVOIEGohPq6H&#10;e2yIOBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyDfXpBHRCDEHzsS0GF723HRMaF8W+VPkCFmXFu&#10;N8SE9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJHWGCTn4DSryD0HOTREyEIHTcPeSEAnYiN4aD&#10;i3d7MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSBrn7vSkyCAHkvQ+eCl3nyPZWCr3qfN1aCXntY&#10;MS2B6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0SfuAfH6lQ5eBUn7bPVWBnX7mNzGBbH75MSSB&#10;D38wK1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD//wAA//8AAP//AABtZnQxAAAAAAMEIQAAAQAA&#10;AAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcY&#10;GRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BR&#10;UlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImK&#10;i4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLD&#10;xMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8&#10;/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4f&#10;ICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdY&#10;WlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPE&#10;xcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u&#10;7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0O&#10;Dw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1&#10;Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mb&#10;nZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc&#10;3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+&#10;/v//pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH&#10;0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bB&#10;p3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdM&#10;hNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqo&#10;UJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky&#10;/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNar&#10;movdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbP&#10;plmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JG&#10;Sv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovd&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLql&#10;h8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JFSv2hTGDypUtx5qlKg9qqTZXPqValyKhhsMWq&#10;a7XCrHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknoncmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP&#10;4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+H/pjgy/6NFSv2iS2Dypklx&#10;5qpIgtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbivgcSyqofLrKaG0KWjhtWdn4bak52L3pOdi96T&#10;nYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOd&#10;i97/pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6hyrFXrci2YrDFumy1urN4vrKugcWtqofLp6eF&#10;z6CkhNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja&#10;j5+I2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6jSV/zqUZv6K5EgN2zQ5DTtkifzLdRqsrAXKy9&#10;uGy3s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yh&#10;h9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9f/pzcy/6NES/6lR17zqkRu6bFB&#10;f9+4Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcalq4XJnqmEzJing8+RpYTSiqOG1IqjhtSKo4bU&#10;iqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtT/&#10;qDcy/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZIpLm8XLKvtm27qbF5waWugsWhrITIm6qDy5Wp&#10;g82Pp4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG&#10;0YmmhtGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131rz9s7Lg6euTDN4fd0zWQwcRJp7G6XrWptW68&#10;pLF6wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6I&#10;qIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs7/qTYy/6VCS/+qQVz2sjtq7r02d+jL&#10;M4DQ0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTFla2Ex5CshMmLq4XKh6qGzIeqhsyHqobMh6qG&#10;zIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsz/qTUy&#10;/6VCS/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4Y7eftXK8nbN8v5uxg8GXr4TDkq6ExY6thcaK&#10;rIbIh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYes&#10;h8mHrIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi584tadDgJH+5zzeXp8JSqZ66ZrWatXO7mLN9&#10;vpeyg8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG&#10;hq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8b/qzMy/6o7Sf+2MlPwxypa2N4hZsLfJIKt&#10;zjyYn8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKGwIuxhsGIsIfChrCIw4awiMOGsIjDhrCIw4aw&#10;iMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMP/rTEy/7Az&#10;RfjAKUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQvHWyj7l9to+3g7iMtoS6irWFvIi0hr2Gs4e+&#10;hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+E&#10;s4i/hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4hbaXeLIOX0kWSkMtbnYzFa6WLwnWqir98rYe+&#10;f7CEvICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqG&#10;tX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/sioy8cYcM9HiFDq88xtWqO4mbZjhNX+O2EqM&#10;iNBdlYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nDgKh4woKpd8KDqnfCg6p3woOqd8KDqnfCg6p3&#10;woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6r6vhwo1t0OI8Dw&#10;FD+s/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCUd890l3XOd5hzzXmacs17m3HMfZtwy3+cb8uA&#10;nW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cd&#10;b8uAnW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfrRnB/5VR5e+Fhf3bdaIRy226Hb9lxiW3YdItr&#10;2HeMatZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fV&#10;fo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBl&#10;pMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6&#10;oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KB&#10;n9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvC&#10;upCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMid&#10;cLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl&#10;76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Kt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCM&#10;xbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDF&#10;nHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NR&#10;deSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/&#10;ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiM&#10;j8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1&#10;wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSk&#10;U4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+eT1T6oU5k76RPdeWmUYXa&#10;pViV0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSLx7aPjcuzipDPsYaW1K6DoNengaHVp4Gh1aeB&#10;odWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodX/ozkq/6BG&#10;QP+eTlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3FonS0wqF9ub+ghb67nYjDuJiJyLWTi82xjo7T&#10;romW2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNah&#10;haDWoYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdMdOapToPcqlOS0qlboMumZqvGpXCzw6V6uL+k&#10;gr27oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf&#10;2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/ozgq/6BFQP+gTFT7pEtj8ahLc+arTIPdrVCR&#10;1KxYnsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOhiM+snI3Vo5aU2pqRnNyWjp7Ylo6e2JaOntiW&#10;jp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntj/pDgq/6BFQP+g&#10;S1P7pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGivxrJzs8OyfLi9sIDBtqyCya6nhc+loYrVnJyR&#10;2pWZnNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7Z&#10;kZSe2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceivSIDfs0qO1rVRmtC2WqTMuGWryr1xrsG5e7a3&#10;soDArqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yyb&#10;ntmMm57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq/6FFQP+iSVP8p0dh8q1GcOmyRn/gt0eM2btO&#10;l9O/V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2XpYXSjqGJ14egktmHoZzYh6Gc2IehnNiHoZzY&#10;h6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNj/pDcq/6FEQP+jSFL8&#10;qUVh865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1usLK2eLmqsYDBpK2Fx5uphMyTpoTQiqOH1IOi&#10;jtaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW&#10;1oKiltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvkwUKG38xGjdPPUpfBxGGns7tts6u1eLulsYDB&#10;n66ExpirhMqQqITOiKaG0YKkjNOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOA&#10;pJLTgKSS04CkktOApJLTgKSS04CkktP/pTcq/6FEQf+lRVH+rEJf9bQ/bO28Pnjnx0CB4NZGh8nN&#10;UZq4wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTLh6iGzoKni89/po/Qf6aP0H+mj9B/po/Qf6aP&#10;0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9D/pTYq/6JDQf+nQ1D/rj9d&#10;97c8afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1ebycsoHAmK+Ew5KuhMaMrIXIh6qHyoKpisx/&#10;qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+p&#10;js3/pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4x9Y+jrPJUqCnwGOtn7lwtpq1eryYsoG/lLGF&#10;wo+vhcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J&#10;f6uNyX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+sPE3/tzZX8sUzX+HWNmPN4zF8utM/kanIVKGf&#10;wGWtmbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+IxIKuisWArozFgK6MxYCujMWArozFgK6MxYCu&#10;jMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMX/qDQq/6Y+P/+xN0r5vjBS588v&#10;VdHiLGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQtoK6jrSFvIuzhr6IsofAhbGJwYOxisGBsIzC&#10;gbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjML/&#10;qTIq/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJFkpfKWp+Rw2mnjr90rY28fLGLuoG0iLmDtoW4&#10;hLiDt4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWL&#10;vH61i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc2h87xusjV7PsKm+j3zWCltRKkI/NXZqLyGuh&#10;icR1pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7h7N5u4izebuIs3m7iLN5u4izebuIs3m7iLN5&#10;u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLP/rS4q/rslMOPSGi3J6BtBtvcjWqXs&#10;Lm+W4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3ujecZ9pHjFf6V2xIGmdcODp3TDhKhzwoapc8KG&#10;qXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqn/tCQl&#10;7MoWI83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZYop81WyPeNJxk3XQdZVzz3iXcc56mHDNfJlv&#10;zX6absyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzL&#10;hJxsy4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5HmvwsWY7yPGeE6ktyfeVYenngY4B03mqEcNtv&#10;h23ac4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP&#10;ZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY/S0goJv+gNHa3/FTOd/yNFkP8zVIX3Q19+&#10;8VFod+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2fWLheH5i4Xl/YeF7f2DgfYBf4H+BX+B/gV/g&#10;f4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4H/oDkh/5xG&#10;Nv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jB&#10;vIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8ST&#10;i7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH&#10;2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+a&#10;UUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGb&#10;w7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bC&#10;j4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxn&#10;ldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/&#10;nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+&#10;oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6&#10;wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZ&#10;cKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ&#10;959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6&#10;fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMb/oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG255klNKbbqDMmHiqxpWBssSVibbBkY66v4yQ&#10;vb2Ik8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI&#10;sHuqyLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+bT0r/n09Z+KJQaO6jU3flpFeF3KJgk9Oeap/N&#10;m3Spx5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKayLd/oMu0fKfMrHypyqp9qcqqfanKqn2pyqp9&#10;qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcr/oDgi/51FN/+cTkr/oE5Y+KNP&#10;Z++lUXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbBmIq6vpKMv7uNj8S4iJPItoOZzLSAoc+sfaXP&#10;pn6nzKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMv/&#10;oTgi/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qhakNWmYpzPo2ymyaB2rsWef7XBnIe6vpeKwLqQ&#10;jca2i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4Gn&#10;zJ+Bp8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/oktX+aZMZvCpTnTnq1GC36tXjteqX5rQqGmk&#10;y6VzrMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qKodKghKPTm4SmzpqEp82ahKfNmoSnzZqEp82a&#10;hKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp83/oTgi/55FN/+eS0n/o0pX+qdLZfCr&#10;THPorU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3vqGEwLWbicaulY/MqJGVz6KOntKaiaLTloel&#10;z5WHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps7/oTci&#10;/55EN/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qzWpXUs2Oez7NupcuzeKvDrHy3uKWBv6+ehsao&#10;mYzLoZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGL&#10;ps6Ri6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW+6pIZPKuSXHqskx94rZPidy4V5LWumGa071t&#10;oMm4dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQlaLUjZCl0IyQps+MkKbPjJCmz4yQps+MkKbP&#10;jJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps//oTci/55EN/+gSUj/pkdV+6tHY/OwSHDr&#10;tUp85LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19v6WngsWdoojLlp+Oz4+cltKLnKLTiJWk0ImU&#10;pc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc//ojci/59E&#10;N/+hSEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rczWKOzshsm8C/caq0t3e1qbF8vp+sgcWXp4bK&#10;kKSMzoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+F&#10;mqXPhZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5DYfW1RGzuvEZ36cRLf+PPVITZ1GWIyMtrmrrC&#10;cKmuune0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQgKOlz4Chps6AoabOgKGmzoChps6AoabOgKGm&#10;zoChps6AoabOgKGmzoChps6AoabOgKGmzoChps7/ojYi/59DN/+jRUf/qkJT/rFBX/a4QWrxwURz&#10;6sxLeeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5exg8KOrYXGh6uIyoGpjc18qJbOe6iizXupps17&#10;qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps3/ozYi/59DN/+l&#10;Q0b/rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mRtclmn6nBcaugu3mzmbaAupSyhcCMr4bEhq2I&#10;x4CrjMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/K&#10;eaufynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPEPGHm0UNk2d9Dc8jcSoW30FeVqsdloqDAcKyZ&#10;unm0lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2XxnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqt&#10;msZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi/6FBN/+pPUP/szlN+b43VerMOlnb3Ttiy+U/&#10;d7vZSImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuIs4a+hbKJwIGxi8F+sI/Ce7CUw3qwlsN6sJbD&#10;erCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsP/pDQi/6M+Nv+tOUH/&#10;uDRI8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8ZnpJLBcquOvXuwjLqBtIi4g7eEt4W5grWIu3+0&#10;ir18s42+erORv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOT&#10;v3qzk7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/7zNrr+E7fqDWSo2WzluZkMhpoYzDc6iJwHus&#10;hr5/r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3&#10;t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wzMf+5KzbqzCY20uEmQcHvLFqw7TNuoeE9f5XX&#10;TYyN0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKseb+ErXe+hq91vomwc72MsXO9jbFzvY2xc72N&#10;sXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbH/qS4h/7MqK/LFIizW3hwt&#10;w+0jR7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7Mc5t7yneeeMl7oHbIfqJ0x4Cjc8aCpHHFhKVw&#10;xIembsSKp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27D&#10;i6f/rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxtiuVJeYPfVoJ+2mSJetZsjnbTcZFz0nWUcdB5&#10;lW/Pe5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIic&#10;aMyInGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jpESC1+Rs3pf8mS5f6NFyL8UJogupPcnzlW3p3&#10;4WR/ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+jGXWgI1k1oKOY9WFj2LVhY9i1YWPYtWFj2LV&#10;hY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY/pxw0MytoLD7f3EiSn/x05mP8r&#10;SYz+OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll5HJ7Y+N1fGLid31h4nl+YOF7f1/hfX9f4H+A&#10;XuCCgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4HL&#10;0AkDuuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhXX230XWRn8mJnY/BoamHubGxf7XBtXe1yb1zs&#10;dW9b7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/&#10;c1jqf3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3uc&#10;z5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWc&#10;Wmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmr&#10;vb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga&#10;/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfC&#10;gZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CE&#10;pMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzs&#10;m1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94&#10;sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pG&#10;Lf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5&#10;wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuO&#10;jKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm196&#10;5Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nTga/5pFLv+X&#10;UEH/m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic0JKBpMuPiavHjY+xxYmTtcOFl7jCgpq6wX+e&#10;u8B9or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+&#10;tnmyvrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPagVWrtoFp45Z9ghd2capHWmHOb0JV9pMuShavH&#10;j42xxIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmvwbR5sMGwerDAsHqwwLB6sMCwerDAsHqwwLB6&#10;sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca/5tFLv+ZTkD/nk5O/6FQW/eiU2nuo1d35qJd&#10;g96fZo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/hJi9vYCdwLx9o8K7e6rEtHqtxK17rsOqe6/B&#10;qnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8H/njca/5tELv+aTUD/&#10;n01N/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1ocyZfqnIlYawxJKNtsGMkbu+hpa/vIGcw7p+&#10;pMW3fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2u&#10;w6R9rsP/njca/5tELv+bTED/oExN/6RNWvimT2fwqFN06KhXgOCnXozapGiW06Fxn86deqfJmYOv&#10;xZWKtcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+rMWff67Dn3+uw59/rsOff67Dn3+uw59/rsOf&#10;f67Dn3+uw59/rsOff67Dn3+uw59/rsP/njca/5tELv+cSz//oUpM/6VLWfmoTmbxqlFz6atVf+Kr&#10;W4rbqWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPBsomZxa6GociqhKnJoYCpypyBrMabga3Em4Gt&#10;xJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcT/njYa/5xELv+cSj//oklM&#10;/6ZKWfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGqdaLLpX2rwZ2DtLmWibyykZDBrIyWxqeJncij&#10;h6bKm4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaE&#10;rcX/njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w67FSe+SzV4XftGCO2bNqltGxdZ7GqHurvKCB&#10;tLOah7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF&#10;koesxZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+eSD//o0dL/6hIV/utSWPzsExv7LRQeea4VoPh&#10;u16L2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSRxpqRmMmWj6HLkYyozI+KqsiOiqzGjoqsxo6K&#10;rMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMb/nzYa/5xDLv+eRz7/pEZK/6pG&#10;VvyuSGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29rneqsqd9tKmhgruhnIjBmpiPxpSWlsmQlJ/L&#10;jJKozIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMb/&#10;nzYa/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxOdOfCVXvfyGGA0cNqjcS6cJ24snWprat7s6Ol&#10;gLuboYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKr&#10;xoaSq8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/p0RJ/61DVP6zRF/3ukdo78FNcOXJVnXczmR6&#10;zMZpjb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIihkseEn5rJgJ+nyoGaqsiCmKvGgpirxoKYq8aC&#10;mKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8b/oDUa/51CLv+hRD3/qEJI/69BU/+2&#10;Ql33vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKnobZ3sZixfbmPrYK+iKqJw4KokMZ9p5nIeqel&#10;yXuiq8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMb/oDUa&#10;/51CLv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/cWWfP2GB5wM9mirLIa5qmwnCmm7x2r5G4e7eJ&#10;tYG8grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXem&#10;rcV3pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F/7U7Tve/PlXsy0RZ4dpPWtTfUWzG2lp9uNNi&#10;i6vOaZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95sZPBdrCbwnSwpsJysK3CcrCtwnKwrcJysK3C&#10;crCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcL/oTMa/55BL/+nPTr/sDpD/bo4SvDGO0/j&#10;1UVO1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4q4q8f7GEuYO1gLeHuHy2i7t5tJC8d7SXvXa0&#10;ob10s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb7/ojMa/6A+&#10;Lv+qOTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas3E6Fn9NakpXMZ5yOxnGkisJ5qoW/fq6AvIKy&#10;fbqGtHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlz&#10;t6C5c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cowO9rdMj/K5zhVvOw9aa3lRHmf206HlNNcko3M&#10;aJuIyHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuycruQs3C7lbRvupq0b7qatG+6mrRvupq0b7qa&#10;tG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/pDAa/6c1Kv+0LzD0wyox3tgrLczmLkW98jVa&#10;re47bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrGfKR3xICmdcODqHPChqlxwYmrb8CNrG3Akq1s&#10;v5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la3/pS8a/60tJfy8&#10;Jyjl0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSFg9dhjH/SbJJ7z3KXd813mnTLe5xyyn6ecMmB&#10;oG7IhKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGl&#10;aMWRpWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9K02g+DVek+5BbInmTXeB4FiAfdxkhnjYa4tz&#10;1XGOcNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6ImWXNjJpkzY6aZM2OmmTNjppkzY6aZM2OmmTN&#10;jppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW9cEXFNTfDhDA7xgmsP0jPKH/LU6U+TpdifFH&#10;aIHrUnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm2nuJZdl9imTYgIti2IOMYdaFjWDWiY5f1YuO&#10;X9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi47+uRYN1NILBsLuDhax&#10;/Bkqov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlkc2jnanZm5W95ZORzemLjdnxh43l9YOJ7fl/h&#10;fn5e4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+I&#10;gVvfiIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB/0VSevxSWnL3WWBr9F5kZvJkaGLwaWpg7m1s&#10;Xu1xbVztdG5b7HZvWux5cFnre3FY631xWOp/clfqgnNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW&#10;6YRzVumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0IC6T/EhqX/x8qi/8uNoH/PUF5/0pJcf9SUGn/&#10;WFVj/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRhVfZ2YlT1d2NT9XljU/R8ZFL0fmRR9IBlUfSA&#10;ZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGX/ljMU/5VDJf+SUTf/l1NF&#10;/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/I&#10;damwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CV&#10;ps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTf&#10;j3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lX&#10;U/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamw&#10;x3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/&#10;ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19&#10;mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO&#10;2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+TUTf/l1NF/5lWUv2Z&#10;W2D1mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCiz4CVpsx9manLe52syXmhrsh3pa/Idqqxx3Su&#10;ssdztLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urL/ljMU&#10;/5ZDJf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaWbIPfk3aN2o+AltSMiJ3Rh46jzYOTqMuAmKvJ&#10;fZyuyHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3&#10;uLW4d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E/51SUf6eVV72nlpq7pxgdueaZ4LglnKM2pJ7&#10;ldSOhJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXEd6y2w3azt753t7e3eLa4snm2uLJ5triyeba4&#10;snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5trj/mDMU/5dDJf+XTTf/m01D/59QUP+gU133&#10;oFhp759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImPqcmEla7HgJqyxX2gtcN6p7fCeK65wHe1ubh4&#10;tbmxebW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbn/mDMU/5hD&#10;Jf+YTDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/inmqJ3Jpzk9aVfJvRkYWjzIyMqcmHk6/Ggpmz&#10;w36gt8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqn&#10;e7W6p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FMTv+kT1v5pVNm8aVYcuqkXn3jomaH3Z5wkdeZ&#10;eJnSlYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9snqyvqt7sr2mfLO8o320uqN9tLqjfbS6o320&#10;uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/mTMU/5hDJv+ZSjb/n0pC/6NLTv+mTln6qFFl&#10;8qhWcOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWNja+/h5S1uYOcubV/o7yxfay+rHyxv6V8sb+h&#10;frO9nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLv/mTMU/5lDJv+a&#10;STX/oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC4Kppi9qmc5TPn3ydxpeDqL6QirC4i5G2soaY&#10;uq2DoL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7&#10;moGzu5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+pSlf7rE5i9a9SbO6wWHbosV5/37BoiNWsdJDK&#10;o3qdwJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZmBr8GXgrK+lYOzvJWDs7yVg7O8lYOzvJWD&#10;s7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU/5lDJv+cRzX/okZA/6dHS/+rSVb9r0xg9rJR&#10;au60V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCrk4u2pY6Tu5+Lmr6biaLBmIiswpOFr8KShrG/&#10;kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7z/mjMU/5lCJv+cRjT/&#10;o0VA/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btqgMuycJDAqXadtqJ8p62cgq+ll4m2npOQu5mP&#10;mL6UjaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmy&#10;vY2Jsr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8tEld8rlPZem+Vmzhw2By075pgMa1bo+7rXSc&#10;sKZ6p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQrsKIjrDAiI2yvYiNsr2IjbK9iI2yvYiNsr2I&#10;jbK9iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pCJv+eRDP/pUI+/6tCSP+xRFL6t0ha8L1OYebE&#10;VmfeyWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJekwoKWr8KDk7DAhJGy&#10;voSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr7/mzMU/5pBJv+fQjP/pkA9&#10;/61AR/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9a42wtXGapa92pZyqfK2TpoK0jKKJuYagkL2B&#10;npm/fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+W&#10;sr7/nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT6slOVuLVWlfS0V5rxMlkfbbBaoyqu2+Zn7V0&#10;pJaweqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93obG/ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+&#10;ep2yvnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+iPzH/qjw6/7M8Qvu7PknwxkRN5tJPTdzcV1bM&#10;1V1qvs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KFtXmwjLh0r5W7ca6fvG6vq71xqrO8dKWzvHSl&#10;s7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7z/nTMU/5tAJv+kPDD/rTk4/7Y5&#10;P/XBPEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomcyGuVkcRxn4jAdqd/vX2teLuEsXO6i7RvuJS3&#10;bLeduGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbn/&#10;njIU/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJHTMfiTV653lRurNlbfJ/UYoiU0GiTisxvm4LH&#10;d6J8w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62yZ7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2&#10;tGe6trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/tTIx88MyM+PUODDT4Tw/xuhCUrnlSGOs4k1y&#10;n99Uf5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DCiKluwY6rbMCUrGq/m61pv6WtaL+urWi/rq1o&#10;v66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq3/oDAU/6M2Iv+vMCj7vC0r6M0sKNXg&#10;MDDH6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiRfNBxlnjMd5t0yn2ecMiCoW7Hh6NrxYulacSQ&#10;pmjElqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpaj/oS8U&#10;/6gvH/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7wQ2mS6Ex1iOFVf4HbYYd712qNdtNxkXLRd5Vv&#10;z3yXbM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLI&#10;nqFiyJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgTyegiJbr0Kzqs+DRNnvc8XJLxRmmI6VBzf+NZ&#10;e3rfZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk0YeUY9GKlWHQj5Zgz5SXXs+ZmF7PmZhez5mY&#10;Xs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZj/pygS/7cfEubOEQ3L5hUWu/QhKqz+Kz6e&#10;/zROkvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9wgWjedYRl3HmFY9t9h2LagYhg2oSJX9mHil3Y&#10;i4tc15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI3/sB4L7cYO&#10;CM3bCwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F48Vloce1fbWrrZHFn6Gp0ZOdvd2LldHlg5Hh6&#10;X+N7e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY&#10;4I+BWOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8kL5L/Lz2H/z1Jf/9JUnj8VFpw+FpfafRfZGTy&#10;ZWdh8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635wVuuBcVXqhHJU6ohzU+mLdFPpi3RT6Yt0U+mL&#10;dFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TMxggAvdQIA631Dg+f/xofk/8nLYj/NDl+/0JD&#10;d/9NSm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3cGBW93NhVfZ2YlT1eGJT9XtjUvR9ZFH0gGRQ&#10;84NlT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhma9ywYArtsGBJ//&#10;EBCT/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJW/9dTFj/Yk5V/2ZQU/9qUVL/bVJQ/3BTT/9y&#10;VE7/dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFX&#10;Sv2BV0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43c&#10;fJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7Goshu&#10;xqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFq&#10;a++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8Cj&#10;zWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/&#10;klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNv&#10;qZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS&#10;2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++N&#10;cnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzF&#10;o8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/40+Hf+MTC7/lFM7&#10;/5VWR/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+Cio3cfpCS2XqWl9Z3m5rVdKCd03Kln9JwqaHR&#10;bq6i0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRv&#10;xKT/ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f9pVkau+SbHXpjnZ+5IqAh9+Fh47bgI6U2HyU&#10;mNV5mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafKbsKnw3DCp71xwqe9ccKnvXHCp71xwqe9ccKn&#10;vXHCp71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+QSi3/l086/5lRRv+bVlL+mlte95hhafCVaHTq&#10;kXF+5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSkpM5yqqbNcLGozW+5qctvwanDccGpvHLAqrdz&#10;wKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKr/jy0O/48+Hv+SSi3/mE05/5tP&#10;Rf+dU1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7bh4mV1oGQmtN9lp/QeZ2jznWjps1yq6nMcLOq&#10;y2+9q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq3/&#10;kC0O/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5cZvKcYnHrmGl75ZRzhOCPfY3bioaU1oSNm9J/&#10;laDPepylzXajqMtzq6vKcbWtxnG+rb50va62db2usHa9rqx3va6sd72urHe9rqx3va6sd72urHe9&#10;rqx3va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/m0o4/55MQ/+hT0//olRa+qFZZfOgX2/snWZ5&#10;5phvg+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1q63Dc7Svv3O8sLd1vLCwd7uwqni7sKd5vLCn&#10;ebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLD/kS0O/5E+Hv+WSCz/nEg3/6BKQv+j&#10;TU3/pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S04yHmsyGj6HGgJenwXyerL15pq+5dq+xt3a6&#10;sq93urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7H/kS0O&#10;/5E+Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWoW2vtp2F05aRpft6fc4fUmH2Qy5GEmsSKjKK+&#10;hJOouICarbR8orCwequzrXm1tKh6ubSke7m0oH25s519urOdfbqznX26s519urOdfbqznX26s519&#10;urOdfbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2/6NHQf+nSUv/qk5V+qtTXvKsWWjprGBx4qlo&#10;etmlc4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Gofqe0pX2xtaF9uLadfri1mn+5tJmAurOZgLqz&#10;mYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurP/ki0O/5I+Hv+ZRSv/n0Q1/6RFQP+pSEn/&#10;rExT+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+mreShaKwjIypqoiUrqSFnLKggqS1nYGutpqA&#10;t7eXgbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubP/ky0O/5I9&#10;Hv+aRCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hkt15p2rRpc82sb4LCpHaPuZx8mbGWg6KqkYqp&#10;o4yRrp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQ&#10;hbm0kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hCPf+tRUb8sUpP8rVPVum6Vl3hvWBk1Lhncsiv&#10;bYG9p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qot4yKs7iLibe3i4i4tYuIubSLiLm0i4i5&#10;tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/ky0O/5M9Hv+cQSr/o0Az/6lBPP+vREX6tEhM&#10;8LpOU+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWefqGemoSol5aMrpGTlLKMkZy1iI+mt4WPsbiF&#10;jra3ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLX/lCwO/5Q9Hv+d&#10;QCn/pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5fy75kcb62aoCzr3CNqal2mKCjfKGYn4KokZuJ&#10;rYqZkrKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1&#10;gpC4tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0QUD0vEZF68RNSeLOWEvTylxexsJjcLm6aH+u&#10;tG6Mo650l5qpep+SpYCniqGHrISfj7F/nZe0e5yhtnibrLd3m7e2epe4tXyVubR8lbm0fJW5tHyV&#10;ubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO/5U9Hv+gPSf/qDsw/7A8N/24PzzxwURA6MtO&#10;Qt7TVUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6Lq36lhKiFqn2mjK94pJWydKOftHGjqrVwo7i1&#10;c565tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubP/liwO/5c8Hv+iOib/&#10;qjku/7M6NPm9PDjuyEM549VQN9faUkjI0llcustfba3FZXyhwGuJl7pwk422dpyEs3yifbCDqHeu&#10;iqxyrZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7&#10;sW+ju7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm0EMw3N9KNc/fUkfB2Fhas9Fea6bLY3qax2mG&#10;j8JukIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3p65kt7SuZbO9rmitva5orb2uaK29rmitva5o&#10;rb2uaK29rmitva5orb2uaK29rmitva7/mCwO/505HP+nNCP/sTMo+b0yKurLNync3T4p0ONGOsXi&#10;TUu43lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3macMWBn2rEiaJmw5KlYsOcp2DDpqhfw7SoX8HC&#10;qGG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6wan/mSwO/6A1Gv+qMSD/ti4j&#10;8MUtIt/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLbXHeH2GOBftVqiXbUcY9v0XmUa86AmGfMiJtk&#10;ypCdYsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzI&#10;w6L/mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zczt+s+RarpRVSe50xikuVSbobjWHh94GB/dtxp&#10;hnDYcYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ldzaOaXM2tmlvNt5pbzbeaW823mlvNt5pbzbea&#10;W823mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3JBXryhwR0+AeE8TrKya38TQ4qvA8SZ3vRFeR&#10;7ktjhu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+i2LXhI1f1YqOXtSQkFzTlZFa05ySWdKkk1jS&#10;rJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJP/oSsN/68jD/TCFwzW3RAHxese&#10;GLf2KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu52R2auRrembicn1k4HeAYd99gl/egoRd3YeF&#10;W9yMhlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4r/&#10;qCMJ/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+S4b+R1Z9+FFedvNZZW7wX2po7WVuZOprcmHp&#10;cXRf53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+VOGXf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gc&#10;f1PhnH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO29xIPqP8fIJv/KzCQ/zY9hf9ASH3/S1F1/VRY&#10;bflaXWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFftfG5V7IBvVOyEcFPriHFS64xxUeqRclDplXNQ&#10;6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXPWvgcAxcsIALfbCQWo/xQSm/8iIZD/&#10;Li6F/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2VaWvpqXFf5bl5V+HJfVPd2YFL2eWFR9n1iUPWA&#10;Y0/0hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGbEwgYA&#10;ttEHAKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/TEFj/1NGXv9ZSVr/XkxW/2NOVP9oUFL/bFFQ&#10;/29ST/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2GWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9&#10;ilhH/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoRhf8nG3v/MyRx/zwsaP9DMmH/Sjdb/1A7Vv9W&#10;PVP/XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH/3RHRv92SEX/eUhE/3xJQ/+ASUL/g0pC/4NK&#10;Qv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0r/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/&#10;jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1m&#10;vZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5&#10;Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL&#10;4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4&#10;i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU&#10;/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHc&#10;ZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4M5Fv+D&#10;RyX/jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw7X6CeOl6in7mdpGD5HOXh+JwnYrgbqKM32un&#10;jt1qrJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPLadCUy2nQlMtp0JTLadCUy2nQlMtp0JTLadCU&#10;y2nQlMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+UWEf/kl5T/5BlXfiMbWfyhnVw7YF/eOl9h37l&#10;eY+E4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6ltlnw5bZZs2X0GnOlshqzpfEa82XxGvNl8Rr&#10;zZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ/4Q5F/+IRST/kUww/5VRO/+WVkf/lVxS/5Ni&#10;XPmPambzinJw7YV7eOmAhH/le4yF4neTit9zmo7dcKCR222mlNprrZbZabSX2Gi9mNhnyJnRacyZ&#10;yWvMmcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5r/hSgJ/4U5F/+KRCT/&#10;k0sv/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4d+mDgX/kfoqF4XmRi951mI/ccZ+T2m6mlths&#10;rpjXaraa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qduG/Knbhvyp24b8qduG/Knbhvyp24b8qduG/K&#10;nbhvyp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/mlZP/5ldWvqWZGT0kmtu7o10dumHfn7kgYeF&#10;4HyPi913l5Dbc56V2G+mmNZsr5rVarmc1GnGnctsyZ3DbcmevG/In7VwyJ+yccifsnHIn7JxyJ+y&#10;ccifsnHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5F/+OQyP/l0ku/5pLOf+cT0P/nVRO/5xaWPua&#10;YGL1lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W1HClmtBurp3NbLefy2vDoMNux6C7b8ehtXHG&#10;oa9yxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqH/hycJ/4c5F/+QQiP/mEct&#10;/5xJOP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQdnzhioCE24SJi9N+kZLOeJmYyXShnMZxqZ/C&#10;cLKiwG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1&#10;xaP/hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK/qNVVPaiXF3voGJn6JxpcOGWdHnakH2C0YmG&#10;i8qCjZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6asdMOmp3bDpqN3xKWheMSloXjEpaF4xKWheMSl&#10;oXjEpaF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+TQSL/m0Qs/6BFNf+jST//pU5I+6dUUfOmWlvr&#10;pWBk46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Zn7J6oaOvd6mmq3azp6l2wKikd8KooXnCp516&#10;w6ebesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6b/iCcJ/4k4F/+VQCH/nUIr/6JE&#10;NP+lSD3/qExG+KpST++rWFfnq19g4KhpadShcHXLmXiBwpJ/i7uLhpS1ho6ar4KVoKp+naSme6an&#10;o3qwqaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqf/&#10;iScJ/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5RTOywV1TksV5c261oZs+lbnXFnXWBvJZ8i7WQ&#10;g5SuioubqIaSoKOCmqWegKKom36sqph+uKuWfsCrlH/AqpOAwaiSgMKokoDCqJKAwqiSgMKokoDC&#10;qJKAwqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/nz8p/6VBMv+qRTr8rklB8rFPSem1VlDht19X&#10;1bFlZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyHl6WXhKColIKpqpGCtauPgr+rjoPAqo2DwamN&#10;g8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2Dwaj/iicJ/4s4F/+ZPiD/oT4o/6ZAMP+s&#10;Qzj5sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGAsZ54iqmYfpOik4Wam4+NoJaMlaWRiZ2ojYen&#10;q4qHsqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaj/iicJ&#10;/4w3F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTAVkbZv1xTy7djZMCvaXO2qG9/rKJ1iqScfJOc&#10;mIOalZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/q4OKwKmDisGpg4rBqYOKwamDisGpg4rBqYOK&#10;wamDisGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm/6o9Lf+xQDP0uEU46r9MPOLHVUDTwlpSx7ph&#10;Y7uzZ3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSElJiof5OiqnySrat6krqse5HAq32Pwal+jsGo&#10;fo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owaj/jCcJ/482Fv+dOh7/pTol/607K/y0PjDx&#10;vEM058VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxyiJineJGQo36YiaCFnoKdjaN9m5aneJmfqXWY&#10;qqpzmberdJjAqneUwal4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqj/jCcJ/5E1&#10;Fv+fOB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3JyVdQvMNeYLC8ZG+lt2p8m7JwhpKtdo+KqXyW&#10;gqaDnHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCbwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqdy&#10;mcKncpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2JfW+OSfqyUAm4NZJKNHVTjzDzlZOtshcX6rC&#10;Y22fvWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gia6mbpGippqZmqbOmZqrDpWmkxKVrocSla6HE&#10;pWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/jiYJ/5czFP+jNBr/rTMe/rgyIPDFNSDj0z8c&#10;2N5FJsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9col8uniQdbh/lm+2h5pqtZCdZbSaoGKzpaFh&#10;tLGiYLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqL/kCYJ/5sxEv+m&#10;MRf/sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NKqNVZWpzQX2iQzGVzhslrfX3GcYV1xHeLbsN+&#10;kGnBhpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxdt8qdXbfKnV23yp1dt8qdXbfKnV23yp1dt8qd&#10;XbfKnV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrcKQ7M5DYdweZALrbjSD6q4E5Mnt1WWZLaXWWI&#10;1mNvftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82aklnNpZNXzrKTVs/Ck1bL0JRXxc+VV8XPlVfF&#10;z5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ/6MsDv+wJg/1wB8N39UbB83kJxPB6zQjteo9&#10;M6nnRUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm3nV/Yd19gl3choVa24+IWNmYilbYoYtU2KyL&#10;VNi3jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1ov/lyQJ/6kmCv64HAnm&#10;zhEFzuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxSXHzrWWRz615raupkcGXobHVh5nR4XuR8e1vi&#10;g31Z4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/&#10;hFHdv4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn9TEsm/U7OpD1REeF9UxRfPVTWnP1WWBr819m&#10;ZfBmamHtbW1d63RwWup6c1jogXRW54d2VOaNeFPllHlR5Jt6UOShe0/jqnxO47B8TuOwfE7jsHxO&#10;47B8TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wMAc3MCQDB4AwEsvoZEKX8JyCa/TIuj/09O4X+&#10;RUV7/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJnV/F4aVXwfmpT74NsUe6JbVDtj25O7JRvTeua&#10;cEzroXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnL3sw0AzMMIAL/RCACx7w4G&#10;pP8bE5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/WlJe/mBWWvxmWFf7bFpV+nFcU/l2XlH4el9P&#10;939gTvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOeZkjznmZI855mSPOeZkjznmZI855mSPOeZkjz&#10;nmbNuwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcrev9BNHD/Rzto/01BYf9URVz/WklY/19LVf9l&#10;TVL/ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH/ohXRv2NV0T9k1hE/JZZRPyWWUT8lllE/JZZ&#10;RPyWWUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLgBgKX/xMIjP8iE4P/Lh15/zglbv8+LWb/RTJf&#10;/0w3Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9uRUf/ckZG/3ZHRf96SEP/fkhC/4JJQf+GSkD/&#10;i0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0uvxgIAotYCAJb3CgKL/xYHgv8k&#10;D3f/LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL/1ozSP9eNUb/YjZE/2Y3Q/9pOEH/bDhA/3A5&#10;P/9zOj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj3/&#10;dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1n&#10;oHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPf&#10;gdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li&#10;93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HX&#10;Yt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+G&#10;WT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7&#10;f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/diQG&#10;/3c1EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+blr7eXdi93WCafRxim7xbZJz7muZduxon3nr&#10;ZqR76mSqfeljr3/oYrWA52G8gedgxILmX86C41/Xg9xh24PSY92Dz2Tdg89k3YPPZN2Dz2Tdg89k&#10;3YPPZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn/4pPMv+MVj3/i11H/4dkUf+CbFr7fHRi93h/&#10;afN0iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILmYraD5WG+hOVgx4XlYNOF3WLZhdNk3IXMZduG&#10;yWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24b/eCQG/3g1EP9+QBv/iEcm/41OMf+PVTz/&#10;jltG/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6VeeprnH3oaaOA52apguVlsITkY7eF5GLAh+Nh&#10;y4ffYtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn2In/eSMG/3k0&#10;EP+APxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8hG5h9354afJ5gnDvdIt263CTe+ltm3/naqKC&#10;5WephORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn14vAaNaMvmnWjL5p1oy+adaMvmnWjL5p1oy+&#10;adaMvmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NML/+VUTr/lFdE/5JdTv+OZVj8iGth94J0afJ8&#10;f3Dud4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL4GPHjNxj1IzPZtaMx2jVjcBp1I66atSOuGvU&#10;jrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/eiMG/3s0EP+FPRr/j0Qk/5ZKLv+XTjj/l1RC&#10;/5VaTP+SYVb8jmlf9odwaPKBenDte4V36naOfOZxl4HjbZ+G4Gqoid1nsIzaZruN1mXHjtFm1I/H&#10;aNOPv2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pH/eyMG/3w0Ef+I&#10;PBr/kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd8I1uZuuHd2/mgIF24XuLfdx1k4PXcZyH0m6k&#10;i89rrI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JStb9CTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GT&#10;q2/Rk6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+cSzX/nVA//51WSPibXVHxmGNb65NrZOSNdW3e&#10;hn512ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7lbtryJa2bc+WsG/Olqtwz5amcc+VpXLPlaVy&#10;z5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG/300Ef+MOhn/l0Ai/5xFK/+fSTT/oE48+6FU&#10;RfSgWk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TCepOKvnabj7pzo5O2cauWs2+2mLFvwpitcM2Y&#10;qHLNmKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpf/fSMG/38zEf+OORj/&#10;mT8h/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9oXdeYcGjOkXh0xoqAfcCEiIW6f4+LtXuXkLF3&#10;n5StdaeXqnOxmadzvZulc8uboHXLmp12zJqad82ZmXfNmJl3zZiZd82YmXfNmJl3zZiZd82YmXfN&#10;mJl3zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+pks49KhQQOypV0fkqV1Q3KVmWtCdbmjHlXVz&#10;v459fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553uZycd8icmXjKnJd5y5uVesyalHrMmZR6zJmU&#10;esyZlHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4IyEP+SNxf/nD0f/6FAJ/+mRC77qUk18axPPOmu&#10;VUPhr11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImMpoSQkaGAmJadfaCamXyqnJZ7tp2Ue8SeknzK&#10;nZF9ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJr/fyIG/4QxEP+TNhf/njwe&#10;/6M/Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcakama8nXFytJd3fKyRfoWmjIaMoIiNkZqFlZaW&#10;gp6akoCnnY9/sp6NgMGejIDJnouAyp2KgMubioDLm4qAy5uKgMubioDLm4qAy5uKgMubioDLm4qA&#10;y5v/fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv7LVMNOO6VDnYt1lIy69hWMGoaGa3oW9yr5t1&#10;fKeVfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+GhL6fhYXJnoWEyZ2FhMqchYTLm4WEy5uFhMub&#10;hYTLm4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+XNRb/oDoc/6c8Iv6tPyfzs0Qs6bpLMOG/UjXT&#10;ulhHx7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqinYGKrZ9/irufforInn+J&#10;yZ2AiMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5v/gSIG/4kuD/+ZNRX/ojgb/6k6&#10;IPuwPSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWStqWtwpKRxepyfeIOUm36KjpeGkIiVjpWCkpaZ&#10;fpCgnHqPq554j7ifd5DJnnmOyp16jMube4zLm3uMy5t7jMube4zLm3uMy5t7jMube4zLm3uMy5v/&#10;gSIG/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJI9fHTDPJwVVFvbpcVbK0Y2Oormlvn6lveZal&#10;doKOoXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWecJbGnXKUypx0ksubdZHLmnWRy5p1kcuadZHL&#10;mnWRy5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/pjQY/681G/S4Nxzpwz4c4M1FH9HLSzLExVRD&#10;uL9bU625YWGitGhtma9ud5CrdICIp3qHgaSBjXuiiZJ1oJGWcJ6bmW2dpptqnbOcaZ7DnGucy5tu&#10;mMyab5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJn/gyEG/5ArDf+gMxH/qTIV/bMxF/C+&#10;NBflyzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZrkrZsdYmycn6Br3iFeqx/i3Sqh5BvqI+TaqeZ&#10;lmempJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZf/hCEG&#10;/5MpC/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXUSC64z1BArMpYT6DFXl2VwWRoi71qcoO6cHp7&#10;t3aBdLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/lV2x0JRgqtCUYajQlGGo0JRhqNCUYajQlGGo&#10;0JRhqNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO8sAmDOPQKAfU3zILyd8+Gb3bRyyx1k89pNFW&#10;TJnNXFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZjvY2JX7yXjFu8oo5ZvK+PWL2+jle+1I5ZttOP&#10;WrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkFq005D/iCEG/5wnCP+qJwr8uCEJ6cobBdXeIATJ&#10;5TAPvuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBnaXTObnBtzXV2Z8t8e2LLhH5eyo2CWsqXhFfK&#10;o4ZVyq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2Yn/jR0F/6Il&#10;Bv+wHwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb40o+kOFQSobfV1R83l5ddN1lZGzbbGpm23Rv&#10;Ydp8c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc03xQ1OB+UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R&#10;0OB/UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYPArztIAuw7S4Zpew5J5rrQjWP6klBhelQS3vo&#10;V1Ny6F1aaudjYGTnamVf53JpW+d6bFfngm5T54txUOeVck7on3RM6Kp1S+i1dkrnw3ZK6N12S+Tg&#10;dUvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/nRYB/7ESAdPDCQDH0QoAu/IRBK/zIQ+j8y4d&#10;mfM5Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3zaV5Z83BhVfN3Y1Lzf2ZP8odnTfCPaUvvmGtK&#10;76BsSe6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx27/pw8A07oHAMXH&#10;BwC61gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+cf1RRWj9Vkth/ltPXP5iU1f+aFZU/W9YUft1&#10;Wk76fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE9LFkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVk&#10;Q/S1ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/JRSL/zIfgv88KXn/RTJv/0o5Z/9PP1//VUNa&#10;/1tHVf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+EU0X/i1RD/5FVQv6YVkH9nldA/aZYQPypWED8&#10;qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQAtsQEAKrTBQCe8g0ClP8aCYr/KBOB/zQdd/88&#10;JW3/Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK/2lDSP9uREb/c0VE/3lGQv9+R0H/hEg//4pJ&#10;Pv+QSj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0y3vAMAqcsCAJzbAwCS&#10;/xACif8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9KLFD/US9M/1cySf9cM0b/YDVE/2U2Qv9pN0H/&#10;bjg//3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+Nv+VPjb/lT42/5U+Nv+VPjb/lT42/5U+Nv+V&#10;Pjb/lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto/ysRX/8yF1f/ORtR/z8eTP9GIUj/TSNF/1Il&#10;Qv9XJ0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/dC01/3guNP99LjL/gi8x/4gwMf+KMDH/ijAx&#10;/4owMf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2kyCv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9x&#10;bk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jg&#10;cOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HD/aiQE/2kyCv9sPhT/dkYe&#10;/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0&#10;Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd&#10;6HD/aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8/3lkRf9zbU7/b3hV/2uCWv1oi1/7ZZRj+WKb&#10;ZvdgoWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHxWNhx7FnhceZa5HHgXOdx2F3ocdhe6HHYXuhx&#10;2F7ocdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9xPBT/ekMd/4BLKP+BUzL/gFo8/3xiRf93ak7/&#10;cXRV/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816tb/Jcs3DyW7px8VrDcvBZzXPuWd1z6FridOFc&#10;5XPZXuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53T/bCME/2sxCv9zOxT/fUId/4JK&#10;J/+EUTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5aJBm92WYafVjn2zzYaZv8l+scfFds3LwXLt0&#10;71vFde9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph5XfKYeV3ymHld8ph5XfKYeV3ymHld8ph5Xf/&#10;bSIE/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4ReRP9/Zk3/eG5V/3N5XPxuhGL5ao1n9meWa/Rk&#10;nm7yYqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB43F/jeNJg5HjLYeR5xGPjesRj43rEY+N6xGPj&#10;esRj43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/gz8c/4lHJv+LTjD/i1U5/4hcQ/+DY0z/fWtU&#10;/3Z1XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5ftHftXb557FzLeuhc3HreX+F60mHje8pi4nzE&#10;Y+J9vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X3/biIE/24wC/97NxP/hj4c/4xFJf+P&#10;TC7/j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo8G2Qbe1pmXHqZqF16GOpeOZhsnrkYLt74l/H&#10;fOBf2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34D/byEE&#10;/28wC/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+OYEn5iGZS9IJuWu98eWHrd4No53KMbuRtlXPg&#10;ap133WemetplrnzWY7h+02LDgNFi04HKZN+BwWXegrtn3YK1aN2DsGndg7Bp3YOwad2DsGndg7Bp&#10;3YOwad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa/5NDIv+XSyv/l1E0/5ZXPfqTXUbzjmRP7ohr&#10;WOiCdWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJZrKCx2W9g8Vly4TBZtyEuWjbhbNp24Wua9uF&#10;qWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24X/cSEE/3QuCv+EMxH/jzoZ/5ZDIf+aSSn/&#10;mk4y/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yFb813jXXJcpV6xW+df8FspYK+aq2Fu2m4h7lp&#10;xIi3adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2of/cSAE/3Ys&#10;Cv+GMhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDpml9J4pVnUtqPcFzRh3hmyoGBb8V8iXbAd5B8&#10;u3SYgLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv2IqgcNiKnXHZiZ1x2YmdcdmJnXHZiZ1x2Ymd&#10;cdmJnXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tBHv+fRSX9oUot9KJQNOyiVjzkoFxF3JtlT9KT&#10;bVzKjHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJp3Gui6Vwuo2jcMmNoHHVjZxz1oyadNaLl3TY&#10;ipd02IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/cyAE/3oqCf+LLw//ljkW/50/HP+hQyP6pEgq&#10;8aZOMeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aFgnewgYl9q32RgqZ5mYaid6GKn3WrjZx0to6a&#10;dMWPmHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ov/cyAE/3wpCf+N&#10;Lw//mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/0KNhTcacaVq+lXBlto93b6+Kf3aphYZ9pIGO&#10;gp9+loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+OetWNjHvWjIx71oyMe9aMjHvWjIx71oyMe9aM&#10;jHvWjIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+nPx/0q0Qk6q9KKeKzUS7Wrlc+y6dfTcGgZ1q5&#10;mW5lsZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6ljo19sJCKfb2RiX7QkYh+04+IftSOh37VjYd+&#10;1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E/4AnCP+QLg7/nTcT/6M6GPypPRzxr0Ig57RI&#10;JN+3TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenaejoF8mIuIgpKHkIeOhZmLiYOijoaCrZCDgruR&#10;goLMkYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y3/dR8E/4ImCP+SLQ3/&#10;nzYS/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5cS7inY1ivoWpjppxxbZ+Xd3WYk358kpCGgoyN&#10;joeHipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSPfYXVjX2F1Y19hdWNfYXVjX2F1Y19hdWNfYXV&#10;jX2F1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfrtz0Y4r9FGdW+SSrIuFM7vbFbSrOrYleqpmhi&#10;oaFvbJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmNqJB2jLWRdI3GkXWN05B2i9SPeInVjXiJ1Y14&#10;idWNeInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4YkB/+XLAv/ojIP/6szEfKzNRPovDoT3sU/F9DB&#10;SCnEu1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6hpuBgICYiYV7lpKJdpSbjXKTpo9vk7OQbpPD&#10;kG6T049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y3/dx4D/4kiB/+ZLAr/pTAN&#10;/K4vDu+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1X1SfsGVflqxraY6ocnGGpXh4gKJ/fnqfh4N0&#10;nY+Ib5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTWjGyU1oxslNaMbJTWjGyU1oxslNaMbJTWjGyU&#10;1oz/eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG0c45FcXJRSW5xE42rr9WRaO7XVKZtmNdkLJp&#10;Z4evcG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopjo66MYaO+jGCk0otjoNeLZZzYimWc2IplnNiK&#10;ZZzYimWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+gKQf/rCcH8rgkBuXHJATZ1ScFy9M3E7/OQyOz&#10;ykw0p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7eG2wg31or4uBY66VhF+toIZdra2HW628h1qu&#10;0IdcqtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2of/fhoD/5QfBP+lJgX9sSAE7MEa&#10;A9/TFwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyLxWBXgsNmYHrAbGdzvnNtbLx6c2e7gndiuop7&#10;XrmUflq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv3YJYr92CWK/dgliv3YJYr92CWK/dgliv3YL/&#10;hBcC/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982DrDdQB2k2UktmNVRO43RWEiDz15Se8xlWnPL&#10;a2FsyXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5Usa7elHHz3lRxON6U7zifFO84nxTvOJ8U7zi&#10;fFO84nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHYwwoAztEKAMTlFAG55CYIruQ0E6TiPyCZ4Ect&#10;j95POYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzUgmdY1ItqVdSVbVLUoG5Q1K1vTtW8cE3W0G9N&#10;1ehwTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XL/khEB/6cRANi5CQDLxggAwtUKALfq&#10;FgOs6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpKaeRhUGTjaFVf43BZWuN4XFbjgF9T44liUOOT&#10;ZE3knWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ0rf7Gf/nA0A&#10;27EGAMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zwPyaC8EcxefBOOXDvVEBo71pGYe9gS13vZ09Y&#10;725SVO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKvX0Pyu19C88xgQfPnYEHz6GBB8+hgQfPoYEHz&#10;6GBB8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcAp+oNAZ33HAeU+CsSivg2HIH5QCZ4+kgvb/pN&#10;Nmf6Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I/IFPRf2KUUP9k1JB/pxTP/6mVD3/sVU9/rxW&#10;PP7NVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlbOsAIAvboEALHHBACl1gcAm/0QApH/IAmI&#10;/y0SgP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9dO0//Yz5M/2hASf9uQUb/dUND/3xEQP+ERj3/&#10;jEc8/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUu+tQIAsMAC&#10;AKTOAwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i/0IkW/9IKFX/TixQ/1QvTP9aMUj/XzNF/2Q1&#10;Qv9qNj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/mj40/6E+M/+qPzP/qj8z/6o/M/+qPzP/qj8z&#10;/6o/M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8WAnn/IAZv/ygMZ/8wEl//NxdY/z4bUv9EH0z/&#10;SiJI/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24sNv90LTT/ei4z/4EvMf+IMDD/jzAu/5YxLf+e&#10;Mi3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKkwgAAls8AAIjfAACA/wwBdf8SAmr/GANi/yEH&#10;Wv8pC1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/Uxs3/1gcNf9cHTP/YR4x/2UfMP9qIC7/cCAt&#10;/3YhK/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCT/YCUE/1swBv9h&#10;Og3/akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH/2CETP9djlD/WpZT/1ieVv9XpVj/Vata/1Sx&#10;W/9Tt1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/uU/Bf6FTxX+RW8l/kVvJf5FbyX+RW8l/kVvJf&#10;5FbyX+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9yUSn/cVoy/21jOv9obUH/ZXhH/2GDTf9ejVH/&#10;W5ZU/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLHX/xR02D6UOJg9lHpYPFS7mDrVO9g5VbxYOFX&#10;8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE/1wwBv9lOA3/bj8V/3RHH/91UCj/dFgx/3Bh&#10;Ov9rakH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/V6pc/lawXv1Ut1/9U79g/FPJYfpS1mL4UeRi&#10;81LqYu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY8WPbWPFj21jxY9tY8WP/YiUE/10vBv9nNg3/&#10;cT4V/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+Tv9iiVP/X5JW/1ybWv9aolz+WKle/VewYPxV&#10;t2H7VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k2VnwZdNa8GbTWvBm01rwZtNa8GbTWvBm01rw&#10;ZtNa8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/e1Qw/3dcOf9yZUH/bG9I/2h7Tv9khlP/YJBY&#10;/12ZW/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT3mbyVOdm6lbrZuJZ7mbaWu5n0VvvaMxc8GjM&#10;XPBozFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18uBv9tMwz/dzoU/31CHf+ASib/f1Iw/3xbOP93&#10;Y0H/cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di+FmuZPdYtmb1V8Bn9FbLaPFV3WjtVulp41ns&#10;aNpb7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mv/ZCME/2EtBv9wMgz/ezgU&#10;/4FAHP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/tsf1X4aIla9mSSXvNhm2HxX6Nk8F2rZu5bs2js&#10;Wrxq6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/sbr5g7G++YOxvvmDsb75g7G++YOxvvmDsb75g&#10;7G//ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t/4ZXNv+CXj78fGZG+HZwTvRxe1XwbYVa7WmO&#10;X+pll2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027ZXeZuzl7rb8Zf6nG/YepxumLpcrZj6XK2Y+ly&#10;tmPpcrZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93Lgv/gjUS/4k+Gv+NRyL/jU4r/4xVM/yIXDz2&#10;g2RF8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSja9ZirG7TYLVw0F+/cc5fzXLLX+JzxGHoc71i&#10;6HS3ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0r2bndK9m53T/ZyIE/2onBf96LAr/hjQR/409&#10;Gf+RRSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPgeH1a2nOGYNRuj2bQa5dqzGifbslmp3HHZK9z&#10;xGO5dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho5neoaOZ3qGjmd6ho5neoaOZ3qGjmd6ho5nf/&#10;ZyIE/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZSLvGUWDbqkF4/5IpnSN2EcVDVfXlaz3iCYcpz&#10;imfGb5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6sWfjeqto43qnauN6o2vkeaFr5Hmha+R5oWvk&#10;eaFr5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/jDMP/5Q7Fv+ZQxz9m0kj9JtPKuyZVTPlllw7&#10;3pFlRdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVunXWxbKZ4rmuve6xqu3yqacp9qGrhfaNs4nyf&#10;beJ8nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7je5pu43v/aSED/3EjBf+CKAn/jzIO/5c7FP+c&#10;Qhr5nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZv4J6Yrl9gmi0eYpusHaSc6xzmneocKJ6pW+r&#10;faJutn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyUceJ8lHHifJRx4nyUceJ8lHHifJRx4nz/aSED&#10;/3QiBP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+SkUCnboVc1z5pfQ8eTaE+/jHBZuId3YbKCf2it&#10;foZuqXqOc6R3lnigdZ57nXOofppys4CXccCBlnLTgZNz34CRdOB/kHTgfo904X2PdOF9j3ThfY90&#10;4X2PdOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM/505Ef2iPRXypUEa6ahHH+CqTSXUpFQ0yp1d&#10;QsGXZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZeZt8lXelf5J2r4GQdr2CjnbOgo133oGLd9+A&#10;injgf4p44H6KeOB+injgfop44H6KeOB+injgfop44H7/aiAD/3gfBP+JJgf/ljAL/583D/qkOhPv&#10;qT8X5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9yYKeLeWihh4Fum4OIdJeAkHiSfpl8jnyif4t6&#10;rYKIerqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/hXvgf4V74H+Fe+B/hXvgf4V74H//ayAD/3oe&#10;BP+LJgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPLq1IywaVaQLifYkywmWlXqJRwYKGPd2ebi35u&#10;loiGc5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A3YN/f96Bf3/fgIB+4H+AfuB/gH7gf4B+4H+A&#10;fuB/gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6MzC/SqNA3psTkP37c/EtK0RiLHrlAxvahZP7Oi&#10;YEurnWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8gYadgH6EqIJ7hLWDeYTFhHiF3YN5hN6BeoPf&#10;gHqC4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//bR8D/34bA/+PJAX/nSwH/qYwCfCuMQvltjUL&#10;27w5Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZc2aQlXpsipKBcoWQiXeAjZF8e4ubf3eKpYJ0&#10;ibKDconCg3KK2oNzid6BdIffgHWG4H91huB/dYbgf3WG4H91huB/dYbgf3WG4H//bx4D/4AbA/+S&#10;IwT/oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0utLBWPKqrXUmhpmRUmaJqXZGecWWKm3hrhJh/&#10;cX+WhnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJtj96Bb43fgHCL4H9wi+B/cIvgf3CL4H9wi+B/&#10;cIvgf3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3JgTewyoD0MM1DsS/QR25ukwtrrVUO6WwW0eb&#10;rGJSk6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mWfGuXoX9ol62AZpe8gWWY0YBmlt9/aJPgfmqR&#10;4X5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC/4cYAv+YIAP/piUD8rIgA+S+HgLXySICyscz&#10;Db7DQByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+qXRneKZ6bXKkgnJtoop2aKGUeWSgn3xhn6t+&#10;X6C6fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nz/eBgC/4sXAf+dHQL9&#10;qx4C7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FRNpi9WEKPuV9NhrZlVn+za114sXJkcq95aWyt&#10;gG5nrIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6W6Tkel2h5HldoeR5XaHkeV2h5HldoeR5XaHk&#10;eV2h5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI0hwBvNEuCbHOOxemy0YlnMhPM5HEVj+IwV1J&#10;gL9jUni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1nHJWtKl0VLS4dFO1y3RTteR0VLDndVas53VW&#10;rOd1VqzndVas53VWrOd1VqzndVas53X/gxIB/5YRAP+oEQDZuAoAzsQJAMfSCgC/2RkBtNgrB6nW&#10;ORSf00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9ZZcR2XmDDfmJcwodmWMGRaFXBnGtSwahsUMG3&#10;bU/Cym1PwuRsT73sblC57G9QuexvULnsb1C57G9QuexvULnsb1C57G//iRAB/50OANqvCADNuwgA&#10;xMcHALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLYUzV51Vo/cdNhRmrSaExl0W9SYNB2VlvQflpX&#10;z4ddU8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7yZUvI8mZLyPJmS8jyZkvI8mZLyPJmS8jyZkvI&#10;8mb/kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0DnuUtC5TlORaK5EIggeNKKnfiUDNv4Vg7aeBf&#10;QWPgZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL4KdYSeC1WUjhxllI4d9ZR9/wWUbc9VtG3PVb&#10;Rtz1W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4BQC3wwUArdEIAKTtEAGb7SAFku0uDonsOhiA&#10;7EMhduxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+tyRlDreklN7INLSuyMTUjslk5F7aFQQ+2uUULu&#10;vFFB78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VHUpQAAxLIDALa8AwCryQUAoNgI&#10;AJf0EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e91UxWfdbNVX3YjhR92g7TfhvPUr4dj9H+H5B&#10;RPmHQ0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn840k5/ONJOfzjSTn840k5/ONJOfzjSTn840nH&#10;rQAAt7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8xD3L/OBZp/0AcYv9GIlz/TSZW/1MqUv9ZLU7/&#10;XzBK/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7OP+dPDb/pz01/7E+NP++PjP/yj8z/8o/M//K&#10;PzP/yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR2AIAiPsNAX//GQJ2/yQGbv8tDGb/NRJf/zwX&#10;WP9DG1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/ayo7/3IrOf95LTb/gS40/4ovMf+UMDD/nDEu&#10;/6UyLf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzOruAAAnsUAAJDSAACD4AAAff8PAXL/&#10;FgJo/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oYQf9PGT7/VRs7/1kcOf9fHTb/ZB40/2kfMv9w&#10;IC//dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl/6cmJf+nJiX/pyYl/6cmJf+nJiX/pyafwAAA&#10;kc0AAIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/JwZI/y8IQ/82Cj//PAw8/0IOOP9HDzX/TBAz&#10;/1ERMP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95FyL/gRgg/4kYHv+RGR3/lxkd/5cZHf+XGR3/&#10;lxkd/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O/2RFFv9mTh//ZFgn/2FiL/9ebjX/Wnk7/1eE&#10;P/9Uj0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/SsRO/0nOT/9J3k//SOlQ/0jyUPxJ9lD3S/lQ&#10;8Uz6T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP+1D/VicE/1EyBf9YNAf/YjsO/2dEFv9pTR//&#10;Z1Yn/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1CfSf9Ppkv/Tq1N/020Tv9MvE//S8VQ/0rPUf9J&#10;4FH/SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ+lL/VycD/1Ix&#10;Bf9aMgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/XnQ8/1qAQf9Xi0X/VJVI/1KdSv9QpUz/T61O&#10;/060T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM91PuT/hT6FD5U+FS+lTgUvpV4FL6VeBS+lXg&#10;UvpV4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21AFv9vSR7/blIn/2pcL/9lZjb/YXE8/119Qf9Z&#10;iEb/VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT/03PVP5M4FX7TOtV+Ez0VfBP91XpUfhV4lL4&#10;VttU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/WSYD/1cuBf9gLwf/ajYN/3E+Ff9zSB7/clEm&#10;/29aLv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9VoFD/VKhS/lKvU/1Rt1X8UMBW+k/LVvhP3Ff1&#10;T+lX8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+Fr/WSYD/1osBf9k&#10;LQf/bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8/2Z2Qv9igUf+XotL+1uUT/lZnVL4V6RU9las&#10;VvVUtFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvXVvZcz1f3XchZ+F3HWfhdx1n4XcdZ+F3HWfhd&#10;x1n4XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98RRz/fE0k/3pVLP91XjT/b2c8/GpyQvlmfUj2&#10;Y4dM81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbDXOZW0VzjVuRc31bwXdVX9V/MWfZgxlr2YMBb&#10;9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD/2AoBf9rKAb/dzAL/346E/+BQxr/gksi/39T&#10;Kv97WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXlX51Y412lWuFbrVzeWrZe3FnAX9pZzmDVWeJg&#10;0VnvYcpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf82S2X/Nktl/zZLZf82T/XCQD/2MmBP9vJgX/&#10;ey8L/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47XdqQOhydUfkbn9N4WmIUt1mkVfZY5la1WChXdJf&#10;qGDPXbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fns2DxZ69h8WeuYvFnrmLxZ65i8WeuYvFnrmLx&#10;Z65i8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/jEcd+YtPJfKIVi3sg1025n5nPuB4cUbbc3tN&#10;1W6DU9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79fwWi9X9BpumDmabVh72qvYu9qq2Pvaqdk72mm&#10;ZfBppmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2kiBP92IwT/giwJ/4s2Dv+PPhT9kUUb9JFMIu2O&#10;Uyrmiloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9ev2mXYrtnn2W4ZadotmSwarNju2uxY8psr2Ph&#10;bKtk7W2mZu1so2ftbKBo7mufaO5rn2jua59o7mufaO5rn2jua59o7mv/XyMD/2sgA/95IgT/hSsI&#10;/440DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6EakXIfnNNwnl7Vb51g1u5cYtgtW6SZLJsmmev&#10;aqNqrGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rsbplr7W2Ya+1tmGvtbZhr7W2Ya+1tmGvtbZhr&#10;7W3/XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV65tHGuObTSHallUtz49eOciJZ0TBg29Nu353&#10;VbZ5f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCda8BxnGvScpps6XGXbepwlG3rcJJu7G+Sbuxu&#10;km7sbpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+IAP/iykG/5UxCfubOA3wnj4R56BEFt+gSh3T&#10;mlIrypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneLZaJ0k2mecpttmnCkcJdvr3KVb7xzk2/Nc5Jw&#10;5nOQcOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetwjHHrcIxx63D/YyAD/3IbA/+AHwP/jicF/5cv&#10;CPieNgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1jGpMr4dyVKmCeVukf4Bgn3yIZZt5kGqXd5ht&#10;k3WhcJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod16nGHdepwh3XqcId16nCHdepwh3XqcId16nD/&#10;ZR8D/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9DtSnRBvJoU8pwJtYNriVYEKwkGhLqYtvU6OH&#10;dlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1hHfFdoN433WDeOh0gnjpc4J46nGCeOpxgnjq&#10;cYJ46nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/kyQD/50rBfGkMAbmqjMI3K43DM+qQxrFpU4o&#10;vJ9XNbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6Ci2qKgJNuhn6ccYJ9p3R/fLN1fXzDdnx923Z8&#10;feh0fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzqcX186nH/aRwC/3kYAv+HGwL/lSMD+6ApBO6o&#10;LATjry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJn5RrUpmQclmTjXlfjoqAZImHiGmEhZFtgIOa&#10;cXyCpHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4f+pxeH/qcXh/6nF4f+pxeH/qcXh/6nH/axsC&#10;/3sXAv+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsewQBi8rEsms6dTM6qiWz6inWNImplpUZSVcFiO&#10;kndeiI9+ZIONhml+io5teomYcXaHonNzhq51cYa9dm+H0nZwh+h0cYXoc3KE6XJzhOpxc4TqcXOE&#10;6nFzhOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B9KciAuawIAHauiEBzbgxCcK0Phe4sEkkrqtS&#10;MaWmWj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4kIxsdI+VcHCNoHJtjKx0aoy7dWmNznVpjeh0&#10;a4vpc22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I6nH/cBcC/4EVAf+QFgH/nhoB8KsbAeK2FgDT&#10;vR0ByLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRmTomhbFWCnnNbfZx6YXeZgWZyl4pqbpaTbmqU&#10;nnFmlKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupwZ47qcGeO6nBnjupwZ47qcGeO6nD/cxUC/4UT&#10;Af+UFAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOuuUYhpLVPLZqxVjmSrl5DiqtkTIOoalN8pXFZ&#10;dqN4X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2cyXFdnORwXprrcGCW629hlexvYZXsb2GV7G9h&#10;lexvYZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UKAM/BCgDGxRgAvMQqBbLCOBGnv0QenrtNK5S4&#10;VTaLtVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZkYqePZ16mmmpbpaZsWKW1bVemx21XpuJsV6Tt&#10;bFqf7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/fBAB/44QAPaeDQDYrQkAzbgJAMfECAC+yhQA&#10;tconBKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4Z0twt21RarV0VmW0fFtgsoRfXLGOYlixmWVV&#10;sKVmU7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnwaFSp8GhUqfBoVKnwaFSp8Gj/gg4A/5QMANul&#10;BgDOsQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Yj8pIJP/i/+JJQ0NfUFJPRklMRQADCYbIUS59&#10;xlg4dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72NW1S9mF1RvKRfT7yzYE29xWBNveBfTLzwYU23&#10;9WJNtvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA4ZwDANCqBQDFtQUAu78EALLLCACr2A0Ao9kg&#10;AprYLwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9jzGtEXsxzSVrLekxWyoNPUsqNUk/KmFRNyqVW&#10;S8qzV0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF+1pIxftaSMX7WkjF+1r3kQQA1KICAMevBAC6&#10;uQMAsMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9EG3XeTSRu3VUrZ9xcMmLbZDdd22s7WdpyP1Xa&#10;ekNS2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5MRtrtTETY+U9D2PtPQ9j7T0PY+09D2PtPQ9j7&#10;T0PY+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU6BQBjOklBIToMwt76DwUc+hEG2voSyJk51Io&#10;XudZLVnnYDJV52g1UudvOE/ndztM54A9SeeJP0folEFE6J9CQumsQ0HpukRA6s1EQOrkREDo9URA&#10;5/hDQOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4BALC4AQCkxAIAmdAFAI/hCgCJ8RoBgfEoBXjy&#10;Mgxw8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82UtTPRsMEn0czJG9Hs0Q/SENkH1jjc+9Zk5Pfak&#10;Ojv2sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw49+w8OPfsPDj37Dy/qgAAsbMAAKS/AACYygEA&#10;jNgEAIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+RxlT/k0dT/9UIEv/WiJI/2ElRf9nJkL/bShA&#10;/3UqPf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++MjH/0DIx/9YyMf/WMjH/1jIx/9YyMf/WMjH/&#10;1jKyrwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkCZ/8iBGD/LAda/zQMVP88D0//QxNK/0kVR/9P&#10;F0P/VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx/4YjL/+RJC3/myUs/6UmK/+vJir/uycp/74n&#10;Kf++Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvOAAB+2wAAdfkHAGv/DwFi/xYCW/8eA1T/JgVO&#10;/y4GSf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9YEjP/XhMx/2QULv9qFSz/chYq/3oXJ/+DGCX/&#10;jhkk/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60bIf+tGyH/rRuavgAAi8oAAH7XAABw4wAAZ/8E&#10;AF7/DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3/zoHM/8/BzD/RAgu/0kJLP9OCSn/Uwon/1gK&#10;Jf9eCyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/mQ8Y/5sQGP+bEBj/mxAY/5sQGP+bEBj/mxD/&#10;TCoD/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dgJP9Uayr/UHgv/02EM/9Kjzb/R5k5/0ahO/9F&#10;qTz/RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C/0H2Qv9B/UL/Qv9B+UT/QfRG/0LvR/9C70f/&#10;Qu9H/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/VzYI/1w/Dv9eSRb/XVMd/1peJP9XaSr/U3Uv&#10;/1CBNP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9EvUH/RMZC/0PRQv9D4kP/Q+xD/0P1Q/9D/EP8&#10;RP9D9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/ROtJ/0T/TSkD/0wwBP9UMQX/WTQI/189Dv9h&#10;Rxb/YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7/0udPf9KpD//SKxA/0izQf9Hu0L/RsND/0bO&#10;RP9F30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0blS/9H5Uv/R+VL/0flS/9H5Uv/R+VL/0f/TikD&#10;/08uBP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9dZCv/WnAw/1Z8Nf9Thzn/UJE8/06aP/9NokD/&#10;S6lC/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+EjyR/VI+kbxSf9H6kv/SONM/0neTf9K3k3/St5N&#10;/0reTf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H/2c6Dv9qRBX/ak4c/2dXJP9iYSv/Xm0x/1t4&#10;Nv9Xgzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6TLxI+UzHSPZL1EnzS+VJ8EvwSe1M+UjpTP9K&#10;4U7/S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ/03/UCgD/1UqBP9dKQX/ZS0H/2w4Df9vQhT/&#10;b0sc/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaSQvdUmkT1U6JG9FKpSPJRsUnxULlK70/DS+5P&#10;z0vrT+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9QyVP/UMlT/1DJU/9QyVP/UMlT/1D/UScD/1gn&#10;BP9hJwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9aGQw+WVwNvZhezvzXoVA8FuOQ+5ZlkbsV55I&#10;6lWmSuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS91HRU/1SylT+U8RW/1O/V/9Tv1f/U79X/1O/&#10;V/9Tv1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0C/96PRH/ekYY/3hPIPt0WCj2b2Ev8WtsNu1n&#10;djzpY4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ2Fa8UdVVyFLSVdtTzlbrU8tW9lXGVv1Wv1j9&#10;VrpZ/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/UyYD/18iA/9pIQP/cygF/3syCv9/OxD/gEQW&#10;+35MHvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthijkrUX5ZN0V2dUM5cpVLMWq1UyVm2VsdZwlfG&#10;WdBXwlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37Wa1d+1mtXftZrV37Wa1d+1n/ViQD/2IgA/9t&#10;IAP/dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq4XhkMtxzbjrUbndB0GqAR8xmiUzIZJFQxWKY&#10;U8NgoFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71ywXvldq1/5Xahg+VylYflcpWH5XKVh+VylYflc&#10;pWH5XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+JNgv4iz4R74tGF+iITh7hhFcm2X5hMdF4ajrL&#10;c3NCxm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2GsXLBgt16uYMRfrGDYX6lh61+nYfdfomP3X59k&#10;91+dZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC/2gcAv90HQL/fiMD/4grBf2NNAnzkDsO6pBD&#10;FOKPShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61bohSsmuPVq9pl1qsZ59cqWWoX6ZksmGkZL9i&#10;omTQYqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo9mCWaPZglmj2YJZo9mD/XR8C/2oaAv93HAL/&#10;giEC/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohbL8KDZDm8fmxBt3l0SLJ1fE6ucoRTqm+LV6Zt&#10;k1uja5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNkk2r0Y5Fr9WKQa/VhkGv1YZBr9WGQa/VhkGv1&#10;YZBr9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXrmTUI4Zw7DNaYQxbMk08ixI1YLr2HYTi2gmlB&#10;sH5xSKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVtq2SSbLdmkGzGZo9s32aObfFljG7zZItu9GOK&#10;bvRiim70Yopu9GKKbvRiim70Yopu9GL/YRwC/28WAv98GgH/iB4B/5EkAvKZKwTnnjEF3aA2CdGc&#10;QRXHl00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31TnHiFWJh2jVyUdJVfkXKeYo5xqGWLcLRniXDD&#10;aIdw22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GP/YxoC/3EVAf9/GAH/ihwB&#10;/JQhAu6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQXTesi2U/pYdsR6CDc02bgHtTln2CV5J6ilyO&#10;eJJginabY4d1pWaEdLFngnTAaIB01WiAdexnf3byZn9182V/dfNkf3XzZH9182R/dfNkf3XzZH91&#10;82T/ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC0qcwB8ijPhO/nkkftplTK66UWzanj2M/oItq&#10;RpuHcU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+ea9oe3m9aXp50Wl5eupoenryZnp58mV6efNk&#10;ennzZHp582R6efNkennzZHp582T/ZxcC/3YUAf+EFgH/kBcB9ZsaAeekHQHbqx8BzqovBsSmPRK6&#10;oUgesp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo1ffoCXY3p/oWZ3fqxodX27aXN+&#10;zmlzfuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNkdXzzZHV882T/aRYB/3gTAf+HFAD/kxUA8Z4V&#10;AOOoFgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOemF88l5RmRJCRbUuLjnRRhox7VoGJg1t8h4tf&#10;eIaUYnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C8mVwgfNkcIHzZHCB82RwgfNkcIHzZHCB82T/&#10;axQB/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbArBbutOQ+yqUQbqaVOJ6ChVjKZnV47kppkQ4uX&#10;a0qGlHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahnaYm2aGeJyGhnieNnaInyZmmH82VqhvNkaobz&#10;ZGqG82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3mg4A26cKANOwCwDKtBYAwLQpBLaxNw6trkMa&#10;pKpMJZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aWflhxlIZcbJKQYGiRmmNlkKZlY5C0ZmGQxmZh&#10;kOFmYZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0Y2SM9GP/cRAB/4IPAP+RDQDenwkA06oJAMyz&#10;CQDEuBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3h6ZhP4CkZ0Z6oW5MdZ91UXCdfFVrnIRaZpqO&#10;XWOZmGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJek/ViXpP1Yl6T9WJek/ViXpP1Yl6T9WL/dQ4A&#10;/4YNAOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7MgqhuT8VmLZIIJCzUSuIsFg0gK5fPHqrZkN0&#10;qWxIb6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6GwYFahwWBVotxgVaHvYFaf919XnPdfV5z3X1ec&#10;919XnPdfV5z3X1ec91//egwA/YsJANqbBADOpwYAxLAGALy5BAC1wQ4ArMIgAaTBMAiavzwTkb1G&#10;HYm6TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1froFRW62KVFitlVdUrKFZUqyvW1CswFtQrNpa&#10;T6vuW0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm+lv/gAkA4ZIBANGgBADGqwUAvLQEALO9AwCr&#10;xwsApMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79bM22+YjlnvGk+YrtwQ166d0dauYBLVrmJTlO4&#10;lFBQuKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5WSrP+Vkqz/lZKs/5WSrP+Vkqz/lb6hwIA1pgA&#10;AMmlAwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASKzzYMgc5BFXnMSh5yy1ImbMpaLWbJYTJhyGg3&#10;XMdvPFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jFv0tHxthLR8XtS0bD+U1Fwv9ORcL/TkXC/05F&#10;wv9ORcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0CAJ/HBQCW0gkAjtoSAIjbJAKA2jIIeNk+EHHY&#10;SBhq11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385TNOIO0rTlD5H06A/RdSuQETUv0FD1dhARNPs&#10;QELS9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTRmAAAw6UAALWuAACpuAAAnsMCAJTNBgCK2QoA&#10;hOMYAX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfjXSRU42QnUOJrKk3icy1K43wwSOOGMkXjkDRD&#10;45w1QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7OD3i+zg94vs4PeL7OD3i+zjGoQAAt6sAAKq0&#10;AACevgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jIIZO47DV7uQxNY7ksXU+5SGlDvWR5M72AgSe9n&#10;I0fvbyVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri448r4vN/PQLzfz5y828fMvNvHzLzbx8y828fMv&#10;NvHzLzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvdBQB09xEAbfccAWb4JgNf+C8GWvk4ClT5QA5Q&#10;+kcRTPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14Hzj9giA2/Y0iNP6YIzL+pCQx/7ElMP+/Ji//&#10;zyYu/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAAn7cAAJLCAACGzQAAedoAAHDyCABo/xEAYf8a&#10;AVr/IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49/1UQOv9bETj/YRM1/2gUM/9vFTD/eBYu/4IX&#10;LP+NGSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/xxwm/8ccJv/HHCb/xxyhtAAAk78AAIbKAAB4&#10;1gAAbOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8uBED/NAU8/zsGOf9BBzb/Rggz/0wIMf9RCS7/&#10;Vwos/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQHv+gEB7/qBEd/7ERHf+xER3/sREd/7ERHf+x&#10;ER3/sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP/wwASf8SAUP/GQE+/yACOf8nAzX/LQMy/zME&#10;Lv84BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/Xgcb/2UHGf9uCBf/eAgV/4MIE/+NCRP/lgkS&#10;/54JEv+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0IyBP9IMgT/TDYG/048CP9QRw7/UFIV/05fGv9L&#10;ax//SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w/z21Mf89vDL/PMUy/zzOM/873zP/O+o0/zvz&#10;NP87+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1P/819T//NfU//zX/QywD/0QwBP9KMAT/TjQG&#10;/1E6CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9Fiyv/Q5Ut/0KdL/9BpTD/QKwx/z+zMv8/ujP/&#10;PsI0/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//NPg//zbyQf838EH/N/BB/zfwQf838EH/N/BB&#10;/zf/RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V/1RaG/9RZiD/TnIl/0t9Kf9IiCz/RpIu/0Wb&#10;MP9EojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/QOU3/UDwN/pA+Df3Qf829kH/N/JB/zjsQ/85&#10;6kT/OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9QLAT/VS8F/1k3CP9cQg7/W00V/1hXG/9WYyD/&#10;Um8l/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0WtNv9FtDf/RLw4/kTGOPxE0jn5Q+I59kTuOfNE&#10;9znxRP8570T/OutF/zvkRv8840b/PONG/zzjRv8840b/PONG/zz/RisD/00pA/9UKQT/WSwF/141&#10;B/9hQA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/Tosx/kyUNPxLnDX7SqM3+kmqOPhIsTn3SLk6&#10;9kfCO/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI/z/aSv9A2Er/QNhK/0DYSv9A2Er/QNhK/0D/&#10;RyoD/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RRGv9gWyD/XGcm/VlyK/pWfS/4U4cz9lGQNfRQ&#10;mDfyTp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+5UzqPeJL9T/fS/5B3Er/QtRM/0PNTf9Dy07/&#10;Q8tO/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/YygE/2gwBv9sOwv/bEQS/2pOGf5mWB/5YWIl&#10;9V5tK/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVRqj7jULI/4U+7QOBPx0DeT9hB2U/oQdRP9EPQ&#10;Tv5Fzk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/R8BR/0f/TSUC/1chAv9gIAP/aCYD/24uBf9y&#10;OAr/ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn404luHOOBZjzvdV5c+21WfQNhUpkLVU65D0lK3&#10;RNBSwkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3Vf9KtlX/SrZV/0q2Vf9KtlX/SrZV/0r/UCMC&#10;/1seAv9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0UBvqb1oi5GtlKeBnby/bY3k11mCCOtJdij7P&#10;W5JBzFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1XfS7xW7ky5VvpNt1b/TbJY/02uWf9NrFn/TaxZ&#10;/02sWf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC/3goA/98MQf4fjoL8H1DEel6TBjidlcf3HJh&#10;KNRtay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8W6RLulqtTLhZt062WcNPtFnVT7Fa6lCuWvdQ&#10;rFr/UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd/0//Vh4C/2EZAv9sGgL/dSAC/3wlA/2BLgXz&#10;hDcJ6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4PL5ngEG6ZYhFt2OQSLRhmEuyX59Nr16oT61d&#10;slGrXb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9Sm2D/Uptg/1KbYP9Sm2D/Uptg/1L/WBwC/2QX&#10;Af9wGQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLRglAcyn1aJsR4Yy++c2w3uW90PbVsfEKyaoRG&#10;rmeMSqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h4VabYvFVmWL9VZdj/1SVZP9UlGT/U5Rk/1OU&#10;ZP9TlGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4QgAfOKJgLoji4E35A2B9SMQRHLh00bxIJXJr19&#10;YC+3eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhRnWegU5pmqlWYZbVXlWXEWJRl21iSZu9XkWb8&#10;V49n/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/XBgB/2kTAf92FgH/gBkB/YgdAe+OIgHkkykC&#10;2pQxBs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2dUKjc31Hn3CES5xujE6YbJRSlWudVJJqp1eQ&#10;abJZjWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+Vodr/laHa/5Wh2v+Vodr/lb/XhcB/2wSAf94&#10;FAH/gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZuYpTJLKGWy2sgWQ1pn5rPKF6ckKdd3pHmXWB&#10;S5VziU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuDbulag274WYJv/FiCb/1Xgm/9V4Jv/VeCb/1X&#10;gm/9V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeWGADbnBwAz5stBMWXOw28k0cYtI5RI62KWSyn&#10;hmE0oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOXVYRyoViCcaxaf3G6XH5xzFx9cudbfXL2Wnxy&#10;/Fl8cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB/3ERAf99EQD/iBIA8pISAOOaEgDVnxkAyp4r&#10;BMGbOQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCSgHVFjX58Sol8hE6FeoxSgniVVn53n1h7dqpb&#10;eXW4XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2/Fd3dvxXd3b8V3d2/Ff/ZBIB/3MQAP+AEAD/&#10;ixAA75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZNIKSSViqdjl4yl4tlOZKIbECNhXNFiIN6SoSA&#10;gU6Af4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJccXvzWnF7+1lyevxYcnr8WHJ6/FhyevxYcnr8&#10;WHJ6/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDMpBUAwqQnA7iiNgqwnkIVp5pMH6CXVCmZk1wx&#10;k5BjOI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOBm1hvgKZabX+0XGt/xVxrgN9ca4DyWmuA+1ls&#10;fvxYbX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gOAP+FDADikggA1ZsJAM6jCQDHqBIAvaglArSm&#10;NAmrokATo59KHpubUieUmFowjpVhN4iSaD2CkG9Dfo52SHmMfUx1ioVQcYiOVG2HmVdqhqRZZ4Wx&#10;W2WFwltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdng/xXZ4P8V2eD/Ff/bA4A/3sMAPKJCQDZlQYA&#10;z54IAMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJahUSWPnlguiJtfNYKZZjx9lm1BeJR0RnOSe0tv&#10;kINPa4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zuWV+M+1hhiv1XYYn9V2GJ/Vdhif1XYYn9V2GJ&#10;/Vf/bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4AsrAgAamuLwahrDwQmKlGGpGnTyOJpFYsg6Jd&#10;M32fZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNelaBVW5StV1qUvVhZlNRXWZTsV1mT+VZbkf5V&#10;W5D+VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiRAwDMnAUAw6UFALutBACzswwAq7UcAaO0LAWb&#10;sjkOkrBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRvQWiid0VkoX9JX5+ITFyekk9Ynp5SVp2rU1Sd&#10;vFRTndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9TVJn/U1SZ/1P/eAYA4YkAANCWAgDGoQMAvKkD&#10;ALOwAQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18s1IldrFaLHCvYDJrrmc4Zq1uPGKrdUBeqn1E&#10;WqmGSFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m909Npf9PTqT/T06k/09OpP9PTqT/T06k/0/6&#10;fwAA2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EUAJTBJQKMwDMIhL8+EXy9SBl1vFAhb7pYJ2q5&#10;Xy1luGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xGTLOpSEqzuUhJtM5ISbPpSEix9klIsP9KSLD/&#10;Skiw/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2qQAAq7EAAKG6AQCYwwUAkMkQAIrJIAGDyS8F&#10;e8g7DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bBcjNTwXs2T8CEOUzAjzxKwJs+R8CoP0bAuEBF&#10;wM1ARcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/Q0O8/0PWjQAAxpsAALilAACtrgAAorYAAJi/&#10;AgCNyAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsVYdBTGlzPWx9Yz2IjVM5pJ1HOcSpNznotSs6D&#10;MEjOjjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/y/45Psv/OT7L/zk+y/85Psv/OT7L/znKlgAA&#10;vKIAAK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPeGABu3iYCaN4zBWLePgpd3kgPWd5QFFXeWBdR&#10;3mAbTt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96mKj7ftSo94MgqPd/jKjzd8Ss73PstOtz9Ljrc&#10;/S463P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAAjcMAAIHNAgB21wcAbugPAGnoGwFj6CcCXuky&#10;BVjpOwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB63IbP+t7HTzrhh467JEgOOyeITftrCI27bsj&#10;Ne7PIzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr+COzpQAApq0AAJm3AACNwQAAgMsAAHXVAQBp&#10;4QYAZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZHCkT2TgxB91UOP/dcDzz3YxE6+GoTN/hzFDX4&#10;fRYz+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cbK/vrGyv76xsr++sbK/vrGyv76xuoqgAAmrQA&#10;AI2/AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO/yMCSf8rA0X/MwRB/zoFPv9BBjv/Rwc4/04I&#10;Nf9UCTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/lQ8l/6EQJP+uESP/uhIi/8oSIv/QEiL/0BIi&#10;/9ASIv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90AAFnjAABT/QYATf8OAEj/FgBD/x4BP/8mAjr/&#10;LQI3/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YGJP9dBiL/ZQcg/24HHf95CBv/hQga/5IJGf+e&#10;CRj/qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQugAAgsUAAHTQAABn3AAAWOMAAE3wAABH/wIA&#10;Qv8MADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/NQIj/zoCIP8/Ax7/RAMc/0kDGf9PAxf/VgQV&#10;/14EEv9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+iBQ3/ogUN/6IFDf+iBQ3/ogX/OS8C/zwwA/9B&#10;MQP/RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ/zyBHP86jB7/OZYg/zieIf83pSP/N6sj/zay&#10;JP82uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/Nv8m/jb/Jvw2/yb8Nv8n+jb/KPo2/yj6Nv8o&#10;+jb/KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9IQwj/SE8N/0dbEv9EZxb/QnMa/z9/Hf89ih//&#10;PJMh/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjHJ/840yj/OOMo/zjtKP449yj7OP4n+Tn/J/g4&#10;/yn4OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C/0EsA/9GLAP/Si8E/0w3Bf9NQQj/TEwN/0tY&#10;Ev9IZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/PaYm/zytJ/88tCj/O7sp/zvEKf87zyn+O+Aq&#10;+zvrKvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87/y3vO/8t7zv/Le87/y3/PC0C/0QpAv9KKQP/&#10;TiwE/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4H/9FgyL/Q40k/0KVJv9BnSf/QKMo/0CqKf4/&#10;sSr9P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s7T//Lew+/y/rPv8w5z//MOc//zDnP/8w5z//&#10;MOc//zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/V0cM/1VREv9SXRf/UGkc/010IP9KfyP9SIkm&#10;+0eRKPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJDyC7wQ9cu7EPnLulE8y3mQ/ww5EL/MeNC/zLh&#10;Qv8z3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sjAv9SIgL/WCcD/1wvBP9dOQf/XkMM/1tOEf9Y&#10;WBf+VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt7UmjLuxIqi/qR7Ev6Ue6MOdHxTDmR9Iw4kjl&#10;MN9H8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfNSP83zUj/N81I/zf/RiQC/08gAv9WHwL/XSQD&#10;/2EsBP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5VdSXrU38o6FGIK+ZPkS3kTpgv4k2gMOFMpzHf&#10;TK4y3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/OshK/zrGS/87wUz/O8FM/zvBTP87wUz/O8FM&#10;/zv/SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ+WhGD/JlUBXtYVsa6F5mIORbcSXhWHsp3laE&#10;LNtUjC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnKTsk6yE7dOsRP7TvBTvk9vk7/PbxO/z66T/8+&#10;tlD/PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9fGgH/ZyAC/2wmAv9vLgT5cDgH8m9CDOtsSxLl&#10;aVcZ32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaWN8ZUnTnEU6U7wVOtPL9Stz69UsM/vFLTP7lS&#10;6D+1UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9BrFT/QaxU/0H/UBwB/1oXAf9kGAH/bB0B/3Ej&#10;Av11KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybKY3ErxmB5MMJegTS/XIk3vVqROrpZmDy4WKA+&#10;tleoQLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX/0SlWP9Eolj/RKJY/0SiWP9Eolj/RKJY/0T/&#10;UxkB/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4B9x6RA3SdU8Wy3BaHsZsYybBaGwsvWZ1Mblj&#10;fTW2YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhGpVnHR6Na3kehWu9Hn1v8R51b/0ebXP9Gmlz/&#10;Rppc/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/dBcA/3ocAfJ/IgHngSkC3oIzBNN/QAzLekwV&#10;xHZWHr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadij0ClYJdDol+gRZ9eqUedXrRJm13CSpld1kqX&#10;XuxKll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/R5Jg/0f/WBUB/2MRAf9uEgD/dxUA+34YAO2D&#10;HQDihyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2UsrW9tMqltdTemanw7omiEPp9mjEGcZZREmWOc&#10;R5dipkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qMZP9Ji2T/SYtk/0mLZP9Ji2T/SYtk/0n/WhMB&#10;/2YQAP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eIOwq/hEcTuH9RHLF7WiSsd2Irp3RqMaNxcjaf&#10;b3k7m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6TYhlzE6HZuZOhmf2TIZn/0uFaP9LhGj/SoRo&#10;/0qEaP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA84UQAOSLEQDWjxcAy44qAsKMOAm6iEQSs4RP&#10;G6x/WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKObY1Fi2yWSIhroEuFaqpNg2m3ToFpyE+AauNP&#10;gGv0Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r/0v/XhAB/2sOAP92DgD7gA0A6ogNANuPDADQ&#10;khUAx5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1lMJd6bDWTd3M6j3V7PoxzgkKIcotGhXCTSYJv&#10;nUx/bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9MeW//S3lv/0t5b/9LeW//S3lv/0v/YA8A/20N&#10;AP95DADugwsA24sJANSRCgDMlRMAwpUlArmTNAexj0EQqoxLGaOIVCGdhFwpl4FjL5J+ajWOfHE5&#10;inp4PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVyw1Bzct1QdHPwT3Rz/U10c/9MdHP/THRz/0x0&#10;c/9MdHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4IAM+UCQDHmBEAvpgjAbWWMgatkz8PppBJGJ+M&#10;UiCYiVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFenmPSXZ4mUxzd6ROcXexUG92wVBud9lQbnfv&#10;T253/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/ZA0A/3IKAPB+BgDaiAUA0JAHAMqXCADCmxAA&#10;uZshAbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmIZjOEhm04gIR0PXuCe0F4gIRFdH+NSHF9l0tt&#10;fKJOa3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/TGp7/0xqe/9Manv/TGp7/0z/ZgoA/3UIAOGB&#10;AgDUiwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsMnZhFFZaVTh6Pk1YliZBdLISOZDJ/i2s3eopy&#10;PHaIeUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9igdFPYoHrTmOB+U1jgf9MZID/S2SA/0tkgP9L&#10;ZID/S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+dBQC3oQwAr6McAKeiLASfoDkLmJ5DFJGbTByK&#10;mFQjhJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuIRmWKkkliiZ5LX4iqTV6Iuk5ciM5OXYjpTV2H&#10;+Exdh/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA6nwAANWIAADKkgMAwZoDALmgAwCxpgkAqacZ&#10;AKKnKQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50mWczb5duOGuWdTxnlH1AY5OGQ2CRkEZckZxJ&#10;WpCpS1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO/0lYjv9JWI7/SViO/0n/cQEA4IAAAM+MAADE&#10;lgIAu54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/D4WoSBd+plAeeKRYJXOiXituoWUwap9sNGWe&#10;czlhnXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpIUZjmSFGX9UhRl/9HUZb/R1GW/0dRlv9HUZb/&#10;R1GW/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAAChsAAAmrIRAJSzIgGNsjAFhbE8DH6vRhR4rk4b&#10;cqxWIW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1WkjD5Ro5hAT6OlQk2jtENMo8hDTKPkQ0uh9ENL&#10;oP9ES6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sAAMKWAAC3nwAAraYAAKOtAACZtQAAkLkOAIu6&#10;HgGEui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2EmXrJoK1qxby5WsHcyU7CBNU+vizhMr5c6Sq6k&#10;PEiusz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9Fq/8/Rav/P0Wr/z/agwAAx5EAALucAACvpAAA&#10;pasAAJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/BQAxpwEkSZL9RF1++WBxbvl8gV71mJFS8bidR&#10;vHYqTbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7viNEK58zVBuP03QLf/N0C3/zdAt/83QLf/N0C3&#10;/zfOiwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIAe8gHAHTLEgBwzCIBa8swA2bLPAdhy0UMXMpO&#10;EVjKVhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdDyJUoQciiKj/IsSs+ycQrPsnhKj7H8is9xvwt&#10;PMX/LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmmAACdrgAAkrcAAIa/AAB7xwMAcM8HAGfWDQBk&#10;1xoAYNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdiE0fXaRZF13IYQtd8GkDYhxw92JMePNihHzrZ&#10;sCA52cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8jN9T/IzfU/yO5nAAAq6QAAJ+sAACTtQAAh74A&#10;AHvGAABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO5DwESuREBkflTQhF5VUKQuVcDEDlZA4+5mwQ&#10;O+Z2EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo5Rgx5vQYMeX8GDHl/Bgx5fwYMeX8GDHl/Biu&#10;ogAAoaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4FAFTuEABR7xsATe8mAUnwLwJF8DgDQfE/BD7x&#10;RwU88k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IINLfSPDiv1nQ8q9qsQKfa8ECj2zhEn9+YRJ/Xx&#10;ESf18REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7xQAAb84AAGLXAABW3gAATvAHAEr6EABG+xkA&#10;QvsiAT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/UwUr/1oFKf9iBif/awYk/3YHI/+CCCH/kAgg&#10;/50JH/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/dCRz/3QmYsAAAiroAAHzEAABvzQAAYtgAAFXe&#10;AABJ5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysBLf8xASr/NgIn/zwCJf9CAiP/SAIg/04DHv9V&#10;Axz/XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR/7IFEf+8BRH/vAUR/7wFEf+8BRH/vAWMuAAA&#10;fcIAAG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/CwAw/xAALP8WACn/HAAm/yIAIv8nAR//LAEc&#10;/zEBGv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9hAgz/bAIK/3kCCf+GAwj/kgMH/50DBv+lAwb/&#10;pQMG/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID/zs5BP87QwX/OU8H/zhcCv82aA3/NHQQ/zKA&#10;Ev8xixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/LrwZ/y7FGv8uzxr/LuAa/y7rGv8u9Br/Lvwa&#10;/C//Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou/xz/My8C/zksAv89LQL/PjAD/z82BP8/QQX/&#10;PU0H/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZGP8zoBn/MqYZ/zKsGv8xsxr/Mbob/zHCG/8x&#10;zBv/Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d9TH/HvUx/x71Mf8e9TH/HvUx/x7/NSwC/zwq&#10;Av9AKgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/PW4R/zt6FP85hBb/OI4Y/zeWGf82nRr/NqQb&#10;/zWqHP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc18R30Nfod8jX/HvE1/x/wNf8g7zT/Ie80/yHv&#10;NP8h7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0kyA/9JPAX/SEcH/0ZTC/9EXw//QmoS/0B2Ff8+&#10;gBj/PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf+Tm8H/g5xh/2OdMf8jnkH+858B/sOvof6jn/&#10;Iek5/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/PCcC/0MjAv9IIgL/TCYC/08vA/9QOQX/TkMH&#10;/0xPC/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZAlh71P50f8z+jIPI+qiDxPrEh8D65Ie4+wyHt&#10;Ps8h6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/KNw9/yjcPf8o3D3/KNw9/yj/PyMB/0cgAf9M&#10;HgH/USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT9kttF/NJdxrwR4Ec7kaKHuxFkiDrRJkh6UOg&#10;IuhDpyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXWQvgo00L/KtFC/yvPQf8rzkH/LM5B/yzOQf8s&#10;zkH/LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9cMgP/WzsG/FlGCfZWUQ7xVF0T7VFoF+lPchrm&#10;TXwd5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2EazKNVGvCjTRsgp0UbcKs1H7CrJRvcsx0b/LsRG&#10;/y/DRv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B/04YAf9WGAH/XB4B/2AlAv9iLQP8YjcF9GBB&#10;CO5dTA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTRTZAnz0yXKM1MnirLS6YryUqtLMdKty3GSsIu&#10;xErRL8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL/zO2S/8ztkv/M7ZL/zP/ShoB/1IVAf9aFgH/&#10;YRsB/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5eF9JbaRzOWHIgy1Z7JMhUgyfFUosqw1GSLMFQ&#10;mS6/T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1r0/9Nq1P/zasT/82q0//NqtP/zarT/82q0//&#10;NqtP/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHtbiwC5W02BN1rQwjUZ08QzWRaF8hgZB3EXW0i&#10;wVt2Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBSrTatUrc3rFLFOKpS2jinUu05pVP6OaNT/zmi&#10;U/85oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQAP9jEgD/ahQA/28ZAPJyHwDmdCYB3XQxAtNx&#10;PwjLbUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAurluIMaxZjzOqWJc1p1efN6VXqDmjVrM6oVbA&#10;O59W0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqYWP86mFj/OphY/zr/UhIB/1wOAP9mEAD/bREA&#10;+nMUAOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhrXB2zaGUir2VtJ6xjdSupYXwvpl+EMqNeizWh&#10;XZM3nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1PpFb/z6QXP89kFz/PI9c/zyPXP88j1z/PI9c&#10;/zz/VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgAzn0qAsV7OQa+d0UOt3RQFbFwWRytbWIiqGpp&#10;J6VocSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2RXqs/j164QI1eyEGLXuFBil/zQIlf/z+JYP8+&#10;iGD/Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9sDAD4dAwA6XoMAN5+DADSgRUAyIEnAcB/Nga4&#10;fEINsnhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8M5RnhDaRZYw5jmSVPIxjnj6JYqhAh2K1QoVi&#10;xUKEYt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/gmT/P4Jk/z//WQ4A/2QLAP9uCgDqdwgA230I&#10;ANSCCgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuhdlwhnHNkJphxayuUb3IvkW15M45rgTaLaok5&#10;iGiSPIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn/EF8aP9AfGj/QHxo/z98aP8/fGj/P3xo/z//&#10;WwwA/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogiAbaHMQSvhD4LqIFJE6J9Uhqcelogl3dhJpN1&#10;aCuPc28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NCeWqwQ3hqv0R2atRFdmvtQ3Zr+0J2a/9Bdmz/&#10;QHZs/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDafAQA0IMGAMmIBwDDig8AuosgAbKKLwSriDwK&#10;pIVHEp2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwlkB2b6FCdG6uRHJuvUVw&#10;btFFcG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/QHFw/0D/XwgA/2sEAOF2AADUfwMAy4YFAMWL&#10;BgC+jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1YejoBdJIl+ZCmFfGstgXpyMn14eTV6d4I5d3aL&#10;PHN1lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENrc/9CbHP/QWxz/0Bsc/9AbHP/QGxz/0D/YQUA&#10;+m4BAN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmSKwOikDgIm41DD5SKTBeOiFQdiYVbI4SDYiiA&#10;gWktfH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiqQ2Z4uERleMxFZXjnRGV490NmeP9CZnj/QWZ4&#10;/0BmeP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIAw4wDALuRAwCzlAkArJYYAKWWKAKdlDYHlpJB&#10;DpCPShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRvgn03bIGGO2l/kD5mfptBY36oQ2F9tkRgfclE&#10;X33lQ2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9/0D/ZwAA43QAANJ/AADHiAEAvo8CALaVAQCu&#10;mAYAppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FYIHqPXyV2jWUqcotsLm6KczJqiHs2ZoeEOWOG&#10;jjxghZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9AW4P/QFuD/z9bg/8/W4P/P1uD/z//agAA3ngA&#10;AM2DAADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGTnjEFjJ08C4WbRhJ/mU4YepdWHnWWXSNwlGMo&#10;bJJqLGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aLskBUi8VAVIvhQFSK8z9Viv4/VYn/PlWJ/z5V&#10;if8+VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgAAKqcAACgogAAmaQQAJOlIAGMpC4DhaM5CX+i&#10;Qw95oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcwW5eANFiWijdVlZU5UpWiO1CUsD1PlMM9T5Tf&#10;PE+T8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzkdAAAz4EAAMKMAAC4lgAArZwAAKOhAACYqAAA&#10;kKoNAIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmmWBxkpF8hYKNmJV2ibSlZoXUsVqF+L1OgiDJP&#10;n5M1TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/OUmb/zlJm/85SZv/OUmb/znbegAAyIcAALyS&#10;AACxmgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYBdrIzBHGyPQlrsUcOZrBPE2KvVhherl0cWq1k&#10;IFesayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJFqb8yRKraMkSo7zJDp/szQ6b/M0Ol/zRDpf80&#10;Q6X/NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOsAACIsgAAfLkCAHa6EQByuyEAbrsuAmi7OgZk&#10;ukMKX7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6Iki2hCVFtpAnQ7WdKUG1rCpAtr4qP7bYKj+0&#10;7io+s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAAuZUAAKydAAChpAAAlqsAAIqyAAB/uAAAc78D&#10;AGrEDABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQxFgPTcRfEkrDZhVIw24XRcN4GkLDghxAw44e&#10;PsOcHzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi//yQ4v/8kOL//JDi//yS9kQAAsJsAAKSiAACY&#10;qgAAjLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9AhAFXQLgFR0DkCTtBDBEvQTAZJ0FMIRtBbC0PQ&#10;Yw1B0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsXNNLSFzXQ7BY0z/cYM87/GjPO/xozzv8aM87/&#10;GjPO/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABqxwAAXs0DAFTUCABM3Q0ASt0YAEjeJgBG3jIB&#10;RN88AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXhegoz4YYMMeGUDTDiow4u4rMOLuPHDi3j4w4t&#10;4PIOLN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcAAI+wAACDuAAAdsEAAGrJAABezwAAU9UBAEnc&#10;BgBF6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYCM+1NAzHtVQMv7l0ELe5lBSvucAUp73sGKO+J&#10;Bybwlwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi7/UIIu/1CCLv9QiepgAAka8AAIS4AAB3wQAA&#10;askAAF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3IAAz9ygAMfgwAC75NgEr+T0BKfpEASf6SgIl&#10;+1ICI/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+oBBf/twQW/8gEFv/gBBb/5AQW/+QEFv/kBBb/&#10;5ASTrgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAAOuQAADX3AwAy/wwALv8SACv/GgAo/yEAJv8n&#10;ACP/LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET/18BEf9qAhD/eAIO/4cCDv+WAg3/pAIM/7AC&#10;DP++Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJAABe0wAAUNsAAEPgAAA45QAAL/AAACv/AAAn&#10;/wgAJP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8tABH/MgAQ/zgADv8/AAz/RgEK/08BB/9ZAQT/&#10;ZQEB/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kBAP+pAQD/qQH/LC8B/zAsAf8yLAL/MzAC/zE2&#10;A/8wQQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/J5EM/yeZDf8mnw3/JqUO/yarDv8msQ//JrgP&#10;/ybAD/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn/w/5Jv8R+Cb/Efgm/xL4Jv8S+Cb/Evgm/xL/&#10;LiwB/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJXBv8wZAf/LnAJ/yx7Cv8shQz/K44N/yuWDv8q&#10;nQ//KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR/injEfsq7xH4KvgQ9iv/EPQq/xL0Kv8T8yr/&#10;FPMp/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/OikC/zsyAv87PQP/OUgF/zdUBv81YAf/M2wJ&#10;/zJ3DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8urBL/LrMS/i66Ev0uxBL7Ls8T+C7hEvUu7RLx&#10;L/cS7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/F+wu/xf/NCYB/zkjAf89IwH/PiYC/0EvAv9B&#10;OQP/P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ/TSPEfw0lhL6M50T+TOjE/gzqRT3M7AU9jO3&#10;FPQzwBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjkMv8Z5DP/GuMy/xrjMv8a4zL/GuMy/xr/OCMB&#10;/z0gAf9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9BWAj/P2QL+z5vDvk8eRD2O4MR9DqLE/M5kxTx&#10;OZkU8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjbFuM56hbgOPUY3Tj/Gts3/xzZN/8d1zf/HdY3&#10;/x7WN/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB/00oAf9OMgL/TTwE/0pHBvpIUwj2Rl8L8kRq&#10;Du9CdBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxjiPaoY4D2yGN89uxndPcYZ2z3YGtY96RrSPfUd&#10;zj3+H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8/yH/PxwB/0UXAf9LFwH/UB0B/1MkAf9ULQL/&#10;UzcD91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WCFt1EihfaQ5EZ2EKZGtVCnxvTQaYc0UGuHc9B&#10;tx7OQcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8kvUH/Jb1B/yW9Qf8lvUH/Jb1B/yX/QhgB/0kT&#10;AP9QFAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfjU1UK3lFgDtlOahLUTHQW0Et8GM5JhBvMSIwc&#10;ykeTHshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G3yW5Ru8mtkb7J7RG/yizRv8oskb/KLFG/yix&#10;Rv8osUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14bAPlgIwHvYCwB5l42A99cRAXYWVAK0VdbD8xU&#10;ZRTIUm4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wkuEqkJrZKrCe0SrYos0nDKbFJ1imuSuoqq0r4&#10;K6lK/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/SRIA/1AOAP9ZEAD/XxIA/2MWAPJlHQDnZSUA&#10;3mQxAdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhUeR+2U4Eis1KIJLFQkCavUJcorU+fKatOqCup&#10;TrIsp06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//Lp1Q/y6dUP8unVD/Lp1Q/y7/TBAA/1QNAP9d&#10;DgD/Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJv2JSD7pgXBW2XWUZslttHa9ZdSGsWHwjqlaD&#10;JqdViyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZUuIxl1PyMZZT/zGVVP8xlFT/MJRU/zCUVP8w&#10;lFT/MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORtDgDWbhYAzG8oAcRtNwS9a0QJt2hPD7JlWBWu&#10;YmEaqmBpHqdecCGkXXgloVt/J59ahyqcWY4smliXLphXoDCVVqoyk1a1M5FWxTSQVt00jlfwNI1X&#10;/TOMWP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA/1sJAP9jCADragcA3W4IANhxCgDPchMAxnMl&#10;Ab5yNAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKcYXQlmmB7KJdegyuUXYstklyTMI9bnDKNWqY0&#10;i1qyNYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc/zOEXP8zhFz/M4Rc/zP/UwoA/10GAPVmBADf&#10;bQMA1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJDqZuUhShbFsZnWliHZlnaiKWZnElk2R4KJBj&#10;fyuNYYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4f1/qN35f+jZ+YP81fmD/NH5g/zR+YP80fmD/&#10;NH5g/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDDeg8Au3sfALN6LwKseDwHpnVGDaFzUBOccFgY&#10;l25gHZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFjljR/Y6E2fGKtN3piuzl5Ys45eGPoOHhj+Dd4&#10;ZP82eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IBAOFsAADUcwIAy3gEAMV7BQC+fQ0Atn4dAK9+&#10;LAKofDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmKMXtolDR4Z582dmaq&#10;OHRmuTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVyaP81cmj/NXJo/zX/WQIA9mUAAN1uAADPdgEA&#10;x3sDAMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7SxGSeFQXjXZbG4l0YiCFcmkkgXFwJ35vdyt7&#10;bn8ueG2IMXZskjRza5w2cGqoOG5qtzptask6bGrkOm1r9Thta/83bWv/Nm1r/zZta/82bWv/Nm1r&#10;/zb/WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkArYUYAKaFKAGfhDUFmYJACpN/SRCNfVIWiXtZ&#10;G4R5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJs2a2+nOGlvtTpob8c6Z2/iOmdv9Dhob/83&#10;aG//Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0AADIfAAAv4EBALeFAQCvhwcAqIkVAKGJJQGb&#10;iDMElIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHpsJnR5cypxeHstbneEMGt2jjNodZk2ZnSlOGRz&#10;szlic8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82Y3P/NmNz/zb/YQAA4G0AAM93AADEfwAAu4UA&#10;ALOJAACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6Eh04Tf4VVGHuDXB13gmMhc4BqJW9/cSlsfXks&#10;aXyCL2Z7izJjepc1YHmjN155sThdecI5XHndOV158ThdeP43Xnj/Nl54/zVeeP81Xnj/NV54/zX1&#10;ZAAA3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQAJeSIACRkS4DipA5B4SOQwx/jUwSeotTF3WJ&#10;WhtxiGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQzW4ChNll/rzdXf8A4V3/aN1d/8DdYfv02WH7/&#10;NVh+/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7hwAAso0AAKiRAACelAAAlpYOAJGXHACLlysC&#10;hZY3BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWMbSVhi3QoXop9LFuJhy9YiJIxVYefM1OHrTVS&#10;h741UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/M1KF/zPjbAAAznkAAMGDAAC2iwAArJEAAKKV&#10;AACXmQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcNb5lPEmqYVhdml10bY5VjHl+UaiJck3IlWZJ7&#10;KFWRhStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJMjvoyTI3/MUyM/zFMjP8xTIz/MUyM/zHccQAA&#10;yH4AALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGjFAB8pCMBd6QwA3KjOwZtokQLaKFMD2SgVBNg&#10;n1oXXZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqbLEiaqS1HmbotRprQLUaY6y1Gl/kuRpb/LkaW&#10;/y5Glv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAAoJsAAJWfAACKpAAAfakAAHerEABzqx4Ab6ws&#10;AWqrNwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQp24cTaZ2H0qlgSFIpYwkRaWZJkOkqCdCpLgo&#10;QaTOJ0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg/ynJfgAAuosAAK+UAACjmgAAmKAAAI2lAACC&#10;qgAAdbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRGB1azTgpTs1UNULNcEE2yYxNKsmsWR7F0GEWx&#10;fhpCsIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvchOq3/Ijqs/yM6rP8jOqz/Izqs/yPAhgAAs5IA&#10;AKeZAACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBdvRIAWr4gAFi+LQFUvjgCUb5CBE6+SgZMvlII&#10;Sb5ZCka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9pBc3vbUYNr3KGDe85xc1u/YZNbr/GjS5/xs0&#10;uf8bNLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wAAHuzAABvuQAAY74AAFjEBABQyAwATcgXAEzJ&#10;JQBKyjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQHOstuCTjLeAo2y4UMNMuSDTLLog4xy7IPMMzH&#10;DzDL5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKulwAAoZ4AAJWlAACJrQAAfLQAAHC7AABkwQAA&#10;WcYAAE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnYOwA42UUBNtlNATXZVgIz2l4CMdpoAzDbcwQu&#10;238FLNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5CCbY/gkm2P4JJtj+CSbY/gmknQAAmKUAAIut&#10;AAB+tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYANeQNADPkFgAx5CAAMOUqAC7mMwAt5jwAK+dE&#10;ACrnTAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf66EDHeuyAxzsxwMc7OEDG+rxAxvp+QMb6fkD&#10;G+n5Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnLAABM0AAAQdUAADjcAAAv4QIALfENACvxEwAo&#10;8hwAJvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZRABn3WgEX92UBFfhyART5gQET+ZIBEvqiAhH6&#10;swIQ+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAAgbQAAHO9AABmxgAAWc0AAEvTAABA2QAANd4A&#10;ACzjAAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX/ygAFf8uABP/NQAS/zwAEP9DAA7/TAAN/1YA&#10;C/9iAAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/xwED/8cBA//HAQP/xwGDtAAAdb0AAGfGAABa&#10;zwAAS9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8FABf/DAAV/xAAEv8UABD/GQAO/x4ADf8jAAv/&#10;KAAI/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sAAP97AAD/iwAA/5kAAP+lAAD/rAAA/6wAAP+s&#10;AAD/rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/I0sD/yFYA/8gZAT/HnAE/x17BP8dhQX/HY4F&#10;/x2WBf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8cwwf/HM4H/x3fB/8d6wf8HfUH+R3+Bvce/wf3&#10;Hf8I9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywnAf8uJwH/LSoB/ywyAf8rPQL/KUkD/ydVA/8l&#10;YQT/I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH/yGlB/8hqwj/IbEI/yG4CP8hwQj/IcsI/CHc&#10;CPkh6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvwIf8L8CH/C/Ah/wv/LCYB/zAkAf8xIwH/MSYB&#10;/zIvAf8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8nfwb/J4gH/yaQB/8mlgj/Jp0I/iajCf0mqQn8&#10;Jq8J+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9Cusm/wvqJv8N6Sb/Degm/w7oJv8O6Cb/Dugm&#10;/w7/LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC/zROA/8yWgT/MGUF/y5wBv4tewf8LYQI+iyM&#10;Cfgskwn3LJkK9iugCvQrpgrzK6wL8iuzC/EruwvvK8YL7izUC+os5gvmLPIL5Cz8DeIs/w/hLP8Q&#10;4Cz/EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86GgH/PSAB/z8oAf8/MgH/PT4C/ztJA/85VQT7&#10;N2EG9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGcDOoxogzpMakM6DGwDeYxuQ3lMcMN4zLRDd8y&#10;5QzcMvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U0DH/FNAx/xT/NxsB/zsXAP8/FgD/QxwA/0Yk&#10;Af9GLgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQnoOnoK5TmDC+M4iwziOJIN4DeZDd83nw7dN6YO&#10;2zetD9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3/xbGN/8XxTf/GMQ3/xjEN/8YxDf/GMQ3/xj/&#10;OxcA/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+AuxGSgTnRFYG40NiCN9BbArcQHUM2T9+DdU+&#10;hg/TPY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sVxzvIFsU83BbBPO0Xvjz5Gbs8/xq6PP8buTz/&#10;G7g8/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/TxQA/1EbAPtSIwDxUS0B6U84AeJNRQPcS1EF&#10;1klcCNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNClRbBQZwXv0GkGL1ArBm8QLYaukDCGrhA0hu1&#10;QegbskH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/HqxB/x7/QhEA/0cNAP9PDgD/UxEA/1YVAPNX&#10;HADoViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQwEpyEr1JehW7SIIWuUeJGLdHkBm1Rpcbs0af&#10;HLFFpx2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGjRv8iokb/IaJG/yGiRv8hokb/IaJG/yH/RQ4A&#10;/0sKAP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxaOwLGWEgFwVZTCbxUXA25UmURtVBtFLNPdRew&#10;TnwZrk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4I6FJxiSfSt4knUrwJJtK/SWZS/8kmUv/JJhL&#10;/ySYS/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA6V4KAOReDQDVXxUAy2AnAMRfNgK+XkMFuFtO&#10;CbRZWA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6gUI4gnk+WIpxOnyOaTqglmE6zJpdOwieVTtYn&#10;k07sJ5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q/yb/SgkA/1MFAPhaBADiXwMA2mIGANRjCQDN&#10;YxIAxGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtlFqFZbBifWHMbnFZ6HppVgiCYVIoilVSSJJNT&#10;myaRUqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8ph1T/KIdU/yiHVP8oh1T/KIdU/yj/TAUA/1YB&#10;AOldAADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGwaDwEqmVHCaVjUQ2hYVoSnV9hFppeaRmXXHAc&#10;lVt3HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VWuiyDVswsglfmLIFX9yuAWP8qgFj/KoBY/ymA&#10;WP8pgFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoDAMZsBQDAbA4At20dALBuLAGqbDkEpWpECKBo&#10;Tg2bZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIkhlyLJoRblCiBW54qf1qqLH1aty18Wskuelrj&#10;Lnpb9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/UQAA8lsAAN5kAADPagAAx24CAMBwBAC6cAwA&#10;snEaAKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5mYxiLZWkbiGNwHoVieCGCYX8kgGCIJn1fkSl7&#10;X5wreF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/K3Rg/yt0YP8rdGD/K3Rg/yv/UwAA6F4AANln&#10;AADLbQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQDm3I/B5VwSQuRblIQjGxZFIlqYBiFaWcbgmhu&#10;Hn9mdSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9vYsQvbmLeL25j8i5uY/4tbmP/LG5j/ytuY/8r&#10;bmP/K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3AQCwdwcAqHgVAKJ5JACceDIClnY9BpF0RwuM&#10;ck8PiHBXE4RvXheAbWQafWxrHXprcyB3anojdGmDJnJojSlvZ5csbWejLmtmsS9pZsEwaWbbMGln&#10;8C9pZ/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA4WMAAM9sAADEcwAAu3gAALN6AACregQApHsS&#10;AJ58IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7cmIaeHBpHXVvcCBybngjb22BJm1siylqbJYr&#10;aGuhLmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr/yxla/8sZWv/LGVr/yz0WwAA3WYAAMtvAADA&#10;dgAAt3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85BYh9QwmDe0sNfnpTEnp4WhZ2d2EZc3VnHHB0&#10;bh9tc3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70vXm/UL15v7S9fb/stX2//LGBv/yxgb/8sYG//&#10;LGBv/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAAChggAAmYMOAJSEHQCOhCsBiIM2BIOCQAh+gEkM&#10;eX9REHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3hydgdpIqXXWeLFt1qy5adLsvWXXRL1l07C5Z&#10;dPotWnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0AAMN2AAC5fQAAr4MAAKaGAACchgAAlIgMAI6J&#10;GQCJiSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0XaYFjGmaAah1jf3IgYH56I119hCZafI8pWHuc&#10;K1Z7qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypVef8qVXn/KlV5/yrhZQAAzHEAAL96AAC0ggAA&#10;q4cAAKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniOOwVzjUQJb4xMDWuKVBFniVoVZIhhGGGHaBte&#10;hnAeW4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLMK06C6CtOgfgqT4D/Kk+A/ylPgP8pT4D/KU+A&#10;/ynbagAAx3UAALp/AACwhwAApowAAJyPAACPkQAAhpMFAICUEgB7lSEAd5UtAXKVOARtlEIHaZNK&#10;C2WSUQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFPjIsjTYuYJUuLpSdJi7UoSIvKKEiK5ydJifco&#10;SYj/J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWEAACrjAAAoJAAAJWUAACJlwAAfpoAAHebDgBz&#10;nBwAb50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlcElWYYxVTmGsXUJdzGk2WfR1KlYkfR5WVIUWV&#10;pCNElLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8kQ5D/JEOQ/yTKdQAAu4EAALCLAACkkQAAmpUA&#10;AI+ZAACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFfpDsDW6REBVikSwhVo1MLUqNaDU+iYRBNomgT&#10;SqFxFUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f4x09nfQePZz/Hzyb/x88m/8gPJv/IDyb/yDC&#10;fAAAtYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gAAGOsBABfrREAXK0fAFquKwBXrjYBVK5AA1Gt&#10;SAVOrU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QTPKuRFTqroBY5q7AXOKvDFziq4Rc3qfMYN6f+&#10;GTam/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACXmwAAi6EAAH+mAABzqwAAZ68AAFq0AABTtgwA&#10;UbcXAE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4WgY/uGIHPbhrCTq4dQs4t4EMNreODjS3nQ8z&#10;t60PMrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/EzCz/xOyjgAApZUAAJqbAACOogAAgqgAAHWt&#10;AABpswAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycAP8MyAD7EPAA8xEQBOsRNATjEVQI2xF0DNcRm&#10;BDPFcAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggqxPAIKcL7CSjB/woowf8LKMH/CyjB/wuolQAA&#10;nZsAAJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnDAAA/yAQANs0JADPOEQAyzxwAMc8nADDQMQAv&#10;0DoALtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOEAiTUlAIi1KYCIdW5AiHV0gIg0+sCINL2Ax/R&#10;/wQf0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAAbbgAAGC+AABUwwAASccAAD7LAAA10AEALdUG&#10;ACXbCwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe4UoAHeJTABzjXgAb42oAGuR4ABjkiAEX5ZoB&#10;FuasARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj+gGWogAAiakAAHuxAABuuQAAYcAAAFTGAABI&#10;ygAAPc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0XABntHwAX7iYAFe4tABTvNQAT8D0AEfBGABDx&#10;UAAP8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIACfbZAAj17QAI9e0ACPXtAAj17QCLqQAAfbIA&#10;AG+6AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf4QAAGegAABb4BgAU+g0AEvsSABD8FwAO/B0A&#10;Df0jAAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/ZgAA/3cAAP+JAAD/mwAA/6sAAP+7AAD/zgAA&#10;/88AAP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEAADrWAAAv3QAAJeEAABzlAAAU6QAAEfcAAA//&#10;AQAN/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMAAP8qAAD/MgAA/zwAAP9HAAD/VAAA/2MAAP9z&#10;AAD/hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/IikB/yMnAf8jKAH/ICsB/xwxAf8aPQH/GEkB&#10;/xZWAv8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8SmQL/Ep4C/xKkAv8SqQL/Eq8C/xK2Av8SvQL/&#10;EscC/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/A/QT/wP0E/8D9BP/A/QT/wP/JCcB/yYkAf8m&#10;JAH/JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC/xd1Av8XfwL/F4gC/xePAv8XlgL/F5wC/xeh&#10;Av8XpwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0F+8C8Rj6Au8Y/wPuGP8E7hj/BO0Y/wXtGP8F&#10;7Rj/Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8nNwH/JUMB/yNPAv8hWwL/H2YC/x1xAv8dewP/&#10;HYQD/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyxA/YcuQP1HcID8x3OA/Ad4QPsHe4D6R75BOge&#10;/wXmHv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A/y0cAP8tGwD/LiAA/y8pAP8vNAH/LD8B/ypL&#10;Av8oVwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPzI5UE8iObBPEjoQTvI6gE7iOuBO0jtgTrI78E&#10;6iPMBOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok/wnaJP8J2iT/Cdok/wn/LhsA/zEXAP8yFgD/&#10;NRwA/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxoA/ArcgPuKnsE7CqEBOoqiwToKpIF5ymYBeYp&#10;ngXkKaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H0ir4Cc8r/wrNKv8LzCr/DMsq/wzLKv8Myyr/&#10;DMsq/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+OzUB9zlBAfE2TQLsNFgC6DNjA+UybQTjMnYE&#10;4DF/Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIvsQjQL7oJzzDGCc0w2AnJMeoKxjH3DMMx/w7B&#10;Mf8PwDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkPAP8+EAD/QRQA/0MaAP9CIwD1QS4A7T46Aec9&#10;RgHhPFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJyzaPCso2lgrINp0LxjWkDMU1rAzDNbUNwTXA&#10;DcA2zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOzNv8Tszb/E7M2/xP/ORAA/z0LAP9DDQD/RxAA&#10;/0gUAPVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtAYgbIP2sIxT50CcM9ewvBPYMMvzyKDb08kA67&#10;PJcPujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzxFKs8/RWpPP8WqDz/Fqg8/xanPP8Wpzz/Fqc8&#10;/xb/PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A1kosAM5LOwHJSkgCxEhTBMBHXQe8RmYJukRu&#10;C7dDdg21Q30Os0KEELFBixGwQZISrkCaE6xAohSqQKsVqUC2FqdAxBemQNkXo0HtGKBB+xifQf8Z&#10;nkH/GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9MBQDxTwcA5lAJAONPDQDVTxUAzFEnAMVRNgG/&#10;UEMCuk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/EqdHhhSlRo0Vo0aVFqFFnhifRacZnkWyGpxF&#10;vxqaRdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8bk0f/G5NH/xv/QgUA/0oBAPJQAADhVAEA2VYF&#10;ANNVCQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiqUV0Lp1BkDqRObBCiTXMSn0x6FJ1MgRabS4kX&#10;mUqRGZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K9h6LS/8ei0v/HYpL/x2KS/8dikv/HYpL/x3/&#10;RQAA/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1seALVcLgGvWzsCqlpGBaZYUAiiVlkLn1VgDpxT&#10;aBGZUm8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8eik6qH4hOtyCHTsghhU7iIYRP8yCDT/8gg0//&#10;H4JQ/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADRXQAAyWACAMNgBAC9Xg0AtWAaAK5hKgCpYDcC&#10;pF5DBJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1VeRiLVIEaiFOJHIZTkh6EUpwfglKnIYBStCJ/&#10;UsQjfVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/IHtU/yD/SgAA6VQAANpcAADMYQAAw2QAALxk&#10;AgC2YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1ILkV5aDo5dYRGLW2gTiVpvFoZZdhiEWH0agViG&#10;HH9Xjx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1V/0jdVj/InVY/yF1WP8hdVj/IXVY/yH/TQAA&#10;5VcAANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNpJACeaDIBmWc9BJRlRweQZE8KjGJXDYhhXhCF&#10;X2UTg15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqiI3JaryRxWr8lcFrVJW9b7SVvW/wjb1v/Im9b&#10;/yJvW/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAAu2sAALNsAACsagQApGsSAJ5sIQCZbC8BlGs6&#10;A49pRAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4YXgadWCAHXNfih9wX5Qhbl6gI2xerSVrXrwm&#10;al7RJmle7CVqX/skal//I2pf/yJqX/8ial//Impf/yLwUgAA3V0AAMtlAADAawAAt24AAK9vAACn&#10;bgEAoG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXUacGR+HW1j&#10;iB9rY5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvokZWP/I2Vj/yJlY/8iZWP/ImVj/yLrVQAA2GAA&#10;AMhoAAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQdCoBinM2AoVyQAWBcEgIfW9QC3ltVw52bF4R&#10;c2tkFHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2JmqSVgZrkmX2bNJl9m6CZgZvkkYGb/I2Bm/yNh&#10;Zv8iYWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUAAKd3AACedQAAlnYNAJB3GQCLeCcAhnczAoF2&#10;PQR8dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZZm56HGNtgx5hbI4hX2uaI11rpyVba7cmWmvK&#10;Jlpr5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLjWwAAzmYAAMBuAAC2dAAArHkAAKN7AACYeQAA&#10;kHoLAIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4Uw1sd1oQaXZhE2d1aBZkdG8YYXN4G15ygR1c&#10;cYwgWnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//I1Zv/yJXb/8iV2//Ildv/yLfXwAAymkAALxy&#10;AACyeAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEAe4EuAXeAOQNygEIFbn9KCGt+UQtofVgOZHxf&#10;EWJ7ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJRdrMjUHbGJFB24yNQdfUjUXX/IlF0/yFRdP8h&#10;UXT/IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqDAACNgwAAhIQDAH2FEAB5hh4AdYcrAXGHNgJt&#10;hj8EaYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4BzGFR/fRpRf4gcT36UH01+oiBLfbEhSn3EIkp9&#10;4SFLfPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAAwHIAALR7AACqggAAoIYAAJWIAACHiAAAfIoA&#10;AHaMDgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhci1MKWotaDVeKYRBUiWgSUYhxFU+IehdMh4Ua&#10;SoaSHEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC/x5Fgv8eRYL/HkWC/x7KbQAAungAAK+BAACl&#10;hwAAmosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUiAGOVLgFglTgCXJVBBFmUSQZWlFAIVJNXClGT&#10;XgxOkmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60aP4/AGj+P3Bo/jfEaP4z9Gz+L/xs/i/8bP4v/&#10;Gz+L/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7lQAAbJkAAGWbBABgnBAAXZ0dAFueKQBYnjQB&#10;VZ49AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUObdQ9Bm4ARPpqNEzyamxQ6mqsVOZq9FTma2RU5&#10;mO8WOZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UAAKSMAACYkQAAjZUAAIGaAAB1nQAAaKAAAFuk&#10;AABWpQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kCRqdQBEOnWAVBp18GP6ZoCD2mcgo6pn0LOKaK&#10;DTalmQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEyof8RMqH/ETKh/xG0ggAAqIwAAJ2SAACSlwAA&#10;hpwAAHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWwHABEsScAQrEyAEGyOwA/skMBPbJLATuyUwI5&#10;slsDN7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4CSyy0AgssOwJK6/5Ciuu/wsqrf8LKq3/Cyqt&#10;/wutiwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAAWbEAAE20AABCuAAAO7oKADi7EwA3vB4ANbwp&#10;ADS9MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEqvnQCKb6CAie/kQMmv6IDJL+0AyO/ywMjvugD&#10;I7z3BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIyeAACApQAAc6sAAGewAABbtQAAT7kAAES8AAA6&#10;wAAAMMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5ACPKQgAiy0sAIctVACDMXwAfzGwAHc16ABzN&#10;igAbzZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8CGMr/AhjK/wKbmQAAj58AAIKmAAB1rQAAaLMA&#10;AFy5AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ1QsAFtcQABXYGQAV2SIAFNkrABPaNAAT2j0A&#10;EttIABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3guAAM4NIAC9/tAAze9wAM3fsADN37AAzd+wCS&#10;nwAAhacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkAAC7NAAAl0QAAHtUAABbaAQAR3gYAEOcNAA7n&#10;EgAN6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EABOteAAPrbgAB64AAAOqUAADqpwAA67wAAOvS&#10;AADr6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABevgAAUcUAAEPJAAA3zQAALdEAACPWAAAb2wAA&#10;E98AAA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1HgAA9SUAAPUuAAD1NwAA9kIAAPZOAAD2XQAA&#10;9m4AAPaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQAAD40AB7rwAAbbgAAGDAAABSyAAARM0AADfR&#10;AAAr1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAAAf8DAAD/CAAA/w0AAP4QAAD+FAAA/xoAAP8h&#10;AAD/KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA/5IAAP+hAAD/rQAA/7MAAP+zAAD/swD/HCYA&#10;/xwkAP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8LXwH/CmsB/wp1Af8KfwH/CocB/wqOAf8KlQH/&#10;CpsB/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnMAPwJ3gD5CesA9Qn2APMJ/wDyCv8A8Qr/AfEL&#10;/wHxC/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA/xcsAP8VNwD/E0QA/xFQAf8QXAH/DmcB/w5y&#10;Af8OewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+DqgB/A6uAfsOtQD6Dr4A+A7JAPUO2wDyDuoA&#10;7g71AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ/wH/Ih8A/yIcAP8hHAD/HyAA/x8pAP8cNAD/&#10;GkAA/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOIAfoSjgH5EpUB+BKaAfYSoAH1EqYB9BKsAfMS&#10;swHxErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C4RX/AuEV/wLgFf8C4BX/AuAV/wL/JRsA/yYX&#10;AP8kFgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9G18B+RppAfcacwH0GXwB8hmEAfEZiwHvGZEB&#10;7hmXAewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ1QHfGugB3Bv1Atgb/wLVHP8D1Bz/A9Mc/wTS&#10;HP8E0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywhAP8sKwD/KTcA/SdDAPclTwHzI1oB7yJkAewh&#10;bgHpIXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB3iCnAdwhrwHaIbgC2CHDAtUh0wLRIucCzSL0&#10;A8oj/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/LBIA/y4PAP8wEAD/MxQA/zMbAP8yJQD6MDAA&#10;8i48AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6AdcoggLVKIkC0yiQAtEolgPPKJwDziijA8woqwPK&#10;KLMDySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/CLoq/wi5Kv8JuSr/Cbkq/wn/MA8A/zILAP82&#10;DQD/OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A1TFaAdAxZALNMG0CyzB1A8kwfAPHL4MExS+K&#10;BMQvkQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4MN0HtTDuCbIw+wqwMP8LrjD/C64w/wutMP8L&#10;rTD/C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88FQDkOR8A2zktANI6PADNOkkByDlUAcQ5XgLB&#10;OGcDvzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWaCbM1oQmxNaoKrzW0C641wQusNdQLqTbqDKY2&#10;+A2lNv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA/zsCAP9AAwDyQgUA6UIJAOU/DgDYPhYAzkAn&#10;AMdBNgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQevPXgIrjx/Caw8hgqqO40LqTuVDKc7nQ2lO6YN&#10;ozqwDqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8/xGYPP8RmDz/EZg8/xH/OgEA/0AAAO9FAADh&#10;SAAA2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dKArBGVASsRV0FqkRkB6dDbAilQnMKo0J6C6FB&#10;gQygQYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgTk0DhE5FB8xSQQf8Uj0H/FI5C/xOOQv8TjkL/&#10;E45C/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDDSw8Au00dALVOLQCvTjoBq01GAqdMTwSkS1gG&#10;oUpgCJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJFlBKQRZ0TjkWoFIxFtBWLRcQWikXcFohG8BaG&#10;Rv0Whkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgAAN1PAADPUwAAxlUAAMBTAwC7UQwAs1IZAK1T&#10;KQCoUzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoMkUxxDo9LeA+NS38Ri0qHEolKkBSHSZoVhUml&#10;F4NJsRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9S/8WfUv/Fn1L/xb/QwAA5kwAANZTAADJWAAA&#10;wFkAALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphWSASVVVEGklRYCI9SXwqMUmYMilFtDohQdBCF&#10;T3sSg0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7RGndO6xp3T/oZdk//GXZP/xh2T/8Xdk//F3ZP&#10;/xf4RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYAplsTAKBcIgCbXC8Al1s7ApJaRQOPWU0Gi1hV&#10;CIhXXAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4UpQYdlKfGXRSqxpyUrobcVLNHHBS6BtwU/ka&#10;cFP/GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMtaAADAXwAAt2IAAK9hAACoXgIAoV8QAJtgHgCW&#10;YCwAkWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVlnDntYbhB4WHUSdld9FHRXhxZyVpEYb1acGm5W&#10;qRtsVrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Za1f/GWtX/xnrTAAA2FYAAMheAAC8YgAAs2UA&#10;AKtlAACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOEYUgFgGBQB31fVwl6Xl0Ld11kDXVcaxBzXHIS&#10;cFt7FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa5B1lWvYcZVr/G2Va/xplWv8ZZVr/GWVa/xno&#10;TwAA01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YNAJFnGQCMaCcAh2cyAYNmPQJ/ZUYEe2RNBnhj&#10;VAl1YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0ZZV6YGmNepRxhXrQdYF7HHWBe4x1gXvUcYF7/&#10;G2Be/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2aQAArGwAAKNsAACZaQAAkmoLAIxqFgCHayQA&#10;gmswAX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtlZg9oZG4RZmR2FGRjgBZiY4sYYGKXGl5ipBxc&#10;YrIdW2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/Glxi/xrgVQAAy18AAL1nAACybAAAqXAAAJ9v&#10;AACUbAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkEDcm1JBW5sUAdra1cKaWteDGZqZQ5kaWwRYWl0&#10;E19ofhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1WZvMcV2b/G1dm/xpXZv8aV2b/Gldm/xrbWQAA&#10;x2IAALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFyEQB8cx4AeHMqAHRzNQFwcz8DbXJHBWpxTgdn&#10;cVUJZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyTGVRsoBtSa68cUWvBHFFr3BxRa/EbUmv+GlJq&#10;/xpSav8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAAoncAAJZ2AACJdQAAgXYBAHp3DwB2eBsAcnkn&#10;AG95MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxadWgPWHRwEVVzeRNTc4QWUXKQGE9ynhlNca0a&#10;THG/G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v/xnOYAAAvmoAALJyAACoeAAAnXsAAJB6AACE&#10;egAAensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9CA19+SQVdfVAHWn1XCVd8XgtVfGUNUntuD1B6&#10;dxJOeoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8YR3b8GEd2/xhHdf8XR3X/F0d1/xfJZQAAum8A&#10;AK53AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBohBMAZYUgAGKGLABfhjYBXIY/AlmFRgNXhU4F&#10;VIVVB1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SBmhVCgKkWQYC6FkCA0hZBf+0WQX77FkF9/xZB&#10;ff8WQX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMAAIWEAAB5hQAAaokAAGSKAwBgjBAAXY0bAFuO&#10;JwBYjjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAIR4xoCkWLcgxCi30OQIqJDz6KmBE8iqcSO4q4&#10;EjqKzxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8cQAAr3sAAKWDAACZhwAAjIgAAH+JAABzjAAA&#10;ZZAAAFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuXPwFJl0cCR5dOA0WWVQRDll0FQZZlBj6Vbwg8&#10;lXoJOpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4DjSQ/w80kP8PNJD/DzSQ/w+1eAAAqoIAAJ6I&#10;AACTjQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYASZ8QAEefGwBGoCYARKAwAEOhOgBBoUIBP6FJ&#10;AT2hUQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcwoKIILqCzCC6gyQgun+cILZ33CS2c/wotm/8K&#10;LZv/Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKYAABmnAAAW6AAAE+kAABFpwAAPqkMADyqFAA6&#10;qh8AOaopADirMgA3qzsANatDADSsSwAyrFMBMaxcAS+sZgItrHECK6x/AyqsjgMorJ4EJ6ywBCas&#10;xQQmq+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAAm48AAJGUAACEmQAAeJ4AAGuiAABfpgAAU6oA&#10;AEitAAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAqtjIAKbc6ACi3QwAnt0wAJrhVACS4XwAjuGsA&#10;Irh4ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1/AIbtP8CG7T/Ahu0/wKfjwAAlJUAAIibAAB7&#10;oQAAbqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwAACS/BgAfwg0AHcIUABzCHgAbwyYAGsMvABnE&#10;OAAYxEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEAEcekABDHuQAPx9QAEMbuABDE+gAQw/8AEMP/&#10;ABDD/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABLuAAAQLsAADW+AAArwQAAI8UAABvJAQAUzAYA&#10;ENALAA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArSSQAJ01UACdNiAAjTcgAG1IQABdSYAATUqwAD&#10;1cAAAdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQAAHOrAABmsQAAWbgAAEy9AAA/wAAANMMAACrH&#10;AAAhygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEAA90YAAHeIAAA3igAAN8xAADgPAAA4UcAAOJU&#10;AADjYwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA5ucAAObnAADm5wCDpAAAdawAAGizAABauwAA&#10;TcEAAEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvdAAAF4QAAAOQAAADlBwAA5g0AAOcRAADoFgAA&#10;6R0AAOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2AADyigAA85wAAPOtAAD0uwAA9MgAAPTIAAD0&#10;yAB3rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAAHdYAABTcAAAO4AAACOMAAAHmAAAA6gAAAO4A&#10;AADuAAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA+CoAAPo1AAD9QwAA/lIAAP9jAAD/dgAA/4kA&#10;AP+aAAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8RIQD/DSQA/wkrAP8GNwD/A0QA/wBRAP8AXQD/&#10;AGgA/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCcAP8AoQD9AKYA+wCsAPkAswD3ALsA9QDFAPMA&#10;0QDyAOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A7QD/AO0A/wD/GSAA/xgdAP8VHQD/EB8A/w4p&#10;AP8MNAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/A4AA/wOHAP8DjQD9ApMA+wKZAPkCngD3AqQA&#10;9QKqAPMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC+wDnBP8A5gX/AOYG/wDmBv8A5gb/AOYG/wD/&#10;HBsA/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5JAP8MVQD/C2AA/wtqAP0LcwD7C3wA+QqDAPcK&#10;igD1CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA6AnAAOYJzQDkCeIA4grwAN8L+wDeDP8A3A3/&#10;ANwN/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/HBkA/xsiAP8YLAD/FTgA/xNEAP4SUAD5EVsA&#10;9RBmAPMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQmADmD54A5Q+lAOMPrADhD7QA4A++AN4PzADa&#10;EOEA1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/AcwT/wH/IhIA/yIPAP8hDwD/IhQA/yIcAP8g&#10;JwD/HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA4hZ6AOAWggDeFogA3BaPANsWlQDZFpsA1hai&#10;ANQWqQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHDGv8CwRv/AsAb/wLAG/8CwBv/AsAb/wL/Jg4A&#10;/yULAP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYgRADhH1AA3R9bANkeZQDVHm0A0h91ANAffQDO&#10;H4MAzB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3AcEgxAHAIdYBvCLqArki+AO2Iv8DtSP/A7Qj&#10;/wSzI/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA/y0QAPMrFwDoKCIA4CYvANkmPQDSJ0oAzSdV&#10;AMooXwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8J5ICuyeZArknoAK3J6kDtiizA7QovwOzKM8D&#10;sCnmBK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq/wb/LQUA/zAAAP8zAgD2NAYA7zIKAOguEADc&#10;LBgA0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBqArYvcQK1L3gCsy9/A7EvhgOwL40Dri6UBK0u&#10;nASrLqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8InjH/CJ0x/wicMf8InDH/CJwx/wj/MAAA/zUA&#10;AO84AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6OD8AtjhKAbM4VAGwN10CrTdkAqs2bAOpNnME&#10;qDZ5BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1tgibNcUJmTXdCZY27wqUNv0Kkzf/CpI3/wqS&#10;N/8Kkjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIBAMk+BgDEOw8Auz4dALU/LACxPzoArT9FAak/&#10;TwGmPlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IHmDuKCJY7kwmVOpwKkzqmC5E6sguQO8AMjjvV&#10;DIw87A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/NwAA6j8AANxFAADOSQAAxUkAAL9GAgC6QwwA&#10;s0QZAK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hDYgWWQmkGlEFwB5JBdgiQQH4JjkCGCo1AjguL&#10;QJgMiUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/D4BC/w6AQv8OgEL/DoBC/w76OwAA5UQAANNL&#10;AADHTgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEAnEs9AZhKRwKVSU8DkklXBJBIXgWOR2UGi0dr&#10;B4lGcgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8RbkRe0XLEXpF5hF5RvcReEb/EHhG/xB4Rv8P&#10;eEb/D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFSAACrTgUApE4RAJ5PIACZUC0AlVA5AZJPQwGO&#10;TkwDi01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+DHxJhw56SZEPeEmcEHZJqBJ0SbYSc0nIE3JK&#10;4xNxSvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA2UwAAMhTAAC9VwAAtFgAAKxXAAClUgEAnlMP&#10;AJhUHACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/UF4GfVBkCHtPawl5T3ILd057DXVOhA5zTY4Q&#10;cU2ZEW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO/xJrTv8Ra07/EWtO/xHoRgAA01AAAMRWAAC5&#10;WgAAsFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgyAIZYPQGCV0UCf1ZNA3xVVAV5VFsGd1RhCHVT&#10;aAlzU3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEUZlHDFWVS3hVlUvIUZVL/E2VS/xJlUv8SZVL/&#10;EmVS/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACaWQAAkloLAI1bFgCIXCMAhFwvAIBbOgF9W0MC&#10;eVpLA3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlWfg9nVokRZVWVEmNVoRRiVa8VYVXBFmBV2xZg&#10;VvEVYFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YAAL1dAACyYQAAqGMAAJ1hAACVXQAAjV4JAIde&#10;EwCDXyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRafA9iWocRYFmT&#10;El5ZoBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNcWf8SXFn/ElxZ/xLcUAAAx1kAALpgAACvZAAA&#10;pGUAAJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZjNAFzYj0Bb2JGAmxhTQRqYVQFZ2BaB2VgYQhj&#10;X2kKYV9xDF9eeg5dXoUQW16RElldnhRYXawVV129FlZd1RZWXe4VV138FFdd/xNXXf8SV13/Eldd&#10;/xLWUwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAAg2UCAH1mDwB4ZhoAdGcnAHFnMgBuZzsBa2ZD&#10;AmhmSwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5YY4MQVmKPElRinBNTYqoVUmK7FVFi0hVRYe0V&#10;UmH7FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNmAACpawAAnGsAAJBqAACFZwAAfWkAAHdqDQBz&#10;axcAb2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpXBlxqXQdaaWUJWGltC1Vodg1TaIEPUWeNEU9n&#10;mhJOZ6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8STmX/Ek5l/xLMWgAAvGMAALBqAAClbwAAmG4A&#10;AIxtAACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABkcTYBYXE+AV5xRgJccE0DWXBUBVdwWwZVb2II&#10;U29qClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0dszRNHbOoTSGv6Ekhr/xJIav8RSGr/EUhq/xHH&#10;XgAAuGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIAAGt0BwBmdREAY3YdAGB3KABedzMAW3g8AVl3&#10;QwJWd0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwMR3SIDkVzlg9Dc6UQQnO2EUFzyxFCcugRQnL4&#10;EUJx/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACbdgAAjnUAAIF2AAB1dgAAaXgAAGN6AgBefA4A&#10;XH0ZAFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+VgRKfl0FSH1lBkZ9bghDfHkKQXyGCz97lA0+&#10;e6MOPHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/Dj13/w68aAAAr3IAAKR5AACWegAAiHoAAHx6&#10;AABwfAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioAToc0AEyHPAFKh0QBSIdLAkaHUwJEhloDQoZi&#10;BECGbAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2g+QLNoL2CzaB/ww2gP8MNoD/DDaA/wy2bwAA&#10;qngAAJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWKAABOjAYASo4QAEiPGgBHjyUARZAvAESQOABC&#10;kEAAQJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+ABTOPjgYxj54HMI6vBy+OwwcvjuEHL4z0CC+L&#10;/wgviv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAAfYUAAHCHAABligAAWo4AAE+SAABGlQAAQZgM&#10;AD6YFAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1mlIBM5paATGaZAEvmm8CLZp7AiyaigMqmpoD&#10;KZqsBCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV/wWpfgAAnoUAAJKJAACEigAAdowAAGqPAABe&#10;kwAAVJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQhAC6kKgAtpDIALKU6ACulQwAqpUsAKaVUACil&#10;XgAmpWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcBHqTvAR6i+wIeof8CHqH/Ah6h/wKihgAAl4wA&#10;AIuPAAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4qAAAMKsAACiuBwAkrxAAI68XACGvIQAgsCkA&#10;H7AxAB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiyfgAWspAAFbKiABSytgATss4AE7HrABOv+QAT&#10;rv8BE67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8AAFujAABQqAAARawAADuwAAAxsgAAJ7UAACC4&#10;AAAYugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcAEL5BAA6+TAAOvlcADb5lAAy/dAALv4YACr6Z&#10;AAi+rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACTlAAAh5kAAHqfAABspQAAYKoAAFOvAABHswAA&#10;PLYAADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJDgAHyRQABskcAAXJJAAEyiwAA8o2AALKQAAA&#10;y0wAAMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvIAADM4gAAzO8AAMzxAADM8QCKmgAAfKEAAG+n&#10;AABirQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAAFcgAAA/LAAAKzgAABNICAADTCgAA0w8AANQU&#10;AADVGgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA3WoAAN19AADdkQAA3aQAAN62AADeyAAA3t4A&#10;AN7iAADe4gB/ogAAcakAAGSwAABWtwAASbwAADzAAAAvxAAAJMcAABvLAAATzwAADdIAAAfWAAAA&#10;2wAAAN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUeAADmJwAA6DEAAOo9AADsSwAA7FoAAO1sAADu&#10;gAAA7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAAZrIAAFi5AABLwAAAPcUAAC/JAAAkzQAAGdEA&#10;ABHWAAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA6gAAAOsGAADtCwAA7w8AAPATAADyGgAA9CMA&#10;APcuAAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+ogAA/q0AAP6vAAD+rwD/EB8A/w4dAP8KHQD/&#10;ASAA/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBuAP8AdwD/AH8A/gCGAPwAjAD7AJIA+QCXAPgA&#10;nAD3AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA7gDrAO0A9wDsAP8A6wD/AOoA/wDqAP8A6gD/&#10;AOoA/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/AD4A/wBKAP8AVgD/AGEA/wBrAP0AcwD6AHsA&#10;9wCDAPUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0AqwDsALIA6gC6AOgAxgDnANYA5QDoAOQA9QDj&#10;AP4A4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMUAP8PFAD/DRkA/wsiAP8ILQD/BDkA/wFGAP8A&#10;UQD+AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA6gCRAOgAlgDnAJwA5gChAOQAqADjAK8A4QC4&#10;AN8AwwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDUA/8A1AP/ANQD/wD/GBMA/xUQAP8SDwD/EhUA&#10;/xEdAP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0GagDpBXIA5gV6AOQFgQDiBYcA4AaNAN8GkgDd&#10;BpgA2waeANkGpQDXBq0A1Aa1ANIGwADQB88AzgjlAMwJ9ADKC/8AyAz/AMcM/wDHDP8Axgz/AMYM&#10;/wD/Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A8xA6AO0ORgDoDVIA5Q1cAOENZQDeDW0A2w11&#10;ANgNfADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDLDqsAyQ60AMgOwADGDs8AwxDmAMAR9QC9Ev8A&#10;vBL/ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8fCAD/Hw0A/x0SAPgaGwDuFiYA5hQzAOATPwDa&#10;E0sA1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWEAMQVigDDFZEAwRaYAMAWnwC+FqcAvBewALsX&#10;vAC5F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8BrRv/Aa0b/wH/IgQA/yIAAP8lAgD8JAcA9yEM&#10;AOwdEgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDAHmIAvh5qALwfcQC6H3gAuR9+ALcfhQC2H4wA&#10;tB+TALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci7wKlIv0CoyP/AqIj/wKiI/8CoSP/AqEj/wL/&#10;JQAA/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQkAMMlMgC+Jj8AuidKALcnVAC0J10AsidkALAn&#10;bACuJ3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54CoyioAqIoswKgKMECnyjVApwp7AOaKvoDmCr/&#10;BJcq/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADaNQAA0DMBAMwtBgDGKhAAvi0eALguLACzLzoA&#10;ry9FAKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAuegKeLoECnS6JApsukQOZLpoDmC6kBJYvrwSV&#10;L70Eky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/BYwx/wX/LQAA6jUAANw6AADOPQAAxjwAAMA3&#10;AgC7Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MBnTZaAZs2YQGZNmgClzVvApU1dQOUNXwDkjWE&#10;BJA1jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeFNvYHhDf/B4M3/weDN/8Hgjf/B4I3/wf0MgAA&#10;4zsAANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8IgCgPTAAnT07AJk9RQCWPU4BlDxWAZI8XQKQ&#10;PGMCjjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqcB4E6qAiAOrUJfjvGCX074Ql7PPMJezz/CXo8&#10;/wh6PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAAtkkAAK5GAACpQQQAo0ERAJ1CHgCYQysAlUM3&#10;AJFDQQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSBQHQFgEB7Bn4/hAd8P44Iej+ZCXg/pQp3QLIK&#10;dUDDC3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB/wnpPAAA1UUAAMVLAAC6TgAAsE4AAKdLAACi&#10;RgAAm0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdOAYJGVQKARlwDfkViBHxFaQR6RXAFeER4BnZE&#10;gQh0RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8Ma0X9C2tG/wtrRv8Ka0b/CmtG/wrlQAAAz0kA&#10;AMFPAAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCLTCQAh0wvAIRMOgCBTEMBfktLAXtLUgJ5SlgD&#10;d0pfBHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pInwxoSK0NZ0m9DWZJ1A5lSe0NZUr8DGVK/wtl&#10;Sv8LZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUAAJxSAACVTgAAjk4JAIlPFACFUCAAgVAsAH5Q&#10;NwB7UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoGa01yB2lNewhnTYUKZU2RC2RMnQxiTasNYU27&#10;DmBN0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvcRwAAx1AAALlWAACuWQAAolgAAJhWAACQUQAA&#10;iVIGAINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBTTAJtUlMCa1JZA2lSYARnUWcGZVFvB2NReAhi&#10;UYMKYFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6DVtR/wxbUf8MW1H/C1tR/wvWSgAAw1MAALZZ&#10;AACrXAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoAdlcmAHNYMQBwVzoAbVdCAWpXSQJoVlACZlZX&#10;A2RWXgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1YVKcOVlW4D1ZVzA9WVekOVlX5DVZV/w1XVP8M&#10;V1T/DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9cAACGWAAAf1kAAHlaDQB0WxcAcVsjAG5bLgBr&#10;WzcAaFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFprBlpZdAhYWX8KVlmLC1RZmA1TWKYOUlm2DlFZ&#10;yg9RWecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAAvFkAALBfAACjYQAAlmAAAItfAACBWwAAeV0A&#10;AHNeDABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFfX0wCXV9TA1tfWgRZXmEFV15pBlVecghTXn0J&#10;UV2JC1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c/wxNXP8MTlz/DE5c/wzJVAAAuVwAAK1jAACf&#10;YwAAkmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMdAGNkKABhZDIAXmQ7AFxkQwFaZEoCWGRRAlZk&#10;WANUZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIMSGKyDUdixw1HYuQNSGH2DEhh/wxIYP8LSWD/&#10;C0lg/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2ZAAAbmUAAGhmBQBjZxAAYGgaAF1pJQBbai8A&#10;WWo4AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtpbQZJaHgHR2iECUZokgpEZ6ELQ2exDEJnxQxC&#10;Z+IMQmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQAAKZqAACWaQAAiWkAAH1pAABxaQAAZ2oAAGJs&#10;AQBdbQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUBTnBMAUxwUwJKcFoDSHBiBEZvawVEb3UGQm+C&#10;B0Bujwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9a/8KPmv/Cj5r/wq6YAAArWkAAKBuAACRbQAA&#10;hG0AAHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2HQBOdycATHcxAEt4OQBJeEEASHhJAUZ4UAFE&#10;d1cCQndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3WtCDd1wAg2dd4IN3TyCDdz/gg3cv8IN3L/CDdy&#10;/wi1ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAAXHYAAFR5AABOewUASn0PAEh+GABGfyMARX8s&#10;AEOANQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4f28DNn98BDR/igQyf5oFMX6qBjB+vQYwftoG&#10;MH3wBjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1AACGdQAAeXYAAG53AABjeQAAV30AAE+BAABH&#10;hAAAQoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlAADeJSAA2iU8ANIlYATOJYQExiWwBL4l4Ai2J&#10;hwIsiZcDKoinAymIugMpiNQDKYbuAymF/AQphP8EKYT/BCmE/wSqdAAAnnsAAI56AACAegAAdHsA&#10;AGh+AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAzkhcAMpIhADGSKQAwkzIALpM6AC2TQQAsk0oA&#10;K5RSACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGTtwEgk88BIZLsASCQ+gIgj/8CII//AiCP/wKk&#10;fAAAl4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4AAEKSAAA6lgAAMpkAACqcCQAonREAJp0ZACWd&#10;IgAknioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AAHJ9tABuffAAan40AGJ+fABefsgAWn8kAFp7o&#10;ABac9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0hwAAZ4sAAFuPAABQkwAARpgAADycAAAzoAAA&#10;K6MAACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWqMQAUqjkAE6pDABOrTQASq1gAEatlABCrdAAO&#10;q4YADquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/AA2o/wCWigAAiYwAAHqNAABskQAAYJUAAFSa&#10;AABJnwAAP6MAADWnAAArqgAAI64AABuwAAAUswEAD7UKAA22EAAMthYAC7YfAAq2JwAJti8ACLY5&#10;AAe3QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAAtrQAALbLAAC25QAAtfEAALX3AAC19wCPkQAA&#10;gZQAAHKXAABlnAAAWKEAAEymAABBqwAAN68AACyyAAAjtQAAGrgAABO7AAAOvQAACcAFAAPBDQAA&#10;wREAAMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQAADEXgAAxW8AAMWBAADFlQAAxagAAMW8AADE&#10;0QAAxOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAAUK4AAESzAAA3tgAALLkAACK8AAAZvwAAEcIA&#10;AAzFAAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAAzh0AAM8kAADQLQAA0jgAANREAADUUgAA1WEA&#10;ANVzAADWhwAA1psAANatAADXvwAA2M4AANjdAADY3QB7oAAAbqYAAGCtAABTswAARbgAADi8AAAr&#10;vwAAIcIAABfGAAAQyQAACswAAALQAAAA1AAAANcAAADYAAAA2gUAANsLAADcDgAA3hMAAN8ZAADh&#10;IQAA4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwAAOqfAADqrgAA6roAAOrDAADqwwBwqAAAYq8A&#10;AFW2AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH1AAAANkAAADdAAAA4QAAAOMAAADkAAAA5gAA&#10;AOcBAADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2MwAA90MAAPhUAAD5ZgAA+XoAAPqOAAD6ngAA&#10;+6kAAPuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAlAP8AMgD/AD8A/wBLAP8AVwD/AGIA/wBrAP8A&#10;cwD9AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A9ACiAPMAqQDxALAA7wC4AO4AwwDsANEA6wDm&#10;AOkA8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/DhgA/woVAP8BFAD/ABgA/wAiAP8ALgD/ADsA&#10;/wBHAP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIAhADwAIkA7wCPAO4AlADsAJoA6wCfAOkApQDo&#10;AKwA5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/AN0A/wDdAP8A3AD/ANwA/wD/EBMA/w0RAP8G&#10;EAD/AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA8QBiAO4AawDsAHIA6gB5AOgAfwDnAIUA5QCL&#10;AOQAkADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDVAMgA0gDdANEA7QDQAPkAzwD/AM4A/wDNAP8A&#10;zQD/AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8CJAD/ADAA9gA8AO8ASQDqAFMA5wBdAOQAZgDh&#10;AG0A3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCYANAAngDOAKYAzACuAMoAuADIAMQAxgDXAMUA&#10;6gDDAPcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA/xAGAP8QCQD/EA4A/w4UAP8KHgD1BikA6wQ2&#10;AOMDQgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDMBXwAygWCAMkFiADHBY4AxgWUAMQFmwDCBaMA&#10;wAarAL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM/wC0DP8AtAz/ALQM/wD/FwQA/xQAAP8WAwD/&#10;FAkA/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxRAMkMWgDGDWIAxA1qAMINcQDADXcAvw19AL0O&#10;gwC8DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EAsRDUAK4R6wCrEvoAqRL/AKgT/wCnE/8ApxP/&#10;AKcT/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZDhcAzxEmAMgSNADEE0AAvxRLALwUVAC5FV0A&#10;txVkALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwWlACrF5wAqRemAKcYsACmGL0ApBjPAKIa5wCf&#10;GvcAnRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEAAOgkAADdJQAA1CEBAM8bCADKFxEAwhogALwc&#10;LQC3HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wAph9zAKUfeQCjH4AAoh+HAKAgjwCfIJgAnSCi&#10;AJsgrAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQI/8BkCP/AZAj/wH/IgAA6ykAAN0uAADPLwAA&#10;xy0AAMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUnSQCiJ1IAoCdaAJ4nYQCcJ2cAmydtAJkndACY&#10;J3sBlieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnGAosp3wKJKvIChyr/AoYq/wKGKv8Chir/AoYq&#10;/wL0KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkAqywUAKYtIgCiLi8Ani46AJsuRACYL00Ali9V&#10;AJQuXACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKILo8Chy6aAoUvpQODL7IDgi/CA4Ew2gN/MO8D&#10;fTH+A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9AAC+PgAAszwAAKw4AACnMwQAojIRAJ00HQCZ&#10;NSoAlTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVkAYU0awGENHICgjR5AoA0ggJ+NIsDfTSWA3s1&#10;oQR5Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8EdDf/BHQ3/wTnNQAA0j0AAMNCAAC4RAAArEIA&#10;AKQ+AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCHO0QAhDtMAII7UwGAOloBfjpgAX06ZwJ7Om4C&#10;eTp1Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47zwZtO+oGbTz6Bmw8/wVsPP8FbDz/BWw8/wXi&#10;OQAAzEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4LAI0/FQCJPyEAhUAtAIJANwB/QEAAfUBIAHtA&#10;TwF5QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QEbD+QBWs/nAZpP6kGaD+4B2dAzAdmQOgHZkD5&#10;BmVA/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACsTAAAoEoAAJdHAACRQwAAi0MIAIZDEgCCRB4A&#10;fkQpAHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5EYAJsQ2cCa0NvA2lDdwRnQ4EFZkONBmRDmQZi&#10;Q6cHYUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/BmBE/wbWQQAAw0kAALZOAACnTwAAm00AAJJL&#10;AACMRwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToAcElCAG5JSQFsSFABakhWAWhIXQJmSGQCZUhs&#10;A2NIdQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwlaSOQIWkn2CFpJ/wdaSP8GWkj/BlpI/wbRRQAA&#10;v0wAALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpLDgB2TBcAckwjAG9MLQBtTTYAakw/AGhMRgBm&#10;TE0BZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyIBllMlQdXTKMIVkyyCFVMxglVTOIJVUz1CFVM&#10;/wdVTP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAAk1MAAIlRAACBTQAAek4AAHVPDABwTxUAbVAg&#10;AGpQKgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1lQcARXUHoFVVCGBlRQkwdSUKEI&#10;UVCxCVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP/wbJSwAAuVMAAKtXAACcVgAAj1UAAIVUAAB8&#10;UAAAdVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5AF5UQQBcVEgBWlRPAVlUVgFXVF0CVlRlA1RU&#10;bgRSVHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8JTFTzCExT/wdMU/8HTVP/Bk1T/wbFTgAAtlYA&#10;AKdaAACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBmVxAAYlcaAGBYJABdWC4AW1k3AFlZPwBXWUYA&#10;VllNAVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpYjwZJWJ4HSFiuCEdYwAhHWN0IR1jyCEdX/wdI&#10;V/8HSFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sAAH1aAAByWAAAa1kAAGVaAwBgWw4AXVwXAFpc&#10;IQBYXSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkCTF5hAktdagNJXXQER12ABUVdjQZEXZwHQ12s&#10;B0JdvghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9VQAAr10AAJ9fAACQXgAAg14AAHhdAABtXAAA&#10;ZV0AAF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9jOQBOY0EATGNIAEtjTwFJY1YBR2NeAkVjZwJE&#10;Y3EDQmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHvBj1h/QY+YP8GPmD/Bj5g/wa5WQAAq2EAAJph&#10;AACLYQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkAUWcRAE5nGgBMaCQAS2ktAElpNgBIaT4ARmpF&#10;AEVqTABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5aZgFOGioBTdougU3adMFN2juBTdn/AU4Zv8F&#10;OGb/BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9lAABkZgAAWWgAAFJqAABNbAQASW4OAEduFgBF&#10;byAARHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZATpxYgE4cWwCNnB4AjVwhgMzcJUDMnCmBDFw&#10;uAQwcNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAAoWkAAI9oAACBaAAAdWkAAGtpAABgawAAVW4A&#10;AE1xAABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5eDUAOHk9ADd5RQA2eU0ANXlVADN5XgAxeWgB&#10;MHl0AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2+QMqdf8DKnT/Ayp0/wOqagAAmm0AAIlsAAB8&#10;bQAAcG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4FADZ/DgA0gBYAM4EgADKBKAAwgTAAL4I4AC6C&#10;QAAtgkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8BJIKgASOCsgEigskBIoHnASJ/9wEifv8CIn3/&#10;AiJ9/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABWeAAATHwAAEOAAAA7gwAAM4YAAC2JCgAqihEA&#10;KYsZACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGNVAAgjV4AH41rAB2NeQAcjYoAG42cABmNrgAY&#10;jMQAGIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYAAH12AABydwAAZXkAAFp8AABQgAAARoQAADyJ&#10;AAA0jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIAGpcqABmXMgAYmDoAF5hDABaYTQAVmFgAFJhk&#10;ABOYcwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQlfwAEJT/ABCU/wCVfQAAhXwAAHh8AABrfgAA&#10;X4EAAFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6dAAAXoAMAEqIMABCjEgAQoxkAD6MhAA6kKQAO&#10;pDEADaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOOAASjoQACo7QAA6LLAAOi5gADofMAA6H7AAOh&#10;+wCNgwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAAOJoAAC+eAAAmogAAHqUAABeoAAARqwAADK4H&#10;AAevDQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAAsEcAALBTAACwYQAAsHEAALCDAACvlwAAr6oA&#10;AK+/AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqOAABdkwAAUZgAAEWdAAA7ogAAMKYAACeqAAAe&#10;rgAAFrEAABC0AAALtgAABbkDAAC6CgAAug4AALoTAAC7GQAAuyEAALwoAAC8MQAAvTwAAL5IAAC+&#10;VgAAvmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4AAL3rAAC96wB/kgAAcJUAAGKaAABVnwAASaUA&#10;AD2rAAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAACwgAAAMQAAADFBAAAxgoAAMYOAADHEgAAyBgA&#10;AMkfAADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADPfgAAz5MAAM+mAADPuAAAz8gAAM/bAADP2wB3&#10;nAAAaKEAAFunAABOrgAAQbQAADS3AAAougAAHb0AABPAAAANxAAABscAAADKAAAAzgAAANAAAADR&#10;AAAA0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQAAOAvAADiPAAA40sAAORcAADkbwAA5YMAAOWY&#10;AADlqQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABEuQAANbwAACjAAAAcxAAAEsgAAAzLAAADzwAA&#10;ANMAAADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADkAwAA5ggAAOgNAADpEQAA7BgAAO4iAADxLgAA&#10;8zwAAPRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiwAAD4sAD/AxcA/wAVAP8AFQD/ABgA/wAjAP8A&#10;LwD/ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA+QB9APgAgwD2AIgA9QCOAPQAkwDyAJgA8QCe&#10;APAApADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDmAP0A5QD/AOQA/wDkAP8A5AD/AOQA/wD/BxMA&#10;/wARAP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4ATwD6AFoA9wBjAPQAawDyAHIA8AB5AO8AfwDt&#10;AIQA6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCvAOAAuQDeAMYA3ADaANoA7ADYAPkA1gD/ANYA&#10;/wDXAP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA/wAaAP8AJgD8ADIA9wA/APQASgDxAFUA7QBe&#10;AOoAZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDcAJAA2wCWANgAnADVAKMA0wCrANEAtQDOAMEA&#10;zADRAMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA/wD/DAwA/wYIAP8CCgD/AA8A/wAVAPwAIADx&#10;ACwA7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBvANQAdQDSAHsA0ACAAM4AhgDMAIwAywCSAMkA&#10;mADHAKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIAuwD9ALsA/wC6AP8AugD/ALoA/wD/DgUA/wkA&#10;AP8JBQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDWAEkA0QBTAM4AWwDLAGMAyABqAMYAcADFAHYA&#10;wwB7AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcArgC1ALkAswDIALEA3wCwAe8ArwH7AK4C/wCt&#10;A/8ArQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcKAOIBEQDbAh0A0gMrAMwDNwDIBEMAxARNAMEE&#10;VgC+BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMAsgaJALAGkQCvB5kArQehAKsHqwCpCLcAqAnG&#10;AKYK3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/EQAA/BIAAOwTAADiEwAA2w8DANYJCwDOCBQA&#10;xgoiAMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4OZQCtDmsAqw5xAKoOeACoDn4Apw+FAKUPjQCk&#10;D5YAohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/AJYU/wCVFP8AlRT/AJQU/wD/FQAA7RsAAOAf&#10;AADSHwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUArBVAAKkVSQCmFVIApBZZAKIWYAChFmYAnxZs&#10;AJ4WcgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCTGbIAkRnBAJAa2ACNG+4Aixz9AIoc/wCKHP8A&#10;iRz/AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYgAAC0GQsArhoVAKgcIwCkHS8AoR46AJ4eRACb&#10;HkwAmR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8AI4ghACMII0AiiCXAIkhogCHIa4AhiK9AIUi&#10;0QGCI+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA2y0AAMkxAAC8MQAAsS4AAKspAACnJAUAoyMR&#10;AJ4kHQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCLJ1wAiSdiAIgnaQCGJ28AhSd3AIMnfwCBJ4kB&#10;gCiTAX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr/wF2K/8BdSv/AXUq/wHlLAAA0DQAAME4AACz&#10;OAAAqDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0wAIotOgCHLUMAhS1KAIMtUQCBLlgAgC5eAH4u&#10;ZAB9LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gCcS+2AnAwyQJvMOUCbjH3Am0x/wJtMf8CbTH/&#10;Am0x/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACVMwAAkDEKAIwxFACHMiAAhDMrAIEzNQB/Mz4A&#10;fTNGAHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0dwFvNIEBbjSMAmw0mAJqNaUCaTWzA2g1xgNn&#10;NuIDZjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4AALVCAACmQQAAmz8AAJM8AACNOAAAiDYHAIQ3&#10;EQCANxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAAcDlXAG45XQBsOWQBazlrAWk5dAFoOX4CZjmJ&#10;AmQ5lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNfO/8DXzv/Al87/wLROwAAwEIAALBFAAChRAAA&#10;lUMAAI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9LQBwPTYAbj0/AGw9RgBrPU0AaT1TAGc9WgBm&#10;PWEBZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+vBFo/wQRaP90EWT/yBFk//wNZP/8DWT//A1k/&#10;/wPMPwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAAfD8AAHdADABzQBUAb0EgAGxBKgBqQTMAaEE7&#10;AGZCQwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJbQngCWkKEA1hCkANXQp4EVkOtBFVDvwRUQ9oE&#10;VEPxBFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdLAACYSgAAjUkAAINHAAB9QwAAdkMAAHFECgBt&#10;RBIAakUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVNAFtFVABaRlsBWUZjAVdGbAFWRnYCVEaBA1NG&#10;jgNSR5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8DT0f/A1BH/wPERQAAtU0AAKNNAACVTAAAiUsA&#10;AH9KAAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABfSS0AXUk1AFtJPQBZSUQAV0lKAFZJUQBVSlkB&#10;VEphAVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtLvARKS9MFSkvuBEtL/QRLSv8DS0r/A0tK/wPB&#10;SAAAslAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoAAGdLBABiTA4AX0wXAFxNIQBaTSoAWE0yAFZN&#10;OgBUTUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnICS059AklOiwNITpkER0+oBEZPugRGT9EERk/t&#10;BEZO/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACNUQAAgVEAAHdQAABuTAAAZ04AAGJPAABdUA0A&#10;WlAUAFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1STQBMU1UASlNdAUlTZQFIU28CRlN7AkVTiQND&#10;U5cDQlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/A0JR/wO6TwAAqlQAAJhUAACJVAAAfVMAAHNT&#10;AABpUQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQATlYtAExXNQBLVzwASldEAEhXSwBHWFIARlha&#10;AURYYwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8WM0EPFfqAzxX+gM9Vv8DPVb/Az1W/wO2UwAA&#10;pVcAAJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdYAABSWQcATloQAExaGABKWyEASFwqAEdcMgBF&#10;XDoARF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12AjpdhAI5XZMCOF2jAzddtQM2XcsDNlzoAzdc&#10;+QM3W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAAdVkAAGtZAABgWgAAVlsAAFFdAABMXgIASGAN&#10;AEVgFABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8Y00AO2NVADljXgA4Y2gBNmN0ATVjgQEzY5EC&#10;MmOhAjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg/wKuXAAAm10AAIpdAAB8XQAAcF0AAGZdAABc&#10;XgAAUmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2giADlpKwA4aTIAN2o6ADZqQQA1akkANGpSADNq&#10;WwAxamUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYBKmnlASpo9gIrZ/8CK2f/Aitn/wKpYQAAlWAA&#10;AIRgAAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABAawAAOm4FADZvDgA0cBUAM3AeADJxJgAwcS4A&#10;L3E1AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdyewAmcosAJHKcASNyrgEjcsMBI3HiASNw9AEj&#10;b/8BI27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUAAF5mAABUaQAASWwAAEJvAAA7cgAANHUAAC54&#10;CgAreREAKnkYACl6IQAneigAJnowACV7OAAke0AAI3tIACJ7UgAhe1wAIHtoAB98dgAdfIYAHHuY&#10;ABt7qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZaQAAiGkAAHlpAABtaQAAY2oAAFlsAABPbwAA&#10;RXMAAD13AAA1egAALn0AACeBAwAigw0AIIQSAB+EGgAdhCIAHIUqABuFMQAahTkAGYVCABiGTAAX&#10;hlYAFoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXWABGD7wARgvsAEoL/ABKB/wCRbgAAgW0AAHRu&#10;AABpbgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAAJ4cAACGKAAAajQYAFY8NABOQEwASkBoAEpAi&#10;ABGQKgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagALkXoACpGNAAiQnwAHkLMAB4/JAAeP5gAHjvQA&#10;CI38AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19AABDgQAAOYYAADCKAAAojgAAIZEAABqVAAAT&#10;lwAADpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwzAAOcPQACnUgAAJ1UAACdYgAAnHIAAJyEAACc&#10;lwAAm6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAAdnkAAGh6AABcfgAAUYIAAEaHAAA8jAAAMpEA&#10;ACmVAAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAApxAAAKcVAACoHAAAqCMAAKgrAACpNAAAqT8A&#10;AKlLAACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACoywAAp+QAAKfvAACn8wB9gAAAb4EAAGGEAABV&#10;iQAASY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkAAA2sAAAHrwAAALIAAACzBwAAswwAALMQAAC0&#10;FQAAtBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0AALhuAAC4ggAAuJcAALiqAAC3vgAAt9IAALfm&#10;AAC36gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAspwAAIqsAABmvAAARswAAC7YAAAS5AAAAvAAA&#10;AL4AAAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADEIAAAxSkAAMc0AADIQgAAyVEAAMliAADJdQAA&#10;yYoAAMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgAAFOeAABGpAAAOqsAAC+wAAAktQAAGbgAABC8&#10;AAAKvwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAAAM0DAADOCAAA0A0AANEQAADTFgAA1h4AANoo&#10;AADdNAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA4LIAAOC+AADgwwBmnwAAWaYAAEytAAA/tAAA&#10;MrgAACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADRAAAA1QAAANgAAADZAAAA2wAAAN0AAADfAAAA&#10;4QQAAOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFGAADyWAAA82sAAPOAAAD0lAAA9KMAAPSuAAD0&#10;sgD/ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFoA/gBjAPsAawD5AHIA9wB4&#10;APUAfgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDsAKYA6gCuAOgAuADmAMUA5QDbAOMA7QDiAPsA&#10;4gD/AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8ADQD/ABIA/wAbAP8AKAD/ADQA/gBBAPsATAD3&#10;AFYA9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCFAOYAigDlAI8A4wCVAOEAmwDgAKIA3gCqANsA&#10;tADZAMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A0AD/ANAA/wD/AA0A/wAJAP8ACgD/AA8A/wAW&#10;APsAIgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDiAGkA4ABvAN4AdQDcAHoA2gCAANgAhQDVAIsA&#10;0wCRANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA4gDEAPIAwwD+AMIA/wDBAP8AwgD/AMIA/wD/&#10;AwYA/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2AOMAQQDfAEsA2wBUANUAXADSAGMAzwBqAM0A&#10;cADLAHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoAvwCiAL0AqwC7ALYAuQDEALcA2gC2AO0AtAD6&#10;ALQA/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/AAYA7AANAOUAFgDeACIA1wAvANEAOwDNAEUA&#10;ygBOAMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoAewC5AIEAtwCHALUAjgCzAJUAsgCeALAApwCu&#10;ALIArAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/AKYA/wD/BgAA/wUAAPEDAADoAAAA4QAHANUA&#10;EADNABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgAtABfALIAZQCwAGoArwBwAK0AdgCsAHwAqgCC&#10;AKkAiQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCdAuYAnAT0AJsE/wCaBf8AmgX/AJkF/wD/CgAA&#10;8Q4AAOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcDLACzBDcAsAVCAK0GSgCqBlIAqAdZAKYHXwCl&#10;B2UAowdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmXAJgKoQCWCqwAlQu6AJMLzACSDOUAkA32AI8O&#10;/wCODv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAAvhUAALkQAAC3Cg0AsQsXAKwNJACoDjAApQ47&#10;AKIORACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACVEHIAkxB5AJIQgQCQEIoAjxGUAI0RnwCLEaoA&#10;ihK4AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV/wDtGgAA3CEAAMolAAC7IgAAsR8AAKsaAACp&#10;FAYApRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZOAJAWVQCOF1sAjBdhAIsXZwCJF20AiBd0AIYY&#10;fACFGIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIAeh31AHkd/wB4Hf8AeB3/AHgd/wDlIgAA0CkA&#10;AL8sAACwKgAApycAAKAjAACdHwAAmhoOAJUcGACRHSQAjh4vAIweOQCJHkEAhx9JAIUfUACDH1YA&#10;gh9cAIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHchlwB1IqQAdCKyAHMjwwByI98AcCTzAG8k/wBv&#10;JP8AbiT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4AAJcqAACTJwAAkCMKAIwjEwCIJB8AhCUqAIIl&#10;NACAJj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUAdCdsAHIndABxJ30AbyiIAG4olABsKKEAaymv&#10;AWopwAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHULwAAwjYAAK82AAChNQAAljQAAJAwAACKLQAA&#10;hyoGAIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMsRwBxLE0AcCxUAG4sWgBtLGEAay1oAGotcABo&#10;LXoAZy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDvAV8w/QFfMP8BXzD/AV8w/wHNNAAAvDsAAKk6&#10;AACbOgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYAdDAhAHExKwBvMTQAbTE8AGsxQwBqMUoAaDJQ&#10;AGcyVwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFdNJwBWzSqAVo1uwFaNdIBWTXtAVk1/AFYNf8B&#10;WDX/AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6AAB9NwAAeDQAAHQ0CwBwNRMAbTUdAGo1JwBo&#10;NjAAZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdiAFw3agBaOHQBWTh/AVc4jAFWOZkBVTmoAlQ5&#10;uQJTOs8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAAskEAAKBAAACSQAAAhj8AAH49AAB4OgAAczgA&#10;AG45CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABdO0MAWztKAFo7UABYO1cAVztfAFY8ZwBUPHEB&#10;Uzx8AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0++gJOPv8BTj3/AU49/wHAPwAArkMAAJxDAACO&#10;QwAAgkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4XAF4+IQBcPikAWj4xAFg+OQBXPkAAVT9GAFQ/&#10;TQBTP1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYBSkGlAklCtQJJQssCSULoAklC+QJJQf8CSUH/&#10;AUlB/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABvQAAAaEAAAGNBAQBfQQ0AXEEUAFlCHQBXQiYA&#10;VUIuAFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExEYwBKRG0BSUV4AUhFhQFHRZQBRUWjAkVGtAJE&#10;RskCREbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgAAJRIAACGSAAAe0cAAHJGAABqQgAAY0MAAF5E&#10;AABaRQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdIYQBGSWsAREl2&#10;AUNJgwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJASf8CQEj/AkBI/wG2SQAAokoAAJFKAACDSgAA&#10;d0oAAG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9KGABMSiEASkspAElLMQBHSzgARkw/AEVMRgBE&#10;TE4AQ01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2gATtOsQI6TsYCOk7kAjtN9gI7Tf8BO0z/ATxM&#10;/wGzTQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAAWUsAAFRMAABQTQUATE4OAElPFQBHTx4ARU8m&#10;AERQLgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8UmYAOlJyADlSfwE4Uo4BN1KeATZSrwE1UsQB&#10;NVLiATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlPAAB7TwAAcE8AAGZPAABcTgAAVE8AAE9RAABK&#10;UgEARlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6ADtWQQA6VkkAOVdRADhXWgA2V2MANVdvADRX&#10;fAEzV4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8BMVX/ATFV/wGoUgAAlVIAAIRSAAB3UgAAbFIA&#10;AGJSAABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7WhcAOVsgADhbJwA3XC8ANlw2ADVcPgA0XEYA&#10;M11OADFdVwAwXWEAL11sAC5degAsXYkAK12aASpdqwEqXb8BKV3eASpc8gEqW/4BK1v/ASta/wGj&#10;VQAAj1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkAAEVbAAA/XQAAOl8EADZgDQA0YRMAMmIcADFi&#10;IwAwYisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0AKGRpACdkdgAmZIYAJWSXACRkqQAjZL0AImTa&#10;ACNj8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABuWQAAY1kAAFpaAABQXAAASF4AAEFgAAA6YwAA&#10;NGYAAC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZrNQAlaz0AJGtGACNrTwAibFkAIGxlAB9scgAe&#10;bIIAHWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/ABxo/wCVXAAAg1wAAHVcAABpXQAAX10AAFZe&#10;AABMYQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0AIXISACBzGgAfcyEAHnMoAB10MAAcdDgAG3RA&#10;ABp0SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogASdLYAEXTPABJz7AAScvoAE3H/ABNx/wCOYAAA&#10;fWAAAG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADduAAAwcQAAKXUAACJ4AAAcewcAF30OABZ9EwAV&#10;fRsAFH4iABN+KgASfjEAEX46ABF+RAAQf04AD39aAA5/aAANf3gADH+KAAt+nQAKfrAACX3GAAp9&#10;5AAKfPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAAVmgAAExrAABCbwAAOXMAADF3AAAqegAAI34A&#10;AByBAAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAKiSsACYkzAAiJPQAGiUgABYlUAASJYQACiXEA&#10;AYmDAACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG+gB+agAAcWoAAGdrAABbbAAAUHAAAEZ0AAA8&#10;eAAAM30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIGAAaTDAACkxEAAJQWAACUHQAAlCQAAJUsAACV&#10;NQAAlUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEAAJS1AACTzAAAkuYAAJLyAACS9wB4cAAAbXAA&#10;AGByAABUdQAASXkAAD9+AAA1gwAALIgAACONAAAbkQAAFJQAAA+XAAAKmgAABJ0DAACeCQAAnw4A&#10;AJ8SAACgFwAAoB0AAKElAACiLQAAojcAAKNDAACjUAAAo18AAKNxAACjhAAAopkAAKKtAAChwgAA&#10;odwAAKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUAADiLAAAukAAAJJUAABuaAAAUngAADqEAAAmk&#10;AAACpwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYAAK4cAACvJAAAsC0AALE5AACxRgAAslUAALJm&#10;AACyeQAAso4AALGjAACytwAAscoAALHgAACx6QBsfgAAX4IAAFKHAABGjQAAO5MAADCZAAAmngAA&#10;HKMAABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4AAAAuQIAALkIAAC6DAAAuxAAALwUAAC9GwAA&#10;vyMAAMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSXAADEqwAAxLwAAMTLAADE2gBliQAAWI4AAEuV&#10;AAA/mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAAALwAAAC/AAAAwwAAAMQAAADFAAAAxgAAAMcA&#10;AADJBAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA1jwAANhNAADZXwAA2nMAANqKAADbngAA264A&#10;ANu6AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3AAAVuwAADb4AAATCAAAAxQAAAMkAAADNAAAA&#10;0AAAANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4FAADgCgAA4g8AAOUWAADoIAAA7C0AAO0+AADt&#10;UQAA7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA/wAOAP8ADgD/ABIA/wAdAP8AKQD/ADUA/wBB&#10;AP8ATQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDxAH8A8ACEAO4AiQDtAI8A6wCVAOoAmwDoAKIA&#10;5gCqAOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A/wDdAP8A3gD/AN4A/wD/AA0A/wAKAP8ACQD/&#10;AA8A/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABaAO0AYgDrAGkA6QBvAOcAdQDlAHoA4wB/AOIA&#10;hQDgAIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA0ADKAM4A4wDNAPQAywD/AMsA/wDLAP8AywD/&#10;AMsA/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDyACsA7wA3AOsAQgDnAEwA5ABVAOAAXQDdAGQA&#10;2gBqANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsAkgDJAJkAxwChAMUAqgDDALUAwQDDAL8A2gC+&#10;AO4AvQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAAAP8AAAD5AAcA8QAQAOoAGgDkACUA3wAxANsA&#10;PADXAEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAAwwB1AMEAegDAAIAAvgCGALwAjQC6AJQAuQCc&#10;ALcApQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCtAP8ArQD/AK0A/wD/AAAA/wAAAP0AAADuAAEA&#10;4wAMANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8AUgC8AFkAugBfALgAZQC2AGoAtABvALMAdQCx&#10;AHoAsACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4AKMAyACiAOIAoQDzAKAA/gCgAP8AoAD/AKAA&#10;/wD/AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgAvQAkALkALwC2ADoAtABDALEATACuAFMArABZ&#10;AKoAXwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCgAIoAngCTAJwAnQCaAKcAmAC0AJYAwwCVANwA&#10;lADvAJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwNAADLCgAAwgUAALwACgC2ABEAsQAcAK4AKACq&#10;ADMApwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBkAJoAagCYAHAAlwB2AJUAfgCTAIYAkgGPAJAB&#10;mQCOAqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8Ahgj/AIYI/wDvDwAA3hQAAMoVAAC8EgAAsxAA&#10;AK4MAACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCXCUcAlQlOAJMJVACRCloAkApfAI4KZQCNCmsA&#10;iwpyAIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIANwAB/DdgAfQ7vAHwP/QB7D/8AexD/AHsQ/wDm&#10;FwAA0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0PAJgOGQCUDiUAkQ8vAI8QOQCMEEEAihBIAIgQ&#10;TwCHEFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4AfBKIAHoSlAB4EqAAdxOuAHUTvgB0FNUAcxXu&#10;AHEW/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAAClIwAAnCEAAJYeAACSGQAAkRQLAI0UFACJFR8A&#10;hhYpAIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkYXAB3GGIAdhhpAHQYcQBzGXoAcRmEAG8akABu&#10;Gp0AbBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/AGce/wDRJgAAvSoAAKsqAACdKgAAkygAAI0l&#10;AACIIgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYAdh4+AHQeRQByH0sAcR9RAG8fWABuH14AbB9l&#10;AGsgbQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABhI80AYCTpAGAk+gBfJP8AXyT/AF8k/wDKLAAA&#10;ti8AAKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoiDQB2IxUAcyMgAHEkKQBvJDIAbSQ6AGslQQBq&#10;JUcAaCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9AF4nigBdKJcAWymlAFoptQBaKsoAWSrnAFgq&#10;+ABYKv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAAhjIAAH8vAAB5LQAAdSoAAHIoCgBvKBIAaykb&#10;AGkpJQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABeK1cAXCteAFssZgBZLG8AWC16AFcthwBWLpUA&#10;VC6jAFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv/wDBNgAAqjYAAJk2AACLNgAAgTUAAHkzAABz&#10;MQAAby8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8xAFwvOQBbL0AAWS9GAFgvTQBXMFMAVjBbAFQx&#10;YwBTMWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUBTDTjAUw09gBMNP8ATDT/AEwz/wC7OQAApjkA&#10;AJU5AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBhMg0AXjIUAFwzHgBaMyYAWDMuAFYzNQBVNDwA&#10;UzRDAFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3ggBKN5AASTifAEg4sAFHOMMBRzjhAUc49QFH&#10;OP8BRzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwAAHA6AABqNwAAZDYAAGA2AABcNgsAWTcSAFY3&#10;GgBUNyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4ASjlVAEk5XgBIOmgARzpzAEY7gABFO44ARDye&#10;AEM8rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGzPQAAnj4AAI0+AAB/PgAAdT4AAGw9AABmOgAA&#10;YDkAAFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7LwBJPDYARzw9AEc8RABGPUsART1TAEQ+XABD&#10;PmYAQj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDdAT1A8gE9QP8BPj//AT4//wGuQAAAmkAAAIlB&#10;AAB8QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUATj8OAEw/FQBJPx0AR0AlAEZALABEQDMAQ0A6&#10;AEJBQgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7Q4sAOkSbADlEqwE5RL4BOETbATlE8QE5Q/4B&#10;OUP/ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVDAABdQAAAVkAAAFFCAABNQgIASUMMAEZDEgBE&#10;RBoAQkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZPADpGVwA5R2EAOEdsADdHegA2SIkANUiZADRI&#10;qgA0SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAAkkUAAIJGAAB1RgAAakYAAGFFAABZRAAAUUQA&#10;AExGAABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6Si4AOUo2ADhKPQA3S0QANktMADVLVQA0TF8A&#10;M0xqADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M7wAvTP0AL0v/ADBL/wChRwAAjkgAAH5IAABx&#10;SAAAZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wGADtNDgA5ThUAN04dADZPJAA1TysAM08zADJQ&#10;OgAxUEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQAKlKVAClSpgApUrkAKFLSAClR7gApUPwAKlD/&#10;ACpP/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABRTAAASE0AAENPAAA9UAAAOVICADVTDAAzVBIA&#10;MVQZADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClWTwAoV1kAJ1dkACZXcgAlV4EAJFeSACNXpAAi&#10;V7cAIlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4AAHVOAABpTgAAX08AAFZPAABNUAAARVIAAD9T&#10;AAA5VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQAJlwrACVcMwAkXToAI11DACJdTAAhXVYAIF5h&#10;AB9ebgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAbXPkAHFv/ABxb/wCQUQAAflEAAHBRAABkUgAA&#10;W1IAAFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChgAwAkYgwAImMRACFjGAAfZCAAHmQnAB1kLgAc&#10;ZDYAG2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWLABRlngATZbEAEmXIABJk5wATY/cAFGL/ABRi&#10;/wCJVAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAAPVwAADZfAAAwYgAAKWQAACNnAAAdagcAGWwO&#10;ABhsEwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgARbkwAEG5YAA9uZQAObnUADW6HAA1umgAMba0A&#10;C23CAAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZAABcWgAAVFoAAEpcAABBXwAAOWMAADFmAAAq&#10;aQAAJGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncbAA13IwAMdyoAC3czAAp3PAAJd0cACHdSAAd3&#10;XwAFd28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsAAnT2AAJ0/AB7XQAAbV0AAGJeAABZXgAATmAA&#10;AEVjAAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAASfAAADX8GAAmBDAAFgREAA4EWAAKBHQABgSQA&#10;AIEtAACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACCjQAAgaAAAIC0AACAywAAf+cAAH7yAAB++QB0&#10;YgAAaGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQAACV4AAAefAAAF4AAABGDAAANhgAACIkEAAKL&#10;CgAAiw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkAAI5EAACOUQAAjmAAAI5xAACOhQAAjpkAAI2t&#10;AACMwwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABNbAAAQnEAADh2AAAvewAAJn8AAB6EAAAWiAAA&#10;EIwAAAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACYEwAAmRgAAJofAACbJgAAmzAAAJw7AACcSAAA&#10;nFcAAJxoAACcewAAnJAAAJulAACbugAAmtAAAJrnAACa8QBqbQAAXm8AAFFyAABGdwAAO3wAADGC&#10;AAAnhwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAAAKIAAACjAQAAowYAAKQLAAClDgAAphIAAKcX&#10;AACoHgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAArIUAAKybAACrrwAAq8MAAKvZAACq6ABkdQAA&#10;V3kAAEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCfAAAJowAAAacAAACqAAAArgAAALAAAACwAAAA&#10;sQAAALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsmAAC8MwAAvUEAAL1SAAC9ZAAAvnkAAL6QAAC9&#10;pAAAvbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAALJkAACGfAAAXpAAAEKkAAAmuAAAAsgAAALYA&#10;AAC5AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAAxAUAAMYKAADHDgAAyRMAAMscAADOJgAA0DUA&#10;ANFFAADSVwAA0msAANOCAADTlwAA06kAANK4AADSxABVjAAASZMAAD2aAAAwogAAJagAABquAAAR&#10;tAAACbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0AAADNAAAAzwAAANAAAADSAAAA1AAAANgAAADa&#10;BgAA3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0AAOpyAADriAAA65sAAOyoAADssgD/AA0A/wAL&#10;AP8ACwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7AFIA+ABaAPYAYgDzAGkA8QBvAPAAdQDuAHoA&#10;7AB/AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEArwDfALsA3QDLANsA5gDZAPcA2AD/ANgA/wDX&#10;AP8A1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAVAP4AIQD6ACwA9wA4APQAQwDwAE0A7QBVAOoA&#10;XQDnAGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA2QCLANUAkQDTAJkA0QCgAM8AqgDNALUAywDE&#10;AMkA3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/AAAA/wAAAP8AAAD/AAoA+AARAPEAHADsACcA&#10;6QAyAOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAAagDOAHAAzAB1AMoAegDJAH8AxwCFAMUAjADD&#10;AJQAwQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7ALYA/wC2AP8AtgD/ALYA/wD/AAAA/wAAAP0A&#10;AADzAAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEAygBKAMcAUgDEAFkAwgBfAMAAZQC+AGoAvABv&#10;ALsAdAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACuAKoArQC3AKsAyACpAOMAqAD1AKcA/wCnAP8A&#10;pwD/AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0AEQDHABwAwgAmAL8AMQC8ADsAugBEALcATAC0&#10;AFMAsgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6AKcAgQCmAIkApACRAKIAmwCgAKUAngCyAJ0A&#10;wQCbANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA8AAAAOEAAADRAAAAxgAEAL0ADQC3ABUAswAg&#10;ALAAKwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQChAF8AoABkAJ4AaQCdAG4AmwB1AJoAewCYAIMA&#10;lgCMAJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA+ACMAP8AjAD/AIwA/wDzAgAA4gcAAMwHAAC/&#10;BAAAtwAAALEACACrABAApwAZAKQAJACgAC4AngA3AJwAQACaAEcAmABOAJYAVACVAFkAkwBeAJIA&#10;ZACQAGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0AhQCpAIMAuACBAMoAgADlAIAA9QB/AP8AfwD/&#10;AH8A/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACgAgwAnAATAJgAHQCVACcAkgAxAJAAOQCOAUEA&#10;jAFIAIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIEDcgCABHoAfgSEAH0FjgB7BZoAeQanAHgGtQB2&#10;B8gAdQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcAALEXAAClFgAAnBMAAJYRAACUDQQAkwgNAI4H&#10;FQCLCSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08AfQxUAHsMWgB6DGAAeAxnAHcMbgB1DXYAdA2A&#10;AHINjABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBpEP8AaRD/AGkQ/wDQHQAAuR4AAKgeAACbHQAA&#10;khsAAIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQLQB5EDYAdxE9AHYRRAB0EUoAcxFQAHERVgBw&#10;EVwAbhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSjAGMVswBiFcYAYhbjAGEW9gBgF/8AYBf/AGAX&#10;/wDHIgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAAfBkAAHoVDQB3FRUAdBYfAHEWKABvFzAAbhc4&#10;AGwXPwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBiGW8AYBl5AF8ahQBdG5IAXBuhAFscsABaHMMA&#10;WR3gAFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJkoAACLKAAAgicAAHslAAB2IwAAcyAAAHEcCQBu&#10;HBEAaxwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5HAF8eTQBeHlQAXB9bAFsfYgBZIGsAWCB2AFYh&#10;ggBVIZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8AUST/AFEj/wC5KwAAoywAAJMsAACGLQAAfCwA&#10;AHQqAABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBfIycAXSMvAFwjNgBaIz0AWSRDAFckSgBWJFAA&#10;VSRXAFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEworABLKb4ASynaAEop8QBKKf8ASyn/AEsp/wCz&#10;LgAAni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoAAGMnAQBfJwwAXCcTAFonGwBYKCQAVigrAFUo&#10;MgBTKDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUASitwAEkrfABILIsARy2aAEYtqgBFLrwARS7W&#10;AEUu7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8MwAAcjMAAGsxAABlLwAAYC0AAF0sAABZLAkA&#10;ViwQAFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEotQwBJLUoASC5RAEcuWQBGL2MARTBtAEMwegBC&#10;MYkAQTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/AEAy/wCqMwAAljUAAIY1AAB5NgAAbjUAAGY1&#10;AABhMgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0ASjElAEgxLABHMTIARjE5AEQxQABDMkcAQjJP&#10;AEEzVwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7NrkAOjbRADo27QA7NvwAOzb/ADs2/wCmNgAA&#10;kjcAAII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0AABPNAMASzQMAEk0EgBGNRoARTUiAEM1KQBB&#10;NS8AQDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhpADk5dgA4OYUANzqVADc6pQA2OrgANTrPADY6&#10;7AA2OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAAaDsAAF86AABZOQAAUzYAAE43AABKOAAARjgK&#10;AEQ5EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc7UwA2PFwANTxnADQ9dAAzPYMA&#10;Mz6TADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9/wCeOwAAizwAAHs8AABuPQAAZD0AAFw9AABV&#10;PAAATjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4cADk+IwA3PioANj8xADU/OAA0P0AAM0BIADJA&#10;UAAxQFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUAK0LLACxC6QAsQvkALUH/AC1B/wCZPQAAhz4A&#10;AHc/AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABAQAAAPEEEADlCDQA3QhIANUMZADNDIQAyQygA&#10;MUQvADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpGbwApRn4AKEaPACdHoQAmR7MAJkfJACZG5wAn&#10;RvgAKEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIAAFVCAABOQgAARUIAAD9EAAA7RQAAN0YAADRH&#10;CgAxSBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoAKEpCACdKSwAmS1UAJUtgACRLbQAjS3wAIkuN&#10;ACFMnwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQQwAAfkQAAG9EAABkRQAAWkUAAFJFAABKRgAA&#10;QUcAADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdPGgAmTyEAJU8oACRPMAAjUDcAIlA/ACFQSAAg&#10;UFIAH1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHFABlR5AAaUPYAG0//ABxP/wCKRgAAeUcAAGtH&#10;AABgSAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAALlAAAChTAgAkVAsAIlUQACBVFgAfVh4AHlYk&#10;AB1WLAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAVWHUAFFiHABRYmgATV6wAElfCABJX4QATVvQA&#10;FFX/ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtMAABETQAAPE8AADVRAAAvVAAAKVYAACRZAAAe&#10;WwcAGl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143ABJeQAARX0oAEV9VABBfYgAPX3EADl+DAA1f&#10;lgANX6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAAbk4AAGJOAABYTwAAT08AAEhQAABAUgAAOFQA&#10;ADBXAAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQZhQAD2YbAA5nIgANZykADWcyAAxnOwALZ0UA&#10;CmdQAAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANlzwAEZekABGT1AARk/AB3UQAAaVIAAF1SAABU&#10;UgAATFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QAABlnAAATagAAD20GAAtwDAAIcP/i/+JJQ0Nf&#10;UFJPRklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJwNQAAcD8AAHBKAABwVwAAcGUAAHB2AABwigAA&#10;b54AAG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YAAFlWAABRVwAAR1gAAD5bAAA2XwAALmIAACZm&#10;AAAfagAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8AAHkTAAB5GQAAeR8AAHomAAB6LwAAejkAAHpE&#10;AAB6UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAAeN8AAHjvAAB39wBqWwAAX1sAAFZbAABMXAAA&#10;QmAAADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57AAAJfgAABIECAACCCAAAgw0AAIMQAACEFAAA&#10;hRkAAIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdoAACHewAAh5AAAIalAACFugAAhdMAAITqAACE&#10;9ABlYAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAAIXcAABl7AAASgAAADYMAAAiHAAACigAAAI0A&#10;AACOBAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAAlCkAAJUzAACVQAAAlk4AAJZfAACVcgAAlYgA&#10;AJWdAACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpqAAA/bgAANXQAACt5AAAhfwAAGYQAABGJAAAM&#10;jQAABpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0HAACeCwAAnw4AAKESAACiGAAAoyAAAKUpAACm&#10;NgAApkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0AAKTRAACk5ABbbAAAT3AAAEN1AAA4ewAALYEA&#10;ACOHAAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAApgAAAKgAAACpAAAAqgAAAKwAAACtBAAArgkA&#10;ALANAACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4XAAAuHEAALiIAAC4nQAAuLEAALfCAAC30ABU&#10;dgAASHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIAAAOnAAAAqwAAAK4AAACyAAAAtgAAALgAAAC4&#10;AAAAugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAAAMYWAADJIAAAyi4AAMs+AADMUAAAzGQAAM16&#10;AADNkQAAzaQAAM20AADNwABNgwAAQYoAADWRAAApmQAAHqAAABOmAAAMrAAAA7EAAAC2AAAAugAA&#10;AL4AAADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzgAAANAAAADSAQAA1QgAANkOAADdFQAA&#10;4SEAAOIxAADkQwAA5VYAAOZrAADmggAA55YAAOelAADmsAD/AAkA/wAFAP8ABgD/AA4A/wAWAP8A&#10;IQD/AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA7gBpAOwAbwDqAHQA6QB6AOcAfwDmAIUA5ACL&#10;AOMAkQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDTAPQA0gD/ANEA/wDRAP8AzwD/AMoA/wD/AAEA&#10;/wAAAP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAAPgDsAEgA6ABQAOUAWADiAF4A3wBkAN0AagDb&#10;AG8A2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACcAMkApQDHALAAxgC+AMQA1ADCAO4AwQD+AMAA&#10;/wDAAP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA8QAPAOsAGADmACMA4gAuAOAAOADbAEIA1QBL&#10;ANEAUgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADCAHoAwQCAAL8AhgC9AI4AuwCWALkAoAC3AKoA&#10;tgC3ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA/wD/AAAA/wAAAPcAAADqAAIA4QAMANcAEwDQ&#10;AB0AzAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZALgAXwC3AGQAtQBpALQAbgCyAHQAsQB6AK8A&#10;gACtAIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwAoQDyAKEA/wCgAP8AoAD/AKEA/wD/AAAA9wAA&#10;AOgAAADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0ADYAsgA/AK8ARwCsAE0AqwBUAKkAWQCnAF4A&#10;pgBjAKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsAlQCZAJ8AmACsAJYAugCUAM8AkwDrAJIA+wCS&#10;AP8AkgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwACALMADACtABIAqgAcAKcAJgCkADAAowA4AKAA&#10;QACeAEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgAkwBuAJIAdACQAHwAjwCFAI0AjwCLAJoAigCn&#10;AIgAtQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDsAAAA0wAAAMEBAAC0AAAArAAAAKYABwCgAA4A&#10;nQAWAJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0ATQCMAFMAiwBYAIkAXQCIAGMAhwBpAIUAbwCD&#10;AHcAggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDdAHgA8QB3AP0AeAD/AHgA/wDeCgAAxAsAALIM&#10;AACmCwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMAiQAsAIcANACFADsAgwBCAIIASACAAE4AfwBT&#10;AH0AWAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBzAJIAcQCfAHAArQBuAL4AbQHWAG0C7QBsA/oA&#10;bAP/AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsOAACJCwMAhwUMAIQBEwCBARwAfgIlAHwDLgB6&#10;AzYAeAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZfAG4GZgBtBm4Aawd4AGoHgwBoCJAAZwmdAGUJ&#10;rABkCbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAArRcAAJ0YAACQGAAAhxYAAIEUAAB9EQAAfA4G&#10;AHwKDgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBsDEQAaw1KAGkNTwBoDVUAZw1cAGUNYwBjDmsA&#10;Yg51AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR8ABZEf0AWRH/AFkR/wC5GwAApR0AAJQeAACI&#10;HgAAfh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZAGkQIgBnESoAZhEyAGQROQBjET8AYhFFAGAS&#10;SwBfElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsAVBWZAFMVqQBSFroAURbSAFEX7QBRF/0AURf/&#10;AFEX/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABsHgAAaRsAAGcYBABmFQ4AYxYVAGEWHgBfFiYA&#10;XRYtAFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMYXABSGWQAURluAE8aegBOG4gATRuXAEscpgBK&#10;HLgASh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUAAIgmAAB7JwAAcSYAAGolAABmIwAAYiEAAGAe&#10;AABeHAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcAUR09AFAdQwBPHUoATR5RAEweWABLH2EASR9r&#10;AEggdwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBDI/oAQyP/AEMi/wCmJwAAkykAAIMqAAB2KgAA&#10;bSoAAGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIhFgBQIR4ATiElAE0iLABMIjMASiI5AEkiQABI&#10;IkYARyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaSAD4nowA+J7QAPSfKAD0o6AA9KPkAPSf/AD4n&#10;/wCiKgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAAWCgAAFQmAABRJgQATiUNAEwlEwBKJhoASCYi&#10;AEcmKQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+KVwAPSlmADwqcgA7KoEAOiuQADkroQA4LLIA&#10;NyzIADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsvAABvMAAAZTAAAF0vAABYLgAAUysAAFAqAABM&#10;KgAASSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPiszAD0rOQA8K0AAOyxIADosUAA5LVkAOC5kADcu&#10;cAA2L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcAMzD/ADQv/wCZLwAAhzEAAHcyAABrMgAAYjIA&#10;AFoyAABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/LhQAPS4cADsuIgA5LykAOC8vADcvNgA2MD4A&#10;NTBGADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80ngAuNLAALTTFAC004wAuNPYALzP/AC8z/wCV&#10;MQAAgzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIAAEYxAABCMgAAPzIFADwyDQA5MxIAODMZADYz&#10;IAA0MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUALjZgAC03bAAsN3sAKzeLACo4nAApOK4AKDjD&#10;ACg44gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABlNwAAWzcAAFQ3AABNNgAARzYAAEI1AAA9NgAA&#10;OjYCADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05MgAsOTkAKzlBACo6SQAqOlMAKTteACg7agAn&#10;O3kAJjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/ACU7/wCNNgAAfDgAAG05AABiOQAAWDoAAFE5&#10;AABKOQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4ALT0UACw9GgAqPSEAKT0oACg+LwAnPjYAJj4+&#10;ACU/RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAfQasAHkHAAB5B3gAfQPMAH0D+ACA//wCJOQAA&#10;eDoAAGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9AAA0PgAAMEAAAC1BBQAqQgwAJ0IRACZDGAAk&#10;Qx4AI0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZABxFZQAbRXQAGkWFABlGlwAZRqkAGEa+ABdF&#10;3AAYRfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAAUj8AAEo/AABEPwAAPUAAADZBAAAxQwAALEQA&#10;ACdGAQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAbSjAAGko4ABlKQQAYSksAF0tVABZLYgAVS3EA&#10;FEuCABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ/wB/PwAAb0AAAGFBAABXQgAATkIAAEdCAABB&#10;QgAAOkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08NABhQEQAXUBcAFlAeABVQJQAUUCwAE1E0ABJR&#10;PQARUUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQADFG4AAxR0QANUOwADVD6AA5P/wB5QwAAakQA&#10;AF1EAABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAApTAAAJE8AAB9RAAAaUwAAFFYJABFXDgAQWBMA&#10;EFgZAA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApYWgAIWGgAB1h5AAZYjAAFWJ8ABFizAARXygAF&#10;V+YABVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgAAEFJAAA6SgAAMk0AACtQAAAlUgAAIFUAABpY&#10;AAAVWgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMABWArAARgNAADYD0AAWBJAABgVQAAYGMAAGBz&#10;AABghgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABsSgAAX0sAAFVLAABMTAAARUwAAD1OAAA1UAAA&#10;LlMAACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhnCwADZw4AAGgTAABoGAAAaB8AAGkmAABpLgAA&#10;aTgAAGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGipAABovwAAZ9wAAGbuAABm9wBmTwAAWk8AAFFP&#10;AABKTwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAAFGUAABBoAAAMawAAB24DAAFwCQAAcA0AAHEQ&#10;AABxFAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAAc1YAAHNmAABzeQAAc44AAHOjAAByuQAAcdIA&#10;AHHrAABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJcAAAqYAAAImQAABtoAAAUbAAAD28AAAtyAAAG&#10;dgAAAHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4bAAB/IgAAgCoAAIA1AACAQQAAgE8AAIBfAACA&#10;cQAAgIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAAVFgAAElaAAA/XQAANWEAACxlAAAjagAAG28A&#10;ABRzAAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAAhgYAAIgKAACJDQAAihAAAIsVAACMGwAAjiIA&#10;AI8sAACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACOqwAAjcEAAI3cAACM6wBZXQAATl8AAENiAAA4&#10;ZgAALmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkAAACNAAAAkAAAAJIAAACTAAAAlAAAAJYDAACX&#10;CAAAmAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwAAKBMAACgXgAAoHQAAJ+MAACfogAAn7cAAJ7L&#10;AACe4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAUhQAADYsAAAaQAAAAlAAAAJgAAACcAAAAnwAA&#10;AKEAAACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACsDQAArRIAALAZAACyIwAAsjEAALJCAACyVAAA&#10;smkAALKAAACymAAAsawAALK/AACxzgBMbgAAQHMAADV6AAAqgQAAH4gAABWOAAAOlQAABpoAAACf&#10;AAAApAAAAKgAAACsAAAArwAAALEAAACxAAAAswAAALUAAAC2AAAAuAAAALoAAAC8BgAAvgwAAMAR&#10;AADDGQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAAyJ8AAMivAADIvABGegAAOYEAAC6JAAAikAAA&#10;F5gAAA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8AAAAvwAAAMEAAADCAAAAxAAAAMUAAADHAAAA&#10;yQAAAMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0qAADePAAA31AAAOBlAADhewAA4ZEAAOKiAADi&#10;rQD/AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA/gAzAPsAPgD3AEgA8wBQAPAAVwDtAF4A6wBk&#10;AOgAaQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADcAJMA2QCcANYApgDTALEA0QDAAM8A2gDOAPEA&#10;zAD/AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8AAAD/AAgA+wAQAPYAGQDyACQA7wAuAO0AOQDo&#10;AEIA4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBuAM8AdADOAHkAzAB/AMoAhgDIAI4AxgCWAMQA&#10;oADCAKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8AugD/ALYA/wD/AAAA/wAAAP4AAAD0AAQA6wAN&#10;AOQAFADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDHAFMAxQBZAMMAXwDBAGQAvwBpAL0AbgC7AHMA&#10;ugB5ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0AxACsAOEAqwD2AKoA/wCqAP8AqgD/AKoA/wD/&#10;AAAA/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAjAMEALQC/ADcAuwA/ALcARwC1AE4AsgBTALAA&#10;WQCvAF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEApACKAKMAlAChAJ8AnwCsAJ4AuwCcANIAmwDu&#10;AJoA/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADLAAAAwQAFALkADQC0ABQAsQAeAK4AJwCrADAA&#10;qgA5AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0AYgCbAGcAmgBtAJgAcwCXAHsAlQCEAJQAjgCS&#10;AJkAkACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/AIsA/wDwAAAA2wAAAMcAAAC6AAAAsAAAAKgA&#10;CgCkABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEAlABIAJIATQCRAFIAjwBXAI4AXACMAGEAiwBn&#10;AIoAbgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/AMAAfgDdAH0A8gB9AP8AfQD/AH0A/wDgAAAA&#10;xgAAALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAAHACNACQAiwAtAIoANACIADsAhgBCAIUARwCD&#10;AE0AggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5AHgAgwB2AI8AdQCcAHQAqgByALoAcQDRAHAA&#10;7ABwAPsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAAkwQAAI4AAACKAAgAhgAPAIQAFgCBAB4AfwAn&#10;AH0ALgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBzAFcAcgBdAHEAYwBvAGsAbgB0AGwAfgBrAIoA&#10;aQCYAGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA/wDADAAAqw0AAJsOAACPDgAAhg0AAIELAAB+&#10;BwEAfAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2AG4APABsAEIAawBHAGoATQBpAFIAaABYAGYA&#10;XwBlAGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MAXAPHAFsE5ABbBfQAWwb+AFsG/wC1EAAAoRIA&#10;AJETAACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBuBBIAbAQbAGkFIwBnBSoAZgYxAGQGNwBjBj0A&#10;YgdDAGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgKeABXCoUAVguTAFQLogBTC7MAUgzHAFIM5ABR&#10;DfUAUQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgAAG0XAABqFAAAZxEAAGcOBwBmDA4AYwwVAGEM&#10;HQBfDCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsAVg5RAFUOWQBTDmEAUg5rAFAPdgBOEIMATRCS&#10;AEwQogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wClGQAAkhwAAIMdAAB2HgAAbR0AAGYcAABiGgAA&#10;XxcAAF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQRLgBTETQAURE7AFASQQBPEkcAThJOAEwSVQBL&#10;E14ASRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbFAEIX4wBCF/YAQhf/AEIX/wCfHQAAjCAAAH0h&#10;AABxIgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYAVBUOAFEVFABPFhwAThYjAEwWKgBLFjAAShY3&#10;AEkXPQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/Gn0APhuNAD0bnQA8HK4AOxzDADsc4QA7HfUA&#10;Oxz/ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwkAABXIwAAUyAAAFEeAABPHAIATRsMAEsaEQBI&#10;GxgARxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1HAD4dTwA9HlgAPB5iADofbQA5H3sAOCCLADch&#10;mwA2Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAAgyYAAHQnAABoKAAAXygAAFgnAABTJgAATyQA&#10;AEwiAABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+ICkAPCAvADshNgA6IT0AOSFEADgiTAA3IlUA&#10;NiNfADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m3AAwJvIAMCb/ADEl/wCRJgAAfygAAHEqAABl&#10;KgAAXCoAAFUqAABPKQAASygAAEglAABEJAAAQSQFAD8kDQA9JBIAOyQZADkkHwA3JCYANiQsADUl&#10;MwA0JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcALSmHACwpmAArKqoAKiq9ACoq2gArKvEAKyr+&#10;ACwp/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABMLAAARysAAEMoAAA/KAAAPCgCADkoCwA3KBAA&#10;NSgWADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rRwAsK1EAKyxbACosZwApLXUAKC2FACctlwAm&#10;LqgAJS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0AAGouAABfLwAAVi8AAE4vAABILgAAQy0AAD8s&#10;AAA7LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAAKy0nACouLQAqLjUAKS89ACgvRQAnME4AJjBZ&#10;ACUxZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAhMu8AIjH8ACIx/wCGLQAAdS8AAGcwAABcMQAA&#10;UzEAAEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAxBgAtMQ0AKzERACkyFwAoMh4AJzIkACUzKwAl&#10;MzIAJDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaBAB02kwAcNqUAGza5ABs20gAcNu0AHTb7AB01&#10;/wCCMAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAAPTMAADczAAAxNAAALjUAACs1AgAoNgsAJTcQ&#10;ACQ3FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAcOUkAGzpUABo6YAAZOm4AGDp/ABc7kQAXO6QA&#10;Fju3ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1AABVNgAATTYAAEY2AABANgAAOjYAADQ2AAAu&#10;OAAAKjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0fABs+JQAaPi0AGT40ABc+PQAWP0cAFT9RABQ/&#10;XgAUP2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sAEj/5ABI+/wB5NQAAaTcAAFw4AABSOQAASjkA&#10;AEM5AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAeQQQAGkILABhDEAAXQxUAFUQbABREIgATRCkA&#10;E0QxABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1FjAANRZ8ADEWyAAtFyQAMReUADUT2AA1E/wB0&#10;OQAAZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwAAC4+AAAoQAAAI0IAAB9EAAAaRgAAFUgIABJK&#10;DQARShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AAC0tKAApLVgAJS2QACEt0AAdLhwAFS5oABEuu&#10;AARKxAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABLPgAARD4AAD0+AAA3PwAAMUAAACpCAAAkRQAA&#10;H0cAABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlRGwAIUSIAB1EpAAVRMgAEUjsAA1JGAAFSUgAA&#10;Ul8AAFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDuAABQ9wBoQAAAW0EAAFBBAABIQQAAQUEAADtC&#10;AAA0QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAADlUEAApYCgAGWA4AAlgSAABZFwAAWR0AAFkl&#10;AABZLQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAAWZAAAFmlAABYugAAWNUAAFfsAABX9gBjRAAA&#10;VkUAAE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJPAAAbUgAAFlUAABFYAAANWgAACV0DAARfCQAA&#10;YA0AAGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7AABiRwAAYlUAAGNkAABidgAAYosAAGKgAABh&#10;tgAAYc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAAOkoAADJNAAAqUAAAI1MAABxXAAAWWgAAEV0A&#10;AA1gAAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAAaxUAAGwbAABtIgAAbSoAAG00AABtQAAAbU4A&#10;AG1dAABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq8wBYTQAATk0AAEhMAAA+TgAANVEAACxUAAAk&#10;WAAAHVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAAAAByAwAAcgcAAHMLAAB1DgAAdhEAAHcWAAB4&#10;HAAAeSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwAAHmUAAB4qgAAeMEAAHffAAB37wBUUQAATFEA&#10;AEJSAAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAALbwAABXMAAAB3AAAAegAAAHwAAAB+AAAAfwIA&#10;AIAGAACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACKMAAAij4AAIlNAACJXwAAiXMAAIiLAACIogAA&#10;h7kAAIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQAAB9pAAAWbwAAEHQAAAp5AAACfQAAAIEAAACF&#10;AAAAiAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggAAJMMAACVEAAAlxUAAJkdAACbJwAAmzQAAJtE&#10;AACaVgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBLXAAAQGAAADVlAAAragAAIXEAABd3AAAQfQAA&#10;CYMAAAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACbAAAAnQAAAJ8AAACgAAAAogAAAKQFAACmCgAA&#10;qA4AAKoUAACtHQAArSoAAK05AACtSwAArV8AAK13AACskAAAq6cAAKu6AACrywBFZgAAOWsAAC5x&#10;AAAjeAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAAAKEAAAClAAAAqAAAAKsAAACrAAAArgAAAK8A&#10;AACxAAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAAwh8AAMIuAADCQAAAwlQAAMFrAADBgwAAwJsA&#10;AMGtAADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqXAAAAnQAAAKMAAACoAAAArQAAALIAAAC2AAAA&#10;uQAAALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYAAADIAAAAywAAAM4FAADRDQAA1hQAANcjAADY&#10;NQAA2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA/wAAAP8AAAD/AAkA/wAQAP8AGQD+ACQA/AAv&#10;APkAOQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADiAGkA4ABuAN4AcwDcAHkA2gB/ANcAhgDUAI4A&#10;0QCWAM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA/wDFAP8AvwD/ALoA/wD/AAAA/wAAAP8AAAD+&#10;AAUA9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBFANkATQDUAFMA0QBZAM4AXgDMAGMAygBoAMkA&#10;bQDHAHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYAuQC0ALcAyAC2AOYAtQD7ALQA/wC0AP8AswD/&#10;AK4A/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDXABoA0gAkAM8ALgDLADcAxwBAAMMARwDAAE4A&#10;vgBTALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEAeQCvAIEArQCKAKsAlACpAKAAqACtAKYAvgCl&#10;ANsApAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAAAOYAAADXAAAAywAGAMQADgC+ABUAuwAfALkA&#10;KAC3ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgApgBcAKQAYQCjAGcAoQBsAKAAcwCeAHoAnQCD&#10;AJsAjgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCTAP8AkwD/AJMA/wD3AAAA5AAAANAAAADBAAAA&#10;twACAK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8AOwCcAEIAmwBIAJkATQCXAFIAlgBXAJUAWwCT&#10;AGEAkgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACgAIcArwCFAMIAhQDiAIQA9wCEAP8AhAD/AIQA&#10;/wDlAAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4AlgAUAJQAHQCSACUAkQAtAJAANQCNADwAjABC&#10;AIoARwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCAAG4AfgB3AH0AgQB7AI0AegCaAHgAqQB3ALoA&#10;dgDTAHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsAAACfAAAAlwAAAJAAAgCLAAsAiAAQAIYAFwCE&#10;ACAAggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBLAHgAUAB3AFUAdgBbAHQAYQBzAGkAcQBxAHAA&#10;ewBuAIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkAaQD/AGkA/wDAAAAArAAAAJwCAACQAgAAiAAA&#10;AIMAAAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBzADAAcQA2AHAAPABvAEEAbQBGAGwASwBrAFAA&#10;agBWAGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAAnwBfAK8AXgDDAF4A4QBeAPQAXQD/AF0A/wC0&#10;BwAAoAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJAG8ADwBtABUAawAcAGkAIwBoACoAZwAxAGUA&#10;NgBkADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8AWwBoAFoAcgBYAH4AVwCMAFYAmwBVAKsAVAC+&#10;AFQA2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6EAAAchAAAGwOAABpDAAAZwkDAGYECwBkABAA&#10;YgAXAGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgAQgBXAUcAVgFOAFUCVABTAlwAUgNlAFEDbwBP&#10;BHsATgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5AEoH/wChEAAAjhIAAH4UAABzFAAAahQAAGQT&#10;AABgEQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAAVQcnAFMHLQBSCDMAUQg4AFAIPgBPCUQATglK&#10;AEwJUQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABDDKkAQg28AEIN1QBCDe4AQg37AEIN/wCaFAAA&#10;hxYAAHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQRAABUDggAUw0OAFENFABPDRsATQ0iAEwNKABL&#10;DS4ASg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9hAEEQbAA/EHkAPhCIAD0RmAA7EakAOxG8ADoR&#10;1gA6EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAAXh0AAFgcAABTGwAAUBgAAE4WAABMEwMATBEL&#10;AEoQEABIERcARhEeAEURJABEESoAQhEwAEERNwBAEj0APxJEAD0STAA8E1QAOxNeADkUaQA4FHYA&#10;NxWFADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW/wCOGwAAfB0AAG4fAABjIAAAWiAAAFMgAABO&#10;HgAASh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUaAD4VIAA9FScAOxUtADoWMwA5FjoAOBZBADcX&#10;SQA1F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UALRu4AC0b0AAtG+wALhv7AC4b/wCKHgAAeCAA&#10;AGoiAABfIwAAViMAAE8iAABKIQAARiAAAEMeAABBGwAAPxoDAD0aDAA7GREAORkWADcaHQA2GiMA&#10;NRopADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0dZAAsHnEAKx+BACofkgApH6QAKCC3ACcgzgAn&#10;IOsAKCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUAAEwlAABHJAAAQiMAAD8hAAA9HwAAOh4AADce&#10;CQA1Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMALCA7ACsgQwAqIUwAKSFWACgiYgAmIm8AJSN/&#10;ACQjkAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCCIwAAcSUAAGMmAABZJwAAUCgAAEknAABDJwAA&#10;PyYAADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwiFwAqIh0AKSIjACgjKgAnIzEAJiQ4ACUlQQAk&#10;JUoAIyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0AB0oygAdKOgAHij4AB8n/wB+JQAAbicAAGAp&#10;AABWKQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAAMCYAAC0mAwArJwsAKCcQACcnFAAlJxoAJCch&#10;ACMoJwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAcK2sAGyt7ABosjQAZLJ8AGCyyABgsyQAYLOcA&#10;GSv3ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMsAAA+KwAAOSsAADQqAAAwKgAAKyoAACkrAAAm&#10;KwgAIywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0zABsuPAAaLkUAGS9QABgvXAAXL2kAFjB5ABUw&#10;iwAUMJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAAZywAAFotAABQLgAASC4AAEEuAAA7LgAANi0A&#10;ADEtAAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAbMhUAGjIcABkyIgAYMikAFzMxABYzOQAVM0MA&#10;FDRNABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41xgAPNOQAEDT1ABA0/wByLAAAYy4AAFcwAABN&#10;MAAARTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIAACEzAAAdNQIAGjYJABc3DgAVNxMAFDgZABM4&#10;HwASOCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQADTp0AAw6hgAMOpkACzmsAAo5wQAKOd4ACznx&#10;AAw4/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2MwAAMTIAACwzAAAnNAAAITYAAB04AAAZOQAA&#10;FTsGABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+MwAMPjwACz9HAAo/UgAIP2AABz9vAAY/gQAF&#10;P5QABD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQAAFA1AABHNQAAPzUAADk1AAA0NQAALjUAACk3&#10;AAAjOAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4ACkQTAAlEGQAIRCAAB0QnAAZELwAFRDgAA0VC&#10;AAJFTgAARVsAAEVqAABFfAAARZAAAESkAABEuQAARNEAAETqAABD9QBkNgAAVzcAAEw4AABDOAAA&#10;PDgAADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZCAAASRAAADkcEAAtJCQAHSg0ABEsRAAFLFgAA&#10;SxwAAEsjAABLKwAASzQAAEs+AABMSQAATFcAAExmAABMdwAAS4wAAEuhAABLtQAASs4AAErpAABK&#10;9QBfOgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAAJz4AACJBAAAcQwAAFkYAABJJAAAOSwAAC04D&#10;AAdQCAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAAUy8AAFM5AABTRQAAU1IAAFNhAABTcgAAU4cA&#10;AFKcAABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+AAA+PgAAOD4AADBAAAApQgAAI0QAAB1HAAAX&#10;SgAAEk0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkOAABaEQAAWhUAAFsaAABcIQAAXCoAAFw0AABc&#10;PwAAXE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUAAFrkAABZ8wBUQgAASkIAAEJCAAA8QgAANEMA&#10;ACxGAAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAFWwAAAF4AAABgBAAAYQgAAGIMAABjDgAAZBEA&#10;AGUWAABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABnZgAAZ3oAAGaRAABlqAAAZcAAAGTeAABk8ABP&#10;RgAAR0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUAABJZAAANXAAACGAAAAJjAAAAZgAAAGgAAABq&#10;AAAAawQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0AAHQmAAB0MgAAdD8AAHROAABzXwAAdHIAAHOK&#10;AAByoQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAyTgAAKVIAACBWAAAYWwAAEl8AAA1kAAAHaAAA&#10;AGsAAABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6BgAAfAoAAH4OAACAEQAAghYAAIQeAACEKQAA&#10;hDYAAIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJAACA5QBKTgAAP1AAADVTAAArVwAAIlwAABli&#10;AAASZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAAAIMAAACFAAAAhgAAAIgAAACJAAAAiwQAAI0I&#10;AACPDQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAAlWAAAJV2AACUkAAAk6cAAJK9AACS1QBEVQAA&#10;OVkAAC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACAAAAAhQAAAIkAAACNAAAAkQAAAJMAAACUAAAA&#10;lgAAAJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQAACoFwAAqSMAAKkxAACpQwAAqVYAAKhtAACm&#10;hwAAp54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAAE3gAAAx/AAADhQAAAIsAAACRAAAAlgAAAJsA&#10;AACfAAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQIAALcJAAC7EAAAvhgA&#10;AL4mAAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6uQA3agAAK3AAACB4AAAWgAAADYgAAAWPAAAA&#10;lgAAAJwAAACiAAAApwAAAKwAAACwAAAAswAAALYAAAC3AAAAuQAAALsAAAC9AAAAvwAAAMIAAADF&#10;AAAAyAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAAANRXAADTbgAA1IYAANSbAADTqwD/AAAA/wAA&#10;AP8AAAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADxAD0A7QBGAOkATQDmAFMA5ABZAOEAXgDeAGMA&#10;3ABoANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkAnADGAKcAxAC3AMIAzADAAOwAvwD/AL4A/wC9&#10;AP8AtwD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wALAO0AEgDoABsA5QAlAOQALgDfADgA2ABAANIA&#10;RwDOAE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0AvwBzAL0AegC7AIEAuQCLALYAlQC0AKEAsgCv&#10;ALAAwgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/AAAA/wAAAPIAAADmAAAA3QAHANIADgDNABYA&#10;ygAgAMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUAUwCzAFgAsQBdALAAYgCuAGcArABsAKoAcwCp&#10;AHsApwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDyAJwA/wCdAP8AnAD/AJkA/wD8AAAA7gAAAN0A&#10;AADMAAAAwQACALoADAC2ABIAsgAaALAAIwCvACwArQA0AKkAPACmAEIApABIAKIATQCgAFIAngBX&#10;AJ0AWwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCRAJMAkAChAI4AsQCNAMYAjADoAIsA/QCMAP8A&#10;jAD/AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYACAChAA4AnwAVAJ0AHgCbACYAmgAuAJcANQCV&#10;ADwAkwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBgAIkAZgCHAG0AhQB2AIQAgACCAIwAgACaAH8A&#10;qQB9ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAAwQAAALEAAACkAAAAnAAAAJQAAwCQAAwAjQAR&#10;AIsAGACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCAAEYAfwBLAH0ATwB8AFQAewBaAHkAYAB4AGcA&#10;dgBwAHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A7QBuAP4AbgD/AG4A/wDEAAAArwAAAKAAAACU&#10;AAAAjAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAiAHgAKQB3ADAAdQA2AHQAOwByAEAAcQBFAHAA&#10;SgBvAE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAAZQCOAGMAnQBiAK0AYQDCAGEA5ABhAPgAYQD/&#10;AGEA/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1AAMAcQALAG8AEABtABYAbAAdAGsAJABrACoA&#10;aQAwAGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAAVgBfAF0AXQBlAFwAbwBaAHoAWQCIAFgAmABX&#10;AKgAVgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUAAIUHAAB6BwAAcgYAAGwEAABpAQAAZwAHAGQA&#10;DQBjABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYAWgA7AFkAQABYAEUAVwBLAFYAUQBVAFgAUwBh&#10;AFIAagBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBMAOsATAD6AEwA/wCdCQAAiwsAAHwNAABwDQAA&#10;aA0AAGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcAGQBWACAAVQAmAFMAKwBSADEAUQA2AFAAOwBP&#10;AEEATgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCAAEUAkABEAKEAQwCyAEMAyABDAOYAQwD1AEMA&#10;/wCVDQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAAVA0AAFMKBABTBgsAUQMQAE8BFQBOARsATAEh&#10;AEsBJwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBDBFEAQgRaAEAFZAA/BXAAPgZ+AD0GjgA8B58A&#10;OwexADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4UAABiFQAAWhUAAFQUAABQEwAATREAAEsOAABL&#10;DQYASgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQkuAEAJMwA/CTkAPgpAAD0KRwA8Ck8AOgtYADkL&#10;YwA4DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMAMg30ADIN/gCIEwAAdxUAAGkXAABeGAAAVRgA&#10;AE8YAABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBADRIAPw0YAD0NHwA8DSQAOw0qADkNMAA4DjcA&#10;Nw49ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4QjgAtEaAALBGyACsRyAArEeYAKxH2ACwR/wCD&#10;FgAAchkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgAAD8XAAA+FAAAPBIEADsRCgA6EBAAOBAVADcQ&#10;GwA1ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksALRNUACsTXwAqFGwAKRR7ACgUjAAnFZ4AJhWw&#10;ACUVxgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABWHgAATR4AAEceAABCHQAAPhwAADoaAAA4GAAA&#10;NxYAADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwVKgArFTAAKhU3ACkWPwAoFkgAJxdSACYYXQAk&#10;GGoAIxl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0ACAZ/wB6GwAAah4AAF0fAABTIAAASiAAAEQg&#10;AAA+HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsALBgQACoYFAApGBoAJxggACYZJgAlGS0AJBo1&#10;ACMaPQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAcHpsAGx6tABoewwAaHuAAGh3zABsd/wB3HQAA&#10;ZyAAAFohAABQIgAASCIAAEEiAAA7IgAANyEAADMgAAAwHwAALR0AACsdAAAoHQgAJh0OACUdEgAj&#10;HRcAIR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBNABshWQAaIWYAGSF1ABgihwAXIpkAFiKsABUi&#10;wQAVIt8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAARSUAAD4kAAA5JAAANCMAADAiAAAsIgAAKSEA&#10;ACYhAAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAbIigAGiMvABkjOAAYJEEAFyRLABYlVwAVJWQA&#10;FCZzABMmhQASJpgAESarABEmwAAQJt0AESXxABIl/QBwIgAAYSQAAFQmAABKJgAAQicAADwmAAA2&#10;JgAAMSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYKABsmDgAZJxIAGCcYABcnHwAWJyUAFSgtABQo&#10;NQATKT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYADiqpAA0qvQANKtcADSruAA4p+wBsJAAAXSYA&#10;AFEoAABIKAAAQCkAADkoAAA0KAAALygAACsnAAAnJwAAIigAAB4pAAAbKgAAGCsHABYrDQAULBEA&#10;EywWABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0uUgANLl8ADC9uAAsvfwAKL5IACS+lAAkuuQAI&#10;LtAACS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsAADcrAAAxKgAALSoAACkqAAAkKgAAICsAABst&#10;AAAYLgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAADTInAAwyLwALMzgACjNCAAkzTgAIM1sABjRq&#10;AAU0ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBkKgAAViwAAEstAABCLQAAOi0AADQtAAAvLAAA&#10;KywAACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82CQAMOA0ACjgRAAk4FgAIOB0ABzgkAAY4LAAE&#10;ODQAAzg+AAI5SgAAOVcAADllAAA5dwAAOYsAADifAAA4swAAOMoAADjmAAA38gBfLQAAUi4AAEgv&#10;AAA/MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAAGjMAABU1AAASNwAADzkDAAw7CAAIPQ0ABT4Q&#10;AAM+FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAAP1MAAD9hAAA/cwAAP4cAAD6cAAA+sAAAPccA&#10;AD3kAAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAxAAArMQAAJjIAACA0AAAbNgAAFjgAABI7AAAP&#10;PQAADD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUdAABFJAAARS0AAEY2AABGQgAARk4AAEZdAABG&#10;bgAARYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAASjUAAEE1AAA5NQAAMzQAAC40AAAoNQAAIjcA&#10;AB06AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAASQoAAEoNAABLEAAATBQAAE0ZAABOIAAATigA&#10;AE4yAABNPQAATkoAAE5YAABNaQAATX0AAEyUAABMqgAAS8EAAEvhAABK8gBQOAAARjgAAD04AAA3&#10;OAAAMTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YAAAtJAAAHSwAAAk4AAABQBAAAUQgAAFILAABT&#10;DgAAVBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QAAFdSAABWYwAAVncAAFaOAABVpQAAVL0AAFPd&#10;AABT8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAfQgAAGUUAABNIAAAOSwAAC08AAAVRAAAAVAAA&#10;AFcAAABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABgFgAAYh0AAGImAABiMQAAYj4AAGFMAABhXQAA&#10;YXAAAGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8AADo/AAAxQAAAKUMAACFGAAAaSgAAE04AAA5R&#10;AAAKVQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEAAGUEAABnCAAAaAsAAGoOAABsEgAAbhcAAG8g&#10;AABvKgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAAbLAAAGvKAABq6ABERAAAPkMAADVEAAArRwAA&#10;I0sAABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABnAAAAawAAAG0AAABvAAAAcAAAAHIAAAB0AgAA&#10;dQYAAHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89AAB+TQAAfWEAAH13AAB8kAAAe6gAAHrAAAB5&#10;3wBDRwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAAB2UAAABqAAAAbgAAAHIAAAB2AAAAeQAAAHwA&#10;AAB+AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAAjA0AAI8RAACSGQAAkiUAAJIzAACSRAAAkVcA&#10;AJBtAACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChWAAAeXAAAFWIAAA5oAAAHbgAAAHQAAAB5AAAA&#10;fgAAAIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIAAACUAAAAlgAAAJgAAACbAAAAngYAAKEMAACk&#10;EQAAphsAAKYpAACmOgAApU0AAKViAACkewAAo5QAAKGrAAChvwA2VwAALFwAACFiAAAXaQAAD3AA&#10;AAd3AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAAmwAAAJ4AAACfAAAAogAAAKQAAACmAAAAqAAA&#10;AKsAAACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7MAAAu0MAALpYAAC5cAAAt4sAALehAAC3swAw&#10;YgAAJWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYAAACbAAAAoQAAAKYAAACqAAAArgAAALAAAACx&#10;AAAAtAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAAAMcAAADLAwAAzwwAANMVAADSJQAA0jgAANFO&#10;AADQZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/AAMA/wALAPwAEQD5ABsA9wAlAPMALwDuADgA&#10;6QBAAOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMAaADQAG0AzgBzAMsAegDIAIIAxgCMAMMAlwDA&#10;AKMAvgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/AKcA/wD/AAAA/wAAAPsAAAD2AAAA7QAHAOcA&#10;DwDiABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgAxQBOAMIAUwDAAFgAvgBdALwAYgC6AGcAuQBt&#10;ALcAdAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCnAN4ApgD5AKUA/wCjAP8AnQD/AJsA/wD9AAAA&#10;9gAAAOsAAADfAAAA0QADAMoADADFABIAwwAbAMAAJAC+ACwAuQA1ALYAPACzAEMAsABIAK4ATgCs&#10;AFIAqwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9AJ4AiACcAJUAmgCjAJgAtACWAM0AlQDxAJQA&#10;/wCVAP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAAuAAAALEACACtAA8AqgAWAKgAHgCoACcApgAv&#10;AKIANgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCUAFoAkwBgAJEAZgCQAG4AjgB2AIwAgQCKAI0A&#10;iACbAIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA/wDkAAAAywAAALoAAACsAAAAogAAAJwABACY&#10;AAwAlgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8AIkAQQCIAEYAhgBLAIUATwCEAFQAggBaAIEA&#10;YAB/AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcAdADUAHMA9AB0AP8AdAD/AHQA/wDLAAAAtgAA&#10;AKYAAACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACBABsAgAAjAH8AKgB9ADAAewA2AHoAOwB4AEAA&#10;dwBFAHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0AcwBrAH8AaQCNAGgAnQBnAK4AZgDHAGUA6gBm&#10;AP8AZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAAAHwAAAB2AAQAdAAMAHIAEABxABYAcAAdAHAA&#10;JABuACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkAZQBOAGQAVABjAFsAYQBjAGAAbQBeAHkAXQCH&#10;AFsAlgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCoAAAAlQAAAIcAAAB7AAAAcwAAAG4AAABqAAEA&#10;ZwAIAGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8AMABeADUAXQA6AFwAPgBbAEQAWQBJAFgATwBX&#10;AFYAVgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1AE4A0ABOAPAATgD/AE8A/wCcAAAAiQAAAHsD&#10;AABwAwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8AWAAUAFcAGQBXACAAVgAlAFUAKgBTADAAUgA0&#10;AFEAOQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJAG8ARwB8AEYAjABFAJ0ARQCwAEQAxwBEAOgA&#10;RAD6AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJAABVBwAAVAQAAFIABwBQAAwATwAQAE4AFQBN&#10;ABsATAAgAEsAJgBKACsASQAwAEgANQBHADoARgBAAEUARgBDAE4AQgBWAEEAXwBAAGsAPgB4AD0A&#10;iAA8AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAAeAwAAGoOAABfDgAAVw4AAFEOAABNDAAASwsA&#10;AEoIAgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBCACYAQQArAD8AMQA+ADYAPQA8ADwAQwA7AEoA&#10;OgBSADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMAvAAzANgAMwDvADMA+wCCDQAAcQ8AAGQQAABZ&#10;EQAAUREAAEsRAABHEAAARA4AAEINAABBCwUAQQcLAD8FDgA+AxIAPAIYADsCHQA6AyIAOQMoADgD&#10;LQA3AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYALwdzAC4HgwAtB5UALAenACsHugArB9IAKwfr&#10;ACsH9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABCEwAAPhIAADwQAAA6DgEAOg0GADoKDAA4CRAA&#10;NggUADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4KPQAtCkUALAtOACsLWQApDGUAKAxzACcMgwAm&#10;DZUAJQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQAAFsWAABRFwAASBcAAEIWAAA9FgAAORUAADcT&#10;AAA1EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsALA0hACsNJwAqDS0AKQ40ACgOOwAnDkQAJQ5O&#10;ACQPWQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAcENgAHRDuAB0Q+QBzFAAAZBYAAFcYAABNGQAA&#10;RRkAAD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0RBAAsEAoAKxAOACkQEgAoEBgAJhAeACUQJAAk&#10;ECoAIxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNxABoTggAZFJUAGBSnABcUuwAXE9QAFxPuABgT&#10;+gBwFgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAAMhoAAC8ZAAAsGAAAKhYAACgUAQAmEwcAJRMM&#10;ACMTEAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAbFT8AGhZJABkWVAAYF2EAFhdwABUYgQAUGJMA&#10;EximABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEdAABHHQAAPx4AADkdAAA0HQAALxwAACsbAAAo&#10;GgAAJhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj0AFRpHABQb&#10;UgATG18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAADhvqAA8b+ABpGwAAWh0AAE4fAABFHwAAPSAA&#10;ADYfAAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAdGwEAGxsHABkcDQAXHBAAFhwVABUcGwAUHSIA&#10;Ex0pABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0gfAANII8ADCCiAAsgtQALIMoACyDlAAwf9ABl&#10;HQAAVx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAAACYfAAAjHwAAIB4AAB0eAAAZIAAAFiAEABQg&#10;CwASIQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcADSNBAAwkTQALJFkACiRnAAkkeAAIJIsABySe&#10;AAcksQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABAIwAAOCMAADIjAAAsIwAAKCIAACQhAAAhIQAA&#10;HiEAABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0nFgAMJx0ACycjAAonKwAJKDQACCg+AAcoSQAG&#10;KFUABSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjhAAEn8ABeIgAAUSQAAEYlAAA9JQAANSUAAC8l&#10;AAAqJAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAAESgDAA8pCAAMLAwACiwQAAgsFAAHLBoABiwh&#10;AAUsKAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAALYQAAC2ZAAAtrQAALMIAACzgAAAs8ABaJAAA&#10;TSYAAEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEmAAAdJgAAGScAABUpAAARKwAADywDAA0uBwAJ&#10;MAwABjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2AAAzQgAAM04AADNdAAAzbQAAM4EAADKWAAAy&#10;qwAAMcEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAAMCoAACspAAAnKAAAIygAAB4pAAAaKgAAFiwA&#10;ABIuAAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAAOBQAADgaAAA4IgAAOCoAADkzAAA5PgAAOUoA&#10;ADlZAAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA28ABRKwAARiwAADwsAAA0LAAALiwAACorAAAl&#10;KwAAICwAABstAAAXLwAAEzEAABAzAAANNQAACTcCAAU6BgABOwoAADwNAAA9DwAAPhIAAD8XAABA&#10;HgAAQCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gAAD+PAAA+pgAAPr0AAD3cAAA98ABNLgAAQi8A&#10;ADkvAAAyLwAALS4AACguAAAiLwAAHTAAABgyAAATNQAAEDcAAAw6AAAJPAAABT4AAABBBAAAQggA&#10;AEMLAABEDQAARhAAAEcUAABIGQAASCEAAEgqAABINQAASEEAAEhPAABIYAAAR3MAAEeKAABGogAA&#10;RbkAAEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEAACUyAAAfNAAAGTYAABM5AAAQPAAADD8AAAhC&#10;AAADRAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4AAE8RAABRFQAAUhwAAFIlAABSMAAAUjwAAFFK&#10;AABRWgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBDNgAAOzYAADQ1AAAvNAAAJzUAACE4AAAaOwAA&#10;FD4AABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABRAAAAUwIAAFQFAABVCAAAVwsAAFkOAABbEQAA&#10;XRcAAF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+AABalwAAWa8AAFjLAABX6gA/OQAAODkAADM4&#10;AAArOQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAAAFEAAABUAAAAVwAAAFoAAABcAAAAXQAAAF8A&#10;AABgBAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAAai4AAGo8AABqTQAAaV8AAGh1AABnjwAAZqgA&#10;AGXCAABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJAAAQTQAAClEAAARVAAAAWgAAAF0AAABgAAAA&#10;YwAAAGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEGAAB0CgAAdg4AAHkTAAB7GwAAeycAAHo1AAB5&#10;RQAAeFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAAMkIAAChFAAAgSgAAF04AABBUAAAKWQAAAl4A&#10;AABjAAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9AAAAfwAAAIIAAACEAwAAhwkA&#10;AIoOAACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACKfAAAipUAAIitAACHxQA2RwAALEsAACJPAAAZ&#10;VQAAEFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsAAAB/AAAAgwAAAIYAAACIAAAAigAAAI0AAACP&#10;AAAAkQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQAAKQhAACkMQAAo0QAAKJZAACgcAAAn4sAAJ2i&#10;AACdtwAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAAdwAAAH0AAACDAAAAiAAAAI0AAACRAAAAlQAA&#10;AJgAAACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACpAAAArAAAALAAAAC0BwAAuA4AALoYAAC6JwAA&#10;uTkAALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIAABRpAAAMcQAAAnkAAACBAAAAiQAAAI8AAACW&#10;AAAAmwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAAALIAAAC0AAAAtgAAALkAAAC8AAAAwAAAAMQA&#10;AADIAAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAAzXMAAMuNAADKoQD/AAAA/wAAAPsAAAD6AAAA&#10;/AAIAPgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIAQwDeAEkA2gBPANYAVADTAFkA0ABeAM4AYwDL&#10;AGgAyQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCuALYAwwC0AOgAswD/AK8A/wClAP8AngD/AJsA&#10;/wD9AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA2AAbANYAJADSAC0AzAA2AMYAPQDCAEMAvwBJ&#10;ALwATgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCvAHYArAB/AKoAigCoAJcApQCmAKMAuQChANkA&#10;oAD5AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMAAADTAAAAyAAAAMEACQC9AA8AuwAWALkAHwC3&#10;ACcAswAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABSAKMAVgChAFsAnwBhAJ4AZwCcAG8AmgB4AJcA&#10;gwCVAJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8AhQD/AIIA/wDnAAAA3QAAAMYAAAC4AAAArgAA&#10;AKgABAClAAwAoQASAKEAGQCgACIAnwApAJsAMACYADcAlgA9AJMAQgCSAEcAkABLAI8AUACNAFUA&#10;jABaAIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8ApwB9ALwAfADjAHwA/QB8AP8AeAD/AHYA/wDW&#10;AAAAwAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAOAIsAFACKABwAigAjAIgAKgCFADAAgwA2AIIA&#10;OwCAAEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEAdgBpAHUAcwBzAIAAcQCOAG8AnwBuALIAbQDP&#10;AGwA9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACPAAAAhwAAAIAAAAB8AAQAegAMAHgAEQB4ABcA&#10;eAAeAHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0ARABsAEkAawBOAGoAVABoAFsAZwBjAGUAbQBk&#10;AHgAYgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/AF0A/wCsAAAAmQAAAIoAAAB/AAAAdwAAAHEA&#10;AABtAAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUAZQAqAGMALwBiADQAYQA5AGAAPgBfAEMAXgBI&#10;AF0ATgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBTAKMAUgC4AFEA3ABRAPkAUgD/AFIA/wCdAAAA&#10;iwAAAHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwACwBbAA8AWwAUAFoAGQBaAB8AWQAlAFcAKgBW&#10;AC8AVQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBYAE0AYgBLAG0ASgB6AEkAiwBIAJ0ARwCxAEcA&#10;zABGAPAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAAXgAAAFkAAABWAAAAUwABAFIACABQAA0ATwAQ&#10;AE8AFQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBIADgARwA+AEYARABFAEsARABTAEMAXQBBAGgA&#10;QAB1AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A/wCHAAAAdQMAAGgGAABdBwAAVQYAAFAGAABM&#10;BAAASgEAAEkABABHAAoARgAOAEUAEQBFABYARAAbAEMAIABCACUAQQAqAEAALwA/ADQAPgA6AD0A&#10;QAA7AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMANACmADQAuwA0AN0ANAD1ADUA/wB+BgAAbQkA&#10;AGALAABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/AQcAPgALAD0ADgA8ABIAOwAXADsAHAA6ACEA&#10;OQAlADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEAVQAwAGAALwBtAC4AfQAtAI8ALACiACwAtgAs&#10;ANAALADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4AAEMOAAA+DQAAOwwAADkLAAA4CQMANwUIADYC&#10;DQA1ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwALgAyAC0AOAAsAEAAKwBJACoAUgApAF0AKABr&#10;ACcBegAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wByDQAAYg4AAFYQAABMEQAARBEAAD4RAAA5EAAA&#10;Ng8AADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwEFAArAxkAKgMeACkDIwAoBCkAJwQvACYFNQAl&#10;BT0AJAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHgedAB4HsAAdBsYAHQbjAB0F8wBtDgAAXhEAAFIS&#10;AABIEwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAAKg4DACoNBwApCwsAKAkOACcJEQAlCBYAJAgb&#10;ACMJIAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAcDFsAGwxpABoMeQAYDIsAGAyeABcMsAAWDMUA&#10;FgzhABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcVAAAxFAAALRMAACoSAAAoEQAAJhABACQQBAAj&#10;DggAIw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0qABsNMgAaDjoAGA5EABcOUAAWD1wAFQ9qABMQ&#10;ewASEI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAAVxQAAEsWAABCFwAAOhcAADQXAAAvFgAAKhUA&#10;ACcUAAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAbDxAAGRAVABgQGwAXECEAFhAoABURMAAUETkA&#10;ExFDABISTgAREloAEBJpABATeQAOE4wADhOeAA0TsQANEsUADBLhAA0S8QBiFAAAVBYAAEkYAAA/&#10;GQAANxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUAABwUAgAaEwQAGRIGABcSCwAVEg4AFBISABMT&#10;GAASEx8AERMmABEULQAQFDYADxVBAA4VTAAOFlcADRZlAAwXdQALF4cACheaAAkWrQAIFsEACBbd&#10;AAkV7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAqGgAAJRkAACIYAAAfGAAAHBcAABkWAQAXFgMA&#10;FRYEABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0YKgAMGTMADBk8AAsaRwAKGlMACRphAAcbcQAG&#10;G4MABRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoAAEMcAAA6HAAAMxwAACwcAAAnHAAAIxsAACAa&#10;AAAdGQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwADRwQAAwcEwALHBkAChwfAAkdJwAIHS8ABx45&#10;AAYeQwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAAHr0AAB3YAAAd7ABYGgAASxwAAEEeAAA4HgAA&#10;MB4AACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYbAQATGwIAERwEAA4eBwAMHwsACiAOAAggEgAG&#10;IRcABSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNaAAAjawAAI34AACOTAAAipwAAIrwAACHXAAAh&#10;7QBVHQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAAIB4AAB0dAAAaHQAAFh0AABMeAAARHwIADiAE&#10;AA0iBwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAAJykAACcyAAAnPQAAJ0kAAChXAAAoZwAAJ3sA&#10;ACeQAAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsiAAAyIgAALCIAACYhAAAiIQAAHiAAABsfAAAY&#10;IAAAFCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykNAAArDwAALBIAACwXAAAsHgAALCYAAC0vAAAt&#10;OQAALUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oAACvWAAAq7gBNIgAAQSQAADgkAAAwJAAAKSQA&#10;ACQjAAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAANKAAACioCAAYsBQACLgkAAC8LAAAwDgAAMhAA&#10;ADMVAAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAzYAAAM3MAADKKAAAyoQAAMbgAADDWAAAw7wBJ&#10;JQAAPiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUAABYmAAASKAAAECoAAA0sAAAKLgAABjABAAIy&#10;BAAANAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8AADonAAA6MgAAOj4AADpMAAA6XAAAOm8AADmG&#10;AAA4ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAArKQAAJigAACInAAAdKAAAGCkAABMrAAAQLgAA&#10;DTAAAAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+CwAAPw0AAEEQAABDFAAAQxsAAEMjAABDLgAA&#10;QzkAAENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7PAAA+7wA/LAAANiwAAC8sAAAqKwAAJSoAAB8r&#10;AAAZLQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAAAD8AAABBAAAAQwIAAEUFAABGCAAASAsAAEoO&#10;AABMEQAATRYAAE0eAABNKAAATTQAAExCAABMUQAAS2QAAEt7AABKlAAASa0AAEjKAABH7AA7MAAA&#10;My8AAC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06AAAIPQAAAkAAAABDAAAARgAAAEgAAABKAAAA&#10;TAAAAE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZAABYIgAAWC4AAFc8AABXSwAAVl4AAFZzAABV&#10;jQAAVKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAAHTUAABY4AAARPAAADEAAAAdEAAAARwAAAEoA&#10;AABNAAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAAXAMAAF4HAABhCwAAZA4AAGYTAABnHAAAZicA&#10;AGY0AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe3AA1NwAAMDUAACg3AAAgOgAAGD0AABFCAAAM&#10;RgAABkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAZAAAAGUAAABnAAAAaQAAAGwBAABu&#10;BgAAcQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8AAHRjAABzewAAcpUAAHCvAABvyQA1OgAAKzsA&#10;ACI/AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAAYAAAAGQAAABoAAAAawAAAG4AAABxAAAAcwAA&#10;AHUAAAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACKDwAAjBcAAIskAACKMwAAiUUAAIdbAACGcgAA&#10;hYsAAIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQAAARaAAAAYQAAAGYAAABrAAAAbwAAAHQAAAB5&#10;AAAAfQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAAAI8AAACSAAAAlgAAAJkCAACeCQAAohAAAKIa&#10;AAChKQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwApSQAAH04AABVUAAAOWwAABWIAAABpAAAAcAAA&#10;AHcAAAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACVAAAAlwAAAJoAAACdAAAAoAAAAKMAAACmAAAA&#10;qgAAAK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdFAAC1XAAAtHQAALGOAACvpAAiVAAAGFsAABBi&#10;AAAHagAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAAAJoAAACfAAAAowAAAKYAAACoAAAAqwAAAK4A&#10;AACwAAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAAzAEAANMLAADUFQAA0yYAANE6AADQUQAAzWgA&#10;AMuBAADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQADADyABMA8AAcAO0AJQDoAC4A4gA2AN4APgDZ&#10;AEQA1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABpAMEAcAC+AHgAvACBALkAjQC2AJoAswCrALEA&#10;wACvAOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA7AAAAOgAAADnAAAA3wAAANkACQDSABAAzwAX&#10;AM8AIADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1AE4AswBTALEAVwCvAF0ArQBiAKsAaQCpAHEA&#10;pwB6AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA/wCNAP8AiAD/AIQA/wDoAAAA3wAAANkAAADJ&#10;AAAAvwAAALgABAC1AA0AswASALEAGgCwACIArQAqAKkAMQCmADgApAA9AKIAQwCgAEgAngBMAJwA&#10;UQCbAFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsAjQCaAIsArACJAMUAiADuAIYA/wB/AP8AegD/&#10;AHgA/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACcAAkAmQAPAJkAFQCZAB0AmAAkAJQAKwCRADEA&#10;jgA3AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMAWwCCAGIAgABrAH4AdQB8AIIAegCSAHgAowB3&#10;ALkAdgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAAAKUAAACZAAAAjwAAAIkAAACFAAQAhAAMAIIA&#10;EQCCABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsAdwBAAHYARAB1AEkAcwBPAHIAVQBwAFwAbwBk&#10;AG0AbgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBkAP8AYQD/AGAA/wC0AAAAoAAAAJAAAACFAAAA&#10;fQAAAHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8AHwBtACUAawAqAGkAMABoADQAZwA5AGYAPgBl&#10;AEMAYwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCCAFkAkwBYAKYAVwC/AFcA6gBXAP8AVgD/AFQA&#10;/wChAAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAAYQAEAGAACwBfAA8AXwATAF8AGQBfAB8AXQAl&#10;AFwAKgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBQAG0ATgB7AE0AjABMAJ8A&#10;SwC1AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIAAABnAAAAXwAAAFoAAABXAAAAVQABAFMABwBS&#10;AAwAUgAQAFIAFABSABoAUQAfAE8AJABOACkATQAuAEwAMwBLADgASgA9AEkAQwBIAEoARgBSAEUA&#10;XABEAGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIAQAD/AEAA/wCFAAAAdAAAAGcAAABdAAAAVQAA&#10;AE8AAABMAAAASgAAAEgABABHAAoARwANAEYAEQBGABUARgAaAEUAHwBEACQAQwApAEIALQBBADMA&#10;PwA4AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgAgAA3AJMANgCnADYAwAA2AOgANgD+ADYA/wB8&#10;AAAAawAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAAAD8AAQA+AAcAPQALAD0ADgA8ABEAPAAWADwA&#10;GgA6AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEAMwBJADIAUwAxAF4AMABrAC8AewAuAI4ALQCi&#10;AC0AuAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABNCAAARggAAEAIAAA7BwAAOAUAADcDAAA2AAQA&#10;NQAIADQADAA0AA8ANAASADMAFgAyABsAMQAgADAAJAAvACkALgAvAC0ANgAsAD0AKwBFACoATwAp&#10;AFoAKABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDwACYA/wBtBgAAXgkAAFILAABIDAAAQAwAADoL&#10;AAA2CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0ALAAQACsAEwAqABcAKQAcACgAIAAnACUAJgAr&#10;ACUAMgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAfAIUAHwCZAB4ArgAeAMcAHgDpAB8A+gBoCQAA&#10;WQwAAE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoMAAAoCwAAJwkEACYGCAAmBAsAJQMOACQBEAAk&#10;ARQAIgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/ABwBSQAbAVQAGgFhABoBcAAZAYIAGACWABgA&#10;qgAYAMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAAOBAAADIQAAAtDwAAKQ4AACYOAAAjDQAAIgwD&#10;ACALBgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAaBR8AGgUlABkFKwAYBTMAFwY8ABYGRgAWBlIA&#10;FQdfABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID7wBfDgAAUQ8AAEYQAAA8EQAANREAAC8RAAAq&#10;EQAAJhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsKABkKDQAYCRAAFwkSABYJFwAVCRwAFAkiABQK&#10;KQATCjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAADgyUAA0LpwANC7oADQrSAA0K6gBcDwAAThEA&#10;AEMSAAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAcEAAAGhACABgPBAAWDgcAFQ4JABQNCwATDA0A&#10;EgwQABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0ORgANDlEADA9eAAsPbQAKD38ACQ+TAAkPpgAI&#10;DrkACA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQAACkUAAAlFAAAIRMAAB0SAAAaEgAAFxECABUR&#10;BQATEAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgADRAeAAwQJQAMEC0ACxE2AAoRQQAJEU0ACBJa&#10;AAcSagAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABVEgAASRQAAD4VAAA1FgAALRYAACcWAAAiFQAA&#10;HhQAABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8RCgANEQsADBIOAAsSEQAKEhUACRMbAAkTIgAI&#10;EyoABxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWOAAAVowAAFLcAABTPAAAT6QBSFAAARhYAADsX&#10;AAAyFwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEAFBMEABITBgAREggADxIIAA4TCQAMFAoAChUN&#10;AAgWEAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAAGUcAABlVAAAZZAAAGXcAABmMAAAYogAAGLcA&#10;ABfPAAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZAAAfGAAAGxcAABgWAAAVFQIAExUFABEUBgAQ&#10;FAYADhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsWAAAbHQAAHCQAABwtAAAcOAAAHUQAAB1SAAAd&#10;YgAAHXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAAQBoAADYbAAAtGwAAJhsAACEaAAAdGQAAGRkA&#10;ABcYAAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAHHAkAAx0LAAAfDQAAIBAAACAUAAAhGgAAISIA&#10;ACEqAAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAhnwAAILYAAB/RAAAf7QBIGgAAPRwAADMdAAAr&#10;HQAAJB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkBAA4aAQAMHAIACh0DAAcfBQADIQgAACIKAAAk&#10;DAAAJg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4AACdLAAAnXAAAJ24AACaFAAAmnQAAJbQAACTR&#10;AAAj7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAbHAAAGBsAABQcAAARHAAADh0AAA0fAAAKIQAA&#10;BiIBAAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAtFQAALRwAAC0kAAAuLgAALjoAAC5IAAAtWAAA&#10;LWoAAC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEAAC0hAAAmIQAAISAAAB0fAAAaHgAAFh4AABIf&#10;AAAPIQAADSIAAAokAAAGJgAAAigAAAArAgAALQQAAC8GAAAwCQAAMgwAADQOAAA1EgAANRgAADUg&#10;AAA1KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAAMq8AADHNAAAw7wA8IwAAMiQAACokAAAkIwAA&#10;ICIAABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUrAAABLgAAADAAAAAyAAAANAEAADYEAAA4BgAA&#10;OgkAADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/AAA9TgAAPWEAADx3AAA7kQAAOqsAADnJAAA4&#10;7QA3JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAAECgAAA0rAAAJLgAABTAAAAAzAAAANQAAADgA&#10;AAA6AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAASREAAEkXAABIIQAASCwAAEc6AABHSQAARlsA&#10;AEVxAABEiwAAQ6UAAELDAABB6AA0KgAALCoAACcoAAAiJwAAHCgAABYqAAARLQAADTAAAAkzAAAD&#10;NgAAADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgAAABKAAAATAMAAE4GAABQCgAAUw4AAFQTAABU&#10;HAAAUycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54AAE25AABM4AAwLQAAKywAACYrAAAfLAAAGC4A&#10;ABIyAAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAASQAAAEwAAABOAAAAUQAAAFMAAABVAAAAVwAA&#10;AFkBAABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABhPAAAYE4AAF9iAABeewAAXJYAAFuwAABZzwAv&#10;MAAAKi8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQAAABIAAAATAAAAE8AAABSAAAAVQAAAFgAAABb&#10;AAAAXQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUAAHALAAB0EAAAdBgAAHMlAAByNAAAckUAAHBZ&#10;AABvcQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAUPAAADkEAAAdHAAAATAAAAFEAAABVAAAAWQAA&#10;AF0AAABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAAByAAAAdAAAAHcAAAB6AAAAfgAAAIIEAACGCwAA&#10;ihEAAIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+bAAB+sgApOgAAID0AABZCAAAPSAAACE4AAABU&#10;AAAAWgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAAAHoAAAB9AAAAgAAAAIIAAACFAAAAiAAAAIsA&#10;AACOAAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAAnzMAAJ1HAACaXgAAmHcAAJePAACVpwAjQwAA&#10;GUgAABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2AAAAewAAAIAAAACGAAAAigAAAI4AAACRAAAA&#10;kwAAAJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsAAACwAAAAtgQAALwNAAC6FwAAuSgAALc8AAC0&#10;UgAAsmoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAAAGwAAAB0AAAAfAAAAIMAAACJAAAAjwAAAJQA&#10;AACaAAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAAsQAAALQAAAC4AAAAvAAAAMEAAADHAAAAzQAA&#10;ANQFAADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADIjgAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoL&#10;DQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNU&#10;VVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpyd&#10;np+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm&#10;5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////&#10;////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8w&#10;MjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5&#10;enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HC&#10;w8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////&#10;/////////////////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsN&#10;Dg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RV&#10;V1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2e&#10;n6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn&#10;6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////////////////&#10;//8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2&#10;Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5v&#10;cHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeo&#10;qaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh&#10;4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAA&#10;AAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAh&#10;IiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZ&#10;WltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGS&#10;k5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvM&#10;zc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwME&#10;BAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYm&#10;JygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1v&#10;cXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3O&#10;z9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P0&#10;9PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQU&#10;FRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9A&#10;QkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2v&#10;sLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj&#10;5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/2ssJG+jNDjrp&#10;zBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZ&#10;q52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuu&#10;e8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1&#10;qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgO&#10;ksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjL&#10;s6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6&#10;MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96o&#10;mo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7MKvGuE+0wLNnvbuue8S1qYjLsqaH0a+jh9Wt&#10;oIjZq56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGY&#10;kOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk2csJGuTODTnnzg5g2soMksu8LqvFuU20wLRm&#10;vbquesW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6lm4vgopqN4p6Zj+OemY/jnpmP456Zj+OemY/j&#10;npmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/j2MsJGuHPDDnl&#10;zw5g2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH0a2jh9WroIjZqJ6I26Wdid2jnIrfn5qL4ZuZ&#10;juKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO&#10;4puZjuKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vEuky1vbNnvriue8W0qYfMsKaH0ayjh9WpoIfY&#10;pp+I26OdiN2gnInenZuK4JiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGY&#10;mo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJGtrRCzje0Qxf1ssLkcvAKazCuU22vLNovreu&#10;e8azqYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjdmpyJ3pWbjOCVm4zglZuM4JWbjOCVm4zglZuM&#10;4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zg1swJGdnRCzja0wxf&#10;1MwLkcnAKa3AuU62urNpv7WufMayqYfMraaG0amjhtSloYbXoqCG2Z+fhtqbnofcl52I3ZOci96T&#10;nIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOc&#10;i96TnIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3ubJqv7StfMawqYfMq6aG0KekhdSjooXWn6GF&#10;2JyghdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd&#10;kJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbSCzfW1Ate0MsKlcS+La68uFG4t7JqwLOtfMau&#10;qYfMqaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H2o6eiduOnonbjp6J246eiduOnonbjp6J246e&#10;iduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonb080KGNXTCzbU1AtfzssJ&#10;l8G+MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGepITTmqOE1ZaihNaToYXXj6CG2IugidmLoInZ&#10;i6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmL&#10;oInZ0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFtwa2tfcaqqobLpKiEzp+nhNCbpYPSl6SD05Oj&#10;hNSQo4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI&#10;14mhiNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO0wplxsoLnbm8OLK0tli6rbFuwaqufcanq4XJ&#10;oamEzJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSH&#10;o4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUztAKFc7UCjrK0wpowMgPobW7&#10;PrSttVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPNkKiEzo2nhM+Kp4XPh6aH0IWmiNGFpojRhaaI&#10;0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojR&#10;zNAJGMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGwfcOfroTFma2Dx5SshMmQq4TKjaqFy4qqhcuI&#10;qYbMhamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOo&#10;ic2DqInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpyscQep6W5SbahtmC7nrNwvp2xfcGbsITDla+E&#10;xJGuhMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJ&#10;gquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJxNIIIMDWCUi41Ap4qc8XmJ6+R66a&#10;tmK6mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+HxIaviMWEronFg66KxYGui8WBrovFga6LxYGu&#10;i8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFv9QH&#10;JbrXCU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermStIO9jrOGv4uyh8CIsYfAhrGIwYSxicGDsYrB&#10;grGLwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKA&#10;sIzCgLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreY&#10;iMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20&#10;wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjA&#10;FjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ&#10;1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1&#10;lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNw&#10;ur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5&#10;vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6I&#10;k9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnN&#10;s5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6i&#10;f7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT&#10;6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9it&#10;hpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK&#10;0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8&#10;oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRwur6if7+8oIjDuZuIx7eYiMq1lYnOs5KK0LGP&#10;i9OwjY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad&#10;2quGndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4vh9T6rgmfMupQ6vGply0wqRvur6ifr+7oIjD&#10;uZ2HyLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayKktyriZndp4ic26eInNuniJzbp4ic26eInNun&#10;iJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb9sEOFPfBFTD4vx5T6rklfMup&#10;QqvGp1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfRsJaI1K6Uidetkovaq5CN3KmNkt+ojZrfo4uc&#10;3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zc&#10;9sEOFPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6jfb+7o4jEt6CHybSdh86xm4fTr5mI1q2Xidqr&#10;lYrcqZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCO&#10;nNygjpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T6rojfMuqQazGqFmzwqZtur6kfb+6pIfFt6GH&#10;yrOfh8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuaglpngnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd&#10;nJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd9MINFPXDFDD2wBxT6rsifMqqQKzG&#10;qFizwqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I2qqdit2nm4zgpJqO4p+Yj+OdmpjhmZeb3ZmX&#10;m92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vd8sMN&#10;FPTDEzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6poTFtqWHy7Kjh9GvoYfWq5+I2qedid2knIrf&#10;oJuL4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96X&#10;nJvel5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0gfMqrPqzGqlazwqhrur6neb+6qIPFtqeHzLKl&#10;h9GsoofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/gkp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X&#10;3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfe7cQME/PFEi/0whlS6r0ffMqsPKzGq1Wz&#10;wqhqub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGfhtqdnofbmZ2H3ZSdid6QnI3ejp2T3Y6dk92O&#10;nZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPd6sUME/LF&#10;ES/zwxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7FsqmHzKylhtGno4bVoqGF156ghdiaoIXalp+G&#10;25GeiNyNnovci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c&#10;i56P3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuvOKzGrVKywqtmub+wb763rX7GsKmHzaqmhtGk&#10;pIXTn6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oif&#10;jdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a4cYKE/DHEC7wxhZR6sEZfMuwNavHr0+yw7Bg&#10;uLyybL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSUo4TVkKKF1o2hhteJoYjYh6GL2Iehi9iHoYvY&#10;h6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvY28cJEu7JDy7u&#10;yBRR68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqGy6OohM6ep4PPmaaD0ZWlg9KRpITTjqSF1Iuj&#10;htSIo4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK&#10;1YWjitWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrIt0SwurZZuq+xcMKqrX/HpquFyqCqhMyaqIPN&#10;lqiDzpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKF&#10;pYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJEd/NCyznzQ9P6MsOe828IqjCvDyxsbVevKmx&#10;csKmrn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTNi6iFzYiohs6Gp4fOhKeJz4Snic+Ep4nPhKeJ&#10;z4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nP1ckJENjPCiva0wtO&#10;2NALes3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmthMeUrITIkKuEyY6rhMqLqoXLiaqGy4eph8yF&#10;qYjMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOp&#10;icyDqYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4obRmvJ6ydb+dsX/Bm7CEw5auhMWRroTGjq2F&#10;x4ushceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rK&#10;gquKyoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDSCijO1ApSxdEKg6rDLaiet1e4m7Vou5q0db6Z&#10;sn+/l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6IxoStiMaDrYrGga2Lx4Gti8eBrYvHga2Lx4Gt&#10;i8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHzM0JDMvTCi3H1ApZstgL&#10;gJ7NK5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCMsYbBirGHwoiwh8KGsIjChbCJw4OwisOCr4vD&#10;ga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOB&#10;r4zDx88IEMXUCTS42QpboucSdpfaJYmQz0WYjsddo43BbquNvXmxjLqBtIm4g7eGt4W5hLaGuoO1&#10;h7uCtYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOM&#10;vn6zjL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn8Q5Vm/EbaJHmLXiJ3UCFhdVWj4PPZ5eCy3Od&#10;fsh4oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LBiKtywIqsccCLrHHAi6xxwIusccCLrHHAi6xx&#10;wIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus/7gUDv+4Hif/tCpG9682ad6n&#10;Qo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd&#10;0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2&#10;iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJ&#10;wLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/H&#10;m2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/&#10;o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gU&#10;Dv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHM&#10;tYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyV&#10;isO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2Kx&#10;xJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9Gw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4&#10;Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWT&#10;zbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6&#10;kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJty&#10;tsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4HSf/&#10;tSlG97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJwbuXicS5k4rHt4+MyrWMjsy0iZDOs4eS0LKE&#10;ldKxgpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj&#10;0qyAo9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDHnWCxxJxxtsKcfLq/noW+vJyIwrqZiMW4lYnJ&#10;tpGKzLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qCodWngqLTp4Ki06eCotOngqLTp4Ki06eCotOn&#10;gqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kTDv+5HCf/tihG97Ezat2pP5HHnWCxxJ1wtsKe&#10;e7q/n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3Tr4qQ1q6Ik9ithpnZqoWe2aWEodWkhKLUpISi&#10;1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLU/7oSDv+6Gyf/tydG&#10;97Eyat2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ich8i2mYjMs5aI0LGSitOvj4zWroyO2KyKk9ur&#10;iZncpoed2qKGoNaghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCG&#10;otSghqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6xxJ1vtsGgeLq+oYG/u6GIxLieh8m1m4fNspiI&#10;0bCVidWukovYrI+N26qNkt6ojJrfooqd2p6JoNaciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU&#10;nImh1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7Gib/uCZG9rIwat2qPJHHnl2xxJ5utsGhdrq+&#10;on+/u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON3qiRkuKkkJngno2d25qMoNeZi6HVmYuh1ZmL&#10;odWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HV/rsRDv67Gib/uCVG9rMw&#10;atyrO5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qzn4fQsJyH1a2aiNmqmYreqJiO4qWXk+aflZng&#10;mpGc25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWW&#10;jqHV/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBqtsGjc7q+pXzAuqWFxbajh8uzoYfRr5+H1qye&#10;iduonIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg&#10;1pOSoNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+uSRG9rQuatyrOpLHoFyxxKFotsGlcbq+p3rA&#10;uqeExbamh8yypIfRrqKH16mfiNuknYneoJuK4JqajOGWm5PhlZub3ZKXntiRlaDXkZWg15GVoNeR&#10;laDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX/LwQDf28GSb+uiNG9rQtatys&#10;OZLHoFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfSqqKH16afh9qhnofcm52I3pacit+Rm5DfkZ2Z&#10;3Y+bntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/X&#10;/LwQDfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKpa7q+rHW/uq1/xbOph8ytpYbSp6KG1qKhhtid&#10;n4bamJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14ye&#10;n9eMnp/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF9rYratutNpPHolmxxadftcKtZrm/sXC+t61+&#10;xrCph82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qLn4vbiJ+Q24igmNiIoZ3XiKGd14ihndeIoZ3X&#10;iKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X+r0ODfq+FiX8vCBF9rcqatuvNJTI&#10;pFWxxqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE0pukhNSWo4TVkaKF1o2hhteJoYnYhqGN2ISh&#10;k9eEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfW+b4O&#10;DPm/FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0sXDBra1/x6mqhcuiqITOnaeD0Jemg9GSpYTS&#10;jqSF04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WB&#10;o5PVgaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rolatqyLpXKr0CtyL09r7e2XbqusXLCqa1/xqWr&#10;hcmfqoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfShKWK0oGljdKApY/SgKWP0oClj9KApY/SgKWP&#10;0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/S7MELDPXCEiT2wRpE970hatq0KZbNvCip&#10;u7tDs661YbyosXPBpa5/xaGthMebrIPJlquDypGqhMuOqYTMi6mFzYiohs6GqIfOg6iJzoGnjM+A&#10;p43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43P38QJC/LF&#10;ECPzxBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXAoLCAw52uhMWXrYTGk62Ex4+shMiMq4XJiauG&#10;yoerhsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL&#10;gKqMy4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDSCoexvi+upbhUuJ+1aLyds3a/m7F/wZmwhMKU&#10;r4TDkK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62Jx4Gti8eArIvHgKyLx4Csi8eArIvHgKyLx4Cs&#10;i8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH1cYICdnMCiDlzw1A2NULX73WC4ilxDSmnLda&#10;uJm1a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJsIfCiLCHw4awiMOFr4nDg6+KxIKvi8SBr4vE&#10;ga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vE0sgIB9PPCh3V&#10;1As9wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9uZG1hLyOs4a+jLKGv4qyh8CIsojAhrGIwYWx&#10;icGEsYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGM&#10;woCxjMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ2jKIi9JMlInLX5yIxm6jiMN4qIXAfKuDv3+u&#10;gL2BsH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5i7V4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4&#10;uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsIBsjSCSKz3wlCoPwVWpPwKGqL5jl3hN9JgoHY&#10;W4uA02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGhcMeDom/HhaNuxoajbcaIpGzFiqVsxYulbMWL&#10;pWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulxM4HCrfZByaj+w49&#10;lv8eTo36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7acohr2XeLadd6jWfWfo5m1YCPZdSCkGTUhJFj&#10;04aRYtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HS&#10;jJNh0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyP&#10;wruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXD&#10;l4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+&#10;We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvI&#10;uH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJ&#10;ksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4&#10;wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2i&#10;S3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6e&#10;ybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6&#10;hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeL&#10;u7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EXCf+yIh7/rjA6/6k9WeyjSnnY&#10;m1uYx5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46Ow7qKkMW5h5LHuISVybeCmMq2gJvLtn6ezLV9&#10;o8yzfKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjL/7IX&#10;Cf+yIR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXCmYG5wJuIvL6Xir+8lIvCupCNxbmMjse3iJHJ&#10;toWUy7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyr&#10;fajMq32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7WeykSHrXnFmaxpdvssSZdrbCm3+5wJyHvb2a&#10;icC7lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrRsoCf0q5/o9Kqf6XPpn+nzaZ/p82mf6fNpn+n&#10;zaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fN/7MWCf+zIB7/sC06/6s6WeylR3rWnFma&#10;xphtssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQi8u0jI7Os4iR0bGFldOwg5rUsIKg1aqBotOm&#10;gaXQo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafN/7MVCP+0&#10;IB7/sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5v5+DvryeiMK6mojGt5aJyrWSis2zjozQsYqP&#10;06+HlNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN&#10;n4OmzZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5WeumRXvVnVibx5ppssSdcLbCn3m6v6CCvryfiMK5&#10;nIjHtpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae2aKFodWehaTRnIWmzpyFps6chabOnIWmzpyF&#10;ps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabO/7QUCP+0Hx3/sSw6/604WeumRXvVnVecx5tn&#10;ssSebrbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGwk4rVrY+N2auMk92oipveooie2Z6IodWbh6TR&#10;mYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bO/7QUCP+1Hh3/&#10;sis6/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+v7ujh8S4oIfJtJ2HzrGZiNOulonYq5OM3KiQ&#10;kuGjjprfnoye2pqLodWXiqTRlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabOlomm&#10;zpaJps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zVnlWdx51jssSgarXCo3O6vqR8v7ukhcS3oofK&#10;s5+H0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paPoNaUjaPSk4ylz5OMpc+TjKXPk4ylz5OMpc+T&#10;jKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UTCP+1Hh3/syo6/642WuunQ3zVn1Odx55gssWi&#10;aLXCpXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnoncpJuL4J2ZjuOam5nglZac25OToNeRkaPTkI+l&#10;z5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XP/7UTCP+2HR3/syk6&#10;/642WuuoQnzVoFGdx59escWkZLXCp225vql3v7upgcS2qIjLsaWH0auih9eln4jbnp2I3Zebi+CS&#10;m5Pfkpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2T&#10;pNCNk6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6cx6FascWmYLTCqmm5v61zvruufcS0qofLraWG&#10;0aeihtWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iLmqLUipek0YqXpNGKl6TRipek0YqXpNGKl6TR&#10;ipek0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3HB3/tCg5/7A0WuqpQH3VpEmcyKRVsMaqW7PD&#10;r2O3wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF2I+fh9qKn4vbh5+S2oihnNeIn6HUh5yk0Yec&#10;pNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTR/7YSCP+3Gx3/tSc5/7Az&#10;WuqqPn3WqESbyahPr8ewU7LFuFm1ubNtv7GtfcasqobLpaeFz5+mhNGYpITTkqOE1YyihteIoYrX&#10;haGO14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GE&#10;oqPR/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1Ercm5Ra69uFm4srJvwKyufsaoq4XKoamEzZun&#10;g8+VpoPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnTgKah0YCmodGApqHRgKah0YCmodGApqHRgKah&#10;0YCmodGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/tyQ5/7MvWumtOX7ZtC+WzLgyqcK9QLCztl26&#10;rLFxwaeufsWkrIXInauDypepg8ySqITOjaeEz4mnhtCFpojQgqaL0YCmjtF+ppTQfaeaz32nms99&#10;p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP/7kPB/+6Fxz/uSI5/7UtWuyz&#10;MHrdwB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTGmayDyJSrhMmPqoTKi6qFy4iphsyFqYjNgqiK&#10;zYCojc5+qJHNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbN&#10;/LsOB/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5T7aktWW8oLJ0v56xf8Kbr4TDlq6ExZGthMaN&#10;rYXHiqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyr&#10;ksp8q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3/LolWufOE2jI2QuJrcMyp6G4VridtWi7m7N1&#10;vpmyf8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WErojGg62KxoGti8Z/rY7Hfa2Qx32tkMd9rZDH&#10;fa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH38AIBfXCDxn2whY27sgVUM3cDGa1&#10;2g+Iosk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKFwI2xhsGKsYbBiLGHwoawiMKEsInCg7CKw4Gw&#10;i8OAr43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/D2cIH&#10;BeTHCxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GPwmWpjr5yro28e7KMuoG1ibiCt4e4hLiFt4W5&#10;g7aGuoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18&#10;tI29fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIMSan0FGWZ5iV4jtw5hojUT5CGz2CXhMxtnIPJ&#10;daB/x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSqdMGGq3PBh6tywImscb+LrXG/i61xv4utcb+L&#10;rXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utz8YHAtDNCRLA2QksrPcPSJv6HlyP7zFr&#10;hudCdoDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQepZuz32Xbc5/mWzNgZlrzYOaasyFm2nMh5xo&#10;y4mdZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydysgIAcLS&#10;BxOu5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51ceRlem3ha35q33CBaN51hGbceIVl23uHY9p+&#10;iGLagYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2N&#10;XtaNjV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/LkOC/z1OfP1LV3f4Vl9v811laPBiamTtaW5h&#10;629xX+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWFeljkiHpX5It7VuOOfFbjjnxW4458VuOOfFbj&#10;jnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNu&#10;k8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjD&#10;vHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/&#10;pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2A&#10;m8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6&#10;wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+S&#10;eKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmt&#10;w7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv&#10;/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9&#10;fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqS&#10;vL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+qJxf/pzUv/6NESvqdUWXpl15+25RtlM+Sd6bF&#10;koG0xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKYwbyAm8K8fp7CvH2hw7t7pMS7eqnEunmtxLV5&#10;rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7D/6sbBf+rJhf/qDQv/6RD&#10;SvmeUGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnBkY67v42Qvb6Jkr+9hpTBvIOXw7uBmsS6fp3F&#10;un2hxrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSx&#10;eq3E/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZmlsyVcanFlXy0xJaDt8KXi7rAk4y8vo+Ov72L&#10;kMG8h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJsHurx6x7rcWse63FrHutxax7rcWse63FrHut&#10;xax7rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/qTMv/6VBSvmfT2bomVuB2ZhjlsyWb6rFlnm0&#10;w5eBt8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iCmMm3f53Ktn2iy7Z8qMuwe6nKrHyqyKh9rMWo&#10;fazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF/6wZBf+sJBb/qjIv/6VBS/mg&#10;TmfnmlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+vZOMwbuOjsS5ipDHuIaTybaCmMu1f53NtH6j&#10;zrF8ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzG&#10;/6wZBf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uYaqzFmXS0w5p9t8Gbhbu+mYm/vJWKwrqQjMW4&#10;jI/ItoeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+pyaGArMahgKzGoYCsxqGArMahgKzGoYCsxqGA&#10;rMahgKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv/6Y/S/igTWfnnVWB2Zxcl8qZaKzFmnK0w5x6&#10;uMCcg7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGxgZ3TrICi06eApdCkgKfNoIGpyp6Bq8aegavG&#10;noGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG/60YBf+tIhb/qzEv/6c/S/ihTGfn&#10;nlOB2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qIxLiVicm1kIvNsouP0bCGldWuhJ7Xp4Kh1KOC&#10;pNGfgqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vH/60X&#10;Bf+uIhb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzFnWy0w591uMCgfry9oIfBup2IxreYiMuzk4nP&#10;sI6N1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eX&#10;havHl4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+S/iiS2jooU+B2aBTl8qeX6zGn2m0w6FyuMCi&#10;fLy9ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zcnImg1pmIo9KXiKbOlYipypSIq8eUiKvHlIir&#10;x5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvH/64XBP+uIRb/rC8v/6g9S/iiSmjook2A&#10;2aJQl8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSgh86wnYjVq5mK3aWXk+abkZvdlo+g15SNo9OS&#10;jKbPkYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvI/64WBP+v&#10;IRb/rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGzxKdqt8CpdLy8qX7CuKiHyLOmh8+soofXpJ2J&#10;3ZqajeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ&#10;jY6qyY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ejSWnopkh/2qdIlcylU6rHqFyyxKxktsGubru9&#10;r3jAtqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f2IuZodSLlqTQipOnzYqRqcmKkanJipGpyYqR&#10;qcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ/68VBP+wIBb/ri4v/6k7S/ekR2npqER+26tD&#10;lM2pTKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+hpITTl6KE1o6gh9mIn4/ah6Ga2IegodSHm6TR&#10;h5imzoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanK/7AVBP+wIBX/&#10;ri0v/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxSsbm1Z7uwsHjDq6yEyaSphM2cpoPQk6SE04uj&#10;htWFoozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqo&#10;y4SaqMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfrrzt73rYzj9K6NKHMwjmqu7pVtbC0ar2qsHnD&#10;p62Ex5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+ll9J/pqDQf6WmzoCgqMuAoKjLgKCoy4CgqMuA&#10;oKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ETBP+yHhX/sCsu/6w3TPqsO2XttTR44r8pidjM&#10;IJi+vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTKjqmEzIiohs6Dp4nPgKeNz36nk898qJrOfKmi&#10;zXynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jL/7ISBP+zHRX/sSku&#10;/602TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOzb76gsXvBnq+Ew5euhMaRrITHjKuFyYeqh8qD&#10;qonLgKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmr&#10;pMp5q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p0t8Rf7nMJ5ynvUyxoLdiuZ20cb2bsny/mrGE&#10;wZSwhMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8rJLIe6yXyHmtnsd5rZ7Hea2ex3mtnsd5rZ7H&#10;ea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2GRT/tSQt/7QsSfLFH1TW3RJiwd8TgazNLpqf&#10;wE+rmrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCHw4aviMODr4nEga+LxH+ujcV9rpDFe66UxXqv&#10;mcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nE/7cOA/+4FhP/tyAt+b8f&#10;QdzZEUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbORuHu4kLaCu460hb2Ls4a/iLKHwIayicCEsYrB&#10;grGLwYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7&#10;sZXB9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIifZbWN42Pzk+YjMhhoIrEbqaKwXiqh799rYS+&#10;gLCBvIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22driPt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiT&#10;t3S4k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHuyA4iy9sLLrb4EUyl9R1jl+gsdY3fPYGH2FCL&#10;g9NgkoLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PGgqRyxYSlcMWGpW/EiKZuxIqnbcONp2vDkKhr&#10;w5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co18AGAdvGCA7L0woVuOgMMqb/&#10;FUqY+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2JcNhxi27WdY1s1XiPatR7kGnTfpFn04CSZtKD&#10;k2XShZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6W&#10;0cIGAc3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70TWR58Fhqc+xfb23qY3Np52l2Z+VueWXkcntj&#10;43Z9YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92JhFrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrd&#10;jYVa3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYamv8TK47/JDmF/zZEfv9ETXn/UVVx+1dba/dd&#10;YGX0YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY635xV+qBclbqhHJV6YdzVOmKdFPojnVT6I51&#10;U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51vMkFAKvbAQia/wsWj/8ZI4X/Ky1+&#10;/zk3eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtrW1X5cF1U+HReUvd4X1H3e2BQ9n5hT/WBYk/1&#10;hGNO9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85Bm/6AY&#10;A/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5&#10;woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyM&#10;jarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn&#10;7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vA&#10;eaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+i&#10;LBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGb&#10;ucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarH&#10;ipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6EYA/+jKxD/oDol/5xIPP+XVlP4k2No7JJp&#10;euGRc4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjChJi5wYGbusF/nbvAfaC8wHukvMB6p73Aeay9&#10;wHiwvb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8/6EYA/+jKhD/&#10;oTkl/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCCpsiPibDEj4+2w4uRt8KIlLnBhJe6wIKavMB/&#10;nb2/faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmz&#10;vbR5s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3ll5p65Vje+CUbI3VknWczZF/qMeRh7LEkY62&#10;w42QuMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15qsC9eLDAuHmwwLR5sb+verK9r3qyva96sr2v&#10;erK9r3qyva96sr2verK9r3qyva96sr2verK9/6MYA/+kKRD/ojgl/55GPf+ZVFX3l1xp65dgfN+W&#10;aY3Vk3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9voOYv72AnMC9faDBvHulwrx5q8K5ea/CtHmv&#10;wbB6sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+/6MYAv+lKBD/ojcl&#10;/59GPf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WTgrTElIq3wpGOucCMkLy/iJO+vYSXwLyAm8K7&#10;faDDu3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8&#10;sb+ofLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp65tbfN+ZYo7Ul2uey5V2rMWUgLTDlYi3wZON&#10;usCOj72+iZLAvIWVwruBmsS5faDGuXuox7R6q8eve63Fq3uuw6d8r8GkfbG/pH2xv6R9sb+kfbG/&#10;pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+mJxD/ozYl/6BEPf+bUlb3nFVp65xYfN+bXo7U&#10;mWeeypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aUxLmBmce3fqDJtnypyq57qsiqfKzGpn2txKN+&#10;r8GgfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG//6UYAv+mJg//pDUl/6BE&#10;Pf+cUVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTDmYK4wZmKu76UjL+8jo7DuYiSx7eCmMu1fqHN&#10;r3ynzal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+d&#10;gLG//6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BTe+CgV43Unl+eyptrrMWbdbTDm364wJuHvL2X&#10;isC6kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvHnYGtxZuBr8KZgrG/mYKxv5mCsb+ZgrG/mYKx&#10;v5mCsb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//pTQl/6FDPv+eTlX4oU5o7KJQeuCjUozVoVud&#10;y55mrMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCGltSpgqDWoYKk0J2CqMuag6rImYOtxZeEr8KW&#10;hLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA/6YYAv+nJQ//pTQl/6FCPv+f&#10;TFX4okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3wKKAvbygh8O3mojKspOK0qyLlNugh5/Ymoak&#10;0ZeGp8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DA&#10;/6cYAv+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKpS4rWqFGazaZbqcelZbLEp3C2wKd6vLymg8O2&#10;oofLr52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqsxo+KrsOPibDBj4mwwY+JsMGPibDBj4mwwY+J&#10;sMGPibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl/6JBPv+iSFT5pkdm7qpHd+OtR4jZrUuYz6xU&#10;psisXq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96Pmp3ajZWi04ySps6LkKnKi46rx4uNrcSMjK/B&#10;jIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/B/6gYAv+pJA//pzIl/6NBPv+kRlP6&#10;qURk761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbduuLKwfMKpqobLnKWE0o2gh9iGoJfZh56i04eY&#10;pc+HlajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/C/6gY&#10;Av+pIw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLevjuP1sQ/mszFSqa8vF2ysbVvu6qwfcOjq4TJ&#10;lqeDzoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSWrMaFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOF&#10;lK7DhZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/Pv+oQFH8rzxh87Y5cOq/N33jyjWH1NE3lb7C&#10;S6mwuWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3QfaeY0H2opM5+pKjLf5+qyYCbq8aBmK3EgZit&#10;xIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3E/6oXAv+qIg//qDAl/6U+Pv+rO0//tDdd&#10;9r0zauvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6xf8GYr4TEj6yEyIeqh8qAqYzMfKmTzHqqnMt5&#10;q6bKeqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3E/6oWAv+r&#10;IQ7/qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaGtsw8m6jBVKufuWa2m7V0vJmyf7+VsITCja+F&#10;xIath8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3E&#10;eaWtxHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2L0jzxChR4NYmVszkInG72iiIqsxBm5/DV6mZ&#10;vGmylrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6PxXuulMV6r5rEeK+gxHWvp8R0ra7DdK2uw3St&#10;rsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D/6wUAv+tHw7/rCsk/7AvN/q/JUHk0SBFzuQd&#10;W73pInSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eNtoS7ibSGvYWyiL+CsYvBf7GOwXyxksJ6sZbB&#10;ebGbwXiyocB0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safB/64SAf+vHQ3/&#10;rigk/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFIlJDKXJ6NxWqli8F2qom+fa+FvICygrqDtH65&#10;hrZ8uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ek&#10;uXO3pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB7xdIsPcgYKHqK3OV3zmCjddMjYjRXZWGzGqb&#10;hMl0oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/ja5vvpCvbr6Ur2y+ma9rvqCva76gr2u+oK9r&#10;vqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MOAf+0Fgz8vBca1tYLFsPtEDCy/BlKovklXpbt&#10;M26M5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZccx9m2/LgJ1tyoSea8mHn2nJiqBoyI6hZ8eS&#10;omXHlqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yj9LYKAf+4EgvVzAoL&#10;xNsKGbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrjYHx132eBcd1thG3bcodq2XaJaNh6i2bXfY1k&#10;1oGOY9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zS&#10;mZNc0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRDjP80UIT7Qlp99k9iePFaaHHuX21r62RxZ+lp&#10;dGTnbnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a4Yh/WeCLgFfgkIBW35WBVt+VgVbflYFW35WB&#10;Vt+VgVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTIBwC02QUKo/4NHJb/GiyL/ys6g/86RHz/SE11&#10;/1JTbv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJzZ1fxd2hW8XppVfB9alTvgGtT74RrUu6HbFDu&#10;i21P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuxsAFALTQBAGj4wIKlv8Q&#10;GIv/ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb/19PWP9kUlX/aVRT/21VUv5xV1D9dFhP/HhZ&#10;Tvt7Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I&#10;+JBftccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87Kmj/QjFh/0o2XP9RO1f/Vz9T/11CUP9iRE7/&#10;Z0ZM/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NOQ/+HTkL/i09B/5FQQf+RUEH/kVBB/5FQQf+R&#10;UEH/kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx9&#10;44aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvI&#10;cMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+P&#10;WUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKp&#10;qcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq&#10;/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/R&#10;eJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRx&#10;wKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aE&#10;h96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCr&#10;xHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ISAf+WJwr/ljsc/5RLMP+QWUP/&#10;j2NU+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+TntF9l6LPe5umzXmeqMx3oqrLdqWsynSprclz&#10;ra7JcrKvyXG3r8hxvK/Cc72uvnS9r750va++dL2vvnS9r750va++dL2vvnS9r750va++dL2v/5MS&#10;Af+XJwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPojXeA4YyAi9uIh5TVhY2c0oKRoc9/lqbMfZmp&#10;y3udrMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1urO8dbqzuHa6s7h2urO4drqzuHa6s7h2urO4&#10;drqzuHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZLMP+SWUT/kl5V+pJkZfCRanTnj3OB4I59jNmL&#10;hZbUiIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0xXiotcR2rrbEdbS2wXa3trx3t7a3d7e2s3i3&#10;trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2/5URAf+ZJwr/mTsc/5dKMP+TWET/lFxV&#10;+pRhZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uEk6zIgZewxn+bs8R9n7XDe6S3wnmpucJ3r7nC&#10;drW5vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3/5YRAf+a&#10;Jwr/mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC3pF2jtiPf5nRjYiizYqOqcmHkq7GhJazxIGa&#10;tsJ+n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmveba4rHq2t6x6tresera3rHq2t6x6tresera3&#10;rHq2t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+WU0T/mFdV+phbZfCXYXTnlmiC3pNyj9aRe5rQ&#10;j4Sjy42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmrvL93s7y4eLO7snm0u655tbqrerW5qHu2uKh7&#10;trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4/5cRAf+bJgr/nDoc/5hJMf+YUUT/mlRU+ptY&#10;ZPCaXXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PDiZS3woSYusB/nry/e6W+v3muvrl4sr6yebK9&#10;rXqzvKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4/5gRAf+cJgr/&#10;nDkc/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plpj9aWcprPk3ylypGFrcWQjbTDi5K4wYWWu7+A&#10;nb69e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5oH22uKB9trigfba4oH22uKB9trigfba4oH22&#10;uKB9trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/nk9T+59SY/GgVnLon1uA351kjteabZrQl3ek&#10;ypSBrcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7r8KmfLG/o32yvaB+tLuef7W5nH+2uJx/tric&#10;f7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kRAf+eJgr/nTgc/5pHMf+cS0L/oE1S/KJQYvKj&#10;U3Hpo1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26voqSv7qBm8W3fKnJq3yrx6R9rsOgfrDAnX+y&#10;vZuAs7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4/5oRAf+eJgr/njgc&#10;/5pGMv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqkYpbSoWuhy511q8aagLPCmIq6vI6PwraDmcus&#10;fabOon+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4lIO2uJSD&#10;triUg7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ/qdKX/SpTG3rq1B746xUh9yrXJPUqWWdzqZv&#10;p8ijerDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWUha/Bk4WxvpKFs7yRhbS6kYW1uZGFtbmRhbW5&#10;kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+fJgr/nzcc/5tFMv+hRUD/pkZP/6pHXfatSWvt&#10;sEx45rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+FxKGVks6UjqPSkIuoy4+KrMaOiq/Cjomxv46J&#10;sr2OiLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5/5sRAf+gJgr/nzYc/5xE&#10;Mf+jQz//qENO/61EW/ixRWjwtkh06btMfuPAUYffxluO1shrlMa9caa1s3i1paiBw5Sfjc2JnKLS&#10;h5SnzIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqK&#10;i7S6/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FAWfq3QWTzvURv7sVJd+XOUnzd1mJ/zM5okrzF&#10;bqSru3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3EhJOvwYWRsb+Gj7O9h460u4eOtLuHjrS7h460&#10;u4eOtLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/oDUc/6A/MP+nPT3/rjxK/7U8Vfq9PWDwxkJn&#10;5tFKbN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYatiMZ7qpTKeKuoyXuiq8d+nK3EgJmvwoGWsMCC&#10;lLK+g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8/54QAf+iJgr/oTQc/6I8Lv+q&#10;Ojv/sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GMrsxfm6HDbaiYvHmykbWEu4WxicJ8rpHFeK6f&#10;xXWtrMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9&#10;/54QAf+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQOE7Z3jlay+Y9br7gQoCu1FCQoctfnZjDbaiR&#10;vXmxi7iDuIO0iL19sZDBebGawXWxpcFyr6/CdaivwXejsMB5n7G/e5yyvXucsr17nLK9e5yyvXuc&#10;sr17nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc/6g0K/+zLzT5vy086c0vQNneL0rK5zRfveo6&#10;c6/eQYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6to27d7WVvHW1n7xytKi9brOyvnGssr50p7K+&#10;dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9/6EQAf+lIwn/pDEc/60uJ/+5KS/u&#10;yCYz2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81imorHcKKGw3qogL+ArXu9hbF2u4u0c7mStXG5&#10;mrZwuaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4/6MQ&#10;Af+nIgn/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv8zJmoec7dpXeRoON1laNh9BkloTLcZx/yHih&#10;esV+pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/rq5lvbiwZbm7sGW5u7BlubuwZbm7sGW5u7Bl&#10;ubuwZbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/LsdGuPRExnM5RkpvfIiQa/9KlWh8zRmluk/dIzh&#10;S3+F21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIehaseMo2jGkqRmxZmlZMWgpWTFqKVjxrKkYMS7&#10;pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLum/6gQAP+qHgj/sx0R7MkOD87jDhW+8hgt&#10;r/4iQ6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZbopw1nSObNN5kWnSf5Nn0ISVZM+Kl2LOj5hg&#10;zZWZX82cml7NoptdzaubXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSa/6sPAP+t&#10;GgfywA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9eg/FLaH3sVnB36F92ceRlemzhbH5p33KBZt14&#10;hGPcfYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X1qWOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayO&#10;VtWsjlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79EByh/xwvlf8pP4v/N0yC/kVWfPlQXnX0WWRu&#10;8V9paO5kbWTranBh6nBzX+h1dV3nendb5n94WeWEeVjkiXtW4458VeKTfVTimH5S4Z5+UeGlf1Hh&#10;pX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/8bQIAM7ABgC9zgcBruAHC6D/EhyU/yAriv8v&#10;OIH/PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb9W1iWPRyZFbzd2ZV8ntnU/GAaFHwhGlQ8Ilq&#10;T++Oa07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9u0bkDALzFBQCt&#10;1gMBn/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9PQ2L/VUdd/1pLWf9gTVb/ZVBT/2pRUf9uU0//&#10;clRO/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5NbRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcRfqY&#10;XEX6mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+/ykbdf81I2z/PCpk/0MvXv9KNFj/UDdU/1Y6&#10;Uf9bPE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/eEVC/31GQf+BR0D/hkg//4xJPf+RSj3/kUo9&#10;/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUAAJ7XAACP9QABhv8PBHz/Gwtx/yQRZ/8sF1//&#10;NRxZ/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2EyQv9mM0D/ajU//242Pf9zNzz/dzg7/3w5Ov+B&#10;Ojj/hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8/4MTAf+EIgb/hTUU&#10;/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43f&#10;aauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o&#10;0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KV&#10;guRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKR&#10;zmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5&#10;fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxl&#10;yZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4QTAf+FIgb/hjUU/4RG&#10;JP+AVTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnnod41/5XWTheJymIngcJ2M326ijt1sppDca6uS&#10;22mvlNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchqz5bIas+WyGrPlshqz5bIas+WyGrPlshqz5bI&#10;as+W/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hkUf6Ha173g3Jp8YB8c+t9hXvneoyC43eSh+B0&#10;l4zecpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z12jGmtNozJrMasyZxmvMmsJszJrCbMyawmzM&#10;msJszJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/iDUU/4ZGJf+HUzX/i1tD/4xiUf6Kal72h3Fq&#10;8IR6dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhvpZjWbaua1Wuwm9Vqt5zUab+d1GnJncxryp3G&#10;bMmdwG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd/4cSAf+JIQb/ijUU/4hGJf+K&#10;UjX/jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG4HyPjN15lJHadpqV2HOfmdVwpZvUbqqe022x&#10;n9JruKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4cMehuHDHobhwx6G4cMehuHDHobhwx6G4cMeh&#10;/4gRAf+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6QZV72jmxr74t1duiHfoDjhIaI3n+Nj9t7k5TY&#10;eJmZ1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/EpL9wxKW6ccSltXHEpbJyxKSycsSksnLEpLJy&#10;xKSycsSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU/4pGJf+QTzT/lFZD/5RbUf6TYV72kWhr7o5w&#10;duiLe4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPPcaqmzm+zp81uvajHcMKovnHBqbhywam0c8Gp&#10;r3TCqK10wqetdMKnrXTCp610wqetdMKnrXTCp610wqetdMKn/4oRAf+MIQb/jTQU/4tGJv+TTjT/&#10;llNC/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeIktiCj5nTfZWf0Hmco851o6fMcquqy3C0q8hw&#10;v6y/c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8CqqHfAqqh3wKqod8CqqHfAqqh3wKqod8Cq/4sR&#10;Af+NIAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33mGBp75VodeiScIDhj3uK3IuEk9aGjJrSgJOh&#10;znuapsx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3vK+oeL2vpXm+raN5vq2jeb6to3m+raN5vq2j&#10;eb6to3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49EJf+YSjP/m01A/51RTv+dV1v4nFxo8JpjdOiX&#10;an/ik3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2xxHS6s7d2ubOveLmzqnm6s6Z6urKje7uxoHu8&#10;sJ98va6ffL2un3y9rp98va6ffL2un3y9rp98va6ffL2u/4wQAf+PIAb/kDQU/5JDJf+aSDL/nUo/&#10;/59OTf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaPhJvQiI2jy4GWq8d7obHFdrC1une3tq95t7ao&#10;eri2o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOefbqynH67sZt+vLCbfrywm368sJt+vLCbfryw&#10;m368sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+bRjH/oEg+/6JLS/+kUFj6pFVk86RacOuiYXvk&#10;n2mF3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1uaZ7trihfbe2nX64tZt/ubSZf7qzmIC6speA&#10;u7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux/40QAf+QIAb/kTQU/5dCJP+dQzD/okU9/6VI&#10;Sf+oTFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbLlYOiwIuOrbaDmraufqq7pHyzvJ5+tbqagLe3&#10;mIG4tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgrux/44QAf+RIAb/&#10;kjQU/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBTaOyyWnLks2F7269uhMymdpTAnH6itJKIrqmK&#10;lLeghaS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmzkIS6spCEurKQhLqykIS6spCEurKQhLqykIS6&#10;spCEurKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/p0A6/6xCRf+wRlD5s0ta8LdSY+i7WWvfvWRy&#10;0bZsgsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJs7yMibW5jIi3toyIuLWMh7m0jIe6s4yHurKM&#10;h7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qy/48PAf+SHwb/lDQU/5w9If+jPC3/qj04/69AQv+0&#10;REz1uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqnegoKGArZObi7eJlpu9g5Wvv4SRs7yGjrW5h422&#10;t4eMt7aIi7i1iYq5tImKurKJirqyiYq6somKurKJirqyiYq6somKurKJirqy/5APAf+THwb/lTQV&#10;/547IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/RW1nPymBtwcJngLK5bZCksXSfl6p9q4qkiLV/&#10;oJe7eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25s4WNurKFjbqyhY26soWNurKFjbqyhY26soWN&#10;urKFjbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy/7g6O/bAP0HsykdF49ZURdbZV1jH0F5ruMhk&#10;fqrBa46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3nbW5epm2t32Wt7Z+k7m0f5G6soCQu7GAkLux&#10;gJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+VHwb/lzMV/6I1Hv+rMyf/tDQv+b42Ne3JPTji&#10;1kg42eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53pHi6g61uuJOzaLiotmmyuLZvp7e2c6G4tXac&#10;ubR4mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbyw/5MOAf+WHwX/mTMU/6Uw&#10;HP+vMCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz3VZspdhdepjSZYiKzm2Ufcl2n3PEg6dswJGs&#10;Z76hr2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sava50mr2udJq9rnSava50mr2udJq9rnSava50&#10;mr2u/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEtIdXgMyzJ6Dw/vuhDUbHlSWGk4k9wl99WfYra&#10;YIiA02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2qY7i/q2awv6xpqr+sbKW/q22iwKptosCqbaLA&#10;qm2iwKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/oiwQ/60oFfu7IxjozSAX1d8lHcjoMDG87zlE&#10;sOxAVaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzNgZpnyoueZMiWoGHIo6FgyLOhXcfDo1++xKVh&#10;tsOlZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl/5cNAP+cHgX/piYN/7QgD+/G&#10;Fw/W3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609wgeVYenrfZIJz2m2IbdZ2jWjTf5Jk0IiVYM+S&#10;mF7OnZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5euMmeXrjJnl64yZ5euMmeXrjJnl64yZ5euMme&#10;/5oMAP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676LTmi+jZKlvo/WIv1SGOC7lJteuhcdXLkZHtt&#10;4G2AaN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9SukVbUvJBW1M2QVs3RklfI0ZNXyNGTV8jRk1fI&#10;0ZNXyNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID1MkKAsjaCwa59BYXrP8jKqH/LjuV/zhJi/9C&#10;VYL4TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c4YN/Wt+Lglfek4NV3ZyFVNylhlLcr4ZS3LuG&#10;UdzMhVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqF/6AKAP+tEwHUwAgAxs4IALnjCwir&#10;/xcZn/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/VeY2XyZWhg72xrXe1yblrreXBX6oByVemHdFPn&#10;j3ZR5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6/6QH&#10;ANi4BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA/z8/ef9KR3D/UU5p/1dTYv1dV177ZFta+Wpe&#10;V/dwYFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrwn2pJ76drSO+wbEfut2xH7rdsR+63bEfut2xH&#10;7rdsR+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsFApz/EAuR/x0Xh/8qI37/Ni12/0E2bf9IPGb/&#10;T0Jg/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hUSv9+VUj+hFZH/YtYRfySWUT7mFpD+59bQvqn&#10;XEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcyLYBALXBAwCn0QEAmesFAo//EgmF/yAS&#10;fP8sG3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//Xj1M/2M/Sv9oQEf/bUJF/3JDRP93REL/fUVA&#10;/4NGP/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLtroCAKbK&#10;AACY3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zceV/8/IlL/RiZN/0woSv9SK0b/WC1E/10uQv9h&#10;L0D/ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1/4w4M/+UODP/mDkz/5g5M/+YOTP/mDkz/5g5&#10;M/+YOTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/DgJn/xMFX/8dCVf/Jg1R/y8RTP83FUf/PhdD&#10;/0UZQP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9nIzL/bCQx/3IlL/93Ji7/fSct/4QoK/+LKSv/&#10;kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3Vi&#10;P/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN5&#10;7FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDjedVg43nVYON5/3YVAv9zIAT/&#10;cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9h&#10;q3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDj&#10;edVg43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/eFgz/3lgP/93aUr/c3FU/3F8XPtuhmP3a45p&#10;9GmUbfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tfvHzqXsR96l3Nfedd2X3hX9592mDgfNFi4X3P&#10;YuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cVAv90HwT/dTEN/3NCGv93TSf/e1Y0/3xfQP96&#10;Z0v/d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ5937GWleetkqnvqYq996WG1fuhgvX/oX8WA6F7Q&#10;geJf2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HKZN+BymTfgcpk34HKZN+B/3gUAv91HwT/djEN&#10;/3RCGv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0gWb1cIpt8W2Rcu5rmHbsaZ5562ekfOllqX7o&#10;Y6+A52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTchMZl3ITFZdyExWXchMVl3ITFZdyExWXchMVl&#10;3ITFZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0/4NcQP+CZEz/f2xW/Xp0YPh3f2jzc4hv8HCP&#10;dO1tlnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fjYcmH4GHVh9Vk2ofNZdqIx2bZiMFn2Yi/Z9mI&#10;v2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94HgP/eTAN/3hBGv+BSSf/hlIz/4haQP+HYkz/&#10;g2lX/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqig+RoqIbjZq+I4mS3iuFjwYvhYs6L2GTWi81m&#10;1ovGZ9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaM/3sTAf95HQP/ejAN/3w/&#10;Gv+FSCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrxe4Jy7XeKeelzkn7mb5mD5Gyhh+JqqIrgZ6+M&#10;32W4jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs05C0bNOPtGzTj7Rs04+0bNOPtGzTj7Rs04+0&#10;bNOP/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FWP/+QXUv/jmRW/IlrYfaEc2vwf35z7HuHeuh2&#10;kIHkcpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGTxmrQlL5r0JS4bNCUs23QlK9u0ZOubtGTrm7R&#10;k65u0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/fC8N/4M8Gf+NRSX/k00x/5VTPv+UWUr/kmBV&#10;/Y9oYPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1tp5HbabGU2We/ltRnzpfHa82YvWzNmLZuzZiw&#10;b82YrHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W/34SAf98HAP/fi8N/4Y7Gf+R&#10;QyT/lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz64R/fOZ+iYTheJKL3XOckNpuppXYarOZ1mjF&#10;m8lry5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmidM2YonTNmKJ0zZiidM2YonTNmKJ0zZiidM2Y&#10;/38SAf99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+cUkb/m1hS/5lfXfiVZmjxkG5y64p5e+WDhITg&#10;fI+M3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLHoKd0yJ+jdcmeoHbKnZ52y5uddsuanXbLmp12&#10;y5qddsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N/4w4GP+XQCL/nEQt/59JOf+gTkT/oFVP/J5b&#10;WvWcYmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzDcK6hvm+/o7NyxaOqdMWjpHbFo6B3xqGdeMeg&#10;m3jInpl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5ypyYecqc/4ARAf9/GwP/gS8N/483F/+aPyH/&#10;n0Is/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4JpxddWTfIHLioWNw4KPlrt7mp61dqeksHS4p6h2&#10;wqeheMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmdlHzJnZR8yZ2UfMmdlHzJnZR8yZ2UfMmd/4ER&#10;Af+AGwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6qVBJ8qpWUuqqXVziqWZm16JvcsuZeIHBkIGN&#10;uIiKl6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+xKSSfsWjkX7HoZB+yJ+QfsmekH7JnpB+yZ6Q&#10;fsmekH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1Fv+eOh7/pD4o/6hCMv+sRzv2r01E7bFUTeWz&#10;W1XcsGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52nl4Ctq5OAv6uRgcGpj4HCp46Bw6WNgcWjjYHG&#10;ooyByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+Mgcif/4IRAf+BGgP/hi0N/5Y0Ff+gOR3/pjwm&#10;/6tAL/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLulcX+wnXmMpZWCl5uPjaGTipmnjIepq4iHv6yI&#10;h8CqiIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITIn4iEyJ+IhMifiITIn4iEyJ+IhMif/4MQAf+C&#10;GgP/iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k55cJSPtrCWEzMumBfv7Jnb7Orbn6oo3aLnZx+&#10;l5KXiaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aDicWkg4jGooSHyKCEh8ifhIfIn4SHyJ+Eh8if&#10;hIfIn4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+lNBr/rDYh/rM6KPO7QC3pw0gx4ctRN9LHVkvF&#10;wF5duLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZiiqnSYt6t3lcGpepHCp3yPw6V9jcWjfozGoX+K&#10;yJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif/4UQAf+EGgP/jigL/58xEf+nMhf/sDMd+bk2&#10;Iu7CPSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqYsnGHjKx5k4Gogpx3pI+jcKKfp2yitKhun8Kn&#10;cpnDpnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsme/4YQAf+FGQP/&#10;kSYK/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpKM8TSUke3y1pZqcZhaZzAZ3iQum6EhLZ2j3my&#10;gJhvr42faK2do2StsqRlqsWkaqLFo22dxqJwmcehcpbIn3STyZ11k8qddZPKnXWTyp11k8qddZPK&#10;nXWTyp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6uykT7MgsE97YNxDT4UEeyd9JMLzaUUSv01hW&#10;oc1fZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66sZ5duMmeYq7In2amyJ9pocmea53KnW6ay5tu&#10;mcubbpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gPAf+JGQP/miMH/6gnCv+1IgzxxCAM4NUkCdHh&#10;MBTH5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6dMxzhGvKfotiyIyRXMiclVnIsZZXyM6WW7vN&#10;mF6yzJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2X/4oOAf+LGAP/nyEF&#10;/64gBvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTkSkiY4lBWjOBXYoDdX2x222h1bNpyfWPYfoNc&#10;2IyIV9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLRk1+s0ZNgqtGTYKrRk2Cq0ZNgqtGTYKrRk2Cq&#10;0ZNgqtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4CxOseDbjvLB2t7jcuouxAPZfrSEqM6U9WgehW&#10;YHbnXmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR3LiFUd3UhFPQ2odUxtiJVr/Xili41otZttaL&#10;WbbWi1m21otZttaLWbbWi1m21otZttaL/44NAP+XEgH/rRUB2b8JAMzOCQDD6w4EtvUeEav1LCGh&#10;9DcwlvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1wblrqenJW54V2U+WReVHknntP46x8TeO9fE3j&#10;2XxQ2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6B/5IMAP+gDQDbtwYAysMH&#10;AMDSCQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4/VFQbv1XV2X6Xlxg9mZhW/RvZVbxeGhT74Jr&#10;UO6MbU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y5nNO1ed0TtXndE7V53RO1ed0TtXndE7V53RO&#10;1ed0/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8hFpL/LiOJ/zkvgP9COXf/SkJt/1BJZf9WTl//&#10;XlNa/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9JxkRvOmZUXys2ZE8sFnQ/LUZ0Xu52dG6+hnRuvo&#10;Z0br6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8vgQAr80EAKTeBwGa/xUJkP8kFYf/MCB+/zsq&#10;dP9CMmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/ck9K/3lRR/+CU0X/i1RD/pRWQf2eV0D9qFg/&#10;/LNZPvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvbWj3721o9+9ta0q0AAL24AgCuxQIAodUCAJb3&#10;CwKN/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wzVP9TN1D/WjpM/2A8Sf9mPkb/bUBE/3RCQf97&#10;Qz//g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3/8JLN//CSzf/wks3/8JLN//CSzf/wks3/8JL&#10;v7MAAK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/KhNk/zEZXP84HlX/QCJQ/0gmTP9PKUj/VStE&#10;/1stQv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+LNzP/lDgy/5w5Mf+kOjD/rzsw/7I7MP+yOzD/&#10;sjsw/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAAhO8AAHz/DQFv/xEDZv8ZBl7/IQpW/ykPUP8y&#10;E0v/OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1/2QiM/9pIzH/cCQv/3clLf9+Jiz/hycq/48o&#10;Kf+XKSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqocIAAJHRAACC4QAAeP8AAGz/CAFg&#10;/w0CV/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+DjX/RA8y/0kQMP9OES7/UxIs/1gTKv9dFCn/&#10;YxUn/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5EaH/+RGh//kRof/5EaH/+RGh//kRof/5Ea/2gZ&#10;Av9kIwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/ZHJB/2J9SP9gh07/XZBS/1uYVv9anln/WKRb&#10;/1eqXf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS5mPxU+pj7FTtY+ZW72LgV/Bj4FfwY+BX8GPg&#10;V/Bj4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19AEP9mSRr/alMl/2tcMP9pZTr/Z3BC/2R7Sf9i&#10;hU//X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi+lW8ZPpVxGX5VM5l91PdZvNT5mbuVepm51bt&#10;ZeFY7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bbWe9m/2oYAv9mIgT/YS4H/2A/EP9pSBv/bVEm&#10;/25bMP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9dnF39W6Jg+1qpYvpZr2T5WLVl+Ve8Z/hWxWj3&#10;Vc9o9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vuadNb7mnTW+5p01vuadNb7mnTW+5p/2oYAv9n&#10;IgT/Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE/2l2TP9ngVL/ZItY/2GTXP1fm2D7XaFi+luo&#10;Zflarmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zkWelr3Fvra9Rc7GzNXe1szV3tbM1d7WzNXe1s&#10;zV3tbM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9wRRv/dE4m/3ZXMf90YDv/cGlF/21zTf9qflT/&#10;Zoha/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9bfRYx27yV9Rv7lfib+ZZ5m/dXOlu013qb81e&#10;63DHX+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw/2wXAv9pIQP/ZS0H/2s6EP90Qxv/eUwm/3pV&#10;Mf95XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3YZ9o9l+ma/RdrW3zXLRv8lq9cfFZyXLvWNpz&#10;6Frjc95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0/20WAv9qIAP/&#10;Zi0H/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3ZsT/9xd1f+bYJe+2qMY/hmlWj1ZJ1s82Gkb/Jf&#10;rHHwXbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4xGLleL5j5Xi6ZOV4umTleLpk5Xi6ZOV4umTl&#10;eLpk5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/gkcl/4RQMP+EWDv/gWBF/3xpT/92clf+cX1f&#10;+W2IZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc0HrjXd971GHie8pi4nzCZOF9vGXhfbdm4nyz&#10;Z+J8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AVAf9sHwP/aSwH/3c0D/+BPBn/h0Uk/4pNL/+J&#10;VTr/h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy72ahduxjq3nrYLZ86V7Efude2H/YYd9+ymPf&#10;gMFl3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+sad9/rGnff6xp33+sad9//3EVAf9tHwP/aysH&#10;/3syD/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+DaVf9fHJg+HZ/Z/Rxim7wbJV07Wifeepkqn3o&#10;YbeA5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvchKls3YOmbN2CpmzdgqZs3YKmbN2CpmzdgqZs&#10;3YKmbN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh/5RKLP+VUTb/k1hB/5BgS/uLZ1X1hG9f8H16&#10;Z+t3hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofBZ9mIt2nYia9r2ImqbdmIpm7ah6Nu2oagb9uF&#10;oG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9wHgP/cigH/4IuDf+ONhb/lUAf/5lIKf+ZTzT/&#10;mFU++pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KWfs1toYTJaq2JxWi7i8Fo0Iy2a9WNrm3Vjadv&#10;1oyjcNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqHm3Lah5ty2oebctqH/3MUAf9wHQP/dSYG/4Ys&#10;Df+RNhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/mlGhZ345zY9WGfW7Nf4d4xniRgMBzm4e7b6eM&#10;tm20j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd02IqWddmJlnXZiZZ12YmWddmJlnXZiZZ12YmW&#10;ddmJ/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BDJP+iSS73o1A376JWQeehXUrfnWdU1JVvYsuN&#10;eG7DhYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CUnHTRkph20pGWd9OPlHfVjZJ31oyReNiKkXjY&#10;ipF42IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/eyMG/4wpC/+YNBL/nzwZ/6NBIvumRiryqE0z&#10;6qlUPOKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/kYqke5yQnniqlJp2u5aXd8+WlHnQlJF60ZKP&#10;etOQjnrUj4161Y2MeteLjHrXi4x614uMeteLjHrXi4x614uMeteL/3UTAf9zHAP/fSEF/44pCv+b&#10;NBD/ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFSxaBpYbuYcm6xkXp5qYuDg6GFjYuagZiRlH6l&#10;lpB8tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2IfdaLiH3Wi4h91ouIfdaLiH3Wi4h91ouIfdaL&#10;/3YSAf90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/OvQSLqtEgo4rlQLtS0VkDJrV9RvqVnYLSeb22q&#10;l3d4oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPOloSD0JSEgtKShIHTkISB1I6EgNaMhIDWjISA&#10;1oyEgNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E/5QnCP+gMg3/pzQT+q44GO+1PRzmvEYh3L9M&#10;LM65VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJj5KRgoyfln2Kr5h6i8eYfInOln2I0JR+htKS&#10;f4XTkH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD1oyAg9aM/3gSAf91GwP/hRwE/5cmB/+jLwv/&#10;qzAQ9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBjXaaqamqcpHF2kp96gImag4mBlo6QeZOclXSS&#10;rJdxksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aMe4fWjHuH1ox7h9aMe4fWjHuH1ox7h9aM/3gS&#10;Af92GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/dzTwWzshHKcLCUTu2vFlMqrZhW5+waGiVq290&#10;i6Z3foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U0ZJxkdKRc4/Uj3WN1Y12i9aLdovWi3aL1ot2&#10;i9aLdovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54jBP+qJgb4tCUI68AoCOHNMAfU0jcUyM1FJ7vI&#10;TzmvwldKo71fWJi4ZmWNs21xg691e3qrfoNxqImKaqaWj2Wlp5Jipr2SY6PSkWed05BqmNSPbZXV&#10;jW6S1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiK/3sRAf98FwL/kBcC/6IhA/+uIATyux0E&#10;5coeA9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHAZGKGvGtte7hzdnK1fH5qs4eFY7GVil6wpYxb&#10;sbyNW6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZiGqW2YhqltmIapbZiGqW2YhqltmI/3wQAf+B&#10;FAL/lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYPuNtBIazVSzOg0VNDlM1aUYnJYl1+xmlndMNx&#10;cGvBe3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odcq9qHX6bah2Gh24ZjnduFY53bhWOd24VjnduF&#10;Y53bhWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+CgDRzQoAy+QQAcHkJQe34zUTreFAIaPeSS+X&#10;21I+i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyVeVTMpntRzbx8UMzifFPB4H9Vt9+AWLHegVqr&#10;3oFcpt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B/4APAf+ODgH/og0A27UIAM7BCADG0AkAvukS&#10;ArTpJQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt3mZbZd1vYV7demdY3IZrU9yVb1DdpnFN3rty&#10;Td/hcU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy43pVsuN6VbLjelWy43pVsuN6/4MOAf+WCwDd&#10;qwQAzbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09J4rsRjOA604+dutVR2zqW05k6mNVXeptWljq&#10;d15T6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etqTM/sbU7H629PwOpwT8DqcE/A6nBPwOpwT8Dq&#10;cE/A6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu2gkApPUXBZv1JxCS9TQciPY+J3/2RzJ29k47&#10;bPZUQmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4m1xC+KteQfe+X0D332BD7uxgR+PxX0jb8WFJ&#10;0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUAANSpAADCtQMAtcEDAKrPBQCg5wsBmP0aBo/+&#10;KRCG/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BDUP9oR0z/cUpH/3tMQ/+HTkD/lFA+/6FSPf+w&#10;VDv/w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dU26EAAMWwAAC1ugIA&#10;qMcCAJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/QiZg/0ksWf9PMVP/VjVO/104Sf9lO0X/bT1B&#10;/3Y/Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/dSTT/8Ek3/vhJN/74STf++Ek3/vhJN/74STf+&#10;+Ek3/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEBfv8dBHX/Jwts/y8SZP83GFz/Ph1W/0UiUP9L&#10;JUv/UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz/402Mf+ZNzD/pTgv/7I6Lv/AOy7/0zst/+s8&#10;Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8AACayQAAjNkAAIH1AwB5/xABbv8WA2X/HwZe&#10;/ycLV/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9YHzb/XyE0/2YiMf9uJC//dyUt/4AmK/+MKCn/&#10;lyko/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktqrcAAJrFAACL0wAAfeIA&#10;AHX/BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk//zYLO/89DTf/Qw8z/0kRMP9PEi7/VRMs/1sU&#10;Kv9iFSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/pRwd/7AdHf+wHR3/sB0d/7AdHf+wHR3/sB0d&#10;/7AdnMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8NAUn/EQJD/xcDPf8fBDj/JgU0/y0GMP8zBy3/&#10;OQcq/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EKG/9pCxn/cgwX/3wNFv+GDRT/jw4U/5oPFP+a&#10;DxT/mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/UTIG/048CP9XRRD/W04Z/1xYIv9bYyv/WW8y&#10;/1d6OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9MtEz/S7tN/0rDTv9JzU//Sd1Q/0jpUP9I8lD7&#10;SfZQ9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8UOdP/FDnT/xQ/1wcAv9YJgP/UjIG/1E6CP9a&#10;QxD/X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D/1KXR/9Qn0n/T6ZL/06tTf9NtE//TLtQ/0vD&#10;Uf9LzlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLlUPpT4lH6U+JR+lPiUfpT4lH6U+JR+lPiUfpT&#10;/10bAv9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9gXyz/X2s0/1x3O/9ZgkD/VoxF/1SVSP9Snkv/&#10;UaVO/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vrVfpM8lX0TfZV7FD4VOZR+FXfUvlW3FP5VtxT&#10;+VbcU/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG/1g3CP9hQBH/ZUka/2ZTI/9kXS3/Ymg1/190&#10;PP9cf0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/T7pV/07EVv9N0Ff/TeJY/EztWPZO8ljuUPVY&#10;5lP2WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ/18aAv9bJQP/VTAG/1w0CP9lPRH/&#10;akca/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mRTf9XmlD/VaJT/1OqVf9Sslf/UbpZ/1DFWv9P&#10;0lv8TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPddy1j3XctY913LWPddy1j3XctY913LWPdd/2Aa&#10;Av9cJAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/a2E2/2dsPv9jeEX/YINL/1yOT/9amFP/V6BW&#10;/1apWf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV8V/dV/Jg0ljzYctZ9WLFW/Viw1v1YsNb9WLD&#10;W/Viw1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2UvCP9vOBD/dEEZ/3ZLI/91VC3/cV02/2xnP/9o&#10;c0b/ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg/FPHYvlS3GPzU+hj6VXuY95Y8GTQWvFlyFzy&#10;ZsJd8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7XvJm/2IZAv9eIwP/XioF/2ktCP90NQ//ej4Y&#10;/3xIIv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9gkVj/XZxc/VqlYPtYsGL6Vrtl+FXKZvVU4Gfs&#10;Vupn31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2HvarNh72qzYe9qs2HvarNh72qzYe9q/2MYAv9g&#10;IgP/YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1/3tgPv91aUf/b3RO+2qBVfhmjFv1Ypdf81+h&#10;Y/Bcq2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68YetvtmLsb7Fj7G6tZOxuq2Ttbatk7W2rZO1t&#10;q2Ttbatk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+MA3/hTsW/4hFH/+ITSn/hlUz/4JePft9Zkb2&#10;dnBO8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/b9pd03DSXupwxGDpcrpi6HOzZOhzrWXpc6lm&#10;6XKmZ+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw/2UXAv9iIQP/aSME/3clBv+CLwz/ijkU/45D&#10;Hf+PTCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3ebo1j2WmXadNmoW7PY6xxy2G5dMhhynXFYeV2&#10;uWTmd7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r6XOea+lznmvpc55r6XOea+lz/2YXAf9jIQP/&#10;bSAE/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZN+yNYEHlh2lK34F0U9Z6fl3PdIhlym+RbMVr&#10;m3HBaKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6nmzleJtt5XeZbed2mG7ndZhu53WYbud1mG7n&#10;dZhu53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/kzcQ/5hAGP2aSCD0mk4p7JhVM+WVXTzdj2ZH&#10;04hvU8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1qu36qatJ/pGzgfp5t4X2ab+J8l3DjepVw5HmT&#10;cOV3k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gWAf9kIAP/cxwD/4EgBP+OKwj/lzUO/50+Ffif&#10;RBzvoEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5ntXuIb693kXWqc5x6pXCofqFvtoGeb8qCm3De&#10;gZZx34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiOc+V4jnPleI5z5XiOc+V4/2kWAf9mHgP/dhoD&#10;/4QfA/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9iiVjbMmmBFw5NpUruNcl6zhnpnrIGEb6Z9jXag&#10;eZh8m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fhfYp34nuJduR6iXbkeYl25HmJduR5iXbkeYl2&#10;5HmJduR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK+qQ3D++oPRTmrEQa3a1LJNCmVDXGn15EvJlm&#10;UrSSb12sjHdnpIeAb56CineYfpR9knuggY16rYSKecCFiHrchId63YKGet+AhnrgfoV64nyFeeN6&#10;hXnkeYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9rGwL/excC/4ocAv+YJgX/ojAI9agzDOuuORDi&#10;s0EU1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19b5aIhnaPhZF9ioKcgoWAqoWBf7yGgIDbhYCA&#10;3YOAf96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6gHzkeoB85HqAfOR6/2sVAf9tGQL/fhUC/40b&#10;Av+bJAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6qVpCsKNiT6edaluemHJllpN6bo+Pg3aIi458&#10;goiZgXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB4X18gON7fH/jenx/43p8f+N6fH/jenx/43p8&#10;f+N6/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEpBeK6LwbWvzYPyrpEIL+0TzG0rlhAqqhgTqGj&#10;Z1qYnm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaFb47RhXGL3YNzid+BdYfgfnaF4X13hON7d4Pk&#10;eneD5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/hRMB/5QWAf+iHgH1rSAC57ghAt3DJgLQwzQN&#10;xL5CHrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4CdfnJ5moh5cpeUfm2WooJplbOEZ5bNg2mT3oJs&#10;j9+Ab4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofkeXKH5Hlyh+R5/20TAf92EwH/iBIB/5gTAP+n&#10;GQHvsxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8nrVcSZSwY1WKrGtfgalyaHmle29yo4V2a6CR&#10;e2afn39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43tsjeR5bYzleG2M5XhtjOV4bYzleG2M5XhtjOV4&#10;/24TAf97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3OGwHCzC8Kt8k9GazFSSmhwFI4l7xaRo24YVGD&#10;tWhberJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJfFqn4nteoON7YZvjemOX5HlmlOV3ZpLmd2aS&#10;5ndmkuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A8qMLANmzCQDPvgkAy8wJAMTTFwC60iwHsM87&#10;FqXMRiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2VkuIJrXraOcFm1nXNVta51VLbIdVOz53ZXq+Z2&#10;WqTmdlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa6HRgmuh0/3ISAf+GDAD7mAkA2akGAM61BwDG&#10;wQcAwM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85VPH3LXUd0yWVQbMdtV2XFdl5exIFjWcOOaFTD&#10;nWtRw65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputwWaPrcFmj63BZo+twWaPrcFmj63BZo+tw/3cP&#10;Af+NCADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm4SkGneA3EZPeQh2J3Ewpf9pUNXXXXD9t1WRI&#10;ZdNsT1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS7WJLyPJmTb/xaE+48GlRsvBpUq/vaVKv72lS&#10;r+9pUq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLIDALm8AwCwyQYAqdgKAKHnGQKZ5yoJkOc3FIfm&#10;Qh995UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBPT+KNU0vim1VJ46xXR+TEV0bj6VdG3fZZR9D3&#10;XEnI915KwfZgS732YEu99mBLvfZgS732YEu99mBLvfZg/4kAANmeAADHrAEAubYCAK7BAwClzgYA&#10;nOQMAJXvHQON7ywLhe85FXzvQR5z70knau5QL2LuVzVc7l86Vu5oP1LucUJN73xGSe+JSUbwlktD&#10;8KZNQPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8VEXP/FRFz/xURc/8VEXP/FRFz/xU4ZUAAMum&#10;AAC7sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4Lefk3E3D5Pxto+UYiYPpNKFr6VC1U+lwxT/tl&#10;NUv7bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3/+pFNvz9RTvy/0Q+6v9EPub/Rj7m/0Y+5v9G&#10;Pub/Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXPAACK3QMAhP8SAXv/HgN0/yoJbP8zD2T/OxZd&#10;/0MbV/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97MTn/iDI1/5Y0M/+kNjH/tjcv/9A4Lv/vOS3/&#10;/zkx//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85wagAAK+xAACivQAAlMoAAIfYAAB98wcAdv8S&#10;AW3/GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD/1MbP/9aHjz/YSA4/2khNf9yIzH/fSUu/4om&#10;K/+ZKCn/pykn/7krJv/SLCX/7ywk//8tJP//LST//y0k//8tJP//LST//y0k//8tsa4AAKO5AACU&#10;xgAAhtMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8mBUv/LgdG/zYKQf89DD3/RA45/0sQNv9REjL/&#10;WBMv/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6YcHf+3HRz/yh4c/+YfG//wHxv/8B8b//AfG//w&#10;Hxv/8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi/wMAWf8LAVH/EQFK/xcCRP8fAz//JgQ6/y0F&#10;Nv80BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/Ygsd/2sMGv92DRf/hA4V/5IPFP+gEBP/rRET&#10;/7oRE//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74AAIbMAAB32wAAaecAAFz9AABU/wAAS/8FAEP/&#10;DAE9/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUFH/86BR3/PwUa/0UGGP9LBhb/UgYU/1oHEv9i&#10;BxD/bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM/6IIDP+iCAz/oggM/6II/1AgAv9LKgP/RDYF&#10;/0c6Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9IhS7/RpAy/0SaNP9Dojf/Qqo4/0GxOv9AuTv/&#10;QME8/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/PvpD/z30RP8+7kb/P+5G/z/uRv8/7kb/P+5G&#10;/z/uRv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP/1JSF/9RXh7/T2ol/013K/9Kgy//SI4z/0aY&#10;Nv9EoTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/P+lA/z/0QP8+/UH/QP9A/UL/QPZF/0DwRv9B&#10;6Uj/QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9MKQP/RzQF/002Bv9ROwj/VUYQ/1ZQGP9VXB//&#10;Umgm/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0SwPv9DuD//Q8FB/0LMQf9B3kL/QetD/0D1Q/9A&#10;/UP/Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F40r/ReNK/0XjSv9F/1IfAv9NKQP/SjIE/1Az&#10;Bv9VOQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/TYk3/0uUOv9Jnj3/R6Y//0auQf9Ft0L/RMFE&#10;/0TMRf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL/0fiTP9I203/SNtN/0jbTf9I203/SNtN/0jb&#10;Tf9I/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BKGP9eVSD/W2Ao/1htL/9UeTT/UYU5/06RPf9M&#10;m0D/SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K/0X4SvtH/UrxSv9J6E3/S99O/0zXT/9Mz1H/&#10;TM9R/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/UiwE/1ktBf9fMgj/ZDwQ/2ZHGP9kUiD/YVwo&#10;/11oMP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9KtUn/Sb9L/0jMTP9I4U3/SO5N/Ej5TvJL/E3n&#10;Tv1P3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/UcZU/1HGVP9R/1UdAv9RJwP/VikE/14qBf9k&#10;Lwj/ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9/1iIQv9Vk0b/U51J/1GmS/9PsE3/TrpP/U3G&#10;UPpN2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXBV/5VvFj+VbxY/lW8WP5VvFj+VbxY/lW8WP5V&#10;/1ccAv9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9zTB//cFYo/2tgMP9mazj/Y3c+/l+DRPtbjkj5&#10;WJhM91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2VtpU+VjMVvpZw1j7Wrxa+1q3W/tZs1z7WbNc&#10;+1mzXPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD/2cjBP9wKgb/dzUN/3pAFf96Sh3/eFMm/3Nc&#10;L/xuZjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXmWLBX5Fe8WOJWzFneVuRZ2Fb0W8pY913AWvhe&#10;uFz4XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf+VyrX/lc/1kbAv9WIwP/YiAD/2wgA/91KAX/&#10;fTML/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5ReZohEviZI5R3mGYVdteolnWXKxb01u4XtBa&#10;xl/NWt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZho2P3X6Nj91+jY/dfo2P3X6Nj91+jY/df/1oa&#10;Av9ZIQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5hk0h8oNWK+t+XjTleWk94HR0Rdpvf0zTaolT&#10;z2aSWMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg8marYvJmpWTyZaFl82SfZfRjnGb1Ypxm9WKc&#10;ZvVinGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3UcAv9+JAP/hy4I/4w4DvuOQhbyjkoe64tSJ+SH&#10;WzDdgWY603pwRc11ek7IcINVw2yNW75plmC6ZqBkt2SrZ7RjuGmxYspqrmPmaqhk72qiZu9pnWfw&#10;aJpo8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SWafNk/1sZAv9fHAL/bBgC/3kbAv+DIQP/jCwG&#10;/5E2C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7dU6+dn9WuHKIXbRukWKva5tmq2mmaqhns2yl&#10;Z8Nuomfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzyZpBs8maQbPJmkGzyZpBs8maQbPJm/1wZAf9i&#10;GgL/cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV35pLHdOUVSzKjV85wodpRbuBcU+1fHtXr3iE&#10;Xqp0jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+Rbuxuj2/tbI1v72qMb/Bpi2/xZ4tv8WeLb/Fn&#10;i2/xZ4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+KHQH/lCYD9pswBuufOArioj8Q2J9HHM2ZUivE&#10;kl05u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOebZRxqnGQcbpyjnHRc4xy6nGKc+tviHPtbYdz&#10;7muHc+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo/14YAf9nFwH/dRMB/4MWAf+OGgH+mCMC8Z8s&#10;BOelMwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6mh3RXoIN8Xpp/hmSVfI9qkHmabot3pnKIdrZ0&#10;hXbMdIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF28GmBdvBpgXbwaYF28GmBdvBp/14YAf9pFQH/&#10;eBIB/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dDGsGiTim4nFg2r5dhQ6eRaU2gjXFWmYh5XpOF&#10;gmSNgYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpxfHvsb3167W19ee5rfXnwaX158Gl9efBpfXnw&#10;aX158Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1oBoB6KkgAd2wJAHQsDIKxqxBGLymTCezoVY1&#10;qpxfQaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyDoXJ3grB0dYLFdXSD53N1gepxdn/rb3d+7W14&#10;fe5reHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AXAf9uEgH/fhAA/4wRAP+ZEQDxpBMA464WANa2&#10;HAHLtDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxTjJV0W4aRfWJ/jodoeYySbXSKnnFwiK10bYjB&#10;dG2J5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0gPBpdIDwaXSA8Gl0gPBp/2EXAf9xEAH/gg4A&#10;/5AOAPWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGwSSOnq1IxnqdbPpajY0iOn2pRhptyWX+YemB4&#10;lYRmcpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaorsbmyI7Wxthu9rboTwaW6E8GluhPBpboTwaW6E&#10;8GluhPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkAz7gKAMm9FwC/vCsGtbk7E6u2RyGhsVAvmK1Z&#10;O4+qYUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1imahvX5m8cF6Z329gluxuY5HtbWaO7mtni+9q&#10;aYnwaGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95DAD/igoA35oEANOmBwDMsQgAx7sIAMHCEwC4&#10;wigErr84EKW8RB6buE4skbVXOIixXkKArmZLeKttU3Gpdlprp39gZaWKZGCjl2hbo6ZrWaO6bFij&#10;3GtZoO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/FmY4/xZmOP8WZjj/Fm/2sQAf9+CQDxkAQA1p4D&#10;AMyqBgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuTwEwoir1UM4G6XD55t2RGcbVrTmuzdFRksX5a&#10;X7CJX1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif8mZam/NlXJfzZFyX82Rcl/NkXJfzZFyX82Rc&#10;l/Nk/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIFAK7NDACnziACns0xCpXLPhaLyEkjgsZSLnrD&#10;WjhywWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6VdTru5Xk28211LufdfTrH2YFGq9mBTpfZgVaH2&#10;YFWh9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADTmwAAxqgCALuxAgCyuwIAqscGAKLTCgCd1hoB&#10;ldYsBozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17KckVYynxJVMmITU/JlVFMyaVTSsm5VEnK3FNH&#10;yPdVSMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36Wk6t+lpOrfpa/38AANyTAADKogAAvKwBALG1&#10;AACowAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMXcd1NIGrcVihj218vXdpnNVjZcTpT2Xs+T9mI&#10;QkvZlkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09Fwv9QR7v/Uke7/1JHu/9SR7v/Uke7/1JHu/9S&#10;5ooAAM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvqDgCF6B8CfugtBnboOA5u6EEWZudKHV/nUiNZ&#10;51spVedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmyPj/qyz4+6O8+Peb/Pz3g/0I/1/9EQM7/RkDO&#10;/0ZAzv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAAp7YAAJvBAACQzAIAhtkGAIDyEgB58h8CcfIr&#10;BmryNgxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG9HMqQvV+LT/1iy889pkxOvapMzj3vjQ2+OE1&#10;NvX5NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl/zg55f84yJ4AALapAACosgAAm70AAI/IAACD&#10;1AAAeegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9DEU3/SxVJ/1MYRf9aGkH/Yx0+/2wfO/92ITf/&#10;giM0/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8qL/n/Ki/5/yov+f8qL/n/Ki/5/yov+f8quaYA&#10;AKquAACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe/xoCV/8jA1L/LAVM/zQHSP88CkP/RAw//0wO&#10;PP9TEDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/ohwl/7QdJP/MHiP/7R4i//0fIv//HyL//x8i&#10;//8fIv//HyL//x8i//8frKsAAJ22AACPwgAAgM4AAHPcAABn6QAAX/8GAFj/DgBR/xUBS/8dAkb/&#10;JgNB/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cKKP9fCiX/aQwj/3QNIP+CDh3/kg8b/6IQGv+y&#10;ERn/yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX//oUn7MAAJC/AACAzAAActoAAGTkAABY9QAA&#10;Uf8BAEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/MgQo/zgEJf8+BSL/RAUf/0oFHP9RBhr/WQYX&#10;/2MHFP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/TCQ3/0wkN/9MJDf/TCQ3/0wkN/9MJkbwAAIHJ&#10;AABy1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwAMf8QASz/FgEo/xwBJP8iAiD/JwIc/ywCGf8x&#10;Axb/NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG/3MFA/+BBQL/kAUB/5wFAf+rBQH/qwUB/6sF&#10;Af+rBQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9BPQb/QUUI/0FRDf9AXRP/P2oY/zx3HP86hCD/&#10;N5Ej/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLVLP8x5S3/MfEt/zH7Lf8w/y3/MP8t/zP/Lf82&#10;/yz+OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u/0UjAv8/LgP/PjQD/0I2BP9EOwb/REMI/0VP&#10;Df9EWxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/Nqwq/za0LP81vS3/NMgu/zTWLv8z5i//M/Iv&#10;/zL8MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9/zHxPf8x8T3/MfE9/zHxPf8x/0YjAv9ALQP/&#10;QTID/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0JyH/9AfyP/PYwm/zuYKf86oSv/Oaot/zizLv83&#10;vS//Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y/zr/Mfo9/zPzPv807UD/NOpB/zTqQf806kH/&#10;NOpB/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/TT0I/05IDv9NVBX/S2Eb/0huIP9FeyX/Qogo&#10;/z+UK/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP864TX/Ou41/zr4Nf86/zX/Ov81+z7/NfJB/zfr&#10;Qv845UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0giAv9DLAP/SCwD/04tBP9RMQX/UzkI/1VFDv9T&#10;URX/UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz/0GrNP9BtDb/QL03/z/JOP8/2zj/P+o5/z/1&#10;Of8//zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3VSf891Un/PdVJ/z3VSf89/0khAv9EKgP/TSgD&#10;/1MpBP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9Scij/T34t/0yKMP9KlDP/SJ42/0emOP9Grzn/&#10;Rbg7/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/QNxK/0HSS/9BzE3/QclN/0HJTf9ByU3/QclN&#10;/0HJTf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH/2M/Dv9iShX/YFUc/1xhI/9ZbSn/VXku/1KE&#10;M/9Qjzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDxSeFB7UrwQepK/ELkSv9E2Ez/RcxP/0bGUP9G&#10;wFH/Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9MJAL/VSEC/10hA/9jJwT/ZzEG/2o8DP9qRxT/&#10;Z1Ib/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKdP+5RpkHsUK9D6k+6ROhOx0TmT91F4U/uRd1O&#10;+0jUT/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9KtFb/SrRW/0q0Vv9K/00fAv9QIQL/Wh4C/2Ie&#10;Av9pJQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynxY28w7WB6NulchTvmWo8/5FiYQuFWokTfVatG&#10;3FO2SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX/0+wWP9OrFn/Tapa/02qWv9Nqlr/Tapa/02q&#10;Wv9N/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1Cf94QBD5d0oY8nNUIOxvXijna2ow4md1Nt5j&#10;gDzZX4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1Rw1fmUb5X91K4WP9TsFr/U6tc/1KnXf9So13/&#10;UaJd/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/YhcB/2wZAv90IAL/eScD/34yB/mAPA3xf0YV&#10;6ntQHeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRgl03AXqBQvV2qU7tbtlW4W8VWtVvfVrJc81es&#10;Xf1Xpl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/U5ph/1OaYf9T/1AdAv9aGQH/ZRUB/3AXAf94&#10;HQH/fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIvy3RsOMVvdkDAbH9GvGiIS7hmkVC1Y5tTsWGl&#10;Vq5gsFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiWZP1XlWX+VZRl/lWUZf5VlGX+VZRl/lWUZf5V&#10;/1AdAv9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2NNAfkjT0N3ItIFtGFVCPJf14uwnpoOLx1cUC3&#10;cXpHsm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTNXptk6l6YZvhdlGf5XJJo+1qQaPxZjmj9V45o&#10;/VaOaP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB/3gTAf+BFwH/iB0B8o8lAueTLwTelTgJ05BF&#10;FcqLUSLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOhbpJXnWucW5lqp16WabVglGjIYZJp5mCPavdf&#10;jWv4XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr/FiIa/xY/1QaAf9iEwH/bxAB/3sSAP+FFAD6&#10;jRkA7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIViN66Ba0CofHNIonl8Tp12hVSZc45YlXGYXJFv&#10;pGCNbrFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pbg2/7WYNv/FiDb/xYg2/8WINv/FiDb/xY/1YY&#10;Af9kEQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHRnjEHx5pAE76VTCC2kFYsrotgN6eGaEChgnBI&#10;nH55TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz3mSAdPVif3T2YH9z+F5+c/lcfnL6Wn5y+1l+&#10;cvtZfnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EOAP+MDgDxlRAA450RANajGwDLoS8Gwp4+ErmZ&#10;Sh6wlFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZhnuSXYF5nmF9eKtkeni8ZXl42WV4efRieXj2&#10;YHl3+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5dfta/1oVAf9pDgD/eAwA/4QMAO+QCwDdmgoA&#10;2aILANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyRYz6VjWtGj4lzTYmGfFOEhIVYf4GQXXp/m2F2&#10;fqhkc325ZXF+02VxfvJjcn32YHN79150evlcdHn6W3V5+1p1eftadXn7WnV5+1p1efta/10TAf9s&#10;DQD/ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoEt6Y6D66iRhumnlAonppZM5aWYTyPk2lEiY9x&#10;TIONeVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2RqhPBibIL2YG2A915vf/lcb336W3B8+1pwfPta&#10;cHz7WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaXBQDPoAcAyqgIAMSuEwC7rScDsqs3DamnRBmg&#10;pE4mmKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+KWm2Nll5oi6NhZYu0Y2OLzGNji+5hZYn3X2eG&#10;+F5phPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta/2IQAP9yBwD4ggMA248CAM+aBQDJowYAw6wG&#10;AL2yEAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiDoGVAfZ1sR3abdE1wmX1Ta5aIWGaVlFxilKFf&#10;X5OyYF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG+1llhvtZZYb7WWWG+1llhvtZ/2YNAP93AwDj&#10;hwAA05MBAMqeBADCpwQAu68EALW2DQCutyECpbYyCZ2zPxWUsEogjK1TK4SqWzR9qGM8dqVqQ3Cj&#10;ckpqoXtPZaCGVGCekVhbnZ9bWJ2wXVadx11WnetcV5r6W1qV+lpckftZXo78WF+N/FdfjfxXX438&#10;V1+N/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6qgIAs7MBAKy8CgCmvR0BnrwvBpa6PBGNuEcc&#10;hbVQJ32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qpkFJVqJ5VUqevV1GoxldQp+pXUKX8V1Of/VdV&#10;mv1WV5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28EAOaCAADSkQAAxp0AALumAQCyrgAAqrcBAKLC&#10;BQCcxBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4yaLlmOGK3bj5dtnhDWLWCR1S0j0tQtJ1OTbOu&#10;UEu0xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FRnv9RUZ7/UVGe/1FRnv9R/3YAAN2JAADKlwAA&#10;vqIAALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTLNAl8yUASdchKG23HUyNnxVwqYcRkMFzDbTZX&#10;wnY6U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/SUW5/0pHs/9LSa3/TEqr/0xKq/9MSqv/TEqr&#10;/0xKq/9M6X8AANGQAADCngAAtacAAKqvAACguAAAlsECAIzLBwCE1Q0AgNUeAXnVLgVy1DwMbNNH&#10;FGXSUBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdGz505RNCuO0LQxjtD0Oo6QM39Pj7L/0BAw/9C&#10;Qb3/Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeYAAC4owAAq6sAAKC0AACVvgAAi8gDAIDRBwB4&#10;4Q0AdOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+BfHU/gaSJL4HMlR+B+KETgiytC4JotP+GrLz7i&#10;wS8+4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85O8z/OTvM/zk7zP85zZIAALygAACtqAAAobEA&#10;AJW7AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd7DUGV+w/C1LsSA9N7FETSu1aFkbtYxlD7W0c&#10;QO14Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs/yYy6/8oMuf/KzPk/ywz5P8sM+T/LDPk/ywz&#10;5P8swZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgAAGfmBgBi9hEAXPcdAVf3JwJS9zEETfg6Bkj5&#10;QglE+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkYMP2YGS79qhss/r8cK//jHSr8+h0q+v8dKvf/&#10;HCr3/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACXtgAAicEAAHvLAABv1gAAY98AAFv1BgBV/xAA&#10;UP8ZAUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/Uwgx/1sJLv9kCiv/bwwo/3wNJv+LDiT/nBAi&#10;/64RIf/FEiD/6RMf//wTHv//Ex7//xMe//8THv//Ex7//xMe//8TpqkAAJizAACKvwAAe8oAAG7V&#10;AABg3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUCNv8sAjL/MwMv/zoDK/9BBCj/SAQl/08FIv9X&#10;BSD/YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT/+MJE//4CRP//woT//8KE///ChP//woT//8K&#10;mrEAAIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/AAA8/wkAN/8QADL/FQEu/x0BKv8jASb/KQEi&#10;/y8CH/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9mBA3/dAQL/4UECv+WBQn/qAUI/7kFB//QBQf/&#10;4wUH/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAAX+AAAFDnAABC7QAAOv8AADX/AAAv/wIAKv8K&#10;ACb/DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO/zMBDP85Agr/QQIH/0kCA/9TAgD/XgIA/2wC&#10;AP98AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/tQMA/7UD/zknAv8zMgL/NTQD/zg2A/84OwT/&#10;NkMF/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymbGP8opBn/KK0a/yi1G/8nvhz/J8gc/yfUHf8n&#10;5B3/J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e/y3/H/wv/x/8L/8f/C//H/wv/x/8L/8f/zon&#10;Av80MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/M2UO/zFzEv8vgRX/LY4X/y2YGf8soRv/LKoc&#10;/yuyHf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q/yD/K/8g/yv/H/8s/x//L/8h/DH/Ivcz/yL3&#10;M/8i9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4xA/8/NgT/Pj0F/zxIB/87VQv/OWIP/zdvE/81&#10;fRf/M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah/y/LIv8v3CL/L+oj/y/1I/8v/iP/L/8i/zD/&#10;Iv8w/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybwN/8m/zwmAv85LQL/PywC/0MtA/9EMgT/QzkF&#10;/0NFB/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83miD/NqMh/zWrIv81syP/NLwk/zTGJf801CX/&#10;NOYm/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/KeY8/yrmPP8q5jz/KuY8/yrmPP8q/z0lAv89&#10;KgL/QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR/0VnFv9CdBr/QIAd/z6MIP89lSL/PJ4k/zum&#10;Jv87rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3O/8p9jr/K/A7/y3oPf8u4T//LttB/y7bQf8u&#10;20H/LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9PKQP/UjMF/1E+B/9RSQz/T1YS/0xiF/9Kbxz/&#10;R3sg/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8LPs/yC34P9st9EDrLfBA9y3tQP8v6z//MeRB&#10;/zLbQ/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z/0AkAv9FIwL/TCAC/1IhAv9WJgP/WS8E/1k6&#10;B/9ZRgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3SZUr9UedLPNHpi7yRq4v8EW4MO9FxDHtRdMx&#10;6EboMeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L/ze/S/83v0v/N79L/ze/S/83/0EjAf9JHwH/&#10;URwB/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtYGPhYZB30VXAj8VN8J+5QhivrT5Au6U2ZMOdM&#10;oTLlTKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86zkr/PMRM/zy9Tf88uE//PLRP/zu0T/87tE//&#10;O7RP/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/ZigD/2gyBf9oPQn6ZkgQ9GNTF+5gXx3qXWsj&#10;5lp2KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBPuzvOTsk8y0/hPcdP8j7DT/9AwE//QbdR/0Gx&#10;Uv9ArVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0YfAf9QGQH/WRUB/2IXAf9oHQH/bCQC/28uA/lv&#10;OAfxbkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0zFiOOMlXlzvHVaA9xFSpP8JTtEG/U8JCvVPW&#10;Q7lT7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0KhWP9CoVj/QqFY/0KhWP9C/0gdAf9TFgH/XRIB&#10;/2YUAf9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttvVxrSa2IjzWdsK8hkdjHEYX83wF6JO71ckj66&#10;W5pBt1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/SKFa/0idW/9Hm1z/Rplc/0WZXP9FmVz/RZlc&#10;/0WZXP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB9XskAet9LQPifjkH2XtGENB2UxrJcV4kw21o&#10;LL5qcTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqmXLZLpFzHTKJc4k2fXfdMnF7/TJhf/0qVYP9J&#10;k2D/SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9aEQH/ZA4A/28QAP92EwD8fRcA74EeAeSEJwLb&#10;hDQF0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/P6lniEOlZZFHomObSp9ipU2cYbFPmWDBUJdg&#10;3FCVYfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9Ii2T/SItk/0iLZP9I/1AWAf9cEAD/aA0A/3IO&#10;AP96EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6fVcjtHlhLK51ajSpcnI6pG97QKBshESdao1I&#10;mWiXTJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn/06HaP9Mhmj/S4Vn/0mFZ/9JhWf/SYVn/0mF&#10;Z/9J/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQANaPGgDMji4Ew4s9DbuHShi0g1UirX5eK6d7&#10;ZzOid286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpTh2q5VIVqz1SEa+5Tg2z/UYJs/0+Ba/9NgGv/&#10;TIBr/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/bgoA/XgJAOiCCADciQkA2I8LANCTFwDGkysD&#10;vpA7DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3fUWOdYZKinKQToZxm1GCb6dUf2+2VX1vy1Z8&#10;b+tUfHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/S3tu/0t7bv9L/1cRAP9jCgD/cAcA8HwFANyF&#10;BQDUjAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAgoolaKpyFYjKWgmo5kX9yP4x8ekWHeoNKg3iN&#10;Tn92mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1c/9PdnL/TXZx/0x2cf9MdnH/THZx/0x2cf9M&#10;/1kQAP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSaEgC8myYCtJg3CayVRBSkkU4fnY5XKJaKYDGQ&#10;h2g4i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmxVm95xVZueuZVbnr8U295/1Fwd/9PcXb/TXF1&#10;/0xxdf9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA3YIAANCLAwDJkwUAxJkGAL6eEAC2nyQCrp00&#10;CKaaQROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7hX5IdoOITHKCk1BugKBTa3+uVWh/wlZnf+NV&#10;aID6U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5/0xsef9M/14MAP9sAQDmegAA1oYAAMuPAgDE&#10;lwQAvp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplTJYuWXC2Fk2M1f5FrO3qOc0F1jHxGcIqFS2uI&#10;kU9nh51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9PZn//TWd+/0xnfv9MZ37/TGd+/0xnfv9M/2EK&#10;AP9vAADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCqqB4Bo6cvBZulPQ+UokgZjJ9RIoWcWSt/mmEy&#10;eZhpOXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluOvVJajt5SW434UFyL/09eiP9OYIX/TGGD/0th&#10;g/9LYYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44AAMGXAAC4ngEAsaUAAKmrBwCjrRoAnKwsBJWr&#10;OgyNqEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdAY5qBRV+ZjElbmJlMV5eoTlWXu09Ul9xOVJb2&#10;TlWU/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pbiv9K/2gAAOV5AADRhwAAxZIAALucAACxogAA&#10;qakAAKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3isVCNyqlwqbKhkMWenbDZipXU7XaR/QFmjikNV&#10;opdHUaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/SFSS/0dUkv9HVJL/R1SS/0dUkv9H/24AAN5/&#10;AADKjQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAAjLojAYW5MgZ+uD4Od7ZJF3G1Uh5rs1olZbJi&#10;K2CxajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJrthCSKv1Q0eq/0RJpf9ES6D/RE2c/0RNnP9E&#10;TZz/RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKykAACiqwAAmLMAAI67AQCFwQwAgcIdAHvCLQN1&#10;wToJb8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7ME26hzRKupU3R7qlOUW6uDpEutc5Q7j1O0K2&#10;/z1Cs/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+4H0AAMmNAAC7mgAArqIAAKOpAACYsQAAjrkA&#10;AITBAgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBbylQWV8ldGlLJZR9OyG8jS8h6JkfIhilEyJQs&#10;QsikLkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24/zc9uP83Pbj/Nz24/zc9uP830YYAAMCVAACy&#10;nwAApacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcNAGPYHQBg2C0CW9g6BFfYRglT2FANT9hZEUvX&#10;YhVH12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUiOtbyIzfU/yc20v8pNNH/KzbK/y02yv8tNsr/&#10;LTbK/y02yv8txZAAALadAACopQAAnK0AAI+2AACDvgAAd8cAAGzPAgBi1gcAWuQOAFjkHABU5CkB&#10;UOQ1A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrnfhQ354wWNeecFzPorhky6cYZMujqGTHl/hkv&#10;5P8cLuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoAAKqjAACdqwAAkLQAAIO9AAB3xgAAa88AAF/W&#10;AABU3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kMEO/NLBTjzVAc29F0IM/RoCTD1dAsu9YEMLPaR&#10;Dir2og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl8f8TJfH/EyXx/xMl8f8TraEAAKCpAACSswAA&#10;hLwAAHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9FwA+/iEAO/4qATf/MwI0/zoCMP9CAy3/SgMr&#10;/1MEKP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8CBv/4gka//kJGv//CRn//wkZ//8JGf//CRn/&#10;/wkZ//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAATuAAAEPlAAA++wEAOv8MADb/EwAy/xsAL/8j&#10;ACv/KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW/2MDE/9wAxL/gQQR/5MEEP+nBA//vQUO/+AF&#10;Dv/2BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6AAB3xQAAaNAAAFrbAABM4QAAQOcAADfzAAAy&#10;/wAALv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8rARX/MgES/zgBEP9AAQ7/SAEM/1IBCf9dAgb/&#10;awIE/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wDAP/sAwD/7AMA/+wDiLkAAHjEAABp0AAAW90A&#10;AEvjAAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa/w0AFv8RABP/FgAQ/xoADv8fAAv/JAAJ/yoA&#10;Bv8wAAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/iAEA/5oBAP+qAQD/uwEA/7sBAP+7AQD/uwEA&#10;/7sB/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydMBP8jWAX/IWYG/yB0B/8eggn/Ho4L/x6YDP8e&#10;oQ3/HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR/x3yEf8d/BH/Hv8R/x7/EP8e/xD/H/8R/x//&#10;Ev8h/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/Mi8C/zMxAv8yNgP/Lz4D/ytJBf8pVgb/J2MH&#10;/yVxCP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8itRH/Ir0S/yLHEv8i1BP/IuUT/yLwE/8i+hP/&#10;Iv8T/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/Fvwn/xb8J/8W/zAqAf8xLQL/NSsC/zctAv82&#10;MgP/NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO/yiREP8omhH/KKIS/yeqE/8nsRT/J7kU/yfD&#10;Ff8nzxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/J/8X/Cn/GPYr/xn0LP8Z9Cz/GfQs/xn0LP8Z&#10;/zEpAf80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83Twb/NVwI/zNpC/8xdg7/MIIQ/y+NEv8ulhT/&#10;Lp4V/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3qGP8t9Rj9Lv8Y+i7/GPkt/xr5Lf8c8y//HO0x&#10;/x3qMv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB/0AlAv9BKQL/QjMD/0E+Bf8/Sgb/PVcJ/ztk&#10;DP85cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/M7Ea/zO6G/8zxRv9M9Mb+jPmG/c08xvzNf4b&#10;8TT/HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44/yHeOP8h/zUnAf89IgH/QiAB/0YgAf9IJQL/&#10;Si8D/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2CF/48jBn8PJUa+zudHPk7pR34Oq0e9jq2HvU6&#10;wB/zOs4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l2Dz/JtA9/ybNPv8mzT7/Js0+/ybNPv8m/zkk&#10;Af9BHgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/TE0J/0taDvxJZhL4R3IW9UV9GfNDhxvxQpEd&#10;70KZH+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB7yTcQPwn2ED/KdQ//yrPQP8qx0L/KsJD/yrA&#10;Q/8qwEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EXAf9WHwH/WCcC/1gxA/9XPAX8VUgJ9lJUDvJQ&#10;YRPuTm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul3EauJtpFuSfYRcYo1EXcKc9G7irLRfstyEX/&#10;LsVF/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60Sf8u/0AdAf9JFgH/UBMB/1YUAP9cGwH/XyMB&#10;/2AsAvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpRfSDWT4Yk0k6PJ9BNmCnNTKAry0upLclKsy7H&#10;Sr8vxUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/M6pO/zKpTv8yqU7/MqlO/zKpTv8y/0MaAf9M&#10;EwD/VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G42NKC9xgVxLVXWIZ0FptH8xXdyPIVYAnxVSJ&#10;K8JSki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jaxT/Q3rlD/OKxQ/zinUf83o1L/NqBT/zWfU/81&#10;n1P/NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9mEwD/ahkA9GwhAeptKwLhbDcE2WpFCtBnUhLK&#10;Y14axWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWeNq9UqDitVLM6qlPCO6hT2julVPA8olX/PKFV&#10;/zudVv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83/0kUAP9TDgD/XAwA/2UNAP9rDwD6bxMA7HIZ&#10;AOJ0IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSezYnYsr19/MKxehzSpXJA3p1uZOqRZozyhWa4+&#10;n1i9P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b/zqPW/86j1v/Oo9b/zqPW/86/0wSAP9WDQD/&#10;YAkA/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+Cb90SxG5cFYas21gIa9qaSiqZ3Itp2V6MqNj&#10;gzagYYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehDj178QY5f/0CLX/8+il//PYhf/zyIX/87iF//&#10;O4hf/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDdeAgA2nsLANF+FwDIfisCwHw7CLl5SBGydlMZ&#10;rHJdIadvZiijbW4un2p3M5tofzeYZog7lWWRPpFjm0GOYqdDjGG0RYlhx0WIYuVFhmL6Q4Zj/0KE&#10;Y/9Ag2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1APAP9bBwD/ZgMA7G8CANx2AwDUfAcA0YAJAMqC&#10;FADCgygCuoE5B7N+RhCse1EZpndaIaF0YyiccmsumG9zM5RtfDeRa4Q7jWqOP4pomEKGZ6NEhGax&#10;RoFmw0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58Z/89fGf/PXxn/z18Z/89/1IOAP9dAwD9aQAA&#10;4XIAANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6DQw+ngE4YoXxYIJt5YCeWd2ktknRwM45yeTeK&#10;cIE8hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2Rnhs/0R3bP9Cd2v/QHdq/z93av8+d2r/Pndq&#10;/z53av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQAxIcGAL+KEAC3jCMBsIo0BamIQQ6ihUwXnIFV&#10;H5Z/XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4cZ5GdXCsSHNvvUlxcNlJcXD0R3Fx/0RycP9C&#10;cm//QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9iAADmbwAA13kAAMyBAQDFhwMAv4sEALmODgCy&#10;kCABq48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9rMYJ9czZ+e3w7enmGP3Z3kEJydpxFb3WpSGx1&#10;uklrddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/bXL/P21y/z9tcv8//1kHAP9lAADicgAA0XwA&#10;AMeEAADAigIAuY8CALOSDACslB0AppMvBJ6RPAuYj0gUkYxRHIuJWiSGh2IqgYVpMHyCcTV4gXo6&#10;dH+DPnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7/0Rmev9DZ3j/QWh2/z9odv8/aHb/P2h2/z9o&#10;dv8//1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMBAK2XCQCnmBoAoJgsA5mWOgqSlEUSjJJPGoaP&#10;VyKAjV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdDYoGlRmCBtkdegc1HXoHvRl+B/0Rgf/9CYX3/&#10;QWJ7/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADWeQAAyIQAAL6MAAC2kwAArpcAAKabBACgnRcA&#10;mp0pApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQbDFsjnU2Z41+OmOLiT5fipVBXImjRFqJtEVY&#10;ictFWIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/Pl2A/z5dgP8+/2IAAORxAADPfgAAw4gAALmR&#10;AACwlwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUANgJ9KFXmdUxx0m1ojb5liKGqYai5mlnIyYZV8&#10;N12UhjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BSj/8/VYv/PlaI/z1Xh/89V4f/PVeH/z1Xh/89&#10;+WcAAN12AADJgwAAvY0AALOVAACpmwAAoKAAAJanAACPqQ8Ai6ohAYWpMAR/qDwKeKdHEnOlUBht&#10;o1geaKJgJGShZylfoHAuW555MledhDZTnJE5UJyfO06bsD1MnMc9TJvqPEyZ/zxMmP88TZX/PE+R&#10;/ztQj/87UI//O1CP/ztQj/87620AANN8AADDiQAAt5MAAKyaAACinwAAmaUAAI6rAACFsAsAgbEb&#10;AHyxKwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZqm4nVal3K1Gogi9Np48ySqeeNUinrzZHp8Y2&#10;RqbpNkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma/zdJmv834nQAAMqDAAC8jwAAsJgAAKWeAACb&#10;pAAAkKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/CGO4SQ5et1ITWrZaGFa2YhxStWsgTrR1JEu0&#10;gCdIs44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8xPq3/MkCo/zJBpv8yQab/MkGm/zJBpv8y1XwA&#10;AMKKAAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABwvgMAaMIOAGbDHQBjwy0BXsM5BFrDRAhWwk4M&#10;UsJXEE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3ArSM8wcQjPMDpIzq+/iY4vP8oN7v/KTi4/yo4&#10;tv8rOLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIAAJSqAACIsQAAfLgAAHG+AABmxQMAW8sIAFfN&#10;EwBWziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UOQM9vED7PexM7z4kVOc+ZFzfPqxg20MMYNs/o&#10;GDTN+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEvyP8hvo8AAK+aAACioQAAlqkAAIqwAAB9uAAA&#10;cb8AAGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETdNQFB3UACP95LAz3eVQQ6318GON9pBzXfdgkz&#10;4IQLMeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/FCna/xYo2v8WKNr/Fija/xYo2v8Ws5gAAKWg&#10;AACZpwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAARNsEAD/pDQA96RcAO+ojADnqLgA26zgBNOtC&#10;ATHsSwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj8K4HIvHIByLw7Qch7P8HIev/CCDr/wof6v8L&#10;H+r/Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHBAABkygAAWNAAAEzWAABB3QAAOOQAADX2DAAz&#10;9xQAMPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftSAR78XQIc/WkCGv15Axj+iwMX/54DFf+zBBT/&#10;0wQU/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8DnaUAAI+uAACAuAAAcsIAAGTLAABW0wAASdoA&#10;AD7fAAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf/yYAHP8tABn/NAAX/zwAFP9EARL/TgEQ/1kB&#10;Dv9nAQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf//wIH//8CB///Agf//wIH//8Cka0AAIK4AABz&#10;wgAAZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8AACD/BAAc/wwAGf8RABb/FgAT/xsAEf8hAA7/&#10;JwAN/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MBAP+HAQD/nQEA/7IBAP/KAQD/6gEA//MBAP/z&#10;AQD/8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA55QAALeoAACPuAAAc/QAAGP8AABX/AAAR/wQA&#10;D/8LAA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/LgAA/zcAAP9BAAD/TQAA/1wAAP9tAAD/ggAA&#10;/5YAAP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQvAf8lLwH/KC8B/ycxAf8kNgL/ID4C/xpJA/8X&#10;VgP/FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF/xKsBv8Sswb/EroG/xLDBv8Tzgf/E98H/xPr&#10;B/8T9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/Ff8J/xX/Cf8V/wn/Ff8J/yUuAf8pLQH/KywB&#10;/ysuAf8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8XewT/F4cF/xeRBf8Xmgb/F6EG/xepB/8XsAf/&#10;F7cI/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/CP8Z/wj/Gf8J/xn/Cv8Y/wv/Gv8L/xr/C/8a&#10;/wv/Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC/ydDA/8kUAP/Il0E/yBqBf8edwX/HoMG/x6N&#10;B/8elgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/HtMK/x7lCv8e8Qr/H/wK/h//Cv0f/wv8H/8M&#10;/B7/Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8vJgH/MiQB/zMlAf8yKgH/MTQC/y8/A/8tTAP/&#10;KlkE/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWhC/8lqAv/JLAM/yS4DP8lwQz/Jc4N/yXhDfwl&#10;7w35JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S7Sf/Eu0n/xLtJ/8S/y4mAf80IgH/NyAB/zkh&#10;Af84JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/LnkJ/y2ECv8tjQz/LJYN/yydDf8spQ79LKwP&#10;/Cy0D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss/xTqLP8V6Sz/FuUt/xbgLv8W4C7/FuAu/xbg&#10;Lv8W/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2Av8+QgP/PE8F/zlcBv84aAj9NnML+zV+DPg1&#10;iA73NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT6zTXE+c06hLjNPcU4TT/F94z/xncM/8a2zP/&#10;GtQ0/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/QRYA/0QWAP9HHgH/SScB/0gyAv9GPQP/REkF&#10;+kJWB/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7nBTlO6QV4zqtFeI6thbgO8IW3zvSFto76BfU&#10;OvYa0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/HsA8/x7APP8e/zkbAf9AFQD/RREA/0oTAP9O&#10;GQD/UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN40V0EOBEfhPdQ4cV20KQF9hBmBjVQKAZ00Cp&#10;G9FAshzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9QP8ju0D/I7ZB/yOzQv8is0L/IrNC/yKzQv8i&#10;/z0XAP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNVMQHrUz0D5VJLBt9QWAraTmMO1ExuE9BKeBbN&#10;SYEZy0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXFJLxF3CS4RvAltUb/J7JG/yewRv8nrkb/J6pH&#10;/yanSP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA/1UOAP9ZEQD/XBYA9F0fAOpcKgHiWzcC2lpG&#10;BdJXUwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5TZUkt0ydJrVLpyezS7EpsUq/Kq9K0SqsS+sr&#10;qUv8LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N/ymdTf8p/0MRAP9LDAD/UwgA/1oLAP9eDQD5&#10;YBAA62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpkF7lYbRu2VnYfs1V+IrBThyWuUo8oq1GYKqlQ&#10;oiynUKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8umFH/LZZS/yyUUv8rlFL/K5RS/yuUUv8r/0YQ&#10;AP9OCQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDNaC0BxWc9Bb9lSgu5Y1UStGBfF7BeaRysXHEh&#10;qVp6JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hUxTOWVOE0k1X2M5JV/zKRVv8xj1b/MI1W/y6M&#10;V/8tjFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIAAN9nAwDYagYA1WsKAM1tFQDFbikBvm05BLdr&#10;RwuxaFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYtmFyPL5VamTKTWaQ0kFmwNo5ZwDaMWds3ilnz&#10;Nola/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+FW/8v/0sMAP9UAAD7XgAA4mUAANhrAQDPbgUA&#10;zHAIAMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFpYR2dZ2oimWVyJ5ZjeiqTYoMukGCMMY1flTSK&#10;XqA2h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//M39f/zF+X/8wfl//MH5f/zB+X/8w/00JAP9W&#10;AADuYQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMAsXgzA6t2QQmlc0wQn3BWF5tuXx2WbGcik2pv&#10;J49odyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7Ys87emLuOXpj/zh6Y/82eWP/NHlj/zJ5Yv8x&#10;eWL/MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxzAADEdwIAv3kEALl6DgCyfCAArHwxA6V6Pgmf&#10;eEoQmnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqFMn9pjzV8aJs4eWenOnZmtjt0Zsw8c2frO3Nn&#10;/zhzaP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y/1EEAP9cAADiZwAA0nAAAMd2AADAegAAun0C&#10;ALR/DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyLdmIhh3RpJoNycSt/cXovfG+DMnhujTV1bZg4&#10;cmylO3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r/zRuav8ybmr/Mm5q/zJuav8y/1MAAPRfAADe&#10;agAAzXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUrApuEOgeVgkUOkH9PFYp9WBuGe18ggXlnJX13&#10;byp6dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8Z3DnO2dx/Dlocf83aHD/NWlv/zRpbv8zaW7/&#10;M2lu/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3ggAAsIUAAKiHBgCiiRcAnIopAZaJNwaQh0MM&#10;i4VNE4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15iDRpd5Q3ZnahOmN2sDthdsQ8YXblO2F2+zli&#10;dv83Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gAAOZmAADScQAAxXoAALuBAACyhwAAq4oAAKKM&#10;AgCcjhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsddoVjInKDaidugnIraoB7L2d/hjNjfpE2YH2e&#10;OV18rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRfd/8zX3f/M193/zNfd/8z/lwAAOFqAADNdQAA&#10;wH4AALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuTMQOFkj0Jf5FID3qPURZ1jVkbcYxgIGyKaCVo&#10;iXApZId5LWGGgzFdhY80WoScNleDrDhVg785VYPhOFWC+TdWgv81VoH/NFh//zNZff8yWX3/Mll9&#10;/zJZff8y72AAANtuAADHegAAu4MAALKLAACokAAAn5MAAJSWAACNmQ4AiZoeAISaLgJ+mToHeZdF&#10;DXSWThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1XjY0wVIyaM1GMqjVPjL01T4zeNU+L9zRPiv8z&#10;UIn/MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJzAADCfwAAtogAAKyQAACilAAAmJgAAIycAACE&#10;nwoAgKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxbGWCbYx1cmmshWJl0JVWYfilRl4osTpaYLkuW&#10;qDBKlrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8vS43/L0uN/y9Ljf8v4msAAMp5AAC8hQAAsY8A&#10;AKaUAACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABuqDIDaqg9BmWnRwthplAPXaVYFFmkYBhVo2gc&#10;UqNxH06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf9StCnf8rQpz/LEKb/yxEl/8rRJf/K0SX/ytE&#10;l/8r13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMAAH6oAABwrgAAarAOAGixHQBlsSwBYbE4A12w&#10;QwZZsEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYeQqyVID+spSI+rbkjPa3YIj2r9SM8qf8lO6f/&#10;Jjum/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACukgAAopkAAJeeAACMpAAAgKoAAHWvAABptAAA&#10;XrkGAFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6WQpHumINRLpsEEG6dxM+uYQVPLmTFzm5oxg4&#10;ubcZN7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/IDOy/yAzsv8gwYMAALSRAACmmAAAm54AAI+l&#10;AACCqwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkAScYoAEjGNQBFx0ABQ8dKA0DHUwQ+x10GO8dn&#10;CDnHcwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAuxP8TLcL/FSzB/xYrwP8XK8D/FyvA/xcrwP8X&#10;uI0AAKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/AABUwwAASsgCAEDNBwA60g4AOdIbADjTKAA3&#10;0zUANtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iLBSrYnQUo2bEGJ9rNBifX7wYm1P8JJdL/CyTR&#10;/wwj0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAAhqwAAHm0AABsuwAAYMIAAFTGAABIywAAPtAA&#10;ADXVBAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm5UoAJOZVACPmYQEh524BIOd+Ah7okAId6aQC&#10;G+m8Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj/wUY4/8Fo50AAJakAACIrAAAerUAAGy9AABf&#10;xAAAU8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/ARACHxGQAf8SIAHfIrABvzNAAZ9D4AF/RIABX1&#10;UgAT9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0BDfb/AQ30/wEN8/8BDfP/AQ3z/wEN8/8BmaMA&#10;AIusAAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv3gAAJuIAAB/qAAAc+wYAGf8OABf/EwAU/xoA&#10;Ev8hABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/bAAC/4AAAf+WAAD/rQAA/8oAAP/wAAD//wAA&#10;//8AAP//AAD//wAA//8AjasAAH21AABuvwAAYMgAAFLQAABD1wAAN90AACviAAAi5gAAGeoAABX5&#10;AAAS/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIAAP8qAAD/MwAA/z0AAP9JAAD/VwAA/2kAAP9+&#10;AAD/lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA//oAgLUAAHC/AABhyQAAUtMAAEPbAAA14QAA&#10;KeYAAB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/BgAA/woAAP8OAAD/EQAA/xUAAP8bAAD/IwAA&#10;/ysAAP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+mAAD/uAAA/88AAP/PAAD/zwAA/88A/xwvAf8g&#10;LAH/ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC/wlvAv8JewL/CYYC/wmQAv8JmQL/CaAC/wmn&#10;Av8JrQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/CfkB/wr/Af8K/wH/Cv8C/wr/Av8K/wL/C/8D&#10;/wv/A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8eMAH/GDgB/xRDAf8RUAL/EF4C/w5rAv8OdwL/&#10;DoMC/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65Av8OwQL/Ds0C/w7fAv8O7AL/DvgC/w7/Av8O&#10;/wL/D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E/yMqAf8mJgH/KCUB/ycnAf8jKwH/HjMB/xtA&#10;Af8ZTQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/E5kD/xOgAv8TpwP/E64D/xO1A/8TvgP/E8kD&#10;/xPaA/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV/wb4Ff8G+BX/BvgV/wb4Ff8G/yYmAf8qIgH/&#10;LCAA/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1iAv8bbgP/G3oD/xqEA/8ajQP/GpUD/xqcBP8a&#10;owT/G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE8hz/BfEc/wbwHP8H7x3/CO8d/wnvHP8J7hz/&#10;Ce4c/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/MCwB/y43Af8rRAL/KFEC/yZdA/8kaQP/I3UE&#10;/yN/BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUjtwb0I8EG8iTPBu4k5AbqJfIG6CX+COYk/wrk&#10;Jf8L4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4eAP8zGAD/NRYA/zUVAP84HQD/OCcB/zczAf80&#10;PwH/MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG7yyUB+0snAjsLKMI6iyrCOksswjnLL4J5izM&#10;CeIt4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDPLP8Qzi3/EM4t/xDOLf8Q/zIZAP83FAD/OhEA&#10;/zwSAP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3XgTsNmoF6TV0BuY1fgjkNIcI4jSQCeA0mAre&#10;NJ8K3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9Esc0/xPFNP8UwzT/FcMz/xXANP8VvzT/FL80&#10;/xS/NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA/0YmAPZEMgHvQj8B6UBMA+Q/WQTfPmQG2z1v&#10;CNg8eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLIOrUTxjrCE8Q61RTAO+sVvDr7F7k6/xi3Ov8Z&#10;tjr/GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/DQD/QwkA/0gMAP9LEAD/TBUA9UwfAOtKKgDk&#10;STcB3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KEEsFCjBO/QZUVvUGdFrtAphe6QLAYuEC8GbZA&#10;zBqzQeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8bpUH/G6VB/xulQf8b/z0QAP9CCQD/SAUA/00I&#10;AP9QCwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXETloJwExkDb1LbRC6SnYTt0l+FbVIhxezR48Z&#10;sUeXG69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG/yGfR/8gnkf/IJ5H/x+bR/8emkf/HppH/x6a&#10;R/8e/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUNANVVGQDMVywAxVc8Ar9WSga6VVUKtlNfDrJS&#10;aBKvUHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yin0uxI51LwCSbS9glmUvwJZZM/ySVTP8klEz/&#10;I5NM/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/UQAA5lcAAN1bAQDVXAUA0lsJAMtcFADDXigA&#10;vF44ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBUfR2eU4Ufm1KOIplRlySXUKEmlVCtJ5JQvCiR&#10;UNAojlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/I4hS/yOIUv8j/0UHAP9LAADwVQAA31sAANNg&#10;AADMYQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4KpV9XD6FdYBSeXGgYm1twG5hZeB6VWIEhk1eK&#10;JJBWkyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqDVv8og1b/J4JW/yWBVv8kgVb/JIFW/ySBVv8k&#10;/0cDAP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtmDgC0aSAArmkxAqhoPwWjZkoKn2VUD5pjXRSX&#10;YWUYk2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mmLIBZtC1/WccufVnmLXxa+ix7Wv8qe1v/KHtb&#10;/yd7Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA0mMAAMdoAADAawAAumsCALVrDQCubR0AqG4u&#10;AaNtPAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCHYnojhGGDJoFgjCl+X5cre16jLXlesS93XcQv&#10;dV7iL3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe/yZ1Xv8m/0sAAPBVAADeXwAAzWcAAMNsAAC7&#10;bwAAtXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25PDo9tWBSLa2AYh2lnHIRobyCBZ3cjfWaAJnpk&#10;iil3Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8sb2P/Km9j/yhvYv8nb2L/J29i/ydvYv8n/00A&#10;AOtYAADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCjdhcAnncoAZh2NwSTdUIIjnNMDolxVROFcF0Y&#10;gW5lHH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxnrDBqZ74xaWfcMGln9S5pZ/8saWf/Kmpn/ylq&#10;Zv8oamb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4AALtzAACzdwAAq3kAAKR4AwCdehQAmHslAZN7&#10;NAOOekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIicm97Jm9uhSlsbZAsaWycLmZsqjBkbLwxY2zZ&#10;MGNs9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhlav8o/VMAAONfAADOaQAAwXEAALd3AACvewAA&#10;p30AAJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98URF7elkWd3lgGnN3aB5vdnAhbHV4JWl0gihm&#10;c44rY3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/K19w/ylgb/8oYG7/KGBu/yhgbv8o8VUAAN5i&#10;AADKbQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8AjYUfAIiFLgKDhDsFfoNFCnqBTg91gFYUcX9e&#10;GG59ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Yd7gvV3fRL1d38S5Ydv8sWHb/Kll1/yladP8o&#10;WnT/J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+AAACmhAAAnYYAAJGHAACKiQwAhoobAIKLKwF9&#10;ijgEeIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0IV2BfSRagIkoV3+WKlV+pCxSfrYtUX7OLVF9&#10;7yxSff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n6F4AANBrAADAdgAAtH4AAKuFAAChiQAAl4sA&#10;AImNAACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtpjlEPZY1ZE2KMYBdei2gbW4pxHleJeyFUiIYk&#10;UYeUJ0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD/ydNgf8mToH/Jk6B/yZOgf8m4WMAAMlwAAC7&#10;ewAAsIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcSAHKYIgBvmDACapc7BGaXRQhilk4MX5VWD1uU&#10;XRNYk2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLImRZDKJkWP7SVFjf8lRYz/JUaL/yRGiv8kRor/&#10;JEaK/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACVkwAAipYAAH6aAABwnQAAa58OAGifHABmoCoB&#10;YqA3Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUucdRhIm4EaRZuPHUKanx9AmrAgP5rIID+Z6x8/&#10;mP8gPpb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAAALx9AACwiAAApI8AAJmUAACOmAAAg50AAHeg&#10;AABppAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUEUKhOBk2oVwlKqF8MR6doDkSncxFBpn8UPqaN&#10;FjymnRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3n/8cN5//HDef/xw3n/8cxHgAALWFAACpjwAA&#10;nZUAAJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCyDgBOshsATbMoAEuzNQBJsz8BRrNJAkSzUgRB&#10;s1sGP7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPFEDKy6RAxsP4SMK7/FC+t/xUvrP8WL6z/Fi+s&#10;/xYvrP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAAcasAAGWvAABZtAAATrcAAEO8BQBAvREAP70e&#10;AD6+KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQxwHcFL8CGBi3AlwcrwKoIKsHCCCrA5wcpvf0K&#10;KLz/DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWUAACZmgAAjaEAAH+nAAByrQAAZrMAAFq4AABP&#10;uwAARL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1ACvMQAAqzUoAKM1WACfOYQAmzm8BJM5/ASPP&#10;kQIhz6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8GHcn/Bh3J/wYdyf8GqJQAAJyaAACQoQAAgqgA&#10;AHSvAABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn0AQAH9YKABvaEAAb2xoAGtsmABrcMQAZ3TwA&#10;GN1IABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLjzwAS4PQAEt7/ARHd/wER2/8CEdv/AhHb/wIR&#10;2/8CnpoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQAAELIAAA3zAAALdAAACTVAAAc2wAAFd8FABTp&#10;DgAS6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMACu9iAAnwdAAI8YkAB/KgAAXyugAE8eQAAvH9&#10;AALv/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4sgAAaboAAFvCAABNyAAAQMwAADTRAAAq1gAA&#10;IdsAABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7HAAE/CQAAfwsAAD8NwAA/EIAAPxQAAD8YQAA&#10;/XUAAPyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/AAD9/wAA/f8AiakAAHmyAABquwAAXMQAAE7M&#10;AAA/0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAACP0AAAX/AwAB/wkAAP8OAAD/EgAA/xcAAP8f&#10;AAD/JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA/6YAAP/CAAD/5wAA//wAAP//AAD//wAA//8A&#10;fLMAAGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrmAAAR6gAADO4AAAXyAAAA/wAAAP8AAAD/AAAA&#10;/wAAAP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/OQAA/0oAAP9dAAD/cwAA/4wAAP+kAAD/&#10;uQAA/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA/xUrAP8QMAD/CzgB/wNEAf8AUQH/AF4B/wBs&#10;Af8AeAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/AK8A/wC2AP8AvgD/AMgA/wDXAP8A5wD/APMA&#10;/wD9AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xspAP8dJgD/HCUA/xknAP8TLAD/&#10;DjQA/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKIAf8CkQH/ApgB/wKfAf8BpQD/AawA/wGyAP8B&#10;ugD/AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A/AP/APwE/wH8Bf8B/AX/AfwF/wH8Bf8B/x8m&#10;AP8hIgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/DVcB/wtjAf8KbwH/CnoB/wqEAf8KjQH/CpQB&#10;/wqbAf8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K4AD7Cu8A9wr6APUL/wH1DP8B9A3/AfQN/wL0&#10;Df8C9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yIdAP8eIgD/HCwA/xk4AP8WRQH/E1IB/xJeAf8Q&#10;agH/EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB/RCsAfwQswH6EL0B+RHJAfUR3QHxEe0B7hH5&#10;AewS/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPpE/8D/yYdAP8oGAD/KBYA/yYWAP8mHQD/JigA&#10;/yM0AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkYgwH3GIwB9hiTAfQYmgHzGKEB8RmoAfAZsALu&#10;GboC7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/Bdwc/wXcHP8F2xz/Bdsc/wXbHP8F/yoZAP8t&#10;EwD/LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB+iRUAfYjYAHyImsB7yJ1Au0ifgLrIocC6SKP&#10;AucilgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLYJOoD0iT5Bc8l/wbNJf8HyyX/CMol/wjKJP8I&#10;yiT/CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81FAD/NRwA/zMnAPoxNADzL0EA7i1OAeksWgHl&#10;LGUC4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yuiBNErqgXPK7MFzSu/BswszwbILecHxC33CcEt&#10;/wq/Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M/zERAP81DAD/NgcA/zoLAP88EAD/OxUA+Dkf&#10;AO83KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTMNHwFyjSFBsg0jQfGM5QIxDOcCcIzpQnBM64K&#10;vzO5C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80/xCuNP8PrjT/D640/w+uNP8P/zUOAP84BwD/&#10;PAIA/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5BAMw+TwLIPloDxD1kBcE9bge/PHYIvDx+Cro7&#10;hwu4O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkRqjvvEqc7/xOlO/8UpDv/E6M7/xOiO/8Tojv/&#10;EqI7/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDhRQcA40INANVDGQDMRSwAxkc8AcFHSQK8RlUE&#10;uUVfBrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhBmhOnQKQUpUCvFaNAvBahQNAWnkHqF5xB/Bea&#10;Qf8XmEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsGAP8/AAD5RgAA5UsAANxOAADTTQQA0UoJAMpK&#10;FADCTScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwNpkl0D6RJfBGhSIQTn0eMFZ1HlRebRp8YmUaq&#10;GZdGuBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiNR/8YjUf/F41H/xeNR/8X/z4CAP9DAADrSwAA&#10;3VEAANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5UQQKqVEwFplNWCKJRXwyfUGcPnU9vEZpOdxSY&#10;Tn8Wlk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUviHodM9x6GTP8dhUz/HIVN/xqFTP8ZhUz/GYVM&#10;/xmFTP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAAvVgDALhXDgCxWR4ArFovAadaPQKiWUkFnlhT&#10;CZtXWwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyIUZcehlCjH4RQsCCCUMEhgFDdIX5R9CB9Uf8f&#10;fVH/HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBKAADfVAAAzloAAMReAAC8XwAAtl4AALFcCwCr&#10;XhoApWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpoE4tZcBaIWHcYhVeAG4NWiR2AVpQfflWfIXtV&#10;rSJ5VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8cdlb/G3ZW/xt2Vv8b/0UAAOxOAADaWAAAyV4A&#10;AL9iAAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKWZEMFkWNNCI5hVQyKYF0Qh19lE4RebBaBXXQZ&#10;flx9HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa8CNvWv8ib1r/IHBa/x5wWv8dcFr/HHBa/xxw&#10;Wv8c/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgAAKVmBQCfZxQAmmklAJVpNAKQaEAEjGdKCIhm&#10;UwyEZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44hcF6aI25eqCVsXbglal7OJmle7iRpXv8ial7/&#10;IGpe/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADPXwAAwWUAALdqAACvbAAAp2wAAJ9qAQCZaxEA&#10;lG0iAJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hnZxZ2Z28Zc2Z4HHBlgR5tZIwhamOYI2hipiVm&#10;YrYmZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/HWVi/x1lYv8d8kwAAN9YAADKYgAAvWkAALNu&#10;AACrcAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsDgnFFB31wTgt6blYOdm1eEnNsZRVwa20YbWp1&#10;G2ppfx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVeZ/4jX2f/IV9m/x9gZv8eYGb/HmBm/x5gZv8e&#10;708AANpcAADGZQAAum0AALByAACndQAAnXQAAJRzAACNdA0AiXYcAIV3KwGBdzgDfHZDBnh1TAl0&#10;dFQNcXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22UIl1soiRabLIlWWzHJVhs6CVZbP0jWWv/IVpr&#10;/x9ba/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAAtnEAAKx2AACjeQAAmXkAAI13AACHeQsAg3sY&#10;AH98KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNldmgWYnVwGV90ehxcdIUfWnORIVdyoCNVcrAk&#10;U3LFJFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv/x1Vb/8d5VcAAM1kAAC+bQAAsnUAAKh7AACf&#10;fgAAk30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9BG2ARgdpgE8KZn9WDWN+XhFgfWYUXXxuF1p7&#10;dxpXeoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/shTnf/H052/x5Pdf8dT3X/HU91/x1Pdf8d31wA&#10;AMhoAAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5hQIAdIYRAHGIIABuiC4Baog5AmeHQwVjh0wI&#10;YIZTC12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuBmx5JgawfSIDBIEeA4x9Hf/oeSH7/Hkh9/x1J&#10;fP8cSXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAAAJ+FAACUhwAAiIcAAHuJAABwjAAAa44NAGiP&#10;GgBmjykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAOUIxoEE2MchNKi30WSIqKGEWKmRpDiqobQoq/&#10;G0GK4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpChP8azWcAALx0AACvfgAApYYAAJqKAACOjAAA&#10;go0AAHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeYOgFUmEQDUpdMBU+XVAdMl1wJSZZlDEeWbw5E&#10;lXoRQZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/FzqP/xc6jv8XOo7/FzqO/xc6jv8XxW4AALZ7&#10;AACqhQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAAV54AAFKgDgBRoBsAT6EoAE2hNABLoT4BSaFH&#10;AkehUANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42oKYPNaC7EDSg3Q80nfcQM5z/EjOa/xIzmf8T&#10;M5n/EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2VAACBmQAAc5wAAGefAABbogAAT6YAAEepCABE&#10;qhIAQ6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxcAzesZwQ1rHMFMqyBBjCskQcurKMILay4CSys&#10;2QgsqvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8NtYAAAKiLAACckQAAkZYAAIWcAAB4oAAAa6UA&#10;AF+oAABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAytiwAMbc3ADC3QQAvuEsALrhVACy4YAEquG0B&#10;Kbl7Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0/wYhs/8HIbL/ByGy/wchsv8HrYoAAKCRAACV&#10;lwAAiJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cAADS7AAArvgMAJMIMACLCFAAiwx8AIcMqACDE&#10;NAAfxD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kAGMiuABfIywAXxvEBF8T/ARbD/wIWwf8DFsH/&#10;AxbB/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABisQAAVrYAAEq5AAA+vQAANMAAACrEAAAiyAAA&#10;GcwEABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7USAAN1VYADdVlAAzWeAAM1o0AC9ikAArYvgAJ&#10;2eYACtb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgAAI6fAACApgAAcq0AAGS0AABXugAASb8AAD3C&#10;AAAyxgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsABt8RAAXfGgAE4CQAAuEuAAHiOgAA40cAAORW&#10;AADkZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA6P8AAOj/AADo/wAA6P8AkZ8AAIKnAAB0rwAA&#10;ZbcAAFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZAAAO3QAACeEAAALlAAAA6QYAAOkNAADpEQAA&#10;6hgAAOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+AAD0lwAA9bAAAPbQAAD38wAA9/8AAPf/AAD3&#10;/wAA9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAALtEAACPWAAAZ3AAAEeAAAAzjAAAE5wAAAOoA&#10;AAD1AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA+icAAPw0AAD/QwAA/1UAAP9pAAD/gQAA/5oA&#10;AP+yAAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6AABZwwAAS8sAADvRAAAt2AAAId0AABbiAAAO&#10;5gAACOoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8AAAD/AAAA/wYAAP8MAAD/EAAA/xgAAP8iAAD/&#10;MAAA/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MAAP/VAAD/1QAA/9UA/xMoAP8TJQD/ESUA/w0n&#10;AP8GLQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/AH4A/wCIAP8AkAD/AJcA/wCdAP8ApAD/AKoA&#10;/wCwAP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/&#10;AP8A/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9AP8ASwD/AFgA/wBkAP8AcAD/AHoA/wCEAP8A&#10;jAD/AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA/gDIAP0A2QD7AOkA+gD2APkA/wD4AP8A+AD/&#10;APgA/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/GB0A/xMeAP8OIgD/CiwA/wc5AP8DRgD/AFMA&#10;/wBgAP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8AnQD/AKMA/gCpAPwAsAD6ALkA9wDEAPUA0gDz&#10;AOYA8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/APAA/wDwAP8A/x4dAP8eGQD/HBcA/xcYAP8T&#10;HgD/ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA/wZ6AP8GgwD+BosA/AaSAPoGmQD4Bp8A9gam&#10;APQGrQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDlCv8A5Av/AOQL/wHkC/8B5Av/AeQL/wHkC/8B&#10;/yEYAP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8TPAD/EUkA/xBVAPwOYQD5DmsA9g51APQOfgDy&#10;DoYA8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9AOUPzADhD+MA3RDzANkR/wHWEv8B1BP/AdMT&#10;/wLSE/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A/yMOAP8jFAD/Ih4A/x8pAP8cNQD5GUMA9BhP&#10;AO8XWwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDfF5gA3RefANsXpwDZGLEA1hi7ANQZygDQGuEB&#10;zBvzAckc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc/wPDHP8D/ygQAP8pCwD/KAYA/ysLAP8rEAD/&#10;KRcA/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFqANYhdADTIXwB0CGEAc8ijAHNIpMByyKbAcki&#10;owHII6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8FtiX/BbUl/wa1Jf8GtSX/BbUl/wW1Jf8F/ywN&#10;AP8tBQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDfKDMA2ChCANEqTwDNK1oAyStlAccrbgHELHYC&#10;wix+AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYsvwW1LdEFsS3qBq4u+werLv8IqS7/CKgu/wio&#10;Lf8IqC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcAAOo2AgDnMwgA5C8PANkuGwDPMSwAyTM8AMQ0&#10;SQDANVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgGsDSQBq40mQesNKIIqzSsCak0uQmnNMoKpTXl&#10;CqE1+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wucNf8L/zMCAP81AAD2OgAA5T4AANxAAADUPQQA&#10;0jcJAMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649YwSsPWsFqTxzBqc8ewimPIMJpDuLCqI7lAug&#10;O50MnjuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/D5I8/w6RPP8NkTz/DZE8/w2RPP8N/zUAAP85&#10;AADqQQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEAs0QyAK9FQAGrRUsCp0VVA6REXgWhRGYHn0Nu&#10;CJ1DdgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQQcASjkHZEotB8RKJQv8SiEL/EYhC/xCHQv8Q&#10;h0L/D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhOAADATQAAu0oCALZHDgCwSR0Aq0stAKZMOwGi&#10;TEcCnktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iCD41HixGLR5USiUagFIdGrBWFRrsWhEbRFoJH&#10;7haAR/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R/zsAAO5DAADcTAAAzFEAAMFUAAC5VAAAtFEA&#10;AK5NCwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaRUF4Jjk9mC4xObQ2JTnUPh01+EYVNhxOCTJEV&#10;gEycFn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM/xR3TP8Td0z/EndM/xJ3TP8S/z4AAOhHAADV&#10;UAAAxlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYlAJhXNAGUV0ACkFdKBI1WUwaKVVsJh1RjC4RU&#10;ag6CU3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUac1DJGnFQ6BpwUfwYcFH/F3BR/xVwUf8UcVD/&#10;E3FQ/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACvXgAAp1sAAKFYAwCbWRIAllsiAJJcMQGOXD0C&#10;ilxHBIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZWgBV0VosXclWWGW9VoxptVLIbbFTGG2pV5htq&#10;VfsZalX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMAAN9PAADLWAAAvV0AALNhAACrYgAAomAAAJtc&#10;AACVXhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJe15dC3hdZQ52XGwQc1x0E3BbfRVuWogXa1qU&#10;GWlZoRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdlWf8VZVn/FGVZ/xRlWf8U70YAANpSAADGWwAA&#10;umEAALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdlKwCDZTcBf2VCA3xkSwZ4Y1MIdWNbC3NiYg5w&#10;YWoQbWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3BHF9d4RxfXfgaX13/GF9d/xdgXf8WYF3/FWBd&#10;/xVgXf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAAmGcAAI9lAACJZgwAhWgZAIFpKAB+ajUBemk/&#10;A3ZpSQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVjZIMXYGOPGV5inRtcYqwcWmK/HFli3xxZYvca&#10;WmL/GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9ZAAC/YgAAs2gAAKltAACebQAAk2sAAIlpAACD&#10;awkAf20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xWCWhsXgxla2UPY2ptEWBpdhRdaYEWW2iNGFhn&#10;mxpWZ6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8WVmX/FVZl/xVWZf8V4lEAAMpdAAC7ZgAAr2wA&#10;AKZxAACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBycy8Bb3M6AmxzRARpckwGZnJUCGNxWwtgcGMN&#10;XXBrEFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t2RpObPQZT2v/GE9r/xdQav8WUGr/FVBq/xVQ&#10;av8V3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQAAHxzAAB2dQAAcXcQAG94HQBseSsAaXk3AWZ5&#10;QANjeUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwTUHSIFk10lxdLc6YYSXO5GUhz1RlJcvMYSXH/&#10;F0px/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACzbwAAqHYAAJ15AACPeAAAhHgAAHd5AABvfAAA&#10;an0NAGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/VQdUfl0JUn1lDE99bw5MfHkRSnyGE0d7lBVF&#10;e6QWRHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/E0R2/xNEdv8TzV8AALtrAACudAAApHwAAJd+&#10;AACKfQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEAWocuAFiHOAFVh0ICU4dKA1CHUgVOhloHS4Zi&#10;CUmFbAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8gvASPIH/Ej2A/xI9f/8SPX7/ET1+/xE9fv8R&#10;xWYAALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2GAABfigAAWI0BAFSODwBSjxsAUI8nAE+QMwBN&#10;kD0BS5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6ACzqOjww4jqANN46zDjaOzA42je8ONYv/DjWJ&#10;/w81iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAAmYcAAIyIAAB/iAAAcooAAGaNAABakQAAUJUA&#10;AEmXCQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+mlECPJpaAjqaZAM3mm8FNZl9BjOZjAcxmZ0I&#10;L5mwCC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S/wstkv8LtnUAAKqBAACeiAAAk40AAIaOAAB4&#10;jwAAa5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMXADejIgA2pC0ANaQ3ADSkQQAzpUsAMaVUATCl&#10;XgEupWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsEJaL/BSWg/wYkn/8GJJ7/BySe/wcknv8Hr34A&#10;AKOIAACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABMogAAQqYAADipAAAvrAMAKq4OACmuGAAoryMA&#10;J68tACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+xggAespQBHLKpARuywQEbsecBG6/+Ahqt/wIa&#10;rP8DGqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoAAHafAABoogAAW6UAAE+pAABErQAAObAAAC+z&#10;AAAmtgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUAFL1AABO+SwASvlgAEr5nABG/eAAQv4wAEMCi&#10;AA7AugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQuv8Bn48AAJSVAACHmwAAeaEAAGunAABerAAA&#10;UrEAAEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/GBQALyg0ACcoUAAjKHQAHyicAB8oyAAbLPgAF&#10;y0sABMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMztAADM/wAAy/8AAcr/AAHK/wAByv8Al5YAAIqc&#10;AAB8owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAAI8MAABvGAAATygAADc0AAAjRAAAB1AkAANQO&#10;AADVFQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA3m4AAN6EAADfmwAA37QAAN7ZAADf9wAA3/8A&#10;AN//AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6AABFvwAAOMIAACzGAAAhyQAAGM0AABDRAAAL&#10;1QAABNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUbAADnJAAA6S8AAOs8AADtSwAA7l0AAO5xAADv&#10;iQAA8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8AgaUAAHKtAABjtQAAVL0AAEbEAAA3yAAAKswA&#10;AB/QAAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADuBQAA7wwAAPEQAADzFwAA9SAA&#10;APgrAAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/wAAA/+EAAP/1AAD/9QAA//UAdK4AAGW3AABW&#10;wAAAR8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YAAADpAAAA7AAAAPAAAADzAAAA9AAAAPYAAAD4&#10;AAAA+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcAAP9KAAD/XgAA/3YAAP+PAAD/pgAA/7oAAP/R&#10;AAD/0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/ADIA/wA+AP8ATAD/AFkA/wBlAP8AcAD/AHoA&#10;/wCEAP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8AsgD/ALoA/wDFAP8A0wD/AOcA/wD0AP8A/wD+&#10;AP8A/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEhAP8QHgD/DR0A/wcfAP8AIwD/AC0A/wA6AP8A&#10;SAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCVAP8AmwD/AKEA/wCnAP4ArgD9ALYA/ADA&#10;APsAzQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1AP8A9QD/APUA/wD1AP8A/xUdAP8TGgD/EBkA&#10;/wsZAP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6AP4AgwD8AIoA+gCRAPkAlwD4&#10;AJ0A9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDsAO0A+gDrAP8A6gD/AOoA/wDqAP8A6gD/AOoA&#10;/wDqAP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA/wIwAP8APgD/AEsA/wBXAP8AYgD8AGwA+AB1&#10;APUAfgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDpAK4A5wC3AOYAwwDkANQA4gDpAOEA9wDfAP8A&#10;3QD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8aEAD/Fg4A/xIOAP8SFQD/Dx8A/wwrAP8JOAD/&#10;BkUA+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOHAOQDjgDiA5UA4QOcAN8EowDdBKsA2wS0ANgF&#10;wADWBdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8Aywv/AMsL/wDLC/8A/x8QAP8eCwD/GgcA/xkL&#10;AP8YEQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDlDGEA4gxqAN4NcwDbDXsA2Q2DANYNigDUDZEA&#10;0g2ZANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS+QC/E/8AvRP/AbwT/wG8E/8BvBP/AbsT/wG7&#10;E/8B/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgcAOwVKADlEzYA3xJDANkTTwDTFFoA0BVkAM0W&#10;bQDLFnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUAvhmvAL0auwC7GssAuBvlAbQc9gGyHf8CsB3/&#10;Aq8d/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/JgAA+ycAAPElAwDwIQsA6BwSAN4ZHQDUGy0A&#10;zR08AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkjfwG3I4cBtSOPAbQklwGyJKABsSSqAq8ktgKt&#10;JcYCqyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/A6Em/wOhJv8D/ykAAP8oAAD2LQAA5zAAAN8v&#10;AADZKwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08AtSxZALIsYgGwLGoBri1yAawtegKqLYECqS2K&#10;AqctkgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZLv8Gly//BpYv/waVLv8FlS7/BZUu/wWVLv8F&#10;/ywAAP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEtEQC6MCEAtDIxALA0PgCsNUoAqTVUAac1XQGk&#10;NWUCojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDShBpY0rQeUNbsIkzXQCJA17AiONv4IjDb/CIs2&#10;/wiLNv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA0kEAAMdCAADAQAAAuzoBALY2DgCwORwAqjss&#10;AKY8OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWUPHcGkjyAB5E8iAePO5IIjTudCYs7qQqJO7cL&#10;iDvKC4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8/wiBPP8I/zMAAOw6AADaQwAAykcAAL9JAAC3&#10;RwAAsUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RMAZREVQKRQ10Dj0NkBY1DawaLQnMHiUJ7CIdC&#10;hAqFQY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkNeUL/DHhC/wt4Qv8LeEL/CnhB/wp4Qf8K9jYA&#10;AOZAAADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCfRhMAmkgjAJZJMgCSSj4Bj0pIAoxKUQOKSVkE&#10;h0lgBYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhGog92RrAQdUbCEHNG4BByR/cPcUf/DnFH/w1x&#10;R/8McUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEAALRTAACqUgAAok4AAJ1KAQCXSxEAk00gAI9P&#10;LgCMTzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJeU10C3dMfQx1TIcOc0ySD3FLnxFvS60SbUu/&#10;EmxL3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxqS/8M8D0AANtIAADHUAAAulUAALBYAAClVgAA&#10;nFMAAJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9USwN8VFMEelNaBnhTYgh1UmkJc1JxC3FReg1u&#10;UYQPbFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/EGRQ/w9kUP8OZU//DWVP/wxlT/8M7EEAANRM&#10;AADDVAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwAhlcZAINYJwCAWTQAfVk/AXpZSAN3WFAEdFhY&#10;BnJXXwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJiVKkTYFS6FF9U0xReVPITXlT/EV9U/w9fVP8O&#10;X1P/DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhfAACcXQAAklsAAItYAACFWgoAgVsWAH1cJAB6&#10;XTEAd108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFtsC2VadQ1jWn8PYVmLEV5ZmBJcWKcUW1i4FFlZ&#10;0BRZWPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N40gAAMtTAAC7WwAAsGEAAKRiAACXYQAAjl8A&#10;AIVcAAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJsYUsDamFTBWdhWgdlYGIJY2BqC2Bfcw1eXn0P&#10;W16JEVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc/xBVXP8OVVv/DlZb/w1WW/8N3kwAAMdWAAC4&#10;XwAArWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQRAHJlHgBvZisAbGc3AWpnQAJnZkkDZWZRBGJl&#10;WAZgZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMTUGK0E09izBNPYu0ST2H/EU9h/xBQYP8OUGD/&#10;DlBg/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACPZwAAhGcAAHllAABzZwAAb2kOAGxqGwBpaygA&#10;Z2w0AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZpbgtTaXgNUWiED05okhBMZ6ESS2eyEklnyRJJ&#10;Z+sSSWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQAAL5eAACxZwAApm0AAJdsAACKawAAf2sAAHNr&#10;AABtbQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMCWXFLA1dxUwRVcFoGUnBiB1BwawlOb3ULS2+C&#10;DUlujw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5Fa/8NRWr/DUVq/w1Fav8Ny1gAALpjAACtbAAA&#10;oXEAAJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12EgBbdx8AWXgrAFd4NgBVeD8BU3hIAlF4TwNP&#10;d1cETHdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3WuDj51xQ49degOPnP9DT5y/w0+cf8MP3H/DD9w&#10;/ww/cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAAdXQAAGl2AABeeQAAWHwBAFR9DgBSfhoAUX8m&#10;AE9/MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVBf3AGP358CDx+igk6fpoKOX6sCzd+wws3feYL&#10;N3v8Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBvAACleAAAlnkAAId5AAB7eQAAcHoAAGR8AABY&#10;gAAAUIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+AEGJRwFAiU8BPohYAjyIYQM6iGwEN4h4BTWI&#10;hwYziJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8IMIH/CDCB/wgwgf8It2sAAKp2AACgfwAAkH4A&#10;AIJ+AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9kA4AO5AYADqRIwA5kS0AOJI3ADeSQAA2kkkA&#10;NJNSADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiSvQQokuEDJ5D6BCeO/wUnjf8FJ4z/BSeM/wUn&#10;jP8FsXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gAAFiLAABNjwAAQ5MAADqXAAAymgcALpsQAC2b&#10;GgAsnCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEAJZ5uACOefgEinpABIJ6jAR+euQEent0BHpz4&#10;Ah6a/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACTiwAAhYoAAHWLAABojgAAW5EAAFCVAABGmQAA&#10;O50AADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByoLQAbqDcAGqlBABmpTAAYqVgAF6pmABaqdgAV&#10;qokAFKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/AROk/wETpP8Bo4YAAJeMAACNkQAAfZIAAG2V&#10;AABgmAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAAGbEAABKzBwAPtRAADrUXAA61IQANtSsADbU2&#10;AAy2QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAFtsUABrbqAAe1/wAItP8ACLP/AAmy/wAJsv8A&#10;mo0AAJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECsAAA1sAAAKrMAACG1AAAYuAAAEbsAAAy+AgAG&#10;wAsAAsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQAADEXwAAxHEAAMSHAADEnQAAxLUAAMTaAADE&#10;9gAAw/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAAaqYAAFysAABPsQAAQbUAADW3AAApugAAH70A&#10;ABbAAAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAAzhgAAM4hAADQKgAA0TUAANNDAADUUgAA1GMA&#10;ANV4AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW/wAA1v8AipsAAHuiAABsqQAAXrAAAFC2AABC&#10;ugAANL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIAAADXAAAA2QAAANoFAADcCwAA3RAAAN8VAADh&#10;HQAA4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcAAOqvAADqzgAA6+8AAOv+AADr/wAA6/8AfaMA&#10;AG6rAABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAASzwAAC9MAAALYAAAA3QAAAOEAAADkAAAA5QAA&#10;AOcAAADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3MQAA+UEAAPpVAAD6agAA+4QAAPudAAD8tgAA&#10;/NIAAP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQAADTJAAAmzQAAGtIAABDYAAAI3QAAAOEAAADl&#10;AAAA6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAAAPkBAAD7CAAA/g4AAP8VAAD/IQAA/y8AAP9B&#10;AAD/VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA/9QA/wsgAP8HHgD/AB0A/wAgAP8AJQD/AC4A&#10;/wA7AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8AhwD/AI4A/wCUAP8AmgD/AKAA/wCmAP8ArQD/&#10;ALUA/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/AP0A/wD9AP8A/AD/APkA/wD5AP8A/w0dAP8L&#10;GgD/BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA/wBeAP8AaAD/AHIA/wB6AP8AggD/AIkA/wCQ&#10;AP8AlgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2ANkA9QDrAPQA+QDzAP8A8gD/APMA/wDzAP8A&#10;8wD/APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8AGQD/ACUA/wAyAP8AQAD/AEwA/wBZAP8AYwD+&#10;AG0A/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCeAPIApADwAKwA7gC0AO0AwADrAM8A6QDmAOgA&#10;9QDmAP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A/xIUAP8QEAD/DA8A/wMQAP8AFQD/ACAA/wAs&#10;AP8AOgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADtAH8A6wCGAOoAjADoAJMA5wCZAOUAoADjAKcA&#10;4QCwAN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA/wDTAP8A0wD/ANMA/wDTAP8A/xUQAP8SDAD/&#10;DgkA/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBNAOsAWADoAGEA5QBqAOIAcgDgAHoA3gCAANwA&#10;hwDaAI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQAygDZAMgA7QDHAPsAxQD/AMQB/wDDAf8AxAH/&#10;AMQB/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/DBQA/AcfAPEDKwDnADkA4gBGAN4BUQDaAlsA&#10;1QJkANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYFmADEBaAAwgapAMEGtAC/BsEAvQjVALsJ7AC4&#10;C/0Atgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsFAP8YAAD/FwAA/xYAAPsTBgD6EA4A7gwWAOMJ&#10;IgDaCTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8AwQ52AL8OfgC9D4UAvA+NALoQlQC4EJ0AtxCn&#10;ALURsgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCnFf8AphT/AaYU/wGmFP8B/x8AAP8cAAD6HgAA&#10;6x4AAOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAURAC8Fk8AuRdZALcXYQC0GGkAsxlxALEZeACv&#10;GoAArhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3PAKEe6gGeHvwBnB//AZsf/wGaH/8Bmh7/AZke&#10;/wGZHv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAAyhwIAMQZEgC9HCIAtx4xALMgPgCvIUkArSJT&#10;AKojXACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGeJZQBnSWeAZsmqgGZJrcBmCbJApUn5gKSJ/kC&#10;kCj/Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIpAADjMQAA0jQAAMg0AADAMAAAuykCALgjDgCx&#10;JhwArCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1nAZktbgGYLnUBli59ApQuhgKTLpACkS6aA48u&#10;pgONLrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8Dgy//A4Mv/wODL/8D+ykAAOsxAADZOAAAyTwA&#10;AL88AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACaNEAAmDVKAJU1UwCTNVsBkTViAY81aQKNNXEC&#10;jDV5A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn823AZ9NvQGezb/BXs2/wV6Nv8Eejb/BHo1/wR6&#10;Nf8E9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoAAKM2BgCdNxMAmTkiAJU6LwCSPDsAjzxGAIw8&#10;TwGKPFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcFfTySBns7ngd5O6wHdzu8CHY81Qh0PPEIczz/&#10;B3I8/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJRAAAvEgAALBJAACmRgAAn0EAAJs9AQCVPRAA&#10;kT8dAI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5CYgN8QmkEekJxBXhCegZ2QYQHdEGPCHJBmwhw&#10;QakJb0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/BmpB/wVqQf8F7TcAANZCAADESQAAt00AAKtN&#10;AACgSgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQAgEg/AH5ISAF7SFACeUhXAndIXwN1SGYEc0du&#10;BXFHdgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtlRuwLZEf/CWRG/whkRv8HZEb/BmRF/wZkRf8G&#10;6DsAANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1HAACHSAsAg0oWAH9LJAB9TDEAek08AHdNRQF1&#10;TU0Cc01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJCWRLlgpiS6QLYUu0DF9LygxeS+oLXkv+Cl5L&#10;/wleSv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAAsFUAAKFUAACWUgAAjVAAAIdMAACBTQgAfU8T&#10;AHpQIQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNpUWEEZ1FoBmVQcQdjUHsIYVCGCl9PkwtdT6EM&#10;W0+yDVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO/wdZTv8H30MAAMdNAAC4VAAArFkAAJ1XAACR&#10;VQAAiFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2AGxWQAFqVkgBaFZQAmZWVwNkVl4EYlVmBWBV&#10;bwddVXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YMU1P8C1NT/wlUUv8IVFL/CFRS/wdUUv8H2kYA&#10;AMNQAAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2VgEAcVcPAG5ZGwBsWigAaVozAGdbPQFlW0UB&#10;Y1tNAmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRYjwtSWJ4MUFiuDU9Yww1OWOQMTlj7C09X/wlP&#10;V/8IT1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14AAJVdAACJXAAAf1sAAHZZAABwWgAAa1wNAGhd&#10;GABmXiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oDWF9hBVVeagZTXnQHUV1/CU9djQpNXZwLS12s&#10;DEpdwQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdKWv8Hzk4AALxYAACuYAAAn2EAAJFgAACFXwAA&#10;e18AAHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxkNwBaZEABWGRIAVZkUAJUZFcDUmRfBFBkZwVO&#10;Y3EGTGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5CkRg/wlEYP8IRV//B0Vf/wdFX/8HyFIAALhc&#10;AACrZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAAX2YGAFtnEQBZaB0AV2kpAFZqMwBUajwAUmpF&#10;AVBqTAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhCaJgJQGipCj9ovQo+aN4JPmf3CT5m/wg/Zf8H&#10;P2X/Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdnAAB7ZwAAcWcAAGVoAABcagAAWGwBAFRuDgBS&#10;bxgAUG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZAkRwYgNCcGwEQHB4BT5whgY8b5UHOm+mCDhv&#10;uwg4b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8GvVwAAK9mAACibQAAkWwAAIJrAAB3awAAbGwA&#10;AGFuAABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBFeDMAQ3g8AEJ4RABBeE0BP3hVAT14XgI7eGgC&#10;OXh0Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0/wUxc/8FMXL/BTJy/wUycv8Ft2MAAKptAACc&#10;cQAAi3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoAAEJ9AwA/fg4APX8YADx/IwA7gC0AOoA2ADmB&#10;PwA4gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8DLIGhAyqBtgMpgdIDKX/zAyl9/wMpfP8DKXv/&#10;Ayl7/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABtdQAAYXcAAFd6AABMfgAAQ4EAADuFAAA1iAkA&#10;MokRADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqLVAApi18AKItrACaLegEki4sBI4ueASKLswEh&#10;jM4BIYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IAAKF8AACPewAAgHoAAHN6AABmfAAAW38AAFCC&#10;AABGhgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwAIpUmACGVLwAglTgAH5ZCAB6WTAAdllgAHJZk&#10;ABqXdAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEWkv8BFpH/ARaQ/wEWkP8BpXsAAJmDAACJgQAA&#10;e4AAAGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2XAAAlmgAAHZ4BABagDAAUoRIAFKEbABOhJQAS&#10;oS4AEaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOSAAyjpwAKosAAC6LmAAyg/gANn/8ADZ7/AA2d&#10;/wANnf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAATJIAAEGXAAA3mwAALp4AACSiAAAcpQAAFagA&#10;AA+rBAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQABrkUAAK5SAACuYQAArnMAAK6HAACunQAArrQA&#10;AK7VAACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQAAB7kAAAa5IAAF2WAABQmgAARJ8AADmjAAAv&#10;pwAAJasAAByuAAAUsQAADrQAAAm3AAABuAkAALgOAAC5FAAAuRwAALolAAC6LwAAuzoAALxHAAC8&#10;VgAAvGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4AALv/AAC7/wAAu/8AkJIAAIOYAABzmwAAY58A&#10;AFWjAABHqAAAO60AADCxAAAltAAAG7cAABK6AAAMvQAABb8AAADDAAAAxAIAAMUKAADFDgAAxhQA&#10;AMcbAADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADOgwAAzpsAAM21AADO2gAAzvYAAM3/AADN/wAA&#10;zf8AhpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkAACS8AAAZvwAAEcIAAArFAAACyQAAAMwAAADQ&#10;AAAA0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEAAN8sAADhOgAA4koAAONdAADkcgAA5IsAAOWl&#10;AADlwAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABcrwAATbYAAD+8AAAwvwAAI8MAABfHAAAPygAA&#10;B84AAADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADkAAAA5gMAAOgJAADpDgAA7BUAAO4eAADxKwAA&#10;9DoAAPVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnkAAD58wAA+fMAbaoAAF6yAABPugAAQMEAADHF&#10;AAAiyQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAAAOgAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYA&#10;AAD4AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA/2YAAP9/AAD/mQAA/68AAP/DAAD/1gAA/9YA&#10;/wQcAP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8ARgD/AFMA/wBeAP8AaQD/AHIA/wB6AP8AggD/&#10;AIkA/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5AP8AxQD/ANkA/gDsAP0A+wD7AP8A+wD/APsA&#10;/wD6AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA/wAWAP8AGwD/ACYA/wA0AP8AQgD/AE4A/wBa&#10;AP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8AJYA+gCdAPkAowD4AKsA9wC0APUAvwD0AM4A&#10;8wDmAPEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA/wDqAP8A/wsUAP8GEQD/ABAA/wAQAP8AFgD/&#10;ACIA/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBwAPcAeAD1AH8A8wCFAPIAiwDwAJIA7wCYAO0A&#10;nwDsAKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A4AD/AOAA/wDhAP8A4QD/AOEA/wDhAP8A/w0Q&#10;AP8JDQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5AEMA9gBOAPIAWQDvAGIA7ABrAOoAcgDoAHkA&#10;5gCAAOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgAtADVAMAA0gDTANAA6gDOAPoAzQD/AM0A/wDN&#10;AP8AzAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAIAP8ADgD/ABYA9gAiAPAALwDsADwA6QBIAOUA&#10;UwDhAFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcAzgCOAMwAlQDKAJ0AyAClAMYArwDEALsAwgDL&#10;AMAA5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8AP8A/xEFAP8OAAD/CgAA/wgBAP8ECgD4ABAA&#10;6QAaAOMAKADeADUA2QBBANMATADPAFYAywBfAMkAZgDGAG4AxAB0AMIAewDBAIIAvwCJAL0AkAC8&#10;AJgAugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/AK4D/wCtBP8ArQT/AK0E/wCtBP8A/xQAAP8Q&#10;AAD/DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0AyAI6AMQDRQDAA1AAvQRZALsFYQC5BWgAtwZv&#10;ALUGdgC0B30AsgeEALEIjACvCJUArQmeAKsJqACqCrUAqArFAKYL3wCkDfQAog7/AKAO/wCfDv8A&#10;nw7/AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsWAADSEAIAzwkLAMgIFgDBCiQAvAwyALcNPgC0&#10;DkkAsQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGAAKURiACjEpEAoRKbAKATpgCeE7MAnBPDAJsU&#10;3gCXFvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A/xoAAPQdAADlIwAA1SUAAMokAADCHQAAvhYE&#10;ALsQEAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCgGl0AnhtlAJ0bbACbHHMAmhx7AJgcgwCXHY0A&#10;lR2XAJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg/wGHIP8BhyD/AYYg/wGGIP8B+h4AAOsmAADa&#10;LQAAyjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8mAJ8hMwCcIj4AmSNIAJckUQCVJFkAkyVgAJIl&#10;ZwCQJm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sBhCe7AYMo0QGAKO4Bfin/AX0p/wF8KP8BfCj/&#10;AXwo/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACrMQAApSwAAKImBgCeJhMAmSghAJUqLgCSKzkA&#10;jyxEAI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIuegGBL4QBfy+PAn0vmgJ7L6cCei+3AngvzAJ2&#10;MOoCdTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoAANw1AADHOwAAuj8AAKw8AACiOAAAnDMAAJgv&#10;AACVLhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEAgDVYAH41XwF9NWYBezZuAXk1dgJ4NYACdjWL&#10;A3Q1lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNrNv8Cajb/Amo1/wJqNf8C6jAAANM6AADCQQAA&#10;s0MAAKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4JQCBOjEAfzs8AHw7RQB6PE0AeDxVAXc8XAF1&#10;PGMBczxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDuxBWc8xQVlPOUFZDz6BGQ8/wNjO/8DYzv/A2M7&#10;/wJjO/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAAjkAAAIk8AACEPAoAgD0UAH0+IgB6Py4AeEA4&#10;AHVBQgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANoQXkDZ0GEBGVBkQVjQZ8FYUGuBmBBwgZeQeIG&#10;XkH5BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhDAAC5SgAAqUsAAJtJAACQRwAAiEQAAINBAAB+&#10;QQYAekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZPAWpGVgFoRl0CZkZlAmRGbQNiRnYEYEaCBF5G&#10;jgVcRZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8EV0T/A1hE/wNYRP8D2j0AAMRHAAC1TgAApE4A&#10;AJZMAACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBuSScAa0oyAGpLPABoS0QAZktMAWRLUwFiS1oC&#10;YEtiAl9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RKvQdTStwHUkr2BlJK/wVSSf8EUkn/A1JI/wNT&#10;SP8D1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwAAHhIAABySgAAbksNAGtNGABoTiQAZk4vAGRP&#10;OQBiT0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IEVU99BVNPigVSTpgGUE6oB05OuwdNTtkHTU71&#10;Bk1O/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACuVAAAnFMAAI5SAACDUQAAelAAAHJNAABsTwAA&#10;aFALAGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpUTgFYVFYBVlRdAlRUZgNSU28DUFN7BE5TiAVM&#10;U5cGS1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/BElQ/wNJUP8DykgAALlSAACqVwAAmFYAAIpV&#10;AAB/VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4AW1cpAFlYMwBYWDwAVllEAFVZTAFTWVMBUVlb&#10;Ak9YZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZDWNIGQ1fyBkNW/wVDVf8ERFX/BERU/wNEVP8D&#10;xkwAALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZWAABhWAAAXVkEAFlaEABXWxsAVVwmAFNdMABS&#10;XTkAUV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12A0RdgwRCXZIFQF2jBj9dtgY+XdAGPVzxBT5b&#10;/wQ+Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAAkFwAAIJbAAB2WwAAbVsAAGFbAABbXQAAVl4A&#10;AFJgDQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBHY04ARmNWAURjXgFCY2gCQGNzAz5jgQM8Y5AE&#10;OmKhBDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle/wM5Xv8DvFUAAK1fAACcYAAAi18AAH1fAABy&#10;XwAAaF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gdAEVoJwBEaTEAQ2k5AEJqQgBAakoAP2pSAD1q&#10;WwE8amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsDMWjtAzFn/wMxZv8DMmX/AzJk/wMyZP8Dt1sA&#10;AKlkAACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQaAAASWsAAENtBABAbg4APm8YAD1vIgA8cCsA&#10;OnA0ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFxegEvcYoCLXGcAitxrwIqccgCKnDrAipv/wIq&#10;bf8CKmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcAAHRnAABpZwAAX2gAAFVrAABLbgAAQ3EAADx0&#10;AAA3dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8ALnlIACx6UgArelwAKnpoACh6dgAmeocBJXqZ&#10;ASN6rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIjdP8CrGgAAJ1uAACKbQAAe2wAAG9sAABlbAAA&#10;Wm4AAFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeCFAAmgh4AJYInACSCLwAjgzgAIoNCACGDSwAg&#10;hFYAH4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPmABiB/QAZgP8BGX//ARl+/wEZfv8BpnAAAJVz&#10;AACEcgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAAN4EAAC+EAAAniAAAIIsFABuNDgAajRUAGY0e&#10;ABiOJwAXjjAAFo45ABWOQwAUj08AE49bABKPagARj3sAEI+PAA+PpAAOj7sADY/gAA6N+gAPi/8A&#10;EIr/ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4AABYewAATX4AAEKCAAA5hgAAL4oAACeOAAAg&#10;kQAAGJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5owAAqaOwAJmkYACJpTAAabYQAFmnIABJqGAAKa&#10;mwAAmrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8AmYEAAId/AAB6fgAAa34AAF2BAABQhQAARYkA&#10;ADuNAAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAGpQoAAaUQAAClFgAAph8AAKYoAACmMgAApz0A&#10;AKdKAACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl6QAApfwAAKX/AACk/wAApP8AkYcAAIKGAABy&#10;hgAAY4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IAABemAAAQqQAAC6wAAASvAAAAsQYAALEMAACy&#10;EQAAshcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0AALVwAAC1hgAAtZ0AALW2AAC13AAAtPcAALT/&#10;AAC0/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABAnwAANaQAACqoAAAgrAAAFrAAAA+0AAAJtwAA&#10;AbkAAAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADCHQAAwycAAMUyAADGQAAAxlEAAMdjAADHeAAA&#10;x5EAAMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cAAHGaAABhngAAUqMAAEWpAAA4rgAALLMAACC3&#10;AAAWugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAAAMwAAADNAwAAzgkAANAOAADSEwAA1BsAANgl&#10;AADbMgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA39kAAN/zAADf/wAA3/8Ad58AAGimAABZrQAA&#10;SrMAADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADMAAAA0AAAANUAAADZAAAA2gAAANwAAADeAAAA&#10;4AAAAOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFEAADyWAAA828AAPSKAAD0pAAA9L8AAPTfAAD0&#10;8wAA9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAAE8oAAAvOAAAA0gAAANcAAADcAAAA4AAAAOUA&#10;AADnAAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gcAAPkOAAD8FgAA/yIAAP8zAAD/RwAA/10A&#10;AP92AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8AFgD/ABUA/wAYAP8AHgD/ACcA/wA2AP8AQwD/&#10;AE8A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP8AkAD/AJYA/wCcAP8AowD/AKsA/wC0AP4A&#10;vwD9AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A7gD/AOkA/wDnAP8A/wAUAP8AEQD/ABEA/wAS&#10;AP8AFwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/AGgA/wBwAP8AeAD9AH4A/ACFAPoAiwD5AJEA&#10;+ACYAPcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A8gDsAP8A7AD/AOwA/wDrAP8A5QD/AOAA/wDe&#10;AP8A/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wArAP8AOAD/AEUA/gBQAPsAWgD4AGMA9QBrAPMA&#10;cgDxAHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA5gCpAOQAswDhAMAA4ADTAN4A6wDcAPsA2wD/&#10;ANoA/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/AAYA/wAJAP8ADwD/ABgA+wAlAPgAMgD1AD8A&#10;8gBKAO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4AgADcAIYA2gCNANcAlADUAJsA0gCkAM8ArQDN&#10;ALkAywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/AMcA/wDHAP8A/woGAP8BAAD/AAAA/wAEAP8A&#10;CwD0ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA1ABfANEAZwDOAG0AzAB0AMoAegDIAIAAxgCH&#10;AMUAjgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3APAAtQD/ALYA/wC1AP8AtQD/ALUA/wC1AP8A&#10;/wwAAP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkAJADRADEAzQA8AMoARwDGAFEAwwBZAMAAYAC+&#10;AGcAvABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCaALAApACuAK8ArAC9AKoA0ACoAOsApwD7AKYA&#10;/wCmAP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA6gkAAOIEAADaAAcAzwARAMgAHADCACkAvgA1&#10;ALsAQAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCrAHUAqQB9AKgAhACmAI0ApACWAKMAoAChAKsA&#10;nwG5AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI/wCXCP8A/xAAAPcQAADoFAAA3BUAAM4RAADG&#10;DQAAwgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhNAKYIVQCkCVwAogpjAKAKagCfC3EAnQt4AJwL&#10;gACaDIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoAjhD8AIwQ/wCLEP8AixD/AIsQ/wCKEP8A+xMA&#10;AO0aAADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCrDRkApw4mAKMPMwCfED4AnRFHAJoRUACYElcA&#10;lhJeAJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsVmgCKFacAiBa1AIYWyQCEF+cAghj7AIAZ/wB/&#10;Gf8Afxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoAALMmAACqIgAApRwAAKQVCACgFBMAmxYhAJcY&#10;LQCUGTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcAhh5vAIUedwCDH4AAgh+LAIAflwB+IKMAfSCy&#10;AHsgxQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0If8A7yEAANsrAADHMQAAtjEAAKkuAACgKgAA&#10;myYAAJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUkRgCDJU4AgSZVAH8mXAB+JmMAfCdrAHsncwB5&#10;J3wAeCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3AWwp/wFrKf8Bayn/AWso/wFrKP8B6CgAANAy&#10;AADAOAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwAhygXAIMqIwCAKy8Afiw5AHwsQgB6LUoAeC5R&#10;AHcuWAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFrL50BaS+sAWgwvgFnMNsBZTD1AWQw/wFjMP8B&#10;Yy//AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6AACRNwAAijMAAIYwAACDLgkAfy8TAHswHwB4&#10;MisAdjM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVkAGo1bAFoNXUBZzWAAWU1jAFjNZoCYTapAmA2&#10;uwJfNtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B3DMAAMU8AAC0QQAAokAAAJU+AACLPAAAhDkA&#10;AH82AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBrOkMAajpLAGg7UgBnO1kAZTthAWM7aQFiO3IB&#10;YDt9AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0NfUFJPRklMRQAGCdIDVzvxAlY7/wJWO/8CVjr/&#10;AVY6/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACFQAAAfj4AAHk7AAB0OgAAcToOAG08GABrPSQA&#10;aT4vAGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1AZgFcQG8BWkB6AlhAhwJWQJUCVECkA1NAtgNS&#10;QM8DUUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsAAL1FAACqRwAAmUYAAItFAACBRAAAeUIAAHQ+&#10;AABvPwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4AXkRFAF1FTQBbRVQAWUVcAVhFZAFWRW0BVEV4&#10;AlJFhQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJLRP8CS0P/AkxC/wJMQv8Cyj8AALlIAACmSgAA&#10;lUkAAIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJFEwBfRh4AXUcoAFxIMgBaSDsAWUlDAFdJSgBW&#10;SVIAVElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmhA0hJswNHScoDRknsA0ZI/wJGSP8CR0f/AkdG&#10;/wJHRv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAAcEkAAGlGAABkRwAAX0kGAFxKEABaSxsAWEwl&#10;AFZMLwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFMTmkBSk5zAkhNgAJGTY8DRU2fA0NNsQNCTcgD&#10;QU3qA0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNPAACeTwAAjU4AAIBOAAB1TQAAbEwAAGNKAABe&#10;TAAAWk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9AE1SRQBMUk0ASlJUAElSXQFHUmYBRVJxAUNS&#10;fgJBUo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8CPU//Aj1P/wI9Tv8CvksAAK5TAACaUgAAiVEA&#10;AHxRAABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABOVBQATFUfAEtWKQBJVjIASFY6AEdXQgBGV0oA&#10;RFdSAENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhXrQI3V8QCN1fnAjdW/QI3Vf8CN1T/AjdT/wI4&#10;U/8Cuk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQAAFhUAABSVgAATlcAAEpZCQBHWhEARlobAERb&#10;JQBDWy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEAOl1sAThdeQE2XYgBNF2ZAjNdqwIxXcICMVzl&#10;AjFb/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQWAAAgFgAAHNXAABpVwAAYFgAAFRZAABOWwAA&#10;SF0AAENfBABAYA4APmEXAD1hIAA7YikAOmIyADliOgA4Y0IAN2NLADZjVAA0Y10AM2NoADFjdgEv&#10;Y4UBLmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//AStf/wErXv8BsVkAAJ5cAACLXAAAe1sAAG9b&#10;AABlWwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoANWgSADRoGwAzaSQAMmktADFpNQAvaj0ALmpG&#10;AC1qTwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAja70AImrgACNp+QEjZ/8BI2b/ASNm/wEkZf8B&#10;rGAAAJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1jAABEZgAAPWgAADZrAAAwbgQALHAOACpxFQAp&#10;cR4AKHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNgACBzbQAec30AHXOQABtzowAac7kAGXPcABpx&#10;9wAacP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAAcWQAAGZkAABdZAAAUmYAAEhpAAA/bAAAN28A&#10;ADBzAAApdgAAInkIAB97EAAeexcAHHsfABt7KAAaezAAGXw5ABh8QwAXfE4AFnxaABV8ZwAUfXgA&#10;En2LABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3/wASd/8AnmsAAIpqAAB6aQAAbWkAAGJpAABX&#10;agAATG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IAABSFCQARhhAAEYYXABCHHwAQhygADocxAA6H&#10;OwANh0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4ABYbJAAaF7AAHhP8ACIP/AAmC/wAJgv8AlXEA&#10;AINvAAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAyfQAAKoEAACKFAAAbiQAAFIwAAA+PAwAKkgsA&#10;BpIRAASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACTWQAAk2kAAJN7AACSkAAAkqYAAJG/AACR5QAA&#10;kPoAAI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUAAFV4AABJfAAAP4AAADSEAAAriQAAIo0AABqR&#10;AAATlAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoAAJ4iAACfKwAAnzUAAKBCAACgUAAAoF8AAKBx&#10;AACghwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAAnP8Ahn0AAHh8AABpfAAAW38AAE6DAABBiAAA&#10;NowAACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACnAAAAqQMAAKkKAACqDgAAqxMAAKwZAACtIgAA&#10;risAAK83AACvRQAAr1QAAK9mAACvewAArpQAAK6rAACuyQAAru8AAK3/AACt/wAArf8AgYQAAHGE&#10;AABhhwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAAEqgAAAysAAAErwAAALIAAAC2AAAAtwAAALcC&#10;AAC4CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAAwEgAAMBaAADBbgAAwYYAAMGgAADBugAAweMA&#10;AMD5AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2gAAAxpQAAJasAABqvAAARswAAC7gAAAK7AAAA&#10;vgAAAMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoLAADMDwAAzhUAANAfAADTKwAA1ToAANVMAADW&#10;YAAA2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8AcJkAAGCeAABRpAAAQ6oAADWwAAAotgAAHLoA&#10;ABG+AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA0wAAANYAAADYAAAA2wAAAN0AAADfBwAA4g0A&#10;AOUTAADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADvnAAA8LcAAPDTAADw7AAA8PQAZ6YAAFitAABJ&#10;tAAAOroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIAAADWAAAA3AAAAOAAAADjAAAA5AAAAOYAAADo&#10;AAAA6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwAAP8sAAD/PwAA/1UAAP9uAAD/igAA/6QAAP+6&#10;AAD/0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/ACUA/wAyAP8APwD/AEsA/wBWAP8AYAD/AGgA&#10;/wBwAP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8AngD+AKYA/QCuAPwAuQD6AMgA+QDiAPgA9AD3&#10;AP8A9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wARAP8ADgD/AA4A/wAPAP8AFAD/ACAA/wAtAP8A&#10;OgD/AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA+QCAAPcAhgD2AIwA9QCSAPMAmQDyAKAA8ACp&#10;AO4AswDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDlAP8A3QD/ANUA/wDRAP8A/wANAP8ACgD/AAgA&#10;/wAJAP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYAVQDzAF4A8QBmAO4AbQDsAHQA6wB6AOkAgADn&#10;AIYA5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDKANcA5gDUAPgA0gD/ANIA/wDSAP8AzgD/AMkA&#10;/wDGAP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA9wAiAPMALgDvADoA7ABFAOgATwDkAFgA4QBg&#10;AN4AZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDNAJUAywCeAMkApwDHALMAxQDCAMMA3ADBAPEA&#10;vwD/AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8AAAD/AAAA/wAAAPYACADuABEA5wAbAOEAJwDd&#10;ADMA2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABtAMIAcwDAAHoAvwCAAL0AiAC7AJAAuQCYALgA&#10;ogC1AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8ArgD/AK4A/wCuAP8A/wIAAP8AAAD9AAAA8gAA&#10;AOgAAADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9AEsAugBTALgAWgC2AGEAtABnALIAbQCwAHQA&#10;rwB6AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIAxgChAOMAnwD2AJ4A/wCeAP8AngD/AJ4A/wCe&#10;AP8A/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAPAL0AGQC4ACUAtAAxALEAOwCuAEUArABNAKkA&#10;VQCnAFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUAnACOAJoAmACYAKQAlgCwAJUAwQCTANwAkgDy&#10;AJEA/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADhEQAAzhAAAMINAAC7BwAAtwAKALEAEgCsAB4A&#10;qAApAKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcBYwCWAmkAlAJwAJMDeACRA4AAkASKAI4ElQCM&#10;BaEAigWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/AIML/wCDC/8A9hAAAOYXAADSHAAAwBoAALMW&#10;AACsEgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgAlAtBAJIMSgCQDFEAjg1YAIwNXgCLDWUAiQ1s&#10;AIgOdACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9ENsAehH0AHgS/wB3Ev8AdxL/AHcS/wB3Ev8A&#10;7xcAANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkRBACYDhAAkxAbAI8RJwCMEjIAiRM8AIcTRACF&#10;FEwAgxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReDAHgXjwB2GJwAdBiqAHMZuwByGdQAbxrxAG4b&#10;/wBtG/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAAqyoAAJ4oAACWJAAAkCAAAI0cAACMFwwAiBgW&#10;AIQaIgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2H1wAdB9jAHMfawBxIHQAcCB/AG4hiwBsIZgA&#10;ayGnAGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi/wBkIf8A4CYAAMgvAAC0MQAAozAAAJYuAACN&#10;KwAAhygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQzAHMlPABxJUMAcCZLAG4mUgBtJ1kAaydgAGon&#10;aABpKHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsAXirsAFwq/wBcKf8AXCn/AFwp/wBcKP8A2CwA&#10;AMM1AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5KAMAdicQAHIpGgBwKiUAbSsvAGssOABqLEAA&#10;aC1HAGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4vhABcL5IAWi+hAVkvsgFYMMgBVjDpAVUw/gFV&#10;L/8AVS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgAAIo3AACANgAAejIAAHUwAAByLgAAbi4NAGsv&#10;FgBpMCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIAXTRaAFw0YgBaNGsAWTV1AFc1ggBVNZABVDWf&#10;AVI1sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFPM/8ByzYAALg9AACjPAAAkjwAAIU7AAB7OgAA&#10;dDcAAG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43MQBdODoAWzhBAFo5SABZOVAAVzlXAFY6XwBU&#10;OmgAUzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrlAUk6/AFJOf8BSTn/AUk4/wFKOP8BxzoAALNA&#10;AACePwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAAYjkHAF86EQBcOxsAWjslAFk8LgBXPTcAVj0+&#10;AFQ+RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFKP4sBSD+bAUc/rAFFP8EBRD/jAUQ++wFEPv8B&#10;RD3/AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1BAABzQAAAaz8AAGU8AABgPAAAXD4EAFk+DwBX&#10;PxgAVUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNSAEtDWgBKQ2QASENuAEdDewFFQ4kBQ0OZAUJD&#10;qwFAQ8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8Bv0EAAKpFAACWRQAAhkUAAHlEAABvRAAAZ0IA&#10;AGA/AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABMRjEAS0Y5AEpHQQBJR0gASEdQAEZHWABFR2EA&#10;Q0hsAEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH+AE6Rv8BOkX/ATtF/wE7RP8Bu0UAAKZIAACS&#10;RwAAgkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcAAE5ICgBMSRIASkkcAEhKJQBHSi4ARks2AEVL&#10;PgBDS0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUBOUyVATdMpwE2TLwBNUzdATVL9wE1S/8BNUr/&#10;ATZJ/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABoSgAAX0kAAFVIAABQSgAATEsAAElMBwBGTRAA&#10;RE4ZAEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtRUwA6UVwAOFFnADdRcwA1UYIAM1GTATJRpQEw&#10;UboBL1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0AAJ1NAACKTQAAek0AAG5NAABkTQAAW00AAFFN&#10;AABLTwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScAOVUvADhVNwA3Vj8ANlZHADVWUAAzVlkAMldk&#10;ADBXcQAvV4AALVeRACtXowAqV7gAKVfWAClW9QApVf8AKlT/ASpT/wEqUv8Br1EAAJhRAACFUQAA&#10;dlAAAGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtYAAA4WQoANVoRADRaGgAzWyIAMlsrADFbMwAv&#10;XDsALlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2OACRdoQAjXbUAIl3SACJc8wAiW/8AI1r/ACNZ&#10;/wAkWP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAAVFUAAEpWAABDWAAAPFsAADZdAAAwYAUALWEO&#10;ACthFQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAjY1EAImRcACFkaQAfZHkAHmSKABxkngAbZLMA&#10;GWTOABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxYAAB7WAAAbVgAAGJYAABZWAAAUFkAAEdbAAA+&#10;XgAAN2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2ogAB5rKAAdazAAHGs5ABtrQgAabEwAGWxYABds&#10;ZQAWbHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8AE2j/ABNo/wATZ/8AmV0AAIVdAAB1XAAAaFwA&#10;AF5cAABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAkbQAAHnABABdzCwAVdBEAFHQYABN0IQASdSkA&#10;EXUyABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1lQAKdaoACHTDAAl05wAKc/0AC3H/AAxx/wAM&#10;cP8AkWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUAADxoAAAzbAAAK28AACRyAAAddgAAF3kAABF8&#10;BAANfwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8ABH9LAAJ/WAABf2cAAH95AAB/jgAAf6MAAH67&#10;AAB94AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABrZgAAYWYAAFRnAABJaQAAP20AADVxAAAsdQAA&#10;JHkAAB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJFAAAihsAAIojAACLLAAAizcAAItDAACLUAAA&#10;i18AAItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/AACH/wAAh/8Agm0AAHNsAABobAAAWm0AAE5v&#10;AABCcwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAAC48AAASSAAAAlAYAAJUMAACVEAAAlhUAAJcc&#10;AACYJAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAAmZQAAJirAACXyAAAlu4AAJb/AACV/wAAlf8A&#10;e3QAAG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaIAAAdjQAAFJIAAA6WAAAJmQAAAZwAAACgAAAA&#10;oQAAAKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgvAACoPQAAqUwAAKleAACpcgAAqIkAAKiiAACo&#10;vAAAp+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAAS4IAAD6HAAAyjQAAJ5IAAB2XAAAUnAAADqAA&#10;AAekAAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAAswoAALQOAAC1EwAAthsAALgkAAC6MQAAukAA&#10;ALpSAAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5/wAAuf8Ab4MAAF+GAABRiwAAQ5AAADaXAAAq&#10;nQAAH6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsAAAC+AAAAvwAAAMAAAADBAAAAwwEAAMQHAADF&#10;DQAAxxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4AANGIAADQpAAA0MEAANHmAADR+AAA0f8AZ48A&#10;AFeUAABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAGvAAAAMAAAADDAAAAxgAAAMsAAADNAAAAzgAA&#10;ANAAAADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADjFwAA5iQAAOc2AADoSQAA6V8AAOp4AADrlAAA&#10;668AAOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIAACa5AAAZvgAADsIAAATFAAAAygAAAM0AAADR&#10;AAAA2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAAAOkAAADrAAAA7gAAAPEFAAD1DQAA+RYAAPwl&#10;AAD9OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA/+QA/wARAP8ADwD/AA8A/wARAP8AFgD/ACIA&#10;/wAvAP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8AcwD/AHoA/wCAAP8AhgD/AIwA/gCTAP0AmQD7&#10;AKEA+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/APMA/wDpAP8A4AD/ANgA/wDTAP8A/wAOAP8A&#10;CwD/AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA/wBMAP8AVgD+AF8A+wBmAPkAbQD3AHQA9QB6&#10;APQAgADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDpALoA5wDNAOUA6QDkAPsA4wD/AOIA/wDeAP8A&#10;0QD/AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8ADgD/ABgA/wAkAP0AMAD7ADsA9wBGAPMAUADv&#10;AFkA7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACHAN4AjgDcAJUA2gCeANYAqADUALMA0QDDAM8A&#10;3wDOAPQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A/wACAP8AAAD/AAAA/wAAAP0ACwD3ABMA8QAe&#10;AO0AKgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDSAGcA0ABtAM4AcwDMAHoAygCAAMgAhwDGAI8A&#10;xACYAMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA/wC4AP8AtwD/ALMA/wCwAP8A/wAAAP8AAAD/&#10;AAAA+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5AMsAQwDHAEwAxABUAMEAWwC/AGEAvABnALsA&#10;bQC5AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcArAC0AKsAxgCpAOQApwD4AKYA/wCmAP8ApQD/&#10;AKUA/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQAAoAyAASAMIAHQC+ACgAuwAzALkAPQC1AEYA&#10;sgBNALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUAegCkAIIAogCMAKAAlgCfAKEAnQCuAJsAvgCZ&#10;ANgAlwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAAAPUAAADnAQAA1AAAAMkAAADAAAQAuAAOALMA&#10;FgCvACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUAnQBbAJsAYQCaAGcAmABuAJcAdQCVAH0AlACG&#10;AJIAkQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCIAP8AiAD/AIgA/wCIAP8A+QYAAOkMAADUDgAA&#10;wwwAALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsAMACYADkAlgBBAJQASQCSAFAAkABWAI4AXACN&#10;AGIAiwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggClAIAAtAB+AMgAfQHnAHwC+QB7A/8AewT/AHsE&#10;/wB7BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAAngoAAJsDDACXABMAkwAeAJABKQCNAjMAigM8&#10;AIgEQwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9CHQAfAh+AHoJiQB4CZYAdwqjAHUKswBzC8cA&#10;cgzmAHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAeAAC5HQAAqRwAAJ0aAACVFgAAkBMAAI8OAwCO&#10;Cg4AiQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5NAHkPUwB4EFoAdhBhAHUQaABzEHEAcRF7AHAR&#10;hwBuEZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8AZRT/AGUT/wBlE/8A3x4AAMYkAACwJAAAoCMA&#10;AJQhAACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5FCgAdhQxAHQVOgByFkEAcRZIAG8XTwBuF1YA&#10;bBddAGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEarwBgGsQAXhvkAF0c+wBcHP8AXBv/AFwb/wBc&#10;G/8A1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIAAHkfAAB4GwMAdhkPAHIaGABvHCMAbR0tAGsd&#10;NQBpHj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkAXyFzAF0hfwBcIY0AWiKcAFkirABXIsAAViPh&#10;AFUj+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACiLgAAki4AAIUtAAB8KwAAdigAAHImAABvIwAA&#10;bSEMAGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8mSABdJk8AXCdWAFsnXQBZJ2YAWChwAFYofABU&#10;KIoAUymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/AE0o/wBOKP8AyDAAALAyAACcMgAAjDIAAIAx&#10;AAB2MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwAXiolAFwrLgBbKzYAWSw9AFgsRABXLUwAVS1T&#10;AFQtWwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJL7sASC/bAEgv9gBHL/8ARy7/AEct/wBILf8A&#10;xDQAAKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYvAABiLgAAXy0FAFwuEABaLxgAWDAiAFYwKwBV&#10;MTMAUzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNrAEozdwBINIUARzSVAEU0pgBDNLkAQjTWAEI0&#10;9ABCNP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAAgzgAAHc4AABtNwAAZjYAAGEzAABdMgAAWTIC&#10;AFczDQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBLN0YASjdOAEk4VgBHOF8ARjhpAEQ4dQBDOIMA&#10;QTmTAEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03/wA9Nv8AuzsAAKI7AACPOwAAfzsAAHM7AABq&#10;OgAAYjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkcAEs6JQBKOi0ASDs1AEc7PABGPEQARTxLAEQ8&#10;UwBCPFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYAOD3RADc98gA3PP8AODv/ADg7/wA4Ov8Atj0A&#10;AJ4+AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABTOgAATzsAAEw8CABJPREARz4ZAEY/IgBEPyoA&#10;Qz8yAEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpBcAA4QX8AN0GPADVCoQA0QrQAMkLOADJB8AAy&#10;QP8AM0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEAAGxBAABiQAAAW0AAAFQ/AABOPwAASkAAAEZB&#10;BQBEQg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4AOkVGADlFTgA4RlgANkZiADVGbgAzRnwAMUaN&#10;ADBGnwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAuQ/8ArEMAAJZDAACDQwAAdEMAAGhDAABfQwAA&#10;V0MAAFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpIHAA5SSQAOEksADZJNAA1SjsANEpDADNKTAAy&#10;SlUAMEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vKACdL7QAnSv8AKEn/AChI/wApR/8Ap0YAAJFG&#10;AAB/RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAAP0oAADtLAAA3TAkANU0QADNOGAAyTiAAMU8o&#10;ADBPMAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAnUHcAJVCIACRQmwAiUK8AIVDIACBQ6wAhT/8A&#10;Ik7/ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFKAABYSgAAUEoAAElLAABATAAAO04AADVQAAAx&#10;UgQALVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8ACVWRQAkVk4AIlZZACFWZQAfVnQAHlaFABxW&#10;mAAbVqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8Am00AAIZNAAB1TQAAaE0AAF1NAABUTQAATU4A&#10;AEVPAAA8UQAANlMAADFVAAArWAAAJloJACNbEAAiWxcAIVwfACBcJwAfXC4AHVw3ABxdQAAbXUoA&#10;Gl1VABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd5wASW/4AE1r/ABNa/wAUWf8AlFEAAIBRAABw&#10;UQAAZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkAACtbAAAlXgAAH2EDABpjDAAYZBEAF2QZABZk&#10;IQAVZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsADmV9AA1lkQAMZaUACmS8AApk4AALY/kADGL/&#10;AA1h/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABOVQAARFcAADxZAAA0XAAALF8AACZiAAAfZQAA&#10;GWgAABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtuNAAKbj4ACG5KAAduVwAGbmUABG52AAJuigAA&#10;bZ8AAG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoAAHRaAABmWgAAXFkAAFNZAABIWgAAP10AADZg&#10;AAAuYwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoABXcQAAF3FQAAdxwAAHckAAB4LQAAeDcAAHhD&#10;AAB4UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAAdfAAAHX/AAB0/wAAdP8Afl8AAG5fAABiXgAA&#10;WV4AAE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0AAASdwAADXsAAAh+AAACgAgAAIENAACBEQAA&#10;ghcAAIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRoAACEfAAAhJMAAIOqAACCxQAAgesAAIH+AACA&#10;/wAAgP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAAMW8AAChzAAAgdwAAGHwAABF/AAAMgwAABocA&#10;AACKAAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAAkScAAJIyAACSPwAAkk4AAJJfAACScwAAkosA&#10;AJGiAACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZqAABYawAAS20AAD9xAAA0dgAAKnsAACCAAAAX&#10;hQAAEIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoDAACbCAAAnA0AAJ4RAACfFgAAoB4AAKIoAACi&#10;NQAAo0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgAAKD2AACf/wAAn/8AbnEAAF9yAABRdQAARHkA&#10;ADd+AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAAoAAAAKQAAACnAAAAqAAAAKkAAACqAAAArAYA&#10;AK0LAACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1XQAAtXMAALWOAAC1qAAAtMYAALPtAACy/wAA&#10;sv8AZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoAABCfAAAJpAAAAKkAAACtAAAAsAAAALQAAAC3&#10;AAAAuAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4AAMQUAADHHgAAyCwAAMk9AADKUAAAymYAAMp/&#10;AADKmwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABBkQAAM5gAACefAAAbpQAAEasAAAmwAAAAtQAA&#10;ALkAAAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAAAADSAAAA1AUAANkMAADdEgAA&#10;4R4AAOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXFAADl5wAA5vYAVpQAAEibAAA6ogAALKkAAB+w&#10;AAATtgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAAANYAAADaAAAA2wAAAN4AAADgAAAA4gAAAOQA&#10;AADnAAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA+kgAAPtfAAD8egAA/ZcAAP2vAAD9xwAA/eQA&#10;/wAOAP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8ANgD/AEIA/wBNAP8AVwD/AF8A/wBnAP8AbgD/&#10;AHQA/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wClAPUArwD0ALwA8wDPAPEA7ADwAP4A7wD/AO8A&#10;/wDjAP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA/wAIAP8AEAD/ABkA/wAlAP8AMQD/AD0A/wBH&#10;AP4AUQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDvAIEA7gCHAOwAjgDqAJYA6ACfAOYAqQDjALUA&#10;4gDGAOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA/wC+AP8A/wADAP8AAAD/AAAA/wABAP8ADQD/&#10;ABQA/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABbAOYAYgDjAGgA4QBuAN8AdADcAHoA2gCBANgA&#10;iADUAJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAAxgD/AMQA/wDEAP8AuwD/ALYA/wCzAP8A/wAA&#10;AP8AAAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDkADAA4QA7ANwARQDVAE0A0QBVAM4AWwDLAGIA&#10;yQBnAMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsAnAC5AKcAtwC1ALUAyACzAOYAsgD7ALEA/wCw&#10;AP8ArgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAAAOUAAgDcAA0A0wAUAM0AHwDKACoAxwA0AMQA&#10;PgDAAEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0AsABzAK4AegCsAIIAqgCLAKgAlQCnAKAApQCt&#10;AKMAvgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCbAP8A/wAAAPwAAADuAAAA4AAAANAAAADFAAgA&#10;vgAQALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgATwClAFUAowBbAKIAYACgAGYAnwBsAJ0AcwCb&#10;AHsAmgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADsAI8A/wCOAP8AjgD/AI4A/wCPAP8A/AAAAO8A&#10;AADbAAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0AogAnAKAAMQCdADoAmgBCAJgASQCWAE8AlABV&#10;AJMAWwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCIAJUAhgCiAIUAsQCDAMQAgQDkAIAA+QB/AP8A&#10;gAD/AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwDAACmAAAAoAAHAJsADwCYABcAlQAhAJIAKgCP&#10;ADMAjQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBhAIEAaACAAHAAfgB5AHwAhAB7AJAAeQCdAHgA&#10;rAB2AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A6Q0AAM8QAAC5EAAAqRAAAJ4OAACXCwAAkwYA&#10;AJAACwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9AEQAfABLAHoAUQB5AFcAdwBdAHYAZAB0AGwA&#10;cwF1AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG8QBoB/8AZwf/AGcH/wBnB/8A3xQAAMMXAACu&#10;FwAAnhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMUAHwFHgB5BygAdwgwAHUIOABzCUAAcglGAHAK&#10;TABvClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsAZA2ZAGINqQBhDbsAYA3YAF4O8wBdDv8AXQ7/&#10;AF0O/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACBGgAAexcAAHgTAAB4EAYAdw0PAHMOGABwDiIA&#10;bg8rAGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMSXQBhEmYAYBJvAF4SewBcE4gAWxOXAFkTpwBX&#10;FLoAVhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIAALAiAACdIwAAjSMAAIEiAAB5IQAAcx4AAG8b&#10;AABuFwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcAYBc+AF4YRQBdGEsAXBlSAFoZWgBZGWIAVxps&#10;AFYadwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBMHP8ATBz/AE0c/wBNG/8AwyYAAKonAACWJwAA&#10;hygAAHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIbEQBfHBoAXR0jAFseKwBaHjMAWB86AFcfQQBW&#10;IEgAVCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKRAEkiogBIIrQARyLNAEYj7wBFI/8ARSL/AEYi&#10;/wBGIf8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAAZikAAGImAABfJAAAXSIEAFshDgBYIhYAViMf&#10;AFQkKABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABLJ1wASSdmAEgncQBGJ38ARSiPAEMooABBKLIA&#10;QCjLAD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8uAACMLwAAfS8AAHEvAABoLgAAYS0AAF0rAABa&#10;KAAAVycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0AEorOwBJK0IASCxJAEYsUQBFLFoARCxkAEIt&#10;bwBALX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8AOi3/ADos/wA6LP8AsjAAAJsxAACIMgAAeTIA&#10;AG0yAABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBMLREASi4ZAEkvIgBHLyoARjAxAEUwOABDMD8A&#10;QjFHAEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgynAA2Mq8ANTLHADQy6QA0Mv8ANTH/ADUx/wA1&#10;MP8ArTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQAAFQzAABQMAAATDEAAEkxBgBHMg8ARTMWAEMz&#10;HwBCNCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUAOTZfADc2awA2NngANDeJADI3mgAxN60ALzfF&#10;AC836AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACANwAAcjgAAGY4AABdNwAAVjcAAFA2AABLNAAA&#10;RzUAAEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5MwA5OjoAODpCADY6SgA1OlMANDtdADI7aAAw&#10;O3YALzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/ACs5/wAsOP8ApDgAAI45AAB8OgAAbjoAAGM6&#10;AABaOgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsAOjwRADg9GQA3PSEANj4pADQ+MAAzPjcAMj8/&#10;ADE/RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAmQKoAJUDBACRA5QAkP/wAJT7/ACY9/wAmPf8A&#10;nzsAAIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9AABCPQAAPD4AADk/AAA2QQgANEEPADJCFgAx&#10;Qh4AL0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERYACdFYwAlRXEAI0WCACJFlQAgRagAH0W/AB5E&#10;4wAfRPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAAZ0AAAFxAAABTQAAATEAAAEZAAAA+QQAAOEMA&#10;ADRFAAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAnSTEAJUk5ACRJQQAjSkoAIkpVACBKYQAfSm8A&#10;HUp/ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH/wAaR/8AlUIAAIBCAABwQwAAY0MAAFhDAABQ&#10;QwAASUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0JACROEAAiThYAIU8dACBPJQAfTywAHk81AB1P&#10;PQAcUEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQAEVC6ABFQ3gART/gAEk7/ABNN/wAUTf8Aj0UA&#10;AHtGAABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3SgAAMUwAACtOAAAmUAAAIFMDABxVDAAaVhEA&#10;GVYYABdWIAAWVicAFVYwABRWOQATV0IAEldNABFXWQAQV2gAD1d5AA5XjAANV6AAC1e2AAtW1AAL&#10;VvQADFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oAAFFKAABKSgAAQ0oAADtMAAAzTgAALFEAACZU&#10;AAAhVgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIADl4qAA1eMwAMXj0AC15IAApeVAAIXmIAB15z&#10;AAVehgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAFW/8AgU4AAHBOAABiTgAAV04AAE5OAABHTgAA&#10;Pk8AADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBjAwAMZgsACGcQAAZnFQAFZxwABGckAAJnLQAB&#10;ZzcAAGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGasAABlxwAAZesAAGT8AABk/wAAY/8AelIAAGpT&#10;AABdUgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAAIV8AABpiAAAUZQAAEGgAAAxrAQAGbgkAAG8O&#10;AABvEgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAAcVYAAHFmAABxeQAAcY8AAHCnAABvwQAAb+cA&#10;AG78AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZXAAA8WgAAMl0AACphAAAiZAAAGmgAABRsAAAO&#10;bwAACnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZAAB8IAAAfSkAAH0zAAB9QAAAfU4AAH1eAAB9&#10;cgAAfYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8AbV0AAGBcAABXXAAAS10AAEBfAAA1YwAAK2cA&#10;ACNrAAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAAgwEAAIQGAACFCwAAhg8AAIgTAACJGQAAiiEA&#10;AIsrAACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACKswAAidgAAIj3AACI/wAAh/8AaGMAAF5iAABR&#10;YgAARGUAADhpAAAubgAAJHMAABp4AAATfQAADYEAAAaFAAAAiQAAAI0AAACQAAAAkgAAAJIAAACU&#10;BQAAlQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwAAJ1MAACcXwAAnHYAAJuRAACbqwAAmskAAJrw&#10;AACZ/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAlfAAAG4EAABKHAAAMjAAABJEAAACVAAAAmQAA&#10;AJ0AAACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACpDAAAqhEAAK0YAACvIgAArzAAAK9BAACvVAAA&#10;r2sAAK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEAAE90AABCeQAANX8AACiFAAAdjAAAE5IAAAyY&#10;AAADnQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAAALMAAAC0AAAAtgAAALgAAAC6BAAAvAoAAL4Q&#10;AADBFwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAAxa8AAMXRAADD8gAAw/8AVnwAAEeCAAA6iAAA&#10;LI8AACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3AAAAuwAAAL8AAADCAAAAwgAAAMUAAADGAAAA&#10;yAAAAMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0nAADeOgAA31AAAOBoAADghAAA4aEAAOG9AADh&#10;4gAA4PQATosAAECSAAAymQAAJaEAABioAAAOrwAABbUAAAC6AAAAvwAAAMQAAADIAAAAzgAAANEA&#10;AADUAAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA5AAAAOcAAADrBQAA7w4AAPQZAAD1KwAA9kEA&#10;APdYAAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8ACAD/AAkA/wAMAP8AEgD/ABoA/wAmAP8AMgD/&#10;AD4A/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1AP4AewD8AIEA+wCIAPkAjwD3AJcA9QCgAPMA&#10;qgDyALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8AzgD/AMYA/wDCAP8A/wAEAP8AAAD/AAAA/wAF&#10;AP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5AFQA9wBcAPQAYwDyAGkA8ABvAO4AdQDsAHsA&#10;6gCCAOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA3ADYAPQA1QD/ANMA/wDLAP8AwQD/ALsA/wC3&#10;AP8A/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAbAPYAJwD0ADIA8AA8AOwARgDoAE4A5ABWAOEA&#10;XADeAGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoAywCTAMgAnQDGAKgAxAC3AMEAzADAAOsAvgD/&#10;AL0A/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/AAAA+gAAAPIABQDqAA4A5QAWAOAAIQDdACsA&#10;2wA2ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAAZwC+AG0AvABzALoAegC4AIIAtgCLALQAlgCy&#10;AKEAsACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/AKEA/wCfAP8A/wAAAP8AAAD3AAAA6AAAANwA&#10;AADQAAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEAtQBIALIATwCwAFUArgBbAKwAYQCqAGYAqABs&#10;AKcAcwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACaANAAmQDvAJgA/wCXAP8AlgD/AJQA/wCSAP8A&#10;/wAAAPYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAAFQCsAB8AqgApAKgAMgClADoAogBCAKAASQCe&#10;AE8AnABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9AJAAhwCOAJMAjAChAIsAsACKAMUAiADmAIcA&#10;+wCGAP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAAvQAAALMAAACqAAAAowAKAJ8AEQCbABkAmQAj&#10;AJcALACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJAFoAhwBgAIYAZgCEAG4AgwB3AIEAgQB/AI0A&#10;fgCbAHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA/wB4AP8A7QAAANECAAC7AgAArAEAAKIAAACb&#10;AAAAlgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2AIIAPQCAAEMAfgBJAH0ATwB8AFUAegBbAHkA&#10;YQB3AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYAbQDOAGwA7gBrAP8AawD/AGsA/wBrAP8A3wsA&#10;AMIMAACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCBABAAfwAXAHwAIAB6ACgAeAAwAHYAOAB0AD4A&#10;cwBEAHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgAdwBnAIQAZQCSAGQAoQBjALIAYQDJAGAA6QBg&#10;APwAYAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIAAIgRAACADwAAfA0AAHkJAQB4AwsAdQARAHMA&#10;GgBwACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwAZQRSAGMFWQBiBWEAYAVqAF8GdABdBoEAXAeP&#10;AFoHnwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBWCv8AxhUAAK0XAACZGAAAihgAAH8XAAB2FgAA&#10;cRMAAG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGMLLgBiDDUAYAw8AF8MQgBeDUgAXA1PAFsNVgBZ&#10;DV4AWA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7IAE0Q6gBNEP0ATRD/AE0Q/wBNEP8AvBsAAKUc&#10;AACSHQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAAZBAIAGIPEABfEBgAXRAhAFsRKQBaETEAWBI4&#10;AFcSPgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABMFH0ASxSMAEkUnABHFa4ARhXFAEUV6ABFFv4A&#10;RRb/AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEiAABoIQAAYh8AAF8dAABcGgAAWxcCAFoVDQBX&#10;FhQAVRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlIAEsaUABKGlgASBpiAEcabQBFG3oAQxuJAEIb&#10;mgBAG6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8AryMAAJgkAACGJQAAdyYAAGwmAABjJQAAXSQA&#10;AFkiAABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBLHikASh4xAEkfNwBHHz4ARiBFAEUgTQBDIFUA&#10;QiBfAEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci4wA3IvsANyL/ADgh/wA4If8AqiYAAJQnAACB&#10;KQAAcykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIAAEwiBwBKIhAASCIXAEcjHwBFJCYARCQuAEIk&#10;NABBJTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUANyeEADUnlgA0J6gAMie+ADEn4QAxJ/kAMib/&#10;ADIm/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABbLAAAVSsAAFAqAABMKAAASiYAAEcnBABEJw0A&#10;QigUAEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkqSAA4K1AANitaADUrZQAzK3IAMSuCADAslAAu&#10;LKcALCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwAAIstAAB5LgAAay8AAGAvAABYLwAAUS4AAEwu&#10;AABILAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEAOS4oADcuLwA2LzYANS8+ADQvRQAzL04AMTBY&#10;ADAwYwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAmMPcAJy//ACgv/wAoLv8AnC4AAIcwAAB2MQAA&#10;aDIAAF0yAABVMgAATjEAAEgxAABEMAAAQC8AADwwAAA6MQkANzEQADYyFgA1Mh4AMzMlADIzLAAx&#10;MzMAMDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+ACU1kAAjNaMAIjW5ACE12QAhNPYAIjT/ACMz&#10;/wAjMv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAASzQAAEU0AABANAAAOjMAADc0AAA0NQYAMjYO&#10;ADA3EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAoOUkAJjlTACU5XwAjOWwAITp8ACA6jgAeOqIA&#10;HDq3ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82AABuNwAAYTcAAFc3AABONwAASDcAAEI3AAA8&#10;NwAANTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0fACY9JgAlPS4AJD01ACM+PQAiPkYAID5QAB8+&#10;XAAdP2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMAFz3/ABg8/wAYPP8AjjcAAHo4AABqOQAAXjoA&#10;AFM6AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAApQAAAJkEIACRCDgAiQhQAIUIbACBDIwAfQyoA&#10;HkMyABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNEigASRJ4AEUSzABBE0AAQQ/IAEUL/ABJC/wAT&#10;Qf8AiTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0AADw9AAA2PgAAL0AAACpCAAAlRAAAIUYDAB1I&#10;DAAbSREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAAE0pKABFKVgAQSmQAD0p0AA5KhwANSpsADEqw&#10;AApKygALSewADEj/AA1H/wANR/8Agz4AAHE/AABiQAAAVkAAAE1AAABFQAAAP0AAADlBAAAyQgAA&#10;K0UAACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQGQAQUCEAD1ApAA5QMQANUDsADVFGAAtRUQAK&#10;UV8ACVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7AAVO/wAGTf8AfUIAAGtDAABdRAAAUkQAAEpE&#10;AABDQwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAAF1EAABJUAwAOVwoAC1gQAApYFQAIWBwAB1gk&#10;AAZYLAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAAWJEAAFenAABXwAAAVuUAAFb5AABV/wAAVf8A&#10;dkcAAGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBKAAApTQAAIlAAABxTAAAWVQAAEVgAAA1bAgAJ&#10;XgkABF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7AABgRwAAYFQAAGBjAABgdgAAYIsAAF+iAABf&#10;uwAAX+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAATEsAAERLAAA7TAAAMk4AACtRAAAjVAAAHFcA&#10;ABZbAAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAAaBMAAGkZAABqIQAAaikAAGo0AABqQAAAak0A&#10;AGpdAABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn/wAAZv8AaVEAAFxQAABSUAAASk8AAD9QAAA1&#10;UwAALVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoAAABuAAAAbwMAAHAIAABxDQAAchAAAHQUAAB1&#10;GwAAdiMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4AAHaXAAB1sQAAdNMAAHP1AABz/wAAcv8AY1YA&#10;AFhVAABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAVZwAAEGwAAApwAAAEcwAAAHYAAAB6AAAAfAAA&#10;AHwDAAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACGLwAAhj0AAIZNAACFXwAAhXUAAIWPAACEqQAA&#10;g8kAAILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4AADJhAAAnZgAAHmsAABVwAAAOdQAACXkAAAF+&#10;AAAAgQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYAAJALAACRDwAAkxQAAJUbAACXJgAAlzQAAJdE&#10;AACXVgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAAkv8AXWEAAE9hAABCZAAANmkAACpuAAAfdAAA&#10;FXkAAA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACYAAAAmgAAAJsAAACdAAAAnwAAAKEDAACjCAAA&#10;pQ0AAKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6AAComQAAqLUAAKfdAACn+AAApv8AVmgAAEhs&#10;AAA6cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAAAJoAAACfAAAAowAAAKcAAACqAAAAqwAAAK0A&#10;AACvAAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAAwBwAAMAtAADAQAAAv1UAAL9uAAC+iwAAvqgA&#10;AL7JAAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmOAAAQlQAAB5wAAACiAAAApwAAAKwAAACwAAAA&#10;tQAAALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYAAADIAAAAygAAAM0CAADQCwAA1RIAANYhAADX&#10;NAAA2EkAANlgAADafAAA2poAANu1AADb2QAA2/IARoIAADiJAAArkAAAHZgAABKgAAAKpwAAAK4A&#10;AAC0AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAAzwAAANIAAADUAAAA1gAAANoAAADdAAAA3wAA&#10;AOIAAADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0awAA9IkAAPWlAAD1vwAA9d0A/wAGAP8AAwD/&#10;AAUA/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBEAP8ATQD/AFUA/wBdAP8AZAD/AGoA/wBwAP0A&#10;dgD7AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA6wDEAOkA5ADnAPkA5gD/AOUA/wDTAP8AxwD/&#10;AL8A/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/ABIA/wAdAP8AKAD/ADMA/wA+APwARwD4AE8A&#10;9ABXAPEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQAgwDiAIsA3wCVANwAnwDZAKsA1QC7ANIA1ADP&#10;APIAzQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD5AA8A9QAXAPMA&#10;IgDxAC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A1ABjANEAaADPAG4AzAB1AMoAfADIAIQAxQCN&#10;AMIAmADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2AP8ArQD/AKcA/wCjAP8A/wAAAP8AAAD/AAAA&#10;9QAAAOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwAOgDIAEIAxABKAMAAUAC9AFYAuwBcALkAYQC3&#10;AGcAtQBtALMAdACxAHwArwCFAK0AkACqAJwAqACqAKYAuwClANoAowD1AKMA/wCiAP8AngD/AJoA&#10;/wCXAP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcAwQAPALwAFwC5ACAAtwAqALUAMwCwADsArQBD&#10;AKsASQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCdAHQAnAB9AJoAiACYAJQAlgCiAJQAsgCSAMkA&#10;kQDrAJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwAAADZAAAAxwAAALoAAACxAAIAqwAMAKcAEgCk&#10;ABsAoQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABPAJIAVACQAFoAjwBfAI0AZgCLAG0AiQB2AIgA&#10;gACGAIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8AfwD/AH8A/wB+AP8A8QAAANgAAADCAAAAswAA&#10;AKgAAACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCNAC4AigA2AIcAPQCFAEMAhABJAIIATgCBAFQA&#10;fwBZAH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQAowByALUAcgDPAHEA8QBwAP8AcAD/AHAA/wBx&#10;AP8A4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwACAIYACwCDABEAgQAYAH8AIQB9ACkAfAAwAHkA&#10;NwB4AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIAbQBqAGsAdABqAIAAaACOAGcAnQBlAK8AZQDG&#10;AGQA6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACjCAAAlAgAAIkHAACCAwAAfgAAAHsABgB3AA4A&#10;dQATAHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkARABnAEkAZgBPAGUAVgBjAF0AYgBlAGAAbwBf&#10;AHsAXQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/AFgA/wBZAP8AwgwAAKoNAACXDgAAiQ4AAH0O&#10;AAB2DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4AZQAmAGMALQBhADMAYAA5AF8APwBdAEUAXABL&#10;AFsAUgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBRAKcAUAC7AE8B2wBOAvQATgP/AE4E/wBOA/8A&#10;uBAAAKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUOAABjCwMAYwYMAGEEEQBeAxkAXAQhAFsFKABZ&#10;Bi8AWAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlfAE4JaQBNCXYASwqEAEkKlABICqYARwq6AEYK&#10;2ABFC/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAAeBkAAG0YAABlFwAAXxYAAFwTAABaEQAAWg4G&#10;AFoMDQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABODj4ATQ5FAEsOTQBKDlUASA9eAEcPaABFD3UA&#10;QxCEAEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q/wA+EP8AqRkAAJIbAACBHAAAch0AAGcdAABf&#10;HAAAWRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEYAEwRIABKEicASRIuAEgTNABHEzsARRNCAEQT&#10;SQBDFFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQANxW5ADUV2AA1FvUANhb/ADYW/wA3Ff8AoxwA&#10;AI0eAAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABNGwAATBkAAEsWBgBJFg4ARxcVAEUXHABEGCQA&#10;QhgqAEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADkaYwA3G28ANRt+ADMbkAAyG6IAMBu3AC8b0wAv&#10;HPMALxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQAAF4kAABWJAAAUCMAAEsiAABIIAAARh0AAEUc&#10;AgBDHAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUAOR88ADcfRAA2H0wANCBWADMgYAAxIG0ALyB8&#10;AC0hjgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wArIP8AmSIAAIQlAABzJgAAZScAAFsnAABTJwAA&#10;TCYAAEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADkiFgA4Ih4ANiMlADUjKwA0JDIAMyQ5ADIkQQAw&#10;JEoALyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWzACMlzgAjJfAAJCX/ACUk/wAlJP8AlCUAAIAn&#10;AABvKQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAAPSYAADolAAA3JgYANSYOADQnFAAyJxsAMSgi&#10;ADAoKQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAmKmkAJCp4ACMqigAhKp0AHyqyAB4qzAAeKu8A&#10;Hyn/ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQsAABMLAAARiwAAEErAAA8KwAAOCoAADUqAAAy&#10;KwMAMCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00ACcuPAAmLkUAJC5PACMuWgAhL2cAHy92AB0v&#10;iAAcL5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8AjCsAAHgtAABoLgAAWy8AAFEvAABJLwAAQy8A&#10;AD4uAAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAnMRUAJjEcACUyIwAkMioAIzIxACEzOQAgM0IA&#10;HzNMAB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMzyAATM+wAFDP/ABUy/wAWMf8Ahy4AAHQvAABl&#10;MQAAWDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEAACszAAAoNAAAJTUGACM2DQAhNhIAIDcZAB83&#10;IAAeNycAHTguABs4NgAaOD8AGThJABc5VQAVOWIAFDlxABI5hAAROZgAEDmtAA44xwAOOOsAEDj/&#10;ABA3/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABENAAAPTQAADg0AAAzNAAALTUAACg3AAAkOQAA&#10;IDoCAB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+MwAUPjwAEj5GABE+UgAQPl8ADz5vAA4+gQAM&#10;PpUACz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQAAGs2AABdNwAAUTcAAEg3AABBNwAAOzcAADU3&#10;AAAwNwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0AEkMSABFDGAARQx8AEEQnAA9ELwAORDkADURD&#10;AAxETgALRFsACURqAAdEfAAGRJAABEOlAAJDvQADQ+AAA0P2AARC/wAGQf8AeDgAAGc5AABZOgAA&#10;TjoAAEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFAAAAcQgAAF0QAABNGAwAPSQoADUoPAAxKFAAL&#10;ShsACUojAAhKKwAHSjQABUo+AARKSQACSlYAAEplAABKdwAASosAAEqhAABJuQAASd0AAEn1AABI&#10;/wAASP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAANj0AAC8+AAApQAAAI0IAAB1FAAAXRwAAE0oA&#10;AA9MAgALTwkAB1ANAANREQAAURcAAFEeAABRJgAAUS8AAFE5AABRRAAAUlEAAFJgAABRcgAAUYcA&#10;AFGdAABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1BAABRQQAAR0EAAEBAAAA5QAAAMkEAACpDAAAk&#10;RgAAHkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcMAABYEAAAWBMAAFkZAABaIQAAWikAAFozAABa&#10;PwAAWkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEAAFj0AABX/wAAV/8AZUUAAFhFAABNRQAARUQA&#10;AD5EAAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAOVgAAClkAAARcAAAAXgQAAF8JAABgDQAAYRAA&#10;AGIVAABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABkZgAAZHsAAGOTAABjrQAAYswAAGHyAABh/wAA&#10;YP8AX0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08AAB9SAAAYVQAAElkAAA1dAAAIYAAAAmMAAABm&#10;AAAAaAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0AAHEmAABxMQAAcD4AAHBOAABwXwAAcHMAAG+N&#10;AABvpwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABITQAAPU4AADNRAAApVAAAIFgAABhcAAARYAAA&#10;DGQAAAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3BAAAeAkAAHoNAAB8EAAAfRYAAH8eAACAKAAA&#10;gDUAAIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzpAAB7/wAAev8AVlQAAE5TAABCVAAAN1YAACxa&#10;AAAiXwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAAAH0AAACAAAAAgwAAAIQAAACGAAAAhwIAAIkH&#10;AACLDAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAAkWIAAJF6AACPlwAAj7QAAI7hAACM+wAAjP8A&#10;VVkAAEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3AAACfQAAAIIAAACGAAAAiwAAAI4AAACRAAAA&#10;kwAAAJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIPAACkFgAApiEAAKYxAACmQwAApVcAAKRwAACj&#10;jgAAo6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAAJ24AABt1AAARfAAAC4MAAACJAAAAjgAAAJMA&#10;AACYAAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUIAAC4DgAAvBYA&#10;ALwlAAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC36gAAt/wARmsAADlwAAArdwAAH38AABOGAAAL&#10;jgAAAZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMAAAC3AAAAtwAAALoAAAC8AAAAvwAAAMEAAADE&#10;AAAAxwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAAANNYAADTdAAA05IAANKwAADS0wAA0vIAPnkA&#10;ADGAAAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAAswAAALgAAAC9AAAAwgAAAMYAAADKAAAAygAA&#10;AM0AAADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADjAAAA5wUAAOsPAADsHwAA7TMAAO5LAADvZAAA&#10;74IAAPCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJAP8ADgD/ABUA/wAeAP8AKQD/ADQA/wA/AP8A&#10;SAD/AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA+AB+APYAhQDzAI0A8QCXAO4AogDrAK8A6ADA&#10;AOYA4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0AP8A/wAAAP8AAAD/AAAA/wAAAP8ACQD/ABAA&#10;/wAZAP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4AWADrAF4A6QBkAOYAagDkAHAA4gB2AN8AfQDd&#10;AIYA2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/AMUA/wC7AP8AtAD/AK0A/wCpAP8A/wAAAP8A&#10;AAD/AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA6QAyAOMAOwDdAEQA2ABLANMAUQDQAFgAzQBd&#10;AMsAYwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6AJ8AtwCtALUAwQCyAOQAsQD9AK8A/wCsAP8A&#10;pQD/AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQAAADcAAgA0wAQAM8AGADLACIAyQArAMYANADB&#10;AD0AvQBEALoASwC3AFEAtQBWALIAXACwAGEArgBnAKwAbgCqAHYAqAB/AKYAigCjAJYAoQClAJ8A&#10;tgCdANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A/wAAAPYAAADnAAAA0wAAAMYAAAC9AAMAuAAN&#10;ALMAEwCxABwArwAlAK4ALgCpADYApgA9AKMARAChAEoAnwBPAJ0AVQCbAFoAmgBgAJgAZgCWAG4A&#10;lAB3AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA/wCJAP8AhwD/AIUA/wCCAP8A8wAAAOMAAADM&#10;AAAAvAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAfAJgAJwCWAC8AkwA3AJEAPQCOAEMAjABJAIsA&#10;TgCJAFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYAfACUAHoApAB5ALgAeADYAHcA9wB4AP8AeAD/&#10;AHcA/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACWAAAAjwAEAIsADACIABIAhwAZAIUAIQCEACkA&#10;ggAwAH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYAWQB0AGEAcgBpAHEAcwBvAH8AbQCNAGwAnQBq&#10;AK8AaQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAAALgAAAClAAAAlwAAAI0AAACGAAAAgQAAAHwA&#10;CAB5AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcAbgA9AGwAQwBrAEgAagBOAGgAVABnAFsAZQBj&#10;AGMAbQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABcAPsAXAD/AFwA/wBcAP8AwgAAAKoBAACYAwAA&#10;iQQAAH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkAFwBoAB4AZgAlAGUALABjADIAYgA4AGAAPQBf&#10;AEMAXgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCBAFQAkQBSAKMAUQC3AFEA1gBRAPUAUQD/AFEA&#10;/wBSAP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAAaAcAAGUDAABjAAcAYQANAF8AEwBdABoAXAAh&#10;AFsAJwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBRAFIAUABaAE8AZABNAG8ATAB9AEoAjQBJAJ8A&#10;SACyAEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUOAACDEAAAdRAAAGsQAABjDwAAXg4AAFsMAABa&#10;CQIAWQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAvAE4ANQBNATsATAFBAEoCSABJAk8ASAJXAEYD&#10;YQBFA20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoAPQX8AD0G/wA+Bv8ApBAAAI4SAAB8EwAAbhQA&#10;AGQUAABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABPBxEATQcXAEsIHwBJCCUASAkrAEcJMQBGCTgA&#10;RAo+AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoMigA4DJwANwyvADUMxwA1DOkANQ39ADUN/wA2&#10;DP8AnRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcAAE0VAABKEwAASREAAEkOBwBIDQ4ARg0TAEQN&#10;GgBDDiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsAOhBUADgQXgA2EGsANBB5ADIQigAxEJwALxCw&#10;AC0QyQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABxGwAAZBwAAFkcAABRHAAATBsAAEcaAABEGAAA&#10;QxUAAEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoTKwA4EzIANxM5ADYUQAA0FEgAMxRRADEUXAAw&#10;FWgALhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/ACgV/wApFf8AkRoAAH0cAABtHgAAYB8AAFYf&#10;AABOHwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcAORYOADgXFAA2FxsANRgiADMYKAAyGC8AMRk2&#10;ADAZPQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAkGpkAIhqtACEaxQAgGugAIRr+ACIa/wAjGv8A&#10;jR0AAHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8hAAA8IAAAOR4AADgbAAA1HAQANBwNADIcEgAw&#10;HRgALx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9NACYfVwAkH2QAIh9yACAfhAAfH5cAHR+rABsf&#10;wwAbH+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAAWSQAAE8lAABHJQAAQSQAADwjAAA4IwAANSIA&#10;ADMgAAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAnIikAJiMwACUjOAAjI0EAIiRKACEkVQAfJGEA&#10;HSRwABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj/wAZI/8AhSIAAHEkAABiJgAAVicAAEwnAABE&#10;JwAAPicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUHACcmDgAlJhMAJCcZACMnIAAiJycAISguACAo&#10;NgAeKD4AHShIABspUwAZKV8AGCluABYpgAAUKZQAEimoABEpwAARKOQAESj7ABMo/wAUJ/8AgCUA&#10;AG4nAABfKAAAUykAAEkqAABCKQAAOykAADYpAAAyKAAALigAACooAAAmKQAAJCoEACIrDAAgKxEA&#10;HywWAB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYuUAAULl0AEi5sABEufgAQLpIADi6nAA0tvQAN&#10;Ld8ADS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwAAEYsAAA/LAAAOSwAADQrAAAvKwAAKysAACYs&#10;AAAiLgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEAFTIoABQyMAATMjkAEjNDABEzTgAQM1sADjNp&#10;AA0zegAMM44ACjOiAAgyuQAIMtkACDL0AAox/wALMf8AdysAAGYtAABYLgAATS8AAEMvAAA8LgAA&#10;Ni4AADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1BQAUNgwAEjcRABE3FgARNx0AEDgkAA84LAAO&#10;ODUADTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzifAAE3tQABN9MAAjfxAAM2/wAFNv8Acy4AAGIw&#10;AABUMQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAAJTIAACAzAAAbNgAAFzgAABM6AgAQPAkADT0O&#10;AAw9EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgADPlIAAT5hAAA+cgAAPoYAAD2cAAA9sgAAPdAA&#10;ADzwAAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40AAA3NAAAMjMAAC0zAAAnNAAAIjYAAB04AAAY&#10;OgAAFD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQdAABEJAAARC0AAEQ2AABEQQAARE4AAERcAABE&#10;bQAARIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8AaDYAAFg3AABMOAAAQzgAADs3AAA1NgAAMDYA&#10;ACk3AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAIRwcAA0kMAABJDwAAShMAAEsZAABLIAAASygA&#10;AEsyAABLPQAATEkAAExXAABLaAAAS30AAEuUAABKrAAASsoAAEnvAABJ/wAASf8AYjoAAFQ7AABJ&#10;OwAAQDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEAABNEAAAQRwAADEkAAAhMAAACTwUAAFAKAABQ&#10;DQAAURAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQAAFRSAABUYwAAVHcAAFSPAABTqAAAUsYAAFLt&#10;AABR/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAvPgAAJ0AAACBDAAAZRgAAE0kAAA9MAAALTwAA&#10;BlIAAABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABdFgAAXh0AAF8mAABfMQAAXj0AAF5MAABeXQAA&#10;XnEAAF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQAAEtDAABDQgAAPEEAADJCAAApRQAAIUgAABpL&#10;AAATTgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAAAGICAABjBgAAZQoAAGYOAABoEQAAahcAAGsf&#10;AABrKQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAAaLsAAGfnAABm/wAAZf8AUUgAAEhIAABBRgAA&#10;N0cAACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFhAAAAZAAAAGcAAABqAAAAbAAAAG4AAABwAAAA&#10;cgUAAHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9AAB6TgAAeWIAAHl5AAB4lgAAd7MAAHXgAAB0&#10;/AAAc/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAAE1wAAA1hAAAGZgAAAGoAAABvAAAAcgAAAHYA&#10;AAB5AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAAiAwAAIsRAACOGAAAjiQAAI4zAACNRAAAjFgA&#10;AItvAACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFTAAA0VQAAKVoAAB5fAAAUZQAADWoAAAVwAAAA&#10;dgAAAHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4AAACRAAAAkwAAAJUAAACYAAAAmgUAAJ0MAACg&#10;EQAAoxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAAAJ3BAACb7gAAmv8ARlkAADlcAAAtYQAAIWcA&#10;ABZuAAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAAlgAAAJoAAACdAAAAnwAAAKEAAACkAAAApgAA&#10;AKgAAACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5LwAAuEMAALdaAAC1dgAAtJcAALS1AACx4gAA&#10;sPwAP2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4AAACUAAAAmgAAAKAAAAClAAAAqgAAAK4AAACx&#10;AAAAsgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAAAMYAAADJAAAAzgoAANITAADSIwAA0TcAANBP&#10;AADOagAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAdgAAAEYkAAAiRAAAAmgAAAKEAAACnAAAArQAA&#10;ALMAAAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADMAAAAzgAAANIAAADVAAAA2gAAAN4AAADhAAAA&#10;5QAAAOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZAADrtQAA69UA/wAAAP8AAAD/AAEA/wAHAP8A&#10;DQD/ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA/wBTAP8AWgD9AGAA+wBmAPoAawD4AHIA9gB4&#10;APQAgADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADfAPcA3QD/AMwA/wC+AP8AtQD/ALAA/wCtAP8A&#10;/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8AHwD/ACkA+wAzAPcAPQDzAEUA7wBNAOwAUwDo&#10;AFkA5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCKAM8AlQDMAKIAyACyAMUAyQDCAO0AwAD/ALsA&#10;/wCwAP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA+gAAAPgAAADwAAkA7AARAOgAGQDnACMA5QAt&#10;AN4ANgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDDAGMAwABpAL4AcAC8AHgAuQCBALcAjQC0AJoA&#10;sQCpAK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA/wCUAP8A/wAAAPkAAADyAAAA5wAAANsAAADR&#10;AAQAygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/ALQARQCxAEsArgBRAKwAVgCqAFwAqABhAKYA&#10;aACjAHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwAlQDxAJQA/wCRAP8AiwD/AIgA/wCGAP8A9wAA&#10;AOwAAADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACpABcAqAAgAKcAKACiADAAnwA4AJwAPgCaAEQA&#10;mABKAJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsAewCJAIgAhwCXAIUAqACDAL4AgQDkAIAA/wCA&#10;AP8AfAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAAAKYAAACdAAAAlwAFAJQADQCSABIAkAAaAI8A&#10;IgCOACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4AfwBUAH4AWgB8AGEAegBpAHgAcwB2AH8AdQCO&#10;AHMAnwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBsAP8A2gAAAL8AAACsAAAAngAAAJMAAACMAAAA&#10;hQAAAIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcAMQB1ADcAdAA9AHIAQgBxAEgAbwBNAG4AUwBs&#10;AFoAawBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDCAGAA6wBhAP8AYQD/AGEA/wBgAP8AxQAAAK0A&#10;AACbAAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwAbgARAGwAFwBsAB4AawAlAGkALABnADEAZgA3&#10;AGQAPQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBaAHIAWQCAAFcAkABWAKMAVQC5AFQA3gBUAPsA&#10;VAD/AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUAAABuAAAAaQAAAGYAAQBjAAkAYQAOAGAAEwBf&#10;ABkAXgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBDAFUASQBTAFAAUgBYAFEAYQBPAGwATgB6AEwA&#10;igBLAJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8AqgEAAJQFAACCBwAAdAgAAGoIAABjBgAAXgQA&#10;AFsAAABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBRACgAUAAtAE4AMwBNADgATAA+AEsARQBKAEwA&#10;SABUAEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAAxQA/AOoAPwD/AEAA/wBAAP8AoAgAAIoLAAB5&#10;DQAAbA0AAGENAABaDQAAVQsAAFIJAABQBgAATwIIAE4ADQBMABIASwAXAEoAHgBJACMARwApAEYA&#10;LwBFADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQAPAByADoAggA5AJQAOACnADcAvgA2AOMANgD5&#10;ADYA/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABTEAAAThAAAEoOAABIDQAARwoDAEcHCgBFBA4A&#10;RAITAEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsEPgA6BUUAOQVOADcFVwA2BWIANAZwADIGgAAx&#10;BpIAMAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAAAH0RAABsEwAAXxQAAFUUAABOFAAASBMAAEQS&#10;AABBEAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwAOQoiADgKKAA3Cy4ANgs1ADULOwAzC0MAMgxM&#10;ADAMVgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAlDN0AJQ31ACYN/wAnDf8AixIAAHcUAABnFgAA&#10;WxcAAFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkRAQA5DwgAOA4NADcOEgA1DhgANA4fADIOJQAx&#10;DywAMA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBvACQQgAAjEJMAIRCnAB8QvQAeEOAAHhH3AB8Q&#10;/wAgEP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAAQBoAADsZAAA4GAAANRYAADQUAAAzEgQAMhIL&#10;ADESEAAvEhUALRIcACwTIgArEykAKhMwACgTNwAnFD8AJhRIACQUUwAiFF8AIBVtAB8VfgAdFZEA&#10;GxWlABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8aAABfHAAAUx0AAEodAABCHQAAPB0AADccAAA0&#10;GwAAMRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZACcYIAAlGCYAJBgtACMYNAAiGT0AIBlGAB4Z&#10;UQAdGV0AGxprABkafAAXGo8AFRqjABQZugASGdsAExn2ABQZ/wAVGP8AfRoAAGsdAABcHwAAUCAA&#10;AEcgAAA/IAAAOR8AADQfAAAxHgAALR0AACscAAApGwAAJxsFACUbDAAkHBEAIhwWACEcHQAgHSMA&#10;Hx0qAB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQfegASHo0AER6iABAeuAAOHtgADx71ABAd/wAR&#10;Hf8Aeh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIAADIhAAAuIQAAKiAAACcgAAAkHwAAIiACACAg&#10;CgAeIQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgAFSNBABQjTAASI1gAESNnABAjeAAOI4sADSOf&#10;AAwjtAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABWIwAASyQAAEEkAAA6JAAANCQAAC8jAAArIwAA&#10;KCMAACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYmFwAVJx4AFCclABMnLAASJzUAESg/ABAoSgAO&#10;KFYADShkAAwodAAKKIcACSibAAcnsQAFJ8wABifsAAcm/gAIJv8AcSIAAGAkAABTJgAASCcAAD8n&#10;AAA3JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAAGSgAABYqBAAUKwsAEiwQABEsFAAQLBsAECwi&#10;AA4sKQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAELYMAAi2YAAAsrgAALMkAACzrAAEr/AACK/8A&#10;bSUAAF0nAABPKAAARSkAADwpAAA1KQAALygAACsoAAAnJwAAIycAAB8oAAAbKgAAFywAABMuAgAQ&#10;MAgADjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3AAUyQgADMk4AATJcAAAybAAAMn8AADKVAAAx&#10;rAAAMccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAAQSwAADksAAAyKwAALSsAACkqAAAlKgAAICsA&#10;ABwsAAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAFNxQAAzcbAAI3IgAANyoAADgzAAA4PgAAOEoA&#10;ADhYAAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2/QAANf8AYywAAFQuAABILwAAPi8AADYuAAAw&#10;LgAAKy0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUAAA43AQAKOgcABjsLAAI8DgAAPRIAAD4XAAA+&#10;HgAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncAAD6PAAA9pwAAPcMAADzpAAA8/QAAO/8AXjAA&#10;AFAxAABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAeMgAAGTQAABQ2AAAQOQAADTsAAAo9AAAFQAUA&#10;AEEKAABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABGNQAARkEAAEZPAABGXwAARnMAAEWKAABFpAAA&#10;RMAAAEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUAADI0AAAtMwAAJjQAACA1AAAaOAAAFDoAABA9&#10;AAANQAAACUIAAARFAAAARwMAAEgHAABKCwAASw4AAEwRAABOFQAATxwAAE8lAABPLwAATzwAAE9K&#10;AABPWgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAASv8AUzkAAEc5AAA+OQAANzgAADE3AAApNwAA&#10;ITkAABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABNAAAATwAAAFEEAABSBwAAVAsAAFUOAABXEQAA&#10;WRcAAFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/AABXmgAAVrcAAFXjAABU/QAAVP8ATj0AAEM9&#10;AAA8PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAAC0sAAAVOAAAAUQAAAFQAAABXAAAAWQAAAFsA&#10;AABdAgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAAZi4AAGY8AABmTQAAZWAAAGV3AABkkwAAY7EA&#10;AGHdAABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZDAAAeRgAAFUoAABBOAAAKUgAAA1YAAABaAAAA&#10;XQAAAGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0FAABvCgAAcg4AAHUSAAB3GwAAdiYAAHY1AAB1&#10;RgAAdFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8ARkYAAEBFAAA1RgAAKkgAACBMAAAXUQAAEFYA&#10;AAlaAAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5AAAAewAAAH0AAACAAwAAgwgA&#10;AIYNAACJEwAAih0AAIorAACJPAAAiE8AAIZmAACFgQAAhKAAAILCAACB8AAAf/8ARksAADpMAAAu&#10;TwAAI1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQAAAB4AAAAfAAAAIEAAACEAAAAhwAAAIgAAACL&#10;AAAAjgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQAAKAhAACgMQAAnkQAAJ1bAACcdgAAmZYAAJm1&#10;AACW5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJbQAAAHQAAAB7AAAAgQAAAIYAAACLAAAAkAAA&#10;AJQAAACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACnAAAAqgAAAK0AAACxBgAAtQ0AALgWAAC3JgAA&#10;tjkAALVQAAC0agAAsokAALCqAACuzwAArfUAN1wAACthAAAeaAAAE3AAAAt4AAAAgAAAAIcAAACO&#10;AAAAlQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAAALAAAACzAAAAtQAAALgAAAC7AAAAvwAAAMMA&#10;AADHAAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAAy34AAMmeAADIvgAAxekAL2kAACNwAAAWeQAA&#10;DYEAAAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0AAAAuAAAAL0AAADAAAAAwgAAAMUAAADIAAAA&#10;ywAAAM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgGAADrEQAA6iMAAOo6AADpVAAA53IAAOWTAADj&#10;swAA49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA/wAXAP8AIQD/ACsA/wA1AP8APgD/AEcA/wBO&#10;AP8AVQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDvAIQA7QCOAOoAmQDmAKcA4wC5AN8A1QDbAPcA&#10;1gD/AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8AAAD+AAAA/AAAAPwAAwD+AAsA/wARAP8AGgD9&#10;ACQA+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBaAN8AXwDcAGUA2ABrANQAcgDQAHsAzQCFAMoA&#10;kQDHAJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8AnAD/AJgA/wCVAP8A/wAAAPoAAAD0AAAA8QAA&#10;APIAAADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQADkAywBAAMgARwDFAE0AwgBTAL8AWAC9AF4A&#10;uwBkALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgAuACmANwAowD7AJ8A/wCVAP8AjwD/AIsA/wCJ&#10;AP8A+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAKAL8AEQC8ABgAuwAhALkAKgC0ADIAsQA6AK4A&#10;QACrAEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoAmwBzAJkAfgCWAIwAlACbAJIArQCQAMcAjgDw&#10;AI0A/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADRAAAAvwAAALMAAACqAAAApgAFAKIADQChABMA&#10;oAAbAJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8ASgCOAE8AjABVAIoAWwCIAGMAhgBrAIQAdgCC&#10;AIIAgACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/AHAA/wBvAP8A3QAAAMsAAAC2AAAApwAAAJ0A&#10;AACUAAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUAhAAsAIIAMgB/ADgAfQA9AHsAQwB5AEgAeABO&#10;AHYAVAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBqAK4AaQDMAGgA9gBnAP8AZQD/AGQA/wBjAP8A&#10;ygAAALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgABQB2AAwAdQARAHQAGABzAB8AcgAlAHAALABu&#10;ADIAbAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBdAGIAZgBgAHIAXgCAAF0AkgBbAKUAWgC+AFkA&#10;6QBZAP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAAgwAAAHkAAABxAAAAbQAAAGkAAQBmAAkAZQAO&#10;AGQAEwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBbADwAWgBCAFgASABXAE8AVgBXAFQAYABTAGwA&#10;UQB5AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A/wBNAP8AqgAAAJQAAACCAAAAdQAAAGsAAABk&#10;AAAAYAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAbAFUAIQBTACcAUgAsAFEAMQBPADcATgA9AE0A&#10;QwBMAEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcAQwCsAEIAyQBCAPEAQgD/AEMA/wBDAP8AngAA&#10;AIkAAAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQAAIATgAJAE0ADQBMABEASwAXAEoAHABJACIA&#10;SAAnAEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8AVgA+AGEAPQBuADsAfgA6AJEAOQCmADgAvwA4&#10;AOgAOAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoAAFgLAABRCgAATAgAAEkGAABHAwAARgAGAEQA&#10;CwBDAA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4AOwA0ADoAOgA5AEEAOABJADcAUgA2AF0ANABq&#10;ADMAegAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAwAP8AjAkAAHgMAABoDQAAXA4AAFIOAABLDgAA&#10;RQ0AAEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoAFQA5ABoAOAAgADYAJQA1ACsANAAwADMANwAy&#10;AD4AMQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCdACgAswAnANEAJwDyACcA/wAnAP8AhgwAAHIO&#10;AABjEAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAANw0AADYLBAA2CAoANQYOADQFEgAyBBcAMQUc&#10;ADAFIgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAnB1kAJgdlACQHdQAjB4cAIgebACAGsAAgBssA&#10;HwXtAB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgTAABBEwAAOxMAADcSAAA0EQAAMhAAADAPAQAw&#10;DQYAMAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwrACcMMgAmDDoAJAxDACMMTQAhDVgAIA1lAB4N&#10;dQAcDYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8AexEAAGkTAABaFQAAThYAAEUWAAA9FgAAOBUA&#10;ADMVAAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAoDhEAJg4WACUPHQAkDyMAIw8pACEQMQAgEDkA&#10;HhBCAB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQswAREM4AERDuABIQ/gASEP8AdxMAAGUVAABX&#10;FwAASxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYAACcVAAAmFAEAJRIEACMSCwAiEg8AIRIUACAS&#10;GgAeEyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYAFBRkABIUdAARFIcAEBScAA4UsQANFMoADRTr&#10;AA4T/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3GwAAMhoAAC0aAAApGQAAJhgAACQYAAAiFwAA&#10;IBYBAB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYYKwAVGDQAFBg9ABIZSAARGVQAEBliAA4ZcgAN&#10;GYQADBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgAAF4aAABQHAAARR0AADwdAAA1HQAALx0AACoc&#10;AAAmGwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwAFhwQABUcFQAUHBsAExwiABIdKQARHTEAEB07&#10;AA4dRQANHlEADB5eAAoebQAJHoAABx6UAAUdqgADHcIAAx3mAAQc+AAFHP8AaxoAAFsdAABNHgAA&#10;Qh8AADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4dAAAcHQAAGB4AABUfAgATIAkAEiEOABAhEgAQ&#10;IRgADiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJaAAUiaQADInwAASKRAAAiqAAAIcAAACHlAAAg&#10;+AAAIP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAAKiEAACYgAAAiIAAAHx8AABwfAAAZIAAAFiEA&#10;ABIjAgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAIJioABiczAAQnPQADJ0kAASdWAAAnZgAAJ3kA&#10;ACePAAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQiAABHIwAAPSQAADQkAAAuIwAAKCMAACQiAAAh&#10;IgAAHiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoLAAgrDgAGKxMABCsYAAIrHwABLCcAACwwAAAs&#10;OgAALEUAACxTAAAsYwAALHYAACyMAAArpAAAK74AACrkAAAq+gAAKf8AXyMAAFAlAABEJgAAOiYA&#10;ADImAAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAUJwAAESkAAA4rAgALLQYABy8LAAQwDgAAMBEA&#10;ADEVAAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAyXwAAMnIAADGJAAAxogAAMLwAADDkAAAv+wAA&#10;L/8AWicAAEwoAABAKQAANykAAC8pAAApKAAAJScAACEmAAAcJwAAGCgAABQqAAARLAAADi4AAAsw&#10;AQAHMgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAAADgoAAA4MgAAOT0AADlLAAA5WwAAOG4AADiF&#10;AAA3nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9LAAANCwAAC0rAAAoKgAAJCkAAB4qAAAZKwAA&#10;FC0AABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7CgAAPQ0AAD4QAABAFAAAQBsAAEAkAABALgAA&#10;QDkAAEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3jAAA8/AAAPP8AUC8AAEMvAAA5LwAAMi8AACwt&#10;AAAnLAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAABTsAAAA9AAAAQAEAAEEEAABDBwAARQsAAEYO&#10;AABIEQAAShYAAEoeAABKKAAASjQAAElCAABJUQAASWQAAEh7AABIlwAAR7QAAEbgAABF/AAARP8A&#10;SjMAAD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1AAAROAAADTsAAAg+AAADQQAAAEMAAABGAAAA&#10;SAAAAEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZAABVIgAAVC4AAFQ8AABUSwAAU14AAFN0AABS&#10;kAAAUa4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAALzQAACY1AAAeNwAAFzoAABE9AAAMQQAAB0QA&#10;AABIAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWAIAAFsGAABdCwAAXw4AAGITAABiGwAAYicA&#10;AGI0AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa+AAAWf8AQTwAADo7AAA0OQAAKjoAACE8AAAY&#10;QAAAEUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAAAGEAAABjAAAAZQAAAGcBAABq&#10;BQAAbQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8AAG9lAABugAAAbZ8AAGvBAABp8QAAaP8AP0AA&#10;ADk+AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAAWAAAAF0AAABhAAAAZQAAAGgAAABrAAAAbgAA&#10;AHEAAABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACFDwAAhxcAAIYkAACFNAAAhEYAAIJdAACBdgAA&#10;f5YAAH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwAABNSAAAMVwAAA10AAABjAAAAaAAAAG0AAABx&#10;AAAAdgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAAAIsAAACOAAAAkgAAAJUBAACZCQAAnhAAAJ4a&#10;AACdKQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAAkPoAOEsAACxOAAAgUwAAFVkAAA1gAAADZwAA&#10;AG4AAAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACSAAAAlQAAAJcAAACaAAAAnQAAAKAAAACjAAAA&#10;pwAAAKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNGAACxYAAAr34AAKygAACrwQAAqe4AMVUAACRb&#10;AAAYYQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAAAJQAAACaAAAAnwAAAKQAAACoAAAAqQAAAKwA&#10;AACvAAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAAywAAANEKAADTFAAA0SUAANA7AADNVAAAynEA&#10;AMiSAADFswAAw94AKWIAABxpAAARcQAAB3sAAACEAAAAjQAAAJUAAACdAAAAowAAAKkAAACvAAAA&#10;tAAAALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwAAADQAAAA1AAAANoAAADfAAAA5AAAAOoAAADu&#10;DAAA7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA/wAAAP8AAAD/AAAA/AABAPwACAD+AA4A/wAU&#10;AP8AHQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7AFYA+QBcAPYAYgD0AGgA8gBvAPAAdgDtAH8A&#10;6gCJAOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA/wCoAP8AnwD/AJoA/wCWAP8A/wAAAPsAAAD2&#10;AAAA8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAqAPIAMwDtADsA6QBDAOYASQDiAE8A3gBVANsA&#10;WwDWAGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoAvwCqALsAwQC4AOkAtgD/AKcA/wCaAP8AkgD/&#10;AI0A/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADkAAEA4AALANsAEQDaABoA2wAjANEALADKADQA&#10;xgA7AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMAZgCxAG4ArgB3AKwAgwCpAJEApgChAKMAtQCg&#10;ANgAngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAAAOMAAADaAAAA0wAAAMYAAAC/AAAAuQAGALcA&#10;DgC0ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEAoQBGAJ8ATACdAFEAmwBXAJkAXgCXAGUAlQBu&#10;AJMAeQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8AP8AdgD/AHMA/wByAP8A4AAAANAAAADGAAAA&#10;tgAAAKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcAHgCUACYAkQAtAI8ANACMADoAigA/AIgARQCH&#10;AEoAhQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCNAHcAoAB1ALYAcwDfAHIA/wBuAP8AaQD/AGcA&#10;/wBlAP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAAhQAAAIIABQCAAA0AfwARAH8AGACAACAAfQAm&#10;AHoALQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBtAFYAbABeAGoAaABoAHUAZwCEAGUAlgBkAKsA&#10;YgDJAGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkAAACXAAAAiQAAAH4AAAB4AAAAcwAAAG8AAQBt&#10;AAkAbAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAyAGMANwBiADwAYABCAF8ASABdAE8AXABXAFoA&#10;YQBZAG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8AUAD/AE8A/wBPAP8ArQAAAJgAAACGAAAAeAAA&#10;AG4AAABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABbABUAWwAbAFoAIQBYACYAVgAsAFQAMQBTADYA&#10;UgA8AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkAhQBIAJkARwCxAEYA2ABGAPwARQD/AEUA/wBF&#10;AP8AnwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAAAFMAAABRAAIATwAIAE8ADQBOABEATgAWAE0A&#10;HABMACEASgAmAEkALABIADEARwA3AEUAPQBEAEQAQwBMAEIAVQBAAGAAPwBuAD4AfgA9AJIAPACp&#10;ADsAxwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABuAAAAYQAAAFgAAABRAAAATAAAAEkAAABHAAAA&#10;RQAFAEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8AJwA+ACwAPQAyADsAOAA6AD8AOQBHADgAUAA3&#10;AFsANQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/ADIA/wAzAP8AiQAAAHYDAABmBQAAWQcAAFAH&#10;AABJBgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0AOgAQADkAFAA5ABkANwAeADYAIwA1ACgANAAu&#10;ADMANAAyADsAMABDAC8ATAAuAFcALQBkACwAcwArAIcAKgCcACkAtQApANwAKQD7ACkA/wAqAP8A&#10;gQQAAG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJAAA2CAAANQUAADQCBgAzAAoAMgAOADEAEQAx&#10;ABUAMAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/ACgASQAnAFQAJgBgACQAbwAjAIIAIgCXACEA&#10;rgAhAMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAATg4AAEUOAAA9DgAAOA0AADMNAAAwDAAALgsA&#10;AC0JAwAtBggALAQMACsCDwAqARIAKQEXACgBHAAnACEAJgAnACUALQAkADQAIwE9ACIBRgAhAVEA&#10;HwFdAB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA/wAaAP8AdQwAAGQOAABVDwAAShAAAEAQAAA5&#10;EAAAMxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoKACYIDQAlBxAAJAYUACIGGQAhBh8AIAckAB8H&#10;KwAeBzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0AFQeRABQHpwATBr8AEgXkABIF+gASBf8AcQ4A&#10;AF8QAABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAoEQAAJRAAACMQAAAiDgQAIQ0HACEMCwAgCw4A&#10;HwsSAB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYNQwAVDU8AEw1cABINawAQDX4ADw2SAA4NpwAN&#10;DL4ADQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQAADoUAAAyFAAALRQAACgTAAAlEwAAIhIAACAR&#10;AAAeEQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoAFg8hABUQKAAUEDAAEhA5ABEQRAAQEFAADhBd&#10;AA0QawAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAHD/8AaREAAFgUAABLFQAAQBYAADcWAAAwFgAA&#10;KhYAACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcSBgAWEgoAFRIOABQSEgASEhgAERMeABETJQAQ&#10;Ey4ADhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSNAAQUowADE7sAAhPdAAES9AACEv8AZRMAAFUW&#10;AABIFwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAAHRYAABoVAAAYFQIAFhUEABQVBQASFggAERYN&#10;ABAXEAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAHGEcABRhUAAQYYwACGHUAARiLAAAXoQAAF7kA&#10;ABfdAAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIaAAArGgAAJRoAACEZAAAeGAAAGxgAABgXAAAW&#10;FwIAFBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsYAAgcHwAHHCYABRwvAAQcOAACHEQAAB1RAAAd&#10;YAAAHXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8AXhgAAE8aAABCHAAAOBwAAC8dAAApHAAAIxwA&#10;AB8bAAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAOHQcADB4LAAkfDgAGIBEABSAWAAMgHAABISMA&#10;ACErAAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAgngAAILgAAB/eAAAe+AAAHv8AWhsAAEsdAAA/&#10;HgAANR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsAABUbAAASHAAAEB0CAA4fBAAMIQYACSIKAAUj&#10;DQACJBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0AACZKAAAmWgAAJmwAACaDAAAlnAAAJbcAACTf&#10;AAAj+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAlIAAAIB8AAB0eAAAaHQAAFh4AABMeAAAQIAAA&#10;DiEAAAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAsFgAALB0AACwlAAAsLgAALDoAACxHAAAsVgAA&#10;LGkAACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIAAEQjAAA4JAAALyQAACgjAAAjIgAAHyEAABwg&#10;AAAXIAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQAACwHAAAuCQAAMAwAADEPAAAzEwAAMxkAADMh&#10;AAAzKgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAAMbMAADDeAAAv+wAALv8ATCUAAD8mAAA1JwAA&#10;LSYAACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4oAAALKgAABywAAAMvAAAAMQIAADMEAAA1BwAA&#10;NwoAADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+AAA7TgAAO2AAADp3AAA5kgAAOLAAADfbAAA2&#10;/AAANf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAAGycAABUoAAARKgAADiwAAAovAAAGMQAAATQA&#10;AAA2AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAARREAAEUYAABFIQAARSwAAEQ5AABESAAARFsA&#10;AENxAABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADguAAAvLQAAKSsAACQqAAAdKgAAFywAABEuAAAN&#10;MQAACTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQAAABGAAAASAMAAEoHAABMCwAATg4AAFATAABQ&#10;HAAAUCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQAAErKAABJ+AAASP8APjIAADUxAAAuLwAAKS4A&#10;ACAuAAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAARAAAAEcAAABJAAAATAAAAE8AAABRAAAAUwAA&#10;AFUBAABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABdPAAAXE4AAFtjAABafgAAWJ0AAFfAAABV8gAA&#10;VP8AOjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0AAAhBAAAARQAAAEkAAABMAAAAUAAAAFMAAABW&#10;AAAAWQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUAAGsLAABvEAAAbxgAAG4lAABtNAAAbUYAAGtb&#10;AABqdQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAoOQAAHjsAABU/AAAORAAAB0kAAABNAAAAUgAA&#10;AFYAAABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABtAAAAcAAAAHMAAAB2AAAAeQAAAH0EAACBCwAA&#10;hREAAIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqqAAB31gAAdf0AOD0AACw+AAAiQQAAF0YAAA9L&#10;AAAHUQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAAAHQAAAB4AAAAewAAAH4AAACAAAAAgwAAAIYA&#10;AACKAAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAAmjMAAJdJAACUYgAAk38AAJCgAACOxQAAjPMA&#10;MUQAACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABuAAAAdAAAAHkAAAB/AAAAhAAAAIkAAACNAAAA&#10;kQAAAJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgAAACsAAAAsgMAALcNAAC3FwAAtSgAALI+AACw&#10;VgAArHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAACmIAAABqAAAAcwAAAHsAAACCAAAAiQAAAI4A&#10;AACUAAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAAsAAAALMAAAC3AAAAuwAAAMAAAADFAAAAywAA&#10;ANEEAADVDgAA0x0AANAyAADNSwAAymYAAMaHAADCqQAAwcsAIlsAABZiAAAMawAAAXQAAAB9AAAA&#10;hwAAAJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYAAAC6AAAAvAAAAMAAAADEAAAAyAAAAMsAAADP&#10;AAAA1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMAAO4nAADsPwAA6lsAAOd6AADkmwAA4LsA/wAA&#10;APsAAAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/ACIA/wAsAP8ANQD/AD0A/wBFAPwATAD6AFIA&#10;9wBYAPUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUAkQDhAKAA3QCyANgAzgDSAPYAwQD/AK0A/wCe&#10;AP8AlgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAAAOkAAADsAAUA8gAMAPgAEgD3ABsA9QAlAPAA&#10;LgDrADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwAzQBiAMoAagDIAHIAxQB8AMIAiAC+AJYAugCo&#10;ALcAvwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCAAP8A8AAAAOUAAADeAAAA2gAAANsAAADcAAAA&#10;2AAHANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0APQC6AEQAtwBJALUATwCyAFUAsABbAK4AYQCs&#10;AGkAqQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8AIwA/wCCAP8AewD/AHYA/wB0AP8A4gAAANMA&#10;AADKAAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEArQAYAK0AIACoACgApAAvAKAANgCdADwAmwBC&#10;AJkARwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCKAIMAiACUAIYApwCDAMIAggDwAHwA/wBzAP8A&#10;bQD/AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAAAACYAAAAlAAAAJEABgCQAA0AkAASAI8AGQCO&#10;ACEAiwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBLAHwAUgB6AFkAeABiAHYAbAB0AHkAcgCJAHEA&#10;nQBvALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8AvgAAALEAAACgAAAAkgAAAIkAAACCAAAAfAAA&#10;AHoAAQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBwAC0AbgAzAGwAOABrAD4AaQBEAGgASgBmAFEA&#10;ZABaAGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA9wBXAP8AVAD/AFIA/wBRAP8AsAAAAJ8AAACN&#10;AAAAfwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwALAGMAEABjABUAYwAbAGEAIQBfACcAXQAsAFwA&#10;MgBaADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgAUAB3AE8AiQBOAJ8ATQC6AEwA6QBLAP8ASQD/&#10;AEcA/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABeAAAAWQAAAFcAAABVAAEAVAAHAFMADQBTABEA&#10;VAAWAFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoAPQBJAEQARwBMAEYAVgBEAGEAQwBwAEIAgQBB&#10;AJcAQACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAAAH8AAABvAAAAYwAAAFkAAABRAAAATQAAAEoA&#10;AABIAAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwARAAhAEIAJgBBACsAQAAxAD4ANwA9AD4APABH&#10;ADoAUAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0APUANAD/ADQA/wA1AP8AiAAAAHQAAABlAAAA&#10;WAAAAE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwABwA7AAwAOwAPADsAEgA6ABcAOQAcADcAIQA2&#10;ACYANQAsADQAMgAzADkAMQBBADAASwAvAFYALgBjAC0AcwAsAIgALACgACsAuwArAOoAKwD/ACsA&#10;/wAsAP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAAOwIAADcAAAA0AAAAMwAAADIABQAyAAkAMgAN&#10;ADEAEAAxABMAMAAYAC8AHQAtACIALAAoACsALgAqADUAKQA9ACgARgAnAFEAJgBeACUAbgAkAIIA&#10;IwCZACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUEAABWBgAASwcAAEIIAAA6CAAANQcAADAGAAAt&#10;BQAALAMAACsAAwAqAAcAKQALACkADgApABEAKAAVACcAGQAmAB4AJQAkACQAKgAjADEAIgA5ACEA&#10;QwAgAE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0AGwD2ABsA/wAcAP8AcAUAAF8IAABRCgAARgsA&#10;AD0LAAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAjBAYAIwIJACIBDAAiAA8AIQASACAAFgAfABsA&#10;HgAgAB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcAZgAWAHgAFQCPABUApgAUAMMAFADuABQA/wAV&#10;AP8AawgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0AACcNAAAjDAAAIQwAAB8LAQAeCgUAHQgIAB0G&#10;CwAcBQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsAFgQzABUEPAAUBEcAEwNUABIDYwARA3UAEAKK&#10;ABABogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJDgAAPg8AADUPAAAuDwAAKA8AACQOAAAgDgAA&#10;HQ4AABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJEgAVCRYAFAkbABMJIQASCSgAEgkwABEJOgAQ&#10;CUUADwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbbAAoF9gAKBP8AYw0AAFMOAABGEAAAOxEAADIR&#10;AAArEQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQAFQ4HABQNCQATDQsAEwwNABIMEAARDBQAEAwZ&#10;ABAMHwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAIDXEABg2GAAUNnQAEDLQAAwzSAAIM8QACC/8A&#10;Xw4AAFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4RAAAbEQAAGBEAABUQAgAUEAUAEhAHABEPCQAQ&#10;DwoAEA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAsAAkQNgAIEEEABhBOAAUQXQADEG8AARCEAAAQ&#10;nAAAD7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAANhQAAC0UAAAmFAAAIRMAABwTAAAZEgAAFhIA&#10;ABQRAwASEQYAEREIABAQCgAOEAsADRELAAwRDQALEhEAChIVAAkSGgAIEiEABhMpAAUTMwADEz4A&#10;AhNLAAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR9QAAEf8AWBIAAEkUAAA9FQAAMxYAACsWAAAk&#10;FQAAHxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJAA4SCQANEgkACxMKAAkUDQAHFQ8ABhYTAAQW&#10;GAADFh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oAABaAAAAWmQAAFbQAABXZAAAU9wAAE/8AVRQA&#10;AEYWAAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAWFQAAExQDABITBgAQEwcADxMHAA0UBwALFQgA&#10;CRYJAAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAbLQAAGzgAABtGAAAcVQAAG2cAABt9AAAblwAA&#10;GrMAABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoAACYaAAAgGQAAGxgAABgXAAAVFgEAExUFABEV&#10;BAAPFQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0AACAQAAAgEwAAIBkAACAhAAAhKgAAITUAACFC&#10;AAAhUgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAAHP8ATRkAAD8bAAA0HAAAKxwAACQcAAAeGwAA&#10;GhoAABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgcAwAFHQQAAh8GAAAhCAAAIwsAACUOAAAmEQAA&#10;JhYAACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3AAAlkgAAJK8AACPaAAAi+wAAIf8ASB0AADwe&#10;AAAxHwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAAEBsAAA0cAAALHQAACB8AAAQhAAABIwIAACUE&#10;AAAnBgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAALi4AAC47AAAuSgAALVwAAC1yAAAsjgAAK6wA&#10;ACrUAAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAgAAAcHgAAGB0AABQdAAAQHgAADh8AAAshAAAH&#10;IwAAAyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMKAAA1DQAANhEAADYXAAA2HwAANikAADY2AAA2&#10;RQAANVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8APyQAADQkAAArJAAAJCMAAB8hAAAbIAAAFiAA&#10;ABEhAAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAAMgAAADQAAAA3AAAAOQMAADsGAAA+CgAAQA4A&#10;AEESAABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9ggAAPKIAADrHAAA5+AAAOP8AOigAADAoAAAp&#10;JwAAIyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0AAAAwAAAAMwAAADYAAAA4AAAAOwAAAD4AAABA&#10;AAAAQgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8AAEwrAABLOgAASkwAAElhAABIfAAAR5sAAEW/&#10;AABD8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAUKgAADi0AAAowAAAEMwAAADcAAAA6AAAAPQAA&#10;AEAAAABDAAAARgAAAEgAAABLAAAATQAAAFAAAABTAQAAVgYAAFkLAABbEAAAWxkAAFolAABZNAAA&#10;WEYAAFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAAACwuAAAnLAAAHi0AABYvAAAQMgAACjYAAAM6&#10;AAAAPwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAAAFUAAABYAAAAWgAAAF0AAABgAAAAYwAAAGcG&#10;AABrDAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAAZIkAAGGrAABf3AAAXf8AMTMAACwxAAAiMgAA&#10;GTUAABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABUAAAAWAAAAFsAAABfAAAAYgAAAGUAAABoAAAA&#10;awAAAG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIWAACAJAAAfjUAAHxJAAB7YQAAeH8AAHafAABz&#10;xgAAcPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAAAFEAAABWAAAAWwAAAGAAAABlAAAAaQAAAG4A&#10;AAByAAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAAiQAAAI4AAACTAAAAmAYAAJwOAACbGgAAmCsA&#10;AJZAAACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBBAAAVRwAADU0AAAJUAAAAWwAAAGEAAABoAAAA&#10;bgAAAHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8AAACSAAAAlQAAAJkAAACdAAAAoQAAAKUAAACq&#10;AAAAsAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkAAKiIAACmqAAAotEAI0gAABhOAAAOVAAABFwA&#10;AABkAAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAAlQAAAJsAAACgAAAAowAAAKYAAACpAAAArQAA&#10;ALEAAAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADaCgAA1hYAANIpAADOQQAAylwAAMV8AADCnQAA&#10;wb0AHFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgAAACQAAAAmAAAAJ8AAAClAAAArQAAALMAAAC4&#10;AAAAugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAAANoAAADgAAAA5wAAAO0AAADzAAAA9A4AAPIe&#10;AADvNgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxga&#10;GxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFi&#10;Y2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqr&#10;rK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL0&#10;9fb3+fr7/P7//////////////////////////////////////////////////////wAAAAAAAAAA&#10;AAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+&#10;QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaH&#10;iIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q&#10;0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////&#10;//////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBob&#10;HB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJj&#10;ZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqus&#10;ra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT1&#10;9vf5+vv8/v//////////////////////////////////////////////////////AAECAwQFBgcI&#10;CQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BB&#10;QkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6&#10;e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKz&#10;tLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs&#10;7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAA&#10;AAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0u&#10;LzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZn&#10;aGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+g&#10;oaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ&#10;2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkK&#10;CwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4v&#10;MDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomL&#10;jpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX&#10;2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6&#10;+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhob&#10;HBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1P&#10;UFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9&#10;v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq&#10;6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+lJQb/pDAO/6Y6GP+xQyP/u0sy&#10;/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+l&#10;JQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C&#10;06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnM&#10;snSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSq&#10;w6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7D&#10;XlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2&#10;t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlry&#10;xGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6&#10;GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+mJQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrxyGRx48Zqh9bAb5vLuHKswrF0urutd8S0qXvN&#10;q6N/1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZ&#10;mo7hmZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6F/+zQyL/vksx/8VURfnJXFvvzWNx48xpiNXG&#10;bZzJv3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J&#10;3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3f+mJQb/pTAO/6o6F/+1QyL/wEsx&#10;/chTRfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyxc8GjrHbImqh5zpKkftSJoIXYiaCF2ImghdiJ&#10;oIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2P+n&#10;JQb/pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy3tZlicvMapy7wW2rr7lwtqW0cr6cr3TElKt3&#10;youne8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHU&#10;hKSB1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4QiH+xEow985SRPDWWFrn4F5y1tpkiMTNaZq0&#10;w2yoqLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+n&#10;f85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zv+oJQb/pzAO/645Fv+6QiD7xkov9NNR&#10;Q+vdV1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQtXG8iLF0wYGueMV7rH3Je6x9yXusfcl7rH3J&#10;e6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yf+oJAb/&#10;pzAN/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1jhbbRaJWnyGuhnMFtqpO8b7GKuXG2hLV0u32y&#10;d793sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8&#10;wnewfMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7zzUot6d1PQOHpU1nT6ltvv99jgq/TZ5Ghy2qd&#10;lsVtpY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0&#10;tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u/+qJAX/qS8N/7Y4E/nEQR3t0kkr4uNNQNvv&#10;UljK7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGpe790rXa9d7Bxu3uzcbt7s3G7e7Nxu3uzcbt7&#10;s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s/+rJAX/qy8N&#10;/7o4EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDcZ4aU1GuQi89ul4TMcJx9yXOgeMZ1o3PEeKZu&#10;wnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7C&#10;fKluwnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYozO5MQcP5UFW181hmpelhdJfhZ36N22uGhddv&#10;jH/UcpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6c&#10;bMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+vIwT/ti0J8cg2DN3cPRPN6kYqwfZLQLb/T1Gq&#10;91hgm+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7iW7Yfotr1oKNa9aCjWvWgo1r1oKNa9aCjWvW&#10;go1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjf+xIwT6vywG49Qv&#10;B87mOxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/7W9ueep0cnXod3Vx53p3buV9eWvkgHtp44R8&#10;aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp&#10;44R8aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9GOZv/TUWS/1ZPhv5iVn76alx393Bgc/V1Y2/z&#10;eGVt8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+F&#10;a2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU3xEBwu8mC7X8Ohqn/z4nmf9EM43/Sz2F/1VF&#10;fP9hS3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8glpj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj&#10;+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW9TPCgDE7RICtfsmDaj/&#10;NhmZ/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29FZf90R2P/d0hi/3tJYf9+Sl//gUpe/4RLXv+E&#10;S17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RL&#10;Xv+ES/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHC&#10;jYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRv&#10;d+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/&#10;sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5&#10;voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+Ks&#10;dYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr&#10;/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+f&#10;IgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiM&#10;v7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnY&#10;pHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZT&#10;PP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/&#10;nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qD&#10;kcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZ&#10;zpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr/7lSPP+7XE/6umVk7bhteOGwc4vVqHmczJ99&#10;qsWXgbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLT&#10;p36i06d+otOnfqLTp36i06d+otOnfqLTp36i0/+fIgX/ni0M/6A3FP+rQB7/tEkr/7tSPP+9W1D6&#10;vmRk7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CHyrKLjNKuh5XYpoOd2qGCodWhgqHVoYKh1aGC&#10;odWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1f+gIgX/ni0M/6E3&#10;FP+sQB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/SsXWhyKh4sMChe7y5m3/HtJaEz7CUjdWrkZfa&#10;oImc3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNea&#10;iKDXmoig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79RPP/CWlD5xGJl68Vpe96+bpDRtnOjxq52s76n&#10;ecC4o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f&#10;2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/ny0M/6M3FP+uQB3/uEgq/8FQPP7FWVD3yGBm&#10;68pnfN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6WhitWcnJHalZmc3I+Un9iPlJ/Yj5Sf2I+Un9iP&#10;lJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2P+hIgX/ny0M/6Q3FP+w&#10;Pxz/ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+mwbpytbaydsCsrHvIpKh/zpykhdSUoI3YjZ+Z&#10;24qcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Y&#10;ipyf2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jLV1Dy0F5m59RkfdrPaZPIxW2murtwtK2zc7+j&#10;rXbHmqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14Si&#10;nNeEopzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M/6c2E/+zPxz/vUcp/MhOO/XOVk/u1V1m5Npi&#10;fdPSaJLBxmyks7xvsaa1crycr3TEk6t3youne8+DpIHUfaKL1nujldV7o5XVe6OV1XujldV7o5XV&#10;e6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1f+iIQX/oC0M/6g2Ev+0Pxv/&#10;v0co+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5ur6C3cLiVsnPAja52xYWqesp+qH/OeKaH0XWl&#10;j9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP&#10;0v+iIQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m41ll2OJge8XVZo+0ymqfpcFtq5m6b7SQtXK7&#10;iLF1wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xx&#10;qYvMcamLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1Ef+5Phr5xUcn8NFNOOngUkzi6VdkzuRfer3X&#10;ZoytzGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzCca+CxG6uh8ZurofGbq6Hxm6uh8ZurofGbq6H&#10;xm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxv+kIQX/oywL/681EP+8Phj0yUYl&#10;6thNNuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3Db6iFv3Gufrt0sni5d7Zzt3u5brWAvGu0hb5r&#10;tIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvv+l&#10;IQT/pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81RivOhedKveZISd1GmQkc5tmYfJb6CAxXKlesJ0&#10;qXTAeKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4Sz&#10;aLuEs2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPHPRTk2EUe1uZJNcvxTkzE91NfsexdcKHiZH2V&#10;22mHitVuj4LQcZV7zXSadst3nXHJeaBtx32iacWBpWbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbE&#10;haZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpv+oIAT/rioI/L8zC+nPPBDX4UIeyu1J&#10;Nb/4TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l313eMc9V6j2/TfZFs0YCUaNCElmXPh5dlz4eX&#10;Zc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl/+qIAP/&#10;tSkG8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/ddYI7wZWqF62xxfedxdnfkdnpz4nl9b+F8f2zf&#10;gIFp3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJ&#10;hmXciYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++9EEisP9FM6T/SkGc/1FNj/5dVoX5Zl599G5k&#10;dvJzaHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2PpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj&#10;6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdP+2HALozRQBzOYdBL7zMRKx/z4io/9CL5b/&#10;SDqN/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+XxdZ/h/Xmb4g19k94ZgYvaJYWH2jGJh9oxiYfaM&#10;YmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYvPEDwDO2gsA&#10;vfMdB7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/ZkVs/21IaP9zSmb/d0xk/3tNYv9/TmH/gk9g&#10;/4VQXv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/&#10;i1Fe/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUch/88JHz/RCtz/00xbP9YNWf/Yzlj/2s7Yf9x&#10;PV//dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hC&#10;WP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/&#10;rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2&#10;Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61&#10;wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSL&#10;jJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX&#10;+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+g&#10;Phr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnaj&#10;ucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7P&#10;hZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+Klv&#10;aO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/&#10;qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0&#10;qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGm&#10;y4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2j&#10;eHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lysL/5c2Ev+hPhr/qkYl&#10;/7BQNP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GOiaLLiI6rx4KTscR+l7fBepy7vneiv7x1qsK1&#10;ca7Ds3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3Kvwf+Z&#10;HwX/lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY9rFsa+qtdX3fo3uN1ZuBnM2ShqjHi4qxwoWP&#10;ub+AlL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3E&#10;q3atxKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+lPRn/rkYl/7VONP+3WEb/t2FZ9bVqbOmyc3/d&#10;qHiQ059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyhz6t4pc+learIpHmsxqR5rMakeazGpHmsxqR5&#10;rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxv+aHwT/mCoK/5s0Ef+mPRn/r0Ul/7dO&#10;NP+6V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HAk4S8u4yJxbeIkMu0hpnOsoak0aR8pNGffanK&#10;nn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyP+bHwT/&#10;mSoK/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1nbue6b4LasXSVz6h5psWffbS+l4HAuZSKxrWR&#10;ksuvjZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKp&#10;ypiCqcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/skUk/7tNM/+/Vkb9wV5a88Fmb+a/bYPZtnOX&#10;za13qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmHotOUhqfNk4aoy5OGqMuThqjLk4aoy5OGqMuT&#10;hqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy/+bHwT/mSoK/54zEf+qPBj/s0Uk/7xMM//B&#10;VUb7xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/sJ6GxqiZjMuhlZLQm5Kb05SOotSPiqbOj4qo&#10;y4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy/+bHwT/mioK&#10;/58zEP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XIaoXWwW+ayrl0qr6werazqX+/qqKExqKdisub&#10;mpDPlZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqP&#10;qMyKj6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj/79MMvzGVEX2ylxa781icOTNaIbTxW2axbxz&#10;qrm0eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOGlabOhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfM&#10;hpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+cHwT/mikK/6IzEP+tOxf/t0Qj/8FMMvnJU0Xz&#10;zVpa7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yBxZeohsqQpIzOiqKV0YWiodKBnKbOgZqnzIGa&#10;p8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzP+cHgT/mykK/6Mz&#10;EP+vOxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJzGqZusNvqK27dLSitHm9mK99w5Csg8iJqYnM&#10;g6eRz36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8&#10;oqjLfKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZLMfPRUUPr2ldZ499db9PbY4XCz2mXscRtp6S8&#10;cLKYtXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPMd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uo&#10;ynerqMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/nCkK/6cyD/+zOxb/vkMg9cpLL+7WUELm4VZX&#10;3ORbbsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6weMJ3rnzGcqyDyW2rjMptq5nJbqyfx26sn8du&#10;rJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx/+eHgT/nSkJ/6kyDv+2&#10;OhT6wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeRocprnpTDbqiJvXGwgLl0tnm2d7p0tHu9brKB&#10;wGqwiMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbD&#10;ZrCWw/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/kTD/X7FFWye5Za7fjYXyo2GeLms9rl43JbqCD&#10;xHGne8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2&#10;kbpjtpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI/7EwC/vAORHszkIZ399HKNPpTEDK8VFVvvJY&#10;aK3mYXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRuxHynacKBqWbAhqxiv42tYb+PrmG/j65hv4+u&#10;Yb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+Prv+iHQP/picH/7cvCfLHOA3h&#10;2EEU0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1thIHYcYt61HWQdNJ5k3DQfJZszn+ZaMyDm2TL&#10;iJ1hyo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmP&#10;n/+kHQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w/k9PpvpXXJjxYWiM62hxg+ZueHvic31133iB&#10;cd17hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g&#10;1ZGOYNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skmA9XfKQfH7DwZuvhEK63/SDuj/01Jmv9XVI35&#10;YV2E9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3ZuWIeWPkjHph45F8YOOSfGDjknxg45J8YOOS&#10;fGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfP+rGwL3wB0B2dwSAcfrKAq69zsa&#10;rP9BKaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4dl9s9nthafV/Y2f0g2Rl84ZmY/KKZ2Hxjmhf&#10;8JJpX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTav+3&#10;FQHWzwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5gP9UQHj/YUZy/2pKbP9wTWn/dlBm/3tRZP9/&#10;U2P/g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNY&#10;XP2TWFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/KQ6e/zQYkP86IYT/QSl6/0kwcv9SNmz/Xjpo&#10;/2g9ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+HRlr/ikdY/49HWP+QSFj/kEhY/5BIWP+QSFj/&#10;kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSMTHBwC32wcBqf8WBp//Kg2Q/zAVg/82&#10;HHf/PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY/3U2Vv95Nlb/fDdV/383VP+COFP/hTlS/4k5&#10;Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOf+SHQT/&#10;kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4&#10;oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3&#10;546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+n&#10;WTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+&#10;rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ&#10;/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7R&#10;daSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546J&#10;guGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/&#10;pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401&#10;EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSi&#10;z3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGG&#10;j4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/kCkJ/480EP+aOxf/okQg/6lNLf+qWDz/qGJM&#10;/6RsXPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6naTNdqKpy3SnrMlxra/Hb7SywWy5tLxsu7G8&#10;bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sf+UHQT/kSgJ/5EzEP+c&#10;Ohb/pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn3194ZaDi9mOipbTh5CgzoGVp8p8mq3HeJ+yxHWl&#10;tsJyq7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1&#10;s2+4tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+xVT3/sF9O/a5oX/KqcnDnpHqB3pqAj9WSh5zO&#10;i4ymyYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKzvKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtz&#10;trirc7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ/5UyD/+gOhb/qUIf/7BKLf+0VD3/tF5O/bNn&#10;YPGvcHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28e5rDunqjxbd5q8esc6zGp3Wxv6V3tbqld7W6&#10;pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uv+VHAT/kygJ/5YxD/+hORX/&#10;qkIf/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7ls+bgKXHkoWxwYqLu72HlMC7hZ3EtoKkx7B+&#10;qsild6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qz&#10;vP+VHAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/ulxO+LpkYu+4bHXjsnOI2Kl5mc2ffqnFmIS0&#10;v5OMvLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2Z&#10;frK9mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gwDv+kORX/rUEe/7VJLP+7Ujz9vVtO9r1jYu69&#10;a3bitnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqZgKjLloGuxJWBsb6VgbG+lYGx&#10;vpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvv+WHAT/lCcJ/5kwDv+lORT/rkEe&#10;/7dJK/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceoe6q8oIG0tJqHvKyUjcKmkJTGoI2byZyLpMuV&#10;hqjLkYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv/+W&#10;HAT/lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO8sRhY+nFaHfdvm2MzbRzncKreaq3pH60rp2E&#10;vKaYisGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDA&#10;jImwwIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+nOBT/sUEd/7pJK//CUDv4xlhO8MhfY+bIZnjY&#10;wWuNybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaWyZCUn8uLkajMh46sxoeNsMGHjbDBh42wwYeN&#10;sMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwf+XGwP/lScI/50vDf+pOBP/s0Ad/7xI&#10;KvzFTzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamtq3uzo6aAu5uhhsGUnY3FjpuUyIqZncqGmajL&#10;gpOsxoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwf+XGwP/&#10;lScI/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNcYt7PYnjNx2iLv75um7K3c6insHmynqt+upWn&#10;hMCOo4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZiv&#10;wX2Yr8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/t0Ab/cFIKPbLTjnv01RM5tlaYtjUYXfHy2eK&#10;ucNsmq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2nmch6p6XJd6KsxXifsMF4n7DBeJ+wwXifsMF4&#10;n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwf+YGwP/lyYI/6IvDP+uNxL/uT8a+cRHJ/HO&#10;TTjq21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWvkbh7toi1gLyBsobAe7CNw3aulsVzrqHGcq2t&#10;xHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwP+ZGwP/mCYI&#10;/6QuC/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nfXnS612SGrM9plp3HbaORwHGshrt1s363erl3&#10;tH+9crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0&#10;sr1stLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X7s5GI+TcTDLd509Jz+hWXsDkXXKy3mSCo9Rp&#10;kZXLbZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pjtZC7YbWbvGO3prljt6a5Y7emuWO3prljt6a5&#10;Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+bGwP/myUH/6stCf+5NQ3yxz4V5dVGH9rjSTPP&#10;605Jxu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1oXPEeKZuwnypacCBrGW+h65ivY6wX72XsV68&#10;nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesf+cGgP/oCQG/7As&#10;CPnANAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me52N2kuBpgYfab4l+1HOQd9F3lXHOe5lszH+c&#10;aMqDnmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rc&#10;xpukXMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudCH8LxSDS4+UxGr/dRVaL1W2KV7WRtiudrdoDi&#10;cH153nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CSXtGWlFzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGb&#10;lVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/rSED+L8mA+LUJQPO5TMPwvBCIbb6RzOr/ktC&#10;ov5QT5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zlgXpo44R8ZuKIfWPhjH9g4JGBXt+WglzemoNc&#10;3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag/+jGQL/th0B6cwXAc/j&#10;HgPC8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVXevltXXT2c2Fv9Hlka/J+Z2jxgmlm8IZqZO+K&#10;bGLujm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65tx&#10;XOubcf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/QiyQ/0g2h/9PP3//WkZ4/2VLcf9tT2z/c1Jp&#10;/3lVZv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmXXVv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4&#10;m15b+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkAwOYNAbL8IAin/zMTmv85HY3/PyaC/0Yuev9O&#10;NXP/WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd/4VJXP+ISlv/jEta/5BMWP+VTVf/mU1X/5lN&#10;V/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTc3BBgC+0AcAsfYOAqX/IQmZ&#10;/y4SjP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9pNVz/bzda/3Q4Wf95OVj/fTpX/4A7Vv+EO1X/&#10;hzxU/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+T&#10;Pr3FBQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp/0AfYv9JI1v/USZX/1ooVf9iKlL/aStR/28s&#10;UP9zLU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL&#10;/4swS/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+T&#10;eFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm//i/+JJQ0NfUFJPRklMRQAHCf+L&#10;HAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5Hie&#10;huF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4&#10;jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55L&#10;J/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW&#10;2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/&#10;iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0&#10;o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn&#10;8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iSgI/4UzDv+QORT/mEIc/55LJ/+f&#10;VjT/nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC43idiOB0o4zdcqiQ22+tk9pus5bYbLqY1mvC&#10;m9FpypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnP+MHAP/iScI&#10;/4gyDv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2adF/1lH5s7Y6IeOeHj4HigJWK3XuakNp3oJbW&#10;dKaa1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnHocBpx6HAacehwGnHocBpx6HAacehwGnHocBp&#10;x6HAacehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb/6VJJ/+nUzT/p11D/6RoU/ygcmLymnxw6pSF&#10;feOLi4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJbbiuwmm8sLxrwKq3bcSlt23EpbdtxKW3bcSl&#10;t23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+NGwP/iycI/4wwDf+YNxP/oEAb/6dIJv+rUjT/&#10;q1xE/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGVoM57m6fKdqGtx3OoscVwr7XBbbe3uWu4tbNu&#10;va6wcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqP+OGwP/iyYI/44w&#10;Df+aNhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXvpXd25Z1/hdyUhZLUjIydzoSSp8l9mK/EeJ61&#10;wnWnucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6up&#10;c7+rqXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tHJv+xUDT/sVlE/LBjVfaubGftqnV446F8iNmY&#10;g5bRkImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9qXK0u6Z0ubOjdr6to3a+raN2vq2jdr6to3a+&#10;raN2vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/jCYH/5EuDP+dNhL/pj4a/61HJf+zTzT/tFhE&#10;+rRhVvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+HlLW6gpy5tX+kvLJ9rL6rebG/o3ayvaB4uLWe&#10;eb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r/+PGwP/jSYH/5MuDP+e&#10;NRH/qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B73qp3jdCffJ3Hl4Onv5CKr7iLkbayhpi6rYOg&#10;vamBqb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuw&#10;mH27sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4TTP8u1ZE9btfVu27Z2njtW591qxzj8qjep3B&#10;m4CnuJSHsLGPjraripW7poedvqKFpcCfhK/Bln6wwZR/triTgLuyk4C7spOAu7KTgLuyk4C7spOA&#10;u7KTgLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH/5UtDP+hNRH/qz0Y/7NGJP+6TTP6vlVE879d&#10;Vuq/ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7aljpO7n4uavpuJosGYiKzCkIKvwo+DtbmPhLqz&#10;j4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s/+QGgP/jiUH/5YsC/+iNRD/&#10;rD0Y/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJwj8Cqdpy2onynrZyCr6WXibaek5C7mY+YvpSN&#10;oMGRjKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5&#10;tP+RGgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2xVND7shbVuPGYWrUv2h+x7ZujrutdJyxpnqm&#10;p6CAr5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSNtLuFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSF&#10;jLm0hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ksC/+mNA//sDwX/7lEIvzBSzH0yVJC681ZVd/J&#10;YGrPwmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6jJqTvoeYm8CEl6XCgJavwn+Ss7yAkbi1gJG4&#10;tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tf+SGgP/kCUH/5ssCv+nNA//sjwW&#10;/7tEIfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2cJqlsHalnKp8rZOmgrSMo4m5hqCQvYGemb99&#10;nqLBe56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tf+S&#10;GQP/kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/49hWU9PSXWjFymN7t8Jpi6q7b5iftnSjlbF6&#10;rI2tgLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1&#10;dJ64tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+sMw3/uDsU+MNDHu/NSizn2k893d5VUc3YW2e+&#10;z2J6sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCMuHSvlbtwr5+8bq+svG2rtblup7m0bqe5tG6n&#10;ubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tP+UGQP/kiQH/6IqCP+wMgz+vDoS8sdC&#10;HOjTSSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SRxXCeh8F2pn++fKx4vISxcrqLtG25k7ZquJy4&#10;Z7enuGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sf+VGAP/&#10;lSMG/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dRUL3jWWOv3l90othlg5bTao+Kzm+Zf8hzoXXE&#10;eKduwX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++&#10;rWK/vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjwyDgN4dhAE9TjRSbK60s7wexPT7PoV2Cm5V9v&#10;muJmfI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPGiqRfxJGmXMSZp1rDpKdaxLCnWsSwp1rEsKda&#10;xLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp/+YFwL/niAE/68mBfjALgbm0DMI1eE8FMnq&#10;RSi/8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKCdtp4iHDXfYxr1IKQZtKHkmPRjJVfz5KWXM6Z&#10;mFnOoplYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmv+aFwL/pR4D&#10;/7cjA+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2VVWU9V9gifFoaIDsb3B46HV1cuV6eW3if31p&#10;4ISAZd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZ&#10;qIlY2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJvfM7GbL9Qyim/kc2nP1MQ5P9VU2K/V9Wgflp&#10;XXn1cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf6ZR0XeiZdVrnoHdY5qZ4WOameFjmpnhY5qZ4&#10;WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+iFQH/txUA2M8LAMrnEwK88ykLsf07GaT/QCaZ&#10;/0Uyj/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8Wmb6gVxj+IZeYfeLX1/2kGFe9pViXPWaY1r0&#10;oGRY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZf+tEADWwwgAyNMK&#10;ALv0FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz/14/bv9oQ2n/b0dm/3VJY/97S2H/gUxf/4VO&#10;Xf+KT1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW&#10;/6NUVv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8zFon/OR5+/0Aldf9IK23/UDBn/1o0Y/9lN2D/&#10;bTle/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49BVP+UQlP/mkNR/59DUf+fQ1H/n0NR/59DUf+f&#10;Q1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3zQUAquQIAZ//GQaU/ygMh/8uE3v/NRlx/z0e&#10;af9FI2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/eDFR/3wxUP+AMk//hDNO/4gzTf+MNEz/kjRL&#10;/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNbfEAwCp1AIAnPkLApP/&#10;GwWF/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1IgUP9ZIk3/YCNL/2YkSv9rJUn/byVI/3MmR/93&#10;Jkb/eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4sp&#10;Q/+LKf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0&#10;eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng&#10;2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5Bt&#10;Rf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/&#10;jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelq&#10;uX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u&#10;8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+L&#10;eE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/30yDP+INxH/kD8Y&#10;/5VJIv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/lGvxepty7naid+typ3vpb61/52yyguVquITk&#10;ab+H4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYiv+E&#10;GwP/gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06/5hpR/+TdFP+jn5f94iJafGCkXLtfZh56Xif&#10;f+V0pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XLZNGTxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSO&#10;xmXUjsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+ONRD/lj0Y/5xGIf+gUC3/n1s7/5xmSP+YcVb7&#10;k3xi9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+vldhtt5nVa8Cc0mnJnsllyZ7CZ82YvmnRk75p&#10;0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk/+GGwP/gyYH/4UvC/+QNBD/mT0X/59G&#10;If+jTy3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzkg5KG332Zjtp4oJXWdKea03Cun9FttqPPa8Cl&#10;x2bCp8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlv+GGwP/&#10;gyYH/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6RiSvyhbFn3nHZo75aAdeePiYHgh5CM2oCWldV6&#10;np3RdaWjzXCsqMtttazHa76tvWi/rLhrw6azbcifsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/M&#10;mbBvzJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//nTwW/6REIP+qTC3/qlc7/qhgS/ilalrzoXRq&#10;7Zx+eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRzta+/cLywtWu8sLBuwamscMaiqXLKnKlyypyp&#10;csqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnP+HGgP/hCUH/4ssCv+XMw//nzsW/6ZEH/+s&#10;Syz/rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiYzYWPoceAl6fCe56svXinr7p2sLG3dbqyrXC6&#10;sqlxv6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnv+IGgP/hSUH&#10;/4wrCv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/GvZlzqq29u4aN2f9WZfY/MkYSZxYqMor6Ek6i5&#10;f5qttHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoJ15&#10;x6CdecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV/6tCHv+xSiv9tVM79rVcS+6zZF3lrmxv26Vz&#10;gc6deo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSlfbK1n3q4tpt5u7GZe8GomHzGoph8xqKYfMai&#10;mHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGov+JGgP/hiUG/5AqCv+cMQ3/pToU/61CHv+0Siv7&#10;uFI687laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KForCMjKmqiJSupYScsqCCpLWdga62mX+3t5R9&#10;urOTf8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo/+JGQP/hiQG/5Ep&#10;Cf+dMQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7ctWdxzqxvgcOkdY65nHyZsZaCoqqRiqmjjJGu&#10;nomZspmGobWWhau3k4W2t46BubSOg7+rjYPEpY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWN&#10;g8SljYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FBHP+5SSn2wE857cJXSuS/X13WuWZwybBtgL6o&#10;c460oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3jIq0uIiGuLWIh76siIfDpoiHw6aIh8OmiIfD&#10;poiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/hyQG/5QpCf+hMAz/qzkS/7RBHPy7SCj0w044&#10;68dWSuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6ahKiXloyukZOUsoyRnLWIj6a3hY+xuIKMt7aC&#10;jL6tg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpv+KGQP/iCQG/5YoCP+j&#10;MAz/rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nvv7dpf7SwcIypqXWXoKN7oJifgqiRm4mtipmS&#10;soWWmrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKn&#10;fZDCp/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjCRybuy0015NBURtXLW1vHw2Juurtofq60bouj&#10;rnOWmql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJustnWat7Z3mL2ueJbCp3iWwqd4lsKneJbCp3iW&#10;wqd4lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG/5onB/+nLwr/szcP/L0/GPPGRiPq0Ewy4NVS&#10;Rc/PWVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWDqIWqfaaMr3iklbJ0o5+0caOqtW+kubRwoL6t&#10;cp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp/+MGAP/jCIG/50nB/+qLgn/&#10;tjYO98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZleqLAaoiXu3CSjbd1m4SzfKJ9sYOodq+KrHGt&#10;k69trZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bD&#10;pv+NGAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd4Egt0OFPQsLbVla0011op81jeJrIaIWPw26P&#10;hcB0mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4tq1ktcGpZbDFpGWwxaRlsMWkZbDFpGWwxaRl&#10;sMWkZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6QlBf+zLAb3wTMJ6M48D9zeQBnQ5Ugux+VNQrng&#10;VVSs21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGeasWJomXFkqRixJ2mX8Snp13EtKdew8SkX73I&#10;oF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoP+QFwL/mB0E/6kjBP+5KQTuyDEG&#10;3do0CtDkQRvG60cuvOpMQbDmU1Kj41phl+BhbozdaHmC226Cetl1iXLVfI9r0oKTZc+Il2DNj5pc&#10;zJecWsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmf+S&#10;FgL/nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268UcvsO9LP6XtUU6a61paj+piZYXoam5953J1deN4&#10;e2/gfoBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W1bSOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGO&#10;VNXBjlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenLFgHR4R0CxewxDrr1QB6u90Uuo/VKPJr0UEiQ&#10;81pThvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eMdmDmknhd5Jh6WuOee1jjpX1W4q9+VOG4flTh&#10;uH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4fv+YEwH/rRQB88MPANLYCwDE7B4EuPYx&#10;Ea39Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw+3Raa/l6Xmj3gWFk9YdjYfONZV/yk2dd8Zlo&#10;WvCeaVjvpWtW761sVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bf+jEADx&#10;uQwAzskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9HMYH/Tjl6/1g/c/9iRW7/bElp/3NMZv96T2P/&#10;gFFg/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6taVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPux&#10;W1T7sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp/yEIn/8xEZL/NxqH/z4iff9FKXX/TTBu/1U1&#10;af9gOWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/j0VW/5RGVf+aR1P/oEhS/6dJUf+tSlH/rUpR&#10;/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSs+4BAC+wwUAstQGAKb+EAOc/yMIkP8tD4T/&#10;MxZ5/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20xVv9zM1T/eTRT/341Uv+ENlD/iTdP/444Tv+T&#10;OE3/mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOr+8AwCwygMA&#10;o9wDAZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/Rx5Y/04hVP9XI1H/XyVO/2UmTf9sJ0v/cShK&#10;/3YpSf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/&#10;mi1D/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwGdP8jCmn/Kg5g/zISWf86FVP/QhdO/0kZS/9R&#10;Gkj/WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+/3ggPf98IDz/gSE7/4chO/+MIjv/jCI7/4wi&#10;O/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/&#10;iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh&#10;03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3Iz&#10;C/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn&#10;92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93&#10;mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx&#10;/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03Dn&#10;X91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HAP/dycG/3QyC/9/&#10;Ng//hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO/32PVv95mFz8daBh+XKmZfdvrWn1bLNs82q5&#10;b/JowHHwZshz7GTNdehh1HbjX953213jedVd5XbVXeV21V3ldtVd5XbVXeV21V3ldtVd5XbVXeV2&#10;1V3ldv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+STyf/kVwy/45oPf+KdEj/hoBS/4GLWvx9lWH4&#10;eJ1n9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XOf+Ji1oDZX92B0F/gfsxg43vMYON7zGDje8xg&#10;43vMYON7zGDje8xg43vMYON7zGDje/98HAP/eCYG/3ovCv+FMw7/jTsU/5JEHP+WTif/lVoy/5Jl&#10;Pv+OcUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jqb6596Gy0gOZpvIPkZ8aG4WXPiNli14rPYdmI&#10;yGLdgsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf/99GwP/eSYG/3wuCv+IMg7/&#10;kDoU/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImFYvWEj2vwfpdz7Hmeeuh0pYDlcKuF4myzieBq&#10;u4zeaMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbd&#10;gv99GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/nVYz/5thQP+XbE37knZa942BZvKIjHDsgpR5&#10;53ubgeN1oojfcamO3G2xktlru5bXaciZzGTLm8VlzpfAZ9KRumjYirZp24a2aduGtmnbhrZp24a2&#10;aduGtmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4ErCf+NMQ3/lTkT/5tCG/+gSib/oVQz/59fQfuc&#10;aU/2l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX0m2vnc9suZ/Ma8Wgw2fHoLxoy5u3atCUsmzV&#10;ja9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZif9+GgP/eyUG/4MqCf+PMAz/mDgS&#10;/55BG/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWPg3reh4uG1X6Skc94mZfKdKGcx3Gqn8Nvs6HB&#10;br+jumvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjP9/&#10;GgP/fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy+albQfOmZFHsom5h5Zp2cNyRfn/SiYaLy4KN&#10;k8V9lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKoccubpHPQk6J01I6idNSOonTUjqJ01I6idNSO&#10;onTUjqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+ULwv/nTcR/6Q/Gf+qRyT9rk8y9q1ZQe+rYlLn&#10;pmti3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mho693qqasdrSnqnbBqKNzw6WgdcmennfPlpx3&#10;0pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkf+AGgP/fSUG/4onCP+WLgv/nzYQ/6c/&#10;GP+tRyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HDkn+LvIuGlLWGjpqvgZWgqn6dpKZ7pqejerCp&#10;oXm8qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk/+BGgP/&#10;fiQG/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdWQOe1XlLdrmZk0KVuc8addYC9lnyLtZCDlK6K&#10;i5uohpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcaikn7MmZF/0JSRf9CUkX/QlJF/0JSRf9CUkX/Q&#10;lJF/0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/pDUP/6w9F/6yRSL2uEww7bxUQOS4XVHXsmRj&#10;y6lsc8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeEoKiUgqmqkYK1q42Bv6uNgcWkjILLm4yCz5WM&#10;gs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlf+CGQP/fyQG/48lB/+cLQn/pjUO/649Fvy1&#10;RSHzvEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneKqZh+k6KThZqbj42gloyVpZGJnaiNh6erioey&#10;rIeHv6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl/+CGQP/gCMF&#10;/5ElBv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzAWlDNuGFiwbBocbapb36sonWJpJ18kpyYgpqV&#10;lIqgj5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJnYGLzZiBi82YgYvNmIGLzZiBi82YgYvNmIGL&#10;zZiBi82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN/7Q8FPe8Qx7uxEor5MlRO9XEWE/IvGBhvLRn&#10;cLGtbX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/k6KqfJKtq3qSu6x6kcOme5DJnnyPzZh8j82Y&#10;fI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+DGAL/hCEF/5UkBv+iKwj/rTML/rc7EvTAQhzq&#10;yUko4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4kJCjfpiJoIWegp2No32blqd4maCpdZmrqnOZ&#10;uKtzmMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmf+EGAL/hyAF/5cj&#10;Bf+lKgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9xF1esb5jbqW4anubsm+Gkq52j4mqfJaCp4Oc&#10;e6SLoXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCczZhwnM2YcJzNmHCczZhwnM2YcJzNmHCczZhw&#10;nM2YcJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4DuvLQBXh2EYg09hLNsXQVEu3yVtcq8NibJ++&#10;aHiUuW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpykaKqnpWaqtKZmq8WkaKbKnGmkzZdppM2XaaTN&#10;l2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/jRwE/54hBP+sJwX9ui8G78c2CuPUPhDY30Mf&#10;y95KNL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7eJB0uX+VbreHmmm2kJ1ltZugYrSmoWC1s6Ff&#10;tsWgYbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7Plf+HFwL/kRoD/6IgA/+y&#10;JQP1wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhXnNJeZZDOZHKGy2p8fMhwhHTGd4puxH6PaMOH&#10;lGPCkJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFcutKRXLrSkVy60pFcutKRXLrSkVy60pFcutKR&#10;XLrSkf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzlNxHC6kMit+dIM6zkT0Sg4FZTlN1dYIjaY2t+&#10;1mp1ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCnkVbQtZJV0seRVs3UjlbI1otWyNaLVsjWi1bI&#10;1otWyNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB/68ZAfTBGAHd2BEAzOUmBcHuNxO270Ijq+1H&#10;MqHrTECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn4oR4YuKNe17ilX5b4J6AWN+nglXesYNT3r6D&#10;Ut7Sg1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncgv+PEwL/pBMB/rgSANbMCwDM&#10;5BEBwO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBdT3rwZlZ08G5cbu92YWnvfmRl74ZoYe+Oal7u&#10;lm1b7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenV&#10;c/+YEAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe+z4hk/tELIn6SjWB+lM+efpdRXL6Zkpt+m9O&#10;aPp2UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3rGBT97VhUvbBYVD2ymJQ9spiUPbKYlD2ymJQ&#10;9spiUPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQHALvUCQCw/BQDpv8pC5z/NRWQ/zsehv9CJn3/&#10;SS51/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NIWv+LSVj/k0tW/5tMVf+iTVP/qU5R/7FPUP+7&#10;UE//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUdqvAgDGvAUAuckFAK3bCACj/xcE&#10;mv8rC47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//YjJc/2s0Wv9yNlj/eDhW/385VP+GO1L/jTxR&#10;/5U9T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5Qci1&#10;AgC4wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUVbP89GmX/RB5e/0wiWP9UJVX/XSdS/2UpUP9s&#10;Kk7/cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF/6AxRP+pMkP/rjJD/64yQ/+uMkP/rjJD/64y&#10;Q/+uMkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/DAKJ/xoEff8hCHL/KAxo/zAQYP84FFr/QBdU&#10;/0gaT/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90IkH/eiJA/4AjP/+GJD7/jCQ9/5IlPP+ZJTv/&#10;niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJqvBAACd0AAAj+EAAIb/DgJ6/xUDbv8c&#10;BmT/Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA/1UWPv9aFzz/Xxg7/2QYOf9oGTj/bRk3/3Ia&#10;Nv93GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NG/9wHgP/&#10;bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9p&#10;tFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5Vnx&#10;X+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA&#10;/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72Dl&#10;WfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+A&#10;USH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/T&#10;XPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCgG&#10;/2sxCf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97eDv/eIZC/3WSSP9ym03/cKRR/22sVP9rslf/&#10;abla/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6FvpZOJa72TgWvBi4FrwYuBa8GLgWvBi4FrwYuBa&#10;8GLgWvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS/4NEGf+HTiH/hlsr/4NoNP9/dT3/fIJF/3mO&#10;TP92mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0Y8xn8GHTaetf3mvmXeVs4Fvpbdlc7mjWXO9n&#10;1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9yHQP/bigG/3EuCf97Mgz/gzoR/4dDGP+KTCH/&#10;ilkr/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKmYPpurWT4bLRo9mm8a/RnxW3wZMxw62HTcuVf&#10;33PeXOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua/9zHAP/bycG/3Qt&#10;CP9+MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/g3tL/3+HU/58klv8eJxh+XSkZ/Zwq2vzbbJv&#10;8Wq6c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg6nDGYOxuxmDsbsZg7G7GYOxuxmDsbsZg7G7G&#10;YOxuxmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45AGP+SSSH/k1Qs/5BgN/+MbEP/h3dN+4ODV/h/&#10;jmD2epdn83agbvByqHPtbq9462u4fOhown/mZs2C32LYhNFf3IXKYOB/xWHjer9j6HS+Y+lyvmPp&#10;cr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/cCYG/3kqCP+FLgv/jTcQ/5I/F/+WSCD/l1Is&#10;/5VeOP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedyo3zkbquB4Wqzht5nvYraZcqN0mLUjshi2IrC&#10;Y9yEvGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdv91GwP/cSYG/3woB/+I&#10;LQr/kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS74x7X+qFhWrlfo104HiVfdtynYXUbaSL0Gqt&#10;js1ot5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyuauR5rmrkea5q5HmuauR5rmrkea5q5HmuauR5&#10;rmrkef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+eRh//oU4r+6BZOPWcY0bvmG1U6JB3YuKIf2/a&#10;gId70nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvLlbZp0JSxa9WNrGzbhqht4H+nbeJ8p23ifKdt&#10;4nynbeJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF/4EmB/+NLAn/ljQO/508Ff+hRB7+pUwq96VX&#10;OPCiYUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/dpuPunOjk7dwrJa0b7eXsW/EmKxtzZipb9OQ&#10;pXDYiaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf/93GwP/dCUF/4MlBv+QKwn/&#10;mTMN/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plvZ8+ReHPHioB9wYSIhbt/j4u1epeQsXeflK10&#10;qJeqc7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6BmnXegZp13oGadd6BmnXegZp13oGadd6BmnXe&#10;gf94GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4rUoo8K9SN+esXEfepWRY0Z1tZsiVdXPAjnx9&#10;uYmEhbODjIytf5ORqXublaV5pJmhd66bnna6nJ13ypyZd8+Wl3jUjpV424aUeN2DlHjdg5R43YOU&#10;eN2DlHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gjBv+UKgj/njEL/6Y6Ev6rQhv1sEkn7LVQNuOw&#10;WkbYqWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCRoYCYlp19oZqZe6qclnu2nZR7xp6Se82YkXzT&#10;kI982YiPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchf95GgP/eiIF/4oiBf+WKQf/oDEL&#10;/6g5EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2ecHK0l3d8rZF+haaMhoygiI2RmoWVlpaCnpqS&#10;gKedj3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDbhomA24aJgNuGiYDbhomA24aJgNuGiYDbhv95&#10;GgL/eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck5r1OM9u4V0TNsGBWwqlnZLiibnGvm3V7p5Z8&#10;hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+FhcubhYXRk4WF2IqEhNqHhITah4SE2oeEhNqH&#10;hITah4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+bKAb/pS8J/643Dva2PxfsvEYi48FOMNW8VkPI&#10;tF5VvaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqOdgYqun36KvJ9+isqcf4rQlH+J&#10;1ot/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiP96GQL/fx4E/5AhBP+dJwX/qC4I/rI2&#10;DfO6PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+kpHF6nJ93g5SbfoqOmIaQh5WOlYKSl5l9kKCc&#10;eo+rnniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJeY3Yif97GQL/&#10;gR0E/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJLsvDU0G+vFtSs7ViYaivaW6fqm94lqV1gY6h&#10;fImHnoOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8idcpbPlXOU1Yx0k9iJdJPYiXST2Il0k9iJdJPY&#10;iXST2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/rywG97ozCezEOw/izkIY085ILMbHUkC5wFpR&#10;rbphX6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWgkpZwnpuZbJ6nm2qetJxpn8WbbJ7QlG2a1oxt&#10;mdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYif99GAL/hxoD/5geA/+mIwP/sykE88AxB+fL&#10;OAvd2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0ibNxfYGveIR6rX+KdKqHj26pj5Npp5qWZqel&#10;mGOnspliqMOYZafRk2aj1otnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZif9+FwL/ixgC&#10;/5wcAv+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnRTjuszFZMoMddWpXCY2eLv2lxgrtveXq4doBz&#10;tn2GbbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLTkF+s2YlgqtqGYKrahmCq2oZgqtqGYKrahmCq&#10;2oZgqtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB49EgAdPfLAbJ4jsUvt9EJbLZTDil01RJmc9b&#10;V47LYWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jolevpiLWr6kjVi+sY5Xv8KNWL/Xi1m43IVZtt2D&#10;Wbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+BFgL/lRQB/6cWAf24FwDpyxEA098WAcjnLAe+&#10;5jsWs+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFtbmzPdHRmznx5Yc2FfVzMjoBZzJmDVsylhFTM&#10;s4VTzcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhff+HEwH/nBIB/64R&#10;ANrCCgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS5lBAiORZS37iYFR24Whcb+BvYmjfd2hj3n9s&#10;Xt6IcFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W5XVP0+d0T9PndE/T53RP0+d0T9PndE/T53RP&#10;0+d0T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEaA7DyLQym8TsYm/BBJJHvRy+H7k46fu5YQ3ft&#10;YUpw7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1jVe2nZVLts2ZR7sBnT+/UaE7r5mhN6OhoTejo&#10;aE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDdrgQAzLwGAMHJBwC42woArfgcBKT4Lw2Z+DkX&#10;j/g/IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4eUpd+IFMWviJT1j4klFW+ZtSU/mlVFH6r1VQ&#10;+rtWTvrKV03741dM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV+WlAADOtAQAv78FALTO&#10;BgCq6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wqav9UL2X/XjNh/2c3Xf9vOVr/djxY/34+Vv+G&#10;P1P/jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ/9xH&#10;Sf/cR9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/Kwx+/zISdf86GGz/Qh1l/0kiX/9RJVr/WihX&#10;/2MrVP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+YNUj/oTVH/6o2Rv+zN0T/vzhE/8U4RP/FOET/&#10;xThE/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIApcwBAJndAwCQ/xIChv8fBXv/Jwpx/y4OaP82&#10;E2H/Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH/3EkRv94JUT/fyZD/4YnQf+OKED/lig//54p&#10;Pf+nKTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0KrO4AQClxgAAl9UAAIvvBAGE&#10;/xMCd/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9IFUj/TxdF/1YYQv9cGUD/YRo+/2caPP9tGzv/&#10;cxw5/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6QfMv+kHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+k&#10;H6bAAACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX/yQIUP8sCkr/MwxF/zsOQf9BDz3/RxA6/00R&#10;OP9SETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/dxUs/30VKv+DFin/ixYp/44WKf+OFin/jhYp&#10;/44WKf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9u&#10;fDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9Ffv&#10;TfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9mIAP/YSoF/2EzCP9pNgv/bj0P&#10;/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/&#10;XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9m&#10;IAP/YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j/3NsKv9wejH/bYc2/2uUO/9pnz//aKhC/2aw&#10;Rf9kuEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1WepQ8VjvUe1X9FHpV/lQ6Vf5UOlX+VDpV/lQ&#10;6Vf5UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9uMwv/dDoP/3dDFf95Thz/elok/3doK/90djP/&#10;cYQ5/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PFUP9hy1L9X9JU+V3dVfRb5FbwWupX61jwWOdY&#10;9VfjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VP9oHwP/YykF/2guB/9xMgr/dzgP/3tC&#10;Ff99TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/bKFL/2qqT/9oslL/Z7tU/2XEVv5iylj5YNFa&#10;9V7cXPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V/9pHgP/&#10;ZCkF/2stB/90MAr/ezcO/39BFf+BShz/glUl/39jLv97cDb/eHw+/3WJRf9xlEv/b55Q/2ymVP9q&#10;rlj9aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm3lrwY9hb9GDRXfhb0V34W9Fd+FvRXfhb0V34&#10;W9Fd+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/fzYO/4M/FP+FSBz/h1Ml/4RgL/+AbDj/fHlB&#10;/3iFSf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNkxWjwYtBr6l/dbeNd527bW+pt01zvaM1e82TI&#10;X/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X/9qHgP/ZigF/3EpB/97LAn/gzUN/4c+FP+K&#10;Rxv/jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc8W+dYu9spWftaa1r62a2b+hjwHLmYcx142Df&#10;d9Zc5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y/9rHQP/ZycF&#10;/3QnBv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyLZjv4hnFG84F8Ue98h1rsdpBi6HGYaeVsoHDh&#10;aKh13mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lpcrtj7W22ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk&#10;8We2ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM/5A7Ev+TQxr/lkwk/ZVXMPeRYjzyjG1J7IZ4&#10;VOd/gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJZb+Dx2TOhMFj3YO6ZOJ8tmbmdrJn6nGuaO9q&#10;rmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvav9tHAP/bCQF/3okBf+FKQf/jjEL/5Q5Ef+YQhn/&#10;m0ok+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aNdcpylXrGbp1+w2ylgr9qr4S9abmGumjHh7do&#10;2oexaN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbf9tHAP/biME/30i&#10;Bf+IKAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3llmZM3Y5vWtOHeGXMgYFuxnuJdsF3kXu8c5mA&#10;uHChhLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu5Xefb+twn2/rcJ9v63Cfb+twn2/rcJ9v63Cf&#10;b+twn2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3D/+gPxf4pEch8KdPLuiiWj3fm2NN1JRsWsuM&#10;dWXEhn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+LpXC7jKNwy42gcdmInXHfgZty5HqZc+lymXPp&#10;cplz6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/cyAE/4IgBP+OJgb/ly4I/582Dv2kPhX0qEYg&#10;7KxNLeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCAiX2rfZGCp3mZhqN3ooqfdauNnHS3jpp0xo+Y&#10;ddaLlnbdg5R24nyTdud0knbodJJ26HSSduh0knbodJJ26HSSduh0knbodP9vGwL/dR8E/4QfBP+Q&#10;JQX/mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9LyJxoWb+Vb2S3j3dusIp/dqqFhn2kgY6Cn36W&#10;h5t7nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6NeuZ2jXrmdo165naNeuZ2jXrmdo165naNeuZ2&#10;jXrmdv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/erPBLusUMc5bRLKdqvVTrNqF5KwqBmWLmabWSx&#10;k3Vuqo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2wkIp9vpGKf9OPiX7ah4h+33+HfuV3h37ld4d+&#10;5XeHfuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D/4geA/+VJAT/oCsG/6gyCvSvOhHrtUIa4bhK&#10;J9SzUznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyYi4iCkoeQh42FmYuJg6KOhoKukYOCvJGCg86R&#10;g4PZiIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC5HiCguR4goLkeP9xGgL/ehwD/4odA/+XIwT/&#10;oikF/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahiVq+iamKnnHBsn5d3dZiTfnySkIaCjI2Oh4eK&#10;l4uDiKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6fYbkeX2G5Hl9huR5fYbkeX2G5Hl9huR5fYbk&#10;ef9xGgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzkvz8U2MBGJMq6UDe/s1lHtKxhVaqmaGGhoW5r&#10;mZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaMtpF0jciRdo7YineM3YJ3iuN6d4rjeneK43p3&#10;iuN6d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48bAv+dIAP/qSYD9rMtBeq9NQngxjwQ0sREI8W9&#10;TzW6t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GAgJiJhXqWkol1lJuNcpOmj2+TtJBtlMWQcJXY&#10;inCS3YNxkON7cZDje3GQ43txkON7cZDje3GQ43txkON7cZDje/9zGQL/ghcC/5IaAv+gHwL/rSQC&#10;8rgqBObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+xZF6WrGtojqlxcYaleHh/on9+eaCHg3Sdj4hv&#10;nJmLa5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bje2uW43trluN7a5bje2uW43trluN7a5bje/90&#10;GQL/hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TINx8xBH7rHTDGuwVRCo7xcUJm3YlyQs2lmh7Bv&#10;boCtdnV5qn17c6iEgG2mjYVopZeIZaSjimKksItgpMGLYqbZiGOi3oFlnuN6ZZ7jemWe43plnuN6&#10;ZZ7jemWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+pGAH2uBsB58caAdvZHAHN1jALwNI/HbTNSi+o&#10;yFI/ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGDfGewjIBir5aDXq6hhlyur4dar7+HW7DahF2s&#10;4H9ep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleP96FQL/jhIB/58TAP+wEwDvwBAA2dQM&#10;AM7fHAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SCxGVeecJsZnLAcmxrvnpyZr2CdmG7i3pcu5V9&#10;Wbqhf1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy53RYsud0WLLndFiy53RYsud0WLLndP+AEgH/&#10;lBAA/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9GKTdRieZ2U43jdRWRIPRXU96z2RYcs1qX2vL&#10;cmVlynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4UMrbd1HG6HNSwOtvUr/sb1K/7G9Sv+xvUr/s&#10;b1K/7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADHyQgAwdsLALfoIAOt5zENpOY9GZnkRCaO4kwz&#10;hOBUPnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZjGdT2ZdqUNmjbE7ZsW1N2sJtTNvcbE3Y7GpO&#10;z/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ/+PCwDppAQA0bQGAMW/BgC8zQgAtOkOAaru&#10;IgWi7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WREZ+lsSWLodE1e6HxRWuiFVFbojlZT6ZhZUemj&#10;Wk7psFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPzXPmZAwDUrAIA&#10;xbcEALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1QSB49UgncPVQLmr0WjRl9GM4YPRrPF31dD9Z&#10;9XxCV/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfITUn44E1I9/NNSPf0TUj39E1I9/RNSPf0TUj3&#10;9E1I9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcAmv0UApL9JweH/i8Nff43FHT/Pxts/0cgZv9O&#10;JWD/Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN/5I5S/+cOkn/pjtI/7E8Rv+9PUX/zD1E/+Y+&#10;RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsusAAC5tgEArMIBAKDQAgCV5QcAjv8YA4T/JAZ6&#10;/ywLcP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9jJE3/ayZL/3MnSf96KUj/gipG/4orRP+ULEL/&#10;ni1B/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMLuxAACsvAAAn8kA&#10;AJPZAACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX/0ATUf9HFk3/ThhK/1YZR/9cGkT/YxxC/2kd&#10;QP9wHj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/rSM1/7gjNf+5IzX/uSM1/7kjNf+5IzX/uSM1&#10;/7kjNf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8TAmj/GwRf/yMGWP8rCVH/MwtM/zoNR/9BD0P/&#10;SBFA/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IWMf96Fy//ghcu/4sYLP+TGCv/nBkq/6cZKv+n&#10;GSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACSzAAAhNwAAHj3AABu/woBY/8QAlr/FQNS/x0E&#10;S/8kBkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/UA0u/1QOLP9ZDir/Xg8o/2QPJv9qDyX/cRAj&#10;/3gQIv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ERH/+REf9cIgP/Vy0F/1gzB/9f&#10;Ngn/Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or/16WLv9coTH/W6oz/1qyNf9Zujb/WMM3/1jN&#10;Of9X2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31Uf0981H/PfNR/z3zUf8981H/PfNR/z3zUf89&#10;81H/Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9oTxf/aFwd/2ZtIv9jeyj/YYgs/1+UL/9enzL/&#10;Xak1/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bmPv9V6z79VPA/+VP1P/ZS+UDzUv1A8FL/PvBS&#10;/z7wUv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF/1wwB/9kMwn/aDoN/2tDEv9sThf/bFod/2pq&#10;JP9neCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/XL4+/1vIP/9a0kH/Wd1C/1flQ/1W6kT5VfBE&#10;9VT1RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/Qv9eIQP/WSwF/18uBv9mMgn/&#10;bDgM/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WONf9kmTn/YqM8/2CrPv9fs0H/XrtC/13ERP9c&#10;zkb/WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H51b/RedW/0XnVv9F51b/RedW/0XnVv9F51b/&#10;Rf9eIQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/dVUe/3JkJv9vci3/bH8z/2mLOP9mljz/ZaBA&#10;/2OoQ/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ6k/wV/FQ61b2UedX+07kWP9L4Vn/SeFZ/0nh&#10;Wf9J4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2UrBv9tLgj/czUM/3c+Ef94SBf/eVIf/3dgJ/90&#10;bi7/cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO+2C8UfpexlP5XdRV9VvjVu9a6ljpWPJZ5Vn3&#10;VuBa+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03XW/9N11v/Tf9gIAP/XSkF/2gpBv9xKwf/eDML&#10;/3w8EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xtjUX6apdL+GefT/Zlp1P0Yq9W82C4WfFfwVzw&#10;Xc1e7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/Ucxe/1HMXv9RzF7/Ucxe/1HMXv9RzF7/Uf9h&#10;HwP/YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f/4NZKP9/ZjL8enI7+HV+Q/VxiEvybZJR72ma&#10;Vu1molvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvTXPBmzV71Ychf+VzEYPxYwWH+VcFh/lXBYf5V&#10;wWH+VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95KAb/gTAK/4U5D/+IQhb/iUse/4lWKPqFYjP1&#10;gG498Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ctbddft2/UXsNw0V7Scc1d53HHX+5rwmHyZr5i&#10;9mG6Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WP9jHwP/ZiME/3IiBP99Jwb/hS4J/4o3&#10;Dv+NQBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXecoZe2G2PZdNqmGrPZ6BtzGWocMljsXPGYrx0&#10;xGHJdcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n+VyuZ/lcrmf5XK5n+VyuZ/lcrmf5XP9jHgP/&#10;aCEE/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZPKO6RWzTni2ZB4IRvTtl9eVjRd4JgzHOKZ8dv&#10;k2zEbJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2rmjsb6pp8GmoafRjpmr3X6Zq91+mavdfpmr3&#10;X6Zq91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/jSwH/5M0C/+XPBL4mUUb8JtNJ+iXWTThkGJC&#10;14lsTs6DdVjIfX5hw3iGaL50jm25cJZytm6edbJsp3ivarF7rWm9fKppzX2oauN6pWzpcqJs7Wyg&#10;bfJmnm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71Yv9lHQL/bR4D/3sdA/+HIwT/kCoG/5cyCv2c&#10;OxD0n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnphun2CaLV5im6xdZJzrHKad6lwo3qmbqx9o224&#10;fqFtx3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SXcfNkl3HzZJdx82SXcfNkl3HzZP9lHQL/bx0D&#10;/34cA/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96hVDHSml5AyJNnTcCMb1i5h3dhs4J/aK59h26p&#10;eo5zpHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTleJN06nGSde9rkXXyZpF18maRdfJmkXXyZpF1&#10;8maRdfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF/54vCPakNw3sqD8V46tIINimUjDMnlxAw5dl&#10;TbuRbVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyVd6V/knawgZB1voKOdtGCjnjjeo146HOMeO1s&#10;i3jxaIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9nHAL/cxoC/4IaAv+PIAP/mSYE/qIuBvOoNQvp&#10;rT0T369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5aKGHgW6cg4h0l4CQeJJ9mXyOfKKAi3qtgoh6&#10;u4OHes2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBphnzwaYZ88GmGfPBphnzwaf9nHAL/dRkC/4UZ&#10;Av+SHwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7Dplk+uZ9hS7CZaFaolHBfoY93Z5uLfm6WiIZz&#10;kIWOeIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB5naBgOtvgIDvaoCA72qAgO9qgIDvaoCA72qA&#10;gO9qgIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+KkqBOyxMQfitzkN1bdCHMmwTi2+qlc9tKNfSque&#10;Z1WjmG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6AfYSognuEtYR5hMeEeobgf3uF5nd7hetwe4Tu&#10;a3uE7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/ehYC/4oXAv+XHAL/oyEC9K0nA+i1LgXevTUK&#10;0LpAG8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCVeWyKkoFyhZCJd3+Nknx7i5t/d4qmgnSJs4Ny&#10;isSDdIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbP9rGgL/fRQC/40WAf+a&#10;GgH/ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6qqxcR6GnY1KZo2pckZ9xZIqbd2uEmH9xfpaG&#10;dnmTj3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhvj+pxcI7tbHCO7Wxwju1scI7tbHCO7Wxwju1s&#10;cI7tbP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDDIQHSxi0IxsE9GLq8SSivt1I4pbJaRZytYVGT&#10;qWhai6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apiif2eXroBlmL+BZZnYf2iY5XhplupxapTtbGqU&#10;7WxqlO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB/5QTAf+iFAD1sBQA5r4UANnMFQDMyisHwMY7&#10;FrXBRyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3p3pscqWCcmyji3ZoopR5ZKGgfGCgrX1fob1+&#10;XqLUfWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubP90EwH/hxAB/5gQAP6nEADn&#10;tw0A1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9XQI+7XkuGuGRUfrVrXHeycWNxsHhpa66AbWat&#10;iXJhq5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xuXaTval2k72pdpO9qXaTval2k72pdpO9qXaTv&#10;av95EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC91SUEstI2EafOQiCcykwvksdUPIjDXEd/wWJQ&#10;d75pV3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2q3NTt7tzUrfSc1S3629Wsu9qV6/xZ1ev8WdX&#10;r/FnV6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUFANKzBwDJvgcAwssIALzdDgC03SMDqtozDZ/W&#10;QByU00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZcX8V/YFrFiGRWxJJnU8SeaVDErGpPxLxrTsXT&#10;ak/F7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFRvfVhUb31Yf+GCgDwmgQA1KoEAMi2BgC+wQUA&#10;t88JALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHjaWDpw2F9CadZnSWPVbk9e1HZTWdN/V1XTiVpS&#10;05NdT9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5WkzM+VpMzPlaTMz5WkzM+VpMzPlaTMz5Wv+P&#10;AwDaogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgGk+k0DonoPRh/50Qid+ZOKm/mVzJp5V84Y+Vn&#10;PV/kb0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ5btSSObPUkjm6FJI5PhRSOH8T0jh/E9I4fxP&#10;SOH8T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+AwCoywUAn9oJAJjyGAKQ8ioHhvIzDnzxOxZ0&#10;8UMdbPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/OlDyiDxN8pI+S/KdQEnzqUFH87ZCRvTHQ0X0&#10;30NE9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpCRPL6QtGiAADArgAAsrgBAKfEAgCc0gQAku0M&#10;AIz7HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX/FkjVP1iJlH9aihP/XMqTP57LEr+gy5I/o0v&#10;Rv+YMUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//7zU//+81P//vNT//7zU//+81P//vNcSqAACz&#10;swAAp78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8tCmT/Ng5d/z4SWP9FFVL/TRhP/1UaTP9cHEn/&#10;ZB5H/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6QmOv+vJjn/uic4/8onOP/cKDj/3Cg4/9woOP/c&#10;KDj/3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB5gEAev8QAXD/GAJn/yEFX/8pB1j/MQpS/zkN&#10;Tf9BD0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/cBg3/3kZNf+CGTP/jBoy/5cbMP+hGy//qhwv&#10;/7UcLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HKm1AACawgAAjM8AAH/eAAB2/wUAbP8OAWL/&#10;FAJa/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cMOP9NDTX/Uw4z/1gPMf9eDy//ZBAt/2sRK/9z&#10;ESn/fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+rFJy+AACNywAA&#10;ftoAAHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/JAQ8/ysFN/8yBjT/OAcw/z0ILf9DCCr/SAko&#10;/00JJv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98DBj/hAwX/44NFf+VDRX/lQ0V/5UNFf+VDRX/&#10;lQ0V/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK/1tFDv9aTxP/WV0X/1htG/9Wex//VYki/1OV&#10;Jf9SoCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/TuQu/07tL/9O8y//Tfgw/038MP9M/zD8TP8w&#10;+Uz/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9TJAP/TS8E/1QwBf9ZNAf/XToK/19DDv9eThP/&#10;XVoY/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1OuLf9Sti7/Ur4v/1HHMP9R0jH/UOEy/1DrMv9P&#10;8jP/T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/Mv9TJAP/Ti4E/1Yv&#10;Bf9cMgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/W4Mm/1mPKf9Ymiz/VqMu/1WsMP9VszH/VLsz&#10;/1PENP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP/zj0T/838VD/NfBQ/zTwUP808FD/NPBQ/zTw&#10;UP808FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZADv9mShP/ZVUZ/2NlHv9hcyP/XoAo/1yMLP9b&#10;ly//WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6/1TnO/9T8Dz7UvY99lH7PfJR/z3vUv877FL/&#10;OOtS/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/UisE/1wrBf9jLgf/ZzQK/2o+Dv9rSBP/alMZ&#10;/2hhH/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9arTr/WLU8/1e9Pv9Xxz//VtNB/FXkQvlV7kP1&#10;VPZE8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/O+VV/zvlVf875VX/O/9WIgP/VSkE/18oBf9n&#10;Kwb/bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt/2WEMv9ijzf/YJk7/l6hPv1cqUH7W7FD+lm5&#10;RflYwkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0biWP9D3ln/QN1Z/z/dWf8/3Vn/P91Z/z/dWf8/&#10;3Vn/P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91QxP/dU0Z/3VZIf9xZyn/bXQw/WqANvpmijz4&#10;Y5RA9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61faU+dW6VXkV/VU4Vn9T9ta/0vVW/9I0Fz/RM9c&#10;/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD/2YjBP9vJgX/di4I/3o3DP97QRL/e0sZ/3tV&#10;If53Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1DoXadU5VuvV+NZuFrhV8Nd31fSXtpW5l7WWfNa&#10;0lz8Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf/0jEX/9IxF//SP9ZIQL/XyID/2ohBP90JAX/&#10;eywH/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1PulugEblaYlN4WWRVN5hmVnaX6Jc1l2qX9Nc&#10;s2HQW75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9RumL/Tbli/0u5Yv9LuWL/S7li/0u5Yv9LuWL/&#10;S/9ZIQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+iEUX94hOIfCEWyvqfmY25HhwQd9yekvZbYNS&#10;02mMWM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e2Gi8X+tmumP3X7Zk+1mzZf5VsGX/UK9l/0+v&#10;Zf9Pr2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3EcA/98IgP/hCkF/4kxCf+MOg75jkMW8Y5MIOqK&#10;WCvjhGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhivWagZbplqGi3Y7JqtWK+a7NizmywYuVrr2b0&#10;ZKxn+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Kmaf9Spmn/Uv9bIAL/ZxwC/3QaAv9/IAP/iCcE&#10;/44vB/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9ckzEeHtUv3SDWrpxi1+2bpNks2ubZ69ppGqt&#10;Z61sqma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9Vp5s/lWebP5Vnmz+VZ5s/lWebP5Vnmz+Vf9c&#10;HwL/ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S55tGHN6WUinSkFw3yolmQsODb0y8fndUt3l/&#10;W7J1h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGcatdxnG7ua5pv82SZb/hel3D8WJdw/VeXcP1X&#10;l3D9V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+GHQL/jyMD/5YrBfWbMwnrnzsQ4qBFGdebUCjM&#10;lFo2xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonSTaZ5ynG2bcKVwmG+wcpVuvXOTb9BzlHLrbpNz&#10;8maSc/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZkHP7Wf9fHQL/bhcC/30XAv+JHAL/kiIC/Zop&#10;BPGgMAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuvh3FUqYJ5W6R/gGCffIhlm3mQapd2mW2TdaJx&#10;kHOsc41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3+lqKd/painf6Wop3+lqKd/painf6Wv9hGwL/&#10;cRYC/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlAFsyjTCbCnFY0uZZfQLGQZ0qqi29TpId2Wp6D&#10;fmCZgIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2hXrkcoZ772qFe/RkhXv4XYV7+VyFe/lchXv5&#10;XIV7+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/mR4B9qEjAuqpKgTgrzIH0qw+FcemSyS9oFUz&#10;tJpeP6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqAk26Gfp1xgn2ndH98tHZ9fMV2fX7gc39/7mt/&#10;f/Nlf373Xn9++F1/fvhdf374XX9++F1/fvhdf374Xf9lGAL/dRMB/4QUAf+RFwH/nBsB8qUgAeau&#10;JgLbtC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtRmZByWZONeV+OioBkiYeIaYSFkW6Ag5pxfIKl&#10;dHmBsnZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56gvheeoL4XnqC+F56gvheeoL4Xv9nFwL/dxEB&#10;/4cTAf+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76uSCK0qFIwq6NaPaKeYkebmWlQlJVwWI6Sd16I&#10;j35kg42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fXdXOJ7W1ziPJmdIf2YHSH9190h/dfdIf3X3SH&#10;9190h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA6q4VAN25FwDPuigExLc5EbmyRiCvrFAvpqdY&#10;O52jYEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxzj5Zwb46gcmyNrXRqjb11aY3SdWyQ7W1tjvFn&#10;boz2YG6M919ujPdfboz3X26M919ujPdfboz3X/9sEwH/fQ8B/40QAP+bEAD0qA8A5bUNANW/EADK&#10;viYDv7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJsVYKfc1t8nHphd5qBZnKYimptlpRuaZWecWaU&#10;q3NjlLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdfaJL3X2iS919okvdfaJL3X/9vEQH/gQ4A/5EO&#10;APKgDADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhykt0wqm7NVN5KvXEGKrGNKg6lqUnymcVl2pHhe&#10;cKJ/Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f62thnfJlYpr2YGKZ915imfdeYpn3XmKZ915i&#10;mfdeYpn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sIAMbHCwC9xyACssUyC6jBQBmevkonlLpTNIu2&#10;Wj6DtGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBnXaebalmnqGtXp7hsVqfMbFio6Whap/RjW6P4&#10;Xlyj+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/iwkA35wDANKpBgDJtAcAwr4GALzMCAC1zRwB&#10;q8svCaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4bVBpt3RVZLV8Wl+0hV5bs49hV7OaZFSyp2VS&#10;srdmUbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37Wlat+1pWrftaVq37Wv9+CQDykQIA1qECAMqt&#10;BQDAtwUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUfhctOKn3JVjR1x109bsVlRGjEbEljwnNOXsF7&#10;U1nBhFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxOv/lZT7z+VVC6/lVQuv5VULr+VVC6/lVQuv5V&#10;ULr+Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfTCgCg3RUAmd0oBJDbNw6G2UIZfdZLJHXUVC1t&#10;0lw1Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6bUkvOqVNJzrlUSM/PVEjO61NJzvhQSsv/TkrK&#10;/01Kyv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAAw6sBALe0AgCtvwMAo8sGAJvZCgCU5RoBjeUr&#10;BoTkNQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX4HI6U997PVDfhUBN349DSuCbRUjgqEZG4LhH&#10;ReHMR0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe/0RF3v9ERd7/RNmXAADHpgAAuLAAAKy5AQCi&#10;xQIAmNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1GGWLtTh5d7VcjWe1gJ1XtaCpS7XEtT+15L0zt&#10;gzJK7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84QO39OEDs/zhA7P84QOz/OEDs/zhA7P84QOz/&#10;OMugAAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8+B8CdPgpBmz4Mgpk+DsPXvlDE1j5SxdT+VMa&#10;UPlbHU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7nik+/KsqPfy5Kzv9yys7/eIrOvz0Kzr89ys6&#10;/PcrOvz3Kzr89ys6/PcrOvz3K72oAACusAAAobwAAJXIAACJ1AAAfugFAHf/EgFv/xwCZ/8mBWD/&#10;LwhZ/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QYQP9sGT3/dRo7/34bOf+JHDf/lB02/6AeNf+s&#10;HzP/uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy/+cgMv/nILCtAACitwAAlcQAAIfQAAB73QAA&#10;cv0JAGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/QQtB/0gMPv9ODjv/VQ84/1sQNv9iETT/aREy&#10;/3ISL/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//CFif/xxYn/8cWJ//HFif/xxYn/8cWJ//HFqS0&#10;AACWwAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQBTf8cAkj/JARC/ywFPv8zBjr/OQc2/0AIM/9F&#10;CDD/Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g/4ANHv+MDh3/lw4c/6EOG/+sDxv/rg8b/64P&#10;G/+uDxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvjAABf9gAAVv8AAE7/CgBH/xABQf8WAjz/HQI3&#10;/yQDMv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9KBh7/UAYb/1YHGf9cBxf/ZAgV/20IE/93CBH/&#10;gQkQ/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJD/+YCf9JJwL/RDEE/0sxBP9QNAb/UjoI/1JD&#10;C/9RTg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//SKYg/0euIf9HtSL/Rr0j/0bGI/9G0CT/RuAk&#10;/0bqJf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G/yP9Rv8j/Ub/I/1G/yP9Rv8j/Ub/I/9JJwL/&#10;Ri8D/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1BoF/9Pdxr/ToQd/0yRH/9LmyH/SqQi/0qsI/9J&#10;syT/Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko/0j/KP9I/yj+SP8o+0j/J/lI/yb5SP8m+Uj/&#10;JvlI/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/WDYI/1lAC/9YSw//VVYT/1RmGP9SdBv/UYEe&#10;/0+OIf9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9Lyir/Stkq/0rmK/9K8Cv/Svgs/0r/LP1K/yz6&#10;Sv8r90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KP9LJgL/SysD/1IrBP9YLgX/WzQI/10+C/9d&#10;SQ//WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o/1CmKv9Priv/TrUs/069Lf9Nxy7/TdMv/0zj&#10;MP9M7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvwTf8r8E3/K/BN/yvwTf8r8E3/K/9LJgL/TikD&#10;/1YpBP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9cbR7/Wnoj/1iGJv9WkSn/VZos/1OiLv9SqjD/&#10;UbEx/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79OPBP/zXuUP8z61H/MelR/y/pUf8v6VH/L+lR&#10;/y/pUf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H/2g5Cv9oQw//Z04V/2VaGv9iaCD/X3Yl/12B&#10;Kv9ajC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1Uck981HaPvBQ6D/sUPNA6VH9PuhT/zvmVP84&#10;41X/NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9NJAL/VCQD/10jA/9lJQT/ai0G/202Cv9uQA7/&#10;bUsU/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZOvJYoT3wV6lA7lWxQuxUuUTrU8RG6VLSSOVR&#10;5UniUvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf840ln/ONJZ/zjSWf840ln/OP9OJAL/WCED/2Eg&#10;A/9qIwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2a2wq8md3Me9jgjfsYIs96V2UQeZanEXkWKRJ&#10;4lasTOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a/0XNXP9CyVz/PsVc/zzFXP88xVz/PMVc/zzF&#10;XP88xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kxCP96Owz/ekQT+nlOG/R2WyPucWcs6WxyNeVo&#10;fDzhY4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpUy1jGVclX2lbFV+xVw1v5T8Je/0rAX/9GvWD/&#10;Qrpg/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/Xh0C/2kaAv9zHwP/eiYE/34vBv+BOAv7gUES&#10;84BLGux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tjkU/IYJlSxV+hVcJdqlfAXLNZvly/Wrxbzlu4&#10;W+Vbt171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/Q7Bk/0OwZP9DsGT/Q/9VHwL/YRoC/20YAv93&#10;HQL/fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u1HhpOM5zc0DJbnxHxGuETMBojFG9ZZRUumOc&#10;V7dipVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOqZ/9OqGf/SqZn/0amZ/9Gpmf/RqZn/0amZ/9G&#10;pmf/Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmMMgfvjjsN545EFt6KUSHUhFwtzH5mOMV4b0HA&#10;dHdIu3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0YKVjwmGjY9ViomXtXaJp+1ehav9Rn2v/TJ5r&#10;/0mea/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB/3MVAf9+GgH/hyAC/40nA/SSLwbqlDgL4ZRC&#10;E9aPTiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOqb4xXp22UW6NrnF6gaaVgnmiwY5tnvWSZZ85k&#10;mGnoYZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu/0uWbv9Llm7/S/9bGgL/aRQB/3YUAf+BGAH/&#10;ih0B/JEkAvCXLATlmjQI3Jo/Ec+UTB/GjlcsvohgN7eCaUCxfnFIrHp5Tqd3gFOjdIhYn3GQXJtv&#10;mF+YbaFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5WkHL/UZBy/02Qcv9NkHL/TZBy/02Qcv9NkHL/&#10;Tf9dGAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPhoDAG1Z49EMqYSh7BklQruYxeNrGHZj+rgm5H&#10;pn52TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtwtWeJcMVniHDgZop09F6LdvxYinb/Uol2/06J&#10;dv9OiXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sSAf+HFAD/kRgB9JkdAeegIwLdpSsEz6E7D8Wc&#10;SB28llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJXknqKXI54kmCKdpxjh3WmZoR0smiCdMJogHTb&#10;aIN48mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+Eef9PhHn/T/9hFQH/cBAB/34RAP+KEgD/lBUA&#10;8J0ZAOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQYj6hi2pGm4dxTJWEeFKQgX9XjH+HXIh9kGCE&#10;e5ljgHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+VX59/1F+ff9Rfn3/UX59/1F+ff9Rfn3/Uf9j&#10;FAH/cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYDx6g3DbyjRBqznk8nqplYM6OUYD2ckGhFloxv&#10;TJCJdlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1fr1pc37SaXaB7mJ4gvpbeIL+VnmB/1F5gf9R&#10;eYH/UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+QDgD1mw4A6KYOANmvDwDMryQCwqs1DLinQxmu&#10;ok4mpp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpVidISfZXGDq2hug7ppbYPOaW+G&#10;62Nyh/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9Sc4X/Uv9oEQH/eA0A/4YNAPaTDADeoAkA1qkK&#10;ANKyDQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqSmmRCi5drSYWUclCAknlVe4+BWnaNiV5yjJJi&#10;boqdZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K/1Jtiv9SbYr/Um2K/1Jtiv9SbYr/Uv9rEAH/&#10;ewsA/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQxCa6wPxakrEoinKhTLpSkWziMoGJAhp5pSICb&#10;cE56mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZmYJHJZmKS52JllPhcZ5L9V2eR/1Jnkf9SZ5H/&#10;UmeR/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDPpgcAya8HAMS5CAC7uhwBsrgvB6i1PROfsUgg&#10;lq5RK46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqchVlmm45dYpqZYF6ZpmJcmbRjWpnHY1ua5WBf&#10;m/dbYJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/Uv9yCwD/gwUA35MBANGfBADJqgYAwbIFALu9&#10;BAC0vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146ea1lQnOrbEhuqXNNaad6UWSmg1ZfpI1ZXKOY&#10;XFijpF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bbof9QW6H/UFuh/1Bbof9QW6H/UP93BwDwiQAA&#10;1pgAAMukAwDBrQQAubYDALLABACrxRQAo8UoBJvCNw6RwEMZib1MJIC6VS55uFw2crZjPW20akNn&#10;s3FIYrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67GWU+u5FhRrvZUU67/UFSs/01UrP9NVKz/TVSs&#10;/01UrP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIAsLoCAKjEBQChzA8Am8wjApLKMwqJyD8VgcZJ&#10;H3nEUihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlUvItMUbuWT067o1FMu7NSSrvGUkq75FFMu/ZO&#10;Tbr/S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+FAADUlQAAx6MAALqsAQCwtAAAp78DAJ7JBgCV&#10;1AsAkNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1fL1/MZzRay245Vsp3PVLKgEBPyYtDTMmXRUnJ&#10;pEdHybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9CSMf/QkjH/0JIx/9CSMf/Qt6NAADLnAAAvacA&#10;ALGwAACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV23jcLb95DE2jdTRpi3FUgXdtdJljbZSpU2m0u&#10;UNp2Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb5TtC2vQ6Qtn+OkPY/zlD2P85Q9j/OUPY/zlD&#10;2P85Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoDAIfWBwCA6REAeekgAnLpLAVr6TYKZOk/D17p&#10;SBRZ6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6YgqQ+mTK0HqoC1A6q8uPuvALj3s2y496u8uPej8&#10;Lj3n/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1qQAAqLEAAJy8AACQxwAAhNIBAHrfBgB09BMA&#10;bfQgAmb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2XRdG9mUYRPZuGkH2dxw/94EdPfeNHzv3mSA5&#10;+KYhOPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8Ijb3/CI29/wiNvf8IremAACprgAAnLkAAJDE&#10;AACDzwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAFT/84CEr/QApG/0gMQ/9PDkD/Vg89/14QO/9l&#10;Ejj/bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt/8gYLP/hGCz/7xgs/+8YLP/vGCz/7xgs/+8Y&#10;LP/vGKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/CQBb/xEAVP8ZAU7/IgJJ/ysERP8yBUD/OgY8&#10;/0EHOf9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91DSf/gA4l/40OJP+aDyP/phAi/7MQIf/BECH/&#10;0BAh/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAAg8oAAHXWAABn4gAAW/EAAFT/BgBO/w4ASP8U&#10;AUL/HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo/0kGJf9PBiP/Vgch/10HHv9lCBz/bwgZ/3oJ&#10;F/+HCRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/swoU/7MKFP+zCpO7AACExwAAddMAAGfhAABY&#10;6AAATvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8iAin/KAIl/y0CIv8yAx//OAMc/z0DGv9CAxf/&#10;SAQV/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kGCv+TBgn/nAYJ/5wGCf+cBgn/nAYJ/5wGCf+c&#10;Bv8/KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/RVsO/0NpEf9BdxP/QIUV/z+RFv8+mxj/PqQY&#10;/z2rGf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/888Bv/PPgb/z3/G/89/xv/Pf8b/z3/Gv89/xn/&#10;Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cuA/9KMQT/TDcG/0tACP9KSwv/SFkP/0ZnEf9E&#10;dRT/Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc/z/AHP8/yR3/P9Yd/z/lHf8/7x3/P/ce/z/+&#10;Hf8//x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+QP8b/kD/G/9AKgL/QywD/0ksA/9NLwT/TzUG&#10;/1A+CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9Flhv/RJ8c/0SnHf9Drh7/Q7Uf/0K9H/9CxiD/&#10;QtEg/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/H/lD/x75Q/8e+UP/HvlD/x75Q/8e+UP/Hv9B&#10;KQL/RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP/09gE/9Nbxf/THwZ/0qIHP9Jkh7/SJsf/0ej&#10;If9HqyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8RfQm+UX8JvZF/yb1Rv8k9Eb/I/NH/yHzR/8h&#10;80f/IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9VKAT/WC8F/1o5CP9aRAz/V08Q/1VcFP9Tahj/&#10;UXcb/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2Kf5Jvir9Sckq+kjZK/dI5yz0SPIs8Uj7LO9J&#10;/yrtSv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l60z/Jf9DKAL/TSQC/1QjA/9aJQP/XiwF/2A2&#10;B/9gQQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8UZMo+lCbKvlPoyz3Tqou9k2yL/RMujDzTMQy&#10;8kvRM+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ/ynhUP8p4VD/KeFQ/ynhUP8p4VD/Kf9GJQL/&#10;UCEC/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JTFf9gYRv8XW0g+Fp5JfVYhCnzVo0t8FSWMO5S&#10;njPtUaU161CtN+lOtTnnTr875k3MPONM4D3fTe483E/5OdlR/zXWUv8y1FP/MNNU/y3TVf8t01X/&#10;LdNV/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/aScE/2wwBv9tOgr/bEQP/WpPFfhnXBzzY2gi&#10;72B0KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxRsUHZULtC1lDIQ9NQ3ETPUOxDzFL4P8tV/zvJ&#10;V/83yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/Mf9NIAL/VxsC/2AZAv9pHQL/byUD/3ItBf90&#10;Nwj9c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI42FyLPNNalD/QWJxCzlejRMtVrEbJVbVHx1TA&#10;ScVU0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6Xf81ul3/Nbpd/zW6Xf81ul3/Nf9QHgL/WxkB&#10;/2QWAf9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1VBvhcF8l2mtqLdNndDTOZH06ymGGP8dfjkLE&#10;XZZFwVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnwS7Nc/UWyX/9AsmD/PLBh/zmwYf84sGH/OLBh&#10;/ziwYf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C/34nA/mAMAXwgTkK54BDEeB8UBrWd1skz3Jm&#10;LsltbzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2xXapPrly0UaxcwVKqXNRSqF3rUKhg+kmoY/9E&#10;qGT/QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9VGQH/YRQB/2wSAf92FwH/fRwB/4MjAvSGLATq&#10;iDUH4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8QbNphEavZ4xJrGWUTKljnE+mYqVRpGGvU6Jg&#10;vFWgYM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89nWn/PZ1p/z2daf89nWn/Pf9XFwH/YxIB/28R&#10;Af95FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjHglUjv31fLbl4aDWzdHA8r3F4QqtugEanbIhK&#10;pGmQTqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo9FCWa/9Kl2z/RZZt/0GWbf9Alm3/QJZt/0CW&#10;bf9Alm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owbAeqRIgHflCsD05E6C8mMRxfAh1MiuYJcLLJ9&#10;ZTWteW08qHV1QqNzfUegcIRLnG6MTplslVKVa55UkmmoV5BptFmOaMNZjGjcWo1s8lOPbv9MkHD/&#10;R49x/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/aA8A/3UPAP+AEQD/iRMA8pAXAOWWHADZmSYC&#10;zZU4CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13ekaZdYFLlXOJT5JxkVKOb5tVi26lWIhtsFqG&#10;bL9bhG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/Q4h0/0OIdP9DiHT/Q/9dEgH/aw4A/3gOAP+D&#10;DwD9jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08gropYK6eGYTOhgmg7nH9wQZd8d0aTeX5Lj3eG&#10;T4t1j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaBdvtPg3j/SoN4/0WCeP9Egnj/RIJ4/0SCeP9E&#10;gnj/RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANufDgDOnyIBxJ00CLqYQhSyk00fqo9WKqOKXzKc&#10;hmY6l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfnegWXt2q1t5dbpcd3bNXHh36lh7evpRfXz/S318&#10;/0Z9fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA/30LAPWICgDfkwgA2JsKANOiDADJox8Bv6Ay&#10;B7acQBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWIg3pKhICBToB/ilJ8fZNVeHydWHV7qVtyerhc&#10;cXrKXHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA/0Z3gP9Gd4D/Rv9kDwD/cgkA/38IAOWMBQDY&#10;lgcA0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhTJ5mUWzCTkGI4jY1pPoiKcESDiHhJfoZ/TXqE&#10;iFF2gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dScYT/TXKE/0hyhP9HcoT/R3KE/0dyhP9HcoT/&#10;R/9mDQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/qRoAtagtBaykPBCkoEcbnJ1RJZSZWS+OlmA2&#10;iJNnPYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mGpVlmhrNbZYbFW2WG41loiPZSa4r/TWyK/0hs&#10;if9HbIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcAANaSAwDNnAUAxqQGAMGrBgC5rRcAsKwrBKep&#10;Og6fpkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNGc5N7S26Rg09qj41SZo6XVWONo1hgjbFZX43D&#10;Wl6N4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dmj/9HZo//R/9sCAD+fAAA3ooAANCWAgDInwQA&#10;wKcEALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYmlVSqCo1wyfKBjOXeeaj5ynHFEbZp5SGiZgUxk&#10;l4tQYJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/TF+X/0dglv9GYJb/RmCW/0Zglv9GYJb/Rv9w&#10;AwDrgQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEAo7ckApu1NAqTskAUiq9KHoOtUyd8q1oudqhh&#10;NXCnaDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFUn65TU5/AU1Kf3VJVn/NOV6D/Slmg/0ZZn/9F&#10;WZ//RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSfAQC6pwEAsa4AAKm2AAChvQ0Am70gAZS8MQeL&#10;uj0Qg7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11P1ysfkNYq4dHVaqTSlGqn0xPqq5NTarATU2q&#10;3E1OqvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9CUqn/QvJ8AADXjAAAyJkAAL2jAACyqwAAqbIA&#10;AKC7AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1uvVYkaLxdKmO7ZDBfumw0Wrl0OVa4fDxTt4c/&#10;T7eSQky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1/z5LtP89S7T/PUu0/z1LtP89S7T/PeKDAADN&#10;kgAAwZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0UAIHNJgJ6zDUIc8tBD2zKShdmyVMdYchbI1zH&#10;YihYxmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48RMXBPEPF3zxExPM7RMP/OUXC/zdFwf83RcH/&#10;N0XB/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACgtAAAlr4AAIvHBACB0AgAeNkOAHXZIAFv2C8E&#10;adg8CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvTeylI04UrRdOSLkLUny9B1K8wP9XCMT/V4TA/&#10;0/IwP9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/LsqUAAC7oQAArakAAKKxAACWuwAAi8QAAIDN&#10;AwB12AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsPUeRUEk3kXRZK5GUYR+RuG0Xkdx1C5IIfQOSO&#10;IT7lmyM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ54v8kOeL/JDni/yQ54v8kOeL/JL+eAACvpgAA&#10;o64AAJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/wIAFZ8CsDVPA1BU/wPgdL8UYKR/FODETxVw5C&#10;8V8QP/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/SxGTL1xRox9eIaMfTxGTHx/hkx8f8ZMfH/GTHx&#10;/xkx8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAAcdUAAGXeAABe9QoAWfwTAFP8HgFO/CcCSv0w&#10;A0X9OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx/3ANLv98Diz/iQ8r/5YQKf+kECj/tBEn/8cR&#10;J//hESb/8hEm//YRJv/2ESb/9hEm//YRJv/2EaepAACZswAAi74AAH7JAABw0wAAZN4AAFjnAABS&#10;/wkATf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/BDD/RgUt/00FK/9UBij/Wwcm/2MHI/9tCCH/&#10;eQkf/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98LGv/fCxr/3wsa/98LGv/fC5uxAACNvAAAfscA&#10;AHDSAABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3/xsBM/8jAS//KQIr/zACKP81AiX/OwMi/0ED&#10;H/9HAx3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/kAYQ/50GD/+pBg7/tQYO/7oGDv+6Bg7/ugYO&#10;/7oGDv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusAAD/+AAA5/wAANP8JAC//DgAr/xQAJ/8aASP/&#10;IQEf/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YCDv9OAgz/VgIJ/2ADB/9sAwT/eAMD/4YDAv+R&#10;AwH/nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/OS4C/z4uA/9AMgP/QDgE/z5BBv88TAj/OloK&#10;/zhoDP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8ysBL/MrcS/zK/Ev8yyBP/MtMT/zLjE/8y7RP/&#10;MvYS/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/EP8z/xD/M/8Q/zP/EP82LQL/OywC/0AsA/9D&#10;LwP/QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ/zeMEf83lhL/Np8T/zanE/82rhT/NrUU/za8&#10;FP81xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/Nv8U/jf/E/42/xP9Nv8S/Tb/Ev02/xL9Nv8S&#10;/Tb/Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9FSAj/Q1UL/0FiDf8/cBD/PX0R/zyJE/87kxT/&#10;O5wV/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/zndGP856Rj/OfMY/zr7GPw6/xf6Ov8X+Tr/Fvg6&#10;/xb4Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC/0YnAv9KKQP/Sy8E/0w5Bv9LRQj/SFEL/0Ze&#10;Dv9EbBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/Pq4a/z62Gv8+vhv/Psgb/z3WHP495hz7PvEc&#10;+D76HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE//xjxP/8Y8T//GP89KAL/RSQC/0ojAv9OJQP/&#10;USwE/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eAF/9Gixn/RZQb/0ScHP9DpB3+Q6se/UKyH/xC&#10;uiD6QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f6kP/HelE/xzoRP8b6ET/G+hE/xvoRP8b6ET/&#10;G/9AJQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/VkkM/1JVEP9RYxT/T28X/k17GvtLhh35So8f&#10;90mYIfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF3inoRewp5Ub4KOJH/ybhSP8k30n/It5J/yDd&#10;Sf8f3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1McAv9ZHgL/XSYD/18wBP9fOgf/XUUL/1pQEP1Y&#10;XhX4VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir50qpLOVJsS7kSLsv4kjHMeBI2THcSOox2En2&#10;LtRL/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPOTv8jzk7/I/9HHwH/UBoB/1cYAf9eHAH/YyMC&#10;/2YsBP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdWeyXkVIQp4VGNLd5QlTDcT50y2U6lM9ZNrTXT&#10;Tbc20UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/K8NT/ynCU/8nwlP/J8JT/yfCU/8nwlP/J/9K&#10;HAH/VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J8mlHDutmVBXlY2Ac4F9rIttcdSjWWX8t0leI&#10;MM9VkDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/UN89vFHwO7pT/De5Vf8zuFf/L7dY/y23WP8r&#10;t1j/K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9oFwH/bh0B/3IlAvtzLgPyczgH6XFDDeJuUBTb&#10;aVwc02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vViaO7tWoj64Vas/tlW1QbRUwkKyVNRCsFXqQa5X&#10;+TyuWf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8urV3/Lv9QFwH/WhIB/2QQAP9tFAD/cxoB/3ch&#10;AfR5KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/ZXUwu2J9NbhghTi1Xo08slyVPq9bnUGtWqZD&#10;q1mvRKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng/zOjYf8xo2H/MaNh/zGjYf8xo2H/Mf9TFQH/&#10;XRAA/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87CM96SRLHdVQbwXFfJLttaCu2anAxsmd5Nq9l&#10;gDqrY4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJmlzfSZpf8kSaYv8+mmP/OZtl/zabZf8zm2X/&#10;M5tl/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/exIA9YEXAOiEHgDehycB0YQ3B8h/RhHAe1Eb&#10;uXZbI7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1klESaY51Hl2KnSZVhskuTYcFMkWHYTJFj70eS&#10;Zf1Bkmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/Nf9XEQH/Yw0A/24MAP93DgD/fw8A8IURAOOJ&#10;FgDWiyMBy4g1BsKEQxC6gE8as3tZI613YiqodGoxo3FxNp9ueTucbIE/mGqIQpVpkUWSZ5pIj2aj&#10;So1lr0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqMbv83jG7/N4xu/zeMbv83jG7/N/9ZEAD/ZQsA&#10;/3ELAP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2JQQ+1hE0ZroBWIqd8XyqieGcwnXVvNplzdjqV&#10;cX0/km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnMT4Fq6EyDbflFhG//P4Vw/zuGcf84hnH/OIZx&#10;/ziGcf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA2YwJANWRCwDKkh4AwZAwBbiNPw6wiEoYqYRU&#10;IaKAXSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aFcJRJgm+eTH9uqU58bbdPe23JUHpu5k18cfhG&#10;fnP/QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9dDgD/agYA/3YGAOSAAwDZiQYA0o8IAM+UCgDF&#10;lhsAvJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35qNY58cTmKeng9hniAQoN2iEV/dZFJfHObTHly&#10;p052crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86e3n/Ont5/zp7ef86e3n/Ov9fDAD/bAQA9XkC&#10;AN6DAgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwynkUcWn41QH5mJWSeThmEujoNoNImBbzmFf3Y9&#10;gX1+QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG134E9wefVIcnv/Q3R8/z51ff87dX3/O3V9/zt1&#10;ff87dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUGAMOaBgC7nBYAs5wqA6qZOQuilUUUm5FOHZSO&#10;VyaOi18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41IcH2XS218o05qfLBPaHzBUGd83VBqfvNJbYD/&#10;Q26B/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/cgAA4X8AANOJAQDKkgMAw5gEAL2eBAC2oBMA&#10;rqAnAqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+Mazd6inI7doh5QHKGgkRuhYtHaoOVSmeCoU1k&#10;gq5PYoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/PGqG/zxqhv88aob/PP9nBAD2dgAA3IIAAM6N&#10;AADFlQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0ARkZxKGoqZUyKEl1spfpViMHmSaTV1kHA6cI93&#10;PmyNf0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1eivBIYIv+Q2KL/z9jjP88Y4z/PGOM/zxjjP88&#10;Y4z/PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALClAACoqQ4AoqkhAZqoMQaTpT4Pi6NIGISgUSB+&#10;nlkneJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KRRluSnUlZkatKV5G7S1aR00tXku9HWpL9QlyT&#10;/z5dk/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAAzosAAMSVAAC6nQAAsaMAAKmpAAChrgsAm68d&#10;AZSuLgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9poWs0ZJ9zOGCeezxcnYU/WZyPQlWbnEVTm6pH&#10;UZu6R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab/zpWm/86Vpv/OvF0AADZgwAAyJAAAL6aAACz&#10;oQAAqqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJCEXewTBhxrlQfbK1bJWerYipiqmkvXqlxM1qo&#10;ejdWp4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/TaX8PE6k/zlPpP83T6T/N0+k/zdPpP83T6T/&#10;N+R6AADPiQAAwpUAALafAACspQAAoqwAAJizAACOuwIAiL0SAIO9JQF8vDMGdrs/DW+6SRRquFEa&#10;ZbdZH2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqymjhIsag6RrK5OkWy0TpGse05R7D8Nkew/zRI&#10;r/8zSK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wAAK6jAACkqgAAmbEAAI+5AACEwAMAe8YNAHjG&#10;HgBzxi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYhUcFuJE7AdyhLwIErSL+MLUW/mi9Dv6gxQb+6&#10;MUHA0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1BvP8tQbz/Lc6KAAC/mAAAsaAAAKaoAACbsAAA&#10;kLgAAIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7QQAhZ0EoMVc9TEFHPWxROz2MYS85rG0jOdR5F&#10;zn8gQs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7JTvL/yU7yv8lO8r/JTvK/yU7yv8lO8r/JcOT&#10;AAC1ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQAZNYJAF7eEQBb3iAAV94tAlPfOgRQ30QGTN9O&#10;CUnfVwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk44KUaN+C3GjbhzRo23+waNd75GjTd/xs03P8b&#10;NNz/GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1AACFvgAAeccAAG3PAABi1gMAWOEIAFXqEwBR&#10;6yAATesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1gCjjtagw27nQNM+6ADjLujg8w750QLu+tES3w&#10;wBEt8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8QLOv/EK2iAACgqQAAk7MAAIa9AAB5xgAAbM8A&#10;AGDYAABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7+TgCOPlAAzX6RwQz+k8FMPtXBS77XwYr/GkH&#10;Kfx0CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH98gog/PwKIPz8CiD8/Aog/PwKIPz8CqKnAACV&#10;sQAAh7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8IAD//EAA7/xkAN/8hADT/KQEw/zABLf83Air/&#10;PgIn/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AFF/+PBRb/nwYV/68GFP/ABhT/1gYT/+kGE//p&#10;BhP/6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe2gAAUOAAAETmAAA89QAAN/8EADP/DQAv/xMA&#10;K/8aACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/RgIU/00CEf9WAhD/YAIO/2wCDP97Awv/iwMK&#10;/5oDCv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/CA4q4AAB7wwAAbM4AAF7bAABP4gAAQucAADbs&#10;AAAx/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0AFf8hABL/JgAQ/ywBDv8xAQ3/NwEK/z4BCP9G&#10;AQX/TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA/6YCAP+mAgD/pgIA/6YCAP+mAv8uLwL/MywC&#10;/zctAv84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8qdAn/KYEK/yiNC/8olwv/KJ8L/yimDP8nrQz/&#10;J7QM/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7C/8o/wr/Kf8K/yn/Cv8p/wr/KP8K/yj/Cv8o&#10;/wr/KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD/zg8BP82SQb/M1YH/zFjCf8vcQr/LX4L/y2K&#10;DP8slAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/LMsN/yzaDf8s5w3/LPEN/yz6Df8s/wz+Lf8M&#10;/S3/DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8yKwH/OSgC/z0oAv8/KgL/PjAD/z06BP88Rgb/&#10;OVMI/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGhD/8xqA//MK4P/zC1D/8wvRD/MMcQ/zDUEP8w&#10;5BD/Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O9jH/DvYx/w72Mf8O9jH/Dv81KAH/PCUB/0Ak&#10;Av9DJwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/OXYN/ziCD/83jBD/N5UR/zadEf82pBL/NqsS&#10;/zayE/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2/xPxNv8S8Db/EvA3/xHvN/8R7zf/EO83/xDv&#10;N/8Q7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0BP9JPwX/RksI/0RYCv9CZQ3/QHEP/z59Ef89&#10;hxL/PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X9jvKGPQ73BjwO+oY7Tv2GOo7/xfoPP8X5zz/&#10;FuY9/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/RB4B/0kcAf9NHgH/UCYC/1EwA/9QOwX/TkYI&#10;/0tTC/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNBnBnxQaMb70CqG+5AshztP7sd6z/GHuk/1R7l&#10;P+gf4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/F9hC/xfYQv8X2EL/F/9AHwH/SBoB/04YAf9S&#10;GwH/ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS8UxyFu5KfRjrSIYb6UePHedGlx/lRZ4g40Sm&#10;IuFEriPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLNRv8gzEf/HspH/xzJSP8byUj/G8lI/xvJSP8b&#10;yUj/G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9eMgP9XT0G9lpJCvBXVQ/qVWIT5lJtGOJQdxzf&#10;ToEf3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8K8tIySzISN8sxUjvK8JK/CjAS/8lv0z/Ir5N&#10;/yC9Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB/1YRAP9eFQD/YhwB/2UkAf5lLQL0ZDgF7WFD&#10;CeZfUQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjHT5QqxU6bLMNOoy7BTawvv0y2ML1MwjG7TNMy&#10;uEzpMbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS/yKyUv8islL/Iv9KFQH/UxEA/1sPAP9iEgD/&#10;aBcA/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9jG8hcbSDEWnYkwVh+KL5Whiu7VY4uuVOWMLZS&#10;njK0UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8uqFb/K6hX/yioV/8lqFf/JahX/yWoV/8lqFf/&#10;Jf9NEwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHkcSwC23A6BdFsSAzJaFQUw2VfG75iaCG6X3Em&#10;tl15KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVVtjqjVcU7oVXdO59W8DefWP4yn1r/Lp5b/yue&#10;XP8onlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MMAP9rDQD/cBAA9XQTAOh2GgDddyUB0XY2BMhy&#10;RAzBblAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4QypF2MNKJclDefW505nVqmO5pZsT2YWb8+l1nT&#10;PpVa7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqWYP8qlmD/Kv9SDwD/XAoA/2YJAP9uCgD2dAwA&#10;73gOAOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65sYSGpamknpmdxK6JleC+fZIAznGKINplhkDiW&#10;X5k7lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/M45k/zCOZP8sjmX/LI5l/yyOZf8sjmX/LP9V&#10;DgD/XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0AxH8wA7t8Pwq0eEsSrXVVGqhxXiGjbmYmn2xu&#10;K5tqdS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCHYbdChWHJQoRi5EGFZPc7hmb/NYdn/zGHaP8u&#10;h2n/LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1AQDbewUA04AIANCDCgDHhRoAvoQtA7aBPAmv&#10;fUgSqHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuBNotpiTqIaJI8hWecP4Jmp0GAZrRDfmbFRHxm&#10;4UN+aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8vgWz/L/9ZCwD/YwEA9G8AAN94AADUfwQAzoMG&#10;AMqHCADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Yd2Elk3VoKo9zby+LcXcziG9+NoVuhjqCbI89&#10;f2uZQHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv/zR7cP8wfHD/MHxw/zB8cP8wfHD/MP9bCAD/&#10;ZgAA53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIsoAqyJOAelhUQQnoJOGJh/Vx6TfF8kjnlmKop3&#10;bS6GdXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9EcW7ARXBu2UVycPE/c3L/OXVz/zV2dP8xdnT/&#10;MXZ0/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADLhQIAxIoEAL+NBQC3jxMAsI8mAaiNNQegikIO&#10;moZMFpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3gjl2dos8c3WVQHB0oEJtc61Ea3O9RWpz1UVs&#10;dO9Abnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/Mf9fAgD3bAAA3ncAANCBAADHiAEAwI0DALmR&#10;AwCykxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsihINiKICBaS18f3AxeH53NXR8gDhxe4k8bnqT&#10;P2t5nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZrfP8ya3z/Mmt8/zJrfP8ya3z/Mv9hAADqbwAA&#10;2XoAAMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6WMQWXkz4MkJBIFIqOURuEi1khf4lgJ3uHZyt3&#10;hW4wc4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65RF9+z0Rgf+xAYoD8OmSA/zZlgf8zZoH/MmaB&#10;/zJmgf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAAtpUAAK6ZAACmmwwAoJweAJmbLgSSmTsKi5ZG&#10;EoWUTxl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZmiIQ5YoaPPV+Fmj9chahBWoW3QlmFzEJaheo/&#10;XIb7Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1oAADgdgAAzYIAAMKMAAC5kwAAsJkAAKidAACf&#10;oAkAmaEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdcInCVYydrk2osZ5JxMGSReTNgj4I3XI6NOlmN&#10;mT1XjaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8yWY7/MVmO/zFZjv8xWY7/Me1tAADZewAAyIcA&#10;AL2QAAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKFpjUGf6RADXmiShRzoFIabp9ZH2mdYCRlnGco&#10;YZtvLF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6WyTxOlug6T5b5NlGW/zNSlv8wUpb/MFKW/zBS&#10;lv8wUpb/MOZyAADQgAAAwowAALiWAACtnAAAo6EAAJmmAACOrQAAiK4RAIOuIgF9rTEEd6w9CnKq&#10;RxBsqU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38uUaKJMU6hljRLoaQ2SaG0NkihyDdIoOc1SaD5&#10;Mkqf/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJhgAAvJIAALGaAACmoAAAnKYAAJGsAACGsgAA&#10;fbYNAHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyxWxpYsGMeVa9rIVGvcyVOrn0oS62IKkitlS1F&#10;raMuRK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/KUSq/ylEqv8pRKr/KdGAAADBjQAAtZgAAKmf&#10;AACepQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYBZr8zA2G+PwddvkgLWb1RD1W9WRNRvGAXTrxo&#10;Gku7cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9uugmPbj5JT23/yQ9tv8jPbb/Iz22/yM9tv8j&#10;Pbb/I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5AABzvwEAaMYFAGDKDgBeyh0AW8osAVfKOANU&#10;ykMFUMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iFGDzIkxo6yKIbOcmzHDjJyRw4yOgcN8f5HDfF&#10;/xw2xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAApKMAAJiqAACMsgAAgLkAAHTAAABoxwAAXc0F&#10;AFPTCgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB2VgGP9lhCDzZawo62XYMN9mCDjXakA802qAQ&#10;MtqxETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U/xMv1P8TL9T/E7OaAACmoQAAmqkAAI2xAACA&#10;ugAAdMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+UeAEHmKgA+5jUBO+c+ATnnRwI351ADNOhZBDLo&#10;YgUw6G0GLul5Byzphwgr6pYJKeqnCijqugon69YKJ+nwCifn/Qkm5v8KJub/Cibm/wom5v8KJub/&#10;CqigAACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP1wAARd0AAD7uCQA88hEAOfMbADbzJQA09C4A&#10;MfQ3AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4egQf+IkEHvmaBRz5qwUb+sAFGvreBRr58gUa&#10;9/0FGfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kAAHXCAABnywAAWtMAAE3aAABC3wAAOOUAADX7&#10;BwAx/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsBHv9DARv/SwEZ/1MBFv9dAhT/agIS/3gCEf+I&#10;AhD/mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO//ADDv/wA5OuAACEuAAAdsIAAGfMAABa1QAA&#10;TNwAAD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/FwAd/x0AGf8jABb/KQAU/y8AEv81ABD/PQAO&#10;/0UBDP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+mAQD/tQEA/8YBAP/KAQD/ygEA/8oBAP/KAYa3&#10;AAB3wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAAI/8AAB//AAAb/wUAF/8MABT/EAAR/xQAD/8Y&#10;AA3/HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA/1IAAP9eAAD/bQAA/34BAP+OAQD/mwEA/6kB&#10;AP+rAQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8wLgL/LjUC/yk9A/8lSQT/I1cE/yFkBf8fcgb/&#10;HX8G/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4Bv8cvwb/HMkG/xzWBv8d5Qb/He8G/x35Bf8d&#10;/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8sKwH/MCgB/zMoAf8zKwL/MTEC/y06&#10;A/8rRwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/IZkH/yGhCP8hpwj/Ia4I/yG1CP8hvAj/IcYH&#10;/yHRB/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi/wb8Iv8G+yL/Bvsi/wb7Iv8G+yL/Bv8uKAH/&#10;MyUB/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxeBv8qawf/KXcH/yiDCP8njQj/J5YJ/yedCf8n&#10;pAn/J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ/Cf2CPko/gj3KP8I9ij/CPUo/wj1KP8I9Sj/&#10;CPUo/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/OykC/zs0Av85QAT/Nk0F/zRaBv8xZgf/MHMI&#10;/y5/Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8ttQz/Lb4M/i3JDPst2Qz4LegL9C70C/Eu/gvv&#10;Lv8L7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/Cv81IgH/Ox4B/z8dAf9AHwH/QiYB/0IxAv9A&#10;PAP/PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N/DSVDfo0nA75M6MO9zOqD/Yzsg/1M7oP8zPF&#10;D/Iz0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7iNf8N4TX/DeE1/w3hNf8N4TX/Df85HgH/PxoB&#10;/0MYAf9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9AXQn7PmkL+D10DfU8fw7zO4gP8TuQEO86mBHt&#10;Op8S7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnxFds6/BTYOv8T1Tv/EtM7/xLSO/8R0jv/ENI7&#10;/xDSO/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B/1AoAf9PMwL/TT8E+0pKBvVHVwnxRmQM7URv&#10;DulDeRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnbPrMa2D69GtY+yhvSPt8bzj7vG8s/+xrJQP8Y&#10;x0D/F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9BFwD/RxIA/0wQAP9SFAD/VhsA/1ckAf9WLgL4&#10;VDkD8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaGGNJFjhrQRZYczkSdHcxEpR7KQ60fyEO2IMZD&#10;wyHFQ9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8YuEf/F7hH/xe4R/8XuEf/F/9EFAD/SxAA/1EO&#10;AP9XEQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQjaVFkN01JkEs5QbhbKTncZx0yAHMVLiB7CSpAg&#10;wEqXIb5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ8yWwSv8irkv/H65M/x2tTP8brU3/Gq1N/xqt&#10;Tf8arU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIYAPBjIQDmYiwB3mA6A9ReSAfNW1QNx1hfE8NW&#10;aRe/VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIork2rKqxMtiuqTMQsqEzbLKZN7yqkT/0mpFD/&#10;I6NR/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/UgoA/1oJAP9gCwD/ZQ4A9WcRAOhoGADdZyQA&#10;0mY1AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5XfSOsVYQlqVSMKKdTlCqlUp0so1KmLaFRsS+f&#10;Ub4wnVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/H5lX/x+ZV/8fmVf/H/9NDQD/VQYA/10FAPtk&#10;BwDvaQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wNtWRXE7BhYBmsX2kdqF1xIaVceCSiWoAnoFmH&#10;Kp1YkCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TORV/ctkVn/KZFa/yWRW/8jkVv/IZFb/yGRW/8h&#10;kVv/If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVwCwDLchsAwnEuArpvPQa0bEkNrmlUE6lnXRmk&#10;ZGUdoWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFueMo1aqDSLWbU1ilnGNohZ4TaIXPQwiF3/K4le&#10;/yiJX/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA9WQAAOBsAADXcQMA0HQGAM11CQDEdhcAvHYq&#10;AbR0OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWTZHgokGKAK41hiC6LYJExiF+aM4ZepTWDXrI3&#10;gl7CN4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk/yWCZP8lgmT/Jf9TBgD/XQAA52cAANtvAADQ&#10;dAIAyngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNOEpxwVxiYbV8dlGtnIZBqbiWNaHUoimd9K4dl&#10;hS6EZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80emX+L3tm/yt8Z/8ofGf/Jnxn/yZ8Z/8mfGf/&#10;Jv9VAwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5fhIAsX4lAap9NQSjekEKnXdMEZd0VReScl0c&#10;jnBkIIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhnoDZ2Zqw4dGa8OXNm0TpzZ+02dGn9MHVq/yx2&#10;a/8pd2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320AANF1AADIewAAwX8CALuAAwC0gRAArIIjAaWB&#10;MgSefj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54bYgxdWySNHNrnjdwaqo5bmq5&#10;Om1qzjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhxb/8ocW//KP9ZAADrZQAA23AAAM14AADEfgAA&#10;vIIBALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459URWJe1kahHlgH4B3ZyN8dW4neXR1KnZzfS5z&#10;coYxcHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6Mmty/y1sc/8qbHP/KGxz/yhsc/8obHP/KP9c&#10;AADnaAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0AooodAJyJLgKVhzsHj4VFDomCTxSEgFcZf35e&#10;Hnt8ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZldKY4Y3S1OWF0yTphdOc4Y3b5MmV2/y5md/8r&#10;Z3f/KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/AAC8hQAAtIoAAKyMAACjjgoAnY4aAJeOKwKQ&#10;jDgGiopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39xKWx+eSxofYIvZXyMMmJ7mDVfeqQ3XXqzOFx6&#10;xzlceuU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8pYXz/KfViAADebwAAzHoAAMCDAAC3iQAAr44A&#10;AKaRAACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6jFIWdYpaG3GIYR9th2gjaoZvJ2aEdytjg4Au&#10;YIKKMV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB/y1bgv8qW4L/KVuC/ylbgv8pW4L/KexmAADY&#10;cwAAx34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkTAIqZJAGFmDIEf5Y+CXmUSA50k1AUb5FXGWuQ&#10;Xh1ojmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEzUoiwNFGIwzVQiOI0Uoj2MFOI/yxUiP8pVYj/&#10;KFWI/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACtkgAAo5YAAJqaAACOngAAh58QAIOfIAB+ny8C&#10;eJ07B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuVciVXlHwoVJOGK1GSki5OkqAwTJKvMUuSwjFK&#10;keAxTJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/Jt5wAADJfQAAvIkAALKSAACnlwAAnZsAAJOf&#10;AACGpAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oNY6JSEl+hWRZboWEZWKBoHVSfcCBRnnojTp2E&#10;JkudkSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydHmv8lR5r/JEea/yRHmv8kR5r/JNR3AADChAAA&#10;to8AAKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+vFABsryQAaK8yAmSuPQVfrUYJW6xPDVisVhFU&#10;q14UUapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQaitJUCowCU/qN8lP6b0I0Cl/yJApf8hQKT/IECk&#10;/yBApP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAAjqYAAIKsAAB3sQAAarYAAGO4DgBhuB0AXrgs&#10;AVq4OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNEtXUWQrWBGD+1jho9tZwcO7WsHDq1wB05td8c&#10;ObP0HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GGAAC0kwAAp5oAAJygAACRpwAAha0AAHmzAABt&#10;uAAAYr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRFA0fETgVFxFcHQsNfCUDDaAs9w3INO8N+DzjD&#10;jBE2w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8UMb7/FDG+/xQxvv8UMb7/FLiQAACrmQAAn6AA&#10;AJOnAACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBEzwwAQ9AXAELQJQBA0DIAP9E9AT3RRwE70VAC&#10;OdJZAzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzTvgos098JK9HzCirP/gspzv8MKc3/DSnN/w0p&#10;zf8NKc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70AAGPDAABXyAAATM0AAELSAwA52QkANd8QADTf&#10;GwAy4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UCKONxAibkfwMl5I8DI+WhBCLltAQh5c0EIOTs&#10;BCDi+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACYpQAAi64AAH22AABwvgAAY8YAAFbLAABL0AAA&#10;QNUAADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXvNAAj8DwAIfBFAB/xTgAd8lgBG/JkARnzcQEY&#10;84EBF/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/AhLw/wIS8P8CEvD/ApqkAACNrQAAf7YAAHG/&#10;AABjxwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUAJPsNACH8EwAe/RsAHP0iABn+KQAX/jEAFf85&#10;ABP/QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ/6YBCP+6AQf/1AEH/+sBBv/2AQb/9gEG//YB&#10;Bv/2AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvdAAAw4gAAJuYAAB/wAAAc/wAAGf8JABb/DgAU&#10;/xMAEf8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9EAAD/TwAA/1wAAP9rAAD/fQAA/5AAAP+jAAD/&#10;tAAA/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAAZMkAAFbTAABH2wAAOuAAAC7lAAAj6QAAGu0A&#10;ABX9AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB/xgAAP8eAAD/JAAA/ysAAP8zAAD/PQAA/0kA&#10;AP9WAAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/sQAA/7EAAP+xAP8lKwH/KCkB/ykpAf8oLAH/&#10;IzIB/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKHA/8SkQP/EpkD/xKgA/8SpwP/Eq0D/xG0A/8R&#10;uwP/EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/&#10;Av8oKQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/HVID/xtfA/8YbAP/F3kE/xeEBP8XjgT/F5YE&#10;/xadBP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W2wP/FugD/xf0A/8X/QP8F/8C+xf/A/sX/wP6&#10;F/8D+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8iAf8vJQH/LCsB/yo1Av8nQQL/JE4D/yJbA/8g&#10;aAT/HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF/x2tBf8dtAT/Hb0E/x3HBP8d1AT+HeYE+x3y&#10;BPce+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTyHv8E8h7/BP8uIgH/Mh8B/zQeAf8zIAH/MiYB&#10;/zIyAf8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8khQX/JI4G/ySWBv8knQb/JKMG/ySqBv0ksQb8&#10;JLkG+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/Buol/wbpJf8G6SX/Bukl/wbpJf8G6SX/Bv8y&#10;HgH/NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD/zJSBP8wXwT/LmsF/y12Bv0sgAf6LIkH+SuR&#10;B/crmQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjrK98I5yzuCOQs+gjiLP8J4Cz/Cd4s/wjeLP8I&#10;3Sz/CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/FwD/QR8A/0EpAf9ANAH/PUEC/zpNA/w4WgX4&#10;NmUG9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKiC+YyqgvkMrIM4zK7DOEyyAzfMtwM2jLsDdUz&#10;+A3SM/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8LzDT/C/85FgD/PhIA/0EQAP9FEwD/SBsA/0gk&#10;AP9HLwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgniO38L4DqIDN05kA3bOZcO2TieD9Y4phDUOK4R&#10;0ji3EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6/w/AOv8Ovzr/Dr86/w6/Ov8Ovzr/Dv89EwD/&#10;Qg8A/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhBAuZHTgTgRVsG20RmCdZCcAzSQXkOz0CCEM1A&#10;ihHKP5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssYvT7iGLo+8he3P/8WtUD/FLRA/xOzQf8Rs0H/&#10;ELNB/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/UxEA/1QYAPNUIgDpUi0B4VA7AdpPSQPSTVUH&#10;zEtgC8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlEmhm3Q6IatUOrG7RDthyyQ8QdsEPZHq1D7R2r&#10;RfwaqUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/E/9EDgD/SggA/1AGAP9VCgD/WA0A91kRAOpY&#10;GADfVyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0Ttk12FrRMfRixS4Uar0qNG61JlR2rSZ0eqUim&#10;IKdIsCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmdTP8XnUz/Fp1M/xadTP8WnUz/Fv9HCwD/TQIA&#10;/1QCAPdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNcPwS9WkwIt1hXDLNWYBGvVGkUrFNxF6lReBqn&#10;UIAcpE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzIJpZM4iaVTvUilE//H5RQ/xyUUf8alFH/GJRR&#10;/xiUUf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA1mMHANRhCgDKYhkAwmMsAbtiOwO0YEgIr11T&#10;DKpbXBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKWU5MklFKdJZJRpyeQUbMojlHDKY1R3SqMUvIm&#10;i1T/IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9MBAD/UwAA7FwAAN9iAADUZgEAzmgFAMtnCADC&#10;ZxYAumgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11oGJhccBuVWncek1l/IZBYhyOOV48ljFeZJ4lW&#10;oymHVq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8ehFr/HIRa/xyEWv8chFr/HP9OAQD/VwAA5V8A&#10;ANhmAADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOnakIHoWdNDJxlVhGYY14VlGJlGJFgbBuOX3Qe&#10;jF57IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxazy57W+wrfFz8Jnxd/yJ9Xv8ffV7/HX1e/x19&#10;Xv8dfV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnABAL1wAwC2cBAArnEiAKhwMgKhbj8GnGxKC5dq&#10;UxCSaFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkmfV+SKXtenSt4Xqktdl64LnVezC90XuktdWD6&#10;J3Zh/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADsXAAA3GYAAM5tAADEcgAAvXQAALd0AQCwdA4A&#10;qXUfAKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4VpZxuCaG4ef2Z1IX1lfSR6ZIYnd2OQKXVjmyxy&#10;YqcucGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/H3Fm/x9xZv8fcWb/H/9UAADoXwAA12kAAMpw&#10;AADAdQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoFknVFCoxyTg6IcFYThG9eF4BtZBp9bGsdemtz&#10;IHdqeyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBoZuQvamj3KWtp/yVsaf8ibGr/IGxq/yBsav8g&#10;bGr/IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18AAClfAoAn30aAJl8KgGTezgEjXlDCYh3TA6D&#10;dVQSf3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyLKWpslyxna6MuZWuyL2RrxDBia+EvZGz2KmZt&#10;/yZmbf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAAzm8AAMJ2AAC5fAAAsX8AAKmAAACggAcAmYEX&#10;AJSBKAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlzdmcccHRuH21zdiNqcn8mZ3GJKWRxlSticKEt&#10;YHCwL15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy/yBicv8gYnL/IO9cAADcaQAAynIAAL56AAC1&#10;gAAArYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+B36BSAt5f1AQdX5XFHF9Xhhue2Uba3psHmh5&#10;dCJleH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0uWXbzKlt2/yZcd/8jXHf/IFx3/yBcd/8gXHf/&#10;IOpgAADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACUigAAjYoRAIiLIQCDijACfok7BXmHRQp0hk4O&#10;cIRVEmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9kSlXfJ4rVXysLFN8vi1SfNotU3zyKVV8/yVW&#10;fP8iV3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoAALaDAACtiQAAo4wAAJmOAACNjwAAhpAOAIGR&#10;HQB9kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEXYIhoG12HcB5ahnkhVoWDJFSFjyZRhJwoT4Sq&#10;Kk2EvCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Qg/8fUIP/H95pAADJdQAAvIAAALKIAACojQAA&#10;nZEAAJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yWPwZolUgKZJRQDWGTVxFdkl4VWpFmGFeQbhtU&#10;j3ceUY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zwJEiM/yJJi/8gSov/HkqL/x5Ki/8eSov/HtVu&#10;AADDewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAAdZ4FAHCfEwBtnyMAaZ8wAWWeOwRhnkUHXZ1N&#10;ClqcVA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5Fl5kgQ5eoIUKXuiJBl9MiQZbvIEKV/h5Clf8d&#10;Q5T/HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaSAACblwAAkZsAAIWfAAB5owAAaqcAAGWnDgBj&#10;qBwAYKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVgDkqlaRFHpHIURKR9FkKjiRg/o5caPaOnGzyj&#10;uRw7o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8YPJ//GMR8AAC2iQAAqpIAAJ+XAACVnAAAiaEA&#10;AH2mAABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQsjsCTbJEA0uxTQVIsVUHRbFdCUOxZQtAsG8N&#10;PrB6DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt/hQ0rP8UNKv/FDSr/xQ0q/8UNKv/FLuFAACv&#10;kAAAo5cAAJidAACMowAAgKgAAHStAABosgAAXLYAAFC6AQBJvA0ASLwZAEa9JwBFvTMAQ709AUG9&#10;RwE/vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMKML2kCy+9twwuvtALLrzuDC26/g0suf8NLLj/&#10;Diy4/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACDqgAAdrAAAGq1AABeugAAUr4AAEfCAQA9xwYA&#10;OMkQADfJGwA2yicANcozADTLPQAzy0cAMctRATDLWwEuzGUCLMxxAirMfwMpzJAEJ8yhBCbNtAQl&#10;zc4EJcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/B6mWAACenQAAkqMAAIWrAAB4sgAAa7gAAF++&#10;AABSwgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkAJdolACTaMAAj2zsAI9tFACLcUAAh3VsAIN1o&#10;AB7edgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY2/8CF9r/Ahfa/wIX2v8CF9r/AqCcAACUowAA&#10;h6sAAHmzAABsugAAX8EAAFLGAABGygAAO84AADHTAAAp2QAAId4FAB7oDgAd6BUAG+keABnpJwAY&#10;6jAAFuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6KAA7vngAO8LMADfDNAAzv7AAM7fwADOv/AAzr&#10;/wAM6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAAUsoAAEXOAAA50wAAL9gAACXdAAAd4QAAGOwC&#10;ABb3CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ+z8AB/tKAAT8VwAD/WYAAv53AAD9iwAA/Z8A&#10;APy1AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIurAAB9tAAAbr0AAGDGAABSzQAARNIAADfYAAAs&#10;3QAAIuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8QAAf/FAAE/xoAAf8gAAD/JwAA/zAAAP86AAD/&#10;RQAA/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cAAP/lAAD/5QAA/+UAAP/lAH+0AABwvQAAYccA&#10;AFPQAABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM+gAACf8AAAb/AAAC/wQAAP8JAAD/DQAA/xAA&#10;AP8UAAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/XgAA/3IAAP+HAAD/mgAA/6oAAP+5AAD/uQAA&#10;/7kAAP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5Af8QRQH/DVMB/wxgAf8KbQL/CXkC/wmEAv8J&#10;jgH/CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B/wjIAf8I1gH/COYB/wjxAf8I+wD/CP8A/wj/&#10;AP8J/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/JSQA/yUkAP8jJwH/HSwB/xg1Af8VQgH/ElAB&#10;/xBdAv8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8OoAL/DqYB/w2tAf8NswH/DbsB/w3FAf8N0QH/&#10;DeMB/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/AfgO/wH4Dv8B+A7/Af8mIwD/KCAA/yggAP8m&#10;IgD/IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC/xN8Av8ThgL/E44C/xKWAv8SnQL/EqMC/xKp&#10;Av8SsAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHzE/8B8hP/AfET/wLwFP8C8BT/AvAU/wLwFP8C&#10;8BT/Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8lOwH/IkgB/x9UAv8dYQL/G20C/xp3Av8agQL/&#10;GooC/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9AvYayALzGtsC7xrqAuwb9wLpG/8C6Bv/A+cc&#10;/wPmHP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA/zEVAP8wFgD/MSAA/zAqAP8uNgH/K0MB/yhP&#10;Av8mXAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPyIpsD8CKiA+8iqQPtIrED7CK5A+oixQPoItUD&#10;5CPpA+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk/wTWJP8E1iT/BP8xFgD/NBIA/zYRAP83EwD/&#10;ORsA/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8CxtA+0rdwPqK4AE6CqIBOYqkATlKpcE4yqeBeEq&#10;pQXgKq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8Hyyz/B8ks/wfILP8Hxyz/Bscs/wbHLP8Gxyz/&#10;Bv81EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5OzcB8jhEAew2UQLnNVwD4zRnA+AzcgTdM3sF&#10;2jKDBtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsxvArJMcoKxjLhC8Iy8Qu/M/4LvTP/Crsz/wq6&#10;M/8JujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJAP9EDQD/RhEA/0UZAPdEIwDuQS8A5j88AeA+&#10;SgHaPVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwLwziUDME4mw3AOKMNvjisDrw4tg+6OMMPuTjX&#10;ELU47BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wutOv8LrTr/C/88DQD/QAYA/0UEAP9JCQD/Sw0A&#10;+UoRAO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJCZgi/Qm8KvEF3C7pAfw24P4YOtj+OELQ+lRGy&#10;Pp0SsD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/EqNA/xCiQP8PokD/DqJB/w6iQf8OokH/Dv8/&#10;CQD/RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4AzU0wAMZNPwHATEwEu0tXBrdJYQm0SGkMsUdx&#10;Dq5GeRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxigQ7cZn0PHGZ1D4BqbRPMXmUX/FZhG/xOYRv8R&#10;mEb/EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVTAADdVQEA11UGANVSCwDLUxkAw1QrALxUOwG2&#10;UkgEsVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qCFZ1KihebSZMYmUmcGpdIphuVSLIclEjBHZJI&#10;2B2QSe8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8Sjkz/Ev9FAAD/SwAA6VMAAN5YAADTWwAAzVsE&#10;AMpYBwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqhVGANnlNoEJtRbxOYUHYVllB+F5RPhhmSTo4a&#10;j06YHI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ/xiGUP8WhlD/FIZR/xSGUf8UhlH/FP9HAAD4&#10;TwAA5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18jAKxfMwGmXkADoVxLB51aVAqZWVwOllhkEZNW&#10;axOQVXIWjlR6GItUghqJU4och1KUHoVSnh+DUaohgVG4In9RyyJ+UuchflP5HX5U/xp+Vf8XflX/&#10;Fn5V/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADGZAAAv2UAALpjAgCzYg8ArGMgAKZjMAGgYj0D&#10;m2FIBpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRYfhqCV4ccf1eQH31WmyF7VqcieVa1I3dWxyR2&#10;VuQkdlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/Fv9MAADpVgAA2V8AAMtlAADBaAAAumkAALRo&#10;AACtZw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcNiWFeEIZfZRODXmwWgF1zGH5cexp7XIMdeVuN&#10;H3ZamCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxxXf8acV3/GHFd/xdxXf8XcV3/F/1PAADlWQAA&#10;02IAAMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJtsKgGVazcCkGlDBYtoTAmHZlQMg2VbEIBjYhN9&#10;YmkVemFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6wJWtewSZpXt4mal/0IWtg/x1rYf8bbGH/GWxh&#10;/xhsYf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAAsXEAAKpxAACibwgAm28XAJZwJwCQbzUCi25A&#10;BYZsSQiCalIMfmlZD3toYBJ3ZmYUdWZuF3JldhpwZH4dbWOIH2tjkyJpYqAkZmKuJWVivyZkYtom&#10;ZGPyImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBTAADdXwAAy2gAAL9vAAC2cwAArnUAAKZ1AACd&#10;cwUAlnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1XDnZsXhFza2QUcGpsF21qcxpraXwcaGiGH2Zn&#10;kSJjZ54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8cYmj/GmJo/xliaP8ZYmj/GexXAADZYgAAx2sA&#10;ALxyAACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCGeC8BgXc7BHx1RQd4dE0KdHJVDnFxXBFucGMU&#10;a29qFmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpruyZZbNMmWmzvI1ts/x9cbf8cXW3/Gl1t/xld&#10;bf8ZXW3/GehaAADSZgAAw28AALh2AACvewAApn4AAJ1+AACRfAAAinwPAIV9HgCBfS0BfHw5A3d6&#10;QwZzeUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gbXnKCHltyjSBZcZoiV3GoJFVxuSVUcdAlVHHu&#10;IlZx/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADNaQAAv3MAALR6AACrfwAAooIAAJiDAACLgQAA&#10;hIENAH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9Vw5kfF4RYXtmFF56bRdbenYZWXmAHFZ4ix9T&#10;eJghUXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/GVJ3/xlSd/8ZUnf/Gd5iAADIbgAAu3cAALB/&#10;AACnhAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYAcIgyAmyHPQRohkYGZYVOCWGFVQxehFwPW4Nj&#10;ElmCaxVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJf8whSX7rH0p+/BxLfv8aS37/GUx+/xhMfv8Y&#10;TH7/GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2NAAB8jQAAdY4EAG+PEgBtkCEAaZAuAWWPOQJi&#10;jkIEXo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7F0qJhxlIiJUbRoijHUSItB1DiModQ4fqHESG&#10;+xpEhv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAAsYIAAKeKAACcjgAAkpAAAIaTAAB5lQAAbJcA&#10;AGaXDgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdSllYJT5VeDEyUZg5KlG8QR5N5E0SThRVCkpMX&#10;QJKiGD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P/xU+j/8VPo//FcVzAAC3fwAArIkAAKGPAACW&#10;kwAAi5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6EiAFWhLwBSoTkBUKFDAk2gSwRKoFMFSKBaB0Wf&#10;YwlDn2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgTN53oEjab+hI2mv8SNpn/ETeZ/xE3mf8RN5n/&#10;Eb57AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABrpAAAX6cAAFKqAABNqw4AS6saAEqrJwBIqzMA&#10;Rqs9AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeqgAk0qo8LMqqfDDGqsAwwqscMMKnnDC+n+g0v&#10;pv8NL6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQAAJSZAACHngAAe6MAAG+oAABjrAAAV68AAEuy&#10;AABBtQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cANrdQATS3WgEyt2QCMLdvAy63fAQst4sFKrec&#10;BSm3rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgmsv8IJrL/CK+NAACilAAAl5oAAIugAAB+pgAA&#10;casAAGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3DEgAswx4AK8MpACrEMwApxD0AKMVHACfFUQAm&#10;xVwAJcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbkAR3E+AIcwv8DHMH/AxzB/wQcwf8EHMH/BKWU&#10;AACamgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAAQsAAADjDAAAvxwAAJssEAB7QCgAb0REAGtIa&#10;ABnSJQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT1nwAEtePABHYpAAQ2bsAENneABDV8wAQ0/8A&#10;ENL/ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWwAABotwAAW70AAE7BAABCxQAAN8gAAC3MAAAk&#10;0AAAHNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUtAAzlNwAL5kIACuZPAAnnXQAI520ABuaAAAXm&#10;lQAE5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8AAOb/AJOhAACFqQAAd7EAAGm5AABbwAAATsYA&#10;AEHKAAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL8QgACfMOAAfzEwAE8hoAAvIiAADyKgAA8jQA&#10;API/AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADzxgAA9OUAAPT2AAD0+wAA9PsAAPT7AIepAAB5&#10;sgAAaroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0AABXhAAAP5AAACugAAAXzAAAD/QEAAPwIAAD7&#10;DQAA+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkAAP5aAAD+bQAA/4IAAP+YAAD/rAAA/8AAAP/Y&#10;AAD/5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA0gAAMtkAACbeAAAb4gAAEuYAAAzqAAAF7QAA&#10;APQAAAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zcAAP9GAAD/WAAA&#10;/2sAAP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7AP8bJgD/HCQA/xokAP8VJwD/EC0A/wo2AP8F&#10;QwD/AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA/wCaAP8AoAD/AKYA/wCsAP8AsgD/ALkA/wDC&#10;AP8AzQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP8fIwD/HyEA&#10;/x4hAP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8EZwH/A3MB/wN9Af8DhwH/A48A/wKWAP8CnAD/&#10;AqIA/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDqAPwA9gD4AP8A9wL/APcD/wD2BP8A9gT/APYF&#10;/wD2Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA/xUvAP8SPAD/EEkA/w5WAf8MYgH/C24B/wt5&#10;Af8LggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/CrIA/wq7AP0KxgD7CtQA9wrnAPMK9ADwCv8A&#10;7wv/AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8lGwD/JhgA/yUXAP8hGAD/ICEA/x4rAP8aNwD/&#10;F0UA/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCOAfwQlQH6EJsB+RChAfcQqAH2EK8B9BC3APMQ&#10;wgDxENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B4hL/AeES/wHhEv8B4RL/Af8pFgD/KhMA/ykS&#10;AP8nEwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8GWQB+BluAfYYeAHzGIEB8RiJAe8YkAHuGJcB&#10;7BieAeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa8QHYGv4C1Bv/AtIb/wLRG/8C0Bv/AtAb/wLQ&#10;G/8C0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4hAP8sLQD/KTkA+SZGAPQkUwHvIl4B6yJpAegh&#10;cwHmIXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB2CGxAtUhvALTIskC0CLfAswj8APII/0DxiT/&#10;A8Qk/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/MgsA/zMIAP82DQD/NhIA/zUaAP0yJQD0MDIA&#10;7S0/AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAqhgLOKo4DzCqVA8oqnAPJKqMExyqsBMUqtgTD&#10;KsMFwirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/BbQs/wW0LP8FtCz/Bf80DAD/NgUA/zkDAP88&#10;CAD/PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIBzTNdAckzZwLGM3ADxDJ4BMEygAS/MocFvjKP&#10;Brwylga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5QmtM/UJqzP/Caoz/wioM/8HqDP/B6cz/wenM/8H&#10;pzP/B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8EgDbOh8A0DsxAMo8QADEPE0BwDxYArw7YQO5&#10;O2oFtjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzihC6k4qgyoOLYNpjjFDaQ43g6hOfENnzr/DJ46&#10;/wudOv8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA90QAAOZHAADfSAEA2kYGANlACwDNQhkAxUQr&#10;AL5EOwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmmQHsKpD+DC6M/ig2hPpMOnz6cD50+pRCbPrER&#10;mj6/EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB/wuSQf8LkkH/C/89AAD/QwAA6UkAAN5OAADT&#10;TwAAzU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pOA6dJVwWkSGAHoUdnCZ5GbwqcRnYMmkV9DphF&#10;hQ+WRI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgVikX6EolG/xCJRv8OiEb/DYhG/w2IRv8NiEb/&#10;Df9AAADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5TxEAslAiAKxRMgCnUT8ColBKA55PUwWbTlwI&#10;mE1jCpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhInBWGSKgWhUi1F4NIxxiBSOQYgUr3FYBK/xKA&#10;S/8QgEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMAAM5YAADEWgAAvVoAALhXAQCxVA4AqlYeAKVW&#10;LgCfVjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0OiE90EIZPfBKEToUTgk6OFYBNmRd+TaQYfE2y&#10;GXpNwxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94UP8PeFD/D/1GAADnTwAA1lcAAMhcAAC/XwAA&#10;t18AALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZTAWMWFUIiVdcCoZWYwyDVWoOgVRxEH9TeRJ9&#10;U4EUelKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLyGXFT/xVxVP8TclT/EXJU/xByVP8QclT/EPNI&#10;AADjUwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkAnV8XAJhfJwCTXzUBjl5AA4pdSgWGXFIHg1tZ&#10;CoBaYAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhvVp8ablWsG2xVvRxrVtUda1bwGmtX/xdrWP8U&#10;bFj/EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBkAAC3ZwAArmgAAKdmAACfYgYAmGMUAJJkJACN&#10;YzIBiWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxrEHNccxJwW3sUbluFF2xakBlqWpwbaFmqHGZa&#10;uh1lWtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8SZ1z/Eu1OAADaWQAAyGEAALxnAACzagAAq2wA&#10;AKJqAACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7ZE0GeGNUCXViWwtyYWENcGFpD21gcBJrX3kU&#10;aV+DF2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf/RhhX/8VYV//E2Jf/xJiX/8SYl//EupRAADU&#10;XAAAxGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQAIdrHgCDaywAfms4AnpqQgN2aUoGc2hSCHBn&#10;WQptZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpgaXWKmHFtith1aYswdWmLqHFtj/BhcY/8WXGP/&#10;FF1j/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACscgAApHQAAJpzAACObwAAh28NAIJvGwB9cCkA&#10;eW81AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRpbBFhaXUTX2h/FlxoihhaZ5YaWGekHFZntB1V&#10;Z8odVWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/E+FYAADLYwAAvWsAALJyAACpdgAAoHgAAJZ3&#10;AACIcwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YEanJOB2dxVQlkcFwLYXBjDl9vahBcbnMSWm58&#10;FVdtiBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhRbP8VUmz/FFJs/xNSbP8TUmz/E9xcAADHZwAA&#10;uW8AAK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5FAByeiMAbnovAWt5OgJoeUMDZHhLBWF3Ughf&#10;d1kKXHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKhGUxysRpKcsYaSnLlGkty+RdMcv8VTHL/E01y&#10;/xJNcv8STXL/EtRgAADCawAAtXQAAKt7AACifwAAl4EAAIyBAAB6fgAAc38CAG5/EQBrgB4AaIAs&#10;AGWANwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1RfG4PT3t4EUx7gxRKepEWSHqfF0Z6rxhFesQY&#10;RHrkGEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1lAAC9cAAAsXkAAKeAAACchAAAkoYAAIaGAAB3&#10;hgAAa4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdFA1aHTQRThlQGUIZbCE6FYwpLhGwMSYR2D0aD&#10;gRFEg48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8SQID/EUCA/xBAgP8QQID/EMZrAAC3dgAArH8A&#10;AKKFAACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBakBQAWJAhAFaRLQBTkDgBUZBBAk6QSQNMkFAE&#10;So9YBUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqNrBE5jcEROI3hEDiL9hA4iv8POYn/DzmJ/w45&#10;if8OOYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEAAHqTAABtlQAAX5cAAFSZAQBPmQ8ATpoaAEya&#10;JwBKmjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYFO5lwBzmYfAg3mIoKNZiaCzOYqwsymL8MMpjf&#10;CzGW9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACshQAAoYsAAJaQAACLlAAAf5cAAHKbAABmnQAA&#10;WqAAAE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADylPgA7pUcBOaVPATelWAI1pWECM6VsAzGleQQv&#10;pIcFLaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/CCmf/wgpn/8IKZ//CLGCAACliwAAmpEAAJCW&#10;AACDmgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAANa8MADOwFQAysCEAMbArAC+wNQAusT4ALbFI&#10;ACyxUQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIisrsCIbLbAiGv8wMgrv8DIK3/BB+s/wQfrP8E&#10;H6z/BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCrAABVrwAASbEAAD60AAAztwAAKroDACS8DQAi&#10;vRUAIb0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9eABq/bAAZv3wAGL+OABfAoQAWwLYAFMDTABW+&#10;8QAVvP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAAip4AAH2kAABvqgAAYq8AAFa0AABKtwAAProA&#10;ADO9AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQzCUAD80vAA7NOgAOzUYADc1SAA3OYAAMznAA&#10;C86DAArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL/wAJy/8ACcv/AJiYAACNngAAf6UAAHGsAABk&#10;swAAV7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80AABHRAAAM1gUACNkMAAbZEgAF2hsABNokAAPb&#10;LgAB2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350AAN+zAADfzgAA4O4AAN/6AADf/wAA3/8AAN//&#10;AI+fAACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAxyQAAJswAAB3QAAAU1AAADtkAAAndAAAD4QAA&#10;AOMHAADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADrQwAA7FIAAOxiAADtdgAA7owAAO6hAADvtwAA&#10;79EAAO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cAAFm/AABLxgAAPMoAAC/OAAAk0gAAGtgAABLc&#10;AAAM4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsAAPAQAADxFQAA8x4AAPQnAAD3MwAA+UAAAPpR&#10;AAD7YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA/98AAP/fAHewAABouQAAWsEAAEzKAAA8zwAA&#10;LtQAACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADwAAAA9gAAAPYAAAD3AAAA+AAAAPoHAAD7DQAA&#10;/REAAP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93AAD/jQAA/58AAP+uAAD/ugAA/7oAAP+6AP8W&#10;IwD/FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A/wBcAP8AaAD/AHQA/wB+AP8AhwD/AI8A/wCW&#10;AP8AnAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/ANYA/wDnAP4A8wD+AP4A/QD/APwA/wD7AP8A&#10;+wD/APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8QIAD/CiUA/wQwAP8APQD/AEsA/wBYAP8AZAD/&#10;AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALEA/QC5APsAwwD6ANAA+ADjAPcA&#10;8QD2APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8dHAD/HBkA/xkZAP8UGwD/Dv/i/+JJ&#10;Q0NfUFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJTAP8AXwD/AGsA/wB1AP8AfgD/AIYA/wCOAP8A&#10;lAD+AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA8ADfAO4A7gDsAPkA6wD/AOoA/wDqAf8A6QH/&#10;AOkB/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/Fh0A/xMoAP8QNAD/DUEA/wxOAP8JWgD/CGYA&#10;/whwAP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEGowDvBqoA7QayAOoGuwDoBsgA5gbcAOQG7ADi&#10;CPoA4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/AP8jEgD/IxAA/yEOAP8eEAD/HhgA/xwjAP8Y&#10;LwD/FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA7Q6EAOsOiwDpDpIA5w6ZAOYOoADkDqcA4g6v&#10;AOAOuADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHMEv8ByxP/AcoT/wHKEv8ByhL/Af8nDwD/JwwA&#10;/yUJAP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8YTwDqF1oA5hZlAOMWbgDgFncA3hZ/ANwWhwDZ&#10;Fo4A1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjSAMca6AHDG/gBwBv/Ab4c/wG9HP8CvBz/Arwb&#10;/wK8G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A/ykVAPcmIADuIy0A5yE6AOEfSADbH1QA1SBf&#10;ANEgaADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHDIZ4BwSKmAb8irwG9IrsCvCPKArkj4wK1JPQC&#10;syT/A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8vBgD/LwAA/zIAAP8zAgD5MggA9y8OAOsrFgDh&#10;JyIA2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpzAbsqegK5KoICuCqJArYqkAK0KpgDsyqhA7Eq&#10;qgOvK7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8Eoi3/BKIs/wSiLP8Eoiz/BP8yAAD/MwAA+TgA&#10;AOk5AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9M0gAuTRTAbYzXAGzM2UCsDNtAq4zdAOsMnsD&#10;qzKDBKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y0QecM+oHmjP7B5g0/weXNP8GljT/BpY0/wWW&#10;NP8FljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8DAM04CADFOBUAvTomALc7NgCyPEMArjxOAao7&#10;VwKnO2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0HmTiWCJg4oAmWOKsKlDi4CpM5yguROeULjzr3&#10;Co06/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADxPgAA40UAANRJAADLSgAAxUcAAMFBBAC6PxEA&#10;s0EhAK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhAagWWQHEGlD94B5I/fwiQP4gKjz6RC40+mwyL&#10;PqYNiT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/CYJB/wiCQf8IgkH/CP88AADrQwAA3EoAAMxP&#10;AADDUAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToAm0lFAZhITgKUR1cDkkdeBY9GZQaNRmwHi0Vz&#10;CYlFewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8RNoRe0TxD3pF/w16Rv8Lekb/CnpG/wl6Rv8J&#10;ekb/CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQAACpTAsAok0YAJ1OKACYTjYAlE5BAZBNSwKN&#10;TVMEikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJDnpIkw94SJ8Qd0isEnVIvBJ0SdITc0nuEXJK&#10;/w9ySv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAAzlMAAMFYAAC4WgAAsFkAAKlWAACiUgcAm1IV&#10;AJZTJACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+T2UIe09sCXlOcwt3TnsNdU2FDnNNkBBxTZwS&#10;b02pE25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP/wtsT/8LbE//C+5FAADcUAAAyVcAAL1cAAC0&#10;XgAArF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7AYNWRAJ/Vk0DfFVUBXpUWwZ3VGIIdVNoCXNT&#10;cAtxUngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsVZVLpFGVS+xFmU/8PZlP/DWZT/wxmU/8MZlP/&#10;DOpJAADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACWWgAAj1oQAIpbHgCFWywAgVs4AX1bQQJ6WkoD&#10;d1lRBHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dVihFlVZcTY1WkFGFVtBVgVcgWX1XnFWBW+hJg&#10;Vv8PYVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4AALZjAACtZgAApGYAAJtkAACQXgAAiV4OAIRf&#10;GwCAXykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp9D2JaiBFfWZQTXlmi&#10;FFxZshVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1cWv8NXFr/DeNPAADNWQAAvmEAALNmAACpaQAA&#10;oGoAAJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNjPAFvYkUCbGFMBGphVAVnYFoHZWBhCGNfaQph&#10;X3EMX157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7jFVZe9xJWXv8QV17/Dlde/w1XXv8NV17/Dd5T&#10;AADIXQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAAfmcJAHhnFQB0ZyMAcWgvAG5nOQFrZ0ICaGZK&#10;A2VmUgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBVYpESU2KfE1JirhVRYsIVUGLhFVFi9hJRYv8Q&#10;UmL/DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxuAACjcQAAmnMAAI9xAAB/awAAeGsFAHJrEgBu&#10;bB8Aa2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpdB1lpZQlXaW0LVWl3DVNogg9QaI8RTmedE01n&#10;rBRLaMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8NTWf/DdJaAADAZAAAs2wAAKlyAACgdgAAlncA&#10;AIp2AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABgcj0BXnJFAltxTQNZcVQFV3BbBlRwYwhSb2sK&#10;UG90DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt9BFGbf8PR23/Dkds/w1HbP8NR2z/DcxfAAC8&#10;aQAAsHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cAAGV3DABheBcAX3gkAF15MABaeToBWHlCAlZ4&#10;SgJTeFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoOQ3WZD0J1qRBAdbwQQHXZEEB08w9AdP8OQXP/&#10;DUFz/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACXfwAAjIEAAIGBAABygAAAZX8AAF1/CABZfxMA&#10;V4AgAFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/XQVGf2YGRH5wCEJ+ewk/fogLPX2XDDx9pw06&#10;fboOOn7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/C8BpAACydAAAp3wAAJ2BAACShAAAh4YAAHuH&#10;AABuhwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAASYk6AEiJQgFGiUoBRIlSAkKJWgNAiGMEPYht&#10;BTuIeAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akzhf8JM4T/CTOD/wkzg/8JM4P/CblwAACtegAA&#10;ooIAAJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+RAABHkgoARJITAEOTHwBBkyoAQJM0AD+TPQA9&#10;k0UAO5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKTBS6SpAYtkrcGLJLRBiyR7wYrj/8GK47/BiuN&#10;/wcrjf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAAepMAAG2VAABhlwAAVZkAAEmbAAA/nAEAOZ0O&#10;ADedFwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAun1oALZ9kASufcQEpnn8CJ56QAiaeoQIknrUC&#10;I57OAiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyBAACgiAAAlY4AAIuSAAB/lgAAcpoAAGWdAABZ&#10;oAAATqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oiACaqLAAlqjUAJKo/ACOqSAAiq1MAIateACCr&#10;agAeq3kAHauLABurnQAaq7EAGavKABmq7AEZqP0BGKf/Ahim/wIYpv8CGKb/AqWJAACZjwAAj5QA&#10;AIOZAAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAvsAAAJrMAAB61BgAZtw8AGLcXABe3IQAWtyoA&#10;Fbc0ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5lwAOuawADbnEAA245wAOtvsADrX/AA60/wAO&#10;tP8ADrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsAAFKvAABGsgAAOrUAAC+3AAAlugAAHb0AABXA&#10;AAAQwwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0ABcZJAAXGVwADxmYAAsZ3AAHGiwAAxqAAAMW2&#10;AADG0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJnAAAe6MAAG2pAABgrwAAU7QAAEa4AAA6uwAA&#10;Lr4AACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQEAAA0BYAANEeAADSJwAA0zEAANQ8AADVSQAA&#10;1lgAANZpAADWfAAA1pIAANanAADWvwAA1uAAANbzAADW/gAA1v8AANb/AIydAAB+pAAAb6sAAGGy&#10;AABUuQAARr0AADnBAAAtxAAAIscAABnLAAARzgAADNIAAAXVAAAA2wAAANwDAADdCgAA3g8AAN8U&#10;AADhHAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA6YEAAOmYAADprQAA6cUAAOniAADp8gAA6fUA&#10;AOn1AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzKAAAgzgAAFtIAAA/WAAAI2wAAAN8AAADjAAAA&#10;5QAAAOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEhAADzKwAA9jgAAPdIAAD4WgAA+W0AAPqEAAD6&#10;mwAA+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAAVr4AAEjGAAA5ywAAK9AAAB/UAAAU2gAADd8A&#10;AAXjAAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA9QAAAPYCAAD4CQAA+g4AAP0TAAD/HAAA/ygA&#10;AP82AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/uQAA/7wAAP+8AP8RIAD/EB4A/wweAP8EIQD/&#10;ACcA/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8A&#10;qgD/ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA+wD/APsA/wD7AP8A+gD/APoA/wD6AP8A+gD/&#10;AP8UHAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA&#10;/wCOAP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkAvQD4AMkA9wDcAPUA7ADzAPgA8wD/APIA/wDx&#10;AP8A8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEVAP8MFwD/BR0A/wAoAP8ANgD/AEMA/wBQAP8A&#10;XAD/AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA9QCcAPQAogDzAKgA8QCwAPAAuADuAMMA7ADT&#10;AOoA5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A5QD/AP8aEwD/GBEA/xQQAP8PEQD/DRkA&#10;/wokAP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUAdQDyAH0A8ACEAO4AiwDsAJEA6wCXAOkAngDn&#10;AKQA5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9ANgA/wDWAP8A1QH/ANUB/wDVAv8A1QL/AP8e&#10;EAD/HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA/QhFAPgGUQD0BFwA7gRmAOoEbwDmA3cA5AR/&#10;AOIEhgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDSBbsA0AbJAM4H4ADMCPEAyQr/AMcL/wDGDP8A&#10;xQz/AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8dCgD/GxAA/xgYAP8UIwD2ETAA7w4+AOoOSgDl&#10;DVYA4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2PAM0OlgDLDp0Ayg6lAMgOrgDGD7kAxBDIAMIQ&#10;3wC+EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8BthP/Af8lBgD/IwAA/yMAAP8kAwD/IQoA/R0R&#10;APEaGwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDIFmsAxRZzAMMXewDBF4IAwBiJAL4YkAC8GJgA&#10;uxmgALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd/wGpHf8BqR3/Aagd/wGoHf8BqB3/Af8oAAD/&#10;JwAA/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0tAMkePADEIEkAvyBTALwhXQC5IWUAtyJtALUi&#10;dACzInwAsSKDAbAiigGuIpIBrCObAasjpAGpI68BpyO8AaYkzgGjJOgCoCX5Ap4l/wKdJf8CnCX/&#10;Apsl/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADaMwAA0y4DANIlCgDJJRcAwScnALspNgC2KkMA&#10;sitOAK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMrhAKhK40CnyuVAp4rnwKcK6oDmiu2A5ksxwOX&#10;LOIDlC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/A/8wAADyMwAA5DoAANY9AADMPAAAxzkAAMMx&#10;BQC9LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oBnzNiAZwzaQKaM3ACmTN3ApcyfwOVMocDkzKQ&#10;BJIymgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWGNP8FhjT/BIU0/wSFNP8EhTT/BPwzAADrOgAA&#10;3EEAAM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5KwChOjgAnTtEAJo7TQGXOlYBlDpdApI6ZAKQ&#10;OmsDjjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmtB4I5vAiBOdMIfzruCH06/gd8O/8GfDv/BXw7&#10;/wV8O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAAtUkAAK9DAACpPgsAoj8XAJ1AJgCYQTQAlEE/&#10;AJFBSQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWBP30Gfz6HB30+kQh7PpwJej6pCXg+uAp3P80K&#10;dT/qCnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7AADfRQAAzEwAAL9PAAC2UAAArk8AAKdKAACg&#10;RAcAmkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZVAoFFXAN+RWMEfERqBHpEcQV5RHkGd0SCCHVD&#10;jQlzQ5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8IbEX/B2xF/wdsRf8HbEX/B+w/AADYSQAAx1AA&#10;ALtUAACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJSywAhUw4AIJLQgF/S0oBfEpSAnlKWAN3Sl8E&#10;dUlmBXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhIsg1nSMUNZknkDWZJ+AtmSf8JZkr/CGZJ/wdm&#10;Sf8HZkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgAAJxVAACTTgAAjE4OAIdPGwCCTykAf1A1AHtQ&#10;PwF4T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIHaU18CGdMhwplTJMLY0ygDWJMrw5hTcIOYE3h&#10;DmBN9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADNUAAAvlcAALNbAACqXQAAoV0AAJhaAACNUwAA&#10;hlIMAIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1SUwJrUlkDaVJgBGdRaAZlUXAHY1F5CGFRhApg&#10;UJEMXlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/CVtR/whbUf8IW1H/CN9KAADJUwAAu1oAALBf&#10;AACmYQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIAc1guAHBXOQBtV0EBaldJAmhWUAJmVlcDZFZe&#10;BGJVZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5WVb4PVVXbD1VV8w1VVf8LVlX/CVZV/wlWVf8I&#10;VlX/CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBjAACDXAAAe1sGAHVbEgBxWx8AblwrAGtcNgBo&#10;Wz8BZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1CFdZgApVWYwLVFmaDVJZqg5RWbwOUFnYDlBZ&#10;8g1RWf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAAtGEAAKpmAACgaAAAl2kAAIxnAAB9YAAAdV8D&#10;AG9fEABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJcX1MDW19aBFlfYQVXXmkGVV5zCFNefglRXYoL&#10;T12ZDE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd/wlMXf8ITF3/CM9UAAC+XgAAsWUAAKdqAACd&#10;bQAAlG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQlAGBlMABeZToAXGVCAVplSgJYZFECVmRYA1Rk&#10;XwRSZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gNRmPRDUZj7wxGYv8KR2L/CUdi/wlHYv8IR2L/&#10;CMpYAAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0awAAaWkAAGNpCwBfaRUAXGohAFpqLQBYazYA&#10;Vms/AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhpeQdGaYYJRGmVCkNopQtBabcMQGnPDEBo7gtB&#10;aP8KQWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0AAKBzAACWdgAAi3cAAIB2AABwcgAAZXEAAFxw&#10;BwBYcBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsBS3FTAklxWgNHcWIERXBsBUNwdwZBcIQHP3CT&#10;CD1vowk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7bf8HO23/B79iAACxawAApnMAAJ15AACSewAA&#10;h3wAAHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4JABLeS4ASXk3AEh5QABGeUgBRHlPAUJ5VwJB&#10;eWACP3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjLBzR36wc0dv0HNHX/BzV1/wY1dP8GNXT/Brlo&#10;AACtcQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAAW4EAAFGBAABIgAoARYETAEOBHgBCgikAQYIy&#10;AECCOwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMzgn8DMYGOBDCBnwQugbEFLYHIBS2B6QQtf/wF&#10;LX7/BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKDAACIhgAAfYcAAHCIAABjiQAAVYoAAEuKAABB&#10;igIAO4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xGADKNTwAxjVgAL41iAS2MbgErjHsBKoyLAiiM&#10;nAImjK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8DJYf/A612AACjgAAAl4UAAI2JAACCjAAAdo4A&#10;AGmQAABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAslxoAK5ckACqXLQAplzYAKJg/ACeYSAAmmFIA&#10;JZhcACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX5QEclfoBG5T/ARuT/wIbk/8CG5P/Aqd/AACc&#10;hgAAkYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0AAD2eAAAznwAAKqEAACGjCgAfoxEAHqMaAB2k&#10;JAAcpC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAAFKWBABOllAASpagAEaW/ABCk4gARovgAEaH/&#10;ABGg/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABxmgAAZJ4AAFihAABMpAAAQKYAADWnAAAqqQAA&#10;IqwAABmuAAASsAkAELEQABCxGAAOsSIADrErAA2xNQANsUAADLFLAAuxWAAKsWcACLF4AAexiwAF&#10;saAABLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/AJiOAACPkwAAgpgAAHWdAABnogAAWqcAAE6r&#10;AABBrQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMAB74MAAO9EgABvRkAAL4iAAC+KwAAvjYAAL5B&#10;AAC/TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAAveQAAL32AAC9/wAAvf8AAL3/AJKUAACFmgAA&#10;eKAAAGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7AAAXvgAAEMEAAAvEAAAExwAAAMkHAADJDQAA&#10;yRIAAMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9gAADPcgAAz4cAAM+dAADPswAAz84AAM/rAADO&#10;+AAAzv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAAQrkAADW8AAApvwAAHsIAABXGAAAOyQAACMwA&#10;AADQAAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA3B8AAN4oAADgNAAA4kEAAOJRAADjYwAA43cA&#10;AOSOAADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyjAABuqgAAYLIAAFG5AABDvgAANcIAACjGAAAc&#10;yQAAE80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIAAADkAAAA5QMAAOcJAADpDgAA6xIAAO0aAADv&#10;JAAA8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkAAPe8AAD3zgAA998AAPffAHCsAABhtAAAU7sA&#10;AEXDAAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA4gAAAOUAAADpAAAA7AAAAO0AAADwAAAA8QAA&#10;APMAAAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/QAAA/1MAAP9oAAD/gAAA/5YAAP+oAAD/tgAA&#10;/78AAP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAuAP8APAD/AEoA/wBWAP8AYwD/AG0A/wB3AP8A&#10;fwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA/wC0AP8AvQD/AMkA/gDdAP0A7QD8APoA+wD/&#10;APoA/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/DRcA/wYWAP8AGAD/AB4A/wAqAP8ANwD/AEUA&#10;/wBSAP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8AkAD+AJYA/QCcAPwAoQD7AKgA+QCvAPgAuAD2&#10;AMMA9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/AO8A/wDuAP8A7gD/AP8SFAD/DxIA/wsSAP8A&#10;EgD/ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA/QBtAPsAdgD5AH0A9wCEAPUAiwD0AJEA8wCX&#10;APEAnQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDlAPEA4wD9AOMA/wDiAP8A4QD/AOEA/wDgAP8A&#10;4AD/AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8ALQD/ADoA/wBHAPkAUwD1AF4A8gBoAPAAcADt&#10;AHgA6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCmAN8ArgDcALgA2gDFANYA2QDUAOwA0gD5ANEA&#10;/wDPAP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA/w8FAP8OCwD/DBEA/wcaAP8BJgD8ADQA9ABB&#10;AO0ATQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZAIYA1gCNANMAkwDRAJoAzwChAM0AqgDLALMA&#10;yQC/AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D/wC/A/8AvwP/AP8bBgD/FwAA/xQAAP8TBQD/&#10;EQ0A/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRbANIEZADPBWwAzAVzAMoFegDIBYEAxgWHAMUG&#10;jgDDBpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUAtQv3ALMN/wCxDf8AsA3/ALAO/wCvDv8Arw7/&#10;AP8eAAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDiCyIA2AsxANAMPgDLDUoAxw1VAMQOXgDBDmYA&#10;vw5tAL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQowCwEa0ArxG6AK0RygCqEuUApxT3AKUV/wCj&#10;Ff8AohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMAAOYkAADgIQAA3BkFANsQDADQERkAyBMpAMIV&#10;NwC9FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUAqxl8AKkZhACoGowAphqUAKQangCjG6gAoRu0&#10;AJ8cxQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGVH/8BlR//Af8mAAD0JwAA5i0AANovAADPLQAA&#10;yicAAMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgiUgCmIloAoyNiAKEjaQCgI28AniN3AJwjfgCb&#10;I4YAmSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibvAYwn/wKLJ/8Ciif/Aokn/wKJJ/8BiSf/Afop&#10;AADsMAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4AricdAKgpKwCkKjgAoCpDAJ0rTACaK1UAmCtc&#10;AJYrYwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKKLJ8CiCyrAoYsugKFLc4Dgy7qA4Eu/AOALv8C&#10;fy7/An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/AAC7PwAAtDwAAK81AACpLwsAoy8XAJ4xJgCZ&#10;MjMAljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNsAYYzcwGEM3wCgjOFAoAzjwN/M5oDfTOnA3wz&#10;tQR6M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8DdTX/A/AzAADdPQAAykMAAL5FAAC1RgAArUMA&#10;AKY9AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCHOUwAhDlTAYI5WgGAOWEBfjloAnw5bwJ6OXcC&#10;eTmAA3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm469wVuO/8EbTv/BG07/wNtOv8DbTr/A+o5AADV&#10;QgAAxEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQAIw9HQCIPioAhD81AIE/PwB+P0gAfD9PAXo/&#10;VgF4P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMFaz6gBmo+rgZpP8AHZz/eB2c/9QZmQP8FZkD/&#10;BGZA/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACqUAAAok8AAJlKAACRRAAAikENAIRCGQCAQyYA&#10;fUQyAHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1DZwJrQ28DaUN5BGhDgwVmQ48GZEOdB2NDqwdh&#10;Q70IYETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/BOBBAADKSgAAu1AAALBTAACnVQAAnlMAAJVP&#10;AACLSQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEAbkhJAWxIUAFqSFYBaEhdAmZHZAJlR2wDY0d2&#10;BGFHgAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8QdaSf8GWkn/BVpI/wVaSP8EWkj/BNtEAADGTQAA&#10;uFMAAK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdLEgBzTB8AcEwrAG1MNQBrTD4AaExGAGZMTQFk&#10;TFMBYkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuYB1dMpwhWTLkJVUzRCVRM7whUTf8GVUz/BlVM&#10;/wVVTP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAAl1wAAI1ZAACBUwAAd08EAHFPEABuUBwAalAo&#10;AGhQMgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWFBxBFdQewVVUIgGU1CWB1JQpQhQULcJ&#10;UFDOCU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBLAAC/VAAAsloAAKdeAACdYAAAlGAAAIldAAB8&#10;VwAAclQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRAAFxUSAFaVE8BWVRWAVdUXQJVVGUDVFRuBFJU&#10;eQVQVIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4HS1T/BktU/wVLVP8FS1T/BcxOAAC7VwAArl4A&#10;AKRiAACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABiWBYAX1giAF1ZLABbWTYAWVk+AFdZRgBWWU0B&#10;VFlUAVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hYogdHWbMIRlnKCEVZ6ghGWf0GRlj/BkZY/wVH&#10;WP8FR1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkAAINnAAByYAAAaF4AAGFdCQBcXRMAWl0eAFdd&#10;KQBWXjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmECSl5qA0hedQRGXoIFRF2QBkNeoAdBXrEHQF7I&#10;B0Be6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0XwAAqGYAAJ5qAACVbQAAim0AAH9sAABvZwAA&#10;ZGQAAFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1kQABLZEgASmRPAUhkVwFGZF8CRWRoAkNkcwNB&#10;Y38EP2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/BTti/wU8Yf8EPGH/BL5bAACwYwAApWoAAJtv&#10;AACRcgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0ATWkXAEtpIQBJaisASGo0AEdqPQBFa0QARGtM&#10;AEJrVAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2aq4FNWrEBTVq5QU1afkENWn/BDVo/wQ1aP8E&#10;NWj/BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3AABpdAAAXHMAAFFxAABIcAoARXASAENxHQBC&#10;cScAQHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJjATZybQI0cnoCM3KJAzFymgMvcqwDLnLBAy5y&#10;4wMucfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAAnXYAAJN6AACIfAAAfn0AAHJ9AABkfAAAV3sA&#10;AEx6AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2ezsANHtEADN7TAAye1UAMHtfAC97agEte3cB&#10;K3uHASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4/wInd/8CJ3f/Aq5sAACjdgAAmXwAAI5/AACE&#10;ggAAeIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJADCEEQAvhBoALYQkACyFLQArhTUAKoU+ACmF&#10;RwAohlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcBHoa8AR6G3gAehPUBHoL/AR6C/wEegf8BHoH/&#10;Aah0AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABYjAAATI0AAECOAAA2jgAALI8AACWQDAAjkBMA&#10;IpAcACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqRYAAZkW4AGJF+ABaSkAAVkqQAFJG5ABOR2AAT&#10;j/QAFI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogAAISMAAB3jwAAaZEAAF2TAABQlQAARZcAADmY&#10;AAAumQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQAEp0tABGeNwARnkEAEJ5MAA+eWAAOnmcADZ53&#10;AAyeigALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wALmf8AC5n/AJyEAACRigAAiI4AAHuSAABtlgAA&#10;YJkAAFScAABInwAAPKAAADChAAAmowAAHaUAABWnAAAQqQUAC6sNAAiqEwAHqhsABqokAAWqLgAE&#10;qjgAAqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmqAACpwQAAqOQAAKj2AACn/wAAp/8AAKf/AJWL&#10;AACMkAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAAMaoAACarAAAdrQAAFLAAAA6yAAAJtQEAArYK&#10;AAC2DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAAuFQAALhkAAC4dgAAuIsAALegAAC3tgAAt9MA&#10;ALbvAAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGaiAABYpwAAS6wAAD6vAAAxsQAAJrMAABy2AAAT&#10;uAAADbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQVAADEHAAAxSQAAMYuAADIOgAAyUcAAMlXAADJ&#10;aQAAyX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0AAMj9AIWZAAB3nwAAaKYAAFqrAABNsQAAP7UA&#10;ADG4AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAAzQAAAM4AAADPAwAA0AkAANEOAADTEgAA1RkA&#10;ANciAADaLQAA3TkAAN5JAADeWgAA324AAN+FAADfnAAA37IAAN7LAADe5gAA3/QAAN/0AHmhAABr&#10;qAAAXK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgAAAnMAAAAzwAAANMAAADZAAAA3AAAAN0AAADf&#10;AAAA4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsAAPA6AADxSwAA8V4AAPJzAADziwAA86IAAPO2&#10;AADzyQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAyxAAAJMgAABfMAAAO0AAABtUAAADaAAAA3gAA&#10;AOIAAADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADyAAAA9AYAAPYMAAD5EgAA/BwAAP8pAAD/OgAA&#10;/00AAP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/BAP8HGQD/ARcA/wAXAP8AGgD/ACEA/wArAP8A&#10;OQD/AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA/wCKAP8AkAD/AJYA/wCbAP8AoQD/AKgA/wCv&#10;AP8AuAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4AP8A+AD/APYA/wDzAP8A8QD/AP8LFQD/BRMA&#10;/wATAP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8AWwD/AGUA/wBuAP8AdgD/AH4A/wCFAP4AiwD9&#10;AJEA+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDMAPEA4wDvAPMA7gD/AO0A/wDsAP8A6wD/AOwA&#10;/wDsAP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA/wAiAP8ALwD/AD0A/wBKAP8AVQD9AGAA+gBp&#10;APgAcQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADsAJ8A6wCmAOkArgDnALgA5QDFAOMA2gDhAO0A&#10;3wD7AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8PDQD/DAsA/wMJAP8ADAD/ABIA/wAdAP8AKQD7&#10;ADcA+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6AOUAgADjAIYA4QCMAN8AkwDdAJkA2wChANkA&#10;qQDVALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8AyQD/AMgA/wDIAP8AyAD/AP8RCAD/DQIA/wcA&#10;AP8FCAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDkAFQA4ABdAN0AZQDZAG0A1QBzANIAegDQAIAA&#10;zgCHAMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAAxwC9AN8AvADxALsA/gC5AP8AuAD/ALgA/wC4&#10;AP8AuAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQAOgAGgDjACgA3QA2ANgAQgDSAE0AzgBXAMoA&#10;XwDHAGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8AuQCXALcAnwC1AKgAswCzALEAwgCvANgArgLt&#10;AKwD+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/EgAA9xIAAOwRAADmDgAA5QYIAN0DEgDUAyAA&#10;zQQtAMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUHbgCzB3UAsQh7AK8IggCuCYoArAmSAKoJmwCo&#10;CqUApgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//AJsP/wCbD/8Amw//AP8aAAD3GQAA6h4AAN8e&#10;AADVGgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8Asg9JAK8QUgCsEFoAqhBhAKgRaACmEW8ApBF2&#10;AKIRfQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACXFNAAlBXsAJIW/QCQF/8Ajxf/AI4X/wCOF/8A&#10;jhf/APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0ZBQC5EhAAshUeAK0WLACoFzgApBhDAKEZTACf&#10;GVQAnBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyIAJAckgCPHJ0AjR2pAIsdtwCKHsoAiB/nAIYg&#10;+gCEIP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA0zEAAMYzAAC8MQAAti0AALAlAACsHQwAph4Y&#10;AKEgJgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCNJGQAiyRrAIkkcgCIJHoAhiSDAIQljQCDJZgB&#10;gSWkAYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo/wF4KP8BeCj/Ae8rAADdMwAAyjkAAL47AAC0&#10;OgAArTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4AIsrQgCIK0oAhitSAIQrWACCLF8AgCxmAH8s&#10;bQB9LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcACci7dAnEu9AJwL/8Cby//Am8v/wFuL/8Bbi//&#10;AegxAADTOgAAwz8AALdBAACuQQAApj4AAJ44AACXMQEAkS4QAIwvHACIMCgAhDEzAIEyPQB/MkYA&#10;fTJNAHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAzhAFvM5ACbTOdAmwzqwJqNLwCaTTVA2g18QJn&#10;Nf8CZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQAALJHAACoRwAAoEQAAJg/AACQOQAAiDQNAIM1&#10;FwB/NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcAbzheAG04ZQFsOG0Bajh1AWg4gAJnOIwCZTiZ&#10;A2Q5qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJfOv8CXzr/At07AADHQwAAuUkAAK5LAACkTAAA&#10;m0oAAJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8NQBvPT4AbT1GAGs9TQBpPVMAaD1aAGY9YQFk&#10;PWkBYz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7MBFo/7ARZP/4DWT//A1k//wJZP/8CWT7/AtY/&#10;AADDRwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAAekAGAHU/EQBxQBwAbUAoAGtBMgBpQTsAZ0FC&#10;AGVBSQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJaQoYDWEKUA1dCowRVQ7MEVEPJBFRD6QRTQ/0D&#10;U0P/A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdTAACdVAAAlFMAAIpQAAB/SgAAdUUCAG5DDgBr&#10;RBkAZ0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VUAFpGWwFZRmMBV0ZsAlZGdwJURoMDU0aRA1FG&#10;oQRQR7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8DT0f/A8xGAAC7TgAAr1QAAKRXAACaWAAAkVcA&#10;AIZUAAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBdSTQAW0k8AFlJQwBXSUoAVklSAFVKWQFUSmEB&#10;UkpqAVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL5gRJS/oESUv/A0pL/wNKS/8DSkv/A8hJAAC4&#10;UQAArFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04AAGRNCgBfTBMAXE0eAFpNKABYTTEAVk06AFRN&#10;QQBTTkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38CSU+NA0dPnQRGT64ERU/DBERQ5ARET/kERU//&#10;A0VP/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACVYAAAi2AAAIBeAAByVwAAZ1MAAF5RBwBZUREA&#10;V1EbAFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExTVQBKU10BSVNmAUdTcAJFU30CRFOLA0JTmwNB&#10;VKwEQFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/A8BQAACyWAAApl4AAJxiAACSZQAAiGUAAH1i&#10;AABuXAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywATFc0AEpXPABJWEQASFhLAEdYUwBFWFsBRFhk&#10;AUJYbgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6WPcDOlj/AztX/wM7V/8DO1f/A7xUAACuXAAA&#10;o2MAAJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVdAABOWwwAS1sUAElcHwBHXCgARl0xAEVdOQBD&#10;XUEAQl1IAEFeUABAXlgAPl5hATxebAE7XngCOV6HAjdelwI2XqkDNV69AzRf3QM0XvUDNV3/AjVd&#10;/wI1XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAAgW4AAHZsAABnaQAAXGYAAFFkAABIYgkARGIR&#10;AEJiGwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5ZFUAOGRfADZkaQE1ZHYBM2SFATFllQIwZacC&#10;L2W7Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNeAACnZgAAnG0AAJNxAACIcwAAfXMAAHJyAABk&#10;cAAAWG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGooADZrMQA1azkANGtBADNsSQAybFIAMWxcAC9s&#10;ZgAubHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IBJ2r/ASdq/wEoaf8CKGn/Aq5kAACjbAAAmXMA&#10;AI52AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+cwAANHIKADFzEQAwcxoAL3MjAC5zKwAtdDQA&#10;LHQ8ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1kAAhdaIAIHW3AB910gAfdPEAH3P/AR9y/wEg&#10;cf8BIHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8AAGd/AABafwAATX4AAEN+AAA4fQAAL30CACh9&#10;DQAmfRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gAHn9SAB1/XgAcf2sAGn96ABl/jAAXf58AFn+z&#10;ABV/zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACaegAAj38AAIWCAAB7hAAAbYYAAGCHAABUhwAA&#10;SIgAADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJHQAXiiYAFoouABWKNwAUikEAE4pMABKLWAAR&#10;i2UAEIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8AA6H/wAOhv8ADob/AJ97AACUgQAAioUAAICI&#10;AABziwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAAIZMAABmUAAASlgYADpcOAA2XFQAMlx0ADJcm&#10;AAuXLwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAABlpQAAJWoAACVvgAAlOAAAJT0AACT/wABkv8A&#10;AZL/AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCYAABEmgAAOJsAACycAAAinQAAGZ4AABKgAAAN&#10;ogIAB6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8AACkSAAApFYAAKRlAACjdwAAo4sAAKOgAACi&#10;tgAAodIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAAe5IAAG2XAABgmwAAU54AAEahAAA5owAALaQA&#10;ACOmAAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAArxEAALAYAACwIAAAsSgAALEyAACyPgAAskwA&#10;ALJbAACybAAAsoEAALGXAACxrAAAsMYAALDoAACv9wAAr/8AAK//AIyQAAB/lQAAcZoAAGOfAABV&#10;pAAAR6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUAAAK4AAAAuwAAALsAAAC8BwAAvA0AAL0RAAC+&#10;FgAAvx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QAAMOLAADDoQAAw7gAAMLXAADC7wAAwvoAAMH+&#10;AIGXAABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAhtgAAFrkAAA67AAAHvgAAAMEAAADFAAAAxwAA&#10;AMgAAADJAAAAygUAAMsLAADNDwAAzhQAANAcAADTJgAA1jIAANhBAADYUwAA2WYAANl8AADZlAAA&#10;2asAANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawAAEuyAAA8twAALroAACG9AAAVwAAADcQAAAXH&#10;AAAAygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAAAN0AAADfBwAA4QwAAOMRAADmGQAA6SQAAOwy&#10;AADtQwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA790AAO/kAGqoAABbrwAATLYAAD68AAAvwAAA&#10;IMQAABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADiAAAA5QAAAOYAAADoAAAA6QAAAOwAAADuAAAA&#10;8AIAAPIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9aAAD/cQAA/4kAAP+fAAD/sQAA/8AAAP/GAP8A&#10;FQD/ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA/wBRAP8AXAD/AGYA/wBvAP8AdwD/AH4A/wCF&#10;AP8AiwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+AL8A/QDOAPsA5gD5APYA+AD/APcA/wD3AP8A&#10;9wD/APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8AEQD/ABcA/wAkAP8AMgD/AD8A/wBMAP8AVwD/&#10;AGEA/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCSAPgAmAD2AJ8A9QCmAPQArgDyALkA8ADGAO4A&#10;3gDtAPAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A4AD/AP8HDgD/AA0A/wALAP8ADAD/ABMA/wAf&#10;AP8ALAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADzAHQA8QB6AO8AgQDuAIcA7ACNAOoAkwDpAJoA&#10;5wChAOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA/wDXAP8A1QD/ANUA/wDVAP8A1AD/AP8JCgD/&#10;AQUA/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABAAPIATADuAFYA6gBfAOcAZwDkAG4A4gB0AOAA&#10;ewDeAIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0AzAC4AMoAxwDIAOAAxgDzAMUA/wDDAP8AwwD/&#10;AMMA/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/AAsA8wASAO4AHwDqAC0A5gA6AOIARQDeAE8A&#10;2QBYANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYAhwDEAI4AwgCWAMAAngC+AKcAuwCyALkAwAC3&#10;ANQAtQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/AP8NAAD/BgAA/wMAAPcAAAD0AAMA5wANAOAA&#10;GADaACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEAvgBoALwAbgC6AHQAuAB7ALYAgQC0AIgAsgCQ&#10;ALAAmQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCkAP8AowD/AKIA/wCiAP8AogD/AP8QAAD7DAAA&#10;7w4AAOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8ANwC7AEIAtwBLALQAVACyAFsArwBiAK0AaACr&#10;AG4AqQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGoAJwCtQCbA8YAmQXiAJgG9ACWCP8AlQn/AJQJ&#10;/wCUCf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAAxxAAAMQHCgC9AxQAtwQhALIGLgCuCDoAqglE&#10;AKcJTQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZDH4AlwyGAJYMkACUDJoAkg2mAJENswCPDcUA&#10;jQ7iAIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZAADnIAAA1iQAAMglAAC/IgAAuRwAALQUAQCx&#10;DQ4Aqg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJWAJMSXACREmMAkBNpAI4TcACME3gAixOBAIkU&#10;iwCHFJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8AfBn/AHwZ/wB7Gf8Aexn/AO8hAADdKQAAyi0A&#10;AL4vAAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCUGS0AkRo4AI4aQQCLG0kAiRtQAIcbVwCFHF4A&#10;hBxkAIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgfqwB3H7wAdiDUAHQh8AByIf8AcSL/AHEh/wBx&#10;If8AcSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEAAJ4rAACYIwIAkh4QAI0gGwCJIScAhiIyAIMj&#10;PACBI0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4AdCV3AHMlgQBxJo0AbyaZAG4mpwBtJ7gAbCfO&#10;AWoo7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADLNgAAvDsAALE9AACnPQAAnzkAAJczAACPLQAA&#10;iCcMAIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMrTgBxK1QAcCtbAG4rYgBsK2oAayxyAGksfQBo&#10;LIkAZi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//AWAv/wFgL/8BYC7/Ado0AADFPAAAt0EAAKxD&#10;AACiQwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4Acy8pAHEwMwBvMDsAbTBDAGsxSgBpMVEAZzFX&#10;AGYxXgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFcM7EBWzTGAVo05gFZNfsBWTX/AVk0/wFZNP8B&#10;WTT/AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItAAACCOwAAeTUEAHMzEABvNBoAbDQlAGk1LwBn&#10;NTcAZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdrAFs3dgFZN4IBWDiPAVY4ngFVOK8CVDnDAlM5&#10;5AJTOvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAAr0kAAKRMAACaTAAAkUsAAIdGAAB9QAAAczsA&#10;AGw4DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBbOkoAWjtQAFg7WABXO2AAVjtoAFU8cwFTPH8B&#10;UjyNAVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+/wFNPf8BTT3/AclAAAC4SAAArE0AAKFQAACX&#10;UQAAjk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0eAFw+KABaPjEAWD44AFc+QABVP0YAVD9NAFM/&#10;VQBSQF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasCSUK+AkhC3gJIQvYCSEL/AkhC/wFIQf8BSEH/&#10;AcVEAAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1SgAAakYAAGFCCABcQREAWUIbAFdCJQBVQi4A&#10;U0I1AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpEbgFJRXoBR0WIAUZFmAJFRqkCREa9AkNG3AJD&#10;RvUCQ0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQAAJxXAACSWAAAiFgAAH5VAABxTwAAZkoAAFxG&#10;BQBXRg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hhAEVJbABESXgBQkmG&#10;AUFJlgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/Sf8BP0n/Ab1KAACvUgAAo1gAAJlbAACQXQAA&#10;hlwAAHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExLHwBKSygASUswAEdLOABGTD8ARUxGAERMTgBD&#10;TVYAQk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5AjlP1AI5T/IBOU7/ATlO/wE5Tf8BOk3/AbpO&#10;AACsVgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAAX1YAAFRSAABMTwsASU8SAEdQHABFUCUAQ1At&#10;AEJQNQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6UnMAOFOCATdTkgE1U6QBNFO3ATNU0QEzU/EB&#10;NFP/ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRkAACLZgAAgGUAAHRjAABmXgAAXFwAAFFYAABH&#10;VQcAQlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldBADlXSQA4V1EAN1haADVYZQA0WHEAMliAATFY&#10;kAEvWaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8BLlb/AbJXAAClXwAAm2UAAJFpAACHagAAfGoA&#10;AHFoAABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4XB0AN1wmADVdLgA0XTYAM10+ADJdRgAxXk4A&#10;MF5XAC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdfzAAnX+0BJ17/ASdd/wEoXf8BKFz/Aa1cAACi&#10;ZAAAmGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkAAElnAAA/ZQAANWMJADJjEQAwYxkAL2QhAC5k&#10;KQAtZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsAJGZ6ACNmiwAiZp0AIGaxAB9myQAfZusAIGX+&#10;ACBk/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACAdQAAdXUAAGl0AABccgAAT3EAAERvAAA6bgAA&#10;MG0DAClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJtPQAhbkYAIG5QAB5uWwAdbmcAHG52ABpuhwAZ&#10;b5oAGG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/AKRpAACacQAAkHYAAIZ5AAB8ewAAcXsAAGR7&#10;AABXegAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8AHHcWABt3HgAadyYAGXcuABh3NwAXeEAAFXhK&#10;ABR4VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAOd+YADnb6AA91/wAQdf8AEHT/AJ9xAACVeAAA&#10;i3wAAIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiCAAAuggAAJIIAAByCAAAUggkAEYMQABCDFgAQ&#10;gx4ADoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNsAAiDfgAGg5EABYKlAAOCuwAEgdsABIHyAAWA&#10;/wAGf/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAAYokAAFWKAABJiwAAPYwAADGMAAAmjAAAHY0A&#10;ABWOAAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAAjzIAAJA9AACQSQAAj1YAAI9lAACPdgAAj4oA&#10;AI6fAACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSAAACLhQAAgokAAHSMAABmjwAAWZEAAEyTAABA&#10;lQAANJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJAACcDgAAnBMAAJwaAACcIgAAnSsAAJ01AACd&#10;QAAAnU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YAAJroAACZ+QAAmf8AAJj/AI6IAACGjAAAeJAA&#10;AGqUAABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAVogAADqQAAAimAAAAqAAAAKkEAACpCgAAqQ4A&#10;AKkTAACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACsYwAArHcAAKuOAACrpAAAq7wAAKreAACp9AAA&#10;qf0AAKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQAADamAAAqqAAAHqkAABSrAAANrgAABrAAAACy&#10;AAAAtQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkAALohAAC7KwAAvDgAAL1HAAC9WAAAvWsAAL2B&#10;AAC9mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABwmwAAYqAAAFOlAABGqgAAOK0AACqvAAAesQAA&#10;E7QAAAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADDAAAAxAAAAMYGAADHDAAAyBAAAMoWAADMIAAA&#10;zysAANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7AADT2AAA0+0AANP2AHOdAABkowAAVqkAAEev&#10;AAA5swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAAAMkAAADNAAAAzwAAANAAAADSAAAA1AAAANYA&#10;AADZAgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA6U8AAOlkAADqfAAA65UAAOusAADrwgAA7NUA&#10;AOzlAGamAABYrAAASbMAADu5AAArvAAAHcAAABHEAAAJyAAAAMwAAADPAAAA0wAAANkAAADdAAAA&#10;4AAAAOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4EAADxCwAA9RIAAPgcAAD7KwAA/T4AAP5TAAD+&#10;agAA/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA/wARAP8AEwD/ABkA/wAmAP8ANAD/AEEA/wBN&#10;AP8AWAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/AI0A/wCTAP8AmQD/AKAA/wCnAP4ArwD8ALoA&#10;+gDJAPkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA/wDkAP8A4QD/AP8ADwD/AA0A/wANAP8ADgD/&#10;ABQA/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBmAP4AbQD8AHUA+wB7APkAggD4AIgA9wCOAPYA&#10;lAD0AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA6AD8AOcA/wDlAP8A5gD/AOAA/wDZAP8A1AD/&#10;AP8ACwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/ADYA/wBCAPsATgD3AFcA9ABgAPIAaADvAG8A&#10;7QB2AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEApADfAK4A3QC5ANoAygDXAOQA1AD2ANEA/wDQ&#10;AP8A0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAAAP8ABAD/AA0A+gAWAPYAIwDzADAA8AA8AO0A&#10;RwDpAFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA1ACCANIAiADQAI8AzQCWAMsAngDJAKgAxwCz&#10;AMUAwQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8AP8AvAD/AP8CAAD/AAAA/wAAAP8AAAD0AAcA&#10;7QARAOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0AXADKAGMAyABpAMYAbwDDAHUAwQB7AL8AggC+&#10;AIgAvACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDnAK4A+ACsAP8AqwD/AKwA/wCsAP8AqwD/AP8E&#10;AAD/AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIAygAuAMcAOgDDAEQAwABNALwAVQC5AFwAtwBj&#10;ALUAaQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCnAJwApQCmAKMAswChAMMAnwDeAJ4A8gCdAP8A&#10;nAD/AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8KAADVBAAAzgAFAMYAEADAABoAuwAnALcAMgCz&#10;AD0AsABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBvAKEAdQCfAHwAnQCEAJsAjQCZAJcAlwCiAJUA&#10;rgCTAL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8AjQH/APkOAADqEgAA3BUAAM0VAADEEQAAvgwA&#10;ALoCCgC0ABIArgAeAKoAKgCmADUAogA/AKAASACdAVAAmwJWAJkCXACXA2MAlQNpAJMDbwCRBHYA&#10;kAR/AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK6wCCC/wAgQz/AIAM/wCADP8AgAz/APEVAADg&#10;HQAAzSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcWAJ0JIwCZCi4AlQs4AJMMQQCQDEkAjg1QAIwN&#10;VwCKDV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8Afg+bAHwPqAB7ELgAehDOAHgR7AB2Ev8AdRL/&#10;AHQT/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACuKAAApyMAAKAcAACbEwMAlg8QAJAQGwCMEScA&#10;iRIyAIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsVZQB5FWwAdxV0AHYWfgB0FooAcheWAHEXpABv&#10;GLQAbhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/AOAmAADKLQAAvDEAALAzAACnMQAAnywAAJcm&#10;AACQHwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4AdxxFAHUcTABzHFMAcR1ZAHAdYABuHWcAbR5w&#10;AGseegBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABiIvoAYSL/AGEi/wBhIv8AYSL/ANcsAADDNAAA&#10;tjgAAKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsgEgB3IR0AdCInAHEiMQBvIzkAbSNBAGsjSABp&#10;I04AaCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaOAF4mnQBdJ60AWyjBAFso4ABaKfcAWSn/AFkp&#10;/wBZKf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAAkzwAAIo2AACBMAAAeSoDAHImDwBuJxkAaygj&#10;AGkoLABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBdKl8AXCtoAForcgBZLH0AWCyLAFYtmgBVLaoA&#10;VC69AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2AAC6PQAArUIAAKJEAACYRAAAj0EAAIU8AAB7&#10;NwAAcjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45AFwvQABaL0YAWC9NAFcvVABWMFwAVTBkAFMx&#10;bgBSMXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMATDT/AEw0/wBMM/8ATDP/AMY6AAC2QgAAqUYA&#10;AJ5JAACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBgMhIAXTIcAFoyJQBYMy0AVjM1AFUzPABTNEMA&#10;UjRKAFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3lQBIN6YARzi4AUc40wFGOPEBRjj/AUY4/wBG&#10;OP8ARjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsAAH5HAABzQgAAaT0AAF83BgBaNhAAVzcYAFQ3&#10;IgBSNyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYASTlfAEg6aQBHOnUARTuDAEQ7kwBDPKQBQjy2&#10;AUE90AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACvSQAAo04AAJlQAACPUQAAhVAAAHtMAABvRgAA&#10;ZUIAAFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8NgBHPD0ARzxEAEY9SwBFPVQARD5cAEM+ZwBC&#10;P3MAQD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/ATxA/wE8QP8BPT//AbpFAACsTAAAoVEAAJdU&#10;AACNVQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwATD8TAElAHABHQCQARkAsAERAMwBDQDoAQkFC&#10;AEFBSQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5RKAAOEWzATdFywE3RewBN0X/ATdE/wE4RP8B&#10;OEP/ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZWAABoUAAAXUwAAFNIAABKRQkARkQRAEREGQBC&#10;RCIAQUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdYADlHYgA4SG4ANkh8ADVIjQA0SZ4AM0mxADJJ&#10;yQAxSesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAAnFkAAJJcAACIXQAAfl0AAHNaAABlVQAAW1IA&#10;AFBOAABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5SjUAOEs9ADdLRAA2S00ANExWADNMYAAyTGwA&#10;MU16ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N/wAtTP8ALUz/ALBQAACkWAAAmV0AAI9hAACG&#10;YgAAe2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08MADhPEwA2TxsANU8jADRQKwAzUDIAMlA6ADFQ&#10;QgAwUUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oAJ1OtACZTxQAmU+cAJlP8ACdS/wAnUf8AJ1H/&#10;AKxVAACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABgYQAAVV4AAEpbAAA/WAAANVYIADFVEAAwVhcA&#10;LlYfAC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZYWgAlWGcAJFh1ACNZhgAhWZgAIFmrAB9ZwgAf&#10;WeUAH1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cAAIprAAB/bAAAdWwAAGprAABdaAAAUWUAAEZj&#10;AAA7YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioAI14yACJeOgAhXkMAIF9MAB9fVwAeX2MAHGBx&#10;ABtgggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZXv8AGV3/AKRgAACZaAAAkG4AAIZwAAB8cgAA&#10;cnIAAGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNmCAAfZg8AHWYVABxmHQAbZiUAGmYtABlnNQAY&#10;Zz4AF2dIABZnUwAVaF8AE2huABJofwARaJIAEGimAA9ovQAOaOAAEGf3ABBm/wARZf8AEWX/AJ9n&#10;AACWbwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAARnQAADtzAAAxcgAAJ3EAAB5xAAAWcAoAE3AQ&#10;ABNwFwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgANcVsADHFpAAtxegAKcY0ACHGhAAZxtgAGcNIA&#10;B3DvAAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58AAB0fgAAZn4AAFl+AABNfgAAQH0AADV9AAAq&#10;fAAAIXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwhAAd8KQAGfDIABHw9AAN8SAABfFUAAHxjAAB8&#10;dAAAfIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8AAHj/AJZ3AACMfAAAg4AAAHmDAABshAAAXoUA&#10;AFGGAABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAANiAEABokKAAGJDwAAiRQAAIgbAACIIwAAiSwA&#10;AIk2AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACHqwAAhsQAAIXmAACE+AAAhP8AAIT/AJB+AACH&#10;gwAAfocAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEAACSRAAAakgAAEpMAAA2UAAAGlQAAAJYGAACW&#10;DAAAlRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYAAJZVAACWZQAAlngAAJWOAACVpAAAlLwAAJPf&#10;AACT9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZlAAATJcAAD+ZAAAymgAAJpsAABucAAASnQAA&#10;DJ8AAASgAAAAogAAAKMBAACjBwAAowwAAKMQAACkFQAApBwAAKUlAACmLwAApjwAAKZLAACmWwAA&#10;pm4AAKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/AIaNAAB4kQAAapUAAFyZAABOnQAAQaAAADOi&#10;AAAmowAAG6UAABGnAAAKqQAAAasAAACtAAAArwAAALAAAACwAAAAsAUAALELAACyDwAAsxQAALQb&#10;AAC1JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAAtqkAALbCAAC25AAAtvUAALX+AHuTAABtmAAA&#10;X50AAFCiAABCpgAANKkAACarAAAarQAAEK8AAAmyAAAAtAAAALcAAAC6AAAAvAAAAL0AAAC+AAAA&#10;vgAAAMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoyAADLQwAAy1UAAMxqAADMgwAAzJwAAMu1AADM&#10;zgAAzOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAAJ7IAABq1AAAQuAAAB7sAAAC+AAAAwQAAAMQA&#10;AADIAAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA1QMAANgKAADbEAAA3hgAAOIkAADjNQAA5EgA&#10;AOVcAADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOkAABVqgAARrAAADi1AAAouQAAGrwAAA/AAAAF&#10;xAAAAMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0AAADfAAAA4QAAAOMAAADlAAAA6AAAAOoAAADt&#10;BgAA8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wAAPyVAAD8qgAA/LsAAP3LAP8ADwD/AA4A/wAO&#10;AP8AEAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/AF4A/wBmAP8AbgD/AHYA/wB8AP8AggD/AIkA&#10;/wCPAP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA2wD2APAA9AD/APMA/wDyAP8A7AD/AOIA/wDc&#10;AP8A1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAeAP8AKwD/ADgA/wBEAP8ATwD/AFkA/gBhAPwA&#10;aQD6AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA7wCdAO0ApQDsAK8A6gC8AOgAzQDmAOgA5AD6&#10;AOMA/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/AAEA/wAAAP8ABAD/AA4A/wAZAP8AJQD9ADIA&#10;+wA+APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgAdwDmAH0A5ACDAOIAiQDgAJAA3gCXANwAnwDZ&#10;AKkA1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/AMgA/wDCAP8AvgD/AP8AAAD/AAAA/wAAAP8A&#10;AAD7AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A4ABWANwAXQDZAGQA1QBrANIAcQDQAHYAzgB8&#10;AMwAgwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9AM8AuwDrALkA/AC3AP8AtwD/ALYA/wC0AP8A&#10;sQD/AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEAGQDbACUA1QAxANIAPADOAEYAygBPAMcAVwDE&#10;AF4AwQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCKALMAkwCxAJwArwCnAK0AswCrAMUAqQDhAKcA&#10;9QCmAP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA8QAAAOgAAADgAAAA1AALAMwAEwDHAB8AwgAq&#10;AL8ANQC8AD8AuABIALUAUACzAFcAsABeAK4AZACsAGkAqwBvAKkAdQCnAHwApQCEAKMAjAChAJYA&#10;nwChAJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA/wCVAP8AlQD/APwBAADwBQAA4wcAANUFAADM&#10;AAAAxQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBBAKYASgCjAFEAoQBXAJ8AXQCdAGMAmwBpAJoA&#10;bwCYAHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYAigDJAIgA5wCHAPkAhwD/AIYA/wCGAP8AhgD/&#10;APQMAADkEAAA0RIAAMURAAC9DgAAtggAALEACACrABEApgAbAKEAJgCeADEAmgA6AJgAQwCVAEoA&#10;kwBRAJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYAgACEAIsAggCWAIAAowB+ALEAfQDEAHsC4QB6&#10;A/UAegX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0AALocAACxGQAAqhMAAKQNAACfBQwAmQAUAJUA&#10;HwCRAikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cAgQddAH8HYwB9CGoAewhyAHoIfAB4CYYAdgmS&#10;AHQKoABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBtDv8AbQ7/AOEcAADLIwAAvCYAALEmAACoJAAA&#10;oB4AAJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4NNQB8Dj0Aeg5FAHgOSwB3DlEAdQ9YAHMPXgBx&#10;EGUAcBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLAAGUS3wBkE/YAYxT/AGMU/wBiFP8AYhT/ANYk&#10;AADDKgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAAghMIAH0REgB5EhwAdhMnAHMUMABxFDgAbxU/&#10;AG0VRgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBiF34AYRiLAF8YmQBeGakAXBm8AFwa2ABaG/MA&#10;Whz/AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2AACbNAAAkjEAAIkrAACBJQAAeR0DAHMYDgBv&#10;GRgAbBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1OAF8dVQBdHVwAXB5kAFsebgBZH3kAWB+HAFYg&#10;lgBVIKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8AUiL/AMgvAAC4NgAAqzoAAKA8AACWOwAAjTgA&#10;AIMyAAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBfIi8AXSI2AFsiPQBaI0QAWCNKAFcjUQBVI1gA&#10;VCRhAFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwozgBLKO4ASyn/AEso/wBLKP8ASyj/AMM0AACz&#10;OwAApz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0AAGMnCABeJhEAXCYZAFknIgBXJysAVSgyAFQo&#10;OQBSKEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMASSuAAEgrkABHLKEARi2zAEUtywBFLuwARC7/&#10;AEQu/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACPRQAAhUMAAHs+AABxOQAAZzQAAF4uBABYKw4A&#10;VSsWAFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEktSgBILlIARy5aAEYvZABFL3AAQzB+AEIwjQBB&#10;MZ4AQDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/ALs8AACtQwAAoUcAAJZJAACMSQAAg0gAAHhE&#10;AABtPgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQASTErAEcxMgBGMTkARDFAAEMyRwBCMk8AQTNY&#10;AEAzYgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5N+gAOTf8ADo3/wA6Nv8AOjb/ALdAAACqRgAA&#10;nksAAJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5AABNNQkASTQRAEc1GQBFNSEAQzUoAEE1LwBA&#10;NTYAPzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5ADg5iQA3OpsANTqtADU7xAA0O+YANDv7ADU7&#10;/wA1Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAAflAAAHNNAABnSAAAXEQAAFI/AABIOgYARDkP&#10;AEE5FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANzxTADY8XQA1PWkAND13ADM+hwAxPpkA&#10;MD+rAC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFHAACkTQAAmVIAAI9VAACGVgAAfFUAAHFSAABk&#10;TAAAWUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4jADc+KgA2PzEANT84ADQ/QAAzQEgAMkBRADFB&#10;WwAwQWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIAKkP5ACpD/wArQv8AK0L/AK5KAAChUQAAl1YA&#10;AI1ZAACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABDRwAAOkMKADZDEQA0QxgAM0MgADJEJwAxRC8A&#10;MEQ2AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChHgwAmR5UAJUioACRIvgAjSOAAJEj3ACVH/wAl&#10;R/8AJkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14AAGtcAABfWAAAVVUAAEtRAABATQAANUoHADBJ&#10;DgAuSRUALUkdACxJJAArSisAKkozAChKOwAnS0MAJktMACVLVgAkTGIAI0xwACFMgAAgTZMAH02m&#10;AB5NuwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACcWgAAkl8AAIhjAAB+ZAAAdGMAAGlhAABcXgAA&#10;UlsAAEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQIAAkUCgAI1AvACJRNwAhUUAAIFFJAB5SUwAd&#10;Ul8AHFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0ABdS/wAYUf8AGVH/AKNZAACYYAAAj2UAAIVo&#10;AAB7aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAALloAACVYCAAgVw4AHlcUAB1XHAAcWCMAG1gr&#10;ABpYMwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegASWo0AEVqhABBatwAOWtUAEFnzABBZ/wARWP8A&#10;EVj/AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJtAABVagAASGgAAD5mAAAzZQAAKWMAACBhAQAY&#10;YAsAFWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFAAA9hSwAOYVgADWFmAAxidgALYokACmGdAAlh&#10;sgAIYcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAAiHEAAH5zAAB1dQAAanQAAFxzAABPcgAAQ3AA&#10;ADhvAAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAMahkAC2ohAApqKQAJajIACGo8AAdrRwAFa1MA&#10;BGthAAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp+AAAaP8AAGj/AJdtAACNcwAAhHcAAHt6AABw&#10;ewAAY3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYAABV2AAAPdgIACXYKAAR2DwAAdhUAAHYcAAB2&#10;JAAAdSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4AAHSTAAB0qAAAc8AAAHPjAABy9wAAcv8AAHH/&#10;AJJ1AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABBggAANYMAACmCAAAfgQAAFoEAABCCAAAKggAA&#10;AoMHAACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACCOwAAgkcAAIJVAACBZQAAgXgAAIGNAACAogAA&#10;f7oAAH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QAAG6GAABgiAAAUooAAEWLAAA5jAAALIwAACGM&#10;AAAXjAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4AAI8SAACQGAAAkB8AAJAoAACQMgAAkD8AAJBN&#10;AACQXQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAAi/4AAIv/AIiEAACAiAAAcosAAGSNAABWkAAA&#10;SJMAADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACbAAAAnQAAAJ0AAACdAwAAnQkAAJ0NAACeEQAA&#10;nhcAAJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97AACekwAAnqsAAJ3GAACd6QAAnPkAAJz/AIOL&#10;AAB1jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAAF6AAAA6iAAAHpAAAAKYAAACoAAAAqgAAAKoA&#10;AACqAAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAAsSkAALE4AACxSAAAsVoAALFvAACxiAAAsaAA&#10;ALC6AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2fAAA/owAAMaYAACOnAAAXqQAADqsAAAWuAAAA&#10;sAAAALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoAAAC8AwAAvQkAAL4OAADAFAAAwx4AAMUrAADF&#10;PAAAxk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUAAMXzAGyZAABengAAT6QAAEGoAAAyrAAAJK8A&#10;ABaxAAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAAxgAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAA&#10;ANAGAADTDQAA2BMAANweAADeLQAA30AAAOBUAADhawAA4YUAAOGfAADhtwAA4c8AAOHmAGChAABS&#10;pwAAQ60AADSyAAAltQAAF7kAAA28AAABvwAAAMMAAADHAAAAygAAAM8AAADTAAAA1gAAANcAAADa&#10;AAAA3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsAAPASAADzHwAA9DEAAPZGAAD3XAAA+HQAAPiP&#10;AAD5pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/ABMA/wAfAP8ALAD/ADkA/wBFAP8AUAD/AFkA&#10;/wBiAP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0AkAD8AJcA+gCeAPkApwD3ALEA9gC+APUA0gDz&#10;AOwA8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/AP8ABwD/AAQA/wACAP8ABgD/ABAA/wAbAP8A&#10;JwD/ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA9QByAPMAeADyAH4A8ACEAO8AigDtAJEA7ACZ&#10;AOoAoQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDdAP8A2QD/AMwA/wDFAP8AwQD/AP8AAAD/AAAA&#10;/wAAAP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMARQDvAE4A7ABXAOkAXgDmAGUA5ABsAOIAcgDg&#10;AHcA3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCvAM0AvgDLANUAyQDvAMcA/wDFAP8AxAD/AL4A&#10;/wC4AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA8QARAOsAHADnACgA5AAzAOEAPgDdAEgA2ABR&#10;ANMAWADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDEAIQAwgCMAMAAlAC+AJ4AuwCoALkAtgC3AMgA&#10;tQDmALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8AAAD/AAAA+gAAAPEAAADoAAMA4AANANgAFgDR&#10;ACIAzQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBfALgAZQC3AGoAtQBwALMAdgCxAH0ArwCFAK0A&#10;jQCrAJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8AngD/AJ4A/wCeAP8AnAD/AP8AAAD3AAAA6wAA&#10;AOEAAADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0ADoAsQBDAK4ASwCrAFIAqQBYAKcAXgCmAGQA&#10;pABpAKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYApwCUALYAkgDKAJAA6QCPAPwAjgD/AI0A/wCM&#10;AP8AjQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQACALYADQCwABUAqwAgAKcAKgCkADQAoQA8AJ4A&#10;RACcAEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAAjwB3AI0AgACLAIoAiQCVAIcAoQCFAK8AgwDB&#10;AIEA4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADcDgAAyhAAAL4OAAC1CwAArwMAAKkABwCjABAA&#10;ngAYAJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoAUQCIAFcAhgBdAIUAYwCDAGoAgQBxAH8AegB9&#10;AIQAewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/AHIA/wBxAP8AcQD/AOMRAADNFwAAvxkAALMZ&#10;AACqFQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUAhQAvAIMANwCAAD4AfgBFAH0ASwB7AFEAeQBX&#10;AHgAXQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABrA6YAaQS3AGgFzgBnB+wAZgj9AGYJ/wBlCf8A&#10;ZQn/ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIUAACMDgEAhgcNAIAEFAB8Bh4AeQcoAHYIMAB0&#10;CDgAcgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtnAGcLcABlDHoAYwyHAGIMlQBgDaQAXw22AF4N&#10;zgBcDu0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAArysAAKQrAACaKQAAkiQAAIkfAACCGAAAexEF&#10;AHUNDwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABkEEYAYxBNAGEQUwBfEVoAXhFiAFwRawBbEXYA&#10;WRKDAFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW/wBSFf8AUhX/AMYoAAC2LgAAqTIAAJ8yAACV&#10;MQAAjC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQcAGEUJQBfFS0AXRU0AFwVOwBbFkIAWRZIAFgW&#10;TwBWF1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8ATBqwAEsbxwBLG+kAShz9AEoc/wBKHP8AShz/&#10;AMEtAACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0KQAAbCMAAGQcBwBeGRAAWxoYAFkbIQBXGykA&#10;VRswAFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEseYwBKHm4ASR98AEcfiwBGIJwARSGuAEQhxABD&#10;IuYAQyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwAAJc+AACNPQAAgzoAAHk1AABvMAAAZioAAF4k&#10;AgBXIA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoASSJAAEgiRwBHIk4ARiNXAEQjYABDJGsAQiR5&#10;AEEliAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9J/8APSf/ALg2AACqPQAAnkAAAJRCAACKQgAA&#10;gD8AAHY7AABsNgAAYjAAAFkqAABRJQsATSURAEslGQBJJSEARyYoAEUmLwBEJjYAQyY9AEInRABB&#10;J0sAPyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCupADcsvwA3LOAANyz4ADcs/wA3LP8AOCz/ALU6&#10;AACnQAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAAXzYAAFUxAABMKwcARykPAEUqFgBDKh4AQSol&#10;AD8qLAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4LmYANi5zADUvgwA0L5UAMzCnADIwvQAxMd4A&#10;MTH3ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9KAACFSgAAe0kAAHBFAABlQAAAWzsAAFI2AABI&#10;MQQAQi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYANDFPADMxWQAyMmQAMTJxADAz&#10;gQAvNJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8ALjT/AK5BAACiSAAAl0wAAI1OAACDTgAAeU0A&#10;AG5KAABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3MxgANjMfADQzJgAzMy0AMjQ0ADE0PAAwNUQA&#10;LzVMAC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5uQAmOdgAJzn0ACg5/wAoOP8AKTj/AKtFAACf&#10;SwAAlE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYAAExCAABCPQAAODgIADQ4DwAyOBUAMTgdAC84&#10;JAAuOCsALTkyACw5OQArOkEAKjpKACk7VAAoO18AJzxtACU8fQAkPY8AIz2iACI9twAhPtQAIT7z&#10;ACI9/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/VwAAdVYAAGpTAABdTwAAU0wAAEpIAABARAAA&#10;NkAFAC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+NwAmPz8AJD9IACNAUgAiQF0AIUFqACBBegAe&#10;QY0AHUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/AKVNAACaUwAAkFgAAIZbAAB9XAAAclsAAGdY&#10;AABbVAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAAJUMWACRDHgAjRCUAIkQsACFENAAgRTwAHkVF&#10;AB1FTwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAUSM4AFUfvABZH/wAXRv8AF0b/AKJSAACXWAAA&#10;jV0AAIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERUAAA5UQAAL04AACZLBgAgSg4AHkoTAB1KGgAc&#10;SiEAG0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExlABNNdQASTYgAEU2cABBNsQAOTswAD03uABBN&#10;/wARTP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAAbWYAAGNkAABWYQAASl4AAD9bAAA1WAAAK1YA&#10;ACJUAQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAARUjQAEVI+ABBTSAAPU1QADlNiAA1UcgAMVIQA&#10;C1SYAAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtdAACRZAAAiGgAAH5rAAB0bAAAa2wAAF9qAABS&#10;ZwAARWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoMAA5aEQAOWhgADVsgAAxbJwALWzAACls6AAlb&#10;RQAHW1EABlteAARbbQADW4AAAVuUAABbqAAAW8AAAFriAABa9gABWv8AAln/AJdkAACOawAAhG4A&#10;AHtwAABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAqaQAAIWcAABhmAAARZgEADGUKAAdlDwAEZRQA&#10;A2QbAAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABkaQAAZHsAAGSPAABjpAAAY7sAAGLdAABi9AAA&#10;Yv8AAGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcAAFJ2AABGdQAAOXQAAC50AAAjcgAAGnEAABJx&#10;AAANcQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYAAG8wAABvOwAAb0cAAG9UAABvZAAAb3UAAG6K&#10;AABtoAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACFeAAAfXsAAHN9AABlfgAAWH4AAEt+AAA+fgAA&#10;Mn4AACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8CwAAfA8AAHwTAAB8GQAAfCEAAHwpAAB8NAAA&#10;e0AAAHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjOAAB37wAAdv4AAHb/AIl6AACBfwAAeIIAAGuD&#10;AABdhQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAADYgAAAaJAAAAigAAAIoAAACJBgAAiQwAAIkP&#10;AACJEwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAAiWgAAIl8AACIlAAAh6sAAIbGAACF6gAAhfsA&#10;AIT/AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiRAAArkQAAH5IAABSSAAANkwAABJQAAACWAAAA&#10;lwAAAJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJkaAACZIgAAmi4AAJo9AACZTQAAmV4AAJlzAACY&#10;iwAAmKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAAZI8AAFaTAABIlgAAOpkAACyaAAAfmwAAFJwA&#10;AAyeAAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAApQAAAKYCAACnCAAApw0AAKgRAACpGQAAqyMA&#10;AKsxAACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq0AAAqe8AAKn7AHWPAABnlAAAWZgAAEqcAAA8&#10;nwAALaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4AAACxAAAAsgAAALIAAACzAAAAtAAAALUAAAC2&#10;AAAAuAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcAAMBbAADAcgAAwI0AAMGmAADAwQAAv+MAAL7z&#10;AGqXAABbnAAATaEAAD6lAAAvqQAAIasAABOtAAALsAAAALMAAAC1AAAAuAAAALwAAAC/AAAAwQAA&#10;AMEAAADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADOCAAA0Q8AANUYAADYJwAA2TkAANpNAADbZAAA&#10;234AANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoAADKvAAAisgAAFLUAAAq4AAAAuwAAAL8AAADD&#10;AAAAxgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAAANkAAADbAAAA3gAAAOAAAADkAAAA5wYAAOsO&#10;AADvGQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA9LYAAPTHAP8ACQD/AAYA/wAHAP8ADAD/ABEA&#10;/wAcAP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8AZQD/AGwA/wByAP4AeAD8AH4A+wCEAPoAiwD5&#10;AJIA9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7AO0A/wDsAP8A4QD/ANIA/wDJAP8AxAD/AP8A&#10;AQD/AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A/wA7AP0ARgD6AFAA9wBYAPQAXwDyAGYA8ABs&#10;AO8AcgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADjAKYA4QCxAN8AwQDdAN0A2wD0ANkA/wDWAP8A&#10;zwD/AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8AAAD/AAsA/AATAPcAHgD0ACoA8gA1AO4AQADp&#10;AEoA5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4ANQAfgDSAIUA0ACNAM4AlQDMAJ8AyQCqAMcA&#10;uADFAM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8ArQD/AP8AAAD/AAAA/wAAAPkAAADyAAYA6wAP&#10;AOYAGQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJAFoAxwBgAMUAZgDDAGsAwQBxAL8AdwC9AH4A&#10;uwCGALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA9wCrAP8AqgD/AKgA/wCjAP8AoAD/AP8AAAD/&#10;AAAA9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgApAMIAMwC/AD0AuwBFALgATQC2AFQAswBaALEA&#10;XwCwAGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEAowCcAKAAqQCeALgAnADOAJoA7gCZAP8AlwD/&#10;AJYA/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADNAAAAxAAGAL0ADwC3ABgAswAiALAALACtADYA&#10;qQA+AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsAagCaAHAAmAB3AJYAgACUAIoAkQCVAI8AogCN&#10;ALAAiwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/APMAAADjAAAA0QAAAMUAAAC9AAAAtgAAAK4A&#10;CwCoABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYAkgBMAJEAUgCPAFgAjQBdAIsAYwCKAGoAiABx&#10;AIYAeQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4APIAeAD/AHcA/wB3AP8AdwD/AOcHAADRDAAA&#10;ww0AALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIAHwCOACgAiwAxAIgAOQCGAEAAhABGAIIATACA&#10;AFIAfwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACIAHEAlQBwAKQAbgC0AGwAygBrAOoAagD8AGoA&#10;/wBqAP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAAnA4AAJYHAACQAAkAigAQAIUAGACBACEAfgAq&#10;AHsAMgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBuAF4AbQBlAGsAbgBpAHcAZwCDAGUAkQBjAJ8A&#10;YgCvAGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4YAAC9HQAAsCAAAKUfAACbHAAAkxcAAIsRAACE&#10;DAAAfgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6AGkCQABnA0YAZgNMAGQEUgBjBFkAYQRgAF8F&#10;aQBeBXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEAVAv2AFQL/wBUC/8AVAv/AMYfAAC2JQAAqSgA&#10;AJ4oAACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBpCBQAZgkdAGQKJQBiCi0AYAs0AF4LOgBdC0AA&#10;WwxHAFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAOigBPDpoATg6sAEwPwgBMEOMASxD5AEsQ/wBL&#10;Ef8ASxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikAAH0kAAB0HgAAbBcAAGURBwBfDhAAXA8XAFoQ&#10;HwBYECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAAThFXAEwSYABLEmsASRJ4AEgThwBGE5cARRSp&#10;AEQUvgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACrMQAAoDQAAJU1AACLNAAAgTEAAHgrAABvJgAA&#10;ZiAAAF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwVMQBLFjcASRY+AEgWRABHF0wARRdUAEQXXQBD&#10;GGcAQRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2ADwc/wA8HP8APBz/ALUwAACoNgAAnDkAAJE7&#10;AACHOgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkATBkQAEoaFwBIGh8ARhomAEUbLQBDGzMAQhs6&#10;AEEcQQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4H5IANyCkADYguAA1IdYANSH0ADUi/wA1If8A&#10;NiH/ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4AABnMgAAXS0AAFQoAABMIgUARh8OAEMfFABB&#10;HxsAPx8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJNADciVwA2I2IANCNuADMkfgAyJI8AMSWiAC8l&#10;tgAvJtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAAlkIAAIxDAACCQwAAeEEAAG49AABjOAAAWjMA&#10;AFEuAABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2JCwANSUzADQlOgAzJkIAMiZKADEnVAAwJ18A&#10;LyhsAC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor/wAqKv8AKyr/AKw8AACfQgAAlEYAAIpHAACA&#10;RwAAdkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJADcoEAA1KBUAMygcADIoIwAwKCkALykwAC8q&#10;NwAuKj8ALStIACwrUgArLF0AKixqACgteQAnLYsAJi6eACUuswAkL80AJC/uACUv/wAlL/8AJi7/&#10;AKk/AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABeQgAAVD0AAEs5AABBNAAAOC8GADItDQAwLRMA&#10;Li0ZAC0tIAArLScAKi4uACkuNQApLz0AKC9GACcwTwAlMFsAJDFoACMxdwAiMokAITKdAB8zsQAe&#10;M8sAHjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0AAIZPAAB8UAAAc08AAGhMAABcRgAAUkMAAEk/&#10;AAA/OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQAJTMrACQzMgAjNDoAIjRDACE1TQAgNVgAHzZl&#10;AB42dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAbN/8AGzf/AKNHAACYTQAAjlEAAIRTAAB7VAAA&#10;cVMAAGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5CQAlNw4AIzcUACI4GwAhOCIAIDgoAB84MAAe&#10;OTgAHTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZABQ8rQATPcYAEz3pABQ8/QAVPP8AFjv/AKBL&#10;AACVUQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAATk8AAEVLAAA6RwAAMEMAACdABQAgPg0AHT4R&#10;ABw+FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAUQFMAE0BgABJBcAARQYIAEEGXAA9BrAAOQsQA&#10;DkLnAA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBdAAB2XgAAbF0AAGJbAABWVwAATFUAAEFRAAA2&#10;TgAALEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0UiABJFKQARRTEAEUU7ABBGRQAPRlAADkdeAA1H&#10;bQAMR38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8AC0b/AJpVAACQWwAAh2AAAH1iAABzYwAAamIA&#10;AGBhAABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAXTgQAEUwMAA9MEQAOTBcADkweAA1NJQAMTS4A&#10;C003AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFOpAAATboAAE3bAAFN8gABTf8AAkz/AJZbAACN&#10;YgAAhGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEAADdfAAAtXAAAI1oAABpYAAASVwEADVYJAAlV&#10;DgAHVRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoAAFZXAABWZQAAVXcAAFWLAABVoAAAVbYAAFTU&#10;AABU8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABvbwAAY24AAFZsAABJagAAPWgAADJmAAAnZQAA&#10;HWMAABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABfHgAAXyYAAF8vAABfOgAAX0UAAF9TAABfYQAA&#10;XnIAAF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/AJBqAACGbwAAfXIAAHV0AABqdQAAXXQAAE9z&#10;AABCcgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAAAmsGAABrCwAAag8AAGoUAABqGgAAaiEAAGkq&#10;AABpNAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAAZ64AAGbKAABl7QAAZfwAAGT/AItxAACCdgAA&#10;enkAAHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5AAAZeAAAEXcAAAp3AAADdwAAAHcCAAB3CAAA&#10;dg0AAHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVHAAB1VgAAdWgAAHR8AAB0kgAAc6oAAHLEAABx&#10;6QAAcPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAATIIAAD+DAAAyhAAAJYMAABqDAAARgwAACoMA&#10;AAKDAAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAAgxUAAIQcAACEJgAAhDIAAIQ/AACDTwAAg2AA&#10;AIJ1AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKAAAB6hAAAbIYAAF6IAABQigAAQosAADWNAAAn&#10;jQAAG40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIAAACSAAAAkgEAAJIHAACSDAAAkhAAAJMVAACT&#10;HQAAlCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwAAJG2AACQ2AAAj/MAAI//AH6HAABwigAAYY0A&#10;AFOQAABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAAmwAAAJwAAACeAAAAoAAAAKAAAACgAAAAoAAA&#10;AKEAAAChBAAAogkAAKMOAACkFAAApR0AAKYqAACmOgAApkwAAKVgAACleAAApZIAAKSsAACkyQAA&#10;o+sAAKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4AAB2gAAARoQAACKMAAAClAAAApwAAAKkAAACs&#10;AAAArgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAAALMGAAC1DQAAtxMAALkeAAC5LgAAukAAALpU&#10;AAC7agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABYmQAASp4AADuiAAAspgAAHagAABGqAAAHrAAA&#10;AK8AAACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+AAAAvwAAAMAAAADCAAAAxAAAAMYAAADIAwAA&#10;ywsAAM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSSAADVqwAA1cQAANTiAFudAABMogAAPacAAC+s&#10;AAAfrwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAAAMcAAADKAAAAzAAAAMwAAADOAAAA0AAAANIA&#10;AADVAAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA7CQAAO04AADuTgAA72cAAPCCAADwnAAA8LIA&#10;APHFAP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8AJAD/ADAA/wA8AP8ARwD/AFEA/wBZAP8AYAD9&#10;AGcA/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCUAPIAnQDwAKcA7gCzAOwAxADrAOEA6gD4AOkA&#10;/wDnAP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA/wAAAP8AAAD/AAwA/wAUAP8AIAD/ACsA/gA3&#10;APoAQgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDoAHMA5wB5AOUAfwDjAIYA4QCOAN8AlgDdAKAA&#10;2wCsANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A/wC2AP8AsgD/AP8AAAD/AAAA/wAAAP8AAAD9&#10;AAgA9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABNANwAVQDZAFsA1gBhANMAZwDRAGwAzwByAM0A&#10;eADLAH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUAvADlALoA+wC4AP8AtwD/ALAA/wCpAP8ApQD/&#10;AP8AAAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDaACAA1AAqANAANQDLAD4AyABHAMUATgDCAFUA&#10;wABbAL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMAiACxAJIArgCeAKwAqgCpALsAqADVAKYA8wCk&#10;AP8AowD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAAAOUAAADYAAAAzgAJAMcAEQDCABoAvgAkALsA&#10;LgC3ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8ApwBlAKUAawCkAHEAogB4AKAAgQCeAIsAnACW&#10;AJkAowCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCNAP8AiwD/APkAAADrAAAA3QAAAM8AAADGAAAA&#10;vAAEALUADQCwABUArAAeAKgAKAClADEAogA5AJ8AQQCdAEgAmwBOAJkAUwCXAFkAlgBeAJQAZACS&#10;AGoAkABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8AIIA3ACBAPYAgAD/AH8A/wB/AP8AfgD/AOwA&#10;AADaAAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAAnAAYAJgAIgCVACoAkgAyAJAAOgCNAEEAiwBH&#10;AIkATQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9AH0AewCIAHgAlQB2AKMAdQC0AHMAzABxAO0A&#10;cAD/AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJAACoBAAAoQAAAJsAAwCUAAwAjwATAIoAGwCH&#10;ACQAhAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBSAHYAVwB0AF0AcgBkAHAAbQBvAHYAbACCAGoA&#10;jwBpAJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8AYwD/ANAOAAC/EgAAshMAAKcSAACdEAAAlQsA&#10;AI8DAACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBxADQAbwA6AG4AQABsAEYAagBMAGkAUgBnAFgA&#10;ZgBfAGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkAvABYANwAWAD0AFgA/wBXAP8AVwD/AMYWAAC2&#10;GgAAqh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEKAHIAEABuABcAagAfAGgAJwBlAC4AZAA0AGIA&#10;OwBgAEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwAVQB3AFMAhQBSAJQAUAGlAE8BuABOAtIATQTw&#10;AE0F/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACPIgAAhR0AAH0YAAB1EgAAbg0CAGcGDABjAxEA&#10;XwIZAF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMGRwBRBk4AUAdVAE4HXgBNCGcASwhzAEkJgQBI&#10;CZIARwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/ALkkAACqKQAAniwAAJQsAACKKgAAgCYAAHch&#10;AABuGwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIATwwpAE0MLwBMDDYASw08AEkNQgBIDUkARg1R&#10;AEUOWgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7ENEAOxHxADsR/wA7Ef8APBH/ALQpAACmLwAA&#10;mjIAAJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkWAABREQgATA8QAEoQFgBIEB0ARhAkAEUQKwBD&#10;ETEAQhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNtADkTfAA3FI0ANhSfADUVswA0Fc0AMxbuADQW&#10;/wA0Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAAeDQAAG4uAABlKgAAXCQAAFQeAABMGAQARhQN&#10;AEIUEgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4FkIANxZKADYXUwA1F14AMxhqADIZeQAwGYoA&#10;LxqdAC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwyAACfOAAAlDsAAIo8AACAPAAAdjkAAGs0AABi&#10;LwAAWSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkdADYaIwA1GikANBowADMaNwAyGz4AMRtHAC8c&#10;UAAuHVsALR1nACwedgAqHogAKR+bACgfrgAnIMcAJiDqACcg/gAoIP8AKCD/AKk2AACdPAAAkj8A&#10;AIdBAAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABEJQAAOyAHADYeDgAzHhMAMh4ZADAeIAAvHiYA&#10;Lh8tAC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYidAAlI4UAIyOZACIkrQAhJMUAISXoACIl/QAi&#10;JP8AIyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMAAGc/AABdOgAAUzYAAEoxAABBLAAAOCYDADEj&#10;DAAuIhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkAJSVBACQlSwAjJlYAIiZjACEncgAfJ4MAHiiX&#10;AB0oqwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACYQwAAjUcAAINJAAB6SQAAcEcAAGZEAABaPwAA&#10;UTsAAEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUnGgAkJyEAIygnACIoLgAhKTYAICk/AB8qSQAe&#10;KlQAHStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3kABct+gAYLf8AGS3/AKFBAACVRwAAi0sAAIJN&#10;AAB4TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAAMzQAACovBgAkLA0AISwSACAsGAAfLR4AHi0l&#10;AB0tLAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAVMX8AEzGTABIxqAARMr8AETLiABIy+QATMf8A&#10;EzH/AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJOAABWSQAATUYAAERDAAA7PwAAMToAACc2AwAf&#10;MgsAHDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6ABQ0RAATNE8AEjVcABE1awAQNn0ADzaRAA42&#10;pgANN7wADTfdAA029gAONv8ADzb/AJtJAACRTwAAh1MAAH5WAAB1VgAAalUAAGBTAABVTwAATEwA&#10;AEJJAAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAUOBgAEzkfABI5JgAROS4AEDk3AA86QQAOOkwA&#10;DTtZAA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg88AAJO/8ACjv/AJhOAACOVAAAhVgAAHxbAABy&#10;WwAAaFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcAACFEAAAYQgMAEkALABA/EAAOPxUADj8cAA1A&#10;IwAMQCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYAA0GKAAFBnwAAQbQAAEHQAAFB7gABQfwAAkD/&#10;AJVUAACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABRWwAARVcAADpUAAAvUQAAJU8AABxMAAAUSgAA&#10;DkgIAAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJIOwAASEcAAEhTAABIYgAASHMAAEiGAABImwAA&#10;SLEAAEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMAAHdlAABuZgAAZWYAAFlkAABMYAAAQF0AADVb&#10;AAAqWQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEAAFAWAABQHQAAUCUAAFAuAABQOAAAUEMAAFBQ&#10;AABQXgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAATfsAAE3/AI9hAACGZgAAfWkAAHRsAABsbQAA&#10;YWsAAFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJeAAAMXAAABlwGAABbCwAAWg8AAFoTAABaGQAA&#10;WSEAAFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+AABYlAAAV6sAAFfFAABW6QAAVfsAAFX/AIxo&#10;AACCbQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAAM20AAChrAAAdagAAFGgAAA1nAAAHZwAAAGYD&#10;AABmCQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAAZDoAAGNHAABjVQAAY2YAAGN6AABikAAAYacA&#10;AGDBAABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54AABgeAAAUncAAEV3AAA4dgAAK3YAACB0AAAW&#10;cwAADnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEOAABwEQAAcBcAAHAeAABwJwAAcDMAAG9AAABv&#10;UAAAb2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgAAGn/AIN3AAB8ewAAc30AAGV+AABXfwAASX8A&#10;ADx/AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAAfwAAAH8AAAB+AAAAfgUAAH4KAAB+DQAAfhEA&#10;AH4XAAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8hAAAe5wAAHq2AAB52gAAePUAAHf/AIB/AAB3&#10;ggAAaYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkAAA+JAAAHigAAAIsAAACMAAAAjQAAAI0AAACM&#10;AAAAjAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIAAI4vAACOPwAAjVAAAI1kAACMewAAjJUAAIuu&#10;AACKzQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABCjwAANJEAACaSAAAZkwAADpQAAAaVAAAAlgAA&#10;AJgAAACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACcAAAAnQUAAJ0LAACeEAAAnxcAAKAkAACgNAAA&#10;oEYAAKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5AHCMAABhjwAAU5IAAESWAAA2mQAAJ5sAABmc&#10;AAAPnQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAAAKkAAACpAAAAqgAAAKsAAACsAAAArQAAAK4B&#10;AACwCQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAAtH4AALOaAACztAAAs9UAALPwAGSTAABVlwAA&#10;R5sAADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACtAAAAsAAAALQAAAC2AAAAuAAAALgAAAC5AAAA&#10;ugAAALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkPAADKGgAAyywAAMxAAADNVgAAzm8AAM2LAADM&#10;qAAAzMIAAMziAFibAABJoAAAOqUAACypAAAcqwAAD64AAASxAAAAtAAAALcAAAC6AAAAvgAAAMMA&#10;AADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAOEFAADmDwAA5x4A&#10;AOgyAADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAVAP8AIQD/&#10;ACwA/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABoAPYAbgD1AHQA9AB6APIAgADxAIcA7wCPAO0A&#10;lwDrAKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A0AD/AMQA/wC8AP8AtgD/AP8AAAD/AAAA/wAA&#10;AP8AAAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDxAEYA7QBPAOsAVgDoAFwA5gBiAOQAaADjAG4A&#10;4QBzAN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8AtADMAMkAyQDpAMgA/wDHAP8AwQD/ALcA/wCv&#10;AP8AqwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAOAO4AFwDqACIA5gAsAOEANwDdAEAA2ABJANMA&#10;UADQAFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkAwgCBAMAAigC+AJQAvACfALkArAC2AL4AtADd&#10;ALMA9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/AAAA+QAAAO8AAADmAAAA3wALANYAEgDQABwA&#10;zAAmAMgAMADEADoAwABCAL0ASgC7AFAAuABWALYAWwC1AGEAswBmALEAbACwAHIArgB6AKwAggCp&#10;AIwApwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/AJkA/wCUAP8AkQD/AP8AAAD2AAAA6gAAAN0A&#10;AADPAAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMArQA7AKoAQwCnAEkApQBPAKMAVQCiAFoAoABf&#10;AJ4AZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQAKwAjgC/AIwA4gCLAPoAiQD/AIkA/wCGAP8A&#10;gwD/APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4ACwCpABIApQAbAKEAIwCeACwAmwA0AJgAPACW&#10;AEMAlABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBrAIcAcwCFAH0AgwCIAIEAlQB/AKQAfQC1AHsA&#10;zwB5APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAAwwAAALgAAACvAAAAqAAAAKAABgCaAA4AlQAV&#10;AJEAHgCOACYAiwAtAIgANQCGADwAhABCAIIARwCAAE0AfwBSAH0AWAB7AF4AeQBlAHgAbQB2AHYA&#10;cwCBAHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA/wBoAP8AaQD/ANUDAADDBwAAtggAAKsGAACi&#10;AAAAmwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAnAHoALgB3ADUAdQA7AHQAQQByAEcAcABMAG8A&#10;UgBtAFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcAYACnAF4AuwBdANwAXAD2AFwA/wBbAP8AWwD/&#10;AMkNAAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACCAAUAewANAHcAEgBzABoAbwAhAGwAKABqAC8A&#10;aAA1AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0AYQBbAGoAWQB1AFcAggBVAJEAVACiAFMAtQBR&#10;AM8AUADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoAAJkZAACPFgAAhxEAAH8NAAB3BgAAcQAIAGsA&#10;DgBnABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsAWABBAFYARgBVAE0AUwBUAFIAXABQAGUATgBw&#10;AEwAfQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBGAP8ARQD/ALgbAACqIAAAniIAAJMiAACJHwAA&#10;gBoAAHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYAHQBUACMAUgAqAFAAMABPADUATgA7AEwAQQBL&#10;AEgASQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOaAD4ErQA9BMQAPAXlADwH+AA8B/8APAf/ALIi&#10;AAClJwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAAYRIAAFoNAwBTCAwATwURAEwFFwBKBh4ASAYk&#10;AEcGKgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9CV0AOwpoADoKdgA4C4cANwuZADULrAA0DMIA&#10;MwzkADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsvAACALgAAdyoAAG0lAABkIAAAXBoAAFQUAABM&#10;DwYARgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0yADoNOAA4DT8ANw5HADYOUAA0DloAMw5mADEP&#10;dAAwD4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8ALRH/AKosAACdMQAAkjQAAIc1AAB9NAAAdDEA&#10;AGorAABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5EBQANxAbADYQIQA0ECcAMxEtADIRNAAxETsA&#10;MBFDAC4STQAtElcALBJjACoTcQApE4IAJxSVACYUqQAlFcAAJBXjACUW+gAmFv8AJhX/AKYxAACa&#10;NgAAjzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgAAEwiAABDHQAAOxcFADUUDQAyExEAMRQXAC8U&#10;HQAuFCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QAJhdgACQYbwAjGIAAIRmTACAZpwAfGb4AHhrg&#10;AB8a+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5PQAAbzsAAGU3AABbMgAAUi0AAEkoAABAIwAA&#10;OB4BADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZLQAkGjUAIxo+ACIbRwAhG1IAIBxeAB8dbAAd&#10;HX4AHB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/AKE4AACVPQAAi0EAAIFCAAB3QgAAbUAAAGM8&#10;AABZNwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0AJR0SACMdFwAhHR0AIR0kACAeKwAfHjIAHh87&#10;AB0fRQAcIE8AGiFcABkhagAYInsAFiKPABUiowAUI7oAEyPaABQj9QAVI/8AFiP/AJ48AACTQQAA&#10;iUQAAH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0AAA8MAAAMysAAComAwAjIgsAICEQAB4hFQAc&#10;IhsAGyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZABQmaAATJnkAEiaNABEnogAQJ7gADifWABAo&#10;9AARJ/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAAakkAAGBGAABVQQAATD4AAEM6AAA6NgAAMTIA&#10;ACgtAAAgKQkAGycOABknEgAYJxgAFicfABUoJQAUKC0AEyg2ABIpQAASKUsAESpXABAqZgAOK3cA&#10;DiuLAA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlEAACPSQAAhUwAAHxOAABzTwAAaU4AAF5LAABT&#10;RwAASkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0MABQsEAATLRUAEi0cABEtIwAQLSoADy4zAA4u&#10;PQANL0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEABjHLAAYx6wAHMPwACDD/AJdIAACNTQAAg1EA&#10;AHpTAABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1QgAAKz4AACI6AAAaNwEAEjQJAA8zDgAOMxMA&#10;DTMZAA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2YAAENnEAAjaEAAA2mQAANq8AADbIAAA26AAA&#10;NvkAATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgAAFtVAABRUgAAR08AADxMAAAxSAAAJ0QAAB5B&#10;AAAWPwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYABDsuAAI7OAABPEMAADxPAAA8XgAAPG4AADyB&#10;AAA8lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACIWAAAf1wAAHZdAABtXgAAY10AAFpcAABOWAAA&#10;QlQAADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdDDAADQxAAAEMVAABDGwAAQyMAAEMrAABDNQAA&#10;Q0AAAENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELDAABB5gAAQfkAAEH/AI5YAACGXgAAfWEAAHNj&#10;AABrZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAAHlMAABVRAAAOTwAACU0FAAJNCwAATA4AAEwT&#10;AABLGAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAAS2cAAEp7AABKkAAASacAAEnAAABI5AAASPgA&#10;AEf/AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBmAABDZAAAN2EAACxfAAAhXQAAGFsAABBZAAAK&#10;WAAAA1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQjAABULQAAVDkAAFRFAABUUwAAVGQAAFN3AABT&#10;jQAAUqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAAd24AAG9wAABlcAAAV24AAEpsAAA9awAAMGkA&#10;ACVoAAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAAYAsAAGAOAABfEgAAXxcAAF8eAABeKAAAXjMA&#10;AF5AAABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa3wAAWfcAAFj/AIRuAAB8cgAAdXUAAGt2AABd&#10;dQAAT3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4AAARuAAAAbgAAAG4AAABsAgAAbAcAAGsLAABr&#10;DgAAaxIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoAAGlsAABogwAAZ5sAAGa1AABl2AAAZPUAAGT/&#10;AIB1AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAsfAAAH3sAABR6AAANegAABHoAAAB6AAAAegAA&#10;AHoAAAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4GgAAeCUAAHgyAAB3QQAAd1IAAHdlAAB2fAAA&#10;dZUAAHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EAAFiCAABKgwAAPIQAAC6FAAAhhQAAFYUAAA2F&#10;AAADhQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAAAIcAAACHBAAAhwkAAIcOAACIEwAAiBwAAIgp&#10;AACIOAAAh0oAAIddAACGcwAAho0AAIWnAACExQAAg+wAAIL+AHiEAABqhgAAXIgAAE2KAAA/jAAA&#10;MY4AACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACVAAAAlgAAAJYAAACWAAAAlgAAAJYAAACXAAAA&#10;lwAAAJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpSAACaaAAAmYMAAJmfAACYugAAl+IAAJb4AG2K&#10;AABfjQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAAAZsAAACdAAAAnwAAAKEAAACkAAAApQAAAKQA&#10;AAClAAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAArAwAAK4TAACuIQAArjMAAK5HAACuXQAArnYA&#10;AK6TAACurgAArc0AAKzvAGGRAABTlQAARJgAADWcAAAmnwAAF6EAAA2jAAAApQAAAKcAAACqAAAA&#10;rAAAALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcAAAC4AAAAuQAAALsAAAC9AAAAvwEAAMMLAADF&#10;FQAAxSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwAAMbeAFWZAABHnQAAOKIAACmmAAAZqAAADasA&#10;AACtAAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAAxAAAAMMAAADFAAAAxgAAAMgAAADKAAAAzQAA&#10;AM8AAADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADkQQAA5VoAAOZ0AADmkQAA5awAAOXEAP8AAAD/&#10;AAAA/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0AP8APgD9AEgA+gBQAPcAVwD1AF0A9ABjAPIA&#10;aQDwAG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA5ACoAOIAtwDfAM0A3ADuANkA/wDZAP8AygD/&#10;AL4A/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wAPAPwAGAD4ACMA9AAuAPAAOADrAEIA&#10;6ABKAOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYAdADUAHsA0QCCAM8AiwDNAJUAygChAMgArwDF&#10;AMEAwgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/AP8AAAD/AAAA/wAAAPsAAADzAAEA7QAMAOgA&#10;EwDjAB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEAxgBXAMQAXQDCAGIAwQBnAL8AbQC9AHQAuwB7&#10;ALkAhAC3AI4AtACZALIApwCvALcArQDQAKsA8gCqAP8AqQD/AKEA/wCbAP8AlwD/AP8AAAD/AAAA&#10;9AAAAOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEAKwC8ADUAuQA9ALYARQCzAEsAsQBRAK8AVgCu&#10;AFsArABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACSAJ4AnwCcAK4AmQDDAJcA5wCWAP8AlQD/AJIA&#10;/wCNAP8AigD/APwAAADwAAAA4wAAANQAAADIAAAAvwADALkADQCzABMArwAcAKwAJQCpAC4ApQA2&#10;AKMAPgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCWAGYAlABsAJIAdQCQAH4AjgCKAIsAlwCJAKYA&#10;hwC4AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0AAADdAAAAzAAAAMEAAAC4AAAArgAAAKcACQCi&#10;ABAAngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBDAIsASQCJAE4AiABTAIYAWQCEAF8AggBlAIAA&#10;bQB+AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwAcQD/AHAA/wBwAP8AbgD/AN0AAADJAAAAvAAA&#10;ALEAAACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCHACEAhAApAIEAMAB/ADcAfQA9AHsAQgB5AEgA&#10;eABNAHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoAiABoAJcAZgCoAGUAvABjAOEAYgD6AGEA/wBh&#10;AP8AYQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAAAI0AAACGAAgAgQAOAHwAFAB4ABsAdQAjAHIA&#10;KQBwADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIAZABZAGMAYABhAGkAXwB0AF0AgQBbAJAAWQCh&#10;AFcAtABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACyDgAApg8AAJsOAACSCwAAiQUAAIIAAAB7AAIA&#10;dQALAHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAANgBeADsAXQBBAFsARgBaAEwAWABTAFYAWwBU&#10;AGQAUgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDqAEkA/gBJAP8ASQD/ALkSAACqFgAAnhcAAJQW&#10;AACKEwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEAXQAYAFoAHgBYACQAVgAqAFQAMABTADYAUQA7&#10;AFAAQQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBEAIUAQwCXAEEAqQBAAL8APwDiAD8A+AA+AP8A&#10;PwD/ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHISAABqDgAAYggAAFwBCABXAA4AUwATAFAAGQBO&#10;AB8ATAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJAEEAUQA/AFoAPgBlADwAcgA6AIEAOQCTADgA&#10;pQA2ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAAlCYAAIkmAAB/JAAAdSAAAGwbAABkFQAAXBAA&#10;AFQMAQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/ACsAPgExADwBNwA7Aj4AOQJFADgDTQA2A1YA&#10;NQRhADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH8AAsCP8ALAj/AKglAACbKgAAkCwAAIYtAAB7&#10;KwAAcicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoLAD4HEAA7BhUAOQcbADgHIQA2CCYANQgsADMI&#10;MgAyCTkAMQlBAC8JSQAuClMALApeACsLbAApC3wAKAyPACYMogAlDLcAJAzTACMN8AAkDf8AJQ3/&#10;AKQqAACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABcJAAAUx8AAEsZAABDEwAAPBAGADUNDAAzDBEA&#10;MQwWAC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcORgAmDlAAJA5cACMPagAiD3sAIBCOAB8QogAd&#10;ELcAHBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYAAIA3AAB2NgAAbTMAAGMvAABZKgAAUCUAAEgg&#10;AAA/GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4AJRAkACQQKgAjETIAIhE6ACERQwAgEk4AHhJa&#10;AB0TaAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAXFf8AGBT/AJ4zAACTNwAAiDoAAH47AAB0OwAA&#10;azgAAGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0XBQAmEwwAIxMQACITFQAgExoAHxMhAB4UJwAd&#10;FC8AHBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJABMYngASGLMAERnOABEZ7wASGf8AExn/AJw2&#10;AACROwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAATDAAAEMsAAA6JwAAMiIAACoeAQAiGQkAHhcO&#10;ABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAVGkkAExtVABIbYwARHHQAEByHAA8dnAAOHbEA&#10;DR3LAA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtEAABxQwAAaEIAAF4+AABTOgAASjYAAEEyAAA5&#10;LQAAMSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0bABQdIgATHSkAEh4yABEfPAAQH0YAECBTAA4g&#10;YQANIXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsACyH/AJc+AACMQwAAg0YAAHlIAABwSAAAZ0YA&#10;AFxEAABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAeJwMAFiMKABIhDgARIRMAECIZABAiIAAPIicA&#10;DiMvAA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYmlgAEJqwAAybEAAQm5QAEJvcABib/AJVCAACK&#10;RwAAgUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EAAD8+AAA3OwAALTYAACQxAAAbLQAAEyoHAA8o&#10;DQANJxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIABipOAAQrXAADK2wAASt/AAArlAAAK6kAACvB&#10;AAAr4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABtUQAAY1AAAFpNAABPSgAAR0cAAD5EAAAzQAAA&#10;KTwAACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYvGwAFLyMAAy8rAAIwNQAAMD8AADBMAAAxWQAA&#10;MWkAADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//AJBLAACGUAAAfVQAAHVWAABrVgAAYlUAAFhT&#10;AABOUAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAADjkFAAk3CwAENg8AATYTAAA2GQAANiAAADYp&#10;AAA2MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAANqUAADa9AAA24AAANfUAADX/AI1QAACEVgAA&#10;fFoAAHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVOAAAqSwAAIEgAABdGAAAQQwAAC0EEAARACgAA&#10;Pw4AAD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD52AAA9jAAAPaMAADy7AAA8&#10;3gAAO/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAAX2EAAFReAABHWwAAOlcAAC9VAAAlUgAAG1AA&#10;ABJNAAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAARhoAAEYiAABGLAAARjcAAEZDAABGUQAARmAA&#10;AEVzAABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhdAAB/YgAAd2UAAG5nAABnaAAAW2YAAE5jAABB&#10;YQAANF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMBAABSBgAAUQsAAFEOAABQEQAATxYAAE8eAABP&#10;JwAATzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0AAEy1AABL2AAASvUAAEr/AIVlAAB8aQAAdGwA&#10;AG1uAABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAYYgAAEGAAAAlfAAAAXgAAAF4AAABdAwAAXAgA&#10;AFsMAABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZSAAAWFgAAFhrAABXgQAAV5kAAFayAABV0gAA&#10;VPQAAFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEAAD9wAAAybwAAJW4AABpsAAARawAACWoAAABq&#10;AAAAaQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8AAGUUAABlHAAAZScAAGQ0AABkQwAAZFMAAGRl&#10;AABjewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3dwAAbnkAAF95AABReQAAQ3kAADZ4AAApeAAA&#10;HHcAABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0AAAAdAAAAHMCAABzBwAAcwwAAHIQAAByFQAA&#10;ciAAAHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+oAABuxgAAbO0AAGv/AHt7AAByfgAAZH4AAFV/&#10;AABHgAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAAAIIAAACDAAAAgwAAAIMAAACCAAAAggAAAIIA&#10;AACCAAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAAgkMAAIFWAACBbAAAgIYAAH+hAAB+vQAAfeYA&#10;AHz8AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCLAAATiwAACosAAACMAAAAjQAAAI8AAACRAAAA&#10;kgAAAJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJICAACTCQAAlA8AAJQZAACUJwAAlDgAAJRMAACT&#10;YgAAk3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAATY0AAD+QAAAwkgAAIZQAABSVAAAKlgAAAJcA&#10;AACZAAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAAoAAAAKEAAACiAAAAowAAAKQAAAClAAAApgcA&#10;AKgQAACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACoqAAAp8cAAKbsAF+PAABQkgAAQZYAADOZAAAj&#10;nAAAFJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwAAACuAAAArwAAAK8AAACwAAAAsAAAALIAAACz&#10;AAAAtAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8AAMAzAADASQAAwGIAAMB+AADAmwAAwLcAAL/Y&#10;AFOXAABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAArQAAALAAAACzAAAAtgAAALsAAAC9AAAAwAAA&#10;AL8AAADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADMAAAAzwAAANMAAADaBwAA2xMAAN0lAADeOwAA&#10;31MAAOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAAAP8AAAD/AAcA/wAQAP8AGQD/ACQA/wAvAPwA&#10;OgD5AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA6QBvAOcAdQDmAHwA5ACEAOIAjQDgAJcA3QCi&#10;ANoAsQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCvAP8AqQD/AP8AAAD/AAAA/wAAAP8AAAD/AAIA&#10;+wANAPcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4ATADbAFMA2ABYANQAXgDSAGMA0ABpAM4AbgDM&#10;AHUAygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZALkA9wC4AP8AtAD/AKkA/wCiAP8AnQD/AP8A&#10;AAD/AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA1wAjANAALgDLADcAxwA/AMQARgDBAE0AvwBS&#10;AL0AWAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCvAIgArQCTAKoAoQCoALEApgDIAKQA7QCiAP8A&#10;ogD/AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMAAADYAAAAzQAFAMYADgDBABUAvQAeALkAJwC1&#10;ADAAsgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBbAKMAYQChAGcAnwBuAJ4AdgCbAIAAmQCMAJcA&#10;mQCUAKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8AgwD/APgAAADpAAAA3AAAAMwAAADBAAAAuAAA&#10;ALIACgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZAD8AlwBFAJUASgCUAFAAkgBVAJAAWgCPAGAA&#10;jQBnAIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0AzAB8APEAewD/AHoA/wB3AP8AdQD/AOYAAADT&#10;AAAAxgAAALsAAACxAAAApwAAAKEABQCbAA0AlwATAJMAGwCQACMAjAArAIoAMgCIADgAhgA+AIQA&#10;RACCAEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEAdQB8AHMAiQBwAJgAbwCpAG0AvwBrAOYAagD/&#10;AGkA/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACjAAAAmwAAAJIAAACMAAoAhwAQAIMAFgB/AB0A&#10;fQAkAHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8ATQBtAFMAbABZAGoAYQBoAGoAZgB0AGQAgQBh&#10;AJEAXwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/AMUAAAC2AgAAqQIAAJ8AAACWAAAAjgAAAIcA&#10;AACAAAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsAZwAxAGYANwBkADwAYwBBAGEARwBfAE0AXgBT&#10;AFwAWwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQAMgATwDuAE4A/wBOAP8ATQD/ALsKAACsDQAA&#10;oA0AAJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkADgBlABMAYgAZAF8AHwBdACUAWwArAFkAMQBY&#10;ADYAVgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABoAEoAdQBIAIQARwCVAEUAqABEAL8AQwDkAEIA&#10;/ABCAP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAAew0AAHMIAABsAAAAZQADAF8ACwBbAA8AVwAU&#10;AFQAGgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABIAEIARgBIAEUAUABDAFkAQQBjAD8AbwA+AH4A&#10;PACQADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwXAACfGwAAkx0AAIkcAAB/GQAAdRUAAGwQAABk&#10;DAAAXQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAgAEQAJgBCACsAQQAxAD8ANgA+AD0APABEADsA&#10;SwA5AFQANwBfADYAawA0AHoAMgCMADEAngAwALMALwDOAC8A7wAuAP8ALgD/AKceAACaIgAAjyQA&#10;AIQkAAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJAwgARQANAEEAEQA+ABYAPAAbADoAIQA5ACYA&#10;NwAsADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0AZwArAHYAKgCIACgAnAAnALAAJgDJACUA6gAl&#10;AfsAJQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUAAGQgAABbGwAAUhUAAEsQAABDDAIAPQcJADkD&#10;DgA2ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQAKgM7ACkEQwAoBE0AJgVYACUFZQAjBnQAIgaG&#10;ACAGmgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACTLQAAiC8AAH4vAAB0LgAAaisAAGEmAABYIQAA&#10;TxwAAEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkHFwAoCB0AJwgjACUIKQAkCTAAIwk3ACEKQAAg&#10;CkoAHwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzGABUN5gAVDfkAFg3/AJwtAACQMQAAhjQAAHw0&#10;AAByMwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAANBMAAC0QBgAmDQsAJAwPACIMEwAhDBkAHwwf&#10;AB4NJQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAUD3EAExCEABIQmAAREK4AEBDGABAQ6AAQEPsA&#10;ERD/AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0yAABTLQAASigAAEIkAAA5HwAAMRoAACoVAQAj&#10;EQcAHRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAxABQROgATEUUAEhJRABESXwAQEm8ADhOCAA4T&#10;lgANE6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAAgjwAAHg9AABvPQAAZToAAFs3AABSMgAASS4A&#10;AEAqAAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAUEhIAExMYABITHwARFCYAERQuABAUOAAPFUIA&#10;DhZPAA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY4AAHGPUACRj/AJU4AACKPQAAgEAAAHdBAABt&#10;QQAAZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicAACcjAAAfHwAAFxoIABIXDQAQFxEADxcWAA4Y&#10;HAAOGCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkABRx8AAQdkQACHaYAAR28AAIc3QACHPIAAxz/&#10;AJM8AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABPPQAARjkAAD42AAA1MgAALi4AACUqAAAdJQAA&#10;FCEEAA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcfMwAGID4ABCBKAAMhVwABIWcAACF5AAAhjgAA&#10;IaQAACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgAAHRKAABrSgAAYkkAAFhGAABOQgAART8AAD08&#10;AAA1OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4ABiMSAAUjGQAEJCAAAiQoAAElMQAAJTwAACVI&#10;AAAmVQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAAJfIAACX+AI5FAACESQAAe00AAHNPAABqTwAA&#10;YE4AAFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41AAAVMgAADy4DAAosCgAFKw4AASoRAAAqFgAA&#10;Kh4AAComAAArLwAAKzkAACtFAAAsUwAALGIAACx1AAAsigAAK6AAACu3AAAr1gAAKvIAACr/AIxJ&#10;AACCTgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAAQ0sAADdHAAAtQwAAIz8AABo8AAASOAAADDYD&#10;AAYzCQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAAMjcAADJDAAAyUAAAMmAAADJyAAAyhwAAMZ4A&#10;ADG1AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9ZAABmWQAAXlkAAFVXAABJUwAAPk8AADJMAAAo&#10;SAAAHkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoPAAA5EgAAORgAADkgAAA5KQAAOTQAADlAAAA5&#10;TgAAOV0AADlvAAA4hQAAOJwAADezAAA30gAANvIAADX/AIdVAAB/WgAAdl0AAG1fAABlXwAAXV8A&#10;AFJcAABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAKSAAAA0YBAABFBgAARAoAAEMNAABCEAAAQRUA&#10;AEEdAABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABAgQAAP5kAAD+xAAA+0AAAPfIAADz/AIRcAAB8&#10;YAAAc2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsAACZZAAAcVgAAElQAAAxSAAAEUQAAAE8AAABO&#10;AwAATQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwAAEo5AABKRwAASlYAAEloAABJfgAASJYAAEev&#10;AABGzQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABgawAAUmkAAERmAAA3ZAAAKmIAAB9gAAAVXgAA&#10;DV0AAAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABWDAAAVRAAAFQUAABUHQAAVCcAAFQ0AABUQgAA&#10;U1IAAFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/AH5qAAB3bgAAcHEAAGZxAABYcAAASm8AADxt&#10;AAAvbAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAAAGUAAABjAAAAYgAAAGIEAABhCAAAYQ0AAGAQ&#10;AABgFwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAAXY0AAFynAABbxQAAWu0AAFn/AHtyAAB1dgAA&#10;a3cAAF12AABPdgAAQXUAADN1AAAmdAAAGXMAABByAAAHcQAAAHEAAABxAAAAcQAAAHEAAABvAAAA&#10;bwAAAG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0mAABsNQAAbEYAAGtYAABrbQAAaoYAAGmhAABo&#10;vgAAZ+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAANn4AACh+AAAbfQAAEH0AAAd9AAAAfQAAAH0A&#10;AAB+AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAAfAAAAHwGAAB8DAAAfBIAAHwdAAB8LAAAfDwA&#10;AHxPAAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOAAABlgQAAVoMAAEiEAAA5hgAAK4cAAB2HAAAR&#10;hwAAB4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwAAACMAAAAjAAAAI0AAACN&#10;BAAAjgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQAAI2QAACMrQAAi84AAIrzAGiGAABaiAAAS4sA&#10;ADyNAAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAAlwAAAJkAAACbAAAAnAAAAJsAAACbAAAAnAAA&#10;AJwAAACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACiFgAAoyYAAKM6AACjTwAAo2gAAKKGAACiogAA&#10;osAAAKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoAAAebAAAAnQAAAKAAAACiAAAApAAAAKgAAACq&#10;AAAAqwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAAALEAAACyAAAAtAAAALcBAAC5DQAAuRoAALot&#10;AAC6QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABBmAAAMpwAACOgAAATogAACKQAAACnAAAAqgAA&#10;AKwAAACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8AAAAvQAAAL8AAADAAAAAwgAAAMQAAADGAAAA&#10;yQAAAM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhpAADXhgAA16MAANa9AP8AAAD/AAAA/wAAAP8A&#10;AAD/AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A8ABHAO4ATgDrAFQA6QBaAOcAXwDlAGQA4wBq&#10;AOEAcADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDNAL0AywDgAMkA+wDHAP8AvQD/ALEA/wCpAP8A&#10;owD/AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEAEQDtABsA6QAlAOQAMADfADkA2gBBANUASADR&#10;AE4AzwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3AMAAfwC+AIoAuwCVALgAowC2ALQAtADNALIA&#10;8gCwAP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA+gAAAPEAAADoAAAA4AAGANkADgDSABYAzgAf&#10;AMgAKQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0AFgAsgBdALAAYgCuAGkArABvAKoAeACoAIIA&#10;pgCOAKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA/wCOAP8AigD/AP8AAAD2AAAA6AAAANwAAADO&#10;AAAAxgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0AKgAOwClAEEAowBHAKEATACfAFEAngBWAJwA&#10;XACaAGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIAiwC1AIkA0wCHAPcAhgD/AIQA/wB/AP8AfAD/&#10;APIAAADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwClAA4AoQAUAJ4AHACaACUAlwAtAJQANACSADoA&#10;kABAAI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQAaQCCAHIAfwB9AH0AiwB7AJoAeACrAHYAxAB0&#10;AOsAcwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAAALQAAACrAAAAoQAAAJoAAgCUAAsAkAAQAIwA&#10;FwCIAB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQAeQBJAHgATgB2AFQAdABaAHMAYgBwAGsAbgB1&#10;AGwAgwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBiAP8AYAD/AMwAAAC8AAAArwAAAKUAAACdAAAA&#10;lAAAAIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMAJgBxAC0AbwAyAG0AOABrAD0AagBCAGgASABn&#10;AE4AZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCbAFcArwBWAMsAVQDyAFQA/wBUAP8AVAD/AL4A&#10;AACwAAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIAcwAKAG8ADwBrABQAZwAaAGUAIABjACYAYQAs&#10;AF8AMgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBUAF4AUgBoAFAAdABOAIMATACVAEoAqABJAMAA&#10;SADoAEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAKAACGBQAAfgAAAHYAAABvAAAAaAAFAGMADABf&#10;ABAAWwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2AE4APABNAEIASwBIAEkAUABIAFgARgBiAEQA&#10;bgBCAH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8APAD/AKwQAACfEgAAlBIAAIkRAAB/DwAAdgwA&#10;AG4FAABmAAAAYAABAFkACABVAA0AUQARAE4AFgBLABsASQAhAEgAJgBGACsARQAxAEMANgBCADwA&#10;QABDAD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQAnAAzALEAMgDOADIA8QAxAP8AMQD/AKYWAACa&#10;GQAAjhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMAAFEABABMAAoASAAOAEQAEgBBABYAPwAbAD0A&#10;IQA8ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8AMQBZAC8AZQAuAHMALACFACsAmAAqAK0AKQDG&#10;ACgA6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1HwAAbBoAAGMWAABaEQAAUg0AAEsHAABEAAYA&#10;QAALADwADwA4ABIANgAXADQAHAAzACEAMQAnADAALAAuADMALQA6ACsAQgAqAEsAKABVACYAYQAl&#10;AHAAJACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/AJ0iAACRJgAAhigAAHwnAAByJQAAaSIAAF8d&#10;AABXGAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAALgATACwAGAAqAB0AKQAiACcAKAAmAC4AJAA2&#10;ACMAPgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZAKcAGAC9ABcA3wAXAfUAFwL/AJonAACOKwAA&#10;hC0AAHktAABwKwAAZigAAF0kAABUHwAASxoAAEMUAAA7EAAANA0CAC0JCQApBQ0AJgMQACQBEwAi&#10;AhkAIQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVPABcGXAAWBmoAFAd8ABMHkAASB6UAEQe7ABAH&#10;2wAQCPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAAZC4AAFsqAABRJQAASSAAAEAbAAA4FgAAMRIA&#10;ACkOBAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAXCScAFgkuABUKNwATCkEAEgtNABELWgAQC2kA&#10;Dgx7AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUvAACKMwAAfzYAAHY2AABsNQAAYzMAAFkvAABQ&#10;KwAARyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4KABUMDgAUDBEAEwwWABIMHAARDSMAEA0rAA8N&#10;NAAODj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIABhC4AAUQ1AAFEO8ABhD/AJIzAACINwAAfjoA&#10;AHQ7AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1IwAALR8AACYaAAAeFgEAFxMGABEQCwAODg4A&#10;Dg8TAA0QGQANECAADBAoAAsRMgAKETwACBJIAAcSVQAGE2UABBN2AAMTiwABFKAAABO2AAAT0QAA&#10;E+4AABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0AAFc5AABNNgAARDEAADwuAAA0KgAALCYAACUi&#10;AAAeHgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8ABxUmAAYVLwAEFjoAAxZGAAEXUwAAF2IAABh0&#10;AAAYiQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACEPwAAe0IAAHJDAABoQwAAX0IAAFY/AABMOwAA&#10;QzcAADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0bCQAJGQ0ABhkRAAQZFgACGR0AARokAAAaLQAA&#10;GzgAABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByzAAAczgAAG+0AABv8AIw+AACCQwAAeUYAAHBI&#10;AABoSAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAAKjIAACAtAAAXKQAAECUCAAsiCQAFIA0AAR8Q&#10;AAAfFAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAAIV4AACJwAAAihQAAIZsAACGyAAAhzQAAIO0A&#10;AB/8AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJAABKRgAAQkMAADpAAAAvOwAAJTcAABwzAAAT&#10;LwAADSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYhAAAmKQAAJjMAACc/AAAnTQAAJ1wAACdtAAAn&#10;ggAAJ5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAAdlAAAG5RAABlUgAAXFEAAFNPAABKTAAAQUkA&#10;ADVEAAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAALwsAAC4OAAAtEQAALRYAAC0eAAAtJwAALTEA&#10;AC09AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAArywAAKu4AACr+AIVNAAB9UgAAdVUAAGxXAABj&#10;VwAAW1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMAABM/AAANPQAABjoAAAA4BQAANwkAADYNAAA1&#10;DwAANBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcAADRoAAA0fQAAM5UAADKtAAAxygAAMe4AADD/&#10;AINTAAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABCVgAANlIAACpPAAAgTAAAFkkAAA5HAAAIRAAA&#10;AEIAAABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8IQAAPCsAADw3AAA8RAAAPFMAADxlAAA7egAA&#10;OpIAADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEAAGljAABiZAAAV2IAAEleAAA8WwAAL1gAACRV&#10;AAAZUwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQAAEgIAABHDAAARg8AAEYUAABFHAAARScAAEUz&#10;AABFQAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAAQOwAAD//AH5hAAB2ZQAAb2gAAGhqAABdaQAA&#10;T2YAAEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJYAAAAVgAAAFYAAABUAAAAUwAAAFIEAABRCQAA&#10;UA0AAFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5dAABOcgAATYsAAEylAABLwgAASeoAAEj/AHtp&#10;AAB0bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAAIGcAABRlAAANZAAAA2IAAABiAAAAYQAAAGAA&#10;AABfAAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAAWxwAAFooAABaNgAAWkYAAFlYAABZbQAAWIUA&#10;AFegAABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0AABMcwAAPnMAADByAAAjcQAAFm8AAA1uAAAE&#10;bQAAAG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkAAABpAAAAaQMAAGgJAABoDgAAaBUAAGchAABn&#10;LwAAZz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEAAGH8AHd4AABtegAAX3oAAFB6AABCegAAM3sA&#10;ACV7AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAAegAAAHoAAAB4AAAAeAAAAHcAAAB3AAAAdwAA&#10;AHcBAAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1XwAAdXcAAHSTAABzrwAActMAAHH3AHF+AABj&#10;fwAAVIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQAAACEAAAAhQAAAIYAAACIAAAAiQAAAIgAAACH&#10;AAAAhwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcAAIkQAACJHAAAiSwAAIg/AACIVQAAiG0AAIeJ&#10;AACGpwAAhccAAITvAGaEAABXhgAASIgAADmKAAAqjAAAG40AAA+NAAAEjgAAAJAAAACRAAAAkwAA&#10;AJUAAACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACYAAAAmAAAAJkAAACaAAAAmwAAAJ0HAACdEQAA&#10;nSEAAJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJviAFqLAABLjgAAPJEAAC2TAAAelQAAEJYAAASY&#10;AAAAmgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAAAKYAAACnAAAApwAAAKgAAACpAAAAqgAAAKwA&#10;AACtAAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAAtVUAALVwAAC0jgAAtKwAALTMAE2SAAA/lgAA&#10;L5oAACCdAAARnwAABaEAAACjAAAApgAAAKkAAACsAAAArwAAALMAAAC1AAAAtwAAALYAAAC3AAAA&#10;uAAAALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcAAADLAAAAzQwAAM4aAADPLwAAz0gAANBiAADQ&#10;gAAA0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYo&#10;KSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9w&#10;cXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5&#10;uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////&#10;//////////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQME&#10;BQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktN&#10;Tk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SV&#10;lpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e&#10;3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////&#10;////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigp&#10;KistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bx&#10;c3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6&#10;u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////&#10;/////////////////////////////////////////////////wABAgMEBQYHCAkKCwwNDg8QERIT&#10;FBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktM&#10;TU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SF&#10;hoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+&#10;v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3&#10;+Pn6+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAA&#10;AQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQlJicoKSorLC0uLzAxMTIzNDU2&#10;Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5v&#10;cHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeo&#10;qaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dPU1dbX2Nna29zd3t/g4eLj&#10;5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQ&#10;ERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5&#10;Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gj&#10;paeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f&#10;3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wAB&#10;AQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIi&#10;IyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBi&#10;ZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJ&#10;ysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw&#10;8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////igfBJQ0NfUFJPRklMRQAJCf//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////9P/////////////////////////////////////////r0f//////////////////////////&#10;///////////////36f7/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////hzdf/////////////////////////////&#10;/////////92vlrf0/////////////////////////////////////8WMaKfn////////////////&#10;/////////////////////8yciaTn//////////////////////////////////////rOu8b1////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////cxb31/////////////////////////////////////7+TeoXF////////////////////&#10;////////////////25BbPWWo9v/////////////////////////////////+vHU0AFSb6///////&#10;///////////////////////////TlH5JLE6a7P///////////////////////////////9jUyrN+&#10;ZW2l+f////////////////////////////////////TFrq/J////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////w1sbs////////////////////////&#10;////////////5ruRdGOr9/////////////////////////////////bEmnNFJjR9zP//////////&#10;/////////////////////7WAVTAKABlgsv//////////////////////////////z3Q1CwAAAApS&#10;p///////////////////////////////ljQAAAAAAABPp//////////////////////////////2&#10;aR0AAAkMBglSsf/////////////////////////////LOw4TNUxbTUxew///////////////////&#10;//////////+pYDZghp+2rKm42f/////////////////////////////gl42+5f//////////////&#10;////////////////////////7fn/////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+vZyrzH///////////////////////////////////PmoFtWkaI6v//////////////&#10;/////////////////8R8PiYQAABUsP//////////////////////////////4IM8AAAAAAAuh+3/&#10;////////////////////////////rFMQAAAAAAAXbdb////////////////////////////7gDEA&#10;AAAAAAAJYcz////////////////////////////SWgIAAAAAAAAAXcz/////////////////////&#10;//////+oNQAAAAAAAAAAXNP///////////////////////////99DQAAAAAAAAAAVNb/////////&#10;/////////////////+59RQAAAAAAAAAARNT///////////////////////////yqZC8CAAAEIjdJ&#10;WM7////////////////////////////ppGtBKD9jf5Wnutr/////////////////////////////&#10;/9WyrLLM5Pr/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////+W7l3diyP//////////////////&#10;///////////////bnmc2CgACjP///////////////////////////////8h/PwUAAAAAXs//////&#10;////////////////////////2YE5AAAAAAAAPKr/////////////////////////////nkwAAAAA&#10;AAAAI5D////////////////////////////cbxoAAAAAAAAAEH35////////////////////////&#10;//+vSAAAAAAAAAAAAG/u//////////////////////////+EEwAAAAAAAAAAAGTm////////////&#10;/////////////+xRAAAAAAAAAAAAAFfe/////////////////////////7gVAAAAAAAAAAAAAEjW&#10;/////////////////////////3QUAAAAAAAAAAAAADjP////////////////////////+aJaEwAA&#10;AAAAAAAAACPF/////////////////////////9+bXCwAAAAAAAAAAA26////////////////////&#10;///////vsX1VOSIRBwECESKy///////////////////////////////fv6WZmJqgrL3a////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////jvp2AfPv////////////////////////////////yt4RXMA4AHaz/////////&#10;/////////////////////9KKTBUAAAAAAHLz////////////////////////////1n82AAAAAAAA&#10;AEvJ///////////////////////////6kT4AAAAAAAAAAC+r///////////////////////////A&#10;WgAAAAAAAAAAABqV//////////////////////////+NJAAAAAAAAAAAAAiE////////////////&#10;/////////+deAAAAAAAAAAAAAAB3/////////////////////////7QlAAAAAAAAAAAAAABq////&#10;/////////////////////30AAAAAAAAAAAAAAABb9P///////////////////////SsAAAAAAAAA&#10;AAAAAABM6///////////////////////pQAAAAAAAAAAAAAAAAA84f//////////////////////&#10;MAwAAAAAAAAAAAAAAAAt2f////////////////////+ZimEnAAAAAAAAAAAAAAAn1///////////&#10;////////////7b6JVScAAAAAAAAAAAAl3P/////////////////////////+yp12XUo8Mi0sMDlH&#10;3v///////////////////////////////ebd1tLQ09nk////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////+/Uu9b/////////////&#10;////////////////////57iPaksvFW///////////////////////////////+ShZzQHAAAAADzJ&#10;////////////////////////////1oI7AAAAAAAAABKX///////////////////////////thTEA&#10;AAAAAAAAAABv//////////////////////////+mQgAAAAAAAAAAAABQ4f//////////////////&#10;/////+xpAAAAAAAAAAAAAAA3yf///////////////////////7MvAAAAAAAAAAAAAAAitv//////&#10;/////////////////3kAAAAAAAAAAAAAAAAQp///////////////////////8jQAAAAAAAAAAAAA&#10;AAAAmf//////////////////////qQAAAAAAAAAAAAAAAAAAjP//////////////////////RgAA&#10;AAAAAAAAAAAAAAAAf//////////////////////fAAAAAAAAAAAAAAAAAAAAdP//////////////&#10;//////+XAAAAAAAAAAAAAAAAAAAAav/////////////////////OAAAAAAAAAAAAAAAAAAAAY///&#10;////////////////////KSIBAAAAAAAAAAAAAAAAYf//////////////////////uaOAVzcXAAAA&#10;AAAAAAAAaP//////////////////////////+tOulIZ8dXFwcneBlP//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////bup2CaWnT////&#10;///////////////////////////Ik2U9GQAAAB2e////////////////////////////245MEwAA&#10;AAAAAABu///////////////////////////bfCwAAAAAAAAAAABF1///////////////////////&#10;//+LKgAAAAAAAAAAAAAitP///////////////////////8JEAAAAAAAAAAAAAAADl///////////&#10;/////////////30BAAAAAAAAAAAAAAAAf///////////////////////5zYAAAAAAAAAAAAAAAAA&#10;av//////////////////////nQAAAAAAAAAAAAAAAAAAWP//////////////////////RgAAAAAA&#10;AAAAAAAAAAAAR/j////////////////////pAAAAAAAAAAAAAAAAAAAANen/////////////////&#10;//+WAAAAAAAAAAAAAAAAAAAAJdv///////////////////+8AAAAAAAAAAAAAAAAAAAAGM7/////&#10;///////////////rAAAAAAAAAAAAAAAAAAAAD8L/////////////////////AAAAAAAAAAAAAAAA&#10;AAAACrn/////////////////////JwAAAAAAAAAAAAAAAAAACrX/////////////////////cAAA&#10;AAAAAAAAAAAAAAAADbn/////////////////////4JyMcFVCMyYbFA8NDhIaJr//////////////&#10;///////////////55NjSzszLzM/W4Pz/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////r07zj////////////////////////////////0qmFZUgs&#10;EgGF////////////////////////////8atxPA8AAAAAAABP4P/////////////////////////V&#10;fzUAAAAAAAAAAAAfsv///////////////////////+N1HQAAAAAAAAAAAAAAif//////////////&#10;/////////5AjAAAAAAAAAAAAAAAAZ///////////////////////1UMAAAAAAAAAAAAAAAAASPb/&#10;////////////////////igAAAAAAAAAAAAAAAAAALt3/////////////////////OAAAAAAAAAAA&#10;AAAAAAAAF8j///////////////////++AAAAAAAAAAAAAAAAAAAABLb///////////////////+c&#10;AAAAAAAAAAAAAAAAAAAAAKX///////////////////+6AAAAAAAAAAAAAAAAAAAAAJP/////////&#10;///////////cAAAAAAAAAAAAAAAAAAAAAIL/////////////////////AAAAAAAAAAAAAAAAAAAA&#10;AHT/////////////////////EwAAAAAAAAAAAAAAAAAAAGj/////////////////////QgAAAAAA&#10;AAAAAAAAAAAAAGD/////////////////////egAAAAAAAAAAAAAAAAAAAF3/////////////////&#10;////0QAAAAAAAAAAAAAAAAAAAGH//////////////////////yQAAAAAAAAAAAAAAAAAAGb/////&#10;/////////////////8msmYl9dnFsaWdmZ2tweoz/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////ixaqReWF3/////////////////////////////92m&#10;d1AsDAAAAAAxxP/////////////////////////gkk4TAAAAAAAAAAAAj///////////////////&#10;/////9JwHQAAAAAAAAAAAAAAYP//////////////////////7m8PAAAAAAAAAAAAAAAAN+L/////&#10;////////////////lhwAAAAAAAAAAAAAAAAAFMD/////////////////////QAAAAAAAAAAAAAAA&#10;AAAAAKP///////////////////+uAAAAAAAAAAAAAAAAAAAAAIn///////////////////+eAAAA&#10;AAAAAAAAAAAAAAAAAHL///////////////////+8AAAAAAAAAAAAAAAAAAAAAF//////////////&#10;///////aAAAAAAAAAAAAAAAAAAAAAE3////////////////////6AAAAAAAAAAAAAAAAAAAAADv/&#10;////////////////////DgAAAAAAAAAAAAAAAAAAACr5////////////////////MwAAAAAAAAAA&#10;AAAAAAAAABvp////////////////////XgAAAAAAAAAAAAAAAAAAAA/b////////////////////&#10;jwAAAAAAAAAAAAAAAAAAAAbQ////////////////////0AAAAAAAAAAAAAAAAAAAAADK////////&#10;/////////////ysAAAAAAAAAAAAAAAAAAADI/////////////////////4AAAAAAAAAAAAAAAAAA&#10;AADL//////////////////////cWAQUFAwEAAAAAAAEGDRjL///////////////////////86+HY&#10;z8zNz9DS1Nfc4ur/////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////8drG///////////////////////////////xxqOEaE0yGAAVq///////////////////////&#10;////uXxGGAAAAAAAAAAAcf///////////////////////9d8LwAAAAAAAAAAAAAAO+P/////////&#10;////////////32QJAAAAAAAAAAAAAAAADLX/////////////////////dAMAAAAAAAAAAAAAAAAA&#10;AI3////////////////////FFQAAAAAAAAAAAAAAAAAAAGr///////////////////+ZAAAAAAAA&#10;AAAAAAAAAAAAAEv///////////////////+2AAAAAAAAAAAAAAAAAAAAADD9////////////////&#10;///XAAAAAAAAAAAAAAAAAAAAABnn///////////////////2AAAAAAAAAAAAAAAAAAAAAAXT////&#10;////////////////DgAAAAAAAAAAAAAAAAAAAADB////////////////////LwAAAAAAAAAAAAAA&#10;AAAAAACv////////////////////UgAAAAAAAAAAAAAAAAAAAACe////////////////////eQAA&#10;AAAAAAAAAAAAAAAAAACO////////////////////pQAAAAAAAAAAAAAAAAAAAACA////////////&#10;////////2AAAAAAAAAAAAAAAAAAAAAB0/////////////////////zYAAAAAAAAAAAAAAAAAAABt&#10;/////////////////////3wAAAAAAAAAAAAAAAAAAABp/////////////////////9cNAAAAAAAA&#10;AAAAAAAAAABo//////////////////////9wAAAAAAAAAAAAAAAAAABh////////////////////&#10;////UDxGTlRZXWFkaGxwdn6J////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////v1buji3Nalf//////////////////////////+L+OZEEhBQAAAAAAUvz/////////////&#10;//////////edVhgAAAAAAAAAAAAAF8H/////////////////////5WwWAAAAAAAAAAAAAAAAAI3/&#10;////////////////////YwAAAAAAAAAAAAAAAAAAAF7///////////////////+dAAAAAAAAAAAA&#10;AAAAAAAAADX8//////////////////+hAAAAAAAAAAAAAAAAAAAAABHZ///////////////////K&#10;AAAAAAAAAAAAAAAAAAAAAAC7///////////////////uAAAAAAAAAAAAAAAAAAAAAACh////////&#10;////////////DAAAAAAAAAAAAAAAAAAAAACK////////////////////LQAAAAAAAAAAAAAAAAAA&#10;AAB2////////////////////TQAAAAAAAAAAAAAAAAAAAABk////////////////////bwAAAAAA&#10;AAAAAAAAAAAAAABS////////////////////lAAAAAAAAAAAAAAAAAAAAABA////////////////&#10;////vAAAAAAAAAAAAAAAAAAAAAAw////////////////////6g4AAAAAAAAAAAAAAAAAAAAi////&#10;/////////////////0QAAAAAAAAAAAAAAAAAAAAV/////////////////////4EAAAAAAAAAAAAA&#10;AAAAAAAL9f///////////////////8gLAAAAAAAAAAAAAAAAAAAC7P////////////////////9e&#10;AAAAAAAAAAAAAAAAAAAA5f/////////////////////JHAAAAAAAAAAAAAAAAAAA2v//////////&#10;////////////nQEAAAAAAAAAAAAABw4Xxf///////////////////////9W5vMHHztXb4ebt9Pv/&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////jfz///////////////////&#10;///////////sxqWIbVQ7IQcAMt7////////////////////////XklkpAAAAAAAAAAAAAKD/////&#10;/////////////////4k2AAAAAAAAAAAAAAAAAGf/////////////////////ZgAAAAAAAAAAAAAA&#10;AAAAADL2//////////////////+VAAAAAAAAAAAAAAAAAAAAAAPI//////////////////+nAAAA&#10;AAAAAAAAAAAAAAAAAACg///////////////////XAAAAAAAAAAAAAAAAAAAAAAB8////////////&#10;////////AAAAAAAAAAAAAAAAAAAAAABe////////////////////JQAAAAAAAAAAAAAAAAAAAABD&#10;////////////////////SAAAAAAAAAAAAAAAAAAAAAAs////////////////////agAAAAAAAAAA&#10;AAAAAAAAAAAY////////////////////iwAAAAAAAAAAAAAAAAAAAAAF8///////////////////&#10;rwAAAAAAAAAAAAAAAAAAAAAA4f//////////////////1QAAAAAAAAAAAAAAAAAAAAAAz///////&#10;/////////////yQAAAAAAAAAAAAAAAAAAAAAvv///////////////////1QAAAAAAAAAAAAAAAAA&#10;AAAArv///////////////////4sAAAAAAAAAAAAAAAAAAAAAn////////////////////8sOAAAA&#10;AAAAAAAAAAAAAAAAkv////////////////////9XAAAAAAAAAAAAAAAAAAAAhv//////////////&#10;//////+qCgAAAAAAAAAAAAAAAAAAef//////////////////////bQAAAAAAAAAAAAAAAAAAZv//&#10;////////////////////91UAAAAAAAAAAAAAAAAARf////////////////////////9qIys1P0pV&#10;YGp1foeRnP//////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////6M+2nYNpTrn/////////&#10;////////////////7LKDXDodAgAAAAAAAHv//////////////////////8VtKQAAAAAAAAAAAAAA&#10;AED/////////////////////gxsAAAAAAAAAAAAAAAAAAAfL//////////////////+SAAAAAAAA&#10;AAAAAAAAAAAAAACY//////////////////+kAAAAAAAAAAAAAAAAAAAAAABq////////////////&#10;///dAAAAAAAAAAAAAAAAAAAAAABB////////////////////DgAAAAAAAAAAAAAAAAAAAAAd////&#10;////////////////OQAAAAAAAAAAAAAAAAAAAAAA6P//////////////////YAAAAAAAAAAAAAAA&#10;AAAAAAAAzv//////////////////hQAAAAAAAAAAAAAAAAAAAAAAt///////////////////qAAA&#10;AAAAAAAAAAAAAAAAAAAAo///////////////////ywAAAAAAAAAAAAAAAAAAAAAAkP//////////&#10;////////7xYAAAAAAAAAAAAAAAAAAAAAff///////////////////z4AAAAAAAAAAAAAAAAAAAAA&#10;bP///////////////////2kAAAAAAAAAAAAAAAAAAAAAWv///////////////////5kAAAAAAAAA&#10;AAAAAAAAAAAASf///////////////////9IWAAAAAAAAAAAAAAAAAAAAOf//////////////////&#10;//9YAAAAAAAAAAAAAAAAAAAAKf////////////////////+iAAAAAAAAAAAAAAAAAAAAGf//////&#10;///////////////1VgAAAAAAAAAAAAAAAAAABP//////////////////////uy8AAAAAAAAAAAAA&#10;AAAAAPj//////////////////////6spAAAAAAAAAAAAAAAAAM/////////////////////////J&#10;RwAAAAAHEyAuPlJohO3/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////01cn////////////////////////////60rCSd11CKAwAAEr/&#10;///////////////////////FfUUXAAAAAAAAAAAAABHY////////////////////xFAAAAAAAAAA&#10;AAAAAAAAAACf//////////////////+iDAAAAAAAAAAAAAAAAAAAAABo//////////////////+U&#10;AAAAAAAAAAAAAAAAAAAAAAA2///////////////////aAAAAAAAAAAAAAAAAAAAAAAAH7P//////&#10;////////////FQAAAAAAAAAAAAAAAAAAAAAAxP//////////////////SAAAAAAAAAAAAAAAAAAA&#10;AAAAov//////////////////dQAAAAAAAAAAAAAAAAAAAAAAg///////////////////nQAAAAAA&#10;AAAAAAAAAAAAAAAAaf//////////////////wwAAAAAAAAAAAAAAAAAAAAAAUv//////////////&#10;////5w8AAAAAAAAAAAAAAAAAAAAAPv///////////////////zMAAAAAAAAAAAAAAAAAAAAAK///&#10;/////////////////1gAAAAAAAAAAAAAAAAAAAAAGP///////////////////4EAAAAAAAAAAAAA&#10;AAAAAAAABf///////////////////6wAAAAAAAAAAAAAAAAAAAAAAP///////////////////94i&#10;AAAAAAAAAAAAAAAAAAAAAPL///////////////////9cAAAAAAAAAAAAAAAAAAAAAN//////////&#10;//////////+fAAAAAAAAAAAAAAAAAAAAAMz////////////////////oSgAAAAAAAAAAAAAAAAAA&#10;ALf/////////////////////oBYAAAAAAAAAAAAAAAAAAJz//////////////////////3oCAAAA&#10;AAAAAAAAAAAAAHf///////////////////////96CwAAAAAAAAAAAAAABUz/////////////////&#10;////////oldodICNnKu80Of/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////7eP//////////////////////////9Kjelg6KSMc&#10;Fg4GAACf/////////////////////6xSDgAAAAAAAAAAAAAAAABp///////////////////kQwAA&#10;AAAAAAAAAAAAAAAAAAA0//////////////////95AAAAAAAAAAAAAAAAAAAAAAAA4///////////&#10;///////NAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////////EwAAAAAAAAAAAAAAAAAAAAAA&#10;hf//////////////////TwAAAAAAAAAAAAAAAAAAAAAAXf//////////////////gwAAAAAAAAAA&#10;AAAAAAAAAAAAOv//////////////////sgAAAAAAAAAAAAAAAAAAAAAAHP//////////////////&#10;2wMAAAAAAAAAAAAAAAAAAAAAAv///////////////////yoAAAAAAAAAAAAAAAAAAAAAAPv/////&#10;/////////////08AAAAAAAAAAAAAAAAAAAAAAOf//////////////////3QAAAAAAAAAAAAAAAAA&#10;AAAAANT//////////////////5sAAAAAAAAAAAAAAAAAAAAAAMD//////////////////8QHAAAA&#10;AAAAAAAAAAAAAAAAAK3///////////////////AzAAAAAAAAAAAAAAAAAAAAAJr/////////////&#10;//////9nAAAAAAAAAAAAAAAAAAAAAIb///////////////////+jAAAAAAAAAAAAAAAAAAAAAHL/&#10;///////////////////jRAAAAAAAAAAAAAAAAAAAAFz/////////////////////kQYAAAAAAAAA&#10;AAAAAAAAAEH/////////////////////618AAAAAAAAAAAAAAAAAAB3/////////////////////&#10;/8pLAAAAAAAAAAAAAAAAAAD////////////////////////LVwAADBgkMT9OYHSLp8f/////////&#10;/////////////////9fn8v//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////+vU&#10;zcfCvrq3s7Ctqail////////////////////3X5TPzAjGREJAgAAAAAAAAAA2///////////////&#10;//92AAAAAAAAAAAAAAAAAAAAAAAAp/////////////////+6AAAAAAAAAAAAAAAAAAAAAAAAdf//&#10;////////////////BwAAAAAAAAAAAAAAAAAAAAAARv//////////////////TgAAAAAAAAAAAAAA&#10;AAAAAAAAGv//////////////////jAAAAAAAAAAAAAAAAAAAAAAAAP3/////////////////wQAA&#10;AAAAAAAAAAAAAAAAAAAAANv/////////////////8RkAAAAAAAAAAAAAAAAAAAAAAL7/////////&#10;/////////0QAAAAAAAAAAAAAAAAAAAAAAKT//////////////////2sAAAAAAAAAAAAAAAAAAAAA&#10;AI3//////////////////5EAAAAAAAAAAAAAAAAAAAAAAHn//////////////////7cAAAAAAAAA&#10;AAAAAAAAAAAAAGb//////////////////94hAAAAAAAAAAAAAAAAAAAAAFP/////////////////&#10;//9KAAAAAAAAAAAAAAAAAAAAAD////////////////////93AAAAAAAAAAAAAAAAAAAAACv/////&#10;//////////////+sCgAAAAAAAAAAAAAAAAAAABb////////////////////nRQAAAAAAAAAAAAAA&#10;AAAAAAD/////////////////////igAAAAAAAAAAAAAAAAAAAAD/////////////////////1k0A&#10;AAAAAAAAAAAAAAAAAAD9/////////////////////6cuAAAAAAAAAAAAAAAAAADV////////////&#10;//////////+YKgAAAAAAAAAABhgtRWDg////////////////////////qGN0gY+cq7vN4vr/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////+fLt6mdlY6JhIB8eHRwbGhlkP//////&#10;//////////+8akgtGQoAAAAAAAAAAAAAAAAAMf//////////////////AAAAAAAAAAAAAAAAAAAA&#10;AAAAA///////////////////QgAAAAAAAAAAAAAAAAAAAAAAANz/////////////////jgAAAAAA&#10;AAAAAAAAAAAAAAAAALL/////////////////zgAAAAAAAAAAAAAAAAAAAAAAAI3/////////////&#10;/////ykAAAAAAAAAAAAAAAAAAAAAAGv//////////////////1oAAAAAAAAAAAAAAAAAAAAAAE7/&#10;/////////////////4YAAAAAAAAAAAAAAAAAAAAAADT//////////////////64AAAAAAAAAAAAA&#10;AAAAAAAAAB7//////////////////9QXAAAAAAAAAAAAAAAAAAAAAAr///////////////////o9&#10;AAAAAAAAAAAAAAAAAAAAAAD///////////////////9lAAAAAAAAAAAAAAAAAAAAAAD/////////&#10;//////////+OAAAAAAAAAAAAAAAAAAAAAAD///////////////////+8GQAAAAAAAAAAAAAAAAAA&#10;AADv///////////////////xTgAAAAAAAAAAAAAAAAAAAADY////////////////////iwAAAAAA&#10;AAAAAAAAAAAAAAC/////////////////////zEMAAAAAAAAAAAAAAAAAAACh////////////////&#10;/////5EZAAAAAAAAAAAAAAAAAAB6//////////////////////J0CgAAAAAAAAAAAAAAABFf////&#10;///////////////////odBMfLDhFU2JyhZu00vX//////////////////////////9fo9P//////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////+/fz8e7s6+vs&#10;8f//////////////////2bKZh3ltZF1WUUtGQTw4Mi0oI8T/////////////////SyULAAAAAAAA&#10;AAAAAAAAAAAAAJL/////////////////iAAAAAAAAAAAAAAAAAAAAAAAAGb/////////////////&#10;1wAAAAAAAAAAAAAAAAAAAAAAAD3//////////////////zMAAAAAAAAAAAAAAAAAAAAAABj/////&#10;/////////////2wAAAAAAAAAAAAAAAAAAAAAAAD//////////////////50AAAAAAAAAAAAAAAAA&#10;AAAAAAD//////////////////8kMAAAAAAAAAAAAAAAAAAAAAAD2//////////////////E1AAAA&#10;AAAAAAAAAAAAAAAAAADf//////////////////9bAAAAAAAAAAAAAAAAAAAAAADL////////////&#10;//////+CAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+pBgAAAAAAAAAAAAAAAAAAAACj&#10;///////////////////TLwAAAAAAAAAAAAAAAAAAAACN////////////////////XgAAAAAAAAAA&#10;AAAAAAAAAAB3////////////////////kwcAAAAAAAAAAAAAAAAAAABe////////////////////&#10;zUMAAAAAAAAAAAAAAAAAAABA/////////////////////4cQAAAAAAAAAAAAAAAAAAAc////////&#10;/////////////9heAAAAAAAAAAAAAAAAAAAA//////////////////////+/TgAAAAAADhwsPlJq&#10;hqXI////////////////////////wnyMmqe2xdbo/f//////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////7uHXz8nDvrq2sa2pp6amp67/////////////////voZt&#10;W0xANy8oIhwWEAsEAAAAABT/////////////////1wUAAAAAAAAAAAAAAAAAAAAAAAD/////////&#10;/////////zQAAAAAAAAAAAAAAAAAAAAAAAD2/////////////////3YAAAAAAAAAAAAAAAAAAAAA&#10;AADS/////////////////7AAAAAAAAAAAAAAAAAAAAAAAACy/////////////////+EkAAAAAAAA&#10;AAAAAAAAAAAAAACW//////////////////9RAAAAAAAAAAAAAAAAAAAAAAB8////////////////&#10;//95AAAAAAAAAAAAAAAAAAAAAABm//////////////////+gAAAAAAAAAAAAAAAAAAAAAABR////&#10;///////////////HIwAAAAAAAAAAAAAAAAAAAAA8///////////////////uSwAAAAAAAAAAAAAA&#10;AAAAAAAn////////////////////dAAAAAAAAAAAAAAAAAAAAAAQ////////////////////oxYA&#10;AAAAAAAAAAAAAAAAAAAA////////////////////2EwAAAAAAAAAAAAAAAAAAAAA////////////&#10;/////////4gPAAAAAAAAAAAAAAAAAAAA/////////////////////8tTAAAAAAAAAAAAAAAAAAAA&#10;//////////////////////+lOAAAAAAAAAAACR00TmuM////////////////////////mTlDUV9u&#10;fY6gtcvl/////////////////////////////+v5////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////+vMuayhmZGLhoF8eHRwa2hmZmjx/////////////////2FFMiMYDgYAAAAAAAAAAAAAAACe&#10;/////////////////34AAAAAAAAAAAAAAAAAAAAAAAB1/////////////////8MAAAAAAAAAAAAA&#10;AAAAAAAAAABS//////////////////s3AAAAAAAAAAAAAAAAAAAAAAAy//////////////////9q&#10;AAAAAAAAAAAAAAAAAAAAAAAW//////////////////+WAAAAAAAAAAAAAAAAAAAAAAAA////////&#10;//////////+/GwAAAAAAAAAAAAAAAAAAAAAA///////////////////mQgAAAAAAAAAAAAAAAAAA&#10;AAAA////////////////////aQAAAAAAAAAAAAAAAAAAAAAA////////////////////kAIAAAAA&#10;AAAAAAAAAAAAAAAA////////////////////uSwAAAAAAAAAAAAAAAAAAAAA9P//////////////&#10;////6FwAAAAAAAAAAAAAAAAAAAAA2f///////////////////5EYAAAAAAAAAAAAAAAAAAAAvP//&#10;/////////////////8pTAAAAAAAAAAAAAAAAAAAAnf////////////////////+YLgAAAAAAAAAA&#10;AAAQKUZmxP/////////////////////ufx0MGig3RldpfpWvzO7/////////////////////////&#10;56CqucjY6fz/////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////99fDr5uLf29jU0tHQ0tfg/////////////////86einxxaWFbVlFMSEM+&#10;OjYyLy4x/////////////////9IlEQMAAAAAAAAAAAAAAAAAAAAA//////////////////9CAAAA&#10;AAAAAAAAAAAAAAAAAAAA//////////////////99AAAAAAAAAAAAAAAAAAAAAAAA////////////&#10;//////+wCwAAAAAAAAAAAAAAAAAAAAAA9v/////////////////dOQAAAAAAAAAAAAAAAAAAAAAA&#10;3P//////////////////YgAAAAAAAAAAAAAAAAAAAAAAxf//////////////////iQAAAAAAAAAA&#10;AAAAAAAAAAAAr///////////////////ryIAAAAAAAAAAAAAAAAAAAAAmf//////////////////&#10;1kgAAAAAAAAAAAAAAAAAAAAAgv///////////////////3IAAAAAAAAAAAAAAAAAAAAAaf//////&#10;/////////////6EoAAAAAAAAAAAAAAAAAAAATv///////////////////9NcAAAAAAAAAAAAAAAA&#10;AAAAM/////////////////////+WLgAAAAAAAAAAAAAAFTJSd//////////////////////gchMA&#10;AAEPHy9CWHCLqMjs////////////////////////ym9ufo6esMPY7///////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////54NLIwLq1&#10;sKyopaKfnZubnKCn//////////////////+CZFZLQzw2MCsnIh0YEw4JBAAA1P//////////////&#10;//+SAAAAAAAAAAAAAAAAAAAAAAAArf/////////////////MHgAAAAAAAAAAAAAAAAAAAAAAi///&#10;///////////////7UgAAAAAAAAAAAAAAAAAAAAAAbf//////////////////gAAAAAAAAAAAAAAA&#10;AAAAAAAAUf//////////////////qRsAAAAAAAAAAAAAAAAAAAAAOv//////////////////0EIA&#10;AAAAAAAAAAAAAAAAAAAAI///////////////////9WgAAAAAAAAAAAAAAAAAAAAADP//////////&#10;/////////48UAAAAAAAAAAAAAAAAAAAAAP///////////////////7g+AAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////+VtAwAAAAAAAAAAAAAAAAAAAP////////////////////+fNwAAAAAA&#10;AAAAAAAAEC9QdP/////////////////////dchQAAAAABhcqQVp1lLba////////////////////&#10;////vFhEVGR1hpqvyOP//////////////////////////////9LN4fH/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////z7+vv9///////////////////////uuaidlo+KhoJ/e3h2dHJzdXh/kP//////&#10;///////////rTzowKCEbFRALBwIAAAAAAAAAI///////////////////aQAAAAAAAAAAAAAAAAAA&#10;AAAAAP//////////////////mwoAAAAAAAAAAAAAAAAAAAAAAP//////////////////yDkAAAAA&#10;AAAAAAAAAAAAAAAAAP//////////////////8GMAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;/////4oOAAAAAAAAAAAAAAAAAAAAAP///////////////////7A0AAAAAAAAAAAAAAAAAAAAAP//&#10;/////////////////9VbAAAAAAAAAAAAAAAAAAAAAP////////////////////+FGgAAAAAAAAAA&#10;AAAAAAAAA+z///////////////////+xSQAAAAAAAAAAAAAAGDldgf/////////////////////l&#10;ex4AAAAAAAwhOFJvj7PZ////////////////////////u1gpOUlabICXsM3t////////////////&#10;/////////////7OetMXX6///////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////rv5+Hc2dbU0tDQ0NHT2eDr&#10;9///////////////////uIp+d3FsaGRhXltZWFdXWV5lcf//////////////////vzEfFhAKBQAA&#10;AAAAAAAAAAAAAP//////////////////7VYAAAAAAAAAAAAAAAAAAAAAAOj/////////////////&#10;/4IEAAAAAAAAAAAAAAAAAAAAAMz//////////////////6svAAAAAAAAAAAAAAAAAAAAALP/////&#10;/////////////9JXAAAAAAAAAAAAAAAAAAAAAJv///////////////////d8EAAAAAAAAAAAAAAA&#10;AAAAAIX///////////////////+iNwAAAAAAAAAAAAAAAAAFK5T////////////////////LYQIA&#10;AAAAAAAAAAAMLFB2ntH////////////////////1jTAAAAAAAA0jO1d2mb7l////////////////&#10;////////w2MYKjtMX3SNp8bn/////////////////////////////6h/lqi70Of/////////////&#10;///////////////////////9////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////93Oxb+8uba0s7GysrW5wMnV4////////////////////5ds&#10;ZF5ZVVFPTEpIR0ZIS1BZZqH//////////////////6cmDgcCAAAAAAAAAAAAAAAAAFb/////////&#10;/////////85QAAAAAAAAAAAAAAAAAAAAADr///////////////////R5CwAAAAAAAAAAAAAAAAAA&#10;ACH///////////////////+fMgAAAAAAAAAAAAAAAAAAAA7////////////////////EWAAAAAAA&#10;AAAAAAAAAAgxWoT////////////////////pfx8AAAAAAAAAAAYnS3Gawun/////////////////&#10;////p0kAAAAAAhcvSmiKrtX8////////////////////////03UeJjhKXnWPq8vv////////////&#10;/////////////////65yhZiswtv2///////////////////////////////////f7///////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////+/sqqmo6Ggn5+ho6astMDN3ez///////////////////+KWlNPS0hGRENCQUJDR05ZaX3/&#10;//////////////////+eLgYAAAAAAAAAAAAAAAAAAAD////////////////////DVgAAAAAAAAAA&#10;AAAAAAAAFUH////////////////////nexoAAAAAAAAAAAAACTRgi7T/////////////////////&#10;nz8AAAAAAAAABCVKcZnC6///////////////////////xmYPAAAAEypEYoOnzfX/////////////&#10;////////////6441Kz5RaIGdvN7//////////////////////////////752f5Spwdz5////////&#10;///////////////////////////S2PP/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////by8O/v7/Hz+P3////////////////////////////4sJ+al5aWlpibn6Ss&#10;tsLR4e7////////////////////+jlBKR0VERERFRkdLUVpog6n/////////////////////pkEB&#10;AAAAAAAAAAAHNmOPuuH/////////////////////xmUKAAAAAAAEJ0xznMTs////////////////&#10;////////5YgvAAATKkRigqbM9P///////////////////////////6tQNkphe5a01vr/////////&#10;/////////////////////9KHfJixy+n////////////////////////////////////Uzu3/////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+3l4+Pk&#10;5ujt8fn//////////////////////////////bGUkpKVmZ2jqbK80O3/////////////////////&#10;/////51TR0lNUVZgc4qv1vz//////////////////////////7JWABo1UG2LrtL3////////////&#10;/////////////////81vPl97mbfX+f///////////////////////////////+6fg6bC4f//////&#10;///////////////////////////////jzuv/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////8AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////AAAA/+4ADkFkb2JlAGRA&#10;AAAAAv/bAIQAAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQEBAQICAgIC&#10;AgICAgICAwMDAwMDAwMDAwEBAQEBAQEBAQEBAgIBAgIDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD&#10;AwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMD/8AAFAgA+wJkBAERAAIRAQMRAQQRAP/dAAQATf/EAaIA&#10;AAAGAgMBAAAAAAAAAAAAAAcIBgUECQMKAgEACwEAAAYDAQEBAAAAAAAAAAAABgUEAwcCCAEJAAoL&#10;EAACAQMEAQMDAgMDAwIGCXUBAgMEEQUSBiEHEyIACDEUQTIjFQlRQhZhJDMXUnGBGGKRJUOhsfAm&#10;NHIKGcHRNSfhUzaC8ZKiRFRzRUY3R2MoVVZXGrLC0uLyZIN0k4Rlo7PD0+MpOGbzdSo5OkhJSlhZ&#10;WmdoaWp2d3h5eoWGh4iJipSVlpeYmZqkpaanqKmqtLW2t7i5usTFxsfIycrU1dbX2Nna5OXm5+jp&#10;6vT19vf4+foRAAIBAwIEBAMFBAQEBgYFbQECAxEEIRIFMQYAIhNBUQcyYRRxCEKBI5EVUqFiFjMJ&#10;sSTB0UNy8BfhgjQlklMYY0TxorImNRlUNkVkJwpzg5NGdMLS4vJVZXVWN4SFo7PD0+PzKRqUpLTE&#10;1OT0laW1xdXl9ShHV2Y4doaWprbG1ub2Z3eHl6e3x9fn90hYaHiImKi4yNjo+DlJWWl5iZmpucnZ&#10;6fkqOkpaanqKmqq6ytrq+v/aAA4EAQACEQMRBAAAPwA3XZNTsXqHD129ewNyYrD7Xy+9dn4LYtca&#10;4U69kbS7LShot75PJ0csa0uDr+mzkpo9x490ipTKqCmc+RASWT77aw+5Gy+yPur7Ry2HuJPfbhYb&#10;mttcypZWttbhm2nc4muUJmsd5ISOJldZIz40mopGR0m2T2k5gms7vcOS+YGvVktfqgjqxYXMS0+n&#10;hKDj4aAJr+PWCamtD57Q+H/cnya6PXe3xr3/ALc3hsfbvxowW7Ns4zdW06LK7/2b8muksq1Z/oHO&#10;d25uSfOR57M5Kkp6rG7pniqq+bGPFC6N5lmkL7vfY24cF2D0nT9O7a6nxtbSV29OrP4/ujL52HMT&#10;9U7s2LmNrZPb8+Kp5JqncuyMNQZKZqqieR5ZpPtGopUZWiMTfel9vec+fL295R2+Tc4bPerG3lZI&#10;ZU/dkklrMlyrXBX9GK48aJJLOfTRHRyQSR1MHtbE0dq+4bzdRPpk8d2dQJbeQBW0w8K6HGkqcirV&#10;6sa+Ffyy2ZQfGnvXvT5Fbu3RWv1nUbd7X7e28doUcFZsnsLI1NLK+axCYWgor5PcFb4A0MkNLU0r&#10;xzmp1hmmOLrXobtnYm4Np0XWFHXdZ7U3NuzCUm4drZLI57IZ3Fwba2pR4fDby2LU1UNdlq6Huvdt&#10;IZ0oa37WKnoKmIxFpgqkU8sexdjybyLvtjvPuXJcbZdbXcXFxHZyR6rLcTWSa3lubeto0FpZnW5u&#10;E1JJGyuFbWehtzJz5Y7pKpaCNpbdiVk4VV2LCPSfiIORQkk8OFOgs7x/mu/DDcmfzm3M3tHB/JHs&#10;3rLAbZy3X2QqNuUtFjN51u+N4iKs25jcdmo8dPjNw9Z0E1Ek1Xi6isXIVczLAQrSiNe990mG2/8A&#10;GTs3b+xshsfIZ7aFVuDb3cu4Ns5KCixuycnuPM09X2Ph91R4TA5EbyzuVyC0wzpSeKjp8gFRjTvE&#10;YW5/e7O3bAdg9vd45ItfF9tL3dIBbXsTySfvS5t4He2ISQRrbgBjLZVLExBmhMiyAqb8nbluu+b/&#10;ABT720kcSBfpI2R9QjXBcNjDHtU0qdLFujufC/tDszenyV7Ypu6aXsDrLPbm2dQ756u6P7TwGAod&#10;w0XWONy7bUi3Rhq7F7mytTS4+jyokp5KKrpKXKItUhq/KQsrUZyNdm8iEMLkKHiZrrdWFx9FZh/r&#10;MLf19g9RgaGFPsP+r/N1klCBGtQRp4+Yr5A/aeOKfPq2L3hR1BZdepgb6TGGcahwDwB6jwCOf9j7&#10;sykgELinrT/V8+rTOQYzpalCAR8NB6eWD+fXvfmlKiwUKLte5OtwxAcFPr40Nrn6kf4e9hKkVYk/&#10;yHpn16vkmhcl6fhpQemfXr3vgszn8nhnf0fth0+jLc31LIOCeB/sfeyi/wDF5of8449W/SUqVfPC&#10;hFc+fy6976LFTbjgAyILsg5NuCp1sl+B+Tz72ACM/l6/7FetaqoRrAJOP+L8h173xaSQr6AWUBNC&#10;Bg6lRfSVUcLpblgP1f4+9qq17jQ5zw/1fL06rGE+FnOo/tp5mv8AL5de98/IWD6lTQQRrUqGVhZ/&#10;Sbaitjb6/T3XTSmkmvXjU5jZtXGh4U4V+0evXvfAyr9XJa2n0KP2z/aVieQGS/5vfm3u2gjA/aeP&#10;+r7OtedMBv5/t6978wZeUHqI8tgAxAYaipU2062Pp/xPNvfl0nDHHD/V9nn06pQawMCgHDzPH/Ln&#10;j6de94fK6hSzc6RyVNmLP6Y7Lqsyi4P+tx9fbmgEkafP1+XH8/8AVw68dOpgUoCQOPnTj9h/l173&#10;5JBquSdbOwYL+5ovY86vqxJ/1/6+/MppQfCB9lenGQ0LDA+z9n2/b173lM5JtqJVRpCoRcc2JuPo&#10;uri3PtsR+dMnz/1f4emiIwrVJLVx173h8jOxLMjMwKKL2IJOllPIBs3/ABX25pCgAAgDPV/FJIjE&#10;ZUAfz4n/AFfPr3v2ssdBbxuq2FlKq6WtdQLMXU8X+h/1vftIArSqn/D/AJj/AC68zICHLHwq5HHP&#10;p9leve+i+oEk8kutwxfnTYh9J1RK4/2/9fe9IBoOH7P2evVSVAYls5J48fQD/J59e9+LsSQEKsIw&#10;pe9ixFufV9Vj+g+pt70FGCTUE8P9Xr5/PrYkUadT4BBxny/w/Ly69743cBVlSNbMdOoLpMgP9VJ0&#10;oFPBJ/Jt73gksjE4/l/n6uZFlZTGxDCmT5D0+Zrnr3vmZUPOvSbu3psQVUlQUNtYH1A+pI96CHHb&#10;Xh/q/wBXDrQI0aqdtOJrUH7OH+fr3vksi6H/AFNpsoJJGoqbKl7k+MXvYcE+9FWqvDP+qv29VY93&#10;huRpOaDA+YPlX0z173GMjO5uoZXYnWwJ06SC3kUAhgLGzfk/19uhVCjuoR/qx/lHp0+xXwmKLRh5&#10;Vzn59e99GRS9xIzs5Fhzpc2IK88Bh9BY2IPvwU6aaaAfy6rWR0oWBpXjxrTNPLr3vlEwYehkYWJs&#10;retLcSBEYLpYfS3Ivx70y0PcD/kPpnphhqycJSo9CPLhx/Z1737yJypXSFKq/k9JeMH0RBluRKjH&#10;krZfx/X3sKcGuTkU8j5n7D5A56dBK/jJatMZpj/L173x1sL6kNgSFK30kNYMrAXVWNvr/he3vekH&#10;Ab9vH/Z6oqo4J8SjgcCKcOGfP5j5/Lr3viWUhQ5YKPVoJF1uDoVHGnUzMbD6gfX34KasQKn1/wBj&#10;/D04rKD+klceQpT5n5A9e99gi11YEWDswYDSFKgEBhy4+pPIIHv3nkZ4f6qeXXhK7Mob4gaUAqD8&#10;/nXypw6977GhPJywAI1q5B0mzABrm4Vj9ADYke9ZbT5+lOt6zK1DSg9MfYtfM+pPXvfSSgIWLaAC&#10;Xa3qW6n8xgEhCefe2QlgAKn/AD/P1607szKihftpx+dfXyp5jr3vkkvDJq+hBYBlWX1X0E8aW1Fr&#10;Dk/j3pk+E08vy6dkcoD4agGn2/spmv8ALr3viZmWzoGdVY2B4QSXOoSFfVc3vY+kEX97EYPa2D/k&#10;+X+qvVNaFRWUFqccevEV+Xlx6978JtVgFIAVrtYEl0KhWGsWBtwdX1I49+MdKmua/wAv9XCnV3FF&#10;FZtQAr248vSvHy697Mt8btl5fce4arce1sltSm3nsijz2exBytbkxk6GmpcBUfe1c9GJaPblLhq2&#10;neWCGWokmqKiqJp44mVre8+fulcm8vbF7ae+Pv5ztyvse88s7Ht2iO3uvEubmOSFo57mSPb4DrlS&#10;S1dohJOFgDBs1DnrF/365zkgveXeUNsuLy3u7mRGd00xR6H7VrM5qWDqNQUURaPXVQdFd+SnYWC2&#10;zS7P2buOl31FQ9jbw2js+jyO0a+LEvJlNwZ6Kip6anr6KR8+tVj0iNXVNFHHT01ErTyTDQFJidwQ&#10;Y3c/UeRpOo8Cm5dj1+16PIb/ANu0e38SewNzQ0W76WHdtDiodsPOMRWZiNoEkhMCjb9LQeYSD0tH&#10;1D9nLK49n+WNq97OTPb+TZfbndbaG927l2ZW26OC6kuFRty3K50yS3kLba5ktAxdDcmCJQYm19Yo&#10;7zfXvMW9Ny/z1vclzzFbXMiCQSaoli0s0SrlQzKG7iK+IwLN/D0QDO5HO7U7k2hk/lBvJsdvAdwV&#10;23uoN3YGrztL1Bs+prOrMnmthzb8yG963bNOcft+XF1kVNWRyNVbuy2TbHyx+R3WRXbl2n/eLLYC&#10;Pb+8OuKfZG0aRtn7T65wu+8TjtvbLWiyWTxVft3dWSnTIPvPK1VNWS/eSUAjojPUF6SvqYrMJP8A&#10;YD71vth7p8080e1+38mWcnuztd/f3y7vIr3qJdyXFw21SQRuUvUuta6dzKlIg6hIgySRMI8fluw5&#10;Gt4t2vNv3GOS9Zna48Au7BNLmVQCEQAqFiDEeIgJZFII6hdNbubrrZ2dzG4Or/kA25+wd75LfW8+&#10;292dPbo3B2F2wlRhMJuzHdhbN2/i62ifqnZ2MyApKDFYzLxtlaegxKx1uKo5g8YWuxes59uVWTy1&#10;TFWVVZvjJU9ZXCienfZdTujbWOq9v45cJtnI09JvTG9fYrA46Cmjw1ZTTR1dV5J4ZZZJw3sFbN91&#10;nYea+ZL33V+8Jt3LW/e6cm21voreC4iE94zF7iW5mdhHd+CEgS2MESeCoBkVnGNXn3g/Eu7vlLl3&#10;cr2y223PitPK7xTrJIoPjBmHgVJZnZkcgE6XCgdJffPdW9JtjVNLtvfVNisTgoq/LVO2o63K1/ZE&#10;fWW55cPJkost2Vh8vnNgt2xldxZmtq6jL4jJwR43H1FOKmmgalqEYDN/bVxO69nJkMh8fjtrs+fa&#10;7ZvsfE02YyGNzWwKmrr6ung3ThqAzyxVlEIIvvamhrYfKsCmCQBwzRk/u/8Ack9mfd/k7mf3L545&#10;43PaN5v7YNtW5T3QvLOznMnZDNEgjU7dI7JFKzANbxFpYnWWp6FHI33iOc+R9xmsxfbfvu0yTyC3&#10;mhQh7wIqDQ8w7vGjqaEalckFjorUz/SHYO5NuZ3HQ1nycxm7+hZ914XafRWeyeG2vNN2hFWYKCKT&#10;ZGb3K0FBWxZbH5p0hx2WhZ/4m12kBVo0kCOs+ONVuCSswuxocWm4qCqx2Rinqd31Fd/erCDB0ODe&#10;n2ntGtpKXNRHcG8IKvLxy1jJVYyOqjxhWRPFN75Yb39x/f8AbtkupjzMkPMu0hrbcoGCT2zXjzqL&#10;R7C5tYzLPDLC0aOxhMFZI5fE1pOOsm9v++JytcSbeku1zSLdwl1SgSSLRTxIZCSUMigMVWveqlsA&#10;ihjJ/k7t/ba4vNbviyMOysrV5vG1e7cdgaitwGysnhWnyVbT743LQVtdgaCnosPIiCpgkmhqpKea&#10;VCir4wVeqBSpraKR6eV6LI1uOqTSTxVcJrcbVzY+sWKqgZ6d/BWU0kbaSQjIQTcEe8Gdw2y72fcL&#10;zbb6Jo763dkdWBBVlORQ5+YP4gQRgjrLXZd4sN42yw3nbpHFvcwLIjGlQrCuhgCaOv4gK6TUV6NB&#10;QV1JlKGiydBOtTQ5Gkpq6iqUDBKikq4UqKadA6q4WWGRWFwDY8j2e/4ybsoa7rfee1p3XJ5yfMxY&#10;rOZHOvX4rDbS66ylPJBT1u5N71rS0aU9K33X8OoadtdPLNTBFGs378f3ZnNnKEH3fuYn3mxvbKxs&#10;d5Ubjf3NykdldXcxjjsbewVpWl+qRTbQyxxwxozPGSxaQHrFv3a2d4d+vH0xJaFUcFWGsVJyVAB1&#10;eJktk0w1FFRVH829t5nHd4bC7HrJp8VsrZm28juLA4jZ1fjcx2Nvbs+hkkrKam2d1xFTfxSvzNZF&#10;TUsdXkR5I1xVJUioeNEisLOw+iuu+o9vb+h6pyk1XnsTTbV2nvbO5CpqcgMPlsVmazI4LdFRj6aR&#10;TR5/bUmUgGYyEayz1WLikLw+Vkv1S3znG75gu9oguYbm5ZblV8KAN4k0ehlFvM40q8dxpIOsgLI2&#10;qZtFesad32i83Lc7W139ZJGDyBVFKXMRIp9QIz3RSEVEZNAwAYkcSt9kfKnsvsHe/SVZ2ZsPNUeF&#10;7Nk31uTpvrbD0cks/Zu2qjZKYXK9W7krI0kpK3EdtYuKsbD09VLRmlz89G01cKSByqKPWma7NpMS&#10;ZOudmY/sPC7nbeeK3g+7M82T2JunDVFNkMpndvZShalzGJGUxE06JFFURNrMUdSJIo2Uknuh7Y8n&#10;b5zLYb7ucqw3a2UNvZ3MURSdEDE/TMiaYpY0cs4crQvV6AlR0h5s3Kbbp4eXZOZLS1ju6oIXtwYy&#10;4UqXDHtQRqNJaorrqCOjJ7431sTqWSfJb/31m8p0vX7I2515DsSl2Lhshj91Yrc1PJs7CbYylLTL&#10;HjsvUYLJUVJDT1ZgqYmopKwRKsk+r2a4dYVPaLY3Hbqw2xchgYqbc9LSR7sjmrZsXmajEVlau4MP&#10;X09Hk8vhdo7bz2SpRJIrIKqJWl8QiWWNeYP3tty3Pl/2m94favmfk+1TYbjl/Xs0y3w8S13WOYCG&#10;SQyjwVtpjLFGTII3+ppEo7zIi727582X2bveXeVoJby7vbu9BlEKGRLbxe+R0Q4aSRQ0hiiLtpXV&#10;lqDojG0fkRtDp3szdGZ29ke2Mf2FUZfrHcO6p+s9nNlNv7o2hPnodo021KzZklRgcT2L3tnth7Ny&#10;WRyNJT0E9VhaWGGFJZql6Yy1H989SZv43dk5/qfd+9tpbtym3MVtmqyW7tmVs/8AduubPYqmyZop&#10;Y69Y63F5nHV0rQ1GPqAXBWKVARNGBwCiU3sk4hsDHNFdTRGLWk2l4W0tolj7Jo6YEyUGoSI1NDE9&#10;MeXd52nmLbLPebSImGVSy+Imh6eR0EVAIzjIJocjrYS6b7TwvdvWe0e1Nt4rcmG2/vbFRZ3B0W7M&#10;LV7ezxw1azS4qsrsPXJHV0D5GgMc4ikAeMSaWswI9nQ6L6h7V2JsXfu3M9o2ZuLsyn693vtjH7ow&#10;+5IMv1/vvrXcc2f623u1DWx0uAm3FSZPyx6YrV8mMramlqS9FN4/fSj7sf3JT7tcmpz7Z84WK8y2&#10;S297t8lvNMrWE63bx3FhuOu38JPrrWPUqq8r25WOdI1lIJAvOXMG1a418J2TQ6Hw1rVGpqjJ1UoS&#10;AQhoARUZp1Wf8qvkn0Bv7dWPoqIU/bmydpUG+eu+4U2Nmts57D7u667P2gMLvnZGTr8FnXzUG3lo&#10;6mCpmdxFA+Qo4fA/3MCEZtmvmuwO39wYbM4nqebfmEw+38dvGs2jSVhwEGIWnr2zGP2cN0Gny9VV&#10;4mukrpopGjSKhmndIzUKUf39GXLnJ23e1HLlxuzbvfW+w3l7BBtiXFvFE4jjgi8K2+qjmmnvA8/j&#10;MJLhxcSZ1QpGgJh/cNws7em4Ru1tGPiUx/GzMFSi0JBFeyjVP4qjpH56r60+MnxXoOyos78hNu7K&#10;ze6ZMxs47xipIszmt11lfhtt9W027m2NDWyY/aecw9Fi6JKad2qMzTU0MtcsEkUqew57P29g8Fkd&#10;s7SxY3HRdg4mnzdZ1bNLFLu6o31vTHmWsm2/g6DduRgzOAXbjvGctXJTVFDDZo4ZNTJAs58qyvLb&#10;Xe7XkG2TWckh+oWpgW1t5mJFw7Q60kacV8LVIkpY6mUJ3H2421LKGaS4AikagA0q1P6QxRcju86j&#10;yNOjB9Q763VunGZvfVZkesa/Y+6JaBd5UeWzW2dl0mw+u8tUTvNvLcVZsV6/AbqfdlBTT1GFmqay&#10;grXpa6BpokjSWYjTtDbHyB3ng8lh+2cRgsdkslRZHL47cMyxYXduTo6zalFDjJB13M0o2/LsLdZE&#10;NfU1aCnykNTFLCwjUx+4b509weUOQ+bbCXYLxpuXLa2mM1rFW4klMUuvVayxVecTw64zGp/Ql0At&#10;qkHUT8tQbNyxuSDl29gfaZ9Rep1P4tWLUkPwMOAAoq0oeNeiSbu+UfxB6Q7Cp8r1D2Fk9w7D2xDh&#10;dkS7a6+xsG8eqsdkZOxMzV56koe5qDz1e5t19ibEFXDjMVRV1WcXV4uQyjzVLSRiBX7U2VT9E5LZ&#10;T7hx65XBdd0mEFV9ks+4MaQlJDU76x22Kx6XLRZHOV1TKKIRJS0BWeGESX1H3Cz/AHqvbfk7nayn&#10;5390dotd0uN+gjSznuobW6ja9GuxstyjD6YVjhaJ55Zo1XSjSENUahdytPvEu8Nu11aTJA+uMR0I&#10;DxVJR3xoJBOuoNAK4oR0CnWnY/ymy/zQw+aj2dvLI7YznZe7OxqiTC1EuA2tWbbONzeN2/1Jvnsn&#10;asFVsDLbM6ppI8TLuKtqZMnlJs3j66VqUftwgD+psbjsVRbEwW0XCVm2ZJJ4txZJ8RSUjUVTQ0lb&#10;ujeW967c1VBjNwvjqbJVFH9lizUrQ5CuUreUD3OPvT7kbfyNM2784brt7x7xc20MdpNfW9i4aOUQ&#10;ytt0btE2lY5EuZdQ8acLHGqASAgW3N3tJvJLWKFPqKKpVAVYFa1OoD4nGWBoD5evR8vlHuPKUeH7&#10;EyfYEG5Mvs7dUe3tvZ/AYhNzZHckWfxmTyWL2vs7pXauwqCXdO28Ju/dGOo81WbozoghyGHo3QiO&#10;BDJGFfbu4Nydjds5vpVqik2+1JurG4Xb9NU4XEbNerzdNP8AdTY7fklVWU33uXFNWt/B6nIVEM6V&#10;GiByBVrGvyd/e837nTnb7xHM3L37vivr875JbRpt6SrNuP1Mqw2EstqHMbbgqtHa3AESOo1o2Yi3&#10;U28tWO2bbttxvDTyNCI9LeJ+E9pFGYZRq1/Eq8fXo1/xb231v198ddodr0ucp89QV/XsG/6rd8+9&#10;o+xMFi8bkdv0mTz0mz9z0cDY/G7PrFolqpqfGqMerx61D6BITUDpTb2ydhbYzUe9+zpNzY1ttdK4&#10;rMV2Oo8fV7X2r2H2li8rt6h21JtKplp13dtvLZKSnrZ1njxtTQ1zRVjMUK+x5Y+zfOv3d7HnHevc&#10;rfZtv3iXa5LWSGwP1TWo1xSmIXTSGKVJljAvYLeRhbxvcQIWMjK0d7pv217hzBJZWuxI4eczSE6K&#10;EpEynS1AVOAVcqKHtpw6IPJ8wNufIrvmu6Y271h11ubYOPx3YvdOQqYM3j6rJby3r1VtRsDTZbd2&#10;0KmaGWXY9dkq2mqdvZCSCbJV1RjIK2mggSjWcBFh+2+y++eze5tq4TIU+AlqjSYnbqpTQbjxeF2j&#10;tjelRi98ZDHxV1HJFnN17mwSwVOOUgSwSFIYHWmhTQU+zPOPvb7z+78vIvtzvlhttlzQ1u9+Oy2t&#10;obKwWGaGSOAK2YWVVl8JPGnQFKrqoBRvPLWx7Bsex3V+jlo1cFlbvYshZQzH8AJOOGfn0Mu8+ifi&#10;z8Tfjt01vHtLbdTI3WeRxNZR10mUyuMy+b7Ez8OQyWOxG7d2UFTTU+O2TQZavrqqtevb+GRyK9XM&#10;klRLL5+s/t7uZ8ptzBVOVo6qig3fuuow01TVYvH57elNkIsUcVg66npSuSx9BQZTHy5Cqoaqomq6&#10;acSVbhI6lQ3Xb309n/eLcvvIbH7g+3vuxBdct31g5l2fcYfBO3RXUkUUttazN4qXm3yG3S7iSMxP&#10;BGr28qvrXqD+Z975U3DYptistfjMysW1gQtgrqBU6WyaFjw0nHXLrTs74gY6j7G3bHgq3aGXr+ud&#10;pbq7FpGbI7p2bhNv7Lx2cpIOwdttkoqnbr42HE7kGKi3Jj6WCLI032dENTUOiMTMVtHcdfRUOzt4&#10;Vm0aHH4Dd+36zctBHUrv3JzZSqmpNyUmYgzeNyEbYbO5DSaGpx7UzU9DT1kEEWgLK75Ge1Pvd7Z8&#10;wX/N3t77ec1XfMPNmwX7QPesH+iYyJ4kv00qxi0VLMSFUigKxWcqrGwkKBughELiystriCGK+eFt&#10;IjHhqiJ+mZGRjVigqyNppkEnIHRXN/8Aaez8ZlqjtjrnE9xZXOdkdO9gbi6yqJKWv6axtHs6hqsj&#10;1nhdu53CbioFhptr4GlrTvLD5QVK1+WbH1OVmWoQ0KRiJu7ffXU2FxdLmt59XZTd9DuA7t27he0Y&#10;qfdm0a+LamncO59qVgxFDNmn67yWxWqaLI0uNd6jxSpSaWkcAc3f7wiL7sXuXtc/Ltrzzstt7tbL&#10;uUc01t4syTJbxwgXW2PeWodLC6u5IkuYpZtTzXsQRHDOCJ59vjfWVtcw2MV1HFKOw6DqDfgcFj25&#10;Bqajia9IH4v7C+QvTfaO/azrH4+9q7D6b3t15T7Uq8z1rtWk2Tnshumuok2rhO1ZtudlZhdtbx7h&#10;h3jIarJ5OtghpKylrZMlLKYUY+y99NU3xJy+5u2125HsTHtuM5qHrKh+QR3gmEwG1aTEYfKVVFS0&#10;OPeWPFYzfGaq6zERjXV7ihoKOdTLTUU0JblPytde0kHNG4/v/lrcr7ZJGkFihv3tTDcGULam+msl&#10;8W98OI9yJ4cM8mgsomZyDz3G3DnyddvtdvvEsrJI0a5KW4uGPGpQuQg0BdR1YRsmuOrGfkxV/OTH&#10;9cdW1Ow4slVbuxdLhsd2zSdPYTZG46jeGR3dFmNs5XK7LpOwZ8TFtTKdYxpBuKlqq+eXFPWSxRPT&#10;1f2wilNvPl9nv11n+z6/G7koesdGN3lueoq6Wh3THlqHaOTw0kOOxnX9YMnHncIZMcopHDSV60lJ&#10;K1Dd4JC/V73/AN59n/dX2Q5S37ePcu3TkzkTc7G0h2WxgRrK5uGkFo0M1s88csket2SG/wDFpFC0&#10;6v4mp5OsXvba79yLPmy42+z2OGe6uo20zD9Bl1B31griQEAO0ek6aogbI6pd2Jkvkn1N8jI/jTjq&#10;zrnd/wArW683t1vsebG7R3HsfG4bD7wp8vvPc3abfIylwRxdPv2OvqVq8lQY3HJFXZytpzlkjeek&#10;ijReUq4N01G5Nr4PA7h6vwHX2epcnnshiqfZeBfcGRy9DDuDJZYQfc5BpIK6uqaTxUieCaenDV1Q&#10;I4oEp0e+6l7sQckPf7ns33TWT2ujtVh2+7k8ZrqG4upXVp5LOVoiLa5nNv8ATxBJWTQpMoIcqOud&#10;uWN9vbO7uuYOZba9klqWhEmEWvcAR3+LpqzK3bUBVFW1dDsOut0dJ9n4Tt7trszrX5T93/IOg3Li&#10;dvUu6c52LufA7I2viopNqYil2c23Zzh0EsKZhMnmJohR4/IPDi8VDJLk6mtmSOw5ot5ZDtSjpaeq&#10;x+8+u+1dy7SyWLx2W2YmZ31tzDUtNkcNuufEJLUZDa+K3pDXhsdnJVavraHyxh0VTGM4+VNg5o9y&#10;uX9if3Y5xhn3Sx3q5v1ha0Ecu2IsRs4NuivaN4AZx9ZPp8SQo0UWvTUmG+YmsRJHYbBdNbxvbxtF&#10;K8pC92nUWK0SSq1AhFdLqKitenTsHsWLYsfU0OXVqTpntPpPZO9Mfl+zNu9tVeI6b3fuXIjAVmzM&#10;LvPEw0+1d70G05MUKiv6+qRTY7b+Sip66WCplqRP7a910m5NwZKg2lja4TZjZtHi6iuxvWVHQNlq&#10;3uzLR5Gq2pQ4eDKH+Ew0fV+ynrM9k552ix6VDwfdsJUC+8d/vY86cl7bsQ9sdu33dpOaShisLTYx&#10;Gt/PcS4KMxHbZQIJpLmXsZhISZElIqJ+T7C6ueZrS9TZy1tbKzSNM6+C0aACISNgGWRwDGoBIyHw&#10;1elp1DmNi0eR3X2VX7Wy1V1hl8xupsP2B8mT5dp0Xx9hxeMxe5twVs/7ddm9wdidpDHYrbOMVKzK&#10;VFFBO9DEaVRrI53JPUbM3PuPqjam89053rfDrtGPFY3PVEyVcMWKxr5GixeXSpeaX7vAZ3M5GqRF&#10;dYPLWGRUJ0EcI/c7ZuZ+SOat89uN+5inuoNpvJY0QXJmtl8T9UGKKN/pUbRKIZTEn9okg1ZYnOHl&#10;ey2Tc7Tb+YbfZ4oNyliJag0srkgNQfwnSB6kcflc309S4De+2dn9wZXYeysFv/O47JZPIZTbkNLX&#10;h6/NRYrEZfJUWdNDRZCtjz2M2tj18lSoq0pKeGnlP7WkAuJGTkqrkhCUVisguRZQth6X1c8/S/uN&#10;CoIwaDOfLoaSEPpehBI8/hqMfbg+XQ4++ywQkqbesAqzeNXfSWULYchCb/4Wv71SoofT0rQV/wAv&#10;+x1bxiqBdStHp40r/wAV/h6977EsjFQx8kTXYBT+8eQNRItq0t9CbfX3rSorQUcfs/1H06sAgJkV&#10;Ssv50ppxQHIqKg8eve8yyAHQBoVwUVrK0jE+v9snhbJfV/j7qV4sckZ+Q8s/5Oms6u8HSKcOA/z/&#10;AGde99NKwBGkaLem2oXBAIYLYs4UW1H+vvyoMGvd/q/1Dpxjbk/2gL14ngRxpn4SOHn173i1MY38&#10;oLIrEaj+3rudXHI0AXN/8fp7uV7hpOT+dOtFy0sbIQRxAr68fy4U8h173k8gDkkiI6gxkcDx6jf1&#10;nVqIK8aRxf6+66SVA4j08/8AV8+tVdtVX1EZCjj/AJjTzp173jFQ40focC58jKbt+GIAuAwcnn8/&#10;Xn3YxqanIPoOrOFqQAwYCuDQCnDP2cR173yWVAur1BtSxmwsoBa6j08QsV5H0sPeijE0wRx/1eue&#10;vM5c+IjkseFBUgfir173zfRLwDchjazWIJa1h9dXHJA4N/dVquSPL/V/q49VBdWkNSRw9D/qHr17&#10;3ySULcrH4vJqZAQvpcelQyKdKqq/QL9QbkX496ZScFq0/wAH/F+v5dVbU7EysCEFSD6GmPtOK+nX&#10;vfH7jnRpS1rW9X6vr9df+b/N7+9+H56jX/V8uPXtMddXh5/P04fb/kz173//0Dqbfpoc/kcrsrN1&#10;ecxVXiexsdntt7l89LJQbd3dh8NIF7V6xwu7sdn+suw4cC1ZU42rpcpQsy1RYokVVSxs0J+63Imw&#10;fep2ew9zuQ9qvF3Dl+K7hllnt5VvDZG5pDaFGrLebdeKiyW8ttKJrcUq7I8kQnXlvcd15UUPfWca&#10;bLNb9xRu8tqAKsyCq1XSddV9CSDUHvzPyMrv5de3odt5iDb+4Om97dX7Yx+89hbIx2KXFPk8yBR0&#10;G0+5OytlV22+2uiO2ZcJl6Yw5ZzW7cq46Z1MkmtKiFZ4nM1uAy+1M7jcCtINtPBmKn+M40ZEZaHD&#10;ZTI5A4HcNFkFhycmRzOJkiiqknMOPaoVj6QQgnCTkK43v2v5g33nrna/hl3SyhsxZbVGqurXEAsz&#10;c26s6lPpH0SRmgmRgWRWcE9AXcN+sNz366g5d29biIT1MsjFQJGqWChTpwwoSdWoHArnqtmu3n1Z&#10;nu1Ow9qbUy3XO/6mTtHK5Hq6DuDsDKUNBRwTQ7d3Vh96ybp2hDn9j5bqSm3DiqyhqsFhv4nuDM4u&#10;eCJ3MTSTM1UW6Oseqe79z7BnyGdrO1dx9s9b7Vrsdufe+a3PuLfHendG0slvmjXbu+8/D5FzHUuE&#10;nx+P8kLjC7djfFUtJDNA7hsEuQue/YUe3m/+z3KvPW97BtrSbwz7zJCsJhtdlYW1zeyqhWKG33W4&#10;S5V47q3a83S4W8e5YL4bdDDdNh33eodl3u+2G1+mt4C6wQ10BY27q175Kk6gNVUbVoOB1Z53P8dv&#10;5oXdOF6I+Wu9ui/iX2dtHr7p7NblxPTm0dppQxwdY5fM7dXEfHms2njMrkX3jQLjYKXc+Mloa2hO&#10;Olo3VJ4KyKCMsXdk1Ph/jJuH5CdN7j2csnVWCrdvdrHd20sLu/rX5Idd7vz1RtTenWWcw2EnTA7L&#10;33uze9dkcpPXYil8NdlpJpaqSmlpqVli/wB8Yt99vdk5a9rbT3Civ/abnae2eCwsNKxxblbwNd2H&#10;MNhJLG8gSwtljgeKSSCSDRGIBKryRkScn7xPvHMbbbvJu03LxA6JlZYQtPBB1BTIiqAA5pitQ2ej&#10;ify8O1t4fI35QdtdbfI7oHfXXfbPUm7YO09q7uy+5svt3sPrSnfE0e3qLrncdeiY7J9g7cqNvzpF&#10;i3r5K+OrwbqZlmbXUHXA8kMRZaeDxQRs600DPLVNBAx001OaydmqJxSwaVMkhMrhNTEsT7Aml3AM&#10;kmpyO40C1PmdI7RqNTpXtFaDFOsodDOi1lqcGvmfQnyqc5GCeHWxf76L2XSokLNGW0OQt1B0kvqB&#10;LX+qkG4HvenNTSleIz+z/L1dHFaOwBPzx173j8l2YqQdIJ0DnUb3tERwCL3+puP9h7towoI4+f8A&#10;n6cNChAFQSKnz/Z9vp1735pjcLqsrXkc/rm/1DhdNiI1v9Px9ffhGDU6eGPQf8X/AMV1Ve0F0oGq&#10;R6fl+f7Tw697xvI37LKw1jyEvZdZYiwRU1HU5ivpvYD6f092CjvBXGMf5a/bxp/n6urAq6kGnl/n&#10;+wHy8uve+lkZ7gnQSAdFgDZbH0NYg+k3JH+t72VC0NKj1/z9UIVWqgLL/h9ftP8Ah69761Ex2Zl0&#10;rZiFVgpH0SXQOVdb8D8j3ugDYXJ/1U+f+Tq4bKsFNPn/AIOve+jN41JFwVuxa59SsAja2BAv+bAH&#10;ST78I9RHof8AVj/VnrRX9QB2BFfL/V+zr3vjrk1R6GAAuxZ3AuHF2IIOrSNQvcjn3ui0bUMnyHy/&#10;1eXSmOWNas+oswpw+eK/MDGOA6978kpbRZ208q1wU/Fw6k8DUTa30/PvxQAt25/b+XSdwDqqgqaC&#10;hPkfL5U6974Fytg4XQpvHIw/SBc2mZBbT9f8QOPdtIOR8XmP83TgEfxgitKac4pimfLz9eve+/Ix&#10;kC6S7lvIAulVRFsmgm2qRQTck88+9ae3VWgpT7T/AJPy6u5QxqAVVQPmTU5zTz8uve/DyAycBbhV&#10;1IV0SOFK6mv9ePoPwfr70dHb5+eeIH+rj00zCiq57R6+Vf59e94hKSf1AoLLYL9eCzM3KjULfj6H&#10;3coAPh7v9VP9Xn1tlKBWBBzn8vL/AC/Pr3vL5VsVkcqOHYEhwrrwFf8AtlkHIsbE+66DgqtfL/iv&#10;8HWiWr4iE4xXhj5de942ckho9R+hCt6RYsNQJsWLR21C3J+h920gAhqf6v8APw62pVAyyx5/b+z0&#10;+3r3vgshY+MaQkYMa6jYuCV1MPUQRcavdigA1GpY5+z0/wA3TZqGV2HdXiP5de98hLwbSrZpDp9N&#10;3kf8k6boJFF+foR9PetHCqGtM+gH+GnV6ahqKsFHHPl/n697y+blrjSGJ02lY6ApJRVKsOAeR9LH&#10;+numjApn8uPW6R9pVwaAAUH51IP8/l173iSoFrISzkEAuSXspuA6m6uTfi9hx7uYs93w/Lh/sD7O&#10;rvGwV2ZO0EVIPHr3vzyXazaiLgrwNLW9KaG406SDf6C/+v78q4qOP8/z/wBVetAYBCKqk5pWoqBg&#10;/wCfj173wMhQDUpUrYMfoFbVd2VRc+Rl4/wHPvekMTQ1rw/yV+XXsMSSxU8QKV+0V4f6sde98fJx&#10;qJVgwXQSzEGMFjYi91kQE3H5PPuxUcBUU4/b/m/4rrwZa6WqNXpn9p49e95PIpACoW1Sa2Kn0WAA&#10;V3YupCn8avofqPddJByaUFB6/Z/np1QV1P3UwMEZxXHp/n697xrLdgrPqBuGJtqYrwJLtdVAVbfW&#10;5+v9PdigFSF/2Pl69e/CzeVKHB/z9e99NNGvkVjpUso8ulZAQpDKG02PF+QPp+Rb3sRsdJGTThw/&#10;1f6qdOp4zAMO5gDxORUeXp1736WXSzljZVb0306RqBNlty4Q8EA8D6e9KlQoAyR/q+zq8dZmTKgk&#10;5zQin8gft6976MoI1ixdgCrqpjjJuQ45u/p/ov0+g970Z0n4R86n/N+3ptgVbQ4wK1Fcj0P5/wCD&#10;r3vsOWsqqG8aF1JKqFUAkWtqBY3F7/j/AB9600yxpU9XqNRPilYiB5ev+rj173xWZmIJh0iXUx5E&#10;YDILEgPyzC1yDYc8e7FABQPkfnx6q5Rl0a9RU8CPX7PL5de98hJw4JAIN2Gr0JdQFs5/3XcWb62J&#10;v7royuMfz/4v0/Z17s+EKAuStf8AUOve1vtze0eKw0m1cti48ntOu3biN056mop1wu58hJiaCSgj&#10;w0W7IIKnJY7ESRP5Y6aNDDDW2rNMkyoEyF+7395f3M+7LvvMG/e26bZLNutrb211Df2wu7aW2guh&#10;csngsyKGnGu3mlOpzbyNEnhnv6i73H9s9v8AcKKBLy58KWOORVIUEESCnE5opo1K50gVA6D3d+wk&#10;3BVVG4sNlptvb8pdqZ3bO1N0SwNnaHa8ucEbyZmLadbVw4HKZCGenj9U6a2hVodaxySBjhdPd5db&#10;uYIpdjT7Z3ZPnpN4ZKm67o9z5SCszG2nrcr11jaHG4AUdPitl1NZFR4PMVGRSKOWkkqmmYx6FPTH&#10;fv71PmP3B5Z5y2y15Wjkv7rlebZ9t2Ka2e8F3fXVu0L3Czq6MtGlZxaRGSYrDAbYJL1i9cewnNWz&#10;zJcb/udoNotcCdESiwLpJkmeYj9Rivi6lPa2e6nRCu1fix25X1mAgru3X3f19isZg9iDDb4ptlLh&#10;aLam4MdhsX2vv3dFbuPGZTJbg7FSpwsm6MQ8RSgosxHTRJTCBJZfa76e+NfZOM3rVdg0eF2Xt/B1&#10;+4WytFtzBSPubGQZaqpJ83kOnF2rkvs5K7ZVDR5TI4KLJpVyorwJJTtPHTuTDvsL7AS+1Htn+/Pd&#10;DlHmHl33rZ7OLbdybdZ7a1vtrn1/vC43L6V3W1u/p4opIobgBJZWYy+EyiZlfuj7s8h7vb2nLT8x&#10;2t5bSQHw0W21KSNMcMkclCpZpQQAFFVJJya9AN81vn/8cxtzK/HCLcu9M3vGfaOMzmYydB/Gdm7g&#10;25g2zMG3MV2btDtHG4+oxtH2DtXclVicytFFBI9RR1SK8cLVMS+33b+6cKO/oa3ZsuZ3BtvDbRwi&#10;9j5OKvGe2B0rQ7j/ANy9TuGkzuQzDvkM1kZatsRWVM08ZoaigaQxvMsBXLXlb77Oxe43Nm8e2O5b&#10;J9FydyzZzwnmZ2LCQWwkRrUxwHwo4ZIVDxbgZWuJREaW8pLMIJ5x9lL2+9t/39eRWkN5KrNbWzah&#10;NMDWivHTUF16i8KxkOjKD2kjrlu/rrsXEfFVsB2Nk9v4/tLNbv3HSdYbRocFHsnfvfNTswZfHbG2&#10;pnMPhNv4+mw61+Oo5sm+MxOPMBxM0NDLUCB6p3F/ZPYe69yYnceJ2jlM3uyHIZeetw/YeQ2/Fgsv&#10;PhoYoK3D4JTV42bK7wxFdiqmUrnJqda6ByYIkKASHJCPmjduevb3lPmH2t9vjunIG8WLCztd4m/d&#10;8daAhpY5Fd/pb1Y5LmIozVUIJwjPpGPPLnLOx8u8zDaOYr47ZDZiICGM/URpJKazpGFKrHofSfDV&#10;lFSQT5AAO+Pj5sPGbi2D2p3NQ7K2htzCYLCYbc3x2fc82Z2Xgdw5KJ6HdPYEeRxuexu39rZWLcVH&#10;TQvtSlrf4VUU8UdRPJ5YyjAhF3LuTAY3elV27sveUWVo9zCqi7E66iwmPyO4qfK0U9Jic7Txblq6&#10;jLHBUDY8ZE0TVCzPLSxxXhkMpjxj5k96ffbkr7tfu9zXv/JHLdhzZZ2sNtaX20SgGKG7klj/AHgl&#10;tOJmmawnEUMsTxxw+DPrJ0oXWZOXfbD295i9wuU/6k789xszyOt1Des8fguufBRbftjlmOoeLKdU&#10;a+TalHRv6v47YapzfV+zugdzdTxbBfYNFgKvoLtak3TX7fx208FuKOs31Jt+PaFdjsdLuitwu4Rh&#10;G8sASCkyb1M33Uf28L1qbg3Udx5nMbpq4Nv0QzGXlqKyTbOHodsbQjyldH5pocRjcfHHhMTU5Jo3&#10;q2pkYPPM0swDXdvfA/cLjct33G6vt0uZp94uGeaRpTrncs5ZnegUlVZtGoKEQaE7aKvXWbY9mstj&#10;2qy2jbolitoowAgzpoBU/Yf4vxHJyerS9p7YwuyNt4LZ23kqoMJtzF02Jw1JX5XJZqspsXQItPR0&#10;0mTzNZX5atSkgCxq880smlQCxt7WnWdJ2VuyunwHWWOyG7FkXF5vM7copKas2/W0WEzVNkcdU7jx&#10;9bVw4rKUFHuGkp546eXWZ6mnjXQ4UgST7Scse5vPfPPKXInt1eXqcxSbik1sqyzRx29xGUP1rhAy&#10;xLbIdcty0Z8GLU1QaVKeaNv5YFpcX+92kRIRhXGoilGVeB1UJIzk0rjoO+6d09IbD2+m6+7Mltbb&#10;uJ0ZLA0O487GYMlStnMPkaHJ0eCytDE2dx9XW4SWqR3onjmELP6gL+7GsHkeyOo81sv+/WF27mKz&#10;uXe2M2vkdw4abPplc3X4TALNlt3x4XM0FBiIN41WQrjXZKlFOsSUNLM8E880UcSd8ty91/f32k37&#10;2K9uuY7ePe943a4P78uLe0nkhtLZDBC08NyhhtliiXXJcSycYfBpDV3ZMUYNm2jcLnc3l5kK2sDN&#10;oikVUcIQaJMSajsAEZBCk/M06pA3avTXyL2X3IOqu2M9i4/iNsGs3Zh+u9wHYuHxuH2LmS+Uh2B/&#10;GdsZTL7ur9qYbZO32x2GRcjAnnyEcVZGgkk86xh6y3njt9Ywbq3durY2XyctRtqfAbJqfttr7px9&#10;TNWVjTVU9Tk8lSa9/wBVTxus4P8AEKqg+4NqaJw3vK/22+9Dyr7lWm38pJ7bbzNvQt7qd9yvtue2&#10;tIhZXIgilhmEjxmO5WKSawgRpSYVDyACmsHc2cobfue1rvk+zw3kUVZIr1ZkajKwdVVQNQTw6qww&#10;qmitqB6jZb5ZdFb46TyVb1ftLrrvLbu18Vg+w6HsDsmanzW4dpLhG23XUdNtDbOO2pja2JeltnzP&#10;rgUCh2/mY6elV8hULPGAcoaLsttj786rTdOW6zy1FgN51eSymCyX8Wi3ZsbqelyOdlxrVlLLT53N&#10;7NwDzR1lZR0McmerceDNJE9DSa3wV/vadt9l9/5X3Lebj3Qm2/3JbbLHeY9olS5FnukX1Me3pDC2&#10;gW6XjmRpTF4jwQTpDczxxlvFURe12z2sO/2G/XvJqy2LyQwqPBd3illBPiRyyEAIImXUtaqNWhgT&#10;p6OVHJ0dl+8+mvkhTbYO/Id01u2KfY8O6MVlEi647Q7ppEag39jcLkcdkcbsnfnYGDxMmMatknoK&#10;CnqFNJFOtbXTwMEXxF/uFvfs9st2ju3IUG8FhzmW2VUU82YyW4Gq8Tt7O7vylTV4ihwdftzL7RqM&#10;nOsdbDHUU+fyHnlocLTeWYyR8GeS+V9m3S8vdvuL4W00Nu9xarJAs1jPeW36kVruCs31Ph3KQmJP&#10;BWVRMYXutceodZb8zNdWVpFY2Fn/AIs6hC6ghlGoDFCCW9NQ04qx41Mt82t89hde9NGHrnYGY3NR&#10;Z3P7J2VurK7f3Bi9s5XY+zt5bwwGzszuvaddU1STUu79p4vLSV9DVTRpisYKZqyumSCnKsbfdfa/&#10;Y2Rj2JQQHrjba5bCvSb5ypwea7Gx29svnLzYjC9HZennwv8AB9hUVBizPlZsrFBk6GeoSmnjUxmP&#10;39MP3R+RuePcHaLD3I5/2KDaObktzdT2UTeAqwTyUtpdwsWBSKeWCFDDGHmkxqjKoVY49NsV/tF/&#10;dtHujXFt4hMaaSSgoaiUMAQyOTQUNPInj1S10x/L2682z2n2LvSv3j2j2LR9ZbupMtsfrrE7tpes&#10;NxbG/unjSdydkfL2gzVBULu/tXLbm3VVjaUWLgmxuQw1CldSoaionnVpx1H3FL8mxkMbQ7T2b1pX&#10;phly2KTMYHI5XtKqnwiUG9M9nJ6SCm3TuDcGycKaSlEUyx0kECIyBwGJzzvLTkG+5FjO729zfcyW&#10;DyTWjlHVdvn1OIPDQsYLdbkNJ4bAyO+tyfDJA6R7pFFOkdxucbxtBR0IqAkmCCBXSrEA01GhWvA0&#10;6V+9x8ZYvhHuyLOv2Bv7tjaOFyu69p5ybbWb2zt7pDfNHuivy3TtBgMbUZHNbN6ko+w8zjmqcS4n&#10;nrK4Vc5llhaaOCMTZ+qti13aePzeV6mye6d3doqmPzfYEeQrK+l69qOqambP7DyqM09NlNqHcT+N&#10;aqXFpDAMk15NICM2Nu/+4PuRtnIa8rc7z2Fhb3ce5QSDa7loYpIL+Ce3jtzNcRJJLdLC48KWVBHG&#10;/ieGxohKC5uhZ3Q3Pd9wtZ9heSONlFEd0kANdDsS6x92kilQCW8uiXbv+TW++qekspnP9OHWm1ep&#10;vjxuHbWZXp2qgwm0K/5MdcfIDbw212j05lMBlJsxtbs6TrzJVeWi2zFVtJkanCU3mkmmlc+DMaLe&#10;nT2J602huvd1PvLN12f35tOo7k2ftTOyVlPt6Ta1Vv3YW2MjJvWHLJht4rnIKjEQZTLtVY3JGGKW&#10;UeSwXjXy9e++3s/7Z82bJPz1DZc3bdstybWU3sd3KlvA0c4MdYliUSfrOIaahGTEXoFc63Ucnbtv&#10;VldbBAf3TPKNagFKK5KPWgJCsVSpCllGKnPQ19S7i+Lfz87H7V3RtrrDeWA6zz+P6Z7FxPxz3JWY&#10;PqvC5DdVHu3K9Gdrb8kOxcwZdxbB2h11j8DmMtT45qOuo5JpvAQ003leaTbdb2B1XtjA9inY2+Yd&#10;w4htx4TL9V7qxq0G2cbkMpVVmLyceMix2Gye6Nn4fM0UFdW1INRtjKZylWOkpmqYXlcj2zl2L729&#10;ztHP/vvdtyr7k7Pyt9avM8KW3+Pj6pxavutjEhmie3RHhsqpGsKUjM8kblQItv5lutg3u8hivFut&#10;lMujwJUcT+KiqZWQkEFCSqjQFbt1MdHTrkPkXifif3t2Xtj45bn3tSY7I9gYDD736U7+2H2ZvTe+&#10;7uzdt7KxtRU9f7P7MmyuU2Xgt69idbbiof4fi4JqfOUmM0V+UqKagWnjBJvlv0HgOsev8Dv/AGvX&#10;dq1tLmezsxtzc8++ayiqMRjqzP4hs7jGx5w8uLx+KbckuNmkokGOjNdRQh2kjenEJxT+8vyZzryv&#10;z3sfMfNXP+4cwbhvNvcXS3l5BJBdS3NtNFG9xGXeUtbvE0RiOtZI9FfCWJ4qTXyVu+yb89z4W0W6&#10;3XhK7HUrlwSV1E8SVNVP8L0DZ6tJ/l0fOCk+U1RvzZGe291Ntreux8FgK+ipus921u56fLbHWoqt&#10;vxYvKfxTHfdxbn64y9M2I3BAuQyFPRZGVYo5ZAzOSv8AV9PlOye6dtvnOwmwGcy25aXM5HfG46ir&#10;rqyWvxs0VfUrX5eTI4+amymTgiNLFUGo1pPJDHGkkjxoYW5Xiut85w5etbrePAuL/cIonvJpJf0v&#10;qJNDXLsge4l8MsZSkf60pDaXDd3Qy3k29psU8P7vLDwSiKq4yKBQpr2+RB+Y4dHk7Vqdt9U9F71k&#10;w/Vku7ts7W2XkqbHdRbD2tiqpc/Rmmalg2ridsfbJgI8dWNOI5lnjWggpjJJPaFZD7tl2Jsjc+3Y&#10;u0I89XV5wu4ezNi5PaeG3dRwJFh9o9anJQ7Sk+wp6uSHGJXxZpErYmLVE5o4pKt/uZJRH135C+63&#10;ybzZeXu5847xftybGywJt0dxNHVLITfVzSpM3iSPdFFWzhDqsSyeHcM8gC9YoXe93EG52232lh/j&#10;zM4+pUDwayFKo6jNItJye0VOkHrXj7Q+Zu0a3tfoHP8AXu2Ng0vY+K+PPcGM3xvrp+rx2WSh7L7U&#10;Xa1VnNt4DODBU2P3LLtPH7QV3qPHJQxfcyfYxNTRxGQLMJ1hRdc4fdkmx9qZPYe5k+yxR6/zeVws&#10;+/Ovd3b7ranJ7eyu49/42tyFJUbJOEpI8jj6GmlngOMOpnJ8ujKX7imxewMG3c+717O8px2XuDPW&#10;S7stxV33Xb4EVlSzk8Y1jt7rw4p4lCaizr40ryuFjMfc7mLm2ewFhZW8Ml3OOwKQ0ZAAC+CcVHGu&#10;rCgEAcB0PlZ372J2rneqevPkJmti9ibcyVJunsGXtPr/AGzmNydEd49Z9UYaGLfe2NldZ1TzVVF2&#10;PlNxZl8DU12VaKSiyyNHj4LGBXdtzbd27ujJ9eb07PrctlM911X7k3lk8PDLjNr4XL12Hw9JQVG2&#10;NyGipKnJ5LbU1fSLWwYyGqijr5Ej+68tPEkfvLv3M2za/wCqd1tfMG4FbJLIytGJADO8yMFjgnaj&#10;RSaiRGkdSWTiSK9QRt55h23brHauZLS2XcYZW8RQFCsprp00xQ1DEjhTGeg8mxu4MFsztDpP49LR&#10;bI6y3rRda7B2XuB6jKdiZyqpe3MtmqtM/S/3prIsFi8rSYzJnHVtbLSE4soRRhauWQhMdd9U13Ys&#10;Pde4dhV01N2j2BviKr3ZT5rI0OLxEGBzX8Xn7Alnq55xTVcDZRzj8VHiI5a3IQUdW1PIkbXHMS3+&#10;8/y77W7PuPtR7Ufd6TdPu22UtztawJfXUNzdXEsZXetz3PcIiZWORa2awvHb2rCW6mJZYlUa3zbB&#10;e3uz7lzdeR2N1SORNRfWx1hbcVUYMgTWVJCaNJfOSP3bncOO6b7I+Luye3tw4PF/HLpfr4YjF02T&#10;wO4ctu3tbuOgg2jtLpmfYmExOPmr83BtrAQNk87JlXpMXisxnsZTyRVNXAojKV2vvHvbqbfO4tj9&#10;k7Wp9s1VR1fTdbUm0N7ba2rnYR05kZZ8xtOt2/kKRK6mEv8AES2To81RVC1YrlZZ2cxmMchfefna&#10;T3M92Pcnna6ija4v90kBHgLC8X0yR21sjr4UZ8aCzhtomlKh5gon1nxWLZicpWlpPs+27ht27+Ou&#10;SGjcMj17SpoTjJxgqerS+m8J1FuvYuD3n1Zuio3Rt7O723D2XFu/Bbtz9XSZ3eGYy1fHu2VzPXvG&#10;cTLkPuaN8S8Yo6NE8UcMTRqVK49bFSUryxGpnT7R4miPqlqogojEIujtKZmARgQx5/P09xgkEkky&#10;qdKv4gIIxpNa1wRSnEUI+3z6GEqs8TRzohQ1JB4Co7gftGP8PRg/d13U+0+u+kMZufqzGbnzP8c2&#10;VR4ur787GrxWYDB1+/aTEVmP3bs6hy5rqrD43C9R1lWuLgwtLJNkYppJ6ipkZZ1hToj9wOX2R24c&#10;++4nubsOxzW0cECpdbtGskVraf27Q2aS1hmvLp1Rnuo4muqJSARqKHEv3VvuYLu522TaBJY287Hw&#10;zCikqqntbUAG1SqOB7FBAAJqetdT+YH2H8m94Z3rPeG09tY7O4LdL5ZOlertmyV299zZcUm5op8R&#10;vKt2sm2sLmcRX7p23RVFRkcjX1AwNFR1FDSRRvWrJWM9TdebRzeFqdr5fDyJg66WSKLJUcP8GymR&#10;GCZcvXUlG8cdVj6vEYWUA+WsmJppJXpwqkgHtdyx7lcv8h+4Ak5O5X25LXdrZWjuRNHcz3zxQtK6&#10;sgSsUNvbyooE0kbnK6NZFYgk2XfrW2nku+ZFufFJZwy4t9RKqTJijMo7gRUsKgmnRS1+YPYG0N/b&#10;T7I2bn/4hvunocdVZjYuXMO/9lbTqd21L7V2vlc/ky+F3Nt/s3eiSy00uIw1DEuRpKCCueaUayqD&#10;gxeZwclMke2dqYPcm263CYjE1+TjeLB70iydPWVFNTYnKYxZN0Sybaw8Mn3CH7aCnrD4vI1IFdYq&#10;9+PvBbp7ccrb5f8AIG17dLzGJCHW8eJbd5GaORpn1gS3aKgkJWIxMJF8MMDQgIbJ7cbbcb2hS7Z9&#10;iYa1k1SOCzOV0rQlVZjpA18AdVQcA5e2d+7X7pyFVgcn2Xv3I9d9y4bdm5t0NtbHVecrNgZDb2dx&#10;GKzh3VhaqhqMLhpN05vIU1LjGyMNVUVlJLFUpTxVMs5NfXfW8t70HcPZmEk3NnKGPBbr3Dhqejps&#10;tWpSmOc0D5HMCCmlFPHUb0SgpKzIGFUFSRGrghCD873uR7pcye5HPnMnPl3uMi3W43Nww8IyRKkU&#10;kzjwY0LlookC6FjLGgBDFjnroDyRyFsOzbHbW0sQn8QI7FgANQUBVUCo7RRKkksVq2ermekequv9&#10;s9Q9Z4Cg2JgsbR4Pbey5KTE12KxNZVYPIbZx6LhqeSpEU6SZLaU8kkNPMjt9u4YwlVI9gbkMpXZn&#10;JV2UytXU5HI5WsqcnkchVy+etrsnXyvU11fW1H0lqKqokZ2e19RPA9xnK8srvNNKzzscsxLE/aWJ&#10;Zj6liSTkknqQIoYbKKOO3iCoq8AOAXyHyHmOhzo6Okx9JTUFBS01DQ0VPDS0dFRwRU1JSUtPGsUF&#10;NTU8KpDBTwRIFREAVVAAAHuRtbDZ7fGUpsDsTB57e2drfP8AaYjaGJr9x5Cqkpo/LWQQQYunqojL&#10;TwjXIrMpQEaiNQvZ7aVCPHi0ZUDVgnVhaL8bajhdKmuaA0NHJp1t42mnlCRnBLGg9QamgH+bpu3D&#10;uLb+0sJkty7rzuG2ztzDUr12Yz+4cnRYXCYqiit5KzJZXJT01DQ0sdxqklkRBfk+zcde/Az5G9g1&#10;UNFPitk9b5DLfZYjY+M7e7CwWwsp2L2HmKTI1+A6d2hT1xnhn7N3DT4mq8VJNJHDHIiRPLrY6Dnc&#10;OU+adu2KfmA8rblcWMSmSRYLcySrbIdMt2INSzvBDUM4EYk0apNAVe4G3fuJyhtsyxS71Ao1hWIq&#10;4DE0Xhk58lqQKmnRQt4/zDPiTs3cSbcftbF7rekoKnN7sznX0E+/Np9c7Xo48TLV7v7D3Ttlchhd&#10;rbVo0zlKaitmmMdMsytN419Xsn9TDX4yvyuKyVDU4rLYTK5PBZXG1qCOvxmZwtfUYrN4itWOWaCP&#10;I4nI0klPMiu6rLGwuRz7D7IpWJ1kDxOiurD4WR1Do4qAdLqQykgEgjA6G7ay8RkOosPIg0FKgg/w&#10;n1oK9HNo6ykyNHSZCgqIayhrqaCso6unkWWnqqSqiWenqIJUJSSGeFwysCQVII98A40qAxsusqqo&#10;BoVLMyEcGxBtYcWP+PumnJJGcefGvn1XNG7QK5qxOfsHqepPvxlHDAhGEf7anVJcqgGgRq2ogKfq&#10;Dx+ffghoQRUVz5efGvXlIoxJBBHD0rwof8Pr69e94jMH0szEliEuxDXdXNlstrML3BI5FvdwmnAG&#10;B/qr/q+fTqFRHIBHWGnlXgfM+uRSnXveQygKTLcBVUOgPpfQD6nL8SBL82tf3TRkBPXB9K+Q9Oqk&#10;nXGsLZFcfw18v2f7HXvfRlZgH0MpYNZG9LLHxq1LfjWAB/Qce96AtRWtPP5/7H+fpt3MbshasdMk&#10;Uyfs8/Svn17321yyuSp1BPTGTrIP0tb1uygAX5+n+PvQwGWh8+PD/N1aJiQY9BAJoKmgHn+Vcf4O&#10;ve+2dAQAWZrNqYxgcEmzEG5W5F7jm/196CmlTw+3rTNIdYMiE0zQn/ij173y8oZyHdP0LZX5BYcK&#10;CQNepgbf1uf8PftBC1UHj/L/AAdaKiNQWLaQ3z/P50OKeXXvfHW+rw+m+n6eq99X+e1W0f4X/Tb/&#10;AB497otPE+f+oevV/Ejrqz4fpinpX7P59e9//9E1WxdtZXZoqcluybBZfO5vIZSow9VtyiqcVT1O&#10;GyValRMa9K3/ACSXOvWSIJpEL+llC35HvprzRz7bbzy5DyHtO3RixtQGiS1HhpJAiB4H8N6tDRCW&#10;uIk1q8gZ4z3UB7PfST7TBHt81xJFHDUpOxRtWqgDBu7QKGo4k8KnqD8v/kJsz5nYterPj5TdibE6&#10;a6up9sRdn1XaORod4ZpN+bM25PTbWpsQuBqK/ddJsai2tT1ckVNKlNTzVcDvN4S6kK5spuiaHIn+&#10;BJko6BVqKuEyT4/DzY5qxqapg+8qop5Z8nS49TM1OiP5dDabC3uE32fY7ZL/AHDm+7s9n2K6SBBc&#10;s6yLHI6h0mahIVA5WOR2CaCwBKyADqOrXmHc7Lc5bSbb7cb03wwQSMT+mNfivTgD8IFARwPd0CUf&#10;x5+NmMk6jp8F27vPa9XvjKVu09s7gx2Cx2++18D2H/dRdy4VsbtbaddiqSm2ZmtxSSUv8Qkq4Rjq&#10;eoj86u/k9hduTtTpfrPrHde4Pln1JH2vlt5703ThaHBrhNszb2xeK3Xt+l27h909Hb2z9QajaNTt&#10;Ghw9JVzVtEi00LY9o0n+9KwvxS+/tyf7Uch+5tr7RewTw7juFxsIv5d/O5vN9LuJuGuJrTcbaGMt&#10;dW8zvSKK6bVIl0WjBhjkkXIL2k3X3J5lIuZd4ii2yOgiiCgVAYl2eSpNK1XvAJ8xw62t/j71p333&#10;3ufpfvf4/wDy9yuxfjf1JtDqjYmD6NxWxslgtldovtihr4e2sl2Dha2SifC5yvz1XIMf9rHI8S08&#10;S1MZhMZNGUfZm/oOsqTqOq3nlT1hQ7kbfdbssV0qbUl3xJBLHXbtmpai+rI3qZW80zBS8jOw1G4x&#10;tn26zvN3g3hrZn3OKF4LdmLM0MEhWsUSA6ED+GgYRrqIRRUgU6y8G0WK3R3WSzQ7t4enxD3NppgE&#10;gVJzSvEA4p1dNBgMFS5nIbjpsLiafcOWoqDHZXOwY6jhzOTx+KeqkxdDkMnHCtbW0eNkrp2p4pHZ&#10;ITNIUA1tdX7D6K7U7Gw+Y3NtjbOrAYqhysjS56prtsZTIZKkixlTCds0NfjJJdzy09PV+NsdRRvW&#10;VRraWanLQrKVkK45a5esPardOftx5hdd0t9whhFvFEJohC1dZmkV/wBNm1LIsrEQxJDOsxDlOirc&#10;d9utv3vb7NIdVrITq7gGwQCDjgpqVXiRTI6YKnsHa9Nu/F7IGRhqtw5WlqaxKKhkiq3x9NTNVxio&#10;y6xSF8bTVdTQTQQSSDRJUxNFcPpVgaMwZCoJEoeaFoWZo5IqiGZoqiCZD/mqmmkRlmX/AHWylTyL&#10;ewSEIYNTsoDXiCpFQQfNWBBU/iBB6GChJFD6DpBxj/B616Wvvr7pg+kxjn9TPb9JuxMcKfUAA/4n&#10;3vwRprq/1fM/6qdborrrEvb6D+dT6149e99M6sNaMouAUVdIYk3Mkeo2KlQPVf6WHvwUjtYH8/5G&#10;n+Dq6EDDIafM4+3H8vz697xM6st1ZEa7O3NnK/UaWT9RH+qHBF7+7hSpGCV/l/q+Xl1ta1DilOHy&#10;+QNeH+Xr3vizjSH1P+prBXswD8s2mx1kA+q39PewvcVCj8/8Hy6qrPQx6QKVzSlfn8j5Z4+XXveR&#10;ahvU2pAGIkGlgBqWym2oklWBsB/ZI91MQwKGox/qp/qPVdKhlSpAp+zz/wBXl173x8iElWRdOrUo&#10;Frpb+1/gWtb8n+g97CsACGNetgFBVXOk8fnnh9tfy6974NISVBjsp1FtR0yXuLaibDjV9Pr+fdgg&#10;AJ1Z+XD/AFY6sr41FiaHOOApXHz9eve+RYqfVISulCFKi0j6m9KNf9QPAB44PutARQLmp/IfPqtQ&#10;wYEASHP5epHp59e98FnAABJ8ZL6ObqsiAm7IoCl2PGr6D+vuxizwziv2fb/k49KJmXQrA5xWnmCf&#10;IjP+x173yMn6xIwAKjSFIWTWCB6THc2dTzfjT71ppTStTX8qfn6ftr00ApzF5Gnrj1PXvfAsdSsG&#10;sqoF0KCEVgwS9/obji3NyfdgBQgjNa18+tMQcEHWPl/qHHP2de98SwQBriPSCoFizMzEWbXa30vc&#10;ji315970ljSlc1/1DrayFqKRmvr6Dz8s+VOve+0lRfUHeYABP3GH7t3+pFiAzW4Nzb/D35kJwVCk&#10;5x5f6v59eBcAg9lc8MjHCvHjxHXvfTTEqdCyaOVAPK3dgCn6i62uQT+Prx78Ez3EauP7PP0+zrQQ&#10;51OK/wAh+Xz9PXr3vpptfLsfEo9UiuCrKOGVWAszg8H+o/PvYTT8PxelP5/Z1dSF06HoSc+oP5/t&#10;/wAHXvfQnUO6xFSAsYZIySLmxj03tpIUcHm9v9b3sodIL8TXJ/n9v+TrQWpBGACaE8PmfmK/4eve&#10;+bPrViFsf7aPGQjP9T42vxqIAueSQR7qF0kZx5Gufz/zDqoqpNWNPtrj7PUde98ZJgR9Y4zpTWSA&#10;R43WwUEXJZdVxf6+9qnyJz/MdOK/CqMVJwPs4MR5de98fICWWwSw8rOpDAFEsqE2td/odPvZWgBr&#10;Xyp+fH8vn1tnl190h4Uoa/mft+fXvfQdSlrlS6l9erSIybEgrbU5UG3H0/xPvxUg14gHh6/5q9bR&#10;gja/iSmcZNP8/r1734SJ6SzPyNS3QsFZRcMSfw9gSPqB9OePe9JNQFFa0/1fZ/h60HFTUVz68Pn5&#10;Y8j173006EoutiX9QVgRqAIDKFK6ViZvxa/HPPvwjIDHSKD+Xp58fnw61GtA/HHEg59aj+X29e94&#10;WYk/mxbUhQ+kPbUxU2J1oBxcc2A9uAACnmBmv+rgf8/W1+EhTVVwRT/V6/l173z8o0KyhXUtZfGW&#10;AVrkCSUgG9yB/h/sPddHcQag/P8AwDrasRSp0g+tM4/b8uve/eRQrAizWKKzf2mW51qPopZT9RyC&#10;OR9PftJJGcfL/B/q/LrQUtWnxg1+VPtpx697x+ZRGoJaygOZVYtGzfQDQRcH+hFvrz7toJYnFSaU&#10;PEfn/q+XVlCsxq3l+0f5fTr3vMkitGJSBqchokCjSoLEHS6mxIcerjkg3HHtsqVYqDgcTX/J9nDq&#10;kjOKJEgMerP7M/bTyz1736SR/SEdWWzkqykMpDC1lUElmK8Brekf63vaquSymuP8H+rh59bCqCCy&#10;kD/UK/Ony6974iVbKAVXk/62luTOqsdTjWCDf3sockj/AFenyx1Rg0VTxby+f9H5de9yKGCryWQo&#10;cVj4mrMnkqylx9FSU8Tq9ZV180dLSQK/61eeedQx/SBcn6e3obaS5lihjTudgoqyjJP9IhR6CpA9&#10;TTPVZrhLa3mupCEgQamJ4AAZycY8/wDB1hqKiGkp56qokWKnpoZJ55WvpjhhQySSNYE2RFJPu0Hq&#10;PE03U3WW5MLtrsKmyHckW6c3t+jodi1mFXadZuHaGGp9w73w2coKejzmQ7OyO3sdDSsm45qpKajk&#10;X7bHRNAZJD03+4l7Z7zuHuHytvvJvu1ZbYyzSwXMd3t8c4kEkJD29sZ2ie2kZy8Qv0pCUbw6SGQk&#10;4G+//Ol1vFwmy7lyfJJy7LGJRM988TFPE0wmOGJAqrK41MsncyLqJAABqy+Rtbju3u1Nr7O7P6wS&#10;o6RkxO3M5ms1un+N4uaix+99xVewNs11HnKXNYqkiq99Q5Guxv8AdgRPVUsMrZDImJhSwFZ7h3l3&#10;fN1FLneupt7bfq6R6OuyE5x23Mvi6bH09XCjbS209PQY2aql27PPLmMjPP5TLOzU7VCinRfeRH3q&#10;vu8+4HK/tfZ7N7Me8FxzFyJJzDCybfEkdzuFjZXgMai0uLVtMe22s6SWpWgM6+E2vTG1Yk9v9y5H&#10;suYYN35z5SsrO9tf1I5FuihlkdSJZSsuI9ePDVONNWirV6ALr7qD4a0ny4yWA7NxXUu4N25tXyfX&#10;+HWo3HFnq7JV2Bx+I3Dv3sLbm4M1kcPgMpnaigpsLt7HY7wxJQ0q1iQf5brjA3a3X1TmqDM9obj2&#10;bXb1qny+4+2s92bQRx7H3zmdx1UlBWVmGhwWDyVbFHT4/NVQr4WMSu/3jSCkRS59yN9zH7lns3yb&#10;zPvnKfuly1a7xzim4bdPtFxNM8sVlELZZnS/sElSOxubWf8ATAlM8cweNRIgTQTjnv7wG68wXe3b&#10;VtzLtkDRGErKkcoWjPplS6IDFHj09o00ao1Vp0bnsjuDae1Nwba6epuyNsbPky0O3OmcX1NX4Ubp&#10;25g8XWz7kgpN0bh3Bl6CjyD47K7UwL4mSPyLSQ1URjaqd5YpHFrJjvekptz7eq8njoNvTvkZMdun&#10;H5TL9XbsxEE0NH/d/IU0JC4SoWSgqa9aoxNJorqCGpjjm8xiTO/315Y5R505R5n5Y3uG+/qvd7cY&#10;pPoLkrd2ckS+IJrdotLtHCoMrJpZZIw9rIjR1HUR8ttsib3bb7eXFne7gjLVZFE5nWTURqIr8L+T&#10;rqAdVDJSpAKjT465vc/Wu6I9r47cuQp0qcZkdoV1Jt/u/btXlFyErZDH0zTUWUzGI3Dt+eOgNNVV&#10;XivSVxpWkpzE8ntood29cSdYdC4fbe8d2ttob8pNv7pwdFt+p2tvPPS52XJVk7bq2jQS5bPYeasy&#10;WKmqJfuqg0ktHPLUQweSoQR8xfZ7lr2b5F3326Tmr3AuOcbGxsm2u02mzTXam93sO1xuW6JreTcb&#10;ea0H05tLs/TxRqGVNYCvOkO8XO+Xu871ZcnfuzdLko/iyAJEXtBpXtUIniEU8KRe5jRWOMplsB3V&#10;ju4vlv2RnenNhYDe03W82+et+2/72Z7ee1MdV7CEWO2lj9s1u4YsNsrHZenpMgZVipaKOobKAQVc&#10;5gpYnY50+Lpn2zkKPO1G3cNtSnzO06aDFZHbG3MBLDNtWrrqzb2167bdJS19Cd10Vbk5hjmaL+IL&#10;R10itIhd1Mmc1fdd+7bzlZbC/tn93/b9qvr288S7inhS3Qo00izPAjkOLuVI9McCyJbRxyiR49Q8&#10;MMT++++bI9nBuXODx3MaFgFcEMrDgJqCsfDxXrRHXBxXqqyj+VXfme7N2HP05Vd5b37bzWyexq+f&#10;H4vedX2ds+ox26UxmJy/a+1N57npsBhqbqikocT5szJSyHF02fw0ZoEdPE5Id358jPjB8d+3KOfP&#10;7RyW6vll3OMBm9y9cUz0uMGwMBuNaGHCV26abI42m2l0Ti8bhaCnqqijVJctXUjNUtdJIi5L7Cey&#10;fs592T3P5nk5Mu7zd91mkit4U8KADa47i4E1wkN0hHiga/DnGpvCiRbZGILqwzh979z5x5cs40sJ&#10;BAqlSZa6n0NpaRpAT4qtRmQp2OM1NMH/ANm5P5g/NLCb429R7yxOP+NvR+ersHtnuLbCZKpbu7P7&#10;HxDYXcNVtvJxZeCo7XP8SlyV6qCSiwH8SWOjkeeqpasQnczkE2Xys+E3Nj9obl2FQvJkc09fVUss&#10;OK3NjnK09LTQ11XLUSvPXSwGnpnpVq6aKoN3Mkgi957WcmwW+7JybJy9vV1BcRyzJuNzJb3FiHnn&#10;8L93OxfxzchZG8JCjxvF21pHXpyHZOWmW03iG3L3DAoyK5JfUwY6qVXGSoJ1edKdV87PXZ/W+NTc&#10;nWGd7i2l31n6yh2FsbMYeCjyD7k27la9cnX02ZqMDhUTGVO38NBWLU5KnyQx9TlsdFenWClNSrXj&#10;evttbe2jXU+RiwU82ejzlTHQPWphttbhy+emrspQUWXgbIrXvW1LUjeOJHgghpqSRyIkV40Ieavd&#10;fkf2OsrHliy3C3i5it4Xbb7FTEl3dXJSVktbGAsXWSYRuqFIyD3aSVXo0/eNmXggs/FtLaFlZyse&#10;nSpJoGx/ZqKKxANCRnPXW4fkfvfNdpYrBdR4bsOnxHXVbs7Lbs3bj9mVu6uzNpYLaFbitr7u3BsH&#10;IU2IrcJjNu4ibcccdXX3ydfUZbMRxx+QPHMwI9ibd2rgdxZrLUO3qzJNuPI4vM9q/cZ+jwuG7A2Z&#10;WbfFZ2DtzauSSqqa7C77x+wJqoY6SKKjo4amNKOoeaKrjRsNPvfcxfeM+8HvnIntp7e+zu9JZ7Rt&#10;O8WpTc7KKbbbhdwtYobeS2lCyxSTRNO9wZluI7lJbaVRC8kanqVtm3GSBbK9vr+KC2WI+Givroxr&#10;pkfT26C3aVoXFdVBSvVoXxZ7A3pu/am0oeytw4XbMGBxOLxvSe2cTQ7t3Pujq7P0nYlZ15gdzb/W&#10;jxke3c5iavelBDRZQVsmSesWRK+mloloquUIb4zfF3r7NbZp9/f3j3fma2t3BuClxE+EyR2xS0Gw&#10;8jDU0GCwGblw9fUV9XkMvjVpa3J096WYzvPRyqaN4yYX9j/7uf3d9l/c3lf3B9w/c235f3jZ4lvF&#10;h25S939TFXxZD9bAIxbsviRgaJENu9WXxw3S3mj3g2Lb4jYsskjLEHqQysxXJK5DYNRqJ4gECpHW&#10;P+Yn/MfyvSG5Z+lRsLY0+Zo9s4besVdvrHruGnzuc29k6KpzB2ls3OY2jMWLwNTHMIs9PLJEtTDE&#10;9IsjLKVOHW7Fx+EwUEO0tt5bMbj69zWUotvLvObcG9odu52bDwNLPnKZKjH5Osoc9t6dqWly9NSz&#10;01NNWRSPpWz++hvt376cmi+5c5L5Y5x3/mZNymvdvu7+Ojubna3NxLb7pcyIEs5JpHBgd4khmWIK&#10;sgURo8Yx7zfbjOrbLfQ2ovYhImtgJHU9wIEpLGGppIdQcUzQA9U7bN7S3vney6HcHY/aeD2jsT5C&#10;bI683RlxsDP7G6V3l291lujfG5ZMVB1RUZ2m3Ntqui2du+J6zN7ZqMvT5eXGYtoIiVLx+we+OfWW&#10;Bx+8t69rUm2dz0u5N04/bG+Dubc9Y9a2Wr99bTqjT7Mho3qqiXH1G0IKaJYjIY6rIxSNJLYIl1Xu&#10;P96zd77mfnr2W5r5PksuVrF7awja0V5H+qhSI7iz6CILhIvFiZnsnKeCJGVKguxXzBul/u9lc8vP&#10;vFlHdOV8URupkgCtpLkElgrUPcwoaGhoOjYfzKPkburLdJ0Px0G8+vZOtcp2RufqDfWG2k+Pw2T6&#10;x2l8bOzMfhcr2/mq6jo4oosD2Nj2ko8tSJTTUWHyscNNSPMZpnQf8nuKp2blsFl63HZHa+Np8BmK&#10;nJGmklWmkmooamro6F8YlQKVGqUEk72KOyqQzmy+xInKKc6crtsllzJFf7a8sREAjDq5iTWsesl3&#10;ZSSjSLgv2aCupugzLsVvc7NfQXm82t1bRug8QsoKahRirE8HpQHgPIZ6Ibsb4+bT+UfSHeHW21e0&#10;ti/IyvyPaXW+L2dWbgxtFPPtSneTG0+8d0029a7HvuitlwKiCgp4ws8MMsyNTwRB6j2XvuHvHF1/&#10;SuxsznMBlMa/ZHZeycLjsDV1zVVXt7PJnKeuwOR3XBipaGTJUO6MUtWlAtK8qxyVMTM0lvIuPf3k&#10;PaiDeOYfbjkvftmEHLN4ksEnhaVPhSIUubcShmCSLHIWkoAQVZSNKFDXbhb7FbyvY3scrIna4JZQ&#10;yMCTmlRGwqw4cainR5fiD8M90fH/AObHdWA2lncHS0vT3xm3PW4ftmHE/wAG2HlsZupchhtxYHr7&#10;K1jbjjwGd6vy1HixuGWshDNULJHHT08PodVZXHZvbOYk3NBSbix+2dgZPZ2NzeyaHE4TLN/oU2Ft&#10;4Y1OospmpaaTeOUxFDmqw7qzEz1T1UVaJ2E6RK9yn25/u/8A2m5c5g5z3FveDcdz2bcrb6MQSlrd&#10;bRokR7I+NG6A/TrojibQkU0WkPAZXeRhxac58v7xcx7RHAJLmJTIXU6kdpP7QmnwsTkAE0UgjGOl&#10;vT9ldddk7L2VtCfsPofN7k7L212Hl9h9tZDbNdQ7ky3ym7l3PWTZnujb2OzEh68wGyOwKPy7cwEp&#10;hknqVemghhaCRKX2TjK7ofI5zb+89+7hxW+ulNr1uP2/g907zx9HlMHF19uCTJRbdzPVuxcXTNka&#10;tVqMLU4rI7m3RHLpwWOXxyPJKrAB+zf3JuQH5k52s/vH+8Wzc6+4Njy00Wy7RdXksFvYRLbyTSXG&#10;5GW7V7e1W1QSxfT+HKl2j3DErFE/Q/i512nlZG/q9sRtQXqzsryKzucoGAqoDHUVFcntFWPVg+w8&#10;btfZO3M1tD42dUP1X372Tk9ydsb52xsmhlxM69oUWNwef31T96bznx8uF2795PuugqaDb2HqBHW5&#10;XIJemipWrT7MHithdASbjfcOFxu39sbe2ZHX7J2vkqfI12H2/srsSuxNdm8luHrCvfNNS1u8dsfd&#10;U+fpM7XhpKYeORpJ9DQw4t8oewH3POfdr9y975J3zmLbdutd/m2vb9w3C/Qi7ltrQztJtSFkmu1g&#10;aIzRrcSxpNE6VjGpGIzk5t3e4sEgvLNJ9fewWq1jd60YEVVSvaBQH4h5Dou/ZXfvzlwmxtp9S7zw&#10;uJ7X7I3TRZbtLefXmD2XS1+Tzvx0ye5qLFYvY/yH2HX7VyVTtKt3tSNUbeni2/NOtfWVFTTRJDFE&#10;s0iw3biP7jbE7a8/au5Ni0/Zc/SGyevN4bvxbZjcfX+M2dHlp+0Kyp2rQ4+bIZLM7w28lU8tTXwy&#10;LuPIZSFmdKGFXWON09jfvcc2cyc0D2r2bd9z2u42+NraVp/obm+2e3gmQLLGGZ42aaRWaBHFwyrJ&#10;MqtMznoKzcxclfvXafHWMTQGUSRgs9JmZVjA0CoCnBzRF+3pH9AV/TffHYvx5x8fVGzN5dtdDbR7&#10;r7P7m6o61qqPcfXVNvffOb62xHVx23vCtq6XaQp+u6Wgp1jx0VQDs1IJqTxCqjCSEvmwHe2C+Rmx&#10;cNt3auU3u23dv4DduxsNtiav7jxVV07uPFNj5987uqaHJUlTu3d1XjaSpjycmVqKKvqq/HJQUiQ0&#10;aUkS4lck737wex3uTcbrsu4XVp7gWsxW7eMySx3BRA4hX6U0udsaAoYVgLw/Tv4jt44ekhbjtvL+&#10;58s3bRXkYjnUjx10xkMpGI9ZAUITTSDgZYsa9Wj793N8a+w/jT2fHmuwqDa+3tyVu5+vs5uSfNr0&#10;DuOi7Hw240Sfb2Dy+46Ckqtk5eh328TQypBUJDVzmqbzySSSyG93VTx7RxVZvjcGIweKG1sBgZ8R&#10;ls3QwVS0+dzu4aCPBUP8ExtRksjlqqtytXj/AO8FOZpIKNJXiimZqeRm+kf3L5x2rm/7uUXNW/Qy&#10;3HM9xa2h0XFukE1vdssJdGiDP9FXVJJCRK8kUdZGJHDDzftzjbfX2W8umnaHxAJTopjtzprrUqap&#10;SjMQTTh1Vb1z2fSdiZravX+xd4dmbyr+xOzN77czeFxlRJS5pds7R2hlYt4NuXczUOLwewaPb9Fh&#10;8qNkZClpVymVmokq5KdYq+AIDHyLqKvoPqLIbD2RvKjoaPtztHO7kXJ7cy8VXuP+40+1Krbe+Ntb&#10;fy2OooE2vsrc+68hJVRPTTy1H2P2lLG0LNVn389HvNunNWyiw27a9xFpyT4U9laWVvOZbd4YJUdp&#10;p3Dn6iSWVnM0UtVcnW7SKAhnfkPl/a95vpJ91s1u9x0RzMzAaUkXCL4bcFRcACgH206PH8U02n8o&#10;uxdv9mdjbHzM2+eh+qtgbLrcRvbZ8mDx2D3ZPnP9I+zdx0FBuerrdx1m7dtY0Q0cuRVIaf8Ai1PW&#10;yRqFFKQSbt3ujefd2S2Rl98tjpslsLq/avVFBXY/HwY6XJ4jaIqxS5nNSDXNktwZBKmOOepkd5Jf&#10;CCSL2GMwEpe5lmuGkkllD1YklVVFjjj+YRVJrQfFmtK9Tpy/y7tnLNnPYbVGEtJZ3m0gYVpDVtIH&#10;BanCjA8urFusep9mdQYvceE2LRVeMw+5t8br7BqsVLX1FXjsdnd6ZE5fOwbfo5mNPgcHNk5JJ46G&#10;mWOmhllkZVBdiQpWV+QruhJDM0R8Tx6rBDDOpuJY2F9a83/1veyg7SQD6VzWnGo9CPI9HxRSpUtS&#10;UrQHjx8yP8Hn0JPuyXo/sTG5HqPHSbixO0qk7e3ZCaf7FYY8L15t/aOGzWT3N272pW1kb47ZuSxl&#10;FAsWI1yVua3PV5ATArJUU8UmcHtN96H245a5S5F9vPcT2y2m8fab5J7KdbZ5JYXkkUSXy2rN9Pf3&#10;rlUQa1VUdHZgRCQYO512jfheXX7qvWXWiihQHWzHtjjNCSKGrECiAcckip35S9PdnZDuuuz2xs92&#10;Bt7aOc2Fm8Dumv8A41RtX9l7yz9RjabrvojrvHQF8/8A3SzFXW1dbubIVLU+KwOPoYxCHEldNSC9&#10;unLbgzfbmyOqtspRfwzsql3X2p2Fu7r7aNPuvKttTGQxYPaHbuMx9JWUlJXNuzdePnoajIsWpJFp&#10;9U5YsSTHnj74+4bH7ge5W1fc+itNh5N3G/iEN7NEkl9dXt1Akm427TzCdbOKCQvKgg0TeJJ4h0hQ&#10;rElryfbbly79bzlN46x6AFSkWpVr+k+ASyVDVOcnHSI+Nnxf2ntbrzbfdXc9HvLG7m2XsjHdbbT2&#10;H2Rv1KCk662PFk82f9EmVipqCi1YrG0dTT1tDDXrLWQ6oDHJG1rIjsXrz5SdsYOo2HtXrOp3Vmtz&#10;w7Yzvb+/Nt7nMHVGx8vtZIchg+jdh5jcOTpMTiqLa+lavdeTp/u5c9uetNFDItDjohJizznzx7q+&#10;5vMW8XHOG5bju24G6MEatBI/irEphE8CKogijfuEcSNGiojTvqmlLMIeXdr5L5eEe4TT2lraorGN&#10;HoJXDYMkqitWNKIKVVcnLYWnW+8vhT8QIqncG4+4OuulNlbcXKVGzNgbrzlBi+29wzbuq5azcHaf&#10;aeBqGl7J3XuDdctQkW34J6MHHYBYT4xJVGGlRuE/l/5WkOArO5/kD1/seXcmSpKGt21sSly/be+M&#10;VUSSVdZucZLIUb4/aktViKSmkkadKuppzO5LSFVJcx5a9kOe+YJZxHsawW6IXR55FRZu1fDRIkDN&#10;GXLKtHdKYAHoxv8A7+cjctxJBaQXF3KWChYVAHcaI9SaiMnJNK8cU6ddxfzP8Tm4N20/xz+NHenc&#10;lVtDHplajP7xw9J8dus63EztBBjKnD7p7Z/hu5M7U5ieriFHRY7AVdbURlmWIBLEzm1/j78LutIo&#10;3oOodzd4bh+2q0G6PkHvd/4FKWrPNS5jFdMbBjxu36XJx04iWneqq6toogzOhkkYiWNg+61vUs1t&#10;NzLzSIIAx1w2kfhKsgUgxSXjEzvGCrtJHqUOQADoC9RlvP3id83J3j2a2W3iL6Q1CeApUs3FeIqA&#10;M0AqOi4bs+Snzk7MkyKz9nde9DYWlzWKFHgPj517L2ju6pxVVDA+Rxm6O1u7Y8NtDG1EFQzU4rMT&#10;t0Krm6u5UgrLe/yeo+q+sNy7z3hu/A9I9P7FhWp3inXm2MJsmklGQd4aDA7fxGAp6TKbt7L33UUy&#10;wUNBDN5a2VfNJogimmjyC2X2Z5B5IW2TZuWll3GVRpbU0icBpoTUhU1HSO8gMRqxmKNx5v5r325k&#10;a+3J/CxQkk6QOP8ApsntHGuOi6bt6M2zl914uDcW3d3fK7tTeeQnx/RmO+QO99y90bwz+9qL7auz&#10;WQyGIzopOr9j9J9dNNFU5zMPhEp8VGY6aJZqyeio5tTz5V/MjvL5odrS7929jN9bR2P0PS1nYXWG&#10;ztkVeZydd0VtrDZrGE91bz3Nhv3f9I02aegfJbllaOKlqDBRUfjpokUz1yby2OWopJQY5L8qw1Sh&#10;SCpBVo2Rqq0LRExulCJVLA14lG9sbiExzsWUIaAnIHFnrmj/AItQ+Ejt4Em4P4+/Gnqn407XFN2t&#10;nOudwdvd+tj9hb0zeVx+3drbW3pkJMFmMhT9HdRbEr2joMZ1tiMTSZWeg21Sxz1FZCtbkK4VNVLV&#10;zmzXbfbWJ+eHU25vkbgMdh8T8neocLTZb5zdYbcposcm/sD5KHD475z9X7Vo446JsFuKslSl7Qxu&#10;NQR4TPzxZjwQ0ldKw5ke/Xse/tFv8V9y/byH2r3a50bfI51Ltl5MzOdjmkYmQQyHVJs0s1S0Yax8&#10;RmSJVyi9mfcubdxByNzFdE75BEfpZSai7hjBJRq931MAGak+Ig7W1ABl51zPXdBbrxPRm5q+srus&#10;9xyy0nx33VXmqq5cQtDRVFdVdF7py8okByO3cXRvPtarqZPLlMNBLSSFqrHGWtDISIUEqSgrZW5F&#10;yysoYMzqzRuukgi3DLyOPrj8UIOgrkn9n+X7fQ4OesgAS9NSkeVKYPzHnk9Gr98/uEJ5KqtywLKQ&#10;GOpSGv8Ai7f8gn6+9eEw4VJ+3/V/n60Y3z3Zr9v7fl173gIVLurBWa6iyhdLE+oauQ7H8H8jj/D3&#10;cEtRStQP9X+odPGaRgULE4qfn9tP59e982csCCxKkAK4svqXQWAUXJN1Gm3DD6/n3oKAQQM/6qf7&#10;Pp0nUgZUEOOPn/q/1U6976Ey+q5K2DWawckynXdmQgqwJsAObcnj3sxk0xX/AGMefl1cKxNVRTmt&#10;Ps48eve+o5FKnUjFGe4c/tuX0+m5X1aQT9AP8ffmU1FCNVOHHHn+fW2d6UJAyPKoFPMfb59e99Go&#10;ZFLpoVrqSxNydC/TQBqIDD/D6X978IMQrVp/s+vXiNRKE49OAqfs4/6sde982Kg39JjB8hIIuA9g&#10;WOm/6WPBAHBt/j7oASKfi4fs/wBWetagwIGrVShHkKcPtr173y+6S19aafrqu2jy31fp/V9PzbT7&#10;94L1+E1/nTh/qHHr2l9VNDV/1f6qV697/9IRKza/YGG3jld89ydtYqkrN0UWU6s2rsDreSaiotyZ&#10;HPipqdidkUeB3Xkamnl7h2Ftuqkp5mw0SUOTo4FmqwsgS+cvKG08zcubPPy/yzzTHe7pukIJKLBp&#10;Gg6JnhBHjQ2txIe5CTIiMxjNBURFzP7o2Gw7vY8q8rbTdbmludUzu6qoVSQYbmVA5AZ6VeUiTJBX&#10;Nej6dPf6FO3ursZsv4R9UVe2dn4BR3XWb8+TO1sYjUOxOv8Ae+PzHY3xWqszs3D0fZeZ6H31vTDy&#10;yU1XnK9shR1mTqYKWNqKIwU0frY4ym3Z/Dc5n0z28sVhW2ntrsmt3THJuvdu1sO0Qrsthdjp9tjc&#10;Tjq+lp2j+5g9YkDl3Eg9QA5r2ZLBOZOX+eLcbbzKO+dERpYy6qTHrDR/qRkUbShMdSGCscdSlsjb&#10;buMW1b3a2duisytNGoIdJSMh3AqdDHCk0YFWpWnQw/KjF76wPXWzMn1hsGt251jmNywdtb/+LSdK&#10;vtPZOyewNyVk1dV4TsXvbFy5GWoz+J3pmVyb0VbGsBieGCGJqIARlU/mC7mqo63qrZO68bj6TcGz&#10;sBnc/i92Y1KuKiqNmbnzlclVtSWCYzGCOgr8RHO8cMjPRZZKuORXikif3wf9yL3lXf8A3b5/3nk7&#10;a2S2c2lpNIHJS8ntYFCXcSkBWGmRoRNQeNHpXDQlRmj7ZWF5HZx3Fi8Zt3ILqVq3DgGJrq4mpJBI&#10;6vp+Em3q/A9Dbblr8luR5s60mfqtubupqCPP7Oy2TWOoy+Dqquh0mvpGrXaoo5ZERpaGaCQKA4vj&#10;+PfxkzuCqNm9l9pbY7J23U1tTFunquo2TLs/P09BU4uWNqVO1sFlKTP4rH4LeNNUGbGLUCSDLY2Z&#10;opEV3QiZfar2Lv8Ame0h5jvoJZ7P6mGNbf6esdzrZWDCSUxl4lA0zCLvRlqsgrToYcw85WO3THao&#10;pFe8Iq7CUJpqDQFgaqR26mGA1Bx6L38ovnR1xS1O+ujuse2+k8f2ZtzH1f8ApJwPam6d47BycGxa&#10;rG18Gfy/WeawNNTz5LdG2qiPw1E1POP4LUtHJNpOkNYN2Rv/AGxvak2d2pvDK71yOL6/z9FFgcdt&#10;RclkM/kVp6imw9PitoYEO2TxtRHBUVEdFipmp3WmSWJnjjUe8w+a9j5b9iOWN3Evt8Lfcbrb52RR&#10;Zo1u2pXLT3BLrHNb25RXvRreYxaCAzEK2O1vc7xue/SQJKrurKXdZCwDOWNCKChp8RHFjUmpPVU/&#10;xG64+WG2+1u3fj7Q57YuWp+wsPhN29gbo3Hnaebc+zsVUmXckWNGXpKCmxm9NxbqxTQR/wB5sHEc&#10;NDk3gq7SSSSEUg9+79qOyO6eyd4VGVgy9Hkd1ZSlwldR4uoxFEdp4yd6Pa9HRYmtpaWuxUVHh4IU&#10;eCoj+4jnMgkZ2GpuR3Km2vtvLu128yUv3j8WckqS1zMddxIShKEPIzMmiieHo0qowMq9hikh223h&#10;uJHMoUfExLAmp9fngeXW0PiqZaPGY6kSCSlSloaSnWlln+5lplhp44xBJU65PuJIQukvqOsi9zf2&#10;D4cXD649QuxBYrILi4UlQQgtx/X2IivFdJp/L+fHo2Mp1CMFsU8h3HjgHPzNT1P9+eS6nQsUosB6&#10;bKyCxIkH0N1PF/z78iUI1Ej/AC/Lr0bK0hDO6nOCMfZ8j173wE0YvIdPpf1BdN7u1ygQEBUNubG3&#10;+HuxRj25yP8AB59WkLswVTmmCeGPP1J6978zkqCZUUsGKx83KX0oC4GlmINgRwx+vHvwXJAQnhn/&#10;AGP5/Ly6qJ5EFfBYitM/5uP2de94OVZmXUQfwAo0mykAm9xe9/TcW9ucQAeP+H/V8+niI3+P4xgE&#10;n/B/m6976uisdZCWK+Ry3AP1VFvq16rcW5t793UGnPGg/wAvy6oXkYFAKmlKU4mnp619Ove8jyWs&#10;WJChtTMGDqz2EgBI1AEA2sP6e6qoOAM0wKU+XTau7srIGAOfQ4FPPP8ALh173x8+pA2myLe7SBFH&#10;qW5EKXuLBr/4e9+HRiK9x8hX+Z/1V6e0kDJqx4UyBX1P+Tr3vryKPUHBDIAR6RKWAuHJYBHQg8/4&#10;+96SSF00IP5fZ69XodJqtDUn/ih173wDOw9QfXrUKqlNKlbgEsPU9uSWHFv9b3uig4ppp/q/4rj1&#10;QvFG7AAAAVrXPyx17322lGJYsmvUx1EltSD9tkH+p/r/AFPvwqQAADTH7eIP+rHW3kah0AAgYrw/&#10;OnA+nXvfTzOlxydTRoVBGsXtyB9ASeTbg35/x2EDHHkK/LrekMamooOJ/wAH5eVOPXvfXk4Korlm&#10;uCpOnm9zqIt6bjgXFh79pGCxFB/q/wCL6ZaVQ2uUUUDyqa1FOHXvcrHUWRyuTxuGweNy+4s7lqpK&#10;bEYLB0NVl8xlqpyoTH4nF0qPVVtQuq7OF8ca3eRkUEh+G1mun8ONAPIngBxyx8q0woqx4KCcdee5&#10;jiiaed1SIYrgAUFcnyBHrTPUWurqLGUdTkMlWUuPoKOF6irrq6ohpKOlgjGqSapqZ3jhghReSzMA&#10;B9T7sp2F8OperHpsj2XT7N3x2FHFK1Xtqmq6TeXVvWilFC0mbzNFU/w3fW/3SRlqEpTJjsc4MEAq&#10;KkPImT/tZ7D2/Mtj++uaVmh25mWkTlreaRTUOzgFWijXASPUJXYh2OiijHnn33lWG4m2vli5UOpG&#10;qZwCfUrGtKAUxqcEk8KDJr2yvzn2nuuarpNpRZvEYepmjottfxChr9v9kb7nlUyQ5La+0M1ihkMN&#10;tSaMCSPKV9OsL0xNRIIINDzD3BsHoKhp9uLk/j91XnhjpZ/8orcZmsCK6GtleepOaoMZllnrKOeS&#10;SRIoZf3qeIgRlCBpkq7+7hyTem+toby7t5pVoPDlfWrqpBETFtCuqlX1VKM9K1FaxTH71e4MUkxl&#10;v0eMgVHhgEf0VoNNAKEnhU46B+u7J+Q+ey2byGE7q3fs6nhhUnb2DwfV++MShV0jhpaXN7j2hUzy&#10;VCqjLJUwPHBI2piv6SUDmeivi3kK5sj/AKEchteGlJjr8HsXtveUVLMZvJqkjg3LBuR8N49f7czM&#10;6xAKLMPZLf8A3ZNihto9vtOZ7n6ppTonnWORtIUUD6Qqtn4gNJJ9QehDb+/3NkIjWW3tJ4TWrFSD&#10;T17SOH+rHSh2R2V8oqBw8/fmI37SZChnkx0+9+hduYeKBzNdGFdsbeu1lz1dEo0LDT00IlXUxVSt&#10;vaeb4q/FqpKzy4z5H4jGPjZY3nxe69n11BTVmtWpMhFVbg27SvUTsAUZHV6SovdVSwPsnuvus3Ub&#10;GC15uhkviUCVhFGYgh0IQA0GG7CHA/Hx6Pbf7we8Bgbnl+3Yk07JGqfmBnyyQfn13XfI/wCYxqWp&#10;8LnPhlLUR1zQNg89R9xUe5HoYTEXrxSbaz+7KSKXxh/LBNJC9N6S2rlfaZr/AIZ9GVVQjYPs3u3b&#10;FNNToYY92bR2BnZYKyOMF3MuHzGNeTG10n0dkSaImyK4t7IZPuz8xrayeHvW3XF5rxpEsYKE00sp&#10;dyJEFTRSVYKdVDno1i+8LBJ2XPLslRxCSrQ0+0alHnX8jjoQcZ8rO+KBaxNwdX9O7rkonQtN1/2h&#10;vSjgnjKWeKFd09WRoa5ZbXTzGNEN3kWxPuBmvgx1ikUdRt75Q5SmjL6hTby+P+6ZJ/tmijlmipar&#10;aO5amGpr46lnAcQiFogDpU6vYOT7vXuoRcMdq2yZVrTwb7QWoxVTplikYpooWyGBrxFOl9p94Tlu&#10;WTTPtVyhBzpKGlTQHJAoBxr04/7OJ2wMktEnxhFfB90kctRjPkB1WklNTNGWaWqg3C23IqSqEo0L&#10;DNLGHJFn5HtGP8EdyVEwgx/yI6Bmhct4KrML2FtxqiFUDUksEOS207LNPI3jkhcq0HLlpFBPsol9&#10;kvc+Nj4XJFxIfMJcQEBfxOxxRVxRvxEqoAJwf2nvlyHO/wCpcXEbcDqiNB6nBPbX1+KvSuyHzTw+&#10;Hx0VZk+hfkZUVMZeLKUO1NjYDfb4qqjKjwyTbR3hlUrI5rkxywCRGVSW0Hj2wZL4Id608wp8XmOk&#10;d3TPRvUou1+4sBJPW1AJcY7GxZmmxUlXPPGg0OfHTux8ZZGHJVN7Wc/WkXj3PKd/EtWFHjjwFwWb&#10;TMaUJ4DU3mKg0B3D7ue386iVeYECkN8SsgBU0oRTj8+H29Ycf8+ui5YamfcOF7z2MlCYkyJ3h8fe&#10;36KHGyzTLEIa2txm0ctj4nVHEjETMoiOq9vbbF8EPlhUUz1mO6vxmVURQzNR4bs3rfJ5cM8xjqqc&#10;4kblpq+nq8OfVXQlQ0ERDL5FIPsK3/L+/bXKsW48u7pEScM1lP4ZFBpYOiurLIcRsKhmqG0dHMXu&#10;DydOoZeabPWcCr6QAc1yKZxQ8T0pR85vikJPFP3Dh6AlYnWTK4Pd2IpnjnjEsMsdXlNvUlLJDJHy&#10;HVyvBF7g2ROX+JHykwcNZPW/Hnts0+OZo5qrDbck3FTlPVatx4wM9fPkMVV3vHPEkikD+y3BS3Fj&#10;cWil7xDEtCW8SOWMrSlRIXQCNk/EGIA41Iz0cW/M3LlzIiW+92kklQCPEWucnFc+VPn0qNt/Lv4t&#10;7uelh298hOnshPXZD+FUNN/pA21SVddkTE0y0dFSV2QpqmrnkiRigjVtek6b2PsINv7N3luuslxe&#10;2do7kzVajpFPBTYeuRKOaadYb19TW09LDRI9TwzSOukg3HB9qdq2Ldt8vbew2qye4vJDRVj7icE/&#10;hJAAAJqxC/0un73d9usIXuL2/ijhXiWZVxQkUzUmgwBU/b0OuVzuFwWNlzGay2OxWKhj8suRr6yC&#10;lo1j8bShvuJnSNtUakqASWA4v7sA61+Je2tkNQVfaWc2jvTfuVgpZ8TsrF1E1ftTZjMGeU52q8aU&#10;u+c3WIWijTxfwqn8UsimV0DDI/kD2AmvFk3LnK3uYLNJNBi+F5dWQwYZRFFGPhmue5mUgdY+c4++&#10;kKxz2/KscqyAkG4K1BAFKxhvI8NRzwKjz6I1uT5fZPPjL1fXWy9w0+ztu/dnIbwzlB9tPk6iklem&#10;mo4cA80GTwlFErwzl6toK6X7qmjWCMykgeV6+6Jmhy1Rnfjn1ZuIPR0GLkydDFuTbQr3p/DFA89F&#10;trMwY/F5KFINKV9P4ZJEJM+vU15Pk+7VyJOLW0tLncov1JNIE7KxRas7xyy1qM1MThqUoKEjqJ4P&#10;fPne2nRP3h4yEFgrRpUD5FgAfzHQH7l3739lslTVG1/kduzq6r3FCcjlNtT7J6s7Dxe1NCmSnOIj&#10;3Xtyk3JWQ1ZYLU06zyetitOYgg9pjJfGv4t5SdqqXrDeu0cSZ46qal2d2zk5GpyqD7nF0v8AHsVk&#10;pDBICRGoIaOT6SFWt7CW4fdm26UCDaeZbyK+oQrTQQyA1qql/KoOly1e5TQgHPQgtPvGc1wzaLrZ&#10;7aWXGDVQRxwVOCRT0yOnnF9/fKDD0UeOp+x+nOws20pEVRunqfcu1lqaZpAI6tm2n2A8FJThUbU/&#10;2zyLz+1xygMh8RfjA1AJcdv75IbeqnqJ4ojl8V1fuejjonCmhqpY6L+E1v3NAxCtAlkmju7sknHs&#10;mk+6hzrI6yWm+bZLZ6AGLQ3ERE+oqy6vE0aHPaG7n1/DVOhPF95NmeNZ+UiTpq2iUH/a1YcR6j/D&#10;0tNu/Jf5P0tTPQ7o2T8c92VVKKiZxsjsDsnbAq4GUyUcdOu7Ov8AKLBPHGjeZpH8LG3iZibBk/2S&#10;/pdqirNN8kt/YmelONbHx1fTX8Qq4vJIVyM+rDZqCpqoGgOummiMfgkOmZWUavZDf/de9xhCV25t&#10;ouJB4glUyygHStVGPECgNUSalIIHaQTTo6g+8Ns08arecvXaoQSQGRhjGk/P1PmBw6dZvmB3nAuO&#10;nb4kLXY3JShP4jj/AJG9TU1JSRowSpjrH3am00iySFgY6W5knW5U349prI/DWowFdTwbG+R+z8zQ&#10;5CLI0NS77V3319mJtuz1FLNU46gerSvx8VVm6WlSKqieaOlepSLUs8ScLOS/YD3tl3S12yFE2ya5&#10;eISPHfBkQxuZVZnWOMskTAzxlWxQ96SEHpJvHvH7TbvGk2/bBLK8CkxhoVYgkFaKVPkCRw7a1p0/&#10;VHzAo5cJk8nvL44dtUy7erqCSFMfS9adiJBXyaoocpHR7f33UZSCLHySDXMKdJEiLMLLz7Um0fj5&#10;vDb26s5tzZXbMbYOp2dS+LH53NVNTsptuZFsiM7trLSYn+HZKTduDzFQ0tGKeKnp5DWtLM7ev30L&#10;+5z92a65M54j9wOePdWA8mie/sF2qOSeDc77bjGfpLyKTxhb2ifVSeK1sBNIFicwlfGKnH73b9y/&#10;bvmLYotvTktYZBPFKJ1iUv4sZCRpocaWTRSpJDVFAOB6CXs/5T9WTbK2125u/wCNXZMG6sH2bTbd&#10;o6TP7GwOA7DxGfii2/8A7/nB1Vc+do8hsDJ4NHhSvSokaq+zWlWMyGPSb3q/B7ew27sNuWN8xj92&#10;Js+n2Hvqs2fld1U+1slXtHtxsdncltyTy4Gkx20MPFDR0uco6hZKvyMtZD5I5pGyJ/4EbmDlj3W5&#10;i575S97eZF2K4REit3aO6fxfGknIuricFjHKCrNZaGQAd0kdSpiHcN3tL7ke62FuRrOfS5mtrt4v&#10;DaMBWjIZSe52qTpIIXFRqC0q++XG8N07j6t3n19i+t+us/hKbtHK9t9dVu9KnBVu48bG77wydTsG&#10;keWqO4M93FvvO01fmajFZCKJMVjQv2j1HkoEhcOxMLtzbWLrdq5GDb+58TiNt5Q7dwnZmR3AkW+x&#10;DafCpi99fdyPjq/B1FXkVzIKeEoFIK+I6syNqm5qutw2Td9tuYrO4VkjvLnwwJYrkoE1wKhCrHcp&#10;TQdNS8mB3GkAcqJfLODZ3bWc0Vzqe4SJSImVJC6vFpq5f9NYie9qDtqcculOy+z+14NrdybWn3j1&#10;duXffYG2aPt/P9IxbByUvQe487Sw4vc8e6esK2gmGa2F2hhsLtwbOrahKiup6itZWWfz3QO+uJ9l&#10;bIwtVszrPF1WH2luncFTunN0GOyEue3nnxuXMQU71OJ3jT0tfuGbalHl6RjiYKWV40WF/G9iw94o&#10;e433euQvab3G2HfOXLuK13vcC1zcvGFiImZ2IuzEKEXGl27RQKQQQNR6nLZedOft82qfadx3pH8G&#10;NPAZYawqumrBYiQ5f8UgY1jPBanowHyB6d3XvaU9qdqbvy2/+z+udn5Wi6wy+c8lJ1P1PnsDhMln&#10;a9ajpTNbgwfWdV2punbWVFJuHJbhgqZIIquOnWKNY4h7MRuDCY4Uop8DPhclVJmYMk9VXYTI7uxD&#10;NkazJ12RzWAr9v1uJjm3kZMVL9vlsbUVNTSVKx+WCYyBCPN49ut25iWKPl3m2RrmJYyTcakje3kq&#10;2uOiskMrlzSQBlkB0y6Pj6Mrn2zsOd9vSfmK8WZapQqRHSlKIwYhTEwHdE1SVYjBqeqY9j/IDvHG&#10;Zitl2tQz9byx7OpfGktTiOuMpNs7EYTBbYwW1c9iN+Y7eb4Lpyal3FFr21n6Kmx0sQmkpa3HLA9Q&#10;xDfkJ/LI+IfyEbbu6cpubs3rbLZDbuH29tbdNJmRl9xVGOaDdGexydnR9htkcvn8jXZrcaVGUqcv&#10;UJkIhRR4+keFW8ahbc/YfcY3nOw734G72n6JguXDs7RhkjQSwFeyd11RFQxo2o6lyZAtZuXtg262&#10;s7+9tbdkkMKoHVdVPhKItUWMCoAJwQaEKT0av46fzE/5inUlFvLY+K6y2V3DkeqM7uKu7W2tlI66&#10;WjkNDmtlbTm2/wBMZTrSgo9orh6DFbXmh2nRbdoq+jq48tUZfIRmKIzvXTkO0/kj/Kz3v0X0l8l4&#10;9l93fELJ4DeG3cbQdNwU2zOw89hZNwY7cu4u19l1+Xhod0Y35A9O7pyUVXtrJZ2KehzMNO9FUPNT&#10;SXTH7nxOc9z2W59utw5hu9h3rbnt7mzvLdVmNtuFrJ4tregMWW7h8VCl3EjgzRGUjRPRgd7Xfbls&#10;MlruWx38N1ZpIaR4MEwp+pC2mpBK5DqdQIwaDqyXYG3+lP5iO2e1e9fjlR7k6p+VW28/hMznMV2/&#10;kMnvbrOmzuQ2VmNqT9E9g0GCzOWwOR6d7U2LT+LdeM23Uw1eMmrYchB4snCmu3/qum2dnaDr3duy&#10;2Hf+P3H1yN+7e+V9PSDcFZ2ZtSmyWYw2N3A9LlNxyZfYnZHUuczEmO3RtR6TF/3dnkrvtFegnh8h&#10;J7Ef633tnDzRzLzryrc7z95raXKy7lftdX22vLeRGWzutv3GdnFtsrJqtrncRELqNIWF1oZepjm5&#10;72O42qyvdtsoYtvkdkEX6SyRSKAzwyLTOknWDU+KjAoakUJh2X2/l/7g9m4ncGVovjPSYHvaj6pT&#10;4TV1PhNnf3G7FqaOg3ZmtgdkVnXuyKHH9s9f96bFwlZuXZe58ZPlv72tXY2mVly61SUSj3vsWjqt&#10;mw/7mcVDvaupcDtrD1m05cXic0MvmlxlTuPFdYPv2gyktJU53GPVVwhljTK/ZsFjBUFk6pcle8kn&#10;Lu18kz+5e7bIdwuZLZbqOGadrCfc5ohJDCkULpczwxF1eAyA6oALmZAupgifeVshJ4qC62CCOSZ5&#10;ArB1YAkdiDIRKjIqT6tTrvr35S51Oy6Pb+RwGUh6jwu59677yGe7IkqcvtKPH7azGZx+wt0fIOr6&#10;erMTiftdh1mNo8DHO5yG1/v6Z5azTkY42IFbG3JtvYVHvnbc9V2HsuVMlurJbplwcFOcRunLQRVL&#10;TnGYpZ6jcGSpaeCgjjrJI0p29Us7SBYyPcn7vzTHzVH+9tyj2/eLOz0R2rSIofwfEpSMh9H6auaa&#10;iylUGO40xD5059v+Y+YYJdknt7pVOmISOyOImIFCq/oo+g6m1MzHSAo1V6s87u2FUdqDr3t/Kde9&#10;A907fw6ddVPUcm+6cybk25jNwVOMSTOVGeyaUG08XmMkMq1ZRxS/dQymmhplgllnDe5u0eodwzQd&#10;k0vaHY+56Ss7FyuL3Fkuu07nyQzWxa7bVVt+WqoNwbYFaUqtmZ7b746mNLja5KjF0EpjiInDEYBf&#10;eK+6/wC1/uXtm9bF7MbhJyzvN5vR3W8DI0Me+I0bpcwM6FGt61YRyOGhMkMUrRvHRgKuRPdfcH3e&#10;wD8tC8tVhltku5If7N5EP08sMcgKaFYOTqAElKiqkHoufYfe3Qqbz6wzfRPTuIr8X1BtrcH9xd77&#10;h+L2Jy+xu2tsbqg3ZHHUdT9pDFtVdYbk2lvjA5pjHNRY6kz1TOxMgpJ42lHLeGJn2/huw67oHMUF&#10;dujYWRo+vtt9X7XxGcwKZvNvvDZG9Mj/AHo3TubLNTb83tj9nCXGYzIYxEwdPRVFYFqpXYRxc7vb&#10;Dl7njdOf+ZPcjarhLew2y/Tbhahtykjllimlgn3CcXkYGoKI/qH4zRqIld1GqQV7TsOz8u8t3W17&#10;1vF7ue+38klyt7dx24ZFkytrEYSQsSvqZY5u7uFIxnopK9vYXuyp6Y278u+sd2bR6z7X6l3L3nvf&#10;vHeOC6yq8LtzZbdR7j6+xmfwGE2DhjT9XbA3Z2J4s5ksJmNWW/jFPivuaJT9xKH/ALD2NuPsKaq2&#10;vipzgNzR5vD021uwKrb+Wr6av29umoeu3YMbslshX00s+Irab+BQ08peD+LQz6JFhIYdCvupe+nM&#10;ftffe5PK33kLG2/rRy7afVTSWbssG8LMXkiu9tjEatFZsNCRrboXcxSK1ZE0A72xdp2vcLTcdqBu&#10;tvvoCngyiPx7WSECkMuk6AdGqQtWukocZ6RvTPyB6f8AiVW7l7R68dN19S5Hq/cu4qrobJ7065w2&#10;7cJuTrBNtYvYGW3p2/VY7C0Mku+tu5aXeuSyUUkOQj29W42Ssp5ZEEEhYt34Gp682z13kt45zCb6&#10;6e2T3NhchgctT7vGd7XhzjZupqMDsPNWSq28uDpYctHUYmFY4qnG0MJpahz5omWUbT3w9r/vA8j8&#10;r+7+2bum082wvFcpZhoprVdxeOSOeyExUTw3awPEbtnQoJn1rpSJz0Hb57ja945isrS2lj2108QR&#10;PEY01KArvCzVISQA91SHPcvR8dodg0nbva3ym6n6ww2/enflVvP4u/xrN4jfHVdRtz40ZOlzFbHj&#10;t09m9XZt6fEbtzVLmMgiYat3CKufG5rJNDX0ayCkqdSm+S+66Xr+nz+18/8A3tzLdwbU3Vg9pUdB&#10;msls/raHcm1cr/Ba81WUxdJkNy4bcdcuRjqco0cFRSVNF4YarVDaRMCvvce+W385818hfdj9rto3&#10;flLna83Lbozv6xzkS/X3T27wJHED+9rMMixRXFvST6iQFChR06kz2X5VTmSK559udkgjg+oZPDLB&#10;5qRhfDZlQqpj0llg+BwoZipHUL4Gdd7f7mh2F2tgtk9WJQ9M1lHXZjL7ng/0jd45QZ7D4He+2aXG&#10;5bE1tBtGp2nhaupmjwMlSPv6WemmraamiNWUqEP1p0VU9udg1Pce9O0DkzDBtzfG3YOt+r49rYff&#10;0WCwMdFkvs9rboyOGw9NAmcoIRFMjikyFaVkNM6TSBYS+8V9wb3A9tOX/dPnTmz3KtL/AN6IZJr2&#10;W2iY3k1/ZElJ4Ft4Ql5+8ZJtMfhss1v4UnhM2oHRk5ab3y19E222sSxvp0gyhdKkHALZNVHcpwwO&#10;STjoZt2fN7bnx9g6e+O1R1HPtan3jvDdfWe7W3J3/hN01/QtPmc/VS7Pzm/90U1Ru3IVKZ3b1XVZ&#10;SalWtapw9CiwS1CSiNGkbX79732h8gt1dT7u2Ftx90723BNmdzZTe+26vAY2o3PkKf8AiHXncvYe&#10;EwklXtvEbLqdkQ4zDZaDHEY+ow/lkeaap1k4A7bzV7hva8w8o2fLyTb9ehoZrSa1X6mGYMi3EcUc&#10;iqbW5iP6tXij0aEMgSP9Tpdf7HYfTDdG3pvoYox3VD/pHOkNgyMj1bU1SDVBig6FTI/GL4nb1626&#10;q7p2pu3d1ftDqbbOcx+w8z1LvrNbrqcztCoE6Z/YWOzUP3e699um76WqrMYZZpMlQ5YsKTwreD2M&#10;MWPpKfpSq2tu3G4nPdi9VZ7429d1NZlqqSuxP8d+Tm99/wCZ3UDueslrU3NS4TGxJQ7baSmcx0dD&#10;56kFWi0z1yB7++8ntbsl97PWHPq2fL/M247eLy6luCLmHwP8Za7W5Zi1s5CRx3coka3WIsI0YhgY&#10;mudq2/cN3utwitmtrZVncKqKQVh0KCAtaKdRkoO4sSK1U9FS3jt/Lbf75/0idP723lsPrvsjpX5N&#10;93bg2B1psvD0VSmI+PGO612l1hsjbeGwlKZMVkJ94ZPLZ/KfYNFmsvV1qUQmjSMeNN9r9hdMbAo5&#10;cfmcH2Nk+o+0eo8M+F3l01JDP1ttml2Jv/cWH2bksfIKWHaVHh/7wY6NK5TPBX5Kmjlp45YRUTq5&#10;V94jmb265e9xuYl9qN5Xd7uaGxe3lWaOCJJIoir2UEaHxngHh6iYwmlh3JolqBNZ8tXe62kKxrG1&#10;rFLJUFm1DWq62UEUDUNVBUUJBI6UfxL2F8ie3NibAG8Jtt7V3J033FmYt/7H712/ncn2ZvjF722H&#10;gN17rbe2Vmys+dXd60e+XFIVeXEQTVcdWUqZsZRN7X1au/z8feu+w+wBlOxNv5X4udZ9sbi2tlKX&#10;beQ3J2D3v2l2hPsz/Rjt3JmHGw1VEmBnGSqP4mKeOFM6vmdaemjT2N7D70PujzBsNlyfzpY3e6cl&#10;26mziZkuIWv2mBaOe6vO5mjSKtuWgMjxxh/D1SFeoqueQ9t2jcrq9sryOB0uZBpYBhDDCgdmpQMX&#10;du4hqii1U0YgF9626j6X2R8j+9qnqDK7b6x7CoO4e8Oq6XLbNzuQyuM6V6T6l6c27uer3RmtiY+v&#10;iXD7sk3BFRUFGBHqehweuIPUVdbKwN/OLpLbGyelNs74r9sdD9Ydt0HaVditx7G2JnZty5vJ9dV9&#10;Au3sZufrfcMK4LBt1fFvTbdW2Wolx1RUwVMdNpqzFDKGw65ze+t95sdu/dN7YbPeLcTQ2Usyyray&#10;J4ZKsFaTtaMmO0l1r4g1eIrSkkS17f8ANNpuvMu5WNqks9LOJvqhB4cE2TqRGoP1EBBdagZHy6P5&#10;8CvlJL3Zvfd/Xu3t7b77q6161622A+L7wzG0v7r4/Obx3VHU7lym19802Tp23DSdr47a1fi6iop3&#10;lihFPK8320IngX3WrtDZm9ux65MP17s3de/MlJLQJDR7UwGSzrzvlar7GgkWrooHoh9zWI0ZdpVj&#10;RkbUVVHICZQRSKJXVHNRQnuBUaiCgq+FoQNNSCKVJAMxPdW9oqyXFwI0zUsyrQKfmc59OHn1ZNuj&#10;d209kYio3BvTc+3toYGkBaqze6M1jcBiKYAFiajJZWppKOEBQT6nHA9nF2T8GO3MfkKLM96bVi2P&#10;sURSLlsfUb+w2F37ReamqY6SphwtJFlJ/usJUiKplojc1iMsCupLlcpPu3fd72X3c5wG2e4fMV9y&#10;9ym1pK8d2lvFIZ7gAGGFROSEilqdcrRa0C0SMu6skX83+7nLHLVq0lldRXtyCKorUOTRjq4YFSam&#10;nHI6rn7W/mkfHqjkqNi/HXcsnyI7lrKp8bg8J1ns3ee/tgUGSp6gK7b87I2xQDZm0Nv1Qhlg/icu&#10;RaGmkKyOroNLL7qTqHrOnk3r1dn6TeW+8HiNzbblrt1Y7OQ7Ex+89/47Ix53aGN3JjI8fWUW4MF1&#10;7g5kaqx7TtjqbMZCWokQ1Ap3jyC3D7guy8rb7FNzH7mpebSXkiT6OEhHidB4iRs7NcReN/ZTXURM&#10;qKuiI6NVYl3v3vuXt5d1s9utiSmqElmMoQrTVpUjQ8pwBxCACmT1E7u+THZjdY7N7B2TjNg7B7JT&#10;bGf3Vn8ZvjDZDfWY2BsWLF1NDmM/tqPC1Ecc+4M7lqV3w1LNEn8ZpKZVYKPKgsCze7jkMsu5c9jJ&#10;czurAUOU21tfdNTtuDJ7kpdu19dST1eMwbTJHWYbB5HIU6v/AA+mMcP2yeaVViNveQ22+1XtZecy&#10;2W87JyHtG229pYW1hCbGIxR3giWSKAUj7LmdfFkeW7kBaQUDSeQx55s94eZNm2a7uby7oXXxEs9Q&#10;7Sw0uplWoLKKkyDLuAq5PVIWzuv+3c3tvD7Gx/eGWx+0+x8wO0e2Otst25/A8LsbdmXp6itztPks&#10;zEK6rq6qbG09K1U1dWPBSZtUocVH54gSw1I3Dl6Clrs7ufJZq1RJt5lpsjV1mG+4xjlMnRJQ47xU&#10;FHHTSyFY3RGjZrpfSRdXvvthvOxbG+97bsiHaI9VRIY2nijY0jNNIDiVRU+GSQuGIPUP8qe58m9i&#10;bbri+nbcEoBrVqgONcQLE0cNHXOCKUYA9D7tv/QV1t2Hltn9b9PbE6wfJYbH9v0mSfZ+3tr74yg3&#10;EW/u/nMju7dVRld/5vNSzUoqJ6KvqI54onFUkZl1hELRyCuzlVk6eFYqXBCr2pgceEiNPLPJpO5c&#10;ukbRmSearqaWOieRV8SU1Lx+s+wSLeysrVbg6jcysAkij4Ag7kK40jiUPqCB0MfGSSYzoMEAiTOk&#10;DhQ0wtAeymasajowubgr229isVmMo+SbdtJR9q703PU1+RbI0mM+4f8AuRiY8n9ysGNkWjyMmQg8&#10;kn39XV5ArIAIFuGvZfaGw+r9iZbsXsTcDbW632/W0lJuPcVNDFkWxlNlKieM1WPws065LPZfKTQ/&#10;b0FBA4qqupIVIigd0O6TzBRbzIZI4gYFmAVSYzq7tAKuzdygEYqASM9HSN4UsdIjJIXFFp3eQqaY&#10;ouWYeQ9Selxgdtbng3BLQ4naEu7+ysphq3ceK2kuVGFn3LkMPj6CiwO0V3cKekxG2cViZKylny1d&#10;9nXx0dLMH1mZkik12O3e3PkN/NP+ROzOo+o9r1uL2njavIv1B1VkctKdtdabYVYKTdHd/d+56dZK&#10;EbinoFSTM5ZlMNHG0eJxUdjGki/ZdrmSbxLnv3KQ8caQDU6IwMaUWoJoNSg1oKkiGe5h2+3NxMDQ&#10;V0JSpqfQDLHy+ztB4kmdxeH6Z/lv9M79+TPyL3LjM/2puGhoaTfe8NtbeRMtufKPPW120Ogug9mG&#10;UZFdv0uSqJo8TjBKavJVJqMvl6hpnq6uLaG+Inw06j+HvS9T1bsGnot65rddJHJ3j2JuLDxmu7sy&#10;8lDU0VbTZjD1PlWg6vx1LW1FHidtkmGmoZXlqNdbPPJ7Hdttu0q67fu9vIWlApJilHXEQBzGrgq0&#10;cuT4gBp4ekAmi+uS9h3ueVl05CEcBwNBwOrgx4aRpXB60tfmP/MO+Qnyk+UmM7l7OqsjsHH7Mzhb&#10;4/bG21mAcf0Ji6fJ0VbQyYDOUgj+/wC2MpWY6kq87udFBraqGOjpRHi6anifXx+W/wAee2v5WvyZ&#10;2R8q/ipkZ8F1hWbtrqnrWuqYZc7iuuc7m6Wpg3V8cuz6Sp1R7k6y3vt+eroqOOt1RZfBTS0ct6in&#10;JIL5q5O23d9j3jkTnPbGvuV9xtfAnjkGj6m3FHBEgr4VzG4WSOSM6oZ1SSIL2joUHw5ktN72eeS3&#10;lilDo0bFZLaZTVWUihCMRVRlWX9Jvwg7fXwB+ZGxv5jfQOT6q7iGPHce2MNixvWjx1TDhqjdtFjq&#10;mil293VsEUUy1eDyNHnYKaeo+10vgs4kbR6YZaNpDI7uXqrtHrPbfy0+NeNbA9J9iZ+PaXY3Tsk7&#10;ZTNfD/v+Wk++y3SefqUCtkOqt5LHPlet9wMI0yOJ142cRVtAYm5D+5nthzJ7U823HKXMU73cLRyX&#10;G27gRpG6WCtTxGBqU3Gy1LBucBqxbReIXjmd1zG9qvcJufdmnXctEPNljRbuEUGtadl1Ev8Avmbi&#10;9KrHJVRRWVQfnqHfO7KbM5bpjtqeGo7K2dQQ5DDbuhp0x+M7k2CZEpKLf+JogEgotx46do6PdGMg&#10;1RY3JvHNFpoq+h1BE1S51KVYEXYeRwC9rsFCrYlVUiwHPuOxEMGop8vL/i+pPXTI+uF8jjjH+z/k&#10;6MD74mSSxUrrDaFVUEbKBy/rB5IUn9I9Qbge9hVwQaEV9fsx/n9M9XrEzMIyVIOK1/lT19T173yW&#10;QNcksz3PJLWsRYNoUCygNxbnj+nvRQrgUA/1Yr152dXoGBr8uH2nr3voycx+gWcMFIULGD+EA+hC&#10;qfqPr72E+MFsjj5n7evKSykau7Hy4+lanr3vsTLdiCoVDZz/AKh1GkRf4Kqj/YtY+9FDjBqeHzHr&#10;9v8Ak6sAQApyx4f8X1734OPTZ+WUsbi5ViLFnNgClxa/v2n1X/V8vn1s60BFANR/1U/Pr3vsToHu&#10;ISqk6VRhwqD9ckjLZWJFrX+lrkWHvxjbTTxP+L8gPPq+hssSCfOhoT8h69e98ri99XFv+bXk0fT9&#10;VtGnRzf9P+PvVDwp/hpX/DXqlfKh/aePD9vl6de9/wD/05fyP6e2L2xS7GPcG5OxF7j6yoc9i+lO&#10;6dh0+W6/7DRaaOozOZxnXNZizWbPrs/R0NF5JcXOiGqeP9RWXUMrOY939m9r9yNx2/kK8u9r5+tr&#10;GC4uLa0Eq28tsf0klhMupWVNRSUI9KZKBh0DuR/bu35Q2vcotv2OL+rl1c/rRCQShZ5RqOvUTJVs&#10;F2YFXxp4U6tG+MnafZ8GF3f2T8eOs+itrfFr5IZGnznbm0ex987N7S6w6635ubH47AS5Xt6jy0mD&#10;7dpOuM9VTQR1tW4q6eko6mJPEggMbix1lsLaMHx9zOVy3dvY+Ww9X1i+5sf3Z2UlCm+8HWZepXIb&#10;Y3tuODb236GoxuOqMg1Hj6nEx0lRPjkrDKUqJo3144/fc5x914uVeVJNlu7WXflnhsog7RyxXSDu&#10;e0lm0h45542lkScViEkQiZ0BLiSfbjadott1vW3Cwa12qe4WONAzESNpKuWNDTuWqutAAKcKUefj&#10;p8i8pvD5+0PUO/OmtjY7JbBqtz4DIbL6jmz9Xs3JUOydoU9BlsTtmh3Hm6jA7mTYOSqp61s3MaH+&#10;IUMQWnRI4IIVS3+jvYOzum8TsrePWvX29dxYjCUfaWR2BtbNdh7t2Vj6yPLUQzuU3PuHd0uIbO7m&#10;3PuavnM1HQUOPw9TDGyxUsfjaSWLfb/2a5P9zRtVl7p7k23TW94RDcwPA0Ra4j8KCBpvFk8F/DCO&#10;yPIw1sxY6io6mDeOc25Zhji5OliaAvoVhFRWdjigqar2msh+GoNM9CLgfkv8nt3fLTKV3XOf3v1h&#10;8au0N71fR+Z7H7Y2P1vgu0Kve2B2dn9z4qPYGwMNjpMxiujNk7cBFPurM1Nbk4qurjLSTU9RDFAq&#10;dl9kTUma271nv3aeQ21l6vc0OK2dU7Uw2Sk2JTTTYV4sbt+qzmMIgxE1LiqEQgVbgRwOkShSB7zu&#10;/wBa7lnlhNi3nbb9L6/h25ra1jIFta/TPKBJHHHE308imjvGrxiUzVk1Fy3WKPuTz17iNZXm6cn7&#10;Kt9E8eq9LsDcxETaiEDUbSwroVFOBVTTouPyJ+PPXmR2b238mep/kfjcz1HuDrzFbs7ixXaMe0t4&#10;duVuY23u2WmXsmHG7loJq0bdq9z5Ayw0dHDBRS19Nrc1AdVKjxHXuA2rRZfZeFxsdditzHcVDV7H&#10;zddmMlUtHumNZslRQZSrkFTQRy1NQ4pZYZVlp9QUBZSD7jP3f5H5T997RORee9uji5Yj8KVb2xll&#10;tpUWzlOiY2/dC8qntlqj61QHUYw6kSbF7l83WWx2vOdnt6tHQF08H9TQp0tGyK3c2tTqYqCqgEce&#10;m3bXzT7hxWcPd24s1Bjt07A2zg8DlvkLh9mbHi2DvDC4mDK4nI5XP7IwFVDl58k+CggkrKKQxwB4&#10;lqKNlp4UCVLfMX48Ufx67DwEG2Is1Tdb9jbd/vT1/T7hytDmM9iIcVXjBbr2/W1NJ46nI4vH7giJ&#10;xddVQU1TXUMyl4y0Tu3EvmXao+WOeOd+SP3r9fNs94EFwYRbtPbzoZrSaWFWeKG5MVVuYoZJIldB&#10;LGVjnSNc8va7npOeuWbTd5bGOC8Kd6A6stw7qAinmD3KcHrZh+Jfe83yM6N2h2XkqfAUW5MhBJS7&#10;qx21ajK1226HNQsJQuEyOXo6KqyGOq8bUU9QjgSKhmMfkdo2YlIdrGy6LDhrOosrDUA17KSGX6D6&#10;H6+yxRUVNf2HqSkehAViqkY8/OhqOP5+nRk/ffkswck6jxoUEsCBblvppX+o4P09+0VBXy9T/m/1&#10;evVKrUMQfBHzyT9nrXPXveBpGN2bTpjbSGsYxwLhwircIyj/ABA+g9uBQKAVqRw4/l9vT4mOlQHB&#10;Yg0x5+efLyp5HPXvfvKrtpLKFspX0sDpUlvRz6i17X/I59+0lRqAzn0/n/h69UxAagWPma4z6/7H&#10;XveN5bqbiUt6Qikk6g5BIA/UQW+v9ri492VMilKef5fy/wAnVo417yW4GtAaU+3r3vL5ka4JA9RS&#10;NZFbheCysWB1EuLXNuOB+fddDAgj0zT/AGP8nWy76g2oAHzGTWv+D16974pKL3JZdDKTpAJcm7cB&#10;TbSbkXFtP59+K4oADUfs/wBX8+tSSKpKVqxB9KjPXvfWtSyyM7qxUgMw1ISpJBj0nTe/Fzwx/Hvd&#10;GoVAGn/Vx/2OHWoyVXwzUH7KU9a/t6978XRgCCwLh3/SqA62sqk2sCx+oJ4v78AwrUCgoP8AZ6sr&#10;0U1IpWlf8Boeve+SSOSGUxBCroPKfrf6rpBDO3JAP0tf3oqowQdWOHTSyxCWRJFIkxWgxnyr5U69&#10;7jeYIvLmS8RS7HhDfSvhX6iP6Kb2Fh7d8PUcCma/8X8/PHr04UUgBBpfh8X4eP8Ag6976kLMfI2o&#10;3XT6RrVSP1pqQlipbnn/AFr+9rgaVpx+z7DnqzPpUoCCCRxPr5mvD5Ade9jF010Z2R3tmqjHbGoY&#10;KTB42aOHc3YG4xXU+ytuaZIRVUq1VMnn3Tu0Us/mp8DjWeum0EyGCO8oEXL3K248x3aWdnAXmI1B&#10;F0hyDwJJxFGTjxpBpz2hzjoh5h5h2jl2ya93ucRoKkJ/ojYNNK+foThR5kHoHu3+8Ni9LYOTL7sy&#10;KCoMYenxkEifcLE/lRMllZPUmE29FPFomyFQFgjYhRrkZI2t/wBkdTbC+P8AtPI4/qN8rWZyrlqq&#10;Pd/eOaXb1L2tk0rAtPLgKBcbFVx4rak1PARBiMWWgkDE1Ek8hknGXPtd7M7TtE8NzzbbxT75GtY4&#10;YzKtqVYBlCCQ6hKGBEs0mlyikIVBCnDnnz3cvuZLt9ut3a32tR/ZJqCuB8JZvxEE9zEigFAvrUfv&#10;P5A7x7z3/hsXvOGKk21labH5bbPUs+JzOT23Xvt1pZq3c+869mxmMwOGpa6tpyGybfdxvocxrqjp&#10;Sy1FbkI6bHY4JTw42UapFllNFJLOdZEmRFOI5Ja9oQFMkTJFF+lVAJvkhJJa3DiIRqtwkncsfdoU&#10;KAmjVXQlckNUkgdRcXhkErLIfEOaDvAHDjxArlvn0I239pYKgyO5d2K+SyW52pvFHlJKYZSEUn3U&#10;YqaHB/ePUUsWGWqLSpSNC9RVKTNK7OBo7iqg1VVFYdN41LTwQlZkk9KBZqqfyfdRNHfhUexvbn3Z&#10;ohpe5KSeAoIB1igIBNM5NDTjoUrWhx01GsbqH8UszE1CvTHn51x8uPUytoGixmHopK2mmnkrNQxW&#10;TkaWjnpmdpHnosXjBTJhq0SnhnlUj0eQFb3gz46VJamqEcKUtVDHDTmRGjmaZjc1EcEbF5hY3KSD&#10;SbXAHPv1hcwGONJm1yhwTlNLgkmRHJDEACgRwdSioU9OQXEbMIZQwlGDp4UPqaChAwT0+SZdJkoa&#10;BJa167GNVVVekReeOiggQRUcJq5RBDTvJLYM0Deon1ki3uFA1T9saGSrqGjppFUUtJWvUPkE8gan&#10;KTTKKeGF2v8AtMr6CCotx7UPDIZLO7jsUjlUHVJp0hOJbTUmhVQMH4ya1016u0CRuz+H4TcdWQB9&#10;vnw8q0Pn04VYxbVkuUjpaNpcujGGpyuGpKMYecU/grFqKagP8SrKgggNVxyQ3SzOCSfboJaiqlop&#10;ZfPBJLeCmSkp4pp6KlFxKsj1UzxTmwsxXVo4IAHtiSONXe+Ea3F5oGoMvhqcVRQsYApQ+WWYFQSR&#10;XpPIYl8XsGniSTQMQRTgPz04B6YY4aLHUeWxUDUyYqlmfIV0+QylZ9tlspMyA1UYpIIq6gZpVDJ5&#10;fEHT9Rb6e8Lw6EeIyPTqtWwUUD1E9XRSTK6tLPUz+SXHoNNmMTmIi9h7UR29giy3VzESI4gp7lHi&#10;acp4iqdJiJwcajgcerIUYmVEqwoT5Bh5YAoQPl59clyuQqpaX7dYa+esoDLG+aoqKnxVZHC8JkpM&#10;JQRini3FkAj6oxVxJURtpvwb+8tOabU9Oa6lkq2pkJSkKGlNOtx50y0q/wCWsEvqi9Mg5ABP0acS&#10;fSyLHbzGR3clfCChywDEEVAUqcY7SKEgEGt5pnKgKrAljmlanLUZCONcahg49OsdYa7z0le2Lnps&#10;PS1yxrU5asqDlaWvQ+CGj/upRM0uIpJms6VTGSH6anUfXD9zTJ43oGnbHq5WpqhORVSox1lKGnqE&#10;WpEgItpGg8mxP09qpNuFzEjT3DpL4YRkchQKKdP6o7dJrSvxAAeXW/CNwjCYATGh04qukVo7+Z9S&#10;R9nDrLH/ABSKWqgylNjJM1MTVYikhoWnx0ErSrFLVZ/7WZ6KSOyiQMfPGWtqQfq9wllhkZC8lNQ+&#10;KS9MlNR6KuSNHTxNWZOaES1kctwzKw1RMCL2APtPNabgLeOVRcELVCsyrItWU1CqpBoMaRkOCTxP&#10;SiSMCHWtuGpSoJBPDiKfw5ofnXp/BMMtRAkdTmPvY4pq+tbOywYymnVX8y4nbkdVLRYSrhAaMTQu&#10;BNHp9P1X2qKauzVHVUYxdXXRVUULzIKDJ1WKoaa7FxNizBUQtT1xbl2dgCQTySB7LZNq25oTHu8F&#10;rIkjr8UStMXppLSHT3KqCgoTSoUjB6TxzJBGpMzK4ZSCRVqk8SQM0pSvzzw6Q9fHgstR5SprqaBq&#10;GmmFFDUZXHUW4q6alg0y/wANy8dbS1obEPVEGKOmhVkAB9PJ9vcO6IqKjqqvc2T3BNiRMtOmHppZ&#10;spPuKuSMzgVNPGUkNBTKZJqkqyxRIVDa5ZFX3Ww2meGSN9p2K0BkDDtj0yIoqqySMNIY/BrXuDYF&#10;MdKDum+bmkayTSzslTVjUKa4oWIqx4Dz/IdBd2BtSs3Lmdv4HZVNth990ztnqXfGcamw+L6lxFb/&#10;ALjctX7Ykq2qYk3fl1f+H4LXG1fPVGaWNoqWCdyn6gxy5NszLQY2aWsgMz18dHWUCeCpg0xUWRWp&#10;eOuo8gsaosix+iKK0dxyvsyF1IiS7fcXDvNGzNpGltJBGoxMVqATXAUrUUA4kJ7y5aWAWrXLLEDw&#10;NNVQRUqBUUGa+Rpwx0q9rYWOn23j8Ri67c2KpMPJHhcRg8nlMdmZaiWjrHmqs/jYqFanD5nEVlTN&#10;O8M1XIlVU1Ty1TJco/tvhfJRw+aCfE+SomeCNZBJFTxU7jUUnoT+w7KyFYqg6mJ4N7n3poLOZBZT&#10;Wssj9riuosTq/iqAoINZaU8j5dFUsNmA4kMjHSpDGpJNcZGaZyBQCtadCDUSY05BWmizsFHQ0Zlr&#10;ZqL7OWrlrYYwA1JlY0OQVSHV5MfpWNVDFSOD7yVANpo5pZVo6UpHLX1sbGeriujtTJ4xHLNQyeQA&#10;vGNcZW1+B7eSK48GNmlRFLAtGSurUQU01NaEBQi/gaoPHqxt/CVWklC5UrHQkhvVa1FfkcGvUGkq&#10;Kd5aeShx8VVnK+GqqaPF4OXTisYy8x5WVZTNSw5qJw8rQ1D/ALmr/Nm59w6qNKiKFdMFO8eqaGMV&#10;EUmTU6lkjq6MgN9rGQD6yCQv1BNx7MDfR280zXFxcOI20FUqq1oRR1BIcDhgqGPAgdVAmjdk1Vh8&#10;yxopH8JAFSc0oPl5dTsSlRDNL4ojWLlIo4amokx9Qm3ZODBLjsiagxGsqSSpEFraxwbBT7z4bbGe&#10;3BUyfwXD57JQVRM8lRTU8kOL++g0O1Tks8PE0LsoFvG6AuLMp9v3F1AqWgS8WM40BU0VXSS0ZViQ&#10;CMagTQjHEjpQsMjrExjAKUBOqgHHFDgBcVatekL2f3Z1B0fjlft7svq/r6sx0a4+LGbp3HSVW+58&#10;Tlan7PHRbN63phXZTMUstU7It6CqcRtqjcW9qyHYm3cfPHV7h3VBLVRTrMMJtN483kIoJvIJ4GyE&#10;EkW2qadWUtMss50WJ0l/dIbu8dreG02/DoCzOCiIxWvhhX7yKEFWQaWUlSRg9Vea2jjkF6TrAJHH&#10;Deel/LBAUgEnNegCyXyd7i31iK+h6L+POdoMHU09bj6Ttj5QJkeltkZGvxdVTwYjPwddyUeV+QO7&#10;tv5LX46KSixFA8rlP3Ega/sHu4Mg1LWdU4XYWTxewc9nt8vS4XbeUWmzcO+YaR6DM53L7ny2ag1r&#10;T7c25C9WMbizRJUVBursyge88Pu6Wnszy5a7pHzhujbjvctqkhaSJVhicKV8CxNGAKqQk01w1UGk&#10;aFChjH+7btd3lxcxjbjDtyxlVKqzTGSh091NAVuHeMY9RQUeiMfuhIO8t4/IjeW5+/6eLrrRXybf&#10;2xjuvdl7CkaPK7ep+vOsNobVkyedfI5XOVsp/vNumuyeSaiRBIKeFG9jXST4US01ZuGOTLQY7J0s&#10;Il/jkrCo2nRvU5yOWnxwo4ZKvZy7qkkroqYpTNX1sKF7xIoeWNw5k5a5LUXFzzVCI549KQfpvOkL&#10;xlVWZtTt9QI6BmRmCROKHiAELy63qYwWzxTR28kcqk5ZELmjhlz4chSlWqQgJIo2QWnL7Y3FVJue&#10;Lp6sl2nksxs/Ik4GXr2h++puz8mcds8wZffkGZyMGE7vi6hSmwNfOj5VdvbcrpShFZUzGLPhK/Pd&#10;h5cTbo3FR53Zj4PeOQrZc1t2owOTxeGqTHUU+TqcnkJK7b2JppaSGoo8z99L5pKJlkXQ2o+w2Pd/&#10;28k261i5U3y7sLOSKlxHoBFIagMJAoMSuSTAST3ppAyD0ofbNv2SykEW4T20dw0VYlVXLOE0Ky07&#10;iyMQVcVOWap6DrtXauH+LWxaDE9P9W/6MO148h1Xt7P7d2Vvqn3dT7y3Di3qEO1Ns7K21T4nem7J&#10;9uT5SlzG3YcRS/w/HZGmkiKSx6V91KfzLfkR2J0NgtyYX40jdmNw3YuHlwPYPcWKpZUw/WfXE+Io&#10;ZaPZ3SVQkD5Hb43ZjKyVcjuZJCtNj6lKTE+CGpMz4ne9G9Nzpvk92bqSfYB4ch8QSK4CqV0zgYWM&#10;sC8eojxKK7DWT1I3t9tM8lhDeX0aRtp1YIJYHBdqjDMVNSO6oIerA0Of8PeqR8tcdtGl+Uu4MJmN&#10;tdY1uJ7B/wBl4rYzFursTtCgzWVpKns75Rmkanwe6MZjN14K2F2nLTmP+J4UV2eNdlaUpTGj/lpY&#10;P5FYP4w4bbHyY29iKfDZrNDcHWeCzorP9KdN15lcPhqDGUm+cP5IsbsTA4+hw8BwNBCKfKLQTsZ4&#10;oI5EM0j+2HP63gtuS90jupNyvZmUFSQ8cXhka1btES0PhMlVUqEoxfUoHdvt7xC8kto62shrpbiT&#10;Qgla4qaiuoVFFzxAKL89aLpzePfG8e4/jpuffGJy+GwE+0tyb7xWQpMV1llt8Y7LboqMnJ1pUU8E&#10;md7K3Lma/P1NLnKmoao2+KnHwNTtUVVLL4DJfI3eezdu1e5KN8vtOl7Dz3Wdfuemnz9BSV9bt/rb&#10;ajpU5+apIefJ1NbuXcEolo4aGllywoKOZqFDolkMysl3sW9ybpDuW3HebNoJUEsDaVt4lCxwyLqY&#10;NMhZpdagMStHqEReok9wtpvp49qeZ4xBHOoMSCrvNJhfDQDBiUAnxG0lya4I6wfyu9v7/pKTa0u9&#10;5N+UPRnTfbApcZBs/K7w29tTeHdG86Gnw+yYNyY2ES4qTb/WOxda17TVFNhq/PZaN8zJJ4qSCMQt&#10;69KYLvvoKk6k7323sfdzZ/D7SyVSsOPpWwy1ODqqOp29ldh5AGbMbegqsFACZKR280ryLVRSyho/&#10;YQ535L5a552/a92kvon3G3uiTNbSqQkjMZHhbXiRXNWFu3aijxI3pSQlHt5ZczbEJ/obvxNpndw6&#10;zlmI0sTHLoFF1g6w61DLQUND0THd/wAgOvum/mFN8kvjlursrb+ytu7s3tjK/ckcGRyOcipN8U2S&#10;yvZuH7owNXJjcLvw4buOeMUVDl6mBsbh4qVsdWR0ZE8hJeh9x9b9W9j98fHjcGw8l8adznvLdWf6&#10;66+61wOOw9M/x/oNs0m9trb92nk9gUOQr900Q2ttSo/jOXkatoqysExqkpXiWnUJcuwcv7pypeck&#10;c7p9ILbcJnaOJmhJcMZFthbqXkaBxKjLDMWhuayMwkByPn23mSHfxua3qPbtGgVfi1SSDSzAVVFV&#10;G4aRqAIDd2SfPeGU3lvj489H91Yrcewvk5jMF1BSUu5u4O0ssmdq8v8ALTL5ml2BkOrZdidm1tFT&#10;ddZePdO+aefbtNClNnI4/HT46aoeb7mVG7K+RHXnZfY26MvsOs7Hw2xt65LZGZxbZnA47IZjb+aw&#10;Mp2VL2nt3JZbENuPYtFvzA5ueGXI1So9Okxip5UVGZZD5F+4DzFajavdvl/3biXlyHfrXcYtruY/&#10;FRnt7doLlPqLgljefSAw2ghiDJGdJQfplMn7I7tb8qXrTyCSQxszRoCiS6RXRpY+IS1CUWoDtgdp&#10;PViVb8bd34XpHHZPu2o6E7J7a2ltnemzMfJhMBkOutlVuz9wS/3/AIej8xsPbFfWUXZUeA3NgaKW&#10;nonVmy89CKqopzJLJHKZnCUW86jsyk2zndn7Eo9zdZTVOYo9/b83HX1siVeXjpo6p9lY7ZVFTxSY&#10;LHzGOmr3R4JELJIU8j6TlPvVvtzrYb7s1qDyoUlUNGESSNq/qYm1LVqS+L4zIwoUB0jtxd3n21ib&#10;aLa92m0NpZXDSSG2t1RpjqLFwzSHQroKkigK0KAnoA+x967JHStZ2xsbePa++Ote89tU2ysH1x1x&#10;s7E4fLJDtRaxaRuwqntyqq8nWbizggrDTx5ASM+hqeOaSmCso3pSbIizG25Mb1jlM1vHL5LcmezG&#10;D2jRQpU5muweOGKyWVqs7mp1qsdV7XavTJIXmSuzBKUvjCO2nFL3191E5I3Dl602PeF3nmXd3jFt&#10;YxS2zyx2cal5NxqT4EdtEXSCWUt4Z8WOLv4DHvm/ln3y2rZuYNzHudFtHLlpHGfqJ9LMGLeJDCGi&#10;Ri7XGgW4UIBDljXTUgpid+ZHHUu6sX2D23tmk6eoqfYPXdNnu4txVFBgMLgd6k7lx+yqfbW2aGDC&#10;5Os3hLiBgqXGwRvjtqx0ktc0kklMFdVbVoa2XD5CPKw5WDLY+n3Pt6bPV+Ipdtvl6atxpbG5AYPH&#10;u+ME+JgrEpaWejmlWRqZtLqGKrKu8CXc+TubuWr7f7a53ZbMpdGBGVEmktlk7S1TQI6aqkgAUbvU&#10;gZa7Jy2247NtW8cx7nbzyTrbXB8FPD7vCQqxZQC7AlgGdEcgUcDPRAe9N14nIbnzGyNhb62NuDBZ&#10;jL9b5vF9ebW3dlOxaXrrL47czT12LpuwMhF/eDE4fcclP/Fc7jMrTQyY/wC78kkckyAuWvEf3w3r&#10;090x2xuvsetpuu22FS9cdgYHcG1JMfuaffO+KjF9Zbb0T4aqT+MUmM3DtwVM0uS+3qkiyshR5UJd&#10;eevMXP8AzByhv3K2x+7dltkvs/zJOllYX0U4gurK4mi+oXbGhWs8pR4mmk3CngQxNTw0NSR/se27&#10;NvGy7rZbCsn9arSWSXQyhg0kQLCbUAAqurUaPuPAeY6OL/DeiuqPkZ8rei+tOi0ru+B2zUd47a25&#10;ityHKdbR9K4iol7e7F3hNnc5hanG9OLu/C9pV1FBiYFrsTkKnA0Qp0iqUEKhb8rdtvsb427O2jgd&#10;n4tdmbZ7O6Mp+ssXjkely801LuZ6HOYStyk4pMfjGwM9GsMMtXWTzVEK6agLFGjGaPcjlblCzh5B&#10;vNl5ej2y9n3DVcLCiMXDJ3TShdIluEVM40sulNTGp6B228xXu7WU0e4kyBIAswagCyrWtEyxRa0U&#10;VAXIoSeh3+Fe78T2H8zO0N8Um4NzZPsfI9KdjU3drzb0rc7tnD4ygyG0qjp3eW0Nm1mTrdw7nx+7&#10;dmZmGrnoqOiosNRV1Qxp9dTLIg98qq3c3Y2dn6swdHs6KfBbswu+NuVO5s5hcX2XLtHJbOtm6Gn3&#10;RVtSbYXHbOyb5GpytSK+XIVsMMa3q1phpwi+9JyF96/3R2Het7PL23X/ALX8jczXSRz7bc277ht9&#10;vcQwz2lxuCRuGt7d4olPikRpHdvSYKbcyjJr2lOxT8t2u/Nd+F9ZbxmSNx4aagSgU8CQqikZoaBt&#10;Ne4DoW/5anVm0+jOp6DvncG7+wpMvu/ZUuyOydibfxuXPTWM7Eot/TYyj3RgeqaOhgz+BzO+cV/B&#10;aXD484+OPH0ZkSJYRXPrDSDvzsj4t/wTrbe02drtz7Lnz2Wpdn1Oco6fYSbT3ltLAVXSe3sjlKR8&#10;lQbv2rT1VbVbgyNTiylXkpJYqGCaCNZh7R+/P3/Jt85g9u5PZrlPmjl3euW9kuNsuDvMsd7ul9dN&#10;HZhb3ci6u0s8YjlCxuIVkSWG4djgdDq35Qs9zL7ndRQ+HVTG6GpVdRGM0LMNMfdVcVAGAF/2l8GO&#10;gfnvWZ/t/b9f11P192rSdfwN2Ps/bcsfYtZldkbq3ZhO3M7trekU2JzWA3JnsBjaHatM85qKXF/Z&#10;VFY1JPVpTNG0VnZlN2tgtuVdTPuOTfGC2plcRj9zwSUOLxm3K/N723BvjO9dUtDX0VNQ7425g6bP&#10;PBFjqdVrpGiXTVQ0tI0tUPfuc8o8k+5e57lumwbJzXF94v6bcY+aNxuYDPsTbZcW8ySxX1vI8U4m&#10;u1njtoLWCSK8EkRlifwY+0t5ru73l6wkgbbwbFj+n3nWzaQAqgjBYLqOoBOJOWFTF7V643X1jk5d&#10;mUFFtih6yj3VttGwuflym9NwZTZGytgYDaWC3vJVYeoxkGxt4ZrcO04aiStljkoNMMsskU+QrNFM&#10;Mm3cxQ5Lr/szA9x7u7A25t/uPL9QY/cGR2fs+kl3J1K+wYcpT7X3FTLu6vxlbudc3hs41JVy44zx&#10;4yiqJoHuWKrJv3wPuSeyXO3tVzFz37Mty1sm88oX7z7pNFFe3NlcS2m3w2c2xW1paNIYJIbgxPFb&#10;FpCl3I7NI+kgRRyZz3fRcx+FuOzynbjGwQSMiKRI4IdaV00YNVGy2CMV6CzNZPe2G762pmuj9k7B&#10;3jieouuuzcVAlZ2NR0U3a1J2huDYm48nHid04XAbg2f17W7N3JjKyZqDNzU1fuAAvAY4oZJCo/jx&#10;vHcnXGzK/Z+H3htXdPVkHZH9x5Nlf3G3rtzenYkctTkanafjqd9io6w3ImapZI6ugx8MNRFjKahF&#10;JRwpNWyVPvFn7pH3WveTnTYrW/559t9g272vvh40sm6RWs24XUiqymK2pGZ4SvitSeWZNbodQBx0&#10;c+7HuJsfKNve71tG53n7wVVpTSkOpqKV8QfiPwEAUYsCSAOgB+bvVm3u3O06fdHXXYvY+z+46Prb&#10;cm4todhY/siOo+P3WBwVVt/H74rNy0HWe5qHsXbWSpabHVVLkJqREpauSt+6r6maDFR0sRmOxRvT&#10;f218pl9qx5Ta2RfbdBHsrKrX0dBK8kWXhky+UyW1oGcU2MxmGxkcIjlKzNTzz08cSMVb32D9nPZ/&#10;lL25mn5EvY4ZOT7ZPDZNcckRDBm+nhAV9ICusRuVbUA7aWQAk4uQ+4u1blcbhvLXlwTO8n1LksSZ&#10;Y4wI10mq5RiKKOIyxXqt3427W646A7+O2O4Owdv9l5vK9sZrdHe/nwOTzGGl3FmdmyHrXa2F7C/h&#10;9HT5jc+6OxNwtU10+OUUEdRj6KqkrXhMqFE4vrbqjZWZoH3HsDrrsrPYnbVFi9mLu/CZjO7Y64xp&#10;yU2cqanY21GyMG3qeTNbpr3rHhkjkmpjOVYm8nvCX7033Qvu4bhtm2c9cl2F3sk8Mse3ixgnaO0u&#10;obTWjCRdHiSSw18GWZ5mSeXXqAckmQdq94ea7KwmTYbtY9qkVWAkQLK0kijU2qnYAgUAUAJGCBTo&#10;5dD8i+9e88fRzdebv7O6S6/G794R7y/gH+jml7T7SyMUFPhhS57fm5cBuTNbXj2BgMKtFDn6Gnvm&#10;fsUeApCtOhFCo7H33X46m27jsk22MJTutJS7Y2fQ0O0tvwQorzVhxkG3afHiFZTMxnZZfHIGKrcs&#10;xOOvLntnyHy+iXezbPb20ExQNSOviBXCaDI2okCmpnb4RQDAHQe3Lmrf9213G5b1JJIw1Fi5oK9o&#10;IFT3H4aYzx6QM3Q/SdDnl3dvzb9T31u7A0GZ3HQ9id/bqz3dm/8AD5TLU8tHhZMrg+xK7L7bopRD&#10;GKfGUNHhoKuOQtUTBfSPbFjUY1ublx01auXSmBgE0DVCxSV7mjerqchNJJJT17xLJHR6HkcSku1w&#10;o9yJb8vXi2weGwV7Xj4jMqCM6i+G06W1ccsDQ6gRjoKJp3G/gsJV8d2RpHJOoUU0UMAKEFviHAgA&#10;evUzsXO09TtvqTA78fCDYdXn4oM3jMRX1UM+4KTZ9BBuGi2jhtpUEFFDW7Uo8o9FWblFRR0lNJRx&#10;JSQpqml9tLT0m3srsbGR5TF4nIbnzjHI0tZh6jIZCSho6OXI5HG41kIosNkcgsQaaurFmXwugIDM&#10;G9ifldo+akuNgjhtv02GhyXIaOEiiLTTpQOyiWRQNdSqmgJLW57vLt1rcaQFd5BGpfu86BloBhTh&#10;c/y6j7/o9+btouy95UGD3JuraWxNmZ2XEVGN3hS4Cgy26sjU0mKod1ZWSinGX3lidkU9W/2WAoJK&#10;Zoq+BmOtV8ft5zrZql3Ljqmk3ZQ0WNXDNQxYJcVTyVUFXVyVSTbtod5Vk8+RpqvH4l2pkxxpZKEs&#10;VeYOSV9zhuh9votvvec90tlg3+0lRXtNpdYI4yQYigt3NFTWpmrGp1VGW1E9F6WthzFs1zcb1ZE3&#10;8c4V0QKqkIwATwxgjUNVVPCpBHQRdWYum3RsnemDrOt9zZqn3Nn5a2q3HnalYKPMS4k4HKUOycv1&#10;ptyjxWEqos3nqSCqkzYyi5VVSVaRqZYlYxsVR18GPkxBy1X9hDSPHTZWqpmFa0M0EcNDQVMiWbKZ&#10;GdA8jVLQIBIzOI0VVUQZzlzjdcwzW0W3SyptiiWFow/6jrKyl2IJ1BWddQJUCldOT0jOzbfBM93Z&#10;wImogt8OtCFozAD4AKBaDLClanobMh/dwZGn3Vntr47cO/58xjKyfE0+Zp3xUWTwlTW5PP7pxlY8&#10;UGO2tS42omjpZKClyTySJ4oWmkeWV3Sm49x7F642Luve2/d0020OuutcFLXbs3dk6OoymN21t2MN&#10;A5psRCtVWZ3dGZqVSlxONp4fusnVPZyEWSRABuLyC6if6RmhNPDUCp0hgKFa0VHAIZivZk1r0eW1&#10;hcShI1T/ABX4mI7TQZpUZI8zX7B0IGe3DuZ8vj6nE7Pq959idk5CGuwPWu1smMHvzszsCH7aqoKC&#10;l3JSxUNBt/rfZMdYchunP1VdLjsBRhPt4mklhhl18fkt2t3v/MT7L6l6J6e2/X09Fuqvk351x0RP&#10;XMF6+69joJaXbXbPf+46enG3aHdeWwklTuLN1hlMeGx1ZQUFFGsYUTntpbxxj6y6dEvCDU5CRhzV&#10;Ykr8KKtC2K6mINTSoqimtrSE6UKoTRQR3MxOKmmcn8q0yRk6nW+B6y+A/UnYnyD+RO8cdmezdxPj&#10;aXsrfOHxNWsGd3JrkG3Ojfj9tOpllzdRtXF5aragw9D68pnMm1RkclK9RJLJHd90L0Z0d/LY6Frq&#10;dK585n822Pn7W7NGPWn3h3VvinieoxW0tsY6ZtWJ2XgZXlGExTlYqOINka4modtIz5Vjfcry4s7G&#10;ITSyAoJFqGRA2TqI/s24SGg1o3hsaCpOEsYYYv3luDK1zQ6TnsHnSnBvKo+Y4kk0ndjSfIL+Z98g&#10;sWsUMNNlUgr06166mqY8j150B1xVSLSZ7d+6MvQRO1buvKkQR5rMQ3kyc4XD4ofbL5ZXL4/fNVd2&#10;b3r9u9itjtv0W68tG2y56fJxTYnbM04WmpdpZCqljif7Kt0owrZiwNc7hiI5ECzFvftlb2+zR320&#10;W6/vaFdTnLFwP1KKVNRIBRIEWuihzU9BW53lkuXllzYEBTivh0yHGK0IqCF4Y+fS2/mI/wAkbE4P&#10;49bc3z8eYsxvbffVu1K1O3cdUYySTcvbqGU19f2LgcXQyzQUm5sCPIq4SjVYqnGBUiJqYF853O0u&#10;ttj9vbE3d1x2Ltqk3VsLe+InwG8ts1xaIVlG7Canq6KoT9/G5zDZCJKzHVsZEtJWQxyKTYhgdBtg&#10;5g2yaG/8R7+tYjGNUsbg9xavYzj+zcKBrJJJqhIWQTDbLr6y2Bls5BTQpqrK2WVhkVoQQeCtkcOt&#10;ef4v999i/GrtfaW4dq5+pwO9NoZRcnsfcZSSXH1MUwFFX4nMQjT9/tzOY2RqPI49iDUU0jWKypHI&#10;mqlPRdrfygflllMNuPBDvP41dybcq9r702ZuBpMfs35Y/G2syMb5Ha+UqIVeLaXenV9aY6rH5Km0&#10;5Hb24qanrYC9FUtHLj17qe1e1e5HLu6ckc3xvY7hHIJLW9hH+NbdepiG9t61Ei1IS6gYNFcwvJHI&#10;AdLRiS3vdx2bc9v5l5augl/bsTExOSp/trW4AxpcdsikFGJD00s2net6Y7g6+/mKdC7e7I2Flouu&#10;u7utcuKuirFggy+4eku3YMVUUU7mjkmpW3N13vLE1c9O6F4qXcO3qyWItDUK/wBsbHtfrvbuy02Z&#10;vvqjd9R2j8aO8sTX7w+OfbVUsK5HcO36Cphh3D152HSUt4du959Q5KoXF7oxXBWVYq2MNBVJo5Lc&#10;08qcx8ncwbrytzhtqWvNW3souEjr4Esb6vAvrNj/AGljeKNcLHuifxLd+6MNJnDyXzptfPWzR71t&#10;RKyAhJ4DQSW81O6KQVwOJjfIkUEjKsAaDpDuE9nY/cOB3LiU2h291pkKPbfbWwWlkkGCztTRirx+&#10;e29UVCxVGb663pSI9bt/K6FWspQ8cixVdNV08ATRyN69TnUl/G4IGq3AUotvpe+r/Hm/sOuqmlFw&#10;eI/y1/ydC0lEoYwSOGPI0z0OPvtJFW37relQLqoYkG6umkrxa/BJ4B9+ZSa9oz8/5/8AFdaZ201M&#10;ahaeZIpn7c14g9e9+dkb0m5JVXdY2bTpU3WQi4BIc86f62I96UOBXy+f+r09ft6cDaBTTWh86fnn&#10;yH8/Lr3vIH/RrsoYsHcurI4J/JIDFAR/T3XT8VKkjgKUI/2eqGYHVSpYjhSnDr3vncWYt67o921/&#10;2goIVifU2lRcAXB/PvVOABpkeX+rz68hIGcNX/Vp9Pn6de98jIP0yFnYEhtVgApC2FiQGH5K/Q/Q&#10;/Ue6hDxUAD/V/qr+zqhbTIBFTTQn8/Un1Pl173x18/5tbXtpvzbRf9H006Ofpb8e90P8Rr/q8/t6&#10;r47eH8X6vClM/t4ceve//9Q2mMpz/EcjvKKjrzlMi+JqN0dTS5ehSr25lMYamCuos1mcPNeiy9DW&#10;RywOYPLFLJElTTq2s3zR5L3LlP7wftlt0nt1zjbQW262L/SbhSGWfbb+ZQJTCoEj6lhCHw7j9BH/&#10;AEz2uSA/zZy3cDb4eW+ar/6W6adiJrWVv8bij0uCnAqNIFSrBlViMdCPJnd/9E7r6z+HHdPWu2aT&#10;BdEtuLZuA+Ru+9r7lm2d3INwz0eSxe3tp4XwZAbu663Ptmvp3psnPPRTYsVE+Or51FNEoK1v/szs&#10;OTpza216PeG166t3lubGZWsl7Not24faZq6bctXSxwb1x3XkuEquwcXiIKVY6/btfPTUOZMYyBij&#10;lHMJe+H3KH5k575P5g5z9wlvL3aFa2ebbIzCktAsyTy2RaaGC7kxquYtb2jdq0SVl6kPknmPljaZ&#10;N52ba7MM0OB9Q7TNGTGrtprTUvcCkjagPgJOnq8bpTZXX/Wfbfyypev+lBhH2jjcumDzXVma6+yu&#10;+4aCk6oxtakO0Ny7vq69+uMPlKXPPPi6uJ2jomEONqaifRFYZNo9yZvtSo3U1ZtatzW7tgp2pnN0&#10;4fbhmwUO4aPB0lLSZDe24cBuCL++i0a1GNZ6EsKcT1Upd554ZIlWOd22XkX2E2iLdt4522/a+VYL&#10;dHv4E8Ca1it5bnVDdxWMgW8a/eT9JxFM6pGF0wjSaA/3G5i5njt9ttNl2+GW2vJLeKObXJqMrMxE&#10;SRxjw/CIFXaRloB28adE93t8KKqbJ9XT7T7bqKaP5H5XphOsOzN34jKdkdvbbwMm385V4fojA9m7&#10;Tc9DPs7DYWmlqPuqijnjNFqSkip6j1ulJN09s9qdxQYjoLdPV2xNs7Mi7Fotm9n12LzfbT/Ibae8&#10;ti7Vz7UX+jLbVZDUUdFsTaO8Fjq8kr0suJzM2pmMsMkI5m83e6Xu17pcse6fPHMm9Pa8uT7G0G47&#10;Wl8m3vFbbde3Ki58aYzM91PLHEYvBVI5I1KRdshPWR3LPLfLVrse1Tc4WoG8yLG0keglo5lqjFno&#10;ooGDaFJK/wAI8+rSeqfix8e/i9sDrbr/AHVsvc3Y+bz3a2y900VXu3Fbero+u+yqmkpqMR4rPNjM&#10;dH/AqrMYGpqqShmat8qEO4/Q5rj2n8sd49bYfMbB3zRYXuigwON25D13nKXeNb9jBuHa2bTLR7gz&#10;+9MHFS7g7CwO8sRPLQ5Jmmp8jFJTUqwsn20isY8r++HuBtXKl3sW1bpcRW95KxYXSus1nDLC8TRW&#10;cQZfpJreRluLertDr1vKJBIoEm3Pt/sW5zWV9tFtDGoADVXDoV0g6TStKVYHLEkno2W7fh11LuTt&#10;DAdtYjG0+0Nw0WK3PgN0UGMwmCyG3t+YDcm3aXba4rcu287Q5LAvFhqSjvSmOmXSJ6gMG+4kYlY3&#10;nvncvYGcqdx7vzmU3FlZ2liiyearZa2qpsdLkcnmKfExVbapExtBW5iqenh+kZme1tRHuJbOxisU&#10;ZIVo7nXJxJkk0JG0r6idUjrHGHYnu0r6Dof7Vs0GyWkcFtCgUKKhFAqaBSafOnRqKGhosXRUmNxt&#10;HS47HY+lp6GgoKGnhpKKioqSFKelpKSlp0jgpqWmgjVI40VURFCgAAD2kyRy6gBVA/d0uL6+LFLH&#10;8j/EEfX2spwU8T5Y/wAP+r5dG/ikcXBBOR6eorjiM8epXvxdEJ5a1ryKzsL39Qj8Z9R1W/UvA/Hv&#10;wVmA4V8v89f8h693TaWBAIAC44f6vM9e94hOXBMTXdgAeGJSE8xq3IDaBf6cn8ke7lNJo4wP5nz+&#10;yvVgpBbxFBK+lBnz4ev8uve+ckmh21SC5JZtISwa3pUG1wzD/YW96VdSig/w9bjeF0CBWrXhxJHn&#10;X5Dz/wAnXveMSuJABpEQRWWO2skNe/19NwL3B5/ofeyilTWuqvH/AFf5OtSiMpWQVJNCSTkjyxkj&#10;5n7T173zVSWUsQ6sOPU3iuuvjSRdHJYXH5P5496JADAClP2/7P2+X59MG5FGqCCPI8afI/Ide94y&#10;xBCKxUAn/UlQI7a/Jpv+4T9Afrf6+7AA5Of9nhT5f4PTp4SB1bxQGIpQ1oc+QJ8v+KHXvfBpA4YM&#10;HYswsQ9nCuxb62CsCw4uOPdghXTkAAemMf4Pn69WbTDUFgpC/M5PqT9vXvfjNJ+C0mnQyRrI7vM8&#10;1gL6f844B+n0P0+p9+CLTOONTSlKf4B/q4dUaWMaZDQgVr5YHy9Ove2fHZ7E5WavpcVmMXlanG1Q&#10;o6+DGZCirKjHVY1E0tZDSVEz4+qbQ4aOTQ4Kkfg+111tt9ZR2017YzQwzJqQujKJF/iUsBrXhQio&#10;NQfPpPa7lYXTSG2vYZfDbS6o4fSx8nANQR6Hr3t0mqaWlSSoqJY6aKC7TzSXVYyXEYQs12mMkhVA&#10;B6izAAEkXRpHLMyxxoWZuAHnitflQVPoAK1HSjxpHYIO7We2tDUUyfSnXvdg/QfwczO5zjt2d/Jm&#10;9jbWnX7/AB3U8FTLtvsLddA0FLWUOf3pnGimi6w2BVioIdCF3HVwsGhSlQmQyvyP7Y7vzIRffTad&#10;rFP8ZcVjrmqQxsNUzgAVkoYFNR+odJEY85+6Gy8rwzw2IS43cCg/EiU+JWpXUf6KkgYqfLog/wAi&#10;/mdgNjYquxnW2Zx+Tyiaaao3Vj6CPeMS10tVU0LbY2Jt3HVyVO9Ox6h6d/sqWxx6zBRM0g1Re7Dc&#10;nVYbHYRNoYTbcHXWxcRHWU2HwfXkdFhttVEuREMj0W2aSjqJqbBVGREKPUtNqr6/masmm4U5o8je&#10;3uz8n21ncbfAs8xJo1wS08gQ1YzONLEq7dqHsGCvp1iJvvOO58xXovLu6WV2FP1GOpUH4cU7QSTp&#10;A0/n1XVT1++997jpMrWZjF753Kclt7cH8I7Cocgf9F1BhDWU/wDfPeUdbjv4r2JWJJNNAlTE81Bi&#10;pwaGgpYHP3aJOorJ62lo8fVUhpTjW1StTVbVUWOQcRTzTtBEXyEiKHnYxeMnkAAAex7HZMbl5Iom&#10;kYnAYjVQDv0iuogkkqzmvkppjoJypqkcQ6GatQPJwOIr5AeRGft6F/D4nG7dqMznqHPpXpupNJnr&#10;8HDh63dle760po6CkranHU+Ax6SGnoKenqxOsZPlLyM0pw1Ei1rvMZlNFojinrkjeqbKFlAaClR2&#10;QaHAY6oANJ+qkH2rkS3gmtLZbBkvPDYhKAkMDUuyrVycqMkq9ccD1XwRbBoUAFxklcY9FqM0rT4+&#10;PDqTi4sljKOTUxnyD13kosW9bHhqfbdPrlWKXIVfieEyUo/VFXtrIsRKCPbLMYoqeOKeilWnhlR6&#10;XB0i2nqHZmMcwkW9Ksi6vJysL3uBz7ce0VRNK87yMYaaiq0ShyoBNGFOwBgaLxIIp06iw65PFlQy&#10;lTVlFAD51p6nhxr0r6Orq6nJvPjMhRCtqfOuX3nlp6g0lHEkKI9P9qUGZ8UhjMZMMtXBcKzftn3M&#10;iyEZmeZzJBW1VP46NKkySUkNJHEdNNNPTBp4qqNgbarrf6j8+9wR/TXMVitoGRZQ1WURszg6i+lq&#10;poKnuRa1p2kHraxCMxQlPFjUjhUVzSp9AMZ8x005HDTz4outQlVh6Cod8w2IMc2Uqa2rnEBmoaOu&#10;eGCqpZyws6mOXSDZuAPeKRoftoRqpI4ozHN55ovv62aUMGSSnxsclqUAsWEkJJ4vYXt7WRMwa7ea&#10;Zl7yrihGdJVyzKFZigooQ9tMUqK9VMkxknUzMSK440Pnq+dMeg4dckhqv4gqpSZWsq6qCWGkoqOr&#10;OBw1DQMqsaWp3FWxTR5EVbxgSxViLySpZlA9xFnNHIQY3gjqZVZAso/idaG0O0SSsdEkEgN9Fo3I&#10;st7j2X21ussiSzgrdGOmpmXwmJqA7jJBUU0jzbIIOetTKjhXKEuVIJU9pC/CSvrXgD556UdRFHla&#10;PRSVdPkDitYmj+xqhhduvBrQSRxLEHjrImBR6kGeBOW0aDb25a4Ep444vt4ysqyyY8ztT0lG8Uxu&#10;auElslT1rqNYGpo2P1Fj7TWzrc3IlvJWkZqKoeoBLrQFQBpMeCrB8DhqqK9M28kqzOQj+KyHDA1N&#10;eBBHbxNMYAHTPPSVvkqZ71jxiklWHc9LRU2SzeUpWjRjFQVREOBq6KnZjGJI4o6kL9Dq9xKynpGr&#10;0p6iOmq/G5kDmH/JfuTaWOLwQPHT1Ekd7hrq5cWt+faqzS8uIJjaXRQR0B7SwSOrKSoOAdQocnto&#10;x8+lCTTwQnw5JFmcdx49vDDH5/4T6dSKLIT0+FlyEKZDHCsjaNKZMkIM3PGwhSeokyFZFU5ehp54&#10;iA0QV4VUmxA49tUBp5a2qRoZhGgFS1O1Wy1dTMh0h1lQBaNQCdJsCo4P9fa2eQQbdFHMytftIvxq&#10;T2hRqYGpR+FSlcDFPLp9pD4cSalVic1wPlUk5b1B49Ps8GQhpaCsgqYB5IZcbDkKHHRHEYyknkkM&#10;NNU0MmuqrpSdIdhdZHBdCAdIdKmi+kEkqVRrlimq6RP36enZvVD93UFJHjiQJZgNWsjk+2re8vHi&#10;e7gRordJFPiKdGtgacTTw6g9uCoAooBz1XxZwXmZDFEppXUBU8P9QHDpOUlbSeTXFFNRz4hK6hxl&#10;ZVxGDIVNOIx98MPjY6iKDI1LSuCJGMbw6hYfX25YiNMjXSq8rVhWFmnnpIJfE9LTLd6Gk8hBqkIG&#10;gBJEWSfRGRyT7qsN5bWvi6Ivp11ONQ1vKS2WGk0iKnyY1appg5YbxA+gMBDxGkDgSKmnkP8ABkjP&#10;SW31mKTbWCo6hKabE1FTkKTHYzF5HJU9LJTZfJpK9DkcppjM0MyLG1VKz0sz0WOSecNdVtnyNZic&#10;s71lbho6T7WaJMPTZSKoTOYuhp28ktRJ9sRLoMsd5mkPhmkIS7RoAEUSX4NvawQyDcJWIZ1ZdBc8&#10;eOkFVOD8IU5IoOnk+ttkSGCYyGhDatOg6q0K1y1BSmRjPE9JnZOCz+EppKcb/XdMZpaubdlft+mo&#10;6TaO5MzkvGuNw1NFU+eloZxQVirjoKXy1cFEpqDoraiR3YXyJnaGemWuqZ6WWVaeelpYpRFDUF1k&#10;moL1MlJJXvrswDiTUtip9mibLJbBpb680FpCKvkqUXUviFABSoYIRUENU16r4Ksk0s9soR/h1N+I&#10;fxaeCniP59CmaKliSfE1MOBoaDJY2kkylBWZOppJcjU0ksHgoclA9FDnIsFAEVyZIjAE9SyIeffH&#10;wB5q5YZZIoEijqqyKvUtX1zgLD5I3ljRaWUfUpHoAN73tf3V3doonM6SaX0BoyyxorrVjMua6idQ&#10;UVfHatDTrUUz6EXTokXGn8K1GQ5pShGQMkUpXPWb7pYaXCzZDHL99XSvQYmbFaGxuK8cr1EFND9n&#10;VschRhU8YqKjza1ZbG5t7hikipYoq2Wpqdaho6eKiqY6+toaeZwkxhy0reKkPquIDH+5+jVyD7VG&#10;WG5e3slSEOor40cfx8DR0NNQKgldVNNDQ16oJo2Z4pFBjGNQqFqMjjWhb/Z6nz1+Vr5spjaTG0jp&#10;I33NWd10tRgdvZbK0kMrY+Gq2xj4xX5KKOoRUmyEFS7QqTN4ToKlZYeLC4WSKrx1E+ZyNPUmanGb&#10;ip6mmWTSskDS4wK9PV5BHINppGp0Y30Ege0VzbRQ3UiTXkLWaCjMQVIAy5qppprwX+1FDRiOi+W9&#10;RisdvERBjuY1bByRXAA9aV6A/sKl352vtjIbT3hnsj15gN0YWHG5peoc9nNtZyriqJJaSsosTv8A&#10;8lLuvbW2a6FHR58ZDSZCpgGj7hBIymfnN2boz0aR56vyGSo0kaT+GQuIaFUDOZo4sbRKlHSTwEvb&#10;UjK9hpYc+zDa11tNLtkFv9cI1AZwP1A4FWYvSrOBgAkioDHy6vcXM0xZdQzhdQ48KGpIB4CnmD+X&#10;SC6t+N3x66MrajJdUdebU6+zte0dPW748c+X389ZBFBT4k1vYe6avL74zeLqEWmV1SugaNpJyYGN&#10;vafqK+dSURGo1VJYRTRaYaqZp44ylKyMNdIXp9MWoEayCx9PHu5g2qdFn3lmu7kEshjQhV7tLFyK&#10;URCNSLknPoOkcMcLd0rl5BTjU5rQknhTV6VxTz6GvHYV0LHHS008NVPjZqjIZOpGUxsUeOmqHky+&#10;PZjLFl6lMpLPWEGI+FZEjBWQlhIikp5DUU2mnnWNQUMkTGFacXiUTVA01UAkkYxO1PZGHLBrW9qj&#10;M8UP11qJISJQiKC1XDU8TsI0qspGv9QV0gVJanTRNwVR1jCLSlKgnBrXOPnRq+Q6aJ6TIqcfWzzT&#10;x1M0NdHkZ6Oek+/pMs95icfBefGZmpxWMiSeOnrHLtNeJGjiJPuPOMfS0WVy2WymB25tzauLqtw7&#10;p3nuHJw7e2XsXaWJVRU7g3Zmm/yenxlLLcRPY1M8hSnhjmncRmt9cWz2sl9f7hKbkSsAJVLVkHwN&#10;ElSWWmCo9M6VFRe1tZpi8K1KMCz6qYJNS3zxxUZJ9AOkvvTsjE9VbdXP7jGUkp87NhdrbO2btnGH&#10;eHafc3ZO6WedOtOtdns9NWVG+MxRMPNReT+HUkZnyFVPSUEJm9lp6y78j+cUXY1J0d1XRby+LG2K&#10;us2xn94b6y2Q2nkOw+8sQ09fsqo3J0JT1UMvaHSW9qIUmRottpLT1dPV0rjMMrtTUpmn2o2Wfmh0&#10;2+/2b9GKSS6SWWRyILnSscYuH7I+HfG8bFYyRHpdvEZQtzO8HJ/g7zue8tHJGAijww0vgMaa4yaB&#10;CDQPIwKxrk0Oei3by61oert9dS435S9k1XVvfW4sBuzeXWmzdoUU+40+O/x7joUoM7iU+Yk9JGOo&#10;+4NiR5aqpcpvWL7mCsp6gQYmneAVFYou7k2HlI4aLBZJ+vsZmNgV+I3VFWbg2zWVuFyZkBy+Uxk2&#10;HyUNVT9e7fO5z52xWIZGxj6TGGES++g3L1jyVtPLe5i35fhvJp9tcxs0ayR/URAyOVkAKyhXoVoR&#10;TU2kK3TPJvOGz3T3+5jf3le5Cjwo9JSJgCOJI8dmPfI4BDE4p5m32NvbbVTt+HeFBt3trfGJ7k2P&#10;l+tXrMBl9oVe4qqvw9JHgcVm4tyRyNWdv5/I7TRY6Lc24AUyECkSFJKiUMCPdXzOo+j9kJhaLH7T&#10;z/yF3EazM5LEYjdce/dg7dqsnOaj/SFufc9FO0+Vpc07mpxO35njyMoAFd4qdCZMRtwuPr9/j3bb&#10;ALa7kjpcIFCojn9RAlAGdWZyVUikaqpBLdS3Lu729v8ASq6ykrpVlBC6dIKkAgGprnFNVaE9JXrz&#10;4Y5b5Idnfxesym88P8f9mY3D7W29l9z7Jrust6w4PFY9cbP1jtbZmRo6eDC5XbXgagyO5IImpJbe&#10;TH3nZ/tapOrO2drVPf8Ag+xPkLHkeycdldzQZDeu58zW53+JUWRqZI0pd/x0m0p6HO11ZsSNTUYj&#10;GY+Wkhgmjh8WlIghF22Xe2wiSLdZ3aZkbTVwG8UjVXxHVjrZl0amDCjaiO0dBe+ikmt38QF9QIKk&#10;BiykUZQWxVhivlX16tO7e6hzuJ+Mu5eqfjUsXXuV27smto+utv7fp9rwUmTqcTRVFZjdlVVbvTF7&#10;gwdBjt65KNKPK5GspayYwVdRM+uZy5vH+J3d3UnY+1d103XGxsr1phm3hubdq7UyO5slvDLSZzMZ&#10;PGRUO8qGSKqyGP2fkO1Mma/IZ7GRpCHrWOQWFWlqGYL3ftpZLt/732ewrt5lWQxxyuZY31EmBH7R&#10;HFcASKWJeSPUdBCUIIRzxsHKu7W9ruEawxTBY2ckkaFWmVHFkAUalXhQM1T1rr/KH4G/L7qfcGze&#10;0c7vfZHdEuYwOF6335SYzbO2Nh7TxvX0W394V268HuHGTU+Ek3zh+n6SHHPsmvyFVLW/ZK2EdtKU&#10;aex2726Wl772fujbGO3Tkene5R1/uzZuz+7MLRU1RuLZ+2t4/Yybrw0lcGhkm2TuWehips1FTTwy&#10;mJ2qaR4q4RuSPc4drrdbFequ2c12zRyW0rlQJY9SzLHdTglnilZVgJqQjJQ9p09Dqyk2y+sYNx2q&#10;617PI5ZdBBUOSauWPdQ/FTAqKHIHVf8A0/v+D4r5Ham+mwuK7q+LtX2tsnc26OqslNW0uLxHY3Xm&#10;Ynr+v5MnQVEc2XxOYo3ePJbcFbE6UUyx0VasuLjZo60fj3vj5E743n2N1F8odmYXZ1dsLqHsjp7d&#10;PZOHyETU3Ze6KvO1mrszZG5Ma+F2fT9NdUbTkpY1pFZaWCtrFkZ1kp5qeOdvaz3C91t2m2iHmnY5&#10;v6q2N3BNNHPD4fizg+K88XiqwlLSBV1qFaJMKWKAk0t9u5pG4bNuUV/dz7XaSIdIaiPCa4LOKvVm&#10;1ajlQtBQDOwF2bV47afX3S/bXROdzU3X25u9ep++E2nvTboxe7MBQjar10PX9Ri90YnP76r+5e68&#10;+ZgatIVyElBEaUeiSOtkONsPr3rzq6i2ls2g7KbcT1iZXDbXx2TpNn5GftbCbh2xSQVGxcflaWnb&#10;PVO2MdUYh83HFjsj5aiofRIPEqRyA73B5m3iD3M9w9q5m9/je2XNV1uFz/U2NLWKeNNwt0hsvori&#10;Y+PbC2gWfSwj8KY65R+o0itkRbPtkkUM0OyytMQCTVPCDHBINMELlKks34qVFSvd4959y9n1Ga7T&#10;qepazF0u3ctsze27KiHdfY1Fi+js11ruFptob7fCblY9eYPf1fSZWHHVs9ZjAsGNiea5aRp4RD2R&#10;idnYnsTPYbILj85nOtcFtHsPr2izE+cyXYfUXXH9zNqdYbgnyVJgZX29uVOx9w0D5CnqJYaytx1W&#10;joDClQ5PLv2v5M5b+7X94fmvlj3p5xv505Vikj26+t4pZbW4gvHga1jNs6MYnMFxFbynW8SypWmr&#10;Q4I+d+Utt37YLnYLXY0ntp5IjOpjCxvcRsZYnR8MMVVxgn7DTpO/Jjcfa/Z/xz2VH1NuerxO2e39&#10;7b76c7f2vtX+6OxNk9i91V026+2sPmtqbo3o1Juio612jQ47JYvMwD+HUE1LIs5NQ9KAz/2d2Tur&#10;Y9NuCfaHWe7d6VdJU4TJVm2s9tTeW28Rt2rz9a2MSrzuWXCV8GWmrYMfHXQY+N6mraKohZBTws5O&#10;f/sj7s8ge7Purcey/tLeXOymHZ73cJdxuRd3K3M8mnxDcRz0S1lt6Kf8ZkUTPKFhiZgxATl2O/5Z&#10;2GKe/s4beKOqZdKSaVpGAwIJJrQUDcKk1OSp/GX4fYfsit60l7W7d63+PNZmqPcmDXs/aHcfU2+d&#10;ydk7f25iJt+5qi25ANx0FPsPI4OmzGRxlbksNRvhVlxM8mRkqa1qNfZeeru0+1Nm7T35srrPCbxy&#10;PaNRu3fUGSx+WrMc+1NmYXNZ+q37Jga8bnrv7vJQSZmt/hE1aSuSQyhY0jVIoiNvcP2G5d5Kh5T3&#10;3fva7bPc7dttsZ7m0VRKkkzDxJNvlt45mNtDKZ2y+lpFSJnRmUInUe7RtHMm475uO42vML7VtxYM&#10;jICRL2hHcBO9xFTUisCCcUoxPVkvfvxK+Ne/O1eu+9e0947GXoLcOx9mq+5tmx7vx+/+78h/cen6&#10;wwVZl979fS02/nxNHtXFNmqGnaKp2zNLRpJN+qoqlC35bZz+/wD0Vidv0u0k/vlkO1uu911+Lwtf&#10;kNvY3BVOGy9dNuHA1/8AH6gy/wADrBE1LLXVbLjFUGppmWWoYRxfzl7P+69kbO32nlXdZra1+jma&#10;G3b61EubuzFw1vazH/GOyUtABKmtDojcKX09ObfY7lHvG7G7ubJowCqSRo0byd9PFeNiVWoOoqta&#10;tjAWhEb4XfHneXUfyO3Fvg9vZ7PdVbe6RyvUmErsjSbM3Pu7fsVJltqVOy9y19dsrD/YeWg21DFU&#10;LCq/3jlYw0WQVqXGUzziX3Zi6/ddTt7cHU/w3dO2N/zYXOf6Qdz4Sjotv7XxcmOxcVJE+T3RnKXD&#10;UG/sfvWvn8VAlRPHQSUUGVZapqgRR4ee5f3i/fDkDkzmr7t3td7O7/y5y9uM1xfbhbXtpNuU08l5&#10;LHdNewIsd1EsclxEx8S7Z1tzE9rHHAxYxZGcoct3E23ibmDmi0TYY4UQPGsSh1Q17iDhaAFnAB/h&#10;oQR0ivh1szfHXUO7v9mR/mY4DuHpPrfamU2/T7D2FvDa89fj6Hau6txV+fp+08/tHD4vcNfUYbY+&#10;AxZylbHTUjyHKVeNUwQUSNVOuE6D7jO9KLtDvbePx1od60+xP9HWUx1ZBkO39xzYkVVfJk6FKXYn&#10;hwVPmp9rVceGfI5A1klHF5WpUWVEZIz9rL7nTm33y5N91Of/AGp2/cdxrZyXj3sSgXjW3adyaBj9&#10;JFftCscK+J+nH4UVwYy9KnG9+6fKfLW3tsm07zLO64j8OOqqtarqdqdtSaHzqDk8ZO6/lB1LhOmp&#10;utfhD018rN3bOxW/Yd5YKq2hNg/jL1fWy5erbIEYjsr5GxYObNbLm3U4zBo8Bj5KbI1DsksjU8s8&#10;Uy22/gYN7w7r2b2Xs+ii2JDTLh9lw4qppMdWUW2MThjT5DOVUWPWppKQZauFNJRU9CKeenkVFqHm&#10;eO/vuzzj7gcp8r7lsm7co7zY7hzxuUBG7OJGZVeglhBOpA0xdzC82hnIaMRaURFEFc48/XF7Pbyb&#10;ZuyXMkhCssoJCqSSwV8dxAIbyWgoOgn7k3lvjpPG7A7j+PXYWJ/01Z/KUTds4rcuH3Hv6Dc2/t8b&#10;ooYMFsXAbqz1Tt2rirdv4VMz/FshkUrKJ8VGxx9NRiW3tX9nbLwG6tl42h3HVUtfg9swS7TyWGyG&#10;MpN8U246DI4WHFRDchz61c+cGMqaYVMCsSZauQtIHAHuOLj3V2uz32PYd32+WGNneR0hVZVa8Ul1&#10;mgijoVKlpF1y9zGkhUlK9EXLm9u8s9tcpKoYoUZlWoJU1CqOBIYqPEJzU16AD4x9jbq2z3purCbS&#10;2nmhJ3ths33L/Hp89N1NjtqblxW8MnUIdpbf2jHisJisjunC56TH5SVlEKY2khClCzBou1sXDuSn&#10;os4u4qzdVFt/B09Phpa7MY0bdMmP+1xklfTPOYsLjZdv4zCTpCIZhDj41McCWXSCHnT3otLDkvce&#10;U/brkm7/AErmN5rnwQwtpEY3JjEcVVkWUn9UKqiSR8sX4gnfbS6u4xts8s9zt7SaWhYVC6CQkZC1&#10;Bq7qamjGhqaAdCj3N2ZR9A4vFbDw3V+3+uqreO9JafNY3r/a+Qh7CbH5N8nNQ0MuNwUVXuDI4TeH&#10;Ye+8fPkUaiiqs1O0slZKC6u64gzWXTde6a2Ctx24cIv8Ip9ubbo6d5czHSU+ISkpMJisz4cfi/8A&#10;c/m83HPkazVURJSUgaOV5JGijhzky137m3cGM15c7bzCwluSwDR6ix0lVWU6RHGwo6OqsujSUFRX&#10;Hz7w8W98vbZy9LygJLWxFXuJAwETPqWrugDSOUjRokSmltZGKdIfojp7q3I7B2FtrsrA7j2nnznO&#10;yIuwN77gqpMTt7P75rt0T7p3X21ubab5PJ5/BYjYG09k/Y7WwtUuPeLIZGYyU4SFJ52rI4jKHIVF&#10;VUCipKarpY6DSMoGakycKil3FNXZmtnosZSR46dhDTuzh5w5LA3VfcVc+295+9jsFzvc293/AMUU&#10;slPBkVpPEZEjB8MEzFgApqrBjIKHo89t+dbneOX2v+cJrSHeo5j4lQIjkVgVo6mviIKjSKqFoQDU&#10;9GIXc3Wu0sdTUmyqjNHam0q+j3fQ5Kl2zW1FRl9r5SGXI7ApMFtPDYTP7z3DHu1JGqsilJSiGkCo&#10;sUokLShlSoiNU0UNTT2iqpcLLXxVNLMcc2NtBLjZZonEC1kkwtUq4ZwRot6vYPe1NoZY7mULbt3G&#10;KNWNatqZFZqAsp4geQwMg9SrcpPBDO8hDrpDhUoQfEFQQfPSpqoGM1OR0oFgmyWBiySY2ur6lcfT&#10;7ypsVk6TIRpn8luKP7mHdceJlSqzWNoMLj5LYqPzU4hZlncqYmuh6/K1OSly+xsPkqjH76rK377f&#10;O89u5WqpG2D1hWxBdubXEjQCkx/anYlMkyUKwBqjD4Rpsi5V2pUabdlHKa7Bt3KF9vRaW8cNeOI3&#10;cIH06IIoh2vK5oJadyISvbioIG/31m25K+3TRWkjqEoupiVUh2JX/QRTOogPJRaEVPTPmtmZbOdi&#10;7b3VkMTi8t8bevNj46gwfW+89vY6tn7C+Qr1hqtxb1ocu1W2Z3R1F1s7Rz5qmr50os/n46XHxo8S&#10;1cit22MUuBzdXGmXyO5aHa9BLsyLKVmO/h1BNNUPRZjLQ4ykr50M2SxYWhxxkm1gU8IRjI7OSB+a&#10;dv2O2nuLLlyW4+iVNJkDLFpMdQaRIQ4iZyA7GoqorUCvRty9Fum42kku6M8dW1IkjazGjqAqlhWq&#10;hRqFDUFiAABXoedybig3zt7GZBNoYPrrd+aqcduWLZ1NmDuQ0FJSPkaHbGRyWa25iqynp8RlsXNX&#10;5OP7CSnqHllkA8arrK1eWOGNaWqC1FXT1ElRUR1LtFFrnbXTU0lLIKZFgoab9yVo4nAXk2sPYLit&#10;YbZVMO4F7UBVqDoKVjJbVNQ8cFjICACQB0KlkfQdFQWUAMoGrSAdTKc1JIoNX5V49I6L7vN165rH&#10;wpQY7K4xsbhKvH08eShnpsMyR7gzlFk6CfMTUdblcqWo6CmqchTNJMBpL3kPtpjzFS9LNUZBP4Rt&#10;ysy1BUxS1M0FNj6HEzwPDRVonrJ6amqMzu1IZ6yGAo0skIWGJSEcexz7e+2PNPuHuPg7Dcbbt6qG&#10;Hi3EhRlVwWRIlH6skepSH/EgOtyEIqp5f2i53K68SC4XwmAALUUAEnuqcnhSnGtWpXPU2qXY2Lyt&#10;Esm8aXdO94MJnNt46mmSmoarNbsx1VFWZPb0yQ0tfkZ8f1Oamjoauro6tqeCslNbOPLLEfZJK7ev&#10;c3YXydpMHltmR0WITB7vm+OXQVC1FuqgrusslhpOvO1u8+6KyPO0O3Io+z9nZZ6DGZGenhjxlfUS&#10;QYhz9tXJUy3sntbN7X2u9S87XuzXfMbQmLwZCxaOCRwZZD4Z0m1DqiLqo7EuhDDWAv3Tc5dke2j2&#10;61+oaOSmpaNVxUCqg1kqC3aMrQGoPT23X/TfW3S+f3x3J2liq7LYfc2FPyB7YxmG3Hjt04Hc9Duf&#10;Cdj9cdA9JwRRZrL5bb2yt642jbK7bqqyvr8pEHlr4mqaqM0ps+nenel/gt1dvveOSq6OPc+9a6HJ&#10;9t9h1bNU7g3RXeRjsbqDZBkj+5h2Tsmhhp8bhcdEumoalOQqxZUWCC5tjjfc02vZd0a4uWapdR2t&#10;RqPV6Eac0rQBUpWrMzERbDA0UT7rvVq0NwfgQ5Ea17R51kZfjIwoJQZ1E117/wB29z/zAPk1iqXG&#10;YvLboxNDX5TD9Ebbq6ODB7a2NtPRDjd09wbwxFFVzDGZ7ekjy1mYrpGeooqOeLDUGmRpGq66e1u6&#10;uw+3N3S7sr997YwlPSxSUe29mYreogo9rYeSZXFDFDXw0UeUzdewD5CukBknmsF0QoiCc+WOXNr5&#10;YsY7eC2DPKKtLwrIAQKaqVVQTp1Hu7mA4dJtyv1vXoFrDQ04gA09Kf4f2dbAvx2+N/Vvxv2Q2zMR&#10;tnI5zOZdkqd9dg121Y1yW8MrFCUWeT+H/cyYjbuOjJjxuNiPhooSf1zyTTSh5jc1veapMczxZcM+&#10;mQM21sjHN5CR49KtJ5Qyf0+p5Nvch2l9pt4zDOVgAyQ66goGkyVORpPClaVGCeim4tzJVoJhSn8Q&#10;GBQV/bX7OjB/Z7RpYEKRz0EaaWjMUmfoHiMIUqQY2hlj0C39OOP6+7hPiR8hsvumjouuewaGop91&#10;Y+iSPbmUqqSRaXdeHpYDbHz1EKNTQbkxdNGNI1AVlMgIGtGDAXnzk14YI9+2qWW3OqrGE6C2nQdZ&#10;T8UdKkqBRDqY6dfSe3kNrD+7ZSRaMCqsvxKeOg/0TU6T5cPTrU1/nOfyy8Dt+r3P8quiJoX2Nlsj&#10;Pmu0ds4+ujNR1nurK5FEm3pjqWV0nGxtyZasUV0YsMbXS61vTzsKcTflV8Y+t/lX1DneqewYnpcd&#10;kJRmtnbyoqMVWf6x35BA8OK3xgI9SPUvTIxp8jRaljyWNeSBrP4nQGbjbSc7Wlo0JWTmmNXIIoNS&#10;ItSCxwkT0ASgJDZoaEExsZZtuuRFOS1hJmQLp7SBQNGc6WWtGrUHIYGvVbX8vb5t9j/FnuLE7jxs&#10;prMnjAuB3ttGsygpMT2JsdZS8+Brpjqp6GvhOqqw9eUb+H5EAyBqWSpil1qOhu0s98DO0O2vgz82&#10;8FmKr40djbkxmX38ds0zZnJdTb6FJJjus/nD8cXlCvXzU+HkEeaoIGEW59uGoxtdG9TTQGHEv3u9&#10;lYPdnZIIVEdj7m7SJF225lqiKWas+034NNe33pUUrm0ufDvLcowYuPOWOZd39v8AmFeYNsXx7eWN&#10;VuYASEuoK1DpxCzx01RMQTUGNiRXVumxZrCfJPZfXXy6+Kuax8+/8biHpaOmyqriI9+7QWsao3d0&#10;D2pCyS1GCyVBl1kehnlDTbdz8YnjL0dRXQ1pme2+q909Jb7ruvd3V23s1KMPgN3bR3xtOrOS687b&#10;603hj0ymwO3urtwKDFuHYO+MTKJaSpiLmnnSalmtNA4HKiaC4hmuobvb7i0v7e5lt7i2mFJ7S6gb&#10;TPaXK40yxHPACSNo5VAV6DN7ZN82/mHarDfdnuDLtt2muNwADT8SulTpkRgVlT8DigJFCTOdYdmb&#10;Z7a2hR7x2ucjT08tVX4nL4LO0TYndG0tzYWrkx24dobuwkkkk2E3Pt7JQvT1dM7MFddSM8TxyOGy&#10;S+NBrIJKuoRGZCLG31uSQD9Sfx7aZNTdo8xxFf8AV8ujJ1M5/TUrHRTWo+ePTPy4U6EH3kRjraQI&#10;qSWBlAcIAp9TRLyWVwOSOR/sfdSvaELErXGK/n9nl6/l1vUVVI5C2KAV4GmCSfMfKvXvfZnjZdWh&#10;tKmwCqSUJH7auxUgSEck/wC8+9CNgaau4/z9SM8PTp1IpTIwMtHPnip9eHkP29e95fKpKoFAKMoB&#10;fVpSS19fAtyG4/F+fr7roI1NU5rw8x/q/wA3SZz4bM6t2HNBxIr5EiufQefXvfE3eX9LKVLuQJFN&#10;wQt7knTcWBF7A+/fCnrw8urrMVSkbhVrnGcnH2n16975eWW3jsttNtN476L/AE1fS1udN/r/ALb3&#10;7Sla1PH5/wCD/L1vSlK/KnnWtfT7c/5ade9//9UxlGNtZnsHfuS3VtKLb2G3H2Plc7Pn8PHmMZF2&#10;bX7iXEz7ky002GoTR0Wcy+VzP2eIlRFajipCpCiKVvc/+z20cs/dc9ut49mtl2a72nnW9s2gsLm6&#10;sJL5Le8uFlSxea8r4XhwIrTzwvLEs6keJIH0KqG93HmrnTmHbWslsptntUgrbMVLQjSyMIwTgFAG&#10;kwWZiM0HR+e5O4PkJP1Zge19qbxou5u1sd1Bharsv46UQ6h2xm/jrS7aanpqCo29QbyzI3GmwcFt&#10;fbEdVuuipjkIslV5RauCOcmGFAmPSm49tbh37I3c2V7W6izOzk2juDZPaGENRns+mSwGW2ti6et3&#10;HgcPWLnNz9cYsifH0MsS5fIZCkigjr6qlDqmGXOFl946w5j3CbnneLPY9lv94a4nnsbuaCIywmCW&#10;TeLWOUkzCaWCs/gStDFAZEngBUFp6gtuUZbSwaK0pvEQfwSYQWhUPUxkClYnJpRqqQdQ4Ch++r/k&#10;r8Xe0tq9DZjrz4/Tdbd9YGqqN09c0WycLjqyHr+oz2bxe8Nw7cqq6TNYajwvT/a1RU1VI+RlWXGY&#10;1q8Vj0tJWNEq1f8AyE3d2jFnZ8Tvffuyt55LJbWwFHh+0uqKFNsz7r2CFpazCRbmiw+QkTI19qaI&#10;zQV8euidGiES2GmN/vB+9VxzfNPyfuPKG0XNl4q3BuGCS65gjRpcWjxECIDv0tlpQzFxRsjTkrkG&#10;2muDcPcohjkJ8IRgaCc41101PDAxwPVrfxH6p6y6w6oo8d1Xtnf2w9p5HcG4NwJ1p2Dkc5k6zrnc&#10;WQyNUN0bdwsO5pK2uxOLjzn3LhKed6WoaVp4mZZdTF6xW6tx4Osw2U23uXOYLJbelrqnbdfhMvXY&#10;vIbfnyN1yE+JqaGSKoo465SUmRGCSRtpcFbj3h/LZW08d3b3lpHLBcIElV1DLKgrRXBw1K1Fc1qR&#10;nqaLiwsZUEd5YIWFK4rqOfInj59GkmghqIzFUQxTxMVZo5o0ljYowdCUcMpKOoI44Iv7YBUeGTxg&#10;Rq7ggBAoRmBu2iMaEijX6WFl/A9q/C1rrNdI+2v5nNT8+Pr0ZQ28bQqqxFYFPlQED7fUft6y++Zl&#10;DhrlbkJqJRVDhPU3HACBfpfn8n3UIVpx86f6v9Xp0wXYMQiZHmScZFK+p697x+UyOshk02OsRr6r&#10;q1l9ViukMODbkfX6e7aNIKhKnhX/AFf5fs6uWhAkUK1DxNcVGc/L50r173xZ3GpNEYa7H9avpVm9&#10;QjB/pp4Auefdgq4bUaY8qeXn1YOjydsj6AQpFKE4448q4697xoxHLKhsvjMYXhY721AOQqLMx+n+&#10;8fT3YgUoCeNa/P8Ay06vI8bdsbMRgVpTPHyzgcfXr3vi2qzRlV9KEBGYkkh/SQzG1haw/Fh9fexS&#10;oapyf8mf8/Wkm0MTHVq1oaZHmeGade99CRVB0+ouPGA4BjII4AKEqjRsDzc3t9SfftLE5xTPz/1H&#10;08urt3sQ57Rmte5ftJya1rTr3vl5JmD/AFVYwr6RbllN0drXCAkkn6/7f3rTGCDxJP8AqA6ZJi1q&#10;TXWcE/Zjz40+fr173iJOgyeSMAErw7Ea3sdZQ86TyvJ5P9Pd6CunSa/Z5fb/AD6v4iIYoQrEniSP&#10;LyIpj556974CUSRkmJlENtThnjVVIYjyKReO63vwT/T/AAsUKtTUCT5ca/Z6/wAurNKyux1qQfKg&#10;qfl6fn/Lr3uRTymCvoRGSCtVA5aOzFvXEIiHuwVRqFh/Qe2pFEltPqyCh4/Ya4869NsDeCaSRVqB&#10;6/t+0/y8uveyp/B7Y+9Ow+4vkZs3YG2cnuzdeY7RWCkxuM8dNCirnd3mXIZzNVIjxe2dvY9Xaary&#10;FdNDS0sKs5JICnI/3Zs5L3lP2qEdREtgtTpLaQ0FuAAoy7tTSiKNTnGACRAPtfPFZ73z3JNMsNst&#10;0xdm4KNb0+014AZJ4dJrdm79vbIwtXnty5KHH0FJDLKA15aytkiQutFi6CIPV5PI1BAWKngR5ZXI&#10;VVJI97IvRXxR2P0e1FvjeWRxO/O0cfU02Qx27oxURdeda1EdFJDPTbJwuSSem3rlRWzMF3JkKbUz&#10;Ij4+lp1ZZvZ77cey0dyzvzBHEAY1Jt5hXWGIYCRlo6tQUEMZCqQBIzkN0m5592JqTbTy3IqeTyPQ&#10;M3qF80pQ1BwQeNeqnu/fl5u3eLQ4XaWL3LQ4iuFfiI+uNuQ0OU3ruqrkr6dqSr3Fk6OophtQYqiR&#10;Ja3HR1awUkEs7V9S4iFMTCZvOwvRpXV8mMyO3iUqaerqK+WozG4a6Sc+Sanr6Sdh55ZDqC1QeEMv&#10;pdpibZSbRtyWFykez2Gh21LQkKIwsYoQG7Sq00kJ/Fp+fWM9zuM1/dSSIWF0xNVA7R8yDx45/njo&#10;quA2XuPdWenpKjNbqoOzTI0e4MVjMBTnYfXGDaOqMUdXjMvRLkTkpqKX11uPlTIzrrLw0+PCqQyX&#10;KvLFVSvjYsdKIZ2xWOhEUS4uleVZGNFR1LCVGqOC5mWXySc6vwDtLS6mKm5vnF0raGz2gqKgxgiq&#10;KKkUap4sa46bZP1UDvG8zEq1eFQMFvSnnSgzjo2C7axuJkx+Px+Zrt0YmeqoKzdu7MrLVZDJ76y6&#10;0r4/VurP4pf4bWTUsUQWP+HPQJSwIIliA1FptPWUc9NTRI7QUFWGinp1Esc9RkCA0r1nk/ynGO8h&#10;JDRt4JGFrD29HBNFKk9vV5EYMhjCt26h2k8HowoB6MTx6bZZC3iBQZgK+RUKDTBHaQeIHGnTTX47&#10;I0uSyMlbDDVZnHIksNXXSRvjsVgljkWjOGWnBx24VFKV1rURmvpUsS7C5MZxGal6GOabhwtJHHEd&#10;IhvrmDlV882n+0xYkW49qZG3KNH8W3V5aN4gYaDGanQdQNGqCSsY41owOD04rSDVcCOPQRnvAJam&#10;Kn0HEA16m03gOMTPVMaRQeJJa2parFQJ6jxrTqtPFOzUmPklZVI9CKWbVyb+49PWrBWNVLq+2go5&#10;P9x81OkiVwDEhlQRpNUiKYkKA6yLwOb+2rk3LQyw3k0v16sg1kABGYEKFRCKs2CV+HTWo1DqsniA&#10;rA8isTTIIovlw4VpxrUdONRh467GU9HBHTefJ5VH/jNDkahJsXDGkX3P3ORnkqaTGtLRKC8jwyxS&#10;vqIKpa3CGvhkkRYYMeZq/wAnKSg/YSv+4IwGvK80cakMrqhQ3Fz9fbKIIardNc+MwQhlcfCDpIOA&#10;Bqx2iuDQ9J3tmdxV2pUA6SVJHDupTTU0wK16mZDE1kdJJM9bkUx+33EYpq3G+rckaaV8yhG8YpZZ&#10;iGimgkmEyIsmlL6TjWXFieVaSN1rTJacmKFqiRWUaZ4Z7S6EicggFj+ofj2/JZLNZwIbzUqniFcM&#10;KUI8ShC5aq8KkatR6UPDIIEgMKiIUoakGtchuFft6yGTc8bR1OT8IxZpGejhXIucZBIrSLJSfw8+&#10;CWZ5aJb6wiaWSw599sj1j1/21THkK6KkV6iRjTQR4mCIOmrRKXd5wASyL5Y1e/AHu1xFFawQeBAF&#10;l+oNanVGGJFM5IRyceJjT8JBx1Rv0REhXQurTSpIJPlUYofI/wCXrhT1Zx7Yj+L0tVh9u1MxhxlN&#10;BDkJ8nvCtlZJzb7cwUngSwCTA0lVImnUz+2+PGxwy0UkYhVKym01dfLeaOtHi1Hw0MbvRM4UALKp&#10;D2PI4A9rZGF9DeSXKBVVioReDlPgo34dTFjooFJqoOahQ87OkzuyxqjAJTuAFMValO3PbQUJ6cXz&#10;9UsVfTNNXVdXj6yKehwcKJQVm3TU1bQsa/JTxQ5pYtJDTRSrJGoW6tpuTliSERz0tZWmpDRLV1NJ&#10;VSNUQ/am0KNPk2Ip2WJbEKAHW/0BB9pnt5oAotIVt5BwJLL4arRmURuCAzcVQk/EQGIHTLGMSRvA&#10;AnfQGhNF4nHHPEg1HXqitqJqumyVHjGjjjqZMVRZTEw0lHXVmaOuVTQ4SlH8URZZC6S1BDU8ojW7&#10;FSLZKyq0ikoYpq+GAqry0VJBDV1M0MVtUBgI1y0oRF02Yar3vfj2qFo0E09x9FJdXbKDiiBtZyza&#10;+1SOANKAdoI49OSAMksotWcj4WFFGeOD8VfKoqOA6bsTTJVxV+ZrDtqmkgqZaShzeYrK+ix2MrZA&#10;6QVSV1IdcWQnmlk8qmNirLZkIFzxx1FXZfKikIQ0glggoxQ1dUstOWf1QmohKyNWhwB4W8oDMtrC&#10;592ndXeAeAxvNBZo0oFEfmRHkBmFaavRiTQDpu6uLaEI1C0wThUelOHCuaYPlnrvOZfEbP2jWZp6&#10;g01SIq2tymR3HicdLFkJo4dcNaYK0eBNuRgGRqyP7VpIo3Gl5LIVvka1sZSrh4o6Gngpp1bJUu46&#10;CqoYcrUQS3p/4LU02lJHo/M6opDmSZmmkYhVIabbbN7tZLWcoVVtIDqxYMD21oSw0KuhCAKDUCPN&#10;uC2to41lV2MjRnKgPg5ozHNfLhjhTose3aLK75zlTvXLTZbMyZmjjh2XW9b1VLXy9fYyohiizWS3&#10;zFXVS1dLNuc0qPWVKNElNSrFjaeFTLPE6RrmgydYS1ZO8lIRVJEqzUUi0yHTBTCYER1VBAgKkyPI&#10;zsSTf2ns4GtbaCO9sDoddAVzqVQcjSoNVJr3KW4cetLPRjqgJTgKiuSPKnA/yHRkMTTNtXECnxND&#10;QQ01e0sU1aPtMt93lJG8+Sy1RBJEXos3WzkSxrSU1PFCFCJ47D3HpPspxJNRDIO0DNUyLSgCipKg&#10;n9icQkUtNHNqQFZF+pa/F/a5vqbVyLoWzWsqhEDMwVwKEpofjVWoRnRQ0NR1fwnlUeJoWN6KNRNc&#10;fgIPxBvTyoc9TskK2n+2pchNj4JWUUUdXXQpUbgrKTxuK+BsvSPlMnJSK7kSU8xW6LpIYCwcp6mt&#10;kpI4qiGeoZPuKqYVs60mNkhnCeIVjS0iVcdfG4PqiLoT+b+y0pFGhVpIyiiNTRSVRoywI0qSHQKR&#10;QuAxHpx6oIpAzMsmpVoBTuI0mhAUVDLTgW8vs6aKGixEObqazHtS4r7kRY/HSYinOR3XK6J5KyXC&#10;tHkpcOuHrNIvDOkU0YC+kj31TIiVLVFTRmLxMIaeJvt1saiAq8pFEBFJcKEQsJHYG5APtekcFzbG&#10;ZLoMxbV2I9ZPCAARwRVVq36ekhAQaArXpHfNDMoSDUXpVjUn4WGPnQfkOseSqKqKk/hlDXRlKiA1&#10;VfVfc1MqU3hrmmEVO+YlaoSVVVp6tAYIxwoYiw9ugmm+1p5KFI445443V2AikhKBoInCNeSogLRn&#10;WzaQuklf6+2JNsayja43GNk8eU6kkGptVQTwwquDVAKMy8CM9IIIvElJuUKOCagiozny4Vwe3IrQ&#10;9Jp5sfLma+gq6mevqsIk1ErY8zyUlbDVxplaunE37dNTZWnWVFRIxPrNQqSKbBPfcdRU+Qn7gx+A&#10;y6vtg/3kdwsaSxz6Pt5aaqVljbyDXpclG1chRaQCS3hjFrIdTkGNm7NJzoVS4YFaBiCdQIoMdblg&#10;TUY5FVgeIyUpxNV+LtORQ8QKjpvyUONGk+CgmWup6KZKnIRIaLJzU71FTLT1NPCf4jS5LFyxVFXE&#10;9IxgLQos8Pi4fG0UXogqAZv+A9M9PiZRHUVNUbzPL/E6gSyxShLnxODEPorADkwmivY5p5tsXwmV&#10;iU8YUjiFeCjLEk5ZQCCGBcU6YDMGkaEBVBJVpMqBgUCjNPnxrmnUePIKKJ8g9baM02YzDV24KLTR&#10;xYRwlFT4+u21ivscfV0kLaKePIRPFkS6O0kTyyNoR+4937H672Rnuy+zN44fYPWGyZoK7c+/cxHV&#10;VGNoaiaKcYnZ+2dsq0uS3j2Nn4IXTDYShBqZmY1Exhp1aVCvdLq+t5HNzcmaUr4bwxkBpXkC106e&#10;BTC+I3borpAfpb9PJezyRO2hW7WC5JY0JytP9tX7B1C7D3tQbPyG39n4DY+5Oxe5+zaKuwPT/Rm2&#10;qmhg7C3vJRVFHLnOwc/vRFgx+wei9u5iqp33ju3JpJR0rxx4ujFbXSLSy64/yt+aHdX8wDfu3Oi+&#10;nNjbtw3Utfuuni6p+PWDnGX3j2JuOk8sWO393JkaJkoc9uymo3adYC0e3NoUZcQ2YVFXM9s+xLb3&#10;ENzcqJdyr2CmEJIJ0DzI/wB+N3MACzYWgx2/bksIFMtTIcgcWLeZ+ZHlXAFKmvRuel/jpsj4t4nM&#10;/Kn5V772luvvek2jU0+7e0HoJcN1t07teueGqyPV/wAfNqVf3NdtzbFfkkiSrrCs+6d7ZJYpa55D&#10;9jjqLZM+D/Vm/vjz8busOjuz95YfeW49gV+WrEyW1cbTy4vaMeeySZKk6+23mEUz72/ujkZpGjyw&#10;iiEs0hSnRoQsssq2u8TWVts9rJHKIVRfElj7FT9VpF+I98qKNKlRQjuchaARVzh7Wtf7pf8AMclb&#10;uS6tPCFpM7CINSlSa0iVl+KgAIFT3dUefMbcNH3P2p2F3D1/s5dg1/ZmAxNDR7L3Llq+PcO7cZt+&#10;groajenZeJV4MdsCDd+AqlxlThZahkaigWSrYVaNFBw3pna2m3p2NQb1WSrxlRjdy7sSs61r6Dco&#10;yHXh3FBtXrbB7jqKqmly83aG98mci9emDSCDAKgjU1R8z+8wvbfnTc92/q5bWW3wPCjL9TDGHSNR&#10;+oIpIVPxN2obkAjxBVVxxDVnyhtVtJs8EEKyLDUVdPDEREa10Kv9pGhAAZyTIMinQ6fGjcG9Mj1f&#10;8fKHYO2tn7byVFubZu19wUPah3t1/Ubb33t/aNRu7tLeWytuQZI47L9YbFoocYuPbccksO74xcCh&#10;T7ZTW93d0ZurvzY+J7L2p1Tidm9jV9JtvG4Dau3dwYRG3zJV5LLJW1QaoqsJjKenr8ckUw/isNLk&#10;aaOGeRJa1EjQHnPXJm+7vt78y7fyxHHdxLEsscIapjY5mK1ppEjrHrVV0qRr1FR0PrfmDlizhvbS&#10;93dFks0ClmLlEq1FViwLjjTUKxliFFOrfNk9pw9G5Pem0+yuwspvLbG2KnLZur3w23dwiHa+PU7e&#10;oF27laQR5afJVFDmMkYjV4byUYlqKenemp5mkZq0N+dU9qdVPTt2PsvKbSkrqnMQ0dFmnpqfJTU2&#10;Dro8ZV5hKaGd5anB1NXJppK2LXDUqCw0j6wJuVjf7ZOkG7xPb3DCuh17goYqDpI7QRUKanUpLVwO&#10;j9UE9sJYrhZLcGmpaMuc0x8JpmhzTo22z9/7R39DXVOz83SZ6jxz0sFbWULGSnpqyrphWLj5mIV4&#10;cjBSSRySwuqyRpNGWA1D3Yp8Pvml1X0XsjqHr6goKbZ2ezfbc1b8k9+/wvI1FPuHrSXC7jhxVVU1&#10;f3mUmqc5R1EGMgmFPBSwU0LA00QeOV5BxY8xmDbLezS402tfGYgs8qSKuERD20YAIc0eug1BxGnO&#10;PJ9rvsc95f2TS3MS1h0nPEHTRaFgOOkk66kNgDqrP5hfCzu3vTfPem8sjnl7D2TR9QpVfGXYNfl6&#10;d63rrvmhqsKy7ixGHbG4DBU1NV46Oup2+6qq2StinZKqUx+CKA5vzR3v1/3x8dZ+yOu/76dj7Cx9&#10;VuDG5alaTKbM2buF4cfQ41clvGGkmpa/cm2qJq9JoBUmGlglhlLLGY3czp7Ncr+3O+7/AHe585bN&#10;tJiihVkubqdoxHqcSFR3hBIcChFA2oR50v0O/ZndLuG/3PZuZNjsI9qggDqxNAsjMaVUYrpqNByD&#10;nI6Kv/LC6Kz/AMYe6OwesfkRg+ldodgLBs7d+ycfWbyG9s1j13PPuOerp9jy1VTJiMBl6LxNT1Lx&#10;eTIVbVKt5mheOMKag+MnafZPV3TO1NyZjDYR9kZ84LfUu3qltydd7y2DTYqPNYLK7Ygjerx+5FrM&#10;vUpDHU1c1RSA0zyqEbRqny39z+QeWd/3S/2SxhvNov8Aao5rPW4ilguNYiaEEtrVVjGoKKN4ciIS&#10;1TSZp+c+Tdju2v7vco5LBrYS62kAABJAgiQE0Oqh1EGikqTnpzzf8yD41dM969lb6wUcW8YeyunN&#10;u9i7K25nRV7O7PwnY/8AenIbD3R1jkaDNKcjsjIYPb2Pgrno2paasWkq441EqMXj7ymKqafZHYHS&#10;+1du4TaWU2/2bUp19lOoYIsduvrGsze12kq8pt7NblWsq6Lcm+dhNPDlosTSRJBQTinEcbUyTe8I&#10;fvY+3Htp78f1Z55m5turP3n2a0ltLbc0uzbT2+Fee0kMOgTWkIYFoyWlLgSRSxs7AhbnL7w0XKu3&#10;Qbhy5tcO6fUCEyQyyGONYnYKFQAandnGjBAaozpr0IG0q/am/wDenU/c3cXcdf8A6Mt8dV5Ck7M2&#10;H3zHiM5sbsr/AEV7qoMvhcfBtvBKNuQ1nU3Y8gnoMnWVVdPlG+4u0i1TxRGDg6a2Tit97P7gxXYe&#10;U2zvem6mpNgZyig3TgOwdsb+y1PgPs6vc+658ccWuT3VDkYZnrKiganx0uQfXULEyNfEK0+617s8&#10;t83XPvDs3Ng53vptqa0ltLu3fxL2OO1jt7eOGevgQLEsSSxrOHLSRK8Ei1kVgZsH3pd25ksINj5u&#10;9qbzbk3G+aOKeAS6YrYBtDt4oLs5/CyhQiVBBbSSTPcnee/t/wDU2/OjcV1Y/avV+L72q+0Nv7wx&#10;u3ewOoajafX+Q7Oev/u3s+iy6ZvM7NpcRgMkrYKKI1NdmMOZ46OmPob33X9m7zyeHrt11tBQYWmx&#10;eSzKbUz9Nu5Mzjoq14JMYc/nKfPzLhOu8fiqir8zUVLDUwVORRofH4JkvmTyn7Bc3cv/ALvXbN9h&#10;5f5mnS7k3SM2z7rPfz3SUtJLV/FjOmCZ/GaKmmSOqdiJq6F28T8u277Rs/NcU04mjBh1gRKuihC1&#10;7xI9AcE1AAOekDsn4LdQ9XbjpOq9sb5zmaWTa20ZuwNgUnUkGO3FW7GrcrSZKDYXW9T17iqTenyR&#10;zO4kgTGvm8vk6KtxW16Zch55q2CqYAzja7K7q3BNvrcu1364VaqGr2BJkoqLIUWF7AwWLgg3X2VV&#10;YinpabEwybxoclTTTVDw5D7aakVqenWRta5Sxcv3+x7jDynuXNab9BJZQvKV0wzEQkx+GipkkuzO&#10;qBo4owDHJ2sAy7aTJZbrd3FjaJ9CYvEbvq7D/QwjsdID0IYVUBQK+XR8s71Rj9hbNxfx4w3clf8A&#10;ImbFYSY954aiyj0m8t39D53dmcp+rOm8HufF10+YyFPsTOUGToMdiKrKYyGrx9S8dfUfaHxSCZ2J&#10;sTH11aKvPYjadVJSdbRxUSV1FuCpr8jilzsi7vxUeNx1W9ZUVO5IwYKEuyw/crCsoVGcewZy97g3&#10;+1c0c0bXtXN1vFc3G5WDQxF1Do8kehZWLCNdK6aroLKDVgxaoJanM1rPuD3UN05u3kbSsigKrADL&#10;kABfDB0oy0BWlCTUkvvxy+QeWxOJ3djthbq3pUZXPfK2q2zlZ6fJ7CG3Nt5fePXOCq+ua2bN7hxe&#10;KwTba2PHRpV5eGCOZhTvU+CeZ4VYgdjsZvrB7+mXG0tdjdg9lUFVuDG7Pz+aevg2Vt/G4HFTQU1b&#10;TZSLIjH9gYB5loUoTVRhaKN3gNpxH7lznqXlLdPafdm3ea3j3TaomjurkJFCl7LLLJ4oZ4zGjW1y&#10;VMhukjLLcFak6CxGd+Nt3zYEuduna0nt2AlAIWOZjr1RNppqDv3E0+ID0NTb4jIdIbx6woszufC0&#10;ua7x6I3HTbNzfdO0NtUG1G7e7Cymcy9FmN24uj2JT4cbm627GyuOmyFTXfaVFPDkCHnV3opZiPNH&#10;Uaxj6Cd5fLPUxx0s2Mx1qaOWoRXRWp31zQS1Ul2dAZFiSwYni3Gqw5Xt+YOdbez2K5nt9tnvWSOV&#10;0kmkMbsVQPHEVd2VaGQqqio8RgAD1DkcBWV0GtkbHcCTk6SO09wGNOBnyHQc56vagxm4M79hj6xa&#10;Lbsr5vDbl3TCcuyYSSR66uizYQYutoMPSslPBMy01VW1bMsAW5uLH9xUghrExGUq8lU5bG0dPmK0&#10;xfbxLLDVrUV2Ox8RqHlhhrliX1uxBQAgKSR7lRvYXmiwjvdhiute5CBT8WiJoUnrH4crA0kkwSj/&#10;ANkUKVcNr6PbbYL5y8M1iiXKq5VF0sCCP0pQ1BpYqCpU92qoOeqwh80szm93bbqO4Oq9qbAwvXHY&#10;u7t39YbahzNZnq+qxWb2tU7a2jvvfdemFpcZk8ztObIzN9nRQwPDWSuhkmWJHYOM72Jt3rPM4jbx&#10;osjWZTI5U1Zr4sPma7bmPraUxUNImTytCpqsfHR0c3mklUSEwCQqtlN5b9kvYi+3Dcbm93cus+1G&#10;UCFnjctM6DHiUGoIpBC1oztRWUKQXdsu5Nsg3E7iYUlUhYlOWNFLLqz2nXWlKtQ+VOjObX6E7M+Y&#10;uD3Tv+tzMOzNtR9bJhMBg8Pktn0fZG4NuZGtq87uPKDbmUmq9qzVee3TTrS0lFUyUb/dJTyzyFiG&#10;VA7Z3hlc9JHt7A4zDdXda4vHxVEdZhaaCnq92JvaPNZWh3R1w2Qo6zVi8RPjZjWUQallellaRTpe&#10;xyT372s2vl02B2vdt1n5ijm+nWGBUENoEePxYbkUClwzo3itrCaaA6wB0T8w2PMG4Qi6vN3S2klo&#10;yiOQHwzHRnppADSrJQ6mJzSvCnQz7y6J2HsncD7qrNx9qfLH5CVWeosbp3vXeXrnrVuq8bsvF1vV&#10;vdp2tmKKjrNwZifcCyUeYqoMhBUZ8Rq0n+TRsWCh3Z2ZUboGWj29mt19bZrCsmPyRqzQ722hk8Rh&#10;qqDF7tjxUEEFEUq6qKXywU8cE808sEyCQxm8de5XttyG1y/LUPM6Tc73iyuIRK4lSXwgPEEgIbwy&#10;SodMFiSchTpDktpsHLfL7NvO8pebxqfWMky1YlY9THSoUsNAOKVB49DpuzpXpLFbdxW1Nu7v646w&#10;7bxe7Fi7Fws9Bksr1JvvB7j3DR5Pc/XNXW7jrMoajHV0UsNMKiprKx6ejp56TVFFOyqIVLumTcuB&#10;ixe5MRhM/Owwearsflaf+Hf3fTEgRw5mp2hUiMVGYrWiaGKsqEaKaQSu2v6e8YeYrTcfb07Vt/Of&#10;KlhHexRgwMrxSlArqGIRV0a5ArNEaaAxq+oseoNj5D5L5g3zcb/Zb25tbybUrIzEtK7EtVZ8grWp&#10;ZY6aRpC0r1BymwMv1ju3EZPrrfO9Np4LA1G9tuYCfFVFNvet34d+VIrYtop2tDNU5XDbE21W+DIj&#10;EUk8FVQww0sVKsQiBCC7OzmW2lR7y37jE1Vq4yvzU2AixdPM6VmQgposbkcXCk1NJSJGtN99X09P&#10;TtPlDEzPMuhUYmj3bYuc933blblDlNphujokEbFRLG6SFizvUAhH1yMIyx0HRqIx1PXKW3psuwWG&#10;xPdiSCNFAaSratBPFjqJOdCqTjHHp56g2fR7oqti7ar81VU+CxGWpNp0GXpctUzUeWzGLqa2fcUG&#10;WrYsfkJa+tMuROJxb19W1Hi3qNSU8kkjSICnVvW/b0NHj6frTvCm291ZVbqXcG2MdLt3Db1fdWfy&#10;uZpq3sjcG93z8OJfCYTJ4ljj8BgZzLk6apU1GRknkKkGfN2xWPJe1NyPuOwG2RFaa3VKLOSNUNxK&#10;9zWiVZQqKgJQ5ao4Cmbc+Vbv952lnYk1iFWAIkM54Lpav6QxqJUKDXSTqxL7W3BsPA717E3z3J1d&#10;U1fZUG1KvD5OsSn3Fisr1rt2lpamr2FguvI8NBuCDe2bfIIclmdz08lJQ0cb+CgCWETm1StpIUpY&#10;WfNV1NUZSokqazJVPrnNNNI8PiqZ48fDV0lO1kpAQ5hpkW6qqD3j9FtsTanYRiONB3O1GloB8RDE&#10;ajqocBGOPiPRCbTwlnRfDDKlFrTSqnBWgqVPqKAZoCegthwGdd8g9H/djD5nB7Shotr4PD0dfl6j&#10;b8O5gJq6ozk9PNuPN0efzTPLPmZE+3+4rZSI3dnc+0dv3eeztnbIz2Z31uzCdd7HgWtzm+t6VU1Y&#10;o2vsPFGObOZCgpKOJKjPZvMO0ONxdHEHq8xkchHTU4uWZL7ntW47TZx3DQSHt7EYIrMCDoOnDIrt&#10;+m8clSdDqWHTUjyPfW9otwSzKAGK9uBnuHw6UqQtKUGePTnj56zGbop95Y/Y++O0M7tDC4LaWwNj&#10;YahxWQh7H7n3NI9HtXalZmMhVZMbJosA8U+XytdKKfFbYweNlyVbr0pFJr5dxfMbvn55d47a6h6I&#10;65yeI2Bktx47H9J9V4yoXFb1xtBhqmWfdHZ26d9UTpjtl7r3Pt5CNxZlT9ntHAQLSUsyJHPLU25U&#10;E2wXsF9NPL+85WXUYm8Nlj1VliiahEQkGGlVS9O3uIVehWtjbbZYkaiGIAyDVzwqw46icUHAYHca&#10;dHE2X0n1v8Q+ud2/JT5Q9hUOb7eqdvzU/YfZMzZjK4TF4bIzynbvRPVe2ciarObg2pT7hyES0WOE&#10;L5neu5ZFrqqF6uop6Sluy6g6XxfxLWr7W3X2Btqi2Nt/YGJ2jINsUVfkMBuDCZAT5Wj2HsjL7klq&#10;uyN0Yvau6HK7YfJVbzV6TVNU1PB9w7R5uc/c6+0G/wDtTa8ubPyvEPdLcbePVJa1kk20WrKkCXMk&#10;prLrieRXXSS7kEaRQ9GOyyWt1Zx3rWHgzIxetB2CpV18yRIvdVeDGhJz0RPuzujDfNTZW2eg9p9I&#10;7joPkBunsCuz+Q2997S0VV1LuDZG4UpMTuDtOXFU8+0pMpl9nV1T/ewUI8eMrZYaQzVM1NBG5De+&#10;/kZWd47r/i2Zwc+NwGKeqp9obYp92TVFPgqCeyTVU0H2ElDWbqy8EatXVYLfQQRERIAYz5a5ag5c&#10;sLeLw0l3QAKXICnBNBpwqKtSFAFSxq1QOjC8vri6CUA7QAAMUFePGlR5enmOrWPih8UMH8X9iJhc&#10;fk8duHfmchiqewd+vt+KirNyZOJpGpaGghStc4jaWCjlaKgx6NpUtJO5aeeVyXSryW0WTS9JvqKU&#10;g3EFRtaqpLgWVV81NSTvc8/UE8+zIrbSRztNKSQpwxHxE47ia1GVLAY8vLpJH4UysXXtHoxzniT9&#10;uD0Z1huZZW0yYKWH+wGhyFPL+P1ET1Kf7Ye41HJtCoZPJlcvjNIb11+2IcoYzc3LLjcuj6Bf+yt7&#10;/wCw9obcCGZlkRtCqAv4jgggCmCCQK1wRk0OeqyRFSS0b1I4VH7K+fDj59ZZ6jNwqphxlDWHSSwT&#10;JyUxDBSQqiWgdWDNxcsLexf2jnKDD1dHXYDsT7WtxtRTV9DUwYfc+AqKOupmElNWQS+GpiSenkUF&#10;eWBBseCR7GNrcWE0SQblZBopXI7tYJUkV1KTWj5Pc/ELxHRPd20Dgia1JaQ4B9Kg5zXyxkZA6TWY&#10;pF3NjMpgt2dfQZjCZqgrMPl8dXvt/OY3KYivhanrsfX0VbLGKqgrYJWR4nRldCQw93v/ABn+QFJ3&#10;Ntd6TM12GffOBhgTctJjKwGLJ07BYYN0UFHJDTzQQVLemqiVWWnqSeQjr7APM/Lx5T3a23baZIzZ&#10;5KpkeErsSVZj2r4pooqcfgoOmbV47sS7VcPpkoTGSpqyjjU0I16gKg5KDV69aRn82P8AluVfxD7C&#10;oux+psTuGLpveldV1GyayXFzzjYOaR5qmp6y3BmYZalZopIY2nws87eSehUwl5J6d2cFv5gfwc2/&#10;8wusUocXJjNv92bDgr67pvfNYmilllqS9VXdYbtqgVf+4+86oArMdRxGTZKtB4zUK4U5o2Z+Z9rt&#10;uZ7F0uN9EOmeNmC+LHwUs+VaaIAqy9odNIWhAPRjtN6bYR7VuUv6B1eG7MAYm+JiT/vtsAr5HSw7&#10;gOn/APlVfzKcr8a99Cj3a9bXdVbwqKWj7W2uhlknwU1HFBQ03ZO3qFRJJNuXb1JAkNfToAcrio/G&#10;A9TT0pFJXw27ppNyYwfy4vl3kP8ARVnNl7p3RiPiT2v2JLJjv9lo7yytaGz/AMae4K2rVnxvxh70&#10;3HFHGatT4No7jqIMvGho6irdOeX3mfZq85tsn9z+SLQz84WVuq31jEiq+8WMRzLEO0fvnbUNbMSH&#10;Ve2ym015jVpN9v8An269ut2+ivZSOTLuYfUI3C0keg+tiA+FQCDOnwulJFK9rDbR3RRw7KzY+WHS&#10;Sx7z2jvrCYDJd07W2nMcrTdk7GpcbH/AO39h09B54cp2PsvAOn7dOrS7mwEf2X7lXS4oRq3cm3dx&#10;bM3JuXZe9sDkNpb12VnMjtnd+0c7TPR5fbm4sNL4Mlh8pTkFUmpXsY3UtDUwOk0TPFLG558I0c0V&#10;vcWsni2kyBo5BWjKxIDAGhBqCrKQHjdWjcK6MozQgZCkUiMTA4DKVYMCCAVZCMFWB1Kw4g46NNtz&#10;ceB3fgMLura2Xx+f23uPF0ObwOcxNVFW4zLYnJ00dXQZCgq4GaKopaumlV0dSQVPtojbhdJW31uo&#10;W5JXlVXUCWFhzewH0PvbDjWvSqpr/ZMXHmTwz51wT5np69843C6LLxdXNyQHudMl9IKqR/hcj68+&#10;6spOrOf8Hp/q8+qyFgHzRs5AqaDz+Va9e99lmsTEpW5f08EH1BdQZxp0BjzcH6f63vQABox9P8Hy&#10;60lCusknSKivl8vUk8cZ697OJs3rDruk6+O5MlszM743rX4qDdD7Tot842s3LQbFr5o8XUbipOvs&#10;fBVTYKko6vxtjZczURVWVaaSXxQUpjV+hHtJ7J+0m5ezMHuT7ke3XMzyNay+Cm3Xtq13eRrMbV90&#10;tdvZPHktLWYlJpGKw+IlIUlKCQx7ccx71FuMNpbfSy23iGpJYEADVRSe3uOGBFa4Br0TrdHa3ZcX&#10;dGR2pTbn2ftDrvHfaYqDcO4Nkbghx2S3vUY58vi9mU2+Mxl8Zhc7l8tT09Q1fBiqSYYymhRBUtWS&#10;vFCVP+G0v95f7sfeVdv4l/CPP/kn8d+01+L7rRp+y/i3h416fD9x+NPHvFz/AFmeb/8AXR/1vv6v&#10;Xfj+N4tNI/3Drr8XVXw9PhY/tNHi/pa9XQs/eMf0H1uhfA/y/wANK8fw04fPo2/3Lfw37zyU2v7H&#10;7nzXl+z1eDy+S9vN9rfm9tWj/H3/AP/WOv1z13RY7bvX/WG5aquw2K3dtTcvXeV7gzkW3aTJdZd4&#10;7121LmejK3P9dyZSfMJuvde4cVWwwzY2arpqDNqtNUzjVGJYW++T97T7wu3e1l5su/7tJbW95t1p&#10;uO1XsNv9HJf3G03Fd8sA8QVo41t6I/iwxhoZTNEZCrFJP2fkzlz+sF/u+2ROsCzqywpKGURBRExA&#10;A0MdFWyQKeVT1Zr8el6m+Xvyp3F8qtiVtH2jmNmdsRw9ldFU25cnuTZkfxqegynVGS3BtPdsm2sf&#10;tfsjZmIqs/DkqTHTJHR5XA45o4aVakAihXbnzV79wPYHV/Zq7rbMZjqk4utw+3a96lNo7lz+Kx9f&#10;izu7c2EpBj2yG4si1UlZLM4UpV06SxrC5e+KPNvPvPnOi77FzHzfezm+tJ7XWxWtrb3EaRvFbov6&#10;MdFUr4qr4jajrdwF6yNs+SOXoYX8CHSJBlj5DjQZ+Hhj8uA62NsB8R/jhtPbOb2jtbqLZ+3sNuKQ&#10;NllxeNSGvqYFy0GaixoykhlyMOFgraaMR0KSrRxwoIljEYC+yz5TKZLL1mRzOVrqnJZbOZbLZ/PZ&#10;Wp/4FZDObgyNTls1lawoEgWtzOVq5Z5yqjXI5J9R9gm2t7e1htrO2gWO0ghjiijHwrFEipFGtanT&#10;GiqqgnAFOHQqtbW2tv00QGlKMc6tIoM+dB5mvRi0RUVURQqIoRFUWCqoAVQPwAB7b4HjXm76n4uf&#10;0AGxspU3IZCePxax9vyKxNDSg/b/AKvn0quGkZgQwI9AM8MZ65e+MgvYR6Il0mMMDqeVT+fISQ3i&#10;A+n5v72n9KrHj9n5fPryXGltEqMWOTnh9vlX5/L59e99ICFV1RLMvJk0qSFJ/WvqGpl4sPTYi/vz&#10;HuYFjg+X+r/Z9OqSTVLqC1KY9D/nFfXPXvfUkkgXSb254RFdg3DAkni0J4JuOD7sqrWo/nj/AFV8&#10;vs6tCYSRRgCfMV4fMerenHr3vCCbMLRvLqvZo2YROQNQVLnToAJH9frb6e7kCo4hKevH8/n/AKj0&#10;+XcupUHRT1p9nHjmn546976vGLDUzoSCSVtIity4mvyBxcW/H9Cffu8+QB+3Hyp1rXKz1qFbgPt8&#10;6H+Rr173wkeOTxXYhVRdIRCwRbkknV6CwHJF/ofx7sqsuvGSerp4waQaQSrZFf8ANQ0Pr69e99xS&#10;LGXUKx0zDU6SBfMx9aCMD9OktqH4FvenUsASRkcCOA4Gv+DpqQs5Ad1XtrwrTy1H8sf4Ove8MkjE&#10;MHklKqbFVZV0vHKSTIBZbFubC5Y/X6j24qioKqK+vqCPL/VjpwOo1FY0qfWpqDQ0FTwPz4de9tm4&#10;c9QbdwWd3VlvuIcTtnE1ObzE9JCK2qjx1E0KTvSUPkhWpmUzKRGXQWJYsLe1e17bc7ruO37PZFTe&#10;XUyxRhjpUu1SNT0JUYOaHIoB0Vblulrse33u437N9DFGWbSNTU86AkV9MEde95sZlIs5j8PlaGeQ&#10;0edxlBmMYJYpIp6mgytDDX4956aQsaaoalnUvEzHxklSSR79f2E21Xl/YXcSi4tpWjkoQQroxVqM&#10;PiWowwA1DNB0o22/s73b49ys1L28iqwJwQpzketCMde9mf8Ajl8c95d95ZcjR5Ci2Z1phcxT0+6+&#10;zc7FUPi/JTSJUVe3tkY2FWm3lvFKJCWWMpjseCstZOigxscbVydvG+RytbbdLIgiZgFGQMAs7GgR&#10;KsKL/aP8KAVDdFm/7/t2zWjS3dCGroUUEjnHDhpUNxLfsPDoD+3+8tv9VxU2MSmm3BvPLqi4fbtG&#10;yIsX3DSQ02Sz1YzBcZiDUx6AVEtTO/oghka+k6Xw3+KW2Phxk/kHnMduPcI293buyGXKbu3vkcdT&#10;Vu9KLE5rP5/DY3A7B2zFUUWDxmCjz7CWqydS02TnDVKR0tKkSNnDyRaz7nsmzWu47Usd/ZW0axhh&#10;Ux+Gip4hLZUPTSyipU0UktSuHfNH0lrdX0lnuTySyytK6I3mammKfAToJNSSOAr1XJ8sd/VXaO4+&#10;vsBtXEVnZ/aG0qCpyK7f66xcDbV2rFuOioabM5DOb8y9QuWpWkyeJ8ERoIHaVQKRUlnkkZDbZvNa&#10;fBLUjDZjGyw/fYHFU0ckmQip6hLQZmWsoJIqt/v47l5ZCJnK2gZIgfcvWotYXktFjEd8BSTVQIWp&#10;qIX+ONfwL8RPE5HQBkuWnZ0hkKTA9wZaoSPirjIU/CM1PxeXRbdg9cZHLyZmqo8zvfb2RGRXEb33&#10;rkH0YKGsx7iGv64wGF3RDVbdxsWBq00CkpQ2PgiqdeThqa7RpTFYlfWmKTITY37pmMVNHT46mljp&#10;dfEStiaTypRLEDe7mx1X5Nz7Sw3dpHpe38WcCviOXJDKoJ4vjSMIACCCoqOmhcoNVJBIV0gseJHr&#10;WtdXr6Up0YrDY3BYClrMTt3F5nF4JKda2eknzmUoJq2Yun31RFuyu+3q87UVzAyloV4UFVKJpQNj&#10;4WtiyoMRir55oX1xSMDpjmGhvsJkjENPaVeYtY0Eni3s3tnV4mnFsI5wyGrsSxCHWZX1EjTpIWi1&#10;JC04MenYruCVS6QLGBQVFQSamrNXjXHTu+78LUbbFPVVNbicTQTlIavHwmCFqpAVhx2YoGk/iGQk&#10;MLmT7p4CkhA9RdRePTeWKarkqoZIo1mCNRZCUU8LyxqHcyEaZ5oFC/VZbk24J9sOwNnHcglb0kmL&#10;w1prrIakUIoThgCOAJFB1a6lUW8YMuOIpxFTTFBp+eR59OuRjgqzjMbjKiKtRqNpqrO4mA5Kuoaa&#10;WBYKcQNIs1DS1LNLpZZaUqFP6gOPc+B5Zx9jPOY2rXczB40ptMMKlTDSmyyVBljI0tJpYryGv7Wz&#10;Q27RNdiV2kjKMdTNqkZvgOj4mKMa1wGJFKqOknhQkGePviQj4uLFs1KihwwA4UPljpNVaxUFSmXo&#10;cdTSJi6eelxjUbtk4o5amVZKipy1UfJQYxI2gPlSn80cbrpMYvxiyOMkdEqKCSWigjH+TpUGaetq&#10;G0CJknoUU1ZgaJLH1MoPPtDYXccLyrckJdrlRpqTnTVjxUhzrDZoBpGD03ayWy6IZIwZMHtABrnU&#10;OIHxZzwGOnXGZk6zS5GGn3HLWSGPK1NFLRYvA4qJ2bIRyY3MyOcNUVcQYqqLFDNKf9t7adMtHkB4&#10;XgiFYG+7q5KU0wlkSzR0tKKZI6mGomQHSJtYcg3P49rY2tJLWQeKwgKjSQDqY6jqZM6Hq1dQJAoR&#10;TI6UeNDLWYGgVgBknGQXp5qp404EjHT6/myeIRsjQ1lTV4idTR4GDKw5AY+mnQxmtzk1fPNQ1VHR&#10;2W70gieEcKh4PuXA3hp/4clPPBRSTFpcfBNG+VaOZQsz18KiCiNOygEsSFA5BB9tRBl8S6uLjxpf&#10;DBKaP0yqNWI1NQhoagqO40B6vq1MXNxqkCihI7ME4BNc+gAz03ZGMVmQgzLT4581RwvS0m5q+Koi&#10;29DXiMl6bbtYTVZ+SsSfUghbU9wVIYce5gxwniRjUJantFTeBvLR4iOND5DVi6OWiIU6ZvKL/wBq&#10;3urX1tDD4U9uoaQOGOqpILBlQKx0SFhitU0DNScdVjkjRC0iaTxJrUn0oPM/s6aVy1TBXTfZ0lZ+&#10;+Y6zIJX0P2eX3hWuzRCoxtRElV9vSSXYLNRrA0igEw3v7jJS1lHGGWphjZjM33NTTVMlRUKsgWRY&#10;KcB/4ZrPrBBkQg2A0+34ZvEjhSFmjtw8JMbaSArKSWHmQCAqnJX4q9PSTWrsqNK/09FqvzIoeHGp&#10;/Z69Tauvx2QqJTUYqbKVBhaOOlxOUoqWhoalF/yaTIZRmhi3M0MbsrxstLIWUhiH49yhTsDKajRR&#10;JNo+3KMdVT5nZGFc1PG0TsXJ0Cy8Gx+nt64mura3gkLeKxdggVmrVa0kVjVT5AsxFaYFeqUSNI9J&#10;ZkLUIBJoR/qr55FemmGroayp+2ofJk6jHQl8tPW0sDU+KWnhim+3wtJXzQ5Ckg+3XXMI2mCuNRJv&#10;b3Ekoo6YxYykiZJ5WeSOCorQtZANREVQ1NGAr0esk63fTp4PHHssR92uYPEvIgkKFVQ04N/vvVXN&#10;R2muFYnzHTLXA8S6kkmXwacaHj/RPkQPIDjw6VEGVpK6abcVRXPXU0UKxV9bjsS1RhclD4w1RSR1&#10;0xaaPMaQhFNDD5mZQy35u7z46qxdIKVMpQU+bqFlhqWyBq1ljopKTRND9rjGWGhqqmOaxRCZ0pSH&#10;ZWLqAchrKQCG2cSGUq7Ivb3KeMkgOpnXSdQppdB3VHT23TWklzWS3JcUI7cE/hYnjqAr3U00qOI6&#10;A2bd0G/8pVVtNs+u3F15hmWGnlxtRi5sRlMtBnmFPDjK/cCVUmSwOPyWNJWqrI1oJM5HLTwzReB5&#10;C0feq+PoMbNFUJQUyIn2sLVE80jRlYGZaGuRTRYnxi1PZopY4x9FJI91OywzmC/W4iEM5qOzShYj&#10;XV2U4OoZAA7iK4PV5IoUup5LaLicn4V7s5K0408/z6EjD4ybE5XcmVpGp5N01E0tU9fkJcXDRYwS&#10;xO70NFlsK8yZ7dUUkgbJ+QVdJV1Law0g8bDpJYfLUulAwpYQEhoUlklkr9DFI6k5oSrNRoSdLwSG&#10;SJT9CBf3qGG8aSaCaWJpHUhRSoIekncp7dRIZg/xcK0JHSSJp/FEEUoUM3HiDXyCHhX+IUI6c6yO&#10;WOkwwbMSSZCpl+7yu45aeloxthgrLPjE2QlK8WXaOns8VXEKWpmU30uVHvJHU1hhld8fBT1EVkNe&#10;DHBRUSSSNajkijdnqJ2jAsY9cNwDb8BUdq2y5hivJ7tDcAkOuSRSgWNQ9WQrka/xliBinSySAyRo&#10;1xdAx5FD3HIpjj5VHrnqHOaemyUGOpMvlKzE1weqpMAfuK3Objlp4YpJNzRVjQQY+mxoqyztBV+G&#10;tRRpJ+hPBqGaoeSnWvJkNWlRHNNUTS1SRMqF0pYVk860szgguVjIvfn2xFbwpIsiWbrEI3LqF7iF&#10;rqqDUF9FKK3djHSUKlu9I4aRFQAB50Jrx/o8K8epg3JBSUkFfPQR+Jsd/DZo6Olo6bB/cLMwpqjI&#10;5CeFKZa6jdtSxRtPExBBCn2pqgQRFnalghgppooIgGcvNKsRB87Q/wCbc1DB2OiQgfT8+0dvCbdW&#10;MUrsk4qyDuJqF0eEKqQNFQw1AKwOPPougtO8BpTokBNKeQINRwxTtK1FaV6DqnyFRkY4aR6+pqcn&#10;LRV9dVVTxQ0tLQUf37y1irHWRzR1xjoo/FTsXgEl7nkLbHHkKCQiSak+1lvod2sgj4kctOY7eMyR&#10;KQzRMqev1JYH2ZSxXFvE5tt0murQR6ipzpFRiprqAqELA/MEgV6ViOW2WRIpS8eQCRUUNBw4n5ef&#10;oT1DkwuZZjTRvRyD9sxrSxyVBqnQU8EceJp6tykzw5GRJoaSuilmtShYqnU62axWyfciMSuksn+T&#10;x4uKZT9sJ4w0qylUUToAyszGw/cCcer2y0fjyeItjHbxGrFgoCOvEljnLfCFUatXf0kvGjlcs0aA&#10;ADOkhcVowOTXFB51FTjpXLiaCLFOZWbNw0cMeXlz9TFKGrGwlbJS458aJpCMdWR1CSRqjsWtTM93&#10;URght3Z3h1L8dOtf9KfeeaqMXtitnr6PYmydsy0n+kPunclFpOT251ziK3zBcbRytGuW3FWhMJhY&#10;2sfPOY6ZtXF1eWdzbwR65dynDN4LZ8KNgf7QkECrAA5V3UVNEq3VrTbbiVwwIUt8IIrWlKH+jTPH&#10;J+IkdB7W5ne2Z7Dm6X+Nm28Z2P35DRYZ90ZncsVa3Wvx5wNahqto707+z+Gnxz0Ne+Kmmq8BsugZ&#10;90blkV55JMfRiavGuX2F2d8tP5qHyA29svbO2VqFx4ydV1r01tqvraXqD4/7EaWnhzu9Nz5qtDrF&#10;IlOsT7g3bkw2Sy1SEpqdQv21Ii/b9sihlW7kIm3Mx1eQhUoijNOASMEmijJqSa56FtjYQ2AFFLXN&#10;KfYPUtTAJNKkVPADj0c7aex/jV/LR6rz3ZnZG9Zs/wBkdh5DBYnffb+7Y8dU9vd/dg+GuO0euNjY&#10;CjNPFTYyjL1UW19l4NIcRhKM1E+gE5HIS7Enw5+EXWPxB2rLR7XYbx7S3PjUx/Y/clZQmgze6IW0&#10;1lXtHZFDVuZtmdW0k0Ad4NS1WS8YnyEhKpDAKdseG5jmjgkKQMczmgeXT26IqAmGLUSAx1Go1MGy&#10;SdQ2bR/4zdLWQg0NcKBXJHljgMgZOSSeqofkV8kuwu7d2UmZ3rFRU1RhZ5cnsXqimqzlti9NRy66&#10;Sj3PvHIUwFPvnuOppaoJFKiGnxxmaHHgCR6iqAnvv+YJsOj33jOtdlR5jcnXNLlJMV2lv3r/AHkN&#10;gZjI0FQk+Mqds9R7++2rk29QUVdMsuY3SkUkopoJoseCdUzSBypyaBCBdjVZmIqVko6Fx8MhU5UL&#10;5sDqZK6aFh0A+Zdz3a4226t+XWjW7KkK81ZFJ89UYILIVwqgippXGOjQdJfy9N+5zYe4OzN7V2L2&#10;5vvM4j+IbG23v/ZJ7BjTJmpgqYt0dqbKOVwa7m+3oYmbGbUaop6aOdozXFmUU0Kg+HncPTm6cxvP&#10;pjpfEbnh6m6t8EsmS3jncdRQ0+Brspoxe7dr7lzVXNmKh8Fl58nLJDXoMzlMTlfNBSFi4iyF5J3e&#10;22+0uTYx3M93DcQrCsUQDSuxogWPGnQA5cs1DAAzAlWBxq9w7zn/AGyCwuLxoUiYmiRLLSdwpd4J&#10;ljWsbOoVoGU6FZCrsPMRvkN1xuPB7K2V2h2jBWZf5HZPL7eoevW612RkNwZ7fG7aukeiqtjb52bi&#10;JBtyCkzeFo8ZJVNNWR7ex9XglMtesYh+4W2/NnYfM9M/JOi2TvbI76wG3MhuTZ+Lgxu06vt3dOyd&#10;7bNnTdfYU6Y+lgpM9DXYZ2pYMPjqSNWxeNVJaNKeYSMw4uOcd4Gzb1Ed6lET3HhSyMrFlqDRXkUq&#10;ZhFUxa0VVVljEilxXoc8vbvut3bbNuMHLNuk9zH/AIys7iN2ilSi4eokZVFGXVSRjU1OegnxPdj7&#10;R7q6cqu0cXWbDzOZxVPvbtTL5beeL666/wCxKPfIbYfT+GqaqvrMlhd1Y2kpa2rlzlfqpoMlm/FT&#10;1T1ASncU0fNTfm8a7vXeO1spvys3fgpcH0xO+HyNVJn6jbs22OvKaPb+NkyGUoUymPz0WPz1RW5O&#10;aOeaTJnJg1U1Q6IIoR5+ifbOb982+63QXUccinxgahg0cbY9B3KGTgHGQDWkp7NtlhZbdbGyjKKY&#10;6kgko2ptR8zUAgKvHQF0igx1Zv8AF/qvr3amxsHmNuYE0+Yosr2VFLuBqCnwEuWqd0buSr3NJ/Bc&#10;NV/wyLHrXYGlpKaCWCI0MVAsUMNOl0Jb9l7YzG+dxY7a23qnBUWWyIltkt07ixu0tt4+ko4Jq2sy&#10;Wd3Ll5YcdhMVS0tO7yzSEhEUsRYEgKxtJr1QayuTpCktpH8SioY+nH8h0rubuG2iM93OEtgeJBND&#10;6UAJLZwACT5dDt2FvnG9bbOzm9ctit1ZyiwVKtQ+F2RtfNb03blpZZ4qamx239rbepK7M5vKVlTO&#10;iRQQRMzM34FyLU+gPhl8j6DYndeH3bu/bHUHXHYGx+utyYfeWMyOS3htXdO7afNzZvYO4tsbk2TF&#10;WVNLkdvzUujMUv2Er5jE1yJStKVsB6u2cyWG030siUS0aOWSCtXcOupVMQ/taRkMY6kxM0er4yOg&#10;fc77y/LdwizvHubgRyBhECWCCgbWG0sADRkY8DxoD1V38gvmj0tkOw+o67afUG8u6e2Ovtw9g4rP&#10;dYJVYXZvYOwsJW7Kgr93z5nY+/q/b2Gz61W2FKq0uTpYsJWvA1Y8KyOnu0vrrrj5c9fbnw2L3Zu7&#10;aW/uvd0UuOxu8MfQY+HY+2Oh8ltiGPEU24Oo8FQUlKp6g3dVYyjp5dnLSHNYHLPLNTXojVxIFub7&#10;jmbYtoWPZd5EttuHhvHoU3EkDnvFqMGsDkAK4GtVKo1IwD0FLHm/ldnvX5h2+cwwBgqnSZbgFSxZ&#10;QMiWNTWQMwVgQwbUKGo/sbuT+WfmOvsfv3Zmzd85DsI43Nbk2dHRyQ7i7W7c3Zv3bNZnstsvfu9t&#10;15fIw5Xc22cLmMhNFu2uy/8AAnonphJPLUSUDMLvfvw26++S0OIXtPbu1Nw712ZiaykwddNBXQVV&#10;FHkJ6DJ1mPx+Ugy2IyMFFPmsWVljIQzUtZJHP+xeJoAseb3h3uReb4523OQtKywMsimWUI/c57Xk&#10;jZPCk1gULaqsV6vc+4Gy2uy2N7Y7atptcjeEfEiEjQBMK+tl4FWDgsCS6nQST0RT45fPlfh/uKbL&#10;dcYvuzF/HLsiXIYyeiyO4PHuLHbkgmlpdubvymAx+Gze3EyOV2NmaX7SvjqalHfAxyU7NUz/AHCA&#10;Vt3tfD9bbWlod87O3Rs44PAZnJ782yJaXO1HWVKgqJazGUH21NiqPce3DeZKKDHUtPOaQLP9shmB&#10;HTz2wXnLm+0262j5Ts7WExhoWgnWSF9CxiKEiMMIbp2LnwyxijCaS+rs6lrkj3D26a4suX7Yx3+7&#10;rIRHIDVmjCamYEr8TY0x1CrUgmq06uEy3xo7y+QX8F3xtet6ezuFy2Yp8j132Bt3N+TaXd9HgYaK&#10;pxmVlmwLZ2s2j2LkkpzU1k2Rrq2gp8lG1H95J4jG5kdlUWF3J1niMR1Jldu7Krptu4aXZO34cHQ7&#10;wq8Xt2qjp87iKiHa2caDB5rD5DGJHNEZ6gunktpEyFQAvcP3N+h563Hlvd92lXdJV13G4EO0cN0x&#10;aPQ8g0qkwo4NGoGAZkMZqY1579/eWpOad15G33ZNwl+ngDtfska2YmeiCFJBUpLEGAkNANVQCeq9&#10;O9drdp7B7Lre9+9M1mO4upZOxt07Q7K7UwG98t1pUUu/cBtxtoz5IZbYJbsDaGbwFbl6jEyUeLoF&#10;p2mgElRIKKUSs3bnzdftPGY/f+9sFT7Owmbr6TESyJUVG4Mvgauko6utwrUGR2quVos7t3eubDvq&#10;pIIvtYiI5vJUaGUz5Vjk5v3+4Xk3mqw3wW9jJoEQ03EgXRHKAJnij1wN+o4chXKaoW0Fug5yBz3u&#10;vOO9bxyhy9ulne20USxmO1SghXUBK9Zm1FolC/pyVIZiU7R0JOy+oMVuLcM/S+yt5b17V7H2VsfN&#10;73weE3bRUezMX3TtHcWZwm2N50Ge2n2K+yshsXs3pvZlPTzNFla9/wCIVEby0jUlGaqKUum/cZuy&#10;v6sw527vbcPZqZ3dW2sxjpqxMbNmsHS4PcAzeaRko4cSubWjekppKekcxVGOmDqms3f2S81e37Te&#10;4fL9lvXJku4GIoJLoMqPBCkmp3cakRkl1CKNw7y6W/SVQhkM3387TRC7soESIW7K6mMpI3BdTA1A&#10;1MCwJFWShCgEN0e7oXFde0/yj7I2p2X0n1v1FHtHZdfhdz11JgGx+0uwxunatPt/bD4cSZLcUe1K&#10;WtjrclHPkoBJj87QNDIdDDxsK9ZuGLNY6KpjxFNg9UeQxmZiGeXcVBlc5SVk2QmyWKyUVRJDWY6v&#10;rKvzxa2WaFgyEAj3Dvu5yV7g28e4WnKm43l77f27xtLA7JS0LSh1WVJSzyBFZR4iVjGFKkqegTs1&#10;/e3jS209xLoL1DKNMTI4BAauVkQLQ1FCW7eJqhOteqanrjcucpt09h5jtIx7kxG7+rKmt62brHdn&#10;WnWmQ27QbIwezd0bfpqGlOK3BtPA4b+Gzz00T0mSpGinZ+SGR235p6DIbg3NlZoZMVUwYKHGwbgp&#10;0ozgVxMVQtbiqKKjilr2rd21eqoV5GDyIYYol03PuWPZ7k7b4di2u2pBc7xNO7L3A3EUitVkLAK0&#10;T5LSqX0srUKkCnUp2r2FhtlpDdQp4zOS3htqKMp1BiQRpqKCg1UYkmnQidiYr+9mP211/t2bNQZ+&#10;prt311Tjet6j7mbcJ3B9lR47dmSGZq6fFVWG62pvFTmONWp4JBWVU7+QKPYm7f7A25v1cDmsFl62&#10;mpqHLSY6rixZrYcdU5pITJk9u5KIRLU5JqEaVgkp0McdcvjaQ8gTNd7Tf8sXNxDzcLKDd74MsUby&#10;1IRMxSRNVUZ/iaYvT9M0RBSpXWu4RyQDcJb6NJyzxr4lVfQKBDg6WDGuWyOK5HRMd4/F/sfoqLuH&#10;aG+MBs7e+X3NtiprcHXbwlwGU3Bg9l0WWgw21u19u13mfb+ENRkJKv8AjNFkq6OeXCFpoaNXjLEr&#10;+6d8dapvGp3tSVXWuD3lufdNClZi6vOyZCDLwbWyi7byO1Nybu+zXHbQklMtJRQRMxSTLVMsBWSR&#10;VvJnIexz2mw7hJJazLbNE/1VzCoOmd6rFPGhYNchaFqIBpjUEGhLE4uItr5tto5r9bf6e1mpINEk&#10;eUH9v5MUFdSNnIq3bjqyvpDYXZ2wujcd1Fm8z2xvDYO1Ontx46q7kxG0Y8PNhc5uygbN4PsbZWyK&#10;HLVNT2YtDlq2tmp/Apq4sRR0cx8STTL7UuR2rT7L3lWbl7MwFLHUU2Z2hj8Tu7bmIkyOR2/nKzPV&#10;mTotpbV2djmaTHUOMnRY/LT00tS8E1S0aJGShB/uZ7o7NyhyNsH7o3yaBLm6aEwyKZ/GjMY8S4nd&#10;j4k3iAEtpYtEfDYBmWoTcxDZrPaE2vl+7aQ5NGUEMtFLyGRh+pQsJEJIDNxBAp0hZexcV2H0JgMB&#10;8Zt5tW5Wl6z7SzdVsbtTdddQ4rsnamGwFJt7cvZnbe/cjE5z2YqJMyayllrMpDQ0eQWiWSZXh1qq&#10;KLPLQvuGLeEe5Um/jdDtePKbcp6vEmu3Nm1pqOXG4KZahZKeHbOdrlp6yVxVRUlMfU7+pF5te6nM&#10;FjuHMsvM3J+5zwR3kiyyGNwjtIieEzSEjs1FahgzFlGlu4dQ9JbTXzSPuO32023kl8BSyxBqqJF0&#10;hQ9ACFWhauOoOUwn96sZtKn6SfYdX/BMTjM9XYLfNTQ7/qts7Pw1amdk3TvLEnGPFla7fnXmFmrs&#10;fQwVeLq66plE6JCQs7PM1BiMfU5LIVK01DW5+pFTuOpooDBV5OGjJFBDPUSPSfxCGcs/28ITwxgm&#10;yAewCu97nuO1tZXEElw0skUpaaWRpF0Iyxxxqa6dNauvDFFxTpHDbRpKk1haRKluNEdQKa2NXKkV&#10;KMuKkVB6eaGqz+Sjw2JwEcmWxuycU23+uDkJkzmKw2UyTmTceSnSii3BlMAmAXStTXy1xq2dr+cv&#10;qHsPc7tyo3du7btZTZKelwvXO6tu5PcO3sZg6bMtmstu/CVc+OnnkVIFwVJQbZq5ViyFSsrRTSGS&#10;MBWVveQ/sLydyHvVrdXcI3g86RXDpBcQEwx2Z0B3cNUKvjGgoQTioOQpfvNwazsbiWWYLfOKRUWq&#10;9p1BXWtHdirNggBFyfLpbY7f9PsvCZna+SjwFZvTsDr7e0OzM/ubeNZhX21tbrnN0+Dy2LklqMtl&#10;Zty7qzu96eGpbCUX2rCjjjjlJcyL7Fqgp+v9spl9x1lNuAiCtkTLKtNV5eeuzNTUGAPBSRR/bw0c&#10;GPhErpG8fhjQyvduCc75yRsHPe5XNjPebzvEEFz2yYVlR5GM0DOdPYdJZbkkVcHUtQCRFc7lZLJb&#10;tuVuLiQxKBJAqxnSCNLE171AJzQAt2gefRONzbg+XXYGS271r17nOrIJtzUuKye0nmymL2zS7b2B&#10;gsPBr/iuQyuRrMhUbpyG8K80kFQ9HLTZConWljtHqkXLnMNVyUVXNQY3J1ksuLymbyGIh8MFR9tS&#10;KJ8Xj8xkHM4o4qgMNAiku8jqhEkjWEW2/tJyttHNke2cybje2dvMskkKlf7KrDwo5XAarsw0kE6W&#10;GC6k4Lt+G67dGdw2VILi2WRSDKCCgYAFtWpRSvDWala5FKdKnrPuulqa+Cj31ntobfpdqbn2f19t&#10;7siqkr63FVucy6VOG3vuvY21IY6RK6anrL07yV1H4oliepg+2pkDvSr8scB3h8x+yabo/HZ6k616&#10;66thwWd7U2S+1s5S7lwU2VopZevszlsnkIPD23uLNVNNVJTxLLSUGEryKUxo0BkY7k9oeYed+dbj&#10;ZNneGDb4SnjSIqgRK41KrKCDNMe5tRc6mJoy0ycbFNA23pvVzZpG7rqOhwUIrRmh1cE1VqK1pnII&#10;6ta6O2p1r8fKDJbiG+JO0892rujI5PaW76rNbepduSbbZoHqcf1zhabIfwXauxdo4d46nIVFK0tR&#10;mWElezT+WJEFj4EfFGt+MW6t7d4Z7f8AlMD11Q4PdfU264M3Pt7bdJmK6bJY0Q09dgJJ8puGWnhz&#10;GmpCCqgp66sZIgkqJIqnEntINh3ObYRfRXF3cJ4MCvpTxZZH0xxgMaxayrK8hfw0UFnNQlTjddys&#10;ZX276WOR7iOVTImCVjkFNS0BFW8/IIWY0IB6Lx88+zto9z5Lrj40bL20d996ZWv2d3J1nV0e1snn&#10;NrYrBSRZOVMtQb2mlx2Hwu6MrhaWr0VKRztjMaz1LNC8tMzQPkR3V2P2RvGof+8+A2vtvbz1FJtL&#10;Y2M3XRqcZQsTB/G8xFUQUMNfuTMUqqzOyCKkpysFOFQEuutfbndPb2+n23f7XwuZENJVZxqU6FwH&#10;qWeJj3K4JWQUbAoAb3nhw+DAiLBEPQn0xSmdNfTFePRnfif8W+uvjns+spZcNX7k7F3QlNPv7sKs&#10;21VxS5aZJBkIcPhHAqq6i2vjKyVnjR5Hnq6ovVVTyVEjMCvyt2dXTH7aUZltRYiSbZORR2fnlZ5G&#10;DsykWsCSPdruZTJBJCpc6iP0mC1b17iaA59BX5dMK0OkCOcj1KsRX8z0a6Y7Ro4I45RU0kCnRGFX&#10;OU+kn12DRBHUc/W9h7acsnYSIBktg4SZgGPlOxcdO502UkTYUKCQCAeb8+yqKzYzyOsbhiwrqIZ1&#10;YVIXFU0mtTTB8vPq8cJD0FyQKjzWv7OBr59cqV9unSaTclXGvpdY5c/UuLNfSoTIzSuFOg8f6/tO&#10;0lZkoG1V/XtFVoGIkMOD3ViV+vpP3FLWIEZRwTb6j+ntOZrlHYLqSGhJIBJB8wNJxU8R6fD0+6Tt&#10;WkpMdDQEZAHHhn7Plw6dnNO2lINwSQyP6o7VOOnLAm4sk8EutT/h/t/brFufARyxodnDETKfE9t3&#10;5onm+plp8lRz+ri4FyAPz7MjKkCLI0QeR6kF2cMp+w9oGaiuaAefSWWFoYy8kSuOPdqB/bXFOPy6&#10;4U1Dm0JaTcSVkbG6iTE0i2W59OunmiVuOL2/HswnVfaVJszP4fdO3Jtx4bcGGqDPQ1NDkcPW0r6w&#10;EqqCppquhh+8xlfB+1URM2l1PFmAPsZ29wt5t022XaRy2joAf6a400qDQg+ZqflnoP3cEswPh4JO&#10;GU0OOBB4g/M8Rg4NOg57f6lxHdew909Xdh4bbW7ev95Yz+FbgwuRp8pRVU0BlSZKuhyNFVzPjMrj&#10;qmNKiiqokEtNUxpIpuo9379M9wbV7s2VTbgwzGnmXRQbgwdQVkrtu5oQh5qOpWMkTUVXcyU06ftz&#10;RfQ6lYCHdx2m+5L3kxweM20Tyal1lIwysMxgnsUr3EEjXUqCADTqsSnc4ZbS50DdoxVhju4BZErg&#10;hzxB+E1rinWhH8+Pg/2x8Eu8aqlqYJMhteslmzWxN6Y/yQY7fu0UqwA0skoCQby2zDMlPX0z+qOU&#10;iZdUE0TGsD+ad/L2/wBmI27V94dSYVazvvZe31ptybao4Yk/06df4aCQjFlSFWo7P2Zj0b+EzH93&#10;KUCGhYtKlMfYd5v5ZRNPMmwwMtrMzNJEtXMb0xLHSr6D/ohfhLQrpSpAm2+S9u1ex3GFUv1YrEWb&#10;UZECgeG5PEtUiOuCx0YUgi2/+T1/M2pNgz4fovtfKxUnUG7MmIttZjJVvHUe9MzUR2pqppjooOtd&#10;35GYtKSyxYbLTGYhaWpmenJT8Y+4X+fXWWD6S3JOuQ+enTO1JaDpnc9d6M783ehdmY2SZ+jd21VS&#10;0RyHyk6Fw2PkOzqyc/dbp29FJhqk/eUlLJJy9+8t7Kxcv3u6+7XKlkI+UbgtNvFtEvZYXJIDb1bI&#10;oBFndsyrusCLWGel5GGXxIxM3s97gJy7excmcy33h7BJIFsJXPZaStqDWsjHujgkYhoiTpjcEErq&#10;fq/3NTzfEbe8+5vPUH4s9m7mibdlLUTRLivjZ2LuStSnG8MaDErY3pfsjP1qnORs/wBrtrOVByf7&#10;dBW5CSjDmCp88UVTAJSkmoFjHodfU0b080MwSSlqInVhJGwWSN1KMAwI94hyReG7RSFdQp51+YII&#10;qGBxpYVVgdQJBr1lZKwqY5mRmFe01BFDQn148QeB49HW9yEl1obtIxCmMqxMSxykmRSAv9rSP6f7&#10;3b20yBWwAPP1qOHTYRvEBfQEAqTXUdP2DzPDBx172LXVPTm5+4491wbarcbjBtOhoavKV2ckqqTC&#10;RvlRUx0OKfN0xdqPP1ssImgpTGxelDzsyJHdpy9nfu7+5/vjJu7ch7GJbezgklMsxMMMjQlC8MUj&#10;IySTiNi/hg6tKNWmOizcd4sLCURT3B1BSa0BP9HHzGPL16BntrvrrnpeXa9HvPJVhy+8a6ro9v7f&#10;wdBPm9w10WNopchl8rHh6PVWHD4ikh1VNQFKq7xxqGkkRCfnGZPNUWzNm7Z2bguspuxsJi5M/Fg6&#10;Cl683Ntbde5NtUlHR/xfKb4oZIpsDPLQQLW0GAipZKtUR2IR45JffWL7il9923aLvkP2Z9zvbORf&#10;ey63C6gfcopw0kdvb+LKkskZaL9EJSKG0n1id1EoiOtgsd8yNexwvK02uxMpoIzktStNJGrHrwJ8&#10;8dV+djbbw+6d15Xd/ZFP35k+m98ZjF7IzWYG6O0uqcn05jsxBJkKXEZLr5MbT1+Xw2QzVcUzWdlr&#10;YqRYpVpwJgFpg1/3TyP+m/z/AGW0/sPsfuP4X/o+g/uX91/dn+IfwD/SL/Ef4h/B/wDSb/lHi+x/&#10;ini4vq9XvrB/ULnbxvqf6xct/wCtT4H0n7v/AHWv74+h1/7j/wC5H0/heH+po8P6bVmlc9E37wh/&#10;dHi631afg0jX4la6+FNdc01V860x0rv47uD/AGWzT/F8t4f+Lb/HP7yZL/Sh/df+/P8AB/47/o2+&#10;x/g/97P9F/rv/Ev4V5/Xbxen3//XAz5YfPSDsHpDZnS3UuNr9hZDdFHXRfLahTc1PvnG5PePXO/Z&#10;qjr3HdZ76oYIsRm9ltJBJlKTcWGlh/jOOkp6ethdkjlTmv7nc683e8/uDLzVzxvFxfcq2XgXGywX&#10;CLG1vPd2Rh3GS4iHerhNEBtplASUPcIqPrD5Vcje38ewlWmeBbVKaClQHDqK6latRQZ89RoMYG0r&#10;/Lo/lobU+GOb31v/ACo2nnuyc5XZrb+2997S2pNsKfJ9S5dsJmcdhd1ba+7qPDlKTM0TSmknaqGM&#10;qWqPtJ1pqr7WCrEOpFwrIhGpUDCMRA/tqjMP0rIoAVR+k8eyUqeFan1418/5eZ8+piZUERjVF8Na&#10;DyyPIgcMfPq2P3wZnCMy3VfSSokCxkLz6kNz6b82+p97CrUA5/LOfn/g9OmlKK4VoqyeR40JHAAH&#10;HXvfAPKTdT+2Qp5KpHyD6XJUBGA5DWN/6XPu1FAyO78yf9n7Oni1vRdQ7yTTPd+X+br3vgZNTEsz&#10;kAqAGIGqQIQjAAWH+vYcD3bSAKADP+Cv+rz61KQgARKnJIqTSvrX/AK/s6977ZmB4BcWGp1JdbKR&#10;6XJ5EYcnUber/WHvQApx/Lgf+Lpw6oArIC8gBAqB8OTx4V4eXXvfHUSwZnuWYBizAhl1/TULMQy8&#10;am/p9fe6ClAMf6vy+dB09r1RjwwpFMj/ACn/ACde98vMJPUgI0BlIuQo9QutgAQGQFr/AF5A5vxr&#10;w9OD5/6v8OP59JpD4I0TSUPAedRSoNfl/h697xLOUJ02Bs6nWxLSHUBoXUQI5FU8avxb3cxgha+o&#10;/L/OPs6UmONlQA5/Zxz/AKqde94nn9OoaVRSVublfKrepQbeqx/HF+Pr7usYrQ5Y/wCD/V/qHVli&#10;z3A6vkeNR/q+3r3vmdOlWmGsWIYpqcelidJVOWbWOQfdM1YJj7f9n5dMCaMnw45RxpnjX8+PXvfB&#10;W1hyqLYnVpvfUZLHTrF7Ej8f6/u+nSQGY19fs627MjICzKOHAYAxX1A/n5U697DTuGTR1H2pSkqa&#10;jKdc7npaOCN9M1TOIoGWKjhLeWrZmjVSqA2JC2+nsXchxNLzvyc0asRHukBOK0qSM0HaTXFePQR9&#10;w445OUeYAjE0tXoAD6Vz8z5evXF3SNHkkdY441Z3d2CoiKCzO7MQqqqi5J4A92Y/Cr4Rtnet+n9/&#10;98RRRYSo6/2RkMZ0wk1fS5TclNFtukhK9pZOheir9n4qKaIu+DpHTL1Vl+4kp4HZWm5vafcN15s3&#10;3er8BNulvpXRgVLUeTtaNQSCTwLuO2vauoBjG0XufZcvcrbZbbfEJd2SCNSCKBG05qD8ZHmOFeNe&#10;HVf3yA+YNHhRuLZPXUuVo8lRLV47I9gR0dEFxmQhEDeHaeOz1JLSZzzxysqZaSOTFRyIyRmomsi2&#10;2tUDD4iBosXJDt3GYqHBYfBbXw9NRUceEx8aouD2/jKKhbHYXDUNMoDzQwzLGnJDzEk5Bct8j7Ht&#10;LWe2w7Qotml8Q+KCoqeLFi1ZBWlVJDVAqQKdQZu/MO47nfG9vbpvqXkNdZJK6q0zUetAppQ0HVXe&#10;7N+1u78pJt/Db021Q7/jrYK2fJbm3BJk8NsbP5qedsDunsJWy+Ly+Sz2ZyXl+zxdRWY9shUarvFR&#10;clFbhr2yNGuUyuOwD1ckiR46Ufcx1OEoUEc9LHJ9pNL45JqdwDFKsayyASVUZ1afY7t9vt7Gd7e3&#10;hEbhdTBlqjlWoaaagfxA1OCD8Qr0FlluEn/xa8KqgqQQGqTUV4DTQg92SVwMivSt6k21U4fO1G38&#10;JvntXIYyhpqg7hyFTVY9Jews/mPu4dwTxtl6DHDI4XE5mJmp5qV6o46MPQ4SpjSNpWQ8glSobMVM&#10;M8d5JFgjpoaWSqq3dXgkqaqenplp2KBrDxSRMo4VAAPZnIlvJBGkbmSUICSWIMIDAxjQVDElhls1&#10;UCp6USEl4khYPckVzqCqPiyfMGnnnozFI8f2cGycbXYwQIlKKx6+Wvhw0UMZjrDjMPSV2WqKumie&#10;O7PHV09VFJI5aSUlmPuXS1EVLJQ00tVTUk9eYoDXY6epR4kUhoWy1bNI6xMCfUHQlv6/U+7TT/Up&#10;cKIQLSMmQk6GQztUMFNATr9WAoSM0B6QzM7Ga4y8S1agAABPkKdxFfX7emzIYuoroMtk4MZmsvBh&#10;YpXh2vuSgpZJp6RLCc7P27QU8f3EUKqvjFNPpVUJKWKj3Lmnxyz1JU01NTctUUeNimq6utSRtHnr&#10;KVXeJkY3PkglBFwSPZLFcX84ktpIEYq/9pXtBUfCOLKRUHFV8iekmu9eLwriHWVqFJ4L60ancQPw&#10;sMevWenxOTiosZWLUZnKZSSGJMbPuOSjwlHg30tK0GLyr09OdQS0f29fSm5BCte128zPBH5IjBTp&#10;UGODGxGGCvYxxyf5qIiPSkp12AnOssbavZgtvLcXSwSl0uxIzSAEqtKV1VHxaRRjQ6tNTQk06dqg&#10;dIkj1NSpAPbkVGOGOOMfLqeYaWUOlQtVk0xtNLWZ3J/c1uBaCreAxvNVwNVfcPRyaDdqJGp1038Y&#10;Nm9wZcpW0jfwqCGSoZpA01FUNJPm8f5tLSTB6amVlpGH41MEJte3txrV5ZFmkVo9RBBqaBVI0leB&#10;BUCqq1BpFaVHTyx6SJGbwpdIPDtcVoCPTPrThUdOdNhMLkqaTc1VWUsMENPNBR5bFx0eO2buGSnS&#10;eGGhmpMhkZYKnJvKWEkqojzEA8N7kPXF6yLwTxSzUcYqZI6ySWmpvE5CyUkMlJollq4SDeOQKGa1&#10;mPul1dwXkCW1vZl5HwzuwbWCTQ5+BiwBx8K1Bwek3inwClG8NjQ4BP2kfhqeBBJp5dRaDbzUNBV1&#10;ORiqsdQZOrOPx52xQwVmSjq6WO4y9bBlWno127LSsEjqYWkKgEPElh7hmsrJ5PLNL547uaTJV0cP&#10;30BRdMCx4OOQmpWIrpDs5ABuRf2ovYLYxo1rDIXCKCgVWBLEB4wxIVSSTRipoFBFOnF8MFhbRl3K&#10;LrRcMP4u4/hHGlB04Y/EYvGxtjYoKbGN5GbIYHDVmRjwFXHI7VD19Ru+ak+4oXnVxK0MSR63BQEq&#10;T7xiGuegi+5i8NVA608umDSJptQOiompLxLqZtPjkcqAeR7atXsFnureGcgs4kVhRlISpLDgCrAV&#10;oeLDAFSOrJ4IMscRVotJNVNOBJUj0p/MjqfU1NHHlxU0jGtxVZTTuomq3FRjaWSMRWo6LK3rpJqV&#10;hqFXTQq5BFpPTf25sJ4Zlmlq5YhHTRtUUppGhx8St6BAKIU5Y+YvYSxvzYarfX246205NzZxHxZH&#10;NXcAEnyoKtopxqumPPDr0YaRo2WMs5OCQCa+vGmoDAHzr0lIZYZKI4hcdTzQLXSwYuqpMymQz9WI&#10;j558jNnXroS8FKICzUlVE0wGrxMT6feOeSvaGKljasFXVkvR01R4o4DHTNpE5eVJJixUE6dcqMAP&#10;oBws+mhiiVb1Ul8OPuAkIcBzVU4d6jhX8Plg9WW3tojI7ygqBUkcAxPA0phfPrhQtiDlavKQpho8&#10;Pi5Upspk8dBU1Fb99UU4kmgjip54sdTXlkQEmKmnVmYkl7Xb2grSVSoqTUmEyifMJphfHfreSjFL&#10;DOHrVUE20PGxDAAHj2w00W2o0tojQpA2pkTu1eJTQ2vgBqoNJDUoQwoetySJC7lCESp7QfkDqA4Z&#10;qK1yOlNDVYysiM8WORGyyUiYza9WHmjzApdMC19RV1VJImFkdFBLyQzRAqW1g3Pt8x1UlCsVS1Im&#10;YyNVGXxmHqqlqGPINRxqKiTX46nJTYykJSaZTFLHLMFjBID+63k1tcIWNvFBKxeQksxoGNdenSI6&#10;sagRgVAapFM9MyxPdfqpIkKKaszAls1yBhQGpQDia19Ogo3vBXZKLJ7fxm7J9sYjFS0lBu/dmBps&#10;dkKvatNmZ3OPxhY1tFhsPvDLQCWioqtqyhnpqLy1BKSPTn3zylfFW1JyrYrG02VKlc1XuKGuqq5z&#10;bVjXlx8kdJ+5dJagkOVNlVI9LAsQ2UyRqVaeKyKBgUrrQknQQTRmY6SKZX1p15BIkJgkuJHUk8O0&#10;ip4k4b5BRinHPXDrzbv93sZTYSHMZWqwckzf3O2yf41hMFh6Ur5ZdyimzdPVV701K8ksGJ1vE8sZ&#10;eZqmsZ45A1xZiolnlrXgMFHj10UNHCCkbH1GWN6ybyNPHqN7PGNQ4HtUiRxWSm7Yi9lbjQtJGKUB&#10;K10tnFFxqbjg9aNvHFC0ZkcO5BJOosSaYAGMVzxp0IddtSljanwFBWx11dmj5M7l6oII5j5E8UtL&#10;jaQwDF1TwxlRLFUOYtF2Vr2PppUykUNK/jqnr1E9REYpY6WGFGU66ahhYzUZVjdpFMih1uRz71Zy&#10;XDkzeNMZAPxUKAkENpbCqe0caaq6R8OVDh0fxY4mUovxNkHiKjhk04DJB67FEm1aiuyEcLYemwdS&#10;aGiq6WoppNw5OrK3hp8/m61PttwwyQyskVNJ4JVhNlIt7xy5SiLSVHgnqIqIGlp6upr0jtKUctNT&#10;U72irYpTZV8ZWVSTdT9Pbws447hLu0uFjNGOmRdWtkZQoLqR51cL8Ljs1efTIkn1qsrQIG4hAa0H&#10;A1rg8ag8fXrlS4HPGhjwc09PT1ecnpspW4zCYeaangx8jxF6TKTPG9Tha5IixkadZafSFZJF5In0&#10;NA8MUssLGnr6tWEyRvGJz5lSSelkd43vBCtifFdQ3AAJN18lsLc1bWoII1Be8stSkgzpqxJNHJom&#10;KnrYmBKIxOkHtrmoANK+VWOMnHSWz+44MjUU9PVU1LlNvYqanlp/vIaqTGRxU8stHS1lPFBNTzLW&#10;ySIVH3aiTT+42oAEPVIDJ4oaSnqK6sZYaeGJNVRJUVHkWCTwgKTDPSqWEizKVLEabWPsoVrq6nlt&#10;20qrUJVVIooUsrmnAPRtIXNSaYz0xruk1GXMYGaDAFKgeo1eo4jphy1OkKz5OtqYMTiKN8llarIS&#10;MlKmPxqQNXrFVozr/EMfkJUgeCpoZEkjhiYzK2tVKbrN4bbevXBU9fHuLcLx1Fcdr7Gp6reG48hi&#10;oKoxVNLHQ7eiyUSVEUsBDx1MtH5NBVW03Ht1720sEikO4qwRQ4U9wjJHaMChSpAo2FbiuOqKbyVm&#10;WxjkkcJQAK1AacNYxmtRU0HGmOkvWVuL20lVX5nIQ7ZpGp8ZiMdXbqanx6R7trKIS47OxUta9JXU&#10;02Sx9c6UssEdUoeRp5AJVLAI94fJDo7rntHYXUPdecyPUe6OxoqTLbDi7A2zDSdaVuA+4r6Z8lvn&#10;e1Bk8jhNsRUNfjpoMvjKiZ6qmdollULOntZtp3XdJktttVDeytJJRC5CuTVpUxpoVCiNtSESA0r2&#10;jq9zt2+bXLE1xtzFXUsJK8KELVVHxenoOJ49PDSb1yHWe+d/9VbF7W7Mpdq4PNUO55utcpS4rv8A&#10;SppaGjalwfVGDz/9356/cNTRVi1G2c3ZaZoQZFkEqlyD3b3xf+G/yf7Ey3aPZHcnUfZ+9c1TYzHL&#10;n4/mVjMDjcDtzGxvFjNnbS2tPlKCn2ltrFs5NLj6OCGig1FtLyM0hEG28vz7NFLDLtN5Kqh2YuhY&#10;u9amQPqJYtgUOTStQOjeDdhbxamsE8XILEsK5ydNSAPKg48eHSf6i+Sk/wAdNiUOwetvhr87+m9r&#10;Q1OWy9fgcb8FNy9j7h3BvPNyQz5TeW9d9bc3ZuZd37gzJj8uRylZU1WUyFX6pJQirGDC9EdI9b/H&#10;7YOc666GzPWe09sblr/4zuGXa/enU2d7D31k6RSlC+7d+VW5/wCObkxGKV3GNx8kkNBQa2MUAleS&#10;R0P0y3SSmXbboqkiiRfDk0vG7gM7Bl7QPgOksXUAsQoACSLdblLtXcRmrV0hzSlfOvBl4A14YwOg&#10;p7B7g6F3p2zt7vXunqv5E7r7R23RDHbd3R8kvhZ8rqnrLqLGykzTU/VPW9BsbMbU683ZlpEhOTzc&#10;FLU5nJpAqTVhp44oUh/Inp35J9vdZ1Gx+uewMMaauiqf4nQpvbr1NxdjUM0CR02wtybkxm6YjgsP&#10;V1AImkowaaZCsdYWj9LD/lzmLlbai0F/Z/T3GF0aJQV0fCnBlK6KFyeJoanA6WS30e5RPCm4wxMC&#10;P02YDIJPxVyoFONKHOesPVXy+/li9Rdjzdjb7yD7Lz+JqqfJ0dDWdR/IfEdVbfyEbVFVlN+7Ow+5&#10;+ppc2m4lMpEEOUY1RqEeWhWM6mXXF3TT5Tae4dxbQz9LSUVZtzI1GEr6fG5LFZemoq2k1U9VTYvN&#10;7erK/C10EbemOopJ5IiBwRYgSbBuUV/bLLHOWs2yClQSGoQW4YwKmmrIHr0VJb646rKrs2QVNQR9&#10;vnw4/s62Jtqbowu9ttYLd+3KipqsBuXFUWaw9TWYvK4WqqMdkIEqaSafE5yixuYx0kkLgmKpghmS&#10;9mUHj3bp/L+7NxO7MLiNu1lL8busJ+vc5unctZvbMVDbW7Iz6rsjHbXxNRFtrEY+n28Os6HJ5eP+&#10;82dyc8tX9/ko4aGnLSPIRTte/wB3aX1tvVo4SGyt5RHahKpLcsQVkmdWDKHXsABBXOnJPUA+5m1b&#10;vbwXDDe9yurScorQAa41QS+K/fg66gaUUqSiUZwKnqrf5k4ndnXnZ0e66Kn+R3b+C351ZH1zgult&#10;jYXHZTYVbuCn7Oo94ZbO5/eeWyk26W7Xmw+QlO2aDHxU9FT4/ASSVTssUfjOLkMNiMJicp2LvLt3&#10;tqfaXZ8GUyP+jDbs1Y69E1mU3PUdf0e623rtiPb24V63yu5MfUCCry6Tw4ygqDWxBZpCPZ3y/wC6&#10;e67zbpsnMfLZj2XcDV5Io2SSD6mQLJAH8MaEclvFI1FlQEELVugnyh7lWV3zDcck7hyuz3NrOqC6&#10;8RhBdtHD4svgpJqcOkZU/Txs4YggGgDEIs3tjfkD4rB9e9UdQ12X60qtuUW7949hbR27R727Zocn&#10;tiHs3d+ztp7elpN2YSjzGU2fPRplMVj2pKibPUCUj1BoHeRKMflj052D15nMdK0e7N1dQbNo4djd&#10;ab1zePp62u2/s+vymczG2Noboz+Lq8imToYamSvbA5eslUZSgeNlbyMYwG+cOWL/AGS9t4LmFfoI&#10;0VIZSCuqNCwjDULDUFFAGJLUqSSesrrCXa5omg228gdgdTorklCaFhTFKE9wAorGh6s56Czm1DhE&#10;WUbKwPY2/Kmp3du/C7XyE6024dw0eNwuKyufpMbX0mLlTMQYmnx0Obp4Ke2OyCtTys7p5ZCo4zMZ&#10;PD11HlMFkavC5jGVEddjMpAKY1eOrYbvS1aRVEctJUNTSqriGWOSCQDTIroSpDcUhhlE9uF1Uauk&#10;4NRRgw4MpGCCCM8DTp66sre5jdGiUqRT+fH/AGfI58uh5zWGxm4sPlMDmaRK7EZrH1mKydFI0kaV&#10;VBX08lLVwGSF4p4vLBKw1Iyut7qQQD7se2F313v8xvkFW7fzXcO/esJOyNm1m2MNtXqvHTbgyFfT&#10;7exu3M7UbYw+QyGRw9Pteoy+V2OM9V7grZZ56OpMsNHC6zeEjvb933Lm/cHs5dxlW0oxhhYVESrp&#10;Y0NBpjVAQ8rVdlFDXoKPy9sm3wWQuIVlWNgokchSocFSzHzRQ2nTmpoTnPVe+8Oguk/in0BsWkXq&#10;rZPaG1esezH3TXbp7Zq8bRR7Ag3rPuDbmV7DrFoNp5iTPx7V29u04iLGwUiPUYwIss6eJqgWWV+F&#10;yEeAnpfjDuvsnDv3l09HS5vtXrvLY7K7A/vZt4LuXZ3bNLsDdOafdG0MzvxKLIRZLe9Pk55qGSqM&#10;dbR1NQ5l9rdu5C32OSKC2jZ9rugv0kgJC60YMqdpBgglTTQyA6gyBKqzABC7g5Pt3guN8urV5baU&#10;oz5VgJSyKkw0hHoKVVAHCAsMU6ru2vsPce5tx4ncvyw6l6gze1+tO6Jpeudj7ow+VHauCwOayU2y&#10;d2dQ5Xdm1sO/XOa2Ls3D5jHVW3dj1WFocdl0paaSkq0ooII4+/j/AL53v0htDJ1e8Owc1vbeG8MV&#10;uLf25IKnbee3PsX47dg4vD1WezVNg8tnKhc32tBvbPZSCvkx4kjxG3ElmNL5aKWKnjL7z2Jj2j98&#10;xb/tGiaKzX6YQGMmIs4bwGkBeIIiMXPiqXioF1MHwSc1c57TFtkm12dzHDt80ixMjoCbmMkKskRA&#10;bw1opBBy2ntKkk9Lzv74UVnyazMPW1T1jRdL9NdWrt3ZWw8bsPs3r/bHYvffWu5cpRYWtwtTWYfC&#10;ZLEdF7X69wGMmjoaUUdRuLN11MsXmpZBLMRJ7q+P2Q7N6dwmVoRS7P7Uz2TwfZlRVbZkrMnuHsjO&#10;ZWixtZk8Jmdxialwu2cDkpclVJVU32U9EMRV08SRAxuzS/s/N/O3KPM3JdnZyO/Ku2Twa7S3d0M8&#10;dughEbRBP0wviPJM7kiZozIaycF3snfSbrv00zwWsm0xMxhaNRbrEY9Q0HJIWQAHWxY1Vq4p0GHV&#10;/wArE6a+TMvV+3Mzu3J/HrqWKbrLcmL7F3Zjtm9bdI4fq6p3Hg9v123NpQ4fcW6O1Kuu2zhKeNp0&#10;q4qrIbrw9dPUSxmRER36U3Pg/jRhdm7B7I21vSSvqO9d99Z9Tbmw2UM21MnsmXb2K3zkOxNybbye&#10;SxrbN6p6px9fHLlshkqxIEz9NU1WGp5I3CCNfff3O50595xueVrrlu32zaLpZIXhSAA3DDxYRfiR&#10;1oqyRzLHrrqkaWOKUgqHI19zeWl54bfdmns7O12Ka2j8YRQ/4xK0hZdazN2QyeGCjkBw66HOhm6K&#10;T80dzd6/JDuzN9o9Fbq2BtSk2T070z3tvjYdJsWhlkqN4Uu994debR2tT9jx025K3dvdPeE2Pkwe&#10;Ow+PxzifBZOixO43pYFglcYvlf2lU5HqDP7U21DjZtydXRbL7AnocDRUWEzootrbyw2dmqcdPk4o&#10;cVQV8m0lq3pZYCayMFrKjNpaP/8AWM3T2n5ZvObtivGh2X6iziMQcktBaFfqElCliyRlh4oJ8ORW&#10;AJZeo89s/Yjlv253vmXfNo3q5lG4oyosrHtjZQdBYVLqZQTRiQK1Boa9RPhp172RvL5H7L79+RGW&#10;yxxvcuR7l6PwuL3dm6nfW0tzbp3713mMbufE7kwmINXna6nx/YK4ygzkUyrgmSKCb7mZYhNHB7Kf&#10;G9rdZ0cOx6Grej3VVYzdGNw+8DHsfcG4KGikrMos+eSrqKaDDUm7KyCItTGoWWajDSxhy2j2M35u&#10;94985p2u/tuXLtuWrC4WZUTTGpSFCPAupxJ4bDWVOmJXXwiQ+nA6mrbZ13f94i3f/HY6RlnTSFlx&#10;UkrUP4SkojZVq0JwKTPi3NvH44d47t398pcr/C83sPaW7+u9HWiVvZXV3W9fmMltnDbe2Pt2k21D&#10;kM5u6p6Y2391UZDOGjlpcXW5CGGpMKxmT2gNq0sU+2dt1qRR0NLkcdR1UkVCi1VHU5uqoIK3NVWM&#10;qZBJT1cUmTkkMNUsaNNTpGzANce0PvLzj7l7HzYZ7nl2La3urIW5ijo8U6FDVHLVDywl3XxDTRgm&#10;tVJKJpkhvLlYdJu430SFaBBoJWjfxUFQaniT1Y3vDNHIb435SZvKUeU3Zip6uStmjqqmmbDbKpc9&#10;X4TaNHlKenXHZU0NHh444JqGSadoclPOisU0SFdbUpqeU12CypykGIrqGsxtUYMy1G9LRTxT1edq&#10;5nDyTwVFZj4TGPE8MqtNaMCxPsNche6++8tbPMNvu0urddEtvA8YCLo1O8hlI7sg1AJbiaUAPSHc&#10;RvVytjHs91bo4lDd8eutRQBD2ogFTVmrwNKk9F0+RlRX7fo6Dfm2MZtrM75wm4tv7goKHJ7Ki3Ac&#10;5u5MjhttdU7exEMEdC1bQbc3VmvvpDUw1tBPFRO9VJqaNAzYpsW0WMxOMpcHTYzHyUtFt3bkqZKn&#10;ixmIiqqdWNXUUjz5CmqZqQa0qZWLSyx3YIz+T3kNyX7i8u+4J2245+3Cyl57a4aWKNAXWNqKY1V2&#10;LLJJMdMgjavYACh0FejXZYVh3n6i9vhNEqAaXB8MuuQQwHD8KqoJB41HS/3zQ7pwdDuTNZup7Cqt&#10;4V9HU5HfPacMW1pYN57ykw2Rp4MZg8blaak2vnKWmzoaOXF0cDQQUlQoD1MUDU/t9xfXe2a3fdTu&#10;nI4XZVDHSYGTbOCmpqWhyP8AfA1+bptz1tI0GfpxLi6zFzUlPEKiB7feVjVQHmhjkaVN83DfrW1l&#10;uYLy/u9z8BitlH4cSwslVhkE1R4rkMxZZALeONKMpDlVU83m63u4t7E30x3VWFUifwlijNVUS6fj&#10;jozGQOKSDSCOixdjd19r7a6xxOCw2Y7l3Zkqmtg3JnsVlYxtxehIMPgMnsin3cX62Mf97lzn3lZl&#10;ExVXEKQYjDLRSBYauSKFDd318NJW7Y3esuYyu4v75bYlh2Cm46nBbdzOczmSgxzVeXzdTiamTH7q&#10;xW2I6yooWfxUFStNY+MSBzDHMnKu+c58u8vy7jy4TdwnSkBJEsSyMVkZtNFkOlAradNA+kdooUdr&#10;bXW17RzFuO9b7Gm3mwdIYytTWMmlEWtKBdK6akkioJAHQ+/DLFbwp9qbt6q2btbaVDtvGbA3ps2h&#10;7cyG39sV296HYePx8WSqqfbOLpMnWUOa6vy+/quhOUpWSXL4+trzBO880Q8Aq7xzcOSxuMoK/H0u&#10;6oqLcVHJR7mgkhoMTtBqSQytU1WRqIYjBX1mGZqQywpLIoqZFp1Fnm9xVc+0lmu07/zhvltZtuVp&#10;d6Wt1eRKRKAGjiJ0mUxhlOoRqmqshKlSWxcvRz3/AFlim5Z5xltdsnRAIvCd3kjp2vpNQV1VYByB&#10;RaueC9Q/jj1tsbZdfns7jKLdXVW5Jdnbmjy3XddmRlty9vy5Kgq6aOOl2fT5bLzDaeB3tUnIR0ks&#10;sQknpKNshOEeClACYPeEj7ilg3Lnds08u4N25ml2dH/CMtg6/H4KCmqXoKXdi0X3eOh3LRJROCtJ&#10;UJrgkhMkaTFx7QcuexfOXL6W/MlnZzQyFGMUKmTxZrYku2rwxq0sAyShAC4KnXTPUr3vMwsRabVL&#10;tlxeQhEE0kekFHYqDWvxgOalgFGnURUDo3ub6+yVf1XUVeI2xu6rbauxMBmM/if4nRbyq91ZX7ii&#10;j3LT7cTdEkdXU4Wqra5n+6qKOaljaCf7aSSEKffWFXGdRw7ghqt5ZvddHmt1Yms3ZnamSnfc+UzG&#10;ZrsbtnFYSOHFieajpJWq6e711S0tPTwgIqIWtN3KW88o7/uPMW2bNyFdcrW4ihkkKmaOSYVCRTEM&#10;o8MtMSNaULpinn1JG2W8d/LKf3sq2ZiAEb90YSMGQyByoIZDRUIAUgnVU9BrumHK97YTb+8Mh1Pt&#10;TqrI7V2DumTYWD/hlbNsvYWNxONrd3ZTdOWyGVp8bFvKooRTTxo2HxawVNRUsJpJWiQlVbh7DbYu&#10;5d5YnM1WRw+AxO3MfNQYSnbF1k2+MiK+pzO5ty0Nen3GRhyWIRqPblPTyyrHUzRO8cSq5l9x/uuw&#10;c6cxXvO99yjtlzoDJBHBamiXEupZZZywcMyOxVSiV0qGjooNOlkq7Z48Ng17BBdtEwLFh3hqmNUY&#10;HAAUsUGdJBrXoDus/jjXd80GzO0aGho92Z6pz9fiaPKS4zK0GO6223S7Np9rbd27SbSc4ihzGJ3n&#10;n6/KbqqfuEVKQVUMhqJTH4QW2uzm4uya2pbvDC7SyOL2Fvva3afXnSvW283rO5NvzY1qz+Nbw7Tb&#10;IZldoz7ZzOOrPLR7elaqpts1tOiQPPWLJKD7YOT+adovn5o5j2e1v99tWE1pYwyEvbgCWFlui0um&#10;SFWXXGuklHyGcgaUcnNvKZry6LjXaSaFDeEUjeRSFWkrUBJXUsikd1RShoejBYroHNdaVR3L0JmM&#10;dlt4bq2NX7Rj3b2BiMVR9HzYjDxnCYXamArKPD0u4MpvODMwmKv3GaOCq3XHKxqSKWCmp1EvY/Se&#10;0aHaeH3T3ZtzatNvfK7zxu+ZM5gtz5Lc2T2Juqoygj2Xl9t74nH8W3RXyYuRIsk9MssddLNUmMGn&#10;JcHvOMu1RcsJcS7BFa8+vrkVbU+EGkMep/DkJo9EIWIOA0rVCoKEgza8ihtbjadpuA0DIVBaIgQg&#10;AaTGrijMCQuKZAWlKjoPu2fkbv3d27cdtTph62mxnWmHz+3sDs7L7Jp9r9fdsbaj2pU03YXX+7ti&#10;o1JSbJGORPt8GMw9NS0klNT3jWdo1csvyC3xTdmbRznakWRwe7dl7f7GXE7Yodubrq9ttjMnT6ZM&#10;bmc11/m8C0e5crBjF10zxTNagqXneJDKzEJbJrtOWLXnDdUmuOYYrlRFJNNqMOkqyjwnQqAvah7q&#10;0JrUVoI9vtzcRbiz2jpKpVWdjpZxpwVAJGgcDSndUcAOjyfFfr7E9NZTZPTI27u7bPZq9Q0GV3fu&#10;DeG26fd75OCskgqtw4jAdlYLc01NgaH+8NQBNTvAsTTUdPDBLMtLGFIVufcW3c7W1mZycm/5spWS&#10;GSed5doywF3keQxBIoaBo4FeVgkaBQi+ngAD2Guaua955k3Y3/MEj3F82nU2kChpXTpI/T0g0UAF&#10;aUAoKdK1aUlI5ogWBGQa0Hy1Z6sBoaPcePhp6OBdvmjpkWGJAcrHMIY1CRapZZKxpZdKjUzEljyS&#10;T7D1qXatTcTZLJUaJqYNU7bpMkqqzEmVhQ5mNjp+ll+t/wDD2SOzSAqtqySOul1qKj5f8X0pUlgE&#10;+jcDgQSvD0H+Enp1kmzEaApQ0NQ/5VchLABYD6F6GS9z/re+a0G2o9Jod8x07P6RAdoboxo9Jsum&#10;Wkasi0yfXkkf7H2mSJoY9clwwIOntUjiCa0OKkCnbkDPDqwjhVSPDYt5EL/hzXA4dRmq8m7aJ9vG&#10;SMWN0r6CYElbmyTNDyGJH495oDkY5m+x7CpIFXSFabde5cWgLNaxhkpFQEfU3HA/wHt+CciZ2STw&#10;pyuDklsDIHkKcRmvr1VVhVmXSVkYcaHP5/5OvTLRkRyzbfkkdbBR9lQTSR3J+hWZwACL8H2qlzG9&#10;oE8UfY+GyUXiH7dJvDE5cyIFKgD+LxrPci4I4IF/p9Pa8NcTJLHNdB5GKGpbtDVpVmNBTNdJrWle&#10;HXpI0kUqwFKjixxkfs9adNiUm3qo6pNv1dGfIzknFVdJaQn1OWo103cj635+vtbbfqeyGZXgx1Bm&#10;kKoSlVS7EyVlsVDKI9M5up4A+ot9PblhdTxmZLYRvNMGzoBjanDUpPb8NdQofPh0hmhQloxdd7V+&#10;w+lQfIUwRnj1AyC7PBX7ityeOlVNKTU1fuTHOg1gX1QTRRk6l/tA+zNdL9wb76l3hj9zQbKgSJ0F&#10;BuHD0OAmxUefwzHXNRvVY1npIaqmNpqWXSfHMvPpZrii82+fmbZbixvoYkg8OqMoRyGJBBB+E4Dh&#10;if6NcqOia4tLu1cXMMo8WM1U4PE1ofUHOP8AN0Wb5T/Fjqj5a9Lbj6j3bu+uhmrimV2duuqytHmM&#10;vsbd1BFUx4zO46nyymWalkFQ1PX0hdUraKSSIlWKul52y96ba7K2vit07ZrJJ8Zko1nx1S0c9FXU&#10;1XSsoqqCthmVJ6LL4yrGiZPojgFbqVPuFxb7nyxuT7LNuMrxaXjqwHZrwoUqNKoE7SaGUgtmjGl5&#10;Hk3eAT20pF3FVSGYVRq1GqhBPqjDiBSo60NfkF0R258Ke6tybM3xif4fWYyo/wBzVLTGHIYDKYTJ&#10;LL/CN27fnWy1+2tx0EbvESiy6RJDKqyxyL719f5qnwXy+wtxVvzf+ONPlNp5DBZ/Hb57kxOxZajD&#10;ZnYm8cTkqWuxfyM67bFNBV4l4cvHDNn0o9DUNaFyKARyT6AdvnLl1tEVtu1pOLrZrrUtHQOqB1Kt&#10;bzoaq0c8dew6o3QmOuCCb2zHe7GW2vn17kEIlVqBpIxgSAjGoUq1M4DcQQ20b/KQ/mC7e7p2Njvi&#10;l3vk8fuKfIYSfbvV2W3YseXot77Vnxk8NX1HvFsqKmnymZosKsqY01XkGZxKPTylqmnb7mBQ9h4f&#10;57dYb0+UG1KHFYX5R9T4Sj3D86OpNvw0mNod+7X1U2Lb549U7dp4qelOFz2Tnp4e0cRQApg8vMuZ&#10;jjjpKuRRyb98vZpvafd7OXZLdj7cbpdPHYsSXO23UjF12edviED1c7RM/EBrJixRGTKH2h9zJ9xS&#10;25G5gk1cxRQkW03lewQr8Dip03cCDuoaTICwGoANaX1vk8l8bd7YD4+b0yNZXdS7tmbF/GTfeWln&#10;q5cRUUVFU1jfHTeOaqZZ6iozuBwtBJUbSyNW/lzOHppaKaSSvoPLXgkrFijeQhX0KJSSUnLLZFQD&#10;1LFIBcOR/h9OfcBUoGGnIrjzGc/mPTqclkjEbx6CzjIA/CSa48qev+Do5XtbdeUq5rc2G2tPHksp&#10;iqvI1ebk2tjoa+urtz5bG4WR2ocZisfXYta7cWWxWNFJBLUVVPBHBGFnmWnV1bKn7r3v5z17Qe6n&#10;txzPY8+3G3bPy/PcPBEyme2X6xTHNGICyxKbl2VZJ3KiM0lZtMYHQe3faklt5L2GFVuSwzxFADp1&#10;DjQnGBnhjoP+waeei2/ns/t+kx9Nu5sRFhaTcUj4zH1mOoKnIRa5Z8tW4/ISHF4p6h6xqZY5HmKF&#10;YU8zofdg21N65onM1fWtL1NvLK5muo997Swu0aTDUO+s7iMDkMRgsvuc6KZsXnN0Q0GZmwaziUzU&#10;0uNqKrwywSlh9A3tfzf9xf3Z93dj/qRse3Te5dz9VuW8bkbZrhbS/wDCEQdb50Rlia4LtG0RCT63&#10;ECiruQLeXV2scZvYpI0ZaHxOLEDWNNMnw8inEYGQOq6t7Yba8dNhF7ayHcWzNnvjKvZm98xv7Ibl&#10;revMxnNy02Zq8LtL7E7gbN4vZ2Pqtow52Vf+Awpq+moJq5JgIFUv9x9nf6a/7gW3Z959/wDfeD+9&#10;uT0/faP7x+b+E/wz7X+7X8O/c/imvX97/Z/3X7zy/rPuX9UP33rtNXheHq+mThTwtPi6tXj1/wBA&#10;+Hwsaq56IfqZvqdX0v8Ai/h6qau7TprWvDV+KlK07ePUv/T7ub/Zdf8ASd/G9ofa/wBzPD/Hv7k4&#10;/wDu39p5v7m/wL+Ofxnxf35/iv738B+n8M/Z1+X973//0KRMpkUydfXZZY5oBlayoyDQtUxVksa1&#10;rtIkM1ZHDTRVnj1lfIkUQl/VpF/fLy3gaCKK2ZwzRqFrQrXTxIUkla8aEmnCpp1n7CZGorGPxiP2&#10;eZ+w+dT69b+6jSqr9bADgW+gt9Obe23XHpJBVmj1KGBHAvf9PBRYlUg3/H09v6WJHkD/AKvzr0rb&#10;xyXUcTn1Hlw+f2ceu/fAyhmur6kBDKEGoBHBU6CAPVHYMLcH/bn3YLQUK5+eMj1+3h69VEaAGkag&#10;kUyaGvp8tXnwp1736VywRixNkawHJZhYMfwUkIILAi35HvyAAsAPP/V+Xp1qKQoWBjXUeH5HFfX5&#10;N173jLhFLXbUish0N6lZgdTIWGkhhxa3IJ/2FgKngNJz+Xz6uHeSYKWDUb5qAT5+pp88de9+Eqlw&#10;qyMQGX0epA2hVYMzfkxrwV4Hv2g01FRw48f9VfXq2ghNOgaSaV8x9n29e99tIltSsxXQCRpL3swK&#10;llZrF7fQf7b34K1aMBWv2f6h8+mtciMVoNYao8scOP8Al4de99AuhsXAVSeUPrfyL+lltfgG5+h/&#10;Hvx0twFT8/Knn020kJDOQS/zPaCPOv8Aqr173ikkIIILsh1Ib6AZbiylgvFgTa/4Hu6qKZoG4/Z/&#10;q/n0+Ak5XWoAUVxj+fl6j1+zr3vgEIRSWOo31MTdRq4PpcW1+m68fT3vUCzAD7B9n+T16c8YyM6F&#10;MEHh8uGR/Pz/AC697xTVApw1RJKqU0Sap5JGSnhjQrcu8srrEsfA1OTa493SIyUjVKyk4pViT6AA&#10;VJ9BSvTWqAxt4gVSPNsip+wVr5eleve1t1DsXI9lfKLZ3xp3WuZ6cO9eoqrvPF9jbp2rna6HI9f0&#10;+NyeXgn2rsKKmxWWz1TuGLEzU+KqpaymoJprSysKdSxk3lH21v8Am7ZZ94229hlngvntZLbUqskk&#10;YWviTksiU1qzpoLBTRWDEUjnevcrb9i35tnnsZWMduH8RWX4zxUqwovzbVg4p0A3dfd3+jLret3v&#10;sna8XbeWTdeH2XRbew27tvbfxsecyWbgw9e+4915KSqotvY3batLNXlYKutXxeKKllndIzfx131D&#10;1H01snO7F6n2VNh5N04OXAb57P3LW4/Odw9hY7Iafu4shuWGlTG7BwuhStLi9tpQRUTuWE9RMBMJ&#10;j2b2R5cd7Q8w7oZpIpkcRxLIggcEaQulg5Lkd8jMzSBRXTU1iDf/AHO3HcpmjjmK2eRpINBmg1U7&#10;m4k5x8hjqovI95915ndsW/uwN4Ue+qsVVbVbe2XR4h9tdJbKTH46roQdsbUrp5ty74z1OK6Wpkym&#10;4pKmSQONFJQwqsPt4EWJ29S4yGHG5R8bT0NJQ4fA4qKsyjSUlFBHRUMtRLWVseSqcYi0wSWUz1Fd&#10;XMpYeZ2d/eRW2bTcRR3Vhc3R16tIcCIOQWqTjBKLTSKAjg1KA9RTebjJObhpFR5uFaheB4VqSCQa&#10;DyXzNegxzW5tw7sqJaTaVVtSHL0FTNW713tvjcM+LpNoUj0v3GRoMfVris1SS9jSw1SvTLWxU+Ew&#10;RmElZLAixQMw19TNQ1IqoZ8lTbiqxHGKRqqXG4zDpdngavxdNWPQY+qpnlLRwy06/a6gzu8vAE8P&#10;hQIlrGWu4Dq1N2s66DV1Vs11KMyCjEDw/n0Q+KJwpuoYmhVjVSK6QOPf5n51IJHkOlFtbaVDvRPu&#10;a7H7WXrDGeasfcEGEGd3j279/Rri6qVNzZTb9DuzNYKthoYoa6tpsrMudMFqanpqHSXSUuJywdmy&#10;Dpka+rltT1LVLVsSh5VL/dSy09ZTzPMfVrLrcCxPu7Tba0QlsJSkkakMmhxQMpoqK38NaNUHzK1H&#10;B2O8s5NRtJAI1WpA44qAKE8BX0PHoxtPuTCj7alx1PLgtr0NMkk9AmOpMK9Q9NTmOOox8FFWYbI4&#10;6KkhjESU8UTKpsQoP15SUk2OjjpXEM3rFQzrGZYAkkn7sVJClJEr6TbUXaUhrW4+hTaTWkwkn1vb&#10;HQVYqpLuyCoVj8Sq2CCCFIqDQ06bjkUSuyOUJU1NASaDABODX7RQV8+nEZCPP1NTXpJK6panpKaq&#10;yEdC8AaLxw5LJ1MmYrCspAZQqQ07WBb9XJxVuQp6WeCTxxPEEjp6imnqoWlV2kIVhFAY49EBazO0&#10;RC/19mW22t5uM0kVlCA1WPhiqSaFXVVtQ7S4qQrNmgpWvTkUMzh0tZgZ9OONQKVrU+hrT/B1wpMT&#10;LPjqwV9ZVR1TM9fRZ2jxdTJiWKoqyUsFbVST1Ez1CwB0jp6gSSsf0/T3JfNRLXwQCmikiif9uloZ&#10;lbHLF4xd5r5BKKdo3vqMTxu35Hti3225b6r6S+CQtGS2srUMDXt/EWKjSB+EmtCB0mU3kiu0l2qx&#10;nNWwxoc4AFT5ZHUBdupJtuTJ1S5KPI1CrGcnm8ZUxbkZ5ZtP2xjG3p8tjaWcWZBVQVMYUelwTf23&#10;iqmqGrqtwbVS85GSGNYqFYpeKaKjVJaitgLEWLqSfw/s1hsYlsDPNGWQSkPpJaUsVBqxJBbFRqUD&#10;NPLrarHGFjBTQvEUOs1FdQPkxocDj6AdOEtDS42fb+36CXwS4lDJR7Xhnm0ZtJYyJK5828kWO27V&#10;IqE+NJgqnkxfUe8EmLrYYIHo0ZFhMkyV0sFqSVQT5Q/+SfxqT9QXQSVA5+nthIoLoNJFLHEEI7NJ&#10;ZyxBoPCGpCHpVdZNGqCaHr0rRXDsmsSAmh8vKoFK6RTjXPn05QbsxjVtbDmWarqsglPR1OGpMnEu&#10;RoFLRrTzxVv8Ug2nTyQlHkeanRJHBsFLcFuLzRQ1E766evk8UFScnST00V1Ilvjp4qdMldrDRrkK&#10;ge1c9kY3juotuElsFLeHGy8Ph0vGCqqATXFWIxnh0/Hbz28iFAGXTUhc/IVHAEca+gx0808tBlKi&#10;hxq5KKrw0cstRjJ8BkqfIVFxrhf+NLWV1Xg5hp1LMIqZWMlmPFz7nQaoI6KmgqVeN/XWmsqo44op&#10;JSHVrwgQa45DbXIqsALE39pbuyh3qWuh45YWqCnc4jQDV8goqTgGvpQHqk7qpuHaA01YK/FppnuP&#10;Ekmvz6gNWvTvnMnXYzyVElMafE0uMxM88laYjLEIIYa1zkJWqoEU+CGZoiTdVC29u9RFHNDPXSVE&#10;yt5FjpEasDhiuhJzHSCqaOqq5H5jILjgcAgj2U2dwlvIkP08M1WJTVqUyBidLAgUABAJFPXHn0nW&#10;aIFIYLaOp4mhqTwrUU0g8fKnDpjgWsSoosXFA1PEKVp87JR4ldFAzK81NS5DKSYxajH4qGmvFUXW&#10;BwxNnZSp9wJEWGaiLS5gpRTs7T1D0oq9VZLrj8cU0k0wpApuyoPEbkFbn2smuLcOyaokmuYwrAay&#10;F0mhGqoGt+GOKgeQ6uGYCSPwgkvopOkEYrTGScVxwB6caMVddj86VptusauEfa01BFVtj2ixtGi1&#10;AmqaSkpKVq2ORQEaoP3EbWZHIFvcihgaP7ypjrKqKo01LTiamp3hlVGKSLEGj1Uszqb6ljWxA03u&#10;fb13Kbu5gih2yN4aqAyA0WlKM+qtRjPHArwHXrirIqyWnYBXUpzWgoKeY1cQSaj0p015KrgWnxtJ&#10;Wx0Zpo5qCKihjyuQp6wTVEXnjE7004jylPFI/pSWoIYMRJYge5+Fx0lSJK/K1NLSbfVoSamrkH3s&#10;0j1AWnpqRl8HnyE0jKkSgLa5ZjpQ+9yzyWDNPSU3iUKogEkdW82GRpA7lORpFMHHSCRfFxEp1rUU&#10;UVA+ZB4jia/KnST7D3fBh0odr7Ow9ZuLsfKpkaajxVBH9jiaaLH4eoqsnk9xTuK04XamOp4JJcjM&#10;xqJCyrFDG81QnuXNmJWoa6kzmFxeO1V7LhKyKSgkgaopppTE+KpJ6FJ0loo1Ck1kETvUMzJKwW/s&#10;tisprkx7xcyM8YC17clgO4OrAIhpQqASaZpXpabe88SORdzd4lTupXtqMalIoATStCSBwA6Rm3tk&#10;U7bix82zMzmMpVrgkq+wKCqfL1NTJSZunoHqqbcO5cNnvuKmjztTIzhsTk6mkTEwRxT0MLzMpYoa&#10;eUBVeerjlyUzhKGaFRkdD3eWSpR5mqHSQC5ljZrjm3sQC6tWgiWJolkhBJZHZ9IFKHXgGQOa+GRT&#10;iKjqqOyursK+HHUkMCDnjq9R5jjTh0L1bMn3D2x+OqsfhaeDXmIQIdstWRL46WixHio/4fTx00Z8&#10;awTRRFCAgbj3ylo9dO9PVRU7VEHjkiDpK1ZPTAE/cUkTySVFeAbqxYcabcfX28b27ETSLftI3iBX&#10;YBGdSjU/ESDE66XGgABjxND1dJ2eRVS4k7jwFCFzQrU4Xy/bnqDTV1NFlKWqoErKegqoq5XQVIp8&#10;BBXTBfHQ5mspKCCi29Xxy38ah7yq5b1gge8LSY6ogkeZIKCCMRGWpo6UzVGTJK+elqaVC0tLGoUF&#10;niGoHj8e0GsypHE7zywnXrLFQiMposgpSpYsO0YGT59NSJeGSL9WSRQ1SrEAKQSKjyJyM8PMdPYo&#10;85i8jFTY8jM5WqeSPE4avyBoKbb1NLG0tPU0GWqlFNkyArqsdW/rH9dQHtLx5bHV+Ylw+PxG5MrW&#10;4HMjG7gwe1cDW547byMsUdVBW5zLr9ht94hBJHJK81cJaMkLIAxt7fFzamK6TxC8qaQqlRUaeIcj&#10;Boant44HRnHY3d2ZWt4DJLVQNIoCBxqzUFPzzTHSbzPZm3NtY2oqafd2H3Hmc7gamvxNWstZR5TP&#10;0tO09DV4TGbbq6SfNbVlaaCWmijSkMGS/wA7AjLpJEfB7W7Qz5SRMVtzZMEktZHk0rK+TsXcQpql&#10;SseTwsO35MNsgLkCE8lJXV9ZLEgIuSbBsXW87tb/ALu2vbLqecsCgSOrijakdaCiBakgFvP4TWnR&#10;qvLkqDXfXy28GCaU1VBIXJoB64Bz59FE7P8Akf17sB5KjcWa2ttvG04xaYKv3zll2mJ5cdGjUu3N&#10;z7YjlzW/Mdn8VUSSg1VDSU1FUOUj9Oln9qWLo7bX2dPD2LuLI7tVYp4aii3DlWoNuZGSdTE9TS9e&#10;bKTBbfxk8cH7UcUn3thcs7lmJM05T3+QFd13RVdRrarKZQDj4UIAIBNAxDE8Aox0vtrPZLVgttaz&#10;3krAU4sBQ5qW7BnIxgcOip5T5x7o3tk8tL0d1z2j2LW1uuP+M7dwX+j7b+3Ypq2LKTYvJ9obvlyG&#10;5Nw7ZyOThFRWTwvTLFCqQoiaV9jPhNsQUWMhxm1dnzR4ZBTxx0sFBRbP2wkFMojpguKx8FDSusQ/&#10;S+hmdrkm/tftO0cg2jFEW73G5ZDpMlI4tYzUsG1a/UEgKtDQ9GqXF7DHSUw2UZDEAEO5PkVAwDTj&#10;gAcB0SLtX5U5DZuTycnbHyc6G+POY8tVJk9n9ReTvjvWqqsm3kyc1RmV/jDJPVAMrLMyfbxHQCLn&#10;2Fnye+LG5fkz0dvDomXsDDdVYTfMuIG4cvi9gYrfmTTD43IQZaXDY85ivw4xU2Ur6KmaTI08xqIo&#10;4mRVPkYgSbfdwybfbRaLC0CSFkjiRw5IBBPjaWYGhOqMHQ2CuTXovvN4tJLSRi9xIzArnSKng1A2&#10;FqBg8a9A10b/ADb/AI4fGfvjAd5bT6x7y+S3YG0sXuLC4PfHdHbP9xVqKXc1CuIzFXhNs4XE7vhx&#10;cMWLM0EVFV0yIRN5PQ8cY9005T/hO9mjK7Yb5Z7EljuxUbk6MzkdRpABu8mF3TVw6mJ+ira3sxj3&#10;LebmQCGaNvhC1moWrXyZSV0/CS3Hok/e22+EJJYZI1oMsqtQnFDpYfD5nh1azj/+FYnXlSYop/g/&#10;2Kah0UFcf3XsmeNp2a2iJsntXDOYtPId1Tni359orI/8J6u34QTh/kv8fK6XSSkVZ1z2diWkNiUQ&#10;yRUeTTkgA8EL/Xj2pubrmSKCKeRBpJowWZKg8BqZqKBSlOFa4HSUb7sGnX9VWKpq307UUD8ROumn&#10;0pxqMdCpt/8A4VK9B1kyjcnxF79wdMZ442qMZvPprPskLFfJUGmm3lg5rKhLKttTgcWv7LX3L/Jo&#10;+SvR2zN17+y+9/j5uXbmy8RNnc2u1M/vBNww4yB4kmqqPBVuzY56kQGYPIBKvjiDSN6FY+1dpNvd&#10;+9uRDLF4lKhglMUBqdVaUxWmDgnpaku0blB9RFGWRoy1TCQNI+2uflxFerFPiV/Om+NfzC3xtXYW&#10;wuqfkptCt3dlZcHjNydi7D2bhdkfxeKnqahaE7ixXY2caaWo+1McXip31zukY9TAErmWoJqERU9P&#10;DDHElNTxtTIiCCnkp41EhQQ2iaJyTcrx9P8AX9jpoxGABGaHuoOOcCtaGuPPoptzFJqaJToJ4DH+&#10;HNOrgPdhnwP7Z606/wBm9n7aPWFPu7vTc1fgZdn5ZsbU7jy25dtVeVoMZUbWpaGWOahx239jVMhy&#10;tfiolaTcs8sCgNJFaOXfbK42WKR47vZDcXUkqB+0siwFx+porR5Iz3Kq0ZiTpIIB6APP3Lm5cxWy&#10;wwXMkNsgLUjxR1BNCairSiqo5wmcGtCTD5BbA3/le2uq99Rdg1mF6jwWP3RR7+w9RnKbb2EwlMcT&#10;VVD5/Hsk0FbVb4zcZ+xosm0tPFgKBK1w96o+7bNubD7QyW3d67Dz27tvU+4IcfmMdX72yFFBuTbu&#10;dqctG+1ZMN11U0cFBsuq2BvrG1DUFSZ6WnpaJ4lSBmqIJ3Mr7rNb79F+8tg2e8XbpHZbmKdQZLho&#10;mEehUYlUR4O0eGymIkFtQVz1jYNq5Nt9y25Lfbry43FpVeKJCY3ilH6iuzNWQzgghVTLLrDAKAOi&#10;dbn+TWx0ouse76DrvsqPYG4alMLV9Xk43Fb3pdv7crMfvKt7D7T2PW1FXvWbePXkVOtXjaairqiv&#10;iSWWerhME0AUlXyU6s3NJ0nUdX7Tmfb+56rKbQ2NPiNyx5bFZjcWwNqbLi3NX0eZqKSGo2tunZeE&#10;zWNhoMDLtymmhpq7SdMflmClvuxMd95Sik23lWa0liuUiPh08A21qjBDRatrJZQwKnU4Oh9BzOXK&#10;u72ibmlxeTNCJUJWoHheIXKygSClJaUaYMwxQUqOjI9P9pUW7t45XfFXtCj3HhcLR7ny9DvDr19t&#10;ZXYGJytdvarwpXGY6s/hW9tj9l57bWSOR3TDmiGlSMrE8qRRa6Oa/HZbC5Otw+48Rl9v7hxrLTZf&#10;BZ/Hz4jOYis0Q1C43KYmrRKnH1scNQjNFKAxVx/Ue8U18SJmR4mimU6XUj4f6JBGoH1Bz1MiuSoC&#10;UKHgQQVI9Qw41/lTj0fXGZTGZqgpcrhsjQ5bF10QmosljKunr6CrhJKiWmrKWSWnnj1KRqRiLj33&#10;99PT1IqaepqqeQoI0lpaiejqVBTwyaZ6R45oLqxQ6WBKkqbgke3Yp5EV5PG/EQQteHDjWpJ8wT8/&#10;l14xRvGwloWrSlKigPDPH1r5HqY6JIjRyIsiMLMjqGRh/RlYEEe7Avgl3rsjanZO5du93bt3DjOu&#10;927TpIoN15Xd02M2f1tktk0yVVHn8pTvSZSvytdXYjHU2AxFPSwKaWNmN1S4Yc8u807rtYu5V3qU&#10;OGV0XJEgh01g0khgZRpSMhqLSpqoKkCcz8vbZfRRme2XRVlbQhZyreYUEatNS1WJOflTolvzH2n3&#10;DHtLbe//AI94TA5jfeyNyR19btGbatPmcjv7FZqWTGS4GOpOUwEeOoqDJ5o5urlmq1iY0NyrylLX&#10;5024ettwNlNo0m6lhnoVpNG1pMzgsduWk3Bjo6qGbL5R2bJZmXN4VcQazwvDU0c1MkdY6PFIF9y2&#10;vOd3frdb3Bv7W23Ogi0OkDASOyjxSWHa8el3lWXtwSSDpHQV3rlbZb3bdut5o0ntYsR6BQsB/oaR&#10;jStCDVWqGLVUGoPVKiZn5MbLwuC7qqMJFgG3H/fPG5PtmroNy7sgHX0+TxmTp8JtbaKT4bZuN29v&#10;pNyrTfxJ2x+epqqWbGRvDUU7SFG7y+QfU/Wm8KXeuHoOwquhn31WdbUuc2XJtaXbO4azDbGxu78L&#10;PmDWVU1duPqTdTZeio8duLFeSkWslWmleCljLGDrned+5j5q2nd9hur5LSSeWO4BZVW6nt5TCZNJ&#10;JaEsgLEOhEgIVGXpzZuU4Dy4eVt6lS2txpYESgCFJqjWWGmoSpfRmjVB1HpHbH6O+Vny26jw/Rm6&#10;Krp7N11bjcf2XvKXs7bnZ2O331zW1vaGd2Zn85tRMf8Aw3AdfdkY2gx2Qfcu3MtQTyV0wjyMRkr6&#10;y8azpJsZ3DtOu2lVUjYvA70wLw1eOp/4XnqSsxtVhzn87BX1OQkxz1dFgp54lq5qBq2jVpIDVGnE&#10;qg5TS7sm37zsVvue1WlxtkCppe50uZdIVZSA1AqggIZl1sslNCNgibtw3GCPY9p2zbt0+tt41VFm&#10;AQmZo10mgxqYhSH0VC1IC8D1J3hk6X4s9wYbeFbT7Z7H3T1duSOahqd9ncuwqzE5CDMHZeEz+2cb&#10;T0OWwlRis9gaCSCAV8FHmoqrzRUK1vhMgbN4fFev7Eodp4en7J27iNmbP28Ns1WL3zRU1fk8htfd&#10;FC+P7MBypggzmNyG6sZpipKN6yGkSeQS3IQare4XvfyXsG0c1ctc6e1+5bvDv6yQXMlh4yRwpUfR&#10;CsYYMYn7pHVfFHhVrU4KDzRy5yltMlruux3rXrqGPhKKUBqoRX4PECQ/b5CoII6S9J/Nmx/Sm8d/&#10;11V8Pu0+6O7+499ZR8lmekPu6DYmGrto5aGXpbb2NoaGWvw2702riGn/AIlmKek+8mWhArEcyCNH&#10;qbrvJ02y97dXZrHVXZddiuvMntPEx1+Qx1Dgd3Yqs24cdsLH7d3BlZZjho8NiWijlpKmYVNNNT+f&#10;WzVvuGLT3d2Hnv2433beSeQbi2tNvh+kSJ0kWT6pCFlqpOu48ahuXnUhpEKoYiygAv5T5ojlCpJy&#10;2LPYIDXxfERlkBq5kmK0ZZZHakgAK4wAAemvKd+deV7dDd27Irtq/H7Abj7f2d2BuRNu7R3bvje/&#10;Se9tu75qK/5HHsTr7a0n8V31uHeO6cfMsedgojR5agyi0c1OIsID7CnbWcyOD2bsHbu6MdVYnduE&#10;wOzsTksHPA/8UlzO3sQmErK3M42lhrpP8laS7SiWKlpX+rMfYH3KTnz3c2eDk+bZmZtt8HQxFGjL&#10;EK+qqtIrEFfEVzTAalc9Gps55hehGT6RFZvEUDtUyFhQjDGhoa1LLRuHVjv9xsVuDfG9uydmbuff&#10;Wxd+5DtbcVBuaywY6g2z2bnabeFLtzb+bq8lg6Sjhq6ilJ+zanrMhWRM2gRotyI+2IGy8+7NwVFV&#10;S5vD4mCmpP7nw1FXXRiuqYSc3k6WGmikyEhlE8UYeQFXkikZAFDMSi89o985f2ne5+YdlE2228sq&#10;PJ+tDLcKQqkRxqrjwVb4WoKVKkgV6L3sLu5sVO3uuoVrMQCK07IyoGdIqaD1Fc46L73Ruo7LrOku&#10;vsdid2dYb13jnKmbE94ZPEbTwK7fx21a922ThcllM/X47bVJTZNKKpqGp0mMgpZKRZmWZoo/ad3R&#10;kMwstMcPt2nFHrSmraGesFBUY+iyVQYQsLVEtVBUtT6RPNphOtW9Cs30c9r+UPbzc92Ter33Qi2F&#10;DdAQWkaePKrRlWTU50pHrbUiFCSshIJ00XoOrNdWKwwxg3E4daMtFqVGWwOxxkD0AFTXHQ89c4Pb&#10;s+HrqbfG/Mpmdw1LSZPGbyp8UlZitz5PbmOjqK3PZFqCiwOQw1BUpK1BQ+StaSFoELyRxMWcSo8f&#10;tCjxGzZt0YzH4feNRsw7XxdZCY3yGI2nHm6bIVW3qR5pTFjqbIVsdNPPKsQr3dAGYBABlNv/ALk8&#10;kbXz1cbbtnNkCXq3CE1AaO4dj4SxPJRqMrSVeOoQLU8Seheo2mS+g3W28a3vYgQQArxu5Okl3I1P&#10;IVBOQRpqa16II1R2duDuzvvcHx6ytTvzq3Y3csu791jIxZNdvbz7CyuxMhh8duh5KWl+73PHtyih&#10;yENNjlqn20qDUqSBnLYMVgpHmrt27f2blKqtmqZ6PK7jqclT1eO3TgsdVVVI+OoVpK3ViKaoosa9&#10;NXKyoaaN0jkmaSQhMaeevfb3STmC05as5bOWDaZyjNbW7GOVwXJE8pQMyGiyeGjUjcKRUioCXNy7&#10;JcK3Le+79E9/MwaJF7CgD0WQfiL6soKGhGrTipXbdx42KtTqnuTvfZOxNvYPE4mq612Phtt1mMzO&#10;yN97pxmKq49wZ7L5PBzxb33Bid07pTLYWjkjkjyNRBJVU1IKal1ysm4KnFZSsrMN/efJZvcu0IqD&#10;E7ipqeM4XE4qTPQU2Swe2BhcZRPh6fNQYjxeSRJXnhozGga87gwpvnN+77xzTcb9eXU0l6JliNFe&#10;AIVAMjvGCQzK50A51gIZNQFOlW27btWxWFvbWca6WDkDJooB7i9ayVY0r8Na6hjpedBYvM0qVW+6&#10;rr7YW39o77mzed23up2xu8t070qtsVWQm3r3BUbv3Lugbsqtq5qtmhliozQw0FZlkqKp4EFLCyhL&#10;ums3risnm5OvdybVWTbFXt7Fbk2Hn8FFBT4rHbhxlbkP72msSaqyBDU0clRUL5PM1MiKiHUwOWft&#10;F7i7LzFyxfcubnzDdWfPTSuRfvKJZmiiVdFtCjAogQMipESw8SsispIChm/trHb7RZ2thBRGk1Du&#10;amF8NWAGK5Fe0Ekhlx0bvZEGxN4UGzaDtXa3ZOWg7AwGd3ntrtPbe+66qxddX7fz9BhMN1rOY6Ha&#10;uOOQylSIWxcP2wpPuxLKZI/2pC/btxu18fsXJ7u3Vuvb2wMfn6zCVua3RXVVHjsduBaJpsfSUG+q&#10;nLQQzUuBrcvURa2oGgroomJjZbsBJvNfulu3K6bDsrxgbzbTLFALyWh8Fgqx3FwoTWCzOzPH3LGR&#10;UtQ16OdgbbN521JtsAmjSErqMjBoNXxkLwZjWml6oQKinHoKYew964HunDde7c2Hu/edb1Fi90U2&#10;E2zW0RmG0f43T0+XabrT+DV1Ris1uLHbfjqkEeZWrx9TLGsb3cIzhLvruenosvt3aOD6Z7Qy+c2p&#10;XUm49wddbFx+2t4bdxVZuCkyuL2rsJN4YnMVIfsLt+gWZdrpEk81JDHT1OQaKntJIHd/5v2r27u9&#10;723lzfmvOYLsC9uJLZJTbRiVWVowGCmCV2IlCL26qsAkQAJVcbFvVtva3M8G2S7QqghpZQTIykEH&#10;SSCsY+FwrUUuAinyUG2aKLZG3d97p3T3hhcnufduyMk1X33Pj947a3BSdd9a1uKze7t7y7GztFj6&#10;TGbX2PkcrRVm5aKoMNNkp6uqjoVacLBEFfxN+I9R8J9m7x7Q2hk9t9pZvsKoMW/d4dlPm6CSDrmL&#10;dtTUY3Abfw1LW09JDEvm+8rMpXh2r8qPDHH9q9zDPLPLFvNt0m32HuZHt/OF9E3jSzKSDbxo7RBP&#10;9E8NmLogkOuYyMoVACOn96vp7zddv3NeURNtFqS0LFVZElZBXIIIZCPDUgEoRqYgqAM/cfdHWvzT&#10;3rt/46b33d2v0Zl8XUJW4LCbHocSv8e3E216fJVGK3HuWSgr6uOujpZ5YIdv42ohnhSUVlXMktLH&#10;HFg+Rfbm+d41VNJ1imU2lhknyBjpMdVbdxGTnxclDBt6aavrDlXOUmzBpZFWGhVKOjxkUMf+deW4&#10;a2mDmCG/uIN83s3+626GAzFqhDqNUjYklkVAQ0hNV1hAaDqUbLd4tyihe625LW80riusqQCT+oAA&#10;2Sc0FSakYB6M98VfjP1/0hg63b/ZtfQdlbryceJlnzOYpdyZ7GUlNjszkNwYjDYrH5fFtBh6HHZD&#10;KGvebIPLlq/K1E88j+GKlVCL5ePsihpVbK7QpazH0rGSNq/Z2FysNMzBIWrYYsZT6fMYBpLJaZ0U&#10;Je1h7EEcN3JJbRqZHmL07lMkSBz3AVrWlQcA9uBWtOjKNQNBW4ap4qDqAFK8TU/4fl0eijk2ZXOI&#10;sVn5oaiKTxGOn3BkIKmSSxCUzrV1RklW5JVCCoYkgXJPtS766h3fsD+NU27dtbY/jUb4eXZ8W2dt&#10;CfbW8cPloYciN2DOxZenkgxgxczKlMtOlVHWgxTFSjr7kWy9sOatwN9Bb7LPd71GdCIiII2WPVrf&#10;xJHB7UAMaKtTU1+GnQji2S8ktRM1augZBRASpFRqrQoPkRX0FekV1p2Xt/tHF0OX2ZmMiuO/iO4M&#10;RubH7qrKnF702tnNtV1Vh8hgarATUkqw18GVpvW0srQy0pWenMscsUpBOTIUuP8AJDmuuMcJI3mS&#10;QLX7s27IsgKqyO0eRmhBjYW+nP8Aj7iG/F3HLJDOksU8Z0yIwKsj1PbQ0Pzav2enRJIsyuwLZUjF&#10;OHy4+fQqtQ1k1/sNz1aeoMQ0GIrgo020gmjSQK315Ym/5t7g/wAT23VteDZcdEyqCzQb/wAhUKWa&#10;5ukGRxlSAbWuuri3PvVuiyxslqwceZZu407aCvzr3eQxnraSNoZI/CK/PVXGBn5evXocfuGORjJu&#10;KCojLEqkuEgVlUiwUvBWQ6iDzewv7z08W1TUR/d4vddPeUqJMdltvVcKqx9NhV4qKVrX5OoH/W9t&#10;6raEvK8ZVS34SGNT2kZyvAYApTrfiShdR0aD5Bs4x5jj8upMqZ8SMYKnEPFpUKs9HWJLrH6y0kdc&#10;yaW/ACC3+PvHNBtKeWb7MbwjRJNLHIUe2ZmLnUVkRKPIUusEiwA5/rz7dRoO76aRjDq7Vc6T3UBr&#10;Wo44FKU8qdWMhoKLop5V4/bXrjTNuII33kWFZ7nT9tPXIhX8ahLTyEG3tzpsPtCQR+fPS0dQItZ+&#10;62TWVbRuWBs0tDlZmaRODwLc29rYuwMI5AVBLELSopxBFRUUr5VPkM9MlFYUYGhJrw/z8KenXp6z&#10;NxECPC09SObtFlkjPCsRZZ6OP6kAfX8+1ViZMXj0j/h+86apUNcRHH7nw1ixOoNDLQyRggm45tx7&#10;O7G8imeiSxwzce4EJpBoDxAANR2mnnxOOi+S0jmcRsoGMErig4Uziv7esCVVZUN/l22aiKxK+Tz4&#10;isFgAQbCqWTQbkfS/wDh7PT8YPkFk+qc548huPDZTY+blh/vLhJM/OtZSzqFp4tz4OLIUYVMnQwc&#10;SwBgtVBdT6wjA03jZrDmPb7kR3oF0rlqtqALKQdLFBqMTMoWNgarXiBUdEbwDb7lr20atxkMCpo6&#10;DOk08wcqfI8cdVz/AMxP4J7E+a/Wgxy7dfb3cu06Ssk6336dvwz0zxsjVNTsPdsmPqRPU7Q3HUQo&#10;A5BfGVhSqi4E0U12kdRid04mnyOPqMZmsflMaJqeoQQZPE5zE5OkaJkeCYSU1fjMlQzNFNBIrq8b&#10;NG/5HuGNs3C6tWuOXOarOdtvdHQxaVD6Vc0oPVSKxvGULBg4Uk5MQY0W23Ta7oiUeVO1WBqx9a1r&#10;UHHHrR0WPsP4sdrVu1ty0O49o1O3d0Njsjia8TYrPbK3LhKxJFk+8iCTY3IYnIxpU0lXAylW0TR3&#10;DKTq7fML449qfyy/kLsr5g/Equqdt9bHdUz7dlem/jWK6p3XuGCsptx9I9g4mp8tPuXpPtDCT1dF&#10;SRVgenrcdNNjKjVLGjPFnuNyHt17bbxydzhsouOW90hdPCl7TLCWDDQ1dUdxANDRyIRJDKqvGwNC&#10;DxJGu0t93spTa7nBOrq0TUkt5wapLEf4CaUr25MZwVA3Qvgp8vdg/wAwjpPLdF93Glre1cLgcfUZ&#10;swO2Gn31hcVV4+p2/wBs7OqaMwTYHem2s9BSVFWaFo5cRmY4K2lMcM1MIxM3nQ9Z9o9V4L5b/G7E&#10;rhOk957hptmdu9N/cSVuc+GfyByVK9W/UuUq5GapynSHYPjnyHWm4HUJV0IfDVTrkaIxvyQ9zfbT&#10;fPbTmqbl7dpnubeSN7jb76h07jZI1GaTjo3G0qse4QsdTjTeRhondxlp7Zc/Rc67XOm4OkXNdhpF&#10;3GuI5VIGi8iXyjmJo6gkRzVAIRlAPD0x2XurE7qr/jv3bXQ1HbG2MTLmtl73MdJQUHf/AFhRz09F&#10;F2FiaKm8VNQb325PVQUO8cTCiJQ5OSKtp40xuSoVUD5BE8ZRWViVTWLFS6CwDEf6qPTc35Iv/X3H&#10;Kl1YMQRk+fD/AIvqUo5SxXWKg8MY+wjgQejQ+xc6S2tmNw78x9bhaWnnG0qet3TkJqnOVW11ipMf&#10;jp2YnOY6vodzYOlkpg8tVU49pKinooJmKOpEb5C/dh9uubfdH3e5Y5X5X5nn2UNOktxfQzCJrS3i&#10;bU865CySq1I4U0lvFlRlHazAg5ku7CO1kW8hjY0qA6gio4iooT8wPThw6CDvDem1tmdf5WfdXhlp&#10;cyabAUVDPgZtypkcpl6unx+OoY8KuLy1LkqyqrqqJKanqI0gqalo4mkjD61sa/ju9tP+hP8AhvYP&#10;8f8A7kf6Qf8ATl/enJ/3M/g/2v8Afn+D/deL/SL/AHB/jH+R6/t/4v8AZevw+f8Ayb39IP8ArC83&#10;/wDA+f1B/wBfrcf3x9bo+u8Ff3ro+o/sq6/9yPC/xfxvH8TxP1Nfh46hv952v1H1X7mP0XieJ4Op&#10;9GrVp1Vpq01/UpxpjjjqtX+F7Q/7KM8PU/8Aow/v7/cT/ZfP7kYT/j/f4x/o1/jPn+4/uj/pS/h/&#10;+UfZ6P4T91+x/ENH+5D3/9GmTs/r3NdTb73L11nazGVeR2pkP4dJVYSLKRYatplAalyOIhz+Lw+X&#10;jxeRhtLTNPSwu9OyuEUEAct9n3S23zbrXdrWOQRzqTSTTrDeavoZl1qcOAxo1QTUHrPqO5WZITEu&#10;lyK5AVgTwP2/KpHzPW/NhsnHmsTjstFT1FJHkaOCsWlq2pWqqYTxq/29S1DU1tGaiEnS/imlj1A6&#10;WYc+0HriOl7pFoFgr6jqUMQpvcliyi9+Lf6xHsyo+VIJr5/6v9R/Lp0tM4dGLgDjT5+WMjpy98TI&#10;dZVmVVChg1gFdL2I1A3VD9RbggWI97C4qAa1/n/l/wBVOtKysF0gs/E1NKfP50/w9e98C93j5WUC&#10;QMCD6mIuACyi3JuAB/sfewtFfGk0/wBX/F/s6v4h00U5K5+QrxCngT8+PEde98WdjZLumrVIt2Rw&#10;qBuQbfUi1+ebHj3YACpoDSg8xnrxlArJQMT204HPnUcOve+mKalbW0jcu4YlApW4RJFW3ovb/X+v&#10;vwDEFaADgPP9nz6vGXYElAsBFKghuHoPlwxxrU9e99hlJf0CwFw1gouTf08XXTyFY/UfT3ogindx&#10;/wBX/FjptmdTpBWg8jw4evEE+fz697xtKzH6CI2Vl4DDlSQHsq6WFgSbkG3u6qAONf8AV5evyHl1&#10;oIjRD9IstDUA088+eRx6978syrIqMwkIjXWFGlVF7MTpN3Yk2C+/NGSpYLQVx/q/wnq4MjwhkiKe&#10;hIoTTI41GPXPXvY7dL/G7uf5BVOSn6y2kZ9rYKogot09mbprf7r9W7QnluVpspvGriniymZkjRvD&#10;icXBX5GaRdHjQsCDbbNkutxltoPhaUnSKVdscdONK1pWRyoAYMAw6Jdw32x2e3F1uN1pVySK01HG&#10;dKYJA9cCnmOi791/KLqTomfHYTdGTye4uwM7C9RtjqfYGMfdvZu5KeFoxVVtBtiiljOPw9FE5lqM&#10;lkZqHGQRRu0lQum3u2DqD4l9G9D11DnUii757VoaiiqMb2D2DtqmpdgbUyVKSwqusuoclNkKP7un&#10;qFWaDMbpfIV8bJaKlg1cZFcn+ywks5brmMiO0aGUmGN2EpFKqZpQAxBFAUhCx5DDuHUMcxe6s10j&#10;2+0xGG2yNZYh2J+dKBfIKnl5k06rI7O+QvdndcsNLuzJTdP7A81Ia7qbrLcjV+ZzNPMlMKrHdm90&#10;4dKSfJ0ks0Usb4jaX8PpZIKho6nKVUaH2V/uxt3bk/nWdDb3qIdx7qNX8BKtNy7ilFdk5aT7d+6d&#10;tU2Q3DWt5qfBU1bW42OlpfuXjhklCRRDUyJ7Fns3ssOyye4OyWot7XTzHNIi9vhjXYWcoRWIHimn&#10;4iNZ/FkE9Q7dST3V2k5k7jCTU5Ay1Acevrkn5noe8lV7IwXwxxeDpYdtbRwmP3/tnE4bb+KpqbDU&#10;NPH/AHtwLijw+Gx0ccyGNcoskoolZwHaQvYu5sUkqFx/hohWYqTL1U0MePweTGVUVklYmqirJlpG&#10;gqGR0AeOKOV5pLBnRIr3nuG1huF+pEKLqQkhSF0aRqmC6qjuJIKlQq/Ep1AdEF1uR/UYI4qaF0QM&#10;q4GoU/F9p4ZHVf2RrclnamtnxtNu3HbMwdLU125+4sHLs2vpsNFhMolHW7UoIMnFk6KTNUrRPTz1&#10;1VT01BTPIaaGaorQBGyyZHImTIGoqYo9yVdqWtlpK8PioqpWMbxU9dQzUX8VYU6CPyvCHp7mOIgq&#10;X92aKGEW4tYI7iyLvrdkEbMoWo0qT2AKSNXaZCtSaHog/QWRiFEsK1qxBDaTQ4T8IqcitcA/LoR8&#10;FsHa09BgZocNkMf1rt533Fsnb2UxFRUbilpMqIK1cvnsJuPG7jr9nTVGdc1oxdNkWpa6QiqrYm8i&#10;06p4Y5HEdLTxT1TkhJ8fknqKSMeUFmaOSR6ierVHJIDvZhwebezq2u47i1U2kFulqoGlkU6owMZA&#10;PdqFHX+E44HpU9zGxfWmhIwQGU6iRw4eQ/afPoUarM11JV1Wbz+QTFzO8k8eexMeNzc2S+2KaVq4&#10;4qDG0eCnZQIXaKAug9aEi/uPVU1ZOwoaOQ1ENOobwLRMtNiIkcim/wBxs9FK9dGxDfvIxsDzf2mD&#10;Wl5PE940jSUpJKzUErKNTISB+iwBHYTUHAx163FlBqlmHhscgsO9/WjD4fXhXp2x+UosRRzZzIUt&#10;Ph58nUyinjTMwz5HdNRWRotTVw7kos5S09DMQq3ppoo9Rj1eljcs1pIGeMmSejjEklXWS0MK0zzM&#10;6CWChmNHHJTVVv0LMtlJt/rmsK2VzomlIE0RVYwrElo9JwWp8Mb4YCqsO6vl0soHARHGontGTimQ&#10;RTA8zQ56UEszzBZY/t6LK5Mwx0GDXMVDV9J40qHoslmscu4KimymOqYwS8lE6yyAC4IBKyamPHRR&#10;LkIqoxeGNT4Z5VO5adGKxyineGaCJYX8nNrqLfT2nt7m9lu5Le8t+52FSmkl17mDE1pqULhAAQnH&#10;J6SwzMpZLiAB611D4WOSDjOPIY+fUKkGXqNOFajWtad5lkmp6Sqi6nqKmJA8CVlLkKHJ1c0wkisj&#10;ytraU2VufeNf4bio5MmtTR1FJkVpzlUmkerrGEjs+usomrfApVlFmZD6vz+faucxTyLCtnPD4dTD&#10;IhZg5CgDVprmjEOW0kCoNcHpQ1zJcHwFtpBKgamOAxU6vQ1yRwpnryJuPcU8WFlirYsthHq48JFF&#10;BT4jD0QUJC0W3s2+DWqdGAJ8UM7XW1hwVGernjCw1yKanWFFDPJUpakJDGYw1VI01P4lUr+y/pta&#10;xBv7a/Sjd2muDJuOgERKrritFPfUZFWA4tpAOemVVCro9Q4GlkINCSPI8a4rXz6jYjH1rmp2+gjw&#10;eNgqahtxeDHpU/xtAYBTU9bishT0GTSokmDj7+D9xHYlgy6fcTw5OnH38BV6szxM2UkDUlFZVLtH&#10;WUJomNVZTYFNWofQkce7RxyB7iKgjt3jcOa6Q7UBRRxYO1SwBFAwFMdeNrbSjQ6BcFSOLZ9KHA88&#10;5qRw6c3yu2q7xYSqaR6GKlkkptnwSJmczFCZzTyVuK3Euap0x0EUsY1rIUI51hXs3vi8OVaGOSZE&#10;WhpmaSsWUxjDzuBygo5aOOpe7SW9S+L8H6X92s4IopfG2yeNxKwAZiviKTTvqRQuhUNSnkSAerIT&#10;FIq2pQFgAT+MLw7qY1efmSM9c5cltuSSroZjkIs3VU4hxUdB94N1U0LSMI7Zijzk1FSU0lOOWimF&#10;TzcWuR75pS0xo6iTI0iimdGkp6OWOnpqFQ0gcvFSU5WnqYpbEx3ZXRxe/Fvaaaa8t5obaw8J3dhV&#10;2fWrvwcvrABUaqOAKEeXSWUlHXwHrJqznUTTA7iMeVcedOshqp5qykGMy9etbSOKevyWKfI1W44o&#10;RATTU5zFRJUZTGZGBowKg6JIpYG0WJbUPNSYyojilZlrapZRTw0qyALBE1rqlHPPrj1r6S8Tvdhr&#10;H597kkpGsVzarDMhqpB1DUfSQE/pj4tNBoppGen0ldWaGSJYy1KAVUAn5jFOP+DrHBkNyY+tqIaK&#10;SqoMLNRNV5HLz0RSsrpYkNpKjJUdAtPPWxPcrHWRQ+hjG1+D7cfH5Enp+ao0kYh8EeREeLpIVX0R&#10;1Ev3j1bhALSIssfq/H19larJLca/BJd2JLuGZpADwiDNkGp0seIPp02Cykt4LDUSGfVVmHDtGMjy&#10;wRQZ6bWqoqKKirFqf4QmSkFTFMm2423NU11SwM9akMWAjxKSTEh45Gpaiy3uxNj7jxCDL1lTj6ag&#10;kMVQ1L/EEyNRRw0/jkj1tO7x1DRR0sMELO0lVIEaMCzAkezXwbuxdpb25iUqrLHJpJAKYZWBoQ51&#10;BMU05Fa9MO00dWMxwpIYVOK6aUr9lCBUHrjla6PZ226Pc2QzFPRpiKbJ1ND/AAWnyslc5WYLS0lI&#10;k9AKqpyFZX1CJHTYunknFS9jEyA2U1eKCjp2x1RDkBQwxzRYfMY7K0y1uUqpo2Jq5KGmSmnSKrEm&#10;inhjTIUsNGg1ksS3tO4v9xeC5FtHbGOIB0LZdVAAXSuKMdTMafDRASRXqtus0UyT2rQOlKuhrVFW&#10;lePFh5/CdRqMCnRfdpHcG6Mkd2SZHB5PcOezlDlMvhqramXl2fsXadLXK9HhaDcueOYx9dlMHT0i&#10;VOUqaubau4K7c9RK1OqU6RwBCGdKxP3Eo1q6UwQVeUWgeeAfaGRKemXBzUmjHs8S2XSECm5+pJ9m&#10;MEVzaCWd1ch0LB2kDay3xMWCv/ZmgoxBVaDyPSwrcF3NT4RBOktk1AIJbJIXh9nRo3oEoJY4IKnJ&#10;vi8k9XWYrZ6ZKPGZOkORenmr62Xe1JnaWo3SWrJDJLJIZpJ+F5UKDCpWpWklkGQyOOmgWSRKmSBU&#10;yFegN4qagkkKBoVI0iMuJIzYKSOPb96EnMTzbdE1sVVWCMAG89cr6RqBzUkEZCkgZ628iU8L6VAp&#10;ADBfhrXiwoK/Ye3NenWtXN08EdLT0e3s6amrgjNA8tVUbf22ujxVldkaClnnmo8nKHVxOkfgnAd5&#10;U1Ae5klSKtKOrlyqOlv28TCJzLBJZlimyFMK6OqoxExJMiMBfmx9sRhYCY4oNCFgGJQDXGSWalMD&#10;VwYLjT9vVDKLcF4rRy1aM1FANeNCKgkYH2dNsWPeily+NjwLJPoaSfd1VU0pgqtK06yUmAykmDnx&#10;ubE0S6IoqmMyXGhWFriZV0dSr12QrpV+6SGIf5PJNWFmj8djTappZ5y/5ljDvb/Ee0W1GPxrdlhY&#10;2kjMFYSAJQhqqq0qAq+XyoMdMpNUwpGzqrY1kUwDmvyAxpx8uo8eQoHo8TtvBwDwR1Msz0eSx0OI&#10;kRJS7BsvJHS02NoH84ulPUPEjMOeGPsUNl7hxm3Bg6TdFXXSY4rNBj446WLIDGyVtpUmq6ZYZTX0&#10;kE8geREFPVlQdTOBp9mu0mytJpJoOXrWUKC6tcMxR1BOrUKrplNKo5J40RQa9Kdu3y8WSaz+rkex&#10;VslGoRU9zIG4UANFYkNmlDTogXzU6W7q702nvmX45Z2kwm9oMnjcxvLET7hyOzp9+UWFMcGQ21sv&#10;eJyePi683PuXG0z01JV1K5XbSVbI7x0xImBv8T1vR5uipq+t3nUZigqo0npIduRR4zF1NOwDJ4am&#10;0tQhvwRZCOQQD7RX/ujzTYD92xWqWVoGqY0UIuKgAlQGlQDFGOWAJ6HO22OzTxJeWh+oUmuuQlqk&#10;AjK1oDTiOtRzt7+YHuTpffG8NhddfCrb3UnZOz8lU7e3LuX5O5XL9vdx4DNwuUrEy+23kx204ZJ7&#10;GaCUT11PKrCSJpUIJW2O2TtnCKklDiaWOWIFjUyxmqr5Hb6yPV1RmlDf4ggA+wM2+3VxNM66RJKa&#10;E+QHGlPmfzpjo3ZCYwldKDyUaRj5Dj0RXtL5q/Knve+K7R7u31lsBNLEINn4nJ/3Q2LRRwoY4qKk&#10;2jtCPC4pqW17RTpOCSSxJ599Vr0cRdF1o5N2Ka5ZLE30qzagV/qB9Pr7Fu0jdrwRTzuskQUAayqK&#10;KClTkUp/E3HC8D0G9xZaERqhVhjyJI4+hJoOB8sdBxgsHV1ISClo29Z8jBVSKNpGI9TrGFXWzG5Y&#10;8n8+03PWUUROsvIQWW2t9ZNg3pmN1VVH1BF/9v7kS12vcHhWUTRxQ6VfUFDALUqC0S9xLthCG0kV&#10;I+HoMS317pZkiCmgNCqkDNBqQZJJxqBoBxB6G7bnVe48iY3jgCIxilYRRhQq+qPSwsPI/wDTm3+x&#10;t7SOczyQ0VT4nfSiNIGOo+NFC/qFz+puBa1vr9PYl22ddluLa9h8NbmNQrEhHEkpagEddI7UJchi&#10;TUUJr0tjtrm6K6ooVmKmpAoWJxjgBT51r5U6O18dPjKc9vnayV9LK61GTp4fHPpLSFo6k67PGY18&#10;ZSzarkm9rm3sN5N6TIAEqLgiwbjSG+hKvcXKn8fn3IkW9zbrHOl9YeF2HWEoGcUahkRlbS0oIKMh&#10;Ggk0JXp1OW2uXm8V21AYoeIp5qa+ZqQPLHl1Z7TfCnbplkeowcLSMyu6JCyO6nU2jRpOnWjWMhGp&#10;Ln/W9h7u/P42qxebk3AprcImDz0m4qTwioNVt+LC18u4aWGEk/cTT4JJ1VBYu7BRYm/sCzbvcLIy&#10;Qw6oC4NQ9GNWoSUIHE1Gh6g0JNRToQWe2R7dayAqfCXUQoyT5lSD65+wdH3+P3Qy7BqMEdvRLhq+&#10;mr8O+Gqxqp1o8uc1jV29UVdQrDxR0+flp5DMttCLqP5HvUNz38Eiq659p1dVktoHIVw2hWZWjloM&#10;rWbUlqJZNvTZbGyyTvRZL+CPEJ4Wd2WVTdj9fcmRztd2hF3IGYCtRQNjh3Y7ScCo+VOgW0kTSygO&#10;VUmoxpKjyB/wdbd+Cly82ExE24KWkoc9LjKCTNUVBUtWUNJlnpYmyFNR1bxQPVUsNWXWOQohdACV&#10;F7e1P0q/ZD9hUuH6p3ziet90bmw+U23HunObhTa9HRY3IQxzVn2meejr6nGZuJKYS0U9JGKuCWPX&#10;HJEA0gW7XeblBcvDsa6bh4ypXXTDEEhS3BgR2kUPE1p1q5+nkjCXbUANBU1BLAjPl+38ukN29Hsc&#10;bIr67sPar7y2zi6rG19Tgo8UmbaqmjroI6bXipZYafIU6zyL5YZS0UqXVkcHSbpPifjPkz05szun&#10;b25et9gr/cjJ5Cux28dj702XKnbVdi6gZvcz5uPK5msnhwe68lnIGbcLUMUOPfKSyLrqEkYzpae5&#10;MkfJT7XuGxzLu9hKiRwKB+osjlHGoEvGWOos69rKwyDQEI3G58v2V9bW1tbRXd5dCokI1NFg0oxU&#10;hdSBhQMHAB05p1Uv8kNy/Gfvzd3RGzI+wt4bby+SXCS7d2DuDYu96QbPxe4sfnMfh6Daz4fB08FF&#10;uush2xU/7haevkaujxyR1RWlKCQ2+9tnZTsTbmQwFLsXC5WLF7f2tvPauLg3T9r2ZWbwydNS5Hdu&#10;3cXUZTL1WFp8lhIagzLkoJDTVFNSS6DTSzwyIK9w5p5z2+2g3e72kNdBQY4Yk8P9JdOlVDdhkV0N&#10;UJMgRtKnUpJJuatq3jc4OVbeweK02+WV20LCWR6miLIQCgQAVVqBmOZA3d0XPqL5AS9D5/H9n9vb&#10;ty+Mrd+7h3j1Rlsp/daOn+PfX2wto5p8ZtDKblXE7Rxe6K2bceRw0lNQ083jrqI5COCY1iU0vk14&#10;/lJszsrcu/exe1chszsGSmwecg2/2Pncztylx9DtrPYuihpWxNRmKcwf3jTH0wpaeCeJamr8aMJ2&#10;ut/eMvNEl5zHfXfOUsJ0XEhaQoojRG0gUKgBewAIgABIQsR1LsOyJtu12IRdIVBUDNPV1qTVWJJF&#10;OFaDFOr3Ov8AffVtJQbP2ltveOzqyXcuFpty7Rxm36+nnly+3c5R/wAfotxpR0zN9vQ5+GokrIZd&#10;ENPMrkRA6SAUtoyE8iyJpldGQg6Ay6dN9R1B1C2IP5vf2Eh+q4NJFBGCBXh60416SA6iqBCGIP2f&#10;YaeX8+hm9q/Z+C3DurPYPau3MLW7jzWdyMFNj8Bi5aGjr87IuqomoIK/IPHjMas1BTylqyqZaejX&#10;VNIdKkE72e2+vvLO2kt3ljMighWUEZqaMxCAgcGbA4mvDpBdALA7B0qOBbCgk0BzTgaY8+HTFufc&#10;WG2lgMpuPcOUpsJhsVStUV2Uq1d4KNGZYY5GjjDSTM08qqsagvI7BVBJHvY66U+NfWVJvyDM7i2d&#10;s/D7h2TQYTY21KHI5HMZetyW1+wNoVVRsjK5TKww4uj3Bu3OY6DO0VRW1c1dPX4+nSXUiSQBZ/k2&#10;n2ujlu9kudsuobt1eCUNM5Ro5RqbwdIIZjUayukwOG1d1CI6vJOcrW2S2Xdo9Ssk1FhWnY9dGru1&#10;J4mlQFA0VycnqjH5U/MmSPZeW2JsfGdifwrN1O7N49mbn2vmcfPlduZDrXNYrCdmQ4RKqfcM2NpM&#10;HuHcG3pjFQpjhia8z/5yQSqDjbt2P1ruWkzOBabG4aHFYChw22zh8XFNt/rM7MiosziqKnocbS1y&#10;bc2fDisbT0tdjRHCMljIZI4tTaCod5n3Cw5ctTd8rbc9xvexRIWbwSzLbkOxS4J0tPay0rJ4Zcq5&#10;Evx6iQZcbLtJuUi5i5nla5u3MQT4mBdCdOpODmR2kjLAgOeNeq8+q+9PlF1bQ9Ebh6961zm8Jdld&#10;jZXcu8RujcrYDf8A3/tjtivyGC3HDuncG9chtxexN47l3Dk5shj8vDPWHD5muhnqBEpnDhxuv41/&#10;FjtvbWyItx9SVO4d+7K2xRHE5fC717Dgweyc9UUkGTmG1MjDuxarM9dZPMSfxH+GzUz0tez0y1cT&#10;JHoSCOXN+5o585ks77mC4uDFb3WqKVg9wRaoxl8I26oBI6yLAkYlZTRELFtCjqU9itrXb4Ns2qdY&#10;pNp72esYUkmhRlCmqtiskhoSagDoOR2t/M36w7s3z2L2F8rtibT+N+9O/KrM7Qwe69mdZ5/uXtDo&#10;z++2SNPtnsjbT9dUWI2j2/hMXQUODjrqnKxVODoMVWClfV4pJXXdWzd25DA4nb+1N2YGhqKXc0Mf&#10;b29MzBjc9ubZclNSpuLJZahx0IqqGv3lnKaupo6imqwP4ZipiaFAzKy547Z7j8qWO0brv26Xl19J&#10;t0ICwRBle5YkRi2kA0+AhbU4aEEvLRZKKOhzc7lsI2fcWtruS4uY0B8FGBnocRoC1GjVgGANf1fM&#10;jI6NHsX5G7KqOxMrvDLbO3ZkcVW7TNN8cOo9j5PO7A278h9tZjIZHYGF69erydBTL1/1vj994Oum&#10;pMhSrH/eDNv5szKYaeOnmDWj3riMxvv5Q9O5Xc1Di9vYTYVJl8PvSmjyc+TytZg5oNl9tbhr1uJt&#10;y0Gz9xw45XkpdFZFR1AVQyhQuEHNnP8Ad+58u/bpynJb7Fttq0ZWAhYPEjDuGupfDOiO4QoIR4fx&#10;oUAJYMxC9nbvt15sLRws1k8cga20LpEgjLqCRRFZYnNBQ627QeJ6Fusw+48Zg/5eXya2z09iJt9b&#10;u7Jr6Co6gyC4TZdRQ5HNpvbcnTew48vEwwmxq/ObUepjQ1kU+LlyccVQ0kbnU4V0NHuHK9R9X47D&#10;5rE0u6czNHharfFRk6upiqNr4qrrfLJTY6rWWpnxtVT0UtTHXVfqgjf1KrksZ8+7nvXL0uw7gd43&#10;y7st+kaKCNhIXuJ5Spk0wmhCukVQ+vxGCHWWVSvRo+4SQXm42VlNMsEZ7QtVBcqKxlgpFSCo0gkh&#10;RQdWCwZLBbR7x7hz25sflItibf2/it2U/WNBtOllv2duOnxZyX2O7qOoShqtxStWQYqTG0XkFRKF&#10;fzTR2QHQx2JmwmVyi4LZuVpIsVFjZFy7ZSmxdJuxsrioo55qTHNP93XUO2KSLwzPPGky187uistx&#10;7k655q3WS/uNgu9lurna7RYI4p2KO5Yh5JCr6tfedKyOcNpZM0r0I9hsI7ZJdME1xbzRR6XBoEaj&#10;a/DRaaPENSTQk0UcOqad5do4jsnB4LBdnd04LMJnMzkaCn2i3X9fvet6sTbGfymXoqDNb8pqSfF0&#10;W7+zdxVCTw09PO+NiwONpqZpUfRL7TG68fNDX1VNHkpsFU5SvosphszBMtXHiDUGmp6eSCjlamo8&#10;tXUkyzJAHjLRrbVY2HvHyC15M9vfdhN2582abcYr68SW3RRHFbwNIxKiZUCu5hkGpnSqpGiudRbt&#10;Z3OxtNj3GO73OyZ7eWJcBgCARqcvUV0g0U048RWnQ89G7pO4NkYaqrNv0O9afYOzN0bO7A2ZkMKM&#10;TX73jxSZfLZiPIZWaHN5PZGGyuEnx8uRijr/ALSvneRoBKqEq+b4xVc2FzAx2Goq/cGMpNw1G3cv&#10;l6uWbMNk8PjKt6vLT1phjipK6qkr6k+ImIy61AFuPZZ7nbtsVjyjLdW+wW0VruF5cSwXEUirIP1V&#10;iZIgV1nXUgUfTQ006qMNWkkpuZIIe7aZiCO2gDV1VRiAxXTRD5V6BH41bo23Vb766ny26sttjZ+7&#10;Nz7ETeHXm0sBjouvcdtXsnOUGI2ts/BYCnyVZkMhgsPidtYiJcnClXHjYIqgykHUxZc1Qbu2j1VS&#10;7S2LLuzJ18Gw4cPXS4vK4mlraLN5yely1Zms3nM3ClTXUmGyFRLPFQRU/hqllanlDI91LdptPbDf&#10;9jgtha30u4/Tg3M5lkW3hmWtRO3w+Kfj81KKKEsRSAuY+TlsuZZOe98Rpr1JXljVixQnS1I4YUqU&#10;aRRmSpcFQePQldZ716r7s+QmQ3t3JhenNp4rdHyKyO6tmPvXbldU/wAb27sDHZ/Y23czsnauAmO1&#10;sbuPKYjGUNLks3lch9xTfZx1tGsMqMJAF21lMvsbrKp7D3jT1W/azOy1fYe5ZqCmkx2eze5ZZsdt&#10;zGwYfA1dRFiq3B5fKwQY2evt9lQR6mQskTKA9zf7Qcu2/K0u98tc1G93UXZRYXehuRcyRqFj01I0&#10;MQ2qQdy5BKHpJsPPHM2+8wy7TuPKwtdviVE8QlgFioWLM1CA4Tu8CgapqwFerHN7bZ2dnN+/6NOo&#10;s3tnr6r2BQjprD7TxVHh6na2KxceJn3bNDld37QopNx7D3nRYauqM1j8NFUpkK15Y5ZlRKiOYKnq&#10;bFY/M7cyFOdzbRymalzdZuHufc1FlTX4rE7lzUyUmQTNY2ggglxW2cGiRYihhRmhqKWnX7dCZiGi&#10;CIc0e3l/aKNvlj3C2YNH4qSJWUuCSdII0yyABGGIgg1YNOh9JPt28GW2j3BWhkj0xhqpVF4BScFw&#10;KsTQUpnh0F3fO8aXr/cNFktw7f3/AEFKmGx2zej9m5LEYPEbh3euDpo8lR4nZW7t0ZfMLnt71Rkf&#10;N1tZWUsH2k7GSrqAKcvGQr5Rd0r3Su5vi/s3pjfW033nQ54dw7q7Ynptu49KLJ5THbU6hzWK68i2&#10;/m6fJ7uehoJdx4vbEdbh6iiglpkmkec1OmaNu3b3B98JxY3vL1j+/VsdE00pZFj1OwXwzpLSSUUM&#10;wR6sprNpBAK6w2nbuTS9811WxDA41PqQRspWikKNRzrbVXTVqEgdLX4wdN9lf3t293L2T2l03nY9&#10;o7OhbqLr7a01duXLdcCnl3NJ3BhZe4Mnl6Fd34jJS5PFY/L7oakykFbWxSSqKeJKWJBY+GfxY2D8&#10;cOtK3bmQ33Qbu3s+46Ltzvjt3cOJfE4vqXEYnGVmE2L1xtLbe64qrNQ7m3Vtyl+7zFfkUlix+ODm&#10;mHnakR1nLfMXuJ7Q75Ly7vkPhbf9WLm6cWyzm5RkSPwraUgUdY1DSsGJiQlQC8p013fZtm54s2WG&#10;5DXVxB+mhJj8NFcHWSMhnkAiUAkEZNBwAnv75N/MXI94VlXS7Vl2516xk676F6E2jXU+5q/5I5qR&#10;sRU7w7l3T2btWpgWl2f10apaPb+HxlZSVVduGpiirQtAuRngd8/vPq75T4ZukdsZzvrFtDufKZfb&#10;m5doxbVqY8huGnpUfauOr9qbjkqoclistLS1Ne8WWamo8JjaVldlNSpQ75627cOcdwueZOUOTobe&#10;R/DTXJMp1jxCY2040zyKxkctUsCqqARq6rypsfNPJRk2v6O3k2WZ01apnDAv/aSodJAJNAiaW8R2&#10;q9KE9DFu3b3eXxs3njvlRufD/Ffb1DW7F27t3sen3ZWbrh3NsTCHLVU24cpgNzYKnTF5DcuNhyWO&#10;xD0uIoa3KbwyNWhTStLGkxKc11Di+n+tN1dX9sbvpsz2jt/sair8LvbL7WFBFsrZlXC9fH1/QQ4u&#10;bJT7sxU+JzBq5aajnqocJXeOmEqxRW9iO15Sk23laWLer+3teYLd0Z1Z1UeE5A0RsAfqO0cVJKye&#10;dB1JNyZbTdJIVs5WsmiDKaKO4nuBHDUaDNaUJwMdHh683xuLs/PYPtvr3LtX9ZVey8jjm2fMZKSP&#10;eOaFaEO8MUuVjpctgZaTJYo0UD5aOkNZQtLKIWZkcMnWW3Ti97xV2zW2zuJoZKtsXuXdmBy8GK2g&#10;uGjXN5LdNTtwgsmRixdMIhHUiT7EVS6Q0xjYnvt9e23Ke+/vS62+C72uM6VmkLhITx8TSasZBwjM&#10;akxyUNDmqpb2Da5o544I55QFAUg1qWFDpGTpNeFRXJx0K288slTs4VmcgzFEpoY567D7braerkyV&#10;fXxy4+i2/TZuni8ok/i00ZjnhEQd4wWtHrQj5tHMYLde191dmSduy43aexp8dhsPQ7gzmQSoqN31&#10;tImexGT3Pl8dj6ugop8nkjPPDgoKYUxp0jpmqVklkdMtdz+8Ns1ts3MG6xbZt88MUqJCUjIBAUAi&#10;QkLIXYU7wV0qSxFaqBTccwWM8l7Gu3nxNAPwkkksSzORmpcUWuKDoG92b93TtDde2uvoeojuTN7v&#10;kosrmMxsvGYqbG0+3RkIsHnqeVMvkMJlZYsVS1NDBNlZJDIqTvOKbTFHBKUbI5/e9dkszlqHsCjr&#10;jWZKprnGI33ia2i+4rr1ckFBE1cMZLFE0zLelDQxE6Abg++f277lc73e3u8y3ISaaaSQsX16ndtT&#10;suGJXUaJjTQAcOgoxhkpJcdjtU51nickYxTowlBT7XmoaFP7t1dLHJSeGMV+3q6GsSCjdaZI66Zq&#10;Zp45W8IZfK+qRfXyDf3Fji7TyTJNBPV5AN6lYVGyZgSwGll+4kMhIH9ogk2/1vZVJu12iGKSMzK+&#10;DSmvJz8NPiOacM+nVS1spIMpLUFKMR+RNfPrLIdpY66yLJSD1g2jy6KAGBaxRdIGpvr/ALb3MWk7&#10;PTQKzaRrfHIQFqdpbfyqyWPqJkx1KzaR9Tze5v7eVZkZ8RHUKfCKozDh82BqoFTkY6fC1qEkFCMZ&#10;Bz6E8K+XXEZHaAUsmd+y8yoQz5qupLqxGhlWpqURb6bXAHtPVVRuKiq5Gm2Fhad76aiL+4WRpyDq&#10;JLMKWWFVZgLkqBb2mlW5ed1ZlkddWjgVC/YB3Nq419ajz6ckSQtRpKkLjhThw4ZNeJOK9T6eHHNE&#10;r025KyaJ9RSUZiCpDXuDplcS6gp+nJt7nUeXlVEir+vMcVBeRmji3fhSxY8qrx5FlSy/QleB7ft7&#10;t41llntFlY0GpQyEUHnQUBHCvEg56TlJBWTxQfUUoTjjQUA/Lj1xWmLi1Fu6s1NYDW+ErVuo0kKG&#10;oNdyeT6vr/T3DfcW142I/uYtBIGtqG981pjIb9MVNW0dQD/t+R/T36KSKWVvF28yjxBQ6jqyO0Ef&#10;CfmW404dVWGZjpYIwqM5/nn/AGB1ITHZ9Jg53EskIRVMMuHpblxfU5limhPquOLWFvaw27ubbcco&#10;SppMokd0VExedx00hB5tJ/EMWTpH9nm/PsTwbqI5rVXtZVJJalVDIForquNLa/LyqM9JbqJWcFYa&#10;uQSammmmPsJ/w9c66n3AYT/D63Dmfn/i4Y2raH6H/lVyUMl72/rxf3Zn8SvkzgNh19HsTO5PcVPs&#10;XMVXkxOQ3FLiJaHZeXq3LOy1GOWKWn29lpTpnDKUppmEoABf2k5q2aLmyxe8tYSl3DFTQQgeejUR&#10;WOkZViCn4m+EsFGCSK4ksZzK1uhtCTrWpB/h11AyRWpFKlfs6pO/mv8A8tnK/KzYGW7a2PtXatd3&#10;5tPFtFX0G3IsjSZDtnZePpx48DPDWyvTVe9NuojSYmVm8tTEWoS1mg8dpHYGw9n9pbK3PsfeeAx+&#10;69l71wdTt/d+2cgS1FmsNXhZDGZYzrpp4ZRHU0VZCfLS1Mcc0TBlBID2O9tOYbCfk/nGxru8ZpBP&#10;OgLQvWmtDWiyIKgltSuo0MGUAdLUnbbp23KEq8RAIBA8JkpRlAHxhs1LcK14jrUw+P8A3l2T8Xe1&#10;9v1VBmKza249p5tqzZu4RTzCXFZKlZ6KuxuRpalUM9NLTmWhyGOqV01VM8sEoH9nVc3Ttrtf+UJ8&#10;pary4X/Td8X+6sDl9m7j2bumVqXavyZ+P9VWQzbn6p3tPSKybY7q62maKtxGXp1SsxeXp6TLUgME&#10;skbY8+6/tdtPNFjufInN8jxNHKs8FzDQzW88YP09/bV7ZEoQZoWOm4hdoSVJ1KI7bcrrbrza+a+V&#10;LsR3cLaoHJqCP9Etph+OKRdSsr1EinWPxU3Zunu2evf5l/x/w279q5sdV/IbqXLUObxO4MRTQZXc&#10;XRnbxxFXDjdzYWnyBjTdPWu+cRUVNNVUcsn2efwFVWYyqZZln8JlN1dG7Zp95dRZbqDemQ7G+Mny&#10;Yqmynx77erI6Kn3BX7aoquKHefWnY9I2vFbe7/6VmnOP3Ji31JOUiyNOklLUrbmPtnthuMnuls3t&#10;jzveRbPetuVta3VysTy26R3Moji3K2RWSSeyuAdcIDIyyBrZ2RlVmzF5e5+2nmzl1N/22No2jPhz&#10;wv8A2ltcae6OSuQpIJilppkTIOGoZHqj5D127didhUu/cBR7S766OofsO5+tMbLWZKjx2ebE1ORw&#10;O6NnT1CU+Q3B1Z2RS0b123skyo8tOJqWp8OQoa6npzYV/RnXm3pN6Yzqug3ftPeeEoH2Dujs6Td7&#10;5HC7Lrd14SLI7ehoa2XC4unlyO8K9KCh3FTRRRTouRpo6V4Zo3B6Jp9zT7wXsxz/AC7d93feuYbW&#10;a/gltzuW6WthYW16qFSiWFxA93KIblgEglkWPw7waGfQOt3e67LfSINyRniQf2gaiCoKsaH4XQ/C&#10;SCrgk+Q6A/a/yHo+w4ti1nbv9yaii3FIu8eqtjYzFZ2j3xuzI7QrK+Ldmdk2vkK7I0Y2/s2ClqK7&#10;GZGDI1VHX0VNPUyrGEjIYvs+3tX2H+hmr/0j/wBxf4x4P7zJ/pX/ALxef+Caf4P/AB/+E/wf7r1/&#10;a/bef+Gf5bfzf5R77Ef1W3v/AIFb/WH/AOCesP8Agi/3DX6n9P6b6vwfqNevw/qtPi/4t+8tXieP&#10;+rx7Ogrps9X0mlvo6eppWtNOuleGfSuNXWb+/Px5/hP3f+nnb/8Ao2/v3/C/7sfZ0H+hz+B/afxj&#10;7P8Aiv8ABfJ4PFx/Gf4h/D/4r/uNto/yb3//0qILiGMKpIUBQ4Ys4Zzc+UkEamlkYm5ubn+pv75n&#10;GsjFmyx/1U/L9nWeq0fQkcYGTStDgcKfZTrf3AAAAAAAAAAsABwAAOAAPeFyr2ZLPGo/S31XnSdJ&#10;Is9nAv8AUe3FDLUNhj/xf5Y6ejZ0Oh8Vqa8Kmn8qDyzXrv3zDr6rIxNix9JLMqsTYl/rYknT+frb&#10;3Qq2M4/1en+Hqp1gswmFCdPyqeJI+zj8+ve8ZchQQqowN7BAY/oCWAb9I02HFxc/X3YKK01Ej7c/&#10;7P8Aqx1eTTGSSCYytCRx/o1HDiceg6977dyBrIUofQt7k3BNixt6U1XFx9P8PflX8NSG4/6v9npO&#10;WSunJA454j/P173jL6mBJb1gKEGpmdgCGLMx1l1/x+v+t7tTH2ef+byp04klA0hqKZ8gM+VPTr3v&#10;syWHJDaktzISGVLAAsLsWccW4A97C+g4H04V+XCg6smsqWEY1VNTThqrwHz8j1735yY1Ys2lEDS3&#10;dwiRhVJbU7kKsaC5ZyQBbn3VaMRRak4wKk+lKeZ8h02zLrdgqgV/PHCvzr5cOvezc/Hj4i7k7iOO&#10;3ZvY5bYfUVQPLDl4YFpt47+ihLMINi0NfAwpcJUMpWTOVK+BBcUqTyaWEq8ke2u88yyC4MQ8IEEK&#10;wOklmCgEg01ZroB4fEaEgBzmXnKw5bsma5uRJfsCRF5Z4ByPgHnTz4CnRcO6PkZtjq+mqsZjJaPP&#10;bvQSRyY9KlGosAfD5FqtwyRP5owAQVpo7zyfnxr6/d0mNp8bisHtTaOPhnxWzdjYWiwmz9uCumqK&#10;HbOFo4AlLQ0TsqR1eRm5lqZdPnrJy0lQ7Mx95ZbDyXbcr7c8UAAvhK6u+hO9tVH1KSWUGmhTWgB7&#10;aY6xW3vf7/frm5vJ7orLISMCoA9dJPClFHkPLJ6p2zu56vL53dmewmGwK5zsKsXNbtyeNoBjMnu3&#10;MOEP8UzFRFrrYsZQrpEL1MskVHEAlLGNOr32IaDLPMzXo44XQ1FS8jBY441Mw+5CaQkroQoRQzMW&#10;sAB7FAO57NouYLWaaaVCgj0JQuaIEUkfxA6QxB9ajPQX8aeKSOLxwVfgaVp8wD6GvE0Ax1CatrMN&#10;T0OOaux1W8jmShp4mkkqp4p2InrMdHM0ks1DSqfLLUvogjijLF9ZFkzkMbBU5JcgaihO9NsU+Rfb&#10;u16/O1q0u3KbIUsS1G5s3i6OVcdm96R01PogrcrTVlFiaaST7ZYHlldyXlfk1pd+uOaN3/xed2CS&#10;Kug28aocQJrGlZGLaZNIZ2K01sqqoNdw5jsbWO12yIu6kaWlCMFfVnt8hT4QMtTIPTpuDfONz2E2&#10;pi8XRbtyfSWegl27ujvDZdFNjMp2pka/LNFW7Q2pUOMdkqnrBpolMdNhsxj8vkKttEcU7DX7aKWe&#10;vShkTD5GqydXloBBVZukhgWcz/8AKXS0c2NkpKeqR1/zlXLFHUVAXSi6DzI+4fQLdxx21yxtg9GY&#10;KwLaTViNREfaSAyqKMDkqRp6C0sgRT4Uiqc1UkkafUH/ACCuk8TXpTJt3AVmbiyXaeydu7ZxuwMi&#10;ue2l1xnK+qyOMxeOkUQ7X3LuGh3NjdxZrAZb7iMtj8JSZGsx+DmkaadvubPGnZlnoaqopcTHlIsj&#10;UCKKuza0+QraOIpNed6/EPRMFZw1meNWcA3BPPs3+lvt2iji/dqtaMTIiZRnbw+06zXUNIJVahG/&#10;FilXoIZL6ON7yJTDxFTRq/hGqvcKDFcV+fQnU+WwEuNx2c3hm9sPhKAzrgNlzZDbeLr2iqYwaemw&#10;W8qbNQSxGGRCQlU6qzIRYDT7gUzVFC09LQyzFKl2qstWVsFVPgpxIgaq8byYha3FuzLazHQrcf4+&#10;27iCaa1RZbHw9utgQFbBEqVWhK5IJIJClUCg8QAOrXEccpSUAKyVVF+E1HqOB+R4npTVVRichU0W&#10;Vz01HNmisGO2tisHkMPj99UlJ53OJtTRbykwO5jBEWKkI9TMCGIuWAmpV64RSaKegoFhInaeJPt6&#10;2SeUq0eJrJaOOqeTQboNem/K839oZYLR4PGSwRpFKBcUyoBZlQgKxx8RBcinHpmePwtM6uHYmhFA&#10;SMVqwI7RUaT+XWD7KeLJy1k2WyubzdRVyTU0WOyNQ2RwNPSQ/wCTje2Mx+4Kuhp6ITE+YCJVC3Vw&#10;BY+49TJSPCY44qumxSKRXGsanTcKhZVTy0lOGhjyVMwsNMisST/hxcw3UEUAu4GMqV8MoFANVJpJ&#10;QipXhWlBnBx0wrSFTO7gXBX9OlNJx5UyKevDqRiUyDVktUMnt3LbpqWhfHDDnMVfWSkQavDX5Fxl&#10;anbOScl5GamnjIUAjhiCzmakkow1Q9TBQ+Vhis5VSS1NdC5mEUMaYmjySS0v7CsrJKmliLX+h9ut&#10;FLts9vOZmkluI1GlCka0ClnCkmgdWCmqmrBRwrp6Uxh7ZjI84Jde5QFAwO7J865xk9KuKDJVeQqK&#10;LGUGJlzNDGJd07Qx1IaXAZKMwLI9VPunL7XqIszRS1UweGSGTXCHL2uGHtz8AgposhuKmlaelkC0&#10;1ZVT1VH5Fk/4CKr0T10aJLo0qJVsotf3qPcrjcrjwNtvJXudTaVzVSaNLqKMASFGo5oSSK16vGwk&#10;k8G3lkYM3BQDQnLBiSPLNBipxnpMyRD7ubAbHqsbjcbk6T7nLYvE4rDZaKUU5aOvmjo9w4/D1EjR&#10;T1PkZ6SRZJGBK3BPt1npzjqD+KN5aWsq4Y6dZKmOnp4KaHnVG0SY2ekrhARbyMgZhY6vbngwz3KL&#10;cGR0jcuw+JyRlmV65BJDFWNKEj8J6SlVmYIGYwodXEk1r61qDXFDWmekljcr/HsrJtTGjF5DDY+o&#10;lqnhxM9ZWy5KolVftpG8+4sdmcBNXwhj4YZXWKRdOjkD3EnpZIFSSrpVnqsjZ1jjp6aR66BAGV4a&#10;GroUpxBKxVrwEMpF7c+3DPcQTy7O0/gQqoqpoZIwaqxL0buQVCliCqlSpr04ZIFkeGO68N+FaU44&#10;NW4BhwNcny4dPVDX0eZj+7wtcDjdvSSxmtfKZWDG43InkU9XlcNuI15qVSOVGWsjaCV7ox9PuPHU&#10;0QkQPi0krI/Ne9TDJTRvHdkM1XUxiaAAC/hZChP+HtRJtnhC6jhuYpLTSqMWSo18FFRkECmVIYGr&#10;cOnJrekbMbgFCfIUocjFB+0qes8gzEsTTpuGtosbNJSy08NLT11NmJ6ObStQKLD0dW2Nr3mc6RWL&#10;Isgi9JBPvFFkqQJWQtOJMj4z545ZY5sakUpaQmiqEq46gtFax8Lfm2mwt7K5rW4hjMjQrGqUowAA&#10;V17SUDHUVkU1LKfiGrietqjaEdYkSMJVWAAJpioBHmMnjnPTxNhsjU1GFnjp5YdvS1RMKQxVdHuu&#10;q8UapTrueiGJqcMlpv0rWxcpx5L2PvO+WKUYx1I0ck6wQVcqz1MUCxUkn7ry4vLCtjmLXsETUzLa&#10;xHtJ4cl9cNdtOkkqax42ooHb8JMdaPIwJDVALcSeqmBu5jIrKQcknSSaAA0yGFTxpXyPXGPbsUWS&#10;OZytLkKPG1VY2NpaPH4SqytXNkIF+1el3Tt18FPSUmPjVNfnjCxMGuCAb+8c2XhkSlo6JK2oWsvH&#10;I5eWilrqmMgXyP21XULlIHSS3qRZGf6Hn2ut7OUAXyMYbJCSSW1UEhK6VGnUhDoTRSFwAajHTDJN&#10;CzSaFEqHFWLAA47MVFCKsx/M9cafbc0dTlazcEmHgrcSkU9HBHRUeSpdv0UcT1LVGAfJ4rHLgqyO&#10;JbkxzTxxxk3QaPbtFJiccn910pJKqpqIKs56oZ/BK8KSxtLjf4XDN9xJj6SSITVE89NVUzsohACi&#10;5TXscV/awxJdKfhozM0jCRSWDBSaAMCVYJQh+560HSmG2vEjNyyK0pIpUgg0qa+QavCikFfiNeHQ&#10;QVMu9d556ftY5Klpto4LI4iDr/BY6ioK/FZOorqF6WTddbuvKY98Wu6677gUOHoKLL4fJUVLK1eG&#10;adtCNL4qnpCtJhMP9rgYKiV5kmo46H+N1dREJJZajGOs1Lg66eNBcUUccQQWsGvc0sbtrqBpJrqG&#10;MaSBCrguAMhi4XXoJHapNAxwKVPSOW6adi91T61hVQoFV9ASMygernieA6EShyEyQy5Pdm6KjMdh&#10;ZGmpZ/4jFkclnqfZGMgqxRw4rE7kepgyO+cJhqmdv3M3VVNbNMzNq8WjTFNBPVR1lQlDSpSpFHJD&#10;TUzpSSUwuiqa6eooEyNXTFrH6MGUm3tCNxNmilJJTuSuRrC1jApqC6QAG0qSJC1BUg9xBp43KRXM&#10;QDP4ma1UN5fhUcc1rQ/b0s/vqOjnxNFPmZ3nq5Hgq6jKvNkGy0gMizthYaXcM2DwuTdlIhCsHjaP&#10;1cEH3ihln8cEs6mleISGIUdNTpgahY5S9R4AfHL5Vj/2lZNVxcfhueVIFpb20kskiIVauVJB0k0O&#10;lkanYPhI+IEDr0uoatFvr10DEt3EkdooBQUp54px6lNQU8tTW00OQpqikklKVwy2RyMu+6BJqeKO&#10;mSpkbzwwR/cMfKS0sOmzKCb34JlpEpo5qVZTNrA/yVp4KyRElYuHqKmq++CkEFVK3sfrYX9mcFqt&#10;3PIm63MneD+oGSi6lGlJaUVAQdLsvYABXJFLLBC8jNJJqB/JVqBigOkUpk1yPtp1gq9vU5qZqR0x&#10;4oYoVWGHLU1JkMSsoUIKnHUVLiXxM8+sOSxfUZOQoa6+5aVEyUkOimrxXQTLOtOlRJHRUyyqTLK9&#10;bUVc6mqAazJGVYlgbfUe92xtY7x4xKFUqysKGQChQAxqB24XUWONIKk0NDqdbbxpfENIWwwGSSDQ&#10;doyajIPTPPjEqamqkmrMPNh6ym+0XLVuNpTn8m1NIzUuOkxdHh8e0mK8gtDLOrooBOq9mDkXgAjq&#10;KSOd6J0P8Rmmp5VClXSRY2gZJMhU2kaweIgWB/HHs5+pMl2lEBS2QiLWmkOShJnRdNAqUqNWrND0&#10;XvISQC2hx8NaCoyoFPhpTzPHz6SEVHXKtVQZiajpdwVVWGw+LxeWpq2VUQPTNfLRVNLt/HzVEKhm&#10;gqFuCbfqGoiR192fnOvKqerxMME2zTIrZHbNVVGGnyE59L19DU1VKa3E166iApQq5ADgqbgp3Pab&#10;jexDDuUTNO4KRT0CyK3GtRRGDEVIbSSpopJ6UWW53+03CurEysRUEEq4+YB00pnUtCPLohXzq/l1&#10;dFfPXaWOxG/chW7V+SWEoXXYfe+3MOmXy20cQC0tPs/fW3cblo8R2XsWQRXaP7jz0OppaN4pV8bn&#10;x2Rvjb3YGLGW27VSSIhj+8oqtRDkcROUcLS5GkaxjUrykq3hlWzK3NhGHMGz7jyxJFHflGjdKhkB&#10;0uGINQf461BU5BwK9Sht+5Qbmg8JlFwBVkHl9nDUteB/aB1pRfLL4Rd1fETs+o6t7r2oMRXVb1r7&#10;I3vhZjkOvO0cLQyrr3BsLcyALVrBqX7ygn8WTx0mqOphXSHaBuuKoolM1OyrTyMC7obOjt+lXVvT&#10;pdeVbjnj2JeVN1sZ3iXcInklA0qr10YyRqXuBJ7dJrX16auNtjebxQp8QHHyJ86ehxWnpnpRfG3C&#10;Y/dM9dt6uihj3Jh6UVhpmb7c53Eq4iOToS3NRPjmNqmNNTCNhLbSTYG6zKyqzoWUs7WBLNqRl5aR&#10;ACA7Mo0+q/8Ah/X3OkktjSGeNpRZxICUChR3HCOxBaNUch6Iy0A7ioJBYfbAGEzqG05qFGa/4M58&#10;urUOu+l6OWlimWgLSBJShUKYaqAj0xlfSjhXBK2Av/jb2TD5tdz5PqDozc+R2vmJcNv3cwlwGysn&#10;TRpNUYiopVgy2dz1OlXFUUprMRiFCxLNHJG0tSAVJHB3sCy7pc2CSSA20ShjrWPtAahCBKABmHa7&#10;VDBgyjpm9kW1tUkQ6H01LDiPKgHz8z5dXH/yxvifiu4u98RDubFQVOxuusRNvfetIJHpjlnqkrsD&#10;tDASSRwsJqHJ5czz1CI0EhixbKGAfmkSD53/AClplcv2q1asQABrtq7QrEvqvaWP+Cx3Gk3JJAv7&#10;kmbZdinN07xyB5MltbA6jRaFhgUoOBrpqABnoHDdN1GqNN1m0k4GMfYaf6vPrY6f4RfF8qBB1bR0&#10;LLYpLQbi3fSyRkDSGQx58LcD+oPtuy3z7+T89NkcS+7NnVtHkcbksVXRV3W23XkNJmqGfHV0kM9F&#10;JRyJUfYVUiI4F0cg2Nh7D0vKNlcXcl08UrTMoTWWDAqM0WorQsKjOGoR0YW+8b64ZJr2sRwaohJF&#10;KUrpBof8PDqbRfEDpDGNTvjMNnqA0tbja+AQbrzsipNi6unraZbVVZUBoTUUyl1Nw1z/AF9kgxcS&#10;x46Ok/cdKBUhp9ct2WKNPHCXNg8r6UsSeefp7NPp9MFzC8Z8Ux8Se5q0qSOBANMEinl0gaNA7VT9&#10;Rh68R5/56fIdGf8AfAz1NGKh8fkqikqJcfkaDz0001O5o8lRz0WRoJpaaSGY0WUoKiWmqIwwE9NK&#10;8TXR2BatpY4zM8St4TVVwaiqmgI8jTjgHIr5dOFIzUGKqEjBzkef7c/b1Gq6Kjr4RT11JTVsCz0t&#10;UIKuCKphFTRVMVZRVAimV0E9JWQRyxPbVHKispDAEHn6e+WHbG6v7h/GHZuz9nTbJ3zRdddZ7swm&#10;ez1DgMxv6Pa26MVmV3du/tKvShm2rT47bWGhxssMJMFPhKLTBerKzCRLLnuV77bFayjW0t3gZCF1&#10;FDCwZmZgBJJrKrqXu1V0giuA9v1jBCh3R71LdoEk0aV/TXUKAsmdTA5BGamnA06IZ3j8cuqdrzZ3&#10;5Ub2yO8cl2B0/U7z391nmdu7ZzG967r5c9t3IY+s21snq/DvWTbtly24sxU5T7axqK7K1KpJIKNf&#10;t/duu8cn35BjN07sxW2eusH1jFubac208hFBjarcWOOJzuT21lsvDuKkzSy1uQ21jKON5YxLLBk4&#10;6+OnXXqm95h8uJsvuJa7HLb8wT/vVz4kAlBMYXDHVCpovjlnKqWPhFGDYI6f2e6u90fbLObfPHRU&#10;7IIwPDAcBg8xoCHJqY2Y/wAS0HDon3T9H8cOxt09b7Sy2/u393d15brrcY3JtzceVzVHs2sx3YON&#10;w+/59s5XryvxEuJxOE3hka2avxCywRVuJnxLOrw+GIMX3uTsDEZ3bFRT7W3His7Pnvs5d8Q4+hr6&#10;Ol2fUY6WnyWb3bsUZLH/AMOxXb2SpsWsUuHd5aXNVAj1MySzBy/duTL3b5t221dsQ2YvElm0xrK8&#10;Mhani26KpM8M47pYGq1dQQjW5Ya7HftcXO8S7rYHb7lGMcaK3iRyqWGm4hBAKBwNLIQAGwPLo3/X&#10;PWm7dqZrKU9Thctjv7sZOEbPysr0NRunNR1NVLh6bbO5p8PU1lbvPpXDw5taminZUr8PAtVEscfj&#10;i90/94dN5vrmvTcabT31i9o5nE1O7slPu3CbbxUezchX5ZVqcPlJdp5nObewmG82SpDi2nmhNXS1&#10;cQhVgCq4ge4vI+48mbzcqljP+7GBdXaExIC0jKyEK0iL4bnw1UvqA0givXr/AG6eCTxfpJQKFqfw&#10;14kUrUZwT+zo22yt6QZTyYbL5PAjNwVs9Hjo8dV5No8zQ00Dus9JLmqHHS1+TplpJxXw0/3H2csT&#10;CRvaOl2hX0m5MDtWkamlyeTl2ssUOdSPblHQVe4KfG5KKHcseckFDj8ZjZaxWqXq2FO1KpldNBKe&#10;wvt1vOJ0gtpYpLguoCEY1Ag1Hqa0Wh+35dByZ7ZIJJpZh4OmpxXA46KVOoHApmvSpyGfoqHbmT3F&#10;KlXXUGOoMlXSw7fgqs5kayHHrUGSDEUeJjmrslkZ/AUhgp1aZ5iEQFre7yPi71j3btXdW5e/u9u0&#10;YuyHlwD4aHHV8lRm8dgH3ZkKnLpuU7hyctDt/aho/Ia6mx9NQCWmocgjNFBHXogml+U+btrmmvbu&#10;ws7vmlZTHl/7B3U/rpIQY/0w2iRdOr8AoSKRxu+47YUtrewhmeF2YsYuxm0Gjxx1rpcsANRIXWCw&#10;Joeqj/kVJ1PvT+6Xxk6b2TgOtaxd3UW6I8hRUsm2M/l9w7Hx1LSZTb2L2fgsUMtvupr44YcRUZOr&#10;r6aiavx0wE9RJjHCmq6R7Qg7J7V31gdt9g7fyVNtfGYbbXZVfNtF8ViTvLbmC/hOQnzWKqFpN34l&#10;Jo6cz4qGjqjFUZEPCqmCJrprjfdytOWt03C7jF1cmPwYkhcy63ICIJWVHeISMHYdpqjAGjCphLnf&#10;kva9puOXd6tnvba7F2shRiXZFMjSUEatodUpR2ciifqA6mUdA78hcTW9T/FFdx1XWOZ3pvaXN7ly&#10;nRvWm2OwBlK2kw+/93R57BY/BbvkxuW2LUUtJlKpId112Rop5XwTieWoWoaGxpfjL1vsM9W18daM&#10;zt6DYHZPaPXCJkt4xVcNPhdj7vylNtivyOQj8EdTV5vbmUgrryyGxqLKAFT3grf+6vuJyJuqryzb&#10;mK4kt4neERyeKSUcnxaqHJiDMrBlUg6Sy6usuNi2na9ytpbiSekTBX1ozAfqIsupdR1BG1YVvIEH&#10;Netbz+aH88fnNQ/MfbXWG1MHsoSdl/G/47d14DDbZ6Eqt0bw3Nmu7+tsBW9iJt+nzcm4N1fwjG9j&#10;7YqKGOCCngkpY6QRVT3M+pr3pvHr7bWezGb2hnts1XXuWk23hN409HtzJPuWp3mlZn5Jt54hqWWU&#10;ZjC1e16emw8QNA9ZJXkTPNJCqxpKnKHut7vc/RWO2892Nta7AyTMsgRHmmrCNEMqlaACZBIVXT4f&#10;cxKnHQc3bl/ZbC9spNolmnvdejStAWBNQWOdQjDMdLHgMLXPRsOiPj380s5s3qfZ3y6w3YtL8gsB&#10;gu3Ox+ogM5t/bmN2517U0/VOFx/U/c+5ql5MXtzM0m9ZMhvKXGUeUWOlo4XpYoaaV9chft30/mrs&#10;j2blMTQp2Z1d1T3njsCu1Zkhx24tsbgosZUY9o6fL/e6oshtXCUdWslQktOMvDUTIrKygBKG5uNo&#10;lPM3gWb79ZyyzPapDpiIEqSK1WDRSQjuUxkMI/FRgSwp0f7FaSQQ7VtRcz26zxyQyZVlUxPTXUnW&#10;UDaGNajSKgHqyDYu1KrH7N6j2fVZDcGY6z3Z8y/i/uPIV+dlqsL/AHf3rNnNzYLtnaAytBHSzSmk&#10;7WzD0Mb64K8Yr7WFzGsSagh6l/vB2P8A6NNwJTYnG0O8sNkqrcNDkSsmE2ptjO1Ffn5qnY1BUT+b&#10;ITtuOmpKOtNQUlydKXlVIUQQnMvkzYuVt0h5J5026507zutrPd/RW9ES0lozKZRXxKNI2guKNIEj&#10;FURCoNdsg8fcJ7G5u4jdSSCioADqCldUjg4IXuAADD4a0z0dTvXJ4/ozYW+snWxz703DsHI42n28&#10;myHy2Dyu7d6YDHY7bm3sdvLMUeJrKWiytLtPLVNdj5UaOmwlSQplmlJkB466DBQ0EsD5eoiqsxK+&#10;3hV0NdFJU0+VoImpPu8K9XdcbIsaFpQ7sI2QktqveRrTdtii3S4ub6/ga8inoRM+mjGM+JGqBgVW&#10;iO4C5BZ2AAORdYWiWOtr2+Ia3YKcdxqRkJUUBFafiGfXqlDaG4+xs1vN8xFsTG1OH61pcf2qu3d1&#10;7VydFh59j7zmOWm2vv2i29aq3lTSZOS1DLT08ZrjUrpiEAjsEO1klyO69oSVmQOYraTPU9Nqroca&#10;1ZJ9lE9Sk8sNNBVS1FMn20fDTJCCTYFzq94Pe6PMr75zhuD3m6GXbELrBOsivGIFDGIqUAMZYEGR&#10;iVpKWBrnqOt63K63K8vINTyxGiK/4fDLBVUnADfEaDiePVjHdq0Wxfj58h6rBbXl2nis91FmJzS4&#10;R92wYaNNz5SmwdRjaSqzGXxGMxmdrI83UOPtsXNknWNDLIkCeP2q8VtRpcrm9gVuQyGQrMjWaKGb&#10;JmtfLZTGYPL0WTzO6qqs88lDD/D81WJHHTlk8sEXjRGsSIauucd03bYNv2VSZNmEzXaqO5dMClHK&#10;s1aLKFLoo0gvRsmnQphkWzF26MZa/pImdHiEBdA8hRGDZzgn06Bfd3bm0dk7F66+RS4bauxsL13s&#10;Gkqs5itv02O/unsDfHbu2Mz171L05icZQYakz2Qbce1qHy1uUhapqKDIZBqyonji9PtNbp7Ih2Wm&#10;89ybmpclXVh3LLVw4yhrTma2iy0mQbE7H21TSYalpKEDK5WspIwyzaoaaZmmJeIj2OOQOcNq2bkq&#10;bZD9fDuExSa2ZQo8SYB1CMjhl8PTIdeuqmnaAeirdYtW5XcE8RNvDEoCsFChEUF3pnVp+JV4mvSx&#10;pvi/nO0Nu9Lbb2HV7T23hcX07jtkZWqyWLodu0Oexe4aHCTdxb0n/vFX5zK5D+DYWnydQ7T43R/E&#10;qeNaZVgqDL7c8xXQbl3Tg6jcVbg9v4vrnA7ow1RiquKWnxOK7irFxtDWyVu6IaX+CZHAbawealgo&#10;8a0c0E+cr5HQTVscUQkK+tN3n25982Tl+5ttl2iFbcSRj9SacyhJnQAkT3AP6MCCiwlpGj7sdEu5&#10;3Ed7Db7dJbfSzvcanDKVQoFBjYMvDx2+POpQtCQpJBfdgdZy9G7d7B3NsHcPYe+KztztTrXPV+Tw&#10;JqxuXeXxxgly1dQzN1pk9xUu+ajfO8dwbTpKKrzNP9vUw7UxVBAZKDETVVQtFHZPzcm7H39L8cel&#10;+nuz9vddbc35g957z3HBha3CfJntzNdcbjkpdk7C21gMJSLP15hd29s1VNjaBHlOSpaGsqFqSrLI&#10;Ai5z94dz5sOxuNjSyisT4jRKdUs00alI9TjgxAXxKnQ1HUBWqxKtn5HfaV3GW+3Hx0n1ldQUCJW+&#10;IR5apYAEUILFSOBPVzeW6O3FnNsUvyo+SfYnWu0d07Q6b7DxOA2xPl5s78eOqdr9h46mpdx7t3LX&#10;ZepMXZO7o+uKTwZOqlCYXIVceqCBYAjm3XaVJ3b1ZsuhzHdOY2xun5Vdq5HKbzyW3tk7RizHTvxx&#10;wlXUYjHb533X4qmrKkb4odhSvT09RlamaVKzcM8WExsklKtTOwz5b9w+eeZ5Nu9v9l2qC33OdWjp&#10;ABE9qW/tbiadqeI7OCkUTgI0bK76qMAtl2PatnhTe9xc+G8aKkUlW8TwwQGKEgEkdxUZIFTTA6qW&#10;PYFJ8wN3UHTfWlBU9T/C3rzB4frfZtBWb4m637j+Q24Z8Lmcz1x1jPveopHzew9xd1pi6+uxu1qZ&#10;IExe24ancOYihqDjKWAvWez0XaG6OzNmbExlVsDAYjbCbYz3bu66w4TsrcFdnNwTYLOdsb63LkcZ&#10;kcROmKlerqYMZIh+2g1PT+FrNEId1HuFuPLku1XqPd3kGmKKFjE7RRsuh9UzfFIFj1tcf2jVKIBU&#10;nov5hOzbFcbdfCG4uJGZiFiBZ3ITXSJVppUYopotKAkmhNouw9rbn6C2D1pubvHNx9obu3HuDH5D&#10;bPVHXMNBkeuelts7M2lU5DanWPSG36eqxNdUVtTFjqKiqMs9RK2SrZEWcTQMfOsuw07C6z66ynam&#10;W351HuDK7Ui2js3rrdHX+xMj1fX7twNI0OAze3s5unHw1m6dz5HJ4mkgRREaallLTSVhXXCoHvtP&#10;c2PKEk9nf7NDc84TTGOM7kSIImdGdDaAVXV4reJMGFPDREVl+EAP2733Zdz365sduvd8hvyjz+Hf&#10;1kgjYHVWNQdERZmyCTUgKnmekn1NhNmbz7AwvUcXSWWhoN35bszsPtLZnbPZ0HemY6m3Duitm3pt&#10;fd52ZXbjy3X2za9dzV2pUkhrDj5aempMWpVKl0JdL2tvLsTeeyNj43q/aHYeV2zmazPbc2Ph8nXU&#10;eGqa7MUOvIQPRZhq6plx0EFU01fTPVSmpqSXDCRAAJd13IXXO1rb75s1puc9qaO8NNLyMo8QrrDR&#10;qlAGKEFVapA4g5L2G4SXEFtFNCJ2LhmJBDO4xpIFAqngFFABjo82f6v2F1dtveu8sjv7ObMXO0uD&#10;xu7uwckkdRmqmjxVRDS46pqZaCGKipZ6dUiho5oqSGOkhFvGVY3FndFHTx0WXzG3spQ4HdB3Ji6T&#10;NY3LPW7V2nS9hmnygoOu5IcFST7yzlMmYpKuZ4p5WoZJJAtS81PCR7MefNkv7zcrux5W2aGXZYiJ&#10;LlhIiRm5SFWW2t2GmWSTRJ4sijsaQgdhqipeY7e28ZGiWSGKV4/EZB/ZEnAjeupQcamzgEAVPSSp&#10;cbWZmbCYmvxmIz23sziZ5dt5VGO49xbn2NRTYSuyG6KKryFVT7Xxk1fFPQf52A1c0ULCGKGR7B26&#10;m+R2d3xitw4vqfpPbHXmMp6iXc27qzJ5Xr/G7Npdw1u3koq3HCu8FHJuvce6MjQSvicfS07Rw0SF&#10;HWnp4jIQryfzPuF5AeW9h5btRu1wzvHGqkRFFUMI0qCBKEBdpXNKMQahFUJJpmtrGPbXmVbp2TQY&#10;q6m0DGfiCt8TsxoGJpk9AHvbobbWzd/7Lo+4+1uxOzN7b4Z9sdYYPEUG+tz7ji21tHcVBmRLVSUk&#10;9bh9r4PaW26pWzO4K56aeoqbziaarlgpSRHtiswmd7P3vlczi8ztPMV24CarbeLodr1OC23DBR0s&#10;NJhcPLiarF09XQ0VLGvjmWFPKXLHUTqMO7xDeWW77tBvFu9tuiSvriAACszVKALRdIFAGGCM0z0Z&#10;SXd0yRJND2ooHxBvzqAK58zXHVhnXeFye2NlbfwWOr4dxUmOx6RR5vNZDMnLZad5JJq6uyRro8hU&#10;xVVRWyyM0ZkYR30KFVQoQIw+xqh/JWbmrYbKw1T7GmrpFUEWP+S5t7+oWsB7KP7OSMJqVQvcKECp&#10;PD5kjNPTpoNUrotmFOORTPpT149LCesz0V/DhKSpsOCmZ8Wo254lxy25/wAffOPC7TppRPR76pQO&#10;QkMmzd1UDKPoqGaKKqQnTySDx9PbiW6fpyC6DkGpWmks2QAQPPIAHA8fXrw8EUJjrmpwK1+Q/wAn&#10;WM5HM30ybamdDp1GLJ4yQcgFvTNLBcK3H+Nvef7QzTAwb2x8MXpsf4vuChZAoOk6JseoUOyjgEge&#10;7BjERHNcqkf4jnBp3AECuqmDn8+ts8JofCIX/SkE4yK+Xzr1lNQoVteArRo4CiDGvqBPPj0VjAj/&#10;AF7e3jGy7i8gEfaeBCLclJux8pS+gNcpLHWRRx6fT/U/7G/t5Y3t4fp47iiOtFAejefmK6WI8mzT&#10;rbLGiFcgEedR/wAV00yvh43OvaFW2htQePAUs41fXUhiMjXJb6gfW/vLUVO8NeqLemEyH6wwpt0Y&#10;DKP49dgoerbUVNxcn63HvWqZ1EeoSSnSNak1GPMcTQCgNa1r6nrX6AoCxNQKUJH/ABf2+vWanGCe&#10;MWw9dRILNpkxOQpgt/Va0UWkG5+n9fbxjsl2dqRKc0NfEOdMsHX1XGQCAyMZoxI6Af0b2Y27W/03&#10;09wknidwXURpLMa/EeHCtDgH59aeGBkfU8jP5Zx+3qHVUW0kmNROtfBM1kMkM+4qY/lhYU8kaixP&#10;1A9iRiKjfLmL73YO2njcEmWLaO35ZpEsQCGxNSATIP6Kfx7FO2311ZyxjwmcMaKSy0B49o/iBFTW&#10;lAONeiqeCQhx41ZDj4gc/Z8uH2dMv2G2VkaWLem6qUI7yNFLurMGFLfqVlyTVBWNb8C9v6e7WPh7&#10;8gaxYcZ1LvykqsdVL/k2w8vPQ5GClq6dyWj2dkZagSrDWQG5x8jPpljHhbSwT2Qc6ct3m6uN7tbc&#10;NuMaJq1pGqELUiRRX4mBMdRT4tVST0RpM1mzWtxCslixPxEDw3zwIPwtUggUANK8T1rl/wA5/wDl&#10;s0u/aTcvy16NqoMpkaWhXK91bQx1ViWq4YcdCPL23haanSBp5YadB/HoUUSso+9UOVqAxofkn8c+&#10;uPlD1FuXqbsmgmn27uHx1uOzGPjiO49i7voI5P4Hvna88ljBm8JUPd47iOupTJSzXjkNgIi2fM+y&#10;R8vzxxfvWEGS2k0lSBkVkkbKwqezwyWC6dYTgejOyuJNjvJUaIfueamqOtaAYVkqMPHmi8KkjhTq&#10;in4N/Nrs34kdv4DNYTIAZTCH+HZfE1dS0e3uwdm1FVFUZHa+YaPyxx0tSkYakqQHbGVYSpjUgOkm&#10;tj0b2XvD+Wx3n2B8Pvly+4/9lz39uXb29cxunY9CmTy3Wm88b56DqP57fG6iyVNWQTbk2vTMafcO&#10;KSMjN4YVeIyEbzwU/ixR91va6550htztrW9j7n7Mzfu66lFUDK4Y2FwwZW+juJEVo5NVbScJcRMv&#10;cXF+zbzecn70u+bci3m2zQ+Hcwg0S7tQQwofwTwuA8ZOVZfDPYe/cxzc21vmr1NsX5e/FKvxNb2z&#10;tvb2b2+Ns5zIpicZ2LtXIRp/pO+JnfKUhqloKTIztqx9bKk77czopcvRGainqYsga/s/dfyL+Oea&#10;3b0vunflFuqj3xhcFvbbXaGMqYd5ba7e6X3pQ5CbZXbXUG6atpwdnb+xtc9dDUwOK7HZKKSkd4ai&#10;mkHvEKz+9p95nZOXd89vZvcLeLe1aee1uILxtV9t91rJubf6iUPNA4LmrROBJC6zRkBgBlZtdvy9&#10;vG32fMWyMJbKdSy/M51hkNQsimqyLkA5UkFWIyda7W+N3yXwPWnb+B2Y2Nruta7N7fj2ZN95tHMd&#10;Y76wlTS4fenWnYW08NV0tLBuHZ+YxJoa7H1AnoahVLr91RzxSSGk/wBKHQfl/wBF/wDps3x9z/dP&#10;7H/Sj/eOLzf6Q/4F/Dv4z/enxfwn+P8A8D/yDV5f4Zp/yfVq9XvoH/wUns9/wPf+tB/rizf6537g&#10;8X9+eF/jX7wr9R9L9VTV4Ff8U+o8bX9N+nXVnos+glpq+gP03h100/DXVThSlPyrmlei0/6KPkB9&#10;l/fn/Qh0b9j/AKRP7vf6O/7h0v3v+hD++f8AGv4N/DfFo/hv98P9/H4vB9791+7fw/s+/wD/06Qt&#10;pYGj3PlazE1W5sRtSt/gtfV7dlzYdcbm9w009LHRYSsroklGJx9RFO81TXGKYUkELO0ZUEjmwLet&#10;jc3isrmJ4g0YNJDG7FXaIYDyJxWMsviEhQwJHWdU8sMAiV9ZLGmPw0HFj5D7M9b+VRMtPE0z28cY&#10;LSMXVAqKpJa7kL+PyR/r+2fMYuuwuVyeIyqwR5DEZGfHVrUdTTZDHySU7mNavGZKieWkzGJyEeme&#10;kqoHaGppZI5kJRx7SwyxywxSwVMciBlBBVgDkh1bKOpqro2VcFTkdKJG8OqxMrE0PEsTXJyfh+fp&#10;inXONxIiuoYB1DAOrI4v+HRgGRh9CCAQfbWyk3IdSxYcCxJUgCxX6/TkseTbn28CBgrgD/V/xXW9&#10;QJYOpAIwM4/M8R/Prn788yC55JPB/AVk+jqBZY1A+oP9SffkjbANAP8AP/M9ajEi5LBU/nTz9a/L&#10;j173wAM7KxvoCyMyg35YcgkgeMufq3N/r7uW8IUHGoofs/w09PLh068qRx+HGoMlQKgY9ePmQP8A&#10;Z4de99qkZYlBy6lLatVwPqFvdhKW/wBa9/emZ/xH+VP9inSeRpgSdNCaft+z086cPPr3vqKKerqa&#10;WjpKWurK/IVVPQ0FBQ0s9XksnX1LiKlxWNx1LHLVVuSqpCFjjjVmc/4c+37eCa4cQwR63PkM0H8R&#10;Pko/4rPTgbSEc6Q37Kfn5Dzp+fDrHNNDTwy1FRLHBBBG8088zrFDDDEpeSWWRyqRxxopLMSAALn3&#10;an8c/g9FhZqLevf+LpsjmoGgq9v9RzNDWYfETKqvDVdkGEyUeaysLHyjD6zj6VlH3TTyDxid+Qvb&#10;FJ5Le+3NjVskaSTppqYqG00HBKjvapK6R1FPOPuVYbMr2WzyrJuNdJkHcEJ46RwJH8WflnPRB+//&#10;AJXQUGNrcF1pWxOHieGv3etX9rEgd3p/Bg5FjkqHllk9KVESO5Y/tAC0nuzHG1GKlkq6nJ0tRkvs&#10;sffDxlI4MfPOFFPTUs9PCsdRJi8ZDHYJTGPxLaw0WX3kOdo3G2tYV2Pc1tpnkEZQmlDSoKkgafEH&#10;8XaSAWoeoHk3lJ7hrzc9U80jMTRuBp6NWpbFWbHlQdVSb+ye+Kqu2xjsd/AsXQ5rcbP2Tk2GTrt3&#10;YnaFNGtRVV+3siJajbeL3dk8lKggXK01THWKGiiMUoMvtLzTzU0qT1TRTT1EyvF9tBFS0qxXH+T0&#10;8UX7dNH+5pRYwXPN2JufYz2zbY7qB3lup7ibwgsmoapGepVa0p2grqZfUCvQfu57a5uHdkEbUroB&#10;J+wY4jzbyxWmB0q5Fp54J8Rtuhj2/hMRDWkz5LKVuRqI5PGamoy2RrciJanMV0kaapKqqlWFAQY0&#10;VdIEWtrcphsjRJTYD+OV1JHVTSYykqaOJaOOYMFqqAVlI2IzH2ySGWaoFQv2VjovIL+zLw7i4jvV&#10;S8nUtEv6n8NHC1CnKM9ND5zU+HTj0Ty3SXaSRw7nEju1AzV0EV+H1DH+EipxXB6SOOx2zux9s5aT&#10;Ibqptl7FzWZweJptx5qi3BBmN7ZOhlWrrNv7ql25uGm39sfD5CaFKfF4qfDzf3mjK/eKKFxEUdlM&#10;lipFipaK9dD6I6yOKeplFNO0qzTQiqyNNW/wzDiYANGj+KoI1yAggBeo+kgdC2pk1BeDFskMxqGD&#10;uoOpCAWAPadQ6ok1zEsmqIeKGoaA9wGAacCfQjK+XRiNm7G3AMpXbmzkFNt3KVQ82EnrMThsR5cS&#10;cc2No5J8Zs7J7UO69719CumSsrab7nGL+xSuulpCmYJYo6lo5Y6apqqqOaJa6hGN+zooZNcjJVyx&#10;44UcsqWAIYcX4tce1A3IIEmuJVcRJVVKg68UETg0Cive1CCx4gnp83gX9UySkgVCsD9hWpGBxJPE&#10;noWa3B1NVioosa2TweLochS1FRh8xU7pjzeRrqOWGBcvt+n/AL1HOQU0yEiIxswKC7BrMD0tdMkE&#10;+IhqaWKVVMyxB8Z/Bm1IhZ4K944J6QTMdQVHIST6C1/b6W0t3NPcS2xJkog/ERQlnZSuQUxRcLow&#10;3ADpOgjnuEnFPCpQmhqc1+HhUcMg144r1wmxdKtZjN1TUmXqaJCaeWTw7pG9TIsk9PRw5TARVmQx&#10;eagSFTE888Pmlj9RYtYiQlTVS0lBQCqcU1OpY19TDQ09fLIhJ0RVsdZDDXQrGdLRzaQ68Hmx9pHt&#10;La4SW8JQRvErUBbw0FWBBQHtZmqBqJoaEAjHXpIIzNI6PpkkwM9orU8ADpII7cmhznrE9NDisrns&#10;3Ni1qMrNWPHT4LGz7gyeGhhlWmSGoqMLVYSvrsPUoyiVJsYJGicsRYah7j1MjR6lqnhipfCi08cr&#10;E1bxlwGNPQRZV6KmrElZrWAvGf8AY+1NosV0bONpvGtSykeGr1VwBRnJYEghQoJIo2rtIp1fU40l&#10;F1E11UB46cVYfF+f7OpdNBq+4rMVR1i5+OpqP4pOhp48OPJE8qUtXnajZ0eZyOJanKmT9YEq/Xgq&#10;ZlTGlO+PrKytlctojoqiWtyT5Okklc2SiggyEkcLKWAKuNNyL3+vt9mvVmYIk8UiszEBCztGVyc1&#10;IqOGTQCuKdUt7gOZI/DAcCraR20pQ91K1FOk3jY6avo89h8Hg8OKUR+TN4ulw+1sds7IGljF2ztX&#10;V7XopMnC6qzeSE+TShC2uUHPK070NSrxZGrGSzMQhfIV1RPLNVJrMaF6T7eenpl0uUNmhbVyPUL+&#10;0cEcFzF9Pc2eiRHQhCXdiKgv3EkSvUBqLgAUOKjrcUv1jRxrEEUNWgBweJqfPA40Ipxp1z2tXCuo&#10;ZvHhcLUbR2jLPUQ4DbmNwWJxeFqkpfMI6bIrU4rLSRkxGRXkjqomU2Po4DMYJIEjWp8qmLWlPXS0&#10;zUUDgOY1eWprsWaqujCGzKSwAA9qV/xVJporg27tUNroQDXV2x6QaVFW4GpwfLrRikgbTgCpqK1x&#10;6AeRzUEZPl0r4srRZiWd8etJlEmFJUZHAYzKR5jJweWkM/gWLDbsXFYSskcXp5AqBjqvxch7pGmj&#10;ZqyuloVkrA8cMopcdBTLGQka3jqqaNappBzeNVJHstkurWE28dvDK920lCAQqyEHUC2KjjivEUqO&#10;PTNIYwgt2YUNCQWrqArQihx5d3n0mclQpXU5wmJjy38JwsUVXU002U3Rlc7TMwmaZKStxWcqJ8ZH&#10;A6lP35ZRG3NxxbL9ri4pEppqemlrAqSBUljgxUEAkUhoqL7tajHTcAalXQf9j7UK95HJJMtyxBYh&#10;3MYeVZACdGF40qQ5oDQCo4dKHvTIswZEWE5LUGrVTyNCGNOPp02pW56tomrKKpydHhoTJTRxu2Qn&#10;3Fl2miMd63Omhmxu58aWa6wu5qFb1WOm5izzQQy5Kkp6h/t2dPEyTrW5FjMgJMdUMo0P2uoX1xsr&#10;IeCv19l9teXF1bW0iRkxqGLaFMQC10mmTmnyYnJqOm4W0JHcVAajatNQKg8QKZNDw4AZ6UkWHqJE&#10;wmQydFEuS0hJYa+naj26gpGMkcVViJdqw1gyrCw8FSvikX6ORp9t9dWmQ0WPEUcNVTu9Rjf4Wvly&#10;NXL4yjF6g5D7ZJHUuWZvqQfZlAtrZF7m8EkrsmUkOqIJ+Au7EhVI05UalJGrz6tF9MDNNrZk4UYk&#10;L5ZBPr5nyrw6c8bhp2jyeVp5panEVqxUOefNqaLF42IzmdoqXEU+2Fy9ZBTyogjiv4yh9PIF+48j&#10;j6edaWagrkrMgaepakjaYZecRv8Av1k+qtnoWhgk5PiIaxv/AIe39xhltyi7ZCy3A1B1wUjLCulW&#10;oNbacioIPGtOlZWZlDwzAMBRlwUHyBHxHT5kfz6b48Dl8xjp8nUZ7CVWBwq1mPoMrUxUrbfiEqGO&#10;kxtHAuDoM3Qy1sIC/wCUakUrpN7gl7xcGHxstTlczO2Mq6gSR0NTkJ/F9yztJGmSX72CqpacY6oG&#10;iJJJIjVVDf7SPb17dNBb2Vta2fjtJISUAJYAqCxUq1DrrpalKLU0GD0Wz3V9K0LWtuJIgTgAkADz&#10;IUiuoZwKCnQM9gVW8d7mk672e38X2xQU1DLv2n2zR1FUcbSUbw1R69nO2a3Dbk8u6MMq1lXV0VNW&#10;yYfGw2awnZTE3BPj8bUU+OxkOVrMvRLH54Ips3PNDLIwlMtMtWucpKWlhRgZFpZBHUTMWIsB7Ktv&#10;tLi7S5lttIbWWYhANAAOlU1Gvc40s7VoBQdp6eS+vJ7GbvSKAnDAfhpSlKjuY8DStKDy6WHWuAr6&#10;6nrt2bwqtsYXaGaSSk29PU0XX1JS1GLgVaBlzWS21Qdb53cFVlIKdfslztG9biKOIRJK0jyMWN62&#10;hpJozRz1/wBzMRDXZMUM2RkpOA6xS42txbRyRXIBlveIryCPa1tvt5dV1boZLtlIbT+lVk4o1Rgs&#10;PwqDqJNCBTpOIpNDair5yAdJrxqCPP1TgfXoU46bPZWmnp9w0uGpcBQyGs21tmfO0WLp69KgtCMl&#10;QbjwG7IKsVIW8iwSKFljewIa598Xq8fSU8wkEbQw1Yp6il8cU1RkxIVlato6+fHw1dFTOoF4o2uj&#10;X9NvdlMcj2jxJN3EFVVNLU+FlbIDFWrlsFRWpOOvNbksukOurINOHkBT1r64NOPXOPF5/JZCJ0qI&#10;o8hUYSWqpcpPXVVPiNuGJZIqbGZLA0O4a3GZLJKzEpVSxN5lKjyhvp3R1r06TCKnpBLNDMKVo6iA&#10;4OMk6y2RaWRBHkLEl3srm31/PtZuNrDcu8f1ym4gkVSqrgLXt0MNNUUUVcEksQAAK9KpljUUWcjI&#10;r2UavAqTTK0FfOnUOfHfcrSzVMmdfHieObImrhrn7CqmWNYDDgKalhrDNhGnUFaZmkgUG5Gq49+h&#10;qGSGKSMVD5W4FTXnIsKZIZVs0ePy65RxEQi+hmRl5sbC3us5S4EcPhApCVVk1AMaMVqInA7RVVKV&#10;ZWoTknqmuQaSFVYs4NO4L6qRUimMcfn1ymxymsqlqp6aDbM0M02NwqbY8lTLWxMsqSbk25/dq9RO&#10;8rszmKSCZbahcg+5VopKmdqSPIsapUSRJamoqDOkgGo1s8lU9PU+KZfQUQmwF7H2ZTR3MVvFaXFo&#10;sMUK6sRrGs6DiWpXSW4OnaSKkA0HVYJpZBGs80ayhvhVR2086jzK4Pn0waJUpqd8lW4OdaGZpKCo&#10;ipKOBtu10JskO3qGLC0ldSxy0Ump2nnKiQlQSt7Ro4pxJUVsFY8r0MizNUKs9atEVIE8bRvFPKFl&#10;judcSnQR+k8+3IFhvtSW8R8OQtGWyqLRKhA0gPxU01KgFaGuQenLiNHbwyqqCClKFQwAqKEn8j9u&#10;ckdTq6sgpKPGYfLUMVIctTOlNjZHxuLqc+1RIhosiJMdU0FGJMbUOrCnqZv8o1G7qLe3Vampnr1y&#10;sNDBKZKdRTUkc8btqiCeaofJSYxqYxaLExTcrf8A1/bVtJNaQTWNzK0UBDFaBiaDCstcuGPmTpA+&#10;EDooMaeEsAkKgGtcivnRR8Q9K+g4dMFZicbBiX23V5yo+5iyCnMZeroTRwSJVvKaXELtai3XDX0d&#10;fHKWCVNDYSsOfx7d9sbp3JtGulzG38o1DmKWolM1TjRR/wAOpkKed4MlTVkKxVUUgUpIiN45FPps&#10;QD7curPZtwtobO+sBNtbIADOrAM1VXQKUPFi6v8AEGWtOl9nctbTxT24YAZGqobPaOFDny/n0FHf&#10;XQXUnyS2S/VvcWzKXd3X+bpqfRgcxW5iPeUlUhemptxbC3FgchNX7Xz+PjCNT1RT7inJKTGWN3iJ&#10;7+re39udjQLiquDGQ7pMLQHDCSE0e4IvG0tTWbeqK9FNRFG5LNTktVU9iBrWxEKc4ctzbKhktt6n&#10;GyO1Xk/VVoXBCoHEbCpZQKOoEbEgkAg1knaeYIbnw7e6akzCuRpB8tJPBXpmnBgKj061Fvm1/LQ7&#10;1+B+74u3NhUW5d7dI4vKwZfafZz4mmn3R1PUTTtHS7U72wuKhq6XCTS+T7eHNhEwuXgZhIaaUmMo&#10;reuEqNv5JopHkqoZm8mOqaeCSB5Y5iSYBFKj6JKeVvGygkEWP0PsTct7vPuyJbQRIj6TqWRxIjaK&#10;LqqjLqkkUBq0VtQNano/kt1XuhroYn5V9fl+3iMjo/HxY7K2n3b13TbmxqU2KzOPkpMZvza7+JJd&#10;uZ3wmqWaPXaT+6uTiDVGPqD6DDqjNpEYe6DfnT2jHv7eu+8VSVAnwXWm36/ZGOEZkNPWZiNvu91Z&#10;IHU0VTE+btSxOB/mqOwJBt7yq5PtI7PaI7jwnEk7B6MVqErxzwBYaj55qRnoDbzK0jPHHiMD5E09&#10;Py9T1tsfy4ejf9EXQFDuHJUop90dwV6dgZJWj8U1HtyakjpNhYiRLKVaDbKR1cqMCyVddOCTYe6j&#10;J5Y4qWSeOweeOMsWblRpBjLQcKFY2t9Lc/X2LJ3SRKRn4SRT+lxNDwauc0oPLoKJGZHRVwEPpmpz&#10;So4+teHVgftikqpy5kdQzNqZpVNhrQBA3IH0T6gfUn6WHtk3b3cEkG3yCP4QASQMjNDxIr6efSok&#10;GJkgJULjjip+fn172hs1vCl2+8iVJeqrnHkjoKZkE8bMV0NVS/5ukQoL2a7N+FN7+yLeeZLHZo3S&#10;5IN+K9gzQKBWoJoK4oW+0DpQlvNcKEiA8+6nAf5T172E2U3nmcmSv3ooIX1COmoF8ZVL3KmofVPN&#10;cD6tpt9APcWbj7gbrdyMbcpAhFR5k+mTXI/Z0ZQ2CKQ00hZ/2f7I+zr3sTfj1LsTIdhptvfey6Ts&#10;7J77o49k9dbKyldnscuf31uqqGAxNCm4sRnMRJs5aiTIgSZiRa37KLWY4DIQwU8oXVvut5Pa7vcT&#10;XN7MgjtYxK0VZ3YCrSLiNEqWdiGGkEaerzx28MLvIkZVVNNShu751IoBxqM44jPQd9qVDY3ZGd3C&#10;d35LZFJtPHZHdeTz+OpqGtWjxm38bWZKtmyOPraCubJ42lggM0lLEYJKkxCPyqjMDf1sbuLZe9e0&#10;snsHrfe20qXA/HLqXA9fdrbih3Xis/1ds7B4/Ezy78ylFHn8ycH2Ztnrqn23T/dZKVIEyk0S/wCU&#10;LVNqXp3yTzZ7dycm82R8uc8W1vf8v+DEtx4FImuSpaMRy1jc637ZtBAhfFe0noC2cu5WO5R7jNYw&#10;295CWEJQ1eQrqKg8aK51FgAe00pTJIJnNrYDrr4/ZbfG5pcrV7w3fv8ApN3dTS5DAzbZ3vvXtbdL&#10;yjrXHQrtbB0u8tm7h3xurcMqDGxiVMFRzywCAU0cyuZ7fuzejOvdk7oxNVWbh3L2luWn63bbtDSY&#10;qDCwV0NBm55anfm06utwNfsTG4/eE1DUyZKCZp2oI5YFpYDemkcYT8884c48w7FyrsO+2VrOYTPM&#10;RFqZ4ZAEe3LFqrN4YdIHLmUKJJidaaejuHmHmPeN/t74Wdjb7EsDtNO+tvHBABVf4ZUJ0oCKUq4G&#10;MFZ2N3T80/kj3j1PhdlZTYWx+lsDtrfu5N85idl3JJi5c5hsXjafqfsLFUW6MJvL+8W2lygO36yk&#10;Mc+SejrpayoLU9TSq1YT/R3sLsL+L5bA0OIHZ+FyZkx2bwm3qvqelzkC47BUO2jvzOtka3be+MBg&#10;paagxVB4VTI6zUFJKpdK153vtlkEXLPMXMCxbFFG8pDkUup0MUYc6qo5TTXwF0AE6kDUwv513dua&#10;+Xg81++17JHIrl421SysorHqEY1FFUHtIUE5bFehz7GoewN37axG0pOxM3kNrdU5VKnMxbcn3Ti+&#10;2OyZfGlRj90ZXZuCSh27uPYe4MjFW1FTHA9LFRlGjik+3U3pK7t+N/d3XEO7d+9gbVpqHby77ymI&#10;yFRUbpxeY3BTzz5GY0Fdk8bHJHlqnGpEYYjlRGVmlKzFY0kUjAuaOPZ7m4utmvNaQzEI9QW1VLKr&#10;VzrNNRYdoOOGOgrsW98t71FLb7JvMN0EoexhU6hinAE8SdGPLqxXY/a+0dy1G2NvYinzEU2Z2RjN&#10;2Yuqba2Rw+3pqGdBG+NpqphNj6PLUegtJQeZ3gQW1Na/tWfHHcHZHYe6N9YWl3zvbd++987N3pjt&#10;obNG3arsPG7q3ruCTHZddxdhV2ZyWO2N1pt+g3HtzGZKryOTaX+KzUNOrxyRwGKQW7LPu/MLSQ/1&#10;gcbhdRELGoqZJVZpqvJULHqYMQpP6tTQUFCv/de3qLeG3gEaigARQSaBgEA4kkE0pUgnGSD0EHyU&#10;x/XW18Fs2tz2M2ztHb8O7toJmd7xbkodiZ7EYTbT5Q0uA21JjsbWbq3TlMph85lsZR4vGBKsJlKj&#10;7eSCSUyrev051j2PjIdiZXesFHVVWQwdJkd8vS5bHVG7N1dqPt9K3cO483HQSRUQxeVqaOGKglje&#10;sq/OfJWQwwMCMn25vi5b5Iudo2H22lXmSKHw0EcKQ2yyIzaxJIWZyJJD4rXBqsodtBEiioglXlqb&#10;lKCPdeV1k3REWMOy96qZajXr7itFUmneSKcB1Ud3f8z+u4drdp9X7G2hltt7s2ll6vb+2N7V3XmX&#10;wPUPXfU2L7BrNqQJTzjzZvN1mJo8gK6uVYMZBl43np8VUSVkKhnjB4LM4TNdgZeLN42fYnaPZtX2&#10;XQbMcZipm2xnqTbOB2xkMHJVJUUWGyRqc1hDXu0kawQ+VUFzGSedl7zbub8xcxf1g5TUc0W9xJI7&#10;OreJCZtJ8HQSpeJGDMr1OqoJ9Oo2utskFym+WG4P4ctmtrJGpIi0xMXDBTXS2l9II7itQR0pqPb+&#10;2Vw+xKDcFNNuHvHpnp3F9MzfIan23s3aO6sz1fumrq90VeY2/MabeO9MFtmrxdc9LT42lnXJzJLM&#10;8l2qGPsVMJkKTdURgpaXBQ5zA7q29vigbB09Pjps3k9u5ny5Gnq8hAZKuKlbG183kmZ/3CWKgkk+&#10;124czbnvu/bHv9/BLBCjOrBJBHptZkMZeJNJWrkaSdIK9zAEuT0i2vlux2d9wlieeB5oqhnc0TQw&#10;k7STpDswqKfgxwFOiud4bQzvSlVtjJ5Xd3YWc663fsLfnSmeXff3m8cf1xid+9d1FJsGs25tXKRU&#10;WGlzTbs29RJDSwUrGkkEImkQKiew52rh83sveVd1ZDlcfmesafaeTlwOB3HTCSbCY6tkyGA/g1Bn&#10;KOCGtrcMKLKS00lCZJJgtXF4ZnbXpkDmvevYLePaq12OyuruXmqO3Qu0UrKhm0yRtIxlB1RQsirR&#10;Skb6dSIO2izaxzXLvtubm8mggkmLBVdPAcLSRHVQCUEtScaQVrq8uhk7Sh62338b6P5IDY249u9/&#10;V1ft2m7Gz+2o8tjqnc2Ux1Ztbe+Xy2X2RkM3NhMZkKHKbapsnNmPto5Q+Mq5pIYhLHqCXoKbauH6&#10;921hNvVVZubYO1nrNp7WykmEq9t5vMU1FWM6Tx0GiqyO21x1PViGljqamWd6ZFMoV3IEee0G58mW&#10;+22yc0JeJeXICLPas/jQrrK+KSCCfEYqUEIqilxXy6km+G02u63UU9u7zSMrHwxpKKRQ5rxY1C6a&#10;YrU46Nd8hNs763LnMllGGC697Qz+Ex25d445tw4ndux9lwUWOLYzCZGmzldS0fYOMzFRSCaskhxN&#10;GsNU50PKsWtzQVJ2fVYihZduZefJik3FJSDK1oYUcEeVAyGRqpaqeavUQGP7kpErhIQFYG4HsYC0&#10;5A3vdN4mW73u/wB8MLyNFUL4LBnjM0rijHA8VjpJFAp49Ujji3Gdgv1AutUmlKZkIRV0k0ySKChp&#10;Qitc9Vs4L/Zoto7/AN3zZDt/rah62nz3T0OWyG1NklMjujMNsJ63bGx9tU+FxtBtaupslS1iYSGo&#10;r5KWaaukMkLftmT22bMkgG+MVRY+tpqnHGaZsXk6aTIU8FbHFFeDNwPLTUFJTT1MlRFphaOXwq4D&#10;C9vcR877Hu+3pzbuTWU9zZ2tu2uRoSyLGy6FZgvbqZmUJGTpDUyH6TWe27jJuVus6udMi+JVcLTi&#10;jeugdvzPQ0dz1tRmfjFnczuLb1ftrdVdTYDIbv2Rl4dr1GY261dlaaty3W24qSjyu5dxZLFYPF4a&#10;vNVk4qugeskgYxsUBUj9Qz7Vpd1VONeWmpMtVBqSmkx8kUddV1cksr12TjqPG7GrjaRpEDWXXeRV&#10;Nj7jz215du+c9q5k3a5k+lsii26wSuBdeDEFWQoD2+H2fGT2k6SRx6MPcS637YLfbF5XtLa4mRmn&#10;kWarNIyr2IiimSaCpIIwK9Vh/JGh74x3QvWebxVZW702FthYOzt+5nM4Sqr9gYfGVlHTP1v19Wba&#10;mqKaWPbdHQSrTVgiDv444qOZ1aWMeyP/AClxW8a3NdL9b9XZCkTMdldxHGSbvyIrcqnWeOw+zc9k&#10;l3tuqgo/tY6yo27XJHW4mepVKWqzSwLMWVAjSxde3++2rch7Xt/Lojtr0mRbxQZVWFglJZiBoglh&#10;SQ0R3HiyJqHGgCewb7ul5Pujc5bTBZbmsEThiwYSCViGZQSdIJGh1J1IATShr1aD8S+3pKfqPu/v&#10;Psmj3bU4/rjoaB85tbbu16XEU+887nd10FdNjevHFPuGn2xi9+4/Htt6fGR1M02Hxs3kgETvKwV2&#10;9smdg7AoesOtqSo2PjdmYqjpdrdhZyHce5sZVZiviqaLqnPvuiixNXtLsTeWV3LPUZfeO2slHU6K&#10;ipjZqlHWUrlPyxBuUqnk8Wp2yz21DHaFgyrLMyhrGcysnhyoSGMiRnWsmidmKqS43WzsZ7aR9zuC&#10;1iqEtoVgtNJXUjgl1bUaAcGj+Rr0Wb48bM3H3p8mty7/APkdJmN0ZDc9fnXqdh0NHQbYyWJo4Xxr&#10;72qBtfcmSh39171j1/FQ0OA2huvEy4+WspsXLUfbTU0tOZCe/Dzo+i+PFHunt3fe6MZ2F3v2XRSw&#10;b1m6zwmUpdo7Sz+Q39n9yyYDA7hFqrdeLrqmukqclXxw09JQxTtSUrGGmDOB+UvbDmln3K+5ptRs&#10;TQxjxnuLZi80cxaNbu3o2lqM7uwckxqY3YDIIFv533K4hDWsxt7fvGiodpFQFO1QDQMCCtMg8OPV&#10;l/eG5u6/kNQ4zqqTrzI/Hvp/a26pZcVSdrZra+6979wdSYrZUW0n3bnNmT5GqTZOYgzeder29iMp&#10;Wy5KpnoabI1lOjTCGLh8hM9uDde09ybgpN97YpcRPU1O5u5MzFuH+6tGcLs7JU+3tpU+OFcY81gu&#10;muqMnlo6DF0SCUZPMVs+YnlqKhtUetp9poOTZrjc7DmeLc4SRquTIYmY10lpqNQUoIYVDMrULKBk&#10;9X2zmO63m+u7XfNpMG5qqjw3rIBHQtQdulZHUFpKE9tENM9Ct8Yuj+qfjhvDG0uYwe+M3mMPQy4L&#10;qejz+z5Mhm8RnN7bfqN09i7mz38GjqcRm+9e3qHbc9dl8kpi/g23KCjwNHHSUUDx1TJ1hvLsDcFF&#10;uWmxHY/Um2sj/FYK/NznbWS7Lff+b3pizsrBVtZVYbJpR7fg2+PA1HRRRxrNJEJ52dXfVMOxcwm8&#10;27cI0lso5qkzKqtLLNJIQkbAiiqyUWGEZGoLVdOpiK9rt9ujtjGxj1Ih7nFXMf8ABqIwDwwVIxmg&#10;6WndW09mY/MbMyC9Y9w7mx9Jh8l/DXfdNP1vi+vMPsmSDsPOSsmao0qc/PuCno6pKySV6lhRr9pT&#10;rG1iOO9o6eAYrrusyWXyWH2/X7i2NhsBvfJxbT3vtTf9FLJQyb0yGQgq6PK5GTc+ezJr6mCMS0U+&#10;LankpZGqImdpdj5f9t+YPbWPcotus/63AhowJ5VlebUyFWDsNLR6f1TgayzIoiKVEltBy3b2BuWs&#10;oY9xlNZqE1dyoCOD5BVIC/hoCFpnpR9OR0uc2jVd4pT7Ppd8b+oNt703Dkdg0GSz2y919dRxIMBt&#10;nE0XlnpEyWztnYuPG09XWBaiDKJVKaeGmnWEBb1ztDsrsbcIkG59p4feW9s/uqSowrYioOW2s1AD&#10;i87WYfduAhnx9NtrEIkklUqtryEuiGESTTmRANttpzPyW+y+4W37fthuN3kmEME9CqDSdU5DViiS&#10;EK8rSUJBAiy8iHpZLNcbNZ2+6IsJtpHKhSwYtoXj6rnOo/zPQndqdn7H6K6+i3DPtbLZ3YuGwlCI&#10;KmpycVRjcpOscdbg8Zk6DPziqjytfkFhWCqlj8FDE01VOyRU2hxe7U6P3Jtrr6o3DtDKZSP7uv25&#10;l6nb+6tvwVG8Mqu0qXJUeJm2nSUslY2KhrXeeqVMgZ5paOdpJZGiKoy7nDbLvceSLVuUrRALeYTT&#10;SwrLM88oBH1GsBe1mldpJdABDUooFCS8pbxy9z5tm53e1zR6rW4a2lIqRJJHRzocgCRFL0aRRp8Q&#10;FcFT0kute7KHee+aTbG7cTgfuqXE5TJpnuuc/WVuxNv0O7aTGVUuH3JuKspMKctktMsVPNW0kVPT&#10;R16rCkEUit4yKYTfW/8AaGSnzOJ2vt+mzFVh8rhRlajq2ierpqPNUyw5E0f+4eD7SSWC+ooiAg8h&#10;lAX3A/L/ADZvvJ0t2LCVBfuvhk6KgqGrT8IAJUUJNaYIIr021q8boY7qQNGwppoa0qCp8mUg8Dw4&#10;8c9GizG0dpbmxlLQzbkzS4qmnoKiOLGb1yUEMwxlVT1NPFUTx5B5KqAS0ihg7sTY86ufaJrcvm8j&#10;WzZHKbSxuRrKnwGrra3aWbE0ppaeGkhmqKhayFneGmgiQFiBoQX/AMQpuO5blut1Ju246pLpmZmL&#10;Bi1Wp2nzrTI/hoB07GkyooiloqV/CPSoA/Lh5eXSkio8VDEKaizclJEHZ0ipa+jVVaWRpX0o0TgC&#10;WVyTxyWPvhFl8ah11+wMEwjgctAlZufFMxHpLh48wWQ3Oo2Fvp7R1Rn1TBTGzClKitOIA4hvKta1&#10;rTjTqxeYsB4i5Yfhp+VBj/Uesv8AC6xoXSj3RlVckETvHhawoNV9IV8ZosRxzc2/N/bZUZ/aB/5g&#10;SkpyxLCOLsDcxRGNgCBUxVWmxHAuR+PdEngdPCa1L0BXVUrrANQFBqR/SrQYxnHV4yzoQdJcYB4Y&#10;+QrX/B1wixe4Y1AbdLzsJAxeXC44EoPrGRAYF5/qAD7bf4ptgyLbAzU2nUAtNut6pihJPpFZiWsy&#10;n/Eix/2HtPoj1XBEQGphQaqZp5UqKehpX168TOA/iKtK8RX/AGQR/PpzWnyiqQcjTu17qWx1gB/Q&#10;hKxb/wC8e3WkbZTIFlot5rqDECiyW2Z0LsCSzCrxkJRL/TkEge1BZV/VljYrqpjTgDghB4kCpLCu&#10;KDr0k7EaipYj5/y+f+odRp03GNP20+Eb1+vz0tcl0uLaTHWPZ9P+uL++E0OyRdIV3upI/XURbYli&#10;1ORcf5PUU7W5tz9Pdo40CR3UEksb+IQSaVWnoAeFM/5OqiZiFdY/OnHgP8/XcZ3EGPlTCslxbxy1&#10;0bWtzcNFIL39xloNouW81flaaMNYfcYCkq20kE63EGXS4DDnT9Pbc0zEj9Rio4kUIWnkC3xE4plT&#10;6jrbSyMe1ccTSlBT7eJ6kvLlES6UdFM/+oFdLCPx/aahf/H/AG3tQY2k2hSyJNBvN4GA5Rtj5mMr&#10;9NNpqbIVK6Sp5sCPanb9xtgRK1yEcg6gUPeA2omlSQ4pjhUVPSZhBN4gkt6Oflx/y1+zqJ99nAW1&#10;YGMgWsY8tTtqv9beSCK1v8fYybcy+Oo3jlg34ztE8MsZNDujGyQzQsHhqImakkMMsMyh0ZTqVgD+&#10;PY022W1vNKW12HZCBUxujAMK1Uk10hcaMgsQeiK6sxJWGGHUmQaL5HioJzSnGvn02VDVFXFPDXbM&#10;aeGpp5qepieTb9ZDUQVEbxVFLPFPVJ5oKiJyjqRpZWIPB93e/FP5GQdqYcbR3VmMTV7/AMJRo0k8&#10;VQ6yb2xFPHpfOxQPSUzJl8fZVyEUdwQROAAz2j3mnY4OXJ7jedosrqCDt71kV0hLk1TQxWi6K0ah&#10;1OWQEmh6QWu4yWs/0Fwk7B/7NytdCjij1OXA+BjlgCM9aZv847+WC3Qe4Y/kB0dt3NYzp/deUqzP&#10;i6HHU5/0N7trZIfHt+WemrJkfY+6qmZhiGdbUNQxoi+hqb3B+c/wl2j8zupV2rVT4/bfZm1Hr8z0&#10;p2XUwtNHtbcNXErZDbGfkpwamXrve5jSHJxDUaSYR10S+SJw4L3kbdzZbyS7fcD+sMUahoygh1wh&#10;SAtW06iNJZDlnZtFQQrAQbWLqz17bc6n25qsrhR+ka1U+RZc0dR5ZFCoPRQP5aP8zrc3wr7YWXPP&#10;X5Xr3PPj8P3L1vEIYavM42htQ0e9durUmNP7/bNoiZIFZv8AcxRK+NdkcUckFBfxd7NkaOu/llfM&#10;+ti6czew97Z7FfFrtrsGItD8W+8s9kEny3SfYuZQvNF8SvkTlZUL5KFpaHa+aqqbPU6ilmrXOD33&#10;gvZn+tO33HP3KGztPz1BAn1cCHS262MKmlK5O52Sd1nq7riINZtUvGokfknnK59uN1mtdzkP9Ubh&#10;wblDlbWRqAXsRFSEKkeOgGmRSGUK1CNyTcVbT0ddt754fF7KTdpdb792dh8h3R15sSQZOi7r63Si&#10;gbb/AG/1/jEQGfvLrHEr41pwsVXuXAxPhagGso8OKRV/6Iu3/wDS9/suv+jPcf8Ap+/v1/oq/wBD&#10;2iL+9P8ApE+6+1/u3qv/AA37f/lJ/ivl/hX8K/y/zfafu++e+iDwfrvqG/dujxfF8N/7OtK+HTxP&#10;E1fp/T6fH8f9DT4vb1lb4lr4H1PiL9No8TXX9LwdPieJ4taeF4ffq/h+eOjV/wCmzqb/AEQf6fv9&#10;IG2P9DH9yf8ASN/pI/iUX91/7k/wz+Mf3h+/+n2f8P8AXpt5dXo0+T0+/wD/1KwdoZyfoLb2eyGM&#10;3NkNpdvHH0OI7T6/y1PhMF2NhMPuTKVibKy3Ug3JtDK5jD7h2TkqOKfdVL91hczSQVEU0c8aAovN&#10;bcbfbb2zs47C4ju7d3ddTQl7YyxIryCaVJFDRTIzwwEB1aaNkZGrXrOGVobiWKJu7OoUbBAFDqpT&#10;VWpGk19cUHW9Pm8TgN+5Ha0mSxkW6MBHUy7g2xmMZW1dZtr/AItUlFVpuGGhzNNjM1TZWkyMq0az&#10;QV1E1izIsqRsSuZHJZDL19XlcpVSVuSyFVLWZCrZYkNdXT+qprCsCpDE0s5LOVVVLsSRc+6QwQW8&#10;K28EQW3RdKip7VHBRXJoMAEkgUp0sVVQMoQBuGDin+z6dCeiJEiRxqFSNFRFH0VEAVVH+AA9wJBf&#10;SHYFmDBJFsTzdtSlbC+kaB9ORf28p+LTwHl/nr+37OrhzQ0Y6A2Kjy8wa/Prl75lWVmVdKBQAdZW&#10;5dgNJuDd2I+p90BBAJqfs9PP7OteKDqrmMD5+uaf5+ve+JRitvW0icvfUQqE3EgIb1xLf6WJsfdt&#10;Q1eQU8PmfT7T+yvVfHQM2QqHHDj8vtPXvax6/wBg707P3PR7N2Bt+q3BuCrjE81NE4pMbh8d5RD/&#10;AHh3HmpkNHgMFTuwD1E/DElY0kf0+zbadivt8uPp7OMmnFqVoBQsAvFiBkgZAGaYqzPcW1tBJdXM&#10;4WGMVJJpQenrX0HH5dJ3dO68BszDVOe3HkYMbjqeyB5WHlqalwxhoqKG/kq66pKERxICzEf0BIuh&#10;+P3xm2J0LTRZ41FLvftappBDlt+1NJNBi8C7xyQVmG64xlQhq8JSanZGyDf7ka0cu8cdoveU/Int&#10;dDs7LJfIQ0jAD4NamqMCzNgY7mFaAVVeJ6gfnL3FnvUmsNlV49uIoZK9zUauQfI0wOIBz1Vp3p8k&#10;dx9itPhMTFU4DbEAM4wkEi1OQzUCqzQ1uXnppDSzUUhTmmP7UZPq8jLrBjJmRS0SLPDCkZjkjdtS&#10;VU8d2ZZFW0sojB1NZlC/149znYWKywx6obdpnlAXS2lwpNCxbgKsKUo1aADJ6hqSUXA1eGpZjWma&#10;kGpJB8/TAqKfPopZqqmOVK2aueeewrFqWpkdMTTVCRpTCi8pNLTPLG4WElWkcknTY2KP3Z2PsbYK&#10;I+894YvbXmlpcf5q4VskOMepiL0UOWp8VQ19VjUqrMY5JaeKKUgXkbgFXPZzOptoIm1MJHZaBpJC&#10;e46AAWHkoDMpVRVVFT0jKyeCWjjBNc/EQ5bjSgNMZPl5DPTjjdt5Svo/7xzYSaow1BUxyY4xGOoy&#10;efqFqjS1E23aGoq0qdyNRxR3qGpWqzASykRDkIuq7w6EyEMlPSfIrYiVtSqK1Tjc9lKGunFvJJDR&#10;PUYEU1PFFGoVomRHqf06gOPasbh+7YYmstuu0qxLgROjQjSK6mbV4iu+OOoUqaDpDNcoDEqbU3hV&#10;PGq6aCmTxKtxBrjhTpF4Or3Plcssu5eg9/DbWDkaoxWK391HlJ9p1tZS1c1Ljslm6evqMDXV1aYp&#10;mq4amGtmocYl38Us3q9tx7R2RV0X2GJ3vtqtpnlSMTLk8BSZDMyqQVqszU7dzGOhhkdSdESw6NP6&#10;izXb2ZWkltvDeILiWK4ILuGWoLUIACOAJGJoSfhSocCo6YBjlbxFSqvkkjIYYwGAJpgVr/h6Fjaf&#10;9w8VmBnc7ujFZPL01K/jhqq7tKv2v11jf3C+L6uxvc2ws3maXHRqR9zVPXfczyEpEsNN44fbymX/&#10;AIgaT/fz7WM5jAhpIdwYanp2LPcLPV0e6AHiREuPILtcg/X2kji2mC7leOd0hUGpC1LAL2kVoFbV&#10;xxwqc9JFe3hlas7IisSaDUDjHGo4+XkOHSlo+2Ol56HL/wAI3Hi8tjIKgTZDO1U+UOTxdgGkko8N&#10;uXrSGUGfynimdljZVK2tb3mqPuJHqmG79n46FY2YwY/cuNWliKkSSI0MO4HkqfNHe+kXT9PswtIY&#10;pTbLDA0gBiJrUs1UYEgagGAbA1aWIOpelkVxYLoaNnIJwzE0JPqa0qDgVyRw65UfbfTrU1IEnh3R&#10;WGaWClrs/LiochMTUJDSlMhk9n09Ph3pZLOgDlJCtza59tsuVopknrqXc21o4YVeOeebcjVKoll0&#10;j7KasaWKGx1LqEi8fXi3tc6gPHb3jeFGh7eKgkD8Mihu5fgYhVrwJJqeqT3FpNJGs04AFNNCB8yA&#10;QTqbybzFelTj8xtagegwU/2mVzGVaKopcPS5Lq7H1tR5ZpC84q6eqoqatmllUjTEYpSTdUN/fKmz&#10;NNLHKEz+J0OovmI87DU01QAUhIix/gkGlzcLrQgfm/Huu4WyfpSRRK8zRgAM7l8gsEaqlU0gEkqR&#10;TgPMdMSSQHSkUiNIQKAt3AkE0r5AUPDj+3p2FDRvUUsa0KZFkq5HGw8di9qxZPGMHkqDVS5uk3TD&#10;W5CU6kLrDKSxAIAOr3NpFjkLvT41aalpgXlC0pyEWXUEo8sBjxchJAHAQggN/UW9pob+co0UcUkd&#10;o0nfEpUsTpBWjkBl101D+LTTh08skYRFkvaNqNAnEUFVqNQrXyrxPy6lZbGza4Y63c0G4txVkQix&#10;9VJl4MHVbLMreU0+UoP73xRtHT6irvKhUMt7kHV7yvRR1AFRLgJMNQOsWmmkoEqp28evxurR4r7u&#10;mcgGT9zUrcC/sxt0uWQNNc3E76TSQdp1M2nSxZfhFdNAtFJoMdOwB2iB+q1txJTGSakMMA+hAHHp&#10;u8mUoJ56PG7gp9156KWaN62myddS4xI3SBp0jpm3nJicmVZFQmFoplClyoub9TUkUMVVPHgqKoLJ&#10;6Zqz7WdwjlWjkFNFSqlSASxZmEbDUARx7SG3Lywwmc2tx4ygaCrKGHayMhpQlQMq1GbJoWI69HBd&#10;1CtIyqXwFFSajhWta8CBnpyov7y1stBRVWX3n4I4p2qYsXi9z4kF4jIZvHnZsnVT49WkdVghAqEK&#10;odDe4rxmm8bx4WokqJGj+5aRKasxqh2D/dY+iWtWankMd/SrIB9Bb6e3NyMqyRot/G1m9WErDS6M&#10;K1BK4arUBNP4q1oOnDJOkJVU1REn8Ohq+YbFKg5BWnzr1MxWMyWSWrirK/I4+OhV46KhpYNwYjcl&#10;aixLDHQ7izNdt6SDIQI5LB3Sa91a/J944arIU071ssVdU42QllStpaqXFxkcqI6NMm9bpDj0WHH+&#10;t9XIra6uLGTb3jUXqKCZDh4ywrpViQFcio1EfCe6pIo1FZF0aIUS5PEg91a/FWoUYwa9YcpjMJUN&#10;SYmmNDjs9G7U4jw89FR7gydPCQlQ9bmajaK4SddDq8qah5HU6DwfeZqqtepNZVhp4J0AUSvlKY0R&#10;X1yQ0splesCAAKFu4IPAuB7UWdq9rcNawXIKKz04kZ+GmgkvXLd2a5yg6UJamLujNFBzWrAVqK0q&#10;BVqVqOBI8umSox+HbBpjMXFHjMnQPFJVPRUOz65s2pDU0WQy9DPi6fAxSozFiQsWjxgMwDH3BLGa&#10;OrTKx1ZExlnx+LEOQhhrKd4WdTBUU8BkKJwup7liQWAPvX1LQW8M1rNbROAyFCDrLeItTjAeRV7i&#10;dKgLniR1tFEQDwyKwqO4jVQ+YJrSvlwHT4KdY6ui/uy1M5oTjqTcG84a7bNVNg62GUwNFX4nMV8c&#10;N0kd5Y4qf0rcpEXFvfOjeaoSKGkasmrZ6cxw4FcbUpVYmDUI5DNVVFHJHXrrt+6wvb6fX2XXAvZb&#10;mYzuKM+p2ViEYsaFNIGkDTmi4Pp03NExldmUadfxaqqWPklKUNOI6zZFcNjQ9blIMRQ4nH1qFd8V&#10;GexVVS7vrRC09LLQ4vH5eDIYKolcsFpVZrH+tgPfsOcRt2pyKbqykOLnxjCpONqMjt+kyk9aFb7X&#10;FY/EZOofM0s+ZgLIJTTPFCbvYaVJ34wsrUTaVnL0DE1YgE0Y0ye00TUCDxpRajpmZDcSJHHbIIWb&#10;IbiVr3MaUAKmnDJGK9Int3eWQ3Ni8JD1zUbVq63c8S4+lyGVrdyY/b2C2t5oP4x2FunPYyXA7fzG&#10;A69yMcdZPQCvgqsiWjpg7GWRVbKvfNS1RPUU+9dirBN46WlxVBuDaZx+EhTSJIaeppK2mafFU8L+&#10;KjSspPOKnyySEkAncNoI5Zbvw2kkIpQ9jENjUmDp0gBDTiAPt6UmHbLFSIpGEqip1Sdz1xUV+GvB&#10;gDSgBHHqXs3q7Yn8GxWDy+H3pkvtp6zcuV3Tu6LcLbt3/uComkrXzGVoM+ct4NyZ+uj+/wAxUYHL&#10;DHSY5qanpxHE7RpggnxH2klJTZ7bXgZZtcn8T2tUZ9pIwagJSVlPKqMGd9KI1mkXgG9j7VOI9w3B&#10;dEEqQrTxBFRNSMQpUkkYNNVSDoapoSekjeBLKCjjxRQUUgoA2DXzr+InybPQiVFVkYquPMVlDncj&#10;mGmpPsKNTvNtiwhz9nDVZLbjVdXKkkKD9+WEGOMjUfSD7n06ZCqioFixldVY+DT5p6egjx+eKInj&#10;Z4vtK8ffOxsSGVuQePa+4tIj9WkNu0asVCGbSxqpLAaq41ZWoGTls9eeWG21iKSFpeIDMjKfzHD0&#10;znqDagoq7KT1W56BdwVAqPFjo89kdw9cU8tWyTCOup8pgpUwa0wUhSskZjVgFPNi/wAmMzlbXyVM&#10;W3849KFR446rG1UCGX7cIfvqEVpFSjLpYPEYmB+vPsjtmktUIvI5EklXSFjqxVmJ70qQAaig1VU1&#10;NQek0dwBbpqKCUAjtIqKnFPKgp+fTbHJgaHCx49d27a+9jec1GQpMrSVDigirfKkOL3Cu3S9FJEz&#10;SK0M61ChQAlwDZuhw+bZZlkx2UKtGzz0ddT5ijpVaNWQmjgNb5qyyDhixNxax9mE1rOVEc89DWqU&#10;HiOppWhKEhQG7QjGvEGg6VymZ1QC4YCoAIAJpxGeC/5j1PqcvgKZ6Wso/wCGrJFOlNBlcScBVVdZ&#10;DUTREPk62XbIixzyu+qUxxaWWzggi6wZcFX5OnkiadnSITx+KVsnTNSsgDlJcSKh5DdB+ni4Or+v&#10;tOtxeRAM1gslwgBSRzpISuaYFe4EgNUYoD59OGV7aXw54iz14lanIqMn0J/Py6c49xYbbNVT1bUs&#10;mGGQeikm+zocJkYMtLUhqaOSPc5xsUN2kYXlUAh7owAsfcHIw1TSwpHNNUZOGDT5i2QWPHK4hUy+&#10;NaAVBp1jGlgGLKfwfai0ee8E8F7DWwRgF8OQ6irKQMgGmpq6TqNQC1QMdet1Uh0MapFUYAy3GlPm&#10;T6HqdiZ8ZjKOau8NLjsXkappJaGpg26BnqylmqZkokrZs6uOfIMzeVS0UasDpuCC3tvmqxWVFO7y&#10;u8GLD65SiF66VlMcq07x4eM1EvkQJoqIwQR9b8+zR0VTW7vGZ2dUVSO1ipFDrI0qDHXuJNXAxQnr&#10;wtJBRGiGtjUVYmn7ageuTn7B1LoMU+HxNfDj6GGhqt0Ks2hJZxHhYDI9RTvkaGTek4gpR5fIHxtQ&#10;FaM/p0iwzJWUrUFRWGMwvWzpFDTQ09JHU0jsQj1WSoKeCGCVSo9bKwkI/Vz7VeMZUhiW2S4aIGgA&#10;r21oqRmgp4fmPgUlmypHTEsMrOirFVohqNeJz+FiKtT0IoPLHUJsNkKfNUGJFfN4MbS1FVW5Svym&#10;Vmx+UtGZ1o8Jmq/K19dBJNI37EcsckZsAh44fYkxMRij81BDFRwyTZB0qVkheIAao6SGKZftZVk9&#10;SrNE10Jsb+ymTxfEENtuTvKmDqiqlWJApIKMzhSe4aNJUDIr0hZ7uYyaEHik47TVafPB/YaV6T8s&#10;245o6utlw+amlzNbTUu3YGhnpslDUBWcVOd+9pqiCsoJlTRK9FUXMum4At77hzdKtYKqgq1p4Ump&#10;zTzrO0dPSJHfVNSU8OQ1xZFZQPDMqRleb+37zang2+3mkljlmjTUBQu+RVak0UqKkuhqK0UkEDpV&#10;BDcw4dUMi0JyTWprUnBH2ZHz6jzbZrKyirMLncNLXnK0GTx+YxU9HDMNwQVoWCfD5yav25NT5HbN&#10;dRO0dZRyyVMcy20qVuPY3VXe+7Nw7EyW364UFTkJ8ZX0e195y0lY+eweZqKeamxu5K3BQzS0mUps&#10;TJKHk0SQtUInqF7ewb/VK0sd+srlf0EYr4jVAjEi0rqqFoXoG0moVj2nGRfbb/d28QspDrjpRqmr&#10;Kc07vIDyqOHnjqqrEfym+oupvkRS91dD7y3V1djZMpBL2h8bfBhM91BvvYIqYcrm+s9qb0rpcVuj&#10;ZUmarIiMeZVr4sJPLenIjLKNczsvB7j2dNvvZW64vtt14OlydDm4zUrURVM0lG1bBmYapCUyOL3B&#10;BUCspqhb+ZJdROoOBlds0tvc2FvcQ+E0bCi6gcLw0ggDUcUyB8+i+ZS4WaUBkIP2ftGfl8+tpTYW&#10;8dt7/wBoYPdm0pWkwOVpb0cUlK1DU0ElHNJQ1mJraB1V6DIYiupZKaogIvFNEy/i/sjyVcsr+Bog&#10;VMcUjvq1hgYwoS4Y643K3C/UW59qbtpGUeBIkZK0CDyCkefEHyxmnRdJEaa48ErQUPlXNP8ABnpY&#10;e0FvjM1+Jo4JaEoKivqXplq/SPtPHDrlmiguweqZLKv9hP1NfgewdzNzJuGz2scMSFZXqNQYMVwD&#10;kH+VOHHjXpVaw+IwV3oo45rX0H5/yI697Cza21N1b93Xt7YuyNubg3vvnemWjw21tpbYx1Znt07p&#10;zdWbpRYjHUqyVddVsAXkkNo4owZJHRAWEMXl7LcM9xcSMZHJ+ZJP/HmJ9fs6N6x2yYoq/wAj6/6j&#10;/g6R/YHYWxeqNlbm7I7M3dt3YWwNmYiqz27N47sy1Fgtu7ew9EmupyGVyuQmgpKOnjuAC7As7BVu&#10;zAHYd+KX8hSWWkxu8vmpvatxk1QIKqPonp7OULZCj8bRSy4/sLt+Onr6OGoaElZKPbcMrwSho5a0&#10;MCPZht+xJM8p3m++kVAD4aqHm0vXSw1fpoCQtQ9WAIoDx6D95zGjzS2u2wGe4UgMO5VWvBtRFWBP&#10;ChUcRU061KPnR/wp4o6CtymxvgVs/D5CihNXSyfIHuLEZJaPIJpraWLI9Z9SvU4TLVUCVMcFRBXb&#10;lmx8VTSyho6CZSG93YdX/A74W9OYynx3X3xl6lw7wapW3Pmtsf32307yBkWuqt3buqM5uCStWCZx&#10;rgmprqSNI1H29C1rY7ja3W3ppuInUKxZm1MAyuadi1YdpwRmgPRbBu29XLMt0VjGqhSNBpJBox8Q&#10;ipOANJOT8utbvuD+bV/Mc7X3FPuncPzQ71/iCMk1JgNk71g6t2LHXQU80Ijp9n7AoNt7eSGo8pDm&#10;shrgNZIPAsgtx/Gjrqhwm5dz5zobpiSjFakNNsjEddbCioNlbITLUtK02IqtsbOoKrcdTisVTpXR&#10;UYVGepqCJZStNqOTHIPM/tz9Z7abHY8r2w5la5hiubiehRtTSaYoolPhqZJhBR5VkoqlWJJp0f3u&#10;2Q7vaw7dFfSwyxHukElNZK/if4vM6lqAQpWtOrU/jP8AzRKDdHY3w1+NvWXbvcx34P4bj95fJvsn&#10;eW8f7zd29wZLbmbytTsrJYneu9Mniev8Lvnfbw4tsrWtVQR4qhWGGBZsiNKBgwnZWL/vHLksRnd8&#10;7ixM2SG1dipBSyRZrbMOYxFLtncdfuJ81VisrqGkj8kwqpI2en1NOw8KxnO6W+2Wys9vvrFoo9pn&#10;dYpZ4EVZBcv/AET4awQo2qNtCsBUMAwrRnl2Oy5VM2zcxThrWVH0v2lAFWulQtCmDqAbND256uyr&#10;e3ugsjtvrXLbW3rs/qrpnf2bxm3N/wDeG266THbg2t25mMDueq3PtXG7PrtuYOi2ltbIZlavGLNj&#10;qSpioq1oZaeBhUyzqVHs3e3YWQwGfz+0uvtxRy9eqIJdqV02yMLnajsIOIhuvYMG4UyWD3Z3VsqK&#10;uqstiYJAqVFRSUggrKeaWX2A/fT285iv+Vba45c2+feKWwuYobZdUyAnS04hkRNRUVY+Iy1NQhJe&#10;pLeatkl3fbP3RbbTotWQEsSyoyvRTFKYu9DKvFiWUoSxVqU6O7tfrDaMNPi8VNuyDtal7SxGOyuD&#10;amxO+svUR9WO7DI4DdNdSLjsttrpTcUOJoqaqeRXQ1FTIstFVUwjUET+edR2Du3PdWdoVlNudeqM&#10;NsfaG+M1s/8AgGenz8m8d+CKTc01b17R47I7h2bm6/G4KqOXlzyGClpyaeGWeKdX94uc5bdvvLez&#10;8s71zFsU6csx28cSyJA6K7NrdnyGZCFAWUXFHQp3MT0FeROT+W+X9uS1s5/G3Uf2raQD2MQiqV7Q&#10;i1KqF88kehhvihkBt3ZdXjNxJ/FNxbe3duzq+m7Ir5MYKPNbI2TlatNmTtn4qymwmXhpKWvgxkn8&#10;JjjVq+JvPDFMHAAX+X12BjKLuTK5nH7CyHY29t9bczkfWm0NsV1RT01VksvXRrkZJZnmp9m7X2ps&#10;PG1EuVyW58y7w4egojHRLHVVCv7We3vP/LvJFvfcwsgmKpE8RqShBcEEKBQtXtrWpVvDoVcgyCLu&#10;PbrqG8htle4jaqKwqoLAgYIoSfKhFPUVHTz83DBQdWYLcFbujGbUx+3d+7WyE+QrsZPnq+epSsJx&#10;uK2rtTF0VVubfu9dx5BI8Vi8Bj5IHylTXhJmkhV4ZL8JOw97bapttbf3NtvMdmUX8br8nle2usav&#10;C7ex3W1bt7GiuxODosDuiqxmafr3IRK9HRZCueXKVMpL5NyZIhHJvK3PvuTv897uUHLMDtepMsQl&#10;UqvhM2po3CE6pwqu8bDsjbwwgAV9RRebbue4THmGffojHrIaK4YlXDcHVRU643B0sa6eCmnVQuH+&#10;P5rK/cW+cNnNq7Y7R35tvM4ar+PXY23clunaW8NudgZ2ObLTZ/cG0avLS7i7YxjRmqaHFt/d/DVQ&#10;ipMNDDCKieZS0e0f7x5Gmxk2TznVMGS2zXZakNdi8Hkco+0qrJwZ7x0nXmVXIYbEb9qM3UrhMtO1&#10;QKiGgniqaUsLH2CNz5J5f5jvJ7/cd0uH326WCSDvOmWyajASM2VnjkahOF1osbDvxDO7e4W4R2l1&#10;fbLbJe7ZDIkRUSaUWcijNNc074iqiaLtJbMbHqdk+083s7av95ttY2j7z3jSb866x0mEjrN04Xbm&#10;N3hiKE7az0WX7Lwk+G3Fu7r6LZWLqc5t8LRTUtJmIKzHZBQ4D+xKpctL1vLkshVPP/o42/JS1e7q&#10;n7GoqBh8TW1VPiDlalIhSrUtDNUQBJWEs0dMxP0u3uAfdHk7mbYre5sbOWeLbiEjEjOBI0zaliJR&#10;f7IeICdeIwCvAdBf2p5l2Ln6e05g3qyuId/a4cOkkrPHKkJZWESVMaxldRZQFqwwa46bvkd1jsvs&#10;agw2GzE+zZfkDuDGBOj2+6psG25d4pSTdgU3W7ZKpXN5uhky9JT1sclAJqagrMqF5LqIwFe+tu9h&#10;PvfaNXtHOB94bcqdw01TV5yHFVwqsfkpsLRV9dkMWtBHU7jNNS42lqYIUelesqpEijkh4keSfaX2&#10;THLy8tX/ALocuRz8n7rtUtZI7nwpbWaZdam8qoV/DIYpQSIJJAjggEdZT3dheNcW95s0K/Q3EqFC&#10;W7xHp0aqMQFATNCKUx1P2B2n0nH1JkcTv7r9f9Em+02XhaBsPu3L0FFgko8TvjJ4p6PIZPO1kO2R&#10;iclWV1DkooI6gQ4xJKmqSoaNqeMAuk93dXbexU2zcIdxnN7N3vv3H7g2Sf71bszeWqcfnayjzWU2&#10;+YKCemaXJV5cyRlx4KYRB7WTUCNt3LkrldNruOXYr2W2trq6gLSwq8j2bN+mhfuhSWU96jSBQk1F&#10;B0abkl1a39tdW9gz3owWVKqfOj6jTgRp6Mx35LvLemPqd3Ll9sYPaPa/VPWu4Ot+wpcHiMJV7ayO&#10;Xov4zi07LWCObMZTG4rHKpx5djI9W0sMSaA/jNvgd1xbjy+zKtOvd37cXKUdbLKM9hMdttcLQpW1&#10;2PkXI4zI5IZmCWqahjqPFBE81TFNE5spZVkH23vNn5s9xN53DbaW29vCpktkipBoMJEia9WtHqCX&#10;IDB2YAppFejfl9N1kvI9yu7J4JU1nupQE0zTNSRUFlwKUpnqsbe+xN37E6w7hwNL2gu/MVjtwYxs&#10;NuCsqc/U5PcGcfD4jOSTUOWhgkxlVBi1ytRQUkVckVLiI0kKN5dN1DuCTa+x8fnd211TjcWMRjd1&#10;bhzWazJXIy0kdLRJX0s9FUzCKOCrjxtKyRUzMglmKoNTaSY39yJue7Hl7nbYN2iNntkd7ELSJ5Ul&#10;kl0nxJWPh6S6MrxBUahQANxr17aJOaZ+Yrtd1uoE5fWVWiqKyUoSzOBQ0LcF4jFcdMPUGY7B7rz3&#10;Vuxa6DeuYx1bkurdtzbQ2XFLs/CUmJp63MYLd1FufEJUVNVuLAVeYroshX5KnSUJSnW4jXzxok4+&#10;w5YekP8ASHHUzRZDd+zd5ZfZGJwGJoq7cIy+c2Tmst11tjI1aHJfa5+gr1pzPWzpS0pqTHE0cSGz&#10;GW5bBuvKHsjy5s8EFo/M9zbLdSlY3id0mXWfEkbUdepljUA+HKQdK0Vj0g3jm7lYbiIN5vbSG6km&#10;HhFnCsQSUJenalGFEDYJPDrF2D0Vm+0/nB2D1Zg9o1+YxvWnYXWsm4p905zduN21juuNn762Xg98&#10;7xx2GyT4DC1tFlcM9YaTGY98jJUUv3c4aplhLRl2ze28rEvTeb3pQbppcttvqraFZ3FuGWoixqZz&#10;u+dcTQUmCzK0KwVuWosTIK2vq6WnWVqFI4Upo5DOQuUfszzMeWnn9ubWwfc9zu7SG8DhvEhiLxgT&#10;r9HGpMiQAK/jLQA0V1DEkRRum12m9QW+7wzQC3klfAQliis2phU0rgEfhbJNABW0Do3tPc8Ff3ns&#10;bB5Trje22d/fIDdtH0Di9rUDVVBsf4zU2Hr8xW7hj25CZtrrXZjKO9FQZB5qdcrVBnr3gSlUkiG6&#10;f5im2un+z949T7l+Im6arc2T3vURjBbD+Tm648jVbg3c9NQ0VGNp7g25kqPYOc3fC8FVPg4PRQyV&#10;Wp01PITD/NHOfuNte/3lhYc2iDwb2R1g8C2cayD4aJJRWVQh0gF8KxVm06j1IpN/bIJY2gosYqy/&#10;iCp2MRwrooCVHcPkB0sv9k8+RmTwjdj7Z/mDbcba0WIgy2Orux/hp8b+0ZMVt3blManB0dRvzbjb&#10;LyW7cXtDHRNTQVss000sMZZpGf1+1vvv+Yt0F1J2x2BtTcmyO5995XBb1goa/P8AVG8tl47r3ZGZ&#10;21j6enbrXBy5/HPWbzz+wso9THldxQVn2OdyKGampoKeKEED8xc8e6XuBa/Scyc4wz2cZmCfTJoj&#10;cOdJUAFQUZQuo9xUjUrUooSTRblPGilaxGFcFhrV27m1FQFOoEaSlCq4JrUdJ7bnxu+XPa/WnVm4&#10;dmb5+PFLtWu6lyWFrMN8kehN27p3jvefeOUrG3H2VkcXs/t/b+2NkYDt7bFLjZqPakmPqqva2Kc4&#10;+SrkneqCs+7f5j/we7JwGUi3F133bHVyR0dNlcpunH9e0UtDhqmtCVFTTT7Nmhy27cnQFjJFSU6U&#10;rJd6mSQLG2qnt3yveW262snMXOKQ8qqyrOkRcyzKVKoI2kLoo8XSJGdXCpqZNBAq9ZW9zDKzzkiJ&#10;FJ04ZnalCFPlXgQaigx0u+nPjb/MM6t3PhKebsP4nUfWGLavrKjb+x8N8gps3LPT4qqTDYTacHY3&#10;YG8MLsrG1lcIkq5p58nHFRq0ENONSaOG1cr1RsbeWDznXeZ7PgmjylRvEbVo8OueocJt7D0WLzFL&#10;utspUwzY/O1U1LUyCmiNA1ZiUiZWqDPLTleiO3ezPL+w73suxbos0ML28t/DuD3Fbe5aOhNnLaqg&#10;8JoYWDR3JGolyFBahU/tLBb+cWe6WZi26ZR+qG1CRSC+hlFNIQAK2rBaumq9HB3PgOxt84zdnXfa&#10;20ut59qZPYNHiIuxX3LXYU74zW5K/M0WZ69k2rTR02fwVFR4fH089XWx5VYcnLXLDFS+GKdSJfYW&#10;zabtGs21ujNzZbM0pps5uDNHPU+WTd9dfcf31SeoNu5+hTLUOzKrbcphZyBDTyw6xErNxIlhyxyj&#10;zpt1y/MvL8LpblFgu1iMCRUQDRcTKB4kbkE9w8SRCGB1MGB/a7ZYdsVqAu3q3EgpoA/DGGqCoHEg&#10;4Hl0iups3hetG3vs7A0GGxmOx0W1MdtnOYqgoH2pg4oNqUmIxdH2du3A1Aw+R3J/HVeScofvJoZ0&#10;u0lg/sO8W3T/AFTnsntLI5reW1tkb321PiNy7cWlz2A7IopM3l2nonwNVtqXIUeTw2DxVDFjKelx&#10;8lG+SbLyvVNHPNIkeKXNOw7Ls3uBzRtW87xdx8o1iSysbeWV0lJIkbRI4LJZzspIiY6xJQszACpF&#10;uCWce4vIGdtuUnSg7lZcUOuoGk/GfKoBJ6at4YPuHtHE5Hc1TQ7J3XlNjbywO6+rcdipds5XrrP0&#10;OCxFNFWjO1+4ZKHJ4mTcGbrJa1nqY6o4iTEU8lIksixSyi7u7LHq3YOSzu4Md2NSbc2xiKTbMuN7&#10;TqMsM/m8lm8tTRyQ7joR93uPrjJw4jHw02GzMLT4f+FFsekKMiv7nRN027krk6x3fZTdTwyErJaU&#10;C6/GkePxfFANR4hYFGYFXMbqMqQYbFbbZtG2y3uz2EUDza2Nv4eksHPxnTgLmviChYkk1yemzZRh&#10;3Xu3b0mx9y7CyVRuOt3DuyvqusEwTbbpcS7ZenTKbdnIGA3ztWDd2Wmqsxi6kxZk5yRciSys6EpH&#10;dPUS7b2Ft3tjriTfOB25FnP4JvHZueyeXyubwm3s8y1W0Ox8pUgLmNtY6nLCjr6OVKidFeOoYjXo&#10;XGH3I5G3nltds3lNluLbarmRolgn7yojJCtIe7QHP6bI1O/OquOtjZZ7i3u5rmyWBozVFXVR082A&#10;fhQk1FcihGOjAbO7GyCb7m653hT4rJip27BkttbqxeHGLxmdzGLSOj3TtmCKpqp4snlKapQ1kc9O&#10;sNO0MjxBdVOzuAxh3FHpMPaGDhiDWT/jJeVSLTa5K+aGIOZCfqR7ihryVDGs1PEddQAYmhXtGs/w&#10;jI+wCg6DqpAshGkiQ5qK/YPsp5eXQvGTFS2eXaVZqNx+7g6SRgF9QvoeTi/0/wAfedareqxaE7Gx&#10;1XHIR+3Fv+nqgwHK6o6ydWAa9gpsDfn3tpZTKLcRxumofDLVs5opoARwJYgEcOPVj4Q0q3Gucmtf&#10;tp+3riKTbZn+4/uxJDPEgKzrt6RHsxtpV6enLMw/p9QPfAtvtHaOHKxVKsWIRcntqqPCg31VFQU1&#10;ILkA3B5uPbEc06g0mpMtNRIHCtO1vQkUr+Icerq0DMp+pPi6R5kVocU/1V6cAmDQa/tZY9S83osi&#10;hABAsV8IIIJ/1/c6hpu23ZTR009VHf8AtLsGrXUWOiMpNI7nU3Nre7yB55EjV6uDXSukmpFWz6Cl&#10;M4J+Hp1vDdlQ3Lahwo2f29MVbkNlRyvFWSzxSRks37edhAOlQSJIo1U+lx9D7e58T2zFETW7EoK4&#10;WAZ6zaO0K697m6nHJwD9T9Dbke3o5LkoaooRVqSVUNQ4IJFCCP4h5Ch6SAVcP4zFR/SGa+R8z1Bi&#10;zuwqt1jpdz1VPIj+PRHm83S3cgMFeOonVHIA/II5PtMTw7pF2quuMHGQDZk2BVqo0nkq9HIIhJpv&#10;dvx/T3oxTXBSOGKNkZQSdOMcGxSlTSlOPW3Eq0Ctig/h/wBX7On2MYYsEj3XVawwl0HPQvJpY2UF&#10;ZSz+IkWH49tv8Rq6Y+OfYOLnZg2gttjc1NqF7i5p66Ii1rf8b9oLU3OmOOWMFa99Rp0mhzivCvEZ&#10;Pl59XgWXLeMCQeBAx+zGPXjXqZNT006kx7krqcNps1PXY9raRY289LOvq/PH19yKXKU8mnzdZU4I&#10;AbVG+9ceNV7NcCscDUD/AMa9rYPBgd2j2ypcnuGvUNOSVzhRTPGv59KXjljFCtRX4vTFf2efXF45&#10;LqsO7JYzc+mVMJMWBtYf8A429Nv959v0OcxUTDXstqJiwBLbm3EAEtaympiYh4yPqRz7OrTcYEpW&#10;2kbQMks2pS3AmorVj2gA0VQOkKIyVZhrUDHGoPr58ftx1lgocvpBbcP3Q0gamxlCLsLXa8JReR+P&#10;Y/8ATlfnsvujb9PsSinxm6qOsGVx2aotyVEMW3o6ErJUZ+vqJaMrS4+gRryxksakHwBWMgHs8vb7&#10;aZLKV9xp9MckSUcnFNOnJdWI7FIIJPaK9B/coIwpRotQYgkcGPpmta+h8uI6Dvt2k2zJ19uvH9l0&#10;tBvDZGfxc23s1sys21HlY920+YU0jbcWjjkkeeTKrJ4lYqFgP7zMqoWF6tF2zuyrwmNrMZk6CNYq&#10;OEypQbexmQnyVVR6abLZXLJUSvT0tPX1Y1Q0kT00cCSBP3Ct/eJ/M+zxybzIVu5LaGWQmOLxnrFE&#10;W/TjBAJ8QtqLFgTqFAa9GW37nM1nHbTvpmQgM7EZbyADD0+KoNTU4r1qD5b+VV8R8L2nv2h7S6z3&#10;rvSrzWZrJKCv3D2jv3YmI2nQ7hgkzWy9j9Xrt2nocrln2TgyBXZushz1dkZ4fNIaGN9Hus7+ZN8c&#10;NjfM/Zx3xtjCUm1/lb1riKbDYnJQmig2n3zshJCZett4zSTwttfc23vM8uBytSJaaELLQzyLTtTm&#10;EK2Me6WHh3UheaEyuzkEgwaSBHKvFpCaAyAAFKq9CxkBOIdwivbVYNyMSTpq8OSlE0VNI5VzVWFS&#10;jAUUmhGksDZ3/Lf6I+SH8vve0Gxdn78fu34C9t1FdnINg9hVGVx/d/xc3zPC1XU7u2XnDh321271&#10;NvmWHRkMXE+PzUFdURZSGGZ3yQqCz/3j/mUf7LH/AKLP9CHUf+nf+43+y6/7Or/pl2X/ALMJ/spH&#10;2/g/2X/xfxj7H+OeD/cP/fbyfxj+5n+4bVo9fsD/AOst7cf64H+uf+75P3p4n1v0niD6H94V/wCS&#10;v9Lw+rp/oNPC8f8AxvT43T/705g/cv8AUr9+p/VDxNfg6+/R8f0/i11/R+J+p4HDXjVTt6Pb/od6&#10;w/04fxf+/nbv+gn+8v8Apl/2Vz/RVuD/AEV/6fPv/wCI/wCkj+M/3e/jX8B/jH+53+6Vv4N/fT/f&#10;wafvOff/1amfkn2xQdjb/wAnHtLdHaO4uvsVkFlxVX29vOTsfcOR3PDRJhNy7xx27sm1ZuF9v7sk&#10;pBLQU1TXVKJS+OQLHdI4uar2e1fvDdNw2vbVtba4mlaCDSElt7N5DLbWlwYwsUs9spCzTLGjM9VL&#10;PQu+bNraqsBVbfQUOFDEhRxC1+Qyf59b1fUe18vtbYm2aDc+J2Dh900+FpKLMUHV+Grdv7DoTTtK&#10;1PjtsYfILHXUWIoo5dESTIsqjhufZdm1AG91U3DAjVpspHB9RTU3A/w/N/bg0VBGSPy/4unHow1K&#10;5YfEw8x8/s/kehN98LkgAGwawAUXUOf7Js44a3u1AGY8aevEj1GP9Q6oR4bhsk+VeNPl69e9+CBv&#10;2wR6mDIhtpFmsEW+p1uTwo5Puw1IDKMUwfWhHmOFPUnq4LkM4qtPLjSg8x6fPr3s4/wz6BxPcPYM&#10;G4eztj7q3F0Jh6TPwZrIYHcp2ZBl93QUUqYPEUGXWCTLbkxtBkypytNi5KaSOI+qpUqYnG3KvJW5&#10;8xxzLbIIriqaJJF1IoLDUGWmHkSoiY/Ce7TwPQe5h5ksuX9uluZmiM1aqrGpIHc1FGTQcCfy6LL8&#10;nO38t1psmSLY+4Nq4/sGuq8cKKi3DS1mRdMFNVrBmsjRU9GWhpcpR0bNJQyVsctFJUoscqMjkrbh&#10;srZOxevKOtw3X2y9rbEx2SykGTyWC2PjK1KCrqFUU0RNXkarJ5zJCPlYhU1Mo1szoiFj7y95V9v4&#10;OW4YLO1tZp7xopF8WUhpdRAdhKQoFUAAWgWiAhiesbuZ+dt45ikJaqWOkgKoIp56qA4J4k+Xr1Wf&#10;2N2duLfwSszW4MjVYygpAtBWbnyNHj5pPA7N/EJaWmFJiKSWov5qhYYwlOwWPWVUAu7ZcVWQqsdi&#10;MfW7jzVE0a1OGwwhaDFySGX7Zs/np5YcBt6hqFiMbSTVJlicgvEfoR1ZbVc7gyJY2sl4WUDXGoCA&#10;6Qf1HY6dUZFWADArQV4dBiCzu79dQViWABNAF4YNW8/sFT0CW8N47L6y2/SZTfe9MPsDFZOKsrMU&#10;ctJXZLem7aSKOM1CbC68xtNJvDcddLJOjxN9tT0jKP2pgDf2tsL1Vufc0M0+5MjJhMTDQV+Ur8Fs&#10;GWpp5qHHY7FVmTy4zXYk1J/Gq6fF0dNLLImGpaGGaKIlXckXWbig2Xbr3dd93kgQKA8UZVVYAhQ0&#10;mABH4jgAh6liq0zXoTWmwW0ciPuMzOwFAtdK4HCmTnzrx8uq8+1f5kWzNo7j27szrPF4Xbu5937l&#10;wG1dn7o7hmx29t/bj3Ju/PY3bO14Nk9SUVVUbL2nHn6ypihSbNNmK6gkmDStEisFWmI676m7A6ui&#10;xNDTbd3B1D2dtvEZykg2pHIKPee3shHj8/t/PQ5lWlzWWqpPHT1VPW1cs80bhebggCZtkseXruOK&#10;5hZd5t5UbQh0iOQghWkJGgLpY9qqK1OpiMdGlIwgtbKFDCAKEAKv214U9Oqp+0/nf8seve992VO2&#10;9pbl2N3t0xvTc+zt29s/IPcmE3G2y904uqyGD3XhIqUzz7bfB1KvNA2PpGSinpipSIAxn2VTdXxO&#10;6Ppcnk8TQ/GH5CbkxtLVtS0mW2tn1q8ZmKePxutZQVNVuKkmqqR2JCl4InJUjSOD7GttzEb+3t13&#10;eO4gZQTIXW3VqAmq6QpozChQ5Cggt59JZJAsjJIwFONAPyAPp6dWFdZfzbe0ptjbbyG+/wCcj8Mt&#10;ob0r8RSV+7ds5H40ULRbdzsgkknxVLLR7C9MVDKEDFJpUYk6XcDkGMx8OOhp3fyfDz5rU08jApNj&#10;aeOoYHn1AQ7hIJUfj6ezRV5emkjlgv5p9siSrr4C1JpTSpCE9zGhfFPMUp0iL27VaUsQozUU4mgA&#10;zxJpnh5cadGL23/Nh3tkaaKc/wA5r+XvnDrdKgZ/rSmpFjjGnUrLJiaMQQSORZFsRb6Egew8qvhV&#10;0wG00nx6/mB4ZrkCWHrv+IqV5P6zWzr47Hnk291nsdkndZTBdKTpJAjRwtTwIoA0gpQVVfIk9NMb&#10;dDWQsCB/BkV/kPT1PQp0/wDNk3VOzRyfzQP5UG4GQK/mzGLzdKsGqRQ0ZWlnhcsSDzYFib2HuOPh&#10;d1ZC4ZdifPGi8diBN0jBXiIahpTVJQSvYk/Rb6rEE+2Jts2WWSeSLe5EsnDLoksykjKgr3eESGPl&#10;qBAWpJBPTTC0lDLJOvhV4GOn7TX/AFHqbUfzTNyZJUI+en8nTM6ReA1md3tRSEqLNIscW5qSBGhN&#10;wbaSLiwsOZbfDLpJyGr6H5hUwsNb1nQtQrRsbk/uQYSRYyBf/W+n59vxbbsxtpGbfVhYmiCS2K0o&#10;o8vEDlCRpFPi4mhqOnxb2yIylF7fIxU/yH8vWvTVRfzLewmq3TEfJ3+TRmqldQHm7X3LiYaiAaQG&#10;H8U3j5fKGYAafy30JB9tVb8PPjZjtMjdg/KjbjSJKRJP0luWAGIkXF6bbEqC5A/2I4A9l1vt+0Tx&#10;3DX/ADBYrItDRIpBrJPcpPiHCqT3Mc9Mra2cxPiQotPMRrnjjK1HyPHoQcB/MD+Q2dmkTDZL+Ttu&#10;aOKaOOokx/yKp1qxVOCqyGep3dTVEcSqjGyG4VgXvewSVZ0V8fcOT9j8uPkDiNB16Mj1H2P4okHA&#10;U/b7UjXSWFytxc29r7XluzuKa72zjtWC6ZKsAoVqKXVXDYU8KknI49Nmx2eQMDHF86x0Y04Y04+3&#10;5dCBivkz8gNxuair6E/lg7lM2pKmfBfI3bEGRrZJ1tM6S1e4ZZJ4TYDUzsAAQPaSq9i9U0MjGn+d&#10;2Rih9IJ3T1T3XTSqvF1mkocXDChBW31Fv9t7Wzcr2BQGfmmySeraQhm0ADAZe7VR+NGzXFDx6Tiw&#10;2uMafpoAKUppINP95zXz9PPoUMN3P3HWxNTJ8FPjPVlGklMWxvlR1JHHLJqOudIa+mqbfcqf1WId&#10;TySOC1PtXraQhE+fHUWp7lRltm950csbG8aPr8qlAwa17gG1zz9EsXKdkW1pu1k8CqGDESorAjUR&#10;UKxBFOBHxUzXrabRszjWba2BA4VOfsIAzjh07Sdh9wsRBR/AOghhUK8ibe+WnSSUlSQSzBqVcLDH&#10;VBSx+rcAkWt7m0vXOxaiTzQ/zFulcdKwUeSiPaeJkv6VRdeTyCSsPRwL2PurcmCZBEt/YTo2AqzO&#10;wHm1U8LUraTU1NK5OemW2bZ5Yv7GHVX4dT49Tkgfz66PbnyBoaYUdN/K43jmaCCo8xSl+VvTlVSu&#10;/qlkqUp6HFgFHkf6hvSSL8e32m6po6WrjyOP/mmdc4yuhVo4qil3hXU85X8oTmsqQkS3+gS39T72&#10;OU7uS1nhthEY2JYp9QQFHAhg8PyAK1rThXq67FsskMlu/hCI0r3tT881r+fHrO/fPfVdjp8Blv5P&#10;Pa023KphPNR4nu3ZWUx0zpI0kdTAuKx0B+4ZrkEzLa/059qmj2Rv+BZDif5n/WuU+60oY5+ydmRx&#10;1JQ+a7rPNI5kLEm4At/h7Rw8iXzqFtv0qVIbx0QBh21qQAEUmgr3aamhp0mj2LZIqorlYqGjB2A9&#10;CCC5x5ZGR02VfdG56tqFM9/KJ+UFDT4VBLR1VFvaOt+xMiLR3RaTLU8k0MkMQVo3Z1IUXW1z7m0+&#10;zfkcjTfwX5udPZ5qpiJBUd+7WpzPYEArGBUOhkU8gDg/7C115Au5FhhgtrYxqDXTNEA+qjE5KkZy&#10;WFBQ/OnW22DZ9Ss0yduQRIAB9uaUHDzz1GyfyF2vFNRzbs+AHzVwX8DiRaRYNiUeYgo4430Ro08e&#10;4KUVEVIIwoMrNcC9zcki71X0t8i915TI4TuDtDrPeXX9ZjI6ugfZ/fVLnswcrjqxan7LNYrBCjyu&#10;T27lKEslSIZooYjGhIINvYw2721s5GBv5o10JrKiUPpUDSqvGhq2kkMDQlany6raWnL1hOZJGeRQ&#10;CNGstQk8dNaVFcECuegL7Q/mNfHXqsvunbnT3zA2vuwQy4qfbmY+P1XjYJDl2p6Fq/Hbh/vBl6DE&#10;Zikmf9t4kE0rPaTSPV7ee8Pj90hk9qUed3TX74pKbraLI1bno7ZNbuLcNfR5iooKGox8eDxNDks5&#10;uyaGq8ckZEU9SieRmIjDn2cXnLHKGzWVto3+U7yWKNEsHiRVrVQhwUHlJqYFm06aUPRtqinjDLsn&#10;hWK1y1Sx9NKLVh6kHrDtv5LfIetqWqsTsHpTqPF7ljoFiyHzB7Bjp6eGlpIKzI0U80Mu6dsU+Jkq&#10;i7aoVqjF5CviRnb2TDKde/BaGSNc52F8sqB44ENst8Y+xPLArXcRzzP1Yxie/wCmPUdAP9T7Ir/l&#10;W0eaST98GNCmo6oEUtSlQrC4BGoVVhWrUGmla9OTRWUjKphHh6RXVEcGuaGhz+dOhkxHefzoqI4E&#10;2vuX+VpWQzRNFFBgu0shLQzkF9E9PFF3fVGR54D+4QOWThdP1S9Vs3+XSOIfk38htveIBEFb0fvT&#10;H+Fb+R1dn68pXsrsTywKk8eyi35Qs2i1jfNunmRCQNBTJJ0oGErglAMkGgPE9JlstpQF2t0Zs0pF&#10;k1+1fl0I+P7O/mTtoJ6n/lyZqCT916jH9r7jTzFYVSOZPuN41qqtSANFrgrfUB74HB/BmGMNi/n9&#10;2fjHjBanOb2lumjaAjSQVE+EpZEIPPpI/P09mJ5UspX+oj5g2wXR0gisqqpIY91XIIAADOuASD69&#10;NfRbCzsJLeIJgE+HQk/Zoz6V6cY96fPqT9nL/Er4P5eGpdY8gm3OzsgwrUkN2DmM1i1Lah6vMG0g&#10;i9x7jlfjJHIZcT/Mm2grAssf95cJvuGYRAA2najyNE1muRxxbj2VxcjQXUn+N7gjygAmRfEkUE4F&#10;CWLsBXurx/D0lG2bFKPDksIgAaUZaDP+14D5jPl0qo91/LGahOPy38vbretxzKHlp9p9q0SULS63&#10;9VNRV+0KvHJMjqGEhBYHnm9/eIQdCyxutL/Mm+NNGah3Mkk9X2bQTuTb1yqu6BGkl/rx/t/ahuQp&#10;38SCDcLWUoR3EzwqxJPCqEUGDk08q9MPtPL8xXxLO3DqBQFmFM4ocADzA/Lptm3X8loa+Gq/4bz3&#10;pXmjhhjpNPeuyXFKkXrNLQfd9fQ/aQQtygX0sTYWtb274/a3U02l8f8AzVPj5i2a0ejCb3z9DGqg&#10;qGWKnyu6H8QI5sT+ok/n3VOR93SbwvHgVSSNX1LOGeg7A3hkNRhQNhRjPE9ODbdmUymsaipyJG7j&#10;TgO7/Y6wVXd3yopJLyfytuzM3IrvM1W3yD2B9xO5VlV52XZ1MsrsoC8AELa4Nh7FXEbelEMNNtv+&#10;a51vmoSSqUkfYmCjMzp/mNM0+amqCRYDn6C17+0EPt7ukkiMNtMLsdIZbiPTqLDUowBTUdQYnS2e&#10;qPsWwDwpnlCygDhIagniK6qY4/Ppiru3+46qSfJZ/wDlL9xUlY0YMs+L7b2lnAsDRiOoMiSUEFMu&#10;gM1xEhkKi4I49rePbfd5o2pcJ81Out0xqmqMS9y4GglYx3BeSoipa2Ug6ibFmv8A61rKrvkXei0b&#10;bi0MzBgqqbmHTkUQmhAUAACp4YHVG5d2IzpMlw+okZEraW9K91PLNR0l6TtGPH5U5bK/AD5HbTrK&#10;uQrNU09Jtzc1MErfFIVioazcVFQMzmNApESaQDYBi12qr2l8zahRBiO0eicmmiwd/kLtBpKlgpQP&#10;Os22VLsycnUfVyD7YsuTb5DLOkca3UCgMBLqC6zjSQdMmcaSSKVrw68NmsG1vFc3XiU4+NWgNeFT&#10;g/IcOlBS97dRU3knrum/mLjpZ55PIarpTD10dD4z5Ggx0UG+aySiNObGN4Yw8fB4HuLS9e/zAUlX&#10;7PfnQDRXIkhTsfrTOwyq1tQmE2LhlqFPJ/qfr9fZhByzvUMKLFZTL45oMRGtSCCCZF0LUeY0+pyR&#10;1pdghuY1SCa6ApXLrUZ8ya0H28epVZ8mvjzNFEa7pb5yT1CpG0OTg6Syaz08qxERmnmTNypSVRVw&#10;gAAvqC2sfa/oNhfPN5Y6iu3N0hVmLiEUWN2VXyQFlVHWFoIoyJNAvz6f8CfaNeU+YbWRYP3dOyrw&#10;OmMgoH+UhqhbBFdIqaNw6Rvy7CslHv5KnzPcD5gGgrx40NPXj0m6j5SfHKOkrcYvUnzix8NX4zVz&#10;VnQ+546bIFXkkhkr6mDMSx1KiQlHdFR103JA+rjJtb5o42rfIrtzGZbJSRGOafBbU2QfuFH+bR1m&#10;rqOMA2OogLquCfb1tynzBexXMM21TTWsZJIliPcRQMVALNoANY2NTUUzTpc/LuqKPXuJ8FWDCiqe&#10;HmO2p+xq9Sv9mc+OFfiabDTVPa+CwdNJLJBS7l6w7YoVon0avLSz0lBVy6i5B9TyhdLAcEeygfKL&#10;Z3d1LtGTdfbPUNVsWipcVlNn7c31X0m1aKbLNVh87LtKCnxGer6nKyUvhkqVkaHXj6Z5VSRIpdHs&#10;X7Tt+67FKbTdrOaB5o9VJY2ViiHQKMtY1f8ApY1LwBNaIXg+mWv1xlVySVKhQBw8qEU+Qoft6Nd8&#10;Tu/+luxu2tzbO617qXeO86vZ1Hvze/Xx2v2FhY6PF0FTDtLG74pn3Vt7F0FFNVVBjxtQsc2qvaBZ&#10;njeaJ5vdQs0cscXiieNoSCQVssqzOmp9SH6Bbn1XJIP9PZ4peOGPSpZCMkjiQfJqV+31889JI9Jj&#10;DyEg+eK8PQ/Z/s9WPewq7LSOKjw6oxcCpmOscI2qjUBgoPpPHPNm9xz7hysBZRpAaBmFTQg1UGqn&#10;5fPJHEdGVmAoBVQSf+L/AGjr3u6L+QTjR/pF+VW4Mdtaize5MN1x1Xj8Xmy+Mpc7trE7g3buWn3D&#10;S4TLV6Gqx9NuaKhggro6Z4zVQxKkuqMafZZydJtNhBdbjuMcL3KpKkQkjMilni+LBGlo66wSPM6a&#10;EV6K99stw3Iw2lnPGtVeocsVPbgsFyxBJKmoCkVatB1rU/8ACjvO9dUWxfiVge2u6azqvYmc352x&#10;WS4WXZG9Owds713LgNj4qq25UZ7bu0maD7vZZqamux9VXRSpS1La4dM2lxsvwz75FlGycuugEBYs&#10;vhJRpc30+qpRfwP9f2cXPNHtdE8kkl39QsoXUfD8MRuqBW8MDLLqrpU00ipZmPSSLkzc0Us0qvqC&#10;UpI9arTurWvdmi+Q4561Fcph/g5kGlkX5l9YxPMdbf3h6R7lxR16WXy6qfa9X41B+q8nk3Pt0jyO&#10;7Il8k+ytyhUXUWM2LmPoUkqRHX8gsfob3/HsOS33tze1jg3mKK5kcgqsL6QpauoHNCEHFKdxqa56&#10;9/V3mcGRUuNFSaqKae4jJbJNAKVAHGvHoPsj1p8Sq50hxXzO+MtRJUSx0sYqMT2lgVDTTJDDqSs2&#10;FpQvrUqAQVH1JN/Yd5qr3Nnt6df09LTZnI9b5+lydPujG0uOw82BweWwMjZ+PM76yNTOc21BnqWJ&#10;cdQUsKGiNdANYeeVTGKtivoOVbm43uG3A3OWwY2Ug1eLBKSYTXRVEfTKGWZ9JSgEQqa9KaXCwzW0&#10;t5Kt6smlGGkMdXaSoIodJ7akZBJ6MXsjbHT/AMVepPmNWboptl4z5fdb4bFU3xv7POW35/ejIVXY&#10;60+x58R0DRYmmoNo7czu06LIVucy+4ci75tMZVhKX7akjmM71ncRPhZcznMY6RQ5Spnyuajp6aF5&#10;WrEo6WmpF1TGyUs8VMFlcMojKh9LW0mcfan3FsNz27buT7+wC71AUS3uJnkZGd5JBLO68NUYYaFo&#10;TISwZgWLdEFxynslxuX70vp5TfCELHrYlVC1GsqPjbVg6xwppGOn/wCKPyNg7N2l1R8dd/YWnl3L&#10;suDbOw+oN1Zvce4IsXUUGU3RuXL7py9dT4+JyN1bc/jXmw9AIZmywkqKR54WmM8ZQp+i9oZHe4kq&#10;8FPhMfhchDvrB1/hqHwG692PS1I3Jh9yTyztUQ5DbUDU8dFPPFSU1dFMYo/LMrWzF3P3z3jk7YNx&#10;uN13FruCa3W38QmJEghUEx/TGMMT4xVmlVmdvFKLGFHaUHMnuTvHLlxt23nabq42ydArzKe9ApoC&#10;RTUY2Ulqiuk+QXrZk278/e0cX1BXVlHvDC9l713HBhesNwYXHbh2pRb42LsukpajH9adndT7VwUM&#10;0OcoOyBisnU7pxlLXZeq21VRwTslPRhQSr9n7iwG3O8sF1Tl8fvTrjc3YtHUVHQ3Ym0doZ7J5fNV&#10;tbsiCu7FySKMZl8TNmcVm6j+Cw0WUx8eNo/O8dSA87TrFO0feN233Cv5vbu0vktd2uLvw4xdxLJA&#10;tpEI5JmuElLQZUzKzOKsxTSxIKdXne8huLeezuLeXY9cbfpuhKAyEfrFSWNAFJIya6qEdHL6o7S3&#10;FvbopMwmb2lufF0ufocDv7Cb43Ps+i2LtTb9Buyrk2ft3KLubM0VNlIqzbNDLmMrlMdkaitrSIHp&#10;hKtMlMzN11sbavX25+2qbpjrcbh3hv7d8u4uytyVGe2J1nXVOByNZHX7a29gcNj3ylNj+qsdJA81&#10;JR4ykWKoyYkfIL97BDFDhxzty5v2yc277tC2f0kVruMnh26RFQqFwySQjuUJLEw0lC0YjqFJJboT&#10;tbX9/Rku0C5He9XNK6tOBQgfF+KlDSh6fXhyFC+1O0PkRuDTm9u7ZrsJ1lt5KHcW+Nh9TVbUVdjd&#10;xS4jO7qOKr8j2hmqGqjiyu4MhPJNHjJBSYZ48XWVU1UaGh6/3bktvOU2vgX3VV5Q1ks24sdnN47c&#10;pcQ1TRSS0TwVc+2v47kfsoZViM/+TJO6yv5lBj9yLyRvsnKm1/vLYttnfmieTSjur/TRQO+maNAS&#10;oVmU1VlqviFqkilFcOyw2ya77crdJRQI8ZqoFDxU1NWYgMBUMAaAdFG7E+VnX2F3FHj8p3xjdhbM&#10;oNvY/AjEbO3dtjBbryeRjXLRSZdJNo4/P1212qZ6qmDNj/DMKaF6VEg1eVsvbNFv7L7567xeA3Lu&#10;3ZtLDtremXx23MDtjH5nIVmIw1PTYLMbUo93rpo8fPu7+IpTy0M8qoKJRJCrzgCPIr2xuuS+aG3O&#10;X3MjtJubNvlDHxW+itoYLl2jLP4bMZY4ECMKMG8QrIwQCoai9quTd+27cLTfgXsbuRGkKlYomYAa&#10;ZFVKFShoVOKVoR0lPh/2B0ph9qdsZ7M4frHsHc2O7S6cq969v9g5rPbb2ZJk905+t3dtfsJtm19I&#10;2Sr6jZdJSuwraelgleuWQzPFArSsDc1TPLR7ur9y7xhl3tkemN/4PaWz60borc1kP7stMs0eKxcO&#10;do9iNSJj4kx1VDXUj5mCogH75jGn2h94PY3armHePcHkjbLveuX4tGuMXbASytIBJbmQnWkREVVl&#10;j0DSukvUiiOx9ruTuVdtsrTlCxn/AHT47usspIdHqVKBm7imoMSuI21alIJ6Of2fgqfdPZPT25Ov&#10;+q6zfnVeE7/613jubtCl35tTbmC2jm9yV8UdZlqzH1W3KrsDMVzVWYTJU1djaqDAVlNWwxqnkct7&#10;ETtg9mY6i3vm9p71fFYzE9bbb3Jit45XGY3Ibx2V2PKuHzVJkZJKWliTIYY09OZXxJp5aWS0Uaht&#10;Ecfutvt23++/tDy5Psm3RJzvFuMgjtluHSPTBMVkjcsxVFmiUFNbUFQZCTqYCKG1ksbTbrSSTXPI&#10;rERBqHSEDDwyTVTXsU1yQfXotXxn2/012RsrpnaHZvX+yW7D3R2L3F17luttnY/PYzqjfPTdDFuj&#10;C5vM0WN3HmshNi9zbegq/t481DU0mSkqIqqWR1SoqZRD+InXgr9obro8vt2hxO4Z+06jdlJkTXyZ&#10;Kjz1LuHb2CqdwZmhhkjhrNuUnZuUpHyVZSq0Uf3LFZEWRCq+fkm09teUuY7DmfkuC35IniBfbLO4&#10;kvQJI3XXdLISpp4lWEWXRRqU6XA6DF5ccyxbou6rfm4s4UhDxKreKS7uQzCoQBVOgkAvUV4Z6Z/5&#10;mvyDHxp3PtrsfD7mzB6bzPxpk2VV7W2aIcbW7U3BtXemepsBv2KZJqrb+WyPWuPzUFLTxR09TMtM&#10;WmiYwTAudHIYSefaNXS4WuTbsfjSOmyeKx1EcpSGerkW+HgytNU0c9dOUK061CuobUSCQp9wc+7b&#10;dsO67ttnK2yz7aVpNWGNJLqOIxK7kQjU7MRUHVIppJkBVp0LJd7udolm3G5s75wqSOY1YvIukAUE&#10;S1ZmNR2igJzjqiLD9rpWfKDbtVvmn3FvrcG7KrIQpFvvfefl2EtPtra2HrK7I7/3HtXNYyXbu0Np&#10;UOThqNxV2KaILTT08TldcqEvfy5643n2H0ZvDAiqxW3osoNrVH2dXlqaGfIbd+9MOSzYwvglrIcP&#10;h8uEglq5x4lnSUlW8ZX3AnvDzlYbkm28ux7rf3m6rfTCeGa2RY4JI0qnhXUZrOziTTIASihG/UYl&#10;eoTi+89yH/XNeRp+Xt9PMD60aZrXTHHKqCRLbVqPiTSxVcLHUKoGojUtbrf5U+xus+rt8Y/uLBbk&#10;2Z2dgIMH2Zhardu3Kiu3TuXB5/IZ3HUuAwlZuRa+HbsGX3dhIaiqpscsYnehnoRFpV5D7j7u6u7G&#10;wPRGdwvXWSq8j2p2NX7E2/t+ox1ZhcMNv000W2NqzZOu3MI4KbBbexWEhmEtRHHI9VkKwPT07gqh&#10;yA9+PejljZNl5U5GNhe2UosbZbm58JkhWJQklz4rMpLyNECIYbdWClRG76qqSbdd29sdo3bcN55r&#10;2u4nsbSxlnmvBBNJb2bD9UpMv9pJM4cELGh8MCrSDpo6z+SG2u6fmHgp/wCFx4XpT494veb7moN8&#10;1uXzO5u096bj3LvDcuGg2r1TLBPDvjcuQ3LB93BIzQUm2MdjwtTUa5CEDbEzZvem59w4DtTYeOoZ&#10;Nk4/PVfX+RlyuRkzG04MVUUeGpsLTvksfJR5PeGdmxZjnzs0MFXJC8sUZUySA5I+3Hs7y3yvveze&#10;8XJ99JcWO621qtskkeloreeAMZpIyxKVhKmSPU8tJAH7QQD5d3tObo9sGybpHJym6a4/p6guCA0s&#10;zyYUxBSESKlQzV7gB0dPdHVOJ6Dx/TvZ/Sm+czl8vuLsfDUXbe3Z9ubbrsVuSv7HxGTyO5t27goM&#10;Vn4cjgtqbBpsu9VT7dxlVWUONf7aQpLDCspDnf8A0v1bvPdWK2WvRew9ldmdi1mFTvX5G7VxtTJu&#10;mTqRKmnye9VXI5Wrq5D2J2blcbQYRpY2VcZSyVNQG9MUPsGc4ewu6T7xZ8ycq2+3Scpz7jcTXyzP&#10;J45jjcT/AEkOo5WZhpJGkpCGSoUjpza+ad/G7XlpcW8osYQVtgUUShsKrS6MGOOKjDTlwF1CoPSP&#10;xWK7b61w++flH198nN8d09a46LsvOdO/Fvs3K4vb+28b2eslHTbC2jtGXBYahr8j1l1xhjkspGk0&#10;SVlaY6SEMqLLO+fcPwL+Nm6t70dJvPqPYGf6o28ldFtgU+d3Xt3eNNHnoqmvyFMibWzGFw9BDtzI&#10;0tFS6nhc5MGSRPEofUT79D7K8w7Xe7k4NjzIUTwYbBTFEzK+hlSE6irTVMh0qI0CqFBQGo4Xc+c/&#10;HT6O1jeDtqJISEUVAbJbVUrWQN8KkhSD0GeQ+d/e+8vj/Vz4jdXYfVXymalxdVJUbQ2jsvL9QZPK&#10;43N4THVKx4TeOH3Hk1PY2IbJZWUR2fC3ggu7aQ5TO6/gn8TTu3Zu3elercfTpkMZujJ7qw9Z2F2B&#10;XZjTtqWlqcfUYWTM7kqKE4Xckj/w5iaecx6JpyuhVuCuXvYj3WuN3eCTbXXbmCy/U3TQ6II2c6Ib&#10;gwrWK4nXSVjZHOmpOgjoeRUv5FsbS5R9xQgSrpK6dQrVqmgNM6anVUAdHQ+Im/vlxjNn713T8su2&#10;NxZqelyG1KTZGSrNodTYHaYi3VTy0uSx+5MbsXZeJzEG5tpyxLWvBLVxIyVdPAzNIXHsS9j4Wn2N&#10;lMN2NvfLVuN3g0yZvcu2cPiavFYyTfVbNSUWw9oBMVuds+uIwyU0c0lPPSTQVlLCtQkEZBtlzsvK&#10;fuAYbOTeubFvGlZ4mieVV13eE8OOVpCGWOPgQSNA1AZ6MINtaKCA+HMYxKsbrWjKwOkKdVPkTQGq&#10;nFehi7Kod3djYOt622zFtGq2nV5KXbu192Vu6UymcqcHR0lTTb6zGIfL7ebbNZm58fWyRQz0tZAK&#10;OaZ4JJSSthg3Fura0fXX979yx5mLbhxlJuLcO5KjsXC7yy+98Vi81islLkcF2RKcXDnsHtw1k1FD&#10;gmolzWXqVWKHwiNmJ5s+8b1y9FcJz1tqbd+57iXwEno6RMIivivFGAVml1kRsQY1UayrsyjowhtW&#10;3GzYXc01rBbynSrCoIzUAmmhwcKCKUNOHRcNi4vtKh35SYWCp2PnH2rnhget9vY/qzObSxPWefzW&#10;1M5iJMhu3q+n/imSwO/t4U9Ma2TOJM+18JjGllc1M1TGjEH7z3b0/Vr1zm+uMTWUtfkKCs3HkJod&#10;9VyVmCrK+pR4IajEtLlmwO4xNSxVLGJoyJSblpU1CBfebmLat23mw3Da9ykub2WMyly2nQtFKKiE&#10;UQKQa00j5E16KdztrB4ZYrPU8Ete2TAC0oy0GNLCmK0pgdWNdXYPsub+/tN2Nm4crSz5hsTjKKv2&#10;Zh6CCpwcNL45f8pooaMZrGVL1EsMflVrRRi1lexbdu/JbN4zJZvKZ7BJvo7jhoKTJxbnzqZEwRYv&#10;FLiaCXGwyYY0sdRTRU8MpE8c0cs8fnb953di7lb3337ZrW6s762hvld43oDpNY9NKMFIC1FTmurU&#10;wy3TW2X9/tY8OIRSRkLVXBaumpFWJ4ZofKgGMDqXUdHY2mwmJwG0cpBsjG4fJyZOmptv4SCGGRqn&#10;LPma2lmvWioSkqqqeVdEEsOiKUxraMKobd+900PY9bU/xBOz9vYN5MdLQ7Ww259v5TE01Zj6MU0O&#10;Slmy2LiqqzKzTPNNJPI2oGokVToNvYf9xvdfdOeXhkuIzFt0bOUiAUFVwHppUBjSlNdVAwoFK9Kd&#10;w3fcb1ld2HhqBRdTUUA5p8+H2+fU/bfXu5NsJRVC1myc9nqZchDJuOu2tU4qvWhyeQNXNi8fFQZS&#10;pjx2Mhp4oIVhRijmBXYX4AK1EexDGiUj9ggKSgiqabaHi0AAAFoZIj/Z0ji30P8Ah7iV5I6yyiWa&#10;Ry61OlAASO3UBU5H8IoB0XJI9GkdDqqPQn5H8+PQg053iG/ypdtMnP8AwHfKI36jY/uJIP0f7z7a&#10;mj23qbxy7iC3tqnosSzaiQB5hTZBAX/Bt78biGaOjKyHgMZ4ZIPEktw1doFfl1bxixJdCDXFDTHn&#10;+Xy6do2ydv3Y6C9h/m56i1/z+qn+n9PeSWl2lLGgkzOURr8o+2BJ4yoN/XFmtMgKnmwAFverc2y6&#10;o3uQWIBBFDTuIoT/ABVqASa+op1tGkoYzHX8x5+Wc46wtPmFdgMdQyIP0OuUlVmP4DRvjRo/5KPu&#10;E+H2LJIH/vK0Zv6nfY1fKpB5sEhykhOlfrb1f0HtmSKECRPqWdTTQCpVqg+tRivme3rRBUFGgJJx&#10;SgH59cPu8wEJOHhLj6IuUQ35/wBU1IgHvNHhdmAEQ73o4wCba9kblg1A2JDGEVBFlFrfUnj36b6J&#10;40aZTDLSoxUr5EmhNDXAIqKefWiI1Ic2rKPKigkfzoM+fDrG+QzKgEbfkk4NxHk6G4IFwP3GjBue&#10;PeZabFxkij3xSkkG5+y3VQI9iQx8TUACm3+ube3yYEeNZZP06Yw1KnyJJoPX58R16kAYI0LaF4UX&#10;1Hzr1yWoqZiWqNvzqRxdpsVMxHB4/wArva5P1t9PeLxysf2N8UkYN7NJuDP0sZsb+QH7D9DObWJJ&#10;vz/T2zFA9Xha9jUv5lyME4BqO2gFVIB1Z9OtCKJdVUFaehBp8/L5/Prm8kKhr4WocKDwlPQtqt+F&#10;H3Njf8e3DHtmqRyYe08PTJIfUD2Bm4LNexV1ko1sVBN+fz7Ux3D2wLfvEmPAGp6BlBA8h68D58Ot&#10;u6BKEH5Vr6/L59Ms82MlJWo2dXzgX5fC46dTbjj99739qmJtxCNUHaO1aoagwVew0qHH5VSKyIHU&#10;V+t/z/hf2YLLd3EokhvY01D+M6SR+IAjVWvkf8HSUyRmQvVhXB+L+VBw9OsS1eFkZw20svCbiEk7&#10;ddVZbXuDAGBjFvr7NB0n3fu/pii3RVU+Aw3bNRuWkxNBT01GcTuvK4Z6CslqPu6GnpsZlq/wVPkM&#10;U6pCQfQeCB7NrjZbe8to/wB5uZLlG1qAwVaupWknhmrBjhTxRvhIPRSYGkv1UXRFFIZa0DaqULE5&#10;r5AjKg9Fb+Tfxm6y+SFJss703x2l1bheusvmdwVi7W3zvnqnAblTJ4ZsWafdlftzcG1P4tDiSy1V&#10;IktS0cMquxRgWsJu7vm98lpeu93R9b9Db9xW7o8NWVW2qyk6kyWdwOPyUYQLXnbdRsKJc7WQwIdF&#10;PJeJ2/UCoAMb8wcsbJ4Uk8NmX1oFZ3n8bKMWZwQQ1QSe45x35x0bpsllJM7vFWYjiXDHgc0rinCv&#10;r0Ss/Cb+Wxj9wwZTePeGzM1NFTVFFXV+f+VW9qHds1HOjxrjodxju6LI42kWpl1gQlGVhZSrMW9k&#10;L/2ev+avWyF6naW7cnMkYWUVnwfoKxkQiyxkL1nqjjJBsosF/HuPW2flsKwXbnpQUcySBvUHDUqR&#10;UFhQhRRuA6t9CkA0EmhONS8B6Dz/ANVelFS/E3+URtmnpKSg7S27t2lmn+6oqal/mE94Y2CpqY3U&#10;SzxRj5HxrVyO7ASk69ZPquT7l/7Pd/M+1eD/AEYS/c+Ly2/2Q2L7n6aPN4/7h3/Vxr021fn8e0H9&#10;X+VfE8PTJ4mmlfHbxNHGldWqn9Lh/h699Gnh01dleOg1/wB6pWvl6/LpRf7K7/K9+3/i/wDppl/h&#10;n332v3H/AA4V3p/B/wCIeK32d/8AZhvsfP4f90/050359//WoOJsfUCNQ1J6hdG+jKUA5NiOLC1v&#10;fODSzMQlDTiPUceP2188jrOUh9QC1NONMg+oNfP/AA9b/HvxViD9bHUhAYEPYgGNgCb6fqD72skR&#10;kBI7a19DnzHoPUcadaEo1kKaEZwM1+fy8sde9x3eOGMyyTLHAty8r2UXYhUVgQNbyNZRbkk2HJt7&#10;c8LxJAiKfEJwtamnE0+Xnny49WfUzhK0NagD+dP8xz173Yt8cfg/X7toqbsHvGgyGC2sTFWYXrqW&#10;SfA5vP06yxPBmN+Vp8Uu2to10ZHhpI3jr6yI3laCNtLTRyH7eJcGHdd7eNrdWB8MsCaUNQKjLpgk&#10;MdNfIla9AXmznm05fhe2gMcu4MKBSwIUmuCRkn5cAcHPRNO9vlHQ7QqpdkbBZ8pu2pgdTmaOhObo&#10;sfOyuUosbRUbyz5nMnQdSojxQcatbEqtoOMqf4hS0uH2Vt2mmw+NjOIxy4emodobH29R0MyU02Lx&#10;NUKZ6OWOkVS4psdS1TzMHOoOSxyq5c5Wh2zbEk2TaWfb10kM7nwsgkEkgSO4YjApVQNJ006gm6/f&#10;3MUxv7t/09Ve6tFz9gP+lHp8uqmO1e0sDtfJ1Ff2VvpW3csSVlZtbGh967+rTV08tXRZLcdNFWwY&#10;jaGKqoFeM1eXr6OKmfQrxN+n2JWE6fzeYSGbddWJqV5ED4TGLV7Z2k8aSvNCzQQVB3RuWCdBHr++&#10;qoUMi38KqNPsZQ7Ny9aNPuG6b7czoiCQMWKIGwHjZW7zpNSC+sMvaa9OQbXt9pJ+Ka5Ixjz+Q4Y8&#10;q8fPqof5A/zbNs7Xrp9idOUK5ne9pKakoOuoMd2d221SacwS0mc35VUsvXPXVVTSSygQ7fomaNAG&#10;E7SNrA9YPbGCwdLj6Onx0JioYClJBDBDQYSl1grphpKaNKOFhpsWVCzHkknn2hvt1fcfrbTl3xbm&#10;x8Y9oARU0hasB2g6xQ6QxBA4Dh0Zm3ZIv8anSFCcKSPEag8h6fmAOqd+1++O9d3TZfN9pdh4L48U&#10;e4/DXVGOx9fkOwO/N307GQqa/L1dTX7lT7d0Aczy0iw3FiQPatoKavgeGqSZqWWKVJoloAtNHEY2&#10;vEhDKwnABIcFR5FJX6E+2twlS+D2d/cLJaFNBjI1KwI76t8QDHgoOgFVLBqDpMZ442ZbdCz4qzDz&#10;Gaj0/wA3RIMp2psTatVNPsHaM+Q3MxeSXsvs3IvujdklYWBjyWGxsEqY3CzKVEkM8ktRVUstmRlZ&#10;VISWyerMP1VtuDanW1NHgNn47IZitw2zpn+5xG1KbOZWszlTtzaLPrnwW0KDI5GdqDHKzxUUUphi&#10;IiVFUztuY9ov5Laz5iWeZFiCLNGx8RgoChpQaeNKSAWd6liKnJJ6adRIKtUN/RNMnjUcCP8AL069&#10;2fLTK/KLcsO9PkHgKfcHaJ2/tzB5vuLZqjbu49/121sXBgaHevZ23PIdq7o7ByWEoKWDJ5emgoZq&#10;80kcjRiTWWXaV7RkJV0b0xPoMyEPTyWA0kMBcS6vobAH2Wy7PFIni7buqTqBq0MCsiVJqKHBXTki&#10;pIHn1QAD4l8uPRcKjCrVyeTDZmPMRB/IlO8EtHlEX6u01HJqUoFYBipZb/T2Fe/8tU4fJ0iuRCk9&#10;D9yZGkiu6eaVEYoWurhoytvr/X2IeT/cja9nFzttpJHcOsmkRFGoX0Cql6ElCCH9PQ+fTn7qN0Nc&#10;kR7jRfzpXHl5cftHV2fwM+A9R3B0tmN67hw1XHI28ZqKllaNmjGOGPomJEN1LEtKVN2JH9Lke0B/&#10;fKRVBkmV3/2hFKBLkkNfVcD8lfz7GZ9yJpTLBZQ26rQsCzESk8KjTQfJA+NPz60NhR6xQllo1eJr&#10;qGKg/Ljnj0dhv5YW1g510OXgp2lMbFVMaCXQApFQwWV9Om+km6j6829+XekvLpJHwQwHH6CvIBJ9&#10;LLe5+ot7Xx+6AAjt54FH6Wjup/aA1BcjiHAoCNJJ8umX5bLp4HjnV89OT/EccPz6g1P8rnCshQfe&#10;yFbqzwGQPMnkAVvGNKs6aQpH6zzc+1ttXdD5CKrLFUkglii4CKCJKcsVjAP7pk45+pPA935o3Gxv&#10;xZ3iO5jbUaqXLZZXBmJxDo7wFPwoAxrXpKNqmtGILaldiwJNTWuSfQenoKeXVcXyw+Di7B3PtCnp&#10;Unlgy2CzVfK81Q8rstFn3oAW+4Eh0U4+ipYBbm9/aqG5KyNlMVTMiJ6EWOrIIVVAF1SVSp1XvfkH&#10;/W9k+rZIIHVt5Vb1xqYVZSHLNUZJ1UWmVxSh4OKWO2gAlpyzHJP+cinl5/y6KpJ8QHrIlLbdqq1H&#10;VBHM23qmWjkVhqBgnkxrU8sUisCrBiHH9fbku8swieKHP5Pz/rYJlarSqgEgKy1CgaLHV+fZQl3Z&#10;yXAvLlGXa/gUjTqL4DErk0YMNPl5V6r9A8emQxoK+hyft8z8um2o+FdObeTaOPHCgmq2zSxsFcXQ&#10;r5MYfUQLEfgj+nvtd6553scxl5GIBKLlauQam5VbGp8dwTwwv7VTT7SkJX6zTCGIDMpAKjiwAGuh&#10;Faq4UinAVqbtBK1VeQkE4BJFPs/yj8usY+HMdJFeLDYumJBUXwtDSFb/AOcBdKUDWw4K6rXH+HuH&#10;JuWtku01fXEEMzNUVE85V2awjIkLeV1tq/pY8e16SQunhRAzHUFVFQKroF1GSvCOM1C9wqWBqAM9&#10;aeyuZFWtDnJrTy+3zGMdcU+Lk9KRCEx0ZUlBHT/YxJoj1rpDIyAOWNpFW5/r7hzZGOosZ6SlrliA&#10;Y/dY+lnYC1iFNRTu/wCRxe4vx7vBb7cZQHdLe5lYop0qQTxFdIIoQGoaUJWhPTf0L6gq611L8Wol&#10;aDPrj7aZ9euv9l9zdErfa5urpT42YmjystPDEgZY2ZhT10SIByDcfjm459tU2P2xVo8tXs/Z9WVu&#10;JGyOzNs1ptYBlBrMRKdXNgeb+1DRbd9bb2sl4rtIKoUzqr8NdIrQgdymgUgDz6Z+knDCMtWuVOoi&#10;nzPkR6imOnek647UxHiGJ7I7KxqRsHhhwfZe9cTHEWJIfx4rc9JHGqBdVhbn6e2WbYHUmRua7qPp&#10;6rZg2oV/UXXFZqOmx1/dbYcMbfU397nS9siWhbVG2ka1JVirNSlVq9MEAMAaVOBxamW5CsJ2YxEU&#10;IHH7QQKkH+XT9HnvlLt54hivkj8jqHweunbHfITuaj8QLeSRYFpt/RqgJTi1j+R7YpujPjxUKRV/&#10;Hz4+zXZeH6P6sMjMUB1HTtBSL/4MCPbTpf38jeFLI0dGLMZCIwAxXTq8TyxxUg1A49MCAkkGuoAj&#10;TwAHoMHVQZGqlenpu/8A5447xtR/L/5bQaASsQ+S3ebGJA1xphk306kLcXutif6j3O210R0DtXMU&#10;25trdH9P7V3FQw1f2ee2x17s7bWThiyED0tXDTV2FxNFUwU9VSyvFKikCRGKsDf2W3G57zbNHa2d&#10;5NG3i+HRfFZ0I45YkFjg5LCmRjrdvHAWLhH8NSAKqooy+rAAmvHu6Sm6/lH8587hqvAbo+V/ye3L&#10;t6pen+6wu4u6+xdxY6qkoqyCtpZZqXNZ+uhaWlrqaKaN7ao5Y1ZSCo9iLNW02MDNjY4casEUZX7C&#10;NKJ0slyYhSiLQCCefqbexLy1Y7iz21ze7i/heM5ZnY6BqYr3k/E7HyrXu6ved6yqsrBiO3JND548&#10;q8MeXQU7a2hvXsvcGGyO7K/cW96/OZarSXJ7zy2X3ZUVM8UmhvNU52qyU8oQ2sNWlAQABwPaAyfa&#10;Obx8yrFmMtChNrNkq+MG12uipUA+sjn2PL/nnZ9jBsYI0vtatRwYpTWigeKpFEWLVp0qe4AVJNT0&#10;U7byzdzpNKt+FDauHc1DUDVXtopwAPIZJPV0HS/8t2m7B25JVZPD4OJ6RYZtQwOJYk1MRg8LSTUD&#10;+OSOCK6lTe31+lvbYvb24Zg4/iuSkX9XrylYfSOWJaScFtIJ/qePdYvcLkCF7ea/smiv66NKKpXA&#10;0grGoCIWNCBUKK8adLY+UJ45Eu3vn+qH4lLUGKCi10ihzWny6Fqr/lXUcDQtFQQSRxRhjKuNx4hW&#10;WWPSFEIpdCrcC9gBY8cce8Una9c4Dy1tTIvBUyVM0oBvyf3HcWtxb8+7LzxyxfEWVtssYmRtLiZI&#10;qMpx8AXtJNCXFRQZPSgcrXiK/h3rs/AlmPd517SCufMZHTc/8rSqggQIKUBo6ggQUFI8UkQgOiBF&#10;FLGIpUkRSXvr49rPEbshyNBDNMKZ/I86eOppKWe4WRoyHMsLsusj6HgD6+0O+2SfUPe2W1IsLoh1&#10;W6xhcDjHgB1ABZgQGY1Cjz61Jtu4wqqSytqFKsHIBHHhXOcebH16rZ7s+Lm69jdn5/C0tVkoZaCk&#10;wNUtVjqqtoCJKrF09SogNPUQjXA0htIBd3BI/J95JW21V/t1m3No1qNYkVm0drVgGnga/ucPLfT9&#10;CfYfa1WZZGhsg10pKntprJAYBVB4lTrVTgANQ9Nrb7i51xSMtBQku3D4mouak+QwQOg/p+uu38La&#10;qx/YXaOLqJCyxTY3sbsPHyOCGDhGpNzQFORayc6rge05WbL6lyAb+JdOdPZBX5ket6h62rC5JIVW&#10;kl2u50seRf8APtfFaS6Fhtt3EauNPhq4VAAA7nQTkqKatJICEnPSX6Xc3BK38jNQae7ABFRinlwO&#10;T0q8bkPlBhnD4P5HfITHOgCL9l313PTsACA7iP8AvwfGq2sBqH0sP6e0pU9D/GzJM6ZD45fHqs1m&#10;8gl6G6nklt+VYjaF1I/Nza3sn3FrKOKOUMjoaqrSTOkLEHDjvBdG4LpUEtQgac9PCPciocKvjAUI&#10;qGUGnE1H51HninS1ou3/AJ24qVzivlr8qaWRF8R8PyO7veP1tYtEr75IGsWFwFYE2v7Tk/xi+Icz&#10;Ev8AFr44PGSoYHpDrSO/NyR9vt2E8f7b2bWVit4VtpGQX9GKlGmSgAoASXI0/PDCnwnPVUgvTbkz&#10;GMXIUkUGT827fPy4U+w9KSn+R38x2hT9r5p/LmlksSJYfkl3OpAT0rFaq3fOmnSDc2vq459tFT8P&#10;fhLVhjVfEb44yklWsOptsUhNmPrP2VPSspF/rx/tvdreDQ6eFfyhVYhit1KdLUwo7iC1RXSpIClW&#10;qDUdJz+8m0AQIcd1FTj6nt4eRK16UEHzF/mk0hjgg+eXy5ijJuhk7m3VknbUq6I/NmEyUrs4sfW5&#10;4P1v7Yaz4KfAWuVjV/DzoUSA8fa7SrsaACAytqxedomRiP0lbafx7UGe9mnt0Xd2ayda6hMwJIYp&#10;21FGCtg1rXOMdNSLucZXXbweCxAJKKDXIxQDArxPGnSjx/zz/my41hHS/PD5MyqoDk1m7Nu5UjQx&#10;AV3zeya9uByebP8An8e2N/5dvwBmdjD8XNh0TuAVbGbh7WxjA3vZBQdiwCIqv9pQD+PbyfWIonj3&#10;GRUVtDK9yQigjBoVqSWyIzQcCc16ZWW6gjZ2soWABBKrQL51qSB3HFKjpYw/zW/5vWLSJIvml2hM&#10;ItMeqv2z0tWjSnoMjSVXU8s1TO7fhjY/Xnn3im/l4fCWCamFD1LncIWWXQ2C7x+QGLUiMAhgIO0j&#10;aVR+QPp73ttzdSmdBflL4aSiIwV8k+Jp7GVkrkV4cKUI6bW7eIsk8MTBuFOKNxGfhp6eVePSywH8&#10;4j+cNXYXcGSn+SMOdiwdbiKWo/jvRPx4yc0QyJaO2ubqk+SOpZFGr9Ra3Hur35vbE6f6uzWW2D0/&#10;jd30EGB21K27zuzs7sTsWml3HmKCStpqLBR7/wBzbjXbr4vCtCtZ9osMtRLMBIzLGqiTNuSe32u+&#10;t553mt5ZAqiSRHJZFaullRQFqcrVh2148C63DPNI11HGsj9qlCalRmknEE1qV00AHEE5626f5MG4&#10;vlT2v8ccr8g/lZvfbm8M32vuOaHrCnwPV3W3XkmH652bJV4OWurqnYG19ty5sbq3euRqqYVZmSGi&#10;jheLSZpC1KiUY1RxyeTV4VYmQhF0mMaj5LaHPj4u359k0kcjLpiqoVfMmlOOf4a+VPKnShhEQPDb&#10;8OM18/5fZ1cX7DTtOFYaDCaI/GgrpEUkpcxikLaSFu2ocX+oI9xR7gRpSydyS+tuFacATx8xwPy6&#10;WWIbUxpU14de93MfyBd0zbY7E+Wrx4yHKir6z6eaSOasai0mHf8AuJFKN9vUK7v9wbXA02vz7BEm&#10;23m67Juf7uJEkbpUFxGAsispkLnGldIFMV1UqOlDmH952ry3XhIFc5BOqgBAIXJGakD5A4610f8A&#10;hQh8YtufJ7bPxD2/uHsnM9ZrtrsHtzLUmTw+wot/PkpKjrPwS46ooXz2BkoowIllEiPIzmPTpFww&#10;2Y6btqaKTxS4SKWLWEiMWahXSBp5meWh0FWBuQouCP8AH3Ht5sG9Nbrd/wBWytxpLSVmQ+vwKAGx&#10;gKXPcDQeXQ0ighRXYXcQiNDQq4YE/wA/s4dat2c/k1bEy4X+D/Lqsx863Mpynxz3BLFVSOS0ciR0&#10;G/QadwbqwBYHk/g+3Je2qX1xzbac6iypHHnqNxI1wCkzmkvF5Pop5/r7TW/LXNF34c0G1yomgEuW&#10;SqqymjRKCNYQZYYOKUqen4xAXqb1PDHxYYDHkKjOOg5r/wCTZS46WCpp/mRtarFLUw1JWr+PHYtG&#10;+mimjnaF0i3XMoLLHa49JB5I9pTa881O8UDzxu5NSjBH1LEJJJJEtpC69KHS5AsbX/r7mvly4WbY&#10;7LZtxsmS4t4DICpLeKRQkNWteIeNnOpXOkU0joG7zBavubXaJW2ZqhuFSPwkt2gnyI7uhR+eW0MZ&#10;n5t5b227Q18WIrshtlqeTI0K0NS5psbQYme9KryJSxyVVIzQIxZkRgS3I9uu6RX1OHrqbEVDQV0s&#10;RigqEkjpxTSMyHzuWhqkeCNVuyaGEoGk2vf2MNiuNsTc7OPmCttBVHV3aQ6DUrrDgBjIK1RWqgNQ&#10;1adEy2qSyL4yq8Taad3divwkUqQW8zSo6LL8VYNl7Z7Z2NuPszCxZjY+Mq6irz+FnwtVn5M1QrQ1&#10;MQx1DRU+Z29UU2Uqp2CU9ctZC9A7+ceTR42Jt8ju88P1Hs7IYrcFbkt2bkXZdduSp29gpjiqvNYi&#10;gkgWjfM5pXUbffLzxTSxINP3VJBKgKpJf2N9zfk14t1Mabq9jZFS6tWNHdiAYoFrRQmoOTgk8aEg&#10;dFEthvF3JNtqGGO18U+HrWp08WUk5Zq0oy0CniDwOxH/AC8fhNjPkrvvcvcnWXVcHVfWO3964/F7&#10;e3HueuTJUmx951f3U+5Nv9aYKGIUu5ots4eempaqoq3kSjzFVG7LI9LKoJ91X8l9xfKDdPXnVGF/&#10;inSm08ds/dlRns12LLukZfNTUEWIxvX+b6c7ExWIoNmbmp6GnmqYs4+Vlj+0lqooLTaYqmQV8n83&#10;7JvXOHKt1svKe32d3tdSk08YlmliZGR45IpF8OeAoSwDO8izd0ZQk6o95ssdo9tNr3PfrblFLjdJ&#10;WHiGJWcSa81dQ1VWFzqCUZtIIUBSQLScx0PhfirWdudh7hw+wPkpXw9mbb3Lj9h9fYXboqNo4/Px&#10;7im37Wbn6pzeWzRxcMkYhQwYdZ6qtWjlq/2I3mpqczHX+0MM+66nrx91Y/Zvala+WrNqbixW31yO&#10;Nx2Wr1aad91isXDZOu28cjiqepXHU7wQTmSZYDNVCKX3O3uDzH7icqQ3POcHKkN/tN1Yvbw7hLEo&#10;Fv4s6LFCwQtWMA6LfUfE0lVaiA9A7YOY4Zkg3fmDZ7uOYKS0niARmMHT4nhsWo4HE1B0CrMFx0Gv&#10;zg7q7l646Kf5M7D6LwvyK+NFHt/A4Ps7ZG991Tp2ZLs+pzuIocDiOosNtGn3Vsuhy0+N3VWUM2Wy&#10;P3NVDUQUUtYKTHGoVRYg7V6aw+IqIeya7clB2NhaYPu3r7E5qv3NJThGSKDd2zsrSQY7F7r6t3OT&#10;9xhsiJY6t4HMFVDDVQyqYM5S5U99/eZR/VbaQmyxSGL6m5pbWkjUJ8ONiWcTmuAE0Ie4sQesgeXt&#10;82zdra1vOXobW6sZSQksJEsTgYYo4JAcHLI1GRqilM9U+1Hxr/nE9mdpZHb3xo68+PfXvTdTBS5D&#10;YHb3Y/Tm1un8gY8v93JTdV9obQ3hPvfsHYvyQ2lLDNjtzYNcXNiIa+l+7pK2ahqqU+2KmyWwOzNk&#10;dl5PYL7gxNHuejyuFFRkcjmeuqvH5yiwtPjcbW026qGu3HUYGlxsde8sGTxsUNX9xENUBlOthvvP&#10;s9z7yobfkjmH21t2uLwJLJf2l6LubWpA8fRSJkIQMy2oDRuylS1GqRbJZXbyW0l7M0FvHKmolVYS&#10;qQx0ggipIoAvFePcOBicrsb5wdC7k6L61+UOA2ZvLfuxs3tlpqvrc4Lv+r3/ANc7o3RlclvrM4Dr&#10;V9sda1mT3fNU4enifa+4BXYmDHVEktDVpBB9uhANo5bYddhsXtHsDfe9u+Ozuu8nuOXI9g5uorMx&#10;JLQ5BcJiaXIRRY6jG383DtvKxUlMKGcLXyxs1TUszGWNc9OQ+Q+auS+Wo9v/AH0r7PuNmqu0iJEx&#10;eQtI1s0bDVbhoKtHIwZaqU0gnWw227ap7BntY3WTZ5gGYkmka8NBZviYghkIUUpk1qTsBwbE7K62&#10;3cKzrin2H1V1Dvrae0MTiNj0GDwm2KrE5+DPbp3Fl9l5nICNMzt7O5nZ+RmmbMJJVUtJPTikpqeI&#10;rFVyWH9T0Gc3xsP7yXLZjCPip8VQ4yizmLxmSqcVU0Fe2Y3DX56pq/NV5avalABjUxrRag9MVZE0&#10;Yuc6Jyr7N75Jsu0Q29xy3Pb3Ut0Fkl8VnkVYomjZSCkBcMoVV7pC5mBWq9R3e7Rtltutt9bfw3vh&#10;rMFZSA6hzojUqDQBGGDUK2dQoc0MfP7tjrn4qfJTAbVw2wNubzw/cO0N8bh7LqcBujfO09wZk12G&#10;pet+nNq7GwmErIdsbK21k9zQP5HlSqOdkWSLKCSnqZhMlvjTuShxu6O/9uY2afKnbvYOHqaZPFLl&#10;58HQ7lq9y5IbRqKuaeeirI6SGODIY6oRIPPi65JZz5zIxx/5E5u3L3d5an5R5n3e+hj2eJ40uBMy&#10;yymaSR9Ur0o6xxKkAQUMSIvhjSw6Lt75Sstyuys27XcUTwGvhSeEoCsKMSmWDcB5rUquKdd/zQth&#10;bq7N2h8MJN+VGC27houiN+Q5CprcnR7FgqN+4rZ3WsFbu7MY7D/YVePjkerqsPXYaM1D47K0EdNS&#10;xSU5CEcdv+SHtHtvJKtM25aSi6rjyVd9/k3rMvgJMbujJYqnm2/IjYLE5HESS1KUVRSMyVMU7+bx&#10;vGgJJAOSod53eKKSGaAwWwnZHLyuVgZSiuNLhgxj8ZOEkaapG40D+7Wl/ZLsu3ctWiz7e0DB3aVo&#10;pSGl0lA51eNWlSXqxoQxI6rl7Hi6m3R8WPh9tDK4efBdb7q/2ZeHGQ4vBYCswu2+zsdluvNqVtfX&#10;9iwvid+13X2caKjk3BiquH71paCCVfNTyOqAx8oM3m6z/Q51xt7c9bj9xdlb9yuE2/PUU1X6qsbW&#10;zFdRV25KnGyRZSu2115U5A1jYwS0zVdTWgXCq7eynbpuUrD3e5AbmfYNvvtjEDCe2V1lViAYo52V&#10;q6XUALTVUcVpSvS6XlfaL6GTmG5tIX3KMUiwGaHUBHKUXgjzBESVgS5SNdJAA6PN/KY2ptDryi+Z&#10;vyG3T1tszF7V656j2Vj95Yba+Sx+S2Wf7o7jNXubM4Pbu5KabalLunu+h2rSU8uRgSrehoMFHJHK&#10;k9VDH7BftGq7U642/gcLuPsnOZyjw+9MJsjEvS5miwW+u38WUjrdxzZmfbmKqv7sU1bja40SUUDL&#10;kIo1hlSQO/GUPO3tvyZ94aHl3Zdt3S123fFa5vZoJ2jaFbe3CJojQgSqUkaOUsxVE1kS6jSpM9je&#10;cvbbfXEkcVzZ3aK0y3MYKNVVSOJWI/UUUNda04FwaU6s3+JEnxx+Q9dH2H1l07t/q7fe6+qt5do7&#10;53dXYpNw9M9Sfu1G2NtjD0G7KvFQbirZM/i6jLvW/aR0ETUtVGyAG3tRN37tfF4HN5DdG0dybZ2z&#10;gNt0dXRUD4xmzs9HO1FR7N66poamSOT++OazWShoaWGplt91VeSZ1SOZ/ZR7t8nc9+xftvDzTs/v&#10;B9TYW86WyW7QReNNLcEQnwdBCkLQUdRpiiUyY01Jlync2CSR2w5fgjs5WZwIaJoJABLoO05TSGUD&#10;WADpGOu9y/DLemHl2fndhdt0HZXYO6t7U+ONEdyz4nF5Hd+Zhq03x2bEzQ5NF2tjdtYr72o+3jml&#10;fH0GiGzywRgrGzvnp01vXauZy1XnF2/T7C2fmt1dtzSU+Tak6/wON3JSYyuxVOyRx1u6TU7nydDj&#10;8TkIqemjyWSiaKiSWFyRFvLIvObPbbdN45k9yvD3DbCXMbzTI9zCjDWiaXVjFO7tAjSlTKhcqDpU&#10;9K96vZl3SzlsbZEnWZgRpo9NJ+BqE6RHg0NMmtOjCS/EnKbI3DU5fO5bG5HPbo3CmD6z2lUTLPV7&#10;33dQbcqPBnaelq4qmkwGPptqYnK1FdSzVNVJLRyS1VY0M8UQKwyvzK+NcWbfqDdHYW4KveeUxeOo&#10;Ztv4Xrvd2UyGYp94bahzePixWQx1McfHkK3bmSSRzJLT/YVGtZ2iMTkY784DdeXOfN4uOVLy4+gh&#10;uPFjgqX0IoWeNAzMS6rURiQkVApx4jzbt82/wbUXccjXDIDlRSp9eFNXnUU8+vYbojslqvH752f1&#10;HQUlJFmqfMYCvyu9cBg1xU+MyaMDmqKtglq46GgyVG2ootX54EVoxIJB7e6Sg2Ll9h7bgq6zAYmq&#10;7A2/mu1812RX5SLa+I2vszO4+i2lj6KizOeijyW6odu4SDD0tZEqIqVE0lbPOkTr5Oi3tZz5z5yd&#10;yjuvuf7n3Es0N9fW4lihjUgNKglt7hIxWVRNUQ25cKFWMqiMat0/t+6bfHBebpc3DtBNKiARrQxQ&#10;rqBYHiXYaqkClQAo6Z5uy+0OvexOwt+T4PsDeuz9jbl270rhOrqDHQbn3FunN4LJ5Hf1Z2RJt/G1&#10;4xW0Knde4K3Lri53OuegWioaOllqT+0H+x+xMpmMG+VloBvnHwbjeGTFSbcxg7QkrqTE0lRuNsFJ&#10;Pma/Pblocl17iK6dappInZKiOlSPU4iEq7jzx7fbjs+3837DaXMW92qkpAWSXwkYCWZvC+FbmIEK&#10;3hl2I1kMAG6OYt92+W0NxtzNJuMNQsT0alWIDqSe9go7m/CTinQzbvpOspc3/Fdo5zP9Y7ooNozr&#10;jaPI5HKU3WOCpcnVVk+Lrc1teLGQ4Cg3Fhex8zQGqal8lQpSWoEjKnn9kly/aW/qrZ+Q2VT7S3bS&#10;bYl7Drt9beq83gJc/nNtYZlrUxu1scIKLI47DpO9WtRkZqYCStnTxyExqB7xa5390N+5xtzbX0zz&#10;XqSgsxP6rY/SViBRxGuQSSxBIGCah66367ukuYRcubWRgdDUDAmtCDk8DTHHj0Y/ADrSXemH7Iy/&#10;Z+CbcsnXVBsrctDi6yn25t/dWYjmpKyfcmUErQZbNT0nheHGw1s88dBTTSeMB5Gb2GM2/Nx40t5o&#10;dwUZYkus3W+RlQ6gSdTLsuZZGZTyT+fz7jc3d1Ikc0yK0LE+WWr8VEKeTeQNP29FSMpP9v2+hNT6&#10;cDmnp0KgyHVFd45I9zbZn0lvG0G8YhYsVVlHhy6/2kAt+Dx7iHtZ4RpqKNKosAf8u6nrZPoPSzat&#10;kxmYsBYi9h7Rybt4jtCsaHiARGAaehAGKHgc04HrxlQHQ8zMwxxoPsp8vLpxMexqlbwbjjjtdfJQ&#10;b2r4CtgLqDT5kKCBb8XHuKe0cZOCJNrbfnaTUCJurMnCdJsw1gYWmKA24IPF/arx7SfxZLXw1IUB&#10;qqCZAFo4HbQrXFf2da0hiWW8OmmK+vn/AKvLr0qbWAt/fWrg5ABG9JLgpYWBmrpLn+t7+4z7zwsq&#10;hpNq7XjsPQTs7KUlg/0s7mEJ/gD9PZZG1tGzBoYIwTqBzQauI4VGfSlPLrylgzN9UAPmK59Dj9vy&#10;6kRTbeIRY96ySenSv+/lo5Wex5a5dizC3J94f74bZjMplxGy4AtuHo6qjZVazEmOTLRgtJe5+h5u&#10;Pp7tcP48yeCEaXGSodG0g1Fa4HChPcfPpwtcyNHouA0nrpBU08vkPIdO8dHBOuqDPZCVWIs8VfTS&#10;j62GkiB15I95RvjZICl6LYD+m5VsnUU97k2II3IpBVV/pyPaKH6aLWLi3iqzYZaKwocgAep9amnD&#10;q48dT+qy6q8aeh/lX9uPTrz4Od2Vl3Dn4rG+lJsaytwRZhNjJTbm/wDrj3Ebe/XDshfCbJe318O8&#10;ctSl7EhtHhz8lnW4BH4/HtRPdWKIUjWFq0pltYrggjyzUkCop040ksayASRkt8hX51+Xn15sTkwj&#10;JDubKqT+l5qTCTspsBf/AItcd/p+f6n3Hl3d1rJcxbfwsThwdVP2Dmfp9baGqZ7NIRwTx71bNt3g&#10;HxbZdWkcXYlTwGOBUcSOtRyux1FkKaeByf8Aihx64R4vOowLbnnlULYo+Jxguf8AVaoooyCf9t7x&#10;nL7EqFvDg6YC4fTHvTJTKlxcL66eQ3uL6jxf/D2wI1dT4AOgtSoarPTjg4A8x6DrayyBWC6KH0+I&#10;+tPl/PqWlHlV068wJLDnVjqddRuefRIoHHvKk20GF3wtabk3MG4n0tquP2lbEzFQfwDctb3pYreR&#10;z4EB1nBqe0GlcsQDX7Dg46qrTO2kIGNPNj/hrn/COub02VJPjykKgkWD45XsLC4uKqO9/c5l2IsZ&#10;EmC3WpfSA0Gdxkig6bcpJt4gBUuBze/9Le6i2gZYZJWdnLcAaAKpqCO0A1bP29b0yuwCKAwPAsfL&#10;0r8+opptyq10y2HkSwGmbCVasCP1NrizgBv/AE0i3t1x9PseRgi0W/EV7hUWp2tJoDW1WklxsBLL&#10;/W3It9D7P7S226IR3jyXReN8kFCFYVxSlSfMUqKY49NSkqUYqw41NQQCPlTh69dMu6QnomwDyaOS&#10;1NkYkMnNzYVcrBPpxcn3z3tnP7o7Nyed69m3xj94YCWj3BtmRmx8NR/FcHVxZagSlfbtshPUyVdI&#10;ihI1ZZFvcH6ey3m/cfD5f1pHKCkqEsvaRQ1rQUbz1L/Cc9FM1obtbmOUAq0ZWoPAkGnkCKcR6dQa&#10;3FzZrHV+K3pRbXyW3a/GVlHmKKaKeekqaeqieCpgqYMgGpWoZqSR1kD/AFBt9L+9ijq75NZfs/rv&#10;ZPYlLks1BDvXbGD3QkdVNXwTUc2VpFmyOOqKaURy0tZjMos0DIwV18YP09wVD7pbrsl1LYXM0U9k&#10;fETS0PdUkF31Gh0uCGqTQt2kVPTO2clWN5ZW1xGjKSmQWaocYNCeK1BOagk1pw61fe4P5UHRNFvL&#10;cdLtnaW1IMfBkq+OlhpaPCIktJ5V/h80HhQt4KijCHSLqWvcA3sT/wCefyV7LpaXrbZm0d7b82xJ&#10;LUZzdOWz22N77n28+Qgp44sJSbaq4MXW0b1emY/e+WSVlQhUCA3Y4N/ed91+Zdw3nZdvs9yube2i&#10;tno0chiqZZCzppjKgpGAAdQJJfjReslfaTkratnsNy3O5iinumIT9RRLpPxalZwxWtdNABQDo9v8&#10;v7+Vx8Z9iYzdW8N/9G9I9jVWXqcdS4OPsHqbYW+cxtyXGGaolrsBnM5isi2DoK9qwA0tNHHreESu&#10;5OlVrN/0s9u/xf8AjX+mHtj+L+H7X+M/6TN8fxHw6bfbfe/xzzfa/jx6tGrm2r3iT/WHe/H+u/eM&#10;31unTr1d+n01/H+VaUxw6mnwtu8Hw/o7fwPi0+GtPWunTxrmtK/Pq1//AGXb4/fwP+7H+gvpz+7f&#10;3X3v93v9GOyf4H959Pu/4T/BPsPurf7s8ev/AB9//9eg9kYRgFXJ1MoIIDWQ+opxcng2/wBbj3zh&#10;QgzHQAO0EjyrxFfTrNx5h4vhx1HrSlK04n0HW/x7eNvbfzW6Mxj9ubcw9ZnczlJvBQYvHpH5Jkt5&#10;JZ6ioqHgo6GigjBknqKmWOGGNWZm4sVNrY3e53cUFmdVy+OPnwoKVP2ACpx61DE0nhFrjx9D04nh&#10;jipPHIz1CyORosTQ1OSyM60tFRxGaoncOwjQEC+iNXkdixACqCzEgAE+7ZPjR8R6LZtRQbyzeOxG&#10;/uz1RpMTUZKmqavqbZ88wL0FZtagkoo832PuCONSJMoaaloaSQqaZ/rKctfb72D3GCKxvd82uaOK&#10;Uo2uXsPhlssI6awpNAFYhjwK9R7zFzHdNG9ttZKWpBrKeJHAhR+FT5E93GlOqpPlj8+9g7Jw2epa&#10;nd1Lt/amMp5o9wtis3g8bnD9q6jIUma3xl6xdl7E8XkQimWTJZKojWQCFWIj92XYnpxspU0tbvfI&#10;VGarBJ+zTZinSWngmqvDMZabbcRfDxTCSO6z1jV0r/6oHn3kKU5F5KtWuTS6vVBkVFZZaBCVYeGl&#10;e4milNIeMZJpUdRolpaxyvJBBqdss5NRXy7j5f5etbXtn+Z32N2M+c2t8a9j+TbdRKIsz2KmVyXV&#10;3V4jpjOIjmu3869BvveOK+zlMrQ49sPQylTpiYH2NNFt+jxrxrj6EvNH+0tbXs00qQxliYoA9/Gb&#10;XC2VUBJA9qo983/eY7mYCHbrN1U9yq87MQAjCNaLFEoI/TDBgndSlR1pp4F1rd3LvWlEjoBUDFT/&#10;AJvs6pt7g71wm46f7TuHuTJdooJ6iobq7pO/X/T9PIWaOemyW5vEclvGsNQoaomKVHlKgl2PPtWU&#10;8EsgIk9YkHoqBIRUeKRFVYVRbRaFH1uCSfYcutm2yO5W+u55bm+Q1eOcBoA6MSZAvkTxXiFHCvTb&#10;XtyEAtoUjUKACDk0qck5GePRSct8kc/QYSTavWeFwPWO3iCjx7DxhxGXrIGJMkeR3RNJNuOv8wI1&#10;lZYA1voBYe3SKnRY9IMlQYwFDyIWsUJ1PqAspKm1jwLe/XF63igiOOCNyToQhQAwFFpXIBFajJr6&#10;DpKIVeQyumqc+Zrn1wei41UuXytVNNUu4lqZfNUOzSzVNRI5ujysTJNMxb8sxJPudF45AIhMl5Cv&#10;pJb1MObqApa6DlgPoOfZLdzT2zNcNaPpjByKGgPqagUY4UnicDpUIpDRVSv2dYKXa+RrJ1ZYwrA8&#10;NLf0qxAtosWLG9/6/ke8ymnjkEC1MQKn1Fdbxuqm7MZNNkaQfpJ4T8+y2S5vbmBrz93yFSMV0qyk&#10;4UBa1IU/EBXXwHVkiLuqEgH/AFefl0q6br9Um/3IVUbgOPRHqRHVRc6G5f1L9OL8X9454hJRVEl1&#10;WqBBgDvE0elKmMFjdSpAjfTqf0jlvz7Jd23xtt8MjU+39viBdasaoaqCCGFWBbSnc2EBx0st7Ya+&#10;BoQckfkdOMkfz6Mr8depIt19oYDAQ0woZKymzMcVfWUkNXT00oxVX9tVR09UBFVPE5U+v0j9Tce9&#10;cr+av/ME736D+U1H0v07U9a4nbu0uqtiZvPVGa2Njt55PJ7x3qMhn6+kfK1uQi+3pMHjWo4Up4kC&#10;h3kZiSwsJ/aEW3MG2bxv25xOYbi8ljiLrpZYolSPWVIDapGDmrGumnnXoh3Ldd1268lgtb/TDTNE&#10;Bz5nOan5n7Ot9n+U3/Ly61xHxWptzb+y/ZW6M7vvd24MhGavfOVxu3aDG7er6za9HUbTwWBnocZj&#10;YMw2PeoqZNLyTTqpBVEQe65k/mwfMZF0zZLp2sBF7zdRY6NiR+R9tnIhc/61yP8AY+5Y/cuzoVlt&#10;7OIMzYIjBpqNe7z0AfCK0Xh0SjmDfFb/AJKKEcP7ID5eVCPyPVmMvwa6PkJKT9jU4MYjCQ9i7j8a&#10;qFK3VJamVQ5vfV9bgH6j3x/4d1+WlNR1DPTdJVBjhldXk6vdBHIsbssixw7miVlLKLpwD/h7q3L2&#10;zXFyrGFhLWhovawqaBjkVJJox4A06f8A35vmon6tCRX8A/ZX58a9dN8HOmTbxZLsmnAPAi3zXsfx&#10;YCSognlXSB+GB/rc+7NPj/8AzOqbM4rdtLvvqHJ/3h25mdrYqtrNn7vxceEzGQqdo0eYrMrS0Geo&#10;oarC001XUfs0vlqRChsZWIF5e2r26vLzbopdqvI4YWL6g5o1JBpZR5jtAFaHgKdLm5jZwkd3ZJqU&#10;UqrULH1K5JGaUH+Dqt75WfyeNx957h2lk9gdu7Mw+I27gNw4jw752PmMrlplye4BkqGOorMJnKaj&#10;yAhoneKolaGFp5FDhAGYe3Pun+ZPsLZ+3W3tQ9Rdj1Fc24sLiK7Dw712bTUdTHmp6qKrzFLVikrJ&#10;qevpVgXTCIvBMzFmZT9STefbfc9ihBkv7OS1Klu1QzqY4wyxuxUqyMwJfgwFB0qi5otUURptYc1G&#10;SwBU+Xln7PLpVdF/yye8utcVQ7H3v2Z0vvvZmIxNRTbfzJ2hvyj3hhBTPB/BtsSUw3DFhc3tumSS&#10;bRU1DpXUiJFDHrjF1wdH/KD5ZfIjqLbHePWXxd6a/uDvCq3Gu2IN3/N7Zuxt8V1LtvcGT2zVS5Tb&#10;md6/aSgaauxUpQMfG6jUvpIJg2fmueBpoJNq1iSKppEGjUVDBloO0gjFM0x5dHdld7ruNqk9ps0T&#10;QtUf2mRQnj246SvY2wetusuxMt1/k8R3lvXJ7f8A4bBlc/1r8Muzuwdh0Ndl8ZR5dMfT7p21vGWj&#10;qaykoclAJ1UySRtKFc6wwVcnuL5yUtxUfCfAVnhIIO2/nx8cqyNypI0xfxHAY55EP4uFufay15vs&#10;428S4sP1ZUKtRKltYoCNQJVxmprU4xjq/wBRu6MRHy9Hrpn9Sv55Xjk5Hr8uk+drdEZFRA+I7MoL&#10;XkkTdfwL+VOOgozGpllMsmNrq6MW54CsFBNrn6+g+QfzQRSr/AXsRkDks1D8wvixkInKngIRXIAQ&#10;RYW5t9Pr7UtzBayyr42zStKqgLQOpAYUqSigvXiVJoDx6qTugek3LLa1GCJUBA/YK+pJ/PqFWdaf&#10;HFx5pcxsxGcMP8v+JPylx0kZHjMv7FXtiYonhkJLlBqa1ydJ9yovkr8uadZkl/l+d9OqHTM2P+QH&#10;x3yiBmVWGiSjyYSQ2JBsT/sCPb8m6SSPbSy7RNTSKDS/wDUCAD3KCaEKCtKVqVbpuQ7i1FHLk2vH&#10;40PH7Bw8wOmibpr4pVdTDHLuTqaGdhJPSmr6K7xx7mSJ1ctOmS2S8D+I6SpcA6voOPeHL/K75Mbc&#10;wmY3JuP4B/KjHYDbm3s/uvNV9N2D0tl1x+B2viazNbgyhhp8/wDcS02Mw1DNPIUDPojYhSRb2+Od&#10;9s26C9uW2kKkZRHeQFFGplCI9AgoXK0AOaha9NPJcRRyyS8uTAIMlnWgpk+QxjPXsb8bPiRuvL0O&#10;Cx28+mJ8pk8xicTR01R1xv8Axi1GV3JXw0WNgaoyeyaekjqK/IyrEC7qgL2YqCPbf8ef5lHR3d2I&#10;qNxw5TtbZlDiThBV43NbVOQyVW+aoJ8jFT0Nft/K5KikSljpzHNMyxF2YeNTc2mTaeXty5p2475K&#10;lvLYTqGZAJNerSCiuFbCVoXIPYF4mvRPc8xbOqMzxulRUVUMAfTBqcn/AFDrJ3z/ACu9943ETUHT&#10;Px36Q35unK0dctDuLN7i2zhtr7TmieGBKqt2/mtrUuVzVdV0tQ70cMUjUsc0X+UPp0hzhU3zT+PL&#10;Eq+99wwahcKmydxqS6gABh9uwRE+jMSbG/tfPydzW6wPDypBNMG0EzMNMcbnUGYji7D4UVKmihqU&#10;r0SS7/tzlGYmnmChB+VSDx8gOqocp/Iw+dZfXT9SbJrAVMpEfbuyNesh9cZeqakDM8hDLYJGoNv8&#10;A8U3zN+PNlb/AEgVcClkVXqdp7ljSISOE1zuKBgkSs37jsQsagseB7VpyHzeTG1zy9JlkViKgMSd&#10;NVDHsVPiwMjt8+kw3XbTMzTK7vxU04jj9lRwH7Oga3R/Ie/mENFVPT9AYCuhRJ5CKPuLq41LxKPI&#10;FhjfPU7SyqFIRFXUbgC5NvY6Z3OxJVVYkZpIjjsdL5KeaNldKhA8FTTzR6h4pkYMjC4ZWBHHsA34&#10;k2tdyt7oRsqvIRbkyJqoDqiatQzDGs5FRjJ6EdpDFcwC6iZfCbIagIwOJH8iONePRdvjP8bshlNs&#10;9b1uHgXBZyn7K3/jairzOJep/h02LyBpq2iyeKnalc1WPqYpYWibS8cqMji4I91J/wAwD511fxQr&#10;urcVtXr3bHYGd3yN1ZjJUe9MpnsdSYjbeHajxmOrsdWYNmmkyWQzklSkizI0fhpwVF2JEdgzb1My&#10;yWttawBBqMZZ344RhUKq0AwlCoqDU8XZNwl20RLbxo2patWoAHlQrxH5Y62pfhF8PqvdeA3LXbi7&#10;Q3VR02LTD4pBtikwuCjnzc0cuTr2ej/htVE1BDjp6Uwh2aYSTOSQoQGvlP5znYcnM3xz6oABLeGH&#10;fe941UEWYKsmNkGkuLg3/Ptdb8vwWhLG5Qswpq8M6xk8TUilMHHw449IX5k3NSB9JD4Z/pP/ADPR&#10;4pPgrtx40j/0q9iEqkYZpDhJDLJHceWU/wAPQsxSw+osR/Tj240n85zd8kscU/xt2AyvUUqn7fsX&#10;daFIpZI45JA0+DbU8CszqosGIAP9fayLl6K4uLZlv1DLpVQoK8Hwa1JIpgn9nXv6w3QUsbKMj/TN&#10;UZ8scD03t8C8GKaWOLtfepnmEoeaoxuCqIm8wZZL03giU60NjdvryCPdu/Ufzl+NO8Ni4rcFD2Bl&#10;6GgrslnKZafce087hc4smNyD0spnoY6XIxx0zSqSjmdtcdmsv09yy/K/NZs4GsbYz3SRnwyiOYDV&#10;5NYVWNRKAQURQQQDQ6T0+eYNpmfxJQ0cgUChUn7cjH2UHz6pa+SX8sL5Rb07fz25Nq9N4fKbfqsF&#10;teGkrKbem0W11VJiaWkyUI/iGXxFT5IKyI6SaZAF9YJvYiTWfKv495WmloYu4MVi55Xj+3rZMfuK&#10;CKFwCsclRpwyyPTM5tKl7unIuQPZMeVOc5IKWm1XIlFdIzrWXVhFzQqVJKlDWM4GMdWt962Z6EXV&#10;WrkaGB9MeZNPs6CXYf8ALV+WHXu9MJu7J/FZN9YyjjraXPbTrtwdcTx5nGVIgFT/AA6et3bU0OM3&#10;RB4FfG1jxtFHKCsgWN3Pso2B/mHbC3v2Rk+o+oKH5Dd6b+wtJuquyW3eoupcjk5otv7TykOKze5Y&#10;juLc+2futuffSp4Zo9TaHRiqmRVMfb7ulty+6Ju3LgFz2SEsWleNlYoC1WFGHB+AZWCnh0YwX+xz&#10;N4VpBM50g0KZxj1/y56sG3p8M+j+sdgYzsXuvYnU/SeBzMm26IRb/XblTVUW4tyU8s1LsyqGxdq7&#10;opqjP0PjkjqJKY1FK7RO0UjRr5PYvRfJXtVS2v4w/P2JdJJjj+NE1ZIto7qQaHsGoJu4ve/P+IPs&#10;Kyc67SkULTbf4d2rDvepWhbNV4fCaDSuPKlK9KK2/hhRts2itR+kf8/+o9ADJ1z/AC2KqIl+w/iM&#10;YmkZAlXnc7hw8ocLLqau6wgVPGF0spNv8QRf3Fk+VXYNOFWp+Ofz+pLeQl3+IO8pT+C5tS5uq1av&#10;zb6/gW9mcfP2wSSlFkd4jp1JragC1VfhNaqKhDWormp61WyCkGwuAnD+yP7DnrodCfy36iGSuXe/&#10;wodXeJIZZe5Nv0ETsyGVIVfI4zHKqvGobkW/2oG92+b5m5WkcPX9O/N6gkDamav+GPcxuG5fW2Px&#10;OQjdfpcXt/T2awc/bF4EljFuNwlmEUKgppUpTQRUg1UVANK1NSTw634tgq0S1mUUpiI4+wDrN/sq&#10;f8vyvQ+HdXwxqBOwUx0/yO68jaWVVOhYoKrcNFUQTAyG1/x+PbBuD+YdsfZ+Irtw70pfkRsbAYrx&#10;zZTP74+KHeO2dvYdZ6qCkgnzGYrtlNQUFPJV1EcV5nCeR0UEkge6W/OGx/UGJXmNswVSddXMRwaG&#10;h0AVOl1GqhNc9IJP3XSV5Yp6cSzRNSnoaigp5H16UW2v5evxD7CytFgNnY7o7d+er46w0eI2b3ns&#10;zcWSqxS0b1lYaHFYjerV1V4qKEzSGNAEjQudKi/swXWXyp627CxdNueh756qy+0zVV+PpanHbhx8&#10;DZLIUDRLX08kddS4yvpYqGSdCXMYEpICGwJ9zPs/Ldq8c+8Lt9yIZlV0Uu0hWlVUjVqULpBDK4LM&#10;2a46Kri55caMmBwz1yDVfzNcHHGvn0Vr5Kfy58LtvHVO2Omvh93dm98VENDU1m8afam7qjbW3qCr&#10;RqxDiqmmymYxu6dyTIjU7wqfFjBfyl2aMe3Xf3y16K2Rktqpk+2OvqvMZKg3JU7Z2nR7kpa7Obyr&#10;8fSq1NhsJR0SVKyVVbXmOC0skXEhIPBPs82DbLu35jgmea4WTw1kCKjAs+QEd2orKVOplIoCn5dF&#10;dxuO3w2UywuqyPgaatn+lwCin+x0D/Rf8sjvbdG1O2di1XSfZGxcvvnd3VONxm5N17NyGDxWIxz5&#10;kQbh3FLXVxpBHDtrDzS1haFJWDog0szqPdHfZ+5Mpur+9+ez0v3Ob3EM/nMrPpDLLlsjDU1Nbos2&#10;lY4HkEMVrWhRR+Pcn73Zw2llbR2ykRopGo0QtpJzQcCSSSFHqCaU6CwYyTLIKrigIpTT5D/KTSvq&#10;etxnrrYu2OsNj7O642XQLi9pbC2xg9n7ax6kOaTB7ex1Pi8dFLKFU1E5p6YNJK3qkkJZuSfZTej+&#10;tMhv/dmIq6rZud3psrblVFkd74vESNBNkMJRUFRXLt6jqxJDCmSzVVFDH4FkWRqUyuOFPsDbtuNr&#10;YhJ7250Oa0XTU4UkAg1Gk1DGo9OHWru5aJDpChh5UzU/LzWmftPUXsvK1tHtTMUOA3ZhtnbqyNEa&#10;fBZvMQxV1PiZ554aZsvLjZBIlTFQrKWXyr4PLoWQ2NiAPyR2rldo5T+D5ja9ds+ofJJmKHbuSqKW&#10;qrcfgM7TVNVgkmq6Jmppkko4yFZAgIQlVCaSYn5umjv9s2qdbwTqHajA0GR34HxUFM8Kg0x0YbRK&#10;swRkNRXFScZzxyaeR8+lFtjOUW4MNS19DkaLKhV+1qq3HLULRSV9Mqx1ophVFpzCs99OpmNvqSef&#10;dnP8h+aIdn/KuGeJJFm6g6slVG5AaPs2sQcfVSBMRcfg+3fb20S5/fEZWAxpF3eLVlwH0sI6gOYz&#10;QhTxJ4rx6Tby1yt3bNaTCOVdZDYNKCpAqDlqAfOnVHH89KPLrtX4r1eGymSxNRT9kdnxyTYyslo5&#10;5YZuos/I0RMciiUKabWFYEXS9xa/vZAWKmcqRS0WpLqt1VmOu1wqWFySObjm3sV3NlytY2hhvtuu&#10;JI3AYk25hUlVOXmVzWNKgoENQxJ1EAjq8U19DG5TcnaTBIIwo9Cx4gVJoT21AB610Wzm/YPI0O9t&#10;7KspZ1P8WrEBYHTqieRiCPGNQAKgaj/sebLSI7/5DBrt62KhyQtiyXv6bEXtxb23s+28v3ltCLu3&#10;jXb0WsTRholVnDASFshiw7NAHeQpQIcl63vb140WTdJCDjiAPOhoAa1+359QanM9jSFGPYO6mknM&#10;VNJBNkxG7SHV9tM6yQssikEBW9Wo3v8A19vmMamSaN44IozqA1KCo1NcIFFv2kIP+29sXdjaW6pN&#10;bRKLjwl8IrQOIvx6wWZpZDprQgUqEbPS1Lm8kjWOWVsLXIU4qanFQcUNBXPz6Ld3Ad6ZbbuUxea3&#10;Rm8vRtHNUzUNZMs8Dy0j31VWhAaiaCc3FmsGt/Qe2Hs/f+I632dnd6ZwibHYSmVoaOKZY6zM5mof&#10;7bEbeojqVzV5OsYKzC7JCJJPonuu0WdnuVzFHMGXcXdkWJ4nKuHIYOxY6USgJURjTFQrRi4IbS5j&#10;iWWPu8dM/DRdJyHJyuls0A4kdO/wt+Mu7/kj2/110xseNqLcO+8mRU5Y0n3OL2fs7FRCu3dvzMRE&#10;LC2L2xh2LxxSNGtZkpaSjBvUj3Q52puXN70oe1N07mq0r87uHbO6MjlZdLLSx+bHFYqCkhOr7XHY&#10;unRIKaNQAsUYuLsxMr8y2dpsfJlztduJGkW3oz6asdLrrdM1IcCvd8OKGtOktjdmfcYVBLKcD5Ur&#10;TT6j1zxPX0Gup+o9idE9YdcdQdb4psJsfr+Pb+BwNK0pmraj7esV6vL5erVYjkc5uDISS1mQqHGu&#10;oqp5Ha9/YKdL9x9z90T4D4h7d7apultp9f7Yynfef7BXENvPe24m2fmqDMU2blqN05mk29svbfT9&#10;NQQCmpaCJ5sjjJauieCrWbxJEfKy7rzZd2+0QbjDZWFpG0ju6F3IBZvEnNVPh1KppBI7vgDDWEG6&#10;ct2k27me6DyieqrGooEUgl8Cmtj8YJOoMAFZeJKT8mOj+tOsN+VvyQres6jtXO73ymG6zxu0KWtX&#10;Z+3tqR7wwua29mZ/FtLCyZndOW7LyuUihqanKzS01DXCjrFalNM0zWX0f9wOlcNid4blzG2Kfba4&#10;fcOzvkFu7LDKYDrjdWEzawbjh7i6vxks+4c5s3bWT3xk6Sk2/TtMaFKarqYiaKeKkpfc8XG9c8pa&#10;8i+2O8XsUHt9HF9M07ikCSQ1uEkEiyOzXEbv4UHjPSWqKXbSzElPJ1le2t1DcSR+IZFZXkUGLwip&#10;UnSigP8ApE61K1ZyQynJBEMLuv5BdzbCm2RS12dx2b2NvHrvtL44YbAAVu9ev9x7Qy2Up8p1F2ju&#10;rBR0GJ7V3bQ9ffc1+ckq0pK6KVYDHT5ilepyBNhubbe+s1T7ZxlVtnZxONjxyFqOsaQ18eRajzlL&#10;lNwTao6psRtJKeOprKcRxSZkRpNBCiSqq5Je1vMOwWEHMbvvs8t+sjJHIqaY50IaNXgQLpEt3qZS&#10;8dUidXdiKA9Rl7Y8t8rbJ7i7bsnKm52cNlbT/VeFG5AcsjRaYiQS0vcZKBQAjFJGJXoJev8A5Gde&#10;4rbvyD7XzvbHyF3Znd71uZ23gn7FwssdLteTBPV7Dk2Z1wsdGlNQ53uSpyMmKoq4z1cW1a1ZKarr&#10;JKqjnkcCYaPvPYfa1dHsLY+xaLY+5MnW1tFUQ01YcPks3WCuydTkEw1JJDUU+Wxs8MlRXySakVJg&#10;i6y9knbd9l9teeOT9ih5m5j3AbxtUsU9EZVnVYSESPx2qPBlD6EC9zgMCVAJbN/deR9m5leKa+3C&#10;jxCgAYqUWmkgLWgkI/0UAleKkdGkrZfhZ3f8bcLtHtjtTsCjz/VeyMTNvnI/3lx+J7MoNvTS4bbW&#10;P2tlN5VkNXNVYDedXVQxUEmPcLOsCyO6mJi6jwm2O6chLTy0XWW0evDJundEG4ZJKWlxVXn8Nl6X&#10;GVO59x8z1poKDceWjkloYaOMVNUyrrEbRGQ7ud05G24PDPzXf7pptYDEFBdI5UZxbRlqJ4jW0VEm&#10;klYolSAX1hen7uax2y0Tb7cPPHbqgKEFjpGFbXku1MGpJHAnI6QVd3f8M+vosrBuD5J9q97x4zA9&#10;brszbeCpny+Lwef23n9wQ9aQrm8dR4zLbgq9hYCVIc9VZ+slp4IJh53mFYKWMZtrdeRZHqjdHWT5&#10;vcOAl3NHl8Pkdx01LT4rJY0CrhraXLLTKy4zHnJYsmlptGqOeMEyF5Nd4R5p3+Oz9xdi5xteV490&#10;u7ECQR6RJBLIwOqGSo8QFZKSGRhpQknSaKRETWc15ua7lb7WsQmhLaSahHlxpZdOrspqAahDE1AF&#10;Oq5Plv8AIybHfNHqD5K4fZWxO3Mh08mzM/t3aVBUpuSj3RV7ixOd27nNn4OskpajMZCv6+3g6ZzJ&#10;TVcST4adg8KRweFlRfWO1cHhN5UG4to5/J5ja24Nn0WQ21WSRjBQPt/F70qsStDuX7umoqvKbj23&#10;IiwQioSNqnHTfoXgewNzlzuEHM/JHMft7Ywc2NbLcXTwoifUm8ZoojEIqgLFH4atKjGRpl8RAiKV&#10;6KrnlqGd44bozKYGcE6myVC6ipxpjY9y01V4HA6MN8su+N+9o/G3dfX/AHf1Hsvanbe0O0dy7C7X&#10;o2pot4rV9h706Txm+dp7q6uqKapydLtbrnsnAV1RLJLTyzS47dOKAWZ1LsRMw2495ZTuP5AbZrap&#10;8btrYmF6BodrU7454mpstvnYO6t0bsyQlmWJppqqvFKJ0BZ6U0yIArMScMeQp9t2nnDmlLi2uHuI&#10;r9ovp5GXXCkMEar+qvxBNUjEg0lqQCFx1vcbfmhd02jbdpaAbYbdmmSUlpGV5GVDA69upTmjApSo&#10;48K5avY3SuB+MXw7yWV27l+z94b03N8nN0/bYvNJSYabF7T7n2NtKDaWVkpaapkz6ijx0sdGY2jp&#10;Zmr5nlZ4l0Ev23ekom+S9LvGSTMZDEbZxGZ7DGfyk8KjI7l3FWNiKPESxrP9ugwdJRl4Z2XzyY+J&#10;WqJXa597579xeQ+cINni2Da/pd9s2KS3OhYYTDI5YGRUIbXHTVIwIFKlUNK9X2PlHfNg/eMd9cGa&#10;Cc10ZJAQVJU/EA2oAA17q6cUHVyfbfyf3RhP5c+O64zG3toYLs3szNR/H0bR2fg4cXi8FsDB4B9x&#10;Z7c+Ox2PxkpkyVdQ19JiamnRVx53BkDDRQQqyx+8VP2p1n2R3VlNw4iohrMXsXZsWZpt6bmqazat&#10;LhxVVSxbhzMO38xS0Ee36OllqcXEu5MsacrTgx0qaTI/sLcv888ucu77e8yxRXFlarFMniW8jTSP&#10;K4YiSPXqQRzOQNbhRIoUeGTToST2ct5bwbdM0RGSoeulFWhAIIrgAmhrk9JfrD48fIPqP4cde9Wb&#10;lyke2txdhZepw+O6xwlDQZ+jy2zqTTUYfC7v3HRNLV7hytPRY/cFbW7Fworw9dkBLVzI0ZQkE+bW&#10;/sjDUbAentQ7f7Hopc5h5quHdGM3NT4zB1NXtqppN3Q5DIHa8NTuVK2TIYuKjp0mGMqfvGeVqhJV&#10;M9/5zu972batrk3ndrrYgzXFqL9wZFR4RFqxqBlWjKAmYo3ZGoT0qjtrclLmG0gSYVjJRSBx1Eed&#10;VOCpoPOmOrTfhDtqGjyHYVBnEpDujrrJ0223ixWRwNTtymkz1Bi9xVkm3KWgMu4oTR0oo8ZVzZCY&#10;gzUT00McKQSRe6EOtf8AR5uXtOk272N2VF151xkdz10W8NxY6c1NUaL+K1cWGx1HQU8hpqh6jMTw&#10;q9TVA0mLpPPWN6olDFfJlpa7/utjtF/vYsrF3XLtkNTSoIFQTqOqr0CLqYmoHRBeKquzLCWcOdNe&#10;IqdJJp8vL5Z4dHe7ByG6MRtPK5fZO2aTdu7MfCkmFw1XWw49JpJZooKyZauVSfJS4+SWVYVKNUsg&#10;hDpr1rYPkds9DU+1KGo633Vsar3BsOTeexN2947Pq1pqSPZj4g4aifO7mnTH4jO7m3VjqPJ0OHr4&#10;Y8lX5yqkWWBZJlkiWT/fOz9t+WTyts3tvzA277gbUy3lysYjUaCoWLDMJJCwYyGrGq4Zg1ejJoNv&#10;jtXX6oTLqGl9JBGCQBX4qE4rjFBWnQZ0GVyWDq8xU11VvOqp9/x4nK7O2zuSiOSzWI3Jkqd6vLYz&#10;H4eF6malwmELU81VDVVMNNjCkqK5iIf2x747BXtbr7qf4pdEbGzG88x3dUbcyOwuut21DZ2bbxyU&#10;smQx+frc/W53IZjFmOjgerNPV1cmKxuNp5a+uWWaOPQns903eDZVtb7erqe4uTHcOpk7NSgkFkNS&#10;fCUkKW/slJ00PQcimjsoJr25TTHStMFWo2DooaMxH4RWpIAIx0mc1itm9IYTOfIPujclFR1exdsV&#10;VVujfdDG+M+7x8c0QkpZtqYTG0+Kzu4dw1QhiSSClfKVdXMlFSWjZInuq6Z/lIfEfqza2zZM/guw&#10;N0dwYbDyR7p7j2bvTeuwGzm5s9RVVFuL+5VFtypx0OF2iaKvmxlCjRmrqccPJO7STsFLrP3A2DZC&#10;tqkTS7ppmWUxtJBoVlC6QK1qI20sSaEFgQQQel0FrzDMiyR7fao/iYqCGTFRqA/FQlWAJFTkmnWt&#10;f2t/ND/mR783jvGv2RF0RsvrPM5+SfaXWW6dubT3pk9obTx88Bw0O96yuq698xvJPsRXZOWBkoKK&#10;vmNPAuimWWSdH/KL/l9oPBR9P9o48xHSY8Z2lv6kEaqf0WFU4DAkf19mT79yTFYG7cC2Q1EP670Y&#10;AYAQAldIwdTdopXHSpNs350VjZWQBp8WvB/o04geXn5dMifzSf5qySOq7t6IrVeFTB5dnbeMcnqL&#10;K6xwS0szCexQG+iw4JPPvz/ykvg6upaXbvyFxpLaQcf3jveBQzWBjbzU8+lhb83+ntOm/wDKVzBH&#10;M13c+GsWp1E7k0C6tcRLBXRhTtU6xUUBOOksljvUulxtFkrUwC0uqg4nDD7R/DUVBz1Li/mo/wAz&#10;JZITXUXxnrmKNDKKzYF5BUrqCzf5NueE+JnsD+mx/wBf20zfyjfiFKAMfuP5UY1grMPte9c+6RCP&#10;hrNU4aRSb/QXv7TS7/yctx4k8m42lipVXdp2d6vwVUHcABhmatKVPGpbNruWvUvLwERamZJCx/3n&#10;H+r06WNB/Nj/AJiENvvOpPjFlUD8+DbGcWonBK28cVPvFQi6W+pBP0t9fbJU/wAoj43qb0ndPzCx&#10;Zbj9nuCom0BRzcS4WMkH6fUi39Pav948r3UEc9juNzIij4TK0Z0liCBqwxRBrdAMkgLnp+Wxu0Ck&#10;bPGQa41ynzFSCcGgyen2H+b5823klgyHxb+LtYwXXEk1NvFHlkaXQAni3BVrdo7FtQHqJClre4i/&#10;yj+no7vQ/KX5k0N7adPZUNTpjUA+rXjhdVNuT/rD2/8A1i5IaWC2m5mvIHyTIRVaGuhRqAEjNT5g&#10;dXa3vkrG+xt2g9wkYgfYDxr6DPTif5s/yucp958J/jrXIgYS+ClzrSIwk/cWGOeukLJKtwrGx5DE&#10;H9PvHP8Ayn+vQSF+ZXy0T0arVeZ27klGkXUsarGvqJHNz9PZsm5ctG1tJtv5ou/BkYADsQpU6GDV&#10;IAKuO9QCApFCTXpjTdKtBsE1dQoBIQDWgBqRQZ+IcQK+fXUf83L5EoQJvgZ0azxuuqOlqq2jkKyB&#10;jI8LSQm7BgLf2mAJA+g9t8v8pDZU7KsHzQ+RfrPKVeD69yOsj9TOajHJq/Te59prm45cW0ubz+tF&#10;xEUZe6ZIsuyVjARf1GHEdtNJpqyerNrUN4my3iEE/jU1IApilcmtPUU9es9P/OT7pp/36n4D7LtB&#10;EzP/AA/eWWp3SIqqoFSPE1Aju5ZWU20cc+2Sr/k/YSVj9v8ANjtxWW9jkOr+ra1fqASW0wG1/wA/&#10;m3tD9TsrxQr/AF21T/wiFKUYYFQpKsATqU8QQRkdMpd/pRsdu3BZq/DSMnh6BTw8x+fT7B/O47Rp&#10;YI5Kv4DtJCEZ5IqDsnKRShSrNEEjfa84DArZrm1yLe2qf+UBnYzqxXzm3HGFbUpyfQ/WlWvI41tH&#10;UHVYfQG/HtXBb7bNOYrXnpFmMWrSyRAnSaFMAEECmPiPAjPVluI+1XtbxXINQNBI40/CK1H+HrKn&#10;89GWeMvlf5fe/LtAQwou3pKZjIzELCqybPh4CqSXBA4sPba/8pTt6K5xvzh2bV2XQi7h+NWyJo2v&#10;/Zc0as7enm/Jv9D7MW2yDUbc84RrIpJFYAWpQVqVoqtUEMp4VGc9XkuYICoMF9qIBppUmhGKGgGD&#10;gjyOenBP53vXMTK+U+CfyBxzSEyv/DO3VqSqKF8bqIqzHIqyOQNBKEfkfj3Ak/lM96MXLfKP4w5e&#10;4Casz8Y4Y3kC/QP/AA+SIqLf2hzf3t9mdYFJ3y0kgDAO3gyOoZ/hDgGgJIASmOPTUt4scSB4b1Ca&#10;mjRg/toeJpjp4/4fK6s8Wl/ib8t8SHS5ag7P88cfkVuI3m3I0DSXF7AEC9xzwGqf+UD3lU6kXvH4&#10;eTqT9T0Bu6j1KCNJP2WSSykm/wDvPsvG07lO6Km77e051DSsbUwT2Lpf4iqntwcUOekq7pb+Fqd7&#10;lTTzhJNTmmoPQkUz6YBz1Hf+fH0njRFNUdC/L+n0wkPHU712/OFdNTTRP91mXjkqE0WBv6iQL/Wx&#10;Yvkr/L7+QHxs6/z2/wAbk6F7Ii2zBDlcxt/r7rHf+JzK7Y9Zyu5aCTJ56loq+DbsdpqmCImo8Ot0&#10;Vgje3pLHdts21N6N1aG1kkKdiSB1z+IGVqD8NKE1IBp0Y2EsG6xSzW93qopOkppbB7gAWOQMkcT5&#10;dWI/Cb+Yl1j80GFTtHBdm7Hxry1mMSXfG7do1OTp9x0NRHGmAymCw1fka7F1WQpS00Ekl45QAtw7&#10;AewIrqCah+PuU3PgsnSbjoc3i483B2Lt2PK7dV6nVIcTDtujrdw126Nny4GdDBOUeGaonQySWQp7&#10;Sc1tcpyi9z9R4pIBJoKDJIEZYlghxg8T8qdVs4wwIJDKQQRTIH7Tk/b1Y9jPtp2/hmWlrJK+emqF&#10;qsLkahclTiCZVEkc0sdJFQ1iPBpNm1adZH9R7CDrn50fLTZG3cNtDb/fG7ocHikKYeHK02G3JW0y&#10;TSNO1IcznsRlc1UwmaRggnlmKK9lNrAY4309veyyTXrTGRhSuog8dTDJIKk0NOFRgdGdoZ7RTDaS&#10;SJDUkg5AJyaVrT8j86dIbNfHTo/cNZV1+V6z2vNVVyRpVSU9JJjlk8S6EcQ42akgjl0/V1VXb8k+&#10;x5xfffavfFK9b2vump3dmtqyrjsRlajEYjDzU2Nygaumx8lNiqOigkqBVRCQyMGZlA+l7e8F/vHb&#10;ba2e+cv3UJbVPBIGDE5EbjS3rSrsCfWvoOsjvaSa6n2veIp5GeGOSMjV5Fg1QKUOQPPz6X+0dk7W&#10;2HjWw+0cPBhMY8xqDR00tVJF5iixl1+6nnZLogFgQOPbp5Tp1+u+nTosLf62m9/pz/S/vG7SK6cU&#10;r1K/gy6/hHGvH8P7Pyp0qvf/0KEZhrBMbaXQAItmEWpfopJDG5XgsASPr9RY86bDwYpovroma0Zh&#10;r0ka9PE0PlXyr9nWaSs8MetQBUetTX1J9D6Hrf3N7GxsbcG17H+tvzb3dp8Th8TMD0V2F39htrby&#10;2FgOut4bT2B2nV7no8p2NvNcrunFis2pkHzu38fmqhtm7hmStNJJSUFBS0U1HMlS0cyKWy55c5x9&#10;qPbHaeT5r22gTed+W4azMiqBrsyrToZqMqyx1R2jUiRleMrrUmgE3zcL9r1bKO2WqgEEgmo86Uwa&#10;VrTqgr5xn+ZFvfvmi+N/VkPXk+2s91fV9jYbs3I5n+G0OSam3NPgsvs3bvVeQzG1cHnN27ahloJp&#10;my+byME0OTiZIEQSKD0dCd69Ad+1W5MX0x2BR7ul2vhqPN7iTbuHzmNkpsXkMicJFJX5bM4+CWtl&#10;kyK+MeF2a12Kgc+5hsfcBea7eHTzIkcYmCm0AljZaKZI3aWZVLFhq1L8VVXuoB0D7yO+sWSe52x2&#10;YthnrpBpkqgNK/Jq9a0P8w/ob5e/Dqh2d2T3L8ecpvbKb33fVbT2h2d8guxeuezcDhdy0OEyG5Y2&#10;2L0P1PuKp2LtDFR4nHVEkZyaOI2TxsGaw9mxxlNSIHjSLySIiRAyks7QhAqO0zfuSBVtYf19sslp&#10;Yosm0wRW0LOWcplzISSdRJYhmNdRLZ+fRBcS3Ej6biuPKlBn5Cgr1Qt8gOwe8t8ZHH1na++Nwbgj&#10;nppKrHY2WRaLbONjimaNaTDbZx0VHgcfDSsgRRHTgxoFAYi3uXMqy1BhiRAY1iDqSEf1Ppj9PAUh&#10;luPdBeiwsDeTynQzNQjKii1ap45BpTz4DqiQimqgIJ8vL9nD7ekRs3aWQzNPjnmjyM02Vab7O8FS&#10;Vq3pQrVEdNKUJl8MUgLBbBeD7aK3JQ0FXR01RURUtZX1NNHjo5dMb1CVj+OKWJbG0UyqfG5CgsOC&#10;fZEnM9ld3Em328HjBEImBkrR0GooVB1FxUFkNSUwela7ZcSpI6IAQK0J9PIerfLo+2xfgn2BuPqn&#10;dHcLU+Ui2ftXbO4dx5avxGEqqmlxtLgqaaSeaty0+iieOOeNVkETSOhblQfah8MMJMy1UqzapoxE&#10;viEcgDftyytJe5+tyCBc8+yu63y5ukexexia17G1d5dP40QLQU4DSQfLT59PJaaC6sO4jgAdVRwo&#10;D6/soOgg2x1r9vDQ1UlNVGqmpY5ZaidIKaJ55aNJQyxMGnCuXYpGACyi9xf3KikgKkMaN40ADmPW&#10;bSagxjhl1q33LKLkE2H9T7Ip575XBghu/Hc9usKarpI1Omkr4QJIB4n0BqenDZyroFySARivH5V8&#10;gOlk2xIIljfL1+OoYDFEQVnSh8RaX9qNf3Hq5ZA4sVADAG97ce+DmiqHiRS320TTmcxt9zUOJL8M&#10;q+IohLKulr3Fz+Pelud4tEmlmlRb11QRhh4aLppn8YLYZqrShoDx6cnjkOmKQVbSABQDAPHhw4DB&#10;r070+1sWWVaHCZCqFmNRX+LxfcjyeQNT1Ne0ciqjMtyUJ9XHtoZYPs6oz+KlVkWnDszLTY9J6qkV&#10;Z5Uh1mpWPkMhLO/Asfp7Tc0Xc9zDb21lLNPO8sZ4AvM4DiiFqaCahlZQqJQkEcelEMi6ywYlgGqd&#10;NBwOFA40pjz/AD6Nt8Stuz4nufb2YzNNQ0eHw+L3Xkq+KATz/b0dHtutrKl5ndWDRQxxnWsaFnF/&#10;ra3vTQ/mV9Zb1yfyx7R7F37vjovrKLsnfG9K/ZW1ex+6NuU++oNk7dzEO2cDU5jbm06Xd42lT1+M&#10;x0E1JBkJqapkRz+yNLWmz202xtv5R2PbtwniXchbRPL3jSZZQZWqRUYZtLD8NM1rXqM90u4bq7md&#10;rgEk1xUj5cBT8vLz63zPhT8iurs90T17tHqPa/a2+dtbA2DsnFVW/sB1Fv7B9bbizVdho67K/wBw&#10;dy7+w+0jvmjpq13eesx0VRSq0qhpBIWRSAP1rASSveHxdmIFwy940sf0Fzby7Zhu3A49yKLS5VEa&#10;O6iKNUELICwzk0wAPQ8ekAljWlJVpXz1V+fl0b1O1FY2brvtWO7KoL7MmI9ThL/t1khCre5J/Htv&#10;qesZGpqhYu4/jPJ5IJh6O9cAFF4yp1CTFRcC/H5Nv6+1MVsySxr9VbKmoVJevn/I/PhXpzxbdeNw&#10;n5hj+XDj1kPadMoYtsXtEaADYbEy0ha9+FEQfURb6ezxdBRbux1b3TittSRVYpd+7PiytdtqXF7k&#10;w1W6bBoY6afG5wQVdNksdWFGkhlhISVCWt/TInk+SV9tRoX1whyCSuCV4VbjUU7Rwbz8ummhinkk&#10;mLFlFaEdpoAD5+n7enatqtp5Slw+RzzPQmsoHnoqfLvkMHkYY3MMtRDVY5paaWnqadiiyJIuuNxb&#10;jn3M+Uv9806im/vBDko8f/fjZHqq6Ghgp1qzWVv2wE9JSxOGsWCJrsebg+0XPDC528TwswgQyrq4&#10;rqKZGnyZjgvk08xw6btUl1qzHHkaYp/hqfMnj1nwL7NavH8DrKKavEEto4cjU1EvgPhMreGaokBU&#10;ejnTxf8AF/ZBdofI7tLYnWHW+1tr1Pe23cRtnCZ/Hx1O1ocnSbRyklXvjdeZbL4OWGdKarhqP4os&#10;c8gVSZ4nFzpB94UloleVZlqzNWhPoAKfOlOHDqQdj5kbbNst7VYLntLZRTpNWOQQRX0Pz6UCYjF+&#10;etqDQUEk1XUrUVMrU0DyyTLTU9OrTuyMzyLDCqgnkIAPct/nT3tQkh+2O96NF4JnljADEhTr+5Ej&#10;Nfjgn+v1J96WOyb/AEAAVBFK+XA8eI8j0bHnoUo5u1/2v+HOcV65HD4pvrjqPgaRaniFh/QWUWHv&#10;Kv8AMI7spm1/6a+1Yzbxj7qmxEiOq2JjKS0jrp/r9W5+vPtf41kQhaFqKark8R8yf9R63/X2yNS7&#10;3Irwqqnh+fn1xbC4pgQaCnszazZNN249V1IINh7lN/Ma7q4H+mTe0qi3pfCbeIP+C3x141H+B96i&#10;ngV2djIM1wzf5T6Y61/X21Yd1xLStaBBx/yinl12MNi1vaihF/rYMNVvpq9Xqtfi/wBPbTnv5gXb&#10;2c21ujbtT21uuWi3TtXcm18pTfwTDU/3uO3DiavGV1E1VS0MVVTrWU1U0LSRujiNjzyfbV8bPcY/&#10;Cuoi6DTSpJA0tqHaTTDAGlOIHp0g3LnS3vrK5tvHc64ytCg8xTj5DrnLisfOqJNSxypHPDUojl2Q&#10;T08qTwy6CxUtHNErC4+oB9mM+CNTVJ15uGKlxkeRkaXZMhLY+pyDRRpgspGEHgkjFOJSL831aePp&#10;7zV9mbt7XlWxAhQx6VLFlJrUUXPClK44nh1F9zpURElT21II+yh+f2dYMl9sJImqMpJj7xSqqpWw&#10;UiyjXEWcrMp1tHwAR+kN/iPZ7463I/R9t0a3IHOCyYLFvVdG87GNebcW/HuX3Rl77Ygvp1KAh1Zr&#10;RcmjmuQRha0ORTomeKtdNccP9XyPp9nTUFoFd3/vPVsOPQczj9CaV0njwgjV9Tcnn2+QV9cTpbbV&#10;CUIJIkwuTZHiVSjiVfuvUhBN7fW/+w9qjcXTLpkikMhIWhUnuajHNf8AbfLgKdNhNCaS5JGOA9f9&#10;WOo709GwP+/qyCksFVlzOKuHvqCrrpGGsj8EE292LfGPvWXsbBbt6ur6WWPe/Te3th01RTv5hLnN&#10;i7kpq5tp7mEdQzVMEWIlopMRVGSRyZYYmXiQD3jb7tct3L7lLf2IdnEgVwFCMoC6jRT2BJO7SXOp&#10;5AVB0joa7BuMVvB9FIwQhiyk4BBOa0rQA18s1qeHVIfyd+Nuxuj+78fvvH5OKi2L3P2Bvff9VWV8&#10;1LNTY7s7ckNHPu/AY6LFQvLJ/eCvg/i8CinVFklq9RGi5pt/mR7F37vXtvNdhbp3T1L13s6ly9Fs&#10;HYVP2T3DtXE5vOYbbOE8bZbFbTwku585QY/L5Sesq2eqgpRpdC51MF9w3b7I22UN2I0eZndayIGI&#10;4IKJWhAA1DFM+vXrncLCe5YLdI5Vvwkt20oMgft6sb+N/YuztvbC2xtHbWE3vu/JV1JXbl3Dmtqd&#10;fbnfa1DkMlKtStDV7pymMxOIrchBRtFSqIZp5H+2P0VRatyPrESKSvc3xlbRdLt3dQR34uCFlwEV&#10;73/w/wB49vi2RRDJJeQBK0H6laDj3UGKnzPSfxbckf4ygHz1cP8AeejIv2JGltWyuxOQD6Np1Mlt&#10;TMtj45n5Gm5/oCD7zU3WdQayjSHtz43VEss9KI46bvLb13laeNERTUY+CFZiePUyrzy3tTEgWWMv&#10;JCy6xpKsCfi86cAfLrzSwkUNwnHHxf8AQPXOLsOmkEhbaPYUQjbSfLs3K3flRqjEaSGRfV+PwD7P&#10;V8eshXxdU4yBMLj6v7Xde+6aapl2/UZRpZYNwypOi1tOzQSpG/oj0kro5+hB95Xcq38Q2m27w0ml&#10;l0spqKk0K6SKFT5/PpBIygsGZtI8gBx4DgK/OvShroKSSod5c1WUTukR+3iycdKiKFZVZYJF1IZL&#10;3J/JHsahlMks0CrtzFoPIjhV2lkdR0upILFiQGt+Pp9PZo+53loGjeWpYhTRM4+FBxIA4uRQn16p&#10;HCwcMzlhgYoP9kn7cHqMlLQxm53HkXuSoEmap2F7fgaBdgPx7qqre6919E/IDeG9doZaq25lchQd&#10;j7ZlqMbhosoyUmS3hjshUUb4+rSUU9M0tEtiwvGUA/r7wu9zroPzB4hcaXjYY9DIe0+dfkSaGh49&#10;CnZNwh2y/jvJDRfDYYXVQmnl5dPclDR1aULzoKk0MqVdFOzlpIqj7WekFVHNGVPlelqpFLD6rIf6&#10;+1h/w5D39GSV7KyVzzpk2HhwhPA/SKLUUC/UXHuMmS1kKs8rmgpxJAHlgnH28eh0efbFjVpCKDyi&#10;FP2fz6zGliICnyEC/wBZpT9fre7kG/uQn8zL5A0ZtH2xXMEJTzVWyaAMNX+HhJAv9ATf/evekisl&#10;JoGFWBqMCo86can1J9evDnuwK6TICv8AShB4cCMcfn1BnwOEqv8AgTiMbUenT+9RU0vp/K2eNhpP&#10;5H59ucH81P5H06otP2+E0qqkNs5P7LagQ6WZVvzbkD24fANAJn014eQJ86UpXy6b/rntpYt4q/Ie&#10;DSnzOMnplqevNg1rtJV7J2jUyOSXeo23hp2e40ks0tE5JK8X+tvaQ7d/mPfIPtzqTsDqzdPcdVlt&#10;sb5xONx2cwsGIqca+Whxmcx2apaNpleRFpWraCN5lIAkVAD7SiysBq0r3a9Y/wBN9vGlfI48+ire&#10;OZrS82+9tYJlrIvkmknIPGnD5dRqPrHrnHZbFZ7G7E2fjM1g5KmXE5XG7bw+PyFA1ZQ1GNq/tqyk&#10;o4aiJaihqpInUMAytYj2b34v12Ki6ZwyVuDp8hULubdztVvlcnQuYzW0BiiMdLemjWAGwI9T39Xv&#10;op7e3k39WbCSSGoApSlTmmVWmSrcDWlOPUZXQkJd1GOA86Gnz9PLp/q6TKTVMr0uako4ikISmGPo&#10;qhY2Qt5HEko8z+YEAgmy249+7crKB+1/jlU4/HQ45Y90ZuKRIshU1qTnx0rx65qoKUIZrWX635N/&#10;Ygu7vxN72UvGmtkZQMtXj8QwR518q8D0Xzq30UlWGsn0zXBoR544dZ6CnroEmWuyLZBmsY2akp6T&#10;xqFIZQsB9eo/k/T2KO5ax41rAQyLJjMqGRzdGP8AD5QNWq9ib3/wHst364kmjiX6BJEWI0ZSaUJZ&#10;Sq5qO3LV7i3DpuwVnWIhQ3z9FJ4U/wAPU5Bwf9ha31Fufzf2J38uGJ9ybm7P2XQ7kp9tZbI9a5bO&#10;ba8uUoMfV1OdxmJyWInyWNGTpq/GNkcRi8vIymSlqzTNJHOYXiSQCN+advutx2K5jtYlWfSUUk0I&#10;WTSAVNCahVYVftHnxHVkvLez3C1S7j1RySCLzJFfQ0NCONTjyPRG/n3vDHbI6q2jW5jZu4t47b3V&#10;2111sDfNDs3F5au3W2y8/noausTF1ODmoK6kSPN4ugmqFeso6eppopYGlDyxqxDvnJsSHrLeVPsK&#10;GshysGHodq1tDXQ5GmzDy0OWwMk7wzZihpqOhy9RT1Susk9PDBTeTUkUcaIFEc81Wkke12UVzAFd&#10;ZWDKqCPIQKaAcc8TgNSoHQhWNUvX8Fv0DlfLBr6fP5AfIdGs613rHv8A2pSbjixOYwiS1NdQrQ57&#10;Gthst/uOqXpPuarDSSzzYla3xeWKCR3dIXS5N/Zwv5H2ahxXb/yVpZoZpVyHS+wmXw+MFPs+0UYl&#10;3fgArObc8sB/T3TkHdYeX4d73W4kRAsOmhAbU0mpBUHOnH6mnIXIrTpme0a73CFVkWPD1JoacB58&#10;eqtP5vnVWd7P2t8eUwFZi6KpwHYe+qiVslHVTGaLJdWbmoFgpYqRXZpXlZdVxbQCL3NjsZf3loVV&#10;CIKxWIJNvtxIdP0MSM48lv63BPP+Hu83uRZhDaX0Tz28RAiLA6V1vrkWUodKliSuh1bQgjC01NQz&#10;fY7gJ4fjqV1UUNhKE5qBUVPzFM9Ujf7KF2JWTSyQ5vZtjEAIJWzJTUVN7yrSEiORltfSVVvwLH25&#10;jJShC64jNr6daSrjKl4ZE+raPRdntz/re0Q9ybXdGs7aV7mWwDBDGVQSK9D4epoyF0CtEGH+EVHT&#10;bcvXJlMbAJC2CAQW1AadOQKLXP8Ag6iS/D7f6eS+c2BNKiAlG3A8LqxFnYGejLxRgGxFtBN/6e52&#10;MyhetghajyaPUTgKZqCaCAk6SsXkYANK2r0gDk8exdtfOf70KbdZWwgto7cIiypSVyGoXrqZgXYB&#10;WNau1K+vSO6tZ7G3DxlUhQU9DWuTTyB4Y+09Ad3r8Wt3bT6+3BuHKVW03ocXjn+9mw2fjr54nmDW&#10;q1ppaSPxwqf86zPZIwXvZfdcvy57X/vvvd9lYqWKr2z1/NUQmeJ1kp8zveaIwZmujZGMVRBgac/Y&#10;Uzj9Unna1z7mXkLlprezS+uD4NMp4pJKijBzkuQ0maLWgUA0qeiBrikaLCxCk1apqAv4QvGg89PA&#10;V4dXy/yWfho3QPQv+nLeuGkxvanf2LxdXQUldS/b5HZ3TNJIazZ+DkinpIa/HZDfFQ4z2ThaR9Ky&#10;0cDAfa+ySbjklbbG8EUAH+5m6i2sFbouJmZ0PJNgB/sfp7R+40KRcsbrfxOrsYzkNSo1AUjBoSG/&#10;EDQChNCOn9pAF5CVIJLevyNSp/w06ukq1h0Ueu5VcvhbBRqs4yEPjYgWtZ/zzb6+yRdB97bw6g+Q&#10;e19vYTeGK662x2rXbDxvYe7f9HGP7C3ZLg9u7knrKHae2ZKyqoKjbVDuWpdqOvq4aimighqWqZ5C&#10;sCAQ57c82brse4tZ7ZdRW8VzcQiZzGskjIhFVZjQaCpY9x0GgLatKjo05ka7gtJZrHxDMIiAqkLW&#10;vnUg008RSpPDz6An5b9Ur2J1pksxj9rZ3fe7tn4jOPtDZ1D2HkNg4Wvr9w00OGrsrmGgpcpi8xPt&#10;vHSvX0kFZQVweemEUUWuY3uq+OPzJ6+7t7W3N1vnaDL9tYXc2V3fhtn9nZzYuHhx2cx+GzVfmoxn&#10;9lSJX0mztmbZxckOCw0oeWryT49azIyvLNThchfb3Y9q3LaJ9q3OCC9spZXIlCOry0k1iQ5IQmRj&#10;KrOcAAAcOoYk2vfRuFpNa+PAjygsniEyRaxxIrok76uWI7FYilAeqZu6/gb238fvi1svdPWu69s9&#10;PZDrfPvvvPdf7J3rujCZBstV4WPDV67V3pQRYGbeO++wdx1k+bzM2TpoqaiZzR4iClh8rTmrj23t&#10;l2xm25pqDbu8NrUUW89v0VUktHk4dr4yV9p5ObaOOjyf2R23WS0UOHy00jNJEDTLSJF5Qfb/ACf7&#10;gNy5v+7cv7vs1xPNtEc/0/hRKTJZXFVty8fcfBhRTIoTu8bUo4U6WXns1tr8wNvlhvUttcXkSph8&#10;CUTF5pFlUGQNoNYkoI6E6606DCL5K72wtXRy4vH7r7g6mzT5jYm59w0cuJ3lt2fP9gYfG7jwu1+4&#10;8lmdqybhymU2zDn6jeO0ocbTy+GolyRzFZLNEQROyeHE+7aDd2Npfv8AcmUxUO2pMRWIKakwuCky&#10;Eu6stV1AcxvkaKSrSnknppGcPDEEhZJJHY5D8s7/AG+78tOkk0kW1RJ4gYxUlln8NYkXSCWjYIzK&#10;KEDWSz6goAyi2AznYrS3v3V7e0jBRyC8kzLRU/UU5YCuo1Ck1Dg8AT3rzfNPH09urr7d+eXbHVHW&#10;s2T3DtvsXDwUeSzPYu/losd1ftHFYpscKyp2/n6emlraShlghpfHkZmq6uOelp4o1TVB1tnVwFPt&#10;zGZ+vwePikiq6rOVlRmMlnczmoa6kyTVGHrs5k8pXUGx3Zvtlom87mmLRjTp1sdbXzRy5t4szFay&#10;ziKMxpA4esURMkYWcsoaS7DAnxGauooSSCANGVbw2V1b7g0N8kbRtpXWoVnqRUiniqw40Kiuk+XQ&#10;xz/K7pja++k3Zl9nt2FmqGlqcLQ9V7cpNv0u3Ou9qZekzeChwO+5MBtnD4Tc/fcYo6itfKF4UiyE&#10;9Pqks0cMK621ufO1NRuvB5/Yu5dq5PFZalixefr6PHZLYO5cVOyU2C/ufvfE5OupcpXt9vJU1WMq&#10;oaLIYsVSJJGw/cOIe9e6LC6vtvv33LZ95hnmkt/q4UiWYNKXcVUmGRoIvDBBbS41Bs1HRTDYywSN&#10;BLPdPb62kDSUJZnYsw1YbBOFpRfI0oOq7t77Uodzbq2NvDZu/KbceEoNvZzN7k65x9ZVbY7gwFfl&#10;cpmchuqbs/qCqw9Fk6CvwiT0eIqMrQS5DEZX+GmRZA8oiFdHZ/c+zMZku/et8NtKDIbN2S9Ntvfu&#10;26/NZOipt+43tzHtsHc+78TlaSCav2nW4HLy0tTTvEpZslilqdLKSDjxvHuTv/N3NH773/dbqXc1&#10;12rOjBWZWIMCqPhoHXXHEKJkgUBBGr+8l265mu44DNcxxeKQzYkMWolG9NSEg04kAnrYi2L8ZOy9&#10;99T7C7x7Z3xmqTtPdW1do90bJ3NgsLt2rz/X1H0Xmo+3OoOvqjbNdVxYHeOMzGCzmcoqtZ5KWeLF&#10;5eXGmeILHKIXeG6N1fHrrrLdX7T3p2Puvsfs3+5PS/X2E3/nMVufsvB7e65r927Sn7Uz1JjEWT+8&#10;HdNNJHMssMsolg0yyAkOAU8/3l3YzzbdYwGe/wBzitmkmhcmVX8PwpLSRUp+pJRS3kjVUauJLNj3&#10;CG+Aum2ye2ujEQEkqRpLeIHVj6h6NwFVqBnpM/EbqnaXyb3vsHtzduwtl7X676Ul3V3d2HmsTtjJ&#10;bX6r3J2D3Zt3rvsTa/WmxJs3lXSXZ3Q5x1VW7oWuhjijz/2hgUU0k1zI9b4yp2LB9xvPdG5qI7Sr&#10;sHQV27sduyhyO3O3N/4TC1uez3VtRiKepyGaxu3tkblE0OSilkoU3FlYRRWjx1IUlo/KcO38p7iu&#10;+W81nbW12wSCkZfcLtRpYLIO10swSERaESB2n+AVNJ5Z5xG9kkjMmlS2odocjj5k0GqnEKa4PQA9&#10;89h5P5Sb/wBqYHofY+Ezxo/705CkwO5MXlMJ2F1x0Zm8imzsr8jsdlcliMJh8tu/fu3PtZ8P448r&#10;V7K21kDmIVfNVsU1Khs/uvafxi647D3x2JUjIVO8t3bn3XicPuDFUlRunK/36pFzm2en8xVyffHf&#10;G7EmE0+YlP8AuOxgnkEaKsGqSHbWS6nnsbKFklYN3aRUFlckiSlA6qfhPkwNOA6PY4ESJ9xnyjmq&#10;YoTihr/pjUgcKdHL29szM/KLN7CpNuGDF7D2lsfamw9nzbSyGVxOErKLYNUcTuLuTbGNrX/imwNu&#10;ZHKylcDArtkctQ0dK08hSayVI5r5YdsblyUlXLh+ncNDmd1Rb2zWFxvUu3cvjMxu9sfTYSLObik3&#10;XNnJtwZLF4SmjoqKeXxmmgT9tVvYTdZc17ht+w3Wwi1sV2+VlerQJJNHIGqGSRwzo0hrUqfh7WqK&#10;ABZopnuZJxcskraQSABhcqtDilPlX59WLbU+JPXm2KLK01Ruvtvc9Xl8DjNrSZnPdlbghzON23jc&#10;iuYGC29W7bl28du42vysaz1SUQhaodRrYi4JWenu4d8b27SocLufCbIzO09u7u3Nunduaq+vum6b&#10;cW4IamtmxmI2pkM9ntrQYHb2yspuKaChSlo6U10omMNF5KsqUkT2pv8AkHmPdOWeQd+5b2y2srm7&#10;drrc56tdMrAsqPI0ipBbIe0LAFlZtIqak9EV34kCytLfGO3D1ZqV0gkDHqOOKjPSv3D1TtbB7UrM&#10;RtWFMPPlThMQanObg3/lqdKGnrqc1VQwpNxx5WfJU+MSZ0m+4i1yKGqZfF5D7Mx3j1buTpDr3Ffw&#10;jfuztl0/YuOi37unaXYfWO2N6TZTsVajJZOjnwcFds7JYfC0klM1NgcZRQrSQUVHTKQS007OFPc7&#10;lHlv295w3Gx5T5pTdNj8XXBNIAZyrx0cSxKoUFSSioNQiCrUhjUojd3O43IuLdJksAWTWp7WANA2&#10;kgHy+zyU8ekztyr2p2ZnNwYqmp85msdsTcNbsuhy+1d65rCY7GDAJQY/JbdytRhN0UGRydZQVsUk&#10;05rBIxqAYhdob+5nwy31snoD43575OUFNUbm+W/yE3N2N1ptiU4bCVVB0/15s6sw1JnM9icXF4Mf&#10;iqfcWQrRqQJH91JTQ0MMa0EVR5FlisF5tFjC1xPquEUyPTEcQZho1fj8QqCAv4q6yVAHSrbIo7vc&#10;Lqa6iJhtggQE41upJcigBoMAeRJNahaFi7w6c7C+Vfymw/U27krsT8T+iMBsvfWcgochncZU9mdi&#10;7iTPLQYStylojlP7s4zFx3WnlY0Ede9S0y18lC9MGM/cW+087xb77jjrJTI3nqtz7gjjlqKh2NTN&#10;UyxbgsrSamYkINJJCgDj2ay2O0sVYWol1RaXLIC+k0qdQqaN5tU1GPLo7+jB0lFfwytKcKAmuKHz&#10;P+z0fH/Q91J4Yab/AEW9c/b00C0tPB/cjbPhgpo7eOnhi/hmiKBNIsigKLfT3EXvDsVP892P28ks&#10;SiFfsdzbsqYooVUeFFkbccLSCQE3uOD9b+y2fadqk0xfQK0JzodBoJU1wc8DT7enJrXEavHIy+QP&#10;A0Gcg4p69Yx0z08oZV6o61VWfyMo2LtcBpNIXyMBi7F9IAv9bD24UPenYcdQAeye29UgMdqzce6Y&#10;adUYAyK9R/H5USJbX/T+ffmtdn8MN4CrpJbUEAFaUGqvcurgKZGB1XwQV0o8iDPmeHlXNc9cT0r0&#10;2xJbqXrNiziQk7D2sSZASQ5JxXLgm9/rf36f5AdlhlI7X7WjmDKqKm5N3ToqIbRRxzJmlRwqm4Gn&#10;gf7f2mm2naVopsUZ0Vi1OILAA8c6CtFOcnFOveAchklZgKYOPyzwp1iHR/SqhgOoOrgGkaVgOv8A&#10;aYDSswdpGAxNjIzC5P1J95IvkT2tBHIlL212jqlMIdajcm64IfDEzEAyz5SVUALEhARqa17j3STa&#10;doeSN1tguglgoUAEtQBiTxIFBUCopjqhhKuCplBr5k0r86n8vy64SdF9JTEGXp3qyQiTzXfr/abH&#10;y3DGQ3xPLllBufyAfx7lr8le2UB/4zT2nA7m1R/ue3S7O7Fr65FqtD8EfpAX6ce1I2LZ7sQ3P0aM&#10;YGUoVB1IQaah8qH19fXpzwpJD4rO5lHCmonjx4+n59cD0P0gY2i/0P8AWAjdmZ1GxNsAOzPrZmIx&#10;gLMX5ueb+3il+VPduPhdcd3b2fI0U3miL7iy0XgkKCLUVyKy/cOYwf8AVKB+Ln2zc7Rst1mbbYFZ&#10;aUIJFFRi1aA4qSdQyCDw8+thJDJrFw4B+bZp+dOJyOmms+Nfx8rxIKvpPq6UzRNDI39x9upI8bsr&#10;spkjoEkvqUG97j8H36P5h/ICB1Wm+RvYyixUK+SyACAC7I5nxcpCA3/2PPuw2PYqxltvHiCQsxoT&#10;8WVKsTgjiaeVQOnTC60bx5BmpNT+VP8AP0zVnxK+MlerJVdEdXSK7B3VdoYiEOwCrdvBTR6uFH1/&#10;p7dqb5v/ACSgkVYu/t4zU4pxTCpq5cZPGhLtIXj+4wDVJqudJkKkkcXA9uz2O2qsghsiJXbLKxBP&#10;Cuk0wpPpkdaZZAqkXMtQak548K58vl0mqr4O/Eis8gn6D6/0yzx1EkcONmpYnkiXSitDTVUMRg4B&#10;MVvEzAMVLAH3Ni+e/wAlUmGvvrKTr6FJq8fiFuisoGm+11UWW4P9R71a7PtVrCirZUCuZNTOzkMT&#10;UtqbuqTjGPLrSxy+CwF0wHnWpr5mhpX9n2dNsvwH+Hs0ZibobZqxlShSJ83ArK2olWEGWj1Alyef&#10;zz9QPahk/mDfI2nMTL2tRxxOoqIv4ltrbTCoV1KWgP8AA2ZYUUXUHSVJ+h9u3G1bJczXKXImWQ41&#10;AtVRiQh/KhOMg1NAevRGePUVuGUsPtP54/2emmX+Xj8PnUrH0/S0imAwFaPde+acG5X95tG5rvUh&#10;V062u2nj3jp/5jHyShYlOytp1krJ4Vjl2RtarqHJY3McZxlMpk0m5a4H9R7SS7JYSo8CT3QZWqNM&#10;zqOAAqwpWg+EZC+XWx45EhF4T3VNQDk/lx9B1Cqf5dHxJqF0Dritp49WvxU+9N5rHquCx0yZ2Tli&#10;o/1rcW9qvH/zKPkZFJ5JN59b/pSN4azYmEV1WM6VVkSRDHIwHHqtb2otdp22G4gaC9nWUOZAQxrr&#10;J7tWmlCfQ+ffgk9JJBcSYW4AkBJGFGa5BFKZ/wBnpIZr+Vr8OM9StSVuxdxJEzSNqpt9bphlBkJY&#10;2k/iLE2axF78qPdhfxn+VVN8nKGr6z7DrttxdjNDU5XZOcwlHS0mCyiQwBa7a1bjxLOI8lURl5EF&#10;2iq4C8enWvqyB5auF3axvNvvU+ple2KjtQFiGqTgadfh1UjUCRRiDx6BN3c7ptG6xXTxLJZTUTFA&#10;VetQW8snA4FfOteq2/kh8Ix/Lq3NjvlX8ZaHdW4ek0gosF8jutq3MZDcG5KCiqMqpxnauCq6ohai&#10;i24jpT1UPonpgy1Gt4fP46Nfk/17tP44dwb7642xW43O9c9iQ5LcU+x9rZilG4eqNxRLJVZ7AY6t&#10;npK7EU+IzVIXkoVYTCCPTFLGGhGqD+c7SPaLG+s4LlbjbcsroNRopoRU+YNKE1p9lOhdRw1teRKo&#10;MoOpD6/b/g9Mjq9DpXfmR7J6ywe6RR5GllyWKgqcVkM7jKmgGWpqilWXH5OWhmaCtAkR18wIj1MC&#10;UNiLAP0R1R1z3p2FtrYmx9t/IhavLZnCUFTkxuTp00eDpMhUmM1dVX1G26WCnmeGCUUwJDzTKFRW&#10;b3jrdXEaQXT3McwjVWJ00qaAkBa8SaU+dcZp1s3ZtiomiUO+APEoKk0FTT/Y6cd4bh3dtLbGd3BW&#10;5PZVLHh8NkMk81TjNxzwRfZxa/uJ6WgrZq6WigdlM3jF1Q3LKOfZoajYlBsbdGep8Z11v/rPG19P&#10;Rg7f39UYvINJksZWVtPNJjcnjEietnjoJIFq5JF/fqQ8qaVYIMLfvBzJcJyyxlV7lJJxUMKqjLEd&#10;LLxwwNDwHwmrV6yS9pSVXe6I6jTGDXIBDMK14V+RyRnpYbWqMjU4aklymTxGXrTHEZshhA6UE8jQ&#10;QvO0UckszQp9yz6ELErFoBJa5LhZdH6eL/XSmnyXtq13+mnjTa/594z91a1zT18vs/y/l1M2htXx&#10;LqpT8qenr8/z6UXv/9GhjnWSHiNnuAG9VtJ9KgkkFvqADe/+HvnHoGhVMLL2+df5mlKDjn16zObw&#10;VUIImrQ0JrWvzHoOIr1v8exN6u7m7j6Pz/8AezpjtjsbqTchWOOfK9ebsyWBkyFNE4khos5QU8rY&#10;PclB5eTT5GlqoPr6Ln259aXtpdvvIIbzbHJLQ3EayxMzCjMEkDBGK9upNL0xq09ILiztLsFLiGo4&#10;UpQ/aD5Z6CXt/obpjv8A26Nq909Y7K7Mwca1Io6Xd2BocrPiZKxYkqarA5KaL+KbfyEqwR/5TQzU&#10;9QNC2caRa5f4LfIjfXe8ffG6N97R6Wpe0tsUXVWJqu4tjdX7Y6h3du7bW/t55OjGC7V/0eUGJ2hu&#10;WDEbjoYa2lyP8LhyIkmkR3eMkCR+Ttx5W5G2qxu9ujksrO5uJw8HjO8LtDbiQGCOYyvG5TUGRCqM&#10;BqGlgOi+XZ1RQkd/I8TMTobvIYLkoTUgkGhBxQVBB6pq+Wn8vnZlBv7pXZmE3J3v2V1PlKfs3c+J&#10;6T7I7Fzvc+0+st3de7SE2I3T1XW9k5Sv3ptuuyG2Nx5XFVGPqs5V4aaGSExU0FQhllsj2FuRcvt3&#10;aeayCSRplsZ91LJGZtVTGmWytI324kZ3VqiWlbwhTyi3tYj3lDsW5T3OxbhdbPcCUyHxIxIAArtE&#10;jFjWhMUS08QvU1ZaPUHqPd/2lobowpCRThmrVx5caDGDXPDrVx/mV/EPE4P5EdlbGxuJoqLG7R3o&#10;+1KU4RaRxSUEGF2WY1q0oNdHDmar+MiV1smp7syAWLCFSGFDWVsMc9ZUVLUUytUQpB9nTu9QIUpY&#10;ozeqkb6lnNwVINgeA/d3e4zQW9le7tDHakOSVIKs2lSyuxB8NRwFAa11AmlDY7ekBjRaR8a1bVUi&#10;nHzUnhjA6LpVbEwVPXbXwGM2JU4Gj2MN1bUpMXjcpmc/mtyVVHVYeOr3RlZqr7WOkq5kVo/FTmGB&#10;YyFOo2PsGfkVWwUffHxAp5lgg1TY2fJrTF4o6h5M6iQ1EylhFVQJTsRCG1eG5FwTziVyvdbhe+6/&#10;P621/cSWKOfCVyWAP07VXSPgkV6F3K1kGll7ajocbbbRtstyY0JOl6doJ4U/1H88dbWHxH2RQU/8&#10;kD5QwQ7eocbksl1p3/FNHDBG806tt+rLMJ9LI1PWKi6owS+pWEhL8+x8q1ieae0JFG1XkVpKjwKx&#10;ljp5LyJURPpWOJxYNoueRbj3k5Yz3kUcLRy13IRwGRGkI0tIDoaNxXU65KlqDBByOgKYJEmX9Zq4&#10;AWtCPKgbJr8/T5daoVTgsXC1NHlMuqUJoUgSHHqtJEzwUsImoWhpGmyEcKmUhrtr5FrA+8RloKdI&#10;nq45chGzLLJGjMgjtGFTV6giRLe9/qCCPa1BvN680NluMNnIFZVJAcsS1WoAKlyRSlaFSD0/Gkh/&#10;STQGrknuIPGtTWvoQem1cPiqarjNLs+sq5UlhaWpdFxiCAQMFAyGQaWsnWOJ1ct4wSfSOQb9mWhU&#10;fcRTA17M0fhm8cSmIJdIIqr6yI4J0gjUPwfbA+uYLZXNo52pQG1qWID1o0jRD4SppqodB8x6MmGV&#10;x4ehvBNc0IXUOJGfLzFadTI9uZuqM09NV0OPUiYPHFQPLVRQMgcg11cwopnlVbaREzKRf+nsvXyl&#10;7orfjz8cO4O8sdgqfcFR1/gKCSnwArUx/wDEa/cG4sTtGCWPJCnnCphq/OxV41R3lWmMd1ZgwtNt&#10;ab9umz8szllF7NTxWVwI0WN5UZkY6tTKjR6UYrVgalekV7I1nDPMHRmzQVIArgNTjQD9vn1Yd/LG&#10;6P233F8yun+vMzvivx02cj3pUpVUmQpszOP7tbVye4snjaPE0322JhpcpSYt6aV5QskUcxZQzrpO&#10;hr2bRmnytAWaJ6mox1TUZCqjjFM2QyT5OokrayYXYvPNUu7XYswLG595QxRwxIyCgXSgp6KFAUYA&#10;wB8PCgxTFeo7uGWORQlO4Dy/Y35+XX0DAAoCqAqqAFUAAAAWAAHAAHsMFmJRdFyp1AMLh7mxK2v6&#10;2/2F/wCvu0EirqVZSRXgeGPn0zWRH0FgTSuQOu/caqklFPM+oqyxSMJASsisqNpsAbXH1BPA9qrc&#10;KZUAArUHJ9TmhPADJ62MIwKjUM5/yH/Vnr3uwLpTH49ajsukWahxNPT5/YbUtMlNVrCxq+vMfU1D&#10;wRUVLNFEJJXMkhbTqkckck+8jOV0gutoRY5YlnDU1O7Up6AUyDSn2/Z0llIV34CnrwJx/kz6evTY&#10;9VUwiHxUFVXeQS+RopqOMRaJLKHFVUQMxa5tpvwOfx7cfkFQUlP1dVNBkaGqdd37OYU0CVySyCTI&#10;ToZAtRRwRnTwbFr2+gvf2Vc1wxjatUcitUvhWagorArQCgp6tx+3q8dCFZGySPsp6fl1lhqqmWVU&#10;kx1VToVLeaSWieNSLWRlhqpZdR/Flt/j7Pp/Lx7ezm3fh10bt/A7ox1bQUe6MxFWY/e2zpNxVmLq&#10;Ez2Zk3JtvFV8dY1Geu1DQTQ0YiirPLLNpkBa5wovLGynvbo3VgQskYBZSFU57GJ+MniMEA4B6mPk&#10;uOWTZoAl06A1BBFQKE/D8vl0VLsDo/Hbz3ju/cWWps9BX1WLFFSSbR3lDiMbGl4f4PmqnE1tMHj3&#10;mVWSF6ks9H4o4iytp9J1KjuTKVUbq9H0XPFIhRoq3peqkkfWfUjvI0yFpALXsbfUc3HtPLY7MhVZ&#10;YZ2iEgVSRVWAFAxAOoBDg/5ehnLYtJxkVlBFNUYIwKV9cVr/AJOkZH8X8NHOlSKntoVSzmoWVOz8&#10;FanP1XxoFhVtJ9XAGq1jx7q/+a3aNXiPkV8I96bT2D0XV7h2ljPktkYcRF1/HtfbG5qh9s4zRRbv&#10;heKkXJS4+KSVqB3ZlpZWB/JBQ7TaRxcw74j3btbGCzAU1ZFo8/cqk8XBXV66VrwPUd73beHzTy/E&#10;IoWoJPwUVqLjUMVr+VOhv2b1JRYLb25MG2W3u0efnwEtTU5/ckefq1/hk11Wk+0qHhpKarCaKkKE&#10;Mqt/tIsG+Q+ZPck+qGq+OnxPq0VVE00OJwbRM7hCHe5cM9mA+pCuCPqD7kK0j223Dnwdakg5ABpW&#10;oHrT/D0KBBKqj/dLYO5FTihNflXh0r4ursJA14KvIRnUSgNVXtoHICi9YLgAnn6n+vsMN3/J/f2Q&#10;O7snkPj78YqFo+kuwtovRDD4Gqx9NBup/tpd400UULKu7tr+G1Be8rGT0fQ+0e82dvdWhhjlaF2d&#10;KNEAGOk6vyLDtb+iPU9Ee82zi2utW22kb+A+VAPl8VPIj8Pp1PPX+J8EdMldloI0yVDklNPkMhG/&#10;noHR0Hk+6chX06WH6SrEW59or4HCrk2NuVaXO4/CaE2QWfIbil26k7Pjs1GvjkR1FWIBe4sfHq+v&#10;PvMH2eSaTli3SK+iQhASJJNKkUrQ0BaooCNAr58eoXuInMUJDhRpr8/soM08646fNwz4+nEDV+Cr&#10;M2DFUeNaPCDMNEFaAyI11bwma62H0fQf9T7Pki5kMqr2Dg14PI7GqCWX6kPrYagxIsfwP8OPc1oI&#10;o2ge8vop5cHMgVqngaAevDI41Oeiqa0jjQM0gcEeQNRX5UxTz9ePSeNdt8DnYuYsStwNmK3LC/IW&#10;I/S3P9PcuI5cMIx2BgLJpDj/AEhzMwNv02ZvFpa3H19XszM8lwuua9YadR0GXIAzkqAWI+Go7Sta&#10;0plMVjETMwbQ2aEHy+fqPy64mvwB0SHYuYJdwQTstdSPfxh3Bi1qVU/X/U+yn7/7Y7L6i+TNXnti&#10;b4nx2azvTuP2pmctQV8e4KTJYHIxVpko5XrVqKeoqcVPCktJIymSgqQHi0sb+4c5/umuv3kgKGN1&#10;U6gQxIHkrHzpVTp4KSKgdLbRFkEZjqCDjjU+RB+RHl1myextj77wtDQbg2jTTY7H5j+L0FDXY1sT&#10;NRZOnaRDWQJStTzQmpjleOQhgtTBIySBkdlJMOxKano6HFtSQRQyPXyq86R2mqEFISr1FQQZppC/&#10;1LliTyeT7xqvoRDKVVAsSqQoAAI4UwMUp5+XR7Gg0xjw0VRXhQH+QpQ/tr0IXsIvJNxbULEghma7&#10;XPIINjZr/wCvb2kRho1SIAPs9Bn8sYPn08FJTuQBfLGeve+cbN5Iw6jS0sYIZ+GUyKpU/UaWBIP9&#10;R9fb9n4P1Ftpag1LgjFD6nzP8uqqAlNLHj6Cn/F9e92R/HwE9X45BubAYaKLdG9o1xtfncnjaiFY&#10;8uhSU01HjqunWGXX6HVtbqvIFveU2wrL+5bRYbhIwQuogk51MatQHSDpGSCB5kY6LJchj4RrqoDp&#10;1ca1/Zj7K9J3I18dPUyxttzK5IpHC/3VLRY+eGXXrAijeeshlZ4dPqBUAahYn8Da1O7SRg792kC0&#10;o5fd+fQn6EXYYg6Qv6ibgEf4+zkIxHfdCNjHhj2jJrVTTuINa1qdJGc06btYULYQq1KVAICk5J9a&#10;/Lyr02yZuJSAdk7ik9LPdMVimAIF7G+SB1t9B7A/4a5fH7d+bna4yMO3M5JP112jSUuP3HiZNxbS&#10;zckO7sLVVdVkNMa1wmoKcfd42ZI7y1SgSgIzA4d+6Ubvu5hu01KfStFHi1VvIvniMAgnOOhxykCd&#10;5jiY9vhHiKimoHPrU9MXY22Z967cw+PhqdxYCE5LG5KWp2/kEw24aDxRsY6IMZBSCnqVmamq1ZyE&#10;idil3CkXG0e5NnT0MTSdX/HmpkmpKYtPW7VytPUtJJFFLLNOKXHSUqTTadTCICMX9I0gD3E89jYi&#10;+jEYfQrGuNStQFaLQ8M11MMU4HqYf3ZEZEdo4Sw4/pjPywMjzBp0Blb0XUymVBvvuRKfz1Dx01Pu&#10;GlmjSNpWEEUUxzkFS8USWWzNre12a5J916/zD8/tmn2J8fK/b/UXQyZLEfK/rXIGh23haqmk3hTw&#10;4jcU/wDdbdrZHG0UM20MvU00aVERaRWYjUAB7ZMAj3XWt3J9M8UgKEaQtDHRsE9wBYA+YNadA/nP&#10;bo7Y7QyCEq19GKBNNQamjU8v8nS3696pO1sllJW3Z2hW/wAa2zksTIu4c9U1FBS66ihkWvgpv4zl&#10;IUzlKFZYJo1jZInlW51ewtrfkTuGepq2qvgR8XyfI/lMOP2UFjuxZQqfwYi9hay3Fvrz7PPoLSMo&#10;Begx0xXUDn51yK+uadH/AO5rZgS+xWdSMYpj7f8AP0vk69xcaqq5KuVGk1BVrdwAXW9wG/jhdQt/&#10;TzYf4+wA717pp8x1Z23jX+H3x82DPnet8Tiot1Y3E7afJ7O0b5+7bcm12x+IpqiHc+ZVxikkjZGS&#10;nS73X3efboljMqXbeL4gaiimAtGQgk9pPcaZ6DHMu22trtt3Imz28UnhcVAqO7jnz8sdT6PZC0eW&#10;xeQh3FnhBjqmWpOK/iWSegq5pcb9i33CT105liIXymOQyRiQalVW9XsT/i5X5qDpnDxY7ckGKpV3&#10;NutvsJc9T45vPJUY12n+wqJ42cyt/uwD1gf4e89uSbi4j5X20mZlQI2NagqO3IGajge4Cg8+oZvt&#10;IYtIpGcE/IfLy88jp6ysGEesDV+Dlr6hkhH3UeFnrQE/cVEaqhgkACc3BPp1c/X3L7lq8jLv/wCO&#10;dTkMjHkym/ctDBNHkaTJiISUFAXhZaaV/AXYA+oAv9ebH2Ip6ybrsl3Pclpe4E1qSB/xeqgwfLpF&#10;KFFi7Bs1yamlPMjH5/4OpWIjxsIqIsdQSUCKsQdZMdU0Cvw4TR9xHGJQg+um+m/P19iRuidPt3As&#10;FNNWxyMql10vRT6eOQ3B4t/sfp7Y5gnllmjWG3ErPXSxfSxKjAPkoanE+fSfb1ckEjV5jPE/OnAH&#10;9vTwn59lS2ru7I7Mzm2t04aR6bL7dytNkKJ0lnpvL5qWpo6ylmnpnSeJK7H1MkLMjB1SQstyAPZA&#10;m4NZywUVz4n4dQChWWumoyamuoDJHTs0B1CjENgjIFKcDXzNePUXJUEGUoKqgqEheKqhaMiengq4&#10;lfhopGpqpJaefwyqrhXUqSov7RHyK3jkewa+o3dmKalxtTX5LF0tJicfJPNQ4PE43FHHYbB4+epJ&#10;qZqSipILmWS0k80kkjAM5AjH3HlufBhlZkKvMSQpoqkIBQEZ7QKGtSTk8el9gHDsGYEUznFfOnn1&#10;gwuLXD0EdIaiSsqGkmqa6vmVEmr6+qkaesrJI4gI4jNM5KooCRpZF9Kj3ZN/IUiwtb8lvkDis7Qx&#10;ZClq/jviaqBHV2kjmxvaOCdp4wjodaR1BBvcEce412xZ5rW7WMwt2iqTAeGSokpq8gBq+I5qQRkd&#10;N3y34v8AbPpJ9EmpqilQRTK8PMcD69a/P/Cj3fndfWHxR6M3r0R2Fmuud4wfI/HYCoyuHqKKnNfi&#10;c/1d2WkuMqvv6Otp3ikrKKB09IIkjBB/Bv2+dG8dq/Hz4qd0dsbR27hZN+4rZOWi67aupZq+ni3R&#10;kMfUCjzlbjJ5vDU0WBpIait0P+01RFGjq6EqS7lC0vdwv1sXtIIYq6HZYwUQI3cNQNC2miAmpKtq&#10;qGODj6q+YMsd/JHc+EC4YjhkAKeIo2muOBx1ru/yj+wf5hfzX+efWHSe+PlH21J1BtOfcfZHeS0U&#10;2AxxfaXXUmPZtl0+ex+BiraPI733blsZQuIZBJ/C3rXRkZVcNmyvib8Ouwur+t959ldP4rPZXKdO&#10;7C35vLLzbu7bElZlMn11hN1btylLRUvY9PjaOtyNZPUTQ00EcdPG7hEVUUAGO4rf7FK0dlZpJFLM&#10;x8NXTWyeKwUaQlfDQUDMfhFM5r0UbdNb3tm7Xl0guXcIpdaFmyBTORXNfOmD0Hfaf8wn+c9tb5Dd&#10;hdddWfLDsLB7PqflPvTp3qzFTbd6QqMNicVWd77g6367x2XyWQ6rqsmcBj6YUlPPVzSy1JRGd2aU&#10;knWLxHeu/tk/L7N5XpvcO4uoNp1O8sxDtbrfb+6t2ZXZG1tr19JNiKTDU+G3nnNypVTTYkGokmqX&#10;nmjyMzzROmmPRM/tzZyfvy32+7jViXdCulSS5oe0nyRjpU8Bx+fRbvtslvDKYtQkVhQqSKsKZpXh&#10;XiDgg0633cR8Xdobm6F2b1F8k3pfkpn8btfbND2B2H2BhcBTbg7B3ThZKHKZHPVz7Vw+2KagpK/N&#10;0d1pKWGngNCBTSrJGZBIfk1MOuawkjTVM131zOX8jlhI8jNJJK7NqubszEkm55yMlhmtZVsILclk&#10;YdmtTpWumjjIAHqT9hPRNay3UqEhtTg8K+fmT5Dzqf2dDstOsSRxxJFHHGkcUccSJBFFFHGqRJDF&#10;GqxxxRRqEVVAAUAAW9suakT+A7thUSIs20N0xFyockNg61xGQSLKCukngD6m/uN/cG7kflvd0hSP&#10;W8LEj4aMoAwD2ggA4+PNVHR/tZZru20AA1x5AGhBPpn9vUXJRlqSB30t48phJAurx/oy1FZgwDHV&#10;6rgH6/Tj3TD2yE/vRhFsdBw8bSANcKPv5jpRiBeMKTcfT8e8VtuD+I0pl7w4ArwPmKHzp5nhWvQs&#10;vNTeGHNWC0Hy+zpcezg/E7tXM9N1W2N/4CgxmbrMPlN300mHzSyHGVaVtU0QeQQ3NPkMeWE9JUaJ&#10;BSzjUEY395fe2O7Tbdy/BceIPGUyBe6o01JUhK0qjV7iDqBIHUfbusjzMY30TBqg0BqCKVoceoPn&#10;0FPdPUmG7t6+zHX2cyeXwtJljSuMrgpo6fJ0r0tTHO0SSSRuHo66NGgqovT56aR4ywDX93+bD7b2&#10;R2PT7H7m2wxyeTxtNj6Ldks8WDz29MJVZTGYaLL9KV0GQw9VPhtotDGM5lK3b4hkp62ljlRZfK6C&#10;YrXZId0muefxc29jPDYus0wjyyRsHjt20lu53MawKFFZa5oWBWQSXe5bHckbqlvexaqqmkFNArrV&#10;fxl0GkLxOKnHVC/YfxX7Pwcu7emcnmKDrXaNRJvCvwuPxzZnbWwsxBHksxmo+9Hz2D3dQx1/bWSy&#10;dTRbd29hNyT1EVdRB6eeWFIkdjQ1u9I6jGyV2UxGWwtbnMjTbdp6WsMOajwWVpqmrGE88GDeoo6m&#10;hz8sazORUGnAeCKoKyFlQU8gJDzTt+3czWdpJA8ts0s0MhVJPDUHxI/EJKo0JLEmOrF/EZSadCH2&#10;95M3xtwn3SXma4+ja3IeE18FquGWQA/2bKvxUAJJJp0RPYXQy0eV2tQ7Wye08lhdm7f3L2Vn5qCF&#10;9lbn3/s/O4qgoN6UA3DvR4a7bGd2RROYaCYUH8VSpatnoWaJVklxVlHHPgxBnId01S4rbwz0+UeK&#10;or51zFLjs1BK0uPxFTE9Tl8S+QlqftKYrFKTEkDNJGhUN83e7XKHJ+47vBfBoIbeVaeCFZZI5Ark&#10;R0ZpCulFUtKgYtVjUMSZDWWXbb2eCCk0JegVXUK4Zgc6s9yii+uSePTVNuVcdvLcsnXcXWm1YMz2&#10;HX7KoMHjcnjtrYafYGTqdl5Ja6l3RnaKtmj2Lm8XtajxMuRyqNlKeshqqmuVIKuYSBXnMfvPaMG3&#10;s3svLx7638nSAwux1qIM3Rbb3PuLbtLiaWHc++BOwnoKLL4OWOWmWpH39PkNCT+SESD3vcOYeQ/e&#10;72z5q2PYLVDt8u6m7EskVZ443InkW2BQMj+L+ky0Ec6MxRK46J9q3VLrbb15zKthJezuJVBklCai&#10;E0g10phoyAaBe5RqA6MlsfdfV3d/XPcHXG79jUfR3WuC+Y9H2z2rX7qqdtP2JsnZ3ccue3blNg9O&#10;rtlc5i58pt/sLH1GPycuNarwtXjHqqnHiOuaNTVl8wdj9lYztjZ+6cPRCr3v2/tnE4XM0dBQUtPT&#10;ZDPZOtx+SlraLGxxy4OiqabdGFappjOjUMBkZmj8TaPfNj3I5T/qTz3uvKmxpctZCSNolkDFwGUS&#10;wrmp8RdZUAVNKCpPTl3JZX1l9eJCLLSys0ishAAKmoIBrp8wM8er0/irunqzfHx4zOzcLk67I9e9&#10;O5zeXS9S+czldX5KPau2KJYcbjszuGvFLlK102Lm6SCSqkMdQ4BLP5Az+191fvX459ObsxHa3zO7&#10;pyMPeHYuKrN30s2+ds76y+Txc2XSWk3Ln9y7n2jgsxSRPFXtLjqZqWajpqcQMKGOOKNnCf233Lkj&#10;aea4LjmndJkhhV2Ux+JoSUYUPJUyq6nWVIGrxKEnSOmormG3gg/Qke2KgCiF10AaQNS1wBkk+R4V&#10;6K58v8Z8i8N0rjvjL8C+gaaLqrYmAxO0NxVm0M51zSfwnZ2DhxlNjurNi7e3jloaZs7V4sxy17V9&#10;NV038PZkn8ktR43ELsHur4/9kdgdS1OC7E2FuvoLANn8nSVm0t8Zz7Td6UtNh48ngv7kbix+Nlzu&#10;b2jk51fP5KKUUcWMeOONWlkqzJMHOHLfuR79bzBJyZtiNydbW8kcNyZY7e3WNHWS7vRHJJEWdFKp&#10;dTICvj6Y/EqzURrzJFZR3E19aLIGlIjWLUGcBRiTVRFZiK9vBBQnUekh8M+ufkHtDqruTf25ett2&#10;03yh7H+/2jjafeu2NnbQrcFR7TmyslDlEz2GytdDiuv9/LUo9Drp5K8V9FIJpmgioUpa4vlt2psz&#10;uH5O9k5jqTfr9ndf0eE2Em1qHZz7i3hQjJ02Cfb+5ZtpbXw1HkfBM9VjlSrlp4IYzD43kIjZT7iC&#10;+n23a5ryP6y0YJM6RtBoJeEBQjN4VQG7dUgBFHNBXiTO5vWvhbyQyFojCvatcHzBHqoop+QHR6fh&#10;htPefVHxs6/xPd9DRbX7Jkl3bkN2tX5PG1j09RuHfO4dxYvG1m4Y6meGsenx+bhihjaomkjRPEWZ&#10;o2PtD7c6d3juMxnce4dqdM00lbisfR0W890bObtfNVOW1LANtddHMVtLiWp20aqnPPEoMi+OmkcM&#10;FFftzysfczmjbdhbmm02GyuHZWvLkajqAqFjhDKe4YXUwAbOT0G9531NriZvCMlzSgABJHmS1AaC&#10;g+efKvQ5t2xt2pytPicJR7kzqyrWfd7gxW185W7Ww7UmhVTJZxKSOjeSrdz41p2m9MbM5RQCwLb7&#10;zO1cDlM51ntDfHxno+udq78wO8NvVmW3NvPKdqnsDZWWhqane24ex6XZtRT5XdebRKvH1dGscuBp&#10;IGRaKlhYeZl11y1sfKm/7ls0O57dulpFeL4V7FM5DolQXXA0iUVEqMCEkH6Z/ESy9vfrbSZRFKVd&#10;CApQ/Ey8T54ODU8DgDpLVbZGmyk2erMF2xuHJpisnjz/AA6m29S7drsdlo4poqFdrzbjotRxcsYM&#10;Uk4St8hdXmZG0iyn57UHSXavTmz+2tt9zdSSZTEbE2vjdubvy397a+kzNbW1M23qOTEbrxeKloNu&#10;Y3F4fJHHV7VdExq6qlVEp0kRn9hLmPa4IN+e6srlGtXPb+spo0uWcChbuKALXuNa6QtAXtiuni5d&#10;tYJrMBgz0qSWXUcAUGDWo0ngKceihfGPKd09WZnsGhq/jXu+j2j218hO5O2su38e2bicv1/j920u&#10;PyFNPFtuXLzSbzy++d60lXVTUtHUgYqmqTUyTyK6witzreszex+uqHZdRBiMpSrlsluSkzGA3Vkj&#10;jM3itwxUtXicpR1lFTIlZjainDCMtHDMrao5UWRWUSdtOiHarHx+Cggd2Tx4UwQPOlcZwej6xBZC&#10;VZGgY6hWv5+nAihHVk9FUrXwJVIlRBrFnpauFY6mllUWlgmS7hZUb9WlmU2upIIJejuOpZmQ48xL&#10;ZrzndGYnkgLL+uOCenVJSpA4LBf6+7sJteot4anAVa0YUpihxXNa5Pn0oMUhYkr25FFLfkK1p1Ns&#10;b/X+l+Bz/wAj9x/47NEFi+xkrDojL1bZ6sogWuW5pUoqiMaieLNwP8fb8MghaspcNnSC1fKlfRVU&#10;cfUkAHpUo7a1GMfEf2+eKY675v8AXj+lvciHPTSyBPsJYS4a075ySqMRIGn/ACZ8dD5Rq45Zb/W/&#10;tOZkcmSVFjAXSDQ+RzqPpnt8gc16svhkszRgLTyJND5DPmeu+eP95/x9+OcSFysmMq52SweePLQw&#10;KzEEsBA+Mm8QU/gM1x/hf353YLGxRzK3aO4VavArjzXJJ9OvN4lVohyaYbJ8xj5fs66N/wAED/YX&#10;/wCJ945M1FIjpBRVdPJqJimnylJVxDWwLK9PHjYC7EcKQwA+vPtqB1eR/EjpGFA0gitFNCK+XCvG&#10;p6rEH1sJIzSgqK1OKn88+Qp17n/D/bf8b95Bm6VBaSgysrgDVMmUxEaykG1xHLii6AMDbkn/AHv2&#10;5PLEWpE7htQxUUOK0JAFOOB6Y6uV1NVFIoa1rgV8uHH8sdd8/wDFOP8AjfvIuWpahT4aWupBEyF2&#10;q6zF1bNAt3eKIRY6LxOONLNrFzyp9l9xeRmcvMyGN1JAVDkmgJBpkCmVPpUdMsdLHUKN+0V/IeXX&#10;uf8AinH/ABvn3DfPYssVXG58esWDV+1/Rb6KJf4WpJJ55AsePaeXXJI7Thwo+Gh7SOC1UZrTPb/L&#10;rZV2KuytQcKHBHzHEHzp5/y669X9R/tj/wBHf198Bm6O6MaHIJTpG4kgU4OSsaS9leOrbHrTLTt+&#10;Qylv8QPa22mkjkUrI7wgUqx4mncQpFBUcBWuOHTisSQe4j7Rn7Kjrvn/AGPvqfcuL0kJis+rWb6S&#10;7TkZuNJXV9mqlGH1J4F7/X3qNzcEyNGW14oRQFVOquoEH5Y8646rlgrFGK/aMgGtfsB64+r/AGn/&#10;AHn+v/FPeSbMY6FA1RQ5KbWqPEtNT7fDpCYwwFaalI45JxKRfxegJzb3prgEMLe2LWzHhqOoV4nu&#10;7jQ+pyB1sEyZVCVJzmhB/wA5/wAHXfq/w+n+P1/4p7bzncRJqhTD5AF1uJamj28YVYgkaxTT+XRx&#10;+Bcfge1AklnEbQsAoNaMTUfYM1qB2/z6ssjmMARkAetPL1xnrv3lXOYqLQr4eokk0LrlixuGkpvL&#10;pNzEstbFNJEp/wBUoN/bsQcI0ttMpc4oWIqSamleHbUcOIOeqKxFSW/YRn/Mevc/77/ePYz9Pbwi&#10;k3ft6goKeTGTS5rHy/crRUVFU6KWojmZY3p6qpaJpiCrSAowH6SPr7FfL19cJMvgXE3hANrwDVCt&#10;AqBwQ1V4saMDgEdEW7Ra4WcqxpTjQeYpT1x8vz6hZGCOooayGaOOaKWkqYpIJo0mp5o5IZEeKeCR&#10;JI5oZEYhkZWVgbEH2XfvUSZDsLbVLTxqktXkd0UtPGZYaZDUVUWXhiQ1VRLBSxeadwC8kiRBmuzA&#10;c+w1ztDSzfu7XgcAcMnTUf7U4PD9nXmYRUkYVGo5/Pj/AJesqOsVKkkhskdOruQrGypGGYhQC5sB&#10;9AL+zgfyqev91bZ7w3BJvzADEbTm2LLlK5p9x7QkFRU4VMrRQ1UUOK3DX1MlXhpM950KxMUsWDCx&#10;PvHnd7S5g2Tdz9GfGeIpG9fgeSgrx9FIB4g8CK9JRoO9bOrIkmqZagmtVBVmHnigr+Xr0Un5Z7og&#10;ynT+X2ztDNSUO/NzZbauM2kRt/NV8tZV0u7dvZ/JYkxxUUcQpcrhcTPFOJpooXiJDa+ELTvPYi9Y&#10;78zuyjvCTfxTF4zOHPHe+P3ytBHWM9Fjdty12PCjEV9BQUeqWhlMs1OjKjSuVNsFPfM0n2YSKpuf&#10;Fmq5QpIy4znDR6shgKFyfn1lX7blVXdxBrFtRMcVJqwHlWtPyof2GP2Vuan3XiqrKU22tybXiTM5&#10;Wh+z3RhDgK+uaiqWhbM01G0skk2LyhHlp530NPGQxUX9tPnPi/Sui+i2kafpo0/8G18/1tz7x+8M&#10;auOf9R/wdSRoHieHqFafOvD/ADYp0r/f/9KiBwpQakQBmsqkBw17eoNw8ar+Cfp+PfOSBLkFjHIx&#10;IGR6Y40Joa54fmOsyFSRZCQzVr61pj58fXrf498fGqFgq2vrDBQFU2IYkjglIzyG+oH+t7o0hlVT&#10;IV8XyJqDU4pQClSOPXi2rucgtxr5/Z172J9H8nOyvif8ce+uyusqzDLkDvL46JmMTncc1dj9047B&#10;b2zWVpNvVLxvFUU9JNXymoqfFJFJNHTBNejUrSJyfyntHON7se3bjBKIjNeAMrisZksijEDiKphW&#10;/CTjNOgZzhvt1sFnFuO3ECdJad2QVYUKfIEZ6Q25Nn4bcW49s5avFWmV27QbojwtTTVTxJTjcFFR&#10;4rKtNSENTV2qjsqCVXEbHUBqsQYn4UfLrMde/JDYO3t+7qyeR2n8i9u1mCrajOV6thtudqPu/K7m&#10;2Xm8ZDUVDUG3sLnchuCvxckcKRw0rV0KRIFjX3042H2/23dfaE7PZW6Lc2tojxyRp+s6JAYpIWK/&#10;qy6kVGKKQZTF+oSK9RZcb3IN/a5uJWEbvVjxoWC1IFeGSaeXVYv80n4g4zuXpKp7F2dtPEQ786a3&#10;T/pIlGJoFiyO89qVuMwtB2LFlo6WCD+MbjosPhKWvop6lp3LYeKK4DkC/Pr7umi3Vu/sHZ1LG7Dr&#10;BtgYLL1qzGSWDdG5MPkNyZXAysbtAMFRCnilUgl5pmDEFfeP28e2k8fL8G6xyI9xMZAIwjJ4kcaJ&#10;GJGjA0+IXOpDqXsXUoIr0Lp7uO7vrlIaaUIJIHEACtB5nzx5Z61sPkH0G3U9B01v6vyVJQHvXOfJ&#10;Pe9DHUTY+d8ZsrZG99nbc2pnMfVVskBli3+uTqa0DRK8VMINIGvkLPmZ2btHZ/efRGZ3jkqPF4zr&#10;vCbC3VvagilDVu1dq7o3CJNvZbKYamEmXpsfm6RTPA8sa+enjeSPUkbH3hf7Y7XeD3R5lj2hmkur&#10;u8e1jmw+u7ih0yIG1GMOhP4SaVIcAmnQ62a+tbTl/cpTddqo+oihK1FMgGuRWnker+vh5szO9ify&#10;lO69ibTp5NyZ3e2zvkDtzamKofHBU5Kvy23shQ0GFpaieLGQivnrpfAhYxxpKwHkFi3scM58jums&#10;RNkRWdiUOXlpqioFPFhIKvM1otMCFFRFFBS1NwoClX8QXk395Zp7d836LcxcrToGUeKQpWJsFS8Y&#10;aulASSzU1kmg0jqPZ9xsF0ysxZzkaRQaT6LngOJPE9a/WwP5Yvzg3tRYKmwnxvyHX1NVY6hNNVdv&#10;7k2116mPVKeFnos5i8fV5TccWV8iBfHKrSeRWve1/YS5T5gbOnNWNl7M3jviVm9UiU0dLBA/0Zft&#10;oI8hWEeSxZigFja3uRNr9nN8jks4uYJU2yBUAR2JbxKnBdlISPtwFrUmmanovk363t6qYmBOAfIj&#10;gRjzpn5dGHxv8lXu/FwUtX358oPjr0BT1tQXmxU7mprFiZyxjw+492Vm2MVXVTq37a63KNfVwD7R&#10;WR+SfdVZSpPjOuNq7RxziVIMlmHpyiQsRczDOZTGyIIyosyxageB7FkXtHy3ZXOm+5xku5nKsUjc&#10;ppoDpdiquGJqdS8G8xXpFc75dEmKMAIaAkscUAFQMj7ehV21/LR/lp4fNT7f3V8ju6e/N6YxI1r9&#10;m7Ix248rWVdTbS9HjE6v2NufEh6llPjU5BWRf7YBv7JV84+293bt+NfY1Dufd+2K7ArtnaSbg2hs&#10;GunmG7PtN/bcyGXeszdPh5qHb+TrIE/yZ3aeClmjQ+OQagV8PIvL+xXVrctb313F9WHEs5VXh0wt&#10;GoiSoZlYEkBVpQktToqurqaaJy3cKefaGPEaRxI/ip1Y18GPip0j0/2PX5npX4r9u9ebwmzXYL7P&#10;7a+Q+zMXsut692/nNsVlBhMBt3aOR7Dl3ZvTD4+dHjq6r7KgyORjqnM0sSIpFA3yC7H6SfKbaoer&#10;PjRjdv4yix+YabJ9s9sdgdnbxzYqMmrU/wBy+ArNh7Y2/wDaJE3mShpJBPJJfUoUAuvJD9XceFbI&#10;lsAg0vqL1pSpOAK8AoFAK5PQbmN2zJ4rQp2+SsfPzJOfl5dWZ9R9S/I3Drmcj3v8pqnsrM5RqF8b&#10;iOtOotldQbG2mqUoXJUuLoMlP2ZvLNfd1nqSbI5ycxxqFWNSXLF3XsDbVgG6M6lY/qZlyna8Tcg/&#10;pCb/APQv+sPaozwIFU2Ues4rVgMedQafKnpjrZ+qUKDLFx46T5fn/LoZ/wC5uaEocdl750KDaFod&#10;kMhJJN3Y7M8rW/HqHvhU9ibVNLUIeiergZKeZfKc/wBt3jBiKkon9+wrIv15P1496gZWcao9cAcE&#10;qK6WIPAHiP8AN02Y7qhLXK+Hx+E0J9Bnj1lO1M8WjI7G3aET9SCi2V+7z/bY7TLj/kEr7Nf1LmMS&#10;+e7TqcztuvxJyOa2DWUe3tpZyCpxuHon2BRrHAmT3DQZHIVsJpvG8es+WIsyO8hXUZ55eWJ9mE6S&#10;KkgYCldIpxoXodNK0U+uTx6daLVrMjjxK/YOApnpwWl3JDj6Cnx+Zx9bUwQVEVZks5ipHnrp1kVY&#10;ZzT4mrxNLC1w3lCoFY2KhRce5/f9Rtyq6prhiqLdMFdHufZkizZasw1TRCFcpJ5bpQ42jqY6mRT6&#10;LMV/1QPHtnmt1gtGD9splcgAqV+Ej01OTjOBxz5daU0IBUKdfkaj/Z6mUEe5Vqb5Sqwc1JpeyY+g&#10;r6aoDWXxkyVGRq4mUG9xpH4t7MF8BpGT4vdZtGSGTeW9mmUlU1RPlajzkG9yhVQrAfrYC3094b3w&#10;b610K6tUIKgZqQSB2/Lj1NHIgA2a3LUNWOAfmc8cHpqrEDZHO3uAYMLdgCD9ajgG1mPH+wBP9fZv&#10;PO2k6/IpbQWUAKyseUvqfltNiL8BTz7Z8WYK3hqrkMQCaBSBxFcgeYoOJ6HGY6sgDAnNO3z4n/KB&#10;g9SRElx9ALEW1Fjb9JNrX0/i/utf5zK1T2X8ZYm1sFxvyKiOtI2sZNlYh2UKHOpWCgm5t7KLJlG/&#10;bpJwUx22BXAEkuP2sfnnPUdcz55m5cYUr+sMH5evTxSgLzwLxQ/1tYSSAHkA/m3+w917ssZF/FGS&#10;wQGQIjyElTwCG9EYU2APAPsciRnY1k7qcCfKvr6/Z0beI7BRqJelM5NP8/8Ak+fTh7ZKuOP+FbjQ&#10;RLEBgWZiEAa+uqEbBQ5X03/2Fz782qhGr19PTA4dEm8ZtLsmgXwmrTjw/wAvXvZsPhI+Mj2TuD+K&#10;fxi5o9mmmGGTGySWNPm0c1H8QngVFHAULck3uBxfLD2kuY4OWrJxGoaqVOnU2AxqFqCQeGoGiefl&#10;1ELsTHFQgJQV41qBj8j01ZL+MXh/hKYx7rL5zkZauO3Mfi8IpYpAedWrVb8W/Ps7q1G12QF/75Np&#10;uFaOm2yio3/IdSzC17Ef1+h9ynBf2K3LtC8quDV1kKn4iAGU1LA0GpmUlRSjA46LZPGElLdaeZDH&#10;iOA8uI49Nb/3y1jRFtgR+nVqny2q39q2mAKTf6X9yo59plwv+/5WyG7GLaoYNY6SpaU6hfizXuOf&#10;r7UxTWkN273bs4YmgHCnnqA+ECtag0aoqMdJnEyLIJiNLEYBr9uAK08xT8x1jb++uklU2pfWLapM&#10;xbx6xe4Ed/J47/4av8PZRe1MvtnC/IrauWyG1qjfO2YNh44ZHa25twV21JMszRZmJmbcey5Rkcb9&#10;pVPHLEYr+QIUlUq3AC50O3wz3UlzYGSIopMbOENWX+KKhC0APbmnEVJ6URrIUIhKJKT51IH5dcMr&#10;jN2ZjbdfjqPckG0NwVE6fZ7gwmMpMz9hTxVkExC4/cdPUUVRNVUkbwv5I2VPJqX1AH2i+2e1dpVO&#10;3qLH7d+OXQm2ahs1FUDNZDH747GzYp4qOo82NSfee8ZqFIKksvklWnWWyAIygteA98uYbvw2i2y3&#10;ijSoGkSE0oKdzMWan2dG8UN54YEk8VQTkIP8JqT+eekvQda52PIQ5DMdu9k5sQ080Qx3m2phMXJL&#10;UGItVTQYDa2NqpZYfGREpm8aB2urHSVLud6vyf8ARx0bc8g/6K4kAbT9Ywm4wA3P+39krSx+GiNA&#10;hBGTRgTn7eA8gfLpxo58AzihGewH/V+fSsXamnT/AL+Tdh0/6rM6tXN/Ven9Vv8Aevfce9l8sJHW&#10;vRZ0zQSaP9GUqrNpkUvDPp3SGEMouGZSGsbixHtyF18WJhaoQCM91AK8QK1694c4oWmUqKfgHWVN&#10;tMgIG4tztdWF3ycbFdX5F6W2pfx7Of0fkdtx9eomVx2bSr/vjvSZYcFkMXFi6GmmysctPRU4yOPr&#10;K54qRX8aF5STGqk3N75K7OLNtus4y516WAIppIbIBr+IYC1wBWvTKxsWkGrtINMkA18vlTy6caiP&#10;NCVBRVGNFOsaKfvaaqlqXdVIZmkgq4IvUbH9H9fYvfxDZDSRD7DebDUoULkttBiCb6kLYnSCwvY/&#10;hvr7NXniVdF2Z/DAJAojLj8PpQU4Kc/Pp4LONTMtF+2pNPL0/wAvWIpuTSNNRhNX5vR1+n6fgCuv&#10;9fYE/GqWE/N/eopvuDSybL7fjpvPJD9ytMcjhJB926J45J/GLN4wF13PC394l+5AD7hrGWCMaGo4&#10;SilAT86aeHQr5LUnfoBo1SeC4ofkVpT59SaoSfbUn3GgzLNTGUwqRD5QPWyK7F1i1XtckgW+vu1W&#10;KoIhpgCscRpIHUHVyDFH49CCM+SR1WwBPI/w9xVPIIvFT6UA6tLUB+3IDDTT7Tnqc4ApUfEpGCe4&#10;V+3P+o9RViB5BYkM1uV45IN2/Twfrxx7IH/MPYTdU9esVVlXvXY0reSFmBD4bdcRR5GSzKbfoI+n&#10;FuPbEbk3ts2QQHAB4GgQ1A48eIOa9AXnsRmDZ5Eep+tj8snjk+XUmFdM1N+T46kX1C4F4TbT+b/k&#10;jj3WnVUVGryD7OgsskqteihSxuSwI8NlPH+ufr7Fq6yqu1c0pjjXzA9OjNYwEV2HHIJHH/Ufy6c/&#10;aL3bHAu3M+Up6aNv4NdWWJQ4/wAujUlG0CxYC3BHAt71K7tHNqapAIPy/wBQ6CnNBc2N7ihEef8A&#10;eh173Yv8bqrBRdRYtcpHuh6lc/uRtWFXCGiSJziyGtkbVTVS39Xq0gWt+fea3Jz2y8u7eTFI7KmS&#10;uk57SoAPGorUNig6ia6ikLhkSqg0wR5DhmuOmqs/jflJx/8ACvDpTis+78uv1eTmC6abWtxf639u&#10;vaNRiX3P8f58cM3GI+0avzS5gY1gyPi6KxpRjnKAqAQ4e34t7FopLuuzuqugDMpqApUkE0NMk0NB&#10;SigU49IbhZ2gkBipngcU+3hjrJR/xMmX+IjHj0IIfsmqGYm7mTyedVFv06bf439jJuARmKSVQ50U&#10;9TGgOmNTE1NKLrCdQVCD+P7JPuu6SND4iSsWYnPDVQVrqIyKE6sZJAr0X20hV9MikCuafLz+yvp1&#10;OT6EH635/P8AvP8Ar+yZ1EkaRwLaREWWn1SAjQxRWOgenUo/oQPT+PYUuTMsaxrMskKmqkDTWvr6&#10;VHGhBJrTpSVBClApShIp/P8A2f5dc/YcdlyNNt2EuskQXL0pF7ByoSbQeOCdB5/wP49xn7hMHsrW&#10;v9oZaitQDqB1U8qA+XEevS2zULIa/GVwDwyf9VOve7Lv5EtcKT5d9o03kjD5H41blWIyD+1Qb72Z&#10;VOLAg6vG97f4H3GltuCWVnJMYgWidPiNA2oSIP8AagsB59xXy6UyxeNd2q1oQX4H+iaU9cj1oOJ6&#10;o3/n97HG/fh51hiGjyUkcHyi63rJhioUlqxDHs7stHYM6ssMSlxqf8Dj8+7rf5pCtVfCLsyR5BLU&#10;rj5KcyqLCWGXbe5GidCeVUgAMQePpb2PuRKJuStHaulnOkhaNyDpdNKyRjSQGII7UK8CZNZIC9Rr&#10;sYvP9cPmMXIZrfS4UsWxp0ArQ4ABygHl3Vz1U3/Ixhx23/n/AJnbWFpoKPEP0729WLTRgR1MdaNy&#10;9dPM9ahPlaSo8zMTJdgw4IBt7M51NM1T8eeu/GsZ1/FzY7HWSoDP0XiAosTYGQk6i3F/p7TbteWc&#10;e4SSNeTeOGlQiNFA0mUaqt5oAqiICjuaiStB0MBbyJs+1O4Y1uIxwA7RI2Ac1p5EGvr1W/2hhJaD&#10;5H1kxhnWnk/mG07Q1DSl3kkovmlk3YhFTQftY3BVFvpjuWJubaalXMIPkbHIxsq7jpNY9WqS+tCb&#10;8FfKR9bf4j3KHJpRudrZpwVjaVwc0oCopT00mh04IPHpzfYw0U5aukH8/T9vX0Sj+lufw3/E/wC9&#10;e7Y0c65ibFWkmFlLs5jZm9CX5A1kXP4tz7yI3W4CuluznxcdwpoLH4deakqFyo1ca0z0GrYghFLt&#10;qUCh+fCpp6DgM9J2ReeALgL9bAAr+T+Dxfj225RrYrPl9C22tuWNhclfXt/JKQxNlOoWAPHNvx7i&#10;PnyV/wCr+628UjSQNBIaMmk6iBSjcQRxOD24r0ebaQb2BEbUhYcf9X8uoeRj8lEy2dj95jJQEClw&#10;Y8rROpQMCOLXPHAv+fdMvbRC7h264MjB8J9XABLLkGtHq/oNXPvGC1ANyU7Q5IqpWlCMEBPQ+uPX&#10;oW3gP6QqA+mn+odLD2NnVkpG0adQwAXP7jSxv+KmKQrx/wAdATcf1t9PeUXt4kSbFbLLHQeIRT8N&#10;CxGnOK1/Zx6AW6il04rig+zhwHz697Nv8dt95raXbe06rD53cWDh+9kOSXCZL+GzVlIMdkaU09QZ&#10;VnoXYx1FrzRSqUJAF7Wkpbt2tUtVuJksQW1RrIFVsExggghyGzqINGytDnpJt8atKwZRQafOn4qj&#10;PE/Mj5DoNu3Ov8H2d1/n9nZ/bm1N00eSippYcVvTBzbh28chQVtNkMdV1eLpaqhrZ3oK2lSaIwTw&#10;ypKisrqRf3aftH5ATY+pqaLPpuLP7XzET02Vhm3lIM3Qo0ciR1+3KnGY/GPjq5ZComYM6NFc+NmA&#10;BA3NFxzNHtkUOzb7PayQOZNMMjaZGUFhA/4GRgSHUjuIBpjqQbNLyKVZ/rDpKUZRqoQ3m7EkE5xp&#10;GeBNOq9+2PghUboxEGa65rustgdv7aDVGx8unTNMnXuSqvuIqg4TtDBZzN7uTd215WVvHH4oKqB3&#10;PjnjU+kYMHgKvblRh94bhykwwstDj67Y+5cN2RX7uqJ9w5WmqQ+KWDI5Gjx+V3FtnRIY41o/BWvF&#10;52iWON4QzyhacocyG8PMjW9nv0UdDA7xyySOylV8NpipkCgURVoI3Ix2gFb9HIYVe3UGIkVUkDuB&#10;7FLHILeQJFB+XRH9y9ux9m4Le/R+Gwsm3+x6PJ53bPdXR+6fjptbqWKXam35aQ0u5MBlcBtfM5KH&#10;rHsv7qnkMpzs2XxVHKtGZBWTwVTRextp7639Wbf2nR5TddDtfcVVgcvvTsPDT0WRhyOzdxtkts1O&#10;ycxjmLjcGM2rvjFx5TNVULR1dYtTMYqeOEqVzl9udw5a5d2+bn21WxmvEtvDjspQruk1rGshmWeM&#10;qsUjxNLFHUSKJ0Kli60I55bfb7G2S5tIMppCxChcMmGPkAW1A/kSPPr3VnZexOl49zb+jxnXeR3h&#10;1U+Y2R158bcvhsVQVmT7Q65xi76ftfAbhrf4YvVeT7A6Q3QMLtvEtDVUsRo6Sn+7nq4KkyBL3J2Z&#10;1vRbc65lwe8Mvu/MbZx+IzGH3bS0FFkMTuE7byTRbkgjyFZMKujircdRtTY9afzUEMi2Z2ZC3vmP&#10;95bmLat392JOcdhubV7OcRyqLdwwCMXLKWQrVlooLldbK9Q2NIQbqDug3FHdRDOziimukMANJFBl&#10;RVSOIIrU9HP+JfWHyHly/fNVurZXV/XXXnbG+exHyuyhLlqTdW0MdnNtYZ9kri9v4Okg21kK6oym&#10;RrarO1WZaDMVgkSVQsciIRa+Qm9MV1r0nSbxrKml2FDQjb9alLVwU1BVb3lztC1QMHjamOkmmyP2&#10;lZXCWR5dUAo4GZFRXsRJ7h8p+33KHtxsO5Ny3af1iuisjFzruJp9ID04r9OhJYgBagqQPVFtkX0e&#10;2xQq00dsBVCX/CgCha+hAFDmpyeii/C3Nbi3/wDLfddJk8vke28Lu6Ps3F160W5slmKL47zbDzkW&#10;Ew1VuPENmKXD7YO5cRi5KJYKCE18+cyR+6adaR5oi6bRze+txdWPT7ti2lh9zbwo5qyozlR/dGlz&#10;G09r5LIVFeNt0NNU0rjH0eTwQ/yqJYUERnaW5IFhN7FczjlTZdvueZbF722tBJJbwiNarFK/iTQa&#10;dJL200hDyRMQjaTUAuT0RbxBPemQrM/jFqADyIK6ftP+Gv5dWD73wfW2H7h2/uilPbOVxvX2Wc02&#10;wNt7V7E3VtTP7uio6KhxWfq6qGJ6atzWFyjqtNKKmZZ5UEFgeWIL8u81vHr7vKv62wO+Mzj9rxdN&#10;9PZIYfZuTG1tuVsuewVZXVdXPQbX/hdFXy5ZZEeqmdWWtIDuDf3BHuhHybunP/ON/wAm7VDZ7E9/&#10;JHDGsXhoiKkZokan9NTJ4pCE1jwtSKdb26K+js7Vru6Z5XRqnUTgSMFGKfCBThUcDw6Fn4uZPZXc&#10;Wxs12BJsWsoKml7e7e29SUe/KWtrtxYebZHZG4tsWaj3FJXVO3p6eoxcgjpY3/yJD4lIClQUumjh&#10;hISKCnhDsvlFNAkKhnfVP5fGi6xMb2H+PP19gthBLEgSIyMBUkkqGGFotOIPEA8aHpYFAC9vlQeh&#10;/wA+ejeeyQ7sMlPu3dEK8aNwZUIL+lU+5cgFVsF+v0+lvZFbySCIFx+oKDJIJGaZGaAcB+Rx0glX&#10;WXXVmvHgevexUyHd75H407Y+PlTt6nSo2t27mOxKLeUNRNFPNgsnjJ2G3chQgPBkamPcWRqJY5nK&#10;iCnSMKpe7BmbuvLe8DkFYmVkr2t6NQAEEDFfnjpuJhHazweECrSa6jGSKMPnWgNfLy6YY8RVxbjq&#10;MyMnMaGoxsdI+IdNcS1iSoRWRTFx4VEEekxhTqZi1x9CMvX0Qk2BtKUYfcEkTbdxEn3LVVD4pKow&#10;SLVGgEryPDjJaiItTQ+jxgudADAmcdr8UbZt58E0WMaV49gABKkZ4YJPGmKmvSmxBRZdKdurIqDk&#10;fEfspSvDIr050rh/ubPC+irmRvCpXSRpOia/6plBGojj6e36RVCMVxmZWf8ATG0kmNenVjw+oRjy&#10;NYX4Xnj8+zS5jZdSxgpHpB7tVTXORn7CD5Z6MyCSToZY+PGpr8x9v8upfvBEpS/lxuXlJI5p/s1i&#10;0KoCrapYS+Rm5/At7K5pTcQSCGdahviFQKVqQcV44pioyMdWrrUYwPPA4ivD5/Pr3vOjxhlP8OzM&#10;U2sqHqFoZIUjDerV4WaTVoPGm/8AT3SKRopFhUERyUc/EV4HOommj5UxWvXlIBCqreEaHPqcZPmO&#10;ve48jJ69dDm2kLkE0sFIIGCj0sgmk8ocAc8Di/tZ4yLIkMigMB51oU44PkdXrSgoRjpRUBpBIpoB&#10;j7Pl50r173waRdN6elzCsxBd6qClWFE0i5H28jyaxccWIt7SSPYSufqcFskCra6GlGB4j7M9MMUc&#10;kyIQRn1r6Dr3vlHJAAnmos3JIjhXQUVM0LtzfSJKkStdWB5A/qePdBVnllRSJf8AQyO0AkVWvkeH&#10;E8D28R1pjJlowdZpShFBX/is+nXvfg0aeUQ0+VB0NcVVNCpJBXxiFqeaQuWB5DAEf159syz3HgNH&#10;cEFGPCvHPl5kg1qw9AOPXizlayxnxAPlSh/y/Pr3uJ/kxPFLnfSpBBoaIKCwBdVBqmJIY8A+9B5Y&#10;42UuZAtGA49owSKeRGG88HrddQGrUakZwCf9Xr173gLIjgR0+VMI0Kxakj+9YtcsVgWdoGUH+riw&#10;/Hu7NcThWCx+CHxSg0GlGoSckVFRQ8erSanYtpoAPP8A4vy4de98H+3JYvT55UC31fw2nL2Y3t/w&#10;LUG4/wBh7cmeS2hSaNpG7gNJ9aU7c5A+Lyz5daKsigxRtqGOI/P7ade95p5kKRiWHK6Hp00/bY8T&#10;Sg3taRZJ4kikCWNgWA/J9qNQnhLwx1k1DUGYZ8jX08z6nrYIMaaq4yafb59e9w7xKCywZkPwkYmx&#10;iLDY/USSCpdwoX6kKeefbekSQqXIIdzQK1K4wRQ6V0nI9B69W1CVdIUlTxzT/UPTr3vpWXhWp8sJ&#10;B6bwYzyxizGzJK1XGxUqf9SLD24+mRY5ZIfFGcCooeBAHCoOAPmCMHqjJ+LQTU8KV+Wfn6evXvYp&#10;dRHT2BtmSKDJaFr4tclVQ/aJqLBQ1xJLrAA5HHH+39i7lcJ9fF4jlI2rqBoWVNJ7Co4UbJNc9Fe5&#10;EtC6MxVMVJHAVFVp5dYajmCYH8xSD/boR7DHvWNBv3bcUqmWI5PdcLwmMOjiSDMroaMhkeNg3I5s&#10;PqPZNz0zPaSLpqoiehoMmg7gRnj5YBHHpNKr/pUA+Pj+Z/yceuUP+Zi/5Zp/j/ZH5/Psu3S29sX1&#10;b2f1r2BLt3G5ih2VubGZuvxAhFI+WxqRzUeYxaVlIYJ0FZjaqRV50eUJrDKCPeMt+8jw3dudYDoy&#10;1GdNRVWAPo1DT0r09bokMkM2galdTwH4W8vSv7OsdXDJUU08ENRJSyyxssdTEFMkLkel1DCxsfqP&#10;yP6ezF9N7hk3PvPtLcDrMrZ6qOcInkjmqYIK/P1suPoqmeOOFJ5aGgkWEOqKpCGwANveJP3g7CW3&#10;2rlaZ7ZQoupE1edfBUkAfwmmqnkfXj1kF7TXLT7hzCuohWhRgo4D9QitR/CCFHyr1mUMFUOQzhQG&#10;YDSGa3qIW7aQT+Lm3sxXlNv82LW06+L6LfW30tb8+8XdI4avy6mXw0pp1Y9PnxrXj1y9/wD/06W/&#10;7iZVkMkMkU0CyhXnEVQFhOkyWk0xm5spPJtb83981La6knge4hsLrw2jNSE1LjJYnyWlO7FG6zaO&#10;13NFCzxhyKkNWpHHz8z5db/Ht0p+v5fHDUVL1rpMSIxTUkkcbqA7mLzTI7GQINTi2ofnj2WtudyI&#10;5ZYbCZrYUJkKsUBpRixAppX4aV9TXpyPaQzUmuxqrWg9fmTxx5enXr/j8/W3sD/kh1tuLenV+c6w&#10;2NUUsGT3kMTWSUm49w0W38NVjbG69tVa1k9dl6igxUVXjaatnKFiZTE8ioCTY5Efd+gvt5uJb+32&#10;x3SymTxWTu0ePDPGpIy2mRglPIUHAdRX7pbY30dla2a0d2JNTQEgqa5wDStKeXUSrmjpk+5eCeZo&#10;1cKtLTPU1BBXUyIkaM9nKD+gJAv7Cb5A0mW2NQdZU24HTF5rBbdyUlT9jXyZGnoa/HbiohR1+BzM&#10;NHRDKUgq6VKulqoIwpc+k6kPvqPyO24WHLKkROLgwoVoKaCI3CgV8zU6vlg9QdvMpN2x0kNjAyBR&#10;QBQ/PphwVfitxU+TqKWKjqaKqcUVYvnx9eJZYaf7Stx+SipKmtp4qqkZWgmgc6ktpYfUe7PfhzvX&#10;5KbGnrc/2xWdjdeV3c3Ve2+yKXcWUk25W/6ZDTbgmoajsTEy0GXraeFJlyaJ99MsElQJtIjsDZLe&#10;Wey847Jc7Re2rS3tqIUa3B0gNIuSvhtXvUahU0qo0kCo6NIJp4WSRmbxWH8QrTFeHEmnDz6I92Rt&#10;n4tfKavxMW1uteou8tx/GLe2b60qf7wY7LUdL01larCxQ5jbdPRU+AcZKCVMRRwz0UIami8Ub3Dx&#10;oPaz7G66z/bO9vmT2vg+2I77B6O+Ms3Y+0+0Ntbk3jvveeHxGEzuWwq7C3vgs1S7WwOJraZaqiVa&#10;6OplxYhW0ZEgIxY2DljZ+XvcfZJIINvt1h5rlESQReEqTymJayx6cyFv1Z3TMrcK8OhJY7lJFabs&#10;gaPVNEivWM4ADUoxPz8waGuc9d5DvzsPpDfPxp6Mj+P+FzOE7gz2bwmQ391tujA7J696ixdFkWxu&#10;OhqNo7xtvjd2ZlWeCTxUdHHFKxkYyIqWc21LTbqSdq/E9e4GghAR46qtwdLVtSNpLERy7tyMqllU&#10;3VhGWHBt7yvlhhN5dWk+7mSbwvDIV/DYYbuVvibSamQHUGHxZA6IQ8jOD9QMZoPQ+YNK4IyM9ANu&#10;vN9C1a/3Q378re2tyZGTI1or9vbY7S3LiqXcJeqjRqLLYz49bOx0kFB5CIVhNVAnLKXY3Ik+TdM9&#10;Ixrew8Rj0ZnZsbT7temrNYYkq2G2lSNTWNzw5BPAt+faC8n2y2kQX8800C04QMSEKipDy1qwoAgG&#10;Gb8Xl1qc1Uu0weFfOmCTxOo54+nTdQY3o3HZ6MbM+FHY+68gkVPQ0u+sx8fsblNqpBTlEp3h7K7/&#10;ANy0+aSGInUZqdJW0qzXJFvbGMPtQOtVUbomq8jZllo6DaeQNSWfnX/FMpXUFPKdZP0X68n2aQX7&#10;vZpbwbO4sS4fW5RVUAUoNIJXtA1AkgEY6uZI/DCsKo2cgACnDuA4/b0K0u/fkE89Tt/FdIYrAbSp&#10;9C0G4NzfInajYuoVHKGKHrvYm1d15WgjVACPLOhZSFABPsDvlJDtmT44dqYzDUO6qzO5LC4mjx4y&#10;tbiEE1fUbu25TU8OPxWGo5JKyrrKlhFHG9QWZ3UC72BDW6S71eXFtCbaApDJGHMYbxGLB9CcADRS&#10;HqBwyTTpqWVpBliGUAkf4KD0+f59LXqKDvaLsag3L2NurorC7BxEOYq6rEda7S7DrJjRR4rISmq3&#10;L2D2XuiipsLT49dMsj0mHjR/GykqjErTD3h8Vvk5t+s25ktx9AdlbToMlT5OmxdRvPH4rZD5Celq&#10;VnqqekpN45jBV9TLTQzK8oWElFddVr+wr4c1w7i3UymisQaE0NVUrkFgSDQ8BQ9FF00TMDHPGwC5&#10;71I4+oJr/k6GrY3zT+KPaOWzmF6u78627QrdtRUc2efrTcEHYGNxaZF5Y6EVea2euZw0clU0D6E+&#10;4LkKTaw9gD/oF7pRmifrfJCZi7WO5+u1YhBdwjNvMAEDn62t/j7eFhdoU1RtmlMCmeFR8x+YPHpk&#10;lFYMrppB/iGf59CoO3+u2h+4G4HMOsR6xhs/+suIwNP8L1frNvp7iydEdzSRzqvXdY3+Ttb/AH9X&#10;XJsGVgNbHegChv8AeP6+9x2t0JdKo4BOFAAB+fGn2V63JNC1f1Bp8qMAD/k49dv2717HG0r56QRp&#10;q1N/BdwG2j9XAxRY2/1vZqutaPcmB3Z2pgG2bBks3i5utKfNUFftz+9cuFqoNhUML0yyYqStpIHl&#10;kN/LHLJFOF9LMPc8cpmQbdHN4IaMMRlSRwOCBXT/AJeI6vSTU9XOivlTOP8AJ8unFsjt3O4jC5dN&#10;0z47GV8ctbjKqnyr4QZCCY6x5I6xKaok8SEXR0VoyTce3Dvps3N1NlTk9nY7AU/94NoyGupNl1u3&#10;zrTLBVj/AIhPGiqJmb1R6vWeB9Pd+aAh20MtrHHFU1AUgkkHtqxLUzUKPt60gAKUkrGG/wBQznqR&#10;gkwkdWFoN2VWaqDFKRS1G448peM6WaT7dZGJ8YYWa3pB/wAfY9fAgMvxl64UF1C753obrcgFMrVA&#10;qseoX1gG/wBTf8e8Nb0OtzNMgQ6YzRSct3HSK400NMV4EdTLyG6jZrdSwprby/pVH+H7KGvXOsAb&#10;IZtSeTSYc8qAqjyVV+bHVe3+w9m5Ygqw0qJCjX1l7H8C6kag8ZF/rc/T2XiaWEqnjnwa4anfUZNK&#10;dpr6gUxnPQ+QIukk9o4GnmPTyP59TdIY3/AYfTTbT9RzwbG/uuL5rRluxvjOXVjLq71icrHIZLts&#10;XEchWPjYC17AXHN/x7LIHW43+/UFhAYYCpoAamaSvDOD6/l1G3Mw18y8ujVgvLmnCqjj8+nOnAvc&#10;HjQgC3BHErm9/rc3/r7rtY6Ylkc+sopBC8KAPoSY7m5IuPx7HPa1QqAZoT6nzp/k6OAgZVCoAgHE&#10;+frQfP8Ab1N9t8njkxm5bH9WEHHiB1ETzHSdKj6G4uB9f8OffpAzRlQOwtxqPMEUz5inRLugVra6&#10;C9w8Fs+nEUHzA4de9mm+Ej1f90Nxihw0eYl/hWzmlSXF1mWNLCGzsTTRrR2NIZ2GjU1724595Se1&#10;VpLf8sWUIL4yNK1+Gp7s5XzocHHUNyI0iRIJGC6RgAUJ45rxAHl02ZCSkjemNVk/4dcy+NfvIKUV&#10;BAQspWYfveNRfj9N+fr7Ow38ZFidl0zOqafVtLMtZgbi8ZdlfWR9Tx7lNZ5hcR67cCPSSKQggj4a&#10;6sFQPiwT6cOkUyPKwDTvpOcAelMnjT9vTYZsQFs252FzbUcxRg88WBsB9T/t/ciD+MFiDszGt6SC&#10;r7Lyp8Q5uNTkgopP9b39mcUzwXAeWFFkBoWA7WrwoPOq5+XHpK0IicVkZSPMkUJPof8AN1jP8I9K&#10;/wB6J9QHFs5TKx1NqFwCL8A2/wAPZWe19sbg3l8g9j7WweFxdPn85sanosbhTLi9l0VXURPmakK9&#10;buSuxmIop6iCnkYPPPEH0WUlrAgTm+2u7iS8/Q8SVogVLFF1KPmSK0A4E5pTp2Jkt49dxMBGB8TH&#10;gK+Z86ddVmcwe0tu5DPZLK11Th8exqKyuVK/cVVGJZYYBHDTYilrshUKssqgRxROy3Jta59p/tb4&#10;1752vt2nym7+wfjftClhytJGKTNfIXY1ZlpHrIKmOFI8XtRt018hQoTI+kRxAXZhcXgHe4ik6MZo&#10;A5YqaSKCCACQUBNMZWmAMZ6NI9ys2IWO7Vm89Ib04mg4+g8ukBRd5YLK5OmxuG2T29kxUrWMMoOr&#10;N4YnCwCjVC33GU3FjsNSo1QXtCoJaUg2FgT7L+eq4rX/ANOPxca+g/8AM6ZCfWDa19oAD68i9wfr&#10;7KDbSFs3EZUcCZB/xZxw6dN1b5KzCpz+L+fbWvSmPYdjb+43Yh5IuNtAjgkXuK76G3HvHH1ZTSMs&#10;Q7z+MERkmSHVJ3PPGgJZV1vJ/cxgsILct+mwJ+g93igeSVU+ohqxGTIAONcn8uvG6tjX9UEn5MM/&#10;M0/b1kffxSN5P7k9gNoiEuhNuoZGuGPjRPvwWlGm2n+pHs2HRf8AGKPYdRSUWB2znqai3tvKB8nP&#10;tqn3QlRNTVlLC8mPy/if7vFnxh6YqQrROrgeu3vJPZ/CfbIYpIkWPuoTGTqyK0cYPmQfsBoD07GY&#10;WBLNRQT/AMXn16e6yDH5AxT1GVymKllpIZjRpl5cXLDGyOwM1LHMvjmXWQ559S/Xj2Ni1+44wWOy&#10;drsyBT5D1tQX8nAQeqlIKlDdVP1Hsymi3BYEa3SJLcrhBGCpTVQvwNGPwqR54oR1oJKxjKygJ6VB&#10;FPy8/IfPqEcPiCCTubN2aNY+N1ViiwGkOrLVArIx/tAgk+y7/H6Raf52brSohjhM23e3YWhSEU0d&#10;LM64aoZI6VVUU66xoESr6AbWAHvFH3NjlbcihNJhG5HAZ8TI8hjPocdCblION/t0NfE8N+Jzkjz6&#10;UMiBaOlWGRpo0amAleU1DyxrYCQzsS0rsLEsSS3P9fdpFFUGWmpQ4mJ+0gJ1RcxssKLIXW94SpN/&#10;9ufr7i6RJDIC8it8hxp5MBWhNf5+XU8oDLBGGoSAAc5/lxPWIL6AQLEs31J5uxsL25vf2R759QTV&#10;XU/X1JSxPV1VT3717BT08CNLPUzTY3dUcEUESMzyPPI+lVHqYkf63tmO3ln3SwS1SR3cMiIqlnZm&#10;0U0AAlmZsKoBJOAD0AeeV0Wu1AmiLeRfLOST6Y6yB0SWF3IjVY6l2ZiAoRVhLEkj0hByfp7Ifkeu&#10;N/QNXvLsXeUKUP3c9bI+3Msoo6ekDtVSVlqY+GGnRCWY6VRVJJsCfcoXPIvP9pbyXV5yJvsNrGhL&#10;vJt18iRqvxO7tAERV/ExIUca06MY721Kqi3kR1AAVdD+yjZ9MefXFc3iHMarkqMmV0SP99BreS3j&#10;VSSAS9xb+t+PYH7uUHbe4NBR0/ghl1RvrSz1sZVgwZgwYHg/T+nsKSxlYnZnoCP21Ap/xfCnQc5q&#10;jpt94xYg+Fw/2w49OnuxT4yLmJOnqM0O28Tl6VNzZ4vVVuAXKzxyNBhtcP3RZdMaKylFFtNyeb+8&#10;4uQDcNsG3RwCPWy6QNAOtgAc+ZpwzwGPPqJXq0oVZQHOKHFcV/l5/LpP5P8Ahwq1WrzVTj5pIo2S&#10;njyf2iuiM6+RYbi+pmsx/Nh/T289v/xKHK9DT123sfhfD25OkP2OFTEGqY4qlEiORrWp8Y9SAiyk&#10;8fX2fzW9w26bO91EoMrnIXB4dtK1OkjjxFei+5Vnt38WfXXj8vl1mxq0SzTmmys+QaWKJ3imyH3i&#10;woGdVeOO58PkNwT+bf4exjzemSKqjX0n7WrKE8HQIXRYiq+ofW9h9P8AW49ub5t8hjmaRle6BOQC&#10;GFaZ9TwofM+fRPAO6lay1rQjNf8AVxHTugIvzx/vZ/r7JkxAiS7BWV4ReQksqBzGGIZQrSNpvYfn&#10;2C/EJIjaBhMripUClQPhNTSnGrZp+XSmLBKNGaqaYGOFePl8+ufsPe0fEdtxlSxIytEwY86gRMml&#10;j/qk+g9gH3AbVZQTOgAEp+HFSR6ehH546M7IHxGY+Q4fOvp6de92MfyKKanrPmlu+jr5ZqaGb439&#10;iziWln+3lSWk3LsmRU1hSxjcvZgB/rewBs5TwL0JDHIrIEKsmvHcSQBVq19KY+Ijoq5tm3CC1gba&#10;brwb15QimgIGpTXUCD2nzpmnVFf/AAoV33ujrr4LbS3LtHB4bcOXi+TXUlGcbnMYuVpjRVeM3stZ&#10;UUtPJUU0EeSp4V1QSSv4lcWcFSR7vf8A5o2JpKb4T9lUVK80kCU8KeWaU1EnlqcBuQgrI+kyKp+n&#10;9OAfZr7bXEl1usk0rnWRcaVVFVWENBRwR2D+FW7uOnoPcrwX67te7jud1HPur2xLmPEZZWUAKtA1&#10;KcSwrg+XVHf/AAn/AOy892F/MuzmV3Ficdg6/J9G9tzRY6hoY8a0FHDnOtxH99R000+PTKSsuqVq&#10;ciOT9QH59mK6TweGqfin1BnEQnITfFPZEyOJqibS9X0li6epAh1mEeVIhcMp0fVbcn2Y77uW6227&#10;WDTW6LZLJJGsr9h8Lx200RgAyoG0q1SzVbIwOo0HuNvN7zdByknhnbkvgoGpVZVSQUY1I1KGY1A+&#10;IE16Jh3Vu3tCk+bXY+yshnMmmw6P+Yu1HSYg7axVHj8h/CvlhW5XA6c+lKMsJqFp6iRZElVZ+VmL&#10;ghRpjZxHpfksigrqXM4k+oiQepZyEQkDVdQbWv8AX6+5N5cK/wBeAzmim4b8H8S5qpwD6UJ6nfmA&#10;LJHcsxbSTxpp4n04f5Ovoy/VW/13H+8kfn3atA/jLlgAsk85gAPqj/ccy34/JI/1zf3O188TTo5t&#10;wHSrAHAFVyaf6XOkZ/PoF29dVI/7MHgTkfZ9ny6YZF1E2/CgMSLhvwtj+T/vQ9t1ZKrQ5YFlYSbc&#10;3Isem4aRf4BlQxYPqR2uSfp9fYB56udGw7zBIaS/TuAoxii0AFWNQDgkioqfLoTbcpiubYa+7WCf&#10;lXH28OoWUQHFz6mEYE1Axd2KqjLkqJwLgqQPTxz9ePp7pq7dBOa2idTXfBSgvf0lv4gobm/pK3sb&#10;8j3iraNIZpjI6sgIoQOIPkfM09a1PQwvJKCMmowadK32K3XEwG1ZfNIIoabMbgkklZlRYyktN+5I&#10;WsoIB4vxb3kjyMsa7EoR1qrOVU6h+LI7jUV8qEn8ugLu0YMlQKnFBnz4ivp6U697Mb0Pk1l7e2P/&#10;AAyvhjyRzKPjpFmohrqGxtehdRkA1GyePULyBkH+29yCk9xCsCQRaWYsNTAacoSMmlfNTkCtDUHp&#10;jbVVJdBh/SwCeFAT68T/AKq9JfetNiKvamdps9BJVYaXHyjIwRDKM8lKpV5AowrLlTbTf9g+Sw49&#10;2m0TbwYQeTdGLo55iEj+4zW3KCR5Gs4EaUYaTyuQP0gm/wBOfZYN3kjl8FLt0ow1aDVTiirqpQlh&#10;hqrUMBpYjJG8TQIAUJ8Ahajub5DFDn0GOimZmfpumjqv+Ma7vz9JTQSTVX8K697Kz8cUESFJZqqT&#10;JJDSLAsd7tJIqaeSfY1Ntl6DY43PUZHJds7n2vWYjemO64bFjP4AbiwdcK+iy+26LJQRySbu25jq&#10;mRoHQROslU7WcftsNj93za94Xlm+3ZxLuUza4bkFIzDqqsk6sw7yAQoEuhC4wpwOj5bG5jew+nB8&#10;G7DKz0JChVrqOKVDepBJwtc9Ev3XnNtbk7EGwx1Ts/onqjfWE3bsnId30GUx20O112nuHEJR1OLy&#10;eUx81V/CNpby3Ri6dTItTMnixiIdBK1ETHtn5GVuVoOx8H1s8Em4eyexMHurZu2Wq6Whqdv4vdm0&#10;sBUdlxbSi++qKXCVeI3fHV09O0xkhgapatRFmijjMxcvfdv5v2zbuYeR+Ymm2TkKG2l+n3WKs8zQ&#10;zsZGglJCs0h8SZUlC64UKoGkqrdP2cd3cb2trc7aYBJESJaHTqBK63cEKWagYJxQMQa+SE3f/LcN&#10;furrvI965ySDq3pz4+7m2LuLtyLKy7r332Amzd2bgouuIu5JZcFjq/c8NT11UUdbkaukWnqkenkw&#10;/nnpqmSYE87Zlx27PkDjeldh7by+KeGhw+wtsbJgFNk6vEVlNlcfjDtyYiSapyNbJW5CSlaWKRp6&#10;5VV3YszN75d+6O3cp2vujebRt92Dy3ZX0UHjQ18OS2tTGshhOSHMayjuB/VBLkmvRlc6bWZ4C5oi&#10;li1RQkmpOo4o1ePl1Z31DuOTrD4vwdrdv9lbZ3JDjdkbh7d7E7eeSXbm181tqlxFXuR+wKmKtp6e&#10;DbNBVbQoYK6qgEMVJjrypFGsUaKDBw5zcvbONq8Du3a+ye09ldcV9dsutzPbow9RlMA208tlabcV&#10;fhtvyNQyba7Up91YmKmoTj6rISnG4tKacQsDrywtLz7u3vzIg3ebctkSCYx7Y7StczFPDBiSZYU8&#10;FLZiRJO0uqRpWQLII109Ai5veY9suZoWu4hs8aMwiaIvpIYHw9ZNdNKgkUIJqO3HRJ9ubA6B2nvH&#10;aW++u8pvrqvd/fG6tt9wYSg6An3LV7Y3u1Vs/DVu2sTvrO4PGVu2sh0tT4nc1TXV8efoqKFs7uGr&#10;raKVmkTxue0c3HszcVPujE7pqsnncfUvVxTVOyqFKdp5Fb7pJqXJ7gqkrKWtid4Z42Ch4WZeNXsB&#10;b1tlxa7dd7FPUR6HXVEtQEDU1kqa5oDxotaAkdJuYNst+a9juNvvGmFpcxg1ido2FaFXV0owZTpZ&#10;SDxAJB6Mf2BtXdvcOzsv11vvrDaeL2XuSn/hOQx9L3XuFK37ESL9jLSZPbHX1JVYrJY6dI6qknhk&#10;Z6WqiSVSzID7Kd84t77DqflTT5jsDqRt9pX/ABs6fnp67Gb/AMx1jV5XcmRyGczVfmMlBtbE5HGD&#10;HY6hr0xlPj4lj8UMUciyMSy+8en2iPlu933arlpLwJckqWkKtUoKtI1CxdgT/QU0LajnoO+3PIm4&#10;8g7DDsVvvD3O3G4uJo1nLySRLLJXwjK7F5KMGdpG4tIaUoOk38VMT23urpnL4vavY2E6sGx+++6t&#10;h0uMxuzYt/0FPs3r/dFZsTbuFiyu68lQ5jJZKQYEZOsytWv3VbV1kweMDS3src/YnVCOv8M+LuzC&#10;vjRdWc7s7qytSshY+UyxUM+HiaBf9YPf/be2pb22nVpbbbIlcBR3NIVP2fCK09KgnOOpAb6wt2vE&#10;tPLST+daj/ZPRlqfrDuhpdeT+S25ZItSt9viOtOr8WhAHKNLW4DN1Fmb62dTbj/H3X32DvzFPvze&#10;n2nT3TuOpv7y5RoaJMZvquNJGZRop/4lXb+atrWT6maWzyE8gfQEazQeKRLZRlAxNMjBrmtTgdF8&#10;qXbTsRPHoLZGgH86n/B0JOK2dkaCgpKat37vPNVcEOipyddNt+nnrp2uZKiWnxu36KhgJdvSkUaI&#10;gAFjblIrvvHRkOeqeoW5GpTh96EcfqBP9/VIvexseBwPaz6q0IKLtsQY0IOfL8/Pz6qUvGBH1CU8&#10;v0x/kP7OnFttVDLp/vVuhTYjWtVjNRuLX5xJW4/1vZkev9zR120cfPTYvHNSxR0sE1AKnPY3H4et&#10;gooIqrD4SkTJVLy4OhlcCkklleYqSGYgD3LeyyKbCAwB0keOla1NK8MeXlQU8jx6W2aqPGA0lqgE&#10;5GfOmeB8/n0/UlMKWERAuxB9U0jK81QwVVapnZUjQzzabvZQL/QD2pGy7OZEOJxujlS0WRz5kXUp&#10;A0a6wReSNubkWP5FvZhLrJQJOoZ/UEnGfs0j0rXoxPijTVFA8/8AVn9nUr3i/i3ijRBjKOrIUGSp&#10;q6/M08zyE8KY6KqSm0r9PSq3+p9oY43i7CR4eokBTqVq5YVwTj8J4cR1dQ4UszLpr55r/q/wddf7&#10;E/7xx/vH5984cuJZRH/C6CKNhpMkGRzsssaOPQ8aT1bQt47nkg/4j2oYCX9IMqzEmhIxjB0k0Bbh&#10;g4A9evVJoq6S1T5EZ9K149d++p8u8JEQx1JOEVdc82TzavKwv+40VNULBGR9LIBce0YaSCMGgZyO&#10;I+I18wDUVxk1I9QOHV41cKMAsRivGp9R/l697wPlpZRIq4+kpGaMr5qfJZmeVW1Al0WrqWp9QFxY&#10;qQf9h71G4lBklPYvAminUfUUz6mnDB4da1yEnxBUD8iPsP8AlHXvfnzLRm38Ko5dOkeWTM58OSnG&#10;tkSqCBzf+zwPoOPekuYpFkFtOI0OaMK8fiANOGKn5Vpnp2Nw1fD0AU8wf8nXv9j7yw5B6hXaShp6&#10;cxusoemyOVmaRUa7QytWVDBFkBsWUB7/AEI49spG8hJOgBRwpXtOBSnqQSRX4fn1VdTlypGn0oSa&#10;cMfnXr3uM+cl8nGNx1uWULldwkAtyCxNZdgv9Cf639p4FhqxhibJALNVarQg0HkM+WCaV60IwqsU&#10;Xv8AU14f5Ove+P8AGZtaS/Z0alVkDU0VVlTTT3b0PNLJVmsBT6ehgD/j7uVFCjsypw7u01AoKmh7&#10;jSuMDz62qyg6dQIHqP2D/Ljr3vhNnagow/hWK1BRqBr9wOJASAqj/Ly1y3+296jLViXxGU91MVUM&#10;B3GtBXSooP5DqmqRJDUgGvGhA4Zz173nmyskADLQUs/mEcginrMqqU3p0vFA8NUkpV2+plLsPwfb&#10;7R/VyvJFJIFPcc0V/Q04E8cfPq8ik/qR0IPHjpP2fZ173GGemclf4Zj4dWoaoK3NyzLZWHkiFRVm&#10;EsGI4YMBb6H3ZVt5CkIgkeGlCKgKaGojr8vIitRwp1vvNKIrJTyqB/xY6975fxySOOOP+HY6Zwuk&#10;zz12ajqZP9XJIlPWJTobW4VVHtUhkjOuMSLEFBrTV5/C2ct+EkcQMdUVXqSjAYzWpOPX/Vkde9r/&#10;AKyy08++drxtTQ0afximBalrMnIHWQlY1mStqJ1ADC/pHqH149inlW4EV9CRVoyQuMVoKkU44GCO&#10;Hl0WXwP08uQSfStDwJ8/z6xzf5qW/I8b8f8AIJ9oLvl2j7D2tpMavFuHcP8AnoxUU2pGyZCz010W&#10;enqG4kS6hlJW4/BRznbJ9NOVqQ0bkUFCABkcfPjnz6RsnwgPktgjj8XH/i+uoxqgjAJXVCoBU8rd&#10;BypsRcfj2Utd4ICn+/B6mVWsFiXZeSSOIgX1IP72nSoJsPV7xueQJI+uxU5OfX0rnjTgOHV1S54i&#10;ZRJ59i5/2fl03LimVQv8Uyxtb1NVRljb+p8Fjf8APszvx6z0GUyO46T+7e1sRPFi6GqM22MXV4c1&#10;VOtaYjTVkM2UyiTRxyyeVZBocMLG6294qfeYtpG27lXcEuGSD6iWMw0GgOU1eLkatZUaCurSFA0q&#10;DUmf/ZiYH9+QtDGbkxo2sCjaQ1NBANNIJ1DFa1yRSk6ngNOhQz1FRdtWqocSOOANIYKnp49mc1t9&#10;PRf6atXF73vf6aLf7xz7xJ0rxzT7P9Wepr0d34tNafy/bT58epHv/9R5x/w+yW28dFHFlYZJa2KN&#10;abNT4x8Zj3ldBIZFjyWQMbxPrusY4kHIU3b2h2H2otNp2CTlq6ks0lRAk2lvF0q1Qy10hmIzqiKg&#10;xvQFs9DTdvvBbRcX9sw2feA8qeIgERPYPxCuCq1HD1xXq+PG/wA+n45bzym4ZcNNjKl9i5Cvodwb&#10;MwO85d4btgraSrqMfHQZLDbQ2Vk63ByS1tHIjzyCaCnK2lcNpHtJ0Hwtcw1dLkc7HmW01MMcuGSn&#10;oqeilkHigkqI/wCNTCSaND+4w8RY8249mNl7X7J+45dveC1a2Y0VQGEbrXvJXQFo5WgrqGr0alSz&#10;cPe+BCJv3BvbNWoIgpUUBJPzAyB59LzI/wA8Ho1HxEnhg2etUsNbUUG8I9/DI5GmaITzUmKhHWcM&#10;ryKHNnQSqoUEgAmyYoPhjVbD7F2bu/Gbr2xS/wAEx+/KbDYDPTpDkq2PNUeCiNVgpavc8X3Lbclo&#10;GnqREGUCqXmM2PsWe3HJu28mw7rY2sllF9VBGSIkLsVWRygm8IFlXv8ADowDdtQa16J9y97bXcIb&#10;WSPlzf304CtBU1IPAE4XGcU8weo28f5svx37z2VnNlSY3Ly4GWTDUe8chjMLvnN42Lz1KSwYqvhm&#10;6Zy8dFTZmSK0ckiGTUg0o631AR8qP5bPc/ym3ps3fON3jjsauD2xW4EI21MnuV85WR5CpraaenyF&#10;LvCq1w4WmmZFgeUlJB6SBYCceXdrsbbZt+bceabCOwCAgEvGIUkAiErrIFcI8uFEYYtWrac1i/ev&#10;ejZvrILafljeluWDBENv3OVyxFDwUVr5nFPm69VfzVvgN0PtHN7LXt/pzr3D7Kmo8pufF70302xq&#10;jaD7uqYafBz5LbydMbKix9JuquJmSaKgBmlleV9WouRhxfRu7Ontr9HbJz+7NvYDK9S/H1OmZlyt&#10;PS46o3m2M3nR5uXdmIw08uXyuG23R1KrQyL4ZG+7mGuUi6+yPZOURyzcb5cXO7W90LyKzuBHakvK&#10;0RgkjSYigoHrqSMsrIqljkgdGPL/ALx2PNF3ZbbYcmbx4OoxNKyIqRlR3u+QVKniuWHDJx0q+su/&#10;+je9TvzdWwMpRfJDGbt3Jhe4qPF9O1m685htoRZjAVmJxNLT7sen2PtDdeS3JjJKithjqMjEEpYi&#10;ftkkWNiiGjrv70fPuCvzlNlp6j4a/H9VrFaoWFoKfZ3bC02Li+5gpXbwfb3V0jEIuNJBufeMW3Ko&#10;9w92a1sbgBOdlYlg2rUXs6zsasRp40Y6yQRSgHUx7fKXt75Yq6dKdvyAPrkZzxrnoYN7w4tJ/iCu&#10;J2m2yKV+8sVkU27JJizUU1RLvqhhrK6qbG5DJUrVlcZ7SAVMkov6ixNir2ptrOlHLU5DNZXXQUUj&#10;z0uDpqCpR2poi0TSZfKzIzRtb9zTpJH5+nvLuG13CzR5ILdJWVnZ9ZXSpDkqVVlMgLKSdCsKVyBq&#10;J6dhkdI8N+pX4a8KemOFMnPDHSpi3D3rK+bx+E2X1r19bM5GjxuPzvaG4N0YnKUiVUqwZGop+tdi&#10;4xqSGsQlvtWZp47kFv7RcjX7LgCrSY3N1Ulk1/xjcOLoXlIsG0JhMY5vp4BEpN/r78It8uopY4rh&#10;HSM1DGIv4QJoqspb+yY5J4jtIHTaPHpoi1UEnIqK/JfIV4V6TlLtD5M11U1VurenVm2KaTWsVP1j&#10;09vzcsX6SRLJle098QM8iMuop9giFFH9T7cY6rXSj+EdeUdRE/Iraqi3Vuwrz6mSo+5Wjj1fQkRm&#10;/wDh7WpZ3stqRu+8JCV0jHhxiQhiBRHAL0GaAq8dO7VXrbzXbpqCqIaAUUDPlwPAfMZ6D/IYWmx2&#10;4v8AjInzT3Lja6n8jJtjC7u+Pfx1Z0dAESqxVLhKvdFZHC3KhqwKzNfngewR+U8W65fi53kkm3Ic&#10;Rg49nUlTXSU20KTCIppd1bdmhnlq6qiiysP29WkciNDKCrgMD7Cm/pnbpP6xSyXsd0qoDcK/hKAw&#10;GgIxLsqk6jIAdJApTrTxyxwiNj+mRShYMVX1AHkeGfLpV9Rv8b/9O+w5k7Zl7E7KyD5ii2xBnO/9&#10;1dmmRK/b+YjyQoNu4Xc9V1+RU4qKoQtU0LhVV/GUcAjXT71FRm87ia3ctRkt1V8lFktVVunIV25q&#10;8SzVwaSSOpztXkahJJjYswa8hsTe3uMZRFFPIRAwkNKupOqnlUngPRRgZp0SyWlpHIqQWipUV7QA&#10;P8GOrPcNg8LtzHU+I29h8XgcTSII6TF4bH0mLx1KgAUJT0VDDBTQoFUCyqBYewMiwmHubYTD2/Kj&#10;GUDM1+LAeD6g/Wx+vtS6lQsjM+nPbXGfzzXj1Y28eaRrU8MD/Cf5+nTp7wy4PClHZcPiFIRwFGLo&#10;T9QSNWqBlt/gfbjZ0rHqAOSM+vHH5decRMpVYRqPHA/OvXvZ/elcbVUOS3zj9vZ+l2jTQ4rq+paO&#10;XdNRtSKr8+0Yp3SBoKiP714ppnbxXKxBuNIIHvITkyTXtsMEl68VXIB8QR1OnAWuK/Nq+nnXpuNY&#10;wzIx0rXH2kcKfP16TWXfGPHRvlMFLmiZamOHx4dcsaWzaXZwYnNOsqoBfjVb/D2se88dk4upM9PU&#10;71xW4Ikye2NWOp971e4KtpTm4QlQuNmmkjlWAtcueYwb3v7rzjPcG3Au7kSA92lW8QL2kUr/AKE5&#10;ONWarwOeryPR0U0IH+X/AC9Y8S+H++EdFtqpxc/hcisfApj4gg0gxfdLGti4Ast+bf4ex++Alv8A&#10;ZY9gr4fKW7B3vR3e3jjEuXq7MRo1qYj9QCATx7w2vY0a9uFaUINBYUy1QSKmuG/1enUx8irD+6Lb&#10;WR/asRTBwTWv8WaY6i5NiuRzBswC0OIf0izOBU1IIVg/IFueAQD+fZuUhb12Q6yrEgKNJubliCxL&#10;hQLkXFvx7QfTSAQGScC2BPdwNP4KgUWpPkCM56kEsrV8VmUD1xX5Dyoa/n1NaZbm/J1D03P6vwQD&#10;Yg2914fNOmX/AEg/GSWUKUOc7oo3VQFDGp2DhyrhrXA+lvx/sb+yyPVHvlwulyDaxEaiDSk8g0g+&#10;dDxJ/wAHUbc0FV3/AJb0pQa5OOeKj/B07UZDAWt/m1P5HHkb6j6e60JYv2IpCAziBOWZWMbcG0uk&#10;aXJ/2N/Y60otVp5+nnTiKcOjsxKVWq+XlwrTiPn8hx6cPbfFHIcduMNdAMVf6BD/AJ6S41Le4FwL&#10;D6Xt+fe5IyIwY+4kg/LIPl6+npk9Eu4RaILkBwWMbf4OP29e9ml+DkFTWba3PFTbgosAIdv7Mlle&#10;vz9TgVq9eRz0SRQGlBaveEgsUIOgG/1PvJr2olZOWo/DlKNQZLaVbjQEjIFT/wAX1C7yBY4wykgq&#10;fs4evl6D1PTJmJ6SF6IVWGqssXacRNTY1K8UhEal2ld+KYTL6Qf7Z49nmbEZEkl+w8E5ADSP/fjN&#10;zaBo/tsKOQeMfRbD3LkEUyxgvfBoS+imtqCuGCjzqPkM46QyToig6KoaUrU/lQefTStZjiG07Pyg&#10;sVNjg6JNRYk3XXOvK6bn/XHvBHi54agat8Yhi51My7i3BKzKRYuoGNsdf0W9gR7XptsaL46XCatJ&#10;GlmLCoI0gGgAFB3UrStM9My+HJCWoCPQiueI+QA8z69SFrKZtJXamTF9HJx2LQqGFxfXWqRovY/0&#10;9k6+RdIo7U2vHU1NLmFqtgfvSh6qsgcQ5TJIsUjV0EMjNTsAf0aVvwT7jvnaIlLpBJqiEa4FX0jj&#10;Q1xTPEeVOnLQVVVFSgJwRkDjn5Z49PtC4khJFFNQ2kZfDPHTxsbBf3FWmmmj0New5vx9PZfd70VN&#10;TYiA01FFSE18fk8UEcXD0zsNIVRqDjk/j/Yj3jvusoEroSNNfIVPpRqehyK1xno8XQERMavln9tP&#10;TqZ7C4mRQhDNa4DW1cgcEm97Mf8AifZUDUKPCOg8c1r6Adb1amaMio9eve+D3kUErIRqBsb3UKef&#10;qbjj6f1vz7VWqxeIGARaEUJ9QeB9fs6cDU1FiAaVz172e7o2hpp9hiSTLQY5huvc8cVM0eRDhVOO&#10;dXQ0VJNCqOx4F7+nkD3k9sUmrabNGmQMPIhiVSlNXAgVONI8uI6SBlbDipJziuOH5EdQaiWVJSEx&#10;stUNC/vLJRqCSWvHaeeOS62ueLc8fn2Mc1DASVXdNG6WCO5/jmngXBKfw0s5jP8AatcEcG3szuNv&#10;+mhiH16F8NhmYfOg+YpQClD5dXEdshUBe8muBgfZ9vWETTH64adRz9ZMaf8Aeqs/U+wX6DjkPzvz&#10;0SyRyacD2qvkEjmOrT+HYJU8TyeOUlyVc3CsRwfz7xU9zpY03BWekqhX8iOMuNXnQV6E3KLqu/W7&#10;V1Axv8z5dZqgk0sZKNES8JaM6C0fqBZbxlo7r/UEj+n9fdrNJAgpaQl9UrUsMagA3JKgHzsr+rhh&#10;ZQSLf7f3ETJSUuIDJHqBBwoqBVdI/CSaqSc0yOp0t5HSGMyEaAaigofPB8q/b1EMhJYD0oGa5/JF&#10;7G3H4sf9j7KT8x6JZ9p9MwLJRwM3yj6VhiqaqdYaCJqio3BE0s8/qNLSoTqkY/oUE/j2OvaqdrP3&#10;e9rbto5CU36ydtIqxC3MDDSo4seCgcSBnqM/c8s+wpIS2vXkf7R+A/zYr1gq6s0lPJXGCrqxR0OU&#10;qjSUEDVNfVCCBJRT0dKCrVNZNo0xoLF3IH59ml7IwUlJ1fQJ/FNryzUGP3VW5YU+8KDI1NUIMRls&#10;FHTYajixFLPXPVSzioj8M7otICz3tf39LXuRfreche+EJsr7RLy1fJGGtpI1Gu0earyGQhdIHhsS&#10;oIloq04dYZbQLo8zWQkui8fjppHiGlBIKgAmlfLT5cRjoPsPmJ6rcmaV6DcccFSaOlp1rdqVeLoo&#10;jlKb+PGeTKSVk8M8WPQ/Z1TtGphrv2vSTb3rm7spo49p5gKynTtQN/nCeFqaYIiKProF+bf19/Ms&#10;gVdqsiaj/FYwPt0jV9tfXz6zX5jVf3JdFiaiE0zw7x+2vQw+z5fGmlx9V1PStU5VKGRdyZVVhbG5&#10;GtZomocKxfyUcbU/qfhVYlhb6W95s+3yH+rVlL4/guYzXUpoSCpHcMDV69Q3cFA7VAqQBkedMUPl&#10;1BqJ6qOULDj3qkKKWlWemjCtdgU0SurkgAG/05/1/ai7jp6KkXpN6HKCukHb0Jktj8hRinJxESpM&#10;Hro08wkcEBUtpIuePYhnmf6za1SQNIsrKKBlpQCtKnga/LNG6L5mb6eah8yB5YH+r/L11TTVMsri&#10;fHtSKI/S7VFNKJDrI0aIWZhZRe545t9fYx5QkuzHW+qKpjVCoAIs3Ekg5DueFP8AU8+7b2J7doyV&#10;XgS/fXTQGtAaazT9p4Z6Koo3OotUUrXNafYD/qr1OFubf1/H9fZTpVFoiE0O0qkgr5irFjf8AgqB&#10;a/1/I/PsJyIzxKxIQsFBJfQNAFe0cSTwoePDp+PxAp1ydlKUrTB9P9nPl137DLtMKNskayXTK40u&#10;Da+nXKLlh+skW+v19gT3ARI7GCeRi5MgOfwVUjPmaY4cBg9GVhqEzlkPAU+wY9f9j7eve7D/AORR&#10;oHzmzMPGmo+N3bYbyEAkQ5TY85KkgjVHa/Fx7jiyl8Kyuporh0lADKIwdRI1dukUJEnB8jHRHzyZ&#10;TYWyxnS7XCcB9pP506oT/wCFGbiL4Bbam9GqP5N9PLF5eIjLU0W86ONZSbBUZqm1z9Cf6+9gL+Zv&#10;Tk/DHsuJ9CDTjZxGramUy4vcMShTYiPWp5F7AX929u7lZd73C5t5Z5Lr9aMuy6UbSmpuFA1K1L0r&#10;8IPHoM8pSSHeJ3hYNC1owT8qGr17gfICgrnqib/hPbJ/2Mhw7GliiMvRfesYnQDySf7lutpikrE6&#10;z4yh0kjkfT2M/wAdpIpfh90YweQNJ8V+vo5VRbkxydUUEQPkUAFWCm6t/S3sd80reXu56HgWW0gW&#10;RFV5F0o6tXxPDfLEayUdQfD8uPWPTJJ/rkXiHwwr7mCDSoAEilu0mrGhFNJAzqzQjoDPkt56P539&#10;px1CJFS0Xz23LLS103lkbzRfICunWO8lxQQxziygKC+r08e9NbekOj5TmnYH/j4cMHCMBZhFU+ka&#10;wLa+Lj6AfT2MOWbgxc5WbQwjSs1EUklSNOOOQaHifPj1l5vh0QSkLqYDtXyOf8NOvoagjQxH0vJ/&#10;twzX/wBsfdoop18TMPUUeYMNRGkCRmVBe+o6/qTf6n3kffzC8Qt4Si4QqQaamDU0mlKBjwHCnHHQ&#10;TtLk+G4oA4+E0ycf4OmN3PkNyQGA+tvyBcm/I9IvYe2VwJaWtm030YjORmNB5JFkOEyP7kZHACfj&#10;n6H6X9xbzjD9Ps+6Gfw2mMEgUN2BtK0qK5JWvHjXHDoQ7a7/AFMJZhpJU1OB6Gv+TrhkEDUdRGTZ&#10;W8Daz+kBamBgCLG97f0+vunvtuGSfMbIpqaCoqZ6jETU9JT0dNNW1tbVVORpVpqajpaVJKisrZ5Z&#10;FSOKJGkdiFUFjY4t27vPcMwPiaiKLGCKtgfDTVQ+SgVr69DS9o6x1ocHh/s+XT7PPBSwTVNTNFT0&#10;1PFJPUVE8iQwQQQoZJZppZCscUUUalmZiAoFzx7PB/Lq29Jl/kF0TQz4pMrDju6azIZyLI0a1OOo&#10;KDDQPPPVZynqI2phR0lc8KNHOtmqSkZBY6fc88qeOOVN1vbfXpt7e5mYlR+npUcK41A4GrFT69R3&#10;zG0uiZYg4fQvwirZZQaHyIBJ/n0UT585UY74Z/IieGrycM9b1hn8bQHA19Xj8zV1OVp1ooaTD1uN&#10;lhyENZVrOVV6dxKikspFrjYa7ixW2X2rnqufFUc0Tjb1IHxeFwUNRSLlNy4yCsnxErUdOYqhSwZU&#10;EiIfpfk3jnkznXm3dt+ns7zmy5vrXX4YjceJGtASGV0BAYEBTRalS2MDoTxxm2FiYo6T1IAIAYgL&#10;gMR55NWpU+nVUfxyynYGD3d03jMPjcbt/NVed3fVSz7r3DvMvkIsB13uibb9HvCnhrK6u/gxK6Z6&#10;mOCWaO2oKx+hUsNW4bbmRqpsDUdgY/K1FFX0ElTQnZVLUU9I0fkrpaSrqXlkxE8cUJJmV0ZORe5A&#10;9z7y9vO9xzvb2W22fjaTqZhUBYu8lTJQhM5bDH4R0cyQztOgtkUuGrQ1oQK11YoQPTifUdWHb92v&#10;2l2Nt+hxnYOF+L+49o0uUwubhxGYj7yzuNr85T1KLgBXYmOCipN0UBq6i/2c8U0E/DNGQvt3r99K&#10;9ZDvZs52FHm8xVVn2bf3hweNDx4kQU8lRJDS4eaiajWeTxrEVkYyo0jEmx9yBdc58y2sG17qdwdn&#10;mDM8JU+CFRs+EpGkBqssSEMQQdRNejE3e7CKB3kAYUwobSAvwkZoD8iD0yYXpXcoxX+h2n2p8bP7&#10;mbMo8TJXUX+jbsHdn2NZuI1ddT0WLfLb3x+QpsitDH5mn1RRrSzxwRhUBT2vdw7R2DW4Sn+RGWoc&#10;DSYnPYba+zp9mUG3aBMhLkMbFImMxO3MxiKbGDCYvKTU1XXZnyR1D1tT/lAMQhCMdez3v37vbnzh&#10;7jbXBHNd8s2dneboUllkaSxRIUZVSWQiOVHpRYpKvExbw6oxHRpa71fWtxbfqyurrKzllEpjXOW1&#10;UqC7LgcBgDosXW29O6eufkLlfhBtGs3LujNGLs3syo7t3dvDM1SbT25nsklVn85XYHdWR3TXbxzF&#10;BkdwUFLhaVZaSiw+PMVOGnE8rJXh0hvCnzPyW372ov2+ByG2ayurNu7gxtEsuUxuaqpso+OhoJ5Z&#10;Qs8tDH45KJpSBFNTxSSMQhVuaQguOeOabiaIq91fTyzSUwgMzl5NJFArd5pigHl1a4Kv48kkQlTS&#10;AVpgmvn6DFT+wdWdds9SUW6egZ+kKujqt44DM7e25sfctHk6mmo03JtamlxlNuOLczRUc8TYbcWL&#10;pJYMtBTU5lqKWqmhgWNnV0NGuZ2ulPhqBdk4pqDb9GtDhKH+9m5pqTG0xqHq62RKdalI2ymcyc81&#10;fkagny12QqJp5SzPxlByXtsvK6pb7baxwhQoGpatpjIMQANdSqw4FSoJPEjoPXAuLnxImlPhy6q1&#10;Fcnzzxpw+Q+fQQYnpzsjbgz/APd3vbc+Aj3JkZ8nmRQdI9TrUV08g8FBTy5DI46tqpsXt7ExQYvF&#10;xOCKLF0lPTpxFqMxMzjp2mNNsbbiNcnU8m5qoIR9NYbMoX1/kWtb/D2e3t/uomd5ZWkL6if0j3iS&#10;uoah2sgI4U40qMVDSW5s4oYYJ2WJAAEoDjAwSDQY/wBR6lN13uqFacZj5DdrNqke7UlL1FtxpA7q&#10;QsQh2BMsLU41BDctf9RJA9kH+V2B332/8vdxbd616/3Fuus2T8fOj1z+G2jjKzKPhJKvHxRPNWUx&#10;nlkocdJLPDDAt7q9lZizc4975Y3u573zCiB303efDGVLKoCg1OnuBC14kEdKRJFFDZwXMqoREWFT&#10;QkF2OST6dN/xa3DsfpXpzO1O/wDsnEUlFuz5A/I7M4fc+8cxiqKv3Mk3a28qySqrK9IMXj8rlVoa&#10;J5J5aaCOJlQsqhR7CwfGn5HxSLJN0j2HSKANctZQYug9P9pyK7MU7hQeOfr+faCXb92t5lgksGNx&#10;rA0sACpI+KmAQRQhuAPoen9ccbAGZCwJwWGD0OI+VPx4aRoou2dqVMiNoZaOpqa31kooUGkpZlZi&#10;XAsCfr7IN2h0l23i+zuwKDJbFq6Gui3NUfcUddubYNNW0kk0dPMsdZSybtV6aVo3B0kBlBFwD7B8&#10;e23BMqGJmGthTUDwJqMmuPMHh0imeFZJP1FAqfxA+Xl69CNt/svZO6sJRbj29mjlcJkY3mocjTY3&#10;L+GqijkaFpIRJQRyPH5EIB02Nri49op+ouy0JEu00jZfrr3h12GjYD833iebfn6e130N4qrpg7KU&#10;yy8P29JvqrZBp+pWgHqPy6dU3fgJASlVVNYXP+4nMD/bXoBc/wCHsb+qMZXUG1snjqzD1dRWY/cV&#10;XRVYo8ripIKasWjpDJB56ZshRVrAEEPBNJG17Ak39y3sKOuzWYjFJF9WxxyNXCnEVJpXHSq08Ssp&#10;QgjUvFh5iv7PXpQwypPFHNGWMcqLIhZHjYq4DKWjkVJENj9GAI/PtcywVSsxXC1iuRZWfK0kgjbS&#10;Lu0aU6l7D+yDe/H49mLU0+HWRa0oKAVz5H/L+XRgrOaREEY8qEH0NadZPcYQ1dn1YesqrKhDx10F&#10;Ivj0kFTFLDK5Oo/W/wDxX23DGz0KrSdnalFFG+0eTAceGcA16UVUiojXUW+zh8vX1/lnr3vnElSr&#10;HRh66NtX+dkyNLIsI4LF4EpUeVWTggEXP09veGwZGkT4cafwGuM6scetKHUk6KADHofn9vXveOWC&#10;pMzWw1bVMzOUnTI09PEyD9AMD00k0d7G9ze/09o1DXAdkkKaSVKkioHquKD1J4U6d1SHJVWPD0bP&#10;+rB697xPFOEscRV0+pgxlbIR1AREuxAgWmiLEA/Utf3RihjRhb6n1Htbu+LzB4DhX/B159TDT4Y7&#10;fU1pXr3vgIZ2Qa8PVSka9Uq5KKIONXFo/tmKem1wSfz7bQBQzqArlR5digfiAPGnnUn5V6orNEGH&#10;h93ka+Xr8x173KhhmIlAoJKUyROilq1asySekpEAIIRGvB9ZJAP4t78ztFGyW7FXBDEMunIOqtPM&#10;MDUDFVyDnrfiuAP08jNa0/MjzB/2eve8D08qkeTDyAi2onLk6io08qlIAORzb6A2+nuheWV6xSnw&#10;zRQSvaMk4J7tHlgVBr6dXWtaJSvDj5/bTI+XHr3vE1NUllYY/QhVb05rfKCNQYlqrxK0Zv8AQaT9&#10;fdFM8YLSPKY641AUNfkRWjcARmvl1SMzvUY0DGTx/wA3yPXvfGWCQjT/AAyJVZgdZy8hPqYXvaAD&#10;j8n/AA9qIoRGrhUeWoqQfioDSnqCeIPoOn1WSjI9CtOGa9e9850qj4y1HA4SG2mSteBEIa4ZZURp&#10;J1Gr8hbfn3uRlWUxOTowNINSKcPlnzHpnqj0AoFNT5VqP5eX+Hr3vAsUpBAoaJGBFiuTqJTG1+TG&#10;jqqMbHi5t/iPfpJUiVQH0sKGhBFK1rWvDy7hnyHVC4WMIwGv0JIHy6974iORRpkpaBnDEs0+Snhk&#10;N+QGjjBiCqD+L3Pt9BpVIpFZgwFBmh9QaGinzDVz5ivWgxqQdOny48Py/wAPXvYh9YI43xtiUDHQ&#10;JBk4GZYq2epkk0vZgyzkFLKSBp5JPsQctPo3OBmMrsr9ooAQSCOHAjgfXFTnos3QqLaRAQe3j5Vx&#10;x9eHXCTmNwPqUb6f8FPtI98lY+ydtGTyRou58+P24TPaE1GQQyLEl5ZSmrUUUFyLhQSQCzztKBaM&#10;5RYi0TVr5VUGpAzSnn514npJcSBEjZY/OtQPmDw/bTrjFcQRkAsRCnAIBYhBwCbC5P8AX2U+XbW1&#10;9Vm7N2zIAx/zO39/uG9R/svtiJxpH4PPvG94oDK9bhAa1Bzp+dDinyFOmvrIcdsgY5+A4+VfXqCK&#10;yuKhjiKpWNroanH3H+BK1bLx/r+x6+PFJh6Hde5Y8Zuyh3BK21oG+2pcLuDFtCUy8DSOJM5QUSTq&#10;ikAiO9tQ941/eag08p8sMqalG5MXcNULWBgi0OSWIY6h6Z4g9Tt7ISI+7b5WQ6zZrRSpBI8QVb0o&#10;tAP4iSKCnUyCWWVWMtNJTEGwWSSGQsLfqBhkkUD/AFzf2a/8fn+v1P8AvfvDKgrXz6yLoNVaZ6z+&#10;/wD/1Tnd/ZmjzVQm1sXkaPI4ik29jdy4s0kFNP4s3W5LKYxGyEk7Q05egoaEtJTGMS0plV7HWvsV&#10;+3q7/e7hzTbWGyyJv1tP4U73QdYhblEkcrqJEhDuCZVZlkVRTuHQ/wCU02zmGxbfNovlms1XwwFA&#10;0oFyaimpH4aq9pAAA6m/yWvi1mPivsrG/InuPam69hd1dqdkdhdW7xWszdT5p+qdr4ja246Si23H&#10;gIshmsbDvfcdaZIq6Wq05lKcxSuiRvcB5sSVnyMdDDDiqaSmx6/YaT9g88RWN/GzSMYq2vqJ2aVn&#10;exRVIFuPc/2vL9xs9i8m/wBxa39zcVCwiTthhNC3ho4VQFK+JoC1etCQa9D0xRxwosUSmqDiAK+Z&#10;I+deI+XlXq22j7ZTIxbMrsrnNxbtyOOzO6p494rKand32k0ddWU1blFo6dGrcFt3EY6KkpFpYWKT&#10;s4cluSWH5JUuIq+3/jnHJjKrcgpMJ3hTVC0UlK0S1LbR2fUo+LlpqCr8NPSiIJVMsQaW1ieAxAPL&#10;u0Pa7tzFdW1kbRJYomRe5XdBcSDu0kGhNNC4o1NIp0Et3gt1azUzKX1GppwrWoAFDj7aHo8/wi3L&#10;2M/TnbuQrt4Yfrmtfd+16vDV27sVmJctiMNV5zKUlTHuPH7m3TjJhmdyBZJKDXXyIkEkZKniBDUf&#10;CHsvGx9xP0X2BNDsHrGj2Fgd54jIt/EZc3Pnt19i5jC5ijarqKfwR4pKHGRLRQLSAR1MssjSN+kF&#10;fvIOcY/aP3I525P2KLd+Z9jtJpUgmcEBLayaSNah1lI8XxGnQNrMYVe2teon5x5n2Llvd+X5d5ul&#10;hjuLgQhygYIKAdzZKnhRh65NKdU0fzuv5a26vlfu3ojvrppc13XvbsXuPbnW3yJyuyU2fRTbM6a2&#10;dtGDHUu7tq4NKyalrc/QtmkbL5KryVT/AJKlJHFSaIfWXjqDObi+U2+PjX2h2fjsFkM92L8VN57t&#10;3OMLQTbewuLEXdNDjqCgwdKtaxOOCRxwgeaePUrObM3sL+3HMX0HLPN25qjpcH6JhrZ5Ella0eRw&#10;q11L3aiwJJQAKPiFBTt9lB9PbW8VAjqzEnT3FmLMMZqDkkitKZPR4+zKDZH8sP4b9k9UfHTKZ/r3&#10;aHXHe/XPW3X8smSxG89y5fMZLaObyG6sru6rr8HkgcxmYYJsrNMtLSSyS+KJCIVCkI9z5LE4Ttj5&#10;s4vcR21sOqyvxL6bp9u7eqMvjcbUZigjou88ZiqmngrM1W1OQra5oFQrE15XspiUkAgrlZ5brnbe&#10;ZrK+N5fDmOFnYLTRKyWTOiqQtaVqCQzKK0atT0uslgh+tihmp2pSvqKjFaVqcdHmxdBV7m2n8Qch&#10;tPdu7u5qSm7S27mtx753ExrcnS5SLeWz8nnqJ5qba+1Kejw2MNVULTxLRCKCGMXllsX9izjf7yUV&#10;HjDHiNtY9/4fj7u2P2e2tvtYWQuKyes/QCbki/8AXn3lDJdWMc95KbiRm1vqAaSsTEFS5CKFZ3Pb&#10;TKrSpr0i8WUagkipnPyHzIAyfP06Se6KLpPeFfm/4l2J3zu6l/jOZUU0e8PkhR0wC11VHU0VNHt7&#10;G7ZdKaNwURUulgPG1hcusdRvGVopP747SxqLIZXMmc2rjFjdNSAomOoGkTSGtpQW+vHu9t/V947q&#10;S3gvJ7g1RA4ndmBVclwVVu4Eo5JKgUB8ulCyIwl/UarUpUkEClfIZPy9KdICqxHxwxkDY2n+LvyF&#10;3lG9JDTBcL1B37vtqqFZElEc9TvrdsFNJLIV8jyzyoz3uzkce8lYu5ZgY6rtLAGKQXaKLfG4Xga5&#10;PpEVFi2piP6DQLD21ZycvytIi8q3UkqEnW0NYlP4nPiMsoqPj7mV2JOaU6TOkM3h1BqoOAKfYGHl&#10;U/M9c8HJ0/ttI6zbH8v3timrIC329RUfFPovH7jQ3U8ZbcfYP8YjYHk6pw1xz+PZY/lLj4I/jh3d&#10;PVbkps5NS7IknakjGcnqqqOm3DgZKqCly9fjUpqCSWnVhFPIHhSQqzIRcEr5iktLibbnl2FbSy8W&#10;Ks0SKlA2qqr3Nq0DvFRWmNRGA88QjQvpUOFA7aD9p8/8PRs+lN4biqN37ZocP0nuXrvGZGuqoZJs&#10;xleqNuUeNU4avkop8jtHaO7MnXVyvXaI5KWD94XY3Gkt7pP+ROZ+MYmwCdbda9/VWRX+K/xSbt3t&#10;jYFHRpjTLA1LHg6XrLY0s7ZNasOJ5auVYDDoMS6i1o2jmCXxR4ibTw1KkMKlhXyNVAK0IzxNOirx&#10;dwdkWeyjjela+JqBp8tIp8s9Dl0vhvmp5cxN8jt//GqaIU+PTb1B0R1j2ViSKotVnLT5/J9jdnbl&#10;M8IQU4pYqWlgIJlMjt6ACyrn+v8AT/zKnJkqST5O482qaSLqCINjq31+vPJ9qGeCWU+AHWtficGn&#10;zqAAPlTy68Vu3ckpHxPEt/M/4Oh8/hW7rgndtHbSAQu2YRdubkE5RrXuOObW9xpM5sRRIv8AomkO&#10;uFvr3HvBfVoN9Ri2uCbH6i3I4H9fdY5o1mj1qzENWgYgH7T6ep6qFu81EVB6F/8AOK9ZjjNy+Mr/&#10;AHoiEn4k/gNLYcn+waux/wBv7NX1fPjsluXfVRHgsxgKGbA9Y1OO2/R5OLdlRRUv924aVUnztacZ&#10;NXRVCRGaOV41nVZRHIupbmeOWrhP3VC8q/qMxViBUq3EUJ4gigxStOnC7q3clZD8VDgfMfI+mCOp&#10;1BDl6XH0kFTW0eWro/KtZXtTHFJUN5XKvHRwGrSJlUhWGqxIvxewVPcAoG6r3J9pDnVm+92/pNbR&#10;0cFM6R5mlMglaGplnDNb02W2r62+vsw5tcybbCEtR4tRUmgp2kdorVRTKj1J63K0lY/Fgo9RU1GP&#10;TqZGa8zKJY6NYNLajHLM82rjQFVoUTSebm9/bp8W/lt8ZunOhtjbF3v2TvTBb4xu7925PduCoevI&#10;8/jMbHW7sywD43NK0U9VLLho6eXwMD4pZGuxUr7w6uI4XurhJHVWAYBuPAE6WWmNR7QepC5a5l2f&#10;bNrjtLq5dLgMx+AMMtw4cekTXY/eMuZz1RHRbXnxc0FHFhjJkM3HXyingicjJwpGKOB0r5ajmEtr&#10;hEV7NqAHt/5g3w2QAf6UO0Jn0gN4OoVKObabuRVhVAIudN7n2kRYVLIutkUHT3Dj+z7RkU9ehO3P&#10;3LpQR/VzkCv+h/s8vn1nNHu0FbY7bLDVZz/EcwDpufVGDDYkX+hIt7KD8k/lF8fe2d4/H2fYfYW6&#10;6Wl2luzfdZvDPbw67lxWL2/jdw7XxOIxlYlLTJlZsoKirppY5AIyYUKsFJv7JVtJxustybdRamBE&#10;HfViVlZqeQACkV9TXy6B278xbXuO5bLNBcuIoZGLM6ntBAHpkV6UeOjyKBzXU1FEVRFjFHUVEpc+&#10;Rmcs06oFUXBH1N7/AOHsqpyvV/h8Q7r2u7BIwCdo7tdeAv7YkXaiFgnI/PHI9jF7myAqJHqT5AV/&#10;w0H+qvQgHMmx6anmBCf+aTf9A9PHtvjynWejKwN29jG+8w9YsZpNj7tq0lqoHD02ORTt1HFVktZW&#10;J1ZVVlJkZRb3t7i0aJ9M9XxSuCTwpQcKef246LrvfdlljlVd6Vqof9DepPpTT5/Lrrn+l/8Aff8A&#10;E+x3+EkmMp8ZuKDPPlaG20tteCKikxFFUPPHuDLpKJRnAqOohcECNWkBYE+ki+VHtGxXlhElj0wS&#10;BVJoor3ZqWzXGKfb1GUj+DCjGMGq+eOHTfkRldMP8LOPVw7eY5BalkEeg6fEKZkOvXa+o2t/j7Pb&#10;HU7O0hhLurjgF8ts9Q5uLDUsL+pvz9ef8L+5NM8dmUjjgEroAQxkHapLA9tPJcVBJzXopumpkotB&#10;k0bh6/7HEnieoX+/j+jT4ED03/Yrzay2e16pb/uWt9OP8fff3m2FJYU+WkGlkUz7m26mptV1t4qR&#10;gCig/wCAPtUZYmaCPwz4lRp1SDTSuoilMVGKnjw8+k7GgRImBJzlgB+zrIv8XPDV2ISx58dBVMbW&#10;sB6siBct7Kp3Nn8PiO6+uM6ds4LdWMoNp1P8S2junJVGZwOchevyiNQZWq2xWYXJ0sUwnSWM088U&#10;6PGpBKkggDmuSKJ9wLWwdgq1TUVVvNQ1COHopXGDjpyBJTGUinUSV4gVofQg+WPl1HyeKyWYweRx&#10;ke463C1lanjps9t6moafI4wqYiJaSPLwZugkl1xkHywyKVYjTcA+0t2b2ztuv2gKDFfG7477arpc&#10;tipY9xQbf3vufKUsNH9zLPR0lNu3fOUxSxZQP45XaBphGtkKm7e4K3u/gkYrFZW8Z1kkoD8gEapy&#10;QSSQBWvmQOjSOK8yXvwE8wEUZ+fEj7OkJh+rcvjsrTZLIdwdrbghplq/9xGSyO1KXF1ElXHHEslS&#10;uD2jia6T7MIWhUTqiu7Fg/pClyG8JAQ42J04QpvoXqzElL83j0muZrX+tz/reyNLuMGixjURp4YH&#10;zB4g/Pp+k2kg3jB6UqFQfZ5Y6X5wCFdP8Wz30tcZWcN9b3uB9ffM74qlKkbJ6hABU6B1Ztvxub3t&#10;Is3k1rxaxJGm/tXHOhmjd4YwCRwXtqKZp5k+dfPPVgsgUVuzT7FzT/a+fWFtswsrqczuX1rpLLna&#10;5GXgi6FHXQ3P1Hs03TW69n0GzaxM9Hio8g+8dyVi0ce4YNu0lLSVgx88UNHiZ6Wrmhoon1LTkOUW&#10;NdI/T7yR2Wa3TarMOQCSanGocKH5EUqflw4dUqatR1FeJOCf2f6sdOclNXjxpS16RRRwxRj7ikar&#10;ndkuGlkqGqoi7SLa91vcXub+xNPYHWPkEjzYcEqbFt9U402WyjSuLOpWPB/p+PZg1zbR6UKRaKcP&#10;FLHNTXGAaeZznPVnZ1FFdNFc9zVHr1j+2y3/ADtKf83tjB/ha16w2t/sfZdNodzbL6i+T+8O0c3s&#10;zdfYm0a/Fbww+LTr3LLDl6CrzD7blpcnS5Z4lo6ikkgoqink8sRDo5KgOoPvGj3Njd9zaW3t2kRl&#10;cAgFlywNCVHkP8HR5sm6R7XuUN8bd5I1RhROOaZr/qr1jydFlKqCkWgyqUVRTzeWdnoYamnr0+3m&#10;iEE8UjeSFFnkSYGN1bVGFJKlgTS0f8x3qSGnijn6B+REskcKAypu3CxiR4/S6CL+G3ipmHJQEkN+&#10;bce4uuo72SRjFYiMtTGh+AGDkZPmeh2fcO2K6P3TcqtfIjI8uPnx/b03Ni9xM9xmMYEMjtpOERyq&#10;EHSqsaoXIY8k/Uf4+wT7++ZXXvcG3djYPB9Jd14Ntvdyde9h5+bLZ/GzrW7Z2lJlDlMVhpqSmppq&#10;DPV8eQHgqOVjZbnnn2a8pHddo5s5b3y4jmjhsb6CfXbxEzp4ciOXjDjQXULqjDDSWpXHQW5p5iPM&#10;VgLKDb5VYMD3UIPaRmnrXruXFbgkpqqOLO0tHVyYzI01FWQ4eKUUGQqoVjo8gaaapMVYlDKNfhYq&#10;sv6SQPYz7m+dPxvy+JOJxPSHycxrUa5mk27WV+5Er1wVJnZp5K2RqWLcVFUZaqiSoZk+5mk1Si5s&#10;t0PULmP73HIO7bBzptZ589yZ5d12+WJ4zt23pFLIbd4YlYmVjDCWKiTwlDaKgEsAeohstgkg3KC/&#10;l5ZswEkUkrLKXbSeOaANTgBiuOHQRYHqXtHGZhcrlO/tx5pKl8ZLnqBdk9fY2HPvjKUU6pJJHgal&#10;8TBVlF8i0fiZULAMWs4rl3dltj5TB53E7dxXduVyFftV8Vh3ze2du4ikmzsmSgaNcj9tubKTQ4qL&#10;HoZB4kkllqtMYCqdfvl8sG5zQxWp2icSJGqhVR6LRaGnbUqDgV4jPHqa915m2y+sbm0jtr3xWiKg&#10;Po0hiaitCTQfLJPRgVM5trSJfXY6ZHb0WPIvEvq1fj6W/P492Pfy+NkbV7S2nufZeZ3BRbb3BtGT&#10;+9tZS1y5v7+rwU82E25kHpqKlWKmVcRl3jjkkZ+JHZXsVUHoB7K8uf1h5fhtJ72OGaKNSDJmgb4R&#10;ThTWFQk8CR8+ght21/vS4ktjOEfQCCRxpggf5fToKu1OwMp15T4Orx+28nul9wZRsHTUWOrMNjxS&#10;5FMZkstTmrqMrKjtDkIsbJCviWRklCkgIWZVH8reqM7tDNdSbbxG3ps/O3aeUymGm2tUZnc9XuDa&#10;23PtNu5Xd0mIRKmXAYCPc0xo9c5jkSoXRIFtf2Z7/sG7bbuW2wLZl9MrNVA0jMuAHNPgjqaUOdVR&#10;kU6Q7nsG6bZWJl8WJiSpUVJ+ZHkBw649f9pbe3ljDmGysmLkjx2258vg89HQY+p21X7oxkGcxeHr&#10;q6N1oqzISY2siYGnklhlVlZGYMPY4dF9V0XdGfzmIymeqMRisBt6XMVlTQTUrZdjVVEuOo2oKaqD&#10;Q5BFmiYTx/VQ6sDb2J+WuS5OcVurqS7VFghMoVAC7HuIBJqAvYVqSKNT7C1y1sS7tPKszhViQtSu&#10;eNKH7PIdd9udlTdb4fE1VBiZMvlc9mKbE46GSGqGMV3IlqGyWRpkdcYi0Yd43kGl2TT9T7JPV9ab&#10;1ptlZHs9aCJeu6DdlZsv+8ByVCWlz9LkKilXEGgWU1r5COnh87gJ40gJkLlfca3PLt8+2Sbtc2Wn&#10;blk0q5YEayx7RQ11UBJFCKd1QOkc+zzhLm7aAfTxsQGrxIPCnr/k6XQ3VgRuZNmNkYf70vhTuH+D&#10;qkxqBhFqhQNlC3jMK0X358IYtzJ6fr7CzsHr7dea6j3N2ZjMSKnY20NxYTC7j3B91TJBQ5evkSSh&#10;xT0/kNXJW1kVSjw2j0SKHOv0MBGPP22bk/Libktiz7clx4ZlqpXWF1UGR6jyP59PbbbXDxS3Cwjw&#10;UGSDUCvAU4/l1nn3Hg6bPUG2KjJ00OfylDV5LHYqRmWqraGhdI62pplK6ZkpGkXyWJKa1uAGFznf&#10;yO1fGfPaJMhDUYwVHx07rSJchTzUJqPMm0ZKKKkFSkJqWq547IE1Fze30Nog22K6kXwrezd7mTTU&#10;aCxCUfU7GlFVBVtRoMAfLou5mt5JrRdOHyamozSuD5HjQmgrxPVGv/CjHC5bN/y8qKPEYvJ5STH/&#10;ACO6Sy1euOo5qpKHEUGQzT5TKZSSKN0x+IoKNmeeplKRRC12Fx72Vvmpteg370emxcyaynxG+ewN&#10;gbQytZjFi/iFPis1U5Wgq6mhMhKLU0sMxZBJ6SUuePYx9ldlg3vnOz2Y3kxsZXfsDHWHeNhqFV8J&#10;loAzeiuaDUtOgryVt6T82eFBQRyQyawCO1m04r5nhqPlWnWul/Ij3JVbT+b2Y3NRRUdduPafxn+T&#10;W4sRjq+rmpcbWVGKx20K+jjy0kSvUw0VTV0yRPLHHJJGjekH2seh8ZS4D479cbVxtZWZDFbf6ch2&#10;ri6nJCOLKVWF2/gavb+JqMklP/k5r2pceju4HJNz9fYv95dp2u05p3Sy2/bJLY27p31DyF40XxDW&#10;tRHcAnsrQ/h9RFPOGw7bt3ubcwQrKsou4whaho4ozAMBXSchQTwxXpGfOHIz0fz072rqLDUeFpcV&#10;8wtv5bLY/wC9r8ript15Tde2Ny7mqaGryIhrXpDm8vLII41WJHGmJVQgDTM7QtH8r6ux4fcWIsQN&#10;YZxTTRElv7TawSxFh/T6e1XLArznaa/hE9KqfIipXTwwpAGK9T5vQP0s+k94X1+fA/4OvohKLKbf&#10;ku3AH9pi1/8AXN/dlwlW0saysrG7IdWtTYX0jkKCbfnk/X3kJuNzGkrR2k7Mi9pAbQWFc1DVYla0&#10;qpp8jQ9Ay1qZCiu2jgaY/wAIP2V6aCpuCQDax+hBH9PabJkX78lyqNiM0rsrsoZlxFdfVpIN2ZrA&#10;i1vYD5v2wXez3yI+u6W3ZdBJalAT+LGqnEZJ4joT7dEDLCEk1EMBQ/6bBocVp5efHrlU2NNKNN/0&#10;EAgEcyx8G4txb2SXqLb1HuHtdcxXZ4bXi62+NXfnZtLu7zU9PPtbM7W2p4sPuHEVNQjpR7mp62vE&#10;eLlCu0GQlikWzqjDHvlWzRNw3y8e5NubWwklVxWocUUUrUajq0rTgCTUEDobXCxGW3jnqqkNw4VX&#10;IrXy9fl0FHf+boMNsSihyGFze549x76692jFtjBwJVNuCXc28MRimoM5TNDO0+z46eeSozaBSGxM&#10;FQH/AGi/szP8tjH1226eDP5ignauq+5/jTFR4KirKZ6iuG5slmd3U1FJWVEkoXJz0lKKmopKh9ap&#10;Ess7Lb1ZKe2ewJunKG72NwVjY3MaAuaKAwMpBYZrpB1GnwN5nBA2/SWVjaXu5XxZ4oYUbSME6pEr&#10;n1oPL1oK9AP80cJFvPZGS2zR7gx2zaibqXvYx7uz1JlZcFs2moMNt2gyG5MjR4+A1JooI6s0aTxX&#10;mU1dqdXZxa8LO7821ncS2Lo54cZNgcFQb23bQ7joxFT7TwWCydPJPU5XIwyrj485XyQ3xUIdo3jY&#10;VDlYkI9v+3fsxzJy97gbpvvMMFtZ7KlZYzE/Z+rVlUA47ULM02rSCMqWC1e5E5n2PmPmB457jTeC&#10;OSUKa0ADfsqRTNaV7Tw6rQwvUXYHXu6qXJbzp580c/uzcmwNhbw21uSSsi7AzW89u5NMUm16OdDl&#10;Y9lYTH1Eo3DVVYiqKWqpjQwrLUTKQSbO999d4PZG6N95jdW38ViqfeeM2hhZJMHtIVeXqshWZT7i&#10;TBwxVQk3XBJNiKiIs5KvFA82lxZvY1uDtG02O6SXl8899d3LRW0kgWQsgcvPLCj5LLRFAJAaPKAn&#10;HUnXRt9G4SLqcM2hTqHBj3aeGkrihBzWnVhmL6yjod5bJ2vTUnYObG4tl5/L5Grq+yuyKzHJPh4N&#10;vJBSt/EKtqTYEsEOdpaiEweGoDT/AGsRCJIonZfuXGUNVt7bdduqlwNbQ9Zxdl7hyVbtfB/w3C7U&#10;3HJkMxg6rcE6wVMeEytdRUjw0lEI0aonDKWururHMk9/Ku3bZ4/gi028ST1VKIs5eWhYUYeJhUQF&#10;Dhqkaa9F86PJFaQ+GytpZql6FdR86ca0x9vWPE9bbGyE27Mqdlbh3FS1++5dm4LADsPetFWfxrbU&#10;NPt7NrDM24sfU5HEnLwSzz5GonnSCmi1RLoCRe1duLPZDffxR2N8gMPvGpxW29qy7lhGJz+1cPTQ&#10;9u4jfFdVbaxmDaOXIRQ4mixmQoIstDmsZTvXx0hdFkjp3lLYac48781e3fNm/wBvsO4z2cm+7Otu&#10;wTt8SCfU+BJ4jKpKtqkjIDLoSukZva200qQNBdPFomYmh7StAWQnJKt6HFOFOPRbtrnY+xf5hlZ0&#10;1tvZtbRbk7XwVJ9xuzBbwy245ussb0ns3Ab3lld6/GZOqo8N2TW7wGHyFDX10dJWVmMhnZZZY6eN&#10;CVbUyuF+LG3MSewc7RR7l7Imq9w42p2ZV0O4zUYigo6HH1Bq8hL9pAsQrJ3jDKh8siMV9I1Ek9nL&#10;UQbtd7k8ciwrb6FRVKltTaQOPYoCHWD8Q+3pTd0jt4vFQmORq0BpWlfTzr+Xr1Z5uSmpuzYq/CLg&#10;P4hR4Wup4cnRblORxFGmTRWqqd6WSijlatqIKeWOQ6X0IsyhvUSqqB/m1sambVT5zek6kxhBHFjo&#10;dSi9pAIvOAoRvo3J/r7yQn3WylpFDb3PhkMNIehIoKgUOod3xBe1VwMmvRDMsVwTGYGIr5MfzGPT&#10;1GM+vSHf45bSqoyKzY2wizF2Ots5WXaVFV9RmKctaxI4t+PbXXfObbcFNWTw1PYDiOlne/3dXE7m&#10;OGR1Ea02PlLyXS11uQf6j2qG8bclpIq21wXXuVFclFA4NVs0AJCqTQVJ49LY9OlC0IqpxSp0j514&#10;fZw8+pFB8auuKaSlabr7rR4YaiCaWA7YgqVeONwzoDWRyj1JqUXFrH2UX5LVVRu35Zd876jqq+mx&#10;9RD1DhI6d8jVLWzpW9eUGWg8700tNLXpSNjnLyMAFmcGwb3j7vLSx3u+OxZVa8kAEZrrYBnFaH4d&#10;Pmc1NBx6a8G1EVnHNAHCRAAEA1qSf9Xy6w/FTZ0ey+i9j7OyAxmRnoKvsHIwS47BfwnDwUuX7G3T&#10;lYKagoJFeOgipqTLpAiAjWkZZRp4AUSYrHTKyT0MFSNCW+7U1hFjqLa6pppJNdv63/3r2F3S5jVV&#10;D17e7NDpJ+EnORWtBgUz08be3FP0FqeOB6efRlwAAAAABwABYAf0AH09kx7HxeNXsLeajF4+38en&#10;VScfSKBrp6Vi2nxX9Zb8f659kEgbxFEigvU5H2kAenDjXPSaaJNbgqta+ny679ow46hX6YzH2FyL&#10;UVKwB/ppEa2/1vd0RCU1fEB6Gg+Y/wBnqkaoBpdgDXyH+DHD7evezbdIVf2WyayGLF4aaMZ12L10&#10;FcXp42oaf9uBMfW0kSwgrexUkE/X8e5t5ajuZNlsVUsKBiKGhah4egoD+dfXp+0WRmYKR5YpjHD7&#10;MV+3rq3P1P8ArcW/1/pe/sT5MtMWscbttA2rX46DICQXBJ8ckuTZFe4uCQeT9Pa25E114ccqMoTI&#10;4itDkMQa6m8/I8cdGIWRiAQoA+VP8vXfuKmVqKWMCKlwkwI1O+RxtRV1BDEggPHW06hYzYAlSQOL&#10;+2hAqxGGLVHniGAr6At+wflWteqsH7kjGlvsBNePn148/wBR/re+KZKrnqEWWjwCKdQIp8TNFLZw&#10;bmOoavkEbL9VNiL/AI91Bm8NFMZdNVHYCtCACCDXAHzqOlCmRlVWFRX+EcR6V4fPr3vHNkKiIpDT&#10;02FaNAQHr8O1VVM8l2Zpaj7yHyC1tIK+m3PtNIJIdTXJURu3FTUAcOPz4MPyPW31RjWzUzTgDx4Z&#10;/wA3Dr3uMchV1BkWWmwyK6BL0eJjpqkNqurQ1H3M5jYc/ggj3ucSWwi8MRmFnwKkLSnr6qePn5jH&#10;VAJI8rgef+z173yavqoyojgwaxgA2mwNJNLqXjVLM8wMrt9bsOT9R7ozXXwSlWQeS0OONATn0GPL&#10;PWxrkVgX7BwwOHpXj+fDr3vPR1VRN5fOmPsAkl6bGUlG40EP6miLMY302ZD6SPr7890kLaZdA7TQ&#10;cVrjH5VqM+VOnNXhAK0oI+ytB58eve/fxXIBnEcmKjTVYBdv4nUpYEhlcwtaw/1wPbUkk58KK4+A&#10;LUFanUBw+QA/w9e0uGALHhigx+fpTr3vgMnXCRJnq4TNEJTDKuNx0SoHI1Xp0phSzqp+mtG5/p7d&#10;e6lljWOJQ6EjUpGKfDw8jQnNcdeZgDkEr5n0/Z5/b173jmzucfSDko4zqD3/AIPgkA5tq/4t9gCo&#10;4+v+8e2ViWNRJDrLVIqTggcCP6NccePW6Eagsz8PtH+Cp69/vvr7zVGVyMOmaCtaGeWKMzyiixsj&#10;SBFIF456SSBBzf8AbVL/AOJ9tEXSPHJNoZyRWnEE/wAOKUA4fPHXlzpBYh/UEVJHyGOH+br3tpbO&#10;ZljqfMO63s6fZ4lPIrgq4YpQK6gqbWBFvxz7WtMjgKEMkrGlOFAK6aj5kca11eVOtsO+hZi3H8hw&#10;xTr3vsZrJxxxx0+VmgWNQqRRwY9ltf1EPNRySvdj9WJ5FvbqKrIUKFYqE6Tkn0/aaYqMVoa46qXQ&#10;qy6GUf6uPXva663rK6s3pttauskqUGcpZGWYUylSCSWvBDCNbAchrj8ezzZRHPuNnCrEkCinICg4&#10;qad1PQ5PRTuRUQSqHagU0I4D8v8AL1xf9D/8Fb/ej/Tn2nvkOtuxsDoBDjdWYJv9SWqK5tVlvdyD&#10;9LWHtjmx4xagEkv4UgFSGZqKVpXArQV4cOkshUNHVq5A+2hH5dcIP8xD+P2o+Bew9A+l+fZEBJG7&#10;MY5llBZ/80wf+0eQUJPFveNVxG0kzto+Fj5+foBw/M9P0JyI/M8f8HWX2ZX4wwVybu3FO1FWiin2&#10;q0Ute9NUR0sUq5OnlpomqJI1i8lUyMAtyTpPvHz7yEcA5I2GOe6VL1N0DRxk90imJ1kIUcREClTx&#10;AYVOadTH7KGdOYt2VYCYTZ97UJVKSKUB+b5CitcenXQINwCCQbEAg2P9D/Q+zn/4f8i94XdZKdd+&#10;/wD/1hz3HkXxmZyM04MdPQU1RHksbVJTmPGVtNUfaJU/cPEtZO0zSFZYoCzsNLBT9febe1Wc19JP&#10;Nt95AIGape1m1oyOEk0RyFjVmACrrqxoQAKU6JPu53V/tvLm62+9xS2sq3rM3jL4epSitqDGlQaE&#10;DywerL9vbQ21vXavX67YytNnKjeUO2qvYe+9vz52OXeW2szips7W4Kr2zS1UuDwlXhaemSWlrMsk&#10;UEcxmheRD6WUWKkqQ1LWTYWOto8e8MznVIErXlSVFqg1YFknMYksrNE2pbgsPZ1f8v71u1j9Lbyw&#10;PPMXGQFaEnNVGGYNkSOhFBlhTIHvN33gvaXlmWawuN+W63LNUtgJCleKl/h1q2XocKR0A+6Ops/u&#10;zGbnwO0d7bn2Xn980lfj8fWzUlHSSbRpKGpxdW+Bjp8G1RFjVyMtG0zpBWxiKo0yJG3I9l++RHXW&#10;f3VubqreGCwckMey67s+p3VQ4iooabKLj9z7SwmFwU226Q+OHI075Kgd62G6SRJZ1D/pEfSco81b&#10;Bc3TbxbSTbStmiLLEQ/6onaUqXPdSJTl11DTQnJB6jjZfvDe2fOW6Db9uvJbS4FEH1KqkbmpFA4J&#10;CsP6RUE0z1Yv8BMjlejdr7y2B2BvjC5/D57C9e4vYu6N+y7nzUFVmafP5zMZuDs2tMOQrKbMRUVb&#10;FDi61ZJYpbqk3h03YH+m6g0/yDzQxEuTFUnRGDqY6jJSRrW0lTQ9r5mNWpZKEr4/GKkstz5BKLcH&#10;2MPb/k7ZOctm5t2S/t0istxi0TGSrRuk0BjIkRSJCHysg7dWKkjqKvvQS21rtPL+5Txnw0nc9rAA&#10;1RSDUg+YFcUIzXqwfsum3BPtHZoy1TtKjqv7+7igxp2fBkmxjU0208NU08lVHmQ00lStRB65IQ1O&#10;ICpAPPsfPjz8Usd8aX3bU4XLYncmf3Rhsft4Zyo2xjcDVYHGSZCuzdVT4qhweiFVytbXxySFioaS&#10;AM4ZmY+2+Y/YTlay2SW22TmdrCyjTxDpRDHJIqCKMGpJCxUfIJ7WFBjqOLL74luRbWdlyENR0jxH&#10;lHdQhK1C8TQ/yzTqvD5bbgovlpD1TlM3XZXYex+tt37u7O3R1ttjMfe4/t3cmNoqTGYSbeOTysav&#10;DSbIjx1aII6eGV2SvcxmIoLlc3P1R1Rm8lkK3c77zkrp0OKklgwHRuSmx5w7VFP93RZTde2snnKO&#10;ommmeUrBPFFEwDxhXJb3Et/yhBt93Hudnstm95VXEsa3BYsQg+MHuACVDMtdRZa0oOsytq5lXd4W&#10;la1VWkUNVQTh1BC6iDXT5/Po5Wdy3zI3nkdsZ7Y8vxDSmxeIxeUwL72w/wAs6qvQ5WQZyhSOHaeZ&#10;pcVLjoaWSnjjSoWaT0sCoQhCraVdmU8NNTRR7mWKOOGCJlrttM8kMSrGXmf7R1EzKgJ08aifxb2K&#10;03O+8aW9iiiuHVRrDa4yjKpEQ0KBqzWrGuqnlQjo1inFXSWYNp/DWhDfn8vTpYZSg+Ule01XV1PR&#10;DVsxmqat6nbPfEtOKiYiWc0AO4YZ/tI5XYIstiIwur1X9vsdRscIWWn3TNqF2EmcwCOrOba9MOFZ&#10;dCvx9SfyePaKWXeBKIbi0to5NdAwEixMECnwlOoY0ksSKAGoXJ6v2xyKTVVPA48hwp5GnmOkFNtr&#10;5YzsRNuXoOgKkKkeM6h7iyY8IuQ0suY7Pp5nq5UFiAqpa1he498Wr9oJzHi8yWClWMm5qAR+S1ip&#10;EeE1aCf6G9vofZg+08x3cFZruEKWXQBEwqOKvUsdOAePaWAqOvai6eGx1BiNIHEiuCeOfXy4Ch64&#10;Q7S+SHmHn7C60ipy4eQUnQu6nqVhLq0jRmr7YNO8vjbSC6kBjdgfp7L18pMlttvj73VjaagkiyFX&#10;19VxUyT7ngqphUHKYdl0Y2OghqKg1RTSqOQsj2sbj2Q79HvjWFlAt1byRNPG4CBqunesYIrhhUhW&#10;C5JYAEU6V+AyRB1UH0pXur+wAfYOhp6X2r2pFvvA5fcPYOFy+IxuUnfIYnHdMx7fd4TR10TCTP1W&#10;+My+Pjo5pEcyxwM4VdLWDkiiTubqLtelqsVU1/U3aeMiIraRJ8z11vbDUs06zxSGlgqMrgqOKorY&#10;kIYxxszhCGtpIPuLpbWQSmJ4uK1UAGlBxNT8+JNM9F0w/UUArQg8DjjX/V8+jf7W7v6X3zU1dHsr&#10;t7q/eFXj4Eqa+l2tv/am4KmippJpqeOoq4MTlquWmgknp5EV3CqXjYA3UgA+nUnacumKDrrebs1y&#10;FbbeSRpOCw0iWGPSOfUW+gHtuOGYERuCEbyAoBXz88nypxPTR73AMgWpz3Cn+GnSpl3rs+EFpN0Y&#10;BVB0lv4tQsAdWm11nIvqNv8AX9zI+j+46s6KfrHd8tkZiBjUgso4LvJUVMaqtzxc3H9Le1EVoajQ&#10;JQwwQRjjwqSNRIz1VpQikmUUAzlaU/bk9NdV2f17RRrLU7xwEcbOI1b+IQuGkN7KPGXJJt7PND/L&#10;13PW9ebS7U3z8pus+mP4/sbbeUruushsntXOdh7ZBpFosfg8ji9qUVQmbyUtJSLUqaV3h0TLptY+&#10;5CF5uO1xWlmrqsZTUG01U4z3a8Mp7SCKV4GlOkIvdsZqS3TBieIjLAU/pBqH/KajoqtV8v8AsPK7&#10;tz+3+rPhp3721trF52uwmJ7V29ur484LrTc5xkMQyuQxuS3f3Ng9w01LQZYzUDpU4yKoNTTSaYym&#10;l2x7i/lw7kxldtvF435Qtvxdz4ytycNdtHpne1dhsG2PmjSpxm7v7w7zwVdhcyKWRapUFJPEIDdp&#10;Uk/b9rdql3PedxutpmvUglQIazIWSRWxqjYSAUViFYsRk9tRXq0l1t9uJJA8kig8Qi49KAvkepHD&#10;PTjjPlXvulkyUfaPx9r+j3oq6jo6Bexe3urqs7miyEUf2OQ2y2wMrvaCto6ivdqMLO9NVfcRP+yY&#10;gJD6P+W/lxVUlHnfk3JhDN91J90/R+UyVBT0VFTy1dbXIMf2LNX11PDSQmQrR008pXgrqDAU5g5V&#10;s9lt5r6RtvmWh4RqNVGoclzjVUaiABSnTEW9WMrRrC9zVq0Ph9tR5V1ef7Osud+UG/4Yq2bZnSmH&#10;3yYaQPjqWDufbW263LZN50pocRGNybfoKHHzT1L+NZquohpy1jr0kN7CnbHxf+P+7c1jNv4b581s&#10;+ZzuXoMFt+ih+H/ckkm5Mtk6w0VLR4MR5smrOtWkmeQQxwUymV2CqbAOLduXJPFjs7FHugKqv06j&#10;xMFiEq9e1Qe5sftHRiZ1BNBctwrRFxjj8YqOk1uX5KfLjbNBLlav4IVAxdMnlr8nW/KfozD0GLgC&#10;oXqclVZSemigp1kbQChkJa3ABv7GKv8A5a1PijfM/J7fmOViWpWqvjLX4qDLFPH5IMPJne1qD76o&#10;iMihwqcC9r2Ptr+s3LxjikexRNVBQwxjT6EipNKmlf8ANXpWJLcgMb0haYqUFfStGNM4qes0nyo7&#10;ohqhR1PQnXFJUKqPUwSfJbHZGajEh/aWqXbnVmejildVY6C+saeQLj3BoP5fuyKjG5DM1vyg7YTD&#10;0dQ2PoqjC9CbJ3DU7jykLqmTx2BoMf3y9Q0+Ajlhlrlm0eKOoi0klrBVbbjY3uhLXb4hcnJWQJEA&#10;pJGsMQQwJFDTI49Jbi5gtcmWRiTgKyZHrnHl0yZ35h9uw1tDg9n9IdVbo3LDi489vDFZX5Fbh2JS&#10;bPwOSeeHbWTqMzuf48wUeZXcdTR1EcMVIHliMDtKFWxKrpf5cGwU+3fLfJT5F7dgqqmGhhqs18Us&#10;VQoauZlZUWGLuGrrZjHSuZ5FiicpEjMTxb2cRRLFGbl9vsxAq6hV4e4Vp2qFqQpFSaVoei5t5sxJ&#10;oaG8LCvAKR8qUNDXypjGek/R/MP5MZx2pNqfHL44bkyhxX8bhxlJ84mhkqMWW+2SrjrpPjQ2IVJM&#10;l/k4D1CnVY/Q+wqrPhf1arIIOzvlPuSSY5CppJ6H48dew01Tj6SSohhycdXN2vXiOiyq0penqJdE&#10;RiILMvswk3+a3jjWATAHSQiKugsaEFSBRRQ5xUHB6dN0kxatnOq+epoh3eQp8x5+uOhNpPkV3XK8&#10;9Pm9ifGLZ9dRSLRZSiynytzmVqsXl0gp56vE1cNB8fKZTXUpqVVo0dmvzbngUcT/AC2usK7A0Wer&#10;+2vkFSCrpoqqbFP1R1hS1GLhnmqI4Hy1VX74hXHx1C0sjK7whVsNdlZXZfdbtfx2zSWl+JkDhGQE&#10;LpZhgl9BBP8ARHEZqOk73dgtIzaSh8k5i048yaGo8qYPTQPkx2xX5WgoMJ/spFZR5bLV2HxGTj72&#10;7KyE+YrMXS0smUpsNisd0PLBk6nG1tbFDKI67xlW1h9avCve7f5cvSm1sLiMyO5e6K9sjWVFJV0l&#10;VtjpmjipoYsVJkI6ujyON3NuGkzDNKvjkp49E0YuVEj+j2v5Y3OTfN1FpfS3dtZ6K+OY+wNqCgEa&#10;KsrCtChJqAaZPRfJuUBiaW12yaRQQKkqo+KlK6MHzA4HhXPS42B2l8ht0ZrKU+c250DR7dioaZ8R&#10;mNrb47Yz+WlycmXipJKPObcz/UGzDiKGTHmSSKqiq6tPKmmRURlkI6bI/lObPwWTpsxV5/snf9G+&#10;1KnP4Wnhymzdv7OqdxVdGw2/RbkrsbioM/R46Otkj+8McQkVTpKoRq95Jz+w29rZ304uTuKvaH6Y&#10;eKkIeciqiQOocRBauJADWgULU9DXaeUt+vmguX2dksXWqkuKkgVoRQUFPOp8ug6zHzMiopNM+W2T&#10;tmfG7zO1c7tnceI3eN61VPiKiWo3Dktn4+mJxmcFVhYJJMUTP4qplLAuAI2KJ3/8He3eoevMZubs&#10;3e/RmyqWvzdHSTDcPZUlBFT10y1DUtDRT0e38o2XqZYwWCwR2jjV2ZwEJOLHuB7Zc1cjw2l7zJt0&#10;FtbTOUjIcMWIz5fEScitCeFOndz2WXZo0mvUKhm00AJpxOaA14YP5dDBs35ZdfdiZRcVsXa/am6H&#10;WpWmq67HbByUWJxhaKrlE2TyWQmoqWigP2hUFmuzyIADq9kkbrzFo7qe8vjpM0S3Jpew9yV6HhrK&#10;Hp+vSvl4J031W9xmI0k1Rw3MbEChocg+p8wflxFOiQ3tvXtVz/tG8/I4r0Mse9qmUKV2LvtdQYny&#10;YzFRFCv4YSZtTdvxa4P9fcWXYWJaKVou5ekTIkLkO2497zU6SaG8ZnEXXokaIGxYLYlL292iimZg&#10;omXUB8NR6eVfU5+3HVDdRlaIjBh+Eo3D5dSv72VunUNk7xY8+n7fAq30v/b3Ai8/T6/X2aPHdP8A&#10;xClrqei3Dm/knmK2Wgxcs+S2Tv3reXAvVTxU0OQqqSXL9YU82MwLZSYLRrVOKn7eRGkBALEYWHM+&#10;0ySPZNPfNOigDQYu4+YNRQemnUTnjjqks8sEayJtjsf9MVNPU4NB0DFbN8uax6mrwTdA4+gkqq6S&#10;gx+5cL2G2ZgxzSSvi4chJidyyY+TJx0xjWp8R8JmDeM6SD7EKn+PXwolmpIET5R1tXkXYYyiXu3q&#10;YyVapKsbyIcL1TkZpUAbWTEpXw+tCx4IzawnH1EVvtW8STKqmrSQoorSviFUNNLHBFQQV1efRfHz&#10;DZgBPo3WQitdZK48sKDXyoflnpN5CT5zUxp2gqvi41MkNW9fUf3f7NfQYYTJA0MdVvrFrHHLJwdb&#10;nSBckDkCjH8MPiTKyCKDuySGaWi8NBVfKHqml3RRw1MUOuTN7aqdjUOToW+5dzDCIPuHpgkrIpkV&#10;ffrTYpNwgleTdoYtxDvWF5T4ixrSjOKAaxklPMZHADpPLzDLbMS+1oyUBqryFzU8ANJANPnQedem&#10;Ol3J8vhDjsfmt59B4nc8tXNHk6eh+Off24tuJTSOJqIYnc1B2zDjshWQUVREtYdQp4qlZI1dlQuR&#10;QwfwJ+BeT8tNPlfkBS5SmKxS0s3cu28hS1U88rR032NZiNgK88GsrHMSiNBKdDnVx7j/AJh3m22S&#10;6WI3kl6i/EYakL5KoY1IauTUAacioz0Zx7tE7J9RahWYjHiPXT58RXV6Vx8+oIqPnUZpBP2T8YWp&#10;Zq8vSSY7oXtrFV9NhKemierOWx25++FMGSM5cwyRySQzRAWjWzP7Z+xP5f3xg2ltSPP4PaPe+dqK&#10;uepxyUknYWYqpcDUxY+srG3FuHHYvZ/39XsyjnpooCaNRVyyzBAVJBAfsOeLbcLh4XtpI5FU/FKV&#10;II4Egr5j501cMDpcC7LE9vCCzNQgFyQor3UrWp4egNadKfFbp7l/vFtyiru6OqcjiayvWsyGQxnW&#10;hlxuYwcT6Th8Hk6HtyvOI3NXlJWWoqoqmihigb0SMeELtr4MdKOu1cju7bGa/uxuTM0GGqMjt/fX&#10;aVJlcbTZCOnSh3VSUu5MNS0eQ29W5Ko+2aBvDX0oR5ZE0gapb5L3Pk/euZNu2jepb23tZ+3xI5iz&#10;KaDSMgClSC3opr05bXFs9/Da3FsVRhWvfXjTFT/hHS5q919j5D+8GR2pVUlfisBiJMpQTtDtvIUe&#10;7cgoyYn2vRiiy0Ffi6rHrQxOK5vNSVRn8aaWjf2MGP8Ag78LDu3sTb9NsjtvH5vp04nLGh3b2xW5&#10;HFdm0k2egocbksJBjMTTTUOBraqCTXHK00ssMcgVlYBjPvJ3t7yxNzFvzz2m7yR7dfQmOOaq+JC8&#10;gRTKwy66+8FAuqKlVOT0L7LYbCW+uo5rWUiEqwy2U9SeBz6caUPHoIMP2H8kaKDbGdzuU2dvLb/a&#10;G5aSPGQbK2DX4LKdOYJ8DU5StoN4/wAc3nmI925OnkUR/couLtOEX7Yxszi1Wg+NfXadv5PumXDZ&#10;Oi3nHsGj6whxuPz8kW0oNmRQU+Wo4n29TRfwqaor6ilSd5W1TySjyzFpSScr7Pk/lrb+ZLzmbbp7&#10;h7q4j8KSJyRbgLJlI4KKi0Y6iaEEmgoAKSbbco7Ot6u4PM+sYABwFrmoAoPtp0QnLfJ/O0mzcBtL&#10;AbmpMxRZHc+b3Nld07g29WSbjrc8u96nGZ+ixv39ZHVYifB19WYRMkaU5gb7enCwWPuTner9rZLe&#10;WX3zids1Eu4MZsTeuAbOY7cOXwkNDgt9SrX7jxVKlG8dJVLuXJ06NMxVhE63VB+r2J7rlzbZYhcT&#10;Iv7ymhe3jVjUkM2sr5+GA+lgTUAgMucdGu5coWk1JYI18fwiqmp81rUEUpwyPz6Vu2t/5Xb+z+u9&#10;t7x3pjMVX5veO1MPtPCZ7ZuC3Tl8tltntEcRkcitdJNV4qPaGOhjMAl1F40DCUOdJCvoLqCo6267&#10;TauYxe26LeNTDkchJuiipmngamrG1DD1GWESyaMahjb0hFkRLhBblzljlheX+XYbO5aKS7dJI5xE&#10;unukJIoWo8g/DUgAHgPPot5W5Oj23bri0vLeP61ix1qAaVyBWmcUzStejBdz9pUu5N547c+Ez258&#10;1s3GVFNga/YlFLBR1qZiOWWopdw0GCqJFbJvV+OSljaVf2pWHI1DSGfanxlqs50xtvrTYFPTY6br&#10;/cG190QUUq0tbidwVu38999mv4rn6h4GpsRnXqagmQxSAAqrAxtYF3Mnt3tO97Fy9s1tdw21tZzw&#10;yKpjI16QAyMo1MWZK6uNWxTj0k3bkeO922O1tHWOVGU6SvxNUsamvpgk9LbaneOBbe9fujdGb+wp&#10;N60s2NxJrEyOIzeGoq+ijyOH29HtinjyVRJuTG00CipVJgWnaQga0a7H2P8AHrYeb2V2xt3ZQNHL&#10;2juLqXJ7p2+tQmF2RTUO2N0R160uKxWGpp1SCWhNRHWRQMgrNSam039o+ZfZDbNzggs9tsVW2k3K&#10;CeSN3pGEtiNaougaNcZypBLk5I4dMjkm0X6g2b/qErrU0CALTA0/5s8OlLhdw7nl3h15kdz0csWP&#10;2ni+w6DEZFquqyO4su74qhSobPVOV+0ajFakMDwlozI00ZDlQtmNJhsBuTa/bNfvvCY6YbZosRs+&#10;XFrjsNt2j8OQparKx5+jpK2QR5bCQSYuop5J44AsMgKBbyBwDOTknly6l3ixl262jS6szAtEQKEk&#10;8RXjwup1LBXYYWoBBNKdGO6cqWt/HeWq26shgKUIqNTVoCMHNaj5cM9FO7Obrju7pHc/RPYmTxM+&#10;W7Fw3YG1q9NyZzcWUgFJlYdG23qMZQNLQbukiz9IZY/u7x0/gLghCLjr21uPB7yqYIsZHuzwzZ3a&#10;tbUMMW0Rjm2682Sg101VIyPHGXsaZfBVTLq5CWPuLvbT2uvtk2/b4eZNhsk3iyvZJ4pYpI9ATQYk&#10;cuqnUG1NrjFVBcN8QJ6DvLvIM222drFe7JDFdQyFgyqldB4FmXJLHBSpHDzB6rM/lxfFXuH41bFx&#10;VF2/Q9JvujZeK7qqdrZPFb7o66nnxfaVLSbSqi+cxFAlVLW10UGmeskOQw9K7xFLz61Au9A09dHs&#10;asSaoqqrHNT11BgopI1gpaHGQwViPBSUygrRU4nqChjuxHjF2Ygn3CX3o9t2a33vbRYbcLS88KSS&#10;4eo0SdoVUdgf7TRwj0iqODqBFDiv94ZOW7Hn3Ybfa4oYd1cq05A7mZnGgGmSyqTQeVeNeiCfzfk2&#10;knyW2vDtrb+Ewebx8uF3T23XY6T7rMbm3/ns7g8lQZDcGQDr/F80uHw8cvnAiYipHojVkHvTe7nU&#10;UvysySpqphDuqhjFrr4zC06CTi9luDx+Bb6e4O2Cfw+btvaJFZVkRaqKJlAdIBzpGqms1rppSnQk&#10;3lmNvJqAJ0ZI+R4f7PW9PRzfc0dLUeoCopoJrOCrjyxK/qX6q3q5H4PuyCMko03kH7npJuthrjAI&#10;A/Ba45/H4PvIy8too4ZXjtJNJxTRQVFSBUCoxUtSnkQadBK0oyKfBr5Gg4UyDjqE1tWm30Aa/wDt&#10;/wDWH4+nvHSQNKKmKQXBo8vAvqQSSpJiq3SACCjAte2rj2AuYZfrdh3dIEcSRxMxJVtIoKUGdVBW&#10;gpgkkkdHtnpM6SRpXSy1xjjj516w1z6KWd76bRqxJuNNpE/obgkccc+yb9H7Wi31uXt3YNPWJjcx&#10;vH4Xd64HB1DU0lRNHX0Mu0N0VcVEV/fRp6DBvFMsSPNNTu8aAXJ9wHyjFebjFzRaWdzHpew09x7i&#10;iSpJIi4JLEAEAUNAVJz0NxrmuIY/EADB1r9qt+dSacPs6Bz5BSUNBjurM/k6p6Sg293j1rWTyGWW&#10;KkeTLZCr2nQxV7RlU+3bI7jhKeRliWpETMSBY2Ofy/tl0u7+r9jb1xtXTw1OS7l6s7FmpWpaeDKb&#10;ck6q6/yHS/YeKrUyQhilyMVbkYpEjaNRElXr0M6XGXXtVt0cfL9luUlxG8DXhlKOx0qAgh/UoRpK&#10;uukV7hrAzWnSD+rrbvZXCtIhYpGpBPw+FITlTQZGk5zUU4dEo+bG78TgMhvXI1n3NfRr0ZvXYEVH&#10;V12eOFqN2bl3JtjtDZpqVwLCeLGZPFbPrUNYly0sCUaupkYNZRtrZ0kFf2XV0TQRvTmHD4mhzeMj&#10;yuEiTHRpTVBfB1pOJy+Ny6tIUdkMEkrhxeNPH7yD3KKGXZxDtzNJPdMqyiRWxEhq8YTUoDFdShlI&#10;BJBavSD2x9pn5f33crqWbxLuSLw3YLgqJCWLasrq7dNPPHRPO6e6sZuzZfxy25lqTLV+P33US5/f&#10;eT2xmKzau8JqSqapyUFLR7ixMkGd2nuDBFKdZ4Y5UrEpA8MmmaXzCdDjnq02y1F15sv+7ta2XWak&#10;z2zcD9xh/wCHtTUmKmix1XjFixeQmWokhEhheSEt6WVODCZXmjdt22XdmhW05ainnlYFUOhUdREE&#10;BqVaRaKmk1IBJp1MkuyyG4tpEtmS1jkYmgGk6KEVBqDUmlB0D9dXbWrD2TLuvtjszD7u2TkNq5aB&#10;Nvb03A9HuWsylNlcjkqeDI4zP1MWew+ObFxVTQxVMUdbS8aDUSMfeDctK+NAr0iweP8ANUTff1dV&#10;gNu5fH1ePxKPV5+ozKyUcNJT0O3cGlUv7shgp0HkEZ1MjCTme33pxFaw7lAm3XKKZZtCMVjTvkkm&#10;lcaVQBwqgh/06KNJx1S421ru2EdmF8LuqRxXSa0Y8cZqvl0tNl1mN3di8lt7zVmepI9vYieCB90b&#10;829ksXDm6qmp9pYnH1FLmJNx5ifsLdFfRyQpAn3Uk0rQeZEiDqR75t1Me9tqdOTbSiyeTJpt4xrJ&#10;QUMjYjHY/PvhpKSqjioqSlpKF8viqcRmVaaCJ4I44oy1wp5k+/i3Fx7s3rJ4kipaW8QmUliY1UsE&#10;AIUiIVDjhxAGB0mls4reDsjXWzUqooWxX7aAYHVjHwD2HuHq/J960W76DCYany24Nlrt+okq2mzF&#10;RNhtv1+L3BiHrMlls5k3xOLq6BJ6eCauqZRNV1NRJpknce1b0Xmd29YbIo9t7bl62lommnpa2p3P&#10;seu3huekzO3cJK9TNWypubb+N2vsmKolcxyyQ1DTVR1SeOKQOBHylsHNuz8kXXuBY8wPDs4uvBaK&#10;KITM+AdVwSR4cQFfC4q7nSWWlCEOYdq3h7cXNjMpt1ARxUK66jXVUnA047QSWxjoOvmj1n1p3J2b&#10;h9w703H3ViaPYW0cdhMxR7P7op+oevFxW8882SpqoxTbNz+a3FvGtpRHDVy4upp5o6RkhjJmU27n&#10;+XG5G3XtjB5Hs7aeAiqabE5DclHt/wCNGHym3KjG5Knqo6jODsjA7uyceDpqHNoiyJSrULTJBL5E&#10;l1ovsxm563aaygttq3u9uJUUaEkUpShZgjVyxbUWIDZ0gZx0FVi3MsXeeSWGMqKBxRgCVKsAVNQD&#10;kDJPQRY34F9X7drszntk9Y949o7awlFXY2lyVf8AO/fWRauyNFkJcdUbbl2lvqTGY5a5dvyR1UE1&#10;XUGZpGWF5I5FEvsYKr5Lb2o8NksLVZzr6XeOQ3Fk8PRxdc7Pztbkts7b8tNJtbd2Twm4tr5LIfwP&#10;OUMyzVuRkppKKikqFi8iEo4Dl1zpz+g2xId4nimM6SEtIrRABiPDlAUeHSo0VZieFMHpW7PAzKEl&#10;NDVSztQrQ5oGAr5EAtgV0+fSRl+CHQdVvXAZGah+ReFoaKlw+WwuQ3X3ZgtybW3HnZJIzlcNW5bB&#10;9u7ewVBunFTo2ObFvUiWqeM1MMUsay6apvlTN15jfmV84MT2HRdi5nFv2P0zmcNL1rW7IwmZbMts&#10;/clFXzZZd70M9FDgqqhqpHWOkCTfeKuoFLkLtnmtLzZ5/wB9CeO5e8kb9AoV10cnUzZINAQBnB9O&#10;jW4MpnspLaGNozbJWrkAHBwaGua8cjo2XwQp+28p8N/hjuLrqLZG3qqLp/P4fdeB7Fqd3bjajoXy&#10;cb4inwmUwWdnhrqzG5bFxxSz1k1SZqJyYpNV9QM/efGU2K7Y+Ur6YwmiTdfQcCOwa6gyDFM6gW4b&#10;jn2na32pYnktBcVMpNNSEhNHcSCOJNcDAFKjraS3gWos0y1cSGtPzGa8cdHESD5Y+T9zJ/Hgw3HK&#10;YPskSEalv6W3CVB03/P1t7I521luiIuzN7/w3YndFTE2bPhbN9lbDpp2IoKKzzQYTYFVTQFiTdYp&#10;ZVC2sxPsNmTa4zKirIZamncpoK/iAApj7KngB1SZ7nU4NvEGxxc0+fl+zoQ9v0na5xdH/evO7AXN&#10;WvkBtvbG4P4WG8j2SjbK7reqZRFp9TgXa/pAt7DSTM9WX/Y643ibhbNWdq0ugMDdgWpNgRm1v+K+&#10;7K9uSjeFKWA4BgCw+RPA/kemG+uBJSKMt6amqfzPSjFFuQj15/H39XMeAZByPRw+YlN1P155/wAP&#10;Y7dOmCt25n58Rt+enx7bkX7Shn3KtS+MjOOh00cmTmxtNPlmdl1+XwQ2uF0cX9zZy3NEuyxzQhxD&#10;Q5Y541qBSpzxJ4DhnpRa1rMSfSo1UANOPr+3p7p0mjgiSpmWonWNVmnSLwLLIB6pFhDy+IMedOo2&#10;/r7EmaiqSDbBBH0ELIc55dB+ok8f2wUtbjSTY+zDTbgKqTgSllAJJ4A8ONGU8FrQ1Iz0tjkYAKsw&#10;1eVf8FeBHWb20mjqIy2vHwzlimmWfKNAY73ugihDoysfyWuPp9fbUpu30I9qUjWtAFwR/SHrnIUc&#10;fl0oDSih0roA4Z4eZr/m69768cym/wDDaCC59MoydXNJCmoFikZIhaQngX9I+vtO0ohCqNVakUoO&#10;7Hn8qYp5/b1dnBChaVBIIzQny/l8uve8MjzKZNVNiZAzazPVVdWs/wCnSiNHSypGfp9fr/Xj21FG&#10;uoBndFoOzDEggVOk8KgDOT9h6sWo60ck0xXNPX8vIde9wXllYKhhwsYZhqlp56oyhQCWjiaWoZAJ&#10;PofSSLD3WS1t6MYS/iH4QzDFcVVa8PKnn1YV0soZK+hPl/q8uve+1nYfstHgDpZ1Ms9RVNOx5K69&#10;FUkaulwLKAP9j7TGBUQoYy0jJpAXAYfi7sMK0J9MUBPTJY9wVgWbyoRj0/y9e9zad2Pk9WFi9D3F&#10;IajzM2nSjStLPOjRh+eALH8292ltQujxA5BpQFgwzShpTAAwQAa8T1fUz01Ht/mPz+XmOve8IeVt&#10;OiLBlQvpKU9ZMzsLAl71Fmd7X/p72yNI0rMi+JFwAOOHAUAoDxzwocdPoshodeeFaVH+cfYeve+p&#10;BVkpZKIG37dPBQ1ADlSXOulbW9SZBwbMOPbUMSM1I5WEwJNagK2KUBOKaiKk/wAOOPTZjQH+1px4&#10;CnD5n54r17326ZVpI2WnjDFwQg23UOqAtqZlVo3CILWA/F7e/JG/hKksgUaAtVzXyINK+ZrihNK0&#10;68juqaXcaNOMev8APr3vHJDkWceNiJljIni/g0k5RXYlS1I0L/bcnj6cDj3tXljhZI0BhD041004&#10;EVGRUVJPAnHVWMq6VNAR5UzngfzPn173BlhyiqY5pZCmhg4G3xDpVbNp8i0gKEKOWBuBzf2YK4ji&#10;FwkGhMGuSSKGtfOoOB5Z+XTq6gRSojPEkZOKfbx4de9w46TJNH5aaqqGp3ZnXw4aKZSrckJPJG7s&#10;bj+tv8PdKmiQwhWUCtan7RgDPzr1smnYW/1eX2/n172u+vaiSk3btt8jUV3jGTpokEmOgpUM0jFg&#10;JJIhGygtzc3t/T2IOV50G6QyOrrG7AA08+FBwPHypny6KNxlpDI0jEnSeNPy/P5EddH6H/WP+9e2&#10;v5CVaf6ScDIWeNk3hWiKWBjHIkgqpnVo5YzrSoWTSQRyD9Le6c6QosEokpTS9fwswKNnGBmuPTjn&#10;pHMgI0leJGPkaY6xQqPBGlhbxqpH1FtNiPwfZV27W7QLun+kPd1mlaOyZeSK6iRx6jTxxC45/wBj&#10;/r+8a2upYXZEJWEE+WVrSoz646v4KLqWN3Arw1N+zj02x4DCxEFMZSAg3F4g1j/Uar8+xw6B3hu3&#10;ce+snT7j3XuDcEC7Tr3hgzmarslFEYK6jkR6GnqpZIoHWUkyNGqkqbEkce4D+8laQXfIFlu80Ae+&#10;t90hjjkplFlSXxFqMBXCrilCy14gdS17KTXEfNt7axTsLOSxcuhJOtkZCjAE8U1HIoQCePU+mo6S&#10;jVkpKaCmV21usEUcQd7W1PoVdTWFrnm3s2nP+xt/vj7wexX5dZR18/LqT7//1z19r7NpMhm6TdUi&#10;xyLBSRUdXLpXxPUwIVx2QeIKiQssMaxkPyXFySPeSvsBa7XJButq9skFwly1xDC1XdMUcl6nxULV&#10;IVAPCjK0IYnrHX315n5u5R5Q2vYodBtriQJJPGXqNCEi3UN3BGQkliSzeRr0x/yUPlHTbiwu6Pix&#10;kN1ZDIZbC/cb92bRV0P8PmrNr57JRS722pT1bj7zK1OEz1Y9a8kYMc0MwKgBeO2Q/ZoqRwoVwEcs&#10;qkmwUgqkjH9bKNRUaR6bDi3PvLm+/wAXqJZ6F5Y/EKsS4wO5AdQ7yRqU6SOBYDHWBUcs8hnuHmdl&#10;8fiCtSdXBRwqa1znjny6tjdcTRblp6BkkWWfsaux+PUQTixFMklWlRMhMdO5WnWS7krJcKCCT7Zs&#10;lTztU46lDUUr1VLX0kSMwFS8v20LmXxqAZfDT6g+nSQdJ+ntVuForvbSWUMghkLLpqCV0tpcqvct&#10;Se7UCWVewggDpKl1a26Xl4vjrMsqMFFdKjUwOTWndQgNUUqOhq2kEyOKy7vBLS4rF1OMzGYyLQxz&#10;0MlMlZUiPGtKWApJa6pVFj1arjUoGoewEyvWWNoewaztHH19TS1J6+o+qJ8MFDUk1LU7qk3ZjcpT&#10;MvrpsnBWiojmC+mVJVc2ZLlVyxsFhtO67tewfq/VqKoTTWYl0OxYYQKKBAcM2qoPDqTLz3G3PeeU&#10;oeVt5Y3RgnM8MjHIRQFkRiclQdJStSMjgejKddbhqQm3Nly4ulX+K7t3N2Y2Ys8dRTVVFt2hw+Uo&#10;atL+OpoK3Hy0v2rMQYvA0YJVgqmWcs9PTSNGsatR4wzRMQJCkMMcYMkhYgBZE1tyb8X9v7zat4rq&#10;JVhhWJgD2hdLBgEcSChOQAoXvpgginUM2EmjcJVWUmUuwB/Dk1IAp5jAxjNOirbix9PDiq+mUqYc&#10;dkt0/Z1KqzGN66eskX7ePSJZJZIaho7qqjm3+PsiubfLS5TJyDeGCoHXJ5MyHJVs1MgIr59Ko1Rg&#10;qmJoo4QoP0W3HI9423g2vaWjraXUttImh9EUjKoC9woCHVzIwCHSQWr9vXWTkdni23b3jqrNFFgD&#10;j+ktampp+zj0P236PYNJtjbFDUfGft3dlN/djb32r7I29jc/UPGMRRGWSqhxnbeFrUqayoEkiqA0&#10;rMfqPp7ixvugKk0O+9ozCzJGsOc2y6ugbUdMVRhI5SoubMbH6AH2GltdjknP1O3bjFZsFkdnjkHh&#10;vSgGGNCx0kFeFSaUJHUnrPblSmkgHDVVya+QqPXiaHj8sdQavE9CvO9LV/En5I0VT5IamWSq6t76&#10;p/HUSR2jaeoxHaVXRJLEgtJCpZFtdlJ5Pqat3dGNEGZx1SxY6I6Z9nTg3JuCJaRfIpubFvpf2ov7&#10;blach/qHeIDGo3BIwKSgVPhtJQE5AIBUAU6vLOskSkElFOMlT5VORj7PPqTV7P8AjdW+Rsp1RvTB&#10;poiSqlzND8mMHJojUNoQ47cRaN4QoBERubWJPufHN2JUhTDFT1TKGYpHQ9e6iFa6XbxAsEA9Qt+P&#10;6eyu/wBp2nbgbhtznti5Xw5DPdMlSgMgjU4UyY0HKtkgArXpwM5RlkYpWgwTgjIK4rU/b0l6ug+D&#10;uEaSLMNX4aKFVWU1u4fmWoQS/tK0pTJ1AYM72SzX5590afNftrf+3Pkz3D15t3rHDZ6DO9UU+x+4&#10;dz/3RyWTymwNp5XMY5Dm/wCLbfMm3tv4po6eFFqq2JaaCpqJFiqACsYxe5M3CU79fT2V3INe4FtS&#10;ySSszoTUuHwGqAKJpGkDGokle0f00UdtbEmGRRI5oWIZiSTWp01P2Cp4eXVu/V2J6+zHWHSVdjN0&#10;tNtCB8DnOs42zGfxgy6R4PIQ4OheTP1VHuvcjxYyqlYRZMzVFRHEHqYnlQuCWd/b87A3jDtSk3Z2&#10;Jv7eFFi/4q+MoN1753buekxFQ601JJVYqmzeYr4qCeSkijiZ4gjNEgQ3UAe5CnMjTF3kZmCCjGo7&#10;a1KnJ8yQw6J3sLOGSqQqMen8jnOa9CVsjpjp7rKpy1Z1v1R1r19V57xHO1WyNi7X2nU5rwz1VTD/&#10;ABafA4uglyPiqa6aRfMX0vM7Dl2JLZ4TKHMsbMTqUtLJM4bUv6h5JCST/T8+2I5XdyprVfKvD7D9&#10;nDrRt4fEokEdB5UH8uhGWKJOEjjQf0VFX/egPcb+G0U3onooCpIGl44yGY/0GgrZvbgMjFirkmvG&#10;mP8AZpwJ8+rPb2wA/wAXTVSoNB/MevWT3cL1v1t8nM98euqdwbT3LsfF9cUPU+2WwUNftmtqctgs&#10;PUNkaWCfKZOn2dlK6spvJBLqNHPUOHCRgoV4vLdbhDuJt7fcCJ3bwwhdCpACs0aq3BmBFAaU6Ij+&#10;6DeTQvuriYmpRagClNQ4GhHGgIPp0V3I7hwMe8M1S0I7H+6TceUhMNH2dtjDYitytImOlysNHhsl&#10;vOjlpaeBZUk8UsMLMhd0Rg3qbsDU7o2umNPZm6aWePB0G6Zq7azfHjL7xbC5CpxUpo6quq4tpYiv&#10;op8/XUlNVLVzZN4hTQOQkrhowYGfmEXFs9uaSFK9yo4JDCqMckYB1Fh5dvGvRiq2iRmG0eV2ahxS&#10;gAyDkVxWuMHh13lMJnTkFrtvYrs2trs1ufDNVNN3jjsdQvg6WYvk6jG065bOKuLxVPVOfsKanp3q&#10;JpApeJW8qmY2hgto4jOUqdhbl6Vzu456Ojr6eh2B1pujcUmIhzWKp5m86PgdvnHV9ViK/S8vlSmM&#10;TABi12ImuLTmO5T6SblRXWYFmkoqqUr3UVZDTVRStRqANTSlOiuffbSOsMO5yNKK1rFXTT4q1IxX&#10;hQnpFLuXs/cuGirNo9Jd+LTU2RySUMu6+7+uNqzZX+H1UlLFUyS4ree96xsTkZ4C0AmRXMJBeJb6&#10;Au36c6325uzak/Tee271xk6HG5jKQbq2r8e8/kql83nVSlpqymNPFkMnJk8VSPVQTqavHwwRTNG3&#10;n8g9hlpINskutt3bbRFfAAQws8a6UapLq4BZlpipPdwoKU69bxbruw1vNKYJKDB0KV4/CCMEGnHo&#10;Fdz9j9kw4DO1nZvxzyH96KnK4yjw/T+/vmt1pQ4jP42koclM+6HjkyFDt2nx6ZYQxwI0VXUSVKpO&#10;YoHpx7FftI0u3utJcrlpO0+1Mtj9t1kMm68f0ntKnmwu7YHgwtNnaDHby3DioIdzQTZNZFplhf8A&#10;ZlCD82DNxcfT3qXdpCICXXSVmEhcSAgDPYB2MCvDNMdVntL3bJEWx2+VNuBAYFh3UxkEtQenlnPS&#10;X6m7d7DyVRFtXJdK9edYUFbnKWakxWN+dFX2nnBhaajqspnKjcS7B2vmMhi6GpehdY2+6mpncFqi&#10;YavG5Dxtas3PVz7exmA7qTdWbp62vpJZ+kfjzgIqGuxuKmrp67OVEGSOEqmcUClQYhLK4SL9wKSo&#10;gkvdnKymG1u/FTTnUGCAmo8OPgW1k0oeBKqMdOxy3jMsK27oBUVqpGCMEU7vtNPQY6MXgd8y7Rye&#10;PwldD1ph8JnM4mqPH/I/t3fW8Kr+Iyx0slTh9r1eyIsjVSRSSRieNKiOClVhJK8a8lddj7Q3/vnB&#10;5zc1d1Z2t1NUYfblXmKjKZ19n1NU9TFDDT1qYul2vuzIz08uUJQQx0ixaknaMIsSEEi2rbLMvPdS&#10;b5AZ3mI01YNoNQwCsCylfOvng9KLZ0gVUndTI2BTOPQUFAaipFcdDBgOzaKKDFYafM7drooqiLHy&#10;1NRS7roNFBFFIYK2urM1iIaKGpiSn1SmeZQzCwcyMoZc7Y60xVDsGs3ltXA9hUuz9o7WoK1a+HrH&#10;ZGTqKnb+AWkXH082a3Ltdcnuiro60TTiSodpo2PhWFkjRfYnG87Zsj2yQXoa5lkAKgHD006g1NQq&#10;nbSlNRqOPSe8vvDkt7a5hpJK9BXVUkjiKDzHkfPPQRblymVq3/umvbfx9y2YzlbVU6UuT3vvTBZX&#10;J1OUinmyUdHgNp74hkxrxUnCrTNyqNM7K7sfZnOjNk7S7e3Pl99VWFy/8I26uY2vWdV9hbWwMa5P&#10;M70xVPVVG/8AJVEuIx9VKcjQWSng9Sxxa0dtWkDLv2L9uds5otL3mXc/Ajs4kMMVtJAZNJXS/jSa&#10;6MZKntp8RBJp1IPJPJQ3WO7nvZ1iZe2mlqaDwYg1qfI+vRW/lV3V2P1ds+g2RLvHbO2MlnqTHZyi&#10;7S6gm3bFHidt7CzcAGzoIa3P7hq5ax6eV4pgreExTs7RMxew9bg+J+16zrrYe1sXtrb1JhNobnn3&#10;zm8bRxPiYslkIY6hZayjgpQ1LDkIq0+ZVkBpacKDEusD3PG78nbbc3fKe2bXcxwbftl1G7jSq+Md&#10;INCijSGkY6lJ+GtKUAoOLvkywb6eyijUW0EiFhwDEEVFPQ8QzYPRItn/AMyXF0fyP7Rqtxbn3DUy&#10;brxG0+setpapP4lQ7eqquaizOPgr4IarHvW0GUgqlEBYGsq6qRzV2QLY10eJLTNTRyTywV9NBPLV&#10;U6xyfcuafUZhOECGWqVUa2n1NybH2P5d0hW3F47qoicgBjpCjVShBzRST5/IdSIhsTYw9yjwXwK6&#10;aCtKflXPVcGV7hoIturu/Jpicfl9kbpzeJpcHuXIVuMkwtM2eSj+wrcLJVtWfZ7dqqmojmmEqNGr&#10;eKMspBBX/lh8aYvkj0Lu/qbIpBjM7uVqWt2vlK2SrmwmG3nglrP7q5nKtjRFWTUOPrKlmMQBVi5N&#10;iBb2AfdDlDafdDlm82OG4g+stT4sDvqXw5aUJKqasCjEeY4GhIHSLddos9+2ye3juU8RFLKcijDz&#10;dTkj0INBmtOjn/FH5i7H6v7oO7MXuXH7i692btTKJn6NKF8fvIYbcBxGXzMuIwGUyUVPka+nGPhL&#10;TJMrCGIK3qchq4Plv8E6aH45dV0eM29Uy474y9L71ye7sN1vSo+7uwuz6Ta+LxmLycdXLjmr8vgY&#10;sjT1M87VbSTJRMyxjUVAx290vY793crWO77YltBa7btpMkcVTJJMzr3aiNUlVJrqoVUEUpwAG88t&#10;GLbrZqrrijZtKnL8ACD5njUHq0z4wfMrBbx7Q7Dpdwb1SuqO2+zcPL0nRbhnTA4nH9dV9K8tHgYY&#10;jW1dFHvOOip3aWljEcldU6OS+v3rdZGqNHjq01lopIaKoaopJxLRzGWOkMrwy0dWIKmkeUG2mRFd&#10;QRf3h0pjP9o1ZRxGBwOfnjqMWlQKwc0kHlw6tf8Ad8e3/iX2rUvtLP7Z+R+VGVqdl9fZpJ9vdI5G&#10;tqcMue2hiKmix0uRp8nQz18mFoqwUhyU0TJNHrZARY+y/dNxXb72U/u4iQMwLEKisK4k1MApJHlU&#10;CvREm4Wl6HDX8sdK9ppjSTk5FTQYzkYA6IHVdmVdbhs3RZvrToXAYLNbp3bpxW+vlKMRlq5MRuCq&#10;p1yuUoodhZSHG1mSWlWskoIquQUKzJHI2sMAYJeoO2fjp1bufdVJ2Vgty12ytuZ/KU25K345b8q9&#10;w65lnkxeHweR2xuzGZGmx+Krcj44qSGlq2qLrGSKdSFSrzk96YUuNw3AXIiUCjgoULimkEkGlKEc&#10;ajHAdXt7aycuFIkVfJlBJqcmhJoc+taU6LrvbaOwu4s7iMdvODrvD4mslinzeyNo/MnZe5aLIvga&#10;2lmo6pdi7662r6DKNksRR6qwirxyxUkBZQan9xq5898qd9UW8K7A7l3ptfD5Ogi/huVyjdG1+M3m&#10;tbksNHUvTyZnK5jHVeB3YmOnaKn+9lg+2kiuuggN7OLK8v73cC9qbuWVS47CWJKnU2SaksMtUlh5&#10;cKdGBjNvGixyRiOpp2jAr5H1z60/Z0fah6e68y+NwecodrnclFWT0NTS0i7zFTtyPHwVEs1HW04x&#10;05xGSoGKxz6I0dZdQB1AEe171D3btObd6YbcHdvbdXW70w9Fs/DTbRxNdnaiDN1WZwlfVNn4f9IZ&#10;xqUk9LTSg1tIRUUtRG8ryGMhXMtwk3C8Ike08K4NGJqBqVQQC5OGAwKMRQVFeg9fxBVaVoRKI+5m&#10;DLXHChOB86mgHDpl7D2JuYw4zIbP+OXRO8p8dmcjV5DE723SMBV1VNW0NZj1rsHnKbrXdVNS1jK6&#10;fcxVcBjkpXeNWDAXORkts0G4cMtdSfIntF/saGvyGTpc7m6/GtXzUS1NRTy5PO1m/sbjcdh3gBhV&#10;6iriCMy1DNYcA4T7J40ls8Z+pIQg6lUBmqCjnOlioJU51Ci+h6L7HmayiokkMqyVoCrYz/EQOA9R&#10;9vTGuztz9cY+rye1/jX8ZdvwY2lpHQ4LJV2HSmpaeeNZYAdu9K1eRlWkhnkliEFI1yCgQFrgKuuM&#10;FsTF5TemX35vPOdwbR3bQyLksDlt/wANY2whLSU2GyWc2zmsDvzclHm8rTmSlmgqhHT/AGwQtHMW&#10;Z9Mwe3NnyxFvH0+/2CyW8mmKqyMs1mZWXw7mPSDmNqE6qBgSCM1Egcu320TXKvdWIlJAWpLEqDxI&#10;4HBzUefWZMhu7c2MnpNuf3D673Jh5sDXbXrdq7b31m8TlKSoyNXVZPam7aXK9fbS+w27uCSgWKb7&#10;OWSq9Rl0xkLruTxeJjmwGPx7xUc6yYTDu2TqKVoaoU+Do4Eoa+nrpPJUUwydK0XmRpCkt2fUffXz&#10;bA22x2uq5Ml1FRGZQaSsw0nWhZizJQlSxZlrTrKPa1g8COP6hVWNQMZDqwqB648sgk9VU5XdkuH3&#10;3V7hhzm46aTb+9d1Yik2nhc4uVwORruxK6riyu3c3t+nZKLP5DY9bRVDY+tWEVtMFSHxi/Ii1uTf&#10;bsFbRVWPqoxFT4/JVdZCsEtOtRElOtRSUk7MXlhmoZdbOFK2GkfQEhi9k+sto93sJmmEbsqRq1DI&#10;rPp1MtD8DV7ag1B6Qbist1Gs9tIVpUAgChUnBKnPHGeiQY7bNF3dVbY7H2rvLF5aB8jvTYu2dvyV&#10;GUocjlcFlsplFw25dw7bgpooqXKYDeVA0ENPJPHIJCZ3BLMizspFTTw1NHQRaqHcVRUUVQkc0flx&#10;1NWi/mEigwPOLt6ebAfQe1e3TzBopb1lF/aIrkUJVmWuM504GfXpbDdTFNM+ZYqasUqaHh8qelK/&#10;Ppr63zO5aGqwua3/AJCNd99GbdxW44aibH1v8N3tn8BFLA+OSiqmjy1Pg5II4VWdTGJJJWXWw9hb&#10;lMS1CaGhoMtU19NTymKGpo46CqUJjIklaoq6OpkiR49CaG1AXt/r+xnZ363QnuJbJUlcVKsWWmsk&#10;UVgCa1NRT16WbfcM6tLFVX1cGNCAAB5/b2jz6sA697CO7KPPbmz2xaHZu4MxTQV+TwG56vceHqYp&#10;d4VdRRQ4nFZzG0lXJBVvNUien8LuV8tiqm1ouWwE9Dk8bT1lFPm6TMmnlytfU5KKCooqXITU0JpK&#10;eijjArqeWJgdKWijWwGr6+9wbr4tndS2rLE8CvoVULBmjBIJJNQ1agVNS3GlenDfRDx5PC8RlbSS&#10;3HC1PDjXh5Z6m7O7fody7G3xmtq5LG7QynXFNueh2pgaHbdRlKDO57ZOIy2RFdXZKepZ8NlFrKV4&#10;1adzVzzeqQR3K++GX6vq5c5WpQVIxsOOeMzrjTSJHLFC00TCophytJS08ZZHAvZjdRz73t/OlmLK&#10;ET0lmkAoHJLKXAKj5M58jg0wTjohgvIjLPHHIPH1A0rTDcFNanI8+m3r/wCbGyx13tDIZ2CTN5De&#10;MUcOIG5FzL10GRzdHQV9HjaXIaGK7hytdVrBNAzGLVCPFK10BxY9qulWtoZdtVUSZZ6b+GV9DkpM&#10;pE0lHUTwQPMJWV6OpqGZpLAGOBUsb+n2/OIZDBcLuSkw6taMgQ0YAmhHxKOGctXHn0bQsT4soAYB&#10;uIxwPE+eBj8+lXuAYjJ1W390U/a2IqP7hwZqn3jt7ObYo9qzpQ7kosXkasQVNNG4yeKxNPClMVYr&#10;UZB6m6lTr9u0VBm8mZ4wsVfWRTiZKxpJFatiEZnkmyksdmOQipWZXKAIQAo4PKOS4srRY3ZjHCRT&#10;SOC5oFQH8BahAOfM9MTvIZy31JVQgHCoFGoa/YfL5dI7Kbq672HDjq6qrZto7dnx5xbYOKkp5Kbb&#10;tQ+Qiw9Bi9oUNSzou3K3N+CSnhqGaZHcyObqdOfC5J9tVeQqaSpyVHn6TGmrraTH5AQO9BJWhqfE&#10;y0uSMlPSE09Rd0jCFGYAG59grnjk/aOc9pltrnaorm0lkABoF8V1RhUyKKuuok1rnTxFOgBzdyRy&#10;5zTNCL/ZYLiXWz+JpCvqVahw4yWFMZp5dB/3F1ng+98BtvDZbbuxt19Zbj3s2M2/ndy7YkyFCd30&#10;O2ZUyPYWNzuzPt67cpTOYwiOqqZaiOpjhkuCqW96zHy16K7L2D3XJ2puPDUtDsbcu9MRT0WVgyVL&#10;K1Fm84MhWUe2qikEv3UuSSkpXlJjVozGsjXAQ3wZ3X245r5F5p22fe7QLtkkkfgvqB8TB1LpBrVA&#10;Kn0AqTXqEebOXL/araZ7lf0iuKkVNcUIHmPX5V62COvuwdo7mx2ExWI3BT5PKLgzOITFNS1dbR4Z&#10;6PF5DLw0k8aSigFfURrrIADSqDyQPZuqaQvQ059PqiiZUS4s5hiLOD/ZDnk8/wCHuWNyaKhDLK2o&#10;EZBFVIrQtWhGKgEE8Rwp1GllKqO4jT4lFSTTHoPL9vS4YHXz9eCb25+vHP59zsNIz5ajpiadBXx1&#10;sEYtI95Z8fVpFBHFGk0s01RMViiVVY+R1FufYX3UxXtlc2aqxpA4Cl2qzNGe0ackjyHnjHn0f2Cr&#10;LdRRqxBDilTTzFaU9emjccv2uBy1UIZ5/t6RpWSAR+TQjoXkvNJDEEhjBdiXUBVJJ49lc64gj6x7&#10;M+G/b+5YYqGfAd0bh6s3/Q7iDSYTa236+ExUtNuBcVMMhDvGsG6YZ8YvkaAIYZGSSNSRCvIdvFs/&#10;MvKO87jbom3TSTRSFuCqgZNLIpLCXWVKqQQagnoczoIxZXJRapNmuQFr5gZzXj0DXcOMru0tj9wd&#10;bbcyOVxORrNmY3KbfymFGMlylTlq6SomxdXi/wCNU9Ti5cM2QwH21YrxszI8oSSN2RhfJ051SnXd&#10;Rv3bTYNMNjt0b13pvOKOSUV8WTh3vR7eOZzs1TJNLkNq7i3hmaZamrxv7qx1XmMTkTC2afIfL/7r&#10;tJraTaGgspLmV1qA60LJKTpaoUO9WWuVOrOpQQPdl2iyubiaTwG+nuTqLgdrUFKlTla4zwJyOqe+&#10;7+3MJvel2pvvDT1kuZw9PsrH5WGnZ6Gai3T1xmd1zGaPb/2lNtzdGx9u0NdVLDWpLFF4BFUyophf&#10;2ZvH08j0dLHWxx6IWp0WZGeNY6NYRRtSNEPFJJDBoVbNdl5YAc3lKfQZ5XiZyzKcHgSTrqD5E1NP&#10;UdpJ6kG3sYLSIokFJipJNSdVMjP+EZr0R/eWRx9LuTPZHatdkXr8pjc0zYmZYK377Pz5OTdNJuGl&#10;yMgraahymVFXNMJItMNSipBI7Dx6XXF7epo2onfHH7dXtRiJmnNOIY6idFlLErFO1VJK8cyLeRjd&#10;jrAsSSmytS0FvFEhIoNKkAVarEngBU5B/ERT5qXtR9MVUqw0DgDQV4k5x8/njh0FXYHbtWsO7aPH&#10;btxqZioo6eXOtVUcmLizU2RymIxlbXwIVX7zGUeLjoaerxs8xFCgEcKfbs+tOLt4z4SrwtZDJlGn&#10;r8r/ABBMpTtQw12Eraz1iSOCFG11h9M7QnTUspNwAw9vSWtu0UlskVuLQRKiRrwT9PKHJ+I1qG4K&#10;cg46KrLabe1ju4I1Csa0YAdzkVY4JFTXuJ4HoUKbsShxe/KTdePyOC2xiaHauy8Zs+LY+Rhz8+2t&#10;9be2s7PSLLV5KopjS4hJ2lo6fIDTiqWpVSkjPG3sh+/6jc8nydwVFjKumosHijtZMglVkRDWS1jY&#10;aqymDqsRRyxJFlqOkmq2jlV1JhKh7o1j75de9QspPd7naOWFzAHWIVNZFkjhjqylTUrqFKgVKE4O&#10;R1H3N0cMF5bwqhj06CBUmtTQ5Hm3y4Dq8X47RYL/AGTKnramgockJJexnqRFjI/GqpuSbA5/EVix&#10;VEy4uoyv2IDrTOIFRgi8Lb2HeZzMm7MPt2hq6jbuWyFduDKrkKPdvT2U3nXVomy+VqarK0FbMVw+&#10;e/iQx1NTQ0eMpZRTrSTRzhpFjJXx8zbxJ7Wct7FZW0SWUCSMfCtyJpTJIXcyTMKT+IToUIpURqAw&#10;DL0Q7tdzokdmHYgN217a8a5PxDhxoMU49S96pVbP7C3lgqHA7mpsFjcHttNp5DAfITBdbUFFDQ7T&#10;p1h2RVR0CTbl2rrqqiaqkye46qNK2aSMUxZWKhswp6zyn2uL6v6EpKPeeBqps9vmt2r8Zt3Y6vom&#10;lqqavl3VSYd8jk9uw0tBlJEqErIMe9ZVS+MvC2iyEHLUB3G/a3ltpn0L2hXKtqAIqQBVdCVUBTgg&#10;segpefVJBItzEVLHFXQEn8WaKeH+boN66fPbLy+em7D7m3xW9db3pKLb+M2ru/5kdJLt7G1tJHXS&#10;12JoMvkuvdv7wyGR3pjg8NdBV5msp4Iqdvt2R3Lly3L8p6bAY+p2LvPfiY3d+Oizld2BkJurd4Ya&#10;oq4shkYs3ls1isVLlKTNQbXydPk4qqrfEGOCImraBBBF41KLnZtqTc91n13bWoeNKFQW4qodlb4j&#10;nDUJ00eQnVq6LbMXiNdXO4+MzPr06AjV7aVGdIkCAAkAUAPmSepOxfiH1lQ4TNZjbXRu7M1R1dS4&#10;wtXhu1OoN2HJPisHJgaWsjq6mL+AVuTwOMo1xFFLkjPIhpIZJX+68tS5APmxUVOZ+cXywGKx+Wyv&#10;8ei6a3HTx4ejr83I9PFSVdL9zIMbTVLy0corF8czKosyBiGJBvtSXDbddQW8QcLPppxcjvAP6dVF&#10;KE4xnoWSJT6JS6lfpoxjzx5VzgeZ+fy6Hz4C7WTpb4YfGvY+767aeCq9o7JrtuTpTfcbfxcdRS5j&#10;LSCioaXcFSKyOppqeA/cpqdPKkjRnxaT7Lo2GziaEl23uiPi7BtsbgUki+oLrxo1EW5+vHu4t7kM&#10;iLCxYmoIVgtfMMKVUkZ1Yr6dbIcBDp1Ainpx9fMV9fl0ctN27Ul1eLc23pNABfRmsa+gHgFtNSdI&#10;JHF/ZPOytr7wqewd2VVLsve9bBPko3Sel2VuiqictQUYGmWmxMsD206eGNiPYZMRS4ld7ViGc5oQ&#10;Tn55r5mvTcoXxG7aqT6Y/wA/Uxc7g3GpMzinXnlcjSMODY8iYjg+0a+y97ggNsPsBB9AjbD3ggvx&#10;dbNhVIJv/j7sVuC0bGJiAdVCDXHyp0wXxqoMccjHXa5zCvcpmMWwAuSuQpGsB9SbTGwHswfT4yOJ&#10;wGdoazEUlPXQZ+Baui3LhaoZSikbGoRDJR1slDUUD6fWUliu1wbC49zXyvGDsEGpTq0E1oc5qFb1&#10;B8x8+qQjMjA6WpxpUH5fIdOEUsU8aTQSRzRSKGjlidZI3U/RkdCVZT/UH2Ja1tWzD/J9vBV9TImA&#10;pklkIFr6pZZSGP4bnSfx7FUXgiFRHCFk1V+GqDGo1r6ZpUjPSwIFAQfGDmoBXhX546ye4TVlVAoj&#10;iFEotIxefE0FbMrFrkvNUxlgB9APoo+ntLK6QjxYhGxY0oCWOckVPmBx8hgA9O1LorRzDUKDA4/t&#10;6974xV+SMsZaoo72/wA3HiMTHcEMjHUKTUPT9CDe/I59sGagUGL9Ik5IAagFQB6V+fTy+I2oa2oP&#10;OgFa+Qx5/wCo9e98JshlKZvDS1Yp4Y1LKhocbUXIuzSNPU0ks0n6+QWP+t+PaKCW0k0vU9pPBaGv&#10;kK5PyIrn8+nY41qe+ijywP2H0FOHXvcZ8jlJFljkyM0sciMJIpKbGQwuhAF9VPRxvELnjQwP49tT&#10;qrMJWiU8AGC4UmtVIx58BTtqKk9UqSAchfl/l6974fxLKqDHDkamnjiUAQRJRJZUAA8bPStKQb83&#10;cn/H3rVLH4arMaMo0k00gZ7SQK4J7aca9W7iSfEYKcDNB9n29e9yaWvq5vJFNkqusgESyCKpli8U&#10;UiNdXCxxJpZG/PuwkuiRE0LL4bArmuTgmp8+NB889aFfxA11etSa/wCAfPr3vC+YyyytbO5cEsW0&#10;pkpo0TX+LxsjqTp5/wAPdAg8UFYirMSK0GoHzwOHGgLZ8vPryI8laE4rUAkVz173DNTXzeN2yeQl&#10;aIvoqHr6l5o1fhhFUGczQJ/TRp91UCNzqhCxPSoGTmq4HrgGg88np9UVdRlX5nNa+XD19f29e9xZ&#10;paxypORzUgDeg/xfKyFxcAlk+6vGWIsLED6e/RzG3jCm3o5BxwP2k8KgZ4V61pKUCJVyM5yM/s69&#10;7cp6US08BaetaXxXlYVVX9wzL9HdkkFRKU1Gwctb2/HLKC0cR1xdvwj8PHLHBauT8utnxqMGJKVp&#10;+z+Z697ZJMQXcurZI3eymSWuJAUerUrHRpAtdj799UmsyTL5a8DAFaCoP+agPp00gjPc8dKCuCev&#10;e4b7ckmCuizyr6gziGaVEAuQpeO6tb/eb/j2pDKINQVSa+eP58Rg+nVpDC6hggYg+dR/qr172oNj&#10;Yiopd1YFp6KWmZ8xQaWkp3SKZVmTVGJG0of8bfT/AGPsw2hIRutiSwKq4NNRrWuDUCvzB6LL9Y1t&#10;5KheBNPs/wAHy68fYkdm9Wdldo9v4rbXV/Wu9ezdyR7wrKt8BsbA1mYqoqCKodqiatq0RMViIEje&#10;4mrJ4YwbH1C/t/m/bbqSExW8DO+liTUAA6W+J2Okf7YgsT69Ip6RwqxbiFoeFTQGtfs8ug57H7Z6&#10;y6a2nPvTtff20+vNrUcY82d3hm6DB4/X6FWKKWtmiNTUMXFo4g8hvwPZlerP5JXfm9pqar3xkIOm&#10;sNOWmqhn+wev98bpoFmkLGjq9udfbdy1LQ5NFYakkrmAbj63Ax8n2gCiT3wiuG00jwWoTjX+FBg1&#10;LNimR1fVNpStu9SeCmpp+YFKfb1Vv3B/O3+JXVVNXjF4ztjs7IfbyzbaG2uvq3a+A3h9tEZaiXb+&#10;4t/1u3Yq7GxaSPvFg+3fgozqQSfTrX+RZhdh7glzlF8oM7mfPiZcdLTHrvERaIaxkeWZZp8pQOam&#10;BoV0KIwpJN+OPYA9xORLHnDlqHZdy3E2lv8AWpKWRVnZvB1DSoV0Ua9ddbMFxSmehlyfv7cpb0d9&#10;gsWmf6eaLwncIra9PcSqsSAVwvHga9VkZ7/hUvs2hSqgh+F/Y2369JKqGmO7+wsVLSM66RRz1Euz&#10;dq7mgjp5OTKFmd0W1gebHr/4bA+PH9wv7pfw7dn97v4f9p/pZ/jM/wDeH+KeX7j+M/3d+7/ujot+&#10;39p9t4PFxfX+57jf/WY9rv3X9Fpm1aa+N4p+prWldFfB448OlfD/ANF193Qs/wBdfnT6v6zxrXwN&#10;WvwfD7NFP7LxK+LXy1V1fLy6I3/0EofJf/TJ/pAtsP8A0cea3+g/7Q/3f+y+y+y8H97v7of351/c&#10;f5X95r8n3PHh+2/yb3//0LWcpQRZGknx86Wp8hTVVJM5VNLMyItNOEa4YU8/q5+ov7GHJe/3ew7z&#10;FudvduJIGU6UJ1iNyfGTUPN48UyAQMdR/wC6nIyc3cqS2U1xUqXKE1JEipqjYkZBFCtRwBp1rqfH&#10;3vLOfHPt3ZfdG0IhJufYG59p7ggiSSSKavwNJXVEe8NuF1FnpNy4WoaFwxADKjc29gi1DVUM+Phr&#10;JJUmxuOrcZkllJElcsLSCnl0K7ROCVJjYC5Di/vo5tku1b7tlvv2z6rq1lttZQuxYMrJRVDUMZdi&#10;TKCDQ0APb1y+v7R9svN3sp4GMq3FNKmoRwRqGQCPVvQZHW7vszszaXcuyId87DkxFRt3seu2v2Hs&#10;nIpSM8WHpMnQ08tdRVNXGoqlqqUzGmqYiQrT0zCw9ttPFWRjEB4lnloKeuEtS8mpWFZqeNI5AA9R&#10;aPQGKFbD8+xU+23CW1tcG2RCtagSGtGYGtajAJJWuDStV6JL64RZblxPp8V0ARRmiUqWqe2pLAA1&#10;1UrTow1JS4DJUm7hToaLHZWoxVckc0XikhrcczUkk0VIbxQiOaF5U1hhrYXU/X2m8hFCKDJ/cy+J&#10;YK/Ay1Bs0sceuqmDyhG/cBUygH+2V/J9uQQXO3TxObaRv1mVpAahVwSEQVC0qSGOKANWop1UzTve&#10;J9NFVisgHljSDpxjI8xivQ07XUx5LZTRRtUGrwe9aWlJMcNZWSU2LpbLLLfxgvJSEoL+PXyAv1C7&#10;EuvBxSrpjZKKlCy6BpEInRXAcgkax+Of6Ee0O+29pf7kZpryJrJIySK95WtTVjQnUAAWAqGroGpj&#10;0WWuNzKmQhNZJpx1U40r5evnx6L7uKg8W6KmmeFK/wA2YzKJQyyspMs2NqZ4AwWyupYi/KEEek35&#10;9kT3pT1FHuLMU0uy47/xWu+0hSbPwTmnkqGdZWWkq6xTJJfWpZVAB+luBj9uOoxiPb92aGg7j2s2&#10;kgkrpIXS6DtYCpOCFBqeusHt7NHccubRJ9RKf8Wir8JFdC8DinnUCtT0NvUmVx+d2PtrKYz5QxvE&#10;uGoIMxXZDCdRZXGR5ShgNNUY6KXcOC21NFSULKIWMcr8xf5xiSzMkE2Jpowcvg8nRK6aS0WUqKeR&#10;muDqDZfFOGuLi4Atz7K5IN5ZR9FPazSgBlLxlKKRkaY3BOQGWNiy1rWtaCR0lkS5WO3Zj3alBNCu&#10;P4akY4kPWvDpbVdBvnPNbYHb2xdyzQVDmbXsDBbkoJE0sqRD+4PYNI1LIhIu2tiygXHv2rbspLRH&#10;cul9TMPPgaiKNSbLGhKU0sl2NrnSdP49uF91hdFltLHWXUKyly8naWLEICqleAZaUkOGHw9HEbNI&#10;Y4JHWoI1cQGHEnzCnz888OsiU3duPjVciektUMaxpIMZ3BgqqWdbF5Zklqs1TQApzpjMqhrC9vr3&#10;Jjtp1NhPksljylxqqNr02STyghf1UGWV9IH1Zktz7IDc7s9tdx21gLjVkr47NVDUMGUrSqcUUUeu&#10;A3T0Syu0gaciENgE1JA4YyASfxcesMW9vkbt+oVsb1/sTdkMhTQdt9+Znr+sSEqXWXRvPrWemXyM&#10;SvjSoJ/PC+yLfLT4P43fGA7j+Yuyfkh/orj6s6inxnYPWlFgd70FV8h8pT51sptnZeamqNwrt/FY&#10;bceMCUCQ/a1lD9/QfcCm1EkYw2/J/NHJnNjXe9W2vadw3SMwLEgHgRstJmYkqZBE/wCowNGVXUAk&#10;CvS8vVoRcXGmULRUoBq4sAxBPDzJHoeoNX/MR7O2b8pvhx8Q9zfCnd27c/8AIzL7q3Bjuyo+5usO&#10;wMF1HtvYsH229t3yVG39uNlMxVbWhy1LUVCSGjq1pMsuqpLMsRqn71p/i39ntKv2jk/lTUZKonq0&#10;zO3tzYbo3FwYykejpppavG7nx2SyEeYdMrenSI0FOfDaYm/7YGl9+74rt0t7h5rbSSf0xGQxJ7aV&#10;IYEZL4ocEVFSWTz3BdlkssjgQ40kf7zUfz6sE6wqfm5LW5un7owvxXosdDGx25mOsNz9t5OtyE38&#10;SqlRM3tvde0cRBh4xiBBIWgytcfuWdNOhVkcvpquj4EVpsP35IoKB3k3R1DSx3ckfrXa1UqFjYWJ&#10;J/2/tpDahqAurE8WC/D/AA5FCPTHTYedSGFqlD6vjH5dC94+4WEn+W9axtY+IfwzdEwB/Bkb+LU5&#10;I/qAP9j7kU9b0xPPTUNBsXueuydXUwUNJDVdldf0rz19TMlLSU3ipeuZGV6irlWMC4bWwHHv0aQz&#10;TRx2yM4Y4SoJPkVFAMHyHVy9xIpAto618nJJ+XD+X5dSVpO0ms0+4dg06DlxBtHcFQ2kC7aZJd5w&#10;i4P09H093Bdfdt9xde/H/bO3sJ112HtTYnVOycVj66m332NRYrIbMSrqJoJsNmKN9m4xsbVZbKyz&#10;GjjUD7qMsUj1FmMnR8k75JZRbpcbZBFEqltUjeHIqvRY1TUoLSOBpIIqACwPqHPoLq3v7m/bbIlK&#10;mrMdepj68c+VSB8uHRbouptn1HYNBubL7v61ym8uyMrlMhSridmZuWDc77UlMqVeLjj7BrsYKnbt&#10;F4BkKrxuZJVCSsE0RAaOv8B2B2psrF7nfF5z+BV8uTqMdkMFlevKjb+Qx71cmPFdWpvLEtV5KWed&#10;J41neGTHtRANH6yw9lO7bjDs5iivLwG8AFDXjHq1dihamgAXUwqx7AAO7owgmtng8bwVRxx7mU6f&#10;6IrT5Eceg67Py2zdvbyyW08nn5MnmYKajQx0PX/yNyK/cPCJKvEYWt6s3Ou2Yp0xFWvkpRNFW/dS&#10;rJMpTxlce5dg/ImP7qtw29t5bRx1NFuDMZ+txW8eltm5r7agpsfTQZjI7uots1MFVOfXHjcM4nlN&#10;B5qpGgZUhYD7hz5eyak2XmExy/CI4yy6tTE6RGV+KmSwrpFRUV6tb7DtTNLO231jdSTRnpU/mSDT&#10;0wR0nMNS9KyVda+V6U7bzAr6zA7LxtRhupPkeMDT0FRSVeSkrqbZGS3RkDHt/ELSw02Sz9LT0cMe&#10;SqI6d2mILhl6033u3N7DyFN25v3H5w0W6q3O4XbGY3xn8m9Nsv7Ci+2ra6v21TYnH5ievrklq1kq&#10;pagx0pvOYwFUG0EfNM+iW58BnAVjI1uLhmKEkBnZT2jVUgUAwaE46L9wlG2p4Vlt8kox2LV17cnL&#10;GuBQEepr0P8AL1B1Xht2tPiekq5cjWYDGRPvSl2JtXPzx6aeVlx8WY3nJm85iKPGR06XoqfxRfcy&#10;6gJJC7h53xVdbVFVtHI7E7Kqtu1WayWEwuQpoas7kylZl9z5amx2Fr4s9ueJg6YOKpVaTwKwqIPH&#10;CjrrWQO2Fvu9vabkeY7S2N0WBt53jMcIGSWYotCWzpDKtCvACvRdJue4y3NvN4MsVukZMihMCgrk&#10;mtDTif5dJGsbf2zRkP4b09SV9HJjayT+NHb1JtKOmx8UZmnpEOyKr7zB0mU5lrY216pC7FHHo95K&#10;fbOV6FzNVvSu7H7A3XS4dK6LN4Cs25gMJRbrFQrYgy7kq8ZQ7jqIsfinyLS0kN5ApJUfqv7SbvGZ&#10;9sikluLRJJSBpiNDK2oFJJClOFKKARTI8zQwguYb0hrX6klqNV3UKPQjSFJPpXhXges8u06DsCGK&#10;olfqvG73iY1u2M3LuPdW5KDAVqLHPAmMoMvltt5qUzGlEdYaM00bAI2nXGLKjePf2Pq9l71an2d2&#10;FsrcOU2fncTT5zbkGZ27ktvQ1GMaGDcG26mj2VM9JumCljl+ynjvTysdQBNwI6uOVbi1AmivQ8gY&#10;tIGDR6gzBtIAqSZOGoUC+QOT09a7bNDM8V1do0TggjhnjWuqoB8zStfPpqynWbboxtVsfevbvQ25&#10;djw1Jr8vsvdu3H33TbggoZvvWw+8YN1doVFNktprkVhnlhnpzMjQqocABvZP8F0/vPuGo6wg2lV/&#10;JTM5PcdDR7vwub7d7r32cfUT4yTHZSvwW8Y6PZNVihDHEIy9PD9rIadySXkWRRJnIOw79v8Azttm&#10;2bFy5aPfo4c1YlfCjYankcg6FFQNWkmtABUjo42vlNrrcInsFXxy1atqkooHqakfyp0hEh6/6Vir&#10;twV2/PhFsSg2jQzZbLYnrv48Y/D7kx+LLy0dDLtxE7SarSXKxSIiyNSzxzaj4VKMPd+G2l3QMzPP&#10;ncDQ43b8+38NNt3+BzVE9dQ5dojjdx4rIY+Vl8ccVWVloXUKsUOoPd+ffV3ZIL60s5rOaG2iRTGQ&#10;qt/QDMGbSo7WXBWuoMBUEEdZC7DaXVkoV41ZmUCtRgAVpSnmcnNT1TD2rlNjV205cLsfsgbn3vju&#10;xc/Tb8h37HHiMNldpGWbfe0MvjN0GKqpKyikoYjBkFiMk9dIYlNgtvYr0Cx1DSPTyV6vRwxRyyz6&#10;2JgVwjCJyXimmTWQ9gV1XHul/IIFijuYYf15DpAoKyaSQW8wCFwa1oOju6hLLH49tH3tXy7m41/i&#10;AFP2cOiCdh1eR27R4ig3Thevqil3znsxX4fG4QY6KNtzS46WvpZ8zSxJR5bD4bIJjYpKQtLHO9MF&#10;ZSwOj29Ckokkmkl1hJ3pqV3pzMNAjjKwEohApQPqWAAIPsJ3W7bjDb29nt9qsm4MkkqJIBpYhg0g&#10;qMNg0RSQQQueib6i2hlS3SMPLUsRpOa5JYjjTyHyHn0Wys37vtcVhcFt6gx+RzuMx26d54vFbpps&#10;XPT5WeqycVduWCOrljb+9E2iULS0skjTxNCrarqW95i1LO81C0wjVI0klTS6XhlLAl3YAabn6g3u&#10;faYNf7XFHuse3PK8rtQalOlwK1wQAHPxA1AoKdUa7+hC3YqtuzEKTTSGBJbAyA3Eqa/LpkRd57Qo&#10;sR2dTbYq8xUZjLZOjxcz1mOq0o9wY2GmqxFR0tNMGRqsKDJHUxywhYhpDaTdmnpnk+3liD1lPLVS&#10;UhaF45TTUYVqZ3VzpYSs5IaMatJ5ufYnt9wt2lukuIlguIYQ58Sq6nYF9J8jGB/ohNDkUFK9G5EM&#10;oWZ7dFlQaxqBAYHOlanA4Enz4U6MZtvfOPx1TuCiyi47YO6Nt7Uxe9IYs7HkdvncO9JpU3ZR0MkK&#10;NUU4wlNRqssGW8sHnW6KiCx965f81LpbevRk+V7/ANj7m2x9puPceQk3xjct1b1ZX0W3kyjpjeu6&#10;fb2Vzez8vnd07kqxjZ5Mv93M+ldEi2VhGMLPffky62fcoeadvNstpfHUypEkaeJxAgABLY75WxUk&#10;EChAES877K+tt2juCDIRrRaBQcYTHEfiyCePHraR/l7d87f+VPXpp89ity01RhMBtWhjytd2Ru45&#10;Leech23QTdiZql21j8xBSbY2dis5kKakxTI1qlWew1Rs7Dr1z1fRYnrfbu6sf11idnxbz2fsvO9i&#10;bsbeG2aNc9RV22qPKVtatBJnWaGKvyVbJKuLpaWGHHRvojVAtlxZ3bf4oL6Syms9UqSHQXSve1DV&#10;mYEGMkkjFVrTqELjZt4luTO95ZMWqQqqWlOcalpQ9vxH16HbAdk9XVm+22Dk92bb3buityO68Rtr&#10;a1RgN5btlp6rB5GeOqp3krtnNBj6ujx9EErqmStdayaMXd0AJdtrYSpgz1U2G3XuD+H1+Nkppdqd&#10;Ub8G5qODxxt4qPIU+RGKNFHU0bqIZqeSEK37aAsjsQ7PtdzuqNKqRxOX+ArkUao0nLatVGAyCtTg&#10;dOypcWCCVdvaSVGFVRSoIPHJB/OoODSvQiV67ZkWv0dVbYxGTxMsJrdxdndf0G38JkYq8VFPVLhs&#10;jh6TKzZGsMMbCVAoQxP620tpICdt5betBnd2bR2d1vlJsTjMzi03BvWSLBYfdnYeRGAp3qoc9V53&#10;bW78LmdoVdVJDTRZFpY8uzUUaiUIWBPNo2m9tiWvm7PFYqKusTAMQGLKe06ixoD3CtTwHRtBfyXF&#10;tCs1stsgOY5CQQfRtNADTIXjpoT1Dl2Zs3ee2sG2fTrrDQ4fM1VRj8Hgo9x1G26KTHyVFNhoqWkx&#10;mY2PkKLNx4OZjLjzGYo3na8DlUf2pfjftHE7mwmT3XuvA7w2nl9vbwqIsBtHZ25tt1KU0GExdNkc&#10;hLvDGTbNw0uNaSolIiaGqMdTRAsZIXuCLZtwuZYXhs7GNrYUVm8VtBDEKO46QoYBu0hmBFTTpJdT&#10;2S6zd20bQsmcsBIKfCDUqRTyya449IffWDy09bUYLBZHqPCbQoaDFHcNXv7qvernMVGSnNbHLtLM&#10;z9jx42WlpqcRrMWoat6OqKP+6D40x94dcU+ztg1Nftff25OyqjJJjKmDbOX3lid/Sbfxueyz/def&#10;Y+yMlS5bdtLi6dwitHWO9IpElYHQMSFLfmuzku5NsueT4Y7qIBWlcl3cqGAHCh0gAK6mmdXHpu22&#10;7ZJ3hvNnljjkPGMUqMCoyRQ6eI8vt6U2xM4kj0EW28ltTDSw5TK46WlwOxMpMu6BR4wzxV9FuLNO&#10;j7cu7+RmnpJaaoWLxwHU4YCB0fjOt9w7NwvUUe5tt4beG/hgew9l4Xde4MXufd+I+xw7HKbRjx0e&#10;5aLM0FBma2kqUgxzSinpamSyiRtV81vaaz5I37ao9imv7G33JbsTxh/7VqqjeFr1K3hOKhw5NBUo&#10;GNB1InKngbsG2e6u1juFbUGKjMimtFrijUCsxOBnpCdnbt3B13kE7cpd1buy+C2XRT7Z7ToNvbcq&#10;9s4t49x7hxhg33V4XIYHL4kR7ep40kyGWiM0kWKSRneJbabbsBjMdNHJjXpoFFBt/CQU+2oKmGrx&#10;eKoJ6eOenoXamW89E8dPKqyM5sQRaxX3krsfOiR7vd8shSN1s5AHMIJUrINURUmgBRT8RoxUAvVj&#10;QSnsUk1nelWYBgxUgYjeuQ4p+KvaDWgpWlD1r7b67V3Pt7K4zJYjKVtMcr2t2NUZrs+fEZTDbs3Z&#10;nqXIVOJbcNA2YeKlpd0Y6TJUMyQ00KmalZJnIaNwVFuaiSr6ymqsbjcjmYI48kxp8fQyz52RVSaJ&#10;abFUDmFqqoSpWKKOI6BJGRZhp5J+YedIds5o3/adznZJFs4j9OgLySM41o0CqKySNRtS6wAVJPA9&#10;HG5btdwXN1HeDSGShAoaA5GkAZYeXEVyei07C7sGzf5hu6dgdpbuwuxMzU7f68SmwtdmqJtnV89S&#10;9BuCDLZLIUEdYI5Mthf4hX1k8U0v2tbTv5I2aQlXiGlir9sYaupno4ZfuIqllgdY0x8WlYHSvUll&#10;irIZmJmsf1AlTb2d7PzPuF7zRutrc7Pdxbd9MhVpUKNI0q+MiopOp9Mfa+moR6qwGD17a9ylluZW&#10;uLWbw9K01DuwcEgipoCaEevTLRdm7h218rO49j7s23vur2+m0ZcbQ1W4sbUSZLf2erRNuyi/uOAR&#10;UZfbtVt6OOnotKMsauqTIrMLI7HbfqqqfK1ctTDOGrJKM1AoqdJFhlWRYUpJ41Vp4To1Oli78Ei1&#10;z7ke43m0t/3faHUszxl1Usc6dJbUOAIrQNgDIrXHQjm3S1gkjibUWZqZpQgGpPkQR5V4+XR4d7d9&#10;bP2nSdabXp8Rl8bXVe04t2UeCqNy5WopZJ8RNjanNNuPG1LyxYjK0v8AEBDS1bslNCQ6K4fRGG2L&#10;AV0Gb/g24NwZWrjmw9PjMbBVRxNUqjFkingdYRVnKSRO4RCTGF+lrAe1S7pZS7Wd02ezhZBOzuyN&#10;qQlfiBzo0BgNR46uPn16RbNAZ4FPguNdOIqp888a9Kyft/Y+S6hq+3+jOsNkU8FH2FnN8b2rtu5G&#10;U7bmylCscubp8vLJkht87Rp8jSUy1tQirO059asJJWKarMXkqTL5rDY2vymPgwVLS09OaaeC+Umq&#10;hWQ1Edc01PLJXw11MYgwJWbyI3Nufb1jcx3Ez7lfWiPDceGV1VAXSC1UCkBGRv8ATLQqBTh02Ht2&#10;uUlkX4kQkrnTQMwwOJGB0MO0t5bS3dsvrjtTe219n7kn7Sr4txOmRosl4dj0ODhxOWxtXhKGgydF&#10;RbbyG0c8lW1MypPQClmi0rqbSVFttqSFRlJ4I54qOCtSMTvHKiZl3GPpqWVBI7fdITIxj/XpTkEC&#10;/tneWZhHZRXfhvNMnyLIKyNprTjQCvpWlOk88jmPSHZXDrUA1JYksaDzGBw4UNadBR302ezsdP17&#10;g9w1mCr94bq2e1dLi4qugylR1zQxVG+tz5PGzSUdNEMVVQ0NHCtaNcKvOwBjkJHuZW0tdhMZQRvj&#10;6hqnJ0889ZBi2jnqf4RLLKj1bs8iR0tPWQSKVIa66X/pwUW24W+7btcxWm6IywONRYHSjxjT4XAl&#10;n8WuoGhK0+RLaaLqbTFKHkRg5Y4FVr20ODqY1I4kdIzaG9Nn90dkb4nwe+MJVYfrXcWNxWLyW86G&#10;sx2BpuzcHRURo9l08MVLV1G4dxYHccFT93AYwJ45qY2PlBd9n2rLO+AyWZFNNkqSU0rpR06fZV1B&#10;JGIohVRyHXoNNBE4BJux4Avf3qz3WGGK92/bzIbTRXU5qyuMsQRiussDQYpTy6etb3w45oSNYCYY&#10;ihXhqofOrGmegs2n8iMFiKPtvrnqv+N0Wxq/BjM0OU3Nl63+9G0d2UlW+Ryy7er6KMUrVC7iyuQp&#10;ZGjjUxRQaWZvGF9lB7U6g607K3PlKHsXAU+6cBSxSbn/AIVUVMC0NPXYGhmoEr1kjH3WHqY6aqMa&#10;VSOBpuCrAcHu5bNsG+bNZXm67ZDdzxEGMuCdJII1KQVOQTqFQCOOR0W8x7XtW62aXFzD4ykZHyp/&#10;gGa8fnXq5DqHtfeeA6M68y20Xx1NuaqrsTs/HZnM4XI1dcId410eTLQK8lLT7gjjelaaekb+0ysJ&#10;A9r1dV+Sp1yNdFj4hTYxKypTH00cr1EEOPWoaGjSnnuDVwGmQaJONYF/eKu8SQ3N/uEVlrt01sUQ&#10;uWIpWlDwZCCArcOAPDrDS+t7Jd0v/oVaOFZWAWopQcAKihqcYx5dW+0cUwo6M1LtNVfaU33MzwrT&#10;STVHhQzyvTq0iU7vKSTGGIS9gePaz69yyDcdNg57SUO5XTDy6vFG8dbOXiop6WuqF/3FTSvUNAKg&#10;PGImlWQteMeyeKe9it760e3b6d4yMqpqRGwMgalQ9DpABHyPRltcjW86F1oNQ8gcHicennTy6QXZ&#10;mNim2zW5tZpqat23Q5DJwTQfczf5NDTmasSbGQSCPLxxLTrN9s0cpm8RjUfuH2LmxOntu9mbRFNv&#10;uSr3hity7CrKTsHdtLgauhz2D3h0xuCmrNhb63RtAmM1HZe3IIGxmTMP7Jk1kRtBVQliPlTl7ZuZ&#10;Azb5Oa3McUouYkKhbqKRVBIxpdoqpIKaWofSombbdr2/dEWG8nJhKshZVIYUNVqteK5APClaVr1X&#10;12h23/o/3BTYnCZmr23ujZ+/dqtsnCZzOUOPxO88J2EEqd39bYLdsgkoaTajwUUeUxNRWeJ1pEcQ&#10;yHwTRR2t7F2bFicDSYvGwU8sdLFWLRmjmq55I8FUzQ5ShfF0OR+5yiYqSqPkgp4ppIo1mKwldCKm&#10;S0NzYcs2v0z3xW2Ca4tStoFK6ozIzMAQv4GI0YQVU16kba9r/dimGG41QAllqNIPwhlLMeHmVPDq&#10;ijv7v/D4zeOe3Pm87XYfFZaXE56gGbw8VNtep35T0eQwW7Nsbk35jaul2sm649vzH718rS0lSayk&#10;j+9EsdVLJKs6bIumKpZvFCGEz1lFXNSvJFQLMdNXj6rX5JYswt2NnA8SgB7kH2ZCyF3uM031kv08&#10;tugeEnSxIykqUI0xEYdVJLMSQQKdHcVlIXdatpPxAkftHqhwKDPHoJ8h19T53tDcMUe4txfw/L7P&#10;xOE3dsGTOxYnK7smxyCs2rv3bUdJJQUTdWSRxQwVEVJLNLX1TyS0rJEyApfIVuWwuPVsYyQT0H8S&#10;goXIkixNVPRVCzUlPmGbVPJFX0LtAjQ64of1i78E9g22xv7xhNGGjk0lgSS8YkTSzRoCFJWQB2D6&#10;Wb4e0Z6PIbOIxzRNCDqp8tII4gA1oDk14nGOjHbX6/6/7X3bmKXc2MpcvRb0h2lmcxSVVV95vnZm&#10;M3ptyTEZrNdeYbHvBQU1XtfetHFmMkmSEFfkCVprQwAOqip8tTyyV9VG08shUVNdQ00FQlTivv4z&#10;C9XSNLCY677KU2EK8+XUxADaShlsJoorGzBRACqLI1CsojyUIDVQuoqHaoC0HcRXotltVVobZ4XU&#10;AcfJqZYCnDVxIPl9nQLbg6wzWIx3X+yp6bH4alp3pdv7a3luHK4nI4Ls3+41TFl/7oZqDHZMVu0K&#10;vdeLoy5ylUDGceIIS0zweRakj2DV7y+We5qapiTGZ3ZXbu99hUlFgMtWPhKzaG09u7Kx+0q7ISZF&#10;JIxn90V2UnqMrjwKf1wM0FrOffGnnfnDcebOcucOZLixSGaS7vcdxKtHM9uqqKgsoiiV1INdbFQS&#10;MmGeb55DvccMp7jLGtQOONRDeQ8hjj1snfGfbH8M+FewqGuqDkMPuPrTB9gZHIZKix61s+a33nM1&#10;vfctCv8ADayvozRbdWtiocVNC8yNTCGxfj33sPbdBvlsZt6Ta0G7Nyz5PP7erKaTs3uTb1Pg9t7Z&#10;yVbXYLdeVpdkVtFh8TVVu4q2WKoxtFUQmtx0JqJY2aTmaPb9Z+beSdk5a2DaJRvqiVXu7jxXgt4Y&#10;gZkdIiURBMuoOYg5RwO3U2SDcdms768iHhlr6lS7KxWNWyBQEDHEEZ+XQf8AyRzk23s12vLX7vr+&#10;r8JHmtqbpp971HSfx63BRZSb+7+KjqNq4xOyp23J2FTVaUsVHPlFpJanGZOvipllWlpwPaBeizO1&#10;dzV2NydL27h9z0WN3FSw/wB6Oz+2957bqG3BQTS5XJ47Py7OXE7nwuOmaOHHSmamrcLSiGUxNLCS&#10;SJpPpa7fultbpcw4MgWjtIVqjYbtfQTWiCjYdckECXOyyQ3Xg3FrNpDn8GtXJrU6mY6lPoR9o6d9&#10;tbQ2TlaPaiYLE9e7upHx8VXnarbPUPxbxmVylXX5BZ2pKmmx3ZNPW4muqSk0VfSx4+ppK9lmiLBZ&#10;NJS2c782vsGpy8mY3bu/uOlx+Nlr8ZQ45sRkc5LTUe35I8hFW7h3rlptxQvSUa1NBAapFo6qYmcw&#10;tGXj9hTcLtCrwWu3RPbVYhXMiSOmqrFyGwzY7a4H9E0Blb2b+FDDBtskdmtOzUU4cVYCvb5GlKjG&#10;Olfj/jZDuDDRRbZ+PvTfVOMgyUdRJgqZ9zddvJWYrOVOcgSp21sGln23W7cyuRSlqaiKOp1VKvLE&#10;5jdFk9lt+ZO+N27P+cG8s51/urf3XsfYPQHSGSqkxG5KzA7lqMIm2tm5vG4XcmV29PSvkJaKpMMt&#10;QYn8M9ZGZfUCPZvYR3mxx7nbtP4d4Lg0aAnRTv8AhYd2hVYLp+VKY6fK2V7Z7NcNFI4NuAPEqHGW&#10;Ug04gcBx7QOpnwg6z2Juj4odV4rfG2eud/z7J3n3jFQz/wAIi3PtfE5t+3ez8Lmn2d/eilq62hxy&#10;0lbUUEIYLLHRMYG9N19hsO/u/VWJP9PvdagMXXT2Vum0Tt6iwZ652YN/Rrg+y97+5dJPqL2bxAtN&#10;WthjA0ChqRTIByOFet/u+zNWkjJalD3McegzX5/Lo1a9DdHISU6a6qjJbWTH17tJCzc2ZtGIGoi5&#10;tf6eyO909p9q5/szeWQzva/aWXrKrIwPUVVb2PvHyVBGMolQvBS5mmpF9CqAEjRbD6fU+w491cCW&#10;XTdSEljgs2DwPE14DNST1RrO2B0hKgAACpx+3pUbf6+2JtTGU2F2xszau38RRrItLjcNgMVjqKnE&#10;srzy+KmpKWKJDLNIzsQLszEnk+wil3JuepVWn3dvSd/y9TvXdVSxNv1apsvIRYcC359qY7hgFKzE&#10;kY4nHrT1+Y6qLK07wIF1DpQx4vGwjTFjqGJfpaOkp0HP14WMD2YrpMVVbt7cNTUquSlbO0Rnq8jl&#10;6r7oyHHNbyySCepqy6qLu7ngW9zbyjIzcvW/hqXYMWzXiGqKkevkPPpy0dYjIscYpjHdQf7Py6mI&#10;iRqqIqoiiyoihVUD6BVAAAHsUZiUW32WHDrq0ynJ1zvG1iPKqEhD6voG4Ps+mWSegkkKOe00BxXN&#10;CRg0Pr9nS9tYJc0DnyFaZ/1cOuXuE6SrZWXEyFgqk1k1QTqYHSwWCaIHXe9z/S309lyWcgW5ieT/&#10;ABihNa0qoOQBQYA8yftHVYvFXUS2afsFfXgOve45WQEBTt2AsARMGqWmjAbmVC1X4wxAIFwf68+9&#10;wwJMNUsolBYlkqMilKVrqIJoQBwAp59K4XIAYurAk+XEU4VrXr3vuaGbzMElw0gJ8gEkUlTKrBDY&#10;BhLGhBBv+kcn6+20gSIzvEQGZsmo4Vp8HHyxjrxkNHdGArivEjPp5de9+alqxTsrfY2Chy8WIMRC&#10;2BIWoUN4lt+pr/T3T6edR4sc41EEMDmhrxpxqflXHHq9JVAIbJqPtzxPXveOKgyOjVTo0iahIkkG&#10;AetCk2B01Rp3Myi1rXI4490CyKFaNmChaV05ameBwKk4Ppg9b8SRqIKhCeOkeX+An19MHr3uStFW&#10;gF6qWdIVYrLI+D+xjBYWUCVaeIlrkLbV6ibge0ghaSVEmdld0LBBUkDhqyME8R5cQPXrQ1BlZ3Y/&#10;L18uPkOve5ZwWYtG8U+UeMeMqGxdMsQUWbSTLSp5F0j8klhf2pa2jUEBUPafIB68VIJ+fHJHVzwI&#10;RgAfTj8qen8+ve8M2EyTVMC1T1klTUyMlPGVoYrspMojpxG8UVOqj/V8AG3tOGTVoUOsuqtCaFeF&#10;RUg4OTX5dVEqMKPUafyP2/Op49e95pcRlwHaesycYIuzPlcZENQNtQCVgN4z9LXv9PaiRYrhVMaG&#10;WjZAOnzFePrjz4D506sNBFBVnpXBHn656974/wAPNgs1bLFIPU0k2TpYnkRiL66xaoRzF2INtbf4&#10;j23G8bEtCwhUfPsqc8MAnBBIArUdN66ioOPWuK/b9lR173BfG0S+mXNUN3sDG+6IwWQ3Fgsc8gJv&#10;xbnn/D2tleYO1EQmhAPHuNCAaDgxp9g6ejkRQdS1B9T1732mPxrwAz5PE0vJJhrs3U0koCkoCKam&#10;p3QJIw9Bt6rc+9xpMe2WiSsPQUNeB4VqMgegoT1ViqkVBXV5ceOevex4+NvR25e8+1sLsPraHbeX&#10;zUUDZ/KVddnq6DFbd27jZofv85laiagCFaZpUjigi1T1MzrGg+pC6wcQzi6neKOJCCWYEAaagaqE&#10;Elj8KgjX8h0V7jPFFBlNTsSAqg6mNMUrg4+fQCfJb5J9WfE3qHcXdncWTyOO2bt2Sgo2iwuMlzOe&#10;zGWytQtJi8Lg8VC0ZrcnXTE6Q7xRIis8jpGjMNpz42/Gja/TG1K/Z2Lyk9dWbgyQ3R2ju9Emxtdv&#10;rN+IwUEKU6yyHH4vFUp8cUSkMQzcgm/sJe43PVlt9iu27V4l4FACxONaPOTV5Z1ICyDSaBE7U7Aa&#10;mp6DXL9lvNxe3V7vUqiXt8NB3RQxA9oBNNUkgGosR24HDrQy/mbfzZuzfkLvjF9xbe2fTYGgpoZ9&#10;jfGjr7c1XQbgxPVCNKh3j2/u6FaeHDZ/sHdVbQKuPjmEtDi6GhQkTMjs5saWh27i4aOCLE46Okml&#10;eOighkaI1TQsYZzTy6Uo2eGQaJFEmtGOk+rj3jVuG8bvuUk8f10sdwI2ZiUUKtKHTwZmehwSp1UG&#10;o0yB0l/t8cngvcKJeJDNUj7TmhyMdU5V0Xyc31U1/Y25e0uzdxZSWnpKncG5Nw4yXN4Wjoq52rqC&#10;XO4oVp3jj9qVpUzQ1iUEVGYL1CfsgN7epsbi5qWOpoKm9tTxDwuDJTqxWWKSPTqgelmGmxudPJ9k&#10;m37xvMFy1pe7cv0rUDUZV0SH8Va0dpFqWAoA3YnyMNMJhrGTr+dOHz/2PLPSFm3JnMVX53Hbtnq6&#10;bdMc4hyFFV1jZGlaeekFZiMjg69bmfbmaopBJRzglZEYG9wR7bfBVfxHyfcYz+F+PV91pr/45914&#10;tH01/wAL+y83pvbXo5+vsw8S6+j+n+gXwv8AfFBp069VdVdXiae7TTTq7a9Jq54p4dePlw/bq8vT&#10;z6n/AN4+vP7sa/vu2/8ATH/EftvL/EOv/wDQj/A/Jq+2+w/hf+kn+Nfa/t+X7rwfc+u3j9Pv/9G2&#10;r1qo0/QMG9JRNQ+pGqThATzc8/09uIYnmZnoHKkZ1NpI4EBMsQMADB8+HRhuixzWDB2LMZCDQeVP&#10;P7BjrVhhcffEC4H2iNpvybSgC4J0+kH/AB9h5v8AopIoqbNol4aeGanyKqx1RqzeSkqXCj9xS7FL&#10;/VDb+vvLv7u/NjXdvf8ALC3Ti6Uh4m4dgoZEUE4ELASEcCjsQKr1zv8AvB8jfurf25jsbYIt4oVj&#10;QaS4ooY/wMyDJ4Np9etiz+SH8jKatO6/ibu7LyJWy56m391PHPJ5Gnx8dNMu9Nq0EklkhSkmSLIR&#10;wceXXIBa3sOa+tljoJ6xSJZAIkWn1CKQLJDCFESD0IjC1hYWNz7zVt0ieOG1iCt4gFAKntLUkNah&#10;2otSaHhTjTrE24WA7iUWpqQSQCRg0JL8STQ1NaU62ZuvtuNJ/B8FURRUFIqZSRa1mSojqPDX5CZh&#10;U00zPLJJRzyjUSWDgAHjj2kswzfb7gqWjdXY7fYwsykSzrVQJJIl+FRElFxybL/sfaiCK4hFujxy&#10;eEkrgJrVgYwGOCaV1AAnUdQwpwOllu8ZubWOD+z0yAce0UPbXzJ+fr0K+2KSWnfYFDPUw1IpqrfM&#10;MmQigEbGkkxeQel+4hQ/tyNPTFdSegsbEcW9rOjKS4SBo9RjlphHH69MYlSb0mSMBrnXe6j/AFwf&#10;YZ3EWk9+JDGiRlwxCgNIF4litKVXBUrXh0njJj3Ev5cSadwHDB9KUFT0Ae81b+9eRpq1oqepoM4G&#10;mgAWZqmiq8RJIywyFo7StGokR+QpGlhY+ySbrpsY27d1pFk6innGZq71zY8SvI6sPMzmhrkq0Oq6&#10;iyltI59wtuG2zfVgvskVzplYqy3CoNQqQzghmLA95JK5JVsY66k+3E7f1X5eJcrS2jOkEaB2jSak&#10;VanEeVehk2Xk9/xdadcz1uxNsZ3GSbRool22u6KjGTUsLTVK0lHEN17XrdsvTtTKkjBpkQSMQosA&#10;T3H/ABXQi0u7IAii0QzOSylLG6qhJaGPI0tdTIQp/Q5APPskWwjluLqx3HapzIx7hGiuhUEkh9DK&#10;0bEqCGQ1QaWrnqTLO48SSWMKhkrViAMmtNFQdXzqMedekZlqPYNPOK7NfGvLPUTDXVv1fsfr7cFb&#10;RVLSAIMjPsnObWy9ajMotUQRSn6XAt7c4aXceQpC6UNHl1SR0R5aPa9ZGbf5x4o0SOodPpbgHT/T&#10;2Drex5aW/u4rLdrq1MNuvjRr45NSxz4hyRXz86d1Qa9GENyRIYHFICATQlyK4IBOak/hNKeXSOzm&#10;X6H2ZlYzks9unqivrGiqGem3F3/s2ocaQKaCtkknyW2IGHkbUNWgS/quQPadleopdQr9k4tobFZ2&#10;Xbuax6owFiyZHH18MUWo3ueRf/D2Z2OyPHJNJy/v5QgE9zI5bWQdTo66gxFCtFOTpXJwawQ+CX8C&#10;rNwBPkK/ipxpg+o8uhISLb25ZKN9r/LDsumyTyRvjaBu7+qt4/eRu6vHT/3H3jtDKZKuSNbLHGNM&#10;ukg3JsfYE/JrdW1qb4qfJTbVVjqfEVmc2dtzKbdmfM19fTJmdu54SPRlci4FHU/wavnkpyZH8hUj&#10;STb2H+d9q5mlsdm8VFufpdxfxHERi1xSQMDItQAx8QJVWAKjtAIFeldxcm1ltYpdtPiNqBehAFRx&#10;GrjU8PTpU9edAdx5r5jfC/usdlS782504/yY272JTZLYGwOvcpDtvtfq7HwYTMRTbThiG5Y4t97S&#10;x9LUQRQ07QmZJW9Cspon3b8cu8t50Owajb/X2crP705DNYrFUlTTTY7K09Rj6enqa/JZ3GZSGlr9&#10;u4GniKIK+rSKnkkljVGbUCI2j5d3u8nhlsdpMsUiFldTWMopKsxOVWjYIJ+IEGnS82F1KLd4oaRt&#10;wzjTx1EnyP8Ah6t9p+0Ouayiq8nRb42vXYuhjieoytDmqCtxQaeSuijpoclSzy0VVXGTHTKaeJ3n&#10;UoNSDUmoUvi18T+29rdp9Qb+7G2bHh9u7v3VXba65h3LhKXdO1N57npFZchjN8Y1qWtbBbTqqSGp&#10;WjyMsdpshTrHHwwkEse3ftZv8u+7d+9rGGGC9WRYDOA6OFXW7lAGNUXuRTTWaKvEdGu27VcRXMMs&#10;yKqSGi6jVTivcKHTwx5E48+gt7I7z6p/u72ZgaPf+OqsxtDalXld20O0910+P3dgcbU4LIZanqcN&#10;PT1ETybgFLSCaKmimWcIVZrB4xIcPtH4Sddzbv2XsHLYmrpqbC75pcj27vrYu2q+j3rns9urMPS7&#10;ZoYq+lo6mGXA7WeUVU7xwo32sbSyuXDN7lAeymzPznt9hbyCPbImj8WS2UlpJHQuASQVQVUV/gJN&#10;SagdHr7LYy3UURIEYcFjGKk+fl5VzjoMNkfJaHeHWWV7k2zkMdW027NsPmusNoZjcWEFDU4vamPm&#10;qchU1ktNPBU4rKbiqJftQtRM6LVCFRpVmLW45LpfbGVxlfT7jel3HWZbD4HC7rqjBjKqq3bV7LpI&#10;oNtiqkydJVwzyTvCDGspKJchSAeMkOZOQOUt22S4ivOXJru9iiV1YOY5pCi1NTqCByQBUigNKmgN&#10;RHdbJtj2ak2zSSgUIBOpq/hbyCj1GaUr1TrT/KnNJuC+E2LPt3GR5/K7g21HuGDcUWN2jtDsjKS1&#10;/YFRlsNtvLUAFDtVJZWkakiM1wHZdfJqXz3f3yGx2Zm2ti+uNp7Wx+39zVWJosRuDsLflFJhcVT5&#10;f7NsbTjaVFV4Gic0rMQlPGlPE/jiRVsUHMnf122Der3Xy/DazqWRFuZZHdFqQyBif1GFNRdAAZCS&#10;pC0HUBbxtldyl0SpBRiPhLUofNqkfmB+fVqsmP6b2VRJWUm5tqTne2IwyLVwbB2jIu4hPHFUYfMv&#10;Sbk3NFka5p6WsM6tqMssTGV2dhr9wc9393PVY+Seh2J8md5DD1jpJUDfOe+zy0FXBVwUFHlaVdkq&#10;k9fV0cMrPDHSuClPIWCXckqOz7FbxpJDsdq84oRqcmmNRZSWFCDx9AQGIqAU8lpcW03gxbigY+pI&#10;pj4smlMgCvmQPPqZL0R09iJ4ll3H8TMXkqhEqaGpl6moYqsNE9Neop5q7uaadx9zMjR+u6tIACQA&#10;By6v3N2r2VXYeh2/0Bu7bOZjqKfI0+Em3tuba0e5MVtWaDJZNaipOzqBqnbD0uSjXJY+mk+3qaVz&#10;EI9DyKDq6jm3LbtNxudvZ7WIjrFGHaxoPEbWDxFEGQSCBWnSTco7axtSb2/iiH8YYlgW4YDfFWpF&#10;cevXe+di7Lxm2cpNurvDpihwkVVSUE1fD1Vt3I1GCz+ekEOOnhat3rm6OhqqurgBp3rIJCJFuZT9&#10;QMe9ezPktRboqqLYHx82+mzNubf2nW56tlqsplHl3VkqWtGbxW1ZMVm8NjMXDtrK01NRpH4/JQAp&#10;rljbQFBE89+JLvb33hb7ZIXMUbPK51EqKMhGks1SVGkaVUN8Sk9ByPljxUKtztIxlZtOEOug+ABj&#10;VmINcVFPUV6Z6DYexoZRPubvDah+/lys+1IKfpbZ2OVts4+ikq6VJBk6bccucApEeraSTwpXRAkU&#10;5jBLBLke8PnbvTGrtzcXSm39iYCDJ0G48hX7nytJkqalx+DqAMRlZJMr2ouRrETJTx/8CAlFK9ll&#10;EgUH2X7WLq43m0FpAiXgcA0SlXK6QWUAipQEhQFFBqGT0d7XyfbbAH3CfmaeWOJSTr8JYwKDAVQO&#10;8cFzgcAemzaWH+IW1tzU2Vj7BxFduUR5bb+Oi2501s/AAjI0cuVzOOx1PtTqZK56uupYZpR4J/KA&#10;z+KzH2odk5/eNVurK4XvDsTrLZ25qjG42t2xX1WbwscqiCvEktBSGh7GyNLUFdS1bRT06+MwFfK4&#10;dl9jxdx8Znsb2RWWOqu0ENWYsCSWJFdCgUD4UaiDU9Lbe+2WAfvBb3XI4p3ADJ8qhTQU4NwzkV6E&#10;DIbk2HS0lBujqTYnYG/oIKavxmU2zQ9TzbLoqikrYqiaHOVT5zpSLPZiqEsKUMS0kugRT+R0fSJF&#10;Oj8fMuu+ewayB+zcPubD7CmmqHi25j9pUbRZHI0csP39U20sxk6mObcWJY1NOlfBC9RRSh7BwLT9&#10;92rb9p/rRe7lPdOm7Q2xaKPxNAqzaWjeOisHWo8WOjA9rZI6G/t0Nok3O4uo5Z/qNGdTsy8eCkge&#10;fEjy6Il8wNy7h2x0VuDJR9J7gw26d3zbd2zRQ7x7A3buCGmE9XFm8biM1j917L2ngosfgMhDGq/w&#10;qsq2pJUVFJjvc98ESGRDHVSFVrZJS8YVYJoEKR07O39mJwtioIFwW/w955SSMEPiRAExgZrqBOWo&#10;PUcQePl1OsAltEeW5BEf4DmvqABxJHzzTqnvKZSupsfUHMbco4J6naFBQU9JWy102cxWZq4aqtzU&#10;VFTHUZ8jRPUGaKZ43fxssJJBVyoApyP28tGjrT0NQ7LLE8lMs7NpeaaCKPQtQiuRa/pZhe39SSSS&#10;CzEyX8qGSYAaWCnTghVYmuksAfnSoB6Vq8chVrh1WRgCqkcPkTxFf206L/UVtH18mfoN+5LHybg3&#10;1gaCL+DZegxm4HwNNCKyiweC3Flsi1XPgK2uo4JA7oVqaeF2QSEaQrnHTtPMyz1EiQ14+1qGQiGq&#10;jkjGmCoVmVvHVTE8EggHi3sLb1dtt+y3lxttq31llEZojQNGVOZEVuBRBxHoBSvRLK4ieWW3EniB&#10;SaaQQDXIFRQgeVTSnQE7s3Mm19m1eR2nt1JdydW0829tqeWH+MbUrsbkZfuty7bhaGWOPIbS27To&#10;WdA8bsiqxLkH3llpK+uop8eYvtQ1S1M1REY5C1FCWBa7AreQhbrww55vz7IRvnLG231rzBeb0skP&#10;0SziBy2oSTFWV9NQeBYA00U4gY6ZgmsaGS4cslK6fMPX0PAAVz6U6ROM7G6Z6+3vt/tur3aN0x0/&#10;X1Jvek2VmDkaB6HfW52o6ikl+2p54KoJR0stYFqCGpZAEugUKnvNVRSQU8tQz6VpFBYaR4ZI9Jd1&#10;bQQytEovrBBJPH09+2vmXbN43X90RorC98RlLNWQFaLXw3BGliaCMqQNJJqDiq3v1kz28XFqUzkH&#10;7Din+T59Nux+wNtb13vQ7JoqOCuqOw5cg9DJV1xk3JQZCCphxtHVQUWWhkpZ8bl6moWJMfJTypCk&#10;J8gIcMhDP5hW0qLsH4ndz46spox/eHb8dNtqeqxFZnZI84KqCfG1ODwVBHJmsxnvukMONpKOM1s0&#10;8xdBpVvYd96LDbV9r7zZHu4X3OyaJVkapeKTh8Kf6I8RaumgB0gkDIY5mNvHy7PDPKvjIMk00qfI&#10;EimSPn6Zr1ed/Ks3AnVvfGw+p6HOUufz/X+2t0Q9hUmMrKSOvorY2aLH0O4JxKu36BqmiMVdl616&#10;kUlIKKnplvUOiNUtR7h6z2Zs3ZRgz24sRuTFbZ2zSrUxfHTfUajN4PH43E71psYs9NNkpDnZYpaG&#10;vWup6eokEra1iUpIcC7q/wBxulns7SFHtHQ+GtI5CyjBqWGoamGomtFFME46xpfdds+qSRllFzE3&#10;aS6pg1FSQ4JWhwDXywcdX45ve3a+Sq4KH/QznZqSTIZOrrZT8odlYeehx9RUzLjcq9Bj5Zg8VPAv&#10;3dNAjCODxoGaRgwDNBvntPbGAGe27ujc+7MRka/KUWQNB1BmMItTJWTQ1jUdc+Ro5I6XEyJVGKk/&#10;hsUISopWWSVAy6giLHdrd4LZ3YuygLmmBxNKVya01eX59CeC4haNJUuJfDI9amg45Bz8wB5fLoRN&#10;ujam56sUm5JUwktBUYiLDzJ3emdrMrX00NWviamxWTiY1cCojSpKH+481yG0Gzsmz+y90U9T3BXw&#10;5zD5fcFXHtnJZ7KYrP0tbQUmBhpJK7Fv/dzC57JRY+tw7U9JSPBR0NPTzAmNmmkLkTbdNebbJIm8&#10;3YW0kUkcNbAOEGhaFQVHxAUqAKU49IL91qRY2kk04IbU3dWuNR4VPkQflXHTLW7+6j6zr6XZVNnM&#10;T48NlBk6XDUvZ20/47uPJ5Q5BsnkN0ZTsXeO3Vy+Vpq+mnlngkra6uZUWRwI9CDntfD9pUe1t45/&#10;YHb2/Nt0e1snt+vyEOQ60qcJLgaHL11RRyTvld67N2lj8hTZI4+Q1sEVTDJkGkWSRzf1Ld1k2OBI&#10;YyLiSSSpSq6R4YqrVj4VGrSWYnLfPok3S3tIltbm8mmWMoaIKj5Htr5HA40r0x7r7B6xzUWPq8pt&#10;NM9ja+kz1LEB2zgsxLVTwCCXL4lNt7J3lueszU+MqaqKOVqamrFxsTA3iit7VOMTpnEyTZyLrOCj&#10;yVO2Vpsfiqf4+dPY+jjeteNcfJTtjd65DJxQT5FJjU1da8CUyP8AtARjSAVfXG7ylbXbbxopAioz&#10;0UDSrBTpWjUGjJ7qsVoNJIB1Bf2n1M0L2qmJGpQKoqMZfzBB9DkcemuLdMuVXdcf+i7LZfG+DATb&#10;tkp+8+zK2tpHxoWalpaPHjAQR1MNHQqshiw0k8lXICs8Rk5Kdyq9N5jvvamX2XlZcLvjMS7UwW3s&#10;hUdade7P2Fj5tv1FTUY/cC5uuioa+n2/V5ovDLNTSRSvJCApYzK3sU+3eycyz7rabbtz2jXclwaG&#10;aVVAA7gXJBIVSurSSdRIWh4dH8bw7ne2kdu0kaI2O8BBgCpPxBRmoJOoGlOlhNHumbrTKRbp6hyN&#10;DtamwWRr8vtDGdtbg3VlZ8fWUuQfMbcqaLGYqoyWelkoLB6FZnSo+7KIFZbG/rrWCtM+O/vtVV1P&#10;vBcDis5laBsVNjseZMhDUJVvi6c+alnx9fV0dRI8cFRVvTynQZdBRTnnvfMF5tPKE22wXp3Dmi3h&#10;iW4nbRG9slxGGiBaIaGEXAMRWijVQComqG5ht7VbZ7jxroADWCKKQMBQKilPXPr1qIfPreOWw3Vu&#10;+NrdAYPau8Np0296/q6p3pHuqlr8ztqo8eHrdsNlMuXTI43KbPpcrjaehq8pR41K/Exxzy05qlnn&#10;Agk5aklybY4pkscz0SS4aXTElAA7x1+TSpUmerpZqUofAgDFoyQLk+1QfbN4Xl3fdysHsd6B8IXU&#10;kgIKf2oytQZJasE4FFLDUK06V3b6njnSqSazk5xg0H+AU9eig1MPUm/Yem812hTVnWHaC0m4qHC9&#10;4RzNkKvebCmhze0di12HqKaPE7e3fSbiasiiydSTBTU1YI5JliRQWOlxFW0GRxMVfBDW1MNHkIqW&#10;jtB9/jKOZqj+Hsxj0VEs0do5GHr03Ulfcqbtv+x7eeXd73CGaa1juDAs5BJglnQoJ3AoVi8yzdgN&#10;HIPECdbu2huYLjxSwIZdZFKMRQNx+EHjUehz0bHfnd/XmDzfUHcu5Nl7mzWzNr7u3d1fPvvcdPLl&#10;Zesuzt/4KPbSdjy0kdYlZgds46u11kEc5ahScR1MaTfUTcPjYsVXSZQwtRtXJUZCqFW5jx+Ogxzx&#10;sySozGGCSKGZlD8Pa4Jv7a5s3Ox3DZZ9pa9DvQW6GMBp5pLiNtAQrRv1GUP/AAGlfhr0xuNzHdqQ&#10;rVfAB05LEcaeZJFekV8huy6XtXrp+rF3HHu4bdkwHWW263ZlFDXdjdlbo7NwmTixlVhKmijhyuTp&#10;s9mcPS1ksI1ULykOirGCfedcfjZ8tUbgqKqHJ0dLLT5CiyTzI7GGVjOi/gqKSI+JfwyG1r8eyixu&#10;t4h5D23lhLFtt36azltzGkZCRTIPCZ+0Ghdz4gIBBaprTPSY3dylqlu0OiQqajIoeGPSvHNBXpGU&#10;2/u08H8b9mfHDCbLyfTHZW7Nmbq6y3V19jtv1dDQYbdOCpV2xkc1C8Mbwip3dmw+XksraKtXkMhj&#10;ZX98IqH+KV8tTS05SlqKunWkAoJXR6KmjfzR+Wp8KQzTSTM7FjqSNS1rcEO797xcqcjQWXL26cyR&#10;X3NQRkaNJFDNMumuoLqUcKNQkK5o1KVEe8ye8HJvJrLHd7p9TuvcGjgJZ0cgBQdII7mGgGpUM3HB&#10;PS8XeW6evesKLAVuRqt6bs2XtLL1PYWfbeeLxVJht3Zyuohh8nVUeATM1mSpKLG4VIKWCiilWryV&#10;UkKEyWZUvmNlUlBumkMWXgpZqqrbIJRM1LJiKrJwCOehyCwxMIvt8krtGsrOGmYmOPSxPso5e+87&#10;sPMOwWr3fJu4vM4kVJYUEoijq8czLcEgaoVANVWtSTQrxINg+8VtfMO3TXW5cvXFrLHJoLFiUjBJ&#10;DFnYIA60IcKpKkE10kEmI2d8s96Zv4/7si3J1DndxU+09tw7Tn3PjE3Dje2tu7G3MKvFby2xA2Yp&#10;JsvTb82Ak1JXzUIpSuOolGQq2kjTQVM2Dy+bjyMs09Fi6/JV8cLZEgVTU1HBGL42pSRftad4GlCM&#10;tkRIwBf63DVz77cqe3r8v7dtG3Xu6bc0UhYMfBmkld6xzaipLLoD9zFdTCpAqOkTe+W0bdLt0ux7&#10;HdblYznEmsIQ+rtKABtcRGrvBPcKkZr0Wfa/aXW/RL7Ywe3MRvPfWx+lOus3na7YOUq12lWbk3Xl&#10;8oso7HxGWppqndO7KrJUdO9XTtG1XVZCumklWNQEWP1NSxNQPjMhSiMuMqpp6aphrEVKVmZpYWhk&#10;OurrCgWGFGLrfkD3K2z88rzBbWPNWzkxbeZIlMUgCzNJINKxvQsiquoyMw1KQAzMKNSV9m5uj5ii&#10;k3S1hKFZUR1JGvUVFQOAK1qCQoqR69Y8/wBlZpd+UPafXu4Hq8dja/qyNsjmtu5jamSzeR3jTU+N&#10;x2IykWZoqc0G0NqR1z1+VzFXSR0lQsaMspu90BuDbJTEZHK5mmONH8ElpDjmpYIZK1ckjRClrapG&#10;lZAsQZ5Y+HVh9freT9n5p2zd57Wx2K7hvYJZpNUgfUsYhw3bioLnQDwINRXHQwF5EXiq0bLRqfwh&#10;aAaGAFdRNatwx6E9Hy6U+Tm2t3dg7K606Y3JiO16TIdi5Ovrt/0e4sllcVtWj6/UT5HI4bblRS4/&#10;7+OvzVRHQUVZc0k0cp0hv2gKcPkHjKDG9jUe3WrMLtaHa23MPiqbAJicjTTUkVajVf8AEsvlMfSV&#10;9DVz1XmBi0szJEBcXJvA3vDzrsNnzcdpm8CJVRVNImA0sNVdSjALYUNQ0pxJzjb7kMJt5SKCyhjg&#10;RaVGnNSaDHp8/PrZi6B3lkNz7Lq94UVLlt54vdmazeeh3RS5vHSUddLHWz4ybG4XC5WXD5DDUWNl&#10;xphWCaOPVIGcHQyn2hdmSY3b+epK2beOxanHq5oq6iau3RpyRlqqYUmPrqWHagrBDWTaU+5pxIaW&#10;fRLYhWX2Adq5z2B7iB23G1FtJqiofGAJFQS5ZNSDGkNkBiPIdBDbUeK+ikaJkCkLqZe3PFq+lME+&#10;QPp0o95bznylDkcC/X/aWPq388FFnINs4mspcfI9GwbKU9fHnp8esECzEOtQ8cU6q8TFUfWLOOiN&#10;jwYjeGe3xh6zJrksstBjalKmuoqmlkrqfHwU+SyWXr8bV/w+o3aRGkEtbRwwF4KdBNBE+sSSpyZy&#10;zs1h9dzEdym+kvJdKJo7fhWpqpZA+pSrsuldIBVQWJ6yP5c26zlZb57giIgAMpqhNKZIpUr6DgM9&#10;UrfN3dEWQ2HQ7K7TjxLbaiSXMQpjdu7mo8pXQxZBpttxYjAZ3ErPRbKWrieSjxFbPVU6+byUNY6W&#10;liN0ruJ/tVkqaavJjqpqdZWnnd55it8fNTBWpIlnYszm0ZKnSqsL+5X+ktjBJLLFDLZmqkkDThKU&#10;lEmGqtABStCCajqSFto3QFGSWHOPw/MVb1A8s149Ve1GLxtVhKjcNZQ7O3ZsaSKv23S5asx9Ni9v&#10;QUuMwvlmp+wMbuppINz1lfh6eKCnpkEtekdTE01RUQtZeNLihDVV9DT+aSOtFM1LWUmQRqOCsRSk&#10;+Rxn3StTyRh5U+5Yh5HZyukm7eyu+32xsdmt96ui1vBbq6tG8LCUxiumF40PiBgFJipQAAPqC46s&#10;/gwBbu5mQALlWVtYQYoQDgqMKB5dxbpi3T2ri6fYGzeytwPSbX/uTTbhxu4Nk7r6+ydNvfKbMkmN&#10;Vg+s984/bNaNzYnMQUOKqW21Cs9LRQQU0dYalEC0wlVcc/2+QoHqsbT7gSFKCJMrWq0s88E9JkZc&#10;vLBDIEGJqKFA0DvEJPH+16Rz7KrXf7SaTbd029L2blqSXVWFQq/qB4FhQygO08cwIlhD01ET1eun&#10;phLyzM8MkU8ktsa0EYGA4IVRXuqp48R+LPQebb39tubNdd7/ANsYjtnc/wAe8xuGfdrS9Y7aTH46&#10;gx+6cRunrjA9SYDK7poxl63tnbe+5Z4M7iqPJyUX3wGaBqm/aEnC4WKqrKCgpayjydLV1eOyMUuJ&#10;aljqKiGWuSJqSKn1RpSxx1cSmQkh3KmKVdYv7Mb3mJEgmmNvcW9xH4sJ+pEiqkig1Yu1RIxBogBI&#10;owdD4del8l7G8ha3YpLSlHqFVgc1qMllqB5Dj8PTj2Z3vPjMDuXclftveXWG6tvYzffV9TR9zU+7&#10;Ttzam6cfgKip/vPls/JBXTbqzWT2zmJaaghjMsNNFPHkcfMKF2j90abR2vkKvvPsDtLGYmuwOG3F&#10;8sfkrj89UUuUybTLXY7PYjGY/cdVTTRVCUzS0OBmx606xxwJHLN45tbEjidYs16t3uN3fCUSmeRu&#10;+iszTSSKVkAo5kDYwoPkBw6x95iJuNzmJb9RbgAivdggKQeBNOFMU4GvW178fYcbjfiB0LsGkyRz&#10;Vbgvjn0RUpjTT0FXPkMX/cfERU8kTMYTXR0lY8VS08ZLholbSA3J1enKeLZvWu7dw1YmoN0VHau/&#10;4sZDk6iuo9uQmSXDUk1RUT0ZggmGPYBl84bURJEHQup99APaDdeYLP7up3HlDaYp+ZVlukVm0tJE&#10;TI4VkRsSFY1NAGUilVNMERCD/dXPcC1qwNK1zXSukr/E3nTyGT0SX5Oz5/tv5Qbi6mw8eNr+scJg&#10;to1nYOe2di9l7w7hwtdl9uLnsFS7V2ru+KcyU27KJBFVCmnheCJYKzxzJA6ey1dqVO8I9z5vNdjd&#10;45fZWPpJNm0fm2/2dvTE7Lr4amsjrtoUldtzKS5KHbEcVHLJNN/ADPnJIVcOsNP4njxq33lHmIQ3&#10;G8c27P8Au++lcSSvMmkl5lqrFRgu/a7RqAyVrIQMmLtyKxzuGRndFq7AMKB/PQG0vmobTTQak16F&#10;jrvrfonDY/E43rn4u4LdNdlMXueTdO9t3fGDp2l3vnZ6DJZb+9byT7fp8FBu3eorYP4TPNP4cTJW&#10;6JZqmpkd1lRVb2R1RuXcuPpc33L0Xv2qqYs/FuPFVHyF3VRQ5BI6PIVtBFgd0SbI2pmq6PEi8kNO&#10;Z5a2R5W0pIS1wVbbVdC1nurq+uhbrGe3wqSxscB1GqhRgaVBIyTTA61+8YGRTPCFh1AAssmkj5Go&#10;8s6ePzPWfblZ5th0hxnx97u6ustCMTDWfCXY9VkNv1NXPQwZSCq2TtrfO58bUDKUkTRyyLTGmpYv&#10;UsiFF9lb+XH+jrefyj6/3Ju7fVXtnB5j4s9bzY/P7I29nu5xlZk2ttSDDUUBqa/beZrKOrx9G8sm&#10;SqpBNEY/HJDrbgUcvQ2ngX/hmRIzMaKVI01apJUkEN+IgetDx63PcCO02xrSxLqAy6UOnSoLd1Hp&#10;ivkD+Z6G/wCJ1DvXrHoOq291v1y+5DR/IXuuP+7W6cRivjkNubV3F2HvLd01bjNn47AZvGUVHQ5H&#10;Kx09DRwwwitp5xVNJGxdSGq7K6HmIWm+ROdoyw0qMz8auyaeMC4usz0Gfyaqqk/gHgH2oeDbhI1x&#10;NuxAcnUDCeOAoqGA7vlw4npldxNFLbdcivkAnH7dQqT/AIOjCf6Qu+I3Im+O8EqKeXx3cG1Zyw1f&#10;WJa/EYq508nVo54/x9kl7i2f07jeyd1QJ3/Pm4Y6ihZarCdD7/NLVeTG0TMtPVZzP4V2aInSzPEi&#10;6gbXHPsOzrZtPM6ShYw+Rpbgfzrxxw69JciQl/pJakA6dIBHyJ1cfs6EHb24t8ZXGw1eZ66k2tXS&#10;SzLJiq/dmEyU8ESSlIpZKrCrX0LNPGNYVJG0g2Jv7DSXG9QQWMW/Oxsvax/yDqzFYoKAOP8Ai69g&#10;SXeM8XtYg8fn25GLYxr+sVAyBSpIJyKg4PTJlm0lVsn0/NlHHy8/8/T/APcbmdjpxeGgS3BmzNXK&#10;5a//ABzhwwXSR/td/wDD2L/TlTRU+K3VFgRJNjDnsc1HPurCYifMtGMXJq+4Wnqa2holaXUdEUki&#10;sti1mv7mvk5mTZwYbl/Cq2BTjUUFPMrxHn5DpyBiGfJHCq4YfZ+XrXp5g85hjNSIln0furAztCHP&#10;18bSKjso/BIB9iocrkwf26mhphccU+DwcYYKdQIkajkOhRwB/T2JXIMaxy3Ejh2rUCmcCmmlVPA/&#10;tHHpZrftDSOc18gOP2Vr+fWWw4+vH+J/4rz7i/xGvhjaKnrHpQ+t3EFNQS+V2bUxL1VNM4tb6KVH&#10;9B7bnilRo/8AG2ZgxI1gBjXh2+ZY4zinHHThZi6AyMKeZ8/9rwyfXrv3hGUy8k0WrLV8oDG8RFEi&#10;SAcHUtPSRNpNgCAeB7LYQ9u0iS26iUn4iAufOg8wPIime2hp15NSaqsxzxH+DPXvcepyFfAwip8r&#10;kKSJFJWCmqmp0UyPqY+gepi35vcgW97mtJDSJg2jUBUDBNaVJrWo414U6VyIEBNTU+Y8/nT/AAnr&#10;3uMclk57LNmMpVRESWhqspVyRSf2SJIjKY51YG1iLf197EcSawyMktBUqdXDAwaU+2tD0zSNdWWD&#10;gA+ZrTgP8/8APr3vjLNWAhYqzIpGERVhiydfBTxoAANMcFSsca2J4UD+nuhct4kbSksfhNMk4xQe&#10;fA14EVp1cvrNGNGI/P7AOH59e9yKVJRJI0slS5ZCT9xU1U97fpAE8jrfjg/W3tiOKTVJ9MDXNWoa&#10;ftJNKZFPIfb1uNVJBj1UA45p/P8Awde9wpaLzFiKWWXWyuTIs0ysbmxuQVBYi1gOLe6uqDXWmchg&#10;CCK54HjShNeHWv09bnSK8cDB+0+Z/l1731HQLTK6NRinEoIEIp1jaZTZSAGUGUkf4c+9vC8qx+FI&#10;xfBLU7T5iuKnhimK8erAtX9MZbiaYPXvfAYYtIAcNHGEK/8AKLFCEW7eoI4DEqP9a359uosyQmTD&#10;Nkk4OSa0xQEnz8uqOSkbMGoTXyBr8vz+fXvb29C32sUIiS8Qa0LiFAukk+MMxCftk39Pt4xzSiNT&#10;aqoZeOpSCCckgcCB1YShg1VAIA8x5j04de9tq0MgkVmelXTZlAqaUW5NlXTKSSRz9Ofah4Lm1i+n&#10;jjegNKmh+dfXjw9B1pXMSFWNRwJr8sYPD8uve8hiOiy1NLAULAieeKFmZhrYLF6iv+vx/X2ysSRi&#10;SSSFnBoSK1YDhUmooDk44fPqpfT3uw0UHrX9vHr3u3v+TZT0c/dPd+qro5KyLqPbkkaQO888FM++&#10;oI6yayxAiORzEhsfqRf8e93dyu37fdyvE8oZkVBRQhoGYGQk0VOIVgeIzg9A7fLiCLc9kV5G8IyS&#10;aVwAz6O3LeQqT+3rXx/4Ud5PNYz4Z9bvjoJarH1PeuJp8lSrKkMM0zbG3u+M8zSukRaOZHZAbkkc&#10;D8jYcy5qdu7Yzu4aU11RKiHHUlJQpqkqKzITxxwtDAyh5KhQRoAsSfpz7xT5g3xbncZ7N44lmMUT&#10;RvJWoQaqhWDUJJYjJIBycU6GkCwGD9FlbTqck+Xbp4jDAfPgaAdajPxs2ltb5GfIn4x9D7qpsFS7&#10;afO53srsrIZ6opjT4bb/AFpg2nmxGYrV8sWN25WtBIa6Vw4liOkcFrlDwW5MvtfvLur+D9q1ub2b&#10;3Vu/pzYuLqqPD5ne2D603Jj8TgoIqoVWNGXwHVDRTZyq21SU+SpqamzVKsOXefWhk9gSzsdztpHu&#10;b67lslMk0kamkkjxKz6UIUHRrUA0BGk/pUz0mum2/b7eLdILGjx2irLER2gkhi0g+IspYlpKEMpp&#10;XtoLruz/AI59Hb4+O/x77y+R/wAM6sdzfEDqH5c91v1HtzeuO6n3j8nKLOVG7a7YW2OwqKrq9q90&#10;9xGXZu08b2LUyberqyhxkkNZjJIwsklC1iVPGsVbX0yY6dY4jHUc1A1iWFhSTPMC4ZmdY0d1/SxH&#10;vcrzwhI5t+jedkIoYdPxVLAUXSpJJGqmpCajo3gZWRRAAygGhzmnnn5ft48OtTLeM9FvDZHXXYIx&#10;tHjqqtyWV2jVQYrISVVBT4jI0ybz2ZS0NZOfPUUOAqp6qjpdTH/JyENhb3hs/l83jjv5ddrnXa97&#10;6P0+PVzp9m2sfS/Q/WPo8LTXGjhw1cdWnGqvHNK9e8KTh4gpx/2ekD+xfz+P/KdXk/zfr897fS/+&#10;q5vb6ce//9K2rQvjJsWDMWcXLWVh+COL393Fw/1CaCFdRRcAdw9a+RFa9HU8TNZukZGrxKVOMac+&#10;ueHlw61V/LbIKrqQhojbgEhxN/Qc6R9PcKelgrKSrx1QTNSVdPUU1QBHcxRSx6NQa4/cjJ1i9yWH&#10;sVbDu9xtO72W7RJ4N2kiEDxCPEydS0GQrqdBpQAUx1FHuRy1HzLyxd2LxlpHj7ScUcUKGpGNLAL2&#10;40n5noUup+yty9N9obB7W2fUvR7m673bhd1YtoiV+6bH1KyVWOnAJD0uUovJTyI3pKSHg+wCrsWc&#10;e1Rj6kvFNjRSlZnhLrVtSQqErAWIGiopwpYjULsR9ffUfl3fNv3TZNqu7NUe1lVKSIwUBKAUowBA&#10;U1SQrQBxQceuT2/bdfbbvdxtlzAFnEjK66qBe7K8MgGtOHAEEjr6CXx+7x2t3T1XsrujZtUmU25v&#10;6gr62kgpfH9/hTmKmpNdt+QQljTV2Hy2uHS4V3CAtwfaWrJEqTlIklimafDUdV4UjbxRzRTQG82r&#10;SoXQSdKngstz7Ek8jTEQpMFTW5XxELIU0qP7QZBIqCKV8zjpiOHwGiDgBg5Fa91KGlDn04+YB6MV&#10;jjUxLtiqFNXUVPRb4y+OElS9Prr6SqoshqWnSIvKJFqZdJMignS9ha91hhowdr0GlWfTSSTRhShf&#10;VT1CsFc3UKdFyRext7DW67gttciG5smm1VPahSCmAQkrA5JoIwQS9eAFSEpk0bi+uoQtQ6q0IYEE&#10;j1zSmDk8OgC7HkZ+y8+Ukgjc5XHUc0qH/N/d0EoW6ushClwPVp1Kv+Bt7JjuatzFXuzcMC1G38lN&#10;UZmqCYWSoxjz08pbVGhXIU1AqMVt6o5yjkEAn3EG4b5tizRXVvohJlKu0YR0ALaSa6SAoxrbTpLD&#10;1Gemnt1Gg5R2CaB3WFbWJSwVu7tAJB7seRqMdCtt/B7C25sbbFdX4HtvZlDg9vRyP2DTY3esWLyN&#10;C9RP5pll2fl9zSVitKxbxVWNWenidGZV/DZVVFTT0wXJbNMM8JMclXT/AMVxdJHp9RmaogavxjFR&#10;9LEK31HtKt1FPdRtbb1pXUXmQRhy6Y7GGpWCy9vePgHaB1KVnFR3Ivk0EDgAzaeFNPEljWvoPIdR&#10;sNQ4zNZN32V8j/4lQZVPu8ft/PL1/vrOVTSkRCCix+Uh2jvunpVe+pXWSSM+liLj3Fpq/btQ5OrN&#10;UlNIvNU8OJzkEFwFYiON6Cqmha/AHrHH1Pt+5ur2RFEez2v14YkxpI8bMEBKszlf7QGhXUWDLUUN&#10;QOhDbQ3fh6F8M3FQVXUyk0rQiorX1DV+WOnvK4Pu7b9IVij6z3JkqXWKbCU+T3/1ZlMvE7+SOCeo&#10;rqXeeAxmSJX1tzTc/wBkfRXttipg2lWbqg3M1HjxojpdVRksJSSxPUCnq4srTyyMaOXw3KwsjByR&#10;6re5M2nkrbdv23aOYtwtXlvD4EywpEEaLIaqsRrZk7ihVlzmhqB1INly7KljbblJdB5qhtJUAimS&#10;anNa+Yr0Ac/cm38h3ftvp3OdFx57fHjbM5ynptvbL7R3ThaiHFnJ4LJbEzNDj4m3PTffDxy5OjqI&#10;HpRGzCO9gFpJ1ttrd2Gej3Vtyi3Xi87QVRy1Ln6elzuKrKSvxAihSag8LU9aIaS90PGo6LAk+535&#10;hstm3qwvNrvLe3kt2K6dcYLB1agcs+Qa0Abjp86dS8No2y7s4GuoY5JAFI1ZbOOJ/wAP+ToHdw/J&#10;jO9d7gydDsveVDsio2tmMLhcPiMRSz7VyktRht9TQbkxeTye4ppjQYrc2TqRCZXiJNMWqFcx2shN&#10;h9W5nYWyMBsnJ7j3T2puCkk3HPmd6743buB81X00TxZjaeIeqnq83XR7coKKmgoYcXTypDBSxuIQ&#10;oYx+wfa8hWm18lScq7bNHpMDjxiAheaVpC7uq/xzMNbKQABULU5KpuU4bKxTbbBkUMe01NAxqaKC&#10;fM4pwFOAr0tsl2d1xXbr3FujZGI2R8fepa7I7BrMDsLrjrTYk+Gj3VubceawXcu5Z8MlLtLDDeWS&#10;3HlJKqbcVTDKolgpnnikK+b2Gvxj6Z7ExXTW04O5KWtl7Axe4N3bnhgp90bgydErZ7dVdntqVVRL&#10;kMpXz5GfbWOCxxRuVSnjUL47k+1PIXLa8s7DsNnzK8E++2wPiPqaQI3wsASdALAgAqCoqQpGSXNk&#10;5fa0gEe6KrXQyAT2ilR9oOcfy6Fr5IfJXp7afce5Nvda53rl9n5mlxW29518GxtvwHEttqjqcBvL&#10;bWPrJcJiGwTbzO4IKdqtTULWSELHNHHEvs18Ww9v0OcoN912PoKfckeN3Di4MnJVVklYtJulqN8m&#10;qyeXxT1VbFj4I5i8epKdQistm1H7fQy7hI9raE3gVV1BAKIjBiNPBV1gNUZZ1BNVAoYtabfBKz20&#10;IW5UrRkQ10jDALXAY+fnTqunIfIHcW7aLPdH7Gl3Nnts4XcHXuYjpsRtjEY/E43/AEZrUUi08GFR&#10;I1wO1Wyc7VFM1NLI1ZladZpIpY3UIrITTiasepxCY3RTuJvtZvuJxXimD0ElAI7fckRy+ZW06lYg&#10;nhb+0t7Ffy2lrBbbo07yOqklQlIi5ExY/wChtQaONMdoqemLmS6jiFt4wLeWnFVqQQSfxHgfOvQK&#10;Z4bz/gOycftXuOs7DrKzceJXF1GexFNt7EpsCTdclH2FFvOprX0bZq/uMYcTPEaowzpC8cQDz6fZ&#10;Wu8usXTrrD7T68nz+BTO5vH7WwNLtzdO6MHS1WTzNNNMv96KjGPLpwkgimlnnmaNVddUkq3F8Uff&#10;Q8gzW9nsC7LGN/gt5GgRItLgRtpYM2hmZVUV+Kp493HqFedN35YlsLqee7ktBaQGRlCHxFKMQRQZ&#10;ctw0Ad2NINerKPhj8j8NvnuXsDI95Y3Y9RkdkbNy+89x5beHWfXuQk25Rbd3GcJjcZ17LWLjsvHm&#10;6Zq6lp4qOkDa4JY0p4HYLZYdMdKdjbZ21QZ3euOkk3FJUQR0+CTdee3Hh8bkNr0OVoaDdkVUMrJH&#10;PJmYSkiUqBYKtZ/SHZFKQm7We47FbbfPbx2qKqMt4kVYhHLpR4ZqntaMhCzHK11EN1iHu/u9yY1z&#10;dbRDzTM1uqBxcCMxtIrsgeCrKfDePAbX3IVKkAnrB8lvlv11v7sGbZ/WO4aSnxdBRVlFu7csWyNt&#10;9Xb8rNudh5Xa1XlesItu5zblNUmipMZSPNU7hlgkqdu1WOIq3iWqcSmqpNn7OrJ8BPlkpjlsTBS/&#10;wnLYyNMfJgRSQyCGPCRweSsoMVXmsmjrqbhXDfuqwYWJuZuVE2/Y5EluLNLZmdWCvr8RxpUN3nBF&#10;apItUFNSx1IHUW2MPuVu7TcwbJcWlttStJpE8hkmkkJ7WeFqAlRp8GTgCeBoeqpN/wDzG3v1xRdg&#10;7T29i+2N80mUzcibh2NnImy9HufDZHJwVG4k3Zv9TS4TMbw28+Co6vCTwBfvIEnhpKpGSS4Ibu6D&#10;2jVYWhx+GwRl2XR14bIbConkxO38rDkdx1VdJurLV8R/iFXR7clr5J/tTUg1GpUAL3ILt42W4isE&#10;uds3O3kmHhwxgBSLfw4QoNNHiAyAsPEcU1F6FFNOjPZ+a+cLbfLheY7aBt2jFY7kkvIiLGNSxUpG&#10;olpQzBQEGuuKDqwHq3+YbW5PccWS3F2TmMP2pvjbslDR9i5qTFZfdW3N34rY1KzdP4PYdzisdv8A&#10;7NlwcFN5YsdNTUr0v3dRIKbQJS7/ACE+PlNTxwYzqDavWOLfL4hZt0VWU2tjMX/CtvbRhqarI5yt&#10;q8nDka3JZqodEjho6JoZkojK+svMAArDvO42O7WV1erLEYX1eIapGSwEaHVGAumQatZYkV00c1I6&#10;mPlrmS2vrMJzNczSBpNKJ4gILSU0CMRhTJGAaiZ6I2KU0kk3XwY+Xua3Th89u/v7ePd2UpMF2HJg&#10;ttVsPatLuOgzeY7CoqBNs7TXHbei2jRridqrWyU9RV5dERs7II4lijx7ySVxQdabHgqZ8jXdZ9Qv&#10;TYmSSCozNRtXc1Lk6Ktr6GOOpIwMdJWUualZKuKodKaUxCRVDa3Rh7lV+YElRb6weFJFRlHhxoGA&#10;YiqaaUKpQ6T3VJJJz1KNlZbfHbSG1nkmhlxTD6qcDGaCgxSvn1adluydsKMxgsfuvtqrmqKGYjK4&#10;zcG2ZMd/kkgrKR8RuStroDRU2YqYft4qzxhKmJmEbKCGFg/xi6yxnW9fTCr2ptzbNfvjAzfwveOG&#10;ymHpKrsfP47GRSVtNLtWHCYzIHIU22aVZJZppZNMMJijhiAPuX/YC55dm5s3UTSR/voR6og0wM8s&#10;bNWaWVFLH9P9MIwYUGXyOh57ausm4X9pcTEOijRCaEIK1NSB3fZWnrUdU9/NnvHOdj7Uy+GwYy2V&#10;2913vDZO5d+7Q3VPuDK5jaNBLmXwEO49y5+m3tuPEYpMPuKshWhWihj8ZqVmmmkAC+zr4lKeroJa&#10;aSaV6aACkZPGYRTyKPPUU8ckQs1PAReJvpe68/X3mRema2uVliiHit3A1rUfCpNTxb8QHlnyp1PC&#10;yXUMBJDsV7lqQT6eVcnzHp1WL2hX7h2lvbHbhxOHoIM9mnm3Rj6tq5Mq+coXK7f23naujydQ7w5z&#10;OrOiZOnT1CFo5wV0hAqqKsNIIKN1q6oTRNUQ1DwDSsLDSEYR+MrIyWvbgDn8e4+5g2IbzJJudveJ&#10;DJCVjdEcVZ1fVkvVexiStQCx7eDdFO4XMkkokVC6fwg+a/M5FM06JV2n10vYdVnN/wCLyu1doTbf&#10;ydFtjcG1sXuO89ZnsdVCuerSqypr6aWjxtdJKINaiSeYeMeiW4nEIumgRHatqZWELS/mN0MjzxzA&#10;6z4NNgRyCR7D8l9uE10m+G7jXlK2tqyhBkyq5RYTF8IMgYFg2FFVNMHpiPfVlndTRLZEqVrX/a0/&#10;pHy9K9BZ/Gc3W1h7UrstiqHpzZm2KabcVHg4k1vuKhyK4jG7SrttTD+FRNuaOs81THUL4fCJozpY&#10;KTliiVoMY8MxIRJMz5pJAJJYoag0gqKiEIsifcMj+M2XW34IPuN9x5u2W43HnpLuCJ4ltUsFiiQS&#10;eGWidh4Z4OySMsbKD26SVOOo73nnjbLa5vbcmMTFCAo41pqpU8FIoCTw9Og3zO4Dkd196R5radNN&#10;RZiLD/HHHYPAYYVuMwGTy+1n3VLgtq5ueslx2Un2k+ToIsgivUfY0qs3kjkQe4lXXyyzRSz0TUqP&#10;IYqTEyoZJ9RYRF8hGoaJY43a408Mw/IF/Ym9uuXY7Xl26t/3z41xJEJJ75FKuilA5RLgkMHK0qv4&#10;FJJYMQOjnlLdf3jCxlhaGfSTWhYCoqFWQYrTz88dL/p3p7Bba2fn9v4HssbwyUWMTOb/APkBiG/h&#10;lJTU0dA2XfE9d7lmekza5fKY+nRJY5meSjppCzPFI6x+2jsDCru7DjbNIujIRB8pSZT7Z2m21mKK&#10;nkTE7goqhNEtNlsPVyioplieOWRk0htDMDHu28qRXWz85cxc9bwYNuuVePbyswYSzMreHJHGCWkZ&#10;e1SacddRpqelm47Zt17tm4227O8lq0ZXST2kmlCRXNM54Drv4EbvPxq3xvj5S9wbmOK2PuSoh642&#10;lhcfuuhZ+18PurJpUZnC0GGqZZYsrQV1HRx0lZlKqnmp8XUB53TXGrCundO0ds/HHr3atFNX9o1n&#10;a2F2jR4PE78gig3lt+gy2OpIv7ybx3D/AB/J0lEd774iyE1dUJHBXz0nmOlEkijHvEvfLGETPttl&#10;qjmRwJDAaRFAEVkNwvGRXH6qxAqrkgkHhAabA19eNbm3tv3QTVinxkAkIG89IAGMBiMGnW2t8duw&#10;+xPmT2NksptbanSGa+LeTyVfubcEO6duvsfuDdtOczX0e19t4vbm18VPV1XWWyMpt+OjpslnpMPS&#10;7ybHtWQSPSSOCVvbW8K/Lufsd7b13DlYqHIVtRT7kyO5fu8lVY2pqJxkchDr+xhjyIr5PsqNleJo&#10;KXSqxlr+yjd9jhSRHXeJlk0VI0liudNF7+LZUip06ixqDTqQLcQbRaxpDbKLdTjWmFBxihJ+z1B6&#10;shoNnV+BzGBxtL05t/Z+26zOU8P8VpMD09TY7aGPejP3NLSU2HrIs7UPlZaERieEeanaoDnUkNiO&#10;UOG7CyUmGxuPz/aG36DPZelx0eTwz5qiFCdwiooqeuyFNgq/EVFbgqRnZKgQgvDEwkUqE1e9cv7X&#10;uL7i+0RC2nu3ZQDKviKApBJUVBQ0xTUBXBxjoq3S6nJa4iRUESF+3tDL+IdwAr9vDgOkT3PL0dgd&#10;o7i3zu3rPoDe39yNt7hzGQxu+8bs8z11PgaZMrV4jDZvPYLLQxbkzZhX7eOdkjqqmxkOoFlNF1z8&#10;StsbHbde3MzX5Heu3t7x42Geky+TzWepHxkUtRNT0dfQ7izFcf4FhqqeeCgEssxKVrGRLrc5A8uw&#10;bM+xTwraCa5t2kE0systuQxqFWSh0N+DSNR7QxqVXoli3643mzjk2rZkG527dwkI8Nlc0ZQ6/iqA&#10;zKvAA5yOtfnv7+bFTZLZuxN+dVdXbf6W3F1Rmd8VNfK2PwVHX/xSPGUf8R21isztXbLzTZ/d2NqI&#10;cjmqGkp6ejmGCWKKrcTKVb6r4i9C7GqclurG9a7co6Onmr6bP7Vp8HtzErm9t4fbs9FlcRtciggk&#10;x+XSaCDIU+UqJayFJaZo4YZZdIIP5l5QuBBebxt95aS7aI1d7W1cyyCOXuiDO6K+iN17pFVgdUZI&#10;+LoOb1ec6gUkgsbcyUjWRGJKSFgwkZCKyIFBR0pWpUlqHpS9PfzTu8u+I8D1TtzsZZsxuXYO1M1t&#10;zuzH0O8MlHsHdnY2/cdlOss/vym2rlDid04moopH29W7PNNQZg0NVT1ddW0kcpkSkvu3b3bWa7Kq&#10;Ns0vX++eu54c3isNS7K2fjMPurFbb2tPjlyG00zeIqdpbXqM1s2SOBHrsvDW1VQc68sM60sk6AgX&#10;aNp33aXlmv4JZJ0ddSkUqPiEZYUBZVooIPe1aUOOjS3t7mxiUncFkmdgGJcBmLDJAwKniEX4RQdb&#10;BfWGT6+2jsvD7mbvTZ3ZlJuCugq6zs3dO6xSNuXPUTVUO4Kqir6DcOUwEs8mZ1/Y4yjgp6aix6rB&#10;EZo4A3u7r474WSh6o2ceppIOu9tVS1nYS9Z7wSqmz218/mmNHvbafg3FurP5zY2KbdVLJX4OFmmp&#10;0oJvBqfSrDKn265u2SHajt0m2+BIQ8boio8j28gNRKxP6cquxB1VZkkYAUXqVeTdzsk2/wChkgIv&#10;wSrsy6SVDUDUBoPnTPlw61w/l3vDo3a3c+/MB8qtj7n7g3VuGWj6O3B2n1hTx4IZvqyurMnu3rft&#10;HO7f2psXa22u18hVY3JzYXdCwVDZDHZOkT7UxxSlAbzc0Yo5MXmsfJTU2dFVEjLIwaaeqWnj+9pE&#10;jikeGreWCRPQFJVG1Jywuce3q2XMi7vyhuBjl5XBLWxV3RJYW1BKMpEgdWDKrDFVoy0x0NLa3juy&#10;Yp7spCgOkLU6qiqkn8PyJ49Un/D6oj7RoO2vjT2bj8/u/wCPU22cpWbaNHFXUGMp9l12WyA2Nups&#10;jX0NFuLa9PjcvR1bLXNUeGatpxBXALTuBEFBk0y9BlITDj3ip6SKvpKmkaoosf5o5KmuigyJWIyJ&#10;J5iVlVg0d/3EsfcwWN1te7clbtte5PNNZEzQROsyJNcLGVSMZ0gSqyMlGTTKBqRqEgCA+HNYJJcl&#10;sMVDDzK0ArXyAGQRkfCehxpt7dY7o+OPYnWW6V3F2Jhcrnt747rveu1d70G3t8dqR7XrsTtjZs+Q&#10;2gs1TT0G4sS+EFNVYyspJKTJxxF6CqDX9y8zQ1/2glqKjErseGnmj3ZXVdXSGhpaI1US1VXkcu86&#10;Y2hx8PmRZ5ppI0ieUajcj2g5V5t5Ca13vedt3iP9/wAKiSBXdYjH4UJjRAkjasZTJNQK4BFdW+6b&#10;Y4kuVvddyp1LpK0BC4Bz2+eDSuOkr0f2n0lR0++N+45N+4n5O4yqpdzfH9avBZrZUNJmNvbIyFPh&#10;dv4bbecoYsvkMw4pp0oqSJalqulowUCqbskcJmtq5LP5bCbO3R1/udNs1sctfiMDuzC5iqxlZVUj&#10;vDgazE0OT81TkZY1MtLTxMzgiwXVwAF7ke7Fvu/KO2JsG9aObLp/o5I2mEGmV1BWRSp1MQcDSaZO&#10;sGlOod91+a5N52WDbuXN4Ybg50PQqiUXh4mofqgkgFQc+tB0YXdmc3PlOo+vOwvkjs/5P9O7m7Kx&#10;Ddb5TMbu603HsKr3C+Oy+Lf+/wDtze9ftzJxbTxheuhx+YyOSpo1qqeVuSpV2E6SPKw28xebGNHH&#10;lZMlDWQKKJp4UpDS0NRUmnpoYkllZpWqS6KpaM+plPvD/fodr/xqOa0lcSq9uZIo/Ec6GDCaRySr&#10;CRteqO3MYmAGNZYDGvc9nv8AZJHl3W4JViDIyRF31Kva8kgB16jRAkejSqiuBXoovXe9uod401GN&#10;izYTbfa+CzWS6ywXTO86HPYDH70pMRn8luYZrPbPwUWf3PW5yHDYukGGkxEK5NqsQ10DfaU9RCrP&#10;HSSQQ08VRNJWfbquNkAoqaorK2SOoeeGIQSBmoYapCPtZ0PiigBIUOQ3sU2m8c+bLbeNFf28EDvF&#10;LHbpFGmhXViS8SntudAUyRUFEKrIDWpEm4bleWW0PeXu3WdtF4epS5jMZYhdLOhJHcRTT8bAHJAP&#10;S3qcpsHeG9sxj+v6fc2NzuZqarsnIbnquz914nam0KefE47C53J0e6cfT0VNvvM7SkapXdVBkF/i&#10;uR3DPGJZ5KFGpg90OMrcm/8ADJoRFRV9MYDj56hJ4ZoqqCZaiVQrTy/fSNa7TXMvj1rICNIKt+5s&#10;nubu93DcL3xpmRJTKbIxurRELExWqpFASpEiRmutw7ChoEnIO7bfbHb+XLloINynUmONNMaEO7MW&#10;jC6vDZixPaR5qAAMhR3TubbGwKHL/IfbFRlN37k683tHWP2Vg563F5rF5rY1dgkxO1Mnla6i27Bl&#10;9pYrFk6Y8VEKbGGrFFPRS+T7l+dVtGpWCric0NDVUNJKcXKpHjhmaKP7jKpNUq0ccFHIoaNZxeWQ&#10;m6/X2e8n+51py5uW07reSTzbJ4sgl8GLuEUyaDb6UownNSgljP8AZnWauSepd5U2+Hkre5twv7zw&#10;7Q1+NgupNOlkUcW7mBD11VJ+0BVtL5jUG6d27Dk2tg987sxm9Nz4zFd1YOatvn83ilqM6mD68/g+&#10;Gq6Oqrs5vrAySU+QqMJIIMTSwoI6q2lFDTdlBW1sVTDms7TvTY6l+1asmojTx5Cs8RE7UdArMlfW&#10;1gdVZlZYx/gGPvNn2W3Tl1Nkg3DlHlK7gtb+5OmLX4vgRLQKZZXCvHGtGIVtbEk0rTE/bDfW06R3&#10;9gtLSRaICSxUfiLk4AAwKgniePVl/wAF9zde9aQ4it6N+N+5MBnu0t5VGXGwcHvul3zL1rs2LJCL&#10;DLvjsmpihn2bsXbDUFVV0lJPHWVs+q665IEJLPsLr3bHa+Rr6zJYaOj2rtKWswq0ryQw7lrMzQ1a&#10;1EtbkhJ5f4pjZ8XJrp2TRNTyKqAJGt2jX3h3Qcyc0ILXa4ohb3DKJFUa2fIf9NSVkUaVLaz21UUD&#10;1rjr7o84Hct+HK3Le0RHcreQNK4RmKox+JdOWIIqeIof2XSfL/5h9jfB3bWDp8Fno852x3VUUe4s&#10;bka3DVtX1HDhsnhpsZhcNt+uofBHsHMUm8KaJKtsg7QZKjkkl/eqpPHGcmlwe2MZSsmEwmNopUWr&#10;qqRo8ZAtXU0tY1OrVMQKPRtUyTwoy6yUMg1aQxPuGYI90n3O2Xfnuba0mkMRQzqBBcVYyI5T9URv&#10;8WjSzBW44A6Dux8hPud63743HchZvQmOSUpGe0jEqd4GaFaYrRjQdayu5vlj8oc9ncQN89wZ/O46&#10;fIYDYm9Kmg39mztXbW8dtQZqufam4o6aqod5Uu3abB5Gop8kaKGCr+01IaiWNEumpMXQy1c09Um3&#10;KbP09ZPLPXU2LpKCplnLx66vIx0UMKTVNTIwaRgxZHF1Ygm+SnJB5U5XS4u+W49xm2aeFInVXaSE&#10;VALLHG5BbS5bu8MEr2FSQB1lXyry7s/L9hHbWJnl27QACWLYpQnOccMDI49GK2H2TQ7axqZbYcHy&#10;G3Z0vvzZeEww23Vb53JvTaFFiZ6SqnqNsdex7wzGQqqHBbXSCeGjE1DEtZRO8M1OJ0QKw0dVJBkq&#10;aLKz5jExZaXJPjq+mqYKv7yspIXp0lqpqOkXJfY40BxTE69ETMJUIPkEqcwKkdg25bJY2d+bcxx3&#10;EBqH8CVw/hwpK4gMsjlTIraTUAROGHhkYSWz2cYngKy26tpYcQQ2aBa8SMtTIIFD5dGc7RweNbrz&#10;L7n6k29033NWdYQ7FwnafW+aweYwVXi9g70zFPuSbbexsFvbdEfXY3tvmolpKncEQ+1Zq+mgGKrY&#10;ZF/h8ivy+NolmxlJEJanLRTxSxjE1sfiw9dIJHV41SSIzVop/J5GjZSISNS8ge485T513PmdeZdw&#10;3baobTk+F5IdN/EVnukjUeMwVgVSFTpHhOjsGBHiHPW9tu5NziuZ7hFXbQxFJBR5APib5IMAKQTU&#10;1rSvRPugO9+wt74fuLf27sdtvY/x78G4NuTU/fGya6k3d3fs/ALQ0u4XqBlaDJU2A2FR5044UeNy&#10;VJWn+Lq4iq3WOWQJhdutLlaHIVNHgsll6Op/i+Oy2RpKR86KjElKammFT40rv9xsM+gRyGR1p2aI&#10;WB4GV/cbCu1b1Y20+5WlhfRLDcRWryCAiaJ2olNUSmVVJE0WlTKEkLEqOt3thtkCNLH4ihqLpTBU&#10;kVADZHCtGGD0Zfc3Z/WtP1n2DtHD5nvTrrrjfmJw/XHYPW/Ved3JH09TU/Y+383l6umx2O+5yuyK&#10;St33DjKiT+N4VcbTVOWEGQeaQjTI7wNncTuPEZB6mnk+zzuNesylBRwVKxQZeqEzyGiihp8fVyZK&#10;NY2iiVmdzUHWwljJKDl665Y5m5SfY49oubGRrSRFtLuV1uEa2Xw6pI7STN4DakaY/AYxpBjcDrVu&#10;LLcbURJ42oKQEZqSDT28TltI+I+VNIGekHs2f4899/HvdHVOM6+3lsup3N1lu/Hbc6U7Z33mNvbr&#10;/ivS1EmDiix+78tl9wdgxUnXGSlrKDKZeaOCCghxEYpInx1YqrSLtTdksu+HosluzB7epqruT5L5&#10;2bF4agrqKbev8a3/ALyr9pZHKR0ryudr7er9vV9GFqHfzVczxrpkB98dNm22Pb9utEnlZkRdAR2D&#10;kFSw16wFRtQY0IWjnhQdQXvyRjerq0dWDpcAilK0BpQNgEqRSvA19etwjpzbECdGdcbbw1FuOur8&#10;D1b0fhqilqK2jmj23Fi+uNh0lbh8Nm2DY6PNVOMlpKmpZXZagIJRqUKDYHsipxn+i3sDbtHihubO&#10;YDuztrE0uFy7vFiczUYzJbdm/gFRUzU2SjpsfRKwD1DxNodUMYYsGXo391ReYLT2buN22ZbadJr+&#10;ZkidxpTRJLF+rIRRdRi1qIw4FVB00boW7dcXdvb3sriM2hYDQSSKmNSdR4ClAKCpPEU6qG7MwHbU&#10;Xzq352fjN8YfB9f7w6/6BnyOap6JqXcnXVbP1nk6Cp3JUUtNUYXJ5DJ18XqxtBQvUish8n3Jgijk&#10;RwB3FuCtny+4a7C4LD5Pde2MVLmWFD2Km39m5anzS/axYatNVvbGYzK1TVEdRJBnlp6XI0s8App5&#10;QGWNoX9197h3bd93u71Be3y6reMq5FtbPI4dprUHEzkjQ0xUiUE6xWlItur62k3OZpLlJHkIAC1C&#10;R6aggGgDAHjUYJ9Dk5kGwuuN1tSQ5HszsbGVRwVTsPbtLubpDCbt3d1/msPV4nL5Xfm1pdzdPZ9d&#10;rZH+G5CjpK3bZq8ntmoo55K2mp/KhkVqzW0+wN110+Bz3TO/8X13Xw1ebSjpsrQZaiyG5JMNV0Oa&#10;xFGmeO4Ny5fcDIiVuNgxNRQxQSDx6D+7L7hq32/fZp72SW3lJNUReNKnuoIyBqUVIBArgEgA9ILk&#10;WkEztZ3KMSE1LqJCkEgs1O0LQeQrX5dMm0B0J1Nm8hnttfKTZu+u6Y6SnGV7C3h0bFT5PbeA/jVJ&#10;T7ekqqbrV+tdi7Q2Nj3Mgr6+qxlbV1zVn3LzuiQRCsP50bHxfUvyI6G2T/EdwwjHfD7roRL2H/C8&#10;fvM/ajJUEP8AeShojHRxV8ccQS0Q/QigsxUkmFuk8Uu+JeRMGWUFtOWZG0EEjjUrTU64P4a8elcE&#10;oms7CUszRtr8jlQxFQOOkf4M+fRu/wCX729lO59k9/7jyU2yq+PDfLTu3aWIz3XeRy+U2ZubDYeo&#10;wE1DuDC1OamqalfvfvmWpjjkenSsjmERCWUFplr8ayL4MjjpJCoZJIa+kYMVYEMfHKSTe9yLjj+v&#10;tJPb+PLIJZ2EbdzIwp5ECoPAHFBxHWizeLR5moeAoOH2eXy8+j6+yZ9w1tBHv3OtNXUiamx7qJam&#10;FCWfHQctqdSQLf7H2RzQRRuQhOkP8+Na09f2nrxKByoqEoKZyf8AV8+PXvYcrmMSVjAy+Oa/pKrX&#10;0es3/qiys1vwPdogWIVHFOOBxr5DzPScyBmCIe8nNPP5U8/t49e9nT+NOwN77525u6r2ZtSHdFJR&#10;ZLECpnqMzisLDC89LWeH7KbM5jC01fq8JV/FJL4iul9JYXnLlOWKz2RPEu0jJkbSznSjEAE01UGr&#10;8+PTaSwxTPG86o1Ae6oqOB/Op6DPsDuLrXqxaRt+bqo8Ca/7k0kJpclkqmUUi0z1H+SYiiyFSmhK&#10;uMjUg1BvTexsPlb0p3Jjyr5HY23MertpWSr3xsBEAEeoEOOwCBb+yLfUfT2ePv21kRxvucaSsPJ1&#10;Kkk0A1KTwP8APFc16V/U271VLlTIACQKnzpx4f5ekRQfKTpTK6Ti9w7kyQddSNQdY9p1iMocx3WS&#10;n2XIh9Yt9f8AePaereuN1Y0Kchk+uccjqB/uS3ztTINTyKQxEiYTNZV4GAIJDJyLXPutzvezR/22&#10;8WonNCSSHJNKHK1oTSlBgUOOrSTQgZm7xTiC1T9lOldTdw7ZyMD1OJwnY2VijbSTB1fv+jJbUVIR&#10;cxt7GM9mBuQLce8+K6+y+ReOKk7H6UjkqJWpolbL51pJZGszRRSUux69fuEjPqKsAB+fbn7x2GUE&#10;NuNo5B1EBiW4VoO3h+YIPTbX9tGK0kZa5ARv54wK8M56TOT77ix4Jh6e77yxGr04zrKtJbSL8Gvr&#10;qBefxci/tTVPRW8UD1MW6+v6imZwiNg33Zm5JJYtQMcTVHXsLBw5/rpH9fZQ2/bXFAksV43huTVN&#10;BYGuNNfI0FKcPzr0w+9W0fcahSOFP2+eD9tOsmE7ty+el8dP0L3tj1IBWfO4DZOEg5JHqGQ3/DUJ&#10;a1zeO9v9t7Yh1NugSmjqMln0uv7z0/W24aqjQhgQ5qPsMXriOk8g34+h97ueYOX9yQLFfSKIwCAI&#10;mppXjQ1B7fx+VcVHVW3rbJKu85UD/S5Hy7uHr0u5d0bqFO01N1zmpJbXjpanP7RppW4uAzR5uqij&#10;b/DUbe1Bj+mgT4a/sjdGKDMGSCm6a3HPTer6n7iTdVCrW/tX/NvfhvezKkkqNcygkKdEXdk8QKjT&#10;614kefVP6ybe1Xwy+oZAa/If5fTpD1+/e645tGL6EjrIvT+/X9rbWxoBLgNqjp8dlXsqXbi97W9q&#10;Oj6T2/USAP2JvCsEes68jsrE4KN3UlBGiZXsSqcOb3W8ekrY3H09pZN1253ZtFzih0hQCa/ESSx0&#10;mtKgg8ePVn5i2cDVPOVzw1knhxoBTjjqdS7i72rlGvq/r/Bki5bI9rZXJEH/AFJgxPWjA2/wk9tl&#10;Z0RT/c6KTK7hqoxrKLLvLZGJM1jYCOm+4zIVrnUF1cKCDz7LRzO02kHapCB2jVIiMKnIctgKMZWv&#10;VX5p2ZQSbjUnEUrXPkccPy6UVHU9pPSua+i2FTVt7Rx0lZuitpRyOXmmw+PlPF/pGB7csf0BSyGO&#10;9HuTLvKVWZV7I2HSqmokOwb+6VfVTqFXlI9LN+CPb9zzG9jFIo2qXT51lRY+PkaVNK8FyfLplubd&#10;sTsSUA+ndSnkPIY9Qemydu52qh4azrCjofJFczYjeOQqvFb9/hMnjIVkv+gk2t9fc2f461ivIcbt&#10;GBo0S8cmT3JuTMSaibnz/wAI2xQQKir9ShYseAL+/Hert1Cy7CqFgNJEx0EjJpgUrUcTUcOks3M1&#10;vIailR5UahNPI18+n6ki3Zw+S3ht4kkkxUG15qFFHPpVshuTISkAj6n3ypegco1PIsu1dv6IQ7EH&#10;KdgiIyMVu8SGpoZYZGPAbSNV7H3S95lvFeCGLbItLlV7i3ADUat6YPClQOmpOZ4VZYxCTXgNH7eJ&#10;r/nHUqelzkqssO8YoGZkKPDhsdKUA/Uv7s0qNq/3j270PSNPFp+42vtehVZCryJit1ZyYRsAFXxZ&#10;betNAs5f9V106f6H2un5m3tbWILYWkhY6ix8Q6z5aWDUofPAoBUHp1ubQinXG5rn4Frw4+ePT08+&#10;o0WGz15vuN/ZOpDsrRxw4zblEIlACsqypiaiUqSb3JJv+be32j6Mhy9VDQx5HZWNmqHAinrNhbXw&#10;tIkigrGtXmtwboroKZWsL6rDUbfQ+yaPeubTAJy1jHHig0atNfNSD3Lq7aODxrx6TPzrbJGJAJCw&#10;NKUGPyAJP5jHUfMIm2cZXZ2tyu+svTY6m8s1Fh6Woz2UnTyWJosJgMLJka+ca76YY3bQtwvB9mu6&#10;X+F3yp2RunH9gdJ9r7A2ruSDH1+Miz2x94dQQ5iaiycax5ShmpIsZuaknoJ1VBJBPBMp06lZXCkE&#10;t9vd7d7dcWl5zLDHalqEIjVUsxoAUXUlcgUpWlOHRXe7pt+7RIlzDrWOUOCXCmN+IIwp4cfI8Djq&#10;rr5a/Lf+Xv2PsHcnRPyx6/7p3j1/nP4bks5tre3QneW36BJMPXJlcVmKDcU+A2tXYetochQr4qqi&#10;rYJ1LFNWh3Bta6k2l81svgt0dYfJ3I7ezmxtybXqUxfaGzKnG7V7T2fvnD1lBnNpZWnG18Vg6HNY&#10;+pyuOVKl0gilgiBAZkkdTFvNHLce82AWz3lW3lJkaJ5R+i0ZqsiS6V7A4OlCWpqINKjBrsO+7rY7&#10;jaQdt3sV0JIpVADMscq6fEjkGdcbFaKPXFKVGtp252R/Jb+LvanWvyz+B+T3o3aPX+6qbbHanx93&#10;Pn85vDrnuf4/dhY3IbB7p2cY99ZvdNRtLe9HsjctVk8ZUx1MaS1lKsM8Tl0kgFvP7Ww2e3pnc7X9&#10;dwU+597bX2jt3dW3dlLJ1/LS5Xb9PkMLX77o87R46TblRDh8bkxUY81xqPuoP8iKAIEJBy3sd9+7&#10;7y1mnkmvzKDHcMRpVR3jvoADVWiYABWY+Ia1wNL/AHSdJNvZLHxYkidSGoRMCdSIHPepNSSXA0NU&#10;EEEdY4/kfV9AfH/YOB+OHy2xm2urOp/kR3h3Z1/8jO/chh/ksm6ul99xYfcfWvxi3b1Hnt1P3puj&#10;e9bn6OoxWbw+LpsXV7ZqBFloK2SKV5kNLt/DU2IxWNojU1tc+LwdNijX10xqanIxUtGtPHX1NQwR&#10;6ytrftxJMxVLyu2lVHADO4319cXl7ElfolIAGnTJqWlRQYUglhVSQ1AWJ6MtuCGzRUDKAMqfIkcK&#10;+dMCvnT0x1rpdt9j0e8s4u4IaLam3sj2H3bVdlT7awa0eL2tsn+N5qskqMeuJpYmodsYTDxVjeOm&#10;TzCnogvqktz35o/svJoyH3H2d/t/sm+58unV4LX8d9PF72t+b+1Ou78Xw/pYtHifFq7KVpqr8Wqv&#10;lp454de8SXw66D+zNeFP9nqF/dKD/SB9r/ffrj+6n97PH/Fv78Yz+E/wzza/4nqt/Ef7v39eu3l/&#10;s6Px7//TtsUx6HQ+oEgFOQlmBbUhtzc/X6+9Os5khmXtZcgmmrGKN6cfl869DAQLoYrUNqJHnmn+&#10;DrVNlEgrIGJuppW9Q/UAkyjRY/2bW5/PvDKiFCXLqL3sNZiVgBb9sWJUfn2utZ7mOaMwhGJGCdIc&#10;rXPcaiteH2dEl5av4LxyWwMNKfFQ54kUoK/5unKnkU1DeKT16r6RYlTa2ki+ssRyB+B7DHsPFyS4&#10;wbgigl8mNgko6tApmMmPq5EaN1hFxItNL/ZHKhvra3vLH2V56s4En5PvbtG8QloCaAhif1IyzUVe&#10;79SrUEhFFFQac+fvD+28ltvtvzBYoDDchRJpFKSRrRGLDFJFxU8SuRXrYz/kV/L6i2lufPfEje+V&#10;pqPGb4zi746wqa+oWlgj3NSU1RJuXCR1LOrw1OToYVmhAJDSIwAub+y9VWWdHykwmiiB26wqYmCo&#10;GkjkpwkFPGdB/SrGT6WFrc295fWV5syRG3W4lKSkqviMAq9tQysK1V2qQ1BWhWtB1jU+yx28saPG&#10;x/UFD5VNaEsK1NcDFDmvW2ZiE/iVFtimWCefxdiq9FMplqJoqSSmr5aiuryzN4dSyoIfUSzXuB7W&#10;GIyQGFhj8qRgUVYYijaLrURKwfSBZgo4/TYc/wBfZNdbns1luEtm24tPcgABSzOar20VB2hwSxoC&#10;GFOxgT0XvYMbsM6yF1dailaUPAehBzx6B3fePQ7xr56Slp6j73M4OOqapIYvPj5Z4PDKxMcgNRA2&#10;n9XJtY8X9kE7m3RR7B3xlf7w7QyrYGprsnHVZHFVkmPeLxU9FVU+XrqzKU+U28kBgkcSJK1OG1Bj&#10;otb3i/zXzztO2Tzz2EcDaHLCN1cLHpc6lb/RVYMKnWhUVqGPHrqT7Rbe+5co7KiSLG4s0IDAKBjy&#10;Io1BgknhXiT0YLoTEbk7b6hwWR6e7467zO98fJTVT4nfePp914aho8fksvitzbVhOxc7sbfeGNNX&#10;GnFPXNJXJSNB4QJ1lLCPhd/7Mq1o6bAdgVe3ayailrWxe8Mdldr0mPjicIYqnM4qbMYPJuUfUoFP&#10;GpUE8Dj2FrH3Q2DdFnTcdukhUKsbSQqkniCXMgUUR0ViAdRqfmOPUqy7JexxSGa2WQUoHFCSKZpS&#10;hFacePmTXpv3n112/QVudyHcHxIoeyMXjKmnNJvXpXcGzO5s7uKCpjY/c4jY/YmM627E2pJQOgWd&#10;YcxXkkjxmQer2MWxqCt3Kq5etyG3s3Q4zTUY7I0Ee2dwQ5KSllWT7c1eMqKbI0aBQf8AgRChIZbf&#10;095He0Nvy7zFzPDLt3NVwm52SiQW6jQVQ0GtS6spRT2HTxJOQRkQ8tbXZy38Us7yR+GQyrwoQDWh&#10;aoIrQcPPon3cu+uu9i10Wwdg4/tjrjdW+E07r2ZmMv3T1Rl9rYbM0stKdzf3e31hs/s7NVrVU0I8&#10;eJr5lCCa+kBZfZm6nb8NTTeehRqZKyrpMy2LZqQ0T1YVVANJKHaPy0x1GO1mZfobE+8j4N/txez2&#10;l+wlkgVoTKUlwpFTV6CM6WAUsCQoI7gTp6mq1utvR45ruNalCoYmlSRUEUovyJXgfn1UNtb5DLt/&#10;d1TgOwKil3JW7I23uvqP/SglBvGLdNNtedpa2oqJN145aTFVwxO5o0pHropWNNBMp8yPIIhMjo6e&#10;nipoleOF6avSKBvHLTwB5QzNAtOhhFTKSwClCQrG9vT7dlu7iSaWkZa3aEkjtLGlKHXVgi0rUMAS&#10;KAHNOnLia2VhZ4UOn4TkEUwD5UBqa8emPLb03DnsruGqkx9flcRuLYVZlcvjoa3DZ3OyQ4sUUdHk&#10;23JVrmP7q4WKmgllqErYllqYYgiSBpgC4UWFnkqmq1WWmmjrxMVLLKs1JErLFTyKojJnAYsTz4zY&#10;c29hLmfnnZ9hsUg3PcIhHNAFQjUlHZgDJ4lWVIyaKtcsAxHyQzXkC6Emm8TQukUqCGPFqnHHAr86&#10;dAr218m9k7R2bS7V3DnMLm8Ll+vjgKKup4q3B1WO3hl6ulat3ZSZOokyFLRbfqammipYkJEldFHN&#10;KvjDWHN8XbKNUmeGFTDpjpYSUb7Yq0UoYoQiyiQlkew4JF/btpzQZdojiXbrm4ZXo0hQBS5AkjID&#10;HU6kUUquohqVHn00b9o4XEiOGU5JySa/EGoainEfs6w4vvOSfqGl23FtPc+566DNlstvDM00E9JP&#10;ueSSm3Dt6elhyWqvyeHqMbFHSVVJFNK4njjcoCQ3vDFtwzzxpWslZFS1DzUHnV6nxpE7SmnDM5d/&#10;G7BSTwyj6e2d19wtn2ranvrVik8oiWQAiIr43asj1BC9oLU4jh516VSbtZRxySWyaZHShINCTSmo&#10;V/bTy6ct2/L/AGxs/Z9fnNkUlbtLN7qwuDw2/kw9ZTbRaWu3HSxYeh3VVJHQmlx7VFFTT1kcUa+W&#10;lnY+sF9XvuoqcJjVWnjxyjI48aDFXGYyLTZEs1ZJTVKh1eblVvY6VOkDi3sDXTe4x+v5oTmOC45X&#10;nImhEEiwrLJF4cNtAxkUiGGQlpJDka1LMe7oIbvvF/t1hLellksta/EyqxaoCKpIwSanUe0efSD2&#10;xtj5RdnZTJ77yfdq1XSXaFcufxOb61jxS4yq3J1hBj8PsLC7i2rXmmrcdtmZUrK6WngkjE9ZTmon&#10;qP3tXuRHBFSyUeMnqIP4dkqbI/xSmMcrNCDCklLQCo+3n/yF9ehxMFXk6dR9HuJt/wBr5y5zv7zm&#10;m7sbS33m2SNQlu7M8iKzCWbVIPCLxqAgKhQ9DpBBPWKfuLte779PNv0t3abfvJkIhKyF3lQE1EjV&#10;0o6gU1qCmF0kMa9KTC9j1u4zvzsnC7H3ZuPdOysvsWnwOWauxuMoNxSR5SfGbj7Motq0u4sJFWbo&#10;p6ihFUaajq5pqgQwibxrGahneGauTIwSY+niqMjQGjpKSAxxUJp6OiisY0MarQNBTxTKyIEV4w2v&#10;Vb0+w3u95s1jtc2138Vx9NPC5kaKNZ4hIziRAixt+oF/U1tGNamqsO0DqJbLbeWdse7/AHlt8T7u&#10;7mVo4YjcI0tVUOVSscpckl2yyuAGFekzuhafdfXkuB3b2LuDbPU29cXu+ozG9srvDLZWXJZfeWQm&#10;raWmepzVUex9u12RrsDU0Mr/AH81BkBH9lFA9vMOsdkpXylQKClCzYmkoqeeStrKeFzXZIyVeWp8&#10;pO8bwUkrVISSlmpyY5qZudNwpD24chRSbNb/ALz3oS7LNNI3hKjMjRQrSOaHJkkZlYCSJ9OhtICV&#10;DFRrtu2Sblc2n09i15styzM5osCqkYqoFamKpqDrAJKkep6RXZ+CotrdU0NXvzdcW3c1v/d28stt&#10;L+4G2N2b5mn2b17DhtpdZZ3qzaONq8dkt6YSg2wlRQbjxmWQZag3Cw0mVYWqQ61tQJKmnmrqmoiy&#10;EifxhqGGnRhDT07Oh+3ncCgp5GZ1aJzbUtyAHb3Xlr293VNtnt+Xdna32/NoZ4p/1JHaixKyuJHS&#10;BWLLIQtJHOknSpPV05FllmuJbS7s7KSW2eGeIGOS4dUIb9LWWiUMpCvwDrXoP9qbo3BLtnL0u3dh&#10;UvaHXOE3rD1ttrs/d2czOEwVZvfeFJj2lqd87f209D2xuaihqKSelq4ITOaCujjhed6OnBMHM7Wi&#10;3HQZbHZDF02S29maOljlpsxlDR0VclNMMgte9a03matpskEkQQMPFJDGyn0e4x5n5ae0hhtr3mW5&#10;M8UxjkjjOtQ6DTHFImlmQhUai0CaRhRXV0HrP2/3q23K2v8A6VfqYHOhi6aXUqMBQSEHhkhIwNIA&#10;YYwOhq6t+dW2etaradNRVU1D2bsndFbkMgdidFVHY+7+sc7NVHAU+zsds+fCUm2P4Bkdu46YSZXc&#10;qPX5BclMszkyhjVb3QdodRdpU8VH8Um3/k5IKuppNzp8g+05MVTxxVlYtPWS4yDC1dNLPVyv5G8N&#10;WCjSuSSFuwG26731oreAbTPPrqAVBR5VYUYIsRoi1A00IBAp1kFs9g5sFjnMAu2ABYw+Ga0yFCkr&#10;9mVqKmgz1s9dDbb+Wnyx6+wXc3Wf80nbPUOxt1UWIgq+vq34E/HOj39tOeDE0k82BqsxufNl/LSv&#10;UeGnM+Hj0wqSsYJ0oDG4ezu3M/uHb+V2V8X/AI37fquqtzx72oocpmezc1vHF5yTBvRPmBuWbfe2&#10;UhmiweVqY6iiaGahq/uA1RExUe5v5E5W9y9rubLmnlzlPcLWW2GPBWLWySnTIJfHLqyuuOIKqSfi&#10;NQYbTtFzY3huLG/RZ/JQpPnWlCaAk+fmMdDWvwz3VW7daPvT+a58veyod/4c7Dhi21tb4+7E2JmN&#10;sZTL1S53BHYWC6H3LhGqMy1I1HT5RiuRx0EbpSVMYkfUdLbPyRhyGNxW5t97h6x2nOlbJQ5nbG2s&#10;hJu7KZPFqkkElDLm6fJQ4unroMhOlQrxRT/aU0UqSB9Ssub3Km/8wblKJd6soNq2/JkinZ3ZJQDW&#10;WMquhFqBrqzKwPAMNRkux3neo7pUkJSxVRVqGms1qy8aEUo3kSRToju9f5aOawuczfX3RO1e5N+7&#10;bysdLuvafYXZ2Th2ls7Ye+iJ6z+PbT2wu1I9xSwVuHxcdJklqamGmzVfVwtCtM8UjyKLC/Mvo+sr&#10;8JQ5Pf1HSUtPE89NkTDLUCtNRNU42PHVdYg+zaWCwqLq6hIbGU3IX2cbjyns0cPN24cu3okvNzWM&#10;tAZPDgEqsC0yErVGNAJTU6RRo1oQelUslwbua5t7gGChFCCKk0qa+vl8q9Fz7f8A5Jffm3tsd+bu&#10;6f2ZQbj3l3D/AAOHIbDqd10O3Nm4DJ4ifFbprd8bLEsNTX4+tzL0T46tjmWZlqHP2CLHdwuP9mx+&#10;MWKrWpM92TQUtbTxySUtbFj8rkqdQJ1WFkq8ZR1mmIrIBYXAFzcqfcec9bf7i2lysWy3NpPsV0i/&#10;UwKykUdNMhOodxdyTrArTS5APUbcxbf7gQzXjbPcQyQTQkCvEFmqPEUHARe1ShBBIY14dFZ39/KN&#10;/mp5HDrU7E6725X7P3Q2Ife/Xcu/duYKpydDVYKWHcmrFZ2KHHV2SnzKfcmoqXWWpJiskckZPuKv&#10;y26aFbk8rh8pDXfcU0EEmTpqLMQGumWOZYsglHLQRV1TQ0VEQkEKPG62LRgFvYMi9o923OyNvNuy&#10;2O2EiRkYEzNUBUR9K9zigDSawzISR1B+z8k+5trzBcX3MFq9zYFZTpNGKlxgBeLEcaVofPI6HjI/&#10;yNvkZvDpTrTq/MVVXtCm2vuRtyUe0quqwOZ/u/tYVGMy1dsyHclFkKjaOP3lvbc8UtXmsvVUWQp6&#10;xXWGqM8UKqZON+XvQdZQiUb7NLkKSCnp0NXt3PVE9Y8sLKksTU+JkjXwyRnWJCHWw1Esx9p4ORN1&#10;tVh2C6huZ+XLib9eOCSULEIyP1HDafEWVe1KEjyKnSOpw5Hk34wNZ7rtl5FEJDUtHpLD5aSF0AYW&#10;oqeisdkfyJfnlQb9O26HqTH7+6i7AzeS3DuDB9f9n0e3Nv7Nix+XSsnx+dod157D1uVr8/jqm0TU&#10;JeiMzSLDDHFTwIGSm+ZXXWJ1PHUV2UNRriNBBtTdX32SEraY8ks02ESARNZh4FsyXDDjn3LXOXsb&#10;yrzzaWCrvt3aXdrChtQpbwYAgA8FYQvcxNPEcEs+QcY6lq52i0ubZCLtg+kUVlIABqCp9aYznoxf&#10;ZH/Cd3ePcRwNNHntzdcZLbtBjqzauaqNx7Vn2J11Q0EH21T1zS7Xgy71c2dE4gqTnJJJWqSjpKFJ&#10;0+yO/LDuzd/aFb11T9Y9jdg9T7LxeQy8PYWO2tsHrt8jl6evgV1yFZmOzMFuhjmoqmGKCijoKKmp&#10;EgE0k5lmeNkxs5z9jefdq3uQ8uSCbapIBF+kIVBKFpCTHMlQ8k0jF2XLBaGtOgPdcoSrO89uh8U4&#10;OhtFQK0qRxOaCtaDq3P4FfyyNwfFqi3/AF++d5Q9kdjbgj21Htnc+5uzN71m2sVT7cX7WjxmH2zs&#10;yt29lmwcWKnqTJNm8jlMgaiaOKnWkoYmikrS7AxXyPzlCuNx/wAqexxjqeqx2Xeqrd67J66qzPiq&#10;oqqYufrrZFHV00dZbwGeqqIQtjdfHquDoPZz3kvU8e421I7ZQDTxIVqw7WChQpIPnUmvlTpAeVdy&#10;nDtNA9Qca5iR+zA+X88dW/UfUPVVJIZo9iQ5ELDOlskMln4JY6t2rJLRZzJV1PLMZrOr6WZGIKMD&#10;9DZ/DjZOd2t8nOvNzbo743xuXBzU+cxGOxe/ux92bjVX3RtqakvR4qkymXx1fHW5qjp5RWVzxxU8&#10;AVgQygezDl32S92Nrvdwvr3lW3/dnhSrLS6RZZkoCESFas8oX9RNQ1EroFC3RZuvIu9SbbORaIDV&#10;WoWZsA9wpUlqqa04k8M9Ep/mU7VrKL4O98T9P9JUu9N4YjA43OVW2NoYXa2Kzs23sBn6HJ7unxT5&#10;6hWizeZxu0ZMg0WPX/Ka13eGnJkkF739x0tXQtSZGCmlnjoKinqJ3hME9JRLJVU9K0MdRVMywioj&#10;qpKl/MGaWEF0deCDTlW6g2W13fZ73cJjtklsWH6TDUFZW1OO5UaNV0zKFA15NMjqLLM7py4N32zf&#10;Wg+lZaqyBiUjDq/dUfGWRcVTTwAOetMbpPsXrjtumzu1Yss+JzW/NrZjbdNj8++R2zu/eeTo8Bmc&#10;oMxX4fatJBJlIdqSYaDb1CuMaGnxuSMdLXUsmp1cBsvvms3zRZzb2T3vjtrbhz2GG3azcOPjiWjx&#10;8WdnrMPi8Pgqow1lVjs2KSqlMVbRMKta2IVMcqBQDNN/7H8tbVygt3ab1uUMBnhmK24EczEKsqyR&#10;zOpdYWU1DMpVEL1QcBP0nLewz7VBzDd2t3dyhu2GOmsrSrSIzUADClS+AvEVp1ans74O9b/FDAbD&#10;3L1x0r2l2b1PsTsXJdk7c6nlzecwfYGezGF29i94767S3fUYiq2/i8jsOvzWEoVOLzlGcTS4CX+G&#10;VGPlnkLLW9vvqzo7rPL5vPS9dbg3rU7dpMdgK3dNJtTPbqyUVTiKytxVR/e2umqq6vrMimYrWyNd&#10;LGiBXiikqYZWQuQBv3Lft1yjY/vO5i3G6Wa1WVRM0gCowqXDKCmrU1UroXOrQpFOls+38pbWtmss&#10;Sm9eJWVX0ho+BIQ/CQqkUHxHJ62Bumdzdgdj9YddyY+p2h1tTbrosPuXHbbweS2nRZDC7Z3Dicdm&#10;9ujryjxlBjqTD4CgwLfYQxmJ6mo8lXOJlksqFuwPa249g9xUcE3U3VGEq6mfDVm2uwIc5ufDCOry&#10;LRRUtNuPdckGNospkNyY+CJWgipnjinrYWhp1MzBYatPcrZoL65ktOUVsqMjiRrqR5DoGSKpokd6&#10;ioZa1FO2vSC63Db9raSee2UwgVLVJOkep4Gvnjoc9/8AV1Bu3rXO4nP9iZWt2XNQV/8ApExOSwuN&#10;3Hh8/gsdT17VWKONy88/8CxePr2knepoJYMjI1JGGq2MWphz25213r2bVbxw27O5NwUlbgCKOv2t&#10;sCLcHV+8MngpMrW4jMYTMYuvxGFxG18rtvdFK0cWQxWSlEs+OSXyyRMsZC/NnuDuvMcKna7uK2sW&#10;uRMBArR6yFERmZY6BCQtFRWKgEtpqSelP77h3VNU18sUAAJERaPxF00o4wCoX4TXTUEjPRfsX8OP&#10;hDTYva4wPx06u3Jgnraje2N3buRqfcOBrMlU7IWiw24cjUS5Ktqtx4Gt2lkWjipZ6U0VMtVNMkcb&#10;zTySJXcvcXZW7sRQ9fZL5DxZrcu1aWsxW794Zjce3twYmip23HlNtUmUy2+svW0OJxu68DVzrFBi&#10;Illy82QVpY6l6d4ZECEfOPMtpBLPsu7yqsttGZFNJWIiHailqSKoK4WtELEqDqPRFfXdvLbJFY3T&#10;yK4oQXYHSDgBm+BRxVak8aVB6fOpvil8WegcluPd/RXx96l61oN1xQbiw2Y2Dg6/bG5stWUtHjcy&#10;2IhpYNu5JqHZOSpsWrBYpI8dBTyNHHQpJJUNIWyLLbz3fuag3j2VX713Tn9n7fXb9fit87S23gNm&#10;U3XW93jFF/Cut4tx5/b23Nr1WQE9UJsiah58rTxVBVXMJiC26/vbdbuW53OedZpSDJIrB3QE9oAH&#10;9mEX4VFCB86noJm1t9vinedJorguX8M97SK34tQ1FQRxNaj06MZj+r+tqOjysuH2ttfEbrz+4I97&#10;R7gneoyu5clvnDYZcRjs9kd05ugqdyVeZxm3UiomnjkNRTY6aSmhKx/qMj8QuqfjfjO/tq7135vf&#10;JbrxXk3Ptvr7ZXa+1t01GY2XvDY4mpdvZDHbg2xSw5So7W2Nk6qOkgmrZa2nKLNVl3qZPIDWwso7&#10;bwILi1kaBmDK6nS7Ip75lVsAsxAYBSaVNKivTm4Wltd7TDZxyJCXoGQ6e4E0ZWdgVWoIK04UFKdE&#10;T/mhV/yzzXxKzmG+LOK3Xlt+QVews3u3ObNy3WmJx2Q25FkhV72x28IO1aiHEZLqPcm0qGpXNU1C&#10;1LlVoaqFYisTTlL6Nt3zmGgrMG8GU2tk6yuqsVPHI1NHmaKnZ6KTOTpUmmWeKpyFLJHLQRR2Wqie&#10;8cbEt7nVJtnez2nfrSMWs9s2kKwWRZHK0OuPCAIGLRy100IKk0qQFf7LzLs0h2/ariO728BS8Rcv&#10;IooQYmIxQH4W1NXAzw603O7N9bB2f2LLku4481sr5G4Pa23tobqz9Ph8duGh2FuTIZP+Iy9b7PyW&#10;34dzVeFyWztvV1NJS74ytYlVUbeqaUw5Cup0jhZYQ7cyIpaaXLxR5TITPTN/DoKijo6ukoVQpl67&#10;ExT1QaZKSWSNmgjleNxdUILD2Ed83PkuO4MOwWdwkAgIkmYyM0tw9PD1SihUvQq0jHACnToGno+u&#10;eQLO+2zxLm3eaQop8HTXSw7qAVzpJOnVlKsqkDHRS635q0lNvjM4rpvPS9U7AwFJvClHYm48Tmdz&#10;bf7A3fHWpJ1vtPsyPB7XMGKfN4ihrof47V4mhr/uDHWVqzJE2lrkpshtasfHUDZDI1lStfXUUdNT&#10;RUlKYoY4KiTFVFVLNDNMzzS/dxAOpkJMBGux9jK+3WD3E2a9k3XbYfG0RolxBKqXCt4gHiNAo8OW&#10;gHgqGw9TKpU1BjHmFZ+X+YYZpdsdL6lIbmOia2KqBGy6fiVV0rpNASXINejMbE3/ANdfKvYNL2Dv&#10;is6w2Rsba9bs7Z2/Nr75lzO89x4WqrqzLYb/AE0YLb2LpcvgcRSVeFp12xk2qMcXxqRU+YjmFLHK&#10;ntw3ZuKmpanHTZinSrplOOoqjJVuTgx23aDdVYZJMdTZfD0TVuThzdUsMjUFDJFJPVqo8MTnUVAW&#10;ybhy9ybtTtuO+wW9/HelTEaSTm2YapEwxRfEVSpYKzRvUOVUgkUWe3Pzu237vuUN/NcL4YltiPBR&#10;gHCUYsSBHUAkLlyNXwnoGPj905mJcB29t/o/fmwthZ6uzuaqNn7J2jtduxvkpvPpaWOjp2w/Vfcm&#10;9js7Zsm2d0Nl4KLMZ6kr6KPHTTSCoqljjgjkLZvPNdSbYzOG25u3siPD7i7BwlTuXB1m8DW4HDHb&#10;tTWSUsGeymT3GMTTUUWXq1kpKSgow1dM6sfEioznKraPvb8uJbzbPyVyzbLBZxAODKgWN9JZYGMd&#10;NchBVh3EipJIqB1lceaLLZ7YKNoYRglAoWlKHSQKdrafn6enV13RW+f5hWQ2nl9x9dfy9aTb3VXx&#10;/wA1h9h5zZ+xcrszc/Y+7d/YOkahqOqOq8D1o+5Mbu7MbZqIoK/K7l3bkoMVRRFpVnqllhjFdPVX&#10;yt391XvvdexdmdMV3bfTmAqaOZ9z43eGD2Buvau48/XGgmx/94t2x5vB75wc1VUo2PyGPmlSemka&#10;WZYGQRsA9x9zLbdeXb+ODkm2+u0nTJ4zKKzsCUaMsHqXB0FWoW7pCT1EMex7ad0/fNhtrxbkxPf4&#10;zMCgJNBqwB3VOmh4g16uL/mA/wAv7DfMXrPZue3dvbbnT3deew1FT5Om7E2/vrsfrDO7Yw2NptyT&#10;YndGwNtZbr5cTuSheGM6WljlBimpYzNcOD2Ufye7y3FjDjpfj/s7pepr8dNW7e3JvXsqm7ixUldT&#10;ZnG4ykw9RiOvsTgYzm66gyizmJJ6umpJyDOvi1lMYb/deY7Dcfq2vRBck/qmIPPLGsjU7hIdGvt0&#10;+KTqpivCovkuLuxhl+rtSDkAqDKFY8NeKUJxQVP5CvVC3Vv8hT4s7b3Hk999r/OrsnvuGgzUGHzG&#10;xOgeux0Bk8dj83BuGsy2dyW/eych2DkZMRSVO2aymoamnagkr46ZYYqh55ItRhcjvra+Dgx+2969&#10;kbWwu/227Bmq3Ey5XE7Jq6ynpZYos7VS0eTePD4zHtPWx+JqWQyNCOApa/sX+2vupJHu0V3vC2l9&#10;tFlONM1yhdFZVJQAwAsZY6aglGQuArDy6Ptg5jeC3jm5mjignjDE66gIFFRQphgFyKjjg8OiiZX+&#10;Xp3HtjsHG9kdA/EnsLuH4+x74y+Fwe9eydj7k70lkq2MVH1puzYuK2XPjey96V+IXHSrWUOWoP4R&#10;S5J0qJ2niQqgWZ7sbYSbi2PQ5fs/a8FdVbrxEEGJxW4qCiWneWn0YOTH47ITU2TyNVkfPpinohPS&#10;sJXXU3APQXlDnnlPc+UOYY+U721fe7i1uDEt6Uhmu5HrJIQHAUQMial1aQxVBUGtBZFztypdWEh2&#10;fdI5WZQQSw1sxOoHuGkJQE59B5kdWE9bdEd07S6R+UmF2L8P+zMJvDMdI9mrtrI/I7r+eLsDuTcm&#10;SzCZLsHDV2cwlNk9l4XaVFFhUl/hOb/h+TlqqGjIELyHRJy3ePRHXuHFfuLfG09rYjXlseMNi/Lu&#10;DcorpKtY5srUvhhW1GEQsAalKxkCQMhlkVbe4G5k9wb7eZLS8i5t/e1xJKjrLMwW0hWNaPbtBoVJ&#10;CgIKzLQFyCFapPRPf85QiVZJt0jnneQAimlAKYBWlfkCMMx4Doq+5vg//NM+R+/ZKbE9d92dvdr4&#10;2v6y3Vku0fkHUUvSvx821hMdt+qjx3Ssewt4Y3D4rsEYtptOK3NiKR8dJmWkangZJHqA67n7h6op&#10;6nDU8W+8RmKjdG0KrdO28xT1tLSGgpafFQ5mHI4qsqINTTZ/GsqR0cUcs/3EnqUAhQJPbXceZd7a&#10;22yyW12vb4bsJd2ni+NPdWsqMpP07BxKkDlfgaPw4SulWBPVLXnxYo7T6WNvo5ZhGw8mBxkGpOhq&#10;1oRRaUr1E+J/wW/mDZDYtbmqv4/ZTonrnr35CYjqftvq56LKb6j+Qu0c7n8tsPO7a3TsOhy9fS5j&#10;FdHb3Z5G3DPW4rHfwSmWGmMr6p5HHAb52juio21urZKZDcGFzj0OWrKljVUeNpvOVqIochii65OX&#10;OYzJHxS0yrAlGPIzFza0zbdyv7gLsKbbvK7dZQQ280cTd0lz4aBo4/BYlkgjuoAHlk8WSbVRBpI0&#10;gZ7Xd7rucdjcW9lF9MQe9zpYIKgrQ5VpACak1xniOhWw3xZ+YPXe0M91R8ja3qPpzcvW9Hltk9cR&#10;ilxe4u2twY7bVdNt2kXZm783S1Ozdh9cdp9b0LV0+Uq6zL5rO1qU9CsdGsbr7olwm5qiv2b19Q4u&#10;Kkr80N+9sbsqMhX40PX5GjynyX3TtirxeLlyEC1dHjKGvytJWrTReUzNMdelk1tybSWwtdi2iO3h&#10;dFiCR6nYEgMzqkaqo4dlS7AnJNaHqIN5YxczbkJOxXlYLUkntI1ceAAAFfs9a9bmPUeN/uvXbmo6&#10;nHVGH2yMR19gtt0i5GmrI0x+J6d2xLLW5Sox0wpTV0iYiWhFU8cKuKZfCCjkizYJXVnWG46CjO0J&#10;8we0ty56rfcVJXVG1YHysW0RT0eYmxNZQZqXIzZiij8VXCksZJF428S36Dfdw2XmCz9qd0k5dm25&#10;0n3GZv8AG1JgmVWbV4YB/Tox0nV3s66lA106Ftut7cbVOqQQjxGB/UGpTQACg+EYAPGoPVLsG2Zc&#10;f84+2txVkW+KLZ27thddbaxWA27WY+LsbcM3Xu3tzLksntOPcNBm9jUmBp9vzvLkaCsno8hDIo8U&#10;piq5EFdPZGyqZ84vaG4KXZlbktt1ebp9sy4iHcG9V2nTbnq6obrgFJVxGCjgzGQx1S0xq6Z2mjBY&#10;sDe4J3b7t3uNzC17vKRbcLZ9QjCzM7U1YGparECNTgAAkhQTUHoHXnKnMd0zz67cDLYGqmc1pw+f&#10;qAM9XcdUbtx9Xh8JtqhxGW1DCUb1GTyku3tvV+XjjocauNmeHBVD0dZNHi6ulgf7Wbxw6VjVAgAA&#10;EYWXaOLqr7dqsNQPBST0FTS1ua3JSrJjKqeqaP7inq6xnyC46rrJZaIxS6qeSVgh5t7Bw+7X7jWr&#10;zNC9ikaj9Rvq2DIcdnwV1suk1XWG/F59Ey8p78jkrdWoAatAKetQB5Ag8M54HocKqkSpRBU0czCE&#10;rJCiClZXljWyKxRSAmklCH/bIJuOAQLux+3tzdZ4xY9nbx2PkIkqMnNFlt74LbvZ+58bT5mvORzV&#10;Bid09iba3TvHGbUzmT1VE+NFX9ks0rvHFEWb3T/gdPcS10SrNZlCpQub1wpByBIFU6gPw41AADAx&#10;1o8rcxDUU3GNQx4LXSDQDUBmhoBXyNMivRMu2v5fnxW703X/AHx7D6033TZuopqIZCn2F3r3f1Ht&#10;yurseGNDl8ls7qHtDZOzcrumlWQoMrJRPXvEiRvM0ccSpPznyMzm4kCZrD9FVZ03NVTdDda09QVX&#10;9nyNNjthyOgdrhnXTrJB41D2an2D9zLN4riK52/WzahqYsVwFAAMZwSQASD3dI5+Wucl/UTdFZmb&#10;PkafKnTbsn+XT8auuchR5TbifJJ6ijcmngy/zC+VW5KFLvI0QkxWf7srcdUJTxtZFkieygA3K39o&#10;KqzlPlamYUydF0eT8i/c1OF6r6twuWrpVgWOOCuqMrsYV9V9vBZYkfSsTH66yAbXPsTzzLdLI232&#10;Us5OkLDdII6k6iyjSpH+mI9VamOi+55c56kfSZENTUUkA/2R/wAX0JL/ABS6RylY2Yz+I7fyzSRQ&#10;wxUO6O8u7svisYkczzvJQ4SbsurxFDJUTMDNJHFrkCqpJVbB1xWUySKrU+6uv6TUkrzBMbt7C19N&#10;ErBD+3t7YtI1U6jk+JuP0jU5t73D93fnycRTx7JaDV8Y+pGK1JKZ4gcK1ofXq0fJ/O0oBadasMgv&#10;6fOtTUY6d2+PPR2Op/4UnTlfmKJKgvF91kcpmYZZY4vIszS57dM06oz/ALas/wBW5I0+r3FymMxW&#10;7Z6T+9zbBzNXSxyQ44biz9XkYaSKaVSy41K7FNRYmWtdFmljiVGYgGQB1Fl1n7G+5QRttSwtvArU&#10;JJOpK6XrhqkDWSHCih+RpTpO3JnN6a40dCxIJ7zQ/M1OSOhI2tt3Z/XOLkoNj9eNtWimlR6qj23t&#10;zG071c4jkbz1j08wmyL05cxiSRntcBTp9yKXYGPgkqIaFOuEWlCvohyEkBjXV+39qFoUactIB61H&#10;Bvf8+10v3def1Mk7x7aiKApHjhixNan4R3CtKEla5p6MPyDzyZNUfggAH4ZSP2g/7PSlfdAjSnZ8&#10;NucmoJHoxkTNEyqWP3GmoKQfT6E8/j8e3yh29mqYyfb5nE4omMSs0W68njVhMshi9fhoInLArzfU&#10;WXkXFvaAewnPsUXhHZrHwz8dJV7hTSzUPkRQ4AK+XVTyJz46jXCcYb9XNB9pzjI6jVm56UoGfbme&#10;rmLyxrFFi8fVSTCJEk1JqrtHjfUACSPVwbe1dBtDfMzSyjcayxKREQd6VstNNEEVg1EajStdC4YM&#10;VW3NwfofdF+79z/FCoTY7RXoCVS4VtVDnWdOCKBQK0oc9Mt7d87EBjb14HEta/M08/l0zSdgbehF&#10;Is2Dz8ElQnkMR27qmoG1vGseQFPLIKKQMnGqwIIIJBHtyTrffcjVqt/A6qojiWVVqshj55quNSqk&#10;0Rnni1vEwBdXMbKv9fZwvsF7q3LSQ/uZDJGykhJYSGDVUHTgOM0AFCOJ4dX/ANbfntUkc7TVQB+I&#10;HV6UFRU+g6bpO1tlxrRyOm5IYZ52ppZo9v5ZosdMVLRDIGnhlKJU3IjdBIjMDyPbBXbE3xQeaSo2&#10;1g65SFPhjoaKvDkrdZFeky3hAAWxA5uRwfZTeew3untsbRTct3EaKlDoET0U/EkdGIIYULg4rgno&#10;um5B54gDNJsUnhgYppNfkADj5+nTzR9g7NyWkU+croQCQTV0eVxz3+lmWsoI2Y/42A+vPtjmwmao&#10;Ekmr+vqeKmheHzzUmNdIYjKpbW5pHqQdYH9m7Lb1WPsM33txzxy5aS3t7ynuSWqOAZPALqK0KmkW&#10;og/hqKqKgDA6Q/1W5ish415y5MIxkmlR/L59PFPuTb1a0UVJuaEyzrKYopalYpZBEwRiEqUhbhvp&#10;wNX4v7lY3bdHmZYoVwcqyVGmOOPx1cIaVjeMAClaaMJYk2QkAX9hG83W/sZFup9iuYIhVmL28yui&#10;VKsD21OoBcngCfPgxNtlzIwefbpo11DFHFP5Z9Os1XmqSgpJqiXM0Ihp42klkasobBVH5aaqhhUu&#10;xCrrZQWNr+1A3Ww86ww1WKjldwksZytQsQUABWaorMfTiCJbEn+lv9f2HrnmewsIpT9KZV0q2nQw&#10;enEFsEZNACtcYPdjqjbWoVVaNlI4knu9cgigxgfzz0yU2/MdPHNI0eRj8C3dXpse0qsV1CMQ0uVq&#10;XeYjkLa7fi/vqDruGWYw5XK47HUTVHg/iEWVwckEZuR5fBW1tDUzxH66ow+oWsRflDFzvtkpaeS2&#10;IYYA4kE01MA4rQcRjB9Or/1fvANRI8E5FSD/AJ609B59Sqvc85ofucLjq3JVZp5aiOlmx+WVJjEv&#10;NK1fjKPI0VJXBxpMUzpIjXBXj2LFF8X89lqP7vYO99p7gYyKkNFSZB4K9ZHK6WrI6TNv9qHY6Q2h&#10;lH191n5stkm8S9Pg6ASFehThU5X4yoIPADNCa9eTl6+Op4ZE1otQpby8+3+fReM38ttq7QyqYnsz&#10;Ym+9lN9mat8jW7Wz1diZYldo5PsK1MCI6nS0bXQlJLAekjkY4/iX39HWaMricbj4SoY1gy9Vk4kY&#10;3sphSdKyQC1wdLBSbn3q65+2REWN78uDRcIdGKAAuD28S1cmvYPTp5uXeYl8Mm2ZnbFRqp9leAH8&#10;/TqNQ/OT4wZSllbCb/pK3IxI8q4V8VkcZkJI428bOprcbDQodY06WkVjb6Wt7j7i+PHbu1YzNLDh&#10;s9DHpklagqqwyowW3jEdXCjl0HJF2JF7e2IeadgGmSLdZ1crpVNDKipWvnqJBrg0+VQOlQ2PcLUa&#10;p4e0A4PCnnWtSaHpXdf/ACe6h7HYQY3J1GKqWldFTKJTwRyaWsZFqYZXp1Q2FyzIATb6+0viuvO0&#10;s1+zQ9b5PKFW8einxdE0vqVlWxqp4GZXJ/IBIP0t7VQ8zraDwBvaxRCrHWqhWAIqzE8SuDVdQWmc&#10;jpMthDIyW6W4Mh+VCflX1Jz0ttz9sdT7QjFZuPsPB4SF2KrNU5WVYiws2lDDHINRC+kA3Y/S59qA&#10;9F9hUM4Wr6lztPUfbrLLJiaDDvVQrGdUsK/aVwanlVbXBa9/pf21PznbS2+jx7V4SQpcPGDIT8Pl&#10;U5qQf8HT/wDVxnUGbbGFTQMDg18iTxPSQofkl0lmKeSbE9u7WmhctAqZeWupqebyjSGcV1NG01M/&#10;IJsBb6ke1Zt2bt7GV6YzA7g7x21k6QCopcZHm9y4+pEMPOqhXK1xw0punCo7agOF5t7J7re7a7jm&#10;/wB1tu8RLIJK6MAdy6otIJAJqunSONa9PRbBPGRFZNJCw48UJ/MUHy6BXsXo/wCBXY9Dkcr2b0v8&#10;Oex1yOiPMZjK9b9Z7qrfuK5jGn3tXT4Wtz8azMxDSNyrcsy2v7Ww+S/yFwbSUdR272hJU0L+Oopd&#10;xYjCZJKWYEljUS1eDl8culrlmkKkf19o3fZ1GttraO2krQRSvTRQBfMoSOABGSTTA6eZN4t3MY3q&#10;4Rgo7WbXVfKta+eAST88dFZyX8jf+URvGtjzdR8HeiIZM1E70lZsncO+dixVyOyzOtFQbS3dh6eS&#10;EMQQscIAHAUe5lF81vkVjJmFN2NiM4JGULj89szZk0zLYXkpxFTY9ta39RQnV72Nm2e8iSd7e7hm&#10;0/Gzlox6CpBJDUpk1Qkca9XG78xwHWu86jTzRSCfL8NMcK8Og23j/wAJv/5Qe66WGCP4sZ3YkkTy&#10;vLlNh96d54itqVZWAhr5Zt7ZCKWGIsGQNGLEC5tx7W/+z8fIDx+D+FdcefRf7v8AupJ91bR+v7b+&#10;N/w/VbnTo/2Hun9V9v8Ap/qf3kfipp1rWtfhrprTV26q1p5dU/rTzVXT9VBo10r4a1+zj/PjX5dF&#10;6/6BVv5Uf8X/AIl918sfsvJr/u//AKfq7+DX130/f/3Y/vP47f8ATd9Pf//Uf6bvHtmphlZ9/b7q&#10;TNHA1JDFBQwQVQZWI0VdPi4yk0BNiLgFgRcD32yi+6b7CQsf+QBESinMssmCQte0SgFj5665r8+s&#10;rDyDys6S+DaSaWGBqdhq86gGp9Orxn/k4fyu8JXxTUXwl+NtJLSPPFW12Zq945epxbRSIwj/AINl&#10;t81UE9NWWJAKmyFSASLe0vS91du0Ule2c35vKkVC9bWZTIZJ6ueKVVUSRJiFpjFRwxwopVIyYrG5&#10;uxJK+2+7D7D2ljNDH7eWSK5DBmd3Y1ySTq0pTKgA4x9vSCz9v+XLTxIbzb2YOSzF2OipOAoOQFAx&#10;knzOehTr/wCU/wDyyslR4ePA/CT415GOGmXGYXEYraBx1K9FPLLIss24xl0rsnUSzzyhpqkvVk+k&#10;Msaoqqh+zt27uoIXrN+bhz0dXDNE4xOb8VHJE8QWVMlj6HRLAFiYavGrXJBPI4Ndv+7z7PbGwG1c&#10;iWMEK4aqsxcNwGtmIbPCpBGaUB6dl9reQ76Borrl+0mheuH7x+atU48qcOOOk7tD+Xd8Nuhdy/xL&#10;rn4ldH9ZZTBVtNW47OZfYTV258bWx1LVFJW7V3ZuKorFeaSoQ+MvJEyIpQHSQC0UtPWlmjgzkEdF&#10;JSxU7Uwzy1lM0N1WGOX7+MVcEcPj/QxJdx6jb2Io/bzku1Nf6rpQsSyCEhTwpShIoAAcYyaenQFP&#10;3WfZUrDCORrRQrscFtRLHuJLHVjy8qYHRkMhltIhqchh95VGYpMpNVrXHaNTia0zU8TNJNSrg52x&#10;eRklSa4qEXRHCw0Avx7caXKZ+lrI/BkKqqWMtTJTRpJKvhmi0NJMKRAx4FxoJRTb6n2+fbvkasly&#10;uwW8MjUaq9h1KcEFmwwqaHtPnxFelTfdT9kJ4Vgi5GtFjBLVDunnkFg2emXL7T2nm8VVVGReTD1F&#10;RFBk5s1kM1Bj3SroKgT08FJUZ2cU8JR20nzLHM6X+gufYO9q9RdN94Q57b++cZuaWqz2bpMxu2jr&#10;c7uH+7+6MxjYxFBkMzhMVmcMmRroYCIleeGQqovpbi0T3n3Vva+aRtwj5fUAhmDR3E+sGXLMfEeR&#10;DU540z5ZqKYPZzkvbrS32+HZhFb26aIhG50qnpQmtBgU86A06fuuKfuHqLG4CsxcHWW5OuNt7cqs&#10;R17BtTF4fbe5tqYHM1CVM+Ni3HUYjO0j4mWthFQ1PHWrTVEqxalHjHsFU+JWF2/iajG9a1/Ye3cL&#10;UtWNTDDdmVWUTHT1NO8C5HHY3fOP3C9KlK5LJEhMIkALLck+wXzB9zP2u3WciDc7yznphqBtJwaM&#10;BRGHEDgc18unm9tNuMLLayXMQzp0sCP2Ef4K9GRw3yBEU4o9z7pagyWmF5KXJ7RjWMPG8crUMmVw&#10;VSlMZp4wCblDpuQLcFZddbNqeq9x0W7a3PZjN19JQvCZsngqHb1etfEiUyV9TJt7IGgrUqIFdamm&#10;kgMM5kMg8ZChTj21+6DtXIe9xb1Yc73dzbqGpCy6QA5DMDQ5rT8VQBnNOi6HkY2unxLrxBQjKU/M&#10;kEYP5evTT3FS1fyK68zHVeVO2pNv5x6U5CTExvmFr6GMtPFFTxZikiqMNW0dR4qilrqaaOamqIkF&#10;nTWrGcq/kvuBZMctF1dt7LfbOv3mSTf0m2hDNJAD9rT0mQ27XSTSzaNC6pkRIXIEgsCZXv8A275k&#10;t5tzWw3aOUyppjVxWjqDq7MgVqGNCFZwpYHgS3cOXN7iFvFt4R4g1CQwoo44VuNTgjGc9VF1P8nQ&#10;07buWi+Xe8KCk3ZRihhwe4uk8fvenoIqWasL5lxhd7Y2ndTUVS1c8ccCCpylPHUTwyWaMhnuv54Z&#10;PCQsd2fHve2CQABq+XceKGMmuzhPsMrT4+oollSFNSFZCdLEuVFx7A+27VuPLGmyuNolhjC1o58S&#10;rMx1FpB2sC1SwYqB2hVFOkjSzbehS5sJldgCHNKV4E1owKn040+zp56f/kh43ZlRJHsf5Pbfz+Pg&#10;heoTGZbYlRWZNatVR6s7ip5d0ibOYzOZOVjVU08MMMKRQrEhdNXtpT+YbQVNPLJjeqM0/jEEcuQo&#10;t6YyuWGJIVKSUyQ0AZnYC4YoysSSrEWPvZj2+7WSKTbUuLAs9VZEKklqHWp1HTxwMU0jzNGXvoXi&#10;aNrRfBJJoBUgE8CfMV4fl0r0/kVUFRWyQ7k7v2puDbQrMrkYNrZPp2FaDLVWYrWqqqPPTSbpeZsd&#10;HHUNClLTGBNEMfIvIDG/4cANHWSRY7p7duNEkaPT1C5TF18EqEAutRVVSSTVEyXs5GnhtKgFT7XX&#10;232G82ce37xtst5bGhYDVEAwONHhlQlMEAEmoyTw6UR7haTakuIHk7eGVAxSmKfkB0ps3/JD2hv3&#10;D47Cdudy03Z1FC6VGR8u0a3Y8FLXKsnhk2nh9k7pxmP27Q0xSGSKC0580fkkkkDBFbD/ADKZ467x&#10;Q9UZDyVSSU8cub3FHQGmnmYP/kkRx8FDUxyMhuzP+mwBvwQ9c8v8nTW9ttkVgfpYXRygU6pGjqsW&#10;pnBZlWuoAsKsucV6L5pbJ444jrRQPwrUmmBSvkP8PSSrf+E9PRGXwe3cDX9qVuJweEz2JzOVx22d&#10;j48z7pXAUdRQ4anzeezeczGdLY+OZZV8LxxNOup43vwkcp/ME7A3DV4ODbuMosG2HzUeYkSh/u69&#10;Tk6CCCanrtvZqbM09X9xha/y3nko1grdaII5UsboJ+Rdo3KQMN83BLKWUGWON1VZRGdUMJRlZI4o&#10;TU0jX9SrLIWBwguINnuUSG88eSJjmoFfnUU0j/P0L23P5CHwowce8f7wZXujda78xGKxGfoazsrc&#10;OPwMLYLNQ5zb9ft/B4E46nws+Hq4FSKnZqikkheRZ0m8hs11vzo7Aoqqvo63a4epydPFBUZ2HcP8&#10;QKSQCL7V8bUUVPpo56TSXp3WMRI5JOokexJecucp29jLtR2WaGzLBnMcjI5LtqqrgtpVq9oWgApT&#10;iR0Ft49vfb7eZo2v9qncKmgFJmU6K/ACp7QxoSBTIHDoweH/AJVnxjxmO2pj9vYx9sbd2jlcpmsP&#10;tbD4akocPJUZ01394qfcNJknyFdnYNxxVxiyP3U7zywxrHHJCosZD/PzsRqSnfF0dZR0YISnjkrL&#10;CokiP7KTtkaZql/BIxcksEcsoJ0KbJr3ln2731nlPLdwAdWIw0SioCuysgGksBR2oGcsRU5PSqz5&#10;M5CsZWl23ZHjlwMFlAFACBSgFaAtT4nJY56SuX/kw/BTdNfkcnvfqrb+7srkVrPuq+soJce8KZKO&#10;CDKvRUuDyNDQ0U2QoqRIPJDEksKmRo2V5XZkXX/K7srcFJk6bICqqaHO0avmcFSZv7Q5FqQE09O9&#10;PFPSJPVU4jMjxwsxcCx/sgG1py5ydGscVtyrDOUoY0lZ2cMFBJVqgak0igNa8aVJqc2Ox8q7Yki2&#10;XL4AJZmDE9xJrVq1qa1pWvE06MRtL4BfFnYmX6+3JtjqvaFHuzqebIf6Lt25DAJmtybCXMAR5Mbc&#10;zOYmyVfQRVdOBEvkLrEtymlnlZ0zVfIbsGE+Y/xLySwpSwyibdebmanhhhhpKZhNlhSyqwlYIfVH&#10;TX59QPtSm0bTbNK68u2sE8hGQJCxV6FtRUqSzEnUxqVFSD04Nj5VdxKeWrTxKCh0gsK5pUcCTx+Q&#10;6FOi+NPTlGngo9k7Oo6dMnW5hYcbs3ZGDRczl6s1uazXkx+Biq1yuUqU11VRcTVVvWxUn3AHdW65&#10;Y48fUVuMipgZcjj6KoxVbJQrA6wQz1GG+7zzUlPrdW85cJKxUlRY39+k2blkX1xcS8tbPHcyAGv0&#10;oZ5KjQBqZsgKKZNSPtPTzpsdoSTtVuHPl4dfsoTwp51/LpRJ03sODLVW4KPAU0G4K6kjxOc3BQ0u&#10;Bx2ezVJTvJLSUO4MxQ4OHKZmkodQ8EM0ssMYsAvpFk/WdkbhqZFo62p+5hZ45TT4rFUdXSJGZEkY&#10;VFNHldCmOMEBFjYN6TYAH28u27Il4jWnL9lHg0WO1jTVQUGaiooTRfgxjPS6O7gCKsdlEI+IXT/n&#10;4H5dKqHZe36eaSshxsX3UgdZMjVzD793jj0RyPWSUhnlZrD1sxdBex5A9xabd1NGBWTpS0kjRSwV&#10;UNXsXH0tb4mcBDSvT0VQJEkp2s2mRyjrYnTYEQW1vbWUUsklvAkDJRv0BrUEgVVRXVVifXAxw6VL&#10;LAAWa2hBIoewAj546lfwUMxQNWHQYZIZYdxZKSLyFAXWoRqmLhWT0hl0sp+l/pEq+4KYH7OkkxFL&#10;jZIEWrraHGJTR0xgZQ0qUseJinln+5LJMKdI0NiG4sPdxfR3TzwGK30hQofSKDwyC5JCgNUFSQvG&#10;lDgdeh3BXhpJaojFe4fEMVHEAV8jgddQbSpAVqZPvqmeF5zCtXX1cnom9JiJerZJYygBQy62X6g3&#10;ufeOPsmJ6ZaWnm85U1E0slZPjaDHVZUkExslCJ1LyKb3UaCFuHZgAmunS2bQt4ojQHtCoigM3xGg&#10;rVDTSa8SMHy2b2GJdIZQRngB9nUn+78cMvmWOKJVRI6b7dauSeIE+lQGqfCQoNj/AFF9JUD23Sbv&#10;zcWNqEWkzK09a6VMhkFf4qnlFmhjqhVLHHpYBhHLHY8EA/UFCRyOkkkhIJGvg5FAaEljXUTUYU04&#10;1HTIuXcOzMO4eQP+HzJ6nDFUbVUbj7YyRRmJPHHShox6gJChj8hkIYjUrcC49piozlfWUlZ4K/c0&#10;8VFUOamkoEqFrFKt+2yGWrkZsZGQya1ddZBUBdIPuj2CXUUs31M7FaEsEYEAChRUqQF+Zyemhc+K&#10;rgSyY+VKfID06mrSU0br/k1KHcELLLFESxY3bUVjS8znnkHj+vtgrXxtY/3X8T3AqxQ3eCFMytRV&#10;z1EZDLDG5HgoKZgS2lWbkgNyD7rdct7buboV3K6KpGf0wGBNFqKFsgDzoMnB6YlbxnGm8f4eFTn0&#10;pX/Bw8+pQRgBeKHhvSW8XoVT9Ra5Z2tx/vXvnQbcx04WbKbiqsBBCRQSSZTKZOSOaCBPPDj4IKbI&#10;GYfxCnq1sGCB7qGNwB7SW3K+2tIDHPJCnEFpnKljmikGoqDkYINQD1UxKVCtdYA4M1a9QqqSAalG&#10;PirpXaNxCkEBl1SMQs04lUKqI0Z1NyQR+fwudo7T6nq6mvqqvP1eZkxk8NLUUiz/AMPxEDvM33S5&#10;rPZJ5KikPit4pNMoQehVLMbHuz8jcuTRS3FxuCStWunXRVAYgtrfOpjhCQTppg9Lra3tqGSaclcY&#10;BxTzyf5evTHmK7cUS06Y+hx1MksNWWeUffV9O6Qq8EmNxkDRRZBvIxV4xJHcNq1AA+zBQ53buJzt&#10;JtzB9bbOrlpqeKlx+TljwVXSUkrAXpKunq6zwSGmNR92tZH5EkCrBdZGJXW6WV7DI8HKnLNoLeJl&#10;8GaZwUHkyvVvKpkDjD0C1B4LHnRQFtIkeEHtJoa/Ig+X+Hh0Eddt7NZrFvlJ977vSkq5DWyY3F1F&#10;RQtWxpUoRHBLBQLV0mPqKen8D09kEbSSSesAAtmyN0VuxN40nZFJuDaO8sbhYtwPUxP1biaqv3JT&#10;z0EWDx+2aPF4TGYivwNNQ1nmneCgnlqKd0j1TkTgrBm4Rc92F3e7leN9WoSQKIIpE8SRsRC3EQ1R&#10;yIwL1GsLQa37qdE08+7rOk1uqPDqqfwt/pVX1rwoaAcekF3B02nb/Vmf6iydT2hsKDdE2MqUzGw+&#10;zZsJufbeRxuXO5v49hN010taldUQ1tLShY6mnSkqIjJE8TxxyIw+7m+Ve+58bS0L0+Pw+boTHjaz&#10;D5B3pqyux8eNmnoJJqGnqah8mtMk4MuKjmaokQwxNNJIHHs4h3eex2m6juPbpjcysXulklWJgZEU&#10;MYhCjPJKzKHlUAgB2WhJr05fQ2l4j/V7DCpkk1SpjuJAFSQO+gFaMMZoB0Uvr/8Alk/HLYlRuLLU&#10;u3M5uaPd+Vy27Ya3HJR18u295bgyGGj3fmtuSvjse23cznqvD/c/fj/JqepnrJY4IkeNgDuW7Hy1&#10;bgKbcVBuus21VYyCmztTt6rwdRiKM7ZoaKoptybU3ZFi5stmsa+XyMPmhFEFqXijZI5Q7B1Eu8b5&#10;7ibxaz71tJjtpVRW+nnQoqoI6aLmoZu56PGqaNUS5IYkdG9xKZrcS2FwLUjOhwSAAKaG8zq4r6DH&#10;R0G64pXylXS1u2qGehrPPDW5mqrhn83FuaoqFqduZ/HJkaeHFZ/G0OOmZKulqBLGZhGHjeNWVkVt&#10;TPzY1ptx1u8MBlBJiN2PkMJtKm3JtygqMtnIYKLJ7p/g2UypoKOi2/hsdBTNT10U+YilkE1LOssj&#10;68ZrqTfeZ+YbqLeLy1ks4rWVzJGjqizN/aCOJioS2WgWsgeRDWgIbqPLrYtg3S/a43GHxmGolmJw&#10;9KDTmip/EKfKvUrPdfU2SyGMlGCzbZigiwtPJvDMSYx62OgwNXT1dHgzV4Mx1VQ+eFbOwWmhXHss&#10;ZhqU0Ki+0rnc1Bv/ACW36Ws/u/RbRNRRx5w5FKKozG4WyzfeU+b2fXZOiTDx0dMaaKKWSuxtRV5C&#10;nnMEsAMXpim49vt73rmGK1m5anteX5JlEkmlJJ1YrhomTSphcioJAZgeAp0/eWc80FrY2BjhtahS&#10;dIZqHhQmvb5muSfMDHShbambjpK2BKrMUPmpqsUONw0M82DXGpSTU1Ph8/RKFr8VX1EdcagQ4+si&#10;SCqp0kWcKzB5eTjrHodt7K+2oqHZe2sPSY3Cx7q3DHk8/wD3SqqeXBtRbNqaagql29FFmV8kcM8l&#10;bQIWDJBFFHGhOuZ/b+OKO322x5RFtsNqiBpDIjSjxRpAhZVBoO5mV9ekljqFB0uuNtksoliFlFJE&#10;ka4XTqNcYPAeunP5dS8Tj/sqnMVS5CMZCpkx82Tm2zhMlSS1uejpFrQ25kqb0teooKWGlVo0Splp&#10;dUM0hZ7+w+3B1r1Iu9c2MBmc1t3Z01R9huzrNJ8ZU9ZVsE8stJX7qqdp121sxuDK7to6GE1GQrqe&#10;vhnpYEBoEEaACBX2bYrPdpbJBcXlvrrH4Sh0017X1JVgVyjopLggg4Neia7g2l5QkqOj9uK/pE/x&#10;NRaggmhzXHp1wo89vynG2P7zYml3BjK7CSZKvzmGTwVGK3VgxDkYsdla3+KYuCmx2ZyRVMeqUs0T&#10;tG0VSE1JrXW49xrmMvlc1i/74bixO3Z4MSKHG4g/3X2vUhMJNt+Skr8nXbfrZKohYcoKDEyqkkxW&#10;hnlmF/Z4u37Zsc4tbfZZ7zdp5l8NikiosyuHGs6QsjKtCFHblI2JKkl65tLKw7Y5FfS2aatLGgK6&#10;ScmlcFdI1YNR1zpMLVZLbVZgMrRR7Zirap5q6eHKRR5rP4+oMs9UumkgramijV6p8fPVz/uGON50&#10;EIKgZKnp3vbe2Z27v3aOyOxdvVGMel3BFuzAbco6emkocZnM3W5vrnApTmgy23mz7ZOb+NUUY/yy&#10;nnjVbtGzuCL3lfmTbd4vDvNpvENpIzeGvgMtVfJDPUAKCcotTT0HQNvdj3GSWtxbO8TeaIAUqdWo&#10;gkhmXAp6Y6D/AHZ3D0PtzK5HrfsDtXqGiykGMwVBHszcWTx+MikizDIuDymTXdM+Rx265aZMfC0c&#10;jlo4XhkaRl1hVMJU9i/JLDZmlwfX27Oxep6nbNZjF3buSi2HFuo7tjp6HHihoNvYCsk3FtvEYTGu&#10;01MPuKalfIY4zUzHypHUNkHy97P8989Wdvtuz7HNt2yQIsbSzSFUmCCgd5KECV2wEA0rGEEZBLdC&#10;C25a3W7gSOxdoVjUUdgASvEtwqrFjlfkKHonHZ3w9+Gvybod2x/Ivr341dmbI3ZV1NNsh8NnMf1x&#10;VUdC1UMlLk5N97fqdp7zO883LR0aV0EFZlKSCpooainkpopWpFNDsz5T4jde4cLiaTv7b3Xe9qPD&#10;0p3Zjd7bGpUo9w11VVPHnkxn8dhE21a+aSGBY6elq4YIIVRTDJJpf3LN97IbJtCbfd8w08JCguLd&#10;C4DKihWcAAgzyyLXUzdvccBmHRjtfKq7eI47nfjJIW1eG6tpJJ1E6uKnUSfIU/Z1Wv8AIz+Ur0/t&#10;rbuTyOX+B+6/knsaHPyxdSY34+d35TYuf2N17tzC0J2Nhd10uCmw+L7Nx8NRU5CZsxmaXNbh+6qZ&#10;StetPKYyaTIbuzdTS1QwPYWy9911FBM0WGbI0OLypZImlpm04moqRjKmoqGMc7yU0ZmgCgaGjDkK&#10;bRsfJF1uO57NDcptt0VkpKValW0opUlWoIXCuihdQldiG00HQlu+Rtk3mJXuWWQ01FM6QxGk6Qck&#10;gZBwc9Va9O/FfpHbm8ccOxPiB358VqLJ1NJRbm3vjYJ9/wCyRU5Gs+yqcLvOPddPHn8tt2jxNEmQ&#10;xVNFkqilocrWVdRJ9zBUtSLV9vjo3s3svM9kffZjsiOj7Ip9mSb5wG2NsQ7WxmP3lsXIz5DafZlU&#10;9RU1EOQ7J2nJWSQ7aykVVJPTQh2aQeYgNb79z/cZrmymsec9suYn1MJZ2McqeIKtoYAoGagDhq+J&#10;/FUU6Q3HJkSmOO1uRH+npDGoYLWpwe1iPwkjHl1tM7a3T8L+utudRRbln6Rr6bYOz+xNh9G7s3bu&#10;HA7vy02wOwYMXFvzZG3YMZt+GXbm081g9s4qPcOKnxuOoL08EMdKVpotJzej63dm4cNjNq/I7pOb&#10;fG5KXIUm5N6bu3Li46/+8+8MVU6cdvWjm3f9zFjM9PRQw+ZKClhpy7Tlf1hzC3OX3L+abKysb/lT&#10;nqx2+9SCRCokChHcqXEeKyow7i70KEVr5dHu07Bdtarb3AW51VGQ3BaUNTxJoCzYJpTh0Rj5Mbx6&#10;T6mwGU7J+NPyn6owe38vR4na2x+tNmZqtoNtYrAYjbq4mDaldjesKXGZ6ppKCenjqYanI1TVFBPT&#10;0scSIkHiBs8ZhusVyOWzOP2Fjtr5OrpVx+Ny2NxdPS5TD0MdQaiSlpKSP7jF08VYzuszGJ6h42AD&#10;+PVGcet59jfeBDtkL+4EVxE7Dx0D69TB9Eao7qoY0TVISwGs6e4GoFNts8Uo0y7JCsA1AlV0qC1B&#10;qofn5DHVcu4fm1uCn2ridlbxk3D3dhMVPk8/WYLO74yy9e703DubCtBlM7ubIU8+O3Y0uJrKpRiY&#10;KOSDGU8kJnlhWrVKkKysyWCO3avb+HxVLtigqKiicpgaalwtUhoATHVQZGGF6iiq5DI4k8CRxTBy&#10;rKBx7IZPuuc5cxX9jd3fuSfp4narnxBp1sUSIlJFUovxgOCoNGrSnR5Dsu3hbhTbqkhAHEFTTAAH&#10;7ckVB4mnSF2J86otlbwjzW4Ohazs3dM22qrCUzbv3qN+7TZMvLTy5RP7oZvH1NFkIy1BTQLJV1Jr&#10;qWnp7xs7v5AVftjrfCdp4GswO48ZhqOrpVSo2XurJ4yPcOb21kVrTXSV0lVknyVLlZ5pmLLDJEYE&#10;HoKtGSnvI3Zful22w7e1xsHuUq8wqV8fsItpmFAiR0oA7Fv7YKNRrXoMbnyum6CaGRBp/oxqKjyL&#10;EmlMUoONcgjqwHpv+Yzu/aG4cXuPauIqd0bdnqshT9idabaymN2piZo6nEQ4jDVu0cbVYLFVG3aX&#10;aCQpoZ6mV8k4szRsFk91d53454nrvdMs1F8jsnu2k3Zm8nmaCl3Jtesyr7PzNVRnHmh68nkaSt25&#10;57LJMWRoFMZWjhoxf3Lmyfdhu92tww58mgnJAcCKV/GGofpqCQ0lO4qcKKVwK9Rwnt3ttpMzRsiB&#10;37lUDLA1AIAAofs8gerjOjO/t29l4DMZCp+M+6OoZcPnG3FV4GXeO1kbclRWaq2qzW45cQj4WubO&#10;VM7VNXP56ioLeN5ZJ21D2sch8WNv0+2tjz7c3tlJ85Tbi3JkN15rFbSzK5rO0ufo6yDJYDHZOlqp&#10;8njM8yTKtM8jrjVJkjsiyhfbc/3Z96e8s7PYuZZZKySCaN1aKn4i0dG7nWhUq1Mn4sdWvfb2yu18&#10;dZpRLWjeQya1WlBqAwDwHHpjoflnu/Obz3zt/ePTu0MHtehk282Fi3P2tt8THERpUrld7y46ooxR&#10;VGMpqgxvHTUxXIBIzJYMARi6s+O67kzENX2ruTsnBZnD5Kir4McetMHT4DN1OKmkhpcksk1ZQ10W&#10;OnwFRJS1ETxUdvI8igVEEUxU7z93T3K5RNtvWwcyyHe/Mo+gKThmSYNVUZKL8OrWAKUz03Zck2zM&#10;LWGSSBVGkFkIWgNQY81oRgk5Jr1E7s+Rea662Ltyg6AwHUO7doJi5cJXNF2zWY7MbbxaUUPho8dM&#10;+Ey8GXzFRXItPEP8uMshHlXQ7H2afr7o+Xa7nF4Df+/sj17k8y09dPsre2God5zYqTMwZX+C1W6p&#10;aVdxy4yOGmiopFV/uJqGnRGmZtRc72/l3ftj5C3Kwv8Am+/g3pIJnjR3KQMqiSU1Gpn7pWkZyoRZ&#10;SdLMAadCew5Gntr55ot9u21gIQJDoVRSmiIkha8CfiPGvRFe8Pk7snfkmHrN8dV7W2B3hsmipsrt&#10;ml+QWwOwdxbC21uaDGT4+nz+38fhKOr25UZHE/eTzY2Krp5KSmqq2V5YWLB0rd2HUZ/J9e9WJjIM&#10;zJiP9mI33mp9xS05ix0NBtzuvdNRR4kl4pftYMvS5GKWojMiK0lJ5GPoAGEO0y+NtuzpcQoJRbKa&#10;JTLMNCl1auE/0NFoAGqanoJb7bO2435DlnWeQAnNAPOuaAqtOrnsXjsasm7Pv/4NT5ql2nRUaY7H&#10;mL76mpKvY+HhkeYxSiSoipqqCaGmdY/RDIFUKD6jI7u3/vvaec3DW7b623TW7OfM0uS3Jm4DiqfD&#10;7kWpxlJ9zkIHno6nL0AgmgME8sJX9yBVChPV76rfdz3yxtPbTbtr3C2hXb4bi4rD4kSsFbSQGVtT&#10;sXctIThsqtVAHQn2S6uo9ugjnYsqk1AwDk0UjNcUz0CO0tgbE3bFjcZurdu3W3lA+epNm4cZKb+J&#10;4dZa2pkSrrKCDIwUOdnyFIyTIlTA5KSFlZmZlAIVneW2KibMY+PrvGbSLCStR5a/VNmckaeR6ebL&#10;y4qjhyeYxFDJMJkhnSciQtqT6+5w25uSLBLhtl2AWEkbVAErqryKCRI8I/tNJaowQxyelTXkYmLR&#10;QaMmoDEVxxp558uhzw3UWVx89FlKveWRymVpKeLFo3gVcfBjIZFEwxuNqJHo8VkKiFPC8sAiPiAA&#10;IsAQXm31V5p6XHzY3Z9XkqOmSrx8tdtzMQwRUhl+18MFctL46ytYR+Vo0hjYCVHayFbq9w5ja/b6&#10;ZbCwuNx0ghpFKUrQEagNLOSNUmAwJHBaDq634qsfgIzDIJU0+yvmf8HQrJjEp5JZKefIwwy2/wA3&#10;U08sAk1ksFMzM4jQekgsVAHHPtJxR70rJTRLh+vKlYVfRH/CaKiMkfilqPJ994hUpLOEKmKQsFYK&#10;raLj2WLc75HEYxy/t8kbkf2WjDgaian8J4uOHlg9I/qLg4W3Rh8gMHzP+fqc4ihjMxfIOxKBkjk8&#10;jsXkRLhAfHpQte44K3PPvuhmzlNkT5MPtmZHWGeKaSnqKqmZpqeUtFSpToVjIj1Lo/SGWxD6Qfa2&#10;wv8AXIUvNnhVCoLOHahBBIoADU1xRTxyeA6vFOzNR4F1U41wa+Q6zyxpKtmnqI7ekiOQRyDQ3LMx&#10;GqzHm/4v+PbscuZxUUuTiwFSvjlFMG2atRPLO0XmbSP4WH8SuNIJZlMgUBbkkOG+2ImUfuyGugAI&#10;rE/CagfDWhOK1xUkjpxriMYeNNPp5/8AFV/Z1haGNZEYCrVzax+8cRqFJGlSZSpZgbkW5Xn8e22P&#10;N5CoWIy7Tooz44JfL9pTUNVPLcx04gjYUsfhjYlxZ/1qoYXFvbwvdrrKTtEfgsMEH4fs4DSMketO&#10;tNMlQwi7Tw9Py6zmKNTcTS8+kgSF1H0LAgh+Sot/rHj24PTYOrpoJk29nlSpni0Amjklq53kHiko&#10;WPmiFCZE0spCW4LEj6l7Ntd9Iq28YFqzCoCknTmlWBpgj4iBTh0200LAaBVa/wAx/s9Yw06s6tUQ&#10;XQHTdXGhADxL6w3ksfr+fwPc/GvU0kVLTxUdaaPzTmHwU9VjpJA7/szvHG7U1VPVSJZHQKnA1DUA&#10;PaiGy2pYI4ZJJFmo1EANBmpocgk0BFSG/Z0/GTpChiCa44ft64OsUjSM0kN4ymvU8UpSw1MlyNcS&#10;oGBt+og/0Ptb08dTWQV8ES1M1TVwCOWZadqWShhlVdImq6+aVKspGpUhGVhzpI/JjHtMU0ccdluK&#10;GR8EUJBUHURqYk0GCAKHOSVx0+PEchTKdRoKk/6uHTW0iKyM/gi8MtxC0wkWURtcOqU8cbxM5Iez&#10;XF/rf6+4lZR1rRGmyOIrJKqieqkocrg41SSOnkVRK0gTMSNSVAVR6REjXJZSo+rFzskUcJF48bOr&#10;UVl1IH1ea5our+FqUNenJI5kqsgB0mgI86/YfP59c4poElMkEx01HjjmiqARG7sG0eMGBXl8l7El&#10;jwoHtuGJ3M9YYaYb38qqJXpDlqStOvQCGq6hPM6JMrEi59K2R+Le0a7WitMGuCppRdD6x6UqCKZy&#10;a8Pn03qulNPEf5CtRj0zjrMtVj46aOaV8XBGdSRyCFqePSJSFWFZVViwcD6fnke4/wDFt0QVM1BS&#10;VG5KHxyGnhfKQ+OfIqrw+eGio4fHHTaWkBV5HYhQdBHvcEW5M6W9qzmESHDkmuqgp8Q45IK0GPXq&#10;5ur8sq+K2kE/z4/LPXJ4qGpUTzR0FRbUzPAyTJGQpBd5TcuoAIKjg35HsQKbcu8saqSwJXTNFHIs&#10;tEKCrx2RJMngrDLU1lc6vEjXdJVZkYsG03B9nf1m5RmOOVZECqRoBIJVTSuScH1Fag9OR312lCa1&#10;9P8AD+R6Y58Thq8SLURU5XWojZpKWanvGokp5ESOnIjZhZSDZgotf6e13tXNb6r6mgE+8qfHTVLS&#10;xx026NwbbSlx7NC5x0LSJRVDaWRAXqJpIig9LsNSj2/XcZfDjvr9KCNiUYQuCGWhI1KxYBeCnLZF&#10;PLp1txuNB1tgHhpUgV/LpC7sxe0qHGZGaTZ2SycMKNLUptLb+SrMhPGHRataekWSIV0t3JjhRJC/&#10;1UHSfYsbW353PsLKw0GM3vsXdNZV5BqdsTHmdu00NZNUQrVQ0GOqUbGQzQ1MaGS7NG0PCm5JPsEb&#10;ny/y3FaxxbtbWFy51HFpCFQAeRVAQr1U0J0rT4QanpE8ds6hpraGSP0aNSPt4Vz0Wntjpb429z7R&#10;ep7N6z31isPQY+oyS5zIbaztPkNsrjI3pHy9fTRrXVC19NHK6/5ucSoGIXSB7H2p7g74MAqdy9cd&#10;SZdKWRhWxZmWm3LDQUoADRPVQ43OQU07Ih8oYqFUAAkj2A989svbHcYTe3Oy7VbXcahjKoUgd3d8&#10;LEkDzoAF+IV6Yu9q2O4hpPtFugQA0AAAA8+04Hr1XrB/L5+A+RjGI627V+RGxKnOxF6Nuq9/726s&#10;qs7MxkNNkqekgzm2JshFFNMGiURBPIxZtWsn2on3w00UTZb4mbSqI6qnZZsjtnPbSwkDRzxWjFPM&#10;MTtTIPBMsgEdmEik3YjhvcaXnsJyhcxRQjadvkuGqvi66EAVZPiAQyEMAwYHUKHBoeksfK/LUsaM&#10;m0Kr+TIxqK51VJqf82OguwnxV37tIzU/Wn83X5Q7RkNfUGTbu8Zexe1a+A4l/uZXyeLzG7excZS1&#10;7NCyVStCKV0CLFGASpU22cxl8XTasZ8fO8uvYuVpmpe1cdX0j07RreuwyZvc2SgR6YXEcTRamN/q&#10;Le463r7rnIs01yt3tttaQMF1rBcRqwCipbXLp7pGIBVj2D4TUjpr+qNjbMBALmNH4Uk1LXjqFfP7&#10;eHQd5fE75qtz1UW6/wCZF8Pe8WxLihmx3Znx9f72naSnbw0Oej682jjq+U1shjNSTVwmmMdtNyQH&#10;zNdsZzEGlnqchvnauNipFkkXdOxxuutralLotQ2SwsWYpKhYdYZ/AiaQDcEE2DsX3LvbqVHJ5p3U&#10;NKDR4JEKxo4Haqa3eQClWYnzOMdOPy9aw2ultwmaapqWVXA1ZweH7ehX646y/vPhK6Kq258a+1N2&#10;QZWnh/jXVvaFD1btzD419TxwQbJ3Hk9u56nrJ1SyHISTGUyAK91Us10XaWBMFJJvCs2hmhWpKtRu&#10;Sn2xFtaKOtmZ5KIJUnHYquaslgjVJxUJGaWQk62QA+wxv/3Qmt3WDZua7oiNjpSeNRCRlVQMq+Ip&#10;ky7AGlB3jI6I7bYXZ3a5K6A5wEXIBIVxmoLDj5Yr0r06t7rx9RuGbrTavYe06qjyyR4rZlV2juHs&#10;TOVm3KA0tJW19VgZNx712dLQQyyyVGMnx5aKvpwEEUMupPbtg96DJ1YbZ+T3NXxPDIY5DvfH9gbZ&#10;q6lZ7RUVJiMVmJ6+oqI4zdooysgAsV4v7DVz90Pm26sFdJthcKSFEMphdWXDKhdgDU91TgDhWvTZ&#10;5elUObW8AOquk0IX1GfM+f8AI9NG7chSbFx2QqO3E6xjzlRURU5xeZ62l+Pm+4KBKATZPNZje27N&#10;j4vE0tOrjT95Ms0B1BlkW+j2I9J2HHjYZf73U2IjoZklpJTnNubz2gIxI+lmow1JV08zyuhCB3Zu&#10;Lj2B98+617lW0cVtte++Gyuj+ED4zPKurQhUGiigLBlopWpauB1dNp3DUy3EFs8YyaMa6uFM1K/L&#10;OegJampNyZWKo652D2PuDPqBVUUXT3e3xv77lp4Xp4pHqM1S02ZwOcT7aJh5bRBUNhwOfaOzm5+t&#10;6+SCngx+VShy4kIk21UYTcsGSVFZljGKn/huagDEAapJSC5A+h9kq+wfv7aQtdry812sAJKhzGyq&#10;pzINQ0HVXsCjAzTz6JL3YHMpcbe4hWuVIOAM8RqNc0z9vRm+vJe38NRZ+uyGUoqTK7TpY62aPt3a&#10;O/euclh2qAq/Zf3owc+5dl5Q0qkmRoKUs0aNZiVUFVp13sbObbloslNTNQSxmQUnYO1sLQ09A88T&#10;KslpqdquHwMNDLFUIWP0PF/ccXm4e4Gx7iEveUdxM0WPDUtMSFYVUiNTG5NQSNLUpk163acv2lxF&#10;WG2kkCrwddNc1GeFBw6CiH5G5qfsGlyO087tety1VMtHU5T4/wDYe8a7MZ+OC89XRxU7ZGlgRZUV&#10;bVFVQTIrH9IDFQG3+gLqL/nnenbeD7b+If3vzn2Hltr838A+70X0c281v8be1X9YOfPH8T9xbp4V&#10;fE0/u5+HD49NNPz4/n0j/qfD9V4v0o1aq0xWvpppThitf59GA/2bftjx+L++Pyd8X3Pk/uj/AKPN&#10;i/x/w3+2/hv9+P4X5vuPu/2tX2mryc/T3//VVcnx735RVk0uOhx0ELRvGAmfmlhEN/I0iUuiDTPK&#10;3HjBCaSb399+Yfen29uBDq3pTMxFQUoxHAYzw/i8uPn1mlDZggPHdEBc1qQRXzxw6vDw/wDOL+De&#10;5MRQrl+wtxNW+enkeLI9Zy0Vd5mBgg81UJcipxtFpYmqIZwyqV035X2D6EOTozBugOGjIanSKeZf&#10;A6keTx1FPMkzROi306tPPI/HsKc1++PKm1EfTbjHIWKnSmWbVlOGBnFSRUYz168gt3CRTStIaVAJ&#10;/PB408zjor3fv85frDrnK0cnTmTp90tWqHr41gpllyFLNE8tEGo8njpqOlniqnVZJSnkKIQCSbjL&#10;U/Fza8OQjzG38xlcJkqd3eJIZppaepd+R96sspcm44KFLXP9fYa237w9pcXUgu7T/FWjJkbUvhgV&#10;oexRkj5AmuKdMxtCsgBgeNQfirUfspX8vy6CHZ3/AAoB3NXUzbY7O6ixO5dq1dOpzWceuxlLLjqM&#10;SiKRcPQ0mLSGZIwbhZknklaw5sD79iejN0zV4k3PXYCfGQvMwOKp6mKvKhgYpZnkkku5+rWNufZv&#10;e/eB5CsoGt7bdWO5tpCqVYKSwwoqKVp6kfy6NjuVp4jKZQ9Bw05JpmhNPLiP2dCbv7+dr8R8Tt6u&#10;oOoI+yajsCqpccKbHbqp4F2y1RUU7NU4+lleCniVKdOBrCHj/C3swuE23jsBGFonrCVQgCol1rGp&#10;C6hEgjXQhIB/r7x35q91t65id7dba3jsWlA1IauwBNKsG44INB/slN0L27FGXTGWoNPyFfWvD1HV&#10;C3yD+YfcXyGqZodzYnZmKwTZVQs22ab7bJ132xmlpWyFauUmknqaeJyrkoqMtiFuOZGRwONy0Mkd&#10;XS07BirO6JCszMLlSZTGZFIIvdWU/wCPst2T3Z3/AJfu44Z5pbhTVVD1ICjiwIOOIFHDYFQB0jju&#10;riFwjKXKnGoGoNPLy+YP+DpEdVfL/uTp7OYqow2f3JmjQRvRY6jz8uSqMbjaV9KVMmPp2yCY6qFT&#10;EypaognjCqNKq3ISlP11tHFTLXU2IiqKvW7M9XVyTr+8bytGK+WdUUgD0Lbj6e5CtPebmbepxt7z&#10;RW1s7BVOl5GrgDV4SL3CvppJpU8elJ3C4jHhyDQK4Kgk0Pz4Ajo30v8AMz+VnaCVOytwdgDZm3Ko&#10;wRYyTbe0pJsp5KYpFQwV1RsjF4iZan1sDPIrx+TSXNg3vBkNp46sEynCbeaGpi8TRtj3r5rtbRpg&#10;8Co6WW9xIoFvx7HlpzjdWECtuN7ctHGxrKzpAhFSCX1PVf8ASlSfkc9KFvYmA1O7J/SoMj/Vwp0N&#10;Gx/lzu7asGLkznaPdtbVbeyMlauaye7MBsDBVFNE7LU/xTKVubnqqKqSSTSlPJjppJA/9s3IBLeH&#10;VezFSpmq1p4ayRIgHWHH4SqpHFgFgabKr4QQCxQxsGQc+5H5e54vt1ihlgjkEDAgEs761PA1VOJA&#10;qpDDyIOenFRL0qYrYAD4mFTX0IxQk9Wr/G/52d1b8/gseEwVdWbdp5K8x1dHl96dn4vclAxkdaqU&#10;4LrgUeTmtaOOZKyMpOTp4YWCWTreqx9PPFgd5ippS08MmOyeKeuxzRinEbRtVU61UdT5lkIK6QpX&#10;6XH0HX77E5Ed/tYELKMEgtQ+VGZSFFPOp8jnr1ztSuiRhwV46SBQHiCQej/QfIyhzNdjh2F062Dq&#10;JaPGV9PkMdufHYfcMDVFbLIZqrCZ2uwWRxcFG0Ck3MrrISjhXABDPcfxsqc5WYrcWR63wWYrKCE0&#10;EE215JsBP9jMdUUE1JDJiaWs+zbmmSUuYbkXs2n2UXA5Kuptd3CEuFH8WkGlRU6TVgoI45JGBjJB&#10;d8rW8x8WVEDgcFIB+WPUHPS5wPza6Ow1VlsGvd+R2tVGIVjRb3mpdwwSy0qlppqaqoJdxVlPDKJP&#10;8oYRxmZgSinSzED8t8JN9Us0FfSbgbH4+XR4qTeeOgqpFRzUT1cKVONymqNSpQLrhCpZtRa49hQ7&#10;PbwTKux81xzqDQpJG7FQTU0aoGr56T9h6Dlzyldqy/TX8bDUQFYHVX+H7aZrwPQq4D+YR0JuLIVu&#10;H29uXFbzyWMnaLJQ7MXOSyUjGSnp4eMphaCmqJ5pXOlI5ndlKlQfVZBVfQ/YmHhmSTG9fbrSSsqU&#10;NNiuwcdHKrRGNDHT43LQComqtDlRGzohABFmt7uNnuS7RrsniyZ1MSQDUU7i1Cf4qE486V6LpeWt&#10;7XX/AIl6jBB/y8fl/l6GvEfIHamdr46Mba7Y23H9tDVvltw9bZ6gxEdNUwvNFUTZOFJ6dY20kagG&#10;KsLHj2G2R6333Th46jrPMbSoamkerrJaOgpqpPDBMDJHI9CcjN6SvHidA97gmx9oX2ia1BpYzqBQ&#10;FtIK0HcQSCxH2DGB0Wvtu42rMs+3SKaU1EemaGmPz4HoTMXvzZGSZUo93YrI1UNR9rEs9aKaX7po&#10;vL4lWo+3DyCFgxuG49o1amlo5KCipM+9LW5KpP2VJPjamtlrEj1Fonp6qHCzqsbxOzwuY1UgHm/u&#10;sO97UtqbON0Mupl0MtTIagkdwBUhvM9oHAcOkjSW5jKKNLemmtaceNOPr0qw/wBzE8iQI8axm0gn&#10;j0glQxZJIHqF0mMizAXIJv741GK3ZNWSTyLgcnROkdQ1VVUgNJV0oDMDJSRVNXpqjIgXSXsR6dNr&#10;3bjn3ZzOkO1oYK/DwU1IOkDUSwJA4mvkKA9JljlZmEMhA9CDT7B/l66jqqNlMaNIkqsyyxwsRJFJ&#10;YXjDNGgZApuDb/H2nsrTZmokNNNjzHHjRUJVx4x5MWrDxROkuPENLCI4rv8A5xG1yWIYGwuhu57q&#10;/lZZ7UxsinVRgqkg0OjC0A/DmoIySadVks5pE0u/rUeX2Kf8HUyHxAFlcMsxXSXPkdibgh2ZizH+&#10;gPA5t7Y6rGUaRPURbr3DQPHVLT/w6amqZlRJfG3mXKweGSGnaVLp5LaJeGKlvaaW2ZHiaPcJQreX&#10;hsTwwddeJyB61OekQ2+OEsx8RSeFK+XA1rkmvXLUzSIpp4ZI3Q/ukqtyoK6BGQ2r0i9xxb6X9vkV&#10;HUXeKlqmqKWCSapHmrqSd6qJ6eCP7unhooWrahE0mNZDGhJjPHoLMagXkwNo9sBEgNaaa0alCCBX&#10;STQA0oPOnHpa0RYxxmYgU4ca/wAv2HrisqhgHUiSyx3CFRcliq6mYov9QL35/wAbCFHHU4mTHk4j&#10;I12OyEdzVysuOFRI+QMdQ0FTVUirJFDUHxzSxvZWIUqt+b2j3lkIfFgaaAqQrFdLEg0NCwNFBNDg&#10;Cgxx6bDmBF8IF/I1xX8/IfPrglRBPJVRRVFOamlKrURJIJpafVGXgNRArkxeaI60DAFl5F/r7VC5&#10;emnlWlpcvjMTXOZokT+NV09clD5oopylTTQN9lPFEpV4YoREFtdzzYRWsiT908yQv4hABcEhRxBX&#10;TkL5KQoHr1dJy+otFpIOO4Vp519R6dYdF1bVC9QwsSBTpFC7BSQ2iS4kW5uCXJ1e5tXjcs9VFXwZ&#10;XAVrDzCiXI0VWXaKESSPV0mTbywyywCMoyOI2OoagLj2ok2uOIRK7WwtQKJUvrkrVjprgqaZIAJp&#10;TyHXpIWeqKNLA/xEcfTyp6efl10J41AjaCpQceTwvFqVmsLSRKwZQdVxYH6cfT28YOip2p4JZ9rT&#10;ZJXjM6ZfAQQSUP3U9TF4qqmoEKSyzTSKRK8h8Vrkj+17ct7Db4BHr2VZbc0QPHVtNW4jP4TUAtUB&#10;jTp+K3ZWAkh1LT7f5+vUSrmMbaVrqeCMEIYKxirvpVg8UkpDBVs2pdPrLD/Ye8BkidBBT027NUNT&#10;I5nP3EsdNPDK9RLFW4iop56ydKeR/GiSPoVWDvdVA9rPDglWFbVJQqtUigamnjqBBOD25NKUPp0q&#10;QouI4iAB+f7OsipIGEjy0Igdf8y0aK7rIoij8NasyIA59Rstzaw5N/bzha+Otq5/vMHUvLRpNEgn&#10;q4FlesYpOTUxWeOmhqQhRngRizAR/Tn2Z2f05PbtsjSKpYZpUjIZgfPTjAzUDp8SVFVgLH7QP29Y&#10;KuBo4gtNUxxFzGC7RvoSAakIVw6mWRb3UOwtfV7YK7HtknpJP7hVUlaZ6qOqy2JjqnrqeX7Z4h9v&#10;Fj3heQReYCpQtIoK3Mi29kG4WdlLcKsm1SLI2ol0Y1r8RUBc1Fe6p8uNei2dZpCT9EBxIPmPQf6v&#10;Lrm0sEIfzZaGKIeIRw1E8IjMcki6VkeViA8xS0ZsPrwpv7S67Hw0Nc9ZU7Q3NRMahQs1XQz1E1LQ&#10;41EM7zbhr65ltkRPqVjB+6ilQLjkMTbLZzkwmzuENQxJqTgFloXK6mA4UAqDwJ6TC0aihtvalONa&#10;mvHzwflTqStaWIjiqqaokVWHkjlQK8kg/bH2qKzsosQLN9Rc+3GLC107UktJM0+Jilmeox2SzOSa&#10;Kio44o54Kupx2KljpsrJQvNGsbyI6uAQCBeyaDlu4mQeJPIbOvAMQQwqUcIBU0ripAPCvl1dLAuu&#10;kq4iA4Vz6j9n8+upTErR6wv3ZVESZIIFecuWElNFJOC0SylCWAsVA9xINpZqqqFpoaPFVmIwkMvj&#10;parKZHHRDJTyPFR11LURUNFUPWGWWwgSSWEC3k1XJ9rLDl6bXIguJZLdEOkPkhjjGkKakcOK9OLt&#10;8jOwDN4YHrkH5dekrqaAq0ssomqG0ho4hMUjhBnZJUDSKqLGretlUn8fge3HH7f3rVVYkr8SwqjW&#10;TRNkKTdVMlZUSogb+G6HpZ6NW8x/cVFV3Ci41R2C4bXu/jEztIrs2gMjBe4moQgZoVFSVFDTPDpR&#10;FZXlAryHVqFDXIHp+Y4nrFLWY9FYx1KJEscThDTPoVLsRUq9420MpsH1aefrzy/Js6ehSd8lIoWR&#10;Uoaekz+TrqyeExyxtWVFRkqU4yetWKoWOMEaPGvqMr2Rfa6WDcbYMZYY9ZxmrYB46gQSRwfII8iT&#10;jpQLaXhJKCfT0/1fy6jfxEVF46QPKqprkekiiUESI7xoAfMEZ4gSALlibFRcn2odv7aRqY1tNVUE&#10;eUaodTS07ynH5alZl+4oJayOkqFWtk0cTF1eaG6L+p7XisZoYyq24Lk0dFRjG6U9SCSKE9zZYfD5&#10;9bFhQM9WpX5kH/V5E+XDpuyGTEFQsEtHW/ZpCt6kQxGShkKALUrFJUJrpYCRcKpEcgDX4F1NFlcy&#10;qJA9LRUkoZJ4IHpMfFUST02oispp3haokxlJGkSkzO7tw7+gW9vxx2qxxRNy3Zs+GAMcZJIP9pkB&#10;pPIoWzqyajqyxR6RE1sDH6ED/CeI/wAvUBsXi3qGn8lTLZZY5pYqusFLIlSEDwVFLHMIJK+RmZ00&#10;KAh4WzG/t6yNbuDJQrSVG4oKtqjGw/cUsO3Fgiq3p9TQ0VIaKSSF4pnDW8jCJwDJdWItu9LTCYPC&#10;EjeOrqiAORUEAFRQd4rnFDQU6fkhgUAIpHbQ4/kM0oT8q9NOOx2KoJXqI8I9LJHX1DGZszPOUkrW&#10;DVNXL9+6yKdITUsa61Y6BdRYpGvwu6RHRvQ51UaaCKL0U8stZQU+uOoydPTR0EceRcFUZ6VFkD+a&#10;FU8liQA/uVltItZILLaoZIymQ0etm/iAFM+ZxxOK56b8ImJvCiZqDhSp6fhkMaYqtGx6SSwPJURR&#10;zyiKlrZFSSGBnmqGalieQsFlZlKqHLlTa/tQx7U2bUUiZXJ90dk7dZpNEs2V6z3ec3kKULTibIQ0&#10;mN3LkJfs44gqzPFWRhSoUxabj2HFsuU9stA1vysLZ1Gpo0tghNe4kECik4BNSPIjz6TeFbhAzwEN&#10;moK5HnX/AD9Apk9/dwUuMkosR8atnbiroIVnXb2P7i2pTYqCd5Glio6rJV+1KanpcjM0geKP7R1k&#10;JdxIAl2XND8cel9y4+PJUPd+UrXxdRJVTSY3a7YnJ1DUlPG8kj0mZzlPI9KukMSyPHrNlZiAPZLc&#10;71yUL6KFuWbtLoOW1MqAKxAPxFdIAAoGFQTQBtVOqvHt0rgIpLZORQA4oAfQZ/PHQWZ35KfIjA5z&#10;GYnNfE/FYKrykVEKarru3qPN42mq6yq+wFP/ABHbuzMhC0/l1hI1WOSVVLN40u3sYdk7a3fs7EHC&#10;7d6+3nU4zMVVOMluTdWyt05GGqwYZtFJTbf2FuKsrmqaxFWaCrkZwUIjkCMQwpzDDs9/ZsiqyBmU&#10;d6iWb4RSNFqVjchsuSSUw48+lXhxIC8SE0waj9ooK/kegT7u370b2BUUO4N2dndWUe6tlrlkwvXm&#10;F7F6h2rl4t0tEKfIeXfXdW11xWPgidzSmCDxLM4MyNMt4/b5ldnbkqa185t3t3dG1MjJLEuXwmG2&#10;f2FtbaVTjWlp4JqDJZncAyEmFdkjIlGnxBA5DXW5e27arWzW3/xW5+mWrOyAxoAoKKxXUQtKDVor&#10;2HUo4Hp2SN0VJFmQMckIScAefz4Y6aNudibTjxmD23u/407R3ttbGL99jNyZXtr42drdj4vPUVPU&#10;ZChyuI2ptSpx9Pn6alQoaeWgKVbeVQ62JC9VW183LRq24Phx1D3qYatIshm8L2bDubKzwQslZjsn&#10;9tvET1EMCTaWFM8hYyKHUfp9ku5y79uUV5Z7Tvmy+CSFk7FYxuQoR6y4pXtA1M1c1DV6orSyRsrQ&#10;RSIPixxyOJzQ1oBToGt39gUGfr6yOg/madv/ABspZlhpqDr7cPx92ltDF4D7iY09RhoshiMDjqOa&#10;uRjxNTVryQ31+R7EgUdrdgde7eqKmLL/ABzyfVeWVY46Suw1HgKSvq4pKeHVWy5qmx+KqseAszLG&#10;jtK94i1gCD7KX2D3QWOZn2/bLuwjVkagSMGowY2jGoE8WNDTTniOju1ljj7W20IQNOoE0Hn6UJ+3&#10;oHN4fFT5k79xkNTsb+YV138itmzy5Ggze3984PdFZsyHHUdRIKPGR7eod3bqpN0Vv31OIpdUNPbU&#10;QWK+n2L+2sttPJR/cbY7hzmex9HSMkuD3HuzH7opqaaZ3aNq2RqFMw9VFpZFVna8ZNiwHuMo7qba&#10;bea0l5DvrOdVZkmW7YxuUFdaR1IpU6l8SgAr206VJc2H4bhROqkkOak8aUHl5Z6J1vfrXtrY8sOH&#10;7M+CvXWK3rk8tFTRdodLbL3R1vueuo8fDCrzUOIO6qzZ1DQ1waOo+8eGEeVQskUchJCvwH9+ZKgt&#10;ncj17NjaiIfwil29V1yVkyxkqvjTJ5MyV58BBZIEKxk8+kD2F90s9jKxStvUrXEsgk8Kd5dL1YF1&#10;AXvqr0JNSlMFSnSi33t1YRLdQiOinzGQcgEZ4A1pUft6ALtHI/FvEUi43Y23vkpjew1r6lNw13Ye&#10;2cG9BPPV2qcxElThNpz09BDRTQktWTsss0aNJr1MCVH9pLRSMjVqY6smiV0hy2SiWZmuTqjpJZ4q&#10;loBxcxFr24+lvYN3PerOCVorqOBLUAhY0kTW+kahq04VJXNK406c5r0YPucscmuK+HDh25z5rj7D&#10;QYoK8egxbdlHuujopqPZ2S31gsfkHpJ8j1z1llHxUdNIFilpJc7TYeqxEmejhDOY6yGMLqAfQXVw&#10;40tNVqqxVGcxZjlYahDMXDM36hE0k8hsSOQB9fp7C27S201pcX6basEKKtQVCK6oBpKsxIDk8ClQ&#10;1CxI6Tm4leB5FbyNTTGKGgPka8OkPld3bcqcm9fgOlO1Jc5RwVUdHUZLBmGTH/bTOqNl6LG4THeQ&#10;rHIdH3Dh/EWYsQSfcxqSihSQSZOn1Rj9wOqvKosGT1C7FgCLFiBzb6+y+y5r3W2jii22G2+k8NQm&#10;XPhGucs5ZNY1DSurHdjHTrXiaAPDojV4Uqv7eJ8jThx6Z/43ujOVtHUL1bvmKTIzyNj56JjjcTWi&#10;LVSVDUtKI4cfDTJPGTMIImka19Dj6hju7q3auQ05P+6dLnsuZxURVVPlRSVLSvIGkqHFbWGkX7eS&#10;11CX+oXj3KOx+9W7wxpZ3lrZraRJRlmjkQxAoRVpASWZwB+pqpkagHFeiy8NrIJJfo2L4qARWlPI&#10;jjwz6V9ejsdCfNzu3btadp5HuTK9fbKjxiYlcJuXYtXuXCz02Og8FHR4mu2rhqHOyVmUp1cRz1E+&#10;iRlUtY29pnEbZ3Lhq6Y5TKZmbENCEenky2KzD0cSPrjjhhhWFMfSU9rBvGxFrBzz7G97zzyv9PPf&#10;pLGt3JAFOl2kk1NpZXCyBWUAVTUGytCFPmlEzRrrmgcROpwSDpU/LJqBwzU8eh+3h3l1J2jtqKTZ&#10;mwtlUnYxrKmTHZOr2Jv/AK/x24a+pVaWsmqsplqjI1Wfy2TBBWD71Ua/keBVsTgyWY2lj6nI1lNm&#10;aqgfGUWqrxeY2Hm6ikMU0qiSop6mmoZJcky+S0ohaZoVbUEuPeti3/doIYbjeNj3N5XwjJHHKqKr&#10;Eq5jBoUIwzuC2nSKBjTpxrzbWLNISJKV7lJqPXUKgE/4OpO0tvd7blxmB2xuzYOJz9HlspTVuK7C&#10;6z+THX9DmY2oaB5aTG5LE5rMJT7dNe8SLSx1FPSLXPC0bzBbD2l8BvDriDdGOb+LbLwGSq6uSlqY&#10;tuUO4KXHbkrno5Z6Wjo56rD0tC9fNEQYhUlSjqy8EAHXP2+bhvPJW7QWlhcI9zBJWV7Rw8cixMwV&#10;aKCqVUN4gOlQSSdPFu13Gw+rFH0uzL3KSCSeHHhWmPXoW939d/IbI9a5zBUG3+9u18PNFQLjZey8&#10;p19nNy9ZRyTx0ta+4ZsHu/N5fGYekSnaSqmx3FZTSRPeRXJWpD4L5+tq+paVcbvGpmxWz++u+Mdu&#10;zbklXLWJbc4w2U21HWmSNIMbV4DLQ/exRKHSeJ5QxUl1bnFs8btt1jKSEkKhamhIkohD1qSVAJBB&#10;wSfPqJ9yXxdw3Dw6g/UMSSTmrNg09OB8vLq+He+GoKrLZqCPCUvlqto7aqYMstB4qzKz0EuRpauh&#10;hli8UlVR1GCn+3lYuslO7QgA+lkum60ibIbLxZ8sYlP8SaOvmpaQ02SP39RDPUBDMWBqpUb0SDSQ&#10;eOLH3mV7dx2m3co7Pftv+rQZGljgStxG2oldOsd7MdJVTqQsdPkOpI5Wto5tveJoqj0rStKYz8JA&#10;IoeHWtT83Nwf3P8Ak7vB/s66uxSSbKpK3beH3DuHHZfa6Ue18TVUMMbwYpqEUmLpplkeoopC8RW7&#10;qX1ghPu7rbcb5mCsosd1lQLNUBptx0XWiZLcEVLURsI1yor83BVUc0dSSJGotRAtYD6+8q+TOa9j&#10;3+xjO08z39zcFAHhNvGjGqVKmQszNMGJaUK4YGgKhFp0s3G1MUmmNomloA1B5cKV86YJpQ06OD0z&#10;8muv6jbNbSvuzv8Aye4sdRy02O623t3WuF2TNVYizySbG3HtzZ60m6MbmIAs9I2aEIcMRzcgN2f6&#10;W2Du3GfwPKstRmknaoqshFg6rHzwTIqwM2InzWSWemlkAAUtPJEfqF4t7Xx82bVZ3k310N1BaRmi&#10;I0NZASCruZCxwaAazXUSAKUr0k+ltQjCaRRIeA8x9maUPrWtOPSk238x+6dm5Wo3hU7eo8b1/LTU&#10;1Jt7E1O+8VvBpZqgT1Zm3DS9b4NPPRUjyMWRYI6sKNLyG5PsI6r4e7JxwrZZt9bqpKeplZpKrN/3&#10;J+2pYRGyvBBHBVR1kdbVFQpmPpa176+fblj7mcpXVreGzFybJIqt4bR+IoVipVVNGYsBXtBJFan1&#10;ZNmSJQhZUC1FdIx+3iflU+tOhq2z/Mn37nK1KeHrLa25Kn7Ck8O3tpY/tdclJWS1cSnIPlsltRcE&#10;MFT0sys0NzVqzA6dAPsE8z8bsJhavIrjuw+vmolj89LV128MfS1dVMsifd08+Lgqaqo0xK6s7vIs&#10;Wsft+r2d2u7bRucJu9t3CVVap0S6Y3pUayq1b4caaYpkcadFv0cet2jlBH2iufQVrw9Pt6OHsn5a&#10;wbxxmLmk6i7lTJVD+LKY3EbCyWXoMbC4mFPULuCVcfRVQqJ6cxpCimoAYGRFHsKN27Iwm2HaiTM7&#10;c3fiqvH4itSufsyXC5CenjjmeNDGaOreeNft3/cZ2LxEKIzJa5lBomgDrCzx6a6mejZ4MwoCygA+&#10;pYGoyOkzQRLGtCXagrQgUGRkniP8PQ0bb35kdy0+o7N3ntyso6qrp6mjyG1DLSQ1AkPCVb1sKzDx&#10;SqzCP6S3BYoD7ClnkkzLzTYrGzRmNkqMhQ9h0OTDSGTXBLRY+slx9HPTwJKoexQyAm6q4IBX4FxB&#10;KzzWqUqw1ibXUuO06DpBiyFIHA8RgnopV/BlDmGqZ7vErUeRpwoeH246ERKtBTpUNWvHFJFDMsEu&#10;MmhljUqY5xOYhM3kZ1YAWOlhYXHvrJVONpmNNNPg5/HFDS+SirnqKGhSaWZj97DQ50GDyCyR1MTr&#10;42BBDIFBela1hQRTRoVj+IKSKrwp2txLUAYH7QadWkkikLhtPggfh4kcD8hnFa9cop66dtUNI2hi&#10;zkNPGs8iIYlVwZqVNFw5LIykn8WJ946SsSpgjgrptrYeCPzxrQS5avyYH2IZ5qAU0l5zUyrGPLUR&#10;MSkb306hb34bgPBeK5ijVAAyoZWBoBUD4a4Ay2SSMnrbXi6RH4J8MH+MnAHE4qcdZp7U3rjSZpXm&#10;DyTMkdKrtPpjaeSUgXMMZ9CuACygEgcjIryu2qeswDZJi64yagq6zLTUlPLUqqzNR0mP8uRxZgAT&#10;jVIWksbaD7ZT6pPESc24jZsOrO78akMqgMVYYqvCueFerLc6mbWilBkEVNKcaj7D/k69JVwxBwRN&#10;DHHEk071Sx0sL8MoQz1EsccNSZfVZuLD/H3LO4XYRw1tdjI6bLzmAh8fn5qZ6inZ1eKVP4GkiVMD&#10;RL64fWYku550ly53C6tI44kmU2k3BCJGZSPKhU0UebfmKdKDfrGgrKBCT6MSp9DitPn1HEuNPkeK&#10;eKWWkRJWMVZSM4imS6NGGrdPimV2VfJ6C7G30uIZzFTU1L0lPu3IU/reOkoqXau7qiobzohFJJkI&#10;trSeGCaIB4hLMXKAOVT8Htu8txHJD9e0csj0YLC7EmgqCVSmgUBFTmnHPSjxiQwEzVJ4BWPy9OHX&#10;A1eEQiWZaJmkiSSWeevxopwIHaMkxtXtH5KeRismlbA8XPF1JjsdvPKPEMFl99Vsc9RSRTNVdd5S&#10;spp/tIPt0qoYJcTFG9LjnZgJJGjYlCOAvKizstzWFjbX9zMA5pS3LDURpqKqCFGKHhWvp04j3CI+&#10;l5WIPkgP7POtfXqBVZrblLC81XWYCkRfKsc0eYxtMENQROtMHeqs9TV6QdKgg3BF7+3Kp2Zv/EVt&#10;1x+eStxJbzV6deZmrqZ6Smpleepjeaop6ePHRiDyyIgVlDaiSth7Vfu/frcu0cdyWjoviLA7UJ/p&#10;EqAtcGmM1HT6reINaq5YDiV4fbnH5Y65Rbi27W0SVK5nFfZViQxxn+MY9YRPVTmGKMGMzWqXkYop&#10;uVLC31v7cKjA9k56mNRk8Nn8vBXihlmra/ZjYzy0+UWL7ZGeOKmSWGrolVoULuJFZdTFiAbry7vE&#10;niGKB5ZWHdqWhORrWhIBPqFNB/FXr3+NHU0qcaHNBg8PPz8s9QaXIbWximlgyVDQtB/EEgpqbKOy&#10;2xzv93+2TNeSjmkKyMLaTfSLe4FX1bvBI5aA4DsJ1qGamWjqeuoaylrI6anFTUGollykclPT00Tf&#10;syNo8gDaQ2gn2xNy7uJgMjLdFVatRGCPIEFQ1NOQhqDrGa46oYGKt4TsWrTiD+3PUht74K4lbLYN&#10;4Y/B5KpM0I1g+6mSmpUGuntUPUTnQwXlHsGClh7h0fXXZOJr6OoxOL3NgKjHgVQyMeCpMVUQw2by&#10;UdV5NzUb5COljk9bRxv4i+pyLAgml5aa3nE8uzRKqAmpVFqwwB3OOAq+MEChqaDpEIGVgrzJp1A5&#10;IFGHl8X55xTqPkt47JqoBTZauwldT1sop4aerY11JUO6tp1q1BOlM0gVgocKGIsL+1FPX9jETfd9&#10;j7npBjZGVqSffFNQo701IKn+GS4up3VWXrdMocsscsUSKxa7HQWxtuzyQTPNeW8ZQkhRLGokqAQC&#10;okJ1HzJBpQHyp06slqCUXcYkYH4Q6ip4048ekxRbL6YgyC5HG9b9fUmSyCvV/wAWpNiYykrHaqqo&#10;4JayTMU+CpXVpZ4UB1SLK8iqfoA3t9w/ZfY+Fq8XncR2jQyiPGLX1mO3L2ftrJY2ekcimD1dPnM9&#10;NFkIZf0mmjWOVAusqBx7Q3e18syOky3Nm8/hiuq5tjQAUqfEko4HAq+SaCvAF36yEKGG6pUeXirg&#10;/t/l0n9x9RdGbix9dhc11btlErMk1EmR23spMTm6fKIr1y1NJl8Lj6XJ42qppSJFqhKEeRrXJJBF&#10;qD5Wbvx0Qfc0nx2pvtHCQRYvs/A4GpV/tlkqKmqiwm8JoVX7i4MYjcTRktwQAQvNy9y3DM815zXt&#10;cduTQRieCvzZikhIJJAKg5HAjqqbpFG9ZL638E+Vak/nXif9VOivJ8G+qGqa+bB7776lkyLRzVH9&#10;7sdgd8UbI7SmBIKjeexqjKRPSkhadlqw1NpFuCfeeT5xYWWlqKzdEvR1FNDTxxtV7d75wlPU5SCa&#10;ZvDFTQ5CPMx6GgWwXwrI30b+pKdHLdg1y917nbOkYx4Qu0TjVXIYOWbVioJIBAAx03++tuJdZLmD&#10;ANArHh9v+fpJ47+X3hMHVtBgO2ex6nH5Crpqijw27ut6PN4jb+Sgh01VWKrBT7OywSuqXM861FZP&#10;B5WvEEAADB/s73xnnnY7jT4/Njljkmxa4/e+3DnKKoKLaOtrKbb1IYMi6yOweAo4PBPN/ZfvG78r&#10;kW4X3X5eeQRaSHKGMgGtCo1aDp+Ig6nIxStevTbvtSfDcxBCOIJqPy0kZ8z+zpSN8O+zMZRJHs75&#10;G9oYnNvWU9Ln5sjgctWbSyUQYPM+O23XbgykZxjGKJGhqWmiZASeePbLJ81fi59q9Xhe+avY1VUr&#10;pWl213ZnMVIIniCFMhS5Ta+4KOQiNj6YRHYi31PtXt/OftZbw29xfc1csm9UgFo7iSF2IFSdIQrV&#10;qDVTh5edWRu+xaUAuhQGhPcDX/ecj7enPJfFjc1fU0tFvHZvx17Qhgnpq3IZTenxs2/U1suQpKgT&#10;0lVt/J7UzW2K2mljmiUs1YJiL3BIHtRbG+YfxTzeTo8blfnNmtoS1FE9LRU27M5hNwbbSsmrVMkN&#10;ZkIurjLBV1TgGJp3ERiLC6kn2AuZ/dj2y2QXO42PNguEJBKQX0zkAA6mo6gPVewLXK1Gmgp0kj3b&#10;YZLgrJuVwkZYgFUJUHGSTSoPDoC+8Olu4ut6DMbt2d8Qulu7EfcWJmr9v9QYPdnXvYcqjGfaUeXo&#10;KrOdx4fEZaKiiYU9QkU0RiID+KQDUpoE7W2E0tBTY35PdPdlYfJSQ4avqNtJ1t/E6GOpdwKjM4aH&#10;IY+tycJ9KMaExyqoB0Xv7jq2+8R7J3QuLs8/tY3Dq0jQyQSDvVA9InW3DKCw0EqyBjnSa16EdusQ&#10;VXtL0TRVPapWor6AsKgdA3sXpLsDeeL3Rna34UdydTdg7UabeG1sBvfveqbAb1zNLSxmjw2wdzYf&#10;Pbow2xMjPMxSODcEVTRia5MxT6Jv+82zv7z/AML/AI7sH+C6/wCE/wB5ftx97+vwW+z/AL1fxXT4&#10;/wDlC+w+40+ryaOfYl/4Kz2c/c3jf65lt/Z6/A8C58X4a/29KeNr/wBrpz1b6d/G0+Nilfwaq8af&#10;F8X8ujDf3Y7p/wBFP97f9H3d3+kP+Af3p/2XL++3V/8Aeb+8/l8v92f7x/af3R/in3f/AC9P4v8A&#10;w3wfu+PV6Pf/1rGnvdP0fU206PrZf1fm/wDW/FveXsGnRN8fwCurVqp3fB8/TR3V49Zh/wCgRf2l&#10;KLw4cf2/Z/PqjvDeL+GS/wDFy1fZ0erV95rtrl06f91/b/6nRzq+vvoX0v8A5y1n/To0fpH0vzf2&#10;/c6PGsfE0atcVPE1eLSvno7dPpXPrnpRHTxY66a0PxV1fyx9vl09Q/bff0l/4Xq8Qv8AxP8Aiv31&#10;tY+mj9r7b/W5+vvgdVj9f9j47/pX6f8AE+3bTw9Efh8dR/s9equtvi141+lO3hXqvb4rU45/i1cP&#10;KuNXpX/N1nqftPvIf+AV7Jbxfxv6+SW319H3em/hvx9L+q3uZz4Y/wBX+bktp0fT867f2P8AVX5+&#10;lvYcOj94zfD/AG8dfF1cammj/hn8Gntpq1Yp00umkFdNNX4tVPypn7K/n0lajwfczf8AAT/gfT6f&#10;uf4j4tWo+P7a3/KX9fHr9FtWv8e8C/VrX/sfS2n6D/V83/p7P56+EuvXq0Nwpr4tx0dun7M0pTr0&#10;lPEl06vL4a6v5/ypnrPktPlXyW1eLj7Dy/xi2uS+j7X9rx6vrq5vptx7gDT5Kj/M3uP0+T+hv5b+&#10;i/8AT/D2fWnifR2mn6jTQ/2fh6/KmnV3avXyrTX0ZR+J4MdfE05+PR8+Hn9vn+fQzr97/Bdq+T+9&#10;/wBv/lH/ABdv4Br/AM8un+E/a/7k/t7f5z/m9+rm3uNW67x206fz5fB9t9B9df7v+2/w9j32+8Ku&#10;766+P2cPE8fz/g/R11+Knnw7ek48PwWrorX+nTj5+X2V6Efpr+FaNx+TX9592vj/AIH/AHy/vdbz&#10;z/8AAf7b/cHe/wBPL6r6vx7h/mT/AIuenwm/2f8AwH+nPhv+9f8Apb2NT/xAr9L4vjY/eH9pwb4q&#10;fp6/TX8+r40j/cbXUca6uI/2tfTzrWuOhUNvt8Jq/wBDX3395Yft/wDS3q/vV/uzR/FvH/v3fN/1&#10;FfnXq9s7f5+XT/c63kit/Ef+Lj+hf+Bnl/c+5/pf2eTfV6IvE/rRXwB/uF9N9PTP9hox4f8AD+PT&#10;Tpl641fUVpnTTT+WnFP9L0LUv3v8PxH3n+z6+f8AglZ5f9EX8B/0XeP7uov/AKP/AOB/7j/7p2+n&#10;h/d0Wtz7c85q/u/VeX7nx6B5P4R4/Do0G9/s/wDKfF/yy/ct9PZdyB9P/WdPB+p8XwXp9Z4/ifEK&#10;08X9PxP4tWK/DjrVn/uXHo8Sn9Lh5/xZr/l4Z6D34pfYf7Mxtn+D3/iHjyH2P+mn+8f8f+5+/i/4&#10;Df37/wB+x/eG/wCv+I/5Jrv+PYcQ/Yfw6m+2/ulp81D/AMfL/eXyf5saf+Lv+797b/N/8nc+5Tuf&#10;r/qe/wDffg0b/cP6PTTNa6f1dHr+KvDHRjL4njpq8T4fwaK8Txp5/bnqy/cn9/8A+/8AmP7wf7OF&#10;o/hu59P+y2f7LP8AYeL79vP5P9GP7/8AdTy2+41/veW/h/bv7eKjV5K/T/BNWj/lH8PjvoN9fk/a&#10;vb9duL2t7X7fp+ksv9zdFceLXXSvn+Kn8Orupx63FXTHTxvP4qev4q/8ZrnpNbM8H8B2F5P9PP23&#10;3D+L+9/8S/jfi+9Gi323+5fw6r/Y+f8Af8evV6beyz7u+1+/lv8A6OPP9k3/AAG/jH3H6m/4F6P9&#10;xv3F/wBP/Nz/AA9yptni/TNT6/RX/RPD0cR/t9Pr59K1+A1pWp/035UxXq8fov8Ajv8AdyD/ALKu&#10;/hv94f2/75/6OPtNFqfT/Bv+Yr/hfi/zvl/c8GnV+5f2EtNo+9k/Vq8af8W7z/1e3lt+za/+x8n1&#10;49iM8M6fw8fgrU8Kfyr21rXNOqS08F6aPg86/wA6/wCrj0c6s8v8MFvHo8gt/GPtLX41eLV+/wCX&#10;R9L8eK+n1W9tHYev+Ez/AHX9xvtvvaDy/wClP7fw3+4kt9l/Bv8Acv8A3gt/mvDxqvf2D+Y/D+hn&#10;8T6Hgv8AaeJwoOOjy/h/F6Y6B+96PDk1/QU0n+01eg46M/ZTyp00bN8P8bpPsP76ffeB/B/oi+++&#10;/wBP2tF/xdv7yf797+7uv6fc+rT4v7N/ZFMR/A/4vP8Ab/6EtP8AEqq393P9Imm/72jR/E/3tP18&#10;N+PJq1fj2BuWPofFt9H7qrqHw/V04r/Hj/SVzX5dR7+jU6fApq/D4v8AKvl9vRz6b+NfwaP7v/SL&#10;5fsqK/8AFP7g/f31r5Puv4L/AJH91b/P24t+j2vM5/wCpNP8E8OqHT47/a6fDDb7Xyf5dp+vk1+u&#10;9r/j2NN2/wBxlr9Lor/onCmtv7Knd4f89XHy6u3AcPz4fl1Hxf8AwMqNX8V8mk6vuP8AgRf7qa/n&#10;8X+Tf8s9PFvp+faMfyfa1ejV+ui8Or7X66xbX9x/y6NGrR5+NWm/q0e2YdP0WPA0aVp8Xz417vs1&#10;ZrWnW46afLh8/wCf+r06UMtvJFfTa8mvy6/Df869Pq/iN7X0cWv+L+wOqfD583r/ALi3+zOr+B/f&#10;/wAWtep1eDw+nVb/ADmjm/k0+w6ng/WjR9Lr0P8A2fi+J8DfFq7dP8fy4dJ201x4Vc8K14fsp69K&#10;BL2p/wDgb+vi+nw/pNvNb/ddv03/ALVvz7EfHfxD+6eJt/G/+LbU2/vD/dn+6l9LeD+Ha+dHj+l/&#10;TfV5fX7FEXi+JFx/sjWvh6eGaf0acaZ9O6vTi6vB/LzpT8vl01DR/E62/wBlfy09vsfP/FbeHn+I&#10;6ONV/wDN358drce8v+RfYw+X+7l/H+55P7wfw7XfJf8AF7+z9Hl/1Xj9H+b9mT6fEOvw/wC0Px19&#10;B8ejy/i8+HlXpHPp0PXwqav6VOI9M/sx179/7qXT9/8AQ/T+H+e14LfY+bj7b62/OrXf+z7SE/g+&#10;0xV/4Zq801r/AMR1X8zf8C9P7f8AFLW+61ceHxfnV7KL7w/rbammusV069Ne71xq9advGuekZpVK&#10;afj8q/P18/Xy9M9OUery1P8AwMtr48nit/m0/wCAv9r7X/U3/t6v8PasoPL92fJ/eO32Df8AFv8A&#10;tP4B4vsajx/xH7X1eC/+b/3d/q+PZzBr13OrxNGn/QNHg/np7/t8/E4dGKVq9NfAfBSn518vs8+P&#10;UGS3jFvtP86L+bV5v84mrwa/x/rf2/0+1Jtu/wDC6/w/eeH+A1Vv4bp8Pj+wXT5/4h/l38Nv/ntX&#10;7nh+vs32qv0N54evR4bfBTRTHHX3af4vxdXjrpamulPl/Ouft/l1EyH+cptf2+r7+L/gVf6+TnT4&#10;P2vu7f5v8avpz7YajR48R5f4Tr+2Tx/afcfxD/l36v8AgH+xbT/xbvL/AIafV7KpdH1x/ttWjOnV&#10;4nBfi/Dop8OnPCuetrTUeFaeVa/8V1J511mnz2sl/u9H2v6Jv1eT1eL/AI76fz7UuF838Uo/B/fH&#10;R5a77j7H7D+D6/4gf87/ABH/ACj7K1vuPtvR5rfm/tXaeL9Va6Pq6ef9nSnz1Z/02nurSvShK6o6&#10;V4/L/L01Vun7abX/AAS2mm0+fyfcW8Jvq8Hq8/8Ayra+dN7e1Bl/NrrL/wB9vH97N/xe/sP4b5Pu&#10;zby6P8q8n/HT/df9fbW/ePqSv12jx1+PwtPxDjTv1fw+Xrjrc+qgr4vHy004+X+TqFReP/J/+LDr&#10;+3gt9j9x9zp8fOm/7N7/AKL+r/Ye2vK/b6YfJ9h5f8i0f3f/AIn+vzNf+J/af5F9le/j8n7f9OLe&#10;ytK+Mf7fxKn7eJr4n4NPr/Spp6aFc/FXH+o+X2/y6z0nl8g0/daPLPf+J/Z6tPjb/gB5f3/Jb/OW&#10;9Vv8fcWp8fjk838V8Hjymi33OjVpj8v8L+x/3Ia76dOv0arePjX7dtNVTT6nVQ00afH+H8FcaP8A&#10;TeVKZr1tvw/Fx8uP+r7epg16m0+DXppb28Gq1m0/ceb9m39bc2+vvJh9f8LpvD97b76L/i3eDw28&#10;pt9n9/6/4p/x0tzq1X96Gv6VK/UcRWunXSp408vs7tOqnl1v+Hjx6x1f+ePk+wv9l/ykXvfm/m+2&#10;9P8ADv8Ajn+Ppb2qh4vtIdPg0eWqv/e37zXq8E2j7byf5R59WrRb0fp1cafdv1PpV/3IpT8ej5/B&#10;5/6SuaUrnoxWvgHVo4/ipq4/0fL7emCp8uia/wBzr8UWn+AfZebR9zBq8mj/ACfR9PJq9dtWn+17&#10;QmZ/4sbeX7zxeWDxfwC/90dP3FN+r7T/ACz7j/lW83q1X/x9prj6j93z0/fmiqfB4Pg1xxr3a6f2&#10;de2nz6s+rwF/tKUPw00eX5/ZX8ulDR3+7pb6fJpn1/e6f4lr8M99dv8AJfH/AMd/H6L/AE95ab7T&#10;yya/tPJ9xD5f4x/G/wC8enwDT9x4P8l1f8dfD6tdtXsFL4eu41/U/Fnxtfi8T/B5V+DT+LV5dFjU&#10;p5/zr1wb7m0Wn7jT9u2n7H+Ffw2+vnw+T9zy3/Rr403t+PbrUfa/a5jV9n4vC/m/hf8AGPJ4rnT/&#10;ABTw/wCWfwm31+3/AH/rq5t7vF4PhpTxKah/Z+L6mniV/BT4P+NZ6fStPxUqOFP59Qh59dHf7i+n&#10;0fxL+G6PJ5Br+y0/t/ffT9f7WvTo/PuXhfH4qG3+a8NFp+9+5/T5I7+bX/ln8G8X+a1evTf/AHZf&#10;2Zbbq+rXT42rR5aa0/23bo/41WtM9VXVqf8AtuJ/h/n8v59Yshr80/6fJplv9r9v9xf16fFb/Jvv&#10;9f8AnNPGu1/R7U1b5vuoNH95vL/FGt/Bfsf4Rq+ze/8AE/P/AJH9vpt4r+nTot6r+yndNX70Gn6/&#10;XqNdemtdA9e2n+l7dPDNempq61/tOPnT08/8n5dJ+Dx+GTV/CvH9nDq/if3X8W0+X/dXi/ynyar6&#10;tHq1av7NvcTD/wAT/vXt/X/erV/F4/B/dP8Auh/pP8n8RXT/AA7wfs2/1H3P7f2Ou/59k95430MG&#10;qvg6l+LwuOs+n6tPsxwrjpK2ru9Kj0rx8/Ppr379j/oz3zr/ALs+P+Bzeb+/X94/9E3i+2H/ABe/&#10;B/lX8Nt/wI8H733Gn2az/ct9huLzf7ORfxZK3m/uT/Bv+BNPp0/Y+nzeS329/wA31ei/sA8xfTa0&#10;8X9166tT6n6jhrH+++3/AHrPiVpjrTf2ma1+fD86efp8uHVZNf8Awv8Avxs77b/hqO+vH+D+Pf3w&#10;/vx/mKzyfw7+K+j7Pw6vB9x+f0fu+P2E1b91/Gk+0/2Yz+IaMnp/vR/B/wC6nn+7Xz/xn+Nf79nw&#10;+e3m1f5Pe/h/Z1e9j6X6ZNP0+rxF/wCUjT8Y+HVjXX4PLhTt6pHXxmpWv9Gmr+fn618ujJ7R+288&#10;v3n+yQfw/wC2Pk/0V/xb/SB9t9nS6f4T/Af9/N95otp8f+V+HRf139jnjvH4Ntfxr/Qn93aj/wA1&#10;9z9/5PJFf+Jf3A/3C+bXbT/uvVot6b+xTe+L+7oq+Bp8Rf8Acnw6Vq9NNM6vWvZWurNOl8P9k1dV&#10;dXnx/OmP9nhnoD8n/ENPY/8Acr/Z1vsPNmL/AG392f7u2/h7av7s/wCzA/7+XT4tfltz9t5NP7nj&#10;9ipvn/i057/gH9n/AAVvJ/fq39y7/cr/AMBL/wC57zar6vHxot/Zt7I9qr/j+n6/Vrz9JTRXxB8O&#10;rt8Kvw6e3jXt6XGvhrp8f4j8NKf7av8AOv5dFN6F1f3n2r5/70/xr+9j+L/QB4v9LXj/AIPVeT+8&#10;H8N/34H2X29r+b93y30fvavdS29f7rfcVnm/2XL+IfwSfw/6H/8ATH/fjR97+5939j/v2f4Hr+vn&#10;/c+uj0290u/E8ST6nwNXhvT94aNfBq/2Hbp/35rzp4dBu4/tnro+Hz+Lj8vL/Z6ug6v/AL0fxGt0&#10;/wCzP/wjx0lv9LX+h7+D69I0/aeT/f8AHm0/rv6PJbV6r+2jbnj/AL19e+HyafDWX8v3P96L/wAG&#10;o9X+iX7/APd++8dvubceDTb16vZRb+Dr2z/kg6fDm+HxOGhP9xvxaP4q91aeVek+KWv2n1/4z/lr&#10;58ehtzmv+Fbn1fwXV9jVW/iXg/hl/wCEy2/vx4v2/wCC/wDHe/p+21X/AB7s06u/iH223vsf79eH&#10;72o8n+kn+7H95tfjTR/dr+8f+X/wv6+Hxft6vJq/s+8euZ/pdW6eJ/U/Vn/cP6jX+L+00dtKV1Vx&#10;r1/i09PQ18U/6b5evn8/Xy6py7x/gP2nZH94P9Fnk+4qPtv9A3+kj+4Ph9Pl/wBJX+jP/Jv766tP&#10;333f7/2ng8fp1+zUY77/AO+b7zVr0x28/wDdz7vx/ccaf4H+xo1fov8Au3vfj3EN/wDu/wDcMWj6&#10;DxKpTV9b4X9njw9fZ4f2/jpq8+hgmr6aOuuuj8WnTx8qY/bmvDHVYm6f4H/Ax/Bf419v/Ectb+G/&#10;6RfsPuP4W3m+/wD7/f7k/u7f8C9X+TePT4ub+1HB959zUf8AF98XmTw6P4H9n9f3fJ/ymee9vJ5/&#10;7X+b4v7Z2zwfpr3X9J8H/DdNNOfB0/j/AIqd+n4c068deiSmqlP6Hp5Vz/lp0Xjcf93vtMDb/Rr9&#10;/wDYv9//ABb/AEof3v1aR9h9hq/37X92NOr+H/wz0aL/AHnOj2kduaP70Z3wfYebywfcf3a+4+9v&#10;9u2n+838Q/yH7j/jj9rxe+r8+5Mn1/T7VT6TRpl0atOj4U1eHXvrw8T6jy/s86uk1tXx3pr4N6U4&#10;jhX+dM8OhV7v83+gTYv8W/vX/DNCfwz/AE8fw/8Au/o/iDeT/Qp/cn/f3fwLTq+4/i/7nh/R6tHt&#10;un/iX30fm/vf5Pusp9r/AB7+6em3hXz6Psf8m/htvp97z9fF+PYm2zwfHgr+6vF1RU+o8T6v4x/Y&#10;U/Tr/vnX+GlMdXuvErDXx6eMnHR6fh86/b0r9u/3b/uNU/wz/Zdvs/4Ns7+K/wCh3/Sxr8f3jfZ/&#10;bf3u/wBzv99PJ/n/AODfu6dP3Xo9iDh/vP4cn3P8V1Wk/X/A9OnQb/afwj9nxX+n9u/+Htk+N+8G&#10;8D966PFNPovC0V8Zv7bxe/w/9+V7ONPLq8VfBGqmiuNVPDrU+ndX/TYpToq2+v7tf32m+y/uLf77&#10;G38P+lj737n7gaf4z/eD0/xz6a7f5Jp1X/Pss2+f4N/pF21f+F/xL+9WI13/AL+f3k1+A+L7TT/v&#10;1PBbT5fH6L6fJzr95D3v1/8AUPmD/crwvoJdVfo/C/s2pq/0Twv99+Hjw9Ovz6TNT6t6eDXWnCur&#10;j88afSn5dXJfGr+9/wDoW37r/vJ/d7+51V9rb/Qd/cW3nn+4/vF4f+Mn/wAUv5f4T95z4fL4ePt/&#10;dLvwd+5/u18qvN/Hbf7NnDa/8J/hH3P928vr/wCAPr/iXj0/fX/yXT9to9fk98gNu/sLSlNVBw+z&#10;yrin8NfPh1Gt3/yV91411/h/0x/1fb1dtU+L+8mL0fY6v9Ga30/eefwfxKj0aPP+14L38Vv8o/Xq&#10;4t7vb6m8n+ivafi+/wD+Adf4/wCD/beH7j+L5W3g+85+61fp8v8Ak2u9+L+8luWv+VVh8Xxq/T48&#10;bhTUOHh/6D/Bq7q8M9SJtOr91pXVTUafD8vhpn/es/l1re/Mz7P/AGc/t77r/Rpf+N4n7z++H8d+&#10;/wD4V/c3bV/uP4N+3/DravufsP8Acz4LW/se01kv4h93Sfxn/ZitP8Yn0/x3+7H8L0aZdX8R/uH+&#10;9/dTVbXq/ct49Ppv7kjkn90fRLp/dvjaDXwP3nT4jT4v0vGr/B51rivSKbX4jf21a+en/iq/Z8uh&#10;D2t/BP4Nkv7of8Ny6v4JifD/AHa/0g/3789oPt/4d/py/b/v34L/AMO8/wDk+rX5/wB23tL1H2X3&#10;OQ+y/gPk0r9xq/j+v/NnX/Df4/8A5J9zpt9x9txovp5v7mTaf9xbbXp8LVnxfgrrH9np/UrX4qdu&#10;qtO2vVE1eKKav5f5f9VejC4T+8P2WC/vJ/pS+0+/b+Gfff6Lv4do8sX2/wDGv9FP+5z+C+TV/C/4&#10;v+557ef0aPcfK+T+D57/AI8C/wBp6f73/a+Dw+jXrt6f4Zov4NX+Uar6fVb2HN2+l+sh8L6TxP1f&#10;9xfqPFp9Qa08Ts8H+Lz+KmKdaf8Asm06693Dhw864+3zrw6fMT4P70bEt/sxGn+NHy/6Kv4h/Dvv&#10;fHVeL+Na/wBz+O+a333h/wBx/i8fk/a1e6p+x/8Ai8ZT7v8A0If8CJPDrt/DvF44/F9//BOPttNv&#10;tfuP3vu9Pk5v7k3l6vgpo/d2vt/sqegpTV219aY46vLoH3fifWSUrXSOGj0HGuP8tOrhNsW/guP8&#10;P98f+AVL5f4pf7zz/dHz/c/ff8pmu/n8P+T6b+H0affaavXb/Zbtf2X7P94PHr8mjj+DeT9jXq/4&#10;Fef9rTqvx7HM/wBV9AKadWs0r9Pp+I/BXGn11fhrXy6RR+N9GP7bT3f760/F5edPt8uHTDX+X79f&#10;t/8ASdo++b737D7Tx+O0l/vf4p+9/Df+Vf7D93Xe3uDVf3x/htf4P9lrv9zS+H+7X+gjyW+/bxfw&#10;v+JenyXv9x5+fN4/Jxp9oT+9tT6OHZTR+7aVq39jrzp9dWNVetDxdEf9tSv4fDp8Xl50+3Fa9R6T&#10;+E/eQav73X+zzfm/iP8AfTVq8FD5/L4/Ta2nR4PRe/h51+1DQf6TddT4f7savvIPH/cf/ZRf4xr8&#10;kV/J97+19xe+jy/t/cabcafaiT+sP1e1aP3hr1CngfuTX/tNXbq9NWK/Poz/AMY1x1+rrq8vBr+d&#10;Mav5fn1Al/gn2k+j7/T/AAt9X8U/0hfwLTpNrfcfu+L/AIL6/H5L+1Pn/wDSj9x/l/8As6unyUl/&#10;7pf7J39xb7im+3/h/wDdv937m9tduddvNxf2s3L+tni9/wDX7ia+H/Vuvxeej+VMU4469N49Bq/e&#10;VKH/AH1T/jOekjiv4V/Daj7L/RZ9Ml/xfP75/wAO12n8/n/vBz9nq/zX9jx38PFvYeYr+/Xm3Dq/&#10;4c1v5c591/dL/ZcvJ/xeIfL9z4uPJ5f859n/AGtPj/bv7j6X+svhjV/rm01Tf2P7h1cTXRTNa/HT&#10;5UxToqhr4xp+8a1Pw09POuK/binT/m/D4MNp/wBClvHB4v7x/wAQ8d/4LWf5jy+rw6P0ebj7fX/a&#10;t7bsb/e7+7dT4P8Ah3T7f+8tb5f4T/oR/gmrzxfT+If7k/7yXt5fD6b2/F/YVsv3748ej/Xd4/6H&#10;+5/E+Efxf6qVr1a1/wBzJf8Ako1p+H4vz8vt/njqC3j/ALx0Wr/Zfdf9ysd4/B91/GP802q/h/Y/&#10;uTb/AIB+T8Xtz7Tme/j/APGJfuf+HifJ/dKnt9x/o0/iP23nn8f3f8J/yT+B6r21f5X+rX6bey2+&#10;/fnj3Xi/68lfGFafumtdDfH4eK0407acc9aFPqGr+8a+IeFa8POmPt8upWJ0fZjT/oC/4+qq1fw/&#10;z/Z6/JBfweTj+8Fv85p9GvTb8+wbl+60vf8A4dQ1fa5j6/wbw/5w6tWn9v7W9vvP8b24v7QXn721&#10;tq/15dXhn4v3bw/2vbT0rn069Hp1S/7m1/21f9t5dLRf+BL/APMrP+BuK/T/AMCf83F+v/pt/wCV&#10;X/adPsIs94/s2v8A8OD6/wCGx2/vF91/Df8Ai3HT9zp/Z/her6X/AOUW+rj2Hbz6/wAE1/15eA/5&#10;Q9FaHjTy/lTpNP4f0j/7k0qOOvR/xX8uPT7jf1y/8eR/nqn/AItv6/8AgZJ/nf8Am9/x1/5vX9hH&#10;lvt/t2v/ALNZq8NJq/iP8U/h+r7WLVp0fs/bar/b6fT4NGn029gDcvqatq/10q6v9E+npw/o4+zy&#10;pw6K18P6ZacKD+PR/np/D0p6b9R/4t/1b/gN+r/Pv9f8f6/83L+0rkPsfKLf7Md/maD/AIun94vP&#10;/mZr2vx9tf8A4Df82tduPYS3Lxs6v9cWmlvi8KnAemaev5dPrp0Nw/LV1gH6f+XR/wACKn6fp/4F&#10;w/8Aqx/x1/5vafYd5z7fy0+j++trT/8AHz/xPyfo4+08/q8f+r/2n6+wLu2rxWp/W6mP9yNOrj88&#10;/ZTNemxTWKaPi86/5fP/ACdOa/rf9H9n9P6/p/b/AOI/w9pOo0+i38MtoP8AwN8ur/PH/N6vVq/r&#10;/tXsJTV15/e/+2pq/l5f5evfj/0Hj+f/ABfXP2zyafKLf3J/4FN/nvL5r6R9dX/Kb/qvxb2QN8Un&#10;+5XHz/5+6snE08Hj5f6uPXvfNf1p/wAeRf8AGj6/Qf5m/Hj/AK34v7bjp4bU8b4vLh+dfP7Ons/0&#10;eve3OD/Oi/8Ad/6yf5i/k/w/R/bt+r/D2mmr8/hPxf6uHr8+rN58OHn/AKv29e9vyadY/wCAn5/z&#10;fk/r/j+PaUUo/wAPl9n5/P062KUk/LhWn59e9yoraX/zH6h+nX/j+v8A2P0/4p7uKavLgOHHj/g9&#10;Pn04KV/L5/6qde9ymv4Zf83+g/XR47/83bf7z+Le3F+LGnj5/wCr9nTmaj8uP5/6v29e9otr/dD/&#10;AJl9a/OvT919P7NvV/rafdH4PXR5ceP/ABXp8+kw+Nfg/Lj173l/5en/ADAVv/Wza/8AyXpt/sbf&#10;4+2/L/QePT3n/qr/AMV173//2VBLAwQUAAYACAAAACEAZCHef9oAAAAHAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyOzU7DMBCE70i8g7VI3Fq7ASoU4lQViAsnKD/iuI23TkS8jmKnSd4e5wSn2dGsZr5i&#10;N7lWnKkPjWcNm7UCQVx507DV8PH+vLoHESKywdYzaZgpwK68vCgwN37kNzofohWphEOOGuoYu1zK&#10;UNXkMKx9R5yyk+8dxmR7K02PYyp3rcyU2kqHDaeFGjt6rKn6OQxOw/Bk5pfvzxue91/o/el13HbW&#10;an19Ne0fQESa4t8zLPgJHcrEdPQDmyDaxYuoYZVkCbPsNl1HDXdqo0CWhfzPX/4CAAD//wMAUEsD&#10;BBQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrC&#10;MBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14Z&#10;pwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q3&#10;1MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGjTwruVf&#10;j3UvAAAA//8DAFBLAQItABQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAAPgEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ9sX2y5AgAA9AUAAA4AAAAAAAAAAAAA&#10;AAAAPQIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAHrAjHQf3g0AH94NABQAAAAAAAAA&#10;AAAAAAAAIgUAAGRycy9tZWRpYS9pbWFnZTEuanBnUEsBAi0AFAAGAAgAAAAhAGQh3n/aAAAABwEA&#10;AA8AAAAAAAAAAAAAAAAAc+MNAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQA3ncEYugAA&#10;ACEBAAAZAAAAAAAAAAAAAAAAAHrkDQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAG&#10;AAYAfAEAAGvlDQAAAA==&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00545BCC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bernard MT Condensed">
+    <w:panose1 w:val="02050806060905020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Russo One">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002AF" w:usb1="0000000B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Russo One">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11657B3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD7A3F4C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1856,264 +1920,626 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D337C7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F5C2148"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1056903376">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1802575696">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00545BCC"/>
+    <w:rsid w:val="00065B22"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="004F098E"/>
     <w:rsid w:val="00545BCC"/>
+    <w:rsid w:val="00920E9A"/>
+    <w:rsid w:val="00C85342"/>
     <w:rsid w:val="00F900F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1450D987"/>
+  <w15:docId w15:val="{11C7BA3D-EF44-43E9-BDD5-A6376577629B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
@@ -2142,301 +2568,73 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00545BCC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00545BCC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-  </w:style>
-[...31 lines deleted...]
-    <w:rsid w:val="00545BCC"/>
+    <w:rsid w:val="00065B22"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...34 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2682,51 +2880,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>9</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>