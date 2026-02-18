--- v0 (2025-10-20)
+++ v1 (2026-02-18)
@@ -1,2032 +1,2109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="004B5FD4">
+    <w:p w14:paraId="4116189C" w14:textId="06A620D0" w:rsidR="00836FBA" w:rsidRDefault="0040120D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C32B1B2" wp14:editId="0FD7B756">
-[...53 lines deleted...]
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38209453" wp14:editId="54E6FF61">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251752448" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38209453" wp14:editId="503B9AFE">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5422900</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>9121140</wp:posOffset>
+              <wp:posOffset>9102090</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1722755" cy="631825"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1722755" cy="631825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63ED6EE1" wp14:editId="26C39464">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251763712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63ED6EE1" wp14:editId="4A591895">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1981200</wp:posOffset>
+                  <wp:posOffset>1885950</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8737600</wp:posOffset>
+                  <wp:posOffset>8391524</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3251200" cy="1130300"/>
+                <wp:extent cx="3251200" cy="1457325"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Text Box 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3251200" cy="1130300"/>
+                          <a:ext cx="3251200" cy="1457325"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="004B5FD4" w:rsidRPr="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="14ABA240" w14:textId="77777777" w:rsidR="004B5FD4" w:rsidRPr="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="004B5FD4">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="5E83502C" w14:textId="0EE0D91B" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="004B5FD4">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                             </w:pPr>
-                            <w:r>
-                              <w:t>CalBRE Lic #</w:t>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                              <w:t>RE Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                              <w:br/>
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
                             </w:r>
                             <w:r>
                               <w:br/>
-                              <w:t>555.555.5555</w:t>
-[...7 lines deleted...]
-                              <w:t>yourwebsite.com</w:t>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="63ED6EE1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:156pt;margin-top:688pt;width:256pt;height:89pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+hFkgQIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jTAmMVKepATJMQ&#10;oMHEs+vYNJrt8+xrk+6v39lJSsX2wrSX5Hz3+Xz33Y/zi84atlUhNuAqXh5NOFNOQt2454p/f7z+&#10;cMZZROFqYcCpiu9U5BeL9+/OWz9XU1iDqVVg5MTFeesrvkb086KIcq2siEfglSOjhmAF0jE8F3UQ&#10;LXm3pphOJqdFC6H2AaSKkbRXvZEvsn+tlcQ7raNCZipOsWH+hvxdpW+xOBfz5yD8upFDGOIforCi&#10;cfTo3tWVQME2ofnDlW1kgAgajyTYArRupMo5UDbl5FU2D2vhVc6FyIl+T1P8f27l7fY+sKauOBXK&#10;CUslelQdss/QsbPETuvjnEAPnmDYkZqqPOojKVPSnQ42/SkdRnbiebfnNjmTpJxNT0oqGGeSbGU5&#10;m8zoQP6Ll+s+RPyiwLIkVDxQ8TKnYnsTsYeOkPSag+vGmFxA41hb8dPZySRf2FvIuXEJq3IrDG5S&#10;Sn3oWcKdUQlj3DeliYqcQVLkJlSXJrCtoPYRUiqHOfnsl9AJpSmIt1wc8C9RveVyn8f4MjjcX7aN&#10;g5CzfxV2/WMMWfd44vwg7yRit+pyD8zGyq6g3lHBA/QDE728bqgoNyLivQg0IVRImnq8o482QOTD&#10;IHG2hvDrb/qEp8YlK2ctTVzF48+NCIoz89VRS38qj4/TiObD8cnHKR3CoWV1aHEbewlUlZL2i5dZ&#10;THg0o6gD2CdaDsv0KpmEk/R2xXEUL7HfA7RcpFouM4iG0gu8cQ9eJtepSKnlHrsnEfzQl0gtfQvj&#10;bIr5q/bssemmg+UGQTe5dxPPPasD/zTQufuH5ZM2xuE5o15W5OI3AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAHX2rD+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbExPQU7DMBC8I/EHa5G4UacpKVGIU1WR&#10;KiRUDi29cHPibRIRr0PstoHXsz3BbWZnNDuTrybbizOOvnOkYD6LQCDVznTUKDi8bx5SED5oMrp3&#10;hAq+0cOquL3JdWbchXZ43odGcAj5TCtoQxgyKX3dotV+5gYk1o5utDowHRtpRn3hcNvLOIqW0uqO&#10;+EOrByxbrD/3J6vgtdy86V0V2/SnL1+2x/XwdfhIlLq/m9bPIAJO4c8M1/pcHQruVLkTGS96BYt5&#10;zFsCC4unJSO2pPEjg4pPScJIFrn8v6L4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb6&#10;EWSBAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AB19qw/hAAAADQEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:148.5pt;margin-top:660.75pt;width:256pt;height:114.75pt;z-index:251763712;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/n05iaAIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5ykTbcZdYqsRYYB&#10;QVssHXpWZKkxJouaxMTOfn0p2Xkg26XDLjZFfqT4+Kjrm7Y2bKt8qMAWfDQYcqashLKyLwX/8TT/&#10;8ImzgMKWwoBVBd+pwG+m799dNy5XY1iDKZVnFMSGvHEFXyO6PMuCXKtahAE4ZcmowdcC6ehfstKL&#10;hqLXJhsPh1dZA750HqQKgbR3nZFPU3ytlcQHrYNCZgpOuWH6+vRdxW82vRb5ixduXck+DfEPWdSi&#10;snTpIdSdQME2vvojVF1JDwE0DiTUGWhdSZVqoGpGw7NqlmvhVKqFmhPcoU3h/4WV99ule/QM2y/Q&#10;0gBjQxoX8kDKWE+rfR3/lCkjO7Vwd2ibapFJUl6MJyOaBWeSbKPLyUdSxDjZ0d35gF8V1CwKBfc0&#10;l9QusV0E7KB7SLzNwrwyJs3GWNYU/OpiMkwOBwsFNzZiVZpyH+aYepJwZ1TEGPtdaVaVqYKoSPxS&#10;t8azrSBmCCmVxVR8ikvoiNKUxFsce/wxq7c4d3XsbwaLB+e6suBT9Wdplz/3KesOTz0/qTuK2K7a&#10;fqQrKHc0aQ/dEgQn5xVNYyECPgpPrKcJ0ibjA320Aeo69BJna/C//6aPeCIjWTlraIsKHn5thFec&#10;mW+WaPp5dHkZ1y4diBljOvhTy+rUYjf1LdA4RvRmOJnEiEezF7WH+pkWfhZvJZOwku4uOO7FW+x2&#10;mx4MqWazBKJFcwIXdulkDB2nE7n21D4L73pCInH5Hvb7JvIzXnbY6GlhtkHQVSJtbHDX1b7xtKSJ&#10;9v2DEl+B03NCHZ+96SsAAAD//wMAUEsDBBQABgAIAAAAIQCnWHO44wAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ2gQBriVFWkCgnBoaUXbpvYTSL8E2K3DTw9y6kcd2Y0&#10;+025mq1hJz2FwTsJyUIA0671anCdhP375i4HFiI6hcY7LeFbB1hV11clFsqf3VafdrFjVOJCgRL6&#10;GMeC89D22mJY+FE78g5+shjpnDquJjxTuTU8FeKBWxwcfehx1HWv28/d0Up4qTdvuG1Sm/+Y+vn1&#10;sB6/9h+ZlLc38/oJWNRzvIThD5/QoSKmxh+dCsxISJePtCWScZ8mGTCK5GJJUkNSliUCeFXy/yuq&#10;XwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA/n05iaAIAAD4FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCnWHO44wAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAMIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="004B5FD4" w:rsidRPr="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="14ABA240" w14:textId="77777777" w:rsidR="004B5FD4" w:rsidRPr="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="004B5FD4">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="5E83502C" w14:textId="0EE0D91B" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="004B5FD4">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-                        <w:t>CalBRE</w:t>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:t>D</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                      <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                        <w:t>RE Lic #</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-                        <w:t>Lic</w:t>
+                      <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-                        <w:t xml:space="preserve"> #</w:t>
+                      <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                        <w:br/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004B5FD4" w:rsidRPr="0040120D">
+                        <w:br/>
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
-                        <w:t>555.555.5555</w:t>
-[...7 lines deleted...]
-                        <w:t>yourwebsite.com</w:t>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251741184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C32B1B2" wp14:editId="7E78FAE2">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>645160</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8391525</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="954613" cy="1386840"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="6" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="yourimagehere.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="954613" cy="1386840"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="395DBEEB" wp14:editId="5C721C27">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251727872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="395DBEEB" wp14:editId="76393C20">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>215900</wp:posOffset>
+                  <wp:posOffset>263525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8331200</wp:posOffset>
+                  <wp:posOffset>7940675</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7239000" cy="495300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7239000" cy="495300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="6A80ED5E" w14:textId="52B1895C" w:rsidR="004B5FD4" w:rsidRPr="0040120D" w:rsidRDefault="0040120D">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Give me a call today for a listing appoin</w:t>
-[...17 lines deleted...]
-                              <w:t>ment. I’ll help you make smart decisions to get the most out of your home sale.</w:t>
+                              <w:t>To learn how to get the most out of your home on a sale, give me a call today.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="004B5FD4" w:rsidRDefault="004B5FD4"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:17pt;margin-top:656pt;width:570pt;height:39pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIo+bBfgIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+0ig0K6ooWJUTJNQ&#10;W61MfTaOXaLZPs82JOyv79lJKGJ76bSX5Hz3+fP9vrlttCJ74XwFpqDDQU6JMBzKyrwU9Md6+ekz&#10;JT4wUzIFRhT0IDy9nX38cFPbqRjBFlQpHEES46e1Leg2BDvNMs+3QjM/ACsMGiU4zQIe3UtWOlYj&#10;u1bZKM8vsxpcaR1w4T1q71ojnSV+KQUPD1J6EYgqKPoW0tel7yZ+s9kNm744ZrcV79xg/+CFZpXB&#10;R49UdywwsnPVH1S64g48yDDgoDOQsuIixYDRDPOzaJ62zIoUCybH22Oa/P+j5ff7R0eqsqATSgzT&#10;WKK1aAL5Ag2ZxOzU1k8R9GQRFhpUY5V7vUdlDLqRTsc/hkPQjnk+HHMbyTgqr0YX13mOJo628fXk&#10;AmWkz95uW+fDVwGaRKGgDmuXUsr2Kx9aaA+JjxlYVkql+ilD6oJeXkzydOFoQXJlIlakTuhoYkSt&#10;50kKByUiRpnvQmImUgBRkXpQLJQje4bdwzgXJqTYEy+iI0qiE++52OHfvHrP5TaO/mUw4XhZVwZc&#10;iv7M7fJn77Js8Zjzk7ijGJpNk1rgWNgNlAest4N2XrzlywqLsmI+PDKHA4J1xKEPD/iRCjD50EmU&#10;bMH9/ps+4rFv0UpJjQNXUP9rx5ygRH0z2NHXw/E4Tmg6jCdXIzy4U8vm1GJ2egFYlSGuF8uTGPFB&#10;9aJ0oJ9xN8zjq2hihuPbBQ29uAjtGsDdwsV8nkA4k5aFlXmyPFLHIsWWWzfPzNmuLwN29D30o8mm&#10;Z+3ZYuNNA/NdAFml3o15brPa5R/nOXV/t3viwjg9J9Tbhpy9AgAA//8DAFBLAwQUAAYACAAAACEA&#10;2k4BeeIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuFE7KY8S4lRVpAqp&#10;gkNLL9yceJtE+BFitw399WxOcNudHc1+ky9Ha9gJh9B5JyGZCWDoaq8710jYf6zvFsBCVE4r4x1K&#10;+MEAy+L6KleZ9me3xdMuNoxCXMiUhDbGPuM81C1aFWa+R0e3gx+sirQODdeDOlO4NTwV4pFb1Tn6&#10;0Koeyxbrr93RStiU63e1rVK7uJjy9e2w6r/3nw9S3t6MqxdgEcf4Z4YJn9ChIKbKH50OzEiY31OV&#10;SPo8SWmaHMnTpFWT9iwE8CLn/1sUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIo+bB&#10;fgIAAGkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDa&#10;TgF54gAAAA0BAAAPAAAAAAAAAAAAAAAAANgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="395DBEEB" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:20.75pt;margin-top:625.25pt;width:570pt;height:39pt;z-index:251727872;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbRGsHagIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dc6107dtJYWUeuI1eV&#10;oiRqUuWMWYhXZRkKY++6vz4Du34o7SVVLzAw33zMk6vrtjZsq3yowBZ8OMg5U1ZCWdmXgv94Wn76&#10;zFlAYUthwKqC71Tg17OPH64aN1UjWIMplWdEYsO0cQVfI7pplgW5VrUIA3DKklKDrwXS0b9kpRcN&#10;sdcmG+X5edaAL50HqUKg25tOyWeJX2sl8V7roJCZgpNvmFaf1lVcs9mVmL544daV7N0Q/+BFLSpL&#10;jx6obgQKtvHVH1R1JT0E0DiQUGegdSVVioGiGeZvonlcC6dSLJSc4A5pCv+PVt5tH92DZ9h+gZYK&#10;GBPSuDANdBnjabWv406eMtJTCneHtKkWmaTLi9HZZZ6TSpJufDk5I5losqO18wG/KqhZFAruqSwp&#10;W2J7G7CD7iHxMQvLyphUGmNZU/Dzs0meDA4aIjc2YlUqck9z9DxJuDMqYoz9rjSryhRAvEjtpRbG&#10;s62gxhBSKosp9sRL6IjS5MR7DHv80av3GHdx7F8GiwfjurLgU/Rv3C5/7l3WHZ5yfhJ3FLFdtRT4&#10;SWFXUO6o3h66UQhOLisqyq0I+CA89T7VkeYZ72nRBij50EucrcH//tt9xFNLkpazhmap4OHXRnjF&#10;mflmqVkvh+NxHL50GE8uRnTwp5rVqcZu6gVQVYb0cziZxIhHsxe1h/qZxn4eXyWVsJLeLjjuxQV2&#10;E07fhlTzeQLRuDmBt/bRyUgdixRb7ql9Ft71fYnU0XewnzoxfdOeHTZaWphvEHSVejfmuctqn38a&#10;1dT9/bcS/4LTc0IdP7/ZKwAAAP//AwBQSwMEFAAGAAgAAAAhAB5g+YLhAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizCyiGIEvTkDQmRg+tvXgbYAvE3Vlkty366x1Oenvz&#10;5uXNN8V6tkac9eQHRwriVQRCU+PagToFh/ftXQbCB6QWjSOt4Ft7WJfXVwXmrbvQTp/3oRNcQj5H&#10;BX0IYy6lb3pt0a/cqIl3RzdZDDxOnWwnvHC5NTKJokdpcSC+0OOoq143n/uTVfBSbd9wVyc2+zHV&#10;8+txM34dPlKlbm/mzROIoOfwF4YFn9GhZKbanaj1wih4iFNOsp+kEaslEWeLV7O6T7IUZFnI/1+U&#10;vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAbRGsHagIAAEQFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAeYPmC4QAAAA0BAAAPAAAAAAAAAAAA&#10;AAAAAMQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="004B5FD4" w:rsidRDefault="004B5FD4" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="6A80ED5E" w14:textId="52B1895C" w:rsidR="004B5FD4" w:rsidRPr="0040120D" w:rsidRDefault="0040120D">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Give me a call today for a listing appoin</w:t>
-[...17 lines deleted...]
-                        <w:t>ment. I’ll help you make smart decisions to get the most out of your home sale.</w:t>
+                        <w:t>To learn how to get the most out of your home on a sale, give me a call today.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="004B5FD4" w:rsidRDefault="004B5FD4"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33B57E96" wp14:editId="54C61EAD">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33B57E96" wp14:editId="15E4872C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3949700</wp:posOffset>
+                  <wp:posOffset>3952875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4749800</wp:posOffset>
+                  <wp:posOffset>4495800</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3629660" cy="3644900"/>
+                <wp:extent cx="3629660" cy="3409950"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Text Box 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3629660" cy="3644900"/>
+                          <a:ext cx="3629660" cy="3409950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:linkedTxbx id="3" seq="1"/>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:311pt;margin-top:374pt;width:285.8pt;height:287pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiChoFiAIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1OGzEQvlfqO1i+l03CkjYRG5SCqCoh&#10;QCUVZ8drEwvbY2wnu+nTd+zdDRHthaoXezzzzXj+zy9ao8lO+KDAVnR8MqJEWA61sk8V/bm6/vSF&#10;khCZrZkGKyq6F4FeLD5+OG/cXExgA7oWnqARG+aNq+gmRjcvisA3wrBwAk5YFErwhkV8+qei9qxB&#10;60YXk9FoWjTga+eBixCQe9UJ6SLbl1LweCdlEJHoiqJvMZ8+n+t0FotzNn/yzG0U791g/+CFYcri&#10;pwdTVywysvXqD1NGcQ8BZDzhYAqQUnGRY8BoxqM30TxsmBM5FkxOcIc0hf9nlt/u7j1RdUVLSiwz&#10;WKKVaCP5Ci0pU3YaF+YIenAIiy2yscoDPyAzBd1Kb9KN4RCUY573h9wmYxyZp9PJbDpFEUfZ6bQs&#10;Z6Oc/eJV3fkQvwkwJBEV9Vi8nFO2uwkRXUHoAEm/WbhWWucCakuaik5Pz0ZZ4SBBDW0TVuRW6M2k&#10;kDrXMxX3WiSMtj+ExFTkCBIjN6G41J7sGLYP41zYmIPPdhGdUBKdeI9ij3/16j3KXRzDz2DjQdko&#10;Cz5H/8bt+nlwWXZ4TORR3InUyj6LetWu29wJYxxZ8XJU5zXUeyy/h258guPXCkt0w0K8Zx7nBcuK&#10;OyDe4SE1YCmgpyjZgP/1N37CYxujlJIG56+i4WXLvKBEf7fY4LNxWaaBzY/y7PMEH/5Ysj6W2K25&#10;BKxRct3xTCZ81AMpPZhHXBXL9CuKmOX4d0XjQF7GbivgquFiucwgHFHH4o19cDyZTiVLDbhqH5l3&#10;fZdGbPBbGCaVzd80a4dNmhaW2whS5U5OWe+y2lcDxzs3eL+K0v44fmfU68Jc/AYAAP//AwBQSwME&#10;FAAGAAgAAAAhABCS7b7jAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;0xRCGuJUVaQKCdFDSy+9ObGbRNjrELtt4OvZnOA2qxnNvslXozXsogffORQwn0XANNZOddgIOHxs&#10;HlJgPkhU0jjUAr61h1Vxe5PLTLkr7vRlHxpGJegzKaANoc8493WrrfQz12sk7+QGKwOdQ8PVIK9U&#10;bg2PoyjhVnZIH1rZ67LV9ef+bAW8lZut3FWxTX9M+fp+Wvdfh+OTEPd34/oFWNBj+AvDhE/oUBBT&#10;5c6oPDMCkjimLUHA82NKYkrMl4sEWEVqMZm8yPn/FcUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGIKGgWIAgAAeAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhABCS7b7jAAAADQEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="33B57E96" id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:311.25pt;margin-top:354pt;width:285.8pt;height:268.5pt;z-index:251683840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPMzC6dAIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGjEQvlfqf7B8L8srtKAsESVKVSlK&#10;okKVs/HaYMXrcWzDLv31GXuXR2kvqXrZHXu+eX4zvr6pS012wnkFJqe9TpcSYTgUyqxz+nN59+kL&#10;JT4wUzANRuR0Lzy9mX78cF3ZiejDBnQhHEEnxk8qm9NNCHaSZZ5vRMl8B6wwqJTgShbw6NZZ4ViF&#10;3kud9bvdUVaBK6wDLrzH29tGSafJv5SCh0cpvQhE5xRzC+nr0ncVv9n0mk3WjtmN4m0a7B+yKJky&#10;GPTo6pYFRrZO/eGqVNyBBxk6HMoMpFRcpBqwml73oprFhlmRasHmeHtsk/9/bvnDbmGfHAn1V6iR&#10;wNiQyvqJx8tYTy1dGf+YKUE9tnB/bJuoA+F4ORj1x6MRqjjqBsPueHyVGpudzK3z4ZuAkkQhpw55&#10;Se1iu3sfMCRCD5AYzcCd0jpxow2pcjoaoMvfNGihTbwRieXWzSn1JIW9FhGjzQ8hiSpSBfEizZeY&#10;a0d2DCeDcS5MSMUnv4iOKIlJvMewxZ+yeo9xU8chMphwNC6VAZeqv0i7eDmkLBs8NvKs7ihqZV5E&#10;saxXNZaf0z5uo3g943kFxR7pd9Bshrf8TiFF98yHJ+ZwFZBWXO/wiB+pAamAVqJkA+7X3+4jHicU&#10;tZRUuFo59a9b5gQl+rvB2R33hsO4i+kwvPrcx4M716zONWZbzgE56mHqlicx4oM+iNJB+YyvwCxG&#10;RRUzHGPnNBzEeWgWHl8RLmazBMLtsyzcm4Xl0XWkLA7gsn5mzrZTGnDAH+CwhGxyMawNNloamG0D&#10;SJUmOXa96WrLBm5uGvD2lYlPw/k5oU5v4fQNAAD//wMAUEsDBBQABgAIAAAAIQCq5DIk5AAAAA0B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqB2rKWkap6oiVUgIFi3dsHNiN4nw&#10;I8RuG/h6pquym9Ec3Tm3WE/WkLMeQ++dgGTGgGjXeNW7VsDhY/uUAQlROiWNd1rAjw6wLu/vCpkr&#10;f3E7fd7HlmCIC7kU0MU45JSGptNWhpkftMPb0Y9WRlzHlqpRXjDcGsoZW1Are4cfOjnoqtPN1/5k&#10;BbxW23e5q7nNfk318nbcDN+Hz1SIx4dpswIS9RRvMFz1UR1KdKr9yalAjIAF5ymiAp5ZhqWuRLKc&#10;J0BqnPg8ZUDLgv5vUf4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATzMwunQCAABTBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAquQyJOQAAAAN&#10;AQAADwAAAAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent/>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A9E8181" wp14:editId="1DDAF514">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251634688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A9E8181" wp14:editId="33ED4CA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>215900</wp:posOffset>
+                  <wp:posOffset>219075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4749800</wp:posOffset>
+                  <wp:posOffset>4495799</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3632200" cy="3479800"/>
-                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:extent cx="3632200" cy="3324225"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3632200" cy="3479800"/>
+                          <a:ext cx="3632200" cy="3324225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx id="3">
                         <w:txbxContent>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="5CABDF25" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                                <w:szCs w:val="20"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="B00C28"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                               <w:t>Keep all buyers in mind.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Make improvements which appeal to the largest number of buyers. Stay away from renovations that drastically alter the property. For example, swimming pools rarely add enough value to the home to recover installation costs. They also make some buyers apprehensive due to upkeep and the danger posed to small children.</w:t>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> For example, swimming pools rarely add enough value to recover installation costs. The upkeep and the danger posed to children also make some buyers apprehensive.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="489C7ADD" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                                <w:szCs w:val="20"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                             </w:pPr>
-                          </w:p>
-[...14 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="B00C28"/>
-[...3 lines deleted...]
-                              <w:t xml:space="preserve">Be the best, but only just. </w:t>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>Be the best, but no more.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t>Apply improvements you find in homes of similar value. Recent home sale prices in your neighborhood influence the appraisal of your home, potentially making improvements like marble countertops and pricey lighting fixtures unlikely payoffs.</w:t>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t> Make only the improvements you find in similar homes in your neighborhood. Recent prices of comparable properties set the current value of your home, making pricey improvements like marble countertops and fancy lighting fixtures unlikely to pay off.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="362243C2" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                                <w:szCs w:val="20"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                             </w:pPr>
-                          </w:p>
-[...14 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="B00C28"/>
-[...3 lines deleted...]
-                              <w:t>Don’t subtract value with add-ons.</w:t>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>Don’t reduce value with add-ons.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Expanding your home beyond the original floor plan is costly. The room addition will push buyers towards similar, unaltered properties in the area.</w:t>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t> Expanding your home beyond the original floor plan is costly. A room addition tends to focus buyers on other similar but unaltered properties in the area.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="5B8E2A4A" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                                <w:szCs w:val="20"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                             </w:pPr>
-                          </w:p>
-[...14 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:color w:val="B00C28"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                               <w:t>Evaluate the cost-to-value.</w:t>
                             </w:r>
-                            <w:r>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> Seek the maximum return on your investment. Pick projects that offer an 85% return or better, such as:</w:t>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t> Seek the maximum return on your investment with smart achievable projects such as:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
-[...341 lines deleted...]
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                          <w:p w14:paraId="77F9374A" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="6"/>
+                                <w:numId w:val="11"/>
                               </w:numPr>
-                              <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:jc w:val="both"/>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C07A8D">
-[...3 lines deleted...]
-                                <w:szCs w:val="20"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">upgrading the garage </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>door;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="2ECB0CFE" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="11"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>replacing the entry door with a 20-gauge steel door; or</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3EBE3089" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="11"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>converting the attic into a bedroom.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2158BD74" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>Focus on the essentials.</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t> Choose projects which improve the home’s basic function – shelter – over aesthetics and expansion. Prudent maintenance projects include:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6468E221" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">fixing leaky </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>faucets;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="26B807C6" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>repairing window seals and worn cupboards; and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7D0EED19" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>replacing torn window screens.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="40AAE4CC" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>Boost your curb appeal!</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t> The exterior of your home makes the first impression. Get buyers in the door by:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="771844BE" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">applying a fresh coat of </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>paint;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="791216AB" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">cleaning oil stains from the </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>driveway;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="45FCA2D2" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">mowing or planting </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>grass;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="07FF2025" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                              <w:t>removing unsightly shrubs and weeds; and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="36C02376" w14:textId="2E06D503" w:rsidR="00C07A8D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                            <w:pPr>
+                              <w:pStyle w:val="ListParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="13"/>
+                              </w:numPr>
+                              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="19"/>
+                                <w:szCs w:val="19"/>
                               </w:rPr>
                               <w:t>repairing cracked walkways.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:17pt;margin-top:374pt;width:286pt;height:274pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCP1dL5gAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51XX0GdImvRYUDR&#10;FmuHnhVZaoxJoiYxsbNfP0q206DbpcMuNkV+osiPj4vL1hq2VSHW4Eo+PhpxppyEqnYvJf/+dPPp&#10;jLOIwlXCgFMl36nILxcfP1w0fq4msAZTqcDIiYvzxpd8jejnRRHlWlkRj8ArR0YNwQqkY3gpqiAa&#10;8m5NMRmNTooGQuUDSBUjaa87I19k/1orifdaR4XMlJxiw/wN+btK32JxIeYvQfh1LfswxD9EYUXt&#10;6NG9q2uBgm1C/YcrW8sAETQeSbAFaF1LlXOgbMajN9k8roVXORciJ/o9TfH/uZV324fA6qrkU86c&#10;sFSiJ9Ui+wwtmyZ2Gh/nBHr0BMOW1FTlQR9JmZJudbDpT+kwshPPuz23yZkk5fRkOqGCcSbJNp2d&#10;np/RgfwXr9d9iPhFgWVJKHmg4mVOxfY2YgcdIOk1Bze1MbmAxrGm5CfT41G+sLeQc+MSVuVW6N2k&#10;lLrQs4Q7oxLGuG9KExU5g6TITaiuTGBbQe0jpFQOc/LZL6ETSlMQ77nY41+jes/lLo/hZXC4v2xr&#10;ByFn/ybs6scQsu7wxPlB3knEdtXmHpgMlV1BtaOCB+gGJnp5U1NRbkXEBxFoQqiQNPV4Tx9tgMiH&#10;XuJsDeHX3/QJT41LVs4amriSx58bERRn5qujlj4fz2ZpRPNhdnw6oUM4tKwOLW5jr4CqMqb94mUW&#10;Ex7NIOoA9pmWwzK9SibhJL1dchzEK+z2AC0XqZbLDKKh9AJv3aOXyXUqUmq5p/ZZBN/3JVJL38Ew&#10;m2L+pj07bLrpYLlB0HXu3cRzx2rPPw107v5++aSNcXjOqNcVufgNAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/Mky/4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqEMoIQ1xqipS&#10;hYTooaWX3px4m0TE6xC7beDrWU5wm9GOZt/ky8n24oyj7xwpuJ9FIJBqZzpqFOzf13cpCB80Gd07&#10;QgVf6GFZXF/lOjPuQls870IjuIR8phW0IQyZlL5u0Wo/cwMS345utDqwHRtpRn3hctvLOIoSaXVH&#10;/KHVA5Yt1h+7k1XwWq43elvFNv3uy5e342r43B8elbq9mVbPIAJO4S8Mv/iMDgUzVe5ExotewcOc&#10;pwQFT/OUBQeSKGFRcTJesJJFLv9vKH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAj9XS&#10;+YACAABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;vzJMv+EAAAALAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="2A9E8181" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:17.25pt;margin-top:354pt;width:286pt;height:261.75pt;z-index:251634688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVAo3wbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X504abcFcYqsRYcB&#10;RVusHXpWZCkxJouaxMTOfn0p2U6CbpcOu0iU+Ejx8UPzy7Y2bKd8qMAWfHw24kxZCWVl1wX/8XTz&#10;4RNnAYUthQGrCr5XgV8u3r+bN26mctiAKZVn5MSGWeMKvkF0sywLcqNqEc7AKUtKDb4WSEe/zkov&#10;GvJemywfjS6yBnzpPEgVAt1ed0q+SP61VhLvtQ4KmSk4xYZp9WldxTVbzMVs7YXbVLIPQ/xDFLWo&#10;LD16cHUtULCtr/5wVVfSQwCNZxLqDLSupEociM149IrN40Y4lbhQcoI7pCn8P7fybvfoHjzD9gu0&#10;VMCYkMaFWaDLyKfVvo47RcpITyncH9KmWmSSLicXk5xqwZkk3WSST/P8PPrJjubOB/yqoGZRKLin&#10;uqR0id1twA46QOJrFm4qY1JtjGVNwS8m56NkcNCQc2MjVqUq926OoScJ90ZFjLHflWZVmRjEi9Rf&#10;6sp4thPUGUJKZTGRT34JHVGagniLYY8/RvUW447H8DJYPBjXlQWf2L8Ku/w5hKw7POX8hHcUsV21&#10;RLzg+VDZFZR7KriHbhaCkzcVFeVWBHwQnpqfCkkDjfe0aAOUfOglzjbgf//tPuKpJ0nLWUPDVPDw&#10;ayu84sx8s9Stn8fTaZy+dJief8zp4E81q1ON3dZXQFUZ09fhZBIjHs0gag/1M839Mr5KKmElvV1w&#10;HMQr7Eac/g2plssEonlzAm/to5PRdSxSbLmn9ll41/clUkvfwTB2YvaqPTtstLSw3CLoKvVuzHOX&#10;1T7/NKup+/t/JX4Gp+eEOv5+ixcAAAD//wMAUEsDBBQABgAIAAAAIQAHybBS4gAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqN2UhCjEqapIFRKCRUs37Jx4mkT4EWK3DXw9&#10;wwqWM3N059xyPVvDzjiFwTsJy4UAhq71enCdhMPb9i4HFqJyWhnvUMIXBlhX11elKrS/uB2e97Fj&#10;FOJCoST0MY4F56Ht0aqw8CM6uh39ZFWkceq4ntSFwq3hiRAZt2pw9KFXI9Y9th/7k5XwXG9f1a5J&#10;bP5t6qeX42b8PLynUt7ezJtHYBHn+AfDrz6pQ0VOjT85HZiRsLpPiZTwIHLqREAmMto0RCarZQq8&#10;Kvn/DtUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABUCjfBuAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAfJsFLiAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox style="mso-next-textbox:#Text Box 4">
                   <w:txbxContent>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="5CABDF25" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                          <w:szCs w:val="20"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="B00C28"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                         <w:t>Keep all buyers in mind.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Make improvements which appeal to the largest number of buyers. Stay away from renovations that drastically alter the property. For example, swimming pools rarely add enough value to the home to recover installation costs. They also make some buyers apprehensive due to upkeep and the danger posed to small children.</w:t>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> For example, swimming pools rarely add enough value to recover installation costs. The upkeep and the danger posed to children also make some buyers apprehensive.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="489C7ADD" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                          <w:szCs w:val="20"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                       </w:pPr>
-                    </w:p>
-[...14 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="B00C28"/>
-[...3 lines deleted...]
-                        <w:t xml:space="preserve">Be the best, but only just. </w:t>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>Be the best, but no more.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t>Apply improvements you find in homes of similar value. Recent home sale prices in your neighborhood influence the appraisal of your home, potentially making improvements like marble countertops and pricey lighting fixtures unlikely payoffs.</w:t>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t> Make only the improvements you find in similar homes in your neighborhood. Recent prices of comparable properties set the current value of your home, making pricey improvements like marble countertops and fancy lighting fixtures unlikely to pay off.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="362243C2" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                          <w:szCs w:val="20"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                       </w:pPr>
-                    </w:p>
-[...14 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="B00C28"/>
-[...3 lines deleted...]
-                        <w:t>Don’t subtract value with add-ons.</w:t>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>Don’t reduce value with add-ons.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Expanding your home beyond the original floor plan is costly. The room addition will push buyers towards similar, unaltered properties in the area.</w:t>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t> Expanding your home beyond the original floor plan is costly. A room addition tends to focus buyers on other similar but unaltered properties in the area.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="5B8E2A4A" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...6 lines deleted...]
-                          <w:szCs w:val="20"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                       </w:pPr>
-                    </w:p>
-[...14 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
-                          <w:color w:val="B00C28"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                         <w:t>Evaluate the cost-to-value.</w:t>
                       </w:r>
-                      <w:r>
-[...5 lines deleted...]
-                        <w:t xml:space="preserve"> Seek the maximum return on your investment. Pick projects that offer an 85% return or better, such as:</w:t>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t> Seek the maximum return on your investment with smart achievable projects such as:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
-[...341 lines deleted...]
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="004B5FD4">
+                    <w:p w14:paraId="77F9374A" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="6"/>
+                          <w:numId w:val="11"/>
                         </w:numPr>
-                        <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:jc w:val="both"/>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C07A8D">
-[...3 lines deleted...]
-                          <w:szCs w:val="20"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">upgrading the garage </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>door;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="2ECB0CFE" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="11"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>replacing the entry door with a 20-gauge steel door; or</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3EBE3089" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="11"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>converting the attic into a bedroom.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2158BD74" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>Focus on the essentials.</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t> Choose projects which improve the home’s basic function – shelter – over aesthetics and expansion. Prudent maintenance projects include:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6468E221" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">fixing leaky </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>faucets;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="26B807C6" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>repairing window seals and worn cupboards; and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7D0EED19" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>replacing torn window screens.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="40AAE4CC" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>Boost your curb appeal!</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t> The exterior of your home makes the first impression. Get buyers in the door by:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="771844BE" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">applying a fresh coat of </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>paint;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="791216AB" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">cleaning oil stains from the </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>driveway;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="45FCA2D2" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">mowing or planting </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>grass;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="07FF2025" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                        <w:t>removing unsightly shrubs and weeds; and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="36C02376" w14:textId="2E06D503" w:rsidR="00C07A8D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
+                      <w:pPr>
+                        <w:pStyle w:val="ListParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="13"/>
+                        </w:numPr>
+                        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="19"/>
+                          <w:szCs w:val="19"/>
                         </w:rPr>
                         <w:t>repairing cracked walkways.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F28D134" wp14:editId="1BEE9388">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251585536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F28D134" wp14:editId="7BABC848">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>215900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4279900</wp:posOffset>
+                  <wp:posOffset>4041775</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7239000" cy="469900"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7239000" cy="469900"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+                          <w:p w14:paraId="1A47ACD7" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="0040120D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Home improvements add value to your home, making it more appealing to potential homebuyers. Here are some tips for improving wisely!</w:t>
+                              <w:t xml:space="preserve">Home improvements add value to your home. When used wisely, they make it more practical and appealing to potential homebuyers. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D"/>
+                          <w:p w14:paraId="793AF9A8" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:17pt;margin-top:337pt;width:570pt;height:37pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMkmSzfAIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3bStFuDOkXWosOA&#10;oi3WDj0rstQYk0RNYmJnXz9KttOg26XDLjZFPlLkI6nzi84atlUhNuAqPjkqOVNOQt2454p/f7z+&#10;8ImziMLVwoBTFd+pyC8W79+dt36uprAGU6vAKIiL89ZXfI3o50UR5VpZEY/AK0dGDcEKpGN4Luog&#10;WopuTTEty9OihVD7AFLFSNqr3sgXOb7WSuKd1lEhMxWn3DB/Q/6u0rdYnIv5cxB+3cghDfEPWVjR&#10;OLp0H+pKoGCb0PwRyjYyQASNRxJsAVo3UuUaqJpJ+aqah7XwKtdC5ES/pyn+v7DydnsfWFNXfMqZ&#10;E5Za9Kg6ZJ+hY9PETuvjnEAPnmDYkZq6POojKVPRnQ42/akcRnbiebfnNgWTpPw4PT4rSzJJss1O&#10;z+iQwhQv3j5E/KLAsiRUPFDvMqViexOxh46QdJmD68aY3D/jWFvx0+OTMjvsLRTcuIRVeRKGMKmi&#10;PvMs4c6ohDHum9LERC4gKfIMqksT2FbQ9AgplcNce45L6ITSlMRbHAf8S1Zvce7rGG8Gh3tn2zgI&#10;ufpXadc/xpR1jyfOD+pOInarbuj0CuodNTpAvyjRy+uGunEjIt6LQJtBDaRtxzv6aAPEOgwSZ2sI&#10;v/6mT3gaWLJy1tKmVTz+3IigODNfHY3y2WQ2S6uZD7OTj1M6hEPL6tDiNvYSqB0Tele8zGLCoxlF&#10;HcA+0aOwTLeSSThJd1ccR/ES+/2nR0Wq5TKDaBm9wBv34GUKnbqTZu2xexLBDwOJNMq3MO6kmL+a&#10;yx6bPB0sNwi6yUObCO5ZHYinRc5jPzw66aU4PGfUy9O4+A0AAP//AwBQSwMEFAAGAAgAAAAhALgN&#10;gVzhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNkHiTLYjQ1E4JaUJMjB5A&#10;Lt6m3aFt6O7W7gLVX+/Wi97ey7y8+V66HnQrLty7xhqE2TQCwaa0qjEVwuF9ex+DcJ6MotYaRvhi&#10;B+vs9ialRNmr2fFl7ysRSoxLCKH2vkukdGXNmtzUdmzC7Wh7TT7YvpKqp2so162cR9FSampM+FBT&#10;x3nN5Wl/1ggv+faNdsVcx99t/vx63HSfh49HxLvJsHkC4Xnwf2EY8QM6ZIGpsGejnGgRHhZhikdY&#10;rkYxBma/qkBYLeIIZJbK/xuyHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMkmSzfAIA&#10;AGIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC4DYFc&#10;4QAAAAsBAAAPAAAAAAAAAAAAAAAAANYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="3F28D134" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:17pt;margin-top:318.25pt;width:570pt;height:37pt;z-index:251585536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACA08TbAIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+18tF2DOkXWosOA&#10;oi3WDj0rspQYk0VNYmJnv76UbCdBt0uHXSRKfKTIR1KXV21t2Fb5UIEt+Ogk50xZCWVlVwX/8Xz7&#10;6TNnAYUthQGrCr5TgV/NP364bNxMjWENplSekRMbZo0r+BrRzbIsyLWqRTgBpywpNfhaIB39Kiu9&#10;aMh7bbJxnp9lDfjSeZAqBLq96ZR8nvxrrSQ+aB0UMlNwig3T6tO6jGs2vxSzlRduXck+DPEPUdSi&#10;svTo3tWNQME2vvrDVV1JDwE0nkioM9C6kirlQNmM8jfZPK2FUykXIie4PU3h/7mV99sn9+gZtl+g&#10;pQJGQhoXZoEuYz6t9nXcKVJGeqJwt6dNtcgkXZ6PJxd5TipJuunZBR2im+xg7XzArwpqFoWCeypL&#10;Ykts7wJ20AESH7NwWxmTSmMsawp+NjnNk8FeQ86NjViVity7OUSeJNwZFTHGfleaVWVKIF6k9lLX&#10;xrOtoMYQUiqLKffkl9ARpSmI9xj2+ENU7zHu8hheBot747qy4FP2b8Iufw4h6w5PnB/lHUVsly0l&#10;XvDJUNgllDuqt4duFIKTtxUV5U4EfBSeep/qSPOMD7RoA0Q+9BJna/C//3Yf8dSSpOWsoVkqePi1&#10;EV5xZr5ZataL0XQahy8dpqfnYzr4Y83yWGM39TVQVUb0cziZxIhHM4jaQ/1CY7+Ir5JKWElvFxwH&#10;8Rq7CadvQ6rFIoFo3JzAO/vkZHQdixRb7rl9Ed71fYnU0fcwTJ2YvWnPDhstLSw2CLpKvRt57ljt&#10;+adRTd3ffyvxLzg+J9Th85u/AgAA//8DAFBLAwQUAAYACAAAACEAsYVY6eIAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTlqRVGqeqIlVICA4tvXDbxG4S1V6H2G0DX49z&#10;guPsjGbf5JvRaHZVg+ssCYhnETBFtZUdNQKOH7unFTDnkSRqS0rAt3KwKe7vcsykvdFeXQ++YaGE&#10;XIYCWu/7jHNXt8qgm9leUfBOdjDogxwaLge8hXKj+TyKUm6wo/ChxV6VrarPh4sR8Fru3nFfzc3q&#10;R5cvb6dt/3X8TIR4fBi3a2Bejf4vDBN+QIciMFX2QtIxLWDxHKZ4AekiTYBNgXg5nSoByzhKgBc5&#10;/7+h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQACA08TbAIAAEQFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCxhVjp4gAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D" w:rsidP="00C07A8D">
+                    <w:p w14:paraId="1A47ACD7" w14:textId="77777777" w:rsidR="0040120D" w:rsidRPr="0040120D" w:rsidRDefault="0040120D" w:rsidP="0040120D">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="0040120D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Home improvements add value to your home, making it more appealing to potential homebuyers. Here are some tips for improving wisely!</w:t>
+                        <w:t xml:space="preserve">Home improvements add value to your home. When used wisely, they make it more practical and appealing to potential homebuyers. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D"/>
+                    <w:p w14:paraId="793AF9A8" w14:textId="77777777" w:rsidR="00C07A8D" w:rsidRDefault="00C07A8D"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D33C3F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="443F040F" wp14:editId="408B8BB7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251564032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="443F040F" wp14:editId="2DD0A9B9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-12700</wp:posOffset>
+                  <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-101600</wp:posOffset>
+                  <wp:posOffset>-104775</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="7818120" cy="4361180"/>
-                <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+                <wp:extent cx="7772400" cy="4114800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="7818120" cy="4361180"/>
+                          <a:ext cx="7772400" cy="4114800"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8">
+                        <a:blipFill>
+                          <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1pt;margin-top:-8pt;width:615.6pt;height:343.4pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDFdExIKwMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1v2yAUfZ+0/4B4&#10;T21nbpNadaosaadKUVu1nfpMMI6RMDAgX5v233cBO+naapOm5YFc4HI/Dofji8tdK9CGGcuVLHF2&#10;kmLEJFUVl6sSf326Howxso7IigglWYn3zOLLyccPF1tdsKFqlKiYQRBE2mKrS9w4p4sksbRhLbEn&#10;SjMJm7UyLXEwNaukMmQL0VuRDNP0LNkqU2mjKLMWVudxE09C/Lpm1N3VtWUOiRJDbS6MJoxLPyaT&#10;C1KsDNENp10Z5B+qaAmXkPQQak4cQWvD34RqOTXKqtqdUNUmqq45ZaEH6CZLX3Xz2BDNQi8AjtUH&#10;mOz/C0tvN/cG8QruDiNJWriiBwCNyJVgKPPwbLUtwOtR35tuZsH0ve5q0/p/6ALtAqT7A6Rs5xCF&#10;xdE4G2dDQJ7CXv7pLMvGAfTkeFwb674w1SJvlNhA+gAl2Sysg5Tg2rv4bEvB9TUXAlUa4IXIRrln&#10;7poAlm+jd+rggsv+O6niRcwVXbdMusgswwRxQGvbcG0hTcHaJQOgzE0Vk0CPUKFP57sNt/1jOJ6m&#10;6fnw82B2ms4GeTq6GkzP89FglF6N8jQfZ7Ns9tOXmOXF2rKFokTMNe+pl+Vvqn2XMd0jiKQJ5EMb&#10;EigeAYOCAnB9iYChx83Xag31Nwx+YDvDHG28WQOk3To4Hza6gx5w7yWkH6Xy85jJrySeI5EVwXJ7&#10;waL3A6uBXMCDYbiW8KzZTJhYLaEU0I5g2oZULC6fpvDz1POFeCHwJ8JMSAh4rLaL3QXoPX+PHcPE&#10;7sJRFlThUFj6p8Li4cOJkFlJdzjccqnMewEEdNVljv49SBEaj9JSVXt4esDewGKr6TWHB7Ag1t0T&#10;AyIE1AZhdXcw1EJtS6w6C6NGme/vrXt/IBDsYrQFUSux/bYmhmEkbiSoxnmW514FwyQ/HfmHaV7u&#10;LF/uyHU7U0AqUAaoLpje34nerI1qn0F/pz4rbBFJIXeJqTP9ZOai2IKCUzadBjdQPk3cQj5q2r9X&#10;/8Cfds/E6E4FHDD3VvUCSIpXYhB9Ixena6dqHpTiiGuHN6hmIE6n8F6WX86D1/E7NPkFAAD//wMA&#10;UEsDBBQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SP&#10;ywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGR&#10;k14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5Yya&#10;B5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGjTw&#10;ruVfj3UvAAAA//8DAFBLAwQUAAYACAAAACEA6Yje0uEAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF70j8h8hI3LZ0OZRRmk6A2CQkJMTGgWPWmLaQOFWTrR2/Hu8EJ9t6T8/fK1eTd+KI&#10;Q+wCaVjMMxBIdbAdNRred+vZEkRMhqxxgVDDCSOsqsuL0hQ2jPSGx21qBIdQLIyGNqW+kDLWLXoT&#10;56FHYu0zDN4kPodG2sGMHO6dVFmWS2864g+t6fGxxfp7e/AaHtTHab0Zn752L/nza+1U8JufoPX1&#10;1XR/ByLhlP7McMZndKiYaR8OZKNwGmaKqySei5yXs0GpWwViryG/yZYgq1L+71D9AgAA//8DAFBL&#10;AwQKAAAAAAAAACEAE3wwPQmSFwAJkhcAFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4RqoRXhp&#10;ZgAATU0AKgAAAAgABwESAAMAAAABAAEAAAEaAAUAAAABAAAAYgEbAAUAAAABAAAAagEoAAMAAAAB&#10;AAIAAAExAAIAAAAiAAAAcgEyAAIAAAAUAAAAlIdpAAQAAAABAAAAqAAAANQAFuNgAAAnEAAW42AA&#10;ACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpADIwMTU6MDg6MTIgMTI6NTk6MzgA&#10;AAOgAQADAAAAAf//AACgAgAEAAAAAQAABPugAwAEAAAAAQAAAtMAAAAAAAAABgEDAAMAAAABAAYA&#10;AAEaAAUAAAABAAABIgEbAAUAAAABAAABKgEoAAMAAAABAAIAAAIBAAQAAAABAAABMgICAAQAAAAB&#10;AAAZbgAAAAAAAABIAAAAAQAAAEgAAAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/&#10;2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAFsAoAMBIgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEB&#10;AQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIE&#10;AgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRai&#10;soMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dn&#10;d4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi&#10;4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl&#10;9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AAVFr76xB3HvOgJP0fd/o3O2+9U2&#10;WWu+smOwAOAa4Bsl3Fb9JV2+/EZ1MVU2sfaWPeWtMkE7fe/+0qWZdRj/AFlpyG2NbUxmrgQWj9C+&#10;mt3s+l7/AGqnEfkWzIGOhBiQRodEfW+rfWHpmVbXd9mpptc77MbIJLGn6X0t3qN3e/cs3/nZ1dzy&#10;318SX7WgV1hscNbt2t2tVzMuqzej4FGSwXZVR9J7nS0srmRcH/Sf+ia1vt9702O/DxTXXj42ykyL&#10;bCCTH5jv0jWO+mpQAKBjf5aLDZsiX8W3mM6pjY+G/OFYs9V4sawg+4yWNdt9m32/mexbODl5D8x2&#10;O21jMZtQfIa5z3WEeo5vFjmenv8A9GuT647qPUcjIsw67LsZz2vGhaQ2tpa3Q/13rpOn43UMt9v7&#10;MYLXXMrfdVtqcS1rhbU4tyPd+jubv/41ICqsb+Ct7ro9d0GsV1dXYHFw9Jhkte3Utu49VjFi9O/5&#10;Fzfh/wCi1qfVbE6pi4XV259Bxw5rXVt9NlbSRW9j3NFHtd7WVMWV00/5Fzf9f8Gm5vlHkyYPmKf6&#10;tx+wvH9Tdp/1oqjXgudtDHVukR9Lwj6X01d+rbiOit28/ZDEf8WVWAo2tADzI95NQOukaGn3KOYB&#10;ItmxXRpEen2EBxrBaSWyCIluhb9FV7On8EVkEnsRrHb81XWGkTBIMe79G0e32/R9g938hImlrJ3O&#10;4d+5xH6P2/8AVJhgOjKJVu1fq19qf1CzGyLrX1BxYanWOcyHUWu/m3Oc36Q3LrPqRj1N6eMnaPXu&#10;rZ6lg0mJPH0W/SXK/VdzXdXsIJP6VoM+JouXW/Ukz0ir+o1OwQHuiVa1/wBzFi5kn25AbX/3TZDD&#10;Gp/Bcf8AWXN+sNf1idg9LyNjLGVurqLWH3FhfZ+ku/qLtQz28lcn1toH1vqd/Ir/APPdivQgCdXP&#10;lIgWrpebk0YZZ1hr8jqDLLbbGV17yWOrNVT2eiPSf+j9v6L/AIv+cQs7L6tlUUN6Fc0ZLLbjksca&#10;9zWWuF1W71T6fv3bv0T1lfWjEwb8llmbX6rKqqyAXubta59zbnN2O9vtDH2f8Wrv1XxMfEx7asNo&#10;ZV6tZADt2pqqsdL/AM732PT+EE8NBZxGuK3S+pGf1LOOY7Pv9csFXpe0N2h3qF+jPb+YxdTBjlcn&#10;9RBDs0D92n8DauujTkphiAdF4Nh//9Dj8PEy7Otfs46Zj7X4u2zb/Oy6prT625jf0o9q3Luh9UxL&#10;W42axuK6mprbDa9oaRzLbGusrd/YXW24/wDi2yuo39Xs9V+RU2u264sygxmjaqMj+bbX6lm1npv/&#10;AMJ/OrQd/wAyKuluda9xws/22F7b3PsEzFu5n2lm1zf+D9NQm/0TEeJP7GY5oHWZN/293A6D9Tei&#10;dQbW/M6ox9riQMSlzWu00hvqufZ2/wBDWtnqH1B+q2NjPuyci3Gqb9Kx72bf+lX9J/7qNg9A+pvX&#10;GWZuM27IaS0G6x2QxoAENqqbkenV7G+x+xnqf6b9Ii9U+r31Vwsb7b1J9/2fF2gOddfZsBPpt2V1&#10;use33P8AzGojjrXhP9a1pljOoMgPIH/nPnWdi9LqyLKumu+044bLci2pzS4+7dWysS5u3/S7Kv8A&#10;ilt/V/OZ07qOPl2Ne9noeh6dLTY8vdwG1t97ls9O6X/i/wAn1zgPuf8AZ5feA7IG0Pc5xfteG+zf&#10;v+gtFg+qPQCSLn41mazYx02ue5slv6H2vs+l+4kQdDxAeKvcgBfTx/i2cHrGF1fG6hfh2Oe2uhrH&#10;tc1zS1wbdP0xt/zVy/TT/kXN/wBf8Gt3D639Tek9NPTsa+z7KGvcWtryLXbXn9I7e2qyz89VsXO+&#10;oXp2YWNda9tzix4Dck6tAqf+k2e3Y0/TTJxMogcUb66rsefFGRN+m9Nmj9Xf+RBBg/Y3RrEfonLK&#10;FssaG1MadogujXjna1y6LC6r9QMbGOPRkWNpFfpe5uTq1wNWxrn1+6xzf3f0iEGf4vHk1ttueaqf&#10;tED7U4+nuZRugN+k2y2tj6v51NnikSKMftZcXNYY2JE2f7p/7pwhkxEenroCASJ0/q+32pzmua0m&#10;Q36eoEake7kO9v7q2WV/4unPdWLb99ZG4H7WNpfu2fmbffscpNx/8XTniHXO1jQZe35ua3amnFIa&#10;GUR5leee5cb3f+D/AN84n1TeD1V+sgXVD4TVeuu+ozo6Y2p3tsaxu5h0cNXfSb9JUaHfUCr3Y11m&#10;PEuL2jIYfaNnusczd+f7Nzls9A/YQyL29Lsuss2MNvqesRtl3p7HZLdn730E/HCpipRNDodf3WHJ&#10;zOLJGQB9R2H14mwGjauU68XN+tLHsr9VwrrivcGT7LPz3+xq6r2bey5frRj6248921/9TaFbGjVO&#10;qCyy5+YHv6aHOFBADrapj1B79+3+ztSw7simy5tXTw1vrBwY26pobNdPt+j+d9Pd/LV2xwOewEc4&#10;7x/4JWpYxd9qyI/0zO3/AAOOjxBbwnsGt9R/53NH8mrT52rrIC5L6kH9Y6gPBrP+quXWSyO34IHd&#10;eH//0ek+rvQekZ/1fwbMml1rMc3Fo3vAkWObFldJax+z0W+xv6Nn+CQMxz7c2cWp19lQ3ua0/Z8W&#10;re47XXdRlvqUu/0GJX+mfX/SK1jdO6rl9KsudkuFPTwX47bHXAS8tdbV6bGfpKfS2/zj21Lo+i49&#10;tvSqrHn7Q59r7C/Vwd7WtFrdwZ/V3KIgERvQj+XEjgjY/SBF/wCF+64uXRkYbH5N+ZU849F92L0/&#10;EBx8YFg9Vza6hXX6n6R/qXv35Fr2f4Rc7ifWP62YoAqzhYO4srqcD/0WLvOuUOHSc4vbDm41u2RH&#10;JraY/wA5cVWGgDcB8wE8RtJ3WP1u6xjzlW4OLbYxr/VewPqdY1whzbvTe5tn0vz/AM9WutW5PUPr&#10;Ne1mC3JyGV0it1f066nV02OqZuDm7a7rnWNt/R+z1K1n9SFf2K+GjWt0GB4I/wBYOqZGBndQpob7&#10;r3YzvUDi0j08epmz2Q76bt6bkh6aGuqJREhR2df6z9Naz0cvJeIe3IZlusLi9z3foKGOO307Kmx/&#10;h/of4FYmLQ6vIrDLXena0htbXdm1n6DoO36C692IP2JkUZRF9eOMv0y/WBTudjy4/wCEZa1YeLhO&#10;rzcK/JohoezR2gLXh1bqn7fduc125lSbGJG9VVcP/dRYjAXZA4eo8f3mpSekQzIuY6xx20tr3END&#10;yWOZ6zvbu9ttns2/TVvpVGNnVZb6MfHps9N4OSwEWPcy6nH9O+P5ple/6H+E/R2e9D6eMmnGorvd&#10;6ONRdLuNpsYK22bvd6j3fS9JW+jVU4Aya6bW2uvLpaQAQXW0Wn2tc/d7Kdv0UScMRZl6iNq/axRM&#10;AQDpTQzen1dPe1lrmWWX7XtcQ4taWb21A/n+o61/6P8AR7PZ/wBbQm4z7KCTJczTbu9riPo2V7bN&#10;z3t3fze+vfv/AMGrn1i/T5ddTAWt9LSwwJJft2srcW+p+6/ds9L1a7a/eqdbrvb/ADlTGDawFsxH&#10;s2O2x9Db7dv5ir5JEm7Rmr3Jfy6JKLbd7XOeS6ya9rx7Q76TN7Du2Ne5db9TsJo6rldS3EOysaph&#10;rgxFb7GteC7/ADfT/wAGuXrtqurdLm3ODd7mjR0s19sbrHMs/kuXVfUp7Dk3sr0Y3HrftJ4da+21&#10;/wDr+4hgs5RQqr4v7qeXsz07W7BewMmQuM+ttzqvrCLW2FpbRVtZIAmbPf8A1vzVkZ31765Zk2fZ&#10;rWY1JeW1VNY1/wBBxZ/O2s3Wer/1pVOr9ef1TPxsou2Psw2svbWfaLWW2sljXTt31/pFc4xKwLbY&#10;Grbs6r1C3Irve+gmqQxoBALSdx9T+Vo1WT17JF77mOawO2u9NpEb2tZXvLz/ACKvoLFFrj/hX/8A&#10;R/8AIKW50fztn3t/8glQ/kVwJG35PW/UawOyeoEGfZWT35dauva5p4XAfVHqdWDj9WzrySzHx6nu&#10;7kkuexg0/fsclj/4x8sZTftGLUcdxG5jNwe1sAuc17nO9T6SJmBVrKf/0tv6t9AwupdNGbZlZNb7&#10;bLG2Cs1tB2O27nbq7Hv/AH/e5dDhdPzcb1w+xtzXWl1LnPJds2sY3f7WNa/2rg+hdf61i5A6fiFj&#10;cfJLnY7S0PLXu5ttf79tXt9RavU+sdTx66sSzqeQMq87RkitlYa4+6iMZjX/AKJ/9f1NigERxWBr&#10;3XawscNXrqE/1iy8pmZmYLnzS7Eufs/dAYywF3ufu/SLlWZDmtvx/swuNrQa8gg7qyPpbQxn0f8A&#10;V6ln9S6gzKt+05d5dAY0i0SJbu2et6Z/O/wdqcPtvxW2WuyDdSIrY+4kWtJcR6n7j6/3/wBF/g0Y&#10;5DjBEgPmJ34d/wDBVISmRwQ6AfNxer9KX6SOvFsychtGXXZViOB9a0jZ7Y2tDXWbfc56J1zF6f1D&#10;M9d3UaMM2FrXsc199ljmxUyxtWLuaz9GxrNiVdOHlA+ni1m5slttZdaWH89jrLt9b1Yqxs1oc0tp&#10;Jedxsk1OMjb7m0Obtdt/0abPmCTZIH9X9qDjlHWcoQ8JSjf/ADp43V6t1QVsbh1PFtm59zmtgxNr&#10;nVGyyNn827+Z+muX6lnXeqx1LtbJu22GTLhMCn3en/nf8WtBuHZZtZkuY6phmloc4ySNu+383d/V&#10;TO6fUCWOZU9s+0mG6iBtdXs2/mqPjjx8W5YZ4sWQ3LmIRHYmMv8Aoycx2bbeRiNyduyH49DYIDju&#10;Hqv09zdrNmxXKsun7IYscxzm7bLywgV2OG7aNzW3t+l6eyl3/bn6VXfstZYGWY7A0gCQ0EeHte1r&#10;XIo6b0OysNy8R3rMbtZdWZc5zZ/fO1jf+tvSlOMt/So8pi04eYxz6ekw4/8AF4nJNnq2Wg3syH0g&#10;sLmAkNLPpvbZW3c1rWbNn+ERy6mtzmF/qNcPoxqSfd73z9Nv76bH+r1dbnvxmfZPU+ltcTBAO1zg&#10;yanuZv8A+DTnAzaWhuwXgcQNp/6U1ue3813qJp4TVHT/ABVZfh+WI4oVkG/pPq/xWxjvcLayLNjY&#10;I1aSZnc73uL/AN7cxdZ9T2H7fk3OsFr3Y9THuaCJNb7vc4En3/pG71xFbMysv/V7pg7axX7eNo+h&#10;uXcfUYWiuwWjY8VV7qyDIMv8f3W+xHEKyjUa2P8AumPBEwmRIVofmuOv9XifLD09rSW0PAqa4isP&#10;nftmdtga3Yl1THqw7OnurmbsUWPJ7u9fIoft/kfoPaiZBLL7ORDzp81H6y+w9GB79NY7/OyMuz/v&#10;yvnHECwGeMiTqjZejG/2rIFzR3P4KRyR+8fwTKX29b9UcWnqOF1vFv3FhxqX+ww4Ordbaza4h35z&#10;VSp6AW3Vm29llAc0urYXNc6uWlw32e1lv/C7HrQ/xZPD7+rNnQ49Y/G5VW5LQdeeAO2ikjjjIeoM&#10;U5kHR//T3W/4u8tlzLq+oV12VuDm2NpO4EcPB9X6ann/AFE6r1HZ9p6lX7A36FJbLmnc22PVdst/&#10;4rYvO9jfBLY3wVYTA2iR/hF2pfDJS+bMDX+qH/fvoJ/xeZrj7uosIAhpNRJafdD9vqem5zd37qKP&#10;8XrvZvy67iyNbai4Ej841i5lf/RXnOxvglsb4IExOpiT/hSRL4XKUeH3zGPaEPa/9Jzi+nO+peWY&#10;jPa0N4AqMR/V9Xao/wDMnLA3ftAepGh9MjX/ALdK8y2N8E+xvgEKx/uf84tf/k9iu/cOvhL/ANWv&#10;pr/qVlPIJzWbu/6Mx9wtCj/zIy92/wC3V7uCPRkH+tNq85xKca3IZVe5tVdksNrpDWEg+nc7b+ZX&#10;Zt3q4/E6RYxxoeGS31WB7/c3cLnNxrd3+g9Or1fSqfZY+ytCsY/Q/wCcsl8Bwg0Zy72Iy/8AVr3v&#10;/MrIAG3Na0jwqMf5vqqTPqdlhm2zODiZnbWWiD5eovPL8Lp1Vway421+na8kFgLixrjRs2mzZ9pd&#10;/gnt9Wv/AIRTt6f0qs7W5JeSQxjga9uvqfrLoL3ej+jr/Q/zrPU/nUv1f7n/ADpK/wBB4ND7ktf6&#10;k/8A1Y+hN+qGS3T7Y0gfRJrMj/wRS/5p5W4kZjBPB9Iz/a/Se5ecPwenNBPrxta54G5jt7Wbdvp+&#10;n/N2ZO/9DRb+kr9G31UUYPSqzD7A+SQ0m1m0htmO1t+2n9I1l9VuR+gsd6tfpIcOI/5P/nSV/oXD&#10;p+sP+JL/ANWPoY+qeREHLYf+tRr/ANuK/wBG6Nf02y19mQL22Na1oDCwjaXH3He/d9JeU/YOmtAD&#10;rzLnNYwh9ZEOMfa37foU/nfZv5+v/CWKtlY9FVu2o72FrXTIcQXAOc1/p+ze135n/TShHFGQlHHR&#10;H9Yr4fBcd+nKQR/UP/qx6/I/xW9QuyH3DqVTBYQS30XHt/xqhnf4r+r5po9fqOK8YtDcan9Xe0it&#10;hc5gPp3t3u3WO9647YzwS2N8FYPMSPT8WQfBgP8AK/8AM/8AXj0//jP9R/8ALHH/AO2rf/ehL/xn&#10;+o/+WOOfjVb/AOl1zGxvglsZ4Ie+f3fxXf6H/wBd/wAz/wBDe46N/i76/wBHfc/C6pi1nIYGWTjO&#10;skCdv85f7fpOTH/Fl1Fxl3UqSdJ/Quifh6y4jY3wS2N8ERzMhsPxWn4LE75f+Z/68f/U5xJb3+Sv&#10;/NJ/8MU3+Sv/ADSf/DFVK8R/zv8AvXp/dn/mZ/bi/wDVrjY4pOTSMgkUGxguIMEVlzfVIdDv8HuW&#10;l1Pp3R6MLJuxMoPyK7CKK231XBzTbbXsFVLPW9mIyjK+1ep6X6b0P51H/wAlf+aT/wCGKf8AyV/5&#10;pP8A4YpV4j/nf96xyyZDKJGLKK6D2uGX/jibK6R9Vjfc6jOFbJeWVtyantYwHI9K5tjq3Pyd3pY3&#10;+T2v+2/rH8+h2dG+rey0M6nFgre6ndfQWOLf5q2x7KnWV/aP+4LaLcmr/DW/zaj/AJK/80n/AMMU&#10;v8lf+aT/AOGKNeMf+d/3rEJZaHpz/X2/+6mjb0vpOR1nJx6LbB0+un7TXkVvbdtrZ6duT67ms/R/&#10;ofXZUyzZ6WX9nqu/nEX9j/Vx5qDOo7A8VuJffR9Auw/Xe72M+z21VZOftxLv0/qYXqf8GoO/ZWn/&#10;ACHz3/aKl/kr/wA0n/wxSrxH/O/71PFl0qOYaD/Nf40v1jV9DodWd6e99+MzEste82sbvvNHr1VY&#10;76q/0b2ZH6DZb9o33f4P/Bq5k9I+q9LbH19Rdc1nqFm26ndZtGW9lDavSc+p/wCr4TftT/0OR9s/&#10;Q1KP+Sv/ADSf/DFN/kr/AM0n/wAMUK8Y/wDO/gmU8hI9GcUNf5v1ePzs7Ok/VcV5L6+pOLqm2elW&#10;baZe5jshjLB+jr9VlzasV/o1/pdl/wDOKtkYPQ3s6ffRlCkZl7G5mO61j3Y9dhmxzG7XvbVis9nr&#10;5d3qv/wlKP8A5K/80v8A8MUv8lf+aT/4YpV4j/nfwUJZb+XOfP2u399erpf1XsprsOfZW59r2Go3&#10;Y+5rWG5rHWb2U7PV9Oi5t36Rn6b0vT/PS/ZP1erx7XftCq7I/WG1M9duzRmV9kfuDMazf6tOL7n/&#10;AKvf63/CJv8AJX/mk/8Ahil/kr/zSf8AwxSrxj/zv+9RxZf3c/8A41/36HL6Z0NnVasPFz92LdW/&#10;9bfZW5jLf0n2Z11lTA1lFmyr169nrU+p9NWD0z6rjDdfXn77bGWGqm21ocwTupe9tbKdmS2pj92P&#10;b6lVlz/0e/8ARqP+Sv8AzSf/AAxS/wAlf+aT/wCGKVeI/wCd/wB6oyy1H059O3ter+9617Oj/V2q&#10;rJd+0hZbUHmljLqSHgWZTaPoj9J6lFOF6tdVnqV/af8ArSx85uO3Pym4sfZm32CiHbx6Ye4UxZuf&#10;6n6Pb+k3v3rX/wAlf+aT/wCGKX+Sv/NJ/wDDFKvEf87/AL1fjnlBN48sv73tCP8A6UcFJbv+Sv8A&#10;zSf/AAxS/wAlf+aT/wCGKVeI/wCd/wB6ye7P/Mz+3F/6tf/Z/+0iqFBob3Rvc2hvcCAzLjAAOEJJ&#10;TQQlAAAAAAAQAAAAAAAAAAAAAAAAAAAAADhCSU0EOgAAAAAA5QAAABAAAAABAAAAAAALcHJpbnRP&#10;dXRwdXQAAAAFAAAAAFBzdFNib29sAQAAAABJbnRlZW51bQAAAABJbnRlAAAAAENscm0AAAAPcHJp&#10;bnRTaXh0ZWVuQml0Ym9vbAAAAAALcHJpbnRlck5hbWVURVhUAAAAAQAAAAAAD3ByaW50UHJvb2ZT&#10;ZXR1cE9iamMAAAAMAFAAcgBvAG8AZgAgAFMAZQB0AHUAcAAAAAAACnByb29mU2V0dXAAAAABAAAA&#10;AEJsdG5lbnVtAAAADGJ1aWx0aW5Qcm9vZgAAAAlwcm9vZkNNWUsAOEJJTQQ7AAAAAAItAAAAEAAA&#10;AAEAAAAAABJwcmludE91dHB1dE9wdGlvbnMAAAAXAAAAAENwdG5ib29sAAAAAABDbGJyYm9vbAAA&#10;AAAAUmdzTWJvb2wAAAAAAENybkNib29sAAAAAABDbnRDYm9vbAAAAAAATGJsc2Jvb2wAAAAAAE5n&#10;dHZib29sAAAAAABFbWxEYm9vbAAAAAAASW50cmJvb2wAAAAAAEJja2dPYmpjAAAAAQAAAAAAAFJH&#10;QkMAAAADAAAAAFJkICBkb3ViQG/gAAAAAAAAAAAAR3JuIGRvdWJAb+AAAAAAAAAAAABCbCAgZG91&#10;YkBv4AAAAAAAAAAAAEJyZFRVbnRGI1JsdAAAAAAAAAAAAAAAAEJsZCBVbnRGI1JsdAAAAAAAAAAA&#10;AAAAAFJzbHRVbnRGI1B4bEBiwAAAAAAAAAAACnZlY3RvckRhdGFib29sAQAAAABQZ1BzZW51bQAA&#10;AABQZ1BzAAAAAFBnUEMAAAAATGVmdFVudEYjUmx0AAAAAAAAAAAAAAAAVG9wIFVudEYjUmx0AAAA&#10;AAAAAAAAAAAAU2NsIFVudEYjUHJjQFkAAAAAAAAAAAAQY3JvcFdoZW5QcmludGluZ2Jvb2wAAAAA&#10;DmNyb3BSZWN0Qm90dG9tbG9uZwAAAAAAAAAMY3JvcFJlY3RMZWZ0bG9uZwAAAAAAAAANY3JvcFJl&#10;Y3RSaWdodGxvbmcAAAAAAAAAC2Nyb3BSZWN0VG9wbG9uZwAAAAAAOEJJTQPtAAAAAAAQAJYAAAAB&#10;AAEAlgAAAAEAAThCSU0EJgAAAAAADgAAAAAAAAAAAAA/gAAAOEJJTQQNAAAAAAAEAAAAWjhCSU0E&#10;GQAAAAAABAAAAB44QklNA/MAAAAAAAkAAAAAAAAAAAEAOEJJTScQAAAAAAAKAAEAAAAAAAAAAThC&#10;SU0D9QAAAAAASAAvZmYAAQBsZmYABgAAAAAAAQAvZmYAAQChmZoABgAAAAAAAQAyAAAAAQBaAAAA&#10;BgAAAAAAAQA1AAAAAQAtAAAABgAAAAAAAThCSU0D+AAAAAAAcAAA////////////////////////&#10;/////wPoAAAAAP////////////////////////////8D6AAAAAD/////////////////////////&#10;////A+gAAAAA/////////////////////////////wPoAAA4QklNBAAAAAAAAAIAAThCSU0EAgAA&#10;AAAABAAAAAA4QklNBDAAAAAAAAIBAThCSU0ELQAAAAAABgABAAAABjhCSU0ECAAAAAAAEAAAAAEA&#10;AAJAAAACQAAAAAA4QklNBB4AAAAAAAQAAAAAOEJJTQQaAAAAAANLAAAABgAAAAAAAAAAAAAC0wAA&#10;BPsAAAALAFcAbwByAGQALQBJAG0AYQBnAGUAcwAAAAEAAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAA&#10;AAAAAAAE+wAAAtMAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAAAAAAQAAAAAQAAAAAA&#10;AG51bGwAAAACAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAAAAQAAAAAVG9wIGxvbmcAAAAA&#10;AAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAAAtMAAAAAUmdodGxvbmcAAAT7AAAABnNsaWNl&#10;c1ZsTHMAAAABT2JqYwAAAAEAAAAAAAVzbGljZQAAABIAAAAHc2xpY2VJRGxvbmcAAAAAAAAAB2dy&#10;b3VwSURsb25nAAAAAAAAAAZvcmlnaW5lbnVtAAAADEVTbGljZU9yaWdpbgAAAA1hdXRvR2VuZXJh&#10;dGVkAAAAAFR5cGVlbnVtAAAACkVTbGljZVR5cGUAAAAASW1nIAAAAAZib3VuZHNPYmpjAAAAAQAA&#10;AAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcA&#10;AALTAAAAAFJnaHRsb25nAAAE+wAAAAN1cmxURVhUAAAAAQAAAAAAAG51bGxURVhUAAAAAQAAAAAA&#10;AE1zZ2VURVhUAAAAAQAAAAAABmFsdFRhZ1RFWFQAAAABAAAAAAAOY2VsbFRleHRJc0hUTUxib29s&#10;AQAAAAhjZWxsVGV4dFRFWFQAAAABAAAAAAAJaG9yekFsaWduZW51bQAAAA9FU2xpY2VIb3J6QWxp&#10;Z24AAAAHZGVmYXVsdAAAAAl2ZXJ0QWxpZ25lbnVtAAAAD0VTbGljZVZlcnRBbGlnbgAAAAdkZWZh&#10;dWx0AAAAC2JnQ29sb3JUeXBlZW51bQAAABFFU2xpY2VCR0NvbG9yVHlwZQAAAABOb25lAAAACXRv&#10;cE91dHNldGxvbmcAAAAAAAAACmxlZnRPdXRzZXRsb25nAAAAAAAAAAxib3R0b21PdXRzZXRsb25n&#10;AAAAAAAAAAtyaWdodE91dHNldGxvbmcAAAAAADhCSU0EKAAAAAAADAAAAAI/8AAAAAAAADhCSU0E&#10;FAAAAAAABAAAAAc4QklNBAwAAAAAGYoAAAABAAAAoAAAAFsAAAHgAACqoAAAGW4AGAAB/9j/7QAM&#10;QWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUT&#10;ExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4O&#10;Dg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAFsAoAMB&#10;IgACEQEDEQH/3QAEAAr/xAE/AAABBQEBAQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEB&#10;AAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSR&#10;obFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSF&#10;tJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIR&#10;AyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVV&#10;NnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEA&#10;AhEDEQA/AAVFr76xB3HvOgJP0fd/o3O2+9U2WWu+smOwAOAa4Bsl3Fb9JV2+/EZ1MVU2sfaWPeWt&#10;MkE7fe/+0qWZdRj/AFlpyG2NbUxmrgQWj9C+mt3s+l7/AGqnEfkWzIGOhBiQRodEfW+rfWHpmVbX&#10;d9mpptc77MbIJLGn6X0t3qN3e/cs3/nZ1dzy318SX7WgV1hscNbt2t2tVzMuqzej4FGSwXZVR9J7&#10;nS0srmRcH/Sf+ia1vt9702O/DxTXXj42ykyLbCCTH5jv0jWO+mpQAKBjf5aLDZsiX8W3mM6pjY+G&#10;/OFYs9V4sawg+4yWNdt9m32/mexbODl5D8x2O21jMZtQfIa5z3WEeo5vFjmenv8A9GuT647qPUcj&#10;Isw67LsZz2vGhaQ2tpa3Q/13rpOn43UMt9v7MYLXXMrfdVtqcS1rhbU4tyPd+jubv/41ICqsb+Ct&#10;7ro9d0GsV1dXYHFw9Jhkte3Utu49VjFi9O/5Fzfh/wCi1qfVbE6pi4XV259Bxw5rXVt9NlbSRW9j&#10;3NFHtd7WVMWV00/5Fzf9f8Gm5vlHkyYPmKf6tx+wvH9Tdp/1oqjXgudtDHVukR9Lwj6X01d+rbiO&#10;it28/ZDEf8WVWAo2tADzI95NQOukaGn3KOYBItmxXRpEen2EBxrBaSWyCIluhb9FV7On8EVkEnsR&#10;rHb81XWGkTBIMe79G0e32/R9g938hImlrJ3O4d+5xH6P2/8AVJhgOjKJVu1fq19qf1CzGyLrX1Bx&#10;YanWOcyHUWu/m3Oc36Q3LrPqRj1N6eMnaPXurZ6lg0mJPH0W/SXK/VdzXdXsIJP6VoM+JouXW/Uk&#10;z0ir+o1OwQHuiVa1/wBzFi5kn25AbX/3TZDDGp/Bcf8AWXN+sNf1idg9LyNjLGVurqLWH3FhfZ+k&#10;u/qLtQz28lcn1toH1vqd/Ir/APPdivQgCdXPlIgWrpebk0YZZ1hr8jqDLLbbGV17yWOrNVT2eiPS&#10;f+j9v6L/AIv+cQs7L6tlUUN6Fc0ZLLbjksca9zWWuF1W71T6fv3bv0T1lfWjEwb8llmbX6rKqqyA&#10;Xubta59zbnN2O9vtDH2f8Wrv1XxMfEx7asNoZV6tZADt2pqqsdL/AM732PT+EE8NBZxGuK3S+pGf&#10;1LOOY7Pv9csFXpe0N2h3qF+jPb+YxdTBjlcn9RBDs0D92n8DauujTkphiAdF4Nh//9Dj8PEy7Otf&#10;s46Zj7X4u2zb/Oy6prT625jf0o9q3Luh9UxLW42axuK6mprbDa9oaRzLbGusrd/YXW24/wDi2yuo&#10;39Xs9V+RU2u264sygxmjaqMj+bbX6lm1npv/AMJ/OrQd/wAyKuluda9xws/22F7b3PsEzFu5n2lm&#10;1zf+D9NQm/0TEeJP7GY5oHWZN/293A6D9TeidQbW/M6ox9riQMSlzWu00hvqufZ2/wBDWtnqH1B+&#10;q2NjPuyci3Gqb9Kx72bf+lX9J/7qNg9A+pvXGWZuM27IaS0G6x2QxoAENqqbkenV7G+x+xnqf6b9&#10;Ii9U+r31Vwsb7b1J9/2fF2gOddfZsBPpt2V1use33P8AzGojjrXhP9a1pljOoMgPIH/nPnWdi9Lq&#10;yLKumu+044bLci2pzS4+7dWysS5u3/S7Kv8Ailt/V/OZ07qOPl2Ne9noeh6dLTY8vdwG1t97ls9O&#10;6X/i/wAn1zgPuf8AZ5feA7IG0Pc5xfteG+zfv+gtFg+qPQCSLn41mazYx02ue5slv6H2vs+l+4kQ&#10;dDxAeKvcgBfTx/i2cHrGF1fG6hfh2Oe2uhrHtc1zS1wbdP0xt/zVy/TT/kXN/wBf8Gt3D639Tek9&#10;NPTsa+z7KGvcWtryLXbXn9I7e2qyz89VsXO+oXp2YWNda9tzix4Dck6tAqf+k2e3Y0/TTJxMogcU&#10;b66rsefFGRN+m9Nmj9Xf+RBBg/Y3RrEfonLKFssaG1MadogujXjna1y6LC6r9QMbGOPRkWNpFfpe&#10;5uTq1wNWxrn1+6xzf3f0iEGf4vHk1ttueaqftED7U4+nuZRugN+k2y2tj6v51NnikSKMftZcXNYY&#10;2JE2f7p/7pwhkxEenroCASJ0/q+32pzmua0mQ36eoEake7kO9v7q2WV/4unPdWLb99ZG4H7WNpfu&#10;2fmbffscpNx/8XTniHXO1jQZe35ua3amnFIaGUR5leee5cb3f+D/AN84n1TeD1V+sgXVD4TVeuu+&#10;ozo6Y2p3tsaxu5h0cNXfSb9JUaHfUCr3Y11mPEuL2jIYfaNnusczd+f7Nzls9A/YQyL29Lsuss2M&#10;NvqesRtl3p7HZLdn730E/HCpipRNDodf3WHJzOLJGQB9R2H14mwGjauU68XN+tLHsr9VwrrivcGT&#10;7LPz3+xq6r2bey5frRj6248921/9TaFbGjVOqCyy5+YHv6aHOFBADrapj1B79+3+ztSw7simy5tX&#10;Tw1vrBwY26pobNdPt+j+d9Pd/LV2xwOewEc47x/4JWpYxd9qyI/0zO3/AAOOjxBbwnsGt9R/53NH&#10;8mrT52rrIC5L6kH9Y6gPBrP+quXWSyO34IHdeH//0ek+rvQekZ/1fwbMml1rMc3Fo3vAkWObFldJ&#10;ax+z0W+xv6Nn+CQMxz7c2cWp19lQ3ua0/Z8Wre47XXdRlvqUu/0GJX+mfX/SK1jdO6rl9KsudkuF&#10;PTwX47bHXAS8tdbV6bGfpKfS2/zj21Lo+i49tvSqrHn7Q59r7C/Vwd7WtFrdwZ/V3KIgERvQj+XE&#10;jgjY/SBF/wCF+64uXRkYbH5N+ZU849F92L0/EBx8YFg9Vza6hXX6n6R/qXv35Fr2f4Rc7ifWP62Y&#10;oAqzhYO4srqcD/0WLvOuUOHSc4vbDm41u2RHJraY/wA5cVWGgDcB8wE8RtJ3WP1u6xjzlW4OLbYx&#10;r/VewPqdY1whzbvTe5tn0vz/AM9WutW5PUPrNe1mC3JyGV0it1f066nV02OqZuDm7a7rnWNt/R+z&#10;1K1n9SFf2K+GjWt0GB4I/wBYOqZGBndQpob7r3YzvUDi0j08epmz2Q76bt6bkh6aGuqJREhR2df6&#10;z9Naz0cvJeIe3IZlusLi9z3foKGOO307Kmx/h/of4FYmLQ6vIrDLXena0htbXdm1n6DoO36C692I&#10;P2JkUZRF9eOMv0y/WBTudjy4/wCEZa1YeLhOrzcK/JohoezR2gLXh1bqn7fduc125lSbGJG9VVcP&#10;/dRYjAXZA4eo8f3mpSekQzIuY6xx20tr3ENDyWOZ6zvbu9ttns2/TVvpVGNnVZb6MfHps9N4OSwE&#10;WPcy6nH9O+P5ple/6H+E/R2e9D6eMmnGorvd6ONRdLuNpsYK22bvd6j3fS9JW+jVU4Aya6bW2uvL&#10;paQAQXW0Wn2tc/d7Kdv0UScMRZl6iNq/axRMAQDpTQzen1dPe1lrmWWX7XtcQ4taWb21A/n+o61/&#10;6P8AR7PZ/wBbQm4z7KCTJczTbu9riPo2V7bNz3t3fze+vfv/AMGrn1i/T5ddTAWt9LSwwJJft2sr&#10;cW+p+6/ds9L1a7a/eqdbrvb/ADlTGDawFsxHs2O2x9Db7dv5ir5JEm7Rmr3Jfy6JKLbd7XOeS6ya&#10;9rx7Q76TN7Du2Ne5db9TsJo6rldS3EOysaphrgxFb7GteC7/ADfT/wAGuXrtqurdLm3ODd7mjR0s&#10;19sbrHMs/kuXVfUp7Dk3sr0Y3HrftJ4da+21/wDr+4hgs5RQqr4v7qeXsz07W7BewMmQuM+ttzqv&#10;rCLW2FpbRVtZIAmbPf8A1vzVkZ31765Zk2fZrWY1JeW1VNY1/wBBxZ/O2s3Wer/1pVOr9ef1TPxs&#10;ou2Psw2svbWfaLWW2sljXTt31/pFc4xKwLbYGrbs6r1C3Irve+gmqQxoBALSdx9T+Vo1WT17JF77&#10;mOawO2u9NpEb2tZXvLz/ACKvoLFFrj/hX/8AR/8AIKW50fztn3t/8glQ/kVwJG35PW/UawOyeoEG&#10;fZWT35dauva5p4XAfVHqdWDj9WzrySzHx6nu7kkuexg0/fsclj/4x8sZTftGLUcdxG5jNwe1sAuc&#10;17nO9T6SJmBVrKf/0tv6t9AwupdNGbZlZNb7bLG2Cs1tB2O27nbq7Hv/AH/e5dDhdPzcb1w+xtzX&#10;Wl1LnPJds2sY3f7WNa/2rg+hdf61i5A6fiFjcfJLnY7S0PLXu5ttf79tXt9RavU+sdTx66sSzqeQ&#10;Mq87RkitlYa4+6iMZjX/AKJ/9f1NigERxWBr3XawscNXrqE/1iy8pmZmYLnzS7Eufs/dAYywF3uf&#10;u/SLlWZDmtvx/swuNrQa8gg7qyPpbQxn0f8AV6ln9S6gzKt+05d5dAY0i0SJbu2et6Z/O/wdqcPt&#10;vxW2WuyDdSIrY+4kWtJcR6n7j6/3/wBF/g0Y5DjBEgPmJ34d/wDBVISmRwQ6AfNxer9KX6SOvFsy&#10;chtGXXZViOB9a0jZ7Y2tDXWbfc56J1zF6f1DM9d3UaMM2FrXsc199ljmxUyxtWLuaz9GxrNiVdOH&#10;lA+ni1m5slttZdaWH89jrLt9b1Yqxs1oc0tpJedxsk1OMjb7m0Obtdt/0abPmCTZIH9X9qDjlHWc&#10;oQ8JSjf/ADp43V6t1QVsbh1PFtm59zmtgxNrnVGyyNn827+Z+muX6lnXeqx1LtbJu22GTLhMCn3e&#10;n/nf8WtBuHZZtZkuY6phmloc4ySNu+383d/VTO6fUCWOZU9s+0mG6iBtdXs2/mqPjjx8W5YZ4sWQ&#10;3LmIRHYmMv8Aoycx2bbeRiNyduyH49DYIDjuHqv09zdrNmxXKsun7IYscxzm7bLywgV2OG7aNzW3&#10;t+l6eyl3/bn6VXfstZYGWY7A0gCQ0EeHte1rXIo6b0OysNy8R3rMbtZdWZc5zZ/fO1jf+tvSlOMt&#10;/So8pi04eYxz6ekw4/8AF4nJNnq2Wg3syH0gsLmAkNLPpvbZW3c1rWbNn+ERy6mtzmF/qNcPoxqS&#10;fd73z9Nv76bH+r1dbnvxmfZPU+ltcTBAO1zgyanuZv8A+DTnAzaWhuwXgcQNp/6U1ue3813qJp4T&#10;VHT/ABVZfh+WI4oVkG/pPq/xWxjvcLayLNjYI1aSZnc73uL/AN7cxdZ9T2H7fk3OsFr3Y9THuaCJ&#10;Nb7vc4En3/pG71xFbMysv/V7pg7axX7eNo+huXcfUYWiuwWjY8VV7qyDIMv8f3W+xHEKyjUa2P8A&#10;umPBEwmRIVofmuOv9XifLD09rSW0PAqa4isPnftmdtga3Yl1THqw7OnurmbsUWPJ7u9fIoft/kfo&#10;PaiZBLL7ORDzp81H6y+w9GB79NY7/OyMuz/vyvnHECwGeMiTqjZejG/2rIFzR3P4KRyR+8fwTKX2&#10;9b9UcWnqOF1vFv3FhxqX+ww4Ordbaza4h35zVSp6AW3Vm29llAc0urYXNc6uWlw32e1lv/C7HrQ/&#10;xZPD7+rNnQ49Y/G5VW5LQdeeAO2ikjjjIeoMU5kHR//T3W/4u8tlzLq+oV12VuDm2NpO4EcPB9X6&#10;ann/AFE6r1HZ9p6lX7A36FJbLmnc22PVdst/4rYvO9jfBLY3wVYTA2iR/hF2pfDJS+bMDX+qH/fv&#10;oJ/xeZrj7uosIAhpNRJafdD9vqem5zd37qKP8XrvZvy67iyNbai4Ej841i5lf/RXnOxvglsb4IEx&#10;OpiT/hSRL4XKUeH3zGPaEPa/9Jzi+nO+peWYjPa0N4AqMR/V9Xao/wDMnLA3ftAepGh9MjX/ALdK&#10;8y2N8E+xvgEKx/uf84tf/k9iu/cOvhL/ANWvpr/qVlPIJzWbu/6Mx9wtCj/zIy92/wC3V7uCPRkH&#10;+tNq85xKca3IZVe5tVdksNrpDWEg+nc7b+ZXZt3q4/E6RYxxoeGS31WB7/c3cLnNxrd3+g9Or1fS&#10;qfZY+ytCsY/Q/wCcsl8Bwg0Zy72Iy/8AVr3v/MrIAG3Na0jwqMf5vqqTPqdlhm2zODiZnbWWiD5e&#10;ovPL8Lp1Vway421+na8kFgLixrjRs2mzZ9pd/gnt9Wv/AIRTt6f0qs7W5JeSQxjga9uvqfrLoL3e&#10;j+jr/Q/zrPU/nUv1f7n/ADpK/wBB4ND7ktf6k/8A1Y+hN+qGS3T7Y0gfRJrMj/wRS/5p5W4kZjBP&#10;B9Iz/a/Se5ecPwenNBPrxta54G5jt7Wbdvp+n/N2ZO/9DRb+kr9G31UUYPSqzD7A+SQ0m1m0htmO&#10;1t+2n9I1l9VuR+gsd6tfpIcOI/5P/nSV/oXDp+sP+JL/ANWPoY+qeREHLYf+tRr/ANuK/wBG6Nf0&#10;2y19mQL22Na1oDCwjaXH3He/d9JeU/YOmtADrzLnNYwh9ZEOMfa37foU/nfZv5+v/CWKtlY9FVu2&#10;o72FrXTIcQXAOc1/p+ze135n/TShHFGQlHHRH9Yr4fBcd+nKQR/UP/qx6/I/xW9QuyH3DqVTBYQS&#10;30XHt/xqhnf4r+r5po9fqOK8YtDcan9Xe0ithc5gPp3t3u3WO9647YzwS2N8FYPMSPT8WQfBgP8A&#10;K/8AM/8AXj0//jP9R/8ALHH/AO2rf/ehL/xn+o/+WOOfjVb/AOl1zGxvglsZ4Ie+f3fxXf6H/wBd&#10;/wAz/wBDe46N/i76/wBHfc/C6pi1nIYGWTjOskCdv85f7fpOTH/Fl1Fxl3UqSdJ/Quifh6y4jY3w&#10;S2N8ERzMhsPxWn4LE75f+Z/68f/U5xJb3+Sv/NJ/8MU3+Sv/ADSf/DFVK8R/zv8AvXp/dn/mZ/bi&#10;/wDVrjY4pOTSMgkUGxguIMEVlzfVIdDv8HuWl1Pp3R6MLJuxMoPyK7CKK231XBzTbbXsFVLPW9mI&#10;yjK+1ep6X6b0P51H/wAlf+aT/wCGKf8AyV/5pP8A4YpV4j/nf96xyyZDKJGLKK6D2uGX/jibK6R9&#10;Vjfc6jOFbJeWVtyantYwHI9K5tjq3Pyd3pY3+T2v+2/rH8+h2dG+rey0M6nFgre6ndfQWOLf5q2x&#10;7KnWV/aP+4LaLcmr/DW/zaj/AJK/80n/AMMUv8lf+aT/AOGKNeMf+d/3rEJZaHpz/X2/+6mjb0vp&#10;OR1nJx6LbB0+un7TXkVvbdtrZ6duT67ms/R/ofXZUyzZ6WX9nqu/nEX9j/Vx5qDOo7A8VuJffR9A&#10;uw/Xe72M+z21VZOftxLv0/qYXqf8GoO/ZWn/ACHz3/aKl/kr/wA0n/wxSrxH/O/71PFl0qOYaD/N&#10;f40v1jV9DodWd6e99+MzEste82sbvvNHr1VY76q/0b2ZH6DZb9o33f4P/Bq5k9I+q9LbH19Rdc1n&#10;qFm26ndZtGW9lDavSc+p/wCr4TftT/0OR9s/Q1KP+Sv/ADSf/DFN/kr/AM0n/wAMUK8Y/wDO/gmU&#10;8hI9GcUNf5v1ePzs7Ok/VcV5L6+pOLqm2elWbaZe5jshjLB+jr9VlzasV/o1/pdl/wDOKtkYPQ3s&#10;6ffRlCkZl7G5mO61j3Y9dhmxzG7XvbVis9nr5d3qv/wlKP8A5K/80v8A8MUv8lf+aT/4YpV4j/nf&#10;wUJZb+XOfP2u399erpf1XsprsOfZW59r2Go3Y+5rWG5rHWb2U7PV9Oi5t36Rn6b0vT/PS/ZP1erx&#10;7XftCq7I/WG1M9duzRmV9kfuDMazf6tOL7n/AKvf63/CJv8AJX/mk/8Ahil/kr/zSf8AwxSrxj/z&#10;v+9RxZf3c/8A41/36HL6Z0NnVasPFz92LdW/9bfZW5jLf0n2Z11lTA1lFmyr169nrU+p9NWD0z6r&#10;jDdfXn77bGWGqm21ocwTupe9tbKdmS2pj92Pb6lVlz/0e/8ARqP+Sv8AzSf/AAxS/wAlf+aT/wCG&#10;KVeI/wCd/wB6oyy1H059O3ter+9617Oj/V2qrJd+0hZbUHmljLqSHgWZTaPoj9J6lFOF6tdVnqV/&#10;af8ArSx85uO3Pym4sfZm32CiHbx6Ye4UxZuf6n6Pb+k3v3rX/wAlf+aT/wCGKX+Sv/NJ/wDDFKvE&#10;f87/AL1fjnlBN48sv73tCP8A6UcFJbv+Sv8AzSf/AAxS/wAlf+aT/wCGKVeI/wCd/wB6ye7P/Mz+&#10;3F/6tf/ZOEJJTQQhAAAAAABdAAAAAQEAAAAPAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBw&#10;AAAAFwBBAGQAbwBiAGUAIABQAGgAbwB0AG8AcwBoAG8AcAAgAEMAQwAgADIAMAAxADUAAAABADhC&#10;SU0EBgAAAAAABwAHAAAAAQEA/+EN/mh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8APD94cGFj&#10;a2V0IGJlZ2luPSLvu78iIGlkPSJXNU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0&#10;YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMw&#10;NjcgNzkuMTU3NzQ3LCAyMDE1LzAzLzMwLTIzOjQwOjQyICAgICAgICAiPiA8cmRmOlJERiB4bWxu&#10;czpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRm&#10;OkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIiB4bWxuczp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20v&#10;eGFwLzEuMC8iIHhtbG5zOmRjPSJodHRwOi8vcHVybC5vcmcvZGMvZWxlbWVudHMvMS4xLyIgeG1s&#10;bnM6eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9tbS8iIHhtbG5zOnN0RXZ0PSJo&#10;dHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VFdmVudCMiIHhtbG5zOnBo&#10;b3Rvc2hvcD0iaHR0cDovL25zLmFkb2JlLmNvbS9waG90b3Nob3AvMS4wLyIgeG1wOkNyZWF0b3JU&#10;b29sPSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRlPSIy&#10;MDE1LTA4LTEyVDEyOjU4OjM5LTA3OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE1LTA4LTEyVDEy&#10;OjU5OjM4LTA3OjAwIiB4bXA6TW9kaWZ5RGF0ZT0iMjAxNS0wOC0xMlQxMjo1OTozOC0wNzowMCIg&#10;ZGM6Zm9ybWF0PSJpbWFnZS9qcGVnIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjkxNDM0OWQ3&#10;LWY3NzItZGI0My1iZjdkLTIwNWJhY2JlNWQyZCIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDpk&#10;MzM0YmMzOC0wYzk4LTA5NDAtOWI1Yy05ZDYyYWI0NDkyNTgiIHhtcE1NOk9yaWdpbmFsRG9jdW1l&#10;bnRJRD0ieG1wLmRpZDpkMzM0YmMzOC0wYzk4LTA5NDAtOWI1Yy05ZDYyYWI0NDkyNTgiIHBob3Rv&#10;c2hvcDpDb2xvck1vZGU9IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxlPSJVLlMuIFdlYiBDb2F0ZWQg&#10;KFNXT1ApIHYyIj4gPHhtcE1NOkhpc3Rvcnk+IDxyZGY6U2VxPiA8cmRmOmxpIHN0RXZ0OmFjdGlv&#10;bj0iY3JlYXRlZCIgc3RFdnQ6aW5zdGFuY2VJRD0ieG1wLmlpZDpkMzM0YmMzOC0wYzk4LTA5NDAt&#10;OWI1Yy05ZDYyYWI0NDkyNTgiIHN0RXZ0OndoZW49IjIwMTUtMDgtMTJUMTI6NTg6MzktMDc6MDAi&#10;IHN0RXZ0OnNvZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIv&#10;PiA8cmRmOmxpIHN0RXZ0OmFjdGlvbj0ic2F2ZWQiIHN0RXZ0Omluc3RhbmNlSUQ9InhtcC5paWQ6&#10;OTE0MzQ5ZDctZjc3Mi1kYjQzLWJmN2QtMjA1YmFjYmU1ZDJkIiBzdEV2dDp3aGVuPSIyMDE1LTA4&#10;LTEyVDEyOjU5OjM4LTA3OjAwIiBzdEV2dDpzb2Z0d2FyZUFnZW50PSJBZG9iZSBQaG90b3Nob3Ag&#10;Q0MgMjAxNSAoV2luZG93cykiIHN0RXZ0OmNoYW5nZWQ9Ii8iLz4gPC9yZGY6U2VxPiA8L3htcE1N&#10;Okhpc3Rvcnk+IDwvcmRmOkRlc2NyaXB0aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgIDw/eHBhY2tl&#10;dCBlbmQ9InciPz7/4v/iSUNDX1BST0ZJTEUAAQkACIBwQURCRQIQAABwcnRyQ01ZS0xhYiAH0AAH&#10;ABoABQApADVhY3NwQVBQTAAAAABBREJFAAAAAAAAAAAAAAAAAAAAAQAA9tYAAQAAAADTLUFEQkUA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAApkZXNjAAAA/AAA&#10;AHRjcHJ0AAABcAAAACt3dHB0AAABnAAAABRBMkIwAAABsAAAogZBMkIyAAABsAAAogZBMkIxAACj&#10;uAAAogZCMkEwAAFFwAACOLRCMkExAAN+dAACOLRCMkEyAAW3KAACOLRnYW10AAfv3AAAkJFkZXNj&#10;AAAAAAAAABpVLlMuIFdlYiBDb2F0ZWQgKFNXT1ApIHYyAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHRl&#10;eHQAAAAAQ29weXJpZ2h0IDIwMDAgQWRvYmUgU3lzdGVtcywgSW5jLgAAWFlaIAAAAAAAALVaAAC8&#10;ZwAAkjBtZnQyAAAAAAQDCQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAABAAAC&#10;AAACJAQdBdoHaQjZCjYLhQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZmBq1G9Ic7x4lH1kghyGyItoj&#10;/yUjJkQnZiiGKacqxyvoLQguKC9IMGkxiTKmM8I03jX7Nxg4NTlROm07iTylPcI+3j/4QRFCKUNC&#10;RFxFdUaPR6lIw0ndSvdMEk0sTkNPWVBvUYZSnFOyVMlV31b2WA1ZI1o6W1FcZl14Xopfm2CtYb5i&#10;z2PgZPFmAmcSaCNpM2pCa1JsXm1nbnFvenCDcYxylHOcdKN1qnaxd7d4vXnDesh7zXzOfc1+zH/L&#10;gMmBx4LFg8KEv4W7hreHs4iuiamKpIuejJiNkY6Gj3uQcJFkkliTTJRAlTOWJpcZmAyY/5nymuSb&#10;1pzInbuerZ+foI6hfKJqo1ekRaUzpiCnDqf8qOqp16rFq7Osoa2Prn2va7BZsUeyNrMktBK1ALXt&#10;ttq3yLi1uaO6kLt+vGu9Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HIfslsylnLRMwuzRjOAc7rz9XQ&#10;vtGn0pDTedRh1UnWMdcY2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY4rvjnuR75VfmM+cO5+jowema&#10;6nHrSOwd7PDtw+6W73bwVfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6Yfsp++v8p/1c/gv+tP9a//8A&#10;AAHoA6cFLAaEB78I5woECxYMHA0eDhwPGRAXERQSEBMLFAQU/BXzFuYX2BjMGdYa3hvhHOEd3x7b&#10;H9Yg0SHLIsQjviS4JbMmrieqKKYpoiqgK54snS2aLpUvkTCNMYkyhjODNIE1fzZ/N384gDmCOn87&#10;fjx8PXw+fD99QH9BgkKFQ4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6vT7RQulHAUsdTzlTVVddW2Vfb&#10;WN5Z4FrjW+dc6l3tXvFf9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr8Gzubetu6G/lcOFx3nLac9Z0&#10;zXXDdrl3r3ileZt6kHuFfHp9b35kf1iATYFBgjWDKYQchRCF/obth9uIyom4iqaLlYyDjXGOYI9O&#10;kD2RLJIbkwqT+pTpldmWyZe6mKeZk5qAm22cWp1InjafJaAUoQSh9aLmo9ikyqW9prGnpqibqZGq&#10;h6t/rHetb65nr2CwWrFUsk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1Svle/XcBjwWrCcsN7xITFisaQ&#10;x5bIncmlyq3Ltsy/zcjO0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHbXtxr3Xneht+U4JzhouKo463k&#10;suW25rrnvejA6cPq1Ovl7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu+W/6bPtk/Fb9RP4v/xf//wAA&#10;AgUD2AVoBsYIBgkyClILZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIXRRg3GSkaNBs9HEAdPx46HzQg&#10;LCEjIhkjDyQEJPkl7ibjJ9gozCnBKrYrqyyfLZMuhy98MHAxZDJZM000QTU2Nis3ITgWOQs6ADr2&#10;O+084z3bPtM/y0DEQb1Ct0OyRKxFpkahR5xIl0mUSpBLjkyLTYpOiU+IUIhRiVKIU4hUiFWIVolX&#10;iliLWY1aj1uRXJNdll6YX5tgnWGfYqBjoWSjZaRmpmenaKhpqWqqa6psq22rbqtvq3CpcahypXOj&#10;dKB1nXaZd5V4kXmMeod7gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuHIYgXiQyKAor3i+2M4o3Yjs2P&#10;w5C5ka+SpZOclJKViZaAl3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQo1KkVaVZpl+nZqhuqXiqgquO&#10;rJytq667r8yw37Hzswm0ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXBh8Kqw87E8cYVxznIXsmCyqbL&#10;ysztzhDPMtBU0XTSlNOy1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz4b7ix+PN5NHl0ubQ58zoxOm6&#10;6qzrm+yH7W/uWO9c8FvxVvJM8z30KvUS9fb21vez+I35Yvov+vT7sfxm/RH9s/5N/uH/cf//AAAB&#10;2QONBQkGVAd/CJYJoQqkC58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7Fp8XgxiBGX0adBtmHFUdQR4s&#10;HxcgACDqIdMivSOmJJAleiZkJ04oOSklKhAq/SvqLNctxC6xL54wjDF5MmczVTRENTI2IjcROAE4&#10;8TniOtM7xDy1PaY+mD+KQH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rzS+hM3E3QTsVPuVCtUaFSlVOI&#10;VHpVbVZfV1FYQ1k1WiZbGFwJXPpd617cX8xgvWGsYptjiWR4ZWZmVGdCaDBpHmoLavhr5WzSbb5u&#10;qm+WcIJxbHJWc0B0KXUSdft25HfNeLZ5nnqGe258Vn0+fiV/DX/0gNuBwoKog42EcoVXhjuHIIgF&#10;iOqJz4qzi5iMfY1ijkePLZASkPiR3pLEk6qUkZV4lmCXR5gvmRiaAZrqm9Scv52qnpafg6BxoV+i&#10;T6M/pDClIqYVpwin/ajzqeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTCtcW2yLfNuNO527rju+28+L4E&#10;vxHAIMEwwkDDUsRmxXrGj8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T4NUD1ifXTNhz2ZvaxNvv3Rre&#10;Rt9z4KHhz+MC5E3lmebn6DbphurY7CvtgO7X8DHxkPLv9E31qvcE+Fr5q/r2/Dr9e/67////AIAA&#10;gADltH/Nf1TMP3+lfsOyjH+UfmmYf3+efkx943/BfmNiQX/+fpJEYYB/fwUfZIH+gBz8uH50i3nk&#10;D35XibLK235PiBSxPn5chrSXL36ChZt8k36+hLpg6X8Pg/RDAH+Wg3gdooDkg9/6o30llwjiSH0c&#10;lDHJWH0lkXqvzn1Ljx6V1n2GjQ17Tn3XizxftH43iYlBy37AiC0cBH/PiBH4v3wXorDggnwXnsnH&#10;snwrmxSuRXxbl6OUc3yrlKZ6Dn0MkeZelX13j09Atn3/jS0ajH7Ei8n3CXtHrnXe2ntEqXrGG3td&#10;pMSs0nuWoGaTEHvqnFp42nxbmLtdiHzPlU0/uX1SkosZPH3GjvD1hXqqul3dWXqftEjEp3qzrour&#10;fHrwqT2R4ntMpE53snvAn7pci3w9m48+03y8mHYYF3zbkEn0OHovxnLcDXobvzvDYnonuHOqTXpk&#10;sjaQ33rJrHF20ntEpxBbrnvAojA+DHw7nw8XHHwHj6DzHXnR0sja8Xm0ymHCSXm4wo2pP3nwu2GP&#10;53pZtM52BnrdrsZbBnteqYc9Y3vQpNMWSXtSjxHyKnmM34TZ/Xlm1dPBVXlgzO6oVnmUxOKPE3n+&#10;vZJ1S3qGtwdaaXsMsdw82nt6qSUVnnrIjp3t7YkTfivWfogAfbG+zYcFfVemtYYwfTOOGoWEfUh0&#10;0IT8fYxaa4Sbfeg9joSffosYi4Z6gAHryYeuiQjVAIajh329jYW5hiGlfoT4hQOM0IRkhCpzfYP0&#10;g4hZD4Oogwc8OYO4guAW+YV3hAPp+4Zwk/jTU4V3kXW8EIScjxmkFIP1jROLiYN1i1ZyVYMXidVX&#10;/4LYiHw7LILrh5QViIR7h6joUoVznvjRsoSDm4G6f4OymDuioYMOlTqKOIKgkqFxKYJQkENW94Ib&#10;jhw6NIIujJYUOIOJisnmyISqqhjQMoO7pa25BoLxoYKhP4JVnaSI7oHjmhJwC4GjludWAoF1k/85&#10;U4GGkgwTFYKajOflY4QMtWLO1oMdsAO3tYJSquqgBYG5pi6H1YFOocZu/YEJnbxVH4DjmjM4iYDz&#10;mDgSH4G8jEHkL4OLwNrNrIKcuoK2koHOtHqe9IE2rt+G6IDTqbBuMYCTpO1UXIBloNg33YB0nlgR&#10;VIEDi7fjKYMkzJXMr4I2xTu1mIFlvkOeA4DKt8uGCYBpsd1td4AzrI1TxoAIqFY3TYAKo1wQroBs&#10;i0fiToLQ2LvL2oHm0E60xIETyGGdNYB0wRSFToASunps1X/ftM1TPH+6sEg20X+8pRAQKn/0iu7d&#10;PJJhfJjHa5B6fEOxVo6yfBCax40afBGDl4u3fElrnoqCfLFSdYmIfTI2joknfgERMovWf97bRpEt&#10;hsvGBY9ChYSwKo2DhG+Zsov8g5CCg4qtgvJqjImNgohRXoijgkA1eohJgmAQBIqYg4bZs5AAkSTE&#10;nY4iju2u/YxjjN+YgIrxiyaBVYmzibJpaoimiHxQSofLh3Y0dod5hwUO+olWhrvYR48Im5LDLo0y&#10;mHutgYuGlZeXHooTkv2AF4jokL5oU4fmjrxPW4cTjP8znYbCjB0OFIgoiYTW6Y5KphXB0Yx4oias&#10;JIrUnnOV0olomwp+5ogyl+pnS4c+lS1OfYZvkswy2YYckcENTocliP/Vp42xsMfAm4virACq9oo+&#10;p3eUtIjWo0F94oekn1xmWIanm9pNtYXdmPkyLIWKl/IMqIZLiI/UkI0zu6W/kotntgWp8onCsKaT&#10;vohbq6R9CocwpwhlnoY2oudNDIVfn68xnYULnT8MHoWXiDHTo4zLxse+s4sDwEmpFoleuhSS54f0&#10;tEl8QobMrwRk9oXcqndMh4UFp2UxJISioToLroUEh+bS4Ixy0le9+4qwyvGoXYkNw+GSMYejvVN7&#10;nYZ6t3xkaYWLssdMDYS9rmcwt4RcoPALVYSOh6nM+5vye1u4k5lHeyGj9pa4ewmO3pRgeyZ5FZJF&#10;e3hiaZBle/lKco7afJMvY441fX4KfpAff8DLOprihP23Zpgjg+ejAZWZgvyN+pNNgkt4K5FDgdhh&#10;fI91gZpJfo33gYEueY1XgeMJz46bgwjJ05nfjq22HJcljMKh5ZSYiviM4ZJbiYl3IZBeiFRgg46e&#10;h15ImI0qhqAtp4yMhp0JNY1HhejIqJjnmI6045Y9lc6gp5O9kzSLu5FykO12A4+Gjv9ff43SjVJH&#10;sYxmi/ss3ovMi80Ir4wfhd/HfJgsooazxpWEnvqfe5MLm6yKhJDSmKp07I7ZlfRej40xk6BG7ovF&#10;kcQsO4snkb4IPIshhZHGX5ebrKWyspT1qFmebJJ+pEqJhJBKoI10AY5TnSNduIydmidGQYs0l/cr&#10;roqUlzsH24pMhVDFZpcmtuyxyZSAsd6diZIIrQ6Iqo/VqJpzQI3lpI9dE4wwoRNFsYq0ntMrOooS&#10;m8gHi4mbhRrEkpbDwXixB5Qeu6WcyZGnthaH7o9ysO5yj42FrFVcfYvaqJlFPopcpkEq2YmonPkH&#10;SokLhO7D4pZuzHmwZ5PKxdicKJFWv4WHTo8jubNx/o02tKpcA4uNsRNE1YoarEIqfIlpnLoHFoiZ&#10;hMu9P6XQenqqHKJoek2W0Z8cekWDFJwIenJunZk4etRZLJaye2RCU5SifAon85PzfP0EqpN/f6a7&#10;s6Tig5SpKqFagpyWFZ4KgdCCYJr9gT5t25g6gOtYY5XCgM5BgpO8gNsnNJMLgXUEaJIDgpq6iKPr&#10;jMKoF6BoiwGVJJ0ViW6Ba5oXiCls8ZddhydXipTvhmZAvJLuhegmjpI4hlsEL5C0gtS5fKMblfWm&#10;/Z+jk3qT/5xZkTmAX5lOjzNr9ZadjZFWrZQ0jDFAApI0izkl+ZF3i9kD/Y+SgrK4lqJVn2imCp7p&#10;nDOS/puqmT9/VpimlotrBJXYlC5V2ZN8kj8/UpF+kOwlbpC/kVYD046Zgpa3o6HIqQKlNZ5VpRWS&#10;LpsRoWt+gpgRnhlqOZVWmyJVIpLrmKw+w5Dslz8lAZAnlgsDr43Ign22y6FXsr2kbZ3hrh6RbJqd&#10;qcZ9ypegpdFplpTrolJUlpKAn4M+T5BsnlQkrI+gmMwDkY0agmm2D6D+vLajxp2Ct2GQypo9slx9&#10;LJc/rcxpAZSOqeBUF5Itpw0975ASpMMkZY8wmJsDeYyNglm1caCvxyyjPJ0twReQQZnqu198pZbw&#10;tj9oiJRAshJTs5Hgr0c9m4/SqagkH470mGwDZYwdgkyuHq/+eeScKaveebaKEKfeebJ3iqQXeeZk&#10;R6CYelBP+Z1zeuY6H5r2e40gKZqYfHEAAJXTf8qszq8ogoObaKrkgZmJfqbagOB2+6MTgGNjqJ+b&#10;gCZPU5x/gCM5dJoFgEwfoZmWgRcAAJSOgACr3649iy6aiqn+iY2IvaXtiBp2MaIwhvti5J68hiBO&#10;n5umhY441ZkshUsfLpirhkYAAJNwgACrEq1qk+eZqqk3kZqHzKUwj4R1UKFojb1iEp38jFFN6Jro&#10;izg4QZhqiqIeypfXi7MAAJJ4gACqQazKnLSY2qiYmcKG86SUlxd0daDPlMBhTZ1LkrBNQpo9kSg3&#10;v5e4kGsedZcUkGEAC5GSgAepkKwspcyYL6f8ojGGSKP5nuJzyqA1m+9gqpyymVxMr5mPl2s3TZcK&#10;luUeKJZflFgAG5DEgBKo4qu5rwOXoqd9qriFwqNypsNzQJ+so0NgKZw2oE9MQZkcnjs29paAnX0d&#10;85XIlEAAKJAZgBuoQqthuHSXGacbs3uFQ6MNrudyyJ9IquRfu5vWp6lL4ZjFpeM2sJYjousdzJVP&#10;lCYAM4+PgCKnuasVwl6WpqbEvKuE1qK2t3FyYp72svpfY5uGr7pLnJh1rR82e5XdpNYdp5UJlA0A&#10;PI8ggCifsLqEeXSO1bWreTp90bD8eTJsZKyLeWdaOKhkedRG76Suemox66HmewcX8KJye74AAJEo&#10;gACeprm2gaSOQrTCgL19YrAFgA1r86uMf55ZuKdkf3JGbKOuf4MxbKDef8EXsKE7gLoAAJBugACd&#10;97jLidWNmrPeiEl8z68ahu5rVaqjhe1ZHqZ6hTRF4aLGhMww+p/shMQXgaAchgQAAI/LgACdaLfz&#10;khCM+LMPj+d8Gq5SjftqqqnOjGNYfaWriy1FWaH2ilcwlZ8TiiwXXJ8cirAAAI8+gACc1bdGmmmM&#10;YrJhl6Z7e62mlTRqBqkkkxhX7aTwkV1E4aE/kDUwPp5SkCoXPp42jrgAAI7EgACcO7a/ou6L2bHR&#10;n5J6+q0PnI9pi6iPmfhXeaRal9ZEfaCSlnAv+J2elqQXJ51nj6gAAI5egACbyLY2q6CLcLFEp6V6&#10;mKyCpBNpL6gEoQVXJaPUnpdEOaAInUkvxJzwnCcXFZyoj5sAAI4KgACbSrXXtIyLIrDUr9t6V6wD&#10;q6to6ad5qDFW36NLpbBD/J+VpJ4vnJyGoDEXFZwXj5sAAI3FgACa2bWGveuKy7B0uIN6Dquhs7Zo&#10;rKcbr+NWsqLvraBD3584qqcvkZwvoCkXH5u2j6IAAI2OgACR88VjeRiCH7/SeMtyFrp8eLlho7Vp&#10;eOpQcbCneVM+C6xzeeQppqmWemoPZqtZewsAAI1DgACRN8SLgOaBtr7zf/hxwrmQf0phSrRtfuJQ&#10;Da+efsQ9ratffuUpXahmfzIPhanDgEQAAIz+gACQzcOSiKiBR74IhydxXriehdxg27N1hPNPoa6f&#10;hFk9UqpahBkpI6dKhE4Pr6hPhO4AAIzBgACQgcKpkGuA6L0jjl9w6be8jJVga7KGiyZPOq2yiiU9&#10;AKlqiZMo9qZIieMP2qcEiQIAAIyMgACQLMHomE+AlLxblbVwkrbwk3RgC7G7kZVO6KzWkCY8w6iS&#10;j2ko16VjkBsQBKXhitQAAIxegACPx8FQoGKAQru1nTdwTbZAmnNfz7EJmCxOrqwmlnE8lafQlbIo&#10;wqSWlbwQK6Tjiu4AAIw4gACPZsDVqJR//LsqpNBwFrWqoYdforBvnt9OiauTnQc8fac6nKwouKPg&#10;mm4QTqQGiwYAAIwZgACPJsBRsPV/zLqhrJNv9rUfqMtfja/jpdhOd6sJpBo8b6a8ov8os6NTm4UQ&#10;bKNEixsAAIv/gACO1L/wucl/rrottJtv7bSbsC1fh69RrPpOe6pwq1w8gKYgp/Uo3KLIm6AQsKK4&#10;i0gAAIvrgACEtNCfePN118pZeINmrsRveFtXEb7WeH1Gs7mTeNo1B7UIeVgg9rJ3ea4H67LZe0UA&#10;AIn5gACEYs+fgG51m8l+f2dmcMOMfq1Wzr3WfkRGcbh0fik02bPMflAg9rD+fp8IZ7Dqf+cAAIoW&#10;gACESs6Fh8V1b8h8hkFmQ8KFhPpWmby9hCFGP7dLg540vrKRg4EhC6+Vg/gI5q8og/4AAIovgACE&#10;Rs18jxZ1X8dsjRlmIMFyi2dWdrubihpGJLYoiUg0tbFmiP4hLK5JieQJXa2bhlUAAIpFgACEOcyY&#10;loV1WMZ4lAdmHcBwkfBWarqXkElGIbUVjyQ0xLBVjt8hWq0gj3sJzKxChqAAAIpYgACEHcvUniF1&#10;UMWkmxpmKL+OmJBWg7mvlplGOLQvlUs0469dlUohkqwYlEAKNKsbhuYAAIpogACD/ssspc91SsTv&#10;ojlmN77MnztWobjpnP1GXLNum7k1Dq6am60hzasyltsKkaofhyUAAIp1gACD3MqaraZ1RcRUqXZm&#10;Sr4opgFWwrg9o45GhLLCoqE1Pa34oOkiCqqClwQK56lPh18AAIqAgACDvsoStcV1RcPFsOpmZL2T&#10;rPJW8rejqmZGwrIlqN81iK1WpDIiZanbl0ELR6iwh6AAAIqIgADyhntGeYra93uceaXC/Xv2edGq&#10;fXxYehyRcHzDeop3u307exZc9n3De6o/1n54fFwbFn/RfQ/wXHmQhO/ZOnoHg+jBcXqAgwSpFXr+&#10;gk6QHXuFgch2eXwXgWRbunyygQo+l31ngNQZdX5fgNvuangmkHTXaHisjlG/13k3jFGnknnMip+O&#10;vHppiSV1N3sRh9VakXu6hpU9dnxrhYkX9nzvhRjsmHb4nAbVn3eFmNO+IHgaldGmAXi8kw2NUnlv&#10;kKZz9XonjmtZdXrbjE08bHuFioIWmnuIiN/q8HYFp6PUAHaTo2y8inctn2+khXfXm7mL73iRmEZy&#10;vnlalSxYZ3oXkjk7dXq3j9UVZHpXjBTpgnVLs1LSmXXVriK7KXZsqSijNXcZpH6KvXfaoCJxmHin&#10;nBNXbHlrmGY6lnoCla4UVnlnjcDoUHS5vx3RbXU9uPS5/nXOsv+iE3Z6rWSJuXdDqCxws3gWo05W&#10;kXjYnus51nlmnCoTcnimjSbnV3RMywvQeXTKw+q5BnVSvQChGXX5tnaIzHbEsGhv6HeequFV53hk&#10;phw5M3jjodESuXgIjKjmkXQD1ynPuHR5zwy4OnT2xzGgRXWUv8iH/3ZcuPdvL3c4suhVRngAri04&#10;pnh3pk0SJXeLjETh44Qud+XMM4OjeDu18oMueJie/oLReQyHWoKLeZ1u8IJdektVYIJPewI5JoKZ&#10;e9MT34SdfI7gH4Kggr3K94Ipgfe03YHFgU2d34F5gMyGI4FDgHRts4EpgEBUHoEwgB437oGDgCwS&#10;eIMggKbehIFKjavJToDhi96zUYCHii+cZ4BRiMOE1IAyh4xshoAuhoFTDIBAhY4254CNhOIRPIGy&#10;hHPc54AqmJfHpH/FldWxqn92kzqa6n9GkNSDfH88jsJrWH9IjN5SCH9kiyQ1+n+sieEQK4B1h8Hb&#10;YH89o5LGJH7Yn+qwMn6QnGuZgX5pmSSCL35hlhdqOn5+k2hRFX6jkPM1IX7ij0oPQH9lilDaDX6F&#10;rq3E2n4gqiSu7X3Vpb2YS32xoY+BFX2wnalpMn3LmhtQOH35lws0Xn4ylV8Oe36AicrY833zuerD&#10;yH2OtIGt2n0+rzGXPH0YqiCAI30epW9oYX0/oSdPfH1nnYwzuH2Zm2YN2H3DiVzYEH2FxVnC630f&#10;vw6s8nzIuNeWUHyZsuN/RHygrW1nnXzLqJVO2nz3pNkzLH0boFgNU30oiQLXZH010RfCPHzQyees&#10;MHxuwsaVgnw0u/d+hHw4tc1m93xlsJdOVHyXrJYyuny3okwM6HytiLrRwY1RdpK9tYvrdwapA4qp&#10;d36TfomOeAl9MYiXeLJmBYfFeXpNnocoekkyOIclezEM1okkfHnQPIvxgMe8fIqZgD6n2oljf86S&#10;aIhVf358H4duf1dk+4auf1FMlIYef1wxNYYaf5gL7IeLgFrO4oqpixu7IYlfiZymrIgriDeRL4cw&#10;hw168oZYhhNj4oWphUZLj4UmhJYwRIUhhEQLHoYkg8LNfomPlXW5sYhJkxelJoclkNqPzYYujs95&#10;sYVsjQtix4TMi3ZKnIRRihUvboRGiVkKa4TshrfMJoiwn9q4V4dsnKujzoZOmZ6OgYVdlsJ4hISY&#10;lB5hwoQIkdFJwIOTj9Aur4N+jvEJ0oPhhqTK9ogAqmi3L4a9pmqiqoWeooiNaISwntp3goPvm29g&#10;04NYmF5I+4LqleMuB4LQlQ0JUYMAhkzJ+YdytRm2N4YxsE6hsYUPq5eMdYQgpxp2p4NmovdgF4LS&#10;n0dIVYJYnHUte4I4mkkI5oJGhgTJLIcDv/+1bYXFumeg34SftN6LoYOpr5J13oLvqsJfZ4JmpqRH&#10;x4Hto/ktBIG6nnAIj4GuhcnIkYauyz20zYV0xNigL4RJvnqK6oNLuGh1NYKOswBe1YIGrrVHSoGT&#10;qtYsl4FeniYISoE1hZvCB5a9dYSvWZSKdgucDZKDdpeH8JCudzZy+I8Hd/NdBo2UeMtFuYxyeaYr&#10;A4xOeowGqYz/fJzAvJV9fyyuU5NQfsubFJFTfn6HAY+IflNyCY3tfk9cHIyIfm1EzotvfpkqJ4tD&#10;fvoGLItsgBe/jpRXiNitGJI0h52Z+5A2hnWF5I54hYlw/4zqhMZbKIuShC9D8YqBg7opY4pNg7kF&#10;vooKgya+b5NBkqer5JEokJmYuY83jqGEyI1wjONv64v0i2ZaMIqoihxDGYmeiREoqolliOcFX4jX&#10;g6G9R5JnnIWqz5BOmbKXmY5hlwODlYyqlIVu2YsokkFZQInrkFJCU4jkjscoCIigjsoFDYfQg2q8&#10;PJG/poapxY+poviWkI28n4eCl4wHnEpt8IqHmVFYbYlAlrtBp4g8lN8nfIfwlDsEyIbzgzy7W5E5&#10;sKeo6Y8lrF+VtI01qCyBwIt+pDRtLIoEoJhXxoi9nYNBGYepm5UnC4dVmL4Ej4Y8gxW6pJDPuwGo&#10;No69tgCU+YzKsQ+BBIsOrF5seYmUqDBXKIhXpNdAnYdAotwmqobWmiQEYIWmgva6GpB8xbqnp45t&#10;wAOUW4x4ulKAYIq2tPJr4ok3sE5Wp4f7rRJALYbsqMQmSIaBmeIEO4Uvgt2yw6B6dMOhSJ2IdU6P&#10;PJrHdeJ8aJg9doxosZXpd1NT6JPaeDI9oZJFeQwjZ5JJedQBSpBZfLqxsJ9gfeagfZxrfZiOfJms&#10;fWN7qpckfVFn7JTYfWZTJJLSfZ0825FAfeEiuZEzflQBLI7Mf92wu55Ghw6feZtchfSNj5ibhPl6&#10;tpYghDNnBZPdg5xSUJHhgzE8HZBTgu4iHpA1gzsBEY1vgLmvvJ1TkDGeaJptjmCMbpe0jLZ5t5Uw&#10;izNmE5L6ifpRfpEFiPM7bo94iDkhlY9KiLMA+oxAgKmu1ZxwmYqddpmTlwSLcpbilKd4s5RlknNl&#10;MZIbkIJQtpAzju46yo6njdwhF45tji8A5os9gJyt85vMowicrJjun9GKqZY4nL534JO8meVkY5F9&#10;l1dP/4+KlT06OI3+lBIgqY23kuAA1opjgJGtMptNrKCb7JhvqMGJ6JW3pP53JZM6oX5jupD/nmZP&#10;bo8Km/E5wo1qmwIgVY0WldwAyImugIeskJrrtmqbUJgNseOJSJVRrXV2hZLOqVZjIJCTpctO5o6n&#10;o0o5WY0AoVsgDIyQlasAvYkbgICsFJqcwJ2a05e+u2+IvpUAtlZ195J4saJin5A5rc1Oeo5Mq104&#10;/IyupmUfvow+lXYAtIilgHqkCaqRdDmTn6bsdLyCsaN8dU9xBaBFdfxec51KdsVKvJqod6I1V5i+&#10;eGsbQJlreOwAAI2efxGjMKmWfOOTC6XnfJuCJKJwfHNwdp80fHBd2pw5fJdKIpmbfN40v5etfS0a&#10;0Jg1fZgAAIxsgACic6iKhYiSP6TkhIWBbKFmg6Rvsp4xgv5dH5s8gohJeZijgkQ0LJaygisabZcZ&#10;gsYAAItggAChsKeVji+RY6P2jIOAfaCAiv5u251EibJcVZpZiKtIy5fFh+EzoZXRh3gaE5YaiDgA&#10;AIp3gACg46bUluaQl6M1lJp/qZ/Ckn9uApyIkJ9bnJmJjvZILJb9jb8zJpUCjS8ZyJUtjO0AAImv&#10;gACgOqYin96P7aKJnPN+/J8WmjVtVpval7Za+JjalYZHoJY5k+Uyu5Q7k4kZhJRWkOoAAIkHgACf&#10;naWhqPKPZ6IFpWd+d56KogZsyJtGnvNabphOnFtHKpWympMyYpOdmhAZUJOikR0AAIh8gACfFqVD&#10;sjSO5qGkrhB99J4jqhVsSJrapnpZ9Zfgo5RGvpVMog4yEZMun3QZJpMQkQEAAIgLgACeqqT5u96O&#10;faFUtyF9hJ3Qsotr15qDrnpZkJeGq4NGbJTvqUIxzpLYoawY95K1kOEAAIewgACV8bUIc8SGfbC4&#10;dDd2kKyidMJl76jFdWxUZ6UrdjFBoqIIdwMs8J/4d6wSbqIcd6wAAIl+gACVVbQifAGGH6/Fe7R2&#10;NKuee5Bljqeye5ZT+6QRe8hBOKDpfBosj57JfGkSVKCdfK8AAIjEgACU1bMZhCyFjK7DgzR1sKqT&#10;gmVk/KapgdhTb6MHgX9AvZ/ggVssL520gWcSP58/ggkAAIghgACUTrIfjFOE7K3PisJ0+6mkiWBk&#10;WaWxiD9S1qIYh2hAPZ7yhtgr0py6hsESK54GhsoAAIeTgACTu7FTlJKEVK0EknB0WajckIhjsqTp&#10;jt9SSqFAjYQ/yJ4fjKErgZvbjKgSG5zuiuIAAIcZgACTKrC3nPmDy6xmmktz1Kg4l9VjL6RBla1R&#10;zqCUk+U/Zp1ZksMrQJsLkxMSEJvyjDYAAIazgACSvrAlpYWDYKvVoktzaKeln0pixqOtnKdRbqAB&#10;mo4/G5y/mXorEJpGmJQSCZsMjDIAAIZegACSU6/FrkWDG6tsqnhzJqcspuNieKMfo8lRHZ9toY0+&#10;zpw9oLoq2pnKnPkSB5pdjDEAAIYZgACR+696t2yCyqsXsxFy1abQrvFiKqK/q3xQ3J8JqXM+npvU&#10;ps0qvJlknOUSBpnmjDAAAIXigACIdr/lc1F54br1c61q2bZDdCtbJ7HKdMxKiq2edYc4k6oUdkYk&#10;UqgrdrcKWKoHdxcAAIYMgACIHr8Fey55uboIetRqrrU8eqxa9LCrerZKT6xueu44X6jVe0MkNKbH&#10;e4EKn6gufGIAAIW2gACH3r3ygul5Yrj9gfRqXrQmgS5alq+PgLVJ9qtMgHQ4GqesgGwkE6WBgJQK&#10;36aDgSYAAIVrgACHl7zniph5Abf1iRtp57Mih9RaLK6BhtdJlKpBhi03z6adhdUj8qRbhhgLF6UH&#10;hVEAAIUpgACHPrwKkmB4pbcWkGJphLJBjqZZwK2ejTNJP6lOjBw3j6Wsi5Yj16NWjD4LSqO5h6IA&#10;AITxgACG37timlN4ULZnl9ZpNbGIlZxZdazfk71I+aiMklU3XaTTkcYjw6JrkegLdKKUh78AAITC&#10;gACGh7reol94CbXan2Ro9bDvnK5ZOaw+mmtIwqfsmNs3OaQsmKojuqGYlqMLnKGUh9kAAISagACG&#10;TbpiqpV31bVapx5oxrBro/ZZD6uzoWVImqden+U3FKOmnwojqqD8mB0LwKC0h/IAAIR7gACGDboR&#10;sz53wLT4rzlot6/zq4NY9asjqKhIiKa9pzk3E6L9pA8jwqBgmC0L8aAdiBMAAIRhgAB7bssxcv1t&#10;mcW2czdfWMB/c5pQc7uCdCdAnrbfdMsvRbMhdWQbBrH4dWsDb7BNd4kAAIMkgAB7aMpAeohtq8TC&#10;ehFfXr9redlQcLpJedpAmbWHeg0vUrGoelYbR7Axel8EC64vfEYAAIMigAB7cskSgdltl8OegNhf&#10;R749gA9QTrkLf6BAfbQ6f20vULBHf3cbfa6Sf6sEl6xJgHUAAIMhgAB7cMfoiRRtfcJzh55fF70R&#10;hmdQJbfUhYVAXrMBhQIvSq8ChN8bra0dhYQFEqqbg24AAIMfgAB7W8bskGVtZcFwjoBe/rwEjOhQ&#10;ArbCi6VAT7Hfis8vUK3ciqwb36vQizAFgakkg7kAAIMegAB7OcYll+RtVMCalZBe97sfk45QA7XV&#10;kfZAT7DukOwvYazSkQEcFaqmkAsF5Kfhg/sAAIMdgAB7F8WEn3VtR7/qnLNe97pgmkdQCrUMmGZA&#10;W7All10veawAl3kcS6mjkyEGO6bOhDcAAIMdgAB69sUGpzBtP79bo/1e/LnBoSxQFrRhnxRAZ691&#10;nlkvjatWnNMceKjgk0AGh6XrhGoAAIMcgAB63MSdrz5tPr7hq5NfCbk4qFtQKrPMpjNAha7XpM4v&#10;uaqwoEUcs6gxk2cGyKVGhJYAAIMcgADmH3ZwcxjQG3dLc/G5gHgfdMyiKnjqda+KJHmydqFxY3p/&#10;d6NXhntPeJ87L3wxeZYWnX0heejkD3SHfmjOa3WJfhu3+nZ8feWgy3dlfcqI3XhLfc1wLnkzfeRW&#10;W3oVffk6B3rvfhIVIHtUfcHiMXLwidLMmnQCiGS2X3UKhxKfRnYKhf2HfncIhRFu83gGhEJVPnj2&#10;g3k4+XnEgsQTxHnVggvgaXGTlTjKzXKukr+0nHPAkGydsXTRjkyGEXXmjHZtsnb2isJUKnfyiSE3&#10;/niyh7cSlHiLhezeyXB1oJ3JMnGSnS+zAnKrmeecK3PFltWErnTlk/hsfHYHkWlTI3cLjvo3FXe7&#10;jP4Rj3dxiT/dbG+YrA3H2XC0p7qxqnHLo3+a23Lon3qDd3QPm7RrWHU1mDNSLnZBlQ82QnbhksUQ&#10;tHaEi0vcTm7rt4zGwXAEsluwi3EVrTGZvnIwqDyCcnNdo5pqcnSKn0xRWnWUm3U1j3YlmSUP/nW/&#10;itDbb25twx7F5W+BvRWvo3CItwSYy3GbsSOBhXLJq6xppHP9prZQr3UJons09HWFnrUPanUfimza&#10;y24bzsbFRG8px+Su63AhwPOX/3EnujaAu3JPs/xo63ODrn1QCnSOqkk0Y3T9oygO9HSfihzWFX8O&#10;cbbB5X8Qcsqs9H8dc8+XH381dNGAdX9Wdd1o7n+IdvZQMX/PeAg0moBZeQcPWIHyeTzUjH1RfH/A&#10;sn1zfHqrzn2XfHyV/n3AfI9/U33zfLln0343fPdPHn6NfTQzkH8SfXIOQYBIfYPTAHvSh1C/B3wC&#10;hkKqQXwzhUSUgXxxhG99/ny7g71mon0VgyZOC312gpgyk33tgiUNTH7SgYPRbnqGkhi9ZXq8kBmo&#10;oXr3jjCTDXtAjGl8qnuhit1leHwMiXJNCXx2iCExrXzehx4MeH2NhPzP83lynOm773mqmgunLXnt&#10;l0GRpHo/lJh7ZnqlkhxkW3sij+dMGXuTjeEw3HvqjH8Lwnx3h/POs3ibp9K6s3jUpB+l8nkVoHGQ&#10;cnlqnOZ6SnnWmZFjVnpTloRLPnrMk+YwIXsVkoILKXuNh4vNrnfxstO5sHgqrk6k6nhlqb+PbHi5&#10;pVR5WnksoTRihXmunXFKhHohmksvg3pcmHIKqnrLhzbM5HdzvfG443equKCkEHfcszWOi3gnret4&#10;gXibqQlhxHknpLdJ5XmcoWsu/HnBnU4KQnothvDMVXceyT64SndRwyOjX3d3vOCNy3e1tsJ3yHgk&#10;sS9hIHiwrHtJVHknqPIufXlBn28J8HmvhrjGfogYcIqz/Iczcb6gkoZyctqMG4XRc+52t4VHdQtg&#10;XITcdjVItISed1UtxYT0eFII3IZPeWDFRoaAeriy6oW7euqfc4UMexuLB4R1e1d1qoP5e6dfW4Oc&#10;fAlHuoNofGks2IOyfMAIL4SqfXXEEoUOhPmxqIRchDGeX4Ozg3KJ2YMsgtJ0h4K6glReUYJrgfNG&#10;x4JEgZ8r+4KFgW4HmIM5gQvCrYPHjyqwMYMWjY2cyYJ8i/eIcYIAinxzQoGoiTZdNYFriBJF1YFK&#10;hxMrLIF4hn4HFIH4hCjBVIK9mWGu2IINlv2bdYF6lJ2HKYEFklFyG4CwkC1cNYCEjlRFAIBojLwq&#10;eICEjAkGo4DmhH3AMIHto76tuIFAoJaaV4CrnWSGFIA4mkVxHH/nl1pbUX+2lMJERH+hkrQp13+w&#10;khMGRH/+hD2/RIFJrjesy4Cfqk6ZZIAFpkuFIH+OoltwPX9Enrhakn8Ym4JDpn72mSIpUX74l0IF&#10;9n8/hAi+kIDOuNqsEIAmtDKYmX+Er2CETn8Cqp9vc363pk5Z2H6VoqlDDH53oHAo335em4IFtn6j&#10;g9y+FIB4w8Grgn/TvmOX7H8kuMGDk36TszVuxn5ArklZRX4gqnNCk34HpzAoeX3mm14Fg34mg7q3&#10;XJFXb7GmNY+ecO2UIY4cchKA9IzJcy5sy4uYdFRXk4qVdYZA74ngdqQmgYo7d4EDKookeb22WI/h&#10;eVOlQ45HeZ6THozUeel/+YuHej9r1opfeqlWqolmeyRACoi1e5glsoj6e/QC24iEfWm1SY6Lguqk&#10;DI0Cgl2SA4uSgdN+14pTgWlqzIk3gRlVu4hKgOM/NoeegLok+ofOgLgClYcWgKK0LI1NjJWi1IvL&#10;iz6Qtopqieh9uYkqiLRpvYgfh6xUzoc+hsc+a4aYhg0kUIa2heYCWYXZgZazBYxLlkmhworLlDiP&#10;nIlvki18i4g6kDdosIcxjmtT34ZhjOU9pYW9i68js4XEi7kCJYTKgXOyBouFoB+gvooJnVmOmIis&#10;mo97kod5l9pnyoZxlVtTEoWYkzE8/oT3ka4jLITskSEB+YPlgVaxNYrpqg6f64lxppaNwIgPow16&#10;vIbZn51nBYXVnHtSaoT9mdQ8dYRKmD4iwIQwlZ0B1YMngT2wkopytCefQIj+sAKNCYeWq756AoZW&#10;p5dmUYVQo+FRxoSDoPQ78IPOn18iYYOUlz8BuIKNgSmwIIoavouevIiqucKMboc7tMZ5XYXvr+5l&#10;uYTiq8BRRIQTqOY7f4NkpTEh/4MilvwBoIISgRmom5rpbwiYjphzcEGHpZY8cWl1sJQ8coxitZJo&#10;c7dOkpDVdOc41I/CdfQeo5CGdoQAAIpye0WnypmdeCeX0pc9eICG15UOeN105JMNeUdh65E7ecVN&#10;0I+selA4GY6VesweBo81ewsAAIjZfpOm75hXgTuW0ZYJgMqF6ZPbgGVz7ZHlgBxhBZAdf/FNAY6Y&#10;f983Y42Bf9Ydd43+f/MAAIdygACl9Zc2ikCVwpTqiR+ExpLHiA1y9pDNhw9gG48ThkFMOY2WhZU2&#10;wIx+hRsc/IzdhWYAAIY7gAClC5Yuk3GUzpPskaODy5HQj+Jx9o/cjjNfRo4WjLNLfoyli302KouM&#10;iq4cj4vQiuMAAIUwgACkNJVvnMaUDZMvmlGDCpEOl95xJI8alYZed41ak2hKyovfka41mIrFkMcc&#10;I4ryj5EAAIRPgACjgZTapi6TUpKeoxmCSpB6n/pwaI6BnPxdyYzDmlNKNotGmD81JYoWl5Qb0Yos&#10;ks8AAIOVgACi8ZRpr7uSvZIxrAuBq5AHqEZvx44EpKddLYxEoYpJporPn2Q0tImYndkbi4mHkp8A&#10;AIL9gACiipQWuZqSSJHgtVuBI4+usPNvOI2hrL9cqovYqVJJN4pgp0g0UokwotcbN4kYkmcAAIKE&#10;gACaUqTbboSLPKG6b697WZ7dcNJqe5w4cfRYlZnGcxtFbpevdD8wcpZldSgV/5hNdSgAAIYgfmmZ&#10;sqO7dy6KtKCkd4V6w53Bd+lp5JsReF5X/JibeOdE3ZaCeXov6pUqee0VppbUedwAAIUAgACZC6KG&#10;f8GJ6p99f156CpyWfw1pH5ntfuBXRpd6ftBEO5VmftkvYpQHfugVVJV4fwgAAIQEgACYSqFliEqJ&#10;DZ5jh0R5GJuGhlNoTpjZhYRWgJZzhONDk5RkhGou3pL/hCsVB5Q+hIAAAIMogACXfqB8kN2IQ518&#10;j0J4R5qhjb1ndJf3jFhV0ZWBixpC/JN7ijUubJIMidEUypMbiUAAAIJsgACW15+wmauHl5y5l3p3&#10;l5nflVdmyZcvk1NVL5S3kY1Ce5KbkEAuDJEnkA4UkpIUjUYAAIHOgACWRp8coo+HGJwon893FZlE&#10;nQ1mOZaKmnRUnZQVmEFB/5H8lskttJBtloUUYZE4jcgAAIFLgACVzp6xq5eGnZu9qE52kpjSpPll&#10;tpYOoddUHpOVn1FBh5GCnhAtWI/pm+AUOZCEjawAAIDggACVdZ5itPCGO5trsSl2Iph4rUZlQZWq&#10;qa5TtJMqpw5BL5ESpTotDo99nnYUApAMjYcAAICLgACMnK80bgB+V6t7bxdvXagDcC9feaTAcUtO&#10;jKG7cmg8QZ83c3cnzZ33dCQNL6C4c8UAAIJ/gACMLK45dkF+Bqp6do5vAKbtdvJfGqOVd2xOK6CD&#10;d/s76J30eIwnhJyZeOQNOp7ieNEAAIHFgACLuq0Nfl19c6lYff9ufKXCfbtei6JpfaJNp59Wfag7&#10;eZzHfcYnM5tXfd4NP502fjsAAIEhgACLMKvqhmd8z6g6hXdtw6SrhKJd66FNg/lNEZ5Dg4E7AJu0&#10;gzYm4Jo1gy0NP5u1gxEAAICTgACKm6r5joN8NKdNjQ1tHqPBi7RdQaBiioFMiZ1MiYk6jZrBiOwm&#10;lJkxiP8NP5pchz0AAIAagACKEKpBlsR7rqaWlM1smKMFkuxcup+hkTlMCZyFj9E6MpndjvQmW5g/&#10;j1sNQpkniPcAAIAAgACJqKmenyB7QKX4nKtsJqJkmkZcSJ79mBhLoZvellw545kulYYmNpdelNwN&#10;SpgRiPwAAIAAgACJS6k0p6d7BaWKpL1r56Hkoc5b+J5inyNLSps5nTk5ipiZnKwl85bLmXINSpc5&#10;iPwAAIAAgACJA6josIJ6vKUzrSprlaGCqcBbo532pr1K/5rFpPo5TpgfosQlyJZRmYwNQ5agiPcA&#10;AIAAgAB/crn/bWxx4bXAbmljsbG9b3FUq63pcIBEmapgcY0zAaeTcngeu6bRcsEFvac/c20AAIAA&#10;gAB/M7kfdVBxx7TJdYxjkbCedelUiqypdmJEdqkJdvAy66Ymd3UexKUwd5IGIKUheMUAAIAAgAB+&#10;+bfxfP5xb7OffJ1jRa9nfF5UM6tofFREKqfCfGsytqTVfJYeuaO1fKEGcqM2faMAAIAAgAB+qra/&#10;hJJxBbJxg7Bixq49gvFTyqo4gmZDyaaWghQycqOkgfAepKJighYGtqF/geQAAIAAgAB+TLW/jDhw&#10;pLFyiuFiW60+ibBTVak3iK1DdKWGh/AyMaKTh54ekKE0iCsG8Z/6hLEAAIAAgAB98LT+lAZwT7Ct&#10;kkBiCKxxkJdTAqhijyZDJaSqjhIx/qGdjbUegaAjjeAHIZ6jhNIAAIAAgAB9n7Rpm+ZwC7ASmbZh&#10;xqvJl5lSvqevlcRC4qP2lIIx0qDelHoefp8ukqcHTp14hPEAAIAAgAB9arPpo+Vv2K+OoVBhkKs9&#10;ns1ShqcbnKlCrKNcm3AxnKBKmuIeZp58lI0HeZx2hQ4AAIAAgAB9NrObrEdv0K8rqVZhhKrBpl1S&#10;ZKaCo+tCkKKtosMxlJ+Pn/Medp3JlJkHoJvFhSgAAIAAgAByr8VIbN5lpcCsbbRYHbw5bp9J07fs&#10;b5U6dbQBcIEpU7E0cS0UlrHpcLgAAKspdHsAAIAAgAByosR3dHBlw7+xdItYOrsEdNVJ8baGdUA6&#10;lrJ2db8pja9/diEVFa/EdbsAD6npeOcAAIAAgAByo8M6e7hlqr5ye0VYJrm1ev1J1rUkevc6iLED&#10;exIpnq3yezgVbq3eewQAo6fTfS4AAIAAgABylcHtgtplgL0mgfhX57hqgUJJqLPSgMw6Zq+tgJYp&#10;nKyKgJAVr6wwgMwBIaX4gMQAAIAAgABydsDSigtlX7wHiMhXwLdFh7ZJdbKohto6Ua5zhlEpnqtH&#10;hkkV7aqvhpABkaRVgQ8AAIAAgAByUb/5kWhlSrsfj8tXsrZOjlRJZ7GojSI6Qa1sjF4pqKohjIUW&#10;J6lYi4MB8aLqgVAAAIAAgAByML9QmNNlP7piluBXrrV/lQpJY7DPk406P6yQksIptqk4kwcWYKgt&#10;jyECR6G0gYoAAIAAgAByE77ToGBlPbnMnhpXsbTVm+5JZLAWmjo6OqvSmbYpt6h9mHkWhadNjzoC&#10;jaCzgboAAIAAgABx/r52qDZlQ7lQpaJXu7RDoyhJa693oWs6RaspoFEp0KfKnEUWqKaPj1ICup/z&#10;gdgAAIAAgADZtXGBbKrFDnLXbjevv3Qbb7eZm3VJcS2CrHZrcqNq63eKdBtSBXigdYI2enmgdsAS&#10;Anp5dq3Xt29Xd97DcHDceEeuSXJBeLeYS3OPeTSBdHTSeb5px3YOelFQ63c0etY1aHghez4QznjC&#10;eq3V4m2Egx3BpG8bgmestXCZgcKWzHIAgUmAHHNegOpok3SygJxP2XXlgEo0bHa8f+8PwHdBfyLU&#10;GWvqjkq/1W2OjJCq7m8ZivCVOnCXiXV+sHIOiDFnV3N2hwROzHS0heIzgHVyhNsO1nXzgzDSemqU&#10;mW++O2xAlsypVG3WlD+Trm9ekdV9UnDij5RmJXJejZFNznOki6gypXRHihgODnTUhqjRJmmKpJ28&#10;62s4oSOoAmzPnaqSYW5cmlF8HG/olyplCnFolD9M43K2kaYx4HM/j84NZXPjiQ7QFWi5r9S73Wpn&#10;q4qm62v5pyuRSW2Foud7GG8YnuZkJnCfmzNMGXHol+8xOnJalhQM2XMbiLDPR2gfuxW7EGnLtgGm&#10;DGtTsMOQXmzWq5h6L25qpsZjV2/4om1LcHFDnsgwqnGXm5AMZ3J5iGLOuWe8xmC6gGlhwH2lYWra&#10;umOPnGxNtGB5bW3ars9ip29oqe9KznCuplAwGnDrn+4MDHH3iCXKWnnka4u3fXpkbUujwXrmbuuP&#10;AntocHR5VXvucfpitXx8c39K0n0VdO4v4X3Qdh4LOX9kdjfI6Xfodjy2V3iRduSipHktd4ON7HnE&#10;eCJ4QnpdeMphr3r/eXpJ2Xuiehou9XxJepAKa32xeqjHZXYqgOS0rnbmgIehHHeVgCyMc3hDf+h2&#10;8nj1f7lghXmtf5hIz3paf3MuB3rlf0AJtnwzftbF03Sli3qzC3VrijOfeHYniPKLA3bkh8R1oneu&#10;hr9fX3h4hdBH1XkthO8tMHmchDQJGXrognfEW3NdlhOxl3Qqk/aeBHTwkdmJl3W3j810ZXaJjeFe&#10;SHdmjC1G7Xggip0sbHhyiYoIk3nMhZPDJHJboMKwYnMsndecznPymt6IaHS+l/RzSnWXlTNdS3Z0&#10;kq5GG3c0kIsrvXdrj3oIInjdhYDCK3GPq36vZnJhp8ybzXMjo/mHaHPuoDNyXXTPnKxcfXWxmXZF&#10;anZpltErLHaHlVcHxHgXhUDBbnD4tk2upHHHsdma+nKBrTGGjnNEqJNxh3QmpE1bvXURoIxEznXJ&#10;ncAqrnXHmiMHeHd2hQ3A8HCUwTauF3FevAOaUnIJtomF1nK+sR5w1XOZrCtbHnSEqAhEO3U7pRAq&#10;KnUjnIIHO3b2hOS7boKUapyqMYI4bHiX64H5biqEeYHRb79v/IG5cU1acIG4ctlDgIHddEcpBIKB&#10;dVMFPIO7do26TIC9dLOpEICNdY2Ws4BldlaDT4BLdxdu5YBCd91ZcIBQeKZCk4B4eVooLoD8ecgE&#10;yIIMetK5HH8Ofs2nwn75freVmH7ffpyCJH7YfoZtz37cfoNYeX74fo1Bun8nfpInbn+OfnwEYoCR&#10;fpK3vH2UiNWmXH2Gh+6UDn18hv6AyX2BhhVskH2fhUxXYX3MhJhAzH3/g/YmqH5Eg4QECX9IgdS2&#10;bXxZkuGlC3xQkTiSv3xQj39/hHxdjchrd3yAjC1WaHy+isc//nz0iZAl/30YiQYDvn4vgoi1VXti&#10;nQyj83temqORqHtemB5+dXtulZtqeXuVkzxVinvPkR4/RnwJj3UlaHwPjwADfn1Bgly0dXqep0mj&#10;DXqdpCaQvHqZoNV9inqnnYhpoHrUmnVUznsSl78+rHs+lcYk7HsqlCADSXx9gjmzzHoLsaCiWHoM&#10;rcaP+Hn/qa98wnoEpZlo3Hoxod1UGnp5nro+GXqjnOQkf3pqmFIDHnvdghyzXHmnvCCh0nmnt5iP&#10;VnmNsr58FHmDreloOXmoqZdTjHnupkE9l3oao3wkC3nNmF8C/HteggSs2Iu9adqc+YqAa7uL/Yl+&#10;bXB5wIipbwhmaYfxcJhR7IdiciQ76Icgc4UhsYf1dE4AAIeBdySr84oCc2WcB4j4dFWK7ogMdTJ4&#10;uYc/dghlcYaNduJRB4YGd7w7EYXAeHgg9oZqeMcAAIWVexWq8IhqfNua1Yd7fPmJ2YaYfQt3nYXa&#10;fSFkcYU0fUZQKYS4fXU6UYRyfZkgVYT0fZAAAIPmfoqp0Yb2hlqZpIYPhbeIkIU+hQB2i4SGhFNj&#10;eYPtg8NPXIN5g0k5poM4guMfxoOYgrgAAIJvgACopYXDj9uYmITgjoqHg4QXjSJ1YoNni7Zib4LW&#10;imROa4J1iUo44YIyiG4fMoJmiHsAAIEugACnq4TXmX6XloP6l36GgYMwlVx0b4KAkzNhjIHxkTBN&#10;qoGGj3g4RYFFjlIetYFYjd0AAIAggACm4oQcozKWyINFoIiFrYJ2naxzmYHCmspgxIE3mCZNAIDN&#10;lfI3x4B2lLoeUYBsklcAAIAAgACmSoOPrQiWI4K+qbqE+IHnpiZy4YEmooxgEoCXn1ZMU4A5nNk3&#10;N3/fm7Ud+H+nlEQAAIAAgACl44MttxqVpIJgszOEXoF8rutyPICpqqBffIAQpu9L13+vpHo2zX9Y&#10;oXkdnn8NlAcAAIAAgACeppUeaU6P1JMmayN/7pF5bNRuzJADbmpcjY6wb/ZJD42dcXQz1o0QcrIZ&#10;h46icvYAAIMWeryd7JOUclqPFpHIc01/FJAndDNt+o6sdRRbxI1YdflIVYxFdtkzKIutd4oY/Y0A&#10;d4MAAIGhfh+dGJITe06OEJBie31+IY7Ge6dtAI1Ye9ha4IwNfBhHjosBfF8yfopjfJEYfot8fGwA&#10;AIBagACcGZC3hCuM/Y8Lg7N89o1+gzVsCYwQgrhZ+orWglhGzonTggkx5Ykwgc0YEYoSgdkAAIAA&#10;gACbJo+EjSyMAI3ijBB7+IxeiulrCIr2ib9ZLYm1iLJGHIi+h9wxWYgXh1AXsIjGh1gAAIAAgACa&#10;Uo6gllGLP40GlJh7N4t+ksRqNYoUkPBYXojVj0ZFbYfUjfEwy4cpjU0XSYesjAUAAIAAgACZpI3v&#10;n4KKh4xanTB6eYrNmrVpeolemD1XrYghlgpE1YcclFswXoZXk/QW/4ayj40AAIAAgACZHI1oqMyJ&#10;9YvYpel53IpEos1o3IjJn7dXEoeInQ9EQIaLm0kv5oW9mikWvoXhj2EAAIAAgACYvY0IslaJhIt7&#10;rvF5VoncqzloTohSp5BWkYcGpJRD1YYEovYvhoU4nx0Wa4VIjygAAIAAgACQ2J7haMyC15xMao1z&#10;35oCbDRjxJfvbcVSh5YLb0k/7JSGcLErSpPocbMQbJbecS8AAIAAfdCQQJ2NcWOCSJsQclFzPJjD&#10;czpjJpajdCJR8JS2dQw/ZZMqdekq05J1dnoQOJT1dfIAAIAAgACPmJwhedmBdZm6ehJyfZdtek1i&#10;YJVTepVRPZNqeuk+y5Hhe0AqWZEce3EQBpMveyUAAIAAgACOz5rMgj2AkphugdtxhJYtgXlhkJQT&#10;gSZQe5I3gOo+KpCzgMIp3o/igKkP0pGSgKoAAIAAgACOAJm0iqh/xpdZiblwtJUdiMdgtJMHh95P&#10;1pEchww9m4+ghnopd47Bhj4PrZAWhXsAAIAAgACNVZjGk0d/F5Z4kctwAZQ8kEBgCpIfjrpPM5Az&#10;jWA9JY6fjGopIo22jF0Pi47AiZEAAIAAgACMxpgYm/d+mpXPmfhvgpOJl9RfepFglblOno91k/E8&#10;pY3iks0oz4zYksUPaY2dimsAAIAAgACMVZeZpL9+IpVSokNvAJMDn5Ne9pDNnPFOHY7cmtQ8Jo1P&#10;mdwoa4w4mBoPS4ysilcAAIAAgACMAZc9rcR9w5T0qtxukZKap6hegpBWpJFNtI5bolE7z4zGoPUo&#10;H4uvmyEPHIv5ijcAAIAAgACDiakTaDd2PKX2aeBoFaMea3hY4qB4bP5Ii54ObnI2spw1b7ciXpvj&#10;cFoIWJ2vcCAAAIAAgACDEqfycGd13qTWcUdnraHncixYgZ8ncxZIMJyrc/42Z5rDdMsiK5pHdR4I&#10;gJt0dTEAAIAAgACClqaWeGh1P6OIeKJnIqCTeOVX753SeT1HsJtUeaA2AJlnef4h65jMehUInZln&#10;eqcAAIAAgACCAKVCgFB0kKI6gABmX59Of7ZXTpyMf4JHHJoYf2k1i5gpf18hoZd1f1gIrpeLf5MA&#10;AIAAgACBZKQliEdz8KEkh3hltZ48hq1Wn5t5hfFGlpj6hVw1G5cPhQIhWpZChRQIvJXfg9EAAIAA&#10;gACA2KNLkF9zaKBOjxllLp1hjctWFZqYjI9GE5gSi4g0yJYHivEhK5Uki2IIzJRghfMAAIAAgACA&#10;baKQmIdy95+Zls5kuJyolQJVnZnak01FppdRkfI0d5U8kVshFZQekOgI4pMOhgIAAIAAgACAFKIU&#10;oNNyw58bnrlkfpwXnG1VUZksmjhFUJaVmKY0F5SOmGEgxpNvlX8I6JIAhgYAAIAAgAB/0aG8qVxy&#10;fZ63puxkLpumpDJU+pitoaVFApYNoC0z2ZP8nnwgmZLYlgoI45E7hgIAAIAAgAB2tLPBZ39p9bA4&#10;aQhcgKzlaoxOGKm8bAI+h6bibVwtPaTrbmsYuaWXbmwBiaKqcAIAAIAAgAB2WrLQb1Jpyq8ocB1c&#10;V6umcPlN+ahUcd0+cKVecrwtOqNJc2oY46Onc0YB/qA3dWEAAIAAgAB2DLF8duhpYK3YdxtcAqpH&#10;d2BNoKbrd8M+KKPseC0tEKHHeIQY7qHpeFQCXp35elgAAIAAgAB1rLAdfl1o6ax9fhZbd6jzfd1N&#10;NKWUfcM9x6KZfcYs0KBqfdEY56BafbwCrJv6fq8AAIAAgAB1RK70heFof6tYhS5bBafPhIdMt6Rt&#10;g/M9cqFkg48skJ8yg2sY2Z73g78C7Zo7gfsAAIAAgAB05K4TjYpoKKp1jHJar6bji1hMX6N5ilg9&#10;HqBoiZosX54YiWgY0p22iYMDI5i2gh8AAIAAgAB0lK1llT1n5qnBk8pabqYjkkNMGKKtkN481J+a&#10;j+4sMJ07kAcY2pyVjlkDVpdqgkIAAIAAgAB0XazXnQJnsaktmztaMqWGmVZL2KIGl6M8lJ7slrUr&#10;65yTlnYYu5vGkLkDiZZTgmQAAIAAgAB0Lqx+pRdntKi+oxlaLqT8oNBLuKFdnsk8e54pnfMr65u+&#10;m5MY0ZrykMgDrJWMgnwAAIAAgABqMr8DZrRdzrtAaA5Q47eWaXBDI7QFasY0KrDoa/QjH68+bKIO&#10;IbFIa+MAAJ8Ec7AAAIAAgABp7b49bjJdz7o5bthQ9bZCb5xDRbJ3cG40W68ucTEjc61KcZwOta7o&#10;cOYAAJ3AeCkAAIAAgABpzbzndWRdnbjadYBQ1bTPdbhDJrDtdhk0Ua2QdnwjkauIdq4PHKzIdiYA&#10;AJyJfCIAAIAAgABpqLtyfGtdYbdmfB5Qh7Nde+lC8q93e940LawUe/Ajk6nye/gPZ6rie9gAAJto&#10;f6EAAIAAgABperoxg39dNbYjgtpQVrIVgktCtK4rgdc0FKq3gZojlKiFgZ4Pqakwga4AAJpsgAAA&#10;AIAAgABpTrk8irtdHrUciclQRLEAiNxCnq0NiBAz/KmRh5Ijnac6h8AP5qerhrgAAJmQgAAAAIAA&#10;gABpKbh/kf5dFLRHkMhQP7AYj4JClKwbjmwz8aibjeEjp6YyjkUQIqZZiukAAJjfgAAAAIAAgABp&#10;DbfzmVldF7Oel+ZQRK9ZllVCkqtNlQgz5KfHlLYjnKVek8wQP6VZivwAAJhIgAAAAIAAgABo+reP&#10;oOtdI7MTn0lQUa61nXxClqqbnCUz6acLm24jsaSUmCIQVqSDiwwAAJeygAAAAIAAgADNUGxtZkS5&#10;524waHWl02/YapCQ4HFjbJR7DnLfbo1kVXRPcH1MbHWkclAxrXapc9YNx3gxc7bLXGnucVS4WGvn&#10;cmekbW22c3ePn29ndIZ543EGdZdjPnKWdqVLYXP6d5swsXTceFUM5nZ0d+XJiGfJfGC2kWncfFyi&#10;4WvLfF+OJm2ZfH14kW9WfKpiEnD/fN5KWXJvfQQvxnMrfQQMIXTufIPHu2Xih1C0wmgKhlChG2oL&#10;hWCMmmvyhId3Km3Ng9Ng22+Mgy9JVHEFgo0u6XGZgesLdnObgLjGGGRGkjSzKWZ8kFSfg2iNjn6L&#10;D2qDjLt112xuixdfsm5DiaJIYG/CiEEuHnArhx8K5HJ4hFLExWMAnSGx3WU/mnCeOGdVl7WJymlT&#10;lQp0pmtHkoVepW0hkDNHgm6mjiktaW7mjMUKaHGEhwnDtmH9qBOw1GRApJedKmZVoPqIu2hUnWtz&#10;qWpSmhNdyGwzlv9Gx22xlFQs0m3LkvMKAnC5hsTC7WE8swmwDWN/rsScU2WNqkyH22eFpdtyymmE&#10;obhc/2ttngVGJGzqmv0sT2zZmFwJr3AUhozCamC7vf6vhWL6uOebsmT4s5OHJWbirk5yF2jaqXNc&#10;XWrCpT5Fi2w3oj4rxmwAnKgJbXAShl++r3SOZWCtBHWCZ76abHZxae+Gvndaa/1yD3hCbftcWnks&#10;b+5FU3oPcbsrA3rfcxkHgH0Wc329RnI9b/Cr6XNmcTuZWnR1cnCFtnV2c5hxDnZzdL1bandxdd9E&#10;dnhdduQqOHkFd5AG9XtbeBS7wHAuemuqPnFyeraX03KaevmEP3O2e0JvwXTPe5VaRHXke+xDc3bW&#10;fDIpWHdOfD8GennWfGy6KW5dhMqomm+yhDOWMXDsg5aC13Ibgv5ueHNPgoBZJ3R4gg5ChXVugZ8o&#10;kXW3gS4GD3iFgDG4rmzRjymnJ24yjcOUv298jFCBbHC4it9tRnH3iYRYGnM0iFJBqHQthzsn3nRE&#10;hnkFtHdkg2y3eGuWmZql9Gz/l22Tj25NlSOAQ2+RktpsMHDZkK9XKXIWjrdA4nMTjRInPnL7jFYF&#10;Z3beg6e2gmqbpBSk/GwIoSSSkm1UngV/SW6amuZrR2/rl/lWYHEulVZAPnIfkzgmvHHekiMFJ3dK&#10;g3y1y2nfrpekPmtMqueRxWyRpvh+dm3PowZqd28in2FVo3BunDc/pnFdmfMmSXDqluIE9Hehg1m1&#10;VmliuSSjuGrJtLeRI2v+r/h9xm0vqz5pz256pvJVD2/Fo2c/GHCuoQ0lx3AVmYsEynfngz2wcHz/&#10;ZKygTX0dZx2PEX1UaVd8ln2ca2do/n3xbWVURH5Wb1M+EX7VcQ8kAH+rciYB94FndAGvU3rRbqCf&#10;M3sncBON33t6cWh7dXvVcqln83w6c+NTU3yvdRQ9OH0sdh0jQ33Jdp8Btn+ueHGuHXjVeJGd4HlN&#10;eRmMvnm2eZF6S3omegBm5HqcenZSZnsfeu08cHude0winHwCe1QBfX4rfFesuHcQgmecc3eYgiWL&#10;N3gWgc94+niWgXJlrnkngSZRWnm8gOU7j3o6gKMh5npkgFYBS33Rf7qrZnWXjECbIHYqi0CJ5Xa0&#10;iiV3sXc/iQBknHfXh+tQZnh9hvs6x3j6hishSXjohcwBIH4YgMOqT3RpljKaCXUDlHiI0XWRkpZ2&#10;pHYjkKljoXbBjtZPkndjjTc6GXffi/kgv3eYi7YA/X5VgKupcHN4oC+ZJXQXnb6H6nSjmxZ1wXU1&#10;mGVizHXaleJO23aAk7E5inbrkiggUXZzkMwA336HgJeoynLBqjmYc3NipxaHK3Poo6x0/3RyoDli&#10;DnUYnRNOK3XHmng4/XYsmRAf73V6lPQAx36wgIaoXHJEtFiX8HLisIqGj3NbrGJ0WnPXqDhhc3R2&#10;pIFNpXUiobA4fHWDn4Yfd3SolUYAtH7RgHmif4XFZBmToIUWZomDl4ScaMJyP4RHatFfuIQLbMpL&#10;8YPybqw2gYQgcEgcZYVhcOYAAIBMdrqhmIO4bYOSp4NFbwmCgILocG1xNYKfcb5ew4JrcwRLF4Ja&#10;dDs1wIJ9dTgbyINvdWYAAIAAermgi4HZdtWRZoGId4uBXYE7eCtwEoEDeMBdwIDeeVVKOIDXeeQ1&#10;BYDzek8bN4GaeiwAAIAAfjqfZoAZgCWQM3/dgCKAF3+ngANvE395f95c239kf8JJgH9mf600eH9+&#10;f5Qayn/hf1cAAIAAgACeO36wiX2PJH59iM9/B35Qh/9t5H4rhx1b1n4ehkpIkX4yhZkzsn5ChQ0a&#10;OX5ZhQwAAIAAgACdRH2Qku6OJH1lkZV+Cn06kA9s8n0Zjnda9X0OjPhH130Zi7EzHH0kit0Zx3z7&#10;imYAAIAAgACcfXyqnGeNWXyGmml9PXxXmC5sJnw0leRaNHwuk8lHNHw4kgoypXwrkSYZcXvHjtkA&#10;AIAAgACb5Xv7pfOMtnvco1V8jnunoGtrd3t5nXJZiXtxmslGj3uDmMMyH3ttl/kZIHrEkP0AAIAA&#10;gACbfXt/r5+MOXtirG57/HshqNlq3nrkpTxY/nrSoh1GGXrgoBoxr3rGnZ8YuHnykLcAAIAAgACU&#10;0Y8MY5KG8o2dZfF38Ix5aCBnn4uJaidWG4q7bBVDPYoqbeEudoopb0cTyIybbxQAAIAAekCUEI0t&#10;bHqGK4v3bf53Dorlb2hmy4n0cMBVWYklcgtCkYiTcz8t34h9dB4TYop9c6wAAIAAfbaTMYtfdUeF&#10;HIpNdg52GIlIdsRl1Ihkd3BUfYefeBpB14cTeLktSYbueR8TA4h/eJoAAIAAgACSLIm4ffuEC4iy&#10;fiR08ofBfjVk6obifjtTqYYufkdBLoWpflUsy4V2flQSuYagfgYAAIAAgACRMIhMhsyDD4dThldz&#10;/IZrhcNj9YWShR1S9YTZhIFAnIRchAwsW4Qgg78Sd4Tog4YAAIAAgACQV4c7j76CVIZKjrJzQ4Vg&#10;jXdjIoSFjCdSJIPMivA/8oNEigAr0oL9iZ4SH4NniDoAAIAAgACPqIZimLWBmoV4lxdyhYSJlTli&#10;Z4Opk0ZRbYLykYo/VYJlkEIrb4H7kB0R5YIejBkAAIAAgACPIIW8ob6BCYTZn5Zx6YPhnRthzIL0&#10;motQ1YI3mFo+uYGylvQq8IE6lkYRsoERi/cAAIAAgACOvoVFqveAl4RlqFdxY4NipUVhP4JioiFQ&#10;WIGXn5g+VoEKnmUqm4COmzURcYBFi8sAAIAAgACHfJidYxV6aZaYZVlsRJTjZ3hc4ZNkaXJMSZIP&#10;a006NpEgbPUl2ZE4bgELPJOVbXQAAIAAfUaG1Zb9a4p5z5UfbQJrmZNpbmdcRZHbb79LvJB7cQY5&#10;vo+BcicleI92csgLLpEYckUAAIAAgACGIJVIc9t47pOIdKVq0pHZdWRbe5BRdh5LDI71dtQ5Lo36&#10;d3QlDo3Ud7sLHI7Id30AAIAAgACFSJOwfBZ3/pH8fExpzJBdfHNapo7afJdKS42MfMA4kYyUfOUk&#10;nIxYfOYLAYy8fQwAAIAAgACEb5JdhFl3KpCxhAdo+I8Yg6FZxo2agzFJqIxBgsk4BYtRgockOIr+&#10;gmcK7Yrxge4AAIAAgACDupFHjMh2co+oi+9oP44PivRZGIyJietJBosuiP03nIoliFsj64nAiGsK&#10;2YlnhhQAAIAAgACDJpB0lUR18Y7dk/BnvI07kmJYhouokMVIa4pNj2g3FIlCjpgjnoiyjsYKxogd&#10;h0kAAIAAgACCsY/Wnc51do5CnAVnOoyXme9YBIr2l8xH6omTlho2j4iMlWsjNIfplBUKtocQhz4A&#10;AIAAgACCWo9kpoR1Fo3OpFtmy4wXocdXkYpnny9HhIj3nVI2PIflnHAi7oc5l54KlYZGhygAAIAA&#10;gAB6kKKlYnBuE6AmZJVgq53uZqBSIJvnaIpCWJoeak4w4pj+a8McgZnBbD8D35ihbL4AAIAAf9B5&#10;/KFBanttoJ7Ma+JgNJx/bUFRuZpdbpVCAZiAb9Iwo5dKcNQcZpfPcQcEIJYQcdIAAIAAgAB5a5+i&#10;clhs7p1CcyFfnZr0c+ZRIZjRdKxBgpbydWgwRJWxdf4cNpYFdfsEUpPFd00AAIAAgAB4xJ4Qeh1s&#10;Mpu7emFezZl4epxQfJdYetxA7JWBex0v05Q8e08b95RnezEEdJHAfEwAAIAAgAB4G5y/ge9riJpy&#10;gbleHpg1gXZPyJYTgS1AaJQ0gPgvZJLvgNwbtZL1gNgEjo/9gJ0AAIAAgAB3hpu6id9q+plziThd&#10;k5cwiHVPOpUJh60/4pMihwcvGZG5hrEbj5GdhxYEqI52gyYAAIAAgAB3EZrdkddqgJiekMRdFZZY&#10;j4ZOupQrjkg/bZJAjU4uxJDKjPQbhpBljKQEx40pgzsAAIAAgAB2s5pFmetqS5gGmINc3ZWulstO&#10;c5NhlQw/HpFlk9YuY4/7k9IbMI+MkT0E1Ywcg0UAAIAAgAB2a5nWoitqApeNoHtci5UnnlxOHJLM&#10;nEQ+0pDEmxkuJ49LmfAbB47NkkYE2ItSg0YAAIAAgABuBq05YZNiA6pdY5JVOqe3ZYNHaaU7Z1c4&#10;TaMdaPcnNqIXahsSKqR/aacAAJjTbmIAAIAAgABtg6wQaT9huqkbao9U/aZGa+FHQKOgbSo4N6Fg&#10;blMnP6AxbxsScaItbooAAJctc2kAAIAAgABtF6qBcLNhOaeTcXNUmKS0cjdG3qIDcwE37Z+5c7on&#10;G55ydC4SkqATc5gAAJWgeDAAAIAAgABsoajqeAhgr6YDeFNT/aMseJxGaqB6eO83iZ4zeUEm3Zzc&#10;eWwSl54yePUAAJQwfGMAAIAAgABsKKeQf2xgOKSvf1BTgaHZfytF458mfwQ3MZzQfvQmnZtwfvIS&#10;kpyGfuMAAJLogAAAAIAAgABrvaaHhvJf2aOlhndTJaDHheRFhZ4LhVA22JurhOUmb5oohNUSkpsD&#10;hLgAAJHGgAAAAIAAgABrZKW3jn1fkaLSja9S35/njLJFOp0ei7s2hpq8ixsmO5kli0oSpZmoiaEA&#10;AJDbgAAAAIAAgABrJKUPlhBfVKImlPVSnJ8zk59E85xfklk2QJn0kbMl6ZhhkbwSgpitjIMAAJAn&#10;gAAAAIAAgABq8KShneNfVqGknKhSmZ6YmvdE2JuimVY2M5kXmM8l/JdqlucSqpepjJ4AC4+KgAgA&#10;AIAAgABhs7h8YIlV9LV8YlJJobKQZBg8Ya/DZcMtu62MZyUckq1EZ7gIXK6kZ2sAAJNYctgAAIAA&#10;gABhMLeRZ9tVx7RPaQJJkrEVajg8b64La2Yt5aufbGQc8KsKbLoI8awJbGkAAJIXd24AAIAAgABg&#10;6rYLbuxVd7K/b5JJXa9ycEU8Q6xRcQct1qnOcacdFKkFcckJXKmlcZ0AAJDhe4AAAIAAgABgqrRk&#10;ddhVJbEadhlI/a3QdmE8BKqrdrotqqggdwsdF6cydwYJqKd6dzgAAI+/fxYAAIAAgABgaLL1fNJU&#10;6a+sfL9IvqxdfK07uak0fJwtjqaVfKIdGaWOfJkJ6qWIfRkAAI7BgAAAAIAAgABgLrHag/FUx66B&#10;g5dIo6skgyo7m6fxgsEtb6VIgoMdJaQQgqAKJ6PMgjkAAI3jgAAAAIAAgABf/bD8ixRUta2Nin1I&#10;mKofibw7i6bhiQgtXaQxiLYdK6LeiSAKZaJKhogAAI0zgAAAAIAAgABf2bBXkkZUsqzLkX5ImKlI&#10;kHY7haX5j4ktS6NBj2UdGKHsjrwKfKEfhxcAAIycgAAAAIAAgABfwa/dmaBUu6wsmL1Io6iRl4E7&#10;h6U0loQtUqJtli0dM6EBk04KkqAihyYAAIwAgAAAAIAAgADBE2cVX+2u02k5YrSb7Ws+ZWCIIm0k&#10;Z+5zaW74amldt3C5bNFGx3JFbxAsz3MmcN0KBHYqcRS/IGQlatGtS2aKbIWajmi/biyG6GrSb8ty&#10;RmzPcWBcqG6xcutFyXBJdFMr6HDxdV0JbXRodWu9SWGVdaerhmQgdk6ZB2Z9dvOFc2izd6Vw+GrS&#10;eFxbgWzQeRFEym5wea8rD27ZegoI6XLcei27d19LgF2puGH1gA+XQ2Rsf8iD7mbBf41vl2kBf2la&#10;UmsYf01Dz2y+fykqQmzkfu0IdnGzfoa5zF1ViwSoIGAXidyVsmKmiLWCaWUMh5duUmdiho5ZNWmQ&#10;hadC52s5hM0piWsZhBoIFHJZgj+4cVvAlbOm1F6Sk7uUcGEtkbWBMWOij7ZtLWYDjdRYPGg3jB1C&#10;GmnjiqAo5Wl+ibEHwXLlhT63XFp5oGOlzF1WnZ6Tal/1mrqAMWJwl95sPWTelTFXamcaksBBcWi7&#10;kK8oYGgXj8oHfHNZhRC2jll/qw6lBVxip3ySnF7+o75/X2F2oAhrbmPnnJlWrWYsmY9A1mfJlycn&#10;7GbilSIHRHO4hOq2CljUtaykflu1sT+SA15ErKV+umCxqCFqz2MdpANWH2VgoH5ATWbwnh8nbmXI&#10;mV8HGHQDhMyzN27sX0eimXBPYjGRDnGnZOl+aHL2Z3dqtHQ/ae1V6XWBbE0/vHakbncmAndab/wE&#10;MnsJcRKxwmwsaauhe23Pa4yQAG9QbVB9a3C9bv9pw3IgcJ9VDnN4cjI++HSgc5olV3UPdHgD4Xly&#10;dcmwMWm1c/SfzWt+dN+Oe20gdbh79m6tdoxoenAwd2BT7XGheC49/nLJeNwkh3LmeSYDmXnrekau&#10;kmeCfh+eJmlmfi2M2mshfi56lWzHfilnOG5pfjBS2W/ufjs9HHEXfjwj0nDhfhADW3pTfiutEGWf&#10;iEecs2eYh4uLbGlphrp5LmsgheFmE2zRhRVR125shGc8S2+Sg8cjMG8Gg1MDJnqtgYKr1mQYkn2b&#10;gGYfkPyKQWf6j1l4Dmm/ja9lBWt6jBpQ9m0Wiq87lG46iYgioG1diR8C+nr5ggOq3GLcnLWaiWTs&#10;mnKJS2bLl/53H2iVlYVkJWpckzVQNmv+kSY6/20Sj48iL2vqjtwC1Xs3geqqI2Hspu2ZzGP+o+mI&#10;hGXZoKh2VmefnWJjYGlqmmFPgGsUl9E6bmwhlhYhyWqqk5ACt3tqgdaprWFFsR+ZRmNUrVuH6GUi&#10;qU11sWbcpUVixWiioaRO+mpKnrY562tKnPohT2mKloUCn3uTgcWlpHcVXsOWenevYbqGNHhcZHR0&#10;p3kUZvth8HnTaWdOBnqba7c4i3tmbb8ey3w7btMAAIAAcmCkeHR5aI2VWnVUao6FAXYlbGlzi3b2&#10;bidg7nfLb9VNInijcWw3w3lmcsceKHnYc1EAAIAAdwWjNnIXclCUAnMfc26D5HQOdHRyaHT4dWZf&#10;7HXgdlNMRnbHdzY3EXeFd+0dnXeSeAcAAIAAexihxG/1e/eSjXEXfE+CWHIffIxxGXMefLleuHQl&#10;fOlLPHUefRg2NXXVfTYc83V3fQMAAIAAfqKgbG4mhZyROG9ahTuBCHB1hLdv1HGDhB9dtHKUg5BK&#10;VXOfgxc1fHRNgq0canOFgm8AAIAAgACfUGyvj1aQIG3vjj5/+G8TjPduzXAsi51cvXFFilVJjXJM&#10;iTY023LyiGMb73HLiEsAAIAAgACebWuAmROPPGzIl0d/FG3ulT9t8G8Lkydb7nAukTRI3HE3j4g0&#10;WXHFjnEbkHBdjVgAAIAAgACdxGqWotOOimvjoFd+WG0FnZFtNW4dmrxbNm9CmCtIMHBSlhkz0XDU&#10;lR8bOm81kXoAAIAAgACdVGnxrJeOCGs9qXJ9wWxUpfJsl21fomtapW59n01HtW+KnQMzVm//m3ga&#10;xG5HkhkAAIAAgACYUH+XXlqKSX9wYUZ7GH94Y/hqln+eZnZY2H/XaNVFxoAuaw0w5YC+bN4WtYI9&#10;bTQAAIAAdlyXU30bZ5iJRn05aaR6AX1ka4dpkX2cbU1X7X3jbv5E+35BcI8wOX69cckWNn+zcbsA&#10;AIAAemeWOXrXcL6IAXsgcgF45XticydoeHuwdDdW+nwIdTpEL3xwdikvl3zbdtgVxX1IdoUAAIAA&#10;ffOVBXjEeeeGvHkqenJ3l3mFettneXnhezlWEHpOe45DcXrAe9wvCXsbfAoVZnsde6YAAIAAgACT&#10;03cHgw6Frnd/gvN2hHfqgrBmTXhSglJVH3jHgftClnlIgbQuV3mSgXYU6XlNgVMAAIAAgACS1HWk&#10;jEuEqXYmi4d1hHaXipFlWHcGiYNUOnd+iINB4Hf2h64txngwhy0UgXfGhqYAAIAAgACSB3SClYmD&#10;23UMlCN0t3V9knxkkXXukMFTfXZsjylBQXbijeEtWnb8jVMUOXZ+ixYAAIAAgACRanOgnsyDN3Qw&#10;nMp0C3Semnhj53UImBNS13WGlfNAoXYAlGYs2nYHk/4T9XV3jX4AAIAAgACQ/XL9qByCunOPpYpz&#10;fXP0opNjVXRRn49SU3TGnP1AM3U5m2osbHUzmYwTi3S0jTcAAIAAgACLLIh+XfB+EYetYMdv04cd&#10;Y2pgR4a4ZdtPdIZxaCc9K4ZmajsovIbta7kOBoj+a0cAAIAAedOKUYY0Zq19OoWkaLVu7IUtappf&#10;c4TObGJOuoSKbg88j4R8b48oQITfcI8N14ZJb/UAAIAAfViJXoQHb1N8HYOkcKNt7YNCcdted4Lz&#10;cvpN34K7dAs72IKxdPons4L3dYcNnoPndO8AAIAAgACIT4IUd+h6+oHFeJdsuIF4eSpdhIEyeahN&#10;AIENeh47I4EHeoEnLIEyeqsNZoHRel0AAIAAgACHSoBWgIt5/YAbgKNrwn/fgJZci3+mgG5MZ397&#10;gEk6qH99gC0m3H+OgBANUn/+f+gAAIAAgACGaH8HiU95Nn7YiNNrAn6biCNbwn5eh1ZLjX43hpc5&#10;/X4shgkmUX4khdkNDX56hKMAAIAAgACFsX3zkhF4eX3MkQZqR32Nj7dbDX1OjlBK3H0pjQ85Zn0W&#10;jCwl9XzjjDoM6n0yiJYAAIAAgACFIn0dmtV353z7mURpsHy3l19aeXxvlWJKSXxGk7I403w0krEl&#10;gnvmkkoMy3wniKYAAIAAgACEuHx/o7F3dHxgoaxpL3wTnzhZ9nu8nLFJ1nuHmqw4dntrmeAlJnsM&#10;lyMMintfiHoAAIAAgAB+Q5H5XWZx2pCRYBpkaY9xYqZVuo6DZQdFvo3DZzk0H41yaRsf0o5WahcG&#10;To6ZahQAAIAAfMt9e4/oZahxKo6wZ6Bjso2ZaX9VGYyka0NFNovcbOUztYt9bkUfjownbuAGaov2&#10;bvAAAIAAf958ro3XbdFwOozFbyNi5Iu8cGJUTorQcY5Ei4oNcqMzLompc4YfNoojc8wGd4mfdCsA&#10;AIAAgAB7yYvtdelvRIrudqph3on5d1RThYkTd/FD14hdeHsyo4f2eOce3YhGeO0GfIeSeb8AAIAA&#10;gAB66YpKfgVueIlYfkRhGYhrfmRSsIeOfmpDUYbLfm0yNoZnfncenYaMfmMGjIXGfq8AAIAAgAB6&#10;Ioj6hkRtuYgWhftgXocqhYdSC4ZChPhCuoV8hHEx8oT3hCAeboT5hDsGkYQ8gtsAAIAAgAB5g4f0&#10;joxtOocajc5f44YnjMpRd4Uwi6dCGYRpirIxYIPeijIeKYOjiokGi4LzhGwAAIAAgAB5BIcqlt1s&#10;uYZUlbFfXYVZlCdQ9YRVknxBmoODkTEw1IL4kMgduIKbj9YGiYHlhGsAAIAAgAB4ooaSn01sUoW+&#10;ncte6oS4m8ZQgoOlmaJBNoLCmCUwhoIml7YdgYGvk/MGfYEUhGMAAIAAgABxr5vYXLJl8Zn3X0JZ&#10;O5hgYbRLTpb8Y/s8CpXaZgcq4pV9Z54WLpeFZ8cAAJMNab8AAIAAf0pw95oOZIxlZ5hHZm9YtJai&#10;aEBK4ZUjafg7tpPqa4Mqr5NubKsWMJUXbJQAL5C+brYAAIAAgABwT5gTbEJkopZqbY5YDpTLbsxK&#10;P5NNb/s7NJIRcQkqVpGCccoWFZLccYUAc45wdDMAAIAAgABvk5Yxc+Nj0ZSWdK1XK5MHdWVJjZGP&#10;dhI6mZBbdqgp5Y/BdwkV3pDZdq0AooxreUQAAIAAgABu15Sbe5BjF5MMe+JWcZGCfB1I0JAJfEM6&#10;Eo7PfGcpdY4xfHwVnI8OfDoAw4qqfaYAAIAAgABuMpNbg1pifJHWgz5V3JBIgvtIO47KgqE5hI2G&#10;glYpMIy+gjcVdo1kgmgA4IkngJcAAIAAgABtrJJPiydh9ZDViqFVVI9FieRHs42/iRU5Box2iHYo&#10;z4udiFEVdYvjiAQBA4ffgK8AAIAAgABtQpGLkwphsZAXkjVVEo55kQFHaYzTj7E4vIt0jtMocIqe&#10;jwQVGYrHjKABGobRgL4AAIAAgABs75D4mw5hX499mfhUuY3UmF9HEIwglrE4coqxldEoOYnFlScU&#10;/InJjjABJ4YDgMgAAIAAgABlYqZXW7BaEqQfXhVN8KIjYGVAq6BbYo0x8p8FZGgg558TZYoL+6G7&#10;ZRoAAI2UbdIAAIAAgABks6TMYydZpqKOZPFNk6BtZrBAbJ57aFYx0pz/ab8g85zVaooMT576af0A&#10;AIv7cswAAIAAgABkK6LoanVZDKC4a7hNGZ6UbPE/+Jyabh4xf5sRbxog0JrBb5UMfZxsbwYAAIp7&#10;d6IAAIAAgABjnaEHcatYa57icnpMaJzJczw/dZrRc/UxEZlIdI0gkJjedMMMjpoZdFUAAIkUe+UA&#10;AIAAgABjDp9uePBX4Z1TeVhL3ps7ea0+45k/eewwtJepeicgTZctejEMjpgBeioAAIfRf5wAAIAA&#10;gABikJ4sgFZXcZwWgGFLdZn4gEg+fJfzgBowVZZOf/ogJZWif/gMlZYegBEAAIa0gAAAAIAAgABi&#10;Jp0th79XGZsYh3lLJJjwhvg+KJbchmYv+pUyhg4f5pRthkQMrJR0hQ0AAIXOgAAAAIAAgABh1Zxe&#10;jytWzJpKjptK05gcjb492JX9jNsvrpREjHYfi5N+jK8MiZMliHoAAIUhgAAAAIAAgABhlZvLls1W&#10;v5muliRKxZdslO89vZUok6wvq5NKk2cfsZJbke8Mv5HsiJ8AAIScgAAAAIAAgABZI7GtWmROGq9S&#10;XI1CZK0ZXqo1nKsYYJ4nLKnjYiMVk6thYmgDRam2Y1oAAIjncf0AAIAAgABYcLBnYX1Nuq3iYxtC&#10;I6tqZLk1f6kuZjonOqe9Z2AV6qjPZ3AD0qa/aFEAAIegdrIAAIAAgABYCK6SaGhNSqwLaZBB0KmJ&#10;arQ1OKc4a84nGKWsbJoWCqZzbHwEOaPzbXgAAIZnet0AAIAAgABXrqynbzpM36omb/1BV6eocLk0&#10;56VVcW0m36O8cewWCqROcasEhKFccvwAAIVBfooAAIAAgABXUqr9dhxMiqiCdopBBKX/duo0iqOm&#10;dzMmuqH1d20WCaJddykEwp8GeOEAAIQ+gAAAAIAAgABW/6mtfSNMUKcqfUpA1aSdfU40XqI3fT8m&#10;kqB0fTMWG6CXfRYE/5zvfhYAAINegAAAAIAAgABWuqighC1MKaYShBZAuaN1g8c0QaECg2wmdJ80&#10;g0cWHZ8tg4cFPpshgnoAAIKtgAAAAIAAgABWhafSi0NME6Uyiv1AqqKDimc0Mp/+ic8mXZ4hicoV&#10;/54RiTYFTZmrg5YAAIIWgAAAAIAAgABWYqc0kn5MDKR6kiJAp6G6kVU0Lp8jkKQmZ50vkJkWJpz2&#10;jeQFaphwg6kAAIGAgAAAAIAAgAC1JmFTWbKj/mPRXQOSNmYvYDd/hmhxY0xr3mqfZkZXKGyuaSVB&#10;Km5ia88n627abd0GuXSjbsWzKl3OZGGicWCaZqyQ1GM2aOZ+S2WuaxBqumgNbShWHmpAby5ANWv8&#10;cQYnGGwScl4GY3U1c0GxTlqxbwGgql2zcEqPTWCDcYx81mMmcs5pbmWsdA1U+2f+dUM/Pmm7dlYm&#10;UWlldwoGF3W1eCKvdFfleYGe3VsWedyNjF4Jejl7WWDSepdoFGN/ewFT1GXqe2s+Tmeoe8Qll2bd&#10;e+sF1XYkfJqtvlV4g/KdRljOg3WMBFvjgvZ53l7Fgnlm4mGMgghSyGQRga89dmXKgVgk8mSEgREF&#10;nXaDgG2sUlN2jmab91bpjRiKzFoUi8B4uF0Nimplzl/kiShR52JwiAo8vmQlhxkkYmJ1hp0FbnbT&#10;g6arLVHPmNWa6lVYlraJ0FiRlIN3yluYkllk716AkFRRJGEUjoU8KWK4jQwj8GDIjKIFRncWg5Gq&#10;UFCEozaaHlQboEOJCldanTd3DFpkmjtkN11Ul4BQeF/xlR47nGGKk1Yjjl9skewFJndMg3upwU+Y&#10;rXWZklM0qaCIeFZspbl2eVlwofhjsFxenplQBF76m8U7KGB/mgUjIl5Flh4FDXd3g2qoF2jbWUmY&#10;Y2qpXK+Hz2xrX+Z2JW4fYvBjZW/KZdxPf3FfaKc6InKvayog6HLxbMwBTH3PbvOmgWWIY3eXNGel&#10;ZeSGvWmaaDF1LWt2amNigG1CbH1Os27xbn85dHA+cEUgW3ACcUwBLn4Bc8ek3mKIbY6Vf2TZbw6F&#10;N2b7cHhzuGj/cdRhOGrvcyZNlmy4dGk4gW39dXwfnW0udfkBFH4teGWjNF/Xd4iT1WJQeDCDlmSU&#10;eMdyX2a4eVFf/mjNedxMjGqqemM3q2vmes8e+mqdeuEA/X5UfGahqF1/gX2SYGAZgV2CLWJ8gSZw&#10;/mS4gOJe6GbhgKRLl2jUgHc26GoDgEsea2h0gB0A6n51f9SgY1uQi3uRK15CipaBCWC4iZJv6WMJ&#10;iINd5mVAh4JKyWc1hqM2Q2hYhfgd7marhdoA2X6RgJOfX1n5lXSQMly8k8yAGl8+kftvBmGbkCRd&#10;EWPijm9KE2XcjPM1v2bli+Edj2Uzi4wAzH6ogIqenVi7n2GPc1uInPd/WV4NmltuSmBsl79cWmK4&#10;lWFJaGS5k2k1N2WykjcdOmQEkDYAwX66gIKeHVfYqTaO6lqlpgx+w10joqdtsl97n05b0GHEnFhI&#10;9WPCmgc0w2SimOUcy2MNk3gAuH7JgHybNnCyWPeM1XHMXGB9Z3LxX5BsvHQbYoxa4XVEZWRHwXZn&#10;aBMy8ndoamAZXnfNa1oAAIAAch2Z4W2HYo2Lo27uZQ98MXBBZ2lro3GMaaFZ5XLRa75G5nQHbboy&#10;OHT1b2AY0nTJb9wAAIAAdsiYhWqhbCCKP2xAbcd7EW29b1VqhW8mcMZY7nCDcihGGHHJc3QxmXKl&#10;dHwYY3ImdJMAAIAAeuKXBGgFdZmIwWnLdn55g2tnd0ZpOmzsd/lXvm5seKNFFm/CeUEwx3CJebcX&#10;ym/seYwAAIAAfnGVoGXGfw6HZ2emfzx4M2lef0Zn+Gr5fzlWxmyIfyxEOW3tfygwGm6efx4XUm4G&#10;fvAAAIAAgACUe2PqiJKGTGXfiAp3Jmemh1Zm92lThoxV1mrthcxDf2xOhSsviGznhL8W6WxyhMAA&#10;AIAAgACTj2JikhKFZWRmkNh2RmY2j2ZmIWftjeJVDWmSjH1C1mr0i1YvFWtqiqwWnWsjiccAAIAA&#10;gACS3mEum4mEsmM7maF1jmUOl3VlbmbDlTpUXmhtkz1CL2nSkbIuk2oukSUWVmoVjeUAAIAAgACS&#10;ZmBNpPOELmJdomd0+2Qpn4Rk2WXWnJxT2Gd6mhdBwWjZmFMuImkYl2AV5WlMjs4AAIAAgACOfHjn&#10;WLGBJ3lSXAlyt3nhXyhi/nqEYhNSAXsxZNQ/nXvvZ14rPHzFaVsQ3n5QaWAAAIAAdgmNUnXhYbqA&#10;EHaZZEBxnHdSZpth/XgPaNNRH3jPaus+3XmVbNMqn3pHbkAQiHuFbfYAAIAAeh+MHXMbarV+vXQJ&#10;bHlwe3Tjbh1g5XW7b6JQMnaPcRI+Gnddcl0qC3ftc0UQPXkQcssAAIAAfbWK1XCTc7J9a3GodMBv&#10;KXKhda1f6HONdodPT3R6d0s9Z3VPd/spjnW9eGkQA3bsd/AAAIAAgACJk25rfK58UG+ZfRZuC3Cp&#10;fVdeuHGlfXpOXXKefZo8inN9fboo3XPGfcMPoXUlfZ4AAIAAgACIiWykhbZ7R23jhXptDm7/hQxd&#10;x3AJhIJNf3EHg/8743Hbg5koW3H/g2UPWnOhgvoAAIAAgACHsmssjrp6dWx5jd5sQW2cjMNdAm6r&#10;i5FMxm+wins7SHB+iaYn+nBwiWkPLnJZh3AAAIAAgACHDGoCl7l5zWtYlkRrlWx8lIFcXW2JkqlM&#10;I26OkQ86qm9bj/YngG8nj+wPAHFQiiUAAIAAgACGl2kkoLN5T2p/nrRrCmuenFFb0Gyhmd5Lp22d&#10;l9I6RW5flq4nFW4JlWUOp3CRiegAAIAAgACB14GLWF11WIFYW5dnxoFaXqFY7IF9YXdIwYG4ZBs3&#10;A4InZnEi0YMdZ/gI54SkZ98AAIAAeXOAy362YOJ0aH7KY19m1H7tZbVYF38eZ+dIC39gafI2cH/K&#10;a7kiZ4CEbMkI34HpbJoAAIAAfQZ/unwNaV1zOXxWayllzXyXbNhXGXzcbmZHMn0tb9g1vn2WcRMh&#10;5n4YcbYIxX+GcZsAAIAAgAB+mHmmccpyDnoNcvdklnpodAVWLnq7dPdGW3sgddM1F3uHdoghdHvU&#10;dtAIsn1wdwsAAIAAgAB9gHeJektw+XgLetxjjHh5e0lVLHjae5lFtHk/e+E0i3mpfBshGXnAfCAI&#10;qnuhfJYAAIAAgAB8j3XXgt5wLHZrgt9izXbhgq1UX3dGglxE5XesghAz8ngCgd8gn3fjgdUIg3of&#10;gVwAAIAAgAB7y3Rxi2pvZnUQit5iDHWJihBTpXXxiShENHZYiF0zXHagh9kgSnY7iA8IcnjYhVUA&#10;AIAAgAB7MXNSk/BuznP7kuBhc3RzkX9TE3TVkARDo3U5jswyy3V6jisf3HTgjg0IY3fOhasAAIAA&#10;gAB6vnJ4nHxuV3Mnmv1g83ObmRBSk3Pylw5DNXRJlYEydHR6lRIfgXO2ktYILHcKhYYAAIAAgAB1&#10;Toq3V9ppgIn7WvBcsol8Xd5OpIknYJs/NIj+Yxst84lKZSkZf4r5ZfMB9YoUZxgAAIAAfF90WIgb&#10;X+dos4eZYlNb6IcuZJ5N+IbZZsU+qYaraLktjobiaksZT4gwarsCLIdsa/oAAIAAf4NzaoWRZ+dn&#10;rIU+abNbC4Tpa2ZNI4ShbPk9+IR4bmQtB4Shb30ZAIWZb6ACToUTcTYAAIAAgABycIM/b99moYMI&#10;cRlZ9oLHcjhMSoKMcz49NIJwdCMsbYKOdMoYnIM2dLICXYMKds0AAIAAgABxfYFCd+BluYEdeJFZ&#10;DoDqeSJLXYC3eZg8mYCTefwr6ICpekIYSID/ehMCboFEe8AAAIAAgABwpn+Qf/Jk739/gCNYUn9V&#10;gCdKtX8hgAw8B374f/Ars37pf+UYM37zf+gCjX+9f/gAAIAAgABv9n45iAtkYX46h8ZXz34Nhz1K&#10;K33KhpQ7cn2bhgsrKX19hdQX930qhh0Cln52gcAAAIAAgABvaX0mkCRj130vj3JXRX0AjmdJqny1&#10;jTw69Xx8jGAqpHxRjDwXkHu0i1sCn31qgcYAAIAAgABu/XxTmEtjanxgl0JW03wslb9JO3vWlCI6&#10;l3uNkxIqW3tJkv8XUXp1j48CkHyggbwAAIAAgABpA5R/Vwpd0JNIWfdRrpJVXMVEUZGVX2I1eZEl&#10;YbAkcpGiY1UPT5SMYycAAIgJaZoAAIAAftRoHZIjXqhdH5EUYP1RCZAhYzhDzI9RZU41F47MZx8k&#10;Po8caFsPaZFtZ/oAAIYibmQAAIAAgABnUY+2ZjdcQI7MZ/1QUI3naa1DHI0baz00jYyRbJUj4ozC&#10;bW4PXo6CbOkAAIRec6cAAIAAgABmfo1xbbxbXoyebv9PYovJcCpCZYsFcTwz7IqAciAjb4qYcp0P&#10;N4vPcg4AAIK8eJoAAIAAgABlr4t9dUxaloq8dhVOm4nxdsJBnokud1AzZoifd8gjA4iid/0PDIlT&#10;d5QAAIFOfOUAAIAAgABk94nifPBZ7okwfUtOAIhnfXtBCYeffY0y3ocEfZki2YbMfaMPC4cSfbUA&#10;AIAbgAAAAIAAgABkWoiIhItZUofmhHdNaIcghC9AdoZUg9AyWoWwg4oigIVYg4kPM4Uhg0cAAIAA&#10;gAAAAIAAgABj3oeAjEVZDYbvi+VNL4YfiyRAP4UsijsyL4RnibAiNoQGigEO5YOgh/IAAIAAgAAA&#10;AIAAgABjfIaxlBlYrYYhk3xMy4VNklM/4YRPkQYx44NzkG4iAoLtkCoO24JdigsAAIAAgAAAAIAA&#10;gABc4J7xVd9SQp1ZWJ9GwJwIW0U5+Zr7XbgriZp9X74aSZvNYLgGhJxKYQQAAIOjbUkAAIAAgABc&#10;BpzdXR1RrJtZX1VGN5n0YXk5lZjAY3IrUZgUZQwaUJkRZbQG35jdZeMAAIIQcjEAAIAAgABbX5qF&#10;ZENQ9ZkbZfxFn5e9Z6I5BZaEaSYq6pXFalYaJpaHarUHF5WcauQAAICXdxQAAIAAgABatphAa1pQ&#10;OJbnbJ5E0ZWXbc44apRhbuMqapOfb7EZ3ZQzb84HLpKxcCMAAIAAe2UAAIAAgABaDJZMcoFPkpUE&#10;c1tEMJO3dBw3xpJ8dLcqApGrdS0ZlJIcdSEHMZAqdd4AAIAAfy4AAIAAgABZc5S3echPBpN9ekND&#10;sZIuepU3UZDpesMpmJAEet8ZcZAteswHO434e9EAAIAAgAAAAIAAgABY8JNrgRNOlpI+gTtDTJDq&#10;gSM27Y+XgOwpLo6lgM4ZII6pgOsHUIwcgOAAAIAAgAAAAIAAgABYiJJciGBOL5E6iDtC54/mh8Q2&#10;kI6GhzYo3I1+hwYYt41zh0cHK4qjhNkAAIAAgAAAAIAAgABYN5GOj+VOCZByj6NCw48Vjs42b42Q&#10;jdso4oxXjcIY+YwIjKEHcolUhQkAAIAAgAAAAIAAgABQpqphVE1GYqiYVtI7TacNWT0u7KXkW2kg&#10;hqXZXPcOl6ijXQgAAKAIYHwAAIAAcS4AAIAAgABPxqiUWypFxKbMXTc6v6UeXzIuhaPBYPcgW6Nt&#10;YisOx6WyYgcAAJ1sZRUAAIAAdfgAAIAAgABPPaZTYe9FLaSWY446QaLrZRguEaF+ZnkgE6EHZ1YO&#10;0aLhZwoAAJreae4AAIAAejwAAIAAgABOx6QLaKdEo6JZad45pKC2awEtoZ9JbAAfwJ6/bJEOxqA/&#10;bCgAAJh3bysAAIAAff8AAIAAgABOS6ILb3FEK6BrcE45M57FcREtK51McaQfjJylcfYOwJ3ZcY4A&#10;NZYAdQkAAIAAgAAAAIAAgABN16BqdmBDyp7TdvA45J0od1Us65ued5EfWJrXd5wO2Jupd14AcZPa&#10;elQAAIAAgAAAAIAAgABNc58TfVVDf52DfaI4q5vPfbAst5o3fZ4fJpldfYwO0ZnlfbUAsJIJfs4A&#10;AIAAgAAAAIAAgABNJJ4DhFlDSpxzhHE4gZq2hDIsmZkIg98fCpgSg+QOqph3g3sAtZCZgHsAAIAA&#10;gAAAAIAAgABM8Z0pi49DKJuUi4Y4ZJnQiwgshpgQio4fE5bziq8O2ZceiEQA3Y9ngJYAAIAAgAAA&#10;AIAAgACpzlrqU6mZrV3HV3yI82CGWzV3UGMsXsxkqGW6YkNQ4WgVZZU7wmndaKMjJWlwaukD53ln&#10;bMunwlajXiCYFFngYP6Hh1zuY8Z2DV/YZnhjgGKfaRBP1mUia40602bnbdAiZWXYb2wDyHmccWel&#10;3FLMaI2WR1ZVanOF+1mnbEx0lVzGbhxiMl+7b99OtmJecZA55WQYcxUhsWKxdBkDrXnKdmKj+U9T&#10;ct2UelMgc9qEPFahdNRzH1nxdchg4V0UdrtNmV/Qd6g5AWF8eHghCmAEePkDlXnyevWiMkxAfR2S&#10;4FBIfUSCvlP8fWhxr1dtfYZfxFqzfapMnl2Ifdg4Ol8hfgEgel3Jfh0DgXoUft+gsEmkh1mRi03d&#10;hrCBkVG5hf9wnVVOhU5ew1iphKlL2FuJhB43mF0Ng7MgAVv0g6ADcHowgiufdkdxkYqQeEvTkA2A&#10;nk/PjodvxFN/jQpd91bxi6pLJ1nYinY3GltAiY8fpFp1iZYDYnpIgkmehEWsm6SPo0oumUx/4E4/&#10;lvBvGlH/lKtdV1V/kp9KjlhskN82m1m5j7AfVVlAjtUDVnpcgkKd4kRfpYaPD0jwokl/VU0JnxVu&#10;m1DOnBZc61RTmXJKNVc/l0g2QFhpliAe/lhEkv8DTXprgjydh2ImU4COpGRlV1h+9maVWwZuOmi3&#10;XohcYWrFYeZJUWypZRc0s24GZ+0b122CaZsAAIAAbfCbxF4QXXSNXmCxYGR92mMnYzVtQmV+ZeZb&#10;hGe3aHdIkmm2auQ0F2sDbQEbZ2pNbiAAAIAActOaC1paZ1mLnl1DaWZ8T1/1a1xrzGJ+bTxaPGTi&#10;bwlHd2b7cLwzK2gtci4aumeRcs8AAIAAd4OYUlb9cSaJ7loicl96rl0Dc4dqeF+2dJ1ZCGJFdadG&#10;dWRxdqQyYWWFd3YaK2U7d7YAAIAAe5aWuFQFeuyIdVdde195SVpqe71pHl0+fApYAl/qfFZFjmIo&#10;fKQxrWMbfOUZsGNEfO4AAIAAfxKVZFGChLWHPFUBhGR4K1gxg/poFVslg4JXDF3jgxJE1WAkgrkx&#10;GmD0goEZSGGlgqEAAIAAgACUUU9ojnOGP1MGjV93Q1ZPjCtnP1laivJWQlwridREK15uiOYwqV8U&#10;iFIY/GBNiEkAAIAAgACTgU24mBqFe1FtlkR2iFTFlElmkVfbklJVnVq3kJNDjFz6jy0wLF14jnwY&#10;uV85jO0AAIAAgACS9Ex3oZeE7VA3nwR191OTnERmB1armZlVJVmIl0lDLFvGlY0vyVwTlPsYWV5m&#10;kHYAAIAAgACRWGmsU2KDnmtMVy9082zwWsxlG26QXjdUEHAjYXhBrHGYZIAtdXKlZwkT0XPGZ8cA&#10;AIAAceSPymXDXL6CU2fAX7dztmmhYolkA2tvZTdTGW0nZ8BA2G6uahosx2+SbAITYXDnbFIAAIAA&#10;dpWOS2IqZiCA3WRyaElyj2aMaldi6GiBbENSKWpWbhdAFmvrb8UsOWylcRUTEm5dcQ8AAIAAerOM&#10;t17ob25/U2FocNdw/mOrciVhoWXGc1hQ/mfDdHg/G2ljdYArcWnrdkUSkmxHdgwAAIAAfkeLRVwM&#10;eLh98l61eWlvrWEgefxgYGNZenVQEGVseuY+R2cXe1Eq0Gdoe50SNGp6e28AAIAAgACKEVmgggh8&#10;0lxqggduol7ygd9fZWFGgaBPJ2NngWQ9nWULgTsqTWUkgSwR5mj3gTsAAIAAgACJGVeZi09751p9&#10;ip5txV0Yibxell9/iMhOZGGuh+08+mNLh0Ip6WMnhv8Rs2ewhkMAAIAAgACIXFX2lIJ7MVjtkydt&#10;EVuVkY5d7F4Cj+pNv2A2jns8W2HOjXEpb2FujUkRgmaqimIAAIAAgACH2VS6nZl6qle9m59sglpn&#10;mVZdXlzSlwhNRV8DlRY7+mCPk9MpCV/vk2gRJGXvi5cAAIAAgACFMHGSU0B4anKWVvNqpXOzWnhb&#10;pXTYXclLXnX3YOc5l3cOY7slmXf5ZdcLunrEZgIAAIAAdcKDx23SXA53N28wXwNpgXCEYc5apXHN&#10;ZHNKgnMGZu044XQiaSQlC3TIarYLjXf3aqoAAIAAeeGCcGpdZN110mwBZxdoWG2DaTJZjW7uaylJ&#10;mHBAbP84I3Febp4kgnG8b7ILZXWCb4oAAIAAfYCBDmczbbB0cGkMbzdnAGq2cKFYlWxAcfJIvW2u&#10;cyI3fW7MdCskF27hdMsLTnNedLMAAIAAgAB/umRydoBzSGZzd2Nl3Gg+eCJXYGndeMFHz2taeVQ2&#10;pGx4edMjbWw5ehULCnGbemUAAIAAgAB+oGIdf1lyN2Q5f5pk3GYbf61WcGfQf6NG9GlUf5g2Bmpf&#10;f5gi92nKf6MK33AYf8cAAIAAgAB9vGAoiCZxXmJah8pkD2RMhzRVrmYNhoZGPWeYhes1cGiThYIi&#10;pGekhYoKy27PhEMAAIAAgAB9Cl6RkOVws2DUj/ZjZGLQjrtVDGSUjWtFn2YejFA01GcKi6UiLmXY&#10;i+kKs23qhzwAAIAAgAB8i11XmZJwMl+omCBi22GllkpUhGNklGFFKWTlktY0eGW+khshyWRikVEK&#10;a25khwsAAIAAgAB4/XnuUv5tBHpiVo9gDXsAWfZR13uwXSlCR3xoYB8w/31BYq4c4n5sZCMEhIDp&#10;ZO0AAIAAeSB3s3ZgW0hr9XcoXi9fDnfyYO9Q/3i4Y4VBlHl9ZeYwdHpHZ+ociHsFaPEEm34pabIA&#10;AIAAfMB2fXMNY5dqsHQXZdRd/HUJZ/NP/HXqaetAuXa/a7gvxXd9bTUcEHfLbdYEnHvFbrkAAIAA&#10;f+91RHAFa99pc3E6bX1cunJPbv5PEHNFcGA/4nQucZovIXTfcpYbpnS6cuIEn3mxdCgAAIAAgAB0&#10;E21XdDdoS26wdTpbom/edh1OBXDndt4/PHHWd4wumXJ7eBIbWHHueCIErXgZebMAAIAAgABzDmsY&#10;fJ5nb2yPfRNa2m3PfVpNMm7ifX4+am/OfZwuAHBSfb0a4W+IfcIEmHg8foIAAIAAgAByOmkzhPlm&#10;oWq+hORaFmwKhJFMeG0lhCI9um4Qg8Qtbm51g5camG2Ig94Emng4goMAAIAAgABxkmenjUZmAGlD&#10;jLFZeGqWi81L5Guwis49KGyTigYs3GzfiboaK2v2icwEmXg6gxwAAIAAgABxFWZxlY1lhGgalI5Y&#10;92lwkyJLZWqDkZ48vWtYkIAsimuFkF8Z0Gq0jogEbHiHgv0AAIAAgABsxYLZUnthgoLNVedVSIL0&#10;WSxHy4M5XD041oOhXwEn2YR4YSwS9Ia7YZUAAIM6Za4AAIAAfANrln+EWk5gkH/BXSFUZoAHX9BH&#10;EIBVYlM4Q4C5ZJAndIFrZkQS14L7Zl8AAIEJamIAAIAAfzZqhHxTYiNfb3zLZF5Tdn0yZnxGLn2Q&#10;aG43i334aicm6n6Ka2cSlH+Jaz8AAIAAb3oAAIAAgABpbXlmafheTnoEa6FSUXqFbS1FS3r3bpg2&#10;v3tob84mTHvbcKESOXyPcEgAAIAAdP4AAIAAgABoY3bVcdNdVHeQcvVRXXglc/VEUXiidNE2I3kL&#10;dY0lyHlgdgMR9Xn4dZ4AAIAAeeIAAIAAgABnc3SgecVccHV4emJQiHYeetVDmnadeyU1f3b/e2Ql&#10;fXcfe5IR13e5e2AAAIAAfgkAAIAAgABmrnLIgbNby3O9gdtP9nRrgcVDC3TjgYw06XU5gWMk93Uv&#10;gWQRqXXagYkAAIAAgAAAAIAAgABmEnFJiZpbNHJNiVVPYnMBiL1CgnN0iAU0Z3O7h4skcnOJh5sR&#10;S3RqhsEAAIAAgAAAAIAAgABlmHAWkYZavnEokOpO63Hgj9tCE3JLjrM0C3J+jgIkL3IhjjYREXM/&#10;ivAAAIAAgAAAAIAAgABgpoxvUZhWB4vtVNxKd4upV/09nIuVWuQvGovXXWUeCI0pXvoJgI5qXykA&#10;AIAAaWkAAIAAfnBfj4lSWP5VK4kRW7tJqojeXlU89YjEYLwuoYjuYsYdyYn5Y/gJpIqoY/0AAIAA&#10;bikAAIAAgABen4ZBYGNULYYxYphI14YXZK88L4YEZpYuBYYkaCkdYob1aP0Jo4dRaOsAAIAAc2QA&#10;AIAAgABdsINoZ8lTMoN3aXpH1YNxaw07Z4NqbHotVYOJbZwc44QkbhgJhoRnbgwAAIAAeFsAAIAA&#10;gABcxoDobz1SToEScHFG9IEccYU6i4EVcm8swIEncy0cZ4GOc2MJYYHjc4oAAIAAfKwAAIAAgABb&#10;9H7HdsRRiH8Kd4VGPX8feBw53X8XeI4sI38UeOIcJX8oePEJWn+0eZkAAIAAgAAAAIAAgABbPHzw&#10;fj1Q131PfpJFmX1vfrQ5R31kfrcrm31Pfrob0X0kfsQJjX3SfzMAAIAAgAAAAIAAgABarHt5hctQ&#10;dHv5hc5FRnwbhXg5BnvxhP0rb3u2hMMbjXtahRsJUnxcg98AAIAAgAAAAIAAgABaO3pKjWxQBXrX&#10;jStE2Xr/jG04p3rNi5IrJ3p1i0gbYnnZizIJTHsqhkkAAIAAgAAAAIAAgABUpZbcUD1KjJXxU1U/&#10;iZVPVkozJpUCWPokz5V3WxYS75hSW6gBgpSlXY0AAIAAbRQAAIAAgABTnpP9Vz9JvJNEWeA+xZKn&#10;XF0yiJJEXpskZ5KIYE8S2JTnYJkB1JEKYmkAAIAAcfgAAIAAgABSy5EMXj9I3JB5YGc+Co/sYm0x&#10;2I+HZDkj5I+vZYcSm5GkZY4CBo3LZ2cAAIAAduQAAIAAgABSAI5CZUBIBo3IZvE9KI1LaIExL4zp&#10;aeEjVI0BatASSo6Tap0CH4rwbKQAAIAAezwAAIAAgABROYvIbFVHRItpbZY8a4r3brUwdIqPb54i&#10;44qKcD0R/ou+b+YCLYh4cloAAIAAfwYAAIAAgABQgomrc4BGmYlndFw70oj9dQ0v6oiMdY8iaYho&#10;ddcR4okfdYgCRYZVeEoAAIAAgAAAAIAAgABP4ofieqlGDIe4ey07WIdUe3UvgIbVe5ciBIaTe6YR&#10;qIble4sCcISCfVcAAIAAgAAAAIAAgABPYIZjgcRFiIZSgfA62IX2gdcvDIVwgachm4URgaYRL4UY&#10;gcMCYYMRgXUAAIAAgAAAAIAAgABO+IU0iTNFWoVGiUA6uYTziL0vEIQ4iBQh7YODiBoR5IMdhyQC&#10;14G0gewAAIAAgAAAAIAAgABIWKJxTl8+36E8UUI0aaBnU/YoWaAoVk4Zw6FzV78Io6MbWGUAAJGU&#10;X+QAAIAAcHoAAIAAgABHR5/mVP49+J7sV3czeJ4aWcUnj52vW7wZRZ6hXNgIp59zXVkAAI7cZH4A&#10;AIAAdVEAAIAAgABGm50NW509NJwtXawywptvX44m25r5YSQYw5u9YeoIl5vOYlAAAIxDaVEAAIAA&#10;eakAAIAAgABGB5o8Yjo8hJlvY9wx9pi8ZVYmQJhHZosYR5jtZwYIgJhMZ18AAInebnwAAIAAfYAA&#10;AIAAgABFZJe4aOg73ZcMaikxXpZYa0AlqJXSbAoX+5ZMbEsIdZUPbK8AAIfGdC8AAIAAgAAAAIAA&#10;gABExZWTb747SpUKcKcw5JRbcV8lTJO+cdMXuJQAcdAIkpIpcmQAAIYQeWcAAIAAgAAAAIAAgABE&#10;O5PCdpw6z5NadzkwgpKud5Yk+JIBd7wXaJIed5kIgo/SeJsAAISyfcoAAIAAgAAAAIAAgABDyZJB&#10;fZA6bZH2fe0wMpFPffgkw5CIfdoXQpBzfcgIUo3wfngAAINFgAAAAIAAgAAAAIAAgABDgJEEhMY6&#10;JZDOhPQv8ZAyhLMkmY9ZhGUXSo8FhIcIhYxZg1gAAIJxgAAAAIAAgAAAAIAAgACe+1PVTdWPyFcI&#10;Uh2ABFoiVlBvXF0sWmNdpWAZXlFKv2K1YhE2cWRjZYEeX2OWZ/QBe32Aaxmc0U6FWAiOFFIuW29+&#10;hFWyXr5uCFkRYfJcb1xDZQZJq18HZ/Y1gGCYap8drWAybHYBi31kb8+a2kmsYj6MO03AZLl871Gc&#10;ZyJsilVBaXtbIFioa75IjVuKbeg0mlzzb9odDl1KcSQBmn1LdOKY6EU8bGSKa0mzbfl7Mk3Ub4hr&#10;H1G5cQ1Z2lVWcoVHflhOc/AzyFmFdTQcf1radgYBpn02eYuXCkE2dniIy0YKdzh5vkp5d/VpvU6P&#10;eKpY2FJceV5GnFVoehAzF1ZmerMcCljTeyoBsX0kfYiVZz2pgH6Ha0LUgGx4m0eLgFxow0vcgEtX&#10;70/GgD5F91LegEMykVOggFgbq1cpgKgBun0UgOWUCjqWinGGSkAPiYh3sUUGiKdoAUmJh9RXO02T&#10;hxVFXFCthnsyLlE1hiEbZ1XKhpIBwn0IgTCS9TgGlD+FZT3AknZ2+ULtkMRnbkeYjzVWuUu7jdZE&#10;3E7UjLYxw08YjBsbMVSvi8sByHz9gTSSMzYPnbSEvjvymwd2cUFCmIZnBEYJlktWbEo/lGNEpU1Z&#10;kuMxiU1eklAa91PPj/ABzXz1gTiTg1q+Te6FQ11hUiB2W1/9VjlmfWKKWi9VgWT5XftDPWcXYY8v&#10;T2hAZLEWqml1ZlQAAIAAbdKReVWZV5mD1Vi7Wv51LVu2Xkplf16NYXZUo2ExZHhCgGNqZ0ouuWRd&#10;abcWTmZgatoAAIAAcrCPmlDkYUmCAlRtY9dzmVe5ZlBkAlrPaK9TVl2lavJBY1/xbRAt0WCdbtoV&#10;sWPgb4oAAIAAd2KNykyTauuAR1BzbKdx9VQBblZitFdSb/JSKVpZcXhAalyvcuctE10KdBgVOGG4&#10;dHMAAIAAe3aMHEiudIZ+xUzbdXtwklCtdmNhYFQsdzxRNFdceA0/lFm7eNQscVm6eXsU1V/neawA&#10;AIAAfvOKsUVIfht9hEm4fk1vek3EfnJgZlF2foxQTlS/fqk+9FcdftQr9VbAfwkUh15kf1gAAIAA&#10;gACJiEJbh558fkcGhw1ul0tEhm1fnk8ehc1PlFJ+hUM+WFTUhN8rm1RMhMQUVV2ihPoAAIAAgACI&#10;oT/wkP97skTKj61t4kkwjkpfAU0mjPNPA1CVi9A9y1LcivkrLVJHisYUKl3riZsAAIAAgACH/z4R&#10;mh57HEMMmBZtVkeKlfVehkuSk/JOoE8KkkU9glFFkR0q4VCtkRMT315pjUAAAIAAgACIHWHsTgx6&#10;w2QHUh1ssWYmVhddm2g5WexNVmouXZE7pGvaYO8n8myYY6kOk3DrZGgAAIAAcbSGJ1z5Vxt5SF+L&#10;WndrY2H+XbZce2RRYNNMWWZyY8M6zGgpZnUnQmiHaJQOQ24RaP8AAIAAdmiEblhiYEZ3tFtbYt9q&#10;LV4cZWNbXGCjZ8VLaWLoagM6C2ShbA0muWSSbZkOE2uHbcUAAIAAeouCu1QwaWl2F1d5a0JolVp0&#10;bQtaFF0wbrpKP1+gcEo5FGFVcbQl+WDIcr0NuGl4cs8AAIAAfiOBMlBrcoh0qlP0c6pnQVcpdLlY&#10;1FoPdbJJXFyfdp04TF5Ld3ElZ12DeAkNfmkxeDoAAIAAgAB/600he6dzgFDhfBdmNlRHfG9X31dW&#10;fLVIe1n2fPk3sluQfUMk9lrMfYkNUml8fgkAAIAAgAB+4UpNhLRyjk48hHhlW1HKhBlXGFT4g7BH&#10;wFelg1k3GVkmgykkpliRg0QNPGmhgxMAAIAAgAB+E0f1jaVx0kwKjMNkqk+2i7JWd1L4ipxHJ1Wq&#10;ibg2hFcKiSskN1bCiWINJWnIhzYAAIAAgAB9gkYglmdxSEpTlPJkH04RkzZV81FbkXpGulQLkBc2&#10;MVVPj1Ej31VQj2QM4Wo8iLUAAIAAgAB8lWlzThNwBmsNUfxiumy3VdJUYW5YWYNExm/dXPszj3Er&#10;YBMf1HGsYjkHM3e2YxAAAIAAdYZ6s2SyVpFunGa3Wdxhg2ipXQtTWGp9YBVD4mwhYuoy0m1lZWgf&#10;RG1PZwoHH3TqZ78AAIAAea15HWBFXyttF2KmYclgSWTaZE5SN2baZq9C8WiZaOQyEGnKas4eumlN&#10;a/cHDXQVbKUAAIAAfVJ3klwuZ9Nrml7aab5e5GFEa5dRO2NybVhCF2VLbusxbWZlcEUeWGXecQEH&#10;DnQTcc4AAIAAgAB2I1iHcHhqXltvcb1dtV4Jcu1QAmBUdAFBLWJBdQAwmmM7ddYduGL7dj0G53RV&#10;d4QAAIAAgAB081VTeSFpQlhpecdcsFsrek5PEV2WerxAVF+JeyIwB2BYe4MdT2CJe7sG1nRyfOoA&#10;AIAAgABz/VKRgbloYFXPgcZb4VixgaZOUFsygXM/oF0mgU8vdV3EgUsdDF5+gYgG2HRvgWkAAIAA&#10;gABzPVBDijlnr1OjiblbNlaeiPhNs1kqiCc/B1sWh4Yu3lt8h0EcnVzkh8UG03R4hJ0AAIAAgABy&#10;s05wkppnLVHtkaJasFT1kEtNL1eCjuI+mFlhjdIuilmUjXkcQFuejRkGnXTThHkAAIAAgABw0XFz&#10;TeJlBnKTUaRYeHPNVVVK0XUGWN47zXYtXCAq53dDXtkWnXgwYBYAp37mYloAAIAAeNpvD2zrVdxj&#10;u25qWRNXX2/cXC5J6XE2XyE7DXJqYdAqUnNaZAMWQ3QJZNcAzn6kZyEAAIAAfIRtlminXfdiUmp4&#10;YJFWNmwjYxFI2G2dZWk6Jm7dZ4gpmm+faTcVx3B9aa0A4H6GbCoAAIAAf7xsNWS0Zhdg+GbEaBJU&#10;4micafdH3mo2a705RmuEbU0o8GwRboIVXW1ubqkA835lcZYAAIAAgABq42EjbkZfuGNmb6RTu2Vk&#10;cO1GymcXchY4o2hucyIobWjDc+cVG2rJc9oBE34udx4AAIAAgABpxV4DdoBeyGB2d1BS52KWd/9F&#10;9GRceJA3zWWjeREn2WWqeXgUrmiaeWcBEn4we/QAAIAAgABo3FtLfqtd7V3jfvRSG2AffwxFNmHy&#10;fws3G2MrfxMnR2Lefy8UcWa7f2YBJH4Tf/oAAIAAgABoJVkDhsBdRFu7ho9ReV4LhhdEoF/jhYk2&#10;iWEIhSkmtGBhhSYUBmVUhUQBMH3+gM4AAIAAgABnnlctjsZcxVoAjjNQ91xejTZEIl4yjCI2IF8/&#10;i2omZ15hi4kTsGQ4ifMBD341gLgAAIAAgABk43oMTVpZ3Hq4UPhOB3uIVIJBA3xkV90ydH1MWtsh&#10;lH6AXQ0MzICgXXgAAIAAZZ0AAIAAe7RjRXXCVN9YqHbBWAJM/Xe6WwVAKnikXdgxyHmCYFMhHHpn&#10;YhEMtHysYj0AAIAAakgAAIAAfvRh8XGnXINXXXLuXxdL7nQSYZA/L3UPY9cw+nXmZdAggXZ4Zx4M&#10;fHlBZxoAAIAAb1YAAIAAgABgsG3VZDJWG29RZjRKsHCXaB0+N3Gsad8wHnJ+a1kf1XKzbD8MMHZY&#10;bCAAAIAAdNEAAIAAgABfhGpca+hVA2wEbV9JpG1pbrw9LG6Lb/MveG9PcPkfS28dcYgL/nPQcW4A&#10;AIAAebIAAIAAgABedmdGc7JUBmkZdKRIvmqcdXQ8amvHdiIuz2x0drAfA2vbdv0L9HGZdx8AAIAA&#10;fdMAAIAAgABdmGSTe3hTS2aVe/NIG2gzfDo70mlffGIuM2nofIseemkdfKwL12/CfT0AAIAAgAAA&#10;AIAAgABc52JKgzJSpGRtg0FHfWYhgwc7Q2dMgrMtq2ezgood7GbqgrcLim5cgnsAAIAAgAAAAIAA&#10;gABcYmBtiuxSJmKqiqVG/2RuifU6zGWViS0tS2XYiMwdqGUmiSoLWW0+hqoAAIAAgAAAAIAAgABY&#10;84NcTGBOq4OWT91DhIQEUz43CoSaVmEovIWAWQIXVoeJWlwEcYfVW6IAAIAAaTUAAIAAfhpXeH9O&#10;U3xNhH/VVopCeYBgWXE2LIDxXBsoE4GxXkkW8YMzX0MEjYQIYG4AAIAAbfEAAIAAgABWSHtaWrNM&#10;VHwfXUBBe3zJX6o1Pn1fYdcnU34CY5EWa377ZC8EioC2ZVYAAIAAcyQAAIAAgABVK3eiYfVLMXiS&#10;Y/1AVnlVZeQ0WHn3Z5omiHp/aOYV03r4aS8Ec33cam8AAIAAeCAAAIAAgABUGnQ5aUdKKXVSas4/&#10;VXYvbDYzYnbQbWwl4nc3blgVR3eEbl4EWntpb+MAAIAAfHIAAIAAgABTJnEscKtJQ3Jvcbs+hHNk&#10;cqYyoXQGc2clN3Q9c+sVBXSHc9MEYnlDdd8AAIAAgAAAAIAAgABSUW53eApIc2/neKk9xHD2eRox&#10;9XGWeWskoXGbeZ8UonImeYAEkHhKe3MAAIAAgAAAAIAAgABRpmwnf3RH723Mf7g9WG73f7ExqG+J&#10;f40kZW9Sf4kUQnA6f7AEXHiigCcAAIAAgAAAAIAAgABRJWo/hvJHb2wBhuk83G1BhngxOW3OhfMk&#10;EW1khdsUEG6khbgEUXi1gusAAIAAgAAAAIAAgABM742gStdDYI1qTjY41Y2DUWksvY3/VEQeVY9f&#10;VlcMgJHdVvYAAImKXDQAAIAAbK0AAIAAgABLk4nLUZRCOInmVIs3tYoXV1ArxYp/Wb4dmYuYW2wM&#10;OY0VW9YAAIZOYN8AAIAAcY4AAIAAgABKhYX6WGdBHIZLWuk2vIaUXTwq14bzXzsc3IfUYIQL5Iie&#10;YL8AAINUZboAAIAAdogAAIAAgABJjYJUX0dAF4LIYU81q4MjYysqAYOBZL8cIIQxZasLiIS3ZcIA&#10;AICqat4AAIAAeusAAIAAgABIm37xZjw/J3+PZ840wn/+aTcpHoBPalcblYDBavgLO4Fgav0AAIAA&#10;cHkAAIAAfr4AAIAAgABHunvibUw+TXywbnAz/n02b2gocX19cCIa+32mcGwLE36GcIcAAIAAdlUA&#10;AIAAgAAAAIAAgABG+HkxdF09lXotdR0zXHrLdacn5nsFdgMacnrndhMK1Hw2dmwAAIAAe0cAAIAA&#10;gAAAAIAAgABGT3bQe2w863gDe9AyvXi8e/gnXXjtfAAZ+niEe/sKbXpvfK0AAIAAf3gAAIAAgAAA&#10;AIAAgABF03Tbgrw8h3ZEguAyb3cggp8nOnc5gksaJHZyglsKzni1ggYAAIAAgAAAAIAAgAAAAIAA&#10;gABAmZlFSKs3spitS+Uto5iUTtQhqplRUTsSeZwyUlMDUpm+VGAAAISyX4oAAIAAcA0AAIAAgAA/&#10;N5W8TwQ2VJWOUdksLJWZVGIgS5ZAVmYRbpihVy8DCZUVWT8AAIGuZEAAAIAAdQEAAIAAgAA+QZIW&#10;VXg1OpIZV+ErHpI+WgIfOpLXW6AQoJTDXB8C0pDPXi4AAIAAaSMAAIAAeXQAAIAAgAA9b459W/00&#10;UI6fXfYqGI7VX6keZ49kYOgP/5DXYSoCqo0GYzoAAIAAblYAAIAAfVgAAIAAgAA8mosUYpozdItp&#10;ZCYpRIutZXQdmYwiZksPp40QZmcCmYnFaIcAAIAAdAQAAIAAgAAAAIAAgAA7y4fyaV0ypoiHaoEo&#10;kIjla2sdBolCa/EPP4mka9YCpocDbjAAAIAAeTsAAIAAgAAAAIAAgAA7FYUpcCkx9IX+cO8n+IZ3&#10;cXkcjYa/cbQO54aucYYCloTFdFMAAIAAfZgAAIAAgAAAAIAAgAA6fIK7dwoxXYPPd3wndoRld64c&#10;LoSXd6gOo4RJd5ICboMCeisAAIAAgAAAAIAAgAAAAIAAgAA6DYCqficw54H2fk8nC4KsfjEb44LM&#10;fgEOkYJcfi4CiYGIfv8AAIAAgAAAAIAAgAAAAIAAgAAAAP//AAD//wAA//8AAG1mdDIAAAAABAMJ&#10;AAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAEAAAIAAAIkBB0F2gdpCNkKNguF&#10;DMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzvHiUfWSCHIbIi2iP/JSMmRCdmKIYppyrHK+gt&#10;CC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9wj7eP/hBEUIpQ0JEXEV1Ro9HqUjDSd1K90wS&#10;TSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxmXXheil+bYK1hvmLPY+Bk8WYCZxJoI2kzakJr&#10;UmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6yHvNfM59zX7Mf8uAyYHHgsWDwoS/hbuGt4ez&#10;iK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5YmlxmYDJj/mfKa5JvWnMidu56tn5+gjqF8omqj&#10;V6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmxR7I2syS0ErUAte222rfIuLW5o7qQu368a71Z&#10;vke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctEzC7NGM4BzuvP1dC+0afSkNN51GHVSdYx1xjY&#10;ANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5HvlV+Yz5w7n6OjB6ZrqcetI7B3s8O3D7pbvdvBV&#10;8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn/Vz+C/60/1r//wAAAegDpwUsBoQHvwjnCgQL&#10;FgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ1hreG+Ec4R3fHtsf1iDRIcsixCO+JLglsyau&#10;J6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/Nn83fziAOYI6fzt+PHw9fD58P31Af0GCQoVD&#10;iUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBSx1POVNVV11bZV9tY3lngWuNb51zqXe1e8V/1&#10;YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627ob+Vw4XHectpz1nTNdcN2uXeveKV5m3qQe4V8&#10;en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiKpouVjIONcY5gj06QPZEskhuTCpP6lOmV2ZbJ&#10;l7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTKpb2msaemqJupkaqHq3+sd61vrmevYLBasVSy&#10;T7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPBasJyw3vEhMWKxpDHlsidyaXKrcu2zL/NyM7S&#10;z9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G35TgnOGi4qjjreSy5bbmuue96MDpw+rU6+Xs&#10;9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8Vv1E/i//F///AAACBQPYBWgGxggGCTIKUgtl&#10;DHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0Gz0cQB0/HjofNCAsISMiGSMPJAQk+SXuJuMn&#10;2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2KzchOBY5CzoAOvY77TzjPds+0z/LQMRBvUK3&#10;Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJUohTiFSIVYhWiVeKWItZjVqPW5Fck12WXphf&#10;m2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatuq2+rcKlxqHKlc6N0oHWddpl3lXiReYx6h3uC&#10;fHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoCiveL7YzijdiOzY/DkLmRr5Klk5yUkpWJloCX&#10;eJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmmX6dmqG6peKqCq46snK2rrruvzLDfsfOzCbQg&#10;tTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTxxhXHOcheyYLKpsvKzO3OEM8y0FTRdNKU07LU&#10;z9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k0eXS5tDnzOjE6brqrOub7Iftb+5Y71zwW/FW&#10;8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z/k3+4f9x//8AAAHZA40FCQZUB38IlgmhCqQL&#10;nwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZfRp0G2YcVR1BHiwfFyAAIOoh0yK9I6YkkCV6&#10;JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNVNEQ1MjYiNxE4ATjxOeI60zvEPLU9pj6YP4pA&#10;fUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBOxU+5UK1RoVKVU4hUelVtVl9XUVhDWTVaJlsY&#10;XAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGkeagtq+GvlbNJtvm6qb5ZwgnFsclZzQHQpdRJ1&#10;+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiDjYRyhVeGO4cgiAWI6onPirOLmIx9jWKOR48t&#10;kBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/naqelp+DoHGhX6JPoz+kMKUiphWnCKf9qPOp&#10;6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt82407nbuuO77bz4vgS/EcAgwTDCQMNSxGbFesaP&#10;x6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM2HPZm9rE2+/dGt5G33PgoeHP4wLkTeWZ5ufo&#10;NumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8Ov17/rv///8AgACAAOZPf85/WM2Zf6h+zbTa&#10;f5l+eZwUf6N+ZYNMf8Z+hWqFf/5+wFG/gGN/PTkAgRKAD/zFfnyLNOS1fmOJbMxAfl2HzLOafm6G&#10;ZprYfpiFQ4IYftmET2lafy+DZ1Cuf6+CoTgUgHaB5vq8fTaWceL7fTCTksrLfT6Qz7I6fWmOXpmT&#10;fayMLIDvfgeKImhOfnWIE0/BfwyGADdBf+iDrPjjfC6ht+FBfDOdv8kzfE2Z8LDCfIWWV5hFfN+T&#10;Gn/LfU+P82dWfdGMtU7vfnyJTTaHf2eFXPc3e2OtA9+le2an68eqe4ejCq9ge8meaZb4fCuZ+H6y&#10;fK+Vt2ZufUORQU4uff2MezXlfvSG7/W8esq4Vd4veseyFMZDeuSsFK4ZeyymYZXce5mg2n2kfCSb&#10;WWWVfMiVqE2CfZGPgTVbfpGIX/R3elLDqtzseka8MsUJel21Cqz5eqeuO5Tpex+nm3zZe7ag6GTY&#10;fGCZ3UztfTWSUDTofj2Jp/NjeffPAdvYeePGQMP6efK95Kv3ejq17JQCeriuJHwge1umQGRIfBCd&#10;5UxvfOqU4zSJffeKxfJ1ebTaWtrreZfQMsMPeZ/GlKsYeeO9apM7emS0ant3ew2rQGPCe8yhlkwJ&#10;fK+XMzQ9fb6Ltu5TiNt+NteGh8R9wsCfhsN9cKmMheZ9VZJShSp9dXsHhIZ9xmPEg/F+NUyPg3h+&#10;6TWSgyiAAOw9h32Iy9YUhnCHQL9rhYOF46hjhLuEwZEehBuD33nUg5SDLWKcgx2CjUuSgsOCFjTY&#10;gpCBwep6hkeTZdR0hU2Q2r38hG+Oc6cLg8SMWI/tgzmKd3jKgsqIvWG2gmmHA0rNgiaFTDQzggeD&#10;b+jbhU+d/tLghF+adLx6g46XFKWrgueT6I60gnKRC3e7ghWOQWDWgceLZEoYgZeIaDOigYuFBOdc&#10;hIuooNFsg52kFbsQgtSfuqRbgjeblI2AgcKXlXa6gXiTu2AIgTmPskl1gRqLZTMkgR+Ge+YAg/Gz&#10;S9AbgwSturnNgjqoWKMygaOjLYx7gTaeIHXIgO6ZFF9KgL6T20jkgK+OOjK5gMGHz+TVg3O9+M76&#10;goe3Vri1gbyw4qIvgSaqqIufgMSkinURgIOeVV6ngFSX0UhpgFOQ2TJggHKI++PWgw7Ipc4FgiTA&#10;4rfGgVe5U6FKgL+x+orQgGGqu3RrgC6jXF4pgAeblUgCgAeTOzIXgDCJ/uMAgr3TVM03gdbKWbb6&#10;gQfBmqCIgG65E4ojgBGwonPaf+KoBl23f8ae/Uerf9CVVjHcf/uK194SkeJ8sMjuj/F8Y7Oxjhh8&#10;Op47jGh8R4iNit58j3LFiWl9Cl0Rh/x9qEd7hpl+kzJRhTl/8dwqkLSGl8eUjsGFUrKSjPSEPJ02&#10;i1eDW4eOieSCtnHSiIiCPVwrhzOB2Ea5hemBojHLhKKBndqjj46QlcY5jaiOV7Fyi92MPpwVileK&#10;cIZ4iPiI2XDQh7WHaFtIhneF/EYFhUaEnzFUhBmDNNlCjpual8TYjL+XbLAHiweUa5rIiYKRpIVS&#10;iDmPHW/ZhwWMqFqDhdiKJkVvhLqHjzDsg6CEr9fujeGklMOHjAmgga66ilucm5mPiN6Y5IQ6h42V&#10;T27whmuR1VnOhUqONETohD2KWzCRgzWGC9a1jUuunMJci3epna2ZicqkxJiCiFKgF4NMhwibfm4a&#10;heGW4lkrhM6SHURzg9CM/zBFgtqHRNWnjNC4o8Fciv+ysKyhiVGs2pebh92nKoKGhpuhim13hXqb&#10;0FihhGKV0EQSg3OPbDAFgo2IVtTCjGrCpsCGip27sqvPiPG01JbRh3uuEoHOhj2nW2zjhSmgglg2&#10;hBaZTkPBgyeRnC/Rgk6JQdQEjBPMqb/Vik3EoKsfiKO8pZYnhy20voE3hfGs3mxnhOCk1VfUg9mc&#10;bUN4gvSThS+nghuKBc5Pmxt7gLqimFl7Uabvlax7RpMKkyd7c37okMZ72mqojnV8d1aIjCJ9OUKW&#10;icJ+UC9Ch0J/4sydmg+E0rmBlzyDvqYGlJeC1ZI0kiCCJH4Tj9OBrWnajZiBY1XGi1mBMUH8iRGB&#10;Ny7vhqaBestCmRGOIbhElkWMLqT5k52KWpEukTeI1X0gjvqHfWkCjNGGSlUOiqWFH0F0iHCECi6l&#10;hhuC+sohmB6XjrcYlWOUuaPLksmSAZAbkFePjHwdji2NUWggjBSLKVRYifmI+UDyh9uGwS5lhZ+E&#10;Xsj/l2ag9rYHlK2dRKKvkhuZv476j72WaXsgjYmTM2dRi3+QEVO+iW2MzUCKh12JYS4uhTSFocfs&#10;ltiqYLT+lCKl16GukZKhcI4LjzmdMXpMjQmZAmaXiviUzlM2iPCQdEAwhu+L0y3/hNiGwcb7lmSz&#10;v7Qgk66uVqDXkR+pBY1Bjsij0XmejKGep2YKipOZY1LGiIKT4j/nho+ODS3YhIyHu8YulgO9GbNl&#10;k062xKAhkMCwfIySjmmqRHj+jEakEWWJikSdulJriDaXFj+qhkGQCy24hEyIkMWFla/GcbLNkvy/&#10;HJ+JkHK3xov+jh2wd3h7i/upKGUgif6hslIah/2Z7D9whhGRwi2fhBqJQL8gpId6razJoPp6jZp/&#10;nXx6logUmh962HVylt57VmK0k6V8DFAqkFt86T3hjO5+ICxqiTt/072io5yDcKvin/KCfJnOnHOB&#10;tYdumR+BJXTFle+A0mIKkseArk+Jj4+Apj1ujDWA3CxJiJeBWbyDoqmMNqrcnwaKbpjsm4WIz4aM&#10;mEGHdXPzlRyGUGFSkgOFUE7zjtmEWz0Ki5CDhSwsiAWCxLuCod2U7KnQnkSSW5fZmsyP+YWVl36N&#10;wnMTlGSLzWCYkVSJ5k5mjjSH+jyyivuGECwTh4SEEbqloRqdw6jpnY6aZZbnmiGXNIShltqUJnI8&#10;k6mRP1/mkKmOa03hjZSLfTxhim+Idiv9hxWFPbm8oI+mmqgenP2iaZYkmYyeYIPflkmaf3GIkyuW&#10;r19NkCKS2k12jRWO4zwiif6KtyvqhreGRbjtoCCvWqdgnIqqWJVumRqlcYM1ldugqnD3ksSb617X&#10;j7+XFU0ejKeSCzvwiZuMwCvbhmiHKrg3n8e4CabBnC2yJ5TWmLysWIKllX6mnHBzkmug5F5tj3Cb&#10;DEzXjFmU8zvHiUuOjCvPhiiH67egn3nAtKY+m9m53pRWmGqzDoIplTCsSnAIkiCliV4ajyqepEyZ&#10;jCCXgTufiRyQFCvFhfSIibCdrih6Jp+Kqc16CY6OpX56G32AoUh6amxKnSF6+FsFmPB7wEoJlKB8&#10;sTlqkBF9/ynQixx/xK9crVKCZp7UqNmBgo4GpISA0Hz+oFCAWmu/nDKAIlp9mA+AHUmNk8qANjkh&#10;j0uAkyngimuBOa53rGuKn54Cp/eI941So52He3xHn3OGR2sTm12FSFnpl0WEc0kakwuDrjjkjpuD&#10;ECnuic+Cka20q5uSz50upzSQaoxzouOOMnt7nrGMNWpcmqOKcFlUlpKIwUiwkmCHEjivjf6Fbin6&#10;iUeDyaztqv2a9ZxqppaX1IuqokmU53q0nhmSLGmwmfmPg1jNlfKM+EhUkcWKVjiCjXGHpSoEiNGE&#10;4KxEqmKjN5vJpf2fUosLobCbmXoanYSYCGkjmWaUhVhWlVGRBUgCkTCNazhajPCJryoNiG6F1Kue&#10;qe+rXptEpYCmqIqOoS2iGHmdnQCdr2izmO+ZVFf9lOaU5UfFkLuQTTg+jIiLhyoUiByGpasGqZez&#10;aJrDpR+t2ooZoMqobHkxnJ6jH2hUmJOd21ewlJWYfEeTkGqS7DgqjDWNJSoZh9iHVKqDqUy7ZJpX&#10;pMm06Im0oHWuhXjVnE2oQWgHmEaiCVd4lEubtUdukC+VMzgXjAOOgioeh6OH46Lht/x5x5MBssx5&#10;o4M8rap5uHN1qJZ6EWOZo316rFO/nkh7g0RGmN98hjVKkxx95yd/jNl/tqHkty2BjZJ3seiAsILW&#10;rLyADHMRp6N/qGMroox/h1NYnV1/nkPxl/p/1jUskkSAVSe8jBmBHKE/tkaJQpHbsQmHsIJPq9iG&#10;TXKEpsKFOWKooa6EXFLrnIaDrkOllyqDFDUWkYOCqCfyi3CCYqC3tXKQ5pFEsD6OpYGpqxKMlXHs&#10;pfKKxGIgoOeJLVKBm8aHsUNglnGGOjUFkNmE2ighit6DiKAstMeYh5C3r5KVlIEZqmmS2XFbpUyQ&#10;T2GmoDON6VIjmxyLm0Mnlc6JQDT4kEOG5ChIimGEjZ+btEKgJZA3rwSceYCjqdaZAnDupLqVvGFE&#10;n6SSiVHVmn6PVUL5lTiMFDTtj7+IwShpifeFbp8us7qnsI/WrnqjQIBJqUyfA3CcpDWa8mD9nyWW&#10;7lGhmgKS20LWlKuOqjTlj0aKZiiFiaCGL563s1yvGY+NrgypzYAOqNKktHBeo7GfzWDCnqWa+lFx&#10;mZqWEUK8lFSRBTTlju6L2iibiVmGz55Nswq2Z488ra6wNH/LqHOqMHAoo1ekZGCcnlCetFFbmUiY&#10;70K0lBCTDTTqjraNEiitiSCHUZXswf15f4cyu/J5UHiRtfh5Ymn8r/95wltnqet6aEzso6F7Tz7r&#10;nQ58YjGFlgV90yV0jm9/qZU8wSaA2IbRuxh/+XhFtRR/XGmurw9/B1sVqPN+/Eymoqd/LD69nBN/&#10;gDGTlRaAHyXcjZ2BAZTZwDKID4ZrujOGi3frtCuFO2lNriKEQVq8qAODhExiobyC+j6amy2CiTGl&#10;lECCSyY2jOaCOJSRv1CPLoYUuVSNCHeCs0+LGWjtrTyJbVpopyWIAkwloOWGtT5+ml+FdDG4k4SE&#10;UyaEjEiDTpRCvpOWSIXGuJKTeXczsoqQ6miZrHqOk1olpliMZUv4oCeKVD5rmayIPDHLkuKGMybH&#10;i8KEQpPkvf2dXYV7t/CZ3Hb1seGWm2hmq9KTkln2pbWQpUvWn32NwT5fmQ2K0zHdklWH5ib+i1KF&#10;FZOJvYOkToU6t2igD3bEsVGcEGg/q0GYS1nYpS+UokvEnvyQ8T5YmIONLTHskdyJZScsivWFxpNN&#10;vQGrE4UOtuWmCnansM2hRmgsqr+cv1nJpLOYUku6npGT1T5VmBmPRDH6kXGKrydRiqmGWpMAvKKx&#10;tYTytnSrv3afsFGmEmgnqjmguVnMpCybjkvHnhKWVz5ul7qRETIYkTCLxidvim6G0YmVzCR5cHv1&#10;xTZ5KG5mvmh5L2Dst455j1OQsHh6PEZpqQl7LjnaoTd8TC4GmNR9ySOkj+F/nIlJyyqAZXu/xGJ/&#10;dm4vvY5+1WC0tpx+iFNbr3B+i0ZJp/Z+0TnZoB1/PC5Dl8d/9CQzjvyA6YkzyhqHInuXw2qFoG4I&#10;vJOEV2CHtZWDcFM0rmGCy0Y2puqCYDnlnxeCEi6AltaB/CSwjjaCE4kvyR2NvnuJwmeLp23ou5CJ&#10;z2BqtIiIQFMfrVyG+kYwpfCF1zn3niyExS65lgWD3SUbjY2DGokjyEKUUHuCwYCRmm3mup+PLmBf&#10;s5qNAlMdrGqLBUY6pRKJKjoRnWCHUS7ulVGFlSV1jP2EAIkJx4Sa2Ht7wLaXd23wuc2UZGB1ssmR&#10;lVMvq6SO50ZQpE2MSTovnK+Jqy8flLmHICXBjIWExYjsxuGhL3t2wAqdGG39uRqZVGCOshiV2lNL&#10;qwCSf0Zuo7WPJzpQnBmLyC9LlDmIeSX/jCKFaojNxlSnUHtxv3eidm4NuIKd+GCqsYCZylNrqnCV&#10;wkaPozmRtjpym6qNpC90k9GJoSYyi9KF84ixxdCtMntxvvGnh24lt/qiPWDSsPmdV1ObqfCYo0bD&#10;osWT7jqkm0uPNy+hk4eKliZai5OGYfLPe2N5sNvde7x50sSofBx6B60lfIN6XpVxfPd63X2tfXx7&#10;gmXwfhV8Pk5Eftl9NDbLf+l+ffCyebmEz9otejSDysMqerOC6KvPezuCMpQ0e9CBqnyIfHaBQmTh&#10;fS6A401VfhCAnzYBfzqAaO7MeFmQAthqeOWN2sGfeXiL0qpeehmKEJLqesmIfXtke4uHBWPkfF+F&#10;hkx9fVuD/jVMfpuCP+0GdzObMdaud8iX77/4eGiU2KjgeRmR8pGYeeGPVHpBeruMw2Lye6eKGku4&#10;fLmHRzStfgyD/etpdkemVdUbdt6iA75yd4Wd3qd3eEGZ7JBNeRaWHXkoegaScmINewaOlksCfCyK&#10;bzQkfY2FneoEdZOxb9O/diesEb0eds2m16Y3d4+hz48veG6c5ngfeWmX/WE5enyS60pfe7KNbTOv&#10;fR+HF+jadQW8e9KddZW2Drv/djevuqUkdvuplI49d+SjjXdReOqdc2CBegaXDEnUe0uQMzNNfMKI&#10;aOfndJzHcdGwdSe/7rsQdcK4e6Q3doKxK41gd3Gp+HabeIOirl/yeaqa/EleevaSuzL8fHSJjOcn&#10;dFXSQdD2dNnJm7pMdWrA/6NudiS4gIyidxOwFXX0eCuniF9qeVuejkj5erGU+jK8fDaKgeKZhBF4&#10;G82Ng4V4eLgcgw544aI4gqt5ZIwJglx6DHW8gh962V+AgfB7w0lVgeJ87DN8ggR+deDhgo6Cqcxc&#10;gheB5rcSgbOBP6EogWWAwYrpgSuAa3SggQmAOV5zgP6AGUh1gRWAHzLggVqASd9RgUGNQcrBgNmL&#10;brWWgIKJuJ/FgE2IPomygC6G8HOUgCmFvl2PgDWEike6gGSDWDJWgL+CB92/gCiXxcklf8eU9LQB&#10;f3ySQp5cf1CPuYh0f0uNbnKHf1yLMVy3f3+I40cTf8WGdDHdgDSDrNxEf0KiQcezfuKee7KafqCa&#10;0p0HfoCXSodBfoKT3XGJfqqQk1vvfuCNIEZ7fzmJbTF0f7qFMNr6fpCsvsZ0fjGoBLFjfe6jWJvj&#10;fdOexYY9fd+aSHCefgyV0Fs5flaRNkX0fsKMOzEbf1GGjtnofgK3MsVsfaSxfrBcfV6rx5rkfUOm&#10;IYVefVqgkW/mfZKa8lqefeGVF0WBflyO0TDQfvmHw9kNfZfBmMSWfTq64q9/fO20FpoGfM2tTYSR&#10;fOemm285fS2f11oafYeYw0UhfgiRKzCTfq+IzthmfUrL7sPufO7EJ67FfJi8NZlEfG+0O4PgfIis&#10;WG6mfNWkYFmsfTucFETTfciTPTBjfnSJrdLvjOt22b+Si3x3V6u9ii133ZdfiP54fIKph+Z5Q23R&#10;ht56NFkYhd57RkR7hPF8oTBahBp+a9F1i5SAwb5kijWAPKqjiPR/0ZZah9V/hoGvhtJ/ZWzoheN/&#10;Z1hAhP1/e0PMhCx/ui/ug26AKtAmilSKub0WiQWJNamDh8mHypU0hr+Gk4CbhdCFg2vxhPmEkVdt&#10;hCyDokMrg3eCvy+NgtSB0s7OiUKUpbu0h/iSN6gQhs6P4pPphcuNs392hPWLtGr6hDOJwlaqg3yH&#10;w0KdgtuFry85gkuDXc2BiGmehLpohyKbNKbJhgCX+pKyhQaU2X5khDGRzmoWg4WO2lX6gt6LxEIf&#10;glCIeS7xgdOExsxbh76oablMhnqkNqW0hVegCZGshGKb7X15g5WX32lHgumTzlVdglSPnEGygdiL&#10;Fy6zgWyGC8tmhzOyRLhehfKtJ6THhM6n/5DJg9qi33yygxedymikgnOYoFTZgd2TPUFXgXKNfi6A&#10;gRaHJ8qghse8D7echYq2AaQAhGOv1ZAEg2qpoXv8gqqjd2gLghSdMlRpgYeWpUELgR6Ppy5WgM6I&#10;GsoKhnXFzbcDhTy+wKNZhBC3fY9ZgxKwJXtiglGo1GeNgcChaFQGgT+ZsEDFgOGRiC40gJWI5MO7&#10;lfh13rHKk7J2cp9vkZB3EIyUj5F3yXlcjal4qmX+i8t5uFLLiet66j/EiA18ay1phiR+YMJ8lMF/&#10;NLDQkoN+2J6EkG1+k4u2jnp+cniFjKJ+eWU1itl+pVIUiQ9+5z87h0d/Wy0rhXSADMFZk6KIf6+i&#10;kW+HQJ17j1qGEoqvjXeFG3eWi7CERGRlifyDilFoiEaC1z7BhpSCNiz0hNeBncBFkpOR2K58kGyP&#10;upxLjmWNqomnjH2Lx3aeisyKDWORiSmIYlDCh4eGrz5Qhe+E8izFhEuDEL8nkb6bJq10j5iYMZs8&#10;jZeVUYiLi8CSiXWoig6P12LFiICNNVAphu2Kdj3thWSHkCycg9KEYr4nkRukc6x2jvigq5pCjPic&#10;6IehiyWZNXTXiXiVi2ISh+eR3E+mhmKODj2ZhOuJ/ix5g2uFjr1OkJitrquljnipDZlzjHakYIba&#10;iqSftnQoiP6bEmGFh3OWWE85hemRbD1VhIKMNSxcgxWGkryfkDG22ar6jhOxV5jDjBCrtYYtijmm&#10;B3OIiJagWmD/hxealE7bhZSUjj0bhCyOLixFgs6HcLwZj9+/96pyjca5hpgui8Cy24WWieWsF3MB&#10;iEGlU2CThsaedE6GhU+XVTzhg/OP3ywygpWIJ7UOnz11MqRjnCh1zpNimTd2eoHxlmV3RXAsk6N4&#10;Ol5GkOF5XkydjhF6qDs2iyx8RCqtiB5+VLQHnil9/KOjmxR9t5KumCd9joFElVt9im9+kqR9sl2j&#10;j/J+AUwKjTJ+ajrUimB/Cyqdh2V/7rMdnReGvKKtmg2FoJHRlyCEoIBklGKD0W6ykbmDKVzzjxmC&#10;n0t+jGmCHzp9iamBuyqPhsGBa7IpnCmPYqGqmSWNf5DClkGLvH97k36KFG3dkOSInFxFjlGHLUr9&#10;i7GFvDoxiQSESiqDhjGCyLFMm0uYH6DFmFGVdI/XlXaS4n6PkruQYm0XkBSN+1ugjZSLpUqFiwOJ&#10;ODnsiGyGsip5hbSEA7B0mqug2qAGl7CdZY8dlNKZ+n3OkhmWoWxij4CTUlsKjPyP/0obineMkTmw&#10;h++I8ipwhUqFGK+7mi6peZ9RlzWlOo5plFWg830lkZ2csmvOjwmYdVqTjImUJknFif2PrDmCh4SK&#10;+SpphPKGCK8hmc6x/p69ltSs643Uk/KnvnyTkTaiiGtIjqSdVFojjC6YB0l6iaWShzlbhyuMxCpj&#10;hKqG0q6qmYG6dp5Gloi0gY1Uk6OuWXwSkOOoHGrXjlCh4VnLi92bjkk2iWGVCjkwhvKOSSpehHCH&#10;eKcBqLp0wZd+pNx1W4e4oR52DHebnXV24mc5mc535lbElhl5HEahkkV6eDbgjkR8Kigvif5+SKYy&#10;p8R9Cpbzo+B8z4c2oB18t3canHN8yWa1mNF9C1ZJlSd9eEY3kV5+ATaojW1+yChLiTh/0aV/pr+F&#10;PZYzouSEOoaNnx6DWHZqm3yCrGYUl+OCKlXBlEeBykXRkIyBejZ4jKuBTChkiIqBO6TGpc+NW5Vm&#10;ofyLnoWxnj6KAHWqmpmIjmVnlw6HRlU3k32GEEVxj9CE2zZMi/+Dryh6h/KChaQEpRGVapSmoT+S&#10;+ITunYWQpXTnmeOOcWTIlkqMSlS5ksiKO0UdjyWIGDYoi2SF6iiNh3CDq6NjpGOdj5QHoJiaYIRP&#10;nN6XQ3ROmTyUOWQ8laaRN1RKkhmOOETUjoOLJzYIitmH9SichwGErKLPo+WllpOKoBehpIPUnFad&#10;tHPPmK+ZzmPGlSKV8lPtkZ+SCUSXjgKOADXvimeJzyiphqaFiaJOo4itepMRn7eowINdm/Kj9XNd&#10;mEafK2NflLqaZ1OYkUGVkERgjaeQljXbiguLbii0hluGQqHooz+1SJKun2qvuIL2m6Gp/3L4l/Kk&#10;PmMJlGWeh1NXkO6Yv0QzjV+S1zXEic+Myii8hh+G2Zmssmx0aYs8rcd0+nydqTp1rW2+pLN2jF6w&#10;oBp3nU+im2B44kD+lnZ6TzLckUR8FCX2i7d+PJkasYt8PIrlrNx8AXxKqEJ79G1po7F8GF5Wnxd8&#10;ck9RmmN8+0C/lYB9ozLRkFt+jCY8iuN/tpihsImD6opdq+KC9nvSp0KCKmzoorSBnV3hniCBPk7z&#10;mXeBBkCClJ+A4jLHj4qA5yZ6iimBEJgir5aLe4nJqvSJ23suplqIYmxZoceHG11inT+GA06SmKGF&#10;AUBHk9SEBjK/jtKDHyaviYiCR5eYrs6TA4k8qi+QunqcpZeOl2vHoQaMllztnHWKsU46l+SI4UAT&#10;kyGHBzK4ji6FLybciP6DW5cQrjWahoi+qZOXkHojpPeUtGtVoGWR9FyHm9SPQk3wlzWMkT/qkn2J&#10;2DKzjZ6HECcCiIqES5arraWh8IhaqQaeRXnCpGqaqGr5n9iXHVw4m0qTmU24lq6QCz/NkeaMajKw&#10;jRyIuichiCqFF5ZHrUapN4gaqKCkzHmGo/WgWWq1n1Gb8Vv1msKXmU1+ljqTOD+rkYOOwTKvjLuK&#10;Mic7h9yFwpX0rPywYYfQqE2rKXk9o5yl1GpxnvWghlu/mmWbUU1ald6WFD+YkTSQxzKvjHmLbCdP&#10;h52GTI0RvFJ0HH+ituN0oHIWsYR1UWRkrBd2N1acpn93VEjroK54qzu8mph6Ki8wlCN8AiQBjUl+&#10;MIy/u3h7gn99tgF7QnHwsI17O2Q5qw17b1ZtpWx730jGn518hTurmYt9TC9SkyN+VyRujGR/noyE&#10;um6Csn8utP+Bx3Gpr4SBDGPpqgKAmlYmpGOAXUiUnpyATTuYmJWAVC9wkj+AjCTNi52A6YxBuWyJ&#10;vn7VtAGINXE/roqG2mOOqQKFulXXo26E0EhfnbKEATuFl7eDPy+KkXWCnCUfivGCEYvvuJWQvn6C&#10;syqOmHDnrbKMoGMyqCuK0lWUopCJKEgxnOOHmDt2lvSGBi+ikMaEgyVkil+DFYuXt/GXuH40sn+U&#10;8HChrQGSS2Lzp3iPyVVbod6NXkgOnCmK/ztqlkeInC+2kC2GPCWfieSD9otFt3CejH3zsfebG3Bp&#10;rG+XvmK/puCUf1UwoUyRVkf0m5yOKztlla+K9y/Ij6iHwyXOiX+EtIsQtvalMn3FsXyhD3A/q/Gc&#10;9mKbpl+Y81UQoM2VA0famymRDTtclTyNEC/ZjzWJEyX1iS2FUorUtqarvX2xsR6m03Axq4Gh2mKF&#10;pduc+lUCoD+YQ0fZmqGTkDtqlNOO3i/wjuuKLyYUiOuF0YENxmRz9nSKwDR0ZGf+ugV1C1tps6x1&#10;807crQd3GkKCpgt4fzbDnrR6DivKluV79SJFjrZ+JYEHxX96+XSZv096p2gEuQZ6nltnspF6207Y&#10;q9x7XkKLpNx8HTbjnYd9ACwalcl+KiLXjcB/h4EQxGCBsHSHvjuAwWfwt+yADVtKsW1/sU7DqrZ/&#10;kEKJo75/pTb+nHR/1ixglM2AOyNVjOqAxYEPw0SIN3RwvSCGumfGttKFdFspsFCEdE6sqaKDtEKF&#10;oreDFTcWm32Ciiyek/CCJSPAjDOB34D7wlOOr3RbvCqMo2ewtdeKz1sMr1aJLU6gqKaHuUKJoc2G&#10;ZTcvmqSFGCzWkzCD5iQci5iC1oDcwZSVH3RLu2CSfmeqtQSQCVsNroGNwk6gp9aLmEKUoPyJgzdK&#10;meaHdS0HkoyFeyRoixaDqoC9wPmbYnRAurqYI2eqtFOVBVsTrc6SEE6ppyuPNUKkoFqMZDdlmUOJ&#10;ly0zkgGG3SSniqyEXICfwH6hcnQ5ujOdjGevs8KZu1scrTWWDk6zppeSgUKyn9eO+jd8mMqLeS1Y&#10;kZCIDiTailWE74CHwBmnUHQ4ucCis2e6s0SeHlstrLKZtE7JphWVckLPn12RPTeamGONEy14kT2J&#10;CCUCihGFZea3drFzaNFVd5N0S7uGeHB1NKU6eUh2Ko6heiR3OXfvew94ZWFPfA95qkrPfT17KDSv&#10;frt8/+S1dNd+c8+zdeF+K7oPduB9+qPtd9t9541weNt99Hbaeep+GmBTew5+Skn3fF9+ljQGfft+&#10;/OLlc02Jis3xdGmIGriFdX+GxKJ9dpWFqIwrd7OEr3W/eOKDy19keiaC4kk0e5WB9TNwfUyA5OEo&#10;cfyUjcwzcyOSCLbUdEaPpaD9dXGNa4rYdqyLanSgd/eJc159eVeHaUiAeuGFPDLsfK+Cst+UcOif&#10;esqmchOb87VLc0GYiJ+MdHiVQomPdcSSF3OLdyqPCl2ieKKL1UfbekOIXzJ6fCSEXt5BcBOqVclZ&#10;cT+l17QCcm6hYZ5Oc6ydBohwdQSYwHKHdneUfFzXeAaQGEdGebyLVjIZe62F490rb221GchKcJiv&#10;pbLvccKqIJ1BcwKkqYd/dGWfR3G7deaZ1Vwnd4GUJUbIeUqOFTHJe0eHO9xSbvO/usd2cBu5TbIR&#10;cT6ytpxccnmsGYakc+GljnEDdXCe8luadxiYAEZceOuQlDGGevOIZtuzbqXKI8bab8bCsrFhcN27&#10;Apuccg6zO4Xqc3WrfnBgdQqjp1sTdr2bd0X3eJySxjFReq+JYdcgfxVyGsOafxlzOa+Afyh0TprJ&#10;f0B1aIWqf2R2l3Bif5Z35Vszf9h5TkYegD569TF+gN58/dWjfWZ8mcJyfYt8mq5ofbN8o5m4feJ8&#10;wYSefh58+29pfm19T1pRftF9skVmf11+NzEAgCF+5NQje/OHFMDXfCiGBKztfGCFAphSfKmEKINl&#10;fQGDa25cfXCCwllxffGCGES4fpiBcDCRf3WAtNKeerKRdL9Eeu+PaatgezWNbpb1e4yLjIIufAGJ&#10;1G1VfImIJViffSWGZkQdfeeEizAvftyCZ9Eueaibxr3deeqYzan+ejmV3ZWiep2S/IEFex2QLWxb&#10;e8CNdFfdfHOKl0OQfUyHgS/aflWD98/5eNmmEryseR2iMKjSeW2eQpSDediaWoACemSWfWt3exCS&#10;nFcte9mOnkMTfMiKSS+SfeKFYc79eDWwTLuzeHqrfafXeMemjJOOeTShlH8necucpmrBeoSXpVaY&#10;e1aSbUKrfFeM2S9XfYGGn845d7y6aLrveAC0qqcIeEeurpK8eK+om35heUuijmoZehOcbVYYevGW&#10;BEJSe/qPKS8mfTCHsc2vd2rEXrpcd6y9pqZfd+i2lJIIeEWvWn25eOCoJGmJea+g1lWkepqZPEH/&#10;e7CRLi7/fO+IlcgJh9JxBbY6huhyRqO3hh9zdpB2hW90p3zBhM518GjfhDt3XFUlg7F46kGHg0N6&#10;vC57gvl8+cbchkd65bU0hX57H6KnhMl7Wo90hCl7pXvNg5t8CmgBgyF8i1RfgrR9IEDugmZ93C4n&#10;gjp+y8WzhOGEyrQAhC2EAqGig4GDQo5agvWCnnrFgnmCGmcbgheBrFOfgcqBREBhgZ2A5i3egY6A&#10;g8Rag6WOjrKZgvSM5KAiglmLPI0MgdyJp3mfgX+INmYngTiGzlLigQOFXj/egO6D2C2dgPaCHsMO&#10;gqSYQLFOgfaVvp7ggWWTNovbgPKQsHiVgJ6ONmVLgHGL01I7gFGJUj9tgFOGoC1mgHGDlcH1gduh&#10;9bA7gTKem53SgKKbJIrbgDSXpHewf+mUKWSIf8CQrlGpf7eNGz8Jf86JOi03f/+E5MESgT2rm69Z&#10;gJinYpztgASi9on5f5eecXbnf1eZ8mPlfzqVZVEufzOQrT63f16LnS0Qf6CGCcBkgMa1Kq6mgCWw&#10;DZwtf4uqoYk2fxalCXYyftmfeGNHfsyZ11C4ftKUAD5wfwKNwizwf1GHBL/tgHS+oa4ef9W4mJuK&#10;fzGyGoiJfq+rX3WWfm+kr2LKfmmd8lBbfn2W/D4yfruPnSzXfxKH1bl3kK5wRqkSjuZxkpf4jUxy&#10;0IYei9R0EXPRiml1bmFaiQd28k8Zh6V4mz0DhlB6jyumhQd887h+j0R5lagsjZx56pcFjBR6Q4U3&#10;iqd6rnL3iUp7NmCVh/x73U5shrB8mjyJhXV9iCt+hEN+srd6jfmCy6cEjGOCP5X7iuGBtoQsiYWB&#10;S3ILiDuA+V/NhwSAvk3MhdCAjDwdhK6Aaitag5OAVLZojMWMAKXbizmKnZTDiciJNoMmiHCH6XEa&#10;hz2Gtl8GhhqFj000hP+EYju7g/mDLCs6gvmB17VOi8yVJqTXikOS9pO7iNmQwYISh4+Oj3AshmSM&#10;aF4+hVuKT0yghFKIHTthg16FyCsggnODNrRaiw2eSaPgiYmbTZLIiCCYOYEthtuVHG9ghbaSAV2U&#10;hK2O4Uwkg7eLqTsVgtmINCsJggCEbbOSinanVaMYiPejh5H/h4yfjIBqhkabfG6yhSmXal0JhCmT&#10;Rku/gzKO+jrYgmaKaCr2gaGFfLL2igKwSKJ3iIirpJFUhxmmuX/Ahcyhpm4UhLGckVyAg8CXZ0td&#10;gtKSCzqiggiMXirngVKGYrKIia65IaH6iDizn5DChsKts38phWynj22OhE6halwWg2GbMEsJgoGU&#10;xDprgcSOCyragROHH6tamcBvu5wjlytxCoxOlMdyUXvSkoFzomrrkEN1EVnfjgJ2qUkai7Z4Zjia&#10;iWR6cykGhwN87KqTmH94gZtxlgF454uPk6d5WHsakWV53mo6jy96hFlBjP57S0iUisJ8LDhIiIR9&#10;QikHhjV+manDl0OBLJp/lNiAvoqykoKAXno6kE+AGmlyjil/81iZjAt/5UgSieN/4jf+h7p/+SkI&#10;hX+AJ6jVliuJtJmAk8WIh4mlkXqHZXlbj0iGT2injTaFWVf3iyqEa0eeiRaDfTe/hwOCjikJhN+B&#10;k6f2lSuSS5ibktCQXYi9kI+OcXh0jmaMhGfvjE+KpldgilmI1Uc1iFiG8jeIhl2E+SkKhFWC3Kcq&#10;lHKa35flkhqYMYgLj9eVcHe3jbCSqWc8i6OP5FbQia2NHUbPh7yKQTdRhdSHOCkKg+CD/qZ/k+Gj&#10;U5c2kY+f44daj0mcSXcOjSCYnWanixmU7lZYiSmRMUZ+hzWNUjcohV6JPikLg3+E96X3k3SrpZaq&#10;kSWnbIbHjtui8nZ9jKueVGYgiqaZslXliMGU/EYvhtKQIDcFhP2LCCkLgy+FyqWVkyOz3pY8kNeu&#10;1oZJjoepanX8jE6jymWvikSeJ1WNiGKYc0XrhoGSmTbbhLmMiykLgu+Gd53NowtvW4+ln7Vwo4D5&#10;nItx7nHCmXNzSmI0llN0x1KRkyN2cENKj9h4PjRojHF6XyaiiOF85J02ofR3o48nnqp4DoBwm314&#10;jXE8mGB5J2GzlUJ55lIfkhx6y0Lvjt17zDRBi4Z9BibLiAh+gJyZoMl/xI5qnY5/aX/HmmB/InCO&#10;l0x/AGEZlDp+/1GikSR/GkKVjfZ/RjQdirJ/kibwh0h/+5vin7KHxo2dnH6Gt37qmVuFuG/VlkmE&#10;1GBzk0iEDlEgkEODWEI+jSaCpDP7ifWB+ycPhqGBVJsins+PtIzhm56N+X4smICMSG8UlXOKo1/f&#10;kmuJBFCrj3iHeEH0jGmF3jPgiUyEOScqhhGCiZqFngiXsYxCmuKVRH2Nl8aSzm5+lLeQVF9XkbKN&#10;3VBIjriLaEG1i7qI5zPJiLWGSCdAhZiDl5n8nXmfj4vMmlacbn0WlzKZKW3/lByV1F7dkR6Sg0/p&#10;ji6PKUF8iyyLuDO0iDmIIydThTOEfpmMnRGnRItame+jaXyflsWfUG2Lk6abGV5zkKiW5E+OjcKS&#10;okFBisWORzOih9SJxCdihOGFQJk4nMSu2or/mZ+qPHw5lm6lQG0kk0igGV4akEaa9U9KjWGVxkEQ&#10;inGQgjOLh46LISduhKCF35DurI5vBYO3qH5wQnYepI1xjmgboJpy9FnanIp0f0uYmFd2OT3Kk/l4&#10;GjCDj2V6TiSBipl825CFq5t22oNsp4l3Q3XKo4d3y2fJn4V4eFmKm3F5UEtXl0R6Uj2dku97cjCI&#10;jmp80CTQibF+aJAbqnl+eYLmpnJ+KXVVomt99mdNnmx981kfmmB+FUsFlkF+Wj1tkfp+sjCLjYh/&#10;MyUViOZ/04+aqWCF8IJQpV6E+3SvoV+EHWbEnWGDZFimmWWCz0qslVSCTT07kR2B1TCKjL+BcSVR&#10;iDaBG48PqHaNWIHCpHmLw3QboH+KP2YxnIOIzVg3mIOHcUpZlIOGJT0OkFmE1DCKjA6DhiWEh5+C&#10;PY6Op8OUuYFHo8mSg3Okn8uQS2W9m82OG1fQl82L8koWk8KJzDzsj6aHozCMi3KFbCWuhyGDOo4t&#10;pySb+4DiozCZHnM+nzGWK2VbmzKTMld8lzWQOkndky2NPDzXjwSKMzCPiueHHCXShriEEY3Xpr2j&#10;GYCtosefkXMGnrib0mUXmqKX+1c3lqCULkmdkqyQXzyvjpWMhjCQinyImCXuhmOExY2TpnKqEoBq&#10;onKl1XK+nlmhP2TOmj2ch1b6ljeX30lxkkSTNzyWjjqOijCMijGJ1CYFhh+FV4S7tkZuqnhhsYNv&#10;2mvGrMhxJl7pp+9yllHrot90MUUEnZN1/zinmAx39Sz0kjh6PSKijCd80oSBtW52FnhKsJl2eGur&#10;q753CF7Nps13x1HQobN4uET1nGt52Tislut7Gy0lkSd8nSMVizB+U4RMtE19O3f6r3188Wtoqpp8&#10;zl6FpaV86FGUoJB9L0TQm1V9njimleJ+Ji1OkDN+2yN4ilh/r4QDsyiELnebrlyDTWr5qX6CjV4t&#10;pIuB/FFKn4OBmESimlaBTTiblPSBES1vj1uA8iPNiZ6A54OtsjCLEXdDrWiJnmqcqI2IRl3Mo5qH&#10;BlEInpCF50R2mXSE3jiQlCCD2C2Mjp6C4CQWiP+B+4NZsXWR7Hb3rKuP5mpTp8qN5V2GotSL81DL&#10;ncuKE0RTmKmIQDiIk2SGby2kjfiEoSRSiHqC6IMPsOWYnna6rBaWAGoapyuTUF1Ooi+QolCXnSqO&#10;A0Q2mA2LaDiHkr+IzC26jWmGLySEiA2DsoLesGmfHnaMq5ib4WnrpqeYfF0goaaVDVBunKCRqkQR&#10;l5CORjh6kkKK5i3PjO+HhySth7SEWYKusBylgnaFqzuhoGngpjWdaV0DoRuZGVBYnAmU60QMlv2Q&#10;yjiDkc+MtS3ijJuIpiTNh22E4XkawDBuZW19ustvgGHOtUpwx1YKr4ByPUpHqVxz5j64ouF1yTPK&#10;nBd31CmolO16MSD6jZF8yXkOv2l1b22XueR1wWHntDN2UVYirkd3HkpfqBR4Jz7boZt5ZzQBmth6&#10;yyoGk8J8cSGNjIh+PnkQvj58Hm2BuLl7z2HWsv97tVYMrQl76UpVpth8Uj7moGp87DQombV9oypV&#10;krl+iyIMi6N/jnkDvQOCkG1ct4GBuWGhscmBD1Xnq9eAoko8pbGAbT7ln1KAWDRFmLCAWSqYkc+A&#10;fiJ5it+AuXjnu/WI7W0/tnOHlWGAsLqGYVW/qsmFUUotpKWEaz7mnlmDpjRgl8mC6irSkQKCSCLW&#10;ijiBv3jGuyaPRG0ttZmNZ2F0r9iLmVW0qeWJ40oio8WIRz7snXmGwzR6lv2FSysFkFKD5SMjiayC&#10;oHiouoWVbG0ktOmTBmFwrxyQllWwqSWOMkogow2L5T70nMqJpjSTlk6HcSsyj72FUSNiiTqDXXiO&#10;ug2bYW0itF2YamFzroGVUFWxqIOSNkocom6PND71nDuMPzSklcmJWStWj0KGiSOViN2D+nh7ubSh&#10;Jm0ns+qdkWF8rf6ZwFW2p/iV6EokoeOSLz8Fm7iOiTS0lVmK9yttjuiHiSO+iJOEedqlcfBtKsam&#10;c1FuxLIrdKRwV50gdepx6Ye0dzBziXImeIV1Qly1efN3FUdte5R5IzKtfYp7k9i2b9t4GcUXcWt4&#10;ibDGcuN5BZvkdE95koaUdb56NHEidz1661vMeNR7r0atep58lDIlfLl9pNbvbhiDBcNbb7+CUa9E&#10;cVSBrpp7ct6BNYVXdG+A13ASdhSAilrqd9GAPUX9eb9/9DGte/t/ndU0bI+Nz8GdbkWMDa2Sb+yK&#10;Y5kAcZGI1oQJc0OHdW77dQqGHFoPdumEtkVaePiDODFEe1GBetOia0eYfcASbQiVxawKbr2TG5eM&#10;cHKQhYLIcjuOBW3tdCGLnFk/dh6JFETFeEqGWDDperyDMtJYakmjGL7PbA+fdqrIbcmbyJZUb4iY&#10;I4GrcV+UjGz0c1aQ9liAdW+NR0Q/d7WJSjCcejuEwdFQaYGtl73La0mpDam/bQKkWJVNbsWfnYC+&#10;cKqa7mwtcrKWMlfddNqRQ0PPdzaMBDBbec+GItCIaO+37L0Garayd6jrbGisuZRxbiem3n/pcBSh&#10;DWt4ciubLVdVdGSVCENvds6OezAneXWHU8/+aJDCA7x8alO7lKhIa/e0xJO7ba2tx384b5imzWre&#10;cbifv1bSc/2YZ0MPdnaQoi/9eSyIU8vEehlsJLmXep5t8qa9eyhvqJMse7ZxVH8ifExzDGrqfPF0&#10;31bWfat20ELpfo95AC+af7d7mMpgeC92i7h9eOB3PKWteYh36ZInejB4nX4oeuJ5ZGoGe6l6QlYO&#10;fIl7MkJOfZd8SS85fud9k8jodoKA3bbld0mAgaQ5eAeAKpDHeMx/6nz2eZ9/v2kDeot/plU6e41/&#10;kEGyfLx/gy7jfit/c8dkdQ2LC7VTdeGJvKKrdrCIcI9wd4mHMHvFeH2GEGgEeYeE9lR0eqmD00Em&#10;e/mCnS6YfYSBNcX5c9OVJ7PwdLCS8qFLdY6Qto4edneOfXqmd3uMT2cUeKSKMVO9eeGH90Cpe02F&#10;kC5YfPKC0sTOctyfObLHc7+cJKAmdKGY8Y0EdZSVtnmndqeSfmY6d92PQ1MYeTWL8EA6erqIVS4h&#10;fHWERsPdchqpMrHXcwClOp8zc+GhC4wWdNicx3jRdfiYhGWJdz6UMFKOeKKPrj/eej6K4C30fAuF&#10;jcMncYmzBbEdcm+uKJ5rc0uo+ItMdD+jn3gQdWaeRmTldr2Y2lIUeDGTMT+PediNKi3Oe7SGpsKu&#10;cSq8pbCWcgy22Z3NctywnIqhc8aqJ3dvdO2jrmRddkydIVGid86WUz89eYWPJC2xe26HkL1ggntr&#10;Uqzdgh5tP5uJgdxvC4lega5wyHatgYxylGPIgXh0f1ERgXJ2iz6HgY143Syzgdh7m7xJgLZ1G6vJ&#10;gId2AJpjgF922ohLgEZ3tnWygDt4omLugER5p1BbgF16wT4EgJp8BCx5gQZ9gLsmfxd+2aqMfwZ+&#10;xplYfvF+sIc2fu9+o3S5fvt+q2IcfyB+xU+0f1p+5j2Qf7x/FCxGgEl/SbnTfa2IdKk2faWHhZfm&#10;faSGioX3fbSFkXOdfeGEr2EwfiWD1E7/fnuC9D0afvqCBCwZf6KA8riSfH+R/Kf2fH+QOZarfIuO&#10;YITMfKqMe3KifOSKnGBefUWIyE5ifbWG3jy2fk+EzCvyfxGCdreGe5Obgabse5qY6pWme6mWJ4PS&#10;e9CTT3HBfBaQc1+jfICNkk3YfQqKmzxdfbyHYyvSfpWD0Lavetik7qYSeuShf5TJevKdzYL7exuZ&#10;93EAe26WHV8Ge+aSMU1lfHiOHjwVfUCJwiu3fi2E/rYMekuuOKVmelqp7ZQRemSlRIJDeoigZnBT&#10;euGbgl5we2uWikz2fAqRYDvWfNuL4CugfdeGAbWheey3V6TmefyyKpN6efqsfYGkehSmjG/Cemug&#10;lF35evuaiEyWe6qURjuTfIuNsSuPfZOG169miztqsqBOifRsqJBZiOBufn+Dh+5wR24phwdyI1yg&#10;hil0I0tXhVF2STpAhJB4uyn7g+x7nK6KiZJz6p9qiH906Y9dh4R13H6Uhp921G1Phch34VvjhQB5&#10;CUq5hEF6SjnZg517uynngxN9ba2TiAp8/55IhxN9I45bhiV9Pn2RhVZ9YmxvhJR9mVssg+Z95Uot&#10;g0R+OzmCgr9+pCnWglJ/IKyChqWGC50ohbqFYI0phOGEoXyYhB6D52uWg3GDRFqEgtuCqUmxgliC&#10;DTk1gfaBaSnGgaiAsatjhX+O/pwshJqNlIwvg82MC3uMgxaKcWqtgnqI3Fm/ggOHVUkjgZaFvDjm&#10;gUqEBCm5gRaCHKp2hJ2X8Zs5g8CVwIs/gvWTXnqvgkOQ3WnogbGOWFkigT6L00izgOmJPTikgLaG&#10;bymugJiDX6m2g+qgx5p2gxWdzYp7gkiainnugZeXGWk5gQ6To1iYgKeQIkhZgFSMgzhvgDiIoiml&#10;gDCEd6klg2SpgJnbgpWluInUgcOhinlIgQmdHGifgIOYqlgMgC6UKEfzf+mPhjhBf9KKlymef9uF&#10;ZajEgwayF5lkgjytfYlFgWCoVXizgJii3GgegA6dYleof76X3Ueof4mSNDgSf4OMQymYf5aGKaHl&#10;lBRqTpPvkgJsP4UtkC1uGHWcjnZv7GWXjMFx1VVtiwlz5kWWiUx2HjYJh5d4pid2hel7m6E1kppz&#10;AZM+kLV0CIRlju51C3TgjTp2GWTqi413P1TaieZ4hUUfiD155jXHhp97fieIhQh9WaBskSl7jZJJ&#10;j2B7xYOGjaN7/nQBi/98RWQoimR8o1Q8iNV9GESqh0R9nDWMhcB+PCeXhEB+9596j9uD75FIjhmD&#10;coJ0jG6C7nMkitKCamNkiVCB+1Olh9iBlkRDhl+BNDVZhPeA1Sekg5GAcp6VjrSMWJBcjP+LI4GL&#10;i1+J23JAic+IhWK1iFCHNlMZhvGF80PkhZGEpDUshEODQyewgvqByJ3NjdqUv4+ojC6S04Daio6Q&#10;vXGFiQCOjmIFh4uMXFKQhjCKKkOFhOSH6jT9g6yFgie6gnqC9Z0pjS+dAo78i4qaW4AtieiXcnDe&#10;iFmUYmFwhuyRTFIahZmOK0M8hE2K8jTbgyuHiSfCghCD+JypjK+lHI51ixChtn+diWid9HBSh9GZ&#10;+WDthmaV9VGmhSKR4kLsg9+NtjS+gsGJUyfIgbmE05xPjFOtE44Mireo7H8jiQekQW/Vh2WfTGCB&#10;hfSaUVFThLSVSUKtg4CQJjSYgnOK1ifNgXOFh5TjnSRp/Yfbml1r5Hotl8htv2vXlUNvnl0gkrJx&#10;lk5VkBBzuD/xjVt2ATH5ipl4myUrh8l7l5RVm91yM4dYmTBzPXmZlpx0TmtNlBJ1cFykkYN2r03v&#10;ju14Ej+mjEZ5kjHiiZd7TCVhhtt9RZO3moF6OIaVl+t6gnjulVt602qgktx7O1wQkFt7vk18jdl8&#10;XD9ai0d9DDHMiK993yWQhgp+0JL7mTqCF4XElq6BtXgNlC2BU2nrkbWA/1twj0qAwE0DjN2AkT8N&#10;imGAaDG1h+CATCW5hVSAOJI6mCyJ4IUJlaaI2ndSky2HymkskL2GtlrojlCFpkyYi/mEpj7NiZGD&#10;njGkhyiCjyXbhLeBeZGal0iRs4RnlNCQA3axklmONGiYj+mMUFpjjYGKa0xBiyeIij6ZiNSGojGV&#10;hoaEoiX5hDOCk5EVlqGZY4P1lDCXC3Y/kbKUdGgcjzqRuVnpjNmO/UviiouMPT5niDiJbzGGhf6G&#10;gCYRg8aDhJCrlieg5oOGk7id33XKkTSafGeqjrKW5FmAjFKTSkuEihCPpz4ph8SL9jF5hZCIIiYk&#10;g2yET5Bdlc6oP4Mvk16khnVnkNGgS2dGjkWby1kqi+CXSUtEiaGSwT37h2OOLTFjhUCJgCY0gyWE&#10;9IiApmxpp3xRovhrgW+jn6VtXWJ2nElvR1UFmMpxUEeVlSlzhTqhkWZ14i47jX94kCMhiYB7k4gS&#10;pVdxbHv8oehyc29HnoJzjWIjmxZ0w1S8l5R2HEdfk/t3nTqEkEN5Pi5PjG97HCN5iIR9MYegpAp4&#10;8ntroKp5RW7MnUR5q2Gomd16MlRXlmZ62UcXkt57ojpgjzh8gC5ci3p9hyPGh6h+rIcWosSASnrN&#10;n2yAAG4gnBJ/v2EgmLJ/llPilU1/iEbGkdh/jzo3jkd/oy5liqB/yyQIhumAAoaFobOHkXo8nmOG&#10;r22LmxCFy2CMl7OE61N5lFGEHkZ3kPCDXjoQjXGCoC5sieCB5iRAhkaBMoYFoOGOznnCnZeNVG0V&#10;mkGLw2AYluSKKFMSk4OIkEY9kByG/jn3jK+FbS5ziTiD0iRvhbyCO4WioC2V5nlcnOuTz2ysmZSR&#10;iV+zljaPKlK8ktmMyUYFj3iKZTnqjAKH/S5+iKWFiCSWhUuDHIVQn7ac13ksnHSaKWx6mQ6XIF90&#10;lZiT5VJ6kjaQsEXDjumNfzm/i4WKTS6BiDCHCCS1hO+D2YUSn2GjnHjunBWgS2w0mKOcd18rlSSY&#10;YlI9kb6UV0WYjnOQUjmnix+MTy5+h9uIRiTOhKWEcny+r+tpP3FLq9drC2WLp8Js6Fl8o4Ju301I&#10;nwRw/EEvmkxzSTWnlWN1vyrOkER4hCFXiwx7jXxtrwNwnXElqthxnWVopp1ywVliokJ0C003nbt1&#10;gUEtmQp3JTW7lCx46ysLjx967iHOigF9H3wlrb93rHDIqZl4BWUfpVh4fFkaoPx5JE0CnH158kES&#10;l9x66DXAkw97+Ss9jhp9NSI2iRl+i3vOrHF+hHBeqFF+TWSopBl+KljCn8R+LEy5m1V+U0DplsZ+&#10;kzW9kg1+5StmjTJ/VCKPiFB/0ntwq1WFSXAApzyEimRHowiD01hdnraDJ0x6mkqCmEDAlc+CHzW3&#10;kSmBrCuHjGeBSSLbh6WA83sZqn6MBm+zpmWKvmP+oiyJZFgWndiICUw7mW+Gu0ChlPKFfTWzkF6E&#10;RSuji7aDESMahxaB7XrQqdeSlm95pbuQw2PGoXqOwVfcnR+MrUwEmLuKo0CDlEWIojW3j6yGpSu9&#10;ix2EpiNOhqGCwXqfqU+Y729LpS+WimOToOiT3VepnIiRDEvVmCSOQkBXk7yLfDWojyWIwCvXipyG&#10;BSN4hkGDcXp0qPmfJm9NpMmcOWOPoGyYx1eOm/KVF0vDl4KRgkBWkx+OADWzjqiKkSvpikCHKSOa&#10;hfWEAHGBuaNo3GartQRqklvFsDFsbVDKqv9ucEXQpWlwojsNn4FzCzDymVh1nCejkul4eh/CjHJ7&#10;h3FEuORv12artBJwyFvUrwJx8VDkqapzTkXxpAh04zs9niV2rDE1mAZ4mSgKka56xCBXi1d9DXEo&#10;t6J2c2aAssp2yVu6rbB3TFDMqE94E0XrorN5CjtOnN56MTFjltJ7dihfkJV86CDXimJ+bXEHtkN8&#10;z2ZMsW98olt5rFt8mVCjpwN8w0XSoXR9HztPm7J9mzGFlbx+Lyimj51+5CFFiZB/p3DetRSDFGYm&#10;sEKCcFtRqy+B4FB0pduBZ0XBoFOBGDtQmqaA6DGjlMaAwyjjjsSAtyGjiN6AunC4tCyJUmYTr0+I&#10;NltCqjWHEVBjpOGF9UWwn2CE8DtVmbeEBTG+k+uDKikXjgiCXiHwiEiBp3CXs3mPYGYLrouNyFs+&#10;qWaMCVBbpBCKQUWpnpeIjDtamPiG6THZkzCFVSlGjWqD0iIwh86Cb3B+svWVN2YNrfCTIVtCqLyQ&#10;wFBZo1+ORUWfnemL3DtUmFyJhTHmkqCHQylrjOeFEiJkh2qDFXBtspaa2WYXrXKYPVtNqCyVMVBc&#10;oseR/EWjnVOO3Dtgl9CL1DHwkieI5Sl9jISGFyKNhxyDm86hbRhm+rvobuxpPai1cK1rcZTqcl5t&#10;nIC1dBJvzmxWddpyF1ggd790f0Qded93JzDJfFl6Psy+arRxxbpqbMFy5Kdgbq10BpO+cIt1MH+k&#10;cm52Z2tidGd3s1dJdn55EkN0eM96mzBie3h8Ysr5aKd8fri0atJ8gaXobOR8jZJebuZ8tn5wcPJ8&#10;82pccxd9QVZ0dVt9lkLXd9p9+zAHeqx+bMk7ZteHDbb4aRuGCqQ5a0SFFpDrbWiENX0pb5yDdmlO&#10;ceqCv1WldFiCA0JFdv+BPS+3efeAVsenZVCRe7VxZ6aPi6K2aeWNno98bB6Lu3v1bm+J6GhMcOOI&#10;KFTic3WGU0HBdkCEWi9yeViCG8ZfZByb1rQyZn2ZA6F9aMaWGo5NaxCTL3rhbXSQTGdkb/6NalQz&#10;crKKeEFLdZyHSS84eM+DtMVbYyamErM1ZY+iW6B9Z9yeco1Rai6aeHn9bKWWhmalb0SSiFOfcgyO&#10;ZEDqdRKJ/i8IeFyFHcSZYnCwILJ2ZNyrgZ+yZyWmlIyAaXehhHkza/iceWX4bqyXYlMfcYmSE0CX&#10;dKCMby7gd/2GVcQaYfe567H0ZGC0Up8ZZp+uV4vYaOioLXiRa2uiB2Vtbimb0FKncRWVXEA/dECO&#10;jC7Ad7CHWsCCdP9mNK+Pdf5opp3ldv9q9Yt4eAFtMHiKeQ5vc2Vrei5x0FJ8e2l0UD/EfNZ3FC3T&#10;fpB6S78ncshwe66Bc/9x1JzjdSNzHoqEdkZ0Z3ejd3R1vWSdeL53KlHPeiV4rj9Fe8R6Yi2Ofa98&#10;WL2vcNF6n6zqcid68ptzc2p7QIkodK97mXZ4dgV8A2Ojd3l8f1EHeQp9BD66etN9nC1SfOR+SLwo&#10;bxeEmatZcIKD/pnpcd2DXofbcz2CwXVQdLqCO2KwdlOBvFBQeAuBPD5BefuAti0dfDCAGLq7bZ+O&#10;e6n4bxuNBJiNcIuLeoaNcgCJ6HQ/c5OIXmHMdVGG4k+mdyuFVD3UeT6DqCzve5OBwrmSbHWYU6jU&#10;bfyWAJdvb3WThoV7cPqQ+XNHcqCObGEBdHGL3U8QdmuJPz10eJ2GaizJew2DQLima4iiC6fobRae&#10;3JaCbpKbbISWcB+X3XJ4cdiUTWBXc7yQr06TdciM7z0meBWI8Sypep2Ej7f3atermKc0bGeniJXB&#10;beGjHIPUb22egnG/cTCZ5V+5cyqVOU4gdUmQXzzid6WLNiyPekCFr7eGamG06Kaza+2v7ZUpbVyq&#10;fIMybuCkz3EpcKWfIF88cqqZYE22dNqTbDyVd0qNKSx6efWGnrLVfSFlpKN1fURoLJM5fYFqiYIc&#10;fdBsz3Bwfi5vH16Sfp1xjkzwfyF0IjuNf893ASsIgLp6VbHEewxvS6Jqe2lwz5Ibe8dyPoETfDJz&#10;p2+EfK11HV3KfUB2rExPfep4VDsifsJ6LSrmf9V8TLCceSh44aEqeat5cpENeiR5+YACeqt6fm6V&#10;e0R7FF0Fe/p7vEu6fMt8cjrDfc19PyrIfwl+Ja9Gd3qCS5/QeBGCB4+heKWBrn7PeUSBUW2FegOB&#10;Alwnet2AvEsVe9KAdzpefPiAMCquflR/264EdhWLoZ6PdrqKjo5md2CJXH2keBKIF2yVeOSG1Vte&#10;eeGFnEqDevWEVjoHfDyC9iqXfbeBa6z6dPiU8J2IdaiTDo1mdlaQ+HywdxaOxmu4d/iMjlqweQWK&#10;UkoEejeIBzm8e5uFjCqEfTGC0KwmdBSeH5yxdMyba4yPdX2YbHvhdkSVRWr+dzeSFloaeFWO2Emd&#10;eZSLfDmAexOH5yp1fMGEB6uHc2inJJwJdCSjmYvddNOfq3sydZmbhWpZdpaXVlmLd8mTFUk3eRmO&#10;rjlLeqSKASpofGWFEKsfcvKv8ZuOc66riYtNdFSmonqcdRGhdWnSdg+cPlked0uW9kjbeK2RgjkL&#10;ekyLzCpefByF7KWLhXxlO5d/hMhnyIiNhERqLHi2g95se2hRg4Nu2Fe9gzNxV0dygvBz/jdygsx2&#10;9ChqgtR6XKSvg4huU5aVgxJv74eMgq9xdHfGglxy9md+ghh0iFcNgeV2NEbqgcF3/DcjgcB5+Shr&#10;geh8PqOwgcB3RZVogXB4CYZ/gSN4u3bAgOl5b2afgL96L1ZagK17A0ZogKp75jbbgM185ChrgRZ+&#10;AaKbgBiAI5RIf9+AIIVTf66AA3Xcf4d/4mXaf3p/y1XHf4Z/vkYFf6Z/tTamf/F/rChrgF5/oKF/&#10;fsKI75NLfpaIL4RZfnOHSXTMfl2GSmT6fmSFTVUJfpKEWEV9fs+DWTZffzWCRyhrf7+BGKCWfbKR&#10;s5JcfZGQMYNxfXWOdnP0fWqMl2Q5fX6KsVR2fbeIx0UWfg+G0TYofpOEsShrfziCZZ/ZfNmaUpGe&#10;fMKYDIK1fKeVdnM+fKCSsWOVfMKP4FP1fQqNAUTFfWuKCzX+fgmG4ihrfseDhp9KfDSiyJEGfCSf&#10;u4IUfAacQ3Kie/yYjGMDfCSUyFNzfICQ8kRqfPGNADXYfZiI1ChrfmuEe57oe8CrDJCRe7OnNIGO&#10;e42i0XIae3meHmKNe6GZX1MXfASUjkQefIePnjWnfUKKeShrfiGFRZidjjFk6YupjK5nbH3di2hp&#10;0G86ikFsKGAdiRxukVDeh/lxIEH6htdz2TNyhcl25iX/hNV6YZfojGpteYrwiyFvGn0QifJwrm5/&#10;iNNyRV96h7xz71BZhq91uUGYhah3oTNGhLh5xSYhg+B8MJcXirR134n1iZJ2uXwxiHR3im2mh2t4&#10;X17Dhmt5Rk/LhXp6REE2hJF7VTMdg8F8hyY+gwd93ZYiiSN+Goj5iBB+R3smhwx+X2zZhhB+cV4S&#10;hS5+j09KhFt+uEDmg5F+6jL9guN/JSZYgkl/ZpU1h8uGV4gQhsiF0npHhdKFK2wChOWEbl18hAyD&#10;sU7bg1aDA0CegquCUDLggh+BkyZugaaAyJRrhsmOj4djhdGNWnmghN6L7GtJg/aKVlzPgymIvE5a&#10;gnyHKUBHgeqFjjK5gXmD1CaAgRyCAJPHhfuWn4a3hQ2Utnj1hBmSemqmgzOQClw3gnGNk03jgdCL&#10;GEAIgUOIkDKggOyF3SaPgKmDDJNHhV+egYYyhHmb4nhog4GY02ofgpOVflu5gdSSIU1ugUaOvD+4&#10;gMaLSjKKgHiHqSacgEuD75LshO+mOoXJhA6i5Xfvgw2e92mlghOar1tTgU+WZE0jgMeSFD+DgFmN&#10;tTJtgB6JLSamgACEqYwolwNkrYAelNBnIHNZktRpg2XfkOhr41gEjutuV0oZjOFw9jygis1zwC+c&#10;iLx23yPMhrd6Y4uOlXhswn+Rk25uYHLBkXdv/WVZj4dxpleSjY9zZ0nCi5d1TDxniZh3Uy+Vh6F5&#10;mSQOhbV8IYrmk9p0pH7EkfB1iXIQkAZ2b2SsjiV3YVcFjEB4a0laimF5kDwpiH16zS+NhqN8MiRI&#10;hNN9u4oekld8XX3pkHx8nnEnjqd81WP2jNR9ElZpiwt9XkjqiUZ9vDvnh35+Ji+AhcJ+pSR5hA5/&#10;MYlVkRaEAn0pj0eDpXBrjXuDMWM3i7WCsVXnifKCM0iFiEmBxzuthpuBWC93hPqA7CSkg2WAfoit&#10;kA+LqnyCjk6KqW/IjImJfWKkisOIMlVmiQmG5Eg7h2OFnzuBhc6EWi9thE2DAyTIgtaBooglj0eT&#10;LXwMjZKRjG9Ui8ePnmInifuNgVTriEqLYkfahrSJRTtVhSOHIy9kg7qE5CTlgmCCnYe5jrOafnue&#10;jQGYOG7hizGVhWG6iV6SkVSFh6+Pmkd8hieMoTsZhKKJpS9dg0KGiST9ggCDb4dojkahnntGjJWe&#10;sm5/irybMmFZiN+XXVQ0hyyTh0dChamPsTrxhDOL2C9NgueH6iUQgbOEG4BCoAxkW3T2nThmv2kk&#10;moJpIVzLl8JrjVAtlN1uFUOUkdtwyzeAjr9zqywDi5V23iHYiG56ZH+6nrpr/XSQm/RtmWi9mTJv&#10;QVx2lmRw/0/rk39y3ENqkIp04jdzjYB3Ciwkim15cyI4h198En82nTJzY3PxmoN0U2g6l8d1Tlv4&#10;lQJ2YU+Jkix3kUMrj0144zdbjFt6Tiw+iWN75SKMhnJ9nH6em7V6m3NJmRN682eHlmh7TFtwk7B7&#10;tU8XkPJ8NELgjit8yTc7i1N9byxPiHh+MCLVhaR+/34EmnaBwXKxl+CBiGbvlT2BQlrcko2A9k6z&#10;j9mAu0KWjSqAkDcaimmAaixch6mAUCMShPWAO319mX6I3XI0lvGIEmZ4lE+HIlpokaCGH05NjvCF&#10;HkJljECEKDcHiZeDOCxphvWCQSNGhGGBTn0SmK6PznHHliqObGYLk4mMzVoAkNuLDE31jjKJSEIt&#10;i4yHhjcCiN+Fxyx5hlmD/SNwg+eCOXy9mB2WlXGXlZ6UqGXbku+STlnGkCqPtU26jX2NIkHuiu2K&#10;mDbYiFWIFSyAhduFgSOSg4SC/Xx8l7SdKHFXlSyapmWVknOXjFl/j6aUIU2BjPaQvkHHimqNZTbD&#10;h+KKFyyBhX2GwyOugzWDnXTrqVBj6GpPpeNmPV9gonJooVQfntBrHki5mu5tvj1vltlwkDK+kp9z&#10;jCjAjkh22SAiifh6YnR1qDVrI2oQpLhsul8toSRublP/nWpwREipmYNyQj10lXl0bjLdkU92vSkH&#10;jQ55TCCeiNt8A3QVprxyFGmfo0lzDV7Zn7V0HFOxm/11U0h0mCN2rT1flC54MDLrkBp5zilCi/Z7&#10;myEKh+J9fnOspTx40WknodR5P15Xnkx5uVNWmqJ6T0gtltx7BT06kv571jLujwR8vClwiv19wSFn&#10;hwt+03NAo/Z/fGjAoJd/Z13wnRZ/T1LtmXJ/OkfulbZ/QT0Uke9/XjLsjg5/hSmWiiR/viG1hlV/&#10;/3LhovuGHmhun6CFhV2jnB2Ez1KjmHmEDkevlMKDWjz4kP+CuDLsjTOCICm0iWiBjiH3hbyBBHKS&#10;ojeMj2gvntuLdV1qm1KKHFJol6qIpkd2k/qHOjzZkEGF2TL0jHaEgynSiMaDKiIthT2B4XJZoZmS&#10;xWf7njyRIl0ymq+PJFIxlwKM9kdEk1SKzzypj6uIrzLli+SGoSnwiD+EkCJZhNeCmXIroTCY1Wf9&#10;nciWvV0vmiaUBFIclmCQ/Ec7kqaODDy0jwOLNDL2i16IdSoEh9qFuSJ8hIWDL2oJstdjal/8ruhl&#10;qVXhqrloDUuwpiRqm0GAoSttWDeJm+hwTS49lnRzayW9kNl20x6gi1x6YGmYsfJqQF/XrdJry1XW&#10;qWltiUu6pLFveEGcn65xmze5mnRz8y6FlQ//4v/iSUNDX1BST0ZJTEUAAgl2cCYoj415KB82ijB7&#10;9WlbsIRwwl+TrGBxu1Wsp/Jy20uZozV0N0GSnjx1wTfLmRV3ei64k8d5USaCjmN7Vh+3iSt9ZGkk&#10;rvl3CF9Pqtt3g1VfpnZ4Gktroch430F2nOF50DfNl9J64y7dkp98DibMjVx9WyAniEt+qmjqraJ9&#10;OV8cqYt9QVUtpSl9VEs0oIF9d0Fkm6h9xDfOlrB+Li78kZd+pycLjHZ/NiCFh41/ymi3rJmDY18A&#10;qHqC+VUXpBWCe0sen2+B/kFPmp+BlzfUlbCBTC8ZkLCBEydBi7CA5iDThu6AwmiOq8qJW17xp56I&#10;flUOozCHaksSnouGRUFDmcSFMTfXlOKEMS83j+mDRCdyiwmCYiEUhmuBk2huqy+PG17vpvCNyVUP&#10;onWMG0sNncqKRUE4mQiIgTfNlDmG0C9Bj0+FNyeYin+DqyFIhgGCQWhaqr6UoV72pmKS2VUXodiQ&#10;iEsPnSeN/UE8mGeLgzfbk6OJJC9Mjs2G3yeqihSEtiFyha2CzcLPaA5g4LFKak5jv59RbHlmjIzC&#10;bplpTXnDcMNsE2aWcwhu8FOfdXJx8kDoeCB1PC8Ieyx5AsDuZUVrf6/TZ8htRZ4GaipvB4ufbIBw&#10;zHi8buNymmWucWR0f1LYdAp2fEBVdvV4sS7Bej17Ob8pYth2BK4iZYZ2t5yVaBh3bIpFapt4NneP&#10;bTB5EGSxb+Z5/FIRcsR69z/Mded8ES6BeWV9U71pYLCAWaxqY4OADprqZjZ/zIjdaON/lnZSa6l/&#10;eWOubpB/Z1FOcaF/WT9LdPh/Uy5KeKV/TLvPXtmKjKrmYcmJWZlxZJuIJYd2Z2aG9HUvak+FzmK8&#10;bWaEu1CbcKWDnT7ZdCiCby4ad/6BHLqBXV6Uq6mpYGOSl5hDY0iQbIZWZiuOO3QpaTCMD2HobGSJ&#10;50/+b8yHtT50c3eFWy3yd26Cv7l3XC2epqiuX0GbrpdNYjCYiYVrZSOVU3NTaEGSIWE3a5GO5098&#10;bxSLkj4jcuGICy3QdvaEMLixW0SobqfwXmGkjJaLYVOgaISqZEycJXKbZ3uX52CYauWTn08HboKP&#10;LT3ccmaKdi21dpKFbbgzWqSx6qdwXcKtC5X7YK6n3IQSY6SijXINZtidQ2AgalKX606fbgKSYj2R&#10;cf6Mji2fdkKGd7V+b65gXqWjcSZjY5UWcp1mQoPHdBhpC3H1daNr2l/0d0luxU4xeRFx2Dy4exZ1&#10;OCwtfXB5F7QYbRNqeaSUbs5scJQZcHRuUoLechhwL3Efc89yFV87dah0FE2ed6d2MjxUeel4iSwE&#10;fH57NrKZar90bqL8bKZ1ZpKtbnR2VIGJcEV3Rm/8cit4Rl5KdDh5Wkzidmt6fzvbeOB7xSvge6Z9&#10;NrEMaK9+NKFsarZ+RpEobKZ+TIBGbpl+UW7fcLB+ZV1lcup+hkw6dU1+rTtzd/R+3yvAeuZ/FK+b&#10;ZuqH4aANaQyHGo/SaxmGPH7/bSqFUm3eb1+EblyPcceDmEugdFWCujsXdyaBzyulekCAya5vZX6R&#10;f57qZ7KP4I68adGOGH34a/mMOmzwbkiKW1vVcMqIfksZc4CGmTrGdneEjyuOebKCUa2BZFia+Z4B&#10;ZpqYf43XaMKVx30favmS8GwsbWGQFls3b/6NNEqscsqKOjqGdeOHEyt7eTuDqKzQY3ikQJ1PZcCg&#10;540dZ+ydOXxoaiiZYGuAbKCVhVqhb1iRn0pCcj2NmDpOdWmJVCtreNmEzqxfYt6tP5zQZSao/oyN&#10;Z0qkUnvSaYOfcmr4bAKak1o0bseVp0njccKQlDoKdQeLQStfeIqFw6iHd4hgBpoueDBjG4r4eO9m&#10;A3riecJo0Wo/eqZrp1lte6NunkjlfL1xwDiwfg11NSl9f6R5KadqdRFphJkfdf5rnoncduhtnnnh&#10;d99vlGleeOxxlVizehZzskhWe2B17ThafOR4ZSlyfq17MaY4ctNy7Zfbc/F0HIjUdQJ1O3jbdh12&#10;U2h/d053eVgBeKV4tUfYeh96BTgSe9d7eClofdJ9GaTacNN8KpZ9chF8iIdmc0N8znetdH59Cmd0&#10;dd99UVcrd2N9pEc9eQp+ATe7eu5+ailgfRB+3aOSbyOFTpU9cHiE4oYxccWEU3aJcxuDrmaUdJaD&#10;C1ZydkWCcka7eBSB1jd0eiGBMClZfGmAeKKFbceOZ5Q3by2NL4U2cImLw3WdcfWKNmXAc4iIpVXS&#10;dU2HE0ZLd0CFfDc3eXKDxSlTe9qB5qGvbK2XW5NhbiCVVYRlb4WTBXTXcP6QjGUOcqiOC1VFdIWL&#10;gUXwdoyI5DcIeN6GHilOe2ODJaEPa9SgHZK7bU+dRIO4breaC3QwcDSWnGRxce2TJVS8c+SPo0WS&#10;dgKMBjbdeGSINSlKewGENqClazyonJJCbLmk7YMtbhugw3Ojb5WcV2P1cVOX5lRbc1eTaEU+dYqO&#10;yzajeASJ/ClHerOFF5vof51f0Y7Df3pi44C+f4NlzHHaf6lon2Jtf95rflLWgCRugUOXgH9xsTS5&#10;gQZ1Nyb4gcR5N5r6fUdov43TfWtq6X+/fZ9s+nDzfeJvBWGmfjhxHlI3fqVzVEMjfyp1qzSAf954&#10;QScMgMZ7KpnweyZxh4yke3ty4H68e850Jm/6fDJ1Z2DZfKt2tFGYfUF4FkK4ffF5jzROftJ7Licd&#10;f+V8+5jPeTZ6P4t3ea16032MeiF7TG8Yep97wWAUez98OVEFe/x8wEJafNV9UjQlfeN99Scsfx9+&#10;ppevd5iC3Yp8eCWCunySeLGCbm4QeUiCCV9KegCBplBdeuaBTEHme+WA8TPufReAkic5fnWAKZa/&#10;dk6Lb4mLduqKjXuqd4OJcW05eCuIMl6KePiG7E/SefGFp0GIexGEXjPBfGaC/CdDfeSBgJX/dUGT&#10;2IjMdeqSNXrxdoqQRWyKdz6OJl3teB6L/U9YeSyJzEFCelyHjTOje9CFKydMfWyCqZVsdHGcD4g1&#10;dSOZqXpVdcWW3mv2dnuT111jd2iQxU7eeI+NpkDwedKKdjOFe1WHGydTfQmDpZUGc9qkBofBdJKg&#10;3nnUdTCdMWt2deKZOlz2dtKVOE6LeASRKkCpeVyNBjNXeveIvSdZfLqEdY+Xh+9fqYN3hxFir3aI&#10;hmlllmjNhdtob1qYhVJrWExFhM9uaT5bhFdxpjDlg/11PCSlg8t5Qo7LhcloEIKyhS5qQHW4hKZs&#10;XmgWhCxue1n/g7pwqkvRg1hy+j4PgwN1bDDQgtF4ICTWgsN7IY3pg8BwUYGsg1ZxwHTVgutzIWc8&#10;go10gVlNgjt18UtLgf13eT26gc95GjC2gcR65SUBgdp83Iztge94cICigZ55LnPBgVB52GZqgQh6&#10;eViYgNp7JUrGgMF73j1pgLh8pjCcgNR9gyUngQ5+cov6gFCAgX+7gBmAlHLlf+KAhWWVf7OAXlgc&#10;f5SAO0ptf6CAIT05f7yACjCTf/9/9SVGgF9/34sofxmIj38GfvKH9XI6fsOHI2TpfpuGK1dsfpGF&#10;Lknwfq6EODzmfuiDQDBzf0yCNiVhf8uBIIp/fhqQbn5aff+PJXGUfdSNi2ROfbWLwVbdfbuJ7kmD&#10;femIFzywfjGGOTBjfrKEPyV3f1CCNYn6fVSYFn3VfUKWHHEOfRiTuGPQfPiRElZofQiOYkkZfUyL&#10;qjxtfaSI6jBVfjSGCSWJfuyDHomYfMOfhH1sfLac3HCcfIiZpWNgfGOWHFYMfHOSiEjWfMGO7jw3&#10;fS2LSDA3fdSHiiWXfpyD3oOlkJxfc3hajwpiY2xnjatlRl/LjFpoKVLQiv1rIUXIiZpuRDk7iDdx&#10;lC08huV1PiKJha95S4Ltjq1nWHe8jU9phGvHjAFrrV9Firht31JliWtwJ0V/iCRylDkXht91Ji1K&#10;hbB3/SLWhJt7F4IxjL5vFXbli4twkGsTilRyCV6biSFziVHgh+91HkUihsh2zzjohaZ4nS1QhJt6&#10;miMag6h8v4FgivZ2rnYIidt3iGoviL54Vl30h6B5J1FUho96AkTEhYp68Ti5hIx78i1Tg6Z9ECNV&#10;gtV+QYCTiXF+MHVRiGh+cmmDh1x+mV1ChlJ+rlDthU1+x0R6hGt+8jiXg45/Ii1agsx/XCOHgiB/&#10;mX/eiDmFrXSmh0OFTGjhhj+EvVy6hTiEDVB5hEKDWERLg2iCtTh/gqyCGC1dgg+BciOwgYiAx39M&#10;h0aNBXQ1hl6MCmh3hVqKv1w/hE+JQE/9g2eHwUPpgqGGTjhage+E3y1agXGDVyPTgQqByn7YhoyU&#10;J3PBhauSkGgChKWQhVvUg5eONE+cgrOL5kOLggGJnjgggV6HXi1ZgO6FASPvgKOCo35/hgGbFHNl&#10;hSKY5GefhBeWElt1gwOS5k9PghyPwUNXgXGMpTgDgOCJjy1TgIiGZiQFgFGDVXgzmWZfKW2/lzJi&#10;CGLBlSFk6Vc6kwVn1ktvkMRq3j+vjmxuFzR9jAhxfSnpiap1PSCqh2h5UHeOl7hmn21GlaVoxWJO&#10;k5Bq91bikW1tPEsyjzNvnz+QjPFyLDR+iqd03yoXiGl32iEShkZ7DXb3leFt4WyZk+9vZWHCketw&#10;8FZgj9ZykUrTjbN0Sj9Yi452KDRyiWV4Iyo8h0p6UyFthUh8pHZOlCB0+WvikkF16WECkFR22FXS&#10;jlZ300phjFF44D8Sikt6BzRZiER7QypVhkx8oyG7hG1+E3Wmkqd8AGtAkNl8YWBljvl8s1U7jQd8&#10;/Un/ixR9Vz7NiS99xDQ8h0Z+PSpmhW5+yCH+g7F/WnUTkX6C/Gq5j76Cz1/pjeOCe1TFi/aCEEmZ&#10;ig6Bqj6iiC+BVTQrhmSBCyp1hK6AwCI1gxSAd3SbkIaJympDjtSJC193jP2IDFRZixSG50k9iTaF&#10;wz5nh2eEqjQrhZ+DmyqIhAmCgSJjgpKBanQ8j9GQbGoIjimPKF8/jEqNdFQeik+LfUkJiG+Jkj4t&#10;hreHtjQDhQaF6SqUg4GECyKIgiiCNXPyj0mW1mnBjZ6VCF71i7mSmlPZibmP10jTh9iNIj4LhiWK&#10;fzP2hIaH7CqbgxmFUiKmgdOC221Com9esGN4n6RhgFlanNZkY07mmdpnYkRMlqJqhznRk0Ft4i/1&#10;j8lxaSbPjEt1Qh8HiPJ5VGypoPxlvWMcnjRn4lkPm1BqI062mERsg0Q2lQxvCjnYkbxxwTAcjlt0&#10;nicfivt3vh+Ih8J7AmwxnzpsjWKZnIVuHVismaxvwk5elqlxiUP+k4VzcDnFkE91gTAxjQx3sSdh&#10;ic96FB/3hrl8imu1nXxzMGIRmth0OVgdmBF1TE38lSJ2d0O0khl3vjmijwF5IzA5i956oCeViMV8&#10;QSBXhdV96ms4nAB5w2GcmWx6Sletlq96zE2Nk8t7UEN2kNN77jl+jdp8pTA5itV9aie9h95+RSCp&#10;hRN/ImrKmtaAS2E9mEyAUldYlZKAOk1AkrKAFEM2j8R//DlojNN//DA8ieuACCfehxaAGyDthHCA&#10;MGptmemGpGDzl2aGLFcXlKqFdE0BkcmEnkL5juWD0zlGjAODGTBHiSGCbif+hmuBvyElg+mBFWon&#10;mSqMv2CylqyLw1bWk/CKaUzGkQ2I30LHji2HXjkVi12F6zA3iISEjigehd2DKyFSg3yB1GnvmKKS&#10;smCnliKRSVbLk1mPO0yykGCM3ELFjXWKmTkqiq2IczBQh/SGZyg2hW+EWiF2gyWCcGKsq8peGll9&#10;qHNg11A3pONjvUbRoPFm0D1pnKVqGTQ4mB1tnSu1k3dxTSP6jsd1RR2VilR5VWIVqpBkwVkvpyJm&#10;4VAEo2dpMEa9n1xrrz1xmwpuYjRflo5xSyv8kft0WiRojWh3ox4tiRZ6+GG9qN5rJFjUpXRsvE/F&#10;ocBueEaLnbhwaj1dmXdyhzRtlRN01SwxkJx3QCTFjCx52R6wiAJ8c2FwpxpxVlh9o7xyc09poBVz&#10;qUZTnCN1CT07l/p2kjRtk7V4PSxXj196ASURixV75h8ghxV9xWEjpZJ3eFg4okF4IU8pnqJ400YT&#10;mrl5lD0llqV6fjRskn17hix2jkd8nSVRiiN9yh9/hkt+72DdpF19klgKoQ59yk8GnXF97UX0mY1+&#10;ED0NlYR+SjR1kWl+pCyVjVF/DiWIiVJ/gh/PhaN/8GCjo2aDelfqoBWDQU7wnHWC0UXgmJSCTzz7&#10;lJaB4TR1kIuBiSy0jH6BRSW5iKKBBiAQhRiAymB2oqiJKlfYn0+IgE7lm6iHeEXWl8SGSjzuk8yF&#10;LzRoj9eEKiy8i9uDPiXgiBGCVyBEhKiBf2BZohiOpFfTnq+Nh07imv+L4UXTlxeKADzzkyGINDR5&#10;jzeGgyzKi1CE7SX1h5+DaSBuhE6CEbdZYrda6ab3ZV5eWJYrZ/ZhuYTOao1lDXL+bTpoZ2EAcA1r&#10;209Gcw1veT3cdltzaC1xegp347VyX2plVKV+YmRnuZTgZUNqF4OsaB5sdXH7axFu22Afbi1xW06M&#10;cXhz+z1ddRN24C1GeQ56LLOpXIFvpKPOX7lxAZNxYtVyXIJWZetzxXDTaRt1PF8rbHp2yE3ScAp4&#10;bDznc+16QC0heCt8VbHkWel5xqIZXVZ6K5HNYKF6lYD5Y+t7B2+iZ1p7jV42avZ8I00ebsZ8xTx5&#10;cul9gi0Ad2N+W7BBV6uDxKCXW0WDRJBgXryCwX+fYi+CQG6UZcyByV1WaaSBZEx9ba2A/jwZcgiA&#10;nSzkdrSAN67lVdONqZ9bWY+MSI89XSaK1n6TYL6JXW2hZIGH6FycaH+Ge0v0bL2FCzvFcUmDhyzM&#10;dh+B463OVE+XZp5dWCeVH45TW9SSt327X4eQQ2zdY22N01v7Z5CLX0uGa/GI2juEcKiGNCy5daKD&#10;W6z7UyGg552cVwudso2aWsaaT30NXoiW22w8YoeTbVttZs2P9ksea1CMYztMcCOImyypdTuEnqxz&#10;UkmqDJ0YVjyl2I0TWfihc3yIXb+dAWvFYcuYmFsNZiaUIkrKasOPhjsPb7WKrSycdOiFrKrcagxa&#10;rJv6a/1eNYx2bfFhnnw8b+5k82uEcgRoUFqhdD9ry0oLdqRvdDnSeVNzdSqufFp4AKlaZvBkk5rd&#10;aTRnHIt3a2Rpk3tbbZlsAmq8b+hueln6cmRxDkmMdQ9zxjmFeAp2xyqfe1p6MKfMZCVuVplBZqZv&#10;64oNaQ1xdXoKa3py/2mfbgZ0l1kScMJ2REjec654DDkfdul6BSqRenZ8P6Y3Yah37ZexZFl4oYiN&#10;Zu55SXjSaYp57WiObFF6n1g6b0h7YUhFcnF8MjjIdel9HyqFeax+KaS/X4GBaZZTYlqBR4c/ZRmB&#10;D3eVZ92Ay2eeas+Ajld0bf6AYEe7cV6ANTh9dQuADyp6eP1/6aOKXbyK0ZUxYLOJ2IYyY5CIu3ac&#10;ZneHi2a/aY2GW1bPbOGFMkdGcHGECDg8dE2CzipyeGiBeqKUXEmUD5RIX1iSO4VWYkmQNHXQZUqO&#10;E2YIaIKL8lY9a/mJzUbqb6iHnTgKc62FTyprd+uC2KHcWyidEZOVXkWaX4SkYUKXaHUoZFKUUGVr&#10;Z6OROVW0azuOHEaLbwuK6jfecyqHjCpld4WEBKFjWlmlvZMVXXyiKIQaYHqeO3SgY46aKWT1ZuyW&#10;HFVYapmSB0Y6boON1jemcsCJdSpgdzOE/p6lcZhajpEics1eH4LbdBhhinPEdXdk32Qodu5oPVRk&#10;eIdrv0T5ekZvcjX1fElzgSgWfpl4Gp1ibqVj2pAGcCxmfoG/ca9pCnLJc0FrjGNSdO5uGlO4dsNw&#10;x0R7eMBzmTWzewV2tCghfZN6MZwaa/VtFY65bbxu14C3b3JwinHMcTNyNGKAcxJz7FMWdSF1vUQP&#10;d1t3qTV/eeB5yCgrfKp8J5qwaY92Jo1Wa4R3Gn9MbWd3+XCmb1N4zmF/cW15rFJMc7R6nEOCdih7&#10;nTU4eOR8uygze91995lhZ4B/HIwVaZl/Sn4aa6J/V2+JbbV/UGCtb/V/TVGgcnF/WEMPdRh/aTUB&#10;eAZ/gSg6eyx/nZhMZc+IAosOaAOHZn0maiaGm26mbFqFtF/jbryEylERcVmD5kKudC2DBDTRd0iC&#10;FShAepWBFZdvZGyQvYo5ZrSPVXxaaOuNrG3qazaL3187bbiKDlCOcHWIO0Jic2WGYTSvdqeEbShF&#10;ehiCW5bJY1WZPImTZayXB3uzZ+6UfG1NakaRwV6obN+PBVAOb72MREINcsqJdTSPdiSGgShJebGD&#10;cZZZYoqhbokZZOmea3suZyya92zJaYmXTF45bC2ToE+6bx6P8EHDckaMLDRddb2IRShNeV+EWJKu&#10;eWFaiIZNedxeEHkien9hd2sqeztkzFyyfAtoL04afPVruj/off1vdjIsf0BzkiWpgMJ4L5GXdpRj&#10;RIVNd2Fl83gjeDloi2pJeSFrHlv3eh9tv02Jez5wgT+GfH9zazIGffx2nyXPf7N6MJB4dAZr44QV&#10;dRBtx3cedhRvm2lWdyhxaFszeFZzQ0z3eat1Nz8peyN3STHlfNl5jyXwfsN8D49FcbR0coLecu11&#10;lXXvdBt2oWh7dVV3qFp5drV4s0xyeDx50T7ceel7AzHLe9Z8VSYMffF9xo4ab71854HbcRh9U3Tw&#10;cmh9nWd0c8R90FmzdUh+CEvOdwN+TT5veOB+mjGfevl+8yYlfT1/VI0ibiGFSIDpb5OE+nQNcPyE&#10;eWakcnWD2Fj/dBeDNEtTde6CmD4gd/WB/zF/ejqBXiY5fKOAs4xabM6NfIApblSMcnNWb82LIWX7&#10;cVqJp1hpcxmIKErhdQ6Gpz3ldy2FJDFreZeDjSZKfCSB5IvBa8KVdn+QbVeTr3K9btqRimVtcHKP&#10;L1flckaMz0pudFmKbD2bdpKIAjFXeRGFeyZYe7yC5otUavqdJn8dbJmapnJBbh+XqGT0b7uUZ1eB&#10;cZeRIkokc7yN2j1bdhCKhjEveKyHGyZje2mDu4bwgW1ahHuCgThd/G9cgTJhXGJ+gURktVUvgV5o&#10;IEfOgYhrtjrhgcdvfi6AgjJzpiNsgs94QYX5ftBiuHqpfuhlaW6Hfw5oC2HJf0FqrlSff4JtY0dm&#10;f9pwPTqmgEpzQC58gOp2jiOsgbV6LoT+fGBq0nmXfLNsyG2gfQJutGDzfVxwnVPzfchymUbpflF0&#10;sTpefvR26C5wf8V5VSPjgL179oPzei5yy3iJeqh0FGyPex51TWAue5h2flNLfDR3ukZ0fOx5Cjof&#10;fb96bi5nfsF79SQTf+R9l4LyeER6vXeQeOB7WWumeXV72F9Veg98RVLIesd8ukYTe659OzntfK19&#10;yC5jfd1+ZiQ8fyp/DoIVdryCnnbYd3GCkWsAeBmCU16peMmB9VImeZyBmEWpep2BRjmqe8OA+S5Q&#10;fRuAqiRffo2AWIFhdXqKTnYmdkGJlWpXdvaIlF4Pd7iHalGceKOGPEVCeb6FEjl8evmD6i5IfHWC&#10;syR7fguBdIDVdHmRwHWedU+QW2nRdg2OlV2UdteMmFEsd9SKlkTfeQqIlDlAelyGki5Be+2EfCSS&#10;faGCZIBsc7eY73U0dJeW5GlidVmUVF0rdiWRfFDXdymOoESkeG6LxTkQedqI5y4me4aF/CSkfUyD&#10;KXt5icFaaXDkiOZdzWW2iDRhKVnth45kiE3KhuBoAUGlhjVrqTYFhZRvgisHhRJzuSFkhLd4T3qb&#10;h1xiHnAuhsFkzmUKhi9nellihZ9qL01ihRBs/UFjhIxv8zXuhBZzEisjg8J2fCG9g5F6KXnEhQtp&#10;t29GhKVrvGRMhDZtv1i0g8dvx0zeg11x5kEMgwZ0JTXJgr12hSs1gpZ5HCIKgo973Xjhgu9xNG5b&#10;gqxymGNggl9z8lgEghF1TkxMgdJ2uUCqgaV4PDWagYl51Ss9gY97lSJNga59angHgSJ4nW2OgPp5&#10;ZGKbgMd6FldFgJN6vUvZgGx7bUBVgGx8LzVygHh8/itGgKd94SKGgO5+zHdGf5t/9Gzdf4+AHmH7&#10;f3CAIVa+f02ACkttfz5/9EAzf1B/7zVpf4R/9StVf91//CK1gE2AA3anfmiHImxhfnOGtGGNfluG&#10;AFZQfjyFIksAfkGERz/cfm+DeTVMfrWCsytafzOB4SLcf8eBDXYpfXKOF2vofYuND2EYfXqLolXp&#10;fWKJ+kqlfXSIVz+JfbqGvTUdfhWFLCtffqeDiyL8f1qB7HXIfLaUy2uIfNeTL2C4fMqRBFWQfLSO&#10;jUpgfMuMGz9bfR2JtDUAfY6HVStXfjuE7iMVfwOCo3B1kl5aHmaskNpdcFxtj3NgylGzjgRkNka5&#10;jHpnxDvPiuNrhjF6iU1veCfZh8tzxR+ZhnF4Wm+pkDRhYGYUjuBkDVvkjYlmxlFMjCRpkkZ0iq5s&#10;fTuxiTlvlzGGh8hy2SgUhnB2ZSAJhT56I272jf5ogGVVjNdqkltMi5xsrFDEilFu2EYUiP1xHzt8&#10;h69zjDGBhmd2GyhChTt44iBqhDF7xm47i/BvgmSTiuZxAFqJiclyf1A3iJ10CkWlh291qTs6hkp3&#10;ZDFvhS15OShihCt7NSC+g0h9QG2Fiix2cGPoiT13XlnmiDZ4QU+fhx95IEVJhg16Ejr9hQ97GTFc&#10;hBh8MCh9gz19XyEFgoF+kWzkiLp9TWNZh+J9r1lohul9708theF+HkTshOF+VTrmg/F+ojFcgx9+&#10;/CiXgm5/WiFAgdp/tmxah4WD8mLUhsKDwFjshdeDWU69hNqC1kSSg+yCWDqzgxCB5jFugkaBgyiy&#10;gb2BHCFxgVGAsGvuhpiKdWKaheyJxFi+hQGIqk6Ug/SHVUR1gwaGEzqKgkmE5zFLgZ6D0ijDgSqC&#10;qyGZgOCBgmuYheGQv2JJhTmPilhthFONuk5Ng0iLnERBgluJmDptgaaHrTFGgQ+F1yjRgLiD9iG4&#10;gIeCLWXemzFZoVznmQhc5VOZludgQUntlJ9jv0AZkiJnaDZmj4lrTC1XjOdvXyUDildzxx4Hh/x4&#10;YmUimUdgfVxrlz9jKVMulRpl8Umlksxo2j/1kFhr6TZqjdlvKy2Ei1dylyVbiO52Sh6Mhrt6HWSU&#10;lydnLFvUlT9pTFK3kzNrgEk9kPlt1j+0jqFwSjZWjERy6i2fiel1rCWkh6x4ph8AhaN7sGQElRpt&#10;t1s4k0tvUFIWkVlw90jNjz1ytT9kjQp0jjYyitV2hy2qiKR4miXchpF62B9jhLJ9G2Nzk1d0M1qw&#10;kaJ1SVGaj8B2YEhYjbZ3ej8ki6B4sDYPiZF6Ai2sh4d7ZCYHhZx84h+3g+R+W2Lwkep6pVo9kEt7&#10;OlE3jnV7uEgFjHd8Kz7iinB8sDX/iHJ9VC2whot+BSYohMh+vx/9gzh/cmKCkMGA6VnijzWBAFDp&#10;jWeA30e+i22Apj6hiXaAfjXYh42Abi27hbOAbiZIhBSAaSA3gqmAX2Iqj8+G8FmOjlOGhFCbjI6F&#10;wUd9ipiE1z5uiKiEADWmhtWDPS2phQmCkiZog32B3SBmgjaBJGHljxiM01lvjaeL+FB/i+OKhEdm&#10;id2Iyz5yh+SHODXGhhiFxy3MhGyEcSaFgwaDESCLgdqBxVuTpFxY+VNQoZRcMUrlnqZfkUJIm2lj&#10;Jjmcl+Bm+DEnlCxrCylfkGtvTCJejL1z0xyliV54aFraoqxfcFLUn/RiHkp9nPZk+kIEmatoBjmF&#10;liBrRzE9knxuwCmkjtNyYCLPi0d2Oh0+iA96FlproKJltVJenf1n5kohmxRqOEG4l9ZsvjlelGRv&#10;bTFBkOByTSnXjVp1SyMtifh4dx3Chux7nFoKnpZr1VHznARti0mvmTFvW0FwlhNxUjkxksJzcTE8&#10;j2N1tCn8jAd4DiN6iNF6ix40hfJ8+FmlnMtx6FGVmlNzJklel450ckEjlH91zTkWkUx3VDE6jhJ4&#10;+iobit16rSO7h9J8dh6UhR5+LFlGm1R39FFLmPF4vkklljh5fED6kzN6PDj6kA97GDFFjOh8Fyo6&#10;idh9IyPxhvd+Nh7khGx/NVj2miJ90FERl89+J0j8lR1+UUDZkiF+cTjfjwx+qTFCi/p++ypciPh/&#10;YCQihj5/wh8mg9mAFli1mS+DelDnlueDW0jelDiC7kDFkT2CZTjQjjGB9TEwiziBnipfiEuBXyRK&#10;haWBGh9bg2OA0ViLmG+I9VDNlimIYUjJk36HU0C5kIWGGTjWjXqE/DFFio2D/Sp0h7aDFSRjhSyC&#10;NB+FgwSBaax/XONVK50yX/1ZJo2FYxFdFX1MZjBg+2yfaXRk51vEbOpo70s7cJVtKDsQdJlxuywH&#10;ePp25aqLWO1fYZuwXG9iYIwzX99lV3wnY1doTGucZvRrSVroasZuYUqMbtBxojqlczR1NCv3d/J5&#10;Pqi9VWdpgJn9WT5rgIrEXP9tfnrRYMNvg2p4ZK9xlln8aNVzwUnebTd2DDpAcfV4livqdwd7dqby&#10;Uj1zc5hLVmN0gokmWmR1lHmAXmx2q2lTYqZ30lkUZxt5DUk6a856XTnlcN572Svedjd9iKVCT3d9&#10;QpbLU+B9bofFWCJ9mXg0XGR9xGhbYNx9+FhJZZt+PkirapZ+jjmWb+x+9CvTdYN/bqPUTSCG8ZWL&#10;UcKGPYavVjiFf3c9WrGEu2d9X12D+1eoZFGDRUg4aY2CkjlUbyCB3SvKdOmBIqKpSymQc5SJT/uO&#10;14XPVJuNKnZ6WUCLdWbNXh6JxFcaY0OIEUfeaK2GVjkibnSEhyvDdGmCoaHESZeZsJPCTo6XJIUh&#10;U02UgnXiWBCR2mZEXROPN1afYmWMjUeEZ/uJzzj5beaG6yu9dACD6aErSHCigZM3TXue94SgUkub&#10;XHVwVyGXxWXnXDuUOFZYYaqQnUdEZ2KM5DjKbXKI+iu5c6uE+6DVY/NVNZLUZmlZOoRJaOddJ3UZ&#10;a3hhBmVxbixk7lWicRBo+UYvdChtNzcrd5Vx1ilbe1h3Cp8rYDBe5ZGjYw9h+4NFZeBlAnQ8aLxo&#10;AmS0a71rClUKbvVuMUXDcmVxgjbzdi91Kiljekt5SZ2KXM5oeZABYABqpYHbYxtsx3LuZkFu52Ob&#10;aY9xE1QqbRlzWkUhcN11wjaedPh4aylqeVt7ZZvqWcRx5Y5vXT1zNIBdYJd0enHAY/11u2KWZ5h3&#10;B1Nfa214aESXb3554TZYc+V7hilveIl9W5poVxt7NY0PWtB7r38XXmd8GXCNYgV8eWG4Zdt831Kq&#10;afh9WEQdbk593DYdcvZ+dil0d9N/JZkoVN+EaovtWMSED34TXIuDmm+jYF6DFWDoZGaCkVIZaLaC&#10;GEO6bUmBpjXrciuBNCl5dziAvpgmUwGNcIsCVw+MPH0/WvuK4m7lXveJdGA+YzCICFGVZ66GnUNu&#10;bGyFMDXHcYCDsyl8dreCI5diUYWWMYpNVbCUInyVWbeR3m5NXdCPg1+zYiyNLFEaZtaK00Mba72I&#10;cDWncPOF7il/dk2DVZbdUGqej4nKVKebo3wSWL2Yc23TXOeVKl9PYVqR6lDQZiGOpkLZaymLTzV6&#10;cIOH1CmBdfmEUpVbazVVVoiUbQRZVnsnbupdPW0EcOdhFl5ncwNk+0+pdUxpB0FTd8RtSTN2eo1x&#10;8SbZfaJ3K5PmZ6NeaodiaddhkHoIbAlko2wObkxnsF2ZcLFqyU8Ic0luBEDjdhNxazNGeS91Jyb4&#10;fI15UZKBZGFneIYJZuppxnj+aWFsB2sXa+RuQlzTbo1wik51cXBy7kCIdIh1dDMjd/J4PCcTe5h7&#10;U5EHYXRwYYSfZEBx43eUZvRzV2n5abR0wlvcbKh2NU23b9N3v0AJczR5YjLrduN7MScqesF9Lo+t&#10;Xul5LoNbYep563ZmZNV6kGjjZ8x7JVsYavd7wE0Zbmd8bD+kcgl9JjLDdfV9+Cc+egh+3o6PXMaB&#10;5IJSX/KB23V3YwmBrGgJZjGBZ1pZaYyBIkyZbSuA6T9ScQaAuTKgdSmAiydPeWuAXY2pWv6KaYF7&#10;Xk2JmHSxYYaIkWdXZNSHbVm6aF2GSUwhbCiFKT8UcCqEDDKKdH2C4iddeOiBq4z5WZCSrIDUXPqR&#10;EnQQYEyPL2bEY7WNJ1kzZ2CLIUura1WJHD7Jb32HFDJ0c++E9SdpeH2Cxox/WHyalYBZW/mYN3OQ&#10;X1mVdmZKYtKShljQZpKPm0tkaqKMsj6KbuyJwDJLc4KGtidyeCeDsYoHcrZVgH5Mc95ZcXHndSld&#10;T2TQdo5hI1dGeAtlCEmmeaxpGTx6e3VtYS/XfYVyESSBf9R3R4i5b09eBX01cNlhL3DlcmxkSmP1&#10;dA5nYlaWdc1qikkjd7dt1zwnectxUi/CfCZ1IiS3frV5Vod9bDRme3vwbg5o42/eb95rP2MHcb5t&#10;l1Xac75v/Uibde5ygjvYeEp1Ki+veux4EyTmfbh7QIY2aWJu43qwa31wjW6ubYhyJ2I0b55zvlUs&#10;cd91WkgldFF3DjuadvF43S+kedV62iUPfNx9AoT9ZvV3MXmkaUJ4JW2ta394/2EvbcZ5yVRwcDx6&#10;mUeLcvB7fDs5dcx8bi+EeOh9eiUyfB1+mYP6ZOp/Z3iuZ15/pGzMacJ/t2BkbDd/slPDbtl/rkcc&#10;cbd/tzr2dMp/yy9weBt/5SVPe32AAIMpYzaHaXfrZcqG72wZaE2GOF/CauSFX1Mzba+Eh0aycLeD&#10;tDrIc+2C6C9nd2yCFCVoeveBN4KGYdWPK3dRZISN+2uDZx6Mdl86ac2KxFK3bLiJE0ZGb+eHZjqG&#10;c0CFvS9bdtyEASV7eoqCP4IRYMeWm3bdY4qUvGsLZjKSZ17IaO+P11Jba+2NSkYGbzaKwjpOcrCI&#10;OC85dm+FoCWLejODGH7SenxVn3QEewFZfWibe7BdUVyPfHNhJVAgfUNlEEOofixpKjexfzRteyxX&#10;gHVyNCJYged3X32md0pdnXMTeCtgx2e/eRZj6Fvdeg1nDU+XexZqR0NLfEBtqTeEfYtxOixifxF1&#10;HyKkgL15WHyMdFJlj3HydYBoBmbSdqZqd1sId9Ns6E7weRhvbULWeoRyEzdHfBF03ixjfdV36SLn&#10;f7d7LHtwcaRtZ3DYcwpvM2W9dGVw9FpGdcNysk5Nd0h0fEJqePF2XzcSer54XixkfL56iiMhftN8&#10;13pcb0x1NW/ScOJ2VGTOcmp3YFlsc/Z4Xk3Qdah5Z0IRd416gzbreZJ7sSxse8l8+yNTfg9+V3lx&#10;bVl8728Qbxd9aGQjcMF9uljAcnN9800zdE1+MUGtdlp+gTaxeJB+3Sxhevp/QiN8fWp/qHixa7eE&#10;dG5abZOERWN8b1qD2VgqcSyDS0yvcymCwEFPdVyCQDaNd7KByCxiekiBTCOefOGAy3gaamSLtW3N&#10;bFqK4WL1bjaJtVeycB2IW0xDcjeHA0DwdI6FsjZYdwSEaixiebWDFiO6fHKBwXepaVySrm1ga2aR&#10;O2KHbVGPTVdMb0WNIEvzcXCK9UC8c96I1DYsdnWGtyxLeUeElSPPfBmCinPMgoxVmmnfgnFZZ19s&#10;gntdNFRsgo9hDUkbgqFlBD3Rgr9pMDMWgvFtkSkLg09yVCBjg9R3c3K+f5JdHGkMf8pgRl6vgAZj&#10;b1PZgENmpUiygIRp9j2UgNttdDMKgUlxHyk0geN1GyDGgp15WXHKfL5kkGgSfTxnFl3nfaxpnVMn&#10;fhlsLEgufpBu0j1BfyJxnjLtf8x0kClQgKB3vyEbgY17GHDTei1r7mcZet5t1Vz0e31vt1J1fBtx&#10;nkeefMtzljzjfZd1qzLFfnt33Clgf4Z6OiFlgKF8rm/od/JzOGZBeM10g1wqeZR1wFGzelt29kcw&#10;ezN4OTyWfDd5lDKnfVB7ASlyfo58iSGkf9Z+GW8Udgt6c2V9dw57IVt7d/d7sFEmeN58LEa9edt8&#10;sDxpewB9SzKafEh98ymEfbh+pSHZfyx/V25mdHiBfmTwdaCBlVsCdqKBclC3d52BL0ZUeLqA9Twc&#10;egOAzDKGe2iArymQfQKAjSIEfp+AaG3cczKISmRvdHOHyVqJdYqG8VBOdpeF7EX6d8yE8TvPeTaE&#10;AzJceraDIimZfGyCOCInfi2BTW1ycjCO0mQKc4WNwFondKyMME/4dcaKY0W6dwmIoTuoeIeG7TJD&#10;eiWFRSmTe/uDmyJDfdGCCGkgiuRVXGAMiiNZHFaNiX1c6UyZiNBgzUJliA9k2jhJh01pIC7JhpZt&#10;myYJhf9ybx6ohZF3g2guiCBcbV9Uh6pfmVXphypi0UwdhptmHkIWhgFpjjgphW9tLy7bhOtw/SZN&#10;hIp1FR8fhE15WGdfhWxja15/hTNmA1VBhOJoo0uLhH1rV0GxhBJuJjfzg7ZxIC7ag2l0PSaBgz93&#10;lR+GgzJ7BGaRgvBqU12vguRsWFR0gr1uYEr4goVwd0E+gk9yozeygil08C7MghJ3WSanghx57B/f&#10;gj18iGXHgMdxLFzxgONyoFPCgOB0DUpXgMp1ekDfgL53ADdzgMt4ni67gOZ6TibFgSB8GSAqgWx9&#10;4WUTfvV38lxNfzV41lMzf095o0nZf1h6ZkB7f2p7NzdSf5R8Hy63f9x9FSbhgEV+FiBpgLx/DWR2&#10;fWR+fVu7fct+0lKyfgF++0ltfiF/EUAkflB/MDcofph/Xy7QfvR/nycEf4l/3CCdgCuADmP7fCiE&#10;31tqfLSEr1JxfPuEKkk+fRyDe0AIfVWC4TcGfb+CWy60fj2B6icXfu+BayDHf7WA5WOaeyqLBVsP&#10;e8qKT1IdfCOJGkj5fFGHrD/bfJWGVTbwfQ6FFi6xfaaD6ickfniCtyDof1eBlF7jk4hU2VaekhVY&#10;k04KkKpcZkUdjyVgYTwEjX5kjjMUi8ho+irLihZtmCNNiH9yhR0mhxx3kF4IkPtbg1X3j8Zet013&#10;jnZiA0SxjQZlcDvIi3lpCTMKieps2Cr2iGRw0iOqhv51DB2vhct5VV1YjmdiFVVFjWRkw0zrjD1n&#10;g0Q6iu9qYjt9iY1tZDLwiC5wlSsQhtlz5yP1had3bB4mhKV68lyxi/toklSbiyBquExDih5s60PI&#10;iPtvNjsrh8hxoTLMhpt0LisdhXp21iQwhHt5ox6Ng6h8ZVwNidpvA1QCiSZwoku3iEVyRUNLh0Fz&#10;8TrrhjV1vjKrhTh3pyskhEZ5oCRhg3d7sB7jgtB9rlt1iAt1YVN7h352fEtHhrp3iELvhdB4lTqm&#10;hOB5tjKfg/969isxgzd8QCSJgpd9kB8rght+zFryhod7jVMNhh98J0rthXN8mEKphJt8/jpug8N9&#10;dzKFgv5+CCtHgk1+pySwgdh/PB9ngYV/v1qHhUaBcFKlhP2BgUqPhGiBVEJcg6KBEjo0gt2A5TJQ&#10;gjeAyis/gZOAxCTbgTKAsB+XgQyAilozhEiHSFKBhCeG60p5g6aGCUJfgs+E9DpigfuEDjKggVqD&#10;TSt8gN+CpST9gLKB6h+9gKyBL1TcnIZUI02LmlpX10X7mCBbrz4fla5fwDYmkv5kFi5gkDVosSdF&#10;jW1tfCDvisxyihvSiH53mlQEmjxaakzemFNdp0VVliphCj2kk7lknjXpkQ9oaC5hjl1sbCeFi7Vw&#10;lSFhiT909xxthyB5UlN9l79glExMlfxjWkTZk/1mPT05kadpUjWsjyFsjS5ajJlv+ye3ih9zhSHC&#10;h9x3Oxzyhe964VMIlVJmo0vJk69o7EROkdBrUTzcj6ht2jVyjVBwiy5OivpzXyfbiLN2SiIQhqZ5&#10;VR1khOl8RlKJkylspUtOkbNudEPnj+5wUzyDjd5yRTVOi7N0ZC5JiYt2oif3h3d46yJQhZp7Rh3F&#10;hAp9gVINkVRyo0rikAtz+EOWjmN1SjxNjGl2pjUvilR4Hy5XiEl5vSgYhmF7ZCKFhLR9DR4Wg1B+&#10;klGhj8p4dUqIjqx5UUNUjRt6EDwcizR6zzULiTZ7qi5Qh0Z8oSg7hXN9piK1g/J+oB5Ygrd/eVFK&#10;jod+GUpBjY1+ekMfjBJ+oTv9ijV+ujT5iEV+9C44hnV/RSg4hLp/qiLdg1B//x6OgjqAOVERjX+D&#10;m0oNjKCDfUL0iz2DADvliWuCazT9h3+B/C5RhbyBqShUhBuBaSL9gtGBIB65gdeA1aI1VptPqpPk&#10;WilUI4VCXb9YmHYdYXhdC2aHZWhhh1bGaZpmI0dmbgpq9jh3ctpwLSrHd/t2BKAoUcpZn5JNVdpd&#10;MIPhWexgunTsXhhkQ2V9Ynxn1FXqZyNrhUa+bA1vZzgacVhzpyrPdup4bJ5NTXFji5CTUflmKIJt&#10;Vndow3OXWwtrYmReX9VuDlUGZOpw2EYdakRzyjfIcAB3CyrXdfh6sZx3SYNtVY7iTnxvBYDWU1hw&#10;unJUWEhycmNIXXl0OFQvYvJ2F0WMaLN4FTeAbtR6TyredSJ8zpq0Rf52+41gS2B3yX+CUJx4m3Ea&#10;VeB5bWJtW2Z6S1N9YT97PEUTZ1t8PzdEbdN9airjdGp+vZkqQu6AdowZSK+AZX54TkCAVHA8U9eA&#10;QmGoWaeANFL8X8mANES3ZjeAPDcVbPqAUyroc82AeZfiQEyJvYsNRmGIwn2kTD6HyW+RUhuG0WEP&#10;WDGF3FKDXpWE6kR0ZUGD9zbzbEOC/Crsc0qB/pbfPh+Ss4o5RHqQxnz9SpaO4G8PUKuNA2CiVvqL&#10;K1IfXZmJTEQsZH2HYjbYa62FXirvct6DS5YoPHWbIYmeQwCYO3yBSUeVam6yT4aSsmBhVf6QA1H0&#10;XMeNQ0QEY9eKaza7azSHairycoiEYZdkXWVP/ooZYGFUaXxtY3NY0W47ZqldN1+cahBhq1DdbbZm&#10;RUKJcZlrGDS0ddxwVigvemd2MJV6WMdZaojHXElc/3tbX81gj21bY2tkHl7iZztntVBMa05rbkIm&#10;b6FvWDSLdFhzqChMeU94fZO6VJpizIcYWJJlg3nuXHxoNmwNYH1q6l3MZLNtqk9yaTFwikGPbfBz&#10;kjRGcw127ChleFd6ppIIUNJsEIV/VTJt7HhzWXdvyGrpXdFxpFzSYmtzik61Z0t1i0EUbG13qzQQ&#10;ceZ6CCh7d318ppB2TXV1N4QcUjB2P3czVs53Q2nBW3t4Q1wIYGh5TU4TZaR6bECsax57nzPmcOh8&#10;+SiOdsF+eY8jSo5+PIL1T5d+cXY4VIN+mmjoWX5+vVtKXrV+5U2aZDh/HUBdaf9/YjPEcBB/tyie&#10;diGAGY4PSBSHC4IGTWOGaHVtUpCFsmg7V82E9VqxXUeEPU0mYwqDjUAkaQyC4zOub1mCNSirdZ2B&#10;hI05RgyPi4FLS5OOEHTLUPaMeWezVmeK2Fo7XBaJQEy8YhSHqz/faEqGFjOcbsOEbii1dTCCu4yi&#10;RHqXloDBSiuVSHROT7SSz2dJVUuQTlnrWyGN20yGYUeLZj+vZ6qI6TN8bk6GUSi+dNmDvIy+ZF1Q&#10;Y4BwZslUt3O6aVRZDmZ+bAFdaFjebthh1UslcehmbT3gdTFrPzEleNdwgCXAfL12WIrsX/hZMn8X&#10;YuVcyHKRZdtgWmWHaOhj7lgQbCRnkUqGb55rWz12c1JvWDEBd19ztiXxe5t4i4lUW/FiDX2nX1Nk&#10;2HF9YqlnoGSRZhFqaFdPaahtP0n6bYRwNj0kcZ1zVzDrdgt2yiYcepx6mYfCWFFqznwvXBRsz3AT&#10;X8Buz2N6Y31wzVZgZ3dy1UlIa7J0+jyzcCh3PzDCdOt5wSZBebx8foZYVRpzdHrkWS10sG7nXSt1&#10;42JqYTp3EVWqZYN4Ski4ahd5mDxdbuB6/DCoc+18iSZhePx+NoUqUlN7/HnXVq18dG38WvJ82GGa&#10;X0p9MlT4Y9p9kkhKaLF+BTwbbcN+iDCTcxR/HSZ7eFl/vYQ2T/eETXj9VIyEAm08WQ2Dk2DyXaSD&#10;FFRkYnSCnUfdZ4iCMjvtbNCB0jCJcluBciaRd9GBEIN5TgaMVHhUUs2LRmygV3+KAmBrXEWIp1Pr&#10;YUmHV0d0ZpaGEDutbBCE0DB/ccSDgyajd2KCMIL0TIKT9HfXUXKSMGwnVkaQFl/8Wy+N3VOVYFeL&#10;skc6ZcuJkDt6a3KHcDBfcVGFQiaxdwqDH4Iba45Qw3a2bW1U/mrub3BZQ16rcY9dlFIOc85h/kVl&#10;dj5mlzk8eN9rai2te9JwryN7fvh2e4BiZ2FZAHVxabhckmnfbBtgJV3ObpNjv1FdcS9nbkTkdAJr&#10;RzjvdwdvUy2jellzwCPAfcx4ln7vY4thSHQVZk5kI2jPaQpm/lzea9dp3FCjbsxszkRgcf1v4zim&#10;dWBzIy2aeQl2sSP8fMN6i32IYA1piXLCYy1rqGeaZjttx1wOaVZv6k/7bKRyFkPycCt0YDhzc+R2&#10;zC2bd995diQxe918Vnw6XPxxsXGpYGdzGWaVY8B0elsMZyZ11k9JasB3P0Nkbp14wDgfcqR6WC2I&#10;duR8GSRdexZ99XsnWlN5u3CtXf16cGW1YZh7DlpGZUR7oE6kaSF8PEMCbTx87TfqcYl9ry1/dgh+&#10;hSSCem9/Y3pIWA6Bjm/lW/CBkGUDX8KBaFmpY6iBLU4cZ8CA+0KibBaA2DfHcJWAxC2AdUyAtCSh&#10;eeSAoHmbVi6JGW9JWkCIbmRxXj+HflkpYlGGcE2pZpuFbkI+ayeEeTePb9SDkC19dLKCoCS6eXOB&#10;rXkeVLSQSm7WWO2O/WP+XQ6NRVi+YUCLYE1VZauJiUIHal2HwTdgbzeGAi1jdECEPiTOeRiCinds&#10;cwZRBWzxdFdVK2IcdcxZZFbVd1VdsUtCePBiHT+yerFmvTSvfJhrmCpXfsRw4CFkgRN2mXXYbxhY&#10;vWvPcNVcTGEucp5f4lYbdHNjhUq2dmJnQz9WeH5rMDSGesFvTypsfURzyyG9f9p4nXSHa3FggmqU&#10;bZJjamA0b61mVlVBcdFpS0oOdBNsWD7jdoZvjDRPeSFy7Cp1e/J2liIKfsh6e3NMaB5oOWlnapJq&#10;dV8XbPlstVR8b2Ru+0lscfxxUz57dMJzyzQhd652ZSp/esl5OCJNfdl8L3IfZSlv42hSZ+Vxc14g&#10;apBzAFOibUJ0i0j2cB52KT4qczJ34TQEdmZ5sCqQecR7qSKFfQx9t3EhYpx3dmeCZZd4YV1waH95&#10;N1L6a3B6BEhebol63j3Rcdh70jPVdUt82CqQeOZ98iK1fGB/D3BTYGt+0mbFY5x/GVzHZrl/NVJl&#10;aeB/QEffbTF/Vz15cLV/gjO6dFd/vSqZeCh//SLce9GAOG+wXpmF5WY0YfeFjVxBZUGE71HwaJOE&#10;M0d4bBGDhD0hb8mC5zONc5WCWSqgd4qBxyL8e12BMm85XSSMqmXHYKqLv1vWZBaKZVGOZ4iI20cu&#10;ayWHYDzzbwCF+TNncviEnyqOdxeDRiMVewCB/2zSes1RFWNKe4dVLlltfGJZYE8pfUVdr0Skfi1i&#10;JTowfy1m1TBVgEprvic4gZpxDh+AgwR2smtodx9YVWJEeDxb5ViVeV5fg06EeoJjNUQve7NnCTnu&#10;fQRrDzBKfnJvRydogBJz1h/sgb94ompAc6dfoGEtdR9il1e7dotlmE3Gd/RoqEOleXBr1jmaexJv&#10;LzAwfNBysieKfrl2eyBJgKF6a2kocHpm32Adcj1pOFa7c+1rl00NdZ5uBEMRd2hwiTk9eVdzMTAN&#10;e2F1+iehfY14+CCZf6p8CmgkbaRuC18zb6lvxlXkcZlxgkxGc4xzQ0KkdZV1GDjzd853Di/2eht5&#10;GSe6fIZ7SCDeftd9fGc7ayp1Jl5fbW12RFUtb5l3VEu3ccR4YUI1dAd5fTjNdnJ6uS/yePp8BifU&#10;e6B9ZiEXfiV+wWZ8aQd8EV3Da4d8mFSrbed8+EtGcEF9S0HOcrV9sDiEdVR+Li/keAV+vifnet5/&#10;TyFGfZJ/12XkZz2CuV05ae6CrFQvbHyCXErebv6B8kF2cZyBnDg6dGqBXC/Ad0KBLif1ej+A+yFs&#10;fRqAwWVyZcuJHFzQaKSIg1PLa1iHgEqHbfuGU0E4cLeFOzgXc6WEOy+pdqWDTCfxeciCXyGLfLqB&#10;gGKEgtxQ4Vn0gvFU91EUgyBZKkfTg0tdgz5bg25iDTUDg5tm1ixNg9tr2CRihENxNR3VhMR2x2FD&#10;f2pXt1kDf91bT1BHgEpe+0c2gKpixD30gQhmtjTVgXtq3yxbggJvOCSqgrFz3h5Sg3F4pWBDfB1e&#10;kFgMfOFhnk+EfZBkuUaPfi5n7D2AftBrQzSYf4xuySxagFxydiTigU92YR6+gkl6W19UeQ5lXlci&#10;ehdn2U6lewNqX0Xwe+Rs+j0HfM5vsjRUfdJykSxOful1jyUNgBx4ux8cgUl7515wdk9sH1ZOd5hu&#10;Bk3jeMFv80VGedxx6jylewZ0ADQXfE52NixCfaN4gSUwfxF66h9rgG59R12lc+Ryy1WXdWx0IU1H&#10;ds51bkTCeCF2wTxBeX54KDP6evR5rixFfIF7RiVTfih86R+tf7d+elz0ccl5RFTyc496CEy3dSh6&#10;skROdqt7WTvqeDV8FDPQedh85ixde4V9yiV5fV9+rx/jfx9/gFxmcAJ/jFSIcgd/x0xnc9F/xkQZ&#10;dXN/sjvHdxx/uzOmeOx/3SxCesGAFCWPfLyAQCAPfqSAXFv8bpCFmlQkcL+FTEwLcrSEnkPPdHiD&#10;0TuXdjyDIzOReCmCjyw9eiKCDyWbfEKBjCAyfkKBD1iKizpQYVD4ipRUgUkaigBYvkDdiV5dKzhx&#10;iKdh0zAyh+5mwSidh0Jr5CHYhrZxVRxghlF22Vdxh/1W11AVh7hagUhMh1peRUA+huJiLjgQhlhm&#10;SDAShddqnii/hWZvICI1hRtz4hzthPF4p1aYhNVdSU87hNhgdUechLhjsz+ohHZnEzevhChqnC/q&#10;g+huWCjVg7lyNiKBg692Rh1ng756TFXSgd1jr052gh1mU0bcgjdpBz8jgjRr2DdQgihuzy+/gixx&#10;7Cjggj91JSK+gnJ4gR3QgrZ7x1URfylqDU3Bf6tsJkY5f/5uTD6XgDFwgjcKgGFy4S+bgKR1Xyjo&#10;gPR37iLxgWB6kR4pgdR9F1RffMRwW00dfYpx6kWxfhdzej4tfnx1FTa+ftx2zS+If014pyjzf9J6&#10;iyMcgHR8dB5zgRd+O1PFerN2eUyUe7h3gEVCfHt4dD3ZfQx5bjZ7fZd6gy9rfjJ7sikIftZ87iNE&#10;f6p+IR6wgHt/M1NBeOd8WUwWei981kTVeyZ9LT2Ge+B9gjZAfIx98i86fVJ+eCkDfg9/DiNvfv9/&#10;lh7hf/2AA1Lgd3GCHkvMePaCF0Sgeh+Bvz1xeu2BWDZVe6OBGi9ofHyA+CknfWOA6COKfn6Azh8I&#10;f5iArE7Yk/1Po0hKkoRT0kFxkRFYHTo9j4VcpDLhjdlhdiu7jCNmkyVBinpr5B+UiPZxbxsZh7R2&#10;503MkPpVuUdSj+1ZfUCAjq9dXzl9jT9hcTJsi61lwSuWih1qTyVsiJ9vAyAAh1Jz5Ru1hkd4p00U&#10;jfhby0aMjSxfHD/VjClihDjqiuhmHDIRiYlp4yt5iDFt4CWQhu1x9yBbhd12Lxw7hQl6Pkx4ixFh&#10;0EXqinxkpD8xia9njzh7iKxqnzHJh4lt4Ctlhm9xRiWvhWp0wCCohJd4TRyvg/h7qkvaiF5nzkVT&#10;iBBqIT6uh3tsiDgQhqhvCDGihb9xuStchOJ0iiXPhBd3YiDsg316QR0QgxB87EtBhe9tx0TGhfFv&#10;lT5AhZlxbjfEhPZzXjFzhDl1cCtjg4l3pCXwgvF52iEmgox8CR1hgk5+A0q8g9Bzk0RMhCB03D3k&#10;hAJ2IjeGg4t3ezFMgvV48itagm16giYSgfd8FyFbgcB9nB2kga5+70pMggB5L0Pngpd58j2Vgq96&#10;nzdWgl57WDEtgep8MitFgYt9ICYagTJ+FiGEgRl++R3agSx/tEn7gHx+pUOXgVJ+2z1VgZ1+5jcx&#10;gWx++TEkgQ9/MCtUgMp/fCYogJZ/0SGagJ6AGx4FgMSAVAAA//8AAP//AAD//wAAbWZ0MQAAAAAD&#10;BCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICQoLDA0ODxAR&#10;EhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElK&#10;S0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKD&#10;hIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8&#10;vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T1&#10;9vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoa&#10;GxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxN&#10;T1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8&#10;vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp&#10;6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkK&#10;CwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4v&#10;MDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomL&#10;jpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX&#10;2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6&#10;+/v8/P39/v7//6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfG&#10;tqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpsel&#10;ZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g&#10;8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOH&#10;y7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHE&#10;p2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRM&#10;cuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Og&#10;h9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2&#10;wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuan&#10;TITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9Cv&#10;nYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4&#10;u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITa&#10;qFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5&#10;Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjW&#10;q5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72n&#10;gcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCW&#10;z6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+i&#10;Rkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6pYfGtqOHy7Ogh9CvnYjWq5qL&#10;3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6Y5Mv+iRkr9oE1g8aRMcuanTITaqFCWz6ZZpselZLHEp2+2wad4u72ngcC6&#10;pYfGtqOHy7Ogh9CvnYjWq5qL3aWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Y5Mv+iRUr9oUxg8qVLceapSoPaqk2Vz6lW&#10;pcioYbDFqmu1wqx1ur6rfb+6qoPFtqiHyrKmh9CroofWpJ6J3Jqaj+Gamo/hmpqP4Zqaj+Gamo/h&#10;mpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/h/6Y4Mv+jRUr9&#10;oktg8qZJceaqSILbrUqT0KxSo8msXa/Gr2ezw7FxuL+zeb24r4HEsqqHy6ymhtClo4bVnZ+G2pOd&#10;i96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L&#10;3pOdi96TnYve/6c4Mv+jRUr9okpf8qdIcOesRoHcr0eS0rBOocqxV63ItmKwxbpstbqzeL6yroHF&#10;raqHy6enhc+gpITTmKGF14+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqP&#10;n4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja/6c4Mv+jREv+o0lf86lGb+iuRIDds0OQ07ZIn8y3&#10;UarKwFysvbhst7OyeMCtroHGqaqGyqKohM6bpYTRlKOE1Iyhh9eMoYfXjKGH14yhh9eMoYfXjKGH&#10;14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfX/6c3Mv+jREv+pUde&#10;86pEbumxQX/fuD6O1r1Cm8/DSqTCvlyvtrdsua6xeMGproHGpauFyZ6phMyYp4PPkaWE0oqjhtSK&#10;o4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1Iqj&#10;htSKo4bU/6g3Mv+kREv+pkZe9K1Cbeq0Pn3hvTuL2sY8lsrGSKS5vFyyr7Ztu6mxecGlroLFoayE&#10;yJuqg8uVqYPNj6eEz4mmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobR&#10;iaaG0YmmhtGJpobRiaaG0YmmhtGJpobR/6g3Mv+kQ0v/qENd9a8/bOy4OnrkwzeH3dM1kMHESaex&#10;ul61qbVuvKSxesCir4LEna2Ex5ishMmSqoTLjamFzYiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoio&#10;hs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbO/6k2Mv+lQkv/qkFc9rI7&#10;au69NnfoyzOA0NIzk7jDS6iquWC2pLVwvKGye8CesIPDmq6ExZWthMeQrITJi6uFyoeqhsyHqobM&#10;h6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyH&#10;qobM/6k1Mv+lQkv/rD1a+Lc3Z/HEMXHf1yx7xdA1lbDCTqmkuGO3n7VyvJ2zfL+bsYPBl6+Ew5Ku&#10;hMWOrYXGiqyGyIesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yH&#10;yYesh8mHrIfJh6yHyYesh8mHrIfJ/6o0Mv+mQEv/sDlY+b0xYufOLWnQ4CR/uc83l6fCUqmeuma1&#10;mrVzu5izfb6XsoPAlLGFwZCwhcONr4XEia6GxYauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aG&#10;rofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG/6szMv+qO0n/tjJT8McqWtje&#10;IWbC3ySCrc48mJ/DVqeZvGiylrd1uJS0fb2Ts4O+kbKFv46yhsCLsYbBiLCHwoawiMOGsIjDhrCI&#10;w4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjD&#10;/60xMv+wM0X4wClM39YjTcfoIGqz3iaEoc9BlpfGWaSTwGqskLx1so+5fbaPt4O4jLaEuoq1hbyI&#10;tIa9hrOHvoSziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4Sz&#10;iL+Es4i/hLOIv4SziL+Es4i//68vMv+5KT/ozh4/zOYbUrfuIW2l3iyDl9JFkpDLW52MxWuli8J1&#10;qoq/fK2Hvn+whLyAsYO8grKBu4Ozf7qEtH66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1&#10;frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1/7IqMvHGHDPR4hQ6vPMbVqjuJm2Y&#10;4TV/jthKjIjQXZWGzGubhMl0oIHHeKN+xXulfMR9pnvEfqd5w4CoeMKCqXfCg6p3woOqd8KDqnfC&#10;g6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq+r4c&#10;KNbdDiPA8BQ/rP0eV5zwLWqP5T55ht5Og4HYX4t/1GuQetFwlHfPdJd1zneYc815mnLNe5txzH2b&#10;cMt/nG/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1v&#10;y4Cdb8uAnW/LgJ1vy4Cd2dILGMTtDimw/RZBn/8kVZH0NWWH60Zwf+VUeXvhYX923WiEcttuh2/Z&#10;cYlt2HSLa9h3jGrWeY1p1nqOaNV8jmfVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+&#10;j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG&#10;2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+f&#10;RkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiS&#10;zLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/&#10;mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJb&#10;ltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/&#10;nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOE&#10;l8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+&#10;vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCg&#10;ZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV&#10;+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+y&#10;gZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWL&#10;wrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTI&#10;nXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQ&#10;Ze+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/S&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCwxZx7tcKcg7m/mom+vJWLwrqQ&#10;jMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nVBV+qBQZe+jUXXkpFOG2qJbltCgZaTInXCw&#10;xZx7tcKcg7m/mom+vJWLwrqQjMW4jI/JtoiSzLOEl8+ygZ/SrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT/6M5Kv+fRkD/nk9U+qFOZO+k&#10;T3XlplGF2qVYldGiYqPJn22vxZ93tcKegLm/nYi+vJmJw7mUi8e2j43Ls4qQz7GGltSug6DXp4Gh&#10;1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHV&#10;/6M5Kv+gRkD/nk5U+qJNZPClTnTlqE+E26dVlNKlX6HKo2mtxaJ0tMKhfbm/oIW+u52Iw7iYici1&#10;k4vNsY6O066JltinhZ3aoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGF&#10;oNahhaDWoYWg1qGFoNahhaDW/6M5Kv+gRkD/n01U+6NMZPCnTHTmqU6D3KpTktKpW6DLpmarxqVw&#10;s8Oleri/pIK9u6KHw7idh8mzmInPsJSO1auSl9qgipzcm4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Y&#10;m4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Y/6M4Kv+gRUD/oExU+6RLY/GoS3Pm&#10;q0yD3a1QkdSsWJ7MqmKpx6psscSqdrbAqn68vKiEwrikhsmzoYjPrJyN1aOWlNqakZzclo6e2JaO&#10;ntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Y/6Q4&#10;Kv+gRUD/oEtT+6VKY/GpSXLnrUqB3rBNkNWwVZzOsF6nybBor8ayc7PDsny4vbCAwbasgsmup4XP&#10;paGK1ZyckdqVmZzckZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmR&#10;lJ7ZkZSe2ZGUntmRlJ7Z/6Q4Kv+gRUD/oUpT+6ZIYvKrSHHor0iA37NKjta1UZrQtlqkzLhlq8q9&#10;ca7BuXu2t7KAwK6shMimqIXOnaSH1JSgjtiOn5nbjJue2YybntmMm57ZjJue2YybntmMm57ZjJue&#10;2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57Z/6Q4Kv+hRUD/oklT/KdHYfKtRnDpskZ/&#10;4LdHjNm7TpfTv1ef0MVjpMXAcK26uHm3sLKAwKmthcegqITNl6WF0o6hideHoJLZh6Gc2IehnNiH&#10;oZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzY/6Q3Kv+h&#10;RED/o0hS/KlFYfOuRG/qtUN94rxEidzCSpPYylSZysZipLy9brCytni5qrGAwaSthcebqYTMk6aE&#10;0Iqjh9SDoo7WgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbW&#10;gqKW1oKiltaCopbW/6U3Kv+hREH/pEZS/apEYPSxQm7ruEF75MFCht/MRo3Tz1KXwcRhp7O7bbOr&#10;tXi7pbGAwZ+uhMaYq4TKkKiEzoimhtGCpIzTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04Ck&#10;ktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLT/6U3Kv+hREH/pUVR/qxCX/W0P2ztvD5458dA&#10;geDWRofJzVGauMJgqqy6bbWltXi8oLGAwZuuhMWVrITIjqqEy4eohs6Cp4vPf6aP0H+mj9B/po/Q&#10;f6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Q/6U2Kv+iQ0H/&#10;p0NQ/64/Xfe3PGnwwjtz5tA/edPZP4q+y1Gdr8BhrKW5bragtXm8nLKBwJivhMOSroTGjKyFyIeq&#10;h8qCqYrMf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mO&#10;zX+pjs1/qY7N/6Y2Kv+iQkH/qUBP/7I7W/m9OGXsyzht3Nw1eMfWPo6zyVKgp8BjrZ+5cLaatXq8&#10;mLKBv5SxhcKPr4XEi66GxYath8eCrIrIf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/&#10;q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J/6c1Kv+jQkH/rDxN/7c2V/LFM1/h1jZjzeMxfLrT&#10;P5GpyFShn8BlrZm6crWWtnu6lLOCvpKyhcCNsYbBibCHw4aviMSCrorFgK6MxYCujMWArozFgK6M&#10;xYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozF/6g0Kv+mPj//sTdK&#10;+b4wUufPL1XR4ixowOEwf63SQpOgyFehmMFnq5S8c7KSuHy3kLaCuo60hbyLs4a+iLKHwIWxicGD&#10;sYrBgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGw&#10;jMKBsIzC/6kyKv+rOD3/uC9F7sgpSNbfJVLD7Clssd8xgqHSRZKXylqfkcNpp46/dK2NvHyxi7qB&#10;tIi5g7aFuIS4g7eGuYG2h7p/tYm7frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8&#10;frWLvH61i7x+tYu8frWLvH61i7x+tYu8/6swKv+xLzj2wiY83NofO8brI1ez7Cpvo981gpbUSpCP&#10;zV2ai8hroYnEdaaGwnuqg8B+rIG/gK5/voKwfb2DsXu8hbJ6u4ezebuIs3m7iLN5u4izebuIs3m7&#10;iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4iz/60uKv67JTDj0hotyegb&#10;Qbb3I1ql7C5vluE8f4zYT4uH0l+ThM1smYHKdJ5+yHihe8d7o3nGfaR4xX+ldsSBpnXDg6d0w4So&#10;c8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlz&#10;woap/7QkJezKFiPN5RMsufYbRqf6JluY7jVsjOVEeoTeU4OA2WKKfNVsj3jScZN10HWVc894l3HO&#10;ephwzXyZb81+mm7MgJttzIKcbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuE&#10;nGzLhJxsy4ScbMuEnGzLhJxsy4Sc9cEVGdHfDBi88xMxqv8eR5r8LFmO8jxnhOpLcn3lWHp54GOA&#10;dN5qhHDbb4dt2nOJa9l2imrYeItp13qMaNZ8jWfWfo5m1YCOZdWBj2XVgY9l1YGPZdWBj2XVgY9l&#10;1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP0tIKCb/oDR2t/xUznf8jRZD/&#10;M1SF90NffvFRaHfsXG9w6WJ0a+dnd2jlbXlm5HB7ZeNzfWPidn1i4Xh+YuF5f2Hhe39g4H2AX+B/&#10;gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+B&#10;/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+&#10;h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7&#10;q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGnt&#10;oFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5&#10;If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/&#10;vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aU&#10;hLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4&#10;459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+c&#10;Rjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOY&#10;wbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPE&#10;k4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/mlFK/51SWfefVGntoFd4459c&#10;h9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyBm8O7fqDEunymxrd6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG/6A5If+cRjb/&#10;mlFK/51SWfefVGntoFd4459ch9qcZ5XSmXChzJZ7q8aUhLPEk4u2wo+PusCLkry+h5W/vYOYwbyB&#10;m8O7fqDEunymxrd6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzG/6A5If+dRjb/mlBK/55RWfegUmjtoVZ45KFahtueZJTSm26gzJh4qsaVgbLElYm2&#10;wZGOur+MkL29iJPAvISXw7qBm8W5fqDHuHynyLJ7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiw&#10;e6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI/6A4Iv+dRjf/m09K/59PWfiiUGjuo1N35aRXhdyi&#10;YJPTnmqfzZt0qceYfbHEl4a2wZSMur+Pjr68ipLCuoaVxbiCmsi3f6DLtHynzKx8qcqqfanKqn2p&#10;yqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanK/6A4Iv+dRTf/nE5K&#10;/6BOWPijT2fvpVF25aZVhN2lXZHUomadzZ9wqMicerDEmoK2wZiKur6SjL+7jY/EuIiTyLaDmcy0&#10;gKHPrH2lz6Z+p8ykf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/&#10;qMukf6jL/6E4Iv+dRTf/nU1J/6FMWPmlTWbvp0915qlTg96oWpDVpmKcz6Nspsmgdq7Fnn+1wZyH&#10;ur6XisC6kI3GtouSy7SIms6yhqTRpoCk0aCBp82fgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafM&#10;n4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafM/6E4Iv+eRTf/nkxJ/6JLV/mmTGbwqU5056tRgt+rV47X&#10;ql+a0KhppMulc6zGo3yzwqCEub6ciMC5lozGtZGSy6+NmM+qiqHSoISj05uEps6ahKfNmoSnzZqE&#10;p82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfN/6E4Iv+eRTf/nktJ/6NK&#10;V/qnS2Xwq0xz6K1PgOCvVI3ZrlyY0q1moc2rcKnIqnmww6eBt76hhMC1m4nGrpWPzKiRlc+ijp7S&#10;momi05aHpc+Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6V&#10;h6bO/6E3Iv+eRDf/n0pJ/6RJVvqoSWTxrEty6bBNf+GzUYvas1qV1LNjns+zbqXLs3irw6x8t7il&#10;gb+vnobGqJmMy6GVktCbkpvTlY6i1JGMpdCRi6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYum&#10;zpGLps6Ri6bOkYumzpGLps6Ri6bO/6E3Iv+eRDf/oElI/6VIVvuqSGTyrklx6rJMfeK2T4ncuFeS&#10;1rphmtO9baDJuHWrvrB6trOpf7+qooTGop2Ky5uakM+Vl5nSkJWi1I2QpdCMkKbPjJCmz4yQps+M&#10;kKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP/6E3Iv+eRDf/oElI/6ZHVfur&#10;R2PzsEhw67VKfOS6Tobev1WP2sNgldLEbZzFu3OqubN4tq6tfb+lp4LFnaKIy5afjs+PnJbSi5yi&#10;04iVpNCJlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXP&#10;/6I3Iv+fRDf/oUhI/6dGVfysRWL0skZu7LhIeua/TIPhx1OK3M1ijs7IbJvAv3GqtLd3tamxfL6f&#10;rIHFl6eGypCkjM6KopXRhqKh0oSbpdCFmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wa&#10;pc+FmqXPhZqlz4Wapc+FmqXP/6I2Iv+fQzf/okZH/6hEVP2uQ2H1tURs7rxGd+nES3/jz1SE2dRl&#10;iMjLa5q6wnCprrp3tKO0fL2ar4HDkqyFyIupisyEp5LPgKac0ICjpc+AoabOgKGmzoChps6AoabO&#10;gKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabO/6I2Iv+fQzf/o0VH/6pCU/6xQV/2&#10;uEFq8cFEc+rMS3ng2lZ8z9VejcDMaZuzw3Kop7t5s561f7uXsYPCjq2FxoeriMqBqY3NfKiWznuo&#10;os17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabN/6M2&#10;Iv+fQzf/pUNG/6xAUv+0Pl35vT9m7shDbePWTW/V3U6BxNNZkbXJZp+pwXGroLt5s5m2gLqUsoXA&#10;jK+GxIatiMeAq4zJfKqSynqrnMp5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5&#10;q5/Keaufynmrn8p5q5/K/6M1Iv+gQjf/pkFF/689UP64O1nzxDxh5tFDZNnfQ3PI3EqFt9BXlarH&#10;ZaKgwHCsmbp5tJS2gLqRs4W+i7GGwYWwiMOBrovFfa2Qxnqtl8Z6rZrGeq2axnqtmsZ6rZrGeq2a&#10;xnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrG/6Q0Iv+hQTf/qT1D/7M5Tfm+N1XqzDpZ&#10;2907YsvlP3e72UiJq85XmKDGZaSYwHGsk7t6s5C4gbiMtYS7iLOGvoWyicCBsYvBfrCPwnuwlMN6&#10;sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbD/6Q0Iv+j&#10;Pjb/rTlB/7g0SPDGM03f2TZQzeU2Z77kO3ut10iMoM1YmZfGZ6SSwXKrjr17sIy6gbSIuIO3hLeF&#10;uYK1iLt/tIq9fLONvnqzkb96s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/&#10;erOTv3qzk796s5O//6YyIv+mOjT/sjM998AuQuTSL0HP5C5Vv+8za6/hO36g1kqNls5bmZDIaaGM&#10;w3OoicB7rIa+f6+CvIGygLuEs326hrV7uYi2ebiLt3e3j7h3t5C5d7eQuXe3kLl3t5C5d7eQuXe3&#10;kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5/6cxIv+sMzH/uSs26swmNtLhJkHB7yxasO0z&#10;bqHhPX+V102MjdBelonLa52Gx3Sig8R6pn/Dfal8wYCresCCrHm/hK13voavdb6JsHO9jLFzvY2x&#10;c72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2x/6kuIf+zKivy&#10;xSIs1t4cLcPtI0ey+Stdouw2b5XiQn2L2lKIhdRgkILQbJZ+zHObe8p3nnjJe6B2yH6idMeAo3PG&#10;gqRxxYSlcMSHpm7Eiqduw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOL&#10;p27Di6duw4un/6wqIPq9HyLc2RIbxesaM7T6I0qj+S5ele48bYrlSXmD31aCftpkiXrWbI5203GR&#10;c9J1lHHQeZVvz3uXbc5+mGzOgJlrzYKaas2Em2nMh5xozIicaMyInGjMiJxozIicaMyInGjMiJxo&#10;zIicaMyInGjMiJxozIicaMyInGjMiJxozIic/7YeGOTQDhPI6REgtfkbN6X/JkuX+jRci/FCaILq&#10;T3J85Vt6d+Fkf3LeaoNu3HCGbNt0iGrZd4lo2XmLZ9h8i2bXfoxl1oCNZNaCjmPVhY9i1YWPYtWF&#10;j2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWP6ccNDMraCw+39xIk&#10;p/8dOZj/K0mM/jpXg/ZJYXzwVWl17F5vbuljdGrnaXdn5W55ZeRye2PjdXxi4nd9YeJ5fmDhe39f&#10;4X1/X+B/gF7ggoFd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3f&#10;g4Fd34OBy9AJA7riCxOo/xQmmv8hN43/MUWE/0BQfPxOWHT4V19t9F1kZ/JiZ2PwaGph7mxsX+1w&#10;bV3tcm9c7HVvW+x3cFrreXFa63pxWep8cljqf3JY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9z&#10;WOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9z/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fc&#10;lnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pT&#10;T/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7&#10;wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWH&#10;lLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS&#10;1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6c&#10;VV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHum&#10;vMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTD&#10;hJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71nFps7JtfeuSZZ4fclnGS1ZN7&#10;nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5q72/eLK9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/5w4Gv+aRi3/l1FB/5pTT/6cVV71&#10;nFps7JtfeuSZZ4fclnGS1ZN7nM+QhKTLjoyryIqQsMWHlLTDhJi3woGbucF/nrrBfaK7wHumvMB5&#10;q72/eLK9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9/504&#10;Gv+aRS7/l1BB/5tRT/+dVF31nlhr7J1deeSbZIbcmG6S1ZV4nNCSgaTLj4mrx42PscWJk7XDhZe4&#10;woKausF/nrvAfaK9v3unvr95rb67eLG+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62&#10;ebK+tnmyvrZ5sr62ebK+/504Gv+aRS7/mE9A/51QTv+fUlz2oFVq7aBaeOWfYIXdnGqR1phzm9CV&#10;faTLkoWrx4+NscSMkbbCh5W5wYOZu79/nb6+faK/vXqowLx5r8G0ebDBsHqwwLB6sMCwerDAsHqw&#10;wLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDA/503Gv+bRS7/mU5A/55OTv+hUFv3olNp&#10;7qNXd+aiXYPen2aP15xvmtGYeaPLlYKrx5KJscSOj7bCiZO6v4SYvb2AncC8faPCu3uqxLR6rcSt&#10;e67Dqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/B/543Gv+b&#10;RC7/mk1A/59NTf+iTlv3pFFo76VVdeelWoLfo2KN2KBrmNKcdaHMmX6pyJWGsMSSjbbBjJG7voaW&#10;v7yBnMO6fqTFt3yrx617q8anfK3EpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7D&#10;pH2uw6R9rsOkfa7D/543Gv+bRC7/m0xA/6BMTf+kTVr4pk9n8KhTdOioV4Dgp16M2qRoltOhcZ/O&#10;nXqnyZmDr8WVirXBj4+7vYmVwbqFncS2gqTHsICqyKd9qsiifqzFn3+uw59/rsOff67Dn3+uw59/&#10;rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67D/543Gv+bRC7/nEs//6FKTP+lS1n5qE5m8apR&#10;c+mrVX/iq1uK26lllNWmbp3Po3elyp+ArMWZhrS/k4y8uI2TwbKJmcWuhqHIqoSpyaGAqcqcgazG&#10;m4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3E/542Gv+cRC7/&#10;nEo//6JJTP+mSln5qUxl8axPcequVH3jr1mI3a5ikdata5rRqnWiy6V9q8Gdg7S5lom8spGQwayM&#10;lsaniZ3Io4emypuDqMuYg6vHloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloSt&#10;xZaErcWWhK3F/542Gv+cQy7/nUk//6NIS/+nSVj6q0tk8q5OcOuxUnvks1eF37RgjtmzapbRsXWe&#10;xqh7q7yggbSzmoe8rJSNwqaQlMagjZvJnIuky5aHqMuTh6vIkoesxZKHrMWSh6zFkoesxZKHrMWS&#10;h6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF/582Gv+cQy7/nkg//6NHS/+oSFf7rUlj87BMb+y0&#10;UHnmuFaD4btei9q7apLNtHOewat5qrekf7SunYS8ppiKwaCUkcaakZjJlo+hy5GMqMyPiqrIjoqs&#10;xo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzG/582Gv+cQy7/nkc+&#10;/6RGSv+qRlb8rkhi9LNLbe64T3fovVV/4cFehtbAbI7It3Gdva53qrKnfbSpoYK7oZyIwZqYj8aU&#10;lpbJkJSfy4ySqMyKj6rJio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqO&#10;rMaKjqzG/582Gv+cQy7/n0Y+/6VFSv+rRVX8sEZh9rZJa/C8TnTnwlV738hhgNHDao3EunCduLJ1&#10;qa2re7OjpYC7m6GGwZSdjcWOm5TIipmdyoaZqMuGlKrJhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvG&#10;hpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvG/581Gv+dQi7/oEU9/6dESf+tQ1T+s0Rf97pHaO/BTXDl&#10;yVZ13M5keszGaY2+vm6csrZ0qKewebKeq366laaEwI6ji8SIoZLHhJ+ayYCfp8qBmqrIgpirxoKY&#10;q8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvG/6A1Gv+dQi7/oUQ9/6hC&#10;SP+vQVP/tkJd975GZezHTWvj0lht1tNhesfKZ4y5wm2brLxyp6G2d7GYsX25j62CvoiqicOCqJDG&#10;faeZyHqnpcl7oqvIfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9&#10;nqzG/6A1Gv+dQi7/okI8/6pAR/+yPlH9ukBZ88NEYOjPTmPf3Flnz9hgecDPZoqyyGuapsJwppu8&#10;dq+RuHu3ibWBvIKyh8B9sI7DeK6WxXatocZ1rKzGd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6at&#10;xXemrcV3pq3Fd6atxXemrcV3pq3F/6A0Gv+eQS7/pEA7/6w9Rf+1O073vz5V7MtEWeHaT1rU31Fs&#10;xtpafbjTYourzmmYn8ZxpJXAd62Ou360h7eDuYG0h718soy/ebGTwXawm8J0sKbCcrCtwnKwrcJy&#10;sK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3C/6EzGv+eQS//pz06/7A6Q/26&#10;OErwxjtP49VFTtXhRl/I4ktxut1SgazVW4+fzGablsZwpI/AeKuKvH+xhLmDtYC3h7h8tou7ebSQ&#10;vHe0l712tKG9dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+&#10;/6IzGv+gPi7/qjk3/7Q1P/bANUTnzzlF1988UMnnQWS75UZ2rNxOhZ/TWpKVzGecjsZxpIrCeaqF&#10;v36ugLyCsn26hrR6uYq2d7iOuHW3k7lzt5q5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3&#10;oLlzt6C5c7eguXO3oLlzt6C5/6MyGv+jOiz/rjQ0/roxOu3KMDva3TI/yuc4VbzsPWmt5UR5n9tO&#10;h5TTXJKNzGibiMhyoYTEeaaAwn2qfMCBrXm+ha93vYiwdLyLsnK7kLNwu5W0b7qatG+6mrRvupq0&#10;b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0/6QwGv+nNSr/tC8w9MMqMd7YKy3M&#10;5i5FvfI1Wq3uO2yf5ER7k9tRh4vUXpCGz2qYgstznX7IeKF6xnykd8SApnXDg6hzwoapccGJq2/A&#10;jaxtwJKtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5Wt/6Uv&#10;Gv+tLSX8vCco5dAhJM7kJDO+8SxKrvgzXaDtPW2T5Ed6it1UhYPXYYx/0mySe89yl3fNd5p0y3uc&#10;csp+nnDJgaBuyIShbceHomvGiqNpxo6kaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVo&#10;xZGlaMWRpWjFkaVoxZGl/6csGv+1JR/syRoc0OIZIb/wIjiv/StNoPg1XpPuQWyJ5k13geBYgH3c&#10;ZIZ42GuLc9VxjnDTdZFu0nmTbNF8lGrQf5Zpz4KXaM+FmGbOiJllzYyaZM2OmmTNjppkzY6aZM2O&#10;mmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6a/64kFvXBFxTU3w4QwO8YJrD9Izyh/y1O&#10;lPk6XYnxR2iB61JxeuZdeHTiZH1w32uBbd1whGrcdIZo23iIZtp7iWXZfYpk2ICLYtiDjGHWhY1g&#10;1omOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuO/rkWDdTS&#10;CwbC7g4WsfwZKqL/JT2U/zJMifxAWYH2TWJ68Fhpc+xfb2zpZHNo52p2ZuVveWTkc3pi43Z8YeN5&#10;fWDie35f4X5+XuGAf13gg4Bc4IWBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iB&#10;W9+IgVvfiIFb34iB1MgJA8TXCgey+xAZo/8cK5X/KDuK/zhIgf9FUnr8Ulpy91lga/ReZGbyZGhi&#10;8GlqYO5tbF7tcW1c7XRuW+x2b1rseXBZ63txWOt9cVjqf3JX6oJzVumEc1bphHNW6YRzVumEc1bp&#10;hHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzxM0IAbTdCAuk/xIal/8fKov/LjaB/z1Bef9K&#10;SXH/UlBp/1hVY/1dWF/7Y1tc+WddWvhrX1j3bmBX93FhVvZ0YVX2dmJU9XdjU/V5Y1P0fGRS9H5k&#10;UfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBl/5YzFP+VQyX/&#10;klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5&#10;oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc&#10;0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2V&#10;aHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3&#10;/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3J&#10;d6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnlknKE3498jtqMhZbVh4uc0YOQ&#10;oc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/klE3/5dTRf+ZV1P9mVtg9Zhhbe2VaHnl&#10;knKE3498jtqMhZbVh4uc0YOQoc+AlabNfZqpy3ueq8p5oa3Jd6WvyHWpsMd0rrHHc7OyxnO6ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy/5YzFP+VQyX/k1E3/5dT&#10;Rf+ZVlL9mVtg9Zhgbe2WZ3nlk3GE35B7jtqNhJbViIqc0YSQos+AlabMfZmpy3udrMl5oa7Id6Wv&#10;yHaqscd0rrLHc7SyxHS6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/&#10;dbqy/5YzFP+WQyX/lVA3/5lRRP+bVFL+nFhf9ZtdbO2ZZHjmlmyD35N2jdqPgJbUjIid0YeOo82D&#10;k6jLgJiryX2crsh6obHGeKWyxneqtMV1sLXFdLi1vXe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4&#10;tbh3uLW4d7i1uHe4tbh3uLW4d7i1/5czFP+WQyX/lk43/5pPRP+dUlH+nlVe9p5aau6cYHbnmmeC&#10;4JZyjNqSe5XUjoSd0IqLo82GkanKgpatyH6bsMZ7oLPFeaa1xHestsN2s7e+d7e3t3i2uLJ5triy&#10;eba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4/5gzFP+XQyX/l003/5tNQ/+f&#10;UFD/oFNd96BYae+fXXXonWSA4Zpui9uWd5TVkYCc0I6Jo8yJj6nJhJWux4CassV9oLXDeqe3wniu&#10;ucB3tbm4eLW5sXm1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5&#10;/5gzFP+YQyX/mEw2/5xMQ/+gTk//olFc+KNVaPCiW3TpoWF/4p5qidyac5PWlXyb0ZGFo8yMjKnJ&#10;h5OvxoKZs8N+oLfCeqi5wXixu7l4s7yxebO7q3q0u6d7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7&#10;tbqne7W6p3u1uqd7tbqne7W6/5kzFP+YQyX/mUs2/55LQv+hTE7/pE9b+aVTZvGlWHLqpF5946Jm&#10;h92ecJHXmXiZ0pWBoc2PianJipGvxYOYtMJ/n7i9fKe7unqwvbJ6sr6re7K9pnyzvKN9tLqjfbS6&#10;o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6/5kzFP+YQyb/mUo2/59KQv+jS07/&#10;pk5Z+qhRZfKoVnDrqFx75adihd+jbI7Zn3WX05p+n82ThqjFjY2vv4eUtbmDnLm1f6O8sX2svqx8&#10;sb+lfLG/oX6zvZ5+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7/5kz&#10;FP+ZQyb/mkk1/6BIQf+kSU3/p0xY+qpQZPOrVG7trFp55qxgguCqaYvapnOUz598ncaXg6i+kIqw&#10;uIuRtrKGmLqtg6C9qYGov6WAsMCff7DAnICyvZqBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7ua&#10;gbO7moGzu5qBs7uagbO7/5ozFP+ZQyb/m0g1/6FHQf+lSEz/qUpX+6xOYvWvUmzusFh26LFef9+w&#10;aIjVrHSQyqN6ncCbgai4lIewsY+OtquKlbumh52+ooWlwJ+Er8GZga/Bl4KyvpWDs7yVg7O8lYOz&#10;vJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8/5ozFP+ZQyb/nEc1/6JGQP+nR0v/q0lW&#10;/a9MYPayUWrutFdz5bdefN22aoPPr3KQxaZ4nbuefqeymIWwq5OLtqWOk7ufi5q+m4miwZiIrMKT&#10;ha/Ckoaxv5GGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8/5ozFP+Z&#10;Qib/nEY0/6NFQP+oRUr/rUdV/rFKX/W1UGjruVZw471ed9m7aoDLsnCQwKl2nbaifKetnIKvpZeJ&#10;tp6TkLuZj5i+lI2gwZGMqcKNiq7CjYmxv42Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9&#10;jYmyvY2Jsr2NibK9/5szFP+aQib/nUU0/6REP/+qREn/r0VT/LRJXfK5T2XpvlZs4cNgctO+aYDG&#10;tW6Pu610nLCmeqenoICvn5uGtZiXjruTlZW+jpKdwYqSp8KIkK7CiI6wwIiNsr2IjbK9iI2yvYiN&#10;sr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9/5szFP+aQib/nkQz/6VCPv+rQkj/sURS+rdI&#10;WvC9TmHmxFZn3slibc7BZ3/BuW2OtrFym6uqeKaipX6umaCEtZKdi7qMmpO+h5ibwISXpMKClq/C&#10;g5OwwISRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+/5szFP+aQSb/&#10;n0Iz/6ZAPf+tQEf/tEJP97tHV+3DTV3kzFhg2c1gbMnFZn68vWuNsLVxmqWvdqWcqnytk6aCtIyi&#10;ibmGoJC9gZ6Zv32eosF7nq/BfZmwwH+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ay&#10;vn+Wsr5/lrK+/5wzFP+aQSb/oEEy/6g/PP+wPkX/t0FN9MBFU+rJTlbi1VpX0tFea8TJZH22wWqM&#10;qrtvmZ+1dKSWsHqsjayAsoaph7d/p467eqaWvneloL90pq2/d6Gxv3qdsr56nbK+ep2yvnqdsr56&#10;nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+/50zFP+bQSb/oj8x/6o8Ov+zPEL7uz5J8MZETebS&#10;T03c3FdWzNVdar7NY3uwx2iLpMFtl5m8c6KPuHiqhrR+sH+yhbV5sIy4dK+Vu3Gun7xur6u9caqz&#10;vHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8/50zFP+bQCb/pDww&#10;/605OP+2OT/1wTxD6c5ERN7dTUfS4FNYxdtcaLfTYXqpzWaJnMhrlZHEcZ+IwHanf719rXi7hLFz&#10;uou0b7iUt2y3nbhqt6i5aba2uG2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2v&#10;tbltr7W5/54yFP+dPiX/pzku/7E2Nfu8NjrtyTo84NpEOtLiR0zH4k1eud5UbqzZW3yf1GKIlNBo&#10;k4rMb5uCx3eifMN+qHbAhKxyvoqvb7yRsW28mLJru6Gzarutsme6trRnura0Z7q2tGe6trRnura0&#10;Z7q2tGe6trRnura0Z7q2tGe6trRnura0/58yFP+gOiT/qjQs/7UyMfPDMjPj1Dgw0+E8P8boQlK5&#10;5UhjrOJNcp/fVH+T2V2KidJnk4PNcJp9yXefeMZ9pHTEg6dwwoipbsGOq2zAlKxqv5utab+lrWi/&#10;rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66t/6AwFP+jNiL/rzAo+7wt&#10;K+jNLCjV4DAwx+k4RLnsPles6UVnnudLdZLgU4CJ2V6JgtRokXzQcZZ4zHebdMp9nnDIgqFux4ej&#10;a8WLpWnEkKZoxJanZsOeqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahl&#10;w6Wo/6EvFP+oLx//tSoi8MYkIdjdIyDI6S01uvI1SazxPFqe8ENpkuhMdYjhVX+B22GHe9dqjXbT&#10;cZFy0XeVb898l2zNgJpqzIWbaMuJnWbKjZ5lyZKfY8mYoGLInqFiyJ6hYsieoWLInqFiyJ6hYsie&#10;oWLInqFiyJ6hYsieoWLInqFiyJ6h/6MtFP+uKRr4vyAa3tYYE8noIiW69Cs6rPg0TZ73PFyS8UZp&#10;iOlQc3/jWXt632SCdNxrhnDZcYpt1naNatV7j2jTf5Fm0oOSZNGHlGPRipVh0I+WYM+Ul17PmZhe&#10;z5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mY/6coEv+3HxLmzhENy+YVFrv0&#10;ISqs/is+nv80TpL6P1yI8kpmf+xVb3noXnVy5GR7buFrfmrfcIFo3nWEZdx5hWPbfYdi2oGIYNqE&#10;iV/Zh4pd2IuLXNeQjFvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSN&#10;/7AeC+3GDgjN2wsIu/MVGqz/IS6e/yw/kv83TYf9RFh/9k9hePFZaHHtX21q62RxZ+hqdGTnb3di&#10;5XR5YOR4el/je3td4358XOKBfVvhhH5a4Yh/WeCMgFjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjg&#10;j4FY4I+BWOCPgVjgj4FY4I+B870NBMzPCQG95QwMrP8XHp7/JC+S/y89h/89SX//SVJ4/FRacPha&#10;X2n0X2Rk8mVnYfBqaV7vbmtc7nJtW+12blrseW9Y7HxwV+t+cFbrgXFV6oRyVOqIc1Ppi3RT6Yt0&#10;U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0zMYIAL3UCAOt9Q4Pn/8aH5P/Jy2I&#10;/zQ5fv9CQ3f/TUpu/1NQZ/9ZVWL8Xlhe+2RbW/loXVn4bF5X93BgVvdzYVX2dmJU9XhiU/V7Y1L0&#10;fWRR9IBkUPODZU/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmvcsG&#10;AK7bBgSf/xAQk/8dHYj/Kih+/zgydv9EOm3/S0Fl/1FGX/9XSVv/XUxY/2JOVf9mUFP/alFS/21S&#10;UP9wU0//clRO/3VUTf93VU3/eVVM/ntWS/5+V0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK&#10;/YFXSv2BV0r9gVdK/YFX/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SF&#10;hIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7G&#10;oshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU&#10;/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HR&#10;bLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+M&#10;Ph3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOg&#10;m9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai&#10;yG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNiYPWRamvvjXJ26Yl8f+SFhIbg&#10;gIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi0WvAo81sxaPIbsaiyG7Goshu&#10;xqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+MPh3/ikwu/5JTO/+UV0j/lVxU/ZNi&#10;YPWRamvvjXJ26Yl8f+SFhIbggIuN3HyRktp5l5bYdpyZ1XOgm9RxpZ3Tb6mf0m6uoNJts6HRbLmi&#10;0WvAo81sxaPIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsai/40tDv+NPh3/&#10;jEwu/5RTO/+VVkf/lltU/ZVhYPaSaGvvj3B16Yt6f+SHg4ffgoqN3H6Qktl6lpfWd5ua1XSgndNy&#10;pZ/ScKmh0W6uotBttKPQbLqk0GzCpMpuxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/E&#10;pMRvxKTEb8Sk/44tDv+OPh3/jksu/5VROv+YVEf/mFhT/pheX/aVZGrvkmx16Y52fuSKgIffhYeO&#10;24COlNh8lJjVeZqc03afn9FzpKLQcaqkz2+vpc5utqbObb2nym7Cp8Nwwqe9ccKnvXHCp71xwqe9&#10;ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKn/48tDv+OPh7/kEot/5dPOv+ZUUb/m1ZS/ppbXveY&#10;YWnwlWh06pFxfuSOfIbfiYSO24OLlNd/kprUe5ie0neeodB0pKTOcqqmzXCxqM1vuanLb8Gpw3HB&#10;qbxywKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cq/48tDv+PPh7/kkot&#10;/5hNOf+bT0X/nVNR/51YXPibXmjxmWVy6pVtfOSRd4bfjIGO24eJldaBkJrTfZaf0Hmdo851o6bN&#10;cqupzHCzqstvvavFcr+rvXO/rLZ0vqyxdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1&#10;vq2xdb6t/5AtDv+QPh7/k0kt/5lMOf+dTkT/n1FQ/59WW/meXGbynGJx65hpe+WUc4Tgj32N24qG&#10;lNaEjZvSf5Wgz3qcpc12o6jLc6urynG1rcZxvq2+dL2utnW9rrB2va6sd72urHe9rqx3va6sd72u&#10;rHe9rqx3va6sd72urHe9rqx3va6sd72u/5AtDv+QPh7/lUks/5tKOP+eTEP/oU9P/6JUWvqhWWXz&#10;oF9v7J1meeaYb4Pgk3mM246Ck9aHipvSgZKhz3yapsp4oqrHdautw3O0r79zvLC3dbywsHe7sKp4&#10;u7Cnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebyw/5EtDv+RPh7/lkgs/5xI&#10;N/+gSkL/o01N/6RSWPulV2P0pF1t7qFjd+iea4DimHWJ3JJ+ktOMh5rMho+hxoCXp8F8nqy9eaav&#10;uXavsbd2urKvd7qyqnm6sqV6urKie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gi&#10;e7ux/5EtDv+RPh7/mEcs/51HN/+hSEH/pUtM/6dQVvyoVWH1qFtr7adhdOWkaX7en3OH1Jh9kMuR&#10;hJrEioyivoSTqLiAmq20fKKwsHqrs615tbSoerm0pHu5tKB9ubOdfbqznX26s519urOdfbqznX26&#10;s519urOdfbqznX26s519urOdfbqz/5ItDv+SPh7/mEYr/55GNv+jR0H/p0lL/6pOVfqrU17yrFlo&#10;6axgceKpaHrZpXODzZx6j8WVgZq9joiit4iQqbGEl66sgJ+xqH6ntKV9sbWhfbi2nX64tZp/ubSZ&#10;gLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqz/5ItDv+SPh7/mUUr/59ENf+k&#10;RUD/qUhJ/6xMU/iuUlzvsFhl5rFfbd6waXbSqXGCyKB4j7+Yfpq3koWisIyMqaqIlK6khZyyoIKk&#10;tZ2BrraagLe3l4G3tpWCubSUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmz&#10;/5MtDv+SPR7/mkQq/6BDNf+mRD7/q0ZI/65LUfWyUFnstVdh5Ldeadq0aXPNrG+CwqR2j7mcfJmx&#10;loOiqpGKqaOMka6eiZmymYehtZaFq7eThba3kYS3t5CFuLWQhbm0kIW5tJCFubSQhbm0kIW5tJCF&#10;ubSQhbm0kIW5tJCFubSQhbm0/5MtDv+TPR7/m0Mq/6JCNP+oQj3/rUVG/LFKT/K1T1bpulZd4b1g&#10;ZNS4Z3LIr22Bvad0jrSgepmrmoCipJWHqZ2Rjq6XjpaykouftY+KqLeMirO4i4m3t4uIuLWLiLm0&#10;i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0/5MtDv+TPR7/nEEq/6NAM/+pQTz/&#10;r0RF+rRITPC6TlPnv1ZZ3sJgYM+7ZnHDs2yBuKtyjq6keJilnn6hnpqEqJeWjK6Rk5SyjJGctYiP&#10;preFj7G4hY62t4aNuLaHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1/5Qs&#10;Dv+UPR7/nUAp/6Q+Mv+rPzv/sUJC+LhHSe2+Tk/lxldT2sZeX8u+ZHG+tmqAs69wjampdpigo3yh&#10;mJ+CqJGbia2KmZKyhZaatYGVpLd/la63fpS3t4GRt7aCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWC&#10;kLi1gpC4tYKQuLWCkLi1/5QsDv+UPR7/nj8o/6Y9Mf+tPjn/tEFA9LxGRevETUnizlhL08pcXsbC&#10;Y3C5umh/rrRujKOudJeaqXqfkqWAp4qhh6yEn4+xf52XtHucobZ4m6y3d5u3tnqXuLV8lbm0fJW5&#10;tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0/5UsDv+VPR7/oD0n/6g7MP+wPDf9uD88&#10;8cFEQOjLTkLe01VKzs1bXcDGYW60v2d+qLltip20cpWUr3iei6t+pYSohap9poyveKSVsnSjn7Rx&#10;o6q1cKO4tXOeubR2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mz/5YsDv+X&#10;PB7/ojom/6o5Lv+zOjT5vTw47shDOePVUDfX2lJIyNJZXLrLX22txWV8ocBriZe6cJONtnachLN8&#10;on2wg6h3roqscq2Tr26snbFrrKiyaa22smyou7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7ux&#10;b6O7sW+ju7Fvo7ux/5csDv+aOx3/pDcl/602K/+3NzDzwzox5tBDMNzfSjXP31JHwdhYWrPRXmum&#10;y2N6msdpho/CbpCGv3SYfbx6n3a6gaRwuImoa7eSq2i3nK1lt6euZLe0rmWzva5orb2uaK29rmit&#10;va5orb2uaK29rmitva5orb2uaK29rmitva5orb2u/5gsDv+dORz/pzQj/7EzKPm9Mirqyzcp3N0+&#10;KdDjRjrF4k1LuN5VWqzZXGie02J3ks9ngojLbYx+yXOUdsd5mnDFgZ9qxImiZsOSpWLDnKdgw6ao&#10;X8O0qF/BwqhhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGp/5ksDv+gNRr/&#10;qjEg/7YuI/DFLSLf2DMc0OM6LsToQkC45UlQq+FOX57eVWyS21x3h9hjgX7Vaol21HGPb9F5lGvO&#10;gJhnzIibZMqQnWLJmJ9gyaGgX8mroF/JuZ9cyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjD&#10;olzIw6JcyMOi/5ssDv+kMBj/rywb+L4nG+TRJhfR4i0gxOs3M7frPkWq6UVUnudMYpLlUm6G41h4&#10;feBgf3bcaYZw2HGLa9V4j2jTf5Jl0YaUYs+NlmDOlJhezpuZXc2jmlzNrZpbzbeaW823mlvNt5pb&#10;zbeaW823mlvNt5pbzbeaW823mlvNt5pbzbea/50sDv+oKxT/tyQV68ocEdPgHhPE6ysmt/E0OKrw&#10;PEmd70RXke5LY4btUm196Ft1deNifHDga4Fr3XKFaNp4iGTZfoti14SNX9WKjl7UkJBc05WRWtOc&#10;klnSpJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyT/6ErDf+vIw/0whcM&#10;1t0QB8XrHhi39ikrqfczPJ32PEuR90RYhvZNYn3wVmp2615xbudkdmrka3pm4nJ9ZOB3gGHffYJf&#10;3oKEXd2HhVvcjIZa25GHWNqWiFfZnYlW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZ&#10;o4pW2aOK/6gjCf25FgfW0QsDxuoQC7b3Hh2p/SkunP40PpD/PkuG/kdWffhRXnbzWWVu8F9qaO1l&#10;bmTqa3Jh6XF0X+d2dl3me3hb5X95WeSEeljjiHxX44x9VuKRflThl39T4Zx/U+Gcf1PhnH9T4Zx/&#10;U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx//7EVA9THCQHG1goDtvcSD6j/HyCb/yswkP82PYX/QEh9&#10;/0tRdf1UWG35Wl1n9mBiY/NmZV/ya2dc8HBpWu90a1jueGxX7XxuVeyAb1TshHBT64hxUuuMcVHq&#10;kXJQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVz1r4HAMXLCAC32wkFqP8U&#10;Epv/IiGQ/y4uhf85Onz/REN0/05KbP9UUGX/WlRg/V9YXftlWlr6alxX+W5eVfhyX1T3dmBS9nlh&#10;UfZ9YlD1gGNP9IRkTvSHZE3zjGVM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM&#10;85BmxMIGALbRBwCo7QsGm/8XE5D/JR+F/zEqfP88NHP/Rjtq/0xBY/9TRl7/WUla/15MVv9jTlT/&#10;aFBS/2xRUP9vUk//clNO/3ZUTP95VUv/fFVK/n9WSf6CV0j9hlhH/YpYR/2KWEf9ilhH/YpYR/2K&#10;WEf9ilhH/YpYR/2KWEf9ilhH/YpYtskEAKjZBAGb/w4Hj/8aEYX/Jxt7/zMkcf88LGj/QzJh/0o3&#10;W/9QO1b/Vj1T/1xAUP9gQU7/ZENM/2hESv9rRUn/bkZI/3FGR/90R0b/dkhF/3lIRP98SUP/gElC&#10;/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NK/4IoCf+CORb/gUgl/4pPMf+O&#10;Vj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mix&#10;kN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS&#10;/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXi&#10;b52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o&#10;0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/j1xJ/45jVP6Kal74hXFo8oB6&#10;cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1nt5HdZr2R3GXFktxlzZLUZtGS&#10;z2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4IoCf+CORb/gUgl/4pPMf+OVj3/&#10;j1xJ/45jVP6Kal74hXFo8oB6cO58g3fqeIt953SSguRxmIXib52I4W2ii+Brp43faayO3mixkN1n&#10;t5HdZr2R3GXFktxlzZLUZtGSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS/4Io&#10;Cf+DORb/g0cl/4xOMf+QVT3/kVtI/5BhU/6NaF74iG9o8oN4cO1+gnjpeop+5naRg+Rzl4ficJ2K&#10;4G6ijN9rp47daqyQ3WiykdxnuJPbZr+T22bHlNlm0JTPaNCTy2nQlMtp0JTLadCUy2nQlMtp0JTL&#10;adCUy2nQlMtp0JTLadCU/4MoCf+DORf/hkYk/45NMP+TVDz/lFhH/5JeU/+QZV34jG1n8oZ1cO2B&#10;f3jpfYd+5XmPhOJ1lYjgcpuM3m+hj91sp5Hca6yT22mzlNpoupbZZ8OW2WbNl9BpzpbIas6XxGvN&#10;l8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82X/4QoCf+EORf/iEUk/5FMMP+VUTv/llZH&#10;/5VcUv+TYlz5j2pm84pycO2Fe3jpgIR/5XuMheJ3k4rfc5qO3XCgkdttppTaa62W2Wm0l9hovZjY&#10;Z8iZ0WnMmclrzJnCbMyavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcua/4UoCf+F&#10;ORf/ikQk/5NLL/+XTzr/mFRG/5dZUP+WYFv5kmdl845vb+6JeHfpg4F/5H6KheF5kYvedZiP3HGf&#10;k9puppbYbK6Y12q2mtZowZvTacubymvLm8Jtypy7bsqduG/Knbhvyp24b8qduG/Knbhvyp24b8qd&#10;uG/Knbhvyp24b8qd/4UoCf+GORf/jEQj/5VKL/+ZTTr/mlFE/5pWT/+ZXVr6lmRk9JJrbu6NdHbp&#10;h35+5IGHheB8j4vdd5eQ23OeldhvppjWbK+a1Wq5nNRpxp3LbMmdw23JnrxvyJ+1cMifsnHIn7Jx&#10;yJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccif/4YnCf+GORf/jkMj/5dJLv+aSzn/nE9D/51U&#10;Tv+cWlj7mmBi9ZZobO+Rb3Xqi3l+5YWDheB/jIzdeZWR2XSdltRwpZrQbq6dzWy3n8trw6DDbseg&#10;u2/HobVxxqGvcsahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ah/4cnCf+HORf/&#10;kEIj/5hHLf+cSTj/n0xC/6BRTP+gV1b7nl5g9Jtlau2WbHPnkHZ84YqAhNuEiYvTfpGSzniZmMl0&#10;oZzGcamfwnCyosBvvaO6cMWjs3LFpK5zxaSpdMWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXF&#10;o6Z1xaOmdcWj/4cnCf+IOBf/kUEi/5pFLP+eRzb/oUpA/6NQSv6jVVT2olxd76BiZ+icaXDhlnR5&#10;2pB9gtGJhovKgo2TxX2VmcB5nZ68dqWhuHOtpLVyuKWycsOmrHTDpqd2w6ajd8SloXjEpaF4xKWh&#10;eMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSl/4gnCf+IOBf/k0Ei/5tELP+gRTX/o0k//6VOSPun&#10;VFHzplpb66VgZOOiaG3cnXN20ZV6gsmNgovCh4qTvIKRmrd9mZ+yeqGjr3eppqt2s6epdsCopHfC&#10;qKF5wqedesOnm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6abesOm/4gnCf+JOBf/lUAh&#10;/51CK/+iRDT/pUg9/6hMRviqUk/vq1hX56tfYOCoaWnUoXB1y5l4gcKSf4u7i4aUtYaOmq+ClaCq&#10;fp2kpnump6N6sKmgebyqnXrBqZp8wamYfcKoln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9&#10;wqeWfcKn/4knCf+JOBf/lj8h/55BKv+jQjP/p0Y7/qtLRPWuUUzssFdU5LFeXNutaGbPpW51xZ11&#10;gbyWfIu1kIOUroqLm6iGkqCjgpqlnoCiqJt+rKqYfrirln7Aq5R/wKqTgMGokoDCqJKAwqiSgMKo&#10;koDCqJKAwqiSgMKokoDCqJKAwqiSgMKo/4knCf+KOBf/mD8g/58/Kf+lQTL/qkU6/K5JQfKxT0np&#10;tVZQ4bdfV9WxZWXKqGx0wKFzgLeaeouvlIGUqI+Im6KKj6Cch5ell4SgqJSCqaqRgrWrj4K/q46D&#10;wKqNg8GpjYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8Go/4onCf+LOBf/mT4g/6E+&#10;KP+mQDD/rEM4+bFIP/C1TkXnulVL3rteVNC0ZGXFrGtzu6RxgLGeeIqpmH6TopOFmpuPjaCWjJWl&#10;kYmdqI2Hp6uKh7KsiIe/rIiHwKuIhsCpiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiI&#10;hsGo/4onCf+MNxf/mz0f/6I9J/+oPy//rkI297RHPO26TUHkwFZG2b9cU8u3Y2TAr2lztqhvf6yi&#10;dYqknHyTnJiDmpWUiqCPkZKlio6bqIaNpKuDjK+sgY29rIKMv6uDisCpg4rBqYOKwamDisGpg4rB&#10;qYOKwamDisGpg4rBqYOKwamDisGp/4snCf+ONxf/nDwf/6M7Jv+qPS3/sUAz9LhFOOq/TDzix1VA&#10;08JaUse6YWO7s2dysK1tfqenc4meoXqSlp2AmY+aiJ+Jl5CkhJSYqH+Toqp8kq2repK6rHuRwKt9&#10;j8Gpfo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGo/4wnCf+PNhb/nToe/6U6Jf+t&#10;Oyv8tD4w8bxDNOfFTDbey1I/zsZZUcK+YGK2uGZwq7FsfaGscoiYp3iRkKN+mImghZ6CnY2jfZuW&#10;p3iZn6l1mKqqc5m3q3SYwKp3lMGpeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8Ko&#10;/4wnCf+RNRb/nzgd/6c4I/+vOSj5uDws7sJCLuXNTC3Y0E89yclXULzDXmCwvGRvpbdqfJuycIaS&#10;rXaPiql8loKmg5x8pIuhdqKTpXKhnadvoKipbaC1qW2gwahwm8KncpnCp3KZwqdymcKncpnCp3KZ&#10;wqdymcKncpnCp3KZwqdymcKn/40mCf+UNBX/oTYb/6o2If+zNiX1vjkn6slAJuDWSSjR1U48w85W&#10;TrbIXF+qwmNtn71oepS4boSLtHSNg7F6lHyugZp1rIiecKuRomupm6RoqaamZqmzpmaqw6VppMSl&#10;a6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSl/44mCf+XMxT/ozQa/60zHv64MiDw&#10;xTUg49M/HNjeRSbK2006vdNUTLDOW12jyWFrmMRnd43AbIGEvXKJfLp4kHW4f5ZvtoeaarWQnWW0&#10;mqBis6WhYbSxomC1wqFir8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8ai/5Am&#10;Cf+bMRL/pjEX/7EuGve+LRrnzjEX2d45Gc3jRCjC4E04tdtTSqjVWVqc0F9okMxlc4bJa319xnGF&#10;dcR3i27DfpBpwYaUZMCPl2DAmppdwKWbW8Cxm1rBwZtbvMqcXbfKnV23yp1dt8qdXbfKnV23yp1d&#10;t8qdXbfKnV23yp1dt8qd/5EmCf+fLxH/qi0U/7coFe3IJhLa3CkOzOQ2HcHmQC6240g+quBOTJ7d&#10;VlmS2l1liNZjb37Uanh20nB/btB3hWjPf4ljzoeNX86QkFvNmpJZzaWTV86yk1bPwpNWy9CUV8XP&#10;lVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+V/5MmCf+jLA7/sCYP9cAfDd/VGwfN5CcT&#10;wes0I7XqPTOp50VCneVLUJHjUlyG4lhmfOBfbnTfZnVs3m16Zt51f2HdfYJd3IaFWtuPiFjZmIpW&#10;2KGLVNisi1TYt4xT2MmLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taL/5ckCf+p&#10;Jgr+uBwJ5s4RBc7jFwjA7iYXtPAyKKjuOzic7UNGkexLUobsUlx861lkc+tea2rqZHBl6Gx1YeZ0&#10;eF7kfHtb4oN9WeCLf1bfkoFV3pqDU96ig1LdqoRR3baEUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+E&#10;Ud2/hFHdv4RR3b+E/58hBv+wGwXpxQ0D0NkLAsDuGAyz9iYcp/UxLJv1OzqQ9URHhfVMUXz1U1pz&#10;9Vlga/NfZmXwZmph7W1tXet0cFrqenNY6IF0VueHdlTmjXhT5ZR5UeSbelDkoXtP46p8TuOwfE7j&#10;sHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8/6gcAuu8DAHNzAkAweAMBLL6GRCl/Ccgmv0y&#10;Lo/9PTuF/kVFe/9NTnL/VFVr+1paZPhgX2D2Z2Jc9G1lWfJyZ1fxeGlV8H5qU++DbFHuiW1Q7Y9u&#10;TuyUb03rmnBM66FxS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZy97MNAMzDCAC/&#10;0QgAse8OBqT/GxOZ/ykhjv80LoT/Pzl7/0dBcf9OSGr/VE5j/1pSXv5gVlr8ZlhX+2xaVfpxXFP5&#10;dl5R+HpfT/d/YE72hGFM9YliS/WOY0r0lGRJ85plSPOeZkjznmZI855mSPOeZkjznmZI855mSPOe&#10;ZkjznmZI855mzbsFAL3HBgCx2AcBo/8QCJj/HxSN/ywgg/83K3r/QTRw/0c7aP9NQWH/VEVc/1pJ&#10;WP9fS1X/ZU1S/2pPUP9uUU7/clJM/3dTS/97VEn/f1VI/oRWR/6IV0b9jVdE/ZNYRPyWWUT8lllE&#10;/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZvb8EALDOBACi4AYCl/8TCIz/IhOD/y4def84JW7/&#10;Pi1m/0UyX/9MN1n/UjtV/1g+Uf9dQE//YkJM/2ZDSv9qREn/bkVH/3JGRv92R0X/ekhD/35IQv+C&#10;SUH/hkpA/4tLP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49Lr8YCAKLWAgCW9woC&#10;i/8WB4L/JA93/y0XbP8zHmP/OiRc/0IoVv9JLFH/Ty9O/1UxS/9aM0j/XjVG/2I2RP9mN0P/aThB&#10;/2w4QP9wOT//czo+/3c6Pf97Ozz/fjw6/4M8Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/&#10;hj06/4Y9/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyT&#10;cu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B&#10;1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BKJ/+FUjP/hlk+/4VgSP+BaFL/&#10;fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq996WG1fuhgu3/oX8OA51/LgeZe&#10;1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B/3UkBv92NRD/d0Mc/4BK&#10;J/+FUjP/hlk+/4VgSP+BaFL/fG9a/Hd5Yvdzg2j0b4xu8WyTcu9qmnXtZ6B47GWleutkqnzqYq99&#10;6WG1fuhgu3/oX8OA51/LgeZe1YHgYNuB12LegdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HU&#10;Y9+B/3YkBv93NRD/eUIc/4JJJ/+HUTL/iFg9/4dfSP+DZlH/fm5a+3l3Yvd1gmn0cYpu8W2Sc+5r&#10;mXbsaJ9562ake+pkqn3pY69/6GK1gOdhvIHnYMSC5l/OguNf14PcYduD0mPdg89k3YPPZN2Dz2Td&#10;g89k3YPPZN2Dz2Tdg89k3YPPZN2D/3ckBv94NRD/fEEc/4VIJ/+KTzL/jFY9/4tdR/+HZFH/gmxa&#10;+3x0Yvd4f2nzdIhv8HCQdO1sl3jrap576WekfuhmqoDnZLCC5mK2g+VhvoTlYMeF5WDThd1i2YXT&#10;ZNyFzGXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24bJZduG/3gkBv94NRD/fkAb/4hHJv+N&#10;TjH/j1U8/45bRv+LYlD/hmlZ/IBxYvd7e2nzdoVw73KOdexulXnqa5x96GmjgOdmqYLlZbCE5GO3&#10;heRiwIfjYcuH32LVh9Vk2ofNZdmIxmfZicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJ&#10;/3kjBv95NBD/gD8b/4pGJv+QTTD/klM7/5FaRf+PYE//imdZ/IRuYfd+eGnyeYJw73SLdutwk3vp&#10;bZt/52qiguVnqYTkZbCG42S5iOJiw4niYtCK2GTYis5m2IrHZ9eLwGjWjL5p1oy+adaMvmnWjL5p&#10;1oy+adaMvmnWjL5p1oy+adaM/3kjBv96NBD/gz4b/41FJf+TTC//lVE6/5RXRP+SXU7/jmVY/Ihr&#10;YfeCdGnyfH9w7neIdutzkXzob5mA5muhhORoqYfiZrGJ4WS7i+Bjx4zcY9SMz2bWjMdo1Y3AadSO&#10;umrUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SO/3ojBv97NBD/hT0a/49EJP+WSi7/&#10;l044/5dUQv+VWkz/kmFW/I5pX/aHcGjygXpw7XuFd+p2jnzmcZeB422fhuBqqIndZ7CM2ma7jdZl&#10;x47RZtSPx2jTj79q05C5a9KRs2zSkbJt0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKR/3sj&#10;Bv98NBH/iDwa/5JDJP+YSC3/mkw3/5pSQf+ZWEr8l19U9pNmXfCNbmbrh3dv5oCBduF7i33cdZOD&#10;13Gch9JupIvPa6yOzGm1kclowJLHaM+Tv2vRk7hs0JOybdCUrW/Qk6tv0ZOrb9GTq2/Rk6tv0ZOr&#10;b9GTq2/Rk6tv0ZOrb9GT/3wjBv99NBH/ijsZ/5RBI/+aRiz/nEs1/51QP/+dVkj4m11R8ZhjW+uT&#10;a2TkjXVt3oZ+ddiAh3zReo+DzHaXicdyn43Eb6eRwG2wk75su5W7a8iWtm3PlrBvzparcM+WpnHP&#10;laVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+V/3wjBv99NBH/jDoZ/5dAIv+cRSv/n0k0&#10;/6BOPPuhVEX0oFpO7J1hWOWZaWHek3Nq1Yx7dM6Fg33If4uEwnqTir52m4+6c6OTtnGrlrNvtpix&#10;b8KYrXDNmKhyzZikc82YoHTOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6X/30jBv9/&#10;MxH/jjkY/5k/If+eQyn/oUcy/6NMOvilUkPwpFhL6KNfVOGfaF3XmHBozpF4dMaKgH3AhIiFun+P&#10;i7V7l5Cxd5+UrXWnl6pzsZmnc72bpXPLm6B1y5qddsyamnfNmZl3zZiZd82YmXfNmJl3zZiZd82Y&#10;mXfNmJl3zZiZd82Y/34iBv+AMhD/kDgY/5s/IP+gQij/pEYw/qZLOPSoUEDsqVdH5KldUNylZlrQ&#10;nW5ox5V1c7+OfX25iYSFs4OMjK1/k5GpfJuVpHmkmaF3rZued7mcnHfInJl4ypyXecublXrMmpR6&#10;zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJmUesyZ/34iBv+CMhD/kjcX/5w9H/+hQCf/pkQu+6lJ&#10;NfGsTzzprlVD4a9dS9WoZFnLoWtnwplzc7mTen2yjYGFrIiJjKaEkJGhgJiWnX2gmpl8qpyWe7ad&#10;lHvEnpJ8yp2Rfcqcj33Lm499zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99zJqPfcya/38iBv+EMRD/&#10;kzYX/548Hv+jPyX/qEIs+K1HMu+wTTnmtFQ/3bNbSdCsYlnGpGpmvJ1xcrSXd3yskX6FpoyGjKCI&#10;jZGahZWWloKempKAp52Pf7KejYDBnoyAyZ6LgMqdioDLm4qAy5uKgMubioDLm4qAy5uKgMubioDL&#10;m4qAy5uKgMub/38iBv+FMA//lTYW/587Hf+lPST/q0Eq9bBFL+y1TDTjulQ52LdZSMuvYVjBqGhm&#10;t6Fvcq+bdXynlXyEoJGDi5qNi5GUipOWj4ebmouFpZ2IhLCfhoS+n4WFyZ6FhMmdhYTKnIWEy5uF&#10;hMubhYTLm4WEy5uFhMubhYTLm4WEy5uFhMub/4AiBv+HLw//lzUW/6A6HP+nPCL+rT8n87NELOm6&#10;SzDhv1I107pYR8ezX1e8rGZlsqVtcamfc3uhmnqEmpaBi5SSiJGOj5CWiYyZmoSKop2Biq2ff4q7&#10;n36KyJ5/icmdgIjKnICIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uAiMub/4EiBv+JLg//mTUV&#10;/6I4G/+pOiD7sD0k8LhCKOa/Sirdw080zr1WRsK2Xla3sGVkralrcKSkcXqcn3iDlJt+io6XhpCI&#10;lY6VgpKWmX6QoJx6j6ueeI+4n3eQyZ55jsqdeozLm3uMy5t7jMube4zLm3uMy5t7jMube4zLm3uM&#10;y5t7jMub/4EiBv+LLQ7/mzQU/6Q3Gf+sOB74tDoh7b1AI+TGSSPXx0wzycFVRb26XFWytGNjqK5p&#10;b5+pb3mWpXaCjqF8iYedg4+Bm4uUfJiUmHeXnZtzlqidcZa1nnCWxp1ylMqcdJLLm3WRy5p1kcua&#10;dZHLmnWRy5p1kcuadZHLmnWRy5p1kcua/4IiBv+NLA3/nTQT/6Y0GP+vNRv0uDcc6cM+HODNRR/R&#10;y0syxMVUQ7i/W1OtuWFhorRobZmvbneQq3SAiKd6h4GkgY17oomSdaCRlnCem5ltnaabap2znGme&#10;w5xrnMubbpjMmm+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZ/4MhBv+QKw3/oDMR/6ky&#10;Ff2zMRfwvjQX5cs7FdrUPx3Lz0kwvslSQrLEWVGnv2BfnLpma5K2bHWJsnJ+ga94hXqsf4t0qoeQ&#10;b6iPk2qnmZZnpqSYZKaxmWOnwZlkpc2YZ6DNmGifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZdo&#10;n82X/4QhBv+TKQv/ojAP/60uEvi4LBLrxi8Q4NU4C9LaPRzF1EguuM9QQKzKWE+gxV5dlcFkaIu9&#10;anKDunB6e7d2gXS1fYdus4WLaLKOj2SxmJJhsKOUXrCwlV2xv5VdsdCUYKrQlGGo0JRhqNCUYajQ&#10;lGGo0JRhqNCUYajQlGGo0JRhqNCU/4YhBv+XKAr/piwN/7EoDvLAJgzj0CgH1N8yC8nfPhm920cs&#10;sdZPPaTRVkyZzVxZjsliZYTGaG57xG92dMF1fG3AfIJovoSGY72NiV+8l4xbvKKOWbyvj1i9vo5X&#10;vtSOWbbTj1q005BatNOQWrTTkFq005BatNOQWrTTkFq005BatNOQ/4ghBv+cJwj/qicK/LghCenK&#10;GwXV3iAEyeUwD77jPR204UYsqN5OOpzaVUiR1ltVhtNhYHzQZ2l0zm5wbc11dmfLfHtiy4R+XsqN&#10;glrKl4RXyqOGVcqvhlTLvoZTzNWGVMTZiFXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJ&#10;/40dBf+iJQb/sB8F8sIUA9nbDgHJ5iAHvegvFLLnOiKn5UMxm+NKPpDhUEqG31dUfN5eXXTdZWRs&#10;22xqZtt0b2HafHNc2YR2WdmOeVXZmHtT2qN8UdqwfVDbvn1Q3NN8UNTgflHQ4H9R0OB/UdDgf1HQ&#10;4H9R0OB/UdDgf1HQ4H9R0OB//5UaA/+pHwP7uhIC1M0LAMnmDwK87SALsO0uGaXsOSea60I1j+pJ&#10;QYXpUEt76FdTcuhdWmrnY2Bk52plX+dyaVvnemxX54JuU+eLcVDnlXJO6J90TOiqdUvotXZK58N2&#10;Sujddkvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1/50WAf+xEgHTwwkAx9EKALvyEQSv&#10;8yEPo/MuHZnzOSqO80I2hPNKQXvzUkly81dQafNcVmPzY1pd82leWfNwYVXzd2NS839mT/KHZ03w&#10;j2lL75hrSu+gbEnuqW1I7rNtR+3Abkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G7cdu/6cP&#10;ANO6BwDFxwcAutYJAK36Ewai+iISl/ovH437OiuD/EM1ev1MPnH9UUVo/VZLYf5bT1z+YlNX/mhW&#10;VP1vWFH7dVpO+nxcTPmDXUr4il9I95FgR/aZYUb2oGJF9adjRPSxZEP0tWRD9LVkQ/S1ZEP0tWRD&#10;9LVkQ/S1ZEP0tWRD9LVk1rIEAMS+BgC3zAYArNwJAaD/FgiV/yUUi/8yH4L/PCl5/0Uyb/9KOWf/&#10;Tz9f/1VDWv9bR1X/YUpS/2dMT/9sTk3/ck9L/3hRSf9+Ukf/hFNF/4tUQ/+RVUL+mFZB/Z5XQP2m&#10;WED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVhA/KlYxrgEALbEBACq0wUAnvINApT/GgmK/ygT&#10;gf80HXf/PCVt/0IsZf9HMl3/TTZX/1M6U/9ZPU//Xz9M/2RBSv9pQ0j/bkRG/3NFRP95RkL/fkdB&#10;/4RIP/+KST7/kEo9/5VLPP+cTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTDz/n0w8/59Mt7wDAKnL&#10;AgCc2wMAkv8QAon/HQiA/yoQdf8xGGv/OB9i/z4kW/9EKVT/SixQ/1EvTP9XMkn/XDNG/2A1RP9l&#10;NkL/aTdB/244P/9zOT3/dzo8/3w7O/+CPDn/hz04/4w9N/+TPjb/lT42/5U+Nv+VPjb/lT42/5U+&#10;Nv+VPjb/lT42/5U+qsQAAJzSAACP5wIAhv8RAnz/GwVx/yQLaP8rEV//MhdX/zkbUf8/Hkz/RiFI&#10;/00jRf9SJUL/VydA/1soPv9fKTz/Yyo6/2crOf9rLDf/byw2/3QtNf94LjT/fS4y/4IvMf+IMDH/&#10;ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijAx/4ow/2okBP9pMgr/bD4U/3ZGHv97TSn/fFUz/3pd&#10;Pf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZcrWv1W7Ns9Fq5bvNZwW7zWMlv&#10;8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw/2okBP9pMgr/&#10;bD4U/3ZGHv97TSn/fFUz/3pdPf92Zkb/cW5N/215VP9qhFr+Zo1f+2OVYvlhnGX4X6Jo916oavZc&#10;rWv1W7Ns9Fq5bvNZwW7zWMlv8ljUcO9Y4HDpWeRw41rmcNxd6HDcXehw3F3ocNxd6HDcXehw3F3o&#10;cNxd6HDcXehw/2ojBP9pMQr/bj4U/3dFHv98TSj/flQz/3xcPP95ZEX/c21O/294Vf9rglr9aItf&#10;+2WUY/lim2b3YKFp9l6na/VdrWz0XLNu81q6b/JZwXDyWcpx8VjYcexZ4XHmWuRx4Fzncdhd6HHY&#10;Xuhx2F7ocdhe6HHYXuhx2F7ocdhe6HHYXuhx/2sjBP9qMQr/cTwU/3pDHf+ASyj/gVMy/4BaPP98&#10;YkX/d2pO/3F0Vf9uf1v9aolg+maSZPhkmWj2YaBr9V+nbfNerW/yXLNw8lu6cfFaw3LwWc1z7lnd&#10;c+ha4nThXOVz2V7mc9Bf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53TQX+d0/2wjBP9rMQr/czsU&#10;/31CHf+CSif/hFEy/4NZO/+AYEX/e2hN/3RxVf9wfFv8bIdh+WiQZvdlmGn1Y59s82Gmb/JfrHHx&#10;XbNy8Fy7dO9bxXXvWtB16lrfduJc4nbbX+V10WDmdsph5XfKYeV3ymHld8ph5XfKYeV3ymHld8ph&#10;5XfKYeV3/20iBP9sMQv/djoU/4BBHf+FSCf/iE8x/4dXO/+EXkT/f2ZN/3huVf9zeVz8boRi+WqN&#10;Z/Znlmv0ZJ5u8mKlcfFgrHPvXrR17l28du5bx3ftW9Z45VzgeNxf43jSYOR4y2HkecRj43rEY+N6&#10;xGPjesRj43rEY+N6xGPjesRj43rEY+N6/24iBP9tMQv/eDgT/4M/HP+JRyb/i04w/4tVOf+IXEP/&#10;g2NM/31rVP92dVz8coBi+G2KZ/VplGzzZpxw8WOkc+9hrHXuX7R37V2+eexcy3roXNx63l/hetJh&#10;43vKYuJ8xGPifb5l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9/24iBP9uMAv/ezcT/4Y+&#10;HP+MRSX/j0wu/49TOP+NWkH/iGFL/4NpU/p8cVv3dnxi83GHaPBtkG3taZlx6mahdehjqXjmYbJ6&#10;5GC7e+Jfx3zgX9p91GLhfcpj4H7DZOB/vWbfgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34C3&#10;Z9+A/28hBP9vMAv/fjYS/4k8G/+QRCT/k0wt/5NSNv+SWUD/jmBJ+YhmUvSCblrvfHlh63eDaOdy&#10;jG7kbZVz4Gqdd91npnraZa581mO4ftNiw4DRYtOBymTfgcFl3oK7Z92CtWjdg7Bp3YOwad2DsGnd&#10;g7Bp3YOwad2DsGndg7Bp3YOwad2D/3AhBP9yLwv/gTQS/4w7Gv+TQyL/l0sr/5dRNP+WVz36k11G&#10;845kT+6Ia1jognVg43x/aN53iW7ZcpF0026ZedBroX3MaKmAyWaygsdlvYPFZcuEwWbchLlo24Wz&#10;aduFrmvbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24WpbNuF/3EhBP90Lgr/hDMR/486Gf+W&#10;QyH/mkkp/5pOMvyaVDv1mFtE7pRiTeePaVXhiXNe24J8ZtN8hW/Nd411yXKVesVvnX/BbKWCvmqt&#10;hbtpuIe5acSIt2nYiLBr2YirbNmIp23ZiKNv2oejb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qH&#10;/3EgBP92LAr/hjIR/5I6GP+ZQiD/nEcn/55ML/ieUjjwnVhA6ZpfSeKVZ1Laj3Bc0Yd4ZsqBgW/F&#10;fIl2wHeQfLt0mIC3caCEtG+ph7Fts4mubL+KrGzPi6hu14ukb9iKoHDYip1x2YmdcdmJnXHZiZ1x&#10;2YmdcdmJnXHZiZ1x2YmdcdmJ/3IgBP94Kwr/iDAQ/5Q5F/+bQR7/n0Ul/aFKLfSiUDTsolY85KBc&#10;RdybZU/Sk21cyox1ZsOGfW+9gYV2t3yNfbN4lIGudZyGq3OliadxroulcLqNo3DJjaBx1Y2cc9aM&#10;mnTWi5d02IqXdNiKl3TYipd02IqXdNiKl3TYipd02IqXdNiK/3MgBP96Kgn/iy8P/5Y5Fv+dPxz/&#10;oUMj+qRIKvGmTjHop1Q44adcQNWfYk7LmGtbw5FyZryLem+2hYJ3sIGJfat9kYKmeZmGonehip91&#10;q42cdLaOmnTFj5h11I6VdtWNk3fVjZJ31ouSd9aLknfWi5J31ouSd9aLknfWi5J31ouSd9aL/3Mg&#10;BP98KQn/jS8P/5g4Ff+fPRv/pEEh96hGJ+2rTC3lrVIz3KpZP9CjYU3GnGlavpVwZbaPd2+vin92&#10;qYWGfaSBjoKffpaHm3uei5d5qI6UeLOPknjBkJB505CPetSPjnrVjYx71oyMe9aMjHvWjIx71oyM&#10;e9aMjHvWjIx71oyMe9aM/3QfBP9+KAn/ji4O/5s4FP+hPBn/pz8f9KtEJOqvSinis1Eu1q5XPsun&#10;X03BoGdauZluZbGTdW6qjnx2o4qDfZ6Gi4KZg5OHlICbi5B+pY6NfbCQin29kYl+0JGIftOPiH7U&#10;jod+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y2HftWN/3QfBP+AJwj/kC4O/503E/+jOhj8qT0c&#10;8a9CIOe0SCTft04s0bFVPceqXky9o2VZtJ1sZKuXc26kk3p2no6BfJiLiIKSh5CHjoWZi4mDoo6G&#10;gq2Qg4K7kYKCzJGCgtOQgoLUj4KB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWN/3UfBP+C&#10;Jgj/ki0N/582Ev+lOBb5rDsa7rM/HeW5Rh/au0srzbRUPMKuXEu4p2NYr6FqY6accW2fl3d1mJN+&#10;fJKQhoKMjY6Hh4qWi4OIoI5/h6uQfYe4kXuHyZF8h9OQfIbUj32F1Y19hdWNfYXVjX2F1Y19hdWN&#10;fYXVjX2F1Y19hdWN/3UfBP+EJQj/lC0M/6A1EP+oNhT2rzgX67c9GOK/RRnVvkkqyLhTO72xW0qz&#10;q2JXqqZoYqGhb2yZnHV0kph8e4yVg4GGkouGgZCUi3yOno55jaiQdoy1kXSNxpF1jdOQdovUj3iJ&#10;1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y14idWN/3YeA/+GJAf/lywL/6IyD/+rMxHyszUT6Lw6&#10;E97FPxfQwUgpxLtRObm1WUiusGBVpapnYZymbWuUonRzjZ56eoabgYCAmImFe5aSiXaUm41yk6aP&#10;b5OzkG6Tw5Buk9OPcJHUjnKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWN/3ceA/+JIgf/&#10;mSwK/6UwDfyuLw7vuDEO5MM3DdnKOxbLxUYnv79QOLO6WEeptV9Un7BlX5asa2mOqHJxhqV4eICi&#10;f356n4eDdJ2PiG+bmYtsmqSNaZqwjmebwI5nm9WOaZjVjWyU1oxslNaMbJTWjGyU1oxslNaMbJTW&#10;jGyU1oxslNaM/3geA/+MIQb/nSsI/6gsCvizKgvqvysJ4MwyBtHOORXFyUUlucRONq6/VkWju11S&#10;mbZjXZCyaWeHr3BvgKx2dnmpfXxzp4SBbqWNhWmkl4hlo6KKY6OujGGjvoxgpNKLY6DXi2Wc2Ipl&#10;nNiKZZzYimWc2IplnNiKZZzYimWc2IplnNiK/3odA/+PIAX/oCkH/6wnB/K4JAblxyQE2dUnBcvT&#10;NxO/zkMjs8pMNKfFVEKcwVtPkr1iWom6aGSBt25sebR0cnOye3htsIN9aK+LgWOulYRfraCGXa2t&#10;h1utvIdartCHXKrah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqH/34aA/+UHwT/pSYF&#10;/bEgBOzBGgPf0xcB0NwlBMTZNRC41UEhrNBLMaDMUj+VyVlMi8VgV4LDZmB6wGxnc75zbWy8enNn&#10;u4J3YrqKe165lH5auJ+AWLisgVa5u4FVus+BVrbegliw3YJYr92CWK/dgliv3YJYr92CWK/dgliv&#10;3YJYr92C/4QXAv+ZHAL/qh8D9bkVAt7NDADQ3xIAxeAmBbvfNg6w3UAdpNlJLZjVUTuN0VhIg89e&#10;UnvMZVpzy2thbMlyZ2bIeWxhx4FwXcaKdFnGlHZWxZ94U8aseVLGu3pRx895UcTjelO84nxTvOJ8&#10;U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8/4oUAf+fGAH/sBQB2MMKAM7RCgDE5RQBueQmCK7kNBOk&#10;4j8gmeBHLY/eTzmF3FZEe9pdTHPZZFRs12taZtZyX2HVeWRc1IJnWNSLalXUlW1S1KBuUNStb07V&#10;vHBN1tBvTdXocE7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XJOzOly/5IRAf+nEQDYuQkAy8YI&#10;AMLVCgC36hYDrOonDKLpNBiY6D4kjedHMIPmTjp65VRDceRaSmnkYVBk42hVX+NwWVrjeFxW44Bf&#10;U+OJYlDjk2RN5J1lS+SpZ0rltmdJ5cZnSObfZ0rg7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ0rf7GdK&#10;3+xn/5wNANuxBgDKvQcAv8oHALXaCgCq7xkFoPAoD5bwNRuM8D8mgvBHMXnwTjlw71RAaO9aRmHv&#10;YEtd72dPWO9uUlTvdVVR8H1XTvCFWUvwj1tI8ZlcRvGjXkTyr19D8rtfQvPMYEHz52BB8+hgQfPo&#10;YEHz6GBB8+hgQfPoYEHz6GBB8+hg3qcCAMu2BQC9wQUAss8HAKfqDQGd9xwHlPgrEor4NhyB+UAm&#10;ePpIL2/6TTZn+lM8YPpYQFv7X0RW+2VHUvtsSU/8cktL/HlNSPyBT0X9ilFD/ZNSQf6cUz/+plQ9&#10;/7FVPf68Vjz+zVY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WzrACAL26BACxxwQApdYHAJv9&#10;EAKR/yAJiP8tEoD/ORt2/z8jbf9FKmX/SzBe/1E1WP9XOFP/XTtP/2M+TP9oQEn/bkFG/3VDQ/98&#10;RED/hEY9/4xHPP+USDv/nUk6/6VKOf+tSzj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lL&#10;vrUCALDAAgCkzgMAl94FAI//FAKG/yMIff8uEHP/NRhq/zweYv9CJFv/SChV/04sUP9UL0z/WjFI&#10;/18zRf9kNUL/ajY//3A3Pf92OTv/fDo5/4M7OP+LPDb/kz01/5o+NP+hPjP/qj8z/6o/M/+qPzP/&#10;qj8z/6o/M/+qPzP/qj8z/6o/sboBAKPIAACW1gAAi/QJAYP/FgJ5/yAGb/8oDGf/MBJf/zcXWP8+&#10;G1L/RB9M/0oiSP9QJET/VSZB/1onPv9fKTv/ZCo6/2krOP9uLDb/dC00/3ouM/+BLzH/iDAw/48w&#10;Lv+WMS3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njIt/54ypMIAAJbPAACI3wAAgP8MAXX/EgJq&#10;/xgDYv8hB1r/KQtT/zEPTf84Ekj/PhVD/0QXP/9KGTz/Txo5/1MbN/9YHDX/XB0z/2EeMf9lHzD/&#10;aiAu/3AgLf92ISv/fCIq/4IjKP+IIyf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5Ak/2Al&#10;BP9bMAb/YToN/2pBFv9vSh//cVIp/29bMv9rZDr/Z25B/2R6R/9ghEz/XY5Q/1qWU/9Ynlb/V6VY&#10;/1WrWv9UsVv/U7dc/1K+Xf5Rx178UdFf+1DgX/hQ6V/zUe1f7lPwX+hU8V/kVvJf5FbyX+RW8l/k&#10;VvJf5FbyX+RW8l/kVvJf/2AlBP9bMAb/YjkN/2xAFv9xSR//clEp/3FaMv9tYzr/aG1B/2V4R/9h&#10;g03/Xo1R/1uWVP9ZnVf/V6RZ/1aqW/9VsVz/VLdd/lO/Xv1Sx1/8UdNg+lDiYPZR6WDxUu5g61Tv&#10;YOVW8WDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg/2ElBP9cMAb/ZTgN/24/Ff90Rx//dVAo&#10;/3RYMf9wYTr/a2pB/2d2SP9jgU3/YItS/12UVf9anFj/WKNa/1eqXP5WsF79VLdf/VO/YPxTyWH6&#10;UtZi+FHkYvNS6mLtVO5i5lbvYuBY8GLbWPFj21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj/2IlBP9d&#10;Lwb/ZzYN/3E+Ff93Rh7/eE4o/3dWMf90Xzr/bmhB/2pzSP9mfk7/YolT/1+SVv9cm1r/WqJc/lip&#10;Xv1XsGD8Vbdh+1TAYvtTymP5U9pk9VLmZO9U62ToVu5k4VjvZNlZ8GXTWvBm01rwZtNa8GbTWvBm&#10;01rwZtNa8GbTWvBm/2IkBP9eLwb/ajUN/3Q8Ff96RB7/fEwn/3tUMP93XDn/cmVB/2xvSP9oe07/&#10;ZIZT/2CQWP9dmVv+W6Fe/VmoYPxYsGL7Vrhj+lXBZPlUzWX3U95m8lTnZupW62biWe5m2lruZ9Fb&#10;72jMXPBozFzwaMxc8GjMXPBozFzwaMxc8GjMXPBo/2MkBP9fLgb/bTMM/3c6FP99Qh3/gEom/39S&#10;MP98Wzj/d2NB/3BsSP9sd0//Z4JU/2ONWf1gllz8XZ9f+lunYvhZrmT3WLZm9VfAZ/RWy2jxVd1o&#10;7VbpaeNZ7GjaW+1p0Fzuasld7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5r/2QjBP9hLQb/&#10;cDIM/3s4FP+BQBz/hEkl/4RRLv+BWTf/fGFA/3ZpSP9wc0/7bH9V+GiJWvZkkl7zYZth8V+jZPBd&#10;q2buW7No7Fq8aupZx2voWdhr5Fnoa9pb62zPXe1tyF7sbsJf7G6+YOxvvmDsb75g7G++YOxvvmDs&#10;b75g7G++YOxv/2UjBP9kKwb/czAM/342E/+FPxv/iUgk/4lPLf+GVzb/gl4+/HxmRvh2cE70cXtV&#10;8G2FWu1pjl/qZZdj6GKfZuZgp2njXq9r4V25bOBcxG3eXNNu2V3mbs5e62/GX+pxv2Hqcbpi6XK2&#10;Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XK2Y+ly/2YjBP9nKQb/dy4L/4I1Ev+JPhr/jUci/41OK/+M&#10;VTP8iFw89oNkRfF8bE3sd3dU6HKBWuRuimDhapNk3WabaNpko2vWYqxu02C1cNBfv3HOX81yy1/i&#10;c8Rh6HO9Yuh0t2TndLJl53SvZud0r2bndK9m53SvZud0r2bndK9m53SvZud0/2ciBP9qJwX/eiwK&#10;/4Y0Ef+NPRn/kUUg/5JNKP2RUzH2jlo68IlhQuqDaUvlfnRT4Hh9WtpzhmDUbo9m0GuXasxon27J&#10;Zqdxx2Svc8RjuXXCYsZ2wGLad7pk5nezZeV3rmbld6po5XeoaOZ3qGjmd6ho5neoaOZ3qGjmd6ho&#10;5neoaOZ3/2ciBP9tJgX/fSoK/4k0EP+RPBf/lUQe/5dLJviWUi7xlFg26pBeP+SKZ0jdhHFQ1X15&#10;Ws94gmHKc4pnxm+SbMJsmnC/aqJzvGiqdrlntHi2ZsB5tGbQerFn43qraON6p2rjeqNr5Hmha+R5&#10;oWvkeaFr5Hmha+R5oWvkeaFr5Hmha+R5/2ghBP9vJAX/gCkJ/4wzD/+UOxb/mUMc/ZtJI/SbTyrs&#10;mVUz5ZZcO96RZUXUiW1QzIN2Wsd9fmHBeIZovXSObbhxlnK1bp11sWymeK5rr3usart8qmnKfahq&#10;4X2jbOJ8n23ifJxu4nuabuN7mm7je5pu43uabuN7mm7je5pu43uabuN7/2khA/9xIwX/gigJ/48y&#10;Dv+XOxT/nEIa+Z5GIPCfTCfon1Iu4J1aNtaVYUTNjmpPxohyWb+CemK5fYJotHmKbrB2knOsc5p3&#10;qHCieqVvq32ibrZ+oG3Ff55u23+bb+B+mHDhfpZx4X2UceJ8lHHifJRx4nyUceJ8lHHifJRx4nyU&#10;ceJ8/2khA/90IgT/hSgI/5ExDf+aOhL/nz8X9aJEHeykSiPkpFAp26FXNc+aX0PHk2hPv4xwWbiH&#10;d2Gygn9orX6Gbql6jnOkd5Z4oHWee51zqH6acrOAl3HAgZZy04GTc9+AkXTgf5B04H6PdOF9j3Th&#10;fY904X2PdOF9j3ThfY904X2PdOF9/2ohA/92IAT/hycH/5QwDP+dORH9oj0V8qVBGumoRx/gqk0l&#10;1KRUNMqdXULBl2VOupFtWLKLdWGshnxop4KDbqJ/i3SdfJN4mXmbfJV3pX+Sdq+BkHa9go52zoKN&#10;d96Bi3ffgIp44H+KeOB+injgfop44H6KeOB+injgfop44H6KeOB+/2ogA/94HwT/iSYH/5YwC/+f&#10;Nw/6pDoT76k/F+atRRrcrkokz6hTM8ahXEG9m2RNtJVrWK2PcmCni3looYeBbpuDiHSXgJB4kn6Z&#10;fI58on+Leq2CiHq6g4d6y4OGe96ChXvegYV734CFe+B/hXvgf4V74H+Fe+B/hXvgf4V74H+Fe+B/&#10;/2sgA/96HgT/iyYG/5gvCv+hNQ33pzgQ7K08E+OyQhbXsUcjy6tSMsGlWkC4n2JMsJlpV6iUcGCh&#10;j3dnm4t+bpaIhnORhY54jIKWfIiAn4CEf6qCgX+3g4B/yIR/gN2Df3/egX9/34CAfuB/gH7gf4B+&#10;4H+AfuB/gH7gf4B+4H+AfuB//2wgA/98HAP/jSUG/5ouCf+jMwv0qjQN6bE5D9+3PxLStEYix65Q&#10;Mb2oWT+zomBLq51nVqOYbl+clHVnlpB8bZCNg3OLiot4hoiUfIGGnYB+hKiCe4S1g3mExYR4hd2D&#10;eYTegXqD34B6guB/eoLgf3qC4H96guB/eoLgf3qC4H96guB//20fA/9+GwP/jyQF/50sB/6mMAnw&#10;rjEL5bY1C9u8ORHOt0Ugw7JPMLisVz6vp19KpqFlVZ6dbF6XmXNmkJV6bIqSgXKFkIl3gI2RfHuL&#10;m393iqWCdImyg3KJwoNyitqDc4negXSH34B1huB/dYbgf3WG4H91huB/dYbgf3WG4H91huB//28e&#10;A/+AGwP/kiME/6ArBvqpLAftsiwH4rwxB9XANhDJu0MfvrZNLrSwVjyqq11JoaZkVJmial2RnnFl&#10;ipt4a4SYf3F/loZ2eZOPenWRmH5xkKOBbpCvgmyQv4NrkdWCbY/egW+N34Bwi+B/cIvgf3CL4H9w&#10;i+B/cIvgf3CL4H9wi+B//3EcA/+DGQL/lSED/6MpBfatJwXotyYE3sMqA9DDNQ7Ev0EdubpMLa61&#10;VDulsFtHm6xiUpOoaVuLpW9jhaJ2an6ffG94nIR0c5qMeW+Zlnxrl6F/aJetgGaXvIFlmNGAZpbf&#10;f2iT4H5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X5qkeF+/3UaAv+HGAL/mCAD/6YlA/KyIAPkvh4C&#10;18kiAsrHMw2+w0Acs79KK6m6UzmftlpFlrJhUI2vZ1mFrG1gfql0Z3imem1ypIJybaKKdmihlHlk&#10;oJ98YZ+rfl+gun5foM5+X5/hfWKb4X1jmOJ8Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8/3gYAv+L&#10;FwH/nR0C/aseAuy4FwHeyBEAz80fAsTMMAu4yD4ZrcVIKKPBUTaYvVhCj7lfTYa2ZVZ/s2tdeLFy&#10;ZHKveWlsrYBuZ6yJcmKqknVfqZ14XKmqelqpuXpZqsx6WKnkeluk5HpdoeR5XaHkeV2h5HldoeR5&#10;XaHkeV2h5HldoeR5/30VAv+QFAH/oRgB9rEUANnBCwDSzwsAyNIcAbzRLgmxzjsXpstGJZzITzOR&#10;xFY/iMFdSYC/Y1J4vGpZcbpwX2u5d2Rmt39pYbaHbV21kXBZtZxyVrSpdFS0uHRTtct0U7XkdFSw&#10;53VWrOd1VqzndVas53VWrOd1VqzndVas53VWrOd1/4MSAf+WEQD/qBEA2bgKAM7ECQDH0goAv9kZ&#10;AbTYKwep1jkUn9NEIpTQTS+KzVQ7gcpbRHjIYk1xx2lTa8VvWWXEdl5gw35iXMKHZljBkWhVwZxr&#10;UsGobFDBt21PwsptT8LkbE+97G5QuexvULnsb1C57G9QuexvULnsb1C57G9Quexv/4kQAf+dDgDa&#10;rwgAzbsIAMTHBwC81gsAs98aAarfKweg3jkSlt1DHozaSyqC2FM1edVaP3HTYUZq0mhMZdFvUmDQ&#10;dlZb0H5aV8+HXVPPkV9Qz5xhTs+pY0zPuGNL0MtjTNDlYkrO8mVLyPJmS8jyZkvI8mZLyPJmS8jy&#10;ZkvI8mZLyPJm/5INAN6mBADOtAYAwr8GALnMCACw3QwAp+UdA57lLQuU5TkWiuRCIIHjSip34lAz&#10;b+FYO2ngX0Fj4GZGXt9uSlrfdU5W331RUt+GU0/fkFZN35tXS+CnWEngtVlI4cZZSOHfWUff8FlG&#10;3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VtG3PVb7ZwEANGtBADCuAUAt8MFAK3RCACk7RABm+0gBZLt&#10;Lg6J7DoYgOxDIXbsSipu7FAxZutWN2DrXDxb62RAV+trQ1PrckZQ63pJTeyDS0rsjE1I7JZORe2h&#10;UEPtrlFC7rxRQe/MUkHv5VJA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VFA7fFR1KUAAMSyAwC2vAMA&#10;q8kFAKDYCACX9BMBj/UkB4f1MQ9+9jsYdPZCIGz2SCdl9k8tXvdVMVn3WzVV92I4UfdoO034bz1K&#10;+HY/R/h+QUT5h0NC+ZFFQPqbRj76pkc8+7FIO/u+STr8z0k5/ONJOfzjSTn840k5/ONJOfzjSTn8&#10;40k5/ONJx60AALe3AgCqwwIAntAEAJPjCQCM/RgChP4nB3v/MQ9y/zgWaf9AHGL/RiJc/00mVv9T&#10;KlL/WS1O/18wSv9lMkf/azRE/3E1Qf95Nz//gTg8/4o6Ov+TOzj/nTw2/6c9Nf+xPjT/vj4z/8o/&#10;M//KPzP/yj8z/8o/M//KPzP/yj8z/8o/uLIAAKq9AACdygAAkdgCAIj7DQF//xkCdv8kBm7/LQxm&#10;/zUSX/88F1j/QxtT/0keTv9PIUr/VSRG/1smQ/9gJ0D/Zik+/2sqO/9yKzn/eS02/4EuNP+KLzH/&#10;lDAw/5wxLv+lMi3/rzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzMs/7czq7gAAJ7FAACQ0gAAg+AA&#10;AH3/DwFy/xYCaP8eBGH/Jwha/y8MVP83EE7/PhNJ/0QWRf9KGEH/Txk+/1UbO/9ZHDn/Xx02/2Qe&#10;NP9pHzL/cCAv/3chLf9/Iiv/hyMo/5AkJ/+ZJSb/oSYl/6cmJf+nJiX/pyYl/6cmJf+nJiX/pyYl&#10;/6cmn8AAAJHNAACD2wAAePYCAG//DQFk/xICXP8ZA1T/IARO/ycGSP8vCEP/Ngo//zwMPP9CDjj/&#10;Rw81/0wQM/9RETD/VhIu/1oTLP9fFCr/ZRQo/2sVJv9xFiP/eRci/4EYIP+JGB7/kRkd/5cZHf+X&#10;GR3/lxkd/5cZHf+XGR3/lxkd/5cZ/1YnBP9RMgX/VjUH/189Dv9kRRb/Zk4f/2RYJ/9hYi//Xm41&#10;/1p5O/9XhD//VI9D/1GYRv9PoEj/TqdK/02uS/9MtUz/S7xN/0rETv9Jzk//Sd5P/0jpUP9I8lD8&#10;SfZQ90v5UPFM+k/rTvtQ6k/7UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ/1YnBP9RMgX/WDQH/2I7Dv9n&#10;RBb/aU0f/2dWJ/9jYC//YGs1/1x3O/9YgkD/VY1E/1OWR/9Qn0n/T6ZL/06tTf9NtE7/TLxP/0vF&#10;UP9Kz1H/SeBR/0nrUf5J8lL5S/dS8035Ue1P+lHmUPpS5VD6UuVQ+lLlUPpS5VD6UuVQ+lLlUPpS&#10;/1cnA/9SMQX/WjIH/2Q6Dv9qQhb/bEsf/2pUJ/9nXi//Ymg2/150PP9agEH/V4tF/1SVSP9SnUr/&#10;UKVM/0+tTv9OtE//TbxR/0zFUf9L0VL/SuJT/0ntU/tL81P1TPdT7k/4U+hQ+VPhUvpU4FL6VeBS&#10;+lXgUvpV4FL6VeBS+lXgUvpV/1gmA/9UMAX/XTEH/2c4Dv9tQBb/b0ke/25SJ/9qXC//ZWY2/2Fx&#10;PP9dfUH/WYhG/1aSSf9UnEz/UqRO/1CrUP9Ps1H/TrtS/03EU/9Nz1T+TOBV+0zrVfhM9FXwT/dV&#10;6VH4VeJS+FbbVPlX2VT5V9lU+VfZVPlX2VT5V9lU+VfZVPlX/1kmA/9XLgX/YC8H/2o2Df9xPhX/&#10;c0ge/3JRJv9vWi7/amM2/2VuPP9hekL/XYVH/1qPSv9XmE3/VaBQ/1SoUv5Sr1P9UbdV/FDAVvpP&#10;y1b4T9xX9U/pV/JP81fqUvZX4VP3WNpV+FnRVvhaz1b4Ws9W+FrPVvhaz1b4Ws9W+FrPVvha/1km&#10;A/9aLAX/ZC0H/24zDf91PRX/eEYd/3dPJf90WC3/cGA1/2pqPP9mdkL/YoFH/l6LS/tblE/5WZ1S&#10;+FekVPZWrFb1VLRX81O8WPJTx1nwUtVa7FLmWulT8lnhVPVb11b2XM9X913IWfhdx1n4XcdZ+F3H&#10;Wfhdx1n4XcdZ+F3HWfhd/1olA/9dKgX/ZyoG/3IyDP95OxT/fEUc/3xNJP96VSz/dV40/29nPPxq&#10;ckL5Zn1I9mOHTPNfkFDxXZlT71uhVu1ZqFjrWLBa6le5W+hWw1zmVtFc41bkXN9W8F3VV/VfzFn2&#10;YMZa9mDAW/Zhvlz2Yb5c9mG+XPZhvlz2Yb5c9mG+XPZh/1slA/9gKAX/aygG/3cwC/9+OhP/gUMa&#10;/4JLIv9/Uyr/e1sz+XZkOvVwbkHxbHlI7WiDTepkjFHnYZVV5V+dWONdpVrhW61c3lq2XtxZwF/a&#10;Wc5g1VniYNFZ72HKWvRiwlz0Y7xd9GS3XvNktl/zZLZf82S2X/Nktl/zZLZf82S2X/Nk/1wkA/9j&#10;JgT/byYF/3svC/+CORH/hkEY/4dJIP+FUSj4glkw8n1gOO13akDocnVH5G5/TeFpiFLdZpFX2WOZ&#10;WtVgoV3SX6hgz12xYs1cu2PLXMdkyVzbZcVd62W/XfJmuF/xZ7Ng8WevYfFnrmLxZ65i8WeuYvFn&#10;rmLxZ65i8WeuYvFn/10kA/9mJAT/ciQF/34uCv+HNxD/iz8W/4xHHfmLTyXyiFYt7INdNuZ+Zz7g&#10;eHFG23N7TdVug1PQaoxYzGeUXcllnGDGY6Njw2GsZcFgtWe/X8FovV/Qabpg5mm1Ye9qr2Lvaqtj&#10;72qnZO9ppmXwaaZl8GmmZfBppmXwaaZl8GmmZfBp/14jA/9pIgT/diME/4IsCf+LNg7/jz4U/ZFF&#10;G/SRTCLtjlMq5opaMt+FZTvXfm1F0Hh2Tct0f1TGcIdawmyPXr9pl2K7Z59luGWnaLZksGqzY7tr&#10;sWPKbK9j4WyrZO1tpmbtbKNn7WygaO5rn2jua59o7mufaO5rn2jua59o7mufaO5r/18jA/9rIAP/&#10;eSIE/4UrCP+ONAz/kzwS+JZDGO+WSh7nlVAm4JFYLteKYTrOhGpFyH5zTcJ5e1W+dYNbuXGLYLVu&#10;kmSybJpnr2qjaqxorGypZ7Zup2fEb6Vn2m+iaOtvnmnsb5tq7G6Za+1tmGvtbZhr7W2Ya+1tmGvt&#10;bZhr7W2Ya+1t/18jA/9uHgP/eyEE/4gqB/+RMgv/lzoP9JpBFeubRxrjm00h2pZVLc+PXjnIiWdE&#10;wYNvTbt+d1W2eX9bsXaHYK1zj2WpcJZopm6fbKNsqG6ga7JwnWvAcZxr0nKabOlxl23qcJRt63CS&#10;buxvkm7sbpJu7G6Sbuxukm7sbpJu7G6Sbuxu/2EhA/9wHQP/fiAD/4spBv+VMQn7mzgN8J4+Eeeg&#10;RBbfoEod05pSK8qTXDjCjWRDu4dtTbSCdFSvfnxbqnqEYaZ3i2WidJNpnnKbbZpwpHCXb69ylW+8&#10;c5NvzXOScOZzkHDpco5x6nGNcetwjHHrcIxx63CMcetwjHHrcIxx63CMcetw/2MgA/9yGwP/gB8D&#10;/44nBf+XLwj4njYL7aI7DuSlQBLapEYczp5RKsWXWje9kWJCtYxqTK+HclSpgnlbpH+AYJ98iGWb&#10;eZBql3eYbZN1oXCQc6xzjXO4dItzyXWKdOJ0iXToc4h16XKHdepxh3XqcId16nCHdepwh3XqcId1&#10;6nCHdepw/2UfA/90GgL/gx4C/5AmBP+aLQb0oTQJ6aY3C+CqPQ7Up0QbyaFPKcCbWDa4lWBCsJBo&#10;S6mLb1Ojh3ZanoN+YJmAhWWUfY1qkHuWbox5n3GJeKlzhne1dYR3xXaDeN91g3jodIJ46XOCeOpx&#10;gnjqcYJ46nGCeOpxgnjqcYJ46nGCeOpx/2cdA/93GQL/hRwC/5MkA/+dKwXxpDAG5qozCNyuNwzP&#10;qkMaxaVOKLyfVzWzmV9Bq5RmSqSQbVOei3RamIh7YJOFg2WOgotqioCTboZ+nHGCfad0f3yzdX18&#10;w3Z8fdt2fH3odH186HN9fOlyfXzqcX186nF9fOpxfXzqcX186nF9fOpx/2kcAv95GAL/hxsC/5Uj&#10;A/ugKQTuqCwE468vBdeyNAvLrUEZwahMJ7ejVTSvnV1Ap5lkSZ+Ua1KZkHJZk415X46KgGSJh4hp&#10;hIWRbYCDmnF8gqR0eYGxdneBwHZ2gdZ2doHndHeB6HN4gOlyeH/qcXh/6nF4f+pxeH/qcXh/6nF4&#10;f+px/2sbAv97FwL/ihoB/5ghAvijJgPqrCcD37QpA9K1MgrHsEAYvKxLJrOnUzOqols+op1jSJqZ&#10;aVGUlXBYjpJ3XoiPfmSDjYZpfoqObXqJmHF2h6Jzc4audXGGvXZvh9J2cIfodHGF6HNyhOlyc4Tq&#10;cXOE6nFzhOpxc4TqcXOE6nFzhOpx/20ZAv9+FgH/jRgB/5seAfSnIgLmsCAB2rohAc24MQnCtD4X&#10;uLBJJK6rUjGlplo9naJhR5WeaE+Om25XiJh1XYKVfGN9k4RoeJCMbHSPlXBwjaBybYysdGqMu3Vp&#10;jc51aY3odGuL6XNtiepxbYjqcW2I6nFtiOpxbYjqcW2I6nFtiOpx/3AXAv+BFQH/kBYB/54aAfCr&#10;GwHithYA070dAci7Lwi9uDwVs7RHI6mwUDCgq1g7mKhfRZCkZk6JoWxVgp5zW32cemF3mYFmcpeK&#10;am6Wk25qlJ5xZpSqc2STuHNjlMtzY5TmcmWS6nFnj+pwZ47qcGeO6nBnjupwZ47qcGeO6nBnjupw&#10;/3MVAv+FEwH/lBQA/KMVAOqwEgDZvgwAzcEbAcLALQe4vToTrrlGIaS1Ty2asVY5kq5eQ4qrZEyD&#10;qGpTfKVxWXajeF9xoX9jbJ+HaGiekWtknZxuYJyocF6ctnFdnMlxXZzkcF6a63BglutvYZXsb2GV&#10;7G9hlexvYZXsb2GV7G9hlexv/3cSAf+JEQH/mREA86gOANe1CgDPwQoAxsUYALzEKgWywjgRp79E&#10;Hp67TSuUuFU2i7VcQISyYkl8r2lQdq1vVnCrdltrqn1gZqiGZGKnj2depppqW6WmbFiltW1Xpsdt&#10;V6bibFek7Wxan+1sWp7tbFqe7Wxanu1sWp7tbFqe7Wxanu1s/3wQAf+OEAD2ng0A2K0JAM24CQDH&#10;xAgAvsoUALXKJwSryDYPocVBG5fCSyiNv1Mzhb1aPH26YUV2uGdLcLdtUWq1dFZltHxbYLKEX1yx&#10;jmJYsZllVbClZlOws2dSscZnUrHhZ1Gv8WhTqvBoVKnwaFSp8GhUqfBoVKnwaFSp8GhUqfBo/4IO&#10;AP+UDADbpQYAzrEHAMW7BwC9xwcAtdAQAKzQIwOjzzMMmc0/GI/KSCT/4v/iSUNDX1BST0ZJTEUA&#10;AwmGyFEufcZYOHbEXz9vwmZGacFsS2TAc1Bfv3tUW76EWFe9jVtUvZhdUbykX0+8s2BNvcVgTb3g&#10;X0y88GFNt/ViTbb1Yk229WJNtvViTbb1Yk229WJNtvVi/4kLAOGcAwDQqgUAxbUFALu/BACyywgA&#10;q9gNAKPZIAKa2C8JkNY8FIfURh9+0k8pdtBWMm/PXjlozWQ/Y8xrRF7Mc0lay3pMVsqDT1LKjVJP&#10;yphUTcqlVkvKs1dKy8VXScvgVknJ8FhHx/pZSMX7WkjF+1pIxftaSMX7WkjF+1pIxfta95EEANSi&#10;AgDHrwQAurkDALDEBQCn0AkAn+EQAJjhIQOP4DAJhuA7En3fRBt13k0kbt1VK2fcXDJi22Q3Xdtr&#10;O1nacj9V2npDUtqDRU7ajUhM2phKSdqlS0jbs0xH3MRMRtzeTEba7UxE2PlPQ9j7T0PY+09D2PtP&#10;Q9j7T0PY+09D2PtP25oAAMqpAgC7swIAsL0DAKXJBQCb1gkAlOgUAYzpJQSE6DMLe+g8FHPoRBtr&#10;6EsiZOdSKF7nWS1Z52AyVedoNVLnbzhP53c7TOeAPUnniT9H6JRBROifQkLprENB6bpEQOrNREDq&#10;5ERA6PVEQOf4Q0Dn+ENA5/hDQOf4Q0Dn+ENA5/hDzaMAAL2uAQCwuAEApMQCAJnQBQCP4QoAifEa&#10;AYHxKAV48jIMcPI7E2nyQxli8kofXPNQI1bzVydS814rT/NlLUz0bDBJ9HMyRvR7NEP0hDZB9Y43&#10;PvWZOT32pDo79rA7Ove/PDn4zzw49+g8OPfsPDj37Dw49+w8OPfsPDj37Dw49+w8v6oAALGzAACk&#10;vwAAmMoBAIzYBACE+g4AfPsbAnT7JgVs/DAKZfw4EF79QBVY/kcZU/5NHU//VCBL/1oiSP9hJUX/&#10;ZyZC/20oQP91Kj3/fSs6/4YtOP+RLjb/my80/6YwM/+yMTL/vjIx/9AyMf/WMjH/1jIx/9YyMf/W&#10;MjH/1jIx/9Yysq8AAKW6AACYxgAAi9IAAH/fAgB5/xEBb/8ZAmf/IgRg/ywHWv80DFT/PA9P/0MT&#10;Sv9JFUf/TxdD/1UZQP9bGz7/YRw7/2YeOf9tHzb/dCA0/30hMf+GIy//kSQt/5slLP+lJiv/ryYq&#10;/7snKf++Jyn/vicp/74nKf++Jyn/vicp/74nprYAAJjCAACLzgAAftsAAHX5BwBr/w8BYv8WAlv/&#10;HgNU/yYFTv8uBkn/NQhF/zwLQf9DDT7/SA47/04QOP9TETX/WBIz/14TMf9kFC7/ahUs/3IWKv96&#10;Fyf/gxgl/44ZJP+YGiP/oBoi/6obIf+tGyH/rRsh/60bIf+tGyH/rRsh/60bmr4AAIvKAAB+1wAA&#10;cOMAAGf/BABe/w0AVv8SAU//GQJJ/yADQ/8nBD//LgU6/zQGN/86BzP/Pwcw/0QILv9JCSz/Tgkp&#10;/1MKJ/9YCiX/Xgsj/2QLIf9sDB//dA0d/30OG/+HDhn/jw8Y/5kPGP+bEBj/mxAY/5sQGP+bEBj/&#10;mxAY/5sQ/0wqA/9IMwX/TzQG/1Q3CP9aQQ7/XEoW/1pUHf9XYCT/VGsq/1B4L/9NhDP/So82/0eZ&#10;Of9GoTv/Rak8/0SwPv9Dtz//QsA//0LJQP9B1UH/QeRB/0HuQv9B9kL/Qf1C/0L/QflE/0H0Rv9C&#10;70f/Qu9H/0LvR/9C70f/Qu9H/0LvR/9C/00pA/9KMgT/UTIG/1c2CP9cPw7/XkkW/11THf9aXiT/&#10;V2kq/1N1L/9QgTT/TY03/0qXOv9Inzz/R6c9/0auP/9FtUD/RL1B/0TGQv9D0UL/Q+JD/0PsQ/9D&#10;9UP/Q/xD/ET/Q/VH/0PvSP9E60n/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E/00pA/9MMAT/VDEF/1k0&#10;CP9fPQ7/YUcW/2BSHf9dXCT/Wmcr/1ZzMP9TfzT/T4o4/02UO/9LnT3/SqQ//0isQP9Is0H/R7tC&#10;/0bDQ/9GzkT/Rd9E/0XqRf1F80X7RftF90b/RPBJ/0XqSv9G5Uv/R+VL/0flS/9H5Uv/R+VL/0fl&#10;S/9H/04pA/9PLgT/Vy4F/10yB/9jOw7/ZUYW/2VQHf9hWST/XWQr/1pwMP9WfDX/U4c5/1CRPP9O&#10;mj//TaJA/0upQv9KsEP/SrdE/0nARf9Iykb9SNtG+kjnR/hI8kf1SPpG8Un/R+pL/0jjTP9J3k3/&#10;St5N/0reTf9K3k3/St5N/0reTf9K/08oA/9SLAT/WiwF/2EvB/9nOg7/akQV/2pOHP9nVyT/YmEr&#10;/15tMf9beDb/V4M6/1SNPf9SlkD/UJ5C/k+lRPxOrUX7TbRH+ky8SPlMx0j2S9RJ80vlSfBL8Ent&#10;TPlI6Uz/SuFO/0vaT/9M01D/TdNQ/03TUP9N01D/TdNQ/03TUP9N/1AoA/9VKgT/XSkF/2UtB/9s&#10;OA3/b0IU/29LHP9sVSP/aF4q/2NpMf9fdDb9XH87+1mJP/lWkkL3VJpE9VOiRvRSqUjyUbFJ8VC5&#10;Su9Pw0vuT89L60/iS+dP7kvkT/hN30/+TtVR/0/OUv9QyVP/UMlT/1DJU/9QyVP/UMlT/1DJU/9Q&#10;/1EnA/9YJwT/YScE/2osBv9xNgz/dEAT/3RJGv9yUiL/blsp/WhkMPllcDb2YXs7816FQPBbjkPu&#10;WZZG7FeeSOpVpkroVK1M51O1TeVTv07jU8xO4VPfTt1T7U/YUvdR0VP9UspU/lPEVv9Tv1f/U79X&#10;/1O/V/9Tv1f/U79X/1O/V/9T/1InA/9bJQP/ZSQE/24qBv92NAv/ej0R/3pGGP94TyD7dFgo9m9h&#10;L/FrbDbtZ3Y86WOAQOZgikXkXZJI4VuaSt9Zok3dWKpP2leyUNhWvFHVVchS0lXbU85W61PLVvZV&#10;xlb9Vr9Y/Va6Wf1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1X/1MmA/9fIgP/aSED/3MoBf97Mgr/&#10;fzsQ/4BEFvt+TB70e1Ql7nZdLelxaDTkbXI74Gl8QdxlhUbYYo5K1F+WTdFdnVDOXKVSzFqtVMlZ&#10;tlbHWcJXxlnQV8JZ5li/WfNZu1r7WbVb+1qwXftarV37Wa1d+1mtXftZrV37Wa1d+1mtXftZ/1Yk&#10;A/9iIAP/bSAD/3cmBP9/MAj/hDkN/YZBFPWFSRvuglEi531aKuF4ZDLcc2461G53QdBqgEfMZolM&#10;yGSRUMVimFPDYKBVwF6oWL5dsVm7XbxbuVzJXLdc4Fy0Xe9csF75Xatf+V2oYPlcpWH5XKVh+Vyl&#10;YflcpWH5XKVh+VylYflc/1giA/9lHgP/cR8D/3skA/+ELgf/iTYL+Is+Ee+LRhfoiE4e4YRXJtl+&#10;YTHReGo6y3NzQsZvfEjCbIRNvmmMUbtmk1W4ZJtYtWOjWrNhrFywYLdermDEX6xg2F+pYetfp2H3&#10;X6Jj91+fZPdfnWT4Xp1k+F6dZPhenWT4Xp1k+F6dZPhe/1sgAv9oHAL/dB0C/34jA/+IKwX9jTQJ&#10;85A7DuqQQxTij0oa2opUJdCDXTDJfmc6w3hvQr50eEi5cYBOtW6IUrJrj1avaZdarGefXKllqF+m&#10;ZLJhpGS/YqJk0GKgZOdinmX1Yppm9WGYZ/Zglmj2YJZo9mCWaPZglmj2YJZo9mCWaPZg/10fAv9q&#10;GgL/dxwC/4IhAv+LKQT5kTEH75U4C+aWPxDdlEcX0o5RJMqIWy/Cg2Q5vH5sQbd5dEiydXxOrnKE&#10;U6pvi1embZNbo2ubXqBqpGCdaK5jm2i6ZJloy2WXaONklWnzZJNq9GORa/VikGv1YZBr9WGQa/Vh&#10;kGv1YZBr9WGQa/Vh/18dAv9tGAL/ehsC/4UfAv+OJwP1lS4F65k1COGcOwzWmEMWzJNPIsSNWC69&#10;h2E4toJpQbB+cUirenlOp3eAU6N0iFifcZBbm2+YX5huoWKVbatkkmy3ZpBsxmaPbN9mjm3xZYxu&#10;82SLbvRjim70Yopu9GKKbvRiim70Yopu9GKKbvRi/2EcAv9vFgL/fBoB/4geAf+RJALymSsE554x&#10;Bd2gNgnRnEEVx5dNIb+RVi23jF83sYdnQKuCbkilfnZOoHt9U5x4hViYdo1clHSVX5FynmKOcahl&#10;i3C0Z4lww2iHcNtnhnHuZoZy8mWFcvNkhHL0Y4Ry9GOEcvRjhHL0Y4Ry9GOEcvRj/2MaAv9xFQH/&#10;fxgB/4ocAfyUIQLunCcC46IsA9ikMgjMn0AUw5pLILqVVSyzkF03rItlP6WHbEegg3NNm4B7U5Z9&#10;gleSeopcjniSYIp2m2OHdaVmhHSxZ4J0wGiAdNVogHXsZ3928mZ/dfNlf3XzZH9182R/dfNkf3Xz&#10;ZH9182R/dfNk/2UZAv90FAH/gRcB/40aAfmXHgHroCMB36YmAtKnMAfIoz4Tv55JH7aZUyuulFs2&#10;p49jP6CLakabh3FNlYR4UpCBf1eMf4dciH2QYIR7mWOAeqNmfnmvaHt5vWl6edFpeXrqaHp68mZ6&#10;efJlennzZHp582R6efNkennzZHp582R6efNk/2cXAv92FAH/hBYB/5AXAfWbGgHnpB0B26sfAc6q&#10;LwbEpj0SuqFIHrKdUSqqmFk0opRhPpyQaEWWjG9MkIl2UouGfVeGhIVbgoKNX36Al2N6f6Fmd36s&#10;aHV9u2lzfs5pc37oaHR+8WZ0ffJldXzzZHV882R1fPNkdXzzZHV882R1fPNk/2kWAf94EwH/hxQA&#10;/5MVAPGeFQDjqBYA1a4bAcqtLQbAqTsRtqVGHa2hUCmlnFgznphfPJeUZkSQkW1Li450UYaMe1aB&#10;iYNbfIeLX3iGlGJ0hJ9lcYOqZ2+DuGltg8tpbYPmaG6D8mZvgvJlcIHzZHCB82RwgfNkcIHzZHCB&#10;82RwgfNk/2sUAf97EgH/ihIA/5YSAO2iEADerQ4A0LEZAMWwKwW7rTkPsqlEG6mlTiegoVYymZ1e&#10;O5KaZEOLl2tKhpRyUICSeVV7j4Bad42JXnKMkmFuipxka4moZ2mJtmhnichoZ4njZ2iJ8mZph/Nl&#10;aobzZGqG82RqhvNkaobzZGqG82RqhvNk/24SAf9+EAD/jRAA95oOANunCgDTsAsAyrQWAMC0KQS2&#10;sTcOra5DGqSqTCWbplUwk6NcOYygY0GGnWlIgJpwTnuYd1N2ln5YcZSGXGySkGBokZpjZZCmZWOQ&#10;tGZhkMZmYZDhZmGQ8mVjjvNkZIz0Y2SM9GNkjPRjZIz0Y2SM9GNkjPRj/3EQAf+CDwD/kQ0A3p8J&#10;ANOqCQDMswkAxLgTALq4JgOxtjUMp7NBGJ6vSiOWrFMujqlaN4emYT+ApGdGeqFuTHWfdVFwnXxV&#10;a5yEWmaajl1jmZhgX5ikYl2YsmRbmMNkW5jeY1uY8GNclfViXpP1Yl6T9WJek/ViXpP1Yl6T9WJe&#10;k/Vi/3UOAP+GDQDrlggA1aMHAMytCADFtgcAvbwRALS9IwKruzIKobk/FZi2SCCQs1EriLBYNICu&#10;Xzx6q2ZDdKlsSG+oc05qpnpSZaWCVmGjjFpdopZcWqKiX1ehsGBWocFgVaLcYFWh72BWn/dfV5z3&#10;X1ec919XnPdfV5z3X1ec919XnPdf/3oMAP2LCQDamwQAzqcGAMSwBgC8uQQAtcEOAKzCIAGkwTAI&#10;mr88E5G9Rh2Juk8ngbhWMHq2XThztGQ/brJqRGixcUlksHlNX66BUVutilRYrZVXVKyhWVKsr1tQ&#10;rMBbUKzaWk+r7ltPqvpbUab6W1Gm+ltRpvpbUab6W1Gm+ltRpvpb/4AJAOGSAQDRoAQAxqsFALy0&#10;BACzvQMAq8cLAKTJHAGcyCwGk8c5D4rFRBmBw00jesFULHO/WzNtvmI5Z7xpPmK7cENeundHWrmA&#10;S1a5iU5TuJRQULigUk24rlRMuL9US7nYVEu37VRKtvlVSrP+Vkqz/lZKs/5WSrP+Vkqz/lZKs/5W&#10;+ocCANaYAADJpQMAva8DALO4AQCpwgQAoc0IAJrQFgCS0CgEis82DIHOQRV5zEoecstSJmzKWi1m&#10;yWEyYchoN1zHbzxYxnY/VcZ/Q1HFiUVOxZRIS8WgSknFrktIxb9LR8bYS0fF7UtGw/lNRcL/TkXC&#10;/05Fwv9ORcL/TkXC/05Fwv9O35AAAMyfAAC/qgEAs7MBAKm9AgCfxwUAltIJAI7aEgCI2yQCgNoy&#10;CHjZPhBx2EgYatdQH2TWWCVf1V8qW9RnL1fUbjNT03Y2UNN/OUzTiDtK05Q+R9OgP0XUrkBE1L9B&#10;Q9XYQETT7EBC0vZCQdH+REHR/kRB0f5EQdH+REHR/kRB0f5E0ZgAAMOlAAC1rgAAqbgAAJ7DAgCU&#10;zQYAitkKAITjGAF95CYDdeQyCG7jPA9n40UVYeNNG1zjVSBX410kVONkJ1DiaypN4nMtSuN8MEjj&#10;hjJF45A0Q+OcNUHkqTZA5Lg3P+XLNz/l5Dc/4/M2PeL7OD3i+zg94vs4PeL7OD3i+zg94vs4xqEA&#10;ALerAACqtAAAnr4AAJPJAgCI1AYAf+4OAHntGwFx7ScDau4yCGTuOw1e7kMTWO5LF1PuUhpQ71ke&#10;TO9gIEnvZyNH728lRPB3J0HwgCk/8IoqPfGVLDvxoS058q4uOPK+Lzfz0C838+cvNvHzLzbx8y82&#10;8fMvNvHzLzbx8y828fMvuacAAKuwAACfuwAAksYAAIbQAQB73QUAdPcRAG33HAFm+CYDX/gvBlr5&#10;OApU+UAOUPpHEUz6ThRI+1UWRftbGEL7YhpA/GgcPfxwHTr9eB84/YIgNv2NIjT+mCMy/qQkMf+x&#10;JTD/vyYv/88mLv/jJi7/4yYu/+MmLv/jJi7/4yYu/+Mmra0AAJ+3AACSwgAAhs0AAHnaAABw8ggA&#10;aP8RAGH/GgFa/yMDVP8rBE//MwZK/zsIRv9CC0P/SQ1A/08OPf9VEDr/WxE4/2ETNf9oFDP/bxUw&#10;/3gWLv+CFyz/jRkq/5kaKf+kGij/rxsn/7ocJv/HHCb/xxwm/8ccJv/HHCb/xxwm/8ccobQAAJO/&#10;AACGygAAeNYAAGziAABj/AcAXP8PAFX/FgFP/x4CSf8mA0T/LgRA/zQFPP87Bjn/QQc2/0YIM/9M&#10;CDH/UQku/1cKLP9dCir/ZAso/2wMJf91DSP/fw4h/4oPIP+VEB7/oBAe/6gRHf+xER3/sREd/7ER&#10;Hf+xER3/sREd/7ERlbwAAIbHAAB50wAAa+AAAF7tAABW/wMAT/8MAEn/EgFD/xkBPv8gAjn/JwM1&#10;/y0DMv8zBC7/OAQr/z0FKP9CBSb/RwUk/0wGIv9RBiD/VwYd/14HG/9lBxn/bggX/3gIFf+DCBP/&#10;jQkT/5YJEv+eCRL/ngkS/54JEv+eCRL/ngkS/54J/0ItA/9CMgT/SDIE/0w2Bv9OPAj/UEcO/1BS&#10;Ff9OXxr/S2sf/0h3JP9Fgyf/Qo4q/0GXLP8/oC7/P6cv/z6uMP89tTH/Pbwy/zzFMv88zjP/O98z&#10;/zvqNP878zT/O/s0/zz/M/48/zP8Pf809j//NfU//zX1P/819T//NfU//zX1P/81/0MsA/9EMAT/&#10;SjAE/040Bv9ROgj/U0YO/1JRFf9RXRr/Tmkg/0t0JP9IgCj/RYsr/0OVLf9CnS//QaUw/0CsMf8/&#10;szL/P7oz/z7CNP8+zDT/Ptw1/z3oNf898TX/Pvo1/T7/Nfs//zT4P/828kH/N/BB/zfwQf838EH/&#10;N/BB/zfwQf83/0QsA/9HLgP/TS4E/1EyBf9UOQj/V0QO/1ZPFf9UWhv/UWYg/05yJf9LfSn/SIgs&#10;/0aSLv9FmzD/RKIy/0OpM/9CsDT/Qrc1/0G/Nv9ByTb/QNc3/0DlN/1A8Df6QPg390H/NvZB/zfy&#10;Qf847EP/OepE/znqRP856kT/OepE/znqRP85/0UrA/9JLAP/UCwE/1UvBf9ZNwj/XEIO/1tNFf9Y&#10;Vxv/VmMg/1JvJf9Peir/TIUt/0qPMP9ImDL/R580/0amNf9FrTb/RbQ3/0S8OP5Exjj8RNI5+UPi&#10;OfZE7jnzRPc58UT/Oe9E/zrrRf875Eb/PONG/zzjRv8840b/PONG/zzjRv88/0YrA/9NKQP/VCkE&#10;/1ksBf9eNQf/YUAN/2FKFP9eVBr/Wl8g/1drJv9Udir/UYEu/06LMf5MlDT8S5w1+0qjN/pJqjj4&#10;SLE590i5OvZHwjv1R8078kffO+5H7DvrSPY76Uf/PedH/z7hSP8/2kr/QNhK/0DYSv9A2Er/QNhK&#10;/0DYSv9A/0cqA/9QJwP/WCYD/14qBP9jMwf/Zj0N/2ZHE/9kURr/YFsg/1xnJv1Zciv6Vn0v+FOH&#10;M/ZRkDX0UJg38k6fOfFNpjvvTK087ky1PexLvj3rS8o+6UvcPuVM6j3iS/U/30v+QdxK/0LUTP9D&#10;zU3/Q8tO/0PLTv9Dy07/Q8tO/0PLTv9D/0ooA/9UJAP/XCMD/2MoBP9oMAb/bDsL/2xEEv9qThn+&#10;Zlgf+WFiJfVebSvyW3gw71iCNOxWizfqVJQ56FObO+ZRoz3lUao+41CyP+FPu0DgT8dA3k/YQdlP&#10;6EHUT/RD0E7+Rc5O/0bIUP9GwlH/R8BR/0fAUf9HwFH/R8BR/0fAUf9H/00lAv9XIQL/YCAD/2gm&#10;A/9uLgX/cjgK/3JBEP1wSxf3bVQd8mheJO1kaSrpYXQw5V5+NOJbhzjgWY873VeXPttVn0DYVKZC&#10;1VOuQ9JSt0TQUsJFzlLQRstS5UbIUvJIxVL9ScJS/0q8VP9Kt1X/SrZV/0q2Vf9KtlX/SrZV/0q2&#10;Vf9K/1AjAv9bHgL/ZB4C/20kA/9zKwT/dzUI/ng+DvZ3RxTwdFAb6m9aIuRrZSngZ28v22N5NdZg&#10;gjrSXYo+z1uSQcxZmkPKWKFFyFepR8ZWsknEVrxKwlXJS79V30u8Vu5MuVb6TbdW/02yWP9Nrln/&#10;TaxZ/02sWf9NrFn/TaxZ/02sWf9N/1MgAv9eHAL/aBwC/3EiAv94KAP/fDEH+H46C/B9QxHpekwY&#10;4nZXH9xyYSjUbWsvz2l0NstlfTvHYoVAxGCNQ8FelUa/XZxIvFukS7parUy4WbdOtlnDT7RZ1U+x&#10;WupQrlr3UKxa/1CoW/9QpFz/UKRd/0+kXf9PpF3/T6Rd/0+kXf9P/1YeAv9hGQL/bBoC/3UgAv98&#10;JQP9gS4F84Q3CeqEPw7igUgV231THdF3XSfLcmcwxm5wN8JqeDy+Z4BBumWIRbdjkEi0YZhLsl+f&#10;Ta9eqE+tXbJRq12+UqldzlOmXeVTpF70U6Je/1OfX/9SnGD/Uptg/1KbYP9Sm2D/Uptg/1KbYP9S&#10;/1gcAv9kFwH/cBkB/3kdAf+AIwL4hioD7YkyBuSKOwrciEUS0YJQHMp9WibEeGMvvnNsN7lvdD21&#10;bHxCsmqERq5njEqrZZNNqGSbT6VipFKjYa5UoWG5VZ9hyFadYeFWm2LxVZli/VWXY/9UlWT/VJRk&#10;/1OUZP9TlGT/U5Rk/1OUZP9T/1oaAv9nFQH/cxcB/30bAf+EIAHziiYC6I4uBN+QNgfUjEERy4dN&#10;G8SCVya9fWAvt3hpNrJ0cT2ucXhCqm6AR6ZsiEqjao9OoGiYUZ1noFOaZqpVmGW1V5VlxFiUZdtY&#10;kmbvV5Fm/FePZ/5Wjmf+VY1o/lWNaP5VjWj+VY1o/lWNaP5V/1wYAf9pEwH/dhYB/4AZAf2IHQHv&#10;jiIB5JMpAtqUMQbOkD8PxotLGr6GVSW3gV4usX1mNqx5bjyndnVCo3N9R59whEucboxOmGyUUpVr&#10;nVSSaqdXkGmyWY1pwFqMadVaimrsWYpq+liJa/1Xh2v9Vodr/laHa/5Wh2v+Vodr/laHa/5W/14X&#10;Af9sEgH/eBQB/4MXAPmLGgDrkh0B4JgjAdOYLwXKlD0OwY9JGbmKUySyhlstrIFkNaZ+azyhenJC&#10;nXd6R5l1gUuVc4lPkXGRUo5vmlWLbqRYiG2vWoZtvVuEbdBbg27pWoNu+FmCb/xYgm/9V4Jv/VeC&#10;b/1Xgm/9V4Jv/VeCb/1X/2AVAf9uEQH/exMA/4YUAPaPFgDnlhgA25wcAM+bLQTFlzsNvJNHGLSO&#10;USOtilksp4ZhNKGCaTucf3BBl3x3RpN5fkuPd4ZPi3WOUohzl1WEcqFYgnGsWn9xulx+ccxcfXLn&#10;W31y9lp8cvxZfHL8V3xy/Vd8cv1XfHL9V3xy/Vd8cv1X/2IUAf9xEQH/fREA/4gSAPKSEgDjmhIA&#10;1Z8ZAMqeKwTBmzkMuJdFF7CSTyKpjlgroopfM5yGZzqXg25AkoB1RY1+fEqJfIROhXqMUoJ4lVZ+&#10;d59Ye3aqW3l1uFx3dcpcd3blXHd39Vp3dvtZd3b8WHd2/Fd3dvxXd3b8V3d2/Fd3dvxX/2QSAf9z&#10;EAD/gBAA/4sQAO+VDgDfng0A0KIXAMahKQO9njcLtJpDFqyWTSCkklYqnY5eMpeLZTmSiGxAjYVz&#10;RYiDekqEgIFOgH+KUnx9k1V4fJ1YdXuoW3N6tlxxesdccXriXHF781pxe/tZcnr8WHJ6/FhyevxY&#10;cnr8WHJ6/FhyevxY/2cRAf91DwD/gw4A9I4NANuZCgDUoQsAzKQVAMKkJwO4ojYKsJ5CFaeaTB+g&#10;l1QpmZNcMZOQYziNjWo/iIpxRIOIeEl+hn9NeoSIUXaCkVVzgZtYb4CmWm1/tFxrf8Vca4DfXGuA&#10;8lprgPtZbH78WG1+/FhtfvxYbX78WG1+/FhtfvxY/2kQAf94DgD/hQwA4pIIANWbCQDOowkAx6gS&#10;AL2oJQK0pjQJq6JAE6OfSh6bm1InlJhaMI6VYTeIkmg9gpBvQ36Odkh5jH1MdYqFUHGIjlRth5lX&#10;aoakWWeFsVtlhcJbZYXcW2WF8FpmhftZZ4P8WGeD/Fdng/xXZ4P8V2eD/Fdng/xX/2wOAP97DADy&#10;iQkA2ZUGAM+eCADJpggAwasQALirIgKvqjIIpqc+Ep6kSByWoVElj55YLoibXzWCmWY8fZZtQXiU&#10;dEZzkntLb5CDT2uPjFJnjpZVZI2iWGGMr1lfjMBaX4zZWV+M7llfjPtYYYr9V2GJ/Vdhif1XYYn9&#10;V2GJ/Vdhif1X/28MAP9/CQDfjQMA0pgGAMqiBgDCqQYAuq8OALKwIAGpri8Goaw8EJipRhqRp08j&#10;iaRWLIOiXTN9n2Q5d51rP3KbcURumnlIaZiBTGWXilBhlZRTXpWgVVuUrVdalL1YWZTUV1mU7FdZ&#10;k/lWW5H+VVuQ/lVbkP5VW5D+VVuQ/lVbkP5V/3MJAPWEBADYkQMAzJwFAMOlBQC7rQQAs7MMAKu1&#10;HAGjtCwFm7I5DpKwRBeKrU0gg6tUKX2pXDB3p2I2caVpPGykb0FoondFZKF/SV+fiExcnpJPWJ6e&#10;Uladq1NUnbxUU53RVFOd61NTnPhTVJr/U1SZ/1NUmf9TVJn/U1SZ/1NUmf9T/3gGAOGJAADQlgIA&#10;xqEDALypAwCzsAEAq7gIAKS6GACcuikDlLk2C4y3QRSEtUodfLNSJXaxWixwr2Aya65nOGatbjxi&#10;q3VAXqp9RFqphkhWqJFKU6idTVGnqk5PqLpPTqjPT06n6U9NpvdPTaX/T06k/09OpP9PTqT/T06k&#10;/09OpP9P+n8AANiOAADJmwEAvqUCALStAQCrtQAAob8EAJvBFACUwSUCjMAzCIS/PhF8vUgZdbxQ&#10;IW+6WCdquV8tZbhlMmC3bDZctnQ6WLV8PlW0hUFRtJBETrOcRkyzqUhKs7lISbTOSEmz6UhIsfZJ&#10;SLD/Skiw/0pIsP9KSLD/Skiw/0pIsP9K4oYAAM6UAADCoQAAtqkAAKuxAAChugEAmMMFAJDJEACK&#10;ySABg8kvBXvIOw10x0UUbsZOG2jFViFjxF0nXsNkK1rCay9WwXIzU8F7Nk/AhDlMwI88SsCbPkfA&#10;qD9GwLhARcDNQEXA6D9EvvZBQ73/QkO8/0NDvP9DQ7z/Q0O8/0NDvP9D1o0AAMabAAC4pQAAra4A&#10;AKK2AACYvwIAjcgGAIPRCwB/0hoAedIqA3LSNwhs0UIPZtFLFWHQUxpcz1sfWM9iI1TOaSdRznEq&#10;Tc56LUrOgzBIzo4yRc6aNEPOqDVCzrg2Qc/NNUHO6DVAzfU3P8v+OT7L/zk+y/85Psv/OT7L/zk+&#10;y/85ypYAALyiAACvqgAAo7MAAJi8AACNxgMAgs8HAHjZCwBz3hgAbt4mAmjeMwVi3j4KXd5ID1ne&#10;UBRV3lgXUd5gG07eZx5L3W8gSN54I0begSVD3ownQd6YKT/epio+37UqPeDIKj3f4yo83fErO9z7&#10;LTrc/S463P0uOtz9Ljrc/S463P0uwJ8AALGnAACksAAAmLoAAI3DAACBzQIAdtcHAG7oDwBp6BsB&#10;Y+gnAl7pMgVY6TsIVOlEDE/qTA9M6lMSSepbFUbqYhdE62oZQetyGz/rex0864YeOuyRIDjsniE3&#10;7awiNu27IzXuzyM07uYjNOv1IzTr+CM06/gjNOv4IzTr+CM06/gjs6UAAKatAACZtwAAjcEAAIDL&#10;AAB11QEAaeEGAGTzEQBe8xwBWfQmAlT0MARP9TgGS/VACEf2RwpE9k4MQfdVDj/3XA8892MROvhq&#10;Ezf4cxQ1+H0WM/mIFzH5lBgv+qEZLvqvGi37vhos+88bK/vnGyv76xsr++sbK/vrGyv76xsr++sb&#10;qKoAAJq0AACNvwAAgMkAAHTTAABn3gAAXvIIAFn+EQBT/xoBTv8jAkn/KwNF/zMEQf86BT7/QQY7&#10;/0cHOP9OCDX/VAkz/1oJMf9hCi//aQss/3IMKv99DSj/iA4m/5UPJf+hECT/rhEj/7oSIv/KEiL/&#10;0BIi/9ASIv/QEiL/0BIi/9ASnLIAAI68AACBxwAAc9EAAGfdAABZ4wAAU/0GAE3/DgBI/xYAQ/8e&#10;AT//JgI6/y0CN/8zAzP/OQMw/z8ELv9EBCv/SgUp/1AFJ/9WBiT/XQYi/2UHIP9uBx3/eQgb/4UI&#10;Gv+SCRn/ngkY/6gJF/+zCRf/twkX/7cJF/+3CRf/twkX/7cJkLoAAILFAAB00AAAZ9wAAFjjAABN&#10;8AAAR/8CAEL/DAA8/xEAOP8YATT/HwEw/yUBLP8rAin/MAIl/zUCI/86AiD/PwMe/0QDHP9JAxn/&#10;TwMX/1YEFf9eBBL/aAQR/3IFD/9+BQ7/igUO/5QFDf+eBQ3/ogUN/6IFDf+iBQ3/ogUN/6IF/zkv&#10;Av88MAP/QTED/0Q0BP9EOgb/REUI/0VRDP9DXRH/QWkW/z52Gf88gRz/Oowe/zmWIP84niH/N6Uj&#10;/zerI/82siT/Nrkl/zbAJf81yib/Ndcm/zXlJv817yb/Nfgm/zb/Jv42/yb8Nv8m/Db/J/o2/yj6&#10;Nv8o+jb/KPo2/yj6Nv8o/zkvAv8+LwP/RC8D/0YyBP9IOAb/SEMI/0hPDf9HWxL/RGcW/0JzGv8/&#10;fx3/PYof/zyTIf87myP/OqIk/zmpJf85sCb/OLYm/zi+J/84xyf/ONMo/zjjKP847Sj+OPco+zj+&#10;J/k5/yf4OP8p+Dj/KvY4/yr2OP8q9jj/KvY4/yr2OP8q/zovAv9BLAP/RiwD/0ovBP9MNwX/TUEI&#10;/0xMDf9LWBL/SGQX/0ZwG/9DfB7/QYcg/z+QI/8+mCT/PaAl/z2mJv88rSf/PLQo/zu7Kf87xCn/&#10;O88p/jvgKvs76yr4O/Up9jz+KfQ8/yrzO/8r8jv/LO87/y3vO/8t7zv/Le87/y3vO/8t/zwtAv9E&#10;KQL/SikD/04sBP9RNAX/Uj4I/1JKDf9QVRL/TWEX/0ptG/9IeB//RYMi/0ONJP9ClSb/QZ0n/0Cj&#10;KP9Aqin+P7Eq/T+4K/w/wSv6P8sr9z/cLPU/6SzxP/Qr7z/9LO0//y3sPv8v6z7/MOc//zDnP/8w&#10;5z//MOc//zDnP/8w/0AqAv9IJgL/TiYD/1IpA/9WMgX/VzwH/1dHDP9VURL/Ul0X/1BpHP9NdCD/&#10;Sn8j/UiJJvtHkSj6Rpkp+EWgKvdEpyv1RK0s9EO1LfNDvS3yQ8gu8EPXLuxD5y7pRPMt5kP8MORC&#10;/zHjQv8y4UL/M9xD/zTcQ/803EP/NNxD/zTcQ/80/0MnAv9LIwL/UiIC/1gnA/9cLwT/XTkH/15D&#10;DP9bThH/WFgX/lVkHPpSbyD3UHok9E2EJ/JMjSnwSpUr70mcLe1Joy7sSKov6kexL+lHujDnR8Uw&#10;5kfSMOJI5TDfR/Iy20f7NNhG/zXVRv820kb/N81I/zfNSP83zUj/N81I/zfNSP83/0YkAv9PIAL/&#10;Vh8C/10kA/9hLAT/YzUG/2RAC/9iShD6XlQW9VtfHPFYayDuVXUl61N/KOhRiCvmT5Et5E6YL+JN&#10;oDDhTKcx30yuMt1LtzPbS8I02UrPNdVL5DXQS/A2zUr7OMpK/zrISv86xkv/O8FM/zvBTP87wUz/&#10;O8FM/zvBTP87/0ohAv9THQL/WxwC/2IiAv9nKQP/aTIF/2o8CfloRg/yZVAV7WFbGuheZiDkW3El&#10;4Vh7Kd5WhCzbVIwv2FKUMtRRmzTSUKM10E+qN85OsjjMTrw5yk7JOshO3TrET+07wU75Pb5O/z28&#10;Tv8+uk//PrZQ/z62UP8+tlD/PrZQ/z62UP8+/00eAv9WGgH/XxoB/2cgAv9sJgL/by4E+XA4B/Jv&#10;QgzrbEsS5WlXGd9lYh/aYWwl1F12KtBbfi/NWYcyylePNchWljfGVJ05xFOlO8FTrTy/Urc+vVLD&#10;P7xS0z+5Uug/tVL2QbNS/0GxU/9Br1P/QaxU/0GsVP9BrFT/QaxU/0GsVP9B/1AcAf9aFwH/ZBgB&#10;/2wdAf9xIwL9dSoD83YzBet2PQrjc0cP3G9TF9RrXh/OZmcmymNxK8ZgeTDCXoE0v1yJN71akTq6&#10;WZg8uFigPrZXqEC0VrJCsla9Q7BVzEOtVuNEq1bzRKhX/kSnV/9EpVj/RKJY/0SiWP9Eolj/RKJY&#10;/0SiWP9E/1MZAf9dFAH/aBYB/3AaAf92IAH3eiYC7XwuA+R8OAfcekQN0nVPFstwWh7GbGMmwWhs&#10;LL1mdTG5Y301tmGEObNfjDywXZQ/rlybQatbpEOpWq1Fp1q4RqVZx0ejWt5HoVrvR59b/EedW/9H&#10;m1z/Rppc/0aaXP9Gmlz/Rppc/0aaXP9G/1UXAf9gEgH/axQB/3QXAP96HAHyfyIB54EpAt6CMwTT&#10;f0AMy3pMFcR2Vh6+cWAluW5oLLRrcTKxaHk2rWaAOqpkiD2nYo9ApWCXQ6JfoEWfXqlHnV60SZtd&#10;wkqZXdZKl17sSpZf+kmVX/9Jk2D/SJJg/0eSYP9HkmD/R5Jg/0eSYP9H/1gVAf9jEQH/bhIA/3cV&#10;APt+GADtgx0A4ocjAdaHLgPMgz0LxX9JFL17Ux23dl0lsnNlLK1vbTKpbXU3pmp8O6JohD6fZoxB&#10;nGWURJljnEeXYqZJlGKwS5JhvkyQYdBMj2LoTI5j+EuNY/9KjGT/SYtk/0mLZP9Ji2T/SYtk/0mL&#10;ZP9J/1oTAf9mEAD/cREA/3oSAPeCFADohxcA3YscANCLLAPHiDsKv4RHE7h/URyxe1okrHdiK6d0&#10;ajGjcXI2n295O5ttgD+Ya4hClWmQRZJomUiPZqJKjGatTIpluk2IZcxOh2bmToZn9kyGZ/9LhWj/&#10;S4Ro/0qEaP9KhGj/SoRo/0qEaP9K/1wSAf9oDwD/dBAA/30QAPOFEADkixEA1o8XAMuOKgLCjDgJ&#10;uohEErOETxusf1gjp3xgK6F4aDGddW82mXN2O5VxfT+Sb4VCjm2NRYtslkiIa6BLhWqqTYNpt06B&#10;achPgGrjT4Br9E5/a/9Mf2v/S39r/0t/a/9Lf2v/S39r/0t/a/9L/14QAf9rDgD/dg4A+4ANAOqI&#10;DQDbjwwA0JIVAMeSJwK+jzYItoxCEa6ITRqohFYiooBeKpx9ZTCXemw1k3dzOo91ez6Mc4JCiHKL&#10;RoVwk0mCb51Mf26oTn1utU97bcZQem7gUHlv8k55b/5NeW//THlv/0t5b/9LeW//S3lv/0t5b/9L&#10;/2APAP9tDQD/eQwA7oMLANuLCQDUkQoAzJUTAMKVJQK5kzQHsY9BEKqMSxmjiFQhnYRcKZeBYy+S&#10;fmo1jnxxOYp6eD2GeIBCg3aIRX91kUl8c5tMeXKmTnZys1B1csNQc3LdUHRz8E90c/1NdHP/THRz&#10;/0x0c/9MdHP/THRz/0x0c/9M/2IOAP9vDAD8ewoA3oYGANWOCADPlAkAx5gRAL6YIwG1ljIGrZM/&#10;D6aQSRifjFIgmIlaKJOGYS6Og2g0iYFvOYV/dj2BfX5BfXuGRXp5j0l2eJlMc3ekTnF3sVBvdsFQ&#10;bnfZUG53709ud/xObnf/TW93/0xvd/9Mb3f/TG93/0xvd/9M/2QNAP9yCgDwfgYA2ogFANCQBwDK&#10;lwgAwpsQALmbIQGxmjAGqZc9DqGURxeakVAflI1YJ46LXy2JiGYzhIZtOICEdD17gntBeICERXR/&#10;jUhxfZdLbXyiTmt8r09pe75QaHzVUGh87U9pfPtOaXz/TWp7/0xqe/9Manv/TGp7/0xqe/9M/2YK&#10;AP91CADhgQIA1IsFAMuTBgDEmgYAvZ4OALWfHwGsni4FpJs7DJ2YRRWWlU4ej5NWJYmQXSyEjmQy&#10;f4trN3qKcjx2iHlAcoaBRG+Fikdrg5VKaIKgTWWBrE5jgbxPYoHRT2KB605jgflNY4H/TGSA/0tk&#10;gP9LZID/S2SA/0tkgP9L/2kIAPt4BADchAEAz48EAMaXBQC/nQUAt6EMAK+jHACnoiwEn6A5C5ie&#10;QxSRm0wciphUI4SWXCp/lGIwepJpNXWQcDpxjnc+bY1/QmmLiEZlipJJYomeS1+Iqk1eiLpOXIjO&#10;Tl2I6U1dh/hMXYf/S16G/0tehv9LXob/S16G/0tehv9L/20FAOp8AADViAAAypIDAMGaAwC5oAMA&#10;saYJAKmnGQCipykDmqU2CZKjQRKLoUoahJ9SIX6dWih5m2AudJlnM2+XbjhrlnU8Z5R9QGOThkNg&#10;kZBGXJGcSVqQqUtYkLhMV5DMTFeQ50tXj/dKV47/SliO/0lYjv9JWI7/SViO/0lYjv9J/3EBAOCA&#10;AADPjAAAxJYCALueAgCypAAAqaoFAKKsFQCbrCYClKs0B4yqPw+FqEgXfqZQHnikWCVzol4rbqFl&#10;MGqfbDRlnnM5YZ17PF6bhEBamo5DV5maRVSZp0dSmbZIUZnKSFGY5khRl/VIUZf/R1GW/0dRlv9H&#10;UZb/R1GW/0dRlv9H9ncAANiFAADJkQAAv5sBALSiAACrqAAAobAAAJqyEQCUsyIBjbIwBYWxPAx+&#10;r0YUeK5OG3KsViFtq1wnaKljLGSoajBgp3E0XKZ5OFilgjtVpIw+UaOYQE+jpUJNo7RDTKPIQ0yj&#10;5ENLofRDS6D/REug/0RLoP9ES6D/REug/0RLoP9E430AAM+LAADClgAAt58AAK2mAACjrQAAmbUA&#10;AJC5DgCLuh4BhLotA325OQl3uEMQcbZMF2u1Ux1mtFoiYrNhJl6yaCtasW8uVrB3MlOwgTVPr4s4&#10;TK+XOkqupDxIrrM9R67HPUeu4zxGrfM9Rqv+PkWr/z9Fq/8/Rav/P0Wr/z9Fq/8/2oMAAMeRAAC7&#10;nAAAr6QAAKWrAACasgAAkLoBAIbBCQCBwhgAe8IoAnXCNQZvwUAMacBJEmS/URdfvlgcW75fIFe9&#10;ZiRUvG4nUbx2Kk27fy1Ku4owSLuWMkW7ozRDu7I0QrvFNUO74jRCufM1Qbj9N0C3/zdAt/83QLf/&#10;N0C3/zdAt/83zosAAL+YAACyoQAAp6kAAJywAACRuAAAhsACAHvIBwB0yxIAcMwiAWvLMANmyzwH&#10;YctFDFzKThFYylYVVMpdGVHJZBxOyWwfS8l0IkjIfiRFyIgnQ8iVKEHIoio/yLErPsnEKz7J4So+&#10;x/IrPcb8LTzF/y48xf8uPMX/LjzF/y48xf8uxJMAALafAACppgAAna4AAJK3AACGvwAAe8cDAHDP&#10;BwBn1g0AZNcaAGDYKgFc2DYDWNhBBlTYSgpQ2FINTdhaEErXYhNH12kWRddyGELXfBpA2IccPdiT&#10;HjzYoR862bAgOdnDIDnZ3yA51+8gONX5IjfU/yM31P8jN9T/IzfU/yM31P8juZwAAKukAACfrAAA&#10;k7UAAIe+AAB7xgAAcM4DAGXWBwBd4w4AWuMbAFbjJwFS5DICTuQ8BErkRAZH5U0IReVVCkLlXAxA&#10;5WQOPuZsEDvmdhI55oAUN+eMFTXnmRY056gXMui4GDLozBgx6OUYMeb0GDHl/Bgx5fwYMeX8GDHl&#10;/Bgx5fwYrqIAAKGqAACUswAAiL0AAHvGAABvzgAAY9YBAFjeBQBU7hAAUe8bAE3vJgFJ8C8CRfA4&#10;A0HxPwQ+8UcFPPJOBjryVQc38lwINfNkCTPzbQox9HcML/SCDS30jw4r9Z0PKvarECn2vBAo9s4R&#10;J/fmESf18REn9fERJ/XxESf18REn9fERo6gAAJayAACIuwAAe8UAAG/OAABi1wAAVt4AAE7wBwBK&#10;+hAARvsZAEL7IgE//CoBO/0yAjj9OQI1/j8DMv5GAzD/TAQu/1MFK/9aBSn/YgYn/2sGJP92ByP/&#10;gggh/5AIIP+dCR//qwke/7oJHf/JCRz/3Qkc/90JHP/dCRz/3Qkc/90JmLAAAIq6AAB8xAAAb80A&#10;AGLYAABV3gAASeQAAET7BQA//w4AO/8VADj/HAA0/yQBMf8rAS3/MQEq/zYCJ/88AiX/QgIj/0gC&#10;IP9OAx7/VQMc/10DGf9nBBf/cgQV/38EFP+MBRP/mgUS/6YFEf+yBRH/vAUR/7wFEf+8BRH/vAUR&#10;/7wFjLgAAH3CAABvzAAAYtgAAFTfAABH5QAAPvEAADn/AQA0/wsAMP8QACz/FgAp/xwAJv8iACL/&#10;JwEf/ywBHP8xARr/NgEY/zwBFf9BARP/SAIR/08CEP9XAg3/YQIM/2wCCv95Agn/hgMI/5IDB/+d&#10;Awb/pQMG/6UDBv+lAwb/pQMG/6UD/zExAv82LgL/Oi8C/zsyA/87OQT/O0MF/zlPB/84XAr/NmgN&#10;/zR0EP8ygBL/MYsU/zCUFv8wmxf/L6IX/y+oGP8urxn/LrUZ/y68Gf8uxRr/Ls8a/y7gGv8u6xr/&#10;LvQa/y78Gvwv/xn7L/8a+i7/G/ou/xz6Lv8c+i7/HPou/xz6Lv8c/zMvAv85LAL/PS0C/z4wA/8/&#10;NgT/P0EF/z1NB/88WQr/OmUO/zhyEf82fRP/NYgV/zSRF/8zmRj/M6AZ/zKmGf8yrBr/MbMa/zG6&#10;G/8xwhv/Mcwb/zHdG/8x6Rv9MfMb+jL7G/gy/xv3Mv8c9jH/HfUx/x71Mf8e9TH/HvUx/x71Mf8e&#10;/zUsAv88KgL/QCoC/0ItA/9DNAT/RD8F/0JKB/9BVgr/P2IO/z1uEf87ehT/OYQW/ziOGP83lhn/&#10;Np0a/zakG/81qhz/NbAc/zW3Hf81vx3/Nckd/DXYHfo15x33NfEd9DX6HfI1/x7xNf8f8DX/IO80&#10;/yHvNP8h7zT/Ie80/yHvNP8h/zgqAv8/JwL/QyYC/0YpAv9JMgP/STwF/0hHB/9GUwv/RF8P/0Jq&#10;Ev9AdhX/PoAY/zyKGf88khv/O5oc/TqgHfw6px37Oa0e+jm0H/k5vB/4OcYf9jnTH/I55B/vOfAf&#10;7Dr6H+o5/yHpOf8j6Dn/JOc5/yTnOf8l5zn/Jec5/yXnOf8l/zwnAv9DIwL/SCIC/0wmAv9PLwP/&#10;UDkF/05DB/9MTwv/SlsP/0hmE/9FcRb8Q3wZ+kKGG/hBjhz2QJYe9T+dH/M/oyDyPqog8T6xIfA+&#10;uSHuPsMh7T7PIeo+4iHmP+8h4z75I+E9/yXfPf8n3j3/KNw9/yjcPf8o3D3/KNw9/yjcPf8o/z8j&#10;Af9HIAH/TB4B/1EkAv9VLAP/VjUE/1U/Bv9TSgr+UFYP+k5iE/ZLbRfzSXca8EeBHO5Gih7sRZIg&#10;60SZIelDoCLoQ6cj5kOuI+VCtiTkQsAk4kPMJN9D4CTbQ+0l1kL4KNNC/yrRQv8rz0H/K85B/yzO&#10;Qf8szkH/LM5B/yzOQf8s/0MgAf9KHAH/UBsB/1chAf9bKAL/XDID/1s7BvxZRgn2VlEO8VRdE+1R&#10;aBfpT3Ia5k18HeRLhSDiSo4h4EmVI95InCTcR6Mm2kerJ9hGsyjVRrwo00bIKdFG3CrNR+wqyUb3&#10;LMdG/y7ERv8vw0b/L8JG/y/BRv8vwUb/L8FG/y/BRv8v/0YdAf9OGAH/VhgB/1weAf9gJQL/Yi0D&#10;/GI3BfRgQQjuXUwN6FpYEuNYYxffVW4b21J3H9hQgCLUT4kk0U2QJ89MlyjNTJ4qy0umK8lKrSzH&#10;SrctxkrCLsRK0S/BS+cvvUr0MbtK/zK4Sv8yt0v/M7ZL/zO2S/8ztkv/M7ZL/zO2S/8z/0oaAf9S&#10;FQH/WhYB/2EbAf9mIQH+aCkC9GgyA+xnPAblZEgL32FUENleXhfSW2kczlhyIMtWeyTIVIMnxVKL&#10;KsNRkizBUJkuv0+hL71PqDG7TrEyuU68M7dOyjS1TuE0sk7xNa9P/TatT/82rE//NqtP/zarT/82&#10;q0//NqtP/zarT/82/00XAf9VEgH/XxQA/2YYAP9rHQH4bSQB7W4sAuVtNgTda0MI1GdPEM1kWhfI&#10;YGQdxF1tIsFbdia9WX4pu1eFLLhWjS+2VZQxtFScM7JTpDSwUq02rVK3N6xSxTiqUto4p1LtOaVT&#10;+jmjU/85olP/OaFU/zihVP84oVT/OKFU/zihVP84/08UAf9ZEAD/YxIA/2oUAP9vGQDych8A5nQm&#10;Ad10MQLTcT8Iy21LD8VpVhfAZmAdu2NpIrdgcSe0XnkrsVyALq5biDGsWY8zqliXNadXnzelV6g5&#10;o1azOqFWwDufVtI8nVbpPJtX+DyaV/88mVj/O5hY/zuYWP86mFj/OphY/zqYWP86/1ISAf9cDgD/&#10;ZhAA/20RAPpzFADrdxgA4HkfANR5LQLLdjwHxHJIDr5vUxa4a1wds2hlIq9lbSesY3UrqWF8L6Zf&#10;hDKjXos1oV2TN55cmzmcW6Q7mVqvPZdauz6WWsw/lFrlP5Jb9T6RW/8+kFz/PZBc/zyPXP88j1z/&#10;PI9c/zyPXP88/1URAP9fDQD/aQ4A/3EOAPV3EADmexEA2X0YAM59KgLFezkGvndFDrd0UBWxcFkc&#10;rW1iIqhqaSelaHEsoWZ4L55kgDObYoc2mGGPOJZgmDuTX6E9kV6rP49euECNXshBi17hQYpf80CJ&#10;X/8/iWD/Pohg/z6IYP89iGD/PYhg/z2IYP89/1cPAP9iDAD/bAwA+HQMAOl6DADefgwA0oEVAMiB&#10;JwHAfzYGuHxCDbJ4TRWsdVYbp3JfIqJvZieebG4sm2p1MJdofDOUZ4Q2kWWMOY5klTyMY54+iWKo&#10;QIditUKFYsVChGLeQ4Nj8UKCY/1BgmT/QIJk/z+CZP8/gmT/P4Jk/z+CZP8//1kOAP9kCwD/bgoA&#10;6ncIANt9CADUggoAzIQSAMOFJAG7gzQFs4BADK18SxSmeVQboXZcIZxzZCaYcWsrlG9yL5FteTOO&#10;a4E2i2qJOYhokjyFZ5s/gmamQYBmskN+ZsFEfWbZRHxn70N8Z/xBfGj/QHxo/0B8aP8/fGj/P3xo&#10;/z98aP8//1sMAP9nCQD3cQcA3noFANSABwDOhQkAx4cRAL6IIgG2hzEEr4Q+C6iBSROifVIanHpa&#10;IJd3YSaTdWgrj3NvL4txdzOIb342hW6GOoJtjz1/a5k/fGujQnlqsEN4ar9EdmrURXZr7UN2a/tC&#10;dmv/QXZs/0B2bP9Admz/QHZs/0B2bP9A/10KAP9pBwDsdAMA2nwEANCDBgDJiAcAw4oPALqLIAGy&#10;ii8Eq4g8CqSFRxKdgVAZmH5YH5N8XyWOeWYqindtLoZ1dDKCdHw2f3KEOXxxjT15cJZAdm+hQnRu&#10;rkRybr1FcG7RRXBv60Rwb/pDcW//QXFv/0BxcP9AcXD/QHFw/0BxcP9A/18IAP9rBADhdgAA1H8D&#10;AMuGBQDFiwYAvo0NALWPHgCuji0Dpow6CZ+JRRGZhk4Yk4NWHo6AXSSJfmQphXxrLYF6cjJ9eHk1&#10;eneCOXd2izxzdZU/cXSfQm5zrERsc7tFa3PORWtz6URrc/hDa3P/Qmxz/0Fsc/9AbHP/QGxz/0Bs&#10;c/9A/2EFAPpuAQDdeQAA0IICAMeJBADAjgQAuZEMALGSGwCpkisDopA4CJuNQw+UikwXjohUHYmF&#10;WyOEg2IogIFpLXx/cDF4fnc1dXx/OHF7iDxuepI/a3mdQWh4qkNmeLhEZXjMRWV450RlePdDZnj/&#10;QmZ4/0FmeP9AZnj/QGZ4/0BmeP9A/2QDAO5xAADYfAAAy4UCAMOMAwC7kQMAs5QJAKyWGAClligC&#10;nZQ2B5aSQQ6Qj0oVio1SHISLWiJ/iWAne4dnLHeFbjBzg3U0b4J9N2yBhjtpf5A+Zn6bQWN+qENh&#10;fbZEYH3JRF995UNgffZCYH3/QWF9/0Bhff9AYX3/QGF9/0Bhff9A/2cAAON0AADSfwAAx4gBAL6P&#10;AgC2lQEArpgGAKaaFQCfmiYCmJkzBpGXPwyLlUgUhZNQGn+RWCB6j18ldo1lKnKLbC5uinMyaoh7&#10;NmaHhDljho48YIWZP12EpkFbhLRCWoTHQ1qE40Jag/RBW4P/QFuD/0Bbg/8/W4P/P1uD/z9bg/8/&#10;/2oAAN54AADNgwAAwowAALmTAACwmAAAp50CAKCfEgCZnyMBk54xBYydPAuFm0YSf5lOGHqXVh51&#10;ll0jcJRjKGySaixokXEwZZB5NGGOgjdejYw6WoyXPViMpD9Wi7JAVIvFQFSL4UBUivM/VYr+P1WJ&#10;/z5Vif8+VYn/PlWJ/z5Vif8+728AANZ8AADIhwAAvZEAALSYAACqnAAAoKIAAJmkEACTpSABjKQu&#10;A4WjOQl/okMPeaBMFnSfUxtvnVogapxhJWaaaCljmW8tX5h3MFuXgDRYloo3VZWVOVKVojtQlLA9&#10;T5TDPU+U3zxPk/I8T5L9PE+S/zxPkf88T5H/PE+R/zxPkf885HQAAM+BAADCjAAAuJYAAK2cAACj&#10;oQAAmKgAAJCqDQCLqxsAhasqAn6qNgZ4qUEMcqhJEm2nURhpplgcZKRfIWCjZiVdom0pWaF1LFah&#10;fi9ToIgyT5+TNU2foDdLnq84Sp7BOEme3ThJnfA4SZz8OEmb/zlJm/85SZv/OUmb/zlJm/8523oA&#10;AMiHAAC8kgAAsZoAAKagAACcpgAAkawAAIexCACBshYAfLMmAXayMwRxsj0Ja7FHDmawTxNir1YY&#10;Xq5dHFqtZCBXrGsjVKxzJlCrfClNqoYsSqqSL0ipnzBGqa0yRam/MkSq2jJEqO8yQ6f7M0Om/zND&#10;pf80Q6X/NEOl/zRDpf800IEAAMGOAAC1mAAAqZ8AAJ6lAACTrAAAiLIAAHy5AgB2uhEAcrshAG67&#10;LgJouzoGZLpDCl+6TA5buVMSV7haFlS4YRlRt2kcTrdxH0u2eiJItoQlRbaQJ0O1nSlBtawqQLa+&#10;Kj+22Co/tO4qPrP6LD2y/y09sf8tPbH/LT2x/y09sf8tx4kAALmVAACsnQAAoaQAAJarAACKsgAA&#10;f7gAAHO/AwBqxAwAZ8UaAGPFKAFfxTUDW8U/BVfFSAlUxFAMUMRYD03EXxJKw2YVSMNuF0XDeBpC&#10;w4IcQMOOHj7DnB88w6sgO8O8ITrD1SE7wu4hOcD5Iji//yQ4v/8kOL//JDi//yQ4v/8kvZEAALCb&#10;AACkogAAmKoAAIyxAACAuQAAdb8AAGrGBABezAgAWc8SAFfQIQBV0C4BUdA5Ak7QQwRL0EwGSdBT&#10;CEbQWwtD0GMNQdBrDz7QdRE80YATOtGMFDjRmhY20akXNdG7FzTS0hc10OwWNM/3GDPO/xozzv8a&#10;M87/GjPO/xozzv8as5kAAKahAACaqQAAjrEAAIG5AAB1wAAAascAAF7NAwBU1AgATN0NAErdGABI&#10;3iYARt4yAUTfPAJC30UDP99NBD3gVQU74F0GOeBmCDfgbwk14XoKM+GGDDHhlA0w4qMOLuKzDi7j&#10;xw4t4+MOLeDyDizf+w8s3/0QLN/9ECzf/RAs3/0QqKAAAJynAACPsAAAg7gAAHbBAABqyQAAXs8A&#10;AFPVAQBJ3AYARekPAELpGQBA6iQAPeouADrrNgE47D4BNuxGAjPtTQMx7VUDL+5dBC3uZQUr7nAF&#10;Ke97BijviQcm8JcHJfCnCCTxuAgj8cwIIvLlCCLw8wgi7/UIIu/1CCLv9Qgi7/UInqYAAJGvAACE&#10;uAAAd8EAAGrJAABd0AAAUdcAAEbdAAA/6gUAPPYOADn2FwA29yAAM/coADH4MAAu+TYBK/k9ASn6&#10;RAEn+koCJftSAiP7WgIg/GMDHvxuAxz9ewMb/okEGf6YBBj/qAQX/7cEFv/IBBb/4AQW/+QEFv/k&#10;BBb/5AQW/+QEk64AAIW3AAB4wAAAaskAAF3SAABQ2QAARN8AADrkAAA19wMAMv8MAC7/EgAr/xoA&#10;KP8hACb/JwAj/y0AIP8zAB7/OQEc/z8BGf9FARf/TQEV/1UBE/9fARH/agIQ/3gCDv+HAg7/lgIN&#10;/6QCDP+wAgz/vgIM/8ICDP/CAgz/wgIM/8ICh7YAAHm/AABryQAAXtMAAFDbAABD4AAAOOUAAC/w&#10;AAAr/wAAJ/8IACT/DgAh/xMAHv8ZABv/HgAY/yMAFf8oABP/LQAR/zIAEP84AA7/PwAM/0YBCv9P&#10;AQf/WQEE/2UBAf9yAQD/gQEA/48BAP+bAQD/pwEA/6kBAP+pAQD/qQEA/6kB/ywvAf8wLAH/MiwC&#10;/zMwAv8xNgP/MEED/y9NBP8tWgb/K2YH/ylzCP8ofgr/J4gL/yeRDP8nmQ3/Jp8N/yalDv8mqw7/&#10;JrEP/ya4D/8mwA//JskP/ybXD/8m5g//JvAP/ib5D/sn/w/5J/8P+Sb/Efgm/xH4Jv8S+Cb/Evgm&#10;/xL4Jv8S/y4sAf8zKQH/NSoC/zYtAv82NAL/NT8D/zNLBP8yVwb/MGQH/y5wCf8sewr/LIUM/yuO&#10;Df8rlg7/Kp0P/yqjD/8qqRD/Kq8Q/ym2EP8pvRH/KccR/ynTEf4p4xH7Ku8R+Cr4EPYr/xD0Kv8S&#10;9Cr/E/Mq/xTzKf8U8yn/FPMp/xTzKf8U/zEpAf82JgH/OSYB/zopAv87MgL/Oz0D/zlIBf83VAb/&#10;NWAH/zNsCf8ydwz/MIIN/zCLDv8vkw//L5oQ/y6gEf8uphH/LqwS/y6zEv4uuhL9LsQS+y7PE/gu&#10;4RL1Lu0S8S/3Eu8v/xPuLv8V7S7/Fuwu/xfsLv8X7C7/F+wu/xfsLv8X/zQmAf85IwH/PSMB/z4m&#10;Av9BLwL/QTkD/z9FBP89UAb/O1wI/zloCv83cw3/Nn4O/zWHEP00jxH8NJYS+jOdE/kzoxP4M6kU&#10;9zOwFPYztxT0M8AU8zPMFPAz3hTtM+sU6TT2Fecz/xfmM/8Y5DL/GeQz/xrjMv8a4zL/GuMy/xrj&#10;Mv8a/zgjAf89IAH/QR8B/0UjAf9HLAL/RzYD/0ZABP9ETAb/QVgI/z9kC/s+bw75PHkQ9juDEfQ6&#10;ixPzOZMU8TmZFPA4oBXuOKYW7TitFuw4tBbqOL0W6TjJFuc42xbjOeoW4Dj1GN04/xrbN/8c2Tf/&#10;Hdc3/x3WN/8e1jf/HtY3/x7WN/8e/zsgAf9BHAH/RRoB/0sgAf9NKAH/TjIC/008BP9KRwb6SFMI&#10;9kZfC/JEag7vQnQR7EF+E+pAhxToP44V5j6WFuU+nBfjPaMY4j2qGOA9shjfPbsZ3T3GGds92BrW&#10;Peka0j31Hc49/h/MPP8gyzz/Ick8/yHJPP8hyTz/Ick8/yHJPP8h/z8cAf9FFwH/SxcB/1AdAf9T&#10;JAH/VC0C/1M3A/dRQgXxTk0I7ExaC+hKZQ/lSG8R4kd5FN9FghbdRIoX2kORGdhCmRrVQp8b00Gm&#10;HNFBrh3PQbcezkHBHsxB0B/JQuUfxULzIcJB/iPAQf8kvkH/JL1B/yW9Qf8lvUH/Jb1B/yW9Qf8l&#10;/0IYAf9JEwD/UBQA/1YZAP9ZIAH/WigB91oyAu9YPQToVUkH41NVCt5RYA7ZTmoS1Ex0FtBLfBjO&#10;SYQbzEiMHMpHkx7IR5ofxkahIcRGqSLCRbEjwUW8I79FySS9Rt8luUbvJrZG+ye0Rv8os0b/KLJG&#10;/yixRv8osUb/KLFG/yixRv8o/0YVAP9NEQD/VRIA/1sWAP9eGwD5YCMB72AsAeZeNgPfXEQF2FlQ&#10;CtFXWw/MVGUUyFJuGMVQdxvDT38dwE6GH75NjiG8TJUjukucJLhKpCa2SqwntEq2KLNJwymxSdYp&#10;rkrqKqtK+CupSv8rqEv/K6dL/yunS/8rp0v/K6dL/yunS/8r/0kSAP9QDgD/WRAA/18SAP9jFgDy&#10;ZR0A52UlAN5kMQHUYj8FzWBLCsddVg/CWmAVvlhpGbtWcRy4VHkftlOBIrNSiCSxUJAmr1CXKK1P&#10;nymrTqgrqU6yLKdOvi2mTs4uo07mLqFP9S6fT/8unk//Lp1P/y6dUP8unVD/Lp1Q/y6dUP8u/0wQ&#10;AP9UDQD/XQ4A/2MPAPlnEQDraRUA32ocANNqLAHLaDsExWVHCb9iUg+6YFwVtl1lGbJbbR2vWXUh&#10;rFh8I6pWgyanVYsopVSTKqNTmyyhU6Mun1KtL51SuTCbUskxmVLiMZdT8jGWU/8xlVT/MZRU/zCU&#10;VP8wlFT/MJRU/zCUVP8w/08OAP9YCwD/YAsA+2YMAPBrDQDkbQ4A1m4WAMxvKAHEbTcEvWtECbdo&#10;Tw+yZVgVrmJhGqpgaR6nXnAhpF14JaFbfyefWocqnFmOLJpYly6YV6AwlVaqMpNWtTORVsU0kFbd&#10;NI5X8DSNV/0zjFj/M4xY/zKMWP8xjFj/MYxY/zGMWP8x/1EMAP9bCQD/YwgA62oHAN1uCADYcQoA&#10;z3ITAMZzJQG+cjQDt3BBCLFtTA6salUUp2deGaNlZR6gY20inGF0JZpgeyiXXoMrlF2LLZJckzCP&#10;W5wyjVqmNItasjWJWsE2h1rWNoZb7TaFW/s1hVz/NIRc/zOEXP8zhFz/M4Rc/zOEXP8z/1MKAP9d&#10;BgD1ZgQA320DANVyBgDQdQkAyXYRAMB3IgC4djEDsXQ+B6txSQ6mblIUoWxbGZ1pYh2ZZ2oilmZx&#10;JZNkeCiQY38rjWGHLopgkDCIX5kzhV+jNYNerzaBXr44gF7ROH9f6jd+X/o2fmD/NX5g/zR+YP80&#10;fmD/NH5g/zR+YP80/1UIAP9gBADoaQAA2nADANB1BQDKeAcAw3oPALt7HwCzei8CrHg8B6Z1Rg2h&#10;c1ATnHBYGJduYB2Ta2chkGpuJY1odSiKZ3wrh2aELoRkjTGBY5Y0f2OhNnxirTd6Yrs5eWLOOXhj&#10;6Dh4Y/g3eGT/Nnhk/zV4ZP81eGT/NXhk/zV4ZP81/1cFAP9iAQDhbAAA1HMCAMt4BADFewUAvn0N&#10;ALZ+HQCvfiwCqHw5BqF5RAycd04Sl3RWGJJyXRyOcGQgim5rJIdsciiEa3orgWqCLn5pijF7aJQ0&#10;eGefNnZmqjh0Zrk5c2bLOnJm5jlyZ/c4cmf/N3Jo/zZyaP81cmj/NXJo/zVyaP81/1kCAPZlAADd&#10;bgAAz3YBAMd7AwDAfwQAuYAMALGCGgCqgioCo4A3BZ19QguXe0sRknhUF412WxuJdGIghXJpJIFx&#10;cCd+b3cre25/LnhtiDF2bJI0c2ucNnBqqDhuarc6bWrJOmxq5Dpta/U4bWv/N21r/zZta/82bWv/&#10;Nm1r/zZta/82/1sAAOtnAADZcQAAzHkAAMN+AgC7ggMAtIQJAK2FGACmhSgBn4Q1BZmCQAqTf0kQ&#10;jX1SFol7WRuEeWAfgHdnI3x1bid5dHUqdnN9LnNyhjFwcZA0bXCbNmtvpzhpb7U6aG/HOmdv4jpn&#10;b/Q4aG//N2hv/zZob/82aG//Nmhv/zZob/82/14AAORqAADTdAAAyHwAAL+BAQC3hQEAr4cHAKiJ&#10;FQChiSUBm4gzBJSGPgmOhEcPiYFQFYR/Vxp/fl4ee3xlInh6bCZ0eXMqcXh7LW53hDBrdo4zaHWZ&#10;NmZ0pThkc7M5YnPEOmJz4Dpic/M4Y3P/N2Nz/zZjc/82Y3P/NmNz/zZjc/82/2EAAOBtAADPdwAA&#10;xH8AALuFAACziQAAqosDAKOMEwCcjSMBlowwA5CLPAiKiUUOhIdOE3+FVRh7g1wdd4JjIXOAaiVv&#10;f3EpbH15LGl8gi9me4syY3qXNWB5ozdeebE4XXnCOVx53TldefE4XXj+N154/zZeeP81Xnj/NV54&#10;/zVeeP819WQAANxwAADKegAAwIMAALaJAACujQAApI8AAJ2REACXkiAAkZEuA4qQOQeEjkMMf41M&#10;EnqLUxd1iVobcYhhIG6GaCNqhW8nZ4R3K2ODfy5ggokxXYGUM1uAoTZZf683V3/AOFd/2jdXf/A3&#10;WH79Nlh+/zVYfv81WH7/NVh+/zVYfv816WgAANR0AADGfgAAu4cAALKNAACokQAAnpQAAJaWDgCR&#10;lxwAi5crAoWWNwV/lEEKeZNJEHSSURVwkFgZbI9fHWiOZiFljG0lYYt0KF6KfSxbiYcvWIiSMVWH&#10;nzNTh601Uoe+NVGH1jVRhu41UoX7NFKF/zRShf8zUoX/M1KF/zNShf8z42wAAM55AADBgwAAtosA&#10;AKyRAACilQAAl5kAAI+bCwCKnRgAhJ0nAX6cNAR5mz4Ic5pHDW+ZTxJqmFYXZpddG2OVYx5flGoi&#10;XJNyJVmSeyhVkYUrUpGQLlCQnTBOkKsxTJC8MkyQ0zJMj+0yTI76MkyN/zFMjP8xTIz/MUyM/zFM&#10;jP8x3HEAAMh+AAC7iAAAsZEAAKaWAACcmgAAkJ8AAIeiBgCBoxQAfKQjAXekMANyozsGbaJEC2ih&#10;TA9koFQTYJ9aF12eYRtZnWgeVp1wIVOceSRQm4MnTZqOKUqamyxImqktR5m6LUaa0C1GmOstRpf5&#10;LkaW/y5Glv8uRpb/LkaW/y5Glv8u0XcAAMGEAAC2jgAAqpUAAKCbAACVnwAAiqQAAH2pAAB3qxAA&#10;c6seAG+sLAFqqzcEZatBB2GqSQtdqVEPWqlYE1eoXxZTp2YZUKduHE2mdh9KpYEhSKWMJEWlmSZD&#10;pKgnQqS4KEGkzidBo+onQKL4KECh/ylAoP8pQKD/KUCg/ylAoP8pyX4AALqLAACvlAAAo5oAAJig&#10;AACNpQAAgqoAAHWwAABsswwAabQYAGW0JwFhtDMCXrQ9BFq0RgdWs04KU7NVDVCzXBBNsmMTSrJr&#10;FkexdBhFsX4aQrCKHUCwlx4+sKYgPLC3IDywzCA8r+ggO673ITqt/yI6rP8jOqz/Izqs/yM6rP8j&#10;wIYAALOSAACnmQAAnJ8AAJCmAACErAAAebEAAG23AABhvAUAXb0SAFq+IABYvi0BVL44AlG+QgRO&#10;vkoGTL5SCEm+WQpGvmAMRL5oDkG9cRE/vXwTPL2IFTq9lRY4vaQXN721GDa9yhg3vOcXNbv2GTW6&#10;/xo0uf8bNLn/GzS5/xs0uf8buI8AAKqYAACfnwAAk6YAAIesAAB7swAAb7kAAGO+AABYxAQAUMgM&#10;AE3IFwBMySUASsoxAEfKOwFFykQCQ8pMA0HKVAQ+ylwGPMpkBzrLbgk4y3gKNsuFDDTLkg0yy6IO&#10;McuyDzDMxw8wy+UOL8n1Dy7I/REux/8SLsf/Ei7H/xIux/8SrpcAAKGeAACVpQAAia0AAHy0AABw&#10;uwAAZMEAAFnGAABOywMARdAIAD7VDgA91RoAPNYmADvXMQA52DsAONlFATbZTQE12VYCM9peAjHa&#10;aAMw23MELtt/BSzbjQUq3J0GKdytBijdwQYo3d4GJ9vvBybZ+Qgm2P4JJtj+CSbY/gkm2P4JpJ0A&#10;AJilAACLrQAAfrQAAHG8AABlwwAAWckAAE3NAABD0wEAOtkGADXkDQAz5BYAMeQgADDlKgAu5jMA&#10;LeY8ACvnRAAq50wBKOhUASfoXQEl6WcCI+lzAiLqgQIg6pEDH+uhAx3rsgMc7McDHOzhAxvq8QMb&#10;6fkDG+n5Axvp+QMb6fkDmqQAAI2sAAB/tQAAcr0AAGXFAABZywAATNAAAEHVAAA43AAAL+ECAC3x&#10;DQAr8RMAKPIcACbyJAAk8ysAIvQyACH0OQAf9UEAHfVJABv2UQAZ91oBF/dlARX4cgEU+YEBE/mS&#10;ARL6ogIR+rMCEPvGAhD73QIQ++kCEPvpAhD76QIQ++kCj6sAAIG0AABzvQAAZsYAAFnNAABL0wAA&#10;QNkAADXeAAAs4wAAJvEAACT+CgAh/xAAH/8WABz/HAAZ/yIAF/8oABX/LgAT/zUAEv88ABD/QwAO&#10;/0wADf9WAAv/YgAJ/28ACP9/AQf/kAEF/6ABBP+uAQT/vAED/8cBA//HAQP/xwED/8cBg7QAAHW9&#10;AABnxgAAWs8AAEvVAAA/3AAAM+EAACnlAAAh7AAAHv0AABr/BQAX/wwAFf8QABL/FAAQ/xkADv8e&#10;AA3/IwAL/ygACP8uAAb/NQAD/z0AAP9GAAD/UQAA/10AAP9rAAD/ewAA/4sAAP+ZAAD/pQAA/6wA&#10;AP+sAAD/rAAA/6wA/ycsAf8qKgH/KyoB/youAf8mNAL/JT8C/yNLA/8hWAP/IGQE/x5wBP8dewT/&#10;HYUF/x2OBf8dlgX/HZwG/x2iBv8cqAb/HK4H/xy0B/8cuwf/HMMH/xzOB/8d3wf/HesH/B31B/kd&#10;/gb3Hv8H9x3/CPYd/wn2Hf8J9h3/CfYd/wn2Hf8J/ykqAf8sJwH/LicB/y0qAf8sMgH/Kz0C/ylJ&#10;A/8nVQP/JWEE/yNtBP8ieAX/IoIF/yGLBv8hkwb/IZoH/yGgB/8hpQf/IasI/yGxCP8huAj/IcEI&#10;/yHLCPwh3Aj5IekI9iH0CPMi/QfyIv8J8SL/CvEh/wvwIf8L8CH/C/Ah/wvwIf8L/ywmAf8wJAH/&#10;MSMB/zEmAf8yLwH/MToC/y9GA/8tUgP/K14E/ylpBf8odQX/J38G/yeIB/8mkAf/JpYI/yadCP4m&#10;own9JqkJ/CavCfsmtgn6Jr4J+CbICfYm2QnyJugJ7yfzCe0n/QrrJv8L6ib/Dekm/w3oJv8O6Cb/&#10;Dugm/w7oJv8O/y8jAf8zIAH/NR8B/zcjAf84LAH/ODcC/zZCAv80TgP/MloE/zBlBf8ucAb+LXsH&#10;/C2ECPosjAn4LJMJ9yyZCvYroAr0K6YK8yusC/IrswvxK7sL7yvGC+4s1AvqLOYL5izyC+Qs/A3i&#10;LP8P4Sz/EOAs/xDfLP8R3yz/Ed8s/xHfLP8R/zMfAf83GwH/OhoB/z0gAf8/KAH/PzIB/z0+Av87&#10;SQP/OVUE+zdhBvc1bAf1NHYI8jN/CfAyhwrvMo8L7TKWC+wxnAzqMaIM6TGpDOgxsA3mMbkN5THD&#10;DeMy0Q3fMuUM3DLxD9gx/BHVMf8S0jH/E9Ex/xTQMf8U0DH/FNAx/xTQMf8U/zcbAf87FwD/PxYA&#10;/0McAP9GJAH/Ri4B/0Q5AvxCRAP2P1AE8T1cBu08ZwfqO3EJ6Dp6CuU5gwvjOIsM4jiSDeA3mQ3f&#10;N58O3TemDts3rQ/ZNrYQ1zbBENU2zhDRN+MRzTfxE8o3+xXIN/8Wxjf/F8U3/xjEN/8YxDf/GMQ3&#10;/xjEN/8Y/zsXAP9AEwD/RRMA/0kYAP9MIAD/TCkB+kszAfJIPgLsRkoE50RWBuNDYgjfQWwK3EB1&#10;DNk/fg3VPoYP0z2NENE9lBHPPJsSzTyiE8w8qRTKO7EUyDu7Fcc7yBbFPNwWwTztF748+Rm7PP8a&#10;ujz/G7k8/xu4PP8buDz/G7g8/xu4PP8b/z4UAP9EEAD/ShEA/08UAP9RGwD7UiMA8VEtAelPOAHi&#10;TUUD3EtRBdZJXAjRR2YLzkZwDstFeBDIRIASxkOHFMRCjhXDQpUWwUGcF79BpBi9QKwZvEC2GrpA&#10;whq4QNIbtUHoG7JB9h2wQf8erkH/Hq1B/x6sQf8erEH/HqxB/x6sQf8e/0IRAP9HDQD/Tw4A/1MR&#10;AP9WFQDzVxwA6FYlAOBVMQHXUz8Cz1JMBcpQVwnGTmENw0xqEMBKchK9SXoVu0iCFrlHiRi3R5AZ&#10;tUaXG7NGnxyxRacdsEWxHq5FvB+sRcwfqkXjIKdG8yGlRv8ho0b/IqJG/yGiRv8hokb/IaJG/yGi&#10;Rv8h/0UOAP9LCgD/UwwA/1cNAPlaEADrWxQA31ocANRaKwDMWjsCxlhIBcFWUwm8VFwNuVJlEbVQ&#10;bRSzT3UXsE58Ga5NhBqsTIscqkuSHqhKmh+mSqMhpEmsIqNJuCOhScYkn0reJJ1K8CSbSv0lmUv/&#10;JJlL/ySYS/8kmEv/JJhL/ySYS/8k/0gMAP9PCAD/VggA9VsJAOleCgDkXg0A1V8VAMtgJwDEXzYC&#10;vl5DBbhbTgm0WVgOsFdhEqxVaRWqVHAYp1N4GqVSfxyiUYYeoFCOIJ5PliKcTp8jmk6oJZhOsyaX&#10;TsInlU7WJ5NO7CeRT/snkE//J5BQ/yaPUP8mj1D/Jo9Q/yaPUP8m/0oJAP9TBQD4WgQA4l8DANpi&#10;BgDUYwkAzWMSAMRlIwC8ZTICtmNABbFhSwmsXlQOqFxdEqVbZRahWWwYn1hzG5xWeh6aVYIgmFSK&#10;IpVUkiSTU5smkVKlJ49SsCmNUr4qjFLQKopT6SqJU/kpiFT/KYdU/yiHVP8oh1T/KIdU/yiHVP8o&#10;/0wFAP9WAQDpXQAA3GMCANFnBQDMaAcAxmgQAL1qIAC2aS8BsGg8BKplRwmlY1ENoWFaEp1fYRaa&#10;XmkZl1xwHJVbdx6SWn4hkFmGI41YjiWLV5cniVehKYZWrSuFVrosg1bMLIJX5iyBV/crgFj/KoBY&#10;/yqAWP8pgFj/KYBY/ymAWP8p/08CAP1ZAADiYAAA1WcAAMxqAwDGbAUAwGwOALdtHQCwbiwBqmw5&#10;BKVqRAigaE4Nm2ZXEZdkXhWUYmUZkWBsHI5fcx6LXnshiV2CJIZciyaEW5QogVueKn9aqix9Wrct&#10;fFrJLnpa4y56W/Utelz/LHlc/yt6XP8qelz/Knpc/yp6XP8q/1EAAPJbAADeZAAAz2oAAMduAgDA&#10;cAQAunAMALJxGgCrcSkBpXA3A59uQgeabEsMlmpUEZJoXBWOZmMYi2VpG4hjcB6FYnghgmF/JIBg&#10;iCZ9X5Epe1+cK3hepy12XrUudV7GL3Re4S90X/MudF//LHRg/yt0YP8rdGD/K3Rg/yt0YP8r/1MA&#10;AOheAADZZwAAy20AAMNxAQC7cwIAtXMJAK11FwCndScBoXQ0A5tyPweVcEkLkW5SEIxsWRSJamAY&#10;hWlnG4Jobh5/ZnUhfWV9JHpkhSZ3ZI8pdWOaK3JipS1wYrMvb2LEL25i3i9uY/IubmP+LW5j/yxu&#10;Y/8rbmP/K25j/ytuY/8r/1UAAOVgAADTaQAAyHAAAL90AAC3dwEAsHcHAKh4FQCieSQAnHgyApZ2&#10;PQaRdEcLjHJPD4hwVxOEb14XgG1kGn1sax16a3Mgd2p6I3RpgyZyaI0pb2eXLG1noy5rZrEvaWbB&#10;MGlm2zBpZ/AvaWf9LWln/yxqZ/8ramf/K2pn/ytqZ/8r/lgAAOFjAADPbAAAxHMAALt4AACzegAA&#10;q3oEAKR7EgCefCIAmHwvApJ6OwWMeEUKh3dNDoN1VRJ/c1wWe3JiGnhwaR11b3Agcm54I29tgSZt&#10;bIspamyWK2hroS5ma68vZGq/MGNr2DBja+8vZGv8LWRr/y1la/8sZWv/LGVr/yxla/8s9FsAAN1m&#10;AADLbwAAwHYAALd7AACvfgAApn4BAJ9/EACZgB8Ak4AtAo1/OQWIfUMJg3tLDX56UxJ6eFoWdndh&#10;GXN1ZxxwdG4fbXN2ImpyfyZocYkoZXCUK2JwoC1gb60vX2+9L15v1C9eb+0vX2/7LV9v/yxgb/8s&#10;YG//LGBv/yxgb/8s614AANhpAADHcgAAvHkAALN/AACrggAAoYIAAJmDDgCUhB0AjoQrAYiDNgSD&#10;gkAIfoBJDHl/URB1fVgUcnxfGG57ZRtremweaHl0ImV4fSVid4cnYHaSKl11nixbdasuWnS7L1l1&#10;0S9ZdOwuWXT6LVp0/yxadP8rWnT/K1p0/ytadP8r5mEAANFtAADDdgAAuX0AAK+DAACmhgAAnIYA&#10;AJSIDACOiRkAiYkoAYOJNAN+hz4HeYZHC3SFTw9whFYTbYJdF2mBYxpmgGodY39yIGB+eiNdfYQm&#10;WnyPKVh7nCtWe6ksVHu5LVN7zi1UeuotVHr5LFR5/ytVef8qVXn/KlV5/ypVef8q4WUAAMxxAAC/&#10;egAAtIIAAKuHAAChigAAlYsAAI2NCQCHjhYAgo8kAX2PMQJ4jjsFc41ECW+MTA1rilQRZ4laFWSI&#10;YRhhh2gbXoZwHluFeCFYhIIkVYSNJlKDmilQgqcqT4K3K06CzCtOgugrToH4Kk+A/ypPgP8pT4D/&#10;KU+A/ylPgP8p22oAAMd1AAC6fwAAsIcAAKaMAACcjwAAj5EAAIaTBQCAlBIAe5UhAHeVLQFylTgE&#10;bZRCB2mTSgtlklEOYpFYEl6QXxVbj2YYWI5tG1WOdh5SjYAhT4yLI02LmCVLi6UnSYu1KEiLyihI&#10;iucnSYn3KEmI/ydJh/8nSYf/J0mH/ydJh/8n0W8AAMF7AAC1hAAAq4wAAKCQAACVlAAAiZcAAH6a&#10;AAB3mw4Ac5wcAG+dKQFrnDUCZpw/BWKbRwhfmk8LXJpWD1iZXBJVmGMVU5hrF1CXcxpNln0dSpWJ&#10;H0eVlSFFlaQjRJSzI0OUyCNDlOUjQ5L1JEOR/yRDkP8kQ5D/JEOQ/yRDkP8kynUAALuBAACwiwAA&#10;pJEAAJqVAACPmQAAg50AAHSiAABuowsAaqQXAGalJQBjpTEBX6Q7A1ukRAVYpEsIVaNTC1KjWg1P&#10;omEQTaJoE0qhcRVHoHsYRKCGGkKfkxxAn6IdPp+yHj2fxh49n+MdPZ30Hj2c/x88m/8fPJv/IDyb&#10;/yA8m/8gwnwAALWIAACpkAAAnpYAAJObAACHnwAAe6QAAG+oAABjrAQAX60RAFytHwBarisAV642&#10;AVSuQANRrUgFTq1PB0utVwlJrV4LRqxmDUSsbg9BrHgRP6uEEzyrkRU6q6AWOauwFzirwxc4quEX&#10;N6nzGDen/hk2pv8aNqb/Gjam/xo2pv8auoQAAK6PAACilgAAl5sAAIuhAAB/pgAAc6sAAGevAABa&#10;tAAAU7YMAFG3FwBPtyQATbgwAEq4OgFIuEMCRrhLA0S4UgRBuFoGP7hiBz24awk6uHULOLeBDDa3&#10;jg40t50PM7etDzK3wQ8xt94PMbbyEDC0/BEws/8SMLP/EzCz/xMws/8Tso4AAKWVAACamwAAjqIA&#10;AIKoAAB1rQAAabMAAF63AABTuwAAR8AFAEPCEABCwhsAQMMnAD/DMgA+xDwAPMREATrETQE4xFUC&#10;NsRdAzXEZgQzxXAEMcV8Bi/FigYtxZoHK8WqCCrFvggqxdoIKsTwCCnC+wkowf8KKMH/CyjB/wso&#10;wf8LqJUAAJ2bAACRogAAhKkAAHivAABrtQAAX7sAAFS/AABJwwAAP8gEADbNCQAzzhEAMs8cADHP&#10;JwAw0DEAL9A6AC7RQwAt0UwAK9JVACrSXwEo02kBJ9N2ASXThAIk1JQCItSmAiHVuQIh1dICINPr&#10;AiDS9gMf0f8EH9H/BB/R/wQf0f8En5sAAJSiAACHqQAAebEAAG24AABgvgAAVMMAAEnHAAA+ywAA&#10;NdABAC3VBgAl2wsAJN4SACPeHAAi3yUAIeAuACDgNwAf4UAAHuFKAB3iUwAc414AG+NqABrkeAAY&#10;5IgBF+WaARbmrAEV5sABFOfdARPl7wET4/oBE+P6ARPj+gET4/oBlqIAAImpAAB7sQAAbrkAAGHA&#10;AABUxgAASMoAAD3PAAAz0wAAKtkAACLeAgAe6woAHOwQABvtFwAZ7R8AF+4mABXuLQAU7zUAE/A9&#10;ABHwRgAQ8VAAD/JbAA7yaQAN83gADPSKAAv1nAAK9a4ACfbCAAn22QAI9e0ACPXtAAj17QAI9e0A&#10;i6kAAH2yAABvugAAYsIAAFXJAABHzgAAO9IAADHYAAAn3QAAH+EAABnoAAAW+AYAFPoNABL7EgAQ&#10;/BcADvwdAA39IwAM/SkACv4wAAj/OAAG/0EAA/9MAAD/WAAA/2YAAP93AAD/iQAA/5sAAP+rAAD/&#10;uwAA/84AAP/PAAD/zwAA/88Af7IAAHG6AABjwwAAVssAAEjRAAA61gAAL90AACXhAAAc5QAAFOkA&#10;ABH3AAAP/wEADf8JAAv/DQAI/xAABv8UAAP/GAAA/x4AAP8jAAD/KgAA/zIAAP88AAD/RwAA/1QA&#10;AP9jAAD/cwAA/4UAAP+XAAD/pAAA/7IAAP+yAAD/sgAA/7IA/yIpAf8jJwH/IygB/yArAf8cMQH/&#10;Gj0B/xhJAf8WVgL/FGIC/xNuAv8SeAL/EoIC/xKLAv8SkgL/EpkC/xKeAv8SpAL/EqkC/xKvAv8S&#10;tgL/Er0C/xLHAv8S1AL9EuUC+hLxAvcS+gL1E/8C9BP/A/QT/wP0E/8D9BP/A/QT/wP0E/8D/yQn&#10;Af8mJAH/JiQB/yQnAf8iLwH/IDoB/x5GAf8cUwL/Gl8C/xhqAv8XdQL/F38C/xeIAv8XjwL/F5YC&#10;/xecAv8XoQL/F6cC/xetAv8XswP+F7sD/RfFA/oX0QP3F+QC9BfvAvEY+gLvGP8D7hj/BO4Y/wTt&#10;GP8F7Rj/Be0Y/wXtGP8F/ycjAf8pIAD/KSAA/ygjAP8pLQH/JzcB/yVDAf8jTwL/IVsC/x9mAv8d&#10;cQL/HXsD/x2EA/8djAP+HZMD/ByZA/scnwP6HKQD+RyqA/ccsQP2HLkD9R3CA/MdzgPwHeED7B3u&#10;A+ke+QToHv8F5h7/BuUe/wblHv8H5R7/B+Ue/wflHv8H/ysfAP8tHAD/LRsA/y4gAP8vKQD/LzQB&#10;/yw/Af8qSwL/KFcC/yZiAv0lbQP6JHcD+COAA/YjiAP1I48D8yOVBPIjmwTxI6EE7yOoBO4jrgTt&#10;I7YE6yO/BOojzATnI+AE4yTtBOAk+QbeJP8H3CT/CNsk/wnaJP8J2iT/Cdok/wnaJP8J/y4bAP8x&#10;FwD/MhYA/zUcAP82JQD/Ni8B/zQ6Af8xRgH7L1IC9y1dAvMsaAPwK3ID7ip7BOwqhATqKosE6CqS&#10;BecpmAXmKZ4F5CmlBeMprAXhKbQF4Cq9Bd4qygXbKt4F1irtB9Iq+AnPK/8KzSr/C8wq/wzLKv8M&#10;yyr/DMsq/wzLKv8M/zIXAP81EgD/OBIA/zsYAP89IAD/PCoA/js1Afc5QQHxNk0C7DRYAugzYwPl&#10;Mm0E4zJ2BOAxfwXeMYcF3DCOBtowlQbYMJsH1i+iB9QvqQjSL7EI0C+6Cc8wxgnNMNgJyTHqCsYx&#10;9wzDMf8OwTH/D8Ax/w+/Mf8PvzH/EL8x/xC/Mf8Q/zYTAP85DwD/PhAA/0EUAP9DGgD/QiMA9UEu&#10;AO0+OgHnPUYB4TxTAt06XgPZOWgE1DhxBtE4egfPN4EIzTeICcs2jwrKNpYKyDadC8Y1pAzFNawM&#10;wzW1DcE1wA3ANs8OvTbmDrk29BC3Nv8RtTb/ErQ2/xOzNv8Tszb/E7M2/xOzNv8T/zkQAP89CwD/&#10;Qw0A/0cQAP9IFAD1RxwA60YmAONEMgDcREEB1ENNAs9BWATLQGIGyD9rCMU+dAnDPXsLwT2DDL88&#10;ig29PJAOuzyXD7o7nxC4O6cQtjuwEbU7uxKzO8kSsTvgE6488RSrPP0VqTz/Fqg8/xaoPP8Wpzz/&#10;Fqc8/xanPP8W/z0NAP9CCAD/SAoA/0sMAPpMDwDsTBQA4UodANZKLADOSzsByUpIAsRIUwTAR10H&#10;vEZmCbpEbgu3Q3YNtUN9DrNChBCxQYsRsEGSEq5AmhOsQKIUqkCrFalAthanQMQXpkDZF6NB7Rig&#10;QfsYn0H/GZ5B/xmdQf8ZnUL/GJ1C/xidQv8Y/0AJAP9GBQD/TAUA8U8HAOZQCQDjTw0A1U8VAMxR&#10;JwDFUTYBv1BDArpPTgW2TVgIs0xhCrBKaQ2tSXAPq0h4EalHfxKnR4YUpUaNFaNGlRahRZ4Yn0Wn&#10;GZ5FshqcRb8amkXRG5hF6RuWRvgclUb/G5RG/xuTRv8bk0f/G5NH/xuTR/8b/0IFAP9KAQDyUAAA&#10;4VQBANlWBQDTVQkAzFUSAMNWIgC8VzIBt1Y/ArJUSgWtU1QIqlFdC6dQZA6kTmwQok1zEp9MehSd&#10;TIEWm0uJF5lKkRmXSpkalUmjG5NJrh2SSbsekEnMHo5K5R6NSvYei0v/HotL/x2KS/8dikv/HYpL&#10;/x2KS/8d/0UAAP9NAADlVAAA2VkAAM9bAwDKWwYAxFoPALtbHgC1XC4Br1s7AqpaRgWmWFAIolZZ&#10;C59VYA6cU2gRmVJvE5dRdhWVUH0Xk1CEGZBPjRqOTpYcjE6fHopOqh+ITrcgh07IIYVO4iGET/Mg&#10;g0//IINP/x+CUP8fglD/HoJQ/x6CUP8e/0cAAPNRAADfWAAA0V0AAMlgAgDDYAQAvV4NALVgGgCu&#10;YSoAqWA3AqReQwSfXU0Im1tVC5hZXQ6VWGQRkldrE49WchaNVXkYi1SBGohTiRyGU5IehFKcH4JS&#10;pyGAUrQif1LEI31S3iN8U/EifFP+IXtU/yF7VP8ge1T/IHtU/yB7VP8g/0oAAOlUAADaXAAAzGEA&#10;AMNkAAC8ZAIAtmMKAK9kFwCpZScAo2Q0Ap5jQASZYUoHlV9SC5FeWg6OXWERi1toE4labxaGWXYY&#10;hFh9GoFYhhx/V48efVaZIHtWpCJ5VrEjd1bBJHZW2iR1V+8kdVf9I3VY/yJ1WP8hdVj/IXVY/yF1&#10;WP8h/00AAOVXAADTXwAAyGQAAL9nAAC3aAAAsWcHAKloFACjaSQAnmgyAZlnPQSUZUcHkGRPCoxi&#10;Vw2IYV4QhV9lE4NebBaAXXMYfV16Gntcgx15W4wfdluXIXRaoiNyWq8kcVq/JXBa1SVvW+0lb1v8&#10;I29b/yJvW/8ib1v/IW9b/yFvW/8h+k8AAOFaAADPYgAAxGcAALtrAACzbAAArGoEAKRrEgCebCEA&#10;mWwvAZRrOgOPaUQGimhNCYZmVQ2DZVwQgGRiE31iaRV6YnAYeGF4GnVggB1zX4ofcF+UIW5eoCNs&#10;Xq0la168Jmpe0SZpXuwlal/7JGpf/yNqX/8ial//Impf/yJqX/8i8FIAAN1dAADLZQAAwGsAALdu&#10;AACvbwAAp24BAKBvEACacB8AlHAsAY9vOAOKbUIGhmxLCYJqUgx+aVkPe2hgEndmZhR1Zm4XcmV1&#10;GnBkfh1tY4gfa2OSImliniRnYqslZWK6JmRizyZkYuomZWL6JGVj/yNlY/8iZWP/ImVj/yJlY/8i&#10;61UAANhgAADIaAAAvG4AALNxAACrcwAAonEAAJtyDgCVcxwAkHQqAYpzNgKFckAFgXBICH1vUAt5&#10;bVcOdmxeEXNrZBRwamwXbWlzGmtpfBxoaIYfZmeQIWRnnCNiZqklYGa5Jl9mzSZfZugmYGb5JGBm&#10;/yNgZv8jYWb/ImFm/yJhZv8i6FgAANNjAADEawAAuXEAALB1AACndwAAnnUAAJZ2DQCQdxkAi3gn&#10;AIZ3MwKBdj0EfHVGB3hzTgt1clUOcXFcEW5wYxRrb2oWaW5xGWZuehxjbYMeYWyOIV9rmiNda6cl&#10;W2u3JlpryiZaa+clW2v3JFtq/yNcav8iXGr/Ilxq/yJcav8i41sAAM5mAADAbgAAtnQAAKx5AACj&#10;ewAAmHkAAJB6CwCKexYAhXwkAIF8MQF8ezsEd3pEBnN5TApweFMNbHdaEGl2YRNndWgWZHRvGGFz&#10;eBtecoEdXHGMIFpxmCJYcKYkVnC1JVVwyCVVcOUlVXD2JFZv/yNWb/8iV2//Ildv/yJXb/8i318A&#10;AMppAAC8cgAAsngAAKl9AACffwAAkn4AAIp/BwCEgBMAgIEhAHuBLgF3gDkDcoBCBW5/SghrflEL&#10;aH1YDmR8XxFie2YUX3ptF1x5dRlZeH8cV3iKHlR3liFSdqQiUXazI1B2xiRQduMjUHX1I1F1/yJR&#10;dP8hUXT/IVF0/yFRdP8h2GMAAMVtAAC4dgAArn0AAKWCAACagwAAjYMAAISEAwB9hRAAeYYeAHWH&#10;KwFxhzYCbYY/BGmFRwdlhE8KYoNWDV+DXA9cgmMSWoFrFVeAcxhUf30aUX+IHE9+lB9NfqIgS32x&#10;IUp9xCJKfeEhS3z0IUt7/yBLe/8gS3v/IEt7/yBLe/8g0GcAAMByAAC0ewAAqoIAAKCGAACViAAA&#10;h4gAAHyKAAB2jA4Aco0aAG6OJwBqjjIBZo08A2ONRAVgjEwIXItTClqLWg1XimEQVIloElGIcRVP&#10;iHoXTIeFGkqGkhxIhqAdRoavHkWFwh5Fhd8eRYTyHkWD/h5Fgv8eRYL/HkWC/x5Fgv8eym0AALp4&#10;AACvgQAApYcAAJqLAACPjQAAgY4AAHSRAABukwoAaZQVAGaVIgBjlS4BYJU4AlyVQQRZlEkGVpRQ&#10;CFSTVwpRk14MTpJmD0ySbhFJkXgURpCDFkSQkBhCj54ZQI+tGj+PwBo/j9waP43xGj+M/Rs/i/8b&#10;P4v/Gz+L/xs/i/8bwnMAALV+AACqhwAAn4wAAJSQAACIkwAAe5UAAGyZAABlmwQAYJwQAF2dHQBb&#10;nikAWJ40AVWePQJSnUUDUJ1NBU2dVAdLnFsJSJxjC0acaw1Dm3UPQZuAET6ajRM8mpsUOpqrFTma&#10;vRU5mtkVOZjvFjmX/BY4lv8XOJX/FziV/xc4lf8Xu3oAAK+FAACkjAAAmJEAAI2VAACBmgAAdZ0A&#10;AGigAABbpAAAVqUMAFOmFwBRpyMAT6cvAEynOAFKp0EBSKdJAkanUARDp1gFQadfBj+maAg9pnIK&#10;OqZ9Czimig02pZkONKWpDzOluw8zpdQPM6TuDzKi+xAyof8RMqH/ETKh/xEyof8RtIIAAKiMAACd&#10;kgAAkpcAAIacAAB5oQAAbaUAAGGpAABVrAAAS68FAEewEABFsBwARLEnAEKxMgBBsjsAP7JDAT2y&#10;SwE7slMCObJbAzeyZAQ1sm4FM7J5BjGyhwcvsZYILrKmCC2yuAksstAILLDsCSuv+Qorrv8LKq3/&#10;Cyqt/wsqrf8LrYsAAKCSAACVmAAAiZ0AAH2jAABxqAAAZK0AAFmxAABNtAAAQrgAADu6CgA4uxMA&#10;N7weADW8KQA0vTIAM707ADK9RAAxvkwAL75VAS6+XgEsvmgBKr50Aim+ggInv5EDJr+iAyS/tAMj&#10;v8sDI77oAyO89wQiu/8FIrv/BSK7/wUiu/8FpJIAAJiYAACMngAAgKUAAHOrAABnsAAAW7UAAE+5&#10;AABEvAAAOsAAADDEBAAqxwsAKMgTACfJHQAmyScAJckwACTKOQAjykIAIstLACHLVQAgzF8AH8xs&#10;AB3NegAczYoAG82cABnOrgEYzsUAGM3kABjM9AEYyvwBGMr/AhjK/wIYyv8Cm5kAAI+fAACCpgAA&#10;da0AAGizAABcuQAAUL0AAETBAAA5xAAAMMgAACjMAQAg0AYAGdULABbXEAAV2BkAFdkiABTZKwAT&#10;2jQAE9o9ABLbSAAR3FMAEd1fABDdbQAQ3n4ADt+RAA7gpAAN4LgADODSAAvf7QAM3vcADN37AAzd&#10;+wAM3fsAkp8AAIWnAAB3rgAAarUAAF28AABQwQAARMUAADjJAAAuzQAAJdEAAB7VAAAW2gEAEd4G&#10;ABDnDQAO5xIADegZAAzoIQAL6SkACuoxAAnqOwAH60UABetRAATrXgAD624AAeuAAADqlAAA6qcA&#10;AOu8AADr0gAA6+kAAOzvAADs7wAA7O8Ah6cAAHmvAABrtwAAXr4AAFHFAABDyQAAN80AAC3RAAAj&#10;1gAAG9sAABPfAAAO4wAADO4CAAr2CgAH9g4ABfYSAAP2GAAA9R4AAPUlAAD1LgAA9TcAAPZCAAD2&#10;TgAA9l0AAPZuAAD2gQAA9pUAAPenAAD3twAA+McAAPjQAAD40AAA+NAAe68AAG24AABgwAAAUsgA&#10;AETNAAA30QAAK9cAACHcAAAY4AAAEeQAAAznAAAH7wAABPoAAAH/AwAA/wgAAP8NAAD+EAAA/hQA&#10;AP8aAAD/IQAA/ykAAP8zAAD/PgAA/0sAAP9bAAD/bAAA/4AAAP+SAAD/oQAA/60AAP+zAAD/swAA&#10;/7MA/xwmAP8cJAD/GiUA/xUnAP8RLgD/EDoA/w5HAf8NUwH/C18B/wprAf8KdQH/Cn8B/wqHAf8K&#10;jgH/CpUB/wqbAf8JoAH/CaUA/wmrAP8JsQD/CbgA/wnBAP4JzAD8Cd4A+QnrAPUJ9gDzCf8A8gr/&#10;APEK/wHxC/8B8Qv/AfEL/wHxC/8B/x8jAP8fIQD/HiEA/xkkAP8XLAD/FTcA/xNEAP8RUAH/EFwB&#10;/w5nAf8OcgH/DnsB/w6EAf8OiwH/DpIB/w6YAf8OnQH/DqMB/g6oAfwOrgH7DrUA+g6+APgOyQD1&#10;DtsA8g7qAO4O9QDsDv8B6w//AeoP/wHqEP8B6RD/AekQ/wHpEP8B/yIfAP8iHAD/IRwA/x8gAP8f&#10;KQD/HDQA/xpAAP8XTAH/FVgB/xRjAf8TbgH/E3cB/hOAAfwTiAH6Eo4B+RKVAfgSmgH2EqAB9RKm&#10;AfQSrAHzErMB8RK8AfASxwHtEtgB6RPoAeYT9QHkFP8B4hT/AuEV/wLhFf8C4BX/AuAV/wLgFf8C&#10;/yUbAP8mFwD/JBYA/yUcAP8mJQD/JDAA/yE7AP8fSAD/HVQB/RtfAfkaaQH3GnMB9Bl8AfIZhAHx&#10;GYsB7xmRAe4ZlwHsGZ0B6xmjAekZqgHoGbEB5xm6AeUZxQHjGdUB3xroAdwb9QLYG/8C1Rz/A9Qc&#10;/wPTHP8E0hz/BNIc/wTSHP8E/ykXAP8qEwD/KRIA/ywYAP8sIQD/LCsA/yk3AP0nQwD3JU8B8yNa&#10;Ae8iZAHsIW4B6SF3AechfwHlIYYB5CGNAeIglAHhIJoB3yCgAd4gpwHcIa8B2iG4AtghwwLVIdMC&#10;0SLnAs0i9APKI/8EyCP/Bccj/wbGI/8GxiP/BsYj/wbGI/8G/ywSAP8uDwD/MBAA/zMUAP8zGwD/&#10;MiUA+jAwAPIuPADsLEkA5ypVAeMqXwHgKWkB3SlyAdooegHXKIIC1SiJAtMokALRKJYDzyicA84o&#10;owPMKKsDyiizA8kovgTHKMwExSniBMEq8Qa+Kv4HvCr/CLoq/wi6Kv8IuSr/Cbkq/wm5Kv8J/zAP&#10;AP8yCwD/Ng0A/zgQAP85FQD5Nx4A7zUoAOczNQDgMkIA2zJPANUxWgHQMWQCzTBtAsswdQPJMHwD&#10;xy+DBMUvigTEL5EFwi+XBcEvnga/L6YGvS+vBrwvuQe6L8cHuDDdB7Uw7gmyMPsKsDD/C64w/wuu&#10;MP8LrTD/C60w/wutMP8L/zMMAP82BgD/PAkA/z4MAP09EADvPBUA5DkfANs5LQDSOjwAzTpJAcg5&#10;VAHEOV4CwThnA783bwS9N3YFuzZ9Brk2hAe3NosHtjWSCLQ1mgmzNaEJsTWqCq81tAuuNcELrDXU&#10;C6k26gymNvgNpTb/DqM3/w6iN/8Oojf/DqI3/w6iN/8O/zcHAP87AgD/QAMA8kIFAOlCCQDlPw4A&#10;2D4WAM5AJwDHQTYAwkFEAb1BTwK5QFkDtj9hBLQ+aQaxPXEHrz14CK48fwmsPIYKqjuNC6k7lQyn&#10;O50NpTumDaM6sA6iO7wPoDvND5475hCbPPURmjz/EZk8/xGYPP8RmDz/EZg8/xGYPP8R/zoBAP9A&#10;AADvRQAA4UgAANlIBQDTRgkAzEUSAMRHIgC9SDEAuEg/AbNHSgKwRlQErEVdBapEZAenQ2wIpUJz&#10;CqNCeguhQYEMoEGIDZ5AkA+cQJgQmkChEZhArBKXQLgSlUDIE5NA4RORQfMUkEH/FI9B/xSOQv8T&#10;jkL/E45C/xOOQv8T/zwAAPlEAADkSgAA2E4AAM5PAgDJTQYAw0sPALtNHQC1Ti0Ar046AatNRgKn&#10;TE8EpEtYBqFKYAieSWcJnEhuC5pHdQ2YRnwOlkaDD5RFixGSRZQSkEWdE45FqBSMRbQVi0XEFopF&#10;3BaIRvAWhkb9FoZG/xaFR/8VhUf/FYVH/xWFR/8V/z8AAOxIAADdTwAAz1MAAMZVAADAUwMAu1EM&#10;ALNSGQCtUykAqFM2AaNSQgKfUUsEnFBUBplPXAiWTmMKlE1qDJFMcQ6PS3gPjUt/EYtKhxKJSpAU&#10;h0maFYVJpReDSbEYgknAGIFK1hl/Su0Yfkv8GH5L/xd9S/8XfUv/Fn1L/xZ9S/8W/0MAAOZMAADW&#10;UwAAyVgAAMBZAAC6WAEAtFYJAKxXFgCmWCUAoVgyAZ1XPgKYVkgElVVRBpJUWAiPUl8KjFJmDIpR&#10;bQ6IUHQQhU97EoNPhBOBTo0Vf06XF31OoRh7Ta4Zek69GnhO0Rp3Tusad0/6GXZP/xl2T/8Ydk//&#10;F3ZP/xd2T/8X+EYAAOJQAADQVwAAxFwAALteAAC0XQAArloGAKZbEwCgXCIAm1wvAJdbOwKSWkUD&#10;j1lNBotYVQiIV1wKhlZjDINVag6BVHEQflR4EnxTgBR6UokWeFKUGHZSnxl0UqsaclK6G3FSzRxw&#10;UugbcFP5GnBT/xpwU/8ZcFP/GHBT/xhwU/8Y70kAAN1TAADLWgAAwF8AALdiAACvYQAAqF4CAKFf&#10;EACbYB4AlmAsAJFgOAGNXkIDiV1LBYVcUgeCW1kKgFpgDH1ZZw57WG4QeFh1EnZXfRR0V4cWclaR&#10;GG9WnBpuVqkbbFa4HGtWyx1qVuYcalf3G2pX/xpqV/8Za1f/GWtX/xlrV/8Z60wAANhWAADIXgAA&#10;vGIAALNlAACrZQAAo2IAAJxiDgCWYxwAkWQpAIxjNQGIYj8DhGFIBYBgUAd9X1cJel5dC3ddZA11&#10;XGsQc1xyEnBbexRuW4QXbFqPGGpamhpoWqccZlq2HWVayB1lWuQdZVr2HGVa/xtlWv8aZVr/GWVa&#10;/xllWv8Z6E8AANNZAADEYQAAuWYAALBoAACnaQAAnmUAAJdmDQCRZxkAjGgnAIdnMgGDZj0Cf2VG&#10;BHtkTQZ4Y1QJdWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4IWZ16NGWVemBpjXqUcYV60HWBexx1gXuMd&#10;YF71HGBe/xtgXv8aYV7/GmFe/xphXv8a5FIAAM9cAADAZAAAtmkAAKxsAACjbAAAmWkAAJJqCwCM&#10;ahYAh2skAIJrMAF+ajoCemlDBHZoSwZzZ1IIcGdZCm1mYA1rZWYPaGRuEWZkdhRkY4AWYmOLGGBi&#10;lxpeYqQcXGKyHVtixR1bYuEdW2L0HFti/xtcYv8aXGL/Glxi/xpcYv8a4FUAAMtfAAC9ZwAAsmwA&#10;AKlwAACfbwAAlGwAAIxtCACGbhMAgm8hAH1vLQF5bzgCdW5BA3JtSQVubFAHa2tXCmlrXgxmamUO&#10;ZGlsEWFpdBNfaH4WXWeJGFtnlRpZZqIbV2awHFZmwx1WZt8dVmbzHFdm/xtXZv8aV2b/Gldm/xpX&#10;Zv8a21kAAMdiAAC6agAAr3AAAKZzAACacwAAj3AAAIdxBQCBchEAfHMeAHhzKgB0czUBcHM/A21y&#10;RwVqcU4HZ3FVCWRwXAtib2MOX29qEF1uchJabXwVWG2GF1ZskxlUbKAbUmuvHFFrwRxRa9wcUWvx&#10;G1Jr/hpSav8aUmr/GVJq/xlSav8Z1FwAAMNmAAC2bgAArHQAAKJ3AACWdgAAiXUAAIF2AQB6dw8A&#10;dngbAHJ5JwBveTIBa3g8Amh4RARld0wGYndTCF92WgpddWEMWnVoD1h0cBFVc3kTU3OEFlFykBhP&#10;cp4ZTXGtGkxxvxtLcdkbTHHwGkxw/RpNcP8ZTW//GU1v/xlNb/8ZzmAAAL5qAACycgAAqHgAAJ17&#10;AACQegAAhHoAAHp7AAB0fAwAb34XAGx+JABpfy8BZn85AmJ/QgNffkkFXX1QB1p9VwlXfF4LVXxl&#10;DVJ7bg9QencSTnqCFEt5jhZJeZwXSHirGEZ4vRlGeNUZRnfvGEd2/BhHdv8YR3X/F0d1/xdHdf8X&#10;yWUAALpvAACudwAApH0AAJh/AACLfwAAfn8AAHOBAABsgwkAaIQTAGWFIABihiwAX4Y2AVyGPwJZ&#10;hUYDV4VOBVSFVQdShFwJT4NjC02Daw1LgnQPSIJ/EUaBjBNEgZoVQoCpFkGAuhZAgNIWQX/tFkF+&#10;+xZBff8WQX3/FkF9/xZBff8WwmoAALV1AACqfQAAn4IAAJKDAACFhAAAeYUAAGqJAABkigMAYIwQ&#10;AF2NGwBbjicAWI4yAFWOOwFTjkMCUI5KA06NUgVMjVkGSYxgCEeMaApFi3IMQot9DkCKiQ8+ipgR&#10;PIqnEjuKuBI6is8SO4jrEjuH+hM7hv8TO4b/EzuG/xM7hv8TvHEAAK97AAClgwAAmYcAAIyIAAB/&#10;iQAAc4wAAGWQAABckwAAV5UMAFSWFgBSliIAUJctAE2XNgBLlz8BSZdHAkeXTgNFllUEQ5ZdBUGW&#10;ZQY+lW8IPJV6CTqVhws4lZUMNpSlDTWUtg40lMwNNJPpDTSS+A40kP8PNJD/DzSQ/w80kP8PtXgA&#10;AKqCAACeiAAAk40AAIaOAAB5kAAAbZMAAGGXAABVmwAATZ4GAEmfEABHnxsARqAmAESgMABDoToA&#10;QaFCAT+hSQE9oVECO6FZAjmhYQM3oGsENaB2BTOggwYxoJIHMKCiCC6gswguoMkILp/nCC2d9wkt&#10;nP8KLZv/Ci2b/wotm/8Kr4AAAKOJAACXjgAAjZMAAH+VAABymAAAZpwAAFugAABPpAAARacAAD6p&#10;DAA8qhQAOqofADmqKQA4qzIAN6s7ADWrQwA0rEsAMqxTATGsXAEvrGYCLaxxAiusfwMqrI4DKKye&#10;BCessAQmrMUEJqvkAyWp9QQlqP8FJaf/BSWn/wUlp/8Fp4kAAJuPAACRlAAAhJkAAHieAABrogAA&#10;X6YAAFOqAABIrQAAPbAAADSzAwAvtQ4ALbUWACy1IAArtikAKrYyACm3OgAot0MAJ7dMACa4VQAk&#10;uF8AI7hrACK4eAEguIgBH7iZAR25qwEcucABHLjfARy28gEbtfwCG7T/Ahu0/wIbtP8Cn48AAJSV&#10;AACImwAAe6EAAG6mAABiqwAAVrAAAEqzAAA/tgAANbkAACy8AAAkvwYAH8INAB3CFAAcwh4AG8Mm&#10;ABrDLwAZxDgAGMRBABfESgAWxVUAFcVhABTGbwATxn8AEsaRABHHpAAQx7kAD8fUABDG7gAQxPoA&#10;EMP/ABDD/wAQw/8Al5YAAIucAAB+ogAAcakAAGSvAABYtAAAS7gAAEC7AAA1vgAAK8EAACPFAAAb&#10;yQEAFMwGABDQCwAO0READdEZAA3RIQAM0SoADNE0AAvSPgAK0kkACdNVAAnTYgAI03IABtSEAAXU&#10;mAAE1KsAA9XAAAHV3AAB1e0AAdX2AAHV9gAB1fYAjp0AAICkAABzqwAAZrEAAFm4AABMvQAAP8AA&#10;ADTDAAAqxwAAIcoAABnOAAAS0gAADdYBAAnbBQAG3A0ABNwRAAPdGAAB3iAAAN4oAADfMQAA4DwA&#10;AOFHAADiVAAA42MAAON0AADkiAAA5JsAAOWuAADlwQAA5dUAAObnAADm5wAA5ucAg6QAAHWsAABo&#10;swAAWrsAAE3BAABAxAAAM8gAACjMAAAf0AAAF9QAABDZAAAL3QAABeEAAADkAAAA5QcAAOYNAADn&#10;EQAA6BYAAOkdAADqJQAA6y4AAO05AADvRQAA8FMAAPFkAADxdgAA8ooAAPOcAADzrQAA9LsAAPTI&#10;AAD0yAAA9MgAd60AAGq1AABcvQAAT8QAAEDJAAAzzQAAJ9EAAB3WAAAU3AAADuAAAAjjAAAB5gAA&#10;AOoAAADuAAAA7gAAAO8EAADwCgAA8Q4AAPMSAAD0GAAA9iAAAPgqAAD6NQAA/UMAAP5SAAD/YwAA&#10;/3YAAP+JAAD/mgAA/6YAAP+wAAD/sAAA/7AA/xYjAP8VIQD/ESEA/w0kAP8JKwD/BjcA/wNEAP8A&#10;UQD/AF0A/wBoAP8AcgD/AHsA/wCDAP8AigD/AJEA/wCWAP8AnAD/AKEA/QCmAPsArAD5ALMA9wC7&#10;APUAxQDzANEA8gDkAPEA8QDvAPoA7gD/AO4A/wDtAP8A7QD/AO0A/wDtAP8A/xkgAP8YHQD/FR0A&#10;/xAfAP8OKQD/DDQA/wpBAP8HTQD/BVkA/wRkAP8EbgD/A3cA/wOAAP8DhwD/A40A/QKTAPsCmQD5&#10;Ap4A9wKkAPUCqgDzAbAA8QG4AO8BwgDtAc8A6wHjAOoB7wDoAvsA5wT/AOYF/wDmBv8A5gb/AOYG&#10;/wDmBv8A/xwbAP8bGQD/FxgA/xUdAP8TJQD/ETAA/xA9AP8OSQD/DFUA/wtgAP8LagD9C3MA+wt8&#10;APkKgwD3CooA9QqQAPQKlgDzCpsA8QqhAO8JpwDtCa4A6wm2AOgJwADmCc0A5AniAOIK8ADfC/sA&#10;3gz/ANwN/wDcDf8A2w3/AdsN/wHbDf8B/x8XAP8eEwD/GxIA/xwZAP8bIgD/GCwA/xU4AP8TRAD+&#10;ElAA+RFbAPUQZgDzEG8A8BB3AO4QfwDsEIYA6hCMAOkQkgDoEJgA5g+eAOUPpQDjD6wA4Q+0AOAP&#10;vgDeD8wA2hDhANUR8ADSEvsAzxL/Ac4T/wHNE/8BzRP/AcwT/wHME/8B/yISAP8iDwD/IQ8A/yIU&#10;AP8iHAD/ICcA/x0yAPgbPgDyGUsA7hhWAOoXYADnFmoA5BZyAOIWegDgFoIA3haIANwWjwDbFpUA&#10;2RabANYWogDUFqkA0haxANAXuwDOF8kAzBjeAMgZ7gHFGvsBwxr/AsEb/wLAG/8CwBv/AsAb/wLA&#10;G/8C/yYOAP8lCwD/KAwA/ykQAP8oFgD+JiAA9CQrAOwhOADmIEQA4R9QAN0fWwDZHmUA1R5tANIf&#10;dQDQH30Azh+DAMwfigHLH5AByR+XAcgfngHGH6UBxSCtAcMgtwHBIMQBwCHWAbwi6gK5IvgDtiL/&#10;A7Uj/wO0I/8EsyP/BLMj/wSzI/8E/ykLAP8qBQD/LggA/y8MAP8tEADzKxcA6CgiAOAmLwDZJj0A&#10;0idKAM0nVQDKKF8AxyhoAcUobwHDJ3cBwSd+Ab8nhAG+J4sCvCeSArsnmQK5J6ACtyepA7YoswO0&#10;KL8DsyjPA7Ap5gStKfYEqyr/Bakq/waoKv8GqCr/Bqgq/waoKv8G/y0FAP8wAAD/MwIA9jQGAO8y&#10;CgDoLhAA3CwYANEuKADLLzcAxjBEAMEwTwC+MFkBuzBiAbgwagK2L3ECtS94ArMvfwOxL4YDsC+N&#10;A64ulAStLpwEqy6kBakvrgWoL7oFpi/KBqQw4gahMPMHnzD/CJ4x/widMf8InDH/CJwx/wicMf8I&#10;/zAAAP81AADvOAAA4joAANs5BADWNQkAzjQTAMY2IgC/ODEAujg/ALY4SgGzOFQBsDddAq03ZAKr&#10;NmwDqTZzBKg2eQSmNYAFpDWHBaM1jwahNZcHnzWgB541qgicNbYImzXFCZk13QmWNu8KlDb9CpM3&#10;/wqSN/8Kkjf/CpI3/wqSN/8K/zMAAPY6AADkPwAA2EIAAM5CAQDJPgYAxDsPALs+HQC1PywAsT86&#10;AK0/RQGpP08Bpj5YAqM9XwOhPWcEnzxtBZ08dAacO3sGmjuCB5g7igiWO5MJlTqcCpM6pguROrIL&#10;kDvADI471QyMPOwNijz7DYk8/w2JPP8MiDz/DIg8/wyIPP8M/zcAAOo/AADcRQAAzkkAAMVJAAC/&#10;RgIAukMMALNEGQCtRScAqEY1AKRFQQGgRUsCnURTAppDWwOYQ2IFlkJpBpRBcAeSQXYIkEB+CY5A&#10;hgqNQI4Li0CYDIlAog2HQK4OhUC8D4RAzw+CQekPgUH5D4BB/w+AQv8OgEL/DoBC/w6AQv8O+jsA&#10;AOVEAADTSwAAx04AAL5PAAC4TAAAskkJAKtJFQClSyMAoEsxAJxLPQGYSkcClUlPA5JJVwSQSF4F&#10;jkdlBotHaweJRnIJiEZ5CoZFgguERYoNgkWUDoBEnw9+RKsQfEW5EXtFyxF6ReYReUb3EXhG/xB4&#10;Rv8QeEb/D3hG/w94Rv8P8D8AAN9JAADNTwAAwVMAALhUAACxUgAAq04FAKROEQCeTyAAmVAtAJVQ&#10;OQGST0MBjk5MA4tNUwSJTVoFhkxhBoRLaAiCS24JgEp2C35Kfgx8SYcOekmRD3hJnBB2SagSdEm2&#10;EnNJyBNySuMTcUr1EnFK/xFxS/8RcUv/EHFL/xBxS/8Q7EMAANlMAADIUwAAvVcAALRYAACsVwAA&#10;pVIBAJ5TDwCYVBwAk1QpAI9UNQCLU0ABiFNIAoVSUASCUVcFf1BeBn1QZAh7T2sJeU9yC3dOew11&#10;ToQOc02OEHFNmRFvTaUTbU2zFGxNxRRrTuEUa070E2tO/xJrTv8Sa07/EWtO/xFrTv8R6EYAANNQ&#10;AADEVgAAuVoAALBcAACmWgAAn1YAAJhWDQCSVxkAjlgmAIlYMgCGWD0BgldFAn9WTQN8VVQFeVRb&#10;BndUYQh1U2gJc1NwC3FSeA1vUoEPbVKLEGtRlxJpUaMTZ1GxFGZRwxVlUt4VZVLyFGVS/xNlUv8S&#10;ZVL/EmVS/xJlUv8S5EoAAM9TAADAWgAAtV4AAKxgAACiXgAAmlkAAJJaCwCNWxYAiFwjAIRcLwCA&#10;WzoBfVtDAnlaSwN2WVIEdFhYBnFYXwdvV2YJbVdtC2tWdQ1pVn4PZ1aJEWVVlRJjVaEUYlWvFWFV&#10;wRZgVdsWYFbxFWBW/hRgVv8TYVb/EmFW/xJhVv8S4E0AAMtWAAC9XQAAsmEAAKhjAACdYQAAlV0A&#10;AI1eCQCHXhMAg18gAH9fLAB7XzcBd15AAnReSANxXU8Eb1xWBWxcXAdqW2MJaFtrC2Zacw1kWnwP&#10;YlqHEWBZkxJeWaAUXVmuFVtZvxZbWdgWW1nvFVtZ/RRcWf8TXFn/ElxZ/xJcWf8S3FAAAMdZAAC6&#10;YAAAr2QAAKRlAACZZAAAkGAAAIhhBgCCYhEAfmMdAHpjKgB2YzQBc2I9AW9iRgJsYU0EamFUBWdg&#10;WgdlYGEIY19pCmFfcQxfXnoOXV6FEFtekRJZXZ4UWF2sFVddvRZWXdUWVl3uFVdd/BRXXf8TV13/&#10;Eldd/xJXXf8S1lMAAMRcAAC3YwAArGgAAKBoAACVZwAAimMAAINlAgB9Zg8AeGYaAHRnJwBxZzIA&#10;bmc7AWtmQwJoZksDZWVSBWNlWQZhZF8IXmRnClxjbwxaY3gOWGODEFZijxJUYpwTU2KqFVJiuxVR&#10;YtIVUWHtFVJh+xRSYf8TU2H/ElNh/xJTYf8S0VYAAMBfAACzZgAAqWsAAJxrAACQagAAhWcAAH1p&#10;AAB3ag0Ac2sXAG9rJABsbC8AaWw4AWZrQQJja0kDYWtQBF5qVwZcal0HWmllCVhpbQtVaHYNU2iB&#10;D1FnjRFPZ5oSTmepFE1nuRRMZ88UTGbrFE1m+xNNZv8STmX/Ek5l/xJOZf8SzFoAALxjAACwagAA&#10;pW8AAJhuAACMbQAAgGwAAHdtAABxbgsAbW8UAGlwIQBmcSwAZHE2AWFxPgFecUYCXHBNA1lwVAVX&#10;cFsGVW9iCFNvagpQbnMMTm5+DkxtihBKbZgRSWynEkhsuBNHbM0TR2zqE0hr+hJIa/8SSGr/EUhq&#10;/xFIav8Rx14AALhnAACsbgAAoXIAAJNyAACHcQAAenEAAHFyAABrdAcAZnURAGN2HQBgdygAXncz&#10;AFt4PAFZd0MCVndLA1R3UgRSdlkFUHZgB051aAhLdXEKSXR8DEd0iA5Fc5YPQ3OlEEJzthFBc8sR&#10;QnLoEUJy+BFCcf8QQ3D/EENw/xBDcP8QwWMAALNsAACocwAAm3YAAI51AACBdgAAdXYAAGl4AABj&#10;egIAXnwOAFx9GQBZfiQAV38vAFV/OAFTf0ABUH9IAk5+TwNMflYESn5dBUh9ZQZGfW4IQ3x5CkF8&#10;hgs/e5QNPnujDjx7sw48e8gOPHrmDjx59w48eP8OPHj/Dj13/w49d/8OvGgAAK9yAACkeQAAlnoA&#10;AIh6AAB8egAAcHwAAGN/AABcggAAV4QLAFOFFABRhiAAT4YqAE6HNABMhzwBSodEAUiHSwJGh1MC&#10;RIZaA0KGYgRAhmwGPoV2BzuFgwg5hZEKOISgCzaEsQs2hMYLNoPkCzaC9gs2gf8MNoD/DDaA/ww2&#10;gP8Mtm8AAKp4AACffwAAkH4AAIN/AAB3gAAAa4IAAF6HAABVigAATowGAEqOEABIjxoAR48lAEWQ&#10;LwBEkDgAQpBAAECQRwE/kE8BPZBWAjuQXwI5kGgDN49zBDWPgAUzj44GMY+eBzCOrwcvjsMHL47h&#10;By+M9Agvi/8IL4r/CC+K/wkviv8JsHYAAKV/AACYhAAAioQAAH2FAABwhwAAZYoAAFqOAABPkgAA&#10;RpUAAEGYDAA+mBQAPZkfADuZKAA6mjEAOZo6ADeaQgA2mkoANZpSATOaWgExmmQBL5pvAi2aewIs&#10;mooDKpqaAymarAQomsAEJ5neAyeX8gQnlv0FJ5X/BSeV/wUnlf8FqX4AAJ6FAACSiQAAhIoAAHaM&#10;AABqjwAAXpMAAFSXAABJmwAAQJ8AADeiBAAyow4AMaMXADCkIQAupCoALaQyACylOgArpUMAKqVL&#10;ACmlVAAopV4AJqVpACWldgEjpYUBIqWWASCmqAEfpbsBHqXXAR6k7wEeovsCHqH/Ah6h/wIeof8C&#10;ooYAAJeMAACLjwAAfZEAAG+UAABjmAAAV50AAE2hAABDpQAAOKgAADCrAAAorgcAJK8QACOvFwAh&#10;ryEAILApAB+wMQAesDoAHbFCAByxTAAbsVYAGrFhABmybwAYsn4AFrKQABWyogAUsrYAE7LOABOx&#10;6wATr/kAE67/AROu/wETrv8Bmo0AAJCSAACElwAAdZoAAGifAABbowAAUKgAAEWsAAA7sAAAMbIA&#10;ACe1AAAguAAAGLoHABS8DgATvBUAErweABG9JgARvS4AEL03ABC+QQAOvkwADr5XAA2+ZQAMv3QA&#10;C7+GAAq+mQAIvqwAB77CAAe+3wAIvvAACL36AAi9/AAIvfwAk5QAAIeZAAB6nwAAbKUAAGCqAABT&#10;rwAAR7MAADy2AAAxuAAAJ7sAAB++AAAXwQAAEcQBAAzICAAIyQ4AB8kUAAbJHAAFySQABMosAAPK&#10;NgACykAAAMtMAADLWQAAy2gAAMt5AADMjAAAy58AAMuzAADLyAAAzOIAAMzvAADM8QAAzPEAipoA&#10;AHyhAABvpwAAYq0AAFWzAABIuAAAO7sAADC+AAAmwQAAHcQAABXIAAAPywAACs4AAATSAgAA0woA&#10;ANMPAADUFAAA1RoAANYiAADXKgAA2TQAANo/AADcSwAA3FoAAN1qAADdfQAA3ZEAAN2kAADetgAA&#10;3sgAAN7eAADe4gAA3uIAf6IAAHGpAABksAAAVrcAAEm8AAA8wAAAL8QAACTHAAAbywAAE88AAA3S&#10;AAAH1gAAANsAAADeAAAA3wMAAOAJAADhDgAA4hIAAOMXAADlHgAA5icAAOgxAADqPQAA7EsAAOxa&#10;AADtbAAA7oAAAO6UAADupQAA7rQAAO7CAADuxgAA7sYAdKoAAGayAABYuQAAS8AAAD3FAAAvyQAA&#10;JM0AABnRAAAR1gAAC9sAAAPeAAAA4QAAAOUAAADoAAAA6QAAAOoAAADrBgAA7QsAAO8PAADwEwAA&#10;8hoAAPQjAAD3LgAA+TsAAPtKAAD8WwAA/W0AAP2AAAD+kwAA/qIAAP6tAAD+rwAA/q8A/xAfAP8O&#10;HQD/Ch0A/wEgAP8AKAD/ADUA/wBBAP8ATgD/AFoA/wBlAP8AbgD/AHcA/wB/AP4AhgD8AIwA+wCS&#10;APkAlwD4AJwA9wCiAPYApwD1AK0A8wC1APIAvQDxAMkA7wDcAO4A6wDtAPcA7AD/AOsA/wDqAP8A&#10;6gD/AOoA/wDqAP8A/xMcAP8RGQD/DRkA/wYcAP8DJQD/ADEA/wA+AP8ASgD/AFYA/wBhAP8AawD9&#10;AHMA+gB7APcAgwD1AIkA9ACPAPIAlADxAJkA8ACfAO4ApADtAKsA7ACyAOoAugDoAMYA5wDWAOUA&#10;6ADkAPUA4wD+AOIA/wDhAP8A4QD/AOEA/wDhAP8A/xUYAP8TFAD/DxQA/w0ZAP8LIgD/CC0A/wQ5&#10;AP8BRgD/AFEA/gBcAPoAZgD2AG8A8gB3AO8AfgDtAIUA6wCLAOoAkQDoAJYA5wCcAOYAoQDkAKgA&#10;4wCvAOEAuADfAMMA3QDRANsA5gDZAPMA1wD9ANUC/wDUAv8A1AP/ANQD/wDUA/8A/xgTAP8VEAD/&#10;Eg8A/xIVAP8RHQD/DigA/ww0AP8KQQD5CEwA9QZXAPEGYQDtBmoA6QVyAOYFegDkBYEA4gWHAOAG&#10;jQDfBpIA3QaYANsGngDZBqUA1watANQGtQDSBsAA0AfPAM4I5QDMCfQAygv/AMgM/wDHDP8Axwz/&#10;AMYM/wDGDP8A/xsOAP8ZDAD/GA0A/xgRAP8XGAD/FCIA+xEuAPMQOgDtDkYA6A1SAOUNXADhDWUA&#10;3g1tANsNdQDYDXwA1Q2CANMNiQDRDY8A0A2VAM4NnADNDqMAyw6rAMkOtADIDsAAxg7PAMMQ5gDA&#10;EfUAvRL/ALwS/wC7Ev8AuhL/AboS/wG6Ev8B/x8KAP8cBAD/HwgA/x8NAP8dEgD4GhsA7hYmAOYU&#10;MwDgEz8A2hNLANQTVgDQE18AzhRoAMsUbwDJFHcAxxV9AMYVhADEFYoAwxWRAMEWmADAFp8Avhan&#10;ALwXsAC7F7wAuRfLALcY4gCzGfIBsRr/Aa8b/wGuG/8Brhv/Aa0b/wGtG/8B/yIEAP8iAAD/JQIA&#10;/CQHAPchDADsHRIA4RocANgaKgDQGzgAyx1FAMcdUADDHloAwB5iAL4eagC8H3EAuh94ALkffgC3&#10;H4UAth+MALQfkwCzH5oBsSCjAbAgrAGuILcBrCHGAash3QGnIu8CpSL9AqMj/wKiI/8CoiP/AqEj&#10;/wKhI/8C/yUAAP8oAADyKgAA5SsAAN8oBQDcIQsA0iEUAMkkJADDJTIAviY/ALonSgC3J1QAtCdd&#10;ALInZACwJ2wAridyAa0neQGrJ38BqieGAagnjgGnJ5YCpSeeAqMoqAKiKLMCoCjBAp8o1QKcKewD&#10;mir6A5gq/wSXKv8Elyr/BJYq/wSWKv8E/ygAAPUuAADlMwAA2jUAANAzAQDMLQYAxioQAL4tHgC4&#10;LiwAsy86AK8vRQCsME8AqS9YAKcvXwGlL2YBoy9tAaEvcwKgLnoCni6BAp0uiQKbLpEDmS6aA5gu&#10;pASWL68ElS+9BJMvzwSRMOgFjzD4BY0x/wWNMf8FjDH/BYwx/wWMMf8F/y0AAOo1AADcOgAAzj0A&#10;AMY8AADANwIAuzMNALM0GQCuNicAqTc0AKU3QACiN0oAnzdTAZ02WgGbNmEBmTZoApc1bwKVNXUD&#10;lDV8A5I1hASQNY0EjzWWBY01oAWLNasGijW5Bog1ygeHNuUHhTb2B4Q3/weDN/8Hgzf/B4I3/weC&#10;N/8H9DIAAOM7AADSQQAAxkQAAL1DAAC3PwAAsTsJAKo7FAClPCIAoD0wAJ09OwCZPUUAlj1OAZQ8&#10;VgGSPF0CkDxjAo47agOMO3EEijt4BIg6gAWHOogGhTqSBoM6nAeBOqgIgDq1CX47xgl9O+EJezzz&#10;CXs8/wl6PP8Iejz/CHo8/wh6PP8I7jcAAN1BAADLRgAAv0kAALZJAACuRgAAqUEEAKNBEQCdQh4A&#10;mEMrAJVDNwCRQ0EAjkJKAYxCUgGJQVkCh0FfA4VBZgODQG0EgUB0BYBAewZ+P4QHfD+OCHo/mQl4&#10;P6UKd0CyCnVAwwt0QN0Lc0HxC3JB/wpyQf8KckH/CXJB/wlyQf8J6TwAANVFAADFSwAAuk4AALBO&#10;AACnSwAAokYAAJtGDgCWRxoAkUgnAI5IMwCKSD0Ah0dGAYRHTgGCRlUCgEZcA35FYgR8RWkEekVw&#10;BXhEeAZ2RIEIdESLCXJElgpwRKILb0SvDG5EwAxtRdkNbEXvDGtF/QtrRv8La0b/CmtG/wprRv8K&#10;5UAAAM9JAADBTwAAtVIAAKtSAAChTwAAm0oAAJRKDACPSxcAi0wkAIdMLwCETDoAgUxDAX5LSwF7&#10;S1ICeUpYA3dKXwR1SWYFc0ltBnFJdQdvSX4IbUiICWtIkwtqSJ8MaEitDWdJvQ1mSdQOZUntDWVK&#10;/AxlSv8LZUr/C2VK/wtlSv8L4EQAAMtNAAC9UgAAslYAAKZVAACcUgAAlU4AAI5OCQCJTxQAhVAg&#10;AIFQLAB+UDcAe1BAAXhQSAF1T08Cc05VA3FOXARvTmMFbU1qBmtNcgdpTXsIZ02FCmVNkQtkTJ0M&#10;Yk2rDWFNuw5gTdEOYE3sDmBN+w1gTf8MYE3/C2BN/wtgTf8L3EcAAMdQAAC5VgAArlkAAKJYAACY&#10;VgAAkFEAAIlSBgCDUxEAf1MdAHtUKQB4VDQAdVQ9AXJTRQFwU0wCbVJTAmtSWQNpUmAEZ1FnBmVR&#10;bwdjUXgIYlGDCmBRjwteUJsNXVCpDltRuQ5bUc4PWlHqDltR+g1bUf8MW1H/DFtR/wtbUf8L1koA&#10;AMNTAAC2WQAAq1wAAJ5aAACTWQAAi1QAAIRWAwB+VhAAelcaAHZXJgBzWDEAcFc6AG1XQgFqV0kC&#10;aFZQAmZWVwNkVl4EYlVlBWBVbQdeVXYIXVWBCltVjQtZVJoNWFSnDlZVuA9WVcwPVlXpDlZV+Q1W&#10;Vf8NV1T/DFdU/wxXVP8M0U0AAMBWAACzXAAAp14AAJpdAACPXAAAhlgAAH9ZAAB5Wg0AdFsXAHFb&#10;IwBuWy4Aa1s3AGhbQAFlW0cBY1pOAmFaVQNfWlwEXVpjBVxaawZaWXQIWFl/ClZZiwtUWZgNU1im&#10;DlJZtg5RWcoPUVnnDlFY+A1SWP8NUlj/DFJY/wxSWP8MzVEAALxZAACwXwAAo2EAAJZgAACLXwAA&#10;gVsAAHldAABzXgwAb14VAGtfIABoXysAZmA1AGNgPQFhX0UBX19MAl1fUwNbX1oEWV5hBVdeaQZV&#10;XnIIU159CVFdiQtQXZYMTl2kDU1dtA5MXcgOTF3mDk1d9w1NXP8MTVz/DE5c/wxOXP8MyVQAALlc&#10;AACtYwAAn2MAAJJjAACHYgAAfGAAAHRhAABuYgkAaWMSAGZjHQBjZCgAYWQyAF5kOwBcZEMBWmRK&#10;AlhkUQJWZFgDVGRfBFJjZwVQY3AHTmN6CExihgpLYpQLSWKiDEhisg1HYscNR2LkDUhh9gxIYf8M&#10;SGD/C0lg/wtJYP8LxFgAALVgAACqZgAAm2YAAI1mAACCZQAAdmQAAG5lAABoZgUAY2cQAGBoGgBd&#10;aSUAW2ovAFlqOABXakABVWpHAVNqTgJRalUDT2ldBE1pZAVLaW0GSWh4B0dohAlGaJIKRGehC0Nn&#10;sQxCZ8UMQmfiDEJm9QxDZv8LQ2X/C0Nl/wtDZf8Lv1wAALFkAACmagAAlmkAAIlpAAB9aQAAcWkA&#10;AGdqAABibAEAXW0NAFluFgBXbyEAVXArAFNwNQBRcD0AUHBFAU5wTAFMcFMCSnBaA0hwYgRGb2sF&#10;RG91BkJvggdAbo8JP26eCj1urwo9bsIKPG7gCj1t9Ao9bP8KPWv/Cj5r/wo+a/8KumAAAK1pAACg&#10;bgAAkW0AAIRtAAB4bQAAbG4AAGFwAABbcgAAVnQKAFJ1EgBQdh0ATncnAEx3MQBLeDkASXhBAEh4&#10;SQFGeFABRHdXAkJ3XwNAd2gDPndzBDx2fwY6do0HOXacCDd1rQg3dcAINnXeCDd08gg3c/4IN3L/&#10;CDdy/wg3cv8ItWYAAKlvAACacQAAi3EAAH5xAABzcgAAaHMAAFx2AABUeQAATnsFAEp9DwBIfhgA&#10;Rn8jAEV/LABDgDUAQoA9AEGARQA/gEwBPYBUATyAXAI6f2UCOH9vAzZ/fAQ0f4oEMn+aBTF+qgYw&#10;fr0GMH7aBjB98AYwe/0GMHv/BjB6/wYwev8GsGwAAKR1AACUdQAAhnUAAHl2AABudwAAY3kAAFd9&#10;AABPgQAAR4QAAEKGDAA/hxMAPYgdADyIJwA7iTAAOok4ADiJQAA3iUgANolPADSJWAEziWEBMYls&#10;AS+JeAItiYcCLImXAyqIpwMpiLoDKYjUAymG7gMphfwEKYT/BCmE/wQphP8EqnQAAJ57AACOegAA&#10;gHoAAHR7AABofgAAXYEAAFKFAABJiQAAQYwAADmQBQA1kQ8AM5IXADKSIQAxkikAMJMyAC6TOgAt&#10;k0EALJNKACuUUgAqlFwAKJRnACeUcwEllIIBJJSTASKTpAEhk7cBIJPPASGS7AEgkPoCII//AiCP&#10;/wIgj/8CpHwAAJeAAACHfwAAe4AAAG6CAABihQAAV4kAAE2OAABCkgAAOpYAADKZAAAqnAkAKJ0R&#10;ACadGQAlnSIAJJ4qACOeMgAinjoAIZ5CACCeSwAfn1UAHp9gAByfbQAbn3wAGp+NABifnwAXn7IA&#10;Fp/JABae6AAWnPcAFpv/AReb/wEXm/8BnYMAAI+GAACChgAAdIcAAGeLAABbjwAAUJMAAEaYAAA8&#10;nAAAM6AAACujAAAjpgAAHKgLABqpEQAYqRgAF6khABaqKQAVqjEAFKo5ABOqQwATq00AEqtYABGr&#10;ZQAQq3QADquGAA6rmQANq6wADKvBAAyq3wAMqfIADaj8AA2o/wANqP8AlooAAImMAAB6jQAAbJEA&#10;AGCVAABUmgAASZ8AAD+jAAA1pwAAK6oAACOuAAAbsAAAFLMBAA+1CgANthAADLYWAAu2HwAKticA&#10;CbYvAAi2OQAHt0MABrdPAAS3WwADt2oAArd7AAC3jgAAt6EAALa0AAC2ywAAtuUAALXxAAC19wAA&#10;tfcAj5EAAIGUAABylwAAZZwAAFihAABMpgAAQasAADevAAAssgAAI7UAABq4AAATuwAADr0AAAnA&#10;BQADwQ0AAMERAADBFwAAwh4AAMImAADCLwAAwzkAAMREAADEUAAAxF4AAMVvAADFgQAAxZUAAMWo&#10;AADFvAAAxNEAAMTmAADE7gAAxO4AhpgAAHmeAABrowAAXakAAFCuAABEswAAN7YAACy5AAAivAAA&#10;Gb8AABHCAAAMxQAABsgAAADLAAAAzAcAAMwNAADNEQAAzRYAAM4dAADPJAAA0C0AANI4AADURAAA&#10;1FIAANVhAADVcwAA1ocAANabAADWrQAA178AANjOAADY3QAA2N0Ae6AAAG6mAABgrQAAU7MAAEW4&#10;AAA4vAAAK78AACHCAAAXxgAAEMkAAArMAAAC0AAAANQAAADXAAAA2AAAANoFAADbCwAA3A4AAN4T&#10;AADfGQAA4SEAAOMqAADlNgAA50MAAOdTAADoZAAA6XcAAOmMAADqnwAA6q4AAOq6AADqwwAA6sMA&#10;cKgAAGKvAABVtgAAR7wAADnAAAAsxAAAIMgAABbMAAAO0AAAB9QAAADZAAAA3QAAAOEAAADjAAAA&#10;5AAAAOYAAADnAQAA6QcAAOsMAADsEAAA7hUAAPAdAADzJwAA9jMAAPdDAAD4VAAA+WYAAPl6AAD6&#10;jgAA+p4AAPupAAD7sAAA+7AA/wsbAP8HGQD/ABkA/wAcAP8AJQD/ADIA/wA/AP8ASwD/AFcA/wBi&#10;AP8AawD/AHMA/QB7APsAggD6AIgA+ACNAPcAkgD2AJgA9QCdAPQAogDzAKkA8QCwAO8AuADuAMMA&#10;7ADRAOsA5gDpAPMA6AD+AOgA/wDoAP8A6AD/AOgA/wDoAP8A/w4YAP8KFQD/ARQA/wAYAP8AIgD/&#10;AC4A/wA7AP8ARwD/AFMA/QBeAPoAZwD3AG8A9QB3APMAfgDyAIQA8ACJAO8AjwDuAJQA7ACaAOsA&#10;nwDpAKUA6ACsAOYAtADkAL8A4wDMAOEA4gDfAPAA3gD7AN4A/wDdAP8A3QD/ANwA/wDcAP8A/xAT&#10;AP8NEQD/BhAA/wIVAP8AHgD/ACkA/wA2AP8AQgD6AE4A9ABZAPEAYgDuAGsA7AByAOoAeQDoAH8A&#10;5wCFAOUAiwDkAJAA4gCWAOEAnADfAKIA3QCpANoAsQDYALsA1QDIANIA3QDRAO0A0AD5AM8A/wDO&#10;AP8AzQD/AM0A/wDNAP8A/xEPAP8ODQD/DA0A/wsSAP8HGQD/AiQA/wAwAPYAPADvAEkA6gBTAOcA&#10;XQDkAGYA4QBtAN8AdADdAHsA2wCBANkAhgDWAIwA1ACSANIAmADQAJ4AzgCmAMwArgDKALgAyADE&#10;AMYA1wDFAOoAwwD3AMIA/wDBAf8AwAL/AMAC/wDAAv8A/xQLAP8QBgD/EAkA/xAOAP8OFAD/Ch4A&#10;9QYpAOsENgDjA0IA3wNOANsEVwDWBGAA0wRoANAEbwDOBXYAzAV8AMoFggDJBYgAxwWOAMYFlADE&#10;BZsAwgWjAMAGqwC+BrUAvQbCALsI1AC6CekAtwv4ALUM/wC0DP8AtAz/ALQM/wC0DP8A/xcEAP8U&#10;AAD/FgMA/xQJAP8RDgDyDhUA6AwhAN4KLgDWCzsA0AxHAMwMUQDJDFoAxg1iAMQNagDCDXEAwA13&#10;AL8NfQC9DoMAvA6KALoOkQC5DpgAtw6gALYOqQC0D7QAsg/BALEQ1ACuEesAqxL6AKkS/wCoE/8A&#10;pxP/AKcT/wCnE/8A/xoAAP8bAAD5GwAA6xkAAOUUBgDlEA4A2Q4XAM8RJgDIEjQAxBNAAL8USwC8&#10;FFQAuRVdALcVZAC1FWsAtBVxALIVeACxFn4ArxaFAK4WjACsFpQAqxecAKkXpgCnGLAAphi9AKQY&#10;zwCiGucAnxr3AJ0b/wGcG/8BnBv/AZsb/wGbG/8B/x0AAPchAADoJAAA3SUAANQhAQDPGwgAyhcR&#10;AMIaIAC8HC0Atx06ALMeRQCwHk8ArR5XAKseXwCpH2YAqB9sAKYfcwClH3kAox+AAKIfhwCgII8A&#10;nyCYAJ0gogCbIKwBmiG5AZghygGWIuQBlCP1AZIj/wGRI/8BkCP/AZAj/wGQI/8B/yIAAOspAADd&#10;LgAAzy8AAMctAADBJwMAvSINALYjGgCwJSgArCY0AKgmQAClJ0kAoidSAKAnWgCeJ2EAnCdnAJsn&#10;bQCZJ3QAmCd7AZYnggGVJ4sBkyeUAZEongGQKKkBjii1Ao0pxgKLKd8CiSryAocq/wKGKv8Chir/&#10;AoYq/wKGKv8C9CgAAOMxAADRNgAAxTgAALw2AAC2MAAAsisJAKssFACmLSIAoi4vAJ4uOgCbLkQA&#10;mC9NAJYvVQCULlwAki5iAJAuaQGPLm8BjS52AYwufgGKLoYCiC6PAocumgKFL6UDgy+yA4IvwgOB&#10;MNoDfzDvA30x/gN9Mf8DfDH/A3wx/wN8Mf8D7S8AANs3AADJPQAAvj4AALM8AACsOAAApzMEAKIy&#10;EQCdNB0AmTUqAJU1NQCSNUAAjzVJAI01UACLNVcAiTVeAYc1ZAGFNGsBhDRyAoI0eQKANIICfjSL&#10;A300lgN7NaEEeTWuBHg1vgV3NtQFdjbtBXQ3/AV0N/8EdDf/BHQ3/wR0N/8E5zUAANI9AADDQgAA&#10;uEQAAKxCAACkPgAAnzkAAJo4DgCUOhkAkDomAI07MQCKOzsAhztEAIQ7TACCO1MBgDpaAX46YAF9&#10;OmcCezpuAnk6dQJ3On4DdjqIBHQ6kwRyOp4FcTqrBW87uwZuO88GbTvqBm08+gZsPP8FbDz/BWw8&#10;/wVsPP8F4jkAAMxCAAC+RwAAsUgAAKVGAACdQwAAlz8AAJI+CwCNPxUAiT8hAIVALQCCQDcAf0BA&#10;AH1ASAB7QE8BeUBWAXc/XQF1P2MCcz9qAnE/cgNwP3oDbj+EBGw/kAVrP5wGaT+pBmg/uAdnQMwH&#10;ZkDoB2ZA+QZlQP8GZUD/BmVA/wVlQP8F3D4AAMdGAAC5SwAArEwAAKBKAACXRwAAkUMAAItDCACG&#10;QxIAgkQeAH5EKQB7RTQAeUU9AHZFRQB0REwBckRTAXBEWQFuRGACbENnAmtDbwNpQ3cEZ0OBBWZD&#10;jQZkQ5kGYkOnB2FEtghgRMoIYETmCF9F+AdfRf8HYEX/BmBE/wZgRP8G1kEAAMNJAAC2TgAAp08A&#10;AJtNAACSSwAAjEcAAIVHBACARxAAfEgaAHhIJgB1STAAc0k6AHBJQgBuSUkBbEhQAWpIVgFoSF0C&#10;ZkhkAmVIbANjSHUEYUd/BWBHigZeSJcHXUilCFtItAhbSMcJWkjkCFpJ9ghaSf8HWkj/BlpI/wZa&#10;SP8G0UUAAL9MAACyUgAAo1EAAJdQAACNTgAAhkoAAIBKAQB6Sw4AdkwXAHJMIwBvTC0AbU02AGpM&#10;PwBoTEYAZkxNAWRMUwFiTFoCYUxhAl9MaQNeTHIEXEx8BVpMiAZZTJUHV0yjCFZMsghVTMYJVUzi&#10;CVVM9QhVTP8HVUz/B1ZM/wZWTP8GzEgAALxQAACvVQAAoFQAAJNTAACJUQAAgU0AAHpOAAB1TwwA&#10;cE8VAG1QIABqUCoAZ1AzAGVQPABjUEMAYVBKAV9QUQFdUFgCXFBfAlpQZwNZUHAEV1B6BVVQhgZU&#10;UJMHUlChCFFQsQlQUMQJUFDhCVBQ9AhRUP8HUU//B1FP/wZRT/8GyUsAALlTAACrVwAAnFYAAI9V&#10;AACFVAAAfFAAAHVRAABwUgkAa1MSAGhUHQBlVCcAYlQxAGBUOQBeVEEAXFRIAVpUTwFZVFYBV1Rd&#10;AlZUZQNUVG4EUlR4BVFUhAZPVJEHTlSgCExUrwhMVMIJS1TfCUxU8whMU/8HTFP/B01T/wZNU/8G&#10;xU4AALZWAACnWgAAmFkAAItYAACBVwAAd1QAAHBVAABqVgYAZlcQAGJXGgBgWCQAXVguAFtZNwBZ&#10;WT8AV1lGAFZZTQFUWVQBU1lbAlFZYwJPWGwDTlh2BExYggVKWI8GSVieB0hYrghHWMAIR1jdCEdY&#10;8ghHV/8HSFf/B0hX/wZIV/8GwVEAALJZAACjXAAAlFsAAIdbAAB9WgAAclgAAGtZAABlWgMAYFsO&#10;AF1cFwBaXCEAWF0rAFZdNABUXjwAU15EAFFeSwFQXlIBTl5ZAkxeYQJLXWoDSV10BEddgAVFXY0G&#10;RF2cB0NdrAdCXb4IQl3aCEJc8QdCXP4HQ1v/BkNb/wZDW/8GvVUAAK9dAACfXwAAkF4AAINeAAB4&#10;XQAAbVwAAGVdAABfXwAAWmAMAFdhFABVYh4AUmIoAFFjMQBPYzkATmNBAExjSABLY08BSWNWAUdj&#10;XgJFY2cCRGNxA0JjfQRAYosFP2KaBj5iqgY9YrwHPGLWBz1h7wY9Yf0GPmD/Bj5g/wY+YP8GuVkA&#10;AKthAACaYQAAi2EAAH9hAAB0YQAAaWEAAF9iAABZZAAAVGYJAFFnEQBOZxoATGgkAEtpLQBJaTYA&#10;SGk+AEZqRQBFakwAQ2pUAUJqXAFAaWUCPmlvAjxpewM7aYkEOWmYBThoqAU3aLoFN2nTBTdo7gU3&#10;Z/wFOGb/BThm/wU4Zv8FtF4AAKdlAACVZQAAhmQAAHplAABvZQAAZGYAAFloAABSagAATWwEAElu&#10;DgBHbhYARW8gAERwKQBCcDIAQXA6AEBxQgA/cUkAPXFRADxxWQE6cWIBOHFsAjZweAI1cIYDM3CV&#10;AzJwpgQxcLgEMHDQBDFv7AQxbvsEMW3/BDFs/wQxbP8Er2QAAKFpAACPaAAAgWgAAHVpAABraQAA&#10;YGsAAFVuAABNcQAARnMAAEJ1CwA/dhIAPXccADx3JQA6eC0AOXg1ADh5PQA3eUUANnlNADV5VQAz&#10;eV4AMXloATB5dAEueYMCLXmSAit4owIqeLUCKnjMAip36gIqdvkDKnX/Ayp0/wMqdP8DqmoAAJpt&#10;AACJbAAAfG0AAHBtAABmbgAAW3EAAFB1AABIeAAAQXsAADp+BQA2fw4ANIAWADOBIAAygSgAMIEw&#10;AC+COAAugkAALYJIACyCUAArgloAKoJkACiCcAAmgn8BJYKPASSCoAEjgrIBIoLJASKB5wEif/cB&#10;In7/AiJ9/wIiff8CpXEAAJNxAACDcQAAdnEAAGxyAABgdQAAVngAAEx8AABDgAAAO4MAADOGAAAt&#10;iQoAKooRACmLGQAniyIAJosqACWMMQAkjDkAI4xCACKNSgAhjVQAII1eAB+NawAdjXkAHI2KABuN&#10;nAAZja4AGIzEABiM4wAZivUAGYn/ARmI/wEZiP8BnXcAAIx2AAB9dgAAcncAAGV5AABafAAAUIAA&#10;AEaEAAA8iQAANIwAAC2QAAAlkwIAH5UMAB2WEgAclhoAG5ciABqXKgAZlzIAGJg6ABeYQwAWmE0A&#10;FZhYABSYZAATmHMAEZiEABCYlgAQmKkADpi/AA6X3QAPlvIAEJX8ABCU/wAQlP8AlX0AAIV8AAB4&#10;fAAAa34AAF+BAABUhgAASooAAECPAAA2kwAALZcAACaaAAAenQAAF6ADABKiDAAQoxIAEKMZAA+j&#10;IQAOpCkADqQxAA2kOgAMpEUAC6RQAAqkXAAJpGoAB6R7AAajjgAEo6EAAqO0AAOiywADouYAA6Hz&#10;AAOh+wADofsAjYMAAH+CAABxhAAAZIcAAFiMAABNkQAAQpYAADiaAAAvngAAJqIAAB6lAAAXqAAA&#10;EasAAAyuBwAHrw0AA68SAAKvGQABryEAAK8pAACwMgAAsDwAALBHAACwUwAAsGEAALBxAACwgwAA&#10;r5cAAK+qAACvvwAArtkAAK7rAACu9AAArvQAh4kAAHiKAABqjgAAXZMAAFGYAABFnQAAO6IAADCm&#10;AAAnqgAAHq4AABaxAAAQtAAAC7YAAAW5AwAAugoAALoOAAC6EwAAuxkAALshAAC8KAAAvDEAAL08&#10;AAC+SAAAvlYAAL5lAAC+dwAAvowAAL6fAAC9swAAvscAAL7eAAC96wAAvesAf5IAAHCVAABimgAA&#10;VZ8AAEmlAAA9qwAAMq8AACi0AAAetgAAFbkAAA68AAAJvwAAAsIAAADEAAAAxQQAAMYKAADGDgAA&#10;xxIAAMgYAADJHwAAyicAAMwwAADOPAAAzkkAAM9ZAADPagAAz34AAM+TAADPpgAAz7gAAM/IAADP&#10;2wAAz9sAd5wAAGihAABbpwAATq4AAEG0AAA0twAAKLoAAB29AAATwAAADcQAAAbHAAAAygAAAM4A&#10;AADQAAAA0QAAANICAADTCAAA1QwAANYQAADZFQAA2xwAAN0kAADgLwAA4jwAAONLAADkXAAA5G8A&#10;AOWDAADlmAAA5akAAOW2AADlwwAA5cMAbKUAAF+sAABRsgAARLkAADW8AAAowAAAHMQAABLIAAAM&#10;ywAAA88AAADTAAAA2AAAANwAAADfAAAA3wAAAOEAAADjAAAA5AMAAOYIAADoDQAA6REAAOwYAADu&#10;IgAA8S4AAPM8AAD0TQAA9V8AAPZzAAD3hwAA95kAAPilAAD4sAAA+LAA/wMXAP8AFQD/ABUA/wAY&#10;AP8AIwD/AC8A/wA8AP8ASAD/AFQA/wBeAP8AZwD9AG8A+wB2APkAfQD4AIMA9gCIAPUAjgD0AJMA&#10;8gCYAPEAngDwAKQA7gCrAO0AswDrAL0A6gDLAOgA4QDnAPEA5gD9AOUA/wDkAP8A5AD/AOQA/wDk&#10;AP8A/wcTAP8AEQD/ABEA/wAVAP8AHwD/ACsA/wA3AP8ARAD+AE8A+gBaAPcAYwD0AGsA8gByAPAA&#10;eQDvAH8A7QCEAOsAigDqAI8A6ACUAOcAmgDlAKAA5ACnAOIArwDgALkA3gDGANwA2gDaAOwA2AD5&#10;ANYA/wDWAP8A1wD/ANgA/wDYAP8A/woQAP8DDgD/AA0A/wASAP8AGgD/ACYA/AAyAPcAPwD0AEoA&#10;8QBVAO0AXgDqAGYA6ABuAOUAdADjAHoA4gCAAOAAhQDeAIsA3ACQANsAlgDYAJwA1QCjANMAqwDR&#10;ALUAzgDBAMwA0QDLAOcAyQD1AMgA/wDIAP8AyAD/AMgA/wDIAP8A/wwMAP8GCAD/AgoA/wAPAP8A&#10;FQD8ACAA8QAsAOwAOQDpAEUA5QBPAOEAWQDeAGEA2wBoANcAbwDUAHUA0gB7ANAAgADOAIYAzACM&#10;AMsAkgDJAJgAxwCgAMUAqADDALEAwQC8AL8AywC9AOMAvADyALsA/QC7AP8AugD/ALoA/wC6AP8A&#10;/w4FAP8JAAD/CQUA/wYLAP8BEADwABkA5gAlAOEAMgDcAD8A1gBJANEAUwDOAFsAywBjAMgAagDG&#10;AHAAxQB2AMMAewDBAIEAwACHAL4AjgC8AJQAuwCcALkApAC3AK4AtQC5ALMAyACxAN8AsAHvAK8B&#10;+wCuAv8ArQP/AK0D/wCtA/8A/xAAAP8OAAD/DQAA9gsDAPIHCgDiAREA2wIdANIDKwDMAzcAyARD&#10;AMQETQDBBFYAvgVdALwFZAC6BWsAuAVxALcFdgC1BXwAswaDALIGiQCwBpEArweZAK0HoQCrB6sA&#10;qQi3AKgJxgCmCt0ApQvwAKMM/QCiDf8AoQ3/AKEN/wCgDf8A/xEAAPwSAADsEwAA4hMAANsPAwDW&#10;CQsAzggUAMYKIgDADDAAvA08ALgNRgC1DU8Asg5XALAOXwCuDmUArQ5rAKsOcQCqDngAqA5+AKcP&#10;hQClD40ApA+WAKIQnwCgEKkAnxC1AJ0RxQCbEd4AmRLxAJcT/wCWFP8AlRT/AJUU/wCUFP8A/xUA&#10;AO0bAADgHwAA0h8AAMkbAADEFAUAwRAOALoSGwC0EykAsBQ1AKwVQACpFUkAphVSAKQWWQCiFmAA&#10;oRZmAJ8WbACeFnIAnBZ5AJsXgACZF4gAmBeRAJYYmwCUGKYAkxmyAJEZwQCQGtgAjRvuAIsc/QCK&#10;HP8Aihz/AIkc/wCJHP8A9B0AAOQlAADTKQAAxyoAALwmAAC2IAAAtBkLAK4aFQCoHCMApB0vAKEe&#10;OgCeHkQAmx5MAJkeVACXH1sAlR9hAJQfZwCSH20AkR90AI8gfACOIIQAjCCNAIoglwCJIaIAhyGu&#10;AIYivQCFItEBgiPrAYEk+wGAJP8BfyT/AX8k/wF/JP8B7CUAANstAADJMQAAvDEAALEuAACrKQAA&#10;pyQFAKMjEQCeJB0AmiUqAJYmNQCTJj8AkSZHAI8mTwCNJlYAiydcAIknYgCIJ2kAhidvAIUndwCD&#10;J38AgSeJAYAokwF+KJ4BfSmrAXspuQF6Kc0BeCroAXcr+QF2K/8Bdiv/AXUr/wF1Kv8B5SwAANA0&#10;AADBOAAAszgAAKg1AACiMQAAnS0AAJkqDgCUKxgAkCwkAI0tMACKLToAhy1DAIUtSgCDLVEAgS5Y&#10;AIAuXgB+LmQAfS5rAHsucwF5LnsBeC6FAXYujwF0L5sBcy+oAnEvtgJwMMkCbzDlAm4x9wJtMf8C&#10;bTH/Am0x/wJtMf8C3zIAAMk5AAC7PgAArD0AAKE6AACaNwAAlTMAAJAxCgCMMRQAhzIgAIQzKwCB&#10;MzUAfzM+AH0zRgB7M00AeTNUAHczWgB2M2EAdDNnAXI0bwFxNHcBbzSBAW40jAJsNJgCajWlAmk1&#10;swNoNcYDZzbiA2Y29QNmNv8CZjb/AmY2/wJmNv8C2DcAAMQ+AAC1QgAApkEAAJs/AACTPAAAjTgA&#10;AIg2BwCENxEAgDccAHw4JwB6ODEAdzk6AHU5QgBzOUkAcTlQAHA5VwBuOV0AbDlkAWs5awFpOXQB&#10;aDl+AmY5iQJkOZUDYzqiA2I6sQNhOsMDYDvgBF878wNfO/8DXzv/A187/wJfO/8C0TsAAMBCAACw&#10;RQAAoUQAAJVDAACNQAAAhz0AAII7AgB9Ow4AeTwYAHU9IwBzPS0AcD02AG49PwBsPUYAaz1NAGk9&#10;UwBnPVoAZj1hAWQ9aAFjPXEBYT57Al8+hgJePpMDXD6gA1s/rwRaP8EEWj/dBFk/8gRZP/8DWT//&#10;A1k//wNZP/8DzD8AALxGAACrSAAAnEcAAJFGAACIRAAAgkAAAHw/AAB3QAwAc0AVAG9BIABsQSoA&#10;akEzAGhBOwBmQkMAZEJKAGNBUABhQVcAYEJeAV5CZQFdQm4CW0J4AlpChANYQpADV0KeBFZDrQRV&#10;Q78EVEPaBFRD8QRUQ/4DVEP/A1RD/wNUQ/8DyEIAALhJAACnSwAAmEoAAI1JAACDRwAAfUMAAHZD&#10;AABxRAoAbUQSAGpFHQBnRScAZEUwAGJFOABgRT8AX0VHAF1FTQBbRVQAWkZbAVlGYwFXRmwBVkZ2&#10;AlRGgQNTRo4DUkecBFBHqwRQR70ET0fWBU9H7wRPR/0ET0f/A09H/wNQR/8DxEUAALVNAACjTQAA&#10;lUwAAIlLAAB/SgAAeEYAAHFHAABsRwcAaEgQAGRIGgBhSSQAX0ktAF1JNQBbST0AWUlEAFdJSgBW&#10;SVEAVUpZAVRKYQFSSmkBUUp0Ak9KfwNOSowDTUqbBExLqgRLS7wESkvTBUpL7gRLS/0ES0r/A0tK&#10;/wNLSv8DwUgAALJQAACgTwAAkU8AAIVOAAB7TQAAc0kAAGxKAABnSwQAYkwOAF9MFwBcTSEAWk0q&#10;AFhNMgBWTToAVE1BAFNOSABSTk8AUE5XAU9OXwFOTmcBTE5yAktOfQJJTosDSE6ZBEdPqARGT7oE&#10;Rk/RBEZP7QRGTvwERk7/A0dO/wNHTv8DvUwAAK5SAACcUQAAjVEAAIFRAAB3UAAAbkwAAGdOAABi&#10;TwAAXVANAFpQFABXUR4AVVEnAFNRMABRUjgAUFI/AE5SRgBNUk0ATFNVAEpTXQFJU2UBSFNvAkZT&#10;ewJFU4kDQ1OXA0JTpwRBU7gEQVPPBEFT7ARBUvsDQlL/A0JS/wNCUf8Duk8AAKpUAACYVAAAiVQA&#10;AH1TAABzUwAAaVEAAGJSAABcUwAAWFQKAFRVEgBSVRsAT1YkAE5WLQBMVzUAS1c8AEpXRABIV0sA&#10;R1hSAEZYWgFEWGMBQ1htAUFYeQJAWIYCPliVAz1YpQM8WLcEPFjNBDxX6gM8V/oDPVb/Az1W/wM9&#10;Vv8DtlMAAKVXAACUVwAAhVYAAHlWAABvVgAAZVUAAFxWAABXWAAAUlkHAE5aEABMWhgASlshAEhc&#10;KgBHXDIARVw6AERdQQBDXUgAQl1QAEBdWAA/XWEBPV1rATxddgI6XYQCOV2TAjhdowM3XbUDNl3L&#10;AzZc6AM3XPkDN1v/Azhb/wM4Wv8DslcAAKBaAACPWQAAgVkAAHVZAABrWQAAYFoAAFZbAABRXQAA&#10;TF4CAEhgDQBFYBQARGEeAEJiJgBAYi4AP2I2AD5jPgA9Y0UAPGNNADtjVQA5Y14AOGNoATZjdAE1&#10;Y4EBM2ORAjJjoQIxY7MCMWPIAjFi5wIxYfgCMWH/AjJg/wIyYP8CrlwAAJtdAACKXQAAfF0AAHBd&#10;AABmXQAAXF4AAFJgAABMYgAARWUAAEFmCgA+ZxEAPGgaADtoIgA5aSsAOGkyADdqOgA2akEANWpJ&#10;ADRqUgAzalsAMWplADBqcAEuan4BLWqOASxqnwErarABKmrGASpp5QEqaPYCK2f/Aitn/wIrZ/8C&#10;qWEAAJVgAACEYAAAd2AAAGxhAABiYQAAWGMAAE5mAABHaAAAQGsAADpuBQA2bw4ANHAVADNwHgAy&#10;cSYAMHEuAC9xNQAucj0ALXJFACxyTQArclcAKnJhAClybQAncnsAJnKLACRynAEjcq4BI3LDASNx&#10;4gEjcPQBI2//ASNu/wEjbv8BoWUAAI5kAAB/ZAAAcmQAAGhlAABeZgAAVGkAAElsAABCbwAAO3IA&#10;ADR1AAAueAoAK3kRACp5GAApeiEAJ3ooACZ6MAAlezgAJHtAACN7SAAie1IAIXtcACB7aAAffHYA&#10;HXyGABx7mAAbe6oAGnu/ABp73gAaefIAG3j+ABt3/wEbd/8BmWkAAIhpAAB5aQAAbWkAAGNqAABZ&#10;bAAAT28AAEVzAAA9dwAANXoAAC59AAAngQMAIoMNACCEEgAfhBoAHYQiAByFKgAbhTEAGoU5ABmF&#10;QgAYhkwAF4ZWABaGYwAVhnEAFIaBABKGkwARhqYAEYW7ABCF1gARg+8AEYL7ABKC/wASgf8AkW4A&#10;AIFtAAB0bgAAaW4AAF1wAABTcwAASXcAAEB8AAA3gAAAL4MAACeHAAAhigAAGo0GABWPDQATkBMA&#10;EpAaABKQIgARkCoAEJEyABCROwAPkUQADpFPAA2RXAAMkWoAC5F6AAqRjQAIkJ8AB5CzAAePyQAH&#10;j+YAB470AAiN/AAIjf8AiXMAAHtzAABvcwAAY3UAAFd4AABNfQAAQ4EAADmGAAAwigAAKI4AACGR&#10;AAAalQAAE5cAAA6aCAALnA4ACZwTAAicGgAHnCIABpwqAAScMwADnD0AAp1IAACdVAAAnWIAAJxy&#10;AACchAAAnJcAAJuqAACbvwAAmtsAAJrsAACa9QAAmfgAgnkAAHZ5AABoegAAXH4AAFGCAABGhwAA&#10;PIwAADKRAAAplQAAIZkAABmdAAASoAAADqMAAAmmBQADpwwAAKcQAACnFQAAqBwAAKgjAACoKwAA&#10;qTQAAKk/AACpSwAAqVkAAKloAACpegAAqY4AAKmhAACotQAAqMsAAKfkAACn7wAAp/MAfYAAAG+B&#10;AABhhAAAVYkAAEmOAAA+lAAANJkAACqeAAAhogAAGaYAABKpAAANrAAAB68AAACyAAAAswcAALMM&#10;AACzEAAAtBUAALQbAAC1IgAAtisAALc1AAC3QAAAuE4AALhdAAC4bgAAuIIAALiXAAC4qgAAt74A&#10;ALfSAAC35gAAt+oAdogAAGeLAABakAAATpYAAEKcAAA3ogAALKcAACKrAAAZrwAAEbMAAAu2AAAE&#10;uQAAALwAAAC+AAAAvgAAAL8GAADACwAAwQ8AAMITAADDGQAAxCAAAMUpAADHNAAAyEIAAMlRAADJ&#10;YgAAyXUAAMmKAADJnwAAyrEAAMrBAADJ0QAAydkAbpMAAGCYAABTngAARqQAADqrAAAvsAAAJLUA&#10;ABm4AAAQvAAACr8AAAHBAAAAxAAAAMgAAADKAAAAygAAAMwAAADNAwAAzggAANANAADREAAA0xYA&#10;ANYeAADaKAAA3TQAAN5DAADfVAAA32cAAOB8AADgkQAA4KQAAOCyAADgvgAA4MMAZp8AAFmmAABM&#10;rQAAP7QAADK4AAAkvAAAGL8AABDDAAAIxwAAAMoAAADNAAAA0QAAANUAAADYAAAA2QAAANsAAADd&#10;AAAA3wAAAOEEAADjCgAA5Q4AAOcTAADqHAAA7ScAAPA1AADxRgAA8lgAAPNrAADzgAAA9JQAAPSj&#10;AAD0rgAA9LIA/wATAP8AEQD/ABEA/wAVAP8AHwD/ACwA/wA5AP8ARQD/AFAA/wBaAP4AYwD7AGsA&#10;+QByAPcAeAD1AH4A9ACEAPIAiQDxAI4A8ACTAO4AmQDtAJ8A7ACmAOoArgDoALgA5gDFAOUA2wDj&#10;AO0A4gD7AOIA/wDhAP8A4QD/AOEA/wDhAP8A/wAQAP8ADgD/AA0A/wASAP8AGwD/ACgA/wA0AP4A&#10;QQD7AEwA9wBWAPQAXwDxAGYA7wBtAOwAdADqAHoA6QB/AOcAhQDmAIoA5QCPAOMAlQDhAJsA4ACi&#10;AN4AqgDbALQA2QDAANYA0ADTAOgA0gD3ANEA/wDRAP8A0AD/ANAA/wDQAP8A/wANAP8ACQD/AAoA&#10;/wAPAP8AFgD7ACIA9wAvAPQAOwDwAEcA7QBRAOkAWgDlAGIA4gBpAOAAbwDeAHUA3AB6ANoAgADY&#10;AIUA1QCLANMAkQDRAJcAzwCeAM0ApgDLAK8AyQC6AMcAyQDFAOIAxADyAMMA/gDCAP8AwQD/AMIA&#10;/wDCAP8A/wMGAP8AAQD/AAYA/wAMAPkAEQDxAB0A6wApAOcANgDjAEEA3wBLANsAVADVAFwA0gBj&#10;AM8AagDNAHAAywB1AMkAewDIAIAAxgCGAMUAjADDAJMAwQCaAL8AogC9AKsAuwC2ALkAxAC3ANoA&#10;tgDtALQA+gC0AP8AtAD/ALQA/wC0AP8A/wQAAP8AAAD/AAAA/wAGAOwADQDlABYA3gAiANcALwDR&#10;ADsAzQBFAMoATgDGAFcAxABeAMEAZAC/AGoAvQBwALwAdQC6AHsAuQCBALcAhwC1AI4AswCVALIA&#10;ngCwAKcArgCyAKwAvwCqANEAqADoAKgA9wCnAP8ApwD/AKYA/wCmAP8A/wYAAP8FAADxAwAA6AAA&#10;AOEABwDVABAAzQAbAMcAJwDDADMAvwA+ALwASAC5AFEAtgBYALQAXwCyAGUAsABqAK8AcACtAHYA&#10;rAB8AKoAggCpAIkApwCRAKUAmgCjAKQAoQCuAKAAuwCeAc0AnQLmAJwE9ACbBP8AmgX/AJoF/wCZ&#10;Bf8A/woAAPEOAADkEAAA2Q8AAM4LAADIAwsAwgATALwCHwC3AywAswQ3ALAFQgCtBkoAqgZSAKgH&#10;WQCmB18ApQdlAKMHawCiCHEAoAh3AJ8IfgCdCIUAmwmOAJoJlwCYCqEAlgqsAJULugCTC8wAkgzl&#10;AJAN9gCPDv8Ajg7/AI4O/wCNDv8A9hEAAOYXAADWGwAAxxkAAL4VAAC5EAAAtwoNALELFwCsDSQA&#10;qA4wAKUOOwCiDkQAnw9MAJ0PUwCbD1oAmg9gAJgQZgCXEGwAlRByAJMQeQCSEIEAkBCKAI8RlACN&#10;EZ8AixGqAIoSuACIEssAhhPmAIUU9wCDFf8AgxX/AIIV/wCCFf8A7RoAANwhAADKJQAAuyIAALEf&#10;AACrGgAAqRQGAKUSEQCgFB4AnBUqAJkVNQCWFj4AlBZHAJIWTgCQFlUAjhdbAIwXYQCLF2cAiRdt&#10;AIgXdACGGHwAhRiGAIMZkACBGZsAgBqnAH4atQB9G8cAfBziAHod9QB5Hf8AeB3/AHgd/wB4Hf8A&#10;5SIAANApAAC/LAAAsCoAAKcnAACgIwAAnR8AAJoaDgCVHBgAkR0kAI4eLwCMHjkAiR5BAIcfSQCF&#10;H1AAgx9WAIIfXACAH2IAfx9pAH0gcAB8IHgAeiCBAHkhjAB3IZcAdSKkAHQisgBzI8MAciPfAHAk&#10;8wBvJP8AbyT/AG4k/wBuJP8A3SkAAMgwAAC3MgAAqDAAAJ4uAACXKgAAkycAAJAjCgCMIxMAiCQf&#10;AIQlKgCCJTQAgCY9AH0mRAB8JksAeiZSAHgmWAB3Jl4AdSZlAHQnbAByJ3QAcSd9AG8oiABuKJQA&#10;bCihAGsprwFqKcABaSrbAWcq8QFnK/8BZiv/AWYq/wFmKv8B1C8AAMI2AACvNgAAoTUAAJY0AACQ&#10;MAAAii0AAIcqBgCDKRAAfyoaAHwrJQB5Ky8Adyw4AHUsQABzLEcAcSxNAHAsVABuLFoAbSxhAGst&#10;aABqLXAAaC16AGcuhQBlLpEBZC6eAWIvrAFhL70BYTDVAWAw7wFfMP0BXzD/AV8w/wFfMP8BzTQA&#10;ALw7AACpOgAAmzoAAJA4AACJNQAAgzIAAH8wAQB7Lw4AdzAWAHQwIQBxMSsAbzE0AG0xPABrMUMA&#10;ajFKAGgyUABnMlcAZTJdAGQyZQBiMm0AYTN3AF8zggFeM44BXTScAVs0qgFaNbsBWjXSAVk17QFZ&#10;NfwBWDX/AVg1/wFZNf8ByDgAALc+AACkPgAAlj0AAIs8AACDOgAAfTcAAHg0AAB0NAsAcDUTAG01&#10;HQBqNScAaDYwAGY2OABkNj8AYzZGAGE2TQBgNlMAXjdaAF03YgBcN2oAWjh0AVk4fwFXOIwBVjmZ&#10;AVU5qAJUObkCUzrPAlM66wJTOvsBUzr/AVM5/wFTOf8BxDwAALJBAACgQAAAkkAAAIY/AAB+PQAA&#10;eDoAAHM4AABuOQgAajkRAGc5GgBkOiQAYjosAGA6NABeOjwAXTtDAFs7SgBaO1AAWDtXAFc7XwBW&#10;PGcAVDxxAVM8fAFSPYkBUT2XAU89pgJOPrcCTj7NAk4+6QJNPvoCTj7/AU49/wFOPf8BwD8AAK5D&#10;AACcQwAAjkMAAIJCAAB6QAAAcz0AAG08AABoPQUAZD0OAGE+FwBePiEAXD4pAFo+MQBYPjkAVz5A&#10;AFU/RgBUP00AUz9VAFJAXABQQGUAT0BvAU5BegFNQYcBS0GWAUpBpQJJQrUCSULLAklC6AJJQvkC&#10;SUH/AklB/wFJQf8BvUMAAKpFAACYRQAAikUAAH9FAAB2QwAAb0AAAGhAAABjQQEAX0ENAFxBFABZ&#10;Qh0AV0ImAFVCLgBTQjYAUUI9AE9CQwBPQ0sATkNSAE1EWgBMRGMASkRtAUlFeAFIRYUBR0WUAUVF&#10;owJFRrQCREbJAkRG5wJERfgCREX/AkVF/wJFRf8BukYAAKZIAACUSAAAhkgAAHtHAAByRgAAakIA&#10;AGNDAABeRAAAWkULAFZFEgBURhsAUUYjAE9GKwBORjMATEc6AEtHQQBKR0kASUhQAEhIWABHSGEA&#10;RklrAERJdgFDSYMBQkmSAUFJogJASbMCP0rHAj9K5QI/SfcCQEn/AkBI/wJASP8BtkkAAKJKAACR&#10;SgAAg0oAAHdKAABuSQAAZUUAAF5HAABZSAAAVUkIAFFKEABPShgATEohAEpLKQBJSzEAR0s4AEZM&#10;PwBFTEYARExOAENNVgBCTV8AQU1oAEBNdAE+TYEBPU2QATxNoAE7TrECOk7GAjpO5AI7TfYCO03/&#10;ATtM/wE8TP8Bs00AAJ5MAACNTAAAf0wAAHRMAABqTAAAYEoAAFlLAABUTAAAUE0FAExODgBJTxUA&#10;R08eAEVPJgBEUC4AQlA1AEFQPQBAUUQAP1FLAD5RUwA9UlwAPFJmADpScgA5Un8BOFKOATdSngE2&#10;Uq8BNVLEATVS4gE2UvUBNlH/ATZQ/wE3UP8Brk8AAJlPAACJTwAAe08AAHBPAABmTwAAXE4AAFRP&#10;AABPUQAASlIBAEZTDABDVBIAQVQbAEBVIwA+VSsAPVYyADxWOgA7VkEAOlZJADlXUQA4V1oANldj&#10;ADVXbwA0V3wBM1eMATFXnAEwV60BMFfCATBX4AEwVvQBMVb/ATFV/wExVf8BqFIAAJVSAACEUgAA&#10;d1IAAGxSAABiUgAAWFMAAE9UAABJVgAARFcAAEBZCAA9WhAAO1oXADlbIAA4WycAN1wvADZcNgA1&#10;XD4ANFxGADNdTgAxXVcAMF1hAC9dbAAuXXoALF2JACtdmgEqXasBKl2/ASld3gEqXPIBKlv+AStb&#10;/wErWv8Bo1UAAI9VAAB/VQAAclUAAGdWAABeVgAAVFcAAExZAABFWwAAP10AADpfBAA2YA0ANGET&#10;ADJiHAAxYiMAMGIrAC9jMgAuYzoALWNCACxjSgAqZFMAKWRdAChkaQAnZHYAJmSGACVklwAkZKkA&#10;I2S9ACJk2gAjY/EAI2L9ASRh/wEkYf8BnFgAAIlYAAB6WQAAblkAAGNZAABaWgAAUFwAAEheAABB&#10;YAAAOmMAADRmAAAvaAoALGkQACppFwApah8AKGomACdqLgAmazUAJWs9ACRrRgAja08AImxZACBs&#10;ZQAfbHIAHmyCAB1slAAcbKYAG2u6ABpr1AAbau4AHGn8ABxo/wAcaP8AlVwAAINcAAB1XAAAaV0A&#10;AF9dAABWXgAATGEAAENkAAA8ZwAANWoAAC9tAAAocAQAI3INACFyEgAgcxoAH3MhAB5zKAAddDAA&#10;HHQ4ABt0QAAadEoAGXRUABd1YAAWdW4AFXV+ABR1kAATdKIAEnS2ABF0zwASc+wAEnL6ABNx/wAT&#10;cf8AjmAAAH1gAABvYQAAZWEAAFtiAABRZAAASGcAAD5rAAA3bgAAMHEAACl1AAAieAAAHHsHABd9&#10;DgAWfRMAFX0bABR+IgATfioAEn4xABF+OgARfkQAEH9OAA9/WgAOf2gADX94AAx/igALfp0ACn6w&#10;AAl9xgAKfeQACnz0AAt7/QALev8AhmUAAHdlAABqZQAAYWYAAFZoAABMawAAQm8AADlzAAAxdwAA&#10;KnoAACN+AAAcgQAAFYQAABCHCAANiQ4ADIkUAAyJGwALiSMACokrAAmJMwAIiT0ABolIAAWJVAAE&#10;iWEAAolxAAGJgwAAiZYAAIipAACHvgAAh9oAAIbsAACG9QAAhvoAfmoAAHFqAABnawAAW2wAAFBw&#10;AABGdAAAPHgAADN9AAAqgQAAI4UAAByIAAAVjAAAEI8AAAySBgAGkwwAApMRAACUFgAAlB0AAJQk&#10;AACVLAAAlTUAAJVAAACVTAAAllkAAJZpAACVegAAlY4AAJShAACUtQAAk8wAAJLmAACS8gAAkvcA&#10;eHAAAG1wAABgcgAAVHUAAEl5AAA/fgAANYMAACyIAAAjjQAAG5EAABSUAAAPlwAACpoAAASdAwAA&#10;ngkAAJ8OAACfEgAAoBcAAKAdAAChJQAAoi0AAKI3AACjQwAAo1AAAKNfAACjcQAAo4QAAKKZAACi&#10;rQAAocIAAKHcAACh6wAAoPIAc3YAAGZ3AABZewAATYAAAEKFAAA4iwAALpAAACSVAAAbmgAAFJ4A&#10;AA6hAAAJpAAAAqcAAACqAAAAqwQAAKsKAACsDQAArREAAK0WAACuHAAAryQAALAtAACxOQAAsUYA&#10;ALJVAACyZgAAsnkAALKOAACxowAAsrcAALHKAACx4AAAsekAbH4AAF+CAABShwAARo0AADuTAAAw&#10;mQAAJp4AAByjAAATpwAADasAAAeuAAAAsgAAALUAAAC3AAAAuAAAALkCAAC5CAAAugwAALsQAAC8&#10;FAAAvRsAAL8jAADBLQAAwjoAAMJJAADDWgAAw2wAAMSCAADElwAAxKsAAMS8AADEywAAxNoAZYkA&#10;AFiOAABLlQAAP5sAADOiAAAoqAAAHa0AABSxAAANtgAABrkAAAC8AAAAvwAAAMMAAADEAAAAxQAA&#10;AMYAAADHAAAAyQQAAMoJAADLDQAAzREAAM8YAADSIQAA1S0AANY8AADYTQAA2V8AANpzAADaigAA&#10;254AANuuAADbugAA3MMAXpYAAFGcAABEowAAOKoAACyxAAAgtwAAFbsAAA2+AAAEwgAAAMUAAADJ&#10;AAAAzQAAANAAAADSAAAA0gAAANUAAADWAAAA2QAAANsAAADeBQAA4AoAAOIPAADlFgAA6CAAAOwt&#10;AADtPgAA7VEAAO5lAADvegAA748AAPCfAADwqwAA8LMA/wAQAP8ADgD/AA4A/wASAP8AHQD/ACkA&#10;/wA1AP8AQQD/AE0A/gBWAPsAXwD4AGYA9gBtAPQAdADyAHkA8QB/APAAhADuAIkA7QCPAOsAlQDq&#10;AJsA6ACiAOYAqgDlALMA4wDAAOEA0gDgAOoA3wD5AN0A/wDdAP8A3QD/AN4A/wDeAP8A/wANAP8A&#10;CgD/AAkA/wAPAP8AGAD/ACQA/gAxAPsAPQD4AEgA9ABSAPAAWgDtAGIA6wBpAOkAbwDnAHUA5QB6&#10;AOMAfwDiAIUA4ACKAN4AkADcAJYA2gCdANgApQDVAK8A0gC6ANAAygDOAOMAzQD0AMsA/wDLAP8A&#10;ywD/AMsA/wDLAP8A/wAIAP8AAwD/AAUA/wAMAPwAFAD3AB8A8gArAO8ANwDrAEIA5wBMAOQAVQDg&#10;AF0A3QBkANoAagDYAHAA1QB1ANIAegDQAIAAzwCFAM0AiwDLAJIAyQCZAMcAoQDFAKoAwwC1AMEA&#10;wwC/ANoAvgDuAL0A/AC8AP8AvAD/ALwA/wC8AP8A/wAAAP8AAAD/AAAA+QAHAPEAEADqABoA5AAl&#10;AN8AMQDbADwA1wBHANIAUADOAFcAywBeAMkAZQDGAGoAxQBwAMMAdQDBAHoAwACAAL4AhgC8AI0A&#10;ugCUALkAnAC3AKUAtQCwALMAvQCxAM8ArwDoAK4A+ACuAP8ArQD/AK0A/wCtAP8A/wAAAP8AAAD9&#10;AAAA7gABAOMADADaABQA0QAfAMwAKwDIADYAxQBAAMIASgC/AFIAvABZALoAXwC4AGUAtgBqALQA&#10;bwCzAHUAsQB6ALAAgQCuAIgArQCPAKsAmACpAKEApwCrAKUAuACjAMgAogDiAKEA8wCgAP4AoAD/&#10;AKAA/wCgAP8A/wAAAPYAAADqAAAA4AAAANMABgDJAA8AwgAYAL0AJAC5AC8AtgA6ALQAQwCxAEwA&#10;rgBTAKwAWQCqAF8AqQBkAKcAagCmAG8ApAB1AKMAewChAIIAoACKAJ4AkwCcAJ0AmgCnAJgAtACW&#10;AMMAlQDcAJQA7wCTAPsAkwD/AJMA/wCSAP8A+QUAAOoLAADcDQAAywoAAMIFAAC8AAoAtgARALEA&#10;HACuACgAqgAzAKcAPQCkAEUAogBNAKAAUwCeAFkAnABfAJsAZACaAGoAmABwAJcAdgCVAH4AkwCG&#10;AJIBjwCQAZkAjgKkAIwCsQCLA8AAiQXWAIgG7QCIB/oAhwj/AIYI/wCGCP8A7w8AAN4UAADKFQAA&#10;vBIAALMQAACuDAAAqwYNAKcDFQCiBSAAnwcsAJwINgCZCD8AlwlHAJUJTgCTCVQAkQpaAJAKXwCO&#10;CmUAjQprAIsKcgCKC3kAiAuCAIcLjACFDJcAgwyiAIENsACADcAAfw3YAH0O7wB8D/0Aew//AHsQ&#10;/wB7EP8A5hcAANEeAAC9HQAArxwAAKYZAAChFQAAnhAEAJ0NDwCYDhkAlA4lAJEPLwCPEDkAjBBB&#10;AIoQSACIEE8AhxBVAIUQWwCEEWEAghFnAIARbgB/EXUAfRF+AHwSiAB6EpQAeBKgAHcTrgB1E74A&#10;dBTVAHMV7gBxFv0AcRb/AHEW/wBwFv8A3B8AAMYlAACzJQAApSMAAJwhAACWHgAAkhkAAJEUCwCN&#10;FBQAiRUfAIYWKQCDFjMAgRc8AIAXQwB+F0oAfBdQAHoXVgB5GFwAdxhiAHYYaQB0GHEAcxl6AHEZ&#10;hABvGpAAbhqdAGwbqwBrHLsAahzQAGkd7ABoHvsAaB7/AGce/wBnHv8A0SYAAL0qAACrKgAAnSoA&#10;AJMoAACNJQAAiCIAAIYdBgCDGxAAfxwaAHwdJAB6HS4Adx42AHYePgB0HkUAch9LAHEfUQBvH1gA&#10;bh9eAGwfZQBrIG0AaSB2AGghgQBmIY0AZSKaAGMiqABiI7gAYSPNAGAk6QBgJPoAXyT/AF8k/wBf&#10;JP8AyiwAALYvAACkLwAAli8AAIwtAACFKgAAgCgAAH0kAAB6Ig0AdiMVAHMjIABxJCkAbyQyAG0k&#10;OgBrJUEAaiVHAGglTQBmJVQAZSVaAGQmYQBiJmkAYSZyAF8nfQBeJ4oAXSiXAFsppQBaKbUAWirK&#10;AFkq5wBYKvgAWCr/AFgq/wBYKv8AxTEAAK8zAACeMwAAkDMAAIYyAAB/LwAAeS0AAHUqAAByKAoA&#10;bygSAGspGwBpKSUAZyotAGUqNQBjKj0AYipDAGAqSgBfK1AAXitXAFwrXgBbLGYAWSxvAFgtegBX&#10;LYcAVi6VAFQuowBTL7MAUy/HAFIv5QBSL/cAUi//AFIv/wBSL/8AwTYAAKo2AACZNgAAizYAAIE1&#10;AAB5MwAAczEAAG8vAABrLgYAaC0QAGQuGABiLiEAYC8qAF4vMQBcLzkAWy9AAFkvRgBYL00AVzBT&#10;AFYwWwBUMWMAUzFsAFIydwBRMoQATzOSAE4zoQBNM7EATTTFAUw04wFMNPYATDT/AEw0/wBMM/8A&#10;uzkAAKY5AACVOQAAhzkAAHw5AAB0NwAAbjQAAGkzAABlMgIAYTINAF4yFABcMx4AWjMmAFgzLgBW&#10;MzUAVTQ8AFM0QwBSNEoAUTRQAFA1WABONWAATTZqAEw2dQBLN4IASjeQAEk4nwBIOLABRzjDAUc4&#10;4QFHOPUBRzj/AUc4/wFHOP8BtzsAAKI8AACRPAAAgzwAAHg8AABwOgAAajcAAGQ2AABgNgAAXDYL&#10;AFk3EgBWNxoAVDcjAFI3KwBQNzIATzg5AE04QABMOEcASzhOAEo5VQBJOV4ASDpoAEc6cwBGO4AA&#10;RTuOAEQ8ngBDPK4BQjzCAUI93wFCPPMBQjz/AUI8/wFCO/8Bsz0AAJ4+AACNPgAAfz4AAHU+AABs&#10;PQAAZjoAAGA5AABbOgAAVzoIAFM7EABROxgATjsgAEw7KABLOy8ASTw2AEc8PQBHPEQARj1LAEU9&#10;UwBEPlwAQz5mAEI/cQBBP34AQD+NAD9AnAA+QK0BPUDAAT1A3QE9QPIBPUD/AT4//wE+P/8BrkAA&#10;AJpAAACJQQAAfEEAAHFBAABoQAAAYTwAAFs9AABWPgAAUj4FAE4/DgBMPxUAST8dAEdAJQBGQCwA&#10;REAzAENAOgBCQUIAQUFJAEBBUQA/QloAPkJjAD1DbwA8Q3wAO0OLADpEmwA5RKsBOUS+AThE2wE5&#10;RPEBOUP+ATlD/wE5Q/8BqkIAAJZDAACGQwAAeEMAAG5DAABlQwAAXUAAAFZAAABRQgAATUICAElD&#10;DABGQxIAREQaAEJEIgBBRCoAP0UxAD5FOAA9RT8APEZHADtGTwA6RlcAOUdhADhHbAA3R3oANkiJ&#10;ADVImQA0SKoANEi9ADNI2QA0SPAANEf9ADRH/wA1Rv8ApkQAAJJFAACCRgAAdUYAAGpGAABhRQAA&#10;WUQAAFFEAABMRgAASEcAAERHCgBBSBAAP0kYAD1JIAA8SScAOkouADlKNgA4Sj0AN0tEADZLTAA1&#10;S1UANExfADNMagAyTHcAMUyGADBMlwAvTagALk27AC5N1QAuTO8AL0z9AC9L/wAwS/8AoUcAAI5I&#10;AAB+SAAAcUgAAGZJAABdSAAAVUgAAExJAABHSgAAQksAAD9MBgA7TQ4AOU4VADdOHQA2TyQANU8r&#10;ADNPMwAyUDoAMVBCADBQSgAvUVIALlFcAC1RZwAsUXUAK1GEACpSlQApUqYAKVK5AChS0gApUe4A&#10;KVD8ACpQ/wAqT/8AnEoAAIlKAAB6SwAAbUsAAGNMAABaTAAAUUwAAEhNAABDTwAAPVAAADlSAgA1&#10;UwwAM1QSADFUGQAwVSEALlUoAC1VLwAsVjcAK1Y+ACpWRgApVk8AKFdZACdXZAAmV3IAJVeBACRX&#10;kgAjV6QAIle3ACJXzwAiV+wAI1b6ACNV/wAkVf8Alk0AAIROAAB1TgAAaU4AAF9PAABWTwAATVAA&#10;AEVSAAA/UwAAOVYAADNYAAAvWggAK1sPACpbFQAoXB0AJ1wkACZcKwAlXDMAJF06ACNdQwAiXUwA&#10;IV1WACBeYQAfXm4AHl5+AB1ejwAcXqEAG160ABpdzAAbXekAG1z5ABxb/wAcW/8AkFEAAH5RAABw&#10;UQAAZFIAAFtSAABSUwAASlQAAEFXAAA7WQAANVsAAC5eAAAoYAMAJGIMACJjEQAhYxgAH2QgAB5k&#10;JwAdZC4AHGQ2ABtlPgAaZUcAGWVRABhlXQAXZWoAFmV6ABVliwAUZZ4AE2WxABJlyAASZOcAE2P3&#10;ABRi/wAUYv8AiVQAAHhVAABrVQAAYFYAAFdWAABPVwAARlkAAD1cAAA2XwAAMGIAAClkAAAjZwAA&#10;HWoHABlsDgAYbBMAFm0aABVtIQAUbSkAFG0wABNtOQASbkIAEW5MABBuWAAPbmUADm51AA1uhwAN&#10;bpoADG2tAAttwgALbOAADGvzAA1r/QANav8AglkAAHJZAABmWQAAXFoAAFRaAABKXAAAQV8AADlj&#10;AAAxZgAAKmkAACRsAAAdbwAAF3IAABJ1CQAPdw8ADncUAA53GwANdyMADHcqAAt3MwAKdzwACXdH&#10;AAh3UgAHd18ABXdvAAR3gAADd5QAAXanAAB2uwABddUAAXTrAAJ09gACdPwAe10AAG1dAABiXgAA&#10;WV4AAE5gAABFYwAAPGcAADNrAAArbgAAJHIAAB51AAAXeQAAEnwAAA1/BgAJgQwABYERAAOBFgAC&#10;gR0AAYEkAACBLQAAgjYAAIJAAACCTAAAglkAAIJoAACCeQAAgo0AAIGgAACAtAAAgMsAAH/nAAB+&#10;8gAAfvkAdGIAAGhiAABeYgAAU2QAAElnAAA/awAANnAAAC10AAAleAAAHnwAABeAAAARgwAADYYA&#10;AAiJBAACiwoAAIsOAACLEwAAjBgAAIwfAACNJgAAjS8AAI45AACORAAAjlEAAI5gAACOcQAAjoUA&#10;AI6ZAACNrQAAjMMAAIzfAACL7gAAi/YAbmgAAGRnAABYaQAATWwAAEJxAAA4dgAAL3sAACZ/AAAe&#10;hAAAFogAABCMAAAMjwAABpIAAACVAAAAlgcAAJcMAACXDwAAmBMAAJkYAACaHwAAmyYAAJswAACc&#10;OwAAnEgAAJxXAACcaAAAnHsAAJyQAACbpQAAm7oAAJrQAACa5wAAmvEAam0AAF5vAABRcgAARncA&#10;ADt8AAAxggAAJ4cAAB6MAAAWkQAAEJUAAAqZAAAEnAAAAKAAAACiAAAAowEAAKMGAACkCwAApQ4A&#10;AKYSAACnFwAAqB4AAKomAACrMQAAqz4AAKxNAACsXQAArHAAAKyFAACsmwAAq68AAKvDAACr2QAA&#10;qugAZHUAAFd5AABLfgAAP4QAADSKAAApkAAAH5YAABabAAAQnwAACaMAAAGnAAAAqgAAAK4AAACw&#10;AAAAsAAAALEAAACyAwAAtAgAALUNAAC2EAAAtxUAALkdAAC7JgAAvDMAAL1BAAC9UgAAvWQAAL55&#10;AAC+kAAAvaQAAL23AAC9xgAAvdcAXH8AAFCFAABEiwAAOJIAACyZAAAhnwAAF6QAABCpAAAJrgAA&#10;ALIAAAC2AAAAuQAAAL0AAAC/AAAAvwAAAMAAAADBAAAAwwAAAMQFAADGCgAAxw4AAMkTAADLHAAA&#10;ziYAANA1AADRRQAA0lcAANJrAADTggAA05cAANOpAADSuAAA0sQAVYwAAEmTAAA9mgAAMKIAACWo&#10;AAAargAAEbQAAAm5AAAAvQAAAMEAAADEAAAAyAAAAMsAAADNAAAAzQAAAM8AAADQAAAA0gAAANQA&#10;AADYAAAA2gYAAN0MAADgEQAA4xoAAOYnAADnOAAA6EoAAOldAADqcgAA64gAAOubAADsqAAA7LIA&#10;/wANAP8ACwD/AAsA/wAQAP8AGgD/ACYA/wAyAP8APQD/AEgA+wBSAPgAWgD2AGIA8wBpAPEAbwDw&#10;AHUA7gB6AOwAfwDrAIQA6QCKAOgAkADmAJYA5ACdAOIApQDhAK8A3wC7AN0AywDbAOYA2QD3ANgA&#10;/wDYAP8A1wD/ANcA/wDUAP8A/wAIAP8ABAD/AAQA/wANAP8AFQD+ACEA+gAsAPcAOAD0AEMA8ABN&#10;AO0AVQDqAF0A5wBkAOQAagDiAHAA4AB1AN4AegDdAH8A2wCFANkAiwDVAJEA0wCZANEAoADPAKoA&#10;zQC1AMsAxADJAN0AyADxAMcA/wDGAP8AxgD/AMYA/wDHAP8A/wAAAP8AAAD/AAAA/wAKAPgAEQDx&#10;ABwA7AAnAOkAMgDmAD0A4gBHAN0AUADZAFgA1QBfANIAZQDQAGoAzgBwAMwAdQDKAHoAyQB/AMcA&#10;hQDFAIwAwwCUAMEAnAC/AKUAvQCwALsAvQC6ANAAuADrALcA+wC2AP8AtgD/ALYA/wC2AP8A/wAA&#10;AP8AAAD9AAAA8wAFAOkADgDhABYA2wAhANUALQDRADcAzgBBAMoASgDHAFIAxABZAMIAXwDAAGUA&#10;vgBqALwAbwC7AHQAuQB6ALcAgAC2AIcAtACOALIAlwCwAKAArgCqAK0AtwCrAMgAqQDjAKgA9QCn&#10;AP8ApwD/AKcA/wCmAP8A/wAAAP4AAADxAAAA5QAAANcACgDNABEAxwAcAMIAJgC/ADEAvAA7ALoA&#10;RAC3AEwAtABTALIAWQCxAF8ArwBkAK0AaQCsAG8AqgB0AKkAegCnAIEApgCJAKQAkQCiAJsAoACl&#10;AJ4AsgCdAMEAmwDaAJoA7wCZAP0AmAD/AJgA/wCYAP8A/QAAAPAAAADhAAAA0QAAAMYABAC9AA0A&#10;twAVALMAIACwACsArQA1AKsAPgCoAEYApgBNAKQAVACjAFkAoQBfAKAAZACeAGkAnQBuAJsAdQCa&#10;AHsAmACDAJYAjACVAJYAkwChAJEArQCPALsAjQDPAIwA6QCLAPgAjAD/AIwA/wCMAP8A8wIAAOIH&#10;AADMBwAAvwQAALcAAACxAAgAqwAQAKcAGQCkACQAoAAuAJ4ANwCcAEAAmgBHAJgATgCWAFQAlQBZ&#10;AJMAXgCSAGQAkABpAI8AbwCNAHYAiwB+AIoAiACIAJIAhgCdAIUAqQCDALgAgQDKAIAA5QCAAPUA&#10;fwD/AH8A/wB/AP8A6A0AANAQAAC+EAAAsQ4AAKgNAACjCAAAoAIMAJwAEwCYAB0AlQAnAJIAMQCQ&#10;ADkAjgFBAIwBSACKAk4AiQJUAIcCWQCGAl8AhANkAIMDawCBA3IAgAR6AH4EhAB9BY4AewWaAHkG&#10;pwB4BrUAdgfIAHUI4wB1CfQAdAr/AHMK/wBzCv8A3RUAAMQXAACxFwAApRYAAJwTAACWEQAAlA0E&#10;AJMIDQCOBxUAiwkgAIgJKgCFCjMAgws7AIELQgCAC0kAfgtPAH0MVAB7DFoAegxgAHgMZwB3DG4A&#10;dQ12AHQNgAByDYwAcA2ZAG8OpgBtDrUAbA7JAGsP5gBqEPcAaRD/AGkQ/wBpEP8A0B0AALkeAACo&#10;HgAAmx0AAJIbAACLGQAAiBUAAIcRBwCFDhAAgQ8aAH4QJAB7EC0AeRA2AHcRPQB2EUQAdBFKAHMR&#10;UABxEVYAcBFcAG4SYgBtEmoAaxJzAGkTfQBoE4kAZhOWAGUUowBjFbMAYhXGAGIW4wBhFvYAYBf/&#10;AGAX/wBgF/8AxyIAALAjAACfJAAAkiMAAIkiAACCIAAAfh0AAHwZAAB6FQ0AdxUVAHQWHwBxFigA&#10;bxcwAG4XOABsFz8AaxdFAGkYSwBoGFEAZhhYAGUYXgBjGWYAYhlvAGAZeQBfGoUAXRuSAFwboQBb&#10;HLAAWhzDAFkd4ABYHvQAWB7/AFge/wBYHv8AvycAAKkoAACZKAAAiygAAIInAAB7JQAAdiMAAHMg&#10;AABxHAkAbhwRAGscGgBpHSMAZx0sAGUdMwBjHjoAYh5BAGAeRwBfHk0AXh5UAFwfWwBbH2IAWSBr&#10;AFggdgBWIYIAVSGQAFQingBTIq4AUiPAAFEj3QBRJPIAUST/AFEk/wBRI/8AuSsAAKMsAACTLAAA&#10;hi0AAHwsAAB0KgAAbygAAGslAABpIgUAZiEOAGMiFgBhIh8AXyMnAF0jLwBcIzYAWiM9AFkkQwBX&#10;JEoAViRQAFUkVwBTJV8AUiVoAFEmcwBPJn8ATieNAE0onABMKKwASym+AEsp2gBKKfEASin/AEsp&#10;/wBLKf8Asy4AAJ4vAACOMAAAgTAAAHcvAABvLgAAaisAAGUqAABjJwEAXycMAFwnEwBaJxsAWCgk&#10;AFYoKwBVKDIAUyg5AFIpQABQKUYATylNAE4pVABNKlwATCplAEorcABJK3wASCyLAEctmgBGLaoA&#10;RS68AEUu1gBFLu8ARS7+AEUu/wBFLf8ArjEAAJoyAACJMwAAfDMAAHIzAABrMQAAZS8AAGAtAABd&#10;LAAAWSwJAFYsEABULBgAUiwgAFAsKABOLS8ATS02AEwtPABKLUMASS1KAEguUQBHLlkARi9jAEUw&#10;bQBDMHoAQjGJAEExmABBMqgAQDK7AD8y0wA/Mu4AQDL9AEAy/wBAMv8AqjMAAJY1AACGNQAAeTYA&#10;AG41AABmNQAAYTIAAFwwAABXMAAAVDAGAFEwDgBOMBUATDEdAEoxJQBIMSwARzEyAEYxOQBEMUAA&#10;QzJHAEIyTwBBM1cAQDNgAD80awA+NXgAPTWHADw2lgA7NqcAOza5ADo20QA6Nu0AOzb8ADs2/wA7&#10;Nv8ApjYAAJI3AACCOAAAdTgAAGs4AABjNwAAXTYAAFczAABTNAAATzQDAEs0DABJNBIARjUaAEU1&#10;IgBDNSkAQTUvAEA1NgA/Nj0APjZEAD03TAA8N1UAOzheADo4aQA5OXYAODmFADc6lQA3OqUANjq4&#10;ADU6zwA2OuwANjr7ADY5/wA3Of8AojgAAI45AAB+OgAAcjsAAGg7AABfOgAAWTkAAFM2AABONwAA&#10;SjgAAEY4CgBEORAAQTkXAD85HwA+OSYAPDktADs6NAA6OjsAOTtCADg7SgA3O1MANjxcADU8ZwA0&#10;PXQAMz2DADM+kwAyPqQAMT62ADE+zQAxPuoAMT76ADI9/wAyPf8AnjsAAIs8AAB7PAAAbj0AAGQ9&#10;AABcPQAAVTwAAE46AABJOwAARTwAAEE9BwA+PQ4APD0VADo+HAA5PiMANz4qADY/MQA1PzgAND9A&#10;ADNASAAyQFAAMUBaADBBZQAvQXIALkKBAC1CkQAtQqIALEK1ACtCywAsQukALEL5AC1B/wAtQf8A&#10;mT0AAIc+AAB3PwAAaz8AAGFAAABZPwAAUj8AAEk+AABEPwAAQEAAADxBBAA5Qg0AN0ISADVDGQAz&#10;QyEAMkMoADFELwAwRDYAL0Q9AC5FRQAtRU4ALEVYACtGYwAqRm8AKUZ+AChGjwAnR6EAJkezACZH&#10;yQAmRucAJ0b4AChF/wAoRf8AlUAAAIJBAABzQgAAZ0IAAF5CAABVQgAATkIAAEVCAAA/RAAAO0UA&#10;ADdGAAA0RwoAMUgQAC9IFgAuSR4ALEklACtJLAAqSTMAKUo6AChKQgAnSksAJktVACVLYAAkS20A&#10;I0t8ACJLjQAhTJ8AIUyxACBMxwAgS+YAIUv3ACJK/wAiSv8AkEMAAH5EAABvRAAAZEUAAFpFAABS&#10;RQAASkYAAEFHAAA8SAAAN0kAADJLAAAuTQcAK04OAClOEwAnTxoAJk8hACVPKAAkTzAAI1A3ACJQ&#10;PwAhUEgAIFBSAB9RXQAeUWoAHVF5ABxRigAbUZwAGlGvABlRxQAZUeQAGlD2ABtP/wAcT/8AikYA&#10;AHlHAABrRwAAYEgAAFZIAABOSAAAR0kAAD5LAAA5TAAAM04AAC5QAAAoUwIAJFQLACJVEAAgVRYA&#10;H1YeAB5WJAAdViwAHFYzABtXOwAaV0QAGVdOABhXWQAXWGYAFVh1ABRYhwAUWJoAE1esABJXwgAS&#10;V+EAE1b0ABRV/wAUVf8AhEkAAHRKAABmSwAAXEsAAFNLAABLTAAARE0AADxPAAA1UQAAL1QAAClW&#10;AAAkWQAAHlsHABpdDQAYXRIAF10ZABZeIAAVXicAFF4uABNeNwASXkAAEV9KABFfVQAQX2IAD19x&#10;AA5fgwANX5YADV+pAAxevgAMXtoADV3wAA1c/AAOXP8Afk0AAG5OAABiTgAAWE8AAE9PAABIUAAA&#10;QFIAADhUAAAwVwAAKloAACRdAAAfXwAAGWIBABNlCQARZg8AEGYUAA9mGwAOZyIADWcpAA1nMgAM&#10;ZzsAC2dFAApnUAAJZ10AB2dsAAZnfQAFZ5AABGajAAJmtwADZc8ABGXpAARk9QAEZPwAd1EAAGlS&#10;AABdUgAAVFIAAExTAABDVQAAO1gAADNbAAArXgAAJWEAAB9kAAAZZwAAE2oAAA9tBgALcAwACHD/&#10;4v/iSUNDX1BST0ZJTEUABAkRAAdwFgAFcB0ABHAkAANwLAACcDUAAHA/AABwSgAAcFcAAHBlAABw&#10;dgAAcIoAAG+eAABvsgAAbsgAAG3lAABt8gAAbfkAcFYAAGNWAABZVgAAUVcAAEdYAAA+WwAANl8A&#10;AC5iAAAmZgAAH2oAABltAAATcAAADnMAAAt2BAAFeAsAAXgPAAB5EwAAeRkAAHkfAAB6JgAAei8A&#10;AHo5AAB6RAAAelAAAHpfAAB6cAAAeoMAAHqYAAB6rAAAecIAAHjfAAB47wAAd/cAalsAAF9bAABW&#10;WwAATFwAAEJgAAA5YwAAMGgAAChsAAAgcAAAGXQAABN3AAAOewAACX4AAASBAgAAgggAAIMNAACD&#10;EAAAhBQAAIUZAACGIAAAhigAAIcxAACHPAAAh0kAAIdXAACHaAAAh3sAAIeQAACGpQAAhboAAIXT&#10;AACE6gAAhPQAZWAAAFxgAABRYQAARmQAADxpAAAybQAAKXIAACF3AAAZewAAEoAAAA2DAAAIhwAA&#10;AooAAACNAAAAjgQAAI4JAACPDQAAkBAAAJEUAACSGQAAkyAAAJQpAACVMwAAlUAAAJZOAACWXwAA&#10;lXIAAJWIAACVnQAAlLIAAJTIAACT4gAAk+4AYWUAAFZmAABKagAAP24AADV0AAAreQAAIX8AABmE&#10;AAARiQAADI0AAAaRAAAAlAAAAJgAAACaAAAAmwAAAJwCAACdBwAAngsAAJ8OAAChEgAAohgAAKMg&#10;AAClKQAApjYAAKZEAACmVQAApmgAAKZ9AACmlAAApakAAKS9AACk0QAApOQAW2wAAE9wAABDdQAA&#10;OHsAAC2BAAAjhwAAGY0AABGSAAALlwAABJwAAACgAAAAowAAAKYAAACoAAAAqQAAAKoAAACsAAAA&#10;rQQAAK4JAACwDQAAsREAALMXAAC1IAAAtisAALc6AAC3SwAAuFwAALhxAAC4iAAAuJ0AALixAAC3&#10;wgAAt9AAVHYAAEh8AAA8ggAAMYkAACaQAAAblwAAEp0AAAyiAAADpwAAAKsAAACuAAAAsgAAALYA&#10;AAC4AAAAuAAAALoAAAC7AAAAvQAAAL4AAADABQAAwQsAAMMQAADGFgAAySAAAMouAADLPgAAzFAA&#10;AMxkAADNegAAzZEAAM2kAADNtAAAzcAATYMAAEGKAAA1kQAAKZkAAB6gAAATpgAADKwAAAOxAAAA&#10;tgAAALoAAAC+AAAAwgAAAMYAAADIAAAAyAAAAMoAAADLAAAAzQAAAM4AAADQAAAA0gEAANUIAADZ&#10;DgAA3RUAAOEhAADiMQAA5EMAAOVWAADmawAA5oIAAOeWAADnpQAA5rAA/wAJAP8ABQD/AAYA/wAO&#10;AP8AFgD/ACEA/wAtAP8AOAD9AEMA+QBNAPUAVQDyAF0A8ABjAO4AaQDsAG8A6gB0AOkAegDnAH8A&#10;5gCFAOQAiwDjAJEA4QCZAN8AoQDcAKoA2gC2ANcAxgDVAOEA0wD0ANIA/wDRAP8A0QD/AM8A/wDK&#10;AP8A/wABAP8AAAD/AAEA/wAMAP8AEgD6AB0A9gAoAPMAMwDwAD4A7ABIAOgAUADlAFgA4gBeAN8A&#10;ZADdAGoA2wBvANkAdADWAHoA1AB/ANIAhQDQAIwAzgCTAMwAnADJAKUAxwCwAMYAvgDEANQAwgDu&#10;AMEA/gDAAP8AwAD/AL8A/wC+AP8A/wAAAP8AAAD/AAAA+gAHAPEADwDrABgA5gAjAOIALgDgADgA&#10;2wBCANUASwDRAFIAzgBZAMsAXwDJAGUAxwBqAMYAbwDEAHQAwgB6AMEAgAC/AIYAvQCOALsAlgC5&#10;AKAAtwCqALYAtwC0AMoAsgDmALEA+ACwAP8ArwD/AK8A/wCwAP8A/wAAAP8AAAD3AAAA6gACAOEA&#10;DADXABMA0AAdAMwAKADJADIAxgA8AMIARQC/AE0AvABTALoAWQC4AF8AtwBkALUAaQC0AG4AsgB0&#10;ALEAegCvAIAArQCIAKwAkQCqAJoAqAClAKYAsQCkAMEAowDcAKEA8gChAP8AoAD/AKAA/wChAP8A&#10;/wAAAPcAAADoAAAA2QAAAMsACADDABAAvQAYALkAIgC2ACwAtAA2ALIAPwCvAEcArABNAKsAVACp&#10;AFkApwBeAKYAYwClAGgAowBuAKIAdACgAHoAngCCAJwAiwCbAJUAmQCfAJgArACWALoAlADPAJMA&#10;6wCSAPsAkgD/AJIA/wCRAP8A9wAAAOcAAADTAAAAxgAAALsAAgCzAAwArQASAKoAHACnACYApAAw&#10;AKMAOACgAEAAngBHAJwATgCaAFMAmQBYAJcAXQCWAGMAlQBoAJMAbgCSAHQAkAB8AI8AhQCNAI8A&#10;iwCaAIoApwCIALUAhgDHAIUA5ACEAPUAhAD/AIMA/wCDAP8A7AAAANMAAADBAQAAtAAAAKwAAACm&#10;AAcAoAAOAJ0AFgCaACAAlwApAJUAMgCTADoAkQBBAI8ASACNAE0AjABTAIsAWACJAF0AiABjAIcA&#10;aQCFAG8AgwB3AIIAgACAAIoAfgCWAH0AowB7ALAAegDCAHkA3QB4APEAdwD9AHgA/wB4AP8A3goA&#10;AMQLAACyDAAApgsAAJ0IAACZBAAAlQAKAJEAEQCOABkAiwAjAIkALACHADQAhQA7AIMAQgCCAEgA&#10;gABOAH8AUwB9AFgAfABeAHsAZAB5AGoAeAByAHYAewB0AIYAcwCSAHEAnwBwAK0AbgC+AG0B1gBt&#10;Au0AbAP6AGwD/wBsA/8AzhAAALcRAACmEgAAmhEAAJEQAACLDgAAiQsDAIcFDACEARMAgQEcAH4C&#10;JQB8Ay4AegM2AHgEPAB3BEMAdQVIAHQFTgBzBVQAcQVZAHAGXwBuBmYAbQZuAGsHeABqB4MAaAiQ&#10;AGcJnQBlCawAZAm8AGMK1ABjC+wAYgz6AGIM/wBiDP8AwxYAAK0XAACdGAAAkBgAAIcWAACBFAAA&#10;fREAAHwOBgB8Cg4AeAoWAHULHwByCygAcAwwAG8MNwBtDD4AbAxEAGsNSgBpDU8AaA1VAGcNXABl&#10;DWMAYw5rAGIOdQBgDoEAXw6OAF0PnABcEKsAWxC9AFoQ1gBZEfAAWRH9AFkR/wBZEf8AuRsAAKUd&#10;AACUHgAAiB4AAH4dAAB4GwAAdBgAAHEVAABxEQkAbxARAGwQGQBpECIAZxEqAGYRMgBkETkAYxE/&#10;AGIRRQBgEksAXxJRAF0SWABcEl8AWhNoAFkTcgBXFH0AVhSLAFQVmQBTFakAUha6AFEW0gBRF+0A&#10;URf9AFEX/wBRF/8AsiAAAJ4iAACOIgAAgSMAAHciAABwIQAAbB4AAGkbAABnGAQAZhUOAGMWFQBh&#10;Fh4AXxYmAF0WLQBcFzQAWhc7AFkXQQBYGEcAVhhNAFUYVABTGFwAUhlkAFEZbgBPGnoAThuIAE0b&#10;lwBLHKYAShy4AEodzwBJHesASR37AEkd/wBKHf8ArCQAAJglAACIJgAAeycAAHEmAABqJQAAZiMA&#10;AGIhAABgHgAAXhwLAFsbEgBZHBoAVxwiAFUcKQBUHDAAUx03AFEdPQBQHUMATx1KAE0eUQBMHlgA&#10;Sx9hAEkfawBIIHcARyCFAEYhlABEIqQARCK2AEMizABDI+kAQyP6AEMj/wBDIv8ApicAAJMpAACD&#10;KgAAdioAAG0qAABlKQAAYCcAAFwlAABZIwAAVyEHAFUhDwBSIRYAUCEeAE4hJQBNIiwATCIzAEoi&#10;OQBJIkAASCJGAEcjTQBFI1UARCReAEMkaQBCJXUAQCaDAD8mkgA+J6MAPie0AD0nygA9KOgAPSj5&#10;AD0n/wA+J/8AoioAAI4rAAB/LQAAci0AAGgtAABhLAAAXCsAAFgoAABUJgAAUSYEAE4lDQBMJRMA&#10;SiYaAEgmIgBHJikARSYvAEQmNgBDJzwAQSdDAEAnSwA/KFMAPilcAD0pZgA8KnIAOyqBADorkAA5&#10;K6EAOCyyADcsyAA3LOYAOCz4ADgs/wA4LP8AnSwAAIouAAB7LwAAbzAAAGUwAABdLwAAWC4AAFMr&#10;AABQKgAATCoAAEkqCwBGKhEARCoXAEIqHwBBKiUAPyosAD4rMwA9KzkAPCtAADssSAA6LFAAOS1Z&#10;ADguZAA3LnAANi9/ADUvjwA0MJ8AMzCxADIwxwAyMOUAMzD3ADMw/wA0L/8AmS8AAIcxAAB3MgAA&#10;azIAAGIyAABaMgAAVDEAAE8vAABLLQAARy4AAEQuCABBLg4APy4UAD0uHAA7LiIAOS8pADgvLwA3&#10;LzYANjA+ADUwRgA1MU4ANDFXADMyYgAyMm4AMTN9ADAzjQAvNJ4ALjSwAC00xQAtNOMALjT2AC8z&#10;/wAvM/8AlTEAAIMzAAB0NAAAaDUAAF41AABXNAAAUTQAAEsyAABGMQAAQjIAAD8yBQA8Mg0AOTMS&#10;ADgzGQA2MyAANDMmADMzLQAyNDQAMTQ7ADA1QwAwNUwALzZVAC42YAAtN2wALDd7ACs3iwAqOJwA&#10;KTiuACg4wwAoOOIAKTj1ACo3/wAqN/8AkjQAAH81AABxNgAAZTcAAFs3AABUNwAATTYAAEc2AABC&#10;NQAAPTYAADo2AgA3NwsANDcQADI3FgAxOB0ALzgkAC44KwAtOTIALDk5ACs5QQAqOkkAKjpTACk7&#10;XgAoO2oAJzt5ACY8iQAlPJsAJDytACM8wgAjPOAAJDz0ACU7/wAlO/8AjTYAAHw4AABtOQAAYjkA&#10;AFg6AABROQAASjkAAEQ5AAA9OQAAOToAADU7AAAyOwgALzwOAC09FAAsPRoAKj0hACk9KAAoPi8A&#10;Jz42ACY+PgAlP0cAJD9QACNAWwAiQGgAIUB2ACBAhwAfQZkAH0GrAB5BwAAeQd4AH0DzAB9A/gAg&#10;P/8AiTkAAHg6AABpOwAAXjwAAFU8AABNPAAARzwAAEA8AAA4PQAAND4AADBAAAAtQQUAKkIMACdC&#10;EQAmQxgAJEMeACNDJQAiQywAIUQzACBEOwAfREQAHkVOAB1FWQAcRWUAG0V0ABpFhQAZRpcAGUap&#10;ABhGvgAXRdwAGEXxABlE/QAaRP8AhDwAAHM9AABmPgAAWz8AAFI/AABKPwAARD8AAD1AAAA2QQAA&#10;MUMAACxEAAAnRgEAJEcKACFIDwAgSRQAHkkbAB1JIgAcSSkAG0owABpKOAAZSkEAGEpLABdLVQAW&#10;S2IAFUtxABRLggATS5QAEkunABJLvAARS9kAEkrwABNK/AAUSf8Afz8AAG9AAABhQQAAV0IAAE5C&#10;AABHQgAAQUIAADpDAAAyRQAALUcAAChJAAAjSwAAHk0GABtPDQAYUBEAF1AXABZQHgAVUCUAFFAs&#10;ABNRNAASUT0AEVFHABFRUgAQUV8AD1JtAA5SfgANUZEADVGkAAxRuAAMUdEADVDsAA1Q+gAOT/8A&#10;eUMAAGpEAABdRAAAU0UAAEtFAABERQAAPkYAADZIAAAvSgAAKUwAACRPAAAfUQAAGlMAABRWCQAR&#10;Vw4AEFgTABBYGQAPWCAADlgoAA1YMAANWDkADFhDAAtYTgAKWFoACFhoAAdYeQAGWIwABVifAARY&#10;swAEV8oABVfmAAVX8wAGVvwAc0YAAGRHAABZSAAAUEgAAEhIAABBSQAAOkoAADJNAAArUAAAJVIA&#10;ACBVAAAaWAAAFVoAABBdBgAMYAwACmAQAAlgFQAIYBwAB2AjAAVgKwAEYDQAA2A9AAFgSQAAYFUA&#10;AGBjAABgcwAAYIYAAF+aAABfrgAAX8QAAF7iAABe8AAAXvgAbEoAAF9LAABVSwAATEwAAEVMAAA9&#10;TgAANVAAAC5TAAAnVgAAIFkAABpcAAAVXwAAEGIAAA1lBAAIZwsAA2cOAABoEwAAaBgAAGgfAABp&#10;JgAAaS4AAGk4AABpQwAAaU8AAGldAABpbQAAaYAAAGmUAABoqQAAaL8AAGfcAABm7gAAZvcAZk8A&#10;AFpPAABRTwAASk8AAEFRAAA4VAAAMFcAAChbAAAhXgAAGmIAABRlAAAQaAAADGsAAAduAwABcAkA&#10;AHANAABxEAAAcRQAAHIaAABzIQAAcygAAHMxAABzPAAAdEgAAHNWAABzZgAAc3kAAHOOAABzowAA&#10;crkAAHHSAABx6wAAcPQAYVMAAFZTAABPUwAARVUAADtYAAAyXAAAKmAAACJkAAAbaAAAFGwAAA9v&#10;AAALcgAABnYAAAB5AAAAegYAAHoKAAB7DgAAfBEAAH0VAAB+GwAAfyIAAIAqAACANQAAgEEAAIBP&#10;AACAXwAAgHEAAICGAACAnQAAf7IAAH7KAAB+5QAAffEAXFgAAFRYAABJWgAAP10AADVhAAAsZQAA&#10;I2oAABtvAAAUcwAADncAAAl7AAADfwAAAIIAAACEAAAAhgEAAIYGAACICgAAiQ0AAIoQAACLFQAA&#10;jBsAAI4iAACPLAAAjzgAAI9GAACPVgAAj2gAAI9+AACPlQAAjqsAAI3BAACN3AAAjOsAWV0AAE5f&#10;AABDYgAAOGYAAC5sAAAkcQAAHHcAABR8AAAOgQAACIUAAACJAAAAjQAAAJAAAACSAAAAkwAAAJQA&#10;AACWAwAAlwgAAJgMAACaDwAAmxMAAJ0aAACfIwAAoC4AAKA8AACgTAAAoF4AAKB0AACfjAAAn6IA&#10;AJ+3AACeywAAnuAAU2QAAEdoAAA8bQAAMXMAACd5AAAdfwAAFIUAAA2LAAAGkAAAAJQAAACYAAAA&#10;nAAAAJ8AAAChAAAAogAAAKQAAAClAAAApwAAAKgEAACqCQAArA0AAK0SAACwGQAAsiMAALIxAACy&#10;QgAAslQAALJpAACygAAAspgAALGsAACyvwAAsc4ATG4AAEBzAAA1egAAKoEAAB+IAAAVjgAADpUA&#10;AAaaAAAAnwAAAKQAAACoAAAArAAAAK8AAACxAAAAsQAAALMAAAC1AAAAtgAAALgAAAC6AAAAvAYA&#10;AL4MAADAEQAAwxkAAMUmAADFNwAAxkkAAMZdAADHcgAAx4oAAMifAADIrwAAyLwARnoAADmBAAAu&#10;iQAAIpAAABeYAAAPnwAAB6UAAACqAAAArwAAALMAAAC3AAAAvAAAAL8AAADBAAAAwgAAAMQAAADF&#10;AAAAxwAAAMkAAADLAAAAzQAAAM8DAADSCgAA1hAAANwaAADdKgAA3jwAAN9QAADgZQAA4XsAAOGR&#10;AADiogAA4q0A/wACAP8AAAD/AAMA/wAMAP8AEwD/AB0A/wAoAP4AMwD7AD4A9wBIAPMAUADwAFcA&#10;7QBeAOsAZADoAGkA5wBvAOUAdADjAHkA4gB/AOAAhQDeAIwA3ACTANkAnADWAKYA0wCxANEAwADP&#10;ANoAzgDxAMwA/wDLAP8AywD/AMYA/wDBAP8A/wAAAP8AAAD/AAAA/wAIAPsAEAD2ABkA8gAkAO8A&#10;LgDtADkA6ABCAOMASwDgAFIA3QBZANkAXwDWAGQA0wBpANEAbgDPAHQAzgB5AMwAfwDKAIYAyACO&#10;AMYAlgDEAKAAwgCrAMAAuQC+AM0AvADqALsA/AC6AP8AugD/ALoA/wC2AP8A/wAAAP8AAAD+AAAA&#10;9AAEAOsADQDkABQA3wAfANsAKQDYADMA0wA9AM4ARQDKAE0AxwBTAMUAWQDDAF8AwQBkAL8AaQC9&#10;AG4AuwBzALoAeQC4AIAAtgCIALQAkACyAJoAsQClAK8AsgCtAMQArADhAKsA9gCqAP8AqgD/AKoA&#10;/wCqAP8A/wAAAP0AAADuAAAA4gAAANUACgDNABEAxwAZAMQAIwDBAC0AvwA3ALsAPwC3AEcAtQBO&#10;ALIAUwCwAFkArwBeAK0AYwCsAGgAqwBtAKkAcwCoAHoApgCBAKQAigCjAJQAoQCfAJ8ArACeALsA&#10;nADSAJsA7gCaAP8AmgD/AJkA/wCZAP8A/gAAAO4AAADeAAAAywAAAMEABQC5AA0AtAAUALEAHgCu&#10;ACcAqwAwAKoAOQCnAEEApABIAKIATQChAFMAnwBYAJ4AXQCdAGIAmwBnAJoAbQCYAHMAlwB7AJUA&#10;hACUAI4AkgCZAJAApgCOALQAjQDIAIwA5gCLAPkAigD/AIoA/wCLAP8A8AAAANsAAADHAAAAugAA&#10;ALAAAACoAAoApAAQAKAAGACdACEAmwAqAJoAMwCYADsAlgBBAJQASACSAE0AkQBSAI8AVwCOAFwA&#10;jABhAIsAZwCKAG4AiAB1AIcAfgCFAIgAgwCUAIIAoACAAK8AfwDAAH4A3QB9APIAfQD/AH0A/wB9&#10;AP8A4AAAAMYAAAC1AAAAqgAAAKIAAACbAAUAlQANAJIAEwCQABwAjQAkAIsALQCKADQAiAA7AIYA&#10;QgCFAEcAgwBNAIIAUgCBAFcAfwBcAH4AYgB9AGgAewBwAHoAeQB4AIMAdgCPAHUAnAB0AKoAcgC6&#10;AHEA0QBwAOwAcAD7AHAA/wBwAP8AzQQAALcGAACnBwAAmwYAAJMEAACOAAAAigAIAIYADwCEABYA&#10;gQAeAH8AJwB9AC4AfAA2AHoAPAB5AEIAdwBHAHYATAB1AFIAcwBXAHIAXQBxAGMAbwBrAG4AdABs&#10;AH4AawCKAGkAmABoAKYAZwC2AGYAywBlAOcAZQD3AGUA/wBlAP8AwAwAAKsNAACbDgAAjw4AAIYN&#10;AACBCwAAfgcBAHwBCwB5ABEAdwAYAHUAIQBzACkAcQAwAG8ANgBuADwAbABCAGsARwBqAE0AaQBS&#10;AGgAWABmAF8AZQBnAGMAcABiAXoAYAGHAF8ClQBeAqMAXAOzAFwDxwBbBOQAWwX0AFsG/gBbBv8A&#10;tRAAAKESAACREwAAhRMAAHwSAAB2EQAAcw4AAHIMBABxBw0AbgQSAGwEGwBpBSMAZwUqAGYGMQBk&#10;BjcAYwY9AGIHQwBhB0kAXwdOAF4IVQBdCFwAWwljAFoJbQBYCngAVwqFAFYLkwBUC6IAUwuzAFIM&#10;xwBSDOQAUQ31AFEN/wBRDf8ArRUAAJkXAACJGAAAfRkAAHQYAABtFwAAahQAAGcRAABnDgcAZgwO&#10;AGMMFQBhDB0AXwwlAF0NLABcDTMAWw05AFoNPwBYDUUAVw1LAFYOUQBVDlkAUw5hAFIOawBQD3YA&#10;ThCDAE0QkgBMEKIASxCyAEoRyABJEeUASRH3AEkS/wBJEf8ApRkAAJIcAACDHQAAdh4AAG0dAABm&#10;HAAAYhoAAF8XAABeFAEAXhEKAFsQEQBZERgAVxEgAFURJwBUES4AUxE0AFEROwBQEkEATxJHAE4S&#10;TgBMElUASxNeAEkTZwBIFHMARhSAAEUVjwBEFZ8AQxawAEIWxQBCF+MAQhf2AEIX/wBCF/8Anx0A&#10;AIwgAAB9IQAAcSIAAGgiAABhIQAAXB8AAFkcAABXGQAAVRYGAFQVDgBRFRQATxYcAE4WIwBMFioA&#10;SxYwAEoWNwBJFz0ARxdDAEYXSgBFGFIAQxhaAEIZZABBGXAAPxp9AD4bjQA9G50APByuADscwwA7&#10;HOEAOx31ADsc/wA8HP8AmiEAAIcjAAB4JAAAbCUAAGMlAABcJAAAVyMAAFMgAABRHgAATxwCAE0b&#10;DABLGhEASBsYAEcbIABFGyYARBstAEMcMwBCHDkAQBxAAD8dRwA+HU8APR5YADweYgA6H20AOR97&#10;ADggiwA3IZsANiGtADUhwQA1Id8ANSHzADYh/wA2If8AliMAAIMmAAB0JwAAaCgAAF8oAABYJwAA&#10;UyYAAE8kAABMIgAASSAAAEcgCQBEHw8AQh8VAEAgHAA/ICMAPiApADwgLwA7ITYAOiE9ADkhRAA4&#10;IkwANyJVADYjXwA0I2sAMyR5ADIliQAxJZoAMCWrADAmvwAvJtwAMCbyADAm/wAxJf8AkSYAAH8o&#10;AABxKgAAZSoAAFwqAABVKgAATykAAEsoAABIJQAARCQAAEEkBQA/JA0APSQSADskGQA5JB8ANyQm&#10;ADYkLAA1JTMANCU6ADMmQQAyJkoAMSdTADAnXQAvKGkALil3AC0phwAsKZgAKyqqACoqvQAqKtoA&#10;KyrxACsq/gAsKf8AjSgAAHwqAABtLAAAYi0AAFktAABRLQAATCwAAEcrAABDKAAAPygAADwoAgA5&#10;KAsANygQADUoFgAzKBwAMigjADAoKQAvKTAALyo3AC4qPwAtK0cALCtRACssWwAqLGcAKS11ACgt&#10;hQAnLZcAJi6oACUuvAAlLtgAJi7wACYu/QAnLf8AiisAAHgtAABqLgAAXy8AAFYvAABOLwAASC4A&#10;AEMtAAA/LAAAOywAADcsAAA0LAkAMiwOADAtEwAuLRoALS0gACstJwAqLi0AKi41ACkvPQAoL0UA&#10;JzBOACYwWQAlMWUAJDFzACMxgwAiMpUAITKnACEyuwAgMtQAITLvACIx/AAiMf8Ahi0AAHUvAABn&#10;MAAAXDEAAFMxAABLMQAARTEAAEAwAAA7MAAANjAAADMwAAAwMQYALTENACsxEQApMhcAKDIeACcy&#10;JAAlMysAJTMyACQzOgAjNEMAIjRMACE1VwAgNWMAHzVxAB42gQAdNpMAHDalABs2uQAbNtIAHDbt&#10;AB02+wAdNf8AgjAAAHEyAABjMwAAWTQAAFA0AABJNAAAQjMAAD0zAAA3MwAAMTQAAC41AAArNQIA&#10;KDYLACU3EAAkNxUAIjcbACE4IgAgOCgAHzgwAB44NwAdOUAAHDlJABs6VAAaOmAAGTpuABg6fwAX&#10;O5EAFzukABY7twAVO9AAFjrsABc6+gAYOf8AfTIAAG00AABgNQAAVTYAAE02AABGNgAAQDYAADo2&#10;AAA0NgAALjgAACo5AAAmOgAAIzsIACA8DgAePRIAHT0YABw9HwAbPiUAGj4tABk+NAAXPj0AFj9H&#10;ABU/UQAUP14AFD9sABNAfAASQI8AEUCiABFAtgAQQM4AET/rABI/+QASPv8AeTUAAGk3AABcOAAA&#10;UjkAAEo5AABDOQAAPTkAADc5AAAxOgAAKzwAACc9AAAiPwAAHkEEABpCCwAYQxAAF0MVABVEGwAU&#10;RCIAE0QpABNEMQASRDoAEUVDABBFTgAQRVsADkVpAA5FeQANRYwADUWfAAxFsgALRckADEXlAA1E&#10;9gANRP8AdDkAAGU6AABYOwAATzsAAEc8AABAPAAAOjwAADQ8AAAuPgAAKEAAACNCAAAfRAAAGkYA&#10;ABVICAASSg0AEUoSABBKGAAPSx4ADkslAA1LLQANSzYADEtAAAtLSgAKS1YACUtkAAhLdAAHS4cA&#10;BUuaAARLrgAESsQABUrgAAVK8AAGSfoAbjwAAGA9AABUPgAASz4AAEQ+AAA9PgAANz8AADFAAAAq&#10;QgAAJEUAAB9HAAAaSQAAFUwAABFOBQAOUQsAC1EQAApRFAAJURsACFEiAAdRKQAFUTIABFI7AANS&#10;RgABUlIAAFJfAABSbwAAUoEAAFGWAABRqQAAUb8AAFDcAABQ7gAAUPcAaEAAAFtBAABQQQAASEEA&#10;AEFBAAA7QgAANEMAAC1FAAAmSAAAIEsAABtNAAAWUAAAEVMAAA5VBAAKWAoABlgOAAJYEgAAWRcA&#10;AFkdAABZJQAAWS0AAFk2AABZQQAAWU0AAFpaAABaaQAAWXwAAFmQAABZpQAAWLoAAFjVAABX7AAA&#10;V/YAY0QAAFZFAABNRQAARUUAAD9FAAA3RwAAL0kAAChMAAAiTwAAG1IAABZVAAARWAAADVoAAAld&#10;AwAEXwkAAGANAABgEAAAYRQAAGEZAABiIAAAYicAAGIxAABiOwAAYkcAAGJVAABjZAAAYnYAAGKL&#10;AABioAAAYbYAAGHPAABg6gAAYPUAXUgAAFJJAABKSAAAQ0gAADpKAAAyTQAAKlAAACNTAAAcVwAA&#10;FloAABFdAAANYAAACGMAAANmAQAAZwYAAGgLAABpDgAAahEAAGsVAABsGwAAbSIAAG0qAABtNAAA&#10;bUAAAG1OAABtXQAAbW8AAG2EAABsmgAAbLAAAGvIAABr5gAAavMAWE0AAE5NAABITAAAPk4AADVR&#10;AAAsVAAAJFgAAB1cAAAWYAAAEGQAAAxnAAAHawAAAW4AAABwAAAAcgMAAHIHAABzCwAAdQ4AAHYR&#10;AAB3FgAAeBwAAHkjAAB6LQAAejkAAHpHAAB6VgAAeWgAAHp8AAB5lAAAeKoAAHjBAAB33wAAd+8A&#10;VFEAAExRAABCUgAAOFUAAC9ZAAAmXgAAHmIAABZnAAAQawAAC28AAAVzAAAAdwAAAHoAAAB8AAAA&#10;fgAAAH8CAACABgAAgQoAAIMNAACEEQAAhhUAAIgcAACJJQAAijAAAIo+AACJTQAAiV8AAIlzAACI&#10;iwAAiKIAAIe5AACH0QAAhugAUlYAAEdXAAA8WgAAMl8AAChkAAAfaQAAFm8AABB0AAAKeQAAAn0A&#10;AACBAAAAhQAAAIgAAACKAAAAjAAAAI0AAACPAAAAkAQAAJIIAACTDAAAlRAAAJcVAACZHQAAmycA&#10;AJs0AACbRAAAmlYAAJpqAACZggAAmpoAAJiwAACYxwAAl94AS1wAAEBgAAA1ZQAAK2oAACFxAAAX&#10;dwAAEH0AAAmDAAABiAAAAIwAAACRAAAAlQAAAJgAAACaAAAAmwAAAJ0AAACfAAAAoAAAAKIAAACk&#10;BQAApgoAAKgOAACqFAAArR0AAK0qAACtOQAArUsAAK1fAACtdwAArJAAAKunAACrugAAq8sARWYA&#10;ADlrAAAucQAAI3gAABl/AAAQhgAACY0AAACTAAAAmAAAAJ0AAAChAAAApQAAAKgAAACrAAAAqwAA&#10;AK4AAACvAAAAsQAAALMAAAC1AAAAtwEAALkHAAC8DQAAvxMAAMIfAADCLgAAwkAAAMJUAADBawAA&#10;wYMAAMCbAADBrQAAwbwAPnIAADJ4AAAngAAAHIgAABKQAAAKlwAAAJ0AAACjAAAAqAAAAK0AAACy&#10;AAAAtgAAALkAAAC7AAAAvAAAAL4AAADAAAAAwgAAAMQAAADGAAAAyAAAAMsAAADOBQAA0Q0AANYU&#10;AADXIwAA2DUAANlJAADaXgAA23UAANuMAADcnwAA3KsA/wAAAP8AAAD/AAAA/wAJAP8AEAD/ABkA&#10;/gAkAPwALwD5ADkA9ABDAPAASwDtAFIA6gBZAOcAXwDkAGQA4gBpAOAAbgDeAHMA3AB5ANoAfwDX&#10;AIYA1ACOANEAlgDPAKEAzACsAMoAuwDIANIAxgDuAMYA/wDFAP8AxQD/AL8A/wC6AP8A/wAAAP8A&#10;AAD/AAAA/gAFAPcADgDyABUA7gAfAOsAKgDpADQA4wA9AN4ARQDZAE0A1ABTANEAWQDOAF4AzABj&#10;AMoAaADJAG0AxwBzAMUAeQDDAIAAwQCIAL8AkAC9AJsAuwCmALkAtAC3AMgAtgDmALUA+wC0AP8A&#10;tAD/ALMA/wCuAP8A/wAAAP8AAAD4AAAA7QAAAOUACwDdABEA1wAaANIAJADPAC4AywA3AMcAQADD&#10;AEcAwABOAL4AUwC8AFkAugBeALgAYwC2AGgAtQBtALMAcwCxAHkArwCBAK0AigCrAJQAqQCgAKgA&#10;rQCmAL4ApQDbAKQA9ACkAP8AowD/AKMA/wCiAP8A/wAAAPYAAADmAAAA1wAAAMsABgDEAA4AvgAV&#10;ALsAHwC5ACgAtwAxALQAOgCwAEEArQBIAKsATgCpAFMApwBYAKYAXACkAGEAowBnAKEAbACgAHMA&#10;ngB6AJ0AgwCbAI4AmQCZAJcApgCWALYAlQDMAJQA6wCTAP0AkwD/AJMA/wCTAP8A9wAAAOQAAADQ&#10;AAAAwQAAALcAAgCvAAsAqwARAKcAGQClACIAowArAKIAMwCfADsAnABCAJsASACZAE0AlwBSAJYA&#10;VwCVAFsAkwBhAJIAZgCQAG0AjwB0AI0AfQCMAIcAigCTAIgAoACHAK8AhQDCAIUA4gCEAPcAhAD/&#10;AIQA/wCEAP8A5QAAAM0AAAC8AAAArwAAAKYAAACeAAcAmgAOAJYAFACUAB0AkgAlAJEALQCQADUA&#10;jQA8AIwAQgCKAEcAiABMAIcAUQCGAFYAhABbAIMAYACBAGcAgABuAH4AdwB9AIEAewCNAHoAmgB4&#10;AKkAdwC6AHYA0wB2AO8AdgD+AHUA/wB1AP8A0AAAALsAAACrAAAAnwAAAJcAAACQAAIAiwALAIgA&#10;EACGABcAhAAgAIIAJwCBAC8AfwA1AH0APAB8AEEAewBGAHkASwB4AFAAdwBVAHYAWwB0AGEAcwBp&#10;AHEAcQBwAHsAbgCHAG0AlQBrAKMAagC0AGoAyQBpAOgAaQD5AGkA/wBpAP8AwAAAAKwAAACcAgAA&#10;kAIAAIgAAACDAAAAfwAGAHsADQB5ABIAdwAaAHYAIgB0ACkAcwAwAHEANgBwADwAbwBBAG0ARgBs&#10;AEsAawBQAGoAVgBoAFwAZwBkAGUAbABkAHYAYwCCAGEAkABgAJ8AXwCvAF4AwwBeAOEAXgD0AF0A&#10;/wBdAP8AtAcAAKAJAACQCwAAhAsAAHwKAAB3BwAAdAQAAHEACQBvAA8AbQAVAGsAHABpACMAaAAq&#10;AGcAMQBlADYAZAA8AGMAQQBiAEYAYABMAF8AUgBeAFgAXQBfAFsAaABaAHIAWAB+AFcAjABWAJsA&#10;VQCrAFQAvgBUANoAUwDvAFQA+wBUAP8AqQ0AAJYOAACHEAAAehAAAHIQAABsDgAAaQwAAGcJAwBm&#10;BAsAZAAQAGIAFwBgAB4AXgAlAF0AKwBcADEAWgA3AFkAPABYAEIAVwFHAFYBTgBVAlQAUwJcAFID&#10;ZQBRA28ATwR7AE4EigBNBZkATAWpAEsFvABKBtQASgftAEoH+QBKB/8AoRAAAI4SAAB+FAAAcxQA&#10;AGoUAABkEwAAYBEAAF4PAABdDQUAXQkNAFoGEgBYBxkAVgcgAFUHJwBTBy0AUggzAFEIOABQCD4A&#10;TwlEAE4JSgBMCVEASwpZAEoKYgBIC20ARwt6AEYMiABEDJgAQwypAEINvABCDdUAQg3uAEIN+wBC&#10;Df8AmhQAAIcWAAB4GAAAbBkAAGMZAABdGAAAWRYAAFYTAABUEQAAVA4IAFMNDgBRDRQATw0bAE0N&#10;IgBMDSgASw0uAEoNNABJDToARw5BAEYORwBFDk8ARA5XAEIPYQBBEGwAPxB5AD4QiAA9EZgAOxGp&#10;ADsRvAA6EdYAOhHwADoS/QA7Ef8AkxgAAIEaAABzHAAAZx0AAF4dAABYHAAAUxsAAFAYAABOFgAA&#10;TBMDAEwRCwBKEBAASBEXAEYRHgBFESQARBEqAEIRMABBETcAQBI9AD8SRAA9EkwAPBNUADsTXgA5&#10;FGkAOBR2ADcVhQA2FZYANBanADQWugAzFtMAMxbuADQW/AA0Fv8AjhsAAHwdAABuHwAAYyAAAFog&#10;AABTIAAATh4AAEodAABIGgAARhgAAEUWBwBDFQ4AQRUTAD8VGgA+FSAAPRUnADsVLQA6FjMAORY6&#10;ADgWQQA3F0kANRdRADQYWwAzGWYAMhlzADAagwAvGpQALhulAC0buAAtG9AALRvsAC4b+wAuG/8A&#10;ih4AAHggAABqIgAAXyMAAFYjAABPIgAASiEAAEYgAABDHgAAQRsAAD8aAwA9GgwAOxkRADkZFgA3&#10;Gh0ANhojADUaKQA0GjAAMxs2ADEbPgAwHEYALxxPAC4dWQAtHWQALB5xACsfgQAqH5IAKR+kACgg&#10;twAnIM4AJyDrACgg+gApH/8AhiAAAHQjAABnJAAAXCUAAFMlAABMJQAARyQAAEIjAAA/IQAAPR8A&#10;ADoeAAA3HgkANR4OADMeEwAxHhoAMB4gAC8eJgAuHy0ALR8zACwgOwArIEMAKiFMACkhVgAoImIA&#10;JiJvACUjfwAkI5AAIyOiACIktQAiJMwAIiTpACMk+QAkI/8AgiMAAHElAABjJgAAWScAAFAoAABJ&#10;JwAAQycAAD8mAAA7JAAAOCIAADUiAAAyIgYAMCINAC4iEQAsIhcAKiIdACkiIwAoIyoAJyMxACYk&#10;OAAlJUEAJCVKACMmVAAiJmAAISdtACAnfQAfJ48AHiihAB4otAAdKMoAHSjoAB4o+AAfJ/8AfiUA&#10;AG4nAABgKQAAVikAAE0qAABGKgAAQSkAADwoAAA3JwAANCYAADAmAAAtJgMAKycLACgnEAAnJxQA&#10;JScaACQnIQAjKCcAIiguACEpNgAgKT4AHypIAB4qUgAdK14AHCtrABsrewAaLI0AGSyfABgssgAY&#10;LMkAGCznABkr9wAaK/8AeicAAGoqAABdKwAAUywAAEosAABDLAAAPisAADkrAAA0KgAAMCoAACsq&#10;AAApKwAAJisIACMsDgAiLBIAICwYAB8sHgAeLSUAHS0sABwtMwAbLjwAGi5FABkvUAAYL1wAFy9p&#10;ABYweQAVMIsAFDCeABQwsQATMMcAEzDlABQw9gAVL/8AdioAAGcsAABaLQAAUC4AAEguAABBLgAA&#10;Oy4AADYtAAAxLQAALC0AACcvAAAkLwAAITAFAB8xDAAcMRAAGzIVABoyHAAZMiIAGDIpABczMQAW&#10;MzkAFTNDABQ0TQATNFkAEjRnABE1dwARNYkAEDWcABA1sAAONcYADzTkABA09QAQNP8AciwAAGMu&#10;AABXMAAATTAAAEUwAAA+MAAAODAAADMwAAAvMAAAKTEAACQyAAAhMwAAHTUCABo2CQAXNw4AFTcT&#10;ABQ4GQATOB8AEjgmABI4LgAROTYAEDlAABA5SwAOOVcADjpkAA06dAAMOoYADDqZAAs5rAAKOcEA&#10;CjneAAs58QAMOPwAbi8AAF8xAABTMgAASjMAAEIzAAA7MwAANjMAADEyAAAsMwAAJzQAACE2AAAd&#10;OAAAGTkAABU7BgASPQwAED4QABA+FQAOPhwADj4jAA0+KgAMPjMADD48AAs/RwAKP1IACD9gAAc/&#10;bwAGP4EABT+UAAQ/qAADPrwABD7XAAU+7AAFPvcAaTMAAFs0AABQNQAARzUAAD81AAA5NQAANDUA&#10;AC41AAApNwAAIzgAAB47AAAaPAAAFj8AABJBBAAOQwoADEQOAApEEwAJRBkACEQgAAdEJwAGRC8A&#10;BUQ4AANFQgACRU4AAEVbAABFagAARXwAAEWQAABEpAAARLkAAETRAABE6gAAQ/UAZDYAAFc3AABM&#10;OAAAQzgAADw4AAA3OAAAMTgAACs5AAAlOwAAID0AABpAAAAWQgAAEkQAAA5HBAALSQkAB0oNAARL&#10;EQABSxYAAEscAABLIwAASysAAEs0AABLPgAATEkAAExXAABMZgAATHcAAEuMAABLoQAAS7UAAErO&#10;AABK6QAASvUAXzoAAFI7AABIOwAAQDsAADo7AAA0OwAALjwAACc+AAAiQQAAHEMAABZGAAASSQAA&#10;DksAAAtOAwAHUAgAAlEMAABREAAAUhMAAFMYAABTHwAAUyYAAFMvAABTOQAAU0UAAFNSAABTYQAA&#10;U3IAAFOHAABSnAAAUrEAAFHKAABR5wAAUfQAWT4AAE4+AABFPgAAPj4AADg+AAAwQAAAKUIAACNE&#10;AAAdRwAAF0oAABJNAAAOUAAAC1MAAAZVAgAAVwcAAFgLAABZDgAAWhEAAFoVAABbGgAAXCEAAFwq&#10;AABcNAAAXD8AAFxNAABcWwAAXGwAAFyBAABblwAAW60AAFrFAABa5AAAWfMAVEIAAEpCAABCQgAA&#10;PEIAADRDAAAsRgAAJUkAAB5MAAAXTwAAElMAAA5WAAAKWQAABVsAAABeAAAAYAQAAGEIAABiDAAA&#10;Yw4AAGQRAABlFgAAZhwAAGcjAABnLQAAZzkAAGdGAABnVQAAZ2YAAGd6AABmkQAAZagAAGXAAABk&#10;3gAAZPAAT0YAAEdGAABARQAAN0cAAC9KAAAmTQAAH1EAABhVAAASWQAADVwAAAhgAAACYwAAAGYA&#10;AABoAAAAagAAAGsEAABsCAAAbQwAAG8OAABwEgAAchcAAHMdAAB0JgAAdDIAAHQ/AAB0TgAAc18A&#10;AHRyAABzigAAcqEAAHG4AABx1AAAcOwATEoAAEVKAAA7SwAAMk4AAClSAAAgVgAAGFsAABJfAAAN&#10;ZAAAB2gAAABrAAAAbwAAAHIAAAB1AAAAdgAAAHcAAAB5AgAAegYAAHwKAAB+DgAAgBEAAIIWAACE&#10;HgAAhCkAAIQ2AACERQAAhFYAAINqAACDgQAAgpkAAIGxAACAyQAAgOUASk4AAD9QAAA1UwAAK1cA&#10;ACJcAAAZYgAAEmcAAAxsAAAFcQAAAHUAAAB5AAAAfQAAAIEAAACDAAAAhQAAAIYAAACIAAAAiQAA&#10;AIsEAACNCAAAjw0AAJIQAACUFgAAliAAAJYsAACWOwAAlkwAAJVgAACVdgAAlJAAAJOnAACSvQAA&#10;ktUARFUAADlZAAAvXQAAJGMAABppAAASbwAADHUAAAR7AAAAgAAAAIUAAACJAAAAjQAAAJEAAACT&#10;AAAAlAAAAJYAAACYAAAAmgAAAJwAAACeAAAAoAYAAKILAAClEAAAqBcAAKkjAACpMQAAqUMAAKlW&#10;AACobQAApocAAKeeAACmswAApccAPl4AADJjAAAnagAAHXAAABN4AAAMfwAAA4UAAACLAAAAkQAA&#10;AJYAAACbAAAAnwAAAKIAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACwAAAAsgAAALUCAAC3CQAA&#10;uxAAAL4YAAC+JgAAvjgAAL5LAAC9YQAAvHoAALuUAAC6qQAAurkAN2oAACtwAAAgeAAAFoAAAA2I&#10;AAAFjwAAAJYAAACcAAAAogAAAKcAAACsAAAAsAAAALMAAAC2AAAAtwAAALkAAAC7AAAAvQAAAL8A&#10;AADCAAAAxQAAAMgAAADKAAAAzggAANIQAADVGwAA1SwAANRAAADUVwAA024AANSGAADUmwAA06sA&#10;/wAAAP8AAAD/AAAA/wAFAP8ADgD/ABUA/AAgAPkAKgD2ADQA8QA9AO0ARgDpAE0A5gBTAOQAWQDh&#10;AF4A3gBjANwAaADZAG4A1QBzANMAeQDQAIAAzgCIAMsAkQDJAJwAxgCnAMQAtwDCAMwAwADsAL8A&#10;/wC+AP8AvQD/ALcA/wCyAP8A/wAAAP8AAAD/AAAA+gABAPMACwDtABIA6AAbAOUAJQDkAC4A3wA4&#10;ANgAQADSAEcAzgBOAMsAVADIAFkAxgBeAMQAYwDCAGcAwABtAL8AcwC9AHoAuwCBALkAiwC2AJUA&#10;tAChALIArwCwAMIArgDjAK4A+gCsAP8ArQD/AKkA/wCmAP8A/wAAAP8AAADyAAAA5gAAAN0ABwDS&#10;AA4AzQAWAMoAIADIACkAxQAyAMAAOgC8AEIAuQBIALcATgC1AFMAswBYALEAXQCwAGIArgBnAKwA&#10;bACqAHMAqQB7AKcAhAClAI4AowCaAKEAqACfALkAngDSAJ0A8gCcAP8AnQD/AJwA/wCZAP8A/AAA&#10;AO4AAADdAAAAzAAAAMEAAgC6AAwAtgASALIAGgCwACMArwAsAK0ANACpADwApgBCAKQASACiAE0A&#10;oABSAJ4AVwCdAFsAnABgAJoAZgCZAGwAlwB0AJUAfQCTAIcAkQCTAJAAoQCOALEAjQDGAIwA6ACL&#10;AP0AjAD/AIwA/wCMAP8A7QAAANgAAADFAAAAtwAAAKwAAACmAAgAoQAOAJ8AFQCdAB4AmwAmAJoA&#10;LgCXADUAlQA8AJMAQgCRAEcAkABMAI4AUQCNAFUAiwBaAIoAYACJAGYAhwBtAIUAdgCEAIAAggCM&#10;AIAAmgB/AKkAfQC8AHwA3AB8APUAfAD/AHwA/wB8AP8A2QAAAMEAAACxAAAApAAAAJwAAACUAAMA&#10;kAAMAI0AEQCLABgAiQAgAIkAKACHAC8AhQA2AIMAPACCAEEAgABGAH8ASwB9AE8AfABUAHsAWgB5&#10;AGAAeABnAHYAcAB1AHoAcwCGAHEAkwBwAKIAbwC0AG4AzABuAO0AbgD+AG4A/wBuAP8AxAAAAK8A&#10;AACgAAAAlAAAAIwAAACGAAAAgQAIAH4ADgB8ABQAewAbAHkAIgB4ACkAdwAwAHUANgB0ADsAcgBA&#10;AHEARQBwAEoAbwBPAG0AVABsAFsAawBiAGkAagBoAHQAZgCAAGUAjgBjAJ0AYgCtAGEAwgBhAOQA&#10;YQD4AGEA/wBhAP8AtAAAAKAAAACRAAAAhgAAAH4AAAB5AAAAdQADAHEACwBvABAAbQAWAGwAHQBr&#10;ACQAawAqAGkAMABoADYAZgA7AGUAQABkAEUAYwBKAGEATwBgAFYAXwBdAF0AZQBcAG8AWgB6AFkA&#10;iABYAJgAVwCoAFYAuwBWANgAVgDxAFYA/wBWAP8AqAEAAJQFAACFBwAAegcAAHIGAABsBAAAaQEA&#10;AGcABwBkAA0AYwARAGEAGABgAB8AXwAlAF4AKwBdADAAWwA2AFoAOwBZAEAAWABFAFcASwBWAFEA&#10;VQBYAFMAYQBSAGoAUAB2AE8AhABOAJMATQCkAEwAtgBMAM0ATADrAEwA+gBMAP8AnQkAAIsLAAB8&#10;DQAAcA0AAGgNAABiDAAAXwoAAF0GAQBcAQkAWgAOAFgAEwBXABkAVgAgAFUAJgBTACsAUgAxAFEA&#10;NgBQADsATwBBAE4ARwBNAE0ASwBVAEoAXQBJAGcARwBzAEYAgABFAJAARAChAEMAsgBDAMgAQwDm&#10;AEMA9QBDAP8AlQ0AAIMPAAB0EAAAaREAAGARAABaEAAAVg4AAFQNAABTCgQAUwYLAFEDEABPARUA&#10;TgEbAEwBIQBLAScASgIsAEkCMgBIAjcARwM9AEUDQwBEA0oAQwRRAEIEWgBABWQAPwVwAD4GfgA9&#10;Bo4APAefADsHsQA6B8YAOgfjADoH8wA6CPwAjhAAAHwSAABuFAAAYhUAAFoVAABUFAAAUBMAAE0R&#10;AABLDgAASw0GAEoKDABJCBEARwgWAEUIHQBECCMAQggoAEEJLgBACTMAPwk5AD4KQAA9CkcAPApP&#10;ADoLWAA5C2MAOAxvADYMfgA1DI4ANA2fADMNsQAyDccAMg3jADIN9AAyDf4AiBMAAHcVAABpFwAA&#10;XhgAAFUYAABPGAAAShYAAEcVAABFEwAAQxACAEMOCABCDQ4AQA0SAD8NGAA9DR8APA0kADsNKgA5&#10;DTAAOA43ADcOPQA2DkUANQ5NADMPVwAyD2IAMRBuAC8QfQAuEI4ALRGgACwRsgArEcgAKxHmACsR&#10;9gAsEf8AgxYAAHIZAABkGgAAWRsAAFEbAABLGwAARhoAAEIYAAA/FwAAPhQAADwSBAA7EQoAOhAQ&#10;ADgQFQA3EBsANREhADQRJwAzES0AMhEzADAROgAvEkIALhJLAC0TVAArE18AKhRsACkUewAoFIwA&#10;JxWeACYVsAAlFcYAJRXkACUV9gAmFf8AfhkAAG4bAABgHQAAVh4AAE0eAABHHgAAQh0AAD4cAAA6&#10;GgAAOBgAADcWAAA1FQcANBQNADIUEgAwFBcALxQdAC0UIwAsFSoAKxUwACoVNwApFj8AKBZIACcX&#10;UgAmGF0AJBhqACMZeQAiGYoAIRmcACAZrwAfGcQAHxniACAZ9AAgGf8AehsAAGoeAABdHwAAUyAA&#10;AEogAABEIAAAPh8AADoeAAA3HQAANBwAADIZAAAwGQQALhgLACwYEAAqGBQAKRgaACcYIAAmGSYA&#10;JRktACQaNQAjGj0AIhtGACEbUAAgHFsAHx1oAB4ddwAdHYgAHB6bABserQAaHsMAGh7gABod8wAb&#10;Hf8Adx0AAGcgAABaIQAAUCIAAEgiAABBIgAAOyIAADchAAAzIAAAMB8AAC0dAAArHQAAKB0IACYd&#10;DgAlHRIAIx0XACEdHQAhHSQAIB4qAB8eMgAeHzoAHR9DABwgTQAbIVkAGiFmABkhdQAYIocAFyKZ&#10;ABYirAAVIsEAFSLfABUh8gAWIf4AcyAAAGQiAABXIwAATSQAAEUlAAA+JAAAOSQAADQjAAAwIgAA&#10;LCIAACkhAAAmIQAAJCEGACIhDAAgIRAAHiEVAB0iGwAbIiEAGyIoABojLwAZIzgAGCRBABckSwAW&#10;JVcAFSVkABQmcwATJoUAEiaYABEmqwARJsAAECbdABEl8QASJf0AcCIAAGEkAABUJgAASiYAAEIn&#10;AAA8JgAANiYAADElAAAtJQAAKSQAACYkAAAiJQAAHyUDAB0mCgAbJg4AGScSABgnGAAXJx8AFicl&#10;ABUoLQAUKDUAEyk+ABIpSQARKVUAESpiABAqcQAPKoMADiqWAA4qqQANKr0ADSrXAA0q7gAOKfsA&#10;bCQAAF0mAABRKAAASCgAAEApAAA5KAAANCgAAC8oAAArJwAAJycAACIoAAAeKQAAGyoAABgrBwAW&#10;Kw0AFCwRABMsFgASLBwAES0jABAtKgAQLTIADy48AA4uRgANLlIADS5fAAwvbgALL38ACi+SAAkv&#10;pQAJLrkACC7QAAku6QAKLvcAaCcAAFopAABOKgAARSsAAD0rAAA3KwAAMSoAAC0qAAApKgAAJCoA&#10;ACArAAAbLQAAGC4AABUvBAASMQoAEDIOAA8yEwAOMhkADTIgAA0yJwAMMi8ACzM4AAozQgAJM04A&#10;CDNbAAY0agAFNHsABDOOAAMzogACM7YAAjPNAAMz5wAEMvMAZCoAAFYsAABLLQAAQi0AADotAAA0&#10;LQAALywAACssAAAmLAAAIi0AAB0vAAAZMQAAFTIAABI0AwAPNgkADDgNAAo4EQAJOBYACDgdAAc4&#10;JAAGOCwABDg0AAM4PgACOUoAADlXAAA5ZQAAOXcAADmLAAA4nwAAOLMAADjKAAA45gAAN/IAXy0A&#10;AFIuAABILwAAPzAAADgvAAAyLwAALS8AACkvAAAkMAAAHzEAABozAAAVNQAAEjcAAA85AwAMOwgA&#10;CD0NAAU+EAADPhQAAD4aAAA+IQAAPigAAD4xAAA/OwAAP0YAAD9TAAA/YQAAP3MAAD+HAAA+nAAA&#10;PrAAAD3HAAA95AAAPfIAWjAAAE4yAABEMgAAPDIAADUyAAAwMQAAKzEAACYyAAAgNAAAGzYAABY4&#10;AAASOwAADz0AAAw/AwAIQQgABEMMAABDDgAARBIAAEUWAABFHQAARSQAAEUtAABGNgAARkIAAEZO&#10;AABGXQAARm4AAEWCAABFmAAARK0AAETEAABD4wAAQ/IAVTQAAEo1AABBNQAAOTUAADM0AAAuNAAA&#10;KDUAACI3AAAdOgAAFzwAABI/AAAPQQAADEQAAAhGAQADSAYAAEkKAABKDQAASxAAAEwUAABNGQAA&#10;TiAAAE4oAABOMgAATT0AAE5KAABOWAAATWkAAE19AABMlAAATKoAAEvBAABL4QAASvIAUDgAAEY4&#10;AAA9OAAANzgAADE3AAAqOQAAJDsAAB49AAAYQAAAE0MAAA9GAAALSQAAB0sAAAJOAAAAUAQAAFEI&#10;AABSCwAAUw4AAFQRAABVFQAAVhsAAFcjAABXLAAAVzgAAFdEAABXUgAAVmMAAFZ3AABWjgAAVaUA&#10;AFS9AABT3QAAU/AASzwAAEI8AAA7OwAANTsAAC08AAAmPwAAH0IAABlFAAATSAAADksAAAtPAAAF&#10;UQAAAFQAAABXAAAAWAEAAFoFAABbCAAAXAwAAF0OAABfEQAAYBYAAGIdAABiJgAAYjEAAGI+AABh&#10;TAAAYV0AAGFwAABgiAAAYKAAAF+3AABe1AAAXe4AR0AAAD8/AAA6PwAAMUAAAClDAAAhRgAAGkoA&#10;ABNOAAAOUQAAClUAAARYAAAAWwAAAF4AAABhAAAAYwAAAGQBAABlBAAAZwgAAGgLAABqDgAAbBIA&#10;AG4XAABvIAAAbyoAAG82AABuRQAAblUAAG5oAABtfwAAbZgAAGywAABrygAAaugAREQAAD5DAAA1&#10;RAAAK0cAACNLAAAbTwAAE1QAAA5YAAAIXAAAAmAAAABkAAAAZwAAAGsAAABtAAAAbwAAAHAAAABy&#10;AAAAdAIAAHUGAAB3CgAAeQ4AAHwSAAB+GAAAfyIAAH8uAAB/PQAAfk0AAH1hAAB9dwAAfJAAAHuo&#10;AAB6wAAAed8AQ0cAADlJAAAvTAAAJVAAABxVAAAUWwAADmAAAAdlAAAAagAAAG4AAAByAAAAdgAA&#10;AHkAAAB8AAAAfgAAAH8AAACBAAAAgwAAAIUAAACHAwAAiggAAIwNAACPEQAAkhkAAJIlAACSMwAA&#10;kkQAAJFXAACQbQAAj4YAAI6fAACNtQAAjM0APU4AADJRAAAoVgAAHlwAABViAAAOaAAAB24AAAB0&#10;AAAAeQAAAH4AAACCAAAAhgAAAIkAAACMAAAAjgAAAJAAAACSAAAAlAAAAJYAAACYAAAAmwAAAJ4G&#10;AAChDAAApBEAAKYbAACmKQAApjoAAKVNAAClYgAApHsAAKOUAAChqwAAob8ANlcAACxcAAAhYgAA&#10;F2kAAA9wAAAHdwAAAH4AAACEAAAAigAAAI8AAACUAAAAmAAAAJsAAACeAAAAnwAAAKIAAACkAAAA&#10;pgAAAKgAAACrAAAArQAAALAAAACzBAAAtwwAALsSAAC7HwAAuzAAALtDAAC6WAAAuXAAALeLAAC3&#10;oQAAt7MAMGIAACVpAAAacAAAEHgAAAmAAAAAiAAAAI8AAACWAAAAmwAAAKEAAACmAAAAqgAAAK4A&#10;AACwAAAAsQAAALQAAAC2AAAAuAAAALsAAAC9AAAAwAAAAMMAAADHAAAAywMAAM8MAADTFQAA0iUA&#10;ANI4AADRTgAA0GUAAM9+AADNlgAAzKkA/wAAAP8AAAD/AAAA/wADAP8ACwD8ABEA+QAbAPcAJQDz&#10;AC8A7gA4AOkAQADmAEgA4gBOAN8AVADcAFkA2QBeANUAYwDTAGgA0ABtAM4AcwDLAHoAyACCAMYA&#10;jADDAJcAwACjAL4AsgC8AMgAugDqALkA/wC4AP8AsQD/AKoA/wCnAP8A/wAAAP8AAAD7AAAA9gAA&#10;AO0ABwDnAA8A4gAWAN8AIADeACkA2QAzANEAOwDMAEIAyABIAMUATgDCAFMAwABYAL4AXQC8AGIA&#10;ugBnALkAbQC3AHQAtQB7ALIAhQCwAJAArgCcAKwAqgCpAL0ApwDeAKYA+QClAP8AowD/AJ0A/wCb&#10;AP8A/QAAAPYAAADrAAAA3wAAANEAAwDKAAwAxQASAMMAGwDAACQAvgAsALkANQC2ADwAswBDALAA&#10;SACuAE4ArABSAKsAVwCpAFwApwBhAKYAZwCkAG0AogB0AKAAfQCeAIgAnACVAJoAowCYALQAlgDN&#10;AJUA8QCUAP8AlQD/AJAA/wCOAP8A8wAAAOYAAADRAAAAwgAAALgAAACxAAgArQAPAKoAFgCoAB4A&#10;qAAnAKYALwCiADYAnwA8AJ0AQgCbAEcAmQBMAJcAUQCWAFUAlABaAJMAYACRAGYAkABuAI4AdgCM&#10;AIEAigCNAIgAmwCGAKwAhQDBAIQA5gCDAP0AhAD/AIMA/wCBAP8A5AAAAMsAAAC6AAAArAAAAKIA&#10;AACcAAQAmAAMAJYAEQCUABkAkwAhAJIAKACPADAAjQA2AIsAPACJAEEAiABGAIYASwCFAE8AhABU&#10;AIIAWgCBAGAAfwBnAH4AbwB8AHoAegCGAHgAlAB3AKQAdQC3AHQA1ABzAPQAdAD/AHQA/wB0AP8A&#10;ywAAALYAAACmAAAAmgAAAJIAAACKAAAAhgAIAIMADgCBABQAgQAbAIAAIwB/ACoAfQAwAHsANgB6&#10;ADsAeABAAHcARQB1AEkAdABOAHMAVABxAFoAcABhAG4AaQBtAHMAawB/AGkAjQBoAJ0AZwCuAGYA&#10;xwBlAOoAZgD/AGYA/wBnAP8AuAAAAKQAAACVAAAAigAAAIEAAAB8AAAAdgAEAHQADAByABAAcQAW&#10;AHAAHQBwACQAbgAqAG0AMABrADUAagA6AGkAPwBoAEQAZwBJAGUATgBkAFQAYwBbAGEAYwBgAG0A&#10;XgB5AF0AhwBbAJYAWgCoAFkAvQBZAN8AWQD4AFoA/wBaAP8AqAAAAJUAAACHAAAAewAAAHMAAABu&#10;AAAAagABAGcACABlAA4AZAASAGMAGABjAB8AYgAlAGEAKgBfADAAXgA1AF0AOgBcAD4AWwBEAFkA&#10;SQBYAE8AVwBWAFYAXgBUAGgAUwBzAFEAgQBQAJEATwCiAE4AtQBOANAATgDwAE4A/wBPAP8AnAAA&#10;AIkAAAB7AwAAcAMAAGgDAABiAQAAXwAAAF0ABABbAAsAWQAPAFgAFABXABkAVwAgAFYAJQBVACoA&#10;UwAwAFIANABRADkAUAA/AE8ARABOAEsATQBSAEsAWgBKAGMASQBvAEcAfABGAIwARQCdAEUAsABE&#10;AMcARADoAEQA+gBFAP8AkgQAAIAHAABxCgAAZgoAAF4KAABZCQAAVQcAAFQEAABSAAcAUAAMAE8A&#10;EABOABUATQAbAEwAIABLACYASgArAEkAMABIADUARwA6AEYAQABFAEYAQwBOAEIAVgBBAF8AQABr&#10;AD4AeAA9AIgAPACZADwAqwA8AMEAOwDgADsA9AA7AP8AiQoAAHgMAABqDgAAXw4AAFcOAABRDgAA&#10;TQwAAEsLAABKCAIASQQJAEgADQBGABEARQAWAEQAHABDACEAQgAmAEEAKwA/ADEAPgA2AD0APAA8&#10;AEMAOwBKADoAUgA5AFwAOABoADYAdQA1AIUANACWADQAqAAzALwAMwDYADMA7wAzAPsAgg0AAHEP&#10;AABkEAAAWREAAFERAABLEQAARxAAAEQOAABCDQAAQQsFAEEHCwA/BQ4APgMSADwCGAA7Ah0AOgMi&#10;ADkDKAA4Ay0ANwMyADYEOQA1BD8ANAVHADMFUAAxBloAMAZmAC8HcwAuB4MALQeVACwHpwArB7oA&#10;KwfSACsH6wArB/cAfRAAAGwRAABfEwAAVBQAAEwUAABGFAAAQhMAAD4SAAA8EAAAOg4BADoNBgA6&#10;CgwAOAkQADYIFAA1CBkANAkfADIJJAAxCSkAMAkvAC8KNgAuCj0ALQpFACwLTgArC1kAKQxlACgM&#10;cwAnDIMAJg2VACUNpwAkDbsAIw3SACMN6wAjDfcAeBIAAGgUAABbFgAAURcAAEgXAABCFgAAPRYA&#10;ADkVAAA3EwAANREAADMQAwAzDggAMg0NADANEQAvDRYALQ0bACwNIQArDScAKg0tACkONAAoDjsA&#10;Jw5EACUOTgAkD1kAIxBlACEQcwAgEIQAHxCWAB4QqQAdEL0AHBDYAB0Q7gAdEPkAcxQAAGQWAABX&#10;GAAATRkAAEUZAAA/GQAAOhgAADUXAAAyFgAAMBUAAC4TAAAtEQQALBAKACsQDgApEBIAKBAYACYQ&#10;HgAlECQAJBAqACMRMQAiETkAIRFCACASSwAeElYAHRNjABwTcQAaE4IAGRSVABgUpwAXFLsAFxPU&#10;ABcT7gAYE/oAcBYAAGAZAABUGgAAShsAAEIcAAA8GwAANhsAADIaAAAvGQAALBgAACoWAAAoFAEA&#10;JhMHACUTDAAjExAAIhMVACATGgAfEyEAHhQnAB0ULgAcFTYAGxU/ABoWSQAZFlQAGBdhABYXcAAV&#10;GIEAFBiTABMYpgASGLoAEhfSABIX7AATF/oAbBkAAF0bAABRHQAARx0AAD8eAAA5HQAANB0AAC8c&#10;AAArGwAAKBoAACYZAAAkGAAAIhcEACAXCgAeFw4AHBcSABoXFwAZGB4AGRgkABgZLAAXGTQAFho9&#10;ABUaRwAUG1IAExtfABIcbgARHH8AEBySABAcpQAPHLkADhzQAA4b6gAPG/gAaRsAAFodAABOHwAA&#10;RR8AAD0gAAA2HwAAMR8AAC0eAAApHQAAJR0AACMcAAAgGwAAHRsBABsbBwAZHA0AFxwQABYcFQAV&#10;HBsAFB0iABMdKQASHjEAER46ABEfRQAQH1AADyBdAA4gbAANIHwADSCPAAwgogALILUACyDKAAsg&#10;5QAMH/QAZR0AAFcfAABMIQAAQiEAADohAAA0IQAALyEAACogAAAmHwAAIx8AACAeAAAdHgAAGSAA&#10;ABYgBAAUIAsAEiEOABEhEwARIhkAECIfAA8iJgAOIy8ADiM3AA0jQQAMJE0ACyRZAAokZwAJJHgA&#10;CCSLAAckngAHJLEABiTHAAYj4wAHI/EAYh8AAFQhAABJIwAAQCMAADgjAAAyIwAALCMAACgiAAAk&#10;IQAAISEAAB4hAAAaIQAAFiMAABMkAwARJQgADyYNAA4nEQANJxYADCcdAAsnIwAKJysACSg0AAgo&#10;PgAHKEkABihVAAUpZAAEKXQAAymHAAIpmwABKK8AACjFAAEo4QABJ/AAXiIAAFEkAABGJQAAPSUA&#10;ADUlAAAvJQAAKiQAACYkAAAiIwAAHyMAABskAAAYJQAAFCYAABEoAwAPKQgADCwMAAosEAAILBQA&#10;BywaAAYsIQAFLCgAAy0wAAItOgABLUUAAC1SAAAuYAAALnEAAC2EAAAtmQAALa0AACzCAAAs4AAA&#10;LPAAWiQAAE0mAABDJwAAOicAADMnAAAtJwAAKCYAACQmAAAhJgAAHSYAABknAAAVKQAAESsAAA8s&#10;AwANLgcACTAMAAYxDgADMRIAATIXAAAyHgAAMiUAADItAAAyNgAAM0IAADNOAAAzXQAAM20AADOB&#10;AAAylgAAMqsAADHBAAAx3wAAMfAAVicAAEopAAA/KgAANyoAADAqAAArKQAAJygAACMoAAAeKQAA&#10;GioAABYsAAASLgAADzAAAA0xAgAKNAcABTULAAI2DgAANxAAADgUAAA4GgAAOCIAADgqAAA5MwAA&#10;OT4AADlKAAA5WQAAOWkAADl9AAA4kwAAOKgAADe/AAA33gAANvAAUSsAAEYsAAA8LAAANCwAAC4s&#10;AAAqKwAAJSsAACAsAAAbLQAAFy8AABMxAAAQMwAADTUAAAk3AgAFOgYAATsKAAA8DQAAPQ8AAD4S&#10;AAA/FwAAQB4AAEAlAABALwAAQDoAAEBGAABAVAAAQGUAAD94AAA/jwAAPqYAAD69AAA93AAAPfAA&#10;TS4AAEIvAAA5LwAAMi8AAC0uAAAoLgAAIi8AAB0wAAAYMgAAEzUAABA3AAAMOgAACTwAAAU+AAAA&#10;QQQAAEIIAABDCwAARA0AAEYQAABHFAAASBkAAEghAABIKgAASDUAAEhBAABITwAASGAAAEdzAABH&#10;igAARqIAAEW5AABF2QAARPAASDIAAD4yAAA2MgAAMDEAACsxAAAlMgAAHzQAABk2AAATOQAAEDwA&#10;AAw/AAAIQgAAA0QAAABGAAAASAIAAEoFAABLCAAATAsAAE4OAABPEQAAURUAAFIcAABSJQAAUjAA&#10;AFI8AABRSgAAUVoAAFFtAABQhAAAT50AAE61AABN0gAATe4AQzYAADs2AAA0NQAALzQAACc1AAAh&#10;OAAAGjsAABQ+AAAQQQAADEQAAAdHAAACSgAAAE0AAABPAAAAUQAAAFMCAABUBQAAVQgAAFcLAABZ&#10;DgAAWxEAAF0XAABdHwAAXSoAAF02AABcRAAAXFQAAFtnAABbfgAAWpcAAFmvAABYywAAV+oAPzkA&#10;ADg5AAAzOAAAKzkAACM8AAAcPwAAFUMAABBHAAALSgAABU4AAABRAAAAVAAAAFcAAABaAAAAXAAA&#10;AF0AAABfAAAAYAQAAGIHAABkCwAAZg4AAGgSAABrGQAAayMAAGouAABqPAAAak0AAGlfAABodQAA&#10;Z48AAGaoAABlwgAAZOMAPT0AADc8AAAuPQAAJUAAAB1EAAAWSQAAEE0AAApRAAAEVQAAAFoAAABd&#10;AAAAYAAAAGMAAABmAAAAaAAAAGoAAABrAAAAbQAAAG8CAABxBgAAdAoAAHYOAAB5EwAAexsAAHsn&#10;AAB6NQAAeUUAAHhZAAB4bQAAd4YAAHafAAB1twAAdNIAPEEAADJCAAAoRQAAIEoAABdOAAAQVAAA&#10;ClkAAAJeAAAAYwAAAGcAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAAAH8AAACCAAAA&#10;hAMAAIcJAACKDgAAjhMAAI8eAACOKwAAjjsAAI1OAACLYwAAinwAAIqVAACIrQAAh8UANkcAACxL&#10;AAAiTwAAGVUAABBbAAAKYQAAAWcAAABtAAAAcgAAAHcAAAB7AAAAfwAAAIMAAACGAAAAiAAAAIoA&#10;AACNAAAAjwAAAJEAAACUAAAAlwAAAJoBAACdBwAAoQ0AAKUUAACkIQAApDEAAKNEAACiWQAAoHAA&#10;AJ+LAACdogAAnbcAMFAAACVVAAAbWwAAEmIAAAtpAAABcAAAAHcAAAB9AAAAgwAAAIgAAACNAAAA&#10;kQAAAJUAAACYAAAAmgAAAJwAAACfAAAAoQAAAKMAAACmAAAAqQAAAKwAAACwAAAAtAcAALgOAAC6&#10;GAAAuicAALk5AAC4TgAAt2UAALZ+AAC1lgAAs6sAKVsAAB5iAAAUaQAADHEAAAJ5AAAAgQAAAIkA&#10;AACPAAAAlgAAAJsAAACgAAAApAAAAKgAAACrAAAArAAAAK8AAACyAAAAtAAAALYAAAC5AAAAvAAA&#10;AMAAAADEAAAAyAAAAM0HAADSEAAA0h0AANEvAADQRAAAz1sAAM1zAADLjQAAyqEA/wAAAP8AAAD7&#10;AAAA+gAAAPwACAD4AA8A9QAXAPQAIADxACoA6wAzAOYAOwDiAEMA3gBJANoATwDWAFQA0wBZANAA&#10;XgDOAGMAywBoAMkAbgDGAHUAwwB9AMEAhgC+AJIAuwCeALkArgC2AMMAtADoALMA/wCvAP8ApQD/&#10;AJ4A/wCbAP8A/QAAAPcAAADyAAAA8AAAAOcAAwDhAAwA3AASANgAGwDWACQA0gAtAMwANgDGAD0A&#10;wgBDAL8ASQC8AE4AugBTALgAWAC2AF0AtQBiALMAZwCxAG4ArwB2AKwAfwCqAIoAqACXAKUApgCj&#10;ALkAoQDZAKAA+QCeAP8AmAD/AJIA/wCPAP8A8wAAAOwAAADjAAAA0wAAAMgAAADBAAkAvQAPALsA&#10;FgC5AB8AtwAnALMALwCvADcArAA9AKoAQwCoAEgApgBNAKQAUgCjAFYAoQBbAJ8AYQCeAGcAnABv&#10;AJoAeACXAIMAlQCQAJMAngCRALAAkADIAI4A8ACNAP8AigD/AIUA/wCCAP8A5wAAAN0AAADGAAAA&#10;uAAAAK4AAACoAAQApQAMAKEAEgChABkAoAAiAJ8AKQCbADAAmAA3AJYAPQCTAEIAkgBHAJAASwCP&#10;AFAAjQBVAIwAWgCKAGEAiABoAIcAcACFAHsAgwCIAIEAlgB/AKcAfQC8AHwA4wB8AP0AfAD/AHgA&#10;/wB2AP8A1gAAAMAAAACvAAAAowAAAJkAAACTAAAAjwAJAI0ADgCLABQAigAcAIoAIwCIACoAhQAw&#10;AIMANgCCADsAgABAAH8ARQB+AEoAfABPAHsAVAB6AFoAeABhAHYAaQB1AHMAcwCAAHEAjgBvAJ8A&#10;bgCyAG0AzwBsAPQAbAD/AGsA/wBpAP8AwAAAAKsAAACbAAAAjwAAAIcAAACAAAAAfAAEAHoADAB4&#10;ABEAeAAXAHgAHgB3ACQAdQAqAHMAMABxADUAcAA6AG4APwBtAEQAbABJAGsATgBqAFQAaABbAGcA&#10;YwBlAG0AZAB4AGIAhwBgAJcAXwCqAF4AwgBeAOkAXgD/AF4A/wBdAP8ArAAAAJkAAACKAAAAfwAA&#10;AHcAAABxAAAAbQAAAGoACABpAA4AaAASAGcAGABnAB8AZwAlAGUAKgBjAC8AYgA0AGEAOQBgAD4A&#10;XwBDAF4ASABdAE4AWwBVAFoAXQBYAGcAVwByAFUAgQBUAJEAUwCjAFIAuABRANwAUQD5AFIA/wBS&#10;AP8AnQAAAIsAAAB8AAAAcQAAAGkAAABkAAAAYAAAAF4ABQBcAAsAWwAPAFsAFABaABkAWgAfAFkA&#10;JQBXACoAVgAvAFUANABUADgAUwA9AFIAQwBQAEkATwBQAE4AWABNAGIASwBtAEoAegBJAIsASACd&#10;AEcAsQBHAMwARgDwAEcA/wBHAP8AkAAAAH4AAABwAAAAZgAAAF4AAABZAAAAVgAAAFMAAQBSAAgA&#10;UAANAE8AEABPABUATgAaAE4AIABNACUATAAqAEoALgBJADMASAA4AEcAPgBGAEQARQBLAEQAUwBD&#10;AF0AQQBoAEAAdQA/AIUAPgCXAD0AqwA9AMMAPQDmAD0A+wA+AP8AhwAAAHUDAABoBgAAXQcAAFUG&#10;AABQBgAATAQAAEoBAABJAAQARwAKAEYADgBFABEARQAWAEQAGwBDACAAQgAlAEEAKgBAAC8APwA0&#10;AD4AOgA9AEAAOwBHADoATwA5AFkAOABkADcAcQA2AIEANQCTADQApgA0ALsANADdADQA9QA1AP8A&#10;fgYAAG0JAABgCwAAVgwAAE4MAABICwAARAoAAEIIAABABQEAPwEHAD4ACwA9AA4APAASADsAFwA7&#10;ABwAOgAhADkAJQA3ACoANgAwADUANQA0ADwAMwBDADIATAAxAFUAMABgAC8AbQAuAH0ALQCPACwA&#10;ogAsALYALADQACwA7gAsAPwAdwoAAGcMAABaDgAAUA4AAEkOAABDDgAAPg0AADsMAAA5CwAAOAkD&#10;ADcFCAA2Ag0ANQEQADQAEwAzABgAMgAdADEAIgAwACcALwAsAC4AMgAtADgALABAACsASQAqAFIA&#10;KQBdACgAawAnAXoAJgGMACUAnwAlALIAJQDKACUA6AAlAPcAcg0AAGIOAABWEAAATBEAAEQRAAA+&#10;EQAAORAAADYPAAAzDgAAMQ0BADALBQAwCAoALwYNAC4FEQAsBBQAKwMZACoDHgApAyMAKAQpACcE&#10;LwAmBTUAJQU9ACQFRgAjBlAAIgZcACEHaQAgB3kAHweLAB4HnQAeB7AAHQbGAB0G4wAdBfMAbQ4A&#10;AF4RAABSEgAASBMAAEATAAA6EwAANRIAADERAAAuEAAALA8AACoOAwAqDQcAKQsLACgJDgAnCREA&#10;JQgWACQIGwAjCSAAIgkmACEJLAAgCjMAHwo7AB4LRAAdC08AHAxbABsMaQAaDHkAGAyLABgMngAX&#10;DLAAFgzFABYM4QAWC/AAaRAAAFoSAABOFAAARRUAAD0VAAA3FQAAMRQAAC0TAAAqEgAAKBEAACYQ&#10;AQAkEAQAIw4IACMNDAAiDA8AIAwTAB8MGAAeDR0AHQ0jABwNKgAbDTIAGg46ABgORAAXDlAAFg9c&#10;ABUPagATEHsAEhCNABEQoAARELMAEA/JABAP5AARD/IAZRIAAFcUAABLFgAAQhcAADoXAAA0FwAA&#10;LxYAACoVAAAnFAAAJBMAACITAAAgEgMAHhEGAB0QCQAcEA0AGw8QABkQFQAYEBsAFxAhABYQKAAV&#10;ETAAFBE5ABMRQwASEk4AERJaABASaQAQE3kADhOMAA4TngANE7EADRLFAAwS4QANEvEAYhQAAFQW&#10;AABJGAAAPxkAADcZAAAxGQAALBgAACgXAAAkFgAAIRYAAB8VAAAcFAIAGhMEABkSBgAXEgsAFRIO&#10;ABQSEgATExgAEhMfABETJgARFC0AEBQ2AA8VQQAOFUwADhZXAA0WZQAMF3UACxeHAAoXmgAJFq0A&#10;CBbBAAgW3QAJFe4AXxYAAFEYAABGGgAAPRoAADUbAAAvGgAAKhoAACUZAAAiGAAAHxgAABwXAAAZ&#10;FgEAFxYDABUWBAATFgkAERYNABAXEQAPFxYADhccAA4YIwANGCoADBkzAAwZPAALGkcAChpTAAka&#10;YQAHG3EABhuDAAUblwAEGqoAAxq/AAMZ2gAEGewAXBgAAE4aAABDHAAAOhwAADMcAAAsHAAAJxwA&#10;ACMbAAAgGgAAHRkAABoZAAAXGAEAFRgCABIZBAAQGwcADhsMAA0cEAAMHBMACxwZAAocHwAJHScA&#10;CB0vAAceOQAGHkMABB5QAAMfXgACH24AAR+AAAAflQAAHqkAAB69AAAd2AAAHewAWBoAAEscAABB&#10;HgAAOB4AADAeAAAqHgAAJR0AACEcAAAeHAAAGxsAABgbAAAWGwEAExsCABEcBAAOHgcADB8LAAog&#10;DgAIIBIABiEXAAUhHQAEISQAAiIsAAEiNQAAIkAAACNNAAAjWgAAI2sAACN+AAAjkwAAIqcAACK8&#10;AAAh1wAAIe0AVR0AAEgfAAA+IAAANSAAAC4gAAAoIAAAIx8AACAeAAAdHQAAGh0AABYdAAATHgAA&#10;ER8CAA4gBAANIgcACiQLAAYlDQAEJRAAAiYUAAAmGgAAJiEAACcpAAAnMgAAJz0AACdJAAAoVwAA&#10;KGcAACd7AAAnkAAAJ6UAACa7AAAm1gAAJe0AUSAAAEUhAAA7IgAAMiIAACwiAAAmIQAAIiEAAB4g&#10;AAAbHwAAGCAAABQgAAARIgAADyMAAA0lAwAKJgYABigKAAMpDQAAKw8AACwSAAAsFwAALB4AACwm&#10;AAAtLwAALTkAAC1GAAAtVAAALWQAAC13AAAsjQAALKQAACu6AAAr1gAAKu4ATSIAAEEkAAA4JAAA&#10;MCQAACkkAAAkIwAAISIAAB0iAAAZIgAAFSMAABIkAAAPJgAADSgAAAoqAgAGLAUAAi4JAAAvCwAA&#10;MA4AADIQAAAzFQAAMxsAADMiAAAzKwAAMzYAADNCAAAzUAAAM2AAADNzAAAyigAAMqEAADG4AAAw&#10;1gAAMO8ASSUAAD4mAAA0JwAALScAACgmAAAjJQAAHyQAABslAAAWJgAAEigAABAqAAANLAAACi4A&#10;AAYwAQACMgQAADQHAAA1CgAANwwAADgOAAA6EgAAOhcAADofAAA6JwAAOjIAADo+AAA6TAAAOlwA&#10;ADpvAAA5hgAAOJ4AADi2AAA31AAANu8ARCkAADopAAAxKQAAKykAACYoAAAiJwAAHSgAABgpAAAT&#10;KwAAEC4AAA0wAAAJMgAABTUAAAE3AAAAOQIAADsFAAA8CAAAPgsAAD8NAABBEAAAQxQAAEMbAABD&#10;IwAAQy4AAEM5AABDRwAAQlcAAEJqAABBgQAAQJoAAD+yAAA+zwAAPu8APywAADYsAAAvLAAAKisA&#10;ACUqAAAfKwAAGS0AABQvAAAQMgAADTUAAAg4AAAEOgAAADwAAAA/AAAAQQAAAEMCAABFBQAARggA&#10;AEgLAABKDgAATBEAAE0WAABNHgAATSgAAE00AABMQgAATFEAAEtkAABLewAASpQAAEmtAABIygAA&#10;R+wAOzAAADMvAAAtLwAAKC0AACIvAAAbMQAAFTQAABA3AAANOgAACD0AAAJAAAAAQwAAAEYAAABI&#10;AAAASgAAAEwAAABOAQAATwQAAFEHAABTCwAAVQ4AAFgSAABZGQAAWCIAAFguAABXPAAAV0sAAFZe&#10;AABWcwAAVY0AAFSnAABSwgAAUuYAODMAADEyAAAsMQAAJTIAAB01AAAWOAAAETwAAAxAAAAHRAAA&#10;AEcAAABKAAAATQAAAFAAAABTAAAAVQAAAFcAAABZAAAAWgAAAFwDAABeBwAAYQsAAGQOAABmEwAA&#10;ZxwAAGYnAABmNAAAZUQAAGRXAABkawAAYoUAAGGfAABguQAAXtwANTcAADA1AAAoNwAAIDoAABg9&#10;AAARQgAADEYAAAZKAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGQAAABlAAAAZwAAAGkA&#10;AABsAQAAbgYAAHELAAB0DwAAdxUAAHcgAAB2LQAAdj0AAHVPAAB0YwAAc3sAAHKVAABwrwAAb8kA&#10;NToAACs7AAAiPwAAGkMAABJIAAAMTQAABVIAAABXAAAAXAAAAGAAAABkAAAAaAAAAGsAAABuAAAA&#10;cQAAAHMAAAB1AAAAdwAAAHoAAAB8AAAAfwAAAIIEAACGCgAAig8AAIwXAACLJAAAijMAAIlFAACH&#10;WwAAhnIAAIWLAACDpQAAgrwAL0AAACVEAAAcSQAAE04AAA1UAAAEWgAAAGEAAABmAAAAawAAAG8A&#10;AAB0AAAAeQAAAH0AAACAAAAAgwAAAIUAAACHAAAAigAAAIwAAACPAAAAkgAAAJYAAACZAgAAngkA&#10;AKIQAACiGgAAoSkAAKA7AACfUAAAnWcAAJqBAACamQAAma8AKUkAAB9OAAAVVAAADlsAAAViAAAA&#10;aQAAAHAAAAB3AAAAfQAAAIIAAACGAAAAiwAAAI8AAACTAAAAlQAAAJcAAACaAAAAnQAAAKAAAACj&#10;AAAApgAAAKoAAACuAAAAsgAAALcKAAC7EQAAuh8AALkwAAC3RQAAtVwAALR0AACxjgAAr6QAIlQA&#10;ABhbAAAQYgAAB2oAAABzAAAAewAAAIIAAACJAAAAkAAAAJUAAACaAAAAnwAAAKMAAACmAAAAqAAA&#10;AKsAAACuAAAAsAAAALMAAAC2AAAAugAAAL0AAADCAAAAxwAAAMwBAADTCwAA1BUAANMmAADROgAA&#10;0FEAAM1oAADLgQAAypYA/AAAAPYAAADyAAAA8QAAAPMABQD0AAwA8gATAPAAHADtACUA6AAuAOIA&#10;NgDeAD4A2QBEANQASgDRAE8AzgBUAMsAWQDJAF4AxgBjAMQAaQDBAHAAvgB4ALwAgQC5AI0AtgCa&#10;ALMAqwCxAMAArwDmAK4A/wClAP8AmgD/AJQA/wCPAP8A9AAAAOwAAADoAAAA5wAAAN8AAADZAAkA&#10;0gAQAM8AFwDPACAAzAAoAMYAMADAADcAvAA+ALkARAC3AEkAtQBOALMAUwCxAFcArwBdAK0AYgCr&#10;AGkAqQBxAKcAegClAIUAogCTAKAAogCdALYAmwDUAJkA+QCWAP8AjQD/AIgA/wCEAP8A6AAAAN8A&#10;AADZAAAAyQAAAL8AAAC4AAQAtQANALMAEgCxABoAsAAiAK0AKgCpADEApgA4AKQAPQCiAEMAoABI&#10;AJ4ATACcAFEAmwBWAJkAXACXAGIAlQBpAJMAcgCRAH0AjwCLAI0AmgCLAKwAiQDFAIgA7gCGAP8A&#10;fwD/AHoA/wB4AP8A2QAAAM0AAAC7AAAArgAAAKUAAACfAAAAnAAJAJkADwCZABUAmQAdAJgAJACU&#10;ACsAkQAxAI4ANwCMADwAiwBBAIkARgCIAEsAhgBQAIUAVQCDAFsAggBiAIAAawB+AHUAfACCAHoA&#10;kgB4AKMAdwC5AHYA4AB1AP8AcgD/AG4A/wBsAP8AxwAAALUAAAClAAAAmQAAAI8AAACJAAAAhQAE&#10;AIQADACCABEAggAXAIIAHgCAACUAfgArAHwAMQB6ADYAeQA7AHcAQAB2AEQAdQBJAHMATwByAFUA&#10;cABcAG8AZABtAG4AbAB6AGoAigBoAJsAZwCvAGYAzABlAPUAZAD/AGEA/wBgAP8AtAAAAKAAAACQ&#10;AAAAhQAAAH0AAAB3AAAAcwAAAHAACABvAA4AbwASAG8AGABvAB8AbQAlAGsAKgBpADAAaAA0AGcA&#10;OQBmAD4AZQBDAGMASABiAE4AYQBVAF8AXgBeAGcAXABzAFsAggBZAJMAWACmAFcAvwBXAOoAVwD/&#10;AFYA/wBUAP8AoQAAAI4AAAB/AAAAdQAAAGwAAABoAAAAZAAAAGEABABgAAsAXwAPAF8AEwBfABkA&#10;XwAfAF0AJQBcACoAWwAvAFkAMwBYADgAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEAUABtAE4AewBN&#10;AIwATACfAEsAtQBKANwASgD6AEoA/wBKAP8AkgAAAIAAAAByAAAAZwAAAF8AAABaAAAAVwAAAFUA&#10;AQBTAAcAUgAMAFIAEABSABQAUgAaAFEAHwBPACQATgApAE0ALgBMADMASwA4AEoAPQBJAEMASABK&#10;AEYAUgBFAFwARABnAEMAdQBCAIYAQQCYAEAArgBAAMsAPwDyAEAA/wBAAP8AhQAAAHQAAABnAAAA&#10;XQAAAFUAAABPAAAATAAAAEoAAABIAAQARwAKAEcADQBGABEARgAVAEYAGgBFAB8ARAAkAEMAKQBC&#10;AC0AQQAzAD8AOAA+AD4APQBFADwATgA7AFcAOgBiADkAbwA4AIAANwCTADYApwA2AMAANgDoADYA&#10;/gA2AP8AfAAAAGsAAABeAgAAVAMAAE0DAABHAwAAQwEAAEEAAAA/AAEAPgAHAD0ACwA9AA4APAAR&#10;ADwAFgA8ABoAOgAfADkAJAA4ACkANwAuADYAMwA1ADoANABBADMASQAyAFMAMQBeADAAawAvAHsA&#10;LgCOAC0AogAtALgALQDdAC0A+AAuAP8AcwEAAGQFAABXBwAATQgAAEYIAABACAAAOwcAADgFAAA3&#10;AwAANgAEADUACAA0AAwANAAPADQAEgAzABYAMgAbADEAIAAwACQALwApAC4ALwAtADYALAA9ACsA&#10;RQAqAE8AKQBaACgAZwAnAHcAJgCJACYAnQAlALMAJQDPACUA8AAmAP8AbQYAAF4JAABSCwAASAwA&#10;AEAMAAA6CwAANgsAADIKAAAwCAAALgYCAC4DBgAtAAoALAANACwAEAArABMAKgAXACkAHAAoACAA&#10;JwAlACYAKwAlADIAJAA5ACMAQgAiAEsAIgBXACEAZAAgAHMAHwCFAB8AmQAeAK4AHgDHAB4A6QAf&#10;APoAaAkAAFkMAABNDQAAQw4AADwOAAA2DgAAMQ0AAC0NAAAqDAAAKAsAACcJBAAmBggAJgQLACUD&#10;DgAkARAAJAEUACIBGAAhAR0AIQAiACAAKAAfAC4AHgE2AB0BPwAcAUkAGwFUABoBYQAaAXAAGQGC&#10;ABgAlgAYAKoAGADBABgA4QAYAPQAYwwAAFUOAABJDwAAQBAAADgQAAAyEAAALQ8AACkOAAAmDgAA&#10;Iw0AACIMAwAgCwYAIAkJAB8HDAAeBg4AHgURABwFFQAbBRoAGgUfABoFJQAZBSsAGAUzABcGPAAW&#10;BkYAFgZSABUHXwAUB24AEweAABIHlAASBqcAEgW8ABIE2QASA+8AXw4AAFEPAABGEAAAPBEAADUR&#10;AAAvEQAAKhEAACYQAAAiEAAAIA8AAB0OAgAcDQUAGg0HABoLCgAZCg0AGAkQABcJEgAWCRcAFQkc&#10;ABQJIgAUCikAEwoxABIKOgASC0UAEQtRABAMXwAPDG4ADgyAAA4MlAANC6cADQu6AA0K0gANCuoA&#10;XA8AAE4RAABDEgAAOhMAADITAAAsEwAAJxIAACMRAAAfEQAAHBAAABoQAgAYDwQAFg4HABUOCQAU&#10;DQsAEwwNABIMEAASDBQAEQwaABENIAAQDSgADw0wAA4OOwANDkYADQ5RAAwPXgALD20ACg9/AAkP&#10;kwAJD6YACA65AAgO0AAHDugAWBEAAEsSAABAEwAANxQAADAUAAApFAAAJRQAACETAAAdEgAAGhIA&#10;ABcRAgAVEQUAExAHABIQCQARDwoAEA4MAA4ODgAODxIADRAYAA0QHgAMECUADBAtAAsRNgAKEUEA&#10;CRFNAAgSWgAHEmoABhJ8AAUSkAAEEqQAAxG4AAMRzwACEegAVRIAAEkUAAA+FQAANRYAAC0WAAAn&#10;FgAAIhUAAB4UAAAbFAAAGBMAABUSAwATEgUAEhEHABARCQAPEQoADRELAAwSDgALEhEAChIVAAkT&#10;GwAJEyIACBMqAAcUMwAFFD4ABBVKAAMVWAACFWcAARV6AAAVjgAAFaMAABS3AAAUzwAAE+kAUhQA&#10;AEYWAAA7FwAAMhcAACsXAAAlFwAAIRYAABwWAAAZFQAAFhQBABQTBAASEwYAERIIAA8SCAAOEwkA&#10;DBQKAAoVDQAIFhAABhYTAAUWGQAEFx8AAxcnAAIYMAABGDsAABlHAAAZVQAAGWQAABl3AAAZjAAA&#10;GKIAABi3AAAXzwAAF+oATxYAAEMYAAA5GQAAMBkAACkZAAAjGQAAHxgAABsXAAAYFgAAFRUCABMV&#10;BQARFAYAEBQGAA4VBwAMFggAChcKAAcZDAAEGg4AAhsSAAEbFgAAGx0AABwkAAAcLQAAHDgAAB1E&#10;AAAdUgAAHWIAAB11AAAdigAAHKAAABy2AAAb0AAAGusATBgAAEAaAAA2GwAALRsAACYbAAAhGgAA&#10;HRkAABkZAAAXGAAAFBcDABIWBAAQFwQADhcEAAwZBQAKGgcABxwJAAMdCwAAHw0AACAQAAAgFAAA&#10;IRoAACEiAAAhKgAAITUAACJBAAAiTwAAIl8AACJyAAAhiAAAIZ8AACC2AAAf0QAAH+0ASBoAAD0c&#10;AAAzHQAAKx0AACQdAAAgHAAAHBsAABgaAAAWGQEAExkBABEZAQAOGgEADBwCAAodAwAHHwUAAyEI&#10;AAAiCgAAJAwAACYOAAAmEgAAJhgAACcfAAAnJwAAJzIAACc+AAAnSwAAJ1wAACduAAAmhQAAJp0A&#10;ACW0AAAk0QAAI+4ARB0AADkfAAAwHwAAKB8AACMeAAAeHQAAGxwAABgbAAAUHAAAERwAAA4dAAAN&#10;HwAACiEAAAYiAQADJAQAACYGAAAoCAAAKgsAACsNAAAtEAAALRUAAC0cAAAtJAAALi4AAC46AAAu&#10;SAAALVgAAC1qAAAtgQAALJoAACuyAAAq0AAAKe8AQCAAADYhAAAtIQAAJiEAACEgAAAdHwAAGh4A&#10;ABYeAAASHwAADyEAAA0iAAAKJAAABiYAAAIoAAAAKwIAAC0EAAAvBgAAMAkAADIMAAA0DgAANRIA&#10;ADUYAAA1IAAANSoAADU2AAA1QwAANVMAADRmAAA0fAAAM5YAADKvAAAxzQAAMO8APCMAADIkAAAq&#10;JAAAJCMAACAiAAAcIQAAFyEAABMjAAAQJQAADScAAAkpAAAFKwAAAS4AAAAwAAAAMgAAADQBAAA2&#10;BAAAOAYAADoJAAA8DQAAPhAAAD4UAAA+HAAAPiYAAD4xAAA+PwAAPU4AAD1hAAA8dwAAO5EAADqr&#10;AAA5yQAAOO0ANycAAC8nAAAoJgAAIyUAAB8kAAAZJQAAFCYAABAoAAANKwAACS4AAAUwAAAAMwAA&#10;ADUAAAA4AAAAOgAAADwAAAA+AQAAQAMAAEIHAABECgAARg0AAEkRAABJFwAASCEAAEgsAABHOgAA&#10;R0kAAEZbAABFcQAARIsAAEOlAABCwwAAQegANCoAACwqAAAnKAAAIicAABwoAAAWKgAAES0AAA0w&#10;AAAJMwAAAzYAAAA5AAAAPAAAAD4AAABBAAAAQwAAAEYAAABIAAAASgAAAEwDAABOBgAAUAoAAFMO&#10;AABUEwAAVBwAAFMnAABTNAAAU0MAAFJVAABRagAAUIMAAE+eAABNuQAATOAAMC0AACssAAAmKwAA&#10;HywAABguAAASMgAADTUAAAg5AAACPQAAAEAAAABDAAAARgAAAEkAAABMAAAATgAAAFEAAABTAAAA&#10;VQAAAFcAAABZAQAAXAYAAF8KAABiDgAAYxUAAGMfAABiLAAAYTwAAGBOAABfYgAAXnsAAFyWAABb&#10;sAAAWc8ALzAAACovAAAiMAAAGjMAABM3AAAOOwAACD8AAAFEAAAASAAAAEwAAABPAAAAUgAAAFUA&#10;AABYAAAAWwAAAF0AAABgAAAAYgAAAGQAAABmAAAAaQAAAG0FAABwCwAAdBAAAHQYAABzJQAAcjQA&#10;AHJFAABwWQAAb3EAAG2LAABrpgAAasAALjMAACU1AAAdOAAAFDwAAA5BAAAHRwAAAEwAAABRAAAA&#10;VQAAAFkAAABdAAAAYQAAAGUAAABoAAAAawAAAG0AAABvAAAAcgAAAHQAAAB3AAAAegAAAH4AAACC&#10;BAAAhgsAAIoRAACJHAAAiCsAAIY9AACEUgAAg2cAAIGBAAB/mwAAfrIAKToAACA9AAAWQgAAD0gA&#10;AAhOAAAAVAAAAFoAAABgAAAAZAAAAGkAAABuAAAAcgAAAHYAAAB6AAAAfQAAAIAAAACCAAAAhQAA&#10;AIgAAACLAAAAjgAAAJIAAACWAAAAmwMAAKAMAACiEwAAoCEAAJ8zAACdRwAAml4AAJh3AACXjwAA&#10;lacAI0MAABlIAAARTgAACVUAAABcAAAAYwAAAGoAAABxAAAAdgAAAHsAAACAAAAAhgAAAIoAAACO&#10;AAAAkQAAAJMAAACWAAAAmQAAAJwAAACgAAAAowAAAKcAAACrAAAAsAAAALYEAAC8DQAAuhcAALko&#10;AAC3PAAAtFIAALJqAACvhQAArZwAHE4AABNUAAALXAAAAWQAAABsAAAAdAAAAHwAAACDAAAAiQAA&#10;AI8AAACUAAAAmgAAAJ8AAACiAAAApAAAAKcAAACqAAAArgAAALEAAAC0AAAAuAAAALwAAADBAAAA&#10;xwAAAM0AAADUBQAA2BAAANUeAADTMQAA0EgAAM1fAADLdgAAyI4AAAAAAAAAAAAAAAAAAAAAAAED&#10;BAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpL&#10;TU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOU&#10;lZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd&#10;3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////&#10;/////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYo&#10;KSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9w&#10;cXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5&#10;uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////&#10;//////////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQME&#10;BQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktN&#10;Tk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SV&#10;lpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e&#10;3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////&#10;////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4v&#10;MDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdo&#10;aWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6Ch&#10;oqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna&#10;29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAgJCgsMDQ4PEBESExQVFhcYGRoa&#10;GxwdHh8gISIjJCUmJygpKissLS4vMDExMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFS&#10;U1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqL&#10;jI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6wsbKztLW2t7i5uru8vb6/wMHCw8TF&#10;xsfIycrLzM3Oz9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/x8vP09fb3+Pn6+/z9/v8A&#10;AQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEi&#10;IiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5g&#10;YmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfI&#10;ycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w&#10;8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQ&#10;ERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5&#10;Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gj&#10;paeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f&#10;3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/9rL&#10;CRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN&#10;4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9Gw&#10;oofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQ&#10;tMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvo&#10;zQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZ&#10;j+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofV&#10;rZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCz&#10;aLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ46&#10;6cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Ol&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I&#10;2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7&#10;rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQ&#10;YNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2aud&#10;idyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvE&#10;taiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzI&#10;DpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyq&#10;nIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiI&#10;y7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5trLCRvozQ466cwQYNzIDpLL&#10;ujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIveqJqN4aeZj+Oll5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5trLCRvozQ466cwQYNzIDpLLujKsxrdQtMCzaLy7rnvEtaiIy7Olh9GwoofVrZ+I2audidyqnIve&#10;qJqN4aeZj+Oll5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5tnLCRvnzg056M0QYNzJDZLLuzCrxrhPtMCzZ727rnvEtamIy7Km&#10;h9Gvo4fVraCI2aueidypnIrep5uM4KWZj+OhmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ&#10;5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5NnLCRrkzg05584OYNrKDJLLvC6r&#10;xblNtMC0Zr26rnrFtamHy7Gmh9Guo4fVrKCI2aqeidynnIrepZuL4KKajeKemY/jnpmP456Zj+Oe&#10;mY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP49jL&#10;CRrhzww55c8OYNnKDJHLviyrxblMtb60Z725rnvFtKqHzLCmh9Gto4fVq6CI2aieiNulnYndo5yK&#10;35+ai+GbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7i&#10;m5mO4puZjuKbmY7im5mO4tjLCRrc0As549ANYNjLC5HLvyurxLpMtb2zZ764rnvFtKmHzLCmh9Gs&#10;o4fVqaCH2KafiNujnYjdoJyJ3p2biuCYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4Zia&#10;jeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4dfMCRra0Qs43tEMX9bLC5HLwCmswrlN&#10;tryzaL63rnvGs6mHzK+mh9Gqo4bVp6GH2KSfh9qhnofcnp2I3Zqcid6Vm4zglZuM4JWbjOCVm4zg&#10;lZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4NbMCRnZ&#10;0Qs42tMMX9TMC5HJwCmtwLlOtrqzab+1rnzGsqmHzK2mhtGpo4bUpaGG16Kghtmfn4bam56H3Jed&#10;iN2TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL&#10;3pOci96TnIvek5yL3tXMCRnY0gs32NMLXtLMC5PHvyutvrhQt7myar+0rXzGsKmHzKumhtCnpIXU&#10;o6KF1p+hhdicoIXZmJ+G2pSeh9yQnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2Q&#10;nYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3dTNCRnW0gs31tQLXtDLCpXEvi2uvLhRuLey&#10;asCzrXzGrqmHzKmmhtClpIXToKOE1Z2ihNaZoYXYlaCF2ZGfh9qOnonbjp6J246eiduOnonbjp6J&#10;246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J29PNChjV0ws2&#10;1NQLX87LCZfBvjCvurdTuLWybMCwrX3HrKqGy6enhc+ipYTRnqSE05qjhNWWooTWk6GF14+ghtiL&#10;oInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2Yug&#10;idmLoInZi6CJ2dLOChfT1As10dMKYsvMCZm+vTOxt7dVubKxbcGtrX3GqqqGy6SohM6fp4TQm6WD&#10;0pekg9OTo4TUkKOF1YyihtaJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjX&#10;iaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI19DPChbR1As3ztMKZcbKC525vDiytLZYuq2xbsGq&#10;rn3Gp6uFyaGphMycqIPOl6eDz5Omg9GQpYTSjaWF04qkhtOHo4jUh6OI1IejiNSHo4jUh6OI1Iej&#10;iNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1M7QChXO1Ao6ytMK&#10;aMDID6G1uz60rbVbu6mxb8Gmr33Eo62Ex52rg8qYqoPLk6mDzZCohM6Np4TPiqeFz4emh9CFpojR&#10;haaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGF&#10;pojRhaaI0czQCRjK1Ao+xdMKbbjFFqWuuUS1p7Veu6OycMChsH3Dn66ExZmtg8eUrITJkKuEyo2q&#10;hcuKqoXLiKmGzIWph82DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJ&#10;zYOoic2DqInNg6iJzYOoic2DqInNg6iJzcjRCRvF1QpCv9MKcrHEHqeluUm2obZgu56zcL6dsX3B&#10;m7CEw5WvhMSRroTGja2Fx4qthseIrIbIhqyHyISricmCq4rJgquKyYKrismCq4rJgquKyYKrismC&#10;q4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKycTSCCDA1glIuNQKeKnP&#10;F5ievkeumrZiupi1cbyXs3y+l7KEwJKxhcKNsIXDiq+GxIivh8SGr4jFhK6JxYOuisWBrovFga6L&#10;xYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovF&#10;ga6Lxb/UByW61wlOrtoLcKDbE4eXzTmaksNYqJG8bLKRt3q5krSDvY6zhr+LsofAiLGHwIaxiMGE&#10;sYnBg7GKwYKxi8KAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCw&#10;jMKAsIzCgLCMwoCwjMKAsIzCgLCMwvfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCI&#10;w7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzM&#10;qESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vS&#10;sIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mb&#10;iMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESq&#10;xqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfA&#10;EBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN&#10;1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3&#10;mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVd&#10;tMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4&#10;wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+K&#10;kNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjK&#10;tZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx+b0gU+q3KHzMqESqxqVdtMKj&#10;cLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNauiJPYrYaY2ayFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2vfAEBX4wBYx&#10;+b0gU+q3KHzMqESqxqVdtMKjcLq+on+/vKCIw7mbiMa3mIjKtZWJzbOSitCxj4vSsIyN1K+KkNau&#10;iJPYrYaY2ayFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2vfADxX4wBYw+b0gU+q4J3zMqESrxqVdtMKkcLq+on+/vKCIw7mbiMe3mIjKtZWJ&#10;zrOSitCxj4vTsI2N1a+Kj9etiJPZrYaY2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3a&#10;q4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2vfBDxX3wRYw+L4fU+q4JnzLqUOrxqZctMKkb7q+&#10;on6/u6CIw7mdh8i2mofMs5eIz7GUidKwkorVro+M162NjtmsipLcq4mZ3aeInNuniJzbp4ic26eI&#10;nNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic2/bBDhT3wRUw+L8e&#10;U+q5JXzLqUKrxqdbs8Klbrq+o36/u6GIxLieh8m1nIfNspmH0bCWiNSulInXrZKL2quQjdypjZLf&#10;qI2a36OLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyj&#10;i5zco4uc3PbBDhT2whUw978eU+q6JHzLqUGsxqdas8Klbbq+o32/u6OIxLegh8m0nYfOsZuH06+Z&#10;iNatl4naq5WK3KmTjd+nkpHipJGZ4KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c&#10;3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3PXCDhT1whQw9sAdU+q6I3zLqkGsxqhZs8Kmbbq+pH2/&#10;uqSHxbehh8qzn4fPsJ2H1K6biNirmYncqZiL36eYjuKll5LmoJaZ4JyTm92ck5vdnJOb3ZyTm92c&#10;k5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3fTCDRT1wxQw9sAcU+q7&#10;InzKqkCsxqhYs8KmbLq+pHy/uqWFxbajh8uzoYfQsJ+H1a2diNqqnYrdp5uM4KSajuKfmI/jnZqY&#10;4ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vd&#10;mZeb3fLDDRT0wxMw9cEbU+q8IXzKqz+txqlXs8Kna7q+pXu/uqaExbalh8uyo4fRr6GH1qufiNqn&#10;nYndpJyK36Cbi+Cbmo3il5qT4Zecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pec&#10;m96XnJvel5yb3pecm96XnJvel5yb3vDDDRT0xBMv9cIaUuq9IHzKqz6sxqpWs8Koa7q+p3m/uqiD&#10;xbanh8yypYfRrKKH1qigh9mknojcoZ2I3Zycid6Xm4vgk5uP4JKdl96SnZfekp2X3pKdl96SnZfe&#10;kp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3u3EDBPzxRIv9MIZUuq9H3zK&#10;rDysxqtVs8Koarm+qXe/uqqAxbWph8yvpYfSqqKH1qWghtihn4banZ6H25mdh92UnYnekJyN3o6d&#10;k92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T&#10;3erFDBPyxREv88MYUuq+HXzLrTqsxqxUs8Kpabm+rHO/uq1+xbKph8yspYbRp6OG1aKhhdeeoIXY&#10;mqCF2pafhtuRnojcjZ6L3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yL&#10;no/ci56P3Iuej9yLno/ci56P3ObFCxPxxhEv8sQXUurAG3zLrzisxq1SssKrZrm/sG++t61+xrCp&#10;h82qpobRpKSF05+jhNWbooTWl6GF2JOghdmPoIfZi5+K2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N&#10;2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2uHGChPwxxAu8MYWUerBGXzLsDWr&#10;x69PssOwYLi8smy/sq1+x62phsynp4XPoaWE0pykhNOYo4TUlKOE1ZCihdaNoYbXiaGI2Iehi9iH&#10;oYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2NvH&#10;CRLuyQ8u7sgUUevEFnzMszCrx7FMscS4Vre2sW7Brq1/x6mqhsujqITOnqeDz5mmg9GVpYPSkaSE&#10;046khdSLo4bUiKOI1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rV&#10;haOK1YWjitWFo4rVhaOK1drICRLryw0t68oRUOvHEnzMtiqqyLdEsLq2WbqvsXDCqq1/x6arhcqg&#10;qoTMmqiDzZaog86Sp4PPj6aE0IymhdGJpYbRh6WH0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWl&#10;idKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0tjJCRHfzQss580PT+jLDnvNvCKowrw8&#10;sbG1XrypsXLCpq5/xaKthMecq4PJl6qDypOqhMuQqYTMjamEzYuohc2IqIbOhqeHzoSnic+Ep4nP&#10;hKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz9XJCRDY&#10;zwor2tMLTtjQC3rNwxaos7pGtam0Yr2ksXTBobB/w56uhMWZrYTHlKyEyJCrhMmOq4TKi6qFy4mq&#10;hsuHqYfMhamIzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJ&#10;zIOpicyDqYnMg6mJzNLLCQ/U0Qop1dULTNDQCn64vyWuqLhPuKG0ZryesnW/nbF/wZuwhMOWroTF&#10;ka6Exo6thceLrIXHiayGyIesh8mGq4fJhKuJyYKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqC&#10;q4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKys/MCQ3Q0gooztQKUsXRCoOqwy2onrdXuJu1&#10;aLuatHW+mbJ/v5exhMGTsIXCj6+Fw4yvhcSKrobFiK6HxYauiMaErYjGg62KxoGti8eBrYvHga2L&#10;x4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx8zNCQzL0wot&#10;x9QKWbLYC4CezSuamMFQq5a4Z7eVtXW8lLR+vpSzhb+QsoXAjLGGwYqxh8KIsIfChrCIwoWwicOD&#10;sIrDgq+Lw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4Gv&#10;jMOBr4zDga+Mw8fPCBDF1Ak0uNkKW6LnEnaX2iWJkM9FmI7HXaONwW6rjb15sYy6gbSJuIO3hreF&#10;uYS2hrqDtYe7grWIvIG0ib2AtIq9f7SLvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+&#10;frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvsLRBxa91gg6p/EOVZvxG2iR5i14id1AhYXVVo+D&#10;z2eXgstznX7IeKF7xnykecR/pnfDgqh1woSpdMKFqnPBh6tywYircsCKrHHAi6xxwIusccCLrHHA&#10;i6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrP+4FA7/uB4n/7Qq&#10;RvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bP&#10;s4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriN&#10;jci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5&#10;wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvev&#10;Nmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ&#10;0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3&#10;io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuI&#10;vb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmne&#10;p0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOA&#10;ndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/K&#10;toiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KPx5tiscSbcrbCm3+5wJuIvb6Z&#10;icC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGyf6PRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4FA7/uB4n/7QqRvevNmnep0KP&#10;x5tiscSbcrbCm3+5wJuIvb6ZicC8lYrDupGLxriNjci3io/KtoiRzLWFk820g5bPs4GZ0LOAndGy&#10;f6PRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0f+4&#10;FA7/uB0n/7UpRvewNWneqEGQx5xhscSccbbCm365v52Gvb2aicG7l4nEuZOKx7ePjMq1jI7MtImQ&#10;zrOHktCyhJXSsYKZ07GBntSugKLUrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPS&#10;rICj0qyAo9KsgKPSrICj0v+5Ew7/uRwn/7YoRvewNGrdqECQx51gscSccbbCnHy6v56FvryciMK6&#10;mYjFuJWJybaRisy0jozPsouO0bGIkdOwhpTVr4SZ1q+Dn9eqgqHVp4Ki06eCotOngqLTp4Ki06eC&#10;otOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki0/+5Ew7/uRwn/7YoRvexM2rdqT+Rx51g&#10;scSdcLbCnnu6v5+DvryeiMK5m4jHt5eIyrWUic6zkIvRsY2N06+KkNauiJPYrYaZ2aqFntmlhKHV&#10;pISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1P+6Eg7/&#10;uhsn/7cnRvexMmrdqT6Rx55fscSdb7bBn3m6vqCCv7ugiMO4nIfItpmIzLOWiNCxkorTr4+M1q6M&#10;jtisipPbq4mZ3KaHndqihqDWoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai&#10;1KCGotSghqLUoIai1P+6Eg7/uhsm/7cmRvayMWrdqj2Rx55escSdb7bBoHi6vqGBv7uhiMS4nofJ&#10;tZuHzbKYiNGwlYnVrpKL2KyPjduqjZLeqIya36KKndqeiaDWnImh1JyJodSciaHUnImh1JyJodSc&#10;iaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1P66EQ7/uxom/7gmRvayMGrdqjyRx55dscSe&#10;brbBoXa6vqJ/v7ujiMS3oIfKtJ2Hz7Gah9OumIjXrJWK26qTjd6okZLipJCZ4J6NnduajKDXmYuh&#10;1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1f67EQ7+uxom&#10;/7glRvazMGrcqzuSx59dscSfbLbBonS6vqR+v7qkh8W3oofKs5+H0LCch9WtmojZqpmK3qiYjuKl&#10;l5Pmn5WZ4JqRnNuXj5/Xlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaO&#10;odWWjqHVlo6h1f27EQ7+uxom/7klRvazL2rcqzqSx59cscSgarbBo3O6vqV8wLqlhcW2o4fLs6GH&#10;0a+fh9asnonbqJyL36SajeGfmY/jnJqY4ZeWnNyUk5/Yk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDW&#10;k5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1v27EQ39vBkm/rkkRva0LmrcqzqSx6BcscShaLbB&#10;pXG6vqd6wLqnhMW2pofMsqSH0a6ih9epn4jbpJ2J3qCbiuCamozhlpuT4ZWbm92Sl57YkZWg15GV&#10;oNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg1/y8EA39vBkm/roj&#10;Rva0LWrcrDmSx6BbscSjZrXBpm66vql4wLqpgsW2qIjMsKWH0qqih9emn4faoZ6H3JudiN6WnIrf&#10;kZuQ35Gdmd2Pm57Zj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9eP&#10;mZ/Xj5mf1/y8EA38vBgm/boiRfa1LGrcrTeTx6FascWlY7XCqWu6vqx1v7qtf8WzqYfMraWG0qei&#10;htaioYbYnZ+G2pieh9uSnYndjp2N3YyelNyNoJ7ZjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f&#10;14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f1/u9EA37vRcl/bsiRfa2K2rbrTaTx6JZscWnX7XCrWa5&#10;v7FwvretfsawqYfNqqaG0aSkhdSeooXWmaGF2JSghtmPn4fai5+L24ifkNuIoJjYiKGd14ihndeI&#10;oZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd1/q9Dg36vhYl/LwgRfa3&#10;KmrbrzSUyKRVscarWLTDs1+3u7Juv7KtfsesqYbMpqeF0KClhNKbpITUlqOE1ZGihdaNoYbXiaGJ&#10;2IahjdiEoZPXhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfW&#10;hKKX1vm+Dgz5vxUl+r0fRfa4J2rbsDGUyKhNr8eyTrLBuFi4tLFwwa2tf8epqoXLoqiEzp2ng9CX&#10;poPRkqWE0o6khdOLo4bUiKOI1YSji9WCo5DVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGj&#10;k9WBo5PVgaOT1YGjk9WBo5PVgaOT1fTADQz3wBMk+b8dRPa6JWrasi6Vyq9Arci9Pa+3tl26rrFy&#10;wqmtf8alq4XJn6qDy5mpg82UqIPOkKeEz4ymhdCJpobRhqWH0oSlitKBpY3SgKWP0oClj9KApY/S&#10;gKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0uzBCwz1whIk9sEaRPe9IWra&#10;tCmWzbwoqbu7Q7OutWG8qLFzwaWuf8WhrYTHm6yDyZarg8qRqoTLjqmEzIuphc2IqIbOhqiHzoOo&#10;ic6Bp4zPgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeN&#10;z9/ECQvyxRAj88QWQ/TBHGnewhWPwcAjrK+5TLamtGW9orJ1wKCwgMOdroTFl62ExpOthMePrITI&#10;jKuFyYmrhsqHq4bKhaqIyoOqicuBqovLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuA&#10;qozLgKqMy4CqjMuAqozLgKqMy9rFCArryQ0i7sgSQu/GFWjQ0gqHsb4vrqW4VLiftWi8nbN2v5ux&#10;f8GZsITClK+Ew5CvhcSNroXFiq6GxoithsaHrYfGha2Ix4OticeBrYvHgKyLx4Csi8eArIvHgKyL&#10;x4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx9XGCAnZzAog5c8NQNjVC1+91guI&#10;pcQ0ppy3WriZtWu7l7R3vZazf76VsoXAkbGFwY6xhcGLsIbCibCHwoiwh8OGsIjDha+Jw4OvisSC&#10;r4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxNLI&#10;CAfTzwod1dQLPcLZC2Or3hCDm84zmZTEU6aRvmevkLp0tJC3fbmRtYS8jrOGvoyyhr+KsofAiLKI&#10;wIaxiMGFsYnBhLGKwYKxi8GBsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzC&#10;gLGMwoCxjMKAsYzCgLGMws7KCAbO0QocxtcKQa/qDmGd5hx4kNoyiIvSTJSJy1+ciMZuo4jDeKiF&#10;wHyrg79/roC9gbB/vIOxfbyEsny7hrN7u4e0erqItHm6ibV4uYu1eLmMtni5jLZ4uYy2eLmMtni5&#10;jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtsnLCAbI0gkis98JQqD8FVqT8Chqi+Y5&#10;d4TfSYKB2FuLgNNpkXzQcZZ5zXaadst6nXTKfZ5yyX+gcciBoXDHg6Jvx4WjbsaGo23GiKRsxYql&#10;bMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpcTOBwq3&#10;2Qcmo/sOPZb/Hk6N+i9bhvI/Z4DrTnF75Vt5duBlgHHdbIRu2nKIa9l3i2nXeo1n1n6OZtWAj2XU&#10;gpBk1ISRY9OGkWLTiZJh0ouTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKM&#10;k2HSjJNh0oyTYdKMk/+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9&#10;vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iV&#10;crDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3yn&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe&#10;/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5&#10;gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+O&#10;wLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDF&#10;lX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64x&#10;Ov+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnH&#10;uICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21w5eFuMGXi7u/k4y9vo+OwLyM&#10;j8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xGAn/sSMe/64xOv+pPlntokt52Zpcl8iVcrDFlX21&#10;w5eFuMGXi7u/k4y9vo+OwLyMj8K7iZLEuoaUxbmDlsa5gZnHuICbyLh+nsm3faLKt3ynyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyv+xFwn/siIe/64wOv+p&#10;PVnso0p52JtbmMeVcrHFl3u1w5iDuMGZiru/lYu+vZGMwbuOjsO6ipDFuYeSx7iElcm3gpjKtoCb&#10;y7Z+nsy1faPMs3ynza98qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjL&#10;r3yoy/+yFwn/siEe/68vOv+qPFnspEl62JtamcaWcbLEmHi1wpmBucCbiLy+l4q/vJSLwrqQjcW5&#10;jI7Ht4iRybaFlMu1g5fNtIGazrR/n8+zfqTPrn2mzqt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9&#10;qMyrfajMq32ozKt9qMyrfajMq32ozP+yFgn/syEe/7AuOv+rO1nspEh615xZmsaXb7LEmXa2wpt/&#10;ucCch729monAu5aKw7mSi8a3jo3JtoqPzLSHks6zhJbQsoGa0bKAn9Kuf6PSqn+lz6Z/p82mf6fN&#10;pn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzf+zFgn/syAe/7AtOv+rOlns&#10;pUd61pxZmsaYbbLEmnS2wpx9ub+dhb29nIjBu5iJxbiUisi2kIvLtIyOzrOIkdGxhZXTsIOa1LCC&#10;oNWqgaLTpoGl0KOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4Gn&#10;zf+zFQj/tCAe/7EtOv+sOVnrpUZ71pxYm8aZa7LEnHK2wp17ub+fg768nojCupqIxreWicq1korN&#10;s46M0LGKj9Ovh5TWroWa2KuDn9emg6LUooOk0J+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2f&#10;g6bNn4OmzZ+Dps2fg6bNn4Omzf+0FQj/tB8e/7EsOv+sOVnrpkV71Z1Ym8eaabLEnXC2wp95ur+g&#10;gr68n4jCuZyIx7aYiMu0lInPsZCL06+MjtatiZPZrIeb26aGntmihaHVnoWk0ZyFps6chabOnIWm&#10;zpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzv+0FAj/tB8d/7EsOv+tOFnrpkV7&#10;1Z1XnMebZ7LEnm62wqB3ur+hgL67oYjDuJ6HyLWah82yl4jRsJOK1a2PjdmrjJPdqIqb3qKIntme&#10;iKHVm4ek0ZmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzv+0&#10;FAj/tR4d/7IrOv+tOFrrpkR71Z1XnMecZbLEn2y1wqF1ur6ifr+7o4fEuKCHybSdh86xmYjTrpaJ&#10;2KuTjNyokJLho46a356Mntqai6HVl4qk0ZaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabO&#10;lommzpaJps6WiabOlommzv+0FAj/tR4d/7IqOv+tN1rrp0N81Z5VncedY7LEoGq1wqNzur6kfL+7&#10;pIXEt6KHyrOfh9CwnYfVrJqJ26mYjOCll5PmnpSa35mRndqWj6DWlI2j0pOMpc+TjKXPk4ylz5OM&#10;pc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz/+1Ewj/tR4d/7MqOv+uNlrrp0N81Z9T&#10;nceeYLLFomi1wqVwur6mer+7poPFt6WHy7Oih9GvoIfXqp6J3KSbi+CdmY7jmpuZ4JWWnNuTk6DX&#10;kZGj05CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz/+1Ewj/&#10;th0d/7MpOv+uNlrrqEJ81aBRncefXrHFpGS1wqdtub6pd7+7qYHEtqiIy7Glh9GroofXpZ+I256d&#10;iN2Xm4vgkpuT35KcnNyPmJ/XjpWi042TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk&#10;0I2TpNCNk6TQjZOk0P+1Ewj/th0d/7QpOv+vNVrqqEF81aJOnMehWrHFpmC0wqppub+tc767rn3E&#10;tKqHy62lhtGnoobVoKCG2JmfhtuSnYndjZ2O3YyemNuMnp/Yi5qi1IqXpNGKl6TRipek0YqXpNGK&#10;l6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0f+2Egj/txwd/7QoOf+wNFrqqUB91aRJnMik&#10;VbDGqluzw69jt8CzbL22rnzFsKmHzKmmhtCjpIXUnKKE1pWhhdiPn4faip+L24efktqIoZzXiJ+h&#10;1IecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0f+2Egj/txsd&#10;/7UnOf+wM1rqqj591qhEm8moT6/HsFOyxbhZtbmzbb+xrX3GrKqGy6Wnhc+fpoTRmKSE05KjhNWM&#10;oobXiKGK14WhjteDopbWhKSf1ISio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSi&#10;o9GEoqPRhKKj0f+3EQf/uBoc/7YlOf+xMVrqqzx+16w7mcqtRK3JuUWuvbhZuLKyb8Csrn7GqKuF&#10;yqGphM2bp4PPlaaD0I+lhNKKpIbThqOI1IOjjNSBo5HUgKSZ04CmodGApqHRgKah0YCmodGApqHR&#10;gKah0YCmodGApqHRgKah0YCmodGApqHRgKah0f+4EAf/uRkc/7ckOf+zL1rprTl+2bQvlsy4MqnC&#10;vUCws7ZduqyxccGnrn7FpKyFyJ2rg8qXqYPMkqiEzo2nhM+Jp4bQhaaI0IKmi9GApo7RfqaU0H2n&#10;ms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz/+5Dwf/uhcc/7ki&#10;Of+1LVrsszB63cAfkMnDIai1uki0q7VivKayc8Cjr37DoK6Expmsg8iUq4TJj6qEyouqhcuIqYbM&#10;hamIzYKois2AqI3OfqiRzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18&#10;qZbNfKmWzfy7Dgf8vBUb/rsfOP+3KVrwvSR039MOhrnBKqqquU+2pLVlvKCydL+esX/Cm6+Ew5au&#10;hMWRrYTGja2Fx4qshsiHrIfJhauIyYKrisqAq4zKfquPynyrksp8q5LKfKuSynyrksp8q5LKfKuS&#10;ynyrksp8q5LKfKuSynyrksp8q5LKfKuSyvG9DAb5vhIa+r4bN/y6JVrnzhNoyNkLia3DMqehuFa4&#10;nbVou5uzdb6Zsn/AmLGEwZOwhcKPr4XDjK+GxImuhsWGrofFhK6IxoOtisaBrYvGf62Ox32tkMd9&#10;rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx9/ACAX1wg8Z9sIWNu7I&#10;FVDN3AxmtdoPiKLJNqCavlawl7dquZW1dryUtH6+lLOEv5CyhcCNsYbBirGGwYixh8KGsIjChLCJ&#10;woOwisOBsIvDgK+Nw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/D&#10;fq+Pw9nCBwXkxwsY78gQNNHaC0W66Q5opt4YgpjRN5WRyFOhj8JlqY6+cq6NvHuyjLqBtYm4greH&#10;uIS4hbeFuYO2hrqCtoe6gbWIu4C1ibt+tYq8fbSMvHy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0&#10;jb18tI29fLSNvXy0jb18tI29fLSNvdTEBwTWywkV09QLJ73iDEmp9BRlmeYleI7cOYaI1E+Qhs9g&#10;l4TMbZyDyXWgf8d4on3Ge6R6xX2mecSAp3fDgah2woOpdcKEqnTBhqtzwYercsCJrHG/i61xv4ut&#10;cb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+Lrc/GBwLQzQkSwNkJLKz3D0ib&#10;+h5cj+8xa4bnQnaA4lB+ft1fhXvZaYp31W6PdNNzknHRd5Rw0HqWbs99l23Of5lszYGZa82DmmrM&#10;hZtpzIecaMuJnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qM&#10;ncrICAHC0gcTruYJLZ3/FUGR/yhQh/o5XIHzSGZ87VRud+hedXHkZXpt4Wt+at9wgWjedYRm3HiF&#10;Zdt7h2Pafohi2oGJYdmDimDZhYpg2IeLXtiKjF7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e&#10;1o2NXtaNjV7WjY1e1o2NXtaNjcTKBwOx2gQVn/8NKJL/HTeJ/y5Dgv89Tnz9S1d3+FZfb/NdZWjw&#10;Ympk7WluYetvcV/pc3Nd6Hd1XOd7dlvmfnda5oB4WeWDeVjlhXpY5Ih6V+SLe1bjjnxW4458VuOO&#10;fFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfP+qHAX/qicX/6c2L/+iREr6nVJl&#10;6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8&#10;e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+q&#10;HAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSW&#10;v76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbD&#10;kY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdf&#10;ftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TC&#10;vHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qHAX/&#10;qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64wY6QusCKkry/h5S9voSWv76C&#10;mcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwv+qHAX/qicX/6c2L/+iREr6nVJl6pdfftyTbpPPknilxpKCtMSSibbDkY64&#10;wY6QusCKkry/h5S9voSWv76CmcC9gJvBvX6ewbx9ocK8e6TCvHqow7x5rcO4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwv+qGwX/qicX/6c1L/+jREr6nVFl6ZdeftuU&#10;bZTPknemxZKBtMSTiLbDko24wY+PusCLkby/iJO+voWWv72CmMG8gJvCvH6ewrx9ocO7e6TEu3qp&#10;xLp5rcS1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw/+rGwX/qyYX&#10;/6g0L/+kQ0r5nlBl6Zhdf9qVaZXNlHSoxZR+tMSVhrbClYy5wZGOu7+NkL2+iZK/vYaUwbyDl8O7&#10;gZrEun6dxbp9oca6e6XGuXqqxrV6rMaxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6&#10;rcSxeq3EsXqtxP+rGgX/qyUX/6k0L/+kQkr5n09m6JlcgNqWZpbMlXGpxZV8tMSWg7fCl4u6wJOM&#10;vL6Pjr+9i5DBvIeTw7qElsW5gZnGuX+dx7h9oci4fKbJtXqqybB7q8ese63FrHutxax7rcWse63F&#10;rHutxax7rcWse63FrHutxax7rcWse63FrHutxf+sGQX/rCQW/6kzL/+lQUr5n09m6JlbgdmYY5bM&#10;lm+qxZZ5tMOXgbfBmIm6v5WLvb6RjcC8jY/CuoiSxbmFlce4gpjJt3+dyrZ9osu2fKjLsHupyqx8&#10;qsiofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxf+sGQX/rCQW/6oy&#10;L/+lQUv5oE5n55pZgdmZYZfLl22rxZd3tMOZf7fBmoe7v5eKvr2TjMG7jo7EuYqQx7iGk8m2gpjL&#10;tX+dzbR+o86xfKbOrH2oy6h9qsmlfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMal&#10;fqzGpX6sxv+sGQX/rSMW/6oyL/+mQEv4oE1n55xXgdmaXpfLmGqsxZl0tMOafbfBm4W7vpmJv7yV&#10;isK6kIzFuIyPyLaHksu0g5fOs4Cd0LJ/pNGsfqXPqH6nzKR/qcmhgKzGoYCsxqGArMahgKzGoYCs&#10;xqGArMahgKzGoYCsxqGArMahgKzGoYCsxv+tGAX/rSMW/6sxL/+mP0v4oE1n551VgdmcXJfKmWis&#10;xZpytMOcerjAnIO7vpyJv7uXicO5k4vHt46Ny7SJkM6yhJbRsYGd06yAotOngKXQpICnzaCBqcqe&#10;gavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxv+tGAX/rSIW/6sxL/+n&#10;P0v4oUxn555TgdmdWZfKm2WsxZxvtMOdeLjAnoG8vZ6IwLuaiMS4lYnJtZCLzbKLj9GwhpXVroSe&#10;16eCodSjgqTRn4KnzZyDqcqag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vH&#10;moOrx/+tFwX/riIW/6swL/+nPkv4oUto559RgdmfVpfKnGKsxZ1stMOfdbjAoH68vaCHwbqdiMa3&#10;mIjLs5OJz7COjdStiZTZqIad2qKFodWehaTRm4WmzpmFqcqXhavHl4Wrx5eFq8eXhavHl4Wrx5eF&#10;q8eXhavHl4Wrx5eFq8eXhavHl4Wrx/+uFwT/riIW/6wwL/+nPkv4okto6KFPgdmgU5fKnl+sxp9p&#10;tMOhcrjAony8vaKEwbmgh8e1nIfNspeI0q6Ti9iqjpPfoouc3JyJoNaZiKPSl4imzpWIqcqUiKvH&#10;lIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx/+uFwT/riEW/6wvL/+oPUv4&#10;okpo6KJNgNmiUJfLoFysxqFls8OkbrfApXi8vKWCwrikh8i0oIfOsJ2I1auZit2ll5Pmm5Gb3ZaP&#10;oNeUjaPTkoymz5GLqMuQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqr&#10;yP+uFgT/ryEW/60vL/+oPEv3oklo6KRKgNmkTZbLolirxqRhs8SnarfAqXS8vKl+wrioh8izpofP&#10;rKKH16Sdid2amo3hlZqb3pGVn9iPk6LTjpCl0I6PqMyNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmN&#10;jqrJjY6qyY2OqsmNjqrJjY6qyf+vFgT/ryEW/60uL/+pPEv3o0lp6KZIf9qnSJXMpVOqx6hcssSs&#10;ZLbBrm67va94wLashMmup4fQpqOG1Z2ghtmTnYndjZ2U3Y2dn9iLmaHUi5ak0IqTp82KkanJipGp&#10;yYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyf+vFQT/sCAW/64uL/+pO0v3pEdp&#10;6ahEfturQ5TNqUypyK1UsMazXLPCt2a5t7B3wrCrhMmpp4bPoaSE05eihNaOoIfZiJ+P2oehmtiH&#10;oKHUh5uk0YeYps6HlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5Wpyv+w&#10;FQT/sCAV/64tL/+qOkv4pkRo6qtAfdyvPJLPr0KmyrVJrca8UrG5tWe7sLB4w6ushMmkqYTNnKaD&#10;0JOkhNOLo4bVhaKM1oKilNaDpJ3Ug6Kk0YOeps6EmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjL&#10;hJqoy4SaqMuEmqjLhJqoy/+wFAT/sR8V/68sLv+rOUv4qUBn6687e962M4/SujShzMI5qru6VbWw&#10;tGq9qrB5w6ethMefqoTLmKiDzZCnhNCJpYbShKSK04CkkNN/pZfSf6ag0H+lps6AoKjLgKCoy4Cg&#10;qMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy/+xEwT/sh4V/7ArLv+sN0z6rDtl7bU0&#10;eOK/KYnYzCCYvr89rrC4Wbips2y+pbB6wqKuhMWbrIPIlKqEyo6phMyIqIbOg6eJz4Cnjc9+p5PP&#10;fKiaznypos18p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy/+yEgT/&#10;sx0V/7EpLv+tNkz8sTVi8b0qcubNH4DIzCGbsbxFsqi3Xrmjs2++oLF7wZ6vhMOXroTGkayEx4yr&#10;hcmHqofKg6qJy4CqjMx9qZDMfKqVy3qqnMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeauk&#10;ynmrpMp5q6TKeaukyv+zEQT/tBsU/7MmLv+vM0z9uStd68ofadLfEX+5zCecp71MsaC3YrmdtHG9&#10;m7J8v5qxhMGUsITDj6+FxYquhsaGrYfHg6yJx4Csi8h+rI7IfKySyHusl8h5rZ7Hea2ex3mtnsd5&#10;rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex/+1EAP/thkU/7UkLf+0LEnyxR9U1t0SYsHf&#10;E4GszS6an8BPq5q4ZbeXtXK7lrR8vZWyg7+RsYXBjbGGwomwh8OGr4jDg6+JxIGvi8R/ro3Ffa6Q&#10;xXuulMV6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxP+3DgP/uBYT&#10;/7cgLfm/H0Hc2RFExOsSZrHfGIGg0DOVl8ZQo5PAY62Ru3Gzkbh7uJC2gruOtIW9i7OGv4iyh8CG&#10;sonAhLGKwYKxi8GAsY3BfrGPwnyxksJ7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXux&#10;lcF7sZXBe7GVwfS6CwP9uxIS/rsbLOXQDzLI6Q9KtPIVZ6LiIn2W1jeNj85PmIzIYaCKxG6misF4&#10;qoe/fa2EvoCwgbyCsX+7hLN9u4W0e7qHtXq5ibV5uYu2d7mNtna4j7d0uJO3dLiTt3S4k7d0uJO3&#10;dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt9y+BgL4wA4R7sgOIsvbCy62+BFMpfUdY5foLHWN&#10;3z2Bh9hQi4PTYJKCz2yXf81zm3zLd515yXqgd8h9oXXHf6NzxoKkcsWEpXDFhqVvxIimbsSKp23D&#10;jadrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqNfABgHbxggOy9MK&#10;FbjoDDKm/xVKmPomXI3wN2mF6UZ0f+RTe3zfYIF43GiFdNptiXDYcYtu1nWNbNV4j2rUe5Bp036R&#10;Z9OAkmbSg5Nl0oWUZNGHlGPQipVi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi&#10;0I6WYtCOltHCBgHNywkFutoHGaj+DjGZ/x1Djv8vUYX6P1x+9E1kefBYanPsX29t6mNzaedpdmfl&#10;bnll5HJ7Y+N2fWLieX5g4Xx/X+B+gF7fgYFd34OCXN6Gg1vdiYRa3Y2FWt2NhVrdjYVa3Y2FWt2N&#10;hVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhcvEBgC70QYHqecGGpr/EyuO/yQ5hf82RH7/RE15/1FV&#10;cftXW2v3XWBl9GJkYvJoZ1/wbWpd73FsW+11bVrteG9Z7HtwWOt+cVfqgXJW6oRyVemHc1TpinRT&#10;6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdbzJBQCr2wEImv8LFo//&#10;GSOF/ystfv85N3j/RkBw/05Haf9UTWL/WlJe/mFWWvxmWVj7a1tV+XBdVPh0XlL3eF9R93tgUPZ+&#10;YU/1gWJP9YRjTvSHZE30i2VM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85Bm&#10;TPOQZv+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbD&#10;hZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+&#10;l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/&#10;l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7&#10;pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0&#10;u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GNh6LMjI2qx4qRscSIlLbDhZa4&#10;woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u/+gGAP/oiwQ/6A7Jf+cSTz/l1dT+JJkZ+yQbHnij3WJ2Y5+l9GN&#10;h6LMjI2qx4qRscSIlLbDhZa4woOZucKBm7nBf566wX2hu8F7pLvAeqe7wHmqvMB4rrzAd7S7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u/+hGAP/oysQ/6A6Jf+cSDz/l1ZT&#10;+JNjaOySaXrhkXOK2I98mNCOhKTKjoytxo2QtMSKk7fDhpW4woSYucGBm7rBf527wH2gvMB7pLzA&#10;eqe9wHmsvcB4sL29eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvP+h&#10;GAP/oyoQ/6E5Jf+dSD3/mFVU95RhaeuUZnvgkm+M1pF4ms6QgqbIj4mwxI+PtsOLkbfCiJS5wYSX&#10;usCCmrzAf529v32gvr97pL6+eqi/vnitv714sb64eLK+tHmzvbR5s720ebO9tHmzvbR5s720ebO9&#10;tHmzvbR5s720ebO9tHmzvf+iGAP/pCkQ/6E4Jf+dRz3/mVVU95ZeaeuVY3vglGyN1ZJ1nM2Rf6jH&#10;kYeyxJGOtsONkLjBiZO6wIaWvL+Cmb2/f5y+vn2gv717pcC9earAvXiwwLh5sMC0ebG/r3qyva96&#10;sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyvf+jGAP/pCkQ/6I4Jf+eRj3/mVRV95dc&#10;aeuXYHzflmmN1ZNyncySfKrFkoW0xJKMtsKPj7nBi5K7wIeVvb6DmL+9gJzAvX2gwbx7pcK8eavC&#10;uXmvwrR5r8GwerDArHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvv+jGAL/&#10;pSgQ/6I3Jf+fRj3/mlNV95laaeuZXnzfl2WO1JVvncuUeavFk4K0xJSKt8KRjrnAjJC8v4iTvr2E&#10;l8C8gJvCu32gw7t7psS6eq3FtHquxK96r8Kse7DAqHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyx&#10;v6h8sb+ofLG/qHyxv/+kGAL/pSgQ/6M2Jf+fRT3/mlNV95pXaeubW3zfmWKO1JdrnsuVdqzFlIC0&#10;w5WIt8GTjbrAjo+9vomSwLyFlcK7gZrEuX2gxrl7qMe0eqvHr3utxat7rsOnfK/BpH2xv6R9sb+k&#10;fbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv/+kGAL/picQ/6M2Jf+gRD3/m1JW95xVaeuc&#10;WHzfm16O1JlnnsqXc6zFlny0w5eFt8GWi7u/kY2+vYuQwbuGlMS5gZnHt36gybZ8qcque6rIqnys&#10;xqZ9rcSjfq/BoH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv/+lGAL/piYP&#10;/6Q1Jf+gRD3/nFFW955TaeueVXvfnlqN1JtknsqZb6zFmHm0w5mCuMGZiru+lIy/vI6Ow7mIkse3&#10;gpjLtX6hza98p82pfanKpX6rx6J/rcSff6/CnYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52A&#10;sb+dgLG/nYCxv/+mGAL/pyYP/6Q1Jf+gQz7/nVBV959RaOugU3vgoFeN1J5fnsqba6zFm3W0w5t+&#10;uMCbh7y9l4rAupGMxbeKkMq0hJfPsoCj0qh/pc+jgKjLoICrx52BrcWbga/CmYKxv5mCsb+ZgrG/&#10;mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv/+mGAL/pyUP/6U0Jf+hQz7/nk5V+KFOaOyiUHrg&#10;o1KM1aFbncueZqzGnXG0w556uMCehLy8m4jCuZWKx7WNjc6whpbUqYKg1qGCpNCdgqjLmoOqyJmD&#10;rcWXhK/CloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwP+mGAL/pyUP/6U0&#10;Jf+hQj7/n0xV+KJMZ+ylTXnhpk6L1aRWnMyhYarGoWyzw6J2t8CigL28oIfDt5qIyrKTitKsi5Tb&#10;oIef2JqGpNGXhqfMlYaqyJSHrMWTh67DkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCS&#10;h7DAkoewwP+nGAL/qCQP/6YzJf+iQj7/oEpU+aRKZu2nSnjiqUuK1qhRms2mW6nHpWWyxKdwtsCn&#10;ery8poPDtqKHy6+diNall5Xml4+e2pONo9KRi6fNkIuqyZCKrMaPiq7Dj4mwwY+JsMGPibDBj4mw&#10;wY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwf+nGAL/qCQP/6YzJf+iQT7/okhU+aZHZu6qR3fjrUeI&#10;2a1LmM+sVKbIrF6vxq9os8Kxc7m+sn3AsqqHy6WihtWUnIvej5qd2o2VotOMkqbOi5CpyouOq8eL&#10;ja3EjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwf+oGAL/qSQP/6cyJf+j&#10;QT7/pEZT+qlEZO+tQ3XksUKF27RElNK1SqHLt1Oryr5frb23briysHzCqaqGy5ylhNKNoIfYhqCX&#10;2YeeotOHmKXPh5Woy4eTqsiIka3FiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/C&#10;iJCvwv+oGAL/qSMP/6cyJf+jQD7/pkNS+6tBY/CxP3Pntz2C3r47j9bEP5rMxUqmvLxdsrG1b7uq&#10;sH3Do6uEyZang86KpIbTgaOQ1YGln9KCoaXPgpyozIOZqsmElqzGhZSuw4WUrsOFlK7DhZSuw4WU&#10;rsOFlK7DhZSuw4WUrsOFlK7DhZSuw/+pGAL/qiMP/6gxJf+kPz7/qEBR/K88YfO2OXDqvzd948o1&#10;h9TRN5W+wkupsLlgtai0cL2jsH7Cna2Ex5KqhMuIp4bOgKaN0H2nmNB9qKTOfqSoy3+fqsmAm6vG&#10;gZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxP+qFwL/qiIP/6gwJf+lPj7/&#10;qztP/7Q3Xfa9M2rryjF13NopgsTOOJmywU+rp7hjt6G0c7yesX/BmK+ExI+shMiHqofKgKmMzHyp&#10;k8x6qpzLeaumynqnqsh8oqvHfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6t&#10;xP+qFgL/qyEO/6kuJf+nPD7/sDZM/LowWe/ILGLe2Sdty9wmhrbMPJuowVSrn7lmtpu1dLyZsn+/&#10;lbCEwo2vhcSGrYfGgayLyH2skMh7rJjIea2fx3etp8d3qqzGeaWtxHmlrcR5pa3EeaWtxHmlrcR5&#10;pa3EeaWtxHmlrcR5pa3EeaWtxP+rFQL/rCAO/6stJP+rNjv/ti9I88QoUeDWJlbM5CJxu9ooiKrM&#10;QZufw1epmbxpspa3drmUtIC9kbKFwIuxhsGGsIjDga+LxH6uj8V7rpTFeq+axHivoMR1r6fEdK2u&#10;w3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw/+sFAL/rR8O/6wrJP+wLzf6vyVB&#10;5NEgRc7kHVu96SJ0rdosiZ/ORZmXxlqkk8BqrZG7drOQuH+3jbaEu4m0hr2Fsoi/grGLwX+xjsF8&#10;sZLCerGWwXmxm8F4sqHAdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwf+u&#10;EgH/rx0N/64oJP+4JDHqyxo10OIXQ7/wHV6v6CV1oNsxh5bRSJSQylyejcVqpYvBdqqJvn2vhbyA&#10;soK6g7R+uYa2fLiJt3m3jLh3t4+5draTunW2l7p0tp26c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5&#10;c7ekuXO3pLlzt6S5c7ekuf+wEAH/sRoN/7ElI/PEFyfU3xArwe8XSLD3IGCh6itzld85go3XTI2I&#10;0V2Vhsxqm4TJdKCAxnmkfcR9pnrCgKl3wYOqdcCGrHO/iq1xv42ub76Qr26+lK9svpmva76gr2u+&#10;oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr/+zDgH/tBYM/LwXGtbWCxbD7RAwsvwZ&#10;SqL5JV6W7TNujOVBeoXeT4OB2V6Kf9Vqj3rScJN2z3WXc855mXHMfZtvy4CdbcqEnmvJh59pyYqg&#10;aMiOoWfHkqJlx5aiZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco/S2CgH/&#10;uBIL1cwKC8TbChmy/BEzo/8dSJb8LFiM8ztlhOxJb37nVXZ642B8dd9ngXHdbYRt23KHatl2iWjY&#10;eotm132NZNaBjmPVhI9h1IiQYNOLkV/Tj5Je0pSSXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZ&#10;k1zSmZNc0pmTXNKZk9y7BADYwwcExNEIB7PoChyj/xQxlv8kQ4z/NFCE+0JaffZPYnjxWmhx7l9t&#10;a+tkcWfpaXRk5252YuZzeGDld3lf5Hp7XeN+fFzigX1b4oV+WuGIf1ngi4BX4JCAVt+VgVbflYFW&#10;35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgdS9BQDEyAcAtNkFCqP+DRyW/xosi/8rOoP/&#10;OkR8/0hNdf9SU279V1hn+l1cY/diX2D2Z2Jd9GtkW/NvZVnyc2dX8XdoVvF6aVXwfWpU74BrU++E&#10;a1Luh2xQ7ottT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2QbsbABQC00AQB&#10;o+MCCpb/EBiL/yAkgv8wL3r/Pzdy/0g+av9OQ2T/VEhe/1lMW/9fT1j/ZFJV/2lUU/9tVVL+cVdQ&#10;/XRYT/x4WU77e1pN+39bTPqDXEv5hl1J+YteSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4&#10;kF9I+JBfSPiQX7XHAgCk2gABlv8GB4r/FBGB/yQaef8zInD/Oypo/0IxYf9KNlz/UTtX/1c/U/9d&#10;QlD/YkRO/2dGTP9sSEr/cElJ/3RKSP93S0b/e0xF/39NRP+DTkP/h05C/4tPQf+RUEH/kVBB/5FQ&#10;Qf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUP+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2Py&#10;inJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8tw&#10;tqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7&#10;HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKm&#10;zXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrE&#10;ccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx6oh8feOGhIfegoqP2n+PltZ9&#10;lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvLb7yryHDAq8RxwKrEccCqxHHA&#10;qsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+REgH/lScL/5U7HP+TSy//j1lD/4xkVPuMa2PyinJx&#10;6oh8feOGhIfegoqP2n+PltZ9lJvTepif0XicotB3n6TOdaKmzXSmqM1yqanMca2qzHCyq8twtqvL&#10;b7yryHDAq8RxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqv+SEgH/licK/5Y7HP+U&#10;SzD/kFlD/49jVPqOaWTxjXBy6Yt6fuKJgonchYmS2IKOmdR/k57RfZeiz3ubps15nqjMd6Kqy3al&#10;rMp0qa3Jc62uyXKyr8lxt6/IcbyvwnO9rr50va++dL2vvnS9r750va++dL2vvnS9r750va++dL2v&#10;vnS9r/+TEgH/lycK/5g7HP+VSzD/kVlE/5FgVfqQZmTwj21z6I13gOGMgIvbiIeU1YWNnNKCkaHP&#10;f5amzH2Zqct7nazJeaGuyHelsMd2qbHGda2yxnSys8ZzubPCdbqzvHW6s7h2urO4drqzuHa6s7h2&#10;urO4drqzuHa6s7h2urO4drqzuHa6s/+UEQH/mCcK/5k7HP+WSzD/kllE/5JeVfqSZGXwkWp0549z&#10;geCOfYzZi4WW1IiLntCFkKTNgpSpyn+Yrch9nLDHe6CyxnmktMV4qLXEdq62xHW0tsF2t7a8d7e2&#10;t3e3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3tv+VEQH/mScK/5k7HP+XSjD/&#10;k1hE/5RcVfqUYWXwk2d055Fwgt+Peo7YjYOY0ouKoM6Hj6fLhJOsyIGXsMZ/m7PEfZ+1w3ukt8J5&#10;qbnCd6+5wna1ubx4tri4eLa4s3i2t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3&#10;t/+WEQH/micK/5o7HP+XSjH/lFVE/5ZZVfqWXmXwlWR055Nsgt6Rdo7Yj3+Z0Y2Ios2KjqnJh5Ku&#10;xoSWs8SBmrbCfp+5wnukusF5qrrBd7G6vXi1urd4tbmzebW5r3m2uKx6tresera3rHq2t6x6tres&#10;era3rHq2t6x6tresera3rHq2t/+XEQH/myYK/5s7HP+YSTH/llNE/5hXVfqYW2Xwl2F055Zogt6T&#10;co/WkXua0I+Eo8uNjKvHipGxxIaVtsODmbjBf566wXuku8B5q7y/d7O8uHizu7J5tLuuebW6q3q1&#10;uah7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uP+XEQH/myYK/5w6HP+YSTH/mFFE&#10;/5pUVPqbWGTwml1055hjgt6WbY/Wk3ea0JGApMqPiazGjY+zw4mUt8KEmLrAf568v3ulvr95rr65&#10;eLK+snmyva16s7ype7S6pnu1uaR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uP+Y&#10;EQH/nCYK/5w5HP+ZSDH/mU9E/5xSVPudVWPxnVpz55tfgd6ZaY/WlnKaz5N8pcqRha3FkI20w4uS&#10;uMGFlru/gJ2+vXulwbt5r8GyerDArHuxvqh7s72lfLS7on21uaB9trigfba4oH22uKB9trigfba4&#10;oH22uKB9trigfba4oH22uP+ZEQH/nSYK/505HP+ZRzH/m01D/55PU/ufUmPxoFZy6J9bgN+dZI7X&#10;mm2a0Jd3pMqUga3Fkoq1wo6Qub+Hlb29gJzBu3unxLN6rcSre6/Cpnyxv6N9sr2gfrS7nn+1uZx/&#10;tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uP+ZEQH/niYK/504HP+aRzH/nEtC/6BN&#10;UvyiUGLyo1Nx6aNXf+ChXozYnmeY0Jtxo8qYe63FlYW0wpKNur6Kkr+6gZvFt3ypyat8q8ekfa7D&#10;oH6wwJ1/sr2bgLO7mYG1upiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uP+aEQH/&#10;niYK/544HP+aRjL/nklC/6JKUf2kTWDzplBv6qdUfeGmWIrapGKW0qFrocuddavGmoCzwpiKuryO&#10;j8K2g5nLrH2mzqJ/qsmdgK3EmoGwwJiCsr6Xg7O8lYO1upSDtriUg7a4lIO2uJSDtriUg7a4lIO2&#10;uJSDtriUg7a4lIO2uP+aEQH/nyYK/543HP+bRjL/n0dB/6RIUP6nSl/0qUxt66tQe+OsVIfcq1yT&#10;1Kllnc6mb6fIo3qww5+EuLuWi8SwjJnOoIOk0ZmEqcqWha3FlIWvwZOFsb6ShbO8kYW0upGFtbmR&#10;hbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uf+bEQH/nyYK/583HP+bRTL/oUVA/6ZGT/+q&#10;R132rUlr7bBMeOazT4PftFWO2bVfl9O1aaDOtXanwat8trCfhcShlZLOlI6j0pCLqMuPiqzGjoqv&#10;wo6Jsb+OibK9joi0u46ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uf+bEQH/oCYK&#10;/582HP+cRDH/o0M//6hDTv+tRFv4sUVo8LZIdOm7TH7jwFGH38ZbjtbIa5TGvXGmtbN4taWogcOU&#10;n43NiZyi0oeUp8yIkavHiY+uw4mOsMCJjbK+ioyzvIqLtLqKi7S6iou0uoqLtLqKi7S6iou0uoqL&#10;tLqKi7S6iou0uv+cEAH/oSYK/6A2HP+eQjH/pUA+/6tATP+xQFn6t0Fk871Eb+7FSXflzlJ83dZi&#10;f8zOaJK8xW6kq7t2tJqxf8GKqorLf6edz4CfqMyCmavHg5WtxISTr8GFkbG/ho+zvYeOtLuHjrS7&#10;h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u/+dEAH/oiYK/6A1HP+gPzD/pz09/648Sv+1PFX6&#10;vT1g8MZCZ+bRSmze3k52zdpXh77QYpauxW6lobx5spW0g72GrYjGe6qUynirqMl7oqvHfpytxICZ&#10;r8KBlrDAgpSyvoOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvP+eEAH/oiYK/6E0&#10;HP+iPC7/qjo7/7I4R/y7N1HyxTpY5tFBXNveQmnN4kZ8vtdRjK7MX5uhw22omLx5spG1hLuFsYnC&#10;fK6RxXiun8V1razFeKWuxHqgr8J8nLDAfpmxvn+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/&#10;lrK9f5ayvf+eEAH/oyUJ/6I0HP+lOS3/rjU4/7gzQvTDM0rn0DhO2d45WsvmPW6+4EKArtRQkKHL&#10;X52Yw22okb15sYu4g7iDtIi9fbGQwXmxmsF1saXBcq+vwnWor8F3o7DAeZ+xv3ucsr17nLK9e5yy&#10;vXucsr17nLK9e5yyvXucsr17nLK9e5yyvf+gEAH/pCQJ/6MyHP+oNCv/sy80+b8tPOnNL0DZ3i9K&#10;yuc0X73qOnOv3kGDodNRkZfLYJ2QxG6mjL96rYa7gbN/uIe4eraNu3e1lbx1tZ+8crSovW6zsr5x&#10;rLK+dKeyvnajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvf+hEAH/pSMJ/6QxHP+t&#10;Lif/uSkv7sgmM9rcJjfK5yxPvfIyY6/oOXWh3UKEltRTkI/NYpqKx3CihsN6qIC/gK17vYWxdruL&#10;tHO5krVxuZq2cLmjtW25q7ZquLS4a7K2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4&#10;bqy2uP+jEAH/pyIJ/6UvG/+zJyL0wiEm3dgdJMvnIzy98ipTr/MyZqHnO3aV3kaDjdZWjYfQZJaE&#10;y3Gcf8h4oXrFfqV2woOpcsGJq2+/j61sv5aua76drmq/pq5ov66uZb24sGW5u7BlubuwZbm7sGW5&#10;u7BlubuwZbm7sGW5u7BlubuwZbm7sP+lEAH/qCAI/6wmF/y7HRrj0RMZzOUZKb3yIkGv/SpVofM0&#10;ZpbpP3SM4Ut/hdtZiIDVZo980W+Ud852mXPLfJxwyYGfbciHoWrHjKNoxpKkZsWZpWTFoKVkxail&#10;Y8aypGDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pv+oEAD/qh4I/7MdEezJDg/O&#10;4w4VvvIYLa/+IkOh/y1VlvQ5ZIzsRW+E5VF5fuBcgHncZ4Z02W6KcNZ0jmzTeZFp0n+TZ9CElWTP&#10;ipdizo+YYM2VmV/NnJpezaKbXc2rm1zNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20&#10;mv+rDwD/rRoH8sANCM7TCga+8A4ar/4ZMKH/JEOV/zJSi/g/XoPxS2h97FZwd+hfdnHkZXps4Wx+&#10;ad9ygWbdeIRj3H2GYduCiF/ah4ld2YyLW9iSjFnXmI1Y1p6NV9aljlbVrI5W1ayOVtWsjlbVrI5W&#10;1ayOVtWsjlbVrI5W1ayOVtWsjv+vDQD/tw4DzckIAb7YCQmu/RAcof8cL5X/KT+L/zdMgv5FVnz5&#10;UF519FlkbvFfaWjuZG1k62pwYepwc1/odXVd53p3W+Z/eFnlhHlY5Il7VuOOfFXik31U4ph+UuGe&#10;flHhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf/G0CADOwAYAvc4HAa7gBwug/xIc&#10;lP8gK4r/LziB/z1Dev9JS3P/UlFs/ldXZftdW2H5Y15e92hgW/VtYlj0cmRW83dmVfJ7Z1PxgGhR&#10;8IRpUPCJak/vjmtO7pNsTO6ZbUvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbtG5&#10;AwC8xQUArdYDAZ/4CwuT/xYYif8kJID/NC95/0E3cP9IPmj/T0Ni/1VHXf9aS1n/YE1W/2VQU/9q&#10;UVH/blNP/3JUTv92VUz+e1ZL/X9XSf2EWEj8iFlH+41aRvuTW0X6mFxF+phcRfqYXEX6mFxF+phc&#10;RfqYXEX6mFxF+phcRfqYXL29AwCtzQEAnt8AAZL/DQiH/xkSfv8pG3X/NSNs/zwqZP9DL17/SjRY&#10;/1A3VP9WOlH/WzxO/2A+S/9kQEr/aEFI/2xCRv9wQ0X/dERE/3hFQv99RkH/gUdA/4ZIP/+MST3/&#10;kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSq7FAACe1wAAj/UAAYb/DwR8/xsLcf8k&#10;EWf/LBdf/zUcWf89IVT/RSZP/0spTP9SLEj/Vy9G/10wRP9hMkL/ZjNA/2o1P/9uNj3/czc8/3c4&#10;O/98OTr/gTo4/4Y6N/+MOzb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPP+DEwH/&#10;hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFs&#10;oovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjS&#10;kc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+BZlD/f25c+Xx3ZvN6gG/ud4h3&#10;6nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6kdxlwZLcZcmS22XQktJn0pHO&#10;aNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+DEwH/hCIG/4U1FP+DRiT/f1U0/4FeQv+B&#10;ZlD/f25c+Xx3ZvN6gG/ud4h36nWPfedylYLkcJqF426eiOFsoovga6eN32mrjt5or5DdZ7SR3Wa6&#10;kdxlwZLcZcmS22XQktJn0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkf+EEwH/hSIG&#10;/4Y1FP+ERiT/gFU0/4RdQ/+FZVD/g21d+IB1aPJ9fnHseoZ56HeNf+V1k4XicpiJ4HCdjN9uoo7d&#10;bKaQ3Gurkttpr5TaaLWV2me7ldpmw5baZsyW02jPlsxpz5XIas+WyGrPlshqz5bIas+WyGrPlshq&#10;z5bIas+WyGrPlv+FEgH/hyIG/4c1FP+FRiT/hFQ1/4hcQ/+IZFH+h2te94NyafGAfHPrfYV753qM&#10;guN3kofgdJeM3nKcj9xwoZLbbqaU2WyqltlqsJjYabaZ12i9mddoxprTaMyazGrMmcZrzJrCbMya&#10;wmzMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmv+GEgH/iCEG/4g1FP+GRiX/h1M1/4tbQ/+MYlH+&#10;impe9odxavCEenTqgIN95X2KhOJ6kIredpaP3HSbktpxoJXYb6WY1m2rmtVrsJvVarec1Gm/ndRp&#10;yZ3Ma8qdxmzJncBtyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnf+HEgH/iSEG/4o1&#10;FP+IRiX/ilI1/45aQ/+PYVH+jmhe9otvau+HeHXphIF+5ICIhuB8j4zdeZSR2naaldhzn5nVcKWb&#10;1G6qntNtsZ/Sa7ig0mvCoc1sx6HGbsehwG7Hobtvx6G4cMehuHDHobhwx6G4cMehuHDHobhwx6G4&#10;cMehuHDHof+IEQH/iiEG/4s1FP+JRiX/jVE1/5JYQ/+SXlH+kGVe9o5sa++LdXboh36A44SGiN5/&#10;jY/be5OU2HiZmdV1npzTcqSf0XCqotBusqPQbbqkzmzEpcZvxKS/cMSlunHEpbVxxKWycsSksnLE&#10;pLJyxKSycsSksnLEpLJyxKSycsSksnLEpP+JEQH/iyEG/4w0FP+KRiX/kE80/5RWQ/+UW1H+k2Fe&#10;9pFoa+6OcHboi3uA4oeDid2DipHZfpGX1XqXnNN3naDQdKSjz3Gqps5vs6fNbr2ox3DCqL5xwam4&#10;csGptHPBqa90wqitdMKnrXTCp610wqetdMKnrXTCp610wqetdMKnrXTCp/+KEQH/jCEG/400FP+L&#10;Rib/k040/5ZTQv+XWFD+ll5e9pRkau6SbHbnj3aB4YyAityHiJLYgo+Z032Vn9B5nKPOdaOnzHKr&#10;qstwtKvIcL+sv3O+rLd0vq2ydb6srna/rKp2v6uod8CqqHfAqqh3wKqod8CqqHfAqqh3wKqod8Cq&#10;qHfAqv+LEQH/jSAG/440FP+NRSb/lk0z/5lQQf+aVU//mlpd95hgae+VaHXoknCA4Y97ityLhJPW&#10;hoya0oCToc57mqbMd6KqynSrrshyuK/AdLyvt3W8sLB2vLCrd7yvqHi9r6V5vq2jeb6to3m+raN5&#10;vq2jeb6to3m+raN5vq2jeb6to3m+rf+LEAH/jiAG/480FP+PRCX/mEoz/5tNQP+dUU7/nVdb+Jxc&#10;aPCaY3Tol2p/4pN1ityPgJPWiomb0YSQo81+mKnJeaKux3WtscR0urO3drmzr3i5s6p5urOmerqy&#10;o3u7saB7vLCffL2un3y9rp98va6ffL2un3y9rp98va6ffL2un3y9rv+MEAH/jyAG/5A0FP+SQyX/&#10;mkgy/51KP/+fTk3/oFNa+aBYZvGfX3LqnGV945hviNyTepLWj4Sb0IiNo8uBlqvHe6GxxXawtbp3&#10;t7avebe2qHq4tqN8uLT/4v/iSUNDX1BST0ZJTEUABQmgfLmznn26spx+u7Gbfrywm368sJt+vLCb&#10;frywm368sJt+vLCbfrywm368sP+NEAH/jyAG/5E0FP+UQyT/m0Yx/6BIPv+iS0v/pFBY+qRVZPOk&#10;WnDromF75J9phd6ac5DXlX6Z0I6Io8qFk6zEfaC0vXiwua95tbmme7a4oX23tp1+uLWbf7m0mX+6&#10;s5iAurKXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sf+NEAH/kCAG/5E0FP+XQiT/nUMw&#10;/6JFPf+lSEn/qExV/KlRYfWqV2zuqV1356hjgeGkbYvWnnmWy5WDosCLjq22g5q2rn6qu6R8s7ye&#10;frW6moC3t5iBuLWWgbm0lYK6s5SCurKTgruxk4K7sZOCu7GTgruxk4K7sZOCu7GTgruxk4K7sf+O&#10;EAH/kSAG/5I0FP+ZQSP/n0Ev/6RCO/+oRUf/rElT/q5OXvWwU2jsslpy5LNhe9uvboTMpnaUwJx+&#10;orSSiK6pipS3oIWkvZmCsb6Vg7S7k4S2uJKEuLaRhLm0kIS5s5CEurKQhLqykIS6spCEurKQhLqy&#10;kIS6spCEurKQhLqykIS6sv+PDwH/kiAG/5M0FP+aPyL/oT8u/6dAOv+sQkX/sEZQ+bNLWvC3UmPo&#10;u1lr371kctG2bILErHOTtqN6oaqZg66ekpC3lI2fvo6Lsb+MibO8jIm1uYyIt7aMiLi1jIe5tIyH&#10;urOMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qyjIe6sv+PDwH/kh8G/5Q0FP+cPSH/ozwt/6o9&#10;OP+vQEL/tERM9bpJVey/UVzkxlph2MVib8m8aYG7snCSrap3oKChgK2Tm4u3iZabvYOVr7+EkbO8&#10;ho61uYeNtreHjLe2iIu4tYmKubSJirqyiYq6somKurKJirqyiYq6somKurKJirqyiYq6sv+QDwH/&#10;kx8G/5U0Ff+eOyD/pTkr/6w6Nf+zPT/7ukJH8cFITujJUVLf0VtZz8pgbcHCZ4CyuW2QpLF0n5eq&#10;fauKpIi1f6CXu3ifrL58mrO8f5W0uoGStriDkLe3hI+4tYSNubOFjbqyhY26soWNurKFjbqyhY26&#10;soWNurKFjbqyhY26sv+RDgH/lB8G/5YzFf+gOB//qDYp/7A4Mv+4Ojv2wD9B7MpHRePWVEXW2VdY&#10;x9Bea7jIZH6qwWuOnLpynI60eqiAroWydquUuG+rqbpypbW6d521uXqZtrd9lre2fpO5tH+RurKA&#10;kLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sf+SDgH/lR8G/5czFf+iNR7/qzMn/7Q0L/m+&#10;NjXtyT044tZIONngTUXN31ZWv9hcabDQYnuhyWiLk8NvmYW+d6R4uoOtbriTs2i4qLZpsri2b6e3&#10;tnOhuLV2nLm0eJm6s3qWu7F7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7lbywe5W8sP+TDgH/lh8F&#10;/5kzFP+lMBz/rzAj/bovKfDGMi3j1Dss1uBAOsvlSEzA4U5cs91WbKXYXXqY0mWIis5tlH3Jdp9z&#10;xIOnbMCRrGe+oa9lvravZrS7sWuru7FupbuxcaC8sHOdva90mr2udJq9rnSava50mr2udJq9rnSa&#10;va50mr2udJq9rv+UDgH/mB4F/50xEv+pLRn/tCoe9cIpIuTRLSHV4DMsyeg8P77oQ1Gx5UlhpOJP&#10;cJffVn2K2mCIgNNrknjNd5pwyIKhasWOpWbDm6hlw6ynYcK9qmO4v6tmsL+saaq/rGylv6ttosCq&#10;baLAqm2iwKptosCqbaLAqm2iwKptosCqbaLAqv+VDQD/mh4F/6IsEP+tKBX7uyMY6M0gF9XfJR3I&#10;6DAxvO85RLDsQFWj6kZkl+hNcYvjVX2B3GGGedVsjnLRd5VszYGaZ8qLnmTIlqBhyKOhYMizoV3H&#10;w6NfvsSlYbbDpWSww6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpf+XDQD/nB4F/6Ym&#10;Df+0IA/vxhcP1t0WDsjpIyK78y42r/Q2SKLyPliX8UZli+tPcIHlWHp632SCc9ptiG3Wdo1o03+S&#10;ZNCIlWDPkphezp2ZXM2pmlvOuZlZzciaWsXKnFy9yZ1euMmeXrjJnl64yZ5euMmeXrjJnl64yZ5e&#10;uMmeXrjJnv+aDAD/nx0F/6wfCPi+EwjY1gsEyOgVE7r0Iieu+i05ovo2Spb6P1iL9Uhjgu5SbXro&#10;XHVy5GR7beBtgGjddYVk2n6IYNiGi13Wj41a1ZiPWNSikFfUrpFW1LyQVtTNkFbN0ZJXyNGTV8jR&#10;k1fI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk/+cCwD/ox0E/7USA9TJCgLI2gsGufQWF6z/Iyqh/y47&#10;lf84SYv/QlWC+ExfevJWZ3PuXm1r6mRyZudsd2LkdHpf4nx9XOGDf1rfi4JX3pODVd2chVTcpYZS&#10;3K+GUty7hlHczIVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahf+gCgD/rRMB1MAIAMbO&#10;CAC54wsIq/8XGZ//JCqU/zA5iv86RYH/Rk96/VFYcvhYXmv1XmNl8mVoYO9sa13tcm5a63lwV+qA&#10;clXph3RT5492UeaWd1DmnnhO5ad5TeWvek3ku3pM5MV6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6&#10;TOTFev+kBwDYuAQAxMQGALfTBwGq8w0Lnv8aGpP/JyiJ/zM1gP8/P3n/Skdw/1FOaf9XU2L9XVde&#10;+2RbWvlqXlf3cGBU9nZiUvR8ZFDzg2VO8opnTPGRaEvwmGlK8J9qSe+na0jvsGxH7rdsR+63bEfu&#10;t2xH7rdsR+63bEfut2xH7rdsR+63bN2vAADFvAQAtcoEAKjbBQKc/xALkf8dF4f/KiN+/zYtdv9B&#10;Nm3/SDxm/09CYP9VRlv/W0pX/2FMU/9nT1H/bVFO/3JSTP94VEr/flVI/oRWR/2LWEX8kllE+5ha&#10;Q/ufW0L6p1xB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXMi2AQC1wQMAp9EBAJnrBQKP&#10;/xIJhf8gEnz/LBtz/zUjav89KmL/RDBc/0s0V/9SOFP/WDtP/149TP9jP0r/aEBH/21CRf9yQ0T/&#10;d0RC/31FQP+DRj//ikg9/5BJPP+XSTv/nko7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLO/+j&#10;S7a6AgCmygAAmNwAAIz/CAGD/xQFeP8eDG7/JhJl/y8ZXf83Hlf/PyJS/0YmTf9MKEr/UitG/1gt&#10;RP9dLkL/YS9A/2YxPv9rMjz/cDM6/3U0Of96NTf/gDY2/4Y3Nf+MODP/lDgz/5g5M/+YOTP/mDkz&#10;/5g5M/+YOTP/mDkz/5g5M/+YOafDAACX1AAAiOQAAID/CgFy/w4CZ/8TBV//HQlX/yYNUf8vEUz/&#10;NxVH/z4XQ/9FGUD/Sxs9/1AdO/9VHjn/WR83/14hNf9iIjT/ZyMy/2wkMf9yJS//dyYu/30nLf+E&#10;KCv/iykr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKf92FQL/cyAE/3IxDP9xQxn/cVAm&#10;/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOhcfFipnPvYat17mCwdu5etXft&#10;Xrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON51WDjedVg43nVYON51WDjef92&#10;FQL/cyAE/3IxDP9xQxn/cVAm/3VZM/91Yj//c2pJ/3B0U/9uflv8a4dh+WmPZ/Znlmv0ZZxu8mOh&#10;cfFipnPvYat17mCwdu5etXftXrt47F3Deexcy3rrW9h65l3eet9e4XnYYON51WDjedVg43nVYON5&#10;1WDjedVg43nVYON51WDjef92FQL/cx8E/3QxDf9yQhn/dE8n/3hYM/95YD//d2lK/3NxVP9xfFz7&#10;boZj92uOafRplG3yZ5tx8GWgdO9kpXbtYqp47GGweetgtXvrX7x86l7EfepdzX3nXdl94V/efdpg&#10;4HzRYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhff93FQL/dB8E/3UxDf9zQhr/d00n/3tW&#10;NP98X0D/emdL/3dvVf5zel76cYNl9m6Ma/Nrk3DwaZlz7mefd+xlpXnrZKp76mKvfelhtX7oYL1/&#10;6F/FgOhe0IHiX9qA22HegNJi34DLY9+BymTfgcpk34HKZN+BymTfgcpk34HKZN+BymTfgf94FAL/&#10;dR8E/3YxDf90Qhr/ekwn/39VNP+AXUD/fmVM/3puVv52d1/5dIFm9XCKbfFtkXLua5h27Gmeeetn&#10;pHzpZal+6GOvgOditoLmYb2D5mDHhOVf04TdYdqE02Pdg8xk3ITGZdyExWXchMVl3ITFZdyExWXc&#10;hMVl3ITFZdyExWXchP95FAH/dh4D/3cwDf92Qhr/fksn/4JTNP+DXED/gmRM/39sVv16dGD4d39o&#10;83OIb/Bwj3TtbZZ56mudfOhoo3/nZqmC5WWvhORjtoXkYr+H42HJh+Bh1YfVZNqHzWXaiMdm2YjB&#10;Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiP96FAH/eB4D/3kwDf94QRr/gUkn/4ZSM/+I&#10;WkD/h2JM/4NpV/x+cWH3e3tp8neFce5zjXfrcJR86G2bgOZqooPkaKiG42aviOJkt4rhY8GL4WLO&#10;i9hk1ovNZtaLxmfWjMBo1oy7adaMumnWjLpp1oy6adaMumnWjLpp1oy6adaMumnWjP97EwH/eR0D&#10;/3owDf98Pxr/hUgm/4pQM/+MWED/i19M/4hnV/yEbmH2f3hq8XuCcu13innpc5J+5m+Zg+RsoYfi&#10;aqiK4GevjN9luI7eZMSP22TSj85n04/GaNOQv2rTkLpr05C1bNOQtGzTj7Rs04+0bNOPtGzTj7Rs&#10;04+0bNOPtGzTj/98EwH/eh0D/3swDf9/Phr/iUYm/49OMv+RVj//kF1L/45kVvyJa2H2hHNr8H9+&#10;c+x7h3rodpCB5HKXhuFun4rfa6eO3WiwkNxmu5LbZcqT0GjRk8Zq0JS+a9CUuGzQlLNt0JSvbtGT&#10;rm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk/99EgH/exwD/3wvDf+DPBn/jUUl/5NNMf+VUz7/&#10;lFlK/5JgVf2PaGD2inBq8IR5dOt/g3zmeoyD4nWViN9xno3dbaeR22mxlNlnv5bUZ86Xx2vNmL1s&#10;zZi2bs2YsG/NmKxwzpepcc6WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+WqHHPlv9+EgH/fBwD/34v&#10;Df+GOxn/kUMk/5ZLMP+YUDz/mFVI/5ZcVP2TY1/3j2tp8Ip0c+uEf3zmfomE4XiSi91znJDabqaV&#10;2GqzmdZoxZvJa8ubvW7KnLRvypyuccqcqnLLm6Zzy5qjc8yZonTNmKJ0zZiidM2YonTNmKJ0zZii&#10;dM2YonTNmP9/EgH/fRsD/38vDf+JOhj/lEIj/5lHL/+bTDv/nFJG/5tYUv+ZX134lWZo8ZBucuuK&#10;eXvlg4SE4HyPjNx2mpPYb6aZ0mu1nc5qyJ++bsifs3HHoKxyx6CndMifo3XJnqB2yp2edsubnXbL&#10;mp12y5qddsuanXbLmp12y5qddsuanXbLmv+AEQH/fhsD/4AvDf+MOBj/l0Ai/5xELf+fSTn/oE5E&#10;/6BVT/yeW1r1nGJl7pdqb+iRdHnhin+D2YOKjM97lZXIdaCcw3Cuob5vv6OzcsWjqnTFo6R2xaOg&#10;d8ahnXjHoJt4yJ6ZecqdmHnKnJh5ypyYecqcmHnKnJh5ypyYecqcmHnKnP+AEQH/fxsD/4EvDf+P&#10;Nxf/mj8h/59CLP+iRjf/pExC/6RSTPekWFfvo19h56Bma+CacXXVk3yBy4qFjcOCj5a7e5qetXan&#10;pLB0uKeodsKnoXjDpp15xKWaesWjmHvGopZ7x6CUe8melHzJnZR8yZ2UfMmdlHzJnZR8yZ2UfMmd&#10;lHzJnf+BEQH/gBsD/4IuDv+RNhb/nDwg/6FAKv+lRDT/qEo/+qlQSfKqVlLqql1c4qlmZteib3LL&#10;mXiBwZCBjbiIipevgZWgqHyipqN6sqmeesGpmXzBqJZ9w6aUfsSkkn7Fo5F+x6GQfsifkH7JnpB+&#10;yZ6QfsmekH7JnpB+yZ6QfsmekH7Jnv+CEQH/gRsD/4QuDf+UNRb/njoe/6Q+KP+oQjL/rEc79q9N&#10;RO2xVE3ls1tV3LBlYc6obHHDn3SAuJZ8ja6PhpiliJGhnYOdp5eArauTgL+rkYHBqY+BwqeOgcOl&#10;jYHFo42BxqKMgcifjIHIn4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn/+CEQH/gRoD/4YtDf+WNBX/&#10;oDkd/6Y8Jv+rQC/7sEU48rRLP+m5U0bhvVxN07ZiYMataXC7pXF/sJ15jKWVgpebj42hk4qZp4yH&#10;qauIh7+siIfAqoiGwqiIhcOmiIXFpIiExqKIhMigiITIn4iEyJ+IhMifiITIn4iEyJ+IhMifiITI&#10;n/+DEAH/ghoD/4grDP+ZMhT/ojcb/6k5JP+vPSz3tUIz7btJOeXCUj7awlhMzLpgX7+yZ2+zq25+&#10;qKN2i52cfpeSl4mgiZKWp4KPpat+j7qsgI3AqoGLwqiCisOmg4nFpIOIxqKEh8ighIfIn4SHyJ+E&#10;h8ifhIfIn4SHyJ+Eh8ifhIfIn/+EEAH/gxoD/4sqDP+cMRL/pTQa/6w2If6zOijzu0At6cNIMeHL&#10;UTfSx1ZLxcBeXbi4ZW6ssWx9oKpzipSke5WKn4aegJuSpXmYoqp0mLerd5XBqXqRwqd8j8OlfY3F&#10;o36MxqF/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isiff4rIn/+FEAH/hBoD/44oC/+fMRH/pzIX&#10;/7AzHfm5NiLuwj0m5s1HJtvTTDXLzFRJvsVcW7G+Y2ykuGp6mLJxh4yseZOBqIKcd6SPo3Cin6ds&#10;orSobp/Cp3KZw6Z1lcSkd5LGoniQx6F6jsifeo7JnnqOyZ56jsmeeo7JnnqOyZ56jsmeeo7Jnv+G&#10;EAH/hRkD/5EmCv+hLw//qy4V/7UvGfS/Mhzpyzoc39lEHdHaSjPE0lJHt8taWanGYWmcwGd4kLpu&#10;hIS2do95soCYb6+Nn2itnaNkrbKkZarFpGqixaNtncaicJnHoXKWyJ90k8mddZPKnXWTyp11k8qd&#10;dZPKnXWTyp11k8qddZPKnf+HDwH/hxkD/5UkCf+kKw3/rykR+rspE+zILBPe2DcQ0+FBHsnfSTC8&#10;2lFEr9NYVqHNX2aUyGV0iMRsgHzAdIpxvX+TabuMmWK5nJ1eurGeXbjJnmKuyJ9mpsifaaHJnmud&#10;yp1umsubbpnLm26Zy5tumcubbpnLm26Zy5tumcubbpnLm/+IDwH/iRkD/5ojB/+oJwr/tSIM8cQg&#10;DODVJAnR4TAUx+Y9JL3jRjSy4E5EptxWUpnXXWGM0mNvgM9renTMc4Rryn6LYsiMkVzInJVZyLGW&#10;V8jOllu7zZhessyZYavMmWSmzZlnos2YZ6DNl2egzZdnoM2XZ6DNl2egzZdnoM2XZ6DNl/+KDgH/&#10;ixgD/58hBf+uIAb4vRgG49ETBNDhHgnF6i4Zuuk6KbDnQzmk5EpImOJQVozgV2KA3V9sdttodWza&#10;cn1j2H6DXNiMiFfYnYtU17CNVNjNjFXL049XwNKRWrjRk1yy0ZNfrNGTYKrRk2Cq0ZNgqtGTYKrR&#10;k2Cq0ZNgqtGTYKrRk/+MDgH/jxYC/6UeA/+1FQPaygsC0OEOAsTrHg247ywdre43LqLsQD2X60hK&#10;jOlPVoHoVmB2515pbOdlcGTmcHde43x8WeCJgFbel4NT3aaEUdy4hVHd1IRT0NqHVMbYiVa/14pY&#10;uNaLWbbWi1m21otZttaLWbbWi1m21otZttaLWbbWi/+ODQD/lxIB/60VAdm/CQDMzgkAw+sOBLb1&#10;HhGr9SwhofQ3MJbzQD6L80hKgfNQVHfzV11t811kZfBmal/tcG5a6npyVueFdlPlkXlR5J57T+Os&#10;fE3jvXxN49l8UNjgfFHO4H9Sxt6BU8TegVPE3oFTxN6BU8TegVPE3oFTxN6BU8Tegf+SDAD/oA0A&#10;27cGAMrDBwDA0gkAtfQQBqn7HxSf/CwjlPw3MYr8QT2B/UlHeP1RUG79V1dl+l5cYPZmYVv0b2VW&#10;8XhoU++Ca1DujG1O7JdvTOujcUrqsHJJ6sFySOrYckvj5HJO2OZzTtXndE7V53RO1ed0TtXndE7V&#10;53RO1ed0TtXndP+WCgDerAIAy7oFAL3HBgCy2AgBp/8SCJz/IRaS/y4jif85L4D/Qjl3/0pCbf9Q&#10;SWX/Vk5f/15TWv5lVlX8bVpS+nVcT/h+X0z3h2FK9ZFiSPScZEbzpmVF8rNmRPLBZ0Py1GdF7udn&#10;RuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hnRuvoZ+6iAADNtAIAvL4EAK/NBACk3gcBmv8VCZD/JBWH&#10;/zAgfv87KnT/QjJr/0g5Y/9OP13/VUNY/11HU/9kSlD/a01N/3JPSv95UUf/glNF/4tUQ/6UVkH9&#10;nldA/ahYP/yzWT78v1o++9FaPfvbWj3721o9+9taPfvbWj3721o9+9taPfvbWtKtAAC9uAIArsUC&#10;AKHVAgCW9wsCjf8YCIT/JhF8/zEacf84Imj/Pilg/0UvWv9MM1T/UzdQ/1o6TP9gPEn/Zj5G/21A&#10;RP90QkH/e0M//4NFPf+MRjv/lUc6/55JOf+nSjj/sUo3/75LN//CSzf/wks3/8JLN//CSzf/wks3&#10;/8JLN//CS7+zAACuvgAAoM0AAJLeAACJ/w0Bgf8aBXf/Iwxt/yoTZP8xGVz/OB5V/0AiUP9IJkz/&#10;TylI/1UrRP9bLUL/YS8//2cxPf9tMjv/czM5/3o1N/+CNjX/izcz/5Q4Mv+cOTH/pDow/687MP+y&#10;OzD/sjsw/7I7MP+yOzD/sjsw/7I7MP+yO7C4AACgxwAAkdgAAITvAAB8/w0Bb/8RA2b/GQZe/yEK&#10;Vv8pD1D/MhNL/zoWRv9BGUL/SBs//04dPP9THjn/WSA3/14hNf9kIjP/aSMx/3AkL/93JS3/fiYs&#10;/4cnKv+PKCn/lyko/6AqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqKP+jKqHCAACR0QAAguEAAHj/&#10;AABs/wgBYP8NAlf/EQNP/xgFSP8gBkP/KQg//zEKO/84DDj/Pg41/0QPMv9JEDD/ThEu/1MSLP9Y&#10;Eyr/XRQp/2MVJ/9pFiX/bxck/3cXIv9+GCH/hRkf/48aH/+RGh//kRof/5EaH/+RGh//kRof/5Ea&#10;H/+RGv9oGQL/ZCME/18vBv9eQBD/Y0sa/2dUJf9oXS//Zmc5/2RyQf9ifUj/YIdO/12QUv9bmFb/&#10;Wp5Z/1ikW/9Xql3+VrBf/VW1YPxUvGH8VMRi+1PNY/lS3GP2UuZj8VPqY+xU7WPmVu9i4FfwY+BX&#10;8GPgV/Bj4FfwY+BX8GPgV/Bj4FfwY/9pGAL/ZSME/2AuBv9fQBD/Zkka/2pTJf9rXDD/aWU6/2dw&#10;Qv9ke0n/YoVP/1+OVP9dllj/W51b/1qjXf1YqV/8V69h+1a1YvpVvGT6VcRl+VTOZfdT3WbzU+Zm&#10;7lXqZudW7WXhWO5l21nvZttZ72bbWe9m21nvZttZ72bbWe9m21nvZv9qGAL/ZiIE/2EuB/9gPxD/&#10;aUgb/21RJv9uWzD/bGQ6/2luQ/9neUv/ZINR/2GMVv9flVr/XZxd/VuiYPtaqWL6Wa9k+Vi1ZflX&#10;vGf4VsVo91XPaPVU4GnwVeZp6VfqaOJZ7GjbWu1p01vuadNb7mnTW+5p01vuadNb7mnTW+5p01vu&#10;af9qGAL/ZyIE/2IuB/9jPhD/bEYb/3FQJv9yWTH/cGI7/2xrRP9pdkz/Z4FS/2SLWP9hk1z9X5tg&#10;+12hYvpbqGX5Wq5n+Fm1aPdYvGn2V8Zq9VbRa/JV4WzsV+ds5Fnpa9xb62vUXOxszV3tbM1d7WzN&#10;Xe1szV3tbM1d7WzNXe1szV3tbP9rFwL/aCED/2MtB/9nPBD/cEUb/3ROJv92VzH/dGA7/3BpRf9t&#10;c03/an5U/2aIWv5jkV77YZli+V+gZfhdp2j2XK1q9Vq0bPRZvW30WMdu8lfUb+5X4m/mWeZv3Vzp&#10;btNd6m/NXutwx1/rcMdf63DHX+twx1/rcMdf63DHX+twx1/rcP9sFwL/aSED/2UtB/9rOhD/dEMb&#10;/3lMJv96VTH/eV08/3VmRf9wcE7/bXtW/2qFXPxmj2H6ZJdl92GfaPZfpmv0Xa1t81y0b/JavXHx&#10;Wcly71jac+ha43PeXeZy017oc8tf6HTGYOh0wWHodMFh6HTBYeh0wWHodMFh6HTBYeh0wWHodP9t&#10;FgL/aiAD/2YtB/9vOBD/eEEa/31KJf9/UjH/fls8/3tjRv92bE//cXdX/m2CXvtqjGP4ZpVo9WSd&#10;bPNhpG/yX6xx8F20c+9cv3XuW8t26lvdd+Bd43bTYOV3ymHleMRi5Xi+Y+V4umTleLpk5Xi6ZOV4&#10;umTleLpk5Xi6ZOV4umTleP9uFgL/ayAD/2gsB/9zNhD/fT8a/4JHJf+EUDD/hFg7/4FgRf98aU//&#10;dnJX/nF9X/ltiGX2apJq82abb/Fjo3LvYat17V+1eOxdwXnsXNB6413fe9Rh4nvKYuJ8wmThfbxl&#10;4X23ZuJ8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8s2fifP9wFQH/bB8D/2ksB/93NA//gTwZ/4dF&#10;JP+KTS//iVU6/4ddRf+CZU//fG5Y/XZ4YPhyhGf1bY5t8WmYcu9moXbsY6t562C2fOlexH7nXth/&#10;2GHffspj34DBZd6BuWfegbRo3oGwad+ArGnff6xp33+sad9/rGnff6xp33+sad9/rGnff/9xFQH/&#10;bR8D/2srB/97Mg//hjoY/4xDIv+PSy3/j1M4/41aQ/+JYk3/g2lX/XxyYPh2f2f0cYpu8GyVdO1o&#10;n3nqZKp96GG3gOZfyILdYduDzGTchMBm3IW4aNuFsWrbha1r3ISpbN2DpmzdgqZs3YKmbN2Cpmzd&#10;gqZs3YKmbN2Cpmzdgv9yFAH/bx4D/28pB/9/MA7/ijgX/5FBIf+USiz/lVE2/5NYQf+QYEv7i2dV&#10;9YRvX/B9emfrd4Vv53KQduNtm3zeaKaB2mWzhNVjxIbPZNqHwWfZiLdp2Imva9iJqm3ZiKZu2oej&#10;btqGoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uFoG/bhf9yFAH/cB4D/3IoB/+CLg3/jjYW/5VAH/+Z&#10;SCn/mU80/5hVPvqWXEn0kmRT7YxrXeeFdmbhf4Fv23iMd9Nyln7NbaGEyWqticVou4vBaNCMtmvV&#10;ja5t1Y2nb9aMo3DWi59x2IqdcdmJm3Lah5ty2oebctqHm3Lah5ty2oebctqHm3Lah/9zFAH/cB0D&#10;/3UmBv+GLA3/kTYV/5lAHf+cRif/nUwx/J1SO/ScWUXtmWBP5pRoWd+Oc2PVhn1uzX+HeMZ4kYDA&#10;c5uHu2+njLZttI+zbMiRrG7SkaVw05CgctSPnHPVjZl01oyXdNiKlnXZiZZ12YmWddmJlnXZiZZ1&#10;2YmWddmJlnXZif90EwH/cR0D/3gkBv+JKwz/lTUT/5w+G/+gQyT/okku96NQN++iVkHnoV1K351n&#10;VNSVb2LLjXhuw4WCebt/jIK1eZaJr3Whjqpyr5KmccGUoXPQlJx00ZKYdtKRlnfTj5R31Y2Sd9aM&#10;kXjYipF42IqReNiKkXjYipF42IqReNiKkXjYiv91EwH/chwD/3sjBv+MKQv/mDQS/588Gf+jQSL7&#10;pkYq8qhNM+qpVDziqVtE16NjU8yabGLCk3Vuuot+ebKFh4Oqf5GKpHuckJ54qpSadruWl3fPlpR5&#10;0JSRetGSj3rTkI561I+NetWNjHrXi4x614uMeteLjHrXi4x614uMeteLjHrXi/91EwH/cxwD/30h&#10;Bf+OKQr/mzQQ/6I5F/+mPh/3qkQm7q5KLuWxUjXcr1lBz6hhUsWgaWG7mHJusZF6eamLg4OhhY2L&#10;moGYkZR+pZaQfLaYjX3Nl4x+z5WKftCTin7SkYl+04+JfdWNiH3Wi4h91ouIfdaLiH3Wi4h91ouI&#10;fdaLiH3Wi/92EgH/dBwD/4AgBf+RKAn/njMP/6Q3Ff6qOxvzr0Ei6rRIKOK5UC7UtFZAya1fUb6l&#10;Z2C0nm9tqpd3eKGRgIKZjIqLkYeVkYuEopaGg7KZg4TLmISDzpaEg9CUhILSkoSB05CEgdSOhIDW&#10;jISA1oyEgNaMhIDWjISA1oyEgNaMhIDWjP93EgH/dBsD/4IeBP+UJwj/oDIN/6c0E/quOBjvtT0c&#10;5rxGIdy/TCzOuVQ/w7FdULeqZV+tpGxso510d5mYfIGRk4aKiY+SkYKMn5Z9iq+YeovHmHyJzpZ9&#10;iNCUfobSkn+F05B/hNSOgIPWjICD1oyAg9aMgIPWjICD1oyAg9aMgIPWjP94EgH/dRsD/4UcBP+X&#10;Jgf/oy8L/6swEPWzNBTruzoX4sREGNXESCvIvVM9vLZbTrGwY12mqmpqnKRxdpKfeoCJmoOJgZaO&#10;kHmTnJV0kqyXcZLDmHORz5Z2jtCUeIvSkXmK05B6iNWOe4fWjHuH1ox7h9aMe4fWjHuH1ox7h9aM&#10;e4fWjP94EgH/dhsD/4gbA/+aJQb/pisJ/q8sDPG5Lw7mwzYP3c08Fs7IRynCwlE7trxZTKq2YVuf&#10;sGholatvdIumd36BooCGeZ+LjXGcmZJsm6mVaZu/lmuZ0JRulNGScZHSkXOP1I91jdWNdovWi3aL&#10;1ot2i9aLdovWi3aL1ot2i9aLdovWi/95EQH/eBoC/4wZA/+eIwT/qiYG+LQlCOvAKAjhzTAH1NI3&#10;FMjNRSe7yE85r8JXSqO9X1iYuGZljbNtcYOvdXt6q36DcaiJimqmlo9lpaeSYqa9kmOj0pFnndOQ&#10;apjUj22V1Y1uktaMcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYiv97EQH/fBcC/5AXAv+iIQP/&#10;riAE8rsdBOXKHgPa2yQDzNk1EsDTQyS0zk02qMlVR5zEXVWRwGRihrxrbXu4c3ZytXx+arOHhWOx&#10;lYpesKWMW7G8jVuv1Y1fp9WNY6HWjGac14tomdiKapbZiGqW2YhqltmIapbZiGqW2YhqltmIapbZ&#10;iP98EAH/gRQC/5UVAf+nHQL8tRYC68YQAdrbDwDN4CUEw982D7jbQSGs1UszoNFTQ5TNWlGJyWJd&#10;fsZpZ3TDcXBrwXt4ZL+Gfl2+lIJYvaWFVr67hlW924ZYs9qHXKvah1+m2odhoduGY53bhWOd24Vj&#10;nduFY53bhWOd24VjnduFY53bhf9+EAH/hxEB/5oRAP+tFADavgoA0c0KAMvkEAHB5CUHt+M1E63h&#10;QCGj3kkvl9tSPovXWUuA1GBXdtFoYW3PcGllzXpwXsyGdVjMlXlUzKZ7Uc28fFDM4nxTweB/Vbff&#10;gFix3oFaq96BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+BXKbfgf+ADwH/jg4B/6INANu1CADOwQgA&#10;xtAJAL7pEgK06SUKqugzF6DmPiWW5Ucyi+NOP4DhVUl24F1Tbd5mW2Xdb2Fe3XpnWNyGa1PclW9Q&#10;3aZxTd67ck3f4XFO0ed0UMbmd1K+5HhTuOR5VbLjelWy43pVsuN6VbLjelWy43pVsuN6VbLjev+D&#10;DgH/lgsA3asEAM24BgDCxAYAutQJALHvFAOn7iUNnu4zGpTtPSeK7EYzgOtOPnbrVUds6ltOZOpj&#10;VV3qbVpY6ndeU+qDYk7qkWVK66FnR+yzaUbt0GlI5uhpS9nrakzP7G1Ox+tvT8DqcE/A6nBPwOpw&#10;T8DqcE/A6nBPwOpwT8DqcP+JCwDpoAEA0LEEAMG8BQC3yQYArtoJAKT1FwWb9ScQkvU0HIj2Pid/&#10;9kcydvZOO2z2VEJk9lpIXfZiTVf2a1FS9nVVTfeAWEj4jVpF+JtcQvirXkH3vl9A999gQ+7sYEfj&#10;8V9I2/FhSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJjSdLyY/6VAADUqQAAwrUDALXBAwCqzwUAoOcL&#10;AZj9GgaP/ikQhv81G37/QCV0/0Yta/9MNWP/Ujpc/1k/Vv9gQ1D/aEdM/3FKR/97TEP/h05A/5RQ&#10;Pv+hUj3/sFQ7/8NVO/7hVTz58FVA8PRVQ+f3VEPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3VNuhAADF&#10;sAAAtboCAKjHAgCd1gQAk/wOAYv/HQaD/ysPev81F3H/PB9o/0ImYP9JLFn/TzFT/1Y1Tv9dOEn/&#10;ZTtF/209Qf92Pz7/gEE7/4tDOf+YRTj/pEY2/7JHNf/ESDX/3Uk0//BJN/74STf++Ek3/vhJN/74&#10;STf++Ek3/vhJN/74ScmrAAC2tAAAqMEAAJvPAACO3wEAh/8RAX7/HQR1/ycLbP8vEmT/Nxhc/z4d&#10;Vv9FIlD/SyVL/1IoRv9YK0H/Xy0+/2cvO/9vMTj/eDM2/4I0M/+NNjH/mTcw/6U4L/+yOi7/wDsu&#10;/9M7Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8Lf/rPLiwAACovAAAmskAAIzZAACB9QMAef8QAW7/&#10;FgNl/x8GXv8nC1f/MA9R/zcTS/8+F0b/RRlB/0wbPf9SHTn/WB82/18hNP9mIjH/biQv/3clLf+A&#10;Jiv/jCgp/5cpKP+iKif/rSsm/7ksJv/JLSb/yS0m/8ktJv/JLSb/yS0m/8ktJv/JLaq3AACaxQAA&#10;i9MAAH3iAAB1/wUAaf8MAV//EQJX/xcDUP8fBUn/JgdE/y4JP/82Czv/PQ03/0MPM/9JETD/TxIu&#10;/1UTLP9bFCr/YhUn/2kWJf9yFyP/exgh/4YZH/+RGh7/nBse/6UcHf+wHR3/sB0d/7AdHf+wHR3/&#10;sB0d/7AdHf+wHZzAAACMzgAAfN4AAHD1AABl/wAAWv8GAVH/DQFJ/xECQ/8XAz3/HwQ4/yYFNP8t&#10;BjD/Mwct/zkHKv8+CCf/Qwgl/0kJI/9OCSH/VAkf/1oKHf9hChv/aQsZ/3IMF/98DRb/hg0U/48O&#10;FP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oPFP+aD/9cHAL/VyYD/1EyBv9OPAj/V0UQ/1tOGf9cWCL/&#10;W2Mr/1lvMv9Xejj/VIU9/1KQQf9QmUX/T6BH/06nSf9Nrkv/TLRM/0u7Tf9Kw07/Sc1P/0ndUP9I&#10;6VD/SPJQ+0n2UPZL+VDwTftP6k/7UOdP/FDnT/xQ50/8UOdP/FDnT/xQ50/8UP9cHAL/WCYD/1Iy&#10;Bv9ROgj/WkMQ/19NGf9fVyP/XmEr/1xtM/9ZeTr/V4Q//1SOQ/9Sl0f/UJ9J/0+mS/9OrU3/TbRP&#10;/0y7UP9Lw1H/S85S/0rfUv9J6lP9SvJT+Ev2U/FN+FLrT/pS5VD6U+JR+lPiUfpT4lH6U+JR+lPi&#10;UfpT4lH6U/9dGwL/WSYD/1MxBv9UOQj/XUIQ/2JLGv9iVSP/YF8s/19rNP9cdzv/WYJA/1aMRf9U&#10;lUj/Up5L/1GlTv9QrE//T7NR/067Uv9NxFP/TM9U/0vgVf9L61X6TPJV9E32VexQ+FTmUfhV31L5&#10;VtxT+VbcU/lW3FP5VtxT+VbcU/lW3FP5Vv9eGwL/WiUD/1QxBv9YNwj/YUAR/2VJGv9mUyP/ZF0t&#10;/2JoNf9fdDz/XH9C/1mKR/9Wk0v/VJxO/1OkUP9Rq1L/ULNU/0+6Vf9OxFb/TdBX/03iWPxM7Vj2&#10;TvJY7lD1WOZT9ljfVPdZ11X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ01X4Wf9fGgL/WyUD/1UwBv9c&#10;NAj/ZT0R/2pHGv9rUST/aVot/2ZkNv9jcD3/X3xD/1yHSf9ZkU3/V5pQ/1WiU/9TqlX/UrJX/1G6&#10;Wf9QxVr/T9Jb/E7kW/hP7VzwUfJb51T0W95V9VzVVvZdzlj3XctY913LWPddy1j3XctY913LWPdd&#10;y1j3Xf9gGgL/XCQD/1YvBf9gMgj/ajsQ/29EGv9wTiP/b1ct/2thNv9nbD7/Y3hF/2CDS/9cjk//&#10;WphT/1egVv9WqVn/VLFb/1O6XP5Rxl78UNZf+VDnX/JS7l/nVfFf3VfyYNJY82HLWfVixVv1YsNb&#10;9WLDW/Viw1v1YsNb9WLDW/Viw1v1Yv9hGQL/XSMD/1otBf9lLwj/bzgQ/3RBGf92SyP/dVQt/3Fd&#10;Nv9sZz//aHNG/2R/TP9gilL/XZVW/1qeWf9Yp1z+VrBf/VS6YPxTx2L5Utxj81PoY+lV7mPeWPBk&#10;0FrxZchc8mbCXfJmvV7yZrte8ma7XvJmu17yZrte8ma7XvJmu17yZv9iGQL/XiMD/14qBf9pLQj/&#10;dDUP/3o+GP98SCL/e1Es/3haNv9zYz//bW1H/2l6Tv9khlT/YJFY/12cXP1apWD7WLBi+la7ZfhV&#10;ymb1VOBn7FbqZ99a7WfQXO9pxl3var9f72q5YO9qtWHvarNh72qzYe9qs2HvarNh72qzYe9qs2Hv&#10;av9jGAL/YCID/2InBf9uKgf/eTIO/388F/+CRiH/gk8r/39YNf97YD7/dWlH/290TvtqgVX4Zoxb&#10;9WKXX/NfoWPwXKtm7lq2aexZxGrpWNpr4Vrqa9Bd7G3FX+xuvGHrb7Zi7G+xY+xurWTsbqtk7W2r&#10;ZO1tq2Ttbatk7W2rZO1tq2Ttbf9kGAL/YSID/2YlBP9yJwf/fjAN/4U7Fv+IRR//iE0p/4ZVM/+C&#10;Xj37fWZG9nZwTvJyfFXubYdc6miSYuZknGbjYaZq4F+ybd1dv2/aXdNw0l7qcMRg6XK6Yuhzs2To&#10;c61l6XOpZulypmfqcaRn6nCkZ+pwpGfqcKRn6nCkZ+pwpGfqcP9lFwL/YiED/2kjBP93JQb/gi8M&#10;/4o5FP+OQx3/j0wm/41TMPmKWzrzhWNE7X9sTeh5d1XjdIJd3m6NY9lpl2nTZqFuz2OsccthuXTI&#10;Ycp1xWHldrlk5newZuV3qmjmd6Vp5naiaud1n2roc55r6XOea+lznmvpc55r6XOea+lznmvpc/9m&#10;FwH/YyED/20gBP97IwX/hy4L/484Ev+TQRr/lUoj+pRRLfORWTfsjWBB5YdpSt+BdFPWen5dz3SI&#10;ZcpvkWzFa5txwWimdb1msni6ZcJ6t2Xde65o43unauN7omvkep5s5XibbeV3mW3ndphu53WYbud1&#10;mG7ndZhu53WYbud1mG7ndf9nFgH/ZCAD/3AeA/9+IgX/iywJ/5M3EP+YQBj9mkgg9JpOKeyYVTPl&#10;lV083Y9mR9OIb1PLgXlexXuDZr91jG65cZZ0tW6heLBrrHytart+qmrSf6Rs4H6ebeF9mm/ifJdw&#10;43qVcOR5k3Dld5Nx5neTceZ3k3Hmd5Nx5neTceZ3k3Hmd/9oFgH/ZCAD/3McA/+BIAT/jisI/5c1&#10;Dv+dPhX4n0Qc76BLJeefUi3fnVo305VjRsqObFPDh3Veu4F+Z7V7iG+vd5F1qnOceqVwqH6hb7aB&#10;nm/Kgptw3oGWcd+Ak3LhfpFz4nyQc+N6jnPkeY5z5XiOc+V4jnPleI5z5XiOc+V4jnPleP9pFgH/&#10;Zh4D/3YaA/+EHwP/kioH/5s0DP6gOxLzo0EY6qZIIOKnTyfYolY2zJpgRcOTaVK7jXJes4Z6Z6yB&#10;hG+mfY12oHmYfJt2o4CXdLGDlHTFhJF13YOPdt6BjXbgf4t34X2Kd+J7iXbkeol25HmJduR5iXbk&#10;eYl25HmJduR5iXbkef9pFQH/aR0D/3gZAv+HHgP/lSgG/54yCvqkNw/vqD0U5qxEGt2tSyTQplQ1&#10;xp9eRLyZZlK0km9drIx3Z6SHgG+egop3mH6UfZJ7oIGNeq2EinnAhYh63ISHet2ChnrfgIZ64H6F&#10;euJ8hXnjeoV55HmFeeR5hXnkeYV55HmFeeR5hXnkef9qFQH/axsC/3sXAv+KHAL/mCYF/6IwCPWo&#10;MwzrrjkQ4rNBFNaxRyPKq1I0wKRcQ7aeZFGtmGxcpZJ0Zp2NfW+WiIZ2j4WRfYqCnIKFgKqFgX+8&#10;hoCA24WAgN2DgH/egYB+4H+AfeF9gH3je4B85HqAfOR6gHzkeoB85HqAfOR6gHzkev9rFQH/bRkC&#10;/34VAv+NGwL/myQD/qUsBvGsLwjnszQL3bo6ENC1RiHFr1EyuqlaQrCjYk+nnWpbnphyZZaTem6P&#10;j4N2iIuOfIKImYF8hqeFeYa5hneH14V4hd2DeoPegXqC4H97geF9fIDje3x/43p8f+N6fH/jenx/&#10;43p8f+N6fH/jev9rFAH/cBgC/4EUAf+QGQH/nyIC+qkmBO2xKQXiui8G1r82D8q6RCC/tE8xtK5Y&#10;QKqoYE6ho2damJ5vZI+ad22IloB1gJKLe3qPloB0jqSEcY22hW+O0YVxi92Dc4nfgXWH4H52heF9&#10;d4Tje3eD5Hp3g+R6d4PkeneD5Hp3g+R6d4Pkev9sFAH/cxYC/4UTAf+UFgH/oh4B9a0gAue4IQLd&#10;wyYC0MM0DcS+Qh65uU0vrrNWPqSuXkyaqWVXkaVtYomhdWuAnX5yeZqIeXKXlH5tlqKCaZWzhGeW&#10;zYNpk96CbI/fgG+M4X5wiuJ8cojjenKH5Hlyh+R5cofkeXKH5Hlyh+R5cofkef9tEwH/dhMB/4gS&#10;Af+YEwD/pxkB77MWAeLAFQDVyh4ByccyDL7DQByzvkssqLpUPJ61XEmUsGNViqxrX4Gpcmh5pXtv&#10;cqOFdmugkXtmn59/Yp+xgWCfyoBinOB/ZZfhfmiT4nxqkON7bI3keW2M5XhtjOV4bYzleG2M5Xht&#10;jOV4bYzleP9uEwH/exEB/40QAP+dEAD6rBEA2rsLANXJCwDNzhsBwswvCrfJPRmsxUkpocBSOJe8&#10;WkaNuGFRg7VoW3qycGRyr3lra6yDcWSrj3ZfqZ56W6mvfFmqyXxap+J7XqDje2Gb43pjl+R5ZpTl&#10;d2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3ZpLmd/9wEgH/gA4B/5IOAPKjCwDZswkAz74JAMvMCQDE0xcA&#10;utIsB7DPOxalzEYmmshQNY/EWEGFwV9NfL5nVnO8b15ruXdlZLiCa162jnBZtZ1zVbWudVS2yHVT&#10;s+d2V6vmdlqk5nZcoOd1X5zndGCa6HRgmuh0YJrodGCa6HRgmuh0YJrodP9yEgH/hgwA+5gJANmp&#10;BgDOtQcAxsEHAMDPCQC62xMAsdopBafYNxKc1EQhktFNMIfOVTx9y11HdMllUGzHbVdlxXZeXsSB&#10;Y1nDjmhUw51rUcOubE/EyG1Owu1tULjrb1Ow63BVq+pwWKbrcFmj63BZo+twWaPrcFmj63BZo+tw&#10;WaPrcP93DwH/jQgA3qACAM+uBQDEuQUAu8UGALXTCgCu4RYBpuEpBp3gNxGT3kIdidxMKX/aVDV1&#10;11w/bdVkSGXTbE9f0nZUWdKBWVTRjl1Q0Z1gTdKwYkvTyWJK0u1iS8jyZk2/8WhPuPBpUbLwaVKv&#10;72lSr+9pUq/vaVKv72lSr+9pUq/vaf9/CgDtlgAA0qYBAMSyAwC5vAMAsMkGAKnYCgCh5xkCmecq&#10;CZDnNxSH5kIffeVKKXTkUTNr41k6ZOJhQV7ia0dY4nVLU+GAT0/ijVNL4ptVSeOsV0fkxFdG4+lX&#10;Rt32WUfQ91xJyPdeSsH2YEu99mBLvfZgS732YEu99mBLvfZgS732YP+JAADZngAAx6wBALm2AgCu&#10;wQMApc4GAJzkDACV7x0Dje8sC4XvORV870Eec+9JJ2ruUC9i7lc1XO5fOlbuaD9S7nFCTe98Rknv&#10;iUlG8JZLQ/CmTUDxuU4/8ttPPvD3TkLm+09D3ftRRNT8U0XP/FRFz/xURc/8VEXP/FRFz/xURc/8&#10;VOGVAADLpgAAu7AAAK67AQCiyAIAmNUFAJD4DwGJ+CAEgvguC3n5NxNw+T8baPlGImD6TSha+lQt&#10;VPpcMU/7ZTVL+204R/x3O0P8gz0//ZA/PP2fQTr+r0M4/8ZEN//qRTb8/UU78v9EPur/RD7m/0Y+&#10;5v9GPub/Rj7m/0Y+5v9GPub/RtCfAAC9rAAArrUAAKLCAACVzwAAit0DAIT/EgF7/x4DdP8qCWz/&#10;Mw9k/zsWXf9DG1f/SiBR/1EkTP9YJ0j/YCpE/2gsQP9xLjz/ezE5/4gyNf+WNDP/pDYx/7Y3L//Q&#10;OC7/7zkt//85Mf//OTP8/zkz/P85M/z/OTP8/zkz/P85M/z/OcGoAACvsQAAor0AAJTKAACH2AAA&#10;ffMHAHb/EgFt/xoDZf8kBV7/LQpY/zYPUv89E0z/RRZI/0wZQ/9TGz//Wh48/2EgOP9pITX/ciMx&#10;/30lLv+KJiv/mSgp/6cpJ/+5Kyb/0iwl/+8sJP//LST//y0k//8tJP//LST//y0k//8tJP//LbGu&#10;AACjuQAAlMYAAIbTAAB54QAAcf8IAGf/DwFf/xUCV/8eA1H/JgVL/y4HRv82CkH/PQw9/0QOOf9L&#10;EDb/URIy/1gTL/9fFSz/ZxYp/3EXJv98GCP/iRog/5gbH/+mHB3/tx0c/8oeHP/mHxv/8B8b//Af&#10;G//wHxv/8B8b//AfG//wH6S1AACVwgAAhs8AAHfeAABr9AAAYv8DAFn/CwFR/xEBSv8XAkT/HwM/&#10;/yYEOv8tBTb/NAYy/zoHLv9ACCv/Rggo/0wJJf9SCSL/WQog/2ILHf9rDBr/dg0X/4QOFf+SDxT/&#10;oBAT/60RE/+6ERP/wxIT/8MSE//DEhP/wxIT/8MSE//DEpe+AACGzAAAd9sAAGnnAABc/QAAVP8A&#10;AEv/BQBD/wwBPf8RAjf/FwIy/x4DLv8kAyr/KgQl/y8EIv81BR//OgUd/z8FGv9FBhj/SwYW/1IG&#10;FP9aBxL/YgcQ/2wHD/93CA3/hAgM/5AIDP+cCAz/oggM/6IIDP+iCAz/oggM/6IIDP+iCP9QIAL/&#10;SyoD/0Q2Bf9HOgb/Sj8I/05JD/9PVBf/T2Ae/01sJP9KeSr/SIUu/0aQMv9EmjT/Q6I3/0KqOP9B&#10;sTr/QLk7/0DBPP8/yz3/Ptw+/z7oPv898z7/Pfs//z7/Pv9A/z76Q/899ET/Pu5G/z/uRv8/7kb/&#10;P+5G/z/uRv8/7kb/P/9QIAL/SyoD/0U1Bf9KOAb/TT0I/1FID/9SUhf/UV4e/09qJf9Ndyv/SoMv&#10;/0iOM/9GmDb/RKE4/0OpOv9CsDz/Qrg9/0HBPv9Ayz//QNxA/z/pQP8/9ED/Pv1B/0D/QP1C/0D2&#10;Rf9A8Eb/QelI/0HpSP9B6Uj/QelI/0HpSP9B6Uj/Qf9RHwL/TCkD/0c0Bf9NNgb/UTsI/1VGEP9W&#10;UBj/VVwf/1JoJv9QdCz/TYAx/0qMNf9Ilzj/RqA7/0WoPP9EsD7/Q7g//0PBQf9CzEH/Qd5C/0Hr&#10;Q/9A9UP/QP1D/0P/Q/hG/0LwSP9D6kn/RONK/0XjSv9F40r/ReNK/0XjSv9F40r/Rf9SHwL/TSkD&#10;/0oyBP9QMwb/VTkI/1lDEP9aTRj/WVgg/1ZkJ/9TcS3/UH0z/02JN/9LlDr/SZ49/0emP/9GrkH/&#10;RbdC/0TBRP9EzEX/Q99F/0LtRv9C90b/Q/1G+Ub/RvBJ/0bpS/9H4kz/SNtN/0jbTf9I203/SNtN&#10;/0jbTf9I203/SP9THgL/TigD/04vBP9UMAb/WjYI/15AEP9gShj/XlUg/1tgKP9YbS//VHk0/1GF&#10;Of9OkT3/TJtA/0qkQv9JrUT/SLZG/0fBR/9GzUj/ReFJ/0TvSv9F+Er7R/1K8Ur/SehN/0vfTv9M&#10;10//TM9R/0zPUf9Mz1H/TM9R/0zPUf9Mz1H/TP9UHQL/UCcD/1IsBP9ZLQX/XzII/2Q8EP9mRxj/&#10;ZFIg/2FcKP9daDD/WnU2/1aBO/9SjT//T5hD/02iRf9Mq0j/SrVJ/0m/S/9IzEz/SOFN/0juTfxI&#10;+U7yS/xN5079T91Q/VDSUv5QzFP/UcZU/1HGVP9RxlT/UcZU/1HGVP9RxlT/Uf9VHQL/UScD/1Yp&#10;BP9eKgX/ZC8I/2o6D/9sRRf/bE8g/2hZKP9kYzD/YHA3/1x8Pf9YiEL/VZNG/1OdSf9Rpkv/T7BN&#10;/066T/1NxlD6TdlR9kzqUfJN91HnUPpS21L7VM5U/FXHVv1VwVf+VbxY/lW8WP5VvFj+VbxY/lW8&#10;WP5VvFj+Vf9XHAL/UiYD/1omBP9iJgT/aiwH/3E3Dv9zQhb/c0wf/3BWKP9rYDD/Zms4/2N3Pv5f&#10;g0T7W45I+ViYTPdWoU/1VatR81O1U/FSwVTvUdBV61HnVeZS9lbaVPlYzFb6WcNY+1q8Wvtat1v7&#10;WbNc+1mzXPtZs1z7WbNc+1mzXPtZs1z7Wf9YGwL/UyUD/14jA/9nIwT/cCoG/3c1Df96QBX/ekod&#10;/3hTJv9zXC/8bmY3+GlyP/RlfkXxYYlK7l6TTutcnVLoWaZV5liwV+RXvFjiVsxZ3lbkWdhW9FvK&#10;WPddwFr4Xrhc+F6zXfherl74Xatf+VyrX/lcq1/5XKtf+VyrX/lcq1/5XP9ZGwL/ViMD/2IgA/9s&#10;IAP/dSgF/30zC/+APRP/gUcb/39QJPl7WS30dmI27nFtPupseUXmaIRL4mSOUd5hmFXbXqJZ1lys&#10;W9NbuF7QWsZfzVrfYMha8mG+XPVitV70Yq5g9WKqYfVhpmL2YaNj91+jY/dfo2P3X6Nj91+jY/df&#10;o2P3X/9aGgL/WSEC/2YdAv9wHgP/eiYE/4IxCf+GOxD/iEQZ+YZNIfKDVivrfl405XlpPeB0dEXa&#10;b39M02qJU89mkljLY5xdx2GmYMRfsWPBXr9kvl7SZbpf7GayYPJmq2LyZqVk8mWhZfNkn2X0Y5xm&#10;9WKcZvVinGb1Ypxm9WKcZvVinGb1Yv9bGgL/XB8C/2kbAv91HAL/fiQD/4cuCP+MOA77jkIW8o5K&#10;HuuLUifkh1sw3YFmOtN6cEXNdXpOyHCDVcNsjVu+aZZgumagZLdkq2e0Y7hpsWLKaq5j5mqoZO9q&#10;ombvaZ1n8GiaaPFnmGnyZpZp82SWafNklmnzZJZp82SWafNklmnzZP9bGQL/XxwC/2wYAv95GwL/&#10;gyED/4wsBv+RNgv1lD8S7JVHGeSTTyLcjlgt0odiOsqBbEXDe3VOvnZ/VrhyiF20bpFir2ubZqtp&#10;pmqoZ7NspWfDbqJn4G6eae1tmWrubJZr72qTbPBpkmzxZ5Bs8maQbPJmkGzyZpBs8maQbPJmkGzy&#10;Zv9cGQH/YhoC/3AWAv98GQL/hh8C/5ApBPqWMwnwmjwO55tEFd+aSx3TlFUsyo1fOcKHaUW7gXFP&#10;tXx7V694hF6qdI1jpXGXaKFuomydbK5vmmy+cJhs2XGVbetvkW7sbo9v7WyNb+9qjG/waYtv8WeL&#10;b/Fni2/xZ4tv8WeLb/Fni2/xZ/9dGQH/ZBkC/3IUAf9/GAH/ih0B/5QmA/abMAbrnzgK4qI/ENif&#10;RxzNmVIrxJJdObuMZkS0h25OrYJ3V6d9gF6ieYlknXaTaZhznm2UcapxkHG6co5x0XOMcupxinPr&#10;b4hz7W2Hc+5rh3PvaoZy8GiGcvBohnLwaIZy8GiGcvBohnLwaP9eGAH/ZxcB/3UTAf+DFgH/jhoB&#10;/pgjAvGfLATnpTMH3ag5DNGjRRvHnVAqvpdaOLWSY0StjGxOpod0V6CDfF6af4ZklXyPapB5mm6L&#10;d6ZyiHa2dIV2zHSEd+lyg3fqcIJ37G6Cdu1sgnbvaoF28GmBdvBpgXbwaYF28GmBdvBpgXbwaf9e&#10;GAH/aRUB/3gSAf+GFAH/kRgB+pwfAe2kJwLiqiwE1qw0C8unQxrBok4puJxYNq+XYUOnkWlNoI1x&#10;VpmIeV6ThYJkjYGMaoh/l2+DfaRyf3yzdH18yHV8fehzfHzqcXx77G99eu1tfXnua3158Gl9efBp&#10;fXnwaX158Gl9efBpfXnwaf9fGAH/axMB/3sRAf+JEwD/lRUA9aAaAeipIAHdsCQB0LAyCsasQRi8&#10;pkwns6FWNaqcX0Gil2dMmpJvVZOOd12Mi4BkhoiKaYGFlW58g6Fyd4KwdHWCxXV0g+dzdYHqcXZ/&#10;6293fu1teH3ua3h88Gl4fPBpeHzwaXh88Gl4fPBpeHzwaf9gFwH/bhIB/34QAP+MEQD/mREA8aQT&#10;AOOuFgDWthwBy7QwCMGwPxe3q0slraZUM6ShXUCcnWVKlJhsU4yVdFuGkX1if46HaHmMkm10ip5x&#10;cIitdG2IwXRtieRzb4fqcXCE7G9yg+1tc4Hua3SA8Gl0gPBpdIDwaXSA8Gl0gPBpdIDwaf9hFwH/&#10;cRAB/4IOAP+QDgD1nQ0A46kMANm1DADPuRoAxbguB7u0PRWxsEkjp6tSMZ6nWz6Wo2NIjp9qUYab&#10;cll/mHpgeJWEZnKTj2xtkZxvaZCqcmaQvnNlkeFyaI7rcGqK7G5siO1sbYbva26E8GluhPBpboTw&#10;aW6E8GluhPBpboTwaf9jFQH/dQ4B/4YNAPiUCwDcoggA1K0JAM+4CgDJvRcAv7wrBrW5OxOrtkch&#10;obFQL5itWTuPqmFGh6ZoT3+jcFd4oHhecp6BZGubjGlmmpltYpmob1+ZvHBemd9vYJbsbmOR7W1m&#10;ju5rZ4vvammJ8GhpifBoaYnwaGmJ8GhpifBoaYnwaP9nEgH/eQwA/4oKAN+aBADTpgcAzLEIAMe7&#10;CADBwhMAuMIoBK6/OBClvEQem7hOLJG1VziIsV5CgK5mS3irbVNxqXZaa6d/YGWlimRgo5doW6Om&#10;a1mjumxYo9xrWaDua1ya72pflvBpYZLxaGOP8WZjj/FmY4/xZmOP8WZjj/FmY4/xZv9rEAH/fgkA&#10;8ZAEANaeAwDMqgYAxLQGAL6+BQC4yBAAsMgkA6fGNQ2dw0Ibk8BMKIq9VDOBulw+ebdkRnG1a05r&#10;s3RUZLF+Wl+wiV9ar5ZiVq6lZVOuuWZSr9tlUqvyZlWk8mZYn/JmWpvzZVyX82Rcl/NkXJfzZFyX&#10;82Rcl/NkXJfzZP9wDQD/hAQA3ZYAAM6jAwDErgQAu7cEALTCBQCuzQwAp84gAp7NMQqVyz4Wi8hJ&#10;I4LGUi56w1o4csFiQGvAakdkvnNNXr18U1m8iFdUu5VbULulXU67uV5NvNtdS7n3X06x9mBRqvZg&#10;U6X2YFWh9mBVofZgVaH2YFWh9mBVofZgVaH2YP93CADrjAAA05sAAMaoAgC7sQIAsrsCAKrHBgCi&#10;0woAndYaAZXWLAaM1DoRg9JGHXrQTydyzlgxas1gOGTLaD9eynJFWMp8SVTJiE1PyZVRTMmlU0rJ&#10;uVRJytxTR8j3VUjA/FhKuPtZTLL7Wk6t+lpOrfpaTq36Wk6t+lpOrfpaTq36Wv9/AADckwAAyqIA&#10;ALysAQCxtQAAqMADAJ/LBgCW2QsAkeAbAYrfLAaC3zkOed5DF3HdTSBq3FYoY9tfL13aZzVY2XE6&#10;U9l7Pk/ZiEJL2ZZFSNmmR0baukhF29tHRNj0SULT/01Eyf9PRcL/UEe7/1JHu/9SR7v/Uke7/1JH&#10;u/9SR7v/UuaKAADPmwAAv6cAALKwAACnuwAAnMYDAJPRBgCL6g4AhegfAn7oLQZ26DgObuhBFmbn&#10;Sh1f51IjWedbKVXnZC1Q520xTOd4NUnnhDhG6JE6Q+igPEDpsj4/6ss+PujvPj3m/z894P9CP9f/&#10;REDO/0ZAzv9GQM7/RkDO/0ZAzv9GQM7/RtaTAADEowAAtKwAAKe2AACbwQAAkMwCAIbZBgCA8hIA&#10;efIfAnHyKwZq8jYMY/M/El3zRxhX808dUvNXIU30YCRJ9GkoRvRzKkL1fi0/9YsvPPaZMTr2qTM4&#10;9740NvjhNTb1+TU18/80N+z/Njnl/zg55f84OeX/ODnl/zg55f84OeX/OMieAAC2qQAAqLIAAJu9&#10;AACPyAAAg9QAAHnoBwBz/BIBa/0dAmT9JwRe/jEIWP47DVP/QxFN/0sVSf9TGEX/WhpB/2MdPv9s&#10;Hzv/diE3/4IjNP+QJTL/nycw/7AoLv/IKS3/6ios//8qLP//Ki/5/yov+f8qL/n/Ki/5/yov+f8q&#10;L/n/KrmmAACqrgAAnLkAAI7FAACB0QAAdd4AAG36CQBl/xEBXv8aAlf/IwNS/ywFTP80B0j/PApD&#10;/0QMP/9MDjz/UxA4/1sSNf9jFDL/bBYv/3cXLP+EGSn/kxon/6IcJf+0HST/zB4j/+0eIv/9HyL/&#10;/x8i//8fIv//HyL//x8i//8fIv//H6yrAACdtgAAj8IAAIDOAABz3AAAZ+kAAF//BgBY/w4AUf8V&#10;AUv/HQJG/yYDQf8tBDz/NQU4/zwGNP9CBzH/SQgu/1AJK/9XCij/Xwol/2kMI/90DSD/gg4d/5IP&#10;G/+iEBr/shEZ/8gSGP/lExf/+hQX//oUF//6FBf/+hQX//oUF//6FJ+zAACQvwAAgMwAAHLaAABk&#10;5AAAWPUAAFH/AQBK/wsARP8QAT7/FwE5/x4CNP8lAjD/LAMs/zIEKP84BCX/PgUi/0QFH/9KBRz/&#10;UQYa/1kGF/9jBxT/bgcS/3wIEP+MCA//nAgO/6wJDv+7CQ3/0wkN/9MJDf/TCQ3/0wkN/9MJDf/T&#10;CZG8AACByQAActcAAGTkAABU6wAAS/8AAET/AAA9/wQAN/8MADH/EAEs/xYBKP8cAST/IgIg/ycC&#10;HP8sAhn/MQMW/zYDE/88AxH/QgMP/0kEDf9RBAv/WgQJ/2YEBv9zBQP/gQUC/5AFAf+cBQH/qwUB&#10;/6sFAf+rBQH/qwUB/6sFAf+rBf9EJAL/Py4D/zw2BP9AOAT/QT0G/0FFCP9BUQ3/QF0T/z9qGP88&#10;dxz/OoQg/zeRI/82myX/NaQn/zSsKP80tSr/M74r/zLIK/8y1Sz/MeUt/zHxLf8x+y3/MP8t/zD/&#10;Lf8z/y3/Nv8s/jj/Lfk6/y72O/8u9jv/LvY7/y72O/8u9jv/Lv9FIwL/Py4D/z40A/9CNgT/RDsG&#10;/0RDCP9FTw3/RFsT/0FoGf8/dR3/PIIh/zqPJP84mif/N6Mp/zasKv82tCz/Nb0t/zTILv801i7/&#10;M+Yv/zPyL/8y/DD/Mv8w/zP/L/82/y//Of8v+Tv/MPQ9/zHxPf8x8T3/MfE9/zHxPf8x8T3/Mf9G&#10;IwL/QC0D/0EyA/9GMwT/SDgG/0hACP9JTA7/SFgU/0VlGv9Cch//QH8j/z2MJv87mCn/OqEr/zmq&#10;Lf84sy7/N70v/zbHMP821TH/NuYy/zXxMv81+zL/Nf8y/zb/Mv86/zH6Pf8z8z7/NO1A/zTqQf80&#10;6kH/NOpB/zTqQf806kH/NP9HIgL/QSwD/0UvA/9JMAT/TDUG/009CP9OSA7/TVQV/0thG/9IbiD/&#10;RXsl/0KIKP8/lCv/Pp4u/z2nL/88rzH/PLgy/zvDM/86zzT/OuE1/zruNf86+DX/Ov81/zr/Nfs+&#10;/zXyQf8360L/OOVE/zjhRf844UX/OOFF/zjhRf844UX/OP9IIgL/QywD/0gsA/9OLQT/UTEF/1M5&#10;CP9VRQ7/U1EV/1FdHP9OaiH/S3cm/0iDK/9Fjy7/RJkw/0KiM/9BqzT/QbQ2/0C9N/8/yTj/P9s4&#10;/z/qOf8/9Tn/P/85+0D/OPFD/zroRf884Uf/PNpI/z3VSf891Un/PdVJ/z3VSf891Un/Pf9JIQL/&#10;RCoD/00oA/9TKQT/Vy0F/1k2CP9cQg7/W04V/1hZHP9VZSL/UnIo/09+Lf9MijD/SpQz/0ieNv9H&#10;pjj/Rq85/0W4O/9FxDz/RNI8/ETlPfhE8j31Rf488UX/PuZI/0DcSv9B0kv/QcxN/0HJTf9ByU3/&#10;QclN/0HJTf9ByU3/Qf9KIAL/SCcC/1ElA/9YJQP/XSoE/2AzB/9jPw7/YkoV/2BVHP9cYSP/WW0p&#10;/1V5Lv9ShDP/UI82/U6ZOftMojv6S6o9+Eq0P/dKvkD1ScxA8UnhQe1K8EHqSvxC5Er/RNhM/0XM&#10;T/9GxlD/RsBR/0a+Uf9GvlH/Rr5R/0a+Uf9GvlH/Rv9MIAL/TCQC/1UhAv9dIQP/YycE/2cxBv9q&#10;PAz/akcU/2dSG/9jXCP/X2gq+1x0MPdZfzX1Voo58lSUPPBSnT/uUaZB7FCvQ+pPukToTsdE5k/d&#10;ReFP7kXdTvtI1E//SchR/0rAU/9KulT/SrZV/0q0Vv9KtFb/SrRW/0q0Vv9KtFb/Sv9NHwL/UCEC&#10;/1oeAv9iHgL/aSUD/20tBf9xOQv/cUQS/29OGvtrWCL1ZmMp8WNvMO1gejbpXIU75lqPP+RYmELh&#10;VqJE31WrRtxTtkjaUsNK1lLYStFT7EvMU/pNxVT/TrxW/0+1V/9PsFj/TqxZ/02qWv9Nqlr/Tapa&#10;/02qWv9Nqlr/Tf9OHgL/Ux4C/14bAv9nGwL/biID/3MqBP93NQn/eEAQ+XdKGPJzVCDsb14o52tq&#10;MOJndTbeY4A82V+KQdRdk0bRW51JzlmmTMtYsE7IV7xQxlbNUcNX5lG+V/dSuFj/U7Ba/1OrXP9S&#10;p13/UqNd/1GiXf9Qol3/UKJd/1CiXf9Qol3/UP9PHgL/VxsC/2IXAf9sGQL/dCAC/3knA/9+Mgf5&#10;gDwN8X9GFep7UB3kd1sm3XNmLtVtcDfQaXo+y2WERMdijknEYJdNwF6gUL1dqlO7W7ZVuFvFVrVb&#10;31ayXPNXrF39V6Ze/VahYP5VnmD/VJxh/1OaYf9TmmH/U5ph/1OaYf9TmmH/U/9QHQL/WhkB/2UV&#10;Af9wFwH/eB0B/38kAv2ELgXzhjgK6oZCEeOESxnbf1cj0XliL8t0bDjFb3ZAwGx/RrxoiEu4ZpFQ&#10;tWObU7FhpVauYLBZq1+/Wqlf1FumYO9bomH6Wp1j+1mZZPxYlmT9V5Vl/lWUZf5VlGX+VZRl/lWU&#10;Zf5VlGX+Vf9QHQL/XRcB/2kSAf90FQH/fRoB/4QhAfeJKgPtjTQH5I09DdyLSBbRhVQjyX9eLsJ6&#10;aDi8dXFAt3F6R7JuhE2ua41SqmiWVqdmoFmjZatcoGS5Xp5kzV6bZOpemGb4XZRn+VySaPtakGj8&#10;WY5o/VeOaP1Wjmj9Vo5o/VaOaP1Wjmj9Vv9SHAH/XxQB/2wRAf94EwH/gRcB/4gdAfKPJQLnky8E&#10;3pU4CdOQRRXKi1EiwoVbLruAZTi0e25Br3d3SKp0f06lcIhToW6SV51rnFuZaqdelmm1YJRoyGGS&#10;aeZgj2r3X41r+F2La/lciWz7Wohs/FiIa/xYiGv8WIhr/FiIa/xYiGv8WP9UGgH/YhMB/28QAf97&#10;EgD/hRQA+o0ZAO2THwHimSgC2JkzCMyVQhTEkE4hvItZLbSFYjeugWtAqHxzSKJ5fE6ddoVUmXOO&#10;WJVxmFyRb6RgjW6xYottw2OJbuJih2/2YYZv91+Fb/ldhG/6W4Nv+1mDb/xYg2/8WINv/FiDb/xY&#10;g2/8WP9WGAH/ZBEB/3IOAP9+EAD/iBEA9ZEUAOiYGQDdniAB0Z4xB8eaQBO+lUwgtpBWLK6LYDen&#10;hmhAoYJwSJx+eU6We4JUkniLWY12lV2JdKBhhXOuY4Jyv2SAc95kgHT1Yn909mB/c/hefnP5XH5y&#10;+lp+cvtZfnL7WX5y+1l+cvtZfnL7Wf9YFwH/ZxAB/3UOAP+BDgD/jA4A8ZUQAOOdEQDWoxsAy6Ev&#10;BsKePhK5mUoesJRUK6mQXTaii2Y/m4duR5WEdk6QgH9Ui36IWYZ7kl2BeZ5hfXirZHp4vGV5eNll&#10;eHn0Ynl49mB5d/heeXb5XHl1+lp5dftaeXX7Wnl1+1p5dftaeXX7Wv9aFQH/aQ4A/3gMAP+EDADv&#10;kAsA3ZoKANmiCwDQphgAxqUsBb2iPBC0nkgdq5lSKaOVWzSckWM+lY1rRo+Jc02JhnxThISFWH+B&#10;kF16f5thdn6oZHN9uWVxftNlcX7yY3J99mBze/dedHr5XHR5+lt1eftadXn7WnV5+1p1eftadXn7&#10;Wv9dEwH/bA0A/3sLAPaICQDckwYA1Z0JANGlCgDKqhUAwakqBLemOg+uokYbpp5QKJ6aWTOWlmE8&#10;j5NpRImPcUyDjXlSfYqDV3iIjVxzhplgb4SmY2yEt2RqhM9kaoTwYmyC9mBtgPdeb3/5XG99+ltw&#10;fPtacHz7WnB8+1pwfPtacHz7Wv9fEQH/bwoA/34IAOOMAwDWlwUAz6AHAMqoCADErhMAu60nA7Kr&#10;Nw2pp0QZoKROJpigVzGRnF86iplnQ4OWb0p9k3dQd5GAVnKPilptjZZeaIujYWWLtGNji8xjY4vu&#10;YWWJ919nhvheaYT5XGqC+lprgftaa4H7WmuB+1prgftaa4H7Wv9iEAD/cgcA+IIDANuPAgDPmgUA&#10;yaMGAMOsBgC9shAAtbIkAqywNQujrUIXm6pMI5KmVS6Ko104g6BlQH2dbEd2m3RNcJl9U2uWiFhm&#10;lZRcYpShX1+TsmBdk8lgXZPtX16Q+F5hjPlcY4r6W2SH+1plhvtZZYb7WWWG+1llhvtZZYb7Wf9m&#10;DQD/dwMA44cAANOTAQDKngQAwqcEALuvBAC1tg0ArrchAqW2Mgmdsz8VlLBKIIytUyuEqls0fahj&#10;PHalakNwo3JKaqF7T2WghlRgnpFYW52fW1idsF1WncddVp3rXFea+ltalfpaXJH7WV6O/FhfjfxX&#10;X438V1+N/FdfjfxXX438V/9qCgD/fAAA3IwAAM2YAADDowMAuqoCALOzAQCsvAoApr0dAZ68LwaW&#10;ujwRjbhHHIW1UCd9s1kwdrFgOG+vaD9prXBFY6t5Sl6qhE9aqZBSVaieVVKnr1dRqMZXUKfqV1Cl&#10;/FdTn/1XVZr9VleW/lZYlf5VWJX+VViV/lVYlf5VWJX+Vf9vBADmggAA0pEAAMadAAC7pgEAsq4A&#10;AKq3AQCiwgUAnMQYAJXDKgSNwjkNhcBEGH2+TiF1vFYqbrpeMmi5Zjhit24+XbZ4Q1i1gkdUtI9L&#10;ULSdTk2zrlBLtMVQS7PqUEqx/1FMq/9STqX/UlCh/1JRnv9RUZ7/UVGe/1FRnv9RUZ7/Uf92AADd&#10;iQAAypcAAL6iAACzqgAAqbMAAKC8AgCYxgYAkcwSAIvMJQKEyzQJfMlAEnXIShttx1MjZ8VcKmHE&#10;ZDBcw202V8J2OlPCgT9PwY5CS8GdRUjBrkZHwcVGR8HqRkS+/0lFuf9KR7P/S0mt/0xKq/9MSqv/&#10;TEqr/0xKq/9MSqv/TOl/AADRkAAAwp4AALWnAACqrwAAoLgAAJbBAgCMywcAhNUNAIDVHgF51S4F&#10;ctQ8DGzTRxRl0lAbX9FZIVrRYidV0GssUdB1ME3PgTRJz443Rs+dOUTQrjtC0MY7Q9DqOkDN/T4+&#10;y/9AQMP/QkG9/0NCuf9EQrn/REK5/0RCuf9EQrn/RN2IAADHmAAAuKMAAKurAACgtAAAlb4AAIvI&#10;AwCA0QcAeOENAHThHQFu4SsDaOA3CGHgQg5c4E0UV+BWGVPgXx1P4GkiS+BzJUfgfihE4IsrQuCa&#10;LT/hqy8+4sEvPuLlLzzf+jE53v80Odn/NjrQ/zg7zP85O8z/OTvM/zk7zP85O8z/Oc2SAAC8oAAA&#10;ragAAKGxAACVuwAAicUAAH7PAgB02gYAbusRAGjrHgFi6yoDXew1BlfsPwtS7EgPTexRE0rtWhZG&#10;7WMZQ+1tHEDteB497oUhOu6TIzjvoyQ28LYmNfHSJjTv8yY07P8mMuv/KDLn/ysz5P8sM+T/LDPk&#10;/ywz5P8sM+T/LMGcAACwpgAAo64AAJa4AACJwwAAfc0AAHHYAABn5gYAYvYRAFz3HQFX9ycCUvcx&#10;BE34OgZI+UIJRPlLC0H6VA4++lwQO/tlEjj7bxQ1+3sWMvyJGDD9mBku/aobLP6/HCv/4x0q/Pod&#10;Kvr/HSr3/xwq9/8dKvf/HSr3/x0q9/8dKvf/HbOjAACkqwAAl7YAAInBAAB7ywAAb9YAAGPfAABb&#10;9QYAVf8QAFD/GQFL/yMCRv8sA0L/NAQ+/zwFOv9DBjf/Swc0/1MIMf9bCS7/ZAor/28MKP98DSb/&#10;iw4k/5wQIv+uESH/xRIg/+kTH//8Ex7//xMe//8THv//Ex7//xMe//8THv//E6apAACYswAAir8A&#10;AHvKAABu1QAAYN8AAFTnAABO/wQASf8OAEP/FAA//x0BOv8lAjb/LAIy/zMDL/86Ayv/QQQo/0gE&#10;Jf9PBSL/VwUg/2AGHf9sBxr/eQcY/4oIFv+bCBX/rQkU/8MJE//jCRP/+AkT//8KE///ChP//woT&#10;//8KE///CpqxAACLvQAAfMgAAG3UAABf4AAAUeYAAEf1AABB/wAAPP8JADf/EAAy/xUBLv8dASr/&#10;IwEm/ykBIv8vAh//NQIc/zsCGf9CAxb/SQMT/1EDEf9aAw//ZgQN/3QEC/+FBAr/lgUJ/6gFCP+5&#10;BQf/0AUH/+MFB//jBQf/4wUH/+MFB//jBY26AAB9xwAAbdMAAF/gAABQ5wAAQu0AADr/AAA1/wAA&#10;L/8CACr/CgAm/w8AIv8UAB7/GgEa/x8BFv8jARP/KAEQ/y0BDv8zAQz/OQIK/0ECB/9JAgP/UwIA&#10;/14CAP9sAgD/fAMA/40DAP+dAwD/rAMA/7UDAP+1AwD/tQMA/7UDAP+1A/85JwL/MzIC/zU0A/84&#10;NgP/ODsE/zZDBf8zTgf/MVsJ/y9oDf8tdhH/K4QU/ymRFv8pmxj/KKQZ/yitGv8otRv/J74c/yfI&#10;HP8n1B3/J+Qd/yfvHv8n+R7/J/8e/yf/Hv8n/x3/KP8d/yv/Hv8t/x/8L/8f/C//H/wv/x/8L/8f&#10;/C//H/86JwL/NDEC/zgxA/87NAP/OzkE/zpBBf83Swf/NVgK/zNlDv8xcxL/L4EV/y2OF/8tmBn/&#10;LKEb/yyqHP8rsh3/K7se/yvEH/8r0B//KuEg/yrtIP8q9yD/Kv8g/yv/IP8r/x//LP8f/y//Ifwx&#10;/yL3M/8i9zP/Ivcz/yL3M/8i9zP/Iv87JgL/NTAC/zsvAv8+MQP/PzYE/z49Bf88SAf/O1UL/zli&#10;D/83bxP/NX0X/zOKGf8ylRv/MZ4d/zCnHv8wrx//MLcg/y/AIf8vyyL/L9wi/y/qI/8v9SP/L/4j&#10;/y//Iv8w/yL/MP8j+zP/JfU1/yXwN/8m8Df/JvA3/ybwN/8m8Df/Jv88JgL/OS0C/z8sAv9DLQP/&#10;RDIE/0M5Bf9DRQf/QlIL/0BfEP8+axX/O3gY/zmFG/83kB7/N5og/zajIf81qyL/NbMj/zS8JP80&#10;xiX/NNQl/zTmJv808Sb/NPsm/zX/Jf41/yb6Nv8o8zj/Kew6/ynmPP8q5jz/KuY8/yrmPP8q5jz/&#10;Kv89JQL/PSoC/0MoAv9HKQP/SS0E/0o2Bf9KQQf/SU0M/0daEf9FZxb/QnQa/0CAHf8+jCD/PZUi&#10;/zyeJP87pib/O64n/zq3KP86wSj/Os0p/zrhKf467in7Ovkp9zv/KfY6/yvwO/8t6D3/LuE//y7b&#10;Qf8u20H/LttB/y7bQf8u20H/Lv8+JQL/QSYC/0gkAv9MJQL/TykD/1IzBf9RPgf/UUkM/09WEv9M&#10;Yhf/Sm8c/0d7IP9FhiP/Q5El/0KaJ/9Boin/Qaoq/UCyK/xAvCz7P8gt+D/bLfRA6y3wQPct7UD/&#10;L+s//zHkQf8y20P/M9FE/zPLRv8zy0b/M8tG/zPLRv8zy0b/M/9AJAL/RSMC/0wgAv9SIQL/ViYD&#10;/1kvBP9ZOgf/WUYM/1ZREv9UXRj/UWod/k51IfxMgSX5Soso90mVK/VHnSzzR6Yu8kauL/BFuDDv&#10;RcQx7UXTMehG6DHlRvYy4kX/Nd9E/zbTR/83ykj/OMRK/zi/S/83v0v/N79L/ze/S/83v0v/N/9B&#10;IwH/SR8B/1EcAf9XHAL/XCMC/2AsA/9gNgb/YEEL/15NEf1bWBj4WGQd9FVwI/FTfCfuUIYr60+Q&#10;LulNmTDnTKEy5UyqM+NLtDTiS8A14EvPNdtL5jbVSvQ40Ur/Os5K/zzETP88vU3/PLhP/zy0T/87&#10;tE//O7RP/zu0T/87tE//O/9CIgH/TBwB/1UYAf9cGQH/YyAC/2YoA/9oMgX/aD0J+mZIEPRjUxfu&#10;YF8d6l1rI+ZadijiV4Et31WLMNxTlDPZUZ021VCmONNPrzrQT7s7zk7JPMtP4T3HT/I+w0//QMBP&#10;/0G3Uf9BsVL/QK1T/0CqVP8/qlT/P6pU/z+qVP8/qlT/P/9GHwH/UBkB/1kVAf9iFwH/aB0B/2wk&#10;Av9vLgP5bzgH8W5EDutrThXlaFsc32RnI9pgcSrUXXsv0FuFNMxYjjjJV5c7x1WgPcRUqT/CU7RB&#10;v1PCQr1T1kO5U+1EtlP9RbNU/0WsVv9Ep1f/RKRY/0OhWP9CoVj/QqFY/0KhWP9CoVj/Qv9IHQH/&#10;UxYB/10SAf9mFAH/bRkB/3IhAft1KQLydjMF6XY+C+JzShLbb1ca0mtiI81nbCvIZHYxxGF/N8Be&#10;iTu9XJI+uluaQbdZpES1WK5Gsle7R7BXzUitWOhIqlj6SadZ/0ihWv9InVv/R5tc/0aZXP9FmVz/&#10;RZlc/0WZXP9FmVz/Rf9LGgH/VxMB/2EQAP9rEgD/chYA/3gcAfV7JAHrfS0D4n45B9l7RhDQdlMa&#10;yXFeJMNtaCy+anEzumd7OLZkgz2yYoxBr2CVRaxen0epXalKply2S6Rcx0yiXOJNn133TJxe/0yY&#10;X/9KlWD/SZNg/0iRYP9HkWD/R5Fg/0eRYP9HkWD/R/9OGAH/WhEB/2QOAP9vEAD/dhMA/H0XAO+B&#10;HgHkhCcC24Q0BdCBQw/IfE8ZwXhaI7tzZCy1cG0zsWx2Oq1qfz+pZ4hDpWWRR6Jjm0qfYqVNnGGx&#10;T5lgwVCXYNxQlWHzT5Ni/06QY/9MjmT/S4xk/0qLZP9Ii2T/SItk/0iLZP9Ii2T/SP9QFgH/XBAA&#10;/2gNAP9yDgD/ehAA9oESAOmGFwDeiiAB0oowBMmGQA7Bgk0Zun1XI7R5YSyudWo0qXJyOqRve0Cg&#10;bIREnWqNSJlol0yVZ6FPkmatUZBlvVKOZdRTjGbwUYtn/1CIZ/9Oh2j/TIZo/0uFZ/9JhWf/SYVn&#10;/0mFZ/9JhWf/Sf9SFAH/Xw4A/2sLAP91DAD5fg0A8IUOAOOLEADWjxoAzI4uBMOLPQ27h0oYtINV&#10;Iq1+Xiune2czondvOp10eECZcoBFlW+JSZFtk02NbJ5QimqqU4dquVSFas9UhGvuU4Ns/1GCbP9P&#10;gWv/TYBr/0yAa/9KgGv/SoBr/0qAa/9KgGv/Sv9UEgH/YQwA/24KAP14CQDogggA3IkJANiPCwDQ&#10;kxcAxpMrA76QOwy2jEgXrohSIaeEXCuhgGQznHxtOpd5dUCSd31FjnWGSopykE6GcZtRgm+nVH9v&#10;tlV9b8tWfG/rVHxw/1J7cP9Qe2//Tntv/017bv9Le27/S3tu/0t7bv9Le27/S/9XEQD/YwoA/3AH&#10;APB8BQDchQUA1IwIANCTCQDKlhQAwZcpA7mUOQuxkEYWqY1QIKKJWiqchWIyloJqOZF/cj+MfHpF&#10;h3qDSoN4jU5/dphRe3WkVHh0s1Z2dMhWdXToVXV1/VN1dP9RdXP/T3Zy/012cf9MdnH/THZx/0x2&#10;cf9MdnH/TP9ZEAD/ZgcA/3MEAOF/AQDWiAQAz5AGAMqWCADEmhIAvJsmArSYNwmslUQUpJFOH52O&#10;VyiWimAxkIdoOIuEcD+GgnhEgX+BSX19i014e5ZRdHqiVHF5sVZvecVWbnrmVW56/FNvef9RcHf/&#10;T3F2/01xdf9McXX/THF1/0xxdf9McXX/TP9bDgD/aQQA9ncAAN2CAADQiwMAyZMFAMSZBgC+nhAA&#10;tp8kAq6dNAimmkETn5ZMHZiTVSeRkF4vi41lN4WKbT2AiHVDe4V+SHaDiExygpNQboCgU2t/rlVo&#10;f8JWZ3/jVWiA+lNpfv9Ranz/T2t7/01sef9MbHn/TGx5/0xsef9MbHn/TP9eDAD/bAEA5noAANaG&#10;AADLjwIAxJcEAL6dBAC4og4AsaMhAamiMgehnz8RmZxKG5KZUyWLllwthZNjNX+Razt6jnNBdYx8&#10;RnCKhUtriJFPZ4edUmSGrFRihr9VYYbhVGGG+VJjhP9QZYH/T2Z//01nfv9MZ37/TGd+/0xnfv9M&#10;Z37/TP9hCgD/bwAA4H4AANCJAADGkwEAv5sDALihAgCxpgsAqqgeAaOnLwWbpT0PlKJIGYyfUSKF&#10;nFkrf5phMnmYaTl0lXE/b5N5RGqSg0hlkI5MYY+bT16OqlJbjr1SWo7eUluN+FBci/9PXoj/TmCF&#10;/0xhg/9LYYP/S2GD/0thg/9LYYP/S/9kBQD1dAAA2oIAAMuOAADBlwAAuJ4BALGlAACpqwcAo60a&#10;AJysLASVqzoMjahFFoamTx9/pFcoeaJfL3OgZjVtnm47aJx3QGOagUVfmYxJW5iZTFeXqE5Vl7tP&#10;VJfcTlSW9k5VlP9NWJD/TFmN/0tbiv9KW4r/SluK/0pbiv9KW4r/Sv9oAADleQAA0YcAAMWSAAC7&#10;nAAAsaIAAKmpAAChsQIAm7MVAJWzKAKOsjYJhrBCEn+uTBt4rFQjcqpcKmyoZDFnp2w2YqV1O12k&#10;f0BZo4pDVaKXR1Ghp0lPobpKTqLZSU6g9UlOn/9JUJn/SVKW/0hUkv9HVJL/R1SS/0dUkv9HVJL/&#10;R/9uAADefwAAyo0AAL6YAACzoAAAqqcAAKGuAACXtgAAkboQAIy6IwGFuTIGfrg+Dne2SRdxtVIe&#10;a7NaJWWyYitgsWowW7BzNVevfTlTrok9T62WQEytpUJKrblDSa7YQkir9UNHqv9ESaX/REug/0RN&#10;nP9ETZz/RE2c/0RNnP9ETZz/ROp1AADShgAAw5MAALedAACspAAAoqsAAJizAACOuwEAhcEMAIHC&#10;HQB7wi0DdcE6CW/ARRFpv08YY75XHl69XyNZvGgoVbtxLVG7ezBNuoc0SrqVN0e6pTlFurg6RLrX&#10;OUO49TtCtv89QrP/PkSu/z5Fqf8+Ran/PkWp/z5Fqf8+Ran/PuB9AADJjQAAu5oAAK6iAACjqQAA&#10;mLEAAI65AACEwQIAeckHAHTLFABwzCYBa8s1BWXLQApgyksQW8pUFlfJXRpSyWUfTshvI0vIeiZH&#10;yIYpRMiULELIpC5AyLgvP8nXLz/H9TA9xP8zO8P/NTy+/zY9uP83Pbj/Nz24/zc9uP83Pbj/N9GG&#10;AADAlQAAsp8AAKWnAACarwAAjrcAAIO/AAB4xwMAbs8HAGXXDQBj2B0AYNgtAlvYOgRX2EYJU9hQ&#10;DU/YWRFL12IVR9dsGETXdxtB14QePtiTIDzYoyE72bciOtrVIjrW8iM31P8nNtL/KTTR/ys2yv8t&#10;Nsr/LTbK/y02yv8tNsr/LcWQAAC2nQAAqKUAAJytAACPtgAAg74AAHfHAABszwIAYtYHAFrkDgBY&#10;5BwAVOQpAVDkNQNM5T8FSOVJB0XlUwpC5lwNP+ZmDzzmcRI6534UN+eMFjXnnBcz6K4ZMunGGTLo&#10;6hkx5f4ZL+T/HC7k/x4t4v8gLeL/IC3i/yAt4v8gLeL/ILqaAACqowAAnasAAJC0AACDvQAAd8YA&#10;AGvPAABf1gAAVN4EAFHwEABN8BsASvAmAUbxMAJC8joDPvJDBDvzSwU481QHNvRdCDP0aAkw9XQL&#10;LvWBDCz2kQ4q9qIPKPe3ECf41hEn9vQRJvP/ESbx/xEl8f8TJfH/EyXx/xMl8f8TJfH/E62hAACg&#10;qQAAkrMAAIS8AAB2xgAAac8AAF3YAABR3wAASe4EAEb8DgBC/RcAPv4hADv+KgE3/zMCNP86AjD/&#10;QgMt/0oDK/9TBCj/XAUl/2YFIv9zBiD/gwcf/5QIHf+mCBz/vAgb/+IJGv/5CRr//wkZ//8JGf//&#10;CRn//wkZ//8JGf//CaKnAACTsQAAhbsAAHbGAABp0AAAW9oAAE7gAABD5QAAPvsBADr/DAA2/xMA&#10;Mv8bAC//IwAr/yoBKP8xAST/NwEh/z8CH/9GAhz/TgIZ/1gDFv9jAxP/cAMS/4EEEf+TBBD/pwQP&#10;/70FDv/gBQ7/9gUO//8FDv//BQ7//wUO//8FDv//BZWvAACGugAAd8UAAGjQAABa2wAATOEAAEDn&#10;AAA38wAAMv8AAC7/BwAq/w4AJv8TACP/GgAf/yAAG/8mABj/KwEV/zIBEv84ARD/QAEO/0gBDP9S&#10;AQn/XQIG/2sCBP99AgL/kAIB/6MCAP+2AgD/zQMA/+wDAP/sAwD/7AMA/+wDAP/sA4i5AAB4xAAA&#10;adAAAFvdAABL4wAAPukAADLuAAAr/wAAJv8AACH/AAAd/wgAGv8NABb/EQAT/xYAEP8aAA7/HwAL&#10;/yQACf8qAAb/MAAC/zcBAP9AAQD/SgEA/1YBAP9kAQD/dQEA/4gBAP+aAQD/qgEA/7sBAP+7AQD/&#10;uwEA/7sBAP+7Af8vKwH/KzIC/y8xAv8wNAL/LzkD/ytBA/8nTAT/I1gF/yFmBv8gdAf/HoIJ/x6O&#10;C/8emAz/HqEN/x6pDv8esA//HbgP/x3BEP8dyxD/HdsR/x3oEf8d8hH/HfwR/x7/Ef8e/xD/Hv8Q&#10;/x//Ef8f/xL/If8T/yL/E/8i/xP/Iv8T/yL/E/8vKwH/LjAC/zIvAv8zMQL/MjYD/y8+A/8rSQX/&#10;KVYG/ydjB/8lcQj/JH4L/yOKDP8jlQ7/Ip4P/yKmEP8irRH/IrUR/yK9Ev8ixxL/ItQT/yLlE/8i&#10;8BP/IvoT/yL/E/8j/xL/I/8S/yP/FP8k/xX+Jv8W/Cf/Fvwn/xb8J/8W/Cf/Fv8wKgH/MS0C/zUr&#10;Av83LQL/NjID/zQ6A/8yRQX/L1IG/y1gB/8sbQr/KnoM/ymGDv8okRD/KJoR/yiiEv8nqhP/J7EU&#10;/ye5FP8nwxX/J88V/yfhFf8n7RX/J/gV/yj/Ff8o/xX/KP8W/yf/F/wp/xj2K/8Z9Cz/GfQs/xn0&#10;LP8Z9Cz/Gf8xKQH/NCkB/zkoAv87KgL/PC4C/zo2A/85QgX/N08G/zVcCP8zaQv/MXYO/zCCEP8v&#10;jRL/LpYU/y6eFf8tphb/La0W/y21F/8tvhj/LcoY/y3cGP8t6hj/LfUY/S7/GPou/xj5Lf8a+S3/&#10;HPMv/xztMf8d6jL/Heoy/x3qMv8d6jL/Hf8zKQH/OCYB/z0kAf9AJQL/QSkC/0IzA/9BPgX/P0oG&#10;/z1XCf87ZAz/OXAP/zd9Ev82iBT/NZEW/zWaF/80ohn/NKkZ/zOxGv8zuhv/M8Ub/TPTG/oz5hv3&#10;NPMb8zX+G/E0/x3wM/8f7jP/IOc2/yHhN/8h3jj/Id44/yHeOP8h3jj/If81JwH/PSIB/0IgAf9G&#10;IAH/SCUC/0ovA/9JOgT/R0YG/0VSCf9DXw3/QWsR/z93FP89ghf+PIwZ/DyVGvs7nRz5O6Ud+Dqt&#10;HvY6th71OsAf8zrOH/A64x/rO/Ef6Dr9IeY6/yPkOv8l4Tr/Jdg8/ybQPf8mzT7/Js0+/ybNPv8m&#10;zT7/Jv85JAH/QR4B/0cbAf9LGwH/TyIB/1ErAv9RNgT/T0EG/0xNCf9LWg78SWYS+EdyFvVFfRnz&#10;Q4cb8UKRHe9CmR/tQaEg7EGpIepAsiLoQLwi50DKI+RB3yPgQe8k3ED8J9hA/ynUP/8qz0D/KsdC&#10;/yrCQ/8qwEP/KsBD/yrAQ/8qwEP/Kv88IAH/RRoB/0sXAf9RFwH/Vh8B/1gnAv9YMQP/VzwF/FVI&#10;CfZSVA7yUGET7k5tF+pMeBvnSoIe5UmMIOJIlSLgR50k3kelJdxGribaRbkn2EXGKNRF3CnPRu4q&#10;y0X7LchF/y7FRf8vwEb/L7pI/y+1Sf8utEn/LrRJ/y60Sf8utEn/Lv9AHQH/SRYB/1ATAf9WFAD/&#10;XBsB/18jAf9gLAL6XzcE811CCO1aTw3nWFwT4lZoGN5TchzaUX0g1k+GJNJOjyfQTZgpzUygK8tL&#10;qS3JSrMux0q/L8VK0DDCS+gwvUv4MrpK/zO4S/8zs0z/M65N/zOqTv8yqU7/MqlO/zKpTv8yqU7/&#10;Mv9DGgH/TBMA/1QQAP9cEgD/YRcA/2UeAftmJwHyZjED6mU9BuNjSgvcYFcS1V1iGdBabR/MV3cj&#10;yFWAJ8VUiSvCUpIuwFGaML5QozK7T600uU+5NbdPyDa0T+I2sU/0N65Q/zisUP84p1H/N6NS/zag&#10;U/81n1P/NZ9T/zWfU/81n1P/Nf9GFwH/UBEA/1gNAP9gEAD/ZhMA/2oZAPRsIQHqbSsC4Ww3BNlq&#10;RQrQZ1ISymNeGsVgaCDBXnImvVx7KrpahC63WIwxtFeVNLFVnjavVKg4rVSzOqpTwjuoU9o7pVTw&#10;PKJV/zyhVf87nVb/OppX/zmXV/84l1f/N5dX/zeXV/83l1f/N/9JFAD/Uw4A/1wMAP9lDQD/aw8A&#10;+m8TAOxyGQDidCMB2HMyA85xQgnHbU8SwWpaGrtnZCG3ZG0ns2J2LK9ffzCsXoc0qVyQN6dbmTqk&#10;WaM8oVmuPp9YvT+dWNFAmlnsP5hZ/j+XWv8+lFv/PJFb/zuPW/86j1v/Oo9b/zqPW/86j1v/Ov9M&#10;EgD/Vg0A/2AJAP9oCgD6bwwA83MOAOV3EQDaeRsAz3kuAsd3Pgm/dEsRuXBWGrNtYCGvamkoqmdy&#10;LadlejKjY4M2oGGMOZ1glTyaXp8/l12qQZVduEKTXctDkF3oQ49e/EGOX/9Ai1//Popf/z2IX/88&#10;iF//O4hf/zuIX/87iF//O/9OEQD/WAoA/2MHAPpsBgDncwYA3XgIANp7CwDRfhcAyH4rAsB8Owi5&#10;eUgRsnZTGaxyXSGnb2Yoo21uLp9qdzObaH83mGaIO5VlkT6RY5tBjmKnQ4xhtEWJYcdFiGLlRYZi&#10;+kOGY/9ChGP/QINj/z6CY/89gmP/PIJj/zyCY/88gmP/PP9QDwD/WwcA/2YDAOxvAgDcdgMA1HwH&#10;ANGACQDKghQAwoMoArqBOQezfkYQrHtRGaZ3WiGhdGMonHJrLphvczOUbXw3kWuEO41qjj+KaJhC&#10;hmejRIRmsUaBZsNHf2bhR39n+EV+aP9Dfmj/QX1n/z98Z/8+fGf/PXxn/z18Z/89fGf/Pf9SDgD/&#10;XQMA/WkAAOFyAADWegIAzn8FAMqDCADFhhIAvIcmAbWGNgaug0MPp4BOGKF8WCCbeWAnlndpLZJ0&#10;cDOOcnk3inCBPIZuiz+DbZVDf2yhRXxrrkd6a79IeGvdSHhs9kZ4bP9Ed2z/Qndr/0B3av8/d2r/&#10;Pndq/z53av8+d2r/Pv9UDAD/XwAA8mwAAN12AADQfQIAyYMEAMSHBgC/ihAAt4wjAbCKNAWpiEEO&#10;ooVMF5yBVR+Wf14mkXxmLYx5bjKId3Y3hHV/O4B0iD98cpJDeHGeRnVwrEhzb71JcXDZSXFw9Edx&#10;cf9EcnD/QnJv/0Fybv8/cm7/PnJu/z5ybv8+cm7/Pv9WCgD/YgAA5m8AANd5AADMgQEAxYcDAL+L&#10;BAC5jg4AspAgAauPMQWkjD8NnYpKFpaHUx6RhFwli4FkLIZ/azGCfXM2fnt8O3p5hj92d5BCcnac&#10;RW91qUhsdbpJa3XUSWt18kdrdf9FbHX/Q21z/0Ftcv8/bXL/P21y/z9tcv8/bXL/P/9ZBwD/ZQAA&#10;4nIAANF8AADHhAAAwIoCALmPAgCzkgwArJQdAKaTLwSekTwLmI9IFJGMURyLiVokhodiKoGFaTB8&#10;gnE1eIF6OnR/gz5wfY5CbHyaRWl7p0dmerhIZHvQSGR78Edle/9EZnr/Q2d4/0Fodv8/aHb/P2h2&#10;/z9odv8/aHb/P/9bBAD3aQAA3XYAAM2AAADDiAAAu44AALSTAQCtlwkAp5gaAKCYLAOZljoKkpRF&#10;EoySTxqGj1cigI1fKHuLZy52iW8zcod3OG2FgTxphItAZoKXQ2KBpUZggbZHXoHNR16B70Zfgf9E&#10;YH//QmF9/0Fie/8/Y3r/P2N6/z9jev8/Y3r/P/9eAADpbQAA1nkAAMiEAAC+jAAAtpMAAK6XAACm&#10;mwQAoJ0XAJqdKQKTnDcIjJpDEIaYTRiAllUfepRdJnWSZSxwkGwxbI51NmeNfjpji4k+X4qVQVyJ&#10;o0RaibRFWInLRViI7URYiP9DWYb/QVuD/0Bdgf8+XYD/Pl2A/z5dgP8+XYD/Pv9iAADkcQAAz34A&#10;AMOIAAC5kQAAsJcAAKebAACeoQAAmKMTAJOjJQGNojQGhqFADYCfShV5nVMcdJtaI2+ZYihqmGou&#10;ZpZyMmGVfDddlIY6WZKTPlaSoUBTkbJBUpLJQlKR60FSkP9AUo//P1WL/z5WiP89V4f/PVeH/z1X&#10;h/89V4f/PflnAADddgAAyYMAAL2NAACzlQAAqZsAAKCgAACWpwAAj6kPAIuqIQGFqTAEf6g8Cnin&#10;RxJzpVAYbaNYHmiiYCRkoWcpX6BwLlueeTJXnYQ2U5yROVCcnztOm7A9TJzHPUyb6jxMmf88TJj/&#10;PE2V/zxPkf87UI//O1CP/ztQj/87UI//O+ttAADTfAAAw4kAALeTAACsmgAAop8AAJmlAACOqwAA&#10;hbALAIGxGwB8sSsCd7A4B3GvQw1rrk0UZq1VGWGsXR5dq2UjWapuJ1WpdytRqIIvTaePMkqnnjVI&#10;p682R6fGNkam6TZFpP43RaP/N0ag/zdInP83SZr/N0ma/zdJmv83SZr/N+J0AADKgwAAvI8AALCY&#10;AAClngAAm6QAAJCrAACFsQAAergEAHa5FAByuSUBbbkzBGi4PwhjuEkOXrdSE1q2WhhWtmIcUrVr&#10;IE60dSRLtIAnSLOOKkWznSxCs64tQbPFLkGz6S1AsP4vP6//MT6t/zJAqP8yQab/MkGm/zJBpv8y&#10;Qab/MtV8AADCigAAtZYAAKidAACdowAAkqoAAIexAAB8twAAcL4DAGjCDgBmwx0AY8MtAV7DOQRa&#10;w0QIVsJODFLCVxBPwV8US8FpF0jBcxpFwH4dQsCMID/AmyI9wK0jPMHEIzzA6SM6vv4mOLz/KDe7&#10;/yk4uP8qOLb/Kzi2/ys4tv8rOLb/K8mFAAC5kwAArJwAAKCiAACUqgAAiLEAAHy4AABxvgAAZsUD&#10;AFvLCABXzRMAVs4jAFPOMgFQzj4DTc9IBUnPUghGz1sLQ89lDkDPbxA+z3sTO8+JFTnPmRc3z6sY&#10;NtDDGDbP6Bg0zfsbMsv/HTHK/x8wyf8hL8j/IS/I/yEvyP8hL8j/Ib6PAACvmgAAoqEAAJapAACK&#10;sAAAfbgAAHG/AABmxgAAW8wCAFDSBwBH2gwARtwYAEXcJwBE3TUBQd1AAj/eSwM93lUEOt9fBjjf&#10;aQc133YJM+CECzHglAwv4aYNLuG8Di3i4A4t3vgPK93/Eirc/xQp2v8WKNr/Fija/xYo2v8WKNr/&#10;FrOYAACloAAAmacAAIuwAAB+uAAAccAAAGXIAABZzgAATtMAAETbBAA/6Q0APekXADvqIwA56i4A&#10;Nus4ATTrQgEx7EsCL+1VAy3tXwMq7msEKO54BSbviAYl75oHI/CuByLxyAci8O0HIez/ByHr/wgg&#10;6/8KH+r/Cx/q/wsf6v8LH+r/C6ifAACbpgAAja8AAH+4AABxwQAAZMoAAFjQAABM1gAAQd0AADjk&#10;AAA19gwAM/cUADD3HgAu+CcAK/kwACj5OAEm+kABI/tJASH7UgEe/F0CHP1pAhr9eQMY/osDF/+e&#10;AxX/swQU/9MEFP70BBP8/wMT+v8DE/n/AxP5/wMT+f8DE/n/A52lAACPrgAAgLgAAHLCAABkywAA&#10;VtMAAEnaAAA+3wAANOQAAC70AAAr/woAKP8QACX/FwAi/x8AH/8mABz/LQAZ/zQAF/88ABT/RAES&#10;/04BEP9ZAQ7/ZwEM/3cBC/+KAgr/nwIJ/7UCCP/VAgf/9AIH//8CB///Agf//wIH//8CB///ApGt&#10;AACCuAAAc8IAAGTMAABW1QAASN0AADviAAAw5wAAJ+4AACP/AAAg/wQAHP8MABn/EQAW/xYAE/8b&#10;ABH/IQAO/ycADf8uAAr/NgAH/z4ABP9IAAD/VAAA/2IBAP9zAQD/hwEA/50BAP+yAQD/ygEA/+oB&#10;AP/zAQD/8wEA//MBAP/zAYS3AAB0wQAAZcwAAFbYAABH3wAAOeUAAC3qAAAj7gAAHP0AABj/AAAV&#10;/wAAEf8EAA//CwAN/w4ACf8RAAb/FQAD/xoAAP8gAAD/JgAA/y4AAP83AAD/QQAA/00AAP9cAAD/&#10;bQAA/4IAAP+WAAD/qAAA/7oAAP/DAAD/wwAA/8MAAP/DAP8kLwH/JS8B/ygvAf8nMQH/JDYC/yA+&#10;Av8aSQP/F1YD/xVkA/8TcgT/En8E/xKKBP8SlAT/Ep0F/xKkBf8SrAb/ErMG/xK6Bv8Swwb/E84H&#10;/xPfB/8T6wf/E/YH/xP/B/8T/wb/E/8G/xT/B/8U/wj/E/8I/xX/Cf8V/wn/Ff8J/xX/Cf8lLgH/&#10;KS0B/yssAf8rLgH/KTMC/yQ7Av8fRgP/HVMD/xthBP8ZbgT/F3sE/xeHBf8XkQX/F5oG/xehBv8X&#10;qQf/F7AH/xe3CP8XwAj/GMoI/xjbCP8Y6Aj/GPQI/xj9CP8Z/wj/Gf8I/xn/Cf8Z/wr/GP8L/xr/&#10;C/8a/wv/Gv8L/xr/C/8mLQH/LCkB/y4oAf8vKgH/LS8C/yk3Av8nQwP/JFAD/yJdBP8gagX/HncF&#10;/x6DBv8ejQf/HpYH/x6eCP8epQn/HqwJ/x6zCf8evAr/HsYK/x7TCv8e5Qr/HvEK/x/8Cv4f/wr9&#10;H/8L/B//DPwe/w38H/8O9yH/Dvch/w73If8O9yH/Dv8qKgH/LyYB/zIkAf8zJQH/MioB/zE0Av8v&#10;PwP/LUwD/ypZBP8oZgX/JnIG/yV+B/8liQj/JZIJ/yWaCv8loQv/JagL/ySwDP8kuAz/JcEM/yXO&#10;Df8l4Q38Je8N+Sb6DPYm/w31Jv8P9CX/EPQl/xHyJv8S7Sf/Eu0n/xLtJ/8S7Sf/Ev8uJgH/NCIB&#10;/zcgAf85IQH/OCUB/zkvAv84OwL/NUcD/zNUBf8xYQb/L20H/y55Cf8thAr/LY0M/yyWDf8snQ3/&#10;LKUO/SysD/wstA/7LL0P+SzJEPYs3RDzLewP7y34D+0t/xLrLP8U6iz/Feks/xblLf8W4C7/FuAu&#10;/xbgLv8W4C7/Fv8yIwH/OB0B/zwbAf8+GwH/QCIB/0ErAf9ANgL/PkID/zxPBf85XAb/OGgI/TZz&#10;C/s1fgz4NYgO9zSRD/U0mRDzNKAR8jOoEvAzsBLvM7kT7jPFE+s01xPnNOoS4zT3FOE0/xfeM/8Z&#10;3DP/Gtsz/xrUNP8azjX/Gs41/xrONf8azjX/Gv82HwH/PBkB/0EWAP9EFgD/Rx4B/0knAf9IMgL/&#10;Rj0D/0RJBfpCVgf2QGIJ8j9uDO89eQ/tPIMQ6jyMEug7lBPnO5wU5TukFeM6rRXiOrYW4DvCFt87&#10;0hbaO+gX1Dr2GtA6/xzNOv8eyzr/Hso6/x/EO/8fwDz/HsA8/x7APP8ewDz/Hv85GwH/QBUA/0UR&#10;AP9KEwD/ThkA/1AiAf9QLAH9TjcC9ktDBPBJUAfrSF0K50ZpDeNFdBDgRH4T3UOHFdtCkBfYQZgY&#10;1UCgGdNAqRvRQLIcz0C9Hc1AzB3KQeQexkD0IMJA/yK/QP8jvUD/I7tA/yO2Qf8js0L/IrNC/yKz&#10;Qv8is0L/Iv89FwD/RBEA/0oOAP9QEAD/VBUA/1YdAP1WJgHzVTEB61M9A+VSSwbfUFgK2k5jDtRM&#10;bhPQSngWzUmBGctIihvIR5IdxkeaH8RGoyHCRqwiwEW3I75FxSS8RdwkuEbwJbVG/yeyRv8nsEb/&#10;J65G/yeqR/8mp0j/JqdI/yanSP8mp0j/Jv9AFAD/SA4A/04LAP9VDgD/WREA/1wWAPRdHwDqXCoB&#10;4ls3AtpaRgXSV1MLzFVeEMhTaBXEUXIZwVB7HL5PhB+8TYwiuU2VJLdMnSa1S6cns0uxKbFKvyqv&#10;StEqrEvrK6lL/CymS/8spUz/K6NM/yqfTf8qnU3/KZ1N/ymdTf8pnU3/Kf9DEQD/SwwA/1MIAP9a&#10;CwD/Xg0A+WAQAOthFgDhYiEA1mIxAc5hQQXHX04LwlxZEb1aZBe5WG0btlZ2H7NVfiKwU4clrlKP&#10;KKtRmCqpUKIsp1CsLaVPuS+jT8svoFDmL55Q+TCcUP8vmlH/LphR/y2WUv8slFL/K5RS/yuUUv8r&#10;lFL/K/9GEAD/TgkA/1YFAP5eBgDvYgcA52UKAORmDgDWZxkAzWgtAcVnPQW/ZUoLuWNVErRgXxew&#10;XmkcrFxxIalaeiSmWYIopFiLK6FWlC2fVZ0vnFWoMZpUtDOYVMUzllThNJNV9jOSVf8ykVb/MY9W&#10;/zCNVv8ujFf/LYxX/y2MV/8tjFf/Lf9JDgD/UQUA/1oBAO5iAADfZwMA2GoGANVrCgDNbRUAxW4p&#10;Ab5tOQS3a0cLsWhSEaxmXBioZGUdpGJtIqFgdSaeXn4pm12GLZhcjy+VWpkyk1mkNJBZsDaOWcA2&#10;jFnbN4pZ8zaJWv80iFv/M4db/zGGW/8whVv/L4Vb/y+FW/8vhVv/L/9LDAD/VAAA+14AAOJlAADY&#10;awEAz24FAMxwCADGchIAvnMmAbdzNgSxcEQKq25PEaZrWRihaWEdnWdqIpllcieWY3oqk2KDLpBg&#10;jDGNX5U0il6gNoderTiFXbw5g13UOYJe8DiBX/82gF//NIBf/zN/X/8xfl//MH5f/zB+X/8wfl//&#10;MP9NCQD/VgAA7mEAAN1pAADRbwAAynMDAMV1BgDAdhAAuHgjALF4MwOrdkEJpXNMEJ9wVhebbl8d&#10;lmxnIpNqbyePaHcrjGd/L4lliDKFZJI1gmOdN4Biqjl9Yrk6e2LPO3pi7jl6Y/84emP/Nnlj/zR5&#10;Y/8yeWL/MXli/zF5Yv8xeWL/Mf9PBwD/WQAA5mQAANdsAADMcwAAxHcCAL95BAC5eg4AsnwgAKx8&#10;MQOlej4Jn3hKEJp1UxeVc1wdkXFkIo1vbCeJbXQrhWx8L4JqhTJ/aY81fGibOHlnpzp2ZrY7dGbM&#10;PHNn6ztzZ/84c2j/NnNo/zVzZ/8zc2b/MnNm/zJzZv8yc2b/Mv9RBAD/XAAA4mcAANJwAADHdgAA&#10;wHoAALp9AgC0fwwArYEdAKeBLgKgfzwImn1HD5V6URaQeFoci3ZiIYd0aSaDcnErf3F6L3xvgzJ4&#10;bo01dW2YOHJspTtwa7Q8bmvJPG1r6TttbP45bWz/N25s/zVua/80bmr/Mm5q/zJuav8ybmr/Mv9T&#10;AAD0XwAA3moAAM1zAADDegAAu34AALWBAACugwkAqIUaAKKFKwKbhDoHlYJFDpB/TxWKfVgbhntf&#10;IIF5ZyV9d28qenZ3LnZ0gDJzc4s1b3KWOGxxozppcLI8aHDGPGdw5ztncfw5aHH/N2hw/zVpb/80&#10;aW7/M2lu/zNpbv8zaW7/M/9WAADrYgAA2G4AAMl2AAC/fQAAt4IAALCFAACohwYAookXAJyKKQGW&#10;iTcGkIdDDIuFTROFglUZgIBdH3x/ZSR4fW0pdHt1LXB6fjFteYg0aXeUN2Z2oTpjdrA7YXbEPGF2&#10;5Tthdvs5Ynb/N2N1/zVjc/80ZHL/M2Ry/zNkcv8zZHL/M/9YAADmZgAA0nEAAMV6AAC7gQAAsocA&#10;AKuKAACijAIAnI4UAJePJgGRjjQFi4xAC4WKShGAiFMYe4ZbHXaFYyJyg2onboJyK2qAey9nf4Yz&#10;Y36RNmB9njldfK46W3zBO1t84zpbfPo4XHv/N117/zVeef80X3f/M193/zNfd/8zX3f/M/5cAADh&#10;agAAzXUAAMB+AAC2hgAArosAAKWOAACbkQAAlZMRAJCUIgGLkzEDhZI9CX+RSA96j1EWdY1ZG3GM&#10;YCBsimglaIlwKWSHeS1hhoMxXYWPNFqEnDZXg6w4VYO/OVWD4ThVgvk3VoL/NVaB/zRYf/8zWX3/&#10;Mll9/zJZff8yWX3/Mu9gAADbbgAAx3oAALuDAACyiwAAqJAAAJ+TAACUlgAAjZkOAImaHgCEmi4C&#10;fpk6B3mXRQ10lk4Tb5VWGGqTXh1mkmUhYpFtJl6PdipbjoEtV42NMFSMmjNRjKo1T4y9NU+M3jVP&#10;i/c0T4r/M1CJ/zJRhv8xUoT/MVKE/zFShP8xUoT/MeplAADScwAAwn8AALaIAACskAAAopQAAJiY&#10;AACMnAAAhJ8KAICgGQB8oSkBd6A2BXKfQQptnksPaJ1TFGScWxlgm2MdXJprIViZdCVVmH4pUZeK&#10;LE6WmC5LlqgwSpa8MUmW3DBJlPYwSZP/MEmS/zBKkP8vS43/L0uN/y9Ljf8vS43/L+JrAADKeQAA&#10;vIUAALGPAACmlAAAm5kAAJGdAACGogAAeqYDAHanEwBzqCQAbqgyA2qoPQZlp0cLYaZQD12lWBRZ&#10;pGAYVaNoHFKjcR9OonwjS6GIJkihlihFoKYqRKG6K0Oh2ipDn/UrQp3/K0Kc/yxCm/8sRJf/K0SX&#10;/ytEl/8rRJf/K9dyAADDgAAAtowAAKqUAACfmQAAlJ4AAImjAAB+qAAAcK4AAGqwDgBosR0AZbEs&#10;AWGxOANdsEMGWbBMClWvVA5Sr10RTq5lFUuubxhIrXkbRa2GHkKslSA/rKUiPq25Iz2t2CI9q/Uj&#10;PKn/JTun/yY7pv8mO6T/Jjuk/yY7pP8mO6T/Jsx6AAC7iAAArpIAAKKZAACXngAAjKQAAICqAAB1&#10;rwAAabQAAF65BgBbuhQAWbskAFa7MQFTuz0DULtHBU27UAdKulkKR7piDUS6bBBBuncTPrmEFTy5&#10;kxc5uaMYOLm3GTe61hk3uPQaNbb/HDS0/x4zs/8fM7L/IDOy/yAzsv8gM7L/IMGDAAC0kQAAppgA&#10;AJueAACPpQAAgqsAAHaxAABrtgAAX7wAAFTBAwBMxQ0AS8UZAEnGKABIxjUARcdAAUPHSgNAx1ME&#10;PsddBjvHZwg5x3MKN8eADDTHkA0yx6EOMci1DzDI0w8wxvQQLsT/Ey3C/xUswf8WK8D/FyvA/xcr&#10;wP8XK8D/F7iNAACqlwAAnp4AAJGlAACErAAAeLIAAGu5AABgvwAAVMMAAErIAgBAzQcAOtIOADnS&#10;GwA40ygAN9M1ADbUQAA01UsBM9VVATHWYAIv1mwDLdd6BCvYiwUq2J0FKNmxBifazQYn1+8GJtT/&#10;CSXS/wsk0f8MI9D/DSPQ/w0j0P8NI9D/Da6WAACgnQAAlKQAAIasAAB5tAAAbLsAAGDCAABUxgAA&#10;SMsAAD7QAAA11QQALd0KACzhEwAr4h8AKeMqACjkNQAn5D8AJuVKACTmVQAj5mEBIeduASDnfgIe&#10;6JACHemkAhvpvAIa6uICGub8Ahnl/wMZ5P8EGOP/BRjj/wUY4/8FGOP/BaOdAACWpAAAiKwAAHq1&#10;AABsvQAAX8QAAFPKAABHzgAAPNMAADLaAAAq3wAAJe4JACPwEQAh8RkAH/EiAB3yKwAb8zQAGfQ+&#10;ABf0SAAV9VIAE/ZfABL2bgER94ABEPiUAQ/5qgEO+cYBDvntAQ32/wEN9P8BDfP/AQ3z/wEN8/8B&#10;DfP/AZmjAACLrAAAfLUAAG2+AABfxgAAUs0AAEXSAAA52AAAL94AACbiAAAf6gAAHPsGABn/DgAX&#10;/xMAFP8aABL/IQAQ/ygADv8wAA3/OQAL/0MACf9OAAb/XAAE/2wAAv+AAAH/lgAA/60AAP/KAAD/&#10;8AAA//8AAP//AAD//wAA//8AAP//AI2rAAB9tQAAbr8AAGDIAABS0AAAQ9cAADfdAAAr4gAAIuYA&#10;ABnqAAAV+QAAEv8AABD/CAAO/w4ADP8RAAn/FgAG/xwAA/8iAAD/KgAA/zMAAP89AAD/SQAA/1cA&#10;AP9pAAD/fgAA/5UAAP+sAAD/xwAA/+gAAP/6AAD/+gAA//oAAP/6AIC1AABwvwAAYckAAFLTAABD&#10;2wAANeEAACnmAAAe6gAAFe4AABD4AAAO/wAAC/8AAAj/AAAE/wYAAP8KAAD/DgAA/xEAAP8VAAD/&#10;GwAA/yMAAP8rAAD/NgAA/0MAAP9TAAD/ZQAA/3oAAP+RAAD/pgAA/7gAAP/PAAD/zwAA/88AAP/P&#10;AP8cLwH/ICwB/yEsAf8eLgH/GjMB/xQ8Af8PRgH/DVQC/wthAv8JbwL/CXsC/wmGAv8JkAL/CZkC&#10;/wmgAv8JpwL/Ca0C/wm0Av8JvAH/CcUB/wnRAv8J4wL/Ce8C/wn5Af8K/wH/Cv8B/wr/Av8K/wL/&#10;Cv8C/wv/A/8L/wP/C/8D/wv/A/8fLQH/IykB/yQpAf8iKwH/HjAB/xg4Af8UQwH/EVAC/xBeAv8O&#10;awL/DncC/w6DAv8OjQL/DpUC/w6dAv8OpAL/DqoC/w6xAv8OuQL/DsEC/w7NAv8O3wL/DuwC/w74&#10;Av8O/wL/Dv8C/w//A/8P/wP/D/8E/xD/BP8Q/wT/EP8E/xD/BP8jKgH/JiYB/yglAf8nJwH/IysB&#10;/x4zAf8bQAH/GU0C/xZaAv8UZwL/E3MC/xN+Av8TiQP/E5ED/xOZA/8ToAL/E6cD/xOuA/8TtQP/&#10;E74D/xPJA/8T2gP/FOkD/hT2A/sU/wP5Ff8D+RX/BPgV/wX4Ff8G+BX/BvgV/wb4Ff8G+BX/Bv8m&#10;JgH/KiIB/ywgAP8rIgH/KCYB/ycwAf8kPAH/IkkC/x9VAv8dYgL/G24D/xt6A/8ahAP/Go0D/xqV&#10;A/8anAT/GqME/xuqBP8bsgT/G7oE/xvFBPwb0wT5G+cE9Rz0BPIc/wXxHP8G8Bz/B+8d/wjvHf8J&#10;7xz/Ce4c/wnuHP8J7hz/Cf8qIgH/Lh0A/zAbAP8wHAD/MCIA/zAsAf8uNwH/K0QC/yhRAv8mXQP/&#10;JGkD/yN1BP8jfwT+I4gE/SORBfsjmAX6I6AF+COnBvcjrgb1I7cG9CPBBvIkzwbuJOQG6iXyBugl&#10;/gjmJP8K5CX/C+Ml/wzjJP8M4iT/DOEk/w3hJP8N4ST/Df8uHgD/MxgA/zUWAP81FQD/OB0A/zgn&#10;Af83MwH/ND8B/zJLAv8vWAP7LmQE+C1vBPUsegXzLIMG8SyMBu8slAftLJwI7CyjCOosqwjpLLMI&#10;5yy+CeYszAniLeII3i3xCtss/gzWLf8O1Cz/D9Is/xDRLP8Qzyz/EM4t/xDOLf8Qzi3/EP8yGQD/&#10;NxQA/zoRAP88EgD/PxkA/0AiAP8+LQH/PDkB+jpFAvQ4UgPwN14E7DZqBek1dAbmNX4I5DSHCOI0&#10;kAngNJgK3jSfCtwzpwvaM7AM2DO7DNUzyQ3SNN8NzjTwD8o0/RLHNP8TxTT/FMM0/xXDM/8VwDT/&#10;Fb80/xS/NP8UvzT/FP82FQD/OxAA/z4NAP9DDwD/RhQA/0YcAP9GJgD2RDIB70I/AelATAPkP1kE&#10;3z5kBts9bwjYPHkK1DyCDNE7iw3PO5MPzTqaEMs6ohHJOqsSyDq1E8Y6whPEOtUUwDvrFbw6+xe5&#10;Ov8Ytzr/GbY6/xm1Ov8Ysjv/GLE7/xixO/8YsTv/GP85EgD/Pw0A/0MJAP9IDAD/SxAA/0wVAPVM&#10;HwDrSioA5Ek3Ad1JRgLVR1ME0EZfCMxFaQvJRHMNxkN8EMNChBLBQowTv0GVFb1BnRa7QKYXukCw&#10;GLhAvBm2QMwas0HmGq9B9xytQf8dq0H/HalB/xypQf8cpkH/G6VB/xulQf8bpUH/G/89EAD/QgkA&#10;/0gFAP9NCAD/UAsA+VEPAOtQFQDhTyAA2FAxAM9QQQLJT04FxE5aCcBMZA29S20Qukp2E7dJfhW1&#10;SIcXs0ePGbFHlxuvRqAcrUaqHqtFth+pRcYfp0bgIKRG9CChRv8hn0f/IJ5H/yCeR/8fm0f/HppH&#10;/x6aR/8emkf/Hv9ADQD/RgQA/0wAAPhSAgDoVQQA4VUIAOJVDQDVVRkAzFcsAMVXPAK/VkoGulVV&#10;CrZTXw6yUmgSr1BxFaxPeRiqToEaqE2KHaVMkh+jTJwgoUumIp9LsSOdS8Akm0vYJZlL8CWWTP8k&#10;lUz/JJRM/yOTTP8ikU3/IZFN/yGRTf8hkU3/If9CCgD/SQAA/1EAAOZXAADdWwEA1VwFANJbCQDL&#10;XBQAw14oALxeOAK2XUYGsVtRCq1ZWw+pWGQTplZsF6NVdBqgVH0dnlOFH5tSjiKZUZckl1ChJpVQ&#10;rSeSULwokVDQKI5Q7CiNUf4ni1H/JotR/yWKUv8kiVL/I4hS/yOIUv8jiFL/I/9FBwD/SwAA8FUA&#10;AN9bAADTYAAAzGEDAMhhBgDDYREAu2QkALVkNAKvY0IFqmFOCqVfVw+hXWAUnlxoGJtbcBuYWXge&#10;lViBIZNXiiSQVpMmjlWeKItVqSqJVLcrh1TLK4VV6SuEVfwqg1b/KINW/yeCVv8lgVb/JIFW/ySB&#10;Vv8kgVb/JP9HAwD/TwAA51gAANlgAADNZAAAxmYBAMFmBAC7Zg4AtGkgAK5pMQKoaD8Fo2ZKCp9l&#10;VA+aY10Ul2FlGJNgbRyQXnUfjl19IotchiWIW5AohVqaKoNZpiyAWbQtf1nHLn1Z5i18Wvose1r/&#10;Kntb/yh7W/8ne1r/Jnpa/yV6Wv8lelr/Jf9JAAD7UgAA41wAANJjAADHaAAAwGsAALprAgC1aw0A&#10;rm0dAKhuLgGjbTwFnWtICplqUQ+UaFoUkGZiGI1lahyKY3Igh2J6I4RhgyaBYIwpfl+XK3teoy15&#10;XrEvd13EL3Ve4i91XvktdV//K3Vf/yl1X/8odV7/JnVe/yZ1Xv8mdV7/Jv9LAADwVQAA3l8AAM1n&#10;AADDbAAAu28AALVwAACvbwoAqHEaAKNyKwGdcjkEmHBFCZNuTw6PbVgUi2tgGIdpZxyEaG8ggWd3&#10;I31mgCZ6ZIopd2OULHVjoS5yYq8vcGLBMG9i3zBuY/cub2P/LG9j/ypvY/8ob2L/J29i/ydvYv8n&#10;b2L/J/9NAADrWAAA2WMAAMlqAAC/cAAAt3MAALB0AACpdAcAo3YXAJ53KAGYdjcEk3VCCI5zTA6J&#10;cVUThXBdGIFuZRx+bWwfe2x0I3hqfSZ0aYcpcWiSLG5nni5sZ6wwame+MWln3DBpZ/UuaWf/LGln&#10;/ypqZ/8pamb/KGpm/ydqZv8namb/J/9QAADnWwAA02YAAMVuAAC7cwAAs3cAAKt5AACkeAMAnXoU&#10;AJh7JQGTezQDjnpAB4l4Sg2EdlMSgHVbF3xzYht4cmofdXFyInJveyZvboUpbG2QLGlsnC5mbKow&#10;ZGy8MWNs2TBjbPQvY2z/LWRs/ytka/8pZWr/KGVq/yhlav8oZWr/KP1TAADjXwAAzmkAAMFxAAC3&#10;dwAAr3sAAKd9AACefQAAmH4RAJOAIgCOgDECiX8+BoR9SAx/fFERe3pZFnd5YBpzd2geb3ZwIWx1&#10;eCVpdIIoZnOOK2Nymi5gcagvXnG6MF1x1DBdcfIuXnH/LF5w/ytfcP8pYG//KGBu/yhgbv8oYG7/&#10;KPFVAADeYgAAym0AAL11AACzewAAq4AAAKKCAACYgQAAkYMPAI2FHwCIhS4Cg4Q7BX6DRQp6gU4P&#10;dYBWFHF/XhhufWYcanxtIGd7diNjeoAnYHmLKl14mCxad6YuWHe4L1d30S9Xd/EuWHb/LFh2/ypZ&#10;df8pWnT/KFp0/ydadP8nWnT/J+1ZAADXZgAAxXEAALl6AACvgAAApoQAAJ2GAACRhwAAiokMAIaK&#10;GwCCiysBfYo4BHiJQgh0iEwNb4dUEmyFWxZohGMaZINrHmGCdCFdgX0kWoCJKFd/lipVfqQsUn62&#10;LVF+zi1Rfe8sUn3/K1J8/ylTe/8oVHr/J1R6/ydUev8nVHr/J+heAADQawAAwHYAALR+AACrhQAA&#10;oYkAAJeLAACJjQAAg48IAH6QFwB7kScBdpE0A3KQPwZtj0kLaY5RD2WNWRNijGAXXotoG1uKcR5X&#10;iXshVIiGJFGHlCdPhqIpTYa0KkuGzCpLhe4pTIT/KUyD/yhMg/8nTYH/Jk6B/yZOgf8mToH/JuFj&#10;AADJcAAAu3sAALCEAACmigAAm44AAJGRAACEkwAAepUCAHWXEgBymCIAb5gwAmqXOwRml0UIYpZO&#10;DF+VVg9blF0TWJNlF1WTbhpRkngdTpGEIEuQkSNJkKEkR5CyJkWQyiZFj+0lRY3/JUWM/yVGi/8k&#10;Ror/JEaK/yRGiv8kRor/JNhpAADDdgAAtYEAAKuKAACfjwAAlZMAAIqWAAB+mgAAcJ0AAGufDgBo&#10;nxwAZqAqAWKgNwJfn0EFW59KCFieUgtUnloOUZ1iEk6caxVLnHUYSJuBGkWbjx1Cmp8fQJqwID+a&#10;yCA/mesfP5j/ID6W/yE+lf8hP5T/IT+U/yE/lP8hP5T/Ic1wAAC8fQAAsIgAAKSPAACZlAAAjpgA&#10;AIOdAAB3oAAAaaQAAGCnCABdqBQAW6kkAFmpMQFWqTwCU6lFBFCoTgZNqFcJSqhfDEenaA5Ep3MR&#10;QaZ/FD6mjRY8pp0XOqavGDmmxxg5peoYOKP/Gjeh/xs3oP8cN5//HDef/xw3n/8cN5//HMR4AAC1&#10;hQAAqY8AAJ2VAACSmgAAhp8AAHqjAABuqAAAYqwAAFWwAABQsg4ATrIbAE2zKABLszUASbM/AUaz&#10;SQJEs1IEQbNbBj+zZAg8s28KOrN7DDezig41spoPM7OtEDKzxRAysukQMbD+EjCu/xQvrf8VL6z/&#10;Fi+s/xYvrP8WL6z/FruBAACujgAAoZUAAJaaAACJoAAAfaYAAHGrAABlrwAAWbQAAE63AABDvAUA&#10;QL0RAD+9HgA+visAPL42ADu/QQA5v0sBN79UAjXAXwIzwGoEMcB3BS/AhgYtwJcHK8CqCCrBwggq&#10;wOcHKb39Cii8/wwnuv8NJ7n/Die5/w4nuf8OJ7n/DrKMAACllAAAmZoAAI2hAAB/pwAAcq0AAGaz&#10;AABauAAAT7sAAES/AAA6xAIAMMkIAC7KEQAtyh0ALMspACvLNQArzEAAKs1KACjNVgAnzmEAJs5v&#10;ASTOfwEjz5ECIc+lAiDQvQIgz+QCH836Ax7L/wQeyv8FHcn/Bh3J/wYdyf8GHcn/BqiUAACcmgAA&#10;kKEAAIKoAAB0rwAAZ7YAAFu8AABOwAAAQ8MAADnHAAAvzAAAJ9AEAB/WCgAb2hAAG9saABrbJgAa&#10;3DEAGd08ABjdSAAY3lUAF99iABbgcgAV4IUAFOGaABPisQAS488AEuD0ABLe/wER3f8BEdv/AhHb&#10;/wIR2/8CEdv/Ap6aAACSoQAAhKkAAHaxAABouAAAW78AAE7EAABCyAAAN8wAAC3QAAAk1QAAHNsA&#10;ABXfBQAU6Q4AEuoUABHrHQAQ6yYADuwwAA7tOgAN7kYAC+5TAArvYgAJ8HQACPGJAAfyoAAF8roA&#10;BPHkAALx/QAC7/8AA+3/AAPt/wAD7f8AA+3/AJWhAACGqQAAeLIAAGm6AABbwgAATcgAAEDMAAA0&#10;0QAAKtYAACHbAAAZ4AAAEuQAAA/wAQAN+QoAC/oPAAn7FQAH+xwABPwkAAH8LAAA/DcAAPxCAAD8&#10;UAAA/GEAAP11AAD8jAAA/KQAAPzBAAD86wAA/P8AAP3/AAD9/wAA/f8AAP3/AImpAAB5sgAAarsA&#10;AFzEAABOzAAAP9EAADLXAAAn3QAAHeEAABXlAAAO6AAACvEAAAj9AAAF/wMAAf8JAAD/DgAA/xIA&#10;AP8XAAD/HwAA/ycAAP8xAAD/PgAA/00AAP9fAAD/dQAA/40AAP+mAAD/wgAA/+cAAP/8AAD//wAA&#10;//8AAP//AHyzAABsvAAAXcYAAE7PAAA/1gAAMd0AACXiAAAa5gAAEeoAAAzuAAAF8gAAAP8AAAD/&#10;AAAA/wAAAP8AAAD/BQAA/woAAP8OAAD/EgAA/xgAAP8hAAD/KwAA/zkAAP9KAAD/XQAA/3MAAP+M&#10;AAD/pAAA/7kAAP/UAAD/3gAA/94AAP/eAP8YLAD/GSkA/xkoAP8VKwD/EDAA/ws4Af8DRAH/AFEB&#10;/wBeAf8AbAH/AHgB/wCCAf8AjAH/AJQB/wCcAP8AogD/AKgA/wCvAP8AtgD/AL4A/wDIAP8A1wD/&#10;AOcA/wDzAP8A/QD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8bKQD/HSYA/xwlAP8Z&#10;JwD/EywA/w40AP8LQAH/CE4B/wVbAf8DaAH/AnQB/wJ/Af8CiAH/ApEB/wKYAf8CnwH/AaUA/wGs&#10;AP8BsgD/AboA/wHEAP8B0QD/AOQA/wDxAP8A/AD8Af8A/AL/APwD/wD8BP8B/AX/AfwF/wH8Bf8B&#10;/AX/Af8fJgD/ISIA/yAhAP8eIwD/GCcA/xMwAP8RPAH/DkoB/w1XAf8LYwH/Cm8B/wp6Af8KhAH/&#10;Co0B/wqUAf8KmwH/CqIB/wqoAf8KrwH/CrcB/wrAAP8KzAD/CuAA+wrvAPcK+gD1C/8B9Qz/AfQN&#10;/wH0Df8C9A3/AvQN/wL0Df8C9A3/Av8iIgD/JB0A/yQcAP8iHQD/HiIA/xwsAP8ZOAD/FkUB/xNS&#10;Af8SXgH/EGoB/xB1Af8QfwH/EIgB/xCQAf8QlwH/EJ4B/xClAf0QrAH8ELMB+hC9AfkRyQH1Ed0B&#10;8RHtAe4R+QHsEv8C6xP/AuoT/wPpE/8D6RP/A+kT/wPpE/8D6RP/A/8mHQD/KBgA/ygWAP8mFgD/&#10;Jh0A/yYoAP8jNAD/IEAA/x1NAf8bWQH/GWUB/hlwAfwYegH5GIMB9xiMAfYYkwH0GJoB8xihAfEZ&#10;qAHwGbAC7hm6Au0ZxgLqGtkC5hrrAeIb+QLgG/8D3hz/BN0c/wXcHP8F3Bz/Bdsc/wXbHP8F2xz/&#10;Bf8qGQD/LRMA/y0RAP8tEQD/LhkA/y0iAP8sLgD/KToA/yZHAfokVAH2I2AB8iJrAe8idQLtIn4C&#10;6yKHAukijwLnIpYC5SKeAuQipQLiIq0C4SO3At8jwwLdI9YC2CTqA9Ik+QXPJf8GzSX/B8sl/wjK&#10;Jf8IyiT/CMok/wjKJP8IyiT/CP8uFAD/MRAA/zINAP80DgD/NRQA/zUcAP8zJwD6MTQA8y9BAO4t&#10;TgHpLFoB5SxlAuIscALfK3kC3SuCA9oriwPYK5IE1SuaBNMrogTRK6oFzyuzBc0rvwbMLM8GyC3n&#10;B8Qt9wnBLf8Kvy3/C70t/wy8Lf8MvCz/DLss/wy7LP8Muyz/DP8xEQD/NQwA/zYHAP86CwD/PBAA&#10;/zsVAPg5HwDvNysA5zY5AOE1RwDcNVQB1TVgAtE1agPONHMEzDR8Bco0hQbINI0HxjOUCMQznAnC&#10;M6UJwTOuCr8zuQu9M8gLuzThC7c08w20NP8PsTT/D7A0/xCvNP8QrjT/D640/w+uNP8PrjT/D/81&#10;DgD/OAcA/zwCAP9ABgD/QQsA+kEPAO0/FgDjPCIA2j0xANI+QQDMPk8CyD5aA8Q9ZAXBPW4Hvzx2&#10;CLw8fgq6O4cLuDuPDLc7lw21Op8OszqpD7E6tBCvOsIRrjrZEao77xKnO/8TpTv/FKQ7/xOjO/8T&#10;ojv/E6I7/xKiO/8Sojv/Ev84CgD/PAAA/0EAAPVFAADmRgIA4UUHAONCDQDVQxkAzEUsAMZHPAHB&#10;R0kCvEZVBLlFXwa1RGgJs0NxC7BDeQ2uQoEPrEKJEKpBkRKoQZoTp0CkFKVArxWjQLwWoUDQFp5B&#10;6hecQfwXmkH/F5hB/xeYQf8Wl0H/FZdB/xWXQf8Vl0H/Ff87BgD/PwAA+UYAAOVLAADcTgAA000E&#10;ANFKCQDKShQAwk0nALxONwG3TkUCsk1QBa9MWgirS2MKqEpsDaZJdA+kSXwRoUiEE59HjBWdR5UX&#10;m0afGJlGqhmXRrgalkbKG5NG5huRR/kbj0f/Go5H/xmOR/8YjUf/GI1H/xeNR/8XjUf/F/8+AgD/&#10;QwAA60sAAN1RAADRVAAAylQBAMZSBQDBUREAuVMiALNVMwGuVEECqlRMBaZTVgiiUV8Mn1BnD51P&#10;bxGaTncUmE5/FpZNiBiTTJEZkUybG49Lph2NS7Mei0vFHolL4h6HTPcehkz/HYVM/xyFTf8ahUz/&#10;GYVM/xmFTP8ZhUz/Gf9AAAD8RwAA5VAAANVWAADKWQAAwloAAL1YAwC4Vw4AsVkeAKxaLwGnWj0C&#10;ollJBZ5YUwmbV1sMl1ZkEJVVaxKSVHMVj1N7F41ShBqLUY0ciFGXHoZQox+EULAgglDBIYBQ3SF+&#10;UfQgfVH/H31R/x19Uf8cfVH/G31R/xp9Uf8afVH/Gv9CAADwSgAA31QAAM5aAADEXgAAvF8AALZe&#10;AACxXAsAq14aAKVgKwCgYDoCnF9FBZdeUAmUXFgMkFtgEI1aaBOLWXAWiFh3GIVXgBuDVokdgFaU&#10;H35VnyF7Va0ieVS9I3hV1yN3VfIidlb/IHZW/x92Vv8ddlb/HHZW/xt2Vv8bdlb/G/9FAADsTgAA&#10;2lgAAMleAAC/YgAAt2QAALFjAACrYQgApGMXAJ9kKACaZTcClmRDBZFjTQiOYVUMimBdEIdfZROE&#10;XmwWgV10GX5cfRx8W4YeeVqRIHdanSJ0Waokclm6JXFZ0iVwWvAjb1r/Im9a/yBwWv8ecFr/HXBa&#10;/xxwWv8ccFr/HP9IAADnUgAA01sAAMViAAC7ZgAAs2gAAKxoAAClZgUAn2cUAJppJQCVaTQCkGhA&#10;BIxnSgiIZlMMhGVbEIFkYhN+Y2oWe2JyGXhhehx2YIQec1+OIXBemiNuXqglbF24JWpeziZpXu4k&#10;aV7/Impe/yBqXv8fal7/Hmpe/x1qXv8dal7/HflKAADjVQAAz18AAMFlAAC3agAAr2wAAKdsAACf&#10;agEAmWsRAJRtIgCQbjEBi209BIdsRweDa1ALf2pYD3xoYBN4Z2cWdmdvGXNmeBxwZYEebWSMIWpj&#10;mCNoYqYlZmK2JmRizCZkYuwlZGL/I2Ri/yFlYv8fZWL/HmVi/x1lYv8dZWL/HfJMAADfWAAAymIA&#10;AL1pAACzbgAAq3AAAKJwAACZbgAAk3AQAI9yHwCKci4BhnI7A4JxRQd9cE4Lem5WDnZtXhJzbGUV&#10;cGttGG1qdRtqaX8eZ2mKIWVoliNiZ6QlYGe0Jl9nySZeZ+olXmf+I19n/yFfZv8fYGb/HmBm/x5g&#10;Zv8eYGb/Hu9PAADaXAAAxmUAALptAACwcgAAp3UAAJ10AACUcwAAjXQNAIl2HACFdysBgXc4A3x2&#10;QwZ4dUwJdHRUDXFzWxFucmMUa3FrF2hwcxplb3wdYm6HIF9tlCJdbKIkWmyyJVlsxyVYbOglWWz9&#10;I1lr/yFaa/8fW2v/Hltq/x5bav8eW2r/HutTAADTYAAAwmkAALZxAACsdgAAo3kAAJl5AACNdwAA&#10;h3kLAIN7GAB/fCgAe3w1And7QAVzekkIb3lRDGx4WQ9od2ETZXZoFmJ1cBlfdHocXHSFH1pzkSFX&#10;cqAjVXKwJFNyxSRTcuckU3H8IlRx/yBUcP8fVXD/HlVv/x1Vb/8dVW//HeVXAADNZAAAvm0AALJ1&#10;AACoewAAn34AAJN9AACHfQAAgH8HAHyAFQB4gSQAdYIyAXGBPQRtgEYHaYBPCmZ/Vg1jfl4RYH1m&#10;FF18bhdae3caV3qCHVR6jx9ReZ0hT3muIk55wyJNeOUiTXf7IU53/x9Odv8eT3X/HU91/x1Pdf8d&#10;T3X/Hd9cAADIaAAAuXIAAK56AAClgAAAmoIAAI6CAACAgwAAeYUCAHSGEQBxiCAAboguAWqIOQJn&#10;h0MFY4dMCGCGUwtdhVsOWoRjEVeEaxRUg3UXUYKAGk6BjRxLgZseSYGsH0iAwSBHgOMfR3/6Hkh+&#10;/x5Iff8dSXz/HEl8/xxJfP8cSXz/HNZhAADCbgAAtHgAAKqAAACfhQAAlIcAAIiHAAB7iQAAcIwA&#10;AGuODQBojxoAZo8pAGKQNQFfjz8DXI9IBVmOUAhWjlgLU41gDlCMaBBNjHITSot9FkiKihhFipka&#10;Q4qqG0KKvxtBiuEbQYj5G0GG/xtBhf8bQoX/GkKE/xpChP8aQoT/Gs1nAAC8dAAAr34AAKWGAACa&#10;igAAjowAAIKNAAB1kAAAZ5QAAGGVCABelxQAXJcjAFqYLwBXmDoBVJhEA1KXTAVPl1QHTJdcCUmW&#10;ZQxHlm8ORJV6EUGViBM/lJcVPZSoFjuUvRY7lN8WOpL4FzqQ/xc6j/8XOo7/FzqO/xc6jv8XOo7/&#10;F8VuAAC2ewAAqoUAAJ6LAACUjwAAiJIAAHuUAABulwAAYpsAAFeeAABSoA4AUaAbAE+hKABNoTQA&#10;S6E+AUmhRwJHoVADRKFYBUKhYQc/oGsJPaB3CzqghQ04oJQONqCmDzWguxA0oN0PNJ33EDOc/xIz&#10;mv8SM5n/EzOZ/xMzmf8TM5n/E713AACvgwAAo4sAAJiRAACNlQAAgZkAAHOcAABnnwAAW6IAAE+m&#10;AABHqQgARKoSAEOqHwBBqysAQKs3AD+sQQA9rEoBO6xTAjmsXAM3rGcENaxzBTKsgQYwrJEHLqyj&#10;CC2suAksrNkILKr1Ciuo/wsqpv8MKqX/DSql/w0qpf8NKqX/DbWAAACoiwAAnJEAAJGWAACFnAAA&#10;eKAAAGulAABfqAAAU6wAAEivAAA9sgAANrULADS1FQAztiEAMrYsADG3NwAwt0EAL7hLAC64VQAs&#10;uGABKrhtASm5ewInuY0CJbmfAyS5tAMjudIDI7f0BCK1/wUhtP8GIbP/ByGy/wchsv8HIbL/B62K&#10;AACgkQAAlZcAAIidAAB7owAAbqgAAGGtAABVsQAASrQAAD+3AAA0uwAAK74DACTCDAAiwhQAIsMf&#10;ACHDKgAgxDQAH8Q/AB7FSgAdxlYAHMZjABvHcwAax4UAGceZABjIrgAXyMsAF8bxARfE/wEWw/8C&#10;FsH/AxbB/wMWwf8DFsH/A6ORAACYmAAAi54AAH2lAABwqwAAYrEAAFa2AABKuQAAPr0AADTAAAAq&#10;xAAAIsgAABnMBAAT0AoAEdIRABDSGgAQ0yUAD9MwAA7UPAAO1EgADdVWAA3VZQAM1ngADNaNAAvY&#10;pAAK2L4ACdnmAArW/gAL1P8AC9L/AAvS/wEL0v8BC9L/AZqYAACOnwAAgKYAAHKtAABktAAAV7oA&#10;AEm/AAA9wgAAMsYAACjJAAAfzQAAF9EAABHWAAAM2wUACN4LAAbfEQAF3xoABOAkAALhLgAB4joA&#10;AONHAADkVgAA5GcAAOV7AADmkgAA5qoAAOfIAADn8AAA6P8AAOj/AADo/wAA6P8AAOj/AJGfAACC&#10;pwAAdK8AAGW3AABXvgAAScMAADzHAAAwywAAJc8AABzUAAAU2QAADt0AAAnhAAAC5QAAAOkGAADp&#10;DQAA6REAAOoYAADrIQAA7SsAAO83AADxRQAA8lYAAPNoAADzfgAA9JcAAPWwAAD20AAA9/MAAPf/&#10;AAD3/wAA9/8AAPf/AIWnAAB2sAAAZrgAAFjBAABKyAAAO8wAAC7RAAAj1gAAGdwAABHgAAAM4wAA&#10;BOcAAADqAAAA9QAAAPQAAAD1BQAA9QsAAPYPAAD2FAAA+B0AAPonAAD8NAAA/0MAAP9VAAD/aQAA&#10;/4EAAP+aAAD/sgAA/88AAP/tAAD/+QAA//kAAP/5AHiwAABougAAWcMAAEvLAAA70QAALdgAACHd&#10;AAAW4gAADuYAAAjqAAAA7QAAAPAAAAD4AAAA/wAAAP8AAAD/AAAA/wAAAP8GAAD/DAAA/xAAAP8Y&#10;AAD/IgAA/zAAAP9AAAD/UwAA/2kAAP+BAAD/mQAA/68AAP/DAAD/1QAA/9UAAP/VAP8TKAD/EyUA&#10;/xElAP8NJwD/Bi0A/wA1AP8AQQD/AE8A/wBcAP8AaQD/AHQA/wB+AP8AiAD/AJAA/wCXAP8AnQD/&#10;AKQA/wCqAP8AsAD/ALcA/wDAAP8AzAD/AN8A/wDsAP8A+AD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A&#10;/wD/AP8A/wD/AP8WJQD/FiIA/xQhAP8QIwD/CigA/wAwAP8APQD/AEsA/wBYAP8AZAD/AHAA/wB6&#10;AP8AhAD/AIwA/wCTAP8AmgD/AKAA/wCmAP8ArQD/ALQA/wC8AP4AyAD9ANkA+wDpAPoA9gD5AP8A&#10;+AD/APgA/wD4AP8A+AD/APkA/wD5AP8A+QD/AP8aIgD/Gh4A/xgdAP8THgD/DiIA/wosAP8HOQD/&#10;A0YA/wBTAP8AYAD/AGsA/wB2AP8AfwD/AIgA/wCPAP8AlgD/AJ0A/wCjAP4AqQD8ALAA+gC5APcA&#10;xAD1ANIA8wDmAPIA9ADxAP8A8AD/AO8A/wDvAP8A7wD/APAA/wDwAP8A8AD/AP8eHQD/HhkA/xwX&#10;AP8XGAD/Ex4A/xEoAP8ONAD/DEEA/wpOAP8IWwD/B2YA/wZxAP8GegD/BoMA/gaLAPwGkgD6BpkA&#10;+AafAPYGpgD0Bq0A8ga1APAFwADtBc4A6wXkAOkG8wDmCP8A5Qr/AOQL/wDkC/8B5Av/AeQL/wHk&#10;C/8B5Av/Af8hGAD/IRMA/yARAP8bEgD/HBoA/xokAP8WLwD/EzwA/xFJAP8QVQD8DmEA+Q5rAPYO&#10;dQD0Dn4A8g6GAPAOjgDuDpUA7Q6bAOsOogDqDqoA6A6zAOYPvQDlD8wA4Q/jAN0Q8wDZEf8B1hL/&#10;AdQT/wHTE/8C0hP/AtIT/wLSE/8C0hP/Av8lEwD/JRAA/yQNAP8jDgD/IxQA/yIeAP8fKQD/HDUA&#10;+RlDAPQYTwDvF1sA7BdmAOkXcADmF3kA5BeBAOIXiQDgF5EA3xeYAN0XnwDbF6cA2RixANYYuwDU&#10;GcoA0BrhAcwb8wHJHP8Cxhz/AsQc/wPDHP8Dwxz/A8Mc/wPDHP8Dwxz/A/8oEAD/KQsA/ygGAP8r&#10;CwD/KxAA/ykXAP0mIgD0Iy4A7CE7AOYgSQDiIFUA3iBgANohagDWIXQA0yF8AdAhhAHPIowBzSKT&#10;AcsimwHJIqMByCOsAsYjtgLEI8QCwiTbAr4l7gO7Jf4EuCX/BbYl/wW1Jf8GtSX/BrUl/wW1Jf8F&#10;tSX/Bf8sDQD/LQUA/y4BAP8xBQD/MQsA/S8QAPErGADnKSUA3ygzANgoQgDRKk8AzStaAMkrZQHH&#10;K24BxCx2AsIsfgLALIYDviyOA70slgO7LJ4EuSynBLgssQW2LL8FtS3RBbEt6gauLvsHqy7/CKku&#10;/wioLv8IqC3/CKgt/wioLf8IqC3/CP8vCAD/MQAA/zUAAPY3AADqNgIA5zMIAOQvDwDZLhsAzzEs&#10;AMkzPADENEkAwDVVAbw1XwK6NWgCtzVwA7U0eASzNIAFsTSIBrA0kAauNJkHrDSiCKs0rAmpNLkJ&#10;pzTKCqU15QqhNfgLnzX/DJ01/wydNf8LnDX/C5w1/wucNf8LnDX/C/8zAgD/NQAA9joAAOU+AADc&#10;QAAA1D0EANI3CQDLOBUAwzomAL09NgC4PkQBtD5QAbE9WgOuPWMErD1rBak8cwanPHsIpjyDCaQ7&#10;iwqiO5QLoDudDJ47qA2dO7QOmzvFDpk74A6WO/QPlDz/D5I8/w+SPP8OkTz/DZE8/w2RPP8NkTz/&#10;Df81AAD/OQAA6kEAAN1GAADQRwAAyUYAAMZBBQDAQBEAuUIhALNEMgCvRUABq0VLAqdFVQOkRF4F&#10;oURmB59DbgidQ3YKm0J+C5lChg2XQY8OlUGZD5NBpBGRQbASkEHAEo5B2RKLQfESiUL/EohC/xGI&#10;Qv8Qh0L/EIdC/w+HQv8Ph0L/D/84AADzPQAA40cAANJMAADITgAAwE0AALtKAgC2Rw4AsEkdAKtL&#10;LQCmTDsBokxHAp5LUQSbS1oGmUpiCJZJagqUSXEMkkh5Do9Igg+NR4sRi0eVEolGoBSHRqwVhUa7&#10;FoRG0RaCR+4WgEf/FX9H/xR/R/8Sf0f/EX9H/xF/R/8Rf0f/Ef87AADuQwAA3EwAAMxRAADBVAAA&#10;uVQAALRRAACuTQsAqE8ZAKNRKQCeUjcBmlJDApdRTgSUUVYGkVBeCY5PZguMTm0NiU51D4dNfhGF&#10;TYcTgkyRFYBMnBZ+S6kXfEu4GHtLzRh5TOsYeEz+F3dM/xV3TP8Ud0z/E3dM/xJ3TP8Sd0z/Ev8+&#10;AADoRwAA1VAAAMZWAAC8WAAAtFkAAK1WAACnUwcAoVQVAJxWJQCYVzQBlFdAApBXSgSNVlMGilVb&#10;CYdUYwuEVGoOglNyEIBSehJ9UoMUe1GOFnhQmRh2UKYZdFC1GnNQyRpxUOgacFH8GHBR/xdwUf8V&#10;cFH/FHFQ/xNxUP8TcVD/E/VAAADkSwAAz1QAAMFaAAC3XQAAr14AAKdbAAChWAMAm1kSAJZbIgCS&#10;XDEBjlw9AopcRwSHW1AGg1pYCYFZYAx+WWcOe1hvEHlXdxN2VoAVdFaLF3JVlhlvVaMabVSyG2xU&#10;xhtqVeYbalX7GWpV/xdqVf8WalX/FWtV/xRrVf8Ua1X/FPJDAADfTwAAy1gAAL1dAACzYQAAq2IA&#10;AKJgAACbXAAAlV4QAJBgHwCMYS4AiGE6AoRgRQSBYE4Gfl9WCXteXQt4XWUOdlxsEHNcdBNwW30V&#10;blqIF2talBlpWaEbZ1mwHGVZwxxkWeMcZFn6GmRZ/xhkWf8XZVn/FWVZ/xRlWf8UZVn/FO9GAADa&#10;UgAAxlsAALphAACwZQAApmYAAJ1jAACVYQAAj2IOAItkHACHZSsAg2U3AX9lQgN8ZEsGeGNTCHVj&#10;WwtzYmIOcGFqEG1gchNrYHsVaF+GF2ZekRljXp8bYV2uHGBdwRxfXeEcX134Gl9d/xhfXf8XYF3/&#10;FmBd/xVgXf8VYF3/FetKAADUVgAAw14AALZlAACsaQAAomkAAJhnAACPZQAAiWYMAIVoGQCBaSgA&#10;fmo1AXppPwN2aUkFc2hRCHBnWQptZ2ANa2ZnEGhlcBJlZHkVY2SDF2BjjxleYp0bXGKsHFpivxxZ&#10;Yt8cWWL3Glpi/xlaYf8XW2H/Flth/xVbYf8VW2H/FedNAADPWQAAv2IAALNoAACpbQAAnm0AAJNr&#10;AACJaQAAg2sJAH9tFQB8biUAeG4yAXVuPQJxbkYEbm1PB2tsVglobF4MZWtlD2NqbRFgaXYUXWmB&#10;FltojRhYZ5saVmeqG1VnvRxUZ9wcVGf2GlRm/xhVZv8XVWX/FlZl/xVWZf8VVmX/FeJRAADKXQAA&#10;u2YAAK9sAACmcQAAmXAAAI5vAACDbgAAfXAFAHhyEgB1cyEAcnMvAW9zOgJsc0QEaXJMBmZyVAhj&#10;cVsLYHBjDV1waxBbb3QTWG5/FVVuixdTbZkZUW2oGk9tuxtObdkaTmz0GU9r/xhPa/8XUGr/FlBq&#10;/xVQav8VUGr/Fd1VAADFYQAAt2oAAKxxAACidQAAlHQAAIl0AAB8cwAAdnUAAHF3EABveB0AbHkr&#10;AGl5NwFmeUADY3lJBWB4UQddd1gJW3dgDFh2aA5VdXERUnV8E1B0iBZNdJcXS3OmGElzuRlIc9UZ&#10;SXLzGElx/xdKcf8WSnD/FUtw/xRLcP8US3D/FNRaAADAZgAAs28AAKh2AACdeQAAj3gAAIR4AAB3&#10;eQAAb3wAAGp9DQBnfhkAZH8mAGKAMgFfgD0CXIBGA1p/TgVXf1UHVH5dCVJ9ZQxPfW8OTHx5EUp8&#10;hhNHe5QVRXukFkR7txZDe9IWQ3ryFkN5/xVDeP8URHf/FER2/xNEdv8TRHb/E81fAAC7awAArnQA&#10;AKR8AACXfgAAin0AAH9+AAByfwAAZoMAAGGECABehhMAXIchAFqHLgBYhzgBVYdCAlOHSgNQh1IF&#10;ToZaB0uGYglJhWwLRoV3DUOEgw9BhJIRP4SiEj2EtRM8hM8TPILwEjyB/xI9gP8SPX//Ej1+/xE9&#10;fv8RPX7/EcVmAAC1cQAAqnsAAJ+CAACSggAAhYIAAHmDAABthgAAX4oAAFiNAQBUjg8AUo8bAFCP&#10;JwBPkDMATZA9AUuQRQJJkE4DRpBWBESPXwVCj2gHP49zCT2OgAs6jo8MOI6gDTeOsw42jswONo3v&#10;DjWL/w41if8PNYj/DzaH/w82h/8PNof/D75tAACweQAApYIAAJmHAACMiAAAf4gAAHKKAABmjQAA&#10;WpEAAFCVAABJlwkAR5gTAEWYIABEmSsAQ5k2AEGaQABAmkgBPppRAjyaWgI6mmQDN5pvBTWZfQYz&#10;mYwHMZmdCC+ZsAgumcoILpjtCC6W/wotlP8KLZP/Cy2S/wstkv8LLZL/C7Z1AACqgQAAnogAAJON&#10;AACGjgAAeI8AAGuSAABflQAAVJkAAEmdAABAoAAAOqINADijFwA3oyIANqQtADWkNwA0pEEAM6VL&#10;ADGlVAEwpV4BLqVqASyleAIqpYgDKKWaAyelrQQmpcYDJqTrBCWi/wUloP8GJJ//BiSe/wcknv8H&#10;JJ7/B69+AACjiAAAl44AAI2TAAB+lQAAcJgAAGObAABXnwAATKIAAEKmAAA4qQAAL6wDACquDgAp&#10;rhgAKK8jACevLQAmsDcAJbBBACSwSwAjsVYAIrFjACGxcQAfsYIAHrKUARyyqQEbssEBG7HnARuv&#10;/gIarf8CGqz/Axqr/wMaq/8DGqv/A6iIAACbjwAAkZQAAISaAAB2nwAAaKIAAFulAABPqQAARK0A&#10;ADmwAAAvswAAJrYAAB65BQAYuw4AF7sWABe8IAAWvCoAFb01ABS9QAATvksAEr5YABK+ZwARv3gA&#10;EL+MABDAogAOwLoADsDhAA+9+wAPvP8AELr/ARC6/wEQuv8BELr/AZ+PAACUlQAAh5sAAHmhAABr&#10;pwAAXqwAAFKxAABFtAAAOrYAAC+5AAAlvAAAHb8AABXDAAAPxgUAC8oNAAnKFAAIyh0AB8onAAfK&#10;MgAGyz4ABctLAATMWgADzGoAAsx+AAHMlAAAzKsAAM3IAADM7QAAzP8AAMv/AAHK/wAByv8AAcr/&#10;AJeWAACKnAAAfKMAAG6qAABgsAAAUrYAAEW5AAA5vAAALr8AACPDAAAbxgAAE8oAAA3NAAAI0QAA&#10;AdQJAADUDgAA1RUAANYeAADYJwAA2TEAANs+AADcSwAA3VsAAN5uAADehAAA35sAAN+0AADe2QAA&#10;3/cAAN//AADf/wAA3/8AAN//AI2dAAB/pQAAcKwAAGGzAABTugAARb8AADjCAAAsxgAAIckAABjN&#10;AAAQ0QAAC9UAAATaAAAA3gAAAOABAADhCQAA4g4AAOQTAADlGwAA5yQAAOkvAADrPAAA7UsAAO5d&#10;AADucQAA74kAAPCiAADwvAAA8OMAAO/5AADw/wAA8P8AAPD/AIGlAAByrQAAY7UAAFS9AABGxAAA&#10;N8gAACrMAAAf0AAAFdUAAA7aAAAH3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gUAAO8MAADxEAAA&#10;8xcAAPUgAAD4KwAA+zkAAP1KAAD+XgAA/3QAAP+NAAD/pgAA/8AAAP/hAAD/9QAA//UAAP/1AHSu&#10;AABltwAAVsAAAEfIAAA4zQAAKtIAAB3YAAAT3QAADOIAAAPmAAAA6QAAAOwAAADwAAAA8wAAAPQA&#10;AAD2AAAA+AAAAPoAAAD9BwAA/w0AAP8SAAD/GwAA/ygAAP83AAD/SgAA/14AAP92AAD/jwAA/6YA&#10;AP+6AAD/0QAA/9EAAP/RAP8PJAD/DiIA/wshAP8DJAD/ACkA/wAyAP8APgD/AEwA/wBZAP8AZQD/&#10;AHAA/wB6AP8AhAD/AIwA/wCSAP8AmQD/AJ8A/wClAP8AqwD/ALIA/wC6AP8AxQD/ANMA/wDnAP8A&#10;9AD/AP8A/gD/AP8A/wD+AP8A/gD/AP4A/wD+AP8A/gD/AP8RIQD/EB4A/w0dAP8HHwD/ACMA/wAt&#10;AP8AOgD/AEgA/wBVAP8AYQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlQD/AJsA/wChAP8ApwD+AK4A&#10;/QC2APwAwAD7AM0A+QDiAPgA8AD3APwA9gD/APUA/wD1AP8A9QD/APUA/wD1AP8A9QD/AP8VHQD/&#10;ExoA/xAZAP8LGQD/AB0A/wApAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD+AIMA/ACKAPoA&#10;kQD5AJcA+ACdAPcAowD1AKoA9ACyAPIAuwDxAMgA7wDcAO4A7ADtAPoA6wD/AOoA/wDqAP8A6gD/&#10;AOoA/wDqAP8A6gD/AP8YGQD/FhUA/xMTAP8OEwD/CxoA/wckAP8CMAD/AD4A/wBLAP8AVwD/AGIA&#10;/ABsAPgAdQD1AH4A8gCFAPEAjADvAJMA7gCZAOwAoADrAKYA6QCuAOcAtwDmAMMA5ADUAOIA6QDh&#10;APcA3wD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8bEwD/GhAA/xYOAP8SDgD/EhUA/w8fAP8M&#10;KwD/CTgA/wZFAPsDUQD3AlwA8gJmAO4CcADqAngA5wKAAOYDhwDkA44A4gOVAOEDnADfBKMA3QSr&#10;ANsEtADYBcAA1gXQANMG5wDQCPgAzgr/AMwL/wDLDP8Aywz/AMsL/wDLC/8Aywv/AP8fEAD/HgsA&#10;/xoHAP8ZCwD/GBEA/xYZAP8SJAD6EDAA8w4+AO4NSgDpDFYA5QxhAOIMagDeDXMA2w17ANkNgwDW&#10;DYoA1A2RANINmQDQDqAAzw6pAM0OswDLDr8Ayg/QAMYR6QDCEvkAvxP/AL0T/wG8E/8BvBP/AbwT&#10;/wG7E/8BuxP/Af8iDAD/IQQA/yAAAP8hBQD/HwwA/xwRAPYYHADsFSgA5RM2AN8SQwDZE08A0xRa&#10;ANAVZADNFm0AyxZ1AMkXfQDHF4UAxRiMAMQYlADCGZwAwBmlAL4ZrwC9GrsAuxrLALgb5QG0HPYB&#10;sh3/ArAd/wKvHf8Crh3/Aq4d/wKuHf8Crh3/Av8mBgD/JQAA/yYAAPsnAADxJQMA8CELAOgcEgDe&#10;GR0A1BstAM0dPADIH0kAxSBVAMEhXwC/ImgAvCJwALojeAC5I38BtyOHAbUjjwG0JJcBsiSgAbEk&#10;qgKvJLYCrSXGAqsl3wKoJvMDpSb/A6Mm/wOiJv8EoSb/A6Em/wOhJv8DoSb/A/8pAAD/KAAA9i0A&#10;AOcwAADfLwAA2SsEANYiCgDOIxYAxiYnAMAoNgC7KkQAuCtPALUsWQCyLGIBsCxqAa4tcgGsLXoC&#10;qi2BAqktigKnLZIDpS2bA6QtpQSiLbEEoC3ABJ8t2AScLu8FmS7/Bpcv/waWL/8GlS7/BZUu/wWV&#10;Lv8FlS7/Bf8sAAD/LgAA6jUAAN05AADROQAAyjYAAMcvBgDBLREAujAhALQyMQCwND4ArDVKAKk1&#10;VAGnNV0BpDVlAqI1bQKgNXQDnzV8BJ01hASbNY0FmjSXBpg0oQaWNK0HlDW7CJM10AiQNewIjjb+&#10;CIw2/wiLNv8Iizb/B4o1/weKNf8HijX/B/8vAADyNAAA4jwAANJBAADHQgAAwEAAALs6AQC2Ng4A&#10;sDkcAKo7LACmPDoAoz1GAJ89UAGdPVkCmj1hA5g9aASWPHAFlDx3BpI8gAeRPIgHjzuSCI07nQmL&#10;O6kKiTu3C4g7yguFPOgLgzz7C4I8/wqBPP8KgTz/CYE8/wiBPP8IgTz/CP8zAADsOgAA2kMAAMpH&#10;AAC/SQAAt0cAALFCAACtPgoApkAXAKJCJwCeQzUAmkRCAZdETAGURFUCkUNdA49DZAWNQ2sGi0Jz&#10;B4lCewiHQoQKhUGOC4NBmQyBQaUNf0GzDn5Bxg58QeQOekL5DXlC/wx4Qv8LeEL/C3hC/wp4Qf8K&#10;eEH/CvY2AADmQAAA0UgAAMNNAAC5TgAAsU0AAKlJAACkRQYAn0YTAJpIIwCWSTIAkko+AY9KSAKM&#10;SlEDiklZBIdJYAWFSWgHg0hvCIFIdwp/R4ALfUeKDXpHlQ54RqIPdkawEHVGwhBzRuAQckf3D3FH&#10;/w5xR/8NcUf/DHFH/wtxRv8LcUb/C/M5AADgRAAAzEwAAL5RAAC0UwAAqlIAAKJOAACdSgEAl0sR&#10;AJNNIACPTy4AjE86AYhPRQKFT04Dg09WBIBOXQZ+TmQHfE1sCXlNdAt3TH0MdUyHDnNMkg9xS58R&#10;b0utEm1LvxJsS9wSa0z1EWpM/w9qTP8Oakv/DWpL/wxqS/8Makv/DPA9AADbSAAAx1AAALpVAACw&#10;WAAApVYAAJxTAACXTwAAkVAOAIxSHACJVCsAhVQ3AIJUQgF/VEsDfFRTBHpTWgZ4U2IIdVJpCXNS&#10;cQtxUXoNblGED2xQkBBqUJwSaFCrE2ZQvBNlUNgTZFDzEmRQ/xBkUP8PZFD/DmVP/w1lT/8MZU//&#10;DOxBAADUTAAAw1QAALZZAACsXAAAoFoAAJdXAACRVAAAi1UMAIZXGQCDWCcAgFk0AH1ZPwF6WUgD&#10;d1hQBHRYWAZyV18Hb1dmCW1WbgtrVncNaFWBD2ZVjRFkVJoSYlSpE2BUuhRfVNMUXlTyE15U/xFf&#10;VP8PX1T/Dl9T/w1fU/8NX1P/DedEAADPUAAAv1gAALNdAACoXwAAnF0AAJJbAACLWAAAhVoKAIFb&#10;FgB9XCQAel0xAHddPAF0XUYCcV1OBG9cVQVsXF0HalxkCWhbbAtlWnUNY1p/D2FZixFeWZgSXFin&#10;FFtYuBRZWdAUWVjwE1lY/xFaWP8QWlj/DlpX/w1aV/8NWlf/DeNIAADLUwAAu1sAALBhAACkYgAA&#10;l2EAAI5fAACFXAAAf14HAHtfEwB4YSEAdWIuAHJiOQFvYkMCbGFLA2phUwVnYVoHZWBiCWNgagtg&#10;X3MNXl59D1teiRFZXZYSV12lE1VdthRUXc4UVF3uE1Rd/xFVXP8QVVz/DlVb/w5WW/8NVlv/Dd5M&#10;AADHVgAAuF8AAK1kAACgZQAAk2QAAIljAAB/YQAAeWIDAHVkEQByZR4Ab2YrAGxnNwFqZ0ACZ2ZJ&#10;A2VmUQRiZVgGYGVgCF1kZwpbZHAMWWN7DlZjhhBUYpQSUmKjE1BitBNPYswTT2LtEk9h/xFPYf8Q&#10;UGD/DlBg/w5QYP8NUGD/DdlPAADDWgAAtGMAAKlpAACbaAAAj2cAAIRnAAB5ZQAAc2cAAG9pDgBs&#10;ahsAaWsoAGdsNABkbD0BYmxGAl9rTgRda1YFWmpdB1hqZQlWaW4LU2l4DVFohA9OaJIQTGehEktn&#10;shJJZ8kSSWfrEklm/xBKZv8PSmX/Dktl/w1LZP8NS2T/DdFUAAC+XgAAsWcAAKZtAACXbAAAimsA&#10;AH9rAABzawAAbW0AAGhuDABlcBcAYnEkAGBxMABecToBXHFDAllxSwNXcVMEVXBaBlJwYgdQcGsJ&#10;Tm91C0tvgg1Jbo8PR26fEEVusBFEbscRQ23qEERs/w9Ea/8ORWv/DUVq/w1Fav8NRWr/DctYAAC6&#10;YwAArWwAAKFxAACScAAAhW8AAHpvAABucAAAZXMAAGB1BwBddhIAW3cfAFl4KwBXeDYAVXg/AVN4&#10;SAJReE8DT3dXBEx3XwVKd2gHSHZzCUV2fwtDdY0MQXWdDj91rg4+dcUOPXXoDj5z/Q0+cv8NPnH/&#10;DD9x/ww/cP8MP3D/DMVeAAC1aQAAqXEAAJx1AACNdAAAgHQAAHV0AABpdgAAXnkAAFh8AQBUfQ4A&#10;Un4aAFF/JgBPfzEATYA7AEyAQwFKgEsCSH9UAkZ/XARDf2UFQX9wBj9+fAg8fooJOn6aCjl+rAs3&#10;fsMLN33mCzd7/As3ev8LN3n/Cjh4/wo4eP8KOHj/Cr5kAACwbwAApXgAAJZ5AACHeQAAe3kAAHB6&#10;AABkfAAAWIAAAFCDAABLhQoASIYUAEeHIABFiCsARIg1AEOIPgBBiUcBQIlPAT6IWAI8iGEDOohs&#10;BDeIeAU1iIcGM4iYBzKHqgcwiMAHMIfkBzCF+wgwg/8IMIL/CDCB/wgwgf8IMIH/CLdrAACqdgAA&#10;oH8AAJB+AACCfgAAdn8AAGqAAABegwAAU4cAAEqLAABBjgIAPZAOADuQGAA6kSMAOZEtADiSNwA3&#10;kkAANpJJADSTUgAzk1wBMZNnAS+TdAItkoMDK5KUAyqSpwMokr0EKJLhAyeQ+gQnjv8FJ43/BSeM&#10;/wUnjP8FJ4z/BbF0AAClfgAAmYUAAIqEAAB9hAAAb4UAAGOIAABYiwAATY8AAEOTAAA6lwAAMpoH&#10;AC6bEAAtmxoALJwkACucLgAqnTgAKZ1BACidSwAnnlUAJp5hACWebgAjnn4BIp6QASCeowEfnrkB&#10;Hp7dAR6c+AIemv8CHpn/Ax6X/wMel/8DHpf/A6p9AACehQAAk4sAAIWKAAB1iwAAaI4AAFuRAABQ&#10;lQAARpkAADudAAAyoAAAKqMAACKmCQAfpxEAHqcaAB2oJAAcqC0AG6g3ABqpQQAZqUwAGKlYABeq&#10;ZgAWqnYAFaqJABSqngATq7QAEqvTABKo9QATp/8BE6X/AROl/wETpP8BE6T/AaOGAACXjAAAjZEA&#10;AH2SAABtlQAAYJgAAFScAABIoAAAPqQAADSnAAAqqwAAIa4AABmxAAASswcAD7UQAA61FwAOtSEA&#10;DbUrAA21NgAMtkEAC7ZOAAq2XAAJtmwACLZ/AAe2lAAGtqoABbbFAAa26gAHtf8ACLT/AAiz/wAJ&#10;sv8ACbL/AJqNAACQkwAAhJgAAHScAABloAAAV6QAAEuoAABArAAANbAAACqzAAAhtQAAGLgAABG7&#10;AAAMvgIABsALAALAEQABwRkAAMEiAADCKwAAwjYAAMNCAADDUAAAxF8AAMRxAADEhwAAxJ0AAMS1&#10;AADE2gAAxPYAAMP/AADD/wAAw/8AAMP/AJOUAACHmgAAeKAAAGqmAABcrAAAT7EAAEG1AAA1twAA&#10;KboAAB+9AAAWwAAAEMMAAArGAAADygAAAMwFAADMDAAAzREAAM4YAADOIQAA0CoAANE1AADTQwAA&#10;1FIAANRjAADVeAAA1Y8AANWnAADWwgAA1ukAANb9AADW/wAA1v8AANb/AIqbAAB7ogAAbKkAAF6w&#10;AABQtgAAQroAADS9AAAowQAAHcQAABTHAAANywAABs4AAADSAAAA1wAAANkAAADaBQAA3AsAAN0Q&#10;AADfFQAA4R0AAOMnAADlMwAA50IAAOhUAADoZwAA6X4AAOmXAADqrwAA6s4AAOvvAADr/gAA6/8A&#10;AOv/AH2jAABuqwAAX7IAAFG6AABCwAAANMMAACfHAAAbywAAEs8AAAvTAAAC2AAAAN0AAADhAAAA&#10;5AAAAOUAAADnAAAA6QAAAOsHAADtDQAA7xEAAPEZAAD0JAAA9zEAAPlBAAD6VQAA+moAAPuEAAD7&#10;nQAA/LYAAPzSAAD97QAA/fQAAP30AHGsAABhtQAAUr0AAETEAAA0yQAAJs0AABrSAAAQ2AAACN0A&#10;AADhAAAA5QAAAOgAAADsAAAA7wAAAPEAAADzAAAA9QAAAPcAAAD5AQAA+wgAAP4OAAD/FQAA/yEA&#10;AP8vAAD/QQAA/1YAAP9tAAD/hwAA/6AAAP+2AAD/ygAA/9QAAP/UAP8LIAD/Bx4A/wAdAP8AIAD/&#10;ACUA/wAuAP8AOwD/AEkA/wBWAP8AYgD/AG0A/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8A&#10;pgD/AK0A/wC1AP8AvgD/AMsA/wDhAP8A8AD+AP0A/QD/AP0A/wD9AP8A/QD/APwA/wD5AP8A+QD/&#10;AP8NHQD/CxoA/wQZAP8AGgD/AB8A/wAqAP8ANwD/AEUA/wBRAP8AXgD/AGgA/wByAP8AegD/AIIA&#10;/wCJAP8AkAD/AJYA/wCcAP4AogD8AKkA+wCwAPkAuQD4AMYA9gDZAPUA6wD0APkA8wD/APIA/wDz&#10;AP8A8wD/APMA/wDzAP8A8wD/AP8QGQD/DhUA/wgUAP8AFAD/ABkA/wAlAP8AMgD/AEAA/wBMAP8A&#10;WQD/AGMA/gBtAPwAdQD6AH0A+QCEAPcAiwD2AJEA9ACXAPMAngDyAKQA8ACsAO4AtADtAMAA6wDP&#10;AOkA5gDoAPUA5gD/AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AP8SFAD/EBAA/wwPAP8DEAD/ABUA&#10;/wAgAP8ALAD/ADoA/wBHAPoAUwD3AF4A9ABnAPEAcADvAHgA7QB/AOsAhgDqAIwA6ACTAOcAmQDl&#10;AKAA4wCnAOEAsADfALoA3QDJANsA4ADYAPAA1wD+ANUA/wDUAP8A0wD/ANMA/wDTAP8A0wD/AP8V&#10;EAD/EgwA/w4JAP8LDAD/CRIA/wMaAP8AJgD9ADMA9ABAAO8ATQDrAFgA6ABhAOUAagDiAHIA4AB6&#10;AN4AgADcAIcA2gCOANgAlQDUAJwA0gCjANAArADOALYAzADEAMoA2QDIAO0AxwD7AMUA/wDEAf8A&#10;wwH/AMQB/wDEAf8AxAH/AP8YCwD/FQUA/xAAAP8QBgD/Dw0A/wwUAPwHHwDxAysA5wA5AOIARgDe&#10;AVEA2gJbANUCZADSA2wAzwN0AM0EewDLBIIAygSJAMgFkADGBZgAxAWgAMIGqQDBBrQAvwbBAL0I&#10;1QC7CewAuAv9ALYM/wC1Df8AtA3/ALQN/wC0Df8AtA3/AP8bBQD/GAAA/xcAAP8WAAD7EwYA+hAO&#10;AO4MFgDjCSIA2gkwANMKPgDOC0oAygxVAMcNXgDFDWcAwg5vAMEOdgC/Dn4AvQ+FALwPjQC6EJUA&#10;uBCdALcQpwC1EbIAsxHAALIR1QCuE+4AqxT+AKkV/wCnFf8ApxX/AKYU/wGmFP8BphT/Af8fAAD/&#10;HAAA+h4AAOseAADjHAAA3xUFAN4ODQDTDhgAyxEoAMUTNwDAFEQAvBZPALkXWQC3F2EAtBhpALMZ&#10;cQCxGXgArxqAAK4aiACsG5AAqxuZAKkbowCnHK4Aphy8AKQdzwChHuoBnh78AZwf/wGbH/8Bmh//&#10;AZoe/wGZHv8BmR7/Af8iAAD/IQAA7CcAAOAqAADUKQAAzSQAAMocCADEGRIAvRwiALceMQCzID4A&#10;ryFJAK0iUwCqI1wAqCRkAKYkbACkJHMAoyR6AKElggGgJYsBniWUAZ0lngGbJqoBmSa3AZgmyQKV&#10;J+YCkif5ApAo/wKPKP8Cjif/Ao4n/wKOJ/8Cjif/Av8mAADyKQAA4zEAANI0AADINAAAwDAAALsp&#10;AgC4Iw4AsSYcAKwoKwCoKjgApCtEAKEsTgCfLVcAnS1fAJstZwGZLW4BmC51AZYufQKULoYCky6Q&#10;ApEumgOPLqYDjS6zA4wuxQOKL+EEhy/2BIUv/wSEL/8DhC//A4Mv/wODL/8Dgy//A/spAADrMQAA&#10;2TgAAMk8AAC/PAAAtjkAALAyAACsLQsApy8XAKIxJgCeMzQAmjRAAJg1SgCVNVMAkzVbAZE1YgGP&#10;NWkCjTVxAow1eQOKNYIDiDWLBIY1lgSENaIFgjWvBYE1wAZ/NtwGfTb0Bns2/wV7Nv8Fejb/BHo2&#10;/wR6Nf8EejX/BPUtAADkNwAA0D8AAMJDAAC3RAAArUAAAKc6AACjNgYAnTcTAJk5IgCVOi8Akjw7&#10;AI88RgCMPE8BijxXAYg8XgKGPGUChDxtA4I8dQSAPH0EfzyHBX08kgZ7O54HeTusB3c7vAh2PNUI&#10;dDzxCHM8/wdyPP8Gcjz/BXI8/wVyO/8Fcjv/BfEyAADePQAAyUQAALxIAACwSQAApkYAAJ9BAACb&#10;PQEAlT0QAJE/HQCNQSsAikI4AIdDQgCEQ0sBgkNTAYBDWwJ+QmIDfEJpBHpCcQV4QnoGdkGEB3RB&#10;jwhyQZsIcEGpCW9BuQptQdAKbEHuCWtC/whqQv8HakH/BmpB/wZqQf8FakH/Be03AADWQgAAxEkA&#10;ALdNAACrTQAAoEoAAJhHAACTQgAAjkMNAIlFGgCGRigAg0c0AIBIPwB+SEgBe0hQAnlIVwJ3SF8D&#10;dUhmBHNHbgVxR3YGb0eAB21GjAlrRpgKaUamC2dGtgtmRswLZUbsC2RH/wlkRv8IZEb/B2RG/wZk&#10;Rf8GZEX/Bug7AADQRgAAv00AALNRAAClUQAAmk4AAJJLAACNRwAAh0gLAINKFgB/SyQAfUwxAHpN&#10;PAB3TUUBdU1NAnNNVQJxTVwDb01jBG1MawVrTHMHaUt9CGZLiQlkS5YKYkukC2FLtAxfS8oMXkvq&#10;C15L/gpeS/8JXkr/CF5K/wdeSv8HXkr/B+M/AADLSQAAvFEAALBVAAChVAAAllIAAI1QAACHTAAA&#10;gU0IAH1PEwB6UCEAd1EuAHRSOQByUkIBb1JLAW1SUgJrUVkDaVFhBGdRaAZlUHEHY1B7CGFQhgpf&#10;T5MLXU+hDFtPsg1ZT8cNWU/oDFhP/QtYT/8JWU//CFlO/wdZTv8HWU7/B99DAADHTQAAuFQAAKxZ&#10;AACdVwAAkVUAAIhUAACBUAAAe1IEAHdTEQB0VB4AcVUrAG9WNgBsVkABalZIAWhWUAJmVlcDZFZe&#10;BGJVZgVgVW8HXVV4CFtUhApZVJELV1SgDFVTsA1UU8UNU1PmDFNT/AtTU/8JVFL/CFRS/whUUv8H&#10;VFL/B9pGAADDUAAAtVgAAKhbAACZWgAAjVgAAIRXAAB7VAAAdlYBAHFXDwBuWRsAbFooAGlaMwBn&#10;Wz0BZVtFAWNbTQJhWlUDX1pcBF1aZAVbWWwGWFl2CFZZgglUWI8LUlieDFBYrg1PWMMNTljkDE5Y&#10;+wtPV/8JT1f/CE9W/whQVv8HUFb/B9NKAADAVAAAslwAAKNeAACVXQAAiVwAAH9bAAB2WQAAcFoA&#10;AGtcDQBoXRgAZl4kAGRfMABiXzoAYF9DAV5fSwJcX1ICWl9aA1hfYQVVXmoGU150B1FdfwlPXY0K&#10;TV2cC0tdrAxKXcEMSV3jDElc+gpJW/8JSlv/CEpa/whKWv8HSlr/B85OAAC8WAAArmAAAJ9hAACR&#10;YAAAhV8AAHtfAABwXQAAal8AAGVhCgBiYhQAYGMhAF5kLQBcZDcAWmRAAVhkSAFWZFACVGRXA1Jk&#10;XwRQZGcFTmNxBkxjfQhJYosJR2KaCkZiqgtEYr8LRGLhC0Rh+QpEYP8JRGD/CEVf/wdFX/8HRV//&#10;B8hSAAC4XAAAq2QAAJtkAACMYwAAgGMAAHZjAABqYgAAY2QAAF9mBgBbZxEAWWgdAFdpKQBWajMA&#10;VGo8AFJqRQFQakwBTmpUAkxqXANKamUESGlvBUZpegdEaYgIQmiYCUBoqQo/aL0KPmjeCT5n9wk+&#10;Zv8IP2X/Bz9l/wc/ZP8HP2T/B8NXAACzYQAAp2kAAJZoAACHZwAAe2cAAHFnAABlaAAAXGoAAFhs&#10;AQBUbg4AUm8YAFBvJABOcC4ATXA4AEtxQQBKcUkBSHFRAUZxWQJEcGIDQnBsBEBweAU+cIYGPG+V&#10;Bzpvpgg4b7sIOG/bBzhu9gc4bf8HOGz/Bjlr/wY5av8GOWr/Br1cAACvZgAAom0AAJFsAACCawAA&#10;d2sAAGxsAABhbgAAV3AAAFBzAABMdQoASXYTAEd3HwBGdykARXgzAEN4PABCeEQAQXhNAT94VQE9&#10;eF4CO3hoAjl4dAM3eIIENXiTBTN3pAUyd7kFMXjXBTF29QUxdP8FMXP/BTFy/wUycv8FMnL/Bbdj&#10;AACqbQAAnHEAAItwAAB9cAAAcnAAAGdxAABccwAAUXcAAEp6AABCfQMAP34OAD1/GAA8fyMAO4At&#10;ADqANgA5gT8AOIFIADaBUAA1gVoBM4FkATGBcAEvgX8CLYGPAyyBoQMqgbYDKYHSAyl/8wMpff8D&#10;KXz/Ayl7/wMpe/8DKXv/A7FqAACldAAAlXYAAIV1AAB4dQAAbXUAAGF3AABXegAATH4AAEOBAAA7&#10;hQAANYgJADKJEQAxiRsAMIklAC+KLwAuijgALYtBACyLSgAqi1QAKYtfACiLawAmi3oBJIuLASOL&#10;ngEii7MBIYzOASGK8QEgiP8CIIb/AiCF/wIhhf8CIYX/AqtyAAChfAAAj3sAAIB6AABzegAAZnwA&#10;AFt/AABQggAARoYAADyKAAA0jQAALJEAACaTDAAklBMAI5QcACKVJgAhlS8AIJU4AB+WQgAelkwA&#10;HZZYAByWZAAal3QAGZeGABiXmQAXl64AFZfJABaV7gAWk/8BFpL/ARaR/wEWkP8BFpD/AaV7AACZ&#10;gwAAiYEAAHuAAABsggAAX4QAAFSIAABJiwAAP5AAADWUAAAtlwAAJZoAAB2eAQAWoAwAFKESABSh&#10;GwAToSUAEqEuABGiOAARokMAEKJPAA+iXAAOo2sADaN9AA2jkgAMo6cACqLAAAui5gAMoP4ADZ//&#10;AA2e/wANnf8ADZ3/AJ6EAACSiQAAg4gAAHOIAABliwAAWI4AAEySAABBlwAAN5sAAC6eAAAkogAA&#10;HKUAABWoAAAPqwQACq4MAAetEgAGrRsABa0kAASuLgACrjkAAa5FAACuUgAArmEAAK5zAACuhwAA&#10;rp0AAK60AACu1QAArfQAAK3/AACs/wAAq/8AAKv/AJaLAACMkAAAe5AAAGuSAABdlgAAUJoAAESf&#10;AAA5owAAL6cAACWrAAAcrgAAFLEAAA60AAAJtwAAAbgJAAC4DgAAuRQAALkcAAC6JQAAui8AALs6&#10;AAC8RwAAvFYAALxnAAC8ewAAvJEAALypAAC8xAAAvOsAALv+AAC7/wAAu/8AALv/AJCSAACDmAAA&#10;c5sAAGOfAABVowAAR6gAADutAAAwsQAAJbQAABu3AAASugAADL0AAAW/AAAAwwAAAMQCAADFCgAA&#10;xQ4AAMYUAADHGwAAyCQAAMouAADMOgAAzUkAAM1ZAADNbAAAzoMAAM6bAADNtQAAztoAAM72AADN&#10;/wAAzf8AAM3/AIaZAAB3oAAAaaYAAFqsAABMsgAAPrYAADC5AAAkvAAAGb8AABHCAAAKxQAAAskA&#10;AADMAAAA0AAAANEAAADSAQAA0wgAANUNAADXEQAA2hgAANwhAADfLAAA4ToAAOJKAADjXQAA5HIA&#10;AOSLAADlpQAA5cAAAOXmAADl+AAA5f8AAOX/AHqhAABrqQAAXK8AAE22AAA/vAAAML8AACPDAAAX&#10;xwAAD8oAAAfOAAAA0QAAANYAAADcAAAA3wAAAOAAAADiAAAA5AAAAOYDAADoCQAA6Q4AAOwVAADu&#10;HgAA8SsAAPQ6AAD1TQAA9mEAAPd5AAD4kwAA+K0AAPnGAAD55AAA+fMAAPnzAG2qAABesgAAT7oA&#10;AEDBAAAxxQAAIskAABbOAAAN0gAABNgAAADdAAAA4QAAAOQAAADoAAAA6wAAAO0AAADvAAAA8QAA&#10;APMAAAD2AAAA+AMAAPoLAAD9EQAA/xsAAP8pAAD/OwAA/08AAP9mAAD/fwAA/5kAAP+vAAD/wwAA&#10;/9YAAP/WAP8EHAD/ABkA/wAZAP8AHAD/ACIA/wArAP8AOAD/AEYA/wBTAP8AXgD/AGkA/wByAP8A&#10;egD/AIIA/wCJAP8AjwD/AJUA/wCbAP8AoQD/AKgA/wCvAP8AuQD/AMUA/wDZAP4A7AD9APsA+wD/&#10;APsA/wD7AP8A+gD/APQA/wDwAP8A8AD/AP8HGAD/ARUA/wAUAP8AFgD/ABsA/wAmAP8ANAD/AEIA&#10;/wBOAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD9AJAA/ACWAPoAnQD5AKMA+ACrAPcAtAD1&#10;AL8A9ADOAPMA5gDxAPYA8AD/AO8A/wDvAP8A7gD/AO4A/wDqAP8A6gD/AP8LFAD/BhEA/wAQAP8A&#10;EAD/ABYA/wAiAP8ALgD/ADwA/wBJAP8AVAD+AF8A+wBoAPkAcAD3AHgA9QB/APMAhQDyAIsA8ACS&#10;AO8AmADtAJ8A7ACmAOoArgDoALkA5wDHAOUA3gDjAPAA4gD+AOAA/wDgAP8A4QD/AOEA/wDhAP8A&#10;4QD/AP8NEAD/CQ0A/wEMAP8ADAD/ABIA/wAcAP8AKAD8ADYA+QBDAPYATgDyAFkA7wBiAOwAawDq&#10;AHIA6AB5AOYAgADkAIYA4gCMAOEAkwDfAJoA3QChANsAqgDYALQA1QDAANIA0wDQAOoAzgD6AM0A&#10;/wDNAP8AzQD/AMwA/wDMAP8AzAD/AP8QDAD/DAcA/wMCAP8ACAD/AA4A/wAWAPYAIgDwAC8A7AA8&#10;AOkASADlAFMA4QBcAN4AZQDbAGwA1wBzANQAegDSAIAA0ACHAM4AjgDMAJUAygCdAMgApQDGAK8A&#10;xAC7AMIAywDAAOUAvgD1AL0A/wC8AP8AvAD/ALwA/wC8AP8AvAD/AP8RBQD/DgAA/woAAP8IAQD/&#10;BAoA+AAQAOkAGgDjACgA3gA1ANkAQQDTAEwAzwBWAMsAXwDJAGYAxgBuAMQAdADCAHsAwQCCAL8A&#10;iQC9AJAAvACYALoAoQC4AKsAtgC3ALQAxwCyAOAAsQHyAK8C/wCuA/8ArQT/AK0E/wCtBP8ArQT/&#10;AP8UAAD/EAAA/w8AAPINAADqCgAA6QMJAN0AEgDUAB8AzQEtAMgCOgDEA0UAwANQAL0EWQC7BWEA&#10;uQVoALcGbwC1BnYAtAd9ALIHhACxCIwArwiVAK0JngCrCagAqgq1AKgKxQCmC98ApA30AKIO/wCg&#10;Dv8Anw7/AJ8O/wCfDv8Anw7/AP8XAAD/EwAA7xgAAOQZAADbFgAA0hACAM8JCwDICBYAwQokALwM&#10;MgC3DT4AtA5JALEOUwCvEFsArRBjAKsQagCpEXEAqBF4AKYRgAClEYgAoxKRAKESmwCgE6YAnhOz&#10;AJwTwwCbFN4Alxb0AJUW/wCUF/8Akxf/AJIX/wCSFv8Akhb/AP8aAAD0HQAA5SMAANUlAADKJAAA&#10;wh0AAL4WBAC7EBAAtBMdAK8VKwCrFjgApxhDAKUZTQCiGVYAoBpdAJ4bZQCdG2wAmxxzAJocewCY&#10;HIMAlx2NAJUdlwCTHqIAkh6vAJAevwCPH9gAjCDxAYkg/wGIIP8BhyD/AYcg/wGGIP8BhiD/Afoe&#10;AADrJgAA2i0AAMowAAC+LgAAtSgAALAiAACuGwwAqB0XAKMfJgCfITMAnCI+AJkjSACXJFEAlSRZ&#10;AJMlYACSJWcAkCZuAI4mdgCNJn8AiyaIAYonkwGIJ54BhierAYQnuwGDKNEBgCjuAX4p/wF9Kf8B&#10;fCj/AXwo/wF8KP8BfCj/AfUkAADjLgAAzzUAAME4AAC0NgAAqzEAAKUsAACiJgYAniYTAJkoIQCV&#10;Ki4Akis5AI8sRACNLUwAiy1UAIkuXACHLmMAhi5qAYQucgGCLnoBgS+EAX8vjwJ9L5oCey+nAnov&#10;twJ4L8wCdjDqAnUw/gJzMP8CczD/AnMv/wJzL/8Ccy//AvAqAADcNQAAxzsAALo/AACsPAAAojgA&#10;AJwzAACYLwAAlS4QAJAwHACMMikAiTM1AIY0PwCENUkAgjVRAIA1WAB+NV8BfTVmAXs2bgF5NXYC&#10;eDWAAnY1iwN0NZcDcjakA3A2tARvNsgEbTbnBGw2/ANrNv8Dazb/Amo2/wJqNf8CajX/AuowAADT&#10;OgAAwkEAALNDAAClQQAAmz4AAJU6AACQNgAAjDUNAIg3GACEOCUAgToxAH87PAB8O0UAejxNAHg8&#10;VQF3PFwBdTxjAXM8agJxPHMCcDx8A247hwNsO5QEajuhBGg7sQVnPMUFZTzlBWQ8+gRkPP8DYzv/&#10;A2M7/wNjO/8CYzv/AuU1AADNPwAAvUYAAK5HAACfRQAAlUMAAI5AAACJPAAAhDwKAIA9FAB9PiIA&#10;ej8uAHhAOAB1QUIAc0FKAHJBUQFwQVkBbkFgAmxBZwJqQXADaEF5A2dBhARlQZEFY0GfBWFBrgZg&#10;QcIGXkHiBl5B+QVdQf8EXUD/A11A/wNdQP8DXUD/A985AADIQwAAuUoAAKlLAACbSQAAkEcAAIhE&#10;AACDQQAAfkEGAHpCEQB2Qx4AdEUqAHFFNQBvRj8AbUZHAGtGTwFqRlYBaEZdAmZGZQJkRm0DYkZ2&#10;BGBGggReRo4FXEWcBltFrAZZRr8HWEbfBlhG9wVXRf8EV0X/BFdE/wNYRP8DWET/A9o9AADERwAA&#10;tU4AAKROAACWTAAAi0sAAINJAAB9RQAAeEYCAHRHEABwSBsAbkknAGtKMgBqSzwAaEtEAGZLTAFk&#10;S1MBYktaAmBLYgJfS2oDXUt0BFtKfwVZSowFV0qaBlVKqgdUSr0HU0rcB1JK9gZSSv8FUkn/BFJJ&#10;/wNSSP8DU0j/A9RBAADASwAAslEAAKBQAACSTwAAh04AAH5MAAB4SAAAckoAAG5LDQBrTRgAaE4k&#10;AGZOLwBkTzkAYk9CAGFQSQFfUFEBXVBYAltPYAJZT2gDV09yBFVPfQVTT4oFUk6YBlBOqAdOTrsH&#10;TU7ZB01O9QZNTv8FTU3/BE1N/wROTP8DTkz/A85EAAC8TgAArlQAAJxTAACOUgAAg1EAAHpQAABy&#10;TQAAbE8AAGhQCwBlURUAY1IhAGFTLABfUzYAXVQ/AFtURwBaVE4BWFRWAVZUXQJUVGYDUlNvA1BT&#10;ewROU4gFTFOXBktTpwdJU7oHSFPVB0hS8wZIUv8FSFH/BElR/wRJUP8DSVD/A8pIAAC5UgAAqlcA&#10;AJhWAACKVQAAf1QAAHZTAABsUQAAZ1MAAGJUCABfVhIAXVceAFtXKQBZWDMAWFg8AFZZRABVWUwB&#10;U1lTAVFZWwJPWGQCTVhtA0tYeARJWIYFR1eVBkVXpQZEV7gGQ1jSBkNX8gZDVv8FQ1X/BERV/wRE&#10;VP8DRFT/A8ZMAAC1VgAApVoAAJRZAACGWAAAe1gAAHFXAABmVgAAYVgAAF1ZBABZWhAAV1sbAFVc&#10;JgBTXTAAUl05AFFeQQBPXkkATV5RAUxeWAFKXmECSF1rA0ZddgNEXYMEQl2SBUBdowY/XbYGPl3Q&#10;Bj1c8QU+W/8EPlr/BD5a/wM+Wf8DP1n/A8FQAACxWgAAoV0AAJBcAACCWwAAdlsAAG1bAABhWwAA&#10;W10AAFZeAABSYA0AUGEXAE5iIgBNYiwATGM1AEpjPgBJY0YAR2NOAEZjVgFEY14BQmNoAkBjcwM+&#10;Y4EDPGOQBDpioQQ5YrQFOGPNBThi7wQ4Yf8EOGD/Azhf/wM5Xv8DOV7/A7xVAACtXwAAnGAAAItf&#10;AAB9XwAAcl8AAGhfAABdYAAAVWIAAE9kAABLZgoASWcSAEdoHQBFaCcARGkxAENpOQBCakIAQGpK&#10;AD9qUgA9alsBPGplATpqcAI4an4CNmmNAzRpnwMzabIDMWnLAzFo7QMxZ/8DMWb/AzJl/wMyZP8D&#10;MmT/A7dbAACpZAAAlmQAAIZjAAB4YwAAbWMAAGRkAABZZQAAUGgAAElrAABDbQQAQG4OAD5vGAA9&#10;byIAPHArADpwNAA5cT0AOHFFADdxTgA2cVcANHFhATJxbQExcXoBL3GKAi1xnAIrca8CKnHIAipw&#10;6wIqb/8CKm3/Aips/wIrbP8CK2z/ArFhAACkaQAAkGgAAIBnAAB0ZwAAaWcAAF9oAABVawAAS24A&#10;AENxAAA8dAAAN3YKADR3EgAzeBwAMnglADF5LgAweTcAL3k/AC55SAAselIAK3pcACp6aAAoenYA&#10;JnqHASV6mQEjeqwBInrFASJ56QEid/8BInb/ASJ1/wIidP8CI3T/AqxoAACdbgAAim0AAHtsAABv&#10;bAAAZWwAAFpuAABQcQAARXUAAD14AAA2fAAALn8CACmBDQAnghQAJoIeACWCJwAkgi8AI4M4ACKD&#10;QgAhg0sAIIRWAB+EYgAehHEAHISCABuElQAahKkAGITBABiD5gAYgf0AGYD/ARl//wEZfv8BGX7/&#10;AaZwAACVcwAAhHIAAHZxAABrcQAAXnMAAFR2AABJeQAAP30AADeBAAAvhAAAJ4gAACCLBQAbjQ4A&#10;Go0VABmNHgAYjicAF44wABaOOQAVjkMAFI9PABOPWwASj2oAEY97ABCPjwAPj6QADo+7AA2P4AAO&#10;jfoAD4v/ABCK/wAQif8AEIn/AKF6AACOeQAAfncAAHJ3AABkeAAAWHsAAE1+AABCggAAOYYAAC+K&#10;AAAnjgAAIJEAABiVAAASmAUADpoOAA2aFAAMmh0AC5omAAuaMAAKmjsACZpGAAiaUwAGm2EABZpy&#10;AASahgACmpsAAJqxAAGZzwACmfAAApj/AASX/wAFlv8ABZb/AJmBAACHfwAAen4AAGt+AABdgQAA&#10;UIUAAEWJAAA7jQAAMZIAACiWAAAfmQAAGJ0AABGgAAAMowIABqUKAAGlEAAApRYAAKYfAACmKAAA&#10;pjIAAKc9AACnSgAAp1gAAKdoAACnfAAAp5EAAKaoAACmwwAApekAAKX8AACl/wAApP8AAKT/AJGH&#10;AACChgAAcoYAAGOIAABVjAAASZEAAD2WAAAymgAAKJ4AAB+iAAAXpgAAEKkAAAusAAAErwAAALEG&#10;AACxDAAAshEAALIXAACzHwAAsygAALQyAAC1PwAAtU0AALVdAAC1cAAAtYYAALWdAAC1tgAAtdwA&#10;ALT3AAC0/wAAtP8AALT/AIuPAAB6jgAAapEAAFuVAABNmgAAQJ8AADWkAAAqqAAAIKwAABawAAAP&#10;tAAACbcAAAG5AAAAvQAAAL4AAAC+BgAAvwwAAMAQAADBFgAAwh0AAMMnAADFMgAAxkAAAMZRAADH&#10;YwAAx3gAAMeRAADHqQAAx8cAAMfsAADH/gAAx/8AAMf/AIOXAABxmgAAYZ4AAFKjAABFqQAAOK4A&#10;ACyzAAAgtwAAFroAAA69AAAGwAAAAMMAAADHAAAAyQAAAMoAAADMAAAAzQMAAM4JAADQDgAA0hMA&#10;ANQbAADYJQAA2zIAAN1CAADdVAAA3mkAAN6BAADenAAA37UAAN/ZAADf8wAA3/8AAN//AHefAABo&#10;pgAAWa0AAEqzAAA7uAAALbsAAB+/AAAUwgAADMYAAAPJAAAAzAAAANAAAADVAAAA2QAAANoAAADc&#10;AAAA3gAAAOAAAADiBQAA5AsAAOcQAADqGAAA7SQAAPAyAADxRAAA8lgAAPNvAAD0igAA9KQAAPS/&#10;AAD03wAA9PMAAPT0AGqoAABbrwAATLcAAD29AAAtwQAAH8YAABPKAAALzgAAANIAAADXAAAA3AAA&#10;AOAAAADlAAAA5wAAAOkAAADrAAAA7QAAAO8AAADxAAAA8wAAAPYHAAD5DgAA/BYAAP8iAAD/MwAA&#10;/0cAAP9dAAD/dgAA/5EAAP+pAAD/vgAA/9gAAP/bAP8AGAD/ABYA/wAVAP8AGAD/AB4A/wAnAP8A&#10;NgD/AEMA/wBPAP8AWgD/AGQA/wBtAP8AdQD/AH0A/wCEAP8AigD/AJAA/wCWAP8AnAD/AKMA/wCr&#10;AP8AtAD+AL8A/QDPAPsA5wD6APgA+QD/APkA/wD5AP8A9QD/AO4A/wDpAP8A5wD/AP8AFAD/ABEA&#10;/wARAP8AEgD/ABcA/wAjAP8AMQD/AD4A/wBKAP8AVgD/AGAA/wBoAP8AcAD/AHgA/QB+APwAhQD6&#10;AIsA+QCRAPgAmAD3AJ4A9QCmAPQArgDyALkA8QDHAO8A4ADuAPIA7AD/AOwA/wDsAP8A6wD/AOUA&#10;/wDgAP8A3gD/AP8DEAD/AA4A/wANAP8ADQD/ABMA/wAeAP8AKwD/ADgA/wBFAP4AUAD7AFoA+ABj&#10;APUAawDzAHIA8QB5AO8AfwDuAIYA7ACMAOoAkgDpAJkA5wCgAOYAqQDkALMA4QDAAOAA0wDeAOsA&#10;3AD7ANsA/wDaAP8A2gD/ANkA/wDUAP8A0gD/AP8HDQD/AAkA/wAGAP8ACQD/AA8A/wAYAPsAJQD4&#10;ADIA9QA/APIASgDtAFQA6gBdAOcAZQDkAGwA4gBzAOAAegDeAIAA3ACGANoAjQDXAJQA1ACbANIA&#10;pADPAK0AzQC5AMsAyQDJAOQAyAD2AMYA/wDFAP8AxgD/AMcA/wDHAP8AxwD/AP8KBgD/AQAA/wAA&#10;AP8ABAD/AAsA9AASAO8AHwDqACwA5QA4AOIAQwDdAE4A2QBXANQAXwDRAGcAzgBtAMwAdADKAHoA&#10;yACAAMYAhwDFAI4AwwCWAMEAngC/AKgAvQCzALoAwgC5ANsAtwDwALUA/wC2AP8AtQD/ALUA/wC1&#10;AP8AtQD/AP8MAAD/BAAA/wAAAP4AAAD2AAMA6AANAOAAFwDZACQA0QAxAM0APADKAEcAxgBRAMMA&#10;WQDAAGAAvgBnALwAbgC6AHQAuQB7ALcAggC1AIkAswCRALIAmgCwAKQArgCvAKwAvQCqANAAqADr&#10;AKcA+wCmAP8ApgD/AKUA/wClAP8ApQD/AP8NAAD/BwAA9AkAAOoJAADiBAAA2gAHAM8AEQDIABwA&#10;wgApAL4ANQC7AEAAtwBKALQAUwCyAFsAsABiAK4AaACsAG8AqwB1AKkAfQCoAIQApgCNAKQAlgCj&#10;AKAAoQCrAJ8BuQCdA8wAnAToAJoG+QCZB/8AmAj/AJcI/wCXCP8Alwj/AP8QAAD3EAAA6BQAANwV&#10;AADOEQAAxg0AAMIECwC8ABQAtwEhALIDLgCuBToAqwZEAKgITQCmCFUApAlcAKIKYwCgCmoAnwtx&#10;AJ0LeACcC4AAmgyJAJkMkwCXDJ4AlQ2qAJQNuACSDcwAkA7qAI4Q/ACMEP8AixD/AIsQ/wCLEP8A&#10;ihD/APsTAADtGgAA3SAAAMwhAAC/HQAAtxcAALMRAACyCw0Aqw0ZAKcOJgCjDzMAnxA+AJ0RRwCa&#10;EVAAmBJXAJYSXgCVE2UAkxNsAJITcwCQFHwAjxSFAI0VjwCLFZoAihWnAIgWtQCGFskAhBfnAIIY&#10;+wCAGf8Afxn/AH8Z/wB/GP8Afxj/APUaAADkIwAAzykAAMAqAACzJgAAqiIAAKUcAACkFQgAoBQT&#10;AJsWIQCXGC0AlBk4AJEaQgCPG0sAjRxSAIscWQCJHWAAiB1nAIYebwCFHncAgx+AAIIfiwCAH5cA&#10;fiCjAH0gsgB7IMUAeSHkAHci+QB2Iv8AdSL/AHQh/wB0If8AdCH/AO8hAADbKwAAxzEAALYxAACp&#10;LgAAoCoAAJsmAACYIQEAlR4QAJAgGwCNISgAiSMzAIckPQCFJEYAgyVOAIEmVQB/JlwAfiZjAHwn&#10;awB7J3MAeSd8AHgohwB2KJMAdCigAXIorwFxKcEBbyngAW0p9wFsKf8Bayn/AWsp/wFrKP8Bayj/&#10;AegoAADQMgAAwDgAAK43AAChNQAAmDIAAJItAACOKQAAiycMAIcoFwCDKiMAgCsvAH4sOQB8LEIA&#10;ei1KAHguUQB3LlgAdS5gAHMvZwByL28AcC95AW8vgwFtL5ABay+dAWkvrAFoML4BZzDbAWUw9QFk&#10;MP8BYzD/AWMv/wFjL/8BYy//AeIuAADKOAAAuj0AAKg8AACaOgAAkTcAAIozAACGMAAAgy4JAH8v&#10;EwB7MB8AeDIrAHYzNQB0Mz4AcjRGAHA0TgBvNVUAbTVcAGw1ZABqNWwBaDV1AWc1gAFlNYwBYzWa&#10;AmE2qQJgNrsCXzbWAl028wJdNv8CXDb/AVw1/wFcNf8BXDT/AdwzAADFPAAAtEEAAKJAAACVPgAA&#10;izwAAIQ5AAB/NgAAezQEAHc1EAB0NxwAcTgnAG85MgBtOTsAazpDAGo6SwBoO1IAZztZAGU7YQFj&#10;O2kBYjtyAWA7fQFeO4oCXDuXAls7pwJZO7gDWDv/4v/iSUNDX1BST0ZJTEUABgnSA1c78QJWO/8C&#10;Vjv/AlY6/wFWOv8BVjn/AdQ3AADAQQAAr0QAAJ1DAACQQgAAhUAAAH4+AAB5OwAAdDoAAHE6DgBt&#10;PBgAaz0kAGk+LwBnPzgAZT9AAGRASABiQE8AYUBXAF9AXgFdQGYBXEBvAVpAegJYQIcCVkCVAlRA&#10;pANTQLYDUkDPA1FA7wNQQP8CUD//AlA//wJRPv8BUT7/Ac87AAC9RQAAqkcAAJlGAACLRQAAgUQA&#10;AHlCAAB0PgAAbz8AAGtADABnQRUAZUIhAGNDKwBhQzUAX0Q+AF5ERQBdRU0AW0VUAFlFXAFYRWQB&#10;VkVtAVRFeAJSRYUCUUSTA09EowNNRbQDTEXMA0tF7QNLRP8CS0T/AktD/wJMQv8CTEL/Aso/AAC5&#10;SAAApkoAAJVJAACHSAAAfUcAAHVFAABuQgAAaUMAAGVECQBiRRMAX0YeAF1HKABcSDIAWkg7AFlJ&#10;QwBXSUoAVklSAFRJWQFTSWEBUUlrAU9JdgJNSYICS0mRA0pJoQNISbMDR0nKA0ZJ7ANGSP8CRkj/&#10;AkdH/wJHRv8CR0b/AsZDAAC2TAAAokwAAJFMAACESwAAeUoAAHBJAABpRgAAZEcAAF9JBgBcShAA&#10;WksbAFhMJQBWTC8AVU04AFNNQABSTUgAUU5PAE9OVwBOTl8BTE5pAUpOcwJITYACRk2PA0VNnwND&#10;TbEDQk3IA0FN6gNBTP8CQUz/AkJL/wJCSv8CQkr/AsJHAACzTwAAnk8AAI1OAACATgAAdU0AAGxM&#10;AABjSgAAXkwAAFpNAgBWTg4AVE8YAFJQIgBRUSwAT1E1AE5SPQBNUkUATFJNAEpSVABJUl0BR1Jm&#10;AUVScQFDUn4CQVKNAj9SnQM+Uq8DPVLGAzxS6QI8Uf4CPFD/Aj1P/wI9T/8CPU7/Ar5LAACuUwAA&#10;mlIAAIlRAAB8UQAAcVAAAGhQAABeTgAAWFEAAFRSAABRUwwATlQUAExVHwBLVikASVYyAEhWOgBH&#10;V0IARldKAERXUgBDV1oAQVdkAUBXbgE+V3sCPFeLAjpXmwI4V60CN1fEAjdX5wI3Vv0CN1X/AjdU&#10;/wI3U/8COFP/ArpPAACpVgAAlVUAAIVUAAB4VAAAbVQAAGRUAABYVAAAUlYAAE5XAABKWQkAR1oR&#10;AEZaGwBEWyUAQ1suAEJcNgBBXD4AP1xGAD5dTwA9XVcAO11hADpdbAE4XXkBNl2IATRdmQIzXasC&#10;MV3CAjFc5QIxW/wCMVr/AjFZ/wIyWf8BMlj/AbZUAACkWQAAkFgAAIBYAABzVwAAaVcAAGBYAABU&#10;WQAATlsAAEhdAABDXwQAQGAOAD5hFwA9YSAAO2IpADpiMgA5YjoAOGNCADdjSwA2Y1QANGNdADNj&#10;aAAxY3YBL2OFAS5jlgEsY6kBK2O/ASpj4wEqYvsBKmD/AStf/wErX/8BK17/AbFZAACeXAAAi1wA&#10;AHtbAABvWwAAZVsAAFxcAABRXgAASWAAAENiAAA8ZQAAOGcKADVoEgA0aBsAM2kkADJpLQAxaTUA&#10;L2o9AC5qRgAtak8ALGpZACtrZQApa3IAKGuCACZrkwAka6cAI2u9ACJq4AAjafkBI2f/ASNm/wEj&#10;Zv8BJGX/AaxgAACYYAAAhWAAAHZfAABqXwAAYWAAAFdgAABNYwAARGYAAD1oAAA2awAAMG4EACxw&#10;DgAqcRUAKXEeAChxJgAnci8AJnI3ACVyQAAkckoAInJUACFzYAAgc20AHnN9AB1zkAAbc6MAGnO5&#10;ABlz3AAacfcAGnD/ABtv/wAbbv8BG23/AaZmAACRZQAAf2QAAHFkAABmZAAAXWQAAFJmAABIaQAA&#10;P2wAADdvAAAwcwAAKXYAACJ5CAAfexAAHnsXABx7HwAbeygAGnswABl8OQAYfEMAF3xOABZ8WgAV&#10;fGcAFH14ABJ9iwARfZ8AEH21AA991QAQe/UAEXn/ABF4/wASd/8AEnf/AJ5rAACKagAAemkAAG1p&#10;AABiaQAAV2oAAExtAABDcAAAOXQAADF4AAApewAAIn8AABuCAAAUhQkAEYYQABGGFwAQhx8AEIco&#10;AA6HMQAOhzsADYdGAAyHUwALh2EACodxAAmHhAAHh5gABoauAAWGyQAGhewAB4T/AAiD/wAJgv8A&#10;CYL/AJVxAACDbwAAdG4AAGluAABcbwAAUHIAAEZ1AAA8eQAAMn0AACqBAAAihQAAG4kAABSMAAAP&#10;jwMACpILAAaSEQAEkhgAApIgAAGSKQAAkjMAAJM+AACTSwAAk1kAAJNpAACTewAAkpAAAJKmAACR&#10;vwAAkeUAAJD6AACP/wAAj/8AAI//AI13AAB9dQAAcHQAAGJ1AABVeAAASXwAAD+AAAA0hAAAK4kA&#10;ACKNAAAakQAAE5QAAA6XAAAJmwAAAZ0IAACdDgAAnRMAAJ4aAACeIgAAnysAAJ81AACgQgAAoFAA&#10;AKBfAACgcQAAoIcAAJ+dAACftQAAntoAAJ32AACd/wAAnP8AAJz/AIZ9AAB4fAAAaXwAAFt/AABO&#10;gwAAQYgAADaMAAAskQAAI5YAABqaAAASngAADaEAAAakAAAApwAAAKkDAACpCgAAqg4AAKsTAACs&#10;GQAArSIAAK4rAACvNwAAr0UAAK9UAACvZgAAr3sAAK6UAACuqwAArskAAK7vAACt/wAArf8AAK3/&#10;AIGEAABxhAAAYYcAAFOLAABGkAAAOZYAAC6bAAAjoAAAGqQAABKoAAAMrAAABK8AAACyAAAAtgAA&#10;ALcAAAC3AgAAuAgAALkNAAC6EgAAuxgAAL0hAAC+KwAAwDgAAMBIAADAWgAAwW4AAMGGAADBoAAA&#10;wboAAMHjAADA+QAAwP8AAMD/AHmNAABokAAAWZQAAEuaAAA9oAAAMaUAACWrAAAarwAAEbMAAAu4&#10;AAACuwAAAL4AAADBAAAAxAAAAMUAAADGAAAAxwAAAMgFAADKCwAAzA8AAM4VAADQHwAA0ysAANU6&#10;AADVTAAA1mAAANh3AADYkgAA2KwAANnJAADZ7AAA2fsAANj/AHCZAABgngAAUaQAAEOqAAA1sAAA&#10;KLYAABy6AAARvgAACcEAAADFAAAAyAAAAMsAAADPAAAA0gAAANMAAADWAAAA2AAAANsAAADdAAAA&#10;3wcAAOINAADlEwAA6B0AAOwqAADtPAAA7VEAAO5nAADvgQAA75wAAPC3AADw0wAA8OwAAPD0AGem&#10;AABYrQAASbQAADq6AAAqvgAAHMIAABDGAAAHygAAAM4AAADSAAAA1gAAANwAAADgAAAA4wAAAOQA&#10;AADmAAAA6AAAAOsAAADtAAAA7wAAAPICAAD1CgAA+BEAAPwcAAD/LAAA/z8AAP9VAAD/bgAA/4oA&#10;AP+kAAD/ugAA/9EAAP/hAP8AFAD/ABIA/wASAP8AFAD/ABkA/wAlAP8AMgD/AD8A/wBLAP8AVgD/&#10;AGAA/wBoAP8AcAD/AHgA/wB/AP8AhQD/AIsA/wCRAP8AmAD/AJ4A/gCmAP0ArgD8ALkA+gDIAPkA&#10;4gD4APQA9wD/APYA/wD2AP8A7wD/AOcA/wDiAP8A3gD/AP8AEQD/AA4A/wAOAP8ADwD/ABQA/wAg&#10;AP8ALQD/ADoA/wBGAP8AUQD/AFsA/wBjAP4AawD8AHMA+gB5APkAgAD3AIYA9gCMAPUAkgDzAJkA&#10;8gCgAPAAqQDuALMA7QDBAOsA1gDqAO4A6QD+AOcA/wDnAP8A5QD/AN0A/wDVAP8A0QD/AP8ADQD/&#10;AAoA/wAIAP8ACQD/ABAA/wAbAP8AKAD/ADUA/wBAAPoASwD2AFUA8wBeAPEAZgDuAG0A7AB0AOsA&#10;egDpAIAA5wCGAOYAjQDkAJMA4gCbAOAAowDeAK0A3AC5ANoAygDXAOYA1AD4ANIA/wDSAP8A0gD/&#10;AM4A/wDJAP8AxgD/AP8ACAD/AAMA/wAAAP8AAwD/AA0A/AAWAPcAIgDzAC4A7wA6AOwARQDoAE8A&#10;5ABYAOEAYADeAGcA2wBtANkAdADVAHoA0wCAANEAhwDPAI4AzQCVAMsAngDJAKcAxwCzAMUAwgDD&#10;ANwAwQDxAL8A/wC/AP8AvgD/AL4A/wC9AP8AuwD/AP8AAAD/AAAA/wAAAP8AAAD2AAgA7gARAOcA&#10;GwDhACcA3QAzANkAPgDTAEkAzwBSAMsAWQDIAGEAxgBnAMQAbQDCAHMAwAB6AL8AgAC9AIgAuwCQ&#10;ALkAmAC4AKIAtQCtALMAuwCxAM4AsADqAK8A/ACtAP8ArQD/AK4A/wCuAP8ArgD/AP8CAAD/AAAA&#10;/QAAAPIAAADoAAAA3gAMANMAFQDMACEAyAAsAMQAOADBAEIAvQBLALoAUwC4AFoAtgBhALQAZwCy&#10;AG0AsAB0AK8AegCtAIIArACKAKoAkwCoAJ0ApgCoAKQAtQCiAMYAoQDjAJ8A9gCeAP8AngD/AJ4A&#10;/wCeAP8AngD/AP8GAAD7AAAA7gUAAOIEAADVAAAAywAGAMMADwC9ABkAuAAlALQAMQCxADsArgBF&#10;AKwATQCpAFUApwBbAKUAYgCkAGgAogBuAKEAdQCfAHwAngCFAJwAjgCaAJgAmACkAJYAsACVAMEA&#10;kwDcAJIA8gCRAP8AkAD/AJAA/wCPAP8AjwD/AP0KAADwDgAA4REAAM4QAADCDQAAuwcAALcACgCx&#10;ABIArAAeAKgAKQClADQAogA+AJ8ARwCdAE8AmwBWAJkBXACXAWMAlgJpAJQCcACTA3gAkQOAAJAE&#10;igCOBJUAjAWhAIoFrgCJBr4AhwjYAIYJ8ACECv8Agwv/AIML/wCDC/8Agwv/APYQAADmFwAA0hwA&#10;AMAaAACzFgAArBIAAKgNAACmBw0AogUWAJ0HIgCZCS4Algo4AJQLQQCSDEoAkAxRAI4NWACMDV4A&#10;iw1lAIkNbACIDnQAhg59AIUOhwCDDpMAgQ+fAIAQrQB+EL4AfRDbAHoR9AB4Ev8AdxL/AHcS/wB3&#10;Ev8AdxL/AO8XAADbIQAAxiQAALQjAACoIAAAoBwAAJsXAACZEQQAmA4QAJMQGwCPEScAjBIyAIkT&#10;PACHE0QAhRRMAIMUUwCBFVoAgBVgAH4WaAB9Fm8AexZ4AHkXgwB4F48AdhicAHQYqgBzGbsAchnU&#10;AG8a8QBuG/8AbRv/AG0a/wBtGv8AbRr/AOcgAADQKQAAvCsAAKsqAACeKAAAliQAAJAgAACNHAAA&#10;jBcMAIgYFgCEGiIAgRstAH4cNwB8HUAAeh1IAHkeTwB3HlUAdh9cAHQfYwBzH2sAcSB0AHAgfwBu&#10;IYsAbCGYAGshpwBpIrgAaCLPAGYi7gBlI/8AZCP/AGQi/wBkIv8AZCH/AOAmAADILwAAtDEAAKMw&#10;AACWLgAAjSsAAIcoAACEJAAAgiAIAH4gEgB7Ih4AeCMpAHUkMwBzJTwAcSVDAHAmSwBuJlIAbSdZ&#10;AGsnYABqJ2gAaShxAGcoewBlKIgAZCmVAGIppABgKbUAXynLAF4q7ABcKv8AXCn/AFwp/wBcKf8A&#10;XCj/ANgsAADDNQAArTUAAJ00AACQMwAAhjEAAIAtAAB8KwAAeSgDAHYnEAByKRoAcColAG0rLwBr&#10;LDgAaixAAGgtRwBnLU4AZS5VAGQuXQBjLmUAYS9uAF8veABeL4QAXC+SAFovoQFZL7IBWDDIAVYw&#10;6QFVMP4BVS//AFUv/wBVLv8AVS7/ANAxAAC9OgAAqDkAAJc4AACKNwAAgDYAAHoyAAB1MAAAci4A&#10;AG4uDQBrLxYAaTAhAGYxKwBkMjQAYzI9AGEzRABgM0sAXzRSAF00WgBcNGIAWjRrAFk1dQBXNYIA&#10;VTWQAVQ1nwFSNbABUTXGAVA15wFPNf0BTzX/AU80/wFPNP8BTzP/Acs2AAC4PQAAozwAAJI8AACF&#10;OwAAezoAAHQ3AABvNQAAbDMAAGg0CgBlNRMAYjYeAGA3KABeNzEAXTg6AFs4QQBaOUgAWTlQAFc5&#10;VwBWOl8AVDpoAFM6cwBROn8BTzqNAU46nQFMOq4BSzrDAUo65QFJOvwBSTn/AUk5/wFJOP8BSjj/&#10;Acc6AACzQAAAnj8AAI4/AACBPgAAdz0AAHA7AABqOAAAZjgAAGI5BwBfOhEAXDsbAFo7JQBZPC4A&#10;Vz03AFY9PgBUPkYAUz5NAFI+VQBRPl0ATz9mAE0/cABMP30BSj+LAUg/mwFHP6wBRT/BAUQ/4wFE&#10;PvsBRD7/AUQ9/wFEPf8BRTz/AcM+AACvQwAAmkIAAIpCAAB9QQAAc0AAAGs/AABlPAAAYDwAAFw+&#10;BABZPg8AVz8YAFVAIgBTQSsAUkE0AFBCPABPQkMATkJLAE1DUgBLQ1oASkNkAEhDbgBHQ3sBRUOJ&#10;AUNDmQFCQ6sBQEPAAT9D4QE/Q/kBP0L/AT9B/wFAQf8BQED/Ab9BAACqRQAAlkUAAIZFAAB5RAAA&#10;b0QAAGdCAABgPwAAW0EAAFdCAABUQw0AUUQVAE9FHwBORSgATEYxAEtGOQBKR0EASUdIAEhHUABG&#10;R1gARUdhAENIbABCSHgBQEiHAT5IlwE8SKkBO0i+ATpI3wE6R/gBOkb/ATpF/wE7Rf8BO0T/AbtF&#10;AACmSAAAkkcAAIJHAAB2RwAAa0cAAGNGAABbQwAAVkUAAFJHAABOSAoATEkSAEpJHABISiUAR0ou&#10;AEZLNgBFSz4AQ0tGAEJMTQBBTFYAQExfAD5MagA8THYAO0yFATlMlQE3TKcBNky8ATVM3QE1S/cB&#10;NUv/ATVK/wE2Sf8BNkn/AbhJAACiSwAAjkoAAH5KAABySgAAaEoAAF9JAABVSAAAUEoAAExLAABJ&#10;TAcARk0QAEROGQBCTyIAQU8rAEBQMwA/UDsAPlBDADxRSgA7UVMAOlFcADhRZwA3UXMANVGCADNR&#10;kwEyUaUBMFG6AS9R2gEvUPYBL0//ATBO/wEwTv8BME3/AbRNAACdTQAAik0AAHpNAABuTQAAZE0A&#10;AFtNAABRTQAAS08AAEZQAABCUgMAP1MNAD1UFQA8VB4AOlUnADlVLwA4VTcAN1Y/ADZWRwA1VlAA&#10;M1ZZADJXZAAwV3EAL1eAAC1XkQArV6MAKle4AClX1gApVvUAKVX/ACpU/wEqU/8BKlL/Aa9RAACY&#10;UQAAhVEAAHZQAABqUAAAYFAAAFhRAABOUgAAR1MAAEFVAAA7WAAAOFkKADVaEQA0WhoAM1siADJb&#10;KwAxWzMAL1w7AC5cQwAtXEwALFxWACtdYAApXW0AKF18ACZdjgAkXaEAI121ACJd0gAiXPMAIlv/&#10;ACNa/wAjWf8AJFj/AKhVAACSVAAAgFQAAHFUAABmVAAAXFQAAFRVAABKVgAAQ1gAADxbAAA2XQAA&#10;MGAFAC1hDgArYRUAKmIdACliJQAoYi4AJ2M2ACZjPgAlY0cAI2NRACJkXAAhZGkAH2R5AB5kigAc&#10;ZJ4AG2SzABlkzgAaY/EAG2H/ABtg/wAcYP8AHF//AKFZAACMWAAAe1gAAG1YAABiWAAAWVgAAFBZ&#10;AABHWwAAPl4AADdgAAAxYwAAKmYAACRpCQAhahAAIGoXAB9qIAAeaygAHWswABxrOQAba0IAGmxM&#10;ABlsWAAXbGUAFmx0ABRshgATbJoAEmyvABFsygARa+8AEmn/ABNo/wATaP8AE2f/AJldAACFXQAA&#10;dVwAAGhcAABeXAAAVVwAAEteAABCYQAAOWQAADJnAAAragAAJG0AAB5wAQAXcwsAFXQRABR0GAAT&#10;dCEAEnUpABF1MgARdTsAEHVGAA91UgAOdV8ADXVuAAx1gQALdZUACnWqAAh0wwAJdOcACnP9AAtx&#10;/wAMcf8ADHD/AJFiAAB/YQAAcGEAAGRhAABaYQAAT2IAAEVlAAA8aAAAM2wAACtvAAAkcgAAHXYA&#10;ABd5AAARfAQADX8MAAt/EgAKfxkACX8iAAh/KgAGfzQABX8/AAR/SwACf1gAAX9nAAB/eQAAf44A&#10;AH+jAAB+uwAAfeAAAH33AAB8/wAAe/8AAHv/AIlnAAB4ZwAAa2YAAGFmAABUZwAASWkAAD9tAAA1&#10;cQAALHUAACR5AAAdfAAAFoAAABCDAAAMhgIABokKAAGJDwAAiRQAAIobAACKIwAAiywAAIs3AACL&#10;QwAAi1AAAItfAACLcQAAi4YAAIucAACKswAAidMAAIjzAACI/wAAh/8AAIf/AIJtAABzbAAAaGwA&#10;AFptAABObwAAQnMAADh3AAAuewAAJYAAAB2EAAAViAAAEIwAAAuPAAAEkgAAAJQGAACVDAAAlRAA&#10;AJYVAACXHAAAmCQAAJguAACZOQAAmUcAAJlWAACZaAAAmX0AAJmUAACYqwAAl8gAAJbuAACW/wAA&#10;lf8AAJX/AHt0AABvcwAAYXMAAFN2AABGegAAO38AADCEAAAmiAAAHY0AABSSAAAOlgAACZkAAAGc&#10;AAAAoAAAAKEAAACiBgAAogwAAKQQAAClFAAApRwAAKckAACoLwAAqD0AAKlMAACpXgAAqXIAAKiJ&#10;AACoogAAqLwAAKflAACm+wAApv8AAKX/AHd7AABoewAAWX4AAEuCAAA+hwAAMo0AACeSAAAdlwAA&#10;FJwAAA6gAAAHpAAAAKgAAACrAAAArgAAAK8AAACwAAAAsQQAALMKAAC0DgAAtRMAALYbAAC4JAAA&#10;ujEAALpAAAC6UgAAu2UAALt9AAC6lwAAurEAALrSAAC68wAAuf8AALn/AG+DAABfhgAAUYsAAEOQ&#10;AAA2lwAAKp0AAB+iAAAVpwAADawAAAWwAAAAtAAAALcAAAC7AAAAvgAAAL8AAADAAAAAwQAAAMMB&#10;AADEBwAAxQ0AAMcRAADKGQAAzSQAAM4zAADPRAAA0FgAANBuAADRiAAA0KQAANDBAADR5gAA0fgA&#10;ANH/AGePAABXlAAASZoAADuhAAAupwAAIa0AABazAAAOuAAABrwAAADAAAAAwwAAAMYAAADLAAAA&#10;zQAAAM4AAADQAAAA0QAAANQAAADWAAAA2gIAANwJAADfDwAA4xcAAOYkAADnNgAA6EkAAOlfAADq&#10;eAAA65QAAOuvAADrzAAA7OgAAOz2AF+eAABQpAAAQqsAADSyAAAmuQAAGb4AAA7CAAAExQAAAMoA&#10;AADNAAAA0QAAANgAAADbAAAA3wAAAOAAAADiAAAA5AAAAOYAAADpAAAA6wAAAO4AAADxBQAA9Q0A&#10;APkWAAD8JQAA/TkAAP5PAAD/ZwAA/4IAAP+dAAD/tQAA/8sAAP/kAP8AEQD/AA8A/wAPAP8AEQD/&#10;ABYA/wAiAP8ALwD/ADsA/wBHAP8AUgD/AFsA/wBkAP8AbAD/AHMA/wB6AP8AgAD/AIYA/wCMAP4A&#10;kwD9AJkA+wChAPoAqQD4ALQA9wDCAPYA2gD1APEA9AD/APMA/wDzAP8A6QD/AOAA/wDYAP8A0wD/&#10;AP8ADgD/AAsA/wAKAP8ACwD/ABEA/wAdAP8AKgD/ADYA/wBBAP8ATAD/AFYA/gBfAPsAZgD5AG0A&#10;9wB0APUAegD0AIAA8gCGAPAAjQDvAJQA7QCbAOwApADqAK4A6QC6AOcAzQDlAOkA5AD7AOMA/wDi&#10;AP8A3gD/ANEA/wDMAP8AyAD/AP8ACQD/AAQA/wABAP8ABAD/AA4A/wAYAP8AJAD9ADAA+wA7APcA&#10;RgDzAFAA7wBZAOwAYADqAGcA5wBuAOYAdADkAHoA4gCAAOAAhwDeAI4A3ACVANoAngDWAKgA1ACz&#10;ANEAwwDPAN8AzgD0AMwA/wDLAP8AywD/AMUA/wC/AP8AvAD/AP8AAgD/AAAA/wAAAP8AAAD9AAsA&#10;9wATAPEAHgDtACoA6gA1AOcAQADiAEoA3QBSANkAWgDVAGEA0gBnANAAbQDOAHMAzAB6AMoAgADI&#10;AIcAxgCPAMQAmADCAKEAwACtAL4AuwC8ANAAugDtALkA/gC4AP8AuAD/ALcA/wCzAP8AsAD/AP8A&#10;AAD/AAAA/wAAAPkAAADuAAUA5QAOAN4AGADYACMA0gAuAM8AOQDLAEMAxwBMAMQAVADBAFsAvwBh&#10;ALwAZwC7AG0AuQBzALcAegC1AIEAtACJALIAkgCwAJsArwCnAKwAtACrAMYAqQDkAKcA+ACmAP8A&#10;pgD/AKUA/wClAP8ApAD/AP8AAAD/AAAA9QAAAOoAAADeAAAA0AAKAMgAEgDCAB0AvgAoALsAMwC5&#10;AD0AtQBGALIATQCwAFUArQBbAKwAYQCqAGcAqABtAKcAcwClAHoApACCAKIAjACgAJYAnwChAJ0A&#10;rgCbAL4AmQDYAJcA8QCWAP8AlgD/AJcA/wCXAP8AlwD/AP8AAAD1AAAA5wEAANQAAADJAAAAwAAE&#10;ALgADgCzABYArwAhAKsALACoADYApgA/AKMARwChAE8AnwBVAJ0AWwCbAGEAmgBnAJgAbgCXAHUA&#10;lQB9AJQAhgCSAJEAkACcAI4AqQCMALgAiwDNAIkA6wCIAP0AiAD/AIgA/wCIAP8AiAD/APkGAADp&#10;DAAA1A4AAMMMAAC3CQAAsAIAAKsACQCmABAAogAaAJ4AJQCbADAAmAA5AJYAQQCUAEkAkgBQAJAA&#10;VgCOAFwAjQBiAIsAaQCKAHAAiAB4AIcAgQCFAIwAhACYAIIApQCAALQAfgDIAH0B5wB8AvkAewP/&#10;AHsE/wB7BP8AewT/APEOAADeFQAAxRUAALQUAACpEQAAoQ4AAJ4KAACbAwwAlwATAJMAHgCQASkA&#10;jQIzAIoDPACIBEMAhgVLAIUGUQCDBlcAggdeAIAHZAB/CGwAfQh0AHwIfgB6CYkAeAmWAHcKowB1&#10;CrMAcwvHAHIM5gBwDfsAcA3/AG8N/wBvDf8Abw3/AOgWAADQHgAAuR0AAKkcAACdGgAAlRYAAJAT&#10;AACPDgMAjgoOAIkLFwCGDCMAgw0tAIANNgB+Dj4AfA5GAHsOTQB5D1MAeBBaAHYQYQB1EGgAcxBx&#10;AHERewBwEYcAbhGUAGwRogBrErIAaRLHAGgT5wBmE/0AZRT/AGUU/wBlE/8AZRP/AN8eAADGJAAA&#10;sCQAAKAjAACUIQAAix8AAIYbAACDFwAAghIIAH8REgB8Eh0AeRQoAHYUMQB0FToAchZBAHEWSABv&#10;F08AbhdWAGwXXQBrGGQAaRhtAGgZdwBmGYMAZBmQAGManwBhGq8AYBrEAF4b5ABdHPsAXBz/AFwb&#10;/wBcG/8AXBv/ANUlAAC9KgAAqCkAAJgpAACMKAAAgyUAAH0iAAB5HwAAeBsDAHYZDwByGhgAbxwj&#10;AG0dLQBrHTUAaR49AGgeRABmH0sAZR9SAGMgWQBiIGEAYSBpAF8hcwBdIX8AXCGNAFoinABZIqwA&#10;VyLAAFYj4QBVI/kAVCP/AFQi/wBUIv8AVCL/AM0rAAC2LgAAoi4AAJIuAACFLQAAfCsAAHYoAABy&#10;JgAAbyMAAG0hDABqIhUAZyMfAGUkKQBjJDEAYiU5AGAmQQBfJkgAXSZPAFwnVgBbJ10AWSdmAFgo&#10;cABWKHwAVCiKAFMpmQBRKaoAUCm+AE8p3gBOKfcATSn/AE0p/wBNKP8ATij/AMgwAACwMgAAnDIA&#10;AIwyAACAMQAAdjAAAHAtAABrKwAAaCkAAGYoCQBjKBEAYCkcAF4qJQBcKy4AWys2AFksPQBYLEQA&#10;Vy1MAFUtUwBULVsAUy1jAFEubgBQLnoATi6IAEwvlwBLL6gASS+7AEgv2wBIL/YARy//AEcu/wBH&#10;Lf8ASC3/AMQ0AACrNQAAlzUAAIc1AAB7NQAAcjQAAGsyAABmLwAAYi4AAF8tBQBcLhAAWi8YAFgw&#10;IgBWMCsAVTEzAFMxOgBSMkIAUTJJAFAyUABOM1gATTNhAEszawBKM3cASDSFAEc0lQBFNKYAQzS5&#10;AEI01gBCNPQAQjT/AEIz/wBCMv8AQjL/AMA4AACnOAAAkzgAAIM4AAB3OAAAbTcAAGY2AABhMwAA&#10;XTIAAFkyAgBXMw0AVDQVAFI1HwBRNSgATzYwAE42OABMNz8ASzdGAEo3TgBJOFYARzhfAEY4aQBE&#10;OHUAQziDAEE5kwBAOaQAPjm4AD050wA8OfMAPDj/AD03/wA9N/8APTb/ALs7AACiOwAAjzsAAH87&#10;AABzOwAAajoAAGI5AABdNwAAWDYAAFQ3AABROAsATzkTAE05HABLOiUASjotAEg7NQBHOzwARjxE&#10;AEU8SwBEPFMAQjxcAEE9ZwA/PXMAPj2BADw9kQA6PaMAOT22ADg90QA3PfIANzz/ADg7/wA4O/8A&#10;ODr/ALY9AACePgAAiz4AAHw+AABvPgAAZj0AAF49AABYOwAAUzoAAE87AABMPAgAST0RAEc+GQBG&#10;PyIARD8qAEM/MgBCQDoAQUBBAEBASQA+QVEAPUFaADxBZAA6QXAAOEF/ADdBjwA1QqEANEK0ADJC&#10;zgAyQfAAMkD/ADNA/wAzP/8AND7/ALFAAACaQAAAh0AAAHhBAABsQQAAYkAAAFtAAABUPwAATj8A&#10;AEpAAABGQQUAREIOAEJDFgBAQx8AP0QnAD5ELwA8RDcAO0U+ADpFRgA5RU4AOEZYADZGYgA1Rm4A&#10;M0Z8ADFGjQAwRp8ALkazAC1GzAAtRu8ALUX/AC5E/wAuQ/8ALkP/AKxDAACWQwAAg0MAAHRDAABo&#10;QwAAX0MAAFdDAABQQwAASEMAAERFAABBRgEAPkcMADxIEwA6SBwAOUkkADhJLAA2STQANUo7ADRK&#10;QwAzSkwAMkpVADBLXwAvS2sALUt6ACxLiwAqS50AKEuxACdLygAnS+0AJ0r/AChJ/wAoSP8AKUf/&#10;AKdGAACRRgAAf0YAAHBGAABlRgAAW0YAAFRGAABMRwAAREgAAD9KAAA7SwAAN0wJADVNEAAzThgA&#10;Mk4gADFPKAAwTzAAL084AC5PQAAsUEgAK1BSACpQXAAoUGgAJ1B3ACVQiAAkUJsAIlCvACFQyAAg&#10;UOsAIU//ACJO/wAiTf8AI03/AKFJAACMSQAAekkAAGxKAABhSgAAWEoAAFBKAABJSwAAQEwAADtO&#10;AAA1UAAAMVIEAC1TDQAsVBQAKlQcAClVJAAoVSwAJ1UzACZVPAAlVkUAJFZOACJWWQAhVmUAH1Z0&#10;AB5WhQAcVpgAG1asABlWxQAZVukAGlX/ABtU/wAbU/8AHFL/AJtNAACGTQAAdU0AAGhNAABdTQAA&#10;VE0AAE1OAABFTwAAPFEAADZTAAAxVQAAK1gAACZaCQAjWxAAIlsXACFcHwAgXCcAH1wuAB1cNwAc&#10;XUAAG11KABpdVQAYXWEAF11wABVdgQAUXZUAE12qABFdwgARXecAElv+ABNa/wATWv8AFFn/AJRR&#10;AACAUQAAcFEAAGRRAABZUQAAUVEAAElSAABBUwAAOFYAADJZAAArWwAAJV4AAB9hAwAaYwwAGGQR&#10;ABdkGQAWZCEAFWQpABRlMQATZToAEmVEABFlUAAQZV0AD2VrAA5lfQANZZEADGWlAApkvAAKZOAA&#10;C2P5AAxi/wANYf8ADWH/AI1VAAB6VQAAa1UAAF9VAABWVQAATlUAAERXAAA8WQAANFwAACxfAAAm&#10;YgAAH2UAABloAAATawUAEG0NAA5uEgANbhoADG4iAAxuKwALbjQACm4+AAhuSgAHblcABm5lAARu&#10;dgACbooAAG2fAABttgAAbNYAAGzzAAFr/wACav8AA2r/AIVaAAB0WgAAZloAAFxZAABTWQAASFoA&#10;AD9dAAA2YAAALmMAACZnAAAfagAAGW0AABNxAAAOdAMACncKAAV3EAABdxUAAHccAAB3JAAAeC0A&#10;AHg3AAB4QwAAeFAAAHheAAB4bwAAeIQAAHiZAAB3sAAAds0AAHXwAAB1/wAAdP8AAHT/AH5fAABu&#10;XwAAYl4AAFleAABNXwAAQmIAADllAAAwaAAAJ2wAAB9wAAAYdAAAEncAAA17AAAIfgAAAoAIAACB&#10;DQAAgREAAIIXAACDHgAAgyYAAIQwAACEOwAAhEgAAIRXAACEaAAAhHwAAISTAACDqgAAgsUAAIHr&#10;AACB/gAAgP8AAID/AHdlAABpZAAAX2MAAFJkAABHZwAAPGsAADFvAAAocwAAIHcAABh8AAARfwAA&#10;DIMAAAaHAAAAigAAAIwDAACMCQAAjQ4AAI4RAACPFwAAkB4AAJEnAACSMgAAkj8AAJJOAACSXwAA&#10;knMAAJKLAACRogAAkbwAAJDlAACP/AAAjv8AAI7/AHFrAABmagAAWGsAAEttAAA/cQAANHYAACp7&#10;AAAggAAAF4UAABCJAAALjQAABJEAAACVAAAAmAAAAJkAAACaAwAAmwgAAJwNAACeEQAAnxYAAKAe&#10;AACiKAAAojUAAKNEAACjVQAAo2kAAKKAAACimgAAobMAAKDYAACg9gAAn/8AAJ//AG5xAABfcgAA&#10;UXUAAER5AAA3fgAALIQAACGKAAAXjwAAEJQAAAqZAAABnQAAAKAAAACkAAAApwAAAKgAAACpAAAA&#10;qgAAAKwGAACtCwAArxAAALAVAACyHgAAtCkAALQ5AAC0SgAAtV0AALVzAAC1jgAAtagAALTGAACz&#10;7QAAsv8AALL/AGZ6AABXfQAASYIAADyHAAAvjgAAI5QAABiaAAAQnwAACaQAAACpAAAArQAAALAA&#10;AAC0AAAAtwAAALgAAAC5AAAAuwAAALwAAAC+AgAAwAgAAMIOAADEFAAAxx4AAMgsAADJPQAAylAA&#10;AMpmAADKfwAAypsAAMq4AADK3QAAyvUAAMr/AF6GAABPiwAAQZEAADOYAAAnnwAAG6UAABGrAAAJ&#10;sAAAALUAAAC5AAAAvQAAAMEAAADGAAAAyAAAAMkAAADLAAAAzAAAAM4AAADQAAAA0gAAANQFAADZ&#10;DAAA3RIAAOEeAADiLgAA40IAAORXAADlbwAA5owAAOaoAADlxQAA5ecAAOb2AFaUAABImwAAOqIA&#10;ACypAAAfsAAAE7YAAAu8AAAAwQAAAMUAAADJAAAAzQAAANIAAADWAAAA2gAAANsAAADeAAAA4AAA&#10;AOIAAADkAAAA5wAAAOkAAADtAAAA8AoAAPQRAAD4HwAA+TIAAPpIAAD7XwAA/HoAAP2XAAD9rwAA&#10;/ccAAP3kAP8ADgD/AA0A/wAMAP8ADgD/ABMA/wAeAP8AKgD/ADYA/wBCAP8ATQD/AFcA/wBfAP8A&#10;ZwD/AG4A/wB0AP8AegD/AIEA/QCHAPwAjQD6AJQA+QCcAPcApQD1AK8A9AC8APMAzwDxAOwA8AD+&#10;AO8A/wDvAP8A4wD/ANcA/wDOAP8AygD/AP8ACgD/AAYA/wAEAP8ACAD/ABAA/wAZAP8AJQD/ADEA&#10;/wA9AP8ARwD+AFEA+wBZAPkAYQD2AGgA9ABuAPMAdADxAHoA7wCBAO4AhwDsAI4A6gCWAOgAnwDm&#10;AKkA4wC1AOIAxgDgAOMA3wD4AN0A/wDdAP8A1AD/AMkA/wDCAP8AvgD/AP8AAwD/AAAA/wAAAP8A&#10;AQD/AA0A/wAUAP0AIAD6ACsA9wA2APMAQQDvAEsA7ABUAOgAWwDmAGIA4wBoAOEAbgDfAHQA3AB6&#10;ANoAgQDYAIgA1ACQANIAmADPAKIAzQCuAMsAvADJANMAxwDwAMYA/wDEAP8AxAD/ALsA/wC2AP8A&#10;swD/AP8AAAD/AAAA/wAAAP8AAAD3AAgA8AAQAOsAGgDnACUA5AAwAOEAOwDcAEUA1QBNANEAVQDO&#10;AFsAywBiAMkAZwDHAG0AxQBzAMMAegDBAIEAvwCJAL0AkgC7AJwAuQCnALcAtQC1AMgAswDmALIA&#10;+wCxAP8AsAD/AK4A/wCqAP8ApwD/AP8AAAD/AAAA/gAAAPEAAADlAAIA3AANANMAFADNAB8AygAq&#10;AMcANADEAD4AwABHALwATgC6AFUAtwBbALUAYQCzAGcAsgBtALAAcwCuAHoArACCAKoAiwCoAJUA&#10;pwCgAKUArQCjAL4AoQDbAKAA9ACfAP8AngD/AJ8A/wCdAP8AmwD/AP8AAAD8AAAA7gAAAOAAAADQ&#10;AAAAxQAIAL4AEAC5ABkAtQAjALMALgCwADcArQBAAKoASACoAE8ApQBVAKMAWwCiAGAAoABmAJ8A&#10;bACdAHMAmwB7AJoAhACYAI4AlgCaAJUApwCTALcAkQDMAJAA7ACPAP8AjgD/AI4A/wCOAP8AjwD/&#10;APwAAADvAAAA2wAAAMkAAAC9AAAAtQACAK4ADACpABMApQAdAKIAJwCgADEAnQA6AJoAQgCYAEkA&#10;lgBPAJQAVQCTAFsAkQBgAJAAZwCOAG0AjQB1AIsAfgCJAIkAiACVAIYAogCFALEAgwDEAIEA5ACA&#10;APkAfwD/AIAA/wCAAP8AgAD/APQCAADgCQAAxwgAALcHAACsAwAApgAAAKAABwCbAA8AmAAXAJUA&#10;IQCSACoAjwAzAI0APACLAEMAiQBJAIcAUACGAFUAhABbAIMAYQCBAGgAgABwAH4AeQB8AIQAewCQ&#10;AHkAnQB4AKwAdgC+AHUA3QBzAPQAcwD/AHMA/wBzAP8AcwD/AOkNAADPEAAAuRAAAKkQAACeDgAA&#10;lwsAAJMGAACQAAsAjAARAIkAGgCGACQAgwAuAIEANgB/AD4AfQBEAHwASwB6AFEAeQBXAHcAXQB2&#10;AGQAdABsAHMBdQBxAYAAbwKNAG4CmgBsA6oAawO7AGkE1gBoBvEAaAf/AGcH/wBnB/8AZwf/AN8U&#10;AADDFwAArhcAAJ4WAACTFQAAixIAAIYQAACEDAIAgwYNAIADFAB8BR4AeQcoAHcIMAB1CDgAcwlA&#10;AHIJRgBwCkwAbwpTAG0LWQBsC2EAagtpAGkMcgBnDH4AZgyLAGQNmQBiDakAYQ27AGAN2ABeDvMA&#10;XQ7/AF0O/wBdDv8AXQ7/ANQcAAC5HQAApB4AAJUdAACJHAAAgRoAAHsXAAB4EwAAeBAGAHcNDwBz&#10;DhgAcA4iAG4PKwBsEDMAahA7AGkQQgBnEUkAZhFPAGQRVgBjEl0AYRJmAGASbwBeEnsAXBOIAFsT&#10;lwBZE6cAVxS6AFYU1QBVFfMAVBX/AFQV/wBUFf8AVBT/AMoiAACwIgAAnSMAAI0jAACBIgAAeSEA&#10;AHMeAABvGwAAbhcAAG0TDABqFBQAZxUeAGUWJwBjFi8AYRc3AGAXPgBeGEUAXRhLAFwZUgBaGVoA&#10;WRliAFcabABWGncAVBqFAFIblABRG6QATxu3AE4b0ABNHPEATBz/AEwc/wBNHP8ATRv/AMMmAACq&#10;JwAAlicAAIcoAAB7JwAAciYAAGwkAABoIQAAZh4AAGQbCABiGxEAXxwaAF0dIwBbHisAWh4zAFgf&#10;OgBXH0EAViBIAFQgTwBTIFcAUSFfAFAhaQBOIXQATSGCAEsikQBJIqIASCK0AEcizQBGI+8ARSP/&#10;AEUi/wBGIv8ARiH/ALwqAACkKwAAkSsAAIIsAAB2KwAAbSoAAGYpAABiJgAAXyQAAF0iBABbIQ4A&#10;WCIWAFYjHwBUJCgAUyQwAFIlNwBQJT4ATyZFAE4mTABMJlQASydcAEknZgBIJ3EARid/AEUojwBD&#10;KKAAQSiyAEAoywA/KO0APyj/AD8o/wBAJ/8AQCf/ALctAACfLgAAjC8AAH0vAABxLwAAaC4AAGEt&#10;AABdKwAAWigAAFcnAABUJwwAUigTAFApHABOKSUATSosAEsqNABKKzsASStCAEgsSQBGLFEARSxa&#10;AEQsZABCLW8AQC19AD8tjQA9LZ4APC2wADotyAA6LesAOi3/ADot/wA6LP8AOiz/ALIwAACbMQAA&#10;iDIAAHkyAABtMgAAZDIAAF0xAABYLwAAVSwAAFEsAABPLQkATC0RAEouGQBJLyIARy8qAEYwMQBF&#10;MDgAQzA/AEIxRwBBMU8AQDFXAD4xYQA9Mm0AOzJ7ADkyiwA4MpwANjKvADUyxwA0MukANDL/ADUx&#10;/wA1Mf8ANTD/AK0zAACWNAAAhDUAAHU1AABpNQAAYDUAAFk0AABUMwAAUDAAAEwxAABJMQYARzIP&#10;AEUzFgBDMx8AQjQnAEA0LgA/NTYAPjU9AD01RAA8NkwAOjZVADk2XwA3NmsANjZ4ADQ3iQAyN5oA&#10;MTetAC83xQAvN+gALzb+ADA1/wAwNf8AMDT/AKk2AACSNgAAgDcAAHI4AABmOAAAXTcAAFY3AABQ&#10;NgAASzQAAEc1AABENgMAQTcNAD84FAA+OBwAPDkkADs5LAA6OTMAOTo6ADg6QgA2OkoANTpTADQ7&#10;XQAyO2gAMDt2AC87hwAtO5kALDusACo7wwApO+YAKjr9ACo6/wArOf8ALDj/AKQ4AACOOQAAfDoA&#10;AG46AABjOgAAWjoAAFM6AABNOgAARjgAAEI6AAA/OwAAPDwLADo8EQA4PRkANz0hADY+KQA0PjAA&#10;Mz43ADI/PwAxP0cAMD9QAC4/WgAtQGYAK0B0AClAhAAoQJcAJkCqACVAwQAkQOUAJD/8ACU+/wAm&#10;Pf8AJj3/AJ87AACKPAAAeD0AAGo9AABfPQAAVj0AAE89AABJPQAAQj0AADw+AAA5PwAANkEIADRB&#10;DwAyQhYAMUIeAC9DJQAuQy0ALUM0ACxEPAArREQAKkRNAChEWAAnRWMAJUVxACNFggAiRZUAIEWo&#10;AB9FvwAeROMAH0T7AB9D/wAgQv8AIUH/AJo+AACFPwAAdEAAAGdAAABcQAAAU0AAAExAAABGQAAA&#10;PkEAADhDAAA0RQAAMEYDAC1HDQArSBIAKkgaAClIIgAoSSkAJ0kxACVJOQAkSUEAI0pKACJKVQAg&#10;SmEAH0pvAB1KfwAbSpIAGkqmABhKvQAXSuAAGEn6ABlI/wAaR/8AGkf/AJVCAACAQgAAcEMAAGND&#10;AABYQwAAUEMAAElDAABCRAAAO0UAADVHAAAwSQAAK0sAACZNCQAkThAAIk4WACFPHQAgTyUAH08s&#10;AB5PNQAdTz0AHFBHABpQUQAZUF0AF1BrABZQfAAUUI8AE1CkABFQugARUN4AEU/4ABJO/wATTf8A&#10;FE3/AI9FAAB7RgAAa0YAAF9HAABVRwAATUcAAEZHAAA/RwAAN0oAADFMAAArTgAAJlAAACBTAwAc&#10;VQwAGlYRABlWGAAXViAAFlYnABVWMAAUVjkAE1dCABJXTQARV1kAEFdoAA9XeQAOV4wADVegAAtX&#10;tgALVtQAC1b0AAxV/wANVP8ADlP/AIhJAAB2SgAAZ0oAAFtKAABRSgAASkoAAENKAAA7TAAAM04A&#10;ACxRAAAmVAAAIVYAABtZAAAVXAcAEV4NABBeEwAQXhoADl4iAA5eKgANXjMADF49AAteSAAKXlQA&#10;CF5iAAdecwAFXoYAA16bAAJesQACXcwAAl3uAANc/wAEW/8ABVv/AIFOAABwTgAAYk4AAFdOAABO&#10;TgAAR04AAD5PAAA2UQAALlQAACdXAAAhWgAAG10AABVgAAAQYwMADGYLAAhnEAAGZxUABWccAARn&#10;JAACZy0AAWc3AABnQgAAZ04AAGdcAABnbQAAZ4AAAGaVAABmrAAAZccAAGXrAABk/AAAZP8AAGP/&#10;AHpSAABqUwAAXVIAAFRSAABLUgAAQlMAADlVAAAwWAAAKFsAACFfAAAaYgAAFGUAABBoAAAMawEA&#10;Bm4JAABvDgAAbxIAAG8YAABwHwAAcCcAAHEwAABxOwAAcUgAAHFWAABxZgAAcXkAAHGPAABwpwAA&#10;b8EAAG/nAABu/AAAbf8AAG3/AHNYAABlVwAAWlcAAFFWAABGVwAAPFoAADJdAAAqYQAAImQAABpo&#10;AAAUbAAADm8AAApyAAAEdgAAAHgFAAB4CwAAeQ4AAHoTAAB7GQAAfCAAAH0pAAB9MwAAfUAAAH1O&#10;AAB9XgAAfXIAAH2IAAB8oQAAfLoAAHviAAB6+gAAef8AAHj/AG1dAABgXAAAV1wAAEtdAABAXwAA&#10;NWMAACtnAAAjawAAGm8AABNzAAAOdwAACHsAAAJ+AAAAggAAAIMBAACEBgAAhQsAAIYPAACIEwAA&#10;iRkAAIohAACLKwAAizcAAIxGAACLVgAAi2kAAIuAAACLmQAAirMAAInYAACI9wAAiP8AAIf/AGhj&#10;AABeYgAAUWIAAERlAAA4aQAALm4AACRzAAAaeAAAE30AAA2BAAAGhQAAAIkAAACNAAAAkAAAAJIA&#10;AACSAAAAlAUAAJUKAACXDgAAmBIAAJoYAACbIQAAnC0AAJ08AACdTAAAnF8AAJx2AACbkQAAm6sA&#10;AJrJAACa8AAAmf8AAJj/AGVpAABXaQAASWwAAD1xAAAwdgAAJXwAABuBAAAShwAADIwAAASRAAAA&#10;lQAAAJkAAACdAAAAoAAAAKEAAACiAAAApAAAAKUBAACnBwAAqQwAAKoRAACtGAAAryIAAK8wAACv&#10;QQAAr1QAAK9rAACuhQAArqEAAK6+AACt5gAArPwAAKz/AF5xAABPdAAAQnkAADV/AAAohQAAHYwA&#10;ABOSAAAMmAAAA50AAACiAAAApgAAAKoAAACuAAAAsAAAALEAAACzAAAAtAAAALYAAAC4AAAAugQA&#10;ALwKAAC+EAAAwRcAAMMkAADDNQAAxEkAAMReAADFdwAAxZMAAMWvAADF0QAAw/IAAMP/AFZ8AABH&#10;ggAAOogAACyPAAAglgAAFJ0AAA2jAAADqQAAAK4AAACyAAAAtwAAALsAAAC/AAAAwgAAAMIAAADF&#10;AAAAxgAAAMgAAADKAAAAzQAAAM8AAADSCAAA1Q4AANsYAADdJwAA3joAAN9QAADgaAAA4IQAAOGh&#10;AADhvQAA4eIAAOD0AE6LAABAkgAAMpkAACWhAAAYqAAADq8AAAW1AAAAugAAAL8AAADEAAAAyAAA&#10;AM4AAADRAAAA1AAAANUAAADYAAAA2gAAAN0AAADfAAAA4gAAAOQAAADnAAAA6wUAAO8OAAD0GQAA&#10;9SsAAPZBAAD3WAAA+HIAAPmQAAD5qwAA+MQAAPjhAP8ACwD/AAgA/wAJAP8ADAD/ABIA/wAaAP8A&#10;JgD/ADIA/wA+AP8ASAD/AFIA/wBaAP8AYgD/AGkA/wBvAP8AdQD+AHsA/ACBAPsAiAD5AI8A9wCX&#10;APUAoADzAKoA8gC3AO8AyQDtAOYA7AD7AOsA/wDrAP8A3QD/AM4A/wDGAP8AwgD/AP8ABAD/AAAA&#10;/wAAAP8ABQD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD9AEwA+QBUAPcAXAD0AGMA8gBpAPAAbwDu&#10;AHUA7AB7AOoAggDoAIkA5wCRAOQAmgDiAKQA4ACwAN0AwADaANwA2AD0ANUA/wDTAP8AywD/AMEA&#10;/wC7AP8AtwD/AP8AAAD/AAAA/wAAAP8AAAD/AAoA/QARAPkAGwD2ACcA9AAyAPAAPADsAEYA6ABO&#10;AOQAVgDhAFwA3gBjANwAaADZAG4A1QB0ANIAewDQAIIAzQCKAMsAkwDIAJ0AxgCoAMQAtwDBAMwA&#10;wADrAL4A/wC9AP8AvQD/ALQA/wCuAP8AqwD/AP8AAAD/AAAA/wAAAPoAAADyAAUA6gAOAOUAFgDg&#10;ACEA3QArANsANgDTAD8AzgBIAMoATwDHAFYAxABcAMIAYQDAAGcAvgBtALwAcwC6AHoAuACCALYA&#10;iwC0AJYAsgChALAArwCuAMEArQDgAKsA9wCqAP8AqQD/AKYA/wChAP8AnwD/AP8AAAD/AAAA9wAA&#10;AOgAAADcAAAA0AAKAMoAEQDFABsAwgAlAL8ALwC8ADgAuABBALUASACyAE8AsABVAK4AWwCsAGEA&#10;qgBmAKgAbACnAHMApQB7AKMAhAChAI4AnwCaAJ0ApwCbALgAmgDQAJkA7wCYAP8AlwD/AJYA/wCU&#10;AP8AkgD/AP8AAAD2AAAA5AAAANIAAADFAAAAuwAFALUADgCwABUArAAfAKoAKQCoADIApQA6AKIA&#10;QgCgAEkAngBPAJwAVQCaAFoAmABgAJYAZgCVAGwAkwB0AJIAfQCQAIcAjgCTAIwAoQCLALAAigDF&#10;AIgA5gCHAPsAhgD/AIcA/wCHAP8AhgD/APgAAADlAAAAzQAAAL0AAACzAAAAqgAAAKMACgCfABEA&#10;mwAZAJkAIwCXACwAlQA0AJIAPACQAEMAjgBJAIwATwCKAFQAiQBaAIcAYACGAGYAhABuAIMAdwCB&#10;AIEAfwCNAH4AmwB8AKoAewC8AHoA2wB4APUAeAD/AHgA/wB4AP8AeAD/AO0AAADRAgAAuwIAAKwB&#10;AACiAAAAmwAAAJYABQCRAA0AjQAUAIsAHQCIACYAhgAuAIQANgCCAD0AgABDAH4ASQB9AE8AfABV&#10;AHoAWwB5AGEAdwBpAHUAcQB0AHwAcgCIAHEAlgBvAKUAbgC2AG0AzgBsAO4AawD/AGsA/wBrAP8A&#10;awD/AN8LAADCDAAArgwAAJ4MAACTCwAAjAcAAIgCAACFAAkAgQAQAH8AFwB8ACAAegAoAHgAMAB2&#10;ADgAdAA+AHMARABxAEoAcABQAG4AVgBtAF0AbABkAGoAbQBoAHcAZwCEAGUAkgBkAKEAYwCyAGEA&#10;yQBgAOkAYAD8AGAA/wBgAP8AYAD/ANAQAAC2EQAAohIAAJMSAACIEQAAgA8AAHwNAAB5CQEAeAML&#10;AHUAEQBzABoAcAAjAG4BKwBsATMAagI5AGkDQABnA0YAZgRMAGUEUgBjBVkAYgVhAGAFagBfBnQA&#10;XQaBAFwHjwBaB58AWQewAFcHxgBWCecAVgr7AFUK/wBVCv8AVgr/AMYVAACtFwAAmRgAAIoYAAB/&#10;FwAAdhYAAHETAABuEAAAbQ0FAG0JDQBqCRQAZwodAGUKJgBjCy4AYgw1AGAMPABfDEIAXg1IAFwN&#10;TwBbDVYAWQ1eAFgOaABWDnMAVQ6AAFMOjwBRDp8AUA6xAE4OyABNEOoATRD9AE0Q/wBNEP8ATRD/&#10;ALwbAAClHAAAkh0AAIMeAAB3HQAAbxwAAGkaAABmFwAAZBQAAGQQCABiDxAAXxAYAF0QIQBbESkA&#10;WhExAFgSOABXEj4AVhJFAFQSTABTE1MAURNbAFATZQBOFHAATBR9AEsUjABJFJwARxWuAEYVxQBF&#10;FegARRb+AEUW/wBFFf8ARRX/ALUfAACeIQAAiyIAAHwiAABxIgAAaCEAAGIfAABfHQAAXBoAAFsX&#10;AgBaFQ0AVxYUAFUWHQBUFyUAUhgtAFEYNABPGDsAThlCAE0ZSABLGlAAShpYAEgaYgBHGm0ARRt6&#10;AEMbiQBCG5oAQBusAD8bwgA+HOUAPRz8AD4c/wA+G/8APhv/AK8jAACYJAAAhiUAAHcmAABsJgAA&#10;YyUAAF0kAABZIgAAVh8AAFQdAABTHAsAURwSAE4dGgBNHSIASx4pAEoeMQBJHzcARx8+AEYgRQBF&#10;IE0AQyBVAEIgXwBAIWoAPyF3AD0hhwA7IZgAOSGqADgiwAA3IuMANyL7ADci/wA4If8AOCH/AKom&#10;AACUJwAAgSkAAHMpAABnKQAAXykAAFgoAABUJgAAUSMAAE8iAABMIgcASiIQAEgiFwBHIx8ARSQm&#10;AEQkLgBCJDQAQSU7AEAlQwA/JUoAPSZTADwmXAA6JmcAOSZ1ADcnhAA1J5YANCeoADInvgAxJ+EA&#10;MSf5ADIm/wAyJv8AMyX/AKUpAACPKgAAfSwAAG8sAABkLQAAWywAAFUrAABQKgAATCgAAEomAABH&#10;JwQARCcNAEIoFABBKBwAPykjAD4pKwA9KTIAPCo5ADsqQAA5KkgAOCtQADYrWgA1K2UAMytyADEr&#10;ggAwLJQALiynACwsvAArLN4ALCz4ACwr/wAtKv8ALSr/AKEsAACLLQAAeS4AAGsvAABgLwAAWC8A&#10;AFEuAABMLgAASCwAAEUrAABBKwAAPywLAD0sEQA7LRkAOi4hADkuKAA3Li8ANi82ADUvPgA0L0UA&#10;My9OADEwWAAwMGMALjBwACwwgAAqMJIAKTClACcwugAmMNwAJjD3ACcv/wAoL/8AKC7/AJwuAACH&#10;MAAAdjEAAGgyAABdMgAAVTIAAE4xAABIMQAARDAAAEAvAAA8MAAAOjEJADcxEAA2MhYANTIeADMz&#10;JQAyMywAMTMzADA0OwAvNEMALTRMACw0VgAqNWEAKTVuACc1fgAlNZAAIzWjACI1uQAhNdkAITT2&#10;ACI0/wAjM/8AIzL/AJgxAACDMwAAcjQAAGU0AABaNQAAUTUAAEs0AABFNAAAQDQAADozAAA3NAAA&#10;NDUGADI2DgAwNxMALzcbAC43IgAtOCkAKzgxACo4OAApOUAAKDlJACY5UwAlOV8AIzlsACE6fAAg&#10;Oo4AHjqiABw6twAbOdUAHDn1AB04/wAdOP8AHjf/AJM0AAB/NgAAbjcAAGE3AABXNwAATjcAAEg3&#10;AABCNwAAPDcAADU4AAAyOQAALzoCACw7CwAqPBEAKTwYACg9HwAmPSYAJT0uACQ9NQAjPj0AIj5G&#10;ACA+UAAfPlwAHT9pABs/eQAaP4wAGD+gABY/tQAVPtIAFj7zABc9/wAYPP8AGDz/AI43AAB6OAAA&#10;ajkAAF46AABTOgAASzoAAEU6AAA/OgAAOToAADI8AAAuPgAAKUAAACZBCAAkQg4AIkIUACFCGwAg&#10;QyMAH0MqAB5DMgAcQzoAG0RDABpETQAYRFkAF0RnABVEdwATRIoAEkSeABFEswAQRNAAEEPyABFC&#10;/wASQv8AE0H/AIk7AAB2PAAAZj0AAFo9AABQPQAASD0AAEI9AAA8PQAANj4AAC9AAAAqQgAAJUQA&#10;ACFGAwAdSAwAG0kRABlJFwAYSR4AF0kmABZJLgAVSjYAFEpAABNKSgARSlYAEEpkAA9KdAAOSocA&#10;DUqbAAxKsAAKSsoAC0nsAAxI/wANR/8ADUf/AIM+AABxPwAAYkAAAFZAAABNQAAARUAAAD9AAAA5&#10;QQAAMkIAACtFAAAmRwAAIUkAABxLAAAWTgcAE1AOABJQEwARUBkAEFAhAA9QKQAOUDEADVA7AA1R&#10;RgALUVEAClFfAAlRbwAHUIEABVCWAANQqwACUMUAA0/oAANP+wAFTv8ABk3/AH1CAABrQwAAXUQA&#10;AFJEAABKRAAAQ0MAADxEAAA1RQAALkcAACdKAAAhTAAAHE8AABdRAAASVAMADlcKAAtYEAAKWBUA&#10;CFgcAAdYJAAGWCwABVg2AANYQAABWEwAAFhaAABYaQAAWHwAAFiRAABXpwAAV8AAAFblAABW+QAA&#10;Vf8AAFX/AHZHAABmRwAAWUgAAE9HAABHRwAAQEcAADhIAAAwSgAAKU0AACJQAAAcUwAAFlUAABFY&#10;AAANWwIACV4JAARfDgAAXxIAAF8YAABgHwAAYCcAAGAwAABgOwAAYEcAAGBUAABgYwAAYHYAAGCL&#10;AABfogAAX7sAAF/iAABe+QAAXf8AAF3/AG9LAABhTAAAVUwAAExLAABESwAAO0wAADJOAAArUQAA&#10;I1QAABxXAAAWWwAAEV4AAA1gAAAIYwAAAmYHAABnDAAAZw8AAGgTAABpGQAAaiEAAGopAABqNAAA&#10;akAAAGpNAABqXQAAam8AAGqFAABqnQAAabYAAGjdAABo9wAAZ/8AAGb/AGlRAABcUAAAUlAAAEpP&#10;AAA/UAAANVMAAC1WAAAkWQAAHV0AABZgAAAQZAAADGcAAAZqAAAAbgAAAG8DAABwCAAAcQ0AAHIQ&#10;AAB0FAAAdRsAAHYjAAB3LAAAdzgAAHZGAAB2VgAAdmgAAHZ+AAB2lwAAdbEAAHTTAABz9QAAc/8A&#10;AHL/AGNWAABYVQAAUFQAAERVAAA5WAAAL1sAACZfAAAdYwAAFWcAABBsAAAKcAAABHMAAAB2AAAA&#10;egAAAHwAAAB8AwAAfggAAH8MAACBEAAAghQAAIQbAACFJAAAhi8AAIY9AACGTQAAhV8AAIV1AACF&#10;jwAAhKkAAIPJAACC8QAAgf8AAID/AF9bAABWWgAASVsAAD1eAAAyYQAAJ2YAAB5rAAAVcAAADnUA&#10;AAl5AAABfgAAAIEAAACFAAAAiAAAAIoAAACLAAAAjQEAAI4GAACQCwAAkQ8AAJMUAACVGwAAlyYA&#10;AJc0AACXRAAAl1YAAJZsAACVhgAAlaIAAJTBAACT6gAAkv8AAJL/AF1hAABPYQAAQmQAADZpAAAq&#10;bgAAH3QAABV5AAAOfwAAB4QAAACJAAAAjgAAAJIAAACWAAAAmAAAAJoAAACbAAAAnQAAAJ8AAACh&#10;AwAAowgAAKUNAACnEwAAqRwAAKooAACqOQAAqksAAKphAACpegAAqJkAAKi1AACn3QAAp/gAAKb/&#10;AFZoAABIbAAAOnAAAC52AAAifQAAF4QAAA6KAAAHkAAAAJYAAACaAAAAnwAAAKMAAACnAAAAqgAA&#10;AKsAAACtAAAArwAAALEAAACzAAAAtQAAALgFAAC6DAAAvRIAAMAcAADALQAAwEAAAL9VAAC/bgAA&#10;vosAAL6oAAC+yQAAve8AALz+AE50AABAeQAAMn8AACWHAAAZjgAAEJUAAAecAAAAogAAAKcAAACs&#10;AAAAsAAAALUAAAC5AAAAvAAAAL0AAAC/AAAAwQAAAMMAAADGAAAAyAAAAMoAAADNAgAA0AsAANUS&#10;AADWIQAA1zQAANhJAADZYAAA2nwAANqaAADbtQAA29kAANvyAEaCAAA4iQAAK5AAAB2YAAASoAAA&#10;CqcAAACuAAAAtAAAALkAAAC+AAAAwgAAAMgAAADLAAAAzgAAAM8AAADSAAAA1AAAANYAAADaAAAA&#10;3QAAAN8AAADiAAAA5gAAAOoKAADvEwAA8CUAAPI6AADzUQAA9GsAAPSJAAD1pQAA9b8AAPXdAP8A&#10;BgD/AAMA/wAFAP8ACwD/ABAA/wAXAP8AIgD/AC0A/wA5AP8ARAD/AE0A/wBVAP8AXQD/AGQA/wBq&#10;AP8AcAD9AHYA+wB8APkAgwD3AIoA9QCSAPMAmwDwAKYA7gCzAOsAxADpAOQA5wD5AOYA/wDlAP8A&#10;0wD/AMcA/wC/AP8AuwD/AP8AAAD/AAAA/wAAAP8AAgD/AAsA/wASAP8AHQD/ACgA/wAzAP8APgD8&#10;AEcA+ABPAPQAVwDxAF0A7gBjAOwAaQDqAG8A6AB1AOYAfADkAIMA4gCLAN8AlQDcAJ8A2QCrANUA&#10;uwDSANQAzwDyAM0A/wDMAP8AxQD/ALoA/wC0AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA+QAP&#10;APUAFwDzACIA8QAtAO0ANwDnAEAA4gBJAN8AUADbAFcA1wBdANQAYwDRAGgAzwBuAMwAdQDKAHwA&#10;yACEAMUAjQDCAJgAwACkAL0AsgC7AMYAuQDoALgA/QC3AP8AtgD/AK0A/wCnAP8AowD/AP8AAAD/&#10;AAAA/wAAAPUAAADrAAEA5AAMAN4AEwDZABwA0wAmANEAMADMADoAyABCAMQASgDAAFAAvQBWALsA&#10;XAC5AGEAtwBnALUAbQCzAHQAsQB8AK8AhQCtAJAAqgCcAKgAqgCmALsApQDaAKMA9QCjAP8AogD/&#10;AJ4A/wCaAP8AlwD/AP8AAAD+AAAA7wAAAN8AAADQAAAAxwAHAMEADwC8ABcAuQAgALcAKgC1ADMA&#10;sAA7AK0AQwCrAEkAqABPAKYAVQCkAFoAowBgAKEAZgCfAG0AnQB0AJwAfQCaAIgAmACUAJYAogCU&#10;ALIAkgDJAJEA6wCRAP8AkAD/AJAA/wCMAP8AigD/APwAAADsAAAA2QAAAMcAAAC6AAAAsQACAKsA&#10;DACnABIApAAbAKEAJACgACwAngA1AJsAPACYAEMAlgBJAJQATwCSAFQAkABaAI8AXwCNAGYAiwBt&#10;AIkAdgCIAIAAhgCMAIQAmgCCAKoAgQC+AIAA4ACAAPkAfwD/AH8A/wB/AP8AfgD/APEAAADYAAAA&#10;wgAAALMAAACoAAAAoAAAAJkABwCVAA4AkgAVAJAAHgCOACYAjQAuAIoANgCHAD0AhQBDAIQASQCC&#10;AE4AgQBUAH8AWQB+AGAAfABnAHoAbwB5AHoAdwCGAHUAlAB0AKMAcgC1AHIAzwBxAPEAcAD/AHAA&#10;/wBwAP8AcQD/AOEAAADEAAAAsAAAAKIAAACXAAAAkQAAAIsAAgCGAAsAgwARAIEAGAB/ACEAfQAp&#10;AHwAMAB5ADcAeAA9AHYAQwB0AEkAcwBOAHIAVABwAFoAbwBiAG0AagBrAHQAagCAAGgAjgBnAJ0A&#10;ZQCvAGUAxgBkAOgAZAD9AGMA/wBjAP8AZAD/AM8FAAC2BwAAowgAAJQIAACJBwAAggMAAH4AAAB7&#10;AAYAdwAOAHUAEwByABsAcQAjAG8AKwBtADIAbAA4AGoAPgBpAEQAZwBJAGYATwBlAFYAYwBdAGIA&#10;ZQBgAG8AXwB7AF0AiQBcAJkAWwCqAFkAvwBZAOEAWAD4AFgA/wBYAP8AWQD/AMIMAACqDQAAlw4A&#10;AIkOAAB9DgAAdg0AAHEKAABvBgAAbQAKAGsAEABpABYAZwAeAGUAJgBjAC0AYQAzAGAAOQBfAD8A&#10;XQBFAFwASwBbAFIAWgBZAFgAYgBXAGwAVQB4AFMAhgBSAJYAUQCnAFAAuwBPAdsATgL0AE4D/wBO&#10;BP8ATgP/ALgQAAChEgAAjhMAAH8TAAB0EwAAbBIAAGcQAABlDgAAYwsDAGMGDABhBBEAXgMZAFwE&#10;IQBbBSgAWQYvAFgGNQBWBzsAVQdCAFQHSABTCE8AUQhWAFAJXwBOCWkATQl2AEsKhABJCpQASAqm&#10;AEcKugBGCtgARQvzAEUM/wBFDP8ARQz/ALAUAACZFgAAhxgAAHgZAABtGAAAZRcAAF8WAABcEwAA&#10;WhEAAFoOBgBaDA0AVwwUAFUMHABTDSQAUg0rAFANMQBPDjgATg4+AE0ORQBLDk0ASg5VAEgPXgBH&#10;D2gARQ91AEMQhABBEJUAQBCmAD4QuwA9ENwAPRH2AD0R/wA9EP8APhD/AKkZAACSGwAAgRwAAHId&#10;AABnHQAAXxwAAFkbAABVGQAAUxYAAFITAABSEQoAUBAQAE4RGABMESAAShInAEkSLgBIEzQARxM7&#10;AEUTQgBEE0kAQxRSAEEUWwA/FGUAPhVyADwVgQA6FZIAOBWkADcVuQA1FdgANRb1ADYW/wA2Fv8A&#10;NxX/AKMcAACNHgAAeyAAAG0hAABiIQAAWiEAAFQfAABQHgAATRsAAEwZAABLFgYASRYOAEcXFQBF&#10;FxwARBgkAEIYKgBBGDEAQBk4AD8ZPwA9GUYAPBpPADoaWAA5GmMANxtvADUbfgAzG5AAMhuiADAb&#10;twAvG9MALxzzAC8b/wAwG/8AMBv/AJ0fAACIIgAAdyMAAGkkAABeJAAAViQAAFAjAABLIgAASCAA&#10;AEYdAABFHAIAQxwMAEEcEgA/HRkAPh0hADweJwA7Hi4AOh81ADkfPAA3H0QANh9MADQgVgAzIGAA&#10;MSBtAC8gfAAtIY4ALCGgACohtQApIdAAKSHyACkh/wAqIP8AKyD/AJkiAACEJQAAcyYAAGUnAABb&#10;JwAAUycAAEwmAABHJQAARCQAAEIhAAA/IQAAPSEJADshEAA5IhYAOCIeADYjJQA1IysANCQyADMk&#10;OQAyJEEAMCRKAC8lUwAtJV4AKyVrAColegAoJYwAJiWfACQlswAjJc4AIyXwACQl/wAlJP8AJST/&#10;AJQlAACAJwAAbykAAGIqAABXKgAATyoAAEkpAABEKAAAQCcAAD0mAAA6JQAANyYGADUmDgA0JxQA&#10;MicbADEoIgAwKCkALygwAC0pNwAsKT8AKylHACkpUQAoKlwAJippACQqeAAjKooAISqdAB8qsgAe&#10;KswAHirvAB8p/wAgKf8AISj/AJAoAAB8KgAAbCsAAF8sAABULAAATCwAAEYsAABBKwAAPCsAADgq&#10;AAA1KgAAMisDADArDAAuLBEALSwYACwsHwAqLSYAKS0tACgtNAAnLjwAJi5FACQuTwAjLloAIS9n&#10;AB8vdgAdL4gAHC+bABovsAAYL8oAGC7tABku/wAbLf8AGy3/AIwrAAB4LQAAaC4AAFsvAABRLwAA&#10;SS8AAEMvAAA+LgAAOS4AADQuAAAwLgAALS8AACswCgApMRAAJzEVACYxHAAlMiMAJDIqACMyMQAh&#10;MzkAIDNCAB8zTAAdM1cAGzNkABo0dAAYNIYAFjSaABQzrgATM8gAEzPsABQz/wAVMv8AFjH/AIcu&#10;AAB0LwAAZTEAAFgxAABOMgAARjIAAEAxAAA7MQAANjEAADExAAArMwAAKDQAACU1BgAjNg0AITYS&#10;ACA3GQAfNyAAHjcnAB04LgAbODYAGjg/ABk4SQAXOVUAFTliABQ5cQASOYQAETmYABA5rQAOOMcA&#10;DjjrABA4/wAQN/8AETb/AIMxAABwMgAAYTQAAFU0AABLNAAARDQAAD00AAA4NAAAMzQAAC01AAAo&#10;NwAAJDkAACA6AgAdOwsAGzwQABk9FQAYPRwAFz0jABY9KwAVPjMAFD48ABI+RgARPlIAED5fAA8+&#10;bwAOPoEADD6VAAs+qQAKPsEACj3kAAs9+wAMPP8ADTv/AH00AABrNgAAXTcAAFE3AABINwAAQTcA&#10;ADs3AAA1NwAAMDcAACo5AAAlOwAAID0AABw/AAAXQQYAFEMNABJDEgARQxgAEUMfABBEJwAPRC8A&#10;DkQ5AA1EQwAMRE4AC0RbAAlEagAHRHwABkSQAARDpQACQ70AA0PgAAND9gAEQv8ABkH/AHg4AABn&#10;OQAAWToAAE46AABFOgAAPjoAADg6AAAzOgAALTsAACc9AAAhQAAAHEIAABdEAAATRgMAD0kKAA1K&#10;DwAMShQAC0obAAlKIwAISisAB0o0AAVKPgAESkkAAkpWAABKZQAASncAAEqLAABKoQAASbkAAEnd&#10;AABJ9QAASP8AAEj/AHI8AABiPQAAVT4AAEo+AABCPQAAPD0AADY9AAAvPgAAKUAAACNCAAAdRQAA&#10;F0cAABNKAAAPTAIAC08JAAdQDQADUREAAFEXAABRHgAAUSYAAFEvAABROQAAUUQAAFJRAABSYAAA&#10;UXIAAFGHAABRnQAAUbUAAFDYAABQ9QAAT/8AAE//AGxAAABdQQAAUUEAAEdBAABAQAAAOUAAADJB&#10;AAAqQwAAJEYAAB5IAAAXSwAAEk4AAA5RAAALUwEABlYHAABXDAAAWBAAAFgTAABZGQAAWiEAAFop&#10;AABaMwAAWj8AAFpMAABaWgAAWmwAAFqBAABZmQAAWbEAAFjRAABY9AAAV/8AAFf/AGVFAABYRQAA&#10;TUUAAEVEAAA+RAAANUUAAC1HAAAlSgAAHk0AABhQAAASUwAADlYAAApZAAAEXAAAAF4EAABfCQAA&#10;YA0AAGEQAABiFQAAYxsAAGQjAABkLQAAZDgAAGRFAABkVAAAZGYAAGR7AABjkwAAY60AAGLMAABh&#10;8gAAYf8AAGD/AF9KAABTSgAASkkAAENIAAA5SQAAL0wAACdPAAAfUgAAGFUAABJZAAANXQAACGAA&#10;AAJjAAAAZgAAAGgBAABpBQAAagoAAGsNAABtEQAAbhYAAHAdAABxJgAAcTEAAHA+AABwTgAAcF8A&#10;AHBzAABvjQAAb6cAAG7GAABt7wAAbP8AAGz/AFpPAABQTgAASE0AAD1OAAAzUQAAKVQAACBYAAAY&#10;XAAAEWAAAAxkAAAGaAAAAGsAAABvAAAAcgAAAHQAAAB1AAAAdwQAAHgJAAB6DQAAfBAAAH0WAAB/&#10;HgAAgCgAAIA1AACARQAAf1YAAH9rAAB/hAAAfqAAAH2+AAB86QAAe/8AAHr/AFZUAABOUwAAQlQA&#10;ADdWAAAsWgAAIl8AABhjAAARaAAAC20AAANyAAAAdgAAAHoAAAB9AAAAgAAAAIMAAACEAAAAhgAA&#10;AIcCAACJBwAAiwwAAI0QAACQFgAAkh8AAJIsAACSOwAAkk0AAJFiAACRegAAj5cAAI+0AACO4QAA&#10;jPsAAIz/AFVZAABIWgAAO10AAC9hAAAkZgAAGWwAABFyAAAKdwAAAn0AAACCAAAAhgAAAIsAAACO&#10;AAAAkQAAAJMAAACVAAAAlwAAAJkAAACbAAAAnQQAAJ8KAACiDwAApBYAAKYhAACmMQAApkMAAKVX&#10;AACkcAAAo44AAKOrAACh0AAAoPUAAJ//AE5hAABAZAAAM2kAACduAAAbdQAAEXwAAAuDAAAAiQAA&#10;AI4AAACTAAAAmAAAAJ0AAAChAAAApAAAAKUAAACnAAAAqQAAAKsAAACtAAAAsAAAALIAAAC1CAAA&#10;uA4AALwWAAC8JQAAvDcAALtMAAC6ZAAAuYEAALeiAAC3wAAAt+oAALf8AEZrAAA5cAAAK3cAAB9/&#10;AAAThgAAC44AAAGVAAAAmwAAAKEAAACmAAAAqwAAALAAAACzAAAAtwAAALcAAAC6AAAAvAAAAL8A&#10;AADBAAAAxAAAAMcAAADKAAAAzQUAANEOAADUGQAA1CsAANRAAADTWAAA03QAANOSAADSsAAA0tMA&#10;ANLyAD55AAAxgAAAI4gAABeRAAANmQAAA6AAAACnAAAArgAAALMAAAC4AAAAvQAAAMIAAADGAAAA&#10;ygAAAMoAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADfAAAA4wAAAOcFAADrDwAA7B8AAO0zAADu&#10;SwAA72QAAO+CAADwnwAA8bkAAPHYAP8AAAD/AAAA/wAEAP8ACQD/AA4A/wAVAP8AHgD/ACkA/wA0&#10;AP8APwD/AEgA/wBQAP8AWAD/AF4A/wBlAP0AawD7AHEA+QB3APgAfgD2AIUA8wCNAPEAlwDuAKIA&#10;6wCvAOgAwADmAOAA4wD4AOIA/wDbAP8AywD/AMEA/wC5AP8AtAD/AP8AAAD/AAAA/wAAAP8AAAD/&#10;AAkA/wAQAP8AGQD/ACMA/wAuAP0AOQD5AEIA9QBKAPIAUgDuAFgA6wBeAOkAZADmAGoA5ABwAOIA&#10;dgDfAH0A3QCGANkAjwDVAJoA0QCnAM4AtgDLAM4AyQDwAMcA/wDFAP8AuwD/ALQA/wCtAP8AqQD/&#10;AP8AAAD/AAAA/wAAAP8AAAD7AAIA9gANAPEAEwDtAB4A7AAoAOkAMgDjADsA3QBEANgASwDTAFEA&#10;0ABYAM0AXQDLAGMAyQBoAMYAbwDEAHYAwgB+AL8AhwC8AJIAugCfALcArQC1AMEAsgDkALEA/QCv&#10;AP8ArAD/AKUA/wCgAP8AnAD/AP8AAAD/AAAA+wAAAO4AAADkAAAA3AAIANMAEADPABgAywAiAMkA&#10;KwDGADQAwQA9AL0ARAC6AEsAtwBRALUAVgCyAFwAsABhAK4AZwCsAG4AqgB2AKgAfwCmAIoAowCW&#10;AKEApQCfALYAnQDRAJwA8wCbAP8AnAD/AJYA/wCTAP8AkAD/AP8AAAD2AAAA5wAAANMAAADGAAAA&#10;vQADALgADQCzABMAsQAcAK8AJQCuAC4AqQA2AKYAPQCjAEQAoQBKAJ8ATwCdAFUAmwBaAJoAYACY&#10;AGYAlgBuAJQAdwCSAIEAkACOAI4AnACMAK0AigDDAIkA6ACIAP8AiQD/AIcA/wCFAP8AggD/APMA&#10;AADjAAAAzAAAALwAAACwAAAApwAAAKEACACeAA8AmwAWAJkAHwCYACcAlgAvAJMANwCRAD0AjgBD&#10;AIwASQCLAE4AiQBUAIcAWQCFAGAAhABnAIIAbwCAAHoAfgCGAHwAlAB6AKQAeQC4AHgA2AB3APcA&#10;eAD/AHgA/wB3AP8AdQD/AOYAAADLAAAAtwAAAKgAAACeAAAAlgAAAI8ABACLAAwAiAASAIcAGQCF&#10;ACEAhAApAIIAMAB/ADcAfQA9AHwAQwB6AEgAeQBNAHcAUwB2AFkAdABhAHIAaQBxAHMAbwB/AG0A&#10;jQBsAJ0AagCvAGkAyABoAO0AaQD/AGkA/wBpAP8AaQD/ANIAAAC4AAAApQAAAJcAAACNAAAAhgAA&#10;AIEAAAB8AAgAeQAOAHcAFAB2ABwAdAAjAHMAKwBxADEAbwA3AG4APQBsAEMAawBIAGoATgBoAFQA&#10;ZwBbAGUAYwBjAG0AYgB4AGAAhwBfAJYAXQCoAF0AvgBcAOQAXAD7AFwA/wBcAP8AXAD/AMIAAACq&#10;AQAAmAMAAIkEAAB/AgAAeAAAAHQAAABwAAQAbQAMAGsAEQBpABcAaAAeAGYAJQBlACwAYwAyAGIA&#10;OABgAD0AXwBDAF4ASQBcAE8AWwBWAFoAXgBYAGgAVwBzAFUAgQBUAJEAUgCjAFEAtwBRANYAUQD1&#10;AFEA/wBRAP8AUgD/ALYHAACfCQAAjQsAAH4MAABzCwAAbAoAAGgHAABlAwAAYwAHAGEADQBfABMA&#10;XQAaAFwAIQBbACcAWQAtAFgAMwBWADkAVQA/AFQARQBTAEsAUQBSAFAAWgBPAGQATQBvAEwAfQBK&#10;AI0ASQCfAEgAsgBHAMwARwDvAEYA/wBHAP8ARwD/AKwMAACVDgAAgxAAAHUQAABrEAAAYw8AAF4O&#10;AABbDAAAWgkCAFkECgBXAA8AVQAVAFMAHABSACMAUQApAE8ALwBOADUATQE7AEwBQQBKAkgASQJP&#10;AEgCVwBGA2EARQNtAEMDegBCA4sAQAOcAD8DrwA+A8gAPQTqAD0F/AA9Bv8APgb/AKQQAACOEgAA&#10;fBMAAG4UAABkFAAAXBMAAFYSAABTEQAAUQ4AAFAMBQBQCQwATwcRAE0HFwBLCB8ASQglAEgJKwBH&#10;CTEARgk4AEQKPgBDCkUAQgpNAEALVQA/C18APQtrADwLeQA6DIoAOAycADcMrwA1DMcANQzpADUN&#10;/QA1Df8ANgz/AJ0TAACHFQAAdhcAAGkYAABeGAAAVhgAAFAXAABNFQAAShMAAEkRAABJDgcASA0O&#10;AEYNEwBEDRoAQw4hAEIOKABADi4APw41AD4PPAA9D0MAOxBLADoQVAA4EF4ANhBrADQQeQAyEIoA&#10;MRCcAC8QsAAtEMkALRHsAC0R/wAuEf8ALxD/AJcWAACCGQAAcRsAAGQcAABZHAAAURwAAEwbAABH&#10;GgAARBgAAEMVAABCEwIAQRILAEAREAA+EhcAPBIeADsTJQA6EysAOBMyADcTOQA2FEAANBRIADMU&#10;UQAxFFwAMBVoAC4VdwAsFYgAKhWaACgVrgAnFccAJhXqACcV/wAoFf8AKRX/AJEaAAB9HAAAbR4A&#10;AGAfAABWHwAATh8AAEgeAABDHQAAQBwAAD4aAAA9GAAAOxcHADkWDgA4FxQANhcbADUYIgAzGCgA&#10;MhgvADEZNgAwGT0ALhlGAC0aTwArGlkAKhpmACgadAAmGoYAJBqZACIarQAhGsUAIBroACEa/gAi&#10;Gv8AIxr/AI0dAAB5HwAAaSEAAFwiAABSIgAASiIAAEQhAAA/IQAAPCAAADkeAAA4GwAANRwEADQc&#10;DQAyHBIAMB0YAC8dHwAuHSUALR4sACseMwAqHjsAKR9DACcfTQAmH1cAJB9kACIfcgAgH4QAHx+X&#10;AB0fqwAbH8MAGx/nABsf/QAdH/8AHh7/AIkgAAB1IgAAZSMAAFkkAABPJQAARyUAAEEkAAA8IwAA&#10;OCMAADUiAAAzIAAAMCABAC4hCgAsIRAAKyEVACoiHAAoIiMAJyIpACYjMAAlIzgAIyNBACIkSgAh&#10;JFUAHyRhAB0kcAAbJIIAGSSVABckqgAWJMEAFSTlABYk/AAXI/8AGSP/AIUiAABxJAAAYiYAAFYn&#10;AABMJwAARCcAAD4nAAA5JgAANSYAADElAAAuJAAAKyUAACklBwAnJg4AJSYTACQnGQAjJyAAIicn&#10;ACEoLgAgKDYAHig+AB0oSAAbKVMAGSlfABgpbgAWKYAAFCmUABIpqAARKcAAESjkABEo+wATKP8A&#10;FCf/AIAlAABuJwAAXygAAFMpAABJKgAAQikAADspAAA2KQAAMigAAC4oAAAqKAAAJikAACQqBAAi&#10;KwwAICsRAB8sFgAdLB0AHCwkABstKwAaLTMAGC08ABctRQAWLlAAFC5dABIubAARLn4AEC6SAA4u&#10;pwANLb0ADS3fAA0t+QAOLP8AECz/AHwoAABqKgAAWysAAFAsAABGLAAAPywAADksAAA0KwAALysA&#10;ACsrAAAmLAAAIi4AAB8vAAAcMAkAGjEOABkxEwAXMRoAFjIhABUyKAAUMjAAEzI5ABIzQwARM04A&#10;EDNbAA4zaQANM3oADDOOAAozogAIMrkACDLZAAgy9AAKMf8ACzH/AHcrAABmLQAAWC4AAE0vAABD&#10;LwAAPC4AADYuAAAxLgAALS4AACkuAAAjMAAAHzIAABszAAAXNQUAFDYMABI3EQARNxYAETcdABA4&#10;JAAPOCwADjg1AA04PwAMOEoACzhXAAk4ZQAHOHYABTiKAAM4nwABN7UAATfTAAI38QADNv8ABTb/&#10;AHMuAABiMAAAVDEAAEkxAABBMQAAOTEAADQxAAAvMAAAKzAAACUyAAAgMwAAGzYAABc4AAATOgIA&#10;EDwJAA09DgAMPRMACz0ZAAo9IQAJPSkACD0xAAY+OwAFPkYAAz5SAAE+YQAAPnIAAD6GAAA9nAAA&#10;PbIAAD3QAAA88AAAPP8AADz/AG0yAABdMwAAUDQAAEY0AAA+NAAANzQAADIzAAAtMwAAJzQAACI2&#10;AAAdOAAAGDoAABQ9AAAQPwIADUEIAAlDDQAGRBEAA0QWAAJEHQAARCQAAEQtAABENgAAREEAAERO&#10;AABEXAAARG0AAESBAABEmAAAQ68AAEPNAABC8AAAQv8AAEL/AGg2AABYNwAATDgAAEM4AAA7NwAA&#10;NTYAADA2AAApNwAAIzkAAB47AAAYPQAAE0AAABBCAAANRQEACEcHAANJDAAASQ8AAEoTAABLGQAA&#10;SyAAAEsoAABLMgAASz0AAExJAABMVwAAS2gAAEt9AABLlAAASqwAAErKAABJ7wAASf8AAEn/AGI6&#10;AABUOwAASTsAAEA7AAA5OgAAMzkAACw6AAAlPAAAHz8AABlBAAATRAAAEEcAAAxJAAAITAAAAk8F&#10;AABQCgAAUA0AAFEQAABSFQAAVBsAAFQjAABULAAAVDcAAFREAABUUgAAVGMAAFR3AABUjwAAU6gA&#10;AFLGAABS7QAAUf8AAFH/AFw/AABPPwAART8AAD4+AAA3PQAALz4AACdAAAAgQwAAGUYAABNJAAAP&#10;TAAAC08AAAZSAAAAVAAAAFcCAABYBwAAWQsAAFoOAABbEQAAXRYAAF4dAABfJgAAXzEAAF49AABe&#10;TAAAXl0AAF5xAABdiQAAXaMAAFzBAABb6wAAWv8AAFr/AFZEAABLQwAAQ0IAADxBAAAyQgAAKUUA&#10;ACFIAAAaSwAAE04AAA5SAAAKVQAAA1kAAABbAAAAXgAAAGAAAABiAgAAYwYAAGUKAABmDgAAaBEA&#10;AGoXAABrHwAAaykAAGs2AABrRQAAa1YAAGpqAABqggAAaZ0AAGi7AABn5wAAZv8AAGX/AFFIAABI&#10;SAAAQUYAADdHAAAsSgAAI00AABtRAAATVQAADlkAAAhdAAABYQAAAGQAAABnAAAAagAAAGwAAABu&#10;AAAAcAAAAHIFAABzCQAAdQ0AAHcRAAB6GAAAeyEAAHsuAAB6PQAAek4AAHliAAB5eQAAeJYAAHez&#10;AAB14AAAdPwAAHP/AE5NAABHTAAAO00AADBPAAAmUwAAHFgAABNcAAANYQAABmYAAABqAAAAbwAA&#10;AHIAAAB2AAAAeQAAAHwAAAB9AAAAfwAAAIEAAACDAgAAhgcAAIgMAACLEQAAjhgAAI4kAACOMwAA&#10;jUQAAIxYAACLbwAAiowAAImqAACIzwAAhvcAAIX/AE1RAABBUwAANFUAAClaAAAeXwAAFGUAAA1q&#10;AAAFcAAAAHYAAAB7AAAAfwAAAIMAAACHAAAAigAAAI0AAACOAAAAkQAAAJMAAACVAAAAmAAAAJoF&#10;AACdDAAAoBEAAKMaAACjKAAAojoAAKFOAACgZQAAoIEAAJ6gAACdwQAAm+4AAJr/AEZZAAA5XAAA&#10;LWEAACFnAAAWbgAADnUAAAV7AAAAgQAAAIcAAACNAAAAkgAAAJYAAACaAAAAnQAAAJ8AAAChAAAA&#10;pAAAAKYAAACoAAAAqwAAAK4AAACxAwAAtAsAALgRAAC5HgAAuS8AALhDAAC3WgAAtXYAALSXAAC0&#10;tQAAseIAALD8AD9kAAAxaQAAJW8AABh3AAAPfwAABocAAACOAAAAlAAAAJoAAACgAAAApQAAAKoA&#10;AACuAAAAsQAAALIAAAC1AAAAtwAAALoAAAC8AAAAvwAAAMMAAADGAAAAyQAAAM4KAADSEwAA0iMA&#10;ANE3AADQTwAAzmoAAM2KAADKqwAAy8sAAMvvADdxAAApeAAAHYAAABGJAAAIkQAAAJoAAAChAAAA&#10;pwAAAK0AAACzAAAAuQAAAL4AAADCAAAAxQAAAMYAAADJAAAAzAAAAM4AAADSAAAA1QAAANoAAADe&#10;AAAA4QAAAOUAAADqCwAA6xcAAOorAADqQwAA6l4AAOp6AADrmQAA67UAAOvVAP8AAAD/AAAA/wAB&#10;AP8ABwD/AA0A/wASAP8AGwD/ACUA/wAvAP8AOgD/AEMA/wBLAP8AUwD/AFoA/QBgAPsAZgD6AGsA&#10;+AByAPYAeAD0AIAA8QCJAO8AkgDsAJ0A6QCqAOYAvADjANwA3wD3AN0A/wDMAP8AvgD/ALUA/wCw&#10;AP8ArQD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wANAP8AFAD/AB8A/wApAPsAMwD3AD0A8wBFAO8A&#10;TQDsAFMA6ABZAOUAXwDjAGUA4ABqAN0AcQDaAHgA1gCAANIAigDPAJUAzACiAMgAsgDFAMkAwgDt&#10;AMAA/wC7AP8AsAD/AKgA/wCkAP8AoQD/AP8AAAD/AAAA/QAAAPoAAAD4AAAA8AAJAOwAEQDoABkA&#10;5wAjAOUALQDeADYA1gA+ANEARgDNAEwAygBSAMgAWADFAF0AwwBjAMAAaQC+AHAAvAB4ALkAgQC3&#10;AI0AtACaALEAqQCuALwArADhAKoA/ACoAP8AoAD/AJkA/wCWAP8AlAD/AP8AAAD5AAAA8gAAAOcA&#10;AADbAAAA0QAEAMoADQDHABQAxAAdAMIAJgC/AC8AuwA3ALcAPwC0AEUAsQBLAK4AUQCsAFYAqgBc&#10;AKgAYQCmAGgAowBwAKEAeQCfAIQAnQCRAJoAoACYALEAlgDMAJUA8QCUAP8AkQD/AIsA/wCIAP8A&#10;hgD/APcAAADsAAAA3gAAAMkAAAC8AAAAtAAAAK8ACgCrABAAqQAXAKgAIACnACgAogAwAJ8AOACc&#10;AD4AmgBEAJgASgCWAE8AlABVAJMAWgCRAGEAjwBoAI0AcQCLAHsAiQCIAIcAlwCFAKgAgwC+AIEA&#10;5ACAAP8AgAD/AHwA/wB7AP8AeQD/AOkAAADXAAAAwQAAALEAAACmAAAAnQAAAJcABQCUAA0AkgAS&#10;AJAAGgCPACIAjgAqAIsAMQCJADgAhwA+AIUAQwCDAEgAgQBOAH8AVAB+AFoAfABhAHoAaQB4AHMA&#10;dgB/AHUAjgBzAJ8AcQCzAHAA0ABvAPYAbwD/AG8A/wBtAP8AbAD/ANoAAAC/AAAArAAAAJ4AAACT&#10;AAAAjAAAAIUAAACCAAkAfwAPAH4AFQB9ABwAfAAkAHoAKwB3ADEAdQA3AHQAPQByAEIAcQBIAG8A&#10;TQBuAFMAbABaAGsAYgBpAGwAZwB4AGYAhgBkAJcAYgCqAGEAwgBgAOsAYQD/AGEA/wBhAP8AYAD/&#10;AMUAAACtAAAAmwAAAI0AAACDAAAAfAAAAHcAAAByAAUAcAAMAG4AEQBsABcAbAAeAGsAJQBpACwA&#10;ZwAxAGYANwBkAD0AYwBCAGIASABgAE4AXwBVAF0AXQBcAGYAWgByAFkAgABXAJAAVgCjAFUAuQBU&#10;AN4AVAD7AFQA/wBVAP8AVQD/ALYAAACfAAAAjQAAAH8AAAB1AAAAbgAAAGkAAABmAAEAYwAJAGEA&#10;DgBgABMAXwAZAF4AIABdACYAWwAsAFoAMgBYADcAVwA9AFYAQwBVAEkAUwBQAFIAWABRAGEATwBs&#10;AE4AegBMAIoASwCcAEoAsQBJAM4ASQDzAEkA/wBJAP8ASgD/AKoBAACUBQAAggcAAHQIAABqCAAA&#10;YwYAAF4EAABbAAAAWQAFAFcADABWABAAVAAVAFMAGwBSACIAUQAoAFAALQBOADMATQA4AEwAPgBL&#10;AEUASgBMAEgAVABHAF0ARgBoAEQAdQBDAIUAQQCYAEAAqwBAAMUAPwDqAD8A/wBAAP8AQAD/AKAI&#10;AACKCwAAeQ0AAGwNAABhDQAAWg0AAFULAABSCQAAUAYAAE8CCABOAA0ATAASAEsAFwBKAB4ASQAj&#10;AEcAKQBGAC8ARQA0AEQAOgBCAEEAQQBIAEAAUAA+AFoAPQBkADwAcgA6AIIAOQCUADgApwA3AL4A&#10;NgDjADYA+QA2AP8ANwD/AJgNAACDDgAAchAAAGURAABbEQAAUxAAAE4QAABKDgAASA0AAEcKAwBH&#10;BwoARQQOAEQCEwBCAhoAQQIgAEADJQA+AysAPQQxADwENwA7BD4AOgVFADkFTgA3BVcANgViADQG&#10;cAAyBoAAMQaSADAGpQAvBbsALgXdAC4G9QAtB/8ALgf/AJEQAAB9EQAAbBMAAF8UAABVFAAAThQA&#10;AEgTAABEEgAAQRAAAEAOAABADQYAQAoMAD4JEAA8CRYAOwocADkKIgA4CigANwsuADYLNQA1CzsA&#10;MwtDADIMTAAwDFYALwxhAC0MbwArDH8AKgySACgMpQAnDLsAJQzdACUN9QAmDf8AJw3/AIsSAAB3&#10;FAAAZxYAAFsXAABRGAAASRcAAEMXAAA/FQAAPBQAADoSAAA5EQEAOQ8IADgODQA3DhIANQ4YADQO&#10;HwAyDiUAMQ8sADAPMgAvEDoALRBCACwQSwAqEFUAKBBhACYQbwAkEIAAIxCTACEQpwAfEL0AHhDg&#10;AB4R9wAfEP8AIBD/AIYUAABzFwAAYxkAAFcaAABNGwAARRoAAEAaAAA7GQAAOBgAADUWAAA0FAAA&#10;MxIEADISCwAxEhAALxIVAC0SHAAsEyIAKxMpACoTMAAoEzcAJxQ/ACYUSAAkFFMAIhRfACAVbQAf&#10;FX4AHRWRABsVpQAZFbsAGBXeABgV+AAZFP8AGhT/AIIXAABvGgAAXxwAAFMdAABKHQAAQh0AADwd&#10;AAA3HAAANBsAADEaAAAvGQAALhYAACwXCAArFg4AKRcTACgXGQAnGCAAJRgmACQYLQAjGDQAIhk9&#10;ACAZRgAeGVEAHRldABsaawAZGnwAFxqPABUaowAUGboAEhnbABMZ9gAUGf8AFRj/AH0aAABrHQAA&#10;XB8AAFAgAABHIAAAPyAAADkfAAA0HwAAMR4AAC0dAAArHAAAKRsAACcbBQAlGwwAJBwRACIcFgAh&#10;HB0AIB0jAB8dKgAeHTIAHB46ABseRAAZHk4AFx5bABYeaQAUH3oAEh6NABEeogAQHrgADh7YAA8e&#10;9QAQHf8AER3/AHodAABnHwAAWSEAAE0iAABEIgAAPCIAADYiAAAyIQAALiEAACogAAAnIAAAJB8A&#10;ACIgAgAgIAoAHiEPAB0hFAAcIRoAGyIhABkiJwAYIi8AFyI4ABUjQQAUI0wAEiNYABEjZwAQI3gA&#10;DiOLAA0jnwAMI7QACyPQAAsi8AAMIv8ADSH/AHYfAABkIgAAViMAAEskAABBJAAAOiQAADQkAAAv&#10;IwAAKyMAACgjAAAkIwAAICMAAB0kAAAbJQcAGSYNABcmEQAWJhcAFSceABQnJQATJywAEic1ABEo&#10;PwAQKEoADihWAA0oZAAMKHQACiiHAAkomwAHJ7EABSfMAAYn7AAHJv4ACCb/AHEiAABgJAAAUyYA&#10;AEgnAAA/JwAANyYAADEmAAAtJgAAKSUAACUlAAAiJQAAHScAABkoAAAWKgQAFCsLABIsEAARLBQA&#10;ECwbABAsIgAOLCkADi0yAA0tOwALLUYACi1SAAgtYAAGLXAABC2DAAItmAAALK4AACzJAAAs6wAB&#10;K/wAAiv/AG0lAABdJwAATygAAEUpAAA8KQAANSkAAC8oAAArKAAAJycAACMnAAAfKAAAGyoAABcs&#10;AAATLgIAEDAIAA4xDQANMRIADDEXAAsxHgAKMSYACDIuAAcyNwAFMkIAAzJOAAEyXAAAMmwAADJ/&#10;AAAylQAAMawAADHHAAAw6gAAMPwAADD/AGgpAABYKgAATCsAAEEsAAA5LAAAMisAAC0rAAApKgAA&#10;JSoAACArAAAcLAAAFy4AABMwAAAQMgIADjQHAAo3DAAHNxAABTcUAAM3GwACNyIAADcqAAA4MwAA&#10;OD4AADhKAAA4WAAAOGgAADh8AAA3kgAAN6kAADbFAAA26gAANv0AADX/AGMsAABULgAASC8AAD4v&#10;AAA2LgAAMC4AACstAAAnLQAAIi0AAB0vAAAYMQAAFDMAABA1AAAONwEACjoHAAY7CwACPA4AAD0S&#10;AAA+FwAAPh4AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQAAD53AAA+jwAAPacAAD3DAAA86QAAPP0A&#10;ADv/AF4wAABQMQAARDIAADsyAAA0MQAALjAAACkvAAAkMAAAHjIAABk0AAAUNgAAEDkAAA07AAAK&#10;PQAABUAFAABBCgAAQg0AAEMQAABEFAAARRoAAEYiAABGKwAARjUAAEZBAABGTwAARl8AAEZzAABF&#10;igAARaQAAETAAABD6AAAQ/4AAEL/AFg0AABLNQAAQTUAADk1AAAyNAAALTMAACY0AAAgNQAAGjgA&#10;ABQ6AAAQPQAADUAAAAlCAAAERQAAAEcDAABIBwAASgsAAEsOAABMEQAAThUAAE8cAABPJQAATy8A&#10;AE88AABPSgAAT1oAAE5tAABOhQAATaAAAEy8AABL5wAAS/4AAEr/AFM5AABHOQAAPjkAADc4AAAx&#10;NwAAKTcAACE5AAAbPAAAFT8AABBCAAAMRQAAB0gAAAJKAAAATQAAAE8AAABRBAAAUgcAAFQLAABV&#10;DgAAVxEAAFkXAABaHwAAWSkAAFk2AABZRAAAWVQAAFhnAABYfwAAV5oAAFa3AABV4wAAVP0AAFT/&#10;AE49AABDPQAAPDwAADU7AAAsPAAAJD4AABxBAAAVRAAAEEgAAAtLAAAFTgAAAFEAAABUAAAAVwAA&#10;AFkAAABbAAAAXQIAAF4GAABgCwAAYg4AAGQSAABnGAAAZyIAAGYuAABmPAAAZk0AAGVgAABldwAA&#10;ZJMAAGOxAABh3QAAYPwAAF//AElCAABBQQAAOj8AADBAAAAmQwAAHkYAABVKAAAQTgAAClIAAANW&#10;AAAAWgAAAF0AAABgAAAAYwAAAGUAAABnAAAAaQAAAGsBAABtBQAAbwoAAHIOAAB1EgAAdxsAAHYm&#10;AAB2NQAAdUYAAHRZAAB0bwAAc4sAAHKpAABwzQAAb/cAAG7/AEZGAABARQAANUYAACpIAAAgTAAA&#10;F1EAABBWAAAJWgAAAV8AAABjAAAAaAAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9AAAA&#10;gAMAAIMIAACGDQAAiRMAAIodAACKKwAAiTwAAIhPAACGZgAAhYEAAISgAACCwgAAgfAAAH//AEZL&#10;AAA6TAAALk8AACNTAAAYWAAAEF4AAAlkAAAAaQAAAG8AAAB0AAAAeAAAAHwAAACBAAAAhAAAAIcA&#10;AACIAAAAiwAAAI4AAACQAAAAkwAAAJYAAACZBwAAnQ0AAKEUAACgIQAAoDEAAJ5EAACdWwAAnHYA&#10;AJmWAACZtQAAluUAAJX+AD9SAAAyVQAAJloAABtgAAARZwAACW0AAAB0AAAAewAAAIEAAACGAAAA&#10;iwAAAJAAAACUAAAAlwAAAJkAAACcAAAAnwAAAKEAAACkAAAApwAAAKoAAACtAAAAsQYAALUNAAC4&#10;FgAAtyYAALY5AAC1UAAAtGoAALKJAACwqgAArs8AAK31ADdcAAArYQAAHmgAABNwAAALeAAAAIAA&#10;AACHAAAAjgAAAJUAAACaAAAAnwAAAKQAAACoAAAArAAAAK0AAACwAAAAswAAALUAAAC4AAAAuwAA&#10;AL8AAADDAAAAxwAAAMsFAADRDgAA0RsAANAuAADPRQAAzV8AAMt+AADJngAAyL4AAMXpAC9pAAAj&#10;cAAAFnkAAA2BAAABiwAAAJMAAACbAAAAogAAAKgAAACuAAAAtAAAALgAAAC9AAAAwAAAAMIAAADF&#10;AAAAyAAAAMsAAADOAAAA0QAAANYAAADbAAAA3wAAAOQAAADoBgAA6xEAAOojAADqOgAA6VQAAOdy&#10;AADlkwAA47MAAOPUAP8AAAD/AAAA/wAAAP8ABAD/AAsA/wAQAP8AFwD/ACEA/wArAP8ANQD/AD4A&#10;/wBHAP8ATgD/AFUA/ABbAPoAYQD4AGYA9gBtAPQAcwDyAHsA7wCEAO0AjgDqAJkA5gCnAOMAuQDf&#10;ANUA2wD3ANYA/wDAAP8AsgD/AKoA/wClAP8AogD/AP8AAAD/AAAA/gAAAPwAAAD8AAMA/gALAP8A&#10;EQD/ABoA/QAkAPkALgD0ADgA8ABAAOwASADpAE4A5gBUAOIAWgDfAF8A3ABlANgAawDUAHIA0AB7&#10;AM0AhQDKAJEAxwCeAMMArgDAAMUAvQDrALsA/wCwAP8ApAD/AJwA/wCYAP8AlQD/AP8AAAD6AAAA&#10;9AAAAPEAAADyAAAA6gAFAOcADgDiABUA4QAeAOEAKADYADEA0AA5AMsAQADIAEcAxQBNAMIAUwC/&#10;AFgAvQBeALsAZAC5AGsAtgBzALQAfACxAIgArgCVAKsApACoALgApgDcAKMA+wCfAP8AlQD/AI8A&#10;/wCLAP8AiQD/APkAAADvAAAA5wAAAN8AAADPAAAAyAAAAMEACgC/ABEAvAAYALsAIQC5ACoAtAAy&#10;ALEAOgCuAEAAqwBGAKgATACmAFEAowBWAKEAXACfAGMAnQBqAJsAcwCZAH4AlgCMAJQAmwCSAK0A&#10;kADHAI4A8ACNAP8AhgD/AIAA/wB9AP8AfAD/AO0AAADgAAAA0QAAAL8AAACzAAAAqgAAAKYABQCi&#10;AA0AoQATAKAAGwCfACMAmwArAJgAMgCVADkAkwA/AJEARACPAEoAjgBPAIwAVQCKAFsAiABjAIYA&#10;awCEAHYAggCCAIAAkgB+AKMAfAC6AHoA4QB5AP8AdwD/AHIA/wBwAP8AbwD/AN0AAADLAAAAtgAA&#10;AKcAAACdAAAAlAAAAI4AAQCLAAoAiQAQAIgAFQCHAB0AhwAlAIQALACCADIAfwA4AH0APQB7AEMA&#10;eQBIAHgATgB2AFQAdQBbAHMAYwBxAG4AbwB6AG0AiQBsAJoAagCuAGkAzABoAPYAZwD/AGUA/wBk&#10;AP8AYwD/AMoAAAC0AAAAoQAAAJMAAACJAAAAggAAAHsAAAB4AAUAdgAMAHUAEQB0ABgAcwAfAHIA&#10;JQBwACwAbgAyAGwANwBqADwAaQBCAGgASABmAE4AZQBVAGMAXQBiAGYAYAByAF4AgABdAJIAWwCl&#10;AFoAvgBZAOkAWQD/AFkA/wBYAP8AWAD/ALkAAACiAAAAkAAAAIMAAAB5AAAAcQAAAG0AAABpAAEA&#10;ZgAJAGUADgBkABMAYwAZAGMAIABhACYAYAAsAF4AMQBcADcAWwA8AFoAQgBYAEgAVwBPAFYAVwBU&#10;AGAAUwBsAFEAeQBQAIoATwCeAE4AtABNANoATQD7AE0A/wBNAP8ATQD/AKoAAACUAAAAggAAAHUA&#10;AABrAAAAZAAAAGAAAABdAAAAWgAFAFgADABXABAAVgAVAFYAGwBVACEAUwAnAFIALABRADEATwA3&#10;AE4APQBNAEMATABKAEoAUgBJAFsASABmAEYAcwBFAIQARACXAEMArABCAMkAQgDxAEIA/wBDAP8A&#10;QwD/AJ4AAACJAAAAeAMAAGoEAABhBAAAWgMAAFUBAABSAAAAUAACAE4ACQBNAA0ATAARAEsAFwBK&#10;ABwASQAiAEgAJwBHAC0ARQAyAEQAOABDAD4AQgBFAEEATQA/AFYAPgBhAD0AbgA7AH4AOgCRADkA&#10;pgA4AL8AOADoADgA/wA5AP8AOQD/AJUDAACABwAAbwkAAGIKAABYCwAAUQoAAEwIAABJBgAARwMA&#10;AEYABgBEAAsAQwAPAEIAEwBBABgAQQAeAD8AIwA+ACkAPQAuADsANAA6ADoAOQBBADgASQA3AFIA&#10;NgBdADQAagAzAHoAMgCMADEAoQAwALgALwDeAC8A+QAvAP8AMAD/AIwJAAB4DAAAaA0AAFwOAABS&#10;DgAASw4AAEUNAABBDAAAPwoAAD4IAgA9BAgAPAENADsAEAA6ABUAOQAaADgAIAA2ACUANQArADQA&#10;MAAzADcAMgA+ADEARgAvAFAALgBaAC0AZwArAHcAKgCJACkAnQAoALMAJwDRACcA8gAnAP8AJwD/&#10;AIYMAAByDgAAYxAAAFYRAABNEQAARREAAEAQAAA8DwAAOQ4AADcNAAA2CwQANggKADUGDgA0BRIA&#10;MgQXADEFHAAwBSIALwUoAC4GLgAtBjQAKwY8ACoGRAApB04AJwdZACYHZQAkB3UAIweHACIHmwAg&#10;BrAAIAbLAB8F7QAfBv4AHwf/AIAOAABtEQAAXhIAAFITAABIEwAAQRMAADsTAAA3EgAANBEAADIQ&#10;AAAwDwEAMA0GADALCwAvChAALQoUACwLGQAqCx8AKQslACgMKwAnDDIAJgw6ACQMQwAjDE0AIQ1Y&#10;ACANZQAeDXUAHA2IABoNnAAZDbEAGAzKABcM6wAXDfwAGAz/AHsRAABpEwAAWhUAAE4WAABFFgAA&#10;PRYAADgVAAAzFQAAMBQAAC0TAAArEgAAKhADACoPCAApDg0AKA4RACYOFgAlDx0AJA8jACMPKQAh&#10;EDEAIBA5AB4QQgAdEEwAGxBYABkQZgAXEHYAFRCJABQQngASELMAERDOABEQ7gASEP4AEhD/AHcT&#10;AABlFQAAVxcAAEsYAABCGQAAOhkAADQYAAAwFwAALBcAACkWAAAnFQAAJhQBACUSBAAjEgsAIhIP&#10;ACESFAAgEhoAHhMgAB0TJwAcEy4AGhM2ABkUQAAXFEoAFhRWABQUZAASFHQAERSHABAUnAAOFLEA&#10;DRTKAA0U6wAOE/4ADhP/AHMVAABhGAAAUxoAAEgbAAA/GwAANxsAADIaAAAtGgAAKRkAACYYAAAk&#10;GAAAIhcAACAWAQAeFggAHRYNABsXEgAaFxcAGRcdABgYJAAWGCsAFRg0ABQYPQASGUgAERlUABAZ&#10;YgAOGXIADRmEAAwZmAAKGa0ACRjGAAkY5wAJGPoAChf/AG8YAABeGgAAUBwAAEUdAAA8HQAANR0A&#10;AC8dAAAqHAAAJhsAACMbAAAhGgAAHhoAABwaAAAaGwUAGBsMABYcEAAVHBUAFBwbABMcIgASHSkA&#10;ER0xABAdOwAOHUUADR5RAAweXgAKHm0ACR6AAAcelAAFHaoAAx3CAAMd5gAEHPgABRz/AGsaAABb&#10;HQAATR4AAEIfAAA6HwAAMh8AAC0fAAAoHgAAJB4AACEdAAAeHQAAHB0AABgeAAAVHwIAEyAJABIh&#10;DgAQIRIAECEYAA4hHwAOIiYADSIuAAwiNwAKIkEACSJNAAciWgAFImkAAyJ8AAEikQAAIqgAACHA&#10;AAAh5QAAIPgAACD/AGcdAABXHwAASiEAAEAhAAA3IgAAMCEAACohAAAmIAAAIiAAAB8fAAAcHwAA&#10;GSAAABYhAAASIwIAECQHAA4mDAAMJhAACyYVAAomHAAJJiIACCYqAAYnMwAEJz0AAydJAAEnVgAA&#10;J2YAACd5AAAnjwAAJqYAACa/AAAl5AAAJfkAACT/AGMgAABUIgAARyMAAD0kAAA0JAAALiMAACgj&#10;AAAkIgAAISIAAB4hAAAaIgAAFyMAABMkAAAQJgIADigHAAsqCwAIKw4ABisTAAQrGAACKx8AASwn&#10;AAAsMAAALDoAACxFAAAsUwAALGMAACx2AAAsjAAAK6QAACu+AAAq5AAAKvoAACn/AF8jAABQJQAA&#10;RCYAADomAAAyJgAAKyYAACYlAAAjJAAAHyQAABskAAAXJQAAFCcAABEpAAAOKwIACy0GAAcvCwAE&#10;MA4AADARAAAxFQAAMRwAADEjAAAyLAAAMjYAADJCAAAyTwAAMl8AADJyAAAxiQAAMaIAADC8AAAw&#10;5AAAL/sAAC//AFonAABMKAAAQCkAADcpAAAvKQAAKSgAACUnAAAhJgAAHCcAABgoAAAUKgAAESwA&#10;AA4uAAALMAEABzIFAAM0CQAANQwAADYPAAA3EgAAOBgAADggAAA4KAAAODIAADk9AAA5SwAAOVsA&#10;ADhuAAA4hQAAN58AADe6AAA25AAANfwAADX/AFUqAABILAAAPSwAADQsAAAtKwAAKCoAACQpAAAe&#10;KgAAGSsAABQtAAARLwAADTEAAAo0AAAHNgAAAjgEAAA6BwAAOwoAAD0NAAA+EAAAQBQAAEAbAABA&#10;JAAAQC4AAEA5AABARwAAQFYAAEBpAABAgAAAP5sAAD63AAA94wAAPPwAADz/AFAvAABDLwAAOS8A&#10;ADIvAAAsLQAAJywAACAtAAAaLwAAFTEAABEzAAANNgAACTgAAAU7AAAAPQAAAEABAABBBAAAQwcA&#10;AEULAABGDgAASBEAAEoWAABKHgAASigAAEo0AABJQgAASVEAAElkAABIewAASJcAAEe0AABG4AAA&#10;RfwAAET/AEozAAA/MwAANjMAADAxAAAqMAAAIzEAABwzAAAWNQAAETgAAA07AAAIPgAAA0EAAABD&#10;AAAARgAAAEgAAABKAAAATAQAAE4HAABPCwAAUQ4AAFQSAABVGQAAVSIAAFQuAABUPAAAVEsAAFNe&#10;AABTdAAAUpAAAFGuAABQ1wAAT/sAAE7/AEU3AAA8NwAANTYAAC80AAAmNQAAHjcAABc6AAARPQAA&#10;DEEAAAdEAAAASAAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFgCAABbBgAAXQsAAF8OAABiEwAA&#10;YhsAAGInAABiNAAAYUUAAGBXAABgbQAAX4kAAF2nAABczAAAWvgAAFn/AEE8AAA6OwAANDkAACo6&#10;AAAhPAAAGEAAABFDAAAMRwAABksAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAYwAAAGUA&#10;AABnAQAAagUAAG0KAABwDgAAcxUAAHIgAAByLQAAcT0AAHBPAABvZQAAboAAAG2fAABrwQAAafEA&#10;AGj/AD9AAAA5PgAALj8AACRCAAAaRgAAEkoAAAxPAAAEVAAAAFgAAABdAAAAYQAAAGUAAABoAAAA&#10;awAAAG4AAABxAAAAcwAAAHUAAAB4AAAAewAAAH4DAACBCgAAhQ8AAIcXAACGJAAAhTQAAIRGAACC&#10;XQAAgXYAAH+WAAB+tgAAfOcAAHr/AD9EAAAzRQAAKEgAAB1MAAATUgAADFcAAANdAAAAYwAAAGgA&#10;AABtAAAAcQAAAHYAAAB6AAAAfgAAAIEAAACDAAAAhgAAAIkAAACLAAAAjgAAAJIAAACVAQAAmQkA&#10;AJ4QAACeGgAAnSkAAJw8AACaUgAAmGwAAJaLAACUqgAAktQAAJD6ADhLAAAsTgAAIFMAABVZAAAN&#10;YAAAA2cAAABuAAAAdAAAAHoAAACAAAAAhAAAAIoAAACOAAAAkgAAAJUAAACXAAAAmgAAAJ0AAACg&#10;AAAAowAAAKcAAACrAAAArwAAALQJAAC4EAAAtx4AALUwAACzRgAAsWAAAK9+AACsoAAAq8EAAKnu&#10;ADFVAAAkWwAAGGEAAA5pAAAFcQAAAHkAAACBAAAAiAAAAI8AAACUAAAAmgAAAJ8AAACkAAAAqAAA&#10;AKkAAACsAAAArwAAALMAAAC1AAAAuQAAAL0AAADBAAAAxgAAAMsAAADRCgAA0xQAANElAADQOwAA&#10;zVQAAMpxAADIkgAAxbMAAMPeACliAAAcaQAAEXEAAAd7AAAAhAAAAI0AAACVAAAAnQAAAKMAAACp&#10;AAAArwAAALQAAAC5AAAAvAAAAL4AAADCAAAAxQAAAMgAAADMAAAA0AAAANQAAADaAAAA3wAAAOQA&#10;AADqAAAA7gwAAO0aAADsLwAA6kkAAOhlAADmhgAA5KUAAOLGAP8AAAD/AAAA/wAAAPwAAQD8AAgA&#10;/gAOAP8AFAD/AB0A/wAmAP8AMAD/ADoA/wBCAP8ASQD+AFAA+wBWAPkAXAD2AGIA9ABoAPIAbwDw&#10;AHYA7QB/AOoAiQDnAJUA5ACjAOAAtQDbANAA1QD2AMoA/wC2AP8AqAD/AJ8A/wCaAP8AlgD/AP8A&#10;AAD7AAAA9gAAAPMAAADzAAAA9gAJAPoADgD9ABYA+wAgAPcAKgDyADMA7QA7AOkAQwDmAEkA4gBP&#10;AN4AVQDbAFsA1gBgANIAZwDPAG4AzAB2AMkAgADGAIwAwgCaAL8AqgC7AMEAuADpALYA/wCnAP8A&#10;mgD/AJIA/wCNAP8AigD/APoAAADxAAAA6gAAAOcAAADnAAAA5AABAOAACwDbABEA2gAaANsAIwDR&#10;ACwAygA0AMYAOwDCAEIAvwBIALwATgC6AFMAuABZALYAXwCzAGYAsQBuAK4AdwCsAIMAqQCRAKYA&#10;oQCjALUAoADYAJ4A+wCVAP8AiwD/AIUA/wCAAP8AfgD/AO8AAADjAAAA2gAAANMAAADGAAAAvwAA&#10;ALkABgC3AA4AtAAUALQAHQCzACUArgAtAKsANACnADsApABBAKEARgCfAEwAnQBRAJsAVwCZAF4A&#10;lwBlAJUAbgCTAHkAkACHAI4AlwCMAKkAiQDEAIgA7wCFAP8AfAD/AHYA/wBzAP8AcgD/AOAAAADQ&#10;AAAAxgAAALYAAACpAAAAoQAAAJ0AAQCZAAoAmAAQAJgAFgCXAB4AlAAmAJEALQCPADQAjAA6AIoA&#10;PwCIAEUAhwBKAIUAUACDAFYAgQBeAIAAZgB+AHEAfAB9AHkAjQB3AKAAdQC2AHMA3wByAP8AbgD/&#10;AGkA/wBnAP8AZQD/AMwAAAC+AAAAqwAAAJ0AAACTAAAAigAAAIUAAACCAAUAgAANAH8AEQB/ABgA&#10;gAAgAH0AJgB6AC0AdwAzAHUAOAB0AD4AcgBDAHAASQBvAE8AbQBWAGwAXgBqAGgAaAB1AGcAhABl&#10;AJYAZACrAGIAyQBhAPYAYAD/AFwA/wBbAP8AWgD/AL0AAACpAAAAlwAAAIkAAAB+AAAAeAAAAHMA&#10;AABvAAEAbQAJAGwADgBrABMAawAZAGoAIABoACYAZgAsAGUAMgBjADcAYgA8AGAAQgBfAEgAXQBP&#10;AFwAVwBaAGEAWQBtAFcAewBWAI4AVQCiAFMAuwBSAOkAUgD/AFAA/wBPAP8ATwD/AK0AAACYAAAA&#10;hgAAAHgAAABuAAAAZwAAAGMAAABgAAAAXQAFAFwACwBbABAAWwAVAFsAGwBaACEAWAAmAFYALABU&#10;ADEAUwA2AFIAPABRAEIATwBJAE4AUQBNAFsASwBmAEoAdABJAIUASACZAEcAsQBGANgARgD8AEUA&#10;/wBFAP8ARQD/AJ8AAACJAAAAeAAAAGwAAABiAAAAWwAAAFYAAABTAAAAUQACAE8ACABPAA0ATgAR&#10;AE4AFgBNABwATAAhAEoAJgBJACwASAAxAEcANwBFAD0ARABEAEMATABCAFUAQABgAD8AbgA+AH4A&#10;PQCSADwAqQA7AMcAOwDzADsA/wA7AP8APAD/AJMAAAB+AAAAbgAAAGEAAABYAAAAUQAAAEwAAABJ&#10;AAAARwAAAEUABQBEAAsAQwAOAEMAEgBDABcAQgAdAEAAIgA/ACcAPgAsAD0AMgA7ADgAOgA/ADkA&#10;RwA4AFAANwBbADUAaAA0AHgAMwCMADIAogAxALwAMQDnADEA/wAyAP8AMwD/AIkAAAB2AwAAZgUA&#10;AFkHAABQBwAASQYAAEMFAABAAwAAPgEAADwAAwA7AAgAOgANADoAEAA5ABQAOQAZADcAHgA2ACMA&#10;NQAoADQALgAzADQAMgA7ADAAQwAvAEwALgBXAC0AZAAsAHMAKwCHACoAnAApALUAKQDcACkA+wAp&#10;AP8AKgD/AIEEAABuCAAAXwoAAFMLAABKCwAAQgsAAD0KAAA5CQAANggAADUFAAA0AgYAMwAKADIA&#10;DgAxABEAMQAVADAAGgAvAB8ALgAkACwAKgArADAAKgA3ACkAPwAoAEkAJwBUACYAYAAkAG8AIwCC&#10;ACIAlwAhAK4AIQDMACEA8wAhAP8AIgD/AHsJAABoDAAAWg0AAE4OAABFDgAAPQ4AADgNAAAzDQAA&#10;MAwAAC4LAAAtCQMALQYIACwEDAArAg8AKgESACkBFwAoARwAJwAhACYAJwAlAC0AJAA0ACMBPQAi&#10;AUYAIQFRAB8BXQAeAWwAHAF/ABsAlAAaAKoAGgDFABoA6wAZAP8AGgD/AHUMAABkDgAAVQ8AAEoQ&#10;AABAEAAAORAAADMQAAAvDwAALA4AACkOAAAnDQEAJwwFACcKCgAmCA0AJQcQACQGFAAiBhkAIQYf&#10;ACAHJAAfBysAHgcyAB0HOgAcCEQAGghPABkIXAAXCGsAFgh9ABUHkQAUB6cAEwa/ABIF5AASBfoA&#10;EgX/AHEOAABfEAAAUREAAEYSAAA9EgAANhIAADASAAArEQAAKBEAACUQAAAjEAAAIg4EACENBwAh&#10;DAsAIAsOAB8LEgAdCxcAHAwcABsMIgAaDCkAGQwxABgMOQAWDUMAFQ1PABMNXAASDWsAEA1+AA8N&#10;kgAODacADQy+AA0M4AANDPUADQz/AG0QAABcEQAAThMAAEMUAAA6FAAAMhQAAC0UAAAoEwAAJRMA&#10;ACISAAAgEQAAHhEDABwQBQAcDwgAGw8MABoOEAAZDxQAFw8aABYPIQAVECgAFBAwABIQOQAREEQA&#10;EBBQAA4QXQANEGsADBB8AAsQkAAJEKUACBC8AAcQ3wAHEPQABw//AGkRAABYFAAASxUAAEAWAAA3&#10;FgAAMBYAACoWAAAmFQAAIhUAAB8UAAAdEwAAGhMCABkSBAAXEgYAFhIKABUSDgAUEhIAEhIYABET&#10;HgAREyUAEBMuAA4TNwANFEAADBRLAAsUWAAJFGcABxR4AAYUjQAEFKMAAxO7AAIT3QABEvQAAhL/&#10;AGUTAABVFgAASBcAAD0YAAA0GAAALRgAACgYAAAjFwAAIBcAAB0WAAAaFQAAGBUCABYVBAAUFQUA&#10;EhYIABEWDQAQFxAADhcVAA4XGwANFyIADBcpAAsYMgAJGDwABxhHAAUYVAAEGGMAAhh1AAEYiwAA&#10;F6EAABe5AAAX3QAAFvUAABb/AGEWAABSGAAARRoAADsaAAAyGgAAKxoAACUaAAAhGQAAHhgAABsY&#10;AAAYFwAAFhcCABQXAwASGAUAEBkHAA4bCwAMGw8ACxsTAAobGAAIHB8ABxwmAAUcLwAEHDgAAhxE&#10;AAAdUQAAHWAAAB1yAAAciAAAHKAAABu5AAAb3gAAGvYAABr/AF4YAABPGgAAQhwAADgcAAAvHQAA&#10;KRwAACMcAAAfGwAAHBoAABkZAAAXGQEAFBkCABIaAwAQGwQADh0HAAweCwAJHw4ABiARAAUgFgAD&#10;IBwAASEjAAAhKwAAITUAACFAAAAhTgAAIV0AACFvAAAhhgAAIJ4AACC4AAAf3gAAHvgAAB7/AFob&#10;AABLHQAAPx4AADUfAAAtHwAAJx4AACIdAAAeHQAAGxwAABgbAAAVGwAAEhwAABAdAgAOHwQADCEG&#10;AAkiCgAFIw0AAiQQAAAlEwAAJRkAACYgAAAmKAAAJjIAACY9AAAmSgAAJloAACZsAAAmgwAAJZwA&#10;ACW3AAAk3wAAI/kAACP/AFUeAABHIAAAPCEAADIhAAArIQAAJSAAACAfAAAdHgAAGh0AABYeAAAT&#10;HgAAECAAAA4hAAAMIwIACCUFAAUnCQAAKAsAACoOAAArEQAALBYAACwdAAAsJQAALC4AACw6AAAs&#10;RwAALFYAACxpAAAsgAAAK5oAACq1AAAp3wAAKfsAACj/AFEiAABEIwAAOCQAAC8kAAAoIwAAIyIA&#10;AB8hAAAcIAAAFyAAABMhAAAQIwAADiQAAAsmAAAIKAAABCoEAAAsBwAALgkAADAMAAAxDwAAMxMA&#10;ADMZAAAzIQAAMyoAADM1AAAzQwAAM1IAADNlAAAyewAAMpcAADGzAAAw3gAAL/sAAC7/AEwlAAA/&#10;JgAANScAAC0mAAAnJQAAIiQAAB4jAAAZIwAAFCQAABEmAAAOKAAACyoAAAcsAAADLwAAADECAAAz&#10;BAAANQcAADcKAAA5DQAAOhAAADsVAAA7HQAAOyYAADsxAAA7PgAAO04AADtgAAA6dwAAOZIAADiw&#10;AAA32wAANvwAADX/AEcpAAA7KgAAMioAACspAAAlJwAAISYAABsnAAAVKAAAESoAAA4sAAAKLwAA&#10;BjEAAAE0AAAANgAAADgAAAA7AQAAPQQAAD8HAABBCgAAQw4AAEURAABFGAAARSEAAEUsAABEOQAA&#10;REgAAERbAABDcQAAQo0AAEGrAABA0gAAP/oAAD7/AEItAAA4LgAALy0AACkrAAAkKgAAHSoAABcs&#10;AAARLgAADTEAAAk0AAAENwAAADoAAAA8AAAAPwAAAEEAAABEAAAARgAAAEgDAABKBwAATAsAAE4O&#10;AABQEwAAUBwAAFAnAABPNAAAT0MAAE9VAABOagAATYYAAEykAABKygAASfgAAEj/AD4yAAA1MQAA&#10;Li8AACkuAAAgLgAAGTEAABIzAAAONwAACToAAAI9AAAAQAAAAEQAAABHAAAASQAAAEwAAABPAAAA&#10;UQAAAFMAAABVAQAAWAYAAFoLAABdDgAAXxUAAF4gAABeLAAAXTwAAFxOAABbYwAAWn4AAFidAABX&#10;wAAAVfIAAFT/ADo2AAAzNAAALTIAACQzAAAbNgAAEzkAAA49AAAIQQAAAEUAAABJAAAATAAAAFAA&#10;AABTAAAAVgAAAFkAAABbAAAAXQAAAGAAAABiAAAAZQAAAGgFAABrCwAAbxAAAG8YAABuJQAAbTQA&#10;AG1GAABrWwAAanUAAGiUAABmtgAAZOkAAGL/ADg5AAAyNwAAKDkAAB47AAAVPwAADkQAAAdJAAAA&#10;TQAAAFIAAABWAAAAWgAAAF4AAABiAAAAZQAAAGgAAABrAAAAbQAAAHAAAABzAAAAdgAAAHkAAAB9&#10;BAAAgQsAAIURAACEHQAAgiwAAIA+AAB+VAAAfmsAAHuKAAB6qgAAd9YAAHX9ADg9AAAsPgAAIkEA&#10;ABdGAAAPSwAAB1EAAABXAAAAXAAAAGIAAABmAAAAawAAAG8AAAB0AAAAeAAAAHsAAAB+AAAAgAAA&#10;AIMAAACGAAAAigAAAI0AAACRAAAAlgMAAJsMAACdEwAAmyEAAJozAACXSQAAlGIAAJN/AACQoAAA&#10;jsUAAIzzADFEAAAlSAAAGk0AABBTAAAIWgAAAGEAAABoAAAAbgAAAHQAAAB5AAAAfwAAAIQAAACJ&#10;AAAAjQAAAJEAAACTAAAAlgAAAJkAAACdAAAAoAAAAKQAAACoAAAArAAAALIDAAC3DQAAtxcAALUo&#10;AACyPgAAsFYAAKxzAACqlAAAqbQAAKXlACpPAAAeVAAAElsAAApiAAAAagAAAHMAAAB7AAAAggAA&#10;AIkAAACOAAAAlAAAAJoAAACfAAAApAAAAKYAAACpAAAArQAAALAAAACzAAAAtwAAALsAAADAAAAA&#10;xQAAAMsAAADRBAAA1Q4AANMdAADQMgAAzUsAAMpmAADGhwAAwqkAAMHLACJbAAAWYgAADGsAAAF0&#10;AAAAfQAAAIcAAACQAAAAlwAAAJ4AAACkAAAAqwAAALEAAAC2AAAAugAAALwAAADAAAAAxAAAAMgA&#10;AADLAAAAzwAAANQAAADaAAAA4AAAAOYAAADrAAAA8QYAAPATAADuJwAA7D8AAOpbAADnegAA5JsA&#10;AOC7AP8AAAD7AAAA9gAAAPMAAAD0AAUA9gAMAPoAEQD/ABkA/wAiAP8ALAD/ADUA/wA9AP8ARQD8&#10;AEwA+gBSAPcAWAD1AF4A8wBkAPEAagDuAHIA7AB6AOkAhQDlAJEA4QCgAN0AsgDYAM4A0gD2AMEA&#10;/wCtAP8AngD/AJYA/wCQAP8AjAD/APoAAADyAAAA7AAAAOkAAADpAAAA7AAFAPIADAD4ABIA9wAb&#10;APUAJQDwAC4A6wA3AOYAPgDiAEUA3QBLANgAUADTAFYA0ABcAM0AYgDKAGoAyAByAMUAfADCAIgA&#10;vgCWALoAqAC3AL8AtADoAK4A/wCdAP8AkAD/AIgA/wCDAP8AgAD/APAAAADlAAAA3gAAANoAAADb&#10;AAAA3AAAANgABwDRAA4A0QAVANIAHgDLACcAxQAvAMAANwC9AD0AugBEALcASQC1AE8AsgBVALAA&#10;WwCuAGEArABpAKkAcwCnAH8ApACNAKEAngCeALIAmwDVAJkA/ACMAP8AggD/AHsA/wB2AP8AdAD/&#10;AOIAAADTAAAAygAAAMcAAAC8AAAAtgAAALAAAQCvAAsArAARAK0AGACtACAAqAAoAKQALwCgADYA&#10;nQA8AJsAQgCZAEcAlwBNAJUAUwCTAFkAkQBhAI8AagCMAHUAigCDAIgAlACGAKcAgwDCAIIA8AB8&#10;AP8AcwD/AG0A/wBqAP8AaAD/AM8AAADBAAAAuQAAAK0AAACgAAAAmAAAAJQAAACRAAYAkAANAJAA&#10;EgCPABkAjgAhAIsAKACIAC8AhgA1AIQAOgCCAEAAgABFAH4ASwB8AFIAegBZAHgAYgB2AGwAdAB5&#10;AHIAiQBxAJ0AbwC0AG0A3wBsAP8AZQD/AGAA/wBeAP8AXAD/AL4AAACxAAAAoAAAAJIAAACJAAAA&#10;ggAAAHwAAAB6AAEAeAAJAHcADgB4ABQAdwAaAHQAIQByACcAcAAtAG4AMwBsADgAawA+AGkARABo&#10;AEoAZgBRAGQAWgBjAGQAYQBwAF8AfwBeAJMAXQCpAFwAyABbAPcAVwD/AFQA/wBSAP8AUQD/ALAA&#10;AACfAAAAjQAAAH8AAAB0AAAAbgAAAGoAAABmAAAAZQAEAGMACwBjABAAYwAVAGMAGwBhACEAXwAn&#10;AF0ALABcADIAWgA3AFkAPQBXAEMAVgBLAFUAUwBTAFwAUgBoAFAAdwBPAIkATgCfAE0AugBMAOkA&#10;SwD/AEkA/wBHAP8ARwD/AKIAAACNAAAAfAAAAG4AAABlAAAAXgAAAFkAAABXAAAAVQABAFQABwBT&#10;AA0AUwARAFQAFgBSABsAUQAhAE8AJgBOACsATAAxAEsANwBKAD0ASQBEAEcATABGAFYARABhAEMA&#10;cABCAIEAQQCXAEAArwA/ANcAPwD/AD4A/wA9AP8APgD/AJQAAAB/AAAAbwAAAGMAAABZAAAAUQAA&#10;AE0AAABKAAAASAAAAEcABABHAAoARgAOAEYAEQBHABYARQAcAEQAIQBCACYAQQArAEAAMQA+ADcA&#10;PQA+ADwARwA6AFAAOQBbADgAaQA3AHoANgCPADUApwA1AMYANAD1ADQA/wA0AP8ANQD/AIgAAAB0&#10;AAAAZQAAAFgAAABPAAAASAAAAEMAAAA/AAAAPQAAADwAAgA8AAcAOwAMADsADwA7ABIAOgAXADkA&#10;HAA3ACEANgAmADUALAA0ADIAMwA5ADEAQQAwAEsALwBWAC4AYwAtAHMALACIACwAoAArALsAKwDq&#10;ACsA/wArAP8ALAD/AH8AAABsAAAAXQEAAFECAABIAwAAQAMAADsCAAA3AAAANAAAADMAAAAyAAUA&#10;MgAJADIADQAxABAAMQATADAAGAAvAB0ALQAiACwAKAArAC4AKgA1ACkAPQAoAEYAJwBRACYAXgAl&#10;AG4AJACCACMAmQAjALMAIgDeACIA/wAjAP8AJAD/AHcAAABlBAAAVgYAAEsHAABCCAAAOggAADUH&#10;AAAwBgAALQUAACwDAAArAAMAKgAHACkACwApAA4AKQARACgAFQAnABkAJgAeACUAJAAkACoAIwAx&#10;ACIAOQAhAEMAIABOAB8AWgAeAGkAHQB8ABwAkwAbAKwAGwDNABsA9gAbAP8AHAD/AHAFAABfCAAA&#10;UQoAAEYLAAA9CwAANQsAADALAAArCgAAKAkAACUIAAAkBwIAIwQGACMCCQAiAQwAIgAPACEAEgAg&#10;ABYAHwAbAB4AIAAdACYAHAAuABsANgAaAD8AGQBKABgAVwAXAGYAFgB4ABUAjwAVAKYAFADDABQA&#10;7gAUAP8AFQD/AGsIAABbCwAATQwAAEINAAA5DQAAMQ0AACwNAAAnDQAAIwwAACEMAAAfCwEAHgoF&#10;AB0ICAAdBgsAHAUNABwEEAAbBBQAGQQYABkEHgAYBCMAFwQrABYEMwAVBDwAFARHABMDVAASA2MA&#10;EQN1ABACigAQAaIADwC8AA8A5QAPAP4AEAD/AGcLAABXDQAASQ4AAD4PAAA1DwAALg8AACgPAAAk&#10;DgAAIA4AAB0OAAAbDQEAGQ0EABgMBwAYCwkAFwkMABcJDgAWCRIAFQkWABQJGwATCSEAEgkoABIJ&#10;MAARCToAEAlFAA8JUgAOCWEADQlzAAwIiAALCJ8ACge3AAoG2wAKBfYACgT/AGMNAABTDgAARhAA&#10;ADsRAAAyEQAAKxEAACUQAAAhEAAAHRAAABoPAAAYDwEAFg4EABUOBwAUDQkAEw0LABMMDQASDBAA&#10;EQwUABAMGQAQDB8ADwwnAA4NLwANDTkADA1FAAsNUQAJDWAACA1xAAYNhgAFDZ0ABAy0AAMM0gAC&#10;DPEAAgv/AF8OAABQEAAAQxEAADgSAAAvEgAAKBIAACMSAAAeEQAAGxEAABgRAAAVEAIAFBAFABIQ&#10;BwARDwkAEA8KABAODAAODg4ADg8SAA0PFwAMEB0ADBAkAAoQLAAJEDYACBBBAAYQTgAFEF0AAxBv&#10;AAEQhAAAEJwAAA+0AAAO1AAADvMAAA7/AFwQAABNEgAAQBMAADYUAAAtFAAAJhQAACETAAAcEwAA&#10;GRIAABYSAAAUEQMAEhEGABERCAAQEAoADhALAA0RCwAMEQ0ACxIRAAoSFQAJEhoACBIhAAYTKQAF&#10;EzMAAxM+AAITSwAAE1oAABNsAAATggAAEpsAABK0AAAR1wAAEfUAABH/AFgSAABJFAAAPRUAADMW&#10;AAArFgAAJBUAAB8VAAAaFAAAFxQAABQTAQATEgQAERIHABASCQAOEgkADRIJAAsTCgAJFA0ABxUP&#10;AAYWEwAEFhgAAxYfAAIWJwAAFzAAABc7AAAXSAAAF1gAABdqAAAWgAAAFpkAABW0AAAV2QAAFPcA&#10;ABP/AFUUAABGFgAAOhcAADAYAAAoGAAAIhcAAB0WAAAZFgAAFhUAABMUAwASEwYAEBMHAA8TBwAN&#10;FAcACxUIAAkWCQAGGAwAAxoOAAEaEQAAGhYAABscAAAbJAAAGy0AABs4AAAbRgAAHFUAABtnAAAb&#10;fQAAG5cAABqzAAAZ2wAAGPkAABf/AFEWAABDGAAANxkAAC4aAAAmGgAAIBkAABsYAAAYFwAAFRYB&#10;ABMVBQARFQQADxUEAA0WBAALFwUACRkGAAYaCAACHAoAAB4NAAAgEAAAIBMAACAZAAAgIQAAISoA&#10;ACE1AAAhQgAAIVIAACBkAAAgegAAH5UAAB+xAAAe2wAAHfoAABz/AE0ZAAA/GwAANBwAACscAAAk&#10;HAAAHhsAABoaAAAXGAAAFBcCABIXAgAQGAEADRkBAAsaAgAIHAMABR0EAAIfBgAAIQgAACMLAAAl&#10;DgAAJhEAACYWAAAmHgAAJycAACcyAAAnPwAAJk4AACZgAAAmdwAAJZIAACSvAAAj2gAAIvsAACH/&#10;AEgdAAA8HgAAMR8AACgeAAAiHgAAHRwAABkbAAAWGgAAEhoAABAbAAANHAAACx0AAAgfAAAEIQAA&#10;ASMCAAAlBAAAJwYAACkJAAAsDAAALg8AAC4TAAAuGgAALiMAAC4uAAAuOwAALkoAAC1cAAAtcgAA&#10;LI4AACusAAAq1AAAKfsAACj/AEQgAAA4IQAALiEAACYhAAAgIAAAHB4AABgdAAAUHQAAEB4AAA4f&#10;AAALIQAAByMAAAMlAAAAJwAAACkAAAAsAQAALgMAADAGAAAzCgAANQ0AADYRAAA2FwAANh8AADYp&#10;AAA2NgAANkUAADVXAAA1bQAANIkAADKoAAAxzwAAMPoAAC//AD8kAAA0JAAAKyQAACQjAAAfIQAA&#10;GyAAABYgAAARIQAADiMAAAolAAAGKAAAAioAAAAtAAAALwAAADIAAAA0AAAANwAAADkDAAA7BgAA&#10;PgoAAEAOAABBEgAAQRoAAEAlAABAMQAAQEAAAD9SAAA+ZwAAPYIAADyiAAA6xwAAOfgAADj/ADoo&#10;AAAwKAAAKScAACMlAAAfIwAAGCQAABIlAAAOKAAACioAAAUtAAAAMAAAADMAAAA2AAAAOAAAADsA&#10;AAA+AAAAQAAAAEIAAABFAgAARwYAAEoKAABNDgAATRUAAEwfAABMKwAASzoAAEpMAABJYQAASHwA&#10;AEebAABFvwAAQ/MAAEL/ADYsAAAtKwAAJykAACMnAAAbKAAAFCoAAA4tAAAKMAAABDMAAAA3AAAA&#10;OgAAAD0AAABAAAAAQwAAAEYAAABIAAAASwAAAE0AAABQAAAAUwEAAFYGAABZCwAAWxAAAFsZAABa&#10;JQAAWTQAAFhGAABXWgAAVXQAAFSTAABStQAAUOoAAE//ADMwAAAsLgAAJywAAB4tAAAWLwAAEDIA&#10;AAo2AAADOgAAAD8AAABCAAAARgAAAEkAAABMAAAATwAAAFIAAABVAAAAWAAAAFoAAABdAAAAYAAA&#10;AGMAAABnBgAAawwAAGwSAABrHgAAaywAAGk9AABnUgAAZmoAAGSJAABhqwAAX9wAAF3/ADEzAAAs&#10;MQAAIjIAABk1AAAROQAACj0AAAJCAAAARwAAAEwAAABQAAAAVAAAAFgAAABbAAAAXwAAAGIAAABl&#10;AAAAaAAAAGsAAABuAAAAcQAAAHUAAAB5AAAAfQYAAIINAACCFgAAgCQAAH41AAB8SQAAe2EAAHh/&#10;AAB2nwAAc8YAAHD3ADE2AAAmOAAAHDsAABJAAAALRQAAAksAAABRAAAAVgAAAFsAAABgAAAAZQAA&#10;AGkAAABuAAAAcgAAAHYAAAB5AAAAfAAAAH4AAACCAAAAhQAAAIkAAACOAAAAkwAAAJgGAACcDgAA&#10;mxoAAJgrAACWQAAAklkAAJFzAACNlQAAi7UAAIjoACs+AAAgQQAAFUcAAA1NAAACVAAAAFsAAABh&#10;AAAAaAAAAG4AAABzAAAAeQAAAH4AAACDAAAAiAAAAIwAAACPAAAAkgAAAJUAAACZAAAAnQAAAKEA&#10;AAClAAAAqgAAALAAAAC3BwAAuBEAALUhAACyNQAAr00AAKppAACoiAAApqgAAKLRACNIAAAYTgAA&#10;DlQAAARcAAAAZAAAAG0AAAB1AAAAfAAAAIMAAACJAAAAjwAAAJUAAACbAAAAoAAAAKMAAACmAAAA&#10;qQAAAK0AAACxAAAAtQAAALkAAAC+AAAAxAAAAMoAAADSAAAA2goAANYWAADSKQAAzkEAAMpcAADF&#10;fAAAwp0AAMG9ABxVAAARXAAAB2UAAABuAAAAdwAAAH8AAACIAAAAkAAAAJgAAACfAAAApQAAAK0A&#10;AACzAAAAuAAAALoAAAC+AAAAwgAAAMYAAADKAAAAzgAAANMAAADaAAAA4AAAAOcAAADtAAAA8wAA&#10;APQOAADyHgAA7zYAAOxRAADobgAA5JAAAN+xAAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8R&#10;EhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZ&#10;W1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gi&#10;o6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr&#10;7O3u8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8A&#10;AAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2&#10;Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+&#10;gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbH&#10;yMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////&#10;////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxES&#10;ExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlb&#10;XF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKj&#10;pKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs&#10;7e7w8fL09fb3+fr7/P7//////////////////////////////////////////////////////wAB&#10;AgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6&#10;Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJz&#10;dHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqus&#10;ra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl&#10;5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEA&#10;AAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYn&#10;KCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9g&#10;YWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZ&#10;mpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS&#10;09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYG&#10;BwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkp&#10;KissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5&#10;fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS&#10;0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb2&#10;9/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYX&#10;FxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RF&#10;RkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1&#10;tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm&#10;5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//pSUG/6QwDv+mOhj/&#10;sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnC&#10;t6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTC&#10;bIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj&#10;/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9&#10;y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbX&#10;unCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tL&#10;Mv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7Gd&#10;gtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZ&#10;zLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/B&#10;VUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG&#10;/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOr&#10;moncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0&#10;qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+&#10;w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6Qw&#10;Dv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmonc&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOr&#10;dre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+mOhj/sUMj/7tLMv/BVUX+w15a&#10;8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pSUG/6QwDv+m&#10;Ohj/sUMj/7tLMv/BVUX+w15a8sRlcOTCbIbXunCZzLJ0qsOrdre9pnnCt6F9y7GdgtOrmoncpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/piUG/6QwDv+nOhj/skMi/7xLMv/DVEX8xl1a8chkcePGaofWwG+by7hyrMKxdLq7&#10;rXfEtKl7zaujf9SinoXbmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4Zma&#10;juGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuH/piUG/6UwDv+oOhf/s0Mi/75LMf/FVEX5yVxb781j&#10;cePMaYjVxm2cyb9wrr22crq0sHXDq6p4yqKlfNGZoYHYkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYnd&#10;kJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid3/piUG/6UwDv+qOhf/&#10;tUMi/8BLMf3IU0X2zVtb7dFhcuHQZ4nRy2udwsBurba3cbissXPBo6x2yJqoec6SpH7UiaCF2Img&#10;hdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF&#10;2Imghdj/pyUG/6UwDv+rOhf/tkMh/8FLMfrLUkTz0Vpa6tlgct7WZYnLzGqcu8Ftq6+5cLaltHK+&#10;nK90xJSrd8qLp3vPhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSE&#10;pIHUhKSB1ISkgdSEpIHUhKSB1ISkgdT/pyUG/6YwDv+tOhb/uEIh/sRKMPfOUkTw1lha5+Bectba&#10;ZIjEzWmatMNsqKi7b7KetnC6lrJywI6udsaGqnrKf6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/&#10;zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf87/qCUG/6cwDv+uORb/ukIg&#10;+8ZKL/TTUUPr3Vda4+Zccc7bZIe9z2mYrsVrpaK+bq+YuW+2kLVxvIixdMGBrnjFe6x9yXusfcl7&#10;rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXus&#10;fcn/qCQG/6cwDf+wORX/vUIf98lKL+/YUELm41VZ3OhbcMbdY4W20WiVp8hroZzBbaqTvG+xirlx&#10;toS1dLt9sne/d7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzC&#10;d7B8wnewfMJ3sHzCd7B8wnewfML/qSQF/6gwDf+zORT+wEIe881KLendT0Dh6VNZ0+pbb7/fY4Kv&#10;02eRoctqnZbFbaWNwG+rhr1xsH+6c7V6t3e4dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1&#10;e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7v/qiQF/6kvDf+2OBP5xEEd7dJJ&#10;K+LjTUDb71JYyu1abbfhYn+o1meNm89ql5HJbZ+IxW+lgsJxqXu/dK12vXewcbt7s3G7e7Nxu3uz&#10;cbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7P/&#10;qyQF/6svDf+6OBLzyUEb5NpJKNjoTEDO81FXwO9Za67kYXqg3GeGlNRrkIvPbpeEzHCcfclzoHjG&#10;daNzxHimbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8&#10;qW7CfKluwnypbsJ8qW7CfKn/rSQF/7AvC/vAOA/q0EEX2uJGKMzuTEHD+VBVtfNYZqXpYXSX4Wd+&#10;jdtrhoXXb4x/1HKRetF1lHXPeJdxzXuabMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxs&#10;zH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpz/ryME/7YtCfHINgzd3D0TzepGKsH2&#10;S0C2/09RqvdYYJvvYWuP6Gh0heRte3/gcYB53nSDddx4hnLae4lu2H6La9aCjWvWgo1r1oKNa9aC&#10;jWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo3/sSME&#10;+r8sBuPULwfO5jsWwfNFK7T/ST2o/05Mnv1XWJH2YWGG8Wlpf+1vbnnqdHJ16Hd1ced6d27lfXlr&#10;5IB7aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnj&#10;hHxp44R8aeOEfGnjhHz/tSID68siAtDjJwfC8ToZtP5CKqb/Rjmb/01Fkv9WT4b+YlZ++mpcd/dw&#10;YHP1dWNv83hlbfJ8Z2rxf2ho8IJqZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74Vr&#10;Zu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWv2whsB1N8RAcLvJgu1/Doap/8+J5n/RDON&#10;/0s9hf9VRXz/YUt1/2pPcP9wUmz/dVRq/nlWaP18V2b8f1hk/IJaY/uGW2P7hltj+4ZbY/uGW2P7&#10;hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hlvUzwoAxO0S&#10;ArX7Jg2o/zYZmf87I4z/QSyA/0o0eP9TOnH/Xz9s/2lDaP9vRWX/dEdj/3dIYv97SWH/fkpf/4FK&#10;Xv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte&#10;/4RLXv+ES17/hEv/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6b&#10;f6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P&#10;+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+e&#10;OBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+X&#10;y7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bI&#10;k4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7Zm&#10;Y+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/&#10;qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9&#10;oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sx&#10;wo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60&#10;b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe&#10;/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+u&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2I&#10;ub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3fi&#10;rHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+eOBX/qEEe/7FJ&#10;K/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6IjL+6g5HFt3+Xy7R9oM+ueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNH/&#10;nyIF/50tDP+eOBX/qEEe/7FJK/+2Uzz/uF1P+7ZmY+60b3firHWJ2KR7mc6bf6bIk4Sxwo2Iub6I&#10;jL+6g5HFt3+Xy7R9oM+ueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNH/nyIF/50tDP+fOBX/qkAe/7NJK/+5Ujz/u1xP+rplZO24bXjhsHOL&#10;1ah5nMyffarFl4G1v5GFvrqMicW2h4/MsoOW0q+BoNanfqLTp36i06d+otOnfqLTp36i06d+otOn&#10;fqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otP/nyIF/54tDP+gNxT/q0Ae/7RJK/+7&#10;Ujz/vVtQ+r5kZOy8bHngtXKN0613nsqkeq3CnH65vJaCw7eQh8qyi4zSroeV2KaDndqhgqHVoYKh&#10;1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodX/oCIF&#10;/54tDP+hNxT/rEAd/7ZIK/+9UTz/wFpQ+sFjZezBanreuXCP0rF1ocioeLDAoXu8uZt/x7SWhM+w&#10;lI3Vq5GX2qCJnNyaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qI&#10;oNeaiKDXmoig15qIoNf/oCIF/54tDP+iNxT/rUAd/7dIKv+/UTz/wlpQ+cRiZevFaXvevm6Q0bZz&#10;o8audrO+p3nAuKN/ybShhs+snI3Vo5aU2pqRnNyVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/Y&#10;lY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9j/oCIF/58tDP+jNxT/rkAd/7hIKv/BUDz+&#10;xVlQ98hgZuvKZ3zdw22Rz7xxpcW0dLW9sHnAtqx/yK6nhc+loYrVnJyR2pWZnNyPlJ/Yj5Sf2I+U&#10;n9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9j/oSIF/58t&#10;DP+kNxT/sD8c/7pIKv/DUDv7yFhQ9ctfZunPZnzcyWuSzsNvpsG6crW2snbArKx7yKSof86cpIXU&#10;lKCN2I2fmduKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iK&#10;nJ/Yipyf2Iqcn9j/oSIF/6AtDP+mNhP/sT8c/7tIKf7GTzv4y1dQ8tBeZufUZH3az2mTyMVtprq7&#10;cLSts3O/o612x5qoes2SpX/SiqKG14SgkdmEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc&#10;14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNf/oSIF/6AtDP+nNhP/sz8c/71HKfzITjv1zlZP&#10;7tVdZuTaYn3T0miSwcZspLO8b7GmtXK8nK90xJOrd8qLp3vPg6SB1H2ii9Z7o5XVe6OV1XujldV7&#10;o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldX/oiEF/6AtDP+o&#10;NhL/tD8b/79HKPnLTjry01VP6txbZuDgYX3M02eRu8hroqy+bq+gt3C4lbJzwI2udsWFqnrKfqh/&#10;znimh9F1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/S&#10;daWP0nWlj9L/oiEF/6EsC/+qNhL/tj4b/cJHKPXNTjnu2VRO5uNZZdjiYHvF1WaPtMpqn6XBbauZ&#10;um+0kLVyu4ixdcCBrnjFeqx9yXSqhMtxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGp&#10;i8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8z/oyEF/6IsC/+sNRH/uT4a+cVHJ/DRTTjp4FJM4ulX&#10;ZM7kX3q912aMrcxqm5/EbKeTvm+virlxtYO2dLp8s3e+drF8wnGvgsRurofGbq6Hxm6uh8ZurofG&#10;bq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8b/pCEF/6MsC/+vNRD/&#10;vD4Y9MlGJerYTTbi509M3O9VY8bmX3i02mWJpdBplpjIbKGNw2+ohb9xrn67dLJ4uXe2c7d7uW61&#10;gLxrtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SF&#10;vmu0hb7/pSEE/6QsC/+zNQ/7wT4X7c9GIuHfSzTY609Mz/NUYrzoXnSr3mSEndRpkJHObZmHyW+g&#10;gMVypXrCdKl0wHiscL57r2u8gLJou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNo&#10;u4SzaLuEs2i7hLNou4SzaLuEs2i7hLP/piEE/6grCv+4NA3zxz0U5NhFHtbmSTXL8U5MxPdTX7Hs&#10;XXCh4mR9ldtph4rVbo+C0HGVe810mnbLd51xyXmgbcd9omnFgaVmxIWmZsSFpmbEhaZmxIWmZsSF&#10;pmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhab/qCAE/64qCPy/MwvpzzwQ&#10;1+FCHsrtSTW/+E1Kt/tSW6bxXWmY6WV0jOJqfYPdb4R82nOJd9d3jHPVeo9v032RbNGAlGjQhJZl&#10;z4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XP&#10;h5f/qiAD/7UpBvDIMQfa3TMMy+pCIb72SDWy/0xGqf9RVZv3XWCO8GVqhetscX3ncXZ35HZ6c+J5&#10;fW/hfH9s34CBad6Dg2fdh4Vl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImG&#10;ZdyJhmXciYZl3ImGZdyJhmXciYb/rR8D+b8lA9/WIgLL6DIPvvRBIrD/RTOk/0pBnP9RTY/+XVaF&#10;+WZeffRuZHbyc2hy73hrbu58bWztf29q7IJwZ+qFcmXqiXNj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPp&#10;jHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHT/thwC6M0UAczmHQS+8zESsf8+&#10;IqP/Qi+W/0g6jf9QRIT/XEt7/2dRdP5uVm/8c1ls+3hbafl8XWf4f15m+INfZPeGYGL2iWFh9oxi&#10;YfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGLz&#10;xA8AztoLAL3zHQex/zIUo/86H5X/PyqJ/0YzgP9POnj/W0Bx/2ZFbP9tSGj/c0pm/3dMZP97TWL/&#10;f05h/4JPYP+FUF7/iVFe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+L&#10;UV7/i1Fe/4tRXv+LUV7/i1HMywkAvuYMAa//Hgmk/zATlf81HIf/PCR8/0Qrc/9NMWz/WDVn/2M5&#10;Y/9rO2H/cT1f/3U+Xf95P1z/fEBb/39BWv+CQVn/hkJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY&#10;/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEL/mR8F/5YrC/+VNhL/oD4a/6hHJv+u&#10;UTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGy&#10;vrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F&#10;/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazH&#10;fJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/&#10;h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/&#10;r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5Yr&#10;C/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmx&#10;xXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uS&#10;hZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF&#10;/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+V&#10;NhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXme&#10;tcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61lV/ipb2jto3h545t/h9uShZTU&#10;i4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5YrC/+VNhL/oD4a/6hHJv+uUTT/r1tF/61l&#10;V/ipb2jto3h545t/h9uShZTUi4yez4WRpsuAlazHfJmxxXmetcJ2o7nAdKq8vXGyvrlvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb//mR8F/5crC/+XNhL/&#10;oT4a/6pGJf+wUDT/sVpF/7BkV/esbWnsp3d74Z59itmWg5fRjomiy4iOq8eCk7HEfpe3wXqcu753&#10;or+8darCtXGuw7Nyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3Kv&#10;wbNyr8H/mR8F/5cqCv+YNRL/oz0a/6xGJf+zTzT/tFlG/7RjWPaxbGvqrXV936N7jdWbgZzNkoao&#10;x4uKscKFj7m/gJS+u3yaw7l5oce1dqnKrXWsxqt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSr&#10;dq3Eq3atxKt2rcSrdq3Eq3atxKt2rcT/mh8E/5gqCv+aNBL/pT0Z/65GJf+1TjT/t1hG/7dhWfW1&#10;amzpsnN/3ah4kNOffqDKloKsxI6Ht76IjL+6g5HFt3+Yy7R8oc+reKXPpXmqyKR5rMakeazGpHms&#10;xqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMb/mh8E/5gqCv+bNBH/pj0Z&#10;/69FJf+3TjT/uldG/7tgWfS5aW3ntnGB3Kx2k9Cke6PImn+xwJOEvLuMicW3iJDLtIaZzrKGpNGk&#10;fKTRn32pyp59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59&#10;qsj/mx8E/5kqCv+cNBH/pzwZ/7FFJP+5TTT/vFdG/r5fWfS9Z27num+C2rF0lc+oeabFn320vpeB&#10;wLmUisa1kZLLr42Yz6qKodKegqPTmYGozJiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnK&#10;mIKpypiCqcqYgqnKmIKpypiCqcr/mx8E/5kqCv+dNBH/qTwY/7JFJP+7TTP/v1ZG/cFeWvPBZm/m&#10;v22D2bZzl82td6jEpXu3vqGDwLabicaulY/MqJGVz6KOntKZh6LTlIanzZOGqMuThqjLk4aoy5OG&#10;qMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMv/mx8E/5kqCv+eMxH/qjwY/7NF&#10;JP+8TDP/wVVG+8RdWvPFZW/lw2yE2LtxmMyydavDrXy2uaWBv7CehsaomYzLoZWS0JuSm9OUjqLU&#10;j4qmzo+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMv/&#10;mx8E/5oqCv+fMxD/qzwY/7VEI/++TDP+w1VF+cdcWvHJZG/lyGqF1sFvmsq5dKq+sHq2s6l/v6qi&#10;hMainYrLm5qQz5WXmdKPlKLUipCmzoqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+o&#10;zIqPqMyKj6jMio+ozIqPqMz/nB8E/5oqCv+gMxD/rDwY/7ZEI/+/TDL8xlRF9spcWu/NYnDkzWiG&#10;08VtmsW8c6q5tHi1rq19vqWngsWdoojLlZ+Oz4+cltKLnKLThpWmzoaUp8yGlKfMhpSnzIaUp8yG&#10;lKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8z/nB8E/5opCv+iMxD/rTsX/7dEI//B&#10;TDL5yVNF881aWuzSYHDg0GaGzshsmsC/cam0uHe1qbF8vp+sgcWXqIbKkKSMzoqildGFoqHSgZym&#10;zoGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8z/nB4E&#10;/5spCv+jMxD/rzsX/7lEIv3DSzH2zFJE8NJZWejaX3Db1WSGycxqmbrDb6itu3S0orR5vZivfcOQ&#10;rIPIiamJzIOnkc9+ppzQfaSmzXyiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yi&#10;qMt8oqjLfKKoy3yiqMv/nR4E/5spCv+lMg//sTsW/7xEIfrGSzHz0VFD69pXWePfXW/T22OFws9p&#10;l7HEbaekvHCymLV0u46xeMKGrX3GgKuCynqpis12qJTOdqmjzHerqMp3q6jKd6uoynerqMp3q6jK&#10;d6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMr/nR4E/5wpCv+nMg//szsW/75DIPXKSy/u&#10;1lBC5uFWV9zkW27L3mODutFolKnHbKObvm6ukLhxt4a0dL1+sHjCd658xnKsg8ltq4zKbauZyW6s&#10;n8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8f/nh4E/50p&#10;Cf+pMg7/tjoU+sJDH/DOSi7n3U9A4ulSV9LoWm3B4GKAsdRnkaHKa56Uw26oib1xsIC5dLZ5tne6&#10;dLR7vW6ygcBqsIjCZ7CSw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNm&#10;sJbDZrCWw2awlsP/nx4E/54pCf+tMQ3/ujoT9MdCHejVSivf5Ew/1+xRVsnuWWu342F8qNhni5rP&#10;a5eNyW6gg8Rxp3vAdKx1vXiwcLt7s2y5gLZouIa4ZLePuWO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aR&#10;umO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbr/oB4E/6EoCP+xMAv7wDkR7M5CGd/fRyjT6UxA&#10;yvFRVb7yWGit5mF3nt1nhJLVbI+Hz2+WfstznHjIdqFyxnmkbsR8p2nCgalmwIasYr+NrWG/j65h&#10;v4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j67/oh0D/6YnB/+3&#10;LwnyxzgN4dhBFNLmRirH8ExAvvhQU7L1V2Oi62FwleNne4rdbYSB2HGLetR1kHTSeZNw0HyWbM5/&#10;mWjMg5tky4idYcqNn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+f&#10;YMmPn2DJj5//pB0D/60mBfu+LQbm0DQI0+I8FsfuRiu7+Uo+sP5PT6b6V1yY8WFojOtocYPmbnh7&#10;4nN9dd94gXHde4Rt23+HatqDiWfZhopk14uMYdaQjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDV&#10;kY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY7/pxwD/7UjA+7JJgPV3ykHx+w8Gbr4RCut/0g7o/9N&#10;SZr/V1SN+WFdhPRqZXzwcGp27XZucet6cW3pfnRr6IJ2aOaFd2bliHlj5Ix6YeORfGDjknxg45J8&#10;YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknz/qxsC98AdAdncEgHH&#10;6ygKuvc7Gqz/QSmg/0Y2lf9MQY3/VkuD/2FSe/1rV3T6cVxv+HZfbPZ7YWn1f2Nn9INkZfOGZmPy&#10;imdh8Y5oX/CSaV/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CT&#10;al/wk2r/txUB1s8LAMfqEwK59ykNrP85Gp7/PiaS/0Qwh/9LOYD/VEB4/2FGcv9qSmz/cE1p/3ZQ&#10;Zv97UWT/f1Nj/4NUYf+GVWD+iVZe/o1XXf2SWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc&#10;/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1jWxAgAxtQJALj3FASr/ykOnv80GJD/OiGE/0Epev9JMHL/&#10;UjZs/146aP9oPWT/b0Bh/3RBX/95Q17/fURd/4BFXP+ERVv/h0Za/4pHWP+PR1j/kEhY/5BIWP+Q&#10;SFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEjExwcAt9sHAan/Fgaf/yoN&#10;kP8wFYP/Nhx3/z4ibv9HKGb/UCxh/1ovXf9kMVv/bDNZ/3E1WP91Nlb/eTZW/3w3Vf9/N1T/gjhT&#10;/4U5Uv+JOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/&#10;ijn/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICV&#10;k9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3&#10;m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BE&#10;If+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6o&#10;zG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/&#10;kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8&#10;m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq&#10;7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+m&#10;Ti3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1&#10;qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kh0E&#10;/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWBd+eOiYLhho+L3ICVk9h8m5nU&#10;eKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7/kh0E/5ApCf+NNRD/mDsX/6BEIf+mTi3/p1k8/6VkTP+hblv3m3hq7pWB&#10;d+eOiYLhho+L3ICVk9h8m5nUeKCe0XWkos9zqaXNca6ozG+1qsptvq3Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7/kx0E/5ApCf+PNBD/mjsX/6JEIP+pTS3/&#10;qlg8/6hiTP+kbFz1n3Zs7Jl/euSRh4beiY2Q2IOTmNN+mZ/Qep2kzXaiqct0p6zJca2vx2+0ssFs&#10;ubS8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7H/lB0E/5Eo&#10;Cf+RMxD/nDoW/6RDIP+sTC3/rVY9/61gTf6pal70pXRu6p99feGWg4vZjoqW04eQoM6BlafKfJqt&#10;x3ifssR1pbbCcqu5wHC0u7dutbmzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWz&#10;b7i1s2+4tbNvuLX/lB0E/5IoCf+TMg//njoW/6dDIP+uSy3/sVU9/7BfTv2uaF/yqnJw56R6gd6a&#10;gI/VkoeczouMpsmEka/Efpe1wXmcu752o7+8dKvCtG+uw65ys7yrc7a4q3O2uKtztrirc7a4q3O2&#10;uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrj/lRwE/5IoCf+VMg//oDoW/6lCH/+wSi3/tFQ9&#10;/7ReTv2zZ2Dxr3By5ql4g9uffpPSl4Ohy46JrMSGjrXAgJS9vHuaw7p6o8W3eavHrHOsxqd1sb+l&#10;d7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbr/lRwE/5MoCf+W&#10;MQ//oTkV/6pCH/+ySiz/tlM8/7ddTvu2ZWHwtG505K11htmke5bPm4Clx5KFscGKi7u9h5TAu4Wd&#10;xLaCpMewfqrIpXeqyKF5sMGferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8&#10;n3qzvJ96s7z/lRwE/5MoCf+XMQ//ozkV/6xCH/+0Siz/uVM8/7pcTvi6ZGLvuGx147JziNipeZnN&#10;n36pxZiEtL+TjLy4jZPBs4mZxa6GociqhKnJn3ypypt9rsKZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+&#10;sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr3/lhwE/5MoCf+YMA7/pDkV/61BHv+1SSz/u1I8/b1b&#10;Tva9Y2LuvWt24rZxidWud5vLpXyqwp2DtLmWibyykZDBrIyWxqeJncijh6bKmYCoy5aBrsSVgbG+&#10;lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb7/lhwE/5QnCf+ZMA7/&#10;pTkU/65BHv+3SSv/vVE8/L9aTvTBYmLswWl34btwi9KxdJ3HqHuqvKCBtLSah7yslI3CppCUxqCN&#10;m8mci6TLlYaoy5GFrcWQhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWx&#10;v5CFsb//lhwE/5QnCP+aMA7/pjgU/7BBHf+4SSv/v1E8+sJZTvLEYWPpxWh33b5tjM20c53Cq3mq&#10;t6R+tK6dhLymmIrBoJSRxpqRmMmWj6HLkIuozIyJrMWMibDAjImwwIyJsMCMibDAjImwwIyJsMCM&#10;ibDAjImwwIyJsMCMibDAjImwwIyJsMD/lxwE/5UnCP+bMA7/pzgU/7FBHf+6SSv/wlA7+MZYTvDI&#10;X2PmyGZ42MFrjcm3cZ29r3epsqd8s6mhgruhnIjBmpiPxpSWlsmQlJ/Li5GozIeOrMaHjbDBh42w&#10;wYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMH/lxsD/5UnCP+dLw3/qTgT&#10;/7NAHf+8SCr8xU879slXTu3NXmPiy2R40sRqjMS7b5y4snWprat7s6OmgLuboYbBlJ2NxY6blMiK&#10;mZ3Khpmoy4KTrMaCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKS&#10;r8H/lxsD/5UnCP+eLw3/qjgT/7VAHP++SCn5yE46881WTerTXGLez2J4zcdoi7++bpuyt3Oop7B5&#10;sp6rfrqVp4TAjqOLxIihkseDn5rJgKCnyn2arMZ9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/B&#10;fZivwX2Yr8F9mK/BfZivwX2Yr8H/mBsD/5YnCP+gLw3/rDcS/7dAG/3BSCj2y04579NUTObZWmLY&#10;1GF3x8tnirnDbJqtvHKnobZ3sZixfbiPrYK+iKqJw4KokMZ9p5nIeqelyXeirMV4n7DBeJ+wwXif&#10;sMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMH/mBsD/5cmCP+iLwz/rjcS/7k/&#10;GvnERyfxzk046ttTS+DfWWDQ2l92wdBlibPJa5mmwnClm711r5G4e7aItYC8gbKGwHuwjcN2rpbF&#10;c66hxnKtrcRyqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMD/&#10;mRsD/5gmCP+kLgv/sTYR/r0/GfTIRyXr1E025eNQSdnjV1/J3150utdkhqzPaZadx22jkcBxrIa7&#10;dbN+t3q5d7R/vXKyhb9tsY3BarCXwmmxpcFstLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSy&#10;vWy0sr1stLK9bLSyvWy0sr3/mhsD/5kmCP+nLQr/tTYP+cE/F+7ORiPk3Ewy3edPSc/oVl7A5F1y&#10;st5kgqPUaZGVy22cicVwpX/Ac6x3vHexcLl8tWu3gbhntoe6Y7WQu2G1m7xjt6a5Y7emuWO3prlj&#10;t6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prn/mxsD/5slB/+rLQn/uTUN8sc+FeXV&#10;Rh/a40kzz+tOScbtVF236lxuqOJjfZrZaYqO0m2UhMxxm3vIdaFzxHimbsJ8qWnAgaxlvoeuYr2O&#10;sF+9l7FevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrH/nBoD&#10;/6AkBv+wLAj5wDQL6c89ENrfQh3O6UkzxPFOSLvyUlqt8FtpnudjdpLgaYGH2m+JftRzkHfRd5Vx&#10;znuZbMx/nGjKg55kyYigYceOol7GlaRcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzG&#10;m6RcxpukXMabpFzGm6T/nhoD/6UjBf+3KgXwyDIH3Ns1DM7nQh/C8Ug0uPlMRq/3UVWi9Vtile1k&#10;bYrna3aA4nB9ed51gnPbeodu2X6Ka9eCjGfVho5k1IuQYdOQkl7RlpRc0ZuVXNGblVzRm5Vc0ZuV&#10;XNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5X/oRkC/60hA/i/JgPi1CUDzuUzD8LwQiG2&#10;+kczq/5LQqL+UE+X+1tai/VlY4LwbGp67HJwdOl4dG/nfHds5YF6aOOEfGbiiH1j4Yx/YOCRgV7f&#10;loJc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoP/oxkC/7Yd&#10;AenMFwHP4x4DwvAzErX6QCKp/0Qwnf9JPZX/UEiL/1tQgv1lV3r5bV109nNhb/R5ZGvyfmdo8YJp&#10;ZvCGamTvimxi7o5tYO2Sbl3sl3Bc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc&#10;65txXOubcVzrm3H/rBUB88MQANHaCwDB7x8GtPszE6j/PCCb/0IskP9INof/Tz9//1pGeP9lS3H/&#10;bU9s/3NSaf95VWb+fldk/YJYYvyGWWH7ilpf+o5bXvqSXFz5l11b+JteW/ibXlv4m15b+JteW/ib&#10;Xlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m176uQ4AzcsJAMDmDQGy/CAIp/8zE5r/OR2N/z8m&#10;gv9GLnr/TjVz/1g6bf9jP2n/bEJl/3JEYv93RmD/fEdf/4FIXf+FSVz/iEpb/4xLWv+QTFj/lU1X&#10;/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU3NwQYAvtAHALH2&#10;DgKl/yEJmf8uEoz/NBmA/zsgdv9DJ23/TCxm/1QwYv9gM17/aTVc/283Wv90OFn/eTlY/306V/+A&#10;O1b/hDtV/4c8VP+LPVP/kD1S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+&#10;Uv+TPlL/kz69xQUAsNcFAKP/EAOZ/yIJi/8pD37/MBVz/zgaaf9AH2L/SSNb/1EmV/9aKFX/YipS&#10;/2krUf9vLFD/cy1P/3cuTv96Lk7/fS9N/4AvTP+EMEv/iDBL/4swS/+LMEv/izBL/4swS/+LMEv/&#10;izBL/4swS/+LMEv/izBL/4swS/+LMEv/izD/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51i&#10;Qv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacya&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/4v/iSUNDX1BST0ZJ&#10;TEUABwn/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN5&#10;6HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+Z&#10;bU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU&#10;/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHb&#10;bbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xl&#10;y5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//k3hc+I2CZ/KIi3HsgpN56HyZ&#10;gOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4goCP+ENA7/jzoU/5dCHP+eSyf/nlc0/51iQv+ZbU//&#10;k3hc+I2CZ/KIi3HsgpN56HyZgOR4nobhdKOK33Gojt1vrpHbbbOU2my5lthrwpjVacyazGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5v/ixwE/4koCP+FMw7/kDkU/5hC&#10;HP+eSyf/n1Y0/55hQv+abVD/lXdd94+BaPGJi3Lrg5J7532YguN4nYjgdKOM3XKokNtvrZPabrOW&#10;2Gy6mNZrwpvRacqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypz/&#10;jBwD/4knCP+IMg7/kzgU/5tBHP+iSif/pFQ0/6JfQ/+falH9mnRf9ZR+bO2OiHjnh4+B4oCVit17&#10;mpDad6CW1nSmmtRxrJ7Sb7Kh0G25o89sw6bFZ8OmwGnHocBpx6HAacehwGnHocBpx6HAacehwGnH&#10;ocBpx6HAacehwGnHocBpx6H/jRwD/4onCP+KMQ3/ljcT/55AG/+lSSf/p1M0/6ddQ/+kaFP8oHJi&#10;8pp8cOqUhX3ji4uI3YSSkdh+mJjTep6f0HWkpM1yqqjLb7CryW24rsJpvLC8a8Cqt23EpbdtxKW3&#10;bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKX/jRsD/4snCP+MMA3/mDcT/6BAG/+n&#10;SCb/q1I0/6tcRP+pZlT6pXBk8J95c+eYgoHfj4iN2YiPl9KBlaDOe5unynahrcdzqLHFcK+1wW23&#10;t7lruLWzbr2usHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaj/jhsD&#10;/4smCP+OMA3/mjYS/6I/Gv+pSCb/rlE0/65bRP+sZFX5qm5l76V3duWdf4XclIWS1IyMnc6EkqfJ&#10;fZivxHietcJ1p7nBdLG7uHCzu7FvtriscbuxqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lz&#10;v6upc7+rqXO/q6lzv6v/jhsD/4wmCP+QLw3/mzYS/6Q/Gv+rRyb/sVA0/7FZRPywY1X2rmxn7ap1&#10;eOOhfIjZmIOW0ZCJo8qHj63Fgpe0wn+guL58qLu7erC9sXSyvalytLumdLmzo3a+raN2vq2jdr6t&#10;o3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq3/jxsD/4wmB/+RLgz/nTYS/6Y+Gv+tRyX/&#10;s080/7RYRPq0YVbzsmpo7K9zeuGmeovWnYCazZSGp8aNja+/h5S1uoKcubV/pLyyfay+q3mxv6N2&#10;sr2geLi1nnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va//jxsD/40m&#10;B/+TLgz/njUR/6g+Gf+vRiX/tk4z/rdXRPe3YFbwtmhp6LNwe96qd43Qn3ydx5eDp7+Qiq+4i5G2&#10;soaYuq2DoL2pgam/pX6wwJx5sb+ae7e3mH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CY&#10;fbuwmH27sJh9u7D/kBoD/40mB/+ULQz/oDUR/6k+Gf+xRiT/uE0z/LtWRPW7X1btu2dp47Vufdas&#10;c4/Ko3qdwZuAp7iUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZZ+sMGUf7a4k4C7spOAu7KTgLuyk4C7&#10;spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7L/kBoD/44mB/+VLQz/oTUR/6s9GP+zRiT/uk0z&#10;+r5VRPO/XVbqv2Vq37hrftCvcY/Fpnicu59+p7KYha+rk4u2pY6Tu5+Lmr6biaLBmIiswpCCr8KP&#10;g7W5j4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurP/kBoD/44lB/+W&#10;LAv/ojUQ/6w9GP+1RSP/vEwy+MFUQ/DDXFbnw2Nq2rtpfsyycI/AqnactqJ8p62cgq+ll4m2npOQ&#10;u5mPmL6UjaDBkYypwouIrsKKiLS6ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0&#10;ioi5tIqIubT/kRoD/48lB/+YLAv/pDQQ/649GP+3RSP/v0wy9sVTQ+7IW1bjxmFq1L9ofse2bo67&#10;rXScsaZ6pqeggK+fm4a1mJeOu5OVlb6Okp3BipKnwoaOrsKEjbS7hYy5tIWMubSFjLm0hYy5tIWM&#10;ubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubT/kRoD/48lB/+ZLAv/pjQP/7A8F/+5RCL8wUsx9MlS&#10;QuvNWVXfyWBqz8JmfcK5bI22sXKbq6t4pqKlfq6ZoIS1kp2Luoyak76HmJvAhJelwoCWr8J/krO8&#10;gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLX/khoD/5AlB/+bLAr/&#10;pzQP/7I8Fv+7RCH5xUsw8c5RQefSWFTazl5pysZlfL29a4ywtnCapbB2pZyqfK2TpoK0jKOJuYag&#10;kL2Bnpm/fZ6iwXuer8F5mbO8epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4&#10;tXqXuLX/khkD/5AlB/+dKwr/qjMO/7U8Ffy/RCD0yEou7dNQP+PYVlPT0l1oxcpje7fCaYuqu2+Y&#10;n7Z0o5WxeqyNrYCyhaqHt3+njrt6ppe+d6agv3Smrb9zobS7dJ64tXSeuLV0nri1dJ64tXSeuLV0&#10;nri1dJ64tXSeuLV0nri1dJ64tXSeuLX/kxkD/5EkB/+fKwn/rDMN/7g7FPjDQx7vzUos59pPPd3e&#10;VVHN2Ftnvs9ierDIZ4mkwm2XmbxyoY+4eKmGtX6wf7KFtXmwjLh0r5W7cK+fvG6vrLxtq7W5bqe5&#10;tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubT/lBkD/5IkB/+iKgj/sDIM&#10;/rw6EvLHQhzo00kp4eFMO9TjU1HG3Vplt9VgeKnPZoedyWuUkcVwnofBdqZ/vnyseLyEsXK6i7Rt&#10;uZO2aricuGe3p7hnt7e2aLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiy&#10;u7H/lRgD/5UjBv+lKQf/tDEK+ME6EOvOQhjg3Ucl1eVLO8vnUVC941ljr95fdKLYZYOW02qPis5v&#10;mX/Ic6F1xHinbsF9q2m+hK5lvYuxYbyTsl+8nbJfvKyxYr++rWK/vq1iv76tYr++rWK/vq1iv76t&#10;Yr++rWK/vq1iv76tYr++rWK/vq3/lhgD/5khBf+qKAb/uTAI8Mg4DeHYQBPU40UmyutLO8HsT0+z&#10;6FdgpuVfb5riZnyO3GyGhNVxj3rQdZVzzXqbbMp/n2fHhKJjxoqkX8SRplzEmadaw6SnWsSwp1rE&#10;sKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKf/mBcC/54gBP+vJgX4wC4G5tAz&#10;CNXhPBTJ6kUov/JKO7XxTkyp71Zbne1faJLqZ3OH4218ft5ygnbaeIhw132Ma9SCkGbSh5Jj0YyV&#10;X8+SllzOmZhZzqKZWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5r/&#10;mhcC/6UeA/+3IwPtySYD1t4pBsnpOxe+80Qps/hJOqj3TUif9lVVlPVfYInxaGiA7G9weOh1dXLl&#10;enlt4n99aeCEgGXfiYJi3Y6EX9yThl3bmYda2qGJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmo&#10;iVjZqIlY2aiJWNmoiVjZqIn/nBYC/60bAvbBHQHb2hMByegpCb3zOxmy/UMopv5HNpz9TEOT/VVN&#10;iv1fVoH5aV159XBic/J2Z27wfGpq7oFtZ+yGb2Tri3Fh6o9yX+mUdF3omXVa56B3WOameFjmpnhY&#10;5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnj/ohUB/7cVANjPCwDK5xMCvPMpC7H9&#10;Oxmk/0Ammf9FMo//SzyH/1REf/9fS3j/aVBx/3BUbP12WGn7fFpm+oFcY/iGXmH3i19f9pBhXvaV&#10;Ylz1mmNa9KBkWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWX/rRAA&#10;1sMIAMjTCgC79BUDr/8qDaP/NxiX/z0ii/9DLIH/SjR6/1I6c/9eP27/aENp/29HZv91SWP/e0th&#10;/4FMX/+FTl3/ik9c/49QWv+TUVn/mFJX/55TVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/&#10;o1RW/6NUVv+jVFb/o1TZugUAxccHALnZCACs/xcFov8rDZX/MxaJ/zkefv9AJXX/SCtt/1AwZ/9a&#10;NGP/ZTdg/205Xv9zO1z/eD1a/30+WP+CP1f/hkBW/4tAVf+PQVT/lEJT/5pDUf+fQ1H/n0NR/59D&#10;Uf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0PGvgUAt80FAKrkCAGf/xkGlP8oDIf/LhN7&#10;/zUZcf89Hmn/RSNi/00mW/9WKVj/XyxW/2gtVP9uL1P/czBS/3gxUf98MVD/gDJP/4QzTv+IM03/&#10;jDRM/5I0S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljW3xAMAqdQC&#10;AJz5CwKT/xsFhf8jCnn/KQ9u/zEUZf85GF3/QRtX/0oeU/9SIFD/WSJN/2AjS/9mJEr/ayVJ/28l&#10;SP9zJkf/dyZG/3snRf9+J0X/gihE/4coQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD&#10;/4spQ/+LKUP/iyn/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyC&#10;jmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt&#10;/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4Pj&#10;Zc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97&#10;Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6u&#10;eupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH&#10;02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5NhOf+QbUX/i3hP/4aEWfyCjmH3&#10;fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F3WPYhtNg2ofTYNqH02Dah9Ng&#10;2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/97Mw3/hjgR/45AGf+TSSL/lVUt/5Nh&#10;Of+QbUX/i3hP/4aEWfyCjmH3fZZo9HidbvF0o3Pucal37G6ueupss33parl/52jAgeZnx4PjZc+F&#10;3WPYhtNg2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2of/gxwD/4AnB/99Mgz/&#10;iDcR/5A/GP+VSSL/l1Qt/5ZfOf+Ta0X/jndR/4iCW/qEjGT1f5Rr8Xqbcu52onfrcqd76W+tf+ds&#10;soLlariE5Gm/h+Jox4ngZs+K1mPWjM9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LY&#10;is9i2Ir/hBsD/4EnB/+AMQz/izYR/5M+GP+ZRyL/nFIt/5pdOv+YaUf/k3RT/o5+X/eIiWnxgpFy&#10;7X2Yeel4n3/ldKSE43CqiOBtsIzea7eP3Wq/kdtpyJPVZs+Vy2TRk8Zl1I7GZdSOxmXUjsZl1I7G&#10;ZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7/hRsD/4ImB/+CMAz/jjUQ/5Y9GP+cRiH/oFAt/59bO/+c&#10;Zkj/mHFW+5N8YvSNhm3uh4536ICVgOR6nIfgdaKM3XKokdpvr5XYbbeZ1WvAnNJpyZ7JZcmewmfN&#10;mL5p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZP/hhsD/4MmB/+FLwv/kDQQ&#10;/5k9F/+fRiH/o08t/6NaO/+gZEn/nW9Y+ph5ZfGSg3Hqi4x85IOSht99mY7aeKCV1nSnmtNwrp/R&#10;bbajz2vApcdmwqfAaMaiu2rLm7dszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrds&#10;zpb/hhsD/4MmB/+HLgv/kzQQ/5s8F/+hRSD/p00t/6ZYO/+kYkr8oWxZ95x2aO+WgHXnj4mB4IeQ&#10;jNqAlpXVep6d0XWlo81wrKjLbbWsx2u+rb1ov6y4a8Oms23In7BvzJmwb8yZsG/MmbBvzJmwb8yZ&#10;sG/MmbBvzJmwb8yZsG/MmbBvzJn/hxoD/4QlB/+JLQv/lTMP/508Fv+kRCD/qkwt/6pXO/6oYEv4&#10;pWpa86F0au2cfnnkk4aG3IuNktWDlJzPfJuly3ejqsd0q63Ec7Wvv3C8sLVrvLCwbsGprHDGoqly&#10;ypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypz/hxoD/4QlB/+LLAr/lzMP/587&#10;Fv+mRB//rEss/65VO/usX0v1qmhc7qZxbOegenzfl4KK1Y6ImM2Fj6HHgJenwnuerL14p6+6drCx&#10;t3W6sq1wurKpcb+spXTEpKN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ7/&#10;iBoD/4UlB/+MKwr/mDIO/6E7Ff+pQx//r0ss/7FUO/ixXUvxr2Zc6qtvbuGjdn/VmX2PzJGEmcWK&#10;jKK+hJOouX+arbR8o7CwequzrXm2tKZ0ubSidb2vn3fDpp15x6CdecegnXnHoJ15x6CdecegnXnH&#10;oJ15x6CdecegnXnHoJ15x6D/iBoD/4UlB/+OKgr/mjIO/6M6Ff+rQh7/sUor/bVTO/a1XEvus2Rd&#10;5a5sb9ulc4HOnXqPxZWBmb6OiKK3iJCpsYSXrqyAn7Gofqi0pX2ytZ96uLabebuxmXvBqJh8xqKY&#10;fMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqL/iRoD/4YlBv+QKgr/nDEN/6U6FP+t&#10;Qh7/tEor+7hSOvO5WkvquGJe4bFqcNOpcIHIoHePv5l+mbeShaKwjIypqoiUrqWEnLKggqS1nYGu&#10;tpl/t7eUfbqzk3/AqpJ/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaP/iRkD&#10;/4YkBv+RKQn/nTEN/6c5FP+vQh3/tkkq+LxQOvC9WUvnvGFe3LVncc6sb4HDpHWOuZx8mbGWgqKq&#10;kYqpo4yRrp6JmbKZhqG1loWrt5OFtreOgbm0joO/q42DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2D&#10;xKWNg8SljYPEpY2DxKX/iRkD/4ckBv+TKQn/nzEN/6k5E/+xQRz/uUkp9sBPOe3CV0rkv19d1rlm&#10;cMmwbYC+qHOOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qpt4yKtLiIhri1iIe+rIiHw6aIh8Om&#10;iIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6b/ihkD/4ckBv+UKQn/oTAM/6s5Ev+0QRz8&#10;u0go9MNOOOvHVkrgw15d0bxlb8Sza4C5q3GNr6R3mKaefqGemoSol5aMrpGTlLKMkZy1iI+mt4WP&#10;sbiCjLe2goy+rYOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6b/ihkD/4gk&#10;Bv+WKAj/ozAM/604Ev+2QBv6vkgn8cdON+fMVUjcx1xczL9jb7+3aX+0sHCMqal1l6Cje6CYn4Ko&#10;kZuJrYqZkrKFlpq1gZWkt36Vr7d7kre2fZG9rn2Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9&#10;kMKnfZDCp32Qwqf/ixkD/4kkBv+YKAj/pS8L/7A4Ef+5QBn4wkcm7stNNeTQVEbVy1tbx8Nibrq7&#10;aH6utG6Lo65zlpqpep+SpYCmiqGHrISfj7F+nZi0epyhtnibrLZ1mre2d5i9rniWwqd4lsKneJbC&#10;p3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqf/jBgD/4ojBv+aJwf/py8K/7M3D/y9PxjzxkYj&#10;6tBMMuDVUkXPz1lawchgbLTAZnyoumyKnbRylZSweJ6LrH6lg6iFqn2mjK94pJWydKOftHGjqrVv&#10;pLm0cKC+rXKdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3Kdwqf/jBgD/4wiBv+d&#10;Jwf/qi4J/7Y2DvfBPhbtzEYg5NhLLtncUETJ1FhYu81ea67GZXqiwGqIl7twko23dZuEs3yifbGD&#10;qHaviqxxrZOvba2dsWqtqbJprbexaqm/rGumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOm&#10;a6bDpmumw6b/jRgC/48gBf+gJgb/ri0I/bs1DPHHPRPl00Qc3eBILdDhT0LC21ZWtNNdaKfNY3ia&#10;yGiFj8Nuj4XAdJh9vXqedrqBpHC5iahruJKqZ7ecrGW4qK1juLatZLXBqWWwxaRlsMWkZbDFpGWw&#10;xaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaT/jhcC/5MfBP+kJQX/sywG98EzCejOPA/c3kAZ0OVI&#10;LsflTUK54FVUrNtbZZ/VYXSS0GaBh81si37KcpN2yHmZb8aBnmrFiaJlxZKkYsSdpl/Ep6ddxLSn&#10;XsPEpF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKD/kBcC/5gdBP+pIwT/&#10;uSkE7sgxBt3aNArQ5EEbxutHLrzqTEGw5lNSo+NaYZfgYW6M3Wh5gttugnrZdYly1XyPa9KCk2XP&#10;iJdgzY+aXMyXnFrLoJ1Yy6udV8u6nVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczM&#10;mVnMzJn/khYC/50cA/+vIAL2wCUC4tMkA9DjMgzF7EAduvFHL7DvSz+l7VFOmutaWo/qYmWF6Gpu&#10;fedydXXjeHtv4H6Aad2EhGTbiodg2ZGJXdiYi1rWoI1Y1qiOVtW0jlTVwY5U1cGOVNXBjlTVwY5U&#10;1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY7/lBUC/6QZAv+3HAHpyxYB0eEdAsXsMQ669UAervdFLqP1&#10;Sjya9FBIkPNaU4bzY1t+8mxid/FzaHHuem1s64BwZ+mGc2PnjHZg5pJ4XeSYelrjnntY46V9VuKv&#10;flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH7/mBMB/60UAfPDDwDS2AsA&#10;xOweBLj2MRGt/T4eov1DK5f8SDeO/E9BhfxZSX38Y1B3/G1WcPt0Wmv5el5o94FhZPWHY2HzjWVf&#10;8pNnXfGZaFrwnmlY76VrVu+tbFTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTu&#10;tG3/oxAA8bkMAM7JCQDE3wsAtvcfBqz/MhKg/zsdlP9BJ4r/RzGB/045ev9YP3P/YkVu/2xJaf9z&#10;TGb/ek9j/4BRYP+GU17/jFRc/5JVWv6YV1n9nVhX/KRZVfurWlT7sVtU+7FbVPuxW1T7sVtU+7Fb&#10;VPuxW1T7sVtU+7FbVPuxW1T7sVvwrwgAzb8HAMDNCAC07g4Cqf8hCJ//MRGS/zcah/8+In3/RSl1&#10;/00wbv9VNWn/YDll/2o8Yf9xPl//d0Bc/35CWv+EQ1n/iURX/49FVv+URlX/mkdT/6BIUv+nSVH/&#10;rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUrPuAQAvsMFALLUBgCm/hADnP8j&#10;CJD/LQ+E/zMWef87HHD/QyJp/0onYv9SKl3/XC1a/2UwWP9tMVb/czNU/3k0U/9+NVL/hDZQ/4k3&#10;T/+OOE7/kzhN/5k5TP+gOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjq/&#10;vAMAsMoDAKPcAwGZ/xIDj/8iCIL/KA12/y8Sbf83F2X/Pxte/0ceWP9OIVT/VyNR/18lTv9lJk3/&#10;bCdL/3EoSv92KUn/eypI/4AqR/+FK0b/iStF/44sRP+ULEP/mi1D/5otQ/+aLUP/mi1D/5otQ/+a&#10;LUP/mi1D/5otQ/+aLUP/mi2xwgEAo9IAAJXrAwGM/xMDgP8cBnT/Iwpp/yoOYP8yEln/OhVT/0IX&#10;Tv9JGUv/URpI/1gcRv9dHUT/Yx1D/2ceQf9sH0D/cB8//3QgPv94ID3/fCA8/4EhO/+HITv/jCI7&#10;/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCL/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+I&#10;SB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bI&#10;be9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D&#10;/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6&#10;bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b&#10;5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/i1Mn/4lgMf+GbTv/gnlE/36G&#10;TP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9jzW/sYdNw51/dceJd5XPdW+Zz&#10;3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/eh0D/3YoBv9yMwv/fDcP/4Q/Ff+ISB3/&#10;i1Mn/4lgMf+GbTv/gnlE/36GTP97kVP/d5pY/3SiXfxxqGH6bq5k+Gu0Z/dpumn1aMFr82bIbe9j&#10;zW/sYdNw51/dceJd5XPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nP/ehwD/3cn&#10;Bv90Mgv/fzYP/4Y9Ff+LRx3/jlEn/4xeMf+Jazz/hXdG/4GDTv99j1b/eZhc/HWgYflypmX3b61p&#10;9WyzbPNquW/yaMBx8GbIc+xkzXXoYdR241/ed9td43nVXeV21V3ldtVd5XbVXeV21V3ldtVd5XbV&#10;XeV21V3ldtVd5Xb/exwD/3cnBv93MAr/gjUO/4o8Ff+PRh3/kk8n/5FcMv+OaD3/inRI/4aAUv+B&#10;i1r8fZVh+HidZ/V0pG3ycapx8G6wdO5rtnfsab566mfHfedlzn/iYtaA2V/dgdBf4H7MYON7zGDj&#10;e8xg43vMYON7zGDje8xg43vMYON7zGDje8xg43v/fBwD/3gmBv96Lwr/hTMO/407FP+SRBz/lk4n&#10;/5VaMv+SZT7/jnFK/4p9Vf6FiF75gJJn9HuabvB2oXPtcqd46m+ufehstIDmabyD5GfGhuFlz4jZ&#10;YteKz2HZiMhi3YLEY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H//fRsD/3kmBv98&#10;Lgr/iDIO/5A6FP+VQxz/mkwn/5lYM/+WYz//km5M/456V/yJhWL1hI9r8H6Xc+x5nnrodKWA5XCr&#10;heJss4ngaruM3mjGj9pm0ZLOYtGSx2TVjMFl24a9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2C&#10;vWbdgr1m3YL/fRsD/3omBv9/LAr/izEN/5M6E/+YQhz/nUsm/51WM/+bYUD/l2xN+5J2WveNgWby&#10;iIxw7IKUeed7m4HjdaKI33GpjtxtsZLZa7uW12nImcxky5vFZc6XwGfSkbpo2Iq2aduGtmnbhrZp&#10;24a2aduGtmnbhrZp24a2aduGtmnbhrZp24b/fhsD/3smBv+BKwn/jTEN/5U5E/+bQhv/oEom/6FU&#10;M/+fX0H7nGlP9pdzXfGSfmrsjIh154WRgOJ+mIndeKCR2HKnl9Jtr53PbLmfzGvFoMNnx6C8aMub&#10;t2rQlLJs1Y2vbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2Yn/fhoD/3slBv+DKgn/&#10;jzAM/5g4Ev+eQRv/o0km/6ZSM/2kXUH3oWdQ8ZxxX+uXe23lj4N63oeLhtV+kpHPeJmXynShnMdx&#10;qp/Db7OhwW6/o7prxaOza8ifr23NmKtv0pGpcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDW&#10;jKlw1oz/fxoD/3wlBv+GKQj/ki8M/5s4Ev+hQBr/p0gl/6pRMvmpW0HzpmRR7KJuYeWadnDckX5/&#10;0omGi8uCjZPFfZWZwHidnrx1paG5c66ktnK5pbJww6arb8aiqHHLm6Rz0JOidNSOonTUjqJ01I6i&#10;dNSOonTUjqJ01I6idNSOonTUjqJ01I7/gBoD/3wlBv+IKAj/lC8L/503Ef+kPxn/qkck/a5PMvat&#10;WUHvq2JS56ZrYt6ecnPSlXqByo2Ci8OHipO9gZGat32Zn7N5oaOvd6qmrHa0p6p2waijc8OloHXJ&#10;np53z5acd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pH/gBoD/30lBv+KJwj/li4L&#10;/582EP+nPxj/rUcj+7JOMfOyV0HrsWBS4qpoZNaicHTMmXeBw5J/i7yLhpS1ho6ar4GVoKp+naSm&#10;e6ano3qwqaF5vKmbd8GomXnHoJh6zZiXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d7&#10;0ZP/gRoD/34kBv+MJgf/mC4K/6I2EP+pPhj/r0Yj+LVNMPC3VkDntV5S3a5mZNClbnPGnXWAvZZ8&#10;i7WQg5SuioubqIaSoKOCmqWff6Oom36tqph9uauUe8Cqk33GopJ+zJmRf9CUkX/QlJF/0JSRf9CU&#10;kX/QlJF/0JSRf9CUkX/QlJF/0JT/gRkD/34kBv+NJgf/mi0K/6Q1D/+sPRf+skUi9rhMMO28VEDk&#10;uF1R17JkY8upbHPAoXOAt5p6i6+UgJOoj4ibooqPoJyHl6WXhKColIKpqpGCtauNgb+rjYHFpIyC&#10;y5uMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5X/ghkD/38kBv+PJQf/nC0J/6Y1&#10;Dv+uPRb8tUUh87xLLurBUj/gvFtR0bVjY8atanK7pXF/sp53iqmYfpOik4Wam4+NoJaMlaWRiZ2o&#10;jYenq4qHsqyHh7+shobEpYeGypyHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpf/&#10;ghkD/4AjBf+RJQb/niwJ/6g0Df+xPBX6uEQf8L9LLefFUT3cwFpQzbhhYsGwaHG2qW9+rKJ1iaSd&#10;fJKcmIKalZSKoI+RkqWKjpuoho2lq4OMsKyBjb6sgIvDpoGLyZ2Bi82YgYvNmIGLzZiBi82YgYvN&#10;mIGLzZiBi82YgYvNmIGLzZj/gxkD/4IiBf+TJAb/oCwI/6szDf+0PBT3vEMe7sRKK+TJUTvVxFhP&#10;yLxgYby0Z3CxrW19p6dziZ6ieZKWnYCZj5qIn4mXkKSDlJiof5OiqnySrat6krusepHDpnuQyZ58&#10;j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZj/gxgC/4QhBf+VJAb/oisI/60zC/63&#10;OxL0wEIc6slJKODNTznQx1dOw8BeYLe4ZW+rsmt8oaxxh5ineJCQo36YiaCFnoKdjaN9m5aneJmg&#10;qXWZq6pzmbirc5jDpnWWyZ52lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZn/hBgC&#10;/4cgBf+XIwX/pSoH/7EyCvu7OhDxxUEZ589IJdvSTTjLy1VMvcRdXrG+Y26luGp7m7JvhpKudo+J&#10;qnyWgqeDnHuki6F2opSlcaGdp26gqalsobapbaHDpm+dyZ5wnM2YcJzNmHCczZhwnM2YcJzNmHCc&#10;zZhwnM2YcJzNmHCczZj/hRgC/4oeBP+aIgT/qCkG/7UwCPbAOA7ry0AV4dhGINPYSzbF0FRLt8lb&#10;XKvDYmyfvmh4lLlug4u1c4yDsnqTe6+BmXWtiZ5vq5Kia6qcpGiqp6VmqrSmZqvFpGimypxppM2X&#10;aaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZf/hhcC/40cBP+eIQT/rCcF/bovBu/HNgrj&#10;1D4Q2N9DH8veSjS+1lJIsNBaWqTKYGmYxmZ2jcFsgIS+col7u3iQdLl/lW63h5pptpCdZbWboGK0&#10;pqFgtbOhX7bFoGGxzJpirs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5X/hxcC/5Ea&#10;A/+iIAP/siUD9cArBObPMQbY3jgPzOVDIMPiSTO23lFGqdhYV5zSXmWQzmRyhstqfHzIcIR0xneK&#10;bsR+j2jDh5RjwpCXX8GbmVzBpppbwrObWsPFmlu+z5VcutKRXLrSkVy60pFcutKRXLrSkVy60pFc&#10;utKRXLrSkVy60pH/iRYC/5YZAv+oHQL+uCEC7MkiAtndJQTM5TcRwupDIrfnSDOs5E9EoOBWU5Td&#10;XWCI2mNrftZqdXXUcH1u0neDZ9F/iGLQh4te0JGOWtCckFjQp5FW0LWSVdLHkVbN1I5WyNaLVsjW&#10;i1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1ov/ixUC/50XAf+vGQH0wRgB3dgRAMzlJgXB7jcT&#10;tu9CI6vtRzKh60xAlulVTYvnXViC5mVheeRsaXLkdG9s43x0Z+KEeGLijXte4pV+W+CegFjfp4JV&#10;3rGDU96+g1Le0oNR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IL/jxMC/6QTAf64&#10;EgDWzAsAzOQRAcDvJge19TgVqvRAIp/zRjCV8ks8jPFURoLwXU968GZWdPBuXG7vdmFp735kZe+G&#10;aGHvjmpe7pZtW+2eb1jrpXBW665xVOq4clLqx3NR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVz&#10;UenVc1Hp1XP/mBAB/64OANTBCQDJzwkAvvASArP5Jwqp+zgVnvs+IZP7RCyJ+ko1gfpTPnn6XUVy&#10;+mZKbfpvTmj6dlJk+n5VYfqGV1/7jlpc+pZbWvmdXVf4pV5V96xgU/e1YVL2wWFQ9spiUPbKYlD2&#10;ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymL/owsA1rgGAMbEBwC71AkAsPwUA6b/KQuc/zUVkP87&#10;Hob/QiZ9/0kudf9RNG//Wzpp/2U+Zf9uQWL/dURf/3xGXP+DSFr/i0lY/5NLVv+bTFX/ok1T/6lO&#10;Uf+xT1D/u1BP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1HarwIAxrwFALnJBQCt&#10;2wgAo/8XBJr/KwuO/zESg/84Gnn/QCBw/0cmaf9PK2P/WC9f/2IyXP9rNFr/cjZY/3g4Vv9/OVT/&#10;hjtS/408Uf+VPU//nD5O/6M+Tf+qP0v/s0BK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5&#10;QUr/uUHItQIAuMEEAKvQAwCf6wkBlv8aBYv/Jgp//y0Pdf81FWz/PRpl/0QeXv9MIlj/VCVV/10n&#10;Uv9lKVD/bCpO/3MrTf95LEz/fy1K/4UuSf+ML0j/kjBH/5kwRf+gMUT/qTJD/64yQ/+uMkP/rjJD&#10;/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjK4ugIAqsgAAJ3ZAACS/wwCif8aBH3/IQhy/ygMaP8wEGD/&#10;OBRa/0AXVP9IGk//TxxM/1cdSf9dHkf/YyBF/2kgRP9vIUL/dCJB/3oiQP+AIz//hiQ+/4wkPf+S&#10;JTz/mSU7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niarwQAAndAAAI/hAACG/w4C&#10;ev8VA27/HAZk/yMJXP8rDFX/Mw9P/zsRSf9CE0b/SRRC/08WQP9VFj7/Whc8/18YO/9kGDn/aBk4&#10;/20ZN/9yGjb/dxo1/3waNP+BGzP/iBsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/&#10;jRv/cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26m&#10;Tv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf&#10;5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+Ev99Rxn/gFEh/35fKf98bTL/&#10;eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ+2HMW/df01zzXt1d8FzjXutb&#10;6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//cB4D/2wpBv9pMwn/cjcN/3k+&#10;Ev99Rxn/gFEh/35fKf98bTL/eXs5/3aIQP9zk0X/cJ1K/26mTv9rrVH/abRT/2i7Vf9mw1f/Y8dZ&#10;+2HMW/df01zzXt1d8FzjXutb6V/nWe9g5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V//&#10;cB4D/2woBv9rMQn/dTYN/3s8Ev9/Rhn/g1Ah/4FeKv9+azP/e3g7/3iGQv91kkj/cptN/3CkUf9t&#10;rFT/a7JX/2m5Wv9nwVz8Zcde+GLMX/Vg02HwXt1i7FzkY+hb6WTiWu9k4FrwYuBa8GLgWvBi4Frw&#10;YuBa8GLgWvBi4FrwYuBa8GL/cR0D/20oBv9uMAn/eDQM/387Ev+DRBn/h04h/4ZbK/+DaDT/f3U9&#10;/3yCRf95jkz/dplS/3KhVv9vqVr+bbBe/Gq3YftovmP5ZsZl9GPMZ/Bh02nrX95r5l3lbOBb6W3Z&#10;XO5o1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72f/ch0D/24oBv9xLgn/ezIM/4M6Ef+H&#10;Qxj/ikwh/4pZK/+HZTX/g3I//39+SP98i1D/eZZW/3WfXP1ypmD6bq1k+Gy0aPZpvGv0Z8Vt8GTM&#10;cOth03LlX99z3lzldNZc6HHPXu1szV7ua81e7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e7mv/cxwD&#10;/28nBv90LQj/fjEM/4Y5Ef+LQhj/jksh/45WK/+LYzb/h29B/4N7S/9/h1P+fJJb/HicYfl0pGf2&#10;cKtr822yb/FqunPvaMN262XMeOZi1XreX998013je81f5nbHYOpwxmDsbsZg7G7GYOxuxmDsbsZg&#10;7G7GYOxuxmDsbsZg7G7/dBwD/3AnBv92Kwj/gS8L/4k4EP+OQBj/kkkh/5NULP+QYDf/jGxD/4d3&#10;TfuDg1f4f45g9nqXZ/N2oG7wcqhz7W6veOtruHzoaMJ/5mbNgt9i2ITRX9yFymDgf8Vh43q/Y+h0&#10;vmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XL/dBwD/3AmBv95Kgj/hS4L/403EP+SPxf/&#10;lkgg/5dSLP+VXjj+kWlE+ox0UPWHf1vygoll7n2Tbup3m3XncqN85G6rgeFqs4beZ72K2mXKjdJi&#10;1I7IYtiKwmPchLxl4H63ZuV4tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5nb/dRsD/3Em&#10;Bv98KAf/iC0K/5A2D/+WPhb/mkcg/5xQK/+aWzj5l2ZF9JJwUu+Me1/qhYVq5X6NdOB4lX3bcp2F&#10;1G2ki9BqrY7NaLeQy2jDkchn0ZK/ZdSPuWfZibRo3YKwaeJ8rmrkea5q5HmuauR5rmrkea5q5Hmu&#10;auR5rmrkea5q5Hn/dhsD/3ImBf9/Jwf/iiwK/5M1Dv+ZPRb/nkYf/6FOK/ugWTj1nGNG75htVOiQ&#10;d2LiiH9v2oCHe9J6j4PNdZeJyXGfjcVuqJHCbLGTv2u8lb1ry5W2adCUsWvVjaxs24aobeB/p23i&#10;fKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifKdt4nz/dhsD/3MlBf+BJgf/jSwJ/5Y0Dv+dPBX/oUQe&#10;/qVMKvelVzjwomFH6ZxqVuGUcmXYjHtzz4WDfMl/i4TDepOKv3abj7pzo5O3cKyWtG+3l7FvxJis&#10;bc2YqW/TkKVw2Imhcd6CoHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H//dxsD/3QlBf+D&#10;JQb/kCsJ/5kzDf+gOxT/pUMd+6lLKfOqVDjsqF5H46FnV9qZb2fPkXhzx4qAfcGEiIW7f4+LtXqX&#10;kLF3n5StdKiXqnOymadyv5qkcsuaoXPQk5501oybddyEmnXegZp13oGadd6BmnXegZp13oGadd6B&#10;mnXegZp13oH/eBoD/3YkBf+GIwb/kioI/5syDP+jOhP/qEIc+K1KKPCvUjfnrFxH3qVkWNGdbWbI&#10;lXVzwI58fbmJhIWzg4yMrX+Tkal7m5WleaSZoXeum552upydd8qcmXfPlpd41I6VeNuGlHjdg5R4&#10;3YOUeN2DlHjdg5R43YOUeN2DlHjdg5R43YP/eBoD/3gjBf+IIwb/lCoI/54xC/+mOhL+q0Ib9bBJ&#10;J+y1UDbjsFpG2KljV8yha2bCmnJyupN6fLONgYWsiImMpoSQkaGAmJadfaGamXuqnJZ7tp2Ue8ae&#10;knvNmJF805CPfNmIj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchY983IX/eRoD/3oiBf+KIgX/&#10;likH/6AxC/+oORH7r0Ea8rRIJum5TzTftFlF0q1hVselaWW9nnBytJd3fK2RfoWmjIaMoIiNkZqF&#10;lZaWgp6akoCnnY9/s56NgMKei4DMmouB0pKKgNiJiYDbhomA24aJgNuGiYDbhomA24aJgNuGiYDb&#10;homA24b/eRoC/3shBP+LIgX/mCgH/6MwCv+rOBD5skAY77hHJOa9TjPbuFdEzbBgVsKpZ2S4om5x&#10;r5t1e6eWfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+FhL+fhYXLm4WF0ZOFhdiKhITah4SE2oeE&#10;hNqHhITah4SE2oeEhNqHhITah4SE2of/ehkC/30gBP+NIQX/mygG/6UvCf+uNw72tj8X7LxGIuPB&#10;TjDVvFZDyLReVb2sZmOzpmxwqp9ze6GaeoSaloGLlJKIkY6PkJaJjJmahIqjnYGKrp9+iryfforK&#10;nH+K0JR/idaLf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yj/ehkC/38eBP+QIQT/nScF&#10;/6guCP6yNg3zuj4V6cFFH9/FTC/Qv1RCxLddU7iwZGKuqmpvpKRxepyfd4OUm36KjpiGkIeVjpWC&#10;kpeZfZCgnHqPq554j7mfd5HKnXmQz5V5jtaMeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJeY3YiXmN&#10;2In/exkC/4EdBP+SIAT/oCYF/6stB/u1NQvwvj0S5sdEHNrJSS7Lw1NBvrxbUrO1YmGor2lun6pv&#10;eJaldYGOoXyJh56Dj4Gbi5R7mZSYd5eem3OWqZ1xlraecJfInXKWz5VzlNWMdJPYiXST2Il0k9iJ&#10;dJPYiXST2Il0k9iJdJPYiXST2In/fBgC/4QcA/+VHwP/oyUE/68sBve6MwnsxDsP4s5CGNPOSCzG&#10;x1JAucBaUa26YV+jtGdsmbBtd5CrdICIqHqHgaWBjXqiiZJ1oJKWcJ6bmWyep5tqnrScaZ/Fm2ye&#10;0JRtmtaMbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2In/fRgC/4caA/+YHgP/piMD/7Mp&#10;BPPAMQfnyzgL3dg6Fs3SRirAzFA+s8ZYT6fAX12cu2VqkrdrdImzcX2Br3iEeq1/inSqh49uqY+T&#10;aaealmanpZhjp7KZYqjDmGWn0ZNmo9aLZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2Yn/&#10;fhcC/4sYAv+cHAL/qyEC+7kmA+3HLATf1TEG0945FMbYRCi50U47rMxWTKDHXVqVwmNni79pcYK7&#10;b3l6uHaAc7Z9hm20hYtos46PY7KYkmCxpJNesrGUXLLClF6y05BfrNmJYKrahmCq2oZgqtqGYKra&#10;hmCq2oZgqtqGYKrahmCq2ob/fxcC/5AWAv+hGgH/sR0B9MAgAePRIAHT3ywGyeI7FL7fRCWy2Uw4&#10;pdNUSZnPW1eOy2FjhMhobHvFbnVzw3V7bMF8gWfAhIViv46JXr6Yi1q+pI1YvrGOV7/CjVi/14tZ&#10;uNyFWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg1m23YP/gRYC/5UUAf+nFgH9uBcA6csRANPf&#10;FgHI5ywHvuY7FrPkRCWo4Us1nN1SRJHZWVKG1WBdfNNmZnTRbW5sz3R0Zs58eWHNhX1czI6AWcyZ&#10;g1bMpYRUzLOFU83EhVPN3YNTxuB+VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X3/hxMB&#10;/5wSAf+uEQDawgoA0NIKAMfoGAG87CwKsus8F6jqQyWd6EgzkuZQQIjkWUt+4mBUduFoXG/gb2Jo&#10;33doY95/bF7eiHBa3pFzV96bdVTep3dS37R4UN/EeE/g3nhP1uV1T9PndE/T53RP0+d0T9PndE/T&#10;53RP0+d0T9PndE/T53T/jw8B/6QOANu4CADNxQkAxdUKALrxGgOw8i0MpvE7GJvwQSSR70cvh+5O&#10;On7uWEN37WFKcO1pUGrscVVl7HlZYeyBXF3sil9a7JNhV+2dY1Xtp2VS7bNmUe7AZ0/v1GhO6+Zo&#10;TejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaE3o6Gj/mQsA3a4EAMy8BgDByQcAuNsKAK34HASk&#10;+C8Nmfg5F4/4PyGF+EYqfPhNMnX3Vzlu92A/afdpQ2T4cUdh+HlKXfiBTFr4iU9Y+JJRVvmbUlP5&#10;pVRR+q9VUPq7Vk76yldN++NXTPvpV0z76VdM++lXTPvpV0z76VdM++lXTPvpV0z76VflpQAAzrQE&#10;AL+/BQC0zgYAqusNAaD/HwaX/y8NjP82FYL/PR14/0QkcP9MKmr/VC9l/14zYf9nN13/bzla/3Y8&#10;WP9+Plb/hj9T/45BUf+XQlD/oENO/6lFTf+zRUv/vkZK/9BHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ&#10;/9xHSf/cR0n/3EfRrgAAv7kDALLFAwCn1QUAnP0PApT/IgaJ/ysMfv8yEnX/Ohhs/0IdZf9JIl//&#10;USVa/1ooV/9jK1T/ay1S/3IvUP95ME//gDFN/4gyS/+QNEr/mDVI/6E1R/+qNkb/szdE/784RP/F&#10;OET/xThE/8U4RP/FOET/xThE/8U4RP/FOET/xTjBswAAsr4CAKXMAQCZ3QMAkP8SAob/HwV7/ycK&#10;cf8uDmj/NhNh/z4XWv9GGlX/TR1R/1UfTv9dIEv/ZCJJ/2sjR/9xJEb/eCVE/38mQ/+GJ0H/jihA&#10;/5YoP/+eKT3/pyk8/7AqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCqzuAEApcYAAJfV&#10;AACL7wQBhP8TAnf/GgRt/yIHZP8qC1z/Mg5V/zkRUP9BE0v/SBVI/08XRf9WGEL/XBlA/2EaPv9n&#10;Gjz/bRs7/3McOf95HDj/gB02/4gdNf+PHjT/lx4y/6AfMv+kHzL/pB8y/6QfMv+kHzL/pB8y/6Qf&#10;Mv+kHzL/pB+mwAAAl84AAIneAAB//wcBdP8QAmn/FQNf/xwFV/8kCFD/LApK/zMMRf87DkH/QQ89&#10;/0cQOv9NETj/UhE2/1cSNP9cEzL/YRMx/2YUL/9rFC7/cRUt/3cVLP99FSr/gxYp/4sWKf+OFin/&#10;jhYp/44WKf+OFin/jhYp/44WKf+OFin/jhb/ZiAD/2EqBf9hMwj/aTYL/249D/9xRhX/c1Ec/3Ne&#10;I/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9gyEf/Xs1I/1zUSv9b3kv7WeRM&#10;91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3/ZiAD/2EqBf9hMwj/&#10;aTYL/249D/9xRhX/c1Ec/3NeI/9wbSn/bnww/2uJNf9pljn/Z6E9/2aqQP9kskL/Y7lE/2HCRv9g&#10;yEf/Xs1I/1zUSv9b3kv7WeRM91jqTPRX703wVvNN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4&#10;TexV+E3/ZiAD/2IqBf9jMQj/azUL/3A8D/9zRRX/dU8c/3ZdI/9zbCr/cHox/22HNv9rlDv/aZ8/&#10;/2ioQv9msEX/ZLhH/2PASf9hx0r/X8xM/13TTfxc3k75WuRP9VnqUPFY71HtV/RR6Vf5UOlX+VDp&#10;V/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VD/Zx8D/2MqBf9lMAj/bjML/3Q6D/93QxX/eU4c/3paJP93&#10;aCv/dHYz/3GEOf9ukD//bJtD/2qlR/9orUr/Z7ZM/2W+Tv9jxVD/YctS/V/SVPld3VX0W+RW8Frq&#10;V+tY8FjnWPVX41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lT/aB8D/2MpBf9oLgf/cTIK&#10;/3c4D/97QhX/fUwc/35YJP97Zi3/d3M1/3SAPP9xjEL/b5dH/2yhS/9qqk//aLJS/2e7VP9lxFb+&#10;YspY+WDRWvVe3FzwXORd6lrrXuZZ8V/iWvVb3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb&#10;+Vf/aR4D/2QpBf9rLQf/dDAK/3s3Dv9/QRX/gUoc/4JVJf9/Yy7/e3A2/3h8Pv91iUX/cZRL/2+e&#10;UP9splT/aq5Y/Wi3W/xmwF36ZMlg9WHQYvBe3GPqXOVl5VvsZt5a8GPYW/Rg0V34W9Fd+FvRXfhb&#10;0V34W9Fd+FvRXfhb0V34W9Fd+Fv/aR4D/2UoBf9uKwf/eC4K/382Dv+DPxT/hUgc/4dTJf+EYC//&#10;gGw4/3x5Qf94hUn+dJBQ+3GZVvluolr4a6pf9miyYvRmu2XzZMVo8GLQa+pf3W3jXedu21vqbdNc&#10;72jNXvNkyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X8hf91//ah4D/2YoBf9xKQf/eywJ/4M1&#10;Df+HPhT/ikcb/4xQJf+JXS//hWk6/YF1RPp8gE33eItV9HOVXPFvnWLvbKVn7Wmta+tmtm/oY8By&#10;5mHMdeNg33fWXOR4zl7pcslf7W3EYPBov2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GP/&#10;ax0D/2cnBf90Jwb/fysI/4czDf+MPBP/j0Ub/5FOJf+PWjD8i2Y7+IZxRvOBfFHvfIda7HaQYuhx&#10;mGnlbKBw4Wiodd5ksHrbYrp+2GHHf9Rh2n/LX+F+xGHld79i6XK7Y+1ttmTxZ7Zk8We2ZPFntmTx&#10;Z7Zk8We2ZPFntmTxZ7Zk8Wf/bB0D/2omBf93Jgb/gioI/4oyDP+QOxL/k0Ma/5ZMJP2VVzD3kWI8&#10;8oxtSeyGeFTnf4Ff4niKadxyknLWbZp40mqifM5nq3/LZrSByWW/g8dkzoTBY92DumTifLZm5nay&#10;Z+pxrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvaq5o72r/bRwD/2wkBf96JAX/hSkH/44xC/+U&#10;ORH/mEIZ/5tKJPibVDDyl18965JqS+WKc1jegnxk1XyFbs92jXXKcpV6xm6dfsNspYK/aq+EvWm5&#10;hrpox4e3aNqHsWjega1p43qpa+h0pmvsbaZs7W2mbO1tpmztbaZs7W2mbO1tpmztbaZs7W3/bRwD&#10;/24jBP99IgX/iCgH/5EwCv+YOBD/nEAY+59JI/ShUi/tnVw95ZZmTN2Ob1rTh3hlzIGBbsZ7iXbB&#10;d5F7vHOZgLhwoYS1bqqHsm20ia9swYqtbNKKqGzchaVt4X6ibuV3n2/rcJ9v63Cfb+twn2/rcJ9v&#10;63Cfb+twn2/rcJ9v63D/bhwD/3EiBP9/IQX/iycG/5QvCf+bNw//oD8X+KRHIfCnTy7oolo935tj&#10;TdSUbFrLjHVlxIZ9b76AhXa4fI18s3iVga91nYWrcqWJqHGvi6Vwu4yjcMuNoHHZiJ1x34GbcuR6&#10;mXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcplz6XL/bxsD/3MgBP+CIAT/jiYG/5cuCP+fNg79&#10;pD4V9KhGIOysTS3jp1g82aBhTM2YalnFkXJlvYt6braFgnawgIl9q32Rgqd5mYajd6KKn3WrjZx0&#10;t46adMaPmHXWi5Z23YOUduJ8k3bndJJ26HSSduh0knbodJJ26HSSduh0knbodJJ26HT/bxsC/3Uf&#10;BP+EHwT/kCUF/5otCP+iNQz6qD0U8axFHuiwTCvfq1c70qRfS8icaFm/lW9kt493brCKf3aqhYZ9&#10;pIGOgp9+loebe56Ll3mojpR4s4+SeMKQkXrVjY9624WOeuF+jXrmdo165naNeuZ2jXrmdo165naN&#10;euZ2jXrmdo165nb/cBsC/3YeA/+GHgT/kyUF/50sB/+lNAv3qzwS7rFDHOW0Synar1U6zaheSsKg&#10;Zli5mm1ksZN1bqqOfHajioN9noaLgpmCk4eUgJuLkH6ljo19sJCKfb6Rin/Tj4l+2oeIft9/h37l&#10;d4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld4d+5Xf/cBsC/3gdA/+IHgP/lSQE/6ArBv+oMgr0rzoR&#10;67VCGuG4SifUs1M5yKtcSb6kZFe0nmtjrJhybaSTeXWejoF8mIuIgpKHkIeNhZmLiYOijoaCrpGD&#10;gryRgoPOkYOD2YiCgt+BgoLkeYKC5HiCguR4goLkeIKC5HiCguR4goLkeIKC5Hj/cRoC/3ocA/+K&#10;HQP/lyME/6IpBfysMQnxszkP6LpAF928SCXPtlI4w69bSLmoYlavompip5xwbJ+Xd3WYk358kpCG&#10;goyNjoeHipeLg4igjn+Hq5F8h7mRe4fLkXyI2Il9h96CfYbken2G5Hl9huR5fYbkeX2G5Hl9huR5&#10;fYbkeX2G5Hn/cRoC/3waA/+NHAP/miID/6UoBPmvLwfuuDcM5L8/FNjARiTKulA3v7NZR7SsYVWq&#10;pmhhoaFua5mcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejniNqZB2jLaRdI3IkXaO2Ip3jN2Cd4rjeneK&#10;43p3iuN6d4rjeneK43p3iuN6d4rjeneK43r/choC/38ZAv+PGwL/nSAD/6kmA/azLQXqvTUJ4MY8&#10;ENLERCPFvU81urdYRq+xX1Slq2ZgnKZtapSic3OMnnp6hpuBgICYiYV6lpKJdZSbjXKTpo9vk7SQ&#10;bZTFkHCV2Ipwkt2DcZDje3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ43v/cxkC/4IXAv+SGgL/&#10;oB8C/60kAvK4KgTmwzEG28w1D8zIQiHAwk00tLxWRKm2XlKfsWRelqxraI6pcXGGpXh4f6J/fnmg&#10;h4N0nY+Ib5yZi2ubpI1om7KOZ5vCjmmd2Ipqmd2Ca5bje2uW43trluN7a5bje2uW43trluN7a5bj&#10;e2uW43v/dBkC/4UVAv+WGAH/pBwB+7IgAe2/JQLhzCoD1NEyDcfMQR+6x0wxrsFUQqO8XFCZt2Jc&#10;kLNpZoewb26ArXZ1eap9e3OohIBtpo2FaKWXiGWko4pipLCLYKTBi2Km2Yhjot6BZZ7jemWe43pl&#10;nuN6ZZ7jemWe43plnuN6ZZ7jemWe43r/dhgC/4kTAf+aFgH/qRgB9rgbAefHGgHb2RwBzdYwC8DS&#10;Px20zUovqMhSP53DWk2Sv2FYibtnYoC4bWt5tnRxcrN7d2yxg3xnsIyAYq+Wg16uoYZcrq+HWq+/&#10;h1uw2oRdrOB/XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xj/ehUC/44SAf+fEwD/sBMA&#10;78AQANnUDADO3xwBxN0vCbnZPRqt00gsoc9QO5XLWEmLx19UgsRlXnnCbGZywHJsa756cma9gnZh&#10;u4t6XLuVfVm6oX9Xuq+AVbu/gFW82X9WuON6WLLndViy53RYsud0WLLndFiy53RYsud0WLLndFiy&#10;53T/gBIB/5QQAP+mDwDjuAsA0sYKAMzXCwDD4x4CueIxCq/gPRik3UYnmdlON43UVkSD0V1Pes9k&#10;WHLNal9ry3JlZcp5amDJgm9byYtyV8iWdVTIondSyK94UcnAeFDK23dRxuhzUsDrb1K/7G9Sv+xv&#10;Ur/sb1K/7G9Sv+xvUr/sb1K/7G//hw4B/5sNAN+uBwDQvAgAx8kIAMHbCwC36CADrecxDaTmPRmZ&#10;5EQmjuJMM4TgVD573lxHc91jT2vcalZl2nJcYNp6YFvZg2RX2YxnU9mXalDZo2xO2bFtTdrCbUzb&#10;3GxN2OxqTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8Gf/jwsA6aQEANG0BgDFvwYAvM0I&#10;ALTpDgGq7iIFou4zDpftOxmN7EIkg+tJLnvqUzZz6Vw+bOlkRGfpbEli6HRNXuh8UVrohVRW6I5W&#10;U+mYWVHpo1pO6bBcTeq+XEzr0l1L6uldSuPzXErj81xK4/NcSuPzXErj81xK4/NcSuPzXErj81z5&#10;mQMA1KwCAMW3BAC5wwUAsNIIAKf2EQGe9SQGlfUyDor1OheB9UEgePVIJ3D1UC5q9Fo0ZfRjOGD0&#10;azxd9XQ/WfV8Qlf1hERU9Y1GUfaXSE/2oUpN9qxLS/e5TEr3yE1J+OBNSPfzTUj39E1I9/RNSPf0&#10;TUj39E1I9/RNSPf0TUj39E3aowAAx7ECALi7AwCtyQQAo9kHAJr9FAKS/ScHh/4vDX3+NxR0/z8b&#10;bP9HIGb/TiVg/1cpXP9gLVn/aTBW/3EyU/94NFH/gDZP/4k3Tf+SOUv/nDpJ/6Y7SP+xPEb/vT1F&#10;/8w9RP/mPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPkT/5z7LrAAAubYBAKzCAQCg0AIAleUHAI7/&#10;GAOE/yQGev8sC3D/NBBo/zwVYf9EGVv/Sx1W/1MgU/9bIlD/YyRN/2smS/9zJ0n/eilI/4IqRv+K&#10;K0T/lCxC/54tQf+nLkD/sS4//7wvPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/zTC7sQAA&#10;rLwAAJ/JAACT2QAAifwLAYD/FwJ2/yAFbP8oCWT/MA1d/zgQV/9AE1H/RxZN/04YSv9WGUf/XBpE&#10;/2McQv9pHUD/cB4//3gePf+AHzv/iCA6/5EhOP+bIjf/pCI2/60jNf+4IzX/uSM1/7kjNf+5IzX/&#10;uSM1/7kjNf+5IzX/uSOttgAAn8QAAJLSAACE4QAAff8NAXL/EwJo/xsEX/8jBlj/KwlR/zMLTP86&#10;DUf/QQ9D/0gRQP9OEj3/VBM7/1oUOf9fFDf/ZRU1/2sWM/9yFjH/ehcv/4IXLv+LGCz/kxgr/5wZ&#10;Kv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxmhvwAAkswAAITcAAB49wAAbv8KAWP/EAJa&#10;/xUDUv8dBEv/JAZG/ywIQf8zCTz/Ogo5/0ALNf9FDDL/Sg0w/1ANLv9UDiz/WQ4q/14PKP9kDyb/&#10;ag8l/3EQI/94ECL/gBEg/4gRH/+RER//kREf/5ERH/+RER//kREf/5ERH/+RER//kRH/XCID/1ct&#10;Bf9YMwf/XzYJ/2M9Df9lRhL/ZlAX/2VeHP9kbiL/YXwn/1+KK/9eli7/XKEx/1uqM/9asjX/Wbo2&#10;/1jDN/9YzTn/V9g5/1bgOv9V5jv/VOw8/1PxPPxS9T34Uvk99VH9PfNR/z3zUf8981H/PfNR/z3z&#10;Uf8981H/PfNR/z3/XCID/1csBf9aMgf/YTUJ/2U8Df9nRRL/aE8X/2hcHf9mbSL/Y3so/2GILP9f&#10;lC//Xp8y/12pNf9bsTf/Wrk4/1rBOv9Zyzv/WNU8/1ffPf9W5j7/Ves+/VTwP/lT9T/2UvlA81L9&#10;QPBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/PvBS/z7/XSED/1gsBf9cMAf/ZDMJ/2g6Df9rQxL/bE4X&#10;/2xaHf9qaiT/Z3gp/2SFLv9ikTL/YZw2/1+mOP9erjr/XbY8/1y+Pv9byD//WtJB/1ndQv9X5UP9&#10;VupE+VXwRPVU9UXxVPpF7lT+ROxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/QuxU/0L/XiED/1ksBf9f&#10;Lgb/ZjIJ/2w4DP9vQRH/b0wX/3FXHv9uZyX/a3Ur/2iCMP9ljjX/ZJk5/2KjPP9gqz7/X7NB/167&#10;Qv9dxET/XM5G/1rcR/5Z5Ej6V+pJ9VbwSvBV9krtVfpK6Vb+R+dW/0XnVv9F51b/RedW/0XnVv9F&#10;51b/RedW/0X/XiED/1krBf9iLQb/ajAI/282DP9yQBH/dEoY/3VVHv9yZCb/b3It/2x/M/9pizj/&#10;ZpY8/2WgQP9jqEP/YbBG/2C4SP9ewUr/XctL/1zaTfpa4071WepP8FfxUOtW9lHnV/tO5Fj/S+FZ&#10;/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0n/XyAD/1orBf9lKwb/bS4I/3M1DP93PhH/eEgX/3lS&#10;H/93YCf/dG4u/3B7Nf9thzv/apJB/2ebRf9lpEn+Y6xM/WG0TvtgvFH6XsZT+V3UVfVb41bvWupY&#10;6VjyWeVZ91bgWvtT21v/T9db/03XW/9N11v/Tddb/03XW/9N11v/Tddb/03/YCAD/10pBf9oKQb/&#10;cSsH/3gzC/98PBD/fUYX/35QH/99XSj/eWow/3V2OP9xgj/8bY1F+mqXS/hnn0/2ZadT9GKvVvNg&#10;uFnxX8Fc8F3NXu1c4GDoWuxh4VryYNpb9lvTXPpXz139U8xe/1HMXv9RzF7/Ucxe/1HMXv9RzF7/&#10;Ucxe/1H/YR8D/2AnBP9rJgX/dSkH/3wxCv+BOhD/g0QX/4RNH/+DWSj/f2Yy/HpyO/h1fkP1cYhL&#10;8m2SUe9pmlbtZqJb6mOqX+hgsmPmXrxm5FzIaeFb2mvdWupr01zwZs1e9WHIX/lcxGD8WMFh/lXB&#10;Yf5VwWH+VcFh/lXBYf5VwWH+VcFh/lX/Yh8D/2MlBP9vJAX/eSgG/4EwCv+FOQ//iEIW/4lLHv+J&#10;Vij6hWIz9YBuPfB6eUfsdYNQ6XCMWOVrlV7hZp1k3mOkadtgrW3XX7dv1F7DcNFe0nHNXedxx1/u&#10;a8Jh8ma+YvZhumP5XLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fj/Yx8D/2YjBP9yIgT/fScG&#10;/4UuCf+KNw7/jUAV/49JHvqPUyj0jF807oZqP+l/dEvjeH5V3nKGXthtj2XTaphqz2egbcxlqHDJ&#10;Y7FzxmK8dMRhyXXBYeB2vGPqcbdk72q0ZfNlsGb2YK5n+VyuZ/lcrmf5XK5n+VyuZ/lcrmf5XK5n&#10;+Vz/Yx4D/2ghBP91IAT/gSUF/4ktCP+PNQz/kj4U/JRHHfWWTyjukVs054tmQeCEb07ZfXlY0XeC&#10;YMxzimfHb5NsxGybcMBpo3O9Z6x2uma2eLhlwnm2ZdV5smbmdq5o7G+qafBpqGn0Y6Zq91+mavdf&#10;pmr3X6Zq91+mavdfpmr3X6Zq91//ZB4D/2sgA/94HgT/hCQF/40sB/+TNAv/lzwS+JlFG/CbTSfo&#10;l1k04ZBiQteJbE7Og3VYyH1+YcN4hmi+dI5tuXCWcrZunnWybKd4r2qxe61pvXyqac19qGrjeqVs&#10;6XKibO1soG3yZp5u9WKebvVinm71Yp5u9WKebvVinm71Yp5u9WL/ZR0C/20eA/97HQP/hyME/5Aq&#10;Bv+XMgr9nDsQ9J9DGeyhSyXjnFYz2pZgQc+OaU7HiHJYwIJ6Ybp9gmi1eYpusXWSc6xymnepcKN6&#10;pm6sfaNtuH6hbcd/n27gfpxw53WacOtvmXHwaJdx82SXcfNkl3HzZJdx82SXcfNkl3HzZJdx82T/&#10;ZR0C/28dA/9+HAP/iiIE/5MpBf+bMQn5oDkP8KNBGOemSSPeoVQx0ppeQMiTZ03AjG9YuYd3YbOC&#10;f2iufYduqXqOc6R3lnigdJ97nXOofppxtICYccKBlnLYgZV05XiTdOpxknXva5F18maRdfJmkXXy&#10;ZpF18maRdfJmkXXyZpF18mb/Zh0C/3EbA/+AGwP/jCED/5YoBf+eLwj2pDcN7Kg/FeOrSCDYplIw&#10;zJ5cQMOXZU27kW1Xs4t0Ya2GfGingoNuon6LdJ17k3iZeZx8lXelf5J2sIGQdb6CjnbRgo5443qN&#10;eOhzjHjtbIt48WiLePFoi3jxaIt48WiLePFoi3jxaIt48Wj/ZxwC/3MaAv+CGgL/jyAD/5kmBP6i&#10;LgbzqDUL6a09E9+vRh7SqVEvx6JaP76bY0y1lWpXro9yYKeLeWihh4FunIOIdJeAkHiSfZl8jnyi&#10;gIt6rYKIeruDh3rNg4d84nyHfOd1hnzsboZ88GmGfPBphnzwaYZ88GmGfPBphnzwaYZ88Gn/ZxwC&#10;/3UZAv+FGQL/kh8C/5wlA/ulLAXwrDQJ5rI7ENuzRB3NrU8uw6ZZPrmfYUuwmWhWqJRwX6GPd2eb&#10;i35uloiGc5CFjniMgpZ8iICggIR/q4KBf7iDf3/KhIGB4X2BgeZ2gYDrb4CA72qAgO9qgIDvaoCA&#10;72qAgO9qgIDvaoCA72r/aBwC/3gXAv+HGAL/lB0C/58jA/ipKgTssTEH4rc5DdW3QhzJsE4tvqpX&#10;PbSjX0qrnmdVo5huX5yUdWaWkHxtkI2Dc4uKi3iGiJR8gYaegH2EqIJ7hLWEeYTHhHqG4H97heZ3&#10;e4XrcHuE7mt7hO5re4Tua3uE7mt7hO5re4Tua3uE7mv/aRsC/3oWAv+KFwL/lxwC/6MhAvStJwPo&#10;tS4F3r01CtC6QBvEtEwsuq5WO6+oXkmmomVUnp1sXZeZc2aQlXlsipKBcoWQiXd/jZJ8e4ubf3eK&#10;poJ0ibODcorEg3SM4H90i+V4dYnqcXaI7Wx2iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wz/axoC/30U&#10;Av+NFgH/mhoB/6YeAfCxIwLkuykD2cIwCcu9PxnAuEoqtbJUOqqsXEehp2NSmaNqXJGfcWSKm3dr&#10;hJh/cX6WhnZ5k497dJKZfnCQpIFtkLGCa5DBgm2S3X9ukeV4b4/qcXCO7Wxwju1scI7tbHCO7Wxw&#10;ju1scI7tbHCO7Wz/bhgC/4ASAf+QFQH/nhcB+6saAey3HgHgwyEB0sYtCMbBPRi6vEkor7dSOKWy&#10;WkWcrWFRk6loWoulb2KEonVpfp98b3idhHRzm415bpmWfGqYon9nl66AZZi/gWWZ2H9omOV4aZbq&#10;cWqU7WxqlO1sapTtbGqU7WxqlO1sapTtbGqU7Wz/cRYC/4MRAf+UEwH/ohQA9bAUAOa+FADZzBUA&#10;zMorB8DGOxa1wUcmqrxRNp+4WEOWs2BOjbBmWIWsbWB+qnNnd6d6bHKlgnJso4t2aKKUeWShoHxg&#10;oK19X6G9fl6i1H1hoeZ2Yp3rcGOb7mxjm+5sY5vubGOb7mxjm+5sY5vubGOb7mz/dBMB/4cQAf+Y&#10;EAD+pxAA57cNANbFCwDQ0BEAxc8oBbnLORSux0Ujo8NPM5m/V0CPu15LhrhkVH61a1x3snFjcbB4&#10;aWuugG1mrYlyYauTdV2rnnhbqqx5Wau8eVis0nlaq+hzXKfsbl2k72pdpO9qXaTval2k72pdpO9q&#10;XaTval2k72r/eREB/4wOAP+eDQDcrggA0rsJAMzICQDH1g4AvdUlBLLSNhGnzkIgnMpML5LHVDyI&#10;w1xHf8FiUHe+aVdwvHBeart3Y2W5f2hguIhsXLeSb1i2nnFVtqtzU7e7c1K30nNUt+tvVrLvalev&#10;8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ1ev8Wf/fw4B/5MLAOGlBQDSswcAyb4HAMLLCAC83Q4AtN0j&#10;A6raMw2f1kAclNNKKorQUjeAzVpBeMthSnDJaFFqyG9XZMZ2XF/Ff2BaxYhkVsSSZ1PEnmlQxKxq&#10;T8S8a07F02pPxe1oUMDzZFG99WFRvfVhUb31YVG99WFRvfVhUb31YVG99WH/hgoA8JoEANSqBADI&#10;tgYAvsEFALfPCQCw4xEAqOMlBJ/iNQ2V4D4Zi95IJYHcUDB42lg6cNhfQmnWZ0lj1W5PXtR2U1nT&#10;f1dV04laUtOTXU/ToF9N061gS9S+YErV2GBL1O1eTNH3XEzM+VpMzPlaTMz5WkzM+VpMzPlaTMz5&#10;WkzM+Vr/jwMA2qIAAMqvAwC9uQQAtMYFAKvUCQCk6hQBnOkoBpPpNA6J6D0Yf+dEInfmTipv5lcy&#10;aeVfOGPlZz1f5G9CWuR3RVbkgElT5IpLUOSUTk3kn1BL5axRSeW7Ukjmz1JI5uhSSOT4UUjh/E9I&#10;4fxPSOH8T0jh/E9I4fxPSOH8T0jh/E/hmQAAzakAAL6zAgCzvgMAqMsFAJ/aCQCY8hgCkPIqB4by&#10;Mw588TsWdPFDHWzxSyNm8VQpYfFdLV3xZjFZ8W41VvF2N1PxfzpQ8og8TfKSPkvynUBJ86lBR/O2&#10;Qkb0x0NF9N9DRPTwQ0Ty+kJE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kLRogAAwK4AALK4AQCnxAIA&#10;nNIEAJLtDACM+xwDgvsoB3n7MQxw/DkSafxBF2L8SRxc/FAgV/xZI1T9YiZR/WooT/1zKkz+eyxK&#10;/oMuSP6NL0b/mDFE/6IyQ/+uM0H/uzRA/8s0P//jND//7zU//+81P//vNT//7zU//+81P//vNT//&#10;7zXEqgAAs7MAAKe/AACaywAAj9oCAIb/DwF+/xwDdf8lBmz/LQpk/zYOXf8+Elj/RRVS/00YT/9V&#10;Gkz/XBxJ/2QeR/9rH0T/cyBC/3wiQf+FIz//jyQ9/5olO/+kJjr/ryY5/7onOP/KJzj/3Cg4/9wo&#10;OP/cKDj/3Cg4/9woOP/cKDj/3Ci1rwAAp7oAAJrGAACN1AAAgeYBAHr/EAFw/xgCZ/8hBV//KQdY&#10;/zEKUv85DU3/QQ9J/0gRRf9PE0L/VRRA/1wVPf9iFjv/aRc5/3AYN/95GTX/ghkz/4waMv+XGzD/&#10;oRsv/6ocL/+1HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HC7/vxyptQAAmsIAAIzPAAB/3gAAdv8F&#10;AGz/DgFi/xQCWv8bA1P/JAVN/ysHR/8zCUP/Ogo//0ELO/9HDDj/TQ01/1MOM/9YDzH/Xg8v/2QQ&#10;Lf9rESv/cxEp/3wSJ/+GEiX/kBMk/5kTI/+jFCL/qxQi/6sUIv+rFCL/qxQi/6sUIv+rFCL/qxSc&#10;vgAAjcsAAH7aAABw5gAAZ/8AAF3/CgFU/xABTf8VAkf/HQNB/yQEPP8rBTf/MgY0/zgHMP89CC3/&#10;Qwgq/0gJKP9NCSb/Ugok/1cKIv9dCyD/Ywse/2sLHP9zDBr/fAwY/4QMF/+ODRX/lQ0V/5UNFf+V&#10;DRX/lQ0V/5UNFf+VDRX/lQ3/UiUD/00vBP9RMgb/VzUH/1o8Cv9bRQ7/Wk8T/1ldF/9YbRv/Vnsf&#10;/1WJIv9TlSX/UqAn/1GoKf9QsSr/ULgr/0/BLP9Pyi3/TtYu/07kLv9O7S//TvMv/034MP9N/DD/&#10;TP8w/Ez/MPlM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/hM/y//UyQD/00vBP9UMAX/WTQH/106Cv9f&#10;Qw7/Xk4T/11aGP9bahz/Wnkh/1iGJP9Wkif/VZ0p/1SmK/9Tri3/UrYu/1K+L/9RxzD/UdIx/1Dh&#10;Mv9Q6zL/T/Iz/0/3M/9O/DT7Tv80+E3/NPVO/zL0Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO/zL/UyQD&#10;/04uBP9WLwX/XDIH/2A4Cv9iQQ7/YkwT/2BYGP9faB3/XXYi/1uDJv9Zjyn/WJos/1ajLv9VrDD/&#10;VbMx/1S7M/9TxDT/U841/1LeNv9S6Tf/UfE3/1H2OPtQ+zj3T/849E//N/FQ/zXwUP808FD/NPBQ&#10;/zTwUP808FD/NPBQ/zT/VCMD/1AtBP9ZLQX/XzAH/2M2Cv9mQA7/ZkoT/2VVGf9jZR7/YXMj/16A&#10;KP9cjCz/W5cv/1mhMf9YqTT/V7A1/1a4N/9VwTj/Vcs5/1TaOv9U5zv/U/A8+1L2PfZR+z3yUf89&#10;71L/O+xS/zjrUv8461L/OOtS/zjrUv8461L/OOtS/zj/VSMD/1IrBP9cKwX/Yy4H/2c0Cv9qPg7/&#10;a0gT/2pTGf9oYR//ZnAl/2N9Kv9giC//XpMz/1ydNv9bpTj/Wq06/1i1PP9XvT7/V8c//1bTQfxV&#10;5EL5Ve5D9VT2RPBT/ETsVP9B6VX/P+ZV/zzlVf875VX/O+VV/zvlVf875VX/O+VV/zv/ViID/1Up&#10;BP9fKAX/ZysG/2wyCf9vPA3/cEYT/3BQGf9uXSD/a2sn/2h5Lf9lhDL/Yo83/2CZO/5eoT79XKlB&#10;+1uxQ/pZuUX5WMJH91fOSPVW4ErxVuxL7lX2TOlW/ErlV/9G4lj/Q95Z/0DdWf8/3Vn/P91Z/z/d&#10;Wf8/3Vn/P91Z/z//VyID/1knBP9jJgT/aygG/3EwCP90OQ3/dUMT/3VNGf91WSH/cWcp/210MP1q&#10;gDb6Zoo8+GOUQPZhnET0XqRI8lysS/FbtE3vWb1Q7VjJUutX2lPnVulV5Ff1VOFZ/U/bWv9L1Vv/&#10;SNBc/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RM9c/0T/WCID/1wkA/9mIwT/byYF/3YuCP96Nwz/e0ES&#10;/3tLGf97VSH+d2Mq+XNvMvZuezryaoVB72aPR+xjl0zqYJ9Q6F2nVOVbr1fjWbha4VfDXd9X0l7a&#10;VuZe1lnzWtJc/FXNXv9QyV7/TMVf/0nEX/9IxF//SMRf/0jEX/9IxF//SMRf/0j/WSEC/18iA/9q&#10;IQT/dCQF/3ssB/9/NQv/gT4R/4JIGf2CUiH3fl8r8nlrNe1zdT7pboBG5WmJTeFlkVTeYZlZ2l+i&#10;XNZdql/TXLNh0Fu+Ys5bzGPLWuJjyFzxYMZf+lrBYP5VvWH/Ubpi/025Yv9LuWL/S7li/0u5Yv9L&#10;uWL/S7li/0v/WSEC/2IgA/9uHwP/eCME/38rBv+EMwr/hzwQ/ohFF/eITiHwhFsr6n5mNuR4cEHf&#10;cnpL2W2DUtNpjFjPZpVczGSdX8lipWLGYK5kw1+4ZsFexGe/XthovF/rZrpj91+2ZPtZs2X+VbBl&#10;/1CvZf9Pr2X/T69l/0+vZf9Pr2X/T69l/0//WiAC/2UeA/9xHAP/fCID/4QpBf+JMQn/jDoO+Y5D&#10;FvGOTCDqilgr44RiN9t+bEPTeHZMzXN/U8hvh1nEa5BewGmYYr1moGW6Zahot2OyarVivmuzYs5s&#10;sGLla69m9GSsZ/hdqWj8WKdp/1Omaf9Spmn/UqZp/1Kmaf9Spmn/UqZp/1L/WyAC/2ccAv90GgL/&#10;fyAD/4gnBP+OLwf9kjcM9JRAFOyVSR7kkFUq24pfN9GEaUPKfXJMxHh7VL90g1q6cYtftm6TZLNr&#10;m2evaaRqrWetbKpmuG6oZsdvpWbfb6Vq8Wiia/ZhoGz5W55s/VaebP5Vnmz+VZ5s/lWebP5Vnmz+&#10;VZ5s/lX/XB8C/2oaAv93GQL/gx8D/4wlBP+SLQb5lzUL75k+EuebRhzellIp0pBcN8qJZkLDg29M&#10;vH53VLd5f1uydYdgrnKPZapwl2imbZ9so2ypbqBrtHCeasJxnGrXcZxu7muab/NkmW/4Xpdw/FiX&#10;cP1Xl3D9V5dw/VeXcP1Xl3D9V5dw/Vf/Xh4C/2wZAv96GAL/hh0C/48jA/+WKwX1mzMJ6587EOKg&#10;RRnXm1AozJRaNsSNY0K8iGxMtYJ0VLB+fFureoRgpneLZaJ0k2mecpxtm3ClcJhvsHKVbr1zk2/Q&#10;c5Ry626Tc/JmknP2YJBz+lqQc/tZkHP7WZBz+1mQc/tZkHP7WZBz+1n/Xx0C/24XAv99FwL/iRwC&#10;/5IiAv2aKQTxoDAH56Q5Dd6lQxfRn04nx5hYNb6SYUG2jGlLr4dxVKmCeVukf4Bgn3yIZZt5kGqX&#10;dpltk3WicZBzrHONc7p0i3PLdYx253CMd/Boi3f1Yop3+VyKd/painf6Wop3+lqKd/painf6Wop3&#10;+lr/YRsC/3EWAv9/FgH/ixoB/5UgAvmeJgPtpC4F46k2CtipQBbMo0wmwpxWNLmWX0CxkGdKqotv&#10;U6SHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qnSGd7Z1hHfHdoV65HKGe+9qhXv0ZIV7+F2Fe/lc&#10;hXv5XIV7+VyFe/lchXv5XIV7+Vz/YxoC/3MUAf+BFQH/jhkB/5keAfahIwLqqSoE4K8yB9KsPhXH&#10;pkskvaBVM7SaXj+slWVKpZBtUp6MdFmYiHtgk4WDZY6Ci2qKgJNuhn6dcYJ9p3R/fLR2fXzFdn1+&#10;4HN/f+5rf3/zZX9+915/fvhdf374XX9++F1/fvhdf374XX9++F3/ZRgC/3UTAf+EFAH/kRcB/5wb&#10;AfKlIAHmriYC27QuBs6vPRTDqkkjuaRTMa+eXD6nmWRJoJRrUZmQclmTjXlfjoqAZImHiGmEhZFu&#10;gIOacXyCpXR5gbJ2d4HCdnaC3XR5hO1seYPyZnqC9196gvheeoL4XnqC+F56gvheeoL4XnqC+F7/&#10;ZxcC/3cRAf+HEwH/lBUA/p8YAO6qHAHisyEB1bcqBcmzOxO+rkgitKhSMKujWj2inmJHm5lpUJSV&#10;cFiOkndeiI9+ZIONhml+i49teYmYcXaHo3Nyhq91cIa/dm+H13Vzie1tc4jyZnSH9mB0h/dfdIf3&#10;X3SH9190h/dfdIf3X3SH91//aRUB/3oQAf+KEQD/lxIA+aMUAOquFQDduRcAz7ooBMS3ORG5skYg&#10;r6xQL6anWDudo2BGlZ9nT46bblaImHVdgpV8Y32ThGh4kYxsc4+WcG+OoHJsja10ao29dWmN0nVs&#10;kO1tbY7xZ26M9mBujPdfboz3X26M919ujPdfboz3X26M91//bBMB/30PAf+NEAD/mxAA9KgPAOW1&#10;DQDVvxAAyr4mA7+7NxC0tkQeqrFOLaGtVzmYqV5EkKVlTYmibFWCn3NbfJx6YXeagWZymIpqbZaU&#10;bmmVnnFmlKtzY5S6c2KVz3Nml+xsZ5XxZmiT9mBokvdfaJL3X2iS919okvdfaJL3X2iS91//bxEB&#10;/4EOAP+RDgDyoAwA2q0JANO4CgDOww4AxMIjA7m/NQ6vu0IcpLdMKpuzVTeSr1xBiqxjSoOpalJ8&#10;pnFZdqR4XnCif2NroIhnZ56Ra2OdnW5fnalwXZ25cFydzXBfn+trYZ3yZWKa9mBimfdeYpn3XmKZ&#10;915imfdeYpn3XmKZ917/cxAB/4UMAPqWCgDbpQYA0bEIAMu7CADGxwsAvccgArLFMguowUAZnr5K&#10;J5S6UzSLtlo+g7RhR3yxaE91r29Vb612WmqrfV9lqYZjYaiQZ12nm2pZp6hrV6e4bFanzGxYqOlo&#10;Wqf0Y1uj+F5co/ldXKP5XVyj+V1co/ldXKP5XVyj+V3/eA0A/4sJAN+cAwDSqQYAybQHAMK+BgC8&#10;zAgAtc0cAavLLwmhyD0Wl8VII43CUS+Ev1g6fLxfQ3W6ZkpvuG1Qabd0VWS1fFpftIVeW7OPYVez&#10;mmRUsqdlUrK3ZlGzzGZSs+ljVLL3X1Wu+ltWrftaVq37Wlat+1pWrftaVq37Wlat+1r/fgkA8pEC&#10;ANahAgDKrQUAwLcFALjCBQCyzwkAq9QXAKPTKwaZ0DoSj85FH4XLTip9yVY0dcddPW7FZURoxGxJ&#10;Y8JzTl7Be1NZwYRWVcCPWVK/m1xPv6hdTb+4XkzAzV5MwOpcTr/5WU+8/lVQuv5VULr+VVC6/lVQ&#10;uv5VULr+VVC6/lX/hQIA3ZgAAM2mAgDBsQMAt7oDAK7GBgCn0woAoN0VAJndKASQ2zcOhtlCGX3W&#10;SyR11FQtbdJcNWfRYzxh0GtBXM9yRljPe0lUzoRNUM6PUE3Om1JLzqlTSc65VEjPz1RIzutTSc74&#10;UErL/05Kyv9NSsr/TUrK/01Kyv9NSsr/TUrK/03njwAA0Z8AAMOrAQC3tAIArb8DAKPLBgCb2QoA&#10;lOUaAY3lKwaE5DUNe+M/FnPiSB5s4VImZuFaLGDgYjJb4Go2V+ByOlPfez1Q34VATd+PQ0rgm0VI&#10;4KhGRuC4R0XhzEdF4OhHRd/2RkXe/0RF3v9ERd7/REXe/0RF3v9ERd7/REXe/0TZlwAAx6YAALiw&#10;AACsuQEAosUCAJjRBgCP6w0Aie4fAoDuKwZ47TQMcO09E2jtRhli7U4eXe1XI1ntYCdV7WgqUu1x&#10;LU/teS9M7YMySu6NNEfumDVF7qU3Q++zOELwxDhB8N85Qe/vOEDt/ThA7P84QOz/OEDs/zhA7P84&#10;QOz/OEDs/zjLoAAAuqsAAK20AAChwAAAlswBAIvZBQCE+BEBfPgfAnT4KQZs+DIKZPg7D175QxNY&#10;+UsXU/lTGlD5Wx1N+mQfSvpsIUj6dCNG+n4lRPuIJkH7kyhA+54pPvyrKj38uSs7/csrO/3iKzr8&#10;9Cs6/PcrOvz3Kzr89ys6/PcrOvz3Kzr89yu9qAAArrAAAKG8AACVyAAAidQAAH7oBQB3/xIBb/8c&#10;Amf/JgVg/y8IWf83C1T/Pw5P/0cRS/9OE0f/VhVE/10WQv9kGED/bBk9/3UaO/9+Gzn/iRw3/5Qd&#10;Nv+gHjX/rB8z/7kfM//IHzL/4iAy/+cgMv/nIDL/5yAy/+cgMv/nIDL/5yCwrQAAorcAAJXEAACH&#10;0AAAe90AAHL9CQBq/xEBYf8ZAlr/IgNU/yoFTv8yB0n/OglF/0ELQf9IDD7/Tg47/1UPOP9bEDb/&#10;YhE0/2kRMv9yEi//exMt/4YUK/+SFSr/nhUp/6kWKP+zFif/whYn/8cWJ//HFif/xxYn/8cWJ//H&#10;Fif/xxaktAAAlsAAAIfMAAB62gAAbesAAGT/BQBc/w4BVP8UAU3/HAJI/yQEQv8sBT7/MwY6/zkH&#10;Nv9ACDP/RQgw/0sJLv9RCiv/Vwop/10LJ/9kCyT/bAwi/3YNIP+ADR7/jA4d/5cOHP+hDhv/rA8b&#10;/64PG/+uDxv/rg8b/64PG/+uDxv/rg+XvAAAiMkAAHnWAABr4wAAX/YAAFb/AABO/woAR/8QAUH/&#10;FgI8/x0CN/8kAzL/KgMv/zAEK/82BSf/OwUl/0AFIv9FBiD/SgYe/1AGG/9WBxn/XAcX/2QIFf9t&#10;CBP/dwgR/4EJEP+LCRD/lQkP/5gJD/+YCQ//mAkP/5gJD/+YCQ//mAn/SScC/0QxBP9LMQT/UDQG&#10;/1I6CP9SQwv/UU4P/09cE/9Naxb/THkZ/0uHG/9Jkx3/SJ0f/0imIP9HriH/R7Ui/0a9I/9GxiP/&#10;RtAk/0bgJP9G6iX/RvMl/0b6Jf9G/yX/Rv8l/0b/Jf9G/yT9Rv8j/Ub/I/1G/yP9Rv8j/Ub/I/1G&#10;/yP/SScC/0YvA/9NLwT/UjIG/1U5CP9VQgv/VE0P/1JZE/9QaBf/T3ca/06EHf9MkR//S5sh/0qk&#10;Iv9KrCP/SbMk/0m7Jf9IxCb/SM0m/0jdJ/9I6Cf/SPEo/0j5KP9I/yj/SP8o/kj/KPtI/yf5SP8m&#10;+Uj/JvlI/yb5SP8m+Uj/JvlI/yb/SicC/0gtA/9QLQT/VTAG/1g2CP9ZQAv/WEsP/1VWE/9UZhj/&#10;UnQb/1GBHv9PjiH/Tpgj/02hJf9NqSb/TLEn/0u4KP9LwSn/S8oq/0rZKv9K5iv/SvAr/0r4LP9K&#10;/yz9Sv8s+kr/K/dK/yn1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj/SyYC/0srA/9SKwT/WC4F/1s0&#10;CP9dPgv/XUkP/1pUFP9ZYhj/V3Ed/1V+IP9TiiP/UpUm/1GeKP9Qpir/T64r/061LP9OvS3/Tccu&#10;/03TL/9M4zD/TO0w/Ez2MfpM/jH3TP8x9U3/L/JN/y3wTf8r8E3/K/BN/yvwTf8r8E3/K/BN/yv/&#10;SyYC/04pA/9WKQT/XCsF/2AxB/9iOwv/YkYP/2BRFP9eXxn/XG0e/1p6I/9Yhib/VpEp/1WaLP9T&#10;oi7/Uqow/1GxMf9RuTP/UMM0/k/ONftP3zb4Tus39U71OPJO/TjwT/817lD/M+tR/zHpUf8v6VH/&#10;L+lR/y/pUf8v6VH/L+lR/y//TCUC/1EnA/9aJgP/YCgF/2UvB/9oOQr/aEMP/2dOFf9lWhr/Ymgg&#10;/192Jf9dgSr/Wowu/liWMfxXnjT7VaY2+VStOPhTtTr3Ur479VHJPfNR2j7wUOg/7FDzQOlR/T7o&#10;U/875lT/OONV/zXhVf8z4VX/M+FV/zPhVf8z4VX/M+FV/zP/TSQC/1QkA/9dIwP/ZSUE/2otBv9t&#10;Ngr/bkAO/21LFP9rVhv/aGQh/mVxKPtifS34X4cy9lyRNvNamTryWKE98FepQO5VsULsVLlE61PE&#10;RulS0kjlUeVJ4lLySN9U/ETdVv9A21j/PdZZ/zrSWf840ln/ONJZ/zjSWf840ln/ONJZ/zj/TiQC&#10;/1ghA/9hIAP/aiME/3ArBf9zNAn/dD4O/3RIFP9yUhv7b18j9mtsKvJndzHvY4I37GCLPeldlEHm&#10;WpxF5FikSeJWrEzgVLRO3VS/UNtUzVDXU+JR0lTwTtBX+0rOWv9FzVz/Qslc/z7FXP88xVz/PMVc&#10;/zzFXP88xVz/PMVc/zz/TyMC/1sfAv9lHQL/biED/3UpBf95MQj/ejsM/3pEE/p5Thv0dlsj7nFn&#10;LOlscjXlaHw84WOFQ91gjkjZXZdM1VyfT9Jap1HPWbBTzVi6VMtYxlXJV9pWxVfsVcNb+U/CXv9K&#10;wF//Rr1g/0K6YP9AumD/QLpg/0C6YP9AumD/QLpg/0D/UiEC/14dAv9pGgL/cx8D/3omBP9+Lwb/&#10;gTgL+4FBEvOASxrsfFcj5ndjLeBxbTjabXdA02mARs9liUvLY5FPyGCZUsVfoVXCXapXwFyzWb5c&#10;v1q8W85buFvlW7de9VW3Yv9PtWP/SrJk/0awZP9DsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0P/VR8C/2Ea&#10;Av9tGAL/dx0C/34kA/+ELAX+hzUJ9Yg+EO2HSBjlg1Qi3n5fLtR4aTjOc3NAyW58R8RrhEzAaIxR&#10;vWWUVLpjnFe3YqVatGCuXLJguV6wX8derV/fX6xi8VmsZf5Tqmf/Tqhn/0qmZ/9Gpmf/RqZn/0am&#10;Z/9Gpmf/RqZn/0b/Vx0C/2QYAv9wFgL/exwC/4MiAv+JKgT5jDIH7447DeeORBbeilEh1IRcLcx+&#10;ZjjFeG9BwHR3SLtwgE23bYhSs2qQVrBomFmsZqBcqmWpX6dktGClY8Jho2PVYqJl7V2iaftXoWr/&#10;UZ9r/0yea/9Jnmv/SZ5r/0mea/9Jnmv/SZ5r/0n/WRwC/2cWAf9zFQH/fhoB/4cgAv+NJwP0ki8G&#10;6pQ4C+GUQhPWj04gzIlZLcWDYze+fWtAuHl0SLN1fE6ucoRTqm+MV6dtlFuja5xeoGmlYJ5osGOb&#10;Z71kmWfOZJhp6GGabflamW7/VJdu/0+Wbv9Llm7/S5Zu/0uWbv9Llm7/S5Zu/0v/WxoC/2kUAf92&#10;FAH/gRgB/4odAfyRJALwlywE5Zo0CNyaPxHPlEwfxo5XLL6IYDe3gmlAsX5xSKx6eU6nd4BTo3SI&#10;WJ9xkFybb5hfmG2hYpVsrGSTbLlmkWvJZpBt5GSRcfZckXL+VpBy/1GQcv9NkHL/TZBy/02Qcv9N&#10;kHL/TZBy/03/XRgB/2sTAf95EwH/hBYB/44bAfiVIQHrmygD4aAwBtWePRDKmEoewZJUK7mMXjax&#10;h2Y/q4JuR6Z+dk6he31TnHiFWJh2jVyUdJVfkXKeY45xqWWLcLVniXDFZ4hw4GaKdPRei3b8WIp2&#10;/1KJdv9OiXb/Tol2/06Jdv9OiXb/Tol2/07/XxcB/24RAf97EgH/hxQA/5EYAfSZHQHnoCMC3aUr&#10;BM+hOw/FnEgdvJZTKrSQXDWsi2Q/podsR6CDc02bgHpTln2CV5J6ilyOeJJginacY4d1pmaEdLJo&#10;gnTCaIB022iDePJghHr7WYR5/1SEef9PhHn/T4R5/0+Eef9PhHn/T4R5/0//YRUB/3AQAf9+EQD/&#10;ihIA/5QVAPCdGQDjpR4B16goA8ulOQ7Bn0Ybt5pRKa+VWjSnkGI+oYtqRpuHcUyVhHhSkIF/V4x/&#10;h1yIfZBghHuZY4B6o2Z9ebBoe3m/aXp51ml8fPBhfn76Wn59/lV+ff9Rfn3/UX59/1F+ff9Rfn3/&#10;UX59/1H/YxQB/3IPAf+BEAD/jREA/JgSAOyhEwDfqhYA0awmA8eoNw28o0Qas55PJ6qZWDOjlGA9&#10;nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo5ffoCXY3p/oWZ3fq1odX69aXN+0ml2ge5ieIL6W3iC/lZ5&#10;gf9ReYH/UXmB/1F5gf9ReYH/UXmB/1H/ZRMB/3UOAP+DDgD/kA4A9ZsOAOimDgDZrw8AzK8kAsKr&#10;NQy4p0MZrqJOJqadVjGemV47l5VmRJCRbUuLjnRRhox7VoGJg1t8h4tfeIaVYnSEn2Vxg6toboO6&#10;aW2Dzmlvhutjcof5XHOG/VZzhf9Sc4X/UnOF/1Jzhf9Sc4X/UnOF/1L/aBEB/3gNAP+GDQD2kwwA&#10;3qAJANapCgDSsg0Ax7IiAr2vMwqzq0EXqqdMJKGiVTCZnl06kppkQouXa0mFlHJQgJJ5VXuPgVp2&#10;jYlecoySYm6KnWVrialnaIm4aGeJy2hpi+ljbI35XG2M/Vdtiv9SbYr/Um2K/1Jtiv9SbYr/Um2K&#10;/1L/axAB/3sLAP+KCgDimAYA1qMIANCsCQDLtQsAwbYfAbi0MQmusD8WpKxKIpyoUy6UpFs4jKBi&#10;QIaeaUiAm3BOepl3U3WWflhwlIdcbJOQYGiSm2NkkadlYpC2ZmCRyWZikudiZZT4XGeS/Vdnkf9S&#10;Z5H/UmeR/1Jnkf9SZ5H/UmeR/1L/bg4A/38JAPGOBQDZmwUAz6YHAMmvBwDEuQgAu7ocAbK4Lweo&#10;tT0Tn7FIIJauUSuOqlk1hqdgPoClZ0V6om5LdKB1UW+efFVqnIVZZpuOXWKamWBemaZiXJm0Y1qZ&#10;x2NbmuVgX5v3W2Ca/lZhmP9SYZj/UmGY/1JhmP9SYZj/UmGY/1L/cgsA/4MFAN+TAQDRnwQAyaoG&#10;AMGyBQC7vQQAtL8YAKu+LAWiuzoRmbhFHZC1TyiHslcygK9eOnmtZUJzq2xIbqlzTWmnelFkpoNW&#10;X6SNWVyjmFxYo6ReVqOzX1Wjxl9VpORdWKT2WFqj/1Rbof9QW6H/UFuh/1Bbof9QW6H/UFuh/1D/&#10;dwcA8IkAANaYAADLpAMAwa0EALm2AwCywAQAq8UUAKPFKASbwjcOkcBDGYm9TCSAulUuebhcNnK2&#10;Yz1ttGpDZ7NxSGKxeUxesIFQWq+LVFavl1ZTrqNYUK6yWU+uxllPruRYUa72VFOu/1BUrP9NVKz/&#10;TVSs/01UrP9NVKz/TVSs/03/fQAA348AAM6dAADDqAIAubACALC6AgCoxAUAocwPAJvMIwKSyjMK&#10;icg/FYHGSR95xFIocsJaMGvBYTdmv2g8Yb5wQVy9eEVYvIFJVLyLTFG7lk9Ou6NRTLuzUkq7xlJK&#10;u+RRTLv2Tk26/0tOuf9JTrn/SU65/0lOuf9JTrn/SU65/0nvhQAA1JUAAMejAAC6rAEAsLQAAKe/&#10;AwCeyQYAldQLAJDVHQGJ1C4GgNI8EHjQRhlxz08has5YKWTNXy9fzGc0WstuOVbKdz1SyoBAT8mL&#10;Q0zJl0VJyaRHR8mzSEbKyEhGyuZHR8n3RUfI/0NIx/9CSMf/QkjH/0JIx/9CSMf/QkjH/0LejQAA&#10;y5wAAL2nAACxsAAAproAAJzEAwCTzwcAit0MAIXfHQF+3ywFdt43C2/eQxNo3U0aYtxVIF3bXSZY&#10;22UqVNptLlDadjJN2oA1StqLN0falzlF2qQ7Q9u0PELcyDxC2+U7Qtr0OkLZ/jpD2P85Q9j/OUPY&#10;/zlD2P85Q9j/OUPY/znQlgAAwaMAALKsAACntQAAnMAAAJHKAwCH1gcAgOkRAHnpIAJy6SwFa+k2&#10;CmTpPw9e6UgUWelRGVXoWhxR6WIgTulrI0vpdCVI6X0nRumIKkPpkytB6qAtQOqvLj7rwC497Nsu&#10;PervLj3o/C495/8tPef/LT3n/y095/8tPef/LT3n/y3FnwAAtakAAKixAACcvAAAkMcAAITSAQB6&#10;3wYAdPQTAG30IAJm9CoEX/Q0CFr1PQtU9UUPT/VMEkz1VRRJ9l0XRvZlGET2bhpB9nccP/eBHT33&#10;jR8795kgOfimITj4tSI3+cgiNvnjIjb48yI29/wiNvf8Ijb3/CI29/wiNvf8Ijb3/CK3pgAAqa4A&#10;AJy5AACQxAAAg88AAHfbAABv9goAZ/8TAWD/HQJa/ycDVP8wBU//OAhK/0AKRv9IDEP/Tw5A/1YP&#10;Pf9eEDv/ZRI4/24TNv93FDT/ghUy/48WMP+bFy//qRcu/7cYLf/IGCz/4Rgs/+8YLP/vGCz/7xgs&#10;/+8YLP/vGCz/7xirqwAAnrUAAJDBAACCzAAAddkAAGnkAABh/wkAW/8RAFT/GQFO/yICSf8rBET/&#10;MgVA/zoGPP9BBzn/Rwg2/04JM/9UCjH/Wwsu/2IMLP9rDCn/dQ0n/4AOJf+NDiT/mg8j/6YQIv+z&#10;ECH/wRAh/9AQIf/QECH/0BAh/9AQIf/QECH/0BCfsgAAkb4AAIPKAAB11gAAZ+IAAFvxAABU/wYA&#10;Tv8OAEj/FAFC/xwCPf8kAjn/KwM1/zIEMf84BC7/PgUr/0MFKP9JBiX/TwYj/1YHIf9dBx7/ZQgc&#10;/28IGf96CRf/hwkW/5QJFf+fChT/qgoU/7MKFP+zChT/swoU/7MKFP+zChT/swqTuwAAhMcAAHXT&#10;AABn4QAAWOgAAE77AABI/wAAQf8KADv/EAE2/xUBMf8cAS3/IgIp/ygCJf8tAiL/MgMf/zgDHP89&#10;Axr/QgMX/0gEFf9OBBP/VQQR/10FD/9nBQ3/cgUM/30FCv+JBgr/kwYJ/5wGCf+cBgn/nAYJ/5wG&#10;Cf+cBgn/nAb/PyoC/z8wA/9EMAP/SDME/0k5Bv9IQgj/Rk0L/0VbDv9DaRH/QXcT/0CFFf8/kRb/&#10;PpsY/z6kGP89qxn/PbMa/z26Gv89wxr/PMwb/zzbG/885xv/PPAb/zz4G/89/xv/Pf8b/z3/G/89&#10;/xr/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf89/xn/QCoC/0EuA/9HLgP/SjEE/0w3Bv9LQAj/SksL/0hZ&#10;D/9GZxH/RHUU/0OCFv9Cjxj/QZkZ/0GiGv9AqRv/QLEb/z+4HP8/wBz/P8kd/z/WHf8/5R3/P+8d&#10;/z/3Hv8//h3/P/8d/z//Hf9A/xz+QP8b/kD/G/5A/xv+QP8b/kD/G/5A/xv/QCoC/0MsA/9JLAP/&#10;TS8E/081Bv9QPgj/TkkM/0xWD/9KZBL/SHIV/0d/GP9Gixn/RZYb/0SfHP9Epx3/Q64e/0O1H/9C&#10;vR//QsYg/0LRIP9C4iH/Qu0h/0L1If9C/SH9Qv8h+0P/IPpD/x/5Q/8e+UP/HvlD/x75Q/8e+UP/&#10;HvlD/x7/QSkC/0YqA/9MKQP/USwE/1MyBv9UPAj/VEcM/1FSD/9PYBP/TW8X/0x8Gf9KiBz/SZIe&#10;/0ibH/9HoyH/R6si/0ayI/9GuiP/RsMk/0XNJf9F3iX/Reom/EX0JvlF/Cb2Rf8m9Ub/JPRG/yPz&#10;R/8h80f/IfNH/yHzR/8h80f/IfNH/yH/QigC/0knAv9QJgP/VSgE/1gvBf9aOQj/WkQM/1dPEP9V&#10;XBT/U2oY/1F3G/9Pgx//To4h/02XI/9MnyX/S6cm/0quJ/9Ktin+Sb4q/UnJKvpI2Sv3SOcs9Ejy&#10;LPFI+yzvSf8q7Ur/KOxK/yfrS/8l60z/JetM/yXrTP8l60z/JetM/yX/QygC/00kAv9UIwP/WiUD&#10;/14sBf9gNgf/YEEL/15MEP9bVxX/WWYZ/1dyHv9VfiL+U4kl/FGTKPpQmyr5T6Ms906qLvZNsi/0&#10;TLow80zEMvJL0TPuS+Q06krwNOdL+jPlTf8w5E7/LeJP/yvhUP8p4VD/KeFQ/ynhUP8p4VD/KeFQ&#10;/yn/RiUC/1AhAv9YIAL/XyED/2QqBP9mMwf/Zj0L/2VIEP9iUxX/YGEb/F1tIPhaeSX1WIQp81aN&#10;LfBUljDuUp4z7VGlNetQrTfpTrU5506/O+ZNzDzjTOA9303uPNxP+TnZUf811lL/MtRT/zDTVP8t&#10;01X/LdNV/y3TVf8t01X/LdNV/y3/SiMC/1QeAv9cHAL/ZB8C/2knBP9sMAb/bToK/2xED/1qTxX4&#10;Z1wc82NoIu9gdCjrXX4u6FqIM+VXkTfjVZk64FOgPt5SqEDcUbFB2VC7QtZQyEPTUNxEz1DsQ8xS&#10;+D/LVf87yVf/N8hY/zTHWf8yxln/McZZ/zHGWf8xxln/McZZ/zH/TSAC/1cbAv9gGQL/aR0C/28l&#10;A/9yLQX/dDcI/XNBDvZxSxTwblgc6mpkJOVlbivgYXkz3F6CONhcizzTWpQ/0FicQs5Xo0TLVaxG&#10;yVW1R8dUwEnFVNBJwlPmScBW9UW+Wf9AvVv/PLxc/zm7Xf81ul3/Nbpd/zW6Xf81ul3/Nbpd/zX/&#10;UB4C/1sZAf9kFgH/bRsC/3QiAv94KgT/ejMH9no9DO94RxPndVQb4XBfJdprai3TZ3Q0zmR9Osph&#10;hj/HX45CxF2WRcFbnki/WqZKvFmvTLpYuk24WMhOtljfTrRZ8EuzXP1Fsl//QLJg/zywYf85sGH/&#10;OLBh/ziwYf84sGH/OLBh/zj/UhsB/14WAf9oFAH/chkB/3kfAv9+JwP5gDAF8IE5CueAQxHgfFAa&#10;1ndbJM9yZi7JbW81xGp4O8BngUC8ZIlEuWKRSLZgmUqzX6FNsV2qT65ctFGsXMFSqlzUUqhd61Co&#10;YPpJqGP/RKhk/0CmZf88pmX/O6Zl/zumZf87pmX/O6Zl/zv/VRkB/2EUAf9sEgH/dhcB/30cAf+D&#10;IwL0hiwE6og1B+GHQA7WgkwZzX1YJMZ3Yi3Ac2s1u290PLdsfEGzaYRGr2eMSaxllEypY5xPpmKl&#10;UaRhr1OiYLxVoGDNVZ5g5lSeZPdNn2f/R59p/0Oeaf8/nWn/PZ1p/z2daf89nWn/PZ1p/z3/VxcB&#10;/2MSAf9vEQH/eRQB/4EZAfuHIAHvjCcC5I4wBdqNPQzPh0oYx4JVI799Xy25eGg1s3RwPK9xeEKr&#10;boBGp2yISqRpkE6gaJhRnWahU5tlq1WYZLhXlmTIWJRk4ViVaPRQlmv/Spds/0WWbf9Blm3/QJZt&#10;/0CWbf9Alm3/QJZt/0D/WRUB/2YQAf9yEAD/fRIA/4UWAPaMGwHqkSIB35QrA9OROgvJjEcXwIdT&#10;IrmCXCyyfWU1rXltPKh1dUKjc31HoHCES5xujE6ZbJVSlWueVJJpqFeQabRZjmjDWYxo3FqNbPJT&#10;j27/TJBw/0ePcf9Dj3H/QY9x/0GPcf9Bj3H/QY9x/0H/WxQB/2gPAP91DwD/gBEA/4kTAPKQFwDl&#10;lhwA2ZkmAs2VOArEkEUWu4tRIbOGWiytgmM0p35rO6F6ckGdd3pGmXWBS5VziU+ScZFSjm+bVYtu&#10;pViIbbBahmy/W4Rt1VuGb+9ViHL9Tol0/0mJdP9EiHT/Q4h0/0OIdP9DiHT/Q4h0/0P/XRIB/2sO&#10;AP94DgD/gw8A/YwQAO2UEgDgmhUA05wkAsiZNgm/lEMVto9PIK6KWCunhmEzoYJoO5x/cEGXfHdG&#10;k3l+S493hk+LdY9SiHOYVoRyoliBca5af3G8XH1x0Fx/c+xWgXb7T4N4/0qDeP9Fgnj/RIJ4/0SC&#10;eP9Egnj/RIJ4/0T/XxEB/20MAP96DQD/hQ0A8o8NAOeYDQDbnw4Azp8iAcSdNAi6mEIUspNNH6qP&#10;Viqjil8ynIZmOpeDbUCSgHVFjX58Sol8hE6FeoxSgniVVn53oFl7dqtbeXW6XHd2zVx4d+pYe3r6&#10;UX18/0t9fP9GfXz/RX18/0V9fP9FfXz/RX18/0X/YRAB/28LAP99CwD1iAoA35MIANibCgDTogwA&#10;yaMfAb+gMge2nEATrZdLHqWTVCiej10xmItkOZKIaz+NhXJFiIN6SoSAgU6Af4pSfH2TVXh8nVh1&#10;e6lbcnq4XHF6ylxyfOhYdX75UXeA/0x3gP9Hd4D/RneA/0Z3gP9Gd4D/RneA/0b/ZA8A/3IJAP9/&#10;CADljAUA2JYHANGeCQDOpQoAxKYdAbqkLwaxoD4RqJxJHaCYUyeZlFswk5BiOI2NaT6IinBEg4h4&#10;SX6Gf016hIhRdoKRVXKBm1hvgKdabH+1XGuAyFxrgeVZboP3UnGE/01yhP9IcoT/R3KE/0dyhP9H&#10;coT/R3KE/0f/Zg0A/3UHAPaDBQDcjwMA0pgGAMyhBwDIqAgAv6kaALWoLQWspDwQpKBHG5ydUSWU&#10;mVkvjpZgNoiTZz2CkG5DfY52SHmMfUx0ioVQcIiPVGyHmVdphqVZZoazW2WGxVtlhuNZaIj2UmuK&#10;/01siv9IbIn/R2yJ/0dsif9HbIn/R2yJ/0f/aQsA/3gEAOWHAADWkgMAzZwFAMakBgDBqwYAua0X&#10;ALCsKwSnqToOn6ZFGZaiTyOPn1ctiJxfNYKZZjt9l2xBeJVzRnOTe0tukYNPao+NUmaOl1VjjaNY&#10;YI2xWV+Nw1pejeBYYo/1UmSQ/01mkP9IZo//R2aP/0dmj/9HZo//R2aP/0f/bAgA/nwAAN6KAADQ&#10;lgIAyJ8EAMCnBAC5rgMAsrIUAKqxKAOhrzcMmaxDF5GoTSGJpVUqgqNcMnygYzl3nmo+cpxxRG2a&#10;eUhomYFMZJeLUGCWlVNdlqJVWpWwV1mVwVdYld5WW5bzUF2X/0xfl/9HYJb/RmCW/0Zglv9GYJb/&#10;RmCW/0b/cAMA64EAANaPAADKmgEAwaMDALmqAgCxsgEAqrcRAKO3JAKbtTQKk7JAFIqvSh6DrVMn&#10;fKtaLnaoYTVwp2g7a6VvQGejd0Rion9IXqGJTFqglE9Xn6BRVJ+uU1OfwFNSn91SVZ/zTleg/0pZ&#10;oP9GWZ//RVmf/0VZn/9FWZ//RVmf/0X/dQAA4IYAAM+TAADEnwEAuqcBALGuAACptgAAob0NAJu9&#10;IAGUvDEHi7o9EIO3SBp8tVAidbNYKm+yXzBqsGY2Za9tO2CtdT9crH5DWKuHR1Wqk0pRqp9MT6qu&#10;TU2qwE1NqtxNTqrySVCq/kZSqf9DUqn/QlKp/0JSqf9CUqn/QlKp/0LyfAAA14wAAMiZAAC9owAA&#10;sqsAAKmyAACguwIAl8QJAJLFGwCLxCwEg8I6DHvBRBV0v04dbr1WJGi8XSpju2QwX7psNFq5dDlW&#10;uHw8U7eHP0+3kkJMtp9ESratRki2wEZIt91FSbbyQ0q1/0FLtf8+S7T/PUu0/z1LtP89S7T/PUu0&#10;/z3igwAAzZIAAMGfAAC0pwAAqq8AAKC4AACWwAMAjMoHAIbNFACBzSYCesw1CHPLQQ9sykoXZslT&#10;HWHIWyNcx2IoWMZqLFTGcjBQxXwzTcWGNkrEkjlHxJ87RcSuPETFwTxDxd88RMTzO0TD/zlFwv83&#10;RcH/N0XB/zdFwf83RcH/N0XB/zfViwAAxZoAALekAACrrAAAoLQAAJa+AACLxwQAgdAIAHjZDgB1&#10;2SABb9gvBGnYPAlj1kYQXtZQFVnVWBpV1GAfUdRoIk7UcSZL03spSNOFK0XTki5C1J8vQdSvMD/V&#10;wjE/1eEwP9PyMD/S/S8/0f8uP9D/Lj/Q/y4/0P8uP9D/Lj/Q/y7KlAAAu6EAAK2pAACisQAAlrsA&#10;AIvEAACAzQMAddgIAG/kEQBq5CABZOQtA17kOAdZ5EELVeRLD1HkVBJN5F0WSuRlGEfkbhtF5Hcd&#10;QuSCH0DkjiE+5ZsjPOWqJDvmvCQ65tMkOeXuJDnj+iM54v8kOeL/JDni/yQ54v8kOeL/JDni/yS/&#10;ngAAr6YAAKOuAACXuAAAisIAAH7MAABz1gIAaeUJAGTvFABf8CABWfArA1TwNQVP8D4HS/FGCkfx&#10;TgxE8VcOQvFfED/yZxI98nAUOvJ7FTjzhxY285QYNfSiGTP0sRky9cUaMfXiGjH08Rkx8f4ZMfH/&#10;GTHx/xkx8f8ZMfH/GTHx/xmypAAApasAAJi2AACLwAAAfsoAAHHVAABl3gAAXvUKAFn8EwBT/B4B&#10;TvwnAkr9MANF/TkFQf1ABj7+SAc7/k8JOP9XCjb/Xgsz/2cMMf9wDS7/fA4s/4kPK/+WECn/pBAo&#10;/7QRJ//HESf/4REm//IRJv/2ESb/9hEm//YRJv/2ESb/9hGnqQAAmbMAAIu+AAB+yQAAcNMAAGTe&#10;AABY5wAAUv8JAE3/EQBH/xkBQ/8iAT7/KgI6/zIDN/85AzP/PwQw/0YFLf9NBSv/VAYo/1sHJv9j&#10;ByP/bQgh/3kJH/+HCR7/lQod/6MKHP+xChv/wAsa/9YLGv/fCxr/3wsa/98LGv/fCxr/3wubsQAA&#10;jbwAAH7HAABw0gAAY94AAFXkAABL9QAARv8FAED/DgA7/xQAN/8bATP/IwEv/ykCK/8wAij/NQIl&#10;/zsDIv9BAx//RwMd/04DGv9VBBj/XgQV/2gFE/90BRH/ggUQ/5AGEP+dBg//qQYO/7UGDv+6Bg7/&#10;ugYO/7oGDv+6Bg7/ugaOugAAf8UAAHDRAABi3gAAVOUAAEbrAAA//gAAOf8AADT/CQAv/w4AK/8U&#10;ACf/GgEj/yEBH/8lARz/KgEZ/y8BFv80AhT/OgIR/0ACEP9GAg7/TgIM/1YCCf9gAwf/bAME/3gD&#10;A/+GAwL/kQMB/50DAf+hAwH/oQMB/6EDAf+hAwH/oQP/Ni0C/zkuAv8+LgP/QDID/0A4BP8+QQb/&#10;PEwI/zpaCv84aAz/NnYO/zWDD/80jxD/M5kR/zOhEf8zqRL/MrAS/zK3Ev8yvxL/MsgT/zLTE/8y&#10;4xP/Mu0T/zL2Ev8z/hL/M/8S/zP/Ev8z/xH/M/8R/zP/EP8z/xD/M/8Q/zP/EP8z/xD/Ni0C/zss&#10;Av9ALAP/Qy8D/0M1BP9CPgb/QEoI/z5XC/88ZQ3/OnMP/ziAEP83jBH/N5YS/zafE/82pxP/Nq4U&#10;/za1FP82vBT/NcUV/zXQFf814BX/NusV/zb0Ff82/RT/Nv8U/zb/FP43/xP+Nv8T/Tb/Ev02/xL9&#10;Nv8S/Tb/Ev02/xL/NywC/z4qAv9DKgL/Ri0D/0cyBP9GPAb/RUgI/0NVC/9BYg3/P3AQ/z19Ef88&#10;iRP/O5MU/zucFf86pBb/OqsW/zqyF/86uRf/OcIX/znMF/853Rj/OekY/znzGP86+xj8Ov8X+jr/&#10;F/k6/xb4Ov8W+Dr/Ffg6/xX4Ov8V+Dr/Ffg6/xX/OSsC/0EnAv9GJwL/SikD/0svBP9MOQb/S0UI&#10;/0hRC/9GXg7/RGwR/0J5E/9BhRX/QI8X/0CYGP8/oBj/P6cZ/z6uGv8+thr/Pr4b/z7IG/891hz+&#10;PeYc+z7xHPg++hz1Pv8c8z7/GvI//xnxP/8Z8T//GPE//xjxP/8Y8T//GPE//xj/PSgC/0UkAv9K&#10;IwL/TiUD/1EsBP9SNgb/UUEI/09NDP9MWg//SmcS/0h0Ff9HgBf/RosZ/0WUG/9EnBz/Q6Qd/kOr&#10;Hv1Csh/8Qrog+kLEIPlC0CH2QeIh8kLuIu9C+SLtQv8g60P/H+pD/x3pRP8c6ET/G+hE/xvoRP8b&#10;6ET/G+hE/xv/QCUC/0ghAv9PIAL/UyEC/1cpA/9ZMwX/WD4I/1ZJDP9SVRD/UWMU/09vF/5Nexr7&#10;S4Yd+UqPH/dJmCH2SJ8i9EemJPNHriXxRrYm8Ea/J+9FyyjsRd4p6EXsKeVG+CjiR/8m4Uj/JN9J&#10;/yLeSf8g3Un/H91J/x/dSf8f3Un/H91J/x//QyIC/0weAf9THAL/WR4C/10mA/9fMAT/XzoH/11F&#10;C/9aUBD9WF4V+FVqGfVTdh3yUYAh70+KJO1NkybrTJop6UuiK+dKqSzlSbEu5Ei7L+JIxzHgSNkx&#10;3EjqMdhJ9i7US/8r0kz/KdBN/ybPTv8lzk7/I85O/yPOTv8jzk7/I85O/yP/Rx8B/1AaAf9XGAH/&#10;XhwB/2MjAv9mLAT/ZjYG/2RBCvpiTA/0X1kV71xlG+tZcCDnVnsl5FSEKeFRjS3eUJUw3E+dMtlO&#10;pTPWTa010023NtFMwjfPTNE4zEzmOMlN9DXHT/8xxVH/LsRS/yvDU/8pwlP/J8JT/yfCU/8nwlP/&#10;J8JT/yf/ShwB/1QXAf9cFQH/YxkB/2kgAv9sKQP/bTIF+Ww9CfJpRw7rZlQV5WNgHOBfayLbXHUo&#10;1ll/LdJXiDDPVZAzzFSYNspToDjHUqc6xVGwO8NQuzzBUMk9v1DfPbxR8Du6U/w3uVX/M7hX/y+3&#10;WP8tt1j/K7dY/yu3WP8rt1j/K7dY/yv/TRoB/1cUAf9gEgH/aBcB/24dAf9yJQL7cy4D8nM4B+lx&#10;Qw3iblAU22lcHNNlZiTOYnAqyV96L8ZcgjPDW4o2wFmSOb1Ymju7VqI+uFWrP7ZVtUG0VMJCslTU&#10;QrBV6kGuV/k8rln/N61b/zOtXP8wrV3/Lq1d/y6tXf8urV3/Lq1d/y7/UBcB/1oSAf9kEAD/bRQA&#10;/3MaAf93IQH0eSkC6nozBeJ4PwrZdEwTz3BYHMlrYiTEaGwrv2V1MLtifTW4YIU4tV6NPLJclT6v&#10;W51BrVqmQ6tZr0SpWbxFp1jMRqRY5UakW/ZAo17/O6Nf/zejYP8zo2H/MaNh/zGjYf8xo2H/MaNh&#10;/zH/UxUB/10QAP9oDwD/cBIA/3cWAPt8HAHufyQB5IAtA9p/OwjPekkSx3VUG8FxXyS7bWgrtmpw&#10;MbJneTavZYA6q2OIPahhkECmYJhDo16hRaBeq0eeXbdInF3GSZpc30maX/JEmmL/Pppj/zmbZf82&#10;m2X/M5tl/zObZf8zm2X/M5tl/zP/VRMB/2AOAP9rDgD/dBAA/3sSAPWBFwDohB4A3ocnAdGENwfI&#10;f0YRwHtRG7l2WyO0cmUrr29tMapsdTananw6o2iEPqBmjEGdZJREmmOdR5dip0mVYbJLk2HBTJFh&#10;2EyRY+9HkmX9QZJn/zyTaf84k2r/NZNq/zWTav81k2r/NZNq/zX/VxEB/2MNAP9uDAD/dw4A/38P&#10;APCFEQDjiRYA1osjAcuINQbChEMQuoBPGrN7WSOtd2IqqHRqMaNxcTafbnk7nGyBP5hqiEKVaZFF&#10;kmeaSI9mo0qNZa9MimW9TYll0U6JZ+xKimn7Q4tr/z6Mbf86jG7/N4xu/zeMbv83jG7/N4xu/zf/&#10;WRAA/2ULAP9xCwD/egsA8YIMAOiJDQDdjg4Az48gAcaNMga9iUEPtYRNGa6AViKnfF8qonhnMJ11&#10;bzaZc3Y6lXF9P5JvhUKObY5Gi2yWSYhqoEuFaqxNg2m6T4FpzE+BauhMg235RYRv/z+FcP87hnH/&#10;OIZx/ziGcf84hnH/OIZx/zj/Ww8A/2cIAP9zCADzfQgA3oYHANmMCQDVkQsAypIeAMGQMAW4jT8O&#10;sIhKGKmEVCGigF0pnX1lMJh6bDWTd3M6j3V7PoxzgkKIcotGhXCUSYJvnkx/bqlOfG23T3ttyVB6&#10;buZNfHH4Rn5z/0F/dP89gHX/OoB1/zqAdf86gHX/OoB1/zr/XQ4A/2oGAP92BgDkgAMA2YkGANKP&#10;CADPlAoAxZYbALyULgSzkT0Nq41IF6SIUiCehVsomIFjL5N+ajWOfHE5inp4PYZ4gEKDdohFf3WR&#10;SXxzm0x5cqdOdnK1UHRyxlB0cuNPdnX2R3h3/0J6eP8+e3n/Ont5/zp7ef86e3n/Ont5/zr/XwwA&#10;/2wEAPV5AgDegwIA04sFAM2SBwDJlwgAwJkZALeYLAOvlTsMp5FHFp+NUB+ZiVknk4ZhLo6DaDSJ&#10;gW85hX92PYF9fkF9e4ZFeXqPSXZ4mUxzd6VOcHeyUG53xFBtd+BPcHn1SHJ7/0N0fP8+dX3/O3V9&#10;/zt1ff87dX3/O3V9/zv/YQoA/28CAOh8AADZhgEAz44EAMiVBgDDmgYAu5wWALOcKgOqmTkLopVF&#10;FJuRTh2UjlcmjotfLYmIZjOEhm04gIR0PXuCe0F3gIRFdH+NSHB9l0ttfKNOanywT2h8wVBnfN1Q&#10;an7zSW2A/0Nugf8/b4H/PG+B/zxvgf88b4H/PG+B/zz/ZAgA/3IAAOF/AADTiQEAypIDAMOYBAC9&#10;ngQAtqATAK6gJwKlnTYJnZpDE5aXTRyPk1UkiZFdK4SOZDF/jGs3eopyO3aIeUByhoJEboWLR2qD&#10;lUpngqFNZIKuT2KCv09hgtpPZITySWaF/0Nohv8/aob/PGqG/zxqhv88aob/PGqG/zz/ZwQA9nYA&#10;ANyCAADOjQAAxZUCAL6cAwC3oQIAr6QRAKikJAKgojQImJ9AEZGcShqKmVMihJdbKX6VYjB5kmk1&#10;dZBwOnCPdz5sjX9CaIyJRmWKk0lhiZ9LXomsTV2JvU5cidZNXorwSGCL/kNii/8/Y4z/PGOM/zxj&#10;jP88Y4z/PGOM/zz/agAA5noAANWGAADJkQAAwJkBALifAQCwpQAAqKkOAKKpIQGaqDEGk6U+D4uj&#10;SBiEoFEgfp5ZJ3icYC1zmmcyb5huN2qWdTxmlX0/YpSHQ1+SkUZbkp1JWZGrSleRu0tWkdNLV5Lv&#10;R1qS/UJck/8+XZP/O12T/ztdk/87XZP/O12T/zv/bgAA4H4AAM6LAADElQAAup0AALGjAACpqQAA&#10;oa4LAJuvHQGUri4EjKw7DIWqRhV+qE4ceKZWI3KkXSptomQvaaFrNGSfczhgnns8XJ2FP1mcj0JV&#10;m5xFU5uqR1GbukdQm9FHUZvuRFOb/EBVm/88Vpv/Olab/zpWm/86Vpv/Olab/zrxdAAA2YMAAMiQ&#10;AAC+mgAAs6EAAKqnAAChrgAAl7UGAJK2GACMtSoDhbQ3CX6yQhF3sEwYca5UH2ytWyVnq2IqYqpp&#10;L16pcTNaqHo3VqeDOlOmjj1QpptATaWpQUulukJLptFCS6XtP02l/DxOpP85T6T/N0+k/zdPpP83&#10;T6T/N0+k/zfkegAAz4kAAMKVAAC2nwAArKUAAKKsAACYswAAjrsCAIi9EgCDvSUBfLwzBna7Pw1v&#10;ukkUarhRGmW3WR9gtmAkXLVnKVi0byxUs3gwUbOCM02yjTZKspo4SLGoOkayuTpFstE6RrHtOUew&#10;/DZHsP80SK//M0iv/zNIr/8zSK//M0iv/zPbggAAx5AAALucAACuowAApKoAAJmxAACPuQAAhMAD&#10;AHvGDQB4xh4Ac8YuA23FOghnxEUOYsNOE13DVhhZwl4dVcFmIVHBbiROwHcoS8CBK0i/jC1Fv5ov&#10;Q7+oMUG/ujFBwNIxQb7uMEG9/S9BvP8uQbz/LUG8/y1BvP8tQbz/LUG8/y3OigAAv5gAALGgAACm&#10;qAAAm7AAAJC4AACFvwAAescEAG/PCQBr0RUAZ9EmAWPRNARe0EAIWdBKDFXPUxBRz1sUTs9jGEvO&#10;axtIznUeRc5/IELOjCJAzpkkPs6oJjzOuiY8z9QmPM3vJTvM+yU7y/8lO8r/JTvK/yU7yv8lO8r/&#10;JTvK/yXDkwAAtZ4AAKimAACdrgAAkbYAAIW/AAB5xwAAb84EAGTWCQBe3hEAW94gAFfeLQJT3zoE&#10;UN9EBkzfTglJ31cMRt9fD0PfaBFB33ETPt98FTzfiRc64JYZOOClGjfgtxo24c0aNt/sGjXe+Ro0&#10;3f8bNNz/GzTc/xs03P8bNNz/GzTc/xu5nAAAqqQAAJ6rAACStQAAhb4AAHnHAABtzwAAYtYDAFjh&#10;CABV6hMAUesgAE3rKwFJ6zUCRew+BELsRwU/7E8HPe1YCTrtYAo47WoMNu50DTPugA4y7o4PMO+d&#10;EC7vrREt8MARLfDeESzu8REs7P4RLOv/ECzr/xAs6/8QLOv/ECzr/xCtogAAoKkAAJOzAACGvQAA&#10;ecYAAGzPAABg2AAAVd4AAE7zCgBK9xMARvgdAEP4JwE/+DACO/k4Ajj5QAM1+kcEM/pPBTD7VwUu&#10;+18GK/xpByn8dAgn/IIJJf2QCST9oAoj/rAKIv7ECyH/4Ash/fIKIPz8CiD8/Aog/PwKIPz8CiD8&#10;/AqipwAAlbEAAIe7AAB5xgAAbM8AAF/ZAABS3wAASOgAAEP/CAA//xAAO/8ZADf/IQA0/ykBMP8w&#10;AS3/NwIq/z4CJ/9EAiX/SwMi/1MDIP9cAx3/ZgQb/3IEGf+ABRf/jwUW/58GFf+vBhT/wAYU/9YG&#10;E//pBhP/6QYT/+kGE//pBhP/6QaXrwAAiLoAAHrFAABszwAAXtoAAFDgAABE5gAAPPUAADf/BAAz&#10;/w0AL/8TACv/GgAo/yEAJf8nASH/LQEe/zIBG/84ARn/PwEW/0YCFP9NAhH/VgIQ/2ACDv9sAgz/&#10;ewML/4sDCv+aAwr/qAMJ/7UDCP/CAwj/wgMI/8IDCP/CAwj/wgOKuAAAe8MAAGzOAABe2wAAT+IA&#10;AELnAAA27AAAMf8AACz/AAAn/wcAI/8OACD/EgAc/xgAGP8dABX/IQAS/yYAEP8sAQ7/MQEN/zcB&#10;Cv8+AQj/RgEF/08BAf9ZAQD/ZgEA/3QBAP+CAgD/kAIA/5wCAP+mAgD/pgIA/6YCAP+mAgD/pgL/&#10;Li8C/zMsAv83LQL/ODAC/zc2A/80PwT/MUsG/y9YB/8sZgj/KnQJ/ymBCv8ojQv/KJcL/yifC/8o&#10;pgz/J60M/ye0DP8nuwz/J8QM/yfODP8o3gv/KOkL/yjzC/8o+wv/KP8K/yn/Cv8p/wr/Kf8K/yj/&#10;Cv8o/wr/KP8K/yj/Cv8o/wr/MC0C/zYqAv85KgL/Oy4C/zo0A/84PAT/NkkG/zNWB/8xYwn/L3EK&#10;/y1+C/8tigz/LJQM/yycDf8spA3/LKsN/yyxDf8suQ3/K8EN/yzLDf8s2g3/LOcN/yzxDf8s+g3/&#10;LP8M/i3/DP0t/wz9Lf8M/Sz/C/0s/wv9LP8L/Sz/C/0s/wv/MisB/zkoAv89KAL/PyoC/z4wA/89&#10;OgT/PEYG/zlTCP83YAn/NW0L/zN6DP8yhg3/MZAO/zGZDv8xoQ//MagP/zCuD/8wtQ//ML0Q/zDH&#10;EP8w1BD/MOQQ/zHvEP4x+Q/7Mf8P+TH/D/gx/w73Mf8O9zH/DvYx/w72Mf8O9jH/DvYx/w7/NSgB&#10;/zwlAf9AJAL/QycC/0MsA/9ENwT/QkMG/0BPCP89XAr/O2kM/zl2Df84gg//N4wQ/zeVEf82nRH/&#10;NqQS/zarEv82shP/NboT/zXDE/81zxP8NeET+TbtE/Y29xPzNv8T8Tb/EvA2/xLwN/8R7zf/Ee83&#10;/xDvN/8Q7zf/EO83/xD/OSUB/0AhAf9FIAH/RyIC/0kpAv9KNAT/ST8F/0ZLCP9EWAr/QmUN/0Bx&#10;D/8+fRH/PYcS/z2RFP48mRX9PKAV/DunFvo7rhf5O7YX+Du/F/Y7yhj0O9wY8DvqGO079hjqO/8X&#10;6Dz/F+c8/xbmPf8V5T3/FOU9/xTlPf8U5T3/FOU9/xT/PSIB/0QeAf9JHAH/TR4B/1AmAv9RMAP/&#10;UDsF/05GCP9LUwv/SGAO/0ZsEftFeBP4RIIV9kOMF/RClBjzQZwZ8UGjG+9AqhvuQLIc7T+7Hes/&#10;xh7pP9Ue5T/oH+JA9B7fQP4d3UH/G9tC/xrZQv8Y2EL/F9hC/xfYQv8X2EL/F9hC/xf/QB8B/0ga&#10;Af9OGAH/UhsB/1YjAv9YLAP/VzcE/1VCB/9STQv5UFoO9U1nEvFMchbuSn0Y60iGG+lHjx3nRpcf&#10;5UWeIONEpiLhRK4j4EO3JN5DwiXcQ9Am10PlJtNE8yTQRf4izUb/IMxH/x7KR/8cyUj/G8lI/xvJ&#10;SP8byUj/G8lI/xv/RBsB/0wWAf9SFAH/WBgB/10fAf9fKAL/XjID/V09BvZaSQrwV1UP6lViE+ZS&#10;bRjiUHcc306BH9xMiiLZS5Ik1UqaJtNJoSjRSakpz0iyKs1IvCvLSMksyEjfLMVI7yvCSvwowEv/&#10;Jb9M/yK+Tf8gvU3/H71N/x69Tf8evU3/Hr1N/x7/RxgB/08TAf9WEQD/XhUA/2IcAf9lJAH+ZS0C&#10;9GQ4Be1hQwnmX1EO4FxdFNpYaBrUVnIe0FR7IsxShCbKUIwox0+UKsVOmyzDTqMuwU2sL79MtjC9&#10;TMIxu0zTMrhM6TG2TvgttFD/KrNR/yezUv8kslL/IrJS/yKyUv8islL/IrJS/yL/ShUB/1MRAP9b&#10;DwD/YhIA/2gXAP9qHwH2aygB7GsyA+RpPgfcZkwN02JYFM1fYxvIXG0gxFp2JMFYfii+VoYru1WO&#10;LrlTljC2Up4ytFKmM7JRsDWwUbw2rlDLN6xQ4zeqUvQzqVT/LqhW/yuoV/8oqFf/JahX/yWoV/8l&#10;qFf/JahX/yX/TRMA/1YOAP9fDQD/ZxAA/2wTAPtwGQDvcSIB5HEsAttwOgXRbEgMyWhUFMNlXxu+&#10;Ymghul9xJrZdeSqzW4EtsFqJMK5YkTOrV5k1qVahN6dWqzilVbY6o1XFO6FV3TufVvA3n1j+Mp9a&#10;/y6eW/8rnlz/KJ5c/yieXP8onlz/KJ5c/yj/UBEA/1kMAP9jDAD/aw0A/3AQAPV0EwDodhoA3Xcl&#10;AdF2NgTIckQMwW5QFLtrWxu2Z2QhsWVtJ61idSuqYHwvp1+EMqRdjDSiXJQ3n1udOZ1apjuaWbE9&#10;mFm/PpdZ0z6VWuw7lV37NZZe/zGWX/8tlmD/KpZg/yqWYP8qlmD/KpZg/yr/Ug8A/1wKAP9mCQD/&#10;bgoA9nQMAO94DgDhexIA1HwgAMp7MwTBd0ELunRNE7RwWBuubGEhqWppJ6ZncSuiZXgvn2SAM5xi&#10;iDaZYZA4ll+ZO5Reoj2RXq0/j127QI1dzUGMXug/jWH5OI1i/zOOZP8wjmT/LI5l/yyOZf8sjmX/&#10;LI5l/yz/VQ4A/18GAP9pBgD0cgYA4ngGANt8CQDZfwwAzYEdAMR/MAO7fD8KtHhLEq11VRqocV4h&#10;o25mJp9sbiubanUvmGh9M5VnhDaSZYw5j2SVPIxjnz6JYqpAh2G3QoVhyUKEYuRBhWT3O4Zm/zWH&#10;Z/8xh2j/Lodp/y2Haf8th2n/LYdp/y3/VwwA/2EEAP5sAwDkdQEA23sFANOACADQgwoAx4UaAL6E&#10;LQO2gTwJr31IEqh5UhmidlsgnXNjJplwayuVbnIvkW15M45rgTaLaYk6iGiSPIVnnD+CZqdBgGa0&#10;Q35mxUR8ZuFDfmj1PH9q/zeAa/8zgWz/L4Fs/y+BbP8vgWz/L4Fs/y//WQsA/2MBAPRvAADfeAAA&#10;1H8EAM6DBgDKhwgAwogYALmHKwKxhToIqoFGEaN+UBidelkfmHdhJZN1aCqPc28vi3F3M4hvfjaF&#10;boY6gmyPPX9rmUB8aqVCeWqxRHdqwkR2at1EeGzzPnlu/zh6b/80e3D/MHxw/zB8cP8wfHD/MHxw&#10;/zD/WwgA/2YAAOdyAADaewAAz4IDAMmHBQDEigYAvIwVALSLKAKsiTgHpYVEEJ6CThiYf1cek3xf&#10;JI55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGNPXlwl0B2b6JCc26vRHFuwEVwbtlFcnDxP3Ny/zl1c/81&#10;dnT/MXZ0/zF2dP8xdnT/MXZ0/zH/XQYA/2kAAOJ0AADUfQAAy4UCAMSKBAC/jQUAt48TALCPJgGo&#10;jTUHoIpCDpqGTBaTg1UdjoFdJIl+ZCmFfGstgXpyMn14eTV6d4I5dnaLPHN1lUBwdKBCbXOtRGtz&#10;vUVqc9VFbHTvQG52/jpvd/82cXj/MnF4/zFxeP8xcXj/MXF4/zH/XwIA92wAAN53AADQgQAAx4gB&#10;AMCNAwC5kQMAspMRAKuTIwGjkTMGnI5ADZWLShWPiFMciYZbIoSDYiiAgWktfH9wMXh+dzV0fIA4&#10;cXuJPG56kz9reZ5CaHirRGZ4u0VkeNFFZnnuQGh7/Tpqe/82a3z/Mmt8/zJrfP8ya3z/Mmt8/zL/&#10;YQAA6m8AANl6AADMhAAAw4sAALuRAQC0lQEArJcOAKWXIQGeljEFl5M+DJCQSBSKjlEbhItZIX+J&#10;YCd7h2crd4VuMHOEdTRvgn03a4GHO2iAkT5lf5xBYn6pQ2B+uURffs9EYH/sQGKA/DpkgP82ZYH/&#10;M2aB/zJmgf8yZoH/MmaB/zL/ZAAA5XIAANN+AADHhwAAvo8AALaVAACumQAAppsMAKCcHgCZmy4E&#10;kpk7CouWRhKFlE8Zf5FXH3qPXiV1jmUqcYxsLm2KczJpiXs2ZoiEOWKGjz1fhZo/XIWoQVqFt0JZ&#10;hcxCWoXqP1yG+zpehv82X4f/Ml+H/zJfh/8yX4f/Ml+H/zL9aAAA4HYAAM2CAADCjAAAuZMAALCZ&#10;AAConQAAn6AJAJmhGgCToCsDjJ84CIWdQxB/mkwXeZhUHXSXXCJwlWMna5NqLGeScTBkkXkzYI+C&#10;N1yOjTpZjZk9V42mP1SNtkBTjctAVI3pPVaN+jlXjf81WY7/MlmO/zFZjv8xWY7/MVmO/zHtbQAA&#10;2XsAAMiHAAC9kAAAtJgAAKqdAAChoQAAl6YEAJGnFQCMpycChaY1Bn+kQA15okoUc6BSGm6fWR9p&#10;nWAkZZxnKGGbbyxemncwWpiAM1aXizZTl5c5UZalO0+WtDxOlsk8TpboOk+W+TZRlv8zUpb/MFKW&#10;/zBSlv8wUpb/MFKW/zDmcgAA0IAAAMKMAAC4lgAArZwAAKOhAACZpgAAjq0AAIiuEQCDriIBfa0x&#10;BHesPQpyqkcQbKlPFmeoVxtjp14fX6ZlJFukbSdYpHUrVKN/LlGiiTFOoZY0S6GkNkmhtDZIocg3&#10;SKDnNUmg+TJKn/8wS5//Lkuf/y1Ln/8tS5//LUuf/y3deQAAyYYAALySAACxmgAApqAAAJymAACR&#10;rAAAhrIAAH22DQB5th0AdbYsAm+1OQZqtEMLZbNMEWCyVBZcsVsaWLBjHlWvayFRr3MlTq59KEut&#10;iCpIrZUtRa2jLkStsy9DrcgvQqznL0Or+S1Eq/8rRKr/KUSq/ylEqv8pRKr/KUSq/ynRgAAAwY0A&#10;ALWYAACpnwAAnqUAAJOsAACIsgAAfbgAAHG+BgBuvxUAar8mAWa/MwNhvj8HXb5IC1m9UQ9VvVkT&#10;UbxgF068aBpLu3EdSLt7H0W6hyJCupQkQLqiJj66syY9usgmPbroJj24+SU9t/8kPbb/Iz22/yM9&#10;tv8jPbb/Iz22/yPHiAAAuZUAAKydAAChpAAAlqsAAIqyAAB/uQAAc78BAGjGBQBgyg4AXsodAFvK&#10;LAFXyjgDVMpDBVDKTAhNyVULSsldDkfJZhFEyW8UQcl5Fj/IhRg8yJMaOsiiGznJsxw4yckcOMjo&#10;HDfH+Rw3xf8cNsT/HDbE/xw2xP8cNsT/HDbE/xy+kQAAsJsAAKSjAACYqgAAjLIAAIC5AAB0wAAA&#10;aMcAAF3NBQBT0woAT9cSAE3YIgBL2DAASdg8AkbYRgNE2U8EQdlYBj/ZYQg82WsKOtl2DDfZgg41&#10;2pAPNNqgEDLasREx28cRMdrnETDY9hIw1v8TL9T/Ey/U/xMv1P8TL9T/Ey/U/xOzmgAApqEAAJqp&#10;AACNsQAAgLoAAHTBAABoyQAAXM8AAFLVAwBI3AgAReUSAEPlHgBB5ioAPuY1ATvnPgE550cCN+dQ&#10;AzToWQQy6GIFMOhtBi7peQcs6YcIK+qWCSnqpwoo6roKJ+vWCifp8Aon5/0JJub/Cibm/wom5v8K&#10;Jub/Cibm/wqooAAAnKcAAI+wAACCuQAAdMIAAGjKAABb0QAAT9cAAEXdAAA+7gkAPPIRADnzGwA2&#10;8yUANPQuADH0NwEu9T8BLPVHASn2TwIn9lcCJfdhAyP3bAMh+HoEH/iJBB75mgUc+asFG/rABRr6&#10;3gUa+fIFGvf9BRn2/wUZ9v8FGfb/BRn2/wWepgAAka8AAIO5AAB1wgAAZ8sAAFrTAABN2gAAQt8A&#10;ADjlAAA1+wcAMf8PAC7/FgAr/x8AKf8mACX/LQAj/zQAIP87AR7/QwEb/0sBGf9TARb/XQIU/2oC&#10;Ev94AhH/iAIQ/5oCEP+rAw7/vgMO/9UDDv/tAw7/8AMO//ADDv/wAw7/8AOTrgAAhLgAAHbCAABn&#10;zAAAWtUAAEzcAAA/4QAANeYAAC30AAAq/wIAJv8LACP/EQAg/xcAHf8dABn/IwAW/ykAFP8vABL/&#10;NQAQ/z0ADv9FAQz/TgEK/1gBB/9lAQX/dAED/4UBAv+WAQH/pgEA/7UBAP/GAQD/ygEA/8oBAP/K&#10;AQD/ygGGtwAAd8EAAGjMAABa1wAAS94AAD7kAAAy6QAAJ+0AACP/AAAf/wAAG/8FABf/DAAU/xAA&#10;Ef8UAA//GAAN/x0AC/8iAAj/KAAF/y4AAv81AAD/PQAA/0cAAP9SAAD/XgAA/20AAP9+AQD/jgEA&#10;/5sBAP+pAQD/qwEA/6sBAP+rAQD/qwH/Ki0B/y4rAf8wKwH/MC4C/y41Av8pPQP/JUkE/yNXBP8h&#10;ZAX/H3IG/x1/Bv8digb/HZQG/x2cB/8cowf/HKoH/xyxB/8cuAb/HL8G/xzJBv8c1gb/HeUG/x3v&#10;Bv8d+QX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/LCsB/zAoAf8zKAH/MysC&#10;/zExAv8tOgP/K0cE/yhUBf8mYQX/JG8G/yJ8B/8ihwf/IpEH/yGZB/8hoQj/IacI/yGuCP8htQj/&#10;IbwI/yHGB/8h0Qf/IeIH/yLtB/8i9wf/Iv8G/SL/Bvwi/wb8Iv8G/CL/Bvsi/wb7Iv8G+yL/Bvsi&#10;/wb/LigB/zMlAf82JQH/NycB/zUtAv80OAP/MkQE/y9RBf8sXgb/KmsH/yl3B/8ogwj/J40I/yeW&#10;Cf8nnQn/J6QJ/yerCf8nsgn/J7kJ/yfCCf8nzQn/J94J/yfrCfwn9gj5KP4I9yj/CPYo/wj1KP8I&#10;9Sj/CPUo/wj1KP8I9Sj/CPUo/wj/MiUB/zciAf86IQH/OyMB/zspAv87NAL/OUAE/zZNBf80Wgb/&#10;MWYH/zBzCP8ufwn/LokK/y6SCv8tmQv/LaEL/y2nC/8trgv/LbUM/y2+DP4tyQz7LdkM+C3oC/Qu&#10;9AvxLv4L7y7/C+4u/wvtLv8L7C7/Cuwu/wrsLv8K7C7/Cuwu/wr/NSIB/zseAf8/HQH/QB8B/0Im&#10;Af9CMQL/QDwD/z5IBf87VQb/OWII/zduCv82eQv/NYQM/TSNDfw0lQ36NJwO+TOjDvczqg/2M7IP&#10;9TO6D/MzxQ/yM9IP7jPlD+o08g/nNP0P5TT/D+Q0/w7iNf8O4jX/DeE1/w3hNf8N4TX/DeE1/w3/&#10;OR4B/z8aAf9DGAH/RhoB/0kjAf9JLQL/SDgD/0VEBf9DUAf/QF0J+z5pC/g9dA31PH8O8zuID/E7&#10;kBDvOpgR7TqfEuw5phPqOa4T6Tm2FOc5wRTmOc4V4jnjFd458RXbOvwU2Dr/E9U7/xLTO/8S0jv/&#10;EdI7/xDSO/8Q0jv/ENI7/xD/PRsB/0MWAP9IFAD/TBcB/08fAf9QKAH/TzMC/00/BPtKSgb1R1cJ&#10;8UZkDO1Ebw7pQ3kR50KDE+RBixTiQJMW4D+bF98/ohjdPqoZ2z6zGtg+vRrWPsob0j7fG84+7xvL&#10;P/sayUD/GMdA/xfGQf8VxUH/FMRB/xTEQf8UxEH/FMRB/xT/QRcA/0cSAP9MEAD/UhQA/1YbAP9X&#10;JAH/Vi4C+FQ5A/FRRQbrT1IJ5k1eDOFLaRDdSXQT2Uh9FtVGhhjSRY4a0EWWHM5EnR3MRKUeykOt&#10;H8hDtiDGQ8MhxUPTIcFD6SG+RPcfvEX/HbpG/xu5R/8ZuEf/GLhH/xe4R/8XuEf/F7hH/xf/RBQA&#10;/0sQAP9RDgD/VxEA/1sWAP9dHgD5XSgB71szAudZPwTgV00I2lRZDdNSZBLOUG4Wyk53GcdMgBzF&#10;S4gewkqQIMBKlyG+SZ8jvEinJLpIsCW4SLwmt0jLJ7RH4yeySfMlsEr/Iq5L/x+uTP8drUz/G61N&#10;/xqtTf8arU3/Gq1N/xr/RxEA/08NAP9WDAD/XA4A/2ASAP1iGADwYyEA5mIsAd5gOgPUXkgHzVtU&#10;DcdYXxPDVmkXv1RyG7xSeh65UYIhtlCKI7RPkSWyTpknsE2iKK5NqyqsTLYrqkzELKhM2yymTe8q&#10;pE/9JqRQ/yOjUf8go1L/HqJS/x2iUv8dolL/HaJS/x3/Sg8A/1IKAP9aCQD/YAsA/2UOAPVnEQDo&#10;aBgA3WckANJmNQLKZEQHw2FQDb1eWxO5XGQYtVptHLFYdSCuV30jrFWEJalUjCinU5QqpVKdLKNS&#10;pi2hUbEvn1G+MJ1R0TCbUeovmlP6KppV/yaZVv8jmVb/IZlX/x+ZV/8fmVf/H5lX/x//TQ0A/1UG&#10;AP9dBQD7ZAcA72kJAOlrDADhbBAA020eAMlsMQLCakAHu2dMDbVkVxOwYWAZrF9pHahdcSGlXHgk&#10;olqAJ6BZhyqdWJAsm1eYLplWojCWVawylFW5M5NVyjORVeUzkVf3LZFZ/ymRWv8lkVv/I5Fb/yGR&#10;W/8hkVv/IZFb/yH/TwsA/1cCAP9hAgDqaAEA3m0EANhwCADVcAsAy3IbAMJxLgK6bz0GtGxJDa5p&#10;VBOpZ10ZpGRlHaFibSGdYXQlml98KJhegyuVXYstkluUMJBbnjKNWqg0i1m1NYpZxjaIWeE2iFz0&#10;MIhd/yuJXv8oiV//JYlf/yOJX/8jiV//I4lf/yP/UQkA/1oAAPVkAADgbAAA13EDANB0BgDNdQkA&#10;xHYXALx2KgG0dDoFrnFGDKduURKia1oYnmliHZpnaSGWZXElk2R4KJBigCuNYYgui2CRMYhfmjOG&#10;XqU1g16yN4JewjeAXtw4gF/yM4Fh/y2CYv8pgmP/JoJk/yWCZP8lgmT/JYJk/yX/UwYA/10AAOdn&#10;AADbbwAA0HQCAMp4BQDGeQcAvnoVALZ6KAGveDcFqHZEC6JzThKccFcYmG1fHZRrZyGQam4ljWh1&#10;KIpnfSuHZYUuhGSOMYFjlzR/YqI2fGKvOHpivjl5YtU5eWPvNHpl/i97Zv8rfGf/KHxn/yZ8Z/8m&#10;fGf/Jnxn/yb/VQMA/2AAAONqAADVcgAAzHgBAMV7AwDAfQUAuX4SALF+JQGqfTUEo3pBCp13TBGX&#10;dFUXknJdHI5wZCCKbmskh2xyKIRreiuBaoIufmmLMXtnlTR4Z6A2dmasOHRmvDlzZtE6c2ftNnRp&#10;/TB1av8sdmv/KXdr/yd3a/8nd2v/J3dr/yf/VwAA9mMAAN9tAADRdQAAyHsAAMF/AgC7gAMAtIEQ&#10;AKyCIwGlgTIEnn4/CZh7ShCSeVMWjXZbG4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXVskjRza543&#10;cGqqOW5quTptas46bWvrN29t/DFwbv8tcW7/KnFv/yhxb/8ocW//KHFv/yj/WQAA62UAANtwAADN&#10;eAAAxH4AALyCAQC2hAEAroUOAKeGIACghTADmoI9CJOASA+OfVEViXtZGoR5YB+Ad2cjfHVuJ3l0&#10;dSp2c30uc3KGMXBxkDRtcJw3am+oOWhvtzpnb8s6Z3DpN2lx+jJrcv8tbHP/Kmxz/yhsc/8obHP/&#10;KGxz/yj/XAAA52gAANVzAADJewAAwIIAALiGAACxiAAAqYkNAKKKHQCciS4ClYc7B4+FRQ6Jgk8U&#10;hIBXGX9+Xh57fGUieHtsJnR5cypxeHstbneEMGt2jjNodZo2ZXSmOGN0tTlhdMk6YXTnOGN2+TJl&#10;dv8uZnf/K2d3/ylnd/8pZ3f/KWd3/yn/XwAA42wAANB2AADFfwAAvIUAALSKAACsjAAAo44KAJ2O&#10;GgCXjisCkIw4BoqKQwyEh0wSf4VVGHqEXB12gmMhc4BqJW9/cSlsfnksaH2CL2V8jDJie5g1X3qk&#10;N116szhcesc5XHrlN157+DJfe/8uYHz/K2F8/ylhfP8pYXz/KWF8/yn1YgAA3m8AAMx6AADAgwAA&#10;t4kAAK+OAACmkQAAnZIGAJeTFwCRkygBi5I2BYWQQQt/jkoReoxSFnWKWhtxiGEfbYdoI2qGbydm&#10;hHcrY4OALmCCijFdgZY0WoGjNliAsjdWgMU3VoDjNliB9zFZgf8tW4L/KluC/ylbgv8pW4L/KVuC&#10;/ynsZgAA2HMAAMd+AAC8hwAAs44AAKmSAACglQAAlpgBAJCZEwCKmSQBhZgyBH+WPgl5lEgOdJNQ&#10;FG+RVxlrkF4daI5lIWSNbSVgjHUoXYt+K1qKiC5XiZQxVImhM1KIsDRRiMM1UIjiNFKI9jBTiP8s&#10;VIj/KVWI/yhViP8oVYj/KFWI/yjmawAA0HgAAMKDAAC3jAAArZIAAKOWAACamgAAjp4AAIefEACD&#10;nyAAfp8vAnidOwdznEUMbptNEWmZVRZlmFwaYZdjHl6WaiFblXIlV5R8KFSThitRkpIuTpKgMEyS&#10;rzFLksIxSpHgMUyR9S1Nkf8qTpD/KE6Q/yZOkP8mTpD/Jk6Q/ybecAAAyX0AALyJAACykgAAp5cA&#10;AJ2bAACTnwAAhqQAAH6mDAB6phsAdaYqAXCmNwRspUEJZ6NKDWOiUhJfoVkWW6FhGVigaB1Un3Ag&#10;UZ56I06dhCZLnZEpSJyeKkacrixFnMEsRZzfK0Wb9ClGmv8nR5r/JUea/yRHmv8kR5r/JEea/yTU&#10;dwAAwoQAALaPAACrlgAAoZwAAJagAACLpQAAf6oAAHSuBQBvrxQAbK8kAGivMgJkrj0FX61GCVus&#10;Tw1YrFYRVKteFFGqZhdOqm4aS6l4HUipgyBFqI8iQ6idJEGorSVAqMAlP6jfJT+m9CNApf8iQKX/&#10;IUCk/yBApP8gQKT/IECk/yDKfgAAu4sAAK+VAACkmwAAmaEAAI6mAACCrAAAd7EAAGq2AABjuA4A&#10;YbgdAF64LAFauDgCV7hCBVO4SwhQt1MLTbdbDkq2YxBHtmsTRLV1FkK1gRg/tY4aPbWcHDu1rBw6&#10;tcAdObXfHDmz9Bw5sv8cObH/Gzmw/xs5sP8bObD/Gzmw/xvBhgAAtJMAAKeaAACcoAAAkacAAIWt&#10;AAB5swAAbbgAAGK9AQBWwgcAU8MUAFLDIwBQxDABTcQ7AkrERQNHxE4FRcRXB0LDXwlAw2gLPcNy&#10;DTvDfg84w4wRNsObEjXDqxMzw8ATM8PgEzPB9RMywP8UMr//FDG+/xQxvv8UMb7/FDG+/xS4kAAA&#10;q5kAAJ+gAACTpwAAh64AAHu0AABuuwAAY8AAAFjFAQBNygUARM8MAEPQFwBC0CUAQNAyAD/RPQE9&#10;0UcBO9FQAjnSWQM20mMENNJuBTLSegcw0ogILtKYCS3TqQks074KLNPfCSvR8woqz/4LKc7/DCnN&#10;/w0pzf8NKc3/DSnN/w2umAAAop8AAJamAACJrgAAfLYAAG+9AABjwwAAV8gAAEzNAABC0gMAOdkJ&#10;ADXfEAA03xsAMuAnADHhMgAw4T0ALuJHAC3iUAEr4loBKuNlAijjcQIm5H8DJeSPAyPloQQi5bQE&#10;IeXNBCDk7AQg4vsEH+H/BR/g/wUf4P8FH+D/BR/g/wWkngAAmKUAAIuuAAB9tgAAcL4AAGPGAABW&#10;ywAAS9AAAEDVAAA23AAAL+UHAC3tEAAr7hgAKe4iACfvKwAl7zQAI/A8ACHwRQAf8U4AHfJYARvy&#10;ZAEZ83EBGPOBARf0kgIV9KUCFPW6AhP11gIT9O8CEvL8AhLw/wIS8P8CEvD/AhLw/wKapAAAja0A&#10;AH+2AABxvwAAY8cAAFbOAABJ0wAAPdoAADPfAAAq4wAAJvQFACT7DQAh/BMAHv0bABz9IgAZ/ikA&#10;F/4xABX/OQAT/0EAEf9KABD/VQAO/2EADP9vAQz/gAEK/5MBCf+mAQj/ugEH/9QBB//rAQb/9gEG&#10;//YBBv/2AQb/9gGPrAAAgLYAAHK/AABjyQAAVtEAAEjYAAA73QAAMOIAACbmAAAf8AAAHP8AABn/&#10;CQAW/w4AFP8TABH/GQAP/x4ADf8kAAv/KwAJ/zIABv87AAP/RAAA/08AAP9cAAD/awAA/30AAP+Q&#10;AAD/owAA/7QAAP/GAAD/1gAA/9YAAP/WAAD/1gCCtQAAc78AAGTJAABW0wAAR9sAADrgAAAu5QAA&#10;I+kAABrtAAAV/QAAEv8AABD/AgAO/wkAC/8NAAj/EAAE/xMAAf8YAAD/HgAA/yQAAP8rAAD/MwAA&#10;/z0AAP9JAAD/VgAA/2YAAP94AAD/igAA/5sAAP+oAAD/sQAA/7EAAP+xAAD/sQD/JSsB/ygpAf8p&#10;KQH/KCwB/yMyAf8eOwL/GkcC/xdVA/8VYgP/E3AD/xJ8A/8ShwP/EpED/xKZA/8SoAP/EqcD/xKt&#10;A/8RtAP/EbsD/xHEA/8RzgP/Ed8D/xHrAv8S9gL/Ev4C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C&#10;/xL/Av8S/wL/KCkB/ysmAf8sJgH/KykB/ygvAf8iOAL/IEQC/x1SA/8bXwP/GGwD/xd5BP8XhAT/&#10;F44E/xeWBP8WnQT/FqQE/xaqBP8WsQT/FrgE/xbAA/8WygP/FtsD/xboA/8X9AP/F/0D/Bf/AvsX&#10;/wP7F/8D+hf/A/oX/wP6F/8D+hf/A/oX/wP/KiYB/y4jAf8vIgH/LyUB/ywrAf8qNQL/J0EC/yRO&#10;A/8iWwP/IGgE/x50BP8dgAT/HYoE/x2SBf8dmgX/HaEF/x2nBf8drQX/HbQE/x29BP8dxwT/HdQE&#10;/h3mBPsd8gT3HvsD9R7/BPQe/wTzHv8E8x7/BPIe/wTyHv8E8h7/BPIe/wT/LiIB/zIfAf80HgH/&#10;MyAB/zImAf8yMgH/Lz4C/yxKA/8qVwP/J2QE/yZwBf8lewX/JIUF/ySOBv8klgb/JJ0G/ySjBv8k&#10;qgb9JLEG/CS5Bvskwwb5JM8G9iTjBvIk8AXuJfoF7SX/Busl/wbqJf8G6SX/Bukl/wbpJf8G6SX/&#10;Bukl/wb/Mh4B/zYbAP84GQD/OBsB/zojAf85LQH/ODoC/zVGA/8yUgT/MF8E/y5rBf8tdgb9LIAH&#10;+iyJB/krkQf3K5kI9SufCPQrpgjzK60I8Su1CPArvwjuK8sI6yvfCOcs7gjkLPoI4iz/CeAs/wne&#10;LP8I3iz/CN0s/wjdLP8I3Sz/CN0s/wj/NRoA/zoWAP89FAD/PxcA/0EfAP9BKQH/QDQB/z1BAv86&#10;TQP8OFoF+DZlBvQ1cQfxNHsI7zOECe0zjQnrMpQK6TKbCugyogvmMqoL5DKyDOMyuwzhMsgM3zLc&#10;DNoy7A3VM/gN0jP/DdAz/wzOM/8MzTT/C8w0/wvMNP8LzDT/C8w0/wv/ORYA/z4SAP9BEAD/RRMA&#10;/0gbAP9IJAD/Ry8B/kQ7AvdCRwPxP1QF7D5gBug8awjlO3YJ4jt/C+A6iAzdOZAN2zmXDtk4ng/W&#10;OKYQ1DiuEdI4txHQOMMSzjjTEso46BLHOfcSxDn/EcI6/xDBOv8PwDr/Dr86/w6/Ov8Ovzr/Dr86&#10;/w7/PRMA/0IPAP9GDQD/SxAA/04WAP9PHwD9TikB9Ew0AexIQQLmR04E4EVbBttEZgnWQnAM0kF5&#10;Ds9AghDNQIoRyj+RE8k/mRTHPqAVxT6oFsM+sRfBPrwXwD7LGL0+4hi6PvIXtz//FrVA/xS0QP8T&#10;s0H/EbNB/xCzQf8Qs0H/ELNB/xD/QBAA/0YMAP9LCgD/UQ0A/1MRAP9UGADzVCIA6VItAeFQOwHa&#10;T0kD0k1VB8xLYAvISWoOxUhzEcJHexO/RoMVvUWLF7tFkxi5RJoZt0OiGrVDqxu0Q7YcskPEHbBD&#10;2R6tQ+0dq0X8GqlF/xioRv8WqEb/FadH/xOnR/8Tp0f/E6dH/xP/RA4A/0oIAP9QBgD/VQoA/1gN&#10;APdZEQDqWBgA31ckANRXNQHMVUQExlRQCMFSWwy9UGUQuU5tE7ZNdha0TH0YsUuFGq9KjRutSZUd&#10;q0mdHqlIpiCnSLAhpUi9IqRIzyKhSOgioEn4Hp9L/xueS/8ZnUz/F51M/xadTP8WnUz/Fp1M/xb/&#10;RwsA/00CAP9UAgD3WgQA610HAOddCwDhXBAA010eAMpdMAHDXD8EvVpMCLdYVwyzVmARr1RpFKxT&#10;cRepUXgap1CAHKRPhx6iT48goE6YIZ5NoSOcTaskmk24JZlMyCaWTOImlU71IpRP/x+UUP8clFH/&#10;GpRR/xiUUf8YlFH/GJRR/xj/SQgA/1AAAPtYAADlXgAA3WIDANZjBwDUYQoAymIZAMJjLAG7YjsD&#10;tGBICK9dUwyqW1wRplpkFaNYbBigV3QbnVV7HZtUgyCZVIsillOTJJRSnSWSUacnkFGzKI5RwymN&#10;Ud0qjFLyJotU/yKLVf8ei1b/HItW/xqLVv8ai1b/GotW/xr/TAQA/1MAAOxcAADfYgAA1GYBAM5o&#10;BQDLZwgAwmcWALpoKAGzZzgDrWVFB6hjUAyjYVkRn19hFZtdaBiYXHAblVp3HpNZfyGQWIcjjleP&#10;JYxXmSeJVqMph1avKoVVvyuEVtUsg1fvKYNY/iSDWf8ghFr/HoRa/xyEWv8chFr/HIRa/xz/TgEA&#10;/1cAAOVfAADYZgAAzmoAAMdsAwDDawUAvGwSALRtJQCtbDUDp2pCB6FnTQycZVYRmGNeFZRiZRiR&#10;YGwbjl90HoxeeyGJXYMkhlyMJoRblSiBWqAqf1qsLH1auy18Ws8ue1vsK3xc/CZ8Xf8ifV7/H31e&#10;/x19Xv8dfV7/HX1e/x3/UAAA9VkAAOFjAADSagAAyW4AAMJwAQC9cAMAtnAQAK5xIgCocDICoW4/&#10;BpxsSguXalMQkmhbFI5mYhiLZWkbiGNwHoVieCGCYYAkgGCJJn1fkil7Xp0reF6pLXZeuC51Xswv&#10;dF7pLXVg+id2Yf8jd2L/IHdi/x53Yv8ed2L/Hndi/x7/UgAA7FwAANxmAADObQAAxHIAAL10AAC3&#10;dAEAsHQOAKl1HwCidC8CnHI9BZdwRwqRblEPjWxZFIlqYBeFaWcbgmhuHn9mdSF9ZX0kemSGJ3dj&#10;kCl1Y5sscmKnLnBiti9vYskvbmLmLm9k+ShwZf8kcWb/IXFm/x9xZv8fcWb/H3Fm/x//VAAA6F8A&#10;ANdpAADKcAAAwHUAALl4AACyeAAAq3gNAKR5HQCeeC0Bl3c6BZJ1RQqMck4OiHBWE4RvXheAbWQa&#10;fWxrHXprcyB3ansjdGmDJnJojSlvZ5ksbGalLmpmsy9pZsYwaGbkL2po9ylraf8lbGn/Imxq/yBs&#10;av8gbGr/IGxq/yD/VwAA5GIAANJsAADGcwAAvXgAALV7AACtfAAApXwKAJ99GgCZfCoBk3s4BI15&#10;QwmId0wOg3VUEn9zWxZ7cmIZeHBpHXVvcCBybngjb22BJmxsiylqbJcsZ2ujLmVrsi9ka8QwYmvh&#10;L2Rs9ipmbf8mZm3/I2du/yBnbv8gZ27/IGdu/yD2WQAA4GUAAM5vAADCdgAAuXwAALF/AACpgAAA&#10;oIAHAJmBFwCUgSgBjoA1A4h+QQiDfEoNfnpSEXp4WRV2d2AZc3ZnHHB0bh9tc3YjanJ/JmdxiSlk&#10;cZUrYnChLWBwsC9ecMIvXXDfL19x9Spgcf8mYXL/I2Jy/yBicv8gYnL/IGJy/yDvXAAA3GkAAMpy&#10;AAC+egAAtYAAAK2EAACkhQAAmoUDAJSFFACOhiUBiYQzA4ODPgd+gUgLeX9QEHV+VxRxfV4Ybntl&#10;G2t6bB5oeXQiZXh9JWJ3hyhfdpMqXHafLFp1ri5ZdcAuWHXdLll28ypbdv8mXHf/I1x3/yBcd/8g&#10;XHf/IFx3/yDqYAAA1WwAAMV2AAC6fgAAsYQAAKiIAACfiQAAlIoAAI2KEQCIiyEAg4owAn6JOwV5&#10;h0UKdIZODnCEVRJsg1wWaYJjGmaBah1igHIgX397I1x+hSZZfZEpV3yeK1V8rCxTfL4tUnzaLVN8&#10;8ilVfP8lVnz/Ild8/yBXfP8gV3z/IFd8/yDlZAAAz3AAAMF6AAC2gwAArYkAAKOMAACZjgAAjY8A&#10;AIaQDgCBkR0AfZAsAXiPOARzjkIIbo1LDGqMUxBniloUY4lhF2CIaBtdh3AeWoZ5IVaFgyRUhY8m&#10;UYScKE+EqipNhLwqTYTXKk2D8SdPg/8kUIP/IlCD/x9Qg/8fUIP/H1CD/x/eaQAAyXUAALyAAACy&#10;iAAAqI0AAJ2RAACTkwAAhZYAAH6XCwB5lxkAdZcoAXGXNQNslj8GaJVICmSUUA1hk1cRXZJeFVqR&#10;ZhhXkG4bVI93HlGOgSBOjo0jS42aJUmNqSZIjbsnR43UJ0eM8CRIjP8iSYv/IEqL/x5Ki/8eSov/&#10;HkqL/x7VbgAAw3sAALeFAACsjQAAopIAAJeWAACMmQAAf5wAAHWeBQBwnxMAbZ8jAGmfMAFlnjsE&#10;YZ5FB12dTQpanFQNV5tcEVSaYxRRmmsXTpl0GUuYfxxImIseRZeZIEOXqCFCl7oiQZfTIkGW7yBC&#10;lf4eQpX/HUOU/xxDlP8cQ5T/HEOU/xzMdQAAvIEAALGMAACmkgAAm5cAAJGbAACFnwAAeaMAAGqn&#10;AABlpw4AY6gcAGCoKwFdqDYCWadABFanSQZTplEJUKZZDE2lYA5KpWkRR6RyFESkfRZCo4kYP6OX&#10;Gj2jpxs8o7kcO6PSGzui7xs7oP4aO5//GTyf/xg8n/8YPJ//GDyf/xjEfAAAtokAAKqSAACflwAA&#10;lZwAAImhAAB9pgAAcaoAAGSuAABasQgAV7EUAFWyIwBTsjABULI7Ak2yRANLsU0FSLFVB0WxXQlD&#10;sWULQLBvDT6weg87sIcROa+WEzevphQ2r7gUNbDRFDWu7xQ0rf4UNKz/FDSr/xQ0q/8UNKv/FDSr&#10;/xS7hQAAr5AAAKOXAACYnQAAjKMAAICoAAB0rQAAaLIAAFy2AABQugEASbwNAEi8GQBGvScARb0z&#10;AEO9PQFBvUcBP71QAj29WAM6vWEFOL1rBja9dwg0vYQJMr2TCjC9pAsvvbcMLr7QCy687gwtuv4N&#10;LLn/DSy4/w4suP8OLLj/Diy4/w6zjwAAppcAAJudAACPowAAg6oAAHawAABqtQAAXroAAFK+AABH&#10;wgEAPccGADjJEAA3yRsANsonADXKMwA0yz0AM8tHADHLUQEwy1sBLsxlAizMcQIqzH8DKcyQBCfM&#10;oQQmzbQEJc3OBCXL7gQkyfwGI8j/ByPH/wcjx/8HI8f/ByPH/weplgAAnp0AAJKjAACFqwAAeLIA&#10;AGu4AABfvgAAUsIAAEfGAAA9ygAANM8EACvUCQAm2Q8AJdkZACXaJQAk2jAAI9s7ACPbRQAi3FAA&#10;Id1bACDdaAAe3nYAHd6HARzfmQEa36wBGd/EARje5wEY3PgBGNv/Ahfa/wIX2v8CF9r/Ahfa/wKg&#10;nAAAlKMAAIerAAB5swAAbLoAAF/BAABSxgAARsoAADvOAAAx0wAAKdkAACHeBQAe6A4AHegVABvp&#10;HgAZ6ScAGOowABbqOQAV60MAFOxOABLsWgAR7WcAEO53ABDuigAO754ADvCzAA3wzQAM7+wADO38&#10;AAzr/wAM6/8ADOv/AAzr/wCXowAAiasAAHu0AABtvAAAX8QAAFLKAABFzgAAOdMAAC/YAAAl3QAA&#10;HeEAABjsAgAW9wsAFPcRABH4FwAQ+B4ADvklAA35LQAL+jUACfs/AAf7SgAE/FcAA/1mAAL+dwAA&#10;/YsAAP2fAAD8tQAA/NEAAPztAAD8/AAA/P0AAPz9AAD8/QCLqwAAfbQAAG69AABgxgAAUs0AAETS&#10;AAA32AAALN0AACLhAAAZ5QAAE+oAABD6AAAO/wYADf8MAAr/EAAH/xQABP8aAAH/IAAA/ycAAP8w&#10;AAD/OgAA/0UAAP9TAAD/YgAA/3UAAP+KAAD/nwAA/7MAAP/HAAD/5QAA/+UAAP/lAAD/5QB/tAAA&#10;cL0AAGHHAABT0AAAQ9YAADbdAAAq4gAAH+YAABbqAAAQ7QAADPoAAAn/AAAG/wAAAv8EAAD/CQAA&#10;/w0AAP8QAAD/FAAA/xoAAP8hAAD/KQAA/zQAAP9AAAD/TgAA/14AAP9yAAD/hwAA/5oAAP+qAAD/&#10;uQAA/7kAAP+5AAD/uQD/ICkB/yInAf8iJwH/HyoB/xkwAf8SOQH/EEUB/w1TAf8MYAH/Cm0C/wl5&#10;Av8JhAL/CY4B/wmWAf8JnQH/CaMB/wmpAf8JsAH/CLcB/wi+Af8IyAH/CNYB/wjmAf8I8QH/CPsA&#10;/wj/AP8I/wD/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8J/wH/IyYB/yUkAP8lJAD/IycB/x0sAf8YNQH/&#10;FUIB/xJQAf8QXQL/DmoC/w52Av8OgAL/DooC/w6SAv8OmgL/DqAC/w6mAf8NrQH/DbMB/w27Af8N&#10;xQH/DdEB/w3jAf8N7wH+DfoB+g3/AfkO/wH5Dv8B+Q7/AfgO/wH4Dv8B+A7/AfgO/wH/JiMA/ygg&#10;AP8oIAD/JiIA/yIoAf8gMgH/HD8B/xlMAf8XWQL/FWUC/xNxAv8TfAL/E4YC/xOOAv8SlgL/Ep0C&#10;/xKjAv8SqQL/ErAC/xK3Av8SwQL/EswB/RLfAfkT7QH1E/gB8xP/AfIT/wHxE/8C8BT/AvAU/wLw&#10;FP8C8BT/AvAU/wL/Kh8A/ywcAP8sGwD/Kx0A/ykkAP8oLwH/JTsB/yJIAf8fVAL/HWEC/xttAv8a&#10;dwL/GoEC/xqKAv8akgL/GpkC/RqfAvwapgL7GqwC+Rq0AvgavQL2GsgC8xrbAu8a6gLsG/cC6Rv/&#10;Augb/wPnHP8D5hz/A+Uc/wPlG/8D5Rv/A+Ub/wP/LRsA/zAXAP8xFQD/MBYA/zEgAP8wKgD/LjYB&#10;/ytDAf8oTwL/JlwC/yRnAvwjcgP5I3wD9yKFA/UijQPzIpUD8iKbA/AiogPvIqkD7SKxA+wiuQPq&#10;IsUD6CLVA+Qj6QPgI/YE3iP/BNsk/wTZJP8E2CT/BNck/wTWJP8E1iT/BNYk/wT/MRYA/zQSAP82&#10;EQD/NxMA/zkbAP84JQD/NjEB/zM9Af0xSgH4LlYC9C1iA/AsbQPtK3cD6iuABOgqiATmKpAE5SqX&#10;BOMqngXhKqUF4CqtBd4qtgXcKsIF2irSBtUr5wbQK/UHzSz/B8ss/wfJLP8HyCz/B8cs/wbHLP8G&#10;xyz/Bscs/wb/NRIA/zkOAP86DQD/PhAA/0AWAP8/IAD/PSoA+Ts3AfI4RAHsNlEC5zVcA+M0ZwPg&#10;M3IE3TN7BdoygwbWMosG1DKTB9IxmgjQMaEIzjGpCcwxsgnLMbwKyTHKCsYy4QvCMvELvzP+C70z&#10;/wq7M/8KujP/Cboz/wm6M/8JujP/Cboz/wn/ORAA/z0LAP9ACQD/RA0A/0YRAP9FGQD3RCMA7kEv&#10;AOY/PAHgPkoB2j1XAtM8YgTPO2wGzDp1B8k6fQnHOYUKxTmMC8M4lAzBOJsNwDijDb44rA68OLYP&#10;ujjDD7k41xC1OOwQsjn7D7A6/w6vOv8Nrjr/DK06/wutOv8LrTr/C606/wv/PA0A/0AGAP9FBAD/&#10;SQkA/0sNAPlKEQDtSRoA40YmANpGNgDRRkUBy0VRA8ZEXAXCQmYIv0JvCrxBdwu6QH8NuD+GDrY/&#10;jhC0PpURsj6dErA+phOvPrAUrT69FKs+zRWpPuYVpj/3E6RA/xKjQP8QokD/D6JA/w6iQf8OokH/&#10;DqJB/w7/PwkA/0QAAP9KAAD3TgIA7FAGAOpPCwDjTBAA1kweAM1NMADGTT8BwExMBLtLVwa3SWEJ&#10;tEhpDLFHcQ6uRnkQrEaAEapFiBOoRJAUpkSYFqRDoReiQ6sYoEO3GZ9DxxmdQ+Aam0TzF5lF/xWY&#10;Rv8TmEb/EZhG/xCXRv8Ql0b/EJdG/xD/QgUA/0cAAPdPAADlUwAA3VUBANdVBgDVUgsAy1MZAMNU&#10;KwC8VDsBtlJIBLFRUgetUFwKqU5kDaZNbA+kTHQRoUt7E59KghWdSooXm0mTGJlJnBqXSKYblUiy&#10;HJRIwR2SSNgdkEnvG49K/hiPS/8Wjkv/FI5M/xKOTP8Sjkz/Eo5M/xL/RQAA/0sAAOlTAADeWAAA&#10;01sAAM1bBADKWAcAwlgVALpaJwCzWjcBrlhEBKlXTwekVVgKoVRgDZ5TaBCbUW8TmFB2FZZQfheU&#10;T4YZkk6OGo9OmByNTaIdi02uH4pNvCCITdAgh03rH4ZP/BuGUP8YhlD/FoZQ/xSGUf8UhlH/FIZR&#10;/xT/RwAA+E8AAORXAADVXQAAzGAAAMVgAgDBXgUAul0RALNfIwCsXzMBpl5AA6FcSwedWlQKmVlc&#10;DpZYZBGTVmsTkFVyFo5UehiLVIIaiVOKHIdSlB6FUp4fg1GqIYFRuCJ/UcsiflLnIX5T+R1+VP8a&#10;flX/F35V/xZ+Vf8VflX/FX5V/xX/SgAA7lIAAN5bAADPYQAAxmQAAL9lAAC6YwIAs2IPAKxjIACm&#10;YzABoGI9A5thSAaWX1EKkl5ZDY9cYRGMW2gTiVpvFoZZdhiEWH4agleHHH9XkB99Vpshe1anInlW&#10;tSN3VsckdlbkJHZX9x93WP8bd1n/GXdZ/xd3Wf8Wd1n/FndZ/xb/TAAA6VYAANlfAADLZQAAwWgA&#10;ALppAAC0aAAArWcNAKZoHACgaC0Bmmc6A5VlRQaQY04KjGJXDYlhXhCGX2UTg15sFoBdcxh+XHsa&#10;e1yDHXlbjR92WpghdFqkI3JasiRxWsQlb1rhJXBb9iBxXP8ccV3/GnFd/xhxXf8XcV3/F3Fd/xf9&#10;TwAA5VkAANNiAADHaAAAvWwAALZtAACvbAAAp2sLAKBsGQCbbCoBlWs3ApBpQwWLaEwJh2ZUDINl&#10;WxCAY2ITfWJpFXphcBh4YXgadWCBHXNfix9wXpYibl6iJGxesCVrXsEmaV7eJmpf9CFrYP8da2H/&#10;G2xh/xlsYf8YbGH/GGxh/xj1UQAA4lwAAM9lAADDawAAuW8AALFxAACqcQAAom8IAJtvFwCWcCcA&#10;kG81AotuQAWGbEkIgmpSDH5pWQ97aGASd2ZmFHVmbhdyZXYacGR+HW1jiB9rY5MiaWKgJGZiriVl&#10;Yr8mZGLaJmRj8iJlZP8eZmT/G2dk/xlnZf8YZ2X/GGdl/xjwUwAA3V8AAMtoAAC/bwAAtnMAAK51&#10;AACmdQAAnXMFAJZzFACRdCQAi3MyAoZyPgSBcEcIfW9PC3ltVw52bF4Rc2tkFHBqbBdtanMaa2l8&#10;HGhohh9mZ5EiY2eeJGFmrCVgZr0mX2fWJl9n8SJgaP8eYWj/HGJo/xpiaP8ZYmj/GWJo/xnsVwAA&#10;2WIAAMdrAAC8cgAAs3cAAKp5AACheQAAl3cBAJB4EQCLeCEAhngvAYF3OwR8dUUHeHRNCnRyVQ5x&#10;cVwRbnBjFGtvahZobnEZZm56HGNthB5gbI8hXmycI1xrqiVaa7smWWzTJlps7yNbbP8fXG3/HF1t&#10;/xpdbf8ZXW3/GV1t/xnoWgAA0mYAAMNvAAC4dgAAr3sAAKZ+AACdfgAAkXwAAIp8DwCFfR4AgX0t&#10;AXx8OQN3ekMGc3lLCXB4Uwxsd1oQaXZhE2Z1aBZjdG8YYXN4G15ygh5bco0gWXGaIldxqCRVcbkl&#10;VHHQJVRx7iJWcf4eV3H/HFdx/xpYcf8ZWHH/GVhx/xnjXgAAzWkAAL9zAAC0egAAq38AAKKCAACY&#10;gwAAi4EAAISBDQB/ghoAe4IpAXaBNgJygUAFbn9JCGp+UAtnfVcOZHxeEWF7ZhReem0XW3p2GVl5&#10;gBxWeIsfU3iYIVF3piJQd7cjT3fOI0937CFQd/0eUXf/G1J3/xlSd/8ZUnf/GVJ3/xneYgAAyG4A&#10;ALt3AACwfwAAp4QAAJ2HAACShwAAhIcAAH2HCQB4iBYAdIgmAHCIMgJshz0EaIZGBmWFTglhhVUM&#10;XoRcD1uDYxJZgmsVVoF0F1OAfhpQgIkcTn+WHkx/pSBKf7YhSX/MIUl+6x9KfvwcS37/Gkt+/xlM&#10;fv8YTH7/GEx+/xjVZwAAw3MAALZ8AACshAAAookAAJiLAACNjQAAfI0AAHWOBABvjxIAbZAhAGmQ&#10;LgFljzkCYo5CBF6OSwdbjVIKWIxZDFaLYQ9Ti2gSUIpxFE2JexdKiYcZSIiVG0aIox1EiLQdQ4jK&#10;HUOH6hxEhvsaRIb/GEWG/xdFhf8XRYX/F0WF/xfNbQAAvXgAALGCAACnigAAnI4AAJKQAACGkwAA&#10;eZUAAGyXAABmlw4AY5gbAGGYKQBemDUBWpc+A1eXRwVVlk8HUpZWCU+VXgxMlGYOSpRvEEeTeRNE&#10;k4UVQpKTF0CSohg+krMZPZLJGT2R6Rg9kPoXPo//Fj6P/xU+j/8VPo//FT6P/xXFcwAAt38AAKyJ&#10;AAChjwAAlpMAAIuWAAB/mQAAc5wAAGSfAABcoAkAWaAUAFehIgBVoS8AUqE5AVChQwJNoEsESqBT&#10;BUigWgdFn2MJQ59sC0Cedg4+noMQO56RETmdoBI4nbITN57IEzed6BI2m/oSNpr/EjaZ/xE3mf8R&#10;N5n/ETeZ/xG+ewAAsYcAAKWPAACblAAAkJgAAIScAAB3oAAAa6QAAF+nAABSqgAATasOAEurGgBK&#10;qycASKszAEarPQFEq0YBQqtOAkCrVgM+q18FO6toBjmqcwg3qoAJNKqPCzKqnwwxqrAMMKrHDDCp&#10;5wwvp/oNL6b/DS+l/w0vpf8NL6X/DS+l/w22hAAAqo4AAJ6UAACUmQAAh54AAHujAABvqAAAY6wA&#10;AFevAABLsgAAQbUGAD62EQA9th4AO7YpADq3NAA5tz4AN7dHADa3UAE0t1oBMrdkAjC3bwMut3wE&#10;LLeLBSq3nAUpt64GKLjFBSi35gUntfkHJrP/Byay/wgmsv8IJrL/CCay/wivjQAAopQAAJeaAACL&#10;oAAAfqYAAHGrAABlsAAAWbQAAE23AABCuwAAOL4BAC/CCQAtwxIALMMeACvDKQAqxDMAKcQ9ACjF&#10;RwAnxVEAJsVcACXGaAAjxnYBIsaGASDGmAEfxqsBHsfBAR7G5AEdxPgCHML/AxzB/wMcwf8EHMH/&#10;BBzB/wSllAAAmpoAAI6hAACBpwAAc64AAGe0AABauQAATr0AAELAAAA4wwAAL8cAACbLBAAe0AoA&#10;G9ERABrSGgAZ0iUAGNMvABjTOgAX1EQAFtRQABXVXQAU1WsAE9Z8ABLXjwAR2KQAENm7ABDZ3gAQ&#10;1fMAENP/ABDS/wEQ0f8BENH/ARDR/wGcmgAAkaEAAIOoAAB1sAAAaLcAAFu9AABOwQAAQsUAADfI&#10;AAAtzAAAJNAAABzVAAAV2gUAEOILABDjEQAO5BoADuQjAA3lLQAM5TcAC+ZCAArmTwAJ510ACOdt&#10;AAbmgAAF5pUABOarAALmxAAB5uYAAOf5AADn/wAA5v8AAOb/AADm/wCToQAAhakAAHexAABpuQAA&#10;W8AAAE7GAABBygAANc4AACrSAAAh1gAAGdsAABLfAAAN4wAAC/EIAAnzDgAH8xMABPIaAALyIgAA&#10;8ioAAPI0AADyPwAA8kwAAPJcAADybQAA8oIAAPKYAADzrQAA88YAAPTlAAD09gAA9PsAAPT7AAD0&#10;+wCHqQAAebIAAGq6AABcwgAATskAAEDOAAAz0wAAKNgAAB7dAAAV4QAAD+QAAAroAAAF8wAAA/0B&#10;AAD8CAAA+w0AAPsRAAD7FgAA/B4AAPwmAAD8MAAA/TwAAP5JAAD+WgAA/m0AAP+CAAD/mAAA/6wA&#10;AP/AAAD/2AAA/+QAAP/kAAD/5AB7sgAAbLsAAF3EAABPzQAAQNIAADLZAAAm3gAAG+IAABLmAAAM&#10;6gAABe0AAAD0AAAA/wAAAP8AAAD/AAAA/wQAAP8JAAD/DgAA/xIAAP8YAAD/IQAA/ysAAP83AAD/&#10;RgAA/1gAAP9rAAD/gAAA/5UAAP+mAAD/swAA/7sAAP+7AAD/uwD/GyYA/xwkAP8aJAD/FScA/xAt&#10;AP8KNgD/BUMA/wFQAf8AXgH/AGsB/wB2Af8AgQD/AIoA/wCSAP8AmgD/AKAA/wCmAP8ArAD/ALIA&#10;/wC5AP8AwgD/AM0A/wDfAP8A7AD/APgA/wD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD/&#10;HyMA/x8hAP8eIQD/GSMA/xMpAP8OMgD/DEAA/wlNAf8HWgH/BGcB/wNzAf8DfQH/A4cB/wOPAP8C&#10;lgD/ApwA/wKiAP8CqAD/Aq8A/wG2AP8BvgD/AckA/wHbAP8A6gD8APYA+AD/APcC/wD3A/8A9gT/&#10;APYE/wD2Bf8A9gX/APYF/wD/Ih8A/yIcAP8hHAD/Hh8A/xgkAP8VLwD/EjwA/xBJAP8OVgH/DGIB&#10;/wtuAf8LeQH/C4IB/wuLAf8LkgH/CpkB/wqfAP8KpQD/CqsA/wqyAP8KuwD9CsYA+wrUAPcK5wDz&#10;CvQA8Ar/AO8L/wDuDP8A7Qz/Ae0M/wHtDP8B7Qz/Ae0M/wH/JRsA/yYYAP8lFwD/IRgA/yAhAP8e&#10;KwD/GjcA/xdFAP8UUQH/El4B/xFpAf8RdAH/EX0B/xCGAf0QjgH8EJUB+hCbAfkQoQH3EKgB9hCv&#10;AfQQtwDzEMIA8RDQAO0Q5QDoEfIA5hH+AeQS/wHjEv8B4hL/AeIS/wHhEv8B4RL/AeES/wH/KRYA&#10;/yoTAP8pEgD/JxMA/ygcAP8nJwD/IzMA/yA/AP8dTAD/G1gB/BlkAfgZbgH2GHgB8xiBAfEYiQHv&#10;GJAB7hiXAewYngHqGKQB6RisAecYtAHmGL8B5BjNAeAZ4wHcGvEB2Br+AtQb/wLSG/8C0Rv/AtAb&#10;/wLQG/8C0Bv/AtAb/wL/LRIA/y4PAP8uDQD/LxAA/y8XAP8uIQD/LC0A/yk5APkmRgD0JFMB7yJe&#10;AesiaQHoIXMB5iF8AeMhhAHhIYwB4CGTAd4hmgHcIaEB2iGpAdghsQLVIbwC0yLJAtAi3wLMI/AD&#10;yCP9A8Yk/wPEJP8DwyT/A8Ik/wPBJP8DwST/A8Ek/wP/MA8A/zILAP8zCAD/Ng0A/zYSAP81GgD9&#10;MiUA9DAyAO0tPwDnLEwA4itYAd0rYwHZKm0B1Sp2AtIqfwLQKoYCziqOA8wqlQPKKpwDySqjBMcq&#10;rATFKrYEwyrDBcIq1QW+K+sFuiv5Brgs/wa2LP8FtSz/BbQs/wW0LP8FtCz/BbQs/wX/NAwA/zYF&#10;AP85AwD/PAgA/zwNAP07EwDxOB0A6DUpAOA0NwDZM0YA0TRSAc0zXQHJM2cCxjNwA8QyeATBMoAE&#10;vzKHBb4yjwa8MpYGujGeB7gxpge3MbAItTK8CLMyzAmxMuUJrTP1Casz/wmqM/8IqDP/B6gz/wen&#10;M/8HpzP/B6cz/wf/NwcA/zoAAP8+AAD6QQEA8UEGAPE/DQDmPBIA2zofANA7MQDKPEAAxDxNAcA8&#10;WAK8O2EDuTtqBbY6cga0OnoHsjmBCLA5iAmvOZAKrTiYCqs4oQupOKoMqDi2DaY4xQ2kON4OoTnx&#10;DZ86/wyeOv8LnTr/Cpw6/wmcOv8JnDr/CZw6/wn/OwIA/z4AAPdEAADmRwAA30gBANpGBgDZQAsA&#10;zUIZAMVEKwC+RDsAuURIAbVDUwOxQlwErkJlBqtBbAepQHQJpkB7CqQ/gwujP4oNoT6TDp8+nA+d&#10;PqUQmz6xEZo+vxGYPtQSlj/tEZQ//A+TQP8OkkD/DJJB/wuSQf8LkkH/C5JB/wv/PQAA/0MAAOlJ&#10;AADeTgAA008AAM1OAwDKSQgAwkkUALtKJgC1SzYAr0tDAqtKTgOnSVcFpEhgB6FHZwmeRm8KnEZ2&#10;DJpFfQ6YRYUPlkSOEJRElxKSQ6ETkEOsFI9DuhWNQ80Vi0ToFYpF+hKJRv8QiUb/DohG/w2IRv8N&#10;iEb/DYhG/w3/QAAA8kcAAONPAADUUwAAy1UAAMRUAADAUAQAuU8RALJQIgCsUTIAp1E/AqJQSgOe&#10;T1MFm05cCJhNYwqVTGoMk0txDZFKeQ+OSoARjEmJEopJkhSISJwVhkioFoVItReDSMcYgUjkGIFK&#10;9xWASv8SgEv/EIBL/w+AS/8OgEv/DoBL/w7/QwAA7EsAAN1TAADOWAAAxFoAAL1aAAC4VwEAsVQO&#10;AKpWHgClVi4An1Y7AZtVRgOXVFAFk1NYCJBSXwqNUWYMi1BtDohPdBCGT3wShE6FE4JOjhWATZkX&#10;fk2kGHxNshl6TcMaeU3fGnhO9Bd4T/8UeE//EnhQ/xB4UP8PeFD/D3hQ/w/9RgAA508AANZXAADI&#10;XAAAv18AALdfAACxXAAAqlkMAKRaGgCeWyoAmVs4AZRaQwOQWUwFjFhVCIlXXAqGVmMMg1VqDoFU&#10;cRB/U3kSfVOBFHpSixZ4UpUYdlGhGXRRrxtzUcAbcVHbHHFS8hlxU/8VcVT/E3JU/xFyVP8QclT/&#10;EHJU/xDzSAAA41MAANBbAADEYAAAumMAALNjAACsYQAApF4JAJ1fFwCYXycAk181AY5eQAOKXUoF&#10;hlxSB4NbWQqAWmAMfVlnDntYbhB4WHUSdld+FHRWiBdyVpMYb1afGm5VrBtsVb0ca1bVHWtW8Bpr&#10;V/8Xa1j/FGxY/xJsWP8RbFj/EWxY/xHxSwAA31YAAMxeAADAZAAAt2cAAK5oAACnZgAAn2IGAJhj&#10;FACSZCQAjWMyAYliPQKEYUcEgWBPB31fVgl6Xl0Ld11kDXVcaxBzXHMScFt7FG5bhRdsWpAZalqc&#10;G2hZqhxmWrodZVrRHWVa7htlW/4XZlv/FWZc/xNnXP8SZ1z/Emdc/xLtTgAA2lkAAMhhAAC8ZwAA&#10;s2oAAKtsAACiagAAmWcCAJJnEQCNZyEAiGcvAYRmOwJ/ZUQEe2RNBnhjVAl1YlsLcmFhDXBhaQ9t&#10;YHASa195FGlfgxdmXo4ZZF6aG2JeqBxhXrgdX17OHV9e7BtgX/0YYV//FWFf/xNiX/8SYl//EmJf&#10;/xLqUQAA1FwAAMRkAAC5agAAsG4AAKdwAACebgAAlGsAAI1qEACHax4Ag2ssAH5rOAJ6akIDdmlK&#10;BnNoUghwZ1kKbWZgDWtlZw9oZG4RZmR3FGRjgRZhY4wYX2KYGl1iphxbYrYdWmLMHVpi6hxbY/wY&#10;XGP/Flxj/xRdY/8TXWP/E11j/xPmVQAAz18AAMFoAAC2bgAArHIAAKR0AACacwAAjm8AAIdvDQCC&#10;bxsAfXApAHlvNQF1bj8Dcm1IBW5sUAdrbFcKaWteDGZqZQ5kaWwRYWl1E19ofxZcaIoYWmeWGlhn&#10;pBxWZ7QdVWfKHVVn6BtWZ/sYV2f/Fldo/xRYZ/8TWGf/E1hn/xPhWAAAy2MAAL1rAACycgAAqXYA&#10;AKB4AACWdwAAiHMAAIFzCwB8dBcAeHQmAHR0MgFwcz0CbXNGBGpyTgdncVUJZHBcC2FwYw5fb2oQ&#10;XG5zElpufBVXbYgXVWyUGVNsoxtRbLMcUGzIHE9s5xtRbPoYUWz/FVJs/xRSbP8TUmz/E1Js/xPc&#10;XAAAx2cAALlvAACvdgAApXsAAJx8AACRfAAAgngAAHp5BwB1eRQAcnojAG56LwFreToCaHlDA2R4&#10;SwVhd1IIX3dZClx2YAxZdWgPV3RwEVR0ehNSc4YWT3OTGE1yoRlMcrEaSnLGGkpy5RpLcvkXTHL/&#10;FUxy/xNNcv8STXL/Ek1y/xLUYAAAwmsAALV0AACrewAAon8AAJeBAACMgQAAen4AAHN/AgBufxEA&#10;a4AeAGiALABlgDcBYoBAA19/SARcflAGWX5XCFd9XgtUfGYNUXxuD097eBFMe4MUSnqRFkh6nxdG&#10;eq8YRXrEGER65BhFefgWRnn/FEZ4/xJHeP8RR3j/EUd4/xHNZQAAvXAAALF5AACngAAAnIQAAJKG&#10;AACGhgAAd4YAAGuGAABmhw0AY4cZAGCIJwBeiDMBW4g8AliHRQNWh00EU4ZUBlCGWwhOhWMKS4Rs&#10;DEmEdg9Gg4ERRIOPE0KDnRRAgq4VP4PCFT6C4hU/gfcTP4H/EkCA/xFAgP8QQID/EECA/xDGawAA&#10;t3YAAKx/AACihQAAl4kAAIyLAACBjQAAc44AAGWPAABdjwkAWpAUAFiQIQBWkS0AU5A4AVGQQQJO&#10;kEkDTJBQBEqPWAVHj2AHRY5pCUKOcwtAjX8NPo2NDzyNnBA6jawROY3BETiN4RA4i/YQOIr/DzmJ&#10;/w85if8OOYn/DjmJ/w6/cgAAsn0AAKeGAACcigAAkY4AAIaRAAB6kwAAbZUAAF+XAABUmQEAT5kP&#10;AE6aGgBMmicASpoyAEiaPAFGmkQBRJpMAkKaVANAmVwEPplmBTuZcAc5mHwIN5iKCjWYmgszmKsL&#10;Mpi/DDKY3wsxlvULMZX/CzGU/wsxk/8LMZP/CzGT/wu4egAArIUAAKGLAACWkAAAi5QAAH+XAABy&#10;mwAAZp0AAFqgAABOogAARaQJAEKkEwBApB8AP6QqAD6lNAA8pT4AO6VHATmlTwE3pVgCNaVhAjOl&#10;bAMxpXkEL6SHBS2klwYspKkGK6S9Biqk3gYqovUHKaH/Bymg/wgpn/8IKZ//CCmf/wixggAApYsA&#10;AJqRAACQlgAAg5oAAHafAABqogAAXqYAAFKpAABGqwAAPK0AADWvDAAzsBUAMrAhADGwKwAvsDUA&#10;LrE+AC2xSAAssVEAK7FbACmxZwEnsXQBJrGDASSxlAIjsaYCIrK7AiGy2wIhr/MDIK7/AyCt/wQf&#10;rP8EH6z/BB+s/wSqiwAAnZEAAJOXAACHnAAAeqIAAG2nAABgqwAAVa8AAEmxAAA+tAAAM7cAACq6&#10;AwAkvA0AIr0VACG9IAAhvSoAIL0zAB++PQAevkcAHb5SABy/XgAav2wAGb98ABi/jgAXwKEAFsC2&#10;ABTA0wAVvvEAFbz/ARW7/wEUuv8CFLr/AhS6/wKhkgAAlpgAAIqeAAB9pAAAb6oAAGKvAABWtAAA&#10;SrcAAD66AAAzvQAAKsAAACHEAAAZxwUAE8sLABHMEgARzBsAEMwlAA/NLwAOzToADs1GAA3NUgAN&#10;zmAADM5wAAvOgwAKzpcACc6sAAjOxgAIzugACM37AAnL/wAJy/8ACcv/AAnL/wCYmAAAjZ4AAH+l&#10;AABxrAAAZLMAAFe5AABKvQAAPsAAADLDAAAoxgAAH8oAABfNAAAR0QAADNYFAAjZDAAG2RIABdob&#10;AATaJAAD2y4AAds5AADcRQAA3VIAAN5iAADecwAA3ogAAN+dAADfswAA384AAODuAADf+gAA3/8A&#10;AN//AADf/wCPnwAAgaYAAHOuAABltQAAWL0AAErCAAA9xQAAMckAACbMAAAd0AAAFNQAAA7ZAAAJ&#10;3QAAA+EAAADjBwAA4w0AAOQSAADlGQAA5iIAAOcrAADpNgAA60MAAOxSAADsYgAA7XYAAO6MAADu&#10;oQAA77cAAO/RAADv6wAA8PYAAPD2AADw9gCEpwAAda8AAGe3AABZvwAAS8YAADzKAAAvzgAAJNIA&#10;ABrYAAAS3AAADOAAAAXjAAAA5wAAAOsAAADrAAAA7QUAAO4LAADwEAAA8RUAAPMeAAD0JwAA9zMA&#10;APlAAAD6UQAA+2MAAPx3AAD9jQAA/aMAAP62AAD+yQAA/98AAP/fAAD/3wB3sAAAaLkAAFrBAABM&#10;ygAAPM8AAC7UAAAi2gAAF94AABDiAAAJ5gAAAOkAAADsAAAA8AAAAPYAAAD2AAAA9wAAAPgAAAD6&#10;BwAA+w0AAP0RAAD/GQAA/yMAAP8vAAD/PgAA/08AAP9iAAD/dwAA/40AAP+fAAD/rgAA/7oAAP+6&#10;AAD/ugD/FiMA/xUhAP8SIQD/DiQA/wYqAP8AMwD/AEEA/wBOAP8AXAD/AGgA/wB0AP8AfgD/AIcA&#10;/wCPAP8AlgD/AJwA/wCiAP8AqAD/AK4A/wC1AP8AvQD/AMcA/wDWAP8A5wD+APMA/gD+AP0A/wD8&#10;AP8A+wD/APsA/wD7AP8A+wD/APsA/wD/GiAA/xkeAP8WHgD/ECAA/wolAP8EMAD/AD0A/wBLAP8A&#10;WAD/AGQA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA/wCeAP8ApAD/AKoA/wCxAP0AuQD7AMMA+gDQ&#10;APgA4wD3APEA9gD8APQA/wD0AP8A8wD/APMA/wDzAP8A8wD/APMA/wD/HRwA/xwZAP8ZGQD/FBsA&#10;/w7/4v/iSUNDX1BST0ZJTEUACAkhAP8MLAD/CTkA/wVGAP8CUwD/AF8A/wBrAP8AdQD/AH4A/wCG&#10;AP8AjgD/AJQA/gCbAPwAoQD6AKcA+ACuAPUAtQDzAL8A8QDLAPAA3wDuAO4A7AD5AOsA/wDqAP8A&#10;6gH/AOkB/wDpAf8A6QH/AOkB/wD/IBcA/x8UAP8cEwD/FxUA/xYdAP8TKAD/EDQA/w1BAP8MTgD/&#10;CVoA/whmAP8IcAD+B3kA/AeBAPoHiQD4B5AA9gaWAPMGnQDxBqMA7waqAO0GsgDqBrsA6AbIAOYG&#10;3ADkBuwA4gj6AOAK/wDeC/8A3Qv/AN0M/wDcDP8A3Az/ANwM/wD/IxIA/yMQAP8hDgD/HhAA/x4Y&#10;AP8cIwD/GC8A/xQ7AP8SSQD8EFUA+A9gAPQPagDxD3QA7w58AO0OhADrDosA6Q6SAOcOmQDmDqAA&#10;5A6nAOIOrwDgDrgA3g7FANwO2gDWEOwA0hH6AM8S/wDNEv8BzBL/AcsT/wHKE/8ByhL/AcoS/wH/&#10;Jw8A/ycMAP8lCQD/Jg0A/yUTAP8jHAD/ICgA+xw1APUaQgDvGE8A6hdaAOYWZQDjFm4A4BZ3AN4W&#10;fwDcFocA2RaOANYWlQDUFpwA0hejANAXqwDOGLUAzBjBAMsY0gDHGugBwxv4AcAb/wG+HP8BvRz/&#10;Arwc/wK8G/8CvBv/Arwb/wL/KwwA/ysFAP8rAwD/LQkA/ywOAP8pFQD3JiAA7iMtAOchOgDhH0gA&#10;2x9UANUgXwDRIGgAziBxAMwheQDKIYEByCGIAcYhjwHEIZYBwyGeAcEipgG/Iq8BvSK7ArwjygK5&#10;I+MCtST0ArMk/wOxJP8DryT/A68k/wOuJP8DriT/A64k/wP/LwYA/y8AAP8yAAD/MwIA+TIIAPcv&#10;DgDrKxYA4SciANgnMgDQKUEAyypOAMYqWQDDKmIBwCprAb0qcwG7KnoCuSqCArgqiQK2KpACtCqY&#10;A7MqoQOxKqoDryu1BK4rxASsK9sEqCzvBKYs/gWkLP8Eoy3/BKIt/wSiLP8Eoiz/BKIs/wT/MgAA&#10;/zMAAPk4AADpOQAA4jkAAN41BwDeLg0A0S8bAMkxLADDMzsAvTNIALk0UwG2M1wBszNlArAzbQKu&#10;M3QDrDJ7A6sygwSpMooEpzKTBaUymwakMqUGojKwB6AyvgefMtEHnDPqB5oz+weYNP8HlzT/BpY0&#10;/waWNP8FljT/BZY0/wX/NQAA/zgAAOo+AADfQgAA1UIAAM8/AwDNOAgAxTgVAL06JgC3OzYAsjxD&#10;AK48TgGqO1cCpztgA6U6ZwOjOm8EoTp2BZ85fQadOYUHmzmNB5k4lgiYOKAJljirCpQ4uAqTOcoL&#10;kTnlC4869wqNOv8JjDv/CIw7/weMO/8HjDv/B4w7/wf/OAAA8T4AAONFAADUSQAAy0oAAMVHAADB&#10;QQQAuj8RALNBIQCtQjEAqEM+AKRDSQGgQlMCnUFbA5tBYgSYQGoFlkBxBpQ/eAeSP38IkD+ICo8+&#10;kQuNPpsMiz6mDYk+sw2IPsQOhj/gDoQ/9A2DQP8Lg0D/CoJA/wmCQf8IgkH/CIJB/wj/PAAA60MA&#10;ANxKAADMTwAAw1AAALxOAAC3SQEAsUYOAKpIHACkSSwAoEk6AJtJRQGYSE4ClEdXA5JHXgWPRmUG&#10;jUZsB4tFcwmJRXsKh0SDC4VEjQyDRJcOgUOiD39DrxB+Q8AQfETaEXtE8Q96Rf8Nekb/C3pG/wp6&#10;Rv8Jekb/CXpG/wn1PgAA5kgAANNPAADHVAAAvVUAALZUAACwUAAAqUwLAKJNGACdTigAmE42AJRO&#10;QQGQTUsCjU1TBIpMWgWHS2EGhUtoCINKbwmASncLfkl/DHxJiQ56SJMPeEifEHdIrBJ1SLwSdEnS&#10;E3NJ7hFySv8Pckr/DXJK/wtySv8Lckr/CnJK/wryQgAA4EwAAM5TAADBWAAAuFoAALBZAACpVgAA&#10;olIHAJtSFQCWUyQAkVMyAI1TPgGJUkcChlFQBINRVwWAUF4Gfk9lCHtPbAl5TnMLd057DXVNhQ5z&#10;TZAQcU2cEm9NqRNuTbkUbE3OFGxN6xNsTv0QbE//DmxP/wxsT/8LbE//C2xP/wvuRQAA3FAAAMlX&#10;AAC9XAAAtF4AAKxeAACkWwAAnFYEAJVWEgCQVyEAi1gvAIdXOwGDVkQCf1ZNA3xVVAV6VFsGd1Ri&#10;CHVTaAlzU3ALcVJ4DW9Sgg9tUY0Ra1GZEmlRphRnUbYVZlHLFWVS6RRlUvsRZlP/D2ZT/w1mU/8M&#10;ZlP/DGZT/wzqSQAA1VMAAMVaAAC6XwAAsGIAAKhiAACfXwAAlloAAI9aEACKWx4AhVssAIFbOAF9&#10;W0ECelpKA3dZUQR0WFgGcVhfB29XZgltV20La1Z2DWlWfw9nVYoRZVWXE2NVpBRhVbQVYFXIFl9V&#10;5xVgVvoSYFb/D2FX/w5hV/8NYVf/DGFX/wznTAAA0VYAAMFeAAC2YwAArWYAAKRmAACbZAAAkF4A&#10;AIleDgCEXxsAgF8pAHxfNQF4Xz8CdF5HA3FdTwRvXFYFbFxcB2pbYwloW2sLZlpzDWRafQ9iWogR&#10;X1mUE15ZohRcWbIVW1nGFlpZ5RVbWvkSW1r/EFxa/w5cWv8NXFr/DVxa/w3jTwAAzVkAAL5hAACz&#10;ZgAAqWkAAKBqAACXaAAAi2IAAINiDAB+YxgAemMmAHZjMgBzYzwBb2JFAmxhTARqYVQFZ2BaB2Vg&#10;YQhjX2kKYV9xDF9eew5dXoYRWl6TElhdoBRXXbAVVl7EFlVe4xVWXvcSVl7/EFde/w5XXv8NV17/&#10;DVde/w3eUwAAyF0AALtkAACwagAApm0AAJ1uAACTbQAAhWcAAH5nCQB4ZxUAdGcjAHFoLwBuZzkB&#10;a2dCAmhmSgNlZlIFY2VYBmBlXwheZGcKXGRvDFpjeQ5YY4QQVWKRElNinxNSYq4VUWLCFVBi4RVR&#10;YvYSUWL/EFJi/w5SYv8NUmL/DVJi/w3ZVgAAxGAAALdoAACsbgAAo3EAAJpzAACPcQAAf2sAAHhr&#10;BQByaxIAbmwfAGtsLABobDcBZmxAAmNrSANga08EXmpWBlxqXQdZaWUJV2ltC1Vpdw1TaIIPUGiP&#10;EU5nnRNNZ6wUS2jAFEto3hRLZ/USTGf/D0xn/w5NZ/8NTWf/DU1n/w3SWgAAwGQAALNsAACpcgAA&#10;oHYAAJZ3AACKdgAAeXEAAHFxAABrcQ8AaHEcAGZyKABjcjQAYHI9AV5yRQJbcU0DWXFUBVdwWwZU&#10;cGMIUm9rClBvdAxNboAOS26NEElumxFHbasSRm6+E0Vu3BJGbfQRRm3/D0dt/w5HbP8NR2z/DUds&#10;/w3MXwAAvGkAALBxAACldwAAnHsAAJF8AACGewAAdXgAAGt3AABldwwAYXgXAF94JABdeTAAWnk6&#10;AVh5QgJWeEoCU3hRBFF3WAVPd2AHTHZoCEp2cgpIdX0MRXWKDkN1mQ9CdakQQHW8EEB12RBAdPMP&#10;QHT/DkFz/w1Bc/8MQXP/DEFz/wzGZAAAt24AAKt2AACifAAAl38AAIyBAACBgQAAcoAAAGV/AABd&#10;fwgAWX8TAFeAIABVgCsAU4E2AFGAPgFPgEYCTYBOAkt/VQNJf10FRn9mBkR+cAhCfnsJP36ICz19&#10;lww8facNOn26Djp+1g06fPENOnv/DDp7/ws6ev8LOnr/Czp6/wvAaQAAsnQAAKd8AACdgQAAkoQA&#10;AIeGAAB7hwAAbocAAGCHAABVhwEAUIgOAE6IGgBNiSYAS4kwAEmJOgBIiUIBRolKAUSJUgJCiVoD&#10;QIhjBD2IbQU7iHgGOYeGCDeHlQk1h6YKNIe5CjOH0wozhvAJM4X/CTOE/wkzg/8JM4P/CTOD/wm5&#10;cAAArXoAAKKCAACXhwAAjYoAAIGMAAB1jgAAaI8AAFqQAABPkQAAR5IKAESSEwBDkx8AQZMqAECT&#10;NAA/kz0APZNFADuTTQE6k1YBOJNfAjaTaQM0k3UDMpKDBDCSkwUukqQGLZK3BiyS0QYske8GK4//&#10;BiuO/wYrjf8HK43/ByuN/wezeAAAp4IAAJyIAACRjAAAh5AAAHqTAABtlQAAYZcAAFWZAABJmwAA&#10;P5wBADmdDgA3nRcANp4iADSeLAAznjUAMp4+ADGeRwAwn1AALp9aAC2fZAErn3EBKZ5/AieekAIm&#10;nqECJJ61AiOezgIjne4DI5v+AyKa/wQimf8EIpn/BCKZ/wSsgQAAoIgAAJWOAACLkgAAf5YAAHKa&#10;AABlnQAAWaAAAE6jAABCpAAAN6YAAC6oBQApqQ8AKKkYACeqIgAmqiwAJao1ACSqPwAjqkgAIqtT&#10;ACGrXgAgq2oAHqt5AB2riwAbq50AGquxABmrygAZquwBGaj9ARin/wIYpv8CGKb/Ahim/wKliQAA&#10;mY8AAI+UAACDmQAAdZ4AAGiiAABcpgAAUKkAAESsAAA5rgAAL7AAACazAAAetQYAGbcPABi3FwAX&#10;tyEAFrcqABW3NAAUuD4AE7hJABK4VAASuWIAEblxABC5gwAPuZcADrmsAA25xAANuOcADrb7AA61&#10;/wAOtP8ADrT/AA60/wCckAAAkpUAAIabAAB5oAAAa6YAAF6rAABSrwAARrIAADq1AAAvtwAAJboA&#10;AB29AAAVwAAAEMMGAAvGDgAKxRUACcUeAAjFKAAHxTIABsY9AAXGSQAFxlcAA8ZmAALGdwABxosA&#10;AMagAADFtgAAxtIAAMXvAADF/AAAxf8AAMX/AADF/wCVlgAAiZwAAHujAABtqQAAYK8AAFO0AABG&#10;uAAAOrsAAC6+AAAkwQAAG8QAABPHAAAOygAACM4BAAHQCgAA0BAAANAWAADRHgAA0icAANMxAADU&#10;PAAA1UkAANZYAADWaQAA1nwAANaSAADWpwAA1r8AANbgAADW8wAA1v4AANb/AADW/wCMnQAAfqQA&#10;AG+rAABhsgAAVLkAAEa9AAA5wQAALcQAACLHAAAZywAAEc4AAAzSAAAF1QAAANsAAADcAwAA3QoA&#10;AN4PAADfFAAA4RwAAOIkAADkLgAA5joAAOdJAADoWQAA6GsAAOmBAADpmAAA6a0AAOnFAADp4gAA&#10;6fIAAOn1AADp9QCApQAAca0AAGO1AABVvAAAR8IAADnGAAAsygAAIM4AABbSAAAP1gAACNsAAADf&#10;AAAA4wAAAOUAAADnAAAA6AEAAOoHAADrDQAA7REAAO8YAADxIQAA8ysAAPY4AAD3SAAA+FoAAPlt&#10;AAD6hAAA+psAAPqvAAD6wgAA+toAAPrfAAD63wB0rgAAZbYAAFa+AABIxgAAOcsAACvQAAAf1AAA&#10;FNoAAA3fAAAF4wAAAOYAAADpAAAA7QAAAO8AAADxAAAA8wAAAPUAAAD2AgAA+AkAAPoOAAD9EwAA&#10;/xwAAP8oAAD/NgAA/0cAAP9aAAD/bgAA/4UAAP+aAAD/qwAA/7kAAP+8AAD/vAD/ESAA/xAeAP8M&#10;HgD/BCEA/wAnAP8AMAD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIMA/wCLAP8AkgD/AJgA/wCe&#10;AP8ApAD/AKoA/wCwAP8AuAD/AMIA/wDOAP8A4gD+APAA/QD7APsA/wD7AP8A+wD/APoA/wD6AP8A&#10;+gD/APoA/wD/FBwA/xIaAP8OGgD/CBwA/wAhAP8ALQD/ADoA/wBIAP8AVQD/AGEA/wBsAP8AdgD/&#10;AH8A/wCHAP8AjgD/AJQA/wCaAP4AoAD9AKYA/ACsAPsAtAD5AL0A+ADJAPcA3AD1AOwA8wD4APMA&#10;/wDyAP8A8QD/APAA/wDwAP8A8AD/APAA/wD/FxgA/xUWAP8RFQD/DBcA/wUdAP8AKAD/ADYA/wBD&#10;AP8AUAD/AFwA/wBnAP8AcQD/AHoA/ACCAPoAiQD4AJAA9wCWAPUAnAD0AKIA8wCoAPEAsADwALgA&#10;7gDDAOwA0wDqAOcA6QD1AOcA/wDmAP8A5QD/AOUA/wDlAP8A5QD/AOUA/wD/GhMA/xgRAP8UEAD/&#10;DxEA/w0ZAP8KJAD/BTAA/wE+AP8ASwD/AFcA/gBiAPoAbAD1AHUA8gB9APAAhADuAIsA7ACRAOsA&#10;lwDpAJ4A5wCkAOYArADkALQA4gC/AOAAzQDeAOMA3ADyANoA/QDYAP8A1gD/ANUB/wDVAf8A1QL/&#10;ANUC/wD/HhAA/xwNAP8XCwD/FQ4A/xQVAP8RHwD/DioA/ws4AP0IRQD4BlEA9ARcAO4EZgDqBG8A&#10;5gN3AOQEfwDiBIYA4ASMAN4EkwDdBZoA2wWgANgFqADVBbEA0gW7ANAGyQDOB+AAzAjxAMkK/wDH&#10;C/8Axgz/AMUM/wDFDP8AxQz/AMUM/wD/IQwA/yAGAP8cAwD/HQoA/xsQAP8YGAD/FCMA9hEwAO8O&#10;PgDqDkoA5Q1WAOENYADdDWkA2Q1xANUNeQDTDYEA0Q2IAM8NjwDNDpYAyw6dAMoOpQDIDq4Axg+5&#10;AMQQyADCEN8AvhHyALsS/wC5E/8AtxP/AbYT/wG2E/8BthP/AbYT/wH/JQYA/yMAAP8jAAD/JAMA&#10;/yEKAP0dEQDxGhsA6BYnAOEUNQDaE0MA0xRPAM4VWQDLFWMAyBZrAMUWcwDDF3sAwReCAMAYiQC+&#10;GJAAvBiYALsZoAC5GakAtxm0ALUawgC0GtYAsBvtAa0c/AGrHf8BqR3/Aakd/wGoHf8BqB3/Aagd&#10;/wH/KAAA/ycAAP4qAADvKgAA5ycBAOciCQDkHRAA2RsdAM8dLQDJHjwAxCBJAL8gUwC8IV0AuSFl&#10;ALcibQC1InQAsyJ8ALEigwGwIooBriKSAawjmwGrI6QBqSOvAacjvAGmJM4BoyToAqAl+QKeJf8C&#10;nSX/Apwl/wKbJf8CmyX/Apsl/wL/LAAA/y0AAO0yAADiNAAA2jMAANMuAwDSJQoAySUXAMEnJwC7&#10;KTYAtipDALIrTgCvK1cArCtgAKorZwGoK28Bpit2AaQrfQGjK4QCoSuNAp8rlQKeK58CnCuqA5or&#10;tgOZLMcDlyziA5Qt9QSSLf8DkS3/A5Au/wOQLf8DkC3/A5At/wP/MAAA8jMAAOQ6AADWPQAAzDwA&#10;AMc5AADDMQUAvS4RALUwIQCwMjAAqzM9AKczSQCkM1IAoTNaAZ8zYgGcM2kCmjNwApkzdwKXMn8D&#10;lTKHA5MykASSMpoEkDKlBY4ysQWNM8IGizPcBok08gaHNP8FhjT/BYY0/wSFNP8EhTT/BIU0/wT8&#10;MwAA6zoAANxBAADNRAAAw0QAAL1BAAC4OwEAsjcOAKs4HAClOSsAoTo4AJ07RACaO00BlzpWAZQ6&#10;XQKSOmQCkDprA445cgOMOXoEijmCBYk5iwWHOZUGhTmgB4M5rQeCObwIgTnTCH867gh9Ov4HfDv/&#10;Bnw7/wV8O/8FfDv/BXw7/wX0NwAA5UAAANJHAADFSgAAvEsAALVJAACvQwAAqT4LAKI/FwCdQCYA&#10;mEE0AJRBPwCRQUkBjkFRAYtAWQKJQGADh0BnA4U/bQSDP3UFgT99Bn8+hwd9PpEIez6cCXo+qQl4&#10;PrgKdz/NCnU/6gp0QPwIdED/B3RA/wZzQP8Gc0D/BnNA/wbxOwAA30UAAMxMAAC/TwAAtlAAAK5P&#10;AACnSgAAoEQHAJpFFACVRiIAkEYwAIxHPACJRkUBhkZOAYNGVQKBRVwDfkVjBHxEagR6RHEFeUR5&#10;BndEggh1Q40Jc0OZCnFDpgtwQ7UMbkTJDG1E5wxtRfoKbEX/CGxF/wdsRf8HbEX/B2xF/wfsPwAA&#10;2EkAAMdQAAC7VAAAsVUAAKlUAAChUAAAmUoCAJJJEQCNSh8AiUssAIVMOACCS0IBf0tKAXxKUgJ5&#10;SlgDd0pfBHVJZgVzSW0GcUl2B29IfwhtSIoJbEiWC2pIowxoSLINZ0jFDWZJ5A1mSfgLZkn/CWZK&#10;/whmSf8HZkn/B2ZJ/wfoQwAA0k0AAMJTAAC3WAAArVkAAKRYAACcVQAAk04AAIxODgCHTxsAgk8p&#10;AH9QNQB7UD8BeE9HAXZPTwJzTlUDcU5cBG9NYwVtTWoGa01yB2lNfAhnTIcKZUyTC2NMoA1iTK8O&#10;YU3CDmBN4Q5gTfYMYE7/CmBO/wlgTv8IYE7/CGBO/wjjRwAAzVAAAL5XAACzWwAAql0AAKFdAACY&#10;WgAAjVMAAIZSDACAUxgAfFMlAHlUMQB1VDwAc1NEAXBTTAJtUlMCa1JZA2lSYARnUWgGZVFwB2NR&#10;eQhhUYQKYFCRDF5Qng1cUK0OW1HADlpR3g9aUfUMWlL/CltS/wlbUf8IW1H/CFtR/wjfSgAAyVMA&#10;ALtaAACwXwAApmEAAJ1hAACUXgAAiFcAAIBWCgB6VxUAdlciAHNYLgBwVzkAbVdBAWpXSQJoVlAC&#10;ZlZXA2RWXgRiVWUFYFVtB15VdwhcVYIKWlWODFlVnA1XVasOVlW+D1VV2w9VVfMNVVX/C1ZV/wlW&#10;Vf8JVlX/CFZV/wjbTQAAxVcAALheAACtYgAAo2UAAJplAACQYwAAg1wAAHtbBgB1WxIAcVsfAG5c&#10;KwBrXDYAaFs/AWVbRwFjW04CYVpVA19aXARdWmMFW1prBllZdQhXWYAKVVmMC1RZmg1SWaoOUVm8&#10;DlBZ2A5QWfINUVn/C1FZ/wpRWf8JUVn/CFFZ/wjUUQAAwloAALRhAACqZgAAoGgAAJdpAACMZwAA&#10;fWAAAHVfAwBvXxAAa18cAGhgKABmYDMAY2A8AWFgRAFfX0wCXF9TA1tfWgRZX2EFV15pBlVecwhT&#10;Xn4JUV2KC09dmQxNXagNTF66Dkte1A5LXvEMTF7/C0xd/wpMXf8JTF3/CExd/wjPVAAAvl4AALFl&#10;AACnagAAnW0AAJRtAACJbAAAeGUAAG9kAABpZA4AZWQZAGJkJQBgZTAAXmU6AFxlQgFaZUoCWGRR&#10;AlZkWANUZF8EUmRnBVBjcQdOY3sJTGOICkpjlwtIY6YMR2O4DUZj0Q1GY+8MRmL/Ckdi/wlHYv8J&#10;R2L/CEdi/wjKWAAAumIAAK5pAACjbgAAmnEAAJByAACEcQAAdGsAAGlpAABjaQsAX2kVAFxqIQBa&#10;ai0AWGs2AFZrPwFVa0cBU2pOAlFqVQNPal0ETWplBUppbgZIaXkHRmmGCURplQpDaKULQWm3DEBp&#10;zwxAaO4LQWj/CkFn/wlBZ/8IQmf/CEJn/wjFXQAAtmYAAKptAACgcwAAlnYAAIt3AACAdgAAcHIA&#10;AGVxAABccAcAWHARAFZwHQBUcSgAUnEzAFBxPABPckQBTXFLAUtxUwJJcVoDR3FiBEVwbAVDcHcG&#10;QXCEBz9wkwg9b6MJO3C1CjtwzQo6b+wJO27+CDtu/wg7bf8HO23/Bztt/we/YgAAsWsAAKZzAACd&#10;eQAAknsAAId8AAB7fAAAbXoAAGB4AABWdwEAUHcOAE54GABMeCQAS3kuAEl5NwBIeUAARnlIAUR5&#10;TwFCeVcCQXlgAj94aQM8eHQEOniCBTh4kQY3eKEHNXizBzR4ywc0d+sHNHb9BzR1/wc1df8GNXT/&#10;BjV0/wa5aAAArXEAAKJ5AACYfgAAjYAAAIKBAAB2ggAAaYEAAFuBAABRgQAASIAKAEWBEwBDgR4A&#10;QoIpAEGCMgBAgjsAPoJDAD2CSwA7glMBOYJcATeCZgI1gnEDM4J/AzGBjgQwgZ8ELoGxBS2ByAUt&#10;gekELX/8BS1+/wUtff8FLX3/BS19/wWzbgAAqHgAAJ1/AACSgwAAiIYAAH2HAABwiAAAY4kAAFWK&#10;AABLigAAQYoCADuLDgA5ixcAOIwiADeMLAA2jDUANIw9ADOMRgAyjU8AMY1YAC+NYgEtjG4BK4x7&#10;ASqMiwIojJwCJoyvAiWMxgIli+gCJYr7AyWI/wMliP8DJYf/AyWH/wOtdgAAo4AAAJeFAACNiQAA&#10;gowAAHaOAABpkAAAXJIAAFCTAABElAAAOpUAADGWCAAtlxEALJcaACuXJAAqly0AKZc2ACiYPwAn&#10;mEgAJphSACWYXAAjmGgAIph3ACCYhwAfmJkBHZisARyYwwEcl+UBHJX6ARuU/wEbk/8CG5P/AhuT&#10;/wKnfwAAnIYAAJGLAACHjwAAepIAAG2VAABhmAAAVZsAAEmdAAA9ngAAM58AACqhAAAhowoAH6MR&#10;AB6jGgAdpCQAHKQtABukNgAapD8AGaRKABikVQAWpWEAFaVwABSlgQATpZQAEqWoABGlvwAQpOIA&#10;EaL4ABGh/wARoP8BEaD/ARGg/wGghgAAlYwAAIyRAAB/lQAAcZoAAGSeAABYoQAATKQAAECmAAA1&#10;pwAAKqkAACKsAAAZrgAAErAJABCxEAAQsRgADrEiAA6xKwANsTUADbFAAAyxSwALsVgACrFnAAix&#10;eAAHsYsABbGgAASwtQAEsNAABLDvAAWv/gAGrv8ABq7/AAau/wCYjgAAj5MAAIKYAAB1nQAAZ6IA&#10;AFqnAABOqwAAQa0AADWvAAArsQAAIbQAABi2AAARuQAADbwDAAe+DAADvRIAAb0ZAAC+IgAAvisA&#10;AL42AAC+QQAAv04AAL9cAAC/bQAAv4AAAL6VAAC+qgAAvsIAAL3kAAC99gAAvf8AAL3/AAC9/wCS&#10;lAAAhZoAAHigAABqpgAAXKsAAE+wAABCswAANbYAACq4AAAguwAAF74AABDBAAALxAAABMcAAADJ&#10;BwAAyQ0AAMkSAADKGQAAyyIAAMsrAADNNQAAzkEAAM5QAADPYAAAz3IAAM+HAADPnQAAz7MAAM/O&#10;AADP6wAAzvgAAM7+AADO/gCImwAAeqIAAGyoAABerwAAULUAAEK5AAA1vAAAKb8AAB7CAAAVxgAA&#10;DskAAAjMAAAA0AAAANMAAADVAAAA1gYAANgMAADZEQAA2xYAANwfAADeKAAA4DQAAOJBAADiUQAA&#10;42MAAON3AADkjgAA5KQAAOS6AADl1AAA5eoAAOXzAADl8wB8owAAbqoAAGCyAABRuQAAQ74AADXC&#10;AAAoxgAAHMkAABPNAAAM0QAABNUAAADaAAAA3gAAAOEAAADiAAAA5AAAAOUDAADnCQAA6Q4AAOsS&#10;AADtGgAA7yQAAPIxAAD0QQAA9FMAAPVmAAD1fAAA9pMAAPapAAD3vAAA984AAPffAAD33wBwrAAA&#10;YbQAAFO7AABFwwAANscAACfMAAAb0AAAEdUAAArbAAAA3wAAAOIAAADlAAAA6QAAAOwAAADtAAAA&#10;8AAAAPEAAADzAAAA9QQAAPcKAAD6EAAA/BYAAP8hAAD/LgAA/0AAAP9TAAD/aAAA/4AAAP+WAAD/&#10;qAAA/7YAAP+/AAD/vwD/DRwA/wobAP8CGwD/AB4A/wAkAP8ALgD/ADwA/wBKAP8AVgD/AGMA/wBt&#10;AP8AdwD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCsAP8AtAD/AL0A/wDJAP4A3QD9AO0A&#10;/AD6APsA/wD6AP8A+QD/APoA/wD6AP8A+gD/APoA/wD/EBkA/w0XAP8GFgD/ABgA/wAeAP8AKgD/&#10;ADcA/wBFAP8AUgD/AF4A/wBpAP8AcgD/AHsA/wCCAP8AiQD/AJAA/gCWAP0AnAD8AKEA+wCoAPkA&#10;rwD4ALgA9gDDAPQA0gDzAOcA8gD2APAA/wDvAP8A8AD/AO8A/wDvAP8A7gD/AO4A/wD/EhQA/w8S&#10;AP8LEgD/ABIA/wAaAP8AJQD/ADMA/wBAAP8ATQD/AFkA/wBkAP0AbQD7AHYA+QB9APcAhAD1AIsA&#10;9ACRAPMAlwDxAJ0A8ACjAO4AqgDsALMA6gC9AOgAywDnAOEA5QDxAOMA/QDjAP8A4gD/AOEA/wDh&#10;AP8A4AD/AOAA/wD/FBAA/xEOAP8NDQD/Bw8A/wIVAP8AIAD/AC0A/wA6AP8ARwD5AFMA9QBeAPIA&#10;aADwAHAA7QB4AOsAfwDpAIUA6ACMAOYAkgDlAJgA4wCfAOEApgDfAK4A3AC4ANoAxQDWANkA1ADs&#10;ANIA+QDRAP8AzwD/AM4A/wDOAP8AzgD/AM4A/wD/FwwA/xQIAP8PBQD/DgsA/wwRAP8HGgD/ASYA&#10;/AA0APQAQQDtAE0A6QBYAOYAYgDjAGoA4AByAN4AeQDbAIAA2QCGANYAjQDTAJMA0QCaAM8AoQDN&#10;AKoAywCzAMkAvwDGANAAxQDoAMMA9gDBAP8AwAL/AL8D/wC/A/8AvwP/AL8D/wD/GwYA/xcAAP8U&#10;AAD/EwUA/xENAP8OFAD5Ch8A8AYsAOYDOQDgA0YA3ANRANYEWwDSBGQAzwVsAMwFcwDKBXoAyAWB&#10;AMYFhwDFBo4AwwaWAMEGnQC/BqYAvQawALsHvAC5CM0AuArlALUL9wCzDf8AsQ3/ALAN/wCwDv8A&#10;rw7/AK8O/wD/HgAA/xsAAP8bAAD6GgAA9RYFAPYRDQDrDhUA4gsiANgLMQDQDD4Ayw1KAMcNVQDE&#10;Dl4AwQ5mAL8ObQC9DnQAuw97ALkPggC3EIoAthCRALQQmgCyEKMAsBGtAK8RugCtEcoAqhLlAKcU&#10;9wClFf8AoxX/AKIV/wCiFf8AohX/AKIV/wD/IgAA/yAAAPAjAADmJAAA4CEAANwZBQDbEAwA0BEZ&#10;AMgTKQDCFTcAvRZEALkXTgC1F1cAsxhgALAYZwCuGG4ArBl1AKsZfACpGYQAqBqMAKYalACkGp4A&#10;oxuoAKEbtACfHMUAnhzfAJod8wGYHv8Blx7/AZYf/wGVH/8BlR//AZUf/wH/JgAA9CcAAOYtAADa&#10;LwAAzy0AAMonAADHHwgAwRwTALoeIgC0HzEAryA9AKshSACoIlIApiJaAKMjYgChI2kAoCNvAJ4j&#10;dwCcI34AmyOGAJkkjwGXJJkBliSjAZQksAGSJb8BkSXWAY4m7wGMJ/8Ciyf/Aoon/wKJJ/8CiSf/&#10;AYkn/wH6KQAA7DAAAN02AADNOAAAxDcAAL4yAAC6KwIAtSUOAK4nHQCoKSsApCo4AKAqQwCdK0wA&#10;mitVAJgrXACWK2MAlCtqAZIrcQGQLHgBjyyBAY0sigGLLJQCiiyfAogsqwKGLLoChS3OA4Mu6gOB&#10;LvwDgC7/An8u/wJ/Lv8Cfi7/An4u/wL0LgAA5DcAANI9AADFPwAAuz8AALQ8AACvNQAAqS8LAKMv&#10;FwCeMSYAmTIzAJYyPgCSM0gAkDNQAI0zWACLM14BiTNlAYczbAGGM3MBhDN8AoIzhQKAM48DfzOa&#10;A30zpwN8M7UEejPJBHk05gR3NfkEdjX/A3U1/wN1Nf8DdTX/A3U1/wPwMwAA3T0AAMpDAAC+RQAA&#10;tUYAAK1DAACmPQAAoDYGAJk2EwCUOCEAkDkuAIw5OQCJOUMAhzlMAIQ5UwGCOVoBgDlhAX45aAJ8&#10;OW8Cejl3Ank5gAN3OYsEdTmWBHQ5owVyObEFcTnEBm864gZuOvcFbjv/BG07/wRtO/8DbTr/A206&#10;/wPqOQAA1UIAAMRIAAC5SwAAr0sAAKdJAACfRAAAmD4BAJE8EACMPR0AiD4qAIQ/NQCBPz8Afj9I&#10;AHw/TwF6P1YBeD9dAXY+ZAJ0PmsCcj5zA3A+fANvPocEbT6TBWs+oAZqPq4GaT/AB2c/3gdnP/UG&#10;ZkD/BWZA/wRmQP8EZj//BGY//wTlPQAAz0YAAL9MAAC0TwAAqlAAAKJPAACZSgAAkUQAAIpBDQCE&#10;QhkAgEMmAH1EMgB6RDwAd0REAHVETAFyRFMBcENZAW9DYAJtQ2cCa0NvA2lDeQRoQ4MFZkOPBmRD&#10;nQdjQ6sHYUO9CGBE2QhgRPMHYET/Bl9E/wVfRP8EYET/BGBE/wTgQQAAykoAALtQAACwUwAAp1UA&#10;AJ5TAACVTwAAi0kAAINHCwB9RxUAeUciAHZILgBzSDgAcUhBAG5ISQFsSFABakhWAWhIXQJmR2QC&#10;ZUdsA2NHdgRhR4AFYEeNBl5HmgdcR6kIW0i7CFpI1AhaSPEHWkn/BlpJ/wVaSP8FWkj/BFpI/wTb&#10;RAAAxk0AALhTAACtVwAAo1kAAJpYAACRVAAAhk4AAH1LCAB3SxIAc0wfAHBMKwBtTDUAa0w+AGhM&#10;RgBmTE0BZExTAWJMWgJhTGICX0xqA15McwRcS34FWkuKBlhLmAdXTKcIVky5CVVM0QlUTO8IVE3/&#10;BlVM/wZVTP8FVUz/BVVM/wXVSAAAwlEAALVXAACqWwAAoFwAAJdcAACNWQAAgVMAAHdPBABxTxAA&#10;blAcAGpQKABoUDIAZVA7AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1hQcQRXUHsFVVCIBlNQlgdS&#10;UKUIUFC3CVBQzglPUO0IUFD/B1BQ/wZQUP8FUFD/BVBQ/wXQSwAAv1QAALJaAACnXgAAnWAAAJRg&#10;AACJXQAAfFcAAHJUAABsUw4AaFQZAGVUJABiVC8AYFQ4AF5UQABcVEgBWlRPAVlUVgFXVF0CVVRl&#10;A1RUbgRSVHkFUFSGBk5UlAdNVKQIS1S1CEtUzAlKVOsIS1T+B0tU/wZLVP8FS1T/BUtU/wXMTgAA&#10;u1cAAK5eAACkYgAAmmQAAJFkAACGYgAAd1sAAG1YAABmWAwAYlgWAF9YIgBdWSwAW1k2AFlZPgBX&#10;WUYAVllNAVRZVAFSWVsCUVljA09ZbANNWXcES1iEBUlYkgdIWKIHR1mzCEZZyghFWeoIRln9BkZY&#10;/wZGWP8FR1j/BUdY/wXHUgAAuFsAAKthAAChZgAAmGgAAI5pAACDZwAAcmAAAGheAABhXQkAXF0T&#10;AFpdHgBXXSkAVl4zAFReOwBSXkMAUV5KAU9eUgFOXlkCTF5hAkpeagNIXnUERl6CBURdkAZDXqAH&#10;QV6xB0BeyAdAXugHQF38BkFd/wVBXf8FQVz/BUFc/wXDVgAAtF8AAKhmAACeagAAlW0AAIptAAB/&#10;bAAAb2cAAGRkAABbYgUAVmIQAFRiGwBSYyUAUGMvAE5kOABNZEAAS2RIAEpkTwFIZFcBRmRfAkVk&#10;aAJDZHMDQWN/BD9jjgU9Y54GPGOwBjtkxgY7ZOYGO2P6BTti/wU7Yv8FPGH/BDxh/wS+WwAAsGMA&#10;AKVqAACbbwAAkXIAAIZyAAB7cQAAbG0AAGBrAABVaQAAT2gNAE1pFwBLaSEASWorAEhqNABHaj0A&#10;RWtEAERrTABCa1QBQWtcAT9qZQI9anACO2p9AzlqjAQ3apwENmquBTVqxAU1auUFNWn5BDVp/wQ1&#10;aP8ENWj/BDVo/wS5YAAArGkAAKFwAACYdQAAjXcAAIJ3AAB3dwAAaXQAAFxzAABRcQAASHAKAEVw&#10;EgBDcR0AQnEnAEByMAA/cjgAPnJAAD1ySAA7clAAOnJZAThyYwE2cm0CNHJ6AjNyiQMxcpoDL3Ks&#10;Ay5ywQMucuMDLnH4Ay5w/wMub/8DLm//Ay5v/wOzZgAAp28AAJ12AACTegAAiHwAAH59AAByfQAA&#10;ZHwAAFd7AABMegAAQnkDADx5DgA6ehcAOXohADh6KgA3ezMANns7ADR7RAAze0wAMntVADB7XwAv&#10;e2oBLXt3ASt7hwEqe5gCKHuqAid7vwIme+ECJnr3AiZ4/wImeP8CJ3f/Aid3/wKubAAAo3YAAJl8&#10;AACOfwAAhIIAAHiDAABshAAAX4QAAFGEAABHhAAAPIQAADOECQAwhBEAL4QaAC2EJAAshS0AK4U1&#10;ACqFPgAphUcAKIZQACeGWgAmhmYAJIZzACOGgwAhhpUAIIanAR6GvAEeht4AHoT1AR6C/wEegv8B&#10;HoH/AR6B/wGodAAAnn0AAJOCAACJhQAAfogAAHGKAABliwAAWIwAAEyNAABAjgAANo4AACyPAAAl&#10;kAwAI5ATACKQHAAhkCUAIJEuAB+RNgAekUAAHZFJAByRVAAakWAAGZFuABiRfgAWkpAAFZKkABSR&#10;uQATkdgAE4/0ABSO/wAUjf8AFIz/ARSM/wGjfQAAmIMAAI6IAACEjAAAd48AAGmRAABdkwAAUJUA&#10;AEWXAAA5mAAALpkAACWaAAAdmwIAFp0MABWdEwAUnRsAE50kABKdLQARnjcAEZ5BABCeTAAPnlgA&#10;Dp5nAA2edwAMnooAC52eAAqdsgAJncwACZzsAAqb/gALmv8AC5n/AAuZ/wCchAAAkYoAAIiOAAB7&#10;kgAAbZYAAGCZAABUnAAASJ8AADygAAAwoQAAJqMAAB2lAAAVpwAAEKkFAAurDQAIqhMAB6obAAaq&#10;JAAFqi4ABKo4AAKqRAABqlAAAKpeAACqbgAAqoEAAKqVAACpqgAAqcEAAKjkAACo9gAAp/8AAKf/&#10;AACn/wCViwAAjJAAAH+VAABxmgAAY54AAFaiAABKpgAAPagAADGqAAAmqwAAHa0AABSwAAAOsgAA&#10;CbUBAAK2CgAAtg8AALYVAAC3HQAAtyUAALcvAAC4OQAAuEYAALhUAAC4ZAAAuHYAALiLAAC3oAAA&#10;t7YAALfTAAC27wAAtvwAALb/AAC2/wCPkgAAgpcAAHSdAABmogAAWKcAAEusAAA+rwAAMbEAACaz&#10;AAActgAAE7gAAA27AAAGvgAAAMEAAADCBAAAwgsAAMMQAADEFQAAxBwAAMUkAADGLgAAyDoAAMlH&#10;AADJVwAAyWkAAMl9AADJlAAAyKoAAMjDAADI5AAAyPQAAMj9AADI/QCFmQAAd58AAGimAABaqwAA&#10;TbEAAD+1AAAxuAAAJboAABq9AAARwAAAC8MAAAPHAAAAygAAAM0AAADOAAAAzwMAANAJAADRDgAA&#10;0xIAANUZAADXIgAA2i0AAN05AADeSQAA3loAAN9uAADfhQAA35wAAN+yAADeywAA3uYAAN/0AADf&#10;9AB5oQAAa6gAAFyvAABOtQAAQLsAADG+AAAkwQAAGcUAABDIAAAJzAAAAM8AAADTAAAA2QAAANwA&#10;AADdAAAA3wAAAOEAAADiBQAA5AsAAOYQAADoFgAA6iAAAO0rAADwOgAA8UsAAPFeAADycwAA84sA&#10;APOiAADztgAA88kAAPPhAADz4QBtqgAAXrEAAFC5AABBvwAAMsQAACTIAAAXzAAADtAAAAbVAAAA&#10;2gAAAN4AAADiAAAA5gAAAOkAAADqAAAA7AAAAO4AAADwAAAA8gAAAPQGAAD2DAAA+RIAAPwcAAD/&#10;KQAA/zoAAP9NAAD/YgAA/3gAAP+QAAD/owAA/7MAAP/BAAD/wQD/BxkA/wEXAP8AFwD/ABoA/wAh&#10;AP8AKwD/ADkA/wBHAP8AVAD/AF8A/wBqAP8AcwD/AHsA/wCDAP8AigD/AJAA/wCWAP8AmwD/AKEA&#10;/wCoAP8ArwD/ALgA/wDEAP4A1QD8AOoA+wD4APoA/wD5AP8A+AD/APgA/wD2AP8A8wD/APEA/wD/&#10;CxUA/wUTAP8AEwD/ABQA/wAaAP8AJwD/ADQA/wBCAP8ATwD/AFsA/wBlAP8AbgD/AHYA/wB+AP8A&#10;hQD+AIsA/QCRAPsAlwD6AJ0A+ACjAPcAqwD2ALMA9AC+APMAzADxAOMA7wDzAO4A/wDtAP8A7AD/&#10;AOsA/wDsAP8A7AD/AOsA/wD/DREA/wkQAP8ADwD/ABAA/wAWAP8AIgD/AC8A/wA9AP8ASgD/AFUA&#10;/QBgAPoAaQD4AHEA9gB5APQAfwDzAIYA8QCMAO8AkgDuAJgA7ACfAOsApgDpAK4A5wC4AOUAxQDj&#10;ANoA4QDtAN8A+wDeAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wD/Dw0A/wwLAP8DCQD/AAwA/wASAP8A&#10;HQD/ACkA+wA3APgARAD1AFAA8gBaAO4AYwDsAGsA6QBzAOcAegDlAIAA4wCGAOEAjADfAJMA3QCZ&#10;ANsAoQDZAKkA1QCyANIAvgDQAM4AzgDmAMwA9gDKAP8AygD/AMkA/wDIAP8AyAD/AMgA/wD/EQgA&#10;/w0CAP8HAAD/BQgA/wAOAP8AFgD3ACIA7wAwAOsAPQDoAEkA5ABUAOAAXQDdAGUA2QBtANUAcwDS&#10;AHoA0ACAAM4AhwDMAI0AygCUAMgAmwDGAKQAxACtAMIAuADAAMcAvQDfALwA8QC7AP4AuQD/ALgA&#10;/wC4AP8AuAD/ALgA/wD/FAAA/w8AAP8NAAD/DAAA/wcJAPgBEADoABoA4wAoAN0ANgDYAEIA0gBN&#10;AM4AVwDKAF8AxwBmAMUAbQDDAHQAwQB6AL8AgQC9AIgAuwCPALkAlwC3AJ8AtQCoALMAswCxAMIA&#10;rwDYAK4C7QCsA/sAqwX/AKoG/wCpBv8AqQb/AKkG/wD/FgAA/xIAAPcSAADsEQAA5g4AAOUGCADd&#10;AxIA1AMgAM0ELQDIBDoAwwVGAL8FUAC8BlgAuQZgALcHZwC1B24Aswd1ALEIewCvCIIArgmKAKwJ&#10;kgCqCZsAqAqlAKYKsAClC78AowzUAKEN7QCfDv4AnQ7/AJwP/wCbD/8Amw//AJsP/wD/GgAA9xkA&#10;AOoeAADfHgAA1RoAANATAgDODAsAxwsWAMANJQC6DjIAtg4/ALIPSQCvEFIArBBaAKoQYQCoEWgA&#10;phFvAKQRdgCiEX0AoRGFAJ8SjgCdEpcAnBKiAJoTrQCYE7wAlxTQAJQV7ACSFv0AkBf/AI8X/wCO&#10;F/8Ajhf/AI4X/wD6HQAA7iMAAN8oAADQKgAAxycAAMEhAAC9GQUAuRIQALIVHgCtFiwAqBc4AKQY&#10;QwChGUwAnxlUAJwaXACaGmIAmRppAJcbcACVG3cAlBt/AJIciACQHJIAjxydAI0dqQCLHbcAih7K&#10;AIgf5wCGIPoAhCD/AYMg/wGDIP8BgiD/AYIg/wH1JAAA5SwAANMxAADGMwAAvDEAALYtAACwJQAA&#10;rB0MAKYeGAChICYAnCEyAJkiPQCVIkcAkyNPAJEjVgCPI10AjSRkAIskawCJJHIAiCR6AIYkgwCE&#10;JY0AgyWYAYElpAGAJrIBfibFAX0n4gF7J/cBeSj/AXgo/wF4KP8BeCj/AXgo/wHvKwAA3TMAAMo5&#10;AAC+OwAAtDoAAK02AACmLwAAoSgHAJsnEwCWKCAAkSktAI4qOACLK0IAiCtKAIYrUgCEK1gAgixf&#10;AIAsZgB/LG0AfSx1AHssfgF6LIgBeCyUAXYtoAF1La4CdC3AAnIu3QJxLvQCcC//Am8v/wJvL/8B&#10;bi//AW4v/wHoMQAA0zoAAMM/AAC3QQAArkEAAKY+AACeOAAAlzEBAJEuEACMLxwAiDAoAIQxMwCB&#10;Mj0AfzJGAH0yTQB7MlQAeTJbAHcyYQB1MmkBdDJwAXIyeQFwM4QBbzOQAm0znQJsM6sCajS8Amk0&#10;1QNoNfECZzX/Amc1/wJmNf8CZjX/AmY0/wLiNgAAzD8AAL1EAACyRwAAqEcAAKBEAACYPwAAkDkA&#10;AIg0DQCDNRcAfzYkAHw3LwB5NzkAdzhCAHQ4SQByOFAAcThXAG84XgBtOGUBbDhtAWo4dQFoOIAC&#10;ZziMAmU4mQNkOagDYjm5A2E60ANgOu4DYDr/A186/wJfOv8CXzr/Al86/wLdOwAAx0MAALlJAACu&#10;SwAApEwAAJtKAACSRQAAiT8AAIE6CQB7OhQAdzsgAHQ8KwByPDUAbz0+AG09RgBrPU0AaT1TAGg9&#10;WgBmPWEBZD1pAWM9cgFhPX0CYD2JAl49lgNdPqUDWz62BFo+zARaP+wEWT/+A1k//wNZP/8CWT//&#10;Alk+/wLWPwAAw0cAALVMAACqUAAAoFAAAJdPAACOSwAAhEUAAHpABgB1PxEAcUAcAG1AKABrQTIA&#10;aUE7AGdBQgBlQUkAY0FQAGFBVwBgQV4BXkFmAV1CbwJbQnoCWkKGA1hClANXQqMEVUOzBFRDyQRU&#10;Q+kEU0P9A1ND/wNUQ/8DVEP/AlRD/wLQQgAAv0oAALJQAACnUwAAnVQAAJRTAACKUAAAf0oAAHVF&#10;AgBuQw4Aa0QZAGdFJABlRS4AYkU3AGFFPwBfRUYAXUVNAFtFVABaRlsBWUZjAVdGbAJWRncCVEaD&#10;A1NGkQNRRqEEUEexBE9HxwROR+cETkf7BE5H/wNOR/8DT0f/A09H/wPMRgAAu04AAK9UAACkVwAA&#10;mlgAAJFXAACGVAAAe04AAHBKAABpSA0AZUgWAGJJIQBfSSsAXUk0AFtJPABZSUMAV0lKAFZJUgBV&#10;SlkBVEphAVJKagFRSnUCT0qBA05KjwNMS58ES0uwBEpLxQRJS+YESUv6BElL/wNKS/8DSkv/A0pL&#10;/wPISQAAuFEAAKxXAAChWwAAmFwAAI5cAACDWQAAdlMAAGtOAABkTQoAX0wTAFxNHgBaTSgAWE0x&#10;AFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU1OaAFMTnMCSk9/AklPjQNHT50ERk+uBEVPwwREUOQE&#10;RE/5BEVP/wNFT/8DRU7/A0VO/wPETAAAtVUAAKlbAACfXgAAlWAAAItgAACAXgAAclcAAGdTAABe&#10;UQcAWVERAFdRGwBUUSUAUlIvAFFSNwBPUj8ATlJGAE1TTQBMU1UASlNdAUlTZgFHU3ACRVN9AkRT&#10;iwNCU5sDQVSsBEBUwQQ/VOIEP1T4A0BT/wNAU/8DQFP/A0BS/wPAUAAAslgAAKZeAACcYgAAkmUA&#10;AIhlAAB9YgAAblwAAGNZAABZVgMAVFYOAFFWGABPViIATVcsAExXNABKVzwASVhEAEhYSwBHWFMA&#10;RVhbAURYZAFCWG4BQFh7Aj9YiQI9WJkDPFiqAztZvwM6WeADOlj3AzpY/wM7V/8DO1f/AztX/wO8&#10;VAAArlwAAKNjAACZZwAAkGkAAIVpAAB5ZwAAa2IAAGBgAABVXQAATlsMAEtbFABJXB8AR1woAEZd&#10;MQBFXTkAQ11BAEJdSABBXlAAQF5YAD5eYQE8XmwBO154AjlehwI3XpcCNl6pAzVevQM0X90DNF71&#10;AzVd/wI1Xf8CNVz/AjVc/wK4WQAAqmEAAKBnAACWbAAAjG4AAIFuAAB2bAAAZ2kAAFxmAABRZAAA&#10;SGIJAERiEQBCYhsAQWMkAD9jLQA+YzUAPWQ9ADxkRQA7ZE0AOWRVADhkXwA2ZGkBNWR2ATNkhQEx&#10;ZZUCMGWnAi9luwIuZdoCLmT0Ai5j/wIvY/8CL2L/Ai9i/wKzXgAAp2YAAJxtAACTcQAAiHMAAH1z&#10;AABycgAAZHAAAFhuAABNbAAAQmoDADxpDgA6ahYAOWogADhqKAA2azEANWs5ADRrQQAzbEkAMmxS&#10;ADFsXAAvbGYALmxzACxsggEqbJMBKWylAShsuQEnbdYBJ2vyASdq/wEnav8BKGn/Aihp/wKuZAAA&#10;o2wAAJlzAACOdgAAhHgAAHl5AABteAAAYHcAAFN2AABIdQAAPnMAADRyCgAxcxEAMHMaAC9zIwAu&#10;cysALXQ0ACx0PAArdEQAKXRNACh1VwAndWMAJXVvACR1fwAidZAAIXWiACB1twAfddIAH3TxAB9z&#10;/wEfcv8BIHH/ASBx/wGpawAAnnMAAJR5AACKfAAAgH4AAHR/AABnfwAAWn8AAE1+AABDfgAAOH0A&#10;AC99AgAofQ0AJn0UACR9HAAjfiUAIn4tACF+NgAhfj8AH39IAB5/UgAdf14AHH9rABp/egAZf4wA&#10;F3+fABZ/swAVf84AFX7vABZ8/wAWe/8AFnv/ABd7/wCkcgAAmnoAAI9/AACFggAAe4QAAG2GAABg&#10;hwAAVIcAAEiIAAA8iAAAMogAACiIAAAgiAUAGokOABmJFQAYiR0AF4omABaKLgAVijcAFIpBABOK&#10;TAASi1gAEYtlABCLdQAPi4cADoqbAA2KrwAMisgADInqAA2H/AAOh/8ADob/AA6G/wCfewAAlIEA&#10;AIqFAACAiAAAc4sAAGWNAABZjwAATJAAAEGSAAA0kgAAKpIAACGTAAAZlAAAEpYGAA6XDgANlxUA&#10;DJcdAAyXJgALly8ACpc5AAmXRAAIl1AABpdeAAWXbgADloAAAZaUAACVqAAAlb4AAJTgAACU9AAA&#10;k/8AAZL/AAGS/wCYggAAjogAAIWMAAB3jwAAapIAAF2VAABQmAAARJoAADibAAAsnAAAIp0AABme&#10;AAASoAAADaICAAejCwABoxAAAKMXAACjHwAAoycAAKMxAACkPAAApEgAAKRWAACkZQAAo3cAAKOL&#10;AACjoAAAorYAAKHSAACh8AAAoPsAAKD/AACg/wCRigAAiY4AAHuSAABtlwAAYJsAAFOeAABGoQAA&#10;OaMAAC2kAAAjpgAAGagAABGqAAAMrAAABa4AAACvBwAArw0AAK8RAACwGAAAsCAAALEoAACxMgAA&#10;sj4AALJMAACyWwAAsmwAALKBAACxlwAAsawAALDGAACw6AAAr/cAAK//AACv/wCMkAAAf5UAAHGa&#10;AABjnwAAVaQAAEeoAAA6qgAALawAACKuAAAYsAAAELMAAAq1AAACuAAAALsAAAC7AAAAvAcAALwN&#10;AAC9EQAAvhYAAL8eAADAJwAAwTIAAMJAAADDTwAAw2AAAMN0AADDiwAAw6EAAMO4AADC1wAAwu8A&#10;AML6AADB/gCBlwAAc50AAGWjAABXqAAASa0AADuxAAAtswAAIbYAABa5AAAOuwAAB74AAADBAAAA&#10;xQAAAMcAAADIAAAAyQAAAMoFAADLCwAAzQ8AAM4UAADQHAAA0yYAANYyAADYQQAA2FMAANlmAADZ&#10;fAAA2ZQAANmrAADZwwAA2eEAANnwAADZ9AB2nwAAZ6YAAFmsAABLsgAAPLcAAC66AAAhvQAAFcAA&#10;AA3EAAAFxwAAAMoAAADOAAAA0gAAANUAAADWAAAA2QAAANsAAADdAAAA3wcAAOEMAADjEQAA5hkA&#10;AOkkAADsMgAA7UMAAO5WAADvawAA74QAAO+cAADvsgAA78YAAO/dAADv5ABqqAAAW68AAEy2AAA+&#10;vAAAL8AAACDEAAAUyAAADMwAAALQAAAA1AAAANkAAADeAAAA4gAAAOUAAADmAAAA6AAAAOkAAADs&#10;AAAA7gAAAPACAADyCQAA9Q8AAPgXAAD8IwAA/zMAAP9GAAD/WgAA/3EAAP+JAAD/nwAA/7EAAP/A&#10;AAD/xgD/ABUA/wAUAP8AFAD/ABcA/wAdAP8AKAD/ADcA/wBEAP8AUQD/AFwA/wBmAP8AbwD/AHcA&#10;/wB+AP8AhQD/AIsA/wCRAP8AlwD/AJ0A/wCkAP8AqwD/ALQA/gC/AP0AzgD7AOYA+QD2APgA/wD3&#10;AP8A9wD/APcA/wDwAP8A7AD/AOkA/wD/AxIA/wAQAP8AEAD/ABEA/wAXAP8AJAD/ADIA/wA/AP8A&#10;TAD/AFcA/wBhAP8AagD/AHIA/wB5AP0AgAD8AIYA+gCMAPkAkgD4AJgA9gCfAPUApgD0AK4A8gC5&#10;APAAxgDuAN4A7QDwAOsA/gDqAP8A6QD/AOkA/wDnAP8A4wD/AOAA/wD/Bw4A/wANAP8ACwD/AAwA&#10;/wATAP8AHwD/ACwA/wA6AP8ARgD+AFIA+wBcAPgAZQD1AGwA8wB0APEAegDvAIEA7gCHAOwAjQDq&#10;AJMA6QCaAOcAoQDmAKkA4wCzAOEAvwDfANAA3QDpANoA+QDZAP8A1wD/ANUA/wDVAP8A1QD/ANQA&#10;/wD/CQoA/wEFAP8AAwD/AAkA/wAQAP8AGQD7ACYA9wA0APQAQADyAEwA7gBWAOoAXwDnAGcA5ABu&#10;AOIAdADgAHsA3gCBANwAhwDaAI0A1gCUANQAmwDRAKMAzwCtAMwAuADKAMcAyADgAMYA8wDFAP8A&#10;wwD/AMMA/wDDAP8AwwD/AMMA/wD/CwEA/wMAAP8AAAD/AAMA/wALAPMAEgDuAB8A6gAtAOYAOgDi&#10;AEUA3gBPANkAWADUAGAA0QBoAM4AbgDMAHQAygB7AMgAgQDGAIcAxACOAMIAlgDAAJ4AvgCnALsA&#10;sgC5AMAAtwDUALUA7ACzAPsAswD/ALIA/wCyAP8AsQD/ALEA/wD/DQAA/wYAAP8DAAD3AAAA9AAD&#10;AOcADQDgABgA2gAlANMAMgDOAD4AygBJAMYAUgDDAFoAwABhAL4AaAC8AG4AugB0ALgAewC2AIEA&#10;tACIALIAkACwAJkArgCiAKwArQCqALoAqADLAKYA5gClAPcApAD/AKMA/wCiAP8AogD/AKIA/wD/&#10;EAAA+wwAAO8OAADmDQAA3wkAANoABgDQABEAyQAdAMQAKgC/ADcAuwBCALcASwC0AFQAsgBbAK8A&#10;YgCtAGgAqwBuAKkAdQCoAHsApgCDAKQAiwCiAJQAoACeAJ4BqACcArUAmwPGAJkF4gCYBvQAlgj/&#10;AJUJ/wCUCf8AlAn/AJQJ/wD8EQAA8RUAAOMZAADWGQAAzBUAAMcQAADEBwoAvQMUALcEIQCyBi4A&#10;rgg6AKoJRACnCU0ApApVAKIKXACgCmIAngtpAJwLbwCbC3YAmQx+AJcMhgCWDJAAlAyaAJINpgCR&#10;DbMAjw3FAI0O4gCLEPYAiRD/AIgR/wCHEf8AhxH/AIcR/wD2GQAA5yAAANYkAADIJQAAvyIAALkc&#10;AAC0FAEAsQ0OAKoOGQClDycAoRAzAJ0RPgCaEUcAmBJPAJUSVgCTElwAkRJjAJATaQCOE3AAjBN4&#10;AIsTgQCJFIsAhxSWAIYVogCEFbAAgxbBAIEX3QB/GPQAfRn/AHwZ/wB8Gf8Aexn/AHsZ/wDvIQAA&#10;3SkAAMotAAC+LwAAtSwAAK4nAACoIAAAoxcIAJ4WEwCZFyEAlBktAJEaOACOGkEAixtJAIkbUACH&#10;G1cAhRxeAIQcZACCHGsAgBxzAH8dfAB9HYYAfB6RAHoengB4H6sAdx+8AHYg1AB0IfAAciH/AHEi&#10;/wBxIf8AcSH/AHEh/wDoKAAA0jAAAMI1AAC3NwAArTUAAKUxAACeKwAAmCMCAJIeEACNIBsAiSEn&#10;AIYiMgCDIzwAgSNEAH4jSwB8JFIAeyRZAHkkXwB3JGYAdiVuAHQldwBzJYEAcSaNAG8mmQBuJqcA&#10;bSe4AGwnzgFqKO0BaSn/AWgp/wFoKf8BaCj/AWgo/wHhLgAAyzYAALw7AACxPQAApz0AAJ85AACX&#10;MwAAjy0AAIgnDACDJxYAfygiAHwpLQB5KjcAdyo/AHUqRwBzK04AcStUAHArWwBuK2IAbCtqAGss&#10;cgBpLH0AaCyJAGYtlgFlLaQBZC60AWMuygFhL+kBYC/9AWAv/wFgL/8BYC//AWAu/wHaNAAAxTwA&#10;ALdBAACsQwAAokMAAJlAAACQOgAAiDQAAIAuCAB6LRIAdy4eAHMvKQBxMDMAbzA7AG0wQwBrMUoA&#10;aTFRAGcxVwBmMV4AZDFmAGMybwBhMnkAYDKFAV8ykgFdM6EBXDOxAVs0xgFaNOYBWTX7AVk1/wFZ&#10;NP8BWTT/AVk0/wHSOAAAwEAAALNFAACoSAAAnkgAAJVGAACLQAAAgjsAAHk1BABzMxAAbzQaAGw0&#10;JQBpNS8AZzU3AGU2PwBjNkYAYjZNAGA2VABfNlsAXTdjAFw3awBbN3YBWTeCAVg4jwFWOJ4BVTiv&#10;AlQ5wwJTOeQCUzr5AVM5/wFSOf8BUzn/AVM5/wHNPAAAvEQAAK9JAACkTAAAmkwAAJFLAACHRgAA&#10;fUAAAHM7AABsOA0AaDkXAGU5IgBjOisAYDo0AF46PABdOkMAWzpKAFo7UABYO1gAVztgAFY7aABV&#10;PHMBUzx/AVI8jQFQPZwBTz2sAk4+wQJNPuECTT74Ak0+/wFNPv8BTT3/AU09/wHJQAAAuEgAAKxN&#10;AAChUAAAl1EAAI5PAACESwAAeUUAAG5AAABmPQsAYj0UAF89HgBcPigAWj4xAFg+OABXPkAAVT9G&#10;AFQ/TQBTP1UAUkBdAFBAZgBPQHABTkB8AUxBigFLQZoCSkGrAklCvgJIQt4CSEL2AkhC/wJIQv8B&#10;SEH/AUhB/wHFRAAAtUsAAKlQAACeVAAAlVQAAItTAACAUAAAdUoAAGpGAABhQggAXEERAFlCGwBX&#10;QiUAVUIuAFNCNQBRQj0AT0JDAE9DSwBOQ1IATURaAEtEYwBKRG4BSUV6AUdFiAFGRZgCRUapAkRG&#10;vQJDRtwCQ0b1AkNG/wJDRv8BQ0X/AUNF/wHBRwAAsk8AAKZUAACcVwAAklgAAIhYAAB+VQAAcU8A&#10;AGZKAABcRgUAV0YPAFRGGABRRiIAT0YrAE5GMwBMRzoAS0dBAEpHSQBJSFAASEhYAEdIYQBFSWwA&#10;REl4AUJJhgFBSZYBQEqnAj9KuwI+S9gCPkrzAj5K/wI+Sf8BP0n/AT9J/wG9SgAAr1IAAKNYAACZ&#10;WwAAkF0AAIZcAAB7WQAAbVMAAGJPAABXTAEAUUoNAE5KFQBMSx8ASksoAElLMABHSzgARkw/AEVM&#10;RgBETE4AQ01WAEJNXwBATWoAP012AT1OhAE8TpQBO06lATlPuQI5T9QCOU/yATlO/wE5Tv8BOU3/&#10;ATpN/wG6TgAArFYAAKFbAACXXwAAjWEAAINhAAB4XgAAaVgAAF9WAABUUgAATE8LAElPEgBHUBwA&#10;RVAlAENQLQBCUDUAQVE8AEBRRAA/UUwAPlJUADxSXQA7UmcAOlJzADhTggE3U5IBNVOkATRTtwEz&#10;VNEBM1PxATRT/wE0Uv8BNFL/ATRS/wG2UgAAqVoAAJ5gAACUZAAAi2YAAIBlAAB0YwAAZl4AAFxc&#10;AABRWAAAR1UHAEJVEABAVRgAP1YhAD1WKgA8VjIAO1Y5ADpXQQA5V0kAOFdRADdYWgA1WGUANFhx&#10;ADJYgAExWJABL1miAS5ZtQEtWc8BLVnvAS5Y/wEuV/8BLlf/AS5W/wGyVwAApV8AAJtlAACRaQAA&#10;h2oAAHxqAABxaAAAY2UAAFhiAABNXwAAQ10CADxbDQA6XBQAOFwdADdcJgA1XS4ANF02ADNdPgAy&#10;XUYAMV5OADBeVwAvXmIALV5uACxffQAqX44AKV+gAChfswEnX8wAJ1/tASde/wEnXf8BKF3/AShc&#10;/wGtXAAAomQAAJhqAACObgAAg28AAHlvAABubgAAYGsAAFRpAABJZwAAP2UAADVjCQAyYxEAMGMZ&#10;AC9kIQAuZCkALWQxACxkOQArZUIAKmVKAChlVAAnZV8AJmZrACRmegAjZosAImadACBmsQAfZskA&#10;H2brACBl/gAgZP8AIGP/ASFj/wGpYgAAnmoAAJVwAACKcwAAgHUAAHV1AABpdAAAXHIAAE9xAABE&#10;bwAAOm4AADBtAwApbA0AJ2wUACZsHAAlbSQAJG0sACNtNAAibT0AIW5GACBuUAAeblsAHW5nABxu&#10;dgAabocAGW+aABhvrgAWb8YAFm7pABdt/AAYbP8AGGv/ABhr/wCkaQAAmnEAAJB2AACGeQAAfHsA&#10;AHF7AABkewAAV3oAAEp5AAA/eAAANXgAACt3AAAidgcAHXYPABx3FgAbdx4AGncmABl3LgAYdzcA&#10;F3hAABV4SgAUeFYAE3hjABJ4cgAReIMAEHiXAA94qwAOeMMADnfmAA52+gAPdf8AEHX/ABB0/wCf&#10;cQAAlXgAAIt8AACCfwAAd4EAAGqCAABdggAAUIIAAESCAAA4ggAALoIAACSCAAAcggAAFIIJABGD&#10;EAAQgxYAEIMeAA6DJwAOgzAADYM5AA2DRAAMg1AAC4NdAAmDbAAIg34ABoORAAWCpQADgrsABIHb&#10;AASB8gAFgP8ABn//AAZ//wCaeQAAkH4AAIaDAAB9hQAAb4cAAGKJAABVigAASYsAAD2MAAAxjAAA&#10;JowAAB2NAAAVjgAAD48DAAqQDAAGkBEABI8YAAOPIAABjykAAI8yAACQPQAAkEkAAI9WAACPZQAA&#10;j3YAAI+KAACOnwAAjrQAAI3PAACM7gAAjPsAAIv/AACL/wCUgAAAi4UAAIKJAAB0jAAAZo8AAFmR&#10;AABMkwAAQJUAADSWAAAolgAAHpcAABWYAAAPmgAACpsAAAKcCQAAnA4AAJwTAACcGgAAnCIAAJ0r&#10;AACdNQAAnUAAAJ1OAACdXAAAnW4AAJyBAACclwAAnKwAAJvGAACa6AAAmfkAAJn/AACY/wCOiAAA&#10;howAAHiQAABqlAAAXJcAAE+aAABCnQAANp4AACmfAAAfoQAAFaIAAA6kAAAIpgAAAKgAAACpBAAA&#10;qQoAAKkOAACpEwAAqhoAAKoiAACrKwAArDYAAKxEAACsUwAArGMAAKx3AACrjgAAq6QAAKu8AACq&#10;3gAAqfQAAKn9AACp/wCJjgAAe5MAAG2XAABfnAAAUaAAAESkAAA2pgAAKqgAAB6pAAAUqwAADa4A&#10;AAawAAAAsgAAALUAAAC1AAAAtQMAALYJAAC3DgAAuBIAALgZAAC6IQAAuysAALw4AAC9RwAAvVgA&#10;AL1rAAC9gQAAvZkAAL2wAAC9zAAAvOoAALz3AAC7/gB+lQAAcJsAAGKgAABTpQAARqoAADitAAAq&#10;rwAAHrEAABO0AAAMtwAAA7kAAAC8AAAAvwAAAMIAAADCAAAAwwAAAMQAAADGBgAAxwwAAMgQAADK&#10;FgAAzCAAAM8rAADQOgAA0UsAANFeAADScwAA0osAANKkAADTuwAA09gAANPtAADT9gBznQAAZKMA&#10;AFapAABHrwAAObMAACq2AAAduQAAErwAAAq/AAAAwwAAAMYAAADJAAAAzQAAAM8AAADQAAAA0gAA&#10;ANQAAADWAAAA2QIAANsIAADeDgAA4RMAAOQdAADoKgAA6DwAAOlPAADpZAAA6nwAAOuVAADrrAAA&#10;68IAAOzVAADs5QBmpgAAWKwAAEmzAAA7uQAAK7wAAB3AAAARxAAACcgAAADMAAAAzwAAANMAAADZ&#10;AAAA3QAAAOAAAADhAAAA4wAAAOUAAADnAAAA6gAAAOwAAADuBAAA8QsAAPUSAAD4HAAA+ysAAP0+&#10;AAD+UwAA/moAAP+DAAD/mwAA/64AAP++AAD/ygD/ABIA/wAQAP8AEQD/ABMA/wAZAP8AJgD/ADQA&#10;/wBBAP8ATQD/AFgA/wBiAP8AawD/AHMA/wB6AP8AgQD/AIcA/wCNAP8AkwD/AJkA/wCgAP8ApwD+&#10;AK8A/AC6APoAyQD5AOEA+ADzAPcA/wD2AP8A9QD/APEA/wDpAP8A5AD/AOEA/wD/AA8A/wANAP8A&#10;DQD/AA4A/wAUAP8AIQD/AC4A/wA8AP8ASAD/AFMA/wBdAP8AZgD+AG0A/AB1APsAewD5AIIA+ACI&#10;APcAjgD2AJQA9ACbAPMAogDxAKoA7wC0AO0AwQDrANUA6gDsAOgA/ADnAP8A5QD/AOYA/wDgAP8A&#10;2QD/ANQA/wD/AAsA/wAIAP8ABgD/AAkA/wAQAP8AHAD/ACkA/wA2AP8AQgD7AE4A9wBXAPQAYADy&#10;AGgA7wBvAO0AdgDsAHwA6gCCAOgAiADnAI4A5QCVAOMAnADhAKQA3wCuAN0AuQDaAMoA1wDkANQA&#10;9gDRAP8A0AD/ANAA/wDPAP8AywD/AMcA/wD/AAMA/wAAAP8AAAD/AAQA/wANAPoAFgD2ACMA8wAw&#10;APAAPADtAEcA6QBRAOUAWgDiAGIA3wBpAN0AbwDaAHYA2AB8ANQAggDSAIgA0ACPAM0AlgDLAJ4A&#10;yQCoAMcAswDFAMEAwgDYAMAA7wC/AP4AvgD/AL0A/wC8AP8AvAD/ALwA/wD/AgAA/wAAAP8AAAD/&#10;AAAA9AAHAO0AEQDoABwA4wApAN8ANQDbAEEA1gBLANEAVADNAFwAygBjAMgAaQDGAG8AwwB1AMEA&#10;ewC/AIIAvgCIALwAkAC6AJgAuACiALUArACzALkAsQDLAK8A5wCuAPgArAD/AKsA/wCsAP8ArAD/&#10;AKsA/wD/BAAA/wAAAPYAAADuAAAA5wAAAN8ADADWABUAzwAiAMoALgDHADoAwwBEAMAATQC8AFUA&#10;uQBcALcAYwC1AGkAswBvALEAdQCvAHsArQCCAKsAigCpAJIApwCcAKUApgCjALMAoQDDAJ8A3gCe&#10;APIAnQD/AJwA/wCcAP8AmwD/AJsA/wD/BwAA9gkAAOkLAADfCgAA1QQAAM4ABQDGABAAwAAaALsA&#10;JwC3ADIAswA9ALAARgCtAE8AqgBWAKgAXACmAGMApABoAKIAbwChAHUAnwB8AJ0AhACbAI0AmQCX&#10;AJcAogCVAK4AkwC9AJEA0wCQAO0AjwD8AI4A/wCNAf8AjQH/AI0B/wD5DgAA6hIAANwVAADNFQAA&#10;xBEAAL4MAAC6AgoAtAASAK4AHgCqACoApgA1AKIAPwCgAEgAnQFQAJsCVgCZAlwAlwNjAJUDaQCT&#10;A28AkQR2AJAEfwCOBYgAjAWSAIoGngCIBqoAhge6AIUIzwCECusAggv8AIEM/wCADP8AgAz/AIAM&#10;/wDxFQAA4B0AAM0gAADBIQAAuB0AALEXAACsEAAAqAkNAKIHFgCdCSMAmQouAJULOACTDEEAkAxJ&#10;AI4NUACMDVcAig1dAIgNYwCHDWoAhQ5xAIMOegCCDoQAgA6PAH4PmwB8D6gAexC4AHoQzgB4EewA&#10;dhL/AHUS/wB0E/8AdBP/AHQT/wDoHgAA0yYAAMMqAAC4KgAArigAAKcjAACgHAAAmxMDAJYPEACQ&#10;EBsAjBEnAIkSMgCGEzsAhBNDAIIUSwCAFFEAfhRXAHwUXgB7FWUAeRVsAHcVdAB2Fn4AdBaKAHIX&#10;lgBxF6QAbxi0AG4YyQBtGegAaxr8AGob/wBqG/8Aahv/AGob/wDgJgAAyi0AALwxAACwMwAApzEA&#10;AJ8sAACXJgAAkB8AAIoXDACFGBYAgRkiAH4aLAB7GzYAeRs+AHccRQB1HEwAcxxTAHEdWQBwHWAA&#10;bh1nAG0ecABrHnoAah6FAGgfkgBnH6AAZSCwAGQhxQBjIeQAYiL6AGEi/wBhIv8AYSL/AGEi/wDX&#10;LAAAwzQAALY4AACqOQAAoTgAAJg1AACQLwAAiCgAAIAhCAB7IBIAdyEdAHQiJwBxIjEAbyM5AG0j&#10;QQBrI0gAaSNOAGgkVQBmJFsAZSRjAGMlawBiJXUAYSWBAF8mjgBeJp0AXSetAFsowQBbKOAAWin3&#10;AFkp/wBZKf8AWSn/AFko/wDPMgAAvjkAALE9AACmPwAAnD8AAJM8AACKNgAAgTAAAHkqAwByJg8A&#10;bicZAGsoIwBpKCwAZik1AGUpPABjKUMAYSpKAGAqUQBeKlcAXSpfAFwraABaK3IAWSx9AFgsiwBW&#10;LZoAVS2qAFQuvQBTLtwAUi/1AFIv/wBSLv8AUi7/AFIu/wDKNgAAuj0AAK1CAACiRAAAmEQAAI9B&#10;AACFPAAAezcAAHIxAABrLAwAZy0VAGQtHwBhLigAXy4xAF0uOQBcL0AAWi9GAFgvTQBXL1QAVjBc&#10;AFUwZABTMW4AUjF6AFExiABQMpcATjKoAE0zuwBNNNgATDTzAEw0/wBMNP8ATDP/AEwz/wDGOgAA&#10;tkIAAKlGAACeSQAAlUkAAItHAACBQgAAdz0AAG03AABkMgkAYDISAF0yHABaMiUAWDMtAFYzNQBV&#10;MzwAUzRDAFI0SgBRNFEAUDRZAE81YQBNNWwATDZ3AEs2hQBKN5UASDemAEc4uAFHONMBRjjxAUY4&#10;/wFGOP8ARjj/AEY3/wDBPgAAskUAAKZKAACcTQAAkk0AAIhLAAB+RwAAc0IAAGk9AABfNwYAWjYQ&#10;AFc3GABUNyIAUjcqAFA3MgBPODkATThAAEw4RwBLOE4ASjlWAEk5XwBIOmkARzp1AEU7gwBEO5MA&#10;QzykAUI8tgFBPdABQT3wAUE9/wFBPP8BQTz/AUE8/wC+QgAAr0kAAKNOAACZUAAAj1EAAIVQAAB7&#10;TAAAb0YAAGVCAABaPQIAVDsOAFE7FQBPOx8ATTsnAEs7LwBJPDYARzw9AEc8RABGPUsART1UAEQ+&#10;XABDPmcAQj9zAEA/gQA/P5EAPkCiAD1AtQE8Qc4BPEHuATxB/wE8QP8BPED/AT0//wG6RQAArEwA&#10;AKFRAACXVAAAjVUAAINUAAB4UQAAbEsAAGFHAABWQgAAT0AMAEw/EwBJQBwAR0AkAEZALABEQDMA&#10;Q0A6AEJBQgBBQUkAQEJRAD9CWgA+Q2UAPUNxADtDfwA6RI8AOUSgADhFswE3RcsBN0XsATdF/wE3&#10;RP8BOET/AThD/wC3SQAAqVAAAJ5VAACUWAAAi1kAAIBYAAB2VgAAaFAAAF1MAABTSAAASkUJAEZE&#10;EQBERBkAQkQiAEFFKQA/RTEAPkU4AD1FPwA8RkcAO0ZPADpHWAA5R2IAOEhuADZIfAA1SI0ANEme&#10;ADNJsQAySckAMUnrADJJ/gAySP8AMkj/ADNI/wC0TAAAp1QAAJxZAACSXAAAiF0AAH5dAABzWgAA&#10;ZVUAAFtSAABQTgAARkoFAEBJDgA+SRYAPUkeADtKJgA6Si4AOUo1ADhLPQA3S0QANktNADRMVgAz&#10;TGAAMkxsADFNegAwTYsALk2cAC1OrwAsTscALE7pACxN/QAtTf8ALUz/AC1M/wCwUAAApFgAAJld&#10;AACPYQAAhmIAAHthAABwXwAAYlsAAFhYAABOVQAAQ1EBADtPDAA4TxMANk8bADVPIwA0UCsAM1Ay&#10;ADJQOgAxUEIAMFFKAC5RUwAtUl0ALFJpACtSeAApUogAKFOaACdTrQAmU8UAJlPnACZT/AAnUv8A&#10;J1H/ACdR/wCsVQAAoFwAAJZiAACNZgAAg2cAAHhmAABtZQAAYGEAAFVeAABKWwAAP1gAADVWCAAx&#10;VRAAMFYXAC5WHwAtVicALFYvACtXNgAqVz4AKVdHAChXUAAmWFoAJVhnACRYdQAjWYYAIVmYACBZ&#10;qwAfWcIAH1nlAB9Y+gAgWP8AIFf/ACFX/wCoWgAAnWIAAJNnAACKawAAf2wAAHVsAABqawAAXWgA&#10;AFFlAABGYwAAO2AAADFeAwAqXQ0AKF0TACZdGwAlXiMAJF4qACNeMgAiXjoAIV5DACBfTAAfX1cA&#10;Hl9jABxgcQAbYIIAGWCVABhgqQAXYMAAFmDiABdf+QAYXv8AGV7/ABld/wCkYAAAmWgAAJBuAACG&#10;cAAAfHIAAHJyAABmcQAAWG4AAExsAABBawAANmkAAC1nAAAjZggAH2YPAB1mFQAcZh0AG2YlABpm&#10;LQAZZzUAGGc+ABdnSAAWZ1MAFWhfABNobgASaH8AEWiSABBopgAPaL0ADmjgABBn9wAQZv8AEWX/&#10;ABFl/wCfZwAAlm8AAIxzAACCdgAAeHgAAG14AABgdwAAU3YAAEZ0AAA7cwAAMXIAACdxAAAecQAA&#10;FnAKABNwEAATcBcAEnAfABFxJwAQcS8AEHE4AA5xQgAOcU4ADXFbAAxxaQALcXoACnGNAAhxoQAG&#10;cbYABnDSAAdw7wAIb/8ACW7/AAlu/wCbbwAAkXUAAId5AAB+fAAAdH4AAGZ+AABZfgAATX4AAEB9&#10;AAA1fQAAKnwAACF8AAAYfAAAEXwEAAx8DAAKfBEACXwZAAh8IQAHfCkABnwyAAR8PQADfEgAAXxV&#10;AAB8YwAAfHQAAHyHAAB7nAAAe7EAAHrLAAB56wAAefoAAHn/AAB4/wCWdwAAjHwAAIOAAAB5gwAA&#10;bIQAAF6FAABRhgAARYcAADmHAAAthwAAI4cAABqHAAAShwAADYgBAAaJCgABiQ8AAIkUAACIGwAA&#10;iCMAAIksAACJNgAAiUIAAIhOAACIXQAAiG0AAIiBAACHlQAAh6sAAIbEAACF5gAAhPgAAIT/AACE&#10;/wCQfgAAh4MAAH6HAABxiQAAY4sAAFaNAABJjwAAPJEAADCRAAAkkQAAGpIAABKTAAANlAAABpUA&#10;AACWBgAAlgwAAJUQAACWFQAAlh0AAJYkAACWLgAAljkAAJZGAACWVQAAlmUAAJZ4AACVjgAAlaQA&#10;AJS8AACT3wAAk/UAAJL/AACS/wCLhgAAg4oAAHWNAABnkAAAWZQAAEyXAAA/mQAAMpoAACabAAAb&#10;nAAAEp0AAAyfAAAEoAAAAKIAAACjAQAAowcAAKMMAACjEAAApBUAAKQcAAClJQAApi8AAKY8AACm&#10;SwAAplsAAKZuAAClhAAApZsAAKSzAACj0AAAo+8AAKL8AACi/wCGjQAAeJEAAGqVAABcmQAATp0A&#10;AEGgAAAzogAAJqMAABulAAARpwAACqkAAAGrAAAArQAAAK8AAACwAAAAsAAAALAFAACxCwAAsg8A&#10;ALMUAAC0GwAAtSQAALcwAAC3PwAAt1AAALdiAAC3eAAAt5AAALapAAC2wgAAtuQAALb1AAC1/gB7&#10;kwAAbZgAAF+dAABQogAAQqYAADSpAAAmqwAAGq0AABCvAAAJsgAAALQAAAC3AAAAugAAALwAAAC9&#10;AAAAvgAAAL4AAADAAgAAwQgAAMINAADEEgAAxhkAAMkkAADKMgAAy0MAAMtVAADMagAAzIMAAMyc&#10;AADLtQAAzM4AAMzpAADM9gBwmwAAYaEAAFKmAABEqwAANrAAACeyAAAatQAAELgAAAe7AAAAvgAA&#10;AMEAAADEAAAAyAAAAMsAAADLAAAAzQAAAM4AAADQAAAA0gAAANUDAADYCgAA2xAAAN4YAADiJAAA&#10;4zUAAORIAADlXAAA5nMAAOaNAADmpQAA5rwAAObTAADn5wBjpAAAVaoAAEawAAA4tQAAKLkAABq8&#10;AAAPwAAABcQAAADHAAAAywAAAM8AAADUAAAA2AAAANwAAADdAAAA3wAAAOEAAADjAAAA5QAAAOgA&#10;AADqAAAA7QYAAPEOAAD1FgAA+CUAAPk4AAD5TQAA+mMAAPt8AAD8lQAA/KoAAPy7AAD9ywD/AA8A&#10;/wAOAP8ADgD/ABAA/wAWAP8AIwD/ADAA/wA9AP8ASQD/AFQA/wBeAP8AZgD/AG4A/wB2AP8AfAD/&#10;AIIA/wCJAP8AjwD/AJUA/gCbAP0AowD7AKsA+gC1APkAwwD3ANsA9gDwAPQA/wDzAP8A8gD/AOwA&#10;/wDiAP8A3AD/ANYA/wD/AAwA/wAJAP8ACAD/AAoA/wASAP8AHgD/ACsA/wA4AP8ARAD/AE8A/wBZ&#10;AP4AYQD8AGkA+gBwAPgAdwD3AH0A9gCDAPQAiQDyAI8A8QCWAO8AnQDtAKUA7ACvAOoAvADoAM0A&#10;5gDoAOQA+gDjAP8A4gD/AOAA/wDVAP8AzgD/AMsA/wD/AAYA/wABAP8AAAD/AAQA/wAOAP8AGQD/&#10;ACUA/QAyAPsAPgD3AEkA8wBTAPAAXADuAGMA7ABqAOoAcQDoAHcA5gB9AOQAgwDiAIkA4ACQAN4A&#10;lwDcAJ8A2QCpANYAtADTAMQA0ADeAM4A8wDMAP8AywD/AMoA/wDIAP8AwgD/AL4A/wD/AAAA/wAA&#10;AP8AAAD/AAAA+wALAPYAEwDxACAA7QAsAOoAOADnAEMA4wBNAOAAVgDcAF0A2QBkANUAawDSAHEA&#10;0AB2AM4AfADMAIMAygCJAMgAkQDGAJkAxACjAMEArQC/ALsAvQDPALsA6wC5APwAtwD/ALcA/wC2&#10;AP8AtAD/ALEA/wD/AAAA/wAAAP8AAAD2AAAA7gAFAOcADwDhABkA2wAlANUAMQDSADwAzgBGAMoA&#10;TwDHAFcAxABeAMEAZAC/AGoAvQBwALsAdgC5AHwAuACDALYAigCzAJMAsQCcAK8ApwCtALMAqwDF&#10;AKkA4QCnAPUApgD/AKUA/wCkAP8ApAD/AKQA/wD/AAAA/AAAAPEAAADoAAAA4AAAANQACwDMABMA&#10;xwAfAMIAKgC/ADUAvAA/ALgASAC1AFAAswBXALAAXgCuAGQArABpAKsAbwCpAHUApwB8AKUAhACj&#10;AIwAoQCWAJ8AoQCdAK0AmgC8AJgA0gCXAO4AlQD+AJQA/wCVAP8AlQD/AJUA/wD8AQAA8AUAAOMH&#10;AADVBQAAzAAAAMUABAC+AA4AuAAXALMAIwCvAC4AqwA4AKkAQQCmAEoAowBRAKEAVwCfAF0AnQBj&#10;AJsAaQCaAG8AmAB2AJYAfQCUAIYAkgCQAJAAmwCOAKcAjAC2AIoAyQCIAOcAhwD5AIcA/wCGAP8A&#10;hgD/AIYA/wD0DAAA5BAAANESAADFEQAAvQ4AALYIAACxAAgAqwARAKYAGwChACYAngAxAJoAOgCY&#10;AEMAlQBKAJMAUQCRAFcAjwBdAI4AYwCMAGkAigBwAIgAdwCGAIAAhACLAIIAlgCAAKMAfgCxAH0A&#10;xAB7AuEAegP1AHoF/wB5Bf8AeAb/AHgG/wDqEwAA1hoAAMYdAAC6HAAAsRkAAKoTAACkDQAAnwUM&#10;AJkAFACVAB8AkQIpAI0DMwCLBDwAiAVEAIYGSwCEBlEAggdXAIEHXQB/B2MAfQhqAHsIcgB6CHwA&#10;eAmGAHYJkgB0CqAAcwqvAHELwQBwDN8Abw32AG4O/wBtDv8AbQ7/AG0O/wDhHAAAyyMAALwmAACx&#10;JgAAqCQAAKAeAACZGAAAkxACAI4LDgCICxcAhAwiAIENLAB+DTUAfA49AHoORQB4DksAdw5RAHUP&#10;WABzD14AcRBlAHAQbgBuEHcAbBCCAGsQjwBpEZ0AaBGtAGYSwABlEt8AZBP2AGMU/wBjFP8AYhT/&#10;AGIU/wDWJAAAwyoAALUuAACqLwAAoC0AAJgoAACQIgAAiRsAAIITCAB9ERIAeRIcAHYTJwBzFDAA&#10;cRQ4AG8VPwBtFUYAbBVMAGoWUwBoFlkAZxZhAGUWaQBkF3IAYhd+AGEYiwBfGJkAXhmpAFwZvABc&#10;GtgAWhvzAFoc/wBZHP8AWRz/AFkc/wDNKgAAvTEAAK81AACkNgAAmzQAAJIxAACJKwAAgSUAAHkd&#10;AwBzGA4AbxkYAGwaIgBpGysAZxszAGUcOwBkHEEAYh1IAGAdTgBfHVUAXR1cAFweZABbHm4AWR95&#10;AFgfhwBWIJYAVSCmAFQhuABTIdIAUiLxAFIj/wBSI/8AUiL/AFIi/wDILwAAuDYAAKs6AACgPAAA&#10;ljsAAI04AACDMgAAei0AAHImAABqIAwAZiATAGMhHQBhISYAXyIvAF0iNgBbIj0AWiNEAFgjSgBX&#10;I1EAVSNYAFQkYQBTJGoAUSV2AFAlgwBPJpMATiejAEwntQBMKM4ASyjuAEsp/wBLKP8ASyj/AEso&#10;/wDDNAAAszsAAKc/AACcQQAAkkAAAIk+AAB/OQAAdTMAAGwtAABjJwgAXiYRAFwmGQBZJyIAVycr&#10;AFUoMgBUKDkAUihAAFEoRgBQKU0ATilVAE0pXQBMKmcASypzAEkrgABIK5AARyyhAEYtswBFLcsA&#10;RS7sAEQu/wBELv8ARS3/AEUt/wC+OAAAsD8AAKRDAACZRQAAj0UAAIVDAAB7PgAAcTkAAGc0AABe&#10;LgQAWCsOAFUrFgBSLB8AUCwnAE8sLwBNLTYATC08AEotQwBJLUoASC5SAEcuWgBGL2QARS9wAEMw&#10;fgBCMI0AQTGeAEAysQA/MsgAPzPqAD8z/gA/Mv8APzL/AD8y/wC7PAAArUMAAKFHAACWSQAAjEkA&#10;AINIAAB4RAAAbT4AAGM5AABaNAAAUjAMAE8wEwBMMBwASjAkAEkxKwBHMTIARjE5AEQxQABDMkcA&#10;QjJPAEEzWABAM2IAPzRtAD40ewA9NYsAPDacADs2rwA6N8YAOTfoADk3/AA6N/8AOjb/ADo2/wC3&#10;QAAAqkYAAJ5LAACUTQAAik4AAIBMAAB1SAAAakMAAGA+AABWOQAATTUJAEk0EQBHNRkARTUhAEM1&#10;KABBNS8AQDU2AD82PQA+NkUAPTdNADw3VQA7OGAAOjhrADk5eQA4OYkANzqbADU6rQA1O8QANDvm&#10;ADQ7+wA1O/8ANTr/ADU6/wC0QwAAp0oAAJxOAACSUQAAiFIAAH5QAABzTQAAZ0gAAFxEAABSPwAA&#10;SDoGAEQ5DwBBORYAPzkeAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc8UwA2PF0ANT1pADQ9dwAz&#10;PocAMT6ZADA/qwAvP8IALz/kAC8/+gAwP/8AMD7/ADA+/wCxRwAApE0AAJlSAACPVQAAhlYAAHxV&#10;AABxUgAAZEwAAFlJAABPRQAARUADAD8+DQA8PhMAOj4bADk+IwA3PioANj8xADU/OAA0P0AAM0BI&#10;ADJAUQAxQVsAMEFnAC5CdQAtQoUALEOXACtDqgAqQ8AAKUTiACpD+QAqQ/8AK0L/ACtC/wCuSgAA&#10;oVEAAJdWAACNWQAAg1oAAHlaAABuVwAAYVIAAFdOAABNSwAAQ0cAADpDCgA2QxEANEMYADNDIAAy&#10;RCcAMUQvADBENgAvRT0ALUVGACxFTwArRlkAKkZkAClHcgAoR4MAJkeVACVIqAAkSL4AI0jgACRI&#10;9wAlR/8AJUf/ACZH/wCqTwAAn1UAAJRaAACLXgAAgV8AAHdeAABrXAAAX1gAAFVVAABLUQAAQE0A&#10;ADVKBwAwSQ4ALkkVAC1JHQAsSSQAK0orACpKMwAoSjsAJ0tDACZLTAAlS1YAJExiACNMcAAhTIAA&#10;IE2TAB9NpgAeTbsAHU7dAB5N9gAeTP8AH0z/ACBL/wCnUwAAnFoAAJJfAACIYwAAfmQAAHRjAABp&#10;YQAAXF4AAFJbAABHWAAAPFUAADJSAgAqUAwAJ08SACZQGQAlUCAAJFAoACNQLwAiUTcAIVFAACBR&#10;SQAeUlMAHVJfABxSbQAaU30AGVOQABhTpAAWU7kAFVPZABZT9AAXUv8AGFH/ABlR/wCjWQAAmGAA&#10;AI9lAACFaAAAe2kAAHFpAABmZwAAWWQAAE1hAABCXwAAOFwAAC5aAAAlWAgAIFcOAB5XFAAdVxwA&#10;HFgjABtYKwAaWDMAGVg8ABhYRQAWWVAAFVlbABRZaQATWnoAElqNABFaoQAQWrcADlrVABBZ8wAQ&#10;Wf8AEVj/ABFY/wCfXwAAlWYAAIxrAACCbQAAeG4AAG5vAABibQAAVWoAAEhoAAA+ZgAAM2UAAClj&#10;AAAgYQEAGGALABVgEAAUYBcAE2AeABJgJgASYC4AEWE3ABBhQAAPYUsADmFYAA1hZgAMYnYAC2KJ&#10;AAphnQAJYbIACGHLAAhh6wAJYP0ACl//AAtf/wCbZgAAkm0AAIhxAAB+cwAAdXUAAGp0AABccwAA&#10;T3IAAENwAAA4bwAALW4AACRsAAAbawAAE2sEAA5qDAANahIADGoZAAtqIQAKaikACWoyAAhqPAAH&#10;a0cABWtTAARrYQACa3EAAGqEAABqmAAAaq0AAGnGAABp5wAAafgAAGj/AABo/wCXbQAAjXMAAIR3&#10;AAB7egAAcHsAAGN7AABWegAASXoAAD15AAAxeAAAJ3cAAB12AAAVdgAAD3YCAAl2CgAEdg8AAHYV&#10;AAB2HAAAdiQAAHUsAAB1NgAAdUEAAHVOAAB1XAAAdWwAAHV+AAB0kwAAdKgAAHPAAABz4wAAcvcA&#10;AHL/AABx/wCSdQAAiXoAAIB+AAB2gAAAaYEAAFuCAABOggAAQYIAADWDAAApggAAH4EAABaBAAAQ&#10;ggAACoIAAAKDBwAAgg0AAIIRAACCFwAAgh4AAIImAACCLwAAgjsAAIJHAACCVQAAgWUAAIF4AACB&#10;jQAAgKIAAH+6AAB/3QAAfvQAAH3/AAB9/wCNfAAAhIEAAHuEAABuhgAAYIgAAFKKAABFiwAAOYwA&#10;ACyMAAAhjAAAF4wAABCNAAAJjgAAAo8AAACQAwAAjwkAAI8OAACPEgAAkBgAAJAfAACQKAAAkDIA&#10;AJA/AACQTQAAkF0AAI9wAACPhQAAjpwAAI6zAACN0AAAjPAAAIv+AACL/wCIhAAAgIgAAHKLAABk&#10;jQAAVpAAAEiTAAA7lQAALpYAACKWAAAXlwAAD5gAAAiZAAAAmwAAAJ0AAACdAAAAnQMAAJ0JAACd&#10;DQAAnhEAAJ4XAACfHwAAnykAAKA1AACgQwAAoFQAAKBmAACfewAAnpMAAJ6rAACdxgAAnekAAJz5&#10;AACc/wCDiwAAdY4AAGeSAABZlgAAS5kAAD2cAAAwngAAI58AABegAAAOogAAB6QAAACmAAAAqAAA&#10;AKoAAACqAAAAqgAAAKsBAACrBwAArAwAAK0QAACuFgAArx4AALEpAACxOAAAsUgAALFaAACxbwAA&#10;sYgAALGgAACwugAAr90AAK/yAACv/QB4kQAAapYAAFyaAABNnwAAP6MAADGmAAAjpwAAF6kAAA6r&#10;AAAFrgAAALAAAACyAAAAtQAAALcAAAC3AAAAuAAAALkAAAC6AAAAvAMAAL0JAAC+DgAAwBQAAMMe&#10;AADFKwAAxTwAAMZOAADGYgAAxnoAAMaUAADGrQAAxsgAAMXlAADF8wBsmQAAXp4AAE+kAABBqAAA&#10;MqwAACSvAAAWsQAADbQAAAO3AAAAugAAAL0AAADAAAAAxAAAAMYAAADGAAAAyAAAAMkAAADLAAAA&#10;zAAAAM4AAADQBgAA0w0AANgTAADcHgAA3i0AAN9AAADgVAAA4WsAAOGFAADhnwAA4bcAAOHPAADh&#10;5gBgoQAAUqcAAEOtAAA0sgAAJbUAABe5AAANvAAAAb8AAADDAAAAxwAAAMoAAADPAAAA0wAAANYA&#10;AADXAAAA2gAAANwAAADfAAAA4QAAAOMAAADmAAAA6QEAAOwLAADwEgAA8x8AAPQxAAD2RgAA91wA&#10;APh0AAD4jwAA+aYAAPm4AAD4yQD/AA0A/wALAP8ACwD/AA4A/wATAP8AHwD/ACwA/wA5AP8ARQD/&#10;AFAA/wBZAP8AYgD/AGoA/wBxAP8AdwD/AH4A/wCEAP4AigD9AJAA/ACXAPoAngD5AKcA9wCxAPYA&#10;vgD1ANIA8wDsAPEA/gDwAP8A8AD/AOYA/wDcAP8A0gD/AM0A/wD/AAcA/wAEAP8AAgD/AAYA/wAQ&#10;AP8AGwD/ACcA/wAzAP8APwD/AEoA/gBUAPsAXQD5AGQA9wBrAPUAcgDzAHgA8gB+APAAhADvAIoA&#10;7QCRAOwAmQDqAKEA6ACrAOYAtgDkAMcA4gDjAOAA9wDeAP8A3QD/ANkA/wDMAP8AxQD/AMEA/wD/&#10;AAAA/wAAAP8AAAD/AAEA/wANAP8AFgD8ACIA+QAuAPYAOQDzAEUA7wBOAOwAVwDpAF4A5gBlAOQA&#10;bADiAHIA4AB3AN8AfgDdAIQA2wCLANgAkgDVAJsA0gCkAM8ArwDNAL4AywDVAMkA7wDHAP8AxQD/&#10;AMQA/wC+AP8AuAD/ALUA/wD/AAAA/wAAAP8AAAD+AAAA9wAJAPEAEQDrABwA5wAoAOQAMwDhAD4A&#10;3QBIANgAUQDTAFgA0ABfAM4AZQDMAGsAygBxAMgAdwDGAH0AxACEAMIAjADAAJQAvgCeALsAqAC5&#10;ALYAtwDIALUA5gCzAPoAsQD/ALAA/wCwAP8ArAD/AKkA/wD/AAAA/wAAAPoAAADxAAAA6AADAOAA&#10;DQDYABYA0QAiAM0ALQDKADcAxgBBAMIASgC/AFIAvQBZALoAXwC4AGUAtwBqALUAcACzAHYAsQB9&#10;AK8AhQCtAI0AqwCXAKkAoQCnAK4ApQC+AKIA2ACgAPIAnwD/AJ4A/wCeAP8AngD/AJwA/wD/AAAA&#10;9wAAAOsAAADhAAAA1gAAAMsACQDFABEAvwAbALsAJgC3ADEAtAA6ALEAQwCuAEsAqwBSAKkAWACn&#10;AF4ApgBkAKQAaQCiAHAAoAB2AJ4AfgCcAIYAmgCQAJgAmwCWAKcAlAC2AJIAygCQAOkAjwD8AI4A&#10;/wCNAP8AjAD/AI0A/wD4AAAA6QIAANsDAADMAQAAxAAAAL0AAgC2AA0AsAAVAKsAIACnACoApAA0&#10;AKEAPACeAEQAnABLAJoAUgCYAFgAlgBdAJUAYwCTAGkAkQBwAI8AdwCNAIAAiwCKAIkAlQCHAKEA&#10;hQCvAIMAwQCBAOAAgAD1AH8A/wB/AP8AfwD/AH8A/wDuCgAA3A4AAMoQAAC+DgAAtQsAAK8DAACp&#10;AAcAowAQAJ4AGACZACMAlgAsAJMANQCQAD4AjgBFAIwASwCKAFEAiABXAIYAXQCFAGMAgwBqAIEA&#10;cQB/AHoAfQCEAHsAjwB5AJwAdwCqAHUAuwB0ANQAcgDwAHIA/wByAP8AcQD/AHEA/wDjEQAAzRcA&#10;AL8ZAACzGQAAqhUAAKMQAACdCgAAlwEKAJEAEgCNABsAiQAlAIUALwCDADcAgAA+AH4ARQB9AEsA&#10;ewBRAHkAVwB4AF0AdgBkAHQBawByAXQAcAJ/AG4CiwBsA5gAawOmAGkEtwBoBc4AZwfsAGYI/QBm&#10;Cf8AZQn/AGUJ/wDWGgAAxCAAALYjAACrIwAAoSAAAJkbAACSFAAAjA4BAIYHDQCABBQAfAYeAHkH&#10;KAB2CDAAdAg4AHIJPwBwCUUAbwpMAG0KUgBsClgAagtfAGgLZwBnC3AAZQx6AGMMhwBiDJUAYA2k&#10;AF8NtgBeDc4AXA7tAFwP/wBbEP8AWxD/AFsQ/wDNIQAAvCgAAK8rAACkKwAAmikAAJIkAACJHwAA&#10;ghgAAHsRBQB1DQ8AcQ0XAG4OIQBrDioAaQ8yAGcQOQBlEEAAZBBGAGMQTQBhEFMAXxFaAF4RYgBc&#10;EWsAWxF2AFkSgwBYEpIAVhOiAFUTtABUE8sAUxTsAFIV/wBSFv8AUhX/AFIV/wDGKAAAti4AAKky&#10;AACfMgAAlTEAAIwtAACDJwAAeiEAAHIaAABrEwsAZxMTAGQUHABhFCUAXxUtAF0VNABcFTsAWxZC&#10;AFkWSABYFk8AVhdWAFUXXgBTF2cAUhhyAFAYfwBPGY4AThqfAEwasABLG8cASxvpAEoc/QBKHP8A&#10;Shz/AEoc/wDBLQAAsTQAAKU3AACaOAAAkDcAAIc0AAB9LwAAdCkAAGwjAABkHAcAXhkQAFsaGABZ&#10;GyEAVxspAFUbMABUHDcAUhw9AFEcRABPHUsATh1SAE0dWgBLHmMASh5uAEkffABHH4sARiCcAEUh&#10;rgBEIcQAQyLmAEMi/ABDIv8AQyL/AEMi/wC8MgAArTgAAKE8AACXPgAAjT0AAIM6AAB5NQAAbzAA&#10;AGYqAABeJAIAVyANAFQgFABRIB0ATyElAE4hLABMITMASyI6AEkiQABIIkcARyJOAEYjVwBEI2AA&#10;QyRrAEIkeQBBJYgAPyaZAD4mqwA9J8EAPSfjAD0o+gA9KP8APSf/AD0n/wC4NgAAqj0AAJ5AAACU&#10;QgAAikIAAIA/AAB2OwAAbDYAAGIwAABZKgAAUSULAE0lEQBLJRkASSUhAEcmKABFJi8ARCY2AEMm&#10;PQBCJ0QAQSdLAD8oVAA+KF0APSlpADwpdgA7KoYAOSuXADgrqQA3LL8ANyzgADcs+AA3LP8ANyz/&#10;ADgs/wC1OgAAp0AAAJxEAACRRgAAh0YAAH1EAABzQAAAaDsAAF82AABVMQAATCsHAEcpDwBFKhYA&#10;QyoeAEEqJQA/KiwAPiszAD0rOQA8K0EAOyxIADosUQA5LVsAOC5mADYucwA1L4MANC+VADMwpwAy&#10;ML0AMTHeADEx9wAyMf8AMjD/ADMw/wCxPgAApEQAAJlIAACPSgAAhUoAAHtJAABwRQAAZUAAAFs7&#10;AABSNgAASDEEAEIuDQA/LhMAPS4bADsuIgA5LykAOC8vADcvNgA2MD4ANTBGADQxTwAzMVkAMjJk&#10;ADEycQAwM4EALzSTAC40pgAsNbsALDXbACw19QAtNf8ALTT/AC40/wCuQQAAokgAAJdMAACNTgAA&#10;g04AAHlNAABuSgAAYkUAAFhAAABOPAAARTcAAD0zCwA5MxEANzMYADYzHwA0MyYAMzMtADI0NAAx&#10;NDwAMDVEAC81TAAuNlYALTZiACw3bwArN38AKjiRACg4pAAnObkAJjnYACc59AAoOf8AKDj/ACk4&#10;/wCrRQAAn0sAAJRPAACLUgAAgVMAAHdSAABsTwAAX0kAAFZGAABMQgAAQj0AADg4CAA0OA8AMjgV&#10;ADE4HQAvOCQALjgrAC05MgAsOTkAKzpBACo6SgApO1QAKDtfACc8bQAlPH0AJD2PACM9ogAiPbcA&#10;IT7UACE+8wAiPf8AIz3/ACM8/wCoSQAAnU8AAJJTAACJVgAAf1cAAHVWAABqUwAAXU8AAFNMAABK&#10;SAAAQEQAADZABQAvPQ0ALT0TACs9GgAqPiEAKT4oACg+LwAnPjcAJj8/ACQ/SAAjQFIAIkBdACFB&#10;agAgQXoAHkGNAB1CoAAcQrUAG0LRABtC8QAcQv8AHUH/AB5B/wClTQAAmlMAAJBYAACGWwAAfVwA&#10;AHJbAABnWAAAW1QAAFFSAABITgAAPUoAADNHAAAqQwsAJkMQACVDFgAkQx4AI0QlACJELAAhRDQA&#10;IEU8AB5FRQAdRU8AHEZaABtGaAAZRngAGEeKABdHngAWR7MAFEjOABVH7wAWR/8AF0b/ABdG/wCi&#10;UgAAl1gAAI1dAACEYAAAemEAAHBgAABlXgAAWVoAAE9YAABEVAAAOVEAAC9OAAAmSwYAIEoOAB5K&#10;EwAdShoAHEohABtLKAAaSzAAGUs4ABdLQgAWTEwAFUxXABRMZQATTXUAEk2IABFNnAAQTbEADk7M&#10;AA9N7gAQTf8AEUz/ABFM/wCeVwAAlF0AAItiAACBZQAAd2YAAG1mAABjZAAAVmEAAEpeAAA/WwAA&#10;NVgAACtWAAAiVAEAGlIKABZSEAAVUhYAFFIdABNSJAASUiwAEVI0ABFSPgAQU0gAD1NUAA5TYgAN&#10;VHIADFSEAAtUmAAJVK0ACFTFAAlU5wAKU/sAC1L/AAtS/wCbXQAAkWQAAIhoAAB+awAAdGwAAGts&#10;AABfagAAUmcAAEVkAAA6YgAAMGAAACZeAAAdXQAAFVsFABBaDAAOWhEADloYAA1bIAAMWycAC1sw&#10;AApbOgAJW0UAB1tRAAZbXgAEW20AA1uAAAFblAAAW6gAAFvAAABa4gAAWvYAAVr/AAJZ/wCXZAAA&#10;jmsAAIRuAAB7cAAAcnIAAGdxAABZcAAATG4AAEBsAAA1awAAKmkAACFnAAAYZgAAEWYBAAxlCgAH&#10;ZQ8ABGUUAANkGwACZCMAAGQsAABkNQAAZEAAAGRMAABkWgAAZGkAAGR7AABkjwAAY6QAAGO7AABi&#10;3QAAYvQAAGL/AABh/wCTbAAAiXEAAIB1AAB4dwAAbXgAAGB3AABSdgAARnUAADl0AAAudAAAI3IA&#10;ABpxAAAScQAADXEAAAZxCAAAcA0AAHASAABwFwAAbx8AAG8mAABvMAAAbzsAAG9HAABvVAAAb2QA&#10;AG91AABuigAAbaAAAG22AABs1gAAa/IAAGv/AABr/wCOcwAAhXgAAH17AABzfQAAZX4AAFh+AABL&#10;fgAAPn4AADJ+AAAmfQAAHHwAABN8AAANfAAABn0AAAB9BQAAfAsAAHwPAAB8EwAAfBkAAHwhAAB8&#10;KQAAfDQAAHtAAAB7TgAAe14AAHtvAAB6hAAAepoAAHmxAAB4zgAAd+8AAHb+AAB2/wCJegAAgX8A&#10;AHiCAABrgwAAXYUAAE+GAABChwAANYgAACmHAAAdhwAAFIcAAA2IAAAGiQAAAIoAAACKAAAAiQYA&#10;AIkMAACJDwAAiRMAAIkaAACKIgAAiiwAAIo4AACKRgAAiVYAAIloAACJfAAAiJQAAIerAACGxgAA&#10;heoAAIX7AACE/wCFggAAfYYAAG+IAABhiwAAU40AAEWPAAA4kQAAK5EAAB+SAAAUkgAADZMAAASU&#10;AAAAlgAAAJcAAACYAAAAlwAAAJcFAACXCwAAmA4AAJgTAACZGgAAmSIAAJouAACaPQAAmU0AAJle&#10;AACZcwAAmIsAAJijAACXvAAAluIAAJb3AACV/wCAiQAAcowAAGSPAABWkwAASJYAADqZAAAsmgAA&#10;H5sAABScAAAMngAAA58AAAChAAAAowAAAKUAAAClAAAApQAAAKUAAACmAgAApwgAAKcNAACoEQAA&#10;qRkAAKsjAACrMQAAq0EAAKxTAACsZwAAq4AAAKqaAACqswAAqtAAAKnvAACp+wB1jwAAZ5QAAFmY&#10;AABKnAAAPJ8AAC2iAAAgowAAE6UAAAunAAABqQAAAKsAAACuAAAAsQAAALIAAACyAAAAswAAALQA&#10;AAC1AAAAtgAAALgEAAC5CwAAuxAAAL0YAAC/JAAAvzUAAMBHAADAWwAAwHIAAMCNAADBpgAAwMEA&#10;AL/jAAC+8wBqlwAAW5wAAE2hAAA+pQAAL6kAACGrAAATrQAAC7AAAACzAAAAtQAAALgAAAC8AAAA&#10;vwAAAMEAAADBAAAAwwAAAMQAAADGAAAAxwAAAMkAAADLAAAAzggAANEPAADVGAAA2CcAANk5AADa&#10;TQAA22QAANt+AADcmQAA3LAAANzJAADc4wBdnwAAT6UAAECqAAAyrwAAIrIAABS1AAAKuAAAALsA&#10;AAC/AAAAwwAAAMYAAADLAAAAzgAAANEAAADRAAAA1AAAANYAAADZAAAA2wAAAN4AAADgAAAA5AAA&#10;AOcGAADrDgAA7xkAAPAqAADyPwAA81UAAPRtAAD0iAAA9KEAAPS2AAD0xwD/AAkA/wAGAP8ABwD/&#10;AAwA/wARAP8AHAD/ACgA/wA0AP8AQQD/AEwA/wBVAP8AXQD/AGUA/wBsAP8AcgD+AHgA/AB+APsA&#10;hAD6AIsA+QCSAPcAmQD2AKIA9ACsAPMAuQDxAMsA8ADoAO4A+wDtAP8A7AD/AOEA/wDSAP8AyQD/&#10;AMQA/wD/AAEA/wAAAP8AAAD/AAQA/wAOAP8AFwD/ACMA/wAvAP8AOwD9AEYA+gBQAPcAWAD0AF8A&#10;8gBmAPAAbADvAHIA7QB4AOwAfgDqAIUA6QCMAOcAkwDlAJwA4wCmAOEAsQDfAMEA3QDdANsA9ADZ&#10;AP8A1gD/AM8A/wDEAP8AvQD/ALkA/wD/AAAA/wAAAP8AAAD/AAAA/wALAPwAEwD3AB4A9AAqAPIA&#10;NQDuAEAA6QBKAOYAUgDjAFkA4ABgAN4AZgDcAGwA2gByANcAeADUAH4A0gCFANAAjQDOAJUAzACf&#10;AMkAqgDHALgAxQDNAMMA6wDAAP4AvwD/AL4A/wC2AP8AsAD/AK0A/wD/AAAA/wAAAP8AAAD5AAAA&#10;8gAGAOsADwDmABkA4QAkAN4ALwDaADkA0wBDAM8ATADMAFMAyQBaAMcAYADFAGYAwwBrAMEAcQC/&#10;AHcAvQB+ALsAhgC5AI4AtwCYALUAowCzALAAsQDCAK4A4ACsAPcAqwD/AKoA/wCoAP8AowD/AKAA&#10;/wD/AAAA/wAAAPUAAADrAAAA4QAAANYADADPABMAygAeAMYAKQDCADMAvwA9ALsARQC4AE0AtgBU&#10;ALMAWgCxAF8AsABlAK4AagCsAHAAqwB3AKkAfwCnAIcApQCRAKMAnACgAKkAngC4AJwAzgCaAO4A&#10;mQD/AJcA/wCWAP8AlgD/AJMA/wD9AAAA8QAAAOUAAADZAAAAzQAAAMQABgC9AA8AtwAYALMAIgCw&#10;ACwArQA2AKkAPgCnAEYApABNAKIAUwCgAFkAnwBeAJ0AZACbAGoAmgBwAJgAdwCWAIAAlACKAJEA&#10;lQCPAKIAjQCwAIsAwwCJAOMAiAD5AIYA/wCGAP8AhgD/AIYA/wDzAAAA4wAAANEAAADFAAAAvQAA&#10;ALYAAACuAAsAqAASAKQAHACgACYAnAAvAJoANwCXAD8AlQBGAJIATACRAFIAjwBYAI0AXQCLAGMA&#10;igBqAIgAcQCGAHkAhACDAIIAjwB/AJsAfgCpAHwAuwB6ANUAeADyAHgA/wB3AP8AdwD/AHcA/wDn&#10;BwAA0QwAAMMNAAC4DAAArggAAKgAAACiAAUAmwAOAJYAFQCSAB8AjgAoAIsAMQCIADkAhgBAAIQA&#10;RgCCAEwAgABSAH8AVwB9AF0AewBjAHoAawB4AHMAdgB9AHQAiABxAJUAcACkAG4AtABsAMoAawDq&#10;AGoA/ABqAP8AagD/AGoA/wDaEAAAxhQAALgWAACtFQAApBIAAJwOAACWBwAAkAAJAIoAEACFABgA&#10;gQAhAH4AKgB7ADIAeQA5AHcAQAB1AEYAcwBMAHIAUQBwAFcAbgBeAG0AZQBrAG4AaQB3AGcAgwBl&#10;AJEAYwCfAGIArwBgAMQAXwDkAF8B+ABeAv8AXgL/AF4C/wDOGAAAvR0AALAgAAClHwAAmxwAAJMX&#10;AACLEQAAhAwAAH4ECwB5ABIAdQAbAHIAIwBvACsAbQEzAGsBOgBpAkAAZwNGAGYDTABkBFIAYwRZ&#10;AGEEYABfBWkAXgVzAFwGfwBaBo0AWQecAFcIrQBWCMEAVQnhAFQL9gBUC/8AVAv/AFQL/wDGHwAA&#10;tiUAAKkoAACeKAAAlCUAAIshAACDGwAAexQAAHQOAwBuCQ0AaQgUAGYJHQBkCiUAYgotAGALNABe&#10;CzoAXQtAAFsMRwBaDE0AWAxUAFcNXABVDWQAVA1vAFINewBQDooATw6aAE4OrABMD8IATBDjAEsQ&#10;+QBLEP8ASxH/AEsQ/wC/JgAAsCsAAKQvAACZLwAAjy0AAIYpAAB9JAAAdB4AAGwXAABlEQcAXw4Q&#10;AFwPFwBaEB8AWBAnAFYQLgBUEDUAUxA7AFIRQgBQEUgATxFQAE4RVwBMEmAASxJrAEkSeABIE4cA&#10;RhOXAEUUqQBEFL4AQxXfAEMW+ABDFv8AQxb/AEMW/wC6KwAAqzEAAKA0AACVNQAAizQAAIExAAB4&#10;KwAAbyYAAGYgAABeGQEAVxQNAFQUEwBRFBsATxUjAE4VKgBMFTEASxY3AEkWPgBIFkQARxdMAEUX&#10;VABEF10AQxhnAEEYdABAGYMAPxqUAD0apgA8G7sAOxvbADsc9gA8HP8APBz/ADwc/wC1MAAAqDYA&#10;AJw5AACROwAAhzoAAH43AABzMgAAai0AAGEnAABZIQAAURsJAEwZEABKGhcASBofAEYaJgBFGy0A&#10;QxszAEIbOgBBHEEAQBxIAD4cUAA9HVkAPB5kADsecQA5H4AAOB+SADcgpAA2ILgANSHWADUh9AA1&#10;Iv8ANSH/ADYh/wCyNAAApDoAAJk+AACPPwAAhT8AAHs8AABwOAAAZzIAAF0tAABUKAAATCIFAEYf&#10;DgBDHxQAQR8bAD8fIgA+ICkAPSAwADsgNgA6IT0AOSFFADgiTQA3IlcANiNiADQjbgAzJH4AMiSP&#10;ADElogAvJbYALybSAC8m8gAvJv8AMCb/ADAm/wCvOAAAoj4AAJZCAACMQwAAgkMAAHhBAABuPQAA&#10;YzgAAFozAABRLgAASCgBAEAkDAA9IxEAOyQYADkkHwA4JCYANiQsADUlMwA0JToAMyZCADImSgAx&#10;J1QAMCdfAC8obAAuKHsALCmNACsqoAAqKrQAKSrPACkr8AAqK/8AKir/ACsq/wCsPAAAn0IAAJRG&#10;AACKRwAAgEcAAHZFAABsQgAAYT0AAFc4AABOMwAARC4AADwpCQA3KBAANSgVADMoHAAyKCMAMCgp&#10;AC8pMAAvKjcALio/AC0rSAAsK1IAKyxdACosagAoLXkAJy2LACYungAlLrMAJC/NACQv7gAlL/8A&#10;JS//ACYu/wCpPwAAnUUAAJJJAACISwAAfkwAAHRKAABqRwAAXkIAAFQ9AABLOQAAQTQAADgvBgAy&#10;LQ0AMC0TAC4tGQAtLSAAKy0nACouLgApLjUAKS89ACgvRgAnME8AJTBbACQxaAAjMXcAIjKJACEy&#10;nQAfM7EAHjPLAB4z7QAfM/8AIDP/ACEy/wCmQwAAmkkAAJBNAACGTwAAfFAAAHNPAABoTAAAXEYA&#10;AFJDAABJPwAAPzsAADY2AgAuMgwAKzIRACkyFwAoMh4AJjIkACUzKwAkMzIAIzQ6ACI0QwAhNU0A&#10;IDVYAB82ZQAeNnUAHDeHABs3mwAaN68AGTjIABk46wAaOP8AGzf/ABs3/wCjRwAAmE0AAI5RAACE&#10;UwAAe1QAAHFTAABmUAAAWkwAAFBJAABHRQAAPUEAADM9AAAqOQkAJTcOACM3FAAiOBsAITgiACA4&#10;KAAfODAAHjk4AB05QQAcOksAGjpWABk7YwAYO3IAFjuFABU8mQAUPK0AEz3GABM96QAUPP0AFTz/&#10;ABY7/wCgSwAAlVEAAItVAACCWAAAeVkAAG5YAABkVgAAWFEAAE5PAABFSwAAOkcAADBDAAAnQAUA&#10;ID4NAB0+EQAcPhcAGz4eABo+JQAZPi0AGD81ABY/PgAVP0gAFEBTABNAYAASQXAAEUGCABBBlwAP&#10;QawADkLEAA5C5wAPQfwAEEH/ABBA/wCdUAAAk1YAAIlaAACAXQAAdl4AAGxdAABiWwAAVlcAAExV&#10;AABBUQAANk4AACxLAAAjSAAAG0UJABdEDwAVRBQAFEUbABNFIgASRSkAEUUxABFFOwAQRkUAD0ZQ&#10;AA5HXgANR20ADEd/AAtHkwAJR6cACEe+AAhH4AAJR/YACkb/AAtG/wCaVQAAkFsAAIdgAAB9YgAA&#10;c2MAAGpiAABgYQAAU14AAEdaAAA8VwAAMlUAAChSAAAfUAAAF04EABFMDAAPTBEADkwXAA5MHgAN&#10;TSUADE0uAAtNNwAKTUIACU1NAAdOWgAGTmkABE57AAJOjwABTqQAAE26AABN2wABTfIAAU3/AAJM&#10;/wCWWwAAjWIAAIRmAAB6aAAAcWkAAGhpAABcZwAAT2QAAEJhAAA3XwAALVwAACNaAAAaWAAAElcB&#10;AA1WCQAJVQ4AB1UTAAZVGgAEVSIAA1UqAAJVNAAAVT4AAFVKAABWVwAAVmUAAFV3AABViwAAVaAA&#10;AFW2AABU1AAAVPEAAFP9AABT/wCTYgAAimgAAIBsAAB3bgAAb28AAGNuAABWbAAASWoAAD1oAAAy&#10;ZgAAJ2UAAB1jAAAVYgAADmEAAAlgCAADYA0AAF8RAABfFwAAXx4AAF8mAABfLwAAXzoAAF9FAABf&#10;UwAAX2EAAF5yAABehwAAXZwAAF2yAABczwAAXO8AAFv9AABb/wCQagAAhm8AAH1yAAB1dAAAanUA&#10;AF10AABPcwAAQnIAADZwAAArbwAAIG4AABdtAAAQbAAACmwAAAJrBgAAawsAAGoPAABqFAAAahoA&#10;AGohAABpKgAAaTQAAGlAAABpTgAAaVwAAGltAABoggAAaJgAAGeuAABmygAAZe0AAGX8AABk/wCL&#10;cQAAgnYAAHp5AABwewAAYnsAAFV7AABIegAAO3oAAC96AAAjeQAAGXgAABF3AAAKdwAAA3cAAAB3&#10;AgAAdwgAAHYNAAB2EAAAdhUAAHYbAAB2IwAAdi4AAHU6AAB1RwAAdVYAAHVoAAB0fAAAdJIAAHOq&#10;AAByxAAAcekAAHD7AABw/wCGeQAAf30AAHZ/AABogQAAWoIAAEyCAAA/gwAAMoQAACWDAAAagwAA&#10;EYMAAAqDAAACgwAAAIQAAACFAAAAhAMAAIMIAACDDQAAgxAAAIMVAACEHAAAhCYAAIQyAACEPwAA&#10;g08AAINgAACCdQAAgowAAIGkAACAvQAAf+MAAH75AAB+/wCCgAAAeoQAAGyGAABeiAAAUIoAAEKL&#10;AAA1jQAAJ40AABuNAAARjgAACo4AAACPAAAAkQAAAJIAAACSAAAAkgAAAJIBAACSBwAAkgwAAJIQ&#10;AACTFQAAkx0AAJQoAACUNgAAlEUAAJNXAACTawAAk4IAAJKcAACRtgAAkNgAAI/zAACP/wB+hwAA&#10;cIoAAGGNAABTkAAARZMAADeVAAAplgAAHJcAABGYAAAJmQAAAJsAAACcAAAAngAAAKAAAACgAAAA&#10;oAAAAKAAAAChAAAAoQQAAKIJAACjDgAApBQAAKUdAACmKgAApjoAAKZMAAClYAAApXgAAKWSAACk&#10;rAAApMkAAKPrAACi+gBzjgAAZJEAAFaVAABHmQAAOZwAACqeAAAdoAAAEaEAAAijAAAApQAAAKcA&#10;AACpAAAArAAAAK4AAACuAAAArgAAAK8AAACwAAAAsQAAALIAAACzBgAAtQ0AALcTAAC5HgAAuS4A&#10;ALpAAAC6VAAAu2oAALqFAAC5oQAAubsAALreAAC58gBnlQAAWJkAAEqeAAA7ogAALKYAAB2oAAAR&#10;qgAAB6wAAACvAAAAsQAAALQAAAC4AAAAuwAAALwAAAC8AAAAvgAAAL8AAADAAAAAwgAAAMQAAADG&#10;AAAAyAMAAMsLAADPEgAA0SAAANEyAADSRgAA010AANR2AADUkgAA1asAANXEAADU4gBbnQAATKIA&#10;AD2nAAAvrAAAH68AABGxAAAHtQAAALgAAAC7AAAAvgAAAMIAAADHAAAAygAAAMwAAADMAAAAzgAA&#10;ANAAAADSAAAA1QAAANgAAADbAAAA3wAAAOIAAADmCwAA6xMAAOwkAADtOAAA7k4AAO9nAADwggAA&#10;8JwAAPCyAADxxQD/AAMA/wABAP8ABAD/AAkA/wAPAP8AGAD/ACQA/wAwAP8APAD/AEcA/wBRAP8A&#10;WQD/AGAA/QBnAPwAbQD6AHMA+QB5APgAfwD2AIUA9QCMAPMAlADyAJ0A8ACnAO4AswDsAMQA6wDh&#10;AOoA+ADpAP8A5wD/ANkA/wDLAP8AwgD/AL0A/wD/AAAA/wAAAP8AAAD/AAAA/wAMAP8AFAD/ACAA&#10;/wArAP4ANwD6AEIA9gBLAPIAUwDwAFsA7gBhAOwAZwDqAG0A6ABzAOcAeQDlAH8A4wCGAOEAjgDf&#10;AJYA3QCgANsArADYALsA1ADRANMA8ADQAP8AzgD/AMgA/wC9AP8AtgD/ALIA/wD/AAAA/wAAAP8A&#10;AAD/AAAA/QAIAPcAEADzABoA7wAmAO0AMQDoADsA4wBFAOAATQDcAFUA2QBbANYAYQDTAGcA0QBs&#10;AM8AcgDNAHgAywB/AMkAhwDHAJAAxQCaAMMApQDAALIAvgDFALwA5QC6APsAuAD/ALcA/wCwAP8A&#10;qQD/AKUA/wD/AAAA/wAAAP4AAAD1AAAA7AADAOUADQDfABUA2gAgANQAKgDQADUAywA+AMgARwDF&#10;AE4AwgBVAMAAWwC+AGEAvABmALoAbAC4AHIAtgB4ALUAgACzAIgAsQCSAK4AngCsAKoAqQC7AKgA&#10;1QCmAPMApAD/AKMA/wChAP8AmwD/AJgA/wD/AAAA+wAAAPAAAADlAAAA2AAAAM4ACQDHABEAwgAa&#10;AL4AJAC7AC4AtwA4ALQAQACxAEgArgBOAKwAVACqAFoAqQBfAKcAZQClAGsApABxAKIAeACgAIEA&#10;ngCLAJwAlgCZAKMAlwCyAJYAxwCTAOgAkgD+AJEA/wCQAP8AjQD/AIsA/wD5AAAA6wAAAN0AAADP&#10;AAAAxgAAALwABAC1AA0AsAAVAKwAHgCoACgApQAxAKIAOQCfAEEAnQBIAJsATgCZAFMAlwBZAJYA&#10;XgCUAGQAkgBqAJAAcQCOAHoAjACDAIoAjwCIAJwAhgCqAIQAvACCANwAgQD2AIAA/wB/AP8AfwD/&#10;AH4A/wDsAAAA2gAAAMkAAAC+AAAAtgAAAK4AAACnAAkAoQAQAJwAGACYACIAlQAqAJIAMgCQADoA&#10;jQBBAIsARwCJAE0AhwBSAIYAWACEAF0AggBkAIEAawB/AHMAfQB9AHsAiAB4AJUAdgCjAHUAtABz&#10;AMwAcQDtAHAA/wBwAP8AcAD/AHAA/wDfBQAAygoAALwLAACxCQAAqAQAAKEAAACbAAMAlAAMAI8A&#10;EwCKABsAhwAkAIQALACBADMAfwA6AH0AQQB7AEcAeQBMAHcAUgB2AFcAdABdAHIAZABwAG0AbwB2&#10;AGwAggBqAI8AaQCdAGcArgBlAMMAZADkAGMA+gBjAP8AYgD/AGMA/wDQDgAAvxIAALITAACnEgAA&#10;nRAAAJULAACPAwAAiQAHAIIADgB+ABUAegAeAHYAJQB0AC0AcQA0AG8AOgBuAEAAbABGAGoATABp&#10;AFIAZwBYAGYAXwBkAGcAYgBxAGAAfABeAIkAXACYAFsAqQBZALwAWADcAFgA9ABYAP8AVwD/AFcA&#10;/wDGFgAAthoAAKodAACfHAAAlRkAAI0UAACFDwAAfgkAAHcBCgByABAAbgAXAGoAHwBoACcAZQAu&#10;AGQANABiADsAYABAAF8ARgBdAEwAXABTAFoAWgBYAGIAVwBsAFUAdwBTAIUAUgCUAFABpQBPAbgA&#10;TgLSAE0E8ABNBf8ATQX/AE0F/wC/HQAAsCIAAKMlAACZJQAAjyIAAIUdAAB9GAAAdRIAAG4NAgBn&#10;BgwAYwMRAF8CGQBdAyEAWwQoAFkELwBXBTUAVgU7AFQGQQBTBkcAUQZOAFAHVQBOB14ATQhnAEsI&#10;cwBJCYEASAmSAEcKowBFCrYARAvQAEQM7wBDDf8AQw3/AEQN/wC5JAAAqikAAJ4sAACULAAAiioA&#10;AIAmAAB3IQAAbhsAAGYUAABfDwUAWQsNAFUKEwBTCxsAUQsiAE8MKQBNDC8ATAw2AEsNPABJDUIA&#10;SA1JAEYNUQBFDloARA5kAEIOcABADn8APw+QAD4QogA8ELYAOxDRADsR8QA7Ef8AOxH/ADwR/wC0&#10;KQAApi8AAJoyAACQMgAAhjEAAHwtAAByKAAAaSMAAGEdAABZFgAAUREIAEwPEABKEBYASBAdAEYQ&#10;JABFECsAQxExAEIRNwBBET4AQBFFAD4STQA9ElYAPBJhADoTbQA5E3wANxSNADYUnwA1FbMANBXN&#10;ADMW7gA0Fv8ANBb/ADQW/wCvLgAAojQAAJc3AACMOAAAgjYAAHg0AABuLgAAZSoAAFwkAABUHgAA&#10;TBgEAEYUDQBCFBIAQBQZAD8UIAA9FScAPBUtADsVNAA5FjoAOBZCADcWSgA2F1MANRdeADMYagAy&#10;GXkAMBmKAC8anQAuGrEALRvKAC0b7AAtHP8ALhv/AC4b/wCsMgAAnzgAAJQ7AACKPAAAgDwAAHY5&#10;AABrNAAAYi8AAFkqAABQJQAARx8AAEAaCgA8GRAAOhkWADgZHQA2GiMANRopADQaMAAzGjcAMhs+&#10;ADEbRwAvHFAALh1bAC0dZwAsHnYAKh6IACkfmwAoH64AJyDHACYg6gAnIP4AKCD/ACgg/wCpNgAA&#10;nTwAAJI/AACHQQAAfUAAAHQ+AABpOgAAXzUAAFYwAABNKwAARCUAADsgBwA2Hg4AMx4TADIeGQAw&#10;HiAALx4mAC4fLQAtHzQALCA7ACsgRAAqIU4AKSFYACciZQAmInQAJSOFACMjmQAiJK0AISTFACEl&#10;6AAiJf0AIiT/ACMk/wCmOgAAmj8AAI9DAACFRQAAe0QAAHJDAABnPwAAXToAAFM2AABKMQAAQSwA&#10;ADgmAwAxIwwALiIRACwiFgAqIh0AKSIjACgjKgAnIzEAJiQ5ACUlQQAkJUsAIyZWACImYwAhJ3IA&#10;HyeDAB4olwAdKKsAGynDABsp5gAcKfsAHSn/AB4o/wCjPgAAmEMAAI1HAACDSQAAekkAAHBHAABm&#10;RAAAWj8AAFE7AABHNwAAPjIAADUtAAAsKAkAKCcPACcnFAAlJxoAJCchACMoJwAiKC4AISk2ACAp&#10;PwAfKkkAHipUAB0rYAAbK28AGiyBABkslQAXLakAFi3BABYt5AAXLfoAGC3/ABkt/wChQQAAlUcA&#10;AItLAACCTQAAeE0AAG5MAABkSQAAWEQAAE9AAABGPQAAPTgAADM0AAAqLwYAJCwNACEsEgAgLBgA&#10;Hy0eAB4tJQAdLSwAHC40ABsuPAAaL0YAGC9RABcwXgAWMG0AFTF/ABMxkwASMagAETK/ABEy4gAS&#10;MvkAEzH/ABMx/wCeRQAAk0sAAIlPAACAUQAAdlIAAG1QAABiTgAAVkkAAE1GAABEQwAAOz8AADE6&#10;AAAnNgMAHzILABwyEAAbMhUAGTIbABgyIgAXMykAFjMxABU0OgAUNEQAEzRPABI1XAARNWsAEDZ9&#10;AA82kQAONqYADTe8AA033QANNvYADjb/AA82/wCbSQAAkU8AAIdTAAB+VgAAdVYAAGpVAABgUwAA&#10;VU8AAExMAABCSQAAOEUAAC5BAAAkPQAAHDoIABY4DgAVOBIAFDgYABM5HwASOSYAETkuABA5NwAP&#10;OkEADjpMAA07WQANO2gACzt6AAo7jQAJPKIABzy4AAc81QAIPPAACTv/AAo7/wCYTgAAjlQAAIVY&#10;AAB8WwAAclsAAGhaAABeWAAAU1UAAElSAAA+TgAANEsAACpHAAAhRAAAGEIDABJACwAQPxAADj8V&#10;AA4/HAANQCMADEArAAtANAAKQD4ACUFKAAdBVgAGQWUABEF2AANBigABQZ8AAEG0AABB0AABQe4A&#10;AUH8AAJA/wCVVAAAjFkAAINeAAB5YAAAcGAAAGZgAABdXgAAUVsAAEVXAAA6VAAAL1EAACVPAAAc&#10;TAAAFEoAAA5ICAALRw4ACEcSAAdHGQAGRyAABUgoAANIMQACSDsAAEhHAABIUwAASGIAAEhzAABI&#10;hgAASJsAAEixAABHzAAAR+0AAEf7AABH/wCSWgAAiWAAAIBjAAB3ZQAAbmYAAGVmAABZZAAATGAA&#10;AEBdAAA1WwAAKlkAACBXAAAXVQAAEFMAAAtSBwAFUQ0AAVARAABQFgAAUB0AAFAlAABQLgAAUDgA&#10;AFBDAABQUAAAUF4AAFBvAABQgwAAT5gAAE+uAABOyQAATusAAE37AABN/wCPYQAAhmYAAH1pAAB0&#10;bAAAbG0AAGFrAABTaQAARmcAADpkAAAvYwAAJGEAABpfAAASXgAADFwAAAZcBgAAWwsAAFoPAABa&#10;EwAAWhkAAFkhAABZKQAAWTMAAFk/AABZTAAAWVoAAFlrAABYfgAAWJQAAFerAABXxQAAVukAAFX7&#10;AABV/wCMaAAAgm0AAHpwAABycgAAZ3IAAFpxAABMcAAAP24AADNtAAAoawAAHWoAABRoAAANZwAA&#10;B2cAAABmAwAAZgkAAGUNAABlEQAAZBUAAGQcAABkJAAAZC4AAGQ6AABjRwAAY1UAAGNmAABjegAA&#10;YpAAAGGnAABgwQAAX+YAAF/6AABe/wCHbwAAf3QAAHh3AABueAAAYHgAAFJ3AABFdwAAOHYAACt2&#10;AAAgdAAAFnMAAA5zAAAHcgAAAHIAAAByAAAAcQUAAHEKAABxDgAAcBEAAHAXAABwHgAAcCcAAHAz&#10;AABvQAAAb1AAAG9gAABudAAAbosAAG2iAABsvAAAa+IAAGr4AABp/wCDdwAAfHsAAHN9AABlfgAA&#10;V38AAEl/AAA8fwAAL4AAACJ/AAAXfgAAD34AAAd+AAAAfwAAAH8AAAB/AAAAfgAAAH4FAAB+CgAA&#10;fg0AAH4RAAB+FwAAfiAAAH4rAAB9OQAAfUgAAH1ZAAB8bQAAfIQAAHucAAB6tgAAedoAAHj1AAB3&#10;/wCAfwAAd4IAAGmDAABbhQAATYYAAD+IAAAyiQAAJIkAABiJAAAPiQAAB4oAAACLAAAAjAAAAI0A&#10;AACNAAAAjAAAAIwAAACMAwAAjAgAAI0NAACNEQAAjRcAAI4iAACOLwAAjj8AAI1QAACNZAAAjHsA&#10;AIyVAACLrgAAis0AAInvAACJ/wB7hQAAbYgAAF6KAABQjQAAQo8AADSRAAAmkgAAGZMAAA6UAAAG&#10;lQAAAJYAAACYAAAAmgAAAJsAAACbAAAAmwAAAJsAAACbAAAAnAAAAJ0FAACdCwAAnhAAAJ8XAACg&#10;JAAAoDQAAKBGAACgWQAAn3AAAJ+KAACepQAAnsIAAJ3oAACc+QBwjAAAYY8AAFOSAABElgAANpkA&#10;ACebAAAZnAAAD50AAAWfAAAAoQAAAKMAAAClAAAAqAAAAKkAAACpAAAAqQAAAKoAAACrAAAArAAA&#10;AK0AAACuAQAAsAkAALIPAACzGAAAtCcAALQ5AAC1TQAAtGQAALR+AACzmgAAs7QAALPVAACz8ABk&#10;kwAAVZcAAEebAAA4nwAAKaIAABqkAAAOpgAABKgAAACrAAAArQAAALAAAAC0AAAAtgAAALgAAAC4&#10;AAAAuQAAALoAAAC8AAAAvQAAAL8AAADAAAAAwwAAAMUHAADJDwAAyhoAAMssAADMQAAAzVYAAM5v&#10;AADNiwAAzKgAAMzCAADM4gBYmwAASaAAADqlAAAsqQAAHKsAAA+uAAAEsQAAALQAAAC3AAAAugAA&#10;AL4AAADDAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzwAAANIAAADVAAAA2QAAAN0AAADhBQAA&#10;5g8AAOceAADoMgAA6UgAAOpgAADrewAA65cAAOyuAADswgD/AAAA/wAAAP8AAAD/AAYA/wANAP8A&#10;FQD/ACEA/wAsAP8AOAD/AEMA/wBMAP4AVAD7AFsA+gBiAPgAaAD2AG4A9QB0APQAegDyAIAA8QCH&#10;AO8AjwDtAJcA6wChAOkArQDnAL0A5QDYAOQA8wDiAP8A4AD/ANAA/wDEAP8AvAD/ALYA/wD/AAAA&#10;/wAAAP8AAAD/AAAA/wAJAP8AEQD/ABwA/QAnAPkAMgD1AD0A8QBGAO0ATwDrAFYA6ABcAOYAYgDk&#10;AGgA4wBuAOEAcwDfAHkA3QCAANoAiADYAJEA1ACbANIApgDPALQAzADJAMkA6QDIAP8AxwD/AMEA&#10;/wC3AP8ArwD/AKsA/wD/AAAA/wAAAP8AAAD/AAAA+AAFAPIADgDuABcA6gAiAOYALADhADcA3QBA&#10;ANgASQDTAFAA0ABWAM4AXADMAGIAygBnAMgAbQDGAHMAxAB5AMIAgQDAAIoAvgCUALwAnwC5AKwA&#10;tgC+ALQA3QCzAPcAsQD/ALAA/wCoAP8AogD/AJ4A/wD/AAAA/wAAAPkAAADvAAAA5gAAAN8ACwDW&#10;ABIA0AAcAMwAJgDIADAAxAA6AMAAQgC9AEoAuwBQALgAVgC2AFsAtQBhALMAZgCxAGwAsAByAK4A&#10;egCsAIIAqQCMAKcAmAClAKUAowC0AKAAywCfAO4AnQD/AJwA/wCZAP8AlAD/AJEA/wD/AAAA9gAA&#10;AOoAAADdAAAAzwAAAMcABgDAAA8AuwAXALcAIACzACoAsAAzAK0AOwCqAEMApwBJAKUATwCjAFUA&#10;ogBaAKAAXwCeAGUAnQBrAJsAcgCZAHsAlwCFAJQAkACSAJ0AkACsAI4AvwCMAOIAiwD6AIkA/wCJ&#10;AP8AhgD/AIMA/wD0AAAA5AAAANQAAADIAAAAvwAAALUAAQCuAAsAqQASAKUAGwChACMAngAsAJsA&#10;NACYADwAlgBDAJQASQCSAE4AkABTAI4AWQCNAF4AiwBkAIkAawCHAHMAhQB9AIMAiACBAJUAfwCk&#10;AH0AtQB7AM8AeQDxAHgA/wB3AP8AdwD/AHUA/wDlAAAA0QAAAMMAAAC4AAAArwAAAKgAAACgAAYA&#10;mgAOAJUAFQCRAB4AjgAmAIsALQCIADUAhgA8AIQAQgCCAEcAgABNAH8AUgB9AFgAewBeAHkAZQB4&#10;AG0AdgB2AHMAgQBxAI4AbwCdAG0ArgBsAMQAagDnAGkA/QBoAP8AaAD/AGkA/wDVAwAAwwcAALYI&#10;AACrBgAAogAAAJsAAACUAAAAjQAKAIgAEACDABgAfwAgAHwAJwB6AC4AdwA1AHUAOwB0AEEAcgBH&#10;AHAATABvAFIAbQBYAGsAXwBpAGYAZwBwAGUAewBjAIgAYgCXAGAApwBeALsAXQDcAFwA9gBcAP8A&#10;WwD/AFsA/wDJDQAAuRAAAKwRAAChEAAAlw0AAI8IAACIAAAAggAFAHsADQB3ABIAcwAaAG8AIQBs&#10;ACgAagAvAGgANQBnADsAZQBBAGMARgBiAEwAYABSAF8AWQBdAGEAWwBqAFkAdQBXAIIAVQCRAFQA&#10;ogBTALUAUQDPAFAA7wBQAP8AUAD/AFAA/wC/FAAAsBgAAKQaAACZGQAAjxYAAIcRAAB/DQAAdwYA&#10;AHEACABrAA4AZwAUAGQAGwBhACIAXgApAF0ALwBbADUAWQA7AFgAQQBWAEYAVQBNAFMAVABSAFwA&#10;UABlAE4AcABMAH0ASwCNAEkAngBIALAARwDHAEYA6QBGAPsARgD/AEUA/wC4GwAAqiAAAJ4iAACT&#10;IgAAiR8AAIAaAAB3FQAAbxAAAGgLAABhBAoAXQAQAFkAFgBWAB0AVAAjAFIAKgBQADAATwA1AE4A&#10;OwBMAEEASwBIAEkATwBHAVcARgFhAEQCbABDAnkAQQOJAEADmgA+BK0APQTEADwF5QA8B/gAPAf/&#10;ADwH/wCyIgAApScAAJkpAACOKQAAhCcAAHsjAABxHgAAaRgAAGESAABaDQMAUwgMAE8FEQBMBRcA&#10;SgYeAEgGJABHBioARQcwAEQHNgBDCD0AQQhDAEAISwA+CVMAPQldADsKaAA6CnYAOAuHADcLmQA1&#10;C6wANAzCADMM5AAzDfkAMw3/ADQN/wCtJwAAoCwAAJUvAACLLwAAgC4AAHcqAABtJQAAZCAAAFwa&#10;AABUFAAATA8GAEYMDQBDDBIAQQwYAD8MHwA+DCUAPA0rADsNMgA6DTgAOA0/ADcORwA2DlAANA5a&#10;ADMOZgAxD3QAMA+FAC4QmAAtEKsALBDDACsR5QAsEfoALBH/AC0R/wCqLAAAnTEAAJI0AACHNQAA&#10;fTQAAHQxAABqKwAAYCcAAFghAABPGwAARxYAAEARCQA7EA8AORAUADcQGwA2ECEANBAnADMRLQAy&#10;ETQAMRE7ADARQwAuEk0ALRJXACwSYwAqE3EAKROCACcUlQAmFKkAJRXAACQV4wAlFvoAJhb/ACYV&#10;/wCmMQAAmjYAAI85AACFOgAAezkAAHE2AABnMQAAXS0AAFQoAABMIgAAQx0AADsXBQA1FA0AMhMR&#10;ADEUFwAvFB0ALhQkACwUKgArFTEAKhU4ACkWQAAoFkoAJxdUACYXYAAkGG8AIxiAACEZkwAgGacA&#10;Hxm+AB4a4AAfGvgAIBr/ACAa/wCjNAAAmDoAAI09AACDPgAAeT0AAG87AABlNwAAWzIAAFItAABJ&#10;KAAAQCMAADgeAQAwGQoALBgPACoYFAApGBoAJxggACYZJwAlGS0AJBo1ACMaPgAiG0cAIRtSACAc&#10;XgAfHWwAHR1+ABwdkQAaHqUAGR68ABgf3QAZH/YAGh//ABse/wChOAAAlT0AAItBAACBQgAAd0IA&#10;AG1AAABjPAAAWTcAAE8zAABGLgAAPSkAADUkAAAtIAcAJx0NACUdEgAjHRcAIR0dACEdJAAgHisA&#10;Hx4yAB4fOwAdH0UAHCBPABohXAAZIWoAGCJ7ABYijwAVIqMAFCO6ABMj2gAUI/UAFSP/ABYj/wCe&#10;PAAAk0EAAIlEAAB/RgAAdUYAAGxEAABiQQAAVzwAAE04AABENAAAPDAAADMrAAAqJgMAIyILACAh&#10;EAAeIRUAHCIbABsiIQAaIigAGiMwABkjOAAYJEIAFiVNABUlWQAUJmgAEyZ5ABImjQARJ6IAECe4&#10;AA4n1gAQKPQAESf/ABEn/wCcQAAAkUUAAIdIAAB9SgAAdEoAAGpJAABgRgAAVUEAAEw+AABDOgAA&#10;OjYAADEyAAAoLQAAICkJABsnDgAZJxIAGCcYABYnHwAVKCUAFCgtABMoNgASKUAAEilLABEqVwAQ&#10;KmYADit3AA4riwANLJ8ADCy1AAsszwAMLO8ADSz/AA0r/wCZRAAAj0kAAIVMAAB8TgAAc08AAGlO&#10;AABeSwAAU0cAAEpEAABCQAAAOT0AAC84AAAlNAAAHTAFABYtDAAULBAAEy0VABItHAARLSMAEC0q&#10;AA8uMwAOLj0ADS9IAA0vVQAMMGMACjB0AAkwiAAIMZwABjGxAAYxywAGMesABzD8AAgw/wCXSAAA&#10;jU0AAINRAAB6UwAAcVQAAGdSAABdUAAAUkwAAElKAABARgAANUIAACs+AAAiOgAAGjcBABI0CQAP&#10;Mw4ADjMTAA0zGQANMyAADDQoAAs0MQAKNTsACDVGAAc1UgAFNmAABDZxAAI2hAAANpkAADavAAA2&#10;yAAANugAADb5AAE1/wCUTQAAilIAAIFWAAB4WAAAb1kAAGVYAABbVQAAUVIAAEdPAAA8TAAAMUgA&#10;ACdEAAAeQQAAFj8AABA8BwALOg0ACToRAAg7FwAGOx4ABTsmAAQ7LgACOzgAATxDAAA8TwAAPF4A&#10;ADxuAAA8gQAAPJcAADysAAA7xQAAO+cAADv4AAA7/wCRUgAAiFgAAH9cAAB2XQAAbV4AAGNdAABa&#10;XAAATlgAAEJUAAA3UQAALU4AACNLAAAaSQAAEkYAAA1EBgAHQwwAA0MQAABDFQAAQxsAAEMjAABD&#10;KwAAQzUAAENAAABDTQAAQ1sAAENrAABDfgAAQ5QAAEKqAABCwwAAQeYAAEH5AABB/wCOWAAAhl4A&#10;AH1hAABzYwAAa2QAAGJjAABXYQAASV0AAD1aAAAyWAAAJ1UAAB5TAAAVUQAADk8AAAlNBQACTQsA&#10;AEwOAABMEwAASxgAAEsfAABLKAAASzIAAEs9AABLSQAAS1cAAEtnAABKewAASpAAAEmnAABJwAAA&#10;SOQAAEj4AABH/wCLXwAAg2QAAHpnAABxaQAAaWoAAF5pAABQZgAAQ2QAADdhAAAsXwAAIV0AABhb&#10;AAAQWQAAClgAAANXAwAAVwkAAFYNAABVEAAAVRUAAFQbAABUIwAAVC0AAFQ5AABURQAAVFMAAFRk&#10;AABTdwAAU40AAFKkAABRvQAAUOIAAFD4AABP/wCIZwAAf2sAAHduAABvcAAAZXAAAFduAABKbAAA&#10;PWsAADBpAAAlaAAAGmYAABFkAAALYwAABGIAAABiAQAAYQYAAGALAABgDgAAXxIAAF8XAABfHgAA&#10;XigAAF4zAABeQAAAXk8AAF5fAABdcgAAXYgAAFygAABbuQAAWt8AAFn3AABY/wCEbgAAfHIAAHV1&#10;AABrdgAAXXUAAE90AABCcwAANXMAAChyAAAdcAAAE28AAAxuAAAEbgAAAG4AAABuAAAAbAIAAGwH&#10;AABrCwAAaw4AAGsSAABqGQAAaiIAAGotAABqOgAAaUkAAGlaAABpbAAAaIMAAGebAABmtQAAZdgA&#10;AGT1AABk/wCAdQAAenkAAHB7AABiewAAVHwAAEZ8AAA5fAAALHwAAB97AAAUegAADXoAAAR6AAAA&#10;egAAAHoAAAB6AAAAeQAAAHkBAAB4BgAAeAsAAHgOAAB4EwAAeBoAAHglAAB4MgAAd0EAAHdSAAB3&#10;ZQAAdnwAAHWVAAB0rwAAc84AAHLxAABx/wB+fQAAdYAAAGeBAABYggAASoMAADyEAAAuhQAAIYUA&#10;ABWFAAANhQAAA4UAAACGAAAAhwAAAIgAAACIAAAAhwAAAIcAAACHAAAAhwQAAIcJAACHDgAAiBMA&#10;AIgcAACIKQAAiDgAAIdKAACHXQAAhnMAAIaNAACFpwAAhMUAAIPsAACC/gB4hAAAaoYAAFyIAABN&#10;igAAP4wAADGOAAAjjwAAFo8AAA2QAAACkQAAAJIAAACTAAAAlQAAAJYAAACWAAAAlgAAAJYAAACW&#10;AAAAlwAAAJcAAACXBwAAmA0AAJkTAACaHwAAmi0AAJo/AACaUgAAmmgAAJmDAACZnwAAmLoAAJfi&#10;AACW+ABtigAAX40AAFCQAABBkwAAM5YAACSXAAAWmAAADZkAAAGbAAAAnQAAAJ8AAAChAAAApAAA&#10;AKUAAACkAAAApQAAAKUAAACmAAAApwAAAKgAAACpAAAAqgQAAKwMAACuEwAAriEAAK4zAACuRwAA&#10;rl0AAK52AACukwAArq4AAK3NAACs7wBhkQAAU5UAAESYAAA1nAAAJp8AABehAAANowAAAKUAAACn&#10;AAAAqgAAAKwAAACwAAAAsgAAALQAAACzAAAAtAAAALUAAAC3AAAAuAAAALkAAAC7AAAAvQAAAL8B&#10;AADDCwAAxRUAAMUlAADGOQAAx08AAMdoAADGhQAAxqIAAMa8AADG3gBVmQAAR50AADiiAAAppgAA&#10;GagAAA2rAAAArQAAALEAAAC0AAAAtwAAALoAAAC/AAAAwQAAAMQAAADDAAAAxQAAAMYAAADIAAAA&#10;ygAAAM0AAADPAAAA0gAAANYAAADbAAAA4AwAAOEYAADjKwAA5EEAAOVaAADmdAAA5pEAAOWsAADl&#10;xAD/AAAA/wAAAP8AAAD/AAEA/wAKAP8AEgD/AB0A/wAoAP8ANAD/AD4A/QBIAPoAUAD3AFcA9QBd&#10;APQAYwDyAGkA8ABvAO8AdADtAHsA6wCBAOkAiQDoAJIA5gCcAOQAqADiALcA3wDNANwA7gDZAP8A&#10;2QD/AMoA/wC+AP8AtQD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAP8ADwD8ABgA+AAjAPQALgDw&#10;ADgA6wBCAOgASgDlAFEA4gBYAOAAXQDeAGMA3ABoANkAbgDWAHQA1AB7ANEAggDPAIsAzQCVAMoA&#10;oQDIAK8AxQDBAMIA4wDAAPsAwAD/ALsA/wCwAP8AqAD/AKQA/wD/AAAA/wAAAP8AAAD7AAAA8wAB&#10;AO0ADADoABMA4wAeAOAAKADaADIA0wA8AM8ARADMAEsAyQBRAMYAVwDEAF0AwgBiAMEAZwC/AG0A&#10;vQB0ALsAewC5AIQAtwCOALQAmQCyAKcArwC3AK0A0ACrAPIAqgD/AKkA/wChAP8AmwD/AJcA/wD/&#10;AAAA/wAAAPQAAADpAAAA4AAAANUACADOABAAyQAYAMUAIgDBACsAvAA1ALkAPQC2AEUAswBLALEA&#10;UQCvAFYArgBbAKwAYQCqAGYAqQBtAKYAdACkAHwAogCGAKAAkgCeAJ8AnACuAJkAwwCXAOcAlgD/&#10;AJUA/wCSAP8AjQD/AIoA/wD8AAAA8AAAAOMAAADUAAAAyAAAAL8AAwC5AA0AswATAK8AHACsACUA&#10;qQAuAKUANgCjAD4AoABEAJ4ASgCdAFAAmwBVAJkAWgCXAF8AlgBmAJQAbACSAHUAkAB+AI4AigCL&#10;AJcAiQCmAIcAuACFANYAhAD2AIIA/wCBAP8AfgD/AHwA/wDtAAAA3QAAAMwAAADBAAAAuAAAAK4A&#10;AACnAAkAogAQAJ4AFwCaAB8AlwAnAJQALwCRADcAjwA9AI0AQwCLAEkAiQBOAIgAUwCGAFkAhABf&#10;AIIAZQCAAG0AfgB3AHwAggB6AI8AeACeAHUArwBzAMcAcgDsAHEA/wBwAP8AcAD/AG4A/wDdAAAA&#10;yQAAALwAAACxAAAAqQAAAKEAAACZAAMAkwAMAI4AEgCKABkAhwAhAIQAKQCBADAAfwA3AH0APQB7&#10;AEIAeQBIAHgATQB2AFIAdABYAHIAXwBxAGcAbwBwAGwAewBqAIgAaACXAGYAqABlALwAYwDhAGIA&#10;+gBhAP8AYQD/AGEA/wDNAQAAvAUAAK8FAAClAgAAnAAAAJQAAACNAAAAhgAIAIEADgB8ABQAeAAb&#10;AHUAIwByACkAcAAwAG4ANgBtADwAawBBAGkARwBoAEwAZgBSAGQAWQBjAGAAYQBpAF8AdABdAIEA&#10;WwCQAFkAoQBXALQAVgDQAFUA8gBVAP8AVAD/AFUA/wDBDAAAsg4AAKYPAACbDgAAkgsAAIkFAACC&#10;AAAAewACAHUACwBwABAAbAAWAGgAHQBmACMAYwAqAGEAMABgADYAXgA7AF0AQQBbAEYAWgBMAFgA&#10;UwBWAFsAVABkAFIAbgBRAHsATwCKAE0AmwBMAK4ASwDGAEoA6gBJAP4ASQD/AEkA/wC5EgAAqhYA&#10;AJ4XAACUFgAAihMAAIEQAAB5CwAAcQMAAGsABgBlAA0AYQARAF0AGABaAB4AWAAkAFYAKgBUADAA&#10;UwA2AFEAOwBQAEEATgBHAE0ATgBLAFYASQBfAEcAaQBGAHYARACFAEMAlwBBAKkAQAC/AD8A4gA/&#10;APgAPgD/AD8A/wCyGQAApB4AAJgfAACOHwAAhBwAAHoYAAByEgAAag4AAGIIAABcAQgAVwAOAFMA&#10;EwBQABkATgAfAEwAJQBKACsASAAwAEcANgBGADwARABCAEMASQBBAFEAPwBaAD4AZQA8AHIAOgCB&#10;ADkAkwA4AKUANgC6ADYA2wA1APQANQD/ADUA/wCsIAAAnyQAAJQmAACJJgAAfyQAAHUgAABsGwAA&#10;ZBUAAFwQAABUDAEATgYKAEoCDwBHABQARAAaAEIAIABAACUAPwArAD4BMQA8ATcAOwI+ADkCRQA4&#10;A00ANgNWADUEYQAzBG4AMQV+ADAFkAAvBaMALQa4ACwG1AAsB/AALAj/ACwI/wCoJQAAmyoAAJAs&#10;AACGLQAAeysAAHInAABoIgAAXx0AAFcXAABPEgAASA4EAEEKCwA+BxAAOwYVADkHGwA4ByEANggm&#10;ADUILAAzCDIAMgk5ADEJQQAvCUkALgpTACwKXgArC2wAKQt8ACgMjwAmDKIAJQy3ACQM0wAjDfAA&#10;JA3/ACUN/wCkKgAAmC8AAI0yAACDMgAAeTEAAG8uAABlKQAAXCQAAFMfAABLGQAAQxMAADwQBgA1&#10;DQwAMwwRADEMFgAvDBwALg0iAC0NKAArDS4AKg01ACkNPQAnDkYAJg5QACQOXAAjD2oAIg97ACAQ&#10;jgAfEKIAHRC3ABwQ1AAdEfIAHRH/AB4R/wChLwAAlTMAAIo2AACANwAAdjYAAG0zAABjLwAAWSoA&#10;AFAlAABIIAAAPxoAADgVAAAwEQgALBAOACoQEgAoEBgAJxAeACUQJAAkECoAIxEyACIROgAhEUMA&#10;IBJOAB4SWgAdE2gAGxN4ABoTiwAYFKAAFxS1ABYU0QAWFfEAFxX/ABgU/wCeMwAAkzcAAIg6AAB+&#10;OwAAdDsAAGs4AABhNAAAVy8AAE4rAABFJgAAPSEAADQcAAAtFwUAJhMMACMTEAAiExUAIBMaAB8T&#10;IQAeFCcAHRQvABwVNwAbFUEAGhZLABkWVwAXF2UAFhd2ABQYiQATGJ4AEhizABEZzgARGe8AEhn/&#10;ABMZ/wCcNgAAkTsAAIY+AAB8PwAAcz8AAGk9AABfOQAAVTUAAEwwAABDLAAAOicAADIiAAAqHgEA&#10;IhkJAB4XDgAcFxIAGhcXABkYHgAZGCQAGBksABcZNAAWGj4AFRpJABMbVQASG2MAERx0ABAchwAP&#10;HZwADh2xAA0dywANHewADh3/AA8d/wCZOgAAjz8AAIRCAAB7RAAAcUMAAGhCAABePgAAUzoAAEo2&#10;AABBMgAAOS0AADEpAAAoJQAAICAGABodDAAXHBAAFRwVABQdGwAUHSIAEx0pABIeMgARHzwAEB9G&#10;ABAgUwAOIGEADSFxAAwhhQALIpkACiKuAAkixwAJIucACiL7AAsh/wCXPgAAjEMAAINGAAB5SAAA&#10;cEgAAGdGAABcRAAAUj8AAEk7AABAOAAAODQAAC8wAAAnLAAAHicDABYjCgASIQ4AESETABAiGQAQ&#10;IiAADyInAA4jLwANJDkADCREAAslUAAKJV4ACSZvAAcmggAGJpYABCasAAMmxAAEJuUABCb3AAYm&#10;/wCVQgAAikcAAIFKAAB4TAAAb0wAAGVLAABbSAAAUEQAAEdBAAA/PgAANzsAAC02AAAkMQAAGy0A&#10;ABMqBwAPKA0ADScRAA0oFgAMKB0ACyglAAopLQAJKTcABypCAAYqTgAEK1wAAytsAAErfwAAK5QA&#10;ACupAAArwQAAK+MAACv2AAAq/wCSRgAAiEsAAH9PAAB2UQAAbVEAAGNQAABaTQAAT0oAAEdHAAA+&#10;RAAAM0AAACk8AAAgOAAAFzQAABExBQAMLwwACS4QAAcuFQAGLxsABS8jAAMvKwACMDUAADA/AAAw&#10;TAAAMVkAADFpAAAxfAAAMZEAADGnAAAwvwAAMOEAADD1AAAv/wCQSwAAhlAAAH1UAAB1VgAAa1YA&#10;AGJVAABYUwAATlAAAEVNAAA6SQAAL0UAACVCAAAcPgAAFDsAAA45BQAJNwsABDYPAAE2EwAANhkA&#10;ADYgAAA2KQAANjIAADc9AAA3SQAAN1cAADdnAAA3eQAAN48AADalAAA2vQAANuAAADX1AAA1/wCN&#10;UAAAhFYAAHxaAAByWwAAaVsAAGBbAABXWQAATFYAAEBSAAA1TgAAKksAACBIAAAXRgAAEEMAAAtB&#10;BAAEQAoAAD8OAAA+EQAAPhYAAD4dAAA+JgAAPi8AAD46AAA+RgAAPlQAAD5kAAA+dgAAPYwAAD2j&#10;AAA8uwAAPN4AADv1AAA7/wCKVwAAglwAAHlfAABwYQAAaGEAAF9hAABUXgAAR1sAADpXAAAvVQAA&#10;JVIAABtQAAASTQAADEsAAAZKAwAASQkAAEgNAABHEAAARxQAAEYaAABGIgAARiwAAEY3AABGQwAA&#10;RlEAAEZgAABFcwAARYkAAESgAABEuAAAQ9wAAEL1AABC/wCIXQAAf2IAAHdlAABuZwAAZ2gAAFtm&#10;AABOYwAAQWEAADReAAApXAAAH1oAABVXAAAOVgAAB1QAAABTAQAAUgYAAFELAABRDgAAUBEAAE8W&#10;AABPHgAATycAAE8yAABPPwAAT00AAE5dAABObwAAToUAAE2dAABMtQAAS9gAAEr1AABK/wCFZQAA&#10;fGkAAHRsAABtbgAAYm0AAFRrAABHaQAAOmcAAC1lAAAiZAAAGGIAABBgAAAJXwAAAF4AAABeAAAA&#10;XQMAAFwIAABbDAAAWg8AAFoTAABZGQAAWSIAAFktAABZOgAAWUgAAFhYAABYawAAV4EAAFeZAABW&#10;sgAAVdIAAFT0AABT/wCBbAAAeXAAAHNzAABocwAAWnIAAExxAAA/cAAAMm8AACVuAAAabAAAEWsA&#10;AAlqAAAAagAAAGkAAABpAAAAaAAAAGcDAABmCAAAZgwAAGYPAABlFAAAZRwAAGUnAABkNAAAZEMA&#10;AGRTAABkZQAAY3sAAGKUAABhrQAAYM0AAF/xAABe/wB9dAAAd3cAAG55AABfeQAAUXkAAEN5AAA2&#10;eAAAKXgAABx3AAARdgAACnUAAAB1AAAAdQAAAHYAAAB1AAAAdAAAAHQAAABzAgAAcwcAAHMMAABy&#10;EAAAchUAAHIgAAByLAAAcjsAAHFMAABxXwAAcXQAAHCOAABvqAAAbsYAAGztAABr/wB7ewAAcn4A&#10;AGR+AABVfwAAR4AAADmBAAArggAAHoEAABKBAAAKgQAAAIEAAACCAAAAgwAAAIMAAACDAAAAggAA&#10;AIIAAACCAAAAggAAAIIFAACCCgAAgg8AAIIXAACCIwAAgjIAAIJDAACBVgAAgWwAAICGAAB/oQAA&#10;fr0AAH3mAAB8/AB2ggAAaIMAAFmFAABLhwAAPIkAAC6KAAAgiwAAE4sAAAqLAAAAjAAAAI0AAACP&#10;AAAAkQAAAJIAAACRAAAAkQAAAJEAAACRAAAAkQAAAJIAAACSAgAAkwkAAJQPAACUGQAAlCcAAJQ4&#10;AACUTAAAk2IAAJN8AACTmAAAkrMAAJHYAACQ9gBqiAAAXIoAAE2NAAA/kAAAMJIAACGUAAAUlQAA&#10;CpYAAACXAAAAmQAAAJsAAACdAAAAnwAAAKAAAACgAAAAoAAAAKAAAAChAAAAogAAAKMAAACkAAAA&#10;pQAAAKYHAACoEAAAqBwAAKgtAACpQAAAqVYAAKlvAACpiwAAqKgAAKfHAACm7ABfjwAAUJIAAEGW&#10;AAAzmQAAI5wAABSdAAAKnwAAAKEAAACjAAAApgAAAKgAAACsAAAArgAAAK8AAACvAAAAsAAAALAA&#10;AACyAAAAswAAALQAAAC2AAAAtwAAALoAAAC9BwAAvxAAAL8fAADAMwAAwEkAAMBiAADAfgAAwJsA&#10;AMC3AAC/2ABTlwAARJsAADWfAAAmowAAFqUAAAunAAAAqgAAAK0AAACwAAAAswAAALYAAAC7AAAA&#10;vQAAAMAAAAC/AAAAwQAAAMIAAADEAAAAxgAAAMgAAADKAAAAzAAAAM8AAADTAAAA2gcAANsTAADd&#10;JQAA3jsAAN9TAADgbgAA34wAAN2pAADdwgD/AAAA/wAAAP8AAAD/AAAA/wAHAP8AEAD/ABkA/wAk&#10;AP8ALwD8ADoA+QBDAPUASwDzAFIA8QBZAO8AXgDtAGQA6wBpAOkAbwDnAHUA5gB8AOQAhADiAI0A&#10;4ACXAN0AogDaALEA1QDFANIA6ADQAP8AzwD/AMQA/wC4AP8ArwD/AKkA/wD/AAAA/wAAAP8AAAD/&#10;AAAA/wACAPsADQD3ABUA8wAfAO8AKQDqADQA5gA9AOIARQDeAEwA2wBTANgAWADUAF4A0gBjANAA&#10;aQDOAG4AzAB1AMoAfQDIAIUAxgCQAMIAmwDAAKkAvgC6ALsA2QC5APcAuAD/ALQA/wCpAP8AogD/&#10;AJ0A/wD/AAAA/wAAAP8AAAD2AAAA7gAAAOcACgDhABEA3AAaANcAIwDQAC4AywA3AMcAPwDEAEYA&#10;wQBNAL8AUgC9AFgAuwBdALkAYgC4AGgAtgBuALQAdQCxAH4ArwCIAK0AkwCqAKEAqACxAKYAyACk&#10;AO0AogD/AKIA/wCbAP8AlQD/AJEA/wD/AAAA/AAAAO4AAADjAAAA2AAAAM0ABQDGAA4AwQAVAL0A&#10;HgC5ACcAtQAwALIAOACvAEAArABGAKoATACoAFEApwBWAKUAWwCjAGEAoQBnAJ8AbgCeAHYAmwCA&#10;AJkAjACXAJkAlACoAJIAvACQAN8AjgD7AI4A/wCLAP8AhgD/AIMA/wD4AAAA6QAAANwAAADMAAAA&#10;wQAAALgAAACyAAoArAARAKgAGAClACEAogApAJ4AMgCcADkAmQA/AJcARQCVAEoAlABQAJIAVQCQ&#10;AFoAjwBgAI0AZwCLAG8AiQB4AIYAhACEAJEAggCgAIAAsgB9AMwAfADxAHsA/wB6AP8AdwD/AHUA&#10;/wDmAAAA0wAAAMYAAAC7AAAAsQAAAKcAAAChAAUAmwANAJcAEwCTABsAkAAjAIwAKwCKADIAiAA4&#10;AIYAPgCEAEQAggBJAIEATgB/AFMAfQBZAHsAYAB5AGgAdwBxAHUAfABzAIkAcACYAG8AqQBtAL8A&#10;awDmAGoA/wBpAP8AaQD/AGcA/wDTAAAAwwAAALUAAACrAAAAowAAAJsAAACSAAAAjAAKAIcAEACD&#10;ABYAfwAdAH0AJAB6ACsAeAAyAHYAOAB0AD0AcgBCAHEASABvAE0AbQBTAGwAWQBqAGEAaABqAGYA&#10;dABkAIEAYQCRAF8AogBeALYAXADVAFsA9wBbAP8AWgD/AFoA/wDFAAAAtgIAAKkCAACfAAAAlgAA&#10;AI4AAACHAAAAgAAFAHoADAB1ABEAcQAYAG4AHgBrACUAaQArAGcAMQBmADcAZAA8AGMAQQBhAEcA&#10;XwBNAF4AUwBcAFsAWgBkAFgAbgBWAHsAVACKAFIAmwBRAK4AUADIAE8A7gBOAP8ATgD/AE0A/wC7&#10;CgAArA0AAKANAACVDAAAjAgAAIMCAAB8AAAAdQAAAG4ACABpAA4AZQATAGIAGQBfAB8AXQAlAFsA&#10;KwBZADEAWAA2AFYAOwBVAEEAUwBHAFEATgBQAFUATgBeAEwAaABKAHUASACEAEcAlQBFAKgARAC/&#10;AEMA5ABCAPwAQgD/AEIA/wCyEQAApRQAAJkVAACOEwAAhBEAAHsNAABzCAAAbAAAAGUAAwBfAAsA&#10;WwAPAFcAFABUABoAUQAfAE8AJQBOACsATAAwAEsANgBJADwASABCAEYASABFAFAAQwBZAEEAYwA/&#10;AG8APgB+ADwAkAA7AKMAOgC4ADkA2QA4APUAOAD/ADgA/wCsFwAAnxsAAJMdAACJHAAAfxkAAHUV&#10;AABsEAAAZAwAAF0GAABWAAYAUQAMAE0AEABKABUARwAaAEUAIABEACYAQgArAEEAMQA/ADYAPgA9&#10;ADwARAA7AEsAOQBUADcAXwA2AGsANAB6ADIAjAAxAJ4AMACzAC8AzgAvAO8ALgD/AC4A/wCnHgAA&#10;miIAAI8kAACEJAAAeiEAAHEdAABnGAAAXxMAAFcOAABQCgAASQMIAEUADQBBABEAPgAWADwAGwA6&#10;ACEAOQAmADcALAA2ADIANAA4ADMAPwAxAEcAMABQAC4AWwAtAGcAKwB2ACoAiAAoAJwAJwCwACYA&#10;yQAlAOoAJQH7ACUB/wCiIwAAligAAIsqAACBKgAAdygAAG0lAABkIAAAWxsAAFIVAABLEAAAQwwC&#10;AD0HCQA5Aw4ANgESADMBFwAxARwAMAEiAC8CJwAtAi0ALAM0ACoDOwApBEMAKARNACYFWAAlBWUA&#10;IwZ0ACIGhgAgBpoAHweuAB4HxgAdB+cAHQj4AB0J/wCfKAAAky0AAIgvAAB+LwAAdC4AAGorAABh&#10;JgAAWCEAAE8cAABHFwAAPxIAADgOBAAxCwoALggOACsHEgApBxcAKAgdACcIIwAlCCkAJAkwACMJ&#10;NwAhCkAAIApKAB8LVQAdC2IAGwxyABoMhQAYDJkAFwytABYMxgAVDeYAFQ35ABYN/wCcLQAAkDEA&#10;AIY0AAB8NAAAcjMAAGgxAABfLAAAVScAAEwjAABEHQAAPBgAADQTAAAtEAYAJg0LACQMDwAiDBMA&#10;IQwZAB8MHwAeDSUAHQ0sABsNNAAaDj0AGQ5HABcOUwAWDmEAFA9xABMQhAASEJgAERCuABAQxgAQ&#10;EOgAEBD7ABEQ/wCZMQAAjjUAAIQ4AAB6OQAAcDgAAGc2AABdMgAAUy0AAEooAABCJAAAOR8AADEa&#10;AAAqFQEAIxEHAB0QDQAbDxAAGQ8VABgQGwAXECEAFhApABUQMQAUEToAExFFABISUQAREl8AEBJv&#10;AA4TggAOE5YADROrAAsTwgALFOMADBT6AA0T/wCXNQAAjDkAAII8AAB4PQAAbz0AAGU6AABbNwAA&#10;UjIAAEkuAABAKgAANyUAAC8hAAAoHAAAIBgDABkUCgAVEg4AFBISABMTGAASEx8AERQmABEULgAQ&#10;FDgADxVCAA4WTwANFlwADBdsAAsXfwAJGJMACBioAAYYvwAHGOAABxj1AAkY/wCVOAAAij0AAIBA&#10;AAB3QQAAbUEAAGQ/AABaPAAAUDgAAEczAAA+MAAANisAAC4nAAAnIwAAHx8AABcaCAASFw0AEBcR&#10;AA8XFgAOGBwADhgjAA0ZLAAMGjUACxpAAAobTAAJG1oABxxpAAUcfAAEHZEAAh2mAAEdvAACHN0A&#10;AhzyAAMc/wCTPAAAiEEAAH9EAAB1RQAAbEUAAGNEAABZQQAATz0AAEY5AAA+NgAANTIAAC4uAAAl&#10;KgAAHSUAABQhBAAPHQsADR0QAAwdFAALHRoACh4iAAgeKgAHHzMABiA+AAQgSgADIVcAASFnAAAh&#10;eQAAIY4AACGkAAAhugAAIdsAACHyAAAg/gCQQAAAhkUAAH1IAAB0SgAAa0oAAGJJAABYRgAATkIA&#10;AEU/AAA9PAAANTkAACs0AAAiLwAAGSsAABIoBAANJAoACSMOAAYjEgAFIxkABCQgAAIkKAABJTEA&#10;ACU8AAAlSAAAJlUAACZlAAAmdwAAJowAACaiAAAmuQAAJtkAACXyAAAl/gCORQAAhEkAAHtNAABz&#10;TwAAak8AAGBOAABXSwAATUgAAERFAAA8QgAAMT0AACc5AAAeNQAAFTIAAA8uAwAKLAoABSsOAAEq&#10;EQAAKhYAACoeAAAqJgAAKy8AACs5AAArRQAALFMAACxiAAAsdQAALIoAACugAAArtwAAK9YAACry&#10;AAAq/wCMSQAAgk4AAHpSAABxVAAAaFQAAF9TAABWUQAATE4AAENLAAA3RwAALUMAACM/AAAaPAAA&#10;EjgAAAw2AwAGMwkAADINAAAyEAAAMRQAADEbAAAxIwAAMSwAADI3AAAyQwAAMlAAADJgAAAycgAA&#10;MocAADGeAAAxtQAAMNQAADDyAAAv/wCJTwAAgFQAAHhXAABvWQAAZlkAAF5ZAABVVwAASVMAAD5P&#10;AAAyTAAAKEgAAB5FAAAVQgAADkAAAAg9AgABPAgAADsMAAA6DwAAORIAADkYAAA5IAAAOSkAADk0&#10;AAA5QAAAOU4AADldAAA5bwAAOIUAADicAAA3swAAN9IAADbyAAA1/wCHVQAAf1oAAHZdAABtXwAA&#10;ZV8AAF1fAABSXAAARFgAADhVAAAtUgAAIk8AABhMAAAQSgAACkgAAANGAQAARQYAAEQKAABDDQAA&#10;QhAAAEEVAABBHQAAQSYAAEExAABBPQAAQUoAAEFaAABBbAAAQIEAAD+ZAAA/sQAAPtAAAD3yAAA8&#10;/wCEXAAAfGAAAHNjAABsZQAAZGYAAFlkAABLYQAAPl4AADJbAAAmWQAAHFYAABJUAAAMUgAABFEA&#10;AABPAAAATgMAAE0IAABMDAAASw4AAEsSAABKGQAASiIAAEosAABKOQAASkcAAEpWAABJaAAASX4A&#10;AEiWAABHrwAARs0AAEXxAABE/wCBYwAAeWcAAHJqAABrbAAAYGsAAFJpAABEZgAAN2QAACpiAAAf&#10;YAAAFV4AAA1dAAAGWwAAAFoAAABZAAAAWAAAAFcEAABWCAAAVgwAAFUQAABUFAAAVB0AAFQnAABU&#10;NAAAVEIAAFNSAABTZAAAUnkAAFKSAABRqwAAUMoAAE/vAABO/wB+agAAd24AAHBxAABmcQAAWHAA&#10;AEpvAAA8bQAAL2wAACJqAAAXaQAADmcAAAZmAAAAZQAAAGUAAABlAAAAYwAAAGIAAABiBAAAYQgA&#10;AGENAABgEAAAYBcAAGAhAABfLgAAXzwAAF9NAABeXgAAXnQAAF2NAABcpwAAW8UAAFrtAABZ/wB7&#10;cgAAdXYAAGt3AABddgAAT3YAAEF1AAAzdQAAJnQAABlzAAAQcgAAB3EAAABxAAAAcQAAAHEAAABx&#10;AAAAbwAAAG8AAABuAAAAbgIAAG4IAABtDAAAbREAAG0aAABtJgAAbDUAAGxGAABrWAAAa20AAGqG&#10;AABpoQAAaL4AAGfoAABm/gB5egAAcHwAAGF8AABTfQAARH0AADZ+AAAofgAAG30AABB9AAAHfQAA&#10;AH0AAAB9AAAAfgAAAH8AAAB+AAAAfQAAAH0AAAB8AAAAfAAAAHwAAAB8BgAAfAwAAHwSAAB8HQAA&#10;fCwAAHw8AAB8TwAAe2UAAHt+AAB6mgAAebYAAHjfAAB3+gBzgAAAZYEAAFaDAABIhAAAOYYAACuH&#10;AAAdhwAAEYcAAAeIAAAAiAAAAIkAAACKAAAAjAAAAI0AAACNAAAAjAAAAIwAAACMAAAAjAAAAIwA&#10;AACNAAAAjQQAAI4MAACOEwAAjyEAAI4yAACORgAAjlsAAI10AACNkAAAjK0AAIvOAACK8wBohgAA&#10;WogAAEuLAAA8jQAALY8AAB6QAAARkQAAB5IAAACTAAAAlQAAAJcAAACZAAAAmwAAAJwAAACbAAAA&#10;mwAAAJwAAACcAAAAnQAAAJ4AAACeAAAAnwAAAKEDAACiDAAAohYAAKMmAACjOgAAo08AAKNoAACi&#10;hgAAoqIAAKLAAACh6ABcjQAATZAAAD+TAAAwlgAAIZkAABKaAAAHmwAAAJ0AAACgAAAAogAAAKQA&#10;AACoAAAAqgAAAKsAAACqAAAAqwAAAKwAAACtAAAArgAAAK8AAACxAAAAsgAAALQAAAC3AQAAuQ0A&#10;ALkaAAC6LQAAukMAALpbAAC6dwAAu5QAALuxAAC50gBQlQAAQZgAADKcAAAjoAAAE6IAAAikAAAA&#10;pwAAAKoAAACsAAAArwAAALIAAAC3AAAAuQAAALsAAAC6AAAAvAAAAL0AAAC/AAAAwAAAAMIAAADE&#10;AAAAxgAAAMkAAADNAAAA0gEAANQPAADVHwAA1zUAANhNAADYaQAA14YAANejAADWvQD/AAAA/wAA&#10;AP8AAAD/AAAA/wADAP8ADQD/ABUA/wAgAPwAKwD4ADUA9AA/APAARwDuAE4A6wBUAOkAWgDnAF8A&#10;5QBkAOMAagDhAHAA3wB2AN0AfgDbAIcA2ACRANMAnQDPAKsAzQC9AMsA4ADJAPsAxwD/AL0A/wCx&#10;AP8AqQD/AKMA/wD/AAAA/wAAAP8AAAD/AAAA/AAAAPYACwDxABEA7QAbAOkAJQDkADAA3wA5ANoA&#10;QQDVAEgA0QBOAM8AVADNAFkAywBeAMkAYwDHAGkAxQBvAMMAdwDAAH8AvgCKALsAlQC4AKMAtgC0&#10;ALQAzQCyAPIAsAD/AKwA/wCjAP8AnAD/AJcA/wD/AAAA/wAAAPoAAADxAAAA6AAAAOAABgDZAA4A&#10;0gAWAM4AHwDIACkAxAAyAMAAOgC9AEEAugBIALgATQC2AFMAtABYALIAXQCwAGIArgBpAKwAbwCq&#10;AHgAqACCAKYAjgCkAJsAoQCrAJ8AwACdAOYAmwD/AJoA/wCUAP8AjgD/AIoA/wD/AAAA9gAAAOgA&#10;AADcAAAAzgAAAMYAAQC/AAsAugARALYAGgCyACIArgArAKoANACoADsApQBBAKMARwChAEwAnwBR&#10;AJ4AVgCcAFwAmgBiAJkAaACXAHAAlQB6AJIAhgCQAJMAjQCiAIsAtQCJANMAhwD3AIYA/wCEAP8A&#10;fwD/AHwA/wDyAAAA4wAAANIAAADFAAAAugAAALEAAACrAAcApQAOAKEAFACeABwAmgAlAJcALQCU&#10;ADQAkgA6AJAAQACOAEUAjQBKAIsAUACJAFUAiABbAIYAYQCEAGkAggByAH8AfQB9AIsAewCaAHgA&#10;qwB2AMQAdADrAHMA/wBzAP8AcAD/AG4A/wDfAAAAzAAAAL8AAAC0AAAAqwAAAKEAAACaAAIAlAAL&#10;AJAAEACMABcAiAAeAIUAJgCDAC0AgQAzAH8AOQB9AD8AewBEAHkASQB4AE4AdgBUAHQAWgBzAGIA&#10;cABrAG4AdQBsAIMAagCSAGgAowBmALgAZADeAGMA+wBiAP8AYgD/AGAA/wDMAAAAvAAAAK8AAACl&#10;AAAAnQAAAJQAAACMAAAAhgAHAIEADQB8ABIAeAAZAHUAHwBzACYAcQAtAG8AMgBtADgAawA9AGoA&#10;QgBoAEgAZwBOAGUAVABjAFsAYQBkAF8AbgBdAHsAWwCKAFkAmwBXAK8AVgDLAFUA8gBUAP8AVAD/&#10;AFQA/wC+AAAAsAAAAKQAAACZAAAAkAAAAIgAAACBAAAAeQACAHMACgBvAA8AawAUAGcAGgBlACAA&#10;YwAmAGEALABfADIAXgA3AFwAPABbAEIAWQBHAFcATgBWAFUAVABeAFIAaABQAHQATgCDAEwAlQBK&#10;AKgASQDAAEgA6ABHAP8ARwD/AEcA/wC0CQAApgsAAJsMAACQCgAAhgUAAH4AAAB2AAAAbwAAAGgA&#10;BQBjAAwAXwAQAFsAFQBYABoAVgAhAFQAJgBTACwAUQAxAFAANgBOADwATQBCAEsASABJAFAASABY&#10;AEYAYgBEAG4AQgB9AEAAjgA/AKIAPQC4AD0A3QA8APgAPAD/ADwA/wCsEAAAnxIAAJQSAACJEQAA&#10;fw8AAHYMAABuBQAAZgAAAGAAAQBZAAgAVQANAFEAEQBOABYASwAbAEkAIQBIACYARgArAEUAMQBD&#10;ADYAQgA8AEAAQwA+AEsAPQBTADsAXQA5AGkANwB4ADYAiQA0AJwAMwCxADIAzgAyAPEAMQD/ADEA&#10;/wCmFgAAmhkAAI4aAACEGgAAehYAAHASAABoDgAAXwoAAFgDAABRAAQATAAKAEgADgBEABIAQQAW&#10;AD8AGwA9ACEAPAAmADoALAA5ADEANwA3ADYAPgA0AEYAMwBPADEAWQAvAGUALgBzACwAhQArAJgA&#10;KgCtACkAxgAoAOoAKAD+ACgA/wChHAAAlSAAAIohAAB/IQAAdR8AAGwaAABjFgAAWhEAAFINAABL&#10;BwAARAAGAEAACwA8AA8AOAASADYAFwA0ABwAMwAhADEAJwAwACwALgAzAC0AOgArAEIAKgBLACgA&#10;VQAmAGEAJQBwACQAgQAiAJUAIQCpACAAwQAgAOQAHwD5AB8A/wCdIgAAkSYAAIYoAAB8JwAAciUA&#10;AGkiAABfHQAAVxgAAE4TAABGDgAAPwsAADgFBwA0AAwAMQAQAC4AEwAsABgAKgAdACkAIgAnACgA&#10;JgAuACQANgAjAD4AIgBHACAAUgAfAF4AHQBtABwAfgAaAJIAGQCnABgAvQAXAN8AFwH1ABcC/wCa&#10;JwAAjisAAIQtAAB5LQAAcCsAAGYoAABdJAAAVB8AAEsaAABDFAAAOxAAADQNAgAtCQkAKQUNACYD&#10;EAAkARMAIgIZACECHgAgAiQAHgMqAB0DMgAbBDoAGgVEABkFTwAXBlwAFgZqABQHfAATB5AAEgel&#10;ABEHuwAQB9sAEAjyABAJ/wCXKwAAjC8AAIExAAB3MgAAbjEAAGQuAABbKgAAUSUAAEkgAABAGwAA&#10;OBYAADESAAApDgQAIwwJAB8JDQAdBxAAGwcVABkIGgAYCCAAFwknABYJLgAVCjcAEwpBABILTQAR&#10;C1oAEAtpAA4MewAODJAADQylAAwNuwALDdkACw3xAAwN/wCVLwAAijMAAH82AAB2NgAAbDUAAGMz&#10;AABZLwAAUCsAAEcmAAA+IQAANh0AAC4YAAAnEwAAIBAFABkOCgAVDA4AFAwRABMMFgASDBwAEQ0j&#10;ABANKwAPDTQADg4/AA0OSgAMD1gACw9nAAoQeQAIEI0ABxCiAAYQuAAFENQABRDvAAYQ/wCSMwAA&#10;iDcAAH46AAB0OwAAazoAAGE4AABYNQAATjAAAEUsAAA9JwAANSMAAC0fAAAmGgAAHhYBABcTBgAR&#10;EAsADg4OAA4PEwANEBkADRAgAAwQKAALETIAChE8AAgSSAAHElUABhNlAAQTdgADE4sAARSgAAAT&#10;tgAAE9EAABPuAAAT+wCQNgAAhjsAAHw+AABzPwAAaj8AAGA9AABXOQAATTYAAEQxAAA8LgAANCoA&#10;ACwmAAAlIgAAHh4AABYaAgAQFQkADBMOAAoTEgAJFBcACBQfAAcVJgAGFS8ABBY6AAMWRgABF1MA&#10;ABdiAAAYdAAAGIkAABifAAAYtQAAF9AAABftAAAX+wCOOgAAhD8AAHtCAAByQwAAaEMAAF9CAABW&#10;PwAATDsAAEM3AAA7NAAAMzAAACwsAAAkKQAAGyQAABMfAgANGwkACRkNAAYZEQAEGRYAAhkdAAEa&#10;JAAAGi0AABs4AAAbRAAAHFEAABxgAAAdcgAAHYcAABydAAAcswAAHM4AABvtAAAb/ACMPgAAgkMA&#10;AHlGAABwSAAAaEgAAF5GAABVRAAAS0AAAEM9AAA7OgAAMzcAACoyAAAgLQAAFykAABAlAgALIgkA&#10;BSANAAEfEAAAHxQAAB8bAAAgIgAAICsAACE2AAAhQQAAIU8AACFeAAAicAAAIoUAACGbAAAhsgAA&#10;Ic0AACDtAAAf/ACKQwAAgEgAAHhLAABvTAAAZk0AAF1LAABUSQAASkYAAEJDAAA6QAAALzsAACU3&#10;AAAcMwAAEy8AAA0sAgAHKQgAAScMAAAmDgAAJRIAACYZAAAmIQAAJikAACYzAAAnPwAAJ00AACdc&#10;AAAnbQAAJ4IAACeZAAAmsAAAJcwAACXuAAAk/QCISAAAf0wAAHZQAABuUQAAZVIAAFxRAABTTwAA&#10;SkwAAEFJAAA1RAAAK0AAACE8AAAXOQAAEDYAAAoyAQADMAcAAC8LAAAuDgAALREAAC0WAAAtHgAA&#10;LScAAC0xAAAtPQAALUoAAC1ZAAAtawAALYAAACyXAAAsrwAAK8sAACruAAAq/gCFTQAAfVIAAHVV&#10;AABsVwAAY1cAAFtWAABTVQAAR1EAADtNAAAwSQAAJUYAABxDAAATPwAADT0AAAY6AAAAOAUAADcJ&#10;AAA2DQAANQ8AADQUAAA0GwAANCQAADQuAAA0OgAANEcAADRXAAA0aAAANH0AADOVAAAyrQAAMcoA&#10;ADHuAAAw/wCDUwAAe1gAAHNbAABqXQAAYl0AAFtdAABPWgAAQlYAADZSAAAqTwAAIEwAABZJAAAO&#10;RwAACEQAAABCAAAAQQMAAD8HAAA+CwAAPQ4AAD0RAAA8GAAAPCEAADwrAAA8NwAAPEQAADxTAAA8&#10;ZQAAO3oAADqSAAA6qwAAOcgAADjtAAA3/wCBWgAAeV4AAHFhAABpYwAAYmQAAFdiAABJXgAAPFsA&#10;AC9YAAAkVQAAGVMAABBRAAAKTwAAAU0AAABMAAAASgAAAEkEAABICAAARwwAAEYPAABGFAAARRwA&#10;AEUnAABFMwAARUAAAEVQAABEYQAARHYAAEOPAABCqAAAQcYAAEDsAAA//wB+YQAAdmUAAG9oAABo&#10;agAAXWkAAE9mAABCZAAANGEAAChfAAAdXQAAElsAAAtZAAACWAAAAFYAAABWAAAAVAAAAFMAAABS&#10;BAAAUQkAAFANAABQEAAATxgAAE8iAABPLgAATzwAAE9LAABOXQAATnIAAE2LAABMpQAAS8IAAEnq&#10;AABI/wB7aQAAdGwAAG5vAABkbwAAVW0AAEdsAAA5agAALGkAACBnAAAUZQAADWQAAANiAAAAYgAA&#10;AGEAAABgAAAAXwAAAF4AAABdAAAAXAQAAFwJAABbDQAAWxIAAFscAABaKAAAWjYAAFpGAABZWAAA&#10;WW0AAFiFAABXoAAAVr0AAFXoAABT/gB5cAAAc3QAAGl1AABbdAAATHMAAD5zAAAwcgAAI3EAABZv&#10;AAANbgAABG0AAABtAAAAbQAAAG0AAABsAAAAawAAAGoAAABpAAAAaQAAAGkDAABoCQAAaA4AAGgV&#10;AABnIQAAZy8AAGc/AABmUgAAZmYAAGV/AABkmgAAY7cAAGLhAABh/AB3eAAAbXoAAF96AABQegAA&#10;QnoAADN7AAAlewAAGHoAAA55AAAEeQAAAHkAAAB5AAAAegAAAHoAAAB6AAAAeAAAAHgAAAB3AAAA&#10;dwAAAHcAAAB3AQAAdwgAAHcOAAB3GAAAdyYAAHY2AAB2SQAAdV8AAHV3AAB0kwAAc68AAHLTAABx&#10;9wBxfgAAY38AAFSAAABFggAANoMAACiEAAAahAAADoMAAASEAAAAhAAAAIUAAACGAAAAiAAAAIkA&#10;AACIAAAAhwAAAIcAAACHAAAAhwAAAIcAAACIAAAAiAAAAIgHAACJEAAAiRwAAIksAACIPwAAiFUA&#10;AIhtAACHiQAAhqcAAIXHAACE7wBmhAAAV4YAAEiIAAA5igAAKowAABuNAAAPjQAABI4AAACQAAAA&#10;kQAAAJMAAACVAAAAlwAAAJgAAACWAAAAlwAAAJcAAACXAAAAmAAAAJgAAACZAAAAmgAAAJsAAACd&#10;BwAAnREAAJ0hAACdMwAAnUkAAJxiAACcfwAAnJwAAJy5AACb4gBaiwAAS44AADyRAAAtkwAAHpUA&#10;ABCWAAAEmAAAAJoAAACcAAAAngAAAKEAAACkAAAApgAAAKcAAACmAAAApwAAAKcAAACoAAAAqQAA&#10;AKoAAACsAAAArQAAAK8AAACxAAAAswkAALMVAAC0JwAAtD0AALVVAAC1cAAAtI4AALSsAAC0zABN&#10;kgAAP5YAAC+aAAAgnQAAEZ8AAAWhAAAAowAAAKYAAACpAAAArAAAAK8AAACzAAAAtQAAALcAAAC2&#10;AAAAtwAAALgAAAC6AAAAuwAAAL0AAAC/AAAAwQAAAMQAAADHAAAAywAAAM0MAADOGgAAzy8AAM9I&#10;AADQYgAA0IAAANCdAADQuAAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0f&#10;ICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZn&#10;aWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+w&#10;sbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5&#10;+vv8/v//////////////////////////////////////////////////////AAAAAAAAAAAAAAAA&#10;AAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJE&#10;RUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouM&#10;jo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV&#10;1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////&#10;/////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8g&#10;ISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdp&#10;amtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cx&#10;s7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6&#10;+/z+//////////////////////////////////////////////////////8AAQIDBAUGBwgJCgsM&#10;DQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RF&#10;RkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+&#10;f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3&#10;uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w&#10;8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADASEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAA&#10;AAAAAQAAAAECAwQFBgcICAkKCwwNDg8QERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkqKywtLi8w&#10;MTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdo&#10;aWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6Ch&#10;oqOkpaanqKmqq6ytrrCxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc&#10;3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwM&#10;DQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIy&#10;MzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKV&#10;l5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna&#10;29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8&#10;/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0e&#10;Hh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNV&#10;V1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHC&#10;w8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs&#10;7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////4oHwSUNDX1BST0ZJTEUACQn/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////T/////////////////////////////////////////69H/////////////////&#10;////////////////////////9+n+////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////4c3X////////////////////&#10;///////////////////dr5a39P/////////////////////////////////////FjGin5///////&#10;///////////////////////////////MnImk5//////////////////////////////////////6&#10;zrvG9f//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////3MW99f////////////////////////////////////+/k3qFxf//////////&#10;/////////////////////////9uQWz1lqPb//////////////////////////////////rx1NABU&#10;m+v/////////////////////////////////05R+SSxOmuz/////////////////////////////&#10;///Y1MqzfmVtpfn////////////////////////////////////0xa6vyf//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////8NbG7P//////////////&#10;/////////////////////+a7kXRjq/f////////////////////////////////2xJpzRSY0fcz/&#10;//////////////////////////////+1gFUwCgAZYLL//////////////////////////////890&#10;NQsAAAAKUqf//////////////////////////////5Y0AAAAAAAAT6f/////////////////////&#10;////////9mkdAAAJDAYJUrH/////////////////////////////yzsOEzVMW01MXsP/////////&#10;////////////////////qWA2YIaftqypuNn/////////////////////////////4JeNvuX/////&#10;/////////////////////////////////+35////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////r2cq8x///////////////////////////////////z5qBbVpGiOr/////&#10;///////////////////////////EfD4mEAAAVLD//////////////////////////////+CDPAAA&#10;AAAALoft/////////////////////////////6xTEAAAAAAAF23W////////////////////////&#10;////+4AxAAAAAAAACWHM////////////////////////////0loCAAAAAAAAAF3M////////////&#10;////////////////qDUAAAAAAAAAAFzT////////////////////////////fQ0AAAAAAAAAAFTW&#10;///////////////////////////ufUUAAAAAAAAAAETU///////////////////////////8qmQv&#10;AgAABCI3SVjO////////////////////////////6aRrQSg/Y3+Vp7ra////////////////////&#10;///////////VsqyyzOT6////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////lu5d3Ysj/////////&#10;////////////////////////255nNgoAAoz////////////////////////////////Ifz8FAAAA&#10;AF7P/////////////////////////////9mBOQAAAAAAADyq////////////////////////////&#10;/55MAAAAAAAAACOQ////////////////////////////3G8aAAAAAAAAABB9+f//////////////&#10;////////////r0gAAAAAAAAAAABv7v//////////////////////////hBMAAAAAAAAAAABk5v//&#10;///////////////////////sUQAAAAAAAAAAAABX3v////////////////////////+4FQAAAAAA&#10;AAAAAABI1v////////////////////////90FAAAAAAAAAAAAAA4z///////////////////////&#10;//miWhMAAAAAAAAAAAAjxf/////////////////////////fm1wsAAAAAAAAAAANuv//////////&#10;////////////////77F9VTkiEQcBAhEisv//////////////////////////////37+lmZiaoKy9&#10;2v//////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////476dgHz7////////////////////////////////8reEVzAOAB2s&#10;///////////////////////////////SikwVAAAAAABy8////////////////////////////9Z/&#10;NgAAAAAAAABLyf//////////////////////////+pE+AAAAAAAAAAAvq///////////////////&#10;////////wFoAAAAAAAAAAAAalf//////////////////////////jSQAAAAAAAAAAAAIhP//////&#10;///////////////////nXgAAAAAAAAAAAAAAd/////////////////////////+0JQAAAAAAAAAA&#10;AAAAav////////////////////////99AAAAAAAAAAAAAAAAW/T///////////////////////0r&#10;AAAAAAAAAAAAAAAATOv//////////////////////6UAAAAAAAAAAAAAAAAAPOH/////////////&#10;/////////zAMAAAAAAAAAAAAAAAALdn/////////////////////mYphJwAAAAAAAAAAAAAAJ9f/&#10;/////////////////////+2+iVUnAAAAAAAAAAAAJdz//////////////////////////sqddl1K&#10;PDItLDA5R97///////////////////////////////3m3dbS0NPZ5P//////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////v1LvW////&#10;/////////////////////////////+e4j2pLLxVv///////////////////////////////koWc0&#10;BwAAAAA8yf///////////////////////////9aCOwAAAAAAAAASl///////////////////////&#10;////7YUxAAAAAAAAAAAAb///////////////////////////pkIAAAAAAAAAAAAAUOH/////////&#10;///////////////saQAAAAAAAAAAAAAAN8n///////////////////////+zLwAAAAAAAAAAAAAA&#10;Irb///////////////////////95AAAAAAAAAAAAAAAAEKf///////////////////////I0AAAA&#10;AAAAAAAAAAAAAJn//////////////////////6kAAAAAAAAAAAAAAAAAAIz/////////////////&#10;/////0YAAAAAAAAAAAAAAAAAAH//////////////////////3wAAAAAAAAAAAAAAAAAAAHT/////&#10;////////////////lwAAAAAAAAAAAAAAAAAAAGr/////////////////////zgAAAAAAAAAAAAAA&#10;AAAAAGP//////////////////////ykiAQAAAAAAAAAAAAAAAGH//////////////////////7mj&#10;gFc3FwAAAAAAAAAAAGj///////////////////////////rTrpSGfHVxcHJ3gZT/////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////27qd&#10;gmlp0///////////////////////////////yJNlPRkAAAAdnv//////////////////////////&#10;/9uOTBMAAAAAAAAAbv//////////////////////////23wsAAAAAAAAAAAARdf/////////////&#10;////////////iyoAAAAAAAAAAAAAIrT////////////////////////CRAAAAAAAAAAAAAAAA5f/&#10;//////////////////////99AQAAAAAAAAAAAAAAAH///////////////////////+c2AAAAAAAA&#10;AAAAAAAAAGr//////////////////////50AAAAAAAAAAAAAAAAAAFj/////////////////////&#10;/0YAAAAAAAAAAAAAAAAAAEf4////////////////////6QAAAAAAAAAAAAAAAAAAADXp////////&#10;////////////lgAAAAAAAAAAAAAAAAAAACXb////////////////////vAAAAAAAAAAAAAAAAAAA&#10;ABjO////////////////////6wAAAAAAAAAAAAAAAAAAAA/C/////////////////////wAAAAAA&#10;AAAAAAAAAAAAAAq5/////////////////////ycAAAAAAAAAAAAAAAAAAAq1////////////////&#10;/////3AAAAAAAAAAAAAAAAAAAA25/////////////////////+CcjHBVQjMmGxQPDQ4SGia/////&#10;////////////////////////+eTY0s7My8zP1uD8////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////69O84///////////////////////////////&#10;/9KphWVILBIBhf////////////////////////////GrcTwPAAAAAAAAT+D/////////////////&#10;////////1X81AAAAAAAAAAAAH7L////////////////////////jdR0AAAAAAAAAAAAAAIn/////&#10;//////////////////+QIwAAAAAAAAAAAAAAAGf//////////////////////9VDAAAAAAAAAAAA&#10;AAAAAEj2/////////////////////4oAAAAAAAAAAAAAAAAAAC7d/////////////////////zgA&#10;AAAAAAAAAAAAAAAAABfI////////////////////vgAAAAAAAAAAAAAAAAAAAAS2////////////&#10;////////nAAAAAAAAAAAAAAAAAAAAACl////////////////////ugAAAAAAAAAAAAAAAAAAAACT&#10;////////////////////3AAAAAAAAAAAAAAAAAAAAACC/////////////////////wAAAAAAAAAA&#10;AAAAAAAAAAB0/////////////////////xMAAAAAAAAAAAAAAAAAAABo////////////////////&#10;/0IAAAAAAAAAAAAAAAAAAABg/////////////////////3oAAAAAAAAAAAAAAAAAAABd////////&#10;/////////////9EAAAAAAAAAAAAAAAAAAABh//////////////////////8kAAAAAAAAAAAAAAAA&#10;AABm///////////////////////JrJmJfXZxbGlnZmdrcHqM////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////4sWqkXlhd///////////////////////&#10;///////dpndQLAwAAAAAMcT/////////////////////////4JJOEwAAAAAAAAAAAI//////////&#10;///////////////ScB0AAAAAAAAAAAAAAGD//////////////////////+5vDwAAAAAAAAAAAAAA&#10;ADfi/////////////////////5YcAAAAAAAAAAAAAAAAABTA/////////////////////0AAAAAA&#10;AAAAAAAAAAAAAACj////////////////////rgAAAAAAAAAAAAAAAAAAAACJ////////////////&#10;////ngAAAAAAAAAAAAAAAAAAAABy////////////////////vAAAAAAAAAAAAAAAAAAAAABf////&#10;////////////////2gAAAAAAAAAAAAAAAAAAAABN////////////////////+gAAAAAAAAAAAAAA&#10;AAAAAAA7/////////////////////w4AAAAAAAAAAAAAAAAAAAAq+f///////////////////zMA&#10;AAAAAAAAAAAAAAAAAAAb6f///////////////////14AAAAAAAAAAAAAAAAAAAAP2///////////&#10;/////////48AAAAAAAAAAAAAAAAAAAAG0P///////////////////9AAAAAAAAAAAAAAAAAAAAAA&#10;yv////////////////////8rAAAAAAAAAAAAAAAAAAAAyP////////////////////+AAAAAAAAA&#10;AAAAAAAAAAAAy//////////////////////3FgEFBQMBAAAAAAABBg0Yy///////////////////&#10;/////Ovh2M/Mzc/Q0tTX3OLq////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////Haxv//////////////////////////////8cajhGhNMhgAFav/////////////&#10;/////////////7l8RhgAAAAAAAAAAHH////////////////////////XfC8AAAAAAAAAAAAAADvj&#10;/////////////////////99kCQAAAAAAAAAAAAAAAAy1/////////////////////3QDAAAAAAAA&#10;AAAAAAAAAACN////////////////////xRUAAAAAAAAAAAAAAAAAAABq////////////////////&#10;mQAAAAAAAAAAAAAAAAAAAABL////////////////////tgAAAAAAAAAAAAAAAAAAAAAw/f//////&#10;////////////1wAAAAAAAAAAAAAAAAAAAAAZ5///////////////////9gAAAAAAAAAAAAAAAAAA&#10;AAAF0////////////////////w4AAAAAAAAAAAAAAAAAAAAAwf///////////////////y8AAAAA&#10;AAAAAAAAAAAAAAAAr////////////////////1IAAAAAAAAAAAAAAAAAAAAAnv//////////////&#10;/////3kAAAAAAAAAAAAAAAAAAAAAjv///////////////////6UAAAAAAAAAAAAAAAAAAAAAgP//&#10;/////////////////9gAAAAAAAAAAAAAAAAAAAAAdP////////////////////82AAAAAAAAAAAA&#10;AAAAAAAAbf////////////////////98AAAAAAAAAAAAAAAAAAAAaf/////////////////////X&#10;DQAAAAAAAAAAAAAAAAAAaP//////////////////////cAAAAAAAAAAAAAAAAAAAYf//////////&#10;/////////////1A8Rk5UWV1hZGhscHZ+if//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////79W7o4tzWpX///////////////////////////i/jmRBIQUAAAAAAFL8////&#10;///////////////////3nVYYAAAAAAAAAAAAABfB/////////////////////+VsFgAAAAAAAAAA&#10;AAAAAACN/////////////////////2MAAAAAAAAAAAAAAAAAAABe////////////////////nQAA&#10;AAAAAAAAAAAAAAAAAAA1/P//////////////////oQAAAAAAAAAAAAAAAAAAAAAR2f//////////&#10;////////ygAAAAAAAAAAAAAAAAAAAAAAu///////////////////7gAAAAAAAAAAAAAAAAAAAAAA&#10;of///////////////////wwAAAAAAAAAAAAAAAAAAAAAiv///////////////////y0AAAAAAAAA&#10;AAAAAAAAAAAAdv///////////////////00AAAAAAAAAAAAAAAAAAAAAZP//////////////////&#10;/28AAAAAAAAAAAAAAAAAAAAAUv///////////////////5QAAAAAAAAAAAAAAAAAAAAAQP//////&#10;/////////////7wAAAAAAAAAAAAAAAAAAAAAMP///////////////////+oOAAAAAAAAAAAAAAAA&#10;AAAAIv////////////////////9EAAAAAAAAAAAAAAAAAAAAFf////////////////////+BAAAA&#10;AAAAAAAAAAAAAAAAC/X////////////////////ICwAAAAAAAAAAAAAAAAAAAuz/////////////&#10;////////XgAAAAAAAAAAAAAAAAAAAOX/////////////////////yRwAAAAAAAAAAAAAAAAAANr/&#10;/////////////////////50BAAAAAAAAAAAAAAcOF8X////////////////////////VubzBx87V&#10;2+Hm7fT7////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////438//////////&#10;////////////////////7MaliG1UOyEHADLe////////////////////////15JZKQAAAAAAAAAA&#10;AACg//////////////////////+JNgAAAAAAAAAAAAAAAABn/////////////////////2YAAAAA&#10;AAAAAAAAAAAAAAAy9v//////////////////lQAAAAAAAAAAAAAAAAAAAAADyP//////////////&#10;////pwAAAAAAAAAAAAAAAAAAAAAAoP//////////////////1wAAAAAAAAAAAAAAAAAAAAAAfP//&#10;/////////////////wAAAAAAAAAAAAAAAAAAAAAAXv///////////////////yUAAAAAAAAAAAAA&#10;AAAAAAAAQ////////////////////0gAAAAAAAAAAAAAAAAAAAAALP///////////////////2oA&#10;AAAAAAAAAAAAAAAAAAAAGP///////////////////4sAAAAAAAAAAAAAAAAAAAAABfP/////////&#10;/////////68AAAAAAAAAAAAAAAAAAAAAAOH//////////////////9UAAAAAAAAAAAAAAAAAAAAA&#10;AM////////////////////8kAAAAAAAAAAAAAAAAAAAAAL7///////////////////9UAAAAAAAA&#10;AAAAAAAAAAAAAK7///////////////////+LAAAAAAAAAAAAAAAAAAAAAJ//////////////////&#10;///LDgAAAAAAAAAAAAAAAAAAAJL/////////////////////VwAAAAAAAAAAAAAAAAAAAIb/////&#10;////////////////qgoAAAAAAAAAAAAAAAAAAHn//////////////////////20AAAAAAAAAAAAA&#10;AAAAAGb///////////////////////dVAAAAAAAAAAAAAAAAAEX/////////////////////////&#10;aiMrNT9KVWBqdX6HkZz/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////+jPtp2DaU65&#10;/////////////////////////+yyg1w6HQIAAAAAAAB7///////////////////////FbSkAAAAA&#10;AAAAAAAAAABA/////////////////////4MbAAAAAAAAAAAAAAAAAAAHy///////////////////&#10;kgAAAAAAAAAAAAAAAAAAAAAAmP//////////////////pAAAAAAAAAAAAAAAAAAAAAAAav//////&#10;////////////3QAAAAAAAAAAAAAAAAAAAAAAQf///////////////////w4AAAAAAAAAAAAAAAAA&#10;AAAAHf///////////////////zkAAAAAAAAAAAAAAAAAAAAAAOj//////////////////2AAAAAA&#10;AAAAAAAAAAAAAAAAAM7//////////////////4UAAAAAAAAAAAAAAAAAAAAAALf/////////////&#10;/////6gAAAAAAAAAAAAAAAAAAAAAAKP//////////////////8sAAAAAAAAAAAAAAAAAAAAAAJD/&#10;/////////////////+8WAAAAAAAAAAAAAAAAAAAAAH3///////////////////8+AAAAAAAAAAAA&#10;AAAAAAAAAGz///////////////////9pAAAAAAAAAAAAAAAAAAAAAFr///////////////////+Z&#10;AAAAAAAAAAAAAAAAAAAAAEn////////////////////SFgAAAAAAAAAAAAAAAAAAADn/////////&#10;////////////WAAAAAAAAAAAAAAAAAAAACn/////////////////////ogAAAAAAAAAAAAAAAAAA&#10;ABn/////////////////////9VYAAAAAAAAAAAAAAAAAAAT//////////////////////7svAAAA&#10;AAAAAAAAAAAAAAD4//////////////////////+rKQAAAAAAAAAAAAAAAADP////////////////&#10;////////yUcAAAAABxMgLj5SaITt////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////9NXJ////////////////////////////+tKwkndd&#10;QigMAABK////////////////////////xX1FFwAAAAAAAAAAAAAR2P///////////////////8RQ&#10;AAAAAAAAAAAAAAAAAAAAn///////////////////ogwAAAAAAAAAAAAAAAAAAAAAaP//////////&#10;////////lAAAAAAAAAAAAAAAAAAAAAAANv//////////////////2gAAAAAAAAAAAAAAAAAAAAAA&#10;B+z//////////////////xUAAAAAAAAAAAAAAAAAAAAAAMT//////////////////0gAAAAAAAAA&#10;AAAAAAAAAAAAAKL//////////////////3UAAAAAAAAAAAAAAAAAAAAAAIP/////////////////&#10;/50AAAAAAAAAAAAAAAAAAAAAAGn//////////////////8MAAAAAAAAAAAAAAAAAAAAAAFL/////&#10;/////////////+cPAAAAAAAAAAAAAAAAAAAAAD7///////////////////8zAAAAAAAAAAAAAAAA&#10;AAAAACv///////////////////9YAAAAAAAAAAAAAAAAAAAAABj///////////////////+BAAAA&#10;AAAAAAAAAAAAAAAAAAX///////////////////+sAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;///////eIgAAAAAAAAAAAAAAAAAAAADy////////////////////XAAAAAAAAAAAAAAAAAAAAADf&#10;////////////////////nwAAAAAAAAAAAAAAAAAAAADM////////////////////6EoAAAAAAAAA&#10;AAAAAAAAAAC3/////////////////////6AWAAAAAAAAAAAAAAAAAACc////////////////////&#10;//96AgAAAAAAAAAAAAAAAAB3////////////////////////egsAAAAAAAAAAAAAAAVM////////&#10;/////////////////6JXaHSAjZyrvNDn////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////+3j///////////////////////////S&#10;o3pYOikjHBYOBgAAn/////////////////////+sUg4AAAAAAAAAAAAAAAAAaf//////////////&#10;////5EMAAAAAAAAAAAAAAAAAAAAANP//////////////////eQAAAAAAAAAAAAAAAAAAAAAAAOP/&#10;////////////////zQAAAAAAAAAAAAAAAAAAAAAAALL//////////////////xMAAAAAAAAAAAAA&#10;AAAAAAAAAIX//////////////////08AAAAAAAAAAAAAAAAAAAAAAF3//////////////////4MA&#10;AAAAAAAAAAAAAAAAAAAAADr//////////////////7IAAAAAAAAAAAAAAAAAAAAAABz/////////&#10;/////////9sDAAAAAAAAAAAAAAAAAAAAAAL///////////////////8qAAAAAAAAAAAAAAAAAAAA&#10;AAD7//////////////////9PAAAAAAAAAAAAAAAAAAAAAADn//////////////////90AAAAAAAA&#10;AAAAAAAAAAAAAADU//////////////////+bAAAAAAAAAAAAAAAAAAAAAADA////////////////&#10;///EBwAAAAAAAAAAAAAAAAAAAACt///////////////////wMwAAAAAAAAAAAAAAAAAAAACa////&#10;////////////////ZwAAAAAAAAAAAAAAAAAAAACG////////////////////owAAAAAAAAAAAAAA&#10;AAAAAABy////////////////////40QAAAAAAAAAAAAAAAAAAABc/////////////////////5EG&#10;AAAAAAAAAAAAAAAAAABB/////////////////////+tfAAAAAAAAAAAAAAAAAAAd////////////&#10;///////////KSwAAAAAAAAAAAAAAAAAA////////////////////////y1cAAAwYJDE/TmB0i6fH&#10;///////////////////////////X5/L/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////r1M3Hwr66t7Owramopf///////////////////91+Uz8wIxkRCQIAAAAAAAAAANv/////&#10;////////////dgAAAAAAAAAAAAAAAAAAAAAAAKf/////////////////ugAAAAAAAAAAAAAAAAAA&#10;AAAAAHX//////////////////wcAAAAAAAAAAAAAAAAAAAAAAEb//////////////////04AAAAA&#10;AAAAAAAAAAAAAAAAABr//////////////////4wAAAAAAAAAAAAAAAAAAAAAAAD9////////////&#10;/////8EAAAAAAAAAAAAAAAAAAAAAAADb//////////////////EZAAAAAAAAAAAAAAAAAAAAAAC+&#10;//////////////////9EAAAAAAAAAAAAAAAAAAAAAACk//////////////////9rAAAAAAAAAAAA&#10;AAAAAAAAAACN//////////////////+RAAAAAAAAAAAAAAAAAAAAAAB5//////////////////+3&#10;AAAAAAAAAAAAAAAAAAAAAABm///////////////////eIQAAAAAAAAAAAAAAAAAAAABT////////&#10;////////////SgAAAAAAAAAAAAAAAAAAAAA/////////////////////dwAAAAAAAAAAAAAAAAAA&#10;AAAr////////////////////rAoAAAAAAAAAAAAAAAAAAAAW////////////////////50UAAAAA&#10;AAAAAAAAAAAAAAAA/////////////////////4oAAAAAAAAAAAAAAAAAAAAA////////////////&#10;/////9ZNAAAAAAAAAAAAAAAAAAAA/f////////////////////+nLgAAAAAAAAAAAAAAAAAA1f//&#10;////////////////////mCoAAAAAAAAAAAYYLUVg4P///////////////////////6hjdIGPnKu7&#10;zeL6////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////ny7epnZWOiYSAfHh0cGxo&#10;ZZD/////////////////vGpILRkKAAAAAAAAAAAAAAAAADH//////////////////wAAAAAAAAAA&#10;AAAAAAAAAAAAAAP//////////////////0IAAAAAAAAAAAAAAAAAAAAAAADc////////////////&#10;/44AAAAAAAAAAAAAAAAAAAAAAACy/////////////////84AAAAAAAAAAAAAAAAAAAAAAACN////&#10;//////////////8pAAAAAAAAAAAAAAAAAAAAAABr//////////////////9aAAAAAAAAAAAAAAAA&#10;AAAAAABO//////////////////+GAAAAAAAAAAAAAAAAAAAAAAA0//////////////////+uAAAA&#10;AAAAAAAAAAAAAAAAAAAe///////////////////UFwAAAAAAAAAAAAAAAAAAAAAK////////////&#10;///////6PQAAAAAAAAAAAAAAAAAAAAAA////////////////////ZQAAAAAAAAAAAAAAAAAAAAAA&#10;////////////////////jgAAAAAAAAAAAAAAAAAAAAAA////////////////////vBkAAAAAAAAA&#10;AAAAAAAAAAAA7///////////////////8U4AAAAAAAAAAAAAAAAAAAAA2P//////////////////&#10;/4sAAAAAAAAAAAAAAAAAAAAAv////////////////////8xDAAAAAAAAAAAAAAAAAAAAof//////&#10;//////////////+RGQAAAAAAAAAAAAAAAAAAev/////////////////////ydAoAAAAAAAAAAAAA&#10;AAARX///////////////////////6HQTHyw4RVNicoWbtNL1///////////////////////////X&#10;6PT/////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////////////v3&#10;8/Hu7Ovr7PH//////////////////9mymYd5bWRdVlFLRkE8ODItKCPE/////////////////0sl&#10;CwAAAAAAAAAAAAAAAAAAAACS/////////////////4gAAAAAAAAAAAAAAAAAAAAAAABm////////&#10;/////////9cAAAAAAAAAAAAAAAAAAAAAAAA9//////////////////8zAAAAAAAAAAAAAAAAAAAA&#10;AAAY//////////////////9sAAAAAAAAAAAAAAAAAAAAAAAA//////////////////+dAAAAAAAA&#10;AAAAAAAAAAAAAAAA///////////////////JDAAAAAAAAAAAAAAAAAAAAAAA9v//////////////&#10;///xNQAAAAAAAAAAAAAAAAAAAAAA3///////////////////WwAAAAAAAAAAAAAAAAAAAAAAy///&#10;////////////////ggAAAAAAAAAAAAAAAAAAAAAAt///////////////////qQYAAAAAAAAAAAAA&#10;AAAAAAAAo///////////////////0y8AAAAAAAAAAAAAAAAAAAAAjf///////////////////14A&#10;AAAAAAAAAAAAAAAAAAAAd////////////////////5MHAAAAAAAAAAAAAAAAAAAAXv//////////&#10;/////////81DAAAAAAAAAAAAAAAAAAAAQP////////////////////+HEAAAAAAAAAAAAAAAAAAA&#10;HP/////////////////////YXgAAAAAAAAAAAAAAAAAAAP//////////////////////v04AAAAA&#10;AA4cLD5SaoalyP///////////////////////8J8jJqntsXW6P3/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////+7h18/Jw766trGtqaempqeu////////////&#10;/////76GbVtMQDcvKCIcFhALBAAAAAAU/////////////////9cFAAAAAAAAAAAAAAAAAAAAAAAA&#10;//////////////////80AAAAAAAAAAAAAAAAAAAAAAAA9v////////////////92AAAAAAAAAAAA&#10;AAAAAAAAAAAA0v////////////////+wAAAAAAAAAAAAAAAAAAAAAAAAsv/////////////////h&#10;JAAAAAAAAAAAAAAAAAAAAAAAlv//////////////////UQAAAAAAAAAAAAAAAAAAAAAAfP//////&#10;////////////eQAAAAAAAAAAAAAAAAAAAAAAZv//////////////////oAAAAAAAAAAAAAAAAAAA&#10;AAAAUf//////////////////xyMAAAAAAAAAAAAAAAAAAAAAPP//////////////////7ksAAAAA&#10;AAAAAAAAAAAAAAAAJ////////////////////3QAAAAAAAAAAAAAAAAAAAAAEP//////////////&#10;/////6MWAAAAAAAAAAAAAAAAAAAAAP///////////////////9hMAAAAAAAAAAAAAAAAAAAAAP//&#10;//////////////////+IDwAAAAAAAAAAAAAAAAAAAP/////////////////////LUwAAAAAAAAAA&#10;AAAAAAAAAP//////////////////////pTgAAAAAAAAAAAkdNE5rjP//////////////////////&#10;/5k5Q1Ffbn2OoLXL5f/////////////////////////////r+f//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////rzLmsoZmRi4aBfHh0cGtoZmZo8f////////////////9hRTIjGA4GAAAAAAAA&#10;AAAAAAAAnv////////////////9+AAAAAAAAAAAAAAAAAAAAAAAAdf/////////////////DAAAA&#10;AAAAAAAAAAAAAAAAAAAAUv/////////////////7NwAAAAAAAAAAAAAAAAAAAAAAMv//////////&#10;////////agAAAAAAAAAAAAAAAAAAAAAAFv//////////////////lgAAAAAAAAAAAAAAAAAAAAAA&#10;AP//////////////////vxsAAAAAAAAAAAAAAAAAAAAAAP//////////////////5kIAAAAAAAAA&#10;AAAAAAAAAAAAAP///////////////////2kAAAAAAAAAAAAAAAAAAAAAAP//////////////////&#10;/5ACAAAAAAAAAAAAAAAAAAAAAP///////////////////7ksAAAAAAAAAAAAAAAAAAAAAPT/////&#10;/////////////+hcAAAAAAAAAAAAAAAAAAAAANn///////////////////+RGAAAAAAAAAAAAAAA&#10;AAAAALz////////////////////KUwAAAAAAAAAAAAAAAAAAAJ3/////////////////////mC4A&#10;AAAAAAAAAAAAEClGZsT/////////////////////7n8dDBooN0ZXaX6Vr8zu////////////////&#10;/////////+egqrnI2On8////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////fXw6+bi39vY1NLR0NLX4P/////////////////Onop8cWlh&#10;W1ZRTEhDPjo2Mi8uMf/////////////////SJREDAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////QgAAAAAAAAAAAAAAAAAAAAAAAP//////////////////fQAAAAAAAAAAAAAAAAAAAAAAAP//&#10;////////////////sAsAAAAAAAAAAAAAAAAAAAAAAPb/////////////////3TkAAAAAAAAAAAAA&#10;AAAAAAAAANz//////////////////2IAAAAAAAAAAAAAAAAAAAAAAMX//////////////////4kA&#10;AAAAAAAAAAAAAAAAAAAAAK///////////////////68iAAAAAAAAAAAAAAAAAAAAAJn/////////&#10;/////////9ZIAAAAAAAAAAAAAAAAAAAAAIL///////////////////9yAAAAAAAAAAAAAAAAAAAA&#10;AGn///////////////////+hKAAAAAAAAAAAAAAAAAAAAE7////////////////////TXAAAAAAA&#10;AAAAAAAAAAAAADP/////////////////////li4AAAAAAAAAAAAAABUyUnf/////////////////&#10;////4HITAAABDx8vQlhwi6jI7P///////////////////////8pvbn6OnrDD2O//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;+eDSyMC6tbCsqKWin52bm5ygp///////////////////gmRWS0M8NjArJyIdGBMOCQQAANT/////&#10;////////////kgAAAAAAAAAAAAAAAAAAAAAAAK3/////////////////zB4AAAAAAAAAAAAAAAAA&#10;AAAAAIv/////////////////+1IAAAAAAAAAAAAAAAAAAAAAAG3//////////////////4AAAAAA&#10;AAAAAAAAAAAAAAAAAFH//////////////////6kbAAAAAAAAAAAAAAAAAAAAADr/////////////&#10;/////9BCAAAAAAAAAAAAAAAAAAAAACP///////////////////VoAAAAAAAAAAAAAAAAAAAAAAz/&#10;//////////////////+PFAAAAAAAAAAAAAAAAAAAAAD///////////////////+4PgAAAAAAAAAA&#10;AAAAAAAAAAD////////////////////lbQMAAAAAAAAAAAAAAAAAAAD/////////////////////&#10;nzcAAAAAAAAAAAAAABAvUHT/////////////////////3XIUAAAAAAYXKkFadZS22v//////////&#10;/////////////7xYRFRkdYaar8jj///////////////////////////////SzeHx////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////8+/r7/f//////////////////////7rmonZaPioaCf3t4dnRyc3V4&#10;f5D/////////////////6086MCghGxUQCwcCAAAAAAAAACP//////////////////2kAAAAAAAAA&#10;AAAAAAAAAAAAAAD//////////////////5sKAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;/8g5AAAAAAAAAAAAAAAAAAAAAAD///////////////////BjAAAAAAAAAAAAAAAAAAAAAAD/////&#10;//////////////+KDgAAAAAAAAAAAAAAAAAAAAD///////////////////+wNAAAAAAAAAAAAAAA&#10;AAAAAAD////////////////////VWwAAAAAAAAAAAAAAAAAAAAD/////////////////////hRoA&#10;AAAAAAAAAAAAAAAAAAPs////////////////////sUkAAAAAAAAAAAAAABg5XYH/////////////&#10;////////5XseAAAAAAAMIThSb4+z2f///////////////////////7tYKTlJWmyAl7DN7f//////&#10;//////////////////////+znrTF1+v/////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////67+fh3NnW1NLQ&#10;0NDR09ng6/f//////////////////7iKfndxbGhkYV5bWVhXV1leZXH//////////////////78x&#10;HxYQCgUAAAAAAAAAAAAAAAD//////////////////+1WAAAAAAAAAAAAAAAAAAAAAADo////////&#10;//////////+CBAAAAAAAAAAAAAAAAAAAAADM//////////////////+rLwAAAAAAAAAAAAAAAAAA&#10;AACz///////////////////SVwAAAAAAAAAAAAAAAAAAAACb///////////////////3fBAAAAAA&#10;AAAAAAAAAAAAAACF////////////////////ojcAAAAAAAAAAAAAAAAABSuU////////////////&#10;////y2ECAAAAAAAAAAAADCxQdp7R////////////////////9Y0wAAAAAAANIztXdpm+5f//////&#10;/////////////////8NjGCo7TF90jafG5/////////////////////////////+of5aou9Dn////&#10;/////////////////////////////////f//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////dzsW/vLm2tLOxsrK1ucDJ1eP/////////////&#10;//////+XbGReWVVRT0xKSEdGSEtQWWah//////////////////+nJg4HAgAAAAAAAAAAAAAAAABW&#10;///////////////////OUAAAAAAAAAAAAAAAAAAAAAA6///////////////////0eQsAAAAAAAAA&#10;AAAAAAAAAAAh////////////////////nzIAAAAAAAAAAAAAAAAAAAAO////////////////////&#10;xFgAAAAAAAAAAAAAAAAIMVqE////////////////////6X8fAAAAAAAAAAAGJ0txmsLp////////&#10;/////////////6dJAAAAAAIXL0poiq7V/P///////////////////////9N1HiY4Sl51j6vL7///&#10;//////////////////////////+ucoWYrMLb9v//////////////////////////////////3+//&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////v7KqpqOhoJ+foaOmrLTAzd3s////////////////////ilpTT0tIRkRDQkFC&#10;Q0dOWWl9////////////////////ni4GAAAAAAAAAAAAAAAAAAAA////////////////////w1YA&#10;AAAAAAAAAAAAAAAAABVB////////////////////53saAAAAAAAAAAAAAAk0YIu0////////////&#10;/////////58/AAAAAAAAAAQlSnGZwuv//////////////////////8ZmDwAAABMqRGKDp831////&#10;/////////////////////+uONSs+UWiBnbze//////////////////////////////++dn+UqcHc&#10;+f//////////////////////////////////0tjz////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////28vDv7+/x8/j9////////////////////////////+LCfmpeW&#10;lpaYm5+krLbC0eHu/////////////////////o5QSkdFRERERUZHS1FaaIOp////////////////&#10;/////6ZBAQAAAAAAAAAABzZjj7rh/////////////////////8ZlCgAAAAAABCdMc5zE7P//////&#10;/////////////////+WILwAAEypEYoKmzPT///////////////////////////+rUDZKYXuWtNb6&#10;///////////////////////////////Sh3yYscvp////////////////////////////////////&#10;1M7t////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///t5ePj5Obo7fH5//////////////////////////////2xlJKSlZmdo6myvNDt////////////&#10;//////////////+dU0dJTVFWYHOKr9b8//////////////////////////+yVgAaNVBti67S9///&#10;///////////////////////////Nbz5fe5m31/n////////////////////////////////un4Om&#10;wuH/////////////////////////////////////487r////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAD/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////wAAAP/uAA5B&#10;ZG9iZQBkQAAAAAL/2wCEAAEBAQEBAQEBAQECAQEBAgIBAQEBAgICAgICAgIDAgMDAwMCAwMEBAQE&#10;BAMFBQUFBQUHBwcHBwgICAgICAgICAgBAQEBAgICBAMDBAcFBAUHCAgICAgICAgICAgICAgICAgI&#10;CAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICP/AABQIAtME+wQBEQACEQEDEQEEEQD/3QAE&#10;AKD/xAGiAAAABgIDAQAAAAAAAAAAAAAHCAYFBAkDCgIBAAsBAAAGAwEBAQAAAAAAAAAAAAYFBAMH&#10;AggBCQAKCxAAAgECBQIDBAYGBQUBAwZvAQIDBBEFBiESAAcxQRMIUSJhFHGBMpEJoSPwwUKxFdEW&#10;4fFSMxckYhhDNCWCChlyUyZjkkQ1olSyGnM2wtInRTdG4vKDk6OzZFUow9MpOOPzR0hWZSo5OklK&#10;V1hZWmZ0dYSFZ3Z3aIaHlJWkpbS1xMXU1eTl9PWWl6antrfGx9bX5uf292lqeHl6iImKmJmaqKmq&#10;uLm6yMnK2Nna6Onq+Pn6EQABAwIDBAcGAwQDBgcHAWkBAgMRAAQhBRIxBkHwUWEHEyJxgZGhscEI&#10;MtEU4SPxQhVSCRYzYtJyJILCkpNDF3ODorJjJTRT4rM1JkRUZEVVJwqEtBgZGigpKjY3ODk6RkdI&#10;SUpWV1hZWmVmZ2hpanR1dnd4eXqFhoeIiYqUlZaXmJmao6Slpqeoqaq1tre4ubrDxMXGx8jJytPU&#10;1dbX2Nna4+Tl5ufo6ery8/T19vf4+fr/2gAOBAEAAhEDEQQAAD8ARmL4diNRUUNNiU0VJSTJDAr4&#10;igmka7NGys8ElOht2ttBA7ljcno48+yq6C1p0BJATgDIGEGNInzg4Y4mTBabl0KJTiro2cMJ/GB5&#10;DhtgZUxnAKLCccrcuxzYrVUstXX1MeAPJTRKSEqQ8cNXFWSgsrXDb3VmOgQEKk/Ecr41lmNKSZo4&#10;6dtzU0/kM8Fmdl3KBICRcdiw1+OnKXFizaBaLltSlhW0KEDzTpJOP98OgwaU3DK0akq8DpEY9XVs&#10;Pnw6KTmTer2Q+q7VOJ4HM1dWUTx02MYWtYkNbDKKdJjDOGhvG2xgx/Rk2sR7vvGPlrGMVoaWppK6&#10;COeuiqopYp6B5DH7v+6J8wfccg99QB7O/C7LbtfeQ2gqIVqkRgkDGBwUOmThwGNXtsu71oNoRKgD&#10;Psg9ZBmT005dR8o4FjuLYfjlPisuH4RVYXVUVXh2KQxCSUSNuSGcUcd5YUZPdVSpY9ywsAJ82ITV&#10;VVRyVOH1FTRrU/zWrxjCZKKGhV3mOHNTqr1BmXcYC4tGVsdTYC8hv2ytLYiUgkgiBIMgjbIEpnDY&#10;CJ2UR2sNuBLn8HCZOwdX96fUdJoqUGBR4TS43hWX8XpMNxbEsBOUsEwbOtHi1birx0UK5jhrp5Iq&#10;SOnmdBi6xENKrblO33i1seZIDTPXV2EXWGAxYRLJGY4nYyHfL5fzMke5vLQMRuuwYWvfUT3FhbFx&#10;JYSSpI0nTgSYBKk7fEkCcQQQTjtoxtntbngRqVtgbYwMjyOHkKcem+JpiVBlvL+dh8zW4hHNm+kp&#10;plnq4YvlbU9J80MLppjHGZqh0DbCsTxEtstolXixiD53+VYetE0cb1NNFRLGJZZAdyky/aCqxvZL&#10;AWva1zyI1XFwXXDbgJG3CBsO2duG2BAHRApb+ecS2YPCT1ULcbZHrzgRzbmGXMK1VTHg9VUY/LUt&#10;R08MkTQtGtIB5ZeVAV3TBncsV3ElV4k80YdJW4ThmD0+EJV1ldFNjNEcWjDFDUrFPLHGz7TZzdrq&#10;QbgAeINc1sXGWkJCCS5j4sRiEnZE4mTIO3DppNlL7lu4pTqRjE/3ycQlR6CI2zsoUsi4thsGY8xZ&#10;umzbJQ4ZgdRDkrEoMuzssfm4bUVFJBLOsRZC0SsIyrKRZiWB9wiFmDK+XKiIrljFpq+T+YSQ1VFi&#10;cJaaSpM43wRPFeMoih2QD3rXZgQVsuc3YtLi1cfYUoaVmQYlUkSJnhiQI1RiQREGi0w0l1P2RtJi&#10;DG2OPy41x6c9S+qFLW1EHVjKtBgSnCoK7BcWypXK2Hx4WtNJ5NVURVohqkndzGkxIaK7IkbBklJS&#10;lTW4LQ0uDfz+iingqkqxXYXTgNLEvmRS08zSAkmx84lf8I7ePKp3ny9CGW3bdK4Usrkk/wBHScOi&#10;TgcDGyjCyu0pRAQCpJ29Mj93u6KE+PBs34tiuaWyji1Rhr0bYXLhOP1xPy9RL5dTT1tIkDbVUbFp&#10;7SgH32NiQCOJ7PEs9X1q9MxmUH5HM4n2hNESWDEioDmWRjtVlUXGgAsbEcGdopbmaMyQf2zahswk&#10;PGAZJgYRJiNhINY1/UBZoQgqBOpbD044TLeA9ZJ66U/Q2jgw/IHVZqMXjcx2lkdt0skGBwQSOYxB&#10;DGm90LNs0LFrgNuuaPqFl+pzDmvAMInwiPFsv07yYvVUs9PBMhqosVq4Y5iJkJDItgGUiwYgkDgb&#10;3vsV3D6UFtKg2VESAfF3ihPVgOro2UIPpuzBz+zzjSThrSdsGO6RIw6SaKzmfNWU8hUeds9VWYRl&#10;zPc8DZbwLFzUzxSxUcuF0tZLTxGFiGEjpvMZU7mRSFZgBwbY8iZbfLmDYVimVRVxeZFPT4fVrVSx&#10;QSUlR5kcsnkubsjAOruGAYXYjQiPsyyO3c0NhCQhCgsgdIIUDxg+EQrbsxFZMZJvVf2balqkjYkz&#10;iOkgHbjIjzgbKogzN6nuqOKda+oOZcjeoCHCaXB6Yti2P4c2WFqsYTFaBWFBRDHaI2ilC+U8NNJD&#10;IUKNDvKOrZajpZhrCCahxJ8GxqjFPRYZPQCldqKkjUo0UbVsE+zcJGs1lYX23AJvHO8HYzlGZXSr&#10;hjvG3cDKVYggAQAQfD7CeNCvLN+7xKdCUApElROBk48DjjUnB/xOepmGwtg2OZIw/P8A0hxNMaxX&#10;MUOZ6Gt35kxqrnkmSrnhwKsoUmWB4VjkQNMsgVpApdQVfc3V8WR8k43j1FWNVJDBTUmH0kt12S3E&#10;Yk82NgxBMyliGvpa4vwc2do/aIUCTBQkAbMACmTBxkyTMY7ZwgG5rvRdpBSAU6jMg8CZO3ESQeiI&#10;wAONF86AYNXern1XdL+mOeMkUmWa2TEszZqz7majdKiGvo5mapWhkwquiaBWgGGTRRI6NGC3mNE2&#10;0biAY/jGJY1PLiOL4hLiVbUFpJKircufecttUE2VQToo0HgAOXt0obbCRJ6ySTtJmTjtNAR+9W+6&#10;pxR8R2/D4YVtndOuneTOmWAYZkvp7lShyZlPA446XDcEy/TJTQKscax72CAF5GCgvIxLsdWJJJ4E&#10;GOvt8z2jsOUUAKcanbRiMDXcI/C1r8Qkrtfdf268SFWNOpJmlmqgC1u/hzlAWqJoqeMjfOywxlzZ&#10;bsQBcnQfTzWmTtxraQa4TlKeGaokU+XArSv5YLGyi5sBqT8BxW4hkrHMLrHo6pAzRIKl54EnaML4&#10;3Yxj6rX5R4KSYqqTqxpHYPn3LuO4fFiNDPaKokNJBDUSU6yM/sCrK3jxqnoqmhpqWpkIkhrGmii8&#10;oNuDU8nlOCGUHRgeJwFLAVtmr4TAp+psQpa6qrKSK6TUIhafzClrTx+ahBVje6m/M0FSdoDAr4gE&#10;EHjShBppSa7lgFyVs3t1HH7D1WqIUnw5ZKDTRBFMmIu1MCwW1vz5wxOGanZFhJUMbMyjU8VNsIJ2&#10;41Zsg17DZ451dpVBIGiseK/C6cGikCsQzR/pH8T9PHSkA4UwtQmkbi1S4rYi6AhJB5adgB8OOuR8&#10;UXDKnPbVUyhP5vB5XzBUWAy5hRNr+FyTwqypsqfdTxKxH+kRRhmLoQylR2BJP+9KoN86ZenzHWZe&#10;ipIpZCtE8Z+V3EC+M14sdvjccTGc+r2ASVdNlH+ZK+Yairovl6SH30s06AgstwDta9uGG+Fn+QUh&#10;smSqD74op3QzhrMW1OIGCZpb5Q6O1eXK58caJFw5aGqiqDK1pizw3vtte1xrx7jrFfCaGN7r+gg9&#10;21rfoV4XZfhbN4fwj4UtzBEPqHWfiakmhZcZxKZTf/Sak7u9/wDSG5nimTyVC6Cxvb28WHprTMDb&#10;xqNPDIahr3JBDAk+GvEjXzHz3tr+0duJyFbaWJbV5Cllh8SfLxg6kaAfnxvZwL20tYdvDmxiOmnk&#10;zHTU4R6gX29yb/RzkoZtQhdre6EBPf4C/KA6tgpoueKBXnCILvIEUmxLkAfeeKLLuADFxiktS0tF&#10;NQRiqhiZCokQX36kHUHbb6eOBoBJnhV1PQQKRubc1yZflwGKlgixClxmc4dUTpIC8Mp2tH7oIupA&#10;e5vcEDQ30G7KXTKgzHDSS/zBGoKiAVkdZSyxuHBAb3bBwQV7a8TWtyFhJ4EbaZuHS3hxmKKL1k9T&#10;Nb0wixFocvT1mMUlauFDCainmQDzD5YLOTHazkA6X4zt06rZkf5bDpHBH6MrY2PcXI4cC1Wqm/zK&#10;ZxpcN19yvQyRLiOZaaA7gJo5SV3W0Ng+vftxnlw3FstyRrLNJAFtuNyAAD48p3SkbashYVPRSzpM&#10;fyvn+mkmooafEQ99hIV9xI8Db2cW658oqnBmSNhWYjARRVSWCloZh5e+5B+wTfipl0acNo591Jjb&#10;BKp2CgVfopilJnT5mRWoMu1YGMYcyOWWGtpJBP5ewMBaZRbt3+ocFDIuPvj1Fh9TW1XnUIoJIJXl&#10;JUwtRYh5kjPfxAluxOgC97cHl1YuZpatvYqUsEdQWkp2dA0kjyFFmXNq/OKaAJM+2Un8PaaKB6kc&#10;g0fTaXMD5Wwv+X5hr8z01dR09PGJErBjGWThtNBCF+yrmkCRqouzyaAvbj9j7LRV0VTS1EMeH4rU&#10;U+3EZ1MKpVwJDF5UfmsoczorlZBou3965HDi1ye7Ybs0vNaY1IUCRhrMRG0GIIwmpJv7y9atcESE&#10;pKeGOocejZsPUaBPo6k2YcDrMAzPh1emacpUOMzy5XjnixKrqMCxOvrq2Oqqo6COWWH5BqiBHpmf&#10;fJ5g0QIrcw4LSSzuayuAWkpaSopYaZFqZGWAwFINjtCqsBYAa3+nhfvJ2YLed1svqU7/ABAgJiQY&#10;SfETJxgQTtmnE2S1tpWmVCcZ/hknjOOPl5UoOomaKTAKGDJ+UaUS5hxzH8GxzEsdllwSjgnxOLGY&#10;KzFPPpkxB6hJ5YjLKQIwgAI90C/AMzZRBqargp8Ogq67ESZ6iqhEdVKkSWukSgP5aAtt1F7KNbNb&#10;kP53kD9mkIKApSuIhWAA6sBOHoemAoVblKATtPwqwzpRj61uLYdiOI5nxDB8v5TT+V4fg1eZ8Kpa&#10;qrqiyrNVySmL5uYpEZPdJjLTEbS8YbgU4Ng2GYrXvhckcjCqBQVNKVDU7KNxlKghSo13BvDxB4Tb&#10;vptXLjurhPgXhIwUk9I4EdIPDoMGkAhCwcY8+cRRn86Zkx3LuADMVFUwRPhJWpagxBWMWIJITGKY&#10;PtaRJGJAjKfv2BBBtxjz/lykenTG5vnMQStWHz8YpIlhoVliiWC0U0qt5rMyktYLY973B4ebyZZa&#10;Sp0alphKSsCEykBOBMlWognYmOvbT10tKpLeMQMZHD57a5dJs5V0uIVuTicLwGbB5Kmqo8q1VcKz&#10;GzTVdS9WrVNLAyCkRFkCoN0m9bEbbFeIenyRknOtNV0eFw4zgeJ4Rg9ZmOpqawU9fT/MUDM771gS&#10;JjG6GyWA2tYHf34hybJbDMh3aAtCw2pROChKAVbIGBA6cCOIpu1Qt1ekxsMdZAJ+Xzp+zHnrqZ04&#10;kwyuzPWZbzHhGYs2Ydk/C6bDxV4PVDDcaZKWnVfm56tZKqCZt0gBtLGGZRGRt4WPHOnuasLqjRYj&#10;hnkymMV8BikjkWWCTdslRoyVdDrqNfAi4I4DrzLXmCnWIkAg8COkH20yCDiDhQ+4RmLBsdp5qnDK&#10;1alKWaTDatCrxyQ1ERAeORJArIwuDYjsQexB4hqqhq6R/JlUwSpt2xynvrtA90aa+N/p4XhCpra0&#10;AU9AhhcG49o5IghLbCkYAisBtG3b3N7gi4ufp8e/H0Ixpiu/28UdPBK0TIEtv2+YFEmtmNgQt/YS&#10;TY/f3eIjGa9IrGSAb/cdPZx4w4FJUiSGxlQLIgF9zMd41cEkWHbw++9EjTjWlnCsb+JJ7ai/9nBJ&#10;wunaIIwlMbLcxqhXabA21JHcjT49+KkpmmQketNVS97jZvB0Nx7Tbt9B4JVDAiqqMnllSY45RH9n&#10;cANn6cDbe5uDYG/u305oTJ6KuhUdVJGtnLEuP0gNnaIv32sTv/RE3tYWIuR4214pFo4j9tRLe485&#10;SbtY7rkNt8bWA11Gl+PIZQBPHjTYWYpPvWzi4RjELAiFlB23AWwK7vC9yfYdQBypr8XOFE6W9JJF&#10;H28fqtz2WzH+Wm/vL37dtbe3kf7/AAIbRPSaPt3ydaqWGS5WkfFFZtUENku3ugtKdVbUfT4jw5Qt&#10;yMqFNLvnuer1e57nq9XubSH4VOvpCy4O/wDv4xxwPoreT12eLWMuEcSagjtC/wCWif8AFHzoCeqI&#10;X+e0LE2tSxqx8bGWb+jlk2t29zXvccGgbCcJoBpKREGaC5tzAMfdU3UE/wBnMqf5QAfDX7uV1AA9&#10;dLAqRUSVT5dz2BI++/HOna8wkB+xYW9uoPNsKCgUnjWkCQU9IpjxFClONCQWY2U+wEco268Fj1w6&#10;lg6/78pGVrWHvKp/bxrIXD+XTHSr/fjQK3uOq8J8vcBR08tLty5gCi/u0VKNe/8AkF4jqCwQew9h&#10;wZtAdNBR9MuGnvi6wAbZ0BNxfsPDhzYueMj2UXPeGRXuHg6MWaema/ZkU2+k+3g3ykmaKXB4ppmx&#10;z/eCoH+ox1+jltXSxj8rSD7R937Ps4MLVSkwmaMrdGInoqkD1m7RDjjqdjHfGGf49vz4OHUlj/m/&#10;zNbW2G1Kt/0RPIw3wUO6uBO1SP8Af00b5V/xQieKvkap99HkSD1adPwpugx+jcAez5oWB+g3PKgs&#10;ZsKmcEHRmIJ+J5Bt2QDIqV8o863E8O3GniPgVH5jgQ5nVjDLtPdSqj2E8CFyCVzO0UM7MDVsxpXU&#10;f2bewjhVs4C0ba3t7xC/DThUlSgZozfVONPPC+5gJUSE/V9XF7JmDRI+yTjXuAtiZtUMb+6x8OK2&#10;VDUSKL1JGgmvcDLGiDVEsb6glh204medhWzaDSqyHhnqr3Nwnoykrem3odWNKWhbppk+gEEa2u5h&#10;kfv7NRzMvIXkJ3kdSf4rJH/vOubXbDbFbMJGP5lePkpX40QfotVU1F6gvUjhsqr59XnjE8bSWRrE&#10;Icm5VgFh46xt93GPLcsNT07yayShFaOoUM58UMSNYjsLji3K7hC1AgwC02ev+IfKp73v7xy3lB0k&#10;OrPtSiuqdFoPUT1WWqojWB8Jy3HaI7VANVjEykgjUgOPv5MjaYwJ5MyyLqWW51t27/08FgU3CYJg&#10;VGSbW4AOw40LFRUYQazbPSzUMgUAMt2Go9oA5y/mzU4j3whL+4BGQQdPENpxKpQB2zNGDLTjYxTN&#10;NlRgtJibyrFXuPLPms0wYMNe4ZCCOOEePQnYzgAAX2SKdPo1/hy6oJEGnCoEEKRE0xy5Rq42vS4g&#10;X23G+N17fHQezx4359rZf5Zh9YrAuctukT/vKRieINf7yOLcqugh66Un7iwr/fUJ+XvqHe1q1Drt&#10;mUiId+aaf/TJh64VivqCp7hnqM5U9VNtII3HJGXo/D4Jx2y/ifl5FyRX1VYJKqtppahqsOlnZamR&#10;SNT8OJN2M3bQ++o+FRKVHoMjD2Y0P+0ht9zQlKcAVjZ/in50z5Go6AdXOudBFCYY6CqwNBTASAqs&#10;2DqQdBa3filpcXopkSZZA5YFiR5ZsRp4a8kMZq0rAq21FKm32zCmsOmhOqsKJMipiLKUsvkM0g0O&#10;o76ccVx6OldJ/mA+u225jY/8RW/FrOZgR4p9ca8u2QE61p91NpweprFlwyn0DDzHsUBIFvFiPZx7&#10;fHhVYbiQUKjSUOINu3a3NDKouB9PA92jvodyW6EmQ04f94UKN90nGjeNgbdafiKDvOWT62mbDKmS&#10;YzRxYhhR8t1B0XFIGax+gcCzJeLo2JUEUc5VafKODSFAQtyxrfgSe3AvvJfJaeZKjBBt5PoaGnZv&#10;bEWV9p4u3H+grN6nMLSti6bmqpUnWPNmFtvkUkKsckLnXcLAlbfE8U8ePzmrkUVgc39xZBuNvgVH&#10;sHBpZ58FLPdr9tFlzuwv7iNXnhTjTy0MdBBFHSnDoyLH5Rdy37WYSHtduPUeJ1COpWsaK3vLa6j2&#10;ke9blP5s4XMTtqrOQAJ1wB74pN4jX0tTvopqI1tj8uxdRqbGzDYGA4qsCzDJU18VLNKXMyyoBYWO&#10;yNnvewPh24Qb+Xql5TdCP9Zc/wB8UPnQm3UQE5nb4460/wC/AfOi2eoPIkEXSPPVZS0a08NPSNUM&#10;EYlvfsCoAJBvqb8S+O41DD0yqqjYTbBJX2+wPg7bjYeFvDg0ysFGQtuE/wCspM+grEdw6d7GGwJP&#10;5lv47KsuwSgllp6h5XCiR6yGwGvu4i7KSfiOCrW45C8kYkEU2+KCQrMo1Ip4x4j4cDu5t8lbLhkz&#10;3rvE8HVx7orJffVuLwgYAJT70g/OqnPTXkOrwnIFUsclTDMMxZtlApZCpAbNeItb3XF9Trr93bnO&#10;LG1jhUQSPThzolLNNEo8e0TKPy4NEW5dAUpO3pg/L51HLrmheBmOqjGy5DXGDJLieHw1A2gNPiFN&#10;TTyMvbUzRyMPqIPFLRYlOywVKzM5LrGscyxN77Oqg7tobx9vC28abQlUxHVP7vdT9pdkqCVHbQR5&#10;16d4LHS4vBT4XDTRwQSs8lFJVpuiET/7n5rR6EC/uduB1kfNNdiNNVQVhSppKJWlpqSrOxC8+O1d&#10;LcGz2G0L4HtyPspLSrO2S4nWhTNvwBxUkicdsaRhQybsy/eZgpJhSHV49QQkge2an9bcpYFkuh9P&#10;8dJhdRDWZspIMu4lXYKB5sKUeXVqSz6oTrThQNy6te/bgnUry06zmnpJMPWpH6VcuVjUqv8AT5L0&#10;1z8SOCC43VslbEx5akn/AHk0Hbi/AhKwlUf0kg/EH3EUG1TkunxWSkqXxuTGpKVxNSJnPD5a6WF1&#10;P7rVa4ootb7IW3JE8lRVUUVDXJUTU0ZOxMVo6WvcEtu/ykkdQzfSxJ5YZRoT+xeKSBwVPt1fjSdT&#10;9vJUEpx6CR1bJPuiolBlSTDMYGMYXii4di6oy1bZcxnEMDgnW1zvpqGowiBWJH/FZ79rcZXGX6yo&#10;rkq8Oog1PUU+FJT0Cz0b72oBiDszCVQjbT22kW8L8YyjOMw7xxvvypQUoCYIgBOGwn+Lp8sKV3WX&#10;tpdCUgkFGo4zxgAYdc7afMuY/wBWKbKlFX0Wd8YhqKqrxerWux0YbisMcEOOy4PHFsFNK0sQaIWI&#10;kV7k+/t5mbKGVKh/MlpK/CYpVBJjnFVY272kgj0P/E+CZG8GZI/oL93zonct1NqwUDHUR+NKWh60&#10;9X46F4IanAc116OWT5ukGFx7d2gZocTq5A4B7CnI42v04w+aSR8OzVEC52wQYxGYr+NiYHn/AOVe&#10;GSN63kj9owr/ADcfjFNGSnHDyxpQ/wC0zm3B1hhzD0OxLFJU2pXVWQ6lKmJCbDeP5vFhd1Hf3XPA&#10;0zD6faDOsFRFjGSsCzvTwyvQzx11NRVCiRFSSy/PpGx0cEG3NO7wZTceF5M9SkzxI6COFG1tmF8w&#10;R3bqk4A/eRt4wPxpby+svpLlR8LpMz45jmSJsVpv5vSx1uEYhNGYxNNTMGfChWQqVeFg120PjfhY&#10;c8/h7dD8afdivQc4QwB/0vK/z1BEPaR/L5BEfrU8J1brbsXajpCJ6lFPukfChZZdoOfMH+7avMBX&#10;6++hTyh6vejmbTFBl7rZlvFKxmCDCqvFcOhrbsdA9PM0Uyk+wgHhVsz/AIX/AEcrpKj+rGb8eytV&#10;H/JU9Q9JiMEbdtUkiikI/wChnEl32O2Dg8Dq0+sj2RjQose2fMEp/bMpX7Un50PtN1ClYCSWCnqI&#10;XG5JKWUqpHe+47gfu4X/ADR+F91Bw9WOS+p2GY8R7xp8wUVXhjBe496n+cBP024F7vsbu0YsvpV5&#10;jT8CflQgsu2iydjvmFI9QfjFKCHOmHtYS08ik6FqcpKo8ParfcvAJx70J+qPLzk0mTIMywpoajL2&#10;JUMlwPYlTJC5/wCQeEt12e52ycGwodSh8DFCa37RMifMd7pPWCPfEe+nWPMmCSbf9PSMsLgTBkt9&#10;O4DgQY1016vZIlk/rb04xzAUpiFaqxHDKtIb99JQmwj4g2401bX1v/dWlp80mPbRmHrK4T+zdQry&#10;Ipypq6irVLUdZFVquhamkSQD/kAnkrAMxzQMC7mPYQCpLAj4G/BzkuflBANBfNckChgKlcPF0V67&#10;4/lgwYYakYpg0hAOD4izPElzr5R1MZPjbT2g8nDd3NEOgAmoK3r3ciVAY1glp45dT7r9hImh5bLl&#10;GgwzMuXMJzDGj0EOKwpXRwzspYK4uL7NPo4Z3uYOtOFG2KA7Nmkpk0FWPZmr8LxWbDYoRUmICzoL&#10;alQfE/HimTAsLhJY1HfsQT+3iNWZPKGyl7bSUxSemzHi9QHUUm0LqRp/Tyf/ACvBVj3Tys3sAIAs&#10;PbxP+bfnClXdQdtMRx7Mc0nlU1JHGF7mQ7je/YW50ZsvU32ELX8CT/RxlffHFRAo0tmPDTRV/wBb&#10;qqVzJJHCLkK2y5A9ve3ExmjOmAUGCYpFBQioJgmVkkckG8Z7gcCG8meNWrCitWqQRAHThjQkybJ1&#10;uvokYSPjXeFZazHPidLUT40YbSI1o4EA+0CQCQ2nPnhc4ZV21o2HPc9Xq9z3PV6vcELpUbZ/y+f9&#10;ao/8pJeGmTH/AClPr8DTTw8Jr3DpSTKDoxt7NeSFrIGNF4Qa9zCZmRe+l/Dja3EgTVtAr3OBm0t3&#10;v7OUDnXXgjGvcwPMumpHKqdFW017mEzC+gJ+NuU70CtxXuc0mBIFz3vrzaXhNeKY4V7iqwuXzIcR&#10;j3jdJSVCorHv+hY8XNq8BrbKQFV7iD3MN2o73GvA2pZnCl1e5xDubX934X78cE17GvcFbLvRXqhm&#10;rA6PMuAZb/mGCYj5poq35uijD+TK8D+7LMrCzoRqOLW8tfWkKAwNenGK4eYgJXd7w7jilT009a3Q&#10;OMqQqDr7+LYOth9DVQ57+Wv9FWw6a4GeMGxLX+COf4Dnf+zP1nGpyzTKO25sZwQfl83flDl7/RW9&#10;PXXvmI/9b/kB/wCjmVPTN1mbtl6ib/v+YH/5182Mvf6K9oNcTVRDuH+qKU/wXmcemDrOTYZfoj7Q&#10;McwIfxrRxwWLwOyrd2rorga2AfuyfVDMf+Zec/8AZd60Htl6hv7P57gH/nbzyrZ2MRXigiuPz9P/&#10;AIZf/Gef/mjnZ9LXWvbf+r1CLa649l/9tbxtNu50VWDXv5hT/wCGb/xnqP8AmjnR9LPW22mXqE6X&#10;v/Psv/8AndyxtXNkV7Sa6/mNN/gm/wDGao/5o5Yp+GB0b6iZD9TEeLZowqlpaD+Q4pAZKPFcJrH3&#10;s9Pa8dFUyuBoddtvjwl3kCm7Qz0ijfKGv2wmih+urEqRvTPnmlLyRS182FUdN5tPOAz/AMzgltdl&#10;AHuoTckffYcIFn7pbmLE86ZqrIKqkEs+M4nTvSvUKDGqV8sW5tulyRcD2a99OHbSlaRPQPgK8q2J&#10;VRyEYOiOv2XAZfDQi/GGXpVidPVtRYTjuH4nXwQmrrqZZ/LMKGYwx6yAfbtextYffyyXJJAONXTY&#10;kjA1y4P3pd6dZnoOu/RjF8QxOjwunoMx4XNMGq4Cbirj2hWIdfeOhuPgLk8ZurvS0VExhSq0s1Fx&#10;M9NB31eiSbpN1Phlo5MRjmy7jUMmH0sbyyzq2GzKY0SJlZma9gAQT4EcFD8TTGMw4J6lsXrIaear&#10;pv5XgbR1tYgj/wBE/SwuBvsBecEkAKL8D9rnyUtGDqINLcwsVd74uONBj6RaWGi9PnT+miw6lwkq&#10;lbJJhuDyrNBD5mIzyoqurybv0bLYlmNu5PfhV/TXlfED1q6WY/UZj8iXAcx4bPjVcWZYjAMSRjHJ&#10;JvIAKH2DThbmGaJLa1n7oJ8+eNXs8udLqQOkUPOY6d6vL2PUsUbTSVNFVU8cMIUuzPAygKG0JN9L&#10;8EP1Zx4hjHqh6x41lqiVcIkzBV4phtbiEkdNFMBGtaGRXO5g/ZbKQSQO97J8i3lQmwZj7tIFXvMj&#10;cD6xGw9VMfTbCcSwHp1kLA8Yv/NsGwXC8KxTe28/MU9DFDJdgTc7lOt+dfhjYpjh9bfRWDFk2meb&#10;Hf0268kkn9VsTcbrMe4Y+HEl/nLjragRh+tUbsQhWO0/LGgU9Z9KKz0xdW6drBWoqV2ZtAoTE6Z9&#10;x+i1+OPr1y9XYr6tOsWIIYWVcQaEKZlif3MPijQ++VFlZbnx14JckUTaJIpJmzEXGPQPhQidAolh&#10;6IdI40BC/wBXMHcBzc+9Qxt+3hGaLJOZKirSGZIacEyKHlqoLBo0LC+x2Nr2Gl+LgldJAjhFC5w3&#10;voSwypwn1c9IqOukNTGKnFFoJaezQyebg9bGD5guASR27+zTjLzpSKMMoaSq5QOk0GPWgH/NVntg&#10;wQQ4fNUO7AkBIrSMdPgp5C6q+lnrPmHqj1JxjDMKw2XD8Tx/GcQomnx3BonMU2IzSISklSGU2PZg&#10;CPG3F6LN0pBA2ig0+z4zHTSwoMYojh9BIFnKyQxOpWlqmuGjBH2YzwPG9IHXm2mDYUy37jMOBkf+&#10;VXHU5c//AEaZLYFSv5zRf4Kj/wAY6z/qVzj/ALH/AF4YD/fJhlh3tmHAbdvhV89/LXZiKqQBXv5x&#10;R/4Kj/xjq/8AqVzr/Y+66C18FwoX7/8AGhwPT/yK5c2zwERXiAK7/m9H/gqP/GSr/wCpfPf7H3W8&#10;hr4ZhSmxFv6xYF+f+l8onLLg46TFVSpJNdfzij/4rqf/ABirP+pXMP8Ase9cB/zjMI+FsxYGf/Mn&#10;l/5W/wBFXIE412MXpD/udT9dHWD+MXOJ9H/XLwwbCpLeCZiwH+HzfKqyt/or2ANe/m1J22VA+mjq&#10;x/GPkSX0jddI5RC2WKSa4LbqbGcJlU/8FHUEcdGSXKhgK8CDxrPHXU0ieYC6r2tLFKh+51B4B2cc&#10;nY7kHMNflTNECYfjmGCFqyjSWOYIJ4EqE9+AupukgOh/PhZcWy2llKsCK3FSUdZFDobqex1HY28e&#10;JU2IIEi+y4J/o4nkHaatEVz5FqXjjj2swdjqAhbw9twPbzxcSBFNKmvcipKhFwLDufHlQ+BTZTXu&#10;dGQEaafHlS/W8K9zD5oI11Hw5QuKr0V7nBpdLg2A8L8r3h6a9XuYWl3W17fHjZXW4r3OG8n427cr&#10;3tb017nVz4/lypdJrxQa9zsE+H5c8HDXtBr3Ort7P9bm9db017n/0GLFKyozDjeC1+A1kNdFUYZB&#10;LPijtJhcBLq22Y73ZmW7h2Abc2pIGoPSveBnvrz8y3pICMYlCZxE7STBxiZPRjUSZtdtKeK8CFRG&#10;HGBMDbPQOnGtnfp/hVP096bZwwLOeB1eDNSZmxL+W5XoRBmysWnE6yiiXyqaKOJikZhQGMxxLtVX&#10;I2sFZLmf56efDMbT+eT4XTz08goWNNN5zIAk4hf5dXUAA6Am2mt+HLTr14latSXHACFpwC/MAgJV&#10;HSPFtFFF5evrYLuwq6RJGIMmJPyk40HGGdHIMtpRZk6dVf8AUKkzTi2HYvI2NrHiNK2Gwzu1Thxr&#10;F/mEkLyPIy2MiKpuVCWN0bVGtipKmCkmmEUcqVUq0Abz008sl0DBhtCi7Le1j34FFZw+i2/LpXpA&#10;VqwkKBiDOw7BhBw9auzmbqUIhXhmR0SoRIPpsND1R0eBVWLUFdi+HUb1k9NNhEBxwwmmlXeKhEil&#10;aNkIcubJIATcWsBpIpK2eNIsKpquSaHHKGrgnkqA7p87RstTDISrn3/dJLEXszA6HQ+y+8du+6aW&#10;sqK0qAUeChiAT6cccTTGbXinP2gjWhI4AEiT1e/qpP4plXDqnEYs04vhMFDU5Cx/Dq7Blw+aKKX+&#10;UY1SnCa2nCvGu6BmnVVhDBd0MUgJdACMNLTV2aTBT4hQb8Eje0BiVfOiqBSbN8UW9XZAs11sCB9P&#10;BvZNXeX3KSpULCVEbIjgobJ24ADA8CaNN3MneW4hSTCoKSRBwMxhMmIGPnxojGcs1ZS6E/zvEst4&#10;+KbqJPSri1THi8lTHhNbh/8AODK0NZiT08lJT1EktKyzbpEYmx+xezRUy02DUBy5VVsDZgpZ5Bh4&#10;81YpAqWV7CuEXmbbj3b2YE2sQx4V2iGmkhsFBeSf6QEDiQVgA9QkggnrowRlraCGSUqXJkzGyOnD&#10;bs2yKWWCyYp1BzNB1fy/guJUXS/MuE0cmMxS0zV1PO9QHnpiWy5LWCmWRQxMyqGjKqGLK0Y4C+Zc&#10;043T5tyhgNTPFCr/AC4xI0SxiJw1TYKrR22qyuFsDY6AjQ8Bu9e8d93rVpqACQCYjaZIAIGwggRM&#10;T5UmctiG1BR2CPn7jJHD0o7HTvp7kyq6ZdSs44TQ1VSHfEavLi4+9QamCWOhUNJIs5u8iTRNIHYb&#10;hYlWsQeB7mWiqcPzXlXF0oGr4auqSvxJryRhFkkiWMo6lVJZ/MsCfZppbgYOXDWyQD4lYzs2gCTh&#10;EmSdu0bYFF1k4QypAMwCPjHnhHnwoeMs4tDjeSs7ZfXEocKegoZsHwknyZpDJFBN5okhkDvtjQxb&#10;tB4m5vfgpZKyxTZzxbFjV4P5kmLR08sVHFASDSwmpgIimDRCNogVHmAEkA2BJ2kXbnNZabxzvkBa&#10;CB/CeOoDqEYY8QI40dZUyogJCCrAnaOAB47TJorPqE6uN0GydlvFmzpT4RheWqqpwfE8exHECjR4&#10;tXNQTwNUUaRVL1KVJMjeQWQAshJVQZESfV3B6PDuo/ptxKjpPIL5so/mjHVx1MS+Zg8j+4Rrt/Sa&#10;MPdN7gd+TBe2Fsl+0W0gBRdbmDOGlQGPQJjDDiNtQd9TaGA0xo2qZenb0NkUJvoyzljuacq9csMx&#10;nETiKYPG6UBmwmowyfy1r8YoC0wk90yH5SzR3MkdrOTdTw+2BYJiH8ylzThdDT4lUJBUYfFHX1Ul&#10;PHu/mVXKwZkjmtq66+W3Ih3+fFq+RMKVI4yfGsnZ7aR/TU9cjd9/uikLChtIH+tN9JHtmqQPxWer&#10;XTSnxnL3QDqLnTH8kYRj9VTZ0qqnI+AQ43WSosMFNGscclTh5NkgmZgtVHoOzduTTj39XsCwxM8t&#10;Ph0Xy4jabD5p62Vvl4d0rNLCgY3AN2CBtNNdeIrPJHL8qVZpSVIGOogYdOJSScQYOEGTMVNW6Srt&#10;pDqntJKZI1CBtjrmIj37KJBmXovhHXLqnnjGfRLR4JnTF6PFXq8UwXN2GYZgOHQfzaoHycFNQYjK&#10;sR2yshSGWcwsr2dAF2M/ZOzllPOmCfzbKuNjG6Z7xpKyrDOrI7oQ6NHEwIKldVHb6eBLNspu7JaQ&#10;saQrGRik+RBjDiDJBwwNCa9zd5ASFfauDgokGegzh1xGGFFF9QXpo69en/qVSZa6z9MR01CtLUzp&#10;QyVWJ4JNA0VM26GUVlejhjIszosjbX/dWyjib68UYl6OZpeG3nLFTVMip7lvLr4CbLc20XgYavFp&#10;dKF4jAA+/b0Y7KIs1lagcQBsE4QeHRxocPwlsy1FJ+JR0bwuuLSYdNPmHCcOqa0mrlZXyfi86Xqi&#10;kRYqZrWK2969hpysOSpcKRu90C1uGxhUUW6Bpmt36KmTeLr7zG5b+niBxeYvKwLanjDmIxpW3AGF&#10;L/CodkYIGnItFQ0s6s8vvsuoQEgcbSgVtSorPWVdRCyrHZQe7sL8nJSwR38mJUbwIUEj6zy5HCva&#10;jxqG9RM9jK7EHQgk2P1Dk3PHUDqjBmjN1bk+vwyYJlGYYHlbE2VBJjEU8rRTysQCIipRW1GvFuW7&#10;vPXReeCwCGyEpmPFJgnq4UDt5N5U2S2WlJJ1LGI6DwoOcm9HcmtlbD6HEKWWqFFi74vFWuXEoLxq&#10;GjDIfslr2Hs4tsOxaox/BssVuKGnkqZqKAzvhzb4HkZQ7tGfFSTcfDhXZLV3Y1EFQGPRQofSNZKa&#10;hHBYMu1+ZKbDfNEUlW9Qom+0BYIqm+psFtrxG5vqKaOrMce1bG3ui3biF9yVU5bgxQiZRhqGoVkl&#10;LkkBgJCT31424JWL5tg1/aRyoOFOupwpyxilPldrfA/HjvikshMO0bjusAPo4+2UxM40ygdNNmGQ&#10;oolD6Dbe5/p4JuUcFlnp0kq7pC6kBexItxW01MqNV7sGTQMdQs2R4dMYMOAlrI3BYtqq634QD1wS&#10;YtlObHxQ4jLTYZiVTE9NR07up3RYJhQdzYg+K/dwGZsoouXCkxBH++poQ2yEqYSFDaDPtNDR0Gxh&#10;cdyDhVfURL/NHNcKyoVAt1XG8QiVbj2FGNvjwh3SHH8YzF1SytDU4rUNWTTw0tPVSSOSrSSrGG94&#10;9xccIS+7cPArUT507ZWbNukpbQAKGWokSKnnlkXdHEjSOvtCqSRy/wCoMvUlRhNDVeYZI6ingqI9&#10;1rgNEpHbki2BQtlJHRRRcwHiDtBPxojeKZ1r6XHsSw/yRFJS1dRTTbb2JWZlPc8a8QoYqWNfK0Ju&#10;LE+z6OWcBAw2UkSCFRGE0qcHxWbEZHMw1UDUfH6eB1iDqk7Bj7x78SqEqoxKJGFCfhqk06WUhR25&#10;B8xAV3G48QPYRywSSKtJjrqdsb3tqm/YE8HnJ+F0dZhMkkASOoI/yrWLfVxdZCR0Gil1RScaK71N&#10;zHX4TmCiiqDLUUO7SnjJVb3tc278nDLMXy+MqQamWopJqeaOIncUdbHtrx8sJV5VVMhQIONNFR1B&#10;keoyvuRaCmgxKlmhnqgNqvGxYd9PbwF+keXs35Jzb07GV4avBenGW8s1uTKnJd1dKWX5ihaiIVBI&#10;GMMNK8ZPmEAN43vyu8QsF/kxaJ090CCmDEECOHCg/u5Z5n3lwboghSpB6RjQp9fKfppnLIeN4Vi9&#10;Xh/81qKqmxOjqp2SIzSRrsuHYqbWlNh48NsM7Ph0SXIva5Yi3hx1LwGNHgtQaIjV9BaLM9TUB13o&#10;SEWINcH3r/HgF53zi+LyyiN9zi4+r6+Innyo0Y27QTRzuk3S2kyVh0EKxeXHoxQf4rWJ0+jiKyrF&#10;uxOOOZzAtX+glawIUSGwbX2Gx42lcGr3JEUKGdJnjwWpqKaL5qTD1NXBGDYu0S7imniwBHDm9JMn&#10;Q4fNWUaVbVyJUNXrDXB4VaaqYEqu+29f0RA72vcjkz7oZj+WsHu6lLhnHbpwJwHDEDGJx27KfyFb&#10;yb4FOkFxMJJ2yCIAOzj54edUk+vrrzLHkmnxt8OqMvzS0UmHV2NZV+XxSaiwvD4Jd1TKacs1LMvz&#10;aNuO0Nt8tXDMOCPjGGyU2IS0MeESpg0zyY1S0s6jyzJDWyTge6Sikq4UAnU/G1g9ulZ5oL1aFrWp&#10;awcQqTrSQrA9YkTPHroYu5UAtxLiTpVjIOEpx4bdhA27aJt0d6h0OZ8g4JmCr6m4XivWLLtLQ9JM&#10;xZly+7/NilxLKtDhtROTUxrPUIlXSyT+ZHHZVA/dD7g7xqrnmoKctvw6prqh6mqw9VWMstNIXQsU&#10;G2wlKEFSbsp8AeNbyZ+iyy1+1Tg4pRJIgmVKJ2j+ggBO3+IgYVZ98N2gZSCCdp6wrGfYPfR2+l2X&#10;cHOeKynFPBm7AMlYTS0GCZqrJfnI46jGaD5WZIPmHaRZTRrN5ivGu2GZDoZACCOY8Jxc/O1GIVqx&#10;4DLI070gTY88kq3W21gAE2tZ9thute9uB3ejOrXOsrFw4rRcIjUIgLJEEpA4mATOAPnQevcwuzdh&#10;OmWztOGBjiNuPVx27asG6cY5k6Gow3D8CoGqc6UtKtDTV0heeOkpKaVUfdM6Md8hkTdCZAzBA23a&#10;rEAiMVoqnFaSmw7bHUSSCiiwwo5Zma6LKsjEgliRuU222uNwPuxgh1taEjYsYR09BnbM7RMEbOil&#10;twiElR56aNSMMxOgw7EJ8Xc1GHRwticmNmRB5aod8kDwoq2VVHuOt9wJDbSAXFfqccx4fHNhXyDN&#10;h2HIYHxnDqZnpqlUoaanEbrDHIJFXy3BdlGw2KEFWvL+9d1oUhpKAUBtPiSmQSEiAoAeJJGBJ2HE&#10;EQaUOocTbt6RJCEyQMZx+AI29FFJ9OU/TvM0i5ygxv5TGcy1BxSHJOZq/wArEsMeqx3EcTaWMVEy&#10;PTSzGpRzEjEyJcSqyulie4hi+N0NfiP8iqmpTXQVlBCKUDb8vXwS0sikub6JKRrc+NwRyHBdO2ji&#10;y0SnUCI/vTgfSKQJ/aaSrakzI6fTn21YVUZewbHsLoKHMNEmJw0VTh2M2rNSK3CqyHEKaX3LDck9&#10;Oji2lx2tpxN5nqJq7L2UcPglmGMYDRSUGI1iySnc719VMI7kH3Y4jGEtpqw9nKZhfpds2GifE2D7&#10;1ExjwGEdZPVVkskLMbCZ6p6R58eusmXMLrsPxrOtbVyQnDscxGLEMFpqeNFKQLhVHTu0lgCZGnjl&#10;JJv7u32HiVqqSlxShkhqFtVwHynqJFFiFAfW/wDxIaePCNBxpSRhSrDFHuPsNrYfdxPUlGBuWRAr&#10;MAsm4gEhiWFifafE3sPj2cSg40lgxWdm7WP0Hjg1MirOjRe8Ebb7xCHeu2+htcFdNDe+p9qgNhQw&#10;4UypRrjc3U30/PTXjpg9I886p5LIJGZgIUJ91mDWH2jbUgH2fk42yBjTal1hmcIjMWAtqSxsNOCt&#10;g9LIjREoCgsHeoRjZQbnVgVNwNPboB48Vhk6ZpuR00n66dNsi7juIO1Y2AJPYDQgjU/VwSMMoJ7q&#10;ArJuG1XQM4G0kG4huOxtY2v8PDyUcTgab1UisTxCBUYblcL7zI5VCd40sZrdiL3sbfHsVnRYfUSS&#10;JDFTszhQKdFDNcAFgqiQNcC9r218fgnTABBq2PRSHxLFaSGKSonrI4oQx+akkZVsbhSzmNlKkgX7&#10;+74fGpb8Y3B8Rw/pN0gnqqGamikzDVRebUQNEpb+XSEAFgL6XI9vI938eQppABkyaEe7zKklRIME&#10;Clv0mzBhWONmFMMxOmxAUfynnDD6iOo2eYJbbjGTtJ2nT4c18eRnQooY+e56vV7nuer1e5tL/hUK&#10;p9H2WmDe8MZx1dv/AH2k/s5O+4OGWgx/EagXtFJ/mP8Amj50AnVJyMxUSWG00Ub7iPZNMLfnyxvz&#10;HVlKsDbUEfDTg8QhJEnCgehtJxOFBqyhg0ewkDTXQjdY8kIpZgVbbYXs3jxEtAJxq+kJE1GaQ7Ch&#10;Tch7sNLccqMMNp9iksO9rcbfUYUU15WK6Za7Z5e0nUnaD7SeUZ9dZGbrZ1KJN9uKTJr7AQvL7vAB&#10;iB0q/wB+NAzesf5Wqjm5aN8uZfJ7mipD/wBGF4kaA30J7DX7+C5sSBQQfJwNPfF7gDbZowPtXuSe&#10;2nDO1VjSG4WSCDXuHf6OayweFilrezUckLKlgqFFZGNM+N/7wz6X9w6ctn6U6U1Mo7lVP1ngrbfC&#10;pHGRFLgvVE1SL6zo9sOLS9x7wLEaXAt2PxHBx6ispyDmlb/aw+otb2+SeRhvsAph9PEFJnyUKOcu&#10;QTcMnoP41T16PQ0PqwyKyqCBmHD1ktp7rVYB0+k8qDxw3qagHSxI15B1+3H284VKOSpkJIrcTw7S&#10;CO+oIBX6+A5mhgsclxckG49njwOOqCkyRUjWTMpEUqqMm4sdOFbzc1xMAddQSo9n9/CWTTj7JG2n&#10;odhwvWPFj5g8L2A5dKyYjCKLrlXhwr3AXzBfe5UWAuBYW4uDkYg7aKkNhOPTXuBXiZ3O5Y7vY2n7&#10;eJVrGoE9dKmhJr3NvzoHmLDq/wBMfRDBEkkp6+LJ2VwDWlAJo1w5JiEIVRZd9rEXsO51PMvLXLbl&#10;vOW7k/aq1Dc/0T4FDDiCBjx8J6awR36tUXCXUTih9wxHSsR/ovb1VXnS5NzVk31J9Rs9SU9PXZYz&#10;nXS1sUuGmUSUkiYPHh7JOrliC5pI23hit7iyXALNlWlxzLuA0GCrmbLWJRwqzvh2bcOro9plO541&#10;qEUkC/ioUnS/Cm6TmbDiSlKVaE6REiQNnAzEnb09VSDmG8WXu+FaVYGTBESQMdhPClDnnLseZ80Y&#10;jm2DJeeMGxWZUw+jx/prjeFDfHTM4jkmoqmrjhlPvHasySBbmwBJ4qoJ6+C0IyllXE0Qe9DhmY6+&#10;FiBfUfPvGLn2G44x/abOU7WzHkCPbCT7aJTaZI94g4sE9QPwIPupPTwZsSDza3qj1CwGoLFknxXJ&#10;WXq0AFV91xg+GVI2g+IIPx5zWoSSbzD0uxWpZQf9HwHMWXKyK9rGwsZbfTc8bHaM42rxN49GB+Cp&#10;+VKrfIrQeFNyE/4yFj3wR8KbKnE+oywMX6zZZpqR22w4pm7IGccKkAB3As8mJ08JPtsAON1bVYUr&#10;2nyrm3LjW3N5mAzYpGLXP+UoXjFvq4vZ7RkgysEDqQrb7/jS9W7xSrwPtqHnHxqVhma82/LinTM/&#10;TrPlQXEazYXm84EzgsAb0tVSYkykAH/djf4X0n5zjw+oyFDjVA0rM+DVWCUk+I0z0U25K+rYq8Ux&#10;LIQe9z214IrDedt9V2W1YG11Cekkj36J8jUN9ouRuJvLYK8QDg2GRiWzgR5mhJ9OuK4jFm/q9guM&#10;UdPh2J1OPUeYaqiwusWugVJcrYdTgpOiRiRbQrqFGunhwMssjHce6P8ASmqwahqMZraKjqY8VpML&#10;DzTB2qWIDQxpv1te+wcI3M1Lb4KOKEe2VAj2R6VN+eZO2oOBYgBSonD+jjztqBBmbLeROvHXCbOe&#10;YaLKdBj8uAVOD4nmNkoqZ4ocIWJ9tXVMsTMHJGzdcezXjpHFnWBI5KjKGL4chXdKqUVcAoUfvK0Q&#10;t9Y4YObxuoUCZ68MPbsoFObv2y06UrBPRS/puofTKukMlD1Jy1i6u/lUtTFi2FSF2c3spSdr/Vxn&#10;qM90GE1pSWpviUY31ENXGsMig/AEH8uXVvylpcpPiFXXuclbQbUQB50r6TC8QxFBVQQj5OW/kT0k&#10;zTLJ7CLgi30Hi5ynnKfHKiupooV8magxRzIr+9ePDZ5iAD3+zrwyzXfP87ltwkqhJZc4/wB4qipr&#10;cVFpdIUMYUn/AH4Ui+o0gwbA8OqKypZHGL4FQeVIDtPzeNUlGtyO12lsPjxJZHxInFa95Syzw5Sw&#10;pxC37o87EEsLeOmvGc9vEvLGMgLYx/zFkfAGlXZnbFNvdpjwlx/393Fe9Q1KKml6cLHfeuasNJkH&#10;ayFZDe/cWXxHFXBUmNzMpdVZgzBAQdfDueCRi4VrkGKWOWgKNJE03TgsY03rG4FkJcEEAjXsOPQx&#10;VjJf5neQCwjbaCD9w4pVfqCgSTRejLwlAgQKa5aPzNytC91a3nIzkEf8hMOP+TsYmnzHSo7+64m2&#10;AN/xw47X4W5/m6F5ddAna0v/AHw/Ol2T5Wn840oYELT/AL8DQXdfaSOj6P5xAhaUNSgSbl7XkAve&#10;2up4wZ6xUL0kx4RWikpcBnZgLe//AL72ht2+PJby2+I3RaUoYllAPsSDWFzeXqO+bE4aXkq9Zo+e&#10;DqEp73LiWaRVPgAZy/7eLuqxWdaxXOqzxUmjE31pYyTf48i3dzMSEKH/AAV7/lVdZWb626fzI60N&#10;/wC+JoifR7AoIcoVFOl7UWN5q2vGoCi+Zq5gpA/wk245R4yViKk+WFuNrXNxbw4PTvG+QEAiPKow&#10;GWs6lKVtoWqqmxF2pYqdN6SBQGjVBa+mpOvFXlnHVr8Yy/T77R/OUqBGuLBp1HbhfmGdKQyuYImq&#10;yHRpEE9VBF1Vy0+Ucg9S8xHfGKTA8Wr5amdwyXgoZJxYk+1eBHkHF/MxHFIGbZFDT0tm231/rBXk&#10;m1/C4/PgTyLNkptLIH/jNv7pPxqRrK0n+Zq6HF/74gfjSn650JH+YUxJ50hmqo1i3Wv/AL41bboC&#10;QCF/hwwGG45T0gIlLVLfZYxE7f8Ak+3JWRdrWj7aiZ9bSfABJ66ReLZHzBjnl11PMuCwMyyLBtVG&#10;/wCjdz/Dj9FmqiMiqVemBYe+5uAPutzTNwkyFbeuiR3UBAAio46aYgUnmkq/5jLF+k+VjXaS3e/c&#10;k/TwMaTHkfqFnCAzGRRmrDkpgDYeXLkqhl+N/tH7+A4ugJumwBipY8iGkn3zUhbslRzNvo/Ln/fx&#10;SRz1lKaX0h45D5Hy9TRwY5vMHuOHjzpiMrDcLH7RB4Py0OGM7y/Ixxy3JeWNEWQk+IYa/XwaJddA&#10;AkxUbP3CySEnCk9S1eN01HRRVeNTyrKoSGjqJppoo7AjVWP5duSYKGglW7/MlzoVqZpJlv4ELMzr&#10;+XGHXnE7IA6gB7xB99Jra+XPUDzsrBmRcWw6wozQIKqLzp58Ooqalbft7GSmSKQ9vFuBnk7GY8Tz&#10;FmrLFRMVSgzDiNDhsjW3KlPguEzWG0KP92sbcIrLOB3RdAGrWpPsdWDPPR01KVtaeJayNjCFbTxK&#10;z8BSO6/R4jlPpl0z6gYHSo9ZiZwfAczIqL5U6YpmOuozdpBIbo8zst7i9r3HBchw/FoTA1PixVQF&#10;KLC1ShuDrcvLKP8Ak3ho86yudaAfQH5D40GlZ2htahpMEno+EfOgRrsr5Izfhf8AxosnYZU1gjCV&#10;MuMUGEVG42sSGpqOhcBgNff46YhWVcWG1lZjaR4pQ0UMlTLHX+RU3ESFjcPTRkaD28BG9Jbs7Nx5&#10;lSm1JEyklMexRB9RRxkpbuXC3ABUDEjGYMYztmiv5j6e4NlvGcnUvSnEsb6f41jGYcDwSKs6eYtj&#10;eC0uzEMYp6JgI6PGamN0KuQwaMC3iOKLGel2RcVWOqjwGKhFQpkhfDd0AAP+orbTa47jmN3aT26b&#10;37r5uhtu57xlQJ0rSk7DBGoAK99Tx2Jbj5BvDu9du3LZ/MMKQApKiD4kqOzFO1PRVQnqM/FH/Er9&#10;GvqFwvIGE9fJc15Mq5KqZcs9U8JwfF4ZUp8RFKUkrpaeOvC7TqVqFI9ug4VKc4FR1kMEKLWRFZJm&#10;nQsNqgqiq4tYMW3aBjoBcC4v0FYfvHFKCkkAAY4QZ1THHAAcP4tpgxANxYtJE6hJJ8O0iCMZ44dV&#10;biOXsb6l5hoK96+iqcGkw6LC1GKypAKSunqI6iSoNKpZpdiKsR3Oii77VZyrBZHz2EMHRcOjnVrX&#10;SoG9bf8ABXHHjbPDEqIq7TKD/CKi1mFZ2S0kmb6ulm3FllpWWNlHewKKD+fCTevjLeSaj049Q8yj&#10;KWGLmPBoKOXCsaFDS/NwBsTp1by5ihdbqSDYjQkcB2+TaWcvceUJKSiCeErSD7iaHW4y3FZi23J0&#10;qn/fT+FCx0Iqs1LnWlosRzRiOK4e0c7zUmJVk8sRdYH1EbttGrA9vZyh/IuaXWphu4BBXaPrseB3&#10;dHeiNIXQ33pyMaDhR2eXidKesVHP04yoklBM0tDSJh7urqqv8v8Aotw+BC68yft7BF0jvwsAKg48&#10;On4VjM9bqaWpPQfkaSOI5bWsrparzlUS2IVk3Edr63+HFxH1VjlFoMKlk9qxvv8A4IeVuLFltUFW&#10;PUKeFs4qDUf+q8S7t9SP+QLf8zcg1fWGngjJrML8lEBYmrdogLaaltvA9cZnaMn7iD1wPjRyzly5&#10;rAMoxEloqtlJ8UCH+IPEw/XnLZeRScM3Q7hN52JJcAd7r5p7cIb7eMuJPdpCgOlaflQmayhIAKiR&#10;PUfwqO+TpzcLic6roVEccGh+tOFw9SHqNxSLpzUVPSzF8r0uZop182nmr8MeeWj8mVZAFr3KXBZT&#10;bQm2nIf39zq4bt0rbZaKh90qRMaeGogHHHbNSJuXllo5chLpcjCIBiZ6gTWfBsnrQ1zT1dbVVylT&#10;tSeRlRX3IwIERXX3f4803OceK62Uvue56vV7nuer1e4v+lxIz5gBHfdUW/8AGSXi/KzD6eeFaUJF&#10;e4cZpNDfVRrbx4NVuKI2033AivcxNKfA8TrdFOaR0V7mHf8A6tvjyveivKQDXucSSdSdB2vypdwp&#10;vuUdFe5wZwANdNe3KpcNWSgCvc4hlLXGnt5ZLlXMV7imwkv/AKRINVWCouPh5D8MrQE6idkUk0+O&#10;vcRPnBjci/hppwpBE0YJbBNe55WY3109h5sLrYSBXuHP9OeNZZlw/EsJzyzVeDYbh5qsIpmkkVYZ&#10;mxCQvtCMouwbgu3feUoFGqAB86L8xSlIB0zWKYTEJ5LBSG9/d4rY/ttwxUnUPoFSRLTSdNoKxofd&#10;8+Vapma3jf5ocECm1Dav30w26I/uYptegxF5GdcbmhRtRFHHSkD6N0JP58aX6len5yQekcLfGNKu&#10;x/8AIvidbajsXHrTnfAj7MPKuhh+Iga47O3xMdJ+yHnD/OP6f+3+aCFr+PkVdvv+a4x+UE/ePbVg&#10;43xR7hXL5DEP+m3P/wBE6T/qTzh/nF6AA/8AOmITbxMVVr/5FnlVN4QV04bhsD7PdXE4fiHhjs4/&#10;6F0n/UnnE9S/T7cj/MfE4He0FWf4VfKBiP48fP8ASth9uJ0V0cOxI9sfqB9EVH/1J55uqHQGwC9C&#10;o9q6g/L1f/nXpyv5YgzrPtH4Vf8AMtx9nuroYdiQ75gqG/6FUf8A1I5Gfql0ELMR0GR76bvl6k+H&#10;/eVx3uJ/1ymtbZ/g91chh2IeOPVH/RKj/wCpPDqfh65z6ZY16hlpMo9Mo8o4q2CYk0WLRQzIwUPB&#10;dP0k7g7tNLcCO/LIGXq8c4j40e5ApCnwAmNvCif+vDDMQf03Zpk/mklTSUlZhlVidJOIEWeAViKU&#10;JSK4szK3h25VnnzMmA4TnrqHHUYfKXXGMdMVdNUMUjkfEZyigAhUvsCqNp7H48L27rSjSTwFG2CT&#10;MUdSG/kxbjdtq3I9tuBph2c8BoaCGnkwtsRxCbfULVw+YZSZLpbdGQHBUnw8faL8Lk3obCjqxNbC&#10;SqABWTgk9BurmD5Y6tZBxBMHjNVh9Y0DSYgrk7J6GSma1g+1kButlPvdhrcBjeG8ULNYKjgJHtFH&#10;+7h/y5sacZjGotbSJXUk9JIxWOoUxuUJBsfotofEcF/1bdXq7qH1Bjqswq9BTxRQYXJmfGF86mqX&#10;aKTcENS4YRm+tjYEakDgZyO4cNprBkycONHu8zDYvSjEDDGMKass5YwPJ2DUmXst4ZBg+DUG5aPD&#10;sOhjgijVm3WVIlVR39nK1qTNM2G9ZsqYphOIu1BSYrh60/yjvsaEVCJtA7WK6WtwyuTrZVIxIPwo&#10;LNvaLtGk4BQ+NP8Aw4/VhsNqs5ZypjhUeNYumJRys1M7zVAjaAykFYiJVChLGylBcXNzwk3bcX+W&#10;b8UCPT8PfQo3gaR+acARqMzh7a9wUPw8uoMVT6/eiWEDB3pxJLjkEDyygiO2VsTI9xo7gi1vtXta&#10;504Z3TcJgnCR8R7qIRcoLkFMT7vOi2esChfEfTT1epY38tv5YtSG/wCXFXDORp7dluPHroq8Jg9V&#10;nWdK/DzKz4mIUqZQTHu+UgYfQ1j7O3B/kSSLVONFGdrH5nZwT/vopcdAm39D+kTnu2XMGJ+n5CLh&#10;OsVxLBMPpoxNgwkerCGJBA0UjhlDBmKgCxH18VuOf32NFxQk4xjQt8MN6Iq9KP1M9H8MSE0bPjCP&#10;LWEo42/KurIDc6sQU0P8bcLrwy3qJxo3yMRdNwONIHqqhk6Y9REWLzmbA8VCRHS5+Rkt3+PDAdRe&#10;rvRGh6h58o8V6F0uK4jR4zilFXYicPd2nmhrpI3kZhMASzKTe3jyRrK3/ZJ8ZiBsNAm8dSHFSjie&#10;FOWB4diBwPBr49UB/lafeQlKbnyVvq0V/v4jh1n9Pr+6/QOnF9brh8g/MVB4t0gbF++kRfSDIbn0&#10;pz/luId/6wVP0GOjt/0h5y/zweno6N0Hgse4/l8//nRyuj/gnvrXfJP8Fe/l2Ii/+/6o+uOk/wCp&#10;PMDdX/TwDcdC4F1vb5Kcf9Rzy/dJO1fvFX79ERo91cxQV4GuOTn4mKk/ZFzG3WP07HcrdD6dSO26&#10;inP/AFG44lhMfePbV03CQPtrwoK+4P8APJz8DFS/9SuYv873pyNt3RimUe35Sdf4SjjoaT/S99UL&#10;jfFHurkaKu8MZmH0RU3/AFL45UvVj05EoB0ipY7nRjTVAAP0+fx9Nungv3/rVUqbBwT7q4mhxAjT&#10;Gph8fLpv+pXHjE86dIsSwzGZMuZYXBsS/l1bLhYiEiCOVad3RxulbVWGmnFXdLbbJ1yQOmrJW3Ma&#10;MfKpMMNXGqrJVmosQWd1QEjxHuqBytTqpWVFdnWsqqmUzzzU1AzySm7G1DEvj9HIqzl8quCTtIFG&#10;TbIIHCpvAyfduNtB3t8eFeoRStCEpFe43VgYCMg2J3An7uNqcppYBr3McTWGrWtqSPHm0mkqmjXu&#10;cmfT7W4ezlO8xrQYNe5h3W92/fW3NSemnQ1jjXucRtN7a/Tfmq8WRwr3OyQBr9NueqyW+mvc4710&#10;5qrhIFe51vHx56t17nbNYCx56vV7mHzD+e3m9dV0Cvc//9EEMDgqMt5ByhVV0yriOGRvC2CRvKYt&#10;m9tpkZQN3mBmY3IFrWGm5s/7x4ssIXsJk7doJMT7SduzYOJg+3tk97pUcQlInoPGPLbPXW4XiM/9&#10;bepnULAqPDmTBcUenqY81kU7StOkCRyiAOwK+SY40G1Cd27c/wC4g3Jk1c0YFRSUeMR/z/CGOHyY&#10;vhyvOs8MZXcboLMdt1VgfAG2hsNbDdZ2/Q2UK0rR/EDgYJiIxKuAiMINHLSw+oaJ2GT0xsI6yIw6&#10;iTRMqzrZV9Js943S41k+eLp7nSKHMtDljNMlNQyUFdWh4/JKTSXRPNCySoVOshUEkqGDrN9LUYPR&#10;VUM1Q1cGgpAZmVYGSYqshDITtUbri4JGl+Fm82QWza1O3T6kKITCdBKpjjiEgf52ApLZt22lQQdK&#10;kkjTBmYn0B4baM/0uxs5sqsLrxhaYUxq8VeGGOoNZFPRRVElLG8c21ZHJjVWKuisL2IHfgidP8w4&#10;Ok9NgErR5jxHEXWplrJEvAELxU00cMm1pHKEpuY7bi5A2jh7upeJDaGmh3hKwkqI+3EcJx44mPKB&#10;iW26WHLiFJglIOOG3q6j8cdtFl9R2Qc/1eGYl1Aoaqo6Z5fy5T1dJh2D4XOz1c01NHUYjSVNbEZI&#10;qSJJl8/ZCfMKt5d5FdiFaM9YmyZny3hmGwhZKZ5DVPJKWkLTBXeEtfbZVCbGUa3N9VPDTfG5fuHW&#10;kiNKFdPFYleOAA90z0Gi/JL3ve7bxnSr18UzjxAOI2DbQj9HMtSf5vOpWZsz1vn0uKrSJhcNNSRx&#10;UkcdDDJEtXHEqiS80xl85JDe6jaAJFujMUr6urr4Mu5h31ODUxSDLuYYWWOWlTe0Tzq6oxePVi0b&#10;XsSSCCNY1UyoPhp7+46gkK2eHYozHmSDMEULmwhYQHNiT7B0egPIwoQcvZawvBqDFupHTaCLBc54&#10;4HxbqVkOVJainxiqSjSSCmkheeJIKwBYUSqUAtGqq6su3Y/5t/qblvNeGYlj2IzV0UwQYUlE8KrQ&#10;vTBVRpSyvvYyEFVGg7k3Ogu3qtrG3zFK4JQoEpCSPCEztJmdmzgPPBCXG/GrAoWomAYgKUQkbDjA&#10;GGG3hSH6bz9YOoHTPGsv5LwGiyrVYczLmOpzVT1VT/PhXu0tQlKsM9OYYxDdGlYkk22ptWz85cTy&#10;/jGGVimVXmwgwvRyoqMLJNHUSldwJCgw7vdIFz2sL8I8qXbuuhQVMKTM8QFAn2R1DHCi9xpTCkkK&#10;OJxHVBj48cfKnmly9njLeZMMl+R8nDszpWJi8c8jrJ5ktPJRUiymJgrSslTsuwZrR33Xa3Alynnv&#10;MFJW1EdHVvDWtUR4FSztKFiMCxIFXbIpAS8rey1rgaWIW3c3ifbuVhpRStcJmRBHQRER0HaMKFKV&#10;90gKTgccfYPlQ89Suj2RsyYQq5hwCHEMCpIZ81VmHimd5nrGkaZ5Q8Lq5lIhUEa7gSCbNcK/1ATy&#10;tnno9UyM/k5XzNhGGUtP+k2mWVJ0qJPeYj31SEAgeHjpbIDLnXFZkpsqnunGYw6VKmD0RBrG3t/d&#10;U8WlTtbfT6AAjH1PywoIfw/8sYbhPTfqFiyRwzYt1CeTNNXiMSU4lTD5RI9LSP5CKSIZZqk2Yn3m&#10;Y2BJucvD3qZafKbrU1Sti01Vh1VRUqQGGKJ8QmBlaRk3q7OVQAOAQSSptcb3ptLW1zdV48hKghK9&#10;IUJBVqJGH+dwp/6acwaTZra0yQZG2J7lEA8IgEnyquD1ww0uHdQur+P4ngmBVGF5By5BnfC8RzBP&#10;iHzmIYnQxvOlLHRxTGCeKnhSSpZ2p2kjfywsiB7OJlNlSszBlxqHHHaT52F6SqEzsHpKqGc+9T2T&#10;RVkS4u1iApF9bxTmu/FraZqXrTZqnZ9ySkYKkyTB0nARiDsFZXLy9thZfaUADwIP28R18fU1Qlnj&#10;1d5K6Pdfosx9JKWOjbKOL0ObcDmy3RwPSZqwHGMDiPlY481V5j1EtBViMlYBJDK06MF91kQuQ8o4&#10;RTYXNkjFMrmkxfK9ZPIcYy+Gw+RTNMajzlqKZ4pBHUAA+4bMCY2uUbhRnWYpWvVbuBLDxCtHWQJJ&#10;Ts1DYSeiQIMgPIyZuV20gstHUnH7UmfBgdomQdhBBONGm9YPqPzzi+ZMter3pX6hIpumHqJyzh+E&#10;y9GOsO3M1DWzUFPBRSUq4JitLW0D1mGSOwqEm3GCVfmlbZVxqBB6oYL5nS/OsQiY+dh01TZ3MgDK&#10;okuGJBtoLA/3Ru9f95daJ+1XuHtpy8Zmz71UGPCMCIg7Y4miQfh+dYv+qifpoibEKaAUeaTgDz0t&#10;FDQSSx1VLVYYkTw06GJWZpmDuvc2uxNy1VFXhcsCNf7RHBWkz4qCoUDsrfXocYgqWAH2b2B9nhwN&#10;McheNuxuTqTxO+dRpQ0qRQm4RKrx3De7YEc54DSVVQ+2NNwItfjOB21twiK4Y1V01NGXkfbbXhns&#10;uem3qbjWHUOL0+W1qKDEY1rKSRqyhQPG4BU2eYMO+oIvwodz+zDhT3uI4CTspm4WG0ys6R0kHj1x&#10;VXHVX8W30NdJ885m6Z5y60vgmd8oVUuB5iwZctZtq5KaqhJDJvpMLkibtdWVyrDUEjgt0XpcxjFI&#10;IajM2SSKykikhEVFikEaOFcNtLI7n3yfqtr4XdY3xtWtSJ29cT1c4UjuUWtwErJBg/0SY6+Aon2b&#10;PxuPTDl/EWw/p36k4jhuMVFPurMbyVmWeanWojZWkEctJS+5ThAWFiWuNtyG2qKf0u4nVwQQ4fga&#10;4FDTKUpoKyuimZbG7axqAQTqNL8KnN7MtQACSD0bcT1il7SHHRIxHTGkR60GdL+Op6ccrVFU2ZOr&#10;b9S62d1fEcQyblHGaCmkD2WMCOuaQo6r7jEybSQbacBHNnov6uYpWyT4VU4RBSqS5nr6uoXT/oVT&#10;ycTP7w2ilQCceHGmDeNJTjPHh0UaTKf4/XoJpMMoqWsrs2V+N1CxouDYTgCPKXkNgAZ6uFRr3JIA&#10;8bcasL9EfWunkRmxfAJD3CJV4kGt2/eoFHFDmbMNJKlmEpqtjnLNysIbSVKPCB+NZ8w/8KC/Qhha&#10;VH80y9n6jp4WMPzownLc0bsPBPl8ekZreNl08eL2D0Y9XQ0fnYngSFRuJesrCRpfsKTiUb2ZepOr&#10;UYHGDHwpW+s6wgIOo8Bpn40DdT/wo59AAhqZaXLXUqrijfyN0GXMHVSSdujSYyoPBVwz0q9QaSCO&#10;GfHMK87bqKeSpYA+y5hXnme0Ow0EwqB1bfLppWu0cbWEaZPGIww440W3MH/CiH0S4pPVV1N046iR&#10;UglVY5sUw3AITMCdSipjEhNvHtbiD6p/h5UnWGqpJc25xGGwwRqkkGGUomu/kwQE75XANxAtvd4X&#10;3m9NhcrKkhRkdQ2edVaunGEhJRx6fXrpsyl/wpi6QdOcu1WCZH9PeMZyC1FVVUVRmPGKfCD5NRXV&#10;FZ70cVNWW2moN/eN/rtwL8u/hF9LMr43SY9hWdsSTEMPIngkkp6Xb5iuHDe6AdLduEys7sh4tKgf&#10;T04Uv/mLpUEpQI6dX6TTof8AhUnDLTkVHpTp4xUEJ5a5omZlQghg27DVW99AQT9HDTS+lXERAlHS&#10;Zzp6GljAp6cy0kjEIBtAsHHh2tw1Y3ybbbCUNKJHDCmXG5clwhIPGcKDui/4UPdL5ZXxOs9NGY8w&#10;Yy/+n4pS4Vi2HpGsrHczBpYtxW51JA18OQ29GmJzgeb1BhbboB/LpGuSPAGccLz2itlQT3JnjiMP&#10;PhSv+Ww13msFPT0+Q21Fl/4U19MqF2ipPSTjayuwCrUZqw6AL71veYULgcSGI+hGuqKl3HU5Igfe&#10;tHg0j2FvhWL7ONI7QmjMtkDhiMfKqKZ0hMbTw6B1/hiTQhYP/wAKecnTYZTyUfo+rJpmJjda/PdL&#10;TLcSFQVY4G+5bWJIGnY6kXgf7CcwYM/VRhDbWQYCe4+nEeKk76L/AONY9Gr9PhNIn320pno2zgPb&#10;T5F/wpbpaofLUfo4o58VZv0eGHqf+kKEE3smU2uxNgFF7+B4JuXfSlhmAQJSSZ5qqt5hYNHh6oLd&#10;ri1S+nFNjvpcKQpYZBQnb4wMfUU1eXlu24hszqc2QJkeYFA5nL8fjO+eYsWx3C/ShgeEUOWnVcTb&#10;Fs/TM8bkFthSXL9MSdLCw1/LggYb0KwLLUjyQZknirWG350UwJ2ta495yOet9/7h9uUMgf54/Sr3&#10;rDLDoCzqHlh7QIotmYvxjurHW3D4YJvTdg2K5Y3eccsyZndTJJCpKsAaOOQgE3uF7XFxe46xHpJT&#10;rE7NnStrpJUaNaWU08aMSbgHZA5X6fy49Y5/e3KipLSiU7dse2aTZhm1kx4ToTPXjHUIx8jHnT50&#10;w/E0znjmKQrF6TsDypgOGzQVNTj+DQYniNVAqL5byB6rEqBJGAJIQt71rbtTdMydDMtV0LriU9ag&#10;QAGSJqY6/wCqfK/jblrvee9bSQWk6+AmT7DBikrOYNOLToMo4k4AeuO3oE0Yep/FS6sYFilDHkek&#10;ytXfPu22kx2kx6neFAQd1TGla5QAWvsMgvcXtrwlnVLptS5NzviGG0U02I4NGI5qesZFaQq6BiDs&#10;sLg3HYcPMlzP87bpd06ZkR5GKO7prQdIVwFX6ejr1I4/6gfT1knqHm3AqPJ+ecZjnTHMt0s8op4p&#10;Yp3jR4zUe+EkjCOAbnXxFjyRkqkTEq6PDMBoZoamxmbFaiGkDwhLAsGmVyAL+BHBTYLWo6E4TxMC&#10;PWJ99I1XJbjGCad+tmL0mVst1ea8+4nBVYRAwoosr0FRi7pXyzg7IGhopYxKz7TYOjDThwss43VU&#10;mP4bhrGfF6SuopUqsXnqJWHzdFtk8uOOawXcqsSfG4ta1+Hts0BcBDapJCgT0nSYAn2z0jopFf37&#10;7SQWllStQk4xBPAdXSaoO6+dD8rZu6T53zW2GYL0oxXK2O0+IZZyFgmB4XC74RmhJ8NFViVThoaS&#10;dUqKhAsasCmxt3mbxHwSq/E4WgjlgjaseqkWnSODYmwGQQO1mKGyhixFySLga2HB1ujbfmWFvIx0&#10;4kbCdhJCjsGA4jYOFS1l1gM1ulXhlUJgImIOGonGMSNsbMMDNVy9PemuY8BbF8sYkYMrUmVYJc24&#10;3iuMvPUz4jtopMYo0SqUVMcbFo44QVVBG21mOy5ADZnrUGLwjE8PkjiqN01DVxeUYokMg27tQw3F&#10;wQdvc69wOAXep24zC7JK06UmAmQD7JxOHGceqAA6/eOXLpWYJJx+fsxq7PoFgRpum1WuR8yx19dh&#10;qLheacOr1rPmqmvgo2SUI2yRJDGIGR1E+irYEMrOwZ52+Yw7DEqnaR46uWZJqKVvLSdIVibUxWez&#10;b2Gp07i3I/zhLDbCFs4gqUOOITGJ85p5+1SWwoHaSB6R+OyjldA6yjzRnHFsvrBSRVWXMKwmuosb&#10;oUFTUYfUYnNiMJVPmVaANEKWNrqnvE7W3WtwBHSODF4K7NeFx4fR19LVV9BOtCkSLF8peGSBogGA&#10;3JoVuCRZrm44X5YtBeSp5MIMnZ1SI/f7OKC8DpaJb6Y6j0j40d6Kpgrsu4hg3TLNT5hxrKmKUGAY&#10;/AMaetqo6r+YRy1tPXipaQBzDOCUkAKqwKBQUIB/FcuY3jeM0uJxYjDFjuOzGZmNQKdaMpIQEkaQ&#10;qIQqxhgb2C210ICa4s1uPhwOJBUY2/b/AEQeiBBHV5GHG3ISMMPh+6hroMxZdytlrGcPlwatbL2U&#10;KbafKo5MQlxSI06TSS08NIs0tU7vIUZQnmNLf3TuUs6YhkXO8GM02WafD58x5gx4eRhHlNFeoKwG&#10;oqGDNMVAChiwcjQX07cX73WlzYNN/mJMiQokEEHhtOw9J9mwbNh3TmvCFbAPjSboes/S1cmYnn3E&#10;sfpcp5QykUXME+IrNAlGHqRSUqsskEbEu7KqbAbsdqluO1J6SuteJMpbLKYC7aioxPEaA+8DobU0&#10;0zfH7PIwus/s0CVL2dVHreUPLTgPbQOVX4j/AKQYDLHQdUXzDLFo0OC4JjzL7NJZ6OKH4fb48f7C&#10;/VM7Z8YzLgmGQqlpRTVNdUTE3JOhpUXW+vveHCob62hIgKPp+NPp3bfO0gY0jKP8UHoJi2INh2X8&#10;qZqxgk2hxEUOFQUrdh3lxES/fHxNY16ZYMsjdieew8iDenyOGF9pU3FjJUx+zig72pjwoPtAq6t1&#10;18ViaMHkz1GVOfVEuBZEMFMxUb8YxIQtZv8AVgpp+308Qs2W8kUcrUVRHiOJvus9TBUUtGDqTfyz&#10;T1J8b6sbcovfFenwoHrSdW7yeKsaGQT5yrEWogq8OwsMoPys1JVVpU2/4tWppQR/wA4vsPwXJNBS&#10;maPLSTBAJFbFKqrkk3d9fIkgX4WCjhUreu7OyB6UYtbuW+GqThSXrP621dRHE+a5qRiSkgwakoo4&#10;iLW0FXFVOPb9s8DLH8/zYbUVgw2mosOghcrFDHSwTaFdferFmY9vbyhz+/IxWR6CnDk1qn+H4/jS&#10;xpMpUk1NTjEK2txCo2gy1MlXPAWIN77aNoUH1KOTMp9Q8z1yCqjxEQHVDVU8NNTtbtZWhjQ2+A4i&#10;Vmdwva4rHrq9vbW/9AVgxTI+V5ofIqsLFfCTuFNiEk9TGWvuuUnd1Jv4kcFWhzPjFSY1r8eqJt3a&#10;CSolca/AtbhNcKUsklRowbQjDSAKScuTst4cHfC8rUNI9rfMU1JTxGw17ogPK3vxmo1T09dGGMok&#10;kbNkxIBLEA4POdTwlSoFVPXx8A86x9JpHfH88KYGhjjTDVQuNob3qsaD6hzXA47RVQ489z1er3Pc&#10;9Xq9zaV/CmH/AE6BlvT3WxnHNx+itI5PHZ+v/hYB/fGoG7QxGYkjbpFAJ1UscwUJLWK0abV01Jml&#10;5Y2F12g7QDuFvotwb3AKUTxoHASATQcLLdiNhYkbSTb23HJMbOtiCLINxVvH6+JHkggkbTTpQDFQ&#10;32HetiAWEYdfA37EfHjpSP8A7oBf2rrex05QYECqoxUBzzhTJikX6KSMn4CS4sCPp5Rx17iWPrd1&#10;GAP/ADkZJbH2yIrnv9PHd30/5OJ6Ve9RoHb2CLpXXB9oo5+Wl25dwFB+5RUqfdAo4iaJQFVh7dbf&#10;Dgut1iIoJ64wp64IGAAmaM/a1W4+/hkwJWOqi18SZr3Du9G7iopgRf3k7du/BvkwKTNFjopnxv8A&#10;3gqPbsb+HLZelTWp4SNSyqB8ODC3SCiTtBpUwmQkVSb6zjePFQ3YX9327RqPr4NPUQlshZo/719T&#10;b/oieRnvjBQ8Rxj/AH4UK7JCe+ajifkap89Id09VuQixAUZiw0vcakmuQjlR+PW8+pPjubt7b8gz&#10;OGyZjnCpGyBOlIrcIws/ooQdLKvf4jgK5o96OoO632lB+kcCD1yYGFSO2vSkRSuo1FgPoH5cK9mm&#10;9pQTbvbv4HicivXBkCnfgAY9uUttNwD7Pp42AZwopUrbXuAjjpLNMV1Nzb7+OqVAANIVJHGvcC7E&#10;ReUgdrmxGul/q42seIc7afQRXubYXQDMfT09Buh5nzi1DidLlDLtJV0eJ4ZOIg/8op1cI9O05YBr&#10;2O0XHgOZrNZwhCG1ESe7R1/wp2Y/Kufe9NteHNLlsDw984cDj9xjo+NFjx+i6gQZgzHUL06ixigq&#10;amV8NqsGxmmaWSEOSryQ18VGquwAJXzGAOm4jXi7qHydiNb8tRZ/whahxvWmqBi9Ommgu9XQQRj/&#10;AJC427nKAQUkSeGI+IoPhm6E/syQOtPyJpxosezJQ0nnYl0wx+jhjG+WpiGAVbe0gRUGKVMrfQqH&#10;iexDKWITzCmw6qwPFw+4RnDMy5fMrd+0L1qSn6NnG3M1Qo4tyf8AGHwn5UlWHEHwlQI/vVH3xFOu&#10;G9WcsTusNXhOZcOlYb3bFcm5rggQDvvqGw3yB/0U5CkyB1CpImn/AKh4sYVBc1WGYbVVKWGlxJSJ&#10;Iuv08TPPKViQSR5n8Zpda58pCwlTwB6z+NTJepfSSolWkk6gYElXI21cPr8UoYZy3sMU8itcey1+&#10;Jh6hsKlCV9XWYHVMCB8z59OykC5ukhTtwhVf2jhOoAR1D8JocW9xeTqQe8SCMZFPxoMJxamAho6T&#10;EqWZTZYo4p43U6faQMLHgm0lTUZmwV8PrsZbMWHgNBBFUqvmQmTexsybWIbzCdSfCx04IrLKrRep&#10;ba9WpvQZPATHXhqNF1/fPOlDbqYggggziIHwSn30GEOWcu5CxzEcw5YwKnyziWKEz4wKRWiiqgFR&#10;dzL7ybl2AXsNPA3HA9qqPJuDzpTTdPMu1dRFZJJaaGppp7Du3nU9TG249zcXPe/Anm+62Vl86kSd&#10;uBIj38KHyt5L0/a+tI8gR7wacaHAMy4pEa+i6i5hw2OYvL5TvhlRGWa5t5dZQTDaPAAgDta3IJxL&#10;pwziJMo1uESj3fMwfMuOQqDrbaFqZAO/s4TL3XtJhBUn/OP40n/ttfnBboUOtCfwFSjkLPZMks2f&#10;YsZRgVWPGcAwaQ2IAIYxQwE+Pj48d0zVRwJGmF5nzjRg2WOmTN8tTGPAEJXUlT/Hm7ndl+DofVPm&#10;T8jStnegOqlQaI62vwX8qRB6DYSaierr8g5BrK2YFZsVGSaaOpdb7rPLDVwk8UuA5gfCsTnrMczN&#10;jtZTvRYlQQUmaKHDa79NWYbPSRgVdHTQyx3eQfA+OnKJyDM2rZ8unUC2sAEkkkoMRIB2gbOmlz2d&#10;WrqQChCPGgynUMErCthkbAaS2bOldVXYZg9BlLLeCrPS4vgWM1ZypiFdg8EdNh+O0VdO7YfJNNTz&#10;lY4WI36i3u6kcQmEvjuEZhjxKNMJqqKvwKhy3V4XmKvmoJd0clRMSjQRyWt51tT3/M+v/wA5bEBD&#10;QXHdyCSIKAU4bZ2mqbnKtLe3fQ4pSSXF4hIIg6ROPTp99Cl1OwikzdhuFUsVTi1HU4NiS5qocXyx&#10;R09cFeIBQkkdSfeDbrEBb2BtY2PFxFUSiyyZMq5gQSVwbMuEzJ3H2TUQo1vZcfXxpW+GYJWA5bKE&#10;dY/Cln8usColF2nE/wASCPhQfVS5j8hP+NdQQuLLE2J5JzCjAC4s/kVzLuPiRYfDnU2JfKyiSTAc&#10;y0lIfdZ/5VR4kVH/ABOhrzf/AJAHLntHCY1NLA6wPxxpT/IkrwRcNHq1QPen51GplxiWCSOaTK1V&#10;iQ1WT+fYlhXmG9/8jV4W+y47jebcUGR8cy7JmvCoIK+qSoqfOjgpcewmvw6d2MDmy+YjpfS+rj4c&#10;VDeywum3W0kjW2vAjGdB86Ydye4t06/2Z0lOxaT/ABDoNIjq7h2bazpjmQ4nl3ZBHTmarrMsYrQ4&#10;tQpHFIjjcZPlpiG+z7sJ9psNQg85YtAOnmY6SL3KakwmooY0lO4gCmAG4/aPYXN+SdZ7w95u6ymc&#10;NCJ9gJrDS0yBxzfJCiDIcBPWQSY9eFH0oWKUlOzEO0zhroNo957aD4X4MWI4xgmL1z1FBi9HPREw&#10;tRyRYjh7E7IBGQUEwYEdiGAPA1u9vXZtlwd4jFxwiSP4nFq+fGshd9t279dwFNtlQCGwSEq2htM8&#10;OmiT9Fmqsr5QOE5lwXEsHxpsQx6pr6OuwjFkjVKvHqqpRlnkg2OrKwYMjFbG97cyAYtDJaXD541Y&#10;FlbyZFTtoQbEW4NbXO2FCCcPdUUu5Ldtk6kHHqNDFT5tyBi0ax4dmzDKuenKwPHDiFK8isGsVZd4&#10;bd8OKjLMxGZctosqhjW0SsiML7jUKvbQ6k8ZzvMSu0XEfarr/hNVye3P5tGoRjQT+pN4/wDZ067S&#10;7jLGuUcyuJdSqp/JqjxF9B8OAz01xFKnEc1xqSrQ0dBMV1/3bMGKKBc/Gx5H+W3Olq3kxpaYHvNS&#10;jbWs29+B9ynXB6hKT8MPfSu6xw/K450MkdRJS01VXyLcfZCYLGl7eywbg6U1Q6R7fMJKAEKbaH2k&#10;8k05u7pgqgE1FDuWto2AzUSesqKuVdwiFM5uTHu3Munb+/jh510YiQSO43EoAbX7/dwzsnGirBUR&#10;snnZRG8tTIAUgRPzqfTUMNdM8kFVLAKdDtRpGUOyqSLj4/XwMoql4+q2MwQzbt+Y8Fmmjvt94ZCw&#10;5rfTr/DgaezPQLhStmtwnr/ZMz86H+5Vmpea6iMO5V/yp+lIHObUn+yfnMm8O0ZlgWcgSFT/AFqr&#10;Y2J/4Lvw0dJjchIfcSgPvGQgd+3Jfbfb0CTwqJrpBCykUlXypRNSQzTReZNtvEacNcW7k6W18eKC&#10;kxSSSOQR23JcDc1xcH28ddZQRNJ2GG0LEmDSTzJgsk0beZC81PNGBH5SgN9gA39vbhcOnuKyf57c&#10;w00jXtmDMFQiKB3TKOASG/8AyF35EOWLT4kJ/wCPu/8AQQmpvXbaWrhewG1ZA8lFyPhUbr9gy1Xp&#10;WyfAsW40WYMnwzFnKsBFn50bt7Tf6r8ORh1UWTa0v2F1J08eSE61OI41D9xYug6uk0VXH58DEjUQ&#10;onZyhLMgBBvddAb3sRzNiUorMAx6n0Ino6uF9v8ArQMOALtFs9WTXImPAfhQlyJJGYNHoUKL1iWG&#10;x5dxrJeLEujf1hwGuo3ksApgximlPuqNfsePBQwGqauyplisY75KijhlLaa74I5L6f8AEuYlfVdb&#10;pTmlvp/4KPempz+lB9Zsc3QBhqZMf6qKoK/Hvyth2WvU7098n9FulzVh9RMF1/QYzE3e9/3+VqSY&#10;tJHWVKl7p5kimPtrvI1vzrKm3AQJ6B8Kht61SpxXTNb5mH0CjA8GZF3BqWACUi+4eUhBH1HjrS15&#10;Km7ix90273Pt4y40kmn20iRApgxTDL7i4uqHcCwHf4cK3668T8r0q9WBJdg9LRQLY9i2KUwHIr7X&#10;lpayF7pUpA9e8SaHfZ5ap/mzR/xv99VT10tp/LzxhzKgVQtS17an9A47/WOa5uWcRaCrSQH3Qb2v&#10;zHTI8xLbqSTjhU153aBSCDRsebGf4YOcaXFMIxLK2J0kNbGEaTD5K2KOUwFluSu4Hsy3tzIzeld1&#10;f7todYdKFtLSfCSJAMlJ6iJE9fVWNyWm7bN3NaNSVfHEe6aqq/F5yl1Bxb0vNnHppn/FshY906xf&#10;Ds0139VcRrMNfFaCGpQ1FDLLRurBZkut9bE3tw7fUXBJq350NmcQUtKwikpaSJkCkxh7WAVe3s4K&#10;N0M3QUiGiVdJOPtogzzIn7Rf7QjEkiOiSB8K4+j/AK25fzplTLVXgPTDEKGfEaONpMTzPVxTTTPF&#10;aKVjI0k0je/4kDTlaXWahy1QLVPV1VdiTR3IWORYx7dSd9r8Qb85hlzElwKK+OI+YPwo13dYuFHw&#10;EA9JE1Z7hE9RUQI8lNHTAgfo4yWt+S8rF6i5qyrQSz+VlmV9hYkz4g4vbvokK8xezzfTKmlq0Wx/&#10;05HwFTrk+7N24mVPD/SA09cKnnPPuRKwTCoyHMoZCitTYuxIsp12yUrA/RyOs33xyp5JCrZXo4eO&#10;HFJ+HrUnbv7pZk0QUXA/0nzC69ynzmDdZ217nuer1e57nq9XuCH0pEJ6gZc+YZlg3zec0diwX5WS&#10;9r+PDDKo/MJnnCtivcO5JHlpVYiorT8DHT+P/QzgzX3J4mqAKr3IW3LYOs1aV+EcN/zfjI7nr91X&#10;KTFe50ZMsHQtXE9t22AW/wCTjzYDP997qpCpr3MDT5bF1tWsO1z5At/HmlBjr91WKTXuRDPl8kjZ&#10;WEeHvQj9h40FszEH3VUIUa9ztJsvk6RVl+1mkh/YvHAWOg+6t92qvcfsMrcIEdb5MVSrCnnVS7IR&#10;u8lwPsr8eGDLjaQQJ2GqOMEKBNe4GsVQtrXsTrpwNKfJM0qUgivcyLKSw8V7HlA4ZmtRXuCzlMls&#10;Krv0hj/0dWO2+v8ApTCxt4Hh1aPEJmnFIBANe5t+emPohljqJ6c+jmaqzMFZQ1ldglPS1EcEVO67&#10;qNmot13sfe8m/wBfFdzvW42dB0wI2kyabNooK4+lahv4gP4ufXX0meub1DdAcpenHDep+XckV+EV&#10;uHZkqcYxKinmGOZaw/MTq8cFPMg2NXlBY9lvwbP9lnLQ91c7VyeI/wBEpP2niF3eon+h7TSlNt/e&#10;misRf8KAfUE13b0M0Ex+yxGbcVXUfRh3Mq+l/BAPcz7X/AClor/x4kO8aQfFoHt/CtG3KdqTXR/H&#10;666SgFvQZhzg6ENm/Fe4/wC/aDfnJvS9hFrnqJiKg+Ao6G/8ON/2nTOGn2n8Kp3R/omu4/x9Otcj&#10;KqegfCpJOwU5wxfx+jD+cP8AZdwY3H+cXE1HiRSUH/NJ547zDadBPma8lsz9hrMfx8OuI2gegbBt&#10;QNqvm7GvHXT/AEFech6WsGC3/wA4mKEka3pMOH/UPmk70oJx0e00+llRJ/Zq91RZvx9uuqNaP0G4&#10;H7ttDmzG2A8f+UUHnD/ZbwIat1FxVGIvZabDr/8ASI8e/tICcNJHnTiLVwbEVwb8fnr8RtHoPy8G&#10;7WmzPjxA+kCBfZyVQ9DsLyHMuYqLOOI4xUL/AKKKPE4aJYrSMBuvBErXBAtrbhBvPnAdtFJhPDYT&#10;O2jvKC6HwVDCDQm9GfxXOq3q/wA8xdF85el7BelWA1dHWZhOa8AxrFaypV6GnZvJEdYUQiRWYG+v&#10;s5qAdX6Vn6o54hxYtv8A53igqWYAbUbE5rqq20Xb2IsdfbyPXcyWFYHoqSbfK0KGIrdMpdny1P5e&#10;sflp5ZJvptFteIWrw+jqZEmkqjS+WnmUyUyKQrXVRGtgAAACLkHic3iiZ40rRlSEgRWfivyfljA4&#10;MQo8XSY0dXRVHzgqERZrW0uylQWvqSLi/t4UX+ZOHA4gijewydoKCk4GvcEXrhikeZenOaaaGmpq&#10;WagSorRXRUxWeogpKdoolZmdtoCN2UakXJOpJdk9643coR/CTsnZPGnN5rNK7da8AoDb5V1blU+G&#10;1Bp845OlvsEVfh8pf2bKxGv+XJIuP7ksdR+FQshUXKJ6R8a75b2+Voq3OWLYouLRpNVGScKYNzhd&#10;tmDFWU/QBcm3Iltc2Ui2SgJ2bcanp3KO8cKyYmvcRXojpGg/E66SCWZTNHXYsCp0L+Zk/EX90Adx&#10;48kK0dDloiMNnxqJ82ZKL5QPA/KgB9U7iL079XZCCwTBqhiB8Cvs9nB49YdBS1/qY6vU9RE4aLFC&#10;I3aQLHuMMOttpJ00A8DwVWl4Q2AKL8ztNTwPUPhFKToJb/Mj0jsbj+reDaj/AL18Xt4UXMGAwVLV&#10;dNJVDEaSFheKrjS+z3jcFdoBFgATxxVzAkUnRYicaFrgh+mekwvL3WrprULEtHJDjdNKixgyefH8&#10;zFCB5j6A7RoO+unC+4vFFPiOFHOS2YTcogYzTHmeleuy1mGiiYJJWUNXSxu2oDSU7oDp9PNrPLXp&#10;6y9mLLGXsekz9jFLJjlDSYu9NBBhbRxNUwJMVUyU5NhusLkm3c8HFrvIUACUYDiTQGzNpxNw4QjD&#10;UfZWm117/GN9R/SXrl1s6WYF6Lss5pwfpnmzMfT/AAfMlRjOY4psQpsFxiow2KpkjgfYHlSEMyrY&#10;Amw047t6YMtj7PULGdvgfIwq35U44tTvKle3RPmaTC3dWMUGgnH46/qlgI870M5WcDRwMezID97l&#10;uck9L+XLbxn/ABY/8Sp8N/5liHKL3lSDB0e00mXZOg/3MmpA/Hf9S77UHoYy4pPcDMOYO/fs0R53&#10;/sx5X1Bz3ihbsCYKHv8A9E+eG8g/vY8zWlWT/wDxs+2sp/HU9T6qHHofy8sf7+3MOO2H1+Rp9XOJ&#10;9MGXAfezrijjtpBRfsQcujexngpHqTVhYvRig+6pA/HS9UG3d/sP4DGP3ZFx/G9oI+Jpzrzi/pcy&#10;qQf+NliRB8GhpD/zLxsbzoKtqfaaobN0JxQazRfju+qFLeb6K8BUC9iuYcYT8zSN+fMK+lfKOrNn&#10;PESBrZoKb+jigb3DUI0e01qHTh3ZrPUfjyeqSJP+rI8IAI3bkzHigFu+n+hc18vxIMsUWT/U3RZc&#10;w6tkraTD8Elw9J6mwdt1G1WbhbAa1HBIxmffo1bDB+JrSG4AUcK2mvw6Os+Y/UT6PuknW7NmWafJ&#10;2YOosWIYxiGWsLmkqIKQwYnUUCossqqz2WnFyQNfDlOvU7amayTfWjoGU+0fKIP2cB+bYvegpU1i&#10;KO7wOWYEm59u23CuvKQRsr3IbfJ7x/MTKIAr7BR7N24lQL7wdLX5ZGmfFMdVNOAgYV7nOOXLQ0Hz&#10;xHtBg/o4/rt+umoX1V7mVZMr67lxD/gWp/282VWvSa9DnVXucxJlU/8AKf8AUac/s5QqthxNVPeV&#10;7nRkypa/+/EfR8sf2jltVt0mvftOqvc4GTKR7/zLTtpTf089Nt/fVs6+kV7nbSZSJuv8wUewCn/p&#10;54/ljxVVf2nVXueDZRP7+Ig/RTH9vKkW3AqrxDnVXuevk63+XxL4HbTW/jy5FuTtPurep3oFe4qf&#10;6mYR/LP5t5mI/Kfyn+ul9tHu+U/m38lvbf8A8X6e22trcUfkmInUftnh0xST80vVGnjHumvc/9JO&#10;Z7yfmzFKHBcuYZlyeFcBpIaF6dwrPLNEZo7+YqqkvmCIFRGNy63VbWPSzeDd925SyhLailKIiMcJ&#10;kzsMxwxHRUOrulOy83BT4Y9g4fP8K2cuhXWLpDleuzrnrM/VOgqps/YvX5lhxUu8FPS0Eq0kwVoJ&#10;XeSjSnNUFkedvLcsu2R9y2wJmOmy9k7LeCQyvRV2Gw/zLFsHs1OzM1RIrsX3I/moiiyqQRe9iRxZ&#10;b5ozb5Wz3f8AdGhK0HBKxOPEHUAAY27SIIrywhwnAgJgGZAM8QdszGPCTEYyok6a1edurvUfO2JU&#10;kGN4PmuX+rmT8374cUSKkiw6nlihSn8uSAUsszyb2kV95UAkKwAg5ylp8zYHU4lX0zx11UkVJCtL&#10;LIkrlQZY9zIRcAXaxBA1ve5uDc9zkXaypKYSdgOJ2TjwJGOO07TjSW6tWi5qAIJjEbcPcfnSp6R4&#10;PWdN8y0eUcFxFKnAaCSqxWY1cETU8KyTeVMsQdSV/SbU0cE+6BYBbNPTBTS0tZhErLUoscVTS4xI&#10;vl1soLLBJ5jxtGit/pBIKIlgPaL8EG5ubttpLaWkpAMzJk8McYAhW0ARGyjB9xKLZYKQoxt4mQR8&#10;Y4U59fqepnxDLWYBW1N2nmwvEMvDZLhkbxRtiEUgiEUjyXagClXZ9xYDQNt4qcXyO1BXYfieI4g0&#10;tLBUzzYTPX06pWPSVNHKqmT7Kr5IqSGHlqVAtoRfhw+E6O+nBRKf76In/SjUeAwkSKA2WpWV6Ni0&#10;Th1ao98CMenoikblTrPT5sy/XYXgWExHEaijojmiHAK1pMJgx2hr4TNHTMt3lFS9KWhkEsiy7w5D&#10;hiOcs84LSfJ0+X8MrnriJaaBMVjlulYz1IpVi2JGPLDC7n3zuOoJFrI8+YW+13CAoQU8SQoqIAEb&#10;BhJPXBPCj/LcxbW+huJUVEaukD+LEYcB641A6KZqzNMcR6mZzwSHKdPPh9RilVkGopitVgWzDv5p&#10;USSVMlU3zbo5ESEU6eWvuFUbfuDzqvAc1ZnrKenqI4KeOlDebHsdYHjhMjRpGhRQZJgbt3sFPiQQ&#10;ReXhVfLIMpShWHR4TIHDFR+FUtbMm2CQT9yTJ2mCD7hHtob/AE5QzZA6a4O+I0klRiE9bUQlJGmM&#10;lVT1FcYoKiSapEkjeVSMpCE7QS6DQKRNyLljEaKWtpJZoJFr6Spopy80SeS1RTvFC15ipvvcD3Re&#10;x+rju5+VXK3VhvSPCZ1GIkQD5yQBHTiaNcxtjcJCUmCFA7YmDJHsmo3V7qDgT4fhWJClrg2E4lQ4&#10;pSijoq2p+Zioa6GpqktRRyrbyY2YbzYkDw1DNR5CrZhgNVh1ZFBiGG4jPR45h+I3dailNSPKs196&#10;P7jAMQyttNxqLGmU7sdw02s4L70gjphQA24xgR0HHypZcalvoaOAgAjzxkdfi91OON9YKejfNUWJ&#10;U8tRl3E8Dpscyzi2Ewt5sNSMPc1ClVZY3VC0TmzKy77abb8UNfTjNPUHAlzMs09DUZ1wytoIUgqK&#10;Roolr6ijaMyRtGzoDCW3jup8Rwbqur6yZecK5X4CkkYwlxemenifIgYigrne5djeot2XkakpDoAJ&#10;xEojE7eAidnCgpnzNivSr0w9Rcb6X18NFmrJnSjGcVpq9ZKWtEmM4blymxWlqflpFljVt9VYwsNp&#10;PdRfU9GW4ZYv51QPJ/o2GYrV4dQ4eJY5ozRhkljMjRhnLIzsQHPc2a3cFVzn9xm9sO+gqOGqIKVL&#10;nEdH2mTII2eRXuZk1tkjgbtAUBzbqnakxx6oE+cVQx6mc+451Tw7pRn3MUUWIZgzB08y3nDEc+R0&#10;EuH18WP4nBVpXx0MVS8EEcFVHSxrK8ABVQGjDf5OQX1qpI6Gnjp2SaZGJHzsgjHkxFGYqNpG62ly&#10;PHU+2H7+yKXFJJOGHSScRidsbKkvJlKcIdewSDO3ykTxBx9vXVIWY8qYTXdQcyvi9FW4RhmI0sdP&#10;UtkfCnxB1xbGfnYKXzis8TJEHvI0Kt7yxkKlh7kl62hq6gmKNUMQWmeZ9gaVZCbKpY3Kkg2v3N7X&#10;78VW+Urtm0rXgpUnHGIg4xMGCMOuDFUu8suiw8+VhKVwlIHQMZIERiTs88KTmF5RzVkvAMv4biU9&#10;biDVdTW53/k9P85LT4TWUEUXmVNQsMZiiqI6eWJpLG6qyrJtIKiFm+OU5DznHVfpXhwrEEQyABwg&#10;o3YFtBr4G2ml/HgLdOm4SpOCSZ2zOPs8uI2Gkb2YLashbLIURxHHZj8ieO2BMU++mx8Dm9c3pYzP&#10;k6F8Aw3HupGS62toKWSSaiNZPmimp6iGmbzG/QHe0qBwGQP5ZuU3NVZX4jS4hSmJUvKossqiwb8+&#10;DttFE6UFJmvoMYVhFbhNYJWl/wBGkYkwSNcp9wHA5r8tVle25mEEYuN58Re/G3RGBwpWFgUKuH5o&#10;oaJNiKaiTS6J4Gw4/ZbwaHD3CoxmkOpd7W+ocQqUJnopl1Umk/mjGp66ndmQQxgWEaG5Ont5cX0m&#10;hnbptkq5YquH05DBCT9n2gHkF37aBeu/bOtXEdPQTT2a3Gn79REJEYx9v96Aa+dl+JxieHp6+fU/&#10;HAkCVMuYZlcVdTFGoApIgCUmnA01/d8b+PBE8vdoTYqSrG7fT4ePHG7oIQSTqPR4fw/Gihdu4HYS&#10;kIEA6jJPoCaID/M4YoBO4NWKjbJDRJFAm4XKaMVa6bgR3sbfVzCQi7i5s3gG1v8Ae3FD10hSQEpn&#10;nqTSBDbgX4lRB47PPFRFKZHqatIzh9Jel0ld6QqpsRYj9BSKdLePMo8rYzFQQ32WHYa+wE8JVLeC&#10;kySE8RyB7qERQytCgkJU4Zg6RI68CoeU4zSbd8WhrqaL5ipigibfUUjSSKWW2gUvFE3e50X2a+PO&#10;SNEjMqqt20Zk11+nijOnHbsJJmBzsFItyrNvL0rJVBJ4AwcNuJifKpGcsRxzMP8AL6md55Y6VWhp&#10;48Q8lJUjJJACRqhKEEaN35LVSNhb7VySBb2e2/7OFSXYkR4ejED2frRi53ax3iFELH8WBPtIIHkI&#10;NIOaodJqikWNDSmzJSVDzRRgX90ui23MAO5YjmZJAoZdu0X7m9zf4KDwturZKl6icejgPaaEdhcO&#10;d0G0p9TiT0k9fnFJvEKUSSmoNT5xtuaOBVREHZQC7dvoB5gemRZhOYg+3UeZfS49g4aHPCu3DJMd&#10;YifaR86JW91yLgvJlU8DIE7MMT76VFNnOvlwA5dWrlo0I2ySUEUbSSKlpLOwCHQrf7XMsyiaJhFa&#10;J20Dam2ttNQb8KLd4MvAuStI4TE+eBEdWFCNVo+6wUpIQs8YB+AB9YgddMeDVNHheJ0tRW0j4xS0&#10;1pPknIh3e6GXfuDgrc9g1yB3HOoY44wkZi3Ov23PvE99STryl3cuOSUrhJ4TEdVP2TDTUa0SQInA&#10;yeJ2zWTF8TxCumrqk1vlU05YUtFGjxxKNynywkQEa2U9hfX6b8k7VAJJFgNRax/Phat5RIGI9491&#10;HyGkJBUQVaj5Ee3CkxG1Sz+6bFvdO3tY6cZJ1jLOyksWuxBuPDb7PZw9RdqgJIiB852+ftoMCzCV&#10;qEk6jMR1QROIiPKhpwSeuTDqHSOnSjT5IGJkLm8j1KPZWB0J1PbUacb5QRuBmIRtNjE+z4X4tZvz&#10;pEIx2kgCZ91Ejlq2l46lGNkSYjnhMUKmGRR1UMUkGEwy1dEA61wgRGYq7NuBkC6+OgOpvzGXRFur&#10;G6DauwAdh4Wvbnm9SydQnUeMn4xVbm4DQlGEbIgDojifZTpHhddX1IirvLeGqZaiuapaonZySSd/&#10;vQljuuSWuTfkCoZZQQ5BIKl7uxP3X47rKFCERger31q0cS8VSoqnrn4ihGwLC6nCTDLSvsBRvl/9&#10;ChjWxIUXKo4OvgSb8iq8cR0Da3Ul9p/p4ai+WtspUrDqn9KLUZehtzVpJ8z+lP8AXYfimKw06K0G&#10;+nCVDfKb0a+0E+57lgPgBxpxCdXj8uOQ6ncGjuNot4XBHx104mubhYKSSSQIGOPtmjOytWkhRCQA&#10;o4iOnbhQ6dJMtYkK5qvGKNAlIogkpsYXz450FRtCko8cgUbWUtHZlGgJJ0Jv1ejePOEgnkaod4YW&#10;vOsSkqb2FoQo7AeHJM3H/wCIBO3UqfOTPvpzMgEkQOAjb862ifQFV4fWenfBhgOH0uDYZS1VZSx0&#10;+DT4lVQrKgQyFJMXmqZjdybAuQo0FgAOLHIcVNNhbBKKKBFsWCKq7m7akC7cGpWQI2UGn0mduNF+&#10;9WVfimE50w+V8xV1bU1HmQxF55XMMShpG8tC2yIAA7mC3t3NtOCthVLhr1ET0kqyJQ+ZP5sCbmDN&#10;CVY7CrWAv37W1PDC2dDSkqwBCgdsE49NGbOXW9wFNFegwcekxw9arB6r556p4NgVTJmjAKiGrzjJ&#10;hWFU+CY9WClg+Vp8chqYYXqxPCWeYK36I2bzAUQN9oScz4fTyUUsL04Bcp5TxnyyqMQ4sb9z24Im&#10;Muu32ki0XpWglH3aSDiI6cSBjhjHChrZ5a8ptDjatXhTjIGJjHbM+Ezj10gvTH1Dx+kz3TV0WNus&#10;WGyV8WM4bWp/MTUYhAJaSUSp5KkxRklt+1bGyjde/AzxTA4q2OfZMEYbki3CKXy5CQddwazra1jp&#10;qR9BNvjnF22+hu4QFOJAkxBxSAQVD7ukHgemlmZ3CnHEhRBKduEHYMCdpjAzVk3TfqtieXqigXEM&#10;OnKVAp6iqMJqqIV1GodA0YgaEPTTbgRIvvHaG0A2uGub4amqwemoaym8tqEzIskdtkqyMtigsSLk&#10;fSDofA8ju7ZkQmSmSR6xgeukvekoA6OPTPTR5ugNTgeFdQs05twLGRU/1xhwhq7DqtmM9DLh8E4P&#10;mtuUH3H72CuF3LqWUBU9RQ4ZgmL4BXL/ADDCJVOJUtJVKHSCpModWiYg7HAUsR2YCxBvof5WUsWp&#10;1pDiDMpmCFEgAjrABOAM7D1J27wtrIOIVt9m0dY2etGzrMr1ub+oOS+pWBF8q54wiVcu4jmDCpWh&#10;lxPBkpJRJT10KlRU07ySoELC8TnzI2BFmCXOGUIcPw+CoIenevhOIyLU1IMyL58tMDIPLh2kyKSG&#10;udCPaOEme2AaQmG1oKhPiVwxE/aNvCOHnTjbqFQUpwHvwBnhRlOl3U98z41j+GLUxV8WWK5csCqw&#10;7D2io55mw6kxUimkFTVCREhqVVhtX31YD7LcFr0mZcrcTzli2YqycT02XqR6CMsqhhLWPEEN+4tH&#10;TvcXGpB8eBDe3PVry9DKjJB9ogbfZ0e+vZdYk3yTjET5RI+Y9lEW/F36pYdkfoLl3IuGoabF+pOL&#10;x1rpGZNpo8ISSplYbSAWFTU01u+l/Zw/9W6712tZwRbta3IJzhJGHCpTtWlHbsqibo7E8mHMaiKS&#10;5ViH2sxJFwb7hpfgf5xxYUtJM7G57Br2voeFViJUB1UdFMDHEUf7oHkNsSxGiCi4DKpAUEWuNfy5&#10;Xn1czggnqSJNqoNoAPBIhBiKJ7hQBir4+h+RxheDUZkju7e+xIt4cJ9Fj612MAeZuu25lBOmtv6e&#10;K1E7KKVOkqgUaL5YRQWAAsABwScSxqKlwlmZ9rsDYX8ANPq42hklVPFR9KYKeiL1l9oKqdPr4W7N&#10;/Uzpn01p8oYl1HwPE8x1vUGorBljDcOxDDsFwkRUcscMr12I4iwSM3kFkBUgWJYb14nv77utgk0V&#10;qfEkqmJ/D8RXWMHNFdPLh2WMVocESiWP5/EMTo56+f8ASDdthhSamVfd+zIzON1xsO08G/z+mVfl&#10;HL2bMnVVflrFMV8iWbp1mF1klp6SogedaiMukcqqAqFlcN7skbBrMOO5e8660VrRpE4Hp/d09daT&#10;eMqXoTgoAHqgmPbIPOFJvA67qDDmuXL2P0lJmHLD0U9ZR56wtDSSR1tJNTwtSVNOZJVZpBMzJJGy&#10;i8bqyAgFnnLeKLVV0CxJ5iqy2Guovb9vG7mIJ20vtwaVeJ01qSXc/l3B94W004TL8ZqSeT06dEzJ&#10;EsKDNktkjUAX/k0/A8hUqp19JDcHpoNuk8FPDmjP/kVD1DMmGeY8rFre/WWA8PE81vePUgodOe56&#10;vV7nuer1e5tJ/hT/APVoOXFte+M44SP++zk8dnykjLRjjqNQZv8AkDMv80UAfVRWOPUbACwo4xc3&#10;/wCL5Tyx2wuQNb+3g4eOo9VAzTwoN1LKqtcggntcckxgso7Hb2DG3bvxB3hSMBXiYqNLsEjFmZd4&#10;94oN3ftpxzgG10dOx2gKPYTyyWpMk1XXBpkrB5kEsMgvobs1rXAvykDr6B/ny6lBQf8AkoPf/onH&#10;/SeObvJV+XAPSr/fjQO3pn8yqehPwFHMyyQcuYAR2NFSkX/5cLxCUCmwG4gfa2+PBO0jwjDGgc+k&#10;jhT5wQMCF5YwLkgjtw4y9HipMUwQDsr3DtdHtKykB0IKEW+HBzlLg2DhRSvbTPjgH8vqfijDX6OW&#10;y9KbtT053X0S3BNbOKKAAJ6aXghKRhVJXrKRSMW3HaDvFjpew4NnUKxyFmVexGH1QPx/QNyPN7lI&#10;aYcTtOE9XiFCC0SU3DJ2yfZVQnpEXd6p8kofcePMeGu2/wAQtch05UZj63lnI77mY/x5CebqOpUc&#10;4VJ+SkpMcK3AMI1ghL6naBr8CRwEc0syRSC27Q7h3+HI+WCZmpLYZCm+ilpSaBTwsWazrLpuGpW3&#10;tJ5ZtJAM0kUhXHZTpwA8bQszXN7Xtfm21wkxRY6tIr3ASx0kPLtG0A/lxQ+BM0ic0kV7gVV2sjeF&#10;ri3hxKoeIUoZTMV7mzniWTun+W/Rj6bM+5eosQpsfxjAMpYfijVNVE1M0lRgt5mSPytwu8B2+9oC&#10;NOZIXd02q8Zt0kp/YoUoHaQoDSUxOwDHp1JicawjvnblrMLpT+hSFreKYkEaHAMTsxCvdRRek3Vr&#10;P+bfUT146ZY9LhrZY6aTwxYO2H0c61bisp6auiEk7VBQ7IqpQwEWp8R4mKp+h/QLEaGKCj68YrTx&#10;yJG1PPjuC/MNqgZXSelaJT3GvYi178V3O8uQklKrkpiYlKgRB/xRIO3rFAt1W8DEFNolQViYV1nC&#10;I6j7KZYOtnqRo6jEFxn010VetHM9PTT5YzfREyovi0FZTxsh/wBW5I5Hf01ZakiVMD9S+Xa0kH38&#10;cikw92vewYiWYcb/AJjlCwQi/Zk9Kkp+Jmin+e3qF6nLB2f73H3YU/0XqGzzErf1m9NGa8LZCARl&#10;/wCTxZBoDfcjQ37+AI5ErPR91Jnjhq8vZ8yhmQg/oRTY5ICzWupXfAqi4P8Ai4tbyjvm5ZebWepX&#10;4Clre/NnMLZfbIGOpvD3TUCX1iZBw2VafMOQc45a8wsjHFcAIKbRc7limke3x28nTdFvWfgdIkFE&#10;mK1dMPcjhypmmIoQLABVNbEbezS3KHKMxSj7dXkoGn073bsunFYB62z800wT9a/RJmWtfEcdbLUm&#10;KAb5KnNuXAKhd5JN5KmiJubXPvfTxDZkn9Q+Qo6eozpkSaKjqHFH8/mvBcJq3knI2gLPWwTmRyTY&#10;BWN+F6nbu3eCS1irZ9pJ2e3aMcdtDKyfyq8QSy+FhIkwTgMeAiNh2xSzy2vps6nVq0XT7qHDWV1N&#10;F/MFwTpnnHF8OWKmRluzUeCYhTqiAsAS0YAJt3414pnnN2EU7Pmno9SoSR5oxzAqjCzf2AYX8kPD&#10;wPCe/uH25LrWmDxSR8NIoxt7WyCSlp8zGEKn/ftVKTDsl5czFFTtkTrVjEFNGoKT5bx6ix7cvf3n&#10;x2LFSe/jxCydTsgVxanxHp9Dh0j2JfLGKYrRzq/YhlxWXEAPh7tub/mjLpUMQeEGPjqoxayxbKgd&#10;esH+kB/odNKCHIHUfDInfCusldi1UdIxn7B8BrqVV/4hgVLgkh+uT7+N02J9P566NlhzTgUAQS7n&#10;xPAq0WOoYRSYPTfSP0vEy33En7yOrA/FPzo0/JBMEJQonoCh/oz8K54ZhfWuljqnxjN+VMxG7fLU&#10;eGZbxnCL6aK88mPYl9ZEX1cXlH1HyhhsEFNHnDGq5Avln+b4HhgRFX2y02KbjoO+z8+CC03tdtUg&#10;rVIE7QBw6jjRfe5EFqMoSnGcFH5p+dJ2PL/U6tr5pMRyFlugp2DA1eD5qxaWWQk+ME+ARoL+zzPr&#10;48VOZMKxukkkwnqHgtPGSTbFoMeSeMMPFEwyVAR8HI+PFn9pHrhpam1jHbJM7duGrjSFdm3brAWl&#10;ZG3CCPiKiUs+Y8Mr2hqOjGYax4rUzYjhNXlH5aYJ2ZGnxqnlK/8AEolPw4mqLIk2IiPEoM1YLi4s&#10;f01PmGCgJTU3MOLSUoFj/qA8K7IXCV6jiVf30z6Kpac0tVp0wr/Sk/77NKHFOplFgNosVyjmTCJW&#10;2n5WkyxieNKpNtDJluCvU99ffPFNh2Uc2fLS/KYccciB3PS5dr6DEpgL9g2E1U1wbey/x4YHNSnB&#10;xGr2GOrCaRKUhSh+0KBwkED3gU1z9Ten7olbiNecso4MYq8+4VieAISfhmCjpbffx5w6LFaKriSr&#10;wjHMpVEb70qainq4SjW8fmk3dvbxXaZpYrOlaNB2dG0H5U8ll2dQcQ4nz6/ZTXiOK5OzPglS2E4r&#10;gGd6GqhZJqelqqGsimXVWANI5BF9Pp5NxDDcHmw8RfONK3lmn8qU7layeX7yjaSLDsdOHN1+VNml&#10;hJ8Iw2xh+6g3/ZMN5ubqSJVq6pp1wvO2PyUSUkmGICNS0IZXUFt1gW3AH48A+Xp9k6atDfJ0tLUy&#10;gktg0EFPUJuFj76h2AP08jpW7WUhzTKgepR+QqQrneS+bhSFEgcZPzoRqTGMUNM5eF1K6I9eGdX+&#10;pQn8OYW6PYjHUJNlzMmLYOsRDhlxmqqV1NriOr3Rg/Vx5nchBXraeWk9JUT7Nh9s0lX2gOSe9Slc&#10;9IrgMcwoxuuI0cNRM4Ksq0yre2tr7mPBZyeOrOVcy5bxKpznj+bsIwWspq3EsKxSTCZFmp45kd0j&#10;AMB3EA7SXsDY8PbDd29ZVAuSpJBBBnGQR5dFFo3kytxXjabCuBCSCMR1dEigB6z9Lsi9ROj3VrI+&#10;CYRheUMxdQ8vY1lXCcchgqIVpq3EMNnpIqiY0cRYqjyBnG03AI14mHwrq3kislxbKmEUmKri9DS0&#10;mKYTjXzK7flq+rq0Aekp6qxBqddPDQ8ccynNtCS0EwltsEKnano0g7OuK9kb2Whu47xRBcdWoQQc&#10;FCJ84AkTQiZgk6eZ5bB4sZr5YKjLUsv8sxCGf5LZJLTLTuR8w0W8MpNvdI+vnEdZut2HIaiv6N4P&#10;NGo2Sz4VjOItIPiIsRp6MeH+L7ubGd580kDuElPUoH4xFIv7N5K+oy8oHyA+avlXGDptgjBIYc+Y&#10;hLA5LpA8WGPofDfTUy9r6E3+N+TKH1V1UKtTYn0lx95gCrJhC0BTcL9gayeS30jjtvvzmjKpds1E&#10;YbADHnCvlVXezPLblQ03ABJGJMRjxBTj7R51Fq+k+P08iyYPmyiWlW4eTH6VpZWT4NSPSopHt2ni&#10;vqM+4bQ5vkz9WUFdBg2I4zgmKS08dLNUVMIOQaGACRaZHsyOpRh2BHfi5zeEMtFb6FALC0xpJIKm&#10;mQNhPEno+00g3a3c/LZipOoaktRPAw5iBjxBnbQfPkDHcxdCs29NYGphj+KzZtp6czyiGFxV5zr5&#10;kkHmC4Rkswax0PjwYcF6u5ExR2WHGpKNd1kOKQtS6XsCyTNuH0W5ImS9r1ivwuynbwA9xA+NRpmX&#10;ZbeoUVJUlR6ifwpR1GF5xw6ggWvygary4gjRYNLDVPu2+8F/yYsT4lh9XBsy9mLC8RjQ4dj9NWAj&#10;Q0jyG/j/AILD7+SBYb7ZfcwWlah6fImgPebr3zTsOADHnbB91BDmeppMPpGasyTi+HLAjyzGtp6e&#10;y2HceTO5P0C/0cAbpy7T+orH/KvKhxbMM5bS9pMoZYUWt4G/Iz3avG7i6Xhsef8AT9qlQn0ipzes&#10;u7y19J2/l7YD2vfOkf12xCnT0sYdXVtqWH+fYHLKshKhVpc7Vc7X3diqxkm/ax4epcMnMbAO8JsA&#10;d6ta55LLd0iNlQqxbrSfECZPsoiuL9VcpVE1LPQvh0qUEXk7oJ4C0y2LE+63x7DjilJUQ4VXpL7x&#10;NPMu5exvGRwD9o7qVZJeadvdLjz0mKNsjR/wza6NafjQP9QM3Zbxemwqpp5RBLTVVLiMdNKyknya&#10;iOW91voLXHF3kFxL046fSoQfmMJoZdym4N6KHUEcxQ+rEA31uoYjU7/oalP6UVOTm6dn2e5S6pU/&#10;4UXw0sHqWyGzx3anxDN4lRRrsfEKeUMfp8Po5V1VVTJiGIBmsRPKPZb3iPz508Rm6XLRqMfCJPpQ&#10;DvmwHlgdJ+Nb0WXYvmcrZak+2JKCjdWOveBW470VYR7o1v8AbPgNRzTeZaZFbYb2dVM+K0o95nNw&#10;dQB38eFk9d0xm9K/VFUHaHDpgPguLU5P8ORP20XaV5Gv/bEf78mh/wBnjJGbNcR4v99VUrpvGBm+&#10;iubPGtQhHtHkX5ro4PKBOpGg8bfTzGTLHlSk6uipyzNrwUZjl7f4XmJP/WlYmJ2mOxF9Psk8yp3X&#10;vO9yVxHCKxs3lYKMwCk7aKH67cNhxX0tdVqSoXfC1DvkXTUK4Pjy0bPuJx/N5qp01EM0DtfWx+Wt&#10;bgt3HAUif6KlD2RSHtFbhxonaR8yaKB+HzgdRH0l6eVjX8uamrdkz3uQtZt1v8Lcq362VJZK5yb7&#10;9wsfhfkR9peZa3XJPGjncq2g41bTh4AiQDSw7cqm6ot/pFR2OjOT7BrzEneG5lY66yZyRoQI6Kcu&#10;E2zVJFdwkgY7XNhbwU34BrxauGz9ZqScpbXIr3K5OY81lFXue56vV7nuer1e4InSaqFF1DyxVtTR&#10;1i080kxpasFopAtPIdrhSCQfHXi/LHNL6TExXomvcO7LmaKRyf6s4avsCwzAf9JuDBV+k/62n2VX&#10;ujG2vcgSZjiF2GXsOA7m0Mv/AFN5o3o4oT7Kt3R6a9zB/WiG2mXcOIPj5Et/+kvPfnAofaPZXu6P&#10;Sa9zE+Zk7jL2Gj4/Lvf85Dxpd4mD4Ez5V4N9de5EOaFUH/fBh7g6hnpv6W5ROZpA+weyrpR117nh&#10;mtgQRgOGD4/KLr/ydzQzQT9ifZWu6669xQUWbpGp8Rp1wPDYhWUtRSmWOkUMnmQOpZDc2YA6Hhgx&#10;mZIMJGw8OqtaMZk+017gThhp7TqBbgaSqaM9AJk17maEncdfjbm8OinEtpr3BeywwXBqtidv6BAL&#10;f95bcNLUwmaqWwCTwr3N0P0N1Yk9I3RGzHYKDEIhsuPsYzVp+zkabyXITdqPl8KE9glRE+VaaH4j&#10;WSTjP4jvqxrxTCUy1WTlWRl3AW6d4Ap+/ThrFqEXRnJPip4H3cznYIo1Q3FFGh6SzyksYY2sftou&#10;23suANT8eZvmFLELe3Y2H18TjNY2mtFtJrDP0cZl86TDxUO2qlGIAYdtxNucXrFU2B+AP0c8bsL4&#10;1otiMKlUHSutgit8lHfQupVXsT4EkH6udfOIF1JF9AdRyhuQTtryGJGIqWvTCutaLD4y97uNi6WO&#10;gBI5yjr9bB/9Wx5Ry4TtrQbIrzdKahgxeg2HRiwVb6/QOczWa6/Tc35dF4IwNWU1HCmqo6SzboxL&#10;QFmuLPFGm0t3Bva/gAeM+OVYehdCptuVlA11vx9t0qG2vJSRQmdHMgpgefqLEFp1hnFLU0vmsmwl&#10;GT3rm2vsHNKLrDJTS9YuqXzMpERzBj1n3E6jEZyg+jtxMpyTFSA25CRHQPhW8phasuGYcrizLBCr&#10;A+0RjgbtVEWhHvldUJ8ONQZrRVNTuLLAJH82Apfy3fy5UJ+yrWu1j3IA4XXMkUcZckyINe4+9QZ4&#10;RlPN6ipeRWw+vR7X2NvpjtIUa308R3v4W4X2CCLlvzp/PgPyrn+Ka9ysGoE7V+E1EIceQ8cjTRAk&#10;psluD9XfkpLI0magFTZ1pr3LfKKr+WzU1J81PJ5aIkVc0gkmltHbc7m1y225PjyE1rBQayPZBAia&#10;9zB6QfMf8U/pK0qhpWqsRM8ijbvdslVgJtc2BIJAvyR8nWBlyDz91RDvIiMyX0/pQAeqgFvTt1fA&#10;bYTgtVZu9u3BL9ZWKUI9UnV2knqfLq6bF1enU7lBR6aOS172Jsw4IkLgAHbApm5SSQT/AEQKU/Qe&#10;3+ZPpMFFguXcHQj4rQRA/mOFvUyy1GISVUW+nlYtS2J3FQPYfAniltPE0jdWABFCxx+6LVKr146U&#10;0tRG7LJj1CCqFdkUJqYveYam4u33jiC60/bwo4yae/QeumvHGmTBcYenXfOlLUNAugu4iYga/Hm5&#10;b07nA6e5EsQqfyfDAqjwHyUduBy9vAl5QouuGyXVdEmtKv1D5Aav9RPqBqxFI81VnbNc7SIPea+P&#10;VZ8fp4r2qo1NiwJ79/6bcSJvFHEVVu3jYKC1emcrD9JTsgP6O1joRqe97/fzh86gNiSB+XPLuiav&#10;3Kp2VLpulwjIlWBZiBbbZiw+ktbw9g5y+aQge928Ryguik7caoGuquf+btpzaTD1eK+qPu7Gx+zb&#10;8udrXC20+8o+Pj48YdeBMzjV02uqplP0zkgsaekkijbUpIHsy38PDmKStUtc3VRbUf2ceYuglMTj&#10;VjaqSIFZpemNW7foaYOB/uMoI0OovbvziKiJre7qNAR3/Lili4IXOqq9yUcKbsYyPXx0Twik3e6y&#10;2O62gI0DjTmr/wDigTBvV5igUgCOnlpte/8AzDGGzf8AUTk97vOKVbJno+ZoC5mPGK2nvwpovl/Q&#10;L0Ag27TBFmKEqQRYpm7FU8fo5TN1TuuZ4PEnD6BT9VOo/hxNmmLvoKSsDw1YbwM+FtXr3Is9UKRv&#10;Naliq1dTDsqg5ABZSSNjLrp355Lmk4gGemm3ESK9z0dfTbL/AMlpju9pqP2Sjlu+H9AUm0Hpr3OX&#10;ztJ44FS/U1V/1P5bv0f0B763oPTXucWr6I98EpT9DVY/6j8r3yf6A99a7o9Ne5wNdRHX+SU1/wDl&#10;5Wf9TuUU+j+gPfW+6PTXucfnaL/ph0+viJKzT/o9zf5hH9Gt92emvc4tWYf44LBr4iWrF/ul42Vo&#10;B+0e/wDGt6DG2vc8KvDr2OCRG3h5tV/1N5sutf0fjWwgjjXuZPncNHbAor+3zqr/AKm813rf9H3m&#10;tpRHGvcUv+cTEP5f/K/5bT/Jfyj+o3lfpr/y7+Z/zjbfffd8x727v4duLf5mNMaP4dPpM/GmPyqZ&#10;n++n1iK9b+nn/9MYM35qiwNYsyUtM9TJRrHNTUu1NzBI7trMQTeF5F3eO1j3Uc6v5vnKrBayUQpI&#10;SQMIM9HmNXRx4ioMyu4TavofUmFABJTGGkQcduCgoGegiKtg6N9D8V6gUWY+iWP4olDh2OVFfX4j&#10;mGOaZVSerq3jiCfIoIgYsQooKgwm5XzYwxtK1yb1eaabHcfxnDauN62gpa148qvjUbTS09AyLIiF&#10;tyuUXzGUKWsNugHIpvs11AJCdaStWkKxhOBA6Yxw6KM2Hy66VbQMInHhtI6o86uYyn0xrsi5JwDE&#10;qf5XL+ZsQwunq+qEmRmioqHFMwbdlXVxwvG8SyyyRBmcIGcP75NhwW0V4xR4ZVYJT4kKi1RRzUqU&#10;8ciNHCAAwKNusTbboe2trgjZTADSC/btwrZp0pUDGMjiBhgqPOlNy7r8C2wAASIME8BOPyHwouNR&#10;5Er4rm3BM/4ll04e7YXj1JjL4jVUkkU1YzuY7SxCMuE3eaCyC5AW+0hSQ4akWGYXX/1dNFSUVDPT&#10;1FKgUPWSw1BAQFV27yNG9gF/hwvRYNMNoeAnwnUPI4DZGMQTRS6otlopTPeDGNmBOPsAmJ4xtoL3&#10;zRLW5r6iZU/zsxY9j2J5iw3GsGq59xTLeH4lhEahmjM3neQJFd4WNizvs0tvDLmHz8SNI2PscPSp&#10;y/HSVFaVE8McpaalLbA+8Frqx0CnUAknit18OyH/AAlbYx2gYKTJA4yQesYbdqlm2ZLi1bFlWPWN&#10;M/I0qum/lZYpMwYdkBEzPDhXUKuxXBsIEnyFXPAy0mLGAyvGIXWI+bEDdnUBGYBQbRctQ1NdiOXo&#10;psXljgkqvLqojPujrpXw9GSQx0llG3yd21yCHF7kW4brsn0PMLKyUTjJBCjoEK8MDYmQDjqGOEVV&#10;EWy3EgDQUmOJA2q65BMjz6qfeq9bh2EZWzxi1Pk+KuxnDMO+Zw7Efk4oZsHhjxuaB4EqcWvIRMtY&#10;YzJErKYrqVUk8Ch4UlxDF8QRtsckKVMM0igAb5oAxYguLsh8Cf2ch5VsgOuFtUggGYiJKZnr8icN&#10;hpc62EhKUqkTwkdPT0UbCnrainwjK+EVFOPmIqmXDa2kgfzSwho6tlEd1i91ZEtdlHbtqCUtiOK1&#10;lLHi9XRp5rThKSoWTaQ6pGarS/ghgAH/ABK/jxGm9KLd0owTAHn/ABH/AHyPWqtMkxO0nn40uqHA&#10;8OrKrLdFXoU/lxnxKhkgLgxPI38vBO22si1bE/8AEbeHDC5dwaasocoVOGNBixofPw/GJaaYzOap&#10;KeWTzAIX2lZWhJA8GGv2hyX8iIft7VtsJWhAOomZSqCdSSCPCTtHSMZkQstbtstLWBCW9U6v4YEp&#10;j+9IjqkHjRAOpGeaXAcx9U8Azg2I5dbNMWG5kyW1XRx0dLLhc+KUlBPTvJVRF1qKMV6iQtoY3XYD&#10;5b8U1bQYK+d8gYfTyIuI4Ziq1mKTwhruaGphiBLBdu5pJ3G0H97txLvvfIU4S2oFDqCEwft0HCZx&#10;kjbh8aRpT+Z03KVSghWA60kAiY2wOugQrccz9H6b/VVi2LYdI2X8zZDqqTIVBiixeXAMdwjEp5IS&#10;hk84xxUlHTM0kgF9tlZjoBxyxVwxZg6g08paKSbFK00cpRyrqtHTE7bA3ZSwuAL28OJ907NxWXKg&#10;ApMExtEeEAiJgyqDsBEHhRBmbpFigaQU6vfqcj2yI6zVbfU7LOL410h9I+JYfsq6bB+nuSjmbDIa&#10;qmEtKZ8Rr4w06yMPLp6iKKVVlkcIGQaixJEqmwWnkNLUQwy0FRhs2+KpjkJZ42U3Rma+6L3mBU9j&#10;qLHXgIzS5KnNSYUpSYOGEjEepBkHroyfffuUhcR3ZwiBxg4Rjjsqt7NXWLEMFmzFlvHMfw3P2AdV&#10;cGMONZdrKNUhocSgYNT1UcNKUEGIMkEDJUAqXi2LJujIj4raChtic+5VVsPdaTDXhJN6V6eKQhwD&#10;pd91voHANm+Zui0KlCQqSZ/pTtHsE+VH+TXiL1zSTpCsThgSdkdfR69FEl6qZyqsL6WYVNHPUVtN&#10;nyjq80dQaLFgEenzNQ5hxWgSSmLqrN5VG0BlVQftMDa1w1dSa2lo8mZ385jFM2FV8Y2o7M7GkkUB&#10;QqknXQ2/t4RZO28tpBiR8PPn30vzN23WlxCPEcCAREDiaUv4fOSs85k9UPpAq8Ppo8RwbDOomU8R&#10;rngrKURUcNLmKlqZGqBJMoU+Wu5NwG43VbuGUVG4DP5hQN71xbX28H6lQnCgWtWFfRmzJS+WJdnu&#10;BSWIHw49YqxCbxoBck/lxhT2BnjTTZ20w4FEC6oPtAgcb8CmWWuihLW3myk6aniVtYmKeWnGnPNE&#10;DwYRU1IUyeQpcoNbgct/6NxeX02yrB58ZdKcIQhRre8bggW7ffyBN6H3GMycCknSCTxgySQQfWjd&#10;7KBc2+ppSSs6RsBOA6yOivnUfizY1Tv+IH6gsSqsOr46GXEaVlaoNdSK5XC6aO6GRXDKwW4K+6Qd&#10;LDQCQ9LI/wBmMttuVOljc8JUZ2lInWAT7Y86euN0rjWAGiR0yOHVVemGZyoqSOUzYkITOVDUvlys&#10;RZT+8xPa57+PIwwou5lMev8AhJA+vij+0baBp1z1gUlc3JvnI/Ze8fCaVg6tUFLRLh1NiRWPSNpv&#10;JcnuSfb+XMopahVKrGbdtT4ffyr+b2zpBKseeqt2O6WZMEgNEA9BT8/xpsrc6ZWxCaKpmxJZZ4z5&#10;h/RVAUMAR2VAeckonAF0A2Wtva5/bxgZ20FYkmegfu52UuTubflvSjSgxAkp/A03VmfsHM7Sy1Mt&#10;aZZWlqUpIpIkNzey2KbQfh25ISmlCkHYPjoDy91nNkdiVk+se+keW7nZ6Fy4ttI9PlhTZi+bMnVP&#10;lvSUmJNIAN8crMyD6PeB+/mdYnUk+YpBtqhW+n024UpzBk/wEehoUXO7N8Gkw6CcZxEew4GkbPjW&#10;HTvu/l7xxITZZfOBI+DLfX6edSRMSpV7bdTqo/5V5tF82cFAx5H50lVuzeoHgUkGOkD2EHjUjD8d&#10;w2ASLU0kkgkI2XHmbVtqQJEIv2105wWnfQiRQe9hp438OUczFtMgJMUZsbtvqhTjiSo9ZkV6pzHQ&#10;MWWOjnKAn35iDu76kE+PfvyTGirf3xYnX2/nwtfuVGISdlLmt2YPjcj1nDqpsqMbEsbCOmO86gEI&#10;ov21sTzk0cTXUvcHvdeNt3LiTOn30YHIkKSAHY/zT+NN64rVxsrfJjTRj5w/YBzAaCndtzMSPEEf&#10;0ccObPJ2D304jd5rSNa9XpHwp7TPGL00Ap6WnWmVO7ROrNp8WbTmGTCKZ7Wa3s0J/ZxazvI8hOkp&#10;EelFd52f2r6irWQr1P4U+4X1hzThfulVqYybukrKPH/Erj8+YRggsyrPZTqQqEcdVvPiJR7xSZPZ&#10;4kGe8n0M/Gn9uu1aWhkfBd862AeSr3Aak6C2nI5y5D2kmY67vdB10+PNjeclOCffVbXs/wD2hJdG&#10;kdA9nH8aUL+pXG4lH8vwOKCQosReplEljuudoRYwL9uR5cswOGHnEK3a41H3Dj39pAojwYjrFWd3&#10;HSlMF2fOnXBPVNmzC5UcYPTylNdiySqrAeDD3vuB4k8dhwDLFLJVV9Q1Q9vMWBNgb3R434JMmyy9&#10;zNXgBQnp4elEV6LSw06iHF9A6KN/0Gzv6hfU/mrDsr5AyvQYJQK3ymJZixJK2SljaWUNoYWuW9g1&#10;0vcjThBerWZocz5nnxekpWoYAkdNFBJIJGtELXJVVH0Dky5BkirG2DRVqIJJPnRTmV8m5c1AQAIr&#10;cs/D+6D4z6ePT9l7phmfM1NnLGoKitxfEMZwmglw6mL105l2pDNUVL+6DZmL+8bmwFgHHIudUoKR&#10;KZwskhIkEbe1Tpf6OCBqNQFET4IUCnaKgepn02DqDXyYkambDqZYpcPkrKIgSCGoUeYFJ+yWtbd4&#10;Xvwe8jfNYpUUtXVf6GIXkdKukVNyiRDEVPmKyEFe9weMZlKm1ACerr4bMdtbym0KroISCrifZ8zV&#10;Pnrvr8t9M8iZpy/gKx5lqcZosOw58o5oqqv5erkocSixKKVDQVFNVCSOYAqYZVPc3HFDmPClx2rp&#10;qgYjLHRU8cuEpTQ7VSe+12ZwBbvt2m2liNNeDO03gfydsFaIcJDhE4CTpg7cRpJ+G2hfcNhhoWqd&#10;QbQszw6x5gdXTFFf9OHUnEei2AZho63ImF1/UHM02HdXcQxnGJKismwZR8xh0VNSmV2lZvLhnWT9&#10;IN7SIxLrtPEdW4PFB8vIS6SIgqJ2V2U7tjJd7FQQAxABFu3sHApvLm7twEKcSFTsPHAkADqiIw9a&#10;slQDYx1D4484UdLIPVPFMyzY9Dsp5aX518Ewemaljkh+XSop5wlOWE5WRmijZ5FlDbg4uPMcAO80&#10;Vsj4bVw0s4aGvWPdUI508mUOu0r3A1vwPh5TAWE4kiJ6MQflFaDkyk7Dw5xo9vQ7J1Ac25ZxbHMJ&#10;bDsUyVPWvS4XUUyq0gxKhalm85ZACjsCu2xNwDe9/dLVnSSskMdTO4LV0r1uIytYWij3XdwSLbyW&#10;29vgO3Fd0VItm1KgLcWVEdATgFeRkx5YU00r9qeIAj1P6AVaj0iosDw+kfA8HheGgyxSU+X8Apo1&#10;d1WR0jKQRMA1/JVYw51sLFjfceArmbqNFvqaepD4pQhPKwjznAmppBHGjjVLFH0LL/iIbuCCizbe&#10;966TocGpAiAcNJ0gGOoxsPGDto5JJRA6vSBGFD/k7pDFg7UmJYcYcDxWeWSbM60UJNPiUTTTSwlg&#10;JLrLEWCo977AY9VKlTw+kTAqjCOmEmO1pKzZvrajGqdHDBlplC0sQO8k6mNnB8Qw5Cuf3BLhHAfj&#10;NG2SN61lXp7Koc/FzzrTZ39Q2A5Cw1jLSdL8JpsIrlULs/mNcTiExUqQCBFLAvbRlYeFgY6sqUV1&#10;JF1Go8bcjjNHCZ6Zod2yCpQ40VrpXleYYe6wvb9FeS9lNy3Y3ub8Lz1Tx75ehqG32sDoSfjxmzIm&#10;jO4UBIGyrbfS7kG9TQmSJbizHYt79gP48qq6u5oZjUmOT3nNt1wNDe/BKiQMKDb5q4/K2GJQUEMe&#10;3bsUC3AOyZWSz4pJO77hf2i3t/byylE0WoTKqU8ovGw4t8/Y+1Jg7r54B8soqrfxHNtrB4U+4jww&#10;ai0sIVncC1zwLsD9SfUzprhv8iyfmJMOopZ6fE/LqaamrFjqqcqyyxpVpIqv7tmIHvL7puOKG3NM&#10;9dEN5YtuJIVOOGBI+HupEZz6TdP+oFbDiWasv/PYlDRVmXRiNHVVtDUNQV8LQzU7y0E0LvGQ5ZVY&#10;kI9nWzgMGwZ2xnOuasQz5mfFJcXzVjMXyeI4nMqqGjEzTbERAEQbnJso9ns45fXzj0azMbOqlLVu&#10;lMHnh+FKjLGWMAyZl/B8q5WwqLBcvYBTxYXhGF0YIjhghQRoo3Ek2A7kknxPDJ9O8bkaSmjgVIGB&#10;AlnsS5Baw/UcI7kAijZgiuWL0qSwSGUGRQCVS9h24WD8ZMMfTb0SkbXdm2W58f8AkjVB14Qt7Yp+&#10;5/uI86CzpeVGbeoKIu0JHhdgO1t1Z25rg8fotobue56vV7nuer1e5tI/hTkn0hZbG7aP51jn1/6Z&#10;yc9wQDl3qagntDA/mGzHSKAnqh/yXqQgBiKNND3/AMtLyx8RkajRr/G3x4NjdyIoGByTQasAAb/Z&#10;OvhcckWNtDe4BBvxgnVhVwoVEOh99bFSR/bxwpNzSKn/ABH2G3bllLBkdH4itpSNppnxEKkJkXXf&#10;vUqbi/utykP1AWj65dR9LH+Ysvu66+VHe/18rkDxFsB1q/340DN7HNVyryHvE0cfLH/MN5f/AO8K&#10;l/6QLxFYfe1/3fYe/BY0sFNA51fTT5xfYDpMmttRc99OG9mVaqRPyrE17h2OkWlTSsSd5MdrcGeT&#10;A7KLVGDTRjWtDOLXGxifu5a90oJFNRrb91ST8OCdlwoGHGKNQkRM1Sd6yhujxf8AdAEjqx9tx24O&#10;PUO5yLmLW5fD6oG3heAnkdb5qKWXVHaYnzkUdWBCXmh0GqhPSGgf1T5PlVSqvmHDDECdx0rowe/h&#10;flR2PXWWfsNrG4H08hTMnCCY6vgKlHI0gpFbfmGWMcf+sPH6+Afm9isUjDVrEruPgdOAhwBRPXUl&#10;WSCW4OyllRkAC2g8bcLLmYkh2P7zAj2DW/LCCD1UzekRFOvAGx4oGkCn3h/DjIHTRG80VJr3AQx+&#10;wkkJF7aEezl3HZAFF4kYTXuBTXqA52i3svyqkxB52TStsma9zZfz1VMPQH6ZFW7CnwDJFdIt9Cv8&#10;txBGP1hPv5kRmqyM/awx/KW+PHBKOP8AnVhtvE0FXiv8e4/35J91Ec6BU7H1Q+ratJBH9YY8PJUC&#10;/wCjyjlWYAn4eb+fHPLWbkwDpP03q8OfdUYnNjtPUmV9420lTA0YU67Qqz2t7APZwyv31BSEjFPd&#10;IUBgZkuA/cCOA+FCbMMvZGpRTJmPQJTh7STQyR0ddjvWHqPgmIyAYJhGE5ZxfB1iTa61GIS4pBUl&#10;mDe8CKKPbcaG+pvpAk6lVpqCtXhFDNE9mimmAZ23a2X3ybjx04XNvpSn9q2gjrSk/wChAouSw2kD&#10;QVDyUQKEMZUiAHk4nVRFbArH5YF108Uv+fOEvUlbSkYBHtVbmNWKLe47aMdR424QPnLSsg2jXnoS&#10;PgBTjFopSpClSOgmpCZcqI0VBjcza3vOFY9vht/Lkig60fy9QtFQ4jQg2SQ0FdVwRt7WBiVBp4ca&#10;bRlyCki2SmP6IIHuUPdXrjIe8MrVPmEzTXiWR4cXG3EzRYkUJeA4lQQ1Gw+Gk5fgi9bc719f6bMh&#10;5whxKcYkax1paytmeedXXFZIk1mZybNFoC1uKbl4M3upIIBYajGYPeXBwKpMiBO3GOFUuctYbQ2w&#10;hAGp57VgBIKLcAGOGJ9poAOjuBU+C+o3rvhVPR09Hh+H0GWqWlpMNp4qeEbqB53IWBI0BJmN7Lfi&#10;py/6tOrNPhGVa7GOplRhdVmPCqPMQwuopqWtjWOpjuQC8B0DKy2J8NfDgjazbMLZzQbhXSZQFASE&#10;qGMTHiEUFs97I8sXDoYSAomIJH8RHyrEnpf9PWLjGsMw/o/QTw4LVthFW1HJU0DLNHGs41injJIW&#10;VTuHt08RxXS+qrMGNqkWKyZbzSsS2R8x5ehqB7f3QoH5cXpz++cVCnm1R0tnH/eqKGuyq1R/c1uI&#10;P964fxqJTelXI2BCoOWkzTkxKlvNkhyhmiupAGttvcOxNvaSecR1syXXLszB0dyHiEh0D0FAuHvY&#10;97FAzD6jyiszJACm2IHQCD79VGSOy64bRKL10f50+41BPRDNeH1Qny31z6lUG3QxY3iUWMQn6qtN&#10;p+vkijxDoLnUYjQVXQ+hpJIcPxHFVmwTHsWhu1FQy1m3bG0ZAbyttwTa/j24xf8A5TuHFlpMpBPg&#10;WrqAmUgYkjZNGVpu5n1sR/lqijjKEzABPX0UHfVEeobplheA4/hfqNxOrTEcz5PyHLh2YMqZcmj2&#10;ZqzXh2WPM8xEVh5JxASFdC221wTcAJ0XwToDjNDnSDPkWL0eJ0WN1mG0YyxVHyYMPSGNY18uojnZ&#10;rSK43MSSO+o5bdPLcrctdDy1BUqBM9CsOvroj7QM+zW10KtgkohMyJMzjiIwI9aNznD/AD2pjGD/&#10;ANQ8SwNsD/lqNXR5vop5KqbEA7gt5lHVU6KpUoSojte+tiABZm6GelvEY/Mwnq5mDBSxDR/zOjim&#10;CG+n+Sipzb4X4fHdrK3jDd1BHSR+CTUaJ7RszbX4mE9cEj4zSOgzb6pqASDEumGWsxlWbyjhWMT4&#10;buQDS/nrWWPIiemzJNV+ly56lMOSNkMTU2NYbJTH3if3mrSSPb7p4je3JCie7ukFJ4H95+VG6O1x&#10;KYBtFT0gz8hUyLql1fpWl/rP6fZKaGJv0UmWsdjxVntaxVBQwW7/ALxHOqL0qZpE8suX+s2Xsalo&#10;lkqI4qCrq45kiRfMY/oKdmAA17nThVmO767K3W4X2ylAmZxHAn30fZP2ktXzyW0MOFR4AA49G3H3&#10;0ms5+qHLuSMLhxHqN0lzRlXBcRqqHAFxPHKTCvkpKvEqyLD6aIu9cFBlmmSNQ9rswA1PAZosx59x&#10;fFcMwXAsxR4tX1FQuC4dLidQ8YZ3mCKA9Wq+6SwvuIsO/CO0XfOrbS25qBjCfkfxqRns4srdxbby&#10;imJnA/voYK3LORMFwHFcx12UY8JoqamkzDi9Ph1IksqiKnMsn6LD/MMkgVSAIwxY/ZuTwxyZR67U&#10;Ucb4t02w/G4nuFqsJw7LeIsdptqdjSfXcn48GLVq+YUWdRPQEn31Gea55YodV3dzGngVLTQH4Rmv&#10;0+5nAfDs/Y1gjSjzDT4pjGccDWPwIMVRPTRpb/CQB8OOAo844VQf7+Oh07ysWZXfC6ulTVr6jD/K&#10;W3x4cd0psCWcT1EfAigy5n/eEqQ8mP8AGxPlONP4XIeMVSU+X/UA9KaYjzIKDGMIxJtoG3axxeOt&#10;bX6ucKXGaGMyxY504qMs1KgIYHbGKclWGhX515BY+3by969oEhJSeiT8yffSaxvFO4FzDz1c+lO7&#10;5XxpoUr8u9UP61CRiY6nEqXL80KlDqLYXS0rN21vJzDTZiydWQ1Yw7Da6VqRzDVCXFoQI5LlrAfy&#10;9vq14nZzlu4QdOoxtxA/0PzobrsX7UpMzOzD/kqT0+W+pElRGMXzFgVJFUjzYxT5erHeRPdXVv5s&#10;LH22B47F8smmSQ4nWobb1pfl6OqKk+AZqymHh/hHHGrhAwBPpBoPqu7vWZSAPX5A/Gp70OZkcxUe&#10;C4XWSrtRq+etr8PWQAeKCgqiL/8AE25yw+fBKtzTx4okSMCCMbpQim5sb/LSVfFyX0rVpK4jp5NM&#10;uZt3cQJPSD+MVyrcEzLFAa2uwV2k3BhTZZrvOe/cWariodNPbxxiw3JeJwthdTRYXVrBIat0pYJ1&#10;pxLbZvHm00dmsbX/AD4usrpknu5CgmTs4k7Zjy9lKm85fSjUlRBHEkT8aTFXT52w7EI8XRsapIqt&#10;BSLFUNTSzCMN5mwinqprjdc2A+kc7qOmOTauHz6nCKaBEtaT+bpS7QdRa9VGbH6OPLtGVqxQIPso&#10;ivd9cwT9rpJ6In3x86UmGZrxiGoWjNTXyLIN3mrgtXOxtod3k0kigj48eMM6dYUimLAcer8PaP3R&#10;Fg2KpUhbiwt709wfo4IbXKrPTCBh/emilvfu8IPepSTPEVizBicUrQyYlg1JiFPKp8yozBg9RT6A&#10;3YEzx01j9fFFlnpXi+XsUmxnL+ZK+gxrGJ5K7FMaxKkoayWUSUtJSFT51MNq7KGH7NiSNb8WZbkV&#10;vaLJYJRrJUZg4qCZnDpT08R10rud+V3AhxsHwpTAJAhMxsP98aCTO+MdPcfwNsvZnwbDMYyzhEr4&#10;jhWA0FbW0CR1TyTuZN9PVkEn5qSwNwL6Dg30uE9UgFMWd8LnAAB/mmASux+ulxGlH5cOu4eT/roP&#10;+b+tFDm8NqMO5I8l/ihVFFxzKHp+qJpL5HxmjRyyu2D5lpyijwsK+kqWF/8AiXHyNuqscD0cy5fx&#10;dW/RidTiGHgfSt63v9PCHeHJF31i8wpQHeIUmQCI1JI6TsmjHJd6bFm5S4EuAggxgdmPEj4UCGf+&#10;gfp1xOiXFzjWbctzUoeojhjjy/ijMShQapBhzabr2L8GTJ1A2BZLydluQrLUZcw6jwOoniuFkelp&#10;0hLAGxAYrcX5ih9UqZctVE7VL9hAqevpis9N1mjqRKFBKgOiXB8jWtX+Ornul6kdZ8oZtjd6b+eY&#10;hmWsWmqyC0NNUS/NwoSmlwr7Ta4uO/KkcYlYZgxamuC8VZPFK4OnuTMp7eHM/wDJ8xDti0tOAUlJ&#10;9wqO8ytyl9yek/Gt/wC6eVUFf05yNiMAcQV2C4ZW06zI0b7ZqKOVQyuAVNm1B1HH2jnYPca21sOL&#10;F36jsikraZEGsWJwKAxA+Fj7LcLf62Z3f0v9VbdmpqN2F9bDEqcnkTdrd+r+UqHAuIPsUmpB7P4G&#10;atj/ABv99VXPIcAXNuGyBbbUqFZv+hJsOa6eFuBKp9tmvzH7Ln4A6YqcL9GFGI5eN+F7OVzlAt9T&#10;GTf/AKFnmTu4L5NgtJ/o1j1vaz/lafOit+tGLzfTN1XX/sWyH7iDyzfPVTsxXPRJu3zFNYey8DHk&#10;hdnzsW76uhxz4CivtNbh23gfwmi2+hGnB6J9M1vcJS1puPG1aQbnlanWOo80VBHiWIH0XPhyBO0h&#10;wrJoRbo28ITNWTUAsn0/0cq36pEBqtj3Ja1vG1xzFzN3IM1kRkbIOk04cJTjqOZKp1IIswZTr3Xv&#10;wLPKkY1JtuRhNe5XvyBKyTr3Pc9Xq9z3PV6vcW/ThtudMDb2NMf/ACHk4pszDgqyNte4bWSo9y5H&#10;0DgkKgBNXkCvchs7N3PEqlk7aqTXuYt1vDX2HmgoitgV7mN38dL+HNGrAV7kOSQL9fNRV0Jmvc4L&#10;KFFm+gfTzYFOKaJNe494fIbvYX/RSGx/5dtxTaq8UdR+FMpHir3E0q7gutjYaDiFCgBFGBFe5JUj&#10;Qj6+N6sasDjXuCnl6Urgk4/44UDTx+bP9PDW1cwNOJEp869zcs9BEoqfR10RlVrL8riygg62XMFe&#10;t/8Ak3kKb63BTeFI5w/WhnkrOpqtXf1n4PH/ALdvqbrnp2k+brMpybtpZRsyFgsd7f8AA/lw3oCb&#10;f8oCe/e358Air1ycKP0WI6KByLL1ExQVVA9n+wFGnf2Lfw5xEpJOqr4Ht/Hjv5kAY0+5apTs2Vil&#10;yqCxWjha3YCdWA/5NBPI0jg2WOUbie9x/AHi5t/rqgZx2VGTApId8ldhDoi/YaCNjc/SVFuYwXS+&#10;6YXF/dv/AE8s5cg4RW3WjxEVKiwdahRLFh8vl2Nt0dhpp7BzkH2NcSWJ0sDe3GVPGNtNhGGypEeE&#10;Q1JWL+Ut5hI9/ZoTe30687kqGQ28y9rFiSP4X42w6hQ2053AXhGNZJcq1DNdcMZgvfy4mJ1Gp7H2&#10;cjVEqzwFWbdG2vu97/Vw2tHVIXhtpLfWnd4RTYuBLQ1MU3ybQyQ3/SH3RYgi2oNuaVHWaJx1W6pP&#10;PZTHmPGHk2/8eYpUG1xpxcskGYoU6cBNbdlCFFDRhNUEUYQn2bBbvxC2p28p1kImuUdGGltLH8zy&#10;y9UU4tQ2CpXFfhSlJEifd8zG3lsTbbe5Gn0ADhc+qUyKOsvwAkY17mfMhmxWnqcHwqnaatxgzUNK&#10;S6IDLMoRV97T3i1tSB34iZcCHApRwFKLxnvWlJG0g17j50iyv1d6F5VxWLNeC0FPhtLBU4vgsUXy&#10;VS8lS4ZZVqCquXAAXbfQeB5bOruzvly2TqMA8NnRRNu1lV7ZJKXQNHDZ017k/GausbqdhkkSstJW&#10;wRPIFG1Y1lhZtGUKLgG3CNqBbknroSY6h0V7hlvRX0uw7FfXX0i6myZlaDFIKrEgcvx0hMe6LK1d&#10;T2M7Sa7gd/2dO3DzK85UGAxp8PTPX0UDd4N30uOKuNXRh7qLx6sqs0Ppx6uz+V5wbCXpWjvbSeaO&#10;Am/wD34ivXJgFNJ6s+qkuIYtDQ082IQzrDIrF3MlHCCABYX2gka+HJAY8ceQoG3DsKgcBSr6BOr9&#10;E+le3tFgWG09zrrFTJGf+VeBbLXZRwsSrRmox35Rnk3VSCJTEFDAKFLN7e578P2w2gCMYoljxREU&#10;LnE10kx6qfrj04MZWmE2PYcGjkUmVw1VECCVFr7ST2twkukpxPT+NCnIzLzYjjUTEBegrh3vDKLf&#10;8AebkHT7EI/832Q7nV8Hwz3VA/5Qo/ZyPszd/wAoc8zSx+0UlRUdk1q49YcgYhUdausdZHHsjfNW&#10;Y50a5JIbGalr69+/t4pWro1JKsCw1uT24kL0ccKZLRBxiKSdNkKtqQiVFJLECDEdNoI+g/Rzr+ZQ&#10;spZpBuXwP93NC4WFdVPC1VMxUtumEqIY46V3LDeWNgPDx8Pu51FiULKT5gC+Av8AVyl04sxFeXZr&#10;HDCs8PTiWlkcS0L/ADDH9JYi48e45xOIdyLHvdtO3EKn4OJxrzFqZpUUvTyLylUQssbm7K63YHvo&#10;ecP5gLDcwv27+B+jjab8T1VZu2kzFTX6VKFLRQsj97SDsRfUG3fkmkq9zm5CDT3T46+3ipWYojA4&#10;1V61GnHbSPzB0zqkp3LRfMKFYeY5C7dLnTXms3+J5Gyer7E2cD9M7iMi3Y5MwI62+JPMmtz7hLlm&#10;2Rsg/E1FWdtkPR11d/8AhoUc2H+ivpFRVA2y09Tm1CD7P67YwR+VuU69VgP6x0JGpOHURP8AyARx&#10;3M1ftJ6hSBlVHv4F7Ag9uFJdE1Yg7a9xrxT/ACcX/EiDf6ONOOTTSjXuQ4T7o+AsebC8KpXuc3fw&#10;GnxHKqVNeivcxE27nTmyua9XucS1iPYfHlABXq9zgxufo7cuBXq9ziebNer3OwL+NvHmia9XuS0A&#10;I1HKV6vcxWHs5utzXuf/1FhmCsgxFqylxzD4YRh1JHje7EWaSJJYhMahUcqgkWRWdUU291lI+1r1&#10;Zzpt26QpT6U62gJA6ATJnCZBV1DD+lWNNjmdoppJSSIGkdEAwkYk4oEDzT0CKv8AMlZVzFlRsHxn&#10;KOY6vFZsw43V5Qr6bK1NFBU1FJiQoYaGeoiRpDSyU8sMM1RNGT76yoQSgKlrxbAMcgzfhVdgYgXK&#10;mP082FV2O4awkqaethhaogaN4Np8oxrMspFgGEYNrjgFZtl2+kpCSFahO0iAMUkbMBjHQJ20IGL1&#10;TJUMPEkdXiBxHVIOHT10fTCM64HiOV63CMzw1FRmzLDvjcWUcejnp4amjmraemKyxVQeLd5rxtD5&#10;l3ILGMMN/B3WraJKDDa7DmqqmJHnbEcUZpKhVaFVAQtbUl7qNR9nQ34cZhmshtlaFKjapZlRJHA7&#10;REmMY6Zp64vk4qcMR76J+MupX1OO5oyrmpMKwmtliw6LLeUY4YMMeaGulkkedY92iiHbK/uORv1U&#10;LfiueGbHK562tnRcNlpIcDpMCikM0EBdtqMfeDKzOSrMtyb3NuC3KMkS004p0hRcSAE7TBVAUegy&#10;dmOE8NlsvzZl1twiCVzpAGwYAGdg4QMSRJO2gJpcPpOkmXoMBwKgrKnN1LjVd1Gzf1LxSnWixPF2&#10;h/0iqUBIGSaOGnAaCOTYiiNUjuO0WvpoKzJ2XKPcab5eqNVUyuY5Um2VJm8vcgAKKZyAfDcR7eFt&#10;rlBdtWgsx4wcdhglUE9ZMCeOG2l70kN8MD048J8wPjWXKNVieCeobrTmNmixmLGsKpMIwDDaZaij&#10;qMKWfCUpHqNkzOUmqRhkbMoILCBXsPdHA/yTNVNi+L0FC2yJKBqsxNKwX55oTFF7hHuKdXZxY2AN&#10;jpxnc+5uVKW0yuDpT4TiNRAiRw6yIpNbtLdcCUKAVIUmQIOwK1cI0kijQdeYMLpcpZTxvHaT5x6v&#10;Ho8BqquGIGVMDWvFbUbJFuJZBsEKRPuBLsoI14i88fyB8Ex6qwadt3yyJVYlMXKx1VFiENI9OEfa&#10;dpMgZW190i+ouQ5vX/KFMLLQ0OKBBUJ0ylQEQonqgj+HhR7mrjTakFpMpURs6SD+B5mhM6KVHUhM&#10;y5Uw7PlJFAYsUqjhGC0iRIZsJxjB6zFaeud4zIPOVYWhmjuB5quy2VtoCeeRsBwfApsRR4anHalP&#10;Phljl2RwiMVahzGDsLxK20vYG4t7xXgXyqwtxbN/mFQ2tYCyOCTpx84JOOGA40jsb5j80htZgGZ6&#10;ts+yDh1UZxJP6z5hzDFg8q1FFl2nelw+tpCkrS1oeaklsH0KxShQ23UMCp03Dgn9Mseo5KTEc4Zc&#10;xAVQhpUo6jCN+ynkNbJHRLLECl3EjTeaT4FQpAAvwWWWbsMJWthWsIBQrgIKgAR0hYOrEeEiNlMO&#10;LZadCT4kOYYjBQ4T5AGJ9aLZ6g8qVuNvlPpnm3DpaWDGMXTMWC51w6MzVVKuCU9RmF4ppFkUQFUp&#10;PlVIJushdSWNg+ZUqqnH8b6azYeTTz43iTmocbVk/Q4fPiSxXZHHvTUsQOnbgL3eyn+YuIXq0gLQ&#10;CduC1aDHtHpQd3s3mOTMqWhGoBCyBsHhGr4A1C6oZeoMNyp1hyzjoSqwhMOw7LMgn8yWOKnxvF4c&#10;ty1ZWKanYGKmxGZwAw11vpqbiDLFdhdRi0RxSqqavHcSnzTR11OsS/JTvEDDGwA95bIUvtsQSD8Z&#10;uyqzZyYflykOKVrBnCUaSSNp4jUOgxs20DNxu01zOMqUUshKkKAUSdQIWcRBAgyQU7ftxqorrEMk&#10;ZPxDIWG4hg+BzZc6f5Dpei+MZaxr5qGox/AMNmaGtmhkMrbHjdlqSgnDqyK0bdyomxYi0zUlHLTy&#10;rUVMSzqhR9gtEzn3h9QsT4+NxeH05WBbF4L8AWQekHCAdvQrDoHGpmybd1TmoAnwDUekxHD3+Xsq&#10;lbM+TaHBKTNGesLzDg8+AYHitZlytroqij+Z21OLU1JGDHIws2zz3Z1jYgRmwXbIUUq1VSjAI3kT&#10;zMsrEWYEqlgCF1tZbeHA67ltq4Sk+JMEdG04kbRImTt8qPMhy1DaEuqjSBpABxjH/SwZwxAHCKKN&#10;jmB5bxE1KVUM+ZsDwiCooo0q43pJI1qKxJJJonnDoZd1SHPuvYNqLi/Exn2nosQynm6oxOD5qemw&#10;uupoQxkKoz07tuCr4m6k3voNPiR2yFWxCLdcJWJ2DGI6Y69mONPb4NAHWhX3JwgjYMI5/Sh59CuP&#10;5wyJ6iPTRk3p3i0eXMrZr6i5UzFmJ4oaJKyvp4cXpqZ6eWepAtFEIahFEaoWZ2LXJVUqPy/L76Et&#10;bWwA4c6cIFR6+k19BvMcQ8twFvprfx4ocXqAyhQ2ngQe/GmkpIg1VlM0msFpWjfeF1JP1cSlPWCm&#10;qElWTayG+h4XFQChjTxxpa1VD83Ry07xbkkWxuOHD6UddcUy9DFRip/0dbb4XN0OvsPjxnNcktL1&#10;ADyQSONNJfeYMtqKfKqUPXh+Fh0X9UMtRj+YMsocziN4KHMdGvlV8IIvtWVLErf91rjhwsD6+5br&#10;oAa1xTTEWbXTka5l2XtFX7JUCj6034vGjCwFVrO9ZPwI+umWMWqj07xBcw4Tu3UorAFkCnwbtrxR&#10;f568mkgDEFudP114V/7Fa4++aX/29cj+5UAZ/Bf9YMYd3y3GEjG4uGB+6x5lbrBlMkgVYbTcPr44&#10;32WuAffTR7QX/wDjIqHD+Dv6qyiGTB4omMhiIdrdrew/HmJusuV0Cn5m+7WwHL/7Faj/ABVVPaFc&#10;cGhhTtF+DX6oZ3lU0lPH5RCnzJe5I3ftHOH+eXLR95Zu/wAOODsqIw11pztBuZjuhU5PwZPUkp2y&#10;NTL7QHbT7xz3+eHL1twlOntBvy47LgSRqpv/AGQboiNArkv4NnqFWTy5GgAJsrLID7O+mnfmJus+&#10;Abd2469+XHZUgGNVNHfy7nYBTzF+C913dwjV0AOvvKQR+Y5hXrVl4kr5hummo44OyxCthwNOp35v&#10;RjpBqXL+Ct14iCOa6C0guCzLbTnJusuB6WY63Onjzw7L2k8aaO/l6qTpFcYvwXetpbbJicGne229&#10;yeY16z4Mb2JJPjflz2XsnAGtf24vQQYFT3/Bb6voCZMTjAGtyB2H1c7/AM8mGfuoSDr35cdlrB44&#10;15W/F+dlcF/Bn6jqLVOOohHumyg2P/IPMw6uUZYXjIvquvKjsutoq439vwNk03VH4PedVjdo8yow&#10;U2YtGug9ug9vOMnWChRWZoiqjuSeUR2WW3TNaHaBmHCKkUv4Nuea2aKCPM8RkksqqEsfZ4DiZq/U&#10;NgkDMh8NNSO3Hk9l1mnEmrf2zzEjaBQ6Zc/AJ6mYrDDPUZmCBxuKxRE21tbsOIjH/U7SUlK/yEat&#10;LqIwDqSeGdt2fWDatREmi+4z/MXZClwOqjW9Hv8AhPFhNRjdHPnzMtXVUETLJU00a+UhUHUEnvpw&#10;qub+uOP4080tTOWD67VJG34ADg0tmEspCUDTHCkVvbalSrb7a2AvT/8Ah39DOheE4dg+SMq02Hw0&#10;YCtN5atJI9gGZmIuSbcL1i/UCumklUm5OoueeU4qjMW9WEZf6XYJh8MBigACaEAW5xypnOuXE45p&#10;H9yM3KMbg68205j10zcoTHXXPO/T3C8QwKpoBFYTqUDpow04ebpV1PgxzHYMohzDTYgsavUIFEgb&#10;y3Z1AsR7deev7ruUd4kAqTBE7JmvZReG3fEYSRPpiPf8K16vxGfRNT5b6SZi9StNSRYznHpZDiOM&#10;4VgmKyz/AMukBqaYQSzlZY2AQRDQMNWJuLA8H/FjSUNRUsKv5ZGMdPKHSNY5ZSHtICw8VSxtp/yD&#10;w5avHncqC0J1GFpPEiFIUJ6TClY9E9NCJq7eS53Q8YCQQdpxUqfx8sDsqmfpFRZhz5lTKL1uUI8d&#10;xD/fli2HNh1ZXSV2E4TTNh8z4bNFTTF1ZKisJj3qsoIbaT8wCUviGFLPHSSrWmSsFOsXnkDzFcOQ&#10;SzXswYHtbxJ04RnNwG0FSICZSJiP00zSZ1S0wFABOJ9/RGFGu6ddR63CcRzthU2VUoMtHH5cRgwy&#10;kMjUlTQy4fHURxwQgbopadkBEt/3FWzDXiAzRRYbhFLPNVfpXqSHmFwnmOFC+Iex2jvY6a2NuIfy&#10;2pkOSCmY84xgdUR5TV0tKUJ4bOeeijyen/PecepGN0WHYDCcHjwiKePDTURyVXytO8pdWcLJSlkE&#10;rkqoK3I27kLAkpWccOxzFa3+R4XAauqrofn5zM1oYaSngNSXllkIVEjVrsToNot3txNnAcWtDf8A&#10;GUjyA+4eQEx5ClNg0HFqgcTHw+VXO5BzfkPI+VhnfNOJRYFgmF4jHlejkWMGorcaxPE0weKCnpoF&#10;eSaerqAqwogLO0p7nXhJ6xqjEMUSCiQyy1tQtJDBECBI0jWUamxO4iw8PZpwFvKImTS6ImYqwGMw&#10;0dF5tRII4qWIzTSyke4qLdifoA15eBlWipMqZSwDAaZlipMGo6bDYGJA9ynhWEHW3gtzyMb1QUpS&#10;yaFuUNBtKQcOn41qNdVf5r1Y6055zS1DUV1ZmHFsQxQ0aI0kiirq3qdg2kmyb9gGtgLDQcSmaOp2&#10;S8EgkGK5uwzDSNP9+FfSwff5ki8C7rBUuBQjZcSgiFUZ3pP6b+pdYaerh6c41LS6HzqfCq9l76ax&#10;xEfnyvvrv6m+imH01VFP1jyxTuA1xNj2Fg3+jz78V29tpgqwFUuMybH8Qq4f079K8by3T074vgNV&#10;hkigEriFPJAR/wBFVU8qU6oeqDo1UzyCm6o4TXLrdsOq0qQdNLeTv4v/ADDYEahRG+8VUd2CMRRq&#10;oFvb2/ZwMcv+rjoZgTscRz+t9Qq0dBik9/D7UNMw/PmlXjR2mmQrGsvGjP8A60+iWKxiDDMxVlYA&#10;QCUw6tQWX/l6ic8m9aThV3HFERXQFhbgNj1HZNzDiK0+B4djONz7gRSYVhss8pv7FVr8si7QrAAk&#10;noFIXG1nyrvg65d6h56lgikwb0x9UswKReObDMm100badwVY8v8AtFSA2ox1GrhxKU4kR5014hjm&#10;C4SL4rjFLhgOt8QqIof+kjDg25L6s+oGmxCnp8I9DXVXEpZSoRsSy3iOHRGx7tJNTsij6TxCqSAo&#10;pISeJwHtOFKW3dBjCeicaR+IdUOl0YkpqrqXgFHKP0bJUYvhysC2guGmGvA4/FIzz1lzN0B6P0HU&#10;3oRL0eoIsxy1uHT4rjlLiFXUSjCpU8tqWKCFowFYksSQDpxFdWTbUFLiVHqIPwrTV266ghTZSAdp&#10;400dOossPjucMSy5m+DNTV60ArVwwK8NOEapZLTRu6OX3nsdLa9xyiniSt0LfPc9Xq9z3PV6vc2j&#10;/wAKkkekPLRP2f51jgv/AN9nJ23ASDlnXqNQX2gpm/P+KKArqcf9/wDSAd/kkNv+h0vLIfMa9x9l&#10;jf4/keDb8sNInbQKCYg0GZCnetjvUe74A8kobKQCQftGw0A04nbZxnhT6W9Rpvnc3Fxp9kEm9zr8&#10;OT6RWMu5WsyaFDrpyyURIjbVyNJwpnxGSM0zJKpZHuyOptY+HKQevsqzdcOpBOj/AMzlumvYKoH5&#10;cZyJP+Tg8ZV/vxoC70j/ACpfkPgKOZlZSmWcuoTcrQ0iknxIp04jcPuFAC/TwWMAaT00Dn2420+8&#10;XuAgiZDqdV0A1724b2czSR7YK9w7PSBL1FP8WQe94frbg0yU4KnZNFiqZ8aNqGoI77G/hy13pYbU&#10;1OAb7VUC/BC24AAJ2GjFtOIPTVLHrECmDFSSEO5j99/E8G/Px/4w2Yze4+QqT/0ZYcjfe8lTFxjj&#10;I9sihFao/btSOPyNU9+kWQr6pcmoAYyMx4eLAGxvXxHT4DXlSOYBaeoB1O5rEfSfZfkM35jVI6P9&#10;9FSbkghCa2/MK96KArp7uunxPAMzaR5Mg79xccByompOsgdJmllSdgfr4WfMy7w4bw7gfTyoMDCk&#10;l0AAYp14A+PIAWNttixP0cZBNE7jh0mvcA3MRJeW2gXQDxPHH0DSCNtF5SMDXuBXWsQ+o7MASfp4&#10;4pUoFKkgahFe5sk56n/6cM9PKnXbk/IrWBt9mPEgLfdydc6WsZ22uf8AmDY9uhqsPt5Un84sD/jl&#10;xHqRRLvT9Aq+oD1dzAAMc8MjE9zfp/ko/dwNsDq93RvpLJv3M1Zml3DamwrKdDbQ2+yBwzzYEC2U&#10;ODUf72s0PLwpDbkiR3hA9G2fmSfWjBYYo/zuZ+su2+AZW3Pbufnsd/ZyXHhlFUKjVFSyRn3gKeRV&#10;K3NzrYi/xtwNXiitMz6UgZsmikGMaX0ksi7gq3I7MQe/1cZsUiSAyrh8gMKkhPm3EsoB1J3KFH1h&#10;RwsuV6RM7aPLTLCMU8a5Qu5RBOQZABvaMFVJ+AJNvoueILE8Vrp3NOu9YWPl71k2qDe19bG31cJw&#10;6txQB+3jRpcZa2kQoY1LUAAkanv214ZTq3O8Ho6yCwsr0garlCsGHvY/VoDpa9+CzeElLCFnaWm8&#10;evVcGPnUeFvVeIT/AH6z/vNtRe8gQn/Pz14rG+zJJgFBGQPGPA4JSD/yHwNswYnSQ4X0xaUGMVWV&#10;cJmpmW23Wpq7akjtxTvM+DeQMCEo9yEEe6KGjTaF2jWoxBWMf8dUChKylEVxTqIVO5Xx0vb2XwfD&#10;wfz4zf1gWN1WGciqb3BKGGy/h9kgH6OEbmYLQdmJ66eZyttzYaWJjNjcXXv2401WYMT815KqoZ07&#10;JDE6x3INrEyEMPot9fETuYqT4jRja5E2gyHE+yuaou0KE0HieDt6dswVeI9QamimcbBgOZZliYoS&#10;tsvVZ/cN9LcM8suFvoeRP8I/5UbpHvbbMsWJWlXi/HD50WT1Y0SydLsuER7tvUPpHI3fUJ1Vy8/j&#10;9HG3084lQtReqLGJQWxzLUlFiGEVas4WIPitVHK2nuncGAOh+/hxZXirayK2ziLhKfQpc/Co3Nkh&#10;bKkqEpDS1Y8FJU0E9eyfSnnrNi+ZcP6h+mXCMIxJaTL2b80YnlvOuHtHE7VlGuTMZxOGMGRSy7ai&#10;jjcshB0texILth/U7E6idmkxSGQOfdiqYYSoJv8A411PBGzvEUK8RxqKrizUtWDafYaHL+S0axhE&#10;WSMD/imaRT/yaw4rBnOrlTzI6Ogqb3V5xRUalbDsbgE9/A8NXc/UBgkH0FErmUhZAKQPb/hfKsaY&#10;bFETapqQToFeeVx9zX4KfRjOvn5wnpJKOliqBhOOSeZRgKVMeDVMoJCuw7L48DO9jwusmvUlKR+y&#10;Mx0SPhQx3DYt7XNbcIOklY2E+XzopvrXy1PjPRShhE0tYFz10ql+XlWNrhOqOX2NrICCAL6ezhHM&#10;SxySCuoZkqmpJYXqnE9Mf0kcyyqwYewgkEG/CXIDKbcAwfCD08AfX50qUlCszTInxceIo5bRI8Tx&#10;ugkSRfLeNxdWBFrEew8OTj+bcxZezNieB4RU1dVRYezRxlqmSFdu0N72tuDXLt43SCnQCEkjxY7P&#10;dRPvTubljagrWoFQScOlSQo+yYoKsjOuacpYLjWOYTQx19YHaWnSFJkQxzPENpcX7LrfXmGh6pZ1&#10;w2UVMLzRyoT+kgqwzAdr/YPt4Ynep1sglOHV8hRAzufbqEJeXpjiZHsmnzEso5WxeFqXEcAw+ric&#10;gtHPRx6kajW1xwT8mde824xm/JOB1+M4tPS4zitJhEhhqUVP0lTHAyybWRrNut48Vvb2pUI0K1GY&#10;M9AJ4H5UX225qGlLIdBAGwoA4+tAH1t6SdOcE6T9Uc24f08wb+eZZy5jWO4VWy0qTSwz0mGTVETR&#10;ecjqGVluNLcCXoj1ZxWkwbP3zUEFdBgVWMxY9i+LQriE7NieIVOGoWMn6Qm9KvbcTu17E8Id075p&#10;FkgPSQNKSeJUUlWPoIof74ZFeKU45bnwglMSQBGnhIH8VLPqHknp7iGZOn2EYrVVeBYljsUuWsoY&#10;dlqoloY2XDaV8RMSrTLsUJEjsL7QAtgew4Ix6r5ar6hZanCcPqVb3XjXBaKJTr/jTDy4P/BX4L03&#10;WXnEnDhs/wAGoo/L5lBAI/05+bhHwpUU3TKiw6BY6PG8aR0N0mq8bxapdbCwsslVst8NtuKA5+yD&#10;VruOSaHe52BopsUgJN/ZSmDT6+LJsVAJ1EjzPyik35e4BAUQFdSkn4k0zjIWdYpGMHVTF46VSWWn&#10;NDg0tl723VdLOb/HiPpc24RhvV/EMu12EzjBavD8Lahw/AZKkf6VWYPHjcjs1RLKxshdBrYgC4vr&#10;wJ2IZGYOtqUUpEaf8XSklRJ6JJM9VSY5leqxaLTetZBJ2EmSUiI2RE8aS1N/WfHOmdTjCZuhwnGs&#10;Lx/HMIGN5phpTCKfCsfq8DijZaaGlUeaYEbtcMxAJFhwTmx/pjUqopMVxWGM3Yu+I4UI1vfwMbn8&#10;+DZixYUBoex/xk/hUa3K7kYKtT6Az8RUzDsvdYoZWeuxrLM40RljwnFxJJbxLNWBdbf4eKnAcR6Z&#10;RPC/9cK2KVAB5dTDRVEbWN9TFJET9I4ILQpQnR3wJI4wfnQaVaqW7r7hYM8JHyNR8yp1sWjqaOiw&#10;PLmK0cyMrSCsrqKYXFtFeKoUaH/Fx3wXqDkinzxmDKddis2HQYNDQy01W9Gz/O/OUNNiG9I6dpGV&#10;VSpUMT438BfiXd7epq4ecSsgd2opAwgwBJjpnb1GaF2c7kXAZaeAJLidW37QSoAEnjgDwEEcSKBu&#10;hr+oOZOm1DmnBMr0OL14xnHMo4lhkeJJGlJJl7GKrAJis1THEsoaeikCgAEjafaANuGZ/wAmxIY6&#10;POtPFHcBErkqorW9m5P2cHbeaWi0BXD2fhUcZjlGYtKlBwjr+IpC1XT6vzJEpzr0Ir62shdnlmwi&#10;py9U77nQlZKlT9HBNwHMmD1skX/Grw+pUsCESoLFreAWQDX4cS3jzIQpSRgBJ2YdZik1nlmYqUAS&#10;NRorfWzBcp5XwPF54ugGaqOnw+CWqlxCLCVjhhSJC5dnw130ULe/a3BYw2swzGcJw/HsFnFVheKx&#10;rVUVTGGAkiZGZWG4A2Nrj4cwr+ool9iyfSZQSSD5oCh7RWWv045i9ZP5lZvCHm20hQ6P27aT6iYI&#10;6a1OfxgeluasuZ2yJV5kw+fDoP5ni+CSUtfNBJNBVRYStWYZBHJJ2BvfUfHlL2L1J/rTjqHuK6q7&#10;m/8AyMMOZx7v3QVasbI0D4UG8wb1LUeuvoUZAgWPp3kYKAirg2GIFjFgLUMVgPgOKKjmAsQ1uwt9&#10;OvDB9zaaQJa4RWPEUPvFvC5DH4cLt6zpN3pn6pdx/olOfr+fp7cijtQdKsrOOGpPt1pqRNwGtOZN&#10;D/G/31Vcci+9mukb7J2zfXaFxzXcwvcJFN7g2sDr2P8AZyC7B73RUz3oowXLtfwyJCM60hW4G3aO&#10;3grcyZ7OHdTCseB+FQLvcB+ZT50W31eRLN6cuqiMAVOGS33dvy5Z71FmHz+dGVdv6Wj3H2nyHBP5&#10;ckDcK7Sqwuik/wAaveE/gaJu0to94x60V70GRGHo707R5BITSYi6hCSAGrlcd/g3K0OrEpanqAp1&#10;3EAnwBB5j/v/AHHjIoS7rNiBNWTUg0/PlYHVqfy5JQW/xKGPb2nmMmcO6VHjWQ2QNYCKm8JzjgVW&#10;mlZwAVfU3t+XCB0YeLjUgWiSsgdde5XpyDayPr3Pc9Xq9z3PV6vcWfT02zjgh/15P+kD8UWp/aCr&#10;t7a9w1DmwOvbh2Ek0pYYKjjsr3MIYj94j6deN6xSg2yemvc4NJYd7nwHPaxTHcGvcwO7H+jm1KFW&#10;DNe5h0PfuLnjBVTqURXudNtI015tK4NOV7jnhx/Tam10kUA/8u204utl+L2/CtKiNle4xRsALltR&#10;2J9luFxrcV7kiN76W08OerZEV7gi4LKwwabXQw69/CrI4saUAKdRsr3NxD0B1UjeivoW6uVDU+MF&#10;iO//ADENef28gHf18JzJUngPgKk3dFILeNUPeofLtPXer/1BVTUK1E0tRlsBnF+2T8MUEXHht4bU&#10;VsthtmB9uh4BHF47aGLjKThSYiytQMp87CNp8LWvp8ecVr5ApvKLgWYa+HFAJJp0WSCmajTZVogw&#10;tQbA2o+z2+7iY6jdWMn9HOnmK9Q88YNLjeEYZUQ0JpsOSNqgvUeXGgUyvGLXbW7cHm6maWttaLW+&#10;nVj0An30DM7ye7uXQi3VpMHaSB7saJ71Z9KvqO9UHqGyj0j9OPX+r9PdVT5akzlmDMO+rkw6SClr&#10;pacoaWn0eZ2kQBtDYamwsSnN+Jd6fBuWHpdi721VzHQjTX/pZOnDc745GVT3Sv8ASpHPuonG4Wcj&#10;Y8kf5zlLWl/A/wDxH9irV/ikyLb7QjwKrm9hP+UmX2cxJ+Jb0FJXf0qxVVYG5K0v7Kj6ubXvfkhG&#10;Dawf8VJ+f40+rcfO+D6Y6yufhTsPwQvxBveL/ii1chNgqx5e8sC/c6s+v635kT8S/oRtITpXi6r4&#10;6Utvj2qTyqN68mUrFtU/4ifxHzrStxs3kHvk4f3y64Sfgdevpwf+qoFe99AHwMaa6eB+vgl9J/Wf&#10;0067ZonyLk/I1fl/FI6OfHTiGI/LiPyqZ41ZP0UshuTIPDjrud5c6nS22QvrAA9xra92cytxrdcS&#10;pMgYFU4nrppxD8K71U+mSGPq11X9b9R10yhQz0+BYhkOrwj5MM+JVCUqVCygk3iLXsR2vrzUq6sZ&#10;qhqOq3UIvTNsqswYrKzM36MlsRnF2udQO4PGixqGqhmZAitp2GMRQxRDURKsYPb7ItxowWPHMcWU&#10;YPgE+KTK5iENJDNNJYWIIWFHubcSOhI414SKycHLLnSXrNjNSkGEdG814gJwBHXQ5fxQRISLG8hh&#10;IKgjv8eFNw6gQdQ8po5sXcRTTiGP4FhILYpjVJhoGhOIVMMIH/RRhwaj6NPVdjMYhwP0+YviD7jO&#10;lVidThuGxbHWwF66piYkfQOF7yBqmY9CfhS64zBlvaRNB3ivXrongqs2I9WMvQlSUMUWLUU0m4dw&#10;EhkdifhbhlMq/h9+qfEK3AqzNeXcOwPDZ8B/q9jtDj2MU0/lSwyXQBKL5iNr63O4i308YYyx5aVa&#10;EE+KRww+NMneC24rkUFVb63/AEwUc0lLF1RgxKsjdYflMLo8QmZmbttYQBD3/wAXBvwb8MTqljc9&#10;NV4xm7BcGhVQ7QYRBW1LgsABtOyAjapsuvbTtyoyO4xGnbzwmkd1vHapUIVQRZw/E49L+TnqIqzG&#10;qyean8zcStBTRfo2KH36uriAFxa9uDl0o9BeJ+nfPuUep75ors61mAVs0qYfR4dFRxsK2jkw332q&#10;JTcKs5NwRe3bwJizlC2yMcfT8aaczu2uWyjUB50FNT68+hvqmyXn7plguK0eApi+HSvHidfikFXv&#10;SBvmCVjw1J2JHlEHXQ8rA9e/SLqA/X7POc5cl10sFbUR1ktDHG4qYI44Y0WdYwt5Ut710v8AGwvy&#10;QrREISeqghcZWpQ7xBCkno+dHx9N+Zsl5o6JdOcQyJm/D865djw2DDqXH8uVMVTTSSU48iRQ8TMA&#10;yOpVlOoIseEapc6Cjd6NqGjjjp1lNXXVi7jIrKqIAJQ433uPdt2J4aJdTBmgxctcZoceN/RrNddj&#10;HqF6TxzB6eGozDhflxrJca1iixSwAB2nw8BwtulDEjnZRzkiz3yE9YqHiBth9cT2EMpP/IB5szYf&#10;+In0pybhWHZPxLpLW12I5Ughy3W10ctOEmloYxTO6gsCAzISL8L1Z5kyFnW2rVxwTt9aduN2s2U8&#10;paHwEknDxbOjAVrs9WfwafWR1J6sdT+o+WfxOsbyJlnqBmHG875eyRQ5ZSdMFo8VxKaugoklavHm&#10;LBHKIw20Xte3JR/Ey6LgWHRqvFtdompR913HLf2iyacW1f6VP40mVulnShP5hI9V0gB+Bz66VJKf&#10;iz5i18ZMrxMfpN63mNvxN+iCgLJ0XxCx8POpPo8W5o7xZNwbV/pUfjSJ3czOSPC+keq/0rEPwOvX&#10;oG3j8W7MAcfZIytYj7sSA/Lgz9CPWx0f67Z9wzpxgfTWswXGsXiqqinqsQ+VlgRaWnepbcUkJB2o&#10;be6ePW+a5XcK0NtkGCcUpAw8ppl3Js5tB3jrqVJECAVzj5yDRVPWL+Gb68fR/wBDc5+ozFPxKsc6&#10;m5Y6eS4NLjOU1w+fCqqsTE8cpMHCpIs9QAA9WhbUHbexBAuP1fVJBU1SbBHGssgjCaCwYjQDkNun&#10;U6Y6akuzbMRtmrJ8l4JLU5TyvPNO9dVSYdRS1dRUjczyNTIzMS1ySSbknU8inEUYbwL+WCTfx+7i&#10;VaNB86UlkpNLGHL8rgRklFkcIGHhf6eS8NxJ22hyCL2sb6A8rIJkU2/bhYwFM+bMpIkUqi9thb3d&#10;LkDtzXF/E9Yn1f1LE2WaQvYdrf1Ly+v7eZU7hEjL2vI/E1CefNxcetWK/h+wmn9KPTuEkt5eIZvW&#10;5/8AB2xflP3VOxx/DWGgfDaM/dvH7OLs4V+29BRS2300czgYONe/Cqnor3GfFR+iitp72v3c9NNO&#10;CvchQE2t2uO55Y0wa9zmwCnvf482K9Fe5HJJ0J5uvEV7nRtoCe3bmq1pr3OG7b47r/lzU1avc4Fi&#10;T3t9HNE16K9zIhuFF7k6a8sDXq9ybAAym51v2+rlVGqmvcz7F9nw5XUa1Xuf/9VR5V/mGO4Vl+so&#10;qGkrJMKnipxJhc8E0EVFHDIITqLpqPLZHuqk3uQoPOqVi5cXDbFwiFpQCk6TiQBCYH+L4SOkFXQa&#10;xkbyBxDrzYJkyscSQSAQOkgyrCOA2TWwz1ezHlHImP50w/MeMYjl7D81YdWRvDj1FiNFW1ONiqja&#10;oIMe1Zd0LJPE8B8xxGQBvkKnNjNFWYHiVbj1Jh7R4BV0ElQYKqVmkgqJXCmBYmD7ihFwxIAG2xNx&#10;a93dJtHUXPdqUggnGIxPEYjUDt2AjDaKNcnzABa2HUguNKjGDMjBQ9NpHsFNOU8WwnqBlPJ+ScTz&#10;PHiWd6THIIFxzBKRYYMRocPRnFdNUwmFY1mVtrxpuJkEq7bI3ERT0KYkzYjUIscbiSoqFp5NkpVg&#10;e2xroo7bVAA8LG9wWw4rMbhLagEkEkaTGJxEiTtOECMfWjxNmHl6RAKkkY8TBI9pw9eFDviWYJso&#10;00eX8MmqKmeCSkoKCfEqdpqZHikjW15Yts0pHveZIzknuSAAqowqgkiFVFT0xwPB6ZIKCCCmMkIS&#10;B2jjhSIxbCF3Ftu0jXUcNsgceKnO9JT7dgUiPfsoPXTHdwWwD0jyOz2fCgxzNj2ETQYJFiOJxZxz&#10;ZVtX4qaqqjpaq9XBTVM9ZLUx1PmqXEIj3mRWuPdPexXUNJhsmV0pY970yVwwykaaXzWTzFbynd3U&#10;E7pIxqew9p4Ibu8QbVA+1Ic2mCRB44DCeZpcVL7gOj7UCAOP9L28nbRX63H820PXV3nNLT45X5cO&#10;d8wSU1G9JHUJQ1UVPXU0EMEkljFR1rkKG95zYBV3WA6nw7BMSkxeuliEHnUoq5auUe9S0xro6YOx&#10;GocrFI58bEDgRfcDL7ra8EkT708emATHQRwpu2vpShwp+6E+0asPYB7asJxfGc55dTK+A0dYa2fD&#10;sUfDIcKgdUjxXEI8Cqq9oU3NYweZU08IJAAZHbxBAe1OXzR02aq5n+apMYr6esw2CFCQ8SQz1MY9&#10;xCLATRsQRpp7QQGbvLYL7uJQVgoEbUkEj3KT7pEkQdtJ73SBtTIPoQPeJIP60NGHZyWtxfp9hOxa&#10;LEsv4JWUOYJKuZAaepeqpKOX/Kyhrs9JOisL7rNr7pVgM6uPj2a8uvgGFV0uH1UVDiGKYLCJQrpX&#10;KJ56eVzJe+ix2JHa1hYcCucXjgU2lUwJOknjJxPThGPspSqxjWU/dG3jh0UO3TnB8Iy7UY1jQghn&#10;ra+oosIqMTiiAQxCKCmaNAgIVVmaQlR+8STqeDR0IihxHJktTWM38yxOp+Yjoyz026LDaRayWYRM&#10;x27pJY926+2xGtuSpuM9Ypy55p9QLdyuEzgU6QIVOwQpQnpSDRxZ3TKbctOgSqRPQQPCfU/hRY/V&#10;HjmMYV1FwVaGBFwLAMKipcSxV6UVDGtzRiowakpw+3cbRQVJCIQSWW5G4XELpwGwnMHTKmop1qJG&#10;zjQJCqqd4pZqeQO4IvtBWRri/wDDiTcZkW9veoV9ydEeYeRs8zUH9qaw/bNdaX54/wCsrpL9epps&#10;SyL6icYrcLmghouluKYgsvmhY2xWjrFqIYdtwzSLJTpta1tdDrw+AcVkvk7PmDZVkBO0iN4Y1Nj8&#10;fHkh70FIzZDa1QCJj1g+4ketRn2Pl1rKXUjAKVjhVGvq2WlwnqZguPTYk2FQ0dERhk62cNXUeI10&#10;yl0YENtRyVDXFzfadti+0r+Y7op+XWmRolqX991LbdUaQEXAX2ePw5Ct8wrufvOmcQMNk4qjE9GE&#10;GspMmU6pKn1q8WCR5HAz0YcPWcaqC6jYZDhVHhUZiOYzmSsgx3Fsr0rCgoan5b5twKyHDpIZiryV&#10;SjcrKSVBa+4MXGhgpaSmpaiMv5YVJIZqpmZgT7wLtIXckki9yeEFxcFQ7tP24iJxgk7Nnv8A3iW3&#10;UEOkJbUenHCIx4RPRPXQG9QMbzfnLMWZsuYrPQQ1olq8NxPBsuUlNDHIlO5p2jo6WiSlplihiR1V&#10;kCLoDey6smbIxX5Kx6bcfmI8MrfmAN0YMoo5NSvj3BF/q4hcQbR/ESk/aZ4GAfZiI4HbSfOtaFQA&#10;NBE9YG0jo8+ihh9LlX/UT1cdIMBiSNsExfqHlaDK016TEGTD5M10YVI6kFtoHlsknlkFjo2mnKX6&#10;fEXpowIvDRj8eGZMCZoKTia+iBU4ZHVPeUd+w+HE1jGZ6sIbE2A29/HiVxyDT4TjTzhuX6OMghPG&#10;/A/Oa63zNG8TaxPhxIXj0U7FKkYTTbbbdLcW2A5sxFNjLKRqCVHHm3AdoppQBpO4rlzD6hWDwggi&#10;1yOCAc64uq3FQVUjsCfZxQpQpju0kxSH/qJgZN3okZgb3ZVPx8eD76UMNo+q/Vavyxm2eefCoMJq&#10;8ZhjpJmhczQ1FPEp3Lra0p04Bd+s8fy6y75iNUgY47aEu7WUs3NyEL2Qaqa/G59SfUf0K+ial629&#10;CcOwkZ3nzjgOSJ5s00Ar6SOgr6aunmPlb47sWp0AN9LnllienLpvCNoFedNoZ61r2/5B5EQ7Vc2V&#10;/Q9h/GhyrcGxnar2/pWn7P8A8KAfXnWu0slBkNF3b/l4MszBN3j3ri2v025Pp/T/ANN4UCyUlXVE&#10;a7p6ycEnt/uRTjTnalm5OBSPT8Zp3+wOXgjAn1pHY9+Or+IBjE801DmTK+VFlFlgwLK2HSKoFj7v&#10;8z+cPf2k8nJ0J6YC27AJHtpriGI/w8/idXahnU4O/wC8p/CnTuNlvFB9p/GkFU/jU/iPy3EPXaip&#10;bkPtp8lZFuO2l3wdj4ccabof0vgvtyyX3faE1ZXSfk8x4Wr7S87nB6PRP4UtY3IyyR+y95/GkZjP&#10;4zP4kuIApN6jfLEf+T/l+U8kUpt8WpsHQ/Xx7j6SdOacDy8p0pNx/lAz+P8ArseI/wDZFzpX/MQr&#10;3fhSxW5GV/8AGR7T+NBViH4rf4guPPLFW+p7HoY2Dn/fWmH0RHu2tejp49Ne3JSdMun0Ll0ydh1z&#10;qS9JE2v/AAYPEy9+s3UmDcL9tXO6GXJI/ZCkhV/iLeunGaVYar1ZZ+CxgoP5dmfFKRrEbTdqSWMn&#10;6zyaMk5OFguVcOULooFFTaf8mcSq3qzOP7uv/TH8asd37BMQ0n2CkufWd6vpjI0nqj6iM8tjKXzp&#10;mNi1vb/pmvbx5nTKeVIz7mW6FT7VpIB/zLxo7xZiRi+v/TH8adGTWWnFpPsFNNV6sPVTWC1R6kc9&#10;zIRYibNuPsNe/wBqrPt5IXL+X47FMDo1I7FaaEW/5N41/O744F5f+mP41dOWWgEd2n2CmCq9QXqD&#10;riyVXXLOFTHIQ0kdRmTGXDH2kNU8yfynBw24YVTbtBcQRfx28qM0u/8AjqvafxrwsrbZ3af9KKb2&#10;6tdXnp/JfqpmSSnuW+XfG8TKEn2qZrczLhuEqDbDoBcWI8qP+jjRv7pW1avaafRZ2w2Nj2Cmao6k&#10;dU52UydRMdkeMiRGfFcQJDDxBMuh078r+9dsVNh2W8kYjhtNHRzJiE+HvJSIsZZJKbfY7QL6xcnX&#10;smU6Q4FqJkA4k9Y+dRlvuGlKAQkCOgVt9/8ACWDOudc1Z59WGWc7ZvxPNlMcCyzmKhpczV9VXLTy&#10;xYhXxO0QqpHCEioG7aNdL9uV70dfO8YMkhc6EbiTybWmwTGOFRytM7a3A63D4I3IhiCA3HuC3G/F&#10;6txG4Li7XGh78SukEyNlOsmDhTjhFEm9Ny9rMbjgc1MzySFge/bicKINK0KM40v4IUSMLoCOT8Kd&#10;1kBUm/j34+0CVba0+RFQsSRWiIIuPjwznQN2XqpktyxAaqKljr3gkHj9PG87P+Sq540kbwWk9Y+N&#10;Vw/iY0sdV6E/VPT+UJQMoYnKI92zdsVZLXFu+3Xw9unLLsRooDJ50iLUGNJkRiBujEjREgXFj9g6&#10;+A4fbn5w27ZqBIRBSTjt0pUI/wA7Un1T14CuzvWPzTLS8BC56fFBAHqk9WPXWlv05zJmKnwTE6LD&#10;qyfL8lRXZcxCodJXFNiDYZTYxAskyRzb13rXQjawG6VC1xewRVcsdNTxtTgQQKZonJNwNgWS4AHb&#10;3uJLp61vLcSnSoKMRJOIHlqHUcegnZS151DrUuJ0xPnjBxxxHv66PF0/qcYxXNGKYfjE5zDjFXBg&#10;2OU8aQCNplqpKvDVjM0jECT/AEYlGIF7DcAdxAV41huIY3NEq1NPCkhEVP8AzSdIg5dhYBRuck9v&#10;dU8I77LrlLaAuEJTsCiATO0x92PkMIHCvWmWOKaGpQHmast6d9TOn/SDDMVlTLeP4/iEKvX43F03&#10;wWvxP5ZKOBgzTVTLT0kCR+836eVANTbU3DrrnkjFcAytWJDiNBlijzJO4zHjFZBi8zyQQ1BjpqMT&#10;UFBURxxAKHcMyl2OoAGpFfZkh5Cgk+I7TjsGwDDZhj0+UUbpy82lpH8XHnhPwMUovQB6u8meoTrj&#10;hElLlrM/WOt6Q4Ph69L8n4JinTvDaWhrsUwSGrxjMtRhmY810GJVNVJJVSUUEsVLLDTwqwSRmmkI&#10;JGnT+HLudspuuYKDMI+co62qly68s8EQWqVrMzwxC9jra48OEDzSA2CFAg7duHtAone1CQf31ffh&#10;/Uquz508zxWTZCxzp9PDS4lhlBQZ9joKWsqSlK6CWNKKsqiEZh7u8qxGtrEcOd/IstVKs00FHUtY&#10;OXljiudfaR+3iZTNocZEenxrSnHzwPvqvo526l4dNHDAcVokDGFIqeSoYD3e5VWsR/wPGabDeguO&#10;Y5S4HJl+XLeIRXMNTiGHU9XT1UoYgqstUtVHcaG1lv3HsBY4xbukK16OsHD1wNV/NXbDYCkd5jiO&#10;PskGKZoK38QLI2VsezJV5jwLrXhNfI08OHYfilbg1fhFEUDqxhw5cMksW3KP0srIAFJchpCg88+m&#10;ToZmGl8/FsGwmshVpF8qbJuQ6pjZiLn+ZZaru/ccZdyqy1HVdGDtEp9slNVDmYKJIZ8vDs981Ky5&#10;1k68Zor4cJmydVYPWiCnqZMRlzVnaenLzxiRo9sWb6I3j7Mbd/D2gBL0L6BZPmlXCMtRU6rooocu&#10;dK8MW/iQKPKlAw1/1/r4hXkeUyCXyfUfICkzTGcadmPkr/C+Ro4HTqDrtCsNTiOP4TPE58xqOSHP&#10;tW4F+3m1WaMSHbx2fVzPguV8jTzTwyx19DRAFY2w7GBhNyDob4DjFKo9lgi8SryrKwD+2UT0yo/6&#10;IClhtcwWAAkiPKD7QaGfMeI51qaGERRU4qfdDCKnq5h21stZhM7D26k8TeZsuZFoqoRYdi2POze9&#10;vXqHnItoNbCPOdx9Hljjzdrk2gJlRI/xvf4jNNvWF+tWoAYdJH+DTPlbLWZawyzY1XTJuP8AvP8A&#10;y7DFjBJ/48yzTn/k88aYMMyxLUQxR5ex3MdUx9w1udeodUr+GscOKVim/sIPFIZyZRB0KUf84+4k&#10;j2Ul/l2YJJWFJE9Y/ED3Uq6jK+LYbHLVQZ+ly1RxKGeKmw/LaRpbW5aooovDTXi7w3KmB4g8Dno/&#10;hVYCd98VpsRxBm+lq/Aqhz/yHx9DeTp2W5k9KQfimffTTuV3q0wp5I/zlT7QqkzjeKVkKSpifUWT&#10;3FMZqIp8MoWS/j/ouL0y6fFeDjl3K2Fo0KDohgdJsKvHLHlyKQAjxBqMJX+HLKuLBERZGR/wNE/C&#10;aqMpeAn8wiR/fE/Oi05zXLFXHM9T6ksYp9WLwUueqrDbE6D/AJJWPxEW9m7lW/44OE4fQdAOiktP&#10;lyHBap82TRu9HhEeHrs/k9QdvmRUdMDrrtub2vbTgY3wv0vJR+xU2ZOJAE+yj7dzLyzrPfpcmMAS&#10;Y27ZJ20t/RniEdVjPVimp+oU2e6OlXBDTNiGbK3M8tOWavDEiuxfFHg37R/gDW8dumstwC0J6Pfz&#10;3PV6vc9z1er3NpT8KlVb0fZbF7MMZx21+3+9nJ37PTpy8HrNQb2gf8tD/NHzoBOqTMuYqId0NHFc&#10;a3/y83s5Y6FAEljc6AH2m4P8ODV7UtGAoFJVIoNu0kG/RNSR7AFI8PjyTTLIW3XBVvdIPfvxseHC&#10;Ma3qSPOodaylNq+6V94EeJtx2p/tuD2NrWHtPKuXOnhWmx4qT9en6CKzar7faBfTlHXXz9J1x6kO&#10;V2lcSdD8dsaLp/Hm930/5Ok9aviaB29CiLk+Q/30UdXLQAy7gFu3yVLb/ogvEfQggLYa/ZPBE0QF&#10;Y0CnSJp74v8ALotNHuHiLj6+HDboChGNJ3oMRXuHY6P7RNT37koLn9fjwa5QoQeui6CThTNjelDO&#10;fYhN+WrdLgHpobW7KPy4evNDu42bKNmZQpIqlb1htemxh3u4jDtbtqCAO308HDPkZbI2YEvb/fdU&#10;X/6Im/I23plq2fBAAEHzgihDaqh9vz+Rqnn0lVCf7U2TZCCAcz4cqOg+0XxCK2g8NRypXHredUt/&#10;rE2PIizhsSQeYAHyqSMnTCEzW39g7XihtpdBqP1+PAQzOF2yXjupubr9fAcVJUYipNsJUjE7aWlK&#10;LKPe+/hZs0G24AXYXVvq4whQk0kuUBMpinYa68ATHpN28MNdTfv48sgQqYoouEFKZFe4B2YDueXx&#10;ta3w44vDEUgUua9wKsSDBjpYobke2xvfjDisAKcRgRXubHOeZYn9Dnp6p1XdImTMjSApewAbEhye&#10;t43wM3aMYfk2o9END51inmtt3t8uNvfPe8xRPegtHPD119WVUf8AIVGd2sSdbnp9koDT/gDwOsrU&#10;Sf5mulCy3DNV5paMtpYNiMLHTXhtvE+S1agf8aM/6q7Qre1Lt3Ds/aH3ttUPeHNbqhnf2DBct9vb&#10;85jPOFZSlNIJiFszhFDE3AJ8O3AW9bpOKvdRAxdqSCAklXCl+PpAHiTxPVBnMBmqz8mF0u+yxUjv&#10;YA66+3hVeshU6cQKG+SXjhTLiYVXtN1lO4dzbjNNNTzUoiBKAHfHIVAJYDUEXNhrzzVvCYNGd0VL&#10;nprktw1/qsNeCz1vxV8P9JGVqNyE8yCihHvD9/M2Knw+CDgh3m0/y+3MwSWx/wArn50E7FjvcyHT&#10;DnvLA/WgVyDTD/Ol1sqgDd8ao4y1jYhMp4JbX/gzwJs5Yi5yV0XZN4D5HwWV54QbhWqKwbrCx028&#10;Qb6PEXQUni22f/QaPlFCyxZS5bjw7Fr9x/Wlvk8FcV6iKX37cc934BsHw97fnwIcRxnC/LDUK1Jq&#10;VuJGlFxexsBuufvHAZcXaJlO2jO2sXEghQEUueNUWPV1ZCUIenYEFZ5o3Y62FtbgfDTiRt4L9KXq&#10;y9okE7OqvcNL6SKueXqxL8wSyyZazailjcl/6sVp1AA10JtwV7pvFTrk4kJGH+6N0GO0FhCcrIRt&#10;1o/34UXv1OIr9M8F3i6pnnpfL9adS8BYfmOcehMkkGB+tSvR7mlo8Jw6IBdVepzLUxEqDe19lj9A&#10;49dOk5QuD/zEN+yXaBtnbp0CdpZWf+UvxqJ1nq9nVT0kUFzauzrjEjLc2Ip+m+Zpe3tvbgIfziuo&#10;QZ3xK4Zi7p7pCC+g7CxPCgukE4zQVYIcGCaMfxaZezQQ+5MSQJJoSyaa2XUpw4y/MipQBNEN3u8k&#10;wqCFV61+/DUdD6yZc8zyyzwzu+C5jYPSvqxbL9Yvj4a+3ggzFaTl13Owsr+ApBkVkUZnbmMO8FAV&#10;6iaQ13TnDqcHbbN3Tue7C/8AkeoGCzdv+B4SjOGKy0eJ1USzbnh+ZffcC5JZde3ivCewuAi709Cx&#10;/v1CpmzH5ltY6caHQdhw9vUXGqTDOrWZExGULCJRTtGXXQ+Upv2/O9uCu2fCbl1E/wASvcoj3xRT&#10;vdZAoaX0ob96En50E/R9Wl6ZZaMRuWSoZHYEXHzcvg1jznBi9BPE601b7jEHZUKnvXPtHFdzcJUM&#10;cKArlu42rDEUIPlNcGSP3xfVCfZ8eKrp/FRy9RumUjVCxVsWYMKnjZWCIUauiHje5JHhy7S2i4lI&#10;Pix/30/rVl2jvjcKSU6TQV9d1km6GdaaeNNxnylmKnVbXJdsIqAP48BrpFUS02D+pOjlQJIiYFHE&#10;8gvr/WjEmW/b/ELfRwjs1Nry5U8FNn2oUPlUmZw04pDuk7VrjyOg/wCh99Y890zVHUz0/wAwPuUd&#10;bjlU3xvlyoh/6id+KXC6t0kipqiIFH+1JGSFA9ttPbxfZZklaY4CoozLdpwHUFEeVDEzrtLC1x4H&#10;vwQqOWmpyZlm3ILuxZv3RrqBe/DyzzLVtoF32TOsjHbWHzPM0K28AAPbyBQ1Wz1G5dljN46+ky75&#10;QTUbf6m1dNr7dI78pd3QVd3Go490v3sip23TZAs2wqZ7lXtC5ovucKJU6JZzp1AQR47ite4YaG+d&#10;ZKtvbob68XlN/JWheOYJTSpcv7o94g6aHtpbglsWCU4bcMKg3OlpQ6oKxmhsg+dZY5IzdO4U+z6e&#10;RgKCF2aKmjIiu8qoxBa2lrtYcMFhKiB9qoPuxoOM37iYlaiJ6R8wac3iZ1YWCswsC4Jt4/ukch4n&#10;JSp1owx5ts1Ni+D4QklPrtJXLIc/8g/KED2HgMyZHdXTi3TplSz7UoOPsjyrIjJc0NzaEoMRbmD1&#10;oJE+c40XPLWBVmV+lOK4Y25KoZ8zHikfcEx451IrK1QfGxjrhf4cOtlWmyjidDHTDC/IVR+jlpZZ&#10;FJUErrtZTfmReUWLSzpUgJwHHbGE7eqaxav94r1JKu8UZ24D8Ki5iwLHaWvMsc9Mfe3omJKLA6Gw&#10;Zg4/LgvYJgWARVtG8DVkcqFBaWvrzEQGA1R5ypHwsRxfmOStqt1pxhSSNpO0edFLe+j7TiU4TI/h&#10;AmT5UX3qXkfG8yZJzqKyPDpsPq8OxGFEp6DDJpqeb5SVVZWFLu0J77gfYRwWekkbUvSnK+GtM1Qc&#10;GMuApNILMUoZpqRb2AF7R68wb7YLtVxuzlT5/iDZMdbJrM3s6tg1vzn7f94v/oKamtT78eupTGqj&#10;phnKCjFBT5kxrDsx1EEbbkjkxnIYxMolyTYGTU8p8x12bOOYgxsyYhVsLewTuB35lzuw+PyDB/vE&#10;/AUT3zfiVI4mt3fp2U/za5BeNt0cmC4XY+29DEeKLD5S4tfx2hhfw4c/miQRRclABBrvFlIV1PgN&#10;1vp4AfrJG7019UVDbbUUG4HxtXQcjbtDe1ZUqdgWg/72mh3uKgnMW/8AO/31VY8jG2aKQFb7ll2v&#10;/wBCnPNePDG/SKQpAHYfQb8hfLhw6hUuXicMaHzl1X4aLkZ4w+NdPMWwI8Pctr9/Mjezt0hhUYQm&#10;oJ3tTDoPQaL36qgh9P3U/eLoMMmZl9oAvyz7qNujq88MxsRJRNr296KY3t9XBvuI9GX3Uja4o+0A&#10;0Xdp4ldr5Gip+hCSGXpV0/EBJjWkxGNFbvZKqEWN/p5WL1dntDUlfcJZlI+o8x87Qbk6j50Md0GT&#10;oAAmrI6Qe6Po5WB1RkZpJd53BSdoPMeszdlysgMoQQPSpvCf5kDBp9jEfaUMT7RfgcvABiTQ4ywy&#10;pM17hBuQ/WQde57nq9Xue56vV7ixyAbZvwU+x5D/ANGH49b/AHinrf7xXuGldxbQW4alcijYrwwr&#10;3Ixk+F/p43TVe5iuR+8fv56tzXucWYKCSfjzVar3Ijy+INifo5utxXueE3vC2ntJ5uK9Fe480BHz&#10;C39jW/5BPH7ZUK9vwrRr3E4DbX8uMVYA17kiKSxFzoNBfniMKeSkRXuCBg7g4RMe48k/+Vn9vHQD&#10;oPl86sRAr3Nvn0AVkg9E3Qoqd1qXFtT3t/P67mPHaJpGYmegfAVLe5rIVazxmqf+sOECo9UfWyZR&#10;Zp58vu5NrNbLFAg7jw28NlHVvITZxu8Rr/TwCreQBsoYLZ0jGmx8v7GDFT/xJLfw5NWpDAk6bdbe&#10;3jbSlAxTKmdNNdZhMKqXVdhJsWufdHhbvwrPrrmiPpNznItwY8UwmW1u166nT/mbgjsdXcKHXSFo&#10;ab1M8QaePS7SS0vrPoJnA2zZHr6QOCDe+JCW3Yf4b81/YMQ8u5JJB7XHKm3BoQB8DbVx/JX80ewA&#10;Vhc9yP7Oe/KirKuxFe5w+eYH7bKPYATx5LQikxfg17hm/Sf1oyv0d6sQ5mzelYuBYhQ1OXKutwmA&#10;TyU3zUkLCUxs8RZV8vUA39gJ04vsLhLLoURhSG9WXGtI2yD7PbQBeprpjmHq50fzBlDKYo5MzGWj&#10;xrA6XMFTLRUU9RQVSVKxS1ENNWPErbbbxC9j4ctfxqp9PmTOnVX1c6DdDsP69xz1K1+Zz0kocHjx&#10;KnNSHqGmrqeoQ1MZBb3g8e4XuQBwZ2zFu8SUKCurZ+tBK5zO57zQoBBOwHGY2wcAfbVLmSepnrCz&#10;r1bl6L+pnq/U+hrNeLocJ6b4d1FkxDF6HNFRB5UAjwfF8PqsIwuundXEphjrGqBexj+0QVmj/E3w&#10;GTD6lsN9NsmH/wAvkljNDjWPpA6uhYWdIcKXb2va/jwxGXMhM6MaZS3crST33sH4zRsR+HF10xPE&#10;JqzM3raqqyOpURTtgOTZKaoKA+EmKZhxNN1vFoyPhxN5I/FAzxn3O+WsuYT0dyxgNDjFemD1aVtT&#10;itfVIjPtazLPAoJ02kpb4cLH191MAewUa5flZcjU4o+z5AU5T/hV5Pakmqsb9VvVrFJ4I2nkgp8Q&#10;yXSUpkQFgypBlrzRa5H+VJt48bfUD6v/AFbJ1YxfLvTHMuH5HyLhBio5KuhwHB53eY3JCvitPWM5&#10;YWtYqNPDgZus02kqIPVhQot91raQCCrrJ/ChK6a/hselfCcr4DLmLLOPZ6x56dKiuxrOucc1VEss&#10;kg3ndBS19PSrYm1khHOfRf1mdcunnUOLMfVnOVd1ny2aGowqTKcq0WCwrUzyxSxVSLhlOse+NEKb&#10;WQghjqDYhPl28LzTwXMgdZ2bP1ozzDcu1ft9DcIPTE/H8aSfq7/Ct6Beo70/5m6PdNsKwX08Z0xe&#10;ahrMH6zYDlbCsdxei+TqVmeJ2xFo6iSKZQVdUqYz2O4i6tYN6sevuPpl/Cum+RunNDnPEOq+A1tf&#10;gmN5ezMDXUFxBCstPT0ab5iBUNKHMsaBInY3CkcEOe7xBaQkAeIYmZ9Oqo43a3Yh9bhWoBCo+2J9&#10;vDyqoT8Jz8Mir6VdWMxdbsf9U2ecJj6F5sq8kZt6f546aU+UMIx9oJCkNp8wxTo8UpK7mpAWUsoS&#10;VWZWNE4yF1KqszdZlwzCos0UmBYVLnqqzJJXSzM4hoqeFmvWMjMIzJYspuDfuNeA9q4SSkYzUmrB&#10;aQJGBwHnjhW1JXY1hWEHCYsRqlw9saqlwTCY5hbzal45JVjXbcAlYmIv7Pbw0HoC9T3XLqjQ1/Sv&#10;qXlOX1DZKwVo4/lbTVuY8s0srvE08VbaVhDGR7iTt7FRgotw/Rn7lk6AJKFez0oNXW7zDwU4hYac&#10;6RgD5jZjVbHql9IPSzK+M1XqJ6K9ZKD0RdeMWr1lq85Q1FLQZOz1ispeoSjzNg0s1NT4hJUbZP08&#10;RSq1Lb32heC56ofw08l9UavFMX6WY0hzVhhL4hRYdFCuKRXjjl/0uiBXzxtlRt6Wb3l8DrJFvds3&#10;SdTZ9OPXQJvgof3dOmNigMD5+tB70M/EzrMEo8vYB61+nZ6AYhjrph+W+s1DUyYl0yzBUPLNAiUm&#10;Ouka0czvTyqtNXCNroQrvblLWT/Td1f6I+qDpFSZyy1M2GtmfCqSHMtGrzUEi/PpYNIVBiclfsSB&#10;W9l+Fl6ypAOror2TtgXSFfwztq1b+sGDY9lmvxTCMRirqCajmqI6mmZXUoYS24WvcW8e3DE53xID&#10;OObWlQ+9iVbcPo241Dk35HF7akvLjbJoetu+EdNKOmULT06r9lURRbtYKOIxq8N2uBfsdOMm3UOF&#10;OJeIFZuR3rEAuST9Frc13C+ivF6vcO9+HFWg+rnp1HY2qIMcg94ixvgdY/8AzJw4yRspfB6j8KDe&#10;9D3+RLPQR8aqz/GpTf8Ahl+pg32+SuT6pj20hz9gkp+8Ly7/ABidnxLEluQq1E9r/CQ9uAK4c0E9&#10;M0b22CEnqFBP00wtDkjJTC22bB8LZmUX/wCRGLvf28aBJISCzmx0BHjxMbs9FKFKBoRzg9Igby/f&#10;b7Xve37uOdHMUOnhr9Y8dePtFJIrySAcaR2YKCV4Zhts4Rl3WuCLfH2817PxQoHi9WVDKVAFUnmJ&#10;Ydwcq4FH+RXmV+4SwvLWseB+JqFN5x/lh86Op6Fofl/TJkiC1vLxLN+g9hzpizD+PKdOphvi+Cn/&#10;ABYXSsPo8yUcVZoqXB5CiSjdcDRu/ax4W16vcZ8W/wAlFf8AxfsPG3DApp3ZXuN8RsBc6W46jZTB&#10;r3OTse3hzZWK9XuY788VQYr1e5GPGVLrcV7nr80XK9Fe51flO8Nbivc7DEEEaEdue701qK9yXExF&#10;7Hng4a9Fe5K8z6e3t57WacgV7n//1kB0b6gZXwyqGW6jG2xWpx5zgeZIYJI/laA1DBqcbBYpvUbj&#10;J4gi3a/OlO6mestJRaKUVOOkgqkaUEyEhIjjgVHYcMMMMet57W4cYU6y3DrRkdKo2gdUEwDMmDs2&#10;7W3qZ6N5qz1DUZspcOpMFp+nqwZryZP5cjYnVy00DvVPK4JDhC4Vac21DFjZtpGXEqWprMNosKqq&#10;01GG0LV+AtOsQVxVMjTxM8MCjaZGiL9iQbi9yBwU3em6Y7hQ1OyU4ACVAHakDBRjVGPVtokzW9Wt&#10;5q4ZQBCEkdBEnjwwMdHHACi0ZEqsHy3mjNmMR4J/Ks65qfBeoVThVRVyOv8ALoGp8KrlhrK6RvNF&#10;IlQkBN0DAJ7ndilMJp5zhUtMKiOnrpKWopRJGBKI2K6sbMoO3b2H0d9BGtu3+TcBCodScBtggyJ9&#10;Rs4UMXrk6EuNqxJB8j0+3mKEvN9dS/1qhrZMMqKvBaPE6DEvLqmelNWquFEaXSR1EgkNmbbce8NL&#10;Euy1+OJLjGG4jTssEVLTQ4XU0bhw2+riks6lRsd2YgAbwRbUaKBBlrbz63W2pKlJQAB1qBPl7xxP&#10;RTJYWrBtMqJwHlEe4UhkwDIlQclZpwKvgjkqsbxaszNTYqpSQCLAauiJjct78UCoGNzGQQbKfeYq&#10;uOfD6vLGZKHCZHTFokpcZiv5jzbBeSJyt0QrIWkYWA0udbcHe9eTt22XqSiFLUmSRO0K4bMJnEdZ&#10;x4pXgbPS2XAQNKsNgxKSJ6hB4joONA/iOH5go+tXSDNGbaSmqsqVr4505xFw1JFQrLUqsFTCshWa&#10;ZZadqamhO9jubagCEmwQU2XKzDDU4XVY1NJRzS4Lg1dX0aRiNIWoStRtjnWYM08yBArL3Nr3B5He&#10;YMLLzneGRqCZ6IQUqMdKojHr6Jo9VlaW2wjVBbwHXAj4bYM40ayu6mx5kpsNzJh2U6NMaahznnLC&#10;MEx6WaOqevpceibDy81NJTlIaWlmeVnRyfLUEDawum63O1AmGZdFbRo1DiuHYmHbzZHaOOGpYXdV&#10;RFZkeEMzaXtfS5uZWW87BZZW4wlDSm1t6UlR+0gziTiCkEnziJpfld23bPPjTgpAkdZGET1x7YoS&#10;8P6VYvWZhzrNh2NzRYxlfMWBTIWpYIY555cNglk8qSSSeVYpYq541S5Kg7bkKtgNqq1p8+QbW+ZO&#10;FvS4XPNOCqS/JwRUspIddd/lEANbuL2GnIqvFpdv+7dxCYTJwJ0AJMeYGA6aUWIG1WzEnyxwo02G&#10;4cKfplVCBGo/54mIY9Sw07Kz05xWrmxCIBoGIBjM4uyE9jYk68GuHJldilLlmDLGH/yyrWglpaSe&#10;tkWOWA4tVCZ1mdiAyrGsy77HQkdyRw5za3cDLTP2d03GOGK1EyT5aseGzbhRnctBYQmNgj2En3ba&#10;KZX9Xst5OqupeP8AUfG3x7DIcYXFq7C8Cp56+OqXLWHRU8b0VJTrK6zvUy0ZEIAYvYi6bWInU2H5&#10;TyJ/UqfLcQaHKdCmbqXEIWZYZvm4ZcIolghb7Kq9TGwHgPrPB7uraMh9i3aElzu1qVOGlKirZHSg&#10;RswPTNRh2t5XbMWI0nagpHWViIjaP2eo+kUX/IuYur3X2q6qYf1ItgFDnbOEXSOmyNBRwyzYRS5Z&#10;npc0YytfW0zFJDUR0FRS7x7jMy2IDAcNVgtRUVcVFMhKeZDEZWbRb2GpI+jgi7S7xNvmiHCMJJHo&#10;RUbdl9gBZOpScdWHsqrH1pyYTgucJ2xWAVgo5q8UaxqWnASZ3sik2Ni4vYFh4C+hWc9HJG1TEJvf&#10;ncToQ1khiuNtto1uBc6+J5FN/eKUzrQAEKUZ6+n2HACpwyywV3DSVHQMCZ6fXhBTjwqp+m6h4bib&#10;YVjxwI1NDhlLU5deniplkrMWxJYiZt5llBQx1BeFFMY0jUi5vdxhllp5ZI5K1KKECFBJK6yBpJDt&#10;OrHvcgADvwrLtuppC1NanJPhxBAEadnSZknyFDZnMLa30geMqnYQQQB1YbcMPWgOx7AMOzTg1Fil&#10;HkOqzfjQkxmqmw2kw6rwiakocPEc8YWOOMSeSESR5ZJQCoUi6jkPFsOrDgeZIUJaoq6Koaf5hnbe&#10;j0pIZbHaBcso0tcHxvwhzTeBhwpTpTpQYgfwnYRjjwB29EjGlOcta7UqKQE6eAGCoOA4xHXwNKPp&#10;D1DyjN149NNXJAsOAZfzvgGG5eiy5DRQR0dVSZsgpXgqmlRp5XVY6aaQNKWCyp7qps5R08xEJUgq&#10;Rfv/AG8Wqb8NRo5019HZIh5oIse3a3A/xqV7ML6nsPaeJV7Ip9EUpaNQLaW9tuB+HkWZA1wG0UHT&#10;x4wTT2NOvt4vsBICoFuLAW9trad+PNKg4CmHhTVWjQ39uvFxIxERudSLD8uLFABONMpMCaYFF5Le&#10;JNteGu9BVRs6/VQ3WD4DiMf/AEfpj+zkadpTZcyxUD+IfGhlua5F4D0g1Qn/AMKYcPSs/C5zDI0Y&#10;d8PztlCsiv8AusZ6iC4+qUjl0Zk+N/p5j4lipXW+J2186RKayWKWsL6jnJSSRbsf48otIAxpxteo&#10;1gli2gWF/o8BzIDtNvr4woasafkjCoZVHUke2w28kxSXI1+HEL7UCnUKim2spgyuSCARcr2vyduu&#10;osNRY24g0waMNWFJFIHSokLG6srqfu5wlIHjp35ZqmrhXCpWGREgMFsTpob+HIzSgC3bipLJJpIp&#10;dKKKjZiLi99AOR2qEA+18bHi1uxWTspMu5QBJNOMWGylh+i93/H+fIE2JxRqffsLeHtHDu03bdWd&#10;lFj2eMp2GaUWHZQxDEJAtNRvO7+8oRD2P024yvmSnVrCdT3v304Km9yBGNBlzfE44RGzjQuUPp/z&#10;rVQxzfyGVVkAcHy/Am2uo5xGPwy22y3+PDFrccAbKDlzvu7jBinNugWZKJgtZQSRhr6GIrr9Nzwi&#10;3rlxGOoyNleBWBZMYilNu+tFUjklboZWbdKiB1UHns1VcKGPD51tN/8ACZPpnX5T609d8wVMDx0+&#10;I5R/lURe4BaLGqCTx+B5XhQPeJb+HJDRSRW2tvuuj/SNbt8eQcXlOwra/jrxlaQPKrNYEkVOwuIb&#10;1Nz8bHiewrB8QxzFsNwjD4DLW4xUw4VQKbhXmnkESC/xZhwpW4lCT0ClQcQlJJOAqZmnNWA5Jyxm&#10;POGZsQjwvLuUcPq8z5hxGcgJTUNBTvVTytfsqRxsx+jgr5/6aVfTrPGLZWjeTEaSjWOroMSlRY2n&#10;p5B9vapNrMGU/RymX3IdSFjZTDb3eNBeyi5emL1I4T6mug2SOsEeHxZZxDMyPT45laCq+dXDq+Jv&#10;eg8/y4t/uFHU7RdWHBN6DFD1JyiWTUVO2zdrlGH7eazZX+TrxpIACtMniKAT8SATr6KfUyIGIk/q&#10;jisyeUbMdkG7uLEduWZNRR1uIRO9wKUuUVDZgZIXguNPY5+/nt1s0bFq6woAqVBBjCEgn4/voQ/m&#10;vyygpIBVgJOwCQTh0mMOitJf+ttZlLpridDTHzP61Q00lTJVIWgZsKxilxxVleORbAtTodLNZGGh&#10;I4kq6ikqKLyY0swmJmEgNgGUaC47e7f2H8+F7rhbWoxA85nE4+uyjVy4Toxwx+IP4Cjb9PM50ODZ&#10;9ixnEK/52KqwOCmwaTD5Ig5loqklmmaGRl3g1zRDYFdFuSCSyBI4rQQ5YosSzGYRJW4ZS1NbQhgV&#10;jWVIjJvP/EQNPjx7JwzqW4ralJIHXBquX5i006VfxAYDrJjHqG0dYo1GXOoGLepDE8k9BI8TNBkf&#10;PeYcGy71FqoqiOavq8FnrxSGjiZNrEVLMBK6j7BIPe3ChYhmfEmnxOlxbFH8/HYqmHHqXLU8E/zj&#10;1RBWNw0k8JRVuwaxcNbxtwBPXilrKpE9NGzZxK1E49eOPn762DcvdGMgnA+nkuUsjUf8p6UT4bJ0&#10;qq+ouE1eHPlyPB4HpWqaK9LQVsM0m7yWRWWF4C3dWYFZdP6Cgybjqztl6GiqZYqemqMWqjiHmQvJ&#10;TbmR4jUC/mSJZ2sFB+zZfd4ku2lupxMgCSQNnJwov7xSDqGB4bOTPHqoIPUSuM9aunUtBhvU7FsW&#10;oEqsTraLJ2A/1Qkp8Tp1xqIxzx1dRhFSoaipHLUsV97oT5oklAkBgOomYpYa6nh6f4XRQUiI0WIt&#10;mWpxEMJ1ew8taWTVbeJIPw4GMveCW4c0lU+72+2jq6srhZEOKHTiI9MKqr9FfQPqRW5IxbFfWN1W&#10;xnHs111ZHiWR16J4DkiOnTBXpImC10mNYKh+Y8xmBWNCgW1mbwBbEsy58gu+JQZalMY8ymWqpsan&#10;Kbha4316d9O1uLUZqy0CAlOPADb7aTLya4WoHvF4df6VZHl/0/dMMVjkTKPUbqpgIqT8piVVgk/T&#10;eg8zymY7JDT5bm+ySdCNOFwzp1QzUle1JHlvp3PVBJKwPmDLsUSFIyAf9IxnMNNGTdh7u65FzawN&#10;kb2atNn+5p/0oJ+HzrYyZ/8A485P+MflRoMt+krDMLwWPFq31K9eJcOd0oUocFzfUyurOpI/0bKO&#10;X4nVQF1cqFGlzcjhLuq/rW6k9NKOSvgwfp2sRlWlEWSMEypicsZZGI3x4dmfEJUU7T77R7b6dyOU&#10;/m/hhCEx/ij4UkXk8GCtR8yr8aGzJvpR6X4im2r6jdXsyy0o3PNn3PPUegLhm9ksuHqT4WUdu/AB&#10;h/Eg9WUGE4Vm+bJK5ayTj801Bl3NwyvR0eG4hNTu8cqU1RUUEsUjIUIZUkJBBB7HjQ3gf4HDyH4U&#10;jGVtGSASOOJPtxpS1PpD9MuYq3EMBr6XFswYphCQSYvhNX1AztU1FPHUhjC08RxosokCMULD3rG3&#10;bmTGvxJvVCaBaml6iVFEJLtGlFhuWrBraAeZhD8e/tJcx93v/StLyC1KZ000U/4d/o2ppzVL0Up5&#10;qk6NPXYvmGpc631NRXuT9fAUzN+JN6xsMq6ijxjP+MYLV0RtU4fX4ZlinlW43qSsuXww3KQR8Dfj&#10;bm81yrEqrZ3et0mQmKW+F+jT0yYMLYb0joKYai3n4g4se/8AlKhvZx46S+uT1sdaM44XkDImes05&#10;pzrjhn/lWWssrl0VEop6eSqkKrFgigBIo2diTYAE8Sr3hfH3Lj1wptzLLVAgpAkgYxiTgBiOJwqF&#10;nbob6OOnGWMVzv1MyBkfJ+TsCWJ8bzh1Fiwulw6kWadKaMz1eLERpvkkVF3NqzBRqQODLSern1X5&#10;dzFXZZzxnDOOFY/hExw/EsFzHWrRvHMO4dKWgpGv4ixse4uOaczp9BEn4j50aIyFtBhTcEdQ/Cpd&#10;B6VvRxm3C8Px7DvT104zVg2MwxYlhONU+V8uYhTVVPMgkjlhmFNIjo6kFWUkEajhe/xO8zZ/z16b&#10;ekWbM25zxPHKU5smw4YRjVdi9XEs7YNJMsqCpMlOCFJX7QfXRStyA9mmYregKMxRtY5c2wCUpCZj&#10;1pd9N+k/RrpNj+YsL6UdIst9M58VpKGvx6r6fYLgmDfOKs1THCk4w2OGWTYQ5QupUXO03JHKKeFF&#10;L6GPnuer1e57nq9XubS34U+vpAywPZjOOnXtf508nfs+H/C4dZNQX2hj/Lj/AIooAuqbbcw0bX7U&#10;UZt/0Pm5Y+QRoFGvgfhwa94QDjsoDMpgUGrMrEFrm/cjw0+HJERNwANoAvp8NeI0hSlQDT6AJxqJ&#10;V2WJm+0e31E244U5G7dqe176ePHlIGw4mnETNMddcxbd1vGxAI05SH16iMXW/qTu94viTyX8bOqu&#10;PyPNbtqJtvVX+/GgRvU5F0oTwT8BR0ss3/q3l8EWIoqVSPiIFHEVh67l00It38eCZoHVQMdBBp84&#10;IGXx+mjsLndqPbw4tG9U0kemQa9w6vSMkzUwH2rob/f+3g3yZIANIE/djspmxvShqD7EJ5at0tX/&#10;AEWn76qLkfAcNrkAt+nv4Uc6hqHQKpW9YBZabFkIuZSQVPs+HB1zlc5IzACN3+gVFr6/7g3I43wQ&#10;j8pcg9A/34UdIE3DXnVPPpZIj9UWUGiOz/jT4SptodMRjY/w5UnmDWadh3LG55EmbM6k7YipPydI&#10;EVt94KzCKEG5uikfHS3APzOzLC+7QLusOAlREkipHslgLwpb0oFhwsmavE20vb263I8OUTsNM3kD&#10;V006jsOANmBApdgPtX0+F+e/aCTwolcWqDXfAOx8+/Ls19pHjY25dAgCaJ2TAM17gVYmPfJY3AOt&#10;9NL806JGzq9eFLmor3NkjNeGzD0VdB/MjG45EyHIFkuD7xr5Qdfg/Jk3ocSM1aQCP+JUDykNA++B&#10;WKl22o3iyDJ793Dp8YHyoo/QzFKWr60ep6mpjvMGeKiCpeMggSxZFygpU28QOS+nfT98xdG+msNV&#10;mjCcnVOEyY9PPSZvqKmjeWOuxJZYXj2U0qlSsfiR3GnBFnjKHA149JS0AoHAg63CBHWlU+ZoUKvk&#10;shbehax3hMgA/wADaf8AQ0/5kz3iuSuqucaqDpzmHPOHYnheBUUFbkaDDKqOCajlxB5IpVqq+mkD&#10;/wCkqdEIt48dJ+hVezsaTqVk+vIN/l1zHRQEjsNavyR3+jgaOUj7g4nHhqHzrf8AaBrg0sR0JPyF&#10;Y19SeEU6I+NdI+ouCq9iWOR8bxMg2uQVwKKvbT6OJ7EehXUGqFRBSUmCYmLe98hmrKUinwJCnEg3&#10;5cL3ssVpP24ngtM/GrNbyWyTiF+qF/4NOMPqY6Zs0PmYZnWj825V8Q6Z9SadBt9rzYCqj4XOvhxM&#10;xemTrXXQ7qTKlK6X27IccwGdrHX/AHCscafTyr+R3YQCkBQ6lJJ9xNe/tlapVEmT/eqHypxqPUr0&#10;coWviWO4jhGm7fjWWsz0S6G1r1eHxi/w4nfVDlTFsr9C8sZZxql+RxHDaXC6epoDJGyx1D5jx5yC&#10;0TMpNrdm4s3tdBtLQJE6nE4joAXHxMedKd3kKezDX/euEbcfFb/KaydHMz4Jm7H+sOOYBWDEMMrc&#10;w00lHWqrp5if1Oy+1wsqqwHveIHIFd0/z9juQOjNRlbKlfmHDYslYHhlXWYRQVNXGJUmrHdC8COA&#10;w3C47i+vG97suuFXQ0oVpKGogHEBlvZh0zs40a2WaWrNuUqcA8ajBPAmfwp3wrPWScvZgzzh+Ys2&#10;YXl7FKjGGqIsPxuvpaSeSMYZQxLIsdRIjFTt0IFuBs/RPqj8wQem+OrCLtJ5GDVwHjfQw24D3Mpu&#10;pwbVP+KfwoztN6LUJILyf9MPxpYf5w8gWVv684Ptf7DfzOisb+z9J8eJrFukufaAj5np7jVPGx8y&#10;JpcLrEQAHS58oAduMryS6/ibUmP700aWme2sHSsH1qfRZuyniTbMOzPh1e9wuyiraaU3Pwjc8Gb0&#10;qYFjVD1YrK+uwh6BKHL2b2NTVp5TK39Vq4AHco0N/A8Pd1VOIU6oj+ADZx71qg3vq8ybEhKgZUg/&#10;72PlQM+pySE9NMDjdwUqM9dLoNNb7+pmAi2l+QekTRYRl/1rzNL+gqZMt0dIsh2hmGbqsk317X1H&#10;x4mzFws5c6kbPzKfcFkf78PZRHl6Qp1tqPut1fBn9/lUvqnglRi3U/0wYnFEWjy3mfGcWqnBNkSb&#10;IWPUAuB3u1QBwveY/mhWO6QRyUtS5kMEaFwG22uSGF7n4cCAuVlRI2UqZs7ZlABImh84nFqsXw+K&#10;Qx0po4yNyKFUfAf4vvvxT+eUBtpw29u4qQQYr3DK+mvNdRUdQIttRNIkOBZneopixK2iy1XyHuTb&#10;VR24MMuuw5aXKTsLLnt0GgLf2DbV62pJ/jT71AfjQY9XaZavKWHwvaxzHk2QFvAx5wwxwfvHC85u&#10;qZ6vG6zQhpA/6QAG5klYfvaG+48ZsnVKzBOr/jo/36juyYwaEYnGhO4djr1Tz0nXPNsK/o4meJ18&#10;whR71NGb9jbh0sn86+rhrX7lqolzRHfBpKhh3bX/ACmigm6G1fzvSvKlSXVy6VSOY2LjcldOhAY6&#10;mxFr8TeC4hIsdS6SLOgKMETafs2BIa1rW4pQ+SglW2ggtBS+UgChVcA2Oo4L/Tipkqs/dJpXiMBi&#10;zBhsR94H3f5jFfUHtbi3KykvsK2kqjn20rbtylq4SP8Ajaj7jQY9YwB0l6re75t8uY1+jt9r/fZN&#10;p9fAwyjPiFAfUcYahqdXlwp1Qqz7hHmDEpAAqak7XGgB4RWL6/yCikTg0f8AeeHtobZjbJLasBtW&#10;J6MUz8KnYpTwTZk6Z1EqB5aYVzwOPBnw7abfUeScsYxiGJSKBTSRyJYbp0lW5HfSUL4W8OH2UXTa&#10;moP3VCuequWXCkkFPCDS/dEAJPbglK00o8ufzIEYNbZcggjUWHtBI4eWFmUuY7KCt7mC3GgNpOFY&#10;AiqSQBcWPMUdRv8AUR02hpaoxOuHYCGiTQuKXL2MqxGngYlHfjOZPas0cSNi0bP9zg1NW4jJOVN6&#10;9ukCeouR76CHPCJh/TLP6vErRmbEJVWTUB6quEoNv+JSX4s8NnC1R8yL5qMkyhKgsSD7oJNwTrbh&#10;zld+skEYYVA+e2Ygq07TQrKTtChwhUW0Atx5r46cg1Jov0kQ3D5V327RZvAD2drcFDF0o+KJIw9D&#10;toFLtFzBIIisyOLWDEXNrvYnidFfSL1d6bHETvGIVNLh0McjbygbL+PUsZOpBvtB4Bri6DmYOIH/&#10;ABwD2ttq+BjyrIfcayUnLgkgiGFgjplwgUF3UinrXyTmZ8HlEFVQ1dJjnmi4G2kr6KvlGn+JY2HD&#10;W5OzTHGkEKPGKiYFXpdpu9iR2BIFvo5LuU5v+ZeHXUAZ9lBtArDCseMYMcakV5GcrCVkilbsmg18&#10;Cb/Twz+BVStDTFZCCdoMYtpe3b7+TRZ6UsQQBUM3Rccu0LAmCD7DSBx3D6SjwDMOHzMsXzVPVQpO&#10;htcyQut9L31PB56RTpX9OWMfv+RmLNVGX9pps0YtT2H1RjnPXf1nVuRlI6EMj2MH3iI86zf3Qzr/&#10;AJf/ADpwn72Sf9M9bK+ZNaZ340+Bz1fRP04ZhmjAfEI+mkxVQLF6jpBNM518WKgfVymLMMh/rlmq&#10;S/avq7L7CKh1I/bzKXIHx/LrdQ4oT8BQgvWP2yhHE1us9OAB0u6doGBAwXCQHHs+RiYcVOGyEol+&#10;5Hf6Dw4/NKONESmgFVlxP7L2194a/AjgEesCT/p3Tqati2+hQMT4f6VDbgL7QjGVLHSUf7+mhluQ&#10;2oZm2eHi/wB9Nc8jiM5hgJPvRiTYPpja/Ne7DAfNj29u45EGWp8RqXb/ABJoceXOfhrzFc84dtt7&#10;Ba3st+zmQ3Z++A2Rw0n4VBu9rQNwmemi/wDqmTf6f+qIAuf5VUMPqW/LSep0qS1ecig7HDtx9p8m&#10;e/BnuO9NhcRwUP8AfRPwos7R2SkW3+d8aKH6DIpoemuSUmIW8OLNEq+CtVU5H325V71f2+VOFHix&#10;BGvt5j92iLleHTQ03NB049NWYUf2B9A5WN1MszzbtCLqOQFmH3zU75TgKmcKPmLaRUjQ23fmLcIr&#10;/HZ6UN7JI1COeNe4QHkO1kFXue56vV7nuer1e4rshnbm3Bz7Gk/6QPx1g+MU8x94r3DQMbL9OnDK&#10;aMRXuQ2cliR4aacqa3XuY2ewJvf4c0Ma9XuR2kYggn3fAcvEVuvcxE88TWia9zoHxB5oGtV7j3h8&#10;l6hB8GP/ACYeOsfcB5/CndEivcY9p0N+Ju+ApwCK9zkAb6nTmu/rYr3F5g77cJlW/wDuLAk/95YP&#10;FKVkivGvc25/QDUH/Yo6ChTZXpMUJLa98crGPMdO0lYGYK6YHwH61NO5aR+TCh0mqxepuGCT1GdW&#10;ai3+U/ksjd73/kdJH/zJw2pnVCvl9jqxHhwAsLKpmhiEknEU11GHDbe5XvYfC/JaS2IudpuNynj6&#10;FYSk02tsxTDV0V2eKeO9rqCB/RwsPrulK+knqDKF2ha/CXBBGn+/ahX/AJm4I8mV3jSkk40Q3CP8&#10;pQT0H51J9PlEKT1ZYBLGSEkyxU07K1vGSpf/AJk5r1w10wUWYEEfWPu4tLYFLtYGyrY+SEqn7k38&#10;LHmtAqpJr3Mgqzcgnb4C3LBOMVomvcziqI1Juw9nt48q3gTVJr3BA6ddUs+9LsyUecOn+Z6rLOP0&#10;YMSYhh7j3o3I3Ryo4ZJYztBKOpU21B563KkqBSYNVcYQ6koWAUmg+6pdKOmvW3I2OdNOrmRsM6i5&#10;CzJGKfGcrZspIqykm2ncjhZQdkkbANHIhDowDKQwB5dHlboV0w9Znp8y31o6lYamR+qWZDiOH41n&#10;jpvTpRirnpMSnoI5qyju0UrMIlMhAVidAQLADvLczHdoDklSpx9eigatlVu+tDX2xgCerpqgnM/X&#10;71Nehf1hZw9Mnp4qafrN6d8q4PgWZ8t9Eeu+NYjPimE0dTh8tRPRYJmeq+aq40Hk7YYsQ+ZjjUBV&#10;ZF4SSk/D+6odDcwTZ4qcZosz5Iy3J/O8GzDhdNOKmaSWrjeNZIGTfHa537jZAWAJ4szbKHGW9S0k&#10;Aj47KOMjzVh15KULBVOznbVnfQH8R30zeo7HqPpnl/M4yz1lqmrcNxrpDmiooFxSjloQ61Jjmo6i&#10;emq4gUPly00sgcWOgvYN+rlVRy9XM+109BLRVtHVnCsLjKSsJaXcwV0UAgl9/vEd9oI7cii6bUtI&#10;kD21KiWCFdVHfywjx5cwJZZfOlFJTmaRexcxAtb6+R8eyZmjL+GZGzJi9Aa3DOpNJPieVJIW892i&#10;p6iSgcskbb42WSIja4Ht7acQ9wCMKfadJ1JSCYwPVgD86hYBnXLWZ8azvl7BMQNXi/TnEKfK2caV&#10;oKiL5SuqsIo8dijDzIiyBqWvhfdGWUbtpO5WAMJ6XMg53frn07xeq6ZYlX5dpmq1r6uro6uCjtPR&#10;1EJeSoMZCe7Ja99Rp46rMvYlwDSSmcQATPVSHNUkWy4UEKA2kgR6Gi7esjP+W8u+nrqzSf56cN6P&#10;Zrlweoky1m2smwyarw+uiZZIZoaSvlRZnV1G1D3PDIZt6Pdccs+qPF8/dGujsM2QsOp6bLwwSuqK&#10;Sjw7EcPmwmOlq4GbEZ4wwYsQCAQCoNjY3EH8ruTdlbVstSZ2FBg9VA8Zvlxy5LV1eIC+KpxmZBHl&#10;0VXtk31gelbMXokyZ049U3rzy/jHWDFKVsYzB1CyRjFB/Wakxqgx+TFsProaTK6u8EtO8ULKgiXc&#10;FsRZiOGQ9Mfpiyt0VzPn7PmSen9V0zx/P9JT02P4JXYthGJUNOKeQuBAmHTnQM17t9VtQT+43bdZ&#10;UFuNKQg7NUefUaKF7zWNwAjv0OGdqUqHl0jjRAPWR+Ix0Q9QOScg9LMT6zUHXKHAsyUWM0s3T/p/&#10;1FynX4nWpTVFJDufHMMqKaNnSaQFYZvj21BZOtWV/TR0yz5mnNmM+ovNeQetWYP+NDl3FcAjr3pq&#10;Hz0jdPJaiwmVTEEjjVoxKdyDYxAJ4gu29CB3SgT189dKBeArALRU3sMxJ9p9sirJeh3VD1h9ccv5&#10;TyRmv0YZYxb0py0NRkrPFJnirwOuxDEpMMnFE8bUFbjBSzSwyeb8xTX3DcqsCLpXMvrD9MuMZYgp&#10;OoGK411Ez5RpEo6iZFy5Dg7VUsAUrNUwVdfAjSlluzxrGPYFtwQ2m8agxoe8ZPUB++iZ3LQ28F2/&#10;hHFJM+zDD211kH0c+sjoF1RwaT0u41lTJXpbnapfMHp06zZrxzMbYYlQbGPAKyDAGloYLFm+WmqK&#10;mJGJ2BVIC1B5qxWmxPMWP4lhzyfy6vrKitomrUWKYxSSsyb0R5QrbSLgM30nvwLuthThV00bBZ21&#10;cjT+d8vB8wixz7F8+OFi6K+0XCsVQkA9jtF/YOJl5gw26/Xp+fEotinGnUuqBrNzCXNmtc28P7uN&#10;68YNPquDOIivcO5+HNUMPWB0lHbzGxmI38A2Xq/T8uGeU4XKeiibPlarVWGGHxqsj8ZSk+c/DM9W&#10;Kf8AKPguGYlr/wBKmZMOqv8AqHy8nHZ3XFsSA/dqZ1K6X0mYcjl+2/aKJ6TQnsmdbaZPAUHvSzyZ&#10;+nWQ9imxwTCXD2IFjh8R4zGol7k/UOMhoUuTbpG2hCNNGdApJPvA66eHJ1PUyeem5vd00+nnrdCF&#10;KgcK2G0RMUz41SGPDpGPvNKGCaaiwv48ok/FUhMXqiyPKdPmaBpgficIwqL/AJk5lD2cuassQOjV&#10;/vxqBt7STdkjpo0XorGz0+Zbg7fL4pmiKw7C+aMRkH5NylTqO3+/TAST3wuDv7BUTj9nDfM1ftB5&#10;CiCjW8DZ5fePs9p4V98JivV7jTijb4Y7dt2n3HjTq5NMOKr3G2Nvd7keGnLB0xVK9zkWY9z+XKhZ&#10;FaIr3MbPbQ6nw5srnbXgK9zEST31PKmt17nXKmvV7nhzwr1e57m69XuSomv4d+ar1e5nv/Dm5rc1&#10;7n//1yr4F0yw0ytmZMx0eGV2JrSYLNHWq++sqKVqyVQq7A67nd11HcWF7gc6Ctbmtm3auHrhKG1A&#10;hIOJUoFX8IxCSRExgQduAqLEPMu98htXibgnrJAiPTHqmt0nM3VjFMIxGnwN8gYtj8M6VGLNX4P8&#10;qIMOw8S0kJeaSScRnYJgw2tqtyQNrEHPyHhAx/KOHb8VStrJaemp8x02Hyk7KqlU1cEj7xGQ8gpy&#10;GVhe7HcLDkqWeXIcaacbcClFKdWgjBaQFA4xt0nUImTiIFAlNu20882VQEpU43HFJB1ox4gkwBI0&#10;lMbKq29QfUOfIHVBawZOqMGpKPEaqDKGPZjpbCWlxSqp8ErYoRT+efIi/mUUqSRsFJhJQlm1D1Xr&#10;IKOjrqaZVTcYKubaBtljsblTorHZ7y+BB73B4BM/b/M2qL9k+IHSuOCgNscJAnz1cBTeWXIYuDbr&#10;+1QlM8Z2iePz47aNjVUWEYtV4rh+I0LvUxqJKeiSS5aCoDohVlsWQGX9G4OqkAWKsvBLZsOqvNxF&#10;LNNT0UFbGqy7UeVqxlCJro5MYUXF/Z34pyHNHGA44ySCUp2f42I6QMCMeA6KOGr1Vq+FCZCvcADt&#10;2R0nrFE/SnzXhsMGU6iQxUOJ47iWXqieam8yanpVwWGXzqi4AaJUnaZgjFBexOmkfKVM+KZepM34&#10;TUDFqfG4TkvNVHF5VPUwR0bPhOxSwN/l5Hlv7y92IubcHL153yRpJWhR0RMeEKw9hJ2njtjCgrcN&#10;l14KUZQU9GzgJHCDHsxFYOqmbcu4B1HxzoxmHBWyXmLIeKnrH0izQ8lfiGG4rXVU4znUGQ07Jb5x&#10;KWNdgWUAgJoNwKf6g4rSYVg2NYlRxzeZLjlJLCvlk09PSo0tawaJvFrvcsD3AHYHkc74PkuFaDAU&#10;sFXlifeMfM4UNstLjiklZkEn2cI9o69vCl10CyrmDHM9ZAy1jVXQfy7D+m+KUOKypMpxfEscc4fg&#10;hmSshAXyo1gRQkRWzKWJO5gAWxfDcKq8VxPLiSmLEMNpqChjw60rJEGpBDU+W5LXDSVJ3Bje631u&#10;bEq79p7vGdJSpISAMcBGlUHrKpPHCts953wcP2kkT6gifRHvo7WUscx2lytg2caiJarBserMZxx8&#10;aJgSWpCYjJUUDTRBVsRT0q7CotZiLKVUEK8nwPiHULAnqKMTUuMYnC9Y1SWKbZp981ypFlFz73ew&#10;0twL5SVu5ohWmQpYmZ6ZOI9Z4wMKPUW7jiC2kwsgwejbjQw9VMQXK/RXPNVQVUsVZlXL1dLhcOFr&#10;GZ2lpKFvlhGsikGRiqhVOlzY34OfVTNYy/BjVNFSCmr81QQDCp541Jp6Py43lRQy/wC6efKm4eG8&#10;W10EHaDeOOOqW8kanYV5YCQOrUViRVrO4WGkpmVAAE+Qg+0gzNFH9PvTaPPVXkzFp8derwXpbiWK&#10;y5jwugmcQ4rjK1lRT0ks5jlNxTJSU06xOCd/kyBhs94MocYlqsBytTySKk0GIU9HJ5NlEsCxyvEG&#10;A77DcD2Aj2cHHYU6DdqTGKW4HTGocduEn0qL+1lxa7ZsqMjUfTA/jRuMHy3Bhefc319NEzU2KYbP&#10;XospZvIq5JII6gpu0UTCONiB3ZWJ1PLTen0saYPRyuodPKiYI/j7t79+GfbWhRvUjETOzz/Wgb2X&#10;XSm0rUlIViPhwjjWot+K/gVZi/UmPCaTEajBqypbEVkr6Blttap2GNgVtYq53G/bQd+KDEYMKx6v&#10;w+jmqamidJWrpsMYyU/n+Qm9NWRlljBC7gpte1z4GJTe3SbUhCUmNOO3bAV6zsnz6Kk+7YW6C6TK&#10;EgkgGYGqfTbgOqKIt03x/qX0IyJnzHMGy7l7NoloKHJeW+p1NFQYy2EvjsiYdVn9DWwVeG1s3myC&#10;nlnXzAN5SNlBdO66f+W45TswVoYFulVBF5yi6q7GQIb7Rb7QI7+NieF1shu5snFFWleIiYJ9eJjZ&#10;+NCLK2UlakoJJIEDYIjbMQJ65puyfhMnUvoFjcVpIsXxmseDEcvY9iy4PVTutZU0tPHQNWK8fnMZ&#10;daZkm+wCGUsiF1xGDGXwfE5opaZqerjnCwqkm5Yyp91SGtra5Nu51vwN3TdilwJGqUjEyMTxkD2D&#10;Gj3MloZKkgqMA+Qnzx52UCHSnGujkXWXpPhWKYJmGlzTlnF8vefjFTW4WIq7E4auNlnrI56fzB5b&#10;OsSL5jMI0XYUYAiifEUMfmKfA7RpbS/s4KXSYPVQOCSBAr6U1E4kEcnYMNx+m3E+2ANX0VXWyXBi&#10;B8lB46XPECgAJNKxTk2LJTVdPSCx8w2dj4X0HLAeoPpzy5iHSvJsceGJDmTJ2D/yaaqogyCaomgW&#10;q3sVA3HzRIbHUFzfgfyW+D1ytJMgjD05NIfzCkvOY4SPZVEvpz9eOb4vVh1lwHMWY2xXpx1bzFNm&#10;vI0GKvGWw+gwrE5MvTJHGzFo0NOaMhl3Rv5TMpBLFq5cPo5qCrmpKmMxTUzmmkjbwK6Hvrw/aBml&#10;rsEVfVLPFVU8dRA4kinQTRyLqCrag6cU8x/RfG2p8PbwxcEiksY4U2Rj3x9OnDC+jLFhhHXOOo/4&#10;uwqvp7e27RP/AMy8Deb2AuGdBpe1cOMgqTtGyqovxwumCdW/w9OoOU3Gi43lnFQzC+0wYrGAde32&#10;+XH0WcqaZhGXG4/uki/58ivMt2WhsoUZfm7hTqJrQZzt6KM54BBNW0+GyvSoXtNCjvHZQGuSBp34&#10;tKLEI6mNSrA37W4BM1yZTSpjCh3ld7qGJok+bsoYnlutnoa+naKSMlNxBsSCVPHMsQAfrB4HkoCj&#10;FHzjojGkPHCQ9gNde3t787SUC9215V62nYMKs07hjsr1RSMwB23+Hjxwjkul79tSOFDzUKijBLhi&#10;krUUe2eygjddRf4i3IFbWCME7go8Cfo4b5VlhdVETRRmWZpaRqNKnL2W6iqkjpoYDJK9lVU1JvxH&#10;1+Yo4b/pQCv38kPLt22R9woEX28alEgKE0aHInp0zLmVqYphcxjmtbYoAufC54ja7O9PDcrMCQCL&#10;HvpwTt5UwgYCiZTly+kCcKOl099AOZcZni+cwRoAGR0mJutmuNSR+VtOBjmHqNJHCDHNuYnRb9hr&#10;rofhxZqQknDZTzeUqX91Wn9APw3sAXEFfE8LvEI1LTTqrBpF2kgBl1uxFtD48DWTPNXKyuKghUaz&#10;AA6i2pPFbF6EpkjEUscyVvSUkVYnTejvJlCtRSrl+CV6uArG0xUBZPMBCgMLAgA6fDk/B+ozitpo&#10;Zaj3JCArA+A4Zt5oDwoN5luknQVJ2ikR1O9CeX6vK2O1VBgiJWQxPM0RAFmYC22wHw4Bnqqxg4vl&#10;uhud8cWJQOhFvCCcX/Pgxs0wiB50G7S1Lc9NHQ/CO6TUvS3GMUp4qX5Sqq8Bqo6tSCGJ+boGANra&#10;+7wnuHAGPXTt93DLVxNXWYNXW4gxDm2vI+JIrAgfaOgHx4kuFE8MKu3JOAqRhzlLMzWHc29nDodI&#10;ckU+Gy9Gq5sOFXUx4x83MLLuAkgks/vdxFbf9XCDPDpsl8KaQrUVJUMMPjiPUVS96+us9ZjfS/1+&#10;ZSo80jAqSm6Y4jQUE07SeU9QqlGpvcOjVfnCnBA7uO/Fz6gsKoajMeXa+OlINVS1VO9VIF3v5dQH&#10;2e6TonmXFz+9ws3ShLakdB+XOyqWzhKZJ4+7CKL/APhEZxzNT9GuqWU8cxakasyxi2C1sGCYG1S0&#10;FPDUYOtIlRepig96aSikjYKtrxd9dAh6UYMKHqrlRFH6MViHQ/BuH+aqAt1gY4UpSoahO2R8RR5P&#10;Xzml8S9CfqZqiSspyVjiksOx+SdfEj+PLGBSzyTb4UtvdVVnNra9z4/dwN7tXaGnStR+1KvXjHRw&#10;o7u7AmCowAeAmTsw9vpWkk+c8Bw/AVw/GKgVEkdJPV1EEdpP0aRX2DbZLkA23H3u4048phEbBmYf&#10;5dlnJPfdtJJN7d2vwlvb1CHFJTsGHsOHtEGjg2iltajjIE+8H30AlT1txKmqKHD4qowDL0VfgNGE&#10;ACLSSVELQqpAb7NOqAXJ7D6kN1EwSKty5i+HAiOStppqOKZhdUMyGO5At7e3DfJnz3ayDtEe0iid&#10;TC2ihRHX50en8PnrBieGde+n2YpZnrsKwbGaDHMWod36aojw6YV21Xc6G8Y9431Pj4kuqMl5birI&#10;mwzM0WE/L0wwmqopaaZwkiFfMKGCFBq6bwSSbm9768aY3UuIkqEnq4VW53hbT4Q0cOsba23sF699&#10;VajCqo5i6LYhnCDEcUlzZgGPYRieD0yz0FSXmpEmXEcTeQtHBMIXXYikLoAp2hUYZhWHRYj84+bU&#10;rzI0E0uHLDiX6Q0+oAaaU6kADc5bTw0HEubbvPW1stzXCY2DjjVrHOE3DyEd1B6TjHPVQbZiz7nW&#10;uwKDLdL0Eq8tJGK/D6bN9biOTj8imJIY2lMOHwklVaQuY4FjN/3vePFvlzCoMfzRguFV0/l0lZPu&#10;qnvYlI0aUjv+8FsT4XvyJLhKghRQMakW5u0pbk7MB7TFAx6jequMdCPTh1a6n5YwtsRzHk3BnbLV&#10;CEEqiuq6iLD4H2EDf5Uk6uI/39uwasOCf6gvPwzp/nvMLZKoM445gmEyz5RwfF8Qgws19atPOwpo&#10;6yQMaclkivIQFUMW8OFOXMPE6UQoQSZ2UuLmgAHDgMcOAA+NUx/hX9QWzB1i6IdPej3V3OuQKLMu&#10;ZMYx3qdheRcHr8Uoqeho2oaihmxamkVqRoa56ivpw9pJGeCNStzYUx5v6sYrlbL1TmXD55Mr4/NQ&#10;M1UKWpO6JiglaLzIygk2tpfsbXtywGraPSm3nUhOIrezp+nWAY3TJhOZsKpMz4NRTitp6XGKWGoi&#10;81AyLIEnVwp2kgW1sbcqC6VUE3Xzrh01yF1BzVVy4V1IzThuDY5iDTbpkixDEEhlMIkDosrI7BLq&#10;RuIuCNOLiVRhiTQNzK7KLdxaYkAnHZTh1mzpiHS/oz1W6iYFhUGLYp07yxjudMGwSsdoaepqMIwq&#10;euhgdoxdEdogpI7A6c3O8N6UdPck9O8tdNMrZYwyn6e5Fw9sOyvhOMuk9DCkMLpF5j1HmuzSu+95&#10;CGZjuJJJ1IENXCSNMyo4xPnjQnyxDCEJGqEnEk7TOJJ2dQ6vICvnp9PvWX1mz1186k9bc65xzngv&#10;qG6wYxgmD57pejOG4hR5nqadMSw6Gogw6KjaCNIcLw6gMCRzzJpLFdj7zihX0p+n3pV1G9ffXbC+&#10;pOC5fw+h6X1lfnTJWR8k1kn8keqjxOP5GSYBhZYFdTU06gRpMdlvLGwnOY/mFLCQkSdsY4R8Y2+V&#10;FOZFKbhtCjCFHGOIjYDwnj1TGMGtuT8Qn1H9dfT/APhxdNc/+n6bMGZ815mqsn5JzLmrFKGWpzpF&#10;l6vpZGxCspIagR7sTkSARxSSKxu5cEybX4fj8STKGVKz0kdYquCHJmKZgoMLiXBsX6jBZrU9PLC0&#10;8sVRRI0sVYYROtLtN2n2CxUkc1ldtcaNMylIxJ2T0dRo9U43q0kp1EcT5zht4gzEepFVs/hX9aut&#10;+d/U3k2lxrJPVXI2VsQq8ZzlnbKFVSY1gmVMJrMXaupo6J6DGHT5yBEakn3xxyCBX3NIrBbg1+Cj&#10;0D6MZa9MuGdcMKwejn619RKnFcKzDmvEXWWso6KhxGeijoqRmv5MbCESyhAC5YbyQIwpXdWzq8f4&#10;Pw20GcneaN04VyVojSOAEAzHTjtMwNgGMhz/AMKEfUj6i8B9ROROia0WOv6WaDLdBnPHcuZSpmmo&#10;8cxuTE5JElxQxbS0UfkBaeOZjH5kbOo3qSoqfil5dzJU9CcDq8t45gGFQ5fzFSYtnWgzGIZaufCS&#10;k1KsFA4jkZKtpnhK7WUlVcFtpYEzs7d1TLhxCR09HR50KHNISpCVDX57QIx6pxM7ZNCL+Av1VGZu&#10;tObo6nLeb63DsyZcoIMvZ/lw7GKPL9diMdKcSxOSVZhEGiEzSiOeWPy97IgO9o+a1H4h00dR0M6Q&#10;So/mXxucXOvbDSNL8IHAQcaddMtitrhf8tJ9C/t5TxylJKy89z1er3Pc9Xq9zaV/Cm09IOW/FTjO&#10;OA+z/ezk67gtFWXD/GNQf2gD/L/80fOgB6qsFzBR2Pv/ACSWHj/l5eWRm4I0v8R9HBWoE0B04mg0&#10;uNhF7X973vp5ljYk+4CLDmyFelWSINRplUIwkIYk2sfE3vx1pl3NYnWwv9J0/by7TSz9teS7pV60&#10;n8TdVp7m+0XXX6L/ALDykT1AI5639RWA904gTY9xaFBy+7SNNqnhE/E0Dt42/wDKz5J9yRR2MuMW&#10;y/gbE3LUlOxP0xKeIrDwduo+kjgmbckmge+9J2U9cXuAMDUpbSxB04dWKgk4YCkz7gCeqvcOp0iI&#10;E9MQtipTcPgODDKXxJFEykScaZsb1oaj4owF/o5al0uLCCmUCwtY8OXE6myZ6KPLZIOJqlj1itsp&#10;8SYMNbuu/wC7g8ZwJ/qdjgsP94Khdf8AvHbXkbb3p02lyZ2JB9hBo8aA7xnHiKp19LkYPqgyoV3H&#10;dmfDCsiAeOIxoRf2cqRx4+/Lc21O63x5FOcKB1Dr+GFSjlC095srb7wZWEMBv+4v5i/ANzSR5Etr&#10;kkHt8OARUyRUkWiZNLmk7D9fDhZsztcEXsLltPZqf28okgmi+4xJFO3AFzAzEOF7A6X9nfmgTsop&#10;cr3AUxyJiZSF0YmzeFr3txQG1rUOqiV6NWNe4H9bSLbcdWOhv8Rbi1xqRpG0g+2DXkXKgoAV7l/u&#10;DdTcSx7069IsrYthQxCLDct5awyncNsIpKHC4kjUna2g3EjTx78lPMy0L4PRJCUCD0Qkx14ge/hW&#10;O1yynW8DwcWR5lajt9aCfK/SnLWT86Ztzfl2P+XVWdKypzDmSnjAMdRiVVDT00lQR4O0dJEh8CEG&#10;l9eGEofWV1BwjDI6GDC4aWiiVaejjLwyxxwxgqiKksDKqqpVQABoPDXlzvPfagS4SB88T78R0Y0G&#10;L7c+zdVJRs6CR5nCJx6TQN4h6L+jOL43V5gxDDJKnFcTlevxStWSeGaoqHYO0rywSo5ctvYsSSSx&#10;JvpaHVeuTNEfnl8q0VZF3ikmp6CS1+9/9GUfX48q3vtdtqTMEDqB4+Q+dFKdwstd2rUD/jH8Zp9o&#10;fSpkPDRCaHE8Wo2j27hSYvjCIdosLIaxlA+FudUvrmmr4FfEOmmF1kCFWc1GDYbIO1h2jj1uPDil&#10;W/8AcKmUoKZ2FtNF7fZxZIWQl5wE/wDBFj/RH507zennDQQ+H57zHhjqpRGpcXqzYEk/7s0nt5KT&#10;1g9Oa2dJcQ6HZbnUlY5TVYFSeYSLbgG82MAHW1v7eJXt92leH8uyrD+gB7xTze4Lrbepu8fHk4Y+&#10;dRp+hGY3o2poOtma6SUb1hqabE1BUNu2kiSGQFhcanQ2vYduAD1/6wdKepOE4JgeG4CuT8KpajDK&#10;WXBsBptlLHSU2IVlXM8fk+YEkY1jadj9/AhmufJW40haQG0LSohEgAAAQJE4wTM1Oe5eQrt2SVOl&#10;a9KgCqP4ij4aPxp96SdLMxdMzm1sSzlVZ6q81Vr5knxnM0okrFqP5ZQYWkRMUcYMQjoFPa4JPhaw&#10;44B6uvTFgeD0OFYX0+xKhw3B4Y8Owylo8XxymRIYY/KBt8y9tFB7dyT9Io/txl+oqVbJOrrUCMcM&#10;dXRUX572XZ+67/xcojrCSB7tnRtpI/5oeq1TUzVuIZ7wSpq61jNW1NTlrDp5XN1IBbZGTbUa+AHt&#10;0XNF6xPTjNGjxYJmCRoxZ4TmjMflL4XC/Nlb9rkC/Nt782QMC3w/2xz/AAqKD2V52BjdpMH+gg/6&#10;AfGkbU+nnqe9dXVNPmXJ1N80pj+ZiyLhAqT2I3uzNuANxY8eH9YvpoemjmanzDQuoNqaHNuaoTdd&#10;L2SaxGl9O3FrO+NgtULtyJ/4M4PnRens4zxKzou0mePcoPyphl9MvUGteaLGajJONU5IRGrciZdc&#10;slgTfzIm+i1tfaOST6muhuNUVZDR4tjU0lXh+J0NDDimZMaxmGGSuwuqoRI1PVtKPc8+50uB2F9O&#10;FeaZ9bONqQyjQrw/64pYhLiFnA9ITE0M93t0sztHZdfSpKtoDaUk+oxoPcy+jzOMjZZnyrl7I2BV&#10;uC5kyjm7FcVy1lDBMDxCpw/LmcsIzTPSxVeGiJ088YYAFI2s4UPYe9wv3QWt6BZPrOreLdRs2zU8&#10;+esYajiy8MGwvF8Olw2gqZa2nqHTE0kG55qhgPdBG0e3msgvstQ0Uv6jqUVQEJUBEAfdPAE+Rit7&#10;/WW8au5TYIQkNtgFRWtJKoAMaT0JGHGjddScv5zzRW5WjwzLIqKLBI0xVcZgzFiWC18VZURS0s0I&#10;GFGIsqxsCd0hViewKgkfFzX6Ia5mH83wLT3A1ZkXLKsNb2/QwoO/BALzd53BJOH/AAJr/QgVFtxk&#10;u/2n9oEn/dXT8ZpFNlDqHQ7Plct49WE3aa+fsaZAf9X5iskb6ucJn9HOKQSRx5iyo0Sk2EuU8NgG&#10;lhe1PURG30c8hOQFX34dbSfxpIBve0PE2kn/AGxXzTTjT0PUaglQw5ZzHDvG5jJmla1VPveFX8wP&#10;Z4cao8t+mvBf5rX5PzDlSDHq3C8VosFlwPD6rD5ZXrcLqaEIXOJTQKGMoB3Rn4Ed+FmdDLG2HVMu&#10;pKylSQAjSZUNIg6iMCeIoV7kHPF37YvWAGpEq1gxBBkCJOw8eNMGcx1UxKhy8aTD8yVcFJmHLeI4&#10;5hVacCkploaDMVBX1Mn6HD4amQpDC7KEkFyLWbRTWLNkBsV6pUOAYi8uFYLiNZHhkmIxRmQU8BnF&#10;2UMyKxRdQN4B9o4C8tWld2CokJKvMgT8fnU13Nk6y0kpRKgjYemOnzo1lbWyQYVWV9HEtbPBBJVU&#10;1OzsiyusZZVLKjlQxFrhSR7D25aFmMZLxuqqsUxPMOEY/XzeX51XiuWsGkqHCxKo3yw4gshsF9un&#10;BsLxjWVahKpUQW0bSZP8Q2nHZxqML22zd14E2wSkCP7ouMMBHhOwQMaLdkfAJcr4RT4NhWD4rgNJ&#10;A9RJDSUWO4zUwxGad532JX0gQKXc7Qq2sdNOIyTKuVnTbRYVllYJf0qPNh2I0gdCLX/0LMMd/oA1&#10;8OeDg+5JT1jTA9yq3bZe6VAvsHDocHxLfxpQYjNmBlkip885mw+S5jC4VT4PUujXFgfm8BnGljqb&#10;/HwtKythGA5ezXlXEKiDLtPR0OI01ZFNKMzwvCY6hDJIr1eJ1MZ2lD9oEC2oI41kt0r8+yVlGkKB&#10;OChGIO3Uev2GjgWaO7uAloglsxC0GSQRsCQaT+b8PzRjGRszYXFm3NeK1FZQVVFLTLS5Td51kpXt&#10;E60+GwN+kDAEJtbXQqdQCeScAranGutUUmFHE8GzDif8uiCYph+GVitR4jVVAaIYgkgdGWQe9bUW&#10;twt3cbeNpo04kNg+IAjSBhjR3vNmNsxrbVqJBUcEFQIVxwM7MRQm4klZPD0/xKlxRcJxHDqdqhhX&#10;YdV11O4npFhdXFLLBsYE6bm9unFlTZPiwB9On2JtGWLFhmjLpIKe7owUa6ezghYbuWQVBmRO3WPl&#10;UUXTlk6iCtez/jSvmDTqmJ45WXSmzNhhkFjZsIruzC4uDWjuCOTKnEJkd0HSnFal1Hl/Mf1jwAn3&#10;howsnfx14+1fvhRP5YyOIUD8jQfZ3YsFEKL6gAZxaX/g1NV8dC2OY8NLH/Dh1SBp3GtceJDDDimH&#10;eoLJ+cf6nVmK0mC0kFbW4DDUYdNUrTijxihJ83zIoGIMytbcAdO1+JbW8uDfLdLRMSIwkJKCAJwn&#10;bUv5eyxaZSlPeQnSkgkLGIXJEQTw2wdtIrqNglVnTpfnnKVBmOnwPGcdjlwehx9klSCKrlEciHaH&#10;ZwLkA2JP08WcNS9FVPbLeNxQuSojVMtIwJ11344+vDSzddZgBpRwjakbPWohzyztLhZIehRP9B2P&#10;e3NLelqcaaCMyUtAxRRukirqiQE29vya8WeAx01fJC8uHY1SlSYzI8OByqd620EOMMNPZwb2+apW&#10;Y7lXRhoO0f4w+dAO+yVLZIDoMxsS4PimuNViONxI7RUGHOEVmHzWI1EQuO1yKFrC/jxNVfTTF8T6&#10;55EwXBapqiLC1wjMmIV1SlPBJFSlcxQOWRZnRdrMEFnsTax8OAtqwUvOFJHhSlwEzEx3CBO3+kAN&#10;vGpvyDNGbHJkOOEnwKSMDJPe6oiJ2K2xw2UG+LZ4iiyHnzGMXpaeCrgknwhcNoZ5qyB6iSjpBEqy&#10;fLxu4cSK5Pl6An2E8Pnk7o5Ng0pJx2E+YoFpKSEnSwuNlW3JfyLd90JgqE+Q+Oqset5c9tXST4ts&#10;xB/CgLxHrfj+LQCOlyVDIIrRzTQ43JFtNif93w5DwesA6fyxK6/zDz3Ybklp4gNFF+29vZwc2Ths&#10;kyVagOFR49d27zgSgkEniDQO56654tl3B6jGsXyhCKDDI3eWkONwyM4vY2Pkxg39h4pPTys1P0tx&#10;and2MlPnbPiM0p1HmZzxeoX2/uzDmG/aUondO0Iw0ukf6UvI/wBDFZM7iY783mpM95aIOHWLdXxT&#10;Wtz+OFSQUnpw9MM1PVqivS9L66JSSf0UfTKoowfDT3uVC5rBiz1m+C17YpiAJA/w1kn9PJ93YuQc&#10;utyP+Np/30VJWYL/AGhOzHZW4h0fYVPRnpVOriVZstYHMJB+9uwyAgj6eKbDiTGFDfZVbX/PggDx&#10;J2UH1xqk044kpF7e7vZr2OvbTgGer039OXVFhclMOQgf99cPAX2jOH+WKj+kj/f00L9zcMzaAH9L&#10;/fTXeRQf6wU7MfeJltf2CFxzX1w6xeMfuk9xyLcvWdVSvfGJNDry478Np9mfMMJFtu0WPj7p5kDu&#10;E4AlU7NNQbvZ4nQOugJ9TSF+g/U5QLk4VU9/+IHlqHUyPyavOoGvvYa4U+xoakjgr3EdSm3uhwKw&#10;fakn5Un7RjrFqepXxTRNPQjV/M9NckMxBkQYpAxU+KVMYP8AHlXvVvcYpXABX3lP3HkDb9zqJ66G&#10;G6GyKs0oxZfbpys3qXHd6kAWuSfy5BGYpJUSKm3LXcJqbwoeY0P6cAWOtyPgL8JLtOAPPR8/dQ2s&#10;lzz1GvcIDyHqyDr3Pc9Xq9z3PV6vcVuRf+Yrwf8A4nJ/0hfjjX3CnWPvFe4Z2R/dIGhHDKjMV7je&#10;7bLKNCdb6c8asTNe5g55TgFamvc61PG1O9FVKq9zq33cqXK1Ne50Rfw0GoPNB0itpBNe46YcwEy3&#10;0sG7fFDxQ2rGaVRAr3GVDqDc2+PEJprWQca9yQD4/WOapyvcWWEsf5ZIAdWiO63/AHlji9lUJryo&#10;0417m2z6Aagp6Jug4DafKYmtvh/OKnmOPaOgKzAnqFTnuGyDZmemq7uoVOZOvnU1rWAGEEH2kYPT&#10;/wBHDcRTKIySNzXAFj278j4k6uqhl4wrE4Cm+ekLMm0eB3XFvh+3khKj3gXsRfsbc2MB4TFO9yk7&#10;KhTUSPuDJuYDbuI4Xf1qiOr9JXUiOVLr83hRt/xHGsP9nBNkyylMz0/KiK8ZSblA2x+Bpv6O04g9&#10;UuV2EZu2DyIXJ0A+WxM2F/aRygaHDaXT9DdfZdv6eGodKjhSldoOFWfcnJQ0lgGhFtVW47cqp2Ka&#10;DaIM17mdMNor2EIJ+F7fx5pt01pLaY2V7mcYdRtbdEAvcfd4688t5QrZZHRXuKDAso1uZcVw3A8A&#10;wSXFcVxWaPDqChoImeWaeU2VECjUnmg8QKs4lAEjZULEsSw7BsOr8XxevhwrCcKhlxHE8TxGVIKe&#10;mp4EMsksskpVURFUszMQABc82LfTr06zP0q9L+VsjZzw0YTmLCauoqMQwwSJIYRW4o1cisUJF9k4&#10;vY6HTgl/atIYCwRqJ95HsoAP3LblwtbZBSRt8gR8RWsv1O6q9Luvf4hWf+pXR/N1Hn3Jr5PpcHpM&#10;1YExekqarCabGsNqBBIVHmLHPTMm5fda11JUgk8kGF0UMO2KmRN67JAFAuCLG/t+vk7uXjrohwyO&#10;g41DVkpNu6SMD01o7Zm6qZ5q80NiUOasRFfglc1dhFetVKs1NPDMWR4WRgYmVgCChBHgeJkdNunf&#10;zi4hNkbCJ8RRRGuIVOHUck4UEkKJGjLWFzYXsOEDm7liVFXcpk9Q+dCS53mzVxPgfWE9RijFV/4l&#10;X4guKUww0esvqVh2HxhU/luBZxx7DodFC3KUVTEGJt7zG5J1NzxWx0NHTQRw0tOlNBCPLiipwFVV&#10;uTZQNAL+HF1vl9s2oQ2kRs8I+QooRm1w8shbiiVdJP4/Gi75l67dbs4VmMV+berGYszV2YJI6rHa&#10;zHsYr6uWtljhSBXqHqJXMjBIkUFyTZQPDnmoaST7UCuR2Mig6/Xw0bu1oOGHlhRdcMx9xBpFR54z&#10;jAGWHMlfECLOIaudARe9iEYePOKYZQAWNHExve5jT+jjr2ZvqOCyPU0i7hsnYKkf5xc7pv8A+NZi&#10;gElg5XEKsXAFrEb7Wt4ca8RpaelcNBAkAeCcP5KhSfei72Hx4FN8L1xdkrUomOnHgaFO67baXfCM&#10;ZHAddHz9CmO47m/PeHUeN4zWYvHRZmyvJRrilRPUCIikxpyFErmwOzw9g4AON9D+mnWXpTl/DeoG&#10;XKfF4pqCnkp8SkVEq6Rwo96CdhuiJA12kA+N+Bawy9N5liQTp0zBwnb18PlQzvMxctszcCBtOzgc&#10;OdnCrgup/wCI36jPRp+KD1sy70pxGoxrL9RmYUFZ0urUxGpwbFIayhhLvJRYUC8lVG7Fo5djPtNg&#10;VUc10ev3R+Do51JzDk1cSosdoqGVnwzEMJmimvAxLKsiobpKn2XBA1GmnI1dkKImak9hKVtpVG0T&#10;W7H0V6mp1j6W5K6lplfFMmf1uoYcWfLOcKVqOvpTIt7OjE3U/aRgbMpB0NwALeKm3bzCGlOvvAcs&#10;FqjA0o7pPRQo8jMlOLfoQD7ABzRCqaU1XuYGhjPeIEMNvh4csQav3Y6K9w4n4fypS+rjpC2wWafE&#10;494Av72B1q/T48M8o1fmUCdpFEWfsA2ixsqu/wDFnohX/hu+sSFkL+Vkyvrgo9tLLFUg6ewx35dz&#10;jqhscxk9l+cqiPrnbkfXlwUqPnRzaqWltPkPhQRdIoN/S/poNtg+XsGYkjuDhsPGUmNBdhrwqXcL&#10;UqlOok0LcVKqp7tmsNSw+vmTDpt8ztIbre1vuHDINd2mRtpxxBCZphx5FlgSK9xtNz28P6eUhfiy&#10;Qj/aT6Ryj3XqMHaS+mp208P/ADJzJ3syH/C5Pmag3eg/5Sqh49FM27oxNS7r/wAvzBmClHfTdiUk&#10;/wD1E5R11GkD1+XCPHCovyrKkcNM2MqSeoUGthijccDmTUdvqPC4Jwpl0zXuNmID9BH4ENb8jywF&#10;UFe43J2+n+7m61Xucubr1e5hY3Nxz1er3OPPV6vc9z016vc756tFUV7nXNEVuvcyxNY6/TzcGvV7&#10;kneLfVf8+emtzXuf/9AruW8Pw6U4xjOOpUYpiWHUcmYaLD6iURpTxSYmpEfu+8QZKhmRmYE9yhvr&#10;0MyzK7Fduu4uypSm2taETEDvABO37lLMHo8RScAQXleTNNMOOKMqgKPDilAn0j0it0TOmOZggqMq&#10;5ZyzWUuCYXj2KjJlbitPTieWeWPBqioZ13AINkVIFkQIQPsrICDYZuludcHw7M1FhuHsmD12PYf8&#10;xVy0SqqiRcQkmpjUGIAyIECGzAlUdj4ngoyzeC0CrZlADSlpKlQIAlaigHpASEkzjpJJNAzerLml&#10;tIubdsF1vaDMKEqCkgbMUGOiYnaaLN6h+kmJZvyLmCrzZBJmfAss4r8tQx4gPNqWpHwKGkqmoGnL&#10;mCYTySurRkFpIkUD7J44ZpkhyzmXHqMqXwLG1GIy09MSAkFUhbeodiQ8Lkm19ChXtwLO3By2+eZI&#10;/Yr+4H+icZ/xkEz5yNhorcyr81ZI0qhaYKVeWI9FCAfbtrN0dr67qF05yXjNUDFnnJzzZPq58YSM&#10;yS4hhU/ykiu0CIvlVkcYaNwACkquBc24o8qSSVMMuF+crrTCRJpO6yxCGaWGRQ4vZmlUi9je2mvD&#10;7drL1NXfcHZiAeBSoHSR0gyI86MMuuG7hAcXhKSlQ6FHaPMR60HPWmjTA8Qp8yw0srVNfPRVeFRx&#10;jY8VQ1ZQ0tVFI0TWG2CncPYEBS5v7osOmV6SKTL1XWV6F6iL5XEJqWALHG2wCoG5gBfWErt7DvbW&#10;/BRlIZ+5ZlaBqHR9ur2YQOiJiiaxSyXyQNKPEQOAIJmR0kg1XL15zDjEHVfKeWcuVkMMFamMZWos&#10;w4o0lZWxCpi/lRWGNnOwCPFY5TLe7AbC1l2Eqmd8MrMv1GZ8Ew/EGqsNr8VlxTDMOCuJaaohpqSI&#10;tCy/bjlSeRvLI9xr2O0hRHO8rALehswdRIAkH7W+vGQo4cPdQlbZLCkomQFH0kkfIAdGyrU/T7mS&#10;l6kYb096m5iwI4bmODJ+H4Rj2M10kDxzUVdW4jUvSTIRuilpZsPh3TF28wN7w3Ddxqgl8rP3UDFV&#10;nixE0X8zr5I42ACywVa7IhIQra22gdre3wK7a4Kru8VA1BKiNhiFp484Y1TSpVqlJEbPeKXawoei&#10;fQfL0cFXh0eMxZay9C0yBpXp6rCisk7w7pUuqnexuWuDr7UB0joBW5hxGrnmahwfCsPqq3GaoM/+&#10;8zp8u7Agi5XzN6j/AFfhfhFusE9646o/s20KJ6wfD8FT6UIWP2aVrIwA2e4ChK9TeYJMGyTl7C6C&#10;ljxTNua8fwrBcmUMipsfE4ZjicMbllbYknyvlOx09/42PusGNxZjqcIxSokHzlTSxSRU8DqwjilB&#10;qNrCxIA80Ko9im9tOU3jzJFyAtc69IjH+lKjPHaqPIY8KSWjTaNSUggA/v8APGakenDJB6eYHjOW&#10;KCN3wyjxCpjqK6tiZJamopdmG+aCLBmkFKZZGtqz6X14iMLZgMv3uoGJQ2BJI/yMva4Hx5I3YM7/&#10;AMM3B/wM/FNRt2st/wCQo/xvkaHjaoxHEibEmgmBAsD/AJWPv+XLccltO2H4KqIzJNTokhVSVHu9&#10;yewt8eDTtyaKbxCuGM+sRQL7HbdbzTqUpJgg9Ww1qb/iaDLuG5kzHimK4nTUVdQVVTNh0E9QsdRM&#10;xqFASKMHcxdvd90HXS1yOCCTuGD/ADFomEtSC8t7RqYSrG3tO4AfTpyG7RJctF92grls7P71Uz6T&#10;j0elTJu9Y95eu25lKtGA84B+E+lVFYvG1HhfVSvytF/P6OXDctyVFNgyxCWvq6LGYquBPNuSEjWK&#10;V5PYVJf7ItLwuCP5meNmaQ7vJnlmQxr5SvtsFYaAgAADW3fXuH33Vpt0QBIE9PjPqftw9lGWpVop&#10;SivAKHqR78ONBt1Wx+rxTK+Wa2gwulw5TSNi+B4Zg9cuI1QxOrofPMtRVUciedNEzu7SMNhclYgE&#10;0R1xvEauPDNkKQwGqK0FMzmSa/nfol3KqoNSRb3x9PAva2KStfeSYkn0x48R0RRqEJfaIRiVA7Om&#10;Omga6H9PcqzdV6WsxfE8YxZsmRzZ9zPBDFQYMYzgzfzGcQVFVUVsjiJY2Zj8ozWBHl295aF68B5Z&#10;ARo7G/0X04NiDFBoJ2dFfTxo7rDH4FVAP024ucHwaoxNKDCsOpjPV4iUo6SAAkvJKdiiy3Pc8QXJ&#10;hRJ2CvJQSug/zPmrCcqUGOZozFicWFYHl6CfGsYxOrkSKGmpaSMzSyO8hVVVUUkkkDlvNXlSpXJ8&#10;eDR1ktdLhUVKtO87h5J2p4RTksd12YjU+JPIrybPW2s0ClbFSMdgnZRte5UosqVA/GtGrIvqbyzH&#10;6mqbqfXZaw/KGG56rMzR4/JS01SkeFUmO4tJjscaM9OiwxxTIo+0qLEfE3Ipt6qZdrMB6hZhgq6f&#10;5c1EzVMQAsCCe4HJanUZGzhRKiFJreN6BZ3wbPfRzIOYMDxAYnRVOG0oWpRw9yIgNWGh+niJlW0B&#10;Pif6OKHRxFV0YihZjb9JY9uCV6d8Q/lvVzCJ7kf6LXi4+FMxt9ZHCnMXtLSjRjYW3er09NFk9b+V&#10;lzl6as65fkjDpW1WCCQH/CMZpSxNgdAL+HDz1ebMQSdZY5XV9xaJYjqVuPEfTyMb69J2HCpLtcvQ&#10;lOnhVYuXfT9kp8Lmw6twilrKfyliqjWIColCFSNjDW23XTXhjenudpqmCH5qVrXEZZj4jS1+UTah&#10;1rESTRRmbamcU1r+fiJeiDAIMTxWuyXhUEM6RPiE1JSx7CfNYyF1A0Fz3+/g6jG4WiX9Kvvdj/Zw&#10;MO7u6FyBSq3zpTqQkHADjVBE/RjMtPX1ELYbIxhJEsZQhhbx18BydDXwyFXVrHsR34Rv5eoJPRR9&#10;aXCkmOIpHYtkrFsOkaGopirW3A2/d178doKoujiMhyvusL2t48NMm7N7vMQC1tOwVFe/Xb9l+791&#10;3D7ZjpnCNkjyOFKzInpvz31Qlh/qxh/zNTMXFHREMJJXjUyFVvYElRcAHgcZpzHDTxzqW2ypcG5t&#10;bgqt9zL3LHe7dQU7PWluRb/Zdn9uhy1XqBmRx2ez8aPB0Q9E2f8ACs6YfQZ2y/LhUxKOYKyBwGTd&#10;oV3AHha8Wz2pmqJHn0haygMLEXt25I1plAVbgBMzh5UT5tYmxuQvXE8++tifpL6P6OjwXBsKo8Fj&#10;BngWaWo+WImEgRSNrN4G9vHiHxPMLYjUj5SYlWCnyojewIv4ePApnWWOWoEzFDHdzNUXY0geIUcv&#10;IHR6iyXhBjx3D4/mYDLGcUqkEe4oxHZr6ew/DjNiZqIoxJMPMupmDA62v2v8bcJA8SMRQtS2kDoo&#10;TMoQYVVVktLhj/KpHKuHtE62UuE3bwD2Khzb6SOIiapqV89Y3MZF1Y2AO0n/AFu3biZaSEyDTi20&#10;0P8ARYfhsr0LVUC1CsUnjViSvmINT7vce8e+nOsKEry3J2rT3uCR4ka/XxRaPFRFNqiIO2sebxSU&#10;1IyBDK2IEDfGt7BVPukd9LcTnW2U1GS6Zz+7U0znd/xBx+3kqZU4V24I2motvWtL6wOmpHpOw5MK&#10;6qY1AgAT5CvjVU0FhUwMPuA4XKgF4xr2Avw9bUFCik7aPviBtIbfvHTjhR4XLiuK0VDAheSeRE90&#10;EnVuI3lEjD3062qEkg401YpjdLgOCYli9bIIqahhlmkdyALKhPjy2HprlKDD8AosQqlVpMFAp6aR&#10;9o8t3iKOfeIt7sluALebMl6u5ScTj7KRpbBClEQk+nDhNaUf4hHqdxbMvWqu6SZYaU0fVFVxvHqC&#10;ijqJnraSlxEVNDEBSxysR8xh/mMpWzEKPs7wZGc8q0ea8NmgqNqy0oNTRTqyF4puwJK3uGOhH8NL&#10;FGTXrls6JxCjGPRj8KsXAsSgYehPxPtrB6VvUNj/AKdM44TW4fBO9Bj7wYNmTDpIMTp6Suw5F8xh&#10;FHWIiq8KKXWRlUgXALWZXLp0/wAsSpn/ACniUcY8payLzSPC526/fwfZ0oJtnFcQk/ClbZl1I2yR&#10;8auh9b/V/C09Fnqiy7WVmytOSswfIoxt5hFBI9lsO+nD/tRbUdkUHQEsNPo5E1jmyUPIB6f30NHL&#10;VQQV7I9fX091aIyZ6OI1tPS1E7eW10RAbKxIsVPfVluBp3sDpyRFGfLpzIoDXeFx7LEsP48R5ldA&#10;vr0mRCT6wAr3ihDZIWu1+2MT7CQofGg+x+rgGMVi4dVvU0qrT1EVQ6hSziEQSnTx3LbTiLzmkXys&#10;isRYDd5Y+HY8FW7rxFsSRtUBPvPyoK5s2rUCImKP56EqzEznXDnpg6s0slOtfoQN4UMo179uV840&#10;+zHsaW9glXUgAezzmI5Jlus6BHQKBlwCFmt6fplEKjpZ02nkvLJPgGDSySyixZjh8QNwba35mwdq&#10;ySvjTD6B8VrmGyipIJ6WFndmCWBq5YVJIJAAJPsHCDe3vnLIpQJk4+VL8luW2ntSzAA6CfhWLP8A&#10;W5ay5lmtxzN+YFyplig/0vMOMzYfitfFT00KPUF5Fwelq5EjRo1Z5GUIADuYDQqWuwnrJRVKVFD0&#10;jxxqiAieCemnwVWVl7WL168h/wDKEwQU/wCnT+ND1WYNKREKKT/eqxHsosFB6uPw3sxYJiGB436z&#10;On+MYPi0UuE4tg1cuNyQ1EEy+XJHJFLho3Ke3a3C+Z5yt13rcRxvFqb0/wCZaiszBFT0WKmjrcpQ&#10;ieOlDiJW34vGLLvaw+PNXFu8qcUyehSAfWD8a9+cYSoFQV4elJw9tG96Qesz8PzL2Xsr5cwD1RZR&#10;xahyc1XV5f8AKbGKqSm+clEs5SSrpi+rd9dO2g4SDq90S9V2aqOow7CPTFjkkMsTRAYljGTI7Ekk&#10;2Axw66X4WnILgYwP9Mn8aeOcsLBOPsP4Ub3AfXl6O62m3Yd19wXEFuA01MtcV1YINfI9pA+se3lc&#10;uZfQx66aOqjqsE6A1+BVlHKlVQ1KZkylFLE8bbkZGTF9wZSLgjUHlXMnuf6P+9J/Gi78y0rYrDyP&#10;4UKGC+qHoHmNBJgXUmjxaNu0lDDWyL2Dd1ht2I4MkGXfxd5jI2YMKxusxOWjXLTY5R49kGHFHpYn&#10;84Ka+LEIqvcCNxk8zefFuOpscwEKI2YbU/GZ99aU+xpCBGnogx7IpmwzGvTJhmAR5ZwnDcIpMp0s&#10;n84p8s0eDVC4XC8sfyu+OlWm8lAQ20BVAuSbXJ4Drekb8QvAMRp8z5I6L43lfM2GM9ZR5kwzNWVq&#10;WsildGDyedT4zvUkMb2OoJv34wvKL0n7NmP3J/GtKzC3J8SvcaUdZ116EY3TzYJiWcMOxWjxhWw6&#10;owrEKeaaGqSS8bRNHLCVcNqCpBvxCZ59Hn4qPUuDDqHOuRswZowbCC9RheC4tmzLUlFTtKxZ3SAY&#10;qIlZi5LMFBN9TyzmT5moCUmNv3D/AAqcOb2oBOvA9R/CuoOt3QPDq2vqqXOGE0OJYm8cOJ1EERin&#10;qHpkMSCUrEGcxqu1d17AWGnF90v9NX4nnTbAMRyjlzpZjFPlTGKlK7FMq/znJldhU9XG6Okj0WI4&#10;hLAZVMS2fZu07823kmYokBG3rSR6iYpIu+sQsq1AKiNhmPZWDE+r/p5kxOgzHiubcD/neF008eFY&#10;/VKq1tNR1QQzCGoKCRI5NqltrAGwv2HB1zR0Y/Ex6q1mF13VjpVmXN9Lg7fM0lDJjmSYKWB2BDPH&#10;S02KwQIzDuVUE+J4ovMozV5ISUkgbBKY9kxWmM0skKJChJ24dHSYk0iMvdcfSB09lmpct51y3lqr&#10;xYx01bNQIUqa1qfcIxNMIzJMU8w7d7G1zbvwsP4jGQurWSOh/Sal6jdIcW6d06Y7NDTYpj9dl2qh&#10;qJmw128tFwfEq2QHapa7oBp3vpwJ5pktzakF0ROHChHZZszcghszFDF066x9MOrMuOL05znSZtOX&#10;/l0xn+V+aRTmoMoj3GRFB3eU/a/blNvCmltCfz3PV6vc9z1er3Npb8Kdb+j7Lh1W2M44dw/7zeTl&#10;uDIy8eZqC+0FRGY/5ooA+qRH9YqJdCTRx2U/8vpuWQA2B3LfWyk+I4NO6AMg0C0bdtBjId21bbdP&#10;ePsNuSYjZwbW7aaaaduNiU4njW0px6qiVHvw+Xe7An2i4vpx5pQfNj9263tf43HK3KvDAVFXCBG3&#10;GkvXurQSFhYMN209wLG3f6+UZ9ciX6z9SG1YHFag3a5IuQba/l7By+7ylfk0Y8VfE0Cd6F6bpQHQ&#10;PhR5curty/gS/wCGjph/0YXiVw4gJtOns4ImJVjGE0D3kyZFPHF5gA/0hQB4+HDu2T00gusUgV7h&#10;1+kSlZ6Yge8SgIH6/HgwyhtMT0ikPCmbHP8AeGfw9xr/AHctT6XX+WgJ10Urfh/bN922QTtNG9sf&#10;EB1VSr6yLGnxTat2YsiKfA68HXOTH+qGNG1wKGovbx/QNyON6mv8muEmIA9uw0fNNCWumRVPHpYZ&#10;k9UOVVvZVzFhxCg6C+IxffypXMMa+ZIRrq1+RFmhJTNSXkZ8Rrb8wZyIoVtptWw+rgHZqRDDKewG&#10;4Er9HASCYxqTLJcbTS4pD4fr24WDM6+5ILeF7kflzSQAcKavAJMbaduAhjEB99Tp3AHx8f4cdZal&#10;dBy6cBNe4GWMU4jp2Vvf1vcjtfhwBoiKD1wo669wKcSIViTZtpvY+PNOBOo49Ppgap9yq9zYH6Y4&#10;rnPC+jPS6Sqy9GKQ5dwSCjnqcBwrY8BwuEoRI1CGfcLHczsT3ueTBftvSP6RSngOCUgwSOSeusXX&#10;s0SMwd4gOLnGf4jtxwxwoMqjKOUsQxfEZlxzETiNRI9RVUtHmbHUWOTdYhYIq8RxgEfZVAB7OT6/&#10;qNidD51Ni3S3DK6SBhBF89gxhV76nWj+XtoQNeFdtbFBlSJnjj8AKrmGZJbJJWR5cmpKZIpXiDYT&#10;nHGqAP7wlp8Ukrfu/mXzQ/LiJxXqbgiB3r+h2W4jqBvTH4LjxJEWKQ8LBauJUqW8OE4ezYffRWnO&#10;LdRASsz1QflUKXp9mlxaHrbmilHf9DTZPf8AOfApOMEvWLKbQhR0Yy5BAQAJad80k3t4E44oI5QX&#10;yCClLaUn/O+ajTxbCjAcJI6dP+DNYYOneb4pN8nXjNdSL38qejyOF+j9Hl1D+fIUOfsmVjJUL0fw&#10;BiGsxopsyIxK9/ebGZLfdxBdXLJBlpJV0gn4T8aMbZ5QlAfI6iE/hT/TZTx+AAS9TscrSNb1VPlo&#10;f9IcJj5jmzd06CSSy9E2TbIFdafHcQiG46mwqFq7W8bDw4RJu2kKMtyAD/F0ehqS2GXO7nvQBG3T&#10;+BqT/Jc0wg/LZ1edyfd/nGH0cqgfRSClP58YJcf6O1bzUv8AmQxSPyVaeRsNzbEiM2tjafBZR8L9&#10;+KmwzGDP+9fDD5UWXV/da8H8Okp/WmqbCuq28mlzxgKR3FlrMs18rW+mPHIv4cS0uL9LyHSk6TY/&#10;EWPkiJs4YbJa49gy6T9V+MuLtQYDZCv8Yf4NNhNzMm4BH+Kf8IipdLh/UtFX53NuBVDD7Rpcu4hC&#10;CfgHxuW3MNbg3Tho1qajptj1LIy7hL/WjDw1zpoRl/XifVbkyW1R5/8AI1cXUCUrSoA7SmfnU5KP&#10;PAP6TMWFOPYmDVi/xxRuPmSn6aCqO7BcwYTDECZkqcdwmeN1Ue8p3YRE1yNNLcWt3DAH2mOtQ/AU&#10;patXnFgJUnHEQj8FD31NEGZlQ7sUoZXtYbKCoQX9utY/F5ib9JJkgNS2YsDUDzIhTR4bWWRPfBbf&#10;LT6e97Pp48oMOLBUVJjoxx2bJHTFbuWrgmCpKjjwVx29I95rHM+a4Yx8rTYfiUvj8xUVNGv/ACbD&#10;VHiepqTodI8hhzfmQSOzPLIcEw6b330uf9+kV+/GXGrFKhClGf70f4VVvfzyv6OHSSJ9YIptau6i&#10;g+7lfBWHgWx6uX/zTnndTh/TGIJJS5wzFXLH/k1OXcNQENrqf50La/A8UrcsUYSokj+gn46qDj6L&#10;x1wCEDq1fpU2mq85v5fzmAYXAT/lflsXq5dv0bsNjv8AlxtLZQ+aE9DXYnHcqp+aw+kuFA00XECA&#10;bnx4g1tk6Rh6D5Hqo1QFtIAUJV0hX6U/I9YVvJBEr/4Umdhf6TGP4c5YhHgzrSRS4lUxVFMzsKum&#10;w+AzyecUQB3WvdSsYX3LAWub34leS2g7eTj0mhbbXj10zEA/P3VxVakSPJYFXCoITIdq7STcfo73&#10;N9dfAcypS5eq7I2Zaqh+d98/P4WH3g6HWGqPcaa8fSlClTPtFFL1m6EEED3fOuRerHanjI+ErftT&#10;itw/LmUaFlml6gGhU++rLhlWi2I26+VJLft7OG9qGECNRmeg/IGgnchcmIkeU+2ostViEYuuFGf/&#10;AFYZo7/9HNo4vcMw3ICfLQDqZTqIV2sKnD8bUBTtAv5dGwta30cMU3Fm3MrI6fCeAPV50XJtcyW2&#10;VpIjzH4imKsx7G6dm8vImI14H2Wo6jBxf4fp62Lipp8fyhhdXJSv1LwWFJy0ayvR4+72FhtAbCDa&#10;/e4PFDWbsMkgO6eOyOPkePXS5vJszugkONyABsUB/oopkq8bxry1lj6ZY3USAhhFHU5dFiRe534s&#10;g0vxzXMvTCBS1b1SwpGJ3CWKlzKLNfcLAYSdR8OG9lmtikyt/Hr1H36cKJr3dvNET3bRjrUg/wCi&#10;rCMw5me1+l2NIp90q0+Wb9vG2L8aanqJ0aiVhV9U8KKFtvu4bmaXce9j/vmF7+Pw5S7z7LZBTcJK&#10;hwhz46flV7DdTN3cRbY9S0j/AEVcjjuZlbbH04xux0Lmoy3YaeAOLX5Ig6gdJakUjwZ6olpSrRjZ&#10;QY8sc0f2TuD4cmv08ZRn9ipR/apGz/jm3h/BR6MizoIIU3J24kSPWayGfHmDt/U7E972YM02ChkI&#10;sdLV59nMVXm/pEUdxnnC4XDFXFTRYysZuCD3obnv4csjNLBTYUH0z/ir+OiaDz2QZypZUW1R/jo+&#10;Zp4gq8ajRVfLlaR2/wArh24fdV25ipMxdNZ6iCKk6gYPJGhDCCOmxdQwJ7AGgtxY1mrCiIdEeS49&#10;6RTLu7+ZlrFqT1lB94Nc2r8VUn/jL4gQ2heOXDBb4m9bfg5ZcyNgWK0lPi/8zw6ry8VNXWeVS1sy&#10;TQqfcLAU4J2h9PZ/AR2GVtEpd7xJSoGdvQAPh7qJLzPbm3tVsFMOHZ4h0CYx6RSGxjNVXTYklEuB&#10;4iK93Wnpz5lCgSR9xsGapI94DhgMu9PelzGEYdg9LXq3+9Tw0+KQ/aIIvuiB+gcH+U5PbJjShKh6&#10;1Cl9vDmaSUre0x1pNJLF8z5zWCWaSjrMPcBmp46ibCn3bB4FKgjXxJt37cHPLXSzI8VQr0eBClF2&#10;mMkM9dEVYaAEeapNuSBZZTaFOLMEbIn8aj/M96cyC8Lj2hJn/eaDzGOoGNzYO6YnRviLyoqNHDFS&#10;MpRhckXlcWNvbw4GX8CwrLuVcPoMFw0YbSPM9fJDCXKNNMpaRyZGYlmY3JJ15jN9QNo2zlCGmxCE&#10;uCB0TrJ95J9anP6ds4cud4HnbhwLc7kpnjgpHQBgAOitNj8c3H8x5mpsFhxGqrayhpswUMdP888A&#10;WKCKgrPJiWOGSQIqJIoVRaw8OUeZ1hWPqJngb923F8TuPiK2QckfdV4Kyy2j+gn/AH0VMOdybhcD&#10;jW6t6aaqSq9NPp+qpB5bVGScrTOfYXwOmbx+njvhDMwN/gB9Ftfz4KDIAxohuW9JFLjE2Q37Aglr&#10;/Wf2cBn1Yor+njqmvcfywsQNfsyxt+zgN38Ur+XuTG1H+/poWbk6v5i0T1/A11kwr/WWjA0/ypsf&#10;jC/NfDDwVlQHVVsNPZ25GGW4qjrqV76CPbQ58uC/DmbbnjCjfuyg38bacnjcc6tQ6qhXesQ+I2TQ&#10;J+o6MydD+pajv/Kath9URPjy13qexlq83vYqXTDlUnwCLUJf8+CvcNUsXR4ak/76ofKme0ZrQzaR&#10;w1D2wT76Ip6CB5eQssQPMJDuxqrYrqN0tVSuFH/EQSOVc9X/AHYZrHQ7jce2x5BW+5KiaE2532ir&#10;SqMkrr9A+/lafUdWZ5huubnQ+w/RyEbxkrVU22CRpipvCwY3RLHFO5G5wCQPC1uF7jQKDjsoQWj2&#10;sjor3K3+QlWTNe57nq9Xue56vV7iy6fRrNnLAonlEKSSsjzMCQoMTgmw1049bgFYmnrcSsV7hup8&#10;FwddwGaIDfsBT1Qv/wAmHh2q2b/p0u1K6K9xqlwrB7n/AI00LeAtT1P/ADRxpTTcffW9eGw17mA4&#10;dgg/56WK/wAKeo/5p4z+XbP8fxr0KPCvcxnD8H8MwoT4f6NUf0cr+Xb/AKfuNXQZwivcxtQ4SP8A&#10;nPLrppTT/wBHPFhsfx+41cEjhXucVosLAt/OQfj8tNz3cNf0/cfxq0q6K9xzocOwlmkcY8PMjjeR&#10;EanmG4hCQL9teKm2WowV7qsCYxFe4h/OVVItfhQpYG2mwMZr3JUcwZAR8Lc9qFOgzXuLLC2Bw2T/&#10;AJdN39vzQ4qaWIwrx2V7m2l6BX/6cm6EXHelxED/AMfNVzHHtGcIzIx0D4Cpv3ICvyOHEmiF55pl&#10;brh1IdvFcIYW+OFQqf8AlXhskl2fujT3WubHkfITO00Nk2vTWOppydtvduNGPt+vkxJAynQA+w/T&#10;zSVQrqqzbMU2VVKwRbG7dz9PAA9Zrj/ZT6gjsTU4W1vh/PMNHBLkSgAoUTXCVIukY4Y/A029K6aX&#10;/aPynUOBtTDZILi17/J4meUMRE6C/b+HBBgKNVOoqx3mcP7NbcaKRNIVlJOAr3MyyC/u6X015aq1&#10;7nYnO7UFvDnq1Ne5cJ6B80+lrA8Sy1BidfLUdZMSliosJpa2hrJIlqZdy2ikKSRhhpqGW9xZSRww&#10;yDuEXQW/JAOHRPSfdFB/edF0u30W5ABB1E/DZVLH40OSPXx1N9OGd8jelapy9gHTCvwLF8S614/i&#10;+JfJ45JhFDDHUzUdI02yFVqohKkm7TapBkQNcWqZoxSgxrDMemwqqWppaXFkwmqePstRSPT00qa+&#10;KOpU/RwXb03rLrjZTiBI+FBTI8sdaYhY8WkH0Oo1RJ+G50m6k9GR06y51Nwb+QZuxjp2vUKhoZJ4&#10;ahnw3MlfmrGsPlJp3ZQZoJEfbcEXswB41Yd6meimJ2Sl6hUSBkRx84J6ce8RYbqhEBOvhwZ2+9di&#10;QApcEdRj4UQXG4d7EhufI/KiBZw/AQ/Egy9WYjikXp5mxiB6yoiU4JmDLdbLKpZ3E0cUNaWWNrD7&#10;dm1+yNbDNV45gtDTUdXXYrTUlNXqr0c9RPHGkokAK7GYgHdcWAOvDtWasQDrAB2TxoOW9hdqUUNp&#10;PhwOFVZ5U9LPqHzzmnPmV8l9F8zZvzH09xCoy5njBsrYNX4hUYRV0sjxTR1iUccjQ+W0bBy4AUg3&#10;I56kzJgWIT1NHRYtT1VXSbvmaaGVGkj2yNEdygkizIwPsII8ONM5jbrXpSsE+dM3WQXbJDjjagk8&#10;Yp3zx6O/U501y5gWcc9dD8zZZyvmd6elwLMGIYVVCjqpKuGOogRJUVhuljlRkBILBgR3HJ4rKZlD&#10;xzLMhsC0TAj7wTwyZhwSlQx66ZumgDikggUDWJdOs95crp8KzFk/FMu4pTBnlw3G6CqpahVW5LmO&#10;ZFYKAp1I8OZzVKFuVIA1LHtprypt4VtFFKUJKo4U0Q5brquQQU0RmndlRIIwSxZm2gAAE3vwPGzt&#10;lfMGN4pl7Bsbp8TxfAaaWbGKOhfzDTeZJHGocrcKxN9O+nALvHm1s7bLQ2rUR+I/CpEyHI37dxDi&#10;0wFERPVP41dh6UvRL6lPTvR9OOsHWXpZX9PMn9Uc1YRheR6rMRghnr2pcAzDVuyU6u0wjMZVld0U&#10;Ne63GvCAerPP2acH9LVRBgFVV4FUYJVZewaSuwqqlpzPTVtEtSzsYdpI3e4FJsbEm5taOLi91WiW&#10;RgEq9szt8uFSdZ5agX/ejaoH3GMPQ1tKekz0t9P8u/iYdS/UBX0WF5xzD1qy7nDH45sy0VNUVuW6&#10;3K2baHLkUOFPKGMS1FPUPLVuPeJ8pRtUNvojqDJPLLLMxkkkJd5HN2LMdxJPiSTwmxFCBQg1fZyI&#10;YgR2uR25eK8gSYr3MRpwTttf4c9BpzuTXuYPl1uLqNNRz1NFONe4an0PsaX1W9G3+yHxGoguLdpM&#10;OqY/+ZuG2ST+aRHTRPnreq0X1URv8TKkFd+Hv6y4GFwOnOaakgf8c4VLN/zJy7vHpCuO42NVHzdS&#10;Rc+HntyM8wgrMbZpfbK/ZJ8hQI9HYW/zW9Ny1tpwDBlS/hbDYv6OMDPucEHv2t27cRJVApQhR2UK&#10;og90BhYr3+vmSFAhALdyD8e/DazeK8I2U6g6xSfxePaokAFmVhtI9gI/Zykv8WxynqK6HN3MuBFy&#10;f++jb/EcyZ7Lx/kCfM1B+9LcXRFDB6LSB0vzREP9wzVjSH/gvJk8f+Jco06ga1mXD7cN2/dX1XD7&#10;NUysRsigyoY0b3gdOWDMAPvvwrANMrkmvcwNFTTsiVlSaSLVmnSMyW0/wgg/nxxlKSrxGBTRTFe5&#10;njoMu2IOYnv3sKKW/wDyvxYWGv6fur1e5yNBl2+mY3X/AIlRyf8ANfK901/T91VBMV7mMYbl4j/m&#10;JW/4Kil/Yx5buGeCz7K2Zr3Ov5Zl7wzMfhejn5ruGv6furwmvc6/lmA/9hL/AOQdRzRtm/6furZr&#10;3OX8qwEjXNCj2f6HU/s5r8sj+mPfVCcNle54YTgPjmtB8WpKr+jlxaI/pj3/AIVXURwr3M8eD5fJ&#10;1zfCvsJpKz/mVDzwtE/0x7/wq2s9B93417jp/VrAvI+Y/rtS+X5Xzlvlq2/l/M/K9vL77vD2a8c/&#10;l4ie8T08emOjppn8xjGk8417n//RJViL15ra2swqQ0dG3lDHaDzSq7TLcEeYP8mzKpGtwe+lr5jp&#10;vHUhehcBYAUB0AgjbwkA9Ww9cdsLKU6ZMHD9PwreWoYKHyMNpMYiWuraYyzZfxKSJSxYQsjX8s6S&#10;qjsG0AYG41uFnrHTYHjVFi8UjU8IdJmeEBGRTZZApVlHvqSdWAO619DxK26Wn0uSRESePCejaOvi&#10;RTNvhgcRUWrSbMOXcUwSWniqqiSOWGCKru0bSDc0LPuRyPLdV7KSNt7ajhnc/wCJUGeMjYFnbCAa&#10;aqw1zlfF1ZgWEVQXlp5mcKBvbeb2FvMNgAByUN6lIv7Fq9QPsVo6Tp2pJPTtk4CcBQRYItMxcthI&#10;Ssa0joE4geR9gIogfp9yxmfoz1b6g9J83Sw4pgubVj6k5QxKnjMQaqoqanw6uoxC7sRHGIYxESxY&#10;wLudmZieZMtOcYy3XYGJnRqSnfDZPkmeOdfm9mxhJC6uSJCQzg3JYD28O8lzl+4sltJX4mxiBhKV&#10;RBw/oqwnb4gNgpG4wq0fI/1p7rw1pBg44DUIGOHh64L/ANTaeDA834Dm6WmjMj1sWNxyYoFlgkpq&#10;AyfMxGOdGjFoiJI4rWAR2FiosY7D0jTD8LoKSf5ynimmoZo6trNIlTTQVBcAAMxUS7BrYA68ENhb&#10;LbQCRIUopn+9KAo9exRjyNKCtRABIScU+cElJ9YM+Yiqoczl2znn7OWO4c2C4nXYbhWbaGswSPzY&#10;aGbBsUxTCPlWd98UIc0oqD7u5zHZdNOE9XH8cxet6eSYjSx1GLvVY9hlSbgLKYJzQRMGsRuaOCPc&#10;fEg+BJIDzBwFWXuHxLCVLOzHRgB6hA2+2jJm6Xc96P49nqVKj41cjQ5Jyrk3CutZwyqbB8pR0+Ws&#10;Yw9KfzGNJSNF/N5l2sVKqJqqZlQCyhhbUABBxSvNifUqRaklkgrKipl1BaolrUfZ4E2CNc+0G2nA&#10;fklskm8k7G1HzMg/I/GjpaUhIGwBQj20Mc0cVJg/RClhoQYfmsPo6WIWKw0cODzwiSx0F2dAB3sV&#10;8ePfTujiw/IWc8XxAmCDF5qfLsEsb3kMcUbVFaFsNT8szEC17gcVZFaoTljrjn2rWlI6fCCtf+84&#10;UeNJ/YScZUPcCfjFBl1uxStxvrn0hyjgbw1NZlSixPqFi9BWxkxB6iSPDcHkJBBX/fiqAtqNm8fE&#10;AnjFe+KV9XW1K7ZKuR52SMWRWdybKCdFF+AO7fLzqlnAqJPtxpEE40bXAsLhwPCcNwqkdpIMOgio&#10;opJ23SOsUYQM5FtzG1yfbx4wdWkgwmMXBSvgKkH97y5Nb8mv6flg5wodLZ+KaivtbkZek/33yNcj&#10;tTFaqQgXNFNuv7BLHoRy2nJlfBhmAYU0rFp3pUVF02NcEm5IPvXsRyQe3Tw5iwJhJmcJ2RQH7Gn3&#10;vydyGyQoqT7geca1W/xJemmJdSesVFRw00Ay3RV1VWYpVOsj1cEqzweX5YR4wIWjMqy9yQVFvECR&#10;B8vU0cDDcrSSRqVPlnYzNbQi4uNSPo5GQUkPPMMkJSlteImSNIUerGIPuJFT/Yu210+kAaSUnEEg&#10;xifaR7thqmPMMecsk5szdh8bw1eH4NhmKVcbba7ZXUlHReaweKVkZkkfy45NFJ3ge8t7vG+WnqQk&#10;h+YWaWzLHYXWWW4uO/2V/jb2cju4YQphUCFbMfI+2OJpvvGVXQa0zKsNR6TzM40BP8sosfyXUYxh&#10;qtlubBcFTyqiTz3WGpwjCTE5WVgYi6VE7MNVVQyB9feM+lidvm2lRJEL+bCyJtK+4BrqSSCD9VtO&#10;FtysNaAcMMcTJ2bZwxihCiwdtPC6ANPFJxgHiNu3o2RQTZux7C6tcoR4BX4lR1hoP5Rj9JjVW1RD&#10;PM1XI7CBliihijlSRbhv90L3Y3uKNo8DqZsSnWaMxCkd45gwNgUYr/EcE6CNAjZQKbV4RG2vp3TY&#10;7SQ4dDLDKJvm0WWBkN9wdQwOnwPDTem6lpX6o4cJNqyQ0tU1GSAzLJ5ey6g31CljwM7xlQtFxx/G&#10;n7YKnHhVTv4vOM4hhnoa6i1VKpmpJMRwIY1C0rwxTQDFYplhleMqfLlnjijYFhcNbh/cJrpatojH&#10;Gs0cDmKWTzZF2bduhAAYmxHbTXkRvW6W1kKMEnZFGTV066kKSJSBO38BtrWW60ZAwTKmE41FXYjU&#10;4PiWPYdFidBRx4PhdW1c9RFV7Wjlqnnp1gLLM7b180FR2IAYtPqV6Y4XmX+YYklN8vitHDHWU86r&#10;7xXy1upJFz2vyW91bgLswDiQSPfRDdKLTxHAwfbj86tp/Bh9V2ZsD6cZIyLi+KLi+WK7EMSyy0bO&#10;pWnnhr5ghjWGSREXWwQWAW1gBYcrFrIJIBLFKLOhKvt8CDbxHBM59lPqGANbRdLNHNsljN0kAdPi&#10;Dr4ceukjGn6k4MQbExVqAHT/AJE5WH5jgdzslNqs9VHeQK/ylI6TSD66QLV9LMfiYEq02Gs2wXNv&#10;5nTg8OvVe7CjGxkLBR5f2fFtPq5FTuoJBqU20iTOyq/8JKTV08SMyQojP+n0e9lQA/Qb24v8tYlV&#10;4Y0VNc7CFqjGb2T2i/DO2uNAE9VF10wlRMUVPrZ0+y91Apq/EZI4zUAT4GKuMqZJiSVRiP8AVtpp&#10;rwYcKzBieIyLFRq07xgvZQSLKL2PHb27SUggATRXbZWholajgeZqr7qT6fOlORMPq8TztUU2DYbX&#10;OmHCpqzDE/mVD7QUDDWzHgi4RmKNKWWsxCX5SKnQm0h7kWBOvgD48F25W4j2Z3IVo8G3EYGKgrtu&#10;7UWsusFsMOftF4YHEDjs4mit4X6EcT6gdXcuZWybgrZkw2SsWtxfEFhX5eJG3zxQNIwKGSRFuE9n&#10;fvyVT9UMEip5Y0q4/OkVUhWT3dzMrbbe29j25lButuCqwWXCZ6tkQTj1GKwG32zlOZtgAFJxkkkk&#10;9InonEGrMug/4ZPULpL1Bp8x4ohxrBKWqjqlo6COFo6eCCpG2R42sUlEUu0qAVuDa4PACzF1lyZi&#10;FfTUtXJ5VTNK9NVRSqIffWBpdt2Iv27jQePfg5c3GYfbcQ6A4lP2naQJ2TjgOvj1VJHYlvY7bPFx&#10;QKUpSnUBsmQNUdfGjy55/D16hYHl3FqfJ+ODFY8NlmrshYxXSTVlbBSS1IcQEqp/RxhrIpN+4A04&#10;DGd8z5dpYRJlTL0eLpj0YkEisszqQocEKsjHQDVfHv7eA/LMlRlGY6blkKt1GQQMU9R58qzQz69y&#10;zPWQA+W3mFYpkQrqkE+YI8jG2lT6ZulXXTA2f/Pnn+WkfLUktJRLFTPSwtA0jRANLLR04Y3NlfUj&#10;7JPazrhfV/JFBlmHEsTy4mHzxMcJxeSGnhjELuh2kC6/eBccM96OzvLMzHeHBraNOHnzwqE396cx&#10;ya/NraKBdI1Jkk4TxxjyxxpwzT6GOp+fs+yYqvWzGhk6Kohx/BsKpcUqS0z08iyFHZlfemgDRvdW&#10;FwwseOojrcxtuw2jatw2YB6OoVTcKPejva4vqLjmDu9mSLy3MXrZWxCiB5TgfZH61l9uvnQvsuau&#10;SIUtIJHQeIE8AZjqpCVtbk/o21RS5qzZTYJmTC5XgxuGrlSNJ3ZjFMyqxDBG2llN9QR7OJDG8Exb&#10;C6xqetgbzJR5rK9lCgHXvbxPA0prSds0I2nQRhwoZenHUzIufsuw49lPGKesw6FzQxVeHnzvMcqS&#10;ASpfsB+XG6MGlMsciWshbavb6e3FTRgxVk40qqspiaUlRBNqZgoeY+9ftYAHS4v34kOqr+bkCnY3&#10;v5tOxB8Dcj9vJR3fdm1QeMfpUZZmn/K3PM0qOglOaTrTjsQttNPWKCnazGJx/DgBYct4xp8dOCJt&#10;SRiKIV7aOZiLWci4+vw4ZroRl6lnxGoxaojEklP7sG4AgH268SPGTSe4VNVyev3qJi2X+nsOWsJq&#10;WpUxxxFXSxOVYxjuungbWPLFcoQo2WpVdwUlqnWYWB2jy0PjpqByNN5XCb2EjEIEe0zVnFAMAn7d&#10;UH2A/KtL31f4tVUvqfweqp6NlxLCcqUlRgbRSSq07fzCujVl+XMb7leUgKCdQNDqDzwehlnramJ2&#10;MCR04SX31KrJ2NvLAuLi/fXhXmLmljvdpKhHWONFmUI/yvuk4AJJOMYxx9Tsp/66Z/wfBOnGWMcS&#10;Gnx+qxTM8lThBWhq0rKrDLefD5n8yncBjHKEVvJVkGoBI4G+SsBWlzBhxjYSx09SgjkAsGCvYG3h&#10;ccHOf3JOXuHZ4D8KObKTeNJ46x8RR8/Wl1tkzB6cupkVbSNheI5hyriC1eFyyb2ppqrD3LxFhYMU&#10;Zit7C9uGhMS7SCLX093mPCb1RUD0VOKbBISeutUpZ/skHUWN7+zjSu+06uNVdD8dAEH/ACFwWXWj&#10;9kpOwpV8dR9k8xTeXJKtaDw+WA+FKHFfIdMLmpVLCWKbeSSfeeV5iguTcIGGpN+IbPIBQGM3LKD9&#10;Xfgp3aci2AV/SPwFAnPWSHxOEiKsg/D1mLYxWiU7YaWpWaM7r+8Qu4hSLDQC/K+MwKRmDHADcmsq&#10;SD8DMx5KtsAEDogUCbqA4a3mekM4m6SdLXaPb/xncGup/wAQw+EH8+Nlg11bUdj+o48MKTARspdF&#10;yhWQGzA3Q+wr9PHbL/REZmpZcUxL1lZ+yjiOJTz1jZfjzJWJSUMMlQ22OJDUptVV0RQAAALcgjeL&#10;de5au1ltnWg4g9Z4QOupFybO21MpCl6FA7OEDj86rD9SPWQ9IOoeYKHIX4GHTP1HZRpYoA3U3CsC&#10;wOPEsZxWejWqlLxDLFbf9NIBJK0x13EksLGfUelytfeaD8RPPNFe+wT4vPMFv4Dzay/134F15Xf/&#10;APMmv2H8KEYu7TYLlNF3j9cebaZb13/CY/J84Ye8KFcpqSO32f6kyn7xxLYl6U+pTI8eDfihZpw1&#10;nPutXQJWldLfv4inKt5Jfbfyi/fTK7hjhco934VPi9d2Ly6H/hMHl4Kg+35mUlW3w3ZBHEJW+jz1&#10;ROTJgf4wOL0Dg7oXqsp4ZUBR9M2Km/NHJb1Sf+JXB6U2MxSkR+YbIPX+lT/9vqk+Xlw/Hf8AhNDQ&#10;U1DUp5FRR4bBlarV0NgVaNclRAi3geNqekP17QAtQfjOPKpsB87kLLrH/k/EW4z/ACS9B/uTg80f&#10;rW/zTStrjfoo/hTGPWl6S53WPNv/AAmzxTDGTVxlrp7lyttb/lzgNLfX28kD0rfiTwW/l/4w1BN7&#10;tlNZkDK519tjNJyqsru1CC0v/UxVkrbIwcQf90rBUerL8MWsU/1l/wCE+XUTDCGvJ/KelOE+74aG&#10;KSm0+HIE3ph/FoB/31/iyZcrVB0+cyPluK5J8fLpZeJ3Muu0Y90r1b/SnFKZiNaf9OPxqC/qj/BM&#10;Cn+d/gfdXsMmcBXig6UYZtFvZfMcH3242zenf8aqmv8Ayz8STp9itj7gxXLmF024fHyMEl5b8q/G&#10;KVf6n+lJO7RM6h/qg/GkhXepn8AgllrfwaetFPf7W3p9DDbdr/ueclt356l6N/jr0SnyvWl0cxru&#10;B/MqOeO4vob0+XFF+Mqacn7Z/wBz/SlaYH8X/oT/AJKkvX+o3/hO3Kyx4n+EZ1ow4xtpfKlVTkN7&#10;D8vncH6jyp78YnKn4jOX+hXSyf1ldXunvUTIz5rEGWcO6PrVrWx4ucHq2Es/zOHUQ8oQiRfdY+8w&#10;08Qjv0KTEpj/ADSn4gU+3q0mTh/jT8zV034L3UD8MbPOPeoT/hvf0q5y9NuMYfSZabqtN1XoMRo1&#10;xWnkmxJcPSmNbjmMreFknLhfL+0Ptfu67XC6t1fVz3PV6vc9z1er3Npn8Kcgej7LBvdv5zjtlvb/&#10;AJHT48nbs+TOXjzNQX2gY5jB2aR86L91Xv8A1gpLaf6FFY2v/wAjE3s5ZCu9lIIt4hlII4NENJSq&#10;gQnSDhsoMpG+wVPwKspB9njyREl/G3t1HficpKhBwFeBIqNPIo7AFh2XXjvSqVkUk7SCC3x8Bxhp&#10;AAKOH44U6mBjSaxRzNBIoG46qgPYaXP325Rp1vGzrL1J3m3+/iqAUeHvW4q3dVFqkdZHsJFA3eeD&#10;eLB6veAaPFlpt+XMAe999FStf6YFPEvhyBkW4sNDY/DghQgTFA9xcCOmnri5wBryxnb2Njbh5aIS&#10;MaLXsDNe4dzpCtp6dR3VkNz7O3Bpk2mBSFRpkx3Shn/4gwt9XLUelyr8tAWNvdWwH0cN30ktqO3G&#10;jRrXgEiapU9YsiKuJF22233YjwPBvziv/GOxtO16Ko19toW5GO8Mm2fk+nqKETJBcZ8xVQXpbYR+&#10;p7LM+3en89oNrEaXatjVSLfE8qazEQZJL6EsSfrPIouhqRhUmZSdKyIrbywUfoodbjYtvu4CmZKc&#10;TLIAfcJvYf08BRWZg1Idu+EgSKXVKQB9358LJmmMDzkuWsSLHx1/t5sJ66ae8fVTsOw4A+LTbN2m&#10;oDW+IvbXim3PinooivGAU9dd8CvF2kkimNtisdDw54A0R3GEHor3AoxNmVpEA1S7Bhextr4cZKTq&#10;kbfnwrTCQSDXubNlXnbMlT6UvTdSYpjMtTQ4Hk7IdbhtC6oI4drVFKCoAAusdGgufAfTyWc/u3ms&#10;5ZJX9rCFAcJOhWzpiMekbIwGM1jlNpbuXXdpAU885qPE4qPpir3URzotkjJVP6hfUfmfCMn0WH5h&#10;lzPiOXMXzFTITV1ET5Xy1jBSSSS7bDPiMz7VIW7duD3g3q461YzgmE49T5qraWixiI1FAlTh+HPG&#10;xDtE4UrSEMFYEBl+7w42nezOWFlBW2DAOIg4gEEhIPD0PDqAGedkeToUSi2WqDBIJ4dc/Om/DfRh&#10;6WcMqMQwKDIOERyYU6mto6PEcTSWHzVEyl1FbddykEAj+nkOs9XfXNLKMcWsaxKrJgtJJcdr2+QJ&#10;t7eOPb+52kSFtD/TD/Q0EmOyjKjttnZ/xo+KqEOn9J/p/pk/0TLr0CJaK9BjuNwbfYLw162PITer&#10;3rHUN/peHYfVRkeWy1WXQy2sB7xSlUm/jrxI32i52FT+xUOiVfhRv/sP5USALd4f54/wq50vpi6R&#10;YapGH41jWHSkmQTUuacZVrlidPMrGGl7a35Df1WZ4f3q7pzgM7x3KvLlKec3A8f0QHLXPaLmi1fY&#10;wR16vwNbT2P24I7svJn++H41Kk9PuS5YzF/nOzbEp90CjzhXwkXPgySgj7+Bj6hutVfL09yxmWqy&#10;pgtA9O2GZjq6bB8Gp8OWV1x+rpHSUeX5hUx0YBUm2puOVzu/eU3a3igjUlxB0geHBLqsZ2iUbDwq&#10;Q93skRlxctkLXLgWnxKMjSGiIE9Lh48Kg9FekGFZVzZ1MqaXOuacxLBUx5Zopc5ZqxfG0ipZ8Ew+&#10;sLQJVzNDG++djvVN2g962nFbhvqj/nWE4Viq9Fsl1GH4xBBjFNJUZImZik8YmRysMZTXvdbj48sn&#10;fF+2OhVsyICemcYifCdqSDW7nsYQ6CpNxdEAn/XRwJHEE++myi9OOD4TK0cHXDqC00BNO3zee8Sn&#10;95LBhaoqDci/Zh9XHdPULhbh7+n/ACRMDuE6v0/qiCdN1wYQb8292gpwlhgj/FV+EUWp7CFqRIur&#10;lJ63vwrPUdFolay9eM+QBgAHhzlFe3gbTlhr8ONh65ZaZpZYfTJkFo2YK1+n8yuBbcLnyxfv4Ac8&#10;5v5ZqH/E1vPCQf8ABpxvsGWhci7uAf8AbQR8jWOboT8xSpTSeoXP9PPfzfmKTOKpIxAIsLhhb4cU&#10;OXuofTjMVfV4dW+mPI1KKaixTE2qqbJz0LeZQ4XUYio3yqBZvIseMDP7a+S6j8q0CELIKUmQoIJB&#10;xCcJAkUa/wCxZd5docN8/CltiCuZCnEo6OGqaDLOPRTMWFYVBWYD6ouokVRWV+F4Kvm5qoqvZDiO&#10;K0+Guyr5LAsvn3Um9jbQjQlj6O9aMiNmDPmVsY6FZXzhW0mIVOZ8MqcQwH5gU1C8iQinjWmUFEic&#10;bhuBtu79uEthmybdpQ7hDgbUoFSpmCRomI2xPnQ5303Wcvm2nWbl1sLQnwoIHAEnEbTNDrnzo1jW&#10;KVGVa2k685uybBhFBTZamosJxenihxCogSVjVVBq4naSeQH3trAHaDbS/B9TqX0slPkr6WMplQSk&#10;i0WA18e69yf8ml7G/DhG91ulEm2Zg/43yBqMHdwb8eFN3cR1lP4UlIujGdaNXmPqmzYJXO9WqqzB&#10;5UUiwsFlhC29vILdRuiZMhPpVy1HJfZIUwbGlsQbAXjQHihG9VicPyzQT5q/wRSRXZxmqBCbp8jz&#10;bPxFPNP0v6jRkPJ6ncdmJQiON4cvAEHuTanN7eBvxW5NzL0RzhmTC8uH0w4BhCYjL8qMQFFjUG0l&#10;CVI+YKroRe2l+aVnVk426pNu14G3FiCRihtSxwxHhiOvqxO8p7Pc1FwjVduhKilOIb2FQB2A8DgT&#10;QSdX8rdY8hdNc6ZzwT1T4/WYlljD6rG6fDjS5XljkeGJnVX3Um8L7bMPbysvMOcsJwnqfguZsXwC&#10;mkydQrhObccyzRxGKlmphQQYjUwoN+4I+5gPf7Hv48jxh9NvmA7xGpIIw2AzBjyNTLah53LYbXpd&#10;OpIOEggqCeETgOFHeqMJxCrynimBUOYKnD8SqaWswmgzMphmrKaVxJDFUDzY2jaSM2YbkIJGoOvL&#10;A6fMfQapp4mpvTLgNTR1KpJC+/MC70kAddTObaEHkgJv7BtZQu1bw/xpI6cThPRjhUM327mfrUVC&#10;8dxM4Ja8p+wdFF4pOn3VijiWOq9UGNT1MSlJ3xHDMpkrIpswtBQxA2Omo5LOJdAGhank9M2CxCxJ&#10;WGvzIO/vWB80219nFQzXK1RFu3HmaLlbo52rxfmXlHrbaPyFY/6kdZvORz6o8Q8oWCxx4HlIE621&#10;3Ub309luPEWN9AnqPKT0+YTSyAilDQ4lmJbrPZSfekABA8fDhjZ32WXb7bQtkS4pKMCcNRicOokc&#10;xSVvcveFA1KuHNG3FDY2Yj7ZwqNXZN6zR0NQab1OYstR5TTwyfyPKEoUxWJsjUSlr/8AEuF/yRL0&#10;VXqB1VwTO/SOHH5MMxaYYBBFiuYKeGgoo2+XVLwyTvISQGLOx1OlhYAEbvuZYplTlyyFEkEStQAC&#10;kpIGHWTE1IW+KM6QhsWbhTAgwlJKiNpxwHoKWmIZe6qY1lHp1V5b64VWXqpcPilx/Eq/BMv1cuLz&#10;zwpP5jq8FPHEQA3uwqot3GnBQqsq+lqtkk+b6CLGijzIzDmrNiXv8EI119nBW3bbvFPiYT6LVUaD&#10;N972k+F5f+po/Cm6LKfWzzEkf1FvMhI3065Zy8lrd9btxP1XT/0kTN+m6GkF7qGGbM2BhfsT5qEC&#10;1+JlZdkBxDAI/wBsXPs/WjixzzfAJxcVsxllr8ZqTNlrraQxpOvMZYMrqJ8s4PKCFNyv6OaO4bsd&#10;b+y3fiEzXRdA8A6idNst0/Sj+XZNxzBnxOaiXGcYlqJaisrMSoYlE012UCSjVgBHckkXtawdbGWL&#10;zIoNv+zSQIC1Yy025MmYjVUmWdvnIyxX7cF46FSUJEDU4kpgHGdO2eOzDHHk5urNdgHVGixDqemJ&#10;5my7jEWC4Njf8lw2Klp6ZMOw7E3vTRuN7MKqRSzTWA26Ag3Wdb0x9KeKbY67o9iabT5q/L5jxkPc&#10;mwGkIvr7eCS0schWkH8ucBs1qqM13G86Dg8ST0Np/wAIU6CLrLH769T8CmC+6Vq8CCpoLkkxYhcc&#10;m4d0r9KeENS1EPR/Glm02JVZgx1CLkEG4W1j4W4bM5Zu2Uz3AHmo/jSW5VvUsH9qr/SN/NZqKanr&#10;FU+YlP1Ny3Ht3K09PhMk9iNDZfnBYg97ngxYdnTImWs95IyzR5GGGZJxDLlPjb4fJX1NRK8tdi2L&#10;YXCGmk27UAw4P9kG7EHsOLbPOLZnMHG1NgMoCQBJO1AcmZ4aoAj14UR3251y9ahRXquVlRMgeEJI&#10;GwYTJoG8u4r1SzphPqPw6sz8lRmvpPm+lydgGYMFwuClhekGT8v5qkPypM5eS+MSQ6yMCEUgAliT&#10;R5V6kdM4glPQYDT4cQwF5sUUgHQi4qJUJ964BA1t7OSxl2f27PhQmDMbffsqJL3cS91lTiVKE9H4&#10;A++g6z1lLrrU0YaPqtucw74nhy07uYzcH/IKV3bbE2Itftfg65ezjlet8kLFTSO9mNNBiFM7LcgE&#10;XVx3Hx4JX86hAIUJ9PxoI3W5qFrILZT1nVRW8+n1BZPw2qqqXqJV1/khvKmgyfKqP5as4FmppWsC&#10;LDTufuEnpfm2pzrlLE66tpoqaLDsxYxlilgpQ2kOF4hUYeoYsTdv0F2PtPMaO024N7kDTz33LdWD&#10;0eFx1A9yR61Ie6mVDJ96nbe2OCbYK6cVJbWT/vRqjr8YXp/hWHdBOg2b8TxWszBmDqFDknP+LYxi&#10;ppB/pGZMBrsQliiSkhhRYY2XbGNt7akk6mk3PzGPqPn4DW2N4oNx+NdIeDrc4E5Va4/623/ymmsj&#10;L5Op9R44Vt4+mwR/7NPp8VReFck5XCKD+6MDpgO3w454LJobaAfaH1X/AI8F7DqTxmia5aJIBM0t&#10;sW9wXVChNlB+N7cCr1SJv9PPVhb3P8mnk2/BWUn8hwG78u6rFfmn/fk0e7mojMW/X4GvZPfdmag7&#10;WBlU27/7zvzXqw5WZla9rtoD7ORhlxg4VLV2nw88aHXlvH4djhc94OLab0t9bDk57gXASrHiKhPe&#10;sEvetA36g1DdFupIIuP5TW3B8f0Dctk6mOfmM2gjadlAtx7LT8FG5CfBeAGfEn4L/GvdoiJatcZ2&#10;/KiG+hNUiyVlhVN7nGA99CP9JpyRr9I5V/1eW8MwNxuJvr8D/TyFd9l+LqoQ7nDwz1VaRRWK/r7e&#10;VrdSVZHn2PZhe30A8hC8VCiamfLlSmancK3jVZeKpWXQbXUHTttPEge1JM0JrVkyIr3K3OQnWS9e&#10;57nq9Xue56vV7iy6etCmcsBapDNTiVjOsJCuU8ptwUkEA27acetyAsTsp+2+8V7htKqXKpL+VTV4&#10;S52hqiAkC/ifJ4arLUyAfaPwoxhZ4ivcaHly7usaWt+kTwD/AKg8YU40T9p9v6VoJJr3I5fLYBIo&#10;q72kippx/wBQDyp7noPtH4V5KFjZXucd+XCP94K4/E1VP/5z80FtdB9o/CnkoIr3MBqMvA/8k+tO&#10;3wNXB/5z88VN9ftH4U2smdte5kSry9cA4ZWtfUgVsA/jTHlA41/RPt/SvBSjxr3FBhddlaOWS+CV&#10;rM0ckcZkr4SquYyFYgUwvYm9r68WW77IOKTx4/pTulUba9wMOEm2m69zPCAd1+wtxtZIqqjFe4u8&#10;HYDDHAOvlG3/AI0ji+1+00oTiK9zbM9BDf8ATlHQdrmwpcRN7+JxipPMd9/yTmKx1D4Cpz3GP+SA&#10;ddEfz2gXrRno3sZYsLbtpYUEa/s4bKOVSCG08SeAFKyk4Chv61HqKQOFPnHb+7+unJSPuC66drHT&#10;j2gHzrXfA01ylkO393uzd/48L76ypH/2XeoMd7os2GML9j/v8w4cEGRpAQTxohu1K71M87a4dMY1&#10;/wA/mWpdgJ+TlRZLm9vk6+2nKJka/aw+jx4dRVw5NH/5LVRqT2GpPNA05XucztNiv5csmONer3OB&#10;Ha3tty8A1qvcMz6QIEn9S3RWOaqNHGMwYe7TqFb7Eu8Kd3g5G0nuL6a88yUpcSTiAR8aT3qCplYG&#10;Jg/Ciy+tVcXf0c+q+PL9H/MMcl6bZ4hweiChzLUvlmtWNQpsGJYiwPftcc2BMmVZrcm5urPMWQVe&#10;bsYnaNCDsMmJwsYza92QnaT4kX4pcf7xpBIgkqPwonvG1NPlA2BCPgao2zXlCLI/qg6f5Qo6n5uD&#10;JHQXp1lWDECgiFRHQYXmikWYIPsiRYgwXSwNuUfZcx4VkcUMoKyoNii5Fr6D7I4w49BMUNSkxWy1&#10;JFqSOx1I5ar6useqcByh6ecQoHG3C6uPGFSTcYpXoKGF4gyE7WCuQwBv2HBVvK8lxm2UnA6fgaAG&#10;6NqRc3WobVfGa1g/wS+n08vqu/Gby7m1I5KbHM9LBLTU7oKpabMWJ5iqZmMkVnj82Foh7pFip8QL&#10;Bd0xz7n7EuqMOZagPVUWbqOoqK7L+GxkSSVBp5GmmphvBDtYuwJ2ltdLcDDFytCpBJP40IcxtU/l&#10;SiftiJ2DHD8Kt59QPQHopT+mtemc7YdlnLHTipy8mWMUzS8C0FAMKxakkw2lqZZo2Hy6skVMBYt5&#10;ZCA68BLpJ6j890+cMSgxPHaiqwgVKvhGFY1K80NGk9SQ4DyFiFQG4GtyOKcveKSlW3Ts207f5Wyp&#10;CgUjZ67KFXrJ6SejXUPJ2ZsLmyLh+G4nmWjFHmPH8s0VJRYliK09OUjWSSnRCzH7IYm6gkKRfhhv&#10;XP1Dz5lKoyrS4DnxsPwrGaYyNgmG1PkVIeFyrTOItrtG/u7Sbi4a3D3enMnlLQlLhiBgPLHZ10Hd&#10;x8tY7pf7MBU7Y2jhj5GqkfwOvTj6f4+nnV7M2J+mqiw3qtl7NuI4TU9S814OKo12H1Y+epoqKorj&#10;Okb06TGKdINh+wXB3AlN+gHHsRxfM/U3+ZTedKcJpZDK92YgVqKbljroRwhslfsnOmPnR1vI3p7k&#10;/wB8R/vJ/CjD/jJYbB/Un0jukSiKPqh8qI9Ao8zI2YX8Bpby78ePVovzvp1zxRrGz1eFVGWo6ZHV&#10;N5imwmOVvLK3ZlvHci2hBPiOEy1JiOsfA0ptZGmNhSZ9FCKFH01fzWk9SOVZoQxwTNeX+qlZihga&#10;oeE1uFdRaOCmMqt+jSURVcgBGrIQP3Tyj4RmzbtB3IPHEpNGKWlEVabzgiFzobDwPHJinkpFe515&#10;RBDEG5Nv105XvARVq9z3y5HYXJ7E+HGe9mqd1jXuGR9HV6f1P9FpDp/v6hj1/wBeN0P5Hhvkzh79&#10;PTRLvIIs1x0UT78QinSq9CHrKhf7J6YZ5kOtvsZbrH/Zy7HMMzHHsZA1Bqqg3+BlY8At5Zp1qJ2y&#10;aftUAspPUPhRb+j8pXpb0z8EXAMH0FibDD4tb24zMwCpJpbVRb7uFXdwqDVkp8VCwrFgwUXDeLe3&#10;nOnm3vcrfwJvc6cM22SkYGn4wwpkxFVswb93uDfX6Byk78XDT1A9CJQNXwBAD4WavkX9nMkuy1cW&#10;Cf8AGPwqEt7h/lVC16Ndq9P88xr2izbigt7N1HRSf8zco56iXWty4hN9mGlb/RiVWOCa9MqT5UFV&#10;KmjdcDdm98j6AeFxajGqFJr3PbqNWBr4JJ6YEq6UjrHJcqbEM6uBbx055mNWIwrShhXueV8qhbmh&#10;r7+IWrg/85+KC410H2j8KZERXudGXLA70Fb/AONUH7YOaUpk7AfaPwqs17nDzcrn/kUrl+AqYD/1&#10;A57Uz0H2j8K1Ne5wZ8rtb/Ra8W/xT0x/hDzSVtdB91bmvcxs2W9NsFb9csGn/RnlitvoPtr0ivcx&#10;M2XgLiOtF/8AXgP/ADIOVJb661XucF/kBPvCsUe0tD/zTzR7s8TXtQr3MsZwIk7lrR4LZoCD9w5V&#10;PdzGNawPA17jl87gny/y/l1e3yfld14r2+a+Zv29un0cUa0RGPs65rXc17n/0iK1/wDPaCup8XfD&#10;ZsPgKmNZamI+VMmw+YNykrKpHdQWHt5l3eWN3bw4tCkjZMYHpg4pPvoBPW62wQsYGt6bD6rLWMU1&#10;Vg1Pi1PidTTsstRS0k6mopnLXjLICHiYEaEhTftryUcapsdwxXihEVHTSGmxGm3N5dPI19jK12tG&#10;A20E3sL3vpdhD4cRI2TB6ug+XX0UnQ14tuPA/jWOLDZcIrnR5zPWyp5tDVMqeZUIir5isFCgyErv&#10;IXbc2tYXsY7oI/8AOHx7INXKZKPG6F4aOR2ZY4qhShUnUgOhvb9oseSf2e3CblD1k4fAtOHUcDPm&#10;kweGGqTsoH75WSy2i4b/ALqydQ6xtKfJQkdRINE09X2JxdO6LJ3WuCkscoYxTf1ljp4lkqnwydZY&#10;XKFQGKFmRntfQWADFuLDIFK2E5oxzC8R/Ru86YXWTTMFaLzAVLOVt9ljcG1wQLduJt1n1WObhq5k&#10;Y6FbMJwPsnbw20ovmkZnl4UySNQCknrwIPtw91IzrziRrunuWM1YPCMRiwmlnzPS4VQxmYV0dONz&#10;QQq24HzYhsI3WIY378G/Cq00eBVFbMd74NPT0zzRnbI52UkUm1rm6uEbtoQOSy4txqyCZJ0vgRiJ&#10;GgpJ8sSesRRVl14h201rEEJKv9KpH7urGiCdSMptivVPC8nYO5Wl6i0uI1MVNUR+ZRwLKmY62mdk&#10;8tQksEs8BNyWDNroTcE834BTYHT9N6zDZf8AfdLFUCnnVnK3TE4amSVi7XDSQy3sLC/gLHkdvWbT&#10;KGVasNGkdX7SSfVBV1UeZcgNXcFP9FRjjgo/KfWjmdHupeJdRMW9UGW8dhc5lwivoWq8Kr4aYPHB&#10;WZZlw2GkUQRBHSCvopYwzmRiO7MCvALwKmaTH81YYiblxarxylRSLm9JQVPlgW0LFqjgT3aWod6k&#10;/wCuB0extUe9XtFGuYEIYBCsARj6j9aOTmStWPK+ScdlbbUYHS5WqZWUhU8vEcZofPJB+yqpS3+A&#10;4taqKbKvRzB5XkNNilVNNV4fHMj7oaqYqN3vHUSUVQR2tpw0uLz8nkrQB/aGT1pUTHtLZPsiKVsX&#10;63HVJEgIMeZ4+yIoFMNlouoXqszZBBDDiWEYNQUFDi1bTyxSR1WFQvVAQ3QErJS4zh1zZgRuGg1u&#10;XPF6lqpnmkjSJp5GlaOkjSKNSx/dRAFUa9hYfDkWPOFaiojE+z2U6hrTsMijw4PRph9NTUUMss0V&#10;JFHSxy180tROyou0eZLMzO7aasxJPiSdeOmXSzph21gQlfTsW29rK6kaW9vfk1/T8sJzvH+gr4io&#10;v7Xkn+VYf0vka5TBRiUxYf8AIlONh1vd4zfX6OWlYbIpy/lwruB8gLoQAAoAPh35IP1Bvhu8ZIHi&#10;IVH+80AuxA/s7jHCU/OtfX1T4ZLP1VzYJBF5CzO5RlZmZiw2X96wUdzdT7fCxE7B3k/lrVAlCeSs&#10;kq2ubGIpYn6N/wAfz5EeTXuoLURjoP8Avikq88NJPXUz27yrfXoAOkH0BBO324VS/wBaMOwyfqdh&#10;+XJ8NmqhjtVQ4RKjOkayx4tDVwzQruB3CX5W3ushB7my8XVM2H4lTxYtDO0EZZJIapG2kQfbW9/A&#10;gjQj6uR4/mL6AGikFJBmennojzql2wHLhFwkkrSQU9Eg4GOPrRAcSfqJ0rxHG+hmLYDR49JUUlbh&#10;mOZRracVfnYy4FFUorwEMhjaJgHhYEiwLsoHJkNRXLBEkFMvm3WRJJSyo6R6sDe7q20diPHueNXT&#10;TaitS1cOo4kx5EeXRQnym8uVLWXZKkpPi2jEcPXhQU5lyp0zkxmtq8SzTUfyKbz6HEMFwiGmnxGj&#10;rav9HTSKUMdHVUizupLxOrMqn3IrjlQ2KQrS4zmKAWJgrqqEg2B92dx2OvBUgp7pA6qCaVSBwr6O&#10;2Vq18VypkvFDfbiGE4fXCx3i0tJG/wBtQAe/h38ODD6bKmmpOreCxzQCoFfBXUkbWDGJ/lXmDr7D&#10;aMi/x4F97kKNgvSYOHxFH2XFIV49hBqtb8ZvB8Zxf8Pfq7U4Nib4XUZdr8rY5UReYI46ynXM1DSy&#10;QTbrqyfpw+0g+8o8QOWHU+XcToZ6vDY98nmmcU00VxHGrbWG4qD4r7RyLHr62cUHpEGNvnTTeW3z&#10;OpjSZBIEbDsg+727a1Pcz+qPpN1Dy3k3qZjBw/CZ8BTAazN+XcWWGTFsSraUV1JL8rDPMrFVWrdy&#10;TG47Abe/ER1hiUwLS2DqMOPvpY7i+/sdbjTg67Pld424vgVn2RTO8LKWnW0cUpAPnRqfwia2r8rH&#10;cxTPNTT1WfpIfkKxGikp1hipGIkjIG2RvOO7S+gB7cp6zdRfKYviMWyyuxYf8Eb8kYCRjSVrFONb&#10;zuTMQ+fwHC51e7GNVZvoW3G/pzGsfUDAHOgBqUN+12pJVHb6eEWeom0cPUaOcmMXSD11j6r75um+&#10;YUS5f/RJAEIBsldCxFzp2HDbQ4nLU1SQFLCEhNp7E6DQg8hgvEmKmUN9FEvqstUuHYbNWrKWNYGm&#10;8xbbgAWYEgj2m/x4PeVcLq8xSUtLFRhmFoiYtTtB26ltTwyL4S2CTsolcbUgk47fTyqsP1F9Tso9&#10;BcGzLnDMOZmw/DYklxN0xFwsZkZfMKqqLtFyR2APhw1tBk2HLGCSxUiRjEKpNkk07bQpYdl08e3C&#10;vJL83l8kIQVITiQATPnHCije27RZ2BU84G9eAKiBjExjtMDZWrBnr1c5t9W3XXBqjGqbFcV6eZSr&#10;48ToMo5SoJK2oqaelnXfUTLCxKqm4HsfvFiAuZKPMIqKmiiwiSWCWL5dpftxkuRci2hBt9HM8t2c&#10;4y9u1TK4IGIiI9K5s7wZNfXV8pSgCkqwIx2cZrbc9LfWP01YR0wy7iydT6PDcboC+I4jguJsmHVs&#10;DeWWFPPFMEkWSPzDcsA2tyDe5Sk+U1gonGO1qYVXMI5KBHcGUWYhWCLcndaw/Lisb4JfeCLVBcxh&#10;R4eUnCffVn9wUMt/5WsIBxT0keQE840M2C+td875soYvTxkrEOrWAUNRUYTnrFqGB4cJgnCrvhNb&#10;VtHCHiD7mW9z9J1QjdPcuPmWbM+JwUzNTkTUlVjiqNzeTtkaKJYt7Eg6BfZwdtZk+hhKFEJk4gdH&#10;DrNFVpfsWdqW7calqnUo9E4CeHu4UaSu6o9QsXwHD8stFW0cs6CKbCMhbnnp/wBMPKWasnnSKMDb&#10;75ZrnX48esRwOioZaefL+WamlmpJVnqqlqdY47yLtKBJFUrcuO4vwpfzNCFKC16knAAxwx4mZqrC&#10;l3STAAUREhXQerypM4HnapppavD+o3VfC8YwnGY5IsByzUuklWyRK0/mtJFLKJtqRknYQLAm1uJe&#10;qwANHV0T5YSTE8eZaenjxhGSnlcsEUiNQCz62AuNT38eUY3gtbdmVYIGJ6D8uYoxy2zu3r5tzXqK&#10;OAMnqHlPnS8rOp+VMKyxW4r/AF9/lOTsqwPi+MY1gssBkoqaFHnmd6ibdHHCqrdmbQKDfhpen+KY&#10;NlehakxzCKLCcRiEXmLhoOyVQgjLm7NqGGup79+QN2obgXWdOJftnPCoHr6xjjtBj0rJPsQ36eS8&#10;qzeleI0A7U7QUkGNmG0TWrn+K56ZesHXrMWUuo/QHqJmDO2ScXjxNMUjx6dSsVTJMMTpvl2hCfop&#10;oZm2gKo/R3tc8D/r0kNRjFBXUkloK2L3Hi7G4U6cxnNg7agMu/enD31lXY3aXElSRHVQ6/ghz47h&#10;HQXN2S81U23GcnYzPS1tNXMxlifdKCCG7WIPfgAyiZKmVnHnkoUcNoAth7fieWKuiliVJIjYKuyp&#10;BSS4bSpCxo1jnE8EkfvM8u4gg2ueygX4h+qManIjEC6o9OddAP0oH7eSfu8P8iRjjHzNRrm+F2vz&#10;pe9C6hv88taH91poapQL3JPkqbk/VwB8JZSi31HgOHbayDhhRI+gcNtHIxYMCQToDr9/DldEIfLo&#10;KgqLM5B9vfmlwBNFbyT01Tx+IZWCaXBYpPejgfQtfQjdftw9WQpUpMAqhPC5M0rThiCFKhVX3T9W&#10;vIc33Sty9bUhYEJj38RQwyBTIYc1gmYA9MSZ541p4fiAYVV5s9QGVhhGJUx/k+FU2DfK00iSTQ1T&#10;Vc9URPEVa11cFVNr3Xtrx7GL09R8zSyQCATbUWoBd7gXJBuARwPtoWlbfi1BMmK0jQpLulAb1gY7&#10;eIMTHEUDWI9E8y5bpMt5rpsbmzHUYI8skuW6pKSh8qSdYo4niCSyq3usNCQdABrpxryzl9KOajqH&#10;BYqyyJ9/BbvDnfeWjoB2pI91FuQWCzetlWHiHrjwoQfVP6javOWE5oy/QgJDNBNRV6qdRcbWGnbv&#10;wUSpABv9rU35CKXBMdFT04giKqxSUMzAaAG5t8RfjXLGfmpkX3hPCHBPgVNvytfgqt7ibNBOGhce&#10;0fPZReyylNz1qT7/ANMKUAl8zB6eRm2/IVRhKDvaZA97/wCtYjiHzRAZ6VppU2MhVXVfC6Bj9xJ4&#10;N8ndShtKUmdp/wB6I+AFAveJkwlQ5NHw9HeYIcDz9JgmFVgqocQjkehnmAXzgtRLEjFW+ySsS3HK&#10;+MzxeVmTHoxcotXUbT2081j25LlqsKaSeoVHN2P2h54VvddBq6TEOh/SKrnCiqqMt4M1Qq62k/l8&#10;QYX9oPGQDU27cWt9dJxhjQnyMSqi17XuD/bzICVZbL3+1xzadtUKQrbUZhuikIbUG4BPY+PJYLBr&#10;Ht4Ecsk01wppljRkJBv4a2vyUlj397235YKqhJppmUo2nulb32nvzMrECwNh4AcdSAcZq0U3SoSR&#10;5kdyurv9eunjyXGzaWbmlJHnVNm2mqqSK+iFb2GmnfktSbL71ye9+UaBEk1o9IpkqEXc48n3VI2s&#10;upJ5JWRhYhhYaG/KJa2zhWpwprmhic7RGdzarbx0+HJSzG9m7Wtr48pOnEVUCNlNc1BGwBC2sdSB&#10;qP1tyXHLY/lYc8pJ00yThsplqaK+5yd3jufv7e55Rz+O7IW6E9FgTcf1tlI/8c1RyHu1yDbMn++P&#10;wof7jTqcnoHzqwX8PqlSml6tlECbhgQO32g4h/TzV75BNSJVknPc9Xq9z3PV6vc2l/wpk3ej7Lnv&#10;W/38479X+mHk6bgrAy0dOo1BfaAf+GOz+EfOgA6qsVzFQnuPk4tP+h8t+WRKdm21yDoTqQeC4uKO&#10;wUCkmTQZSRq++7AEe9YEAjk6IAWIUD2bb9/r5ZK5T4qqs+LqptnJIJ3Hd2u1jp9I45QIWALvc2vf&#10;4jngkKUnTswpW0sSABSbxCXy1nOwDVlC6/vLyjjrsEHWvqQb3X+azWX42Uk/fxrdwkWSCdsq/wB+&#10;NAne0TeOHy+FHlyv/wAwzl2wt/oNJp/3zpxLYelkG3sexHBOyZIoDunEU+8XeXVbzkuezC49vDu0&#10;icaRvmYFe4djpICKmD2MVFx9fBjkxgKB4Uh1QYplx3/eGc+xCbctQ6XFjTxAiwKqA1vhw/A8GJo3&#10;aABSQfSqTvWKqPBiUboNoLuXP0kaHg3ZwscpYvGb6UNSCfbeE8i7eVYDFyYjwk/CPfQkaH7VtcbV&#10;DCqhfS6SfUllhPMUE5iwtNzbhbZiUfs0tbTlS+YhaSSxvYsF19h5Fl2uEY1JWRzqM9Nbe2D6wwEa&#10;e6t7ePu8BrMcm2KVVO0WJJXv24BTJJoeIQYGFLelHifgOFnzQkkvmMNGJJuPHXnkNiMcTTdwQgSa&#10;eOANjlNJH5jAE7QYyo+P9vFjLcYnjRM65qVBr3AnxYPGJRv2gAmx+ntwxbCoxohulEzhXuBjiSIW&#10;Y21N1t+XLkwPb7qo0SAAa9zYhxOoki9KvQFoh5kk2R8kgeXcExLV4ixI5LG9DKnM0SrTIFuzPlDc&#10;+73VjW5Kbkq/4M78qK50Y+Xbqz6mBAfejzu5qR7JGyFlH+IseIqvxSnk6K+m+ilYPTyJm8xyzi+z&#10;/TqC1i/iugv7Dz28Nsn80h1WBWy0Z/pRrAPuI/zaP87Wv8spaScH1DA8NLZHtk0+ZKwsUvqU6/Yi&#10;p/5KuXsgFk0vuglzDHfTwIsPq4HNfNheHhJIY3keQ7ZNhCKTa5Hj21+rgUcuk7AAeuBPtogXarMr&#10;Wo7dk0YRd1rdre3jCK6heTf8gf0rhN6nUW0uNovxGVDbxrySV7NtctfbfjnSUuGysqGmZJX2sGDa&#10;AFdNb635e3IWuDXnVKaUlXQa8b624L/XKhUenHLM/cSYVB5ai/8AuWZ8QUD/AKOEcFO9yEnK2Y2D&#10;uz/vNwJ9cfZTbdx3mYNE8e9HmYtp91BHkGpLZ660UnjT45h8rfAS5Xwz/mjiHrqenxXC+hrzWkgh&#10;6eZW3xj7LFWrxqVN294cLt7mlDM1qOwpZjrhhqPhUm2953dpoO0uOY+SjAp1yPGIK3qOqLsdsw1E&#10;rgknV8Oonvr2uCDbjtS4RhUFmWhjZABvdlB7dr34GFNaftwNITmRxIOylu7SnTcQSdOObJhcfvmC&#10;MbzrZVPu9h7b8ZSYIlRw66Ly5r8q6AmIIBNxpwUejQgkzufLFonwXNKOGBF75YxBja4HcfDh1ZOO&#10;Bi6VxDDpHTgnb7KYKlO3LDU4F1n/AJVRH40CHqGmmpOnFDNF/lhmzIEV0sDaTPmDxtf4WY8L/wCn&#10;iq8rqt1ypdthjXTTN1d5iqG0mo4Jduo8DawPFdu2ybXM2+AUNP8AmvIj3AxQnzRZKLbCShSR6QkH&#10;3A0y+qGhiqsu9IJ5HKHC+pnTytiYEC7nM9NTWN/b5ttOM1VTYdSwKDGJrkIVVUYgHQDt24G71tWk&#10;RRXY5ilSzPTRlhuJHh48b6x6EKtM1OI5AA+1I2e2g/wqRwvfBSaOkLU74hEeVdrcdySOw4YP06ii&#10;h6kZCZUHnz1/yh2oUO50YDQ+3db6+H+WlsWj3BXcv4/7iuaJWm3BfNk/YHG/+VEzQF+ppmX0/wDW&#10;aVVLmny1i9WAtr/oqKSTT/kHhf8ArpgOHf1Ewiup4xGf6twUtRN/jEuW4nFzYdgLak/VxVvUyhN6&#10;kgaftB84Hwx9lFnZ9miyxBMqJ1euo40L+DzyzR1RkNwKmrjjFuwjq5Y/2cMH1oqI5sQytO9OPLkw&#10;LCYTsIAvFGYiTceFuPb9sBvPbkE7e6P/AKLs0e2z6hbsQDISfZ3i491B70ow8Ydhma6RJN4GYsdr&#10;bsNb1lc1YfzlPAGmSuYO9ODTU7eKdz71+wP8eBDviB0UaIBWIM/KhW9waH3m4osoTxpmnLoqpJkH&#10;zlLtM/2femVTcKPZ/fwSbmqBza1IEHvUe3UAPeRRPfKct2V9BHyNNuNR+bg+KIqh2anmAUeP6M2F&#10;zwUcHkMWPerXz4zKY6jbIhFhb+s3lW0toAAPq4jy1mchcUBPitv9+ArdwtSb8lOzS78KAcvHPQ+k&#10;6QzWM9ZFJFc3Lk5Bxd/j4a8LJiGZoElnhqqww00a2e0hO0KNR7xv2t4cIHLxCXTOwVbLLZ1xIAEH&#10;poxu0DsBf225Fw+WgxTDKmsolUoQUX5x5k3AajRXB+NrcuklSCQfxpW5alh2FKNdnw4P1NGf84Hp&#10;hUxLNKmCYA4jb7IjfMuYGIGnsBHBPu6ykXyzE9P/AJKME/Cmc/uIZBn7m9vWHHhQDUx30HqYVXMJ&#10;/m1RGJEAurHJGDe8L+Ot+IbNmLSy5uzIy7RCtfWwO/l7jZKlxqdpsbC/A5a3rqAgjoA92NOXdqhb&#10;7iZx1n4mhfy7F5eXsDj7lKOmXv4iBRx5ywkFU4qlVSFJVjYAkC2nbtpw8s7sKSJFBDNsq7slUzTl&#10;K5F1+63x4avKsLTdUOlYjttpsq4FUID3sM25zc/8qjw4OMsbCLt1w7Np6I/KifhQVyrNNbiEHZDg&#10;9qkfjRDcTpWpMA9f8nvA4pnKmkRkGo39JckUlxr/AKh14bvJCvT1CiWVoJwiCx3gMtgLbl8Bb28n&#10;jdm4CSBhOzh6Vijvnc63VqKdXiJ6ePXQ21NNHJhdNFSSLBTtEscZhKDy5CmrFbi5OvhwyGCSVNJJ&#10;SvDOXCWM0Qc7G+nd425K4tgpkpWZwqM13aVOhSUmfhQJ5xy1RYpl3HcJxryWgqYZhFWzwxtIQUbT&#10;3RexJ4qPTfNJP0xzhIrbivUPqHEHW9rw52xSAd/+I8wg7QG43TtQnD9oo/8AoR4msj9z32178u6x&#10;h+VQCD0d22PkK1g/xrIKmH0h+j90PluuXOllGpTVg1PkWolX4Egu1vp5UV1BcnqNntWsCuO4sG9v&#10;u4hMP4jknboqT/KbYf8AA0/76KyDvAC8ojZ+78a2vfS3Yelz04lXMiNkHJ5ja97g5epSD93JWDsq&#10;FrdmsWt7bX4dWu3bRI6CTQm4uP0as2ljtUt43NhwN/U2Vk6BdV0Gg/kdc1z8I7/s4HN7ZVZqHWn/&#10;AH4UINzyU3zfnUPJ6D+s2HONCDKtl7W8iT4c17MPPvLY3tYjTkZ5diocMB+tSpdnwA9VDxy2T8PJ&#10;z/X3CFvY70It/wATA5Oe5C4C46IqGN7BpdFBJ14QSdHuoiHQHCa3U+H6BuW89UIw9ZmMDvJBRFyP&#10;aPP/AGHgp3EcSE3YThBSZ9FVTf4RbWsbMflVdvoHmlOTsOaobd5NfjMMTMALqZaW+g9jA8rB6uoD&#10;HMo7XPvfUeQzvkMVdNCDc4HQKtdoT7g/Pla3UkBnqL9gSAeQjep9oqY8vkJApw4UDMysBU210f8A&#10;hfhQ+JQYHPJoaZYZIr3K7uQ9WRde57nq9Xue56vV7ipyVf8ArRhNvB3P/Rp+XbPip+2+8V7hkpGu&#10;p+J7HhhOFGiJBr3IzuO504kNOgRXuQ2lc6gXHsvxMp+my7XuYnnYLZha/YA9+eS6Sa93k17kVJCG&#10;uxJHPcaqK9zL54X7Nyfbfly4QK9sr3HqgkJmAP8ArXP/AAJ4+w4FGnkqmvcTN7X8deIjhTWnGK9z&#10;NGSHHgDoeaImtAY17i6wdlOHyDuFjOv/AH0qOLWvtpQkV7m2N6BJQPRN0NUntBiI+oYrUH9vMc+0&#10;JpRzRRHQPgKnHcVH+TT10TfPKxr1ezhdLvJT4Y5I1P8AvJt/Zw1kUgva9h214EFlUYChu43OFNsk&#10;C6s0gBI0v278nxya/Tbv/ZzaU4UylEUzVEXgDuAubjhf/WSxb0w9QANAZMMJt4f7/MN14cZJ/FRL&#10;fn9smpPTNFXrTltiPeNNKqk/94dfflGMSDZobnh+DjTmAAo9XJkYIIAJIPgeeUOilJYhMjGvcl7F&#10;sLKD4kA9uVpuvcxKoDEd9b39nLhRq7Y8Ve4Zj0etCvqV6NCol8hGx7D0RmtYyGYbFN/a1hb28o8m&#10;U0pumk90obJB+FAD6rpGi9LvqPkRihjyJm596OIyoGAVRLByG22Gt7G3sPL4+nEjLknOm9SL56zD&#10;KysLbd+MQyn2eLcfaxbaPTqoMZk0U3jk/wBBA9gNUo9V8Pih9VGCU8DDfTdBunkUUykt5m2kzfCA&#10;CSb6Lf8AbyifLjyfzBHA90MzIo7ld19o+k8bdSCoz00PG0A1sVP9k8tt9bEVPR9P+gbLT/NoHjwu&#10;nw6MuZbT0MFmVR7BHax73+4U7yKChbjZ4BUcblFSnrkn+nt8pEVrRfgSYjW1nqX/ABfJa+meSar6&#10;vYlNNmZo41jlalxvGlMBlCqWMYlDbQSFDeFxuZcr5dr+nXWbJ1JitNPBTYhQ1VbSQwI4ZI4MOeYl&#10;ADfdYFLDUEj28LbawWVBtQ0k/jRte3zarZSkQcY6pmMaso6r9XMl9dvSl1Vxzpvj+E5vSgxSlyfW&#10;VE9VTy0Ar5cep6DbVtYr5KM6yOSCCoNuV7dMcIhzh1ggy+/mR4fj9W9M0lKCZ4ldnYMFuxNh3tfi&#10;WwY7xQTO2l169oGuj8dS82NkHpzm7OflwzvlXDajGxBXSrBDIaaIybGkewUNa1zwcvWLhkGG5sy9&#10;gWHvMtBlfDxhFL/Mi8jzRGcPuV31Pvs31e3wdzlCW31JSNnT5U/u7dF+3CzEk8KLl6Fsz4xn7ofS&#10;9TcxjDo8x9Tq6fOeO02VzF8pBPNHHTpEPJZxuSGGMHW9+/BR/DzkK5w6lxsd3m4FG6A6/YxCAHt9&#10;PEVkPC4eofGke8yMWif6XyNFI/GKhkk6e+lFkH2erNPGxPgGyDmk/s4J/qqxGpofTznkU9a9NPTJ&#10;gaipiQhYxJRikMTOL2MqTsB46+Hfhe/4iABhM+yf1pTbNSpJ/wAb4ilZ6ZsBoz6hMt5klaKCsbDe&#10;oWFUtBPUjzaqKszXSV01RHBa5EL0UKFtAu7uSbCiwg2LW92xseb748aNatX5jpLBzc217c84sRFV&#10;SK9zPIN0iquiDUleMjZVgK9zIV02gkL9q55rHorYFe4P/pPZYvUr0VfxGYKBAfaWk2/t4a5QJuUe&#10;tE28KZs3PI0U/wBeSeZ6HvWKnt6XZ+OvwytXHl1GYDsxzGSRvb5qdgfpkPAfmCld8rgJNbt2yGkz&#10;sii19HYUbpV01jUapgOEqHbubUMfE884UgW0v2HEybZRxpRKdooU1sQQWtYW15Ip299dttTrb2X4&#10;qZmMacCppnxKNdl79wbfdylX8XY267en+W4AfAIr9+38zqFt/wAm8yH7NCU2I/xj8BUIb5tlNzFC&#10;X6NJA2SepEYXaafOOIwsvx/leHP+Ya/KPOopPzmXrixFBIv1jEao8F9/9w8qCykYUb7gaSH7Rvr4&#10;cSJSKqlMV7kOqYmJfpsfjpxtSKo4mvcbtxF/u4yRFJSIr3Ork9zz1ar3Ouer1e57vzxE16vc9rpY&#10;ac0aqa9zE1ySLXAHNCTVQK9zu2l7/VzykmK0kGvcyp4Edr244hONPoGNe5n26Wv4ftvy+o9FKJHT&#10;Xuf/068qDEv5pFVSU0aUsNUqSTU1GGMTvsUbggOm462DEa6ACwGUarpSxCcAdoGz2fLZ0Co/USnA&#10;4jnnprfINCtH8uJpWrJIC4gqqwqZVRnLBS4UX2iwBIubC5JuTiwuOakxCUpbyaxfL+VYAiS7BtpV&#10;gvcgAa/RrylusoMjj07D514pBBBrNXCOoplLkh6c+YJ1NjGQpXcCL9gT4fTpwXsi4jUZbrcKzdgl&#10;TIhSWOBoTK5X5iKU3RhchtxYXbu41NgLAT5dm7tqtt5oxp6Ns9B9MNuO2i161Q4FNqxke6ga6mZX&#10;wbqFl/MvTvNdDHNSYpSTxTOUUkU00RQSxFgNrJYkf4ToL9yZHNb00S1WbcKpZKWlxH5OGoiQ+a0Q&#10;qIBUQOSBcXi/R2t9pTe5I4Ot77ASi8ZB0qKU+0ShXV4RpIP8SCeOIeyi4/KPG3UZBlaPT709cKIV&#10;16uqif8ASiPEsRw3B+nGbcVgxrGMsriUD4nLF8qlXJh1Y+GVSCIkr/vSjTBgf8my7QADYfsYwpqn&#10;JhningpP5ojvUSHcbTfLmsUqwB0Pk7NupF1AHe8l3GZrNp3pGCgsnZiU/bPESMOrSBxxDF/aq1aE&#10;yFKSfUApKvdJ8xhtquHp11Giw71CtgmJ4diuYRkmohpsNjphCQKL+ZjLAE0TyK1w+JLP5oUK3lzv&#10;Ix2x2L1m2OSr6dZNr5JmMWFU02HTUyq21HfA3e62uCqp5dj7W9o5HWdakZMwvGVA4EdDZxHV4hUg&#10;tIJvlBQ8ISPaRA9yQf0o/fSaTDcG9QHWXL9JQx09fmvEYM1RYlDKpaWkps5pCRLcKyyS1UtWuwfu&#10;R37NqjqGli/rx0/XCv0VVjEf9Yq1WUBUnxJNrLYjW/lj6iOA22DrdwyhIhUKX56gY9wAp5LH5nvE&#10;LHhJgehOPVE4eVDLmLHvk+jvW3Fcyx78KyW02U6KaGRneegwALIsm8NoQZHDC51BufASOs+Iiro6&#10;CKBUFBUV1ZTYVHGdEhwiaXCkaxGl4fJGns0PLbz3IcYQtIhKlGAehJUB7iB6UvAAdVHHEYcDJ+JN&#10;I30a5ckwaOujxeCWDOGHYPheM54kkVf0mJ5yo6XNdaokU3fbiEtY5Jt9vUeJLnHQfzCR6cGyqryv&#10;uH+Bb2++3ALt2mngrDCj7zVooYkmZbkskKBCB9trX+oa8UlHQw4ZHh1IUK14ngmrY2sAu4sVBt2O&#10;1hdfDx10E5dg7SWs+SP4ihXp0etRl2upC8pJ4ah8DTVhuJT4pidXWRlWwwQz0+HSgG8hUorsAbXX&#10;chs373caWLWPYUQuWcrC2jwsGv7Bs8D9PB59RqdL1uePi/0NR12HnUi5HRo/0VUj+pmnc9V85TE2&#10;8qXdCy6EuyHaAQb3JGlh/DgkZcSWeKfD1qBTvWsKRfMsNZUc6K1rkbQT8ByEd3LpXdPJnYhZ/wB5&#10;Ij4GOqp8syk3ndEiHErHqAYPvNVB+pmbC8uNg/VSoy7Jj9P03Rc4TDDixcx4fU0qENPCHVARO8SN&#10;tIVpBoTbglZbkNPFFCqLAqGTZBELKgWIMFUEnQHtfgDzd1KkyBgSPeQNvlSLLWkhQG2AQf8ANmKr&#10;C9VGHDHsVxjH6qunxiaePDJpMwYm3m1Na1Vik1JJPPIqRKXdY1LlVAPew7B+ghArKirMreXtWQQC&#10;20yldhJuL2KgaA9x48Q3bqkspQOJPnG34/GjhllTdq4ZgE/H9xPJotOM5kirsr5Vye2C0zYxTS1l&#10;I2PzeZ8wmGQVArYkiEbLGHSoll3SOrNtdVBUKb0/5ueKmz1nukKCMUuMYlTBQLW2VsiW/Lg0tAO5&#10;T5D4CiFhrUlJnCB8K+jf0DxKbM3p56A5m881TZkyXlbH2qHIJkNZgdLU7iR7d9+DX6a8Ir6vOVVm&#10;akkgFHliNUrVqVdpHNaskaCMIVsbRtdidPYb6Eu9Fw2i2KFz4tnuoybBBECarz/F3zzlCD080vQX&#10;HYsRfMvXeWY5WfBpKWGmgGWqiixCeaserSVWijaaE+UFu57MtuH5wvE6iKdpkcTMwvGz7gdqjS1t&#10;LC1u3IZuLVE6SNI6qETF06n9oPFtn41q9dYukmW8byvS4JWU0+GCjkMGIYdTimqFNXWTiWaWVqhX&#10;l3yNKHcq6i9yLX4mOotDLU4M1ZAwaZEOG01PoFttcqBfXS3JD3IvoWWo2jVPOFBrNW1rSHF+XsoZ&#10;fw+850GU+rtXkbEqcphldUnqVjWYmd5JmqBPRxTvIqnZdvOBJVVJYHvyo/PtLXRY7XR11I1LOrEN&#10;G49h5KSNlJUxw2VvEdLcSwfEMpYNWYJiceJ4fPEjwVVOwZSpHE3kRSmfMvEqLPO0dmOnvxMv7eFW&#10;cIm2WOkH4Ub5YmH0kdI+NKDqawPTnNjBiDFSmoDR9x5brJcX08OHQy/hYxbGqeiWDZJVt5SMLEbv&#10;aOQdgPOpcDhAxquTqlnWPIPT3Hc111f5uGZbpmxOtSQMG8mMBnBsD4X05Yj07yBS5WoYHlVZMQYA&#10;vJa+099Pv4EM8zskFtOzj10ry+0KyFK9B1dNaHv4iPr8zH6qs7YnhuXKiowrpjhkxiw+glba1Vss&#10;N8gA0X3bhST7TxWZhxWmw+Fo5buXje8QBa6WBN7A6acHfY6w7+bWQoJC06TO3Ho66x++pLL2Ly0Y&#10;BSS40sLTEbRhj1Ggv9BuBZ2xLqHWf1erafBsIxyD+qOM47ikix+SK0gr8uZHS8wtdALkHW3bgIYz&#10;nvDoadJ1o6ieJGCBKKkqKl7g7TZKZHJtp4cy8t8hy11sSpWsDEgE4Ye3jtx4VhxbjNrNapKQ3JIG&#10;oATPu6IGGExWzLkX0V5Rzg0VDV5iSjzmaBIMVxrGcQoaNZIfJiaMediU8W67JIwLi4D2BYAcBTMG&#10;c8mY5itLU4pS5lwauOzCymH5TxuoSoRWkcuSlKSpNyNT25rKHb3LkLRbsqcbJKhIUJOAj7TQ2/s4&#10;3nK0uuOJSoJgwpJ2R1jp9aNf0dyJ6lfR/kHMmQellB0160ZBxPEKzqFhdXnfqxgWAVWDz1MFNSLR&#10;AM1RDJEpgDq42jcSfYOP9NLkLEMOwvAo6fMssFDVyYvDJJl3GaeV3khEIjLVcCgKAL6MOAnM8/zw&#10;XyrxFsuSkJKfEQIMzOnjjsFDG03LylFibZV03Ooq1+GSIiNp2YdNAbiXUL16U3WXP/XxMC6PZVxH&#10;MmU8I6ST5ZxrrDlvEMIoabDcXqMWevQ4NIZDJM1Uy2eHTTU2sHJsyQ4c9dh0WH5sroKiBaWGrpxT&#10;0rURWUTHyEqqtBHv22LKAe9+9+Ir/M89v1NPKtQkNr1RGBwjxYiYGzrq27/Zzu7bKcaF2CX0aZIE&#10;/cDhAjGKb8+4F196tUnTbqRiUnpwyzivTzM8ufa3KM9bmXMWE5oR8AnwGA4vVYTl95ah6M1Zkiib&#10;ehYIQR5di6YbhuEwYrhmLfKYktXSF6hIMw1MFRNHJYKGLGeVR3Bvc+HxBEmbZpmWZZeu3eCUg9G2&#10;J2YqO3Z+FOZLunk+SZg26w6VlJ6AJ6DgkTBxx99BP1i6+epjrF0I6n9J8x4v06GWMzxUeB/z3oph&#10;2bKLDZ8NeRpKqkjiq6CkmfzUgaGyIo2+bYEgMqoOSUrquCUU8sgUPT1MtZHTLKqy2kuTAiBgSO+p&#10;4hyrf1i2t1h19IWj7UxAEdG3CK1b7r3TdyDbMLJJB1Ekzj08jootkn4glJlnp5jVHm/P2AUFWIae&#10;vyZlvIP88/lby4dG9CIY4saqqySFkA2lAFAHgQQePOb+lVPmjB8JwmgnSmxGg2y08tUzAAA2BO1W&#10;+7mL+bb0h19x1wEokwRWZFrZLATMa1DEelEf9Gv4ouK+m3qp1Z6kdR8ExDMXTnqG8n81wvKVPTyy&#10;CpJMn6JauopUG5Abnd9R4SfHMKrcExrE8FxCoimnwyR6B5aZi0blB3VtND8RxYxcAoB2SOjprbrR&#10;SceFbjHR/qRljrH0n6edW8nYViOE4D1HwyhztQYZmSBKfEKWOtQSiKogVpAsib9rBXYaaEjXiA6l&#10;wqen1Q37qGAfWKlV5KW7q5sk88ajbO0EXi+v8KGXopWFOurQGwaVKmRQBbQ0Bf26cLvhUiLt0vfS&#10;/jw6bIopKDwo8WLxs4IB7a+HDtdEKWqkwqWrdfKpxZIr/vac07jRY6U64qlD8RfMWEUOI4PgUbmq&#10;xWqvVzKvaKNWI118Tw42BYt51BSUEqCGOBhSSSEkI28My38ddpvyN95spUXFLbMkyYA2bJ+P6UYZ&#10;Y+VOBM+GccRx8/WtX/rp0lp8tZ/zZ1HgnON4njsMmccJwzyGNXT/AMvaGGoCbCFYKZoyh0Nib9rl&#10;8jw+olrI0I+WhUFpIzpJawUaeHfgPZaklZB0iADwPTz00ePNwhLacFEknyjZ7KBzHOruVMG6eVsy&#10;1YznmOvcfK1EAdsNSbzWqGd3DLvKgbVUe9ooNhoV/S0yhozoxQqPoA7acJM1voQpIwBBoWZNaFQQ&#10;eANVe4/jk9bNiUxcqKtpp5hc3dpGLsWJ73Jvx7KG3t7kfx4CEugGh+ICfKg2WQGT3bhWsfu05Aqw&#10;sZpZj3VzEx+Ei2/ZwQZQpS0utjimfVJn50iumilTS+hUehH6U9YdK0oxKmB3CeFKlV/16Zyb66fZ&#10;c8TmOwxyUGKRke8rb1Zu1gq37D48FGSvK1tGcCmPefwoP7y237JccMaH/wBPeOVODdUun1TGC/zE&#10;iUckUGjN5skjAHzCovuA8eV156hWPN2NhBcGbdf6UVvb8eZAZbP5dPlUOZgVd6ZPR8K+gN6TMRlx&#10;H049I56lPIl/laQ+Vu3bRFNJCBusLmyi+nEn2P8ARxYF40gmjFW3KbEkjxa3OYOoJF+XSDIrZTUd&#10;gNjhTtvqDzOpFgSO/bjxUZNVUNtQGS1he4FxrbmdGse2nPAg03tGNQJ4XIfsDoLck3/pueXEH0rW&#10;FNRRhu3DRxp7O3JSMCSQfieXkkVTSNlNFQjIDuW4NlBHwFuSY21ue3t5R1zCrEQIFNc8F9AdR723&#10;X9n0ckqbiwGnt8ONak4g1SabJIXUlySNgJA0v+XJMY0sT7LW5pSxECqE01zlvM3KL9w5a9vy5MiY&#10;C5Hh7eNqHXjTa28RTNPuYbSo2nUnx7aco6/HaN+hPRf/AMG2a3/jnqORD2uD9gz5n4UPdxp1ueQ+&#10;dWBegQIr9V1QnQYHcHw1xDmr/wAgqpFqxjnuer1e57nq9XubTH4U6/8ATn2WbGxONY4x/wDG0jk5&#10;bgqAy8Tsk1BnaCsjMNn8IoAOqoBzFSAnvQxgAf8AL+a/LIhoSATfwGtvqtwXpM4UCQqgydfdUm1h&#10;9o2Fz7L3HJEQ0Nx2sB7eNuA1ZJkxUOdlG0hrb7ll7XPx48QEEaDw2g37X5dJ6OEUobCumkpiKqCQ&#10;dSxLfX25Rt11Ujrb1HXQWxWpT6gQB3A5vd9BNmkf4x95oDb043a/T4UebK7bss5db/FQ0ja/GnTi&#10;YoBZATp8OH9uokCMKBS8VAU+8XuXtZYrfvEXPDhgKmKLHsDFe4dnpLuEtKw8Sqt8ODzK3krWEgdU&#10;0mSZXjTJj1hh9QSbWRj+R5aX0vP+jU573ULw3CgpE0dtoJVsqk71isiQYkrMSrb20+/vwdM2x/8A&#10;GPxlyNDRVFj4/wCRI5Gm9FslFo+vpSfdjR83i40P74VT76Y8QB9UGT6ZSGkfH8ODJ+6FbEYzf7x9&#10;/KksxayuAD3JAHx5EubA6OeBI+VShlI8R862/wDArCGE6AbEB/5BHAdx2P3ZiRcE3H1A6cCUgmh2&#10;lepHlS1pj8bcL9mNFJnEdtCzn4a38OWSwASoHoopvUQZp5XUC/AJx1bhhbcDe7Hwsbft4aK1+Yoo&#10;uJCprvgL48qp5pIuSLAnj5OFFjwlGBr3AmxCxkNvAk3P035V1Mgg9FbAkGvc2I6uMv6RvTxWkm39&#10;R8pIAtiLpPiPe99ATyZ81cH8wjZNsz70orGrNHQ28Y/4+/7ij8aKb0QcHrb6sIQNY8707v8ADzen&#10;OULf8qcC2opmrugnpzqWCyQwtnSJ/MF++I0C3tcdtnEudBCnbULxH5VBHo48KNc6UU2boTwf/wDe&#10;aR8qXuU1T/aG60uP8ocuZFiYWH2VqswsDf8A4I8SUeHQTSRPHTqI6fcpepZrMTp2AP3cCDreokjZ&#10;Qcsn1pR4zJodCfDxPs5xo6CCNEeWkMoDFSIiApAbaR7xue3s4haaBT0mlDt4ptskRXj3sDbkoYcs&#10;jwxxo0COO6g+6Qp9ht4d7cWW4SkgnpohdvHVwOmuybC/B663USv6VMgVO0nfhs1PuXUeZBmGov8A&#10;dvJ4f5+9rsG20/cltokdRF2J9s+ylBKm7lo8At4e1Nr+NF+6bVjP1n9RFCfs0+IZdqFGt/02W6cE&#10;/wDRscRdfh9I/Tj0+1Kn5asOQMCiLxe57iz1bi5+ljxLvaEnMdRBnu2j/wCgWx+tDC/uFi2gkg98&#10;75YEU/dM5ZWzR1xjLiWGLNiLED3UnK+DMR9RPGNflIo7tI1QEFyJDYe9YHv34QOqThjRLb61mSSD&#10;Qua+zjHVFxFJVq6MTYRFl2i1ra217duIXCSAU0c2AAPjOArvS4FiPaOC/wBC8WjqeoVFFUSiKX5H&#10;HcNPlDX/AEnLtfCAvt1I4cZe6QxdqI/5hn/c2o/I0Z5Rcf5awmJIfZI/1VHyoIOumDvi3TypgjCs&#10;1LiuWscCynap/lmZaDEdTrb/ACPAf9PqNB1v6gID/vd0uzLTRo6gFvLpaTta9rbNeP2q093mM/0Z&#10;9riTRiw4XWGYOPeAeuk4UmfUvAJco9PZihYUXUPp1VXB0W+c8Piuf+Q+Z8Tw9FWWCmi3zRt5Rfvf&#10;ZpqDa/CC7tTsnb8qCuR3ipBV0fGjDBtb393iYnjMTs1QjinAsRY3BOnibcK1XTROONDUpcw0mBXI&#10;diBbdwVuh+I0lD1W6cyxX0x3DZGUFvGqTdfuPZ48VWxSWnWxtW24Pa2pPzNMZg8QiZxBHxFA76hs&#10;LfGOgvWvC1+1iOUsxUKlTY3kwioQWP18DDqbWLUdGVYt5jDAsOjVluSHGCRREe0HT8+C/ftwOXGH&#10;BUeoGn37aCO4rCu+A2SfcFH5UK9LEInkUaXeWQj/AInKX/bwbesCSxVOSJqdd8b5foDHGp8PMnYE&#10;gka+HEvaMhZz27UdssiPK2ZHvo+RmRat7aRtQT/vax8vfSB6cTRzjPEYYlqbMOIU8u4Ae8EhY2t4&#10;WbgJRPWBq2KoRiSBIo3BlJfw91j2te3AQFqH3YihEMwCmQaEbat1Km3tPONDippMw4K7tCkcdVBv&#10;Rke+sgHfW1u9+CLcm4/4dWgOALrf+/g/KkWZku2bkf0T7YMV1LEGhlQ3IZWU/G44M0sRqMQ9Yy7B&#10;LHHUwVE5DFTsbNbhgToew9vPWiSnd55AwhVt/v36e+mE3JReLUMPC9RYqGsggw/0ZRSuQ9fNFT0w&#10;/wATjp1i0v8Ayqh4VLGMLpVp0dcPkIhTckNOm8bWXcLt9B8eBq4KQ4TGNXyhThSZVt66NJxowuow&#10;+sQrLX/y9opPI8oqsIt4ktGDp9fPJcwNHV0h1oyRPGvcNzgcNNX9RvSycPmEkc+CYdHEUux2U2K5&#10;olFi1/FbcH2Rph909Sj7LJkfP3UGN5rvwNtK2lHxeeHzFF2FYuH4f6oKyWxjpMad3WT7O05HwJrH&#10;4EHhac0Y3FBnTNVJM83ys+IV0qtGpVfMapa/f6e+vAKzdDuwI4UuzDLVfm1rSqMT8aHvC08vDMOj&#10;tby4IUt7LRgcFvItXJHDBTRrI0dQfM8yRQQATbU27n2cPstTqRgIoJ5tcKEgnGs0yK2p7jtbvw7v&#10;T2EJ1P6e1K3Kpk/CgoYi+5cxZ4lIH3Dkk2pTpeH9JJH/AKLR8/dUa5U7qukRsKlf7+z+FET6hrL/&#10;AFH9aMcwUJUZqo442sSCj5ByhDqPpY9+GWyzTw1mIyRLLOk8krWleFVRVjsze84I1/Pkz5Hl/eEQ&#10;dhM+mFYv55m6tZEDHGh/q8PNFg8EzLG8FPCIhH5js7uwIXRCD4/VwbaZq5KmJKeMNFEVYsFY3QG5&#10;tbsdOTjZ2bLdvq1EkjpqM13j5uQEjaaTtdhmWjlislxap8pTC15JpFXYSttSbXAJvrwR/TMpj6U5&#10;jFrb+pHUd2F+4kz/AI2R29mw8wb7UQlGSWiU7C4R73T86yf7PW+93ru1KOIskn1AZB+NamP46zU9&#10;N0F9KOHYfKGpYkyFhIpwb+7H0/eSNgfYFcffypPqKFXqn1HVxsAx3FwTf2YlUcE+6Ds5Xbx/QH++&#10;prIh5SifQf76mtp30jOk3pD9LU8b+YkvTrJEysNQQ2WqS38eccKsVsdGaxNvbb6OCRKIxBovdSUw&#10;eNDBiZD7lB3IAbd/bwP/AFHxtN0H6rqBfbl/FHuP9Wld/wBnCXepc2Kj1p/34Ue7tKi9b86g5Q2p&#10;mKkv3LNtB+MbKea9VAAHG1t1zoVPI1ysyqpQuVSgdQFDty138Pkhc9YSb9nQf9HAeTVuQZUryqGt&#10;7MXx50FvWxS/SfqAoFy2FVoA/wChDcuO6owkHGJxoZoKaM7fAqZuCncZOkXk7fD7p/Gqb9r/AMmt&#10;x0E/AVWV6BardhD0D6ikrcRni3eKytTn+IPKuerqt5UhGgZiGt9Fv28h/fQ+M0I90I0xswq3TDj7&#10;g9vK5+oFFHI9T5r7Qd2g9o5EryE4zUt2rmAjGnPhP8z0kBFWIm3FUc9++luEb7YKFg8P0oV2NypC&#10;hPVXuVschOsma9z3PV6vc9z1er3FRks2zNhZ9hlP/Rh+XRtp+2+8V7hkmIIN/DW3FRWRRo2o17jd&#10;M+m3sPE/RxG65AirrMCvcb5HIICNpbwPGEppkCvcxl2IsWuPjy4FWAr3OPNzXq9zw7i4uPEc8a8a&#10;9x+w0hpl+IJt/wADx21IBinGtle4nxtLWGg+J4ycTXkgEzXuZhtHxbuNeXSirBONe4scEbdQVCjv&#10;5Ta/99KnihrCnIivc2v/AEBuH9FvRcAX8uLEY7X9uISOf48gPf2BmCj1D4VN+45CbISeNE86gIw6&#10;u5hANvMo8PmBHc2hZB/A8NnGNbn29+ARTsGKGS7iOuoDx70tewta7Dxvyelz4/TyusVVLqVU1TIy&#10;d9RbsBwAfV6CfTL1G/eCNhVx9OPYcOH2UkHCKLr/APuiR01y6dgL1kyob2LpUIoPjbDq86co+pgL&#10;ANrb28ONIilbdsNPXR5eTxtBJtYnQHnkpirMNkE9Fe5ze6AFe/Y25siafcZBFe5h/fQ3uG+n+nlU&#10;g0iaQoLivcNP6Nz5HqV6L1LwiqVMdomeK2695Nl1BBuy7rqBre3buLapUBsNKbtJU0sTHhO3yNFj&#10;9a9C+J+jj1W4fHU09G9Z04zrTpVYrP8ALUiFsuVgvPKdI4v+LGOgW5N+Xr5Dnp58o5v+SYMkecsa&#10;p2ZF2qWhrqRDZfAe72/ZzUFKEatgKv30QZw1FwZ/oJ+dVBdR0lm9TmBT1UDRVNR0L6b1HlVErTSx&#10;+emc7o8jauwPdu5t7eUV4V5aV6RogJRykjRkgNre/c+3jaVyqKGjOIEca2F21U/RfltXrJqKOiyb&#10;6boKydpDDVU8shi0leGCjpkdwSDr72gt3Px4Lt65SzbEY+Co63OdJfuoEeP5n8K1j/wLBVV/qs/G&#10;aq6GkaioKjqlUfLU9RMslLFWTY5mPzFWJDdSSgLNf3l2juvDT52oMLqcfybmaooBV1mC1FLFBVyL&#10;aWKGrdEdtbXsNSCPz05IeeWiWmWn4xTA85igJlz5WHWJiSfaKrU9BmZM9zdNfWZ6bqHMSYHh/U6l&#10;z3WU2EYbKklCuL4RFUokUDnztqSbkRXDnRQdb7uVDenWvw2P1ghcFheLCRV43HT01dtMqwCKdFH6&#10;O4uCR2NvjbgL3QaT/MmlRhq2ec0Mt7zOXOp4hI+VbR/4jOD47jX4dfXLC8UxJabMr5aw2bEsSwUt&#10;HF85T19FPKYzONyxsyEXI3BT7eCp6/JhFmXIYRlbfQ1ZliIIIArCVIYjx3G4Hs4p7S2gjMOuPmaV&#10;9mjgVl5IEeL5CaLT+BtUVtR6Wc5GqDNGM0RinnkaO7Fcr4RDIu2MkqFeMgbgCRraxHJH4ezlM+9Q&#10;olsd+XtwYeNsUpB+3gHtkgNr8vnRxvWVAMx/T/0KqW34vcRfpr6YJF08jqtTyk9rAdPc2k/w4IPq&#10;/YTdEM90UUL7kbL9RI9O8McRWGPefMud8jp7pAUWCkbtSnC11wJIHTRjl/2gxh4vjwpf+lnDqyXq&#10;ZlbGHkglpIqLPcTLXR10tbDLUZgozH8s6XpoaeQQy+YJP0juv6L3Vn5SiCgDC/fufDjRSCaWxVl/&#10;I9MUDOQ1vC5/t44UdNaEV7k0MhZiBY6Aa8qkAU4kV7nRdYyCdPZflprZwr3Bt9L9UsPqR6Ju1gGz&#10;LhMf1vWIv7eLcrxfSRRLnhBtHP8AFPworvrgi8/0W+ryH/i3phn5NO+uVa7l1uZJCmYMZK9vmZSf&#10;+Qr+HA7fNBalA9Jq1vCm0+VFg6Ne70u6cupOmCYaqg+wUqC2vw4nXdGa9rE9yL/t4lYSoYE4Uob0&#10;RjQquosT+83bmemYb1I7Xt9OvFCqcKQNlNdYn6Jh47S1zymT8YGEL1l9PcyHcrYBDcjw3YvXD/mX&#10;k69mLpNpBGxXyFQlvgdVzqpdejB92VurwvuKZ4r1LHvrgOEN+3lH3Uv/AHvwMW0jpJk+7Eang5vZ&#10;KhQUUMKONwLpLG/t8OJYqsV7kOo/yRPsI/o5RdNrr3G48YWKRuHxV7nXKVqvc9zwNer3Pc9WjNe5&#10;xdrfw56TMVUV7nC5Ave19OOAAbKsRGNe512JN+/Yc1NOaeivcypouve/fjiBNPITXuSLtb7X7tvz&#10;5bTT2ivc/9SsvBElpIWgLNTOtkkjnuWAJ2+AGgAtY9vhY8yZTgdlR6m5Q4iUmR07QfWt+GpAcg7Q&#10;/iLe0a8FHLCYHVYrRfz4/K01E0k7QpueWVhG8oiV40JJksBuHYfRoKd0U2SrxJuv7kiVHpVAkJHR&#10;qMJnhMimVqRMrJg8Bx6umg+znJmWlwGt/qrEKnF64w0cE1R5YhplllSJqhkmdFIhUl9l/eIt485d&#10;P8VxGDMmaDPT78JxCuqfLoVsKfy5SkjBBc7CkhYJb7PbtccvfZxruA5pGlYlSQIG04CNhA2dB9aR&#10;ZQVd04F8Fqg9UyKgZzy7TVOW8FgirpIsVwWGnagxhnZ6nzIoTHulJ1kVx/lVb7Q+NiDo5cnoHw/B&#10;MOxKRqvLOYWqMq4nUU6WenppozX0tQFJsfKkuLk2G4L3AHB/lGcIby8sOkFpz9mZw0g+JtfT4VTO&#10;0gEDhUdb/wC82W5e2p1+5aaWye8BWoDEbU/56ZHsMGiDZlyr1ArszZzxvp7leaXqFl6Kg6hZZoKl&#10;pmo6/FKdzgOI0Mk6xv5SzwpG1lW7bXc6OSR3y3lzH5OlOaMOxShnlwvCqD5c1dCjyLFHR0yUZq0I&#10;FwEC+YG0toe/DbJsztFWS23yRKAn4BRE9OlKhgJgxtJqEss+qXcveDMm7KxuP8oK06SpCkpUqcEh&#10;ZwxxHCTHDCi2daPSx1JyF6kelPqDwTAaeio8Sxis/n7VGKUUNYy43i1Rjxw2eASWkE0zJTkJ5w27&#10;hdV1AYz+QOlE9BWRpUYpDhM9StJuCELDBTU0rBWC6i7D2WN/DijedK05HZpWmFBLgIO3ApKj1CEl&#10;PljWUGV3bjz7oV9o0EdX2CD6GPOuU1PiNH6tcrZgwWonoMp4vmuDAcVxVIpKhaiWtqcexikjaWJn&#10;VYmdImDNY7lVCPfFwuwLDaDBepOAVlVPNLU4dLgmE4YCE8sx02BwVExbubKRGAB4Nc/EEZb3LWbo&#10;P9CEjyQ3iT6ge2jpVz3Zw4En3iPcZow2e8Sx7Pvpi6oYBhOHUNJh2aqHqBiGYPImlWqjqMTzliGH&#10;0axqNo3Sg1DuzH7cYUdyVCzqDK0tJkSgidisWEQVnkWvaWsqJZWYncWLMNt76m3fgV3idQG7dAxh&#10;pPtJJPuijK4B1HyHwB+dGd6HUuzF+tuO1EaK+I5urcOiqtxuaTCaCkoEjF1VQiOspAGg3EWvwP6y&#10;omwShVQR8zWElGYLcKNd2hvYHQX7kXHbUPrhCZ4nZ5dP4e2m0pBocKaOLGq9jr8tRWSQIW2lj+6L&#10;i17amxuAbHvpky3+ncSSOWkepgZmc3J/SD4n28lzsFejeBE8Uq/30/hUc9rTROTrHWPnTlUN8vXU&#10;yxoBGkEyoqiwHuXA8PZyz/CqfblzLSp7+yN9f+QOSx9Rg1LtyeBV8E1D/YS9jcjj4f8ARVQt6ucQ&#10;8jqXmUzEwxVJIHiQQLFh4g2vYjW9gO/FxglPLDXYe6t9mRyy2AuqwMLm/wAGNjzG3LymXBMEoXHn&#10;oVHv+EVkdlim13jZUnwiTz7B7aqR9QOPYfifTXqTR1cRPzWGUdLFUBnkUSVGN0zGJDGdGLwxBk72&#10;IBGtuCIqtTVFcIwEFJNVIqLc2j8yNE/KTgPcuw600DtMbOJGPxFVRbLafeIHh+RIHrVctVU0Gb8p&#10;dNZcSqJaqqzrgGUKyqrqgqqyYiuFYliFXu3EBQDh3YfvG/cHiqw6NpqfcwF3uXLaXsNLfUeVzFwI&#10;WkdA+O33iju5cItG0JEyST7h+PtNEgzzPSYXm+sSJisOHJDQ0SLJu2F2LTAsDqTJHf6O2g5T/wBY&#10;cKfCernUWF5QXnxSfENupAWqtVAeH/Fn69+C7LlS0kiiG2AS2AOHyr6Lv4fma6XOPoT9IuK0cLCn&#10;p+n+WsB3NtB83CsNiwqT7JbTdTm2uo9nYKzpFl/qFWYlTYxkk1NNRR1UOH4riFHLGsQW6swkSRgH&#10;Cq9yCCOJ81ctlI0PxB4GlQeda8aAZ6hNJD1odT/SnlzKOI5L9R1RguJYlUYXWZqynlTMVPNJXSSR&#10;xyRRy0UtPG0tPM0iFI5I2V73seH1yvmDMlbE1PmDJM+EXeQRywVNNOApY7RaGSQi1xc35F+ZZNaJ&#10;0qae0kxIOI2fvo+t7x1wDWiT0xHJrWb669LujmCVcuYukfqlwjPz0FJQvVYNmnBsTwSrlqIQvnym&#10;WqpaWKUS7TaJYlte5fwL7mPDcReKKrsHoogAsCm7R3AJ3DaL66XtwQ7q3lk0C3r8Z2np6IoP5oxd&#10;KMqSQkbOemgV9O/U7p5HjeKZXEUmH51xaWokqscq4PJo64QzyeVHTyedNtAj99ULWuTYk8Jh1+ye&#10;cQpIsUoqB5a1QQWpoizHb4e6L8kEXKAnFQ9tFdohWrYYrZM/Dl6xxwUuKZMxfMUHyFLIJaSOtqUX&#10;Yso3aeY1rXPCgZQwnG4s75daTB6qJY62ESSvTTKi3cAksVsO/jxLe37CmiAobOkUf2rakuAwdtWw&#10;dRscy+/TXOlsbo5FbCqyRFWqhLMFp3bQK1zoOHwyDkfNVRjVHiklDJQRU0iVCz1YEIIVwdPMK3vf&#10;w5BiQePCpZVdNnjVMHq39Vvp4yp0yzTk2szfQ5or8xUdbl04BltmxWfzZ6OYFZY6BZvLsYyu57Dd&#10;YfaZQbFaLG8Kp6OFavE6cVKoN6+bHqQB8bX5H97lj63jpSdJ6jRtbXrQRiRI660Ec3dDerOOZpx2&#10;qyl0nzA2XZ62T5KYYTXlFilmYIf8mGKjtutb434EvUrMkjYNh0mWfMxXEMdq/wCTFcOiScUyupYT&#10;zrIybYU2EbtRdgdeSVuAlVpfgPgpQkAz1+fX17Ki3f1KL60lCdWokRx9nwq038O30/0uV+tGbKT1&#10;EYUnTfJ3SLL8XVakxvOmJ1GDjFJ6W6zYXhUtKswqMSq2qY5DElpESB4/dJ4Xw0nViOpxCOIvWRuh&#10;p6ed4FjZSFJLXRWQ/Z07d/bzLNjtMsmWkQU6hj+/9axfu+yl124KiCU9HPTWyLg/qT/D+osp5Raf&#10;G8Gy1WUkseMVVKmLNUN+mlSIRMlXKlUAvne9cGwQlrLryLT5c6t03m1YkMtSI1iggrKSB4rqWAuY&#10;xuG7Ut3PvfC3GldqLK2iA8AZO3pPyjZHnRnZ9nimWUsoaXBJJjaZiusz+sT8P3N+JR0+IZuwv5KS&#10;V5KmrwfHq2lmVSImbbHOyxP5ZAVN22O6HwYNx9qMG6kVzUiyQyUsdOTKsVFT06SvKI9t2bcBYm9r&#10;NfXtxCx2msW+s99JIj9wpU72fLdQR3PCMT+vy6qCfLnqi9DeRJMexLDOomHYtU40ywVdXjuNYxW0&#10;dPRS1ZfYkXkyuGVNoa8W0276nkauyd1Orqmnq/01I+4QS/NVUZBguSwIj2bTYe6ykm9r6XILnu1N&#10;hKYDk4+f4fPHzwdy7s4UhwLLUlOIxjH2n1pxwr18egvBMv4/lGkzXhmO0NXBJXmly9lrFG31umwo&#10;1RFUGRSze/HII1CbrG+1WWNLhmeYY4xU4rEjXPmR1zmRbFibXVnJAFgP7rA9/efK1rK0pWfIAfPp&#10;oUN5JmEBKkpA8xt8ufOifZm6jehjFa2uqMtdN8TxGRljNNWZJwt8Pq/NREUH/SKeiVJJG3s9iBc6&#10;E+/5i5wzOFVhS0hxasVYoIWp5KPCYJJj5vm71cSuUO0KSpQqbae93vFmf2Db9ypbQlKuCo2wJ6Y9&#10;9Szu1cOW9oGnTCuBE4AbOPn7KIf1U9FOXurdTmubpLkeaHGMdxqmzNS536q41S4Tuw7+UrRT0b4X&#10;QQ1URlaeNZ/m0mjZ98gaIHYUy1WfsHmxAVc2B1tfDEoWPbFJrLY3LpuVLAHS4PE1mLq2s1MtuJSV&#10;GDgkmMMAogqE8Yjo40aX7DNxdBx3UQnEQpQx6SAYPqKg5W/D16w4DkOsyngnWfJGTMTzFUPLiq1N&#10;XQziHCw8RiTD656KWuSWRoyJXiliBA27SrGweZ0pMoZyaSrGUq6gxaRi8mJUUcShyBb9IjH3u/e9&#10;/jxHb2LqBBcSR6z7f0o1TmImSCR6VYH6PH9VvpOpMMyjjXqiyT1C6U4XAtBhuRM212IPNh8O7dai&#10;ro4t0QXaQsbKyBdAmgIBPNfS2tx7LNVghqpKOKd471YpGkdNsyyn9EJFJ7W0Y8G+U57+XYDcaiKD&#10;GY5cX3S4DH7qtL6desfJmXOptJm1Y8Orq5YJAuFNj0MVNLupnplArfl2VGN936RFGlgdRwO6H0zf&#10;LiMyZjlltqbUqx3Hfxka3DJW9BiQnn20gVk0nbQ44l+J/gssk0CZAp4pR7nu4w1QpY6e6yUihr+F&#10;tPq4aLKGB4dgFBSYbLRzvBShSZoZYgJCumqsg0+vhbe70v8A8MCer9dtMNbup1yVbaqH9TOd8+9W&#10;8wZhzZlnOOA0mJ4h5tJTYLjuHYrJJQpIC4tUUdS6ll3EgtGFBFyLcGWnx3Doo2SKgMca6pG8YvcD&#10;TQN3104AHLq5UfGsz5/p1ChC3ljKfCkA9OFVAZj9LvUfGcVw/E8Rz/BjNfU3E9bRYrOVKFwGZpng&#10;37Cy+8T7ugOtr8x4fjmDyS3jhqw7Ha6qPLZbjxR5QRf6ONXN1dKEDZGzmKXN5VbpJWefdTjnz019&#10;XcMwdFxrMGSJsMRRUUNZOf5nFUqpNzFVU2BypMUIG5lkNzbU8WlLmamhgRYYH9zQSVDLrqTfQtf7&#10;+EN1YqcX45o3tLnuW9IAJ9lEjzP6RczYrjdZiOI5nw3bXEy/IZXpqvbGNqgIEalptnew9y2h+PM6&#10;5vdiQUhHYrZxf7uMjIWRxNPpzhyftFJ/EPRu9JHTyU8+My79yNK+Gv5KkWtaVO9/+IjuPG/JD4yt&#10;ZGYpAik2f3WXT2EXPFdnbIt3NaScOmtrzNaxpKY/Sg1q/T5iuESCogkq5ogz0ZY0VSbG2qkCMfx+&#10;HfkaoqI6mOaHb704c2jYN9tdvYflw2tHEtFJ1CBA9hn9/nSK+vS74SmONSMudPsayvimHZhJmEeD&#10;VNPIzVtLPBGGpplqLGSUAAnZYjvr24Q3qnl/EMDzZXSVVNIlHiBWbD6uVdqzqsaqxU3PY6Ed/qI5&#10;Om7OcN3dsNJ8SZB6qirPsucZckgwdnsreK/Du64ZG6zem7JkWW8cw+fNGToDhmeMqYXWxVdVg08l&#10;ZPJAlQIwhAljAdH2hW1AN1YAMGNipHjrY8P5ig+ADR/UUlXUnUaXHbtzrzFBA8D7ObBIq0VyFM0g&#10;dhqVvpbTmeNgxYAFja5t4cul0HCca2pBieFN9VEYgjORGh0Utpc37cyqwU3Pj2v+fHCvoqhECobw&#10;tKth7xOpt35nSUdwbjtyocx21QpJTUGWiYXVlIP2lY/dzMsq6KTY+zjgdjGqFJBmoElCzL7ov4hr&#10;XtySJgRa9wNObCtXR+lWGFNctE6m5DX1JJB1I15KjnUAAHT2caUgkmKopBJptno3N7qb2Oqg21F+&#10;SklU6315oHGDW5IpkqKGRV0W8d9unJ8ct7Dt8DxtRxmmS2IkbZphqaUpdSLCxPKQfx2DfoT0W/8A&#10;Bsm/8s9RyH+1hQNu1H9I/Ch3uP8Ae55D50fP0ExmOXquDexGB2v9OIc1geQdUhVYnz3PV6vc9z1e&#10;r3Np38KZWb0d5YA1BxrHfgf97Tydez1Sf5eAek1Bm/7oTmP+aKLz1Z0zJRPcjbQx6+H+Xm5Y+Vsd&#10;TYixB/Lgva0maBCRNBszH3SF3CxDA/fyXThtx3WtexB7+HKFwARThAAEbabauzAG9lAuLdrkHjpE&#10;pjOvbsLfRxsAelWLxPuphqgsikA7ZCpYX9vhyj3r3GE63dSFBuf5nJKLa23IjW1+nld3lKTaJnpV&#10;/vxoE70ri7Vht/CjxZXN8tZeJNz8jSXP/QhfZxKYfYqL/ve3gmtykqEUCyrx0+8XmXgvmoqkaEa8&#10;PWE4YUW3BxJ669w7PSPWpgAPujY3w04L8nQpRmYpKmfWmLMBAw+ov4ow/LlpfS5bU9MNt1IXX6uC&#10;FgtgETgNtHjayIk41SX6x/fgxV17qJNn0hgD24OWbgWyljSa+7RzEA/8uG5Gm9aj+WuE/wB4fhR+&#10;2vxtHpNU++l+ONPU3lGocgOuYMNjW3cD+ZJrcXvqbcqRzCpEr69iTyJc2clOA2z8T+NSjliwFGtw&#10;PAdaeK+gKLY/Qo4DWZJN0DL2v7unt9vAcEmTQ5tRETS3pRY6G/x4XzHPdLD/ABXU+36+bt0n7aQ5&#10;iAdlPA7DgK5gUIJCVtcaC2vieHDazQZJlVd8BDMYspLtbudT7eXeJ4UmVGg17gRYlZmKhrHUgj2D&#10;lz01pOAr3NkiKKOT0N+nOQH/AEioyvlujiXxJhqKsnv7A/JcvypWauJH/Mra+9AB+FYt7ypIuSeh&#10;65j17uPfRNOiszL6mfVnRKh2DMeF4jK3gPNyDlmIff5R4GGD0zSemToLVSRFHp67N9LMSfGfFg63&#10;0HcQnw5bPbYKdso2flAPUOuT/vwnzo/3gUpu0ulDZ+YRHq1PvoTMqTqvqU6y0xluZssZKnSG3byq&#10;zHlY3/6GLp/TxLxxw+SpmqUhNizI1gQF929u/cd7cBzjelUHZQYtHdaPEcaHo3BJUX/b485fzHDo&#10;gkKOj7WA3i6gM17W7X7cZS+UATFLXbZEYnCurMbmxv8AHncU1JKxYxoiD3E26s1t1x7o+Ht4+zqx&#10;wA2TSZSmkqAkR5ivHdbub/G/Bz6yx7vSb0/pyLD/AH5wLbvf+eSE2+Iuf1HFd8okmMSbdj08d585&#10;FefEoYWMU9877O7tP0ov2QI1j6+9eyF2meLKtQ/xP8sniv8Acg4HGJGei6LenDE2njWPE8k4ZSLL&#10;JKqqXo551YbifDeLfl25Xee8b/OwDiWWT5fs0ge9MVISmS/bQEGQ88kbf+BqHDrPGnHpdWwS9QPU&#10;Jhaf5fDc0UVVMEDdqvKeEOp1AF/d1AJ0sT3sA4lxmmNxFVU1Q8t3aSKZZAqgXIBDdgPE/dwJJUpx&#10;cjFNJnsuDSMTCvZQ3gEm5BA9hHMnk4tji7MOw2qnjuI/Mo4pHDNfYAPLBvc/DixlpycEGPI0S3gQ&#10;Ewl1IPWRXnkigVnmlWNVBZmkYKAALkkn2cGLojkjPWE9Q8u4niWW8RpKGCeeKtxPEKSrjRRNSzU6&#10;jdJEijVhYnvfh7bWjwZdSpBALb20HH/J3sKplT6S80dQKg4giCOC00DPV7NeVJ+neb6KPMdBNWNQ&#10;S1UFDDV07TSeQBUnaiuSdIydB4X4H3QjBqp/UFi0MMTtUYp07zZSQUqgtI81X5YVVUC7MSALD2fH&#10;iVTa3msx0T9iTsOPgSqPbjRxk7kN2qlqhJuUknZEbZPDiah+ourpKDp7hOJV00dNQYXmvJGI1tZV&#10;OkcUEVPnDDZXkd3ICqoUksTYDU8ULdPeqtQ6Gi6W5kq5Ha4lpcAxdla92tcQC+h4VJy7MHkx3Kzt&#10;/hP4UX3Oa5Xbky6iR/fD8aVc/WDpHR3Ws6q5bpLC5FTjmFobW7+9PyV/mc6zV3mef0nzBTqpDCWv&#10;wfEadGFiDZp4kB46nc/M8D3JjrEfGnrftIyJv77hE9E1Iw/qn0vxQsMI6k4DijL9pcMxfD6grftc&#10;QytxZ5A6MdQ6DO2TMXxXLP8AK6LDMVoK2eapqKOGYIlXHc+U0wdrdrAEni5jIbq21F1vSNKuj+iQ&#10;Bt4qIFeXvZl165oZXqJ8+GM7OqfSkL1g6i5Sg6ZdRKOPFXrp6rBMWo4Rh9NV1MRkfDprKZYIpI0v&#10;7WIA8eEvx6vkq8lYlhcjD5amwWjqY0W5Ib+UU97E2H73C7fFwKvn0T4QtRH+m20cbvtIbdb07VGP&#10;aaHxP8XiSyn6Nx4crqFlfFs00/TOuyvUYdV0Zy7hyVNTVY9l+leOVpZpSjw11bBLcK6nReCLe5Cr&#10;nObp1Ck6FKT/ABD+FlpGyelJ99EAzq3RasJcnUlMbDwUSPaFTRdckZ6ocAxjqhhuOYHj8M4zPXTU&#10;UtBlTM9VTT07U1MiyxVFJQSxSKWVhuVyLg8SUHRHM1XEJ6jGMJgcnakyYgtR7PHDfmQe3x4Ff5A9&#10;H3px6/wBpbab6WQTpiPOPmRQpSZ7oNnmUeCYvXNtDiD+WVNI5uLgWxNaa3f2/TzJT+nnNZropKLH&#10;4ahI9tY6wYVmmR2aMh7JKuDsmtrauB9Hfhzle79y1eNOD+FaSMFbQREYR1etKhvzlq0lGtMkERqR&#10;xED+L5Ul8R6tthrIMQ6e4tSUrSLTy4hVYjk+GGKNiA0ribHEk2KNSApaw0BOnFBl/DKrHOpHqnys&#10;mH1krY7Aadaiioa+tRalMeaoiEgwyCpkUMiGx8s9uOM2bt5aPW9uklRWwRAKhDYClTGwiRFUznNG&#10;LELeuFJSCp5IxA2kDj0bfWguVZWyL6Qcz0kUNXT5VfDcw4jTyVdBSzGjqch4lhJeA4hPTo5WWuiL&#10;ANfbcgHtxOn0xZ7zErRy4TmCmogGSJsOyrj0hkWwUX+fjw+3e3wHLubi3zv3NLE9DavmRQKy7tQy&#10;q2+24bPUXE/6FKqHSt6kZbooUebF8NoJmAkMWM4vh1OAvckmKWbt8BzOvo9zRChpxhmZorLu8o5d&#10;wOEAA77f6bj8Nr2t72nEqdxXoGComMQkfFyjS67UssWoFT7Z8lLJ9zfwpLydXIZY2nwypy7iFOdw&#10;inTH6so1v9anwqYeIvYm3FxSdPsWyr139O+V8DwOor5ss4HTPJhlccPo5lhEuaJZGYw1M9OrAOTZ&#10;ZmB9uvDbd22/4YPpQmUjvBtjbaso2kkYSCMf4adz/N7VeXpuCvwjTjCj/rrqtOMHHDhxoI6fM1Jm&#10;Ppb6iMcx7E6XLsGYMWOGPiGE/PYnTU8s+WsDwyMruoqaeQCUqLmBT8LC/FpU+hiqxbMGNY5i07fI&#10;4zPLVrQ/PYPSND5khkJLfNVlzc6EJwxZ7NkpB7xQGGwKTI/36gNd9rgKvA2sn/EV+CflT3Tep3Is&#10;OGU9IMcpVxGmijp2anpcaq1MiqF+waKmJ1HbcPZxa4F6Msq4Z5Cvj09KtO/mkjM1DKSSd3ZMFb7r&#10;n6eG9nuHZhOtToCR0rj4NkUTX3aRdvglFson/Ej4rPy8qYMV9R1ZTzxpTY3S7ZFMnkSZTxN2Ivb7&#10;b4zAB9Y4qqXJWH4D1uy1h9DiDR5RwLLmC0c+O1TNKJHjxTNc00KypTxBpB/MIiQI9FYX+LmXLtvz&#10;y21KhoK0zOMFlKZnSNhJH28DSuyduLS0FwpolatRCdkGWyOOw6TQVxZjzBnfpJ1+rZaBXzVnPMXl&#10;4ZQ09NHCromBZfw6Op+WevmIjX5R+892Km1uwN1hVZ0fwmJ1gxdXkZrsZJZpLWtoCsCDx5NeWbwW&#10;RQmJk44JUcdp2CKxtvd2Hu8JcQBhxVH+ipmr81+qDGoKQ0uBVKhCVT+X4Xh8KuGULudamsnIFwf3&#10;h4acEbBMYyDUNG8FLNUiwVDBHV63Fx3Kjghvc9uEMJLaFQrZ4THwontcqtEvAlxCSP76aBHrCvrO&#10;jytiFFl6D5qepBMseN0+DQwKhNnBMUMrfZvbXis6IZaxfKXTCqw/GqT5Ktr825uzXTwMbk0uMZwx&#10;jGKVjbQFoKqM28L25iZ2vOOMZLZIWnS4HMR0YLJrIjsit2bvejMHG1BbQsokdXcA+wyK10vxxs8Y&#10;XP0+9OWU6eUvmPLVVkvBMZijjmSJavDMgjC6xFaVE3+XURslxodtxpynfqvZOrnU/sFGYcW2HvYH&#10;EJzpbgm3IXqyi3/xPkKmi4nUmNsfJNbeHoYJk9D3o+Zju39Len5J9t8q0Xt+PI2Fg3UKNo0Gnsvw&#10;aNJSUwTSJ0ADxUOuJt9pl7i4/LiI6/Et0S6txsf+edxi1vD/AEGThBvT4rJcDAaf9+FGO74/yxuO&#10;mouWFtjmGv4tJYk+PunmvVQA+ct/je//ABLkc2AIUIqRrlREDqHwoduWmegSULnzCQLgmRL/ABs4&#10;H8eTZuUBrPkfhUVb3R3o86Dnq6gfplnpSL3wut/8p25dJ1RG6DEvZ5MLbR8DIP28Fe5yQE3fXHxp&#10;NvyCLO3jpqqj0BupmxJHuHhqa5N1vDdB4fCx5Vv1dQFZgostz99iORLvkAVEkbKP91MEAmricNPu&#10;KL/E/dytzqYDvqx2vpYfd8OQtmUCplyw6QKdOE3zIjKlS3ZbN3+g8DpQSD10Lcvc1EYV7lcXIirJ&#10;Svc9z1er3Pc9Xq9xT5NNsy4YT7Zf+kD8sjbT9t94r3DHFgRbuR48eNHIEV7jVUNYGx7mxv7OJFga&#10;6aXtr3IXNzWq9zsiwvzU1spNe5jJH3c8a0dle55Tf480ThWjhXuPOGsDNEo+IP1g88n7qugGa9xh&#10;3C5uPd8Rx9KAKeGNe5IjIIPs044EiKcCQBXuLTAzekqh4GIkD/voT2c0iQrCvaK9za1/D9YH0X9I&#10;LfuCvQjv3qif28gjf4zfKnoTU0bnR+THmaKJ1FUp1exJl+1JhtE/3GVf2cNwkh3qQe58eAPuwAZo&#10;VqaKQSdtN0u9gBfazaa205PjLam/w4xhVEiosiqwCkXA8OAf6qGdvTP1VUgOqJhRIYdv9/2H8E2S&#10;tpPiFJnVftkc9NNuUSIetnTeMggzSYiQRoLDBq8+HKPoJ1RdpQOupvpccMlonGjsCj0cyCbbutqG&#10;0YcsU1417mZZxt2jSwsLd7fXz0VavcjOwBWy9tQW45GE1qvcNr6Hq2pHqe6RIgBcYrC0ZewACBmY&#10;9x2UHTjCmErWkHCSPjSO/dCGVkiRpPwNFP8AXiYh6JPV151A2Koem2dVGFwglqpjl2rCwjaGIMjE&#10;Le2l+XjZDnV8u9QpPMErS52x+qZobbLyT0Mtl26W97lkNEtoEz4j8qJcyOp4/wCIn4qqpjqDQx4V&#10;6iMi0FPTSUNNQ9Bel2FU1NW7/PjWOTO1Oqy+aN24BbG+txyhinmdMUQFjGsUzxx7O6lWsB/DnlAB&#10;ZoYtgaR5VsLHUe2/t5at66auNsi+nOsqQVY7JWAJupWkpWkHu6XBK3sf4cGeet/sLcnZoqMNypTd&#10;Xg/vz8TWuN+BvR02E+pf8YXA49hr6XrJW4hOwiRHNHWYvjjUZZiqyEEJIVDaAG4+0eHexmJK+pwH&#10;bI0kU0tNUQNE4CnYhdSWJ1U/0cmXMlsry5sETsPs5iotsQ+LtzhEjyxqmf031GM5Cx71MygU2CYj&#10;l9c25fx9qmieWogfEcSSlkCQQr7sieWTYAWCnTwNOXR2GDCfWXUUm35aCXGsZwdIooSUYLJMVACm&#10;4BZAb9h46ciDdtzTmDYJjxVL+8TSjZOYTh8hW3Z6ucQrsW/D/wCqmO0cZqK2fIiZgJqqlYWC/JRV&#10;MrtK8b3Kpub7N2tYWJB4KXr1nkOaMoU1RtEdPSyvSWYM1pJRv906gXUfqeKe0lwuZkegAUo7N9Iy&#10;7DDE0Wz8FnDcJpfSRJiGHqwrcUxuq/nTtAIt01PBDAh3qSJT5YX379rC2nJP4ek0R6m52phb38tT&#10;OvtsuLUGn58AbQIQvy+dGu9E6Gv8f5H9KePxdUc9IvT3KhIMHVCjbT/WyJmlPH/iXBY9XuHxL0bz&#10;3W1FHNVwutBSw1dI1jBLBSLOi7TZTGdxd2PvALp31KnWypxKhs5/CnsvdOnTPTh/nUuvSNmGCTNm&#10;DZY/myQYjDQ5hzG2DFYmNXTz4+9M1QXYGRWiZERVBCkOSbkDbRh83a9iPEn9b8XBoUZg1ZPyGk5D&#10;MQe/sPLmK0CDsNe5I+dZRfdY8p3Qq0GvcxvV3UtuuR4nlC0K9xr3Bm9MtWw9RnQ8g6nNWAhTew1x&#10;OIHi6yAS4minO1TbLSOKT8DRc/WHTCs9I/qlpDqKrpznemI+D5ZrV/by9XNQ2ZhxkLofPcm/x1/b&#10;wgvRC1eZrVl4mkkbIFE96HTCq6TdNpTchsHodBpqIVX9nEvJtBG3Vj3+j6uFrClEmdlPhJNDRIir&#10;GgC7WHvXvbvr48zU5BYAHTdx9RIrbiygVAqlHltftsNxynP8X5D/AJ0PT1MPHBaaIn4/zbEGHJ17&#10;NT/kv+d8hUNb3CHxPOFKz0Yhly/1rBAAGfK3ZtFhb+rmC/tvyjjqdb53CD4iOqUf+PCfg5vCAugo&#10;rbRyeBXJ4fHiUmq17kOpJCWPbT+j9vNKNaIwr3G6+n58SKVSBY8Ve56x57Sa8QRXudbl8O3s5YwK&#10;0QOFe52ewP3c8RxqwTjXuYiCSSx0GqjmiauEAGa9zosp7g81ViJr3O7jRh+9pyyY41uvczLpyzSh&#10;sNbA6a9zNrb/AIG/58t607qr3P/VfMzpl3MlRDPTZIo8akIFHDW49QRVU4iUakfOecR37lu/gOZn&#10;X1627BSiT1iT75r5UNzt/wDeLIgU2uYvMJ2lLbikpnrCdIPsrf0aJJF2uL37lSQfvFuMtH0TwvG5&#10;xWJkiKLdZVNMs0SC5tZY6ZolLEkaAcTtZZ3hPgjnoEfpUq2X1e9oFqmG81cV5hCj7VpUffUOShw/&#10;YySxjZ9pt7t/EnguZD9J74kaWXBclSwRrK874h8ssccRkfzJCJZ9N5Y3Nre25PFgyRpEKWdPnA95&#10;/Sg5m/1CdoWegtO3z60HaEqKQZ6UoCQfWaC7qN1o6HdHaZKnqh1Ly7kJKhd1OucMVoaKSYRr+4tV&#10;IrPYewHh5sp+mDpvgOH0eJ5y243WUibY8FZ0eNVJvtJjJvqB8NONZvnmVWjWpSkuKSMBIPpz0Uh3&#10;Q7KM9ze9ShaFjWcVKkepnbxql31l/jo9FukGX8yUnRHHcMz9jtNC0GE4rhk6VMT1JXQqtgu0Xvc3&#10;vwasuw0dRVUmA0WGQ0uBsPlRg9LGkdP5J0YMqAA+73vyJsp3nvcyzRsEnRIITsAE9A6B61mdvT2Y&#10;5Vuxu26poBLwH3/xTGETjiejprVBw71p+p31V+qbImdeo3UTGM411FjNNjmDYPPUlaLD0pqsVAaG&#10;CG0cYiAuLKO2vKuut3TKiyB1gwjJFLhMkmX8RWuwCmqPMcucLrsOvCwZywDoBNHvIuzC5J05lvdv&#10;sPosUESgpWheOIwMHzI1Y8TNZv8A049ox3j3fbv7hY78SlyP6aTBMf33hWYwxwG2trfLnUXE8e6G&#10;9VeocGbPlcSwJss9Y8Bw+vpkMaY1hmYmr54H8hY5JKdn+UDRhyqR3VFUE8BKmpcMxDOVbDXU6QVm&#10;AYe1Th9RE/ltNVVWCSEhQym4Ipo9rWvr20HANl7OrMFah4tB/wDQiVGR/mx1nDoqdd4cx0WspPhG&#10;B9NIPsJj06qF+sr824D0iwOuy0ZsWos85qpMIxmkq4xMKLCKTqJDFK0vlyLsaNa+pMke4qAlrglr&#10;gt1IU4PiGXcPw7DP9+NTguDR09RWHz5086ij/RhSBGGH2bhAb+zgP3hAS40lKce7b9ugelDC6SEu&#10;Kk7I9yRRpvTXihzjlLPmYMWxu2E4dnnPtJPSYanydI4w3NlfTGcsGeVlby99jKVsR34DVbguLYlW&#10;VYmhqMQxBfdeO0k814wE1K3OlreI8OBJaVA+LbP6c+yvNLCkgp2cKNZS4xgWE0FK0U9LheGMN8cm&#10;6KngHm3l0DbR71yx7E9+CbhfTfNWXsOp8TxrD/5bE88Gymqp4BUWNQgUmHfvva+hFx4/CT+w69bO&#10;8rCArHx/74qgJ2t2q28hdWoQDHxoKcG65dOM85zhy3lDHGzHVJDUSviGFUVfLh5CU7swWuWH5Y+F&#10;rSG9xa/jYdluON8AwXzZFRAJIwT+8CBpb6uTN9Tt53SLcpEmVfAVCX092Xf3D4JgFKcY6zVJnrux&#10;Csp+oNXT4Xh8lZUxg1UgGio6SQlSXBuG98ldDexHBBgjipaiCSnQ1q08pdSTs3LsePXudQx7cxAf&#10;zwaPtMx8RB+NZR5dk5TcBS/t9ccZ/D2VTRmaPHc5ZUx7Asx43T9PanMGGJR1ARVxH5Oqiq6WuPlH&#10;fHB+hlpV2NKRca6HXj5UY5iMrTvR0UTGqIklby3nNxYAW8xANVHfgfXfjwqBA0k8eJ2n91LXMrb8&#10;QVPi4cI8xQK5X9NPTrBYMBw7OmfsZgkypFLh2D001dh2BRyRO00rSgrh9a8jbKp7NG490nX2J53z&#10;UrTLFmCSg8wKGEUECkKlyBchiLbjzS75t061iT50ZMshCQkbBsBx29dGEjyd6UayLAxX+nmgzqMP&#10;qqmeD+ZYnjNWnzNeYYJZShaNJPM+VhILDt9kaEcDqvyTT4pXy4pX4NBjeJVbioq6mqpKWaaSVVCA&#10;uzRFmIUD8uLP5kEj7gEjrpk2TUwU7aPhlH1CYfkHJ9JkXLGcqrpbk3LdMMKwHCcJxnFsLw2goGd5&#10;LQRJWLHEjOX0BF9T34v8ty4xl2FqfDsAioKZ7yPHDTmNb6KGtCAOwHf9nA/mL7FwPGr2GecaX2TS&#10;W1QB7qJ16gMh9Guu2L0OOZ3604jmbHcLQUlLVV2YIqiRIgzzNAhxgux2uWICHubalhdTnHsemDiK&#10;AxsB5rqsIIHb/EGvxCiwtR4tRwpepxwEwnq2ddFz/wBn3oHgktDFjWK0+JQVEq4dQT1GOSRyTEGR&#10;iWFJPThQNAfZfW3ij1zdnGu/mHlVKwQUspp1/RqjFU7t9g6fEcU2lpapcBj40zdL8AnHpo2dd6Ov&#10;SLlGLJQxLKEmK4tmOhixiWJsSrKml86c/ooQZKuM7tpHuubkkG2vGOqqMTrZB5lU1Q5UEsacEHcC&#10;Rbeljpw9bcbHHn5UVd2kYYUNeWsp9PMk4b5GEZUgy1h0MpQUtFjTQlPKkjibelNVAhvMYXBUfaFz&#10;yOuF18jE+Z7kY2MVhjXW/Y3H8Oacv04VdDZjZSjkzxk2ii2GmCVFZtqIllxSrlBVlIDDbIQTc218&#10;dO+nHOgwQ000kpB80qgqC0aHRASo2kgC24+A4hU+VGQaWJPhGFILPPV2lxTBqLD0kp3oBLUNgkMV&#10;dVpd5pFSZ0lhR2l3+UthuZbiwBO7jmYq7zTDEZb3EZkMaLr8DuJ9t9B242XARjhW2ymcMDQdxYhk&#10;hcMXGMRiwienaE4hHRRYlVVQ2CxUlWp0WxXaFKlgA2vJcZxakKN85Km86bZAbaaC2uvNpUDgKTLM&#10;YxGFI7E8M6M5wjxCnqMl4NXPRor1Jq6FotyByWbzfdYx+77pAJN9QFseSKHHcxpiaU07s9LIjNE0&#10;8isSQ19Ni66WvryjoSTgfj86Wpt0lqAIPTspD599PHpnqumWJZowrA6TD8w4ZVU8NfFgNDLThRJE&#10;sTLIKic7W8zfsAQ62JHccVElVjssbFZ44GRiS20uWHsJJtxB3yJApM3agxGPHo9lFrw7p/6d8LxJ&#10;VqcvYljtPV0kQjpWro6OOHcftLHTqrsL7rncAVAOhNlgz1eNxbpGrQwA3CNI1UL7R2N/r5ttGska&#10;sPKruaNqk4+dCHgOSfT3iMVNh9H05NHPI4jkxKbFKupkckExst5FsCoLBUBButm3WvNNTi8ip50z&#10;HeNzFBtsRbwW33c2NLYkJ2UwkJg8J6qD1Mk9DKetrVwfCoIzSzFKOCqmNUrQSs6hb1L1Bst1Adjo&#10;dST441p53CifYXN2XejH2jW7Dt9HLqfg4furQtQoysGaeJMw5ew8zy5baqioKTy0liw6tohGX/Rk&#10;KhjpJW3SL7zbX1AsPYW2qwqaSrVFiDU5UtUN5abRroBvv3ta3DC1UCwpRPiwgcT09XXjTK0ftkpE&#10;wZml1lvrJlzDcrtPPiq0OYFqI4MGgkxbEHndXQeZNMKJkO2LzFfeou1tN1tOdbgFbM9F/LvOefep&#10;qWp41IaFVY2N1Pc27HThWbpW1WHrRszBTpmRzwrhkj1FdOcEpM5f5yazAsMy/wDKSf1fpcar5w8O&#10;LVE8K742SpR9F3M+5NrAWJJ15wky1mRtP5ZUEtYKzLIg0IvuG0A9vbzac0tjiFD2gnqrX5V8EkJP&#10;sp1o/U/6YaUSeZ1ay3CkPmfNBKnDqqVgVcokBWokkWxYMNyHttIB94Rxh6QVLUtRXRU8iDbNDNNH&#10;vQqS1tpJI3A/3ccVdhOzEzTPiUZIjnopS/5wqjNGWIM4ZWyFiuY8Ir2FfgmLYRl/FXoK6OeKOK4q&#10;YII45BBLCSDc7ixN2B2qpY8LwaGnjlqqqBQRZZ6qeOJWuB9k7ra/TwqfzJ0mUn2Y0qSyykbZNFlr&#10;OqfW3GsxYjguXsi5hMtPI002WMtZfxDEaql2lrJUxtSGQbA1yCoABHgLDF/xnI3KtXUriQhIjHUR&#10;tuJ8PdY2N+3GBevqAxV7DVGSylYJI9opRy0fqWxGjSqounWYcOegj+fxanq8uV1MY44ydzH56mh3&#10;hUBMgLW07KNOM1fi+ToWKHHKaFUOweYQQdPYAdOOIuHSPEDTjoQVAhXvHGhiyF0o9YU9LHWHorju&#10;Jz18K1JeCSClqNhcgk+ZPCvmW1BLBtQLjurXiWYshUVRhUFXmrCoajE7VVGlSQHliDMu4BlvoRbl&#10;XA4sGQR5xTrZOnbIpf8ATvpv6v8AFabqDU4d6feo1Rh+T4pstYxT4LWQJFS4m9NBUmJFGIRoVeKd&#10;XulxqdQQRxkxHOvS/Cy1RJmOELVNqaChxOdje1vep6Yjwte/5jipBUsRAB6SaTPExieql/ljoR+I&#10;lmKGiwtvT9mSrXA4vKoxmLNPTikgV4w9y0OIZhaS6+Zv2iMWN73VzdnqOsWRcPw5sYjpcZxKgpSV&#10;lraHB64xoVFrM9SIFU6XNyDxtRUfCNlXQ4gYA40uovw/PVtmnMi5NqMR6c5NzXj0Hz9FlDN2fMNp&#10;a6ojaTc8kVLgVJjDPGu7aAqMgNhci98GHeofprW1MdKI8SinkIMcdVTUq3Nrmw+Za+hvccShskiD&#10;VS4ZnA+38K45o/CH9cmH4ZVVkOJdPBBCssT1GFZmzK7+Xt8uPcUy1CRtZANu62mmmvBewzO9HiND&#10;BiGCRp5MjOjNjE/yhV0AtZUjm3BgT4jtza2CDBBI+WP4Uwu6QAZOJ521Xhn/ANCeeMq5pxTKXWHG&#10;qmLEcNpqeuw6n6M5fOakrKeeSRZQ81XW4MKeaJlW4MLX3r4EDgNda62sx2fCpfm0no6ENF5FEk3k&#10;xSyDxklCXLbDYbfA+0DkmdnFuhtxxAwJHz/WgrvTfqcbQkRpB6f0FWj/AIU3TPK/Q7K2faAZMxDL&#10;ubM4yxYi+YM9VOCjF8ZoKJiF2UWE1Vb5UdMKpPMLSd5EFiQzcLxPEUsL9+So42U0C0jGrm8Oro6g&#10;bha9h8PDkIW3KSNwuAw+F+eQQFCdlVdmKfRcwy7W2NZihOtiR8QeIrrJ04xPGcKzjmXKGU4M05vy&#10;/g0uPZYy5WlKePEKyjgjMVIsxeLyhLfbvZrAm58eATtHs9OculoBJgRh/eDAYjb50Lt0rqbFpKyc&#10;SceO1Xzqb0f9QmHZEwXJmXs0Y09JhWYcwzZRq8UgnBkpDXyV08c0geOYN+liVLBRYNcmw5SX1T9U&#10;vqLwelqaTFfSpJlCvpiaeoqcrZqWGSJlNvdNPTk+HgeRAb64RPhIPUf30MVLT9pTh141ZnhWDUSU&#10;qn+YSY7S1KiRJcRMM4dWFwQVRQQb8r3zr6z/AFHUtU8uFdQs9ZIIa5pJ8wYnWQR+0AVExW31DiZ3&#10;eO9TsW4P840yLBhZ2JPoKjyZFyRLI0suTcKklfV5ZMOpCx+kmO/EjRfiG+szCmHyHqDxqVRoP5lD&#10;h1SbeH+9UE1+Iv7XZkP9fUfMz8aVKyq2P+tp9gqPJ066fygq+SMIse5XDqRT96xg8EjB/wAUP1k0&#10;NMXqeuU9TURldlLV5fyvLHIO53N/LA/3ODw3Y3+zJI/uxnyH4UXO5Bbk/wBzEeo+dJut6IdKsQk8&#10;yoydAGve1LLVU6/8gwSoPy4vsM/GL9YGHiKOd8rY8I/daXGMFljMut7t8lV04+4DjrfaTmaD9yT/&#10;AJo/SrHdq0I+yD1E011Pp66SVEbIuWDTse0sFbXbl0tp5kzD8uCNg/43fqNpWQ4x0xyZiIGjfy6D&#10;GqMkfTJiFRrxa32qZgAAUoPofxpKrdG1PFXt/SkbVek7plVbwa7F4lckhYqqmsoPgN9M358FfC/x&#10;1M8RGNcV9OuG1bd2ejzDV0oP0eZQVFuGVv2s3I2tJPqRSde57AGCle6k1X+i7ptUxstJj2L0sh7P&#10;NJRyr9wp4/48LB69fxAZfWJ0wyDlufpTH0+fLGNPmFa6nx44uKgPQy0xQxnDaLZbfe+5vo4Hd7t7&#10;1Zm0hJb06TO2eHlSnIcoTarXBJmKEToj0Kp+i9RmySkzK+PwZm+RCQz0op2p/k/mP3hLIH3ef7Ft&#10;bxvpVRwB0J6H3nuer1e57nq9XubUH4URH+x7lkXsf5zj3/laeTruE7GWD/GNQV2g45gR/eii7dXF&#10;Y5joSASBRRX9n+Xm5Y+6ki+hAIFuCnUF7KBQMUG0bbTZroWBO48lRpuAsbE2b7uXTbxVwqDgKbZ5&#10;SCQxFhdfv1HHaM+6BobWF+UUlSQVdA2dNeSYBpP1KhpowSyB/duPAE+PKRfULGsfXXqOt9TWxsxH&#10;xpYm/by2TGLeOGpX+/GgXveom8Pkn3gUeLKLb8rZdb20VN2+EKjiJotYwV0P39uCK3CQRFAyCgkC&#10;lFxe5dBE6AjuQbjh7aOGkjzkpxr3Ds9JdJ4QNNxW5+BPBXlbmhVIkfcKYswC+H1Om4hDYfVy0rpY&#10;D8tAC17KoB9luCG3I1Hoo5cPiGFUk+sQ/wCi4otwu/ewBHa+h+88HDNqt/VXF/a1HNcn2GE8jnep&#10;J/KXKp2JPwo+ZdClNHoNVBemIonqXytBJ9l8w4a10Fvs4ktj/HlSeY/dml23YE2PIgzM6UT5+4kV&#10;KmTolRJ6a2/cCbdBTrcDaiWP0qDwK8WpY3DF9VJIsfb31twMtp1SojChYu5hOHClpTsRYDvbgAZo&#10;hii84IpGoYMD28ebKE/w4UUvPE0+RkldfDTgEY9dg99SPet4+zhgkygUVOCDFc+ARmkKyS2O0sDo&#10;B482rFMUikxHCvcBqqjkivKZNzIGujW105fQqIOAOHPpT6YUdOwHjXubOVFRwp6KPTLTRVBnSny7&#10;l0tOkbrGsstHJVlHMgFtm8qT7bW5J9zmdorM1Q4kuG3t0kTBEJG2eiQfWscM3sXHVFzTAD1wT0ga&#10;mwnDrgxRDOitTWU3q99VsVfQvQJjlVhGKYIKh4m+YgpMCoMMllTymY2LwLobEa3HDQ9JujfTvLnR&#10;3JmT+pOYst41V4YZcXfDcSpMfY0c9bI9U0W/D62nR9glIJKkE9tOCNvfXdodz31yNTbegHSo4aio&#10;/wC9bDt9KhPf6+3uuFqRa2jn5dSgoGUAKIGkK8QJ2cJ66TtbnGpzH1rzpnTKEec8pztSx5NqavL5&#10;ypNR4jTYbPJ5U4gxSgrpo97MxUiRfdPvIGuAsqrK/plw4rFU4lkijVFAjC4BO3e97Culktf4k8dO&#10;/u5ahKn5I6Gj/gGo5GQb/OLBRZrj/GTHtAoTMNrc21tAZZ0z5ic24tIKrEaGll1sLEYdHTjT4ADj&#10;NJP6WYSI3q8sVSIRKY6PK2V3VSuu61dTnWx8eP3PaDus14mg44R0Ngbf8dCa2N1d/VIKHGdAnitQ&#10;+FOFRlPF6lhNDRZvWUo6BMQzjmqNAzrpcYbiBBsfZ244U3UP0sYEAsJwunkUlomwnLmQKYhlG4ke&#10;XArAnvwo/wBk3ISqUMvjq0N1qz7N99VLOpaBjsLi8MaTmJdNcz1axfy6nzEgjVRMmJZ66myK5YDc&#10;LfP7bX9qsB7DwsPqszj03zhkjDMKyfmaGrpY62Rq6iIo0nHzNUJbww0VlZRsbSMA2PawJACvM7s7&#10;u7e7tLiWy2ygakwSpLry1bMACHIGO0KrKLd3drMzlFohzSXmnHFKgkyFIYQgScZJbM7dgxpy9PGV&#10;M+ZR6h9R586ZamoKLMdNhK5cxmKqra+GWOgjqFZZ5K9nmWULKou5INu4NlIiZHz10B6XZOylkPCM&#10;845VUWTqGPC4TA8EYBjG6RkZKeUqryMzW3G17eHF1pv/AGTiv2bT0gADFIBA2RxEefHbQc3gyDO7&#10;l5xanGwkqKthP3Y7JEmIHpQd1nSzrTnHMmbM45g6P5Ko8TzhPC9S9TUV1ZUSUtJGKemSpdzTq8kU&#10;ahQRGBfwHHCs9T3SSmjtHmzH62MAExrjmJxka2uflqMflxW12hEn/iZ3D/gp/WPbQYf3MvNvfN+Y&#10;aT8zTzh3prx2Yuazp7kfDmu7+9lmiqwd2h2l6sdx/iXXx44Yf6r+ktMZHLZjr6YDZOs+YszsCP8A&#10;V3xxhBr93FS9+3VH/iJZ83lfpRRcbnuLwXeNpI2fskT8TTXXekvHZfPlwvLeQ8Mr6hvO+cXImXV1&#10;J1MpBdpG0v3HGPEfUv0brXeWny5jsiQulRCMRxPGKtQyNuB21k6obEXF1P7eEGZ79XWhUWemUqEl&#10;1SoCgQcFTwP6Ghtuju09bvpeF8lUESA2kTBBiRsmKl13pj6pVuWqnBUx/LGD4jWU9Vh0mKYBlzDM&#10;PRVqaR6W9oKdpfsvZgsqkjsQNOFJ6W546V5F6gYxnjMmCVWbsx/KNlbK9RLFJDHBRTVIqJZGSGeE&#10;728tVHvmy3GtySU5dni7NZLbIWXNMkqXASkHAAEYyRjMQANNSRvFu445apYbfLSdWolO0kgjiDG2&#10;dlGX6m5OzxnvA8IwfBsYpcuUgYV+YoHSGq8+WLY0UKmqppkMQbczHYrFgpBABBMdWeq/p78waYdI&#10;qTESpDNPUxTSoUOgI+Yq34fo3zvFpM2zAPSQo/78o1EVx2ZNIdGq9d9oHwSKQVN0T6hrRzQw9Waz&#10;CBMu1UwinoIjGewC7aULYfRxoqvVdlJFb5DoXhLp4uaGmsdQLMGlI+i/GG978wbP9zZA6kAn3z8a&#10;VL7N7N0y5cvn/Orlh/QvqBRxukvXjHpvMJJEpo32E6jaTTg6fTxth9XcyyRfyzpRheHMjLOiU1LQ&#10;RAFWDD/J05a+ncHiG83qzh4KTLYCp2IT0EbfU0eZB2f5NbPghx09ZUry6ai5o9Mz5wwatwbMXVbM&#10;NdS4hDJQ1LLX1cRKSqUawinVdQexBHw4SurwGhnzA9ZR4GRlsCnpUy9iLmpU09NDDEYXcKhddsep&#10;KjTvc6knU88p4OLhSzJPQTqBPtxw6KldtNs2oJQojSRj+G2KMvTpWrhop62tSXEGR0euo4vJXe17&#10;Mscjy2tcaFjr93DcS+s/qxh8cNJgmS8Lo6Gnj8tGjpqdSiC+0KBBZRppr7OGLe8mdJVKntuzwoAH&#10;lgPn6VH+Y9nu66nCpxBnpKlY+cGi2welHJDmZ6/NuZMSapkNTVCqx7En82RmLFnMkzEk39tuYl9W&#10;fqKxhHelhVk93y0ofmWsW8SKeWMC3svxW3nmekT3y46iY/D30WjcjdhojQ2gn2+408r6ZukFIlps&#10;OYgX/S1zU8jWtbVp42J+knk2h9QXqlmpmSuoa6KEsFvBTYpKWBsP35pL3v2txl69zd1BC3HI8yce&#10;B29PlS5jdfIBcDQy1PSUhMe4U0VvQH071Ada2lw+ohVWElJUT0IitYkllVF+/gEUXUX1CYZmDNOK&#10;4Plqtw05oamrcZaHBqsmSVHlYljLE4QfpN17DUtfgct7u+ZBSlSkpkRwjCOEDZAxmplzTd3LLxCS&#10;413ixOzHHjAG320u/wCrfRmHCco4HNiuHHD8pQfyTKsEuKRr5MG2OIQpslXcAIkUDWwAA4n8f9Q/&#10;UqhqJafMHVXAsnVCbkZK/E8pxyoVe12SpcMCbdivfhurNHRHePx/np/Go8e3CShwBqzUf8xYJ8pm&#10;aVEeSskoqxphU8kbCy+/iToVIt33EWseJqbqr1ExykpquL1K0FVTVDqKeXDMUwOKNgoLFQ1PMi+O&#10;uv0cT3boKQA+kxjtn50c2e7ymir/ACCI6p+NTYcrZKgLBMrQEqNXnoHkOuneSNie3MWMZl6i5mw2&#10;mxbCeqczYxgm+CnxyixH5gI0qmKRo2wpppRcMSyqD31FjwvUJSCheyNk9QxjqAHpQtZsiyW0KZEG&#10;DB0DZw8RFZ0yzlFaSvw0ZWozh+JlXrsPkoYhDUGMh18xJUCMQQNu72cj0VFmipgNPX9cMUxyrqgP&#10;Nnr8RzbHHv0PuiopwijS2n3cUWTDicNUkj++JokzO0cLwcLKQOAATPtG2usPw/B8PDx0GSEwqNbk&#10;fKwYXGp1PYQzfxHFdkPDYo6wLNmStqTRgLLUK2JVryNfUk1aUgP1H+08ygNDBcyPM/pQO3hZuyiU&#10;lKccJn5A081MrLEVWhDFhYJO0Ua6+0qXP5csyyRgMOZMs4TBLiTxQUiqYJJqKGKcs67WYMjza7fb&#10;bktWDdqppCycNmAAMdPHH2GoAzNi8Q854pJ2zs6RtjjRPs/9QKHIeY6uoOW0q6uqLmT+XYlPKhCH&#10;3VljeKIC5NgBuF+Dll/I2VqKOSGTEvmFmUIIajY7PYjadUPvae3tyZ9079pkgNGQNgJ+OzGoizvd&#10;5dyordXJ6gB7JNB3XepXPCVFLS4N03kpI433CplnllhjBUlt6U4X3Rcd/Hx4MeXcBpKY05hgn3nY&#10;hVXBX3e2ioNODW5zRxaIVAHPXQBXuu2lcBSjSEz96jcbXDMVnxOpwDCqSESymprYJ1aO4sS2+qUn&#10;w9mnB6NYamholjUfLQVAV9mtnBYEH4ixFvDmGHb2pTqLUg+Auf6ExjWVv035U1aqzSJ702ioB6Nb&#10;Z2QOqtNv8W3MuZc04/0pqcQmjqcuzZihaOsoKZooPPnoJWhYSNLNuBja6kGxGvKG+rcZHWPqmjm1&#10;8wYoRt9j1tRIOGu4DuvJLU/3n4Cpzv2EodgcB8kit430DVb1foM9F1W2sk/Sjp5JIT4scp0JJHwv&#10;yLhjkFE7E308bAjg9Z2Yii95kKGNGAxIlRIy9h420ub8SfXlFfof1gJUg/1bxk38LCgkY9vo4Sbx&#10;rAsVjyPvFGG7rRTetx0015fnb+sWC3ZdnnBSviWIZQRf6ea91Ao3K17nTTx9uvI+y9QEUOroyfQU&#10;YHlnHoKkAz9hHvWBkj7f8vFvyXNy51qPVUUb1GXh5/hSB6ppv6c51X24ZW/+U78u76nRkU1e225M&#10;CFbfBj/TwZbomBdQeA+dM77qKrG386qO9Ak0ZxXMMIkJWKuq42Dd9xMbfwHKturigxylBf3iz/DQ&#10;8ibfMGT00I91m1aBJq5fCiCgsLAaAHlbXUxby1Fh2uD939vIXvwnpqX7I4CnjhRsz0rzU9QUX3Qr&#10;X+kX4UhklExx/ShZl6glwc7cPnXuVlchasma9z3PV6vc9z1er3FJlGwzDh19B+l7f8uH5tJE0/bH&#10;9oK9wxwN+PmjqvcZZm3N3uBcfXxGDJmmJmvcx6n420HNzWwCdle5jY629nfmia1Jr3OBNu/j7eeg&#10;17RhIr3O7jT46ac1qFe1FVe484YAahLHubH7uOJRjTiEAGvcT5uWv4cUY0oSa9ySl9oX282KtXuL&#10;TA220VVpe8Tdv+8hDxg/dW+Fe5tX/h9lv9i/pQ97616jxtacHw+nkEb9Og5gQehNS7uiYtQD00VH&#10;qRGB1Uq5BowwyiY37H9JOOGzV1Juze/9HAqW1pGAwoaOKUUxTM219ey2uQB3t9HHOF7qLkljpu+P&#10;EhZIVjW0tEieioc7AqwTQW3fTwF/VJdvTN1bvqQmEOAPhj1DwQZUiDSS4ADyBzspoykwPWzpeQLb&#10;pMUBB+GC1h/p5RiGLBSBYkC5t34a0c0ermZSVX+Nwf2c1GNaImvcyi5A+/Tmprde52SSb9jz016v&#10;cMt6P4pKj1GdLIIqs0Mn81o6lKlFLMDBULMQAAe4UjXTXXlFIKsBxpNeGGlGJwoFvUhU09J6e+uV&#10;RV4euLUseUcxfMYZM2xKhDhM6mNmGoDXsba+wE8vA6MyMuSupFO8fkCjzzmanihDFwqo1AVFzfS3&#10;bw8Bpx7QQhBHAn4CiO/kuydvdp+dVB9cWWv9VOVamWZqmTE+jfTGWSqZCjuZcUzrdit9L7rkconq&#10;iVzDX06sQsNZMoNyNFmI/Zx1aU7aF6Z0ir411VT7QOWyevXFFk6f9B5o4A6Vsb4owiLBNr0NO6oC&#10;NBcX7ai3BjvEA5b2wI2I/Cot3JSsXF30d4Rj0ya1y/wM8uVeFeo/8XGpmnlqYKXq5UZRgrK7yBPM&#10;+G4vjrSFwnv3U1A95tGvcAG/Ds9IcyVOcOlHTfMT4ccQxOvw+gqKxC6MpdFMUjhpW/xITe478GmT&#10;X7ztg34NZAjo2GKB+cMN2+YugrCUkzs6YPz91UleuXpJlHoj68fV/geMdb4+imQMcrMdxDCcRoqe&#10;teojq8ewuhx1KXy8Mh9+LdXtsXYxAjI1vflWOKZSzp0S9UUecMdyiKiLFcbqqvLEDyrJBJHiE7xx&#10;yKU33CiQ6aEG17cja4ZubK8lQhSTMGpRYu7e/syUrlJTB6cB1+Vbb3TTP/Qn1/8AoUq8J6cdWpsc&#10;yRm3K0eQ845pyz5mH4rQVMFBElZDLFUxq0E3ukMrIVIOm5SCRA/Edoo4s1ZArYKZE82gqTUzRC1y&#10;ZhYk+P2dOGG/LgN0kjaUCff8qLuz1z/JVgHAKMc+tEW/4TvYzj1f6QOqGDY1iVfX0+UeomM5awKL&#10;MMqPPT0kOH0Mnl7R7ye/IxZWt7xPhxIfh3Fm6u5wH/ds1IP/AI98O4EWlw2s9Xzo83j/ALmg/wB9&#10;8jRrPxY4BP0Y6K7vsxdR6KQ2/wDBOzIv7eCl6zs40+CdL8yUENA1biOJOkVarLIYRQCljoSzlWUK&#10;RPWRlSe9iO+vEJbBA8/lVbXUDPDEepM/Clv6Scs40My0WPPiEMeVaLCq6jioZlj+YkxfEMYepUxN&#10;YnYtPRyB1v8AvA620o4M32ltfv8ADilKcKWB0hOnhVifOMcpUkkeGnLVppzSZr3OLTFjcgX5pSsc&#10;adVdE7BXucfMuCAPpPPCm1PkiK9wZvTfIU9QnRBz+7mzLygg274rAv7ePWkd4POkGY/8Trk8DQEe&#10;qWLz/TJ6jIf+LsiZvi1/1sv1Y5ffnFdmaMc1uPONrdvsjgevHNSyOs07YQGEeQ+FEf8AT7tPRXph&#10;JY72wek3ak/7nxIu1yp+r8+I2m9INKQojZQ4F/M0K7SLAnXmSn1e/wBnW4HHMatUWrCiNjbfoRyo&#10;T8Xtd2dPT3U+K4dTQ/8AkxxA2/O/Jv7NkRbrH998hUQ75Qbjypbej9AmXurxGnm51q5SoFrXwDCB&#10;+zlF/VEWrcL8f97kH0Ctf28G946NYoHLUBRu+BO7G+nhxEblNNlwV7kOp3FfzNvp5rv0qqpcr3IS&#10;X+rw5dAqgTNe52fDlhBqxQK9zgx8OUI4Cqmvcx63Fu3jylaNe509hb2+HNV6vcxHW/NKOFer3Mga&#10;wt7O3GUuEVqa9ySoJFvE8ZW4Zma0o417mbZp/wAB+3j2pdXk17n/1rFcP6F0kbC1MEQkBYYyNzKp&#10;0DE+3uedEP7PpidlfH8htShJ21vaVnUDC6Yt+mBVRdpDewP1cMPlbKVHlOiRaOkVJ2BO2MKZBeMx&#10;gAge737i3FCGEowTso0abAFF2znnGTNde1PJV7MLgCauWSAss6y+8twH0QWBvwQaDBoMXl86soZK&#10;ahgjSCKJpm7otiQIytrnU6nkf57uVY3Vwt+4UpZOwaiAAOgCKn3crtdzjK7Ju0sUIaSkklWhKlKJ&#10;4kqB8hAHCtef1uehr08Zr6gZ/wCtXXDqnjHVnqJnKpEuDYGMUkwTA8Bw+KMRw00SUzNK+21yS4Hf&#10;TuSz49gGEUCyGDGpVc6pRtaXUe2zC318hPevdXLrX+5XCp/o4GPWswezPtWzvMVJ77Lm1ji5Bb+G&#10;B9AK1x/UH6f+kHTeWeLLfWapauN2iyzRyQYyIz7Gl/Rsg1Fgb29vIGVYUGMUxWs198LsXa99p1ub&#10;/XfhLuczpvkQ5j7DQs7b8z73JXB+UKRKZlepO3ZEDbwg0FXproHpOpeCSvnUQ1P6dIJIKc0tQl4z&#10;ZvM3FSFtcgjsCPHhUfWtluWTPPTLMku1sLio6yimRW2PUTR1EE63YG/uqSAPY55kJm28Ay8NnTqJ&#10;BxmMRBB+M9OqKP8A6BnG72yzWzC9C0rQuOgKSpJj1GJ2zG2tuT0r5kraToxm3A6bE5cRxzG6Shoc&#10;KxyohFWtKkIr4ZHKSIUDM1XHJusReIAi3CA4llfNWIY7huZMs5fpZKylSGnpYq+N3ilFPTTUaXaN&#10;pSzeXObMe21fZrHuYb7PuOhxMJKYj0BA48AY8hXS9jIrcJKXJUCCCD1gA4R1A+dHOwrqB0dyj08z&#10;N056n9V8RoMOrK6qzLjOKYVXQ4fWUklZi1Pj04AkhpFjhaopv0kYB3iRwdHIGGo6Z9b8UrZcw12A&#10;4dSSU8XkfMq6JJHBGGkCqs8KNppYqb/HgTu953nyNa5jZA/T50fBDXelQGJ6cfmeFM2A+sj8PbJN&#10;NgnSXLnVytxhswVoqKPC6R63FIaqvr50pWeefDpp4V8xmJYSkKCdxA78XA9PGes5YTS1VfmePApi&#10;Y2aWGWeaTZFKSVaIBEINtupOhNrHXhM9nKQYJJ9px520oUgNq8KQAdsQPlNFnz3+MD6WegGf8cyL&#10;gfTHHM91mFklv5dh+FUND5lXSRzIY6qpqHmJKncxWMe8vY9uMucPTJgWTMt4lmlsyVeLZhwvyKiK&#10;KmC0lE7vPHExkgZpSSFY297vY8lnsCzEq3qs4GBKh/vCvjUW9sb6k7vPyMPD/vwpV+kL8XrP/qn9&#10;SfTHo9R9EcP6c9P83vjEGK4pi1dUY3igSgwWsr4lpqqGGgjjvNCgbfE3u3UWJuB5yhlvLGP4Bls5&#10;lw6GthpVeenWua0cbuApYi4Q6f4rjx5kB9WnitbdYwIWfekH5VAv00uqGY3CQY8I9yqBn8TPrH6g&#10;ekmZsXn9P2YsRwTF8bdqDHVyhQx12IVcESLMkUS+TNUL7x1NPZ/C9jwZsKg6c0U8EOFYdhtNPEPP&#10;Bw+lhJAB1fdGlvrvzAzu7hWqfjWZyFNoIMnDzrXV6mt+IzmTLmKYxn3OfUeuy9jswwNYc85jxGlg&#10;lknhZkpTRYjWxOQVViymG2hNtOJjMWZMPwTMdPP8tPii44BFR02EQAsNbb5DK8YCjabknsOVZZIR&#10;H8QONJ7zM2Gxj+/nZ50croD0B6odZ/TBV5S/mGE9PK3o5Wu2aMf6nYuywt5kAqfIpI8KpsQfzGWr&#10;jZU2FmLDUBuZzmjC6qZDW4fiOHtAfNutKjRshLKAzM1iPH3TfQfQfBKkJhOyio70WaBiDB6qj0np&#10;G614BR4rQZH6h9NuoQxemFFJT1uaMQpsRpKtGgqGkhio6IOraCK80YXazEC/vK7wZhypJUUlJ51U&#10;s1QbovylgQTYAkvbX2DX4ajlVsvnAD2n9KVo3ntVpA1Een60DWYPTL6xcFwTOWdKjA8oV2E5bgT+&#10;YzwZsndvMjjMkjxIlCX2x6gtIAovqxCsQwz55wqJdtNl/E62J7sJkpljG297++xPYXv7Ne3NrsnA&#10;rEgE8JmjhFy2Rt6Ojz6aHLAfRH1kxGaGszH186fZUr8O8uhjoVxqurmFUy/LMl6emgR7TSlEQrcE&#10;+WCTYBpHUCnV0hhyfiFRJWEpHT086ySqbany6annbsb2tyy7ZxIBJSAOo/jTqLhsLjHHy/E0JOLe&#10;hDMzYdNj+P8Aq8yXlyiyoi1uI5gxvLM1Lh8yq/6NWr8ax/CIftoV3Bu5INgCAFWJ9RY8PxnEcHou&#10;mGKzyR1U1NilbTVLvAjxybC0W2hJk3EG1lAtxSzeOFIhSYPV+tIHnmztCiRVgGR/R9nPNGRenefc&#10;0et/JL4Y2BUGNZSw/Fcpmirp6GspBURR1Pm5vIpzGkkYLM8hDHxI1XuDY7ilbD843TPEsJoUWaZ6&#10;/F6yGkKuoZkCxOnmPdgACFPflnLtZEageqP1rTKGz/CqOeqihdSOmeSMKzNBk3D/AF95FzrnCvqc&#10;MweDKGSsnVeaQlM7QwVRqq/DsRNNSWiDyMJZI1Xb3Ue8IlfmfEaWnKJkiVXYmKKSeSorGO4WJeEG&#10;me2t+9vaRyn5lySQfd+lOgpTjpMddCPlD02ZTzNiTVmK+svDcSw9FjxSc5Kw3LmWoadoZQ0CQYlU&#10;HMFKrDYwAtvGpVSABx6/nVc9RFNS4fSwQVEdPUCKo881ClqdJJA7LVONJC1hqALey/DC3aQGwVrM&#10;zsw6fKiS7zN1DqkJbkdOPywoLafoXl/+QYvhma+oWZsXxbA63H8EfEcGiwGDCDTwY1U0OHfLRvlu&#10;lfe9DHT+ZJZGZw7IQjKOOM2NgGMTPTx2PmKIrl2W99tizkC5/d45oZx8Z8sPwxracyuyBDYwHX+N&#10;IXBOgjQ/Oy4Vh2YMUqZUfDjUYoFWClqFi8gT+ZDBRwMxRNBMzAqfs3AtHmxMytbzI4k1K+fTbUbW&#10;wH6VLE6aDvxxAYJgKPtpgXF0DJSIPR+hNKDBulbYHQrUPgeI4nXSlDVQ4dmN6qqpCQXdv99taXWI&#10;eZdpC2ztrpfiVzLiOZnp8LpcuYjBhtOqGsqa2SlpY5Zw0jRrGhljQixQm5sDfxtwrcdS2oqQfaf3&#10;0c2i1keNMq/GjDdDOkfQ2vzD1CzJ1vyZjObMX+dTKWD5OizLmPF8OwkxYfT4nPV1EFDilTBulSsj&#10;QLsMiooB2q5HJ/nYvFHHBiudqinqJljqJI4IaF3QkA9oV1v8Ba3s54XawQQkEjppUXBO2PSkjSdP&#10;ei+IyYri3TP0lYTmHBsKlrstUldjmL5to46yKGSVJCHxpxtKuNpDuX3e7uYCxaZ6anq6ue2esVxi&#10;pUAxQ0jNRCPXViYp2Tbp4R3+PtZcvHUgEYA8KZ7zDb7qE3KtDjOE4Ph8OLeizpj0pwAs1NiOOY5M&#10;mbpaqMASRxJFV4HRztKzStfzKzatjdW/dTdbDmGKVEoMYrIIwSiHEMUryWF+9xJYW9gBvyn5hw7f&#10;KrlcijEZewD0/VdHV1eY+k2UsYr2jTEq9MrZFywqJIIgACHpHkJI+yzyKRYA2444G+aKqpqcNqK+&#10;oq4q2mqIJIYKyWQXWB5Eb3pS67T/AIQL/Vbjjj62hPHCtIUV4dHPCg+6tZV9NWXsGwDqHh2QMu5W&#10;xTKeP4HilDmHFsr4fh7iOsxulo6uNWjoI4X86PcLys6qbG4Uli0VGQMxzFJYc6HBIW3Qyww1NVFL&#10;7oIUEzBbm+puNbW44i6WZEH2fpSVx4hU6p+VLdPVb0WTdQVvpun6k1FKExHD8YXB8t4nQOklnklX&#10;+W1NQUXYbAAkgm5sdOLHCenGIUFE+IYniy4jWVSRHD6mlr1RXMTssjfppkuSbHaFKgrprYDX5syZ&#10;Jw24eWOzzpDeoulsSiRx8x1T8qK7m31+9OM2dQaPp1kvptiWVsAypV11J1CwbM+RcYqqulOJ0STU&#10;EYTB8LrUSIxuytO8qSMsq7lKGRi/UeWq6pEcc8ctTCgMJmaRpR72p1i3978su7ZRQUGV3bxMEg+e&#10;FJjOXqW6e5Vauq8JxTCcvYzVbMRXCXpIMLqD5BMKkpjLUAIUx99ABYntpM/qng9IojlPkNe0aSUl&#10;QL6eHmxLcC3hflvzgKsE+8VcbuXJJ1LA/wBN+EUhKL1c9T82lsQwHDIsw0cSPNiFThWassymOIED&#10;c4wrFKso7h9yqwQWuL6EDvEsJoQKSJZWijSIAVApptlw7G7XEe1Rfue/NN3JjgMemaO7XKkpaAKp&#10;9o95GNRcgdXM81NXnDF5cDp8TxGuxUn+rtTmLCI6yFJaCnvHB8rNiIqZplj3LHEPc3BSDrdPVOW8&#10;PqijVOaqGlEFhK9Ayq7IpABYyyOt7WF7d/bx461KgcRRi3bJSiQMOuhUwX1M57y1T11Jgfpcz/j1&#10;Rikpkw6lznRzSUNPV1CbpIYv5fQwTbGfdJsb3dt7sijSNXZaop6lpocYiqPOO1pJFAge7XI3Qj7V&#10;zYW+7lCp1uYjn0+dalopx599LzJHqBzRSZbo6LGOkmNZffDYGqKbBKObzMapoo4/LjbycWmB8vZG&#10;GcSKCSdJDcniLzRluKqxASOlFNRxGmWsrq2seH3YyVYCKBkbeoN1spHt9oq8Tx2jClTaYEJnnroy&#10;XQ/rPU4flCOigp8z4VmTFmxeuy9lLAcvGutJORPGTiNdFU0qxSMCHMkyHcfdANlcM8xYrjK5ijpM&#10;F6n0uEzYg7LhuGwYxUxuzC77ViZ23i3glvp9unXGuHRxqxLhRimfT9KNDkPIHSzEOnsFT1M9KVRn&#10;CXCY0bG8azJkjAq0yWRYnlNQIItje77zyjwuQNSGSoyrn2uWorsazDh+Pxwukcr4hUzPIqOrXAV4&#10;mDDbfQsCD7dONoaU4rSOimXL8JEEe6B+FCdgfU/oVlCXB8q5I6Y4308ir46ipoqbLODUlLSebSyx&#10;r7xpahChLkbXCNGy3sdG48UlHBhkrLFVphFKyKJd2GQurot2Ko7VYY6k/aj8PsnisZMTBkDzovVm&#10;6MITPupkxrMOO5jp2ZsBObquOVlpEgzVXwTxPJaNZJoqfB3iQhbW21J+1o6mx4M3T+tp8SixKCDC&#10;KlKGCKKposSnYQx1Gw2O2OKGHbowI1v38e7b9rpVIUDG2P3/ACptb6HCkFJ48f388arm9W9HmDJV&#10;VkbE8Tz9ggxfHMRq8u4rlCkonxHEcL+djMkbSVdfiNcJRugMZPlBdzLoF0V26hsi4FR+XTCnWWQR&#10;1G4kgyRA7SoYnwc3uTY/TyROz63Qp1S5MgR6Gg1mqdKI4Tz8KBX0hy4pN1ozhSYvmZMxS0FD/OMt&#10;mkgp1ngocQZIamGpkgjiUKJaRGhCxxq6eB2aFzr3APfsT2tyT3sBFEbeNXB5chaQXCm7KCL3+I4w&#10;tMu/aDrxPBONO6TE0IcVMwhLMtiRe48Dbg64SDKkpJBaTCHZlHtKxHU/QeBLet4LzCSMdKf98A+N&#10;GO7qgi2bw2LP+/Kqu7qUWpf5aYmdI6fqBh0cc5Oiqs1UrAKQB9oHS+vs5WT6pOnVNiFNiVVHRL58&#10;waTcAO9r30+J5D77Y1YDCpXQQtIPTV7Hp8zg2N5WoqKeq+YekQQozXvtXQX3fC3NdX1BZX+RrayI&#10;QbNoLFha1rdvrtwquU7aLHU6V0YvhDa+MRzttUorahW78DVwiDRlbrlNe4IGC0NA2XK+SaFZKhVR&#10;kLLci7N48XtJGii91ZK9te4HNSoWaRVG0A6AcLHRCqM2jKa9zBxunK9x7wTCjitdBTa7Hba+3uBa&#10;54pQyCaS3L+gdde4MHUbplh+VchZfzTRwSxnFq9sN8yV3Ksq0xlOhJF78cumUpAik1i+tajqMivc&#10;ATiKjOvc9z1er3Pc9Xq9zai/CjNvRzlk21XGsdG7/vtPJy3BSTl4H98agzf9E5j/AJoounVs/wDG&#10;ooFvoaCMkf8AQ+blkNwSvitj2va/BmpjUkgYGgOgETNBjuK2YEDX4XI08OSqcagdw2uvEzTqdh20&#10;8VqSMKgVqbhvuEPcKO/w44AFldb326i2hPLvt+AwDjVgAMaYjJaaB291SbAuLge925SV6hhu65dR&#10;HNyHroyLjwNJFxTk7AFsMf4lf7+qgRvSP8pUepPwFHkykNuV8urpdaKmB29tIV4iKBQqADUDx4bM&#10;IAVE0CXVSaUPBBy4v6eIdzdbgcEFkvDZRY4eFe4djpIg82Hsx3KLd/jwXZVBqgGNMGYSRQVFrj3G&#10;1vbw5aR0rF4Ke+vuiwHfTgnaUggg+2jQnrw6apG9ZLFafEtqAsxZdpN7X76fHg65sP8AxlcZBFiK&#10;KcD/AKInkV7zvqFpd4YRR0y3C2iD/EKp99L5M3qVykQ25TmDD22HuCMQB05UrjULtOxtdQdT7eRc&#10;/JA1Dp+P41KeX3CZOPGtwHCiiU8VhayKB9w/ZwOMcjXynVTa/e4vwLvtKQdlCFBM40sqJ94Vu99R&#10;wuWbFVJZh9q19y/Vf9nE4kIPTTZE0o4/sj8+F4zAzKZGAK390EjQ6n+ji9tSi3s2UgdGNZOAnjw3&#10;b/MAN7kG2oIvxSgpOIFIHB0V7gQ4qdzG7BWYWA7XP083BirtAkHnga9y+7o3gNRi/QbpdBJmLDga&#10;jLuFEUk+OYXDKgNHHYOktUrIQD2YA8kzN8tbCkKJAUW0Y4T9iZx6491Y8rzt9u9uWylWDiuBg40H&#10;2KZgwrDMYmWTDMQkmiI8+eiwTFqlCdum2WnpXR+/cMePlT0XxmoFMkmYsAwyjkJNOJMdwchkFuwh&#10;nYmx+HEFvlLWqNQBPQR+6kOZb3PBBCGlEjqI/D51hg6k5ekmEKYbjrysfLJfLOY1UN3953ogoH0n&#10;kz/NvhGDoZK/N+CfZ8w1FIcYrWXQa3wqin04+/lISCC7AHr8En40FjvHmFwgwgx0SkfFU/GnmTMd&#10;QQHo8r4lXDwCLRU5P/A19TTn7wOSqPJmUpGDL1EwiHzArkCizizG/iPOwkC9/YePDLmi3Ic6j4VE&#10;f76KDIeuy4Uqbj1T8jTNV52zJTIWh6T5griNdlNU5TU/9HsajHHmfImRUEVRN1Dpm+WbcjYbhGLC&#10;Vj/30wU9/Dx4jQLUDSSf9Lt94+FKrZi5QsAaB/jKMe4GuqDOWaK47ZelmMYUSLl8VrcuFB9JosTq&#10;T+XErV4HktplSLFMWlCuI6aWlwilClyCmhnxSEi9/ZwodtmVGIUI/vfPZB86H9hm7zB8SkkjrV/g&#10;jop6nq82HYabBMPeNhum+cxSeJ1Pe1oqCYH7+PWH9Oen5KVFdmPHBO2mxsMw2NNw94N72KsCR7Rx&#10;fZ29ugCArw8IAH+/Emgtnd9flJClJCSeGr9PnTbNjWe/N20eWsGnjABZ5McrlYH2bUwhh+fHHEsl&#10;ZJDJTUb4ziSINm/z8NpNx73ugq7W9hXllPWq1fYTjskj/CosbsnQzBcH+lPzIqfRYlmaeHfiFJQY&#10;VP3daaWqrlA9gLxUl/p57DMrZZhQRNgmMIWuQ0uM0h3D2hv5UPAdgOGqblvVCGj6q/5EfCilW7i+&#10;NwP9J/yYqTLWYsE92vpHYalhRzG3/Aiq/bxXjL2S8Qkgo3yxiBjjHuv/ADlJDaNe5UUEWmntHE94&#10;y2tBi2x61THsArWW5atlelLypngEx6TqpPVlZnCmjeqGY8JjpxqY58HrL6ntvGJAf8m8x4jl3IS1&#10;EEX9VI6iewaFayfEJG3AWAPlTxDx77eBxLKEqMNjDh4v8IVLzannWx3jqgIH9D0/g+dNFLW5rljm&#10;lfHQVVmDzYdT08UQUE3IE6znT4tzuiy9StOkadGP5idVVqcY63mWufsxVbD8hwybauXRDbAB8lfJ&#10;SvhRLmf5RtepT6/aP8EVErK9hTzySdYzhIS0kjzNl5RCPZeej7fTx/XIvUXESIcsdDa3B4m1V1y1&#10;V1YOh1EuJQTqbcsMivinFo+YQSPh8RTlvnOUgeN4eqwPaAR8aDys6y9C8ut5GcvU5gFRW6r5eJZu&#10;wXDZe/YRYdPSm/8AwPJMfRL1DTkvS9Lqh9w0asy/gcB/xEfpKSO3t4yd3szGIb9dKR8hTn9qt3hA&#10;LiSepRPt8RpPYj6ofSNh8Jav9RuBxRn3Q1JnKsmJsD9n5etck6eGvAxmTPlJj9Nleeejw/F5qxME&#10;+Qw1MFpilRM4jAaXD1Tbq1ixaw8SOFLDF084lvVt8ht69lCIGybSVFCQk44gn3ET7qGzDcSyRLlG&#10;XPmH1GKYpltcPkzGtZXvj9a0tHFCZi8dNXGSRyVW6qqFm02g3HBQq+g/WOOuh29UMOy4uoMVfnSG&#10;Le400WmqpDf49+Hid38wCoDyUpP/AASPnQbut7MoC57kq8mj80j40B9P6m+jeL4eamh6WZxzMg/R&#10;sKHplmohVYbrE1uGQqFI9ptzFJ6eep9bHMmMeo/CY1Cf5KbNuYKtb3uAUhVhbw5Ve6T+mVXKZP8A&#10;fKPwHzpfY7/WTUFqzO3+ggH4g0mKn1J5HwusiGAej3qBi0khLCswrJeB0CKRa+58Vr6Mg/TxEN6T&#10;Mq19bRSZp69ZfkmZ1ppRhVHi9fM24hRtM8WpN7XPGLPc1h99LblwlRMQAlczsAxGMnCjNztFukJV&#10;3NsoEYydA/0VLWX1N9QpMOlqcD9JGeZGjieoihx+syZhyDYpazsmMzBdB4X+jifovTB0Xjx7OOWc&#10;z5yk/l2D1KUuHvTZairZatWZwzFTUqIgrxFQrE37kDUcTW26Vg6pRW5A1CPDMp0BW2QQTJwx2UcX&#10;G/2aNtBTTQUvEKlZTChtGAM48RFPr9ZOtGK5J6bZryn0Ywmurs70D4/jWFY9nE0EOExyGKSmTzo8&#10;IqTUPJFKGfYgVGG0FxZzlqvTL6PsvnzpMQxwh2LVEhgy5Qltd5J/mFU+0C3YduODd/J0H+IJ/wA0&#10;fE/GkSe0LeVY0nT/AOhFD3RUGkz36sMS81o+nGRcMisGidsxZmxAjw7U+X4gf+QhxV5f6U+j7D6c&#10;0uFQZixlJi08tLRYrQlWbQi6YbQSqe3g3w4ZJtcgB+1Z/wA5OPsFMLzfeh1UpKBh/QV8SoU2VWM+&#10;sazz1WJ5CwCjEiBmbBMamMcRPvN5tZjVJdh4XiAPw5m/q90Qy9nLCqTCumq02C1eHx4vVU2ZsSr4&#10;pJpKisxGjUyPAkLDb/L9wAUE7tT24mtF2P5lXdtgNSANRIIkNqmRGI1kRsilV/mGbN2mgulT2nV4&#10;QJ+5SYEzP2zt41Ly3N1uzZlrPWH4x1apqHM+D41T4RRZjyJl+gFNDRjCsNxRljp8SqK9XdjXMjyN&#10;IQAoKoDe6unrcgwVKvQdIMtR0qC8Ms2G5sxJiLnu8uIRRg3trrwQsXGWlepQaAPQhZ95VFRPdvbx&#10;KMIS8T1qbT7tFO9L08zW6eXjPqqzfLUt/lqalXp/Rre4PurDl9pR9G/8+PuFdRclYbMIqHp5lGCs&#10;RhbfheFBwbg3K19ZUONdfs8NbbefKGxpQgKP+1p+c0G7vIN4VK/aGE9bh/0IEVnxXpDFitM0WJ9W&#10;eoFaGGsmHYviNBcfB8Fp6MG/0jgm03UTNE2cMP8A5KKWkgr8LozTYbhFHRw0yNPU4oGlWPYsZdvk&#10;FG5u1jqL8vZ5w4H3XG8GwRAAAgJZbcV1CSvHDpoQM5G2PyzK4K1pJOJMnvFJAJ+7ZGA6B0mi3Yr0&#10;e6Z0uQurEWaKnG8bwzKmYlranFc243jdbikUceCYPOIvmXnmnECmskfykuDuvtJ0I55dztnDEYKe&#10;cVdXIlQiTRqrUdKgX6Ig/wC3gry7M8wWlMYzjtA4nDAcIigTneQWjBI71KQCRgkn3k0C2OdJOk9L&#10;XVUEvT6gra+jXypJ8UqMVxOoMyr9oGpEVjY9zb6+DFgmKZpeIGWoM3ngoVlqXdjcW/cVLfVyQbO0&#10;vnUnvEpSlXrHXsoAPv5cHQAomOgAD40Bef8ApNln+V1xoslYdgEMTCpDvh1OWujeaColE+7sLFuP&#10;Hp2kdOjdWxuZqXPPUCncyG+qZ8xtba+AtbmKfasojdmyWD9ricesawfeDPXU4dkzTNzv9fNT+zcs&#10;VRHR3bZHwqif8cX5sdIfT3mKaAQVg/zTVztICdZ+mVDGxJ0JsVIvypXrVC0HW7qcuvvY5XVK39jy&#10;7h/E8EHZhjkdr/iD4mffFTPn4SLpzgMP1rbb/DlqvnPw8/RLMGEhPSrIsBZe3uZbo0H/ACrxnwvd&#10;5ygjVRc3PJICvDQdfI7uRRn8QFtwNiPBbaaDx4y9bQkvRfqqqjvlzGlsB4nDZuE+86gjLnFHgPmK&#10;VbuBSb1snpFMOCH/AI0OEKftfMxEX8B5g5rw4eQbE9msfj35HdgmD6UPrjA+lGK5Zb6ERsz/AIUO&#10;/wCkQ6f8vV5M+5S4JB4iot3qT4weukR1K/5gDOI8ThtYBf8A5cNy87qRHemqyfevToB/yGOCrdBI&#10;U7c8AQPcaR75Y2Nv5/Kqb/QhUKmYc0Rr7t8QqWNjqdLX0+jlW/VyI7andpbVbeOtuRbvoqZ86EO6&#10;olIirq8IYeUtu5t+fK1eo6ES1Ivu1Nj+XIPu9scKmSyEAU+cKXjzOkNWqdrMdrfRxEdenbhQjZHj&#10;Fe5V7yEKygr3Pc9Xq9z3PV6vcUeUv+Yhw/8A6G/9IH5o09b/AHivcMS7fo/dOugF+OuK8M0cqMCv&#10;cbJlG4W7ka24kTiKYSCa9zESu1h46W46BhT6SAK9zExAHxPHABVq9zAx1ufqHNwBWgK9zkGPfv8A&#10;TzWkVpIG2K9x6wxrVCEfXf4ceSIp9OFe4w3F+bnhXhtr3MqsQyn6uaNWr3Flg7f6HOfAI35yjjR2&#10;1YGvc2q/w/pWX0X9JgjAWevuPj59uQfvo2FX6sOCfnUw7oR+VSPOiq9RUB6q1TMCf99VGL+Gk0x4&#10;bJSu8km3xHAwAqKFwpmkACXUBidCp7fdxyp5BttfX2806jEVoKIplnDgsFF1PsNtL8B/1P8Av+mj&#10;q6LgqIsIa40OmO0R/Zwyy1BBmkjuLyOemm/KjAdbOlKC92lxdjcaf8kSr5RvHsK2BvY3U8WA0eUe&#10;3mVUJI0H19+emvV7mb6/q5WvV7nTbdvf6ebr1e4bb0OvRQep3phJXMTE9W9OiKQqvK8DiJWLaANJ&#10;tU/TzaFQQegz7KR5ihamFhJgxt6KLL6z6PFcR9JvqJocFr/5TX1eUMcp/wCcLHJK9FC1DIJ6lEi9&#10;5pIYt0iKNSwA5cT0Qmrp8i9TKyvo5cOqK7PGYqpqWsBDx76fDmZTcDswI+rihK/2KT1n4CiXNCO/&#10;MGRoTj7arL674bQUXq7ylheGVqYlRUHSHpvRUFdRWaOeKDHc4RRupBIsysCPgeFMpPR1lvJuI4pn&#10;bq/neLAsAZpMZFNO1LHIyyuZQI4jP5koUNroo8ewtxcLLTBdUEp85MeVGSM6ChpZGtcdYHqYo2tb&#10;696bqDVT5I9LPTyv62dRBLVYTHVPR47h+UqGqodyzJiWYFwuooqZgUYBAzuWG3aDqBb6h+pv0idT&#10;MDwbKucaHEanDsogUuCom6IgU6LCrIaUTGzKmlyD954eZpn1jcNpR3avAITj8aDOW7u31s4txLqC&#10;VkkiDx56ar29Kn4b/wCJD6T+p3XTqrkP1F9OHxP1M5gq+pnVHB8wZXxnGY4q+uqKis2wOMSwsAQy&#10;1L6hBvB1OgsNXpy69enSE4B0u6cYxitKuIuzYLhGbniZIHnZ52hhlZ2Y3dj7gJ+rh3u3vRa28MjV&#10;CiBiZiT5D20F96t0sxuNVwstykH7Zkx0z+NVyfi1/hmfiLdcMD6geqnq/H0drqzpFgNfjWPYn0Do&#10;800OO5kw7CIFZHrKfEhURNLDTQtsKyAqDsJZVUhc9VOp/p/rMVkwiuzxgUXUXLJmpMLjxpZ5zRTM&#10;6rKJAgQXUoCULE3ANtOW3tzbLrkjEl1OGwjzBr26W72asEBSD3KhJggHZhGJ2+VJD8JP0s/isdEF&#10;pHxXo/jeH+kvrDTQZzzamW8zZNhrMRjWgM+Hvhw+dq50WqWVQ7iOIFD9tT9oOfUV0Nyz1hpMlz4x&#10;1UwvBMRWlgMtTiNVHAtRFKqjzYFmcfo2ZSfG5v49iHNcvQ9oX3qZUBtMYbKEu7uaKYLrX5dcBR2C&#10;euDHGjufh++urOfp4X1L9K6b8PzqpV5KyTnHMkmBxdKssNmCSkrPPbEBhOIy4XvUVyw1EKr3jEXl&#10;e8FIZkt6b/TjF0Q6hZhzFS9R8KzpSYhhE+EQUuCyI06XxCjm3yKkj6DyrHTue+tuElzlobStIUFS&#10;OBmluZ5gbhtALa0HV/EI6eP6UP3qX9aC+q7pJ0rw6q9N3UvoFiuF50w/H62k685Xq8Dib/jN41EY&#10;YKiUGOWQecDZTcgEi4BPA+9ZmCyS9IMbxIVdO7VdqFMJjdGrDFH5NXLUbHK+4nkKB37k6WAYvXbw&#10;2FYcR10py94qWpAScOMYeU9NHZ9HXURK/qpj/TCHKOO+VgeDQ51rOoFTQvHlwyVFfV0MOHU9XqJK&#10;sBpJZU02Js+1uOyiV2OpIu3cgf3caRHE0YVZzzjc9wDbwPFKbUKTINbAr3Oy4BsAWB8bcsi1UK9p&#10;Ne5HMm3U9vH9Rzxs5NeKa9wYfTvUj/P70SPbbm3Lh19gxinPFtsyEqGFJL8DuF+RoGPUhB8z6eOv&#10;VN/ykZLzTBp/r4HVL+3l/mcWvmbG/YJiF/5BHAlmTUPK6ZpRZthLCB1CiHenZ93RDpeSf8phFI4A&#10;8LpxIlhe47EnvxIccKeNDgq7QxbuLHXmemuW3+ANjrzekTp41rvdBqJWMRE5tcWt7oHYjlRf4vi2&#10;x30/T2ufl4Iu/a1ZWn9vJn7PHIYVGzV8hUT75KHfpNCB6R1KYB1XU+OcKph9H8kwtf2coq6oteow&#10;wnuZcR19lqv+3gtzA+KKA9xto2fAlOpPx4iFJ69yPIQEt3tcHnseFar3IANuw/X8+GbasKeSRXud&#10;dzft9Xw5cEA1s17nTD+7iZ1QSaoa9zgw1VfBu/E5eEYVWa9ziSLsv+HS/PJdrwNe5w5RSprU17nI&#10;Gx0AI+OvNKg1417kpSQx00HY8ZIwqte5JsLdvC358rJitzXuf//Xvohy5OjG0G0E6BgTbW/fTnRt&#10;zMRGJr5Fm7RxVbT+O9fsl0lO80+Oo/kKSzRuq3NraX+njzFhNHh8bSVbhW2gMR7ugPt8B8OEGZ7w&#10;tsiVGBQxyLdC4vFAJTVd3qI/EOynkQSUuG1619SnmTRUqFT5bH3BvPvC9++nEdjmPtL+gppzS06A&#10;qgj03eF9NeY/b2b3uXKyAvSnorNnsu7K27RAUtkOK4zw9tayXqq9WGces2ZK7EK/Nk+HJ5j/ACtH&#10;ROwjCWCgHY3bx+niNj8yWUOlWspH+L3T9x5HbYUpWCgayJvO5YtyldupA6sR7RRF6aOqxOvR48bg&#10;rKhr7WqXMZb2f5YWvxY4JDUR4lRs0flD3j5htYhozexHBpkLDgukSOnH0qA9+cwtXMueCFlWzDHA&#10;hQxINGe6TYPmGizjl6asw2Cgli86QYhU+QUliemkBjVobklr9jxPdeMNw+sy1g2K10UYOG1v+9Uq&#10;qRCs0bKTdgSt2CjTg+7RkvLyxDo+4Kn0M/pQi+gzNmbPfh63WuEvsKAk7VJUlQ/3kKqzTqfmPqpj&#10;HRunosj01ViuJpiEEFdlzJ5qIvmKCSCfcJUWUJKgkRDab3NT2NiCtVGPZYpFFqh64WvsgjIsQf8A&#10;j0xi30X5AIFwonh612cbetkkQcOoUSrLXpk9VucWJrMAw/IM92Z63MlekjPHMtjYYLFiBDt7pIYJ&#10;cCxIIuGDEM9ZfjhZJqZaeGUW8/EKmOJfu2sCde1+PMW7iTJUI99VevwsEISZGyjC5H9APXZcXocV&#10;pOoc2IY1g08dQmE5My3XYkV2n3N0hradkUBAQ7QkD6ezFX51lfDajAsqUUWI45FUQ0anC0mqmhWU&#10;uzPKAkuwXUDUC3w5q5UA5q1GOjh7afafKkgkR0mZ2A87KFvJ/omy5h3UvAuvPqn6gV+VOjuJYFim&#10;YsWpeqFbg+VaWsxGiFDBR0tL8vPhplPkyzN7ssqyWUjepJIOdQ5uor4LV0mK00y4fUsIZyJ6Wlj2&#10;qyvdop5IpJdewjjb2kjwmHsIUU712PWuPakj51F/az3a93bn/FB9QodHxq1v0TUXoKXrdkHFui5w&#10;bMOfcL8yXBcawrB8UzNV0b1UE1JIn85w6mr6fDi6b0b5qriJ1RVYG7OS4FDjOS8u0k1c2HxwyBwy&#10;+btkPluAreS8bWuL6MO3fmTH1ZWyl2TGk4hz/QqrHf6eLvus2e62z0YeJPyodutvUmu6c9Zc443h&#10;uVf631VTSNSmkielSWmjaanZ5ovnYKmPdb3dYnNibC/FBkDKEtImJ4PitLVT1lDWTR1GYXnw+lpK&#10;xFkG1Kemo56tokW2ok97XXXtgchCzKhsHCONZmOqSpABkHHmarC9WHrFqqmkyH1OyzmPBMIwHPOW&#10;cHxfLPSmLLebsaxrL9RV4dUyz12IYtjdJl+KsadZBHEYCqjYDGShLGL1j6w4J0XTJ8dbleoxh6+O&#10;vSDEKasaGOnjpkSc+fN5LhE95iXIAHt7XTLbPeEniBw4/upFd2tu8EzMpHDiJnojAnqpE+gf0g9U&#10;vX5h/qTx/DfUFhfTjBHxnL8+LZTzBkiPF4Z6yamqaU1VPStjEDDzYKenVVeVgxT7Ps6yl1ay/mnD&#10;8VzViWXMRwfDcLmSi+ZfyKiOrqHZVVadjtL3LaEqPduex5d1spRCIoqTu8yQVKWrb0fr0UMXWL0R&#10;ddekOM5C9PPTfrPk7Peds60VZicGG1K4vl2bCcBo1aSqq62lpJa3yYFC+WSspJlaND7wBDg/V7LC&#10;1kEdPlCuxLzGWmlqKuaK0Rk32aSNIgQpKW0bXT4ceSy6NqhHkfmflWm8osEGSFKIxBkR8PnSdP4a&#10;fqkr8u1X8w9WmVumyRhsUXAcg5axJZ6uGkEW6Clr6/GnRnRJrjfSkLrcH3hxQYXjuUZaCGrHT2mo&#10;IvMehIMs1M08sYWSwjVF3CxvY38e2vKG2ecUYdMjymhIb5hCQe6Jn++P60Dmeegfq0wbO+P5Qpvx&#10;DMyZnr6mipc5ilny1gGPw4NheIzVNAjNWV1XUNEwkhMZaMIT7pBa63kHMOWGekrJcmU0c6h3uk9S&#10;2xW7HRgb2AHs+rmzl7hTi6fYPwrScyZ1+FrH/GP41gpvTr6qKOmzPlTDPWzmLEcEkakpIY6rLOU6&#10;aWoniQiWJnmpZ1CCRi490OPG7E8YsaioazMGPNVZQqkr56yqRayiuSQkpTzEKhNu8AsQQfpOnKWS&#10;iEJ8QgDjSS9zlnvlpIVqCjMcOfKhw6ELnPKnpw6BR4H6mMtz5OwjKGWKlcAzMIY4kgqsJgmioaxZ&#10;ZqzzjSeZHArRSwhiNETcw41yZewqtaEjLtTNUTklZauYst1+0GWOnGlrfvcMLa4cAxWBz50WP5o1&#10;E6VK8yPlQrL1c6g5WlxZ6nrjlfD8s4NFEarDct4J5NR5dSCIJIauvx9wzO6sCflvDXwup6Dp9A7L&#10;K+UU8twA3kR1wLWFtG83TW9uWXdtnAuiR1ii5u6uFn9myfYfkMaKr1A9dEWDUdfQ0PqwqIcTQvHS&#10;tjeI5GYUzvIxBaJsKO4iPaW1tfsALWXq4BXYdTQUuHUPyKRxqzQiGTyUNgbMZhr9bfXwjcvWiogE&#10;HoPJoZWVpclAUUEE+ntwoj8PX/p51ExnGcz9S+oLZ7mq6+toqLFHxrDnxutpjLJGstNBlxkeFfd7&#10;pTMpYD3CCCeSpjVCtXLJX4RAWS6SwCFn3F1vZWdD9m97tbx1442+2tQBQoAdR/A0qRYupSSQnqxp&#10;hxf/ADKdQBlLBcIyf1nzO8eIFMQwTMVVmGlw9aaOgqXjE1TFS1iBTNFGInhpy5A2FULAhsWvkqXk&#10;FTXU2IsgLk+dhaxFSdvuqJHPhbX8uPKcbCSBIB6j+FJ0suqBwGHX+JoWafprhWVqXCqvLOQ8x9Mx&#10;V+XTtDDhfViqxUTxqJyZ6uTDaCMFSwa8QDMoVveJ0S2M02H1FUlXW5ZgxaoYJ5S1FZEkflgtIm5I&#10;nMbrdj9oH6+XtbJbglIJHlGz2UkvM17pQSsgK8/1o0nTPE844Tlaoyvk71LY30ty7SNUQ5hTBsl4&#10;xiNc9dLFDRTrBXY1RtX00u2NbtE4uQCpjJJMDEamGpl+ZrcIoYl0lnasmY/Z9pWAA9r/AMOGCcqd&#10;j7T7f1pAvMm1bFewUIvTzCMUyxg/9X8sdYc245LEr4fglLlvB4KazTuCnlQ1eLvIp12gvYm7bmYm&#10;wj5fzTkTE6usbDaelr5YI0lqqmmimMavIN8ZWWWMI11H7pJAPGRlD7hGGAPSOTVbnMW0NkBWJHn5&#10;8MKz9YujPq1y1lvBqbHs7ZlytSV9a1LguEYpVYUk1RRwMaesV6bCa16hBG0gb9JZS6qOx5Ix7HMl&#10;0FPSnE4oplqF8wUqUryhU80xAOxTywSym3va80prulKC07PZ8aYDFy82FJcAB859cKYukPTT1c5z&#10;x3MtBkjG8RwWPL1SMNkzfieN0lIKyslwmLEmamhpqo1cipFVJvZ4TtIJF7E8ZxiVHNiFNPgGXMem&#10;poUJmwrA8PCxsrq6Hco3KQd2uvgOJXnWztOnZxHTS2ztn0GSoKnz/ShUq8r5vyb00x7COv3XHo5h&#10;OYMRrFhwHqZ1lzjM88VVDJBUQJHUVIoJopIjCCpF2BJtfuJ1Jm/MeGVVNT1XTPFlwdrtLJW4ZMrR&#10;hQGsHMscQ7d2NuVcuEKMNrxoxZtU/wAaZHr+IoI84enz069YMKxfGMp/iDZCbrK8PyOFUvT3qDlm&#10;qgxGeQPBulgXD8QxBwPNO1IFLWIXW9xknzoaXD5a7EsOr4EhQVUnm0AWUpqReOgnYlAPhbxv3PKl&#10;av4T7/306h1AECI6OTSlwX0jYVjOZaLBMs5gynUzVcr5cp1w7N8uMUceIM8aTrHV5vwRVjq2dLMU&#10;JkJXa0VwgKpytmrFsTiilosr4nTYPVATPj6xvShIim8XieInv31Jv7ONONswNShqPCP1pxNw4lJI&#10;mOn91FO9T3px6TZVx6ahzP6kemmNdS8tRPh2G+nrNdZSZgrqvF5Ko0pZKwYpSOHCE+XH8soIFiSb&#10;ELKOrweRmkiknCWvItYLlTu7j9Ff7zzxYUlOn4bKRfzJrDafP91FHxLKPX6ljpYsYwbLUtfGyUuF&#10;HIZMMc0bQFFjk3Y75IJCWCJF7wGh1J5gqqLBMYkp3mq3KUoKwGCO6k3ZixYoWYgn2gcshDiASg7d&#10;teezC3VgScOccKd8pdQfUP0Sw/GcKounGHHEMxVMNTjFNmDGBDUorxUdKtNDTR11PBTxssSkkxyS&#10;EtuLdivpsFytQ0s9QaOlgisGnrYaWaGZk3qT+khaLU21N78TlTs4kg+lKW7i1cI2GfM1yy71q9WO&#10;c86YTlyjzBmHGcbmmkGG5Cqc45fxTCqasFJULGr4ditLicphUG6I0bIGAIsbcTdJP09rMQrJqXCH&#10;r5VDR1c71OLMq7fcBjDTsiXubFe+p5spc4OmfT8KdfXbpwKAR5n4TRi8eyh+JBlfI+AUuZutcGQ6&#10;TEpKevyxgMGW+ksTSeavzLRVdsGp6mqMQVRKsigL7qsp7jHjGVOk+MqExfp5hmMRA7hU43E1QGQ+&#10;8bGp3kgkm9zr8eHFvlanGwpTioI2fuoqus2ShRCGx7T1ddIDLHWT8T3K9TVUmCesvNGWsQQTYQ2V&#10;Ml4bl2H5aZAIAJYMLgigj91EMZjjJVTa6G/GX/Nh0KEskj9KMsMXAaqp/wCruHzStGHv726nkLD3&#10;j3Fr/Tx9/KWEIMz5kk8KRt3bjywRAH4Y7a41XXb8UHHaRaN/Vb1TqKnES+G4Zm1upFTgOFPUlGKJ&#10;emrsNQSqUJ2RuXYH7J2sOONZguQyzUcU2J4XBGxp/lspUa4ajRo1lS1LAl1Hh7OEP7RCAYHxo9cQ&#10;yoyFYdQH4GhtyL1C9fUGE0uKx5Y6XZwnnpqfGKXMHqYzzi2f6imqaqlBedJscx2qEUjq7byoAftq&#10;LAtdPlTKuEV3zlPhWeMQY7w00+IYkKdQwK3KNNGp0vbQjxNtDzSUuLPCRVgloD7yR5U/436iPUv1&#10;Fy+uW8e67+jDJrmSkkXCcLwvAqvEZ3i2P5W2Za/ad5RWHusey3AK8UmI1GDeT8rBgs1TFEnlCtr6&#10;6rqCEC/aVaiSRV932j6eLba2cJjUZ6I5NFa81Q2rSUEnhJ+Q/Gg96W5I614diYztmXrtgeXsQxiu&#10;FfW5IyNkPKGBipxBqgj5aqrcCw+hnrQtQCto3U7r7SLmwK5/PzGBriFGqUmFUdUtFFRRpGGaSdJW&#10;aZmjVAdwiC9vAa8lfs3dQkuoEk4GfdQTz65LjowjDn41aP6Z6KfKvWCLJucq2ozV1Oz5luszfiWb&#10;p6mvNPS4fgVbh0MOExUuJVlfJGkMmMyTKfNOruCBpcvFdOdwN9L378klSsYNEzYq1vA6ALDcWDBQ&#10;CCO/GdZd0t/je578oUKMDjThGEUrngEUDewAC19Pz4YvKiNNShydwOGyx2b2JsUfft4Bs5XN7PGA&#10;J/zaN8pSA0gf35PtJqrr1BVUeH1Kwi8IhzphdSfLANjO8shPs7ycLB13wqGbCfNdAt0Zbn22GnI2&#10;vEROHGpHtVeEVar6R8wSzTVVEKjzVjYG1u6666e3muX6rsseRX17km7g7AAB4X8NOETyZEUnvEYg&#10;1ZEp3KD7deVN5poflcRKCQMxuzrr7tzoNfhwPXaDIp20Xga74u8Aot2Wq+RfeLRre/ewd/q8OKGg&#10;QmkCjKq9wJsQTZVSqRbXtwtuBCqNrc+GvciKCSAONIGNOkxXuCt04w35vG6WHyg6hgN1tbni9pFE&#10;12qZNe4dH1XZcjwX049KJ1iCNV49MSy3sQcNY/fzV7sFPZaiJrq/vFfYAfvv/RytbhfRpXfPc9Xq&#10;9z3PV6vc2ofwobt6PMsr4HGcdOva/wA6eTx2fiMtB6FGoR3+T/l5P96PnRcOsDBcy0B/xUMSnv28&#10;+blkxFve7nseCokpUpXTQDSMaDEEMqx2sqDQ6ffyTCBcMe3YD48o8QgTxrSlYRUKZS25d1ralvbx&#10;1iTeh/xHX6dOMPBSj4TFOIgKpN1E3kMoYAqpG36L8pA6/g/57uoFibCu8px7CkMaj8gOK8hcJYGr&#10;HFR9qifnQJ3s/wCKiKPhlVt+WMut/ioaVr/TAp4jKK+xR4jh9bpB9lAxaJJAp+4IWXNahdbEFf4c&#10;PbUbKQKAwr3Ds9I7LLAwXuV94/DgtypOANJ1YyOik/mIXoJxfUo38OWj9Lj/AKNCtrtp7w+PBS0g&#10;QCTtozaRiJ6KpD9ZRAhxCQ6JGSSCbXsNe30cHDNpDZWxki6D5OcXPtMR5F+9iVItbkAYaTjQjQ2U&#10;KaBxJIqnz0s7H9SWVXQgouY6AeXcBiFroz/SeVS44yLLIL+0kj7uRndrBTj1/wC/GpBsEeOYrb5w&#10;feaaA9wypr3/AHBwJ8fYiIsp7Ej6OBd4lThM0LmgVAg0v6FQNot8NOF3zUd4lIBVrlifo0/PiBQK&#10;zjSYyKUcfa3hwA8wp7rhiL9wtuGbXhQBSJa4rJwBs1OkcU4TR72I7C3fl1FKB0UmEca9wE6qf5ie&#10;MH3djKQW7aHiRl1LhMmAOZqyWyAT1V7mzJ0d6YUuD+lvonnI5qo8WhxvAMDQYLhsLPJSyVFGpImZ&#10;1VA0ZUhhfQjmQt9bpbWy1r2toVI2BMNg+wq88DWI2dLW5mlypSVJSlbnVMK4cTt6Joq+HdeZcw9c&#10;88dGYOnGLYNVZNSKrkztjslBHh1eklPHMvyqQ1ElQwIewLRKunfw4Ow6KdJQ/nVfqFp5xEivLBg2&#10;X8Tq40UgMUVw5Un22+7iZ1OWod1G5Ej1kTtGMxRUMwv3Eq7uzXhtlSfaR0UCVT6mPVP8yKbDPQ7V&#10;ikqXeLD8SzTn/K+GGVlcIC0WyaRSy3axHYck1HTn06RK4brLi0qS+4Upsu1crDTWxkAFvZpxOt7K&#10;BOq5w/xSfkaJk55miFaU2o1D+koJ90TShwPql61MRj83FvS/lrBSu543HUKnnUjdZQfJw86276nn&#10;dPlD0r4U1qjPeba4KAEelw+hpb7dfdFQr2+scaOaZOiP2qiAIwBx88KZcXna0KKrdtJ61fumvYnm&#10;n174n8v/AFc6d9MsB37vOGYMczBidvAX+Rpqa31FucZcx+kmiV4plzpjDKQAcUqMCQE27+6FI7eA&#10;5o7xZIgYlZH+L+6ixeX564pPhbT5E/jWTD8F/EKqJS2JZm6QYRTOSdmC4LnKokUE9t1RiEYP1jjT&#10;1TqujqZAyTm7pxk+qEOPVlZD83jde8kqnDSnmIqQHYd4kUhj2sdOx4kvcxs3XyhDZ0NttuGZkhbr&#10;jcexpeM8RQvy/IMxas++uXQSpxaAAMBoS2qZM7dcelOfRWu9RM3WjqNknq9nvBcTwnJ+B4JjNBT5&#10;LwYUSVdRjs1ehZ3qp5pUWnFFYIPtFrlrDbyHl/rt0Fxmhw/G8uenWTFEr0WppVxDGcbqNtyVIZWi&#10;CXQ3BsfDTjF5vVYNn/icSYMlWGInZtn3Udu9mue3CJcuxpBiUoHDr8qT8nQ31PUzSQYx636qmSwE&#10;0eGZKyhQJ4e8u4yygMewLnvyTVdeco095sL9M+BNIjE/6dNUTEFvb5si+zsbcSo3+tODDftJ59aT&#10;XXZHmKPuu1n2D5UoaLoL1KqYvKxr1gZwqQwCq2BUOX6C6AeGyhl1/wBYH7+ZD6is5U1nwboVkXBI&#10;j7kS1+HQswUgG9/NZj9AHLK7Q17UWyBH97t9aSJ7JW1+Fy8UD/j/ALviKbf9lfA6iTfi/qU6uZhm&#10;F1dabNVVTRXJt9jD6WFQR8e3FNlP1A9WcRzAI8Ty9kvBcNkoq+qLZboIWrUNLh81SuzzoABdoxfv&#10;pzyN+Lt5p5Kmkp/ZOqmMQUtLUDtH8QBo1yjsfsfzbCXLhS0l1tJGo4hSwk4hR4GkT1C9MnS6lyfW&#10;wrmDqDj1VJWYZQbs0ZrzC9NJ85ilNRt5i/MIpAWUntr8eAD0+6/9bKHFMWy7kfFBRVFRhtN1KzHV&#10;1HyW53nR6WZ2lqqeWwtThtO2unGbvM7uwQ53SobaKDs4uJIG2ZkDAddON7pWeYoU46kFwqWBiQAE&#10;kHgeAIHkRQ59XfTp6a83LlGs6q5GpsXpcGEHT7KFDI+IrBGs8jGCnSChmjQksxUEqfZfiul66eoT&#10;G2WirOqU1BJIbzGgmnt9AkoIIF9l9Txv+1uZXCfD3k9IIT8IooO6OT251OFodRClH4GomEekv0u5&#10;YVJ8C9OeCTCJfKi+aw3D5bKfDbicjED6uNdVmLrOdklf1gxeRAdwWlkxCQntrarqgvEisyzYJlUi&#10;elUn41ppzIwdICT5IA+IFLXD+jHRmiEkmD9BcrYXM42yH+U4NTXHsLUVNITxwyVWY7NnnJpxTPGO&#10;4w0mK0QalxqKiEDD5qO4YgM+ovY34hF3fLCwskDQviRsQTwPs86FGW3WVBYSEyZGwDp6j5UiOu+W&#10;jh3QbrWMDynguBbMo5iWmmwl5hIj/wAoqNhULBEuhPCuVcFZS5RNatXItZS4VDWx1UJJdZRRJIGU&#10;g6MCfv4fZ1ZJF24RgAoDDo2e4CmLC5SlxKOnScccINGqikSUkFPdaWWF0cd7SlDf2g8H7qPl8ZPz&#10;LPgVLi+I4tD8vR1sM9VWSRXFRSx1JBjpvKvYuRoRp9fCS5ZfYdeShahoWQI9PlHtp7Ncwy6Gyu3B&#10;UpMnqxI+VAN0Bz3jXVfp/FnDEsPosu1IxbMOWpaHCUNQhGC49V4Osiyz/wDFgpg5BU2JtfTgXLX1&#10;zOyLhQrViusS1lTiJU6a7lNUQbW7cLnGXl4rUr4U1Z55ZNj9kwhJPUKGuXDZnBJxieK5BIhSk0+g&#10;mAnnPL+IY02a8vSVeB4fh8D1dPFelpYDL/lFI/STq7g/Qw+nh5ufZKGa2/iOLiNv+MDS1zONdu5A&#10;T9p9+HzpsxrB6VsGxTdXVk0i085DmqqFH+Sb9yJkU9vZwS8TwLC8X6l9TKXG6COo8nBMexvCqqRA&#10;3k1UFTUzI21rq2y/Ygg+PHHcq1WCgT4v2cHoBkE+yffRhkeeaLp2BscIj2UBMeMY3gPRnoJU4BiL&#10;UgrarJGA4zcK5qKGvWloZY9xIKlw4IZTcHtwD6CukoDLFA8FEqNtjqaGgw6nlcXIvvhhjYdvDgWS&#10;lvEGBNDR3OChIjjHvowEmCUszCSQT1BsQ0NTWVksf0FHlZT9Y5GkxzEcSlMDZnq62nnuhpJp6mRS&#10;Lg/vMPA+y3PW1qEmeIj3U0rOyhQMnDH2Vlp8Awij/S02CUlJMCW8+nghRrkWvdVH334PHSKUx9Su&#10;lNcy2NPhCJNANd8BxfNMX71r3vb6+DjIbOEuwASpDpGE4hhsD3gGgdnN+G7pK1HwpLR9NZJ9MfdR&#10;UuuGXZs39IPVnlWgqDR1uLyT0NHXQEo8FWcp4DJE4ZAzAq1iCATpwqWYwMRzRmCOrX5VMHrKuho4&#10;1ifYRTVEiH37+NrntyPGbNstpgbAAOmBVc2ccacIKpM7JOHpRwsInWqwvDqtNVrIIaoE2v8ApIw/&#10;h9PHfp3iLV2KLEaNnEZ3GWGOyWBP77LY68EOVNJSZUfZQf3huSlsRsqRUL+jazWJ/wAXLDclxtUZ&#10;uy00agpHlfBKpIJBoJJMWzdEb6d9qi4+PJWyiwH5e5Udh/8AmCU/6E/6XyqObHNSrMbSdkqjrxSo&#10;e0/Cq/upH6HI3q5jqKt1iXM8cXnxgBoYmyjk8PbUXIJJB4bbK2FQfI0XmyNUVEMceyw2IoIBGlhc&#10;AeJPJQssqStoKSDMfEz8DUUZ3m5Fw4CeJwoNcxJXz3qMOpYKHD6jzZZ6nb5kktiSbNuPvbzYhVtw&#10;X8LaJJo4diC9lATaLagA9/Dg2t06WQOMUArx4E6uigvxXCa98Jqo2rJJKiePzI5qlZGCuTtsVsB9&#10;duZOh9NJQ5AzbhsgO6jznm6te/txDMdXil7HwIq9OYc9rdl3e6TA/wCDK9zrw+VZR9kDjaO0A93s&#10;XYqj0YH+DVBP462X2h9K3ptxF280xUPSemqnt9lqfK82GSD4fpISDfW+nKmuu4v1y6kKdLYlMCfb&#10;oG4Ydm0fyW16kn41N2aqCnVK2zWz7+Gmpi/Du9F8YFvL6b5QjW3sXB4BxN0D2ZZACWtYW9nJIQuU&#10;RxojLYKYOyjYYiGu6ggA9xbjF1dV5ekPU2nQbjLgGLqProJeB3etJ/l7xP8ARNLcmT/laPOmbB9v&#10;9YcHbsRUxCx9pcDmvFQAkhQLA294fTwA2SvFAxxod3O00YbllPoXOzP2GX7+ZHtH/Q1ByatyDK/K&#10;ov3oEKT50jOoil8i5tUeOH1Y/wCjDcvd6kxE0FSRe/yyvY/BlH7eCLdAFL1yngAPeo0k3sVOXMno&#10;Pyqkn0IVW3PGaYdNcSqV3L4fbNu/w5Vx1eF4am417An6eRjvopSVketG25xMirzMIt5SH225Wn1G&#10;G2WpUi494i33chy7lQqbLUkpBp94UbMO7y6wn7YU/Dw4WkQmhEzEgmvcq45BlZQ17nuer1e57nq9&#10;XuKXKCl8w4eqi5PnWH0QOeeCZwp+3+8V7ho3ytmAQqThcoVgCGNgO3tOnFn5F2NlG3eJ6a9yBJlT&#10;MLG4wxyRpYMn9I4z+RdTtFVSjrr3MRyhmQn/AJJEhB7klP8Amrl0WyxTqUkV7mB8pZiUndhrD2Df&#10;Fp/ydy35dfRXia9zC2Vcf0vQ7beBki/5q54sK4irpVXudDK+N7iTSWHs8yP/AJq578uvhVYr3H3C&#10;8pY/JKvl0O4gFmPmRdgDf97l02znRTicK9wPyffbQjXiRUmtyK9zKoJt7PbyylgCt6q9xZ4NrRTj&#10;/jttf+hy/wBPGm1hWNONjVFe5tUfh/gH0W9J2v8AZkr0P1Tg68hHfBZGZKHUn51L26ki1EGiudRR&#10;fqhPr/zi6Q6/GWcfs4bLt9fA+kkjGhahRIxpkZQD8RqTybAxNge17342tFXNNlSFW/wB4EXqeZF9&#10;M/V8k7USDDHPe5K43Rm3DDLQrXEUgeXpfQT01AykiN1i6YOfedZcU2kDsDgtWOUYJUWvtBaPwksf&#10;p8OGQR1UapewwBNHg5kFVNcHZ7l7++Drx4W6dtXDh6K9zK1W7X2RX2jXZf8Ap4xoSDjTZuca9zlD&#10;WpKtnjZdLkkaH6+bct9PGr99hNe4LXRTqbTdLepGV8+VGCtjsOXqmPEf5YG2eaY2DgFvDUD+PNIT&#10;pUDtg7KZddLiFJGEgj20hep+Sf8AOV02z907/ntTlgZ7wbE8nnMeDrC9XQDEqOSjNRCtQrxmSPzN&#10;yhlIuNRzYH6Y9d6Dr90rnz3h+XhlaCLF8RwOTCo5lm/TJRUtVI+5Uj1dpie1z3Pfi7M7vvikhITi&#10;dnt+dAyzys2jikairwgydvGqAshekRvR/wCoDEulL9Vsb60XyPk3G6XOHUDZ8+kK4/j2FQUoETMo&#10;ip4KSNEA0A0AAA4R/qf6nPSpm2esp899MK7FcZwaU4BNUUOKVEVQny8hgLs/lkuVKlgCdoGgue91&#10;raMyDj0H8RR02i8CRDo09BSPkR86sfyR6bPWT05NJS5C9WeXKXKctVVY/iGWM09NYaxC1VUNOtNT&#10;PhmM4aIIVWQh28t5HcbywuV4jpsF9Eue8uVWI9Ps1S5YzJBIKg4R1HrZaESRMLtDCQJAjDd7rFnB&#10;trYnRhbNtwUR5/pTrNzcoXigFJ6No85oQMiZn9cGW86w0fWzJOU835CxQNh1Hi/Q01hrMLlRmCVV&#10;d/PammNTHKoBeOCCMxMdoMoG4rDIHRvoHhtHhefMP680OW8z4RKlfR4bgGPYZXzrURuCjIZIKUK2&#10;trEW0vfXR1vLmu7KlOp8sZrYzh8vdyWFaTgVYafiSaYOoXqE62N1MPRvDPSHmHP2Rcxwy4bjvU7G&#10;6Omocs09PPSyB46hBV1s88b7Sp2RE+9YoLXb2ffTjgeacfxrPeFdfMKzQlesuZpBmCSkSrqHjYCS&#10;PysPklZpSb/7ioY9r3uamzQQSFj120tt84KPAWlJgx1eflUvpv6lM1YDR5P6dZl9J+bsnYpR19F0&#10;7XDMgYZVV2XcKpDTMaes/mNfBhtKtCI41H6OR2iuqOqvdQOHXir9OWfaDpTX546nU2DZeyngww2t&#10;wnC4Gkq5DGsN0RWjJiIIK3LAg+B149mAYU20UrEpSARB28k0WZXdXDK3h3chSyQSRBBPt66J/wCj&#10;vKHrM6D4962cKHQGbHsd6w9Vsw9YMg55zpmHCKfAThuLMKOnM5ppHqrxQ00TmKOBgbkeYCRZNekv&#10;q10YzN1Wzdk3o703ly9hOGZfrsR/rpmKrlq8Xr1gxOhhKv75iWNzKHsAT7o17jiVhZDa8OZpzNS5&#10;oQpasdQwAgcfWlT6z+nfWePpr0hzL1m6uR5vx2TOlDTVGRckYRR4VlSikqMExQCSH5lanEZZYgGj&#10;EklUEYOT5SmxUln4geKVydaaKj+Yl+VGB0dVTUpd/LVnnqYnYLew3BBc+PGrdoLTNPZe4AhUdJo/&#10;HpagjpuktBCqBZIqytSdl7lvN3an4XtwhgqSSNw2kj3hb4cv+VRMU8kg0YvnFqm8ZXYRroV14+1b&#10;6ThWxhXuYjOLiwa57DXjwTNU79Ar3MDOUBIVmYeABPNqSejCmFXI4V7gr9AJx/n06NSbGUpmzLvv&#10;NcC384p9fu442mCKSXjpU0ryNBj1sgNV0Z6uUyrvaoyxj8CofEvhU62/PmwfnBSMz46L6Cpf8gBw&#10;I3p1KKuNL7VellE9AqvjoCRH0b6XoOwwWib3b9zHu4kypIIP/A8RIOlVPB5M0N1wyBr2J768zQAg&#10;qSb3sWHwB5cv+LZW9c1Dq4bxONVX7Qv9FuVIfi/D/TOgMtu5jjVvgJqs8l/s/P8Ak6h1iol3wT+1&#10;FCP6UNMD6oJ4jNVQ3h44Rh/s+jlEvVEH5ihbw+YxJR9VSp/bwYXw8QoGv7KNZwKOIqSV7nGCmlq6&#10;mOmgVXlmJVFkZVB0J7sQOeSklQjbXhXuSzljFwSpSBG9jVVN/wA18M0MOcYq4MV7nRyvi/gsB/77&#10;KQfxk5U25Jma8Vivc6OV8YP+5w/SKql/6mcsu3UdtVJBr3OByrjd9IovYLVVKP8AqIeaNqoiBtr2&#10;oV7nQynjt7fLx3Y2/wB6qXX/AJP42LJ0YAVrUK9zv+qGYrEihSw7/wCk0x/5n5o2DvRVdaemvcyL&#10;kvMrXthoNtTaan7f8h81+Qe6K36ivcmpkbNjklcKJA/dWamP/UTmhlrp2Cqynpr3J3+b/Of/AEwJ&#10;vs+Z9qD7Pt+3z38pf6K9qHTXuf/Q2FRjMMyTfL3lEdwxVbnT2XtzMZe9KFBXdiYr5lWNwlMKT3sC&#10;eeuoOafVRiuaIsQTCnqTFGWBIkc2uS3a4FtfjwN8XxCsrJpN90jBIWI3Ate+vfkS57mNzcOEqkCs&#10;m9y8gsLRlMQVYY4e6q5Oqub865nxKumkllSORnJj/SAm5uCdT7NeIuuBDlidx8AfZwC3gjE1kTuu&#10;uUBKRA6aKdjQbzpHnffIWsVf6/b7eYqY05bbLHuvoCPbxPbrbO0UZZ0i7CNTbhEVDw9qEv5c9KG3&#10;HaLWBuNOKaimFLNBLGxAVwwBJI9nieCawuS0tJB4ioR3jy83bTiVpGrSeAB6eFDlknMEWC4jhTUt&#10;VMIDPEflpZHZFZyYdLk2+14ch9fKLGMc6M5zoct10OG4vWwUsmFV9ahkhjlFdD9oLrY6i+tr3se3&#10;JRz+7LuTPAGYCSP9Mmo7+m5k23aLlpIxC1jo2tL5+dXMemHrB0/yFmTB86dWMBrs8dNsI2V2a8vZ&#10;a2GtlpmdYQ0XmOqt5bSCQruBYKQCCbionBui/UjMLtU5x6sz4dFuEbU2AQP7zXIJPmeQVU2IB2G/&#10;fkHhpahtrt3dZ3asokrSk9Egn2DbVynVT8QfoH0iio8J6E+kGm6jYkIDXu+ZsRw+hjij8tJNkc9P&#10;FiscssYlUyR+cpUaC5sCPXT3oxgFHQwpPPiWZ5KGs/mL4rXIsKyTQgBQP3mWMk2AJ1J15qSAMQOc&#10;KLBvSysy2FKjqw59tVP+uP8AFG66YNjmK4ZRQdP+h8ub8uJl+myRRYnNmDF6HDcRM7ySsKdI6WGS&#10;rRFJeUKwRYwEJKkjJW5dpMGwXEIcKpkoZ6spJPWIAkjEOXJeRzc6t7dOJ0qSHEqUcMeNON3924yU&#10;JbIBIMpmYE7Th01VX019SWbeufX/AKf491bzJW9QMEyslfBgWTaiKesoYBJQxUipSYZh8bQR3ihu&#10;SsQZzcksW4V7PGEH5eulnxaGdkCuEpWapdihuAzU6yKvbXcRyZex15A3nsdO3vUj2mPnQK7RGHjk&#10;N1KdiDtPwraB9HnVanxHMXTuiwXpdjmWsOxDEIqV5804ectQUySsAXipMwPQ1E4JZVUU8Lk/Gwuo&#10;8uUNZiOU8Jio6aKrNNWK8sdXNJCuxBKG1jjkJ7j3dL+0cyr+p1GqwH+2D2Qv8ax77CHUjODq2Fs/&#10;FJ6eqonrb6gZa6Z9TMyYlmPMVdluPGsHnwyixHLuH0GIVkdVO0RjESYjVUsKnbGx8xvMsRbymvcC&#10;3Smlo1aWokpcLeVmmBpVHulyXawqnlGpN/s8wNXYAYBRPurMK1vEoxCcOvHp66oIzfXZ4z5Ux4Rl&#10;vL+aertFh1PSYKsedptiyw0kS0sAabJ1Bg0oVUXbZ6pg1hfS4435pnosTosKfAsToiqzSpVSYhRU&#10;9QpbZHawkjYAi/gv3cLBbK1qBScBhiZ2nro5/MN+FUpny8qEj0l5Y6kdO84dW8P9QeQM60b1OFYR&#10;U5XoenOeMfwGWKlWqxEOJHwrEqaWVW2KCZatmFgArcRv8qrJ1FPiuZ6inpUu8cOB0lPQxqSu3RIG&#10;jsbX1Gvw5YsqThAPmZ/H41p25bjo8h+6jv0ee8pYIwzH0r6AYVmjNVdswquxzrJmrMeacSmpBO0x&#10;Q1+N0uKuyebtYxSERsQDv0W/dLV1cENTFR4saimoRsNO8HzErgERqGlmqFiBuTbS/KuMERIHofwF&#10;VZuWynHZ5D8ac80ZWy5j+YMtYjmHplFhON5xPza46mNPgNNTySxyV9Q9HRYZg1ViUylY4995hEAw&#10;KkaHkOozr5Kx4bDhssUoeSVsQapD+Xu2+4AyPsHsW9737HitgEDE4fD21S5WhagQSCPLqpwwn0Zn&#10;Esw4n1JxXPWG4vg2JUmHYWmR6bLklF8+aP5kfNzzUNbSLVSP5il5WhC7FRbOneXTY1jGIxVtBSRT&#10;UVWtKzx4ukkl1ZrAHcsWn2h7PEjtzaO6C06o0zjhSYKJQooKgqMPb1UxZv6KdKMj4hlfOGaKzDc5&#10;ZcxDH6egm6U11HQNBVRUyzTPHHTVmIKXZVgYnd5lyqq1gSVcMPwjN8UoIzJWVNzeT/eoudwN7Fl/&#10;Ph2nM7MH+5pAGyYoiU1fHDvDJ2wVT10DvULqB6ParCnWs9OuTsEMkWyh3R5Qip0NLKixK0dJUM5C&#10;kEeWoI9oAvZUxYBjtQHFZmSvw1I0MkrSTSEjbYiw2C/3cSX2eMIILbSFT/e/vpdYZVcrBCnVpA6S&#10;efSiq1/W30/4GaNMn+mXIHUavxGtiwrCqLA8EwWPeah2jkM5FbKtOqqd253A0+viQxipyvgv6TEO&#10;otRK6MFaKekrpW8xyFA3QzRge3vzQz96YSwkDzH4U6rd7URquTPr8zRs+mmA+o/qXAtFlP8ADoy/&#10;l2hroXanx6gzbkbDaVaSKN3kcU9Zg+JysDqq2jAOnfS6gqsYoYJ0FPXU07tFDNE9bPDB5nmwpJu8&#10;uSVn13X95mPx4QIStxKlERt2cMfZS98pRKSZH6cTtoP8m9KMyYhgFLDmrKOYcBjp8QxbBcSoMi4J&#10;jWOmkOE4tWYalJ/MsOwamoSkZg2EU0ECafYso4w1mZaOnaT5vFoYbDcEiIlFxbRQjMT7SToeLUsu&#10;xgDTH5pEbR57aHjLHp0xDFKehOXOmWKYl5krr81ipOGTFZAzebUyVEFKsbEMVRYrulvaTdMV3UbK&#10;dHATiGOuwX3vIWEixB/dHlqPyPHRlrqsY2VT8+2ZE+79KHXLvo+64VGLRtk/pbh+FNUMsLY7iGKm&#10;Z3gYWPnk1c7uwW+iuovYHmDF+p+YZ4cFgyVgdfi9H5ETw1MciIssLSN5je7Gz3TUDtcjTuOIu67s&#10;wRiTw5NG7bqHUahJw6MKZsg/h8dCcJxjq/nH1RZ1yTl3MuJ49UPiWG4tTSFMHrIaGkWkiLVWIJAU&#10;qI1SZwQbLIL22twPcz51611jPDg/T+oMzKwg/rJJOsDsTpvUNA9rEXIa2uuosffmdOCRj5fpVU26&#10;VDEEnnqFGq6PenX8OXLGET4nR+oXKXkRSLJNi/SSTL7z0jBTZY5IlxGAOzRttVo9xIO3QmzpQY9n&#10;zCsLpKfElwg5qgWN3gnqnooZqldGMUFTXsfLDEAbna47243rKomZrf5bxTpOzrrFmfpN6cc719dW&#10;UmL5xxDppjcFTQ4hjuScsRY1JHQy0pP6auwvLc5imeJHYCIIUchUZiePeG5yzrMtDTCjw8yyb4av&#10;+UU2G1AjbcUJLUyuoKk6bu9vHnlbMZ9/4VcI2nR7jQbZo9IvpSp5Mw5jqc158ipqcU2IYRF1Fzz1&#10;LwpZYVhSqVEjxnEYJtsgis5jtsJ02228zRDqdWQfMvVUtJVLG0b+fU4XS/oxcoQJTGCSDaxAA+m3&#10;GCEcAffShK3zsGHl+IrBjFf6EshT02Wmy1mfNWC1VYmJUQy7lrqVnUfP2Czb6jC6bE5I9rKHMnmm&#10;Ri2nulhxikzPnXLjM2LZ4wenimLR00NZjODMigAsdkZqHsdbmw+ocda0AzE+lbKX4+2B1gClJ/mu&#10;9F3XCb5XLvpi6hHGI0hqsWxzD+lHVnAaqpkQJEnzWJzYHQCUKFIAeUkjxYgWUuC9aMCxTAcLSuzf&#10;FiYpl/SyRzsCk4spRgtjdAQNpBOvstxU0m3SIMEnqoiv2rlwgavD5j5UB2dPwxMbyp1j6p526VdC&#10;o+n9TmqSPCYoY8PopoZ8PF5mqY/NaVI3qpQzNJEyCyoG2t5nFRhnUvLWJVkuG4TLPV4uiS/L2oa8&#10;gyKh0uKckg9vdvft35Z51jAAiPKKYtsvd1hSz4fPn40AmevQl14ypgMeceo1NRYB00gq6GbNqTZn&#10;y9EVwwVEcrTf6Ri0FNFt27j5x2r9o+6DbniOZZ6vDJav+W4opjt51L8jV0KqVJHmL59O27UfZvc3&#10;8RfiBs6VQDiKWKyxokxj6/pzFKbpp0RypgGfcKy3hOeOnVVTVpeXDMx1uZ8GzlX1UDJDL8jUR4Xj&#10;VGYiyOpSXY8abb3V2U8YabMeNxESU2A4jURqXLU+2Z/NYHsUSKPYqgDsQNfE8qp5BOK6snLUgAac&#10;OegUYPNHQzo/XUNTBmXqVkfAamqWCGlzLMcJp5MOiqFZBKlXidbX/M1EzsSTNHITsGgA4soRnPBs&#10;dqpqjMtFNQQyzwxUmC4XXQEUrqyx7qmor3jMgJUs4iNwLaA34wEalSBhgYM0uYQhoyEwdmBJPnj8&#10;KIk+G+n3rr0byrg1Z0RxemxLG6PC8wYjivV/N+UK6sXFaeSnrJoYsJy9l5K75U+VLEsD1FMqGQsU&#10;aRVA51GPLJCfms5FYbGn85no5T3ttLyAKbaaMde3LusEQQkA+Rq7C1LOJx9PxpVZb6EYNgddKuU/&#10;SLE9Ws0ePQYUozRg1GkoRXWrp6GkM0sDNZyHpYQyN7y37KyY8aXG0pY8KzbDTYpS0kUceHyzQwIz&#10;OPMMgsVD2uNBcKNB8TCzvSlspUDt66av7YhSYxEdX4zHxpf9HKPMXRnH821/Uf0xYnjnTzOWZsWx&#10;GfPuEYZiuYqyKCiSOggppKfyqqan8xYpA88m2WaX32X3tsYd4ribZDoMOxXHcxrWJPNJTyVkERqR&#10;GYxGWCKLozbJBsLAAk6XsbXVchcgAyOnk01+TWBJgT18mjwZUy7hHqWxfO+RsgdJKjKjYfhNFjdF&#10;gGJVUuXpq6CvmrUpWqKqKKKqpYzVUT/MRwO8kaIu7buQSJPFc20T1csMlVVPVziJlrqiGBUcSKHF&#10;gKhiPdNzpb4+xxbmGyR5UnUyMMZ6KMZ0+6MY9h+C4fJS5awPBsDwr5qlky/guK4hUyU7U7vTyL5k&#10;mFU4e0i7Rdt2na9wXPC85YhHRRxVcc1XTTm01NW1KRyxKhIBAT5hTcHQBgfb8NMuBJkY1ZbBUNpp&#10;E559OeVcUzFNi+Xo8OyjmPDBvo8cwTBpKynrJZ0UskhY4Y+hRWYsrC97Ek6jli1asTwUkFfU0sFG&#10;iwimKp5UixrtVyfKvc2B8fZc8aYtVqSFTBME+vDbTanABBQMOoT7Yn41U30oyVHVHMGaMeyHl/Nm&#10;N5qxPE8VjzYstWMSoZ8QrGqJaURHEmQJAJGjAVo2YWbykNxwL+pj1k2WVqpmeON66nihgkLncopp&#10;je7EdtToB35KPZ9pBdQOEY+f4UFN4lAuJgQI+Y6hRzPSTSZVwfr5RYDhVHS1eLLlPMOJ4rieHRUs&#10;S0kjY7hELRFYFdt0oVAS0rG0IuWP2Sz1JYuCTqO45IzkExRKkRVv2HKiQmyk7tQfZryAps38AOPN&#10;twqrBse2nqZmeJQzWtpuPs4ZTJThqGmRI3LGgqtz290WZSLn/ghbgAzafzhBOH6UcZfhbpk/x/vq&#10;p/1RU3lYniFZNPEqJmrLRpoN6+bI0jut1QXP+5tcnTt7RwMuouXsOxXK2O1c8CSVcFIIaedghZGM&#10;im63BYaNYke23jyL8yQTdCNmz3GpNsFyxFHc9PeesbwHO+UsuwVE8eH4piM1dW0yCfyniFM8e12U&#10;+XqyBgram1xextry+sbBVoayp8UQ3XywL323/bxA9sNJrxIirnMOn+Zoqae1vMUNY8pGz5TNFizu&#10;RZma9mPj214Q3STNJ7RVTeCPk5Yny1VoyhlMW0L8d7kk344gSmkaz4q9wEcwRCLEplHbwHC66TjR&#10;ranw17jZSC8y6X+HG2BKqcfMJr3DFdJKBmxKmdQS+9bIbkEX8LfTwyZGNEb5k17h6vXZQik9L3RV&#10;gLebmGZhodL4U/t+jjV+MBRpZ7DUVHvWVCeCRxH72flQXCyltSue56vV7nuer1e5tSfhQf8AVnmW&#10;SewxrHf/ACtPJw3DP/C4Rt1GoK7QSf5if8UfOi59XhfMlCLX3UMYsLeE83LIgTcnuL3A04MyNQx4&#10;UCcBhQW7bAbbAkWJJ+HJUd2aw08QPDjQSFJ27KuEDbUKeTYLbdWHvEC/x47w3ARiPaLfVyi3EogH&#10;YfxrzaoJmktWoJvMWNgG2jX2WPKPuvd5etvUXSx/mLrZvasar4fRx7IcbQRxKv8AfjQJ3sWDdK54&#10;UfXKgAyvlsA3HyFJYjx/0dOI+gB2qNL6D9nhwR2ylDCKBjqyMRT/AMEHLqjz1UGxDC59vD2zUDwp&#10;EtySDXuHc6SIN9PbxK7QPqP7OC3KLdShiKSpPiM7JpOZkJGH1O3QhCAfq5aB0v8A954vgFv93BAp&#10;Gzoo3CcRVJHrCdTFX9it3Lk62v4jg5ZtP/GUxcA2vRzD/o03Iu3pQPy74BnCT5baPWwQpn/Gqn70&#10;tBP9pbL77LsuP0calQLbjXRqT9/Kmsft81IAfduWNj35E9+sgQeupNywSSeutwLBP944DobKoN/C&#10;6gcDHGLGnkAJUk6HxN78I0LBTOyhegK1AnZSzphZxpf4Dw4XrNsTB5WLeFhb7v2cT4hXTSAmVGlD&#10;ERsA9nfgA5guigW1F21PDJtWFFzypJrLwDM0xyTCcqdFGpJF/wAhxx1GpONJDAGNe4Cc9MqSGVm1&#10;B3KpsQdbePErbEgjaPjVlrnAV7m0v0zUU3ol9N8MZ2RVOXcArJbgEs8orCWJPfUW+jkvvt95ni+k&#10;WTUeakoP+/EHzx21jDvtfaFSpRP7V4ccPEiBVbvRyL+Zetj1gVkqeZPheN4bhVOS5ISEdP8AKs20&#10;J2FzMTf2k+08D7A8v1sfTLIeM02JYljS5lWvo6mNKuaFKZaSp8tNhjuWBAAsSLW007J89yt1F000&#10;wdIW0FnCcStaekf0Z441fPX7Bi0W+/tLhRpSoicNXi8sBjRr8LzY+NdWs/5IkwmioGyPT4RjlBic&#10;kSyz1KYpDKWJDhdm14nAKk317Eaw2yxiNdEz0mBS1Pl+674nV4lUJe9tds0IubXvwtTus+tM98fY&#10;P8E1Gb+/OWsqAQwD1kkke+hSWOoG0TYwadu4FHFTxhvqlSU+Pt41Pk6Sne9flzDZXO4iSZJSE00v&#10;vnYH6+IBuwQZKyR5x7gBS1faO0B4Gk+yfjWdomlAC4nUKFtuCeSN2vtEd/utzBLNX0ccaCChphH9&#10;gUeGYbYi/a7QE6fE8tc7qtaZUVH/ADjXrff67WrwoR/pBUVcBoC7v8xWsZNWD4liBH1DzrD6hwac&#10;0VS4t0c6bMQIpI6rMLM8MaooKiiBOxAAAfhw8yXKAm6uBHh/Ks7ccA9d7T60ab07xOuZNbFWBNy7&#10;I2bW7ePgfZQF5Ew6LDfUh1sp4ZHkR8s5FrUSokeQjzK3McR1kLG/6HxPER0/hwqu9NvQ2OvUmRP5&#10;2ZTHdTK6jD2Baw94Dzja/Ynl87tm3b5lSkiU2jPDpW/j66U+gHQKG+b37zSHNJgKcX7IH40y4IcW&#10;i9VHXdY6ppKNsq9Oqujpp23wwyS1uaIpWRCbKzCBdxA1AF+3FRQ4PQSIxo6M06AbpfOeONe1z3tx&#10;Vb5f/CnZUZXmehSjJkDrNDhJJWQhBUVKtM5Ij2Qlr66aLzJLJT7HSOgM7IAmrHZewGhIIP389d22&#10;pEAY0zZ3zBdESnrr3y2IAXlrk2ElyhjBNr37Ai33ccsq07rjUjTU/kH+X4rCmg/3bDZ4tbfBjwoY&#10;Qe6fP/AXp/1JdSbu42De2itRI79naZ2OJNB/1Cq4/wCrNXDEwkKVOH1BVBYDysQgkv7NCvAc6RCM&#10;dR87uur/AOb2lVISNCRWVcROvh+kC2+PBFdWxNregCfFbHyh3D3Gi3ILgKQtA4Kuf98n5e6pfW2O&#10;RsM6eWcqP655dkkKXvYVV/D4i/BXhYBYmjCiVbFkW9hoBoANfhxEw44V4gQah3MrRKiSkkqoR43Y&#10;XSRdsR0DG1z35OqMRmWnIldCh9wxTeF72NtOKri2bQI20SNXDqlROIrmlDTK4eOIqzalox39vO8m&#10;QRLnvKcwvd8SoW2LfaLVKg+3txBcsI0Kj+gv/fFUM90bt5NylPEkT7RQTeoyzdAOth0AjylmMqT3&#10;uMHnb8+FvrFMnTGtqzeSQ4FGZG1NgMMX9i34tztlKXHf8bZ5SfgaEdo//wANG0cJSPiKG6FdkoW1&#10;rzSuL/GYt+3hiOqscdVnSjrEImmbBcHaNgCTuSiSFr2B0JjPEu8qSm/uQU4lSDs/pNNmkmePqUln&#10;HApJ9CtcUAXptwz+RZAx7BzF8stLmzOE/kmwVRW5iq8RAA+AqBwPpKfFoqWURqPNYH3ibDTUHUAg&#10;fVwrU2VoCVD91B1i57teGIND6fl5GQlr7dbD28RWFVeNVGYsvUkryGX+a4eCkqxGPYKyPdawJsVJ&#10;vc8MN3mh+ftoBwdTj60YPORbrWlUHSa510cHyFduW0bQSh9ne2w34ONcrDqhnyp8uwpsv5yikN1D&#10;FhiTQrfX7IEx8PZxcm2jKVKOBLTcehMfOhrYvlWb3LYHhKz7UiY9dHvopFBI8/p79NTiVZDVVnTS&#10;cs6lgysKGY2AOh0uNbD8uFormFeaZbFvIJEpg23u2puCCDqfZbkdqYCj0xHwoctBwowMD20blAIi&#10;xJ1bVSxtp243sYqKYU6YmpY7SYnGwqAl2tfUcukKB2Vd+2BT4leKuaOZBuMJVR+9ob68Ml03ggnz&#10;L0k8ggxVeDRU7SgakHMeZoU94X8XPJY3St0LLE4ElwD/AFNsfEH2Goz3rvO7ce0mY7oe8UWqrlMd&#10;J6oKmVNpw/GZKwXG4FYchZbqCdviRt0twLsey6KvPObkAMdAuIVjIkVOWG8TsWLHYLkk8jDK7DVa&#10;NEf0R8BT+eXZbv3tRH3q+JobciVrzZCyVVOAZ6nCcNlcXA1ekjY2sTxQ5ayuxqZK2SceVT+6u9TG&#10;WtqNGsbC3D7L8tCYUeNBjN82CwE8BT5V1exPLCHe/s17/Rw1GTn+RzLlWaYboThWCx3Xbdo1x/FV&#10;7C5P+9luSlu/aoRbFt0wlZSDwgHvkz7IoO94F3dspBghTg8iENH8aKZ1Wy8lb0o9SFJTxlqvMkuI&#10;1ZV1uWlGVqCBbXt/yhj7uHEoxh2HVFZGCGqqeT5QizqFUHafe2nwte3B9ufchdmh0EnUBPGDAkek&#10;RUU70Wbi7twIGBUcR5mitdMcyYlmPph04zBijNBTYrgGH42aaaVNZqikhqCAhdQRua4NzpxcYa7S&#10;zxSimeWIaI0UbPfUdigPjwTXV8nUUpBopTYKLZScDQZ55zLhWEvMVx2ClmmaMtDWVkMCoLklT5zL&#10;e19LEjih6Ul5sE6knY0Xy2ZJI5InBBG6jo5uxsR/leYudtaEp3WSAZh1Xp+3c59ayF7JRo3/ALST&#10;ts3B/wCi6h8qo/8AxwK2hl9G3SSCCVaq4y1iFHURMGV0p81Y3SAgi4Isvgfo5UR13it1y6je0YpP&#10;IxPiCNP48RdmAjIrZQP8J/36sht4GQ1dKSNkD4A/A1ss/hl1orfw6PRfMBo3TjKUGn+KLB4Ym7f6&#10;yHiZoUI27hq1mUfA8kdCsKDZo2tewN9p0S6uT7bcj9TIEm6XdQ4wtg2B4qp9v+8EvCTe8/8AC94g&#10;/wAJpzKAfzjfWofGmPBZGGYMF3e9/pcIPfuZBzXWoEUOgW5Ht+s8jqx/Zuq8z8aH1yCCfT4CjHcs&#10;d9EZKZ/wwj3tskZN/H9MunJm3Jc8U1Fu9ImPWkvnZd+Ucxpe2+jqEv8ATEw5fb1Bu9DIm2yPRub/&#10;ABWWID8jwV7rL/y25T0p/wBFTG9KB/LGjOwj4VRL6GZPJ6k5zUsDKcYk2qDoFdKliD9aj9Tyrrq3&#10;GNlavcBWIv7Rf+nka75phcniKMt01FMYVe9gTb4EPbtpys3qQm6oqFI7+I8bg+P0cha7GkVOtmvw&#10;xSk4ULMx8sVpsBuV7A6nQf08K3SNBo/ZHiT0V7lWfIOrJ+vc9z1er3Pc9Xq9xTZObbmKgPsE/wD5&#10;TSc2KftfvFe4amfC4EBC5iopCAAJUeoudL/8UjhgtGBGse+jYKk7K9xkfDk1/wCNFSEeFmqP2RHi&#10;QpP9Me+qpk4V7kM4ZEdxbMFJp2t8z/1J5YNH+kKuEma9zCaCnHfMNNYdwPmv2Q813I6fjV9PVXuc&#10;Dh9Idf5/T6+xar/qVzejrreNe54YfR7hfHYD7TtqSP8ApHzYRxmK2DNe4r8Aw7CGq4BPmmnplcgG&#10;QQ1jW+oRX55A6TVp6q9wNNtyQe9yOE61aVmmCqDXuSYwF0P3c330ma9qxr3FZg3+8lUR/gb/AKSJ&#10;xVb4JpZbmAK9zai/D6fd6L+mYOu2orkB/wCDQn+PIc3uSP5irHgKl7dJwflU0VnqYHXqk202DYPR&#10;N9JFVVDhvCV2hh3Hs4GFpjYaE6XZMUxxMzMRIAA2g5KhPwt4X9nPIjiad1gcZqDWhrnal73FuA56&#10;oo3k9NPWBFG61Lh8234LjNI7d/gvDbLVDvEg84GkNy6CU+dRclxg9WunUg02y4kBf4YPVD9vKG4D&#10;UBZAHHud7/TbgiLaJwpal0jYaO1zIs8wN9/w1GnLFgVsvnia9zKZZ1LEva40IJ15UMJ200o9de50&#10;klQVIDHbfQEi3NrZSa8l0kRtr3M0ctVG1lbwvYak+HGlMpO3GqLcIxBr3LyvQNUyS+l7FzLYMM44&#10;qg/8cWGG338R3DQTpjr+VI1u6nlE/wBEfE1VR6i43f1p1dh7o6bZSk3W19zN+YifuvymrqLNOOoO&#10;fVWTaq4xiYUjX/kdl8OKkW6AAYp0PaQBVp9J/vLTf8u0/wCVRxGmaoGjSbmHNqt0HhT7a5qRzItX&#10;Vx7ikpUOD5hBIvfuOULCSNlKQqK9yUlZXwvHLBK0bod8UqMwIPtBB40i3SnbXionia9zjNXV0zE1&#10;FS8jvq3mMW3E+Jv43PHSwjoquFe5Yf8Ahmzyr10zbE0gdZMo4mgAv3GJYcw/hyjqQEKw4UhzJUpS&#10;D/SHzojXr/pRUdIcmTkAmgzngVSob2vFVU38JTxO/iDKR1twCTfcTZboXN/G2I16/s56ySC3Tduo&#10;jUBwNC96ZXv08rYSLGlxWrhIHxihk/5n4RZyb+A8Fvx8ojhWzqow/OMMbFm3i4OoB4+oYU+6sgAC&#10;vc8b7gAwFhf6PDjYRTGlUTXuYiagsdpPtH1c3WjFe4JPRB54utnSF20Vc0YA9m9oxenPHW06qauE&#10;/slT0H4UiOpkXn9N+oMP/F2B4tFpr9qglHNifOXu5kxs3941Mh+B7cBtynxGlbDQ7lEngPhVa/p+&#10;k39HumTFdGwWhFvEfoRxIvcga28DbicIFOlHRQ2rJ75sN1rWBGnMsAu6Lb3hoDftyqWccKcQMKw1&#10;tQfJkL/ZI2Kh8eVL/jAgLF0Akte8pRQPg9Sf28lfs9/uKh11GO+iAHEkcaEv0psDhXU5QLWzGz/f&#10;hVGL/lyh3qnpPRabbVeKA38f0sR/bwaXplQoDXH20a3gT/nxHSMCa9z0K071MaVMpp4CT5s6LvIF&#10;j2UkX+/m0fdtitxBr3Mj0eCM5H89cC5tekb9kh4vQUDDVVknGvc4NhuC31zA1vjSyD/mfmlXKEmJ&#10;rxVNe5j/AJZhH7uOfG3y0o/s57Wgn7q1Ir3MUmHYaoGzHVI8QsE31X55Sx016BXuYVoqJiAcYES/&#10;4jHLY/cOV7wV7Cvc7OHUC3tjiWtcuIp9P+QQTzevrrUCvc6GHUIU2x2Nh4jy6gdz/rLzWvrrde5L&#10;XC6LW+OQ3Gm0xz/x2257v+utACvcyfy+D/prRf4Psy/Z/wCQe3Lfmh01eU17n//RvbpswzwxlI4V&#10;JOoBvYcna03iWlMBONcFMy3AbU4CtyBVeuCdUp1pW+Sw0SyvcGJwQqki3gRew8DxixCvnqHeWZ7F&#10;vesNAOB/NMyccJJNSDuvu1btBKUCeugjz5nPG6qSZppjSiS/6JAALG/9HEhUSGRiS5J+HAhcOBR2&#10;zWQuUWfcoACQBRd6+c1EjFpmkZtbgDmNAR71tfj8OMgxjS24IWNM4VGiRoz5gX3/APE3wHf6+OtP&#10;UBtqlrnctu/gwPDK2uNUA9PzoBZ1kxQCoCBCujiDSswbE1Sqpd537JoH2tuIIjmVrW+riqr6RMby&#10;fmXBamJ5IZqKoCCG+7eEZl23BF9wFtDryVcoWXrRxqJ1II9Yke8CsaVXf8r3jsr0KAKH0E7Pt1DV&#10;7pnqqyboDmrEsMq0lwWhhrMRoqZ6/AKbFVnamOIUoNTSrII3ifZ5qLfawI8COExwuDDqasWUVMtT&#10;8sfLw6B1SKOJdoBuC0u4nXUBdNLd7xapbgTJwPVXZFvdRva4oqBxwEe/Glj1kzl1bzbk+rwODJmA&#10;ZPgzLEMQ6mZlirMSxjEcTqBIZkKvFBg5ghUKp8qSWfdKN5drKFEH+cCmhtIsdFv9+NZ3Uu1/GzEd&#10;/o4TqY1HFRIHRhQ3t8st2QChsAdJ/fHuqsRejmJZvxmoOFDFM+NTXgra7B6GrFFA0DCPaXp4ZVUJ&#10;baVEmnbw4jMwYvS1Eb7xJWFdAII9N30y7B91+KmHS3iOfSnrnS4Y1Uez0w+n3PWW8Tp1hiwvJMdZ&#10;atqnzFig3ywXAdo48G+ek3gHtKEtqCPAlzz/AFGNRYckeHZXlnoqosKvEJJGRYIwLlmCQupIF9PM&#10;HJL7L7pSd5LAkSe+b96wKCe/DTS8kuwTH7Jftg1sPej2n6bydTsKGO9f8FXNmDy0K4RkKBaeWtxC&#10;paoFliNRXwTlWbaLtRXsxNzraVDJXwdMDU4cnmVsNSTHGJo6ZXvv0Z5CABqO/Mxfqcwy1SuOsfEi&#10;sUexCTnyUAbUK+X4ULnWugytinq2wPDs3kPgmIYe7M02HVOLSQvHEHDQ01LHI7SWRrWGl/ZzPhWU&#10;M741DEZpqfDaZGs4O+Qum0EvuiVrD2XIv8OYGKuVE/rWXybZaj9s+fCipdWPWF6QehuLYjTxYfjO&#10;d8xzQK8UWHJQUixVXnPEtJ5OK1NGZHOpfykkt8SCAJdb0/OBZcpQuMQVAq5ZK2oavQBfMZEQbGXf&#10;b7BvwuavlKuFDSZTA5mKU5tY3LDbZQtPiE4xh7ar06SfiJYT6gvUTnakrOj2O5ffLOH4flXL9Pka&#10;tlnqZaGCoq6yZ6yCX5VWZRVJ5ZGoLG7WPEvQ5dxCancS5hwiihpT5s3ktKlvf290iuDu8D48WLfO&#10;ofsjJ8vxonTaXjgMuj2j5A0bHOvqV6dZaxeiXDvT71bzri+ZSMIwmGfDqKqeZlomqfdSuxWNDCkI&#10;ZjItlCkf4hySP59R0tTR4ZmikmqITE1A6rVRr5gkBXzpWg3FQLnQG5tfmrg6z9kecezbRnlq30Kh&#10;SwfKfmBSOrKfornPFsEzvnv0p5tpMLxKLFcPzZhGOVWWa2ZcOqsOZKj+WYXRY7PTxTzMI428ySPb&#10;FusbhVMSvzznvCKqnwipzLg9fjc0CVUMVJS19d5ccv8Ak3N4oNGJ0APYcS9wCD4IM++hClwYFZHr&#10;+6mHp76H/Q91ry3mHqLl306dVel/TLCsWqMCxGozNmfK+WIcQrMPkeCvpkipcbxU3han2TM8a3ch&#10;VuysA1S1+e8Wq4JMSzvgy18kohpEpMOr2kgBcWO4ubMNbWFrn4WL2hSQRow8xz7aqVQRC/efwoYs&#10;rdL/AEmdH8o5owfp76QOpZ6e0tFUYvmpcczPk+PDcaVKYiaOSCSt2zROhAfzT9lfDddZs+H9RK6e&#10;Ba7EZ6yaZ2FPh9ZQz+WFRkJkeORwx1YbQyjsdOI0vtCSNMef6V5RXsC529Nc8t5u9AWRcAxzFck5&#10;Ty3kbAcJpIFxnqNk/NGBU9SZ6+OqiFBBiVAhhUladzM0VSwF1BYt2faOlrKREosYra44piI+Whia&#10;mpaajiDOCWZI3fsO95B9F+VVcKVGzTtw206lhIURKtRHR5dc0EOYMcyzmGpruoPSXKuRqzp704kf&#10;H8ZxSmxvMmY83YtPS0syxQ0lfWU8LXkkKiNFo5VY+6GZLgo2twOrq0kWmC0cEblvmccwxZ4m9hji&#10;Z7knXTW/sPHVPKJgxjx/GkgtATOPs/Xnqo4OCdWsqYXFSw4pWvmXMVXSCnlyp0nz9NRYlTqoCyiq&#10;rqaKFI9p2AzkxCMlbyKdvM2Yv6qYXTUGNZwNXT45jTQYW2FU8FOHlNHBFB5gQ1ESqJFj8wKpuBpY&#10;2tyjVw62NKI6Zmq5hYtqIWokTwA6AOfnQZ9C8Z9Rubcw5y6SemCgylm7o30zGLZ5o+quY8yY2lNH&#10;Pm7MGK45/Lo6iPAcWaqfDmqvlpppt3mvtl3R+Z7qJw/N2SaWrl+XyVhmYfLfyaqPGYo5KhA4As0U&#10;zVFvtd1YdwLePFDrjxRJcokS5aJIPdSD0k4+/wCVG06i+lr1GdS8uwUOO+qvP3ROtqKVazDZejWL&#10;SUFBHNCxcmLEcNpMGecEILLNCSQGa9rIoc9YOvOTemWF4g2bcxYF0my//uFYtVgeDzTI7WUrJKKd&#10;hfQe6wN7ge9bjRUoGFKJHx68aWWbqVYtsJHpPvoUPTd6I8IxWTAM64lmHOHXjNSxLDisvW7M3UDM&#10;uA0FUEAlhalxjE66iZ917BomABBtsJBrWz7+LZ6bcpieCqrT1XxDC3FDQw4XTT19S0cRLqZK+WaK&#10;OVAZG0EzD4HS6dak7QSKOtRI4Dyw+EVYbgvoVw7L0FVT5FzZUdHqbGZJMTxzCumMWHUOF/M1EUcE&#10;z0uHGjelgdlp47yJGrn28LxjP46WCnCcTwLAPTsixVUqNHiuJYlDIrwrIWZXpJ0nUbgbDbJYW0+F&#10;O+EbTPnT7bjaeEnn199Q6L8O/L69TsB6hY11tzVjdJl6kq6Ggy/EaDC5EnqEgSOoFbg0NJMWi8pj&#10;727cWJYnmfCvxneiNJglB8z0HNJmN4mTFK+XCcFrlWQVMjo0JmmUD9GVUkIpJudeKWb1CYjaKTuN&#10;NqMyY6JP40rszeiifOeZKjEcx+o7qPHlamrRieXck5QzbjGX6aCFsNgpJIamowSemqatWnjkmCzy&#10;ui79oUBRxxy7+LJ6aqyqnnqaSuylUVjACaqypgRSlQoFdYmohUSMrWv+kZrdu2nKO3DalTwpxLaR&#10;sPtn91CfJ6fA1PBSTZmxvE4KZQjtieb83FqooSUeVY60RowvqY0Xd30NrGNw/wDFH9GrZdgw+HqX&#10;g8uYY5JFrcTpsk1uHS1EU4QJtqKfC6bY0QJDH3TpdWJ5sPNxtBPPVXjbpnUDB81fuorVB6JMfo+r&#10;2K5ugzXn5sm19NRHBcsZl6s53x/CqCvopKlqhpcLzBi1fTyR1N4iqnzFOoaNLXMih9Z/pXzFNHVy&#10;9fsGpKOGSJ2opa+ohndN4ZvKGIyBFIHbcRY+HKkokY4U/oKjtE89VGW/ze50wTDKqiwHK1NXYtW0&#10;9QKfEsTOFQUcc4iKQ/NChjjlcFj7wSNrre58OHeyL1f6aZ5yrgg6d+p6jxI0lBSRTtSYvFiBhZYl&#10;hYSxYbWyqr3XVbmxPjccEGX3zYZCCAT6dPrRW/ltwt0qQZx6Y+VVV556I4jRdSM/5lzn+G9l7qVN&#10;V47iVVFjeUMLwH5itWSoarilWvx3C6Jmv5v2iQCQbtcEl8jkwqoY/M5/qMxNB+hmrmppxE73BJUO&#10;8rKQbAblOvca80c0QlWCR7P0qv8AKXCf2ioPnNC7QUed8PwmmOHenHC+mUdYvnU2V6PF8MkrKeKz&#10;oiSfLQUsDqRdnWKYWXsx26renqcsTS4PUDPc9JLBGqLRUMVpaho2dt7MgCKSHUXCG4Fz48LX3e9V&#10;qKo8ttKkWqwnThHXRfsXoOt+Gx50y7S+mHCc14PjdRNU1OZc3Yugw7DaeqpoIWp4aaoWaoqFEkMj&#10;GN5owpey6gEqGp6wT4dE+HwS4nWVkYMcFSjGNVXVt7xA/pdNRtKajW3jRx8qOGBHVt5mtt2qUHE+&#10;4YbPd7aAan/DO6eZux6jzji2RenmG5fxGZcSzJgmK4PBilVM4gECU1DiDiM0CCS28TR1Q2t7guQV&#10;YarMOOZywfEazLGdJMHnwqvo48Xk6jtJ8rPvpp3dIEp6ykaFlAUst3AB+ySQ3K947OBxHO2tLaAB&#10;nH0/EHH2UsqDpF0y9OHUrImWc2+mXAMXo884BmKuypN6Vcr/AD2J4VT0OI4NTxx4lPNhtdFVGqlq&#10;WaCpkjgDeU4JsrDgaY5i+b/51vhy7kfEMRp4rz5jx7GJ8SoHXazbY6ZaqKW4bbdXiYdzqbcTXK3n&#10;DiPfVkdwAB4o6JAHsH40a7KmT8lYtkKgw3DOp3Xbp3l+tq2WPpzlPI1HlvGQxHlFarE3y9URxqRu&#10;KzU1bANtlDWB5lpOqObsQjqjWZpyHHBGgppcIwnAMdkp1McXlBFWqjeEKCosyr4aam480w5pATgO&#10;ieNMqfYCx4PefkZ520mKT0cdPcuLg2DNkP1BY/PQzy4nR9Rsw9SsqUeNTtU1klfJLPiWD45R4lOz&#10;tMwaOocgrowsLcFPKmFVmZMi5nw5Vyzi7V08aRrWpV4VTJIy7t7v5avI11DLYH2XB046xKHFAiZH&#10;Djjx21ZTqVQQCSNsH2baLP6nc/YP0f8AUV0KzpWSda8kNlujxGsalyBBguearEaSmMSPTLRiWvip&#10;YNkrxTSExkhlY7gqyI0w9Meq+H1kEVTnHINFTGKKAHFKVq1oxAixqy/zCMu5AUjV7Hxt47W0qICT&#10;HmRXmnEKx0zHSfjFNGL/AIgPpYz5lvEMRwr00+qvHqunrKmYRdL4MQwZqqXE5mqpQ75KxuCCFC8l&#10;yWVWH7u7TmWfJGf4gq1XqHpYMOcNC9L05wA0u143A9xsIpRpuurLcHwvcnjLNk6FfbA8x+JqqsxZ&#10;R/QEeUj2iai5b6+9F8bwyRKX8KXqHmuvp9lbSVPrIz7l3F5GSVGmBqD1PzdV1CAxBJEYqwtqBtUE&#10;q/LGWq+qiXL6YhieKvgKIxzBjODzUkc0MnukRGabeSGuSCO5OlrcNGtQkEDHrpJ+eQtUJVqVtwxw&#10;pK9YvUnk/IkEfVrNuWcj9PP86NQ1EeleRepGF49iUWKUtKZkkxCPDsMWlG6njCFklZQsaDeWO0tv&#10;USipMFweXCPmvOrZqumqzFtjRo/LgnLXCs3fz1725JfZ9bKAdcJwMD30F94XiVpBwIB95/Q0rPSp&#10;nnHOtXUjK3VSly+cKyhg2Wsy5bixFaiuq4K18QxjBkg2S1NLTqwiODTgFNwF7Cwtcu9ShEhP7p7D&#10;+3kiCNQoiTsq1bD5Q1Mqg7X8SPH6hxvVff7kbtLcd2QRSgYU9SSB4SGUe7qSBqbacNPkJWOD0kWw&#10;nzaapLsBoADtOvt15HWc/wDF8+XwowsCkMpPHVVNXq7qIhmPGZzVJE9FjmX/AJeFmO4u80brZR3F&#10;gb6gC48SLg31PhFLh9XURUkL1M1O2HR1LopkjhkkWZ1V/tAM0a3UEAkC/Ycj/M7fU7rkyP3VI+XL&#10;BTsmPnVi3pWr48XrcOo6mtmWmoKwY3JTpI/lS1EcJpkZkuFJVZGsxBOpta55Qz6x8OmnmqNhJdwX&#10;Rb9gfDseEr5xirXoMVclgrB8MpCNfdAv7baco+6l4eVr5JXSzBiu5QbHX468J7jGi23WQadOLHp7&#10;RPUYBWQMurxPtNjbQ38R8ebaE0y4qVV7gLZzw96TFJAVOov2NjrbiO5TNGNk4CK9xO4dGWmU/ut7&#10;mnxPGLdBmnrlQiK9w0HSBTDiFIWWwV0azewN314ZITpNEz5E17h4/wAQDZ/svdEABZv6wS/d/KpD&#10;+3ifMBgKN7RECagxE/zCtHh5cBH3ycpr4V0rqdz3PV6vc9z1er3NqP8ACh/6s7yzra2M48B9Pzp5&#10;Ne4wV/LhA/iNQdv+E/zDH+iKLn1ev/WSh90MPkYibi//ACMTcskQNp4HU6/DXg+ScOigMtIGIoK2&#10;ZTcH3uwKjTvpycjAyRm1gR34l0+HzrwmMKbphsSUFtUb3Qe1gOKCmi81VTyrgabvp07Dm7RmEHWP&#10;30mfdCVT00iq+cxyGRKnymU32NpcD4kcoy67Rn/PX1F2ybyMRkO/X/CvNZAvVZg+fvJoFb0kG7XG&#10;zD4VYVlkFct5fUjaVoaQFfZaBeI+juNt/C2nbtfgkt0FKfOgg6YFPnBDy5/l0ZhbX6+G9kTs40kK&#10;ca9w7PSYXenC/Z3Ko+jg1yp4gR7aoEwonopN5kI+RqP+Ik/cOWidMlIpYH+gWPt4I3gUtgAyaMGn&#10;ZWBVIfrCUmDFQOxDkEWvYXPbg4ZqaOTKmKkqVPysylbHv5JHIr3rcJtrjQMdC59B86Pu4Wl5rEHx&#10;CqgvS1KIfUrl1XF1qMdw+aOS6EAfzSMEEXv437cqXx8n5hmA1Jvr9HIsvSqSSJjD31Klgoaj0Ctw&#10;HAgoo4E3WLKu4eyw/s4HWOAIisNT3I9n38IrpMKihEwlS0kA40saBr2J1Ht9vC65vVw0hJtcXQji&#10;QHxiK0W+ilLD9ngB5lK+82hI7gW00PDNMacKJ3EkHGs3C/ZnrAhns9jr7oB11B40XiU0xpM7MK9w&#10;EMQqtgZShIa9jfUa3H8OMouSkjClbLGIPOw/Ovc2sukVIa30Zem1e3l5QwGp/wCQTXA2H1cnXKwH&#10;8+dSBssmD/vLP41hX2t3IQ2FT/r73+/INV2dCSY/WP61bpbzs04ZEr21AHTTJp7/AB3cY8uU7RdD&#10;+nyU88gY4pj8ESQfZEUdYtzdNQb39nfh1epV+Ztxs/ydP/Kro+U+ppBvqC7lkKEgPYeqKGjK9UP9&#10;rjrRTJEojXJmSaqondm3ebJX44gADe7bagvbikFJmSiw5Ehllkjn3HyvcDr7xF/cX4e3jV33yU6R&#10;sqILZhkEqIxFD49Xh9RUFGK7k7yMNOwNtTxK/wApqbFqmQNIf8nGyliL/Fj+zhUGI+7bRw0ltasB&#10;U16sL9kaf4ge/wB3GzFsHRVpxTRhJ3NpLmRnIYdjdbD7+F1y0VAAYxSrLnQ3PTWWOcsXaRrx/umy&#10;gafXfirxeGbCemOR6OZLA1WZpJFkFwVMOHvY3HtbThxkUouLgkYm0b/5WuPxpdvJcd9YJH9F6fal&#10;A+CRQP5XWKT1A9VaxGDGXKuSKdgCtx5eKZnINhr+94/08aOkNGtd6cOiTWBjjbHJdxF22ucP2eHa&#10;37OafsJfbIxItmQfRx/5GpN3rulI1Ak4rVHun4CgwwusMPq59QUaqdwyd00cXYgAfP5uG7XS9/Dg&#10;k4ZgFwtTHTklgR5sgfbbxG4ePHE2BSZ6ajp25H2gCKF3EscSJmhqKvbKLbIIWQuSex2nwHMr4QkF&#10;UXGGyOpG4+RHoTe5uSe1vbx4Zct1UAY9FMXObIQkRArnQzT1VO6tiKu6mzCV7lRawsAO9/ZzNSYS&#10;lPiPzppWp5DDVAQzFbAPTOvYdu/EGa5StDNxqTEsPcRt7pf40Mez/eAuZlbskzDrZ9i0n5UlM+k/&#10;1VrZVqFliD0xlmRWu3l1KMbE99bcALoxhjDqZnmSKMSX6eyqkZ7G2K7k7/RwzzFCEWV2UDGLX3up&#10;p7dZ5Su9HSq4/wCUV/jWX1GVEVPgXSqaeoNPbP2Uo1kDFbl6/YQbdwQSLcEygwalWBfOpzFIgDKk&#10;ba9tb39nw4WNNpCDIqPLlZSqEmhVmr5Xa6MJFPc2Ngb6cnnDKOOJyqiRO7+atrWNr3t34nunm0oB&#10;UMDTtrlqSZ1Sab2xmrMqRmEw67VKndcW+F+TMo4ffPWTjTxCOA19IW2gDc3zKW7cRIbbXbrKcPCs&#10;eUoONGOXrU3cJUTsKfiDQa+oCtQdAOt3nNvcZTzG5VrkBf5PUeA1+m3C/jBjP09qqV42p5Dg0CVE&#10;c6lW3fywbtHt3tbtpwz3ntSq4cIOAWoe0RNHlhcj+aydg0D2q/WhzFQyzQAkSeZUThTH2CiYgdr/&#10;AF/Hg8Z/w54cSwict8q0uG0dP7gI0j3g+B7jhlvEytWZXIOABbH/AKBboj3jfCe4AOxvj/jrPzoH&#10;ui1WKvDc8sD80FzNicisGFv0iQPbS32SbfVwOv6tfPRPHCpZAS7PUbgSSLXuxB4H7m0SIjoojYzK&#10;PDONDO9V5JDyWUHsFI0HE/HhbYZjmCT0sMUkkVbS76cyKTYTr7yqpPa3N5O+m3umSdiVpJ6oM0d6&#10;g42pJBBIOMdVenkWooq1Xa0bRSLusRoVI78FtMGbFOqfU5MPp5q6oq8LzpT01HSBp3lk/m8Q2okI&#10;LE7ouw9vHLW1U7kwbIOvuWsOsqEj31Ithd91nD6jGnvFSdkTrTxgURyhx+hwH0o+kzFsVxenwfDa&#10;EdLZa/GMWljgp4oP5bRu7yyzEKgsftMRwCsT6SdSayV0w3LgpUUlRDjtVR4ZIf8AoViE9M3f2DgS&#10;GT3JVGnbjjhhGG2OFCdec26UCVgz0Y/CaNHJ1h6d0cMNQMckxeGYBo6rKtBiWNQ7T2Pm4RT1KgW1&#10;1PJeCeljqVjfy7YglFSyTP8ApYPKxGo3KRYfpsNpKyMfVJ9fDWy3VulK1AcJ2Egx1gEUXXO99k2o&#10;YhOHEpn2EikrmH1J5DwKN5qelrcZp418yaWnlwjD3jt7YMersPmOvsjPDR4P08xvIWNdJMIxKm86&#10;twpKajdU3RoE/meL1bkGr8sgBZO7WvY34LN0bkWVw02qCEEq2xh3cbD0kGOBNAfeF+2ubU3CFhQU&#10;AcNpKCDgOJ2D4UXrK/VLAupeF+q+fBqr+W0tZilVQGWrkjn+XlqMjZYoYvMbC3qQDua5CFiLg8cq&#10;7oBgS43imYMRzE8sWNTzYgKSnqqOn8vzZC+hgevLHXvst8OLcs3Rsra0QHbpCVBIBEk8BxAV7xUb&#10;ZxvJeX126pq0dKVKJ+2Ik/30UKGTurc+HZJyzlmfE8HwzH8Aw6gwioqolxTFaWSSmpUhcgvT4Wti&#10;ym3v34qKPLXQXLAVcezpSVM0Vn+QxDEJDKh0Is0HyQNvoHFrd1u6zKe9Kz1A7fXTSZOQ7zPQW7Yp&#10;HSfnANRK7qN1MxuN4cIy/isp7LjGX8HghpZQp10xCSubXtpfkmuGTq3NGEYllfdPlumoIKQRQlwz&#10;T0+Lw4gkYaSSfRlDXYm30eJUjOkqdUtLZ0ju9IP8UF4q9MU8xQuZy1dqyx3jgDyVOKWRiBqbCBwH&#10;FI4UHWF4h1WrcldT8Dzxha0WNYviL0mVJax4naTCpsMamkqJ0p46MB0Z3/RqL2CkMTcKPlBmOtqg&#10;I8NwdaAyFpWMkqMJGbuxNOUufHUX4N8rusycZCWWUJj+kTB9ARNAHM81sW3VF11TijxA/Gi50Pp5&#10;xeDDKOKpxSk/kmGQR4dSULwzwmnpoo1RYEGItUkBQu0AECw7DtwRsEfH5PLkljp4RFZhKF33I11E&#10;qn+PBTbNZm8gFxxCB0JHuxNBZ/OrXWfCog9dBjnjpVgUOGfI0eNSySThk8n3IGuRtUBqSaFD9aae&#10;zgl5SwCPL2F5uqYKjz3zXiEWY8TB91VnMEFH+jUEgLtplP035j923ZUbPd4tatQLgx816jh5/Gp1&#10;7Bc3Zv8Ae61c0FJbZfSPIMr2z58K13vxksSzNRdGcq5DxOWGbD8jQ4NlSgEUiySNCuZKjGFZygW7&#10;h6511Asth3ueU2df4TH1x6kG+pxDzAD/AK8SP/zNwPdmjhVkNuQY+7/eVlPyrIvewj86o8IT/viK&#10;2z/wsZUf8N70VBDdR07y2l7+IoQCPqII4kMObeYwR/qsfYO/jyUkGUgmgtGFHHxNfLEltCTuF+xP&#10;jzNn2JX6cZ4hJ0kwfEoz7bGjdf28I96PFlr56EK+BNO5QT+cbP8AfD40nMIJOZcGsNPm6e5Pxkv+&#10;zmuXQG7KQNNLD6eAZpcuH1ofXC5UeeFGV5YX6L5imf8ADdAP0kf3+YOS9ubAUIOFRjvYnQAfOmDN&#10;Ufm5bxxO+6lmH/Jh5sC58jJwpWt7r0kqlj4HzY/6OCTdcxf3In+H5mmt4yFZSgjpT8K1+PRbUGn6&#10;3Z2oZG2yx4w7xp4lTBUnXlXXVpFMdaL+9tbv9HAPvkD3iugUZbqnEVf3l0n5WE20sNPr5Wf1JTbL&#10;NbVhcKB9B5B96vCpns1jA0q+FAzZQv5FdOTt0f3f8Qt4cKLhJ0ExgRQhsrgLUOivcqo5CVZS17nu&#10;er1e57nq9XuKLKhtj9Ab2t5x0/5cPzStlPW/3ivcMArkoo1vYH8uJzRkpRNe5Ed2Bvc6E248gVdE&#10;+le5EdiDoeKgKWV7mInuTypcExWtVe5i3ak/XzwMVqZr3Oanx/hxycK8k17j1htvPi0vZhf48ZU4&#10;CYqwONe4ynRj7b34Uq2mkatte5mU9r9zblUxNeFe4rcF/wB5Ksd7o3f/AInHwyZwFLmdle5tMfh4&#10;yeZ6MuniH7UdZXIrDX/iprfnyG97U/8ADFRGyBUs7sJ/ycGiu9T2C9T1H7xwWjYX7a1lYP2cN+dw&#10;7du1j4cDpSRiKEg20n1aN/ckI07H2m/bkqBmJ0JH7bcqlkRjVymDUSrksTY37jX46cCn1JK8npw6&#10;xoDr/LqeUf8AAV8D/nbhnliZfTSN+dSeia4ZNCnqp09bsVmxOyj2nCKgcoBSoJJXeTa6lhcC3xt4&#10;8FSmSK8FdeNHQ5yV11Beyg6LrYjl9CycasV9de5lWoFzZvdXt3sf488pjTsrxVhtr3OlqCSG84ix&#10;IVUP8eOhuU15t0ETNe5wad3YkaKNLkm2v7eNgYxTD7hJr3L0vw93ZvSzjVyW8rOuLBS9764Dhjdv&#10;Zc8Kc18JT0zTLaiHFAn+EfE1Vz6gIi/rRqLqCjdM8uAtrcWzZjpNvv5TH1Mdj1Fz8SfsY1iisf8A&#10;vtkHhwzZACBW1HVxqz+lt8rTW7eWlv8AkEcRgmARTe4UkbjuNvv5ZTdP6wmI2Vn5LWaEqg2ajXzB&#10;fX7uUCKeQ7I217mVKlUayyMRez9/6eVXbkiYwpwuEbDXuSPPBkQJINdAHNjfw142GlAbK8Hz017l&#10;h/4ZjF+vOaA9vdyhi0iFb9xW0JB/LjdwCGzRbfrkJx/iFEl9ezMvRvLFjtV85ZZikI72erZP4njb&#10;+IZsXq3kx1JEkuVqRi1xay4zia/s78pl6VFqaW2+qVefyFCX6ZnX+q+dKdTdaTMEsIv4b8Hw6bx/&#10;5ecISJ5STumCrrbtwwUwInGaUEGjH8zQnZciQO7e7fcPp8TxOUqJppVe5xd1QbC6Em+lyT7fA83C&#10;p6quVKGFe51ukKX8xR2I18PjzWnHZVAK9wQOjkn/ADd7pc5dfdzJgLC5JAAxWA3048kEDZXrxP7F&#10;XkfhSazmnm5PzZEQSJMMr0svc3pXHNjTOu7+tGPD901LEcBNxAWR115g6mUeQ+FVj+nkibop0tqL&#10;3dsDoWY/TApB+viTJBNu1vH4HjUU6lUbKGkXCgganmWAHfuLX154YClQcnCotYQUKAabSL6jlTH4&#10;wrf77vT64G3/AEuRL/QJT+3kodnxIbX6VGO9plQwoTvSqAlF1PjDXtjwe1+16CAfs5Q/1WA8+iv3&#10;NZiguf8AiVOeDi4TJoIlIMUbDgRHQd+JHEgCkTrUHAV7mAn3yPrGvGZmmFpAGO2vciMASbi+vGxT&#10;Fe51YDsObmvV7nrD2c1Fer3Otqg3+vueWmvTXuY2R2JuQR4A/wB3LBQFbmvcwkWNvZpy9br3O1Xc&#10;dO/x5omK9XuSwL/XpxmKrXuSdmn/AAP7eX0Vuvc//9K6ilrBMqh2Gun08H9vdk4GuRue7ulhRKQa&#10;pWwLM0kzRU1ZMjRX2Ay2Vx/wQ7czzrDItmnsfFDb+N+OPstqTOrGizKbq7ZXKWsOnH4U541R5dqY&#10;hKcwv8yTrSMgkUa2I3bgRxrahqWNoaUke0Eft4WmydOKUyKHrO9NigftnxPRBpEx5UzBWgS4dgUs&#10;sJBZJUsAVv397nL+WVhIBYR+0Ne/5c3/ACu4jHCk/wDbzK0zAKvLZ7/wpxXp1m2XaWSOg8NtXYtr&#10;7Qm7mWKgqVmjWKb5iVmEaRRqANzG1ib/AB441l60qhJk7IjppJeb1WbzCitru0QSVFUmAJwEdVcI&#10;Mp4xT4lTUdHXLjGItMlElJQwlY0llfYoaSSy9z7eL3CqvE4Fjp5MJDbiVMok1GtuwBGnJKyW+umS&#10;EqYB65rGXe/Jsof1uNXp2bNGBw6SqfdR0Om+bM7YJU4bBiPTiCaVZVKYl/MSs0dnKnakKMpI10Jt&#10;yrXHM45lhzHiVBhEkeHSUFTPQiWmpo96xpMwAvKJmJtobWueAF6wBcUOuuz+5OdrXlFq8ogqU02S&#10;eklAJPrWwvl30a+naXprh1b1Lw3Fc+YLjdLFj74VmTMeKfJyVEsKMzNDhr4TSgK2qGRWZRqzaE8G&#10;zDI/5ylJWY7JOtZUo1NUTrI1LE7KpAbaAu24A1DD28SXdp3CCkGNhiMefShRlmaIvl6kYgkyQfDI&#10;8/SceMVRj1VxTFuhGKZy6e9B8Ey5X5LypVUmZcs4JXYfFmzG6GirZkllp1nmqJlqVikkfaJIJCt9&#10;pdgDdynkoaaHyYJ6ehij3OZ3JaxRd1y7Ak6C993EDQ1LnSTR6+W2xiR6UG2AYT1OzRXVONZqoc0d&#10;QMQxQ0tF/VfCkhpw8NZUfKmFKKklgSJFeRY2jNP+8dLAgAnnepw+pw/ELYpU129C3novkwszKQvv&#10;Tizg+IVzyQtxm1IzmzcJgJdb/wB+FAPe+7S5llwhABltc8f4T0bKu39FGD5+yvmzJMFX0hy902+Q&#10;rKeMYJWVceL4vDTU9RHJMTHgzr8tIhuUaakiA9uhYueDxR0fTuCokgWo8uphYRum/wB522A7dr3I&#10;LaWHM2PqZCTli52SD/vQ/GsOuxp4jeRsTEpX8CaMD6rGrcx+ouHAsPxWowQVGE1j1WJ4fVGhcQU1&#10;O9TIjTrUUuxGWIhiZAoHe40Khw7HXqqdD/MBhkS74iKijn3F1Pu/5Yaj6Lc5+uOKP2gEezzis7rO&#10;2UG5mJHTPy+dVV9SPTngOWcyV/m9Na/qrjs0lLi1LNheb8Hp6RaSpAWdXOGSrIhG0mziQ2sdxII5&#10;IzDjR/lFD52LRwwRuyx1mOyRwbnG0N5YbaSNfgBf28StrSlaoGJGMUpctxcFIKdQHXHsxGFMHp06&#10;F0OXur2f6uHpdUDGsSpaaSqyj0Uw7E8ajpKSV6h4RiUsZmiildYwQjM7uqglgoJCPxmoE89RTQUl&#10;ZJRO+ykahpLsFMjEDfHLKGBBvuYcX2y1hE7Sdpoudsm+8kEAdGP640czpLhUuXMFwHGc45rynhOc&#10;6SiNZmajzVmzdTSVP8tpUmlakr8KweSldHgt5EB267rXuREm/lGHV3y8tFVVmxQzQCOV3K2DfYlK&#10;gNr4gW4y4tROynkoSgySMPP8KXODT9Us/wDT6HMmCZzy1l2etkeKlxd63DKXDvNEksBAq6CKsd4L&#10;pclJJA1h21IYcSzHlfCEr8w4xT12GSyEeduioI3WCJREqPMIZnIsosFBt2vpyryVJHCPXb5UsSgK&#10;T4jPX0ehwpc5T6LeoTNcGU+lnTTM2R8awzCIZa1q2WXOeL0k+LYlVSYjVVNNhkWOYRT7zNPIWmnl&#10;3SElyoLlVcsoVOTM+wZdx7BqCrgkr5Ikpayoiisgcqf8o4gvYN7w2bu4HGDcFtBOkRHSfwNWFsnv&#10;QELPy9wig09QNV6qfS5h3WrK3UfPWUc4ZeyxgeIZlrsAywcaoq6qjjpZif8AfV52NyRs7xWhdqwQ&#10;22s+3sybxzCM011fiuJ5n6oSYBheJtNFXUtNiSvMYJAdypT09husLAFQPYNSOaasiuEoRhHlTjmY&#10;OEaioweemhc6c5z9M+RsodPunPp39BJ6wZ+6Y02GSdP8UxHp9W4bhFLilB5a01VNmLM8LbYgz+aZ&#10;o6iWSwuXcgNwJcWm6O0S0WH0uI5hxhEVaGKh2LBBKyMGUTKIpiQztuJa+5iSb8dTlTyZJA99aVfI&#10;j75586PrkI/iC5kOJY5nHKfSTphJNO2MTYlQVeLZor6WKaNo5np6iWXBEV0jTYiqoCIAAwJuCxeo&#10;HrZ6e+hmN4Vi3VHr+vStpofmP6l4XSrjONsFUwq7QUFSkqq4YLu8nbtF+NOpUlXjIFaStbgkQB1k&#10;j/QmjJdOMS645gyJiuC5O6E5e6w1NLVU8H9cs/Y1iOT8ArEqJ/mJpKIS4JjckqQPGXsryWlYpuFi&#10;eVT9VfxaOluQaTG8K9OYzVnDHMWrYKyrzfm+WDBsPVII52Y00FOJalvNlm3N5jJ9kW+KA3CBxxpW&#10;tWobZ9Pn+go3tL0drs74hhFd1kyvlOswXA8PrcEw7JGEUU2KwhquSm2yyVeIpApEcNN5QjFKPtE7&#10;rWXhCc+fitetPOEFTh9B1oxPJOD1LGZqDJVTPRPuta/zJd6jt4CQDxAvxld8SI6aZSgj7UhPkBXO&#10;q9IHpSr8YoMwYl6bci4rjmFQmhwvFMWyrglVNTRsSzCJqimfYW3HcVsT48Irm/qZnHP2N1WZc9Zr&#10;xLOmY67aKzMGbK+rxKulCCyh56ySR2t4XbiU3WGNOFpatpmh8wrCsLwLDaLB8Ew2nwfCMNjWjw7C&#10;sKhjp6anhQWVI4oQqooHYAADiPbFJGa5dj8SeNfmRXvy1T+R3xCU/vMfr5RVzVxb17mM1rm1rj2g&#10;m/Ge+qwtxXuYzUyE30/X6eaLxq4ZFe50KmQey/tHPd+a93Ka9zKtbIvYWPiQTywuDVDbivcyrilU&#10;hDJIylexVjflhdGthkCvcGPK/qZ6/wCSqJcLyr1jzLgWFKAgwegxvEUotoNwDT+aYzbwuvHfzyum&#10;nAFDjTfVYRhVdUU1XXYZT1lXRbjR1VVDHJJDuG1tjOCVuNDbhgMm/iS+q3KM9K0ud6fNlHTsrSYb&#10;mzDaKYTBTqr1FKlPVbSNDtmHw4+nM16YJkCtiag1mWcFrbmSjEbbSiGAlVUn97Z9gsDqCVPDp9Pv&#10;xtc2Zck+czn6Z8qZrxFH8ynbBK/GcKpou492KolxBrgWt7/fXjv82T/R+P41QtA7Sfb+h+NF96ie&#10;mmsz5leXLdD16zrkWWdVjqcfyocrGtlVW3EP8/gtTGQ3Zvc7drcONkn8bT0054kpcJ6u9JMTyDhy&#10;yfzBZ8DiqMWgimMaxm8kGI08pGmm2D6dePozRs7SaSXNhrTCVRz5H4UBh9GHUnIz1uYel3qFxzGM&#10;4VuHxZcnXP0eVoKF4YJpahXLUmW6mXzGaU7ibqB9lQNOW89AcxelP1RZTPUDo7m9ccw1AKTF6XLV&#10;ZSJV0s8vmeUtbSYrWTVdNKVVtquE3AXF14ZtK1AlBBmiteW92cSYHQJ+EfCaqc9S/qZ/EQ9ImbqD&#10;p3mOhy1nygxNzmDCM39RcMznXo1FDFD81FTVeQMlYdhjokrIzeZuljV1DAMykCMckZUwVMUosv8A&#10;T5aqpl2GTHsflhdUlMgNgIZJ0ub9mK6i/wAeOmBjxG2D8ca2bVtUgqJPRj+INLnAOufW7P8AX5Ez&#10;d1Q9S1Lk7By1VVxdH+l2GV5mxLDloiu/z8bw3Cq4iJ9rmSCJtGKEG6gZ2y9m7CtuFY1S4Zg2DVko&#10;lpExBaZ43KL78gjqYlG5fZdrrr7RxsOpUqYFJGrFB+0+78calUXXH08dTYsVzp0yzNmfqnnjKNGc&#10;Mxt+nVZjZrKZKs74aWaXAql3VJXUgttQiRdvcLww+RMNmxWigamrYMbpaQrSvWRUEcdGjKo95B5c&#10;G4AeMbFR8eF776EpKU8OeulFrlEr4E9Ag+2BHtNUaeuXrDlrpRmLEBm7Asf6H5vzVTTZhwzLlb1C&#10;xc5vxGkaVg6yPS12OLT+cVIRK+millsR7jaBHDFc1QTSUz5+UrE/lb6PbHcbz3WKjIvY+DcEzOWP&#10;QZTEeX40icvbRs+ED/SgfOjRv0e9K+ZMNwrM49ClRXT4rRDFZKfOax4kUY0cX+TkxvM0ThAyn7VO&#10;Da1u/PVinH28rGMbrcaAX5ZVhWM7lIO4bR5Xf6Pq5s5etvwmI86orPgRgTT5kugwXoJhM2J9GehW&#10;T+jT1M4xnEWxqaspxBMjIIZJapVxEEotxtDhQbFX1PAvz7l3DcMwqjqMPwWfBV+YmjlixAhpJyYo&#10;1Em4MR+5awAt7OShuL4WFo/vpnnyoNZrdd67IJMAY+2jd+lPrNnXP/UXNWG5x6uZf6uSSYFheJ0d&#10;V06jelocJC4jXM1GIJFMl7VKsZHkYtpqQASBdQAWPu2Otra9tODLXGBouQYqzjD9wiBR/d03Bu4/&#10;LjchCspK6j2g8247OApQs4U9ujMjDcNe20+29/o4arp7URnCIo7jetNPIwPfaS2uvhyPM6KRfkHg&#10;B8KMbVshhJmPFVKvrNwbE2zRLXQxs9PV5hwShgZQCvmq0ChSRpuI1F/qvY2BnqnMoo5YiQLA6DU2&#10;A+HALmC/FAqR7Ce7xqyT0iUUrmnryrXl2C7AqrE2PY/DXlIvqponq5aqULdCJFDD2g/28DjwE0ou&#10;MUxV0GBC2F0inuEF/u5S51NwIs0oWO0gbbYg2Bv9F+IXhNERXCop34punVBsweSLytzJFJYt7x0V&#10;f8J07cq0mKqjFRr3AR6oYesdRA6JYkSb3APa44w+jClNsQmK9wLcIpnaYW97UFQvcm9uJ2RFKrhy&#10;a9w0XTCMx4nTblIKuFYH2br24raJJorWZOFe4b/15VXzPpg6Le+rBMxToNt/DC5PaeJL84CjiyPh&#10;IqLGtqypa32o4tfoL8p84W0sqVz3PV6vc9z1er3NqP8ACgv/ALHuVz3AxrHdB3/3tPJp3GKjYAcN&#10;RqDO0JYGYf5o+dF26uhTmKkO7YxoYwHa1v8AeiY8soS11v4nufEcH6myT1UCDMUELkhW2/bAtprY&#10;3Hs5OgFmFxazX178aCEnAGtOHopsqWYxuT7xZCoYfePr4/02i3Bt2IA1tyy5LZEwf3UlCvFFI3EB&#10;aTc6lhqpDaA/DlGfXeSOXrd1FkgO+L+YvHYgixVFUjX435vIBNokcJP+/GgVvU6TdKHl8KsOyqrr&#10;ljLqvq4oaQMb318heI+j2/vAfSeCRCtUGgsRT9xf5bAM6qp3C408fZwxt0+IEUncwNe4d/pFZpaU&#10;kXIYbh7O1uDLKyCmemkpMDzpMZnv/LqqxsQhN/q5Z/0zBFHDru0VgO1tOCLw4SYoxZA7wYVSH6w3&#10;/RYkCf0bBlsve9yD24Nma/MGWMVX20kjC58fKb28jHexae7uI2BBn3T86Eai2XGynpqoL0rCOT1D&#10;5WcsbjMNIgU6mwr4mHYeNuVPZlt58zW1XsByJbp1aEEcT+GPvmpMyiQY6a3A8BAenpj3Ww1Ps4C2&#10;NSSOsjBiCpOhJ0v4a8Cri8RNSAynQI6aX9KALC30cLvmiZpnm8yXcRdreHe1hxnEKw2UhfbCNnGn&#10;xBZRwv8AjsjDzFRmUa6An8+OMOaVY0V3CQF41y4CuOhTHKWUMxuA5AJ7acUBBg0VXAIXXuAxiqXl&#10;cg2/wg/SOaI0iNp/Q/OKdQ6QAOP6V7m2b0GhqJfR36cEhXcf6lYRuDgsARHiFiLX7MOZGZGFpz9+&#10;BgbJkT5pbIHsFYOds2hVvMxFw7/vw+UVW90WnjpvWh6yY5D79VmfDmiCML+703yKuoPh7x4hsjPU&#10;P0U6cPiEZhlFZmIzKw8pSZMQjmva+3t7LDvw2etz+at52i2R/wAqO/OnN8btKLBQ2J79Xs0CKMLg&#10;VFGnqc6w1MRDzVmVckhlBQlRDWY8vgA2u7xJ7Di7/mlPBRCH5oPLKLSmOU+4LXse/fih91QASBUI&#10;puxrwNDU2GmaXzXprCP7O4C5PbtfkrCZFnlC01IJHK67gHHbte9768sxbBSY0169vHUmSYBrHNTQ&#10;+T+llYCPXQ7f2cfxQywy7K+BowPfK2AUfQADfjKrNAMKBmkovnT9hBqATRyRF43uBopuSTfkXqbg&#10;EkuRMsSJtTa+YKlVc2J82OlUbQQL/wCTAPPWjTf5u7SrAi1R/v8AcRPVMUKL1x3+TsuH+J6J8g3P&#10;+/UDPTjGIJ/Uh1nwuJiyUOV8jbVFyFZsQzKx3ewkEHgfenjC6lvTv0Ao62ZE+bosTqHAufdRqBQL&#10;W1+z7OUs0/t20LT/AMwzJw6y4R86lftDu3G29aB4e9XBIkbBspB0tfh0/qw9SywpJLWYVlTpnRVk&#10;NMyRsxeozTUD3gQfsyjv9XDJ11M9NSUsVHVIVmYQm0Vr9iCARYE+zhitSErAbSZPPpUIhx10nvFg&#10;DqpdYXPh71tTIcDqHqIE81fnJkZh3BUXcsbd79hzuPBMSgSJpKqKjaoYAtXyBJJBax2ByNPjY8td&#10;uLbQlQgzwwmtWdq2+TCtSR0Y1ixjPNDQSeU2BVc9QiNL5FFTSGKMdwZGRba9rBteY8Ty8MPrV8nD&#10;qupRKarWqr3pahqYOaaVlJmEYTUgAe93+PCDeByGniUEJ7l3EgjHul8SBPpUp9mmXhWY26gn/XWx&#10;PE+NPD1oG8zdXcMxbAsQweuzrglFjlc0c+FZOixXDlxBoI5F80pTfMNMSiguw2XABNrA8Lz0by/P&#10;iGec2SYbShpcSyW+GwUAYBpJPn39wNMwUamw3EC/HlDvcvuAgair8vA4kJcST5QMceFLMjuW7YrW&#10;pYSnU+JOySyQPeRQt+q3GKXBckdOcRxI1Bp8Kz7k7Eauow6CoqJI4YMXillcx0cUsjKIwxOxSbX8&#10;ODNSdLM9VNRLFUYDDRUsFlirqnFcNqA5C3N46KWokBH/ABDiu2yF9RUkN4cDJM+yaiG83htEpSpT&#10;wk9R/CPfShpurmTawTQYPBjGJVcY9+iGXsZw+4b/AAz4xBRQn/opxYUXQbNGJv5tViNNDHYFVoYc&#10;UeU3/wBSppqdP+TuKEblvqMqTgOs/MCiS735swIQ4dXUEx7dvupkm6y0+Go/m5GrcPjQM/zOZsQy&#10;/BAQpF/eocRrJL+NtnFZgnQGry1iWH5jqsWZafDKiCsWjrqKlptwWZbnzP5hKRbv/k7nhDvPkxs7&#10;Z5SYkoV4cNuk7DPuihJuhvCLy8abgkFQE4mMf8XmKKZ6l/VZQ1fSzqrkmiw/C5sVx7LOYMNw85dx&#10;muxKrkeTCJ1VY6ZMJiDks6KbTAC979gSG4Nl2vq8p0GGxssEs9HFh3n1RI8pjAIWZ9oLAKQb2F/h&#10;xNnjIUtYOElUngJJE1I1+hxjMFIUk6pSYgySIMD1qy58aoYxLiHmieGBppz5BUhk3llsSQDuFra8&#10;PVNR9DljoKrMWO4fi2K0EEOHpU1EGNh5FiX92NqmmhJ+Oy3HbvfXJVXDrqVlZcVOCVRgAkAFRA2J&#10;HCgvm27u8t48P2aW0IATBKeHHAE44njtqtjL+ZOt2XzjdLk7JWdxQZqxPEM2/K0NbkAUNG9fN55i&#10;aWSmrKsAXCi7lha1xyO2duh1BEGfCIqmaK7QRUuDYLtJXsd8qVTj6jfiNrfqwUfBbFZ8kj5Umd7N&#10;c0MS+lInhJ/D4Upo8J9SOKYkssGEfL0ksZE1bj+fM3JJG7gGwo6FaGB79jdgB4cZMR69ZLp4lhiy&#10;1W1MdSpjkiStljpZI+1mipzSKR7R24UZhvpdaCG2AJ4FZiPIULsq7OSHI/Nk8cEiZ8yFH3Vik9PX&#10;VXHZ6evxHFcrYbNhsy1FJV1WCNW4jTThhIkkdTiNRXlGVgCH1bxFjrwt0vUvL+B50x3MmGZJXE6j&#10;EUlelpcTMbx081ZOKuscALMrebMAy7l90C2t+EYz/MNMJSAURwgAYaYJGxI6tsYYmpBuspY1qU44&#10;ohUY7CTjEmUkdcESaHrCuiGca/pJ066bVvUb+r0GSPLw+avydC8LVmH0FO2H0NOTNIWXy6cqshDe&#10;+w3e724+P6mOo0iJTYTgdDhkB7PTwh5B9Bgjg2/UOLU725sQQlw9GECPLSBRA7unlAJUskk9J+Mk&#10;z7T51wpvSR06WqWvxjG8ZxmqjJcx1WJVjUzMbm5gqZp0PftYcbMR6qeoPF6OSqpKPEflGttenp5Z&#10;gfaL1CuLn2cStpzUg/eQdv3e/wDWlTeXZIyBpQkc9Ip0o+i/pzwfFYaSrhwg43Ddo6aqqaanmFxa&#10;4jgaI/lwMczw9fsxR0corqnC6yncVFCRiNFQTgyqVN7SK8RKk3sqkjiFe7t47tEBQxGoCY2YTQjt&#10;d68qaSELcGkdOOPUDJ9RS7wTKnRTL74qmC5NpJI8UhWkxefD8EqKuCpghfesbyx08iSqjagFmse3&#10;EfL0Nzxi88f9c83Crqas+ascFdi1Y6Ixu12miWMn2DeRfx403ua8IC8OgTJ59aMLjtOy4ApbUCB1&#10;fv8AgaVeH5poaSnnjwTJNVh1HS3ip2MWG0kMpHuqVjSfzFXT96MEDw4L2T/TFheCVlPWxzySU9lW&#10;RXpUp5Sd26xlMtUo19qk8OrXdEtq2yCMeHzPwoJ5n2oMKTABJ4ckz7ABQe4p1bxuemraRaDDMPrr&#10;OsUqYhPXBF7BzAaahZvabSD4Hx4crKnT+HBIEpKGN62G4AhnAqO6jsYVjJ7cHuT2a2tISiejj7o6&#10;qhjOrz868XHCoaukx6cKLHmjrZURwTy1tfh9JVUMZqJ63DVMEiCJmDOVqpapEXQg3Gl7X8eDPhOX&#10;KmPeTDLSxErfeEhWw94/5ZuSJYd6SkLbKRPUP1qPr2wS2oxifbQQ4j17wTFafDB/M6XFnfdenw4V&#10;NY6OwsGthkRFvp8eCHR0lDAEjFTCIgN00PnvI7dtLIrjgr71tOspBnaer0oOrbcBTqUBJigxxzOW&#10;I4umOVFBkbHcZqqNDUUc8eGwQQ2CksR87NTMLgf4WPw4u8AxnD8bw3MdPh9O0QyvWRYLWPKqrume&#10;lpq73bEnbsqlGtje/Mb+2+6F3kbixMJcA/0rmk++shOwdh2w3tt21K1KdadO3gWnI+Fa434tmXMa&#10;xDoZh2escjSip8wS0WYcKo4txkp4KbN1XlmaKoJVR5onw129267WFje/KcfUVEydc+oKOpuaqF7n&#10;2NRQEfx4D+yVxK8gYKeCnPYHFz74rKjfBkt3iv8AFR/vg/Strr8JqcTfhrejN72vkbC0OvbbvUfw&#10;PEJhSKSut72tf6f7OSWpanPtoFPLM0eXEzsU37HW/wBXHLNsW7JWbUFiJMNrV01vemcePEu9J05a&#10;9/iK+BpTk6wbtv8Axh8aSeE+9mXAWN/drKfT/ocvNb6jAuugGulvYD24BLYQ6qev40OHleLnooz/&#10;AA+no8kZM+4WA1iZBtLeFmB/ZyVdySCvTUb72rGHEU0Y+C2CYqo7tTygfWh5sP5yRly+AbkfLye6&#10;fpQ8FmTNn+bPIA2g/Gke8TurKU+aa15vSV5C+pTOjoAssWIssxLHUlahRb2Xtr9HKturasBWi1rB&#10;r/lwBb5IOpVGO56tlbA+AEGmjt2K3H0crV6iwPLVTIosWJFydfZ2PIUft5JE4VM9nGmaVPCwZ1jQ&#10;0s6GO6rE6qPZ7h4xepHdxRvl6oV617lP/IArLWvc9z1er3Pc9Xq9xRZU/wCS/Qf9Dv8ApA/Kq2U/&#10;bfeK9wfoz7i66WH8OJzS9UcK9yE4sLHvxY3PrS1KYGFe5gZTrf6reHKXDxTXiuK9zhbiFx+TIpor&#10;r3MLqQ1+wPLouAkHia2lcV7nQS/bv48cF6rjW++Ne4+4WoM8K+BIB+g6cohRKga20fFXuMras30n&#10;idW2mVba9zKn2lHha/KpGNeFe4rsF/3lnt/gkv8AUyNxWgmCOFL7cSK9zaR/DndX9G+SDf8AyeJV&#10;8Vv+hVM/7eRRvQ2fzpPUKlndIf5KPKipdVZgOqyQnuMBoZPovXV4/Zw5ij3tRb4+3gbJBoS0niWR&#10;RpcX1HJEJAW3hew08eeVhV1NkCokys5ubi/x14FHqM/SenbrQlrn+TsRb4SoR+Y4bZJ/xQg9dF9+&#10;CAKl5Njt1QyCb/5OXEDY/wCthk4P8ea7BaQaEM3bcbk8HCEAgGixSlSKOdyaiSNYhdy6km/w5RYF&#10;OETXuZFFTIx2qFVB7yAaG309+a0o2mrCeNe52Yp/8oqlSNf7uWhMRNVCYO2vcypTSyk6EeLWuOaw&#10;HWadQkqMCvcvc/D03r6WsfUne8edsTUgG5A/kOG2ufhbgdzUainpn8K8y0C4qf6I9xNVgeoMGP1k&#10;iRyUgm6bYHEWPZmTNWMG31b+U2dUqJ/85nUNQd4THcYj+nbiEo04bMjAGrN2pUJnbVmeHv5mH0Mh&#10;Fi8MT2PhdAeIdaKTsqmwubHty5SacNmvpqZzn8pICN+m7QX5Uo6K2mzI417nNaaRPsgm/Y27/dzZ&#10;aSac/LdNe5IjpWd77fcUbn3ewcZSgDGkxbUJmvcsv/DTipous+OKaWWKtOWMYWSZ39yRC0DmyFAR&#10;tIUfa9unNX7UNTSN13EAYYiiU+vghehWGyF9hTN+TtntJfHqePT2aNxLfiEyB+qHT9FQEy5TpWWY&#10;9/8Aku4sCBf6eJ8uSe6BNGbM96vHAEfAUIXpoG3CuqCbduzNLqQbf9g5hB8OEFMLi+vt4ZBc0vmj&#10;Kc7EEu3d4d9x5arAYV7nH5edr6aDUgcopwCqRNe54Uslhf7zrzRdTVu6r3F70qhlh6odO5u6w47h&#10;MpIHbbiER5rvUx100+ghCvI/CmzGovOwfFoT2lpp4j/wUTDmyLnqQDNuY0sbCrlAPs1twAPMkqM0&#10;xYpKmUnqHwqqv00yLJ0E6O1Eeony5hUlvgaVWv8AnxFM6jRj8Tb6b8qGyOFK0smh5UF7kHwA15Ng&#10;ZDYd/jbTm+7MU546aqwsNxvbT8hypn8YQf8AGe9Pcp/frqgG3wRuSfuN/c1AcKjffCdY552UJnpW&#10;IDdWIwLbcahkN/8AWokH7OUP9VRd8Ob/AKXcUJP0/LngyXtoJ4RNG34ELfZPKkSK0pM17kYKNyA/&#10;QOJyiix63g4bK9yO32j9PGCKSV7nXPV6vc9z1er3Pc9Xq9z3PV6vciuSSQfAm3HUirCvcyRbb/61&#10;teaXWjXuZ17jjRrVe5MsLfVb8+PaRVq9z//TPr6QM/1XUX079LsyV9U1bXfIDCKyslbe8z0EjUQk&#10;Zu5Z1jDEnxPBQ85DgPSBWFfalkKWsyd0pgKg+pEn/epooX4yXRfBvT7+JT6lcnZaw04VlXM2KUfV&#10;XL9EqhIwuacOgxqqWFQAFijrJ6iONV0VVAFrW4Z9m3i4JGmmt+WUoEVEDDJbMEA+lVqyyCVQQWQ2&#10;0O658PbzEJqqI3SdgPDbfjX5h1GxRFL3MpsLhPjZB9lYocXxvDGvR4vNTAm6/Lu6fftYA8d6Ktq2&#10;lWVplbYdBKoa9vgdOHFlmD2udU+eNR3vLu1lzbRQlojV0GI+NL7AM5ZpWtp6tsX+Zan0SPEFEysB&#10;4MG4ozissy7KiNCtioKIqkXHhYcE384UoaVgEHqqIFbntsq1MrOoY4mZ86HGm6jVGIQrT4xh8a08&#10;6tE1TSRbAgN1G3aNCDqLcVuFyzYjh9RHQzLFWxQmKN6pC6LM6khiqMpK7u4BGnB9uuBdpISqCkce&#10;n541DO+rKctuUl5BLalzgYOkcJIIBjYSDjwNG/8AT7htJ1BrgTiAihweCOTE4t0cbyyPJZxEWJ13&#10;XHwHKzcZq6GmzViOFVNK9NU0TSw43VJTCLfiCVUvnlXkkSQakWKqV9nfWHL1l8PrS4cZM7enHZz1&#10;13c3Bey24yO0eshFuplvuwcSE6EwCY2gYHrqy3D8i9dYOnmO5mzJjVHmPHsSxytfJ+BYrj0NalBl&#10;dsLoqahhno8Nwuow+c74pneOR45AGAbVfcdXxzBKZZS0TVDxgLLUVcjsQosRuZCCRf28aShR44dF&#10;CsKUmMJos8HQLrlmObCVhxuiyhTVJmqqHBMlYdQU8Mk029Xenpq+mqY43KbhujVWt2YePocyYfi7&#10;fLq0MkVnaaipGjYrt+x5ixAkC+uulteWYCEuJ4kVW4/bNaMBP4+c+z1wqDi3pmz90io8UzJBWYvQ&#10;5ggloaXDc95oir3eRapz86MPlxSVYpGMTMiiFQxYsgAYgEMc84pSTQERPLXyO0tPHTYE8TNA6ICx&#10;l92Rj9oWAA+n2HuVZipu+ZUdgWD7CONFeY5MBZPIOEoO0dRHSasR9H/TzMeXJgZqWHKVNhsGG4vi&#10;eYOrFDiMQxanqZ3MUWHBZqCKA3hfe7GQ6W2C/vCFhuG0OKdNZqTEZJYqSRoWmejlmhcBHVhZ4CrA&#10;XGtj20OnM6/qWBOWOR0D/fkmsJexd4jeZkTEav8AfTUH1ZZuzbkP1S5RzLkbDqbEswmGWkw+jx+l&#10;oqyldqpHp3JixE+SWVJGKXBO620E2BS+CY7lHLFF/LsDpJDTxMWdFdk3SHUlndpHe/xPOfyWyr7Q&#10;B76z6CzMqJJHlQV9WvT16mOv2YEzV1Zznh1JWV1OtBTv8ouIGGkDhgtNDFFh1PRsljqiFiTqT4yM&#10;exKuzZhtDTQ0FIsxkmjWHElSWF1IS5KtOjm24A6FQO+p5VNjLhgzs+dJru9SkJ8MxPT7jPypu6Jd&#10;Ncjek7OXUDFcSznmKbB6ugw3F8Rx7KvztNiEUiSVe2HfR4RPRKGZZHjtMlQ7ttVdq3OGcdWJaiWo&#10;qsw4JDRMoSKmSgopTEQu3VpomJ9tr+Nrm1ypGWGcCfafxpEc4Qon9ljz0Gk1l2m/DXw6lpcCyx0h&#10;6w12PxTST1OKRZt6gYclcGn89nEVBjFPGpLm27YALAkLcKrS1XjcIcYnmqmqSoVhRYXBh1GrPbuV&#10;WilDDv4ac0nKlgDxDy5NNrzwK2Nwenk0YbDMi9J6qaGXIPQbNuDSVTT0xzt1Mx7PWap4KVrFljqK&#10;/NlHPTbgqjakm1u2nO1xqGmwjEcbxmSmppMF+VhWqpYcOM8nzJkXc8lXSuDYxA7UCjXjN5a92QNs&#10;j4fv9lGNld/mJGkYRzAgCm3HOlGJYv1U6fdK+nE+Z6rDeqS5mx3EKPMeYOosWD4bFl1cM/0anpss&#10;5loHg+YTEHC1FVJOQyWCHceBLnvrxgWUsArMdxnqXBh1Bh0ctTFBgcoOIFEG60VDgqGqkdraIqEn&#10;wPF9rujeXKdbbC1J6QlRHw91MPb02dq4A462g9egfGPdRtumvoVyVi+O1+WKj0qS5wrsR+WmzVP1&#10;SwjEsyYXUO6OP+Stnl6qklWEM5Ox2YDQR7ms1LnW/wDF9yDkBsToun/QDOucMTR6iKTMPUP5nKlB&#10;KxclZ/0XzNXMuv76wOw1JBJ4W5p+ZtzC2nEx/SSpPxpXYXNi+ZQ6hc/0Sk+zb8KtZyt6T86vBQU+&#10;aM14LljDMNano6TAMm4RS4nHFRU0CxBaVsWpooaW7KGEZppkT7K6bbUvdafxJfVh1oT+X1XUWpyB&#10;l4Mki5d6b1Fdh0TMm6xkqHqJquQe99l5iugsosOBp7PH1bCR60cC0bBnSJ8gKNllvpX0/wAqzw1u&#10;EZTw+DFYdxXFxRUiVAaQWdlMMSKhf97Yq7vHhF6zEa/EKiesr6yWtq6lmmqKmqdpJJHc3ZmZySST&#10;3J4VrfUoyTT+kUIPIlzxsrNWivc65omvV7nuar1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9XuclUuwUdybDlkpJNaJivcvW/Ahk6ix+ofq1gOWKSWrw3Fsmy4&#10;piGDywUskFRUUGN4fFDIPnFZBJGlXKFNr2duGmXJKHJIworvr1A0icSfkaIH+I7i3Q7LvQXCcw+o&#10;DO83TnI2F5jw/Zm+jxjHsEFPWTUlXHEktRlyopqlonud0ZYoSFLD3bjamqaLrVlTDKiukq6fL2E0&#10;hSYHGZcPFNABuusUVKk73IH7sY9vDxDqZOkbeqqIcJGKPdHxiqA8Mz3+Et6sOoOFZJy9hld176rY&#10;7Sz0cjdNaHPIxrFoI/KO/EsYxKTDIXiRnUWq64gEquml3DAesmOrRQx4hj1PURxyLSVlZHQ3lqdF&#10;lKx+a8FjZ9Lx6ez2rVMqUgSkDnqFaASVyYJ+Hu+dJDqv+EJ6acSzZiuN5N6U43g2K1VHJjeXMm1W&#10;cKiDDMImCvRxVFUtGmJOyPLTgylaz3tQGvcAI8Y6tVvTTGsHzLjGYcYzRDKvz9bI9HT038yJnIel&#10;WWpqJxCkYO3y0RD4kkMp4gVZKCDqME9Wzow5mlguVLMpIEesDqxAx6caPZRehbp36neh3VT0+5Z6&#10;LZB6EwUiVOVsp4PlvFK3FqbLNRNhxFJj8lDhmFYH8/V1DFZ1qZ6mbay7FKyJKOewf1B5ArJqiSLI&#10;2NUtRMRVPHTYlC/+Va4ZbsGtZhpb9nDJu7WfEfn+NJHrNg7Ff7yKbM2fhq+sSHCMIwSX1U9OswYT&#10;hVPHhEU2ZumZhMiUtMsRWYQVjKdzIxLBgbWHbdcxGWsVyrmPCY8YTCsYpzUu8XyVZiFQ0zMEjb9z&#10;QKb6Dd4HTx5dopMlZjHCR+tJHld2r9mSIjgB7h86qg649PPWL0Z6gnpVRdSuk1fhuG4fTY/NnDB+&#10;nuCUOGUMEtRX059ypq5ZHqEMJZpBAVs6AyD7PEf1VxfDIaObBYqCaVpTDPSVdfKXMDKqs+0t3Lbt&#10;pHw5JG4SIUvHDDCgtnASoIXMkzyaMb+H/wBMeqmKY1l/rFmPOeB4caUY7gOZcv8ATzCYqCDHqVqt&#10;6SgeVIrhYojTmohkJYssgClVLLwsFRbe1tR425Ii0jbREpAFXk4ZJIYEU3BFtLn6eNmyxA1YeI40&#10;pQirTNKMPdT+6dLE8GTKmbMDwNlhr60UFVV0j0cU1YWWEswZkG64Ua6E6eGvbkZ7zXSE38LwwHwo&#10;V5VYrctUqGMKn3waIv186HZ/6m4P5+WcG/rFhGB5kw3M1XhuE+W1elPSVUIqSIyjMxWMbo1969iA&#10;p14Gebct4/mJqutp6gVME7NJF8kQ6j3bAgiw7qPG338BlxaOuSoGaGCb1CPCRFHB6V9ROnPTyjwb&#10;LlZStgVZh8UdJN/PEankNm3MCr3OiuTe17WJJtrWn6i+m2M01HPNXR+RTyyNDE9VZNRrpc69vDm7&#10;bd+9u3AlptS1dQmmMyzi1t2tbrgQmOJirHsiZxwHNNAn8nr4qt4o0lmjp3DFAw03Adr/AB5Ul1G6&#10;RZqrnq5cNweavVgzBaRS7ErroFueG112aZ42MbZZ8hPwqPP9kbJFqgXKZ68PjFL3jZ0vyBmWhp6i&#10;HF8v1mGyLHIjjEKWaJiCD2EiD/DwNPbv37H90YWnzSR8qOLPeGyeV4HkK8lD8a9wDOrmVZ6cMDDc&#10;JvQhiRcA7hoPo4TvtEbaO23knZXuFywOm2ViAxF0bcoVu5t93EbaCPKn1rJG2vcM9kjD2SqpZ1AV&#10;ZNu1lGlrj+HHkpjGkIPXXuDZ6z8RFR6delNFuuabMVQ+028cLPs4jzAeEUe2eyuAW0jP/iCr9xJ/&#10;byrHhVS2ufPc9Xq9z3PV6vc2p/wnzb0d5YFv+czjuv8A32nk5biD/hZP98agvtDT/l8/3oot3WHX&#10;M9AN1v8AQI9P++ibllI2+6QO/YgXufr4MfEVCKA4J00Ex0LBu4NjqQbfVyXHY2J90te9u+mnNqSE&#10;ivBJJwptnaysFJcLZVQ6jXj7S2RAe4tyrSEOKw4Uy4sqJFI/E95k97QyMVF+4J5RZ1nQf54uozAd&#10;8WqwL99JLW4/kqUiyRp6/eTQC3rcP5tWHMVYjlq/9XMAubn5Kkufb+gXiXo+w8CuunY8OmFGYFBv&#10;UoAgbTT3wQcuf5VSPGxvw+tSZFJFqJInhXuHi6RKC0J7e8uv18FmWugI2Y0jJIVSXzR/yT6n/iDf&#10;w5Z30y/yFPrdSF3fdwRm11aQTto2ZSVbcDVHvrGkVYcUjQE3D7GHgfr4OuagrZXxUhtfkp/hr5JN&#10;vv5F+9jYS1eFJkFCvhRvCgtscNQqnX0s1BT1I5TjljI/40eGtAlrna2IoreOllPx5UjmXcJ5Ao1G&#10;unwHbkQXkqE+fxNSxlP90PRW4zgG35SnB90lVJB+gcBTMTMqSW0Mnt8D9XAqoyryqRWRqR1Cl/SA&#10;WB724XbMhCzVBCkd/jpfv9/NajSK6Biael+yOALmAhTIoaxa5APjcc0DIFEVysqg1y4C2YYJAkhE&#10;diO7DwHDZpRiIovW7J217gOYrG4ZiRt7EEg8ZLSgrUMeZ+XvqzICjz0V7m3R6cWjT0e+neqn3inG&#10;ScASQwgMwLtWg6Obfv6/DmRe6r6f7RPajh+SZH+8NwfdWC3bOzqsy2MVd+97lJH61Vp0qnkX10er&#10;BFCqVzXTJvl0Vg3S7I0wF11GsRA48ZC6YZrx/o90zjwTA5sYgBxSpkdpKSnRRNWLtO6sliVgdpsQ&#10;bacGSLB43jJ0kpDCQSOnUtUY8ceZol7Qsyszlq2Q6kOd8TpMzGgCcJ4zS2i6y5PyN6yOvrZvq5MH&#10;o4crZIwygxCho8QxL5qojlxipni24bTTFHhWaIlCd1pAbWIJEfL3puzjUl5sSpsPwqMn/JV1aKqU&#10;gHtbDkqF+48EFtlBcSS4kg8Jj8ax1vM0QynB0A+vzAoXq71ZZBleOPLWWszZyL2UyYbgzYYqkg/9&#10;hHLhp7i1wLdteDNS+nPEozAseL01B5YBSOgw+qdVa2hJlalJP06coMtIOBAA6/wok/tEy7iVKV5c&#10;xQa4n6soqOGrZsgvhpUEKudMyZep5SwaxTy8KnxZxr7FJ+HHmboLS0aCozFnOYIpNnp4MPoNpP2b&#10;Gqkqr2t3vxNdqbQCXnkgdJCR8cffTjOZtrVDbayeqTh6UiIPVZnnHYkgytk/LWHvMvuzVWLYtjO6&#10;QG1vKhocKPfQ2v8AQeAD1zwTDcJw3LWGYTiMeYKPDpcSp6irSop6iWNquJSkczUyogdipPYXt8OR&#10;1Z54w9nl4Q4laFWyACNhIduFbRxAWn3Vky6wle5dqS0W3BcOKKTtgoZhUdB0nT1TWP0n59zNmn1D&#10;ddajOFM2HYhiuDZYTBq6PCMUwbD8Ujw2SsSd8PixdnkkjharjSVldwGYai6jif6TYDknp90x6d5c&#10;6gZnwmLGMpUpjoRiCYw08MtZHHJPD5dC1Mj2ZQvdhcaG3C6130yNDqQ5calpbS2NKVHBE9BGMlUc&#10;KO98m81u1qQxbnupJlWnaTEgkqOzqHlTJm6jz1mLrL1N6kdLMEzyIs9RYVlnHqbI9TkJMOr6TLjV&#10;i0VSJcww1UsRlFWx91l90i6hgbibT5y6TfMAJT/zhABUJJgmXMMqb6/avXSVMi69rg8Xo7SLPvtN&#10;vbPOGMYR+OI9aBzm6d+W5ceaaPW5+AE+6oGL5A9QVZTxy4fh9fuLeTJS536kZowORdwJKFMpww05&#10;PtKvb6uO79bMEpXajw3KuI19KgsjTznCyVv+6lLSRKvsAvbji98sxcIUMrWI/pFKfLjPtFJbXd/L&#10;wkpXmoSrjoTPv1fIUm6z0gdSczS4fmHNGX8kU2Jb0lMOPYViOcnUi2r1OPYgWc9jv2k+NuJ7EOp7&#10;4zHWQUmRIKdZ0kj+azDItRUxu6FLxzfMmxAJ/d+rgUzLNt5b9Kh+SYb1BSdpKoKSDiJxg+2hPund&#10;ZJlb7SxeuuFKgTEhJgg4gzxHSPOlNjfpHzVWpSVOLdSnwGLDmgNPgfSbDcMwqhqIIZBJ5U9OtD5j&#10;KwAVgJT7RY9gJ6Y5rxbB8Xx6myZh0NJiWzyqzFamKmqniWGeRliX5iCRQNzsfdA7DU20XWF3nL6w&#10;3bFLZQlAUdOpSilISOGBwkiONe3payi2t/8AKAp0KWSADpwIG2DjgOk7aN/1A6bU3UOny3UZvxqd&#10;MNw+JTDhFHV4lQwTTSIC0zfJVUDswCgL5hNtdBuNxumzp1bxCARV+aEw5Es6nDKdKd2JPi0Bi0+o&#10;cNn8jzlTpD984mOjw/hUd/zPd5pWpnL0meKiVewGfbSCw7od08wyUtDWV+MPGrxSUeKYpU1sKKx7&#10;lKtp9bnTv9PE7WS5zxSGRMVzzidRRXDPDPXIYRbw2yLK3j4twld3Ibf8S7p1aeJK9vWcJ989dHlt&#10;vilpYNvYtIVwhsz7Z+VPFJ046W4TP51PlfDf5lZt9WKRfOIJFz+jWIeHfaPp4mThOA4dCKvEM3vR&#10;tUmyo1U1KjKr7vd2eXuGnhwuO4GShwFZ17eKjwPSrr91Cb+3GfLH2hHp78acZ48LqqhsNw7Jf9YI&#10;qMb5JI6Olqyr7LbXJD7T7L2PA8ljyXX1lXBPjQq56ljH81GZKhnBuFMhIYlgNNxHKoYZ+xJIREAY&#10;8PaaVKzrMIDj0T0kil/TUOMYTQU0WAZe+SoaNQ8eERJFSLGTZ3WJQVRVJJ929uO0OWMGo6VYFjSU&#10;RgzbcPg8yZxutcrN5YFybHXh2nJ8ZDQHkB86KE7zldwdbpM8ZJn02e01wra7MlTB8zRYYIJ3Ozyc&#10;aqY6amiNt20zU4qH7C4sh+J430QwiWqC1FJV1ETsyJAqLRlDfS/mCqDafAcLW2la5SQIw6I9s/Oj&#10;Y37AQUgkkeWPsMg1FxKkzs1IktFVYVg09laSrqjVYxG1h7wVFOGkA+0ubezgjZX6cYPj1RIFwGeu&#10;SVkLmZaiYKZLgbRSrTXItruB4J8s3YS7BdJ0gjp9wSRNBG735umUFDKQTwkn4yI9tIzPGZ2yxQw4&#10;nmjqfBk2kpVeaeow8YXSbkiAZ/M/nC4ku3U227fpPFDh/STBsIx3FMMiwqnaSnjWuqxjaUiusUhJ&#10;USGvW6DQ2Atpxbb5XYJWrSRAMYgDjA+6Y91NObxZvcW6CWwlQ6AVEHqJKj6zNB7inXXp1i+XsCzb&#10;TdQa/MeA4rVz5fy7iGTqytkpayppQY5/LXLQQVDIwKuLMFa4sO3Ms0GR8GZqWt6g4FhSgsy4bQYt&#10;TKgBYXUQ4UJL/G44069bW4Op5AHDH5JillsvO7jAJc2YnEfEimebMEWMLBiGD9E8yZur4tgpq7Gs&#10;rVnzT7Vb3vms2rTBf+Q7cTuMZz6OUtpMSz7EWgIF6LD62RY1XQkSV4oUP1Hlk70WLBlKh6JJjrkk&#10;AedMP7h5tcI8RwGM6tXtxVFLPK+PdbgasYD6eZ8EU3Cf1+x7L2FRzE6qVXLLY5Jtv/xYikez2yKj&#10;NmRXwTL2M4LguKZgpcRgrsaSmxFqaneZcMq4qZ9i0hq9pYzDaQ7WsdDx9zedZBdSCdKAqOGK1I28&#10;MUKO3ZHXTauzlFmhnvFplx3QCMf4UnHAcVcBjUDL+aOvGas8dVcm5hxTLWQqvKOE4TJC+ALiWN01&#10;PWY5FXSxtLNXHCTKkMdEGdDDGW3ghgBqEVf1vzI1XO+XOhNKTTkrHW4xJWVcFOF0u3n1tEhII7iM&#10;j4ngVb3nK8SyjV5lX+iw/wBLFDRG5zKGk+NZn/FT8R/oqWjdIq+eKKmzN6jsbdqpDHVUGUIMBw4V&#10;DOdx2BqGuqVUhtAJrgePFRgHVXrhiRpxN/J8tQPcSrg9PROwPw8uAv7f91J+PBNl97ma5UGlBJ/o&#10;pAA69StPz6zQezu2yxoT3iZ61Ex5gFQ9wqGPTl0Yj8ySowjM2cKlV0/nuM4+Uk8P8nPVQwf8mAcM&#10;NhNTmLFazAHxnEqiatejrmlqHdo9o8+iUbAGYruI/Mjgny6zuHPzHfJJUlkESrj3kjFOyQIwoI5i&#10;4ly3tg2sELuAklI/vDwMYCZ9JoCajL2Qemh9Qz4D0/wzDcLwHLGEZkpMClhiArJYZ8YcmZwo3M2z&#10;Zc38Dc6cXWGZZx9qvyJJYoPJYrLURtU1ZYfZNrvEO/jwSZFkl4bVt5xbba1JBhKSTiNhUVfI0As+&#10;zqxTdupShxwpJTqUrSDBiYAJA86UGXcbw3FOnOUcz0tbS4Nh2bMOpMz4VlqjwzD4Z6eKrpEq40mZ&#10;zUKzqri4Vu/jwRKLLRpJVlkxOaRQNIo44Y1a2up2F/D/ABcO/wCWrUdSnVeQ0ge4A++ir+ejSdDC&#10;ExxOpXxMe6gpx6tTG4zhlVi9TVy1Dq1UsE4p3hDaC8dNtSwHw4qumoMMfWJFB2f1ipveNyT/AMZ3&#10;BW1v9fMbu1Nr/l27oT/rq/8AlesleyMF3fTKlKiVMHDZEtOitbT8YE00HpHyzR0hf5ampsfw+nnm&#10;O9pFpuu2YI1Vie1gp7a8qk9TAX/P3n8KLkvQNuH/AHrKe/Aj2KsE7usn++f/AOV1/hWVO/F7OYKV&#10;whP++I/CtlT8IWNv+GyPRmC1icmUVi9/+Uif2/TwN8NLAIuwgiw5MFuUjqoBPvJJJ6aPxiMLbWu2&#10;8Ad9bAAcf8ai8/LWNxEEiWjqEJXW26Fhwq3pRqy65PDu1/76acylwC6bP98KSlATFmDBhvVdtZTn&#10;wuwEy+3mtpQJ5rKQbWIZj4am/AGgxtoe3nh1HpmjPcPB6RnZeoOCg3sZ1Nj7L3vpyU9xAO9nnZUY&#10;70nCen8KbsYF8KxEWufIlsP+APNj/NyPNgEAAuTSMx+n3ODDJkqGcvJGPgPxprOUAZOggcU/Ctb3&#10;0q1cFL6p+pUTTgBcYliTUXCKaixH1nlXPV6EqtbcEn3vutyPd7xp1ddLd1CRGFbD2WJFlpISrbgF&#10;0I5Wj1CgWWomJa7g3IXw0vyF3UhRJqY7R3SIOylrwq+cwFjqRc7lRiBfuCCOIbxI00aWrkqBHE17&#10;lPXICrMGvc9z1er3Pc9Xq9xR5T/5L9B9E3/SB+ep63HjFe4PUBvGPq/gOJlCjJw417keQAaD28WN&#10;ppY2MK9yEGI93jFwQcDwrS4Ne5y114XKAAFMEV7mI9zzwqte51zder3HbDdZk+Fjx5g40otz4q9x&#10;rkI3v8Sbffxo7aYVtr3OadwfGwHK7DW9Ne4sMF0pZ/Hckvf/AIDjyRIowabB2bK9zaB/Dgd/9jnK&#10;lzoMZxFVHw+WpDyMN5z/AJdHUKlXdPC3HTRVuqManqtutdmwDDwfoXEMQ/p4c/zGu2ul7jhEWBQu&#10;KAaZgq7VuLnseSIpttzbdu7g68qq3njWu7qJKh2XI2gaezx5yxjpvJ1eyFn7IKYycvHMmHvhoxj5&#10;OprlgeS4QtHTC5FxfuL+3hxlaAHQYmKLM3cKUA/MD40CfVTrTT9BcSyVnmbLpzY1PWT0owKLF8Bw&#10;aWSOWn8mSSOXMFZRQsY1kvtD34R9fwlamM3HqCgbxscp4zf/AKTcERv8YDa4/wAU/hQcGYAYEj/T&#10;o/GmdPxQsFaMuehVcp7iM596V7rfXmIc5j8Jqpc3/wBoGnVz2H9UcX1vr4Tc0cxKDi2qP8VX4U+b&#10;vUJBT/p0/jXIfif4O8bSR9Cq19gLMq5/6VEgDTW2YjbklPwmKsEH/P8ARAoPdKZRxbw9t6jlfz4V&#10;sQr2H8Ka/PYfw/6dNRZfxSMGhKB+hdUu4b9z5/6YgW+rHTfkr/hqCobaG9QCbf8Aiv8Aqjitx/5E&#10;cu2o7Q2r2H8K2MyCf6P+nTTZP+K1gUBKv0MmUixtJ1E6YL3/AO/4eZm/CZsNreoRVUj3tuTsVt/5&#10;VDlWH3F7Glew/hWkZrJ2Af56agz/AIsuCworHoZZnO2NJepXTBbj23XGWHDq9CPTlH6eek1f04pc&#10;5yZwrMw4/LmD+bHB67DY42qqCnowgSUzFiBTX0JOvbibM2HCUnQQfI0qtL0d6VGAAk/xA7KAiq9W&#10;9B1y654l1Mr8p4dkjLORMltT11Ic6ZPxqqmNDic1ZLJJ/Kq6RIIkWoUB5GVb3uw0uVnNX4WsOYs0&#10;ZkzNF16NCuP4hW44KYZPxKQwirqXqAjN82lyu+17a8Xt2zxw7pXsPupMneRoJiU/6dNL6j/GIwej&#10;oKGln6HUT1sEMcFRHD1U6csvmKgU7T89cqSNDa/w4xp+E7SBr/7RLbj4nJeID7r1/HlWtwBi0r2H&#10;8Kud5mwP4f8AVB+FeH4x8DhjH6fKBgCFUHq107BN/h80eZv+GnaUi7eoN3PgxyZX/wDnfxOEO8W1&#10;ew04N4ARgEn/ADx+FSD+MLD+50Fwsgd9/VrIQtbvfbK3PR/hPUdj/wBPCuSpJFsmYhqPoFfxxxl5&#10;IBLa8f701obyp2eH/Tj8KjJ+MYJZGSH0/YWyi+yZ+rvT9Uaw9vnE/lzs/hS0t9PULI58LZJxFrHt&#10;2FfyhaXt7tY/zTTTm8KCcdI/zx8xUv8A4d8qQQH6A4ICe5HWLIVrWuftsvhwyfp59FlN0CzpU54H&#10;U+fNznBa/LDYXBlivw/zDVKhErSPUVAupU6Bdbj2c9dF0tFPdq84P4bKLlZql1wRpAn+kKBrrd+I&#10;sPUFlfL/AE1fpzljIwq8yZbzBUY1X9Vsj4m8cOE4zBXskdNSSozySCLYoDjv9XEt1n9EsHX/ABfJ&#10;2cqrqZLlKXDMDiy6aFMsV+LI966qrVlSaKpp1+zU7bWOovc8SZe2ssCEKJM8MKMXM8DK1DwxPFYF&#10;C4PxCqToJnDqpkihyBlzNcAzA+IiqxPqblPL1bEwwqhoXSehxHdJEwkpmtua5HcDgOj8KamkG5Ov&#10;9QC3cHI2JC2vxr/28ssOJ2tL9lbVvMgCfAf88fhWc/jB0wYq3SLKMTDuJutmRB/yoja8xv8AhT0M&#10;Zs3qAnJP2lGR8QN/urzxxCbgie5XH+LW2950qEjR/qg/Cs0H4vtLUMVXpRk8Aa7m615JA0H/AC65&#10;jX8KqhHb1BVP+HaMi4mB2/7z+aHeq/1lY/zauN4k8Qgf7oKlVH4ts8Csy9HsnylRuCDrbkhT3tb3&#10;oRbmcfhT0O3cPUBOVGlv6j4le/ft/MObKHkmO5X/AKU1dG8YJwCT/nj8KbU/GAD/APXHsnBRYM69&#10;b8jkA/SIePOWPwxMPy9mbL+P/wCfaqxD+R1tJiz0CZJxOLzRTVCzbA3zz23bbXseUDboMqaUB5Gn&#10;l5ypSDgnEcFj8KyYj+LdLLhtWkXR7KSy1UUkFLM/WvInkl3Sy3Yrfx/w8Ohnhv8AjV4+53AVFQ86&#10;idJIm2uA63WRVYaHxHAbehXfGBA99G9ik90nqApf+l1ET09dHqU1lHiE2HYDQYZV1eAVtLiNE01N&#10;EKaUw1NFJJFKu9CAym3134jNwDAA3Ht+k81pURRnOGFD4AoBtf6ByZCbN7q2HazfdykmqhJioFUg&#10;aMgt/wASK/fyqL8YkgZQ9O8hXbuxGuUkeGyJf6eSLuQSUL8x8KjLe0eOhB9LBC4h1bhBv5eIUDnx&#10;1emk/YByiHqqdMNUDtW4oCf+BpTwbOGSKCumBRvOA617N7NLcrVa9zGNHQ+w6fdyiqSv/aa9yI9t&#10;7W0HEh20VGvc6ZbfRyoNer3Oubr1e57nq9XudEXBHt056vV7mCRQoUD48cSZqwNe5mFtCBa/KEmt&#10;Gvc5juOaOytV7ky+n/A3/PjuqrV7n//UUn4SmfBmDobmbKRq/mBlPFRiGHIe8VJicG4R/wDAywSf&#10;f9HBLerlCVeY599QD2s5YkpZc4kFPsgj4n2UOv8Awqd6QLlf1J+mbr1SMUh6o5SxLpzicEUYCiry&#10;jiq1izMw1LyRY8ia+EQt48tljkJA97X2+zjTSsKxqvrQBZwwrWPpKgvEtzZu+mnwvzuSx7a+HNrA&#10;qtrqG0V3ULGSfeuxse9+dwTiBwwF7c8xcBGFUzfKDcog13QYglKwI95hptOnh7eKClrRLZbfSOCS&#10;1vwahvP91VMyZoX8s51KvBT1MYemNkG1dQbji+y6tKPPeOW0lvfjPfabG/1G/JG3VS2FSlUH8f1m&#10;sb+0R26ISlxEpHHhIw+Gn30c/oxT4KlWtThmLClq5ZBKabazOY5/fBuCLnzN+nsA5Ur+IT6n/TB6&#10;Ps6mbrL1Ppsl4hnakXNuHZaoaKpxLGawyzTU7PFT0yVDeSZIm99kVQ2m8duE3aJZW9pfkqXGsao6&#10;5I+U10X+h/e7M853PDBCYtHC0FE/w6UqSCBxAVp8gONbB3p29OnqL610+Xcx9L8lR5pykv8AvpxP&#10;Hc7ZgjwXLuFVIMbTL5GHRDEKiZ1AZ3V5UVWA8q+1uUo4j+Ot6MpcYUT9K+oeN0NNIRDjFZS4E0wT&#10;RbxRy4x7oIHcsDb2HkcjOrdJ2KPurMobuOqHjdx8sPj8qscwb8Pz1R4Lk2vpMu9Z8mdO8er6YxzZ&#10;YyVgE4wWWrJcmWepEdPNKLsGC+QqhhqrA8sE6L/ieej/AK24VQ03TPqDh2HZhxMLRx9Oc+BMLxgz&#10;MN5iEFWoScgElmgaVdD73Fgurd1MJ2nhsphvd+4ZX4YUOkbfYflVfuPfhF+pvEM6UWL9YeoeJZql&#10;wmZ8Xh6hdL8QqqZY5TShmanVamOuiZdgj0EaewEWIHesnrc2ZhweXBc2U+HZYhpEigy7lmpCUnmy&#10;Ua+ZpTKEAjfcxsGJ/wAIAuXcvYUl5Ko4iBRgtS0sOJViYM7J9mBoXcn5Yyp0F6R50mzv0lxfPPVW&#10;TG8Tr8X6vdYMKbEcyV1HT5lqf5crVON1L1EhkpPJhh8yaOJVKjzCTsUecCrmo+l1ZWe8WpfLm2wl&#10;QxCyKSBuVh9RB50U7emTcZYocSgfI1gF2arDW87SiOJ94Ios3qzyzFnH1PdO8qSNTJHj0VRRediq&#10;1LwITSy7XPylRSyjabEMkilTY304FuA1+C4qJJ6PBYo4/NMUcU0lRI7SL7xFi/e5ACkajmCgydlL&#10;ZKiRB6cKzjfzFzAjj7vX3UIPVHAurmS5KXCsd6vYjXVSYetbildg+G4DSU8NJMvy6zEtSuwXaryN&#10;LG6hWBUDQnif6lY/1hwuny1W5VwCGqwiSfEqjGIHWgjqr08dN8vDFHVSRveUuVYqLgC5I04Q3TqW&#10;lgNjgZjHDmaMbBvUJWmQdmBxPHZw41n9MXTf0RZwz91QyrnfPWLYrnPCsv5Ujo8ajxjMtRhUceJV&#10;GNyyz1FXh/m0JMRgJRZ3KbhtUG53FWzX6h+sGVvMGN4bhFPiJlEMmFV7U8syR2BPuUdZKbanuAdN&#10;F4Ksk3Hz/MAFNMK0n+JXhEesSPIGg5nW++QZeVJeUNY/hGonnzq1TI/oR9KmacLw+fIz46mAxKa6&#10;gxXB5qmmp6h5LjzEnq6NN507ox9jE9uJqT1j5moYpXkyfgUsnvH56sw91S50ACtOxI+nXk55D2CN&#10;pCVXlwSf6KMPSSflUGbyduxclFjZgf3y1K9ukGPaTTjiX4Y/S3FvKifrP1LwjD40WJ8NwDNYpg5D&#10;F95kjpFdWN9QhAA0A4BuOZ563dZJlw6gepxem801SUmB4fFRwRXDD3nhSM2QPb3j2J15LmU7g5PZ&#10;gFlhJUniqVHzBPyioWzbfnNrhR758pSrgnwjy8Me+aN/kjpB0e6JUhny/h64PujSglxbM2KV+JVM&#10;gupC+di9RO+5yikhSNxA9g445e9IuOYqHnzrjaYVv3SHDqDbOwAFzcqyIpt4tuPs4LV2GvA/pQQG&#10;aBB8I28TT1ifVXA6cAYTDJi7kqvmANDF7x2jWRbnXTQcWEfQLpblaNTTYMcw1idqnGHaWLQ/4FKo&#10;1/AWt8eI/wAk2Noo7tbh5UScOfZWClzdjeKOfMCYTD28uMBpTceO8Na3jpf4cph/FoyfkLAMB6WY&#10;nheB4Xgub8QxCupB/JaempqibD4qcPIJFp0QskcjxhS4uCT7SeYo/UplVgw1bLbQlLylGYABIA4+&#10;sRNZW9gd7dOl9KlKLSQNpJAPVPGJmPXhS9wSZ5YZQzySBStnnJa9x4E3v9RtyknmJdZI0989z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3PWJ7Dm4Ner3HrDMvYv&#10;i8nlUFDJUvbcfLW9h7SfDihu1Uqkzl0hO017ht+ivoi6xdbsZosEydlLEsbr6raxgwmleXarEC5I&#10;BAAvqTYDxPDe2yZThAAJJoP5lvM1bNlayEpG0kgAe2knnbPuR+muXazN3UTOGF5Fyrh5RK7Meb6+&#10;lw6hiaVxGitPVvGgZ2IVRe5JsNeXTdB/wFc54+ID1Dx+jyJUSDWWdBjNVARHvVzBRyLCFJHd51+A&#10;PJcy/sTzpTBeWz3aAJ8RCSfIEzPnFQHvL9SGQWiwhL/eqJiEgxMxtxn0B8qIp14/Eh6a9KskZkzZ&#10;kHIWO9Yp8Aop8X2wrBlbC3NOwDRfO5pNI7sy3KmmgmHtIGouY9MHpTzL6ZauPp/QZcyxheC0+D+U&#10;vU7JYrlmxytepQy/O0lVPJURsdoKH5qRBqqIigDizN7X8jlDbBtNCyvF0yCSAcIVMYHgY6ppXulm&#10;rWbZuq5RdFelJ/ZGPCDxBHWIxE44nCqcvWj+It6cvUt6WcOzvWZSz7iOI4fnWgq8a6KdScNoMGrs&#10;JSkw7EHM9HUVtBW4XURUwqUYhD5xBTzHPuqxsqvK2LLTYhQVtFR1aYnJuraarjmnFUF3Bf8AKVTm&#10;wB0G5R30HI9LYUqcZ6am1t4DEjE9Zw8v3e2q8soeqPopjVZkrN+UeoWasuQ9P6Goo8p45l6bCsEG&#10;XY6sQSVEUsUWV6OnkcvAnmOkFUVFgJX94BBYpSUFVhmKPFkeehq8qy01ZJVYhHPi8lXHUXp2EMC1&#10;y7CrRpc3Onx15ZlslelSjBGH6c9NKTCEYQo7TMpAjy8+NG7yjm3qPlTqd08lrvVnhGecmeo2hxvL&#10;eAZcy/Ll3INJgOIYREuOQvV4scrVEtWZ6WoqX8sxJaQAW2EBQrD5lxuspMFq8nRZgy5WyTTxyPgV&#10;bT+RKYSA1kWQoCoC3D7R49uGybNgGFGQeuKLXc4QEQFJCuoz8x8KPrip6Q9OMJxLqSOvtR0n6m5d&#10;o6DL+ISf5w8BxCKtpFrlk+XkGJtDTzt5js4ElOJjchNXILjBlGbAK0VFN0+oppqoxw1NcMJrCHjJ&#10;uu6OR2iQgHV1C29vK3FtaoElYnzpxi8K4AxPmdvxpLHrRlfqthtZTTerDG6CgohLVYblnC865VjF&#10;JW0oZJPLqsNpYa2oQyD/AHnnknD9vLGg4qcwYnmx6WhXLWaP6vYdTLJTVMeVYMHJR12tczuY5I5H&#10;DWF2/duPbxHcWLMy2qcOmfnT7dw4lEKagzxQT8dvrsoCOm3Sb0/YlmzPEvWzo9WdXc3Y9LRYrEfU&#10;DiPUGWhrqT/SIhFBg88Vfh9TTUzRGRxFBZDOVaxO3gfYxhOaoKSvxPMOIVuJ0c80MWF4lmHFKSsl&#10;ldo3MvkRQvNJEoCoHDSEE2IA1uMdw1hNwtAx8NFm8BcW2lRBwMbIAPAUZbpfnD0/xZpwzpl0ayPg&#10;fTbGsIwypxfNuQek+RMcy5g+H061qR05ra+rw7DKOpleWSZqYJAjqpkvuHvcQEi+9e1g1gGXx5KF&#10;BWTsmaNpTyIY9oHvpfejDnEwLdfA+0eHNDrrSJNZhXMocgX2/u244oUlWJJ4I6lYmDxfMRpJtYXA&#10;I3g+BI+vjL1iy796ArzANOpfcaB0Ej1IpMzienlqZqPEKrCpKlWjnbDKiemLK9twJhdTrYH6QD3A&#10;4+CtrUoDQ4fClPJOwQzRs6lF1vZd229vG1x4cEe6u6GWXNxoW0CInaR7gQPdQP393uzDL7HvWXCC&#10;SBMAxIPSD5dFNOVMm4FmbPsGJZuxCbFaTDaeWrTDapIGWd1ZAqtKI/OsL3Kh7NaxuLjgc4p6Z8jd&#10;Q8QfE8z4PUYni89qc4tJPJU1KrckKrVhnAA3aACw5NttlrVsnQy0lKepI+YrFPPd5Lu8WVvvqWet&#10;R+RFGlbriOnmFx4Zl6kwvDcLo1Z6fDflo6anXcSxIWlEIuTck31Px460n4f/AEuqKOYNV4nRuw2r&#10;I7oGjPe6ijFMv1EEcPWEbdSAT7D6QQKjq8vny4Ch0/Ef70D8aDet9fddhVUaaXKOHY24LWGH10lK&#10;SAbdnFQeB3jX4dkUCscs56arYEktjgWCQKBpb5WFrkfFhxhDaVGCD6x8h8/Wnxm10nEafYfx+VLT&#10;Lv4gOQKsRR5oyZiuAzyELvwxqavgUnxLM9O9voQ8CPMX4efUjM0IwXGqqLG8FivLF/OkpqyjtqDt&#10;jaepkub9vI4V5vklhct6HgFAcFoBHp93wowsd8r+yWVNJIJ2lCiD7wB/vVClB61fTfKkfndQUw+p&#10;kfyPlMUo6+lYPYE7pKiBIgAO7b7fHhFOp/oKhylWYlRV3Q802G08toc04fSyUaz/AGgWQKaQgN7G&#10;S49vAFfdkWRvYG2RHSk6fYAUn3VJOWdteaNgTdLnoUAffCvjQ95Uz/knPFKlXlHNmG5jiZQ7jA6+&#10;krDHcdm+VkkAI8deAlP6YcPwKlgq5cExrBqJDenqmiMkDX7BWdHv8Pe4C8y+nrLSkqBcbB2bCPf+&#10;NDjLPqDuydJLTh9QfcflSuuCbX1HccJh63MPqsFynkXC6fExVYKK+omWlqKZoalZxTBdxbzmBXaS&#10;LbBr48x/7VuzhGRtNLQ93gWSIKYIgeZ+ArInst7STni3G1NaFIAMhUgyfIRXfK4uQpUyV7nuer1e&#10;57nq9XubVX4TpX/Y4y5fucZx0D/xtPJw3Ca1Zen/ABjUD9ocHM9v8I+dFt6xlxmXDyovtooidP8A&#10;pYm5ZQjWAIN9twL+z9TwavpDZjjQKJxoJCrSXDAKGsTfSx73+8cmx6lbDw8bcbS6PKqqBiRTZMGA&#10;dWNxu7oT4X/p4+Ui3LDbcAE7fqtx0LMCk6jSNxTQbi9raBj8DflF/WpGXrH1FZR3xWpuvsO6/wCd&#10;+N7uqJtEA9fxoC72wb9weXwqxfLOmW8v+P8AoNJqP+XCcSdEB4jVrX4JGzpXhtoOFUbKe+CJlxds&#10;8XxsNv8ADhtbqMhVJVrxmca9w7/SFbtT3uNVAHhYAcG2XJ0pJIpIsGZpLZpNsOqf+IN/DlnnTRLU&#10;1MLaWUa/QOHeBECjJDkqmqO/WE/lxYkW7jzGuNe1/YRwcc1KP6tYvsFrUcwP1wnkabwrH5W6J4II&#10;o/aVJZnpFU6+mOT/AKeKysZTdv6yYf8ALt4+7iSG3KlsyE/MSe9bdfaD7DyIr5RSgQMMfialawgq&#10;wrcVy4oNJDu1O1D/AMmi3AMzISENgSRf+PAgskrJ4UPrcEI6qEejta30a8LxmE+a8rMLE7ibDxJ5&#10;sYg0xeuJAGONPS9hwFMaiuXMn2uwGhNteLbe26aJLqNOFd8CTHqf3ZC517Gwtpw0QkDCiTVANe4D&#10;2Jxx7ttht/eXXsNeeUkJGIn9aqwszPCvc2nPT5maSr9KPRHL9NhMtJPBkrAIoquWwpylPAsjm6lz&#10;ucyk6gDk0WFnmbeZquVJCEdw2jAjxp0Ig8SCIIjrrFTfG4yx/vULclaXnDs4lZMYkYAROFV0N0dx&#10;3KPqmz71SpsYhrsHz1jQxvE8L3yfOJLNlPDsARQpijj8tFwuMizs2p18OGqwzrj1FwPL+CZdyvlW&#10;jythVHBDQ4dBAsQaCBEIUSJNT1Wo7H3j379+bWzvjdvgB5tJI/hSTHRtB/hgelQjnm726anVvu96&#10;+eICsCeMaSmBTZhvpbwDEc1Y3mTMufa7MmN4vVz4pWVuYvMRmd5FciGSjqaIAA38shBZdAALDmKr&#10;6vdV1iqJcy55iolZSYEw6J45dLaD5OWnW12GoX6uLWdys3UIuczXJ4JQkH3FJoJtubvN/wDE2Vhe&#10;M+JZMe0E++hVHpv6b1VRSfyyCogaFfl6gVYhrIZtLe8MVjqj2W/ccD2qzJ1Fry8kGc8Srt4M7fOS&#10;CaMAjsBWec17e1hyt/2WsEo7+4uF9Mq0z7MRRxb7626f7nYstx0IJPtOHspdJ0V6V0MMdNVYBSJt&#10;2QD5MJQsQh3An+XGnFrm9ivEzh2S8/1k81ZK9XUfMXYtDJLTq27uSIWRTp4HvyyeyPJ0ql5CVkHi&#10;STgeMn5U+72pZn9rIKY6Ep/0QkehpT4hN0jwSlhosSrMKpIoVEcEVdLE8gUae7uLMfp429TMtTYJ&#10;h+GCXEaOgmq0alxJM115hE67Q4UmZkP2hcbTodeJ7vIrCxdSLZDaZSQekz09OFG+62Z5pfNLTdlZ&#10;TMpiNOHA8Ki5ezbkaur6qXLcJxWKiKmKoyvRNVmCSQsjMDSpJsJBIO4C448ZZr8k5MyphNLWY5DV&#10;4hMLyw4FBV4uxeRrnc9FCy2HiWI4MMvzTLbNlKSIgAeAGSfURsoG7z5FmV/cqWXDM4FShgOrEn3U&#10;4x49i+K4zVfJZQrYsIjBjasxBIcPMjDUWjrnifXwsPptzHiPWLA6FZIqWnrMY3/5NMGg8kxp3O/5&#10;9aILbxsW4WP72WpGktKWATxj2zh7PhSVG4V6kAruEA+RV75+QpypcFlri0py8+HgHZJHjNZCvmEd&#10;ioomrQR8GI+jiJxzqZBN8q2EYJWYnOy/MTLW1lPTpGAw+yYVrN33DihzeIONANMhKRwJH61a23Pt&#10;2nZdfK56Enn2k0o6OjxswzxFKHBkjYR0/kiar3pbUsCKPafgL/Txgh6oZnxKtEGE4FFSeWTTVBq2&#10;Ncd+0E2MK0u248Sp4F7tTyk63AMDgBjB9Y+FC3L8vy1lelIKjxn9J+NRKrLDVFI/83xprB/NibDF&#10;FIoXwB856i+pvoQPhxa9PcLz3m6txlcKy3XYfXQ+9V1WV6R5WdnBKCRp1msDa+hHKbvKcuBGwAnY&#10;Mfwmle9q2mkoJSkgAGFnAA9FIXNud+mXTqnwdc79RcNwuDFHelwcZrxGiomnaCwdYUDQbyu4A2U2&#10;vwS5ujvXfFIAcYafBKOMWWorMRpcL7fZ3XkhdrfQeH4yW5USpw4dKjH7/WgrZbxWaUlLSQVf3qAf&#10;lQaV3qD9NmFVaeRmODM9XiBPlw4LQ4pj5Ouu35KCqVB7ew5gruj2FJhQfPXVDBqIR+9DBieJT18i&#10;Ne14xGkn12J15S4y+zaQAtbafMg0YWl5mTjsMtOLB6oHxFepuvlC9dLBkHoxmTFXkIWoqsNwanw2&#10;FrAW8xq+WmYm3YFe3IuDYN6f8P8Ak8B/znTY1WYhKlJFSZcw2oMZkmdUDNJUugNj4gX14XNXmWIu&#10;EIS7rVOxKTGwjE7Og0co3Wzy9UQtoI81p1R1ATyKZ879V/UZhuGYxmfLvQuipcKwCgqsbqqvPuYY&#10;qMsKSCScxrFQ01UwJ2gEk2+PHCs6Z4PSVC4pQU8keGxyTytA8ivJIKaRkuzhFF32XAt7t7XNuG4j&#10;8qbtSQCW9ekDFII1ATxOmOFFGY2zdle/klKKtJ0lWO3Zz00oOnvWPMmd8i0eL4ilHSZjxSjoq5Ya&#10;BHWmibEaOOpARZHdikXmbdxI3AXst7BIV/W6tpSIMs+n2iWWIBYarM89bO3gBf5iWljvbgOXv0Eo&#10;IS0lKht1HGR7KHD3Z5bhzSp5Sv8AFSCOngCfeaYMK6L5yrY5azOXq6x+vSqU7qLI1JlvB6ZVBN/L&#10;tR1s3c9y5PbXTjdP1X6/1iRzYDguXMpVc51/lGG0LTd76yR09a5Pj3PGLXeq9ckswCduhEz1yEn5&#10;0vc3Vy9lA7xKoH9JegexS0/CsmH+n7oTG9TDmDNObuopYGOePOWasy1VMQdCPISpgpgDe2kY51S0&#10;/qazBUw1WYc+YslN7rSUuES1UdNtJtYhXo0X614rTa55dqSR3uknEkhIA6YVpJ4dNIWs3yO3UQe6&#10;SeG1R9wPxp0j6Xel3L9JM2AdEcryViFpPPr8IwpquSRbDd51RFPK5ue99OCDjvTyLqRmTNWG1lfP&#10;RnBZKyb5tJHDTGlCIQ5iJY7twGhvwzz7JCvL1PAeJOmOuVgSYwn9p08KtbZ8G86eaBhOgHDaAkTA&#10;noA40CmWOscXQz0r+nrPNNlmDGY8/wBVljLkeEUflQxU8ubqkBJEJCqFSWa5sO17eziAj9OOUKcU&#10;5X5rFfO3bziUtTPCu09gKyacHX/V+ri1fZ0GFAOPbehPzUsj/eaCa+1oKJ7q2B61Ln3JCOeNHBTN&#10;OOgyjFcYhwphbyqKjij3sGv3NjbsdAfr4pn6W5Ty3SxSUeFJBUORHDFS08caB2JN2MMX0nw4Y23Z&#10;5YFeBUvr1R7gPdMUHn+17NlLIBSgY7BMeWomplEGxjdHNX1FbBo0pqqplLi4JAWNlA+4/TwQ8JpI&#10;hmbp1QLCw24VizLYkpY4thTmwPgS+l+H1pkzbb62gPAGW1QccA67APUdWyj+/wA/fesMudcMq/NE&#10;nhMBPDyol+ZMNhw2b10NST+TBXZXwaopz7++Jv6u45S7WcWJb9EGuCe414jc44NR4hnvFoZadhSV&#10;FTU1DMq2jTdUPZe9tAOIN3bBxixabBGCR1Tt+VBrfXN305i+Cr7FkD3UOvpBmkHpT6AVkspqsSrM&#10;m5cqquqrHLz1M7YTCzyuxuzM7G5Y9yb8EfLmUaWllpnok/RRhWvaPay+Avtbvfvfghsigr7pSQSM&#10;dsUAb1wqPeTOPEUtMazjI0NbhdcgpJpUcxNC8hI7jXVdRbtbgmUEcS4zhhYnZDTzwSOl77hVwMTo&#10;Bbgis7YoXcCR4rZBw6y7jQkYuCbOzTx/NnDrKURRNuoaVK4X6nJ6ZwktR04ocRgZ/sxwinzBZu+t&#10;ilzwY8HYLMVmqgs0O5/IZgbAsRcA62PDu0biyZgYaE4/5oqNd5HwrNLgDCVq+JiktkzC5I+gPSSW&#10;kwl8Rojl3AaUVtNuUqYsMgDAOmgN7k9uPEpleWLyo7oS0kkh7Abfgfb8OOICQkycaK0d7qg7Klxr&#10;lSmwqtqhW+TiKRiH5W4MjSMCurMpvb6eTsgIyU/Vbd+/jdFU+HY4DhcOn/IHMXe15pR3eujP+uK/&#10;5XH41lj2PK7vfbKeMsf+8l1rbfi6wRYh6N8JxGEfLpRY1n2kKA3LLH16zGVSx193zQe3hyo/1JNu&#10;699Q3ZtUnoUUD2DCaa353+7gU7FDp3fZH9+9/wAruVlNvaoi7M/0Uf74mtmP8JaMD8NH0aIkZRGy&#10;VRNaTQ2M8p8fbcEfTwP8OZ2KEIBcMB7CRYft5LpHCNtA95KUp6aPNXWJN22hCAw8bG57fC3FTU7T&#10;hGJx7f8ALU80bKfG8ZH7eJ82X/kjgI/hPwqmXOHv0HoI+NJDyGGL4ZJu/wAjUQyK4GoIcNf8ua12&#10;GmwgINwQt0t42/hfkYWmLYnbFSXmKQFKHQTRouHY9Jr7OoGCaWvMgb4EnkrbiGLgDhNRZvUeioGK&#10;C+G147Xhk/5UPNlDFofOwWjYXYmi7k+LKrfs4J8jeWnO3ydhQRz609njSjkST/fD4R861iegePU1&#10;B6s+oNGzrE8uOVUPlLYFvJkqBusPYSQeVndaKOdxWIkV0kuCo+B0OnAdvu0omdJ9hqm6To+3jWxv&#10;kOWOTD6d/M3kqCDf2jlX+eaKeOqqJJFsAWFifYOQs6yZqWioKSIONCdwpmdQV+ZJX3Skg/LhZdIw&#10;NH1gANPnXuU68x/rMWvc9z1er3Pc9Xq9xR5T/wCYgoPom/6QPz1PW/3ivcHuC3lr9Av9w4mUaMVi&#10;DXuRpLEX7Di5BgUsSSBXuRyVFx2Ps4VvnVjTSzXuceJqpXuYT3PLitV7nXN16vceMN/yiMO/e3HW&#10;TFKLdJJwr3GaRP0j+Gp/jypVVVrxMca9zJH4e08tpkinEW+yK9xYYHf5abdoAkwv9SHmwnEilrbe&#10;kV7m0H+HEwX0b5TNwf8AfxiYt7f9HpG5F29aT+cPkPif1qTd2v8AicUVfqeA/VpE1uMAoWBHsbEK&#10;4Hhym2lrlbX8fjwhDhFCXvDTcqWXvqPAezmeEkqSNG7a8eChONKi8BtqBVL2ABZPtX+jkHN3UXNH&#10;Snpr1Gz3k2sWgzFgOGGfDqqeNJY1k3hbskgKsNexBHDXKLpTb4Kdporzm0buWw2rYT5e/hQJdWfT&#10;h0d9VLZQ6Qdd8m0+fOnOLV02KYtlqulqIPOejpHqIis1HJFNGyuo96N1axIvYnlbVJ+JB6tq6Pzv&#10;85qRXJW1LhGEKgsbXG6mY/fwV3efXAVhp9RNJbXcqwUiSDP+Mr8aTEH4Hn4VdPGsaej7BXVexnxj&#10;NUrffJijHjgn4iPq2NgeqJIOh3YVgoJv9FJxD/Pnxj4fZTze5NjOKT/plfjUofgkfhXroPR1gB02&#10;+9iOZDp9eJczRfiEerQt73VK48AMJwbTT/vE45/aS4AkEewfOasvcbLycUn2n5EVjm/BD/CtnUq/&#10;o7wJQdSYcUzPGfvjxNTyPVfiI+raKaCOm6oEKzbXJwnBTp7NaTjze8twtJkif8VP4U09uPlwIGg/&#10;6ZX+FUKT8DP8KWRdrej3BwO/uY5m5T964sOOifiE+rBvePVIoL9v5TgpI++k4hc3mu+BH+lT+FOI&#10;3Dy1Mw2cf75f+FXT/gY/hRuVLejzBztG0WxzNw0+rFuWEem/rb1G629F6/NHUHHmx3H8v5llwmlx&#10;AQ01LtgGHwVCjZRpEhIaQ62vxDd5y+9p1kYHopn+RW9o8UoEBSTtJPxJoEH9DPpW9IfqDxLLPp46&#10;Q0PTPLfVDIhmzZhOHVGIVy1k9DjMlOC7YrUVTqpjqdpVWCnxHCQ9QPX76o8Mz1nTC8J6hDDcNwfF&#10;sRwvD6SHDMJcRQU9ZJDGpaWldmIVQCSSeHJ3iuxKSQR5D5g02zuRYKbCtJxH9JX40J2W/wAC38Ki&#10;XAMFqK70jYViFdVUtPV11dLjmbFM08kKu77IsVREDMSQqKFHYADTiQw38Qf1Z1aVRn6tv5i7Wg/3&#10;z4EQNTcH/Q+3NXO8Vw2ABp/0o+UVq23Fy4z4T/plf4VP4/Au/ChUlh6O8HJI2kNjmbiLfQcWtyd/&#10;t9+rIuP+bqFl0BH8pwMa/C1HxEd7rzYCPYKVHcPLuCTH+Mr/AAq5D8DH8KMG49HWDAnTTGs2/wDn&#10;1+HOX+3z6sCEjTqrJ5gJkdxheCgFGNlF/kwLjaePnee7ViVAj/FT+FeRuLl+IKD/AKZX+FWSH8Db&#10;8KWC2z0cYGbG483Fs0v4W/fxQ841Hr+9U9DD8xU9WWcuwC0yYXhIuNCVuKbvbxsfo4YsZ7dOCBE/&#10;4qfwotu9ysublRSf9Mr8amj8EX8KwW/6c1y6dvbdXZhPhbxxHhlvS36xet3VvqvT5Bzfm+TGsBxL&#10;B8arsQpZ6XDYLNT4W1RE26mgicHeDoCR3vx1+5eVaLUsjZGA86KnMosrd9AbQZkYkk9HSaL76k/w&#10;n/w9+gmQcC6z9HfTThGQepeQ84dPqnLOZsKrMZleD5zPeEYdODFWVk0Tb4Z3W7ISCbgg8x+or1Sd&#10;aei+K5Cyl0+zgcv4JVYD/O6inSkoahmnkxjEICd1VFIQNkKgAGw+vgbt87umEBKCI6wD8RQoZ3Wt&#10;Lpxa3ESZjaRwB4EcTQn4X+GP6EvVP1A60dXev/p2wnqX1DqMxUuX5MyYrV4xTyGjo8r4PJFGUw+s&#10;p422tM53lSxuASQAAXVfXx6qSbnqlIE8N2GYMzfV/onNneq9mCoT/ij5U8Oz3K5koM/4y/8ACpaj&#10;8Ef8Kte3oyy39Jq8fJ/PEONcP4gnqqfEqmnfqrKYYgpRRhmC3118aM8WneO6CAQR7B8gKaRuFlin&#10;CFIJH+Mr/Crl/wAMlfhW6f8ATmmW9OxNXj//AJ8OOP8At7+qQgE9Vp1HsXD8I1+6l4ynee7P8Q/0&#10;qfwpZ/se5V/xs/6ZX+FUlfwVPwsUFh6L8qkd/ffF2/5WrTzw9e/qjb7XVidOwDnD8IAH/kJyv9pb&#10;pI+4f6VP4U5/YPK0/wCt/wC9K/wq5r+Cx+Fovb0YZUPj77Ys3/K1YePuW/Xt6nJczZcoanqZJX0t&#10;XXUlJW08lBhdniknRGXclOpFwTqObY3juVrgxB/vR+FJn9ystShUN4xh4lfM02Yr+CV+FlWUdWi+&#10;jfLVLK8biOoo6jG4mR9psw2VwBIOuoI9vLMc+jfnTM7lySayYktf/GeBq6Ue8NWygRboHVSb9JUE&#10;FB6YegdFTQpTwUmU8CpKeCABUVI8OiRQAoAAAA0HEeFF7A/AEcYk0ZijDlvdBOnttyVCPevf7/D4&#10;8odleqJO3uFTppp8SeVS/jGLbJnp3J/6aOJlQf8Al1D/AE8kPclQ0KjqqNt7YLgPXz8KXPpVYnG+&#10;sQ7gVuFkm/c/Lzg/w5RF1W2lMMYeNdiR19pjpTwaK20EV0cXgON2Ol/p5QE4zVK9zBclkKi+u7Xt&#10;pzy9lNvAaSa9yK2rHiM0TL217nXNVWvc9z1er3Pc9Xq9z3PV6vcwygm1h2vfl0VsV7nOP7A/Xx5p&#10;W2vGvc5pc7bix8Ryqq1XuTvdt3/dv+fHpFWkV7n/1avvwxvUJiHRnr9heW8UxFYsh9SSmWcwxTH3&#10;YahzalqAL6bJCAx8FLE/AU6NYKemgRvJlJv7BxoCVxKf8YcPUSPM1tFfjU+iWl9a3oc6g4TgeCNi&#10;nWHo1HL1i6NyUKFquWvwyBmrMPjCAtJ89R+bCkd7GbymP2BzbBjY2BBuPDiBIIwrEC9QJIIr5slN&#10;vG1twIHu7G8dbez28y77HX3ebUvpovRaT9pmpklQF/yiGO3h4flzFuFzrceFuNhfRRiLYqSJ21BN&#10;QEckH3CfcFr8caSZA4uxB8QgF+GVq6mRQI3kyp7QfCPM0p8Hr6NpVBkc2IMiQWDHXUC+nF5l+oMd&#10;dFYFVnBicSfHUdviOSBu1dd2+kgROGPt586xc7SMt7yzWFEEoxEew+4z6UcPofjgw3MOHVFHBJRx&#10;VhNHNJibNImo3jUai5ULp7eUJf8ACjn0U4z6hPTPlj1B9PMrvjvUX05zVOK5i+Qt58mTKunaXEjs&#10;FvM+VlhhnA12xiUjubi7ta3eXd2KLptMqb2x/ROJPoceoE0LPoU7W2sg3ndyq6dCLe8ACZ2d8DCM&#10;eGoEp4SrQK3R/wAITrZR0mB4t0vxzElpIMxTDGsBFUWSJsRaOOMxRbjYNMgN79yiqNSAdCAixI9m&#10;nMaK7R1e1zwJGo056vV7hmujnrK9TnQWrpZumfWPGcHoKRPlI8t4jUfzLCPJ3bigocRE9Ot/aqBh&#10;4EcWW+YPNHwqNXUskQcRSNzj08yR1Aof5fnPK9HmCnFjE9dEPOiIN7xTJtkjPxRgfDx5eD6Qfxte&#10;vOaielnUv03nrZR1arEcS6LUVSmKwJ4PUUdQ81NIpYDcxlgVRrzItPbtnWd235J+371RTpBbBCug&#10;EjEH3VA972NZHY3qcwQ8WSlQPiUCjDhjB/3o+VV9+of8NvIvVDNmA9Tcl9UsW6RZsyzKZYaiMx1d&#10;EIHiaJo43doKiB2Lf5XznsL2W9iLy8O68UNNlnCsRw7LlRlfFq2GOqly7iUOH0zUEjKCY5v5XLPA&#10;zggBvLcg/wCLgm3c7Gru4bC7tfdpP8O1Xtkge+gzvD2nW1u4U2qe8I/ixA9+Jj086J5N+GxivULN&#10;2KUPVHMqZmyhEzUzYxieK4xmPE8QicudqS44PNiVROwRnkfYbhUKWYlpz91RzNmuqnimxMtHPLJU&#10;fIUQZYkeYguqKhJA0Asx8OTNkO4OWWAHdMgkfxK8R9p2ekVE2d77Zlep/aukJ6EnSPWMT6k1Z/0I&#10;9L3STodgmFUGU8rqa3DsPw7Ls+ZsdKVOJVkGFxNHBJUzFUV5f0jsWVBqx4gcL6R5nzSwqsRjTC8I&#10;dg7zVyFS6sO631ZvgBfkiMsLWACfd89lRu/mTKNgk0OuLZ+wHBWNHHUGvxFQVWioLSMpA/esbIPi&#10;xHBVwLoj0+y+61U1DJmfE00Zq1yIATrogI7e0kfRwwby0JnCTx5/dRC9mjqzAOkUgq7P+Z8UBWFo&#10;svUjG6sgEtQVBt9pwVU/AK308GLCWkqF/q7lzCjLI+35fBMuwe7Yae8YFN7ePcjx55dw2gGSAOeN&#10;JFMYhasAOJ/A0F2Zq7Bct0dRm/O+ZafB8Mo1f53M+b6pIooVOuj1ToEBsbagHw4gOq2Zc69Mcbwf&#10;KNH0Nzz1YzpmKkixLCsA6Y4BLU0MMc88tPH85itW8GH0jBoWLrLUeYq2crtZbxjvh2n2eUKDZQt1&#10;xQlISnA/5xgbegk0Ot0NzkZs2t1Vw2y0gwSs47JwSMSMduAmROBoLcF9R3p5xfLuI5xXrvlDJ2TM&#10;HxJsv1Wa8841S4XHVTwxwyy/ImuMPzS2nVQYjsZyUBLBgCj+oDCvxBjWUtBlLpVhvS7D8WwyPFY8&#10;OWqwrHsfopZB5cgqKmeVsMFjcKFVu12NzYATMc037zFHeWtqGWzsxQV+utUD2UN8gzrs7tXChy97&#10;9aTBJCkpnoATj7VGaMv0ezR0v6i5Pps45bzPU5owqtZqWDEa/DcUwLzWhfdvgo8QigqQhuCrG4Ye&#10;8hKkHlLHWD0BerbOGL4pnPP+BZszbjO0u9fW1GC5gqHhDFljggwTEquYICx2xRwgKOygacx83o7N&#10;N51ul27YdWrp+/8A30qgdWysjMj7Wd2u7DdtcspSOBBbHvAFDbS5jy8Ym8utSihiJ3fORvSKDe5/&#10;y6xjvwmWcvSl1QyTA1dmLAq/KWHI/wAsa3qDg+NZei8wmwUPjVJTLc+Hva8jS+3efYMOJKD/AHwK&#10;f9+AqQst3mYuhLS0ODpQpKvgTTvSV9DXoZKGsirIxoXpJEkA+tCeAniGQcyUF2jpY8VhHapwOaKs&#10;jIte96dm04WrsFjZjR0m+QcDI8xUriWmoqunlkhmp3iliJR0dSCCDbx4mUwsHZSgPJPGvcjEEaEW&#10;PGykinJr3OueivV7nueivV7nuaivV7nuer1e57nq9XuZ4KaepYrDGXI1Nvpt+3jiGlK2VRbgTtr3&#10;FjhWTK6vKgwtubsB8e2nx4vRZYY0Xu38bNle4dT0/wDoT6rdcMYo8Pyvk+rxWOoZQ00SMsSKSAWk&#10;kIsqi+pJAHjbh1YZKt9YShJUTsAxJ8htoP5rvAzatFx5YQgbSSAKSWdc+ZM6cYDU5mz1mWjytgdM&#10;RG1fjEyxB5W0SKJT70srnRI0BdjYKCTbmxJ6YvwkOl2RDhb9S79QszgxeVk7LbSDDadnsCaipiKS&#10;Tbb3tHtU/wDFltDkjuZ9Pd06kO36u5aAkj+P8E+snqFYq7//AFM2lqlSbJOs/wBJWCfTiecKIl1I&#10;9V+fswYfNXdPKGHox02pIajEMY6r9V4o48cnp4Yt6/yzBqm8dLvBuZ8SIkiKlGon3bluzy/kjIXS&#10;fL9NhlPRUuCYfh8IjpMq5VhjhSMKDtDtCAN1rEsdzXv73J93cyXLrKW8qtgVbO9UMPRR8SvJOE4Y&#10;VixvDvDnmfrDl68UNHhOJHU3OHmuOmDVQD9Zc09Ys7YjB0MyvXdZ88z1bBfUN1plqp8CoZZtnntR&#10;1FWp8ynvuApMKiSn0ClY7k8aMvdTK/MOa6fLVFSJQ4SfNZsNw9dx2KhJeZxqSB4kn4+HDzeXdto5&#10;c+5cKLjgTIJ2AjHwp2Dq2q66TWbbNm62pgaZUBqP3GTET0HoEDqpYeoj0ZYLgfpu6l9W+rubavqn&#10;1OwPBmxugx7MbCmwjDamlYVQGE4VHaGEhlsrsHlsbeYdeB/LmDPNfK1NkeSkpp9pfEMRxqmr6pIU&#10;dtGVKFHJ11s1h8eR/wDVC0peX2pSMdZ6OKRWQ30sstsZldd4JJQIBPQrzpb+uPIfpWTKfTnGPVFh&#10;mJY7gVDiFRHlDKOUcbyrl6XE8SaljLIajNFfhkRIijIURS77X07cTuYs2da8NxGhwuPNuEYXRNT0&#10;6YjmCjy9UM71ZsHJi+UrGVGBuNzDx94eOHIyBP5dLoMqJxGonpjZhWczGao1ae7Rh6j/AHrH3Gid&#10;dNfSr+G/1ByViOdKj09dQ8/4tSV+KPlHpdXdY4oVp8OSZ5R8vKmcsHojskXbtR3IDKCGP2e8GyZ1&#10;KzZPBjuMeoCurMKidBW4XlaiiwySQIQ21GHyjqCRa/l6jTlG2HQDpRh6n5Gq3GZupkeBPWBs/wBK&#10;mk31R6x+jH01ww9G8qfhXYBgubcWp6jEcrY36ka6DNeH01RKzKs1bV04zVG+xW3lDWXU20GnF6+U&#10;8KgjrRiON4tWQSyCqFRjOY2gn8wDbtSKR6myCw+sdr68fGV3JI0tGT/eE+/Cm2Mw7xR/bkgdaR/v&#10;xFBDgvqPz5JJlam6b9MOmuQ8aWnkoJMvdJ+ieNZuwGKilKsZJ8Vw+DLMfzLN5g8tV+y1w7DTkSmx&#10;HpbhG2Ovw8STiAULKJJqwONR+kcUqg7jqTfU8NG92cwWPtCR1x8AT76Ll3LBWfEpUY7dnuM+lKfO&#10;eV/xJOoS+bkbqTHT4RPixzRT1wwGhyu9KjPHIRSxVWaamdDGoKRxGIbYyR+8QJEedMjwiGlwrLEN&#10;0VbB6eSW/uBAN7TgAWXvtI8bcN0dn14cS6B5cB1QB8aQJz22Rtak9ZPwkfCmef0ues/GJsWxvqX6&#10;occnhq3lp1fBsYwfB40T5t6oymiiy/Us0peXcEFSG7oJNpA4GXU7HKbMj4XHQ1qYVBh3mpJRUXyq&#10;Um6Tyzd41jiLuoUhSGsLm4NxwSZTlacvMBRWYxk7B1Ek0iffXcIMpCceA2+e34mjrehPofmPoXFn&#10;vE83R1/ULG86LSTR5mzi+PV+OTLStUBRDV11diHy1M7Sh5IjCtyFI27Twu+JVWOUVfUrDRDEsOjc&#10;rTzU8iGYoPFg21fD/Fw+dzUAkBB9MfwpKmzw2watky9h2VMWwPDJ6zEzgWN1ESyVlHWRTJTrMe6x&#10;n33Aue5Sx4lKnqbhmG1MdHi9HWYdK4LRyT0c7xFR/wAeQrIg+s8S/wA/tzAUSnzH76e/lLh2QR50&#10;tYujGI18MlVgldSYqt9sqUdUgdW72KyeWfH2cU+F56yxXuq0uM0s7k/5OGaItr20B4tZvmV4JWD6&#10;0kcsnBtSYpEY30tzhSRSvNgtWiKt/MaGQqPbqV4JGGYlSMUs4Ydgfp4eWdypCwtJgiirMcuauGlI&#10;dTqQcCDQB4/gmYsNmNXQtLSVlORLHLAzKw29iLduCRguL09K8UqG5i0UIylQfadwLEj6eDdjfy5T&#10;p1oSqPQ1DecdjNo9PculE8Dj+HzoOcwZ5zk0clLiuGwYhFIPekkjmpp3sTcb4nKAG+hEd+CTRZ6j&#10;gicMiFpCGLMhUdrabHbggZ7SWFfcgg9UH4mo7vewi+CvA4lQHWR8RQPYpNTYtJC0+FVuGsl1JoJK&#10;arYE3JBFVFFpr35zkz9hMMVRV1tZHSU8C+bVSVUiLHHGoJZiZwoAA1OvDpjfjL1DFenzw/T30Q3n&#10;ZFnLZASypR/vYPuGPup9wTL64lPQ4bQwzV1bUt5OG0sOH1YqZpnKhVvQGZSzHQC3HMYuJqWlqnVo&#10;6CsSOso6/Y6wSxyIroyOAylWvcEGxGvDW1zyzuYLbiVg7CCPdtoEvZXcMLUCgggkEHaCDBGNT6PD&#10;8sV+LYvg+G4/h+KZlwSafA8bwGhrKOqrKSpppHhmhqIUdJY5UZSroyhgwIIuOOS1TzRvPHMZ4UsZ&#10;HQhlA0vqpI/Ph4txKhI2c+lIAUyEqEE9O2oc+XvkJ44ViFDPuIiKh0YsQSDtYK33DjfXYFlLFXvi&#10;WAYfXmT3mealgMjHto23d9x4mFppJIc0nqw9ladsW3EQpM1mwTPfWfKpZsu9S8fwcwtsgpWxOslp&#10;Y1sCAYaiRoQAD4rbmvB+P506yDlfot0Px7LGAwYRi9Xmuqw+qlov34XwiWUg7rn7SLbwHMXfqqcd&#10;VY2uogjWcYE/bxO2spPpMsENXt4Uz9idpMbTw2cKs39EPV7qx1O/zjUXU3HEx9MtrhLYLWfK09NK&#10;PmjWCUMaZEVv8iutr/fzVh5hPWcFH457nq9Xue56vV7m1V+E6pPo6yxbxxrHTp8K08nHcEj+Xj/G&#10;NQZ2gj/hh/mj50WvrI+3MtD8aCIa/wDeRPyylFubt31tr+zg316oigBq6JoJnO0WuPADxNu/h9HJ&#10;0S66i6W7HjYSCqKvimOmmmpl3RSbW2MpuPC54/UaG6kAnsx9lvHnlJ0pngAaZga4pEYtODAxNlMu&#10;6KykXDHt9HKKesysvV/qIC+4ritXe/8AxO/LZKv/ACVEA8mgDvOQq+cnp+VWQZbIOXcBK/ZNFSkf&#10;R5C8TtFHYe9pf48PkOSdUUGVqp64IeXLeegYXN1C2/s4c2oJBNJnIr3DwdI49pp272IVgfA6f08G&#10;OWvApAikaHio0lc1/wDJOqNbHabH6uWc9M1IgiHb7Nj9PD9BUpEJwI40ZtnEVRx6yGXyMSYDzNob&#10;cF+A4Nuaw39WMXPiaSb/AKRHkabysf5FcwRgDR60oBbXmKp79LUsZ9R+W0uWEeP0FidTc4ggJt7R&#10;flTGZqeRpZCBYi5HIgzRlSUg+fxPxqV8mfRrIPTW4nl2ZDSwC2m1QR/wI4B+YaWocMQhYf4AbcCV&#10;wNJNSE0pOgmaEaidLKL2Px4XvHqabfKrkoWJB3dtL38OVCCRSO+Ukox209KQRpwFcZhkWYttawuA&#10;R4jtwxtNR2nCiB9zwxXLgUZliUCR20OgK634ZqVAopU7E17gK4rEoNxqCQGHwJAtxoueEk8MfZjT&#10;DTvT1+4Gvc2uvTHTpB6XOgc0+HmSmr8p4OjTCpSKRP8AQkJaJRTSEA30u31czgZydTtnbgoErZbj&#10;A4QhJxI2E+/jXMjfzOw3vBfaSqUvL8vuOG2gKzFhFZimacU8nEaOmeJ0MMVRRzTKbxJbzbVUQcg6&#10;2sPp4t8YzYmGvSU2H4RTPBARFIMc+aqpCqm2rQtTDv3up4WWlkFuJKFgHGZE8cNtFNzfJcSVKaUr&#10;1w9grBg+QcYmiqZazPk1DX1Ia9RlCiw6kjj3f4FxFMRb2fv2+rnPEMezljtbSHAMJiEG5YvKwjCo&#10;ancqWAuZY5j27AHie4y9Dj51rKkiBGEbOgAUlsr4tMnS2lJ69Rj/AExP4V0ck5Rwelk/rhnrE8Tm&#10;QM0mJ43jZwtju1YlcH/l8Xh32X4tDkPrRmCmp3elx3ComOxIMNinwiMgXa7LCsIt/wASPNXWT2RQ&#10;SEGQcACQPlPvFIEZ++HAErT5+GefKgwrc6+kTLcdWMVzLljHXp9ZpMfxGLMVQP3LBquSslF/EDvx&#10;1peiWKuaer6jV9JFDAS6S5zxymnVT4ELJNNt9h0B4lbsrRBKlgCeGHHrpUq/v7hWhKlqPUD8RHxp&#10;Jx+p/ohgOGVMHR7KmI4sJW2fy7pnkzGYhLIoBO0iggiJIOhJt8eNuY8odPqGiw6rpMewfMjVNRVU&#10;NEMqMawRmGATygMiKg2IQSL9yNOB5aWX3Qlvx8ScFQkq0zwxmRHE0LLfKcyYtVreWplIjaNpkQIJ&#10;nGoXTn1I5q6idRsUyNR9Fs1ZUqcEw6izTjdd1SSjwVFoq6qnoqVxGss87GWSlm2forbY23EHaCG9&#10;fnz0uYXDDI+fMaxFe8wy3g7QNI/ZiJq4kfG9h9fA2veLKHFEBaiOodHWTQkG4GdB0oUlsRsKlfJM&#10;/GlZhuM+sbHaJ5P80OVsk105KQw5nzPPikcEY1XfHhdHDcn2Bjxnp+qnQWIKuXOiWbOoKteNJMak&#10;CqxtfU4cg7nuTxn+0Nif7nbLWOn92r5V5/dK9A/bXrTccAPxp9bJ3qhxSl24/wBXsrZAqms7T5Kw&#10;ier2C4vYY1OwJGtjYD4DkmHq1i1PIoyl6SsLwtI7xwf1uWWTZdrbv9PcKRp8Oa/tE6EnurZCR0qV&#10;+MfCqNbt2KkaVXi3FHgkfApBn201Yh0bxvEqYtnH1d5pnVGLVcmUajBsGLAD7P8AvtpQ4t378XOQ&#10;eq3qBx3O2U8Knosv5Oy1iFbAmK4blmLD/MemEgaQbqdZHW6KQDuHfvxPb713jz+jvUDSlSoTj9qS&#10;eEgfpQiyzcSxQdamnCoRGqeJjYduJFFe9XPSn085T9M3XzOWI4pmTPGZ8o5RzBjGXsYzjjmY6xIc&#10;Tp8KmlpnCTzpTsVlVWPuEAX04l8Z/wA7GKZjxsZTztWYXJjsVTmHMbUTAzzxULRRA+/IoJVZDpqf&#10;YOKt4nr20YQpoqDZ04J+4kgAdHEHjtqm7GX2NzcPJdaSpSNIBVOlPhJJ2GPt6KMdiknp76W9NOk5&#10;ztk7CaPLuFVtD0+6eU1TQI8NHX49U/LQU8Yigfy/OkCKWsFvYsba8SVZ0nzbiciVGPZmxqskO1VW&#10;sxGnpk97X7CNIR9B4Stbs5rckKU0pX+M4PPESvprbm++U25IFwlO37G1HZ1nSDQ0YZjFBBFsy5kr&#10;D6enU72ajhDBTbuQkaff2+PHeg6FYYZt9Wkc7kgyvX1NZUsbfBXhF9dO3F39k7sJBOhE9Sj7DgPY&#10;KDV32nWK9hccj/ET7tK/jThPmbMcUNkSGiDgiFI4hHGDa/2nJ09uh4JWV+j2BYPj2C4lT00H+i1M&#10;EoEVPA0qFZVYEuwkfS3tB+PF9nuU6ytDil6gFA4JTwPkT7CK8z2o/mXu5Q1AIAGpSydvRIHHo4UB&#10;nWXMGOv0i6gjE8afzXwfFklejby4JEOHS7lAAQa27m4/jwTEp0fLspiQl/KxJo91v8oZJVIFz/iP&#10;BaMt05YnQrYykf8AoP8AT30Dd98xW3nix/wWfYqk10mo4avAsFrZpdkU2HZfgniTRdjYZTODcDwT&#10;4cgthGGQRwefSU6VCU6KJzFGxLB5ACQApFh2N9eCXKcvt0OXCm20lQeWDKSYAiIgHhPupb2r51cL&#10;uGmw6pLXdowBMEnaTJIxpr9L9TW1eFdQq9zLi9R/W7GoKQ1rKzUtMkdNthjdVBtuLEi2n08z/Kop&#10;86tKNCLG1gpXUnwZjr3734Z6ri4VCD4BhtAA9AAfbUUt2lshJUpRJ56ooxc+N49VTrQYTRiAAMjV&#10;MzkhyAAftBTp4m3M0lRNJBelISISJJIVBVioYHdqb6cRW9gi3kk6jt8OwY/H8KVPZkFqSESB1+Rp&#10;ow7LEVHJUz40RW4i0bx7o23xjcQQo8B28ONGUplix/rFiVTC8MWH1GKRuXAG6NRTyMy3v3U/RccZ&#10;v2B/ImcIKnWQfIuMk/PzqW71RG912Aftt1q6p7tZj2ge2iLY3HSVHoc/D8wiVfmEx/MPSDB4pVJJ&#10;SaSsphG3ulfsv9fhx6qJ4VgFNPMuw7UHythuLG5AUE66am414J80yDVdFSsQon/N6qhKwzJ1KFY7&#10;OrqqwGpy5TzYlT4hDRu8zGR2eukP6MKSoN28LG4AB05FxXEKaCmrXDLAtHCagxbCWAtobE6djpxu&#10;7yVm0U2kJKiTiREDGt2ji3ViTUykwn5d6ZPJeZ6qoEZn8wbbq26wIHYjx4n8pUwrsT6dYisgJgwz&#10;FW2s1918Vwz3r3Phc8IX1ll57SnZaoP/AKEWfkfUipmWsJyyynD/AClf++popfUypqIs0+tfCRTv&#10;JDUZPyjtMK22mbC8zk6i3/FSjnsSp6SfOGLxSSbXWuqEjikAVCvmvqSb38fYOe3TyB++s0OojSkA&#10;cdoAJ+NBXfnNQxnD4cSfEsmhK9J1NW1Po99PEuH1SSFciZZ3yqGdt5wqByFFxbvbx4v6TDirMiyG&#10;GEhnqHRl2r7NLDw7Hhtdfk7Il04kezyg0Fl/mLhOhJgE+tKDEMbwHBmGJV9IMQxCljNNTU5uC7La&#10;9rsxNz3HFDRUMEOxKebzUEBdncklVmmgBN1Hhe54xa7wi7N05ED8unh0Bwges/ChtbWC7duw4lN3&#10;Pnp7sGigZ5zvJmSs9SzV1EcP+d6Yw4RBh9MqBvNMGap0jUG5uwTQ8EP+V1c9UksVLqSi/MPHIYwB&#10;u/eK27WtrwSZFfsNZeygqmEJHsSKAm8mXuOZg8oDHWcTHT0U3dGuruQ8rdCum+HYrmRTHFl+hRcC&#10;w2e9Qswo4EdQN28++rDtxX01BiLmRVKRxxaGYkEFL/6hNhyr9+yhGpWHu+NUtrOdKZk/Ogbz31dy&#10;VgVHW4zUYbVyiePzYqWYrSPHexJIxBodxHifH2cl5RcgdRFeT9I2IUkvlA6DbRU0LW9ouvMWO1e+&#10;Svdm6KSMXV+zWlQrLnskyVTW/GUeElHdAT0/s1furXj/ABNc/YTmP0P5bNJto8QxnHM74zUUs27z&#10;lpqjqxiOJRKwcXB2zK1/EEeB5UT6kzHP18z8ykBWko4jbwaPD6db/nwi7FG5yBqcPG6fa6usi9/m&#10;O6zJaOgJHsQmtrD8IP5iH8MP0aNMS0hybRVK3HdJqid1H0bbW4hMNiIAW4GhDFu497d4eHJiSogV&#10;HTqxGIxo+WIybiCre5o+32naV8fp4oZrpRVQYX2QvuH/AALffxLfglhyf6J+FUtCBcI6JHxpPqPM&#10;mp3jPvGZQjH4lR+081uaQiFxGUChbQgDwsbcizLBLQJqT75HeKWThjNGY4ev0Y5fkxjqThHnzCCk&#10;imjepnf3VRTJYEk6DtyRt38watD3ilQBxoBZzZKfISnbSQz/AI1Jl3JWasbgopMRqMMoKqsp8PpF&#10;Z5Z5I4WZY0VASWYiwAF+bAnUjGM7YXQUyZEpMPxuhhpxTiebdOWsoRj+ikAGo4gy5rOnHFX1u6g6&#10;5wMYDgNu2lGb3ls22bJ1KtAgyDtNa8/of6Y9Ks7Y9jvV/rXiGYOnXV/HcbxDEK7KWJr/ACiOhSWp&#10;mmgiENbSB2BhdWJLa38OwrX6pVnWqsMxOUqPbZjKKdZlY3uOzSngfza63lKjqbQfICfOjDI7fIZk&#10;rUPOr98mxZOw+kgpsIx966JVXyTUyxPpYEWKIt+V09Q8PzuJpWxLBDTkkiygi3h2a/AA+nNUL8Tc&#10;T8fhUkWaMoT9rhjzoTlZWUFGDDwIN+FdzDg2KYlUx0MlC8L1rimjllbaitIdgLERsbAnWwvwrftc&#10;yViUwD1UfZe3ZBYCDJJA2g/rFcuUxcgysrK9z3PV6vc9z1er3FHlP/mIKD6Jv+kD80RhT1uPGK9w&#10;eoTaMfV/AcTkY0aOjxV7kd+xt2vpxSsakmcKUJ+2vcwEA2v39vECoiKanCvc4cTkVWvcxv4c2mtV&#10;7nSi5I+HNmvV7jxhq/pkF+PtgUvtMATXuMz3Ekl++48oQTSRwKKjXuc0IuPaO/H0UstyYr3Fdgv+&#10;804tf3Z7/wDIKnlNRBpRJKpr3Nnv8OFxJ6N8sDsY8bxOAKP+8Sjb9vIz3mk3Z8hUk7sz+XBoqvU1&#10;wvV+xH2cvYcWP/EsSxAfs4dBWDMT93AypBFCWodxt019pHJsJuTdrewnllJwqppqqDqFIvfwF+Bl&#10;15QnoJ1eQG5fCnXX/iV/2cNsslLgJqqlHUjzrLlJ1k6nZC2aBHxEsPH/AHhcft5RPgsl6fTtcldP&#10;Dh7fjEYUe2LngANHG4q4SCA19e49v08JFtmcdlLwK9zOkn2j3Pt/LjotwRtpzYK9yBWKBV0T6eXu&#10;KsWsLE9idRx1tB0KpO4vUQeFe48CVBa6gLfufHiOCdlL0uTXuXCehQr/ALO+dXRwbZtMnunXXCaY&#10;W/LlyzKPWgpnij+ZSB/RPxFVo+p+oMfqv6Y0zLeKqyLjRPf/AHPG6Xt8fe5VL1LqYR1Dz+vmqJ3x&#10;7Fwykro38wmFj9fFncrnZhRlbPILKROMCrG8E2DBsIEf2PlafZb2eUtuI3LwRknDEDY7RqzHuSbn&#10;v31GnGr9ErEdFP2YAmnPir+WLDfcFVYJuuPHXiTUIpeUQK9ybQ08DyCrqJCI3WSkNG5KbpCV2sLk&#10;C4HbjQdITpHnSVTQmZ6q9xK5mHlD5UHdHCI4ZpUvuDh2fX7ViNwHBNlkrSCBjRFmiiJAxr3DVfh+&#10;V61fqVwpGYRS02A5jp1TbdXvhNTFIVfaLi8CN9DcNb+37u0VAkEzPRsOPvHpQJW/ruATgRHx9+yf&#10;Wig+uohfTjjDFd1s0dObKBfU9RsCA/jxb+uWFlz508Y+5uyrABc+Ix7Fbj8xwFOSoA7KkHKiSpz/&#10;ABvkKUPpjI+V6yASeaq5wsj9tP6pYEeEpuQtgbEgg6k/w040UGhARAozvE5Tsy4tUmZCruNoPYEg&#10;WuNeLnI7sRSBtcOma9xR7xr/AIP8NuIsaMZr3Isrkg2ACgfaHPTSdbk17kvAZXXMWXCrEbMQoixH&#10;e3zCA2txVYgd5J2UluTLavKum+y30HvzYkzyD/XPMoOimrnsf+CP9PEd4EkzQdysfsE+VVBelgun&#10;pz6Ip3tlnB110/5Eox+ziTTYFu2jD2DiBbaicKUOKWDAowfnEXDDTtY8kxuhbtoe1+U/LLimkhYq&#10;NPMpBW3h38f48qg/GMBOSPT3Ja+3EsWFz8I6Yft5Je5TcNq9PnQC3m2+vPxpb+lGTdmHrPFce5VY&#10;Q4t/rw1P9HKIOqthFhet/wDTK8/9GaX+ngueVGNBNeyjm8Btxpf2c8MRVK9zEujoANL688o1pVe5&#10;Ff7bfEk/nxGvbRM+mFmvc4nX+zlaar3Pc9Xq9z3PV6vc9z1er3Ouer1e561u2nPV6vc5Jq1h3Hfm&#10;wmauhGo17jjtFv8Agbfny00q/Jqr3P/W1rIpqrBcSpqgBqWqpHWaGVCQQUIIII4KE7aJgCFSK3+O&#10;bc34fvqbh9RPRjD4sYqt/UHIccGA5sSUrvqkCWgrABbSRV2vp9sHwI5W6aJ8Y9eev41jf2q7ti2u&#10;fzCB+zdJPkriPX7h1SOFfPD/AB1/w8pPRl6parqh0+wj5X0/epCorc35Sgw+ErT4FjwZZcUwo7SV&#10;VPMl+YpgAo8p/LUHyWYnuJOtj28OIio1FzSUg4iKo0kZrN5b71HvMO3bnQkYHS3wBAP8eUDpFLjl&#10;rSxBJ9CQfiKgnEKiJrhE23sBIqMg+8HkuKpkJUCljmPhaMXP3cVs3Kz/AAg+lBrMMgtwkkXK0ea4&#10;Hvp7osZrt6pJgtPVjQoYqYOzAnt7g78e6XElpmjkeBqZ4yJkuu0ErqLa+3h5a5olnFSdMemzGosz&#10;vcZ6+ltl0PBWBg6iAcMcIGHEmhSy5n2lyvIldXYS+CtT7auHzEMIkkiPmKtnbcbkWsATyd1QyFlf&#10;1C9JM/8ASTNC4jS5T6kYVW5MzHNgtS1DUth+IQGlqI4Z1DMpeN2W4HY8nXJsybzixXbhKglQxJww&#10;wwBgn3bKxBzLKLvc3PWbtSmlPsLCwBC4UkyCoAgYEDDVNXl+hj1f5gy3mbKOc+m2WfnajBKpK+jp&#10;uqqVKYO7IqoCGiPnFgWLKUACkA38OfLm9ZPQWh9Mvqm68dBcFx2XNOC9Lcy4llTB8drEVKiopIZt&#10;0BnWMBRMI2VZNoA3g2AFuYyZ3lZtbx1kYhCiPYYrvL2Yb5q3g3dssyWkIXcNJWUjEAkYx1Ts4xtr&#10;ev6f5nkztkPJOc5aAYXLm7CMNzPJhiyicU7V9HHVmISKFD7PM27gBe1+IbpP0C6u9bsQkoOmuSKz&#10;MMdM6wYji6IsGH0jMLgT1VQUhQ21CltxHYHizIN0cyzRzRatFZG08B5k4D1NCDO95rDLUa7l0IB2&#10;TtPkBiaVUk0UIvI4S9yAe5t7B3PLdehf4XOScr1NLmD1AZpXPNRCFmiyLlD5mmw3frfz6tvKqJl7&#10;e6ixWI1ZhpzJDdP6d221BzMHNX94nZ6qwJ9APOoF3m7dlqSUWSNP98qCfROIHmZ8qaKmuq5QY6CI&#10;RE3BqKi2mhFwv56/dyzzJNJlbIeDx5P6UZKo8rYRE3mR4PlSmhhDyEW3yCADc5tq7kk+J5kPku79&#10;nYNaLZpKE9Aw9vX1k1CObb0XF2rW+srV1n4Dh5CmeowSKaT5zF6vzyl/fqDZEBte19ADbwtww2Xu&#10;k2e8dpxiOaqyPKeGOoeI4kzPPIp192GME/f9/ewnt7NxSZgQenn9OugbebxIB0o8R6vxoLca6rZM&#10;wapbDstUcmbsXjYxyQ4IE8mNhp+knkKoO3YEn4drjVg2UcAyxBGmB4YK+rYA1GLYkq7tLG6o11Vf&#10;YCW+m/DO3s0N/d4uejZ7ZoKv3y3lHUYHQMff+6g3xLMmYcxSNLmDF/5PQ9qfBsIYqpBvYSSja7nw&#10;JULrfQjTgF9cfU/0H6EUxrOrfVLD8ErZovm6TAEmM2IVMIO0GKmpVkqJE3XUMkZUHQka8De9PaBl&#10;GUJBunkgxOnao+QEn1iOuhfur2cZxm5/ydk6Z+44D2nD0xPVSpy5lzGMQjWLB8GNNSqbNV1QCqpZ&#10;rMdrMFuNGYXv4gHhqPSRN019SfTrKvViGetqsn5zo48awHL1UkdGPL82SJlqBTSSMWVoyGUSd/Hw&#10;4TXW/i7/ACZN5ZghC+kCQNhwxEyDxIos3s3XfyfMV2qyC4jaRJmQCIJ6jtiqr/xNPVX159LuX5cJ&#10;6O4RhlJmBJVpMZz/AIgGxOehSeminR6ennjjhDWl+06sBYgqdDw0XUWGlyVTYNh+VKWPAcOxISx1&#10;cGERrAJZIXiK+Y0YBY7WPc+3m+za7VeF03HjWkpInh5dHpQZftfHMQffx6fSiC/hzZxxv1U1HVfN&#10;XqJxufrBnPI9ZhVflrEM/wAnzyYVT4rSVaOKKnkAgp1LwXJijXW2ug4Gj469LHhLrNIs9Rsw+d1Z&#10;kEpQHuV7kbjyecqSy6VJIE4cKj7edl1HiQogY7Dz0Vc/09yVlzG6nNWG4zgFBi1NREY5hlPiNLBU&#10;GlEjhSUEqsFB2KDbxHFbnLqTW5Z/qRiNHKkbYvh8zGSeFJydtY6Fbv71v0YFr8AGRbn2bt5mAVKV&#10;B/alRSY7ppXAgbSTRZdXyltstOoS4lLY+5IOOpY2xPvosHp29H+Qc75s9beHmvx7J1TgnVWKkpF6&#10;cZmxvLsEUU3TjK+KI3yuGVMdK7b692u8RuSb9zyHhvVfJ2I1DtmbI+HV886iOpq6FRBKyi4A27dP&#10;teBHt4YPbsZk0R3F2VAcHAD7CnSR6hVIncry9xP7MOMH+8USmekpWST/AKYChUxf01esXI8SJ0v9&#10;Wcuc8Joz51BlvrxgVLXSR218uLFMuthzKtwPemgnP18kpgfR3G1qpcvYvLkmtqlZZHqEaoBDa7d8&#10;jg7e2gcdvHhXmicySjTcWYeSeKSk+0K0H2T5UtsLW+ZWkt3SVxwWC2fagKE9ZNJjMfWj1f5Ghp6H&#10;q76SH6xYJR+VUPjPRbHsMxeNGQgeY2H4zDhU173ayQSMPDx4BeZvQJ0Qz/V1eN490f6cdU6nEg01&#10;Vjdfl7CkxSXzB3arRI5799VnvyLM23U3MuFRdWwYUdhKVNY+cJBx86lfLe1fe6x/ua34SP4VB5MD&#10;jA1x6jZTO/4knQbD8Riw3OPUrOXppzbMEoaOg6vpi+Xoo3U+WFp6fN1K1FJbQC0BXTtY8JP1i/BS&#10;9NeacNkqMv4LmHpBixWVYIcu10uLYQGYAI8tPmlMSkdVbTZBVwg+0X4EMx+mzL7rxWN0Ug7AYWPk&#10;ffUh7tfVteIVouUIdjaftV7BEeoNGN6e+rHqFVVuFfyDqZl7rBktYHnerzJT0MeN4lUOCQgxLLM1&#10;LR06IAG0wp2INviKreqv4GvVDDaarqemma8G6j1dLG038pjWbLmJ1Ei3skFNXSVtHqNby4hEPhyK&#10;s++nbPrcHukJej+iYV/pVR/v1T3kX1N5G+B3pWz1qGpI9Rj7EmjZYZ6m8vo1HHm7K2IZeilhM9Zj&#10;+FtDiuFxS2uIlEBjr5GNx7y0W32ka8rG6xeiLrN0MikqOpGRsUyhh8Ei0VRi2OUTjDEmc7Vj/mdK&#10;ZsPZydAqVLHkQ5vuneWBi4ZU3/jJI95w9hqasj34scxj8q+h0nGEqEx06TCh6ih0y/nPKmaljOXs&#10;wUuKSyQR4maKnlX5mOCX7DyQNaWMHt76jXhbsRyDiVAI99IzrKN8JCkBx7VJ0YfRfhKuzgTQjRfE&#10;8caU3EdVYPPFUfLmMxlVDMpuPyPEqrXGlrV3KZ217jxguSMSxqojhi8uFJDtEtXNFCo+N5WUc8mz&#10;k7K0q+4CvcHwemWupMMpMSmzBhmJfMlp3psExXDa2aJFBUK8NJNJIpZje5AFvG54q/lgTjTCr12N&#10;kV0CCSNbjvcHjhlXonigxinoo8Oc1syF56cKSUDAAaEAi5NwDra3FDNr1UiXdk7a75eJ6Nfww6nM&#10;9NQ556tf8ZbKTBanD6CaLdX4mqvYiOIm8aEKbSSADUFQwuOTR2d9jl9nf7X+5sf0lcf8UcfcPhUH&#10;9pnbJZ5GosoT31x/RBgJ61K+AEk8YosPVv1H4fk+rrMpZDw9M4Z4gLUtdNMzR4RhErABfmphbzpV&#10;3bvloTv0tI0QZWOwVlHpzkrpllakwHCMOhyBlKEJLHhGGRj5qs2JYFgbu7W1DyGwvppoMuN1t3Ms&#10;ylPd5db965sLmETxlf8AoUAxxArDTefPs2z10uXbwSOAM6R/ioG31iemqjsd67V2c+oor+nmWa31&#10;V9ZsNkq8uVGdzNS0eXcrCWVRUw/zMxtTUcfuLHNT0EUkzFF85S/vlxbqthGFGpw/LFGuE0YW03yr&#10;b6ycKCLvK3h7vgbckK23dTcn/K1d6f6IwQOrT/F5meqNlAJeWKaKVtg6h/GrbP8AegfZ6Y9JNCTS&#10;+kTMfVRYcb9Tma16o1883zNB04w+GWhyRhcZZCkfyJkc10iltxlqi92F0SMAKF7gGXcMroqXEs9V&#10;phgxPy4cHwakLiRgSBukdBcXvc27eNu3CTe7ee3ytJWsgET5mOgcfcOukuTWGb5w6bbK2tRB8biv&#10;tHqcPiegUFvqJ675d9O2HYzW4LTxvV5OpK3MOL0tOtNLUvTwwvPso6UyRg6Kyq0pVWIsCe/BgwrL&#10;eX8t0tTSZewiPDkqQTUSR3Z5DtIBdmJZiL6XOnhbmJe8vbDmGcOhtv8AZMTiOKhPExgD0DhtJrIv&#10;dvsKYy9P5nMXfzNyB4eCEHb4U8cYxMeU1q1eqn8Xr1BeqzF8MyxguIT9NulMcq0mI4VDNFLiWK08&#10;k6iRamoiijWGKRAVaCAAMpIkaQcJXlfFZ6cyvBIULr5Eyhip2pIQt9De1zzJLtjUlzL2SpM+OMR1&#10;GlfYqyUZq+Nh0cPMVtb+vXIuA536e5FgxzDoq5MMxMYnhclVTrUgTyYe1yLvFtuo0YMD7OT8Tnlq&#10;axpZY4542W/6cGzEeOpt+XMc3G4gCsrLdX7PGaJJ06wPC8ByzHhmFVtXg1RDIUC4K0StBGxtsG2P&#10;zQPG5c+F9NOMc+Ky0sUqU8zUyNcNHGFKi/hcW+j6OeZf7tJHA08LEOKxBwoW6Dp/hmP1+G1eM4fB&#10;j1dS7Hir66SZZ2KgWkIfzLEkFjY9ySLA24laypxrEtoOKgKxudsbXNjY9ydfDTnjdOORGyrN2yW/&#10;tQJ4UOWX8B6c5Njdo8msjU6CJfMqYrIGUMtmRVO2/va2vyE+GiCJZ5r1zsbPBhxV9y27MXNhflPz&#10;QTioTVdK1qgHSOeilLDmsYjVT4bhoTL0UCebDiuallpljm3amJYk8xytragC2oPFPDLaBUSFYFtt&#10;EaaA/SL+H18q3dAiBspv8iAZ20EGJUZbEnmqMQkxGYMZnq6tQzBgGUlWCaBrgMABfx40VcEr7t0Y&#10;JPvkubX1v+6eKEkEQRNPrQQJBilxgeJ0ULRiGrdFjtAqxKWK2TZf9KpAuPhceFjxoaAgq3lorA6o&#10;o0v20BuPp5Ys9Ixq2vDbS1ixJGSSMVU8sDrZJpGO7bfcNzDa1hYWtyJPSRxMkkaDQgxSRjaUN/Db&#10;46cadZRpjhTiXiBBp6w/GKytSWnqJ23MjR1UE7+Ysy7bHd5um2zWIv8ATfiZxfLeG42HfFKOHFBJ&#10;cS1eIIJXbd3uSL6+OvETuWtqT40z50pYvxI4dXChEyznnF8qRQYfl+qly8lMqx0eB4Iyw00caCyh&#10;UJK7VA0AW1h4cSJ6X4JRqThEtbl/QsgwWrngiuFtrGrbSPG1uJTlmhP7NSk+Rwp5F0lX3QfShEh6&#10;645iMkcOO0eF5pSIqrx49QwTSgFr+66jQ+FzfgZdTOqmDdCcDjxzO3WajyZhdmiD5sFOxqyo3FIo&#10;rieV7C+2O5+HC+4zq4s0lSnRH99zJpazlDdxiEezD30usFyjk3qlO5n6SpWGBzNDUYRUzU6U0mw6&#10;+YNsKkgkWYX9nKyuqf41OD5aTFMG6WZSXPuJRhocOzhjMdRhWGM9tJBSM8lRIvwYxn6OBm97VdIK&#10;UI1Hp2D2baVtbpsBYJUSOgfifwpbp6OundVUU1VVz1lJT/bqcKilglYG1wFnMK2se/un6fHlSfUX&#10;1Yepr1dZwwDI+cOo1diNJnPFqPAsKyZhbCiwhZ6+tSCBTS0gjWXYzgK0u5h7b68jPMt6b69VC1kg&#10;8BgPYKPFpas2VrSAlKQSY6AJ27aMVlPp7kfIcHlZUyzSYHtjMElZTxg1Dx7t5WSeTdIwuL2Zjzf4&#10;wCR8vZdw7C6GpaipsNT+WQUtOzxhIIFSKPQG2iBRzp3lW6lk1lrLTrSVFpCUyRP2gCuTTma3S7kr&#10;Cj4sT0SZJ981rsdVOlfTDq1njMGZM8ZAwjM+K4zN/Oo8Uxiho6ib5mslkqZSryR7h+k3Hw5Pwqen&#10;tieI4rDBXU1HGWSqMESVHmk7U96NVY9+5PCzN8tatUJWyVJx6TEAY+GSPhRo1dOXS0tQATj8J91A&#10;x1WyLU5OhyLhXSvMuO5XxXH8UTCqnAJcfxevwb+X/LTzzhKLEqmeBLeWu0RoPrGnKXPX/wDihZy9&#10;HGd+nf8AVjp7gPUPA8drcUpccwfMnzVNVyRUEFOXNPVUzkRt5lQAS8UgsOwOvIS7RO1q+yPuS0lD&#10;gUTIWCdkbCCDxrJHcnsGyzN7RYeW42qE4oUBtngQQeHX11bX0D9GWDZz6T4XiWa87ZgwjG8Vp1q4&#10;VwaqpBTpFIH8hWiqKaU2UBWIR0Jva9uUzfiXfiedN/Xj0p6ZZSyv0ixXphmbJuNvmnGf5lXUmIUE&#10;0cuGvSskMsQikusj6bogCuuh05Bvap2wJ3ms2GywW1tqJJ1agZEdA41L3ZF2OP7rPvqVd9+lwADw&#10;aSIJ/vlTPp5UbD00enDE/T6mbYsQ6hf1+XMqYekUz4WuGvAaI1JN9tTU7w3nixJBFvHlMPIPqdaN&#10;Pz3PV6vc9z1er3Nqv8J1bejjLDgXP86x0af95p5OfZ+sjL/U1B3aCqMw/wA0fOizdZrNmmgQtt/3&#10;3xsL+P8ApE/LKljO4PqQwudfHgyJnEcKAhcITQS71P6MnVSdfaPAcnwKQyjd3F9v18shRViBSbWp&#10;XCmuuMSROSQtyAGI+HbTimoCLqAdPsgH9nLOp8Khxg/CmlyFgkcaDrGheKS/c2cMhsdLd+UQ9YVd&#10;urfUdmXX+c18JI7WWdl/Zx7dx5IskAnHGgRvXAv3POrL8rkNlnLrL9lqGkK39hp04naFPdXxuBw5&#10;SmIoJjwKMU+8ETLar8zEALG4Gp8eG1sTE1R587DXuHj6Tp/vOAT720qD7eDLKimKLGj7aSWbD/vv&#10;qCfshTu+jx5Zt04UCnhCfast7fHh8lsls9dGtoslQKtlUa+sd9kGJBDYgFiz/AH2cGbNRP8AVfFr&#10;ta9JKF9v+RbkaZ7bf5PdAcEGhCpQ71oJGwiqivSxAp9Q+XJ5JFdhmCido1YAKf5mnKssyC8s4Ivq&#10;SvsFuRhdI1J08cfjUhZSDrJrb4y+wWjpSDuUKtzbXsOBBjoQI5te2umvAM8jxKHRQ8YUQCBQk4eW&#10;ZYyTbTv28eF1zS95J9NRpYD9fbysEQKrcqKopTQ/Z/bwCcdZFEj6nbqh11sL8MWAAcKJ3EHjWXgM&#10;ZiKvG5tYm7X7anUfnxUozsoscPiNe4B2KAiTbqWW9x43vzzgBThW0NgjnoNe5tw+nTEKbH/Rf6cq&#10;bC8IWgqIcvYPhtZWeZK8tQ1NQToSLNtUM1MDYDS9uw1y4yW+fublpEkNptkqiY/hQIOHnx4g1z97&#10;U8mt7K8ubmZceecgQIA1p9/i91VnZcxfqBUevDrpgeOZ3/nHTvK+E4bi2DZZp4aaFMPqa2joptsr&#10;LH5jvsdzq9tpBtc6Z6f1D9YKikSpyf05y3l6iW9HRYp/L6eIkxaW3zyTE20/3Px7cAOZby3zTmJQ&#10;kKxGMmOrp9lHWY9nVkoK0pdcHGIAB6J4YU40HpT6O4Xjb0XUHr/1Bz/j6/7/AGqy/mfO+LGPZUuV&#10;8z5bChSBULAgdxpxjfqb6sc31DQR9Uo8PmWxTDMFpg4RLDt5NHRMNex38QqznMn1ANLcUeIQ0on1&#10;wEe6itjdXKLBuXm2W5/pupPu73/Q0I0Pp49KeCs1dB0Nix6V282XFcToqzE973tcyV8k5Y6d9fbx&#10;gqumHX/N80NTmfqpjxa5KxpVvSQtpeypWVcwH/IJ4aNbnZ/cpKhbukdClJRPopZV/vNJnd+sjsjo&#10;Q9bonihtSz7kx76FbB8F6a5fppXyn0ew2kIs85ocNw+mlIb95ysSknTxN+OcPpehrI2rM1SVGIT7&#10;d38xx7GGkAUKdbYfTREW8DuPDM9lGYupKl26EFPFbqj/ALylA+Jokve1qwbWnRcqWCYhLCU+9az7&#10;YFKKLOGMATUuE4LBRrTqWWiACtfvZdr2J+G3X28EjLmSsNyrlzp5hWGwsKcV2PVkj1PzD73kp4or&#10;sag77FVH2rfRxXurkJbUlhUR3QBiRP7RwnAwYxG2jXe7en8zu8p1M/cTjHBLYExhtPCio5ZrMRxj&#10;1peoYYpMpaHIvSrA6b5BwGWE5hzjVPY2BuGY3Gv08aOmnSfDJch5KxhaB4q7FKeR6yGhMcBkdZLq&#10;24KrX2kA3Y/Dx4UZXuD+cvg2h0pSGm1kJhMFQI2wScPLZR92h77MZdaJcLYcW4twDVJACYGAmMZJ&#10;p2wrq9mvOvqV9QfSGHGafDcv9JKbKmJw1yRNJUqMdpaqaVH815IiqtTjbaMEXINxawu0PS7BJJRJ&#10;ilHJJKhMfl100jk7h7EKj6zwZr7H7BIjStZO1RWv/fZIqD1dtWcIEMqS2OGlCR7yFE0LdbR0xg20&#10;9QcRBs0tXcqpIbsDGEK9uwNvhxY0GQcr0h2UuB07CM7d8kS7rWB7sWP5njyezrLG0SGUapiSEk+/&#10;5Cip3tRzy4Udd25iOBgexIFI7F6aKOlEssQjZyPKUyzS7ySRr58oH18V2EYdhsGN4NFQ0NPEwmXc&#10;0SKpURnzCAFtbt4jiTeHdphnLrhxAA0NOTEf0FcKPezbea6ezu1acKla3EicekR74okX4hGW2pfR&#10;N6sMySYvNTnCchZgnSieVdrNPhk8DEs269lbTae9uAZgFIYs64o4clBgeOAItwgXdQGwt7d9+Fec&#10;ZdGXoVjp0tn11px8vFQ63GzDvL67O0iP+Ul0KnrICR+n7oLST+58x1N6bQyBtoJZc1qwvu00aIAf&#10;VxfxFqeBIo5AZXBAeSzMtzay7iSBrwZlrQhak4CFEY44HhUBpUNQJIJ40bepiNXJUl6WaClRleL5&#10;XeisEGlzEFHhziaVzKgMpjMZAYoACbHubcIbR0LUDBKsPPHjRmvLQhnVqEGmKlzdHVVbUkeGSlgr&#10;C5DOwI7CwvqbE8e8PCridHB54eMyRRiN7BtZQut7+3hnmtqttlUK6+Z2mnt37tKb5vCMR1z7KDLr&#10;pQ1lR0Q6oVvkyeb/ACbFZ3LLIojUUT3I3hP3SeRpoRDlSnpzSh3mjrwxjG5yXkk7X0Gp49kmWh/K&#10;W3AP9YQfa2I+dK+0jNy3vJcBQwLqh7FVO6A4PFimTMtYlR4pInyuEZbqBDUNaMWwmmsxA1a4GnEx&#10;WVtOKyFH2SJOhRCRdrpu8LH3b6Dlcus2+9vVTj3pjGP4UzQh7Tp760gf6wifPH5RUD0uYXUw5a6u&#10;As0UlPnXGWgFOSqtFItM17kj3ibk/G445CjjWLyYXPloAAzrtX/gixUD7+GuW2iEMnVOnhtg1F9w&#10;46pekR7KMFT1dOq/O1iMsrlw0KybyWY2ACruJ/5B5Emwo1MUM0Myy+RJ58yRlSCqggi4Y+zw4XZX&#10;ctMtqSRpVJGw44TR1c2pKxjMR76YsLzbFRCspazD5sOWqEtNS+cjK7MrG5sUFgPAnneBYI1NU9Vp&#10;XjZmxioxeeIrtYFXoqZrkLfXS1m/hwsvc0QnKmRIMKaP/oZtPlgAPbhUwu2ZXvdeK2DuSjzPdqmq&#10;5cwZyoX9GHoCQS7WwfM3SXFpvJBMkYpM0UlCCRZRtJBDEdvbxtpcTlFVBTy0fkCvQxiaaxcONAF1&#10;J1HYd/hwe3jNq8goW7HX6yYjrkVB1qi6BBQ3qA2wDVouOUGBzUdbLUY8IZKBvmEDzKiKFsx3AWFr&#10;9z+fMmJZLxLFVqoP5bOlPKQtQKdJUEtlsN8jhVUa6gcf/mFohIDakkDHYcD8cD1Gn1ZXepd16dE7&#10;NUCR1TSRwrrt0lipooqbqBhmPVtAHSeHB6iOvmpnBuVaChMsm8+FxfkjA8CxbAKzKOCSJHLPhmH4&#10;l7sbRy6Ctw90XzEGpCv71tLjXtyPXc3tC7cpRKglkJKj1LUrbAAEGpdfsFOZdZqdEE3CjtBwIHR/&#10;i0TvEuqWS83Zv9XOZcCrak4NX5ayfl6eqxOirqALUR0+aY5HMFeiva7Lt933tNt78UE9FkhsTrcV&#10;xXMFJLVLM8zwUtRDJNAC5IUrTiqN9Te68Tbt72W+W2AZN0lIknwkKPiJP8M4iQPStb0bo3GZ5ku4&#10;as1qCsRqlIP+9DAelJ7oZ1C6pdOOhvTHpUT/ACeXLWEYflWDGaDC8Tq4qpaGiSEyFsUosMjQSBF2&#10;2mNie544Q5qydOrLhuH1GYYiQqzwU5BFtAHErLcXHfy/o4jvN4rZ9k9yy69GJMRt9JjrggU1bbn3&#10;bSv2zrLMcJJ/Ee+nTMFN1Aq45PO/mWE4hVBnWhxSroqeGUE7mkhkw+KSQPYj3fmNNL6686qcRxuK&#10;UVVDlqKlp6ymmw+hWsliEIkeaFkMkY8lrDyxoo7cL8nyvNnHnNVvoC0BKQVSPunGCD9pPAHChS9d&#10;ZObdllVwVKadCyQkiRxjbt86CbLfS3GUxPP9ZiGPV1cuYqGmwbFaWAzz4lDTwUeIJanqqlqyNm/0&#10;xheTQEi2lxxaYfHnStVFrcwQU6oljDhkS7bjXvshkAHwc8ECd0s10hL94UmBgkADDooJXOe5K0tR&#10;ZtSpRO1ap+ZB9RTHjHTvBaWjhpmkq6TDkcrSBGkppQnmGw2xNJTEkWBIgUW7a9lhQ4HFIsUldWT4&#10;lIL2epk8zU63uRu8fbwzRuPaA6nSpxXSo/IYURr33vEkhlKW0/3oig0zJ0vyAnzBqaFTM6iIpU2i&#10;jcXtYxOWhHb92IE+3XgjU9JSU2HSvBAIWmKl2F2ZiGAuxOp+vmPv1AZe3bZQW2xpTOwbDs/CskPp&#10;UzN263wtC4dRTO3gNKtla1n4uWEtl3JtZhNHVNTYPJMJKLCKFUgo9xmgkJVIwi3upOg+PKZ/UQpb&#10;rr1CZTYLPTKlhoQKOAH6wQeE/Ytale7TGrbLh9rqzWRPahCc6fHGU/74mK3LfwkZlf8ADK9FBC2U&#10;ZDwiNvevZlR1+oG3bgd4XURtZlbcToRfXxHJgYJBjhUdPhfTR78SpxtIdDr49hbvpxXeZF8pUILq&#10;zRlvjttbT7+N3yStpYPQfgaQttKLgJ6aSp3JVU7BbqHCkeF917nmt35RXEqqBm3eTLIgYm5uJLfs&#10;5FeTqUWGxGED4VKd+s6lR0mjO8Pd6a6eEYfmFXILMKZ1hYAhgpl1sfZu4O7MIXbaYB8RFAO9cUm4&#10;EHhwqPUaKp8L2J4Y96CnLmSekikt+isY0OmulrfHiZViwBOgA+QqwunCkAKPtrAGPYMdde/HqBYT&#10;D5flIImG0RlRt2n4EcL32EieinEFYMzjWFyb9zca6f2ckrgmX6r3KrAaSrvrunpoH1t7WU8JLqxt&#10;jBLYMdQNGbd/cJ8QcIHmaiu82oWZl9li39PJ1JkzIss9O0mT8NMiyRuGWipt6lWBup299NOFj2U2&#10;riVDuxMdFGeXbxXpuEAOq2jaaasRlr4aSpljrHRkjfy2LkANtNiT8O/NL3mLdZ+UtOe56vV7nuer&#10;1e4o8p/8l+g+ib/pA/PUotP7oK9we41Kxxnwsp/5N+PE4FG5TjNe5hII7+GmvHniSmBTrhr3Ixt4&#10;/nxERSevcxtYa30PGy2a1Fe5hdhpbX6OeDauivQa9zpGF9Rb6bc8pBrek17j7hK76mNR+8QLnwPb&#10;j7aZ4UvtRhjXuMMh/SSf8Sa3382gTVdBKj0V7mRR28N3HAKUoFe4sMDO2GYgXus4t/0LHG3AKdSR&#10;jXubN/4aTCb0eYTrrFmPFIlHxFBQH9vI23mID89VDrd14hnCikdUZJB1o8tR7hy3hjsT8MTxL+jh&#10;1m1ewFtQW+Ph4cJ20k40KmVKIJVUQPti1a4PY/H6+OMQuLfuk3042aepsmI3Gxt/xLiB65KP8xPV&#10;reun8pmc3v2VGe/5cW5cjU6IpO4QVo869lCUr1QyGCRtMleAT8aQrp9/KIMGZfk1AIbYWCunfaDY&#10;cEN0zKpo8simBwo6vOFZiVQjMsLbdulwBf8AMHlGrVB215y7VJivcTU9fUK8jCocmTWSzHXi5LY2&#10;UVO3agYmvcgzVtTLFteoYqp9xGYm30cUItgRNI3LlREE4V7mH5qcbd0pe2gJYkj7+eXbpA2e6rJf&#10;Ne5eB+HHP5vpt6mBrkw5ujkZf+JYVTj9nA9mqYiBtpjvSp6f70/EVW/6o4kHqj6KzOQvn5QzPTqx&#10;Av7mJYc9r/Xyqjqwvl9W+qMIG0pmTHV+j/frPw0GKB5UZ2n9yT5VYHlZ/NyzlyS9/MoKN7/TToeJ&#10;Wkfc+3zLMPs373HGQOqlSCafePkFRN5ixiRlQgu4veyg2Pf234kUxIMiljb5HlXuK6HEI6mrwykx&#10;OcoryqqQQKCxuDuIA7D39Sfh8OJUsKShZRtFLjdIK0hR217iVzjWpUVFT8sb00LsIiblncEWJ2kd&#10;rWJ9t+CHI7fwJKhjQZzy5SpR0nZNe4Zz8PypC+pbKMayrI02C5oeIsLyMsmA1kg8Db7A3C/c/Dh7&#10;fNTbulQgYeWBj4UAyr9q2OufbFE+9dxK+m3GiL3Gaem2q/HqVgA4MPrvUnO3TbQj/jMhbr8MaxA+&#10;P08ADIBSKkrJlA95H9L5ClD6XkK4f1ff/i7N5k9vbKuBp/FeEbWQItybi11v4jv48bKDwo9SqKNB&#10;xOQzvJjswsSu0Envb3QP28V3LUM9dIAs99XuPM1QVb3UJW3cduJUsJUJpaVGvcjCout7gg9r80q1&#10;9tNKc0417k/A5N2M4M1ygSspnVgbHSZTxZataVDCmbpX7Mk10ex5scZ197NmY2tcNVyix/4lbhFm&#10;KAHiDQVsFgMoA4AVTx6WHI9OnROz3P8AVrCLnvYCjQ/t4kjB7rabRbTiUOUYC4VRgDKdyka2NyOd&#10;xoVZdv18cBwp1t9RrFNKJC+5dLdhyqP8YoFcgen6+oFfjTAHwISi1/Pkg7o4BXp86j3eVXiPpS49&#10;JsolzN1psLFZsEU/9EqzlEHVXVMN9grK23109LwWPddBd44Cjq8Bpzpb280hQIpkV7mDd+kRRfuL&#10;kfTzxNemvcxSqVdtCR9B4lWMaJ7hPjNe5i1P7p+48oBTMV7ngGH2lN/iObwrZTFe51f4c1WtNe52&#10;DfwP3Hnq9Br3OO4Xt483Fb0Gvc73X7DX2c1Fb7s17nOM2e+068sATVkJUDsr3Ju827H7Px9vHJNK&#10;+8cr3P/X1vakypF5FavzUC32P/uidux4KEmihQrf44eb8Pfr1T9Cet2X8VxCpd8q48XyzmQ6/oqS&#10;qKkuyjxjdFf4hSB34saAUNJ2GiHeTJRmNi5bjBREpP8AfDZ+B6iarz/FJ9HH+3N6LuqfRTCooT1C&#10;pEh6gdI6usCBY8y4Lunp4t8hVYxVxtLRtIT7izFtbW5tsLIkyJJE4kjcCSOVDcMrC4II8COETnhM&#10;GsSbe0WCQRB4jor5gOLxz4XV1WHYlBJQ1+GyyUdZTViPHNFLG5R0dXAIZSCCCNOc9jey3xPEpuAK&#10;PWMrcWI0k0kqjGqeFiyTKfDW37RyTFUywD9Gw01IA7/TbTl2s1UggJFJsw7L2blJW+rQP74/Abal&#10;UPUGupXSGipROwa4WFDrr4205NNY87DZEkPbdIgu/wB7E8N03jjxwSE9fGotuN1rPL0kd8t/oB8K&#10;PYNvtx4ihNTNOL46IyMFoMtx/alqKFRPWMba+/MW2/dp4c54j1ZyX0rw16rOeOLQUkg+ZgppCZaq&#10;VxZSI4k95r6C40HiRyaOy2yvHnwhptS0TM8B5k4ensrGjtR3IuM7d7y3SgODwwmAIxI9mPCrVfw5&#10;ei3XnrRm+HKXS3pvjWdMCWQ12L5srEanwjDprIJBU4jUlYIyVKsse4yNY7VY81ifVl6T/Tf1/wDV&#10;/wBRPVPiWA4hiEGd3w6uORswGmiw9qzD8Mp8Naomipixk80UyuYy+3cTu3XsJuZ7DstXfKu7olZU&#10;Z0bEgwJkzJkiYwFZM9lW+eeZBuwxlGtJU1qGsSTBUVACdkTExsAwFb9/p0wXN3Tfol076c5prabE&#10;Mw5SoRg9XiOEyz1FP5ccrmGOJqmONisUZWMbl7Dtx1o8Ko8Ip6TLmR8uQUNFSj5XDsIwinigo4R2&#10;Cxw06hVHwUclyzs7e2QEMICUgYQAB7BhWr28dfUp19ZUTxJk+00OCMkUPn4hUiJIxvkkmb3tqi92&#10;Zj2Hx4L+VvTvm3HPIxLPFcuBYPcyeRMB5j21t5dwSSO1z9HF7dstahqj5frRDc522PC2JPVQMZq9&#10;QuT8GkqcLynGc3Y7EFTysOP+jIWO0FpgGFge+0G3jbhlsu5QypkenWkyvg4lrdXkxetjUy3/ANUW&#10;FgfqP08M2rJAxAnz4enPnQcfvXHMVnDoHzoBMbzHm3P1S9RmzGP5fheiQZdwqUpCQdbu17swI8dw&#10;79u3Cyeob1jdBfTokzdTc5mvzS6mWkyJlKP+ZYzIVTcA8UTBYFbsGmZAfAnXgA3x7U8nyWQ85qd/&#10;opxV68B6xUg7odlmbZwAttHdtf0lYD04n09tL7KWS8w43Tww5ZwlKHCgm4Y3igeClbdexiAUtKbj&#10;90WHiRyhH1JfireovqzT4jlvpPgB6MZRrC9LFW4c0lXmCogN1B+YsI6csNf0Sb1P2ZLcxT3y7e84&#10;zDUi3HcNnoJKz68PQT11lTud2L5JlhC3v27g/pRp/wBL+JNGIy30wy/gLLU1JbG8R/eq8QC7RfcP&#10;dQX0sbWJI0v35UfmOHNGIYlVYvm2sqsTxjEX+YrcSxaWSpqZ5Da7SSzMzM3xJPIDfS64oqcJJPE4&#10;k+tTezcthISiAB0bKEjm35+BP1fizN6TVyR5oGJ9GcexHApaUybpGoMUf+cwSkHVQ0lRMg/4gbcz&#10;D7C81Rc5Eu2VtaURH96rEe8q9lYd/UVkOjNGroDB1EE9aTHwIql38T3prR41iEIqqNBQZ/wzylqZ&#10;GDbsQoGFNKdp7BYZKfXx+rl3/VKFMWyvQ1sX26CqikJXX3JY2iY/eRyVtyGTa5kts7FJJ9QfwJrH&#10;p5KgQo9B/H5VSd+GrWVPTD1IdQen1deCizngNR5CmwLVmD1sc8KWP/HMkp5VN6z8V6p4p0U9QOD9&#10;Iquvynnjo9gmEdUcq5ty5O5qZq+Cpq6yqoVgVCHBo6ULY7gxmA23Gtu0XP8AMXLW9ZslKbdtm23A&#10;tJIJVKiUwOGhM9cxFD7s/wAry8Xtm5eJStq4WtBSoAiIACsdh1H0A21sqdHEosEzBkXH8UqIqmk6&#10;kSYplj5arhWRWSnEBja5J99qk7Ps2sCb8qY9L/42GYsRTJ/S31fdPEzflPD2/kcHWPp1fD8wYdBO&#10;zyPLUUDiSlrPfYEiJYWC32h2sDjXur9SWf2LzinQhzvCCqRBJCQmcCOCR1cYqdt7Ppc3cvlJctlr&#10;tnQIwOpBEk4hUkYk/aoQOFKDPPpq6nZIxrq11Q9KGfsMwHP3VGto855j6Y9a6B8SyXieLYfgdJgK&#10;PHU4P8rimHSz0+H0ySTebVRLs3ClZiSdiSr6Y0dVikmHZIxybH1lipqugqgiBJIqqnjqUkZoyQFK&#10;yfa2n6vDKPdzt+tX7ZK7xotnpSdQ98Gsdd4/p7zG1lTTyHACRCpSZBIgbZPqKIL03/FbwnDekdL1&#10;J9XfScenCupq3HssZpwePF0xUUuKZex2uwGqpUaaGkZ5VkoWIjQsxvZQ1hdaU/QXP0NAv+/KgaoI&#10;A2R1E6OgB018orf6+OO/UZkAdKCHI4K0iPZM+6gmOxDOlJC0tiTw1Db7vjQB1P8Awof/AA+WzXWY&#10;JUU2do8GpXMcGapsuUkmH1IsCTGiVpqgvs3QA/w5AqcldTMqu1SMNqKnbciTDCJjoNNvykhktp7B&#10;9HB1k/axu5mKYRcJJPBYKfiIPtoHZpuHnNkr9oyodYx94n30arp1+JH+G36lqKTB8G675YdJrRVm&#10;A9U45cvrIZDtMflZsp6OKUndY+WWHx5PovUHnLJtPT02YMHqJlYqqtWby43HbtYShG+Nrk8cf3Oy&#10;G8hbaQkn+JpWk+coI/A0RKy68U6QteoDg4kKHpqBj0iu81/hr+i7rb5mZumtJQ5IxKdHlizV6fsV&#10;ky67Ejd5oky5UJFITfUuhBHfkLC/UD0+rsRqKjMOWZaRqjcs8uG1U6gFr6iGQqoOvgeeb3bv2Ewz&#10;eKUkcHUhfvTpV7SaV3uTocQAlvQR/RJA/wB61+eEelOE/ov9VuQ8Eo8N6V+qenzvQ4YirhmFdfcp&#10;4Tik4WIBY0OJ5cOD1DgbR78ySue7EnuJH8t6W54p5Z8Fx4Ka6naF8OxyNZoiHXb+kBGgtpqPv4kW&#10;xm2ki5tUOo/4GoHb0pWEgf6Y0Sm8Fo4AHSgg7Sko9ikFU+xNBphmcfXX0sMdN1Y9ONDnykw+pWp/&#10;rV6eszU01TuVtAMPzLHhRU+PuVEh9gHK2+vf4V3SLrA2J1OEdP8ADsrYtUt50GZuk1VQ4TO8kj7n&#10;MlLGq0tQWaxZ6ildrdmGp5EG8PZZuzfqOtldm7tnSUJ9sFs+0nrrIHdft0zrLG0/tTct9BBcPuJW&#10;n2x1UaDp3+Id0loDDhfU/Hce6RYrTxzNiVF15wLGMBpEZNrk/wA1xKD5KR9qkKsNYwvewOnKQ/Un&#10;+Er1C6SY1huJpjGJtkepnjpMyYvJgXzVZhFISB815dHUXrY11aQU6+Yo7RnkA77dh91l7P5m1dFw&#10;wNpSJKR0kAmR1gk9IrJvs+7e8uzlXcrT3T3AE4E9GIBT6iOs7KPd08619Neq2Ctj3TnOOGZ4oCG+&#10;WkyrX0tWJWUfY3K6qrE6AMQPjzBlD8Inr7jeA0WdunWfcl9VMo4lafC8Uy5imI080iDUpJFilBTC&#10;CYdnildWU6EXHCK07HM8ubZL9slLzauKFJPoQSkgjiCARxo2vO3DJba6Vb3eth1O0LETwkESFA8C&#10;JHXSdm9QmU8IlNLnPLeYMjYhGu+fDMZwz5+dDqLbcvS4kHGhs6FkPgx4fzJvoDz9kfpfiWN9U2wj&#10;pJlnLNLUYvmrqHmho66tp6KPWT5CnwurqQ7aWQ+UkjMbK1yOJHuzfN7dpTrrWhtGJUogARw27eEb&#10;aNLDthyK7eQxaul15ZgJAIiRMmQMAMScYGNA9nD1y9LaHMmGZJ6YYJmTrn1Jx2WPCMEyN0/wiop6&#10;X5qUMwNZimNR0VHTrEFLzjz2eOMM5iIHLAfRv6EOlGRsNoesmacu4lS4hmNUxLLeH9TIaSTGVpCg&#10;eOqlw0RutJPKSW8qSSQxrYkh7hZW7Mezq1dSLh1tT7pxCMNAHAuEiE9ITJVEGOAgLtd7Yrtx5yzy&#10;9wIbTgp0ykKM4pRHiUB/SAAJwJFV8eq38Q/N+N49UdA+idCnUnqDh6JS9SMP6JV9V/J8HxeMkT0F&#10;Zmid6ALTwtYEpDBPMVt5QjLI1iWK5vy7hggo8LwqGDylAWqkSOWrYIth+kIJU/Qe/MorHc999STe&#10;OeGBDaJCB58Vx1wn+9rFr81o1qaJU4dq1f6FOKU+eKv76MKKzkP0ndaupNRTY16gOptU+Xt3zEXR&#10;Dp5WYjhmU0aSTcVriJIZsQVQduyRY4ba+UbA8A/NkGZ8zR1OI09DLHQi8cVTORFE92tYSTFd59oU&#10;/T7eDu9zGwsbf9osIQkdXsgY+lW3dtnLq7Sy1LrxOweI+ZiYHnAqzXLWJ9HOg+XqHBsWxjDMq0FH&#10;CPJwunSNNkcaAhY6ajQkeAUBPgo8OJzBcNwjAUp55qVK3MBQyVE2IOPKVyL2SJrKQvYFj9Q5Aufd&#10;s+hJZsEwT/Gdsf3ox9D7qyiyDsDeulB3MnP2YODSOP8Ajr2meITA/vjQFdTPVDmfNNHieD9MI6nL&#10;mU5nFAmc6Wleev8AKZtjGIRrJ5DN337XIFvsnUPUWdMcaqjWSj82SF0feSQRYhh3Yj8+QVeXzr+p&#10;SyVKVOJxPrWRtpu5ZWzIbabCEAQABAoj+ZPTZ07xmjxvGMTztPVS5np6lMVmxCT5qSoMyPDITIY1&#10;kc/Fk+Btbh6I2DqrA3VxvU/A68jVCEtmBwiotvFqdxjnD5VpOmmbDZ3pHBjlpX+XkTQWdCym9u3j&#10;witLheyXEaeFT5tLV1VLtGhCrLYdvo5m32qOa8iYUMfGPekmop7GXNGfvJVsLZ/34V9Bn1A53o67&#10;or0szTWzxQ0WNU+C4srze8jNV4O9Ra57Xv353UYdKEVDO6EAqW96+vwa4+4cx2L5SMMDWWbekkmO&#10;uihYLnbDZaqSdcPpa2EnzVjtAqqU01MIVtRqdzHtpqeM1RRTIHWWzKfsMPefTTsFsO3t4m70ESdt&#10;P4GAJoUcGzJQ1EtPLhxeFgbSxSWipyDrozSb5B73+EAi+p4lKuSlgilYV5oTEp3R1CyFWNj8CWOn&#10;hcD2c2p+UmDFON2qzEChvweHFq2vo0myvHmSOsdfLq8MlpRIi3U3uWVI197xIJ8SeBhiOMYlUV4o&#10;2aOeRgHWenlZfdvYe6VF+/jwmVdOkwT7KMA2lKRGFGty5k/LWHYK2Jw001FTxMyNR4jTxyHfa7Xd&#10;Xcjta4uDbilw/wDrDEloKx1ituD1EiuL/wDEJd/8eONPOnZVFNo440GmZ6bplV1AOJYHTtXC8bJh&#10;tPLC5ABH+9FGIjpfsQOS5cYzHA4EsdNVKQWB9+KQm2moJXw8F4qGZOtnhPXSZyySueA86ZqLIXTO&#10;vp/NoKrEcNKMIvKXy6uEAEghllTzSQDcXkBHIwzcoqGhrcNlp7AEtSPHUam5ttPlEfXx854D9yfZ&#10;VEZXAmfbUyXo1VGgjqsBzHSYiTdY4cYiqcPG0EC/mKKoMe/a3bkiHMeE1K/70GAn9ysjkjA+kkFR&#10;9Z441mjR4x51v8oY4U31vTXOOFzA/wAuFdGLs9Tg1RBMx9llLLK1/wDVU28eT3xCApuiAnRRu3wM&#10;jKRbuSLg9uKTmKCZ20UrypRJgx5010uXa5GCVpNHNKfKWCvWaKYNvsFVX2OpuR4X9nNeT1wevvrz&#10;X5ozd006M1zZByThVTNhEmcsK3/zivMP6OV0nH+80Ze+3YA+l92thFG9G9lypammfCgHbx/ShvZW&#10;rNsIIlfE7fZw9dtWZ9MfT7k/LOHYViuYcHixnND08bVaYiqzU1K7KSY44zuVitwCzbrkXFuUkZtq&#10;s95mxGTFc04xiGZ8WnO2TF8cqamsqHsexlqGdj39vIuulPLMqJUeujpF0k7TRiFVUVVVQqqAqqos&#10;ABpYW4gpaOqhv5sLLt73BH8eIFNKFK0vpPGu+WbfhE+nqo68eszI1fWUxfKvRgf53swysDYz4XNH&#10;/L4QSLbnrHiYg90R7duSJ2R7sLzXP7dsDwoUFq8k44+ZgetRJ2570DLd3nUg+N/9mP8AO+4+iZ9Y&#10;HGgR9RGfqXp30nzPi0r7a3FYzlnBo7sGeprkaO6lR9pIw8g9u23N5ekpzMZFlO6CpAlVdNJFQAj6&#10;7c6gtLKWz0ddc21nREbflVC2O4wsa/MQARV2EH5WoupA8hpG2Em5Pu7vHuCPZxH5xr5Mu5GxOeM+&#10;TNNPGtPKuhcxxyDbf4F1bkeb8r0JQlPWflQ+3DsU3GZFREpCYjzIPvAIqVhGH03ULrb05wGZfm4K&#10;GixDGMQiuWWFZZaRI5CDcarFMlvYTzTS/F4zP/OuuGSMnPP5s2V8FlxiukLbttTi9Y24EHsfLpUY&#10;/BhzCLtju+8u2mp+1JP+mP8AyPwroD2fNhux1x9x9ww/GthTp3BDT5Xo1polhpPsUaRgACKNVjAs&#10;PYVI5UhUU3kIpuGubEj6OQ063pofNO6jS55D4zT9e57nq9Xue56vV7m1X+E4HHo6ywVPfGcd0/77&#10;jyb9xAf5cP8AGNQd2gp/y/8AzR86LT1lKHM9ArKSfkIjddD/AL0T8stTXaGOnt+PjwXKXCOsUASQ&#10;QYOygiZCrmyFQ5uFHiAdP7eOEethtt7H5W2QYBmk6EaRNNNcwZ5FvdV02j6OPtP7h90gEWb9vFil&#10;koKjwn3inJ1jGkDXhS20ozxv9oD6bcov6zMn+d/qMyEbXxircg+1pSx7cdyS3P5RChxk+81Hu92F&#10;856fCrKMpxmHK2WoSbmLD6OMk+O2mQcTFEllDDUGw9vD6ZMGgujx40/8EbLSt58emtxfhqwBpik7&#10;qcYr3DwdKlJNFY2a+t/p4MsuSEgdYqrSwNtI3Nt/5bVD2qeWb9NUb5eHxJ2rfgjSrSkAUoDoCxAq&#10;jH1hFWpcYMkm0e9tHt7ngy5qPl5bxS2p+VkW3h/kmHI5zhxSrW6B2lBoREBxbfATVRPpbMo9QOXE&#10;azlswUZawI/5H43BDDv37duVaZgQmWUnQjdbkRXqjBI5xqRMrVK8K2/MAKpR0y3vcIxv8RwHscVm&#10;RyT290fw+rgNfjXjxocsEgzQmYeR5aKPp4XnN6kPJtUhrG/axt8eeWqIVTdwRMilPT/Y/Zwv+YFL&#10;A7PH3WA7A3twwbVhNFDzsJJrPwJcfSyvts57Hv7fhx5JMyaJSSVEnCvcA/GorSE7gLsQLaa+PNCJ&#10;MGnml4HyJ9xr3Nuv0mqX9H3p0qApd48v4EkKaDcWo6uEXtb6OZl7kW+rNDq2G1QI/wA1JFc9fqGv&#10;C0g/3rz0ejiD76qz6c0qTfiE+ragD3payiwJ69dTYtlrCANfoJ48ZRpB/mLynQ2FZLUYlXyO6q1y&#10;WZgNumo108OBpGVC5zezSv8A5l1bMNq2/hB9tL97s3fayh9aTMvow4f3Nf4040NHS1f4mWdqqeEU&#10;S0XSPCIoKhWUvKWzNKxV9T9kKO+vvcXWH4mzYMlHgCimWMWjqqlALWFg6bI1LXt9o8mJd/8AkmtD&#10;STjhtH4CsWb5p26JLhATOwTR3PkaDCMTkrKtZayrq1/Tb3MgAvfZ+lkbYBf7K6fXyC9TmunEAqMx&#10;qY7mWeNYPMIaxHcAn8+L7BN3gtSwRHETRFcG3BISDPnSngpsOn3TLhagsAiuSFBXQ/Dx5Kpq/HcS&#10;lmpaSqFJHTI0slbJBGXKWCkBXZvEj6ebvM3uVI/ZpGmeoT6EzT9pZMJgqMnoqHiTU9LFHK1L5rTy&#10;JDFEJGABJvcso00B5NxChqVwzp88xeSZq7EZah5l2Peam1uPDw5H2XthzOAeIZTPqtVS9mT6UbpL&#10;AEHWsD0LUfGic9Pq2Kr9cXX6GOqjlpYsgdNZESkYugtjGcB37Hs3FL0+xRaLpvkSZBHCJaKSaNto&#10;O0lkAAJ+B4g3Zu2mM3eKxgbe3+CwfgKEPatlvfZVakHHW77iPwoBOk5Z/X3664ZopaqCKLppRvTo&#10;7hSowqvlLFQTrul8PC3H6LGok811JaplHnLIGL28PbYA/RyTM2zhK2oZUNXRWPlhZFpwFzZR+ceo&#10;ZMUo3p8OKxQqvkiEoqag3003XH08ymqmaMSTTmJX37o+zXYCxG2/jyLUOrdc8UxQ6SGWUko40DD0&#10;NXieIJQz0hqTQGNVmBJiujEndutqbDXneX6l3zLgY3F0WVozdQL+4VBvqe/CvePSbG60HEtOSD/i&#10;KoYdmCHWs6sFKGHfI/36i0/iL0eF1voY9alPSlRVL06zLNKkDbkVosMkkIHYXAB4iaOkSnzk1MBt&#10;NbgGMyRNJfRgcPUgHx0A+rl8+fIyduNpQ3PotFCjs/bLWaX5GKQB/wApOD5V16vcUnxn0yenvFZo&#10;1WROrPTmTEY1K28oZxV+/gQzafEcUlK0Iia8O5zvFwpVbi4vc28e3JoQWG2AowBJHvrGpxK1PkCe&#10;FWJzFI6SJjUIkYAPvMrvbd2soPgOQ6KlifEnaoVS59xY3YkMG79vZyJrNLarxesGTOzZ+EUNn23V&#10;WqACNI9tB9V4rT0E9WY4qhZKsmdWpI02BVGh9utuLCnoRR1dDULGUXz4w/e1t+lr/G3FeaLQyykH&#10;Ar9/Jo33Uy5Tt0gDpFFo9Q+fKdekvU2lkmBlly3jK0cUg3OZPkJGta1tRrznJTQzYFhZDk3LpGqA&#10;A3eWVSbD4i3F+4l2peRsz/Ew2D5BuaRdsrQt95bpJ/hfc9yyBSw9KVfW1PTrBAY9kb5cy+RLKWZQ&#10;qYFR1HcX7b/z9nETSZRr8RmpayCCJBJS0vy8jzRab4hI4sCzBhfxXgCyt9/81cKQnwqUVySkbYHW&#10;eBqYt+0WrrDJU4BpRjtkQSPXhs6aAfpB1xGVa7qRluTCsXxOuhzbmBDQUeHVaxyoKlPKk8+oSKDY&#10;4J2jzfDXjwnTSurKKpFdighScFSaON5SqA6kmZoCD9BPBMnLHyJccSlO3acOPVUaozKybVpbSVmO&#10;A6fT8KGXEeuONQ1VJVJl+DAYqSeNpo874xQ0F3FmCqmGDEi3s2soOnONZiGRsv0j0L5rhkqYGJ+X&#10;oqmGVg5/xx0cc7r3uAT9fA5vFvLYsoXpu0lZ6JVAPkPfQ5yDdS7uHEEWKwnAyrwgx1qgefnQT4/i&#10;/XXNlTVYphNXRJBWxS0oc4HijnynZmKU9TX1eHQyNt03hbaX2kA8TdPnTBqR3looanGIsTqahpqP&#10;C4gzMk9OkJEqupKraMhvd5H43m75hCUtKckAEJHQ4pYJkYAxNS9nG6xGa3D5WhlRghSiCMUCRHGC&#10;qPSgLy70j6g410Z6edLM3QU9FHkDC8Nw+eoxGtqqAirwDM02J009FU0D/wCUIihljIkGh965BAek&#10;zVj8vlwYHlT+VxMdxFTUNFTsB2Aigem7W1Nj9HBS1n28dxKmLVKIGBUZG3oEdPuqNX93skZg3N4p&#10;Z6EAJ98HbyaHKiyZPJJVVVfilNjyQRotPNiVDNjmL08u3SVqzG3xQMdfdA2C/tAtzxr+peKrJE2N&#10;QYNT1EhTy6WJXTYtrlGUQyjvbV+buMj3huUS/dd3HBCYnyI+daF7uzaH/J7YrjElaiT75B9lZZsk&#10;ZaWagxDM0NfmHFqKl8nDZTK9AJJZy2s8NKZaMn3bi0PujsAb8bMbyRBPhWIT4jjNbiNY8E0LSVUz&#10;WbzACV9/e20lQbXubd+NtbmNtKKVrUrXtk7fZgeNKkdpq1hKW20JSkiAE7KnZQwuqy5m7DqbCMtY&#10;XgGH1NRBW10lDCkbu0Jb9I3keQjPaVhfaAN3btxeU2Scv0dHF5VBTpMY0hFUU3ylVXSxI3afTyQM&#10;kya2TAZbQNPVt8jGygVne+l4+AXFq2UnsuYpmGqzRmBKfFZq+mpq6SR6GaQU9HFJLJZ/cJEbE2BB&#10;2eJ5PgwbCPPpjIpjeJWjicvZmHcaXJI+rkiIadSklsJEiDE/gKBTmbLUkyo40Kk8mZaaCpXDKajc&#10;MVmrEjSRliY6khtqgMR9/M1bQU8z0ln8taV/Nh8y7alSL38Pr4UZ6Xmka9WA9IpdlDKlqKUpJJ6K&#10;SOP5wky9hdfiWK4lFTwTQiCvmlKxWTzFFve7nwuNLnmX+tOBYepiq8bihCEiR0YPYgdjsF/v4Cf7&#10;c2jbcPOCScBtPsTKj6COsUOLPs1za8I7m2WZ6vnRfqzOHzTSVUdAuKCnQS0jVDyQgLuFiFkRt3hY&#10;Lqb+PMlT1EwzDqF6mCCRqdfeSprmgpYHsNLS1Dogv8SOL7nfywbbKlKOEYq8HmfGAcPI0LMq+n3O&#10;3VqC4SRwkqP+8BWygPxzrHkjMOZcKyrTTHMeP1G+Wrw3JVHV4vXU0cbal8PokescKT72yFj8LX4k&#10;6v1WdJ8ESJM09ScAwCmphvq8PirhiFUhN2K/6AswPYduYsdtHaNk2asLt2UqdVsStOCJ6TMH0j1r&#10;Lr6eOwt3JMwbv330p0nEEKBMDYBB2gnbHlVX3r09APq/9X+EYrhHQv0fdQ85V8MvlZazbm05eyPh&#10;M8ZeO88tPnStwusWyggL5WuhvpyuPq3nvKWe+p+a8yZEzHQZuoMQqI/klwWpjeoZEiVQTAdsv0+5&#10;b48V9ku8VgjJbe3W6kOpCpExBKifnQu7Scku3szdfbaUW1EQY4BKRwnorZj/AA4elOe/T/6IPTn0&#10;S6zZXrOnue+m2V6fBc44djDQVNNT1cUsqyAV1BNVUjKSdyWmJ220XsEyuHT4biPyzgpKG2KHGw7S&#10;S2oa1rqQRfw5MDTiTMFJHUZBqI7t1UQtJT5g0c+mxOhxjC1rqKpSsgkj3+ZTusygqNhAaIm9mBBt&#10;434qKdHVG+ZjKblZEcDxJsANt9bfVpxRcwppQ0wQk/A0iKwlQI4Y0mZzHK6rTzqxZ1DRg3NttyTe&#10;1hf69fp5ruDD6qozPXUaQNUVc1bPTpDEt2klM5UBFGpJJsAORJkSVFtGE+EfCpCv3UpkExFGa4fz&#10;085Lx2OgxbGJqRqKhNOIqV6tHQTMJ9j+Wdu1thjYNrcH67DWzkI69vRhskUDnFhxUgj202V1dBTv&#10;TwsSzTP5Z8ux2EJu94A3F+GGXC5HYtsIKDeNQASW8NxHGXn8Nvtmm1NKnh7RWL5iMW1JubXAJGnt&#10;IHJPycy7u21ASSzoNAfaWsT8BwrugdPg2ev4fOlDLRG34iuJnjO29yW0AVHPf6Bp9POK1Ap9qyOq&#10;bhvu7oNDp3vbw4gPWYPPVSxDBUmR8RXiA3ZST2+y2h+7mZsZoIF8yTEY6dYCHndnRSoHv3BcgaW4&#10;13rSfEXE4f3w/fRrYWKu/R4T9w+Pr8BUOeGWWGeMQ7/MR1VSCQTtIsbe3mmJzEeugVKbnuer1e57&#10;nq9XuKnJd/6y4dt7kTj76aQc9Sm0/ugr3DbpiGb0pKUJhFoVij8gjDYW3J5Y2tu8v3rixvfXiwOO&#10;AbB7BRuCOFe5ElxXOA+zhxv4BcNhP/ULjTzy9oHurao4V7kZ8XzvawoGUHvtw6H/AKlHjCnHeitQ&#10;a9zB/M87m5+VlX4ihhX/AKhcaU870CtQqvcxtiWeb38iXXt/okX/AFL5rv3Y2e6vSa9zta/PBNmh&#10;mHwali0+oR25YOPcirBSuFe4sssp1Fqq6njo6WSWd2VYyaemA101LoAPr4oY75R2fClrWzGvcBCo&#10;H+kVFxtPmPcfHcfZxNT+Gyvc5poV8fDmiK2U417iywEAwvfwFQB9JiB/ZxpaRjTkYV7my7+GLMW9&#10;H9KL32ZqxaMX/wC9fhx4Ad4mwbiOrn50Od3laWaKF1YuvWdZPBct4dttbv8AzLEr8PM5F72t8eFT&#10;TRSaFLb4IppMyyRWBN73KtyXTqyql2v9Hx142kgkiONMF4kxUOtcN76nQrYgdwQLHiH66F36BdZm&#10;ud0eAV8in/iNJM37OL8raQHQBxNNKMVByrK6dU+n9zdfOqVI7/ajRP8AmbmvRT1dRELKxUAhgO9i&#10;Po4KvywIpSm7UKPbx0qqkOCf3nG429pHw4kQyZp5+4Ar3GWV9b21buTpxQhgk0g1CvcjPILWI1v9&#10;PFgSaaUrCvc6Vkvfd28OVKAa9rxivcu7/Dhb/p3Xqsl9rf1opjuH+thkX9HCPNECU1QOQvzSfcRV&#10;c3qsBX1K9A2OqvlrNwCj/ElbhJF/+QuVd9ZgYutPV5FIIizRmBbj4YtOOPJTKBRxarTpAFHsyDKZ&#10;8i5KmN7zYThspv396jjPEJBJfUnXv9HGlgClOIOFK3ijp7sCQwUudhd9BcA2sfG3GlNyaVpAPGvc&#10;ennnmpVqo2jqTSgQrCrBG2guLbiDqQRrxlDSQvScAa3cLPd6hiRXuAjX4riE09TuLxySqzBUDXKi&#10;TzLfWQdODq3t0IA6BUYX946sqBBE8/jXuHJ/DfnRvVHlVJah5J6HDszYWsUllFjlermvb4FWAHs1&#10;4/vCpYtiABpWAT7Y+dFNkrXJ1eNJj4UT/wBdqlvTXj1m27cz9OJCR7F6kYCx/IcHL8Rqdkzv0tnp&#10;VaCKfAJ1jg3H3QMXqSAT42vwD2DIKDgIH4ChxlC3WkFKlalTidk4Cnz0pRVMOVs/xVlX89WJmR1q&#10;qwJ5YlkGAYUpbbc2vbldIxPEFjMa1TBR7oUHsPq4o7pM7KPk3iiNtGk5GOITFmk8+RJWspZCb6ad&#10;yeeLI2UnXdHHpr3MiYpXou5KuQKdGBc9voJ5o26OiqovXE8a9zxxCrciRWPu6k3t+08r3aRTn56d&#10;te47YLi1QcbweSWQsqVVOzhT7JV5YNiau7fSnHor3NnzOIT+tOYF7EVcxHtPvngKzKe9JNFmXo0s&#10;J8qpv9Lu5PT10aQWXblvCAyiwsfkoz/A8SxF9xOq6AX/AKeI9gFK0nroe1Y7gu7Xsb84qwUqb6nt&#10;/HjqWFL4VYjhXCaZI7gnb7WFj9XKn/xiiH6cdA2H7tfjgB+JGHDkhbqIACvIfOgPvEkT10vPSXcZ&#10;v63Am/vZfIt2+ziAv+XKHeqdjBh5HhWVX501NwU3KsBQZfwSKO5wGmG7t4e3idp0CaTJNe5lw954&#10;cRopKRhHVJNG8EhIG1w4Km7aDUePNhwlQNaUa9xW1eMZ6aVmXFGBJ1K1FML/APJ3FZednaaQPJM4&#10;V7kT+e543kfzV7juGngA+8txsPu7NVMFKq9zOMwZ9i3ImKOu8a/pqb6PFuW757ZNe0KHCvc4tj2f&#10;UszYi69rEy0xvy6Xnhxrw19Fe50cxZ+YHbiDN3YhWpv2ct+Zfr3jPCvc4DM2f7AfPMR9oLakI09n&#10;unnvzL87a8pK5r3OmzNnwhVNVp9pQ8dHb805Y3b52n3CvBCzXuS4s059jNxOq20IeCi0+opyv5p0&#10;bYjyFWLK+M17jv8A1/6l2t8xH/kvk7/JYffy77rX8r8+/wAee/mTnV7Bs9la7pXJr3P/0NeTEaCe&#10;nd0qKc7lupYCxvf7uCYyKLFit/jkPAm+SxWGogUvLcboySjm51tbj6CIpqYM17m416Suo9F1U9P3&#10;TXMtNiAxCspsOgy/jj3HmJW4egppBIo+yzBA9vYw4V5qhSXJPGoE3yyFTGZuGPC54x16sT75FfMB&#10;/Gp6C4t6afxHfUnlafCZ8Ny31CxmXrdkGpqlCxVeFZtdsUdqbboYYKxqmlGmhiI14ZQ+6O9/ZwgW&#10;sCkthlylHCaqRmqSxN1FzrcjjVieMYbg1M1bidYlHAunmTHUn2KBck/ADhrkWTX2ZPhm2bUtR4Af&#10;Ho9aXZoizsWS48Up6ziT6UInSfpF1W665rpMidI8l4jnvM1VaUYXgUV1hiLBTLPKxWKCIE6ySsqj&#10;xPC3Z469VMCPDlOFaNrsn8zrVLy2Gl44rFR8CxPxA5lvuJ9PbVvpezJes/0EmAD1nAn0gdZFQHvV&#10;vKi/SpthuE8SYmPlNbPPoX/Any/gWJ4ZnD1bZqObqkRQV1P0vyPNNTYTHMSXaKuxEMk85A23SBYx&#10;e9nccI/nDGazGsQqq2unkxHE6ohqmaeQysSDoSxvY/AXPMl2EMsJCGUhIAgAbBQLtcs0AcBW170r&#10;yxlrIWVsIynk/AqPKmUsDhFFg2C4FSRUVJBCoA2RwxBVC/GwB4x4N0nxrNDrV4nJ/J8HIEr1dT7o&#10;ZSddg7t20Pb434oRZuOYnZTd3nDTAKUDUqlPmXrdlrKG6hw8Nj+YAxp0wrDbOyNYW8xvsoNdfH4E&#10;cHTK+Tsu5XAjyrhIqcTUCGTHKwBr63Yprw7t8vKhgNnPPlQYu71azLyoG2BRb84Z1zdnlWkzfjQw&#10;zLrsZY8uYbdAQAQolYjX4jXXwGnI2dM35ayVSyV+dMV+bxZQxpsFoP09dPtHaKKMAKCTa52ge3hJ&#10;vPvplWTo1XLnijBIxUfT5mB10d7s7oZnnTgRZNkN8VHBI8ydvlialZGy3jOZZloMiYPbCwVabF6n&#10;9BQxXtrLPJcsw7+7uYgdjyuXrh1h659REq8G6eU0nSnKk6eQ9fGwfG6hTqT56DbBcf8AFXvD/HzF&#10;XfPtnzPMSpu0HcNHoPjPmeHkP9Mays3G7Ecuy1Iculd+91/aPIYz5n2A0crInSbKOAQxT5lrqfNe&#10;NaM6bbUMXubSqxMW8y1zq/wIVTytPFPS/SQyVFXXUj4niVQzVE1VUs7tJIx3MzFySSx1JPILcsyT&#10;JxqcA0KMClRDILq4I78DfEegwp/NCYaFdV3OewA+vlRZxsptSONZr37cReCekfHep+JYtBSmDDsO&#10;wakkxvGcSq1eQ09LHNHANqDaHkeSZERSyi5uzKoLBsZWXKTLuFMx1mKasTxmgwmTCoKuTbUY3VDC&#10;MLgXvLP5EtUwBNgNsUMjm57KQLmwJ9/Qtgn+xlnLNFeM0w4XkbN4oqbqJLjVOgmeOhSo+WeA+YHh&#10;KSVLFlaFjZiAzd+D3cbM3cnWtaVQ2uAvDbtjb+FBTfTJrfNrcNuAFaZKcdh/Xr9lAR6lOjGGdaun&#10;9RQJha4jm3A0lr8lTSSvEi1T7NyOySRgpIEAILWuAfDlqTevno3XYViGH/y/NNRQTN8tgeIrS1Hk&#10;4iYyTvpzPVxCQBk0A1JtYX5Iae0u2/MB0BcjZtE8DGMbKiV7swcKMFtTxGkYeZ0+0++qtMH/AAzu&#10;uuCdRsp9SsJx/I8WKUUks+P0k8CU80MNQhjkjjnpsFlcu6SEN7wHhcg34F+QOuGF54x/P+IZTx6u&#10;y5V4titP/vizrhkhiq8OpKGjw9oJvO/ybCammKlZl27gzhgLcrl3aipL90/bqIWtafCtMgpSlKYM&#10;yQZ1bCNvXFb/ANjxpTbLT2haUSAUmClRJVKYgHAjaDswAo/eOdLcfy/l/J1JmXAYcx0mXaCpZsby&#10;lUSQT4biNRX1NVJNClkMytHKgIaFiSp27S2oD9MvwXOlVb1PzD1Lzdm9qjpXjVbLjmRenmSlMEqU&#10;FYyVMcM9dKLpEm5o9sSl3QK3mqbjkVuboIcfW79jRMhPEA4xPVsnqqQFb8PtspZAl1IgrOwxxAHS&#10;McYgnZVfXqV/GPk6Y09f0z6Z9OmqutGXS+B5xxzqSgiwiir6NliqDBR4dP59RuYOAHeHy2sSHGhu&#10;+w/FsjdGMlUdHLi9DkrI+TKClwqPEcyV8cFNS0GHUqU0Pn1eIy3bZFEAZJHJIGpPDt1pLbY/hSNn&#10;VRZa291eulelS144gepJitXzqN0m6rerPP2NY4MtY/1W6g5qrsXzriWFZLwrFMVqFqsYxOfF696T&#10;D8NhlWCKSpqpJXSOMIrMTYa8Abqv+IH0l6V5MmzzSYHj3VHL0LU8cmO9N8MM+GqlTIIo5lxGvelo&#10;pYy5C3inY3I01HFuWbsXd+oflkFz0hPqpRSkekmvM3doLr8oq6Qhw/wBQUrr8Ax2cFFPrRoOkX/C&#10;df1T9VK+krM34lgnQ/D2ENauG9Q6yOqxWpppA7FUo8HeeSKRQFJWcR2Hxvav/Mn4ypxDEEhyX0ST&#10;EMPlNmlzHmiGhrCL/Z8haGVAxB7iVhf29+TtlfY3mHcg94wlXRrO3okpHuJr1xu9ZBRDinCOnQAB&#10;7CqfLCrcuk3/AAnL6eZEhjlzH6hp8arI4vMgiwPK0VJHFVdxveqxOqMsanQgLGW9ovofHpF6ickd&#10;fMq/zzJ+KrR4rAqLmbJuNyxQ4thdRIDaOogeTUNY7HS6ONVJ4B3rh6xuVsPpW06iNQgyPUepB2Eb&#10;DQZzPczYUgOtK2EQQeqNoPUfaaDPPfpXzj6T89RYLmXCa2owWnfzsoZ9yrRVxwyspQBZzLQQyCnk&#10;j/3WOZlKEFrmMq7OmYsoYdWLfEMpRSiYhxVQU5p2Y3vuZ4RGxP18E+W7/XjZAauZjhIPuP4UC7vc&#10;mx1ftGdKvUezhRiuknqXzOiyw5V6/SVn8uvBVYTieJU2NbALfo1WrNTtFvgpHw7cY6GgwTBEcYfT&#10;zUMtQpUyRNvUkaDSbdf7+DzLu2DM7XEpQuekQfcY91ArO+x6wvTIUtJTsx/SjR4R6h+sE0o/mM2C&#10;Y9QRuqVcFVTSQz7TYmz0syhTb2qfDTiHlyBjbVk2J4fnyQy1L/Mba+AoysdbeakhJA7dvZYDh832&#10;vBwftWSZ6CD8YplfZ2bdIS2pJgdY/GhHpvVlg9RFJhObujksdNEJKeVMCrKavSRVuD+hmjgAJFyQ&#10;W9tyeLDCJusmFpBh75hps1YJPJ/v0w+taCspmRmvbysRSPwNjoeeXnu7t4vU8goX/Sgg/wCmTj76&#10;R3uR5i2DLerDDEe0bfTZQF5hwv0C53xQ5vren1X0a6kRRFMNznlSlxbK+YU2LZVbEsmSiQpoPdab&#10;aRodOT8p9Dsr4TnnG+oGRWqek+ecWRTX4hlIgYPiQDlNtXh0gNOxsqMDH5bg3Kstzcib3Rytq7Nx&#10;lN4GXDMpJ1JXx8SVGfWZHCk2ebz3z9gm0za0NywnZIIWjDalYx6dszsM17M3qD+VwDL+VsOzvgfV&#10;7J9KZYK3LXVCsmOPqnko0Hy+Jxv8yhB3gy1MFTu0BvwXc1ZOpM45/wAo4l1DxE5ph6cPFmrDsvwR&#10;LT4VNjEW2SOtmjLytK8TBWhVm2RsA1mcBhtrcd7M3AMwWktIOru0TpKulROJ6k7OmaL7DO7XLsrU&#10;3lSVIW8NClr+9Kf6KeA6zEnqwoo+RcfzRh3SbqhheXsoUfTiHrXX12XKvFsOxaXFsWGC1TvEaWGZ&#10;KTD0p1Kh/McI0km64aPao4+Yqc55qrag4fQuKdz5lXXsUhpo42968kspAAt9PJaSLWwtkpSEoSB1&#10;CB5fGovcuWUuw64VuEwkYqUT0AASaHvpxlvoZ0C6e4BSw/y7KuE4bTRNTYdEqI7SKLOUgpxcuWNy&#10;1rk9zzuLG8s5Io3joKenzVmQKVlxirDfJwOCTaNZNXsfEWB7/DkQb3drbCP2dt4j08Pbx8hHnUub&#10;p/TznGeKD2YqVa2syGx/dFDr4Jnrk9Q20GmdOteYM6YtFQZLNXl/ASdrVNMiefOjBVNlBBU2vbcD&#10;9ffgMZmzjmPHq41OI1L1s+qRvEAqxp3AQA2VfgByBc0ze6vHO8dVq6P0FZrbl7kZTkFqLexZDaNp&#10;4lR6VHaT5zGysmW8gZXdJcQxGdmq6jZJVNjUrTNI9rG67QtwWJ9mvEE2J4hVTMlRMm2M7BHVLYj4&#10;7hp9XCEvORGyhuhCAJAFDNDk7K2C0kVRheHTl6pDI1TgspZW7XHlNrb2kcWeVoNlY008TPLJ7qvT&#10;v7i2v3F9eKGulQpLdqUrEYCi49ecRafK/wDLcLxKnp6KlvLU0+LU155QwAARyjKrDW9yO9vDh/sJ&#10;cz4Xhs17+dBDLf8A4lGp4Abh1PeKHQfxqIb1ju3COifjWjV1OoVwfqZ1FwdRtGDY/iuE7G7j5eum&#10;iPb2bbcKVXJ8pj+aKcApsxCqcWPg1RIR+VuZn74XKXNzrVxW39mf95NQz2WW+nep1O3wrHsUmt2G&#10;txV84+g/0l44ds0mIZXyRWSbgTulbKShzqbmzAi1xxuqZJGV1R9oNxfubfXzHUvztNZdMWUQTQE4&#10;HR0UVRTSVFH8w9MRKEYlFDW0sFJ8b+JNtL8bjDuXbuNh2Uc22fD10+WilXnS7/nHlzLMaX979JO1&#10;irXuRYnW44y1uFLXq1LVwR1NIwAljm94Ejt7p00426NQgjCrBQSKE3Led/6uyQ4tgmIVWGY2pLU1&#10;TShUsGFmO+xZgWsCPz4HL9JcsU1TLVUcVRSSSNvZI3DKCbm4Ega3EjdkgYivLunDHiozVB6u+olb&#10;Qw4fii4biSxptFVKjxl1UhRuandBfQ+AH7XqDLz0gtT126JQAi1Kaj26qw109nHUoAVhTqXiRBpg&#10;xHqlBi2z+bZbZKmdi0s2EzgqTe4sksbWAJ/xjktMKpnijacs5nH2QQ4U28dg0HxvblhpIxqqCQZ6&#10;KaazO2NU9dUwYXFAkeHsHDyI1LJMoZbqvzLjc2o0Cg69uNc2CUcRdqSXyJn97eULX+B3Aa/Xzbdu&#10;RiMK2XtWBpW0fUHG6tYY8YoBiNFCTEYoqgRmNh3YBGf3Qdb7SD7dONtbQSkxhU82Mm0vmWsNP8Vg&#10;T9HKqAHCtJdTSxwLMNPtneSoNNMvvUfkMxZrkC3lhmA0uQeIvHsOoYKSWqqadttOpnJiezLtBNwd&#10;CCLe3iZWnZwpYhk6wNlDJkzMWL19fDRUVejSVbfKBaqImOTcQNrAXBBvrpzWKzlQ0+IY/j9YsnkT&#10;T1VRWCRfsSiWVpCd1zqL8iG5X41EdNGlwklRwnGrReBbiOToGG5KUOre9vKKwJte/iPHvxGUg0kU&#10;2a9xIVuQKeQKZMBkrAWAYU4ZST4faBGnwHKBqcImmHXSkYGDXubQX4PnpPg6H9EMU6mYlgM+E5y6&#10;7SQ4wKWvuJYMAoQy4eu0EgecZpZ937yOl+3MyPp23PFlZrv3EkKeMJn+iOPqT7AIwrCbt431/mGY&#10;i2QsFtjDzWfu84gDqOrpqn7199aMPxfNOG9P8NxOObBshutXjslG9w2L1CyI0TMGKnyIwBbuHZ1O&#10;o0uKw6mDyiANYeYwUnW14WGn0nmR1w94VacCqoFu1RBPR8/wqsrMmPinwypxHa29qZFmA03KlYqr&#10;uP8AxEj6dOBN1jpp5qahwamO6CIGvqLA6s52L4f4VB5Fe99wXH4HAR7KmHs0aCLdTyh4lEgeQ/Wa&#10;Ev0wZjw2TPWZs41z+TVU8NJlGhDOpVUhU10hA3WvvqGU217Dw5on+tnEq7qb6p+sOccPp5qnCKnF&#10;TgmD1SEvC9JhEEeFRyIb/YkFPvFv8XMFd+3PzOavKT9swPJOGHnFZ4ZFpt7NtmRKRB8+PvmtknKW&#10;HyYXlnAqGeEwVUNLE1bC1rrUOvmSjQkfbY9uE2x3D3oFgEh99iQwswsR/wAS4CLlvSBQkslyTSi4&#10;nOJKMK9z3PV6vc9z1er3Nq78JsEejjLDDT/f1jo9tx86eTfuEqcvA6Cag3tCKTfwR/CKLJ1nZlzV&#10;QW7Nh8Qt8fmJ+WV9wLW8L31/Lw4NHBOAoDNK0mOBoIW1DM5YFT7m02/Px44wXO0keAK/Tx1aEkUl&#10;cTAwplqHO5xfuT5l9fC/HuNkUorsQ7BrG3ftp9V+adaUWyCdowpO2pQBPlSSqUaSRpYYRJFCU8xV&#10;Y6G7G+ne9vHlE3V993VvqJrtIxnEVNjcaVTjmt2XSmyb6IHwoD7zyb5w7RPyqyfLn/MPYDpb/QqX&#10;Q6f7gvE/RMG2am/iB2HBMgCg+NMmnngm5aU+fGRqRawuOGjCBGFFyzia9w8PSYf7zBlu2hNyO5PB&#10;flzUoBG0UnBwlNIzN5Aw+o3Huptb6OWb9NyPlYGXs1iSe17cGbKiUERgKXNJVrg7aok9YpVoMSca&#10;RoWG397aG8L8GHNrBct4owYX+Xkc2+EZ9vIg3kV/kt6Bt0Kjz00etqV3jQIwqp/0oU8L+oXLcjlj&#10;/v8A6KBd9v8ApoR97H28qzxxgJpA+nj3+FjpyKbtSSfM1JGVtKnyrb2wS/ykFjf3QBcfX34E2Nor&#10;JJtPcHUk+GvAvdgJcJGJoZW+zGhFw1jsTS1raDhes27zuBYG9ytvovzWmcRtrz0DZSrg+yPD4cAD&#10;GkU79ArAhuxubEG/DBlZ0yqil5Xhx2VI4DOPXZXcMQSLm3a5146JIkGizvJJHGvcAvFw3ntd9A1y&#10;Vvxopgyo7P0pQFjSryr3Nwj0boJfR16emlGq4Bgii1tP0dWL2+F+Zu7gpJdK/wDmna/5Trmt9SKy&#10;oKSDtef/AN/RVWuQf9G/EO9V0/lsT8jluoBCttYDLOGkgkaf7meLXItDJL0pytB8oIZI56+pgjmJ&#10;VdpnK3umosL6/VxBk2Wh7PGlhUaLUGP8Zc/Knu0K7DeRkkzreAMdIQfjNRMv1IqPxKOrUcNXc4d0&#10;2y8GdIzI6rLi87FSZAB9pVIFz4nw4LGX8tYatBRpNI0byKFhjMahpNNTqBb6+SBmViUrUT4iBGFY&#10;4NZolI0gAA9M0aTOOJ5gNfWVVEhxFaNgs6U0iKkW4e7f3rnwvbnGpw2iiqFFTCk1SikCCoO7bbwA&#10;Oh+riVGXvlqEGAenhTKr62MmJPCnGiOaZqaBYKtsPw+Uhpp4k1YNfW6kle/jxpqXpqeB9pEglUxr&#10;TxeW6q+puQ7ovhpoeKG2n2UaFkLHPX8qbWrviNIIJ9lKSihrYZG+ZlWeOlcSJUyeYsrIQLBSsbsb&#10;X1sR9PJVXTxT0GTWijZgtTVu0ikNqYwpJK/SOA2wcjNVKiP2Qw/z11KG8tsUbrpAOxxXvS386JX0&#10;hxmZvXT6jfnQIRJkLp7S08MqtGLQ47mxxZXA/dJ42ZHwmN+muQ5KhlmoKWitOIztuzs6ge8O1hrw&#10;JtL/AOGKidvc25n/ADHqH3aT4sttUE6SFvfFv5zQU9Mc0Nh/rx9d0GG00s2MV8vT6mhDjeiRpgdU&#10;5cBT3BYW/Pj9OBsSOhpVEa+5DBClx/yaCLcWixuHF95qiolTmFuYSUzHGjaUmBY/DJU1+IZhaGpq&#10;3NRI9TKFOoPgzAkn+7mKKimgjLSWQ7bSSvoRfQ6a+Hbhk3bLSiCRB4yBh1Hj6U1d3yVmEI8jtp1o&#10;49rv8zia1IV97Yct0Lge9bcxUd+9yeO+BYZPBiuEYjHDI1J5ij5ny28qzn3bNqNSbd+IN7UsN2Lq&#10;EYS2vGQZ8BoX9mVrdvZ1bEz4XUe5VE4/EU6idO6L0deqHJk2PYbS4/juQ800tFgq11N87K/8mlDK&#10;I1bc1lFzYG3E61KZc+ZNlWAySVeBY7TN5alwGeegGoW5ABXXhbvIpLmWpQkgq7tPtChpHqTQp3Hu&#10;E217fqeVpQSjHZMod2bekVj9TsFZmL0lYFh2VITimNZaz1k3GY8KEsCzFcMx9aqQD5p4Y93lwuwV&#10;mW/BEGRngijqq2pSipYVaWodwwQXO43eQxFfrUjh3aMLQCFlJQDOPmYO0RGGBqPnLS0dUQglS5wA&#10;TiffjUmL1R5tStXDKPKcJFcFhgkxXGaYTRyBLbUpcNgxENY9wJQfjxM1eNdJcEM1ZVZwp6hNVeOh&#10;qDXFH+ybjDlLDU9zwNZhvjlls6Nd0CRwScfWI+NDDLNwM3dQUoslmTMr8I9+ke81zqc0+pTONZS0&#10;tBh8uX2pRspzheDx4c7wEbwoqcyy1UUrCxN1iXTQjiebrN0/xBv5dgGCV+Z6yC3ylRSUlPdGBsjK&#10;ZXkntfv7ns4Cs37Rmb4pZaZddII4bACFbf76I29PXQ/3e7OLqzeDz7rTIw1JCiSRxGAjZsxPGkV1&#10;I6Bdecby/VNmTP8AQ5YwmuSoMtVm/EqtQZZoGQ+ZT0EdLQuu1m9wuF1vbQAqDCcRqK+ggjlwKphr&#10;MJmkl/0sCNAyyPOiX3XP2rGw05IO6udOW2R6AIU20lEHiUtaPlPrUedsORs328rl2HE9284V4cAp&#10;alfMULnQrGlyB0omyw2aKTEXkwejy3RzYfeV5ZKfA8Pwd5BGANoZ6V3UFrkMDxM/yrqpiFAEr83R&#10;5eoXFjS4dBtaOMEsFUqInXQ/4iOAHJ8nzbu/2193QIB0oSJgjEEkSMRhB6akDMc43dS9LNoXVGMV&#10;KkE9MedJPLj9I8rV0wwvLlVi2K4SJnqanGq6oeoqGJILSqZp4JGOtwyA+JA4lK3ImEVRV8WzdiOZ&#10;JZCBGtbPLsiPYakODf2XPFFrlGTh1vWpbxVM6icDwmCPdNNK3qzFAPdsttAD+ER7ONC9l/PFLTtH&#10;FgGR6XKtPM4eukpaSjE1QXuxZ0R0II/xBQNdPGzlhWT8p07LFHhyT1tKDapmYnbaS90MpIB0F9OS&#10;Jl262XkkIYSVep95H+iNR/nO+WaODFxQT0AgA+cYnqoUoqzFJ1kklq4xS4gPKjpBBJPIHaK12WAo&#10;trk+3Tx4rFwSGkqaWRZLRujR+XAWIvb7V1Avc99OGdpkPchfhgbBw9/Iolc3gdeKdavb+tJFKSNM&#10;OzBBS4UJZFmjeOeURxF+/u2DNt2g6a3seO8EEECuGPzEy3gXyxcqA40JA0IHD9jLEIwQQkROESOj&#10;Gi69zedoJ59lRqPL1ZUyQmmeHCKYo1ZUecSrOTGwBsWBOtrHkwthlMjVG+GnSPcJGZ1uAz+3S1+B&#10;7Ms8Q2lQU5qWY47PYKNspyy+vjCGT6A8+ygyzbmbDMqzU1FiGa6nEarESsVPTSKRvkjiJIjWPfcC&#10;3dh8Txnx3G8GmppoFqizMhk2xD3bfB9R95A4BM13usEoVKgD0zMegk+2pS3a7IM+feTDMJ68PjFA&#10;4vXDKuGxpUoJK+sNT/LxudXkWQ6lBAieYd2ttqM3iBbiQqeqOE4TRCN6ilSlp0YTV9dWQr5RVbnz&#10;E3brAAHTw4Bz28ZZlUJK0uEf32PnCUqUB6edS/a/SvfXjo79wpTgSEj5qgedZMuZj6i4tUYlW5U6&#10;V4rXY9PMxoaHEMHxH5eqUEbTS1jrDT7zvfSR1AI+1oRwJsX9TGT8Kp/m6nOVKY0JCQ5cpBiImUeF&#10;5GLqfiE8Ra/ALvB9UD7gP5dJPQABEcMVT7kp8qlbIPpOydgDvQpcHioj3JEGf8YRQiz9H/VpnuvE&#10;WHZQp8sYdiVOkOKVecsaOF1WHTMti0NNhVHVR1AF77GqBuIIJW44GWI+q3LuKkw4HknFs0uh8xJs&#10;xVM0VLFKF0EYpv0nc9iAOQzvD2uZ7mCgS5pHWorxJ/ojQiY/vTHsqccq7Gsjy8jumgk4/bA9uCic&#10;OlRPXWbBfw/ettcap+qPqphwWJmEYPSfLWF0lTU0n7yVMmZji6Xv2aJEI8LE8bG695uxOY09GaLJ&#10;9Q36KSTB6VZ6knbdV3OQb+A3/fwHXO8OauJUk3KoJ2JOgeukSfWhc3lFoykpSykjpIx+MUssK/Dm&#10;9NmCrHX5qwLF+tKratWl6vY5iWK4VHJ5m55oqGslekgLWuwgiUH/AA9rIqsyRV9QGapzfmHF8Zjd&#10;3Ik8udYiUtv0IeLcGO21wd2g4WNJdb/hUfafYeNGaVLSAEAAUYWnztk3pTSR4BkHLmWMpCjhhQYT&#10;RTUNP5UcgPkBoqfypVRkQurbCNov4GwX5o9OvTBinkJHhquQZ4pIlklCNGHMheEtbcr7tWF/o4pQ&#10;wojxKxiYO3o2Hrw9D0VdrNHE47aXmWOsOa8RFRHUZa/mYiLRw4nQSCKmklEkkTRj5kRsSrxkEhTo&#10;Qdb8AfFuhPSpcb/q3hmdKqtzDVo02GZXw9oDVSqqmQ+XDTiqmkttLFQBoPjo/wDk0iSk4pEmOAGJ&#10;x8tvRjNOrz1wCSiE4YkgDExxOGJoScPznj70f8yxzA6fAcMiP+kV89U3loN1rs1VHSqoNwA121Pw&#10;1HHKPpk9TtJh2IYdlXPtPg2C4hFefDcTE8pHlwh4lUV7yFSzhd62sgNwpZdgFNm9mdi0stvhvSdm&#10;vEkdAAWPImOqQTQLz7PN33VNm6AMzjtAHThjt6tlFcz/AOsH0wYTj2Cz4zh9ZmTHKWp8rCsWwLB6&#10;is8hnL00kgqKZSAu3eoa+1h47XVmM9kTpb1XwxxL1axnK2Jzw08cFPguB0WIU9YVjljUTSfLTeU7&#10;OoYMEituPc2HB/lvbFmds4Q6tDqFbMCBEH+kEq4icIJ6jWOO9ue5C2CmyYcJx8WpKR6BM4ccRSDr&#10;+oWTc50LQ9JcRzjgVAa2etqM04hDh9fRtLPDNJ5JnzC0zxRo0iuF82MoqbVAF+BPgPog6f5TzsvU&#10;jDMCqavMmH4i2bKWfFaqKOgp6o1Xz6yQUsQhKRxNYIjhtoFjfvxy27S7i3KVtrSlYABME4jqiMKj&#10;bPM9zS8ToS2AhXqY6CenrodYPUDkTF8MqMsY3maKePFI5MDEFBHUvVOkm6l8t51MqSSOL+/GRcm4&#10;tccMXLlfHYI1hSjikhUGaajgwvylSWeYyyNE7GWM7mbU7TrrYX5Q9puZqcLguCTsgHhM4COmgKmw&#10;vmwEpCgPP4nbUWmzv0prp5aupxuliqZBsSukxjzJXSCHy0EyIYnUqq+LA+FzbnKowWkM26rytQUj&#10;vGxgWWWdZ96KCVWCFUMhFwSA99bDw4YWfbNmKVkqVhxkAR1wmMOs49dKijMoAOzZgD7yD74qHBNg&#10;0lMRgfUDGK6EutRLW04oKmmMcruFPn4hHMsSnaVBttFrnx5yrcnYG8CzS5TqaCNSIjPTSsm65LeY&#10;RMzjsdoGnDG97ebjXghKjwA8XrjIx6sOiNlH1s6+z/BJG3Ek+8YezypIYViuZKquq4qXrTR4q9RJ&#10;8zS4bjOG0RipwkawtTocONO7++rOXLNa/sAHG3+ouC1G2n/k+MGWQFDVfoJKdG+DJDdlHwOvC3/Z&#10;9utBV3CBHCB+Io5Td6wP2Cgf8YD3FMGubY/nXDK+WWfq/kqTDA8bR4amGYhHXNEbEqx/nBCOwvYm&#10;Ow8QeRMbyPgC4bWRx0VbU10EbJVUyyrLtYxbluqwb0BBvdl0HjwxR28rcUEKskif76PfpPw9apa3&#10;n7VJ0qHiGwp6eP6eynbL+MZ6bEFqqnPmXXwKqLz4TWDCcQhMiCXYVDvibwyMrAg7Ddj4Dtz56vMf&#10;K6qUePnuer1e57nq9XuKXJ5IzFh5Bsf02o/5cPzRFKLX+6CvcMUK+saGNRVS2CoqpvYALtFra+zi&#10;gKUNpMUepSa9yBNU1B1MzDx+039PELzitW2mlnGvci+fL/xa5v3ux433iumq6jXuYS8ljeVj7NTz&#10;RdUBtr2s17mLdIRq59muvE6nCdtVJJr3PbnAADG3a3NIEmtoBJr3HrC7/MLu1NxfiwijpGNe4wzL&#10;/pEw/wBdr/eeXAwrYr3OaWGn1Dm4xrde4rcC/wAmw/7yP+kIPKLqw2V7myv+F4C/o+kbuEzbi629&#10;n++/DeR/vAr/ACwDq/H8KF+SK8AFFB6vEL1ghJ7vl6gC/ViGI3/jw9Rdie/jtBt/RxFEUfJA40yh&#10;E2jTTbvYX/X28cIWFlI0XjagTTqF403TgBiDctYg8RvWZDN0I61xrqf6tYs6j4jDag/s4psU/tkH&#10;rFN3JOEVBwCX5fqT09ZrDzKwwf8AIckKj+PNd2OmrQDJsul9b2uNeDZvSRhW0pWKPvz08snt1Gmv&#10;t42LdFNOkmvcb3aQnV9eXSY2Um7417kaUtdRvNx4D2cdTBpxLxr3MguBe5J+PKhWNaD5nGvcu1/D&#10;Zlv0A6sRt2XM9Cex03YaB+zhHnDYJHTT6YLmG2D8U1Xb6sNyeoj0/wAi9v6t52LD27KzAj/zNyrz&#10;rnUFOt3WMG4tmrMQPa1/5xUcWssShPlV27oDYKO/05IPT3IZBuDg2FkH4fIxcQsDy3sw0YBxtPce&#10;2/Gl2oJowRdE0s+T4axp5Fp1Rj5eu9NNpNwbfVc8obTSJr35jUK9x6FXHDFJTxXLSlZGlU2JaMGP&#10;cbd9G/p55NuZmauu50ggV7iBxfD5JK0ClkaEFid7BQGtckfX3HBBZuwgBeM0DszacUoEGPn1V7hr&#10;fw+sKlj9ZGTa6YSuv8vzOyM2iKZMqV0THS3fyl7/AA4rzS+Ay3uwBtGPrRAi3i+UuKKL66I2l9Nm&#10;ZFRdzLmHp/KAf9TqFgj3+q1+GI/EcopqjM/SOWFNyLg1bBIbgajEX8D3+1wDZQvSgg9ND62SslUd&#10;XwFPnpccNl/qELWY5jaRvYd2CYaQR9XK1jR1aF08ljtJUkDvbhnKTiaUBK540Z7naUFc4NoDfwvt&#10;7ffzSlN8TW+7VFe540Fb2ER3dvtKdPqPNl1rpr3crjor3OBoKuIEsLjx2kduUS42a2m3WBjXuSMO&#10;imjraSYoQIpY2U+wBgeXCkzgKaKVDhXubRmdD/xqcaZb3aol3W/4lwGXiZJJpNaOEtg1TT6arR9D&#10;ellPoFhwTDVQnuB8sg+/TiXJISzNca8ShCTsFKhQ6hm81hcG1rX17685qLbWW9zoeeb6DSgOA7aw&#10;VDXDf8yjTlUv4wyhumnQeUnWOuxwEad74ZwbbtR4uqPnQQ3ic1e750InpFV1zl1u3fZZcuOl7+zE&#10;wf4coV6n/wC8dG3j87P93ylP+3gkfVAoLXQgCjycB0EfWeJAoUjmvcxoR8wnsuPvvy6a0oSDXuYn&#10;b9I+uhuT9/NqwoqcEKwr3OAcg2Gik3uPo5sgkV6VBPVXuYjK50Dad7G/NhNVQCcBXudiRwPtHmim&#10;vSa9z25wbhyD3Bue/NVrUa9zgN63Kte99D4/XzeFemvc7DSbQu7aW8O+vw57CvE17maJ3Gm4jwXZ&#10;pzaROylDJBMV7k/zJbf5Rvsf4j2vx3QaW91Xuf/R0OJep/UqY7puoeOSt33S4tXsfzl453y+k1XQ&#10;Oit/jkf/ADidQNwf+vWM7xqG/mdbcfX5vNh5fSa9oHRXuCTlP1U+qDINDNheRfUhn3JeGVMhrKjD&#10;sp5wzDh0EkpAUu0dHVxqWsALkX5VbqlbTNNO2rTkakgxskTQWdQuhnRPq3VYdXdVuj2Vuptdg8b0&#10;mEVnULL2E41LSxSMHZIXxKnmKKxFyFIBPFX/ALcnrX/7jC6pf+rBzb/538a0iqCyZGxA9goPP9i/&#10;0d3v/sndNL97/wBRMrf+cPGqv9Y/q8xV1kxT1U9SMSkQbEevzxmeYgE3sDJWnhrYZ1eWohl5aAf6&#10;KiPgRSW5yOyeMuMoUetIPxFCBk/oR0P6e0tTQ5A6NZUyPRVknzdZR5Py7hGGRSygBd7pRU8YZrC1&#10;yL8Zn9U3qclv5nqMz5JfQ7835gN/vq+Ljvdmx/5inf8ATq/Gk43Yywf8w7f+kT+FL2PLuX4dvk4F&#10;RxbdV8ulgW30WXkYepj1HqQy+oHO6suqsM148CD/AONXPJ3uzYbLp3/Tq/GvK3Zy07bdv/SJ/Cpn&#10;8tw4gqaCDaRtK+VHYj7uOEnqv9Us1vN9Smf5bdvMzlmJrffWcd/trnP/ADNu/wCqL/GmBudlA2Wr&#10;X+kT+FN0WVssQX8jLlBDu0PlUdOt/uTnKP1ZeqeJQsXqW6gRqOyx5yzGBr9FZy39uM6j/ix7/VF/&#10;jVFblZMTjaNf6mj8K7kytlmZt0uXKCVja7SUdOx07d04zTeo/wBQ9RO9VUdec6T1Mlt9RNmnHGdr&#10;CwuzVJJ4T3Gb3bqytbqlKPEqJPtJo5t8tt2UBDbaUpHAAAewU5xUNFBEsENJFDAl9sMUaKgubmwA&#10;t35if1EeoCQWk655xcex8zY0f41PGfzr39M+00/+Wb/oj2VkWnp1+zAi/wDEVUfs5Ak659bJrmbr&#10;DmmUnv5mYMWb+NRz3557+mfaa33CP6I9lZQAOwt9HIUnWHq5LfzeqeY5N3fzMcxM3++bmvzj39M+&#10;01o27f8ARHsrvmbD+tXWTCDVthPVrM2GNXxijrmw/HsVhM0IlSbZJ5c67l3xq1jpcA9wOe/Ovf0z&#10;7TWlWrR2pHsrBNS01Q9NLPTxzyUTmpo5JkVmikMbwl0LA7WKSMtxrYkdieYpusfV2op2pJ+qmZJq&#10;V3WpemmxzE2jMiW2uVM5G4WFj3HNm+fIjWY8zTf8vYmdCZ8hWewve2va/IE/U7qVVVUNdVdQscqa&#10;2m1p6yfFq95Yz3912lJH1HlVXbpMlRnzNbFixEaB7BXuSKPqz1Uw6oqKvD+pmYKGqq0NNVVNHjOI&#10;xSSxk7irskwLLfWx55u8eQZSog+Zqoy9gCAhMeQr1ge4vbUcEml9X3qzoaSnoKL1Q9RaOhpEWmpa&#10;KlztmWOKKNF2KqIlaAqgCwAGg4oObXR/11X+mP402nKbUbGk/wClH4UG1f0a6P4piNZjGJ9KctYj&#10;i+ISPV1+KV+BYXNUzyytvd5JZICzMx1JJuTxG4p146443j9FmvGus2a8XzRhpvh2ZMUzFi9RX05/&#10;47qJahpE7eDDjZzC4KtRWqemTT9xZsvN924gKR0EAj2HClvhmDYPgmHQ4Rg2FU2E4TTqYqfC8Mgi&#10;p6dFPcLHEqqAb9gOOeK+pL1FY9h1Xg+OdfM64zhFepirsLxXNOO1FNMrEEiSKaqZWBI7EcNE72Zq&#10;Nly7h/fq/GiK33LyZpYWi0aSobCG0AjyIFZ4qChhkE0NFFFMAEEsUaKwABAFwL9jwOP645u1H9ac&#10;Sse/+nVX/NfHP7ZZx/zNu/6or8aO/wAgx/QT7BUvilwPrJ1eyxiEeLZb6q5ky9isUJw2LE8DxzFK&#10;SoWnJ3GISU86MEuL7b24nvN58yuFpU7cOLUkQCVqJA6BJwHVWkZdbpSUhtICtogQfPpqLWUVFiFO&#10;9LiFJFXUshDPTVkaSxkqdwurgjQi44IVL6v/AFaUKulF6ouotGsn+UWlztmWMN9OytF+InM1ul/c&#10;4o+p/Gtfy23iO7THkKQmL9IOkuYJaefHul2XcbnpCGpZsXwTDKl4iL2KGaFivfw5Ek9WHqlmt5vq&#10;Vz/LY7h5mcsxNre99azjic7vQIDy4/xj+NNfye0/40j/AEo/CnyDI+SqUsabJ+F05YeWxgw+kS62&#10;tY7YxpbnD/at9UZv/wBPJZ+17/8AGxzF/wCdfHP7QX//AB9f+mV+NV/kdl/xlH+lH4VlGTcoLbbl&#10;XDRbtahpdP8AkznIeq71SL9n1KZ/X6M45iH/AJmc9/aC/wD+Pr/0yvxr38jsv+Mo/wBKPwri2Ssm&#10;ubvlLDHPtagpT/FOSE9XPqvj/wAn6neoaeHuZ1zIP4VnNHP77/j6/wDTH8a0cisf+Mo/0o/Cm6bp&#10;n03qF21HT/BJ1vfbNhNAwv3/AHojzz+rr1XyEmT1PdQ3JGwl865kJt7NaztxQ1vVmiPtuXB5LV+N&#10;J3d1ssX91s2fNCfwrLS9OentBGsVDkTBqOJW8xY6XC6GNQ2uoCRDXXkhvWJ6uWpkom9U3UdqOOxS&#10;kbPGZjEtu1l+dsLc89vVmjghdy4oda1H50xZ7m5PbPd81aNIc/pJbSFe0Ca4VHTXpzV1Aq6vIGCV&#10;NUoKrU1GFULyAN3G5oideQpPVl6qJf8AK+pfqBJ/y8zlmM/xrOITm10f9dV/pj+NH35dv+iPZWan&#10;6e5BpRalyPg9MNTanwyiTv3+zGOYf9qv1Q9v9pHP3s/5jDMP/nXz382u/wDjqv8ATH8a9+Xb/oj2&#10;VJ/qVk7/ALBLDPA/7wUvh/wHOI9U/qeBuPUdnwHtcZvzDf8A8q+aOa3R/wBdV/pj+Ne/Lt/0R7Ky&#10;nKOVGXa2WMPK99poqa1z/wAByRH6svVRCbxepfqBEfbHnLMa/wAKznv5rdf8cV7T+NbNu2f4R7Kg&#10;1HT3INWuyqyPg9SnbZUYZROPuaM8e4/Wx6y4Y44ovVv1OiiiAjijjz7mpVVVFgABXWAHGjfv/wBM&#10;+00mXldsoyW0k+QoK630lelTEq2sxHEfTL0+xDEMQlkrq+vrcmZclmnnlcyPJI8lGWZ2YksxNyTc&#10;8Zn9W3qrlnmqpPU11CkqqkmSoqXzpmQySMTclmNZck/HhmvejM1NBo3DhQNidao9kxSa33fsGne8&#10;QwhK+kJSDjtxAmhQpenHTyhwfDMvUWQ8Fo8AwWOOjwbA6XC6GOjpIYU8uNIYUiCRqi6KFAAGg57/&#10;AGtvVX/3E11C/wDU0zJ/52cRfza6/wCOq/0x/GjQNJ6K4/5tenP/AGAGCf8Ajqof+pXPf7Wvqr7/&#10;AO011Bv7f655j/8AOznv5tdf8dV/pj+NVLCDwFd/5t+ndrf1CwWw7D+V0P8A1K5xPqz9VJ7+pjqC&#10;fpznmP8A87Ob/nF3/wAdV/pj+NeNu3/RHsrmOnfT5bBci4MAOwGGUX/Urnv9rL1Udv8AaX6gWGn/&#10;ADGWY/8Azs57+b3f/HVf6Y/jWvyzf9EeyuQ6e5BBJGR8HBOpIwyi8f8AoXzG/qt9Uci7X9SWfnU9&#10;1fOOYiPzq+V/m11/x1X+mP41sMIHAVnjyRkuJxJFlDC4pF+y8eH0ikX07iPnCL1VeqCBdkPqQz7C&#10;g7JFnDMKj7hV83/N7v8A46r/AEx/GvFlB4Cuc+TMn1Unm1WVMNqZe3mT0NK7ezuyE85n1W+qM9/U&#10;nn439uccxf8AnXy385vP+Or/ANMfxrX5dv8Aoj2VjXI2Sl0XJ+FqO9lw+kHw/wCK+Ym9U/qdYWb1&#10;G58Yexs35gP/AJl81/N7v/jqv9Mfxr35dv8Aoj2VIXKWVEN0yxh6H2rRUw/gnI83qb9SVQkkdR6g&#10;88TxygpKk2bMeYMD3BDVRuNeaObXR/11X+mP41cNp6Klw4BgVM0b0+C0kDxEPE0NNCpUjsQVUW4G&#10;jZzzgzO7ZrxJnkO53auqiWN76nfrxJ37n9I+2vd2nop257+uecP+wrxL/wAb6rw/4Pnu+X0mtdyj&#10;oFe5ljz1neLWLOOKxntePEKsafVJzYuXB/EfbVTbN/0R7K9wW6T1c+q7D4YKag9TvUOip6WNaWmp&#10;6TOmZI0jiRQqoqpWABQAAANOHTe9maoSEpuXQBgAFqge+iNzc/KVklVq0ScfsT+FI6u6d9P8UlqJ&#10;8TyLg2Iz1chq6uauwyimeWVjcu5kiJZiTqTryQnrD9XEZBj9UvUZCDuBTO+Zhr2vpW/Hjp3zzg/8&#10;xbv+qK/Gqq3Nyg7bRr/U0/hUWTpb0ymRo5enWAyxuNjpJhGHsCLg2IMXwHMNR6vPVjWEtV+p/qJV&#10;MyiJjUZ1zK5KAWC+9WHS3hxMrefMlGTcOE/46vxpSzu1lzYATbtgDoQkfKuVB0w6a4ULYZ08wPDh&#10;5hq7UGE0EP6VjuL/AKOIe8TqT34DMmbs1zM7zZnxCV5BtkaStqWLD4kvrwqVcuKMlRJ86M/yjX9E&#10;ewUueNFTXVtZY1dZLVFfsmpkd7f8hE8aKidtOobSnYIr3IvK1evc9z1er3Pc9Xq9wS8sdaOsWScJ&#10;jwHJnVjMuUcCid6iLBcsY7ilBSLJKdzsIaSeNAWOpNteK2b99tMIWoDqJFJHsvYcVqWhJPWAajy0&#10;lLOweemjmcDaGlRWIHe1yOKD/aU9Rnb/AD/Z1/8AUqx3/wA6uOjNrr/jqv8ATH8aa/lNr/xpP+lH&#10;4Vj/AJdh/wDygw/9Ek/o5zHqY9R47eoHO4t2tmvHv/Ormxm92P8AXVf6Y/jWv5Paf8aT/pR+FcDh&#10;eGNe+HQG/e8Mf9HOf+076lAAB6hc8gDUD+tuP2/8qub/AJzef8dX/pj+NeOUWh/1pP8ApR+FY/5J&#10;g1y38opdzaMfl4rn/k3iGqup3UmurKnEK3qFjlZX1jtU1ldVYtXyTSyOdzO7vKWZiTckm55VvNrp&#10;CYS6oD/GP40w5u7l6zKmEE/4qfwpyVQoCqAqqNqqugAHOK9Suoy/Zz/ja/8AEcVrh/1F45/PL3/j&#10;y/8ATH8abO7GWn/mHb/0ifwrvkiPqt1RhN4upOPxH2x4xiK/wm5cZ/fjY+v/AEyvxqv9lcr/AOZZ&#10;v/SJ/CvceaTrx1xoCDQ9Zs10RHY0mYsXjt/yBUDjqN58ySIFw4P89X415O62WDZbN/6RP4VxZVcb&#10;XUMD3DC4/PinpfVd6pKIAUfqUz/SAdhS5xzFHb/kCsHHBvbmoEfmXY/x1fjVxu1lwM/l2/8ASJ/C&#10;k1ieScmY0CuM5RwvFlbRlxOgpJwb/wDL2NuTZ/WD6tqmJoKn1SdRqiBwY3hnzvmZ0KkWIIatItxK&#10;vPr5QILyzO3xHHzxq/8AZ6w/4wjD+9T+FMGHdHukmD1iYhhPS3LmF18biojrsOwTDIJlkU7gweKF&#10;WBB1vfiUk9QvX2UlpeuGcJGPcyZmxon86niY5lcn/XFe00oTlNqnY0kf5o/ChCEUSgBY1UDQAADk&#10;V+u/XCQESdZc1uD3D5ixc3++o5Q3z52rPtNOHLrf/jafYK5gAdhb6ON8vWLq5P8A5bqnmOb/AJe4&#10;5ibfxm5788//AEz7TVf5Zbf8bT7BXfIT9T+pUhvJ1Dxxz7XxavP8Zeb/AJg//TV7TVTlNqf9aT/p&#10;R+Fe5DfP+e5RaTOuLyDtZ8SrD/GTnhmD4/jV7TVTk1mf9aR/pR+Fe5EfOGbZDeTNGIuT3L11Sf4v&#10;z359/wDpq9prwyWz/wCNI/0o/CvcFXC/VL6m8DwfD8vYL6jM94PgGEItPhWB4Xm/MFPR0saX2rFD&#10;FVqiAXNgoHDdnfDNm/sunRhGC1DAbBt2Dooivuz7ILn+7WLC8SfE0g4nacU7Txpmiy7l+DFa7HYc&#10;Co4cbxNUixLGYqWBaqoWNBGollC73CqoABJsBbktPVp6qo6SGgT1M9QUoacl4KJM55jESMx3Eqgr&#10;LAk6mw5VO9maheoXLuqInWqY6JnZ1V57s+yFxvQuxYKZmC0giemNMT11jiytlmDGqzMkGXKCHMWI&#10;Qx0Ffj0VHTrWzwRapHJOE3si30Umw5wPqw9UpJJ9SufySNhJzlmLsPD/AHs46N9M4BP+Vu4/8EX+&#10;NJP9i7dmI/l1v/qLf+DTqKSlW1qaMWO4WRe5+rnFPVb6o423x+pLPyP33pnHMQP3ir47/brPIj84&#10;9/qi/wAaa/2J91v+cZbf6i3/AINZDDEw2tErL22lQRzLJ6tfVVKnly+pnqDJHofLkznmMrp20NZz&#10;X9uc7/5nHv8AVF/jVj2Vbr/8422/1Fv/AAaxJRUcbb46SKN9RuSNAde+oHOcfq49V0UMVPF6nOoU&#10;dPTlpIII86ZkCIz23FVFZYE21txN/a3NZn807MR96tm2NvTSk9m+7pb7s2DGjo7pEezTHAeym3+r&#10;OXP5rV47/V+h/ndfDDQV2M/KQfNTQU5kaKOSXbvZEMzlVJsNzW7nnUPq39VlPRU+HQepvqFBh9IC&#10;lLQQ50zIsMQPcIi1gVfqHG07z5klWoXDgMATrVsEwNuwSY6JNKLjcLInQAuyZUBMS2gxO3anjx6a&#10;wQ5QynT4tiePwZXw6DHcb8kYzjUNFTLV1fy67IvOmVA8mwGy7ibDtzkPV16rwbj1O9QwRoCM65k7&#10;f+NnFA3yzgH/AIrd/wBUV+NJP9jPdv8A5x9v/qTf+DU84Lg7XBwmmIb7V4Itf+TeZ4PWJ6uKUsab&#10;1TdR6YudzmDO+ZkufjtrRxv+1uazP5p3/Tq/Grp7N93U7LBgf7k3/g024lkzJ+MpHHi+VMNxWOHS&#10;GPEqGlnVPoEqNbkhvWd6wnZXb1X9SmZCHVmz1mgkFTcEXrvDid3eG/c+59Z81KPzpZb7kZKyQW7N&#10;lJHQ2gfAUnqjo90jq6WqoarpZlypoq6OSlraOowPDHimimUpIjo0JDKwJDAixB15Gj9Yfq3hdZYv&#10;VL1GikRTCkked8zKwRiGKgit7EqDb4cc/tPmUR+Ycj/HV+NMHs+yEz/kLGO39kjh/m0/VOR8lVkI&#10;pqvJ+F1VOsnza09Th9I6CWxXftaMjdZiL99eN1d6qvVBidQKvEvUhn3EKsaCqrs4Zhlk1/1pKsnh&#10;e/mFw7961K8yT8aWsboZS0mEWrSR1ISPlTjhmX8BwWlWhwbBKTCaJPs0eGU0MEQ+hIlUflzDH6ov&#10;UzFKJ4vUVnuOcaCaPN2YA4H0irvzbGZXLRlDik+RIq7u6mVrEKtmyOtCfwqTLhmGzRNDNh8EsL6v&#10;FLFGyn6QRbjrH6wPVrE/mReqPqLG4G0PHnbMoNvpFbxaveTMVGTcOE/46vxpCrcHIlCDZMn/AHNH&#10;+DTQ+TMnSxmGTKeGSRE7zE9BSlb+2xS3Mg9Yvq5UWX1T9RwCd1hnjM1rnx/3t5pO8eYJ2PuD/OV+&#10;NUV2ebvnbYsf6kj/AAa4/wBScmkljlLDCSAhPyFLew0A/wAnzk/rH9Xkn+U9VPUiTx9/PGZzr9db&#10;yyt5cxO24c/06vxrTfZ3u+j7bFgf7kj/AAa4DIuSFttydhQ2qY1th9Jop7j/ACfbkeX1e+rKbb53&#10;qg6iS7dF83OuZWt9F63jY3gvxsfX/plfjTv9g8j/AOZJn/U0f4NZ6fJ+UqRWSkyth1Kjne609DTI&#10;CdNSFQa6cwf7WfqpuW/2mOoO492/rnmO/wD5WcUo3szVIgXLoH+Or8aTPdm27jg8WX2582mz/oad&#10;IsLwyAAQ4dBCB2EUMa/wHMn+1z6riQx9TnUMsNAf66ZkuPH/AJTOOHfLOD/zFu/6or8aaHZduyDI&#10;y63/ANRb/wAGuzhmGsrIcPgKNqyGKOx+kW503q39VjW3epvqE1juG7OmZDY+3/ezjS9680UZNy4T&#10;/jq/Gn2+zjd5H22DA/3JH+DWJsEwZ92/CKVt42Pup4jdfYbr25hf1X+qWR/Mk9Suf5JBa0j5yzEW&#10;07ams4iXnV4ra6s/5x/GjljdvLmvst20+SEj5VCGUsqrEYFyzh6wtfdCKKmCnd302W18eYq71T+p&#10;7E1CYl6js+Ygi2CrXZvzDMBYW7SVZ4UvtJdMrAUevGjJNo0NiR7BWbCctZcwFXTA8AosGSQl5Ewm&#10;lgpwxY3JIhVbkniPHWXq+KsV46q5kFcDuFaMdxTzQfbv8+/580GUDgKsbdv+iPZT1x0/2gevPmtU&#10;f57c3ee7GR5v6yYzvLEAXJ+ZvewHNlpJ2gV78s3/AER7K4hFChQoCjQKALc5P6g+vkhvJ1vze5sV&#10;u+ZcaJsfDWp54MoGwCtG1aP8I9le2r/hH3cz/wC0d6hvKEH+fjOfkC4EP9aMc2WJ3dvmbd9eWCEj&#10;YKr+TZ/oD2CuHkQbt/kpvOpfaL9rd/o5Np/VB6l6RZlpfURnqmWpQ09QtPm3H0EkbG5VttWLg+IP&#10;HEqIiOFaNiwf4B7BUGqwTBq8wNXYRS1jUsi1VK1VTxSGOVBZXXepsw8CNecW9TvqUeojrH9QueWq&#10;4RtiqmzZj5kUC/ZjVXHfmy6ogiTB29c1oZewI8CcOoVzTCcKjgalTDKdKZzd6dIYxGTe+qgW8OYc&#10;v+pX1GZTjkhyr1+ztlmGZhPNFl/NWO0Su6gKGIpqpASAAL81qOOO0R6HAjyjCm7rKrV/+6NJV5pB&#10;+IrDiuAYFjqxLjeC0mMLDcwritNDUBL99vnK1vq49y+rr1XzxvDP6nuoc0MgKyRS51zIysGFiCDW&#10;WN+aUZMnbSL+zGW/8y7f+kT+FQqbJ2UaOWKejythtLNAVME1NQ0qMhU3G0qgIse1uY6f1aeqqjQJ&#10;SepnqDSooCKlPnPMaAAEkCy1g0uTypAO2qf2Uyv/AJlm/wDSJ/CpVVlzL1a7SVuA0VXI5LvJVUsE&#10;jElQhJLqdSFA+gczH1eerFpElb1P9RGli/yUhzrmUsvjofnLjtz2kVf+zGWx/wATt/6RP4VEXJuU&#10;Ehnp0yrhq09TpUwLQ0oSTQj3lCWOhPfnGo9XPqvqo2hqvU71DqYXtviqM6ZkdTb2hqwjmzjVBupl&#10;cz+Wb/0ifwrJR5Tyth8qT0GWsPoZ4wVjmo6OmidQdSAUQEc9H6ufVfChii9TvUOKM944865kVfuF&#10;Z8ee4zxry91MrVttmz/mJ/CucmV8szP5s2XaCWTv5klJTs2hB7lPgORU9Vvqjjd5I/Uln6OSS3mS&#10;JnHMQZrdrkVetubUZmeNaTunlSTItmh/mJ/CpkmD4TLHFFLhdNJFBcQRyQRFUv32grpf4c5v6sPV&#10;NINsnqV6gOp7q+csxEdiPGs9h5TQOivHdPKj/wAwzX+kT+FdR4NhERvFhVNGe944Ige4PgvtAPMh&#10;9W3qraPyW9TXUFoiPL8o5zzGV2+y3zlrc2QCZ41sbqZXP/Ezf+kT+FYFy5l5JDMmA0STE7zKtLAG&#10;Le24W9+F85uj+nnnuer1e57nq9XuKXKAvmLDh/y9/wCkD89MUotf7oK9wfIz+ijP+qvf/iI449IT&#10;R8rAV7keTx+AseFopMa9zEQNl7a6c3Xq9zEe2vblFRFamvcxEgfx4yEzWgK9ziPfsB9Jvx9tsetK&#10;mmca9x/wlCKiMHtprx4CjVsRhXuMUw/0ioPiJH/ieOAVqK9zyKS1x3GnPGvV7iuwL/JsPZ8x/wBI&#10;RxuKuivc2SPwvXkf0fTxoe2cMXLD/v34f/QOAbPWQbuer5n8aFmTeFsTRSOrMkcfWGk8wd8u0m1v&#10;j/Ma3Th+ghRbkak6ey54WgSR0UfJIJpNNKspa32lGgPfTkunB2j3rHTXj60CJilCEimmokLS2voT&#10;ew4m+rPu9EOsxLAf8ZrGyXPhbCKo35vL2tTyfMfGmrpUJmmvDZj/AJxOnwtt24jTW/4KvpkP8ea7&#10;7zsocCW1rgAH2cGpYA2Ci1V+OmrBuMUs4DXLbuOJaVwwpg3wivcgyVJJIANz347+VpsXyDXuRmlM&#10;lmJA9mtubFuRTguxOBr3MqSspAJuBpa+vNdyD51ZNwONe5dt+Grd+hPWQ30jzHhDi2v26CUfs4H8&#10;5TpinLd8ByT0Gq6fVtOE9SPpppiBaqyz1GkbwP6GqyydD4fb5WH1+Kp1262AEG+bMx6ewjGKjhjb&#10;jwAdVONmTR2OlLb+l3TZybl8AwdiT8cOhPA7pWmBhJuoYWB7ix47pE0vaXwpfclyAmICNxC4kDtI&#10;SAxY31GnPJZAV1VZzZA217kmKaVIWP2vL/eXXtp3P0jlPy4Jq4wTjXucJX82nInk98X2SWG4t4Ea&#10;WvYcWNJGrDYKIcxfASATjw/GvcNt6A949U+QPKkUkU+YvmoT3VTlTElsPbY7b81m6AbVRI8vaP1o&#10;itlePDpE+2in+t0KfTfmve21RjOSWLXta2ecHP7OD/8AiHIjY90mO42/l2IxG3sFcLfx4GctRIV1&#10;fhQ4bWQtQHV8Km+lgscuZ3LWJkxoTFh4lsKowf4crrMVhsD2/wAJPhxalsGlSCZo0fOTQDvfd4At&#10;y3c4TT+o8a9zGadiCGsbaqbn8+NdyRtrxWQNte5j+V2q95Lk2Ps5csgGa1Ne5jSnkitKzDcp7LqL&#10;A8eQATApOtyRhsr3NnDOJP8AWLEiBffITv7cBl0nxmkmWu/sExVM/p7Cp0hyLC8gRoKCCEqPaqAD&#10;+HEuygDtodTxGAaUUN8UpLM17nSxGo05zQAkXHc6nlijqrYFRppvdk2yXQ6j9Tyqn8X67dK+it9D&#10;HX40wB/5eYSv7eC/d5JBV1x86B+diDHPGhR9JLhs59aFW9hBlokN7S+K3/hyhbqdb5Cia9v9Mcj6&#10;6SE8Eb0AUHrlOAo8PAW8b8RTjSGvc4R6zL7dwt9/HkHGtg417mCUWkbw7jT234qTiqk6tJcOGNe5&#10;wtrryxbq5aHGvcxFSBe3b48p3VUDEV7nl+njSoFIlApwr3OfKU3Xue56vV7nXPV6vc5xn3h9I7cc&#10;bMGaU26RM17k6+lv9W31Xvy3e0aTXuf/0vn/APPV6t/jnuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuKbJ3/MR4dbv+mt/0Qfl&#10;HNlP233ivcHuNiII2I1CrcH/AIiOMPOE4dFHa1V7mB+9vqPGhTVe5ja20+A5avV7kc2+86acoRjV&#10;gcK9zFJe9rW9h56IraZHrXueQ6k38O3LNTNKLdXDor3FFhP+VXTUkAHj9GaNte4wz28+f2h3H/Jx&#10;54JqkY17nSbhqBf2c8FzXpr3FbgX2D7bz3/6Ijmqug17myL+F7Ls9ItWAdf634uqr9NBQcBedSbj&#10;ZhFDDKhLaTztoo3VyASdX6J/FMv0d93b/ko1p4fxN0jWOn7wtbhakpHCjpTiQMKS8y+Slwb+GgIJ&#10;/PjrTRiwA01+/wAOaUZq7ToUaT9XNbc1idPo78S3WBSvQ7rODYA5Xx5tNNBg1VfijLxL6fMfGkFy&#10;o6FTzjTPg0qt1C6fuWLf79KJCp11OIU1ua5UkbVNzGpZr3G828eSPMYUGVqSrjVjPMMeC1Er+/UJ&#10;H/iBGo40tYqzKcYJr3M/9XQJj51WGW25Qi2JP58bU4eilCbdOrxHCvcnU2WKAq0ksjtuvY6DW2lh&#10;bw5RT6hS5u2Z6TXucly7QKovI1zcAqb+HiCDxrWSaWJs2U4pM17lzX4b1FDR9EOsogZpN+YsDe0u&#10;3uKSf2AcD2eqUopFaW0C6mOg/Kq2vWBIiepn0wBztDZU6ngn2A1OVbn6uVn9fsJim699aWMxJOa8&#10;wsQqgDXFZz434b2g/ZJnoFLLa3BbCqPF0iYN0n6YMOzZdwVh9eGw8DnDMvS1VbTxRzr30SosAQO+&#10;pIFrcrcL0pJIp1prUvDbQh8x4pQFayoMYUnzDJMISbFS/cDwuTxQyrwiatcKAE17mF4ZUp/CPb3U&#10;m7kkdiB2tbS/58tgdlaLgUia9yJFH5gUPrGwF2ubqLncdPG3FSQQMKD18kOGeivcNp6A0V/VnkaR&#10;vCHMKo+pO45WrnP/ACv93FWcKIsY9tEVkhPfqx2bPbRTvW/u/wBmvORQXYYrk5rHXQZ1wknhkPxD&#10;2EePdKSV0OH4kNfC1ZGf28BeXtlSTHTUhLCe8MdXwrL6T3Y5azqjNu24vGdPC+F0p5XWt2BJ0724&#10;v0kGrAFJwo1nOCyJaze8CbA/Hl1tqJwpwuHhhXuZ9AbXsDqDbja0q21XaRXucdlyQD9HLpUDSkwR&#10;XuRqhSoA9uhPLhONMrbAivc2Zs2+9jdS41BIIA+jgOuBiocaL8vBDQmqY+htounOWovsiGFVJPiQ&#10;f7+Jl77V0vbTjAE7aXHbQwwlVk9yTuCfztzkm4Ou3x7H4fXyi4iDXhXTgFZSXsbXtb48q0/F9Tf0&#10;j6OyXv5dfjC/8hTYT/RwT7uDxKPlQWzkYSeFCr6RQRnXrZp7pp8sEHwJ3YtflBPUwH5GG/ZaxQL/&#10;ABoYj+zgqfSIFB29+0Gjz8Bgg6nw4XLTjRWa9zhECJ4j/rAj7+WRtrYr3MUy3lYjvrf7+LAjCZrx&#10;ZBVNe5i9nHjW3E17nT/ZPGlapkU0oKHlXuYjtIBB1A0A9vKEgiaotOrbXue3H+nlNIpKtnor3O73&#10;F/y5WKTivc8GubWtzxFbKSK9zJGbNf4+HLcKXWxATNe5L3af8Df8+McKUzXuf//T+f8A89Xq3+Oe&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e4p8m/8xJhv/Q7/pA/G3ftp+2+8V7g8Jc08ZOm4Lp/wPEattHBr3MT9/p1PNiq17nA&#10;27HtzZNer3ODILXGnj9PNhM062gmvcwkA6Ea99eOAYUsbECK9zwW3hxtIgmk7SCF7a9x6wsHzUPh&#10;cfx46qjRG2vcZZ1PzNQDp+ke3/IR54KEVWa9zkq6d+1uUWrTsG2vE17iswEDyh4ktPe/wgHKgmca&#10;u3XubIH4V7rJ6Ua6KVgI1zfisjM3ey0NCT/C3A1mif28dVCzKD+yiidddEki6l0FXThmqGwKCliR&#10;dAWNdVWufhu4fyN0ZjYgKdR9HCYI1KPCjMpxpjmEkMKFh5kmga/ttx9pSthqL/qOVU2qnmlaaStY&#10;QXYNcBiSfAd78TPVlA/RTrGmpY5Xx8qfD/ki1fFeXwH0nrFJbpMtqx5mmHDZJFz70+KhVT+c4Wje&#10;3XFqNea6opZIJCV2OCNSCT8e2nJDMEUHzakVZTznEs4lKnUNcAj2caU2ONNhpQNe5ymaV2RUU3Gg&#10;N9Pz5YJAFXBwr3HpVdaWJ5CCbWK38f28ZUnGlS4CMa9xtbzF8tt2hGoHie3LhEik4dUBtr3Lkfw5&#10;SB0Q6yksWf8ArDghjB8P9Fl/t4G8+SQUwKMLF465PQflVaHrFYn1QelyLTy3yl1SL7vhUZW8Ppty&#10;t/rcs69eutjaFf60Y6dQDe+KzH6eHaAktJnoHwppi8WhUA4UevpDb/NN0v2/Z/q7gm2/e38th4Hr&#10;3SeOSHSO5KWILe5pe/hcjmktpiKWO3hCsNlCJxpRd9Q88jlpL7hcgk2II5cJERSUXeraTXuZJo1Y&#10;FmBctY7R2FvZzaW609dK2ThXuMs62YQKdgkNmXW+3YSALeOg4aWzHhJ6KIXbhRUa9w2XoOMB9VfT&#10;SdF8sSNmGKJDYMAmU8RXUfX+unFGa2xTYqB24UzaOTcDhRUPW8pPpoz1b9yvyrLp/qZvwt/aPZwx&#10;/wCIkG/nXS0k770mLRhj8KqH+ngHyxqEGOmpE1gKV1R8KxekmUSZazj7mx2xGmmYC37+GU/9HK21&#10;YG5bUnvf28Nu5ptV6KNpzLuAFgO2tvDlu6HTVBfBIr3M0LsUYt9N+MuMiaWtXAUMK9zkJdu4A3e1&#10;gOU7kDhW++QD117kWpkBjUk2I95r+3jjbeOFOLdwr3NmzNDf79p7fZZY2A+lQTwDXA8VI7FX7IGq&#10;YujYByJhVyC0Tzxaf6kpUfw4m7XAuLA+3jM0r1g0K4IVms+46aHnJF/SA3IHYKDzxINeUsRtrFJI&#10;Vp3FgWOrN8Phyr/8XSNR0U6Yy9vJxDEdbf4psM/o4IcgUCtXlQczdQUD6UMnpDLnN/WYuTrT5bKg&#10;+wSYsOa/vUv/AJJ8RPf5yIffQIf2cE7owFBy9HhFHn4DB7fTxKvZRWa9z0QHnRePvDX6+MjbXhtr&#10;3MM4PnP4fRw0Tsp6vcwqLn+N+e7xPTWia9zG2g1GnG1OU2tcV7mIgKb7viBxvCmlJIM17nRv3t31&#10;PGUuU1Ik17nR0t4378eOyabWyImvc9fXvbjYVO2k6ZVtr3MkZAsD3v29vLKWIpc2Bsr3J1tO37tv&#10;z4xOFKJr3P/U0oIPRL6wKmggxWn9MueJ8OqbGnrIstYq0bgjcLEQ+I1Hw4PLXst3lfju8vfVPQ2s&#10;/Kj1ndjMXFBKWFkngEmt62TrR0dhx6fKsvVjLMWaKUNJU5bkx7C1r41SQxMWpzP5gAYFTddDpyXT&#10;ehb1mVkrQUvpbz3PMiee8ceWMWJCX23I8ntfjr3ZNvQ2AV5c+AcMWl7fZSp7crN2512zgjbKSPlU&#10;DHevnQrK9HBiGZutOUsu0FVOMMpq7Hcx4PSQyVLIZBEr1FQilyqkhQb2BPJFL6C/WtWhGo/Spn6r&#10;V38hXpsr4vIu74lYCANO504gzDs7z60Ev2TyMJ8SFDD1FJ3N1czQgLVbrCTsOkxhtxpN5s9V3pby&#10;Eyrnr1KZAyWzxtWIubM45dw4mJLbnHzlZH7ouLntryKvoY9ZTVK0Y9L2evmmIVac5ZxUOSwJGhh8&#10;bG3DFXZJvSEazl1xp6e6XHwpv+zWYaQruFwdnhPGlNJ166GRYLJmSXrRlOPLsSPUS49JmPBxRLHE&#10;QHYzmo2ALuFzfS45nqPQh60aX/ej0sZ8i/4nljFv+pPG2uyreZYlOXvkf7Wv8KfRujmijAt1n/NP&#10;4VBwr1HennHgpwPrxkzGQ52ocKzRgdRc/DyalvbyJH6HvWJK0Sx+mPPDmclYbZbxT3iouQP0PcW4&#10;8eyHesf8224/1Jf+DSk7i50BP5R2P8RX4Upajq10qpEqpKrqZl+mjokSeteoxnDUEMbsEVnLTDaC&#10;WABPcnkUeiz1cspZPTXnaVVYxFocuYo43K20r7sJ1B0tyqOyPelStIy64n/al/hSM7qZnIH5deP9&#10;6akzdTem1PMtPP1BwOCoaNatYJsWoFcxOu9XCtKDtI1B7W5yovRT6u8SFQaD01Z2qxSjfUmDLmKN&#10;5Yvb3rQ6cef7G97WiNeWXAnpaX/g0pVuTnASFG1cg7DpP4V7Gep3TbLhw0Zh6hYHgJxiT5TCBjOL&#10;UFL81LtLbIfPlXe1gTZbnkaT0a+rCIssvpzzlGyDc6vl/EgQL7dQYvby/wDsL73/APOLuf8AUXP8&#10;GtncfOR/zCuf6RX4U7RZvynOiSQZow6aOSwjkiraZla43aEPrprxHZw9O3Xrp7h7YtnrozmfKGFo&#10;6wNiOY8ExGjgDu4jUb54lW5YhRr3IHA5nG5Gc5eAbq0daB/pIUn4gUgf3bzBoSthYGzFJ2+ypWFZ&#10;hwDHVkbA8co8ZWKxlbCqmGoChhcX8lmtcduMtH0b6s4lR02IYb02xvEqKtEjUlTh2GVc6yCI7XK+&#10;UjXCnRvZ48Lm93r9YlLKyP8AFNLhuRnJbCxauFJEg6FQRskGNk4TTxce3jVN03z/AE8EFVNkzE46&#10;Wqg/mVPUtRT+W9Pdl8wNttsuhF+2h4aNbh52tGpNo6UxMhCojp2Uw5ujmiU6jbuARP2nZtnZsjGv&#10;cwUmQc719NU1lDlLEaylorGqmpaOeRY7krrtU+IPNf2Fzru+8/KO6enQqPhVGN1szdQVot1qSNpC&#10;SQPYOqvcEDKfpp9Q2fKZ6zJXQ/Nea6SNlhkqcv4BidXGrsLhS0MLAEjWx8OLsu7Md47xrvGLB9aO&#10;kNrI9oFK2txs5WnUm0dI/wARX4UyYzmXLmXIlmzDj9FgMLq0iy4zVwUqlUtuIM7KLC4vxQ4v6PfV&#10;ZgFLT1uN+nLOuFUdVP8Ay2nq67LeLRxvP736MM0ABb3Tp8OPudk+86Puy98f7mv8KcG4OeEgflHc&#10;dngV+FNeDdQsg5jxGbCMvZ4wfHcWpoBidRheDYnRVVRHTHaBK0cEjME99feItqPbz2F+jz1WY0k0&#10;mEenTOmJJTt5M70WXMUkCPbdYlYTY2148nsf3rUnUMtuCOnulx8KWDsy3jIn8i9H+1q/Cp+K5syr&#10;gXlHG8zYfg4nG+E4rW01PvW+26+c63FzbTink9BHrZhhWol9KOf44XsVeTK2MDRtRoYL6+HETXZl&#10;vG4opTYvEjobUdnpSP8AsFncx+Udn/EV+FBTh3qj9MuL18mFYT6isiYnikMk1HLhuHZuy/NULLTk&#10;LKhjjq2YNGWAYWuL68xR+hD1oy38r0sZ8ksNx2ZYxY6fVDxQrsm3oG3Lrj/Ul/hT7XZxvAseGyeP&#10;khX4Uo5+ufROlUNU9Ysq06lvJDT5hwlAX7bfeqBrr25HrvQ16ysNRJK/0uZ8pUcF0ebLGLgEDvr5&#10;Hx4w52YbyIBKrB8Af8DX+FXX2abxJMGxeH+5q/CpOF9Z+j2OTzU2CdWMtYxU0xEdRT4XjuF1Dxsx&#10;IAZYZ2IJI8eA3nXpB1W6b+QOoXTXHcjGq/3mGbsKrsOMliR7vzccd9Qe3s4Er7Lbi1IDzakE/wBI&#10;EfGifMd1MzsxL9u42D/SSR8RS+ocQw/E4PmcNrocQpidoqKGVJUvYNbdGSOxB4Hvlyf4D9x4h1Ci&#10;Usr6DUznvLkP7h+481qFe7lfQa9zrYw/dPNzVS2ocK9zjbm6rFe563PV6K9zsKx7C/0c1NbCCeFe&#10;53sf/Cfu57UKt3Suivc9sf8Awn7ue1Cvd0ror3PbW/wnnpFa7tXRXuKPL2Tc2ZtqTSZYy5W4/VAh&#10;DBhNPLOwLAkC0YOpsbDx4ptLR24WENJKlHgBJoyscivbn+4tKXHQCfhXuGEpPQ16yq5Y2pPS5nyd&#10;ZSyRNHljF7MVXebfoNdNfo4Nf9iveaJ/l78f7Wvj6UZHcrOB/wAwrn+kV+FBRivXnobgRqVxzrPl&#10;PBmoljlrFxXMWD05iWWYUyF/OqF2hpCEBPdtO/Jo9BPrXJYf7KufboNzXyziosPj+h+PNK7Ld5Ui&#10;TYPgf7Wv8KqvczNkiTbOD/NP4U0Sepn03xJBJL6gckRx1T+RSvJmvAQJH947VJqtT7p0HsPIUPob&#10;9Y9Q80dP6Yc8VDUxZKgU+W8Ufy2QkMG2wmxBGoPEFtuDnjza1t2bqkoMKIQogHbBwww6a2xuZm7o&#10;lFs4odSSflT7WdcOiuHU1BWYh1fytQ0mKxwVeF1VZmDCYo6mKpAaF4mecB1kBBQrcHw5KpvQb61a&#10;ySSKl9Kufp3h1lEeV8XO3Xbr+g9o4ue7L95GwCuwfAOyW14+6nFbjZyNtq5/pFfhTHjnqX9OOWYK&#10;CpzJ6gMk5epsVO3C6jHM14FSJUny/NtE09Ugf3fe92+mvbkuT8P/ANb8Ubyyek/PyRxjc7tljFbA&#10;f9EfhxGrs/z0bbN3/SK/CqDcrN5/4mc/0p/CmGk9YPpJr6uGgoPVJ05ra6pby6eipM75ZklkY20V&#10;ErSSdfAcCOv9PXXTC80JkjEukWYqHOUkJxGPKtVhNYmItThGcyinaPzDGFRiWC2sDroeETmTXaHC&#10;2ppQUOEGfZSFzd2/Q53amVhfRpM+yh4o8awfEcPhxbD8Wpq/CqghafE6OeKWnkJfygFkRipu3u6H&#10;vpxzrvTD6icMho6jEuiWZ8PgxHSglrsHrYhMQ/l2TzIxuO42sPHnl5NdpAJaUJ2YGm3sjvGxKmlD&#10;zBrJS4rhlfNWU9DiMFZUYeyxV8FLNHI8DOgkUSKhJUlSCAfDXj0no99VMtRhVJF6es3yVWOMIsFp&#10;o8BxBpKtm7CFRFd/+Bvyv8puv+Nq9hotLagYpixDPuRcIwzMWNYrnTCcMwbJ8clZm3FsQxGjhpcL&#10;hiQyO9XLJIqQKqi7GQgAanjZjHpX9SmAdQMJ6UYz0IzXh/U3HaGTMuCZBqMDxAYvV4fElRI9RDSi&#10;IyPGq0kxLKpFkb2HiN5lbaiFggjbOFPIsnVbEk0lcudd+h+cMky9S8o9ZcqZp6cw1sWW5s/5czFh&#10;FdgiYjPUw0UVK1dTVDwCZ5qmKNY9+4u6qBdgClMS6I9YcIlaDE+mOOUUyaPHPhtWCpvax9zQ38OJ&#10;y6kbTW1WLw2oPsoVgb6jUHUEcTtR0/z1SgtU5PxOnVRuZpqKoUAE2vqnt5ZtYVsM1oWTx/hPsr3F&#10;HjHRDrHlzCaLHsx9Lsfy3gmJx/NYXi+YsKraCmq47Bt0ElXHGsoswN0J7jjwZX0Vc5dcDag+w1Fp&#10;6+hqpqqnpayKpnoWENbBTyI7wuRcK4UkqSPA8ZssdMOo+dcXbAMn5ExfNGNrC2IPhOAYfVVdQsCa&#10;NIY4EZggJtuItwRZDuZm+aPhmztXHnCJ0oQpRgcYAJilWV5DfXz4Zt2VOOHYlKST7BjUh3SMbpHC&#10;LcLucgC5Nh34t39M3qIjrocMk6H5rTEqnSlw98CxITym9rJGYdzH4AHg7T9Pe/ikFYya70jae4cg&#10;eZ0xQmX2W7yp25e+MY/ua9vsrg08CRPUPMiwRgvJMzAIqqLkknQAcVSei31cyQQVMfpqzu9PUx/O&#10;QSrlvFbNFt3bx+h7W8eFCuxre0KKTllxIMf3Je3ZH204x2T7zu/Zl758m1n5Un1znk9p56Vc14a1&#10;TTTDDqmnWupTJHUFtnlMu+4e+m0634wVPpW9TNGJGqPT9nNBDrMVy1i77NAfe2QG2hB14U33ZxvB&#10;bLKHbJ5KhtBbUCPPDCi97s+z5tSkqsngU7R3asPPDCnL+dYN5ixfzal81rhY/Pi3GxINhuv3B+7k&#10;7DvSL6p8WpErsN9Ouda2mkJjjeny1i7FmUsCoXyLk+4dLX04ot+y3eV5oOoy99SDsIaXB8sKetuz&#10;XeF5OpuxeUOptZ+VRqvM2W8PZ0r8w0NE0a+c61dXTxlU933jvcWHvDX4j28YKj03+oGj80VvRTNN&#10;C0BK1CV2BYlC0ZAud4liUra3jwyvuxTfC1tvzD+V3LbX9JTLiU+0pArVz2bbwst945YvIR0qbUB7&#10;SBTwksUiJLHKskcoDRyIwKsD2II734x5l6J9ZMm0xrc3dJ8yZYoQN/z2P4HiVHBt3bL+ZPCq2vpe&#10;/fgXuNy84ZQVuWjqUjiUKA9sRRDebv39uJdZWkdaSPlWKmrKOs8w0lXFVCI7JTTSK+1iA1jtJsbE&#10;HiWwbJ2a8xStT4Bl6sxqqUGQ0eFwSTz7QQpYRxguQCQCbWBIHcjhL/L3/wCgfZRY20pf2iak8Goe&#10;jz1WtiNVhCenLOsuK0MUdfXYbDlvFXnghmZ0R5I1hLIrGNgCQL7T7DwWt9mO8a3u6TYPlyJju1zB&#10;2GImOuhXb9n+evL0Is3VKiYCFEx7KSiZ8yPJRUOJR5zwmTDsTYxYbXpiNGYKhgFJETiTa5G9dFJ7&#10;j28j1/pH9UmFyYZFiXp4znQNjNVHgmFmry5isaz1krFUhVmgA3kg2W9+P3HZPvQ0QF5c+CTA/ZLk&#10;noGGPpSl7sy3jbI1WDwnAfs14n2VOhzRlmpNStPmKgnajgOJ1aw1dOxiplAYyvtc7UAIO46cVdB6&#10;EPWdilQaTDvTBnetqhH818rT5exFpPKNvfCiO5X3h71raj28SZr2bbw2DXe3Ni+0iY1KbWkT0SQB&#10;PVtpJm+4OeZe2HLqzdaQowCtCkgnoBIApA5/6/8AQjpRl+LNvVLrXlHprlWet/q3BmbP+ZMGwbD3&#10;xH9IflVqMRqIYzN+hf8ARht3utpoeZMQ9BPrUwl6KLFPS3nnD5sSkNJhsFXl3EY5KmVY2mKRK0QL&#10;sERm2qCbAnhZl+6Oa3bmhi2cWqJhKFEwNpgDYONFFlkN7cq0stKWccEidmJ2dA20mckerP0rdTaX&#10;MVb039THT7qDRZQpkxrNlXkjOeXMWiwujkfylnq3oKyUQRM3uh5CATpfkPL/AKGfWVmqibEsuel3&#10;PeNYcp2DEMPyzi0kDHsQsgh2sRbXaTbx4p3l3EzrJl6L+0dYURMOIUgx0woA0vzLc3NrNWl+2W2o&#10;8FJIPvqfn/1PemrpRmmjyP1S9Q2RumudcQgGJ0GT8/5twDBsUnpmJAljpMRqoZmQlTZgttOTcX9A&#10;/rYwCgkxXG/Spn3CsNhaOGaur8s4rFEjTSLCm5nhAUFmAudLnhAzl1w59qFH0NFicnuiYDZnoikv&#10;kr1q+jbqTm/Dun3Tr1a9Ms/Z+xfzzhOSMlZ8yriuMVXytNJWTeTR0NdLM/lwwvI+1DtRWY2AJ4x1&#10;not9XOH1bUFd6as70lahRXpZ8t4qsgMhKrdTDfUqR9XGRbuFlTwSe7R9yuA8zsFKm92cxWCUsLIH&#10;96aGbB+pHTvMNFQ4ngGfcFxzDcTUzYbiGD4pQ1MFQiqrlopIZWVwA6m4J0I9vFlWfh0+vfD6U11Z&#10;6NupcFIpVGqGyZjxUFm2DUUx8dOBK332yZ13u0XbRUeGtPASePRjTCMivFGA0onyNMFN1z6J1rmK&#10;j6w5Wq5AFcx02YMJkYBzZTZag6Hw5Bqvw/PXHQzT09d6SeoVDPSmOOpircqYzC0bS22hhJALE7ho&#10;eCvd5pWbmLEd+f8Agfj6/wCGa2civQY7pU+RpP13qf8ATThk2DU2JeofI2H1GY4qyuy9BXZtwCJ6&#10;+HD7iqkp1kqwZVgsfNZLhP3rch1PoO9aNDVQ0Nf6XM84fWVMnydPTYjlzEqd5Jtu/YomiW7bTew1&#10;twV5d2fZ7eW5uLeyecaAkqQ2pSQBtJKQRAjbS2y3PzW5QpbNu4tKcSUpJAHSYBj1rLk31MenDqLl&#10;/FM29PvUDkjPeVcEonzHjWZsm5rwHFMPo8OjllgeqnqaGqljjhV4JFMjMFBRhe6mz0fw6vXet93p&#10;F6gC1ib5YxTx1H+5cDSbF87EH2Gi0ZRckxoNBAPxHPw8za3rx6MG/a3VHJH/AJ8/hxJD0Ter84s+&#10;Bj0y55/m0dR/K3of6tYtvFQQCIz+htuIYEDxuOGze6eaLaLqbZwoG06VQPWIpWjdnMVJKgwspHHS&#10;Y9tDmOv3Qk5KHUodaspHpy2Ftnhc/jMmD/yQ4KiPI2IfPfMeR8qFjYmbfssCb6Hikh/D39clRBDU&#10;wek3P0sFQqzQSplnFCro4DKR+i7EHidW71+FlJZXqGBGkyI6cKY/kd5/xpXsoKMQ9e3oYwnFsTwH&#10;FfWh0mwzHMFqJ8JxnBcQ6jZPhq6SqppGhmhmhkxAPHJG6lXVgCpBBF+BFmz059e8iYocEzl0dzHl&#10;rGAGc4ZjGEVsM4VZnpidjx3t5kTpf/EpHcHiprdDNVgFNs4QrZ4Tj5YUpa3WzJYlNusjqST8qMZl&#10;LOeT8/YFQZoyLmvDc65ZxWGnxDC8xZSrqXEqGpp6uliroJYqijeSN0lhnjlRlYhkZWFwQeOGSvS7&#10;6kepFdJhuQOg+bs5V0MfzVRT5by/ilYYogdu+QwQsEW+m5rC+nflLjdTM2gCu3WkHpSR8q0vdfMk&#10;/cwseaT+FJzqh1k6Q9EMApc2daOqmW+kOVq6riwGizL1QxzDMAw+aumR5Y6ZKjFp4I2ldY2ZUDbi&#10;FJA0PBDn9AnrapYWqKn0qZ8gp0BZ5pstYoqADuSTFbhox2c7wOrKEWTylDgG1E/Crtbp5m4YTbrJ&#10;6kmkNgXqz9K2aMXjwDLXqY6fZix6YqsOCYFnPLlXVuXF1Ahp6x3N/DTjdgXoc9YuZ6+pwrL/AKZM&#10;7YvidEpmq8Oocu4k88aggEsgi3ADcPDxHt4j3j3KzjJ9P561dY1bNaFJnykCavfbn5rbCXrZxA/v&#10;kkfEUpepfqA6DdFssUmdesXW3KPSbJtfNFhtDm3qXmTBsBwyaomV2jijqsUqIImdxGxVQ1yAbdjx&#10;Xr+G36/H+z6O+oh/8RbFfD/oTwKLeSnaaK/5VcT9hoAx+JZ+HKX8sev7omZO2wdVci31+H804gs1&#10;+i31c5Elpos6emnO+VGrpTRYe+YMtYtSJUzBPMKQvNCqyMF1IQmw4Ksk3MzbM0KXZ2zjyUxOhJVE&#10;4CdIMSRAnbRrl+52bXc9xbOORE6UlW3ZsnbBjyoaukPqZ9N/qDbHU6CeoHJHW98rpTT5mTpDmvAc&#10;ynDkrGlSnaqGDVVT5IlMEgQvbcUa19ptLrfQ96xcOw2nxev9MWeKPDav/eSsqct4oiynzBFtTdCC&#10;zbmA2jXX2cKn8ou2nu5W0pLkxpIIM+W2k7u7OYtuFtTCwsGCNJkHrG0U7YD166GZpzLmfJmWOs+U&#10;8x5wySkE+csp4DmPB6zE8ISpjlmhatpaeoeWnEiQyMhkVdwViNAeN9B6M/VniePLleg9N+dajMTK&#10;0q4MuXMUFRtQXLbWhBsL9+CO97ON4LZkuu2LyUATJbWBHTMUYP7iZ2013i7R1KOkoUB7YinXM3V7&#10;pPkrJFT1Mzl1Py7lLpxRKk9Z1AzNjeG0GCRJI2xWeuqpkgUMxsCX1PH+l9BfrTrcVxDAab0t55lx&#10;zCVWfEsGGXcSFVBG5srvEYg4RvBrWPgeE7+7GZNMNvrt3EtOfaooUEqjbpMQY4xSde52bJZDxtnA&#10;2rYrSdJ8jEGkBi/q09KuX+nWX+sGPepnp9gnSTNtQ+EZV6pYvnPLlNlzE6uJpEeCkxKasWmmkUwu&#10;CkchIKtpoeQMZ9D/AKxMv4e+K416Y88Ybh8aGokqarLeKKFjVd5YjybgAC5NtBw7yrsz3iv3S1bW&#10;LzixtCW1qPuFO5duPnF453bFq44voSkk+wCaU+S+v3QnqRiFThPTvrXlLPuK0beTV4ZkvMmDYpUR&#10;P5hh2vHQ1ErKd4K2I7i3fgZ4d0E63YwKxsK6R5jxH+XHy68UeDYhIYW3bbOFiJBvprw0s+xne64K&#10;g1llyop2w0sx5+HCjEdmG8Z1f5A/4dv7NeEbZwoWiwFrkC/a/Bsofw9PXRiVNFWUXpI6gzU86rNG&#10;39V8WU7WFwSrwgi/xHAVmOQ31m53b7K21DgpJBw8xRC5uzmKDCmFg9aSKKZmH18+hTKOJ1WCZr9a&#10;fSXLGM0MklJW4RmHqPk6iqoZYXMUiPFU4ijqyspVgRcEWPJq/hx+vZxdfR/1DIH/AHa2K/8AUnhW&#10;pChtFMKyO8Bgtq9lMjfiQfh4IbP69Oi6ntZuqORxr9eJ8Y8zegj1rZMwDF81Zr9K+e8vZbwGCXFM&#10;axvFst4nDTUtNCpeSWR3iAVFUEknQDjjNu44YSkk9Qp1rdy/cMJZUT1AmlXkT1yeijqjmvCMh9Mv&#10;WD0t6i54zC5pcAyZkTqDlPF8WrpFjaYpT0mH18s0rBELWRSbAnsOFyTIudJJI4kypiLyzERxRrRz&#10;lmYmwAAXUnjirF4bUH2V5zdzMEiSwsD/ABT+FGk4YlPQZ61ZKybD4fSpn+eug0mpKfK2MSSLf2qk&#10;BPGFtqTtFUcyC9QJU0oDyNAhifqZ9N2CZZpM64z6gskYTk3EFE9Bm3E814DT4ZOh/ejqpapYmHxD&#10;ccX/AA9vXPCA1T6SeoNGDoPnsrYvBc/9DoV42DSYZbcH+A0mMqetD0eZ8Lrkf1YdNM5mMb3GVM95&#10;XxEqt7XPyddJYch/7A3rZuVX0pZ+cjv5eV8WYfesJ4ybpsfxCvfyy4/oH2Uupev/AEHg2+f1syjD&#10;v1XzcyYMt/ovUczL+H964nF09JXUJgexGVMY/wCpHGzfsD+Me2t/yq5/oH2VAl9SvpzgZ1n6/ZJh&#10;aPV1lzVgSlQPbeq05kH4fHrmJ2/7JHULd22nKuMX0/6Ec1/MWP6Y9tWGUXR2Nq9lYR6nfTWYxKPU&#10;LkYxEbxKM2YBt2+2/wA1a3GjH/Qx6yMq4bLjOZfTDnjAcKgZI5sQxbLmJwQq0jhFBaSIC5JsOCfd&#10;zdrMc4fDNgwt9w/wtpKzh1JBNGNhujml0vSzbrWroSkk+wU4ZR9Q/QDqBmSPJ2Q+uWTs7Zulilr4&#10;sq5RzNguJYk0EABlkFNR1MkpRAw3NtsL68SuG+lD1N4zJBFhXQDN9fLUsI4IqXL+Ju7Ei4sBDfXw&#10;9vBtcdiG+TRheVXKeOLLg+KaOv8AYt3lmPyD/wDqa/woUq7FcLwunmq8TxKnw6lp1M1RU100cMaI&#10;vdmaQgADxJ4q6z0L+sqgp4Kqs9L+eaenqneCmkky3ig8yRAWZUHk3ZhbUDXhaz2U7zuOFtGXPlaQ&#10;CQGlyAZgkRgDBg9R6Kqx2YbxurKEWDxUNoDaiR5iKQuC9ZekGZMZxnLuXeq2W8fzBlynpsXzDgWC&#10;47hdVWUFJWlhTzVEME7PFHLsby3cANY2Jtxow70aerPFkV8O9N2dqlHk+VVky3iovKDtKe9CPeB0&#10;I8PHi57sW3vbMKyu5B/2pf8Ag0+Oybegz/wvfw/4Gv8AClVXZrythhnGJZkw/DzTQ/P1Irqyni8u&#10;DaW8xvMcWSwJ3HS3ExH6avUHPi1TgVN0VzPW4vR+Y1VQUGDV88kYiBLlvJjawQA7j4WN+3DI/T7v&#10;2Gg4cmuwgxj3DgGOz+Hjw6eFMt9l+8iyQmwfJHQ2r8KeZKmniiWaWdIoXKIk0jKqlpWCIASbXYsA&#10;PaTzLS+mP1E1uMSZfpeiGaZsbiIR8KXBMQ8+5tayGK5vcWt35pz6ft+kM98cnuw3/S7hyPbprY7L&#10;d5Sso/IP6hw7tU+yK6lqqWCnkq56mOGkiUzS1UrqsaoouWLE2AAGp4I0noE9bkTrG/pO6gh3/wAm&#10;gyrjBL6X90CA7vq+PsPAgOz/AD0pUr8m7pTtOhUDzww9aQncHOwJNo5A/vD+FADH6ufSjNQ4vikP&#10;qd6eS4ZgDGLHsRjzpltoKJlKgiokFZtjILi4YjuPbzqb0C+t6ngSol9JPURYntttlHHGb3iVF1Wn&#10;LDt4jnrXs/zx5ZS3aOqI6EKPR1dYqzHZ9nrpIRZuqI6EKPyqLg3rG9IuYquTD8v+qjpxjtfCzRy0&#10;WDZ4yxVTKyBWYFIK1mBAdSdPEe3iJl9KHqXgwyjxiXoTmlMOxBnioKg4NWnz3ibbIsaiPcxQ6MAP&#10;d8bcESuxDfMO92cputeGHcuTjs/h48KfV2a7wpWUmxe1DaO7VI91D/Fi2Fz11bhkGJU82JYasUuI&#10;4fFNG09Os4JiMkYO5A4U7SQL2047Za9GPq2zlSPX5S9NudszUMY3GrwLLmKVUZG4pdWhhYHVSNPY&#10;eIM77JN6csIF3lz7JOzW0tPCf4gOGNI39xc5aVpXauJPWkj4jqNBz1J68dDujQw9ur/WbKnSlcWd&#10;qfC26k5iwjAhUyIgkZYv5pUQbyFIJC3sNeMmIelX1LYQ+Jx4v0FzbhEmClExePF8BxKlamMr+Wnm&#10;CeJCoZiACdL2HDO27C99HkoU3lN0oL+0hlwhXlCcfSjJ3ss3lbjVYPiRIltQkdIw2ddCBhePYFje&#10;H4Vi2C41SYvhWOxrWYHieF1MNRT1kLx+arwSRMyyKV94FSRbXtzvEPSp6l8KoqbEsT6C5tw7Datv&#10;KpsSrcBxKKnd9nmbRK8QTdt9617217cdt+wXfd50toyi6UsbQGXCejZpnbhXv9izeWJ/IPx/ta/w&#10;rNBi+FVNdPhlNidPUYlSotVU4fBNG88cbO0Ydo1YsFLKQCRa4I8ONdJ6b+v9fUijoOjOZq+qKiUQ&#10;UODV0zFTfUeVG3s5dfYBvylOpWT3YExiw5t6Pt21RHZhvGowLB4n/a1fhU15EjUvI4jQd2cgAfWe&#10;PVD6S/VBidBjOK4b6e85YjhuXGMeYa6gy7is0VAVXcfmGjhIiFtbvYW14juOxDfJl1tpzKrlK3fs&#10;BaWCv/FBTKvSaoOzTeHve7/Iva+jQqfZE0lMaz/kPLeP5VynmLO2EYBmnPb1FPkjLWNYlR0uIYzJ&#10;SxiWdaGnnkWSoaNGDOIlbaDc2HFUvoT9aTYVHjielTqA+Ey3MVcmU8aKMAL3Fqe5Hs9vCM9m+8Av&#10;DaGyd78CSjQrVGydMTHpTNt2eZ6893SLN1TkTpCFEx0xEx10gU9S3pxkz9U9KY+v+SZOqNHH85Wd&#10;NkzXgRx+KK+3e+Hiq+YVb6XKW4i19LPqTYMx6D5tQJYN5uA4klr3/wAcQ9nBKewTfgAH+UXWP/AX&#10;P8Gldz2XbyMrCHLB5KjsBbUCfIEUM5ngVlRpkDNfapYXNvZ9/HWP0eeq+aCWqg9NmeaikgXz5qym&#10;yvjMsKR2LbzJHTlQtgfevbiB7sZ3tbUEryy4So4QWlgz0QRM9VNudmW8SCAqxeBP/A1fhScxDPGS&#10;sJxGhwjFc4YXhmLYpL8hhmF4hiFJDUVE/ujy4o5JAzv7w91QTqPbxJVvp6674bPUUuIdHcy0NTSp&#10;8xPDV4NXxssdr7rPENLG9/Zw4R9O+/qmysZNdlI49w5GHXpp5XZVvMFEHL35An+5r2dOzZ10p1ZW&#10;AZWDKexU3HIlH0I614hQz4nQdJMx1uG0pCVOIUuDYhJDGWBIDOsRUXt4njH+wDvxCT/KLrxbP2Lm&#10;MbY8OMUhtuz3PniQ3ZuqIE4IUcBtOzYOmuJkQOsZcCRwWSMkbiFtcgfC456PoR1qmkiih6UZhmkn&#10;3CFIcJrnLFAGYDbGbkA6juOKB9O+/p/5s13/AKg5/g0oR2Z7xKIAsXiTs/Zq4beFc+Z6n0/9dKOS&#10;OGr6O5mppZk+ZhimwPElZ49u/eoMNyu3W40tzyPp239UkqGTXZA2nuHP8GnX+yzeVuNeXvielteP&#10;lhjXQIOoNxqLj2g2PFFgHpQ9Tuaqb5zLPp8znmCk2CoNTg+W8WqYxGZDFuLRQMANykXPiCOFt32H&#10;75W8d7lVyiTAllYx6MU7abtuzHeN4At2D6gehtZ+VMmL5oy1l96KPHsxUOCSYjL8jh6YvV09MZ5w&#10;nm+XGJnXc+0bto1trxjp/Tx12qsbbLVP0gzFNmNZJKX+QJhNaa0yRKzuog8vzCVCkmw7DnrjsP3y&#10;aAK8quUg7JZcE/7zTNx2dZ+073a7J1K5iChQMnYII29VOk9XS0tO1XU1MdPSqAzVM7qkYDEAXZiB&#10;qSLccI/TD6i5KRa9eh2ahQOwiWufA8QWEuSV2+Y0QW9wRa/AVd7r5kw8ppxhaVpwIKSCD0EcKVJ7&#10;K95iCRl75j/ga/wrv5ql8803zMfzIHmGn3rvC6a7b3trxQYV6NvVljtJ8/gfpvzrjVDuEJrcIy3i&#10;tTEHPZS8ELAH4XvxC9lV039zah5g0XXO4edsz3lo6nSJMoUIHSZGA66R2Yep3TbKOJRYNmvqFgeW&#10;MXngbEoMKzDi1BRVL0yX3SrFUyoxQbTdgLC3C18QUE6XHPc9Xq9z3PV6vcVGTNcy4Z/0O/6QPxt3&#10;7aftv7oK9weIbtTR31O1bfcOJFbaOTXuYnHj9XPJqle5jvYj2csEyaWWkSa9zonQ20PHAcDSpcnZ&#10;XuYSCD7b+PPJVNaUDXueF290dl1v7ebinUjCK9x8w6/mxj4j+PKE404jbXuM1SpFVUksCRI4Pt+0&#10;eNKcERFNqNe51GLDU35TWJwqs17iqwMe6LDu0wAHt8kceCpin2zXubGX4XD7fSXjCxKTI+b8UTco&#10;JChqKjudOBnMhNx6UJ8qwSDOyim9ZIweqWCSTSqlPHgqyGNiAzulbMQBf6eWDCGWCVFn+0BdPHv9&#10;HEYA4UcJWCJFIpquGrgd6drqCQxPhbj3SnW697294c0AIrerGBSVxLcWUNoLXGw68Y+pwabo/wBY&#10;Kf8A4syvmBbjtrglXzds0A+gjpHxrVymUR5fGmPD2Vc59PZSxJOOYPGAe/vY1RLzXokoI7B45wWA&#10;7m+v6jg91nCixVvJ+6Kst5HjgtIm6QgC5KtrxzE1TRCts17kmOijcuzNs9l/EcaXhW/yyCmSqK9x&#10;x/l8ckKIJdF+wNe/GgTNVVagpAr3MhoIjHEjhg8YtuX+jmhNb/JQMa9y3n8O+Dy+jfWdEYuUx3Ap&#10;ChFjrS1Iv3Ps4T52RABpc2UBQA6D8qrH9Z7LH6n/AEpO/uh8rdUoN97atU5TP7LfXwgfXjCZ/wDP&#10;J1gqlT/Q5M1YzDNOBYCQ4lM1gf8AiJ1HFzWKUjqBpj8moiQMDBo+HRs36Q9KtdTlvAzp/wB6yDgQ&#10;TwAuwCCMx3TS+pVvHW3t4oShRxplwGYoSONAijUsUHvDQ278uBApCrA17nSkqUK3svcAEA+PYk8U&#10;ttjbNNrMivcb6qOOSQNKArSNuQghSrW8DwztlEDCi11Fe4ab0LUHyvqs6aqHJAfHKeSF23AhsuYg&#10;Va9yS3h9/LZpdf5GqBhh8aYs2wm4Cuiir+tcE+mXqQ6naYXwOqJPsizHQSn8l4ZP8RWMfzXpeyrq&#10;Y8ciH/A1FKf+ZuArKQQlQoV3rqgvbOFMno9nMuWczhvttJhlQw8ffw9V/wCZOVn+WQfsXv8AHtw2&#10;ik/fnoo4fMsYK3BU39vhzWjGap3qpr3MotbQWB5pSOmnUXB8q9yI8g890ud9rm2n58uUJAqxuyFS&#10;DXucKn3Y13ggNoWP0ePKpABwp0Zooba9zZzzFd8SJ/46gYfQ0Q4AbyAsxRzYx3ImqXukP6PJ8CuS&#10;dtVXx2P+pVuOMnZdf+C4kJxp1RbPChM2lmuBb2X+n2jnBG98aD3uWABq7ghOFdzq4gYA301vYDlY&#10;f4uarJ0HyDITrHiVUn/IU2H/AMbcE2Qp8ZEUQ5mnw89dDX6QU25t6xvb/KU+XB90mKn9vNfjqUAc&#10;NRr3/wBMg/8AKEcEL42UH74eAUengLHtxKvZRQa9zpP8omttRqPDXjA214V7np1/SSEdrm3FrS8I&#10;NOg17mFQjG2y19bHXjU1Wvc4MLixsR48amqGvcjGMjUm9uw5YqwppSRFe5x7ldOeaGONUQkzXueZ&#10;bfZGg1v7OKHVJiKccI2V7nGxI4m1UjS2AqRXuZFHvD4a8omlLde5P3af8Df8+Wp+vc//1Vrj2KVu&#10;F/LQYd06abLNCk6UGCZZq6RosQkUeYiR09StK0Uv2ypEmzwbvuTs1fX11u4kLQlx1lHQUlQBnDEy&#10;SOA8x0RlHunnBsr7vnAFFIiDEAHacejbV1XR3LhwuqzJj2avUuuOdSqtKSsxDNnVLBZqTF8t0kiC&#10;GQT4rSTYhR1VOxWGNhLAjg7nD2GxxIk6ndOFrsHyjiFdQUVTmiOebAcHr5VEtdJTxLNIIlAdjtWz&#10;MwvYW9vEWaZvbJuGWFXoTdXEaAFDUUnHgQD1DDUdlDPeV9V9crtVPpKwAvCT4enw8McPWih5t9JH&#10;qvL4z1QwrOeNYrmvKVbSYfi2b8uBFGH4VLUzrveMy0sMwQSlRBsS5LXKqL8YMqY1V5PxTF4qrE6n&#10;GsLx+vauwaOok83+XjyoKZoECxxWhRRvTfdiSTubg0u9wEXVupDjinDtOsJmMDpBA2EjZtxOOw0H&#10;s4u0JNtlrX7bvD96j4yBtxVgI4AcBsoafUP6dcu+pHI2U8Po8MosKzpkrBKegz3itbhtDRTY/Ck1&#10;XiSMZi9SFqKmohZKhYmAAO0LGu2wiSVeHwy4pjM0DbKWJ46CokVdkm77IIA3jX3dxFvjyiU3JS0w&#10;gCZGrq6Y6+YqSrtpTtolTbcK2QYj3dHVQCnLnUPFcsdLOluXzSw1+N4pSnP+F01RIZ6IQEfMSU7O&#10;5pZCEVZhAjhwpAKA68Lb1c6w4d0/RY82Y4mWcUxGnqXwrM0SWhmWKAGzJPvVpY2a4DA3C39to47T&#10;+0203b0sDUiQVTAIG3h5jZHGowu80ZtLlxDsjukkkg7TE4VYd6a/S7g2dY5EyJhK4z0/y5W0yY/0&#10;3zFVxifD6x6p3kNJPTCN4aaohja6oyD3yLAC3KZMq/i2SZk6n4tRrhEeN9P6iip6uapkpmo6+eui&#10;hjhYxrLNIi/afUAaW0JvyEt1frGuVXoadYS6wmYIBSqNvHA+UUd9mW/N5codbcQFJOKTtOPD0q2a&#10;h9JXTfCMuYZguCLUYXV4CKyDAa4zNMIKesrFrGgcWjMse9FNmNxbQgctx6VZvyx1LpcFxPLkNRh8&#10;VXTh3wrEJWjSM1EvmSH9ENpJLCzDt2sL8zV3e3ksM4tE3rf3AbOIBHv6Kkx6zsXXCYiAD60U3rhl&#10;nGemWE5jxXNs1NibUTitoccwaiSaqeOlpCsCFKh2JsFbdGx9467tODRglD/UfFTWVGHyY1gNZHLT&#10;y4fMi1KJM811cPturKb6hSrA+HfjW8in8wahDymnMD4Z2CNkQfEMCJw6qCVnn7rDam8YMQPI/OiH&#10;9Xcx4t6munM2TMqdSn6OdT8JrMOx2gzLgs82F1NRQ0lOHlhanjqEMsM8Z2tG1RHJGwub/Z47HqDk&#10;PFcAx2fFcjQ5clpRVU1XVVwhMkcakKsm1l3puD6AgG47EWJjHc3d3NEK/MrvXgyD9rurEYziVbOo&#10;ihWwl+7tg68sCdogAxwxEUEGW/R76ycp9Tun2NUPrdxnqjlJqrCMXosmRU1RS0ldaNpZKVqikqRB&#10;OkbQ2Y+8GQ2Z1Yvasb13ZI6bYN0sxDPGJ0NTjeVkSnSfCocVZYGheWMioj82CdQ8Cr5gIUObbQwD&#10;E8j36hcstbWzbu9YWCo+AwRjxTM4+2gLn7drZrCVmEqI+O0Tx9tXdelbqLnbHMSxTJWbPlxj+Eia&#10;sxGdsMFNLHsqFEqPsqNSxk90gFdLmx93lGmeukGYejRyt1M6V9R58e6fY/FNNDlhpKqlkpZvlfmH&#10;c0UppJBCGdGv5aktawYEE4sWm5d05fpzGwSRaqk6RIjwmcPDhMHATRZne6tzu/dou7Z9amVpVCCP&#10;twJHhJGBOOmNuMGQCeSCp86SWFoJIJIveImX3SpdlUh1upvtvYG4BFwL8VS9VkzTgGWMLz9j1CuZ&#10;c3vWtilLhFFJFWRSYXQIYpXaKKphC1bsAIvKaNiCboWLCbt2M5ucsTb2F6pwv3ExAmAMYwBEGY4i&#10;OjbRmnfI3DLDDzmq4cQomBxSAAMAQNcEhMadmONZhdWKqjbVC2YkEG5Nxqb6W4Pnply/imFZQ6l/&#10;PfIeRNJhbYbhWMYjFhtXVzGmlqxBGWIL+aIgAu4Am43G/MkckyN6z/ZrV+zmYEA4gbfOPwoVbvZc&#10;9b2TxWoJhSSkTjs6fM+2eNN9fUrDUUMZSZmlLEPTQvKqC6x3YrcLq47+Fz2B5ev6T8k5E6Z9P6XE&#10;srZfkwBs1rBi9dHjTSyTzv5SlWPnsw2IpKqV0I8T35K15lDCU6GBCSAT1HowqRXsudbtw2iEpOJJ&#10;6+NVJeuSDOXVDMaZIp8VWfBsA83zavBHMYommDRtEz0zF/Ok2JuDk200W9iPGdcj4b1ey5iFBi1b&#10;NR0GIwvBBiOGtIqoSwIZREwGjLfcd37OBbNrFrue5OJ6j4h19ZHAUAA+WLpA7yU9XxxokPT7qzXe&#10;jzOGDYLlzDYMzYlSVEUeLZcxSaOLEHh8lt5E9XE5Zljf3IV8u+gFu/AU6IennM/SHqrU5kbNcEfS&#10;BaHbgGTqeliMslY5cs887i7Ldi4soO4i+g5HtllWesZk4w28PyJTgMNQVh7MOI+dS6xcwXlOPeAg&#10;BKRA9vTRn/VV6sss9feg2a+lOS6Woi6uVk8GE43VRNJRthUYmjeV4THMT5jKDHtLWK79SSFJ38Rz&#10;XhNZh8y1zCAFbxVJ93dEy7tyMdNLG9zoBc6cWZXuQbK8DrJMYyJMA8cJigeq6ZZGlJBBIiYwgzVG&#10;/Tn0q566XdRcLxDp/M2MUks6z4jl6qdZo6bE6acq0dRTh9211ZQGRSWZwBubsUmj6yNhtFjNLDQR&#10;nM9LLUUWFYZPXUsIqlSQrHJvkI2gL7xG09rC/JDtM0tb9StCgSk4iRw6POl9hvmh5k90gazt6BH7&#10;q2AMc9NlHniuy1WyVwGS8UjocZzHXU+G1srUTBFlmgjSK+/znXy77gQrEntqDWRvWNlXPWLZ+was&#10;lcP0wqpsOztQY7HHS1FJGty1REwd98AZGCudGt2GnI0d7YclbcdSmUFr7p2HhhSXLN9m0FxbpgJ+&#10;6eA6RQi4t6QcMylBR4jkeX+SYtmLyf5RLhkks9JWTJGRHHNFKibGljIN1Hu7SbkbhymL8XPqVhvU&#10;Pp5kfMmRsxYBmnpvVYm9LRnBKumqq9K1YJmSo3wM9ozGGRl0s1r3vpzp+oHe9nNs17xkJ7s4iNtY&#10;7dt++aLthJb0rSdmOI6+fZRzOgeVsWylliow3McNRHmR2jnxUyxyJSqSmkcDNdXCHddgdb+AtzX5&#10;apLBgUGulxyAgkVi0u+JERQ78wGWS1txt2tzekUlLyumvc4bie5vz0VQrJr3PE8tWia9zrmq1Xud&#10;gkdjz0VsKIr3O97e081pFX7xXTXud3c6G5+nntNaK1V7nVm7WPt5uK1jXuH+9DGBYVWY/iWP4wI6&#10;qPLGIYZjFNhdXUGminaJai7TyFHVIY2KlywuSVVAS2ksdlGWF25W6MC3BHXjU49kTvdIddV/CRAn&#10;bgfhzsrDUB2hkSNzE7qVWVQGKki1wD4+zm6rkHE6WrwSibCMWkxRUjeWumg/SwxVMka7Y1BO5SAp&#10;UCwAv9/WHdW+bfsx4gpQAkz7R+grInKc/bKzKdUVre9bsOqcOzxjz54yRQYBJNU0WHZfgxOQUtdX&#10;YPSVkjVFTI6oY5FZplkN5GZitiBY7cvV+rzpFkDGo8iwLPmM07T0UgvtFUATFG9mFwzLYWt4fTyP&#10;u2bK7y5yV38qspcScI2kbI99F28953qFBtUY4D0FB16acK6QV/XPC8W6rVsVPluhrKjD8GwLH9jQ&#10;VFG1Kvm1SqYlKGMzDfcm43HS9gEPpkxbONDlWuy5nqgmXNKO9fieLrS1EVNNUCURsEJTaIygJvuN&#10;xYd7nkM9k2SZqjLPy3cKQlbgKiQccRqnDiBHspndF5xtBBmjL/iD5Iy7mjOPT7qJkjM2H4vldYYc&#10;oVWW8NraJpYKRqaoqY5442nZ3lWpaMRp5d099idunDGJn6MUlDSUc60dZigfEWVhCjKN6xr7spNi&#10;PsHQ+9pbmWz2Q2qX++dI0gaRJI9xMdezZQpXetoeQt1XhVA6+uiW1vpCwaXPmL51z1SPmbLeUYaT&#10;IeEo0+JOHCxS1VQztT2EiEsZ0sy2iud1ht42VfUdp6Oqpmid4S60tTW1TbELTovlBSb3DkkA9riw&#10;vwJb55G4bdTbSUgbJ8+jzmJ2ULWnrRxUNkQONCHSejbLOFZlwbF8GnosKqaCE4lheDYLTiWVRRTP&#10;807KhXa0KspZdW2tubaNCAvUXpJhTxv1crsp09bX4FBUSUcrU9M1RCzxeSJIg+lwfcJeygMbjkC7&#10;/dntvl9uq50hTiBKhHV07Ouoo3xyuLjvwAY20a/o96n6IZ5wP0p0fUSU4viNTTKJTNVmKwZ6ySmk&#10;q9vuNNBeREhYyHbYEKQea4nqK9TOV8ewvOsGLdQanFPmJsNgwrIeEPE8mHrFTlZFElappfLcOwZq&#10;cTi7XYC3MIs7zZLsKbJGOFYy7ybxpdnHHoq77CcFw/Bo2ioaKOB5SZqupiRVeaRrXZiNWOgFyewA&#10;4SzJefOqOGwrivQrD8Z6V4HG3k1mcsOzRi2A0VWFkLhayvqayioXKm5EccKA62TXhU1mziBMzUfP&#10;KKxgmKz4ng+E43TfJ41hdNi9GGEwpMUgiqIw6iwbbKrC4v34a70l9UOpXU/1x5Fr8z9UMO6i5lw7&#10;p3n7K2H5lob01FRwjJ2YZvLkqJaOk8zyWneWSXa+65sz6cC2f3Pe6lq47aOsnuD3wEgwk/CgR67Y&#10;Dlmn6d4ZTVUIw3Df679NsY8qippZ/MraXqFgM1KixQK5G+WGKMGwVe5IUEgxmbajpDhVO1Tj+L4t&#10;1FxOqVGahyuqYPhauXLEitxWCeolHgV+Sj+D9jwjDMCKOnXhGNC2J80Vz3goqbAaT9HIkmKs1ZVN&#10;qRJG8FK8ccfgVdZ3+Kjhcqzq5nWrxaDB+jOTKTJtdVGaPDYOmuGVGIZjlkdD/vPiWIfPYjG9tGFN&#10;LGtrnaBpxbZ26pg7KSreV/CKkSYTRiKSbF62XEookmE5xSRVp/Jk95lkhhEULKoGhdCQPHgQ5z6c&#10;5/pp6/MXWHN2F9Oa+pdJKqfqbik9XjcskrBv0uH4euIYisnj+nijvp7w4M7EJQfCJPVjVbh8pRKj&#10;BPr7hUynraWWONcPQ1NOqxmGSkW0Bice6Y3O1GUD/CTxA9MvUlUenTNeM0HRKsqOqGJ52lw2HNeM&#10;Zow3+XCVaKeVzTUVJHPUMNyylfNkNwO0YIvyYOyft2z3dC8d/liUqde0g6k6sEmYAkYnEE8Bsijb&#10;cftAzDIbou2KiXFwDhwnYB11JlgWfZ5vumNiy7D8CB4ctuyHkDOXU7p7W9eeumcq7pjFBgdTWUWT&#10;8viOSipJ1pbwYsGp1mqZF/SM3y8gZABc7gAx6lbt7w76Zvlf86zK+dsQGzpYZwbSQmA6r7lr8RKt&#10;K5TgJEAVm5lf9o85ypeaZldOMNoQdLaBhMEBRwJO2CDIw6JphxDGKimqqehw6j+cYuiSspA03Heo&#10;LbVBAHe/fTvwWvSXifqDwjpTg1H12qJsO6ZTIK3IE2aJH/nuNSrPt+fqqp5hV/KwwIYacSqqSK42&#10;hlUHhV9K+W546t3W4pxptESvxKK1EGJVJJATPUCBsiBL9M+XZmtxZfcV+XRs1TKlE4GTjhhNBRhl&#10;N0zzJ1UzNi2SKz5/POSoDlLO1Th0tZNh1D87I1e1EI2JoRWPMEnqPLBnQBTJtEibjuYDmPCIJK2p&#10;ypl+KbGcVjkrDPhtKjCVgyU3mVEiBV3FURQ7m4FgPDmSt9unbW6lOPaW0qUNZMJJMdO0nh6dVZSZ&#10;plOU2yi48EtJUQVKwE+vTFTM2ZYwqWCnOa8b/l2CRzxvUvW1QgV2RGnCRliTa9yUWwNjftwcsFGM&#10;4JliGBMuLXy4pKcUqqXFKaYxU/zVOhlgRiwW8ZW4bdt090i3AJet2776v2mlKBCdJGOk4KI6+gY9&#10;NR+jMrNTjiw8lLeowQRingcJonGYqvImeeoVfi1R1U/qhT5ehTAsO/qnjWHfOVgw7EHenq5UiEzE&#10;SibaYwgY3s4IOgQ4f0+ypiOIwYlS9KqXFs0YLMM5Uucc301DVUb18j1Lh6avETxxTIRqgVGVWFhb&#10;XkcZ7vW3vApNop1Vym0KSAUJKCQkiUqUANQ+0kYiZ2UBrzefL83u/wAqywbtbZ1AnTokTsJwBHWO&#10;jbS7zJ1OoK/EJ8r1vUeSvopAcDXJGUfNpsXholWCnaWahnkjqnhIkIEwMkbEX3G4Qlx6h5/6t0eZ&#10;qTD86ZGw6Srz5VTYVkrJXSLDHxk1iRColljqcSx2rwuhgmkhi3SL5LrtR3G4ajFPf7tD7QGlCzby&#10;kpYfOlI160LxMhX8BJAxCkzHVJrH7ePtC3qQoMry8JadMIASVA4mROCTIHQaFPIlBlrA8nxNheYc&#10;UlwPL5YYjiWfquSjqFXZE0MkMNPTmWZFZwI1MiuG/R3Juonxem7pxgXUfCcYpuh3T/BcEx0pinUL&#10;qDjkeEy12FV1PSRzU0dFQU0c6eaZIx9iSOPRnDXNmmu87CbZ26tzb5M0oPJl0qKgpsgAeDAJ27NP&#10;rAof3HY8w5fMG3ytBDwlwwQpo4bBswMRB47RUTE854vW5ZK5ep80ZlzJEJJcu5VoIsVwo1ERqhSt&#10;LPiOIQwXjQSBiGJkUEe6SNDDLkrBcGxGmxqDOVKz5kqZDT12ZkFJDW4pUjZS0cJSNbmUAIoJ3N4d&#10;wvDLMOzn+VBbzdyG3lHRK9KlKJwSCokFSpgCCSeGOyZ28qsshtwta0iSEhStMkkYJB2kiDsk0ncQ&#10;zvi2EZYxCixjJlTSxZeWlo5qHLFTS1lXQYQm1KqtmM09z8uxLsUB26d7FudZnyPieUJMvwUyRZnF&#10;XiVBQ1tdT1dJDT4QmJywwTzP80Rup4iweQfbMakhGty/5i6yGwTcp7y4eZPjCfuCVcdBkkbdmJwA&#10;o0Xn67ZKVstF1xBxAI1AGMQDt9tRMs9dKHMGXM0ZogyvjFLieX8OxPE4cn0lDNNjeMQ4Yk80EcMa&#10;si/MzLGyx2Yp5jqu8MwBNdiOKL0Tyxh1bjnUjCsptULBJDQUlOlV81FKGkZ0jpxvmChwbgAan3hf&#10;gZNzadpN0WbPKnbhCdf7VR0BBSRgCThqMDTM9KYANQlebw5Xv1fqZGUuuhIMr1d2QRPTABJGHE1Q&#10;DmDNPRX8XLq/mnKOFfh059645cyiMxYZiXVjPeOVuS3yvjuDtDSxUEj4lJHHQyVTxgPErvNYL5tM&#10;/lyBCgZnj/z2+pPL2Zs/ZuhoOn2QZ6aHCcYNbBQUBklgSpeClp6iaR5Jao0rFvd3qoN7WXmSlg1a&#10;9n3Z843Y2hVfuIWdOguOA4gqWtKQAhEiSSEkAbdlGX8hy3dTIgu3t1JvkJXpH3KGqASvgQEjbGG2&#10;rLcj9JsP/DQ/DuzBkj0m+nvG8a9SmeMHxfHcEyPJR0+P5iq8eqZzHHLj+J4XDBRvT4OlcibmkWNk&#10;TZEXZ7tYdJ6i+ieHZugyF/nIwyPHzTLjHytFIJKZIXl8pRJUwK0EcjEErEzhyAW2215zLyzsO3k3&#10;hypebWtqq5aCignVqUCNo0lWogbJAOOE4GsNbLczO88K3Wm1uLxJCQTGJ/XCtNuj/Ch/Eu6n9Nsx&#10;dZaT0n5wx6njrJMIr4M7xHD8zvNFT+a89PhmPz0uIVEShlCzRQujH3ULFXszdSesnR+uyzm7LFfW&#10;y5mpcYwbEhicWWaKorw9D8nMZUEsC+XvKg7VLggkE2BvxTk/0t735gWyu1LSHFBuVLSggnAEhR1A&#10;dcROGOyl1p2Lb0GHPy6kCY8UJM+RIPuoxXoo/CW/FJyX1b6GddaPpqnSTC+lWd8q47heEdX8yw5d&#10;WqxZMYoIWkegMklQ0TrsWoYQ3mjR0jWR7RNX/wBI+p+LdWMAyLX40k9d1EwTJsGXuoFJW0ktMhxj&#10;LjvK9QoJ27ar5uNlZSy67QbqeBbPvpJ3o3SzB7K7xKFN3DJdCkK1pOjApngomBB6aEeWZHf5arub&#10;pJC1A4HjBx+OBnH0rcDzj0/ToFHnJcSqxg2Wcw9ThjmQaykemj/32Zzw+hhqIFQR3UUc1LVHywd2&#10;xFfxFrraPqlR4BlakzFRTPVy4rSriGEU9L5ZWf5tI9mwlW0/TAm/u21OgPOXnab9PZvcySWEBCJh&#10;R/owYJPRsx6KjywSu4eU0NoO2NmNawXoP679SMaz31m9MnWTEGxjFuiuY8R6e4rjuLw1UlSpweqr&#10;7wVMkW1rlsMmSPYwkc/o1BdlBJXmzHOq+J4bmLqBnDBsPo8FxaGfEpttEiu1NVTqkECqSKiOSJQp&#10;B3bQoBvdbc7MfTT2Wbg5W3Y5dlOYvP3iQNUKwkJJXPgCSjVIjEkkjjqGWe5O5W6N1etWKH1quz0b&#10;E4Ak8ARGHnVneVz+HV1C9VnTr045B6sZ1qfU/l/G6eOly9lTGMepcDwvEcFwKXFsSxCWORRgdXSV&#10;Vngm/RPLLLI6hRHIzgCcRGbMz0lXjmKYj5mPViy0+CYZUQfLxMYDGrQorysw3C8ihVFwQdbnmdOS&#10;2jOVNm3tNCkNkcNhPFREyZEEkyNhiBWTW5eV2mWWi7W3X4GTCyOnHxGNs+6atn6PZY6LenvC16S9&#10;JcCpKDIOTqiGszxi+HzyVVUktdHU2rqydINs7B4lhkkklYptZTsCICYHI+ecy5FxiTKvUCoqayhr&#10;I1mocVr2ld0RQHWQNMSzKVYBhuO06DXmM3aF2N5ZvPlYv8pDabltSgoJgBZkpUlUfaqcRgMNuGIh&#10;bffsnyveXL/zmThCbhBMpEDVO0HZCuj31QV67fwz/TT+IP0Oj9Sn4eOD5Uyt1fyXiGIYPmrJWQEw&#10;/CsPzBVRVRpKmhrFw1EjgroZIXemlaNRKjXkOxldCGZjz/kfpz6k+qGZJMxR1qVeacGzRhlTjdRi&#10;q1DRHDaD5hVSogMTrGQ6RIhUBIwxuV3CH+z/AHOL7i7G9SGnFEIhRKYxgkSCDtkeLE4VDuS9nuYa&#10;+4uGlNiYMj0wq2z03em/rH1T/C+6Oem3rH05p+i+ZK7prmboVnrKOTosEkoY7fP4DQ1O+grHWKar&#10;p4o6yp2q4LzOjbSXQr/qn6/cRyll3NeXMm5InTPNGy0eCYnWBKjCozIA0jU5jb9MyBv0cLbO2twA&#10;rC3f3sZs7LO2rIO90pcDW/4W1THi1CY2xBTjBI20bbx9if8AL3J1FaAJjieodfRhRJ8D/wCE13R3&#10;HutmRc/dTur+I526W4fCKzqDk2phlpcXzTUU0McNMKqpjkUUxlVT87PGDLLYlDFK7TCsTHsoYn1n&#10;6uZexHqHmaXJuTafAMt1+e+oeZoS0gnxHDYsSrTDDAN9TVS1lVOCkaEbizPtAbi237Ic/ubxFnlt&#10;v+ahEhTZHdqA2kLVpTEmBjw2UTnd+9t0JbaYUSpIMcRgPfNX0T1mN9COhOK0PRzod/XvNOWnxXLv&#10;SXob09mwzAqOop8NqpsPwej+bxA01FhtFT0NPArO5CxxoI4klk8qJ78+mf8As6dAOhOGYt0uanxD&#10;IjxpNVYzhPlzYli862hnlnKqjvOhJ3IVGw+6FUCwhXL+x/fLM95nMveYWxdNwqFAwnaW8dh1xAIM&#10;beNBFrdXNbq7U0ppQWiMDwnZWiD1p6Hfiy/ihfiI5h6Ueo/A8Q6YdWenkFXi+AZVzDDURZHyLQ1C&#10;S1eHx0E1A9XTfL10tEsYrVklacx7i0rRhQCFZ6g8L6nZ/r+l9BglR/VyclcPzTDajIjMZRpKaSrl&#10;RJSha5Kj7JYAG1zmTlW6ef7uHvC2lakwVkkAnqiCeHMVLCNyb7L0IWzClfxTGPUNtbB/RX8NTOHo&#10;i6NUXqHizmce694Dh0WJ9QcnYxAMQwfGatZop2o3XDaCepgjkCbVszWlVHZgt0A6ZQ6M/wCbD+S5&#10;lyniceMYzGf51WFFkjjKwqiTRyuVne0gZ1Qhb2Ha4scdO0vt7tN/rl3KLyzVbBKilDqikpBkp/vR&#10;MESNgMnVsqIt5+0A5o6LR5Hd94sIkknSSQAYw6ZquD1KfiZZf9dWWepvp49SvTij6JdO8+V0HR7K&#10;mFYljUeK5nSqxaWerwnF/kJEwekT5GSCgqahPm3VDIm91SRWHeY/UvjtbkiWXNfRSCTCsyCGnnwX&#10;EMXq1aaiqLoHKSYWodRJtVhuAIJN7DUJbq/SBntvmyH8tzJnWwrFUiUqgEzAWAdJBAM4VKeVfTBf&#10;i5C7LMWlLbIxAnScDjtExB5xTXQ//hORhWUevOH5l9Nn4okUHULolWylc4ZTyHguJzZdzLSxQ1Hy&#10;85p83SmCf5acyBZIrqCPbwkFX1RyrX4vXYjlHAaaloMIw1nw+m/lWI1aYNKaaWKRIYIKSuUwGKyT&#10;eTFukfawViS3M0Gd5f5U5d5X3RcDMKcVqUlLxMEr1ISZEjDA8QEwDOSFjZosAu2W0VLTAUoTpcVg&#10;rVIx2+7CIraNyf0HzBkbpxh+UupOYsZ6gY+tYlTm3NsWN0+HYpnSrgrKPEErKipp6rC5Y6s1UJal&#10;hM/kwwAwDbHtiCTw/M79dccyXl2HG6WpTLlPPQ5Ky7juCZvWr+bxirgYVFO9bFhcUSAJGI2QhFjF&#10;9qhmPIOy3IMgvL+9ze8sywhtsqlKV6QAPvUFIAWemYJioj3my61ZfdzN9gtkbQEaUmOJJG3DbEnC&#10;kxi+TumfpVT1DeoyPpxXZETOi0Of+vHUTAVybSwVOFZRwisVYKpKP5+rrpE82pkkMsctRJLMVWVr&#10;IgHfrLk6h6LQZbwjNci5lzrmZGp1z5gcklJieG0EZpykaKkxlcQu11Ly2axBA3ng27Ge0HLt6bN6&#10;8fQT3CyhCNIlQnCYgRA6DHSdlG3ZBc2mfNvXGghtCoCFGUkmNhiBs+NE2/DJ9YND+JhQdVOr3TnJ&#10;9d0p6L9O6s5ag6HZ0o6WvwjMGLT1FfMK569aYUyCamKefBBA5ikf/KSBFLD30m9NOTKnDqbNnUfO&#10;U3UzFK53xfLmacQNfBV/y3EIEanhqWNQzzhEUbfMItubSxtyJ9/vqI3iy55eV5Laj8u0pQhSELAK&#10;VDV3ZKYHEEhJOzHDCMt+e1K9tlqssuYCWAojSQlYBBx0yMJ6Y9apL9eP42PqZ6W56rPTp6IOg9D6&#10;Z8odOq7F+m2dsl0eH5UxiiXHcr47PHiJwaCCi+WpFaeWVJpfKcO0YeMoyuWADqPlHFOi2LYt1Jy5&#10;1Fno/Nikqf6u47laoloq1fkiWj+bA8uQmOAkELoFGvtzA3I7Tss3jaVl97YpRBhTjb41BaSDJSkB&#10;aSDtknoIqdNwt+bbN2BbO2yUhP8AG2sap6SlMKG3jV4fpN9WNH+Ipglb0D6q9AMDwnAcuSI+M5p6&#10;Q9ZMHnzFhuIYXiaOlTNhWBVFFjGF+XUOisJJd29tpQqWAr2yHl/Bcn4zhdX1Ay183lXqVJBh+Rqz&#10;DhS1FKuJYpiUtSk5jMioVZgYXLxjbGgPdRwc7ps3li262ylIZkyqZ1AyYJACpM4RxAnA0Y76hrKf&#10;+GGouCUoCNupSidu3E/KrmM54njD4ZWVmSMWhfEsnVSy5owerEh+apUoy8tMXiillSQRzrPFsF2c&#10;KpO1m4PFd1S6j+l7NOLYjl3OMZw/FKebG82ZTzhTzVBwyoiW8cLPVfKiVPLAZZ4pPeXWzd+Qjn3Y&#10;rb7ysPOuIcTZgqPe6UJ0gD7oJBUAZkA7BG3GiW43HYzrJ1Xt433CEFRKgUwBxMiBG3aJwoivWT0e&#10;elz8TvpXQ4f176VtimW8pYhLD0w6mZMxinw+or4DBGlRWUj4LUyvAnnmWCWjrEukkZulwG5b36cu&#10;o+cepmVv51nTJpyvW1FNS4nQYxhVQs2GYnTVaeYkkKljJGR2Mb3KnufDnMvtx3Ktshu0M2t41dMk&#10;mNIIWI/pAiQeoniIrEHtB3es8vDRtblL7ayYj7hH9L3VoX/jA+hX05+h/qngmVvTj6louseE1mKY&#10;xlbMvSrNMCpnPJ2I4OIDLHiM9NTU8U0EoqEaFzHEWUqUWVT5nEZ67lji9HvqZdpWe2Scwnbc2t/L&#10;ZddeRtk9ysn7QBRbumtRfJgRCv8AfagfgZPJP+Kj6OlSJEQZgxF2933tMvYge476DmilSYk8eM4S&#10;IiTKJY2UXOh3L/Tfh882FpM0ozPUWjX1FebzeP8AU7LC47JQV3UinoFVxSfys1ko2Sm7e8sVwLjx&#10;NhwJ78bvZq3pTbsKPhBw4yKSZvuxeLA7thRAEz+k1qHekH0WS4P0ww3M+IektMQzHVCbFHzxWZdw&#10;o1j0KlFiKzVWyaS1j7qEkd7cbM/9Tcj9J8vSYnidRFiuMTp81guB07Sl6o28ZI0k8tSP32+49uRZ&#10;urlGZ5s+UpSpKQYUSDgcKBVhkV1eKISggDjHGjZ5Q9PfU3rznGhwTLdLUZaylT/6JmTOu2gNPhoH&#10;m2X5eeSN55FcAGKOxH7zJdSQNwX1b1ebIzifTzIBzNhMANPK9Qs0LHEFcI1JvimkWIi7EMylTtNu&#10;45IR7NcwUdCQBw2fOpLy7sncdYLhUZoZcU/DTyJglHUf51vUBieWMx1RqKmlGHVeCzUkWHQlj80Y&#10;cQw6OaUX2qyI427hcm1+KbKXq5zZmzFv5DgPSrDhitNKIMQpavGmYpe4BDQwEd1IIsbEa2FuFtz2&#10;S3TTKnbhwIQnprV/2TrtG5ec0jbjSG6hfhZdLcj5frs15v8AUxm2LDJoxVUFVguA4at1Ta21o5xI&#10;zMbiwUpfsATe5i8Nz3m/E8UShxLBYcGVRG1TTYKBWsm5SzbqiZ0W3a3uAn4W1TWW5uQqsi85dgr4&#10;DVGzqoqc3Yy62ZK+81nhJ+VEN6gdC8udNsnVeNdOcTrOo+JTx1PyFb1ZFVl+nkZHjjhCYfhGFzTt&#10;qGMm6UhdLBt3uqfPGGYLmXKuKYHLg647DVr5gosYnj8t5IzvRWWGIgKzAXPvAew9iJOyLNRl2ctO&#10;oeW2oGAoGBjGM9VW7PMweYzhjUQAVAHyOGNEv6SZh9RPTHrl056pY3njLfTukwvEEpMal6VZYxX5&#10;2HDaqN6aq/0rHsUd2ZIpGICQRM9rAxFiy0sdIsU6HQUMGN4FmZsRz1nKsSZMKxRKaqqfNhkaGR4h&#10;IVSnTeXbuo2rtS52OOuu5PafmDeX26XHhdLWQlEklZSScScIg7J9tZP2m+RAVB1KkgTjHCtyfPtf&#10;1tfMVVhaZZpHyBhlNNJVZhpK6tpiVdXlVJI1EskzBY0jARGBZ97EKHic4+d+vtJmDJ1RTY/kyTFO&#10;j9bVQ4Hi2N4LPJE9LFT1EbLPI0bSywAuFGouCvvbS1uTRu12Is2Wai8trnTmYCljUJCipKhp0+EL&#10;gE9BIMBRCREo5N2d2tqU3bTyk3BH3bRj0pHDyx9lVhdG/wAKDp90P6x0XXXp71prsv8ArPaDHM04&#10;PieeYaTE8NqqrHMNnpZoKvD6L+Vx10cImnKskiuFawdlhQqV/JWIf1Xxw45RdcG/zS4xJPVQQdQ6&#10;GVTRT0kLNSVFOJYn3oLbA8QIVyqtGWZbzpn9gp1opcsibxKQIaWIUCRqB2QepSgCnGcCaOsyZ/Kv&#10;quQo6T/CTw6U9M8ZII2Y8LReolHUVuCYjimIdEqrNfUfDMPjpUwrpxiFFFNidLiNZBHXUSVlZUYd&#10;GhOkjR1UkSuuqyG0hROYVhdJkfqnjWbcv19fUUOLSeauP4HgeG44+GT4iTVR1TUVBPA4pireZHOA&#10;jGzoYzuNjK4edvMlatXWUAjDSpa29QSYKdRSUFQxChiBgQrGqXwuW3EvtI1hWJTsUAenTqkE4zIM&#10;kmTNPub3zDmjpbFgZyfh+M4tWxCkrck5qzDiGBRVlNHG9PNTyVsdFiIabcDFJF+kW5Dib7LFf50w&#10;mTp7mfLXVXFJqbqJQLWSY5gmc4MKaGueCpp/LkosQoKZIkEUjSPJTsoY+7qEvuJHk2aJv7J6xSk2&#10;6wkJU2F6hgZC0LMkqGAUDAJOGOAduxdKY1LbIcTilcYjqMYkcMZpBdPcZxPqvkfN3SjFstYz0RzL&#10;gmHjKWIYZh+ORYilK1mMNTheLgPLUy06+Us7SIFDkp+k2kkUsdhwP1AU9P1AytmirydmrKNJSCkw&#10;v5fFZJ/KitNE8MKSRzPOsk7LGxDI8brddRYF5E9cbtKNrcNJeZeKpVKEgcDJI0hJAE7CCmRxpDaO&#10;FDOh8aionURCR0/xaYjpOO3DEUXLI1Jmf0dUtJ0oz9lCPq1076v4zjmIZo6iLNlvC6GkrZxL58mJ&#10;Q1KYfRxUUlDSpJMqDesqy6Sgglnx/HOoXzuHZbz5hGM5pjjovOixvB8CxrBZ0koiZIZicWppKFWC&#10;NKrw3ZHuFHvMqcWZcjJlBxdk4234oguIdT4vuTKCFbQIMpjjAE0my99vSpCVBUkjASAegqSdIiR5&#10;Uuekx6AYhgOY8Z9O2esnYHXVmN1NJjS4Ri+AZrw6WpxNYErKdpMr4jHVKxZIXErypLGVDMNgJI0x&#10;9KfT11No4KrIYwaixmqw5qnMNPhWF09NieIUUwKTmWKnan2mSVWDPHGASNt9OQoznW8+XuPsZshS&#10;mivShQc8LeMpCFAFYGmCQpZPEUEsizG7bU7a3zYJUqQRAjV/RKUycNsqPUKrKyB6pPxB/SdnnPWV&#10;vV102xPMuQ805tbBenOfarNMVXlrLj1VZL8hFS1Zwyuq5IPlPLdkxKuklG0ybQW28QPSqng9POdM&#10;ap6HMMWKdOasDFKTK0E8VRWYPMqMlasppXkQKmw33NoV7G9+DbtKyZG9+SBm4QUPjDWpMJVsKD4o&#10;KhJnrx8Q4EPaBuVZXiO8RJWDASYwMekjGNp40ZT1u9AcG/Em9MuJ5Vrcuz5L6oUsqYFguc8x4NV4&#10;fhuITRyR1uHPTfzunglqaapeaMp5S/vuu8FWHF916yrkbqgkWPzYLI2K5VpZaqWPCXxE4xKZEDGO&#10;WmSjlikacD/JywttAsCb2AT7FbbOt39TD1xracWQkFKA0hPAJ/aFQCRhqCwTiSJkk47PE5y02pu8&#10;UoNSoowgJGAAwVs6hOMmMaA/8MrBfUb6UMv4n026l9Qa7HsjZtxeWPp7UYpS5XiyHl7D0pYoVjwx&#10;/wCsBrGo6PyBGHhqLyu5doEbdLIS7PFX0TyXhGXMy4Z04zBlCSKjkxvJ+K5Jxaox7CKiWCMIDUUe&#10;LU8Sx+TIqiQGGxAuoZrMuSGTtbw3D7rD120+nWEqSWi24hOMwpDigqU4pxBBPpQxVllzbI1ueNAx&#10;T3QUIAxJICiMBjimOirVemGWPVjHjedcM6i9fMpdW8vVGI0+HVuXlyRW5NxjAqCRo2nSGswfMWJr&#10;OZqUl4Cyo6u4ZnAUx8EXJ/qUwTrjkSsypnLI9NmnOeEUFRUYbh+KSLBT1Vam80z+VFFAjhPdRlRg&#10;92N0AsOEed9kdxkOai7srgssuKTrgFRCf4gFFZgzjJBECJnGi7d5Lz1wru1wV9IxIg4AnAGYmQCM&#10;OmSDdP6Isc6KdX6zqR0H6y1PS7JedMaw6v6hZdqcPmx6qfC0iIrqenxHGqut+Xaqm2yySyQMFWNV&#10;Xa5Lkc8pV3S7rbkehost4inS/qTRYaESvyuyUTRBl3CKvp/0cNXB5lt8Myuo3eBvyJd7Ms3hyDNV&#10;3SpvbBSwdC/HsIBUyoSpKoxkHxaY6KLcyVci4Dz6lOslQgEkONkEgqbUIIjaUmUq2R0ko65ZT9YP&#10;pK9QuN9YcYrcR9WnpSzRj+H4zU9LuosdRjuL5cqlY0r1+UpYUqarD62mpaiR4zG6+cY3jVAzRMAu&#10;yj1pzDT5iw+Oh6nQZzpsuTQYhmDpfXUQwmjr6VKYMtXDPhC1CNslAUs8QjR7KSGFuDnfDsqy2/tX&#10;Sq0/LXLjakt3I8brUnYQ4UqAIxgLlQ1cKVbw5DbXLwZbWG7gp0odUPFB4SD0dAgbDRuPUN6FulfV&#10;bCM64Zh3S2g6U9V87ZWxDpr0z9Y8Lw5nzrleWuM9PJCWzI9LWCJoqhyUp6xnmR5gSl9zAn1K6i5W&#10;z/mWPqNQdK58qZjy98xUVc9LiOCSUdVOwjKNDI0lNJYSSoZDBMjPcMvckDzdHcR7KrH8ou6TcBQA&#10;SooWlf8AnESJIGGpMfMWoy27Xbhm5TrWzGl0FudhgSSRwGHhMYYxgZ7009DOpfQnpLh3RnPHXObr&#10;ZheEUlLgOVM3Y7gslLjsNMIHSVayWWqr4ZwAv6APEoQDy23gKAYb0tY1kzqXheLz4fgU2R6mklhj&#10;zXh2WaujpRRwU05WChqHhp/mahLF2Lz7mu3+UCnSLO2Kxv8AIwju3EOrcP7PvEFUqKTqKRqSlOnE&#10;gJ4AwhRiY3GbqaVLC0i5kABQCiCRJiTOMExJ46QcBRE/xBcQ6t9CMGyfjeTsy5c6iZ+x2d8J6ZUn&#10;WnLlXmavqMwS4W/z1fQedi2G0WHzosKSJDR7EKeZ5dLNIFR4efc89Memuaq7Bs6Zcmyzk7EJVr8t&#10;Z8yXh4FFJTzQjy5ZIIY/8oHV1aSBWLOmt1bQ03dtMwvcrS+24C8gBDjbi5IIxgKJxBkaQuMDwNSZ&#10;b5jd2dui4S3qaT4VcVhW2JGPkDBjoOAHHo5N18zR0bytmvJWJUeYeomW45MtdZ+kHU3HXxLEsMx6&#10;FTX1NLDiiSzSBZRPFJT0teEZaaaNm8hxt4RrOq5oyJi+HZ26YYpTYNgE84q6aSmwOXCpcQWGWXzE&#10;qUrKPCA6gRgmGaWXQ7lC3HJKy6xOarLa0aVQOIURtH9LwjGJx2Y7KJN4W05jcd7YHujO2NK5iSdR&#10;0R5KVBnAGj5US4VnSixDC8dwiSjr444kxDDautp6iekeWn0eF6OpmMTDeyiVdjEjTsDxTYPm3E8w&#10;VWC9asF6XyHHKCeojpMQRqpKSfEAqUhjhoYKiZPKYygeW04Lgi0m+/D6/wAqXbWRy+4uRMDwkAEC&#10;T4iqdpAkDGOIik4zF/NrAuvp/asn7tZSZEaYgqBniNihIkYS3Ynl/Dq3K2K9OMazrNIHw1KWqxGa&#10;WnjxWKmeORFqmmKhPNvAzh/K2gqbrbTgoY7JljFMs4nQ450zoGkzVh4xPCKLLPzcVdhFXDJNHJNV&#10;RxNMbxSozGOzE79ugQXL8sZvGrxKkXaoaUAorgpcGBhMgDERBERpmZOA2yezurhQU5GwpUmDqJHE&#10;ACBGGwYmduyk7h+BZwfGcFlwnqbiaUmUcSNDm1c10NDNDmClmpI51ihZIKYJYTRhZ4CAGjYMrszW&#10;BbKnVHEcmZJ/ldBi2G0uZqYhst1HT/FMMnxWuipEWKNzBQyGqhZBCwmilADAsxUhnVnc5sbR+7Up&#10;1JUkYaVBREbTtBChjtBMdOCYjrKriyU46w+pC4wQUkhUidokEKGw4ClFjWScm59xDGsPzTgj5mwl&#10;FjwzEcEzZS18mGMQzVl4468fLTe9MpEkanayAbrxqEbcmdQJKvqFlbqb1dhxJaGplfFqo5aqafD6&#10;iCrpN8SSNHTTRSRCQxjzQUaT3GAGu1gDvXkGd3+XlvKGQsJGCFGBtMwVYx0DYKR70v5pmdkkJGpA&#10;w8UDAT4hMGYnYeGFM/VjJea8U6N5m6fdIhg1FjdZRR5awqPqLST4phEdFNJHHULLTuwNRtp2cRxs&#10;4QttVmVbkWc5s6h4HQZey/mDMGQ6nEMHzGlLlrJ8dJjqSpWTPFMypJBPU0sXm/LSNKWlW9uw3Kec&#10;k+0Z521zlaLtpSXtRGkQESNowJE+uyvZRmCHrVxAeQ4hkjXqUQcdk+GcSDE7fKKpu6T9Hc51HUDP&#10;fTjIXqhw8Z/6c4tV9Rus2G4jkKLB66CHEaqIv8lWT0VZO1AK/CmRIqWpICqQXMbRABb0u9V+TsHr&#10;sx5UzDOy4PgewV2Zss4fG6UM8RFClPUzYYshZA4GrKrbhcBktwKZ6m3zG1dCmodIEHoKYiBMYYxw&#10;NADtD3bfuWVhlfetuIIUgOTpEH7cUg7ZgzG0Y7F56wfw7s79QswZV6u9HMbkx3NhaXBMa6SdT8y4&#10;rW4LiWF4hUGtxCpw2jxicU9NiBheWLY142iJB8qT9IuhjzE6uYtXg89z1er3Pc9Xq9xVZK/5ifDP&#10;+h3/AJTvxt37TT9r/dBXuDxTf5FPoH8BxDRwnZXucHWw11trpzYNaNe5HNr2v25fEGaVtW6kma9z&#10;rXW5uPDjhWDhS4Gvc6YAj4+HLwAKsa9ziBYm58Ow4yp6RWpr3HjCQXnQX8QQPrvxttUqFWZMqr3G&#10;qpQGrqSToZHJ/wCQjxtwjVTSvur3OCg+GlvbxtIJNVr3FZgGoj+Dzd/b5HHUqxp9qvc2KfwtZSvp&#10;VxdVl8sLmzEXIOvekpuFd7pLs9VHduqGh1zRTutsG/qNl5/ljOWwiSNWBsFIqnPLFZmDzjy2G0C2&#10;/jLUCjezcCRjQWwxyR0d5kIckkxHvqdOT6c20c2BsLryqrdIE0YYATTRVyM/+TBPfVrDTkHqAqN0&#10;u6qKtnvlnHyyPex/3z1IIJGouD4cT2U96JHGkqrsqSemk7HKVzh04JJBOY8vRWW4+1j1GNea9VZN&#10;SGSYInlgNZYULslu2jPqRbxPB6hApCWXSrqqzzkEMnmfauo+g2A5ZWAwqxBAr3MoZGNw/wBnwtxM&#10;RNJFpKzjXuSIqtUG0uRbtcXt9HHVJgUpVqAEHZXue+ZlcozSFvEdtPyHKtJEwaTh5asCa9y3r8Om&#10;oYdJ+tgY3P8AOcvgHS92grPb9HCbPGUqiKW2v3DyPyqsT1rqX9S/pRGhVcsdU5XU+O2oylb8yOEO&#10;6+eYvW3q5AZSrTZnxmeNL6MWxCUk2OmgPDG0aHdJMbAKshwJ8Io+XRnTo/0p0t/xmsC0H/erg4Fe&#10;IrJRPU0Uq+VLA7GoMhG4kg+GniO3w46gFWw4UkuFETQk8TyRFdkwuwmYqD2IN7a3Hj4ct+WMxNJC&#10;cMa9zIDIS7MgjiIDQtcXYWuSQO3e3FPcpgRVDNe4wVM4ks8C7h7zI6G91ju9xbvoDwytG4EHbSBb&#10;hNe4aL0UYnLVesHo88Mayg/zKkq5jIFIjOAV6qCgFmZTtW/exPs5fMGIsFhR27MOukSXFG4GngMa&#10;K760lv6XurzeEFDTVbW72hxKmmJ+5eGg/EdlWnxDpW+3SR8xR376LLQG3/J3ANlKPCoTxoV3x8Q8&#10;qRnozqGlwHMasu0/K4FOfpenqFP/ACpys/5pLAlTr/h4ZmkZWBR1eZvmISP3hb90jW/LpbKtleSe&#10;Ne5kSqhFjtDJ/rG1+PKbiMJrZAr3IzS0/mO0a+WzfbPfT6eNlsjhNUSsExXuYJahCoURGS/ugydi&#10;SPq5UJ6RW117mzljZ31sT7v8pT0zfCxgU8Ad62kKoS2KP2OPCapW6XSSR5brItoJpcTxalsLAjys&#10;SlQ9uMxW30niYIFOgAUI61DFhtuAt9y/HnNUBcG1jpYnlUwNlPocgRWCpnmEDbzuvfTsPu5WN+Lh&#10;Gv8As/ZNbwXFJSAfjPRcE2TEJVFEuaq8PPXQ8ejmaSXNfWHzDe1PlzsLfv4pzXw6jgDB4/8AF81S&#10;f+W+37OHr4wHRQdvfsFHx4CvE1FVe50tldS3a9/z4wRjWq9zlLZXYE+JA46atFe5hNr3/PjJM1Q1&#10;7mKxta/8ebkxW69zgfb256RWor3OJQEgjTxPx5XXjWyFGvcwttBPHSTFNOJO2vc68NON7TTKUzXu&#10;ZVJCjw1tzcClCUwK9yXs07+Fvz56avXuf//WMBBlXMD49RrhjULUVPMHxHEsShSdqlVAJt8rWQsj&#10;gXGqNp4WuvOv+/u9Vx+UbLKSgnbqQqMcBBwxG2dk9IrIHKAkvq75UJI4bfnRxs9+qXpPR9HMYr87&#10;RZuwPH8bwtocvZFyouI4acMmq3MEVpcey7V00kDMY3LiZQr63JKymh316Nnvo967Mh9T+n0dVmDJ&#10;uK4fTJjeH4hic8OE0mJYdXPS4oyRtUAUkcUHy80pe0e5t5BvfnMDfa/zLKN4S/KtSVa0STAGBwMm&#10;BP6YUi7LLn8vnVynAoKklJV/QIx8gDhjt9K2Gvw1syY51R9EnTumz9h5oa+vw1oo6SqelqKqXAsS&#10;i+aw2aWWlhjp5i1NKqrLEpVglj74cC4PIlXknFcOyxVYpWCvxY00uJ4dXebEcPl8yGMyoqqAhj/S&#10;XF1JN7gnnUvs439ub3I7a5uH0a1DxEK2YY4jjs21MW8OVWFveIBEhoE6tkztiPOPOaI36h6Trtln&#10;MedqXIkNPRdPnraPBMyUdFBXJmVKdKioWlqop45TIaj9CoVllRQEKsBpxP4v6kOleB4/j2RzjdFh&#10;dflukhxXFMNNWqTU1HLK0BeSKocOqbrWNtpJFr6cT5v267v5fcKTc3AK044FJnyAx9tL93d5rbMG&#10;33W1/wBzOkjHCRhh7cY86UGSvSD1azXheDdSccxWfMmMYvLUS064hDQjznCLJTTo+HIEPYgO+1gA&#10;Q21ib0J/iSYpkvNuNYZj2A9bsz4lW4vH5mFZFwzEDVYLSMIoZVqQkDlgkkb6AXsxuNLjmBXbXmVr&#10;nWZrfZfWUq2Tw6uRUOXO7du5erDhWXDiScRHl5bOuraugmVsbyfk4YNjuWMNwKrgezV+BRJTy1zA&#10;srPUxpGn6QWtvudw+8kr9LuT8u4R1FgoM+GkGEbVqcOecVQearZl8uKY03vIgAY9jfQaXuIayhVz&#10;bOhIAqVNzsrctVKaAEYEHj5eVDdLv8t/LvvsQuzbe/w3affzb36TZWy5hOUsOGXMuUOBJUQiNXot&#10;rPPFJGk7EsdmrEeJufjzrH2T3xVlDWq3LSAlJBw8RiD17Z2iKkfP5NrBGkYDA4nAeu2tfH1VdQs2&#10;S56xnD83ZpxjMGC4RVrWQwiP5eko6yOqmw9FWKATPIqiS52xsAfFO4XOD070UNPh+IYjFUxYOk0F&#10;RiWKTyPMxdl2710BJ2C/v697clO6U2hBInh0bOOPl1e6gLcuoUwpyCnSOJxAFAH1ExOlxiPGM35R&#10;yjiuHYlnR8Lr8Jy1k2hoYaeKKkik854Z9sknurUMF/0f3R7pKgXNW/qF6x+oealzgOk2V6fOWX65&#10;TSwUmJFzTTwKJSsgKywu4njQBWVoyrFWvIpbbhfvV2hbzZnbXQsreWSVJEDApBOw+Q2iPOijJnr+&#10;5bkJlKsYJ28auz6KdCOlmV8B6fVuOUkOE9RsMgjxSRhNHDU0VfJtqJ6ayM6MsLuUKMXXTsLDgZde&#10;c69NuunpTznk7FqcZXwXLkgynhGBZyaliqcHxCKSGehTetT5gjm2RtH+mG428bgAzNs0yveTdQW6&#10;iW7lhWkJUcdXkcY4Y4YGmN9bRvMmwrAgkhAJgpOMA8Y2QRSqyJ0qr8idasUzWkgq8XzxSiqzjjNG&#10;aqGDFUh3qsksMYSm8+J3WzKm7Y1rgEA1TdGuq+cukWVEyxm7L9PmnEcNlk/lj1cOHVlHVRSU6kq7&#10;4jFMyVCCFERlQWG1muF2uLOxzJs6y6zLVywHNIlChsIO1JPSMYMcRtwo03d3qvsqsEWl00HFowBE&#10;QobYk4hQGGzDDjRpqujirEVJGkjCssm+lmmgYlTcAmFkJGuoJtxL47iNBmHNdTmKppR05wXGcWlr&#10;8VpsHjeoNBR1tS0iJTkJCCsSyMg2sN2ov4cyVvcrK0svv6W1tmTxIB/oqgRxHnQXXdFNwFOamASN&#10;emTgo4AEAJwxGG2IrJTxSQUsELTNVywxrE1RPYNKyqBubYALsdTYctM6adF8q5j6a9L6nBIcSqKK&#10;obEsYz/j+I/INBU4Fh08VUcPqIxIJXImWN4mjT3AWNiymw/ydaC+haxKEnEnGYjDrrIWwyG1bSxi&#10;SIBM4lWJIBxJw6R8qDbGM1VOE5oxClr6mlSi2Ybh2XMPaOWSqbEK550WbeE2IjKGSzHUrqVDC47Z&#10;w6wZvxWky7hWV8Vw3KXTrDKWKmxvOi1W2lenMaKDvq4IWRVsETYNpY23WZRxJvnvO80lRQrSgnqw&#10;HnFH2aWjTySXXNKB07I4YGkzhPTTLeG4rjmZcdp6jHsaxarfEMOwmvSH/RyHewRKeR1dn3biztfa&#10;ouAVY8X2YPV/F0l6W4MmO04xeopsSbC6Khwy6R1RppFaaWNoj5ckSRyKHYe7vNgAwIGhn1om2FyE&#10;yqAOnDifnP4UDM9tAh5tQTJGzD3x0UAOP+jzIOdusuL9SVRqDGMSwkYbVYlPFHNUwwTp+jQCqXfG&#10;/mKWDD3rLZjYji+wn1A4xSZPy5LmyqpJUzJT1uI4ThGX6vzWnAlhRYo5ZEQkETqFUJuYW1v3Jc17&#10;SbFl4KSApSkmBsMgjbRhvLb3a2kpQNSoGwQONQsyembJWLZ8xfFspYV8jmXDBhNJiuP4zSB6ZQiz&#10;TLNsjMe91MZO4ttQt9mx0NtkysxXOUMFTmOjWnppaOOrbDqfefIkIVowWbZrc7iCNT8BwYLEWjai&#10;kBajJxkdPVRVaZO6W0odAKukcJ89tVzdZ8tZe6H4fS0nTiuNRmebHXws5gxEw3q6SSR/mR5YVxtR&#10;AYkZT7gtYgseNGJdOMqy0E+GRYZAkcwCyGmhSMKQoXcmwe61hYnx5peVWzrRQpsAHiMDPmKFdlu8&#10;mzYGFC7lXrJ1Boaigx3FcTqf0BkmhFXUyTuS7s/lzFiPMQbrqvZT2tbms7+KDjNJ0uznXYb04z3F&#10;BjNZDW4JmvDt00WJSUmIRrHJG5FiYyGIYNo1gdbacu/qIzlj+YusW6gdCilR2HDCNgmKxT7Wd5pC&#10;0MqCQMDwJBq3HpDmLF839PMt4/jmER4RU4jCtRDS00kc0TQg/opUMZIAdQGA8L8pTo8Dzlj+HTVW&#10;HYNiGMYThrinnqqKnqKinp5JAXCs6KyoWCk2J1tzF/VNY4obuHUyApQHmaEzi5y36euuWb6aauy5&#10;0kzBimHUyfM1WKxYXVpRwxanfJUSosSLp3ZgOeCSaXW27l86JS0ojyj41glqqaCSCGepjhlqmMVL&#10;FK6q0jAbiFBNyba2HFrg3pL604qIWky5Dh8c52rLV4hQsqArdWlNPJKIlPgX2g2NuP8A5N6Ptp1O&#10;7d1xT7/wms/Hyi9EvqOxaaoiwLpniuZloyRWVWT8Pr8ZpowL3b5nDIJoHFhf3HY28OGTORuriCBT&#10;K8huEfcIpP43m3KuWRStmTMuH5eFcyw0f89rKej812YKFT5h03EkgWGtzyTT+i7rG9PidTXZcrsD&#10;iwKP5nGGzLh9XhjBTJ5X6GOuWKSSzfaO0Ae3i8brr4rFN/yhyOiniCrpaqOOamqY6mGaxilp3V1Y&#10;FdwIKkg6a8y/7IOZaV4Diubcv0STuqrAmZssVVTGjEa1EWG4hVNBa/YhjfQAntb+zqRtVVDlpGJI&#10;jzrHTV8FXLUwxJMj0jeXKammqIVJ1+w0yKrjTupI5hrfTflDBYcRq8Z60ZeFNRMkdLFhk+JVNVWk&#10;glhTwx0G4lT3MmwHwv35UZI0Nqq8bRsbVVI3teMeUxD33NdbJYX118fhfnHD+knRaOWskxrqHiNN&#10;QQRu0E1JglNUeZIY7RABcYjk99j+8ikew8dGW2421duzRxrty4A8tQzXAIdio231OgOoHYfw545C&#10;6SYXHSB8GxbFHrI/Ko6uTGsIpDJPuNmNOtNiBC7SLozC3i1uOsW1u2PtnzqyWGh/CZ8xXPkjHMEy&#10;Jg6xU9DkWiD1MZhWozBin8wcsrXMhXCVpEjY22gOdo8PbyxVbj+EeyrrbSD9o9/yr3Be6CZYlxXP&#10;WD0S4VgmVsGO6qxY0qviCfLs4eFfKrKrEGtvCnQh+417cEe6q1i6hJgDbjE0f5ItbbgAOlPVXFyV&#10;ViFLkAkItgSbdhcgc2MvTf6qMhYVm2r6S5RovnKPLgjoq+roIaaKSprPmvIkCLT1UcZ3M7gggtdS&#10;QCdw5nL2UdpFl3Rt0oOyScJnZxqZcj3kwKEHzqtX1b+k3EesGWMYzlimZFoMxQCrqKSkrJklwzD6&#10;X5cSJIZajDaqZWiNOrNtMasGKMwUKQOnqD9WmV+nFHFh0+LplrFJqZGrBLNIiRfM1aRTSeaFIQhS&#10;RGbhiblQApYJ9/O2Jm3fXaIV49hP9GSMJA/ozjwnbRTdZ0lLhCjRT/Sb+H0MXqsSzX1Gmps8ZXOK&#10;ipyxLi1LCrSYfh1H5VJDLGLKyPKd00ZuGUAOzXZBM6GepDpX1ZwmOfKtbNilbA1RUYnSQxxosUBu&#10;4nZpFO1dw+1JtLG9weSduxv3l7zKe4J1ITKgYOEdPtO2hRlmfeEFCqdvUB6aeruQ6+pxSjxrCKXK&#10;88WG4fgGL1ctbPUTVgc0xovlYZIGPmRs2yOEEKAoUptBC3rsexnOWYqzDsWy4YKHEacw5QxKSOSE&#10;qk6M4lnQ++N0QCjRSW01FiCezzi4zq8S042UtGSg4jA7VHE8Bh59VLcu13zwSo+EHpppyX0/yv0o&#10;yBl7Fsp9SUr6/LmKfPdYsCgq4cQR6mklEU9LQzFvLCw1hLlSz7YwTo5ZXEvMuI0WWKjLGXaDDJqa&#10;hqkaqxOWlhMiJFCSZLsrB7gGxOzTTX2TExmRQ+GigrKthH2iOn48aFLy3bQlhCSUnj1UBPR7CM29&#10;S4OsefMwZko8xY9SVKYPkVa+tSnYy1UEaUwEUkTw+W7oHRTMb+9ZfasY83UlbDUYV8iaWlw6LyJq&#10;CuCIammb9Gxji7slj7O9xwIZiplx9bMawZ1JIMkHCRh1fKhlkwQWFJWMY49FAVB6eq7AcUXNtVmB&#10;MwZhzpXtjNJmbAjU1IwnFodtVCZ61iRHMskenvfZVSPduBqj/iL9EMudKes5quiuWsFixXOpkrDW&#10;5rWkcUckTrHJGr47IKGBU85BEwQOApG4WXnN3tn3Mt8szdxNvsOIHRPD02Vh32j5QxbZgr8uBCsa&#10;2YOgGb8z536U5Vx/OMMaZgmg8muqaM+5U+X7qz2BNjItmYdrk20tyvfGumsVSlVmXrR1lmzHV4ZT&#10;rK2EZN8/MFSAL7af5yaRKWEeG6FpVQeFuRf/ACl/RrIIAqM3moxWZ56aGb6B9/Bo9BTZSxH1bYHT&#10;ZNiqslYPPknqHRz4hjVWMYq4g2Rsa86pcwwUSMwj+zGqKL2G7u3AtnKUhJ1Y7PiaW5KoF/ZAg/Cg&#10;t6xGnXJ+HNU0UmI7cy5KampaZkQmpGcsLMDMz6BEl2s5FyFBsCbAmuxfNHSnCENRQZOqc9TIVb+a&#10;9Ra2Sko2EZuWjw/ApYZFY2As9bKp1uDfR1hoKT14UbrdjZS5NLjVWL1GJJhasI5BDhEaSSxuAN6m&#10;arV1dCb9oUPx4nosQ9Rmf8FqEydl6uy/03rfNatbKlFQZLyrMu/ayz1MXyFFKwttvPKz+2/DO3s0&#10;7MJqqnnTxwqK5y5h1akc0qVGLwLLiVLT1EktdXpHIQjtCjmWYIbWIQW+HCGdecvz5OWk+f6g5fxr&#10;GZpWpqDJmRqqbFJaAhPemq6uGIUplW4UCGWQXOh0N171+LduEDxHCYoP3JKjJUD1DGn6GbzxvETx&#10;xkK8bzLsLBhf7Le8CPEMAeKfpb01jyTgP8/xaIHM+Ipvk8zVqVJBpCt72c3u57307XvLvZ7u4iyQ&#10;Lh0ftFY48B1dZqRd3MpTbJC1CVK91ZuX0+gn0zeofFelVPnOromkyLmupebJGBYqwW1NM1PQSVbp&#10;bzGgk3foYz7gRZZSNUY9CuwrtWyrKrJ4ZreaGv4EHGfCoqPTEJ0gTBUoAYkVmT2D78ZTlgdVmbxD&#10;aQdLe3USMSZ4DYATGNV3dfvxPPQ76c+pmZulXWHrZRZUz5k6ijxjG8IkWSWzfyevx5aUOgZVqPIo&#10;1IQ7S8k9PEpZ5QguIxn0q08OQkoJ6F87dQcTlw6mevxGrkOG0S0+JLUySIlQ90jZNodQrFgLAHW4&#10;YyP61W7reZTneC1yppCyEhEuuEo0gHSCNQOvTiANpNeP1HouM7JWQzYp1eFI8ShGAwET0cOmtdnJ&#10;H/CiOkz76x6rMeP5kg9O3oY6d4fmHH4shjAo5c9Z2rJ8q/LUVBMcPFdCtTHXxyS07LPBCoZVnlJ2&#10;Dg/dKOieF9OMFkqa/Zi2YJ6bdiLYbHFSxiT3pGjhaGOOQhi20b2N7A2B5i72/wD1K3m+Nwm1ttTF&#10;qlzwyTrVB+5figAQCQBhjJO2or7Ru2+63hukMtgIt0r8IJJJBjEg4VU5+Il+Mz1Q9eXVbAsnZLw2&#10;h6RennBMdenyhT59h/n9XUU1TLBSQ4jjVLi71+GpLEI/OQQU+6HfIglkB3MV7FcZytjU2F0ObsNh&#10;yVlzGaOfCq3NGPCopaqeGQIs8VJVQo8scn2ZQVYFram5BPQjefd7NV7u3LVgV3NyWyEpaUnBSkEJ&#10;UrUtIKZw4xMgSMMvd893nHN3Qi1Qt+4CRCW48II+44iRW17mfInU/pv0wx/F+ieM476o+tmTcRw/&#10;FMqdI+k+LZeGG4NPPFVfKVWN4diWKYTSz0L+U9MwKStCTvgj/RHZUz0Ayl1B9IXUjqhk/GMzx1/p&#10;e6O1M/UDBOo6VMqSYlgWLpUtSiSOlRS81NUo/wAzNKw2rH7qhCCuMX06ZxvRuplN1lWfWzdpbtft&#10;VrdSVKSFApPdlAOrUvTqJKgEgwBtrFjs0/nG7armzzFgN24GtSlg6gDIGkox+6Jk4AYVZRmivw7r&#10;l0owrDMVyWuUepHUWikwR8rdQaKGaqwqWHyXr4JDuYBfLf8ARsrWfejW1I4LecPXJ6XMn4Xh9V1a&#10;zzgmL5uraKnq6jGukYZsRkWaPz02UcKYktPG8cwNpZQxFtxYdshm+2fJ8lsGyMyF45grShBUjxHA&#10;gFzw6QYxVqjgDQuX21W2QNNrazAXi4BCSlR0SOBOyAYnb17KQOF9C+uGRqlYujfVapqMu0bPR0mR&#10;uu9HUY3hNJJ5cO+ZKuGrw+udt8TFCA8Q3nYq23FGVfrQ9H2dcQzDlzKPVPBaXNuNwyZdwZs44XmG&#10;nFRaWc0Y/muEQ/okR6k2EZDXJcMJCx4Q3vbfkq2HzbPK/POpKQtRcQkTsA0pUpIBxkaTM48SX5r9&#10;ROVONvLZLhvHkFJcKlJAB2JGjGEnZs/FaUuAdZsA/ktZjGXMXzNjFTTrUZhxLp5jOCwU9NUyQ00c&#10;6RUGPSxJMCYdyPJI23WO3lhVI29GOm2b8rYjjlF1JqMn0dav8swfCYcrY7KYKGsnjmhqqbCsNxeG&#10;H5JdlUhL33zl2dztIUM9lOT3GXqCcza1FCfC8V94C5M6W0aQG0gKx/jUojUTwOOxsNZZeFnMUpBC&#10;ZC1HX4pmEpwSnBXQVKJk9STxnrLlTEafLuI0OVs3NTVFBXZvxLEKrLdfiNJIcPSKrgmxCswX5mGY&#10;g07iJI2cqyhVVWVeC5g/QnpThOZR1myL12xGDL+C4c+G5iyDl7FYcewrFp6GQecKpY4amWSfazI9&#10;m8xGI2MFGziDLuze7RvIm6s3XxrOlclJQcdiitQOk+RIwII4yPu7bNJzMuWKnVNgkKWRKZkyIPDb&#10;wkdWFFVPqf8AUlmLOdD0Zr/TBmDGKjFcYqMNoOteY8ChyzDgtFWrVGKeGLE6invHHPEnkMBeWKPZ&#10;MhdvMaZnGnpcrV+IYNDhVbQ5eqqSPMdFmnGMAwyuelppN6tQwtiEdeyhREqtujVgCNpHjK2Ubn5j&#10;/LwEX7jYZWo6WXAnUZJ2aSSkTMScZjYIHB3au722c1OPW3dEnU2pKUrniQBOHXQ4dNsAxvrRlvBs&#10;czlmualzr06xGpy5imXej2f8x4JhGNYnDJHJ/MqyPLb4J5zSBmk8lnkg1IYMwuhHsQyP1UwvCaBs&#10;Lhm60dPK2arMuI5QqGqIZHq7iN2oYmKJaRl37TtAAVivDZfbZdZbl7bd/Zi9aODjwKVKUicAUaQk&#10;dEE6RicCaAmcb6XtkwGnmxeNKPjXMqIHAjh0bIG07aOQvVDp/RYl8vmPEaPI+a5YYlqYM0tFSzPF&#10;AWk8sTz7A4F5CgJuRucAi54uvTHTDqX1fwvB4Uhy9U5UpamtzRguYaWllggemMVM7sskcxeSN3Np&#10;PMR1IGoUAEPvfU5uezlr7dnbPpeeJISClOIE6QUuBIB+2AkkxEGRQSt+1rIrRJcbZeScfCFpCdQG&#10;EwMINAP64+vGXfTj6bs2dTMTwHH86mqqKLD8q4D02xGShxHEcVqn8yhp4Z4JoiscrxKrIquJAdpj&#10;k3kGw/ph6H8Mypn6s6l411AxPMksdZiWZsLy3QGb5JJMSnerZPJrZ6mIhDK/lKqKASGBUjWEe1j6&#10;4zc5IvLcusCwpxGlTil+MECAUaY2kAkqVEYFJBJEPbx9tlobIW9tbuJdXq1KW6sgFRJJCdm3ZwrV&#10;h9Vv/Ckuq6g5Dg9N3Rj0+xdMcWzHJTZDz11Q62ZmxRKbDqYN8kZQMrJR1YQFY5J5mlv5QeMwybrr&#10;wz/ST4JH0UzFTU1NS0+O0GacCzAaGFXtXV9Zh+JxRKaaOS6xR0U4BGihRqLDkQbgb25ncb86Hy4s&#10;JZ0eI6yNKESRiYKiCdQnVtxFAewzu7XmyUrUTpSBEztAmKNl6OM8411L9Sv4kvS7MubMYzFhPRHF&#10;+jGOdJMIzfX1jVhwqhyljOXJ6xDi9RCUetespp5VY3keckqxduGl6TV8mNdL8pY/VUpxWqo8O/lm&#10;E4bEPIBWk3UTPaoC2lk8q5utwLKB3vAu82StfzZzLysNNOOftFrBIxMgKAk6BOOMYlRIGwodQ2Mz&#10;/Kh0NBahqWrhJ4xjA49XGtej18YbR9HvxKut/Q7InUuXoPhecs+xdTupfWnG6iapnpazNcEObI4z&#10;JgcbOuH4e2KMsUaE75LyzSkLGYSY9cepeb6bHa2lhzO2VGhk+QOD0OLpKad5UjeKaSCkMJhih9hV&#10;nLFmbQKD1I7D+wndy2yW3SzbIcGgkOBvSVYmSFGdRVwxCYgY410c7J+x/JRZNwhL6imQ53aoV06V&#10;EmT7BsrcH/Dr9DfpSquj2Us6Y5kTLvqhzRjGGria+ozPXT8pimYEkjloqiQYrmR6+WsNSt1V4pUp&#10;1p/LjiWwYkurYjmqCqimxfMFdS41Sx+XSdQMvGDEcKq6yaI01GKtqjaFkkKohsGdvdWwPJAcyN1K&#10;G7YS23sOxOAM4pjH027Jg1IdvZHLtLSUBLcgKgRGO3hPRjOzGrSocvZbwnBMPytlXKeE4blOrdaa&#10;qyLiiPgtRQ4dFVGWq+Ugpom8xELsyoNiDUhypHBzwzq9lrE8oYevUPHcOzYcJ8qVauohqIkhHlyk&#10;KZYI4rkBypCMV7EcIbndhGWOKetVKtw7MqwTrJKfFoMpJUEjEpmMMAapabsWzLrr1mo263NpQRBO&#10;EEp+2YiZEmBPCiiT+jOlyL1Fz3nD01U2OenTFOo5rqjN2I5HrMMlpcSxGoloUavOFYq+IUJmkWkR&#10;/OkphLYOrEbyCVbPk2DZq6q4McAyfTy0mZEmpcJxDL4hqoIVoo0jnZmqlcuxSRCzGQAs1wu42KnO&#10;dyMicsRePZghF2mFS4EHXJgRwTBGAAwETO2kOf5paZWhtt9wrUoGVEjEzwGwfL1FHKyLQ1fS7pfS&#10;Ybn3qhXZ1xzBI3xTMmcc8Cio6yokrqqWoW8WExU0MEKuTHCiR+7GgUs1ixKh1iynkDPfUvDMeypn&#10;eaOLFi0mO4LkiFpnCxwJ8i0NEKcASNHHaTcguVLE7zZ4R7WtzM6XfsP3K3FrIJJSdZCQJBAHCNhE&#10;1D2+ZtO/bcbdVjiYJMdBoQ8tjFsIy/HBicMnzFKnnzVONVfmMZHZpJmkleSeyhiSgBsqkKAANDh5&#10;C6U+nPEs6R1fVOjzHl84hKlBhc2ETT0+Hz3l9wCGkpo5/LXaqmaOQlg1/se8oo3uzreS0yNlvKcu&#10;ZhhsAOBx0L4lXjbKQFFQPhUdsdNGe9zGb/lvzdiErCUxiVAmJPSMcZ4baIz6zs7/AIgeWulddmr0&#10;M4T096l5kwWmkON5N6lx1kGJyCJNsr0Vd/NqWiWrBJZaeqiRBtO6S+1HMfl7H8NxbMs+RstZgyDl&#10;jpfTYkJMKwasln8/EpFQwCQzQeVArSM49xlPvdgNq2C+Zb5vZbcIze5uX7pbjCUnQmVJxJIKSRAT&#10;/S6JxJmQveou2Efnil5xSkwVBM7OkA7B0nhRPs94Hm3onkDBfVh1D6b9eeuvqTrsjvl3O+L9IMPw&#10;WeTL8FVVpi8uHQYHVYirbKGSErFJEZnMYO+aV5pWlV/UjpJ09wvGMsNknrZieX804PU/PxUE82N4&#10;zhokklME8rNDUp5PlbGHuzhfd2y3TeOR/u+xvtvFbrfvbJabaVEKLgaKkkYDRIUfDiCQkkmROFE2&#10;7GZbx3tu65c2QUyJglXdqOGyJkk9WOOFFQ9IPq//ABH+t+R+puYPUT+GxgubuhmbqWsgpMzVNdlj&#10;JuPV1FT0xrcOw2fBsbp5arEFrTLEfM+UiYiYy08bN5aFPY91qyAcRws4/m3GsM6jZb8/KuGZmyEF&#10;mwqoaldVAhkwOnq4hNKrfpafenfbqADxAd2MhcWLK7Wy9bvnvJKX1P6zipClnSG4EfcFKEdcgQbq&#10;blWzksPobctXTqxSsuzAw1EDTB4nYfPAwfRH0SdQMMpc25Qy90u6c549DPX2qpuueb+lnqLy/m3G&#10;Oo5xPGEFXU0uKnP9XhrxQUlRErUtRVU1ROrJfy1Y+6012dMM60eRS54zNiOLy4HLUz4XWUjQ4bUq&#10;BCGUzUv6GmbdGGVWWF2B7uA205K9n+62Sbv2b1vlCQhLoHeBZKiCYHhWdShGBiQnHZgamTc/s6tc&#10;mQsWjQQFxIg+mJkjhsMUbzoj6M+nXoYo8Y/2SukeX+mFFnZaJc44BVLX4pRTzSVEis8WIOtXiRMU&#10;0yt5ctSsAj0SJSC4z5RwDoFlPIOIUeeK6qxPHs0V2MYdgUuMQtKVVK+nQmCog3bzEtRHL7osXDgG&#10;wKiFs5tt9zmn8qZSk2JWlwl1xJITiSQCQcRsxJnYMJoBb55jvSzmvdWbaCwNJVJCj9snA7Jw9aAP&#10;1C53/FIzb6u8mZW9OWFZVwToJ0/o8tZ26o1NNiVJJi9atXgeL16U9TQYvFF8tBWVeGvQMVkeVI5I&#10;pQgKlwYDIuTsg4bmrFeoH8rgwjJ/TLD5aabD1TdTfOTU5QhYlfYXWC7SkAbi6sbk6Art+zZxu1tc&#10;ht1aX7oiVE6QlE4yTIAUcD/e9WFQt2hb0312lvK0rlxxWJwASZwx4CeqqvfxDOv/AKoMY6HdHfQT&#10;knOeIZt9U3rLzTSYzQZxwyvkwqtwbAsPxuPEFq5qyKP5ijpJMVMcVNfRYIZolZQihgl66Z86D9bq&#10;XFqjDWpqDqLS0D19Dmatpamnp0Va6KlWlqzHcSOQbBiSqC5B7jg67BezvN928vQXld/lfeJStCCh&#10;1wKKTLrRTBQ2FbQUlZEk6QZqT+zPIs83bajUl621AFIIUuSk+NBGxAJG3H0xoyf4V3o5/Ez/AA6M&#10;TwXI+dsfTqH6U6nGocv5l6ZQYvS5jxOOrqcu1eK1uY8AnqHo2osLOISKj0roaqZ9zGIAiVwZyDmn&#10;Ny4BLk3GZqnM2UcvNOuW8Sw161aihihqgwNPVYdPFOisSgCSSW2e7s2gg5LW26m7CrtV7YQl+NKy&#10;qP2moailaXEGSP6SBJIEHAUNsy3LyZ+/W+kFlxfkAcOhQPtG2ra89+lnoA/VPF+tmVoYulHVvqnJ&#10;h0PU2lP8pFDnL5eklWCnxTDcfo8QpJXiR5G82miSZmGsp5Jy1h2YqLqnnafqFLiOWf5TPbC8y4g0&#10;kMaxTNHOyYVJRwyx7gZWjl/SX3jY9yQDe2zbJMzstOXoD7iF4iExJnEyQYkYmNWGzCjTL8zyxFu6&#10;3YMfmHkxgSBqxxIxEQduwgipGI9Qel+degmGUvp0ynhXXwYzDRxpkemXC/l5g1JIKOrxmmxqooJR&#10;SM1Ojxt5bOU2yRIY13KIWYvRLiGb6c5t6ddRcPabEZFnocSghkSSnhDCmVY5JWqLMsCOotsK22gK&#10;CeRhmX1nWWWPpyzMrF62cbI1akpUk4Sr7FJUBKxCk6gZmVY0GMy7dsrbcVZ5hZO27uBPhSYIjETj&#10;xgEDpg1VlX/8KMOjHRPqLinQ71gek7qP0Azxl6RaHG46mnwfGIBMKFK2eaSOCemlaJpJk8uWnjnj&#10;kVvMVyO7dmr0RdRHwCPEaivo83Y7l6RK5aFIxTNVxxxBj/pETsXZmjAVWjUqSCD+8Ku/WdunfLTl&#10;1rLTd0NEuAltBJHhWk6SAQSCpJUNpnCKSXHbXkF/cMWKFFNsuJJBACuhQ4gqxMYbcYpY9Pv+FH34&#10;e+dOqeS+ncWJYxkfKfUGlgpafPebKGppqfBsaqsRjolosSp5IhFAgWfzmqYp5YQqvvZSFDWJdEqz&#10;Fa/pPk85iwTEsu4jBRwx1lDikzVM8kjIJHkeSQB2LFrkuqm99PbzC7Xt3m8t3lfRbvMOlRKjoJKU&#10;GT4AT0EHiTBExsGJm/WUNW2dutMOocBJxGIHVPpwrTe/FwyrkbAvxD+vI6Y9XMn9WMtZgxFcRpMU&#10;6bwpS4Vl+KnT+WRYI0VGjUytQx0qxgQPIuwKSQxZFB7151MY9GfqZYRGKI5Ix5BHKy79zYfItja+&#10;uvAFltmseJZk9QMe3ZTu6+VuBK1KMwhUwDAwPGPnQ0fgYZUqofxU/Ss8OIQ44mH4zjcsuI4LBVNR&#10;PHFl7Eh5iPPDCdrW0JUfEA6c0kemnS/q1mnGsPzrkTJlRmHCst1dO1RV7IvILbb+WfMILFgpsqgn&#10;xHhyW90uzTN8zdbUwyooKgNRB0zw1GNnTxjhVBlF/ctly3bKo6oHvr6aclRBCypLMkTuGdFdgCQt&#10;rkX8BcX5sJdRutvS7NeJT4flXKJamkp46qpzdV0taMVdwRugWNlCieM2Um11a4YsdOdMdx+yFLpu&#10;bu8y4uulAEIJiQNoKsBwMJmOHXkT2bO5qB3y29eEFJ/h4UUj049JOtWR8HGJdWuor43i8ifJxdO8&#10;ASjiy3hzxM6GalkMXzbJMDuKSSlVG0JHHYjnuneL55zLhFRl6pxOvOW/mDXz5CzSFiqZIkkvslp4&#10;mhE0cgG64XaDcHsTyIL3sIfcvlqYY7pifESlQIM7DgQfMR8yIbzdVt+41hvulHbEweropbZw6d9N&#10;IM10/UWbJmHUnUaKilwLDeptNQxNV0MM6GNhFWPFKYTewtcFhbv245ZVzguTBmWhwrpkf5raTFsX&#10;MEYlgnkrHmkMilAhcliRsRfdCWAseQd2h7uNZQsIESDG0+uBxxFEmZ2Vo1eC2U5oXEhMkT8qbM89&#10;Oos31OBx4p1KqcLwynkjGHwUknlT2p/I/Rl5N/gh3O5LEv3Fhw6/piy9jOOZdnzGcKnxXEa1lWsF&#10;JRzKsEsaBFEhCn3yhDFmN2BB7cxO+oTfR+9aYtEpCAkSqI8W3jUL9smfNoW3aNwlCcfP24/jFVo+&#10;vLr30X6OZ2wPKvUTqplrpZhdBSTVWXKbOuY8LoKjEUqJhJLJTQV1TE8kcbo0arGhCFSBrpw69Flr&#10;GKVRNX0kNBGo1mrKmBCtv8Q8zd+XMVEZe/q06ongTHxqB3rxsiD8Kp9zn62fTfj4no8k4rj3VHEE&#10;ClY+l+S82Y9DMNGASrw/DJqTv/imHwPOVXBSiWFZMdpTvYWGHpNUE3OoJREA7e3ku7k2SmXJcIjD&#10;+LojhBoy3fuEfm2UaVCVpxP+MKKHm3qxmnNtPUJlH0u56ozBvafGOpAwDK0AWQEBlNVic9SVJN9p&#10;ptwt215qK+m1cjy9b5TnqqxOLD6PfW4NT4A0imWaKdJWRvKPmhdpLfoiDa/0HpH9PNlZXt4RcOlJ&#10;QgFMGJIIjYJgdHGsjraybGZrbckiVYDDEE/hwrfizdHj02X8Thy21OmLTRSQ00mJAGNS8bKGsysp&#10;IJBAYEHsebGbZWq63DMSkyhk1s35YzfNXYNmnL+OYr5saU7uUlkiiMyFhIoYIiyqU00uNqZmK3ha&#10;bUPzr/5dxqChYQBiNgKgCB5kEqBOzacgMoztKmy3dr7pKftMThhtJHntqiTGuvmVMt4lg+R/VJ10&#10;j6C576dU2D506ddVcp5XanlkYwFUp6mursOxGkjEbuEneaErMrOAAnvylyzFgUHTvpr1BwfGKw5q&#10;6O4tDUYXg1JX0VVHiOXcQZdkdG80yBPelIQS+YZFIs3i3Jay+/GbZrbrQnu71GlRKVgpeROKwAdU&#10;gYxASQcDhFCZ5nvXtLp1JAkeIEkGE8DMDaOieEGj5ZdzLR9U+tPT2qk2ZL6x5RpabNaPg+ZcCnwr&#10;PeVatjRS11PT4ZWyVk8EEb+aiz08cQMq7WkNtoFdNq5cCxDKWX8+0kmXMDrInwPMOZccjjly9iWE&#10;Sbo446qSCOJDIqMoMiuY2VfdbViB7vYlL7L79ue9cHiSkYLS4InSCSfJMA4nhVXlrQ0FrB1ISQFa&#10;QSQcNP8ApYBgQZME0Zvqo+IPkfPGYMq0cubsxZboajMGUMv5djp/57Di9PTM4jpmrmZEkkFlEbx3&#10;uxBuDt4LHUTp3VYH1B6fYrk+rOf+nOM00+E4dleCpoxNSSNI1XJ8h8+jw1Eca1AkjBkl9gUoqghP&#10;dLe1N1lF0h9PcXSVBRWUmDwHeaSCn7YJhOGJOomm7LMXlNFy1ACeKFGD5jVB28JA6JmKAHoT1txz&#10;PPT/AKppnTLsfRvqJl96fF8WxTMDtLHUQVELUFLX4jTwNQ1VIXbDpI5o5I6chVuCrlwj9kbGcdy9&#10;NmDKufMsYzjf8zqFXB8Qp2w/KucYBGNqNBU1lTh8c0Mkd1Z4pNyncNu0rtJd6MnTctt3OXvtoUlJ&#10;kEF+3UYH3pCVKBB8UQJB2zNF2ZWt5Hf2zgXgZQvYD0zh7iFDaOig/wDUJk7Gup2C5b6qem7rJl+S&#10;XLlJiGE45kzMtPVZ66U4yZ0R2bEqDBY6iVZ6OoijmjaNojcXLfbDA76ncm4Th9Ak9ThucMRzvNSx&#10;VMOXOpWK0eJzyYTIFJmibCJJqRmjkjVJIXkP29xI0PD/ALK9415hbmRbqZ8QJZbU34wSCkpd8UH+&#10;FQEYCOtJk98jMbMLWxrXjASSB0FI1Kgnon8KWfoN6rZn6pZAnxaev6eY/lWnrMSwOoxb075czLlL&#10;C6DHsMqxSVlC9Dm1hVTh2ZnjqkjRGCkWIKsxdMn9Ss+ZDy9Bm/LTx5dx95nhbNaSo1RiJcK5SoSv&#10;j8grtRVFOBcOgPcLyRr7d23zFDrVykrAUdKdmAkJV4dJBIJEmYnjiBezbS9YrU6oBU+EkhJnrBgT&#10;w0gHq20brP8A0xyL1VwSqyr1DwKHNOATOlXFhdbeM00qxvD5sEtMY5opCruvmI4O1mW+1iCp6jOm&#10;J5knzBm75nHuiGeaCmfEa7BEpZ1jxOoUloY8PkSlgnjM0khLRn3FBOpvwMWaVJZS2tAdakJnTsE/&#10;xavujYCP1N03X5rF9KkaRt0kggCU7RJKuJTMViiwCFcFw/K2J4TBn/KsrRYVA1asFQIKSKNirVvz&#10;80gqNnlKvmLd2Yi66FuMvR3C/UzmerqsQy11Jra7FaiV6HHMhZixyKCvp7ssySU8FfLDcyknYygb&#10;jdTe7DijOFZJYMpXeMlXh1ToBSnDEEpSQNMccIxoItMXaXlLce0ufxNOECAdikmCDInGIEY0l+p+&#10;NdFMhYcMX6l5fpqLAMOjFbPjs2X6uuw+khRdjSVE9FSTRwxRJEGd5SqIqhmICggeMs9aMtYTnqnp&#10;s1wwdOcRpopKely5nHCJ8fw+WeQO9aYKWCnYxNNLTLIsMVbJeRpNrX2q4QzHdu7etllGt5KiCFJW&#10;WleEEJ8cwQEwCSgyBgONGz+b3dsvQ6Fodx04lGojZBQVIMxHhUQrgKDbqb0pzbjXTXMGCYfiuN5y&#10;xLGag4vhWYumeYpchY+FilVqFJcTw6dYphDC7RNI0FpEWNXjaxcN3UvAejmB53mx6PC8YwNcRxCD&#10;OtPWZIxLChJRwVLRzQ1Rw7GIUgdHUmTfHPtQNZyVBuLMgzPPbnK+7CmnFJQUEOJWUlQBBHeIOoQc&#10;D4NWEgUtz26FzZJeYSkPKSFGFaTIgagOMHAkDUIJOG1yydX9dsV6S4M2F4rlnMeccGwepy1j2FZl&#10;XFVosRzHQRSUM8X86oZZJoY4aqNoZpHw0yuUZxEhIUKzMvU7GcXlwbqHheI5P6r4FgKy4BXZAxah&#10;NDO03zkdetWY6aqr7yyaAyfMmJveTUkDgeyjcpptC7NZuLZx3HvW1SACkghMpTASdg0yBCj00nZs&#10;bpdufylyrvUHxQcZVElJGoTxGwUgsu9BpFynnTpLSZkz/wBGcz5xVc5Yn1L6f5gjxKKikr8KlwM0&#10;GEYhi+GrEkVEkQEURoInU+XOAHJYKDEuqvS3NlE2F4rSS9D8exqNKumpfn66swSfFIGfypKWvoHl&#10;OFzU+0BSYygJs8RZRxHY7m5zlqtSXv5g0FEBRQlDqUkQoKTpSl5KjJMwofwrIMUuduMwtQTekuNO&#10;YaiNk7NUCAPPSRMmcBSKyj0k9UnSCo+TzTn2T1mZIrqqpwaPMGaMOy3l/OeB4BLRQQSUVXTxUlLQ&#10;Zgpp54jJKztS1ABJSWUPsWRXdReiXUKRMn4znrE8w5qwxqjD8Ep0SnmxCtqvKSGMrIKKjoZFcQRq&#10;KuZYXQxqN7KQysWe7OcZM4Xbe1bQ2oSqCUhIkn7CtTgAlRCEqWg6jCUmQpjKHm7JabXRqRAkapOH&#10;AbDAJVEylJkgjhJyV026ydC8TiqcgdLMs02BZkFPiOfMUopKmgoaSkjrJ8WqVSlevxSvpDDPXVbw&#10;YfTS1VKzTSSL5EhdZwq6iYPU5fXJ3VTJ+MUD1eGvS1VVimHNHVzYdHMh302JU2FU9M0Squ6CSRoo&#10;xcAHabPwb5RnKXw/Y3Ta0gkgagQlUfxIUorEGApPiVifSjPPC1e2K0EKbebPEErRGBJiSR1kqE8c&#10;AaMfkzNWGZ/os4dNs05ax3AcRw6qxDLVVHnHCa6ip8SFJOYvnsMqq6SshqIZgFqINtRIyqRusysi&#10;5MZzPgWNUOY8AzFjuKQb5UxbI+CYdVYqFlSphLmlifETibxjbF5ihUVSb3kVbEqbfI7hlTbrCESZ&#10;S4o6JkbFHR3c7YPiwAHhONPWrhZlKAEocGKhKQTGBxOJMbQD7iadsOyniuUsSwWsyng2HVMuYNtJ&#10;1KzdPS4XFiFTPSIIoqqdMOiw1J2Ybkdw147Ltha7bUHL1RpcZyZNlSl6cj+tOXolrMxVMMFNGtZQ&#10;xzRR1QenxiSYId2jSU0qNdg1lu1nE7r3FrcpfFyrSr7EzJSYkeIaAodS5P8AfERQZyV563S6yJL0&#10;HSSUbOIOuELGOxRCscIwpwwrI2O4Rm/F8dxLqTiON4HjU/zGXstYklNEMJqDFInlwT4bHSGogKnc&#10;I6xZmDdpLBVBvcp5XyTRZDyt1e9OmL4P0+x2ipoWx6kwJ3rqWadx5s9BVPKKiXfKu0FZIGkTXYfZ&#10;A97m1/e3lzlWcJU+hSyUSNB0wNK0iAAUnElKhw1gEySPdxq1zy2ftnEJZukqVCkDQrDZqAwg8YnD&#10;YKrRlxTMfWLOnW/0V+s3I+IdWcnYzjdRi3S7MNbTDLmK12XadqWopcQjGFpRUrLQ1QdfmqSrUhfL&#10;E8SSP+lCvN3V6n6r5eqsyPlPEumGM4hMarGMd6e02F11KsSyRUG+orKqah3+YQv6VVZQttzXG0D/&#10;AHd3UeycJtw6H0RCQ4s6pJJASAF9MAR7ooS7uZlmFuwpl1JXpmFJVKpGM46SQScBjAjZRsfT/wBC&#10;c1+mfLmXultHn+TrJlfCoJKXDsT6t47XDGUqzUTYh5VNCKavUxJC5CRh12KgCIF14WzMWeOm3SrH&#10;MSpM1Zm/rNSSzNBFV5IwzLZmxOOaHy2hlWkpGqQB7pOxmjclj5guQHM/u3rFkPPBaSsYIOpZJxgB&#10;ITMbdqQBhOBpneFbFjcB15wwqOIK5J+0pgq8zhjtAozVNS4xi1Fh+LU1I2D11ZTpUT0eOVeIyink&#10;EglVRAzItzvf32VWWygoQNoLfm3qNjnVOmlrci4BFh0tfU08NfDXYrRz1cjU07GKOKBnimjkVWUM&#10;ixNH3IZtOQTvR24vfy0MlC2XxwHngBBmR1pI86C728jl82q3BSmcDJH2zAEHHVidg04nGlfTK1Ig&#10;hqJhJtBdJEjdEVLC+5iWF73NyR9HDidNegPXzqr04y5S5uy1LQpjNViGYOouY80HERNPKrzqENHi&#10;q006yOqjzljTbKBGqzJEu0YaXu5Vy/bpuEpxxVCiTBnbjBx8ujGkWSKVb98l9Se9UsAmIIEDSSYE&#10;4EgDEDhFEqz96uvTN0azTU4bW9R8IOZPl8KytlrJWWxSm8FRPFFTNNU0XmxpTRvU+75hXywXKoxY&#10;bhMz76bOkGWsp5HqKrJWIQ5jrVgy1VLh7VNV8nDF5FRHVNEaaWpeWFlAUQI7EEgp74uT3O6wdWhM&#10;EqO0COfOjvKc2T/LbhZYDoYwTiJc1AykGQNkQZBnAUmelPqW6i9Qc+dbXwytwjMnS3p5RR43lTEa&#10;A4alXi9aXrkko6ep/m0dKsW2mWz1RiUO9hKwSQRaTnOftci6sK57nq9Xue56vV7iuyGEObMIElyp&#10;M19vf/eeTjbv20rsf7qOeFe4Z2jfK8dDTrU0dZLVKtp3hliVC3wuhIHGh3QAnbR6lSAmIr3ObzZL&#10;B3NhVcfbaqj/AOpfPBbYOw1vvUxgK9zgavJCi5watKnverT/AJo5fUlXCnm3FKr3MZr8kX93AKwj&#10;41q/9SuV0NjhTomvc4nEMkC3/GcqyT4/zAAf9IuWUExgKsAa9zImJ5Hvt/qrVvfQE4iR/wBQuaKG&#10;+urRXuKfAq7IXnxmTKNWwJ1AxH8/8jzzQbJwBw66dYTJr3AtxExnEcQMSlIvPl8tGNyF3mwJ0vYc&#10;L3vupO4IUa9yOOw44nZWq9xU4CGYR28HmN/+hPNTjShkV7mw5+FuL+lzHl8FzRXNf/iVPCP2cKbx&#10;P7SR0Ue2o/ZJ9aLD1ncR57ysT/uuHVQA/wCIVCk/8rcsYpiG91e40+nmmLfUTNKAJoJ8Tm+XUSEb&#10;lJ3MR4eGvH2nVEuTqxGpPGnJ2A7KUKUVJpJ1MjzbbL5QOgA+PxHImbQ03T3qNDHF5ssuXccSONQC&#10;SxwqoAFj7b8q0TrECqIHhVzxpiiiCZu6dl5toTM+XSR23D+dUp78oOxrL+LJJUNXYVLSyKwVGqI9&#10;psfA6Cx04NfEB0Vpt1Q2VZ8CGF1NwexHEu2Gy7NqxKHuP0gOgHs5bUa044SMNtd85/y+VAxQCQ+A&#10;N9eaKVEVpde5lFBI0ZLwgWsSB3B+PGkA0ylONe53DhM8x0jBZgSYzYW+N7+HNpQSMaqWlnbXuW5/&#10;h54cKbpf1lQyB3kxXLru0W7YQIMQGhYLf26cKs4RpSI2UY2iCkiOv5H5VWL62KhIPUl6V9y3dsrd&#10;UhEfYfncnk+B7gW4Xj1B9FcXl6iZuzpBJEYsw5kxampp6n3YVtiEilWLNqQwYNp7LX8DOwJKQnhA&#10;NPXFppbS4D+lHO6GZmwqs6X9OcIinviWE5Xy/NWUYF5FSTCYHU2W+hBFuAnj3TPGKbz5JqNJoGKE&#10;SS7FZtwPvKd2q7gbMbE8MG2NAoqdWkzQxRVlPOSI5AzAlWC62I8D8ddeIAZPBq3opV+SqASgSUN7&#10;xUDcNNBa44+01MzSUpwqSCCNwNwdQRxnqsO+Tk2VEKxyqdqRsTtI1Htvbty4aJ2DAU31V3xGY1B5&#10;M9PJGvy9RGHj8k7VvGVJIUN+8fdI+jhtYsTIIwotusDhtr3B89Ekbv6tOjvzNM0FfT4jUywPItt1&#10;OcIrKckW0HvEA/x9rmd+GzX0UisR+2BIxotvrDCn0u9dCwuI8uYhMCdbFI94P1EX4cf8RKnNVN0p&#10;uN8rVOY4oUHiSMLOn38jzKS2mYoX3ykJUDPCgx9GTbaXNtPYqI8Ny5LtItbd/MU/5k7crUOGwiZU&#10;HvyBtixAMTu9lh48VvPDYcKRJUk9dHg5yqcONN/vSDA5JQRv7r3Wx1U6/lzzN0lOM4VvvB017mSp&#10;oZaYUz1oNGlUqyU71CNHuQ9mAA1BtpbjpvW+JpmRxNe4x17QYfA1VOvu2EiRxku7BhcADQ34pZWh&#10;xQAO2k7rqUJmvcaqOtixDelPG02xTPJFCrs4233MVNyFFiRfU8OF5aqPOmWr1KuNe5tBYgwkXCpN&#10;SZsPw+X4+9SI3IkvQe8IIoaZeD3QmqUunt4qPNUMbjbTZnzTSr4D9FjtSn7OQNoPc3Fv3uI0joFL&#10;SDS8aQr77HaxP2lPOUCi4a9/Yfjyy0gbBVsJxrDVzyMhDHQaH227ft5WZ+Len/TuuU3XUDFmQk/6&#10;01If2cNsjBLp8qJM1SDs4R86MP6Om/41HVpSAGNPgOoN/syYj/TzXn6hXbA47qdzVNC1/DXD3J/M&#10;cEj1El8mEUfDgKHTT2cYonr3OUQUSoSu8bhdTfUX7ac0EgGa8BjXuLavxrLkc77Mk0yJcna9RX37&#10;+1ZRfi79kRsqykqmvchDMGW2OuR6QgdzHVV+v3ynng23Gyq6TXucv6w5WIt/UWnUeNq2uH8X5vS2&#10;P4a9pNe57+sGUrHdkOI6WG2urF1+snngGh/DWihXVXueOYsnC18hR9u/8xrL35b9jxQRVSlXVXuY&#10;Wx7JjdshJuPdv5hVe36OVJZA+0n1/SmFuKTXueGP5KuQciXJBt5WJ1I1/wCCUjmu9YI+w+0V4ur6&#10;K9znHj2SbqHyHc+JGJVQ/YebC2dmk+0VtC1KNe5O/n+RLf8AOv5L7dl/5tU/ave/+T/LlNdv/RPt&#10;H4U9Cuqvc//XOfU5iy+cFlznaM4Rh9C2OVRjRoZEVIzIwaFlT3rAix7dvhzpvbWWZWzarFTjgDqy&#10;AVftApuMCFkqUkAbQBO3BMTWQG8xuLJx50EL0iE8SScAAfMjq20X/D+jHqIy51Ak9JlZjmO02d+o&#10;WcH6X5crsdqFx6jrcPqpUp4amDGDUVk0MEZZZZGiBuNzBEsHFfnWXoJR+qXpRg61mKx4RjeE1TYl&#10;iOLOBL5y4tFHUTRMu5VUqGRFLAkrcdjfgV7Wex17eANOWpSLjQDpOAgyYnD7Y4nGKX5JuiltbTwV&#10;JSkNqEfcRpVq9s4DqrZ76U9fsO9EXqSzJ0yqMJr8a6XdQ8Go8DyNkrCItpwP+pLVWEpJR+YpMyVc&#10;aSyTore6y7lBJZRSF6v/AFV9U/TFT5q9KGVsCpqTAvkaPD8n5wljqIWhwWpw0QTpT2ZFaRJAdjK1&#10;lGje8L8wlzTN86yRheVPSkJJke72Uj323jucyaOXnwJQYJ2EpwIA6MauUyrl3IfUWty51op8OcYv&#10;VU6tDHM9ljliZkBkS2skZuAfgLcAX0WvnfrlnOv6aYni6y41muipqaGoMEonnFLtP+kVKbnZUU7t&#10;rttJNhrYcC27x7250Kk6jAjbJqY+y3dBF7qbVGtUKMCMRgCY2mCNvHyoTcy5gwvKmAYvmbG5vl8K&#10;wKnlxOvntfZHEpZiB7eXR9Ovw0soZDzlgmIdRcwUud8HiilrjgFbQtBTyqBch2eRyYy4UhQoJIGo&#10;F+Zrbs/TPmV24gvkBBiY2jZhgYmIoaHJGLO9KTCyJn5VWpmL8QmLPmS86wdGcoYjDmjC6qHKsWLO&#10;aCtejrKpkNxErPEXjiYyNuYqoFyD9kjp1B9F3SCsxvImeciZSw+jxnB8eGa80VELRKk9NJJeaOaK&#10;RS5ba5MYACjb3A4adpfYo5ky7dVjbLdGoT0RqE4zgIBxrT7QReMuJSEtJkqUTAPtB2eygq6R+t/q&#10;jDjnUXJfWySpwGhOBCg6a47VYVMr1WMLDNF5iVtAJacx3VCd7mQswsNGsO+OY31JwquynhmUcNwO&#10;TKdbI0GdKjGpp2mpKTyWCSUyUq2Yg7b7mX2aAbhkPvvmO8dqbJzLGW02+AXqM6R5SJAGOE8aavL5&#10;Sr5C1aTbkeIjEiJxAx93EUFdPkzo3m2fHs9Z4xTM9Pm7AgK3I9NlsRwCurI3Z3p6j56OcFme5ChS&#10;ALtuZ22cKH68uq/VHoV04h6o9MMGwzNb4NUQUOb6DGqiaCD+Xz7o1cIs0LF1mMYU7vEix5EX1D9p&#10;WZ5OhDtk6FIdSUuCCMFAj2QdoqPu0d9y0UFsftGVg6hsPyNGb9J2A5Pz1LmPLGNitpzUFccwEVEU&#10;PmqwO2oVajy2jO5SNybdbEg3HKWvTL+Jnj+BdWMCytnyipMB6Simp8p0GHxme+HeVGtNC0s07yFg&#10;CAGew/xaC45jh2QfUHf7v3bLaz/koJBGJiTJ9KCPZ92kNDMCxc+BogBM/wAJwA9OurDM7dNcFzXh&#10;lakUCUONysaylxeNAXE1wfeAK7lYDaQfD6BxY+rhqD1C41nDO/RmOeSDKdXHTYjWZduaaoSmIWKW&#10;pWnLiWnMgkUWPuksQLOwOUO/vZ1lm+qFZnl47q4QTChOlcRAV7NoFCXPt213iBc25OtCpkYiRsCh&#10;0HYRx2U8ZFwqvy5lTAcGxqu+bxOCIxyyyybyXYtJsDMFLbAbai9hwMcsLh+a8oQ4XnTMDYHiFFUS&#10;YWmCSnEK2hq8Vlo2MtTvppfMXYd257E3Kl1YXBl3s4evHMtQ1fpCHknSUYwTGBw4wDPpNHK3be6t&#10;kIcXoWnDSJ06oEmZB2ziRiIpXNcEFVvfu2g0HhrwQOnXSjLGR+ouDUfVJpKjptjNLVDF2pqSSeKq&#10;qF2RRQwvK0LPKJZEsqncG+7ks2dgwyoIKRoUMQRgTwxw+BNXyvJ2rG7KHZ7taeMEFUjTiSJ95202&#10;4tLif8trhgUcM+Mql6KDEJTFDvJsPMZElKrodQp5YH0WlpOjnSzNeVM604qFo5qvHelGY3hiqFeh&#10;SWOEYbEziolikaYJI6+SUAu7E7SQG7ghmEJM6ZPh4AGIx9Nvyob2t3+VtQ3tUJg9XAT0iPfQLZ4w&#10;fHsZz/lPFMs1rz0NMr4BnTAKWqmgEfzmySKsljjMSuIYo5VDFw3vBU7kEr2bKTPHVfP2Vsf/AKrn&#10;K+CRLBVUCQTwtTP50vzazV02FxzFAARtRfeAS42a8L82sjdkd8dMDZt6TJ0zyBVmEKu7xt1+Ib65&#10;Hrgr1iKGejSLDaMwtUvVPEp0nY+Y5jURnaJmvqR7dSe+vF16n8DzN0t6d1eM5epBime4aSnmwivx&#10;NKIlKG4WJqaZPK3xSJsVbu0oYgsoTcygHtLvLm1yYt5QyXXSMMRgTBkzBgg4e+nu0bOLtNkpdqmF&#10;pwExxwG3COo7ONMOU81YbmoV0+EyedRUdTUYXUhFdWiq4G2TwzJJZldHDA2G06WJ4X6P1MdZIMoZ&#10;VxzMkQxnDsl4NhaZ6xhYcONLDV2v5kVW7StBLGoVQkIX31FhvAtjfkyr7KLYX2ZCHUxKTESJ6cJA&#10;2xRWne26trNDz2IShHeEFMa4BVHGcdgwnZTrDlrA6aSqano1pjXyTVdVDTkxJM8zB5DIkZUSbmuT&#10;vB7kdiRy8Pov6welGZxgeQsCqxJjWKU1PmWoqqhtkceHTJTxhwSurKZT3buD7OZebudqOSZ0sFt8&#10;gpQISQMTHTOzZwkUK8uz9l10RiE7T587aql9QPovzvj+dsT6vVOZxVYNlrCaiky/kvDqRpKmqxBZ&#10;amoJkkDlVinCwrtSLcLd9bBg9SXre6UenzGDl7NGbKXBMaqMNXFcPpMSw6uqzPNJUywgf6Ejm1ot&#10;xt2GraEcQdoHa3leSBTCnP8AKcNMSRjwMD2/vqPO0TtLYs1qShzogCajdGvSrVdTMDXMGOS1sGGS&#10;4utBTy5fxYQJHhaUMUzFY5Y2Vz5sjRtcEi2lrG+rh6xuvmX/AFG9XcTzbidQMVp4quQYPh+WkZIa&#10;iCWGJN7STIkiaw3aPb+9o2l+c4942Gc1zFd1cnxrJOlAiccZ/fWIG9OdM5hchRk4nZVrGRsn4V0/&#10;yhl7JeBtK2EZapY8KoGrpPNmMcY0LvYXPxtxdej7qucpdQavBJKSLBMlY1QS4fUUtI3lUWH1kRWe&#10;GeplY7Q52GEF33EyAXNuDbd826YZS2lKTwA1QY4mDiaW7u5oGXSgYJI9JFKKqg89UsxUxtvFvEWI&#10;I/Ph/E6pYLJjSVuB4tRVGKppS4jlnGaX50JbXa9JP5g8L2PDHMt28vMBSWyegpCT8qkJnMbdxX3A&#10;+tY5KSCqp5KWpjWppplMc1PVRh43U6EFXFiD7OP659xRK1MUdsVjxWIh4car5Ja2qpzcNvilrFma&#10;JrgHehVrjQ8D6tyLNWKGon+iofrSkhtweE8+lR5MIw+aifDJKOF8MlQ002HCNVgeIqUMbxrZWQqb&#10;FSCCO45jzlmKs6o0L4Z1C6kYrmq8a0qVWeYKTFqtIxchVmrYZJQPiHv7CNeEz+4DaSChSkzw2j3R&#10;RZe5ch6ApUjrx+M0mcjdN8g9LMDjyx0xyBgvTzLMUj1cWW8h4dR4Ph6yym7uKbD4ootzdydtzwJc&#10;u9E8l4BWfPYfimE5hXeJJqPNAzVQo0O8M0ZOWsewlbG1veVtO4Pi3/ZRQw70eoI+ZohO7bY+wAec&#10;/Ij3inrHaLEsWw+ahocZrsrVEoKpjGX1w6WojJFrquJ01XEf+CjPHzFMg4OKY0mHZSpaXCoi5TD8&#10;oZihAlEhUtuNdQQ1hACiwevNiPibkGY7p3gMoIIHX+vzrS8hAGIHpTjTefGVE07zKqLGXnitIzL3&#10;ZjGQlz47UHMM3TfphisEOH4rg2I5G3bfncw4Dl+qqsUcAMqs1dRZgxuVyo8fL/4HW3CS5ym8QMUG&#10;PT5TSV3I2zwjrqGkmMwtVyNBFVRklqWI1IDWA7AfLRgX+LH6eBpjfQDpDFV02JU/V8YPW06mP5rN&#10;D4lU4xOGLLvWrzZh+EUlPoQCDI4HjYdih9t9sQpCh6Gi5e7qQfCYrqmxXEJaiphqMv1dHBCnnpiF&#10;QaJon9qKtLUzylvHWMD6+BriHpxxuSlmzTQ5wwjGmwpjasxLGTmTFqiBtWEMGVTPGzXAJRH93uFt&#10;c8TpupE/GkruQuJxkRTlBWR1BTyoZgr7vfnhkisVt3EwU63004WfGctY0+KT/wAqpK6bEKEvBNjG&#10;OT41HJFHEGcssK+VIEWxI3jsCWF+KQ1rxFETjRmIn21L5gpcDzPgeEjMGXBIJcQDLX5orJSkLgqd&#10;xj31P6Q7b/7mRr9rxNWXnGvEkVdsKTiBFe4I3SvrNL0kqjBlPFVrGkWTEMSxakppIpaqcIYgENVW&#10;C4XupRLA6k3HBXkm9qrBBSkxPEbf3UZWOaqYBCeNYZ6eCqieCoiWeGQbZIpQCrD2EHuOJDqn1rzj&#10;16xqmq8RSTE5hDDR1lLh1O1S0hp5pJQCJKhyzAzns2ja3ueB7MM3duHy5MyZNI7nMFPqmuFJR0lB&#10;Tx0lFTR0lLCAkVPTIqIoAsAFUAAAcMv6Y80dScmZhw/EKfC8Uy70/wAFl/m+MYVhVRDg8mItSEym&#10;KoaSSPzA2iMTvsWHc2HB1kW9rqPECR0xhPVhR7lV26k44CKa8xYHR5gwuroKinp5J5YpYaCpxGmS&#10;qWnmkjKLII3tfaSDYEXt3HD24t+ILS5ZxGNsIgqf5vhkK4fLh6zny6aRngL2CskUjG1lkUMST3tq&#10;JTyXtMubNYU1gcIxOydkDDZQnst5fy6tY20Edf6eMgY1RVtBjmHRYjDiNR89iLvBEZZ7LKqo8sge&#10;Tyx5pPlhgvwsWBND0n9ZVZ1Ly/iVbh8cWER08TYzmAZkjCKkSq7MkQnZfN2lBZwGUbbnTmQOUdur&#10;qWvtxGJJ98GeOzEUMLHfh1TgWdg29dBDmL0p5AocUwDFNtfLPQ+XhOCHCXkiljlkIRnkkhUbFYM+&#10;+zKTuIBueGEyj6rsgphGKYzitLV10tAka0uP5dkpcRSeFpEvEzw32yPuLBQuoNhc6cM73tysdJuV&#10;NDXGkR0fvk+tCy530TokxiOB/Ci2dXvRX1SzJjeBUWRMwZehyrX/ADMuNZezJFiVGKStSmlWnqae&#10;Kmc+cie4rbnVgRuB10rf6k9B8j+pPqdmLNeFVMlTiWGTpjKTVVJiDxU0IMfmxOMTaIWAK7kWJto1&#10;A0ucTswyK3zG7duA+CoqkAzsOPHo6qh26tk5g+TxnCrCMBxr/NpkPJeFZqj+Xnpo6fLQmlanV6mr&#10;WIhNq0vmR3mKGxZluTY6m3Caeob04dRemk9dmyqq8KzHhlGyDL+B0GE4XVtiNLN5ojjaOaCSSWQK&#10;wKwqgQquoAHAjvdlNzbeFShpwICeI9cZ28KIs/yNy3TKiPIUvctZqwvNVG9Xh3mxtC70tVS1kTRy&#10;RSxna6tfQkHxBI4W70WY7Fm31XLiWbJ6lMNgyL1DgxCnwdqKgmgoYcl4wzwUohpVgp9CVC+SQt/H&#10;uYOzZtOogiaCWV/8Ueh+BpNdWJ6+nylRthkVPLXSY/lKlgOJxSzwx+fmvDoTKY4pYWYxhi6++NQL&#10;6cMRh3VnHDiMeEdHOlGFYNj7u1Xh8uXsGnzLjxfy/txVOOHEKiORPbTCIeO0WABrZsKKQYpYu5Or&#10;DClTPhFMN9Zi+MVVVBTu9Wgqan5WnijYC8bpRiBJIxbtMH8ddeBP1gy/10zQ7zdV89UuTqqrjSnq&#10;cW6w4/fE1jeQDyIcPierxFG0FyaZQB4+PDe2tEzMUUXhWT9wFS8MXCKOlp6TA6SKDD/L+Yo4sJhV&#10;KUoxvdGjAj1JvYHXvwovSLKdNmjPVXmKoC4jlfJLCLDJYlPlVFQrMICFlC2GhlII0NgRrwTdnO7q&#10;c6zhHeKDbSSJJ2DGjrdHJxc3I1fanbTty1r0b9CZfU91yy5lSpVf6g4M747neUpIjnDoLb0VlcEP&#10;O7LED3G5m7rrmO3uFZJvllkKft0D74OgwJgYDjh1bamW2yslWuJQOqiretP1HU/pV9OHUTrAlGMV&#10;zFhVMcKyPgxUuKvGqwGOmDAWvHHrNKLi6IwBBtzcGy9h1HguHUWGYbTx4fhmGwxYfRUdIqxxQQQo&#10;I0RFWwVVUAKBoB25CW+7ofuShKNmweVEd7ZPKUYJ8ukV8ynrjmfG+pGeMxZuzHVVGOZpzNiFXmDF&#10;8TrmearrquuqHq55pX7ySSSOWdjqWJJuSTx3xzNGHZPy3i2asUjqMQoMFiaqqafCI3qKh1IsQqIC&#10;SPE27Acj7INw73P85Yyy30MuPKgFzwpEGdvSdgEYk9dObvbpvZldt26VBOsxJwjqHX0UjegXpszZ&#10;6n+vfTr095OxTCsn5q6k1rYFhGOZ9qkw7C4Jlp5JlWaQqWDPs2RooLSSMqKCxA4Q/IPq9zx1Y6kV&#10;lLlrAFiyhgGF1lbXYbBvcszzLTQyzTAsqNvZb3UhU3kLpfnR3O/oa3V3ayM/nrkruX3m0pWqEwB4&#10;ihKeMgEYGZ0yYmsus1+mvJMpy5tD1xquHVJg4YQcYHurbY6lfgA+h70w+mbA8uZ96w1UvXTqRnDK&#10;+EYF1pzUYKX/AEinL1lXhOFUEBVh8xSwVLQxpKJpagQq0hT9GUxL06q6rqJQ5nxurxLHXwJJabKw&#10;wCPzYZG+WllaLb+kkEkSxSCx0PuWO425kcjey2sskLDQbZSY1lZiAFBIM4AhRKevaCIE1kuxm1ll&#10;VqhouBKEpAMniMPlsq5yp6+9NsgdGv5LBWZa6S4c6RVGepOp1fBh0FLFVV1NhkdZNKRTwNFVS1dO&#10;BITbVwVIUkV9euDO/WzIvQjrZnrJud8EzPR5Umw7D48F8mnepno5J0pMSNZSBLS+XG1mYFhsBJIK&#10;25FH1N9pP9nNz2XctsSbh+NS1p7xpLX3aklUpOrAAKH8UxWPP1C703eW5Ov8q0lYdxKyJATPXI6O&#10;GG2jOdPqrIlPmPJuARdMMSwfF80YZU5soMenpsQr8Jpkp545o4oq+QPHBvMrSRQkxsADZNeUq1fp&#10;zGfum+QuuPV/rfljplgtVSpljHKumiqMYxOtqYpaiSlWlosHiWBzHQiKFlEylfL1HfnMLLL25GXt&#10;3D6wdZI8OJ6cEiANvTXOu8yRxbaLhxaRq6MT5QKHbEMx1tLjsWX8PytXYrJNSyYm2Mwmjhw6nYSC&#10;NYppJp1lDOSSPLifQE+FuHJ/D/8ATF6Wc5Z3qM8ZZmzj1Xi6aNGq5nzHBQYBg9TitRHJ5XylEd8x&#10;lp1Qz+9V3Q7CFZjpkF2A7nu5zm/fLbV+XZglRgAKP2yMcBt2nhIqWuxDs+tM1zMKc1qabxURAx4E&#10;GRs2nGgu6nZl6h4Vg+GR0uJYPlWtxNwuIp5NZiwgponUySido4QEYskTb6awDk7ltflt8tHhPSjM&#10;+HdV8OyVDjWKZojoMoUWEVc87YhSYbDJNWSNJDeojmmLCzMujrGm57AAdM7DdOyzG4UO8LTqGyCo&#10;EhCoI0gCQkf4xTr4GQBHSPItybBLybtlAQsgI+4iUziRtSSBjIg9dJGqwafq5gOLZBqsz1+XGwdZ&#10;WxjH8vbYaSrnnhWG9HPGFaFVVzp7rqzNbVQ3BR6e4PkzNuX82Z1y5lmXKeHVLHG8r4vPMYTiNVVL&#10;JiktQiwGMCEpUiLT7Qup+zwpzPeBxDrDRfD4IhQSMAkQkCSMTPinGD5mj/L762OoMq/ZY6lbAZxJ&#10;J49JP4UE2dc+5zyZnPpn02qs1U3UCnlkWm6kU9PSCQUWGhIMLplcy+eWnaeNqh3dtykaCzCwi4tk&#10;ys6qUeB1OKQ4jJg9FisGJ0VJglPVQOyhWiMU9TUw/LJ5u5kKlywuDYk25B+8Xb9lW6OYPWCB/lZb&#10;xUpMtjUJSsQpJISYJAIJxEgY1D/aT9QVjkV27YNJ/bhMySI2SDB+5OImD00Tjqd6yenXpNzN1B6Z&#10;5bxXLuWOqNNlWpr4c1dQMcy/XUzVMVL86lTTZbwrFkx+vp6SM/MSeXTRRSKkiieMruGego36JYhU&#10;ZSfI8FLlmqkaRaLE3pqKuKTLHH8238vWoSRU8s7Iza9zqLWIczJ3Mu0BhjOcrvA1coBQqVFxlcE+&#10;EpwM47SAQCIxg0FWt37jfyzTmeVuhl9swoTLS4nZ19M4bMaC/BYcH/FU6X5O9THRT1Etl3qhlR8O&#10;wDNlb04GK4zlAz4LJXV1TgVJDmqnwqeinrFxGMVVX8uG8tYTZtsbKD/p3zH0zp/UbmzE48h1OQ+r&#10;2F4bicOZ8uYQobCMewmoq4bYvSOq+WjEhC6u6i7EMzMGbmOW/e5rmaOi2dbTa5kkg6NjbhxjQcYU&#10;ccBM+YqFN8t1nnVrtbhKWLsfbs0L9Zw+FNv4p3p/61dSfQ1ivQDEOq2HYr02zrjWXKnp31Cz3+hx&#10;fAsbw+sWrpcExQRy+ZVJUyR+XHPTRSShzZacqI0Nn2VM0YHU1U9BQVSSYcGD0ERJSopnfd+gnhlV&#10;XjFgDEx0YaDQKWxo3wyHMkrUbhOl9IAWDIJ/vxwUMCFET09MQHnuRXdq7D6YUPYesHYR7a0tfVT6&#10;VetuTcKhzv1HyRiGEdRKBZabP+IxRRV2A5oo6RY2XH8IxWgeanrJVZzHi0CsZYXCzyXM0yUxe+v+&#10;EUeA0rV1XKKGjyjiVP1VwKaeKaSGE1dNU5dr1tEb2SPEJJdgU+JGtuZAfTa2/m+dWLzKVOPJ1MqI&#10;IGxJUgqkiZRKf80DEk1JfZvYt5jfMKKSV6gnCBjiRM1d7+DhnF+tWbukebqrCarNGfc1ZZx30MdW&#10;Dg1fFR1kq5eSn6oZWxWZaoMshkjwA4a9XNIu+RlUhhewG5E6yZox7Lhy1kmnlxTAg1XjFQmV8Prd&#10;Fas+ZlpxOXgcF2lYbdqWLKu5tw5mZmn085DlmaqzbN1IQ+tUBLjiO7SojBQBTjsnEq2GAINZZ2PZ&#10;FkOV3pzHMlpS7hGtSNP+kMz64dVXgdZ/w4PQnk7rv/ti+pyuwjAOqWJR4VlPAsx9b8z4ImFS4nQY&#10;I+F0Va2FYpBPRy1FLS4ejq7ma4ieXy0MZIj5uyBnXG8IxfFMM6bPXVOYpxPDSVUNRPPTyR09kmkp&#10;6uRvc91CEawaxJF78kfJe1Hd22uUMvZo2gNDE60pSqVEFKViAVAyDElOExhU2p7Vt27Z7Qm8HeAD&#10;GcIOGBiJGOCcdlGByl+ID6E8kZhoOneYPW/lShnyRhax1mYMSx/AKDBMRjnrno2p6TEKRKeklqIJ&#10;InWZKZt8O5L7Qykx8KzB1By+MUbMnRWsqKrCMPaOUZdhwumpFwylhkErmCqnHma2UbBcMAFHvHgQ&#10;7QN77FlTH5J0vMOOTq70TrgKAB1BWwSQfuBxkUEt58zytItkt3mphS5JU5KlHAxKTh0wSNuyk11G&#10;xj015uwrpXSdP/WzhFRkbPWdqakoavFM14ni+L4lnLEpqTGMMoKPE8HqkmpyEjaRqeUkSQyEyfo0&#10;HELirYNidKuO4h0Oq8UOI0vyksOY6SlqKlIpljVkNPO0kyOpMe50dXB9gvwXNZkb20SXdWjaE4HE&#10;9U+YgpOzyqVLeytLgJWSQAJAG0zx247BtnZR06GgOLfyvDR11goaTCKiHHMOGTquSk3TbpnSQz0r&#10;w081O4jkAp54ZYm263IFgWoejuATZlpKmow7EsuVdB/McQwWCmmnchBTfMkQbpZ0UhowD5aI3YHs&#10;AUW8fZvk94ltSwCnYEzxPGOB44RspjeHIbF3S4vThsBjbj8hQ349munpsDmrYK+hxenqHw/Bq1a5&#10;ohF/pVWtKTItkNiJb6kggaDW/Cu1GJ5jxjrbFgNN0+rabJ2X8To/5hnLCKGroaZJsOoFrqho5KAC&#10;OOpjkjkUGM6kg+Bvj/nNtfXedJS3aOlCFJQVpKtJIglWBCQYxnCoRzC9vH31NN2msAgbI98QOmlD&#10;UCN8q11Fvhrq3EaSojpMPxSZauOZKtmiiEnzWrxNvUENpbTh48jzVuL0GYcOyDjVF1DqKikDo002&#10;DYBmOFEh9xaSXCKcOU0j3CR3BI95Rc3mazu3m0W6kXAKEoCVMqV3rIPGRpBmZGpRw4KwofZVu8e7&#10;bW65CgI0nxtg47RhjwJJmiodQsEwbB6nI+cuqlfiHT+rpHfC6rCUqswZxyBI09YtQTiVJiSxUySA&#10;hxHUmKF0DbVlICgS8v5/6U0q1IzR08xyfMGG1MWEZghxutp8cqKmWRhGkk09ZSxRKoVQgK7bDXae&#10;E9s7vEpD6WmGm1oIgJbUAkEQnToVKhIkyfYNpyiwz23StDXdzwhsgJHVpXj0wTSVxrpJ616XBsYw&#10;jIXW/pzDh+LK9dlL+U5ExrLWG4BGYAgFLT4RmapmqAZGNQ6SynzGJUPGpACdxDHMCzBnnDMIyx0l&#10;hpMo4tTTQtHUyR1Sp7n+jsYkgjVQF3bt269x7x7clTIt0nlZEpWbFpQSZADcEztkGY9g4CmG7K6s&#10;k/mLwoWnGSG4InATicJ48KGfp3lfqt096XzT9eOtlDn3NeEMtZiGb8tYFLl6NlsBMjxzYjiBJd+z&#10;RmJQLBY14N3SrK9Dl7GMfwzO/T6kfDY5qutpKinWqxOeLDd5TzfNxHa25iHKCEJ5cdtLppFOf9n+&#10;Vm1XcWbbKLlRAQSQPFHhBICog+YMRQfzTK73u3HW3m0rUfAAqAFH7ZViYk7BgdlFF9W2IdQM+9Ja&#10;TMXp96+RZY6i18lFh2SKDFMciwLCZMzzqk1FTVkuCxVo8sTPH5kM4mjnf9Cfdl1NZWYN0H6l4Vhl&#10;BV4NTZVwTA0qHwHEcHVIfkfPRGJHl7VRtoG7erqSVP04w/2A7Qd1HvzjTov7hZGttZICtoVAOCk4&#10;4QUEQcDsEH5bu3v3kTpvGHvzSlFOtBPmTAUIjZsg7cIE1rm4P0+/HH/D+zfmDq1kPqzU+r7qL1Cr&#10;MFXq30w6h1VXjEeMDDxXRiKlTFFM0lIJKk+S9HU0kyqjBoSikKAOdsh5PrMqtlCef+t9JlBGqsIz&#10;BQUxgkgWesLzQl23MdwiG4LYm/ujS4nayy5vMXu/vrBdq6sJkFQUAlA4LSogaYMYyExE1JuYb8/l&#10;LguXdi4xcOJBOIWkgCMVJVAjHCNkcZq8joV1r6ot1KHWvqD0QrvS51D69y02D516Z5lzFR5ngxGL&#10;AsEigpMQR8MmFPT7fPdV91htRPMIZ9vM2XcqZr9N2WqnMdFmTC8xYJhzQQ45h2K083zlLLNbfFDK&#10;jqJWhIIBLX2L4cL7E7tb7rOUqtnkXABW0slCj3ZPhJVtCSDOlXiAViDgKCGW2+Vb2vFs26m7hQ1B&#10;QiCPTZPQaLDnPqj6Zfxl81U3pmz10k6ldHcz5kpcZ6g9JOoeVsWwhcLzBlXCJF+UxKqQGplpaStS&#10;rhkEVTRqDK4W7ummWPP/AE66v4zT5kzvhrNW0dU2C5d6hYA1RLhDinYq6CLEWWNIRIbyEWvYbjtt&#10;cQZL2OZxuIzoyp1DgDZLjT0JcAJ1ag42kkKIwAKTsHRQm3Z3Izfd2y1WjrbqUSVNLGlWO2FJBOzg&#10;aVnT30V+qn8OPpu+WfQln7As8dLIsNqs79UvSR11pqOhzkJsQfzZK2izDkajqauaveGmamp45opU&#10;XaRFuKgDlW5r6W9DMy5ux/Es0HCZMbSClZ4ojU+dP8oHnhSLDV92NkWnPmFg242UhtOLc93NzntD&#10;yK1t0NFSEKKgUqKYSFEJUVOpkqA1wAnTOJlJBoF75XOY7092otkIbJwHCSQMVRKoAOyBt2RTN1Dy&#10;L6l/xJ+jPp+w/EuiVHiGXcq5ixfOww7GKuuwhcKhosUOEYTilTLnCjSpmr4FGJItJ8tLTSDa0ivA&#10;6Hge1uTc59VctJnHK2JJjWXaGVaKmwCixGfCqmipqeRSIHw6uCBY2SON0UjcVdSBc8GDO/8Aku5t&#10;63lLts43cLAOotBSXCoQV98jwleoqCpIAKVThEiXcTffI8iQmzdYU3dDiUfcT0qGGPEmaNZln1g+&#10;kL0U9XsK9MXVXIWYOj3V/O3y2ZW6nY/k58XwvOmL4rTRyS1z5iy7DULNVedPUQVMs+xY2gm3MsQR&#10;mU2VOu2aOi1NDgtN0uxTEcBxao3wYfia1a1MEsQjpp2pvOhAlAfaxjZY23NqQdORr299h1tvklN7&#10;a3KF3TKYPdqSApBlQkp1SRiBCo0nrxE3a52bW29Gi7YfT+YQiDjAUJ1CT/SEkdFAJ+IF+E76ffxV&#10;sfy31gwz1S4Tlzq308wenwLHcx9N/wCSYjhmKZerpZ8aw9K9aWqeSCRoZJBBVedKgjuwiccsNyLm&#10;iHMOX6LGZ8WEUlY0oakNHJh0yPGATC8FXJLIrx9m1GvgOcu9+Oz7NMqv1WjttqWAkgg6hpUSAqU4&#10;QY2mfPZWDW8u6l5Y3n5dxrUrgQZBBwmRFaP3rU9KuYPTz14zF0owbpZidDhmW6LDsVpccqszYfna&#10;jxKixGWVKbFoMUwLCcGpxSVoA8pXhup90s3fkDOfWPp90+jpqjNmYYcFp62Q0NHVYg8giaULuCbg&#10;pVSR2va/Ya8Msk7C95cwaDjVsspOPhTJM9EYk0Y5b2bZldGAmMZIjp49NKT06fhe+tb1SpiknRvo&#10;1V4/BhC02I4ys0uHYf5VPWVL0wlUVtRA8uxkJkEaswBU7bML1ger/wBYPTbqj0f6n9K8oY3TNh2d&#10;sPxTp7iuOV8U0T0jzRPC88cUgiMqJpYqSCT3AuRlLur9IuboyQ3z6VgqkRpVKSDGIOAk7JieFT7u&#10;j2YNtWjveOqBUkp4wDEbDhx6q24Pwi/wGM5+kvqlkT1Ldes51dB1SyTUTYvl7JmVaunnwswVeFzU&#10;DRVje/dwKtyQlrFRqdb1QZep8+9KqHDKTKmW6bMmW8JNJXYLPhKfKxzI9O1O0842zb3jkVmJVd24&#10;rbQNbKR7e/Psiy23y7+XoIaUCk6dOIBEnEyZiTx2cKH4sLnLrYtsaVoEdWHXxraYnFPVxyQTNsLf&#10;opFJAI7MV0PiPy5Ypjk3TPE8dpsaqMVNLiQhpMTxnLeLLQR0VfSBYi7xi0DxSKrH3nBGgBF78F9t&#10;2q3+VMLBStwuEBIG1tRAgzt0YYk7JnroI5y/mzLil2pOpfAY8+dE/wAOqOvOX8LxfAqShosRwbEf&#10;5hQZXzHhxxSbEcHrt9QYTVxzvVCogLLGp8t1IuxFlsQZbAsr9Na+GHEsJwRcMglYTUWJYfVzO0qG&#10;O1y7Eb1uTa66EXFucuO3762967LMzZWunvEQVz3mC9pTpJSMMIOnEcSCCYFzjtkz6zWtjUCtPEjj&#10;7flNFgyb/tNT0NQOrHV2bGKwGejrsH/kmF0UYkWp3grDF8wYSijYAJmO24cu3vcEiKny5SSxy06Q&#10;RvGJyHpqemQt8xpIGKxgtcaanx5h/vT9Rm+mfOl25dCSTsSAB7sajTNN/c3zB9Lzzh1p2EYfh76R&#10;+I9IqGsnxGXG8YxzN0le+FzyyZlxnGJkjlweTzaR6eHz1gpyr2Y+Ui7mCk3IHOdPNTUYeHCppaOm&#10;k2tLTQSSiI27HYG2jT4cBq96M0uo/MOlZHSaTKze5vl6rhZcUNhO2POuGO9P8s4rWU+NY1lnD8Yx&#10;2hR4KLHMVw+lqa2NWa7BKiWMyC5763uOLTBKiuqn2YfSyVzqQJEpI2lOumoQMdePoWlY8Rxrbqki&#10;DgPUUW/qlR5WypRTYhmvH6HKWEBS3zuZKuHDqcKo7eZUvGgAHx4ITRYthVDVYxieB1UVHh0bVtUz&#10;wThxHGNzERiPcxt7Bwc7kZLeZlfNWrKoU4tKATAEkgYqUoACjLJHluXtulBBlaejpHThVaGdOsXp&#10;jznmzLXTrInXrJOac7ZzxCDK+W8vYVmzAqpZ8SrJRTwQs8VS8UDPIyqDM6AkgdyOU++ibo50qy/8&#10;xS4jlGDFs/06GfGsbxBaeoep+aHzcMkRp3maOPywoQFiTuN1t7o7Z7g9hid3ckZuHUEPqJBUSk7D&#10;/DClJjjt+VZ2bu7jNBtx9ySsLUZwxBJ4Ca2dvWXi3UvDMhT43lXPE2UsJgq41FTgYjp50jQmklSZ&#10;qw7ZAzSM5HuWVAVdWG/hzsFzRidFm3NsFT5IpMsYzBh+FU0Ea0hpqCoMSShIIFB2ofL2uygsgDEW&#10;YEzde5Iw7YsEAy62So/dJExieqZAwBw4VJNraW/5WCnUFCMRJke3p2UXCv6U5Pzf0MyHGlNV4vJ1&#10;PybVVWPYjmNzjlXimM0dFJW0hrKysmnRZW8+qLwI+xZW2KR5diLnVvMdI+UsfgzxlWnx7pHJQouZ&#10;JqWo2V8Su8cySFKnyY29+w2q5cHaQGJsIV3I3DaYzht+zunG8yW4ShKsWzpChpGkKKUgScYTwkQK&#10;jnI90Ldm51peUm5UTCCcCBOAAxAiegYRM1S96QfSJlPInWzJmb+kfX3Gen/rqr8x45UdP8kdQqan&#10;rcl4jT4XQYjh1VRrFhaVtZFTLRNUSCciKB7GMbCEbhA8OyR0ix7MGdemVXnXH8k1kUkZpaHGsxRS&#10;ialeFWSmjhqKde4/SKWjkIBGw31bL+6zfPba2t74MtPJO0paiFDarVqUR0RqTsM9UnP2pQS2t0rm&#10;BAgETxAJPps6q2Ucezf18yflzKOdP5TgHWVqtUw7FI+n2XqvDqigqpZZlmrB8zi9cHjVBHCyeZFZ&#10;g7M21tsTgvUqq9OVKMv0WT16uU2BM0WXcy4ZTzzRQwTpJuaqhQlYaqEAxSEopKEEdmBKs03YG9JS&#10;tbq7VTik6khWkykjYoEEtnBWBiZBBotzrLnlMalBxaAZOiEkQcdemMBtkCCOG2kb1F6Cf7YeVsLq&#10;s0Z0zr0AixOqpMRzXk/JuJUWE4tUHCKgGOmbE8MV5ZsPkcJOohn2MSd177UyZ3zjh2I9EM1ZyyVj&#10;GE45kDHJY6yXLuYKNIMSwnE62WQLBDOAKWVAz/o1nVxGTtZuxDeR2DjWeoYuUuIuGwQFJV4HEJAM&#10;kE6kmDBKSnVE4xFJMrzhDy1KRqGkREAg/wCcqYJOHiA4HYaj9OcJxyl9RWBZb6jYPmfBeoGU8Fq8&#10;Ky/nvBMQoa7KecMuUUNCGqKiOrkqauhrBNMiTBFp2qHi33eMbUdfTR0sxrrzkGpxDOvU6HF8Ahle&#10;CiwSuoKCaWjMEUbx2aPZ5TKrEbQ7Dae19pUNfUB2mDcq9a/K2K1uLKQSlRAOoxMQZx4kbcSeBB28&#10;G/AywNd1qclWKfCYBMYRiCcerjhRYfxK/wARSh/DuzF09jyX6a8X6q5qz/UwviFXlzEhheHmDEKu&#10;SGQSpDBWyT1DSoCpMCjcSTKPeSRsx7pNT9JqvK+bsWyZSGiymKmoq+rnTqHzKykEjeWJJsLxaZER&#10;ae4sYSSblgqoGBO298F5op5ttalF4JCWnSNIO2A4hJMKH9KdOzjgMMwy1wvF1ADmPhSQkKSNpxxC&#10;sOOqeoGZMzlbrUnWdepGGZfzBV4rmLNlJR4TgPpx60thWEYZAq009ROIcayvQ4lLLFXQEFy8k+y2&#10;3ajMQEXlbKNT1Ox2bOpwypw/AqiZsSzBn/HZoqLGcWM83mOyfyqKjhjBCpYGFlVrsLNckSZhdIyq&#10;3FsV6nQkJS2PElMDAKJKlGJP8UkRNCmzsSWZKjgIGo44eUCPOh9qMQwvpDk/CMhYNWU8mLYZhsOV&#10;shZPo4aqspKOGhoFgp45hVVEs8qxAXLGVXdbLqbcPVmvoj0e60ZcwvDKiuZMwYTETg+cBUSy4jRV&#10;bqgWZXMm6Ujadu5ipsD7OYtntC3t3cvHblLKVsSf2YBEpEyFEgBMiCrA7YxFRhn+Z51bJIet0u22&#10;JiSFJA4hUGD0kYTtBAite/N3rN/Eh9GfUDO+ecydEMNz30NmxGfEsP6W5Xglw6D+R0q1ym9YlNJF&#10;h0u1oZpyKdiHJQgqPdLC/TBqrqnN0s9TecYMzLHRRYrlvM8MWHQ1NTS0pCwSM0+HyTBwXdSRNa8Z&#10;vuvrMtrv0m83bGb7tWxQdSgWyVQFnFQAC4GOwQJBBBAr1sC/lJdtB3iVTCFAHEGSRAkGZxBAiDIm&#10;rCsn+p+fP/oUj9TX4ZXSGlrcXq8QxaGTofnNKlIaHFJK6SWvhkosLxeCCF2lCzRhB78cyMvlq5IS&#10;vUToHkPo7jNCKDCp83Z5xaveXKT5oqcNoZauV6+Fvk5I46iOmmgmiuQrxIpZAhCiZbHm53aVd7wW&#10;3ehQRboT+0U2FkAQdRkp1BSVYYKIjaZQQTNJtX7QXKQFwY1BRSQYThsQDMAYymMFGJobfS76tsZ9&#10;VfSpeo71mC4dkOiof5Xn/HOnFZmSZIS+Cmatnp5avCaOeCppKkLGUimmVA7/AKYy00ikAsNwXMfS&#10;6ozZLkyqwGXCpX/rNi+VOqeJUyCriiZ/MwqTD8TqTG8lPIqst0Wosw0VrLyU3nrTMWmG7lT2pR7t&#10;K2wrUCdi0uISFJChtg6eBnbSPMt3S2Nba9KnMBqUsEGBKZhSQNhSVRgdtGj6gJkzPWAYBhuZJcxR&#10;T5pnOVMrZ16SUuYvnMPnrod0dfBi2XaUvRQSR7S9S8gpf3Xdl78MW6v1vUSkp8AzVT4Fk/I1IJXd&#10;MrUcFRViWgDRxQRfM1M0gVmCghIA5Wx0sTxUxumMtuO+t3VuPExClETqAxJCQMMTicIij1jN7teh&#10;Knh3acFAeI4YbIJJJGqNMxMbKVuXenf9Taj+Z0OYsZzZizqtHM2aa9fLkWaSIzSyLSQQxu42M6ll&#10;0LFV2ggBG9N8ldAa7NWD41mjPOIYQtPVfN4zlZcIrWjpKWGoEpZpopLIdqby5AVP3SxspPd+82zs&#10;MFppgKXHhX3kaj/ixiJw6TxgY0G84sMsUpam9QUcQmFaZmZKSPXh1RUTqtjnWPDMrZxPSnIuGZmz&#10;THh0pyUcexgUUEuJmB2VaiNqZrRqwULZ/fY7WMS3kBic09MchYljlZPlHrLQ5Lw+nAoMxZD6lVlD&#10;TiCjncVkdQlQompykyvG8dSivNGWu+9iUWKWN7szt7RSrnL1OrgaXGkqIKhgUFMpVIIIKTpQYEHT&#10;jRnmbrZaUpRKHtEjwpUHAdowUNoAxOKenYKALDuvHVzKGXsTXqh0Ix7OWOYPhZxrBM7dCMKfFcPx&#10;3EYVME9BHh9RWU9bT1KSqV2VQigcA2lUC/EvnPp70trqLD6D/PRgtThtd5MOF5mz5UVdK4o6fVYW&#10;EiiN0O5D58E8SltysiMrHgoy3e3NGit12wWjRipKQkjUeO2QZ/hWhRHBSgRT6s5sWrQtvkJZIlMj&#10;ATtIPh48JQZ9pEjKnVPqVHQZhqs5dBsZwCowUJUHD8pSYRi0WImdVd5qZ0q4Jg6EOJYJIN1xeN5V&#10;ZCxasV6W5QnzeMq5ozPVZAxaGZKLAqtMLOM4diYZk8p6ZpPKCxyFbqXVlA1LePBXnm9b71gkMoCg&#10;SCZCQUnoIIUJGw7D1DCijejd62WtBKyJACVI0rQrYcAcCRxHVtobKjHcQkwyjxTA8JXGo52UVdM1&#10;SlPNTrchwylZAXiOjpcG4IAvpwdul/VjMXT2an6eYPmyLEOnEkMlXmfFMmeY09NBTzIorHat3xQy&#10;AsXaNZipJsDu2jkcb07t5ZfaL64aBuxggq06SYjSnERIAHTtMEY0W3tozaXFu+woOvCR0FQ6CCYH&#10;HAYUCfVXoN0zz/mXLPVzGuneE4/1myBTYlhXTLE83O6ReZiVKPPpCYL3jmWLYztEzKoJAK7gzLQ1&#10;vSXIWZ63Gun/AKk6qHDpzOKzA63A8N+dp6iZ5QxKVPy6xwgE+9HGhAuCwWxOmL+/vmEs3Nsg6DxX&#10;E7OKYOHQfxpa3c2ff6++UjQSVIUE6iYBG3SAAdmEk7SRSlwuTqHnLBJMO6j9KqDCamlqIaiGjgzF&#10;JV0tSkCxTq5eClVgyzAjy3DCwVtxJKqXbrR0PrZs10uMYZi02LYVj0bY3FmfCqGEuC+5m3phM1XG&#10;j2UN7yxnuSveyy3yY5tCXXEtBJjwhQVwG1UTw8Qw95pzenIEZlcNvMLUouTJCcUnrCZBOw7B5mhS&#10;wLGP5pTS+dTmhrKOV6GqpJFqVCvGQPcaqhgMi66OoKnwJ4Lvoi6X4DmLM+Z8Lx158VbLrpiGFY3N&#10;LW0WIR1dXbdNTNG0FOZE8hBtmUmxJttvzFrts7LmbbOUd3claUpM6ykLBxMjTt2RiJ40Abdr8lmK&#10;7dxzWggklwEBWEEbUlJEbY4UXb1X9RMc6cZFo8VwOpjp5J5Z1rocZpYazB6qnjp2MlPiKLFLUrDI&#10;rE74AG3ALe7qrXhZewiuTBMAwHGaarxrBxDJPX/zWOB6ueSEiSPzPKp4KZivukv7uo0F72gzevOm&#10;re3WWlhVwNKQpQBmVATsI2HZETtmkq8uNi24q20p1L0+Iz4cAkTiogjZMmtW7rjnfLGWc19ZuqXS&#10;HOeVMm9bIsUwjJeXcyS1U8WD0OH4i6Uk3lBMRxHF4jUWnjjpEje5ZdwERS4zCgw+ClpsIo1iwzCX&#10;hmRqGnWKKPfPc7tsa7d24sdCATrzGRTp0PPlBU8VjxQfCBwTxAJ2mJ6BQOyRhsgXxkq70TgTgBjs&#10;M9GMbKo4yjm7N2J4/mL1CZxTFupHVmizZglfFm7FY8XxSqFFl7yjUUpkqaoVi0vkCFDLJBI4jsqg&#10;KDz5fHMOK5219P7nuer1e57nq9XuK3IrbM1YSwAJBm0P/ePJyjg8JpZl/wDdR6/CvcMnT4rAKSCM&#10;4RSyui7GmkE+9raXO2QC/wBA40biRBSKONYr3OL4jEz64RSgH2LN+2TnpB2UqQhNe5GOJxm/++mk&#10;I07pL/1M5ULHGnu7r3MT4rHuuMKpB4NaJ/2vypdrWgV7nD+bdrYZSLbtaH/n7lO+VVga9zmuNSKb&#10;rh9GD4H5db/x5vvDFeBr3Fbl3M2IR19H8rhdDJKrp5UbUUL7mvoCCDflmXdKhSllRmvcQ+Ku82LY&#10;rUSqscs1TPLIkQCoGaQkgKNAAew4y4AVk0y99xr3IQ1IHt5qKbr3Fdl5D7gX/iyQa/8ALocbO2lt&#10;uIFe5sMfhaxlvTLmcbgRFmSpY7jb/cUHbx7cSOHx0aIENpPnRVuu8yw54yICGLT0eIRLsW4uJYe5&#10;8O/LEYCVKPe3gQPYeeAmRTzJk0GVYAwZCm4DVT31HH+Bm2DTc3E4YCDjspQmAaSNZL5hfyyF127v&#10;DTnDHJJBlHPJX3JBgmLeW17WY0Movfjibf8AaJ09NW0YE0x02xs0dPVezD+suAbtL9sWgYD7xypv&#10;FKfOlAcSnxWIYg0W6qarqadpYdiIQzFiliV2jXbwcrQobRWgmBtqzCnloZFRKeRVAsqxxsARcXAs&#10;D8eARidNW1lYZkp0YVw82KeCNYYiqg3a21FGg10Ht4gcZUV4bKTumTNTxpp7PbryJAnlTbaeNawf&#10;ZMRFw9jex2X0BHgePMsqSY21WRXfI8sdReT3QCAs8ihbbFbtoeNqaXViRxr3JtP5tK7ULK6TVB8q&#10;ojK62sfdIOvxtb9nNtqCcAKsFQa9y3T0NLKOmvVI1CmJGrsBFPD5YjRUWPERpYDdqCb68J85RsHT&#10;ShCwVJE9M+6qs/XO7p6jfSy8KhpI8tdTN2t9GrcoL2+scfc6ZJoswV+aIcRqRNQV+J4hV0mCqXAE&#10;y18wae4Y+w3Gnja5OgpyawDrSccYFeu7khAnZAoUun3Uaoy/lrIEVNhBFRhmAYLQ4lmBxGRskwil&#10;lSmsQpNyy2IvrbdYC5CxcAwSkVavF6WOpratVwihhVHPmTRo0ETuJzsVdFKsCPE8FDNm0MVCTsFE&#10;L7ylDwYRQ0VOY8erZno8DnamoKR1xvFaqd4h5VM0iVEscRpwzs4G8MpU+AuOF2z1l3+V4FTVdSqV&#10;+JmZ2xfEqZojvYRuPOf3UAUr7vurcW176J12ITE+tOd/4RQyYHiwrqqeONJIaVUSSjjqEKWWwBXx&#10;uQdbk+OnY8APHoKarw6gkqi8QpGlpqZEjclo2UFttiWJU+J76jw5p1CVCBh86YLxUaVSaM3x1Y38&#10;eAfjCHzZJpaP5oq6vBPfcy7oTGqKLaCwvp+3iy2QdEdFFdycZ21k4O/o5xg/7YXRPDXZi0lWzUsx&#10;ubqmGOHQ+y5ZWvc3vwuz5kDL1q6eFJmHv8pCeqaLr6ukMnpf6+IBcnKmNEA+0UTkfw4eX18+9S9N&#10;fLw+Ksda3MdqipYK0Vo8LSyhmAN93iO45G+SMgIVz00S9pS1tqaGogEHZ50FPo+d3rs7s3u7sFyo&#10;+xfs6zYxr9P18rhiwlsRq1h2L/MJt0zLMl4YyqkruaHdcts8Rbhk7a6hiKAFnvG7bDBRgUeDiuoq&#10;PJTefBm+d/mZUSCnxzDJmeFQLbFsA3viwuNbDlmbFAwNIbnO79w6kKwNcG36bLfENz0fTqiq8VoP&#10;NxYYtgFNGamGagmQyMYzcJ5ZSQ+9a5G3sbXNtU9/l0okRhQo3V3iX3obVxNeLm19pB7WPAkzRBX4&#10;S8rVdEaNKyRZWQqIpBCzAoPKXYmjAaKNPG3Gsrtw44lIipMfVhjXP6OOOWsJxKAyVGArE1WRZGkK&#10;LIVJ3TnUEOEEgdwH0HgeScbRwIAGzCmrdSArrrizKB7x07ff25sfG5osvMwu7YPg7tf2nD4ye3IR&#10;zJEukddSJYqloRVJWSJlVc/hG2wR51z1CCAeyZqrFHf6OYhfX3bfVxAQQKVyeNLfdG7KDID46HUf&#10;VzIiMSNO1tONCFGK1WOedYkkYHcAptflaf4tq39NGX2K6R41CVZe43SQDh5kzIQ4aKb1uNVGC9Gl&#10;Qs+dOqxDG5osEunhZZq63/K3Nd7P2uARXGq1GH/nh0l+HTxwoiuwdAnbNWBcBST7Z+r+HGAZoqUD&#10;XudR3V0KmzAgqfjfm0iK0K9xSV+Y8WkllBq2YliwY2PifbxzvDV1Kr3MK5oxuMWjqwgOv2EOv/BA&#10;8qlahVdZNe5gOYcVbcHqA+7SxVe17+AHNF0zWgqvc4HMOJ7NnmLt8bxoT95B42XjNe117mH+d1y6&#10;7lv/AMQU/wARzQdrwXXuR/5rUnU7bG5sEUdz8OXQ8a33hr3Ov5rVA3sp9h2jQ/Xzfek1rWfSvc8m&#10;JVJ3E7Tu0I2i3Gy5WtVe5m/mNR3sv/Fn2R9HNzW9Rr3P/9ARTl/E8G9MtZSTQTYNNT0dHNi+GYtG&#10;fOEX6AMnlmRhCylhdFJC2sB4jq67mTK76yTEFSFQTtBhcpIOAnThhwrIffVTeq3TqwDqU4dJGCj5&#10;E1YtV9Y+nXUH8Zfo1PQ1NBn2hxIZjwzp1nTJdVEtHS4h8ljEkjSz00Nq2KWKidUkO0uxD77KFbhl&#10;mqnwrpDmKuhMcFHg2LxZfeWjG4zxPTUtG28uWH7yFbWNwfbwd2F9atb2C2KhBYkCeKDgRjxCiD0i&#10;OuhopxtpVmpxca3FiBsx1AHznZQr9VGypmD8ULodkPGKiqxPHs+9MsR6lUuB41I0dPhVbh2P4vil&#10;HVUi06Iwd71cNQJLh0MZAOxra6v4pfWXphmTEcc6J5gy9UUWdcDiw/N3T/P48ianYVDuJqeQreSN&#10;H8poyVuN4BawHOdX1M7zW99nrrYb0rbUROEKB+c0C9+M2au7hxsBSHGFRPBQgGffWwj0CyvieB5Q&#10;oMQrKwxjF0kepwXySiRyRztGsisxvd1W507Eey5r49Ivqtf0v4rmfMGFZahzJmvMy0+GUVbjDyfL&#10;0MMXmMzEROrOzuyXAsLLe+vMeckzZzL7tFyjagzQo7Ou0JzKQtKRCnSJV0AAxHmTj5ChZzTlqgzd&#10;gtXgGKSTR0FcAlT8k6o7KPC7K2n1c2kejvqBxnqd03yF1Az3HDQ5gzfg8NZV0GGXMUIUbrqJXdwG&#10;0IBYkdr86odhfbiLnLUKvUwvE4f0RMHHnDzrIZ66S2UKP3qTKj5/jVd+I+mvLXTKrrsq9NMJkpcB&#10;oMQGYqhqkjdJU4ggZlvFGqm1zfTQWv7T7CfU10lzLiOfMAwHOEGJYpkWY4Lm2kikaMLIx8pow0oR&#10;XsxKMVJAIIOunJCtPqJ3ZvXFIQoKxghUY+hoOW+a2tzblTagtsqiDiJx920U5joPm0f1dqanLscl&#10;LiEsddQw1MUc5opo71CSuqeZsICAjtqR2IPEW3qTyFlHIXULHKmvpcPfKkMlbPRwVECwyQrHuVls&#10;SE1NmuPoudOY59o/bgMvbuU26UjUYSnCI8h8qB2928gsMrWQlOpJGziOGA68MKVmbPTtmXM+dcmm&#10;pmFVl6b9Pi+K1Ct8zStEd7I9ypfeB7hB0JNwBrynDL34o2CdZcsZ16XeovKNHTZRzFFUDAKzDfnJ&#10;FpyFZoI6izM+5TbbImgb90DUYi709qN1m9oq3uUAgfbE4H8KjjLe0e3zDKHLe7SA4ASg8JjYeNGT&#10;wTotlLKuZKTNWVo3wbFI1alrzHsZKmGRkaQOCvdtguw1J1vfXlU3TPIjdQcQxXDsOp1FdXiqiwZ4&#10;R54aewiipSCQUL7rpISQSANSTwo3M3WOZrLQHiIwPX0GY28DUabsZGb9twADWZg7f83qJEkHEE+H&#10;aYoXybanQDUk8M76Wepudsm12NZRyrRVidRoJkpsv4nWblp4zDOmk0CsjSODsCq9wo98lQnJ77Cu&#10;0bMstfVlCSpClqMKIJ0HD+Hbj5x8alDs3z2+LCrJhJ75J+6MIEbRwOIAKuGMwIrBU08FXBLT1USz&#10;U8ytFNFILhlZSpB+kHg957kzBiWZa+tzrgwo8QoEpqKteiXDGNQ8sO8FRSSRxyRWPuMxdgtkLMVv&#10;zovusGn7UKeIecR9ywI1KiDGMRBw2kSJ6hQ6w53ylOtYJMHZJkY8dnRXOJVVfdvY6+9u/wCZuCrW&#10;jqLgnTqV8bip3yzU09DJ0/r8Qp45hR1FBUM6EIaepjgc+aoYlEZx7t95HF2fWdwga21BKcNIg7Rj&#10;0R60fZ2q4SxB04EFJO0EekbDGysIFO9QwRv9Ii96VUYqfeUgFgCLjTS/DJ9CfULkXqVjeb6DMVBR&#10;5UxTFaXDTloJRUkcoryrQVDwSTUkgBDMyoZ3ULGdqgX5DG8eXXd64tTbhZUU7UjpInbhwNGWS5wi&#10;+SQTpJiMI6QeHVtNB1mnL+NwjL1RgdZU1K4dUvLi0U087RzUohfasoSojYgELfYrMzWLAjdc4OI5&#10;k6a5TSt/kvTEZgkqMNrMdSTAcRnhbEqVoTVyx1VP5rJJpuYq8Z3E2HfcRs+kKspUSEAbZ8RgdXw6&#10;6ktF8i0tvtEaT8OHT1ddBf8A1Y6l41FFW4j1RfAYI6inwupwnEsIw+oSkqhL8v5lHULFDIHcsFR/&#10;MO0m58UBastY1B16gwb+eZtao6Y5TxufJ8eFY3h0uHUOCKsyxRSRVCRxxKVikCwiqicqCBdSdQ7c&#10;bw2eW2C3Uu4IwKl+EGBI6PIdQpLlV9b3QQ+s/swog6hGKcOIwoSKvDMFyCmaccy7gCy5sxilmxuo&#10;WkPzFbilXT05O0QFwzFigLCO2469+AN6neonSuPp913y/kGrwSfPGR6tcsV2DdRUkphVw0r0FUqU&#10;1PK1PBVSzMWIYRFJCp2Dad0nPztL7Rjn7bgaXKdX29P+L0/Gos7Su0a0eyZ0MKQFIcCdC9piCCAR&#10;Jn2baUWXGzFUQ4JWY2zRGemSaopKRFWP5qZZHkLibzJEjUACMb7i9mvptp56Odd+pPQfM9JmrBMx&#10;LT4jDtQ5baJahaqIOXEcyLZY1ux7HcPZwK7kZhmGSvpuEulH959xV1EYgDzjyrGLLt/sxs2z+0nU&#10;II24dHVtpU4hQUmKUdRh9dCJ6SqUwzxEkXUi3cWI+rnHqf1A6keojPOK5wzJAYKnECFqMMwsMscF&#10;2aQq8kzkILuSN7XtoBYAcElxmN5fOGdQnakfdj/SPAecUDLl525dK1k48+VcqGipsOo6TD6OIQUl&#10;FGlLTQr2WONQqj7hw4HpX/Dq6y+oeemqcm5Imrsvu/lVOcMWknwvL0NidwevljE1UyspVkpUJDfa&#10;W3BFlm7BiXISniBs9VdPSAaEGX7vqWAVDSnr+Ww+6in+qj11+ln0Y5fkxrr91Yw/KuJSQNX4Pkai&#10;cVuYcRWz7DT4fTFpdjshQTSBIQ1g0i35sTenT8JTpx0e8jFeo2WT10xfD/Klw7BaE0VFl6nAhG7/&#10;AH21c1Ms7BmZT58kisAG2KxsDm33wyKxSpDgUScBAGmfTH4UfNOW9r4kCSJxIwEdQ+YrWp9T/wDw&#10;onyZ1yypLlX06ddqL0gLiIrcLxrGuq+X8z12YCBV1FNE1PXZPwnM0FMk9MY5CY4RNFKfcmAXcx08&#10;3Yj6cccKYVmRFyZi1Agw+amODpV0bQjaPJqaQ09ZQSpZQt2XcBojrwqzbLM0tbhaEyQf4VER6GcP&#10;Q0H2N6W3/wBog6gaL50e6VfjjdIKCqq8lyx+tDor1BllzBVwy9SazAcwxmqlFRJVYRmWrxLLOZaC&#10;dwWsqu8N2Jene9uFd6txeiPpHklc3Zs6AZTzQ1dimG5Rw/F+kmXY8tyVldiky06MxZKZoFW92aKo&#10;mNhoCRbjttYXroEpDZUdIMJVj5jh76Xt5sStKEp8Sjxwijhen/ot+MHn/qbhWXOlPrN6i+ljD5KC&#10;ozNnbJ/rCxfI/WPE8Fhilip/99lbR1Fd/NFMswVVraHDWVRdi5I3AdnLpT6ReoGRuquKdM8gZjyP&#10;nTIWVMb6gMKvNONV8KJhlI8hmjGI11VEUjdk3IYxe+gOthp/Z4ZbZum+uNbkjQUiBikmCNu0e/Cl&#10;+Zu3jaQpMFOE7cKPflDPn4lHo1z70WoPWZ6ucleovph136i5W6B5PzPTZFgy3i4xTMtWY46OSly9&#10;BBDHJLHDKYZi7orC0nhurw9LeVD1w6w9P+kOYJTQR5qWuhr8zYesslXG1HgVXiQZYZZvIu0lLYjZ&#10;axPbSwQts0dcugyDpT0maHVs3qTBOwVZv62vUk/pC9MPVL1GJl6nza3TiPCZxlvFq9sLpqr+ZY7R&#10;YNteqjp6porfN7g3lNqBpyynMH4VOOJ5jZe6zRThSWgix7LstK1tbAz0dXJ94j+rgiZy1pf2vNr6&#10;gofCkDl0kGONUZdOf+FNfRXHZFj6g+nuqwXcQoi6XZ3wDM1Qb/8AHOKQYAR9BPAJxL8M71FYdNI+&#10;F5gy5jsaaxLhmNYlTTNr/hr6NUBt/rcWK3YukDVpw6pPsifhFMt3adX6UdXKP48noYx+GOpzRSZ7&#10;6XU0mpqM55VNaoA8T/VSqxg/cOIas9GvrJy6JHi6fYjWQp76fyPE8HxPcfhHDUh/uW/Atmdopr+6&#10;J0jrP4gCn1XYO0Ch+yp+L1+GpnGQx0vq1y1ltgdrN1NixXJ6D4l810eHLb43twDsydF+tmCtJU5x&#10;6D4iohF5a3NmTnfaF7nzY4JNPobgc/l7TuxMg9U/Ck5dBNGv6cep70z9Y9p6R+ojI/VLc3lL/m5z&#10;dgON+9/hthlXNr8OBPTfyzBMRlmXKK5exNTulrsvV2M5eqFYLt1aCSm8D+fGnd37dEykD/TA+nCk&#10;ymmTtANDi8azIVYiSJxZkYKysD7bjgdZp6b9MM6VzYti1PmQ4zdtuK0+NpjsqEkNo2NRVzA6dwfp&#10;vwuuMgt1jiD5g/IUU3GT2rhwBB54Gu1VlAVSoVdAoW2n1HgUY10Wyg1eKyjzvXYVUl1m+ZzHg9U6&#10;bla93XDq6lgI1ubQcJFbqAqwX7R+BpAd3GzsUfUfqK56+z7jxf5ZyP8AIPLU1nVTC8fwemjT5LBq&#10;RnwZTKiktH5E9LVBlO7QswF9DfixvINH8aefOvIyhSD90+ldbjcDYddL+7p+fHjEcB6jZxhxPLmV&#10;cr4hjmW6mOnocUiwzEsFjpRGzhUT5mfFJmVbKoEEcCKbXNxoUq8ufLmlKcOmR+Pypq5s7gmAMPMV&#10;xkljiAMjBb3I+oXPbirf01ZuyRhGXMxZjrI8tVNGrz4rh2G1dXi9b8lh0bxuadayBoxujA1ikU2+&#10;yD4CROUXNs0F4p6dh/dTreXKbGqcabKHG6HE56iGhY1CUwUy1S7fLDP2Tvu3e33dOBH1H9SkSYtU&#10;ZF6c10WD4Y6HCsSrTNHUyV0sbEoUp6uWpqFcElXE12Y+6BtF2ROb3DvShKcDhhjSS5zQg6ANtOKR&#10;W2NIfNkS5V323Fxr9kAflxR4Rnau6eZTwePE81z4hgQnmxCnyzFQyQ0k0rAhYaqnr44IRHb2FlXX&#10;aL6C1wtbYClKBB2AD408XShsGZ8q80MTuZGjAlCmETDR9p1IDDUctm9F2bOn2YMPivl2hmOFz/zS&#10;grq5hU2qpFu589SUSUIFWwNxa+njlBuRm2X29kddukuCCD4px6I2bKlDc4trUCExHGiferfAs8Ve&#10;VKioylmPEsNTE4mwvFYMAaMOILWS8QG6Rd7ksCdQdtjcWBD8RfMGVuotAmAVed6bBocIqd9PmeA4&#10;gfM/Qrugmloo52+XYSpt1Uq22ykAEwv2sbz/AM3ciANGAMGeOHkKDm96O9kfbHPzpRelDpzVdPen&#10;NKKzBKjLVXjarXVeW5zAiU8m5yS0UKqqzsWPmt72/RibkqtbnQXo3mDpl1sx7qBR0lJm3p3hPTnO&#10;dfU5yw+mqKrAYJqrLuJ0dNDWCWNdm9wLRye7J2967DmNt7brQ7gOFR0LBbLmoYjScfSh1zkgq8Pw&#10;zDosQNBXVOKYPV08cJpzNNHR4vS1c6Ks6yAqYo2DlRuVSSpVgGD/ABYt6js75dFFkHK2Y8fwWsVo&#10;6eiwKiTLWT0KXJapNDHQ4agB1O8hjxdasKI4j1oPXneFUAEU7SPgVBV0kdRNAuKeW60IqnElY8Y1&#10;YIZC0rD2gX4R/qjkvMORMAxTEc4Z6y1VZwrpkoajKGVsVjxfEYGlVlZpZcLjmo1AQMCBUlgbaa8M&#10;cwuAzbEJMk0Wt28K1EiacoKhahEkjjkWNwWDTxvERY2sUlCsD9I4L2SMHGR+mmAYSsezFMTj/m2I&#10;kLd/Oq1WRr6jVU2IRf8Ad5LfZ9lwt7NJgSrE+33VNW7+Whq1SDtOJqRy2noJSZ66D9L8jdTsp4+M&#10;JzJm/DqjH8zImxnTDZcSEeHwNHNvDiSNUnDAXAe1xY867fSpnuTZ7lZym/tit1JKkkJMadn3Dj6k&#10;RWXvZpZMqywi4QCB1bRsoG8zZYyL1wps4ZA6ldP4MxZVwHEYqChXHljqKWvc4ZHLJUQGI7o/Lapl&#10;pmBIa6t4ML2r5z9TkWaulldkZM5z5A6pYy2H1WXMQoaZhHKgkgKhXSRxGtRZrb2UrfXQa33Q+m4Z&#10;XvcrNiyLmyAWFJVHgPUCJUU7eM7BQvseyN61v0uqT+zV5bMOdlU89NfwhMp9F/XJlnrzgGTMHz/0&#10;LTCMewjMeWM6yJiFZSYliNRUTxVa09TThJjTxuKdR7x26gbuwmHPNHiuQc49NMsY/VZj/nlFU4Zj&#10;2L49iBlqYUWj+XnWBk/SMGCMqWBu79+ATfXspcu88y/NlBthbDiSlIblKk94FGeAVGyTAgYUJ8+7&#10;M8udzBi6QYUSNCUg/wAJ8onzrJnX8P7IeLeq7oH6vOpGU8JyRVdKcZoKnpl066S5c+ToauWTF3qq&#10;KqxSy+WlTBLUxTSuWUIlOCALXFdeUsc629K4DgeJdO1o48PDYhitPg8ipVYjJBeem+ZMMhZ1UzJZ&#10;AAbaAC/M4N5t3t2t4oWq4DniSU6hIQQQZTIwMpJmduJoePXV2u203bCNTZkKGMY7eMVczjOAZA6j&#10;01JjM0tDjj0/nQYDj0iU9X8j5oNNUNSNIGWN3VGUsPEa3AtwxHSLAeseQ48Z63Zq+YpXqYanDsZw&#10;/MM8dNI8NSjGWSOAgys1/L8tboN9rnaCREfae9uxnrScgAC0nSoaQSPAoQCoeETjq2nTsxpBvIvJ&#10;s0b/ACioJPjjhIxxO3b10TT1DYr6TfU3VZe9GWK4oma8clqMF6o4BQZLopq3D6GfLOLxV9Ms2IwQ&#10;y0dPuNLIksbP5hh3gAM6XaM6YH04xzKeU8nZFXE46XPNHW4JitV1OpBiUFQ0dDPNuNH5lgtUwfeq&#10;kKL2Ha3CK+yTOrjLMzYvkWzgSgpabbGlABASlKydoR4Rs2CaD+aZffu5Pcs3HdqlMNpT9uP9KY2Q&#10;PZS66O1nqxweTq/i/qXORMfiwvFKSs6W4D0FmxSlko8Jq5VEtPiVXjQhWeakUpsdY494UkqNwArz&#10;9HuR8I9OsfUKh6vZ/oMyZgWlTOOZcDzBRUr0WFvQCeCeGmjmikcIhqyXk2pGotY7Tc4l9jf05o3S&#10;uF/zZ5h3v2u8UQpJDYSsBQOEAStMwZ4dVYq7idnNpkt4U5i6lYIKlAQQnScQRjhNGQz3hNVmaDBF&#10;w+SujgqpflRiOW8Qko3ihlaObzneGeG6foQLAsx3aDg15sz1R0GT2yz0HyJBQ5YBmx6ryh07OFYA&#10;9XHXLC1RM3zXy8cMZMsSOwIbc23abG2bFpuzZ7o5Yl3Lsu7997+5NpACdRBIKiopAGEmZwiso7q0&#10;y7Jcq0ZTad445JCUwJkAyZ4bPljTjg+UsOwapTEcQnlxbG6mOHDafEMXeSqdVphJLGimQljYs7Xv&#10;e+t768J/1S6/eoPp71ToczdQMgYVBQ4tiOGYBlvLz5kwrE0wXCI8Jkw2GjgOD7WEpknkklYfaiYo&#10;wKhSMP8AMu0LtC3TZ/OZjlTXcP3CEo1LHgSpJSUtIknWVEqU5Bw8OwCMfrnfrenJcwDt7aJ0uOJC&#10;QohWhMEaUJGw4kk44RJinDLOD4RTYJ8rQ07LFPUTYpWyVFLPTNLWz1Bq5p/Kq13AtKS4Otj2PFN0&#10;O9RnXfH/AFSdEso51zhX4Ng82bcsxV2ScLlFJQRUBxahlmRo6PaGi2RXkDki264F2HIP7Wd6d7FX&#10;6rZ8LYuDpAbQSnBUEAAGZII2mceuAa70Z5nT5cQFKS6QAEJMeQhMCMfnRdPWlkb+Z+kb1aHJmWxW&#10;dRcS6aZ5pMp1mD0wlxeTFWyriMVGKeRFaUzeZLaPab3NhzZjyh6gOktBjFXkzJmS6ubDZ6qspscx&#10;TBKRTh0L0xKTPUmUpbRgdoDe6yjuQoTdoP0x775jZJzPNcxaLyUIKEuKhfigpQkgaZ1bFSkagokg&#10;Ss47b6/T9vlmZbzHNM0b79ASlKFqhY2HSD0jp4ba0svUr+Dn+J11RyTlb1I+pP1VZZxbq1gWCYDB&#10;kbJ3VTNVZFmpKuaIVFDhOGVFJTTU5nV1t5jSxK1Ss8jNsBqZELjld/nQzBLQ02WGiwulgrI8Lw6p&#10;Mc8tGsQpm8+aNjINgSYq0BN4jp5YNryRuS1ZbnW1u3+aQ88okOuBWlCyTi22nDvHNSQAsJJUB4lj&#10;UQMjd2L3Ld0re11PB9xZh0hRSgkxCGwCJXOwgQTGONWc+nPK2XPwz+hWV8y5w64UucuombsZwKu6&#10;55+ojPhWA5uqcVXFqSPCMDlhakaWvaaijlXGZYAuIBQ8lSUZzAT7pzmaLLPXjG8EyHkODB+q+AYF&#10;PX1q1mHio+fw7EaumlnHmYVM25Y2mhkIMlxu2qLbuC/e3Ltyt4Lv+XX6VMXKT3iSVJSSopVhPjCi&#10;MJGw4kbKl3eW23Qzp78heNm1cA1AkgGTiZVJHRtq4b1p9I/TX6oPSr/UL1NdSq3KPQ/P2N4YsGbY&#10;sZgwKWixPBJZqilQTZkpnjV3kpHiKyQ2fudSOGLy11CfFmnl6tZQlyvWx1Bw+mxfK0VTQVEHmI0k&#10;xKLOsqg7L7oXQtZgd22/C7O+yC4ubZNrb3DV2UpkNXCgpUcCh9AmDgIKVBMAAiglf9kyHU9xldyi&#10;40pnunvFhiJSsDDrqvnqH6HM9ZSwDCsD9AHqVwbrllpsKTG8U6LeqbEaLNtDilNRvBDRPhmMRUNT&#10;CxQS28vEoKyKMtF5fkBrkTuoGIV0uUKi+MUuOZfw7CccngzXiNRK0scK4a0cbSmqQ+csU6xrL50i&#10;yRnVy9w/Mb8h7Or+zzRLWVtKadLrXeW61AraOvUlSFavGlSdSgoGFJkEpxTWPVzu45b3C2mm+5uQ&#10;RrbmdJE+JJ6PXhVd/pW6e5Dyh1+xQYH0lxT03dfs0Z16Z4N1N6BYVQ4dDg0GM4fmcYjVCiTC5okp&#10;DXYNLWzUc+HwNQ1UaXiWmKyQnF6d87Zd6lYxhuEZdlliwqualkqp8MhTakFPDWCW6QltjMzR7Q+0&#10;qR4EDkmfWvuxnG79krNlgKDKCnSpUeNShBkxKYJCtMyMDIJBkXtT3RuctsWbx1xCwpMQDiCdkz69&#10;VCR+Mj6YM1dHumtD1q6i4xhGaY6SlxvJ+EwZmrp63EWxnMeYcrvRCJK5EaoSCio8SWdIiRKjbJFa&#10;OSQqO3WHPOL5Qx6ryZlTJtTJlqCkENZjNOJ45BUtCJC0bojnzEUlm3WPjoOY6fS12YZRvPlTOd5z&#10;mSFXqnSQyVII7sK0hKkk7FEQAnw7AJIJpH2RdnuTZ1bou7y9QlxC50KiNImArUQMcJjhHXVdv4fv&#10;4dvpo9Q2B4P1/wCvHqxwTLHU+hzdh2IYH0Y6hLhfy+LYJh9fHSRjE8Ox2agkNNiFUy00Cw3i8v3F&#10;BL7YwLxrGeo/Suiw6vlxKpzhlfMtCarDBmKF/Mp1MnvDzJPMc7Fb9JvA3C9tuh5lbuzuzuLvvfXL&#10;LKEW93Z3GlYaUBOkQknSAClUSnSZSdpmpfZ3F3X3rW6lAFu/buQrQrBSQQAoYwAY2AmONWddPvST&#10;+Hb+JZmnqBhNN0mwb0o9efTvnqTAczHoNiMVNR5kw6jc0NPiUMdDHR0yx1c1JK1L8rI7wOFaRpFc&#10;o4M0lLmDHzgdJjNJjVLh9VQtXVL4TNWUMdNBNAqzzbYisbNIgLo85ZluQu0hmE77z5zkmWvKeQ+g&#10;PpVoSCqUyDglWOmRIBTEnoocbxZlkdigrbfJfbIbBC1RAg4iYwngKth6gZz9PPTWnz1nDIOe8j1/&#10;VXCcUTpZgc2Zqqjr2rsVw+vKUOFTMHkqYUpayoWKanolS7WLKxZUZl/qktJTfyvAMPNNiGG1cdCk&#10;uKeUGhikxCMVjwNuimEhiWS5MzbifeD/AGSMszzZxakveFRJBMTs47PDs2YDZUo5rdG4baVad24E&#10;KSZkmAcFRjGrSScY66MlWdRhjSYHmyTHMOx7LWI0cWZU/qyKurWpBwuaSlFQ0bTU8kTPLEyXp0C2&#10;Lgr3AL5nyxUZezWmNrguF/1ekarlx7NGP19a+JVKw4c9RPLBBh1G4iSMoBIxYabiwBKghnOs9dtr&#10;sOBptCVfcdagsJAIKkp0qBjCcRh7aDe9GemzvJS0lIJxOo6iIxICQcAOPtoXKDqEK/D/AOVeZPT4&#10;0opGpcFwaGlhio46qsFFTo719QFkeUm8YGh0Ck7WPDG1HTWqyxW4FJiGRIp8tVVK2OM2EnA8K8uq&#10;8pIo6zzCaRifIJLBXLAndt3G/A3ut2ibv3+Xuv5Y+XnQsJJ0uuOEY4KCpUMeKkiQImBRRke/GTvt&#10;xYvF9UhOOtSpnEaSJw6YHHGq3cl+tboD1LoupGDdC+vddmDqnkzNDdI8x4XiuH9Rc611PK+J1U1R&#10;Qy4Y0OItFEazzI46poFhMUZjWTyoxtD+q639LsaxiPLVflvME1A8cEGJV2JYRTVEXnVZ8ra/l1Bk&#10;LPbaJCGJa5tbhUzv9mdneaHLZTS9XBWKU4QVADZJ+xJMJ4TMC+0zfMmgStjSJwhRmI4iI2z4Qdkc&#10;TRjsv9JvVTlLCMXxVYslYdjMNdUjLlDlvNWOU0EWEUyBqd3WowdYwFdmLUUflxRxhVEha5IY+rnq&#10;ZnD0+dBsndVcp5Cw/FP84WJVmR8k58xyWLBsEwZp6eGVKuWZo4jOIpHX3Y9pCpKRIrRNbHTtu+tS&#10;xyjNbnJcsc768QhKnJOpKNQMeHHUeOlWH9LAxUMdq3aw/aNvMWZ1IMBRVEJPQARJHHp29VOnTOrh&#10;6v8AWfql0x/rdUx5dyBDglT1Hypj1acQqcUry9ZTzUZp5Zp/IptiRSzo7kyrLEzR+TKjSDT0r6tV&#10;HpXig6a9cuoMnWjPXWGkoc84Dm6opcEwnARJiBesEGAS0nmVsw2ziKU4kWlkZFKqNU5i52Dbg5lv&#10;/bHN3c5VZtuOL0spQVNlQJSsOI8CUOApCk6MAkgySQRG263Zqc5bStV+pKnDIIHhKv6OBBSoeXWO&#10;qu/1Yfh1YN+I/iOD12QKrDfTLgHpjzBU9NazAsIgx2qxaoGDxxCLDq+hpanC6KipoolpaiiahlmC&#10;RTOUkiY7lELD8dyBivU7LWWsHoMazBhvVPDsSzrj1fTUMlRhGFyNIkVRQ10yhY45/KQlIlYs6qdn&#10;vMobLnert+3syZv8kvKFruGSkJeRq7pSQMFpVCjPSFRBkKwxqTc93z3nyGxWy7YanUGO8TOkgbFb&#10;DEjZMCdsDEtOZM4es7oz6LerNZ1VwHKHTrqx6V66h6P9LMzy1tbBLnGmwOipIMExzD2qxVIseIVW&#10;IRkzVTGGmfzPmgY4JWEPC48tY71doMCylOuGPiuKT1dHLQi9IcPp8QeqF0Vtrb4Irkt469uCbd/t&#10;Mu7Tc19/M1quH0skqQqMVLJGkQcPuwgCABHRQBb35vjkSvzai8pScRx1HbjwxwqX1E6tdYOiP4YW&#10;fOpvqeabqNjOT+m+GYRnGhx6ZqTFKvOWNZapcDqr1KpHLTH+a1xVfJVSi/ZAIHFJ6iehOCyZ5xjq&#10;tinUfF8Py/iFLSYRieVcGjTFRXOqzByyYkWpoowGWw2bVILFrtdQr2BfVG5lu7LGUOZWyp9orKXF&#10;qDGlM+GFSFqViZVqSY4YYlW4PaBdWlo3blpIWiYUpWjwiMJPGOOHuquT8Ff8SnrDXdCumXoh6d+m&#10;nLWbOoWRP57jOH9Uc5YwcjYDhOGRVFIaeOSTCqHEazEK6Zp3VpEWKSQe7skETsxM5Mk9Nqeiw/Me&#10;R89iLB6lmy/miuxQUVLVz1AdaCphjlwqonp55CYy0aWd0kspY3sMod1d/wC5LQun2rdBecCUjvzc&#10;ApBEJ1qJJMeEgYGJgTpE8bub9OJYQu4DKXFKIAS4lwnZt852Vs4dNOrXqHqUx/BevXSPLuBZ2are&#10;uyHRdI8wYnmXD2w6WJaimlrRjeE4PVUpieQ08srxokgRpQsVxGCj9TfUZ6f8vYqmRc145idZSZXq&#10;aSlx3+V4fmJKqinUyVEU0stHRRwo0jMxDQzP7trbtpPDy++ovdHKHrm1W5oeJKVIS2opAVMwqAIG&#10;GzaZI4wS7x9ruQWr7rbiVhwkBSUoVGzpEDbOyjSYRSY00GLVzYfHRYtXXlDHypaVt8aKFiIl3siB&#10;QPfWPcwJsoawh5P6jZk6p4nUZoyd0iqqrJUhjhhfN+J1iYxTRVPvCSJK4zSbL7rMHsGJKE30ON3r&#10;XcXO8rRcuEpUkqMLQtMBWJJTjBOMFO3jBoj3VzO7zG4SGcvT+XH3KXgoSdulQVIwMmQZ2VKpcNoM&#10;Bwuiw6uxOOCdQZaipgp4KWKd0X3i0cKLH2tpYaAew8w4/lvAOpeH02Ya3FM31OcsiVCy47DT1+Zq&#10;+vSWiiUvJBT1TuZE32I8hRdgD2JPI0uGtzm8xVe5fKWWzKtGpKyAMFaTsEzwAO3oo6vcp3evF6tB&#10;BROoJ1SY2wMDs6qxYXQZdydCMNwnC8My5lyqu1JT4bBSUVIzyfu2hVFuR7RqOezD6mMW6k47g+W8&#10;L9Tdd1VhyW5zSaZMOkpamhNOUomu2E4fR1McqByFjlR2diG08Ig3V7Ud3cuz5xFkNSHcFqRp8KOJ&#10;UkNwQAZKdvkaj/Kcz3eRen8qoqGJUFiSkCMNkzxjjNAP0R9Ivpr6IV+esz9MPTvg3SjGupqPhueo&#10;cOjp3/mVM08tUIpY1nngMW+dzsWwFyALdy/4rnHN2es547nPpTnHDM4Zvw2nNPj2AdRMWxeqqMX8&#10;hp1kpo/m6iUxOpBPiVKqfsNqtY7S73L82X/Zu4Ydca4K1pDoJMpgq8KseAGwEU3mOea7xS8ncQh9&#10;H8JJAUROAGyfSjHYJgGXcnYNh2XMtYFS5Zy/h4+XwzCMt0kFHRUq7rhUhpkREBJ8FA4KuAZ66u0e&#10;aqnHeruRMu9HsIpPLocvSU8kFUleL6yDEb1FK8kZKBY32M43MqBVI5Kdv9RG9NrcuWm8DSbFJAUm&#10;CpYVj4oWCRA2xto5td/M7t3lpzRGjwyk7Z4npHodvCuET0r081CtdU4jLUBp5hIzLNErjQFE8uRF&#10;NiFNr3He/A8rvV16acmVOYMHTO0VRlPHqqpGL5Mjw6qrhM8sny0tRAEdo4IJImaRRFINSLhdoXkX&#10;559TO6C3H23VuONuTKVEqmdpQZ8IPAbQceigue2HJrR1xLpJCpBAxJ/DCuv5bV1CwTTQGHE6eIJF&#10;WJUnQE+YELBPfsygEsh0Jtck8tUzV0Pp6DqNjObaXM+G4ZQ5gp4p48uoK5gFkCsTPFGixCQOG1W+&#10;nf4Rlvv9VOSW2pl5RW0E6UiCSpOwGflR63265PlwQ4tCtUGBtmZ24x7qIV0H9VWNZ7yFR4PT9Fs4&#10;V9dlKrrMnVmbMUly/DSVr4e7RipppZ8TadopEKEF41bUgjTUa8E/zV5ewykw6fFcdxg0q7FTB4cP&#10;w6nXQAACpkq2A+gD6BzmZv5nOXZvmTt0hJGs8dvrWI+9m8oza/cuUoSkLM8ZoB8a/wCHFc34lXVe&#10;EZV6Q9H6WrqHlimzdiOceoNa0LPu3NFhdNlGMOQfsmZwD+83Fvh2fOntMyfI9PlldQD8xjWMVszE&#10;jxMdN5CE8BSWbf8AomeHRQZ7tRPX1UG2Z/TZ60szAtmX1yVGV6R3ZqvCuiXTjKWFRsj6bFmzcuZZ&#10;wB4EOD7SeLGk6tRUzB8My5gmEt+5NQ4bE0qj/l5MznjrcxOhM89VKFWpJ20BuP8A4ceH5ld16jep&#10;Xrb1LhlUrWYTj3UrGcJwycW1D0OVxhcFj4gIPjfjwOquYKtm8/H6gxW2rHCyQqunYCALbipGY3AT&#10;4SAeoAfKlLbLQA40H9P+Fp6OMvzirpvTflzFMUkYyVWMZzpqrMVZM1z78k2PzVjs3hcnjdnLOc39&#10;UK6pw/H0osXDxlJcVeSY1EZYK1OurMrObDcAbezx5KHYb3l3vdaIu2F3TAVJQJ2iYVhAwnAdPpQt&#10;3Ky9DmatEtFUEHjQjdNvS100ynnvBKCh6LUMeWpGenqMJ6fUGH4MYRtVlqCtPFErpCFJaJnUMPG4&#10;2tUd096kYVlfGKSfLHTyooq/D1nr5MHqMVvVQtXPvhWtmwcBHKECT5dmWwYBpBqnO8/YJunnN/kw&#10;U++WsuWSW0LSgrAknbGHhgDCRMxWb3Z7aZhcrWQSlo4wYw6pAPWdvGr48w5DzDnrL2J4LjOckhpc&#10;VenpayamwelaNYKaQ+d8tDi3zYSSUXTzm3rb3kQGzk/fSXqHgmeavMuP4rgFBlzEKWmiosYzQpmp&#10;J5aSCmG35qaWchdgIs2u2w1BFgZb47kv5aGm233HUqUSluQUhROOkBM8NkxJOBmaGje6QYHfKdWo&#10;TISTgDhwAJI9arl66emvG+j2DYL/AFR6nZuz5l6txupx/LvR/E1wavw6jxeurlrHfD6WgweOokU/&#10;pA1OZtriSQkEszEsmYPVBnzrTSdQsh5VwCnwrI64dVlsJc+Zir01NTqyeW00mxJHkQMo2s3sPbkn&#10;ZL2MZbkjltmd0squypMKjAE7AcOAUerp40hyPKrYuOu4BxsKAP8AGTinyGM8Og8aHTpJ+H70H6MZ&#10;3yX1yzI1Rm/rxgNTO7dUKtUpZJ63FVqqFi0WHxxLsWCteEA2TbqRe54ncGyy+V8e6f8AVyuNRi2W&#10;8doKXEaivCfPiPEaNXgmp55IoREVVoSNgYshUEi5twUXudC+t7rLWilLzayInT4FYggatUkHAkQc&#10;aGlnfC6SosuaVYA9I9m2RhEyNtGaOdME6h/52Ok2D43T4ZnjKcrZfxrCIqhKWupqXEqVKqmq44o5&#10;WmCSRTjZKVVXdWCmwvyxPBuoOH50yU+aMDyThcOd2jihytBnbyTI05ka8fzYBlKn37MAuwE2BIsc&#10;N94Ozq7tc3bbcv3ksBRLnclQGkCQAgnRhhIKTrIxgGo2zDdS9Q+lf5paB4iSmYwB0gpGBHSNKicT&#10;trX46keiDq/0y6+5QoMx+rnqXSdDmlx7NnWOL0/1WK4ZhsVNR4Qy4bvwKlknw6EKflxPG1NWNVsm&#10;9wgfQo2YsXwrKvUXA8Hj6ZV+QcUq5YsYzPlGgqYahcWfD6wztHTz4bFVCsSVC5khm8sbUY7VGnJ/&#10;sLR/McsJVeh1MQ24QU6ZGxSVKSUlOGKSTJ27DQheNzdW6C8AHlEltwYAzBAwGoYgYGDG0Y1bz01o&#10;839VPTzjeL4n11wnqZUZopsQj6S9dhglTgMuEQ43hYWlnnw6pnpJ6OammdRAySmfaU3sX3SGDmyo&#10;zH0AxWg619IsIpo+jnUd46ybDqar+ZpaOSpkhVDKjwvJA0hc3jjkaM2N9pABpu6LbeIKybMnVrv7&#10;cQoqTpKgBiUmfHEYHSIw6QSQOZXYvElJKrhoAOSPuxjWnCdp/h6sMaCzp1WdI/VngmaPRf6kccxH&#10;OvqP9PtFR4b1IxbMmHf1fqsWqJIAjY3gvkCBJ4BIw8uoSJGQlGsBIrOJuZ8lQ9UemNbn2LK2FZYx&#10;iFVx3DcXwHGamogxWSEvK6yNhddChaQ9w2/3SLqSoUEuXZuMqzpNkq4ddEkFCkhJQMANqCdOyOkg&#10;44k0J8kfQ6+WVqUtW0RIiIH8IBjYMTifI11026s03R/1IUXp7PWjOPVx8XJL5Jzll+DD/wCqtH5d&#10;PTUcqOmBQyvQFB5UcpmCmVDcsWkbjbhvVjplk/p4cJz3kxMXwUyNRNNlKhElJeRr0lQjH5IlTE10&#10;BBYNuJa9iz15ujnWZ5oF2dwW3BBIUqZA+5J+6JO3ZgAIik2dNXffa2SfBtTMgjo4wT0xNPHWb07+&#10;pPOnVnA+pPQbrhUdOsXwh6KsxHLOcsR+Yp63DI2keswwpLBjK08ks7K0s8SbQqxoI2UGwgZdj6M5&#10;EwjCuomI9ecVfJaOYcLw+SFY6qanZTGlKpeOaptGVuoQg2sTfduMZb05xvxmKl2DGSsIvFDFZc1I&#10;Sr+kY0AzhOHVtEUEsz3gz59BaZs0JV0rVqSD7p27ADxokHW3rF+J91XlzD6f8hfhrZIwTqJXwSTY&#10;x1Hzxm+nx/JdDVsUlNdKi0uFrUedHUAAbSzNvG1jE0fErgHqNwzOmbarD+suTIMKylh0tVXZOxyt&#10;oK2tkhgBEVM6xTRvPukha8plWNm3D9Gy3HDrNOx7M8oyBP8AIX9d4QnvU60t94onUsGAEgTOkJ+0&#10;CErSYUCjNd3c0tMtSix8SwcSSEa8ZVww2yB4YEaSKVOcfw2+q3pv9NKS+gnO+K4h1+menreqOE0e&#10;LYHlCmztU1FXJU4rG7UUaUdCEkldaOKAxmmQGKCoge06wc5Z0yT1NzSabP1BhXULIWcqd6fIWO4C&#10;lJFmvC3gn2eW8HnLVVUfmSghI4zct78ag6ne6u599keXoGXrVbXTZBdQSo2zggTE6ktmBBVMgAeM&#10;xFCDK7c2DbP5cgpmHG9qCU4LSUqOwjok44yBiIHRj0m9QPSx0myZ/s44vJ0H6r5Klw7MHXrppjNR&#10;jVT0ozclNh8TYiE/mXz9NhEksMCKKyGQyRhQjy1GwMyKpp+pfTXMGIYB0r6qLnfAqesSmwnD82xU&#10;UtO9RVBnNNJUVTUokmhREEhacyXUhoUUlwNX8vynN7JLmZWRZcUg6ynUFQP4hpkgEkx4dMEQ4TgT&#10;K7y1D6ZLikgpMhRKoxMJGmZPRKieAMijMYrkjpT6ieldBnL1MdD6zIWcsUwaopc2xZZlxf8AndDR&#10;YW9ZBvpf6ttPUrHKzyyQGHzEKyLsmkcrdT4zjWd8V6gwPnuFOh2Y8WpUqqp8NoqXMGA4lUU5hpmq&#10;Jp/nYS7MG2p5NmQDY72FuB/IsvsbXJQmwKr9pJUBrWpt1AJJCILciOIWI/iAJxN8rcvGMuaWglwJ&#10;JBWF8MTDidIVhhgQCOsUG/QjB8uZL9LGAYX6Zq+u9XeVMm1mJ4XSR9UMdrslZuwOgmE9XS4TNSNg&#10;CVEfkB4Lw10MTNGfPCMSitLzb6WMq5+yZiXUDGc34VmHOmHz/wAzo8WqcCWHDDGVeWaCWBXmk/Sa&#10;/pGaXQ3VL+8SGz7XM0s89Zy/8gE2pST/AHWXAZABTKR1bNABiVYaaurNby8zJNrcWjSk6JSuQSCC&#10;OH8SSDxKQJJk7AH+F/iC9c8pervp36Wq/wBJn8k6eYxglWZa5c30dXjkTUlVT0tNU0QkVIqiFhMs&#10;bxSeQsZ1NQWVoVy4TkfoVg/TVcRxvIa9R8p4gYpMex+GCSGoy2zxovk002HUNLI1LTuJHd1KSRru&#10;Yxn3iFeYZzvPcZwG0XSbN5BVpQIWHkyTKgpZ0rUCANqSrT4sQmkHc3wcVqU21EjuwkEFM4npSZUe&#10;jTtnCuPUbMnrjz119XL2B+oDAvS5m7Kz4hJkTpDSU2DZni6j5cpcUCLX1VPi2Ih8NrJIquKBYwrx&#10;ebs/0oblUFt6udFKg4G2Yel9TiON4HO38wy5hSviFBskEQeV4kxFqbzN2mqFjtN2O33eTjupv+2X&#10;FM3wShwCFEaVEwcASgqj1gYxtk0Om2mswy57uSS4ACACfErgZCkicNvUBBqyPpT1g/rLLiGXM74b&#10;BljqDgIjhzDh0GIYRiYVJJp44DK+D1FR5JbymG2cR3fcqbrE8ARs2Zlw3K2DZLgyZhsuL5bkrsXp&#10;8TqsvU2JvI8vl1ZQNNFO8UkB3MJIigsDe+2/Bg9udlb9+bgrUG1xCQrSkEYTEj7veaDzuXLZSU6T&#10;3izq+yUyAPDpxxPAiNhxwoTnyfh8mZK3NFRjWJs1alLBDhKYnWU+HwtCHi3LT08saOZd4DeYG1At&#10;bgf5D62dWOluY8VxfDMQjloMYpp6DFsvVS1uI0U5kYvIzrLVimBKFVIZXIA8eGm83Zfb5sU94oFK&#10;IKTBSoRs8QMjzAx4k1HF4nMm71N04qCjYlIUdm2VBYQIEbdRHRMU1dRukmQuq1HgtJnXAxXy5brq&#10;bMmXcVo5JaPEMPrqR98U1LWUrRzwOCftROpIuDoSOBLmh8DzdmOinxPGkyFhuNSB8RxbDqClipqC&#10;OWbf5aiZC0saKWCKp00UbVseB/Ot1G7JkFAWFxAUSkgnGB4k9XUcRiKL988xZulh0LU0SPEQEgCf&#10;8YQoHEnT+tL5llpKJlpkatnp4tsEc8lmlZEsoZ2vYsRqT9PB/wAtdSsHTD+o3T/G8ROYcOV6esy1&#10;mbL1HHRxVBolFOjv8q8EZgeOIAqEEtjewVdFSMidRdWzrfhOnxhRnaMSDimQZIAI44UL92M1/JZk&#10;phKy6xoH7QDTJg4+ExjxSMeqAIY5MMrXxTA8Yo3NKsaS0+LYdXsrkxTr5mjKJD5qSAWs+224a3BG&#10;X0zY505wPOWK5G6m5ZpquDOs8UmSsw4cY56qHFppFTa9TUYnBEImVANgUuXYEHvzGH6huxu7zBwX&#10;YV3eMlWOIx6VbSOEUBs3vU5NmhfcbSq1WCVAwrpgg6+HFPlhOwHPUFR9Y6ShyznPpJmmlw+mylUV&#10;Fd1FynmS/wAjimA/IzmRojSYXiFV85DKIniCFUZQ6uGupW9jp/knF8q4bhGBU2Y6oYLh8T7Hrqqa&#10;rqFErBlDPOzGyi9jIZWN7ljYDmKGc5LZ2duoNBTiwRtAPnA9u2NvlRVc5kwUy0yA24dUAQAI2gau&#10;rgQOG2tUv1ceoPopn+XPGdIOg2H5oz1j1dSQU9O+DU1BTTR4dTtTPPG4bz53ZoAZTFJRg+WsaoGk&#10;aQjhQZeglpI6/E69sWpIYHn8v3gr7pAwYspUaLaw26nU8w83o3qeXcmzt06AXIlUTs4pEggEYq4b&#10;JqG2d7LtKVWzJAKnFK2RKdGCYx4jFXEbNlUJZw9WebMEx/MnS7ol06pOkecMWzTBSLX7aFp6ZKbD&#10;hQyUC0s0FU4L1IkMs/nnaloUsgIPy9eYt1hVX1K+e56vV7nuer1e4q8kf8xRhf0zf+U78qvYaWZf&#10;/dR6/CvcHuHSJSfj/HiKaNUpNe5mb3Ruci49nLJgHbRolMV7kVzESPesfAjjKttWr3MDKNSGB56K&#10;qRXuY+brVe52AT215XCa9Fe4oMGLLUxFTtZCCGA9n088DiKVW/3V7jTX3NfW3FiZpCfrcnm9VMO/&#10;ca9zAi+J0tYjmiaqMa9xaZajJKEg/wCUkYf9EeUJmlreAr3NjL8I/CaXF+htVhVYGNNiGb1op/JI&#10;VjHKVRrE3sbHifu06jRs0E9yB5/Gq/8A12Z5xvpvlHGM85dEDY1k/J2bs1YRHiSPJAaugo46mHei&#10;MhZd6jcNwuOXf4n0R6dUU01LHFVxSKTFE8kzOCQdT7v7eEKMyWFYjCliLUrQlSeIqhHpV+IX6tM/&#10;5Nytm+qOV6uLFqSLGcTo8NozSmMSQgiICtnAL3INlY6EC+ouF2eMiYLlTDhU4a8rMZo4VaaRXUh0&#10;ZjYW+A1v48VNL75W2rOJER/FR7/Tp6i8/dXcfOF5sw6joVWgqq6eloqeWCaKSCriplLM7WNyzXAW&#10;2l766AzjJ83K+co72WTBcVRrXvrQy+y/DNhQS4npkUnaWQk0cKCF1zNkKRUHu5kwJwBbsMVgJ4XW&#10;u6a4CBS0+N489VTVkowsSUDl6l1EKSuzQs3vKu/sLXt2vyaLnJU6oUqie9zMoSSEkx+6h8oOsmZK&#10;6nxZsvZLNPiOHUTY78vjl6fD2dqmopooRVxxnY7+RdiQwUN3I4VDM/RrEMCx6kNBJ/OMqmSSspsM&#10;WTzE2xu0KPHtaxDbSTc+Nu+vCW6yktnwmRT7D5WmSINGHy1nbD8foDNIrYbiEAjhxClq1aN4J3hS&#10;Zo2DgEFd/s+PAMzTkjEsHMGMS0nyeEVz3pqH34pVXcRqkm4L421tYX4iesnEjURAp1S8ImlhT1lP&#10;UtLHDMsr05CSlCCL2B7j6eQYqClhqjI1LUzUtXaWFEZZqgJERckqEFiQBcgi17Dx5QW6TsmrGKkX&#10;Nu43Dx7Di3ya+PYhieK45hmXIcUqZAlJQtXqAFuNg27vdJAC3OhFuOttYzEmqJlM1CrTTrCFnqGp&#10;4x+kdoyVJA17jXlp/pVTFosi9RKTG6eGGSgnwKLfQKQrtsxF2uW7mzDW50PA9vQhSUp9flSpiSoV&#10;VX60pKQ+oz0yTYfO0s1bgHUUuszk7FNZlRQVXwF0Ommt+CNjGXJKnC6yvoKhYMQr6/EkEkfl+Y8S&#10;4vUAx2kUA3Ue7r3+vk1bn7sJVkzT6YK1Dpx2nhztoK5lnkXJZIICQJ9g/GgOwjrWMN6r1GR8wYbP&#10;PlbJmEZdMrTxy/LRTz5Rw6pSp8ymkZlCSS2kLR2ABPe3ARzXl6nxKCZoJFTFqWIT0NJRSLIXVHBd&#10;j7rFvA28NbezhnmGWtd3gIV0ceukVveOoInFB40c3p7nivwqrpkrkkly7X1L0mJYxi0D06xPKh8m&#10;P7Somt13a7gVvfQ8Jbnqjr616qlo6oz4nStF8pQxgJIyxrvO5Wc6bVuL3+q5sDHBIwo9bMgdFHfw&#10;eSGOmilaMQwzBneS+5QWbwYKPE8ArEqeb+VU7UUM6+Q4DoylnBmjYEAq5III1UC5v8L8YS2nbTTi&#10;oVB40owff1I19nw4EuOmmoaujqI1L08qqUcpsXdstY7/AGEbie+nsJ4qCQrYaKbhfdHGsvBY9JrV&#10;dN6xOgT11OIXx+ulq6PyypUJFh86Fhb/ABOrW+A4QZ4tCrZaBtTtpAwv/K0Y7Z9wovXqzNvTH18P&#10;synjnb/vXycsZ9YGXcPzHJ05fF8T/lOFYVXZjrZqtLs29IsOEagC1ySNPjp3PABkqAdWNE/a7cuN&#10;ljSJJSaB/wBI5kp63OmyEyztgeT28u9h782MG9zoAL8AjKXTHKhy1i+OjOqU1Q81TSx4XRear1UL&#10;QrIkiKW3M9n0G0g2Ps4Km2E92SVemNY9P7wXCLgN9ySCNuEDzo2uIZgxWDHaLCocuyz0U8SVEuLb&#10;h5cMjSOuxha1gE1O6+o0N+OuCenGnqosOfNeF4i8GKqskMVRJChWM2PnShI9sI95Lhhe544xlSlb&#10;QRWsx3wQmQ0UyOYjjsOzopkrupGClMRXCMVpqybDWeGcAO+6WPcTFEAVMrkI/wBi/Y8a8S6Z5LwO&#10;uxHBZoKnLUFNKJDi1E0zeXMxsTKiOLILewn2C54UZ66lhooGCjwnhUj9mqnrt0Pq8QAw6J8+mKf6&#10;fGa6tw+jxLDo4sRWoQzimDiMum2/uMQQWPaxIHx4Guast5DxJKmjeRMRap/0ClxuaZ1WFo412lYp&#10;lJ95ySSTbQge9fibcux727AXgAKmm4cc0ieNO6TVpRJWi8kgb5KTaGY3N7blNtAPD+HElD02p8G/&#10;lz4LmB8bapMNHIK+qcRRwz+4rvCF92YqyR+WF90gbr2uJteskpAAI9tImVlK5M1ggxR5Vmapo3pB&#10;FuDB1+00d920mwKaEhtLjl4ijbh2WBu3r/JcFBY6E/77ogND25jhfo/aqwxBPxqVMs/uIqlHJUyy&#10;y9R2P6O+es/KAuo93N1foCO+unMdxqR93E6WgdtL0jGli7shCg2Nu55JhB0JPf8Ad/bxlxpI2Cqr&#10;XFQ6md2BA7EEMe+vK1vxa1P+zFgp7XxumX2fvx8WWTkOUWZgsRRjvRQ4bPHVMag/IYTu172qKoc1&#10;1c+ktgUQtf8AT4c330Ev9HDZ+KJr8eEGrF+ArJfd2tbS/GEGiZyvc4ILuo+IH58vNNg17maqBEzj&#10;sQbEH6TyhJ4VtVe5H45Wq9zxH3+3miJr1e5jItxhSYqte51YHuOVr1e5iPc6/QOXivV7nHm69XuZ&#10;1tew+vlBtr1e5n2j8r/2cf01aK9z/9EWKjqxkXqh0ezhS5bzDBS4ridLHDFhWJboZVeSPeqe7oA7&#10;JoCWFifeAuR1Yey9+4ztm4aUHW0JckggaScEylRUoyCcUFPWOFTLvPk70NFAMJfSuBiYwwJIAw2n&#10;yo52XfQv6kfTB+JB6b+o+d+mtd1C6YZUqseqajqHk6WkqYKRJmkgjnqoa+d5ZWgpqrY0lPHTuzqL&#10;RM1lkJD6keqOfPTv6VOsOM0UGGU82Y2w2syxXZiklakklxHEKeiURiLefPiWYSqgQn3SNdCsd9ue&#10;ZKycW9y0sB4kAKMwlKhBnicYMQYgECcaEXaLehhq1ZSsBZelJgk46iCNIJw0mfOrkMu9KuhfqO9a&#10;HQXqrRY/W1+f/TBQ5iytieBYSsNJU0xqoWpTJXtJB50lBI8ckfuvseRkKkfpA+oN1WzdmzN+csUr&#10;c3Zz/r5idLJJTRZijMjRPGzGciHzkjdYwznapRSLm4BvzAHfFShmC9TwfVxWAQCeqRMUAmO8WoqU&#10;dRnb0+3HidtXLxokaJHGgijQBUjQABQPAAacDcb1IPsN/wA78Cu3ypclKk1z4avox6weq3R2sxqs&#10;THKvNcOI4c2CUOHY9V1E0NM6KFgZPMY7Fi/wrbTtbvw+yzP7q0BCFwCCPQ9FCJrfS9atX2tRUXUx&#10;J2p8uiotXRUtdGsVXCs8asJQrjxBv+fY+0cLU2bM1fOVmIpj1VFXV9S+K1VRDPKrNUPIZWe4a99z&#10;E9+FqH4VqBxoG2F1d27IQhZABnbxqVyJPm7NktPi9HPmCslpswJFT40ktRI/zUcEonjSTcSWUOA1&#10;jpcX5Zx9ThlRnzouvn31ghaiQdsmeM17iPnLDaiKbtopHPBFEVwsgQONe4IXSarxWlzdQRYbV/IY&#10;hUMIKKWVigEwYOgO1WP2l0sCfge3BDu13xvmwyoBZIAnZPCeqaEu4Dzzd8EIVpUoQJMAxjHqcMMa&#10;9y3Nuj+ResmW8Qz5Q1tPhPV/KKU+aM5xYHUV2H+ZTwyFWkknmCSLvHadSEezWuRzo5u/u1u7vQr8&#10;tej8vmLSQouNa0qgYYrgSMMVAED0NZGOZVYXX7YIh5KgVxKdnScFEbcfXzgzVfytRSQyJaGrc00U&#10;t10k2FwLXBtZT2/hezZPmjM2Suo+FtmLL1dHFNWST5qwvMkRrTBE8eyERyzA+ci3nRSZG3gLcXBP&#10;BXk91vLaXLVm6yFMsBRCpUdsQVKASDgCBtxGM0qRcqTeCQSlRJV1YYR0++pI2SxDy33I6+68Zt39&#10;hXlpWc+nZzz6ec45Z6a4FVVtdU4LFNlzBo4BiNe0c0kquixPKka+ZECFZEBU22jcPeyEfuQho97M&#10;aRwJxVgQJMe6RQ53ry516wWgCFRGHEHz4+VAXi+cYcoZnw2vzrmCiwPCpJ6jD8Rxaumiw+guKeJo&#10;x5ky33B9LNJa1yTYWUFsn+knM02FZJqcc6ZR4VieEItFnmlxiXEcOo5KWqpjURxTyRwVbNsLK0jR&#10;xna2ht3UKb1JS4wpKSELI4DZ8atZ5CsgF4JACYPRs4fPrp5xTrNkCKCYYXnOhxasroZXwOkwWpoq&#10;qaokgkMLLEGmjRmLAhAzjcQbXtxa5z6tZY6XYNX0hyRSYhl/BUeCDPOK+dRQYbTopMJjigWmj8tA&#10;BCkigW7svdSitkIsMrBurhttsbVOADr6QPYJwHTTN5nzOX26F3LqUt7JIEj2kT6A040+WswYrPhO&#10;J1GbarAY1K1OJZbw+OilSdth3JLJVJUOAxO5lVtOyt+9yqLqd635stZvzNXZHkoq+nxuWrFVgT0T&#10;NgE6VNA2GMJaGXyhWMYnIMkiIpNmG9dOYgdq/bPlbzCrS1QlxCsNak4HAfY39yuoq0p6JrH7e7ti&#10;LgW3a/arViUj+LAwnYD0E+ylxLgtFU0UNHVb5/J2bavzJEnBSVZtJVYOvvIDofhyvmuxzPGfcUep&#10;lqKiqqDFHh71krGSdKaGMRRxhm2JDGqKFVRsUAaDmLVuy64s902G1cTA1+zBKOrZ5moOevX7hUkn&#10;E4mcSevH3bMBhTva3bTx4dv0ufh89bPUPV08+TMoGLANy/O52zNJJQYOispf/LlDUVP0U0ZAOjaG&#10;/Bxu7uc+6ogcdsHH1Xt9ExRrZZAqJV4U8Sdn40X/AK++p/ox6acvfz/qtmxMKedGkwrL9AhqcSrW&#10;XssUKkBQT7vmSskYOhYc2M/Th+EN0K6c0VDWdSaqXqlm2FQaZ6ilpaTA8PlBOtNhUiVEMptofm/O&#10;U9wi3tyYrXcZm1s1KUQnDAACPMg7fWabus9s7bwNkLI4k7PIYVreesL8d/qtEK+DoJlDC8oZVozL&#10;EWzga6qrcXgkhkjtNU4VV4fJSKUkDWpJUmjkUbaiwINh/VHH81en/LOXcRy1icOOUVTJ/J4aDM2G&#10;Uznei7kiiTBRh4Hu/ZCrpY6cAb1wc3Q4w44QWogJ6DxiBjh5bKDr+976nwiJSevZ01Wz6Fukfpw/&#10;GUzz1vyh6gMh4n0t6h5GWlz3V526M5zzFespa+V4ZaqoXqPPmws4kjHmu8h3b1vxKYT6s+qFXSuq&#10;dNMMwbEHC+XiFfUVb6gfa+RT3wL2+3KvA2jsnF0QHHVhA6YBPzpcrPVDALAnbhPs66MtmL/hN16H&#10;MNx+Kef1UdRMz5MiEiTZdwpcrxTuxPuL/OpqA072AIZYqNydO3iDKYLDjOPYlmfHoYpsVxCebEpF&#10;lIkhh812kKxxbiiqu6wuzn6e/JjYaZtyjvFahEEnq6Rx+dEtiwhhhLbYMCrlqbMFV096Z5L6RdPK&#10;+vTKuTMKw3JGG1UgMOIV8eH0kdGs1TWJDHJLNIsW5zHFCCSSNv2QTH8RfH6ai6L9PqeNgwruoWTs&#10;OQ2v3qpn92wHYLfS3CneHeW3UWkoGxY+Yo7ylKkXLZVjiPjQ5+ibLWLYb1bx3FcSRomqcv4hFIhJ&#10;1kkxPDXuwZmYt7h1clvq4A2deu2W+h2S+sS45M82YetGS8c6IdPcFpTunqsUxxqaHft8I4I98kjH&#10;QEKvdxxTvLmzLyA0PvURA47CJ99SXmd0gM92dqzh6UO3qc9NdX6kMQ9J8UOKQ4RhPQPq9lr1LZjm&#10;m8zzpocq4RjBpoKdUFmeWtqaZW3MoEW9rkqEZ1/DOybU5l9UeHZpo6eR8N6cYdimM4hWKp8pJK6l&#10;lweGJtLBnNXIygm9o2tcAnhdlO6S03YWFYAGerAYUd216QlRnACijfjuZ7y3lr8OvqbkvF8QFLjf&#10;VvFMtZSynSq3vyz4bj1JmickDUItNhcgLdgxUXuwB2TEqiviQfAqSP4cpd7u61bJ9AfiKJnLgE4n&#10;bXz18RyGa2RrxR1Y1G6siile1/bIjHnbVQcWcbwe4axH534iG7+g4CD1SPhFMrWE02wZFmoZC9En&#10;8sqFG1ZaFqimfUW0+XaMflzFvhDFlp41BA1VArX8TdSOLTYXMQp1cdBUSPYqarJHGlDLh2aZaSCm&#10;q8zYzUshbdHiGIz1VI8TKFRBBWRTKCtiSd1iCBYWucVWgrdolnkiQCxjgcID9J2sfz47lIXYn9kk&#10;FXSU6vdqA9xpMtlLm2nXJNdV9PBNLg+XsMxbEtxNJiGYMOfEXpwVKlI6cVlLTWNzqYi3s4y4nlPL&#10;+NQNT4ph9PikDDa1PjFNS1cZFrarMmvFK85eUo960hRPUU/jVysp8qGTJ3qy66dN53kyhmXFsmVE&#10;zM7z9NsezPlWoG5t5O/DKuULqNABYeHAWzL6U/T/AJrgkhxzo/leuEw/S+Xg1PRsbdvfogjfnyi3&#10;rFwyq2jyV+gp83RGyY66On08/GI9ZeQZ3/kvXrqG9PG6QrNmnMOG5wJRiC7eVnOlqdR+7qfq7cAH&#10;G/w0vSniauKLp9NlpmsPMyfjeJ0rrYWFhVSSLp9HFX8uyd4YocR1xqHuJrwuTE4Uc7I3/ChP1gYJ&#10;AqYpmjDM1zFN4rOq+SKWWInfs94ZFq8OK9joVvbXsb8CfFvwj+htfFUpg3UDNGX6qQXhlxyTC8bQ&#10;XPj8zACe3ieBXNckSkpLHjScDtB6sCKbF3hKqGfCf+FNvXjLi0cuZ/TRkzq7TPJ8pWN0+xjMuUJ0&#10;ci4IgxujxlrX0uLi/wB/AZx78LfOWAxCk6f9baCspo1ZYqfNuXZ6KBHKgBw+FTo24kXJUam+vhwx&#10;stznCgr7xCT0Hb7sB600MyRBOPuj8asQ6Sf8KDukubsEbEOpvp4x3I2L2Ty8t5DzJljNdS5YXIPn&#10;TYR5dtNJNrf6otwBM0fh4esSnpKiGjz5g2eLqyxRUePVNARcEkqMXp5gmp0APNP7k5iREgg9Cvkf&#10;0p5NyFJ+6jgZV/GK9FeMQR1GO1ebOnT1AVvIzJk/Fq59x/dLZWTFkuPbut8eAc/oK9VNL85jGf8A&#10;LuK4jSYa148LyvBh2Z6iW97eWf0MZYMx+3Ig9u46cJc03PuLdsKcEKJwmD58TSm2S2r7yMPKjC4H&#10;+Id6KMxyYdSYd6l8oYVieLoZ8KwrPuLR5YqZgo3G0GYFpJr21sIyba2trwFcW6A12Ra3HK7MHpYk&#10;koZITFgWM4xl+soavDKkFT81O+Awo0zXILbSnYhT3PDi37Ow2wXF2hJifsI9wrf8vYJnuwejZPuo&#10;yuCdQch50SjfJ/UXB8eWRlmVss4lh1eJkKk7QYXk0Pe44pek/VTCsgYnTUmJ4TUZfplnpnbCsFr5&#10;qCinSJXjkVo8YWd1DEBzYgkaH42y+61uaNgkAgefWaE2UvtpMExSgxvCpcUw+opYZoYqmSN46err&#10;6f5gRO3ZgqSQnTwsRrY34Z/PNX046jZHrsVkhrSuCxzHE6nCkpnijigo3mAjbD2heV2cLGU13Aj/&#10;AAmxHvJkqNRWJx8qX5pbMOCRJ9kUm8Jp8x4Lik1JM9LV4TVhZqQ+bV/NecZQrhlnaVQgT3htI1B0&#10;97lY+YqrqXg1QYcjdWaDBMseWRRYUj1+CinaoQg+S1PTVjxSLYahx72vjyNrjKnATpIPnP4VF97l&#10;VxJ0L8J4fupelVcEOoYHRgwBuOIzqDmDrT1By3SYVncy9SamG8L4zQ5sqHxCSOx2g1GJ4kY5LsQx&#10;8zD3YW0Ivwncym5QJ0Ak9Y+ZokvclulpEifI/iahYfheHYRTQ0OE0MOF0FOCkOH4dDFBCvbskagC&#10;1vDhNYunWamzTlLL2P5UrsEwmfEVaqqMRHmRGAssjgSRoEuI0bQd+E95a3CnW0OI0AmiZjJlJeSk&#10;pIk+dT+Hvy/lis6k9TskZIw6RqeszZimHZWpJlUuIpMSrI6QMVHcAy+0acmzKLtaSEpwJgCpvYXG&#10;lIGFMGbMzYRkvK2Zc44/UCjwHKeH1mZsbq27RUlBTvVTPr/hRCebSHUn0k9J0hi6gQZRxDNNLlDC&#10;ZKBOnmFzPasSkoIcOw6lp1XakMMCq0jADVgCb636SdjX1K5g0hnI0KbYCihKXSQNKQSXCqYKlKwS&#10;Iwjrqb90t+FL0WqQkDpPV54VrE+l38WjrhnHOWFemvNWK5R6Z5iz9mOgmwLrhj8a02HYbTS4jiGO&#10;4+9bBiVWVqqqtYw0lFHEYlvISCm1ByuOqxGfIGb8Sm60ZTpsAxaueqxDD6dYqipnw4V6qYoFpaXe&#10;P0YiMKFyNjFmIO2xzmevE3+RBWXXq3mhCCtAHjKSQpQUJA27YOwY41P1lnT4tG1uOFQP9E4wcPZW&#10;yVlrHcFz5knLeYOnWeUzjlurSkahzTgtVS1EGK00fuGdamKNkdZARIXi0cAbSA1+Cp08zpPkzPGU&#10;8RxLK0uWMmZMw+TK1FT0yu9RXPWGCnQoiXZ1XYSL3+m/EObbk2zuTqtbdwLcUQoY4JCQdpPEg4zU&#10;ysNhaUEpDbLCf4pklRAB6ema49QsljOmTcfy9TVsfzmIvHW09TXFnihlgmWdSQDdfs20/hwxPV6h&#10;rukuM0fXSGGkw7Mec8Nhy/gmAYxTwy1ZnJSoWtEcgvEwRUiZjqLWPIc3Jzi03qt38hYdUpFss944&#10;2TpTtBb1fxSdRgTt4UHP5jZ53frtrZRW23IcUPtBCoAB47DMSIiiH9E+rnQ71d1PVD0uZVxvGM9Z&#10;Y6G4hJQ9S855LmxLDcu/OCsq8PbATiMDQ/OMWjklkjjLR+WUN+w4Da+qDFsfxjKy5vhP9XZJpcSx&#10;6vhnarlgNJCxmZI4X2kOllsQAdNCLgyujsZtrO2e/K/3WAlII0g6iIkkYY4mNmNKc5yyxtEhbCUl&#10;ZScMNog4kTgaM9hnpi6ddN8DzDJ0eydheW8yT4TLl7BI0poKSmba5qaWKeWnhM3lxzlnDAll3sQb&#10;2IVuS+veQsazXG82Xa/LSYqjxpj2ZKNKwVFNFV1MsccEFFDMVVIWfS7KCpsbE3Duedmubt5aVFxC&#10;nAPsQsjSSlP3LUQCdUGYG0QDFBd3v3bR0uIAWoQn+EceJ89tJXOfSbql/m5zHTnEabM+NQ06PljK&#10;+Tp6nAnWsbCqeKT5nE6mtXzmesiZxKEhIRwChZQeVe9OpsinrB1W9PGN1UuDZm6r4xnzEMr1FdJH&#10;XRV2W8yR1Us1ZVKfJFDJTUFH5cYJLgk7UO63MAey3NbHdu8ut0N4iV3Vy6SCy8o94pyIQuB/SSmA&#10;ZxJ1QawlyRTFteO5Te6i48tWKVkg6iMFYRAIEbIx6aH/ABuauoco4LiGYKJ6mroRhNTilBl2aoEj&#10;4lDUQmOGDy1bzEeoIUhyq7dXIW5AoYtk3KuYeumJPkDqZXzYDiKDBsKyhWYJUR4bQSNTQieaStgq&#10;maoWaWNmDTwnZuCp73bP7Kl7xWubu5lmri3GUfs2mEkJDZMS44EmFBX8JMwCcAZFTkteZpzsPvr/&#10;AGaBpQ2QO7SVAYqUDBnpMxsGyp2XMTzrT4FLWZ4wejp66nDzqmCVnnSOplkKq6SxQxoyx7ASsjAm&#10;/YWug6+s6T5B9QGXcCxRcu9Y85YbW4TU4Th+NRTpXYQcXLpSrRxUtNiHmzpLCsh8tbJF7z9wRiJ9&#10;QX1NZdcZ6zl95l9tci3WlSTipbYVsCToUCokJKtOwdBFR7n/AGhWLOdBu4t2rhxKxj9xRwARGGBA&#10;MjhtkVNrKmvxbLuJyzq+W2iEwklZ4pA0MRuWDl4dqsoIJJQg63sLld5Deb/az6c1kXV7J+G1mKZi&#10;wnAcQypkCPMNbV4zFW4tSNJQ12IrgsNOxqGjWOZzNZASpDWIMP8AaZ2mv5jnCL5t5m0KcB3SVLXB&#10;j7zoSFEaRhPQOJoRZ1ve4/cfmmoZjZoTiMIkyMfWi4+pfP2I0Hpn9QWPvlXMXT+mynkrNuZsO6if&#10;J5frp8ElwvAquoixOloDinmyTUxj86GMqpZlAut7i8XGP6vdPcKxDBsHWhyrh9DIj41hGTErYlq6&#10;z5ZE319bCrS1JIRVZnKlj3J5L26u6C943LfMb9T1y+oSgvaRoE/621OlA4geIY4jZDO6e5ZzvRe3&#10;KluOLxCnQAPNKARHUTONUGemDozjnqtxvKHqD6mRZy645y6ixVOP9POqXq1jylVT4BhgxWbbJlbK&#10;3mJh+DvJuM8LRpUgR7fsqQoiZd6uYTmSryzgopI8PwepoMZwaoGVGiIjjknwxy1gCUDDRiyi9/rA&#10;d3x7A12e8Ld+ysrfSCtIfCiNSQdImdgJkbYOyq5r2Vv5dfm7aX3jqVJWkOSRKDhhsjq91OfVn8Mj&#10;O/RjEusfWTIXUGTq11V/rT0+67ZYi9UaVuI0lRi+UsPzdFS05mjaIyiF69JIESRvLMa+6RtQ1Q+j&#10;zOnVfqt186rz4lT1OP8A86pJKfLmcsXgijpqNKLEadHpopo6XeF2bGCRyCMFGJUu25QN2XZ8lO8D&#10;+Y5uhR0trlUABOngNmBTIAEeRmhR2f7w6c4czDM0F0FKpwwkiCADhV8fqUx3pD0O6bYZnnP0PyGQ&#10;8m1dTX4lguFqJHrZ6vDaqHb5EsqpO8u5kswLEsLMBdWuFiyXiWZcBhrsR6hVNPnnCaSpw2twmOnh&#10;kosakQzMFV6mKRUlViI38y29RpfsFlx2ot2+Zs/l8mD2UreRpeQpSXLSdCVFxCDJbOKgUEpxKVgA&#10;GWWM+t2rlbYsYt3XNQWCdTYkTPVGPt4VQHhXX/IPRnqBmLCsq+mPAIfSnmvMuAdQMsZiSqxDCMe6&#10;bYRWU+GQ1lSYMELPNRtHE9dTx07L5MspDNcqpA8Zy6zYNglKOp0VbhVHPHPhUdFmhKWaGVK+jMQl&#10;WZrSMWEwJjfxUXue0/ZT2dbgX1469u+40t8RK2VyQULnSoAkQCkT1YCAalG47P8AdPMnNeXPNtXC&#10;YIUFHE9aTM47fWrBMpek/wDDS6q5uxqu9KDZSw3PWXcQy9nOsruhGO1NOaaoyzmKLFaZHwyhlejh&#10;jaWgMazxRgmOSQJZXuyy6YUOLYfirZp6b400OY8EpYa6aWBhBUTrMZkeNHpgha7JYLpob3vwM/UF&#10;vdus1ZNZTvS2n8leKKJc092CkAgq1nwkYEKEwYmk+fb52Wn+VbwMthC/D3gIAw2EngD0jZxFOnqm&#10;zxlbMmH4N6ffVN0krcZyZ1KxOswbCM05Hp6ivjwKXDmoflcSqNxdqZVFbueoXcEsVdTGTy0HL/VT&#10;LuK5QwOupZ0wiSRFkxHBhTSx+VWRXgnUIA/7wa4dgT48+ZntR3RbyLem8tFXKbhttZDbiV69TavE&#10;g6gAknSROkYEQIrnxvHljVlmT1slSXEIUQlQIUCOBBAA9lUA1/oj6vQ5jzBlrCemMubqCGoaiOfK&#10;ioy0cNrYoQIqephkkrWqPKmgEbp5cNthA2gDaGTEuo2C4h81TT0H84ppl8uSCspabYRbbYBzILWH&#10;bbr7ObynOvymhxh1bbgMylakn1IM8dtIWblbSw4g6VAzIwMzO3zpJYV+GD1opcwUmPSV+XOn9XhL&#10;rU4LiGHVWJY1V0ksLLNC8UcVLg5ikR1Vh5c9wQDe4vxA5qqsXpzhea8j4Sr15SbBsShiEbOlG8YZ&#10;T5NlDeW2oCgnU2FzzJDsA7W917+8uMp3tdU3ZL0uoWStRLyVHa4nxJCkk6iQQcJUAAQMNxM8sF3i&#10;mszKiwrGAYJI4E7RPE9HEUNWUvw58vYLlytyv1L6k4hmzLVVXLnBMFyphFPhUQxekj8lo4xiD4q0&#10;QxCnkaGaUSjVIm3KU3gkOfcAnxbDMy5GxjG4KvB8wYdLilTSYHPUU9eSYRC0dLU0gilp5FisQVdA&#10;CLDQXHaTJd7MtzDLkXtvld6kBSmQUwnwbQ4NLwC0LMaFp1k4HZWado5kjll+ZRlt0hpyUhSFKBjT&#10;GACsZOzEnj0ircOjc/Rqgr+nvX3KHRHO2Vcby7UwdJ8PzRUVmJrhiUGKSCu34lQz1rU9c3z9RIsk&#10;0sc06uGbzPMIV6xc+dVsWylnygzFkuoxrB8uYtljOFPnLDs+UNS2IQ1+C5brcwUzPHWNEvmpJhxL&#10;KHUSK5VidqFQhvlvY9lGbN3dopanAy4FB0E6ToUoQFTsKUnDEkxjsoDub0ptL5D9mXQ4hKknvcVD&#10;wnAzhsxq1OTCNmUcv1mNx4Vi+J4PmHAVwCpwDy2oRR4ti1PhDPAsRJAFPXSIhPYgMLeNg3Uinwar&#10;hgi/rjUUWF4XRmrSXNlZTwUEc6USvMInxCWBE3GygSSfSTpycOznfhiw3fazDN0WzCnwkqKBplJI&#10;06tpJGqTGydgxrJHc7e21tslRmGYhhlb0QUgJJBOE8SccYwHVjROfS9j+OdPsnZv6ldTuj+UsJzt&#10;njMVVQSTennLVdVZixDLYzJUUmCy4tDl+mrqirqI4ZWnqHgiEaF3ISMK7cBah6j1uQc4yZtyDT09&#10;ZjmKU01Bj2G4+ks1FJClREV2LE9M190bWIlQCxubX4HO2PMstvbburQJ77aHECDxg8UqgmQVAjZR&#10;xvlk9tmdskNqjj4dv4RQ++pH0sZB9WnSSm6TdUsVxTBMv4LiNHmrK+Z+m9XDQ4vSV0NNPEHvWQ10&#10;DAxVJUrLBIDuDBQ4Ugmfqsxv/alwzCemHWjqRW5bwXB8ex7OuR8vZXxCejw/D5VrZWqZBhWMKVQN&#10;NiLGPc4bb7inaF5zlV9OOUt3i7olf5y4PjdWrUtemCSSrbAP9ITjxrH3ejssyy4SllS1NuuEmSQJ&#10;iOBBHrQv9E+i2S+iGVcGwbp9gKzVNJgeA5fxfNWPRUj41jX8owelwWllrsRoIlE8op6GMSssW0t7&#10;wAuRw3OGeoTJvVrpJhWXMtQZXxuOkjrKDBMbwiBMNrqWup6t2qaiVIYUmmeOoqPMYSWV2IJJDKTm&#10;B2EbsboZBlrKrJ5xbqiS4hbpWjWEp1FLWoISMBJ0D/GqU+zHJ8pTYo/IXJD8ERqJEjAnQYE4bdM9&#10;cUCmWvSvTZK6+5k674N1Uz7h+PZsqAc15IxrHqnFcrVFIEpoUhpsMqZDRwsYqJI1qPLeoSO8aSIo&#10;KiNkrE+tUnVXHMKzRlLDcS6Sy4VNW5Zxjp/heJ4RMcWOIxQ/L1kdVi+JyxKkbyOjoQjAD7LKU5Ke&#10;6u8WdZbmf5a5eD9opJKFIaTIUT9pRicBOJMGfunAGttm+8eXZgU3ijcW5SYUhAJ1SMCPKcdlKOqU&#10;ZNyjhdNifVKrzBmUVIFfimcpMBr6hKIUckm2nWhwzCoKh3MUYe8JcbzrtIbiT670OY0wapyPl3O2&#10;JZFxrND4jBknOkOPzYLXUE8WGz4i8sdVQyMxRhTKJUUBnjJZlUBrL+1i3yrO8nTb/lk29zdKIBJS&#10;2JQmZV9whRAGmZxmo63mzTIs+YUwLQMXTpI1eFMFInEztmBp6D7HbKMfS/qnl2XGMy9MsFxWurVw&#10;6mzlgdVg1JUw1E1BiA+SSaDEYheSCZmeEXcRyBtjvozUv4XkLNeQer+EU3qQyxP1x6t5imWj6c9J&#10;arFp8Revk+dAGJV+ISVDwfLhYpAlO0heU38xYkAZsFt2cmfyneZqyzDL03C1K0hvWEkyYkLBKBI2&#10;FUjpHCsaDlFxl+ZtsXduHFqMJRO0TtKgYA6NvWOkxJqqeuwdosAqxgGC0SKk+JpTiJYqdYyWSnWX&#10;YEZFsd5QqvgCQQpguq2OdRMkZorPUB1b6N0/UDD8uYDPlSRsw42uJrLPi09Hh+IJKtLEUo4qRp6m&#10;BDHAsbsxWysdvJZ7ZVOZTmtvfqyRDdsgFBSXy8lZ0gGVAwjQdgQmMIPGjbfQqy+8bfNk2lDYKSNe&#10;sKJgKOGyNkxB2YGmvDcGylh+EwZSylPHlaCGWnqKaPBUWIySRgVK+/IpEzyJCGkuWZk1Jsb8U0vS&#10;ro/11xTAer+UutuHdD6DCsKeqwukosbXE8Rp8HlpExGanqhi1YxppoYpffEO+FA/uoB3OMiyJi7f&#10;bzljMGbBIRqQEOBxQBE6SFq1BQBEwDtwFDHL8qy/OVIvk3iLXQnAA6lAEYjxKMHyBx2CK6TF8fwC&#10;jgpazDqzM+ItJ/ptalPHBGzs6puiFLGyiPcfdDneBqxPfh2+iLN03qcvwZ/zPmDqGcYp2xXKOcMV&#10;ko6SmiwunSR3qJmoUpTOrSLEpaTU3GlhrOHZ1n2dQ02q4dzBD/2KUEHSnEqMnTOJjEEgYCpz3WtH&#10;bVht9i5XetKwElIKduJMDVERB2Y4Ug+oEWO5sw7EKXIddhsiYbK2EZrwKojWorDUuYLRRu/mRwuk&#10;UkjW2HW3a5ICDGst9Dsm5qzP1HyJjC9LM21M8OLYjSYdS4j8oaiuxP5WDEKGrnSGKoDs8YrkjZok&#10;HliVLjcQqlO6+7mZXT62Q08tAOnxRq1YONrgBXStKTHSMKDN5lmR2GYOrcQba4xIEEpMmApKhEHZ&#10;qAnDEilNhb5hqBPlPN2Cy47htRCsEWM1TUwWcrTq8qTRU9zEwOkZNyxBYMLgcrVzb6huoPUmszZh&#10;eAZAqs6ZoxnFZsVg6iYJi+EZcx0QK9QiRzU+C/NTzxiOqkVRIAVRrBAQCMCs03zfduLlxto9+tZU&#10;HAvQRtmEpEEEE8MOqsWc430zG7L6UWpcUtWDmoJUIJ2BOJBnZ+lCFhuCUGD01JRYfF8th1FDHSU9&#10;CzySJGkSIibfNZrWCC/tOp1ueJnC+mHrMzdmqhzXBkqPAsdSKLBGzJmLA8yVNa1DF7vlGtzfB8uC&#10;QTcpIt7ncbE8Q2ue7wsXCLpICXIACiFFRjYJIifj00Q29pvQm4RcwlC0gAKIUTHRJED2isAzFlmJ&#10;5KSPG6ITQKZXoqaohMoGrE+XGxb8uWVdKsg9SYIsdl6t5soKHNVe1Dh2AZYwmCiV6SjoKp5pZw+F&#10;V9cIpJw24e9oR2CqF5ml2e22a5pa/n726a70QlLRKSrSSCVRJUDgZ2eVZObms5zmCi5duoVAAiMR&#10;18ccaYHzCmKCCpwehkrMIQSisrcQjqKYF3Ty0VIqyNPNU/vMDp2F7m1cPXf0qdU8/dZ8exrHRlvL&#10;OXoYqmKgzjRTQ4etfSU9TtiqKilRpJHnWOWON9igE7b6m5x23x7K8wv87dW73SEyYKSkahJgkTtA&#10;6saiXfzsszC9zhTjimkoxAUDBIxgkRtAOMRNK6lq4XgiK7md7boQWkKsw3W3Edu9idObCVdmbH+q&#10;WdabC8DovLxiSkp6SLD6mopqJP8AR4C0h8ysmiQXtuAJuQe3Io7VOwa9skB9uHW0gEkbYMkHypD2&#10;i9jl9lti3ctLS6whIlQMkTJmI2bKIlhlH0/9GfQ7H8158xmtrMi4VidbmDE8ey5g+OZlrR/O8VCw&#10;KtBlyhrauWxmSMmOFgoFybXPF+nRvG4GT+fdQ8r4E51mpsUxkSSrprpRQzgn6+Y9ndh7qHqPxmse&#10;dWOB90UXvEPxJckVsSy9LvSb116zwzEJBiGTumWIYLTNuPukyZ7ny+ApBvexsO/H+DIfTjDwrYl1&#10;phlkUXkgwDBK2rUnxAlaSIfWRwwYyAIEFY99LGnFdFB/jPq49cWZalF6c/hkYnS4bOxVMT639VMm&#10;5ZeNP3WelwWHMMl/aoOnt4+01T0Fwp0vX5ox+RLEmI4dRwOe2qujSW+vlHbJhvAqn0/UUo7xxQmk&#10;Tih/GBzzIHwvLvp86K4ZPcOmNTZ+ztikKnUFXpf5HTFh21Ui+vFZQdROllO4OEdOFkYGwqsfxWsm&#10;v9MSN5fEbjtq2cUqJ8wPlVO+dnbFBzjPo8/Eeze4fPn4jhyzh7q3zWWuh3SzKWGoCx18uux7+bVS&#10;m3Yg8aOqeM4Pm7JziHAcLwKqwqeHFsGlwCgvVPPE4by1eCRZXLrdbC510BOnMiPpU7UF5LvcyWWU&#10;qQ5KV6pwTGJxkAiJBipQ7K94HcvzVtQIVqMGeg/Olv6XvTVnn0wdaqfqBj3qU6m9clzBh9Tk/NWD&#10;db83RVOW4MOrJYnkrEw9KKKkpnp3RWWTYNNyllVzykzpDmXEsbjzRl/CKeaqxvGt9KuKUUoj3srs&#10;J2M+IQqCrMNoa8bEFizggc+hXs9z5GZ5Dbu6UhllIxBJ1GNoACcZx49VZp7o529d2rrDPROoYHyx&#10;gH41fxWCOOKOeQ7Kej/TyIqu5IRdAqxHU+wWPwF+HY6qY9hGG5PyNguBZbrMq9SMXRafMWBR00kk&#10;UmIUIhNNUVUNPVrEqSCQs7ssjErbabluIt3GrlV7cOrdQ7bpPhUTGkKCiRqKZwjASkeLA0MLnNLh&#10;pqNurYOCSIEqIMAYSZ20XfplQdRBnrqVi2YM0YfnfpdV1seLdLsZhmiNRh9DXQzfP0nnLAzt5FRA&#10;mwCQLskPve4sahhkvBKkdSsv4F1SwF8m4ljFLXYdjOKUc0lMuK/O07mkqbU7AR+WzDzGN3vo43A7&#10;Rje5uH8lduMvX3iElJSkjFGk+ICZnUMUjAcQaKMtvzctF1JgzCtJieuBspe45mybEMiY5mfpjXQ5&#10;pkwuojeCjpQswZMPrU+dgiDFdzvEjiLUAkqVO0g8sV9M2ZB1A6eZz6a56zV5+FpR4ngFBmipgSKe&#10;pw+KERTSq7yVUEzIWJukx2gqSP3jgx9UlhdZNmFhm+V2xcf71sloFRRqVISNIAKEnZinEnriox7T&#10;Hcxy6+tr22CnVlSfCJgzOEAjaAfaK1t/xnenWfvT3129I/rW9NXSnFeoHUnCs+5WrM09MMtT4nJh&#10;dRilaJaShimgw2ppZ6X50wvT+bJR7ZXOx2/3JipZ8yXm3KdLUYd0/wCoNVi2L5NYtkXDcr0dS0mN&#10;4eKpZpv0aq7mpj88F1jPvaXAuG5lFuzvaxfMoub+y7oPAd6FqB7pURtESnAjHoMdFTok3r9gh9xJ&#10;ZVpBUnDiMRxq+3ph1Omz30xyrnzrN0dj6N1mdMKix3rNlLP2J4PVplev+SEZgqKqJvKnprwOkc52&#10;gi11UllV1y/lvr/QzYl1cSlNWj06y12S874ditC8tSsUgdaSHFkp9lQBEXEsR1IIcsdAlu94t07l&#10;QyxDo1zAU2tKwBIjWEKMJMgQobCDA20W/mbW/uEpYf8AGmCE4mIiZTMD2DzpDYj1t9I/UjGcL9P+&#10;VOq+HV+P0zw1NNTdIcdwvEnpKGhkomArhg1RVCKjkavggaKrRQRKu1QCrht6VdVeimJYjIKrNOMZ&#10;Skc1+I4vlXHEjxfLsNS4FPHVzxfIQIXPms8giIGjCRgup9vBk2erQoIQ26UwEqSShxSQZKQrVh9s&#10;CdkggEik1vdr791a0lLg26RAUkCSNWIEkcDIieFTeseSOv38vx/Fct5Qy5n7MFPS0eFUOOZR+ayf&#10;miswlZ2rqrC6bFJMRqpKfzHgjQSmRRHvEqK8iAcdsp51yb6d+pdfTYxgmFYrk/P81PLQ5+yzWU39&#10;W0YSyBZkhgoqyVU2uUdGrZLDcQi7jwPb2WWYbxZWhxta2nEJOptxKg/sxSSooTqkSlRAghMEjGg9&#10;ntrdFDd+x4W1pOoJ1IVjiQcI1CBHiKSYIGJkF+suQer/AKxvT1k3OPT7N2aOiuM4ThNXU5i6Y49l&#10;2vwjqHUyS4d5dRhXzOI4rgdLS1vnxpLTVRpxF5yRSBzECWMt6q+l9L1A6TYPLl409HjGGYnR5to2&#10;Py8MVQ1T+iZA0se17sQAsjL7ouN1ljaEuyrf3N8u3gCu41tKV3TgUo6kJAPiiSkmDJKDiSRtTNEe&#10;XZ5c3iVKS2qCoDaQRo46YOB6cRJ86rk/DR9SPVbDfVp1Kyt1AwrGMVyjiVPVdHqr52sq6/EcEqMk&#10;mWqpaqrw+SqdYY6imnJqJ6BZ0NRLGhC7ZpUJfnuHKOcMGyoesWcf6nU2WhDgldkqgCRVomMssUtY&#10;skjTmUuYQVdoAoXRbXLNlZkzlxZXTqrFoOqX4kuK2CIITBAjHDBUnziJCuHXEAIulAJiQZjHpx/C&#10;r3cIhzRl7F83w5KwEZgfNiVeZ8Hzpi9WZKGOVY4fl6OSCOGm8uNTKwASVmNizG5so14ZkPBc+5dr&#10;cDyfm2bN0mX8MMuUsYx/AsZy9i8cEp2EGrWOF6iMLGl3jj8vQF9oIuDL7e1eVvpuLxlLCVr0qCXE&#10;LbJ/h8JkJJJgCdRmEgnCkdvmzJcbVcwEyQlRMYmAIPhE9EUWKo9RON9KMQwHNXqC6cw9HIM3ZiTI&#10;GMTUWdcGxnApat2RaOVY6xqaGmqKqaUhaYP8wxIWMTNexcs2dF+teXsnQ1mY8iGkxTKVTVZlwzNW&#10;NnarUksh85KmCGOWmq4/d8xmPlvtS6lr2IwyPtY3fzG8UMvvm3df7NaEKHhUMBxCkkTBiMYGE1pi&#10;+OZpcNrdNurCjACxqBnxCMQoRBxg8BNDt0s9Wfpc65Zkr6Ho36lsrdS6sXy7i+UMlY/hdZVUlYgR&#10;rtHTyipgkHmrGynQOQtlcHhh6Doj0MnwvBcXxDqO+Rs8Zsw+DHKbCMGEmG4PLVLZi0AqmZnVJtpj&#10;tOAGW6BT2Ay+0fe03a2m7BL9m0spK1KC3BsOISInaDKZ07SeJZkmdXjryXLi3T3RJSSFbCOkD24n&#10;DAiDMlArPVL66MO6z47ljC/SNhnUT055PzHXZBx3qLSZtocUzVDAEganqKnDcMgBiLRTM0kRhZ1i&#10;ZGZmP25WCdDcgY1hma8F6x5gy5myVJHTLuZsB+YgxhpVhSaB3aljZj5aly4ZHaNFDOXQEqg3j7Qs&#10;2ZdYcyu1d0lSSpCtGgCYUAFECdhHiAVikFKiAV2bZk+m6CFsd+2vTIISVADAgGQonYR4tgIBmpfW&#10;31S+ozAsW6O4p0F9O+eq0ZhxKhPUzJmaIMsJhdFhSTT0dZFFNiOJUqLWOzQPSbKxYKjaYUaOodUk&#10;jYH1RwnoVnnBsTzb1YjzBlqfdS5qy3ieFYbS4nHRPRxUtDUPHEI/m4ojAo80U8b+JuoNku++4q96&#10;8jetmLYtXAGptYccH7QKKlCU4omSCNSkgYCDQe3/AMhDmXONsrIWjSUSopXpkyU6SJTiZTjhspn9&#10;X/pSzd6vPTL1U6aZByZD066p4fNHnPoJ1Lpc447B5eMPi8tficclZhqmbDxUmephanjmqIdkgHul&#10;QFYvUJPkuuzVT9VsndNp8y5emp6fMhrsrYhFR0eK1NPLdZ6+GGojdtjJe6rqDdvAgw7MLXNbDJ02&#10;OYXY/MpUUmRJQDsShahOwwAomDO3bRzlOSOP5Cz3su3MELUmJG3DpIE8ZOImhC/D96cde+nPpWwL&#10;of6g+tNRjXW/BJa/AcexFo0r3y9T1IM1LRYVV4lTn5hYaaWPy3qfP2tdPeRAgXebOsuNdXun+C5q&#10;puk+JVWZoPLmxfBMBgxSPEKGNZal2kSppI9/lukcbKh3KwPYkAhDuf2fWW7dz+VN6lDSp0lZRCjp&#10;TgUEwSCVAkJBBxAxox3HKLKx0KXpUCdIUfuiP4eB2+vDbQc+lj0m9N/QJV4h06l9QceEZFxqurIM&#10;gw9S8awWCHGTJRYXT+TJhtRJHBJUx1Jm3yU0cLXIAAEjqxacQy9gmKYNiIpKjC4JMPHm4dSYjVYR&#10;VirhhggjNJiUbwxAvErOkcsW5vtBzE6G042OYvtPDWlZCjjCVpgyTrQdREEhJIMDZp1BVCK0u03h&#10;Uj7Qf6QxniFJIiDGzAxsiKssocZxUYrS0k9LVT0dX/o1dWx0WJUqpVRyz756feJrRO0IukjKttpQ&#10;yBxeBlPqtlJMnwJ1AyrT43SUc9fQ0Ax6vpquvRIbyBoaienqmnSEq8SLZx7wG1Va6pL/ACO9eutV&#10;o4WyqCdIIT/fSkFME7TEHD7iaIsuzBxJW0QlISrYSSDhjEHUnhMSQNgOymfNWQcz1Fe9Z0/zb/Uy&#10;vqpKasxKOajqazCqlQ0i1CSUlPX0Rjkm80MZYnR7qpJaxVgx6p9I6aTK65+wfFqHDsr1+HTDC8td&#10;QtuE18apUsUVoMClQzFw7GJ2L3Q/ZW44d2G8jy31W6gS6DpUUaloMjipWzGAQBIMgEkmkua5UjMG&#10;lPIKUQCClZIRsxhSClShjxnGYp/ylnSqxXEsTy7i2EyQY9g060uKV+Bisq8Gkcwb/wBDVVMMIBUb&#10;RIgHuudoLEMeARlLo9krOWXMNzjTYnJl6fLddHgjU1bQTLTLUtulAp66srYACFJIMiRDQhWuwHLX&#10;OX9xfpLjKVpSkqE6wUgbDCkzAOEgHAmIE1HuU7q2GZsFSUhtTJHBWkGf4SrHAnbAInbSwqMTqafE&#10;jRGlikheBquB4p3ac+XYMWhEROwFlF1LG57DiMzzkrMVDn2hxvLkNXC+Dyw1cU+FpVyLSMWJSTzP&#10;PRkkups92Omm8aFfn2XIvbxlc94TAKVDwlPH+JIB9PQwaVb+7lrvLhCmUFaSNkFQjZj4gZ69uGw4&#10;CnOWKnq6eSmqYkqaeqRoJ6eoVXSSNhtZWVhYgg2II5cV6HfUXi3VNM/ZJz/D/NavL6UdcmI49B58&#10;9UKm6t5zrTU0DKnlgRose4DRix1OKv1AdnNlZuN90ShRnWEylAEGNJ2kmTJJI6IoF2SHDmQs1oVO&#10;mIIIgQRGwDGdkn1ONa/P4pno0psEq+jvVPodWYtkKtp6uoyhimC5AxM4LT0dIKOuqUegFMYpIJpz&#10;UOk8nmlAtm2rYk2OtmRUw6SOtkd6rGUmo6SmJRZQkd5UO1VDAMEB7d7Dx5zb383JVasOP2qR3Vsd&#10;ZISuCVApxJhJ0g4wdhNRHvJkf8puXHV4IBKEYESXELEAqieP24DbhWsJR+jiswXrrSVeRsMo8H6c&#10;9G8VwqpzVj1JSYz/AC6rqsdhOFzU8VZihmpJXp5J2ivE5G1mkBBXaPmKcwdrCOvpEc9z1er3Pc9X&#10;q9xWZGF804UPjN/5Tyco4QBS3Lh+2Hr8K9weY1JgsASbsPzPEaTR+w3jXuYm0LBnvu8eNk0rNe5G&#10;56abJr3Pc3W69zIEIAJGnx05XbW4r3M6x31Xv425ozVor3H3CEPnpcey55ZBGoUotx4q9xrxGO+J&#10;V3jaaRSPoYjlSZ2U04PGa9zEkZBB8NNPZzwBrcV7i0y1o0R/49cX+mIjmlbKVN4Jxxr3Njz8Htgv&#10;R82N3jznCzKLaAuPb9HE+OtQ6RRgkjQPWqz/AMSmNZOk2dke2yXIOel263NsNQWsAb/a5ep1W6Y5&#10;gz+2GtgGa6vKb0NYmJyz4HUCGSYRsGVHvbcvcMjAqfEacNNzbtrL3XjcWyHwtOlOrECePH8aLM+S&#10;q4aaS08WygzhxjZ761QPR5+JZ6c/TdkOhy51IySM9T/yeLLz0uYcGrqmKjqDTrFLNE0EbgMGQFZo&#10;yHUEhSLngYdVcExvBcD2Y1CrR1VbHJRTQSCRSqUpjsSLWYkXItwoYt9KpGwD50d296lwbcRtq0H0&#10;CepboX6i86VtV0ZzNPXYllnBKqnzjhGN0U+H1sE1Ti6VKuIai5aEhwscgYg21swI4W7FmCZezaUU&#10;EDCMTv5mi/7xydyPD6OKrZsLdT5iqPvSlRmrbabzFzBkRXY7jmHAwmw62OJw+B51N0/GJYZHWyVV&#10;PRY+BJUlaaVxThGWOOysHeRBvmAFmN9e/hmOvcB55IMiRx4eVY93Pakw08UK+31mgGw/1FVeXc2y&#10;4BT5fxXMHT9hS4XDX19En8ykrFatqSXQxQwSMIcOd3JRdhKjTxAKtyPiMX8vov5xRUOP4fKmGR0i&#10;pEyGnmklAfzVUurXT3lNzcL9HEK+y/MEISDpCicJPDgaM2+0/LS4Y1FETMH1wwo82GdU8PqziGNQ&#10;5WxPEcoYnRzY9LijtIkq1dNDTs0Hy8rqjKyybkdCF+17blrxr0z9Ruo1JVZhgqJsZpKovBTtDNGY&#10;THDLJETFHKI3Vi8bDe/027cKMx7L81UpQIBPmMfKTPuo/su0TKVYBceYPv2igyxb8Qn0p9FMywdM&#10;87ZugyBmOlSnWtwPFaWpWSnlno6WuVHlpUmga0FZE1o3IAa19LcR1J6MOo7ibGaSjxKhxGnmaKbD&#10;4mgX3ZCEd418xLDT29rdyOFjXZNma/GEFIkCCRj0wJo7G+uWTi6J9Y9sU54x+J36OsHxTCcNrus+&#10;CSUuOwNU4fiqTTvTGRYxMIZHjhcLIVI906g9wNOLDCfThn7LkOHYTRZbqaSbznp6mqBt5yliDMWF&#10;tqhQDY31v4alxfZvmqUlKLcxO3GOs7NlK7PeuxdJh0H1rOPX76V8awvFMyDrNgeI4TR0iYj5FPUx&#10;ySROUUinCAkyTMxI2qL9ha+nDk9NunddkLp5j8mI1ks1Xj09HU/KTzecsUUBqFTYSi23eYbgk+Hj&#10;yKd+cpVbFKF/cJniMdkUIbO+DpBTsxqt3qB6pcn+of1e5EwfI9NHLgvS/CczYLVY1DT/AC0k+I15&#10;wWaeKQeaxbyFhQA7QLk2uOKCho6xcuB6CgEsslXilaZiFB/5KlSAVZja69yOZL9k2XOq3fYU23JA&#10;PijZ4jj0YVD29WZW6cxc71wDFIj/ADE4dOPTsoB+pWYcCqfUnnGnzRmqekwyhw/KuX/5TSvPJGol&#10;ydg9Q8dRDCpPlzEgB/be9gNQazNkytxHG6yE0MC1VXEsdHicy7wskkTz2BIXzAxjPtIvY624Wbz5&#10;M+L0oKAFECD0yMfbto4yjNm12oWFSJMjqFHx6Tddcp5d6cYNia5grXwvBp6h8Xy1DaKX5amrKfDg&#10;ZEVpPlzEKlAR7iyFS6+7u4WODphiceMYdRQUsVPHVSmidESnhglnZjGw8/zFHma6gr7LcAbuULbe&#10;CSIn2UJP5ggtKIMx7fZVhFV1uypFlnHcflxGSWnwek/rBUpAlZUVsNJ5fnpL8pFC8hiO07SO9j7O&#10;F6zV0XzPhddLVR4PNh1HSlGxJqyKQQb3QOhkBKIEkQsb2N7GxOvEd9kK0+JPTTFvmza4g7aFrLfV&#10;bIuZlo48IzZh+K1GICpNBT4dVQyyS/JTilqFRUZizQyFUkA1QkBgLi4a4H05w7FsRrcFzNJJgdBI&#10;1TPBXVDxhqOWipZqkRM0p7SKhVS1g1x7RxRaZbw2Unub1KxjSqxvHJcOw2Ovw6ifGpWmpKYUlEGZ&#10;mSqq4qVpPdDe7H5m9/YoPs5I9PPTKoyz65umtJTU8nnZHqKAZkkCbI0bEqJ2icKzsUF6vyzbu+pt&#10;ccjfOrwnWD9pMD0MfKkllpXeJ07AKAv1S4tRYl6UOveJQSq9LUZOzJJTOGFpBFhlQ1wfEWQt9HLm&#10;sZ6FUfW+oo8PxPF48HwPAcQxGtxKWeJpg/uUs6KUUppugG4kgW01vbiLc7d9y9LmiYET5Y1Cv1S9&#10;o38gatFhHeLXqCRMcUjbjsnDA+yq/wDL/qYHp8p66aDKVRnTM2ZsuZThwXCKCeKnL+XWYpC7eZIH&#10;uQJrhFUk2voASH7IvoWyPS4muMYnmioxPLdNRnFMGhwsyRok20RgfpmlQFW0W3f2ckNncdMAqJ01&#10;hFvB9Rty233TLADxVpOqIjbsASTIxxpk6ifiYdRBgpwXLPS2DLOeY8bOWMUgzNOayL5VJSwnRacU&#10;77Xi2lg23aH0Y2J5Izp6eMqZYp8MqsS6iYjTzRTpWYth9QYqipMkkg8koI3A0WNgpIsDbQa8Dm+A&#10;s8rbCl3B1HhhJ6wDGGHRS/dftcuswWsC0SUkQCJAw2zIPGKXfRj1V9WurOJZiwfKfQzDKqmSmqKT&#10;LGbC9bRYGBTxL58c8rQyOCZKiMsincRvsWIHCsZr6XVFI2O45h9dJiz4CGxSmjrfJliqEVTK6udo&#10;s7KLC/Y662HICvt7O/fTMQcOupy3e7aruxW1bhADerFOOPCKsmwCviq8Jw+nqqYYdU4hH8pMKIPF&#10;5L32KUG4+4G7G/iPaecpumWU58qZVx3E8Uwvz8zCDC1ppoo5KiqnMYap+UaV1L2VGkui6LbTTTIn&#10;sn3fU884lQgkDoJg7Or51lBlu9TlygOFsjCYkR6kEj30UbNvqHzRh3VPM/TnCco4tiUmUaevzLNm&#10;OgeaLCaSmiVWpFrysBERneTyo1ka7tHIw90XIfn095FwLE855hw/GGY4S7YYJKaGGKVY5aNEYqsj&#10;gEoSm1iALWI8RycXdyGk4BZ9lLG951vFH7OCcdpjyqTgfqkzzmCHplg+K9PEwbF89UZxqYPV1E9N&#10;FJHXsIonlggYAyRQyMyAsylSrWG1mPC4K0GWFHvA4Lguq6j/AJJsOv18wyzFMXCx0E/Gp5ytX7OO&#10;g0Snp26zQdSJWOyQZ/6h+6w1F85YibdhqDoecRH4+J1t9HC0P08bwAxFL5mLBR3KHv4nx5njU3DX&#10;0uAo+jnhBEcaf1BaTTbVOtyiqR7pL3+jla/4twb/AGY8FuBZcdpF+91P7OKrFAKo40TXLRSkgno+&#10;dGO9EjK2eeqLJfa9BhZ17G1RUf0812M9KP6vwOPGbDRb2WoJuGLgg0W3v9yTVj3AckRSDprxs4UU&#10;kTXuRtg3qBoQdfv5oKqpRXucqv8Ay73NydSfr44mqK217ke/u2+N+bqte51z1er3PW54ia9XucSv&#10;c3+NuMlutRXuYit/hyk1qvc4bdSL2+PN8K9XuZhYEX0v488k416vcz308Ps/t45qNXmvc//SK1kg&#10;TS4FCaqmiGLYeuH09XJKsoqvLWnSEgSgFQGO1iCbiwHhztQosotNSkaXCIBj2kmsoGlhwJ6DW6Ln&#10;fyqbGoEiqp2wvEkxSWCOA05oTUNO1QHeFm8wsoEiqVBBuSdSLPfVT0xRep7pbnbpDPngZOhxDCMH&#10;zTg+OSj5iOkrKOakrzaBnRSrNCd9iuhNjfmKf1FbjuLypLinjKEhYwmcOBnp6qd3vyO3XYOXZVpX&#10;aQ4IiTAI84xPGisZy9UVN6c63JWbqrppiOcqnPOd6jozjVPlGkiavFLXYjUwUVU7EBnWN1hTaSxs&#10;b3A1GnRmzD6nC81Zkw2trBiVXh1fWUFViatvWpkgqHheVWJJIcqWBPOet1dLdcUtZlRMk1GFg4HW&#10;wsAjVjj11a1xPXB04mS5JpYQK9zoqLWA7cdNNFsRXuR20vcW5sGkixFe5AqTYX+mw48gYUS3ysK9&#10;xZZIwCgzZTYxhclVDh+NUyriGAyVbW8+cAxiAbWLXcsGWyN9nUqtyDbLrQPSn+I7PPo9dlOZNZJv&#10;WnG8A4kgpkgSdkdPXhOyDtr3DW5B6S9NMWpcuz9QVqcFy/myZDjWc8Ikp/5nlesKmFX+Wg3GWneX&#10;bIysu4IRs1N+SJlm4rr7CVBBhRAJwlJJEGOj5VJdnu1YXCUh4FsOnVr/AIkLgSIG0FUnZhIiBWCq&#10;eeOmnkpYBU1EaM8NMzBPMYC4XcdBftc9uGuyzn7LPS/K2YsntnGor8x4PNWT4LjcEFfh8mMV9Gsd&#10;LQQs1LE7lJI5ZWdJXVAdpsTc8z63VYtd3slZbfuit0DakFKjh9hMK1bdmpIxoXZjnTQYDIUS7ETi&#10;NR8IExwj41xaMyPBI0XcbHRzfaGG43ANibqBfXgNJ1BzMcSwms6lYliX8ww1abDsIrqqT+Y0ki0L&#10;J5FMsBcRxxQRSk7FWTRrBQCbq9wO1Fx66H5lwpSZHilRicPCD7MD5USWN8bZ5CrhSgrCSDPHZEke&#10;gxrlDTU9MsiU1OlOkrvUyrAqoGkkYu7naBdmJuT3J5db6Z+rOP8AUHJmIYZg+K/M5dy7TnAZanN8&#10;E9BWwiooo5Y6gNBCscpMkZZN9nCLZnG7cZx3heWzbd/GttMkkymBEjAgemyputt4Q8xqcIDQ2rV4&#10;dIGMmdO2i+9UMrZWpMXwvH6vDaqfHaqtpcQWbDhHMsqUszI0TpUTB1jMc5VhHoWYNsYi3AM9S/4l&#10;fTjp1lSfJGVMbPVbMeIU0NLmCaWpm/lqyIXMiVFSjsajeWXdFCrW2lWkW9uYh72fUOxaOq/LJSsp&#10;wCjIRMn1URxAHVPGoe387dml3JTlyQWxsWoeEnpSmZV5mE+dNWVOhGHRZ1jzfVZeocsQZdnqxk/D&#10;8IpaJBCs0UMaTJGsbCN0CuA24bt1zGCAeUQ9TOu3WDrtijPjOM1Vbh8Ej1OH4YrSrS0ge5AhjkkZ&#10;Y7D3Q7uz20Lnxxi3l38znPrkuOKUpXDgB/ioBhP+MZPXWPOaZ1eXrneOLKlHifkBgkeXtoy8NNBT&#10;hvJhWIvYyNGqqWI8TtA4Yr0yfh29dPUS9LimAZUNJledwKjPebDNQ4PtFw3lT7GmqjcaimjIB+04&#10;78X7tdntxdOQRJO0nb6qP+hx66cTkSkNd86Q2gcTx8gMT8OugO6zepXo90HopZc/ZriixkRfNUeU&#10;cJKVOLVAIYptgDKI1cqQskzIhOm6/NhH05/hW9HuiFDRZhz9kyo6zZmwmP8AmNRiGLx4WMAo2jQu&#10;zU2FGp9+wud06ytcXXadOTAxuJ+QSEraw6oCfPAyfWktzvfl1m0XEmSIxMjzgY1TX1v/ABTI+qOY&#10;6Lpd0f6yYH0gqM21kWVcv0WK0WbUzBXVVXKaSON8RgwWehpTI7xhfLnUqxH6Yg8P1h/Wr06YikGE&#10;YiKXGpKPbTQ4JVZfq6tl8vdZUElI0YC7TruAFu/BI/mOVu2+lQ1LAgeGPeAKCeYZpdveJKjjjgcP&#10;3URTP/oT/FPpsXxquyDj2YciHMMk1ZX5/wAu9TKXAKQzVBUtPVNh2LQ1bmRrG/ks5vqL3uAeJVOO&#10;Vmd8UxrJedcZyjkgzmXBsu4LW1FA6xk32SLTTGFFU6BVVyQPDgdtbBb5VrGlJiQnyE7cNs0kylh1&#10;LcPq1r6atmwTpZkWv6EdNMm+qPod09659dMIwWiw/qFnbOuAUOaaGrxaCAQy1dPJjlAlXOZdpkLS&#10;+VYnubccsTxh6yqhmxPHK3E6mAO0LV9XV1k5GpPvzPJIbjQgbR8OMquLOyMeEeQx59aMGcuUVE9N&#10;P/T7ppgmScszZe6c9McAyBlyd4zLg+TMDwXAMLif3VutNh0FPTgK12BYO/8ArduMWNdRcFwqlp4t&#10;8aPEGMkUW1iGJAvZTtvp7bjgQzjtASk+AwBR1b5ET9uFCNlToFj+LYjiVfXyzTJUmFYJ6kuo8tAx&#10;KAyDfb3x+7Y279+Bo/WCOvqGWisQ279I5BsAdfeNkHbwF+RlmG/rrxhM0KbTKglMGh7wz094XhlN&#10;GKuTzTGQfLiUql+2oF3bv2LW+HCMfiC5umqOmPRisry8ODz9TspTT1tRHJ5bRQrWvIVdxtYAKbkE&#10;gfXwNXGfu94hSpABB9hq79sG1tf4w+IoSOneVMFy5j9ZHh8kPz1NSPS1VNStFeNZZYpF3pGbpcIL&#10;bgL8Itk7p31g9VPWbBM8nA3r5M7VK4F0bwkSxRUuFYazuUnlSRtw9xHmmk2/4nH7oGQO4+RvvLN0&#10;4AVrPh4wOHtFLrHLnLh7vTxxHUD+lK/P+fMm9H8gZr6i56xdMCydkihnzDmLFZleRkgp03EJHGGe&#10;SRzZI40BZ2KqoJIHNtL02dCMr+nPpthGRcvBcQxFVWuzZmQqBPimIsgWSZveYhBbbEhJ2IALk3Jn&#10;a4tWLS3DQPjO0wcf0oQXzqUgITgBWh1+Il6ts5etLq3iGc8yVVRgeVcMM2C9Msl10c0NPguE+Yrb&#10;f0iqrVE7IslTNc72soPlxxqpgJamTb9hlA1+yf6OEgQ0lXWaLXFpBEmq88My9h/zZ/0qnklk0J86&#10;EkDU9t/IvzbX1axOgvpxQpoCkz+lwRSqOU49rkU2+NPfYx2fQ9jtB575htSG+4njDiZivIbKRE14&#10;YFCFRGhIsfd3RKba+w3P5c6SaUX2yEfSxP8AEnidaUp2iT0028lQTgcTWKuwfC2CfM4ZA7jUSCmS&#10;I/HWJUJ+vmU1k4t7xJ+I1/K3GHLcETAqvdq0DHZTSMm4DMCzUqKNS2xjsPj++X5yGISLo/b2MCP2&#10;8ZcsmljBImmV3Cjs4VDl6cYRWAmjprN38yB0df8AlVTzv+Zk/u2HwP8AZyzdo0jBYHV++qOJWoTI&#10;B4V0vS+jiUrKwkYD3TJCpP8Aysbc5jEVNiw+vQ88q2SIIFJu/UoxGzrqLN04kg1p5GX2RjzY739t&#10;r8lJiERA94j6f7OI3snbHikA1pTikYg+lI7EOllUsjTfKxyM2u0hHvb2iUH8+ZBNSSECRUlv2Vwp&#10;/wCVgeFr1oojwLA9SPhVF3qyCZj0mmtstZxw2JnwirrMJ8s+/Ph09XThLaX/ANFdNR4eHt04iKvL&#10;eIYnXtE1V8jhs5Wd2gSNWjTeboLq12ZfEWtwf3OeZTd5AhD7E3SD4QMSdMGSeAJmeJ4RRrb5uwhs&#10;CBrPVViuU/VZ026W9JaetosstnTq5gCVOVcLhrqqvqqfFJlooH+cqD56NHSRzyN7jFzMy6e79nqD&#10;K1QMRqA0zLh6HzKcBnBZS1trEN3AB1+i99eDtXbA03ljaSB+YOB/oiBtx28JHnRinOgG8BjTvjXr&#10;gwNOkmWPKwKnqeq1bEcKzK6wUr0tLNBSFvm4YpoSHikkdB5dgQu9VZSFPPZg6W5VzlT0dLjWA4di&#10;ohHlzSY5h9FUtsIA/fjN2t43HIZsd6WMueeecYS4pQwESJ/ztg6hRbZZ/wB04pxzUZ2DDD2UCnSv&#10;8RbrD6d8bz1imDZrzP8AI42TiWW8r5PzVmeiw1a5pHlY7aisZIKUljaFYWYCw9hIK4r6JuhmYKUQ&#10;4pkTDIAHSpWPC4Xo7Mktxu+TaMWKDaR8TxLme9+X3IANnG2Sk6QfQEceqjz+1yHUaQmKOd/y0M+p&#10;vK2IwUmXKyvxrDoy8FbV4++G1+9GwkIDF8/TM5Za12cMWA2KoIN2BBnFvwpvSpjMp+Sy/i2UIZGa&#10;RoMmZhr6WEFtT+imEi207duR1nD+XwVIQtJHA4/Ok4v0kzpp4pv+FNHq/wAsYMVGXcp5yr4AgEmf&#10;Mo18UsrbwpUzZex+jiUkG4Igt4a8BXNn4NnSasJbKPUrGcEmUnacdw7CcS1B0vK6wS2+IJ4W29sy&#10;/GtQCerE+yCPapPmKcVdoVEg0Zjpp/wqkzDPDRnqf6TcCrInEb1VdkPOuJU87K32jFRT4HXqG/wr&#10;NVRi+hYd+UmetfoDgfpe6mUvT/DsyLmjFcNqKU4piSU8lIm6pwdqpFCSTz32x1IBOlz2A4Fd4VW6&#10;HEhtJEcD8cCaeGglJHDprZs9Enqnwr1rembp16mMCyVW9PcD6kvjYwrKuYqiGproIsGzBXYBvmem&#10;UR3lahMihSbKwF78W34dGBx5q9XfS3zoFmp8JkxDMNQHG7Y1Dg9VURP9InEZB9vFm794fzCDtAx9&#10;lGraoVjSe/EMzVVZP9GPXzE6RPMkxLCqfJkyaa0+YsTpcAn7/wDHVY3NsrCqySIe4bJcXsfbw7vn&#10;2nLgKWCFCY29FFDl840ZBxxrRh6rZEOI0M4l8ubztyyCaNXPgB9oXv7o8fDhWfVT0Izv1ifblDCc&#10;LwynwmkfMNVjtQV+fxTEo4PIhgvGu8RomlyfE6e3Ln6RPqSyvdy5Cczu3O6cJbS3CihuXAZ6JOOJ&#10;nbiRWQ3Yx2uWuWApfWoqVhp4DoPtq238Iv13dAPRr0+hyJ1z6zZqxTF84Y5HknJnTyOlxCXKeS8D&#10;lrJq6SvZpGFMj1VbVyvO8e6QLsuNoNi89KegHqEwvCcCw2WifL2MUpp81nOWJwpUNTtNTLWKsYqA&#10;AphKFQptdib6X5mlvF9Rm4zrbjl1dMq1KU0WUOA7FlEHTiZ1DUYw6cJrKw9rmQLyfu7q5Cn3YTAO&#10;IB6hiYmrr+tv4l34dMGS804fnPrngXULDszy1fSXE+mGWa44jWYmJ644HUoKTDDJNJDKtSGaRQVM&#10;VnXS1xCwzAMxZpzM+K5mwWbrFiUeK02Smxiro6eWKCWCj+faRImIp4o/LAJKNcsT4sOezHO8oyXL&#10;+5t32suT3SndOqJBVpEnBSvGeMYeRpeLvJcgtVWjVyltak6pIgAnZI2nGNvCm3MOf/SP6R+kw6SZ&#10;M6hZZ9HeGUmVcQ66UuVjiC4W8dJiWIjCVqpvNPzspNbUCPc8f+FVuI7ALOqnp1wrpRj+Xc2dPcGF&#10;DmSQQYhDgGE02L4q6rNRzx7byo6RtIqO7q12upsQBcKOyD6gLzehFzZXygttClJ1+FtJCVgFU6pI&#10;BhKI28ZxNRt2f70IzG7d1kKSCATgkEA7dp+FYvQj6+8v+rrAuquFZlq56nLnT3HsdyG/U/M0+V8D&#10;ocbkwnEqeKokoosNxOSWalhaup4Y6lYkR1dN15GtwG8Jzl1S6hYemYOm+Up8xYxldiIcy1VLTS4Z&#10;gktVFLTmaWOsaNHmMXmbA52IzK76aGVO0CwynKmTa3l8LNL8AnatQBBITEwNmMH12GRu0zPcqcYZ&#10;tmj3aF4lY4DYYEiSYPVsxo7HWDGOhGWKPCOnHUrqJQdPP86MjwYPl1calwfGswjDniqJqbDzRzw1&#10;ch1jWVae7lG26buVRZWyXl2g9YePZ4wSvxN8+0+KZlwvN649BQzUv8yxCpqsJqzSwUEspKo8knkh&#10;bggA2tpzBrsx7Atys/3zezKwff0WxdMreQC66knSQSA4lMYhUThJ68Hss3Qym73hW6wtepOqdREE&#10;4jhiMdlDVQw4ViWV8K+Rkl/kjU9HXYXIZahJWp4RHUQl3qQJQSqru3+93vrx1wf0xZoTLuL/AOcb&#10;1PZhyl0wjmgqMXpqilr8Ip1qKKWOSkfZis4ll8uXaFdYGCmz7tdFWb9itgiyW5m+euaUEBTSStRS&#10;QcZ8S8BwWRjtose3EaVaOrvM3c0JVihIUdhwkkgdQJT11kqsSw81ML01GuLYvArpTR0gR5Y1dgHB&#10;l1SIMEvZmG61hcjhAa3EsiZc9R+A5X6Q4pV4ngFZVYZRY3m+vIjkxRWijlkjijSGn8qmIIBQrdiL&#10;k7dqjmdvycoTvapGWFZt+8SApR8RGGMAJgdUedQow7at502m1KigLGKtpx8qfYmdkDSJ5TNr5dwS&#10;vwJGl/o5Yt6bKCJPU50DiUiN2zllVQ8RAIZsepACPovcDtyXVXSGXG3NIISQYOwxjB6jxrKe6fSy&#10;0SE7AIosHrixVMC9FXrAxuShgxRMG6XdQMVfDMVR3pagU+U6+YxTKhVjG+3awBBIJ15tp5p6a4NX&#10;YZHGmILgtHT7PmaqodRFIALkyvIwu2vdjpqfHg63R+qe7y51a75HezJGMFPQEiIiBwxOHRQYy/tV&#10;v7F9S1jvEnzw2AAcBs4VoQejz8XT1JZZ6n5ikxbpViPqWzRmQ1L4DljJtLUPiWEgmKOKDDKPD6aV&#10;IaZUjCtHFGC/uBmIQAlcxOPpZg2dcqQYHnqkzFGMMximr4MipUY5Umanq8FiWLycvislJtusu36f&#10;aZDy/wCrVF/cFSrZwoSlR8I1bSIOIERJKugRQ3t+2q5vBK2jCfbHrV+GQfWL63ep3QrrV1B6s+if&#10;M3RuPKGYcAfLdH14rcDyPC+FV+F5vq6vEHqup02XqeOOkdKVJpBISfMBQbdypU/6JuqmduqHXrPN&#10;W1DT4flHBstYph2A4RRsy0y1SYhQAFoUeNxMQSFO24BIJ1B412V9oF1vBvGO+AbtUlStCYA6tQMz&#10;snjjNGu5G8pzHMkC4IQwmTA2dUz76vh9U2H4BTZHyRHj1bVUmENmnDpMXxGnkgv5MdHWSO1QatJI&#10;zCoXc4YWFr6kWNgWEYV1Oo8Jq63A8y1EdPUTlo6WSKnmKtEFh1SYFmjaMIy2J73+HMybLf3ce9fc&#10;0d0e5jWsEhIKtg1iEhXUDIETEicnbPeDdq6UsqSiW9qsQlPQNQAEnok0HWaMw+lHMebhhec8t4Sc&#10;bwekjnOOzxz00EMVTLMVCVlOERJvPSZPtBgwYA9+LzHsMxDMmSK2lx2orcVrVgTZVKJVpTVRyXjk&#10;SFTtBN/evoFuTYA8ifejOH93c0Td2zjFtbuPNgQ2FLUlQhYdWVAJTP2qGIjGZMRhvkl/KVG6YdaZ&#10;SsjSkeJcdJV9oHv6McKLdRyZZ6K9Z8GxzINJk/I2EY/W+QcLwmKhbHqjDZaVDVJWV0iM3ko0YZAr&#10;bmkKKLsQDCyRLnrJnVnItflTp+cZy9j9LBNiUFPicqVtIIqlaeaaRY9yyRD5lbohbRSzbdbRP9c6&#10;d2M73BzCxznNmrFwAqYUtnWlxQBIQlZHgUSAARCsf4pAqM+0zO15nkhTdXEkgafDMnonZ6UvMezl&#10;gXUzJ+ZcPx/PkuO546c45VSYLR4VgBkpsSf+WT4jT0CPsjkheRKJz5sjRLuYJeRSu+x3FRRShp8Q&#10;x2NVJMgjw2lq5pAWJexFatIv719GPPlzyxxhowlYVwwPpw8uNYcB4JkR76CCKq6j4hDLT4T0WxDC&#10;apWIf/ORi2C4ZAV0a4fAJMdl1voGgW3w04kVxfL8MirBDiGIuG1lElLQr/yDsrPuvfg0QdSYOIqq&#10;XdVQ63J3VyqhWrNdlDI9RcbqaSixjNTMOxAm+Zy9a/gxjIHFFQ5ppozIYMFjonI92eSpqnlUkWDX&#10;SWOMkE3B2c3pIAIQlQHAiR5eXVVxbE7SPjQX5j6L45iMwXGOt+YVhqleKqwrKeHZcwyhcsLko02F&#10;VVdHoDqtUSPaTbheKzpRlLB6SoxKhxiqxDFqp3lmlxedLlZJNwWJ0SPboTGQ2jKSGNjY9Yuy7+sc&#10;3gu75i1zewQ3Yo0AflklKkaBEKSpSgtBEEgFJEYSJFZO2P1D5ndW7dndoT3DemNIgjTETiZ8vhQi&#10;dQs9dS8UwTLmWcOxfCaTLmSpKN48uUeGiOOpjoYPJiMgE03vpIFmj93SRFdCjKG5St1rxbPNXmj1&#10;CZL6jYJPHiuT8C6gY703r8NShhw7Esu12SayClLJ8zNXtKpd1lfYkRlDqCWVQMxu0ftAXmzvcvyp&#10;IbcW0QlICkKbJTBkqUIIBOEGQYiaNs27Qr3M7txF4EnTqKFAJAKdBgYeI4R6zVgWS80YRnfpJkLN&#10;mXa6mnw/FMQybSZhgjYPPS4zT5ooGngOxUWykhUuAdm1gLNcrDpp6EcPwGLI2es6eoPG8XoMQy0+&#10;GYBQ4fVxNDS4niWFzATYXWYkKjyI4FkklpxHHv8Ad3H3VZXW7tdh9s9aW711fShTaYBMDUsT4SqQ&#10;ANoEAz0YCpSyzsntVW7Lj9zIUjwzsClDZKhAAkHpJwGNNWZPUNimM1+ZMm5JylS0mOYVibU+OS44&#10;ZZleCmqoYZDLTQLCSSGSOUtIEBZYwzM3usuSvSh10w7q1nJc7daTX5IxmEPhsHTqoljx5qeCVxR0&#10;C/O0/lUsaRENKFMgc6XJZiT/AHR7CM7TeA3d4lFrwWlUqO3SACnZHHH50L93Nyc4YuCH7r9gYghW&#10;JjBIE7Bs2DHgcaEyr6u4ViGUIMcpMDiwBDVL/vzzokLYbEVI31S/LyhpVL3VCdjfvkKo1kZpyThm&#10;GZXwGnzBi9f1VwjGsxz5BwnEOpVKK2CTMT1BoT5lIaNaaNHjiPk1IUbE33k+3dNvTlmV21sy/wB+&#10;q5SXFNkvDwhf2kgRpSgcFYdasaOg3lVvbJduVqdlZRLgkajhsiAMNuHnSpwvM2X58RqUrKWLBMdw&#10;7C48yVNPRIonbCWUVF42pnaR1idwsiED3rHbZkJUfRTof0v6DNjWORdKJMuY9nFojVVcdd858jRx&#10;nzJPlVldmhj83a0kQJ3XGpVAoHG43Z7uzlFsbl6EPO8NerSBxTGxJxO0+o2Gm6G5eR2JVc26SC5B&#10;HiJA/wAXEjH1qBjOIHOj082XM5Q1OH4eXtT06MqVM0g2qjut1a67trrYKfAmxCSyj6uOomZPU1hn&#10;p9TI1ZguEHF6+nwvPeN0VU0Nfg+E4FKJSFXyHbdXmJi0bELETqLXMDb0dsVyd5E2CBqZS9pSpYxU&#10;kCOjGVdGBqI94O3C9tM4Nn3MJCyAThqTH4nhtpFdRslZfyxkHMee5YBWy0FG2IS4bFPTUqh5qtHD&#10;RSViyxeckbFIw67ZHtcC4sFXrkq+pOYa/LOBdHMsUWMZswMY3ic+ecYqaSWrwmm8ylpkGHU9WVVK&#10;pjZPOWKSWM7BE6M+om+qa+vbhNnpQlJCVKwUABsHhE7TtkA+dRr2ubyX1862tCENqSDiFJHqASJJ&#10;6gaW/TmlxCaihxrHposJosVpaGOLLeGQ+RG1VtNVLLJKrM0im52gbFtv3q2hFdtb6NvUDmnGaOm6&#10;k9YcMTFsJjfG4KKvxuuxTEaNK2teVpkgK3VZJwx3q1mcHUm/MWLfc/McxfS29cJC41AKWSYnhsqH&#10;3N3L++WEOugqAkAmcDxj04UKNLjGGyJegieWIkIHggZEJCCwu4UaKB9XDp5o9EGV4cj5Gy31Z64Y&#10;zHl+vxKkwkQ5ewysmepFdiVPl+hgaSaaoSJVxGWrkChACZmJBZdxlqz7HMpYytp/OM3KUHANJClG&#10;FKMRKoA1FU+GOuZqQbDs6y5VkF3l6pKdQGlKSdqgIk7BJJPtNBzh/U+kxaTNsmXsKhqZcvlVxOKo&#10;qoaaQ1IwqHFbNuX3iaaeD3txAuASADY1HTHplhPpUyTSY1gGS4sT6bZXn/lmMYvX4TvzAlHPWtC+&#10;KVYoo0aYRiR5J967Vjj2opJXmTmT5tY7n7vWi7GyW7alR71zSgOKSr+JIQNW3AyRgMIqaN2XF7t5&#10;e27Z23e2yTC1FKdRST92EKgcZwFMOM5roc1rFlulxaemx7E6cYgsWD1lP8lV1EdPG70UNRKRtZgy&#10;lDGVa53XsGHDEUOV8n5pyZH1L6Y4v8pPnGmpc1ZaCCZ8Pro6oGpEE0VTami801DyuIUS8j311Z/d&#10;mG/+62Z5zeO5LcltZCS4ggoQJAMhJw24KI2mT10Mdw3ssfvXrmzUEJWPtGCcdsjZ0TQZ4LnPNGCZ&#10;+fLGY8L8nAIDPRYrNNJRxyxxxRmMVlKKUyVMsY8qOMNM24RruIFwqIzqdhGUa2vy9NmjLODZOTDp&#10;pZ4KTFHy2/l1WIyK881HHWzSVSmVu3lhTYgHsLDXejtD7Pb5xvLswuWblySgTEpUI2LIhOIAmRMb&#10;aFOdb15PdKSzcpQ4pMjxRhsnT0bBxFCNkTM9D8v/ACqix7FM/wBXtaKjzI2H4yIpY6Rikcc1bTUa&#10;Um5QLEl7ubtruPOq/pVVwzQ1mVs1VmecrqiT1mXkwzOGIwrIrqzI8uXAVj9zcAZbKptfTkP3faR2&#10;cDPLfJnrZds8hwBJQZKiCInQTqSeIxJ6MaCtxmuSOXCWNGgyIMHD2TNIyu60YRSTwx55yj/mnrqy&#10;vjy7Q5wxTFsk0cifMSGFJVGO1aO6yPZVWKORnv7oJ041tDhmG5cH8lwUpnmqxfDhgGUauOKSWrps&#10;RxWHCqeWlkxeaNG2zyhSGlUXI98AXXI36gu0OxyXJ+8S21cMNhAKFBOJnCRGPDhPTQy3sctLSy1F&#10;IcSkDDZOwdXsoS82ZoTBJ6uoxudKzIOE4TiFVmXM0M5/0Kow+ifEJo6uGhjLqHpxvBVD2I23ZQ0/&#10;1RL1Iwf04ZtlqcEh6fYjl+LFsRlzLj2J4TLUxT0uCVtZ5KwYe9WjSzuixD9OBuYaHtzlnv125P55&#10;mKriwbFqhaUhSUpQmVCcZSAog4RqJ6NkCset6d7nVJcWyO6Ok/bHpsFF36RZz6d5g6xvmbJuaJ8y&#10;rmDAKOWhylgmAY5S00dBPitHSQ1YqMRWkiZISzOVEBcJdtwVQDqVYv1K6g5gpcLosbzpW4nSYQGq&#10;sIWqqXPy71McKyMhBupfyk3Hxtc63PIrXn92tOpbp6dvSKw3us9u32gHXioDEY8SBR9dqhiwUBmA&#10;VmtqQL2/jzcS6v4lBjXUalosv4VJjeI0WE4cJ4cIilqnZ3jaQAxwhrWEns4eZrv9mgtDaocPdLQl&#10;J9B01JF5vvmictbtg4e7U2kETOyar79KOEVmR+iONVvUHMC5dwyfNWaa6mfM08NHFT0MeMzQQgy1&#10;JUBSsO4XPbkXA8ldY8VkjhoOl2PxRHRJsQwqro4Tp4S1SIg+ktyMzZqcMYqn1qNlO9JFRc5etf0G&#10;ZJnrqPNfrH6X4Ti9ADJWYI+e8tS4gig+NHDVvOT8FS/BDo+h3Wura9Zlmny/TgXeqxnGsLRB7brD&#10;USuP+QOKnd3LkCS2oDrEfGqpfAot2Jfi3fh30eIyYJl/q/i3UrHbXpsN6XdO+oOYPmBa4ENTQYI9&#10;NJ7Lia3J8PRirgnVcw9WMp4SlyrrR4nPWVC/9CzBEp+p+JlbqOuAzpHmsfKTVvzIpuqvxN1q5Wp+&#10;m34fvqKz+jxiWhxmXIGG5fwqct2Bnx/GKWdB2uWp9B7eKOm6f9M8KmifE+tTYoiWLU2A4BUMxHwl&#10;FTIv3pwuVug2n7nk+gUf9CKTd+o7BSRrvWT+Idmt5oMjfhb0+AYfUIRTY71d6zZbwmSN7WBloKLC&#10;Kt7DxCzfXxP9RupPSHpxRYTTYHUZozRjGYJv5bQ05noqaFbDf5rJ8m8hQMADoO/fxGTH0r/Tcxvl&#10;vAQHlBFsO8UoohJA/h1Tht/SpK7LN2F5nmSU6oCMTSt6KZM/Er605wm/z2YX0P6LdLqJIqvFMHyf&#10;h+cM6ZiqAzqklOtbJjWDUVPIU3FZvJmAIF4yO5D/AEjZWmrsr0WOYnSUeYKSmlrcSra2Dz4q3yhB&#10;URv+mIKyhwjfMEe+zA2NlXnaPc2yayzd9plpZClwBCgtEhQA44K2EnZqJxIiszuz7K1JtVuIUmdR&#10;CZnYCRjHGNvXVsXUnF3w3DvIo8Z/kuK4k1NhWE1NTElRTLU1FfTwxkp3Eu51EZb3AzC4PblrFLlX&#10;GcSyPl/DYJMMzjR04T5auoIVwxsD3eQ9PIxppFCQIqSBlSPcW8s+4ULchLNd427XPCBqt+81CCQv&#10;vSJ1QFY6gB14HiCoAQ5nm7jV93Y0o1CCDilf69QqjXNXXTI3Tb1aZomxl8zenfEceSrwyXKmY5Ic&#10;xYZ1cFNHXJWUtFFiMckkuJxvJSmnJlAWMyxr5qS7OBTh9P0SxRMP6NZixakx7MWSp0oaPHqisqPn&#10;8PkWoQeTFVtH50iukag3Yg2VST7rAZZJkm8GUsKzG3LndOhR0qSmFAgRIEABJwGE4kzTO627juXF&#10;1bbhxklOGHqT4R6YbeijJzYB6mstY9j/AKs+ltNiuXssZxwqXGsV6CT4dhzx42KjC0qqasqaepxF&#10;UoJ4p3fzBHtdi7SOtw8ciOzH0k6X5Lx3HMtP10q8h1+ao3xw4bTYdUFqGlr7NJCsnmskcspLOykX&#10;NkKBFAHBjlm+mf5hbIuEZch9to6SouAainEEeEkhJ8MnZ4pB2k5cvLh1WoISUE8VQZx8STpgTJ24&#10;dGNKvIPqo9U/V3KcOb8o+irCepOXss4pWZTizFUdQsMpI8VxHCJJoBiOHefg8okpBLaMSGQNGTMp&#10;EjJ7xhunOI4306yxTZeqXpereB5WikiNeuH1lHmJJAUnWIUNS1W0zsbH9GoNgDt05DHaVufa59mH&#10;51Dzti+uIAWFMbCNSlo0QAJgFWmSR/FiHd7t3XL91D5fLaoiB9uAMSpJIOHAxOziZrw9ZHprwn1Q&#10;50pesdf1bzn6IurWd6SOiljwjH6bF+llbRUdNU0y12JYzlg4ckRSEyKBVVaRF5GiAJnbeBnWPqI2&#10;eavB+qGBZzpo0yjtw7MnQbO1S1AyP5oCJsUKIZ2ZgPNe4e4ubAqZO7Kuza23btXcuVbEqfEi7bSF&#10;FZgySSSVJGMInwzCQJFCrdTddOUNd3aIAWQCpRiF9GMzIOzGMaO5+H96QcF9F+UMy+njLnTGZMez&#10;pRJmDE/Wjkmiw2pTM88tMWimmnq6qpqAsLNIYKTaY4gTsFn8xgaq/TjkrMeC4j1FytZMJxeWnxTD&#10;6zK9Ti+K47g8zIu6lqoomlhnQbXKyoUe4Cl7MAZMt+1S8sb78jcYOgEeMNpadH9JGxSTslKpEfaD&#10;Bh9lf5q/KnmS28RMknEgDYAozx4g9HRRtMD9S+KYJ1Zpuh3UvDa/LufMPw2SSgzNmuHA8FyjnZaR&#10;E8+uwaYV1TVQzK8sfmU0wuEZjGsgjd1YcqY50iyzkPOFH1Hr2xvN+AY3FQZUr+pWX6GgempjTNLG&#10;YnrUnq2i85S0++T3AQFBPvMXZhYZ5c5qhxAAtCglWlajKpkxEI+3BOBJO0jTFJLZxy1vHjdHVahO&#10;BWlX3TsBUSdgkSdlKHHsJ9QGL+orJuNYKuF0PQSbJtY+Yv5JjONT11RmRsUo9yeWklNQrGtIz/Ky&#10;iMySPuLmNVUNKz91Vw7rAchJB1KWagy41Xg2Ysw4ZhFdWwww1k6s7OayJE92JLjV1e1wbbxy+5+7&#10;arFN241baS6AUpUQkqKcBiD0mIkbYjZVsheadS4WfBKpHhwiBjMkYdRBrP0X6J5d6IHrbi/TzpbH&#10;lauz7WxZmo8sGooKFMQqcPwmGki2vQT1McavILeYY0Zb2KkKpK5wrpziHQs0Of8AMUkGZ8FxSV48&#10;E6i1OEGtNHfDjPSitghrJBBT73Ybz4/aUXvwqb3tZz64cy5s6LhEamwooKhqx0qKfEqAdmEbDIpt&#10;xTDlyGSrUtMTwIBnrJIAnGYEUG83qB6b+o7MGefTdguYqrAurWWI6b/OF0zpsTxDLtacMkxaSkq5&#10;cNr58PhkrDHHTMGkpT5YJ2iUHUKTIfqZyllTFq+qfJeC5PzjissZx+uwTD6eixWrVg8osYo90qup&#10;Ulu+ugY3BLd8Ow5OYspQ46t63EkIWrU2TIjUk4SmDAMx1GKpf7v5Zcq/aQqBgiZBVjjG1R88KDDr&#10;7+Grknr7QUGCZy6k5t6hZAwKlqY8C6SdQMx4hi+Uv5juiENZVUs8oeeWmKv5KSSMi3IGw7Spiar1&#10;lpictfh7ZdrKbKtZQ0tTlTNs9FilZSVFXHI8VRFV1FLDN8szDaIt6svc3N7LjBk30ZZfll+i7S8D&#10;cpcWVIltCQgxo0pgJMEiYIUoCBhNQrl/Y/Z5fdouJMqKsY8IJ2AhKSQPYTVMOQP+E33TzpZ1B6e9&#10;SJepMmbOoK5ix3Es95Py4uA4LQ4fhNcgmwoUNC6RfMJSSktV7Z4JJUYLHt2ESJnEOtnS7rlmzAsu&#10;zZChop4YqeHB8y5+r8HjernriyPHHRQ1vmValVVXVGZmB+wFYFhNuN2T7ybl2l0+q6K0OrUruWW1&#10;kJAGoftD4G5ggSAAojxk7DndvLc03dUsPS4y4oqCUj7dg8KjIEpkEEUM3pk9D3q8/C66b9YMzZt9&#10;RtVnLKGd67HczU/p59O2V8exDD6CDD6VsRjmpcwYnQzUuBs8YmuamlhgEhUtUuwG0oqZt6d9F8Zx&#10;nM+UMrU2MYJmw08eacsZoxGnxTCKmWnqGkp6iirt84haEgyIlUFmUPZwhF1ymtNzrzOGAh54tqQS&#10;UrSkoWAcFa04apEAlEoUQCCqYqUbvLvzANyiWyjaSYQoA4dMHCcQEzsq67FukueuvWRMKw/OPUjG&#10;8hZ0yPi9RU5U6kZFpKvLGOimi/0SWmxKlkPk1AmUkStTFqOd41ljBjsnH3O1dHn3IGF4B6ccRx6P&#10;BMzRVFRRdKnGERhZJH2SxUtTiJBmoV8wxBYlljD2O9SBwN5Q3eZY+47nimFPMzD6dSZSIIK0+JCV&#10;xiVKiU+dIcpu305c44+8lK0g/YQB/vcpEzjp1A7ZBkUHPRWj6gdJos49QPXVjfTzEs39MY5aX/aR&#10;yV/MsGparAaKkikjrsaw+rM1Hh+ImLc88qzIDG22NRHccfulcOXKHB+qGWepnSfCcAypkmkq8Vhy&#10;thbwYjWyV8ZvKRVJ8rIJ0jhiVyoUybiNp1HE++V3mbpsn7S6WX3XEJUoqISEbcUwU6TJMEEDACCR&#10;NmrHMGbtltLYbKiCogzqTE8MMU44gDAY4isfqNwvrBjFb6aM2en/AKl10ebs55my9T5nz9QVNVFg&#10;E2Vnp6ieqVsKWkxOmmhqIqiV4DNGRG+w+ejbXOfCvVVm7K3TqXDemWTcJfLuXaaCalwWCWsxOSCA&#10;ytLJFUQwO0tPJEDdhJNZQe7duezT6e8kzHOm7vMHHPzOojXgjGAMP4FA/wCKZOMDbVL/AHPyJy4V&#10;cNJPfoxHFQ6QNo69mBJI20HPVT8J/wBLvWnrlH6gOqeM5lr+tQqESh6gU9bSYbUJKuGwYaFihSmW&#10;hkWSKEA2pSd2o2sL8L31F6t4vm9cDzjTxpkvMOJyomY48uxtFW08wmcpJ8xD5qzxEWPkyXcWte9r&#10;zVu7uO3YBy21d40keDXBB2YaTGk7cRgerEUKLlT79rBR3XCdqtg2ESJ6j1RsxsN6edMsNyFleDIi&#10;vUY/l3BoIcNweXMky1Zkpo6ZINroVVEf3Tfy1VDe4A7AZ+mub+oVbhMmNv09yj1CwfOdE3zOKYhD&#10;T0dZV/piI4cRn2qsqk052SyQkLtO52NxyN95cgypNzoRcPMFsyAnxJB4lIkkHxYpB9NlBpNs2t7v&#10;mzqABOHSBjJ4gxsgxRcuq/Rzp9imO+bS9X8+dNcQyfOuZMKwfJOI11VRUs9PRvFI9BTvDVspeHEf&#10;LelgYBlI2xA7WEPGMEq8pxY/SYDnKjoI097DcFxvL9QafBsQgijmlpaPFkM0Mane0ZjlWNN491Pe&#10;4Y5Xfh91tT7BUk7VJdAK0mQFLaMEjYQUkq66EGWLcQsreSW21DEAlQSZMEwYTwMaQPPYBCyvmLGs&#10;y41h2LY5kGriwyvUQ4dimWMyR1Ar8KmqJ6eDEcSwlzSmMyJFHLG0QnkCNYuNhXhAOpeQ8XqcTq8N&#10;raVmxemFRVfO4HVU+Iz+XCwRg4wjzlXbuF/s972FwOT7a55lxstbiihsAY6VJiejUAY6hOG3pok3&#10;1ydrMkJ72UugYLBkkcBCQenzx4UZShxGmxCkhrYPMSCcAx/OwT0rm4uPcqURxf4jiipZeplFlLCM&#10;KxLM1RgmC11GcQwjDIZ5U307xvMquKSYTAPtZlR1Fgbr31RKcyh55b7baXMQNQBGOAEEiOI+2eum&#10;clTdJtQdYSgjADUCCMIJ1BQkjgNvrWKGHC6iqnrIaaOWqgkNPLV+UNwkVQrbXYa20BIPcWOosDr/&#10;AIfFfSRZZzfNhOeZJcxVVcsGJZSNQ1UIbDSanNRSwFQUZQypJKWYC5T7Jw5+o1OaXN1g3+ygEeIG&#10;OnEYxOOPp1RVlChc5w8p5w94lMJSV4KJMYGZmOBqrL8R/Lcecq7KGGZv6YNjuRsBoq3H6LPNZU/L&#10;Yd/MXCwjDZlpKmSRyygyNJUQpCik7fMckxGA6RdU8c6sdfOq+TIMwUNXSdPcRbCqqgrI2ngraH5e&#10;n3NSlaiSWOYENHMzS+WrhbK5chIf3x3XNvu8lbqDoV4SYKgVHSoAg7R0gGY4Ci/e3NFqzT+WAyW4&#10;I1DUgqjVpO3xAKgkAEAK2bKKP6yen+QfTJ6I+m2KR5Kx7AsdxamwxsIzXlKow95sLzLUNUYnAmJU&#10;0mHU8VRTQS1No1hohUmFZNrQGO7aAfOJtczq2GOe56vV7nuer1e4r8h6Zrwo+zz/APymk426PDS7&#10;Lf7un1+Fe4PkFhGL6C7a/WeIOM0JWR4a9yNMqsAVNh4g82acIr3MStGASy3PKpEU0lPTXudM0Zta&#10;O318uTTk17nmlLLtI08OVG2tTXuToV/RhvFtCTyhNXFe4oMJT9OpPYac8keIUst0xXuNFcrHEq5r&#10;3HnSXv7Sx5aINJ1jx17mMC3LVcCvcV2XLfo/G0p0+lDxpRinwPDXubCn4UDu3p8z3GGsabHllFva&#10;yyG9/q5ZkjUqlChKE+tEi9WGxc39Jt8fmCemx6na+osXw+4sdDe/LLEraxG3iokPiLM3jp4c3pUD&#10;IMVtltPAUA1Tg+CVMAppcMpnQD7MsUZGhvruHM81ZU1OxJpGmUEFRISwvYjx5519cAEk08EgbMKb&#10;8Py/guGPUVGHUFPhkrrsmkpIo4mYXBtdAPEDkTFo1bLmao1BbzcKxCJEI7lqRwNB9PG7YEuojDEU&#10;2+mUEVOopJP6z5IeVwGix/BZHdTcBUxGJjq2nYc54HXzPQZiy7iMkf8AMqBI6/CKrDjCiyfKySRS&#10;UwesNk8x4mFiTY37d+dFMrK2UNugAoII8zGHsNYIbxqQt2U7ZxngPnQE5ywH5bNPTDqjlgVUmU8b&#10;NblzPGXsUWqqXRsZp6arpcVMGEI7TtRxzqQybSUYfa7cRB/llHUYpQ/LfO45Gomnw5YVqZFWpkR4&#10;wBusJI2BcN9ojafgRq88wG0qKe8IE7MZB+I2g0jtkLL2kK0J/T4GjBPNjeN4dl3GlxEUWTzJ5NJm&#10;D5uXD4Wmw+GaGdpGVLtBUIyxNH9hW3i97Mpkspz4xQZMq6mhgocEWli82COuinMrMVJIaOCxP6SQ&#10;OCLkklSBe4Q5lfuKJeSIVhBVj6HHDDYcdmzjQoyW2tnVhlS1KJ/omOIM49IwjyM8Kpf9TGEdPMxe&#10;pjKeG5khzX1FqMwVgpKqqyrPhK4bRo0mzfHV4n7sRako2hkQsmyNEmRmK7WfI825tgjiqqnJtRS1&#10;IeVsQegfzk99mjjdobK7IVs1gLr3I9oabzK5KUKWwrRMYGSOgxtMnj7qkAbu2xJQLhKsBEiDAx27&#10;AeBnb1YUXvEPTr6bsblqcv4X6lcHx3LssdDRZKo81RfJzoaNIquqggxd5JaaCtWoYxb5HZZVtEhB&#10;sUfcGrcw4xK64lStg+DQsRSbvIaWoYM4bebtdXvuNlUj29+UzC4uUPrSsFucRjiRjt6J9tP2dqxb&#10;pC2zqXGO0AbIjy6SaBHrVlzod0opBPkXHY+pXV/GII3zHDbF4cPwSlMcLwPTeX5BWamKLDGWmmV7&#10;k+WFCHkTMbzDLmILOQ8gmV1SEOqrHvZEG1mYDQdxYH2cxQ7WVOOXepUBJECBGz99TduwpAZRBkjb&#10;jO3H5Uar0UU2Xl6u5dqcuwzQJJhtQmKV2JyUc9VUV0tLS1NQ7TQU9PKy7wx2S7mQG2425Byg2/Kk&#10;dLUWCrVYhLGwKH3Xr6g2FiSCL6gj2fHmYvYqWBudaEEQQtKjOw6iRw6PXhWMPaSh3+0L8SftI/0i&#10;aVfqhpoMO9RmZcy4UNtRX0WXsJxln+ah2VFPlrCjEXDRojo6KNrRsTo1yNqjneFrTV8sbVFMzYah&#10;34VLOXQrI5J2lXub7bm5F9PDxc3otASlSVSlIwmNn6bKtlV4tuUhUKO2PxoMursuP5Owuf8Aq3js&#10;MOcqiE0vUDD6CClqBU0FJGFE6SwBQEE4RNkbiMl7ksFIVD5lySKpq05WMeF0zSAtCoCiWqBdlZ45&#10;LCxTau5NjA9j2tGziGnAA5tOPDh8p91DEXbidKioqw93PTRi+g/qgrsAw/LsHXs1OZszzUXnU+LK&#10;nzPyeCCKipZ44qqh85wwq/OnMc5nQx3aQXV7oOmmpJnxfCM2QVONZwxKdqXD6GpZ46Py4IkqIoRO&#10;IkaOKZ4LiRgxWTXcRdeJLzLl93qw0eXpW03wRpLagBx+Gzq99Gix6gzVhn9S89dCcTwbJHQTK2Hn&#10;HMyYlhEENXjcdbiEk+HVVcMOjkmiqKnDoasb6ZXHmwM0flI4gcERz308oqrMWUcZnhqcwYNSGOep&#10;yvHLHDPJR0tSY2jmkpot5ljhKw++12KrY6huE19YENSn7oo1bvVnUkHZx64+B21cdkjOVZWZazdh&#10;EdbFlnMKmSnizHJDK9AmI1tGJvmqaOrfa8Dylp1C+4ASGsysoEfIuBJiXqlquoy4dVZe/rLi2W4s&#10;EijVilZh1BWnC54ahVVzGYpGp5G3kDeQtyVF8Zs0dUJSoTp1T1HAj5ijjd1akvtyZMUCfWulkyp6&#10;HupWTqvF6TMtfhPTzNoxjHPOiuuJTZcrMRVqfcY98bqZghQE7ADYDdY/WWsZwijrJsDx/E5MIwXM&#10;FZWCtraeVIyzQfKNHEWdW0dmAIUbiBYanm92t52Msf0uK0hyMeGHT7ag36xctcdYsnWUJU6jXpBB&#10;O2JOEYgDCcJx4UTKbI2cswU1RnvIWW4c1Zx6eYBlsYPg1VC8rBK+oxenlkjVHjG9EQlTIdikhnBU&#10;Gw1516nYBkTDsrZejp5v55URSTZfwYyRU6IkEI2JUpu3bEFQihRG1jbQEaDjfvtMYyy3SW/2jh2p&#10;HCdk9Vc6N3tx379515RGgmCqCSccSkxEkjEzsNA50J9Nuf8A1AZ36gZjrMWo8LyVDUtT5xzRUQS1&#10;E1fM1REs0uFSD3N0j0L7pPNU2Y6sre8R/HM7VFdiVRiuP4bUPS1FdFR1FSJnlj+YkmeBNjzGP9H5&#10;kwClVA969vHmJ2ZZjcX7hddXqWdhPR0CshGspFuwG2yAQnDCKvAyVkHLmScBw3LmU4qbCqWhpkEd&#10;DTQRQsY0hiS8qRBiZDHCAS5Y+6BfS3JWIYcuOF6eCtXCsFip5psYo4wqo6aIQzAg9rggeBPw4Qsw&#10;lQkSeFFFq6ouSRqVOB40qRWHCoEaWBq2rnlSnpHI1ufeuLgjTSxPjxlxPLdBl3D8gZswajkkpqCr&#10;pqWiw0s0y2keaJpPLvtRhFFISykG5NyTYc6B9jTCLbLgpSpWANgj0rNrdS1cbsmrdahJRJIw6MD1&#10;+IVWvmnqc3U/qX6iehuKyphJlw3EmfGGEUTolLRUEojFQQxkUz4hB7kikbNu0AXPCu9RM9YlgOba&#10;0YRRvEtRP85WfppZ4I38sVMW/en2AlOWV7kBidLacFmZ5u8XyWzEbaku1sE6AlZn0ijkdK+n2E4j&#10;09y9SZgqUxZ6aj/lNJVSUsFJUlffp5yBA3uO7TFHAsdoAJLXY2AeaXoMryMNrPgeCNt/wk4bFccx&#10;HzNo98sHpNTFlzhDIAwqs3p7ZIOpMcThkh6hdRombvuVM6YlY+HhzIgL+HwBPbhA41pONPoIBxE0&#10;ILToFGxu/vFRYMANOw5KgjJIU6i9+WKiMaWOXASJFNNfULtkYGzW7+I05W1+LjGf9l3Ciy2Ix+hV&#10;W+ltf4cUWIhc0W3DpVq9KMV6HaiN8+9S4Y5fMAw7D3YeAtUSAfx5rr553HLFNrcedhrfWaGccM3D&#10;4qLrwy2POrK+A0wFhp215o0VkV7nBVVrNaxJv+fGwAca1XudVaAzubd+3L7aopONe5G2L7PzPPQK&#10;rpFe5wdANRpbm9laIr3MZFrfHXmxVa9zrnq9XuYj3PEx21WvcxtqSLa+3m0ivV7nW/8Axa+IPbno&#10;r1e57zj7fDbzcV6a9z//0wezNkPM2RlxT56lbDss49O0uEYhM9Pi1GwlC1MUcfysdLMjbgQh2OrE&#10;2JuRzovmW92ZWeZjvl6WVKIBOlSceGEH2iskN33g4hLKj4xW1f0Y9RXSzr7Ph9DlXM65p6ldPYjD&#10;njLtNS1+WsUopKaWTCqlqmLEJK2mYX96SLzklQLcC2gbc19dMX9PHSjFOqc+WaXMWGYdQHL8+XMW&#10;xEYXDUyR4maYx+fUJIFdYpriOxZiAoBJtwT/AFA2zruUdyFIQ2pvSkqVAMgHAmZw2CR0TRz2hOlv&#10;LVsGJukFEk7NuI6SImMeFYOo3p+yZ6ic/YZkyXNNVgGY8o4/g/WXBsxYNBTVNRSRxU9NWRSIGIQp&#10;LUUZQy7dAx2kMQw00MzV8OLY9imJ01DFh8ddK05pKMMIVYmxKB2chWtutc2vbw5ynfSEqIBmCcaj&#10;DKrVTbKUnGBHsq1DjMEX2cT6hRr3YFe50wtfTlwuaqpIivchSjxI4pb2Y0U3Ar3GmqbQ34qbmKDl&#10;+4K9xTdN8dpMDzdhlTiC+fhpkWOtpXijmSRGIFmSZkVgCAe47d+CPdp1lF60Xp7uYMAHA9R2+0eY&#10;q+6GYt299K50nAgRj0beg4ztr3LNavGMeliXD8sYtVVkHUON8Mxvp9luOGnaKWOFIYKlRHFUK3nR&#10;Eq9lUttuXJAY525ZkP8ALVF5C9LLgMgGJwJSQMYPTNTo4LgKUltRKF4kbADhGzD2RhXGwBLEW26h&#10;z8e/fjXg/Seu+d+UzFh01fheakOLz1u1nrKHZWiFmjlLXRbxXDONumosbEC5vdKW8sJUQhWOJOHD&#10;A0uyzd9pCu7dxkhU8RHXwGFd3BuL9tD/AB4GHXRcvZNxvEcPx8/JYjhuykhoXqWrK6oVEQpOZXK+&#10;WrJZgGAXxjvqvAdm+9NvZwrVrV0Axs6+HvoCbw7yZeyCkwVgnAY+pVOHlBNeBBAI7HgBV/XDqdmT&#10;BWyTgVVLh+W5oxDVYThfmrFUxoWt8wdwMyqWOj2jFydgJPCfeHtdz/PmhZ6v2GHgAOk+Y2q/zvD1&#10;bai/Nd6b2+AQT4B/CJ0+oO09ZmOEV0VUlWKgsl9rEai+mnB29OPoQ66+pSsTFcrZXnxTBwWWrznj&#10;8xocGQpuBQVkpvM912mOnDshtuIXXiTJ+z+4uF6nJUrq2+3YPIT1UxbZItxPeuK0oH8SsB5DiT5D&#10;1oJeqnXbpR0Wo4qvqNnGDApKgCSlwqFJ6zEJUbcPMSkokmmMd0IL7NoOhN7c2GvTd+F50J6IYbFm&#10;XqbgNT1Qx3C4ziNVJjeHlsEodilmeHDsLaq3lRb9JO8puoZQh7S7km5LTCZdbUEcYSY9VAY+pFM3&#10;28ltYo/ZQT0kgD0H41Ul12/ENz11CxKjyN6d854BlaqzBWx4DlmQ4ph1DjmI1c05hp40OcVw6JHl&#10;LJaFIy273fMYGxsAxTPnSXD8pYmch5yqUzLBTNBgdJh0eKVwiqI1BjSUYlFOkKm20eZtAvfw4LX3&#10;7VpINstQI9R7FTFR1mubZi+uNOoqO0nYJ/fROMg9DPXhm/rllTDfUr0FwjGei2KYo1Z1KzDmGqyT&#10;glXJRVKP5k9NJkyuop6mYSMsjbEkLBSpsSDwKcM6pdZRRQtjueo0jI3SxYbRYdF5gP7ryNTBiNNQ&#10;qqD7SOVezK7cbh53w+nyFeuMjYdxKSfh18aO9iHoV9D8eO/M5Y6ANWYnSPuoqnHsezRXLTyK11lj&#10;hkxN41dWsyO5ZkIBUAi/AtnxvL+C0VTUU0EFJQxlpqystFS0ibRYs7WVTb6zwHXu8lvbAgQYoQ2W&#10;XuQAcBR2Icr5lxyrh/muIzGp2gQU8ry1VYVNjYXZioNu42j2+PC8Zl9Y/p8y88lPW9a8tfMxEmal&#10;oMYpJlU+IYUjyyE/CyEcjTOd/VKOCoFHlrYMJ+5wUIOEdJJ5AJpqDyksIxJWBWqRt9iybUTX2778&#10;BbE/XD0IxiSSmo+uWBxRuSnykT1VJG5vbV6iGNT9LMfp5GWYbzuukxRxaLtE4ahQq4LkbCcNMT/y&#10;xpKmPRKqvaOVl0/dsxCj4KAPhyAer/R/FzG1Z1yy5iTP7yYFlHH8IqKkggttlmmqFiivcWaMTa6F&#10;eBq4zJxQOomaOkLZj7x7qU26tEhgw/DREinY1fiJ2pYqfejjj3O+1gAVfZ8DybVdQFy6tFU5awOn&#10;oqCUo9Nj08yYrUykAD3aiUCFCt7hoIkJtfiEX8ERtp4qGEGa5DCJKpf9+9fJXllUSUlODTUt9u1r&#10;RxsXZW8Vkdxwm34iWJZlxLotk/H8Sjro2xTN2E1FHj+Jx1ANUY8IxHa8U8wAl2kdwxsfq5VTjhcl&#10;RNFGfmGkkHGay4WmC0YfB8HFNTphIEMmF4b5SCmD++qmOK2y4NwLDht/w4MTxSfrd6bMIkq3anpM&#10;Er6oQymMR+/lKsIABA2/a9vh8eZVbm7yrZcaA/hT8pqSMuaGjZsR/oYogf4rzwQegbrtNN5gjWTK&#10;JdqSOaWX/mOMGA2pArO2vgBzZIanrb3EDut/tRIz9/ioPB6re0rXKttB15kYmcZrTAOP5IVE+YzL&#10;h1FVIrWhxutp8PclFuR5dXLG19O1r+AF+YJGqIgBIjw+zcrL/Rx67zgKQFE0WhsFUGnTCqXLeYpm&#10;fDKzDsd3KGf5SamqVGltNrNzqOomKkiYkX194n8r8K3M/GrAmOvCm3bScKkYhknClmjikwSBJXUo&#10;gFNECQuhIZUB5IWrmAvdGt23BSfzHLjeVIMEwa0lskAUnZ+nOFTOix01ZFG2hNFJVJENO/6N7flz&#10;OK5yvvxoxPs0/wCVSOKn95kz4RI86otnowpOT9NqT5oimrq6ljjtujk98Xve589H/hzkKtLXeC3/&#10;ABBiP435tO8xXgjAfE00p5WCdvwrDNkHEkbyaHHldTY+XWU8UjH6ozFziaqBtQrrb4hv2Dhe5moB&#10;gk7eYmkjilgFJ2dVZ6fIWYoRsM1HOpsSZEelJN/D35P4c4/MxAEB2sNTuUD/AJmPFKN5Gde3q2bO&#10;ZqqwYmKnDImOyG/8rpVK6p5NY0xb6vJQD6yOcfOUnSZNR47x/wAy2/Pm0ZwSCSZpIlYWBtMc9VZG&#10;yzW08Y8/Aq6M3/SPAKGRTp4XqQ5+Fl5zWS9gWUHwIkT+nl7m9QpAkA7J9afWNAKhPlFNs2CuPeSk&#10;rCFH2ZMNrSfH95Iiv58loX0IUt7DHr/C/GLS7tAClQwoqeKRicaSVZBTHctTPDShftpWgQt38RKE&#10;PMwnmXuWW3+IHie5u7YgROJjbHphTapViNg6MPjTO2WcJrCDCtPVeb7/AOgkjYezwJ5yFdJY+/fw&#10;PgeLxboCQQpI6J21pkKA4kVFm6eUV03UARlu0dtzAE97Lr9/Mq4ky+JPtseIrsurHj0nHA17AAkH&#10;Gmqo6X09aFEqRqoJ2rNHY2+F+SExQE2IP08cS80W5UAT1YRS6wSsq4Ul8T6RLGpZYYSeyBQFN9eP&#10;uH1AldQDob/w4Ec3R+yKvKhIlzThFFd6qZVfA8OrmljsYjAx2ktr56Wtf48fa9RGal3b/Jl7keAH&#10;AZkFyVBtIGBA5mnhtov2SJq/EcSwPCKCBHeteGnRD3dyxUD3CpNybWB5qM/i4V4PqMzzLT0MSVFP&#10;iOByitlad5mE2UqPcrK0vlAHav2Y1Og1OvATn1zF0pQOMmjZgAJBNfTx/BuwebAPw2vTPg088M74&#10;dTZlpd1BG8UIC50xiyosryN7osLlje1/HmT8IucYh6psQ+ZiVpaXK2LV9IUFgjiroab2nuk7Dj+Q&#10;Xyu/GMRS5oagfKlj+KBLJ/seZ8olYCnxOuwWmrFYX3JDiUVYovcW/SQIb/Dm0JSzrTGzx7OxYNa3&#10;Dx91bpnEzMGgu+hZO2tRjM+VjjVJsosRBeMHSmmd2Bta20lv4cW1BWqQDTtsuCrQjVjceG4tbv4c&#10;CV013o/aJ1K6dgwPGInYNtIl25HiG00T7PeS8QwOZo66TdQy+407IkqgFf3j5aW1PieN+bMNos3Y&#10;BJg+K1demFQs9dXUGXnkE9bDDC5am2wDzHEl7CNSCxsARfg03Ttl5dc/nWmAtYH8QkE7RA4mY8+N&#10;B/eLtfe3Gy9/OUMd8plBIRGIUSAlUzAGMkkeGJM7KevRxj+fOnPqhyXB02TJMHUTOjQdPMi52610&#10;cU+EZQxLFq+lMWOqJz5S1NMsTeVIwfbvayObKYeQc5YJmPJWE1OVMNqsrK9J+gy5maCnpsRwydd0&#10;QhrYaWoqgkqlLOvmFgbqbMCOSHnuSX2YvjM71Xf96QVeIHCR4QB4UjqAwNP7j9pufbxtqvc4Y7ta&#10;1Agpc7xK0HSqUnQkgcIIAwMSMaQ/r69OnUrpd6o63Gev/UOr9QtLmDE6LMmcepmX6espIMagq5os&#10;QrEwmbEKenhkSOGoIgeFBAVZSn6NhwtecOnnUQY7SZl6oeoyfLmVJsQky9gmDZNpDTyyVGJyJh+F&#10;woSlTLJO7zEMACO1rC55lEz9Se426GU6MvyQl5WiS4dUq1SvBOwbIIAmMdlZTZB2k5RljCS1bgqG&#10;J1RB/CrhfTL65/SbTZPx7pb6AfwuaTOvVzBss4f1Cz7jHXTEstUeCQYVgW3Ecx1eIYjilQkVPSUo&#10;gh8mUtEssjKXRSiJIGGAdN8KyrUtSdEsfxKpyPkGskpMzYnJXR4fgmM4jT74ayn800lfLWSwyRBK&#10;h44UiR90Sy+ZG6RhbNfrqv8Aee0uUv5O26tepIdWohLYxgI8JMgH5npIoz/t1TmGWC3VbpB/pRj1&#10;R5bcIxqx3FfWJinWHJGXclesXpBlLp56iOrFDDU9OMjZfw1M75wy1QYsFaKuqElrMFp8JRVkZ6QN&#10;iLVEqlZHgFmVqF/Tr1Oose9ZXVbpLlXE6bD8YxrM+fMy4tPmqTEab5nMVHJWyYesM0D1SCjhqLAg&#10;rGSDcoSLDH7cjtzayRi4tMtYCTdJUlbjhKlgmSCkgeHSccAATtmsc7LfBDLjrDKJ16pJ2z0jbFXi&#10;dQZ/6pdIjW0+CVOYaXAqTCqDEsHw2CGerkwg1VLT4gIomkjUv8p5hADX09250Kbx7G8n0WMy4ji3&#10;rLy/0xxmWjfLGNUPp+ytjOYZcSppaCmoHSrrT/LFkdBTnypinmLe+8kA8FV52zXcJTYxatpbS2Us&#10;gp1wmCpalQVFREkmdtB/MN8LkrPdupaGkJUEydXhghXTx9s081OL5vrKeFMH6YyO/n/OMufMXoqS&#10;NG8wyB42w84s9wTopVQBoLDTlYNfBljC/Vbh9Nk7GKzH8twYnhn8rxrH4BS1dSvyMO6SSEM+wlib&#10;AsTa19eY0vO694EqH9MfKg/kikqzRogyCsY+ooSKZqh6eBquJIKpkU1ENNI0saORqFdkjLAHsSov&#10;7ByyroZi+HUHqB6SYtjMdS2BYRmTAcWxqbC2lWaOkpcVppZnDwMrrtUEllYEdwRzIs2K7lwNJ6B0&#10;4ecfhWX94y46nSgThQR+ojLGc87en/rnkzpxLQ0/UPN2TszZYyHPmelpK7DUxqvwWppKJqumr4am&#10;CaATyIZI5YnRluGVgSDsMZl9cPov6dRHNseTqrMePQ3w2nxSjysanEfmPl/mPIasxLymZtp1Hmm5&#10;sBqRcKbx7iu25SVqME46ZBjjGoJxqPc33buG0BSjAPRhNakFf+EH+O31gq0wPPvrapOn+RRUR0mM&#10;5Qyz1GzJgWCz4atSVdqXCMnYQtCrMq7ow9Og7BgLWBZs1+vRMTxPKXUzG8k4rDk2hauwZHzPVJhE&#10;dMmI11HslMFP8yIoEakVXLO9/fa4IW0t5Qu1ym0au2bYJSsFC1KwKgYxUROz1xo2ay1dtapdbRgT&#10;BKp/Wrouhn4RnT7oP0cz30x6cZmw/J+ac9/1flzZnQYRFmPGMRlwTC8ToHmxKuxN6Y1dVIcZqJY5&#10;Ejp1iuieW0fmCUq3QLAZekOf8UzVk6GnxzLWfIMWocpvS4lFUTxLWvS4krUgniiZ4G+U8xdrMwIQ&#10;+9ckDXs63UdyvMFXbBbfDqSEAOgGVTwiTE+tG2VWKkOiAFBewA7fSJPtqzXqdlTA+pGXMKwbMbtE&#10;uCVtJmGsSojYIW8qSkaKXySy7XWoZJFJKspYHQnlo/8AnBxHLFLi1RgU0Ej1SwRPU1cahkKosI/R&#10;DeLmKONSxN/d08OSpvJ9Lt3nlxZ2S3yxlqUhTjbYKS44JxUoKSpXDBRKYAwwqVnew7NLh9q2dd7m&#10;2UNSogAnpMcRtE7NtEVp/SbhudcQynhmfcINPT4eKzFCIZFrKcyVU8tdIxeqUXdKqpnli2oAgkIA&#10;AveNWdZaGhy/RS4jHsxitppHoKoiJJBLdobTTKUBU2YWMf2TcXtyWm/pks7nLnMpWe/tEKBSHJUU&#10;kQoEHbgrHb0p2UO8p7E7t23dtGlh23H2hcEJIjFJ+7HiMQOEV3gfomxWlznmKLLWa3psjLiKmty7&#10;VPL8hBE8CzOcNpwrNTyMZEaRo59rMrAqpckNnTHqnhGBYpkfEa3GVrqzLVUcJqYS+wSYfUxy0COR&#10;oAQ0qSyksSCLXIF+Qj9bf0xZhvPuO5aJUApASdR2YEYxsmMNnCgJ2m9i97Y5O4lxxKiggjT7aE7q&#10;B0dzTlCTP+a8t4BDW0+IUpzYuG4eztPPilFLBiDxB294b4oHpqdURRZiSAW1ORi/VDJsuKU2FU2I&#10;VmKRVFpp6mipIoadP0bWUSz1F2LEWG1DYa2589K/puzLJ7Fy9vB3SUylKVRrWQRsSJUgAYyoJGIx&#10;rALOFvJSSCAEmNuJxx2bPWgLy/nDrDnGjpTSZNy9gs1XIk9VFWZhxOpq6RWZRM0tLT4RFGzIkm4j&#10;5n3mXbuBJI4R53wCBw1Jl+edu/8Av0xASxm+l9tNBA3/ACfwCtWsHZhVMscWr+KlVX9Kep+KU08G&#10;PdUcPw5ZRthmyRlo0NdEAxa3m4ziOLQMQD3MHf7uOEef3lHlUeCYfSBiHMny7VZNreGISTj7uGTD&#10;aQdlDC1bCiJM0H1f6eWMfn5k6p5rzQYlZEhnxWnwIIGBBs+UqTCWJt4sfr434jm/GKphTwYoaZ5B&#10;Y02CiOjJ1P7lGsf8OSjuo66lSdMiOqhRa2zIBwxoFsy+mrovDQV9ZmfIVHnGjQeY1Z1bqKnM6oUU&#10;G5mzRNXEa/63KXM51+I9UvVD6tem+b3oYoMlYZT1nTfHMcFUlXhGJZtyzR5bqI5JZI5IkpKt6kec&#10;GICuqylCA550i7Gii/s1W90QpDTZUgqKvArBIk9CpgzIwBOw0Mt3n0m7W24YCBKT0E/Kj5ZDoMH6&#10;ddFeg2PZKwr5vCa6eHCsZwHJcCTw1mDYRU1+Z4mpIKGMs01IlG5p44VO9GaEKWaIod3Asj4718yx&#10;k6ony3WUWJ5DxbBc+Zty/WSRClwaow+RcUgoMRhFZh6tMRGsYCxzJHJchSArcyK3z7b93r1qxyx5&#10;I/PKdbhqJ0lKgmHZ0pGobYCgiZiKyc3r31YvcptWHEgvpKfBiBhsnECT1BUUAHqB9SXS701YNSpm&#10;zM9DhdB1joMQ6e9KcXpkxGbEcf8AmY4qGfEMOqcNo8ZRhH5/zPvzx+ZHtdnurKFXjOQMHwOX/OFS&#10;UmF5cr6ieFqmtzBVz1gWNXlhtFNJG7xFoLeXFEdi7nXYSSeTjabwJs7gpSy0l3xqKFKlZQjwyiJC&#10;YScEhOBUB10Ml3KGym4Q22ggSpBOpShIAgiYwGAEVOyf10xPHsUrOl09LiGeo8IpKqtny5ligo6X&#10;EahxFSSQ7oVqo4AkVQZlkknUO5EcqyKoAYD+ouHxYzkSbAqXH8Hy/h9cqy1+VuoNZTA1sNzWMvzV&#10;XJ5Qij2yBRNGVkbRmTucWPqz+oO7ctfyVm0FocH7TU0YSoEEBKknSVHiAn2zhH2+++b2YW6mUphB&#10;2hSeucCIIo0eUczTzZ4fF8byxiGZafDQ9GuaMmYfKYaSaSaPDSTSwRyTea8RR5jEQUS1gw3FS7Z0&#10;zriOXenfUPEMu0uE4zTdJ8r4hmXDcTypSythMlVgWHCmFOZcEglgijMcWkLvEFKXR5Im3rFG7n1f&#10;2ucZQ1lr+Uhty3Y0hxJIl1JwKk6UgNkThiZ88FVj2oLYyvuEtJBabJB6VCSMOjZ76HERYTl05apf&#10;MkhGZa2Shgocaq40rGiqamSu3hMUqVkdw8oD7d0lm1UMLAs3o8zbmL1B9XsT9RU2TYaAZRycMmmi&#10;xWaWopvJxTMtWz+UyIwEkcNAUW8aXVzvJtrvsvtMw3r3oZcba1FlMkGSIkCPfyahBzN7jeTMGrtx&#10;rEIKTBw+7h6Dzxpp6zfySmy7g2TZ8WrcNrM4V4jwz+SNClQ01LAajzGLSQny1kSNm2Xa5AUaiwt9&#10;TMv0maZM9Y7iXSXJM2WMDqf6s4h1g6yZhw3B6ZK7+S/1oGHUUNfhmISTny43dREpXcp3EEaDftu7&#10;Ucqy3fRGXv2bbyLbQlSXNQQZCSrUU+IJB2kSfOjLPM3t7a7LTrDa0twCXCQNgw2E+yoDZyw3KeYM&#10;m5PlxrFMSzBiWHtXYdkTA8KrayeShpMXo8Dmr56iDbHEkb18TSGZwdoZlB2PwE8jdN8T6g9QsF6i&#10;4J1doenmasn0cuH5zyZ08wyXEnrI5a8r8viCUWI4fVMfmFa+4CMtc7UG/drM8t3b3yvk3ltfMWSE&#10;IGlthpZjHFPjIWvGMTh0YY0raymyzZ8XbbzbJZTihtJJ2kQcdRE9HAnZQpZsxIYfRiJsIp8VjkkA&#10;RcdqBTQIwjLhhJJDMo2gE6697AnTh3PU50NxXNWXemuZcKzzm2aLF8wZLwiowGiwagp6SBKPMGFp&#10;PVUkmI4ZUTny0SarLioKghmdTGGHBX2gbkWtgG7fMLxTr+tlKWmgmdJErnilQxMKJg0vznIu5ttL&#10;j5kFuUgCcVCTinAjrJjjREeg3XYUuc/UF0xxGHJuG410z+czouG5YzXRY/izUuKiorYf51SUHy8l&#10;FJETDTJE8JugTbIxO0JT1tdRszeivon0orenpnmxutzDJlfHDmn5erhxJI48Rby5EpaiCREEym9l&#10;Q+4q2IuOLN6u1m83WbZbyZa3LIOEBThSsKgRoBAHhEjYZUYiK3f773+T2rZtlqLalf0pkATB2DbG&#10;EbK5elvqtTeqbqN1lzNLj2GZg6e0VPlzFOnUWWBiJNMmOYBR4t5sk1VRR00hkppaaaJqeonW0pa6&#10;7l4a3pJkuj6j9B+g3UjOXSHbSVeX8IzFjWcJUw6vpJqmup1rZGhocRi9xQ0pXbEQe/08LewlzI80&#10;D6nnMudzG6ccIaWFIcTw0kI8JkgKAx+6OmpK3Guba5y+XlNfmHQSJEEHqIw99BNnzrpiWXeunXPo&#10;/l/1LYFj3ULMchn6fdCcxUeZMv1WCOmHrCkcuYsvu6KtQ0Rkjeoidh2W4GwGFw71OdH5PlMk9F8v&#10;YJlTEYIhTVIp8t0+GTyQGSLeRDG1zIGRtzBQNDrry26/9Wxm/wCbOZ5zdf5OtRUEsKIAMyBKhEbI&#10;EU9YdnVzdOf3QTJO0e7porXT/wDDi9Tc2HV9f6quq2aupOBsrV0OBY51XxLOUaVKUeIUgXfi2C4c&#10;FppBVAqCztfZcApciPlvqpljLs9bhuZMdxLNWXsTkjngpcm038ugWZKaNT56yQwyjbt2gxk/wJQZ&#10;d2Kv7wKVcZE0q3zFhSwty9SskJkpSWVJAQSQARMxhSfKNyry/dWLZKkqSYJWMOjA7OFFU6p+gLr1&#10;11wzKOM9EeluW+iGeMoUNZh+ZKnr9j39aK+anfGaivpf5fPSVGN0DGSSV5Z0radWDGyEWO0l/qE6&#10;kZNxSpyAYKBqA0Ga8mRIMR8t2jVs5YY7q8hlnazKguLeHbTmHXaButvju7du2+eLcLy06oKtSFJ4&#10;KTBPRhQd3ytL7Lgpm6nUYOJw2jEVdv0e6E5qyLkvqHgry06T47heKIavC1MU8s8+DTU8b+XDTUUT&#10;MskrEPfW/fW/C7evfMkFN6UurNOlIkEk9TUV8FVFIZEkV6WbaFPloALvYa/VxBu+gFtbiegn3Ggt&#10;m76E5e+sDAIJ9goSui+VsQouqODYxUYxJVQ4dk/+rcuH1UQhkWdaum3O4+YlJY+UL6ae0800Xlm8&#10;8fpCStkU39gCjhStZJrAQOKMY0cvm5/159cadB8V6d5KxLqFi2Dx1WVsKzE+G4FCsoZZ3mp9zSG7&#10;KT5BFtO3JOtVLU2gA8PxqUrvOLZi3ZSqdWmT7TVUvT38Pv0m9UMzdbOo3UL005NzfnbFc75giGZM&#10;5YLT1c0sKSxyAkSRlXHmOx3EEn28LXjf4m+Tljkf53OGPyIhJNVVzU8TG1tQJX0P/EeLlKfghSz6&#10;k0G7jepn+FNGUy16KOheUpFfKnRvIWTfKYPE2W8m4LHIoHYh44ImB+s8B+o/Ebqc0VElFk7pFVZp&#10;xBiF8lpnrKgaC3uwIza3/hxKbJCh0+tNsbwlYkNk+2hxw3pThWGLGIcUnpoogR8vhqQ00WvjtCsO&#10;Z6P1CeunMkkcOUfSlj2G/MWSCqqMs47LCSz2DNJJSoiqB3u3H2N3e8MpQT/mk/KvKzi4VsRFI7Mm&#10;cPTllOQ0+durOXcBmjO1oc05ow+gYH4rNUxa/VxYS4F+KtmakCtkaHJVHOAhqqqsyxh5RWOhb+YY&#10;ksiH22UH+HBHbbj3rpGhk+ZAHxIqqnb9ewAA9JFBXW+pn0U4NWpDQ55w/OFaSzxx9PMPxrOBcqLm&#10;wy7S4iGsNfH28Efoh6ePULSZ6fHOqHUzAs+Z0o4of5HgtNisuNQ0izNNJKZGw2F40lXyfsEtprYa&#10;E52fTBkedZJZXtw22EtvJ7vUXNIkQZGmQdo48KyX7At2M3Q6u4SpJTESVEbeiNtL+k699PcYyZim&#10;P4NljMWXcl080+D1uMZpy9iGSm81UpwGhp82RYTUPHIalVSZI9hYFQxKsAO/QD0+Y7knDI8JqM+Y&#10;zg+a6AjEMw4DARFTPViUGNUaZ/JfyC5ZmYOXK2JIYrzKzcO9zPL93rZrMm0OnEAlWspSZhJKRIJG&#10;BI27ZrLfcfd6+tLUJvCQok9Jwnp2Vn6gdSMJ+RwzF6vKlBmPJ+NlqDD80O7VLxUNVSu0j+VTwySh&#10;ZyiKCpGjbmtt1f8Aqz1I6gZQ+cpZsBq2xegSHD8tYFUVVThz1wSMCoqY6bDpUAZNhZ/KKKL7bdxy&#10;Wt193suu20KQ4kpX4lHBUY4J1KBnbhM9PRQ+fDNrZF9I71ZOwmJ2fDb61N6bZM6Y41l98ayzX4fm&#10;mlzDI2I4jmOD5HFpJEkcTw071lTHI8yIkgCedva1jfseBT0xxGowc1K1czvmzFKrC8VwZpcNlp8Q&#10;lYSmNYKkxbKmOOoSZh50QeJgi3cHcpGW8TYXoQBLKAtKoUFJAgeKI0ykj7TBEnCINJcuvwh3GVBW&#10;3AA9I1A49IChKcMTwoS8zUoxBoZHIbAY4MQwrHvOqIflooXiWT5jyZYpYpZIZIAoDldoZzY9uWi5&#10;NzfSNjOF4xlbpDV5bGamkFVmTM9VSHzfIjWRFpzTTVZZH8wuPAMToDcjDbPt03Xrd5i9zMPpRiEN&#10;JKYCiRCzCSSAI4SOkQKIrjKrm6ZWLq41pTGCQBAkjxQSdm3Z11r59YPTf1B6gZA6q5A9UXrspeqG&#10;D9K4Iamm6WdH8Dhw2ahoK+vmijmx4I1O/wCiSFoRtaMmFffZgQGAXMEfWjpf1JxvFstQzZxq82b6&#10;jDMcxDAlnpJIjTM0ImxCihpoo6iP5YDyzGRtUe8LgCTMuc3ZzvK02j5QyG8FIDsK4aobJKik6pme&#10;PrQgK8vvGvy6yISCNOrbAk+eBBnro7WT6/0Y+q3oHgvQTPOKYVkyhyPC2G5x6OYVmuXB8Vp6iieG&#10;mrduHLWzVT4fUfzBbSvIzMJlB95rlB5yxTqDmajx3EOs81VmXJUs0VPjL5AwSqjxXKZUyf6XTVLw&#10;yoSoiZKlH9/b2BDAMJcjtspyxTTWTpS09B0pW4nQ7slKkSD/ABApKQfUjDysvdsGyi1WlQjBAwVE&#10;7U7SSJOxPDChkyV086LdAMLyv059KbZfyBnWfDqzGunGTczY9FDhmbowPMKS08FQ9TLGPmhLFNTw&#10;siE+wbeJTLmWHwSixDOHQ7rG2a6+meSZcozw2pcSpliRGSppcJVGWb3QBLZAoZd5t7xPcxzE3LyW&#10;c0te7CoBWCDpMk+FS+GOyTMbCQBS9i0S+EvBw96kcYg9I4HpgjHpFDPjeLnM64PgvWPpTFgckkcU&#10;MmaFqsOqYMLxGR0Ymmq8TEIZRuumwFm2keXf3QWnN9LmXPWa8Cg6iVOA5IxOhp5BR4J8hSiqkr5A&#10;YtlZHShDDHI58x1a7q1ztFxtkTL2RZtqXZFTzU4kycOBQVEhUCB0GInjRLmAvn7hrv1NwmSARJJM&#10;4RMaftOk47T5DngMdBhuDrLl2epzBh0z/Nx1lZXVFZ5kEq+arQTVTSeYgUgJtbaR43vyHl+rzF0f&#10;wxscyxNiOGYQ+ILWvh8FNiPydRC6HbBJXy0tIgKMGuvlkWK2LkEl0sW18sWjyUqXBAKtMiTMgAqg&#10;RH99OHmzaqcsWsAQkEmPEQQcImExETEYDidtS8RocEzCXwnGaOkr5UjdhT1ghkkUN7u9YyXKgg6G&#10;9+Wk5c6k0PVHpOcJz9SrimXMzeThmJ4e7P8AoKSYBTJVSU8Q8gLuV1cFWuLgBQW5ibvN2eN5fnwf&#10;thpfZBUFDaVDYEgnxbSIx2n+IxXsxyRLl336E+IJM47Z2gDognb5gg1TN1P9F2XOmvqooOuvQ3BX&#10;yn1NyrguK5goccowhlxPESrFaGhpqusT5x54ZKiGSJkdFVyd4lMYUvuI9L+ncNZXJnuuzxi+V8iS&#10;xYZk7MWD4JWVQw7DKaFoVV8Vw5XaSDy2j8toPLTboy397kpW29Gbd2g2qbXvXQS4FuhBUskEkNEB&#10;IUSFatUmYgxIp1dqi2SlJAWiAYxSpJiTpUkaiDsiQRxJo1y9XerWE4P01oOluAdJqXOnUCjqMyZ/&#10;yFmjMdXlTGK3MuIpBXytRYOaOokE8ky1nzUdTIZVYAmRyrgpjD6zE+lxqMX6b54GIZcqYUOB4tjW&#10;Ws0UMVXPFDEhYGloqmJ1KS7HmqA1/wB7ayl2MXks5wQzfW2l0fchLrKyAZMmSDMiQEHyJB0jdveN&#10;PrBaClI4oIKiDw1KRJkRtIJxEzBJE55cN69Zfw3KnWXoycPzG0kD516aYfmPK2N1GBJUTS1NK1bU&#10;wVkE8bK1KsyfKXINtjOocKIeXOl8fXHKmJ4Vh2F5bXEsMp5YqvGch1+E1WF/MtH58f8AySWfy31A&#10;khnpdzEeYkmlmCOddolnkFwFOOO90tYAQ6lYWQSAcFjxCZhSV6RsUmIUE1jvnlxWpm7kNrMaTqnE&#10;xxAIx/pDT7KL51J9bHST0rY9h9R1AzlmbCMp5oxmPAMFy51HwfNNNik1VXVUMDmB8200HzFLFIxf&#10;5qnrfIp1kWOSEArIuTLuE5ZwXD8U6VdQZn6fdcaeBKfA83zx4RIceiESrDAk0dHhzzWWGMLFOTJr&#10;cE/u6vr67uXWs0ywt3GUOfcgawWz/SHicSAJMFCQnrAwL1kXrG5QsKQbR7+5qCoIJJ+1SQAScBEC&#10;QBB4Vj/r/wBYcX6h5A9RnQDGMrdfvRX1ThUY5hmF4hjy1uXJ0qnR8Wo6qnrsaop1Ek9QJxTUsEex&#10;RdwE3SgFU9J6fqfjVJlXKuG43gvy9SsmP5mwiSnjwuHE45TP8/PStVs0ZkihVhG1O2177TIBwYZ1&#10;nLVpaqVeJCgY0gEaimIAmAFQcJO0Rgk07vZaW6GFtOtStWGpJAJ61AmcBqkkFJHRRy849UqXpFlr&#10;HszdRK7Dql9hq8qYFhsyR4nXU4jhT5KM1hjSaRaiYoJS6R2ZDJ5fvNwxfUfDazAMwH5LpzLWLHHF&#10;j+YJ8aqYpMEzHA0bwYnEMPd6qjjrQjytJCrxtIu4jtqB92G275mXbgYkoAAOpri2oLISpSDCROgh&#10;JME4zRRYtLdb0of7x0IidgPCDwkgJACgAfF4jtopHQHMVL1FyZj1BP1tjxRMSD5NythWV6KrhxzJ&#10;ay1DSYXLDjE9JhVZV4a0YpBBPPRMpkurTTA+6hKvoVQZezdieZOlmaI8Zix1ZWn6UtVyQYj8s6RV&#10;LUsTPuljdIZAY9wLEC4Q2BA3a7RHH7FNvmDJR3f+vQCicRqMCIKtuMdJGNHbTTFwgOt62XU4Qr7C&#10;SOnhMdOnHCKFrKvqGxGpylUYb1myniXTzFMnpTYdinWTMFBBNlOSvvUUCYj59NKsSwyTU5aQK4jj&#10;WRVeRC1gnOtWBTYt0eizPg1R/M8IraisosdyPmHy6rFcIxE1vkkCuhpEn3OwX3nUo2htqXLO7Wba&#10;Mzct7luFpSnStEhDiSkGQmSmBOOGHEwAKWWnf3TN02pvS43gpCpUlQP8SFfckjq1DDomlJ0ZztjM&#10;3V3qN01zvlCbB8z5Mw/AEwLqPgsVVh2Vs44XPhoqfmMOoJqyrjgemmkmhkjDuyhQS5WyrC6e1Oaq&#10;zp/BXUeW8SzvQYVQO+Zv5jmGjxmURR+c8tTF5FbQSpLDE52xKEKFV1NzxZmpZtrstOuJZJUAhQRp&#10;1TAAJKSCFECSQQQTAwoDZK/d2yQ3/HqwlQ8WyEiYjHZETJg09Z2xjK2VsbgwvHM70vT/ABjM2N0e&#10;G5Gr8MwoYW1VU1NTSRx4XLU19FX08orahRG0lt0gkKxhXQNzNWZgwJsJSen6zLhAqY46dcd6fYBi&#10;WGVlPLSlKcR43h6YjGXsq7KeYOxA3A2AJ4rtsnvA9KrDUQSYcWlSFahOppWk8YKkqCcIjbRtlzT9&#10;yO9KBgcZB1AdOBJWNuCidpgcQyYfhufsWxGvOKenujrMQwuvYVMfUrMlDiOGNRYmrTzVGX6xKCuq&#10;CDNFH8zTVMNKBoU3BQGKjjXVM5M6hZdzvkjHcRz/AJnyw4x2ux6vxetSGcwsI5FmG/8AyLlQrJJd&#10;hYe+dCDfObK7zC3Xai2ShjSQYCUoEg7IIClDhs8hRDvta211a91buFbiQftUpOnDbAIHlOPSTQ35&#10;q6Z5Yz50wzR0px/BoMPyhm3CqzJ9Zg2DwU0cdLR1tM1MRCjpJEHjDkodlgQDt8OCF6kOoHTPrnk+&#10;m6n5Pyw2RM2QrJJmunq0npJ45HSUsHkp2UTRO1irBvfUi6jgT3Ayy8y20cZce1lKfAomDhG3TB4Y&#10;j7Z2UY5VnwzTIiLiRcsA+Iyk4YbUkEiBO08RFBh6XOlnU3op0+g6ZdRupFT1XTK/l4TlTOWMiEVc&#10;+GUsSU8HnCJEIk2IN6nd71yHYEAVb9Psfz90yxXFM44djVRRyZgo63BP5rTvLTeS08JEJYJUgldz&#10;XtNdCB9k+JCqwu0IUp1xIUvDUoDwnaI1FWMkYKwiIrEu0yfMbO8/PqVqSoqBUeE/ads7dmvDoxox&#10;dfhtBikMdPiNFDXwRSxVscNbFHMizQSCWNwJAwDKygqe4Oo14YD01dRuqmQ+oxzRlHONBgWY8WeD&#10;EsezhnepaiwE08hiaaOrFEY1ZbKHb7IAX2gLwS7y7ptXuSv2rrffNDSsrPSQME6P4usCBOMbKN2L&#10;G6fZedWrU6oBwuE6QkhMRKcNRG0mANqjjFBH6gujfS7rv0nzb076u5GTqBlDEKWedsESmiqK6OoW&#10;nkjjmw9pBeKsQORDKpVlJ7gX5rmc+ZmsEqGnnuer1e57nq9XuLDIX/MWYV/0P/8AKaTjT58Jpfln&#10;93T6/CvcHyQAQXA7E3H18QlVCk17kDcr2Wx56qzXudFQFNjcjmhWor3MXLVqvc9z1er3HynH6O/3&#10;8oRTwTNe4/4Ov6eIeF7kc0DjS5kxXuNeKrtxKutoPNk0H/EzywpOr7jXuQR3HLGtV7ivy6BdT3Jl&#10;H/KpHGjT6Bga9zYL/CUbd0N6lwuLrHjNKwI/48FUP+ZeVbblwxSk/YPWiM+r2doM1dH9rBS0GYn1&#10;/wBQ4Z/TyzzyNrHTavgCRxWphSaqlyKLyMUSeMWLM7XB3A+23MoQA3PcaqwPbjZSQad1msfn+ZGF&#10;VSVC7SpGhtyZRwYZUPUUuLzyU1BWwy0VRVUqLLIiyDbcIxUH6L8ZedcQnUgSobBV0KTspnxqozDD&#10;TU1dlWkpK7HMKqIMXocNxuomo6aeSnJkVJJ6eKd4wSANwRiO9jaxcKbK/Tj52qqsTzHiGMvWRJTm&#10;OtwuBI0aOWKVWCxVQIK+XtsDYgm9zryWrLt4ztDKUGySQnYZ/En3RUXXXZDla1lSX1J5/wAU0DWY&#10;sV9UM2GYDheTst5NyJTYHWzYpK+F5yxyrqaqGow+soXhkaryww2k1Ql3dwyLYhbqcpyn03fE5MT/&#10;AKyYkhcTXposOiA8yeNImdmFUCTtjAF+1gRrrw+V9S2fhsoNmiDx1Y/GkLfYplgWFfmVAjqkfDGu&#10;EWYPVEmU4csPk3JMrwmkDYnJmjGWYwUVRJVJEsZy7sVS8rEgaEEqQVNuLfCX6c4LFA9LiNf/ADOj&#10;X5eDFzSOJ/K80y+Wx+c95bsftXtc2twpX9QGcuOpdNmjUBH3q2Dqn40dWnZZlrTKmlOygmdg29Xg&#10;Me2isdS+iPqo6oYxiyZgxDKv9QsdYYjinTRcTjlwyatWiShWpBnyq0kMyrGrBoWRSVXcrC91NRZy&#10;yrTbnqsfrq0k7i8uFwqxN9DdKpbWGn0cdb+ofeBCAk2bRI46iPnTaeybKUrKkPrHVMx/vBoFc5+g&#10;PO2aqeChwPLGXMm01OphgpsMzZilUpjZLurCqwBtyvKBKd1zvAYncL87qc2ZJqnWSTEq0SJH5VMY&#10;6GIiE31ZUepsGI0v4D6TwtzTt0zy4Or8qgLmZKiRPlPnR1ZbjWLLZR3pg7cMSOjBOymXK/oC6xZc&#10;klp5KnA8Qwmvr3xrMtOuY8RpqnFlC3hgqqyPL7O8SS2mZCNruBuB2rtbsdzFlCrwyppqLEayWqqB&#10;Etq6BEjHluzkgpJIwJv2tb2cAGd71ZlmzgU80EJGyFcTt9tCTLsvt7UQg4eRn4Chz9P3pj6q9H81&#10;UOJYlh2XGwmllrp55srVdXLWyLUwwU0MLLUYfQxMsSxsTIWMjE+8TxvwjF8mYPQR0QxutMe96tqd&#10;MMhYrLO3myhXNWu4FySCQODPdXtt3iyiwFm0w0poEnEnp6iPgaDGbdneWX92blxagsgDA4Rs/oH4&#10;0qOrvp16pdU864xmz+rWC01RiEdLhPzb5xxOnWenw6E0dLJJSJlqpVHECojKJWF92pvo6JmDIToV&#10;GPYpTkyLUrfD6clZF0DAGoYHTTX+PDa5+oTeNwQq0aMdClD50iHZZlKFf3RfXjt/3mgwqPSH1sao&#10;pZ58HyjWrHRT5cq4avMGMsJqKc+Y0LNBgtO4G8B7qQ1xtvtJBg11XkOvcyw5txeijHlr5EFHSbf0&#10;cjzdm392fXXWw+PCdntlztsGLZEnrPRH9IcOriaXOdnmVz9yj7j/AL7wpR5Q6B9ecpww0Nd04yDm&#10;aZjUzTY1ieO5nWctVUFLht7x0SEBIqayDW24n2WTC4B0pWVK2fNOP1WKwSmqpsUWnpVmRSdY2s6J&#10;Ihubq6m99b6Didzti3iIILDcHhJj3E/Gnkbh5alMaifb/g0OdRS+qqrpzgdDkfpzhGTquiXC8ZyY&#10;uJY9JR1E6L+jqoHbD/PpZkYKVeFl27QV2sS3E9iXTvoXiU81RNiWORmqNQtRFTUtFGrR1F9yizkr&#10;YEBbdgONf7L+8CklP5dvEdJ6I6RVG9x7KMXVR7/bHyoSMu5+9cmW8Oo8PgoOnuIR4WlHHQy4vi2Z&#10;ZZfMotgSSWT5L32faWkut2dr3AAHHSny30spMdyrjkWbcyynKJiejwuojoTDP5b00zea1t5MklJF&#10;I1nA3C9tTyNzf5mtSitoeI4mR+PDHpowsd07S3XrQqfMfoKbs14z6rc2dPup+QajIHS+hXqhh2J5&#10;dr8x0FdmX5ujTEqWuolaGJqMxfoIsRmjjuL7CFLaX5mp6HIlfNBVY1i+KYfWYfLWy0UmCwUzqy1f&#10;ki7CoD2YCADt+8deFOfZbcXZSNAIHWKD3aB2dZfvE22i5WoaCY0mNuB4HqoQcMzv6jOmU1fL0rwH&#10;J2L0uPYbg2DYvH1Fq8ZRoJMMetkPlDDYxuRjWnUsPs9uOdVhHSnEDNUYtmvMmL4jUgCoxCtjomkJ&#10;UWG1QgVfboBqL8D97u1fvL1qEH/GBqN2vpmyRCQlDy0JGwCI/wB9rNgvX71sZeiXDMB6Y9I8NwOm&#10;DGioMPqM0wIm43IYhWLW7D4G2nE/iWR+j2JYFPgH9a8z00dRuaSvj+RmqN7LbdeqilW4IBA22B+B&#10;ILKN3b3VqCdnlHsB+dLWfpzyVKgtTy1R5fgPjSspfUr62aPElxKoyH0s2uvlrTU9bmhNqhidG8nx&#10;BINx99hx6y7lPobgNNg1OtTjmJthUfy9VLiIgDYgutxVCHasi3P2LBR2AA05trde9SsqKcZwxEDy&#10;G2l+XdgWQ29z32tSiDICoKQeqEg++kHn/r76+s10ONYZhg6b5WpMZiNPFXYU+ZGraJm03008qsI5&#10;AtxuCXv7wINrKnGD0yxybzBiuL4ZTmVKr5OjipAm2I7ljQMHKoCWJAsDcjkybr7+5xlNqWEsIXwk&#10;nHjxBHTUgvbgWDhCu8xHUfhx9tE8wjIPqxy/O9dFS9PMYxSWkqsOqMWxtszmZpaxUilqpjT+T585&#10;ihhjEkm5gI1IINyQnxLot0ExmoafMGLZizNA0dTTRUWJrh7KoqX829wkdijl2UX03EfZ04v/ANkr&#10;OiCDboBiJ1fqZo0b3eYSQNezqPPCjB4f1p9feDYbBh+U6LpJkicVdBiOJYhglJm9zURUKfLtEYpp&#10;HAMsCRRM5LGybh7xBVSYj/JY2oqTBhO9BhdHSYPTy4p5YndKSBadWcRErchATbx8OBBxy4eWVKgE&#10;9GyhEzpEgU9dNcIzdgeBYvJnmow+bMOaMfzBnzEYsrCp+RgkzBjFRjDxRGsVZCEaoKAt4AHvyGDd&#10;QVTb9fGkskE6sa93gFLyWUB12uQNQLDUj2duSIgSVNr3057SoCAYrSnqbK2ogtIXXsu4g8ra/FsD&#10;f7LmGsx+xmLDgh+BDn9nLMIgVRZ8Ko6PnRlPQ/PC/UfqEsQKmXCKWRx4HZWFR/HmuzncH+qdKwFg&#10;ZcK1PjehqDxUpMKpFcg90Ks04DXHDRca9ziLX17ezlarXud1gHnsDrfUhR481FNq217kUob+7256&#10;qivc4kW7/lzYNeBr3I20gEkWtzc1SK9zj9fPCa9XucLXufr4wRxqte5hca39vPJNer3IkhO63h3t&#10;xxIqhWQcK9zjr+XKYUxXuf/UVuRuqGVqLFZek2aKZKyqef8Al1PQViQTSrTTwCtVpVlijSyxybmF&#10;jYg9wLc6WZzeW93bKYuBrfBhIwx4ifaPQHGayPtbT808UoOlSVqSTsgpMY+URVtXqw9H/VnOuCD1&#10;e9Bs8VGUszYFQvj9fW4JiGMYVRV2K4XUNhMkNNJh1ZPU3nmpvKXYQZI2UblZi4rw/FzyoMs+k/OW&#10;G4hjUzuMXocXp5KSnjNJVRyYhTCFnSPy1RzINhZR394gAkcx27a83duchbauVnU2uEykCfCTB8RA&#10;I2GJmAQcaIN97pDj9i0Z1tqUCD5EyPToo8/4VnqAw71JV9dn/AMnx5Vw7C8p4fkrH8Ex+pnqMwYH&#10;jVDXvLPQSPVSTyvTtFNDPEXfRWABcAOdSyRtxux946G57cw4g084setXT8xbgPHQcsls9FMFYr3M&#10;btrpqDy4RBppxfRXuN9TJ4DW3FQxNEt69Fe4yT+ZLuZVLItvMK+A7cWJFBC/cJxgwNte4/8A9Usa&#10;oMOwfM3yzvhNfK0cNYp8srLE3vIxe202BIOo7+IIBmm3WhCXY8M7evoqwyV9oNvRKFbDs2bdv7q9&#10;ywLJuZ8CyvlGLFszY2+B4VdMThgp6yaKWqmpwgaFIov8o7oSNyAgabtoIYZm3/aI3b2CApRShSRh&#10;PVHCp3vc9t7BhDjxxGOkfcfPh67K9wP+p3q3x/NApcG6ZYdJlxIaNcAmxqjVYqueGKZ5FEK0YEdM&#10;o3W/R7pCo96U3a+Peb74PXiihkHSedo+XtqJd49/L2/WtKVFLahikGJ8/wABh61wVAu7Um7F9ST3&#10;+knjR0D9IHW71NY3HT5XwKXFqcSeVX5hxGZaLB6Mkgv51bNdC1yC0UCySkG4XjeT7nuPqBePoPx2&#10;D40HLDJ3HvHsQNqjgkeuMnqANIzPnUTKXTbA58fzbiRoqKEXSClhmqqmU3taOCmV5G17m1l7sQLn&#10;mw96YPwhumfTKKhxvqphDdZcw0xSrjwmnNPSZap5Ng709XUxSVhBuN1SShH+5DwnvdncVCWyUokb&#10;TBBnzO0/up25z2wsEEA6l8CpJ0jySPdqkVTl6ifxUMv+VJlvp1nmh6VzT+ZT1NVmXDsbxHHrqSDs&#10;iwTDMVhiuvgN76gqynTllGHZo6W5Ujqsu0+DYvh8+Ak4R/LcI82WGn8obAsTzVD0u1LWCo5A7AcF&#10;9vb2/d6U60qGwAn91Ay+z28uUFesK1DAnD9cOFFbxvo560OrLZbz9RZ4yJmHLud4KTOcGKdQ6KDD&#10;JqqlrNk6/MQ0GB0WLpJKjG/nRROD9plIPAbj6h9SY6OWhxzP8stFWCSnahgo8NpS8bjaY2algWR7&#10;g2IuAfYeOnMHEW2m5fJSOGA/Cmv5Wy4IUmSMeNHnp/SH6Woc1Yfm7KfQSmnzDgU1PimG4zmDF8w4&#10;zFS1dLKtRFVRQYvXT00Msciho5BGWUgFWUjQivWX11enPoPHPhFfmqHGMwYdujXKOS0hxGtjdSVK&#10;MsLx09OwPdZpY28QDyNc77RLRhJS2Jpf3Yjn4UdLB+kuZcfqJMQzBUNGagjzjM0iM+0gEM0gaRjY&#10;kjup7XHKmOrf4tfV3NLV1H0zyzh2RcNkvFQYnjEf85xNRe28fMhaRSf8LU72/wAR78iLN+0Z94QD&#10;TwwoZMD6WZawZNEeaRgFkMLGnW6tcEGEhx8RvIPs5XpnTqP1w6y1bYlnnNmO55a5mjfG6mpnpof+&#10;XSSHyolHsQADgLU5e3RwSozW8aEGkoqPD4fl6CkioqcFpBBSRpGm5jcnagAuT34hFydmKRXlSlSQ&#10;D7fk1NK5B+IjkNvr48zuhmbgkNKNWSBUnkN8uYtCQZYEUA2YefBfTvpvB4zc7p5i0mVNED0/GvA1&#10;7g2YN0dw84Bl7Fs24hmCnr804fU5uwbB8g5dGOyQ4PSV0+HPV1TzV9AsYM1JKAq77KNzFbgEOusO&#10;IOI91GgsEBAUsmTjAE4e0Y7a4B1YuqsGMZ2SAHsbBrH6jflwnpv8ro5+H7jFVlLNmE5jnzF1e87K&#10;ucsHjT+ZUFMcmxisUxVkYqKCpDwxpIVsbANG7RsrsWuvqDiQKEFonu7ZvSZAWr4Dn2UXXEcOxDF/&#10;VJgky1mIQ5cwfIOLU2aMvlZkwqvq8QzBRJhssxH6KaSCKmrgiXO1ZiWAJXhV/XD/AFxxLpHkPNuZ&#10;KTFayDGsbpGp8zZiiq3WtdMOrfs1dSpExAA7OSB7OOouHFqOo7BTefSEJHXQ+UL4TA0mEYa1PC2G&#10;LGJcLoTGpp0luyXjj+wGsSNBflif4bFJJUdf+gu1S7U2WKiUBfjlaZf+onJ4yFehQV0JP++1LuVM&#10;am1dIQSfQfqKIX+KbPT03oU60z1dQlJTx1GT2lqagqI0H9ecG1bdpb235sfS0eJKwth1R5fhIkMj&#10;D7wp5d26cQvWJ8qDF03icca1U8Jzn0arKJqGr6qZTXFfsvR1mP4RBMTYCxjM6Nf4W5haerphtNRL&#10;Tkf4t6cTP7zXJMkEUWpRONKqh6VdMs1MZosEwPNUT+6zQNQVoBOh1Bew5hOM1gB/0x5L90Z2a/0h&#10;7jiRG8b2v7pHXj8K2WVGn4el7pg4jQdOaLC5oz5kNVhVLBSOAf8ADLShG+u/Ov5xPpujiP8AiBhi&#10;v/yrfml71qggkewY1oWxJiakRelvK6ET0lVja7LmFVx/HFRL+xFq/LP1g8kpitORdqVHPZriQfds&#10;deVc3scMfbHnFVVbKTxpPVPpkxSJ5Y6LOuN0GolVo/5RVGxJurNXUNQ3hca35l/mNH403lg9/Ldg&#10;bfAvv4oG+Pg0qTj1bPxpgMLnE0n39NmeUqBUUGe1xAL7oGYsOo5iCP8AVw8UQI+7nS12GsCT5yX7&#10;XkRvyCLy72+GAATA86sWVDYB61i/2f8AqnBI1sRwDEdCyx0+E4jSFvgWOIVQF/bt+rnP5rDX7Vrg&#10;+xo0t+cnGP7TgYgkDyn50l7lRJwwrpOjvVWFilRkPC6lR7zVFHjdZFJoPCP+TuL/APB87LUbgFK2&#10;O/Y+csn/ADIr8X229iFfcr3R+NNFtSTEYRTVVdP8+4ZI6z9OcTmUKHvgVdhM4+/EZ6Bvp93nNYVN&#10;itTDJ4e4xUa/8vAvDBWftqEBXvitKGGIpNy0WM07t89kvH8HK3/3poIq4nb8MHmrTzl8q4+yqyA+&#10;EUsTE/UjHj6M5CiJIB8xTJ8vdTZLiFIPOeU4lRmMASPjOAY/SqLd2MlbSxrb6+So4a+JTsppgNNz&#10;oHsNb9xpx1edAcaSPgKIpG1ydOcZrIEr814E8tnKUOIzYYJHuhSxjlKv315Hkq5lJViVb2TAEn/k&#10;McXNZ4tCdpHrTK7c+Yp8w/pdlyuRJqKmirII9Y5cCkkiQD6aJ1AGvt5j+df95FIOn2Av/Kluac3h&#10;ccGCpA8qY/JadnGnf/NJhsQHkz1tFL9sbayaca/CtM48fAckR1YJ9+Fde9t4P5k/w5tnO5TpBAjo&#10;p5KV6gQcaSeN9K6iOF5aXGayxuY/m46ORFPibRU8Tf8AJ/FngksbTRLsIuG22YEdj30HLPZn31sq&#10;DBHA/Kj9hCtp21XF6l8oY1gmA45Vy1cFZDAYDIzU86H3pFtbdO+oa2hAFuOGKYiYlmGz5gzySoVL&#10;bfsSFfD6OB+8ube3t0SMdAw8xS7RNJX06dCK3OWZMFxKCtGVlyxhuGYhHXwUa1ytPW0cNaBtqCEM&#10;lpdTaw7fHmpJ+LBKaj1KdTvd2AYhl+NACSABlKj7X1PIlvrgLWSMMafUohAFfRo/C3wSXLvoM9P2&#10;DzVclfNS0uOPLW1UUUMkzS5oxKYuyQKqKSXvZRbjh+D1CZPVZjQT/sC8YfuAP+SphIvrxXl7mlck&#10;0qtrqAaj/icVUdJ6UcxSSgshxTCl2xo8jH9MzWCxgknTwHNoSnimiXbv2E6XDqDp9DcE7q3FK1JP&#10;sIPwoiuTgTWqrj2JZVxMvHVYW2IR9ymIYVWCPU/4qimA05mSWrikuHdi37x8PrPBVllmHU4gAddI&#10;zG2aCLNtNk2qp3R46SKOIFTBAwTQ+GxGW3f2clS4rNFBOsCrUVUamSOk3BWZrEqCRe1yLXtyVN28&#10;tKFp1QTwx48IjGtCw72QrFKhB8tsdY2UAMXSvB8XzLgNfWyVeXMvYnWR0Vdm7ypainp4BIkUzqHK&#10;rK0SShvLDAnQaXHK4enk1f0z9V8uP4rJSYXH1TwzFsf6v+bi1ZU02X8Sjr2+UprzwwDypRIvlVNS&#10;xLaRwLTxFYWy1a3YZushUVJLcr06dJOoyYxPVGwfjUqs2AXaJQlMhKTw2bI9NvoOqtlP1G9IKT1C&#10;/hgP0wyhhGL58w/owcpZR9NFdhuEUaYhnGlpcLwsVVVFTUImmkeGMViy0sAvF5RacyyxNMh3OvNW&#10;KvpRiNXCKesw2lrcBxrGqeqlKR1GD0uOUdXXpHJG8Z3yUiSLHZgGYgHQnmLW/u5btuyTp8KSnUDh&#10;I1BJE4dNBZeXQSCJjgaoZ/DM6a50yP68crZfwaoq8ldQ8QwTPuQspZjqaeZ5cDzRXZOxTDqGoqaF&#10;oJ1mFLWSRtJHNEVSxdh7nCLdEOseeq/Ec/enqkyRhkvTPoVT/wBTsv8AULLM+IxRCjoYfkaOkkjr&#10;qSMT1QEP6WWEiNrEryeN6uyzJ8r3OWUeFSEYCQSTgAVYAQQZnpgcDRpcW4bTKgAkYAwR6QQJ8xhW&#10;wz1L9HvRLLOd+nPrJrs25gwXrV6gcWoc5VfTvPQpqmaasxWrir6wQiGoeSkoqWKYLHE8kxiHlRFh&#10;ovNdD0kU2N1v4kvWVMtLFJmCap6pHB466oWmiapeLEBFvkJ91S5G462HOaG7dmt680oxPi+BqKLJ&#10;KlX6kp24x51dv1TxLB8EyGcSx/cMGocQy/JX+VTy1T7BjtEABFAju5uRYKpPw4IPVHoH00x+bLfW&#10;DOHqYyVlaXO8NRh+eqjIMeKZmiq834QYVxKempsNoqaMfMxVdLVzLvUCaaQKNgXkk27LeEr6QenZ&#10;5RRdc5SlxesrSOmJOIJ6KbsEzrjcWOZiyXBkHGqpsvJR4lhOM4jLgsNLPh+Jef5A3CqWUeS9PLCQ&#10;0RcKqM25mJNeNXQ4BQ+qSgo8s5jfNuB02I0CYdmOaglwtquNaKJvM+UneR4tQRtZifHTgKabnPUg&#10;f0xRnu4yhOZshJkahz7aFmnaZ4IXqYlgqHRWngjfzFRyLlQ1l3AHS9hfhposwYth+aKGmoq+Skgq&#10;54RVLE7R+avmBtp26kXUWHt5ka5dLSToJB4EVmS7c6GNQMYbR5Vm5ajBNj+P4FD04xTLlLLiOX6S&#10;iwvB8VkkjjxKCtrYlkNRBBskX3gFKoVU6XLHwnOzZau8tLRl65gBO0kE9QB99Wss/Q/aaEguOcOJ&#10;x6hSQSCgpaypx+DE2ENYzyV5QK8DR0wdCC41G0313EX0twd+j/QLMuD4PR/10np8UwWjWaGA03mV&#10;Zip3YzzpKibhckghX7EsB7oFsj9zOzDuLNpi8bH2g6SYIJJ4EGpc3Wyy6u7fuFNJPUSAfYR8xSIx&#10;/qVhTVNXguC7hmBthipMSb+XmWSRvJjZGqQpZbrqyA209vDI5TwTpfgdJgWCVFCGwbAJJKbAMexC&#10;N6msoZauoLSkzMTtjRSyKLX22F+3JEy7s5s8vZbUw2kuMyROmRPQYBn4VIVr2KvWzCHmigrTjBGI&#10;PsoKc5ZW6wGkxPNmWMThqc1VafP4tk4SpFh9clFSSJBEgdCRLI/llmLhQwvYC4Ikw5Q6XzZyxDEI&#10;MYfDp8Rp5J4qGhrt9LO8iInveZTjdYIQoWzDcDYjUGtxnWbqtmkqE92eiDHoTs27SMDRXvVkmcPF&#10;t25xCOj5/uoAcezn6rsM6c5QXEMrU2ZKnC8QhhzVilXg/wArWrSxu5V44oMVkSKRTJE0js7xMscg&#10;JVtql0pcqZLrJ8eqMVjgeqw+hGA4W+Lq0skcgonmZxFK0ae+7lQCtiVFjZyOJFZ3mraxoktlUwmM&#10;RI2n9cBSDL87z1Ki4wj9ingJ+flSbzB1M9QtDJkSbKGFVFZgOJYyuYMz0eVfISnlwyox2noEjepS&#10;nqJLxwRrJIyyBkjkk3reJWIHS9PDhWZv5DJidFMccw6sX56kh3TJNTBIqhPL2J+k8qQWXQ6MSSVH&#10;DLf7eRnN8mesjqR3qVATiCPUnHo49FE/aBvwLtBt3GyjvE7TO2NlGgr+ulHmDJU2YY8rYrhSYbX4&#10;cYqbF2SGKdKlmkpZTPFLKvkNNFt3i4N102vwZMqYjlmWDLtdmDFZ8Tx6vpIsQ/l0VZT0JhlA8qaN&#10;YpqecgpIjKe3b284XfUdubmtrlHeWtsW7d6O8Oka9SRCitQlWkqSSMYgDorl7vFkucWynClgpY1E&#10;aiCScenojpPxoumW4s9HN2asHwfCsPyfl3KWKVWA4JiuNYViWOU1ZTSSCppJkqKfEcNjUywTo9iG&#10;KlrC4FyLUWZMJmaFIsp0rmJhb+ZVeIvI3xPyk9NGT/wHOdXcto2zSXIHMJKjj1fqaE3Fsg53qPNn&#10;fq9iuEtIpMlNlbDcsxUyg2ts/nGG4lOo0t/lT3+iy2hzBi7SKlBhuHUSgAJswyhYrYW0knikk/5O&#10;4ptrcEA8PKpHsmUlIxoEsc6bZOLyVWYs1ZqxetBZpUfOeZKOGUs2736PDK6lpT27CAcwnMOaKuX5&#10;WXHauRPsJQU9TKFOlrCONgPy5IGRsrC0hJgGhPZQCCdlBRmrpR0Gw6CrzZJ0oy3HjMIaRs24vg+H&#10;PVqx97c9ZUxF2Nzc3b48pvrqjMtJ109amHjLDYvSZ9qss4CMQcTzUyVKZaw9Hgqkg8wxSI0e+zKC&#10;VYG5uLZydn2dvWLV22w2Fd6jRj0EpI9YoXZU6pD7gAHiEe79asQyBgWW8TyD0Bxl8ep8Pjyj87mv&#10;BEglpyamnkhnpi0LORui2VAuUFrMPDh2eiuYMm4j0YhrIureLU0uFYRlPDeoeOwSTYWcdqMPpIKU&#10;Vc80sckqmUkMXWQFQVuwN+Zf9hW726+c5vb3tuyL28aY7pwuIMAwQFaTAUpKRpk6sAkxIBGUm49p&#10;lVzcW50lxQaOtShMEyAQOIw4zRJ+r/T/ADtTdfOkOTcxennL3V3LVfX9SM0ZFzRm6goMbOUJcZhq&#10;KgLTUc1TBH5bU0rRsjJIzN5gRdlm4po+nNTmPEVq8wZ3aswrFa7FqLDIcVpcdxKqoa75aOcikqqK&#10;oigw+N1nDKWW1zYv7xXgo34+oPJOzu9vmMsy5Tl4W23nFd6yhspUSJ0ulS14jFCBiRgmRNUZzRvL&#10;NaWCCoYq0iAT1zJ9lK6lz/hfTQphHS7pZQ5dxBKXL02bsXwCTL+BUuLUyxTUkclRFVUFXVYlJCKI&#10;0zorCQIdwVQiuS5P0Y6d5M6kYfl/DauLOmN4LV0y1dDJFUYPj9PDUwO8k0U8SCOsAmFhJHC5H2XJ&#10;UkcNd894M77Xez3+a3dmMqKpW24EpuGXplMSnU42rSkfdpAMYHZTOc5g07aalygnHYCJ6MD8RRmx&#10;1lzNjORMczRjlEuSsK/l9fX4Tm6QU2IZenkpajy/LrYpZI5qRgo2ukssYYbirK4BA29Tv5pT+iz1&#10;e4Vmrpni2QczZpw3NrZcq8147hE8+ZaqbDMWijiocMp5IJVjgpjSRwmOBfMUhAtkUc4b9k+WZkxv&#10;Xds6O8SJC1AEwRphJwgzKzAkjDZNR8bN9CXkgTKDsx2iih5smwbPHqW9HuP9M+qVN1Nyzliio4Rl&#10;7JGV8dxajoKGqrqZZ8UrMw0a4pDG089EyeXX1CurKzBy/msar/w8IXyl6Qs25kWJqSrzFic+Bwzy&#10;btrCgrarQAqqk7qpxfcb27c6n/R4x3N9dvHwq06QesGTj7DRH2VsKAXMgJw9ZM0frPdDT5g619M6&#10;GRwzZaw7FMbmpx5e61ZNTxxvfcXABpCNFA1+14ctLyymaa7p1kvNOB5JyXR41l6gp0yriWKzx1OK&#10;YrR4w1JVzeSDWU6UlZNNGoV2ikZlsNyaExn2h5Ju5vBn+YXd7dKUla9KVp0JCDKUmRqKlcRMAddG&#10;wyzLL19Sn3ZCjgQR5Y47B01XDmmuynl71Q5pwbF+s3WjGcAz3mDEcdz3lTCcBxU5NwaqwfAqqghi&#10;krHy5UtNgsdNaV4IcRjgFSu8xys8qxoaipsJqMCw2srel0tFivSDGZ+sme8x5UpIqytxnM+I0OIY&#10;fNiGKxzeYklSoqN5mebyz7xVCFCga2f0q5RkLDN/bZv+YedMoQiUmAkKBK5OnSCSMIBFGmbbj29s&#10;EttXKVydUzjJ4kjiJw6OGNC1nLL+FZRzgmA4d6gsAbCvUrhkXSnoJ0hztXUuVocEwShNA1Vh+W5M&#10;BFDO0Jpbq0EdO1QG8kfMRW38WvVDrDRdRMOyXi+VXzNLXYZmbIVJTwlMLoKuTCqzO+CLikgWk8hI&#10;4ZKRWVxF+jCfpJGCjRdvv2NZ3YbqO5itwquFLSEmStelQwMwSSSduyJgSZDWZboXNnYKdW5qUSmI&#10;kyCpIxkz0+lFQ6AeiDqL6UMg9TYcyYH0xp63qJQZzxbOVVk6nz9mOmmmpcAxibBqStqcyz4ziGJm&#10;GarnmlqKphIoc09PB725iafi0YdknMfRrpRQS4jXdPMvYPnatRqvMUWI4pJVAfzPZDh8UdRPHI2w&#10;C26SKIWN5NdYJ3t3RzrLbVoXzfdsknQCZUDAmBJgcZMbduyAdvda91aNSqE6sMP70bMJ2zt9tGF/&#10;DQy71QwPF+reNdXOomWepOf884P09xvFJ+nOF4Vg5p6inyHhVNWyYnDSYHhFVHUVOIColRarzHEL&#10;RqEiCbBcJ6Oum+FVfpU9PWPVOKUsGX48tYI+UYMVhpqaq8lKKMI9dHTSx3lZR7wEzBewY9+QDYds&#10;TuTl+1ydkM3WqXH3BrWeMNynSgdJEk47MKF+7rykWjaUqCcOO3b1VVx+IB1lrsu+q/qjlShy7nfP&#10;iY15mA50wTp3PPN5FLNAI4xRO7Yp8ssO/wAxhFRxu7m5bb7hBT1iZOo8iZ8y/nLLGJ0NdR4/Ssku&#10;K5RoC0kNRFMvmxsWnryd4k3lTpe9hqby72a/XN2hZdlD9k68l0EgpKwCUEQPDASCCBEEHpwmjxfa&#10;DmVixqaUCZwwxGPSYMe2rJvwoupld1K9PeLZAzNkrOHT7EOnFeMJpMs9bq2oqcSlwmaNpaKWOafC&#10;sEby4hH5KbYztCAFiRfhU6PO8+AwrWQR1M0FF5M7b8NronujDdtaamjXW1tLDXTmTd7/AFhT2Zbv&#10;pt/ySm8xn7woBEJ0kFQG3V4gpI2DZQtv/qRunsoSytoi4w8QPR01ZvjWDTZlw+owWrqYoZKgPD/M&#10;KWoQXVlIH6JJSSRfxPhybnKPKOcssZVeppnxbDMdxHB3oK1fl1mgxGpxiH5Sxp5pDZahlUhh9I78&#10;9bfVJunvzei3z/KksFKdKXQuYAwMkoBgiCBBgzR6jtOtM+aAvWAAAATJnr2cKTMGJ4rgFZmCvxtq&#10;eliy/Szy1PyZrbS0lHReY7MksKqTtS4KMddLnhSvWLhEq+jrqvlquQUuI5Wn/wBLrJCplZ1WSQLu&#10;2gkFbX+GnI57Sd2t0rBKk5O/3gKSSJmMDGMAem2or7R2MuZy24RbK2oOGPQeNOWX6uLEupmH5iw/&#10;EpKzB8zYBLU0FOocQqqVFOwfVttzu9l++vNUFyfP0Fzfsfp5isFca51zgPKht5tPerrrH036WY70&#10;2NR6dsqdUc+4/k3B8cxHMnVCPEMSip6YNJSU8MdNJULFZTDIzBdvf2k8mnLnm0sIlsHDiT8jQ1zB&#10;wJtGlFIUqDt8zRIun3TnPee63q4reoDNuS8sYXnHHsHwbKuRqXJ1FHEhnFbIxq6jA6mrbfJUtYma&#10;4t37WKNh3rszxhVQP6l9C+lOQZxeKPFcmZIooqiK3a0ktRLqTbv48OEZkQIQhIHUP0oJJvHSZ0pH&#10;tpf4b6Vcq08ssuOdVupecBUBlqKfHuomaoadw3e8OE1dFGB8AoHw5AxH8Q71e1SOqdX5cLw8KU+T&#10;y7hOAwWlYEBEEGHM4CNYMCwZfj35ZGbXBMBUHqAHwpch91O0x5Vxp/Rd6XosROLVnR/Dsw4kTvas&#10;znNX465JINycZqKq/bx4DWN+qr1IZpLyYn1lzdUyyFkkipMfxOljtb/imjnWLtroOLTfXB+9ao6C&#10;TTgecmQT76FDBOiHRfLU61OXOkOV8AqUIKVOC4BhVLICPHdBAp4HmA10ufOoGCUOe8VrsWgxSfyc&#10;Tr62olqqvZtO0mSo81yN9hbx9o0ImLsa3MYz3Prexdc0oeOmTJgnq6TQq3Uyn89ftNLUYWQDtO3D&#10;ZQnIiRoscaBEQbURAAAB4ADmxl6RsZ6e5By7gOVcKmqcLq6WLzaaMvNS7im9ZQXjR5HYuvvIoYWa&#10;3st1Y3h7K1ZLlqLS0bT3DQjZMnA6sTAnpOyK6h7n7kN5blQt7dSUwOjGeOJHVRVfU504zX1CypXU&#10;GFQYZXYYyKtVQ43htNirs4mRldIa+angVk+2sjONjKG9oJ7cVzjlej6e45miajoK/DqB7T5kmSnp&#10;qmFmr2WVESrKztqHMKI+5lX3XD6CHm8hu150ywlxxLigf2YK1JUAnAnSdA2jUSmJgFJEUoeQtd4l&#10;K1kLiCJJBAG2B4R14VUlB0u6jS+rfpdlWv6l50yLmOuoKtJejkNbmLGcr43huG5dWGlrnkwBhg9N&#10;IpmgXEJail8sTuiGnkheOSQqfWj0s4z1NrMK6o9OJJMxPLUxYy2Xquug/mBkkpxLJMGxbYCd8aHb&#10;JMftaBRc8ljdHtds8pcNhmLUaQQFhI0JgiEwg7SDgQnamJJpXmNzb9420pBBbxBgaZOAGMYk9OGF&#10;HEyH69OlvQHHaP04desHrem1TkihloMNz9geX0XJSwU1dDQUGHwnAg7RSvHLaMLSJCPKdd4cBSi4&#10;/Tjg2fcrVnUfDRVVOdcg1a1uZclZ9pN1Hi2GU8Y2RwJhM2JuiNE3lh4bAHdodoIP3u1O4y2/bsXk&#10;JFvcghtxtUlDhKp1awgTxEzjHSAUd4FruUtrQEqVgmYUkmDAIJMTjBSdu0YYif1G9W+YelPXzp/0&#10;Uz9k6my70+6/QtlfpP1lyRi9NUPh+aHhllemxOLMVLh9PC7bS9OFacyNtUx7nCkFc/ZROM1OIUPR&#10;TKzw4N8qmcaXB8s5nxDGKbDq6OGCZmRoZI0kkURyldrPIGuCRtsBtu1mbqrRH81uAXdWgrU2EFad&#10;Rj++APok8KVWlm65aKhA1JEzqWMQRGGoCNvDbRleltVjeXen2Dv1iz1Bm7NlJNUZTxPqFjOXkyi+&#10;K7cUlo6ctQyyOI/MLIoK7Y5CQ8ahXXg99LM0eoPpfQZNxHJ+d5OruSszLDFTYZmWnqa16bEJI7yU&#10;E85IanCNqh3ABgdwQBt8eb5bk7r52p9m8ZNs+1J1pIQdM/3RMCDP8Qg6gYE8Er26DLwA70rBEg/x&#10;pMdIjw/ETs2kpHqa9I3o89VEOd8tdXsof5sc/Zd87MsHUHJdXS4JmOOkiPlPilNLAHE8csX6GYTw&#10;uGRtjA2Ug8PTb1CVuYIs64ZnPK6ZRzfk6H+YVmGa1UddEBtmalFOHLojAbieysHttNzidv8A9ilu&#10;0/ZtWjzrts6oDUDHdwlWmSYIJJwjaRBmIAQzTcpbN4xalSyyTOoGAICj4ZMjGMJknpFUbeqX8IjA&#10;sqZ49LmEdKM95xz10M6q4tDlX+fviFDStlKrpqWqqqCpqK6unpni80TMsMccYZ5YhC13eMArPWVq&#10;LK+VYOqR6JYPTV1ZVLhEecMsS12F0UEBjQpLURYY1N+lYzNGBKRZhcE6A5G9nCEPZkMmTmbp7tGv&#10;u3FBxZAJAgr1kpETIOIkGRQ/yJFgl4MJeKi2AYURqg7CeJ85q5z02nLGD9Wa30v5f9a+bsz410/w&#10;1M+Y90f6zV+D5mzXX0VbVz0gcYlmOnrqyooYXplO+GV9okVXZWIvD615V6R9S8h5O6i53ztFQZUp&#10;qZqUUmU8vwy4tVVaqZmArU+YlpwgexE+6IizAoWuTbcvMM4yrNnrG1tip4natzwJSDh4TAVP95Cv&#10;OK3m9mw64pJaGnirZHQQcfUgeZp16aZo6zdPeunUbpDkTopiWYq7EqqPGsdzznjOFdHlzA8KkjaL&#10;DpqbD6iKKnqFqDDJ5rYfGkqsdkgk8q4KBn7pmmR8iZTxKly1h+fMt5lgpcawfN+EDFqSrXD/AHvO&#10;ZoKRKamkqFsQy+e+26qQSS5mPIt81X2YvMhamXGSQtJ0EajinSVFStBnAgCcdmwFD6XFNEMpDiER&#10;MeExxgJgK6BiJ+J18gdVcK6j5rz9lmhlqsAzF0lxL+q2dcrV0mFu71E9HDWU86rHLNUCkmjl308j&#10;xxGQAm1hbjd02zxW5SqMPxjAc5YjS5CrohR4tQUdePnqCpSUhBJSwSTGNW2Dy5owragB9+hNt5cn&#10;RetKbfZSq5B8J04KHGFYAxOKVEjpBBowyu/bKULB1BQggQFBU7IkiDswxpZ5oyplvN8E1BmHLNHj&#10;dQkUkUK4xSJPDJFOhjeMtKhVkdSQ8bXBH2lItwzXT/qdkrAcZxvM2CV2bM9V+G3WlwjBcQdg9PUm&#10;DDoZiKlICEjZ9puXIYDsq8iXPcivbyzQw4hlgEiStvEEEkpGnUCSBMiAAZMnCjA33fMqQxgQQSDi&#10;YJxAPSY4zFAF1l6ZZy6iZKw3JNHFk/KlBjdXRVGLvnHA1xNYlgnmxOthhp46kRSyT+WfeYoFVnc7&#10;m93hvcVxz1K03TRM6YVVpn/BcekfdlvH8Kp8FxPDqV3ljdnWaTY8UYNtVLAXdmkUOpxSyuz7MUb3&#10;rsFI/LXrUHWlS3ELUdOEp2KJgwqMdMBJ0KqMsout3Rnq0W6S3ckpIBBkkxEKSSnHAlKhI/hxMCg7&#10;ImUPwWMtfiGV/p4pOnzdFPUxkyfDcXwTO+UcyY3jWXsexiq+TxCGmjraKoljhq2cwxxwVCRWk2pT&#10;qlQYG4G2H9PsZpMmYp1Bpem2X8qZsxX/AI0GW8VyNjaw14r6RXVKZY1HytQZBGWERby23bgNws0r&#10;P7429znH5A3b7jDHgeQ4yShSXAmFBRhYCJjXwxChHiSMXrpGbZgtglUJlDiQmCSRge86thUDA/iG&#10;JIsAx31BZCzx6l6b03L1iz/mvJ2RI5+nPqD6Q586czYjgeM4LmfCUkgxKfGmgpq+ihopquKnetu+&#10;w71nXYTURIvP+W8V6356yfmLAKhcdytXU5zPgL56pylLVV9r1GEQ1sJ3QuViqN1PNG4jeNh7Cot3&#10;ezG13cyx1hae7cbIQruiZCZ0pcUgfcBKfGI1AyQKM0XjQytloKSmDCgkaShWzEAymdhOlW3VHAC1&#10;0azv079IfQWs6dZgw7C8q4909rhkbPeXOicUbYjgWFGrTCaHMNZg4maeePy6qheaujjMkySpM8aa&#10;ooM5qzjjuDYzmPCR08bpzHW4esVfR4Zl94VhNHUVVRKWmwmpplqad/mSvuuCbJe5W3B1lG6ls62H&#10;fzAuNStpck4gDAKCilRiRh4ZMDE0dqA1p0DUuFcAsJMgk7RhhwHHpo4uQci5OrcNwbH8Pz1V9TJK&#10;SaWtw3GMw45LjUXzFTSUVOJo463z44JglErqEQbGkmKhfNe4AdGc8RZZxLFsMwhcSlxLF/l6vHI9&#10;1OJK/DcOneoqPkpEjaaGsjQvIqh2ZgtgSF28Em8eS2ynkd4jTA8KiDAUoEDUcAtJOBwA/igbaA/5&#10;oWt33iQpbxSQk44zMggGZxATOM7KETPWWaTHY6KuqfKXEcIFSmV6ivNY9FDX19JJhymtpqeeFKuB&#10;vOsYpNL2Is1mWw/EvTxV43h1NnX0+Z2lzRDWpTzV+DBaWCmrgs6VYeWSnqKKild9SwkjvYtYqSLY&#10;5vdu1lkzrltvHbptkgnQoKUtUmUmEaFuJxiCkkbDJxqzW+tk0nvrwhnVglSIKjjBlCRjGnaQZGEm&#10;qdJvxU8udCcx4llH8STp/hHpplw4vD0+zxgVdiWZK7FfO8+hqWp8CosOrcVpIkeIKtQpkjkDKQxW&#10;54DnUXJedIpI6LGOjGN5OTJMrw4vm7JdT81DNFPNHPGaGqbDpA0SSSBxDIjLb3ZHMiC0m7mb35Ze&#10;tl23zFp0Pp/ZpWNKhgU+NBUCCQAJHHECCRQlZz5WaIShtxK3MChQgHqjUmQeo4Hro6/p89U3RPrH&#10;hWHV2QPVpk7qZjPUyGLFenmVsSWmwzG4qeBJVYVeDT18Vaap4IwJmEcS7lMiQojFeE1zTl7pgufa&#10;utwrM+JU81ZHT0Ei9NIsTe1K5kNS9dJLOZYrLGfMhkjiUFhZdlyo1yu8vS531wgLWkkTiYIiAdEg&#10;idhEmOk0Ds4sbE3KXVhfepgHRq1zjOrAaR7BjRzMLnxiow6Bq/DmWqu888ONvAssU27zEjHyiPGV&#10;UsFVlZtBqS1+CBL1LxrophdbggpKvNvTbFqKI4XT+bNG6U9cWEdTTVabZo1YMyBYZUicgnabne9n&#10;qcqzAIunFBNylWOkJJwwxQTEdClBSgNhB2CC+fay5vvrdSlCIjqOJPCMfKKS2L5Ey1nDGMOzRT1k&#10;mF5mwGo8uarwmdXjd4nhd4qqkkMlNM1ok2vNE0sQ/wAm0bahrzdg2V+oUWXcNyFniCtq8X24fg+Y&#10;MElklxfDKxBYpV1EstBUGKSO5WU06KXstgp3cImt4n1Wq0uyASPEMAJ2KCQSJ4aQes0U/wA3tbvK&#10;4W9MGArHW2TsMlSTp4EAQTEyJNOuDY5i9NhlfUZqwt8OnwsefXyGPZFLB5ZfzYoqeSsQNvUjyVnd&#10;gtiTcheAV1zkzxh+WcQy7nvMktHTZenhwekRqmOpp1UQpd5jD5SKxIuFeMvbu5B47mCkMWLlwkhM&#10;wErPEdcgeo/WCjebJXbbK3UPOgIAGlY4ztJPDaNpnr6FThkeFyJ/M8Nhi24koqTWQptaVW99SSRc&#10;j3rjiLrcBoMa6eS4hhOasChhwRcJjkyxgOGJiEuJY1NAyRRtS19OkkhIu0tS8rICyxqh2s3Aw5+d&#10;uHyE6FpUqZCQoSIHGRt/iKsIiBGIDCy7ZLQh1pICQSANepWxKdKk4knEkr8IjA7K6NbMmJU9AKCd&#10;1qUqKqSvcDyIkhaNApZSffcyDYtvsqxJBFi+0nTfBqvKEkmPKKzOCGpr6HKmXKXD6qqSzk2C4fWY&#10;lBLTIxst0gYXIse3DGwfulB7v5MEkAgHCdgBnGNmyl+Q7vIeS43mIhWJSgBPXshRETOEJnZNZI6q&#10;oaqmSSDyqVbeVUMWAIt+8JEQhiSdAWFh3F+a0fPmarl9Tjz3PV6vc9z1er3Fn0+/5i7Cb9gKgn/x&#10;ll4zcfYaMMrP7dPr8K9wwAAeNge1yPuPEToxoUV7jMRtJt9oG1j7OaMRTde57ebk+3uObrc17nEm&#10;5Jta+vN1qvc5xxmQ2Hbx5pVbAr3HamRozsPblDTqK9xVYSoE8du+gtyqKMWUgeVe40Yov+/TED4+&#10;dJ/yseXmk7oGoxsr3Iqpfv8AVzRNUr3FPgAF0Hh56L/ya3PUobGE17mwN+EYfM6M9XYPCHFMNkJ8&#10;RvNf/wA08rax39WuVgIE9dEG9Zs7Q5u6JhSbyQZnFh42OFf08tKWNGazE/Tw/KSRjSQLWdlFlaqe&#10;H3otG/w6AH62575eMMWue20+Gg4wthBGyKVFUCs8eK1vlgBlf3i4BXxPs55o0ay9yvNGzSBVEuzF&#10;dxYlVhndlVN+lgPDnvIQjQm/3c03bJBq5NdPitStrhbG/wAdBr485x0xsNb+I558tmQauk1j/mUg&#10;YMq2QWX4an6eZRCbgeHtPE6G0jHbXlKmscmIs273SrMbXWxGg5kMZbTQgEDS2vKaUnbWwCRWMVfl&#10;ai+4gsWe+ml784FLvoALaAAW+HPBoaZryqzfNlIyCzSFrsZJGvf2d+cZKW9r/RflgyTWiqu4caVG&#10;IVO2pDDS/a/jzEaYg+G397TXtyoZUo1tJwqaMYiWNt24NoUt9nvc868i+m7T2c2u1WnGvBeNeTGI&#10;mKgD3j9IF/v538tY+6TbvY8aUnjTne1kXEg42MoL+JA09nx5y8sHvqy6G1uWU0pIE8aoldYErAzy&#10;eXolrgEHT7jzIIQBZBf2coUk1tSxWNq4sw80lST7wAJB1784GEsBoARoeeKSK2FRWZK1FLkMzqPa&#10;Ce/MbQMp2ke935WDqmnNYqTHXQyR+4fcJ18LkfA8xtHKo3A2+B5Y1UCcayx1NO7CJkLXI1FuegRi&#10;SGsx+1qeaQia04oHDhXeI1MccakEouie6L9uTgl7WsANNO/HUNkmBtqyEgiaYJaoIjNISdd+vYcz&#10;CPx17eHKuNztr3e8IqKKyxYRhe9xcc5KjXsB9PfjRbHTToiK9JUgIXZFH+Ie08kWOg7X9nLBHCas&#10;MKbTNGbyeXonx8TpyRCkg3XNyO4424AImtqVIqFVVMLbGRTGNFD3Gp9nJ8K+8p3AAHicnDZVdWFM&#10;tdIoWUMpJIvcX+/TlcP4tqFvSrRSHQDMmGfnHN/Ry7YEVqRpV5fMUYv0KzAdVM909tf5HHIf+Bro&#10;h/zNzXSzx/zCVHZrgvhbEW7E0lT7eKIxFUvEaWxVpvAWI/LmwQaKK9zvbqt+x5omtxXuZKz3JyAL&#10;EC2vK024INe5Gtv11HNjGtRONe5wkF7DW/hbmlVYivcjuhAIt3sR25tFNqTFe5Ht3Hs5sKpsiK9z&#10;G99LG3KOGtGvciuWP2e9/HlRVTXuR3LA7m0P+ry4SDTSpmvcxWP+I9r8tpTVZr3P/9UDsr4diOK4&#10;jmzqBj2BD5qSaOjxmjrI4BLifnTCP5d2dJLCJZ0ZV7vov2edY803UYeeL6SAo7QQMQcIny6MamvJ&#10;LgWaGmguVuKxxxJmVKPmTj11ts56xXLmWsK6cdFcjZiWgimpHmy5i2FzTvFgUGH0UssdWEhliLiY&#10;0ssZctaM3f7QPBU9dfp1zF6l/SpnXIKTR4LjtNRw47l+QwFzLNh0382jpyIyColNKIzpdd+6zH3T&#10;jPvl2YXWdtPW9qQFNkrAg6VbEkJJIIIniIMGDTnaJlbz3c3iPE6wrFI2EEQT6A+6qYfw+/VL0X6F&#10;+sbNeW8tY1WZswzrTVrlbNGLtXPJR4fXUlfhWGCrdqpD515K7Y00crqUgK2URk80cM85RzbkXMmJ&#10;ZWzBglRh+M4W0qVtLJFICBDcs43AXTaNwYaFde3MQM53buctuVMXCClwbQRG2gHmWavNuFKkkEbR&#10;0VteKysoZSGVtVZdQRxAHEZB/bwu7qir+drrvnv5pJ+o5ruq3/PV17mNq9m7i/s5sNCmXc2UrbXu&#10;P2UMxw4DjtJX4hQJi+FbhFi2D1BYR1NOT76HYVN7fZN9DY8W2bqWnAopCgOB2GncnzgMP6lpC0HA&#10;jqPR1jaK9w3mW6bBlwCGlyrUfz3LOYIm3QZh8qafC6sAqNhEAeVLSWNowumuhYGc91d32Lq0i3JL&#10;SwdYV/ArhpABkdPxFTBYWpXaBthZU2sYKInSY2bPT99e4EtP0L6k4vj1BheMQMMPq6h6GlxuIyVV&#10;J5cUoRpb0iTyCIXuAI2bWwW+nAXb7nXClf5QrS2kwNsnyGNRmvc/NXHwlTaipRicT7Yk+4+VdHQE&#10;2vbwHj9/Ll/Tf6PvRJ0tkgrPUJ1DxDNecKQx1FRl6oy7mTB8v0kiSgATDEaCOesAdCD54SPupi9s&#10;l5FleTMq0lyD1A49Rw92yllzlCrROlFut1zrSUpHkMSf84x1UUTqvnb1YV9PEeiPSjC48LlVXOJ5&#10;rxfDZ6+dJIla8cVNWJTw7TcbvOl3AggKeXJ5V9RXQpFy50y6L53y3i+ZqyWLBMpZBiWkpUggSnlq&#10;2c0MU9HKlOsVO1njiKhivgbgf22dWDK0obcDhPAgRh04pPuoGZje5lmFyAoK2KUcT4UoQVEaQCOE&#10;DZVa2bPS/wBWM0Y3jOd/URhGMZFwDDMNqsx5tzVkzHv5jjTpSqlPClNJNQ4xHJLvkS0Uk4by1JUE&#10;rY5c4YxHmKppMVzLR4YtXTRNTpHgFI1JEE3b1Dq8kgYi595yT7D4cPbnN2Gla3NIPUIHsk0FLGzU&#10;VnFRJ/pY8+6jIdDul7dJcAxPJ/T7MOasYwzEa0YtWYj1Pxx8brHqGiEDtBIYYTChEa/ooURLi+25&#10;JJSevfq06Y9AssPjObMa8hpQ8WE4Dg4WbEK+SMXMcCyEaC43ObItxdhcXjjeTtObYRpRj6mhAbZt&#10;mITK+jh60afK/Rmqr6la/Ghvud2+rG0XOpPlxbbn6SPo5QH119d/X71C1GK4Blqd+nuQavfTzZey&#10;vK6T1EDgjbXYi2yWUMD70YKRn/ATqYVvN4cwzJelGpXyqmkq+84DhwoxGCZSwfA1iang86piA21E&#10;wFlIBF0RbIhsxF1FyNCTwpdFkmjYvUY1ibVhjsJ4cNZUiQ6Czz1FlB0+zb6L8OLPs/fcOu4XpHPp&#10;Wi8kbMaU3DW9J/SB1k6jpTVuTunRwHL9T9jOOcT/AC2iZWXcrxTYkrTTg/8ASvTuPjwWWm6VoxBS&#10;iY4qw+O30mrhLhEnwjn1pmr8wYTh0hgqKrfVCwNHSK88y3G4FkiDFVP+JrD48OVl70FdPsE8ufq3&#10;1elxeujXzJcDyDDHEqtGpYha3GEqXI07pTR/Vw6fzW0t0eJXon8T+FeatScACfh8ag/zTHa+MHDs&#10;HGHrIBtqMaYFkJPjDAxDC3/HoPBWPTr0mdP8VmwzCOlFLmjF6OoOFfzHPMtXju90kMRbysUnmgBN&#10;u6xL9HAleb1sJxDZPmon8B7qXMWhmCBWSnocZqVSavxd4hNGvm0NFHHEisQCdrWaQH/gzxQ491Zy&#10;3keXCaXKmTMJy1JUUzxRnK+C0FMzla+phVbUsKjVYhqdB3JHfgac3rPBI9gozbt9K4FSKXBIYPmB&#10;JVVVSsziULVVVRIF9xVsN7mwuCbfHhq+lGUs3ZpozD6hei2C4Fhhhmj6O9S8axzJj41gOOxVAxNj&#10;JTJi9HIUgdvN8kPKAzEkoGZSU5uxnV80r8vbd4YnaB79k+dSDleSahDx0qOw4GIooHU3qPl3Cupe&#10;HxdPc75owrMeBz4fm3qxkrLGS82ZhwjMOANS1mHU6ST0WAYtHTSyyQgJUUrLJKsOwlgqlG30/wD4&#10;eXVzpr6fMy9L8t9SsBxXE8+dRcFzblDqnhCJVJR4ZXUSZehnV0E4p5mqahFY0szsqC4cgWEYZkxm&#10;Vu4lb9qtogHDwmfIgkR10vtt0VtMBouD7lKkdED8DSC6leur09ZIzFjGe80ZkxfD8N6W5Hz5mTM+&#10;Q8QwvFMKxaqOC4RFnCqiOFY2lBL50WG4NUyRGpjRPf2hlL2NcH4pPR7H+keSOjEWYc04jnvGM3pB&#10;mXHsx47TzgxVm/FaRqQzzVFX5jRJAp/yugPYAjixppaHlauiaAG8jiTpQnh8/wBKM90M6wU/Vep6&#10;w4fQ5Xgy3hHSjNjdNcAq6GtWqTGKL+reEY8leIhT05pgz4o8IhO//Jb93vbVOH+GfDLUeoDpNFDC&#10;1SaXKM8gjhQu3/JAWK4Cgk/atyarB/SCE9HyqdsjwafnA9yfl+IoCfxL8QwrCvRX1cr8bxmky/hd&#10;PUZUerxfHaqGipIVGcsJsZJ6hkRATpdjbmxRU0ldGyN8lURMbDdLBKth9Y4UouXhIAMSaBBQ2U7R&#10;JrWty5m3pRjlNKI+ouVsZ2qy+RhOO4RWpKxQAAeTKwPfQDmBavE43McdZNCbabXkS3Ejl8f6UHzo&#10;uLDXTSlm6adKcYplr8U6d4FmCCRryTVWF4ZWhlJ11ZCbHuTzFLimK+8gqpJyO4nPmg/9FA3ED+Yu&#10;/wAaj6/rTItkmlJgXQzoxCsFRhmQMLy6W1MuUYf5U4sO4bCjAw+GvIT4nUqdYqYD7VzR0l/vEV+F&#10;38xc0gYK9lN9xo6jS7peiOTZpzVx4zmumlFhthzxncQ6ageScWMf1FPq52cVSUKJMNp5Lf4lmS//&#10;AEQlTjDt7oPiQnH21VeuCZxqVF0cxCMSHBOr2bsIW5VEpqjBMQVbm9t2O4XXnv4nX487+coyCHwl&#10;ACDrTT1CG/8A0NeTmk3rBBhOyvAkDHbXl6edQqKaJ4esNdiEwcW/rbgmX6mJ1A7N/KaHDNb+w8xG&#10;fCdu40lUA37yVcJAH0Glv+fKt3DalYkg9Eit6zU6TLPWqOUfK5yyjVU4I3xzZNx1JWufCWPM2wf9&#10;E/q5i34PIRaoq4CdAvkQzdvj50X8OWuH2kiJMCm0lZ21NjoutlICY8q5Rx+dhdJpcbxnBkIudSgw&#10;nFCO3bceeX+WsxWPFHiPa9RS2BP0wyS/w4xbXLcHxn1EfjW5UOFTq2PqdTQxT4p0nw6te25qfKOa&#10;RWNa3/Y2w7CVv7LkczrDCrptx+Dcf3dlYmn/AAUA/jx1agdigfOaptxIpODMGYpo6hKz085lhgj9&#10;0yw1mSpwT9EWOu/17OS2aoQkJV01QOwdqynjI+qZ04+w+pIEKHpFU1J6KTNZJlSeP5jEsk5pwRx7&#10;0lEuT8yYoSO4G7A6OtXU6XuRzMqYs4QpTrMdNvy0sMxP1RM1+KV5k4gHxT60wW0H91MSRdIp3mWq&#10;qqrAYSSzf1rwjG8FSzHS/wDN6aAD6+ZBUZmjay4fWoBqx8mpVT9BAtxO3nF0ggmY4Y1YWyCmKaqv&#10;JXpFzAk8c+csh4rWL+jkppq/LlROjdyGR5WYa+0cxHHK6E2qYWTwIqlvr/0MB4crz+6iVEn0qgtk&#10;HDZWGn9M3SPFUvlOakgVRuL5OrGpBtIvocLli++/JFPjyu6jyEbWx/RoAf8AkADjrG8DhBK0j2Qa&#10;8LKDSbzN6WaWnp5Bhua8Vw+VVMm/+dYjUELbvbEZalT9Y4vcHxiho0jnNKhUbtyxtNpfTxdh+XNv&#10;73d6RIIPThSlCSDBNV5dbvRX1FzwmPZbpeo08v8AMI4zCuN0+CmMNGBIq3o6Kmludtrh7m45Inra&#10;OSFZZKJJJJHkvIzOy381gSFJtqde3H281CmkrUkqVEeLoHlS1xghwidlJnBehnULBeoGP5XwLq1X&#10;5ZynhcOGy02F5XocIpKna2C0zpG9WKUTHYhRQTJcWv46amP4q84l9SnVN1KgDEsAGyIBVH/GTo+w&#10;WwtoO3AzeLClSBGOynFTFbwf4b+DzYB6Jug2D1FZVYhPQ0OJRS1uNzyVNXIxx2uYtLLMWZ211LG/&#10;FL+DiSfVJjzP2TJWMEhRc64vgw1+HfjrGCqsHJVgOFJT8TkSt6XcRih2+ZNjOGxr5jmMaJO3dQ3s&#10;9nNndpksVEoUHtcSf0EcFVihucSOfKihScDOytYOuw7GBKJEwComZfeYxTYcVX6POqI2+8cxRpJu&#10;VkmR/wDVDBT/AMnbeDzJ2zJ0Db7P3U03pKSDhQfZxxXC0gkp8ZwmupmRN3nvQvVIABe5NEKkC3xP&#10;AU6m51To/IM+YLkSszlNmpkw/MOHZMbC/nqx6eBmp5gKqpgad4o0ZdsYY+XdjZYxzK3sz3b/ADYU&#10;t1wJQ2BqA1bCYCvCDESdpE4CjP8AmFqzbKVcOBCUqSBIVJKjA2A8Rt2UZX0z9Ex6xMrVPQDPHUCP&#10;I46J1M2ZOmtTnihzBFHgtPis6x4rRtGaVKemp6mXyZS808ZFQESNXaeTaTH1n5bo8N6a5mxnL9VF&#10;T5x6zLR451NjwWnfF8TrMLwWekrYBS01OKSOWnpN0cU0szojQvdw7sijL3dFxbzraVyplk+ED7ds&#10;alCRqPVtIEJEwKlSybcdZU3oIAicNoGOzCdvHaJ6qt4/D4x3FMx58i6dYzlyqpunnpUdsodDsUli&#10;Wgp0rZkxPAsTnxE19ZPL85iDGRkpolfyGRokMcav5pea/wBUmFjoVhWRepeaJsPyrnc5awPLeTcs&#10;0pGLzQ1NPT1MtVLi1XOtHG0s8azpG7x+WjS+YzsAFA3bJ2UuXIbKSnubh1KlLUSnDaEBokLE4bcA&#10;mTM4U9vFlSbZtt5yAh7TA2GTs24CQJxwGM0bit9H2V8N9VFJ6m8s5BpsT6nQUGOVw6lY1X1FJSU+&#10;JSGowmjpThdIGeZWw6ulhlqGu1oIBGoDOQVTp16x5cr9WsdoXpsRiy/1KwWHAc+Y3Nj9fiMUeIR0&#10;4FXjEmKskiU8dM7yy+TAsoHvBJSGKcjLtJ3DzbfiytGLy6Vb2AQQtthKgpcJ+1x8fYgETAgkQkmS&#10;QMfO03cn+062rW5uXGbVJC1d0D4oAkLcOxIIMhMjHDGKMtjHSPCa3B8syzYHgeJ470yr5sZ6XumA&#10;QpDhNAZdqUMFN85BHvFIBArmREEixzbAY1Aqx9OETZj9S3VbFK2uWWvGEZzzRR1yYhT4fDU1yLJU&#10;RMap2pAsUjkMxQoWU2XuBzB7sVy6/wAt3zQzasgvJ7wJDgmBpUAceOnEE7apunbt292ENjwpSQJP&#10;ADDEnHhxoW8UqpaOljlhXezVFJTMBDPP7k1XHC520yswsrH3iNq/aYhQSD+dM+jHSSH01Z9yV1Y6&#10;hZLo854Pi9LnjAMdwzOc1X/I4cYpv5PXVBgwKiqkeRWgogadmZXOpkjGnBWxuPfXiLy7WQBbr8Si&#10;cCSVAhMCFGQNhijC1yAfl3C5pkE7D09QmaBbNGZuoVF1UyDV5TyhiGPdPcTwrMGGZ6NHQ0MFUMVp&#10;qnDJsIu+MVVA8cIifELsNyltosSVPKtMTy3HlH1SJl6HGoMxJhGI00EOO4aksdPVKaFHWSJZwG2E&#10;MNpPcWI0PIQs4/n6I2ax8DSDImA1mrSQZhQx99DtC7SwxSPC1O8iq7082wuhIuVby2ZbjsbEj2Hh&#10;o8uphDdVMjDMkQnwNsVw9MWjZioNOKkb7lWQgWvrccyQypTQu2u9+zUmeGEicfKssLhae6AJ8Nca&#10;kTNTzimYJUFHEDt2D7TtJuD4/Dlv+SsfzJ0nhy6MvdMo8Jy3jkrVdX1HyjsxGJ8OjKwl4pyrTFl2&#10;CJkYXUm97DXMrdvNmsoZX+TtErbX9rk6sOuIPodlX3dzVVghRtmgZ/iwmgsxSny3nSbHcLqMXjxf&#10;E8HCUVRlTFpTEsFU8Jnh+YgVlvvBDK1rEdr8Pt0oz7Q1GIS1uLQ/768Rgekp6msqKqmw2lgkkExn&#10;I+ST5ll22s0hLFjYC3JNurTNb1pt9lxRKVSpCUAzgcJVEcMRjhtobZc5eXP7RLhC+qiK+qHpH1Ix&#10;vK+Dz9Nc1VFDmHKeKU+bMZwXLeCYXimP5genopaQYXBUV2JqmGLOZY28+ONfLWPVrMbiFitPlXOm&#10;aBBl3KUlVW1MH8pmWlkhEDVCIJEZfKaT9GIwRu2i50tcW4KLZx/Lbdxd24lKBjqVhhxBmIP76nTI&#10;u0S7sGgm5WNPSdtNGRM69UfTp0gxbHPUJ1lwqkytl6s/rGmbMyU9XFVrgkh8uVKv5tKZUqfmHuAH&#10;ZVSzE7TfgWjK+ZoIarBf6tVVJi2DO3zNczxyReU8uxYw7bNhuqlQTdrX0N+DZ7NrdTYeS4haFDwj&#10;HHDHz6+HTUqjOcvvbTU47+zXsM0cKk6s9MMdw3As2w9Q8MxPKmeIFkyxHTy7XqjHB58joqM5lAQk&#10;uVWyjvcW5FxLJfUyiqK3M2I5fnwynwaOlrmqirNFEoVQoClnVdhXt34std5crNshhtaVKUFDTsPw&#10;BM7KU5PfZa2e4Q8kk4ASJqDlbrr6csaqMF6dZc6rYFjmN5pevw3Ccu0+I0prq14dz1JWNSkj/aJL&#10;AWN73N+JnDK+pwyqy9V0yyUE+WKukxIUuKvPJFV0VWklLOpllErRgmdZ21IbawGpJ4Gt4spur9bT&#10;qkgELxiJiCIAHR5VB3bFu4jSgsr1L1DADGp3U7KMOZ8IxzCARWUma6eswutq8GjpzV01ZSqtTTSK&#10;m+NXdDTmFdLglbmw4usawLHcNrWWmhoairrK0Yw0FU0JSIVQZQQ0kaE/pVldT47rXFr8gHtNZ3Y/&#10;lNzaZ3c3CLNUqCm9QKRGxaW9oJB2pIMxtrHDev8As8hRZzx25QwpMDuidIIn7kAGSdmzGgOyXnHJ&#10;WJGko8RxLHqGkw6iXLeET0kborSYeY3bzIA88e8RSwIysoA2E2s3F/RSdWMFrcKkg6eYBmCgkp2W&#10;qNLUYnLXJUrIRvKvVPDssACPLsLg3sDfjja9nfZZmFzdpYzhVulC4SXmlJStJSSnirEnDGFHorGz&#10;JMl3WffdQzeLaaCjo1oxIgROM9IPHCmfMdRhmLviIxXrZnPLsFTNLUYVh5w/K/yTUkSqrIkuFYUa&#10;xTdWIJqCx1t4AGgyxW5pTDaarxLDaHDK5h5ppKfD8NSWG+uwvFFuJHYndzHMs235lbVssLQCQFAY&#10;ETtE9NNpQ2l0pQqUjYemiF9WsjdL/wCcyy1GYM34uk9oXgx3POeZqGZlUgt8lUYmIFUk/ZMII7fH&#10;mXEMZzJiDPDFitZOpuvysFRMBY9wEja2v0cGdplJASUmI5FCK1dQgQTQR4NkroDlOWqxjFOmWVsL&#10;qp9m7M2LYNhqysQdytJW1UW+4Ivcv8eUi5mr82VPrC9WeWcCp5qzHlqcFxPCqeVJxGd+VcKEizNF&#10;V0jCMAe9qzEhQqNb3Z43NQ/oWhsHVp8sfdQqtrgB84bR+FXbdEsVyovpq6OYxLU4fSZUSOOJMRga&#10;mkpkQ1M8MUtPtp6mNy0m0XG0BWZtwtYm69A/ScZgyVnr+e4rO9VhNDT0WW8Lhk8mjgEdCqNEfl3H&#10;msJKM++5baWIA0FpC7H+3BW6V4VNsJ7uU98SfHGrSdBkgEap69k1K26+fuWZRp4lI2mYJj3bfM0R&#10;X8WT1YZ99MeZ/R4MjYDDjeHdSc9UuVM8NHRx1FfBhs80FE8kcksMxjSNK1pSE2M5VQZAhdWMfhfU&#10;ObJ2U881dJQTT5dWqqZccwtXV66lqBWQq4QTsVkijjSMn303A7tezS39V/0/tb8hGeZYtKX2GUpM&#10;iA6iNSFJgxJ1KxMYidtSIxuy7mjinELCdAnHar93XT/gOUGzd1D6Z4bj+LUtTmChw/CKrBMW8gUt&#10;Di1O2CVsaVe2BEemqqp5alWUpKqCNkFi25V/iOc8Pz7NgWasn5UkzfgqU0VNXZqmpMLSdpf0qPCy&#10;1dPSEKm1xd5lsRpcW5jz9MHZ9m2XZVd5e7mqWnSsn8mHltqiQQpIUFJVq+2E9ABIwosvsgbVbqL9&#10;wG3EfwKJBPWBEH0NAJ6h8sYbl2izHh+fuq6dEszPUVZy/kiuxzNtOmLzQx4c8NVH/VutrYp5jIsD&#10;eWtDPIyMVKrucEJ+uWbOn+DdJ+o3VDLMstTm/pJlXFMSy3hONxVUVLJitDQT16QTSPcyK8qBVhSU&#10;DaSFOoPJ83U313t3Syt1dvl8JU6vvVrSVI0xEiFA8B4oA6tooyyneHMsntS7bI0iCSpWIwGyJ4xF&#10;Jn0x4T61um/VbCun2b6PAcQ6Tdcsyz5lxnNGWTRVeIjCKhqOghjp6KijokpxHF5klRXSwySySFWc&#10;IAycIuuWszU+VMpYbVYNWLkzOlPPmx1xSrnFTTYjVSviT9yQuwzGJYzrZVFyy3OR27eRofya2vLO&#10;3DbboW44dUEKXJPUEg/YCdkUNsisMrzPKw6TpW5KlGcQpRkxhwOwVdng+OZHxrMOZsVwvFKWfOOU&#10;5/6r43NDFGZkp1cRRwPZQ226+YDey7iRZSRw1Hp3z5mbp76Yuh+HZjxXDqfGcCy7laJqKKqleo+d&#10;wuKjM71NOlUY9yPc1EgS4vt3XsOYgtdmGXpyVDwvUfmVlYdQW16gkuEqJUFFOyMSlKTEA41jy3uy&#10;3Y5Mlt5QLpBCkxjtOMxVOnqQ9H3Svr96mOqs+MYHm3HcRzfQ5pyXnb+bYJgtNTwYXj2WK/LhXDMd&#10;qMvtW2mV9tHSLiBjL/pREbO5FbJeHVOf8WrcUxuqxH+UYoIcSxempMLkalxmv8tAlQJxQsEpk2BY&#10;keQs6BQ4Gq8lrddsWqm0vOOIbSgBtKGdR0wDqWoIOoKiUpMjCThgVO7mUoKwpZKU9IEmKCTrPmrL&#10;npnypkzJ+RMLydgmecrzYnl/K2KYzm7C6atyZlhquWaWgbDKrMtLUVeLVCuXqZqaJY4pZJHickIz&#10;NHqJyfT4ZkXBK+koMXNVW566YxTSUtXDSwqknUnAoPLtHVwOGdXKrZFUE3078Ou2Tfq9e3dUC24G&#10;kkQtZ0qJBxOhMCPSfKh7vNeJdszCDoQNpOP3JEwMAIPHGkd0P9VeY+pPUOPI0+Ysi0+T8Hyf1Cho&#10;avGKPHsWxusq6bIeKVMzhZMAraH5WPZunDVcsrqpQiTcYzXx+Mll1aPob0ZnXDZKRH6hYkgavqnq&#10;52tPi4bczvNaw7ncfbzEzeze5eZMaVkkpO09AGyopzbMfzdoNWOlY96TRp/waOpTZ5zH1vw+fqRQ&#10;58q8Iyf0UxGenypluHLmF0aYl0pwOsRoIoqPDyyTl2lRWgTykYRgKF2LdZ6KcS/q/wCjzoEsC4Vg&#10;9eMpYJNHVVsUTTS+ZRRLeQvLTdrXN3P08w5zCxDl++4VYaiNvRQpy1rW02qQAPlVWH4n2Tpep3rl&#10;zTl/FsJ6gdQMrUeJN89hWT6itiwnDnpoUrFVEo8MzDIzOdoXy6ZTc2II14JfWfAMH6sZbpMn4vmy&#10;Cr82JpYKvKdEsrxzCqpbMi+ZXfQbKbjnrPKn22lupSIPAmm790OCVEQeig+9CXVrGfSj1Kzh1Ewn&#10;obmXIGHLXU2G5jfrrjsGFwTYfFgmPVZs9bhGWIm/yAYGRgASCe2lKHWPppmDJWMV2U6nH8ZmhrVn&#10;GDz4lhho0dApdLSfy+kNrrtb3iLfDh9kri+9GoD0oKX1qElIGIJrb06I9YMndZck4dnnK2IYXicU&#10;wjXFY8v4vhuLR01RZdyGTDKysjvZgQN17EePAQocBzBkOnyfQYnHWQwSZsyVtolqi8PmtmmgUbA9&#10;U9g/bsLcGluUltQKZMH4UIwwq3YOETHGlxmqpwnGcvZlmpaqAMcLxOmauaLe0amkdWJ3RnRb3trf&#10;2HkT8Q+iMXpi6tZgwrCko6g4tNTYnI5BneB4pIrMApuF3Ej3uCPJg4lpR6j8DSDfFg/yx9Q2hJ+B&#10;oP8ApXic8WYMAy9UYucQSLK1LW00UEYSnus0aPIvvDVgVuNgtbmpD3mAOgvY38NeFqhWEBONGI5t&#10;X+pSg9J+F1vRjNXX7B865gzrmDKOGYZheF9Pzl6SjpaLDjc7/wCaRrIDJJUvqpN7Ht4zllTLHcoK&#10;9WwbI+c0Psw7kWjSlTsge00RfBJPVHWZi6m0HRqr6e4VlTDM04zFV4h1FoMx1mITVc0q1J9zDK6n&#10;jsiSKt7i4toPEvEvUv8AD6w6GRcG9NuYs1YghKRRZ3zlVYbBHYBtsj4TVPsJJP8AuZF+59huldkn&#10;/WifNX4AUFjdNqOzZS0xHp16wcxQwpVepbLuQpFCtLL07yCk7Mwvdf8AjR4riAsbj3gB2tbuSz03&#10;qu9PWFo9NlT0R5JjaM3T+ueLV+Y1O32tX07G4+J4pbuWBsYT7VGm03kGNM1Mo+gfVusoWos5+r7O&#10;uOF9WnyzhmS8vsPHRqDBmkA/4PjVH6+MfwKq83Jvp76T5NKNaObB8kqs5b7KkT+eCTfx8vhvb50p&#10;IAQ02B/izz60YtZipAJSAD11EovSLgUVRPUYx116r5mFSby0uK9RMep4CC24gRYTJRqAe1gO2g51&#10;V+v31M9Qa5cjzdR6DKuXszK+EYjh+B5fwVKYxzIwEbl6GokVN1tzBrqNfDko7ido+Z2N82thxLa0&#10;nUAEJxI2DBPHZQq3Z3svLW6Qppekzw5NPeXPR/6fcq5vwXP+F5MrKjOmXJ/5pg2YsdzHmbFKiCfy&#10;mhLD+Z4jOuqsQQRY37ctT9NM9IaqjzhhcOK444j/AJQ2NYTlxBhVRUou5JqcVNK/mhLso8kbmHiB&#10;fd1JXv6neLIgtwoQoQVJ1rCh0gHUNvCZGMdEdIN0N/WM7y4KuVAOpiQcJHGZjbPCo/qAqsu5lybj&#10;mS8x5mwjL8YjTFscwfFMy1ODVrYWGMcoklw6toniWQMAHeQxqbXDG1hV6+x0Ofc3ZAwXNuZMcwXJ&#10;WK0FLUzQskVLQUUr1VQRNPT+ZDCCAAQXtsG1mJFwr3Zi+LCyuHbVptdwlRjEkqwGAOKjBEYAziBj&#10;iRblCmRal3uwQOiY9uOzy9KAr0t5WoOlvS7rTmPIPTzLuOdQMDxfFKVa7A67EqybHxQYfSvHDJis&#10;lPiVdMVYGNtscl5VcIhNixm8Xyr1CyF02qKLpPJiXULHIcL+Qwavxd8LqEdI9pMlKtHINrvEzlZJ&#10;bm4VTuJUCF7PffI8zzTvc4KLRkO44OI8UkAKU6lMgLAlCMIk4CSUDe8djdoWu4cShKDIHiAJGwFS&#10;kpBx2AEjGqzsu+qX019euplfjHrHxrKnpzwPKebcMxuoy1UnPOWZ6vEoJJaSnw7MGI53wbBYaoU1&#10;dEjGlomMZ9+VgsSyNID3S3r1gmdc44PgGY8rHKnUWpoJsNlqa6nehkrZqV/09PIlQ1pCxiAUN7y7&#10;W7ajkrb5bgO5dZLdaf721CtQAIUEg7FCNgAVJg4g8aET9yzI/akSZAOEYbfmKP8AdZPTpWZC6eZh&#10;zLlPqVimZOmAxZM70eT66SOvo8ChqUWOKtwyakh86BKXz5Z9sRIcPr2DBAdXcv5/yBm2LMPSTLlb&#10;QYPGBVY9WVFbX19HQ4lUStLT1bUSK0lNEV182KUQ7V2lVspYw3RzaxzS2LF68hSlAhHhSJCRCkav&#10;4lCCCkgq9Tg6bvvVQhaSFgjicdgw4gHHD1oUuivUbp51RyYmTOrvUXLmf63qXHiWXcvYJXQ0Ktid&#10;HQAYfiWFK81lrXglZllgePzluTJckhUevUvGsaixbCurWNQ9IuoiRVqZj8lZcGwrM0C0/wAvDURV&#10;5vCkqK90bbse5BKna3DdO7zViwHbRP5q3EFMnUWYMkFJg6cPFjKTjsmiBu5ftIafwXO0SBA4pPEK&#10;M4E4EkdFLHBenmFdM6bKtP08y1UdUOmUFVHR4C1dVxYziGSt1Ukkq08deY6majZ4x5qfMNPAygLG&#10;6XSMveZMK6nYJHU59w7Anzrl8lsRGZc2VgnqIMMmdg01HPQq8O9Us4eGomCWD69wKrPNLe6CGUuN&#10;oM4hMjhiCIBjhBAnYJxq1w9duW5cbCHUg461bBxjSIJjEQon1FGLwvHss4lHBgMOJUdHisCwrX5e&#10;w2QK0EhQSeVJC6xyKptYCSNCw0t4cGfGfUB1B6t5Lno6zOtRDljD8ObDseyD1BiwlajG6WopnKVs&#10;WJRUixPJBJtZZBBFsZQXZW14Dd2ex/JMgvi61YoRdLVKXGQrwHUMNOoEJUJlOogzAA2UR7s5BbMA&#10;LaQWnB9wwOpJA2LAGHEdeBiMSYdF/wAO/wBJPpzz7/Xvpl6e8Dyf1GxjEajNLdROnkFfQNQTysjT&#10;0tPFJWyvSUU63DUkUrROGZfL2e7wCsJ635QwTKWDYDU0FJ1FGDVVJCcnVGJ4lSzCvIqdtUkhjlgA&#10;Ys0ZJrJYfMZCsQGnJJzPJ37i9ccZKmnFAwpKUnAx4FYp2wI8IVMgq41Zje8Ms6Uq7x1ITAEiVExi&#10;TqQAThIXpxHHCjfY7lTF8SxeWqwXG6vLGKvC0kGZ6Klw6oiKCVGNJURVLMZEchdUjRwqkCZSQeAz&#10;neCuesxDMiNiMmQ8yK1ThqR4W9BEissMxTZRtEksSSgQyuCzgoGJJZOCTJA02hSXyS6MVSrUQOqB&#10;gNMEUhzFC9Sn3StTS8dJBw4x4SJTOBgFQieIpeUUiFWpnkRqylP+kRCbzXXcWKlidRuGoBA9g4I/&#10;TDqz1i6OVtRUZLqNsGc4Hrq2mmNqeeCMl0m8iq8sOylGVSgc3uul+a3w3GyPPFtC5YKiyqAvaUEj&#10;ZMkpChEjDDbhS62Cw+0pDWtWMYjwgjokHpGEk4iBtoJ+rPQHot13kyvN1TyDh2c8S6fVc2JZQxis&#10;j24jg9TV04hn+VqoCk8AmiKiVUcB1C7gbCwlS50y+2bKfOXRfGsfq+oc8slZjlHRYGYViIjSr2me&#10;J3eqaGZyil6ZwVAJBF3kDSMledYcssybbFtEAqXPEj7VABIUk8FDadmABhc3dtdvOeFQcWClRIMn&#10;aCkxBIE4wFYYxtnHWZbrs4YDnXIHWTJeX6npRi1DPlcPPis1VJilHU+dQSx1dHLQU8VMklOV/wAn&#10;UubsRZfBWYL6rvUDlLF81Y5XZwNXQ57mkxaOspqbDqoRVNNSrQqgWohp9kkawxpMssSv7v2RfgTv&#10;Ppr3KzK0t7b8kgfl8AJUmElWrwlJJgmSClUEk4xRczuTY3CNXcgtJkDTI0wTsJ0kEEmdQ1SYAiIK&#10;hnr8J/8ADz6n5Q6d5EzT6ZcHmy30jpJcvZBocGq8bweXDKKpxSbG5IoarCqynqNhqqmWYfpTZ3ax&#10;1PDXYNhvTjPGF4bj1Zg2QM443m2lnzPUbqmvwXFK1pJDIYo6QU7/ADM7OCodXDxuCADYLyJ8zzvN&#10;ssvlWyDfMsoUlsKCGnWkQI1KWFFTaQInWnSoQcIUaMncwQ69qLT2hRCQshCkggYFRAJAEQdeEREb&#10;aL/nvP8A1Z6Z9R2yFgqdfumHTCiq6LpRgOdcPy/kDPWTsLengVKbHKqvWqrMSw2gp0CfNHEoxFJC&#10;UkbYTLKEdTYUnTytxDA2zNVR9JcenTGTgGLYfNVpQJ5qLUpJJVrVT0k1LLDe7ROt094F72GdxdnN&#10;LcPpZSb5CSAoKA1HEoMJUhLiFAiAFJMHAgUI77xNrfaZJdUn7SQUkgR4gSDjAgp6Yo1Es0/UnKR6&#10;q5ZyPQ13qEy1hNdhGXMx4ZiVLUx4pLHQVM2EzotJX4PS4jR16VCyRoauCyTkLJErF+ClmmqxHNFA&#10;ME6b9fsJxXBMP+XwhnxupphJV0aRSwOI6t6avpZRIJlRmETFShVyTdVjvddxts/mbzKlocXKpbhQ&#10;C5k4BSFgpIJxIBnwjiQ9kWYhTclrRJEkaTiSSRioxiScZ27KJ/0Oq48uUtH1G6sfh3Zg6aZ+zws2&#10;d8YxTpXRUeKQUWP1GINiFTFNDJW4didOaeeFqhAyLG7Su0N9weQkuEY5QdLOomKzYz05wilzPRx1&#10;EtB1GypRYzPLRxVFOsb1MVDh1UKepEdiGBEQXcCDqQZp3laVmTCFtXDndCNSFwQrHYVFtSujGdQG&#10;GOFLN6sp7q9ZeGlSUqBwRBVhtMTqKQJw0noxirLOoPT7GOpeGZcrsE6k4xh+V4GiqcW6YVsOAR4d&#10;mKONhNFSV1VimD12IU95EXc8EgfbuFtxDKJ/Rr1IdQ8tTyZJgylV4Vh0lbW1kklFQ1ohijqHmrmF&#10;PEY51KkebIioxG1WC3234R78dluS5lFw4pKlIAA1HHUggDxEJP8ARxjE4yRRfmOS29xcFwteNSgd&#10;ik4zJPrtPWSOGIEepL0HemTr9jNDn3qllaizHmzBYKOnwzE8cmWGaaeilghgMtSjwyEl1iQ3b7RH&#10;tsTX9WpsfwDDZcwZl6kyYXkPHhT4jUxYlh80kiRzeX5ymnkpopVdRuJs/usAWWNWW0QdnN9Y3Ty7&#10;S3sSLljUkeNMHbpIUlagUnDEpiJHiKTRju9vTZvNFsW2lxAiFbCB1iSB5jp2xRH/AERdR+iOfKnM&#10;eQ+k3pVp8G66eniKtyLTwnHMGXC5IMOapgw50xXBa7FCKSpWOHbLLTkOjSrG9XJBOOEi6rwdKKnK&#10;+GxZV65yZgwmOpUl5KZ4MXwiuMB8usLA3kg3JYOi3QnUsXLLO27qt4nHHe/sEsOEYEK1oWknYPCN&#10;KxIOIgjCRsrdw8/cNuJdOlOEeLV1DGAQB5VZX0Lzr6iMx45nPDuu3puoektfRxxSZbx7KGbYMz4L&#10;jdCZpA8V2o6GWlqIldAVki2yC5DAKF4hsDrMj4jlqir88VEPUTMeISU+DtS4eppMSxCOpeWGmjti&#10;NZIKu8pI8+EU8pFy0m/Qr8wbu7Z1RbhsESkxIECTsiCBwUSngExtQ26U/l1qdcClRhAAJHRiSCfQ&#10;elDBi9Fmekqq6lwLFFy3hApkelkmihmpKOKn/wAq0JSBPIk2OComaaP3RaPaGuZnrdknprg+VKbB&#10;cuZWy7gFLDQpVPgO6nimoKn5dZN7Uzh4XYe4ru0h88kB1JQOYy7Pc7durgh15SwVK4SDBx4ztk6d&#10;I08CJijDdHLbV2wRCdLa0zBAxBO09fHbI2ScIKX6P8x9TMxpmGrz5mTHszUYxLEBl/N1fAstFjFG&#10;2I1NO0izCOmaNJZEMsdKKcClAIjl8qQRJUF11zlmPL+LUxx7M1NQ47GqYPVYTg1PRYYpp2lBi+cp&#10;6aFnYRAe75bBUGtwQbSVvDdtZU22429GrwYAKTB/iVgpwJTO1JCRjJGJqP8AtKz9OVlDguUoUgxp&#10;GkEpMfcCFLUAehQCcTIxo/lFBBT00UVMzyQKLxyTyyTs1/HfKzMb+0ngO9PM05b6j4nmfEHzpgtP&#10;mWgqGxTBaOtrxT0IqKmSCmkNNSVM0IUOxvKyK8g23VW0IBuQ70ZcbNTlq629dBRkpc1GCcSEiNMm&#10;YJTqnYSSKgPd7fHLczvbhblyhVzipOoqSj+EEpSYBJOBKhqwkY41kkkEXlDYzmQ+WNis3ZS2pUG3&#10;bubC+ncjliOVMm0tecdabOWFZyzShgjoMvx4ZT5ZqKaCCnFH/vqrMWpmKttuiCZUYMgYKTtZV77V&#10;wkDvEqCF4EjakyRikEkjDgT0A1kSxlBaUlT7uoOBOkEaRtGwqAMxPiMcDJpBYhjdfRy0PzOXa/Ds&#10;Oq4g8WKxE4glPUzS7vKrKagmZ7XAO9CyWuGdRo2o/wA+amuSVCHz3PV6vc9z1er3Fx04j83OeDR3&#10;C7vmBdu3+8kvGbj7DRjlX/FCfX4GvcNPh+WBXUwqGxuhot7Ony9dMUkG1iLkBToeJA3PGhUUV7ke&#10;ryUKdTK2O0RivYypIzgX+AW/LIZPEim3W4Fe5CGV8Ltrm+hU9vs1B/5k48WU8DTKXZr3OJy1g63B&#10;zjR3He0VUb/dHzRt+urjrFe55cvYKmozrSoe9hBWH+EfNlnDbV9XUa9x+wnKuX6ol36gUUQOlpae&#10;uJ0/4jEeMuNgGJFPNJBr3BDwPI+WJKiJf849DckWPymIfT/xTzSEAcaObZHUca9wL8w0cdNj+NU0&#10;My1UVPVTwx1MasFkVJCoYBrEAgX14woY0kumv2hr3GoRCwP8eV1U0EivcUeBIVZDp/l49v1q3Lp2&#10;UpaSNnlXuX6/hD3PSrrXHusv8xwY2J8SMS4/YNAvE+VJL0fsx5n5VX1615mgzl0NYJuX5fNJfS9g&#10;HwfX7zy1RGVCwL2+J4fOpjypGw4oECi3Okk6pIIizqbmwtYfXzMv6Vfd7e0cYKRONLUg6YVUeVmp&#10;SEtZjfcp+m/Miw3A9/XtpxpaTM9NINXdqnhXXz622/L3trfmUU7A2D/dbnlJKhAp4Xk4xhUQ4lCr&#10;bpISe4RTcfw5zSOW+h18OJnLQgSaXtma8cUon08sC32iv9vMiwEgs0gudLHjCgUmKcKa82IIxURw&#10;n3fe90eF/hzG0RAsD2NwdeLrW2H3GqEk1hmxMncgQNuAVgPZ9/MkdPuuQbeO7jV20U4zNeSemsce&#10;KpfynhCnsq+8Tf67c5iAi+v0k8ThBJFWOyuRxCE6NEpNv8n7ecXi0tcC5sbjvy7KygmK2Eg12Z1n&#10;KAgk2EihT2vp7ecSii9hdT3K88VKO2vFONZEkGjCTazG3lOQNLeFucWBYaD+Hs4yUkeVeNSoJI0a&#10;/mAMdCpvpyP5TXsFOve/x48pClDGqaeipa1tPHuPmBiO1zfXnZik0AWwGhB4pbt4TPTXjUV8Tpna&#10;RWZTtO7cra6+GnMnksQQe58DxCtBmrxXOPEIRbaRYWII7m453scbhYgAWBseXQxqrRwri1dAoGqs&#10;x12XF9PptzordLW3eNxza28Yq6nDXUNRtlEwk8vW+pAt46a8xrGik7UsfE9/4c0GThFUBFSpK2V1&#10;/TS3VbnWw8dO/Mm1wBaNr+BItyzbRUae7xM1EkqaVQWkqYm8ShYG3068kRRSWF0Pa9xxSu0JAimy&#10;oCmSoxikSSW9RGFBAFmGv3cziOS9zGRbTtyibEirB3AVGkxijZQqVKN+8dxGv0X78y7HII2kn/D4&#10;8SraIVThcwmukraPy1kMw2MbKxI2j8+SY12hrDv7b/TxArUdu2vJWFVwqXjkeMLIpVblSpUadgeT&#10;IIgW3nRRqR7eUVqjrq+JEAUxYhV7VanV97tohBGg+OvK5vxaAH9KFNbsMy4XcWPbyag/s5tH3CvB&#10;MBXl8xRjPQkHXq/nZZDuZsAdt1x4YlTez6ea5Od1vlGjYe3CtP8AvmqhxSrA1e/H7FNWucBp0IVC&#10;B378qFUSEGvcxqLN318L3Ov0c2dlaTE417gg12XcprKWfPSbiBfy8OrGHb2m1+O92I2iruATXuQT&#10;gOUb6Z6BHxw2rH7eWCR0imzA2V7mJsByob2zyhHYH+W1d+aKB0it+GvcwSZfytpbPMZ8LnD63+jm&#10;ikdNNrCa9zA2X8rC987Ra6XGH1n7QOe0DpqpCdte5DfActAH/jaw2HctQ1nifgp5ruk/0hVToNe5&#10;EbAsuXsM6Qaaf7x1o0/5BPPd0n+lTeHRXuRJMCy9f/mNKY3/AOlWs/6l893Q/pCm1JBNe5g/keXv&#10;+wzpv/GWv7f9EuW7pP8ASqkV7n//1pnS2uxXL/QzDM844aCHNuKUEmYfKWKGkjaWtE9ZTO0YaNR+&#10;iqadGvIDpbdYc6f7uZ8pFqm6dKdSU7MACZ2kD02UL96s4Xb74WViwB9kqMY7AYIGzE44zM1d51vw&#10;ej6zervH+kuDSY5ifTLLOL4dleWuopayuRYKKbDsNxGjEkr1MokhmwbE22rCyXYttLsSAv6z+oXq&#10;LgXSTqDjNPmOhgjlwuOnoZVeKjhpoquojiHlVCygo5DW8zz7pu9yRTZw5n+SPZhbqNopDd04rVqC&#10;iBJGkmZwwOOwbDtE0edse5FxmuVC0YdKXVOtk+PRqAJJSeGkjaP4gCDImht6E/hyekTLXW7ptm2H&#10;pRUyZxy/j2JZtxLFMzVVVWtieMRYDW0DTVlPUiKERfpi4jSmiDvGjSRgoFGsD1jyJlrGcpY51Dzd&#10;mY0GOVFRPGcDw++NPCuGpT2SLFMVrKlphKtWwCqQN9jc+XYYIdpW62YZXfd3fuanSNslWA/viTOG&#10;zGghmmVXGXkNOEqVxPT0xAGHkIq8xbhioW0aqpVvaTe4tbS1hwjc2Q8SzStXmDK+CtBlPD0EC1sp&#10;jiZlp2gpLspdt00jzRlgvi9yAuojEsqJ8IkUUrTsnCdlc+I3FMl5qwfFI8FxHAKulxadDUQ4bJCx&#10;qCgLC5jW7C2w3BHhyqmlAwRSdpaXPsM+Ve4z1uFYlh0jxV9FJSSRs8EiVClSHjO111/eU6Edwe/K&#10;KSQYNOFJr3IscZYrcEKTtLG9hzVXbTJr3DEdDcwY3g+OHB6PDquvcuZKuiwuoZXki91nj8tmUXfY&#10;AWWxA+rg53FzFbNwdCSVRhs+Bw4edSj2eXbzbq2wlSoEwD8ifeK9y3ak6ldCOhWRMA6iZ/y9XYf1&#10;FmikiyJgWNUFbVVFTTmoVanfNiLSpuiQ7hZ0BLWvtIJkHMd5GGkkvAlZ4dFTTn29Vjk7SFrEukbO&#10;j1MwaYMRjxmpr6OlomiTBpRL/OaoyulTGVQeWsIjXuzH3izaAaanhSOrHrX6yeobE4MqdLunlDgs&#10;dYzUGC1eE4VFieZKhDP8wEjnMTNCwkJkEdLGjITZWKgDgAuc3fuzpbRp69lQNnG+eY5m9raHdp4B&#10;PzO2cemKw4Zl6gwHzKla6pZEAlkNbVzGJQkIhLMHaze4ou0hY6bidxJJofRt6PPUV0h67dH/AFA9&#10;Z8vT0VFi+J41gNNg2N1W/G8QqKjJmM4grfLxM8qhlo2D+eY5B7CNePMW79i4l1Z8Z1fCkeWFdg+o&#10;LUC4609AOJju1Akxs28aBHPXVfpxn3Cc39OMq59o58fWlpZa/FaMCeiooKjE6Oi80VLo9M7q1Stk&#10;DN7wsR4cH71G+qnCujmUpMbzLjcOJY/XK8eUslYTIJGq51GnmSRMsccSEje6F7drXI5XN943/wCI&#10;yT0UFX4tkBKQCs8eAHSenq20NOEZewrD/wDeHDfJBNnqqgWkYbf9e7nX/Fb28oizXjucesWZq3qL&#10;1SxmSqnrrLh9Et444qfd+jhgjH+ShW9lVRdr3Opud5Duk7envnsEcB00gXKEkxJNKlVCgKosB2HB&#10;v6L+nbOPWnFP5dl+kiwfK+FSrFj2ZcRDLheGqyhykhgsamoZdRTxnxBdgpJ5L1vbWtojQkaSBt2A&#10;eu0nqqjTa3cSYHOAqJWV0VGqblaaaW4hpoADI9u9gSAAPEkgfWRyz3pn0n6AdFccosMwLBFz9nbD&#10;546aoz3nGOGd4ZUlEZNHTAeTSC9yvlguBoZD3IYzrelhmO7Go9P4CjC2Y4DCmVaTGMUpkmxGp/lo&#10;kQSfy7DWPuMVBs0pAZ7HTQAHxXj6vWLMuZ810sdRiRSnWZJWhiv9g1CRgEg+G4G3ARe7wPvAlRnq&#10;oxtrZJBJxjpp0o8Iw7D4BT0dIkEYG20Yt4WvwFaXMElXicvmVDSmSGrnZ2dibCmkf976OFf5pQRJ&#10;FWaWAowKcuJ/H8QapzvialiIxi04Zu9v9MI14y4slNVYEKx6a6AsAPZpxJ5+ilxjEsOpY4JJ0SiM&#10;bGGNnEe6uqXNyBoB3JuPbfherE04tRS7XfA76gz+ozPWU+nuLZDhx+WXLufM5wnFMBp8Qmhp2nwz&#10;K1RGHeihkRUNzYPobN3F+DPLc5v2209y7oAOPu27Z8qXuJu31IcRO0j4H50wRJg6ZlxWRTEuMz0F&#10;BFXDcvmtSRz1pg3DvtDvLbwvfl+X4cWec0Za9PXpiwPOuW8TjxDM2acwifEcxSOrYX8lmk4i0tQK&#10;iKMkNTNMykhbWLa24c7w34uEMtJSFqOvZswkjhGM1LmQvOmxTrWEkIWTJ4Cfl86pY/Ek6Lz9QsD9&#10;e2M5SxeOlzRhfRSvw+pylhtAKvEszVGYMqZmwaiw6naGZJEnkrYaC1o5DKNkQUbgQTT8chMPxzpf&#10;0LrKOsFVR5fpK3G8PkpZEeJjX4m9OCCGIP6NgdBft4cAe+VpouQf70D2Y/OoKvXe+cUqZwEewUP/&#10;AOGRgGP4O3rIq8z4RLg+L4j1OooHgr4nhnZKHpnlSifeHVTpOkwBFx7Dzr8MUGs9Q+QYUjM7R5Gm&#10;lkp4QXYqMOpY+yi5F34KLdKu7VHBP4D51kVkq/2Nzx/ZH4ooZPxHMXocD9IXUnEMRxamwOlirMtB&#10;sUxepio6eI/1nw9humnZFW5Fhc6k25sVsmJUv+RiqKW32lUSxnw72twtT3oO00BLnu+Me6taP53o&#10;3nZVXFq7K2c45ABTzTNg+IobE3VT+kBtf8/jzh/OMZvb+cTgxj7PzElh97cTvX62zAkTSNTLcbRU&#10;2H04en7EIVrX6HZWqWl1WvOXMLViPg6UwPj7eY3xnFpNHqBOv7wqUilB+nzFa/Ez16QJKR7B+FJy&#10;wmn3DPT50do2CYVgtRlpl99BlPGMawUppYFP5VV0xWw005DfFKl7F6Glk23t/oVKv06xop4XHMvF&#10;4kpPmPwqpQKXeH9Csr0Ks+FZ+zthzT7WOzP2b65VsCBeLF8RqoyNexFuY2xWORbS4JTSW03gVSWH&#10;/QudOJnnGCf7miT0SJ9lU0qGw0703SLNlITJhHqPzvh0cdiad48m1y6/6+L4DWsOcVrsNACPgi3v&#10;uvHNUjX/AKGvKOIi8wFElvqwVHyn306lCts0/HIHVpYkkwv1A1VTIt9z5ty/luq3D2H+T02E/X+X&#10;IMk2AbtrYdVRC9zsq4iL/Q1NxSq6YUNWgz5j8D8a8QsnbTnRZY9SMfl+T1ZybWU6Cyw12SscE5I/&#10;49gzUij/AKJ/VyJIcCk+wtbTOBt3Wp5hc+Ohh4kuPy4Tp1EA9Val0Y+H30uMIHX2hPm1cOTs0eWR&#10;ZBPjWC38ACTHi9h9XIaQ4QTcYxVxa2AloIrfetYT+XEzrTKgIUfZHzNWLrnFIpRJj3XSJ5RXdHsn&#10;1VMw3iXDc94tNI30JPlGnQH2AvyQaagYXGYoibe6KmCrQi3/AC7SXj35JCY/aiOsH8K2FHopolzz&#10;n2nJjl9N+M1LqRvfKmN5RqIyCLHacVxHDG+sqOc0o4JAwTHaKQ2uBurIxr8ZoE5r+X6l/emPf7xT&#10;bi8dlYW6k47RxLPiHQDO+F7NGSUZRrjYaX24NjtYTf2AXPI9RhVWBZa2imXsNuIUS9/hJKnHl5cV&#10;eEEYeQrRdQT+lScK62ZSp3SorcmZyw+eTUq2Qc61xUA6gth2FVQ+n3vr5Gp8v4oB5tOEkc6j5app&#10;pmPiLeVI35co6LjAHZ0gj5Vpbg4UpH619Kq8SwYgcQwyMKTPHnDK+ZMIh2sLG5xnD6YfSDpx7hp8&#10;4wJaJcV297U4q9t/+A05ZQuZkA+00nWEqOOFA7jeYfRbilWYsw4n0snq5TtRMwSZSFTft2qSH1+P&#10;HGGszHCFWt+YN9CMSjL/APSdTx43Lu3GPKrJCMMffSblyH6ccWLrkyLLsLD9JBJ07xOKhF/gcEqY&#10;eKvCseWNTHUwUsqgMrxrTUyXuDpeNAfHiFy8nSYMExspUhEmgHz/AOm0Vs1XV5bzRmbBcWAgxCjx&#10;Js3Zqro42idZN6xYjiM8OipcXW2nFStdGtFBFHTQPIpkAcwq7krKy3uVJuba/Hgoy+/LbCdCMY6y&#10;adeb8ZM0RDNXROrzB1fzrj+a+pmZ8PwCc4bUvhFLmOqwnDI1bBqN2h2080EZRb2W+u23e3NTD8Vs&#10;yf7S3VBnVo5HxTAN6uu0gnKdGSLED2cRPuFRJO3UadUr9mK3Ovw46XDKH0T9AaLBqmOswukwyspa&#10;Gqo6gVcckceMViBlmDyb72+1uN+Kj8HEqvqizLIVMi/1IxYtscJ3xvBx3Kt245bHUqk4UZpKfiYR&#10;1E3ppkgpaqGjqZcdw8Qz11M9XECtPVPrHHNTk6L4OObN4moJGAYPF7d217f8q8ElsEISCNU+lIH3&#10;Vp6Ma1t8Sw7qRBHOKd8HxewZdsLVuH3B7f8AKYwv9fMNViWHUs9HSOJGTETJEtSIoxCrKu4I5MhI&#10;Lj7NhYkW9l5d3Syo3KgJM9fPpT1tl3e8MRj+tAxNkzqdj9JmfHKSkwulnyUtHikuDUeL11TilRDU&#10;1Py71FHGMNiDCnaxmLOpRWDC4uVrp6mZzwKh6yZi6cU+IyVdJknCZMTwjApE+SwXLdM1HBiFWrRx&#10;iN8QmeI/MQ0q3SJIyxKhVVuiO6G4VuLC3BJaDuwzpClAYJmcTMwDMAkxxoS3nZxZZtf2jz7iwtmV&#10;FIWUoKh9s4iVQSAIiJO01sV+kDKOKV/p36e9YMRWHBM59X6+mpur3ULZ/MMdzlW4bW1eA4NEa2ol&#10;ljw/eStPPVtG0krOe0svmiozr5kuuq6bD+oWQ6UU8ufcUfL+VcMzFiElRidfiFVJNS1lbP8ANCmS&#10;PdIyqIII3QIBcFQw4NN696mshy5+xRbhsthKv2aSIP3Ea1KMkKMkwQeggUDr3tdtLnOr7LWrJ1pd&#10;qAe8UICicTEqk9OA0wdmBq2fAGno6P8AlmJVtJU1uGr/AKSuExNBBTRWvDHsklnYbYwPeZveILAA&#10;EARM1dLM29MeneWsGx3MzDO+DxefhlHhlTRYm8EqvAv++9MPXDog9RVqrxSS1BkaLYVsCbYl7p/V&#10;vnGabuOv3TLj1r3/AHbJUwWylKQCUqU46jYojFLI2bYkUGt0u31+9ypYdC+5QsoQVM92lOyZK1ox&#10;B2nSegHZT0HWd5ECiWEqEYkAqSSQQdddPC3C0ZaSOtps04RQZeXP+aM0CtjxbOWb6nG6ilw5ppXS&#10;RoGhLqWCRiLdPCzNIN5bb7ijfsi7ON6s+zy4deuHLe0SuUMsuBSFtyR+3c7pZ2AeFIC5SCpWEh7J&#10;9w8/zzNE3IuHWmkLOltCgppacZLqu6WozAEJicCVcakAAAKo2qugA0AA4E2X+kFflTqNS4tg9NDj&#10;FDjGD1+aZmw+YvV0tJ58QVnhlu0TBoroSFazgkCwu92U9nSXe0G7vbRstNd28IdwUZgAjxEqE4lQ&#10;CSJ8QOEjPdvKFjNVpaYVCUqJ1JgHAYpn7hjtwMzgImvAgkj2GxuCPC+l+/F9h3RvHKfolmzMOJVO&#10;G4fmBcco8sYJhuIYxhNCohKmCtqI4quqMkzqHijdytkBZiwKsUe3y3SdVk7mVANJWl/x6VJHhSCk&#10;rAWrEEnHadsdIs/u2/8AlHG1EJXqAiQIGMnbjw9lNM2LxQ4zS4OaeoaSpgkrDUx0lW9OmxgFVp0j&#10;MSsQG91nB0Gmo4T5MGmwT1J0WD1GJUuLSYdWU1K2IYJO1TSOIsPQKI5GSPcqgBbhbaG2luc4ru1Q&#10;xvT3aFakpcifSgtk1uWs4bRMwofCnYG4B9uuunDSYfHFN1CytBJOkKSYjSpJNOSFjXz1uxK3Nhre&#10;wvybgCp5Cekj41k5mX/EwnorxNgSBcjWw8fv4dLK3UvO3SivpsOyZmyRf52UxCrwCtokeFo4ZNBT&#10;JPKDdlfd2UPc3NwCMn9z8uurVoC3uCgEAlKgYMdGEeXX00lyCxKBguB0UxY1lrBMxLGuMUC1fkh0&#10;gffIjKHAvYxlSDpy0T0s4jnnFoZ8Kx/JdJl8ZwakosFTFY62ISzywyTTz/LeYm2OLUuosR4tYseD&#10;jd7eFxK3bxCyENiJEkyMSI2H49dDS3vVI8YXpjo40Rz1g41lTKWVa3qo2esUo4ejVBX5wzHFk1sM&#10;nqnp6dYilGGqYJ7VNS1o4FcNuJuFLhOWYZUp8q4QzIkNHV09LCuJ09K9NU0TGjMH6KRjWtVSPvvJ&#10;Ywqu7xt3ME799rObX7ZeYuls6jxgkA7AEiAY0ySonqNF91vSt5OhTivFhtGn2YD1xrWq9Q+e/VD1&#10;YpnhizRnHK+I5lxdundTjOXcey/munocdGLeRiOHQw5UXLdDTSUrRU2+TGJZxCDtjDuSiPOZ5sDa&#10;eWrrcWTA8JoytRjId1SpxCrEEarGjlN48lQrA23GQC1tpDCvs9cz1bqWmW+9bEBCgNSEHEgqGr7f&#10;u1BJiCBOFVyCxzW/vWWLOXNKo0knTO2SRMCNtBP6U8F9RtLQ5Rybkbp5VdY855iqKvL/AElalo5a&#10;rKOQcvfzXEaoYjiVPHW/L+Vis0ksMkcMqwrSFlPmLJEyA9S9Usq4ZS0+BxrW482OQGL5eqEVUKIG&#10;GREiGhDFRYMlvpPe+UT+5WaXLxfVoZDSxGlRGoYEkiAMTgCCR0dWRl1uDnwfcu0thnSYhJUZx6+E&#10;dVXUZv8AQ36hc+dQ36rmfLXRSXptjUNfS1mQKjFsMfNafzCkq6yasRDF5Yl8thHOZXOuiD3SpcOq&#10;+fMt4vSnBcPwplhYPh1PUVDTwpJTtEI0JEYjDzKWax+y2h23HJV7P9082YcU7cPJjA+HFQVhM6pg&#10;TPXHGpE3G7Nc9Ky9fvBtojYNpn2x7ash9M3Q7rNkWSpxzqd1EgxSpxdKbF8RwjCaVWaHF2mkes8q&#10;arkqWjopl8spBdpIjuUTMpAE/KNfjMq4Bmuqw+nzXh8aDIU8+IzVMO7dIgiSdKZorFXQDcCAQ590&#10;3HMT/q63PDFirMbV9bNwxiY2FMmZH8QxxBkcNlQD9TXZnYqy9Tlu+rvWjqM44DjsxpL9fun2Squl&#10;zL0+y/n3FOmmZq2V+rBOV6PBp62Mqk0VTU0kmO0NfCSwlZiDGzKUFmVQRw0WWsFrsoRPV0+XMOqq&#10;utulRCYpHemQuJPKp2rWkXYBbQrqb684vdovbJb74aGVlNqW8dQQO7cVBGpxKZKTHEaoABIGNc73&#10;M0VdOlKQEpHUMfProoeP5FGNT05zF1GzXjGC0NLDh0K4ZjkeBV1TLGAGrag5diwwvUSEEExyIANF&#10;QnUCJh2d6ieo+SgeHBMTluhw6WipaCdrd9gjjUPbxKFuAyw3WvbFAccAdZ4LbhSD/nAYeRg9NCS2&#10;YISIE0VfqX0A6X4thtZVSwY1m/CKdvNq3zhm/N+Zo6Zpb2E8eOYnVmLfbRZUQE3AB0JcavGMen37&#10;cSq6pQNu2OWWQA9rbQSOSdkNv3qEn3Ub28bTRParo/6dskVhkPSfJmU6iRzImL4hhGC4dK7H3mcy&#10;yxRtfb8eayfqkzx1ayt62vUlR9LqWatxzGazLkM2C0c9FQVlUJMv0MF0lr1IUIWF9ov2NxbWQbFb&#10;qbnwA4iNpoRXdy40oLbTqPn5VtCejygwCs9J3Q9ClHiWDQ4JDVUskDRVFIUEsjB0ZCyFbHQg2ty4&#10;v8PTM1dk3K+PS5q8+PHJq2np8ewqiMeJSCc0OytczYehiPkNYySqNlgbXJXhVlW4F3mK8xtmwkBK&#10;EkqUQACVAgEqidWyBJOAipDtWnHfyzohOhSVKEjCCD6nDYMaqM/HN6Nz9b6b0sV+D4XT7Mj4q/UD&#10;DcwY/jNHlyGnxGkrsPkw2iP80qaNpqjEi0tHR08f6U1MsTHbCk93B5p6GpwfG6Cgr6FUeqON1GNQ&#10;NFQ1Dvis1PBVNIgP6ElhDIWVSDZiCEtzN7sV3ec3k7PrjJnr5CHRr7hTbiS4kAmQtIVqIQTqAiAk&#10;kDYBUttZc49YpcbXpIxEKg+uwxR10lpMXqc6YBmPF8vY1GKnCJci5ZwDEI58dhSLKlFi2IYU1G5R&#10;lqdkctdAsTybo2b3lL7uHfbFMl0GTcPjio6mkmxxNho6CujpHglgld3LU9DWF1a8uw2juDc+3nOn&#10;6f8Asy3yzDfC8tnilV1Zq0r7wrCSAQCAqJIwnbBwHCg5mCnnjOo6xtJ2fGqtfVnlTNHUfMuTE6e4&#10;1hxwKhWqzNU12YcpYfmdKyOaiWmgRq/MuDy0aIvkJIPMqUaVVKBgWUgr3WLOdFilblHpFSRU9fge&#10;K0FVifUurxFJp6iak2CmSmkFZGgRJjIxLb2YiOwUgMwme73GzrNe0VrK3mgyCsrKUHUkIG0yMAlX&#10;RgZnjR7doU6w20RIO2ccPXZ6UZn0YdFsQy3lbqp6hcYaoTN8mISZQ6PZXpafDKLB8Mk89ZhNBFgF&#10;VVwzyQAe40ioNpNxdztrV9cWdM5dRIMF6Y9M8RlybhNI8eYc8dT1Xy6TL2F4e/mxLHIDEWq5pVDx&#10;RxyKUEZkdo4t0q5kfV/verI8hYyHLgQpyFuFMgJbTISkn++MnbPh6YFJd681LFsm0YGkkAk9AE+8&#10;8kTItI9OfTKHppgbDFCKzHMyM9TUrIWeWqmksZZJPMLHam6zOxNy23VrArj089UulmbMn1eWHzXm&#10;bMuXehMWTMGnwzBcPrMYWtOKRQ1UFRPiFPTVkMyPGvnGNYFi89t+6oKxOvMLtP8Aqiud322GLZgO&#10;OaFGVqQlJLYkFckFfiOCftTtJOBoJNZqi/UELJlETht6DMScD0CseYOgmK4tnnEs24bBgGA41mQ4&#10;r/NM0T0lSa4vUUk2HQzRU+H1FExqkpjFAa2SpeXyEaKNadZpVNmmQupuRcOwihwSvoc21eEimp5s&#10;LXHMMWLyKkCaWZS9VSUDtEdkIjJttO4kWA5jll39YXnH83i8eSzbOJQl3S4lasCJICATsKgACCcA&#10;VY0Ixkd2oAsLUArBW3YNkdG3Gq1PUr+EjnjPgz31Z6P5oyZlz1I5oqsWjq8ejw7OWE4Ni+CtQTU2&#10;FUtTSNmTE6aGrikqH+crFpn8+JmjESbrgKvVj1Apq7JGD0mCZWxYwU2c+ls8eN1eLQChkmHVLLy+&#10;XHFBikrMW3bQ3lLY6gi3Bf8A9DfZVn2YPWGWud8ju1krX3gJ0pKthSBGHEmkWYbuP21iVuq1KJAO&#10;yIKk+vrQYfh+/hGda/T1KOqvqc6m5Jm6h18GacuVWWej/T/JPy0OC4xlmtwtFkxk5bosRaWMymVl&#10;3+Uw/RssgJuRL8ZWKeDoV0RnqcLpaJajqLi9PJNS1LVUpkiqcWTbv8oXC21PmG58NeTDuhvcc4yZ&#10;m51JKnBJjgSkGCCSRt+FBTM2NDZSB/GP99NGW/DeypTdM/VT61uktJm/MOP4b0+wPo1hmW8MzZgt&#10;NhGHQYavT6ko0qKF6SpEdQKiSkcyNHRwJG4MQ3bDa6D0VYpHSekn09ViYzhGCNPlLBIpJcTj8yQk&#10;YfEt2tNTWJN/HkO3xWu7dCdmtR9poa5JBtESRsO3btNU1/ig5Igzj6x+sFHifTPqJ1Vggnh+Ww3I&#10;dRLBhsbPF55VQMJxwXA26+Wg1tbuSIubc04hPDHNgmY6atxOhSV0/q5SeaZJI66lJjsJau24C/Y8&#10;HVswHbeTMxxotzEqQs47dmFFm9PHpwyV09zpmTCOpvRDFst9Mc74lhEVRiXWLM8NFT0uGz5HzMpr&#10;dpwjLAHkNM0TC9wxZrgLqWT1eZcoM19K8RxepxHFIsVpaObE8Kavwxad6ebyDoHjoISVBYA++eLd&#10;2cjKi4vTgkCmnFhxCUkGfKrRvwtus2P5I661HRPC8PyPLgE2I1OXcQrunWd1xwTU0VS4ppTSVWbM&#10;YljldInexp0OhFhY8qnzfjE2PYb08rFpapzHmLJE8vlzqFaWDNmH7wokqUYEspCnaLeJHfh81rgh&#10;VG7yA4xs2EfGtirEcKhocJzfTB6aL5ikxILJLDcIj0jsocLA4ZQDdhrf2HtxM+s+rpqj0z9fKWpo&#10;ZoJ6HEKtJWxSSN5QFpy6j3ZJL2DjXdwYWRAtlYcD8KL953AmzuARhpPwpKZApqj+tuUK5cQhqKGf&#10;KibIMMheOBnaeImRd0cVgdui7QR7BzUSlVRVMe8bMXUnxBN+BhR8XrWCb0ayRsownNpj1K+mXCeq&#10;+K9Js55+9RWWOkeArk7C8Ay7g2aFmnrpvk/NqqqZIZGp1YXqVDbWOgF/Dk25VbB1hBKgBHXQ7zCx&#10;D1q0VHSkAx5yaJ1lnq7V5bx7qjlfKHRPNue8WpMyYpXYzi+CDAIcKeqnkARVnrcUidbRIl7x3vfT&#10;hXcU9JnpbwplGO+vGkrCpWF4MtZExLECSf3ValxKQX1Atb4fQIhYWqE+J72JJ+MUCF26En7tlTZ+&#10;sPqpmqAuD+jxDSNfZVZj6hYFRNe/70dLSVrD8+SI+jn4emF00cVb186gZvqnCxp/VLB6DDDMb2Gx&#10;caopND2F3txTbosRtWo+Qj4zTrDLBx1GeeqnuozD6vMao0kwXpnkbI9YV9+DOGZcWxgA28DhWG04&#10;P3/XzLheHfhp4JIxqcs9Us4eUFd4M0YrlOijcNYg/wC+yallsQfhp24s1ZdGGsj/ADR8qVEW5M40&#10;mKOg9flXNKmK5m6RYJRv7scuD4NnGvqFB0v/AKTiNMlx31UjjjJnX0HpV0VJ009MtRSZqlqKOXBM&#10;x5wz5jSCknSpjlWRqdKiSKQjaQUDg2vYg68GG6Od5baXbbpt1KKFAiViMDPRs9KM8ju7O3ugspCs&#10;RxPyNP8Alfpn6pafOOA4/nT1Q4di2VKJ53x7IGWchYfQR1qSUssMarXVVfWTReXI6yghTcrYjaSO&#10;XrdFOo3+bvosMYxin+Qy1Bhq4rS4zSS4cskyK5pV8uKOoiN4d0UZWQoSxFiDe3RTM8py/eS9ZdtG&#10;0Q4B4QlRgkfbJR1HEDZXQrIrq3vQ06htCUFOOBk9XuG3pquX1iemvI/qd9SeU6PD0oMbzhljEP5B&#10;i+V82YXi/wDL1jnpVxZqaWqqaCpiT5uOlnfzYEkUICJFYEAgT08xjBM4UbZrxDqZiXTTPcjfymBp&#10;fOeTG/mzL8tU4glTVN5gKREPKZB5YCgMDbdP+fZS/lgFs3aIftx4iJEN6Y1pSQnbjITBmTgRsnhi&#10;0Wy23pHdgY4nCPQ9FWB9QMIx7Ia5OyJkLoPg+fem0FsUq8JneHDcNytheGrBFNBh1Ph+FzKXAZWp&#10;6ZU3SneLhQxQ5vpQ6lVuZoa/K+I4/BUY7lKaKHEMHjw+TDZYXIMQFSs9VUA/YJv5YGvfvzFb6qez&#10;+xasXbxTH7N1BAXOsxt/Z6UoMyRACpOyCIFRx2s5BaqtHHXTqBEKiZG2ABPAzxx6KoN/Hv8AS9kG&#10;i6eYv1vbJceLUWcqA5bxTOk9acUq6KJZvn6cYTSxU9JIszSy3AFdZkUp5bCwE7rVg2YcKxRswYpl&#10;em6kdKMMqZazMWV8Nw6r/mcE7EpHXweSnlOkChzeNAf3vtAHhd2F755deZWxZNvm0zFTSQhS3EkG&#10;ACW1SouBapTgqeiSMKpudvU1cZczbglLxRsUdRURGB8UyBwI4iJgJMX8OH1R9K+pHRjpx0Ty91Lk&#10;9MnrDx/KeF4LkLPudsz4LmPDsTnoZqCpbA54sQxWoxOOsnaaK9HWDeFIWItGvlEFejidM8gY1Q5p&#10;qupa52pcZgefBqpKaokxCcfLRmOmqXpWmaUpG21Vku9to8ATN3aQc+zbL3La2tu4WmJMjSnE6lI1&#10;JgEkcBp444ihdmdu69bhq1ASdQxgApEwYB6RIx2+VWc+szCPVJ6geg+Z+j/SDpCnS3NkuLUGH47m&#10;ivxHC/kcMoRiDtVYjhn8xhpi8m6PcjiMRsCSSbkcDfP+bqDMGDYhmrP2R8eyvQYHUy1uXsYw6jop&#10;8NrzJI7KoE+EYlAKjc+xvPCJKAJAUZ9oFmRZeq1cFtZXbS1rCQoEnWjZjg6ghJGwpKikyIITNGis&#10;0W1raacgIgiPFhGOyYMg7RAw86H3IOXMYyJi0fRXpj1ryrmLEflMNGZMt4ga7EMx4TRQwLTzzMiZ&#10;poayGjl8h1pmQSvTu4jtLHHcN1X1Zzn1Jy3gGL5b6CDJGUemCGtxithhpqdIqQRQRR+RNOsUEUaQ&#10;kF4SoRwNQq9kWQbiWW7946zd5sq4cujDaVmVDaoyEypUmQFfeiIBJEkl3etHcuIS46pRWZTr0gx4&#10;jhGEk/0uAgGkT0R6C5F9J/UHNmWupXrPx3q1nv1HVP8ALemeRurWM06YhGImr8YqY6SGikSpq5PN&#10;eYx1UpaWGNEjWTeC0iTxrMnp4yatDm/FIcRyFmfE5VlXA8u5epKePEXCoDVxLisNdR00KEu4WKVj&#10;u+yxG2w4tLfeO5V+UQUPt7NS3FEpgnwEoKFqUdniAEcJkE9fzRNqGyVJSlRiYA2DAHAg+7bxodYM&#10;P9SUVTQZCwf+SZuykFY4rn3NuOVstRhCQ73GGyfypaOrxGpLFE86UQDyvek8yQMJQ1PTvLuP5iz1&#10;i+Us94NhFBiVZHX4TFm8pVU2Kmspkq5IGramWV4/P2uJB5SODoQWB4JGs3urKzZaetnFKAOrQCkp&#10;gxOjEHpBBIO3pmr7OlLpZWEatkgkEmcMSQkGDq0pHTGNDd/WrF8vZdy42I5TxHFpyooMWiyxR7Zq&#10;MxyfLF/lVYho1Nv8mzgr7y3Wx4MGBdF+qedcGzzlCpyTBlGhyziEeYcIosz4rLFiNLUyI9TDHQVk&#10;FPVU1XCwjBdXYnVWLaA8jvNe0vJstuLN8POOLfSUEoRqSQBB71JUFII2AzEhQwNFv85UXkMkOBDh&#10;wAxAj++ExiDEkiQZ2RRT8/etHoV07zZ0Dxb+tuP56j6x0+JZahxfprgyYrg0S4ZXUtFNUY7DCVqc&#10;PeKoleNGZQFdZomXzLLxmmyZlbLOU0x7GMHqjX1dPDHl6uyZh2XMRwOtp4KoTLViOupKdqWph3Hz&#10;0mAcqGVi4DWOLTeG+vb5TTbhCdXiDinULSSIiUk6goDwRIkiAMJeykPfmSlKV9wCQIACiR0/0ThO&#10;2DiftoWMEzlnPO3UHEMFwBaODJmBVNVTZxwbNlVmbA814TibwvTiJVjkmp6ylmV98E8Mnlah49xV&#10;GIWVXX6rwLLtfgWLV1PmzL2OPTRZSTL1JPDDgOIXkR5JRX1LGm1uVERMbAlAEjupEyNxQbxtwpKH&#10;QTqUqJUk4YxGqThiAcNWKoi15vGm3e1qHehxW1IggkwSsEnYRgrBM/0YNCj/AJp8uf1ywvPFFhzY&#10;XmaiaemxjHoniiqcUpJECrDVGnT/AEqNbKF843UqH1cKwVmL5om6h0sFTjmTUxXqbiDy1tNDhqQ/&#10;7+sHNE0YkEV0NY1MIY38xVkndVCt5d9GstydOVOaGn9NqBBkqhC9QwkzoCpIAMIHAkQKWZRcpacS&#10;2ltOIJgEYwY2k+KOAEqH8IGAplyhkrBujo/lOWMbhwDpTSxODgmKVFRLFhWJzYgJ3EMtVLIIKeVZ&#10;ikdMpjhhNhGljtETIPVh8oYLQYT1B6X4fnvpRWioxfKuZq+pxaDE8PWqWOBo6Sop/nZ6aJRSn3Y4&#10;IlYqG3rbbwt323AuMwvTcZXfrtr4QlaQEKbViDJSdKVqg8VKgK2TjQSzrLb5Nybu0UQ2roGtJ4Ro&#10;JmYw1RHHDgB/qD9MPULqPnibqn6evVHjvpx6rU1DRZPxumwjB8DzHlbEoKapkrhNiWC14pPmqxY6&#10;to45ZKorHG5tGX2sHSHGMsZywvC80SZox7LGCY1NNDlWqrJIqgARzSPUKK+aIPO8AUkrMiO6ghJi&#10;NBZdpcIK2G0NOqTBXGHUn9mPt1GMUkgEzpBxoWMZ4zesK0AqQcAOhcYpJOIJAwn/ADVYYGApf6x4&#10;RTy5aoaLBc0YphlHBNmA0PmUEL1vyqpHH/L2ep+UhqTGdrrJIEvcxtqxFiLN2XaN5sk9TMMoOseH&#10;UlN/XnAszYTBRQT4vQKAJHaCkqvN3I8hZgSLbQD7w3gEXWS3y2g5YuLs3leBSSTCV4TGpJEeQO2R&#10;MgUwLQqCUtOAOuAHGCZTiRBnZs2bNmAii74h076gZty4M4dJs84z6c8+ZipUydj+WcWkOJ0eB4pB&#10;LGzJTw45SVNGwBhMUM6U5jdZA6boyEd6yv0TqcbyZQ1WVMgYlLkLFKOrzDQ01Z/KsNxxY8Siejkk&#10;w+vqaSsMkNREA7xSVayqLhQ6mOxJnvanZ2uaFq5vGjeNLSgkFbqEqwUA42hSCgyYCwgoIgkpIUKK&#10;kbw27N0W0FKjrAxJhMiDgJKTiRqJ0jAztAL71C9eHRPIHV/GckZw695Twfq3heYcK6R1n8sxDH83&#10;YLhcrihxFYMcwDC8Qw58OqVqKmWBcTNK9MtkMs0biWCMOPlB0rZ8Nrcy02B5xqKB6P8AlGLUOLHC&#10;sWw5KdhTVgr8ErZDTVphZlm3RLE7HcEYjzGHSMwdzh7UlhS7WdWtKk6kLnxICHECW5EpOsrExMYU&#10;ov28ztH2wvUtok6VjxBWP2qAgggyJEdeyjWSYpnbqHmfD3wjLc2aujhxFcUizvguMYQ2NYdjNBiX&#10;lVmFz4RmLBoIzhiywLIs8VZJVBgyBUUKoE/p11nwrNuaocu43LRnGsvUseK4FimGRri2GVNcYJ6Z&#10;vm0SnkqI4jtVkZgjxuGuu2wYj3o3Ids7RTzMlDitKkklC0pkHwnUElUyDEpUIAMyRRtQSkNhRKV/&#10;dBhQHAgQeOBBjo20EfW/oXmjAcl19T0/psRxDK+dK6nwvqrlmhzBNlnMlLgbYitb/vlrFq4aIVEb&#10;SSRyxMQtVEQnmo3vlKdYszZwwilxTEXyDRY1V4hV1FVmCtw/KmNRVImEny8i/Mw0hErOAUfWO6oG&#10;O4MGK3dPL7AlEPrhCAEDvUqwwIhOo4TB4xJHAgC9ltthSlst6ykGIlRwG3CfgOmhY6CZa6XYYmXM&#10;JyPnbFXwjLmC0mGZLy/X50gxqmOEmJBBMlGlZUgqBEHid9+0PtUqBsUrPUHJ+X8awHLUA/mDYrUx&#10;/wAkgpaisrkLx1lQZj5rVASeCTzQP0cyvoBsjIsSJ0W/fuOLcUQAOnSfdIIjiDwIONBctC4syq4U&#10;QSSACVJmdo2GNg4HqFGgwirqmnxWWodRRI/mIZI/KZCsak2YMySJtIIdDobgm4IE/LvQPqXWV+HU&#10;9H1ZqsTxClo5KympcSzfSxyJLSsEmpHenq2ZGgBcHf5RsP3T7pJLa5ym0SXXEOEA6VHStQx2H7RI&#10;nAaSTMxsmiZnI2bRlGp1SSDpjUfCeABG0CRiAknGANlBrmPrD08yfg+K4rjGX8ZTB6DE4su4pPhG&#10;Ucw1ivLWlDDNDHT4ez1cUryxp5lMkq72tf3WKoXqT6XM85kwDEMb/lb1OI00b1mY8HxmWGaaBvIV&#10;wkk8ZgLGQSKyiKPswuwJtwe/2vyu4SLdWkYQhQEaziAJBkDAgyoT5TRtvFucc2tSyopKwDOo6goE&#10;cFDgZw2HpNLei6i5Qq67D8NhxuCV8WJiwSemYSRVhQur+U0RcDa0TqdxBurW0F+Ve0eTciYpmyty&#10;vm+gw7pVXzTtSUuZ3jxegq6Z7LJD5jUsSp77ApZt2ouNNeY0bw5XupmXeC9tE2FyVwFNfsnAEwUk&#10;uaUpJJJhK9UkYHYRhNmORWjOZOMPW6GsSAo94hQmIJ2A7IxlM4iRS2mkaKJ5I4WqWXVYYSgZvo8x&#10;lH3nhzfS/wCnjDMgZ4o824jU45mzEcXImTOeOYbMuIR1UhMtLNSs+J00zsyhisXlRMy+/wC8Bt4o&#10;7OOyex3YFw9aLde/Mgyp4hS1gGTKx4UJx4JE4441IG5PZEqyu27/AFquBOKVISrUmJGklYggxAEk&#10;noFJfNNTUSYJiMdHBRV7NG4kw3GKlYaaphUmOoinc09SqIAbMdjC/um1781rOfPfWAdK3nuer1e5&#10;7nq9XuLfpyQM54MWNgDUG41/5FZOM3H2GjDKv+KE+vwNe4aqm/kRpQaipqY6re/neXFG8dt5tYmR&#10;D29o40pTeE0LjqnAV7nGaPBZVZDW1jKdLeTD7f8Al8eJytI2VctlWBr3ILUGAAe7JUsR/iij/wCp&#10;p5VLtbbtkCvcxNQ4La6tUFh2BjjAP02fmi6emvG3TOFe5i/luEtqz1CqRdhGkd/+Tm5cPmt90K9y&#10;ZRUWDQG2+pN9Wskfb6n5RSwdtPIQkGvcEnKzZQFbTjEHxFIgyhnpkpye/wDrOePtBAoytRBgY17i&#10;LzKtIcyY/wDI7xQfO1PybVQHmeV5rFN+3Tda17ePEywCcKS3ST3h6a9xj2DTb2HiB/Tfmwg15DBI&#10;r3FHgSgvHrqaiEa/Qw5sA04GiK9zYK/BwxSuoelvXIUqQM0eJ4JtNZSUdV3XEj/yNRSW49aW6nXi&#10;kKIw4UhzFwJbRhOJ4kcE9EVU3+JdkHJufM3+nGmzjPjUNNRwZzFKMm5szdlViZWwLf5j5TxPDXms&#10;EG0SFguu21ze3kZyzCpA/wBDUjxGEYOP4Ug4Ik5OoD+6q934UhRcp4JHtV+NV6TelPoTLufZnSoM&#10;ljufq/1jYEfH/jVE8kR56zFGLO1JIO+5sKwr7vdpl4mTlyU7Vk1VTqVHZHkTUKs9G3QytcSU4zph&#10;8qgqY6fq31bYEk9yZszSHmWXPWNun6H5Pcw1VsLwvv8AXTHmjYlQxURTrdsiJKfeag0fo16M0dSW&#10;q587SRRnb5q9WOrIbaRqD5eZ15FTPmY4wyzfJHdqr/yvCg35U1vy4kGXrCsFqPsryloAwT7zSnn9&#10;G3QKsigli/rvFtUBkbq31fdDp3O7NBP3Ecxpn3Mu5v0lLssdP5VhGhve4/0Xlzljsz3ivaPwpZbv&#10;DaU+9X41zm9Gnp3EMaCize9QraSS9WesDFgRaxvmqw7+HMxz9mIqo+Zp0P8AiTC8H+jsaQ8Zcyhf&#10;8Livd+FXbeQVkhOHmr8axxejboIkpaXB801Uf+Cq6qdYHFiO1xmsX5HGdc1BGDYlBKblvewvBhof&#10;gKMcb/la1HFxY/0v4U+tTcg6B7Vf4VOg9Jfp0SRDT5SzFANEsnVPrENb/wDg187GfcyLtBrIQV0L&#10;fyzB7n7qMceRl5TtUT5xSJTpJwSI8z+NYZvRv0Dq97jBcyp5g3KsHU/q2La3/ezSx51Ln/NTveLE&#10;YolNiRHhuDHt/wASozzy8tkf3RQ8o/ClIfSlOKAT0+L/AAq6w/0Z+nilRVqsp47WyruVZq/qX1bb&#10;v37ZqA15Ii6gZvYG1bDJ2DFsOwoXv4m1KOXRYpgSo0kbdQsk6QJ8/wAaaa70UemqOUu2XMw0/mFp&#10;lip+pPVJgtrHb7+ZWNtdL8zjPmaQjl6yAECwth+GWP0/6Px1bCREkmqEJmQJpvT0Wenp5ohSYDmI&#10;RyNeQnqJ1LuP+Ir/AFg1H0nmNOoma1LEVMJtrf5DDtP/ACG4y7b6kYE+hrbjQiQMfWp7+hz03GRY&#10;qnBMfUSDyrTZ/wCo5ufteGYO+nPf5xc1q3mLiCKDoR8jhtvu+WtzabEqTCieffTJttW1I99ePoe9&#10;NYRqYZTxSQAiTzv69dQ/MYqCB7xx8m2vbx5y/wA5WaFJBro2uPtmhw2+n/fPzxy8x96vb+lWbYjY&#10;B7/xrD/sK+m12QrkvEVAb/IvnbqKQdBcn/f/AK9tOcf84+apbN8+gI0J+Sw6/wD5T80LUIT96j6/&#10;pV3UtpTGgE+v41lHoW9NscsgORq0W95W/rln/T2atjpH38wy9QM3S3WOvQbezLQ4cSPHxpyPDlxa&#10;JKT4iKqwhpOKkp59acqX0Yem3DZYpJcn4lN9pfKqM65+8s6WFgmODmP+vOcBr/MF/wCJGgwwf8q0&#10;w4ndsgBGtR9aU6kn7Qn3/jT3T+k304LJ7uSahAvaJs4Z8Y/9HMda/wBY5Jg6g5vBI/mSa6lTQ4aB&#10;r/3z8Tfk52qX7ashtJ2pFQ8R9G/pqlQD+oEpW4Clc1Z33Gx/73Pjb2c7k6g5vNzHjAhZRb9FR4dr&#10;99OeK15bIkrX7auyAmZSmPX8aa6T0bemONfIn6UpXRzGxatzFnJ2G74nGeZ4eo+c9F/nBP0UtCP4&#10;QcTJZbnEk+tWUwgqnSPf+NN+JehD0rMHkTpQkJJ95VzFm4of+QsXNuSGz/m9l3HGde/u01FfX6YD&#10;x1qCrTKhWtKUn7B7/wAaZP8AYV9KtIyGPpHFLb7fn47mw/dtxYC3OK5+zduIbGT4bR8tQd/+iHFY&#10;sZkhZq5Sgj7E+/8AGsE/oq9LQigA6PwjYWk3LmDOQK+Gn+/jklM75uZwf52wU6kGmodB9UHGnmUh&#10;BGozVEBJ/hEev403/wCxl6XowGXo5Tsw8TjmbSbjxv8AzbjlHnfNI93+cCX2K1NSaD6REOE35czJ&#10;Ur2/pV1pTEaR7/xqLU+j30zbAV6Ow0+06umOZnN2+vEyeVj/AIt+PYzi3pMihr6wTKmZsLYgRQJa&#10;1JWN3jRfZ24rdaCAlQMyatbQNQAAEdfSKPd+Gf0b6Y9LevGfZun+VHy5JiOVZ6erd8SxatWWNMYo&#10;W0TEamZVsfEAH481sc53/qZR+JP8q7f8uKrjRVjSrMMWgRV4HAfAuijtoP4cbNE4r3OvLUG51A1P&#10;PA1sRNe4pK4ZclmcotZF2uh8lvp1uP4cvsp11sV7jU1LhR/yclQFv+8Yt1iPhzWFNBAr3MRosLIH&#10;lzzC4Ny4UHd38NOeqwQmK9yO9DQsT+llNjYfY7eGt+emmi0DXuRpKOiYC1RMrL9tCFKm3sIPN14o&#10;Twr3IjUdM3aRwLaFj4/dzcTTK20mvciSUtLe4LXPcgj+jmoE033Ir3IctNEdVZj8QR+3mpptxvor&#10;3Inyyf4pO9+6+y3Ld4OimdFe5//X442mP4ngpoKmspsbkMlNlvEFrFeOknqKd6GR2kZS21Z5o1Ro&#10;1ttjYkXFr55btZW/foLaQgp2eIkDCDHVOHVxoaosLc72KuEzLhUQdpgFUDGdpJ93VWxDlAZAy3mS&#10;lq6GhxLJy0seK9YcBnwiWkbFqemxmnzDSxxRUzKu9qOkqZZkmlVzJPGBId+48BnO+G4HXYBnLKmY&#10;62XLWA1AGF4xiGD0kuLz0ESea+6OneGRp2AS6r5dzbRdBwc71Zxc5RlbyGHO4UiIIkx6kTj60LO3&#10;DOb6w3TuLy0d0PNkKSpUAagRAJOASdhJwxo4vTirxmtxPp1m/B4XzlidRTT45Q01XLSYW2Iiphp4&#10;5JA0bukRUSlioZwWIBbU8J51Y9PQOK5PbpfmNWxfGcNxOmwHFMpUNbSNi/m1CVJhr6OorYaZHZ4V&#10;gMkcCvdkssguVxE3g7Q386u0rvVl1Qw1Tt24ARgcawD3d3+3v3sduLq8VCW0pMhaO7CUnalYnjiQ&#10;DpViDFHQw/MdNQUmYsTxqqqMPhwqoV8Zo8xSQeVhUSUsV2ilhju8LD9MXd2tdrsoG1Z+UvSW/R7L&#10;uK4viklPUUzxPJW0ua5I55ahayWSWujiWr8pYZaeKHcgEd1BGzc1yF+YZfl9tahxp3U4rYkySPaB&#10;HrFY4b39sO8z9ybL+6MiRqbBGGEKCsSRMAkGJOIja74bmjBMwskWH1Dz+WwmZ6VwQtnXyyxgc+7J&#10;e4voQDe3blVfVr00Z/xDAcz5w6e4XVz1pmGBYeivWRV9Jh1DUr5Qp4sajrqxFVpLMKKdYwm5TZLj&#10;kS3WULklKtRPp+PxrJzs+7XrVTyLK5WEu6UkmUmVRBEpAxEcemlVcC3x7cJ7l7pJnXLUOZ8NzdlG&#10;iz7gFZBFiWNS5exzDpazDds6r8wkUcjSswUN7oS5B0IAPFGSENLUh5nvEK24wR5EY1k9u9nltcNL&#10;Ck6m5AniOsdNd8Y6PovhNTisb4Bi611J5sUFRQ2q5EIcpaUTLAhjX39CVNiDfS15BveyZekuNOJC&#10;IBgnGD7KkvLNyGnfGhXhw2z8QPjXuCBiXpf6lYZiMWbMFwqfEsKXy3hxrLaPVrSVEUaoxqmgMiw2&#10;bXebodBr24Fv7G3jT0pBMcRw59aEB3Aftb0OJ8J2gj06vxFY2miR443lVJJdIkYgFiBfQHvoOHo6&#10;fdIsudVuk64dmTJGI9TsXhqpqPAaPDml8xp6e8UbLeWhdE85x50hRz5d1VQxFj7N2kOYuoJURUkZ&#10;7u8xmrLSdAJ6dnzHHyqDiVamHxfNz1kFFRwWkq56+QRRpGDdyWbTRQbaj7uG06G5Zzv6astVeXOm&#10;2W6ufN9bPJQmt6ZLlNlZ6fymlpnqsUonqJkWapWKFpahix8xY4yyDhF/OHmCAnwx1A/KiG63JY7g&#10;JRKT1GOode3roIuouSennVKjji6hUsWJ5NipExSswfMgxalgDMzSRTm1TBChjjjkMgaMuqkFmVdC&#10;75n6m+pOl6m4dlbrjn0VOFZUxbG8w4NHDT4TJU4WP83WdKY7xhcVGZGHy0gXzdpYjshBQFmd7xrv&#10;GxrPiBjowIM7MPdUKX+RtWmYlSDrIQ6CZOxTRMY9JpBZC6H+nvKODU2dOjmSKKkTOP8AJJosVwua&#10;qeOtoTi1DXRMjVjzDySQkgKCxFrX05Rh1jgfO/WbPGZMSq2qqDB5osMwDCMVqVdoIoaOKUC7rGuw&#10;btwVQASTp7absZc3cP63DgOHTQadtlHUsdJHso1Y7C/fxtww3Rb0g5m6gw0HUTqHi9PlnpbR1E8d&#10;ZV4dXUkuJTyUyxyGmp4Yy7Ryusg3TOAFB90FtOS9eXAt0g7E9R+FIkWyw4O8OB59KY6vG4lxKXAq&#10;KN58aSCLECjwzCnjhnkkiV2m2iM+9E10Vt3a4AN+HWzhn3CcHmwrp708wuHK+RsuQtR4VheFgrGI&#10;hG0gJJYszOTdnclmJLMSdeRnnGeG48OxI2D8ek0tt0ftZVsGzqqTheHGii31MzVlfNZqusmtuZre&#10;AGiqPADQcDXCcUlbPddUzSM6NiDOrsPdBbEVA/I8DylhSZFGDJTJEU6cTuWqw4XjcdZWSx0iytBG&#10;PMlU96mKQnQkAAKb3PE6QoiaYaVpEHjXuJWmx7CqKpaSGolqpWikp1CxskQEkRiJ3Mtm0a4sfq48&#10;XRAqiFadu2vch4rm0SYpiddQYfDF51VNWw1NUPNk/SzM4JWQqFIv+63180p0EU2qJkV7iRxHHsVx&#10;V4lkq3gSNRCsNEGBBWRn3AqNxJv33DicEiY40oKjXuDf0/8AUJ1m6W5arMudOs9f1Fwd5HxSrpMs&#10;4Pl+kM1S0YUzTPHQeZJJtUAu7E28ePM3amkQkxRgzm1w0PAqIpAZp6WdPM8YhT4nnLKNHmmro42p&#10;aM49GaqOGNyGZUimLIoYqC1l1sL8f8keqjrfm70P471Jzp1Bq81dUKHrAuU8oZpzKlNW1OHYYmT/&#10;AJmeGkjqI2jhV5JFLtGgYnueJDnL5cRKzOPGrKzS4uG0lxRUSVAz0Qkge2gxwPpVlbKHW9KrIuVs&#10;MyZlfEsqVtPnbBMpYVh2HU+KV7YrR/y6esNHBG8r08UdWkQdiAJX010Svq1z23VH0y5dxfNta+PZ&#10;gwujra75tp5Io0rzU4fTLJMsJG8eXNIqKdPMKE6C3H81v1ulOozTd+y2lkRhhQ6YZgtBg81WMNo4&#10;qGmqPLYw0yKi3XfewW1tWvw1P4XqS1PqGyrtUytS5BqJB9UWHx+Hs3cFAuXEtL07SPdhPvipvyV8&#10;pZuATh3P+iRRVPXjV4dS+mrNwxSpWko6quwOlkmkIUDdjFMwGumu3l/VVNjFOs0lNXVFNHvbYtPM&#10;8etz/hI4F7RdwlGpQInzoIXDjKxiBPkKqQXL3SDMtVh2GY3lPAcy1sFLAks2N4bQ1p27EBG6WJ7g&#10;27X4x/1hzZTnd/WPEYrd1aqqHX7ixH5cZOcupJhZFIywjgB7KUUvpW9KmNrG9V6bunuJzLqtW2U8&#10;BSdSfESfKh/z5ilzvmoEl8amqEHjPHDKNP8Al4jcaXnrqUxgD1gfMU0q1SRNO1B6NfTaCv8AL+lG&#10;G4GQdRlarxLCCv0fyuppxxtfPmaEbelRDJbUiWgotbfRCP48KXt5VJwUQfQfIVo2yDtpcU3ot6HV&#10;USquHZioiL7Gos954Xbu9gbFyPy5wfqfmMArJBRTAizBqQJoP+XDpxOjPdRBCUyNnCrtWok40603&#10;oj6V0qt8jmDNtEH03yZjqsQt/wCPcVf58jP1SxLb72FUDeB3LXLp9AqgOOKztHFtJPmasm0A/irn&#10;H6KcIExkpOsOc6GK94YokyZIFPt3T5fdz9bHna9U3IUVWX6dydB8vNOh0/4m0vNM5zbJxKAPU/Oq&#10;KtuupU3o4xBPdwvrJjUrLZlOO4fgU4+sUNLQH7uePVDDuxy/IB9ptmIRWJ/4KhY/nyzt/brxLZ2Y&#10;eL5RXhbmaiU/pU6qU0jCn6x4M8bke7V5KxIy2Bv/AJSHNMan/kHnL/OflywM2C1UR+z/AKPUQzfx&#10;jg4jactyf4vdTS0KSaeX9NfWCIfoM/YBibLYn5rCcTw6+na/zuIW/Pkqm6iZNmdhMMRpwF3XFHTv&#10;bUC3u1d/H2cUOPWp8KVnzj9RVwgmkpivQr1K0CJNhOBZMxp2cRPDXZsxmgBjCk7hty1UjdcDQn6+&#10;SDnnIpPuYxURljoauikS3/RN5D+XH0MWpVBWT/m/OaqSeiodP0r9TSRB8T6bYEiKNhjyzms1xPtu&#10;tfhuHrb6T9Q5njzXk2o7ZkiUg3tLDiKn2+FM3HdLOqAtIHWD+FM6sKba3JPXTDENuieM4kSSrNhG&#10;J5OKhR4/6VjUB+4cclq8rzxK8eZ6GUnurTtGw+nz0j46RK4S4kD1HsqiSRgaTwl6q0M0i4p0OzVQ&#10;2YkTrS4dXra/YnCK2rJP1HkmL+UD3kxjDrPoHOI0ANx4WaYcRrQ6DgsEeY+Zq5CThFR6vM+LECCr&#10;6eZwSaAb2jTJebpV17HdS4bIL/XxaYTDi7FWw6v86G11OG1SOBY6W8lzx4l5KQRt86ZU0kfwj2UX&#10;LqHiXRqtSsi6hZNihBskjdQcsVVJqwBsTjFHH+du3F/h8ma4mV6kYhNFopadaqSPbuF/tAr24284&#10;+ltOlOw0pbAEUSjNOE+iHFqzFsKwfE+mmBY/WRSCJcv1OV8OxN6kwSeUAaSWOcsZAoAt30GunFC1&#10;RjxooIqaOcxqGEZijkAKeY22xsB9m2t+CnKb26FsjQnHyE+2KvcoAWfP5UR/NnT/ANFsXW/PuNdQ&#10;815VfHaiopHmpMbxvD5poqz+X0/zAamNS8gJqC908vQ3Fh25qTfiqtK3qY6sJUK3mLi2X1fzCL6Z&#10;So76i/jxE+tZMqwVNUXgK3bvw4kwCP0T9AxlWSGbLTYbXS4FLQKUhalfGqx4yisFsu0i2nFR+DhI&#10;sfqdzM7xBgMkYup3FrEDHMFP7tj4+3i+2aBNPtICjSS/EwpKit9NyU1JWzYfUSY/QLHV0S07SKfk&#10;6waCqjlQ/Wp5s5x/JvYLRxjf3IM9z8Pec9/o4cWtwjWNafj7dtFNy1qitarHMKz3RQzzxdR8XqRS&#10;hpPJqqfLm1RexA+WwtGsPZu05Xd+JPmHMGHdLMLyllvD8RiwTMMqvmnMeCioejpmCu8UE/8ALmee&#10;QEKCafZeR2jAFr3lnsI7W7q03xctFZfoS0tlCHX9RS5rhTgaR4QpSUSQQVgQJSZExbu32u5id5Ln&#10;L/ymllpTSQ4qSV6zKghAKSo6ZggnZinETb7+EZ0EypFFB6gc5dTMFz11TzHh2JHJ3T+mjpP5jl/C&#10;YcYnwWoxCVPPdvNqJaQxJLHEgRC6bnLsEps6TddcdPWDEmzrlur6v0GJy0FXjeZK6LExmavWknRP&#10;5UZpvMkhpmFP5ckMzg7U3DaSFPU3MkZnmTV1Zr7phQB7pz7E94qUoGk6UtqxIKZC8AT90VL3avk1&#10;7vNlt7ltu+bUvI0B8ApWkyQNshPkoztPGrs6XKWCZewqjwzKeHUWVMMwcVEuGYNhlJDT4ZDLUStO&#10;8hp6cRKDvd3JUrdmJNyeGkzF0courWYJs7Zaw8ZIiqkZRl+Sappp6VZp5GWIWSNZXDRDy23qlibE&#10;i10/Yn2S3O7AumL5td66pYJefWdCzGJQiCUhGAg7YnZUv9gH01v7qZWbO6U7cvFICnXVnxkYSNsY&#10;ADbBjoNZ/wCdT4fanxOnMkoJHzlEirAyqqszbTI7qBuse50vw7PRf0hV2X8RnxLCupR6bVlJQTU9&#10;VjubgtcZfLpoYJAfIJF3UG+5yQdQCQOQJ9bu4GTZxu2wlOX3eZOouGiG7delWKjKlyElSRAkkxG0&#10;jbQX+s/s7t7fdS2cVkt3mq1PJBRbKlQGJ1LISo6IGJOEkSRiaLZmz1T4Jg+MZZwXCMFGZWzA1Q7Y&#10;tDNPFR0qx0lTURIQlLUVDyzGILEEgKm5u6narFbyn6aKrpzm/PsmOdQq3OmGY7NSYljGD4dQxNST&#10;VBqFanYy4jPJZZRYwqkW6Lyx30PJR7KckvrG8catWu5AaBlTgK9emACErUARiBEiU9NEWVbjZ8/a&#10;Lt8qS3bu9zIC3UkpUcBIQVAkHDoJEUtsJ6qT55wzLuJ4Tlynwaeu8yoiizNiCpW0ogikSsCRUKSh&#10;pIHCo4Miod32r+7xS5w9N2B9QqP+sWD0cOF0lQ8mCZmwLBaWhSnjOHOIBGalI6iTz4l2kiQOxJDN&#10;tJI5MfZjZoyrJ12qCRcuGVrUUrcMqJMlaVSmdkbOAqbfpz7PLy23TVb36lKvEqVrUuFrVjI1KUJw&#10;OyBAGwU6YD1Qo4cZxnLGKVkYxKmSmxXDxVykVc9NXxsYqg08my0DyRSojqQl0ZVvtJ5XJ129K1L5&#10;lKMq0FFl3OGLV+A4ZNhNXjFJSiSoxMMktLBHWM8iAELUbpCtldtDsDGPe17c4MleYy2yyiFrWVgA&#10;CSlQKiAmE/cceJOPALdsu6FrlzS7h3SykQpSioARGO2AIAkkj1oVY8YhEFRVNvqqWFJ6lJ8PgnqC&#10;8cPfaIEYs97gIm4tbTU2FefUPIOE9O/WA2TMGWppKHCPkZ1gxqWOaoR5cBjqyjvEkak+9Y2FgdBe&#10;1zyz33bsHN9lqtHNbKiFJOEHDgRtHGYE4+sG5W3aqzposLCmzBBEEHwzIIwI6x006U8hliV2N2uy&#10;sQpUXViugJJ8OChh9JDjHUDAsLkkdI62tp6WSWBzG6h5RcqwIKn4jtwc274TdNK4Aisib3SWQJrN&#10;w1GKYNSYLhLVEDzVE2BxvVNiLktLEJWWHcGQAgXdRb43vqeStmO/r5HdMYjD0/Sgw/nCgNCK99J7&#10;9uGx9PPqsz3gsddBNihwakytBVdRcVxGjSneqxd1mFVLBFLPBJFE1QjMrBwUJ2ki6jhEd67y3sXh&#10;JAIMgcdmGM4xMV4Xri2TOBHRRaevPps6Yda8u4rgub8mxZkOO4ZJkWnpsQlr/wCXUkM6jyamWkoa&#10;2gLmlkUPHJHIk8YLiKSMO5NtHX/PFZm3o9RyYfg+H9ScQxlKGmq8Ly8tLmdWw+upjDLV7MKohI0x&#10;8vcuwKpCoL6OFhz+ct2rZCm235Vq0kEkj/GnDjAG2ZAotLimhqIBG3GqMPw9fTvlLoT6luplVFNm&#10;Xop0qy0+Lx4bj/UCjzh08gqK7Dsx/OwYXRw5qx2thqsHhhxCRd0iytLUPVTjy4paVpRcpMKp8vVm&#10;OYVmfFZM51kk03k4lU0wmMYEbEulpFHnTO+922bQewPfk17w/WRY5Y5b2lqx+XaZjVsAIgeEwJwM&#10;44bcakPKvqCfy1ttq2AZQCCYH3RwOHzx6adMm50639aOlfQnqH6ZsgUXpnyXS4bgWIT9LsGxGmoK&#10;nEylRTQfJ1yphkpXDcNpad46eCOdJZgyhzCFKEB8bpKLBcIy2uEUpwzEa2lDZllxWWSatjniLxlF&#10;CRKkW9XN2Ba/Y323OSO6n1dZPmthdXSAq6XbhCg2ykgeNQSApRUQogieiDU3WX1Q2biFO3DSrlbW&#10;ktoRgJ2SqTicdg21Z5096g9TsYzr1PHWWmixLAsFxtV6LQ5ew9cJwmfCZIIJhPVPNilbPVywzLtu&#10;0MS/vKg37Y0hSZEwysq4sMw2cYnUU6NJUwYlOiMY13oJGgK6FFYbgrHbYH28zARvU+bUOvpKAvgB&#10;BEgGCZrJI51mr9u27mCNLL5B0hRBEwfEeHpRhZupmNYTgdHmDPlCMAw/G3pYKSHCklmWComSI+Sa&#10;pWF98l1jJRd5O0albs2XMUqKfGRlHL0XzWFZ4EdLidLM4ZYquKIpHUUxZxtZFjUtpqNbXAuHd8Nz&#10;7TNMqeUpcjSQZJVII2Y8Z2Uk3o7N7D8st9U6iCPuKpBJjacZwFcOqGQ8sVGHxdTMyStR4103jrK3&#10;DcVpWZnmoJiJZqSoQqfMSQ6Ko1BtYi5vYDkzqJFjOUIcXx+PBsDrsHRsNzPDidPRlYKum9yQhqtW&#10;0Ntym/Yg8+aztN7Mcw3e3kdy9NutRKiUaUTIJw2CuUm9m57+X36mEskkmQADOJ6Kpa6lenWhTNtV&#10;gVFnfP8Aj9NiDpi+TVwHPOc8LmrMPrg0lOI6fL1dSBtgby2BT7SsOK+tGEY1QxTzQ0WK0tfHHNCE&#10;hhMEitYowVFCnwINuGe5Oa53ltwUpdcYKTiBhsgwU7COoiKCqFvMOFJkEGCDwPRFFFzRhlHk6smo&#10;8syY3QYxg89ThlRjdXjeYKjGqWdJ5EngNfVVLVSDehDx+btOoItpxkqqLM9lXDMdxIQRgqlFX/MY&#10;jT6kW7kSqoGgVZQoHhydmt57W4k3FsjvDjqahrHHFSYKVeQCPPGaO230LI1J9RQE0NH6a8Jmq8Sz&#10;b0zyBhuJV8kktVmahhy7lLFTLo7OZY4vk2kLks809HLKx7vck815usT5FT1xeoZMbxPEsA6sxUXz&#10;GW8co61cOwiuqIMDw+eSkeMU09TSk0sTESfMn7Jv7rBOLrdlk3qgVEdZjb6Yeyhpc2RkeIjAc4Vt&#10;Q+lWQv6XPTS+SsOpsQyJW4VQR4lQ19TDi9QuGzQSmGeGrpoqGCYrN5TMRTgFCxUXAvbF+HDjeVMR&#10;w7qlg+B1EtVFBPh9VikdTNNK/wDpmHSFjetSmJTzEkQWUA7Ta3C/e7Ln2HHrhkFSg2nSQP4gqR6z&#10;xo8ypxK7hlBx8WNUR/8ACjGjrmxL0EVuN11Dg0UOcsQdavFIapYvLpsTwokrJh8Fe0L7GjZWYbRf&#10;/EAODXl3DMaz109noaGopqTpbRUmLVeG01K1TVzYvhn888yjLyyvGsYZHUyRCJtxAHmW3KwH3bza&#10;y3Nz1vOAtx/MIKktg6WklQM61YlUnEoSMQYJxocWDrq1IKSNE8CST59VGGzd1HwzJfWbIdNmjAMN&#10;m6643mvKeWc1ZnrocPifLWak6bSfOtQ09LC0k4EUU6RVM1RHtSVgsbbEYNOC5wjwTB6XIWbpETGs&#10;k1M3ydXiUgmqsSw6siV6KTy5IZZZXQRSRuUBclSxADAczI7EMpy++zm63hZ0qtM1ZCu7VJU28FHv&#10;20gAyJJIE4JIMcaFbymm9RHHmKdOtfSiuzDm6qzb0+wyolwnN2HyUWJQZOp6qiwzC8Vw+rRMSiNV&#10;SYpRU9MJvOimh+b2x7ZFCktGxFf3VXqThGCzZxzqsdNhFDUJLjmY8VwyDyJHoMPp2YSGIPKdI1JC&#10;g+02BJ4MuxXs8st3ri9zpxGgOKUqYghCZgA/KJx6qNGnQywp5fAbOoY1bf0l6fT4HkrI2XMbqqzF&#10;Jcn0MWGUq5hrDiUqVDgNIHqzFC0hVvd3Fe1gCRbmuz1m9RfVXr02IHHcYmwnp+kr1OGZJwkzfIQ7&#10;6iTy/mAms0xEZbdLfx2BQbcwU7fe1TMd4s3Ny+qErJ0pBIAAOG3bE4nH4VBwzZ3MlqcdUQhX2piY&#10;HinAbTsPrRiKPCcPoZXqYKZBWSqIZq0qvmsigALutfaNo0GnLUfw2zHieXuvGUaDGcVizvitB0ux&#10;XCstZfwqKsqZ6aDBaCjFQ4lw2sZIkkqkQSBkBZ1DE71vzi+oBK/zlo6tKO6AeSVKVpGqFeEYgEwm&#10;emASNho/3VtUh9czJSkiBjEDprPUssckErsI4o95kkdtoA2E6+8o8PYeXgT5fo6rBcBEmV83Y2k1&#10;KPMnwTMmX8HC2juNy/z/AANwTbQqpt305z/zDMi3eOAP2jcGIU2tw7dv9ycB9vlUotvLQANC1ese&#10;4GuYcjSxLa391rfwPCuepLAmoeneXrZKzBhQTO3TiKNM65sfGQC3UTAxqI8w40vvEbQdvu3Fu3Mh&#10;+wq8nM1rFw04vunfsZ7sA90riWmzt4bKZzrUuzILShinaf79HX8qi1DAoyu/lxssm47bkjy28CoH&#10;x78JP+KthOK4J0A6INVZTw/AKPGOouM1wrMJZ5aiWQS14dXmlpYGZF02kMwBvexPMzOwDN1ud+ku&#10;KX4GsSIH29RI6OM0C97mkhhJ/vxs/wAU4UkMvzYXUZ1zT8ri81ViNBRYVQ12FPUhoKeIrNPE4p1m&#10;YRySb23MY1LAKLkKLbBfodxunpfSR6do0zPhWCNLkzA6mSPFUEjENSiP3rVMB3aC+nDt111zMXUB&#10;s4KMdeyjbL1D8mkwIrUh/Fv6R0+YOvnVLNtb0bzt1hinzFDgpgyBUiF6BUwynqvMiQ5exq8W0sL3&#10;UFvD2L7NtfV4TmzC8QhzVQ4nT4wRBUrlqAgswraMIdrPUe8VHgNe2vBru7+Zaa1XHgSTtP47OB5N&#10;J8zb74hQJEdVILJOTum/XHoFn3p5g/pzzhl3GejFDJiOWMN63VM9PuesydmGGSNJfLwaRoVeraK3&#10;me7cG6WHAj9UlYqZBqWbFcSmWogijRarDbQ7Z66mQjctCNCpP73fTks7q3o/l91oXgY2DbB6Ypix&#10;X3l40gqOBM8mp/4QWT8Ywv1XYZh+KdL8jZaxbAsYrv5/Lk7PU2IYnT/L5axuSPzaCozjiLLIJGjB&#10;T5X7LM20BQy0qZ8wyTL+N5Thpvn5cGxXHcpjyoZTS+VUyZsolum6aCzPeyNYWex3DvwnTdIkz+NH&#10;WZshoFSZI4zW4VU1Zr8s49PMtItVT0lZEWqVWeIr8mxtIAk11194Wa48D24jfWdhVTL6dPUTTJQ4&#10;tBUUeJzMa/HK2OpDRfJhnX3a6pYmwIuQfDXglt7oraVwEHD0oO7wNlVrcJKY8PypJ9P6oPiOSVhn&#10;w9KWrywk8VLg1NJAGKzx+/GGo6YJEA2iHaQSfcHNT8qWqdjD3t2w2/4lrwPK+6sGSkjA7RQ382cP&#10;VV0k6+dccS6QSdNunNTjuUsm5SoMNqMYmqsIooZcQqJmadVGK1EDMqLFF7wUi/Y6X5M+UEOMISkT&#10;A/WpDzi3eNq0hAwAkmRxouWU8z5J6Y1/USnzPm6jgxPM2ZcTzLFh1MZKiohhkihREkjplkKsRCWA&#10;PcH26ADYPw+vVxiMnn4r0+pMCeU+ZLU45mXLkaqSNNwpMQmf6Rt4LrfI3gJgCekj5kVHrtq5JpPU&#10;/rb9NtbVNR4bnLE8XmUlA+C5QznWRPY2uktLhUkbL7GDEH28c5fw6usdGHqMaz507wMW99c05vqk&#10;CLtsTemw9x37e9YcX2+RvkwpSR5qHyB+NWatZNOFb6q8oqgly9006gZ0jIBD5ayVjY769sQipTxu&#10;j9DOAUoWHNnq16PZcMSt5pwnNVTWy7jp/kp4aYfceGqd2iMS+0Ookn5Cl7dl/SIA9ZpK0nq9xSvq&#10;flaX0i9YwzN5cVRXZXwmkhYn2vU4wm0fFgOKLAvST6eMoYxg2OVvrzwKOuw2pgrqR8rZXxbFLSpM&#10;DpLRVjAAnT7Nj2Oh0UWtm0y8FC5ROEQFn4Ck1vaaXsVQnprvHuv3qQEQlyd6HMyZjgk3KVzBnDIm&#10;CyWKEqTHLiM51NgfYL97AG6XCcQyVgHT3EcGzNnSDqpXQ0c9PJhb0IwKE4eQJg8lNUtVupWJA6pM&#10;dp0sQO/Tbs8ts8uLe3eMJTKSFhKkmNMRBjpiRjHtrpP2MWF49Yoc7xKkJgjwkGPXA0XjLuE+o3qF&#10;1CyzmGj6Z4Z6eMDhq8PxvMuLLiJzlWNiaQSRVdHFLCMPphFJLO0DVNOzvbeWUFrR4codHeinWH+q&#10;1bgtZiWWKpIqyroafCKurlYQREbFghmDxp5Xl3MWmhUe94yDvZ2g7xbuMvlaG3QNIlYCRqPFShJh&#10;UxqAwIJwGyZ8/wB4XGApYTIgaQTCQZ49Rw4EDjhXXqg9UXqQ9JWVs/5yqMrYH1Py7Qf1fwbAsRzN&#10;NBlvDsPxGuqvlZXxStikll+XqTUwJHNFSssbpI0myM/o1tkKu6G1uOVn9QMzSw5lME9BgoiaLAcc&#10;kqYArR0csdNTQU0/myXJM6va3ujdcgN7x2+9gsW/z7CCjUkrGLrOknxrBUStJCJCQiBJOolMUgzC&#10;zvVtNl0IgKAUlJ1DSTidgI6gMDM4nGgX60Yb615unORKvr100yZiuEUeM4d/n4wmjhnzt08TAa2q&#10;aPFMcjXHag43SvQUG8U8NII13yuZXaJQeJvo11WxnE819Xa7rJjldVyUFTT4RNl3F9Z6aJJ9kLNA&#10;GCxkko3mKQoclwy3PDXe7s2srDK7G3yK3baSQVBSPCDIk4hJmMfCQZA0kEUdubu2tra6bNtKCknT&#10;HgIx2yAZwjbQjdd/R/lHK/Rvo/lH0LdNMp9M8Rw7EKnNOTcw5RKYLBE1Vh9pZlrqKjrJJ0lhUCSG&#10;RJVnijWFkZLbTNZKydkWhwuOLEcPilMsnz2C4J1Fr6rEZKOWmlaHctTXxySIxSSxAkKA6KLHSCu0&#10;XOs3deQthT3gnWq2ShJWFAmCjUAoJUCQCkKHSThQY3sRcOuIDJdJTOstRiSP6JOMHE4DDZjVaXrL&#10;6l+qbEM0Zch6X451AnocjpNhnVnqn6L8GwKCbHEzDhK1ShcGOMyCrWlq6cv79PHOIr/pSRaUGvVh&#10;mzBcZy//AFYpsRZ8by3NFLh2UII5jRzholEhlq56cMskKhXjljkQKCWJfVeDb6ddzLizeVeKbJU+&#10;k946vSFlQxT4EqUAFalApUFE7ISNNKdz93Bap16CVrB1qWkBSoEpOEhMnAYztnCjF/g9+lrO3RrF&#10;sU61V2UqnER1+ocQquqfWPqJTYJhOZMRrqPERW4ZJTYTgeJ1cdFSVRrapaiCoDziWNVKQxogNe2R&#10;+smb8xN/mrzDlzC5Mrzwy5anzDQUsElTTgo8cTVH8sNE4KuiN5hjABRSL6cybzfdFDFwm8Rq1JIV&#10;EqOIxOnVITIkQABiRTtrc3BuihbYWlJ+4eM9PCCnbwED1q7nE+mOC0eMzZ2w6sxZsdgqlx8U02KV&#10;VXCZFIEkcEWJmpSBZIjJHshCDbIwG0m4l9Zso9VaDKFLgGN5sXF8sWokVMaSjxWWlhk2ywNh9XS0&#10;jMsSMqLOqP5q3uoKk3U7p5jljuYfmWmilyVTEoEjaFpUcZMkEyDGEERT+e5cu4tiG3JSr7tUeH+j&#10;GEjHBRiYMzUXIOJdO8yYriOYMnYPNhmI1FVXHMDJTVeCyyVtLM9CzV1DUmnkkeQhzFLJCysq7g2i&#10;8m5WxLpZjOSBg2fsoVnTbMWA0RfJma56ykn86ZqgPMsdHiaUEDv7qSIVfeyj3NS91mcs5u1mCXrR&#10;5LyFmFtwsQIgeNBWRxBlMY+KBBrd1mvdrSbpstJjSkYiSI2HSMRAIJHi4EA00Zyput+E56wDMGSs&#10;wYNmPI9dNJhGZenuPYfXUk6GWJRDUw4thvzzR+U0RDJJSMjeY250AXbwzrmfq/WYPlNMz1WC43/V&#10;Go/4xOZKU4VP/NsPnjSlpklNNVVDyrGYHW6WVSQd53KxSbq5NlVvc3egrb77EtgLToMlRPjAGpRU&#10;CZAnZpgQEOWM3yVXBU8nuYBb0iMdqtpgSTB0gY9AgV10w6e9N8rY7n7FshRYtgMPUNv51mDK8q4v&#10;SYXR4nJU1GMVlXBS1sMS0tVWSYt5lQQA0hUe7+jYB6zCmdenU1ZmDqJkI15zDiVJmn+teWcOw7Ec&#10;KwiKvkZGiJw5aephVnmVfLar94lQQHsxK8qzbJs40Iy67BCUqa0qWpKiQMCdUpJ8OCtG0QDiBSu6&#10;uEy3cay6FHEgfbOBJAAVPX76bMm5w6eZ5/l0ORuo1RVVOA0uJ9MaDCsw1WLYdiVbXUDKs0zU+LhU&#10;qmX5EstV8nJdQ7RyGNnDIbHMp5WpYpcfwzqHT5ty/V00D4xDheBYu89STVMq/PwTV0asgZFV5mf5&#10;ke4XUqxYijLs0cMIVbqaIPhKnUlIwH2nSTJ2jDQTqGqcApSxKe9ZclCgNQKVEYGPENRB2YkiY2yK&#10;EnBMwZqxApSV2Rpst1Jc7nxLEKN4IU2KQsb06ys821r7VjMWjDzLjbzm2Wcj1VZSjKFLVYfBhVXT&#10;0611KK6ueAzq8jxK2IQhaVzGJJICXlubNGLkvxWjMr0avzCkrKgSQYTJBgHAysTGoeGBgdoAeytm&#10;zcKA0AdJ4SR0+HVsB4GetI40+U9TiUYWkxKpppqyeOaWOmcrE7JAQrSAI7GRQ0kasdqAX1GoXiRW&#10;DOuG4FjuFT0OE9U8DmCZmV8u19XVyUEtahnj86aj+SLTXVj5LMQXvddwFjBl+1duO/Updu4kkAFI&#10;GoJwjSrUD0SBIEYgVfKGrp/vFFKXR92gE6wBxJ0oB2SBJJnjOHKlqqPGJoKunmrMDqqeeqoflKyH&#10;5WSqjoZ2p5P0NXGd0JYBklQDcpUq21tRq9PONZVzP0hzBUdT8s4pg+asJlllwfPNMcSx/AUoroyQ&#10;1YfE6hKNhNExF2h2MysjK2vIf3tdzlrN2jbKaUy4SFtakIcKhJBbhJ7zw7QZwBBBBMBHdTMswfvF&#10;F9kJSomfGfCRgMCtYnZKTpjhBxopnWKf1H5a9RXTCXprj2TsY6MZ5gbBs9dMM3YpFl3NS4tSebOc&#10;VwOaHDqk15SmKGop5WI8uGwBDttCvM2cunMeXzWZMwvH8NzJR7JHoMt1VPSyJX09ISk0zUqwgSRO&#10;si+4mx0191gwMlfyTNEEqf7twYlMgkkE/aAonwkRgSSkgjERQt1tvWqlFBLqScG1aVE4kahjs4ES&#10;NoOwUaXCsOzY01RT5nmwvFcPnWVN9LT1CNteocGLy6iSYGOSLyybv7rhh7yldq+yd6kcDxnJ8lLm&#10;qlxnK+a6Hz6+HNFM8lPUV9NAnmtSrWpiWJKZ9bmSWkCMLAhftgGObk3yb7xJQGDA7tYQUgk4KAAB&#10;IB4BYI2gdISy3NXIcTeW3gV9pUlBxBn7gSoHoMYbYoIca6RZibOWJVVHPQ4z05xKkpKDD+n2Y6DA&#10;qvC8Kr4ZQRWx0iYZR1Lqu1fcOI+7bcik2Xga50zvlgY3gWF4jNiPUnAKGpjkw2gzzPJSYjhCPMs8&#10;kPmYE09T5e59xMM6BhcJGup5JFhkL6mXFaUW7qk4loatR2SAoAAwAMUnZiSKO82dZRb92kEpcOoA&#10;KlSCcCQQNQnDYUzs0n7iJmD5Zxb+rmY0koqHpzm7NJqZ8Xxfps1PVk1ZhFFDiCtitBHFJU+TFFpP&#10;TyKu1UYyIoucNupPSXP2B4FLN0rwNa3BlbLmZ67KMdRT19CjEpQ1FHX1cdDVM6+Rt2yMrsSBtOvI&#10;SyncvPModcAvnlBw94gOkKSTA1pUgAoCcf4RAxMjCEu7eSMM2qmnSFqC8ZM4bDioAiYGG3iDjRLO&#10;l/pe61dJ8b6h1cvqmztn2TOGL0nUTK0PVnEqHEqdTsJxfCamgp6VqKmoqh5bqKKBfKFyjKQthhy5&#10;kb1NZwwiTCMN6z0ODYRiVNI+E4TmqngxetWmWPy40ljr6SUPuBBd2bcDdSDo3Il3v3z3I3de/OO5&#10;YtSwoBTrICACo8VJWkxOwRpO0GZFFGa5jlmRXIW00pKVEDWAMJI6YJA2iTj5UQz1Q9cPw1PRfnuX&#10;qxjHoxzDFjtBitJh2Zuuvp6wemwKgpa6srPPkFRXYdi+FynYyeaFaMxupOxiS6gnGdOnGeOn+WcM&#10;xDFaOqzbQ11LU0GLRUqJSs+ysSKOSnqI5J46aSOSUhFvYhQH3aryerbOrTMisMkJdRGn1EkEKiRG&#10;3jOw7Kk1eU3P5NYSsOupJ4RPUOAPRJkxNXZZb6j5Rz7ieYMEy1mWlTMGWp6eKppUctLHLUUorFWW&#10;nlETsjw2bXUqdyke63BN6c5YyJnHF8lf1Jzti+C9QYYfnMBxmGaLF4oK5P8Ai9KmOA+WVvG67gks&#10;QAVQljwO59nN0xZPuXDLblsMFDxIVp2mCkqPWCBKVYzIqPM3v7G5sVfmzB2eEjUkjj0yDx2R7i7+&#10;pDN2P5K6RdXMd6tZUwLNnRejp5UzlgsrYjglcmDhD589NU0Ela7zlyssHlrHJE5uJPMUEBR18o+p&#10;/RuXM2YK/DYnlqapXxyoyw0s+HiNpnVmoI6ytJiM/mtIUkSQIxBUjS4g3dzKxzPLWgw6pBgaZSCs&#10;YAAKGlIVEAAgyeKVEUI738+xl671rxqSlJ8IwOGMpVEGRJgnp40L/p/6gZG6v9L8hZsyXimI1uCV&#10;mGU1ZRQZwpUpMYUNFGBHXxiCK00OwRsUNmIIJbvyrvGKbLON5soMlS4ZiWZKbOMLVuL5kz5V09NJ&#10;gheRYUWOPDQZVKs4LGSCTSxCEXBAG+ljcouTlV245cNqQVFwqb1Jg4ISjSFJIJBTKVjETAmsUt8s&#10;3efvm0LQpxLslQcgFPAgAELHSMFRMwQDQ/StLHFJKsbTPErOlPT7N0pAuFHmlQCfC7Ae08HLot03&#10;6hdFM/YScExTEeqWUsMDZhwmlatSsxXBhHPUU8Jiy9jf8vGyaVbo6pd0IbYQWXgL7OMmu7C8ey9S&#10;3Lq1cwLrr4SpvDBKkJT4UxI1IWemEGYFeQ7sHL7gItHV3LCvubU6UuIAxlKVBIUBJjSZMRwNIvMq&#10;4PmvK2YcBxOCaloccp5cv40GravCXEFTTf6QI8Qwtt8TpG7ASwyAq4srqRuGtDzgFXOWl3z3PV6v&#10;c9z1er3Fr06v/XLBrd/9I/8AKWTjL/2GjHKf+KE+vwNe4ZSFNwk0vZj2+nhcTQvAmvckLFc6C/w4&#10;3FKJr3M3k/4tR33C3PFPtqwSTXueEK30Hjpe3LBs04hhRr3OvK943/j/AEcc7s8Kv3MV7mVYTfQd&#10;9ObSirpYHGvcU+AwXqoQRqWX+PKqMEAUstkeIRXuNGOxWxvF1v7oqJbHT/GdOX0irONDWTGNe41i&#10;EDxJvrbTl60MK9xQ4DGPMjJ/dqoNPp3/ANHKq6K9GMdNe5f1+Dfd+nfX2IH/ACdfgB1F/tDFTb8u&#10;OWLml8nqopzdod0PM/BNVZfiNsozb6dt0YceXm3Uttt7+CeJNuW4y08jMJCo2HQGxtfghF1RG02Q&#10;MBRO6KrpI0NKZT563buPsntb6jzF5RAvsvfjSnRIinUMk48BTpHUo5MZqLk3+yRcfDTkdkkU3CAg&#10;mxt4ceQtJG2lIclOAwqVG8DEJNOS0ahluftC3Y85CIMdR73tf4cslwRTIXpGG2sE1RJEFKynyTa0&#10;cXx5zalWxIFi3iPv4m/MHjWm3Cs4mKyJXvvjUP5qjUq3e4Fr8wCnAOifHXt+XNl6aehCQRNODV0h&#10;Xe8ll7ADvzkUA7gAfDvzyBjTrIVs21jaqkZQkbMWNzta1tdL3784GmBYsbC/a3LFfVXlLIIgVlTE&#10;isIRJTvXRr6EeGh50sAUjaunYnTnnViOirvKITPGuaV0kl/Nffb3gBu0t2+HMgQKdtrDTUe3jUSm&#10;aStJUfFGNY5KkOL+YHNiPf8AoB8OZngBsupDajiY3On7hhT1vhINYqaoLuZIJ1SSMbCD7Tr8PZzF&#10;5GmgIHa58eKWn0HZSo4V6WpnRwaiTzWI3ADS17ez6edeUT3Audbc0q8QDTAdEkVlQOqgoxC27gnX&#10;6SecPJAuRH9dhrx/WnppxK5rkaqoIW8pNzayE6WHtPOKxoSfdtb/AAgcbcKNlUcRINZ/Pqwu5nJR&#10;tG8xmHh7PHnIKiBgF+13NjxpcnZSUtKVGGyu1neVlaVwSpsguPE/G35cyMQ1trfUOeQoJwUKfatd&#10;OPGowilZi4Gg93dfUn6ueSJbglfjr8OW1g8aota0HE4Vxnq5kVlDFWH6NiO4BH8ecxEp02fG/hx5&#10;SqVJWCMKgGqqEF/OZbe5YjX7+Skp0W9lsx4WrKFGtrJPGsEuJVxRd85MZIINjr4W5zWBBuO3W/j7&#10;OW71IIFWxiotRVYhIqlZzsA95e2vxtztI47liltul+KNWFNOqMVAqairUInnN+k1AI7a27/nySIV&#10;IvYH4XHNgpAqiSeBpllr6kuEEzKE94HabaH2244QQRxKCBoddOJi6hZxGNOkqjbTHiNZiLu+yYka&#10;XFuVsfiwIp9J6kG3/Gmwz6/9Brjxu/QAEgDjTtmZUodXzFG//D9qJpeuuaFncs4ypWW+rF8NH7ea&#10;4mbxuybRjsbYUx/6I1XC5wRRleIIZ9RVxvAf7D4caiiWK9zHc3Otwb8vV0IJwr3HSs1ndV0W5t99&#10;uVnppxzDCvcjCykaX/1hz0TVQ2TXucWXU21v2XTmwOmthsxjXuYipA8TcW05vTW+5Ne5jKaEEEX0&#10;F+bCaoWsK9yO6bQBqT2v4c8FUnUK9yHLFZSQbcqU8abivchtGQL+I5pJiqFOFe5i2j2c1hTfdjpr&#10;3P/QDfonmmskx/FcpY7mHDzC2KLVyZbra0VUzYVHhaSrBDvqQ0YSoWQi8Z0uNpsOZu9nDrmpQK0j&#10;UdiuOBj2GMKnOzsmwlLmglSAspgccNA9K2bvWx07p0ybL1JyTlTEoM4YVglRh2Us85dwowrQ4/ie&#10;IpQtX1kVPR2n8yJ13sZkuBbfGGZwuK7LcWM4lnbEcZjoMeq50XG6qOKeZkBkLmSJadEiDRqvmqgY&#10;WY9/Hgj3zLasnu7d9SFLLRUjx+LCYEYkkQRiaW72Zc1cbuP2j6iUEeLrEiTjs6dlJjp7n5enOVPT&#10;nkvJ0OY8nZbween6b4cmYKOkqpZaWlEFJTT1mI1M9aRNOxpnnKuXVWbvpd8qM8dJIKFIsKfDoYvl&#10;a3FaXC84YjA0dTXrSmAU1Q9TStsG5/JKIy7NQFIUrzBDd/Il21ol24dSvVOAIwg4SPdXLPee53hJ&#10;u8nsLUhtuEJXpKDoUfEpISqFDiCZkjYJo1EfTvqjU4xg2b88ZgrsUxWaupcIxRunWE1tOsFDFiHn&#10;oYRT4nIVDNEkzSyxTXT95WcEAnl7o9iGYaTMNfmDN/mZZrZVzDDlDJ9atNQDFVQvGskWV4Y6mZlD&#10;EmLygrbzvL3uT7Lc6S5IhI6TEfDjUSb2ZQ9lKWw8la7ttOhMhaklB+5UKKkJ8UGSeGAwNGGxjqXh&#10;OHYnhFPhOAVnzFLIaSvxTGoEpqynoWmBeQVOYZaWMwOY9Ssrtpolx7qB9Qk2C5eoDl3pzT1lPmTH&#10;KeKoqMbx6spfKWWqjUKZaHE6qCQLKttYkXboIzIt14NF5y9HcsqMf0QNvvBx8qBe4eS2iNSr9Xds&#10;p1YpT4lKEmJSBjPGceMcV7kmtzPi8VViWPS0jR/NT09DRYaFdI4opmg/y0DSq5Uo3jc6blja6jX+&#10;9QnTrrXTZ1zDBnjIoz7meqCV+ZsTwbDHgjwyaVA8aiow5y8kCKhKNLaMqN3jfm8rW26rS4nSoHht&#10;roB2T9oWTLyxLKIbZR4UlajqUQcZEHxThE8KEON0ljSSNg0bgMjDsQe3A06J1ee6LH0wPLeLJXF2&#10;NBJgmG19Dh1RXQhSdqVJjYMAIwd7jYbC1wRw4OZvMNkFQUnZjiY5+NZvdmOZFTI0rBEfacJ6JnGu&#10;RA8Re2o8eWr4dn3qngGX8PSp6HyUeIhxhOU82YVXYgYKA7IUSjw3CMEpKRqh5lCKd0SmRyTuZV4V&#10;Wm9ZZbIMlXDaAPYRUu36XijUUkHpBKp6gAMPZSBxHA6GTFDWNmcUmC0cUtbmXAatKGoiqoy0sqyV&#10;E9cksyJExJQK6qoFgAOGNyBS9RRguWMdxfpxhuWqwVFZT4bR9Vad8YzDjMy4ejmeOmgkkdmaRHIg&#10;neNIlG92CxgR1vMxXcDZE9OM8YEfOrgPIbBiFHh0DroNs1YrlSvlxbBqbNeLzROKGlxOfI+Iw4VQ&#10;4VSz1rGNnqi8SR7gVVzE7SsqgIt3Kuvs9Yx1f6fZeyPjOF53wTIEXT3FKysz/HnbDMWgooq44QPL&#10;plpMO3GpRBAKjzh5ZDTDarBzckusrfUiUpSFBUSTHi6IAMigFv5vWjKQh0mGUpUDxJgicBs6iT6U&#10;FGGw9NeqOPZ9EeBSdRMF6n5ajpcrYpk7GMPxY1mV1qiJao1NX8oaKapqcRlpxEJ5A0VEp3KyeWoN&#10;YDmHph6pOsvSLPeTs3YDjWP5pOaulGYFwyjxCrp44swZOxSp21K4pAjSRxVUctVHHLvAcMiGJLgh&#10;PeTc7NMuDZdW253klJQSRA2gkxs6qi1F7YZtcBtkLSFtKCpj+HHDyxIO0Uq81JD0Y6NZliSmx/Ds&#10;t9LxgubaPFZJsGFTiNHguMwVP8vgGHToFQ01LHSuXiQtGwJMshc8oc9TGCnK3VjqvhEVXLWS4biL&#10;RPW1jL5rSHB6WVtxjAGhJ0HYaeHGLB5SWSRgaBSFhVsFJEAk+6jYxuJESRTdXAdSPYRfhnOiucqt&#10;OhL4dUzzTNWZnxjEfJgYDcFocOpxcsR/xVbx7cNV5gt2QTh+gFUdOI6iaxrTxrUy1QQebLHHTs/i&#10;VjZ2A+oueOOLZnkmq2qIKWISbVhMs26WUjZsIGpCjv2F+FSlkSK9qAM1n4kMUzNXNVNW1WIuKlpG&#10;qYkj9wI5k8wWVb2sex/bzSVnZTAfJVhXuJQ4rPIQlLhjvJKfcY+60huAPC5ufaOekgVpaFE7a9xw&#10;iwTNvlSVVZhb4dAitIjVaGDRQNF83YGPwXXmq2WyMAa9yXPhVLh9ZPSYvmajosUpmNO9DCZ6yQOp&#10;2lb0sMqhgdLFxxwARVw3wnGvck4hTYLgUWHRYj/MMZrK+D59oKQLBCE86SIDzX8/X9Fcjy9PjyyA&#10;IpSBsmvceaVaVcCxnEY8CFIsWHtNR0+IVLVJ96sSmZy0Pk6gMwUW+kcTunbVVwAa9yf0Ex+PLX4e&#10;uYcVpKDD6nMc/W2WlwWvxrDaDEXp4P6mQzVXkriMEyoWKw3dRusBqOEYBNwjox+FXZXDCANupU+x&#10;MUFk0OLS9aqGWmrpI8BpMr1SY3hsTWilrJ8WpzQyPYXLRpDVBNbWdrg6WDr1E5vr889FaF8649Pi&#10;1bgyVWIYLBjNbIXp6p56CBWpY5JFUtZmUxqh/RszWGzcphdqBIFKcwjucTjQmRU1NA8ssNOkUlQQ&#10;Z5IkVWci9txA1tfx5Y/+FdMU9ReHOsxg+XyBUlHDlNv6XC4+4I734Krt8pt1RtAHy/CppslE2twg&#10;f8aHvUiaJ/67sMpca9PONYRW4ZHjNLiOJ4RBNh1ZTpVRyAVqye9HIrqQNt9RpbmwfV4/i8Sv8tjV&#10;Uo+zeOplI9n7r8BTOeObCs4UD/yqdONU90Ppj6JYjLFLi3QvKlTK5EsklZlzCgSTqSd1N4/DTjG2&#10;aMw7SDic019B57eZ+TX4+5nb5JlZgdP600i3SRIpfYd6XegFG0b4d0pwTBnvcSZcoYqBgfg1EIiP&#10;q4x1OPYs9jMlPU28aiipJCf+Q4jwuuM2cPEY9Q/Cq90kbaFXB+h/T6A+XST4/hQFt9Pg+bs10SW7&#10;fZpMSQflxhmzHXRud+G4Y48fMwuhv+UQPCl3N8MQCfIU8m3B2ChMw7oVld1vTZszpSA/ZWLPWcHQ&#10;fQJsRcD7uN0+Zi4KSZew2UH2Uxh/6QPHyyM4nahPs/CnWWtpJilJS9GPlNj4d1VzjRGMjaZsXTEO&#10;3xxaKqv9fG84vh7m8+VKF7agifFVH/JlYAOFz2Ys8GgD6/M03JGw0oIumuc00g6/5nVG1WKTD8ju&#10;R8Lvl8sfv5iOLZdcq0uU4VKfvUtZX6f9FpJb8q2+z/xvb1x8628pU4KpyjyR1KpRtp+tmIVnsGO4&#10;Llx1JHwoKKiNvrHOD1GTp1s2A1UROv8Ao2Ixi3/RSkfmnLm3keAiP77/AJGmELWeOFdJgXXimZzS&#10;9TMvTq2qHE8n10h08P8AR8w01/qHGwf1NJHmUeJxm+jGuo5PyFEn8eKUqtl4wR6z+FWC1incU3Xe&#10;nFmzVlSvA+0sWW8Zox/yE2PVVvuPJkcGTZQ3k12JUjsLbpaWknH5VEHKrRbiJJivKWo4xUSfEOuV&#10;OQFy5lbGwpvpjGLYadPGxw2v+7mFMJyk8oIzBWox/wCLcJit+VfxfrZCYC8PKfeDTfi6Kgy5m65o&#10;rCTpblxlvdjTZ1xFWt/xF8sgE/X9fM0OXcrMDbNMhJJP6XD5I7f8gSycYeU1/Sj21rUQYIqS2duq&#10;8djN0qp2VVF48MzBTTsx72AqaWlH3kckx5fwsNtgzVRBF1VahcTBP0hKNv48Y7sKxCwfQ/Otg9Ka&#10;bqjqTnCIL8z0NzPJI32jh1VktkHxBmx6I/l9XJ64HAqqkOYcOlN7jymq1GoH/F1Ons5pNmTsUKqH&#10;SeFRY+o+Iy7pq/pZmjDAbKVxBcDnNhe2mH4pU+3vx6pMs1LAFK2gka9yBX0ak/VLItuJVsuA4KB/&#10;zhWkqBONJvGOr2XqNSK7LeZoFAJ2wZSzHVgW760FFOD+3grZLw3FqDEqKaKrpFUyLDNSQYhh0juh&#10;IuQsc7eHbx4ZWtu/IOr/AHr9aUIUg7aIr6l+qPSPM+Q834Pi+T8xSvDh9ViFHjmN9PM709JSzxwO&#10;UaSerweNQAxBYk2A1JA4O1RR4waGBQVjg2lkE1RCo2lyRYb79jyScvt7p1lOiY6eHtpG46CvbVA4&#10;6pelzB+sWeZMSjnxLOi18dDiFLgWUcxVNUKqKljhkLyrhYRi0iE7w5DfavY81IPxTEkj9TPVgNtY&#10;jGMCRjGdyn/jI0Z0PiNDxCoELIOMVd1Phxrdt9AFdR4n6O+hWI4dTz0tDXYXUVdJT4lC1PUJHJid&#10;UyiSJtUax1U9u3Fx+DkkyeqLM7wK5dMkYstoAWbXHcGPZdeG9i3rVAGNbaOJoKvxRpcGi9MJbH6u&#10;josLOP0AqZ8dnhpqUD5Kt+3JOyqPrPNpLBaatqJ4DUUbfLhkeplqIEsI93vEmRDt08eXfW4HQgYq&#10;OwRiSOAHE9Q2zHGi15pK5AGNamXWbHunmFZHzbWZazrRxY89DVUuXY8s5prEU4jNC8dMoiwuvj3H&#10;zLe73NuV+/iMZOwDDegc+MQtiVFX4xWV0WEVGFfKLS0ePJTyVNN88KiUtJTSq0imU07rGCCzxglj&#10;kq92+5zvBf2O67uQm+LiEnUFFIQElCSVKH9yKdik6gFExjspP2h/UNebyqssiYy5F2zEKdbXgiPC&#10;SVJBCVJAkiUk/aavC/Bd65dXOruauoOR8+4xldE9P+D5cynlGaOKrkzFmDKGJYbtgxJad4o4aGOR&#10;8Op42+XlKvLHL5kItAy1AeivEenOXMuVOYsyUWI4hnzG8MqcBxarwisWjgSsxJxG1LHSrIsSrGgl&#10;dyxUneu24JTmaX1AdiW/+9uRbuWdm4hFoxd27l2AoBOlpXeFGmVKkFKAkBUkqUpRjw0Rb/8AY3vT&#10;vPaZWvLVpTaouWVXBUdQhBKyNIxmQAAMCFGTiI2CsUhxKZK5aZ4drUzLh3nRk+VVbXG923G6+8tg&#10;F8Dc6i1uuC5HwbBMKynm6sqaDBs5ZmpsOioMNxZ55p6eiMe5Kx4qj/RWBu2xQCVuxIQkAi/drt6G&#10;9+Y5tluSMu93YuFtx9SUpbLoMKaSAoOgpEEq0hJHE1l/k/bwd8LXMLHdeEXFmvuVPOCUh1MggI1A&#10;iI2lPRhjRL+pmbeolTjmLZIoMn4rXZHp8Pr82VeYsBqYqQYmDKYoKCOWgVqiDzCGPmhgxKAbShJ4&#10;YXIeJVUMWJYYuH/1nlrKFVaWnqKGsgEhkEP2KSlWaFXIsELsAe5Hfi7Ncmuiww7c3RQtCyZCdM+E&#10;4CVaDAM6iMdlCPs+3T35tbdTefZmy/j+z7pHdrAAJ0rWT3ajs2JTJjCMKrS9XPTqmzHV9I86VXV+&#10;o9O9DkrMUlbiS1L4phdbWpBhtVXtHDUYziEGGVAiR/MMr07OwXQlQYyisR6X4rjmVp+pL4FjOUK7&#10;KZqa+Dpt5dDSUlaae86FRQ1rfpXmQMrmX7VrBhZjiJ2U/k8qze7h5ZucxfEqddAUkI8IGnSlAScY&#10;xknpqF9yux3OcmRdXeUj/K7p5OtVwsBSWgfEU6EwYGKUkidkiTETAPXfhVH1s6e+kalzZk3qflTN&#10;2EU2U6LrrlrF8TxjM+Fz1oZ5GxJMcwZaaSNkn8qXadqqjlljN4Y0blamD5Lqsz4hT1eG4zniSZcc&#10;lw54JaujjjiNRHDNDBM8Lxxm4ACuylgtvebmftxdMu3ba2kghCQBjgcYJ1DaQehXlWbWQghpD6tS&#10;lkQojSSTx2EjyxNWAZnrmn6s5dwDDIocUwnphh9HJl+HMUaR0VZPUztRT1NPWPTNULUEbbfpo45A&#10;Gck+Wp4R/q56c88dT0y/BkjMk2H5hqcaGN5eSkSOjRZ6Xy5I/LlqaaZ4FLQM3uD3UAuCpNz/ALQ2&#10;rbNciuWHXO6Tp+4jVhI8KgZlMxJjHiYqMe1vdtnNsucLjmhtSphQBkYCCkgyDjMcKNfjfWnIPT7K&#10;mas259xSPLWVsk4emK5kxbEZFnaGAX3eYITIz2LqtwDuckDXTlHfqnyNi2SPXRjuCYrGanFcLqKb&#10;+seIqkCx/NVWEtOpAguqhlUHsCWDGwvzi32gZBY5NvWGLSCy1AEJCE/bhpSDAThgBs6prCi0yC0y&#10;rOWbe2A7pEAaRpGw7BhA2Rh09NCF09zrlzqNknLGeco1pxLLGaKSLFsDxBxKDNTSD3H/AE4DG4F7&#10;nv315Cy4wj6rZYW+q4nSkjXQGW/hwwbcUp1OGBIqb79B7meFLHhpc54mymKghC1OJVkziLDUYLI1&#10;PcR71GwkkFfbqL8ljdrJg8uNMqOzqoF5fb986U8RXuMIpcRpMFGIwxphlXBLRqsFdA1rxraKQtMG&#10;Q7iDdduoNjoeOb55P+WtCnVieHGaN7i0LKCSZPRXuCn149WPUTEcYye2A4hSZRpJsBoIJ2ybPjVH&#10;WxVhSmmeSY1dY6NKhjkgilicssce1Y4o3UNi7nqih04aCBtFBzMSUp9KCPp90nw3J2F5pwzFcUrM&#10;7RZlxnGMzFc4xYLIlJT4nVNN8jTx4Vh+HxCmH27SRvK7szzSyys0jbEGduofTbBs/wCZMoVedoab&#10;Ok1aUXDBPAHh+bqVjp1eFI5jGjvIscRkK7yVC3LAcBW8vZtcvoF0/ZvO23Eg6cT1qn0oGrabwSoG&#10;PfVHvoeo+u+K+lH0654wTA8KwHJNJkrL81bPjNJW4lV1C0uDqkz/AD3zeGiSciNpZzHDJscOG+yT&#10;wKM4YvhElZHHU4RVvU03vVclRXxrHL5guNnl0qELfXufZpwY9lqrfIsqu1WK1d29pEEFSklK0qBI&#10;SUmZB4cBPChFu5aizCltqhJjgSRiCNh6R0UfTLmHdU8ZqWmxzN+AmCqVosHjy9l6op5YEje586St&#10;xesSR9oABCIAdbHtwLsDxGnTM5xSiwSkq8ShdZmnmqcQQQmxRmHkVEW/eTZi179h3N89r7fTePtB&#10;Ta2dm8ppbaUqhQIOB+5WkjSB/RMkwBFZa5dnGeb39zaNuGQBtmBp4mIwAoaM15WzJnzLNJk+uzri&#10;mG4dUQSYfNFhVLl+RayxR0eQ4hhtYqGEJuTy9pFyTchbNdJlifEceqKnCIP5HiuCj+stHRowFLq0&#10;l41laRDGj21csSFJFjoRlH2v9s7O4mUWTVx3TirghoKJ7slYCZOkhQx61AcNU41MHa5vVf7rZOwx&#10;cqbcKo0r1KB1IIOI2ERhjgaEPN+Zq/JGVMEw3FUfOtHVKMFxbGY4XkrxHCiK1UaWlpphNIpOsaoA&#10;W10GnHTP/T2Rjl3FsLDYPBjk8fmQ4lIks5qJYGdI5TO0nvnZsuSACbdjfju9O/DAy9F4paW4I1HS&#10;MQYgYDEdXt40b2HaFl11l7d1caUOxJIjCRwpN9POt2B4rhWMwYtXR4jjGVoZqrFKvAaeQ0z0kEqo&#10;81P5KDfF725VW7EA6bhbhi8kZyxXpHCKGlzHima6vFKejevytR1DimwhpLRukTuJl8yOQmNI422n&#10;s1iLnE3NuypPaFrvbSyFo3qJS44Y74DapKMFaYiSqBUN73bhK3zWpxm2RaDUSHFYF0CYhO0DZJ6j&#10;VUHqb9FWRvxDsVizXj/QjI/SClyhi+O1uB9XM84TTV2JZ1gpXIpmkpx8lIKSpgjWaeaoDPGFHl70&#10;ZuGgw3M750wiKtosQnrazyIa2swtGaSqgErOn6SJCzKC0bAE6GxsTzDHfHdDNN284No+gpAURIHh&#10;OAIggQZnZJrC3PN37rKrx23fA1NqiRsqljMXp/6b+lPPGacn57yJljpxTYRiNbl/LOdsfFBh2FYm&#10;KYRVA+Tr8QEEVQ0cFTC0qxjdHvG5VuBzU/8AX1Xpl31tdV8brYJYxh+K4fLXwQHyp2phgtF5qKzg&#10;7WeMkD48JszQpLq1qxxqSHrfUyCdkVuA+h+qw2u9IXp0q8GroMSwyoynhMlFiGHSpUU8qGnHvRyR&#10;kqyHwINiOGo/Dh661PTzEPUZlzHC9TiOWcl47iiVKU9QIsTmy7SyVdNUCTbIm+aBnPk72JYt2HcU&#10;2mbKRZEkgqKTE8SIIoDZTnKrV5XeYlE/DCi0/igdAJOuGWfSXWwUsk0PT7rf02xDNU2HU6VFUMvY&#10;xj0WBVaRkvG0a+fVU0skqNuRYywBtblx3TLONBhfTPJ2RqHB6avzZjWWpa2XDKayU+G0tRibsKqe&#10;ML+jjLRssKbg0hVgp2xyOke5HuK3m96t+5cDVs2kl1e2ADEAHas7Ep4nZFTVkLqVJaQDCok9QJ20&#10;TXrtkfHMd9S2c8+ydRcSyhlLpz1OwHFgBTzNUY9UU2Q4sPGFUcyVCCQyfOJLKzo0cVtzK7vEjhn1&#10;wwWLIuRMAzLlnNav1ErRil5MUdnesoXplNRTqKcMI0G5BFsRQr7SBpzIvsA7UWrm0v8ALMvZFvaN&#10;pJb/AInFE/cVqnSCpP8ACkQDETQhuli2QQNs/vozvRbMGdOovW7P+Qs/ZCkq+k2FUeWsbpZKCH5W&#10;mocZhxWaOlcyViRVFQ7pTOappJpdyAqws+1iWQZW/r76dvVh1QxSLyoMr5MzHl7A8NqklTZXVWBV&#10;u50Y7ReKNdiaEEvcDQcmftL7QMrXkByy1Mw2QqBxkHp44yRNXOb29/3jbagQlsyB5Gh29QnXWTIP&#10;Xv0menHA4Z/5j1fxWpznj2KYfJTl1wrLVdhyPC8TK0hWonr0d5FsFWJlJ9+3ChfhXem7p31uy51E&#10;wTMdL5eZMQwrBs04ViMOHUeKVUcmF5nxSmvGtdBKsSqWh3bWRnubllBA5PdpDF0XmXWW+8xUI8Qg&#10;EYmARhGGIOmOnGo03UtrVqHHDBUY48CT5DmaGf1J9fcv+nPLWW885vxbCsBytW4g+X6/FM44nHhV&#10;Gs8lDPVxR+dIT77infaNj3I7XseW0eif0vZTyf0KyF1fwHp5iC5rzdl/p1FnnNuBYhTUeIVsQpsA&#10;ro6aOWur4GRDGIGWOIom5VZveXdzAjt0zK6uc7NmpaClHeqQlQJAJCgSUgESPEmSJgkbCRQ9ycWo&#10;ZC0SpYABxiIw9lK6bqZgctVX0X84h82KXFKFIDBUzRq2HPW0sgZoYHAIekfcCSfdIA9o9fy/J9Vl&#10;rAoqbAs/0khpIFmeDOVRHSljAF9wU2ZZRtAPYoPy5jZcWrlvmK1F232xi0CeuSWhhNC5DZUkeEn1&#10;/WhIgetfzfOEJAdzEyB9V3m1w0Y1tbUHhZvVDldKHp7l00eQ6iOOrzj01kq6jNuYa6vqCknUTA0C&#10;stTS1Is99jESaAnRrWOQPY/cNLvVn82Fw27glsAD9meKdIwBJjDbtoizhoJZUO6AMpglQ/pp4Y1F&#10;lqplby2lEZ/ShJIURb7YZDoGlBuLX7eHh3Fe34suDUuB9Keh4gyVhOWpanOuJ76jL0wledI5awok&#10;g/lOG2C3NtW8bKvMkuwlUu3Ci4VjQ3tnaANniM0T75n/ACRMRisbP8U1Fy7V1NTXYss9S0qxx0TJ&#10;FIgUKzwFmIIqqjRj4WW3tbvy/P0iZukwv0h+m5ocz4Zg7U+TsBkgp69YpJd4olJMl6qI91A7duSj&#10;ldu27dXQOKlBU4nqiOuJ9aPckTptEpkfOtZD16dFIc/+qvOD4t0WzZ1CwepzZSz19fgZlioWpmw+&#10;CBoxtwOvWWK8m5gZBcjXtwS8x9R5cz4zhmHV1eKyUs0slTlulMsreVX0LqAyS1V9EFtPhyBLbP3m&#10;MudtDEIXhqUeIVtmPZsq1ygJFHh6feivp906zHiPWXKGXJcFrcz4TQYVWYNjT0tLQUkcOG4zGTHB&#10;FS0JjYtiMnmEupa99LcQPqwaFuntZSUmJYhEiphyeVNhjQpETiKkjc1ACLiK663PMmOyffK3uN2l&#10;tlY74GCkYpjzHR50XZXbgXyVKn5UUr0WdCc1ZC/EYzHnXEOmeAUWXc1TY5j2GZ6pc11ddjWJiLLs&#10;VOs01HUZoqkch614WIpAqW7jQmm/PlQuIS5Hira2sqjR5iyqz04glpGkZMzUso95IYL7SBsIN76j&#10;XhfZ5u4hxSVnxDGhTmzGthQnAkfGtkSbD4RhOMRU0UUYq6eoUPMVmQFoSuqyFwR7Ra3Ez6yd56Cd&#10;f5TheI0KtWVNQk2KYnNUQOpwxwR5UtbL7w7ap8b8knJc0S62rEfb8qCe8FqEWr4AP2naeo0islYY&#10;uH4plWMVVJUtS5fNCWoqCnp3O2oi95GgpowkZt/kwwF9dul+amFUT865KWO/dYeNzfnl/cawRvDL&#10;pMUMHNjH1yZtw7Csa6RZSyfl7DosyUeVqHGMyY9BRQTVZlri8cUbbRYsop2YmQMfeFrcl3KUgMIw&#10;xihlnuYqTbNJTt4+VBD0ohzF8z1LrccrquppKvMuIxZcp8RklkjioYNkY8nzSdqF942rZdNPHhGo&#10;chdYszKKrCOnWY8c8zRJsJwHEqq9wBo0ET6fRwTMEE7Kj1111RMTFCdX4vhWFRmbFMTp8NiA3GWv&#10;mjhUD6ZCBx3X0/epuXWj6E54ctY+ZT5OzCCba33ijP8AHhzbWjqh9h9n6VpCX+g+w0G1f176F4Uz&#10;JinWnKeGuh2utfmPB4SD8RJUDiowL0jerzG9y03QfNQaVh72N4fNhYY/6zYj5Gntvpw9tMhu3TKW&#10;VH/NPxijFu0eX/CaZ39TnpvRJXHX7Jcoh1kSmzPgsr/QEiqWYn4AcFbAvw+vWviFTTIeiNUlIXja&#10;rimxrLGzy/MFw0cmLQFxYG63Fzppe/BBb7pZhrBVbrMGeP6UtYyZ3vUjTx2ckUFeafxAPR7k2JJs&#10;f630EUMjGJZMNosXxAXUAkk4fST2Fv3jpoddDa3r0n9Peo+UqmHBsxdOqLEMRw4y4dilU09CHEyg&#10;0jAlKqppjGCpQJHM4U+7fTnWW+zvKjuxapbuC1paRKQDAIEnASQZxxNdXOzLM2Lfd9lEadIE+7oJ&#10;NROv3WnpNWdFYs51HVeqyVlvG6SkzJhmLUdDi0dY1M0ceJozUkVOtbCzRFXO+NSENyLcMLkbOuF9&#10;AZUlzFlGTJmD4rUxLTBDVhVrJ1IFOlLIrfLyMqtYmystwhCghSHejdZvey2LLLwfOk4SD4dgVqG1&#10;Inhik7ccaP8AN2rTMG1NoWCCPjRYvVH0LyV+IH0yxDJOSeruEZ+hqsOqIMKqaN8OraKpgMhUVL1u&#10;HyL85T08zR3SJrxSBGYeZtJFDNWPT45i2F4Zh+N0dBgPVbDcWrcu4hmDDClfhu40xjSCZ5ZGcTl9&#10;+xAp2KNp0BANyDJFW1prdaWp6wU2FJQs6HISoGU4J8MRKp8R8QBmVlrbamCXUEu24A8BIC+jA7YG&#10;G3bRbuiXT2pyZkqTFM6ZLxvMPVb0PVGV8s5uw7odnauOX8/19Hhk8Mr4hh+zDKZzRRHbvq2N5t/m&#10;KBuV0vhmUsHx7qfmvBcVjhxHF8vUsdD0/wAwTfNmhr6OSkWTEKKf5WSSKSHz2lG12bygwCkEbeCS&#10;73nuWMkt32goNvKl1HhCkHUdDgCwFJVpCTgBqIOoQdQczW/cctGHQgnUceEYwJBx4cKFXOfXTqBl&#10;r02dH+t+G5IxjAcsdRsXkqOt2SMLWjosfy8lfiHyODYxHFmiloKla2COnp32x0wFQ/vNHsdplF3O&#10;Fdj8/QfHshrST1uaaiikostYTgmIQTYjPTxbYTaeqhClVjGxvMS5K7dwd1ZoGyfcm0R2iMZwgBLO&#10;JcKkw0FHECEqJ1aiTh4RqCoUEqSmJsr3dFvvam4H9zIP3fbMYAf32J2xtqqbIfp5yll78Y3Jnq3y&#10;ZUR4H0dinq8d60ZtzlgUuHZVw/H8UpZZo6eni/mDEV9RVVgq1KyBE+YE6LJFDURQlSbI+SOq2UEz&#10;Hn/H8OixDJuGyUOacCzGK2hxDy6ZW3TVMWFVMdRBPsDsTLvBAX3Tbc2TuYZ3f5Rfi1tLdxTdyrwr&#10;RoUjEYCV4KTMAFIkEnFMwJhzZpClBCGlKbVhIJgR0nj1bRPQMavezh1czt0c6iYB0z6Z9Ic5Zzyf&#10;1UxWPHMM6idPpMJqMDwaSrp1qDTiozLtgejnkaNI0gICF3tJGNqowy5e6YZNwSnwyXLOVurdPgBU&#10;4NjGY5zhlRW4Oz7dDNTT09b8su/zHiJkhWMXCqRY0GY5rfXAh1+0KwZSlIWlKwMNhlvVAjV4VFXE&#10;mKpe2ZeUltbZ2YSAoCP4uMHqBGzrp9nxDrL1IxvDZlzPnj0+Yjn3DJ8PxPKdHheEZowfBMwUkYmj&#10;nappyajD5HigBjjqWWlqPMA2tKxDFkqM+4XlbH800OZOmD5bwPNA/m+X+lkFRRVeBVUE11MzGPZU&#10;I0qIRE6xWLW3Ai6mULXdxd2y2W3gt1vBTsftEkDZGIP98CThsxODKnzbrUl230KUCI/ZkKgE4pEn&#10;xRHETRs6LLGL1GAYBQxZwXFc04LTrgeN9Skp6WPEZZ6UAteERyRWkkH6WMkWBO2zWYGb6B9XMu53&#10;r8X6f45glViOSKFIEwWbMa09SuDQSMFMM9biVY0YVGkXykfzHsRcsV0jDtT3RustZTesOaLiSV6P&#10;9cI/vEI1EkDHTpn+GJwKc9zezaaSRrAGJEBUEDoMwMBsIPlRMfVn0wzXkDLS9YOkeZanLXUihNRj&#10;Wa8MytS1c7Zyq6WgDBJcMy9hdRV1NRLHSqHalaBwqkKVDGy0zz6f8GyngNRinTjMdPmrJuYa0UnU&#10;GlzTWYctDhiSI0ENXRxUNJTQUBidiWmhj923+TYX4Ddzu1Z+9v8A8rmNuti6QjU0UpWS4BtQola9&#10;ZIA8ClDaIIOy27r2q4KFNFC9BVpI1IWgfdpxKQoAg6QOI27KLr6W/XJ1Cz51GfpB6oeiWYejHWnL&#10;2W5+oXRSLA8Fxo/1rwzCUDYjQfN1eL4mKyrKPTs1HNNuO5ZDIJCPLCaPNmP9LmpcidWsLmyRPgct&#10;JX4L1cynGK7y1mbZFLU/Kz0wqKZwW9+QOzWO5N634O7TdDLM1K73KYeS5qCmFkpxTMgBQVocB4DT&#10;tEmKo7lVilKnQjWyYghf9zIx+1WIIPkeBTESbinwrIvXHBca6x9EsQ/zzZfzJFW5ZzP0Tz7jFRh2&#10;F/O0Jkjqaf5fF8Orp8MxCCTankhacAkFiFtdypc6Zq6Z5gxKDFc6x9PKLMAiD58q8KxD5LMERpN9&#10;O8GI0NPUOXsoRd8xKpte118otZhudlmeW7emzFyWlH9kVoKmyDCiULIGImYAnEE4zTuYZfa6W+8Q&#10;l0fdqKZBJGBkQJjCJB2Hz76p9KugHX7K2WWzJ6fcO9SNRkHE/wCY0/TDF5sAqny3iLuaaqafD8eq&#10;6WjjmEZkDIEG9rrfa5kCfzdjtX1Co2xbPmUcOz7l7DHR6Pqn09r1qMUSKNVkEWJSRgwdj+mjqIIY&#10;yfetbc3DrJ8jYyyGbJ5dssDBlaIQOH7MTqg7E6FKUB4ZwAoSZfZMKZUgLCmWogfxJQBOBiVAQQQp&#10;IBSYxgmlp0m6d5S6S1Jyb0uzjX5DwzDI/wCTYN0OzTh8NLl6kgjUWGCQmGCpMK7T5Zhq50jU+Vay&#10;IiIytzZ08yrT5YoM0VWP0mVctBafOOXcKVZaGtjkdKlHp6hXqflnuEllj3mKa7PGo3FicM5RmVyp&#10;562LPeugqbcVtSYM6gNGsY4fapIgE4QKZgoWrSnmXe7CpIVp1IOGOuMUHaSBAIxAJJgQ8ay31Oqs&#10;N6kYp03xXLOE5wzPEK3p7mbNmD1dWtHXRUy03+/WnoqjD5KlVF4k2vHJGihXMlrCLmLK3RmDEIuo&#10;3TDGsVyrlvGVlTCszY1h9TieU6iD3R/L8TEd540EjDUh02kH3fsim7+8ObO26bS9Q288keINrHeA&#10;gfcgnA4EkSUkYieJKVmyvEt3GxSRBWiVJSR/TnEDoOG3aIFMeRswdZ2yxg2A9WMJy7mXqPhWHQPn&#10;nB+nOK/L16VTGSAV2HpXrEvl1AUugkeExsGQNJt3lzbAMqQYfR0GbuouX8GqInaXCcWyD8vKmFxy&#10;hy5nocXOHzLFMBcRUkwDX1gP2jTvb9dwXLa1dWBwckaj1LQVgkbCVCJ/jHBcvL3WglaVJImQZQAC&#10;eKRJkEcElM9Cqcq3NXUoS19Zk3pTV1FVRrAk+EdScRgwyLEGljViKWtwNsaUy04jCsamBVYsAs4C&#10;tYDuqfRfC8vSRYfNJ/WLFMSjjxCnr8QoRFSy4dNYw1OHyLEIo1cMdySSMdwspcDcRtkO8yMxGp5A&#10;CEkjSSCUr2aVDbPRgNswDhVbrKWLhhLrqg6pWAOkKR6KSkhJ6lnojGhOyNnSlzrhcuJU4hikop5s&#10;Exigo6qCregxKjfyamknMJO2SNx2IDWILKpO0Jjp5l7L+Ow4T096g59lGXcKqPmjhWL0ONAYdhvu&#10;T+eaulauWKkMjbQLRFC+4+6wHG7i0ubBp1bLOpShhpIGognwwpSRqjGAMQmOFAC3y42qXLR1Slo+&#10;5KClezaVA6laQOIhBO2QIjvNeJ4nlnCcx4vlzJtRmfF/lziFJhGAy4bDVYlVxp5YiT+Y1NHEZdiL&#10;YySqCF27hYcNhh2TFyJmXDc4dEq7BYs64cVpqLK9LmChllJinFO0ToMM2zx1IclJUaB3X90PckE5&#10;pnBzSwcs8zQ4q2WMV92oAhQmdWslJTgSDrAOxRTgBjm2T2Fzl+gJSgoQIhQTMTBkAk9GOk4Yq4kv&#10;mdo8B6zdM859KfUBk7ET08zBgtOc65kqsJqMIwyogrKeSsZ4j/MKmekejaEecku8RtY72W5AodUK&#10;/L+GYnlrMWJUGN9GepFUYsSTBcwKcQyrNVlFbyY6nD4p3EV/MN/0bKpKlQAFSO9y7K9et3LYravr&#10;cYBaQEPwdX3JUQnVEDCUqPiB6WrBDtxZAZjEmNLiANo2ao8hwxmTHEB/SxH1lxnJ+cck5v6mZQ9U&#10;vRnD2qMoZK6lZBDUGeZ6QSVd3x2mr/KojUwqsEUcsRIqAPPbUkyF7wTEuuOQY8fxDNAwLM3TvE5a&#10;753L9PPT4th+ETO/mo/kUjzz0sVQrONYj9q7dtBs5l+XXL6Ajvg6AIUQpCjGAgqACgmMYnhGFUWn&#10;NEXy7lCoEHUlJgEEABYBMmIxgSJ6KNnVYd06znmsx4d/O8s58wqGB5sdpqHFcBnxSDY0Kp81XU8E&#10;GICDywxVWkMeh90P7ym6IYZniXrBljqFl3pnl7KmT6WI19VNX00OEVLw1cCyAx+dDVPNJGGujrdT&#10;dwZFa+0i3+TbO2Llsp9bhVAJBmSkziQAR5SPI0D94rReZONhhoCSJVEE47CoCPUdOOwigq9VeF5M&#10;zt0Izt0fxnNGN4zW5vSLL09Vlhq6eq+ZhqkkK1EmDS0KRKWW0sZkRbGxR19xkH6uOu1HjMtflOTB&#10;0qcRo6z5zFqJqOS8jQVBQAfKkMpYXViCB3N+/FORoY3ftUOSteoADTqVpSRtVAOHRPrUk7wZgmwy&#10;t1hR1rJATqJMIHSRieMe+ha6AdJML6U5JwfB8IxisxbC4KOClwF8WrqmveGi8pHWPzqss8iqb7C+&#10;oWw8OV69TMw49X4952QMqnJ+J0ooI8aWplXE6Mn5kyw/MVToksULs5UTGUBQ7bmsxHAR2g9rdvca&#10;RY3Fuq6Cgk65hQHi0LKESjjCiUgSZAkisdd7N4XMwYQWGlNvJRBUUSlSZkCISvT0qSrwySSJNDlC&#10;GihjWef5hxcCVlCs9hfVV0vYa2H1cst9P2XuuOT6PDsaw7K+C43gPUOmeQyZMeTMAxCk8mWrj8yo&#10;pQkVMsKkpFClOu5BsUFu6526y9y3H5hxLakYmCQATsgkJ1JkyD4gAZmhruNbP/k03qi2QnoUSOiA&#10;Dp09PVPGaKh1Vzf6f8djxKfqJn5smy9I8TgrTXZvnrMtR4dVSNBRrJHJiC0S1MDtMn6cvJErsGLD&#10;S2mHz50a5VUbfnuer1e57nq9XuLrpqpfO2CKNSfmNP8Avkl4y/8AYaM8mTNykefwNe4Z+liAV7rq&#10;GYE/XwvFDRpsnZXuTxAbn3frHEwdwxpWGRXuD9B6W+r9b01w/q5huX4cUyDiEc1U2N4VXUlUKaOn&#10;khilNQsDsYjG0w8xG95AGZgApPJCs+zfO38pOZtsFVomdS0woJghPijFOJ4+eyTT6HWSvRPi6Pw6&#10;aSK58ykc1VeSGxqOHNdElLVTYLUpLFK0Nas7QSR+YirJG/y0ih0JXcpUndpwwPUf8Nb1D5EocczH&#10;Dh2H4hleCtShyzN/Mqc1WI01RVNFBMdo8mEGPbI5meMKD3uLcGuffT1vLY2BvHEI7oEAQtJKgZhQ&#10;iRpgSSrTAIpM3fsLUUpVjjPVFA9079WHQ/qlmGfKGT80y1ubcPhqKrG8uVVBXU1TRvSEJNCwqYkE&#10;siPdLQGS5Btca8K1076G9T+qWdcN6f5OyfUV2Z8UpRjlJS1K+RF8k0JmSdppbRrHIBaNydrMQFJJ&#10;F4w3W3JzjN75FnaMqW8sTGwAdJJwCf74mOvEU8+sNJKlYDpoaM3ZzyvkPL9dmrN2MxYHl/DbGuxK&#10;p3skd229olZjbubDQAk2AJ4Z6u/Dc9TuH5Hqc4PlKCpxGlq5qCbKdDW00tY0ETLEJ0aN2jIL7gVJ&#10;BAAJ78mTMfpZ33tmC4bXUqY0pUlSj1gAnwnpn9dG+ZidYjp4fvoJqH1R9CsQzXT5Ngz7Tpi1VDFW&#10;00tZHUU9M4mhFSi+dUIihmjYML2BvYEsCApca9BHWeii6a4r026fY5maHMGV8NznmyLFoqemNDi1&#10;RD59RRRidoWZotygRsu/UW3alS/Nfp33iQwy9a27jqVtJWrAApUcSmJmRh1405Y5mxrKFEJIJAk7&#10;QJx9YqJQ+qTozHJmaHNPUXAMrTZfxqqyqIq3F6VmaKCZoEqpRceVE7xuC7e4pU3YG4BJc/ZGzhlv&#10;G8Rq8yZVr8Dgqqyemp6rFaSeCGaRQsjLHI6hHsrqTtJ0I9o5Cl5Y3dqdLzakK/vgQfeBRg7ClGjC&#10;xVFPPcQzpMQA5ETK3usSAdD2JU/dwPWiFwbWPh34kKzBpOtokVm49YIlqiH/ALyqZm/5PHNNrNVQ&#10;FCJr3Nhb8ESKJ8B6whoxKr45lpJ0kUMCpOIggg+Fjyi9RUscNNJswMJTPSf9DVI341mJVWD9Lsu4&#10;nh1dLhmKYflPqXXYbiVFK8M8E8OG4ZIjxvGQwcMAQRrzYUgy7l2i+fT+VjymqHaOOKFXIFgbe8r6&#10;fdwstHErCkuEq8pPwpPcrdDqS3AgYzArUo6keof1W5kl6P49k/qJh2A4gcp0VRi+M52xyPCKaesm&#10;aZDLHHJVUMUklmUlGEliL28OBnnzC6Gliq4cOiWGmaI1PkKigl2YC5bvoNLcS2jqRdDRsn2UdOOF&#10;dt4wNUc9VWyei3P3U3NeRcr4v1lxA41npZkwbEMfScNTzRU8LAvBFBaALI43eYg94aXI14BMdDWT&#10;OFjhaRu9ogWNvoFzwfLuk6cKDi9ITVitRjWA4bG82JYpDRQJYNPXSRwotxpd5CAOTP5HjTWIw+a1&#10;7XMEna3xHLMKURztpCyWicdtJGr6s9JqJpIanPeFwyaHa2K0IYam5/yl/DmVcAxrww2ew1BEUh/Z&#10;xO6tc4ilIQ0RWEdYukJRXXqPgg8whFV8WoFa/h3k786bAcZH/OMn9n+Rl/5p5ZGtW0UnQltWAEV3&#10;/nn6QK24dSsDLfvR/wA2w7va/wDxdp7OYXy9jOl8Knuew8mW/wB23jjBX6U8ypKQRUp+t/SFLKvU&#10;rAluLsXxfD9LfEzcjjLuOAi2D1FzqLQy+P8AwPFSjPlSjvUDaaznrl0eCtv6pYASujs+L4ZoO2pM&#10;o8eSBlzG11OD1Pvf4YJPD6uJVpcKtkgV4Oo6agHr70R8vyx1dy4s2hIkxrDwTf8A6G250uXMdZrD&#10;B6o7tVXyJf8AmnjjjqkjEVZC0k4GuLdduiUcW89XMsKYyFkkbHMNsb9r/puSWy7jyLY4LVadgYJb&#10;f8q8LgVq65rTi0jjWJOvXQiaTzY+sGV0Cn3nOOYVY28B+n8OeXAMe2i+D1W5vZTyn/mXlRbLGwGr&#10;aknCa5S+oDoQ0rf83kyu8cYtpj2FfD/pYHMkeXcdtcYFVP7WFPNp/wAm824yoK2VrSiIqDN6h+hS&#10;hYn645VhABKo2YcJXcF9n6fXnE5dzAv2cvVVidT8vOf+ZeW7lw1ZISK4J6jfTvJYv6gcplh9lf6x&#10;YKt/hb5nnZy9j9tcv1du4IpZv2pxy3bPE415Sk1hn9RPQHdaPrplFTY33ZmwZtfoFTbnly9mBiR/&#10;V+tZD9oCmntb/kDl3jpEjA1QODprDH6guggK+Z16ydvsXW+ZMF3C2un+lHmOTLOYQLf1fq7eCiln&#10;/wCaeeDoUZrYVI2iptN6i+gIYbOveUDKQdxXM2Cgn6vmf2c5RZbzEws2XKz2gmkqB/zJyrytBGk1&#10;UqSDjWGo9R3p5BfzPUDk4Srr5b5pwG//ACdV/s5KXK+PAAfyGs3DUj5Wf/mnjYvCDiMKuG0jZTTL&#10;6ifT/Nv8rr3k7y290MmaMDa/1Cp5J/qtmBl9zAay473pptfo93iZVwmSasDUX/aP6B0zrHUdd8og&#10;jRS2ZcE0+OtV7ee/qrmFTd8Cqyx0saeb/mnjSFTiK3qSBtrI/qb9PjL5KdeMnqoOrpmPBCxPbt8z&#10;bjfU4ZVUL+XW0UlLIw3iOoRkYg9jZgOGluqRSVxc7DSqwfP2V850gxHJ2b8PzXhqO1M2I5erKatp&#10;lkQAsnmUruu4AgkXvqOYo4lLG6kLxQUzVUrE1MqcQlhi9yaPeftXP9PJyx+6AoJA197jblqIJG2l&#10;KFiKTwxt2nCVO0JoCY9CTc6/Vytz8VqKQ+kicuoUrmTDGAU30+Qr9TwtuS7KQoRjT9qEgq09HzFH&#10;Y9As+Fy+oXMAw2raqDZOxJpy67SGGM4R7L6a6Hmtxmy39TqPwG3Cjr/y5quML2UYXqyWfUVclwGi&#10;wN1HjpfngKL0NxBr3OwACo8W0PLgGKfSDXuOlYtqiW/ttpzahTykSK9zGsd9R73hzUEHGtIbgya9&#10;zOIfYLfE8oX0dNV1gV7nE0wOun5cb/M9VXU7hXuYmpxcjvbQ/rflFXPVTWrqr3Irw7RouvYn6+Ol&#10;Ypl1sGSK9yPJCNxDaDm6RqZivcbZYt2t7A9+eIk0lNe5G8tfyt4cbmvRXuf/0Qf6GZa6b5dx7N8c&#10;mXMPxYxR1FfPjqNSPDI5MjSJM09fUzXVH8gixWz2sRc8zg7Pd28iff1XCCsFJOKgE7PMKmJwGOzC&#10;p9sbtxLMpMRHrW0v6x8a635gyR0+XJWb8VyPVY1i9DhmJYVQw1wxFxKvy0bUxhwmGMiKT/T1YtG/&#10;6EWI/wAnwyWVur2RMxY3Q1FLgtOajBsOhhpajD6eWaP5YwoZIDKsMcYWEJ222KmyEEhTN1rlmQXN&#10;sWktCUt4KAKtAIOoAkD7duMjznE8XlpumXW1mUOgJUCcIVAPlhVcXUz0M9d8h9Lc7ZUoOreOxUPV&#10;HMtdj2LS4jiqUktHjcuJT1MGKwU81fVVJlrJZ9+/zmKzKr1EcqeZIiF6p4PlHNbVeScBy9hOGxyV&#10;1VhtLUZlgWqNTImJyUk+ypqt5gAWJwmx23B2uFAHOT+e2rWWZ+86yUqYKzCCQQk4T75jHGubW9dv&#10;eZhliGS6rv0JBHdyhZRqnxARJgCcMY2yTVp/o+zJ1NHR3pz1U6zY9iua8w12V8EzNmaTDFenipvn&#10;8uw4qkTYZhcMMdTKBXKjs1NGyeWn2iSeNuSMK6o4bh2IZY6xYXV43RYaTTYJjOS6uPBHd4aVY44q&#10;vy659okSVdhVI0OoYC4Liexy8XzJebJSeI2A+WEVGVnmOVZle93Cm1rHgK2lLQNKpWSJ27Zg+yln&#10;1DxrLNDUYVmnoznHLMU008WLZwp8x0T4xUNQVdYS0tAsCGWScS0kzOT5rDabL7oAW3Uv005ZzFl+&#10;hw7CcWxfJbYnOs8+JfMU7VFpAr/K/O1nnlCZogGZZFDBVU7lb3jLJt4U2iCHw5KDhgJIgcR11Ybr&#10;P3+aLaYQw41pXGlK0BZT4tSkziNJ1AYwdXQaLx0l9euLVC402aajCs8YnlWIPiWHZAqJ6qojoqaW&#10;QNXrhtJTw1NmpZYpTB8uzC7AWZGQVUeqPpb1W6dfzrK9LkYZ5xvGBilHFieJUVZLNXtSQUsCq7YD&#10;hVEsDSQvHI/mM8cip7rLqwl3dfLmnXC8+ChBHEifOACTHnjsqWOy4NZng3atd0gYFtZjFRk7SMFB&#10;XhwVOEbKsU6U9Z8hdU8rYNnLLea4HwnF6HD8wQUdQ4hlhgxNWMXnipldgWdWULZWUjawuLChvHMi&#10;rl/NVNLjkEmUhX1UtThkuF08vylo5JCyJ/MJ4pQBJGUDu0e23vKGvtJMxQyLgthUycInZWaGQZWh&#10;WhyNBPHhh0nh5zQ38tX9K+fEqcExDJWNZrp3xHD2OW8Hw7pwaWpro8Lp0lrnhEkdPUSyhUSW6yvN&#10;bzAQQVI4GMwSloifFj7qyS3adU8wQHBKcJBw4RMfqaT2M0V1aph8kTBvmI5cWLSU6ThRFEdjSKFO&#10;4g+6QTYi9zflyPTLp/SYHjmF9RKbFajOuOy4PHbHsNqlrICJJXp6dd03lr5CyVc8qqsiKqRFmPux&#10;kp8ueuWnAtKNSdoiSRM8NlCC5AYkRKlD2+pqs31G9SMFzdlLH+j2J4XTdPsLx7HVwbFqDM1OuHtX&#10;UdIBjFYIlppaiRpZYoaan3iln82SrihVSXmWMGPV1lfJHV/IObM+AU9YlKZ5sRkxliTBhS0RpK6C&#10;mrsO/mE1FJ7++eVKWXUHepUoQfbw3IeacfbEEKkg4Yn8MfbWPnaJu8VIBcxbUTq8jjI9eYp79HuB&#10;9Q/T5R5E6A5mShrKTBsEnwqmxyg+apzNiLVMlRBI1NLQUcLw+Woipx8wpEaBIxuEtqouj+aeg3SD&#10;MuUKzobi8k1X08zLjGcc54Y+J1VfAavAOnWa5YYIJpcDwT9FO0DhiyMx3XK2sOBHN8yuC2ziC2kk&#10;ADhO2eGNALKbu3tHE3Ft4gG3sDM6u7iBhxxOOwgUefMWXsSzZk3G8v5yhhxKkzTBHl6ppKGlNE9P&#10;TYlLHTzbj83Xq0sIbeGUgXXQ+PK1vUXmlM49UOq+Y4IDSR4ziM1etNvEhQfyemXaWCjdoNTYcKLY&#10;+E4RQbaZUm1KBwKvfQmwxmKGKItuMarGWAtewte2vB16OS0sHR6iqa2sFPCMdxmBVSGWeZnBhbRU&#10;Xbazj7TDihgSKauhqOB4n4msnFhicWHw4nTYSKStrqioVKhpXeCkgi3Qedqp85m231AtqOKytIER&#10;SXVGFe5xw1o581zYHFglFT4fS1jUzyXqZppY0qhBtfzZPLuw+17va/KFSSMRW2lY4ba9yHkqfGsS&#10;zFRrX4u70tHNSyDD6KKGkp2Jrok9+OnVFawPiOI1qHCrpVjXuJHL9DBLj+6RWnl8mrfzZnkPvpTS&#10;SBiCe+gOvNRVWEzsG3rr3FHV0USZ+xyYxqv+/arlJCgEkVzNrYfHlgg04V+KvcdM50zTVGDJtsFo&#10;2VtfD+ZVqnv7LcooRVnTjXuTWRo8oVyM32cJlN2N/d/ncZP/ACtyhpx0/sleQ+de5m6A47SYB+Hl&#10;iuKphOGYjj83Wisw/CKnMeG0GKrDSHJtJNUiODEop4ru8cF3KEgCwIBPC1KYdR51Zi4hptJO1Sv9&#10;9EUE8sGM1HWwGDEpYct0+VSmOYTCsapPWzYuDQzNKF81WijiqlVVcKfMJYEhSAH9Sef8ZzZ02wul&#10;zNiYqSnnpgOGRwQ09LTVC1NEzeTBSxxxRExK9yqjQW+HHboeMU5erlEUKqRRoSyr7xARnOrELe1y&#10;dTa578tR/CknqKb1KxiGpekdOn1YPNgdkNhXYQn7pHt4J7t5TbC1DbU1Wv8AcHwP+Nj/AH5uiT/i&#10;B5dwHNXp2xDAsy5eo80YRWYvhTVGC49TQ1lLKYpWlBeKdXU7St+2nNg6tx/GhIUhxqocD7TM7OL3&#10;vYbr34DP53cEYk0GFMIVE1U3ln029Cqamimbo3luglQWgiw3DqWk2LbbuvThNtr6W42vmPHo0s9c&#10;Jj2DT09M576/aj55GZLWcYjyH4Uw/bJSRFLE+nzpI8m+jy9WYYxI/R4HmLMdCo8NPlq9eNFbjleW&#10;Ienopgx0abDKEkn64ieFpzlwJklM9BCY9sU240mZFLvB/T9kRvdp8XzlQqto2OG9Rc+JtHhYJiwH&#10;5cZJMxSB7tg+Fy20JbCqG/3hBxMvN3CPEED0H4U4GtPH30IdD6f8uxIq0efOoSWswb/OFnGZR8CJ&#10;sQk/PkGfMYNv+M7hLjUbhRqh9n+5OvC5WbayQpCD7qqhtR40tcP6LGjUSUfVfPVGW/dmx+StA+gY&#10;lFUDjTUY1QOLzZRw+bw/0dsQjI+qOrW3GhcJ2lCfaaspEbTSmg6b5sB8uh6+Zuol26NJT5NqBft3&#10;qcBmJ+s8gDFMDazLkmiNtTerxcH8qw8q7etDa37JqyUSDjThF026jKArepLM+n/F2E5CIP0gZeX8&#10;jzhJi+A6F8logt3gray4+uaR+UF3b8W8f8Yj4A1RLGG2nekyN1LiXZF1zqa3adwGK4Fl9gfpFHTU&#10;l/q42TV+VZNP6t1sL3F/IxCBdPhvpZOKWri32qQY6lH5irFMDbTi2W+tMX+8XVDL8qgaHF8p1sh/&#10;8hsdp+cC+T2Kk4Ni6N/xZ/NaJvvH8uvx1q4tzOBj0qqUrOwioJwj1BREX6jZJmUf7l/UvH1a3/El&#10;zSV/Lk+H+p1/ehxSLbYC09JL/CCLjCzaj7dQHpWnFK/dXN4euYjvLimUsRkvoFw3GKJSPpbEKy3M&#10;xiyYWuMQxKlJ/wAVHTTfwqYubUllSfuMVpU7ahNX9cqYbY8p5VxV+9jj+KUI+r/fTV8zx4dldmEn&#10;9Y622g9/CohbXwtXnmgu3A06iPSfw+FeClkYxTXUZg67K0i/5qcryLb/AHHPOIg/c+VwD9/HeHDs&#10;sHQZmnHipqcMKj/o3UScbc7s7F+6vB3qpskzJ1hjG6o6SYYQdHGGZs81vjpUYZTX+s8daXC8JLjy&#10;s00+vhUxVyH/AJNgfjIYa/pD2fpV9SuimDGM8Z9poW87opjNUygsf5LiWWpO3herxSk4J+UcHphi&#10;2FmLH6CaYTRmOJPn9zNuAAG6kXU/E8MLW2SlQV3owPXTqHSB9tEg9RvWLM46adRafFPTXnxMKmwf&#10;EYsSxIzZAkhggNLIHkZYs0SSMqqSSFQkgaAnTg3YnhlVNSQyHFqWnja8hTdKWUMxYgrsHa/t5JmX&#10;5ataQnUlKeBJ/D4baT6wTsxqinKPqKybl7qJm7DqH095/wA15ippUwqorKHCsGhw+Q0sEdPHLFVP&#10;iTt5bhAy3jU2OovpzUm/FIj8n1KdVYfOWcjGMFIlQEAgZUpB4k+3lGhDkDYCZpxweGt1j0H4m2M+&#10;kXobiz4RNgL4hhMlW+C4jJHLPSl6+oJjkeEBWZexI04ufwd1ZvU3m5RYlcj4odpZVF/57gv+MgDh&#10;1aoOuYpMgkTG2go/E2qY6X050EszSrH/AFjoAzUcFXUyD/fdXm4jokkkbt2Cnm0xSSS0WX5cQMPz&#10;7xzwwCgkmpwspAZggeOUFSx7HuO4sRfk/diKbW9uE2YQllYQ6VLQXNRwTClEBQwBMgROwgzRZnu6&#10;93vFkGY5XYKSi6et3QhRKgQsoITiASMTt93CtO/FWyzmL8QDovQ5tFRPkfLtJUdSsUxKtwPMcVQ2&#10;F4fidLNiED0eIYbJBUwJTRzJLEyJFOJRHKzKShqW9QaZ/wAqnH8n4zh1XP076jRLW9QcwUqVdRh0&#10;tRh6vUFwacxOxntDHOah5GciwIu7hX2S5jf5Zml9kAtmnLywCbhy4EocWhYLiS0nSZKAEpUpZIUo&#10;LKsRBhD6bd13tyMue3Q7oG5s0pdcX9qlFwayUynSQjBKSIEDoArct6Zy9GfU5jHTP1YUeCYc+e8q&#10;zYzl/pBhuYKPCIsyYDDU0sWGV1LUSTvWSQybN9QFpjGPKlUssgILE76b9M+kzNhFViuYZsAqMOhp&#10;cSr8n1eE1UBmiopGkkMldUtP5l5IxIXb3n3EMAL86VfTj2wX2dsPt2qXbi2cIVrWpIS2qIAAmVCB&#10;tJBOBMmayz+njeV97NHLZVs89aOukrdWUAAp+3SJJKcD0E4TM0a7GMdz3R4rFh+HZPgxLB6p5qds&#10;w02JxmWmusflM9LLFDe7M25Vl0CggsW2g8WRIcDzDn+KlxrNeMdQcn0mFy4JhjQhpaSNXkmZ4Jpq&#10;MRv7gaym7KLAhhryUcx3dtbHK3/yls1bruVlS4hJUrYVg/0lcTGqNkxWZW7HZ7uxlqn2rNtDKLgq&#10;UopTp1LUMSogYqOGO31oB+qMWYMu9M8WrclUOE9Os5Y1Xw1k1bis9OjLJGI4Y5aWOuSaO77VBj2B&#10;gC1kZyLivTYhL0SzBkDK+S3hwjDMbgbDMGxeGMViRVKEM1JOzRkyFSV37X3EnuPdBwdz5G7tobqy&#10;zs3TVkgoDRNy4VPnadCE7E4wk6iSZlCYmsdO0ztS3d3Ft7x7M0XH5K3RqSpCkqdXhJ0oUSmJwBKu&#10;nAATRQoum3Tf1x4N1Sy51fy9ieccRwHEoDVZBzTLFQGSkd5KOhxmCjmlkhjgqhTzPTO0RTaDoZTM&#10;FXGO5rzjj2I1+AUVHWYhicT0tFmqrp8TnpKWCtNQ8E4ECeSoicxblDLfUA7geStur2Fbk21ozmCw&#10;S2iXGtSnVHSmFI1alqlaJgmMSNgIqUOy3evIs+3etM41LUzctpdbC51JQoBQS4ASNYG0DCfehMk+&#10;njoD0HpDnHqJU5RwvDcAqczVPS+koMpYbVV8mX6CFZ6aJq29fNNWUqPIkr00ipINVjjI4RL0r9ac&#10;G6w12MVGRaxqzDsoYdjcEtclC0ENNiNLiNIEw+ClDrFFemmJtGZwdn+UshZwJuf9QVveu6221OWj&#10;aXC4UpKQ2ASpPhHXhE4/0poOZJ2qggOIlSG9Q2aQnohOyjs+ousmyHhGQWxXCxjOFZwzNhmVMxLD&#10;VvAaKnmwmsm+eqKryWaYR10USAuYF/SaHcUjZQ+nnLnqCm9R/WrNGa6DNFT03r5EwvJuHYl/MzQR&#10;1CYZTYgamESvtSnckReWisBKDYKNy8xQv+1HNc3zJTzi1pCjOhKlgCNkDVySax5zDeS7vr1xxa1a&#10;CcATzh0UXb1idSPTJl/oVgeX5uq3TzLWZoarC56uPHa/LpxCSjkqHw6saD5lwfMXzpGaRiPdVyWv&#10;rylH1u0zr63s65iaiqsLkrp48IxigxJJEkSaPCqapgMq1A3XFnUHt7q20tcIbyoW7mgfWkyoEEGS&#10;ZwIJnHppXa2//DJhw4yI9lWAenpcLXof0tXBMfw/NWDjBaL+WZmytLSzYdiEHlDZUU8lGTEySD3g&#10;VPj7eF1w6nOKdQMJpYal6OWtq6aKKvpGIkiYstnU3Go7gcdtLkd6J4GpIzEgsEExhQycM/TZRpcM&#10;nxDGajGa3G8TlWbDvPxc0rA08Um9I22RhmUEki7XuSSTcjknNbyobBLUg1GyXO7WSgmemvcgZwrJ&#10;a3KdNSPOzVaRoWbUl1EAO5mPvXBGgvwL53mpfa8aiTW7i+WpP3Sa9wvfU3OmPVNdkXKeLy01RRZN&#10;oo8OwOqp0X5mKgqJpK0xykg6+dUyONfiRc3MK55J4zGyqrUVJEmolNQUdJNX1FLTJBPikq1+IyxK&#10;A00ywR0wdyO5EcKLf2KBzbHz30f6LU/UjM/UTE8hLU5yOIT0iZnnd6iSCUzEmoipxshiZXOsiR7z&#10;YFiTrwzT2nZ0f8kbbC0JESqRt4AjZ50lOXyuRtqiX0l5x62496bfTrg9P1ip6PLDZIy9iFDkLCMM&#10;hpqcUCYXE8NJJVV81bVuZILXj85U7qAqhVCUE+XsZxWrAwCLFkTdSQNHJjEew+aU3OJKkgFVQkDt&#10;drFdOE2+W+C8oy4rbaQwScZxnjgZB2/vo9urj8vbwjwk7aORlrI2fY6PBKObqpjdFNLJFitSrU+S&#10;5DInlGQwKYcGN4neZVZh75EYYSAltzHjEGJYLLHV4LlXD62OlVDITCZ5JlC7LSLUCQWHey21178B&#10;/Z39RIQSgX7lk6qQktpgDYf6WMngqRNGO7u+7rKvA+tlWwFJihzTp5NVxTx4rm7HJYKu7SfK4pLh&#10;7wXm820UuEGjkXUBb7j7vum4PBNyHj2GzQrWV2Aw0FRNGlJVw1GG0NOtlLEGMBGK97d/Z25HXbX2&#10;979ZotuxuMz/ADLDC9bRIQogxEqhAkxskdINB/fztAzu+Qm3ubkvNI+0EgxPPGk3jPSPL+J4dSwV&#10;+MZgxKnw0TxQRLm7NVQLTNESryPXq01zEt95PiB3Nwnz5g2MUGYsMwjHMWhxzIGbY/5LTVVEnlSU&#10;LKHmWGbbIQUsfcLAoSDfW3Ohv0/duy+0WxFpdKCLxpKUrbUJS4hII7xBkQr+kDHSBFHm4udPrdS2&#10;qYwBBk4TtE7Kj4fg2FZfw7F8Rytg8lFnPLkpzGsdaz1UWIMyJDK6GWMlZLWD+Xta1rErpwaOnfWK&#10;LAMBrOnmcsbbD6fLckOHYbivyCVBliAWaGdvKkRt6supWJvBgTc2HubdiO9CL7+d2zTz6UnjcBAK&#10;RgpIQUEFMYESEnrqfM37H8/v1qvWULcTAwUsAkRsAIOAHRtkiq8PUt6AanqZ1Dp/Uj0q6TUWb8y5&#10;ooanEcy02J48mGYjKZ4JaCqw1HraOc/LTwTFNjVUahS0ZRVABy45lfNseK4VLk2uoajE8Um/mmBZ&#10;hi8/E8UllrNiSSwPUAhaVyzl4yXtbsbsVlrK7LLc5trnMrhTltboSdSVJHgUkeIGJ1RgJTIIAx4U&#10;c7t5Nl90hx/MUOoaSIWAkBIKdokYqUemMcKlZJzx0EzF0+6m4p6gsGxvI/Snp1g9Xkzq5k3HFoMu&#10;5KwSnwIipp6GtgoJ03YnBF5Xk1UUcO5SoOwrEra4X4itSr+ozO9HiMFcmeqVKaj6izYotIKefEVo&#10;4gklMtOxCo0DR7htADA2GvMI+1NzJlXqzYaiiMSdij0p4x1HGeqgDvg7lLj02AUGuBOzz6atn9M8&#10;3TCp6DdLKrojNBUdGKzBqKt6UTYdLWTRtgE0Cy0h8zEGeZ/dbRnJJFrkm/Hr03nEsQxnK/SzLmPz&#10;1uJZhzHRYdW0eEOz+XSVszYlPDVwzTvugKb4Auzb+kUAEsAQHbXLCcuSg4qWoenzqCn7FPf90gSd&#10;WPVs+M0KGb8ZwnLGWcwZqxySKnwvK1DV5hrq2sZI0gho4GqJJDJIQECqlyxIAte/NpfpPlGgyhgO&#10;da4iF8x5ipMYrc11EiPLJJURYgKWZLpMQqAw7UUaKgVQSF4DO0veNq5W1ZWSe7tWwSTJlbuwuK4R&#10;iSgfwicASSZ+yvLgy21p44nr6vLqrWH9QWf6rqvnT01SRQYo+Rsm5+6eJ0rgjqoaWnOE4lkaoxyl&#10;qWOJUBqZJ9uIRrMJCrvKpb3dxXlefXfHsVznnGaowrFFSiyDBSZaZ/IM9KrxK1VN7j+ZYiWQhrow&#10;baAR48yq+kDsuL+Tv3k6RJkEYEcOvZR85urcZmha2QSEfdAmPOr7eh+RKLKmT68S4dL851ArKzOO&#10;JsZ1jq2FQqUcREtOIrXgiQqQwK3JB4ZTqxhWPdKvTlB0oosozyY5j+DVb0mf6KnphhWXseqqUwxz&#10;xQ/LMVWkklQxi0at2XuwAYv2WLq9furC4SwpZKdAAB8MgHbgDBmAevbFIOyTdFN2t123uksumRpx&#10;1YAwdokHHDHZ11Qt6L82Yf6+PxDuonqzyh6nMvdPsP6Q4wnSjLPQOnmxnE805nyDSSS1cMtZVQZh&#10;paFziclHLNLE1NVvEqAS22REEf8AR5hHXLojQ53zPjmPxZizxleKjnrs0ZRejpZqzC6/GsUxSthn&#10;jlolYiRIY925LoAxjdTc8jJzdKzvLlyyzgpeQ4glB/vgZnhQgyfcIm6/I5itKkuJOlXCQZ6sdu2r&#10;wPU3lPph1gPTrpn1BMEOB5oqMTrMufzqCpkSmzDTUtPhtBUwS0tRCImRa+SIJv2SmTy2VgxBPT6X&#10;sfwzG+gWFdD2wnNmI5pydS5Yw75/BsfrsOw+sw/BqLA8C8yKM4rSJuZqe5QISm5dSADznH9TPY7m&#10;G7OffzVTaPyqmykL0AkrhSjhpJAnoIHlxLc87PLjJVrBhSDxnb6TSpxLA6zKOZ8MWszVgbYdjeI4&#10;7U02HVuD0qzpUYpPjeNAb4aachljmsXZh5nlux1cryNR5czDUYP08wbJeU4v5zmWGhjSo6k4/i9R&#10;h8qyz0VIp2U9XOYl/wBK3kgNoANovcYW26E5jnN1rf8ACgkgJbSDPiO2B0dNOqeLSGwlOKiBt/Wj&#10;EY7jdFlrBMUxzEDI1HhcNRX1K4fGrTFKeKSdwq2F2tGbDTgJ+sHpJ1Iy7l1MNzf0u6bww0+Yeldc&#10;MVy82IPMP5h1KoaIRstfhb7kkam2yESLZCfdckDk9dmOTpZfStFy8sLQ6IMD/W+EK24nDGkuc2jq&#10;G1JcCZOg7T/TT19VBjkjrRk3qHHJUYDJicYpKyuwWpTEFgjImo8MhxGS/lzspXy6pCp1972Wvyuv&#10;8XHLz5T6YdDcNrMv4JglZ/WeSvqpcnKUBeWfFoSkg+WptE8gbSTru7C3J87GLZQNwvUophH3bdgP&#10;sx6qCW+YCGWkkD7xs8opf5Ox2lx9sZqaKSpenppaeiVa8qy3+ShqN0ZSWUEETAHtqD37nYQ9GuMx&#10;QekX0qU8ec8IoEkybl+CbDK2HdUoxpYm98iviHh28scEm76ZzW7URgFKAnYaFOUPq/JJUIn38+la&#10;t/4omR8QxLq91uqaX0+59zzV0mJDN9Fmfp7W/Lxu0WDfLIIP+MpithaRwf0xufjYAesNjw/CcwYT&#10;VSZ4w+o+Yp2NR/KaUPMjSYnhTm+6qqSLdybdl+N+Yt5lq/mFyj8vBCzEqwxCtmAn2+Ro5vAQcTVk&#10;bTYlmvoRlwx5Vx2lDU6U8uHYyzwOFpcExuEJMGo6HubKNoHvOpt7tuFt9YWN0Ro8vCix2sWkxOvo&#10;cHqBDhiJEf0VZMpJWhJYhkW125MXZ9bry9pTpEAnGSegdcUWpVpe1k7BSx9F4xPGsx43h+YMr4Wu&#10;I5eocVr8CrKTF3qqxVNTRU7K0b4jI6Blc7m8tQLAaX1qq62YPW4MMuYvSV8s9BDmHLNQaOfDpKWS&#10;649SkkN8qmgPbx+nknsrDqiscQevhS+/f/YEz0fGrNcuV64hRVFBPTrFULHJHK0dVFULZltY7ZnY&#10;Gx/t4GProp6ii9NvWJxRTI0k61JrZp6glvPw9iFMTpGv2SddT48lndRpv8nqKfFpPwoP7yvH8k8Y&#10;x0n4Uw5VrY6rNOHLHicUkceE1NPHhsEVP3gro4nkEqPI/fQre31jmptiKbZoZFX7Sgdu5HFz6Ig1&#10;gvmqIUkjoFC3zbF9Zvqf65dFpOkmX+leeKvK9AMt02K5gqKSiwytWaWofyYFLYlDNs2LTvopF93j&#10;YWl/KL9xhlOgxIHzoXZ8lTVo3p4iar56d+lnoL1bxXq/mzqV0sw3NGJTZxxmhpZsRjkUeTGYpC1o&#10;XQFmeRtxNzpwhFb67/V3iYAqetmIbDqVho8Dp2I9l4KSP8jw+Od3Rw1k1GhvlBVDvgPpB9MGWSDg&#10;3QrLdPtO5RUYbDUgHte1SJOIfFfVF6msZrXv1pzTGZkAjWDG56LcSLXUUrQLqTYW4razN8pjvD7a&#10;XJvHFgAGlzH0I6IQqqRdHMqoqfZC5ewnT/yH4h6/r118nqfIqutucJIgwSpSqzNmCQ2BvYKZ0Gv0&#10;8OmM1uV4KWSB1/OlQuHUAQT76eqDpZ0xwp1kwvpzgOGyKdyvQYRh8JB9oMcQ4IPRKbqD1qz5/m8x&#10;zq/jcFDidO+IqtZidfURyVsTJHC01PLNMsyK0pvcXC31UX5LXZjuld59dqabd2CYJOPntw9MKGG6&#10;uUqzC6CQSORT3iUWF4HSyY5Dg0UlThMEscDUkUKTLA7I8scbHbYN5akrexIHjbl7Ppw/zp5XxCmy&#10;jj+QqOlrcnNDhmJ47gdFDS0qvMBVrS0bUkVpvLUR+ZICAzsEFj+jTMjcDMbq4tLm3v2u4DQARpBS&#10;hW1JiSAYiSoDjNZl9kbt8xduWt23pbQmQQIT6nYSYx20RjrrN0YzpkrHMXxTqNU02AZuw2pxOjwf&#10;GqyripmRInoHqZ4cVkXy4zHvsHjCBEeW1g78afV1B1EzFmmmGYcWejyfh9ev8rOIwVceAsJI4LTV&#10;MlO84uTO4R3jBsWXuQBk32DWeUWNsTbtJ74oMxp7yJPhTskeGSJ24xWRllkzFqgONJgJx9vCevbW&#10;b0H9OfT9016RYE3SPKdBhmaJcN8vMEET0M2YEKyujUUku2MhVamX9Gr+VuG4E33sYvpB1Hyli8I6&#10;fdWMHw+mxTIUdGlJilBK1dSz7ESBHoGpofMQhX950c3BsSBZeRP2m7sZzbk3mTLWoXBOBASU4KJ7&#10;zWvSQSAI0EgmcdqSfObTOC9qtUzrOBB+2AScZiJjrHwJp61ehHq9wStm60eiDH8Tr8c6qVFQajKA&#10;ip8GqMKaow+txGpqcXOacSShqYXmiigip5KEPC7E+8zNNGYyk6R9K8wYumYMjYtX5QrsbnOIYhFg&#10;00xiqZ4mQS+ZFUAmAsisl0K6MT3YE4wZp2q797v5asZq0zeNNDSSQELSlUhJSU4OAGFYiTEYQYA2&#10;Y7z7y5XbqXehDyUGCftUAcAUxAUOOzDHZVNuZ/xB/wAVn0gdOM85e9YPSnJ3qUyp09WmwWtxvNUN&#10;BheJ0dPiUXy2HS4dUYV/o+K0/mCOobdTPIDGyuQyP5RTMzZoGC9Ts49MqrGzgdB0/r6bHf8AjXLN&#10;i6VdRPT+eFNVLilEtO+7yvKcOp3lrqbsTljubaN5lu/a5yw0HjdtwCgBshAn+Hu1lQxXIMiOOw1J&#10;WXFp2zavmyFd8hOMESCMREkYmR07eqr9eggwrrZ6aOj3qryHlfC815i6+ZQwjBsezBlHDxlP5bBp&#10;X8uaOlwtsFxySaP9JMssMyyKyIpU2WMrOq825h6r5KwzHqDFoqbM8M861OL5tCUcMmHzxrTzSwwS&#10;/JMwhLwr5YNpJCikshID9lkFnkF2ppLX+TkCEoSVKCgZSCRrjV4jMeAajCSKOMvtWLU6WxCV7BpJ&#10;g89dKXI3Sbpd6Qc71nT3JmSGwbpLmamw6nyplXpzg2K4zU0GNUmIPWwwV00YxWW1X5lVMs7KiQQp&#10;I14nAd+qHpP1EwLAMyUeauq7YFhuIUdNJh9VkXAmnAeGpjZZqynxWKqqEdHSNtlMyxot2G1QW5p7&#10;fbLbm4ZLFjrcSsg944BtGxCkeEggqErEyI2iKKy+8mCSCUqPigbIBkCFA7ds8DOykfi3qWyT1Izr&#10;kTGMh9EVztm7I2asVyxCeomYcPw0E1WBzI82DVWBTVmHVUE8FTVU/m1zxsZV8lwZyqjhhOI4rTYx&#10;WZBjwrImZcUhwGCvrs+fLu1PieGTVckISOHCKRCjo24S3Dm1r3ALG4tGHbYXxN4yhT6gGSoyhYG0&#10;94sjSoAFIBSkTIEmKX5a41oC5VClKUApUTBKTIOoQImNUY9JFS4MCwfMGBYF1x/m/X3ptRVud8Uq&#10;6LoDmLHRT4hS5gigloZWrDnLFK6nXDJY6L5mhgjq4qcGXciebIiKmeoWScXzLl6jynhOTMr4ZmvA&#10;qSQV/wA1lUz0SRQRjbJSV9ZBEYpIVhG6KdLe7uuFKqyrJc+s7R5V46+4u2WRpPfAGSdhQFaVBRIh&#10;SFDaAZ2pU3bymQStLaUKPhUpQUIw2aoRMzw2kDgJFLp9m7LWTszVXVbMPUXFcV6Z9RKnD4cm4zjn&#10;UFqkw1GK1Qp6WlbB6eumwyZKmpq9tPU0LeZIZYYWiZo/M46dKs59TOidJiGUs+Yfh2MZfmCSSYVV&#10;xYThQimlUBBTukkNPUR+TGG8tUSRbbtvu7SV9ou5GQ72d3c2rrjTiJhSCpRgGYOClJBVgSSQY0zj&#10;Rfmm67N4lt0XKjpgjQQCADOChgRhsgT07KCL1Tej70/+uqp6Y9YsjdWMx5J6jZQmOFZQ6n9JK3Fa&#10;ivFHRVc0stPOUjnanX5kOkjuNsi7oyffVlE3MOScu0mVsXrs5dL6zOVFlqhNFgGIIsu04fU1vmyQ&#10;eQKlwtQBtvIkcXmMouQgXhDY7yXCs2YRa5ghlx1StSCAVFQSIUlUJlAIxkrSkGI1TTrN3N+yn8wA&#10;XNZKSiSSB6CP6WBBE0GWEdY8xZl9RPTzLXS/1fZX6e5j6qVeLVvU7pDiVBh1bitfieC5fRYavB6l&#10;6SBnpN8Q85JpapYkYhf0wbaGFNgWE4Pk+uyiUnwbDsxSU+bMgYHmfEMxxDDJaarKoYGx5aPyZk2h&#10;PJSdbXW+4MGI5XcrfzAXQAU62O7dWhLZ1hQkg90VFSdpCikxiQBEUqtcptkOlTQgKEKlShMY/wAO&#10;yOA2iJo0+EjBsx9UsM6p4JSR4xmfIFJP0t6z58y7h2XK+tzTQ1NDHUU8VX/VSorppKQyyeegkpPc&#10;PmbVi95SGdPiWQ6rHsIyv13yDSVOY8exhMq12O0mIYfSV9YlQHjphU4XhMgkjkLtH+lEIYqbXtqw&#10;qumsxbZW9lN2pLSGytKSkqSFCCdLjn3AjV4dUCD6OX14q0YWt1epqBEhBO04TOpQPCPOltm/Cupm&#10;DZaztm3099bpocoYXlVMcyfk7MmEfz7Co62Cp+dnq6bHMYmjadJqVGiSA1XlxNZ9F91WfN/SHNnT&#10;7MiYPRYfV1ORKtqDCs24NmLEcvfKQUtdKaCmajrdJ5VLGN0aQRMWUByxUsN7t9oVlmtil9JHfDUU&#10;KSh1KpSNSgpswAcFAgFXSnBUVqxuizbofsZcbUolKMIKRjELTqCts44YQcKfOifqcyN1z6dUHUXL&#10;+Pw4kuIy4q2R5cPwnM1HiNUcHg86vgrsGr6MT0tZBIksLwo0+5dskbfplQIfNnQU5A6x5cmxqDFM&#10;901a0dRg+VYsRwipgxenpmaoSJIcR+ahlphHuYmYRFSbq3jwxsN7mc8yl19lQZUBClaVDSThBEJh&#10;c8BqjjBkAvzzd2zzJAvLdxwKVA0hQx2nTCgQYxgKw2SaVGSOuGVfUT0SzBm7p5mKbJy1EVVlzFq7&#10;HsOxfD6/A8U8n5eenngmFDNFWU07bGRWJV12mzXAEKnwLBsQqaqvyzO1BlLM01JQ5TwuGDFMTjwe&#10;d4ROKEw0dPh7RU0QkZP9E/SxgX1Xcwa/P3Ns2208Ap1oEqPgRrAMapKlgqVAI1+A7DwBXtsOIQlx&#10;PgCQkKCNiCMMEggcJIEROGFS6DGM75TyXhmF5rdMzZ3yph8k2c8y0bYRl+TFYqdZKM4hS01VXYhE&#10;s8zQo6pVypCd3vOpAXgXZmm6g4BlpMHwLLGJPlONqqjzfl7DaOXM2CQRrJGwrcPNc8iosnmBpR5/&#10;vXO5gwUkV2iMueuw68tCniBpVg24cD4HNIExEDw9ESJFWvHnLdQU01qUsQrQmQsHYdJnEcfEJHQY&#10;pcYZh2RIszJmOpnw+PPGNwUlDT41UCLCMdxKFIpTBT1ywiF5jGRIY0aMBAW2qPeuA2C4VmyGeszr&#10;lxosy4flINR4lLhP9ZzMtHVILSz07GFki95UFpApNh43Mi3FzaqIYfltbv2z3cFQxgTIKsCdhMY9&#10;QImXrhdwXpH7KYJLhOO0d2egbYVHRQg4hi+E01RhWFYrXxYVW5hmahwGnr5qVJKuqihkrGhp0kZv&#10;MlWKB5SqgkIrN2U2WFbhc2b6inxXJ2IRYDX4XTwx1mTaPME+IV9YY2MtRKlPLTytTxyO8hAmBaOY&#10;3GliobVcflJaeClDUSFlCUIAOABIVCoAiREpAGBmlNzcIu1pa1BLqJMBf3DaRoIVpnEeISDEbDUK&#10;hnrMOlqaHGZziAllqK2HGvlYqSnhhkl/Q08h80+ZIiELvVQGC62PdrxKtzpnOkwnJuZ+qFdFhppI&#10;p6qLP9fHNT087oWZYZZ4dvlPcBJWBsD3ex4+nIrG3bcdatUlZUcW0+KJ6J2jHCZ8q8zlL6bZVuXi&#10;AYKpKVRjhplIOnrIMdJrhhuWcrZVfF8YwHKdDhldib+di1Tlugp4Kir2EgGUwqrSMtz3J+Hs4jIM&#10;BzzgGXcw4xgmaIsdaqMSYzidIcOx6lmpqZ2KL5rx1LwurIT7siMAQTaw5p63yx90AqUgjgZSZjYU&#10;k47egjzoua3bWWluNXepxGwhSVJidmmFEEwZxHpT06UVZUUbu8kU9IzS08PmT09yV2m8YZBILN4g&#10;i/x49+nrrh1EljzXgU2LYhi+I4DBB/JqHGaaZ3JSXd5IqIo3eJSoHlmRrArtXQngGzDL7F9ZAaMh&#10;RBOCTiJmI0+31oF7q7zOm6Vau6ztHiEGerbt4Tht6aT2PZRy5iXy6VmERPBPLK1UVKxoDNFJvdkN&#10;lcsWIa4JN7ntxNdR1zL6h6bPPUXL+ARzYrgMsmH47lrAY6mmxASQw+/Z6mSmZX2tujFO0jXBDIAQ&#10;DDnbLmV5YbvG3y5lbnCcNY0+mpJHSMI6TFP70bzLzpt61t0Q60NJkETOEagRHUZxrjhbYVkikwHK&#10;DS1TUdPDHQ4VieI/phIE3LseSFTtZAFu0gUHcLMzbrIWLpvkyvw/o3jmF4LjcmZcbpZKPGsgYHhM&#10;JxaRBCtM0tLGjUtS0c06ShYy0q7BvLoPd5i3uXYWdxnbV2nU28G5WlQhYOAJCyBt8UzI64IqIMrQ&#10;6zktuhaAVNrhSgQSoacSATqGOGGB2YYzwbMtdhj5vq8wS4dhuXMvIKuPMlbWJS08S7WkkSoMhcRi&#10;KPY7SMVHvWC2Xex2sF6XdTKemiwvEsm51yd00y88VblqbOGK4hWmmYlklT+VU9TV4fpIjr5YroyP&#10;dvtZtwyc3e3oy83roSUF8DxNgglWoYaiAeG37kgcAMKlDdW4WHHWWWFIaCQVpU5x2g6UpUNmPiJ4&#10;9cF4yp1t6DY5mzOFL05zl04zD18xGigqc6ZWypjWFnEqxjhyVeFNXVlNAa75d6SRZEmaklHl7mjV&#10;lWx0z+fPBXK6jgc9z1er3Pc9Xq9wSukEBquomXoB3k+b/KhmP7OJL5UNE0dbuo1XiB5/A17hrqaj&#10;tIy7gjSvtUubD3m0uT278J+9kwNtSALc7Ir3LKofwveu7Yv09wKorKJqzOxlr8WxPC982GYHh0CL&#10;uepnn+XaSpcyAJTxIfazqLcyHyv6Z8+ezK1tFlKS+nWVCSltA2lR4q/vRjsxE0yzdMLClBXhTtPy&#10;opU3rX6DwYH1Ix98wSx0nTWuTL9bTTRxirxGeWNnSSjpVdp3gco6rM6KrFHtcKTy9XpB6QemPSHo&#10;zF0vgwisxXC+oNBU0WeYcQnqKimqBPQmmqpYY6ionWn81iGVUbbc3768z23J7LMpy7KL7I2FBTZQ&#10;lDhJJJdUmJCTIAjHpBiiLMbp1aUOMwdKhidkHb1+hqiPqd+IZ1H6weoTqVVZex7LuBYJ6bsTwlsi&#10;JBNWw102NVWIpVU9FWAQRSVFP8vFKtSoUMvvKFIZ7qfoP6fMz5B6J9O+m+c66mrcVy7TzYZi64pF&#10;FWU+I0MFVUfLCVYY4YzMtM4JUF9jX997b212Ov2mVbtN2V6yl1xvwrjRKZWSjVPCNIkiJEY7aK84&#10;eSl1RbJUFdG04dXlSB67fiW9HM1dd+sPUPprT4pnHLdNNhmA5LzrlKqGC45gGI1FDh1LLUAYgz1U&#10;FDVVdNEjSNBEjgbGQm+1Xw9B8FhzpiXU/AqCCbM1Pg0OQMvVkYSKjWgmlWqnk3wBGlYlUVN73UKd&#10;hXc24XX72WN581ePSh1xlaFDAKSkKn7UjUZIGM6UxAiaJLK8bFspCkaUoUFcZUejHZSex/8AERpX&#10;wzpb0c6q4tX5by9j+JY/1S6pYRWJPVZpgxGgkNNQ0E1BKJxBAZEkqJnSB495VSDqeCXlqDAjgDYR&#10;i2Dw4bVmSZlhCyI7PTNtvJ553u25PdkLHfbcDY34pu1XwumHcvdU7atgNkL1SAk6dQKugCSYxGIK&#10;gRRtYzcMLWiUExsxnYT1CAccPfRcOu9d12pet+C9WOjXVPFepPT6no8HwzGUxH5aop4YMaY7noGw&#10;1VpaaKOnmDz0sdOhgDFGUsNitDZajwLDsXxWakehxjEqsYy60KNNJVSwUUeHgvJYAARwKpJIHu3J&#10;OpIlyS+snMwcFoAoOQXFasASBp8JMklIH2jzE1VmxaddbdSfCgEAnCJJJ88SaF/L3XfC+pvU/LOQ&#10;MjYnRZy6c4Xgy5PzVimYK+nw6kwUYvi0+ZUEdBI7SzSzS1rNGIkdrSKm1Cqqpausvp9ydmuTMnWC&#10;gylhuaeok2FV2W8h5gzLFHFBg3noqHzPIikdljlLyrKoMg3MEZVa3Iz337KGM8uH3FhteYobKEBY&#10;lIStJCYiASJKgVAqBJAMRQgSxJShK1JJUFLjGYM+8bR1Uer0ueq3PGW81ZA9N2ZMzf1AqenVbQY9&#10;n3BcMWrxSrzTTMZqujShqZpqRad54YoIZoJDtCq+5Gcs5oX6vfhqdc+l+Xc05swusos9YHlJp6zE&#10;zhskFPVjD4IhLJUeRLOzfof92X90EEFr6c6N8vp33oyZp91baXGmcSpCgZSIlQSfFAnHDDGhKznl&#10;otwI1QpWyQR6Tsk8MauTyJ6xOhefMVynl6jzFUYPmHOSRHBaDHcOr6emllqGZaeFa4w/KNJUbG8h&#10;BLufaQBuBUEGw3dFUUyv+9UUzgj2bmPILbWDj0TSm5bhWFGj5sM/ggRr/VvrU4F3GP5cTZrYbUrW&#10;v8ftcdYPePqEwNNFl/BQiek/L8Kod/HUrHo+k2U3Ue7JlbqbFc20Y4XhltSR8ebC+JvhmBtiuJ4t&#10;OkNKIzNJNVylFVQSdLHvp378BWcXLVji6fuOGFLsvYuLlUNCdO2tXb0yjq/6v8ndLsi9CaH5DEcj&#10;yw0mYo8EpoJkZ44YYnMvzIX9ETKAEHu3udT2QGdsIqaWmqZxAWopqcRUtSSW137yL38fD6OGlpZF&#10;h9vaQTJ84pEu7U4FcIo7Po49UGTOtbV+Xlx2jw7qFk7GaiDMWT0CxTNTQgUInijZU3R74yDtvtJA&#10;NrjgTZdqKmgxWlq6Zyk0Lqyl+32gLEeIPiODi5aCG6KgjXto7nWzLmWOpnTjNuR82UX8wwDM1HVY&#10;XicEHuy7XppLSRuLFJEYBkdbFTYjUcXVR1YzSs06wwUixqxCqYW7fSTxOCkRIxqotE8x+FV54P8A&#10;g0+kifDcOnxHH861dVPFHNJUvmJAWYr/AIY4LD6AOYR1azSNRHSKe9zTk/8AM/Kqcnhhz11tFqgG&#10;nc/gx+j+wV8QzjJs1GzMgXx8bUl+cD1YzWSQEpTfsBAf+auWQ8BtT8fxryrVG2s7fgy+jzy0/wB+&#10;GcIQLhzJmQEaG9h/ovx549Wc1X1FKvwSC/8AFub75IH2A+2m0MpUNvw/CvL+DD6QQf8Ae7N8gYCz&#10;NmJgRrb92Ac4t1ezSn2vlfaP0H/P3NAtn+Gr/kx0n3fhWaP8F/0isHEMubIxJZZgmYprNY31tDrz&#10;3+dzNjfaFL8P0C/sPNhxA2D3n5mti1SOR+Fcf+GXfR0hBAzW9vtD+sMwJH0+Vzr/ADtZsF/fpviP&#10;IGn588XEK/h+NW/LJ6fhUkfgzejkHSizRICLDfmOqFxa402j284P1czWACGp9e/6Ae32E88HEj+H&#10;4/jVRbCcST7PwrPT/gx+jZpW8yhzKQPe0zFVDw9u3nR6u5sbXfTqPACnS3KAgcPj+NOG2TsqdH+D&#10;R6LYbBsFzHIe+45kr76/8RYc6/zvZrsRvp7nT/IrzerEYD3/AI1RNqnrrC34MHordt5wfMgjGqhs&#10;w15APbxJ5xPV7N/jNTm3tgTlwpA2IHv/ABrZtx012PwXvROxAXAswlz/AN3FiBP8eYz1hzfe3zEP&#10;x2wJpyupEfYPf+NV/Kf3x934U4Rfgs+ib7RytjshJ1NRmTFQf+TZF5jbq9nBbEVcQ9g8mPX8ubwX&#10;/CKuLVJFTYvwZfQ0l1fI+LmxK71zJjdwdNf96PjzH/njzitwaqI2/wCOI/b/AMR49+XCtiQPb+NU&#10;NqjprN/wzF6FltfJOLOXN1JzFjV7WtYk1J0+rmZOsGb21FVEPiIIv+aeMKKRgUj3/jVRaJHE1Fl/&#10;Bf8AQ8obbkbFm3/aU5kxqx+Hu1AP58zf5383EBTWRn/oRCT/AMmgcbS0mZCR76v3KTsJqLL+DR6H&#10;VkLf1AxQW1sMyY8FP/IVUTzmnVXN7d65LHw8mL+jlitP9EV5VuDxNYJvwfPQ/Gbx9OsQUjQt/WTH&#10;iG1/16k8lQdVM2O6r84ncA/oY/D6uaUlO3SPZXk2yRTNiP4Q/opgp6to8h4nA+1tki5ixk7Lg2Kh&#10;pyLj48TueZ56vHZaqpl3y1EdPM5/4lCh4bMAFEJEAU2QE0YD0TZXwHp/0IwLJuW6P5XCMuYlmPBq&#10;EE7mZKfMNbErO2m5yALtbXiPXTTsPC/hxQ2gjbXgaNdVusigAbm03i+h+GvJkaNYEHQ+zntYKiKq&#10;TjSeqnVV842+0VC6eF/byub8VeMt6SMQYi6x49hp+6hrzxBmP8I66X2YxV5fMUdT8OmVT6hswJba&#10;0uTcWmIN+wxrBR4+y/NaTN9hk2lsNBHhRB7/ALlSOFYUYo7uR+yq7fgRKl9u4XB+ybcqt8JiKQKU&#10;OFe5mSL3vba9gRypeJrQcNe4911OvzDm9yD38deV75VPgLr3Flk3pnnvP9StNkzKlVjrsYI3mpEt&#10;BH8xUmji8yWTbGgeUbAWYDdp34utcsu7oHukKUBEwNkkJE9GJAx4kU2/4BqWQB0nCotVXUdCqPWV&#10;UdKsm8RmodU3GOJpmC7jqQiMxA8AT2HDg9NPQJ1K6oYCKzDKr+rmYcLxY5WzNhmZqdjQLtrJaF5a&#10;TEqJpaeeWKeF4ZaW4kjdTusCvJU7O+w3NN40vdw4htbJxDhKJ2gkKIIMEEEberoKbvOGGFJ1SQoY&#10;ERH48dsUFOdeuXT3INQseP41EYpsNqMzU5wyaCpmanpIfmpWMEb+YqeUyushGyx1YaXGPpl+Hl1F&#10;mwDqvkbqr0vhytmWKjizN056x4jjBko4fKqIlamkw+kYSFp4Wd0EwRlYBWS5A5JO5f0zZxd290i+&#10;tizgO7eUfAFJUJBAIkKSTCiIEUU51vEi3S26lWpufEBtx2Y8I4jjQXYp6qOnNfU5Dx/IOeKfOeV8&#10;TxqqyJj2D5aonraqqmdXgiqaWdpYU8innitJKgkjZGZwwVCeJj14ej/LnRXL3TzqR0zp/KwDMSDA&#10;s1ZfgklqJMPr6SjjRnKXmYK0kE/muXsHsLDxDnbf2N22RW1pe2Lne27ySkxwcbASsjDxJUZIPDZ1&#10;lNuhvG5fJWlxJC0qJExJSTKdnQIwpSdDOtlT1MxrqLlXFcGqaLEslV7S0GNNE4osSwvEJHrKJ4JD&#10;DCLrTSRXBBurKwZjusSzNfp76r5Q6eYP1Sx3LPlZLxx4qanxSCeGRoZpg9opo0YvFIrRsjKwurAg&#10;6gjkNZruNmtlYNXjzJQy7ISo8SOraPUY0I2cxYcfUylUuJ2jnbQ5U+Y8DqsbrMtwYnE+PYfGKurw&#10;q5EyxHZ7+1gLqPMW5F7bhfuOAVIiiysLeJB+Oo4EZIpYtBGBp75BniW5N9Oxvx9p+ZnbSZbQIr3I&#10;u1PZ4ezw4/rFNfl69z//0gK6WZmolzpmOgxOHDHyxQYVjWLVWP0VTTYjVytTtTNFHL5Ap1hluw3D&#10;adxBAFhpmPujmaWkhKkp0gGTxOHxHDp6qnlllTtosAHWEpCY4kkD4beqtsT1SZbzrWdOskVmRjid&#10;Zn+uzZk/LVDl+U4hg2HU8dXWyUmIzhZYa0yxJTPM6guoWysZAdWEDOfRWbKkOWMRo8NfEqmvpIMM&#10;zHWSNJUvNUlBiZmDiaFdxhkhVpN23cSAGbdd+4vGl27irUFISCCcdRGIPVgQdh4UrzHOkC9eZUQQ&#10;AfCNsoOhW3bJ6uIIEY0A/pt9dOXOuebOtmUKzNUODJk7HqzE+nmBS06YaaXAqKtnyOaaeKalmkBO&#10;MYNijpAR5wiWN38uN4xw9WXsUzpheBYO+SOlcENFGkKiHHaI4TVzyeSYAqiRKkrEDEpJdAqKL6hg&#10;ec9s5yq1vb90Wdq74yASZKJBwCRBOonaTtEVgjv9nTVoXQ4rUkExpjUkbdRMBQAkQBxkcIqu/F/8&#10;wuacbxbCvVB+JdQ1GcKCbMdZg2CdNc8U2N0FFh9TXQVax1U2DLgjvWeXVvDBDFI007khATE6AGs7&#10;dGs4Z0wCvxLMWX/JrcVr3xfMeBYVWRz4XNT05VHBem+VWpDCMeVFNCrAA33e6QKbPJ84s2FFxBDa&#10;doJAOG3AxPsqFcwzjKRcsEKWGikJSohc+OSDCgUhUk6lhePRVg/Qz1z+lHDc74d0ayN1awTGMTyZ&#10;hNPlPLUmPJXjMcVdUQecsMsWJrU1cUMaTIKioinkhaRlVfLIdCk6bpx1kmyjHgcucKGbJWDYeuGQ&#10;zTRYXDQwYcgV/mHo4zFRu0Zh3ovlKoAtvS5fjtteAuI7oD9psBO2Nuw4esVkIvIbNm0Sb/UAFIIH&#10;jlOnAHUPF4gTICgIwg7KhYv6gPRL066t4rmjDek+Ij1G45ik8VXiuGZdzRWZir8dq6eOk+R/mseH&#10;1NYsMqVUcDFJGudqxwuY1iUg/VbpLWdVcUmx/JfVDCsVw/BcM+Vwav6WzyQSYjFEFKJVSYdUQxPG&#10;00Ua+75akge+p2nmR/8AMsoUlASpXeCJ2kDpxGypS3BZsd3EXDqLNxLa1d4JT4YVBKhx46tMg47B&#10;VhvTbqtUUmV8ttnjIOYcoYljta4/lvUl4Gmo5ZjKxEL1EskkgEAaTZveRUuLHa4Wo/O/p0xHKGP4&#10;VlXNNdjmB9Qc54nWfzXFM7UM1FTwCJ4av5qn8itlV9xYxsHEzAHew7EBbPL8u3JM6ug7I/HzqX9x&#10;98LXO4RZKC0lJJIPEKnTAwGAO2YxmjP4XjOHY1Rx4jg9dTYthk8az0lbhM8dQkoa/wBkp7trAWN9&#10;fq4ZH0aZUwqlzJjOD5inmwZKpaeCeDE8OrsPqnr5sQMD0c60EsNHXU4NPZClOZGke+0gKpLHbNaH&#10;EhR2x7541O26tzcdwZAIwwjxberCKTfUHEMTwjLtbjWFUC4rNhKS1/yjSwQvsSnkBeKWp2xxyDd9&#10;p3RLX3OgJYWcUvTDqnUfMU0Ge6umw6oataPKuC01C2JBjWhYnijxnzYPlYadQWklhAV3JWRiSWbt&#10;755lCW206lyaObhDi2oVgQBgeG3bw9OuilZm6x9HKOpbFsfwmjwualhpDH1ExFqpMPQzJGFpmr8O&#10;RCa6qqB5a0MDyTSqih4wLKC/5lyx1krsxZ96TV5gyXl/OVFVYPV4LhcWCR0NSThazzvTfJEs9VUR&#10;qZJE8tEaQXA2ghiS870KKNISTtjD20DnLJq9ZWl0+Egx8wPlQw5UxXo5jOTspdUcMqqjOGHYbOZ8&#10;u5szAuJT11P83iM9EGdsTAmWKBqmSNXluUjvrqSSrdaOk2Uej+Yej0uQsj4VRZlzvR9R8Yr8Tois&#10;dPVVFD05x1VeUYrUyQoYJqySXWQgD3gdRwszJK1FAKpw4+nymoe3/wAvasL0ssAAdw4T0TpIkehN&#10;LiizGMwPj1HLidRQHBMSwSnaF1MUitJiEU6ANTqjtHUKVQ7lA+0rdn5SJ1Lrp58zZ5qK2uOI1U9b&#10;P51fJOKlpnOGwAt5qswe/wDiub+3mradJqPLIlbBM46iaFbho+j7eb0b2r7xhzXjUAF9bGhw5/DX&#10;ux4stYNVuFhKUn++Psr3jwR8dMq51ScMTAY/KQk2FxAyE2Pa+3jhA20j1eM4V7nCgpKyhzzi9a1N&#10;IaBayaVaoo4isasyaPa2lvbrxoY09bpIBr3O8r4XUYdjIrZIhFTM0C75Hi33+Zjk0TeGP2fZ7eUU&#10;BTbOBw2V7jVHQxYPX1dTiGIUlE0cdXTw0ssu2YtJA8AGilSSWGhPKaCBTzWE17knE8VyomYsWqJs&#10;10/v1tRVpTUHlVLjfMz2IEq/RxxBFNITBr3O8bzLlSvnoJZamseYwSAU2HUlTcJJX1dQoLinlUEr&#10;MD340TNPlwECdv769zqsxuiny9jEFFhdZHCmHS4ZTiu8ne7NVJVM5Kulgu0n7N9BYHjStlWeUCgj&#10;qr3Gvo1namyN+Hi2LxZdwnG8x1XWOsw/B5c2YXQ4rDDSPlCmkqSkWIwzxgs0cN22XAWwIBN0TI1O&#10;p86QPXoaZbiJCj8BQdSUOJ1HVF6iOveHAosvimxXDoCE86rkxEtSyl1AkBiRJwArAHebgkKQAnVT&#10;rBH1G6dYxBnmlpKGtw2F6fp9h+U8Kw3C6NK6Wtw9pHkSihiXSmjnGi3N7XHFN81BEU9b3/etnVt4&#10;Uv4YFp0EcbMygkkzySStr/rSMx5bz+FNVz03qXqDFI8Mi9P6+MSxkg+/imDL3sfhrw0zJ8pYWRtg&#10;cJ91T1ZBX5W46kJ96m/kKJt68MvYTmjoWuE43h0WLYc2N4ZWT0FZ/k3+XE0+tmXttvoebDVdmbEU&#10;byxVJMQTtWSOJ+x8SyngUOa3DaJMDDaUifQR8qCLlv4tmAqnvLnpo6WVj+emAYhhl9hEGDY1jFFG&#10;CRbUU9XGo09nE7PmnE33A09NJ3BBoqRv+VozxKjOHimdQA8h+FNqZSKFSi9MXTWkkTy8QzSkifZ8&#10;jPGcYyvwHlYoo04x1OY6ttJMNwyTb4TYZQFv+kfG7jNgR4gknyAFOflUnYKXeB+nTK9M++hzln+h&#10;Rrb2h6i54YAfQ2KEca3zMB764FhbgaEjDaUAn/gAvCNzM3R4VpSOqP0rYRp8JoUqPoRhQA+W6kZ6&#10;UNoZZc6Zgn/8qqmXkf8Arcqm75awtra7fk0Xt/xBhxOb2RghJnqqiWSDtp5HQ1goSDq/nek2m6l8&#10;fknt/wCNUct/rB431eZ8PmLGfKOHPc7jsWtT/pHUrxOLxGA7tMjrNX7knjT/AEPR7NlKtqH1AZyg&#10;Qiw3LlWpA+uswWU/fxubMOBAXOSKRtb3SfFVuP8AgazjIum5xQmfM17uVDCaeP8ANR1FNxH6kc1b&#10;SNgSTC8hNtPt97L45Dkx/KoF3yPT7hrpX4tYffVHl1voJ+wCqlCwdtOdD0y6pwCw9RGPVi6BhWYL&#10;km5/6IYLHyE2M5TYFxkxY17XpsQr7j/kNpOMm4bBjTJpwtq4mlLBknqjCtx1jmqiDp/NsEwNlP1U&#10;0NOfz5jfGcnOVL5arUUaXp8SHf8A6GUzfx49rb/o0z9pia5LlXrFGsgh6kYNMze8n8wy3I3/AJT4&#10;pF/DnKOuyM5BbCsVjXuD/M6M/wAaA8XIdYAxn0/WnUhREAzTDWZf9QoLfK55ye/xqco40Tb/AKF5&#10;lj/hxxjqMhyXPy2LIB4fP0f/AJwjjZDA4H3VRJVGFNL4Z6kIwAc1ZKmI9mV8dS/0H+sMhH58dqX+&#10;o3lgomJ72OvmVNKwH3U68bV3AViDFUUokzTdVw+oLRGxXKTG1naPCMYiuPhuxOQjjkq5QYjbNXxn&#10;sWK08g/5Xi/hyyhaqPEV5M0zGTrtTK5egyxiN9RafFKI/cYqv+PHijocqud0eI1sTDufkoGH/lWn&#10;LKDCRp1Hn0rYWaROM5g69R73jyHlatVVsBLmfFKYm3/EcCqBwR8o0eEDG8HaHHKkuKiLyllw+ONd&#10;28WBZa1iBfx4rYs7aMCSfKfn8jT6FqHCiceo7PPXmm6XdSfmuj+U3wxMGxF8Umgz9ivmx03yjtK0&#10;cTZR2yOEBKoZFBOhYd+DNitDhxp4mlxuVGO8tFT04vuLEkXaXUA31tyQrS2ZCQVrEeuHymvd4Qqd&#10;NUs5B6sddpc55lwvK/pgw2qo6R4KeHM2ac27I6mlSmjEEywwYMzqXjKMU3naTa5781IvxQGiX1Md&#10;XY4ZDIoxfBQrNe5tliiGo7cftFJM6cRNOXKwUCtz30PSYtL6Tuh82PYfBhWMzYOJsTw3DpDNBBM9&#10;VMzIjsFLAE9yBwQfweVj/wBprNxMgQ/1HxQlWVjqMfwX2X4btqlW2kreB6aCD8TAzD094T8vSPWy&#10;HMlEvy8DpGxBwrEexkdF+882jcCngmgmw2WvWShqBuqKWzruJIBN9oIIAIFj4/Xwf9mWd/y3MC4m&#10;O+w0rBPhwIgpIKSCSNp/h4jCi5jeC5ylf5hgQ6Nh6PPqrTx9YeB5uwfEMidasp5HxTLnUfIVVUJl&#10;jMokwisWlEsL2BiSslSSNpNjOskJttGttyOUPrllfrb1Fz31HyXgeSKLAOjaYC+M4BmSkxYPimMV&#10;1NTUsstKKcmYqZHqJVCtHq6WZwrgkU769rm/TzCWMvAHdrSFuaZU4gYRqEYEmQ2Ejo4mcLcr7fd+&#10;23bhzMUqu1d4pMJaghtSilH7UYqSkYgRgIETV53oE6regroh0d9OXUfqZ6gqjNXW/FVw3IGcnzqK&#10;GKDAsexNNpqJ2NJS/KUMKUREMjz+SIhuVLoojC/KHpG6X5PwTIWI47gWKDqHnCnpcazngdS1Nujn&#10;gMkRdzBJE1PAnnoAwRnA8s7dyvyf+yD6tW8mSjKxoauHEqWEK8KkhGAUUFIPiOxJjDHDbU9dgP1K&#10;29xcHLVoS2sEwCDISjBOKoxUSrDHYeqh/wA9euf1Y4hmj1L5h6X0+Qsx+lvp5WR4J0w9QGDVmITx&#10;18k+DQ18kNBFDT11LjNbTzJJEYlqaWIuro0yGSGx/Mk5Uyz02p8MkgweCgw7DIo5pDiSU4pxLOgg&#10;ZmefcxYj3X3EsxPex1c7WO0a63tyx1lN0W3HVmAkrDiQnFI8JSMTBBEJHQVDDL3eLfk39iENuQon&#10;YJkREbK1jPVV6wus/rdhzFlnCc9z5rx3MOZMRpMAyb0/lzJVY1Nh+WKl8WpUakw2JaWeGSX/AEqJ&#10;40WJI4QSHljBjZsmYblfMmYMbz3Flai+UwquknyPmAxJIieXSpAZaFJI3hWOTZYzRPd7DQbRyKO2&#10;3ImM1ybK7LMnvzbzA16VGVJMk6lrSrWVjalKk6QPOoo7T8lRm2VM21+sPYEaSJwPAqmeAwIoQOvX&#10;qV9VHpgyB6dfT9l/1QY9N1dzVkuLL/qQyBKlLWYvQpmjH56002PYxUViYxDiVNBiCLTUVTTKaZXb&#10;bM4kcMperlNhmJ4FPFVxQzRxPBiO2SMMd1PMtQoGmlytvhfgZ3c3rzHJrVxxpxSZSoROBBEHDHGO&#10;NW3Vvl5eyGWjpbSmAngABGAos34QNf1LwLrnQ1FDiWN00mY0xXL2K1FLVvHA7Y1RTYfPPOrS/pnB&#10;kEpDKSzquotfmpd+FN1Dj6S9VuvmfcSzfTQZdbpvmvqniuFYO9bUSUZp8dwuGQzqYkQzfoX2rG7m&#10;xtodDG+5Wdu27pWDIgqA4TEceIIw6KJslu3EFfi8K5JA84+QreY/EN6IYN6hsh9COmWP5fTMeFYh&#10;1RyvidZRVNjEkdHRYlO8rghrqig3Fjy8XovnzqBm6KuxLGM6S1FOKhjhuIYROzU1TTvUzMjC0si7&#10;kUojgqPeB8LcGmT7zZkHyQ+uDjEmPZR00JM0XP1M+nP0zZHwHDcLwP075WqZnp54ZqeqwWhWalaG&#10;niRF3CFJCGG5lYSX7kW5r4+vbEXb1jdUvMmeST+YUwLuS2owanv9ok634szS+LzyirbPyFDrLDKk&#10;jog1Y16ZsPo8K9P3R7DsPpo6Oho8v4dBR0lIqJFFEIBtVVjCqABoLDhZMou3+cfLu1vdSup7E66K&#10;2nf6OJbcDbQpzID8ss9VDlw3FbVEUVZI43FZKrbf/iY4cNORNRS0uUT017iFxmpRqKC1j/o0Nx9M&#10;APEizKcemmSkivcKTnlf+bq1UAN1MlArEnsBSQMfZ8eRVmSk98SafSACIr3NybM2QMpVObsfrdkj&#10;vR11XQwK0m7y44qhwwXdf7ZLF/bftyma9sSrEFptlsqHEgqnD3ego0XvE4lMBIqmH00536vZg9PH&#10;RGvx6rigq81ZQy7mfH56SkWmD12IYRT1B91SABEpRYwNVK3uRpxSUWI0OBU6U+HYXhq00ICha/Cc&#10;LrCxXXV62CViT3NzzEnfbPr7MVaneM7MBj5UHLpfekk0PuEdLsKxnEZ8UxXM2Zp8VqyJZ5MKzjm7&#10;DIvCwWmwnEqaFALW9xByLU9QKqJT8vS4VR3/AHqTCMGgYW/1oKZDyIl260ObdlFYZSBFDVhPRzLi&#10;06rLiOZcQVz+kjxfOOcK9SD7VrsTmBH0i3MEfU3M/lTJSZuqaFmUqvys8sKruGh2xMosObsr9bVy&#10;grSVJ1AkAwSAcQDjBIwHvrTaGG1gqAInZzNZcf8ATl0fzFQvBjvS3AswqEkjjGZ8KosSQF1IJYVs&#10;cm743vwL84tm3H2XB5UxXP8A84vn19dPU1TJFHKGgZVLGTa3vX3Ae7YHndn6P/qj3Q/lfePssZS2&#10;yopSCouvOHakiEDw6RB1HxKkAVnR2Qdq+QDK1W1whmzbTI4KWvGRw9566TGSsj9Hugs+InA8Gyj0&#10;koRCZpqvKuA0OHVFZIjrMDM9LHECqWK7Sfe3eHbhPVxLM/TPrBi7ZwjxKRshVsVZjdLitNWzwVmG&#10;Yl+ip2lnNN5TSSwNIYxuWzAi10PE/az9Wmb5+8i4y18sWzY/ZhAKZifEobNSuM4dAFAjeztszG7u&#10;f8ndKGm50aSRhskjDGhfqcXy71k6Wrh+R80w4bJnChq6XLOLZZrIoZaKvw6Ty5Hi+WmBZaapRVlC&#10;FgRobq3LQK3oqOoNLgmaMJxOajwrEabDa/D1wChqlRYRaQS00yqdpMZUo1u+tvAAjcP657qysHsv&#10;zSxcvJUshzWBtxAI0yQDxmmt0vqYvMuy920u2fzAUSZURgT0iDI99Uz03r/yr6bMFz30Wz5m/J2Z&#10;s2YVXZgwzF6frLn/AAGPE0rp9yPBiVJM5aVBVGQSRF1IjKqrN9o0O/iEDpplfqZ1BhzB04i6kYph&#10;1fQUmcs31eJVeF5ho5qqmSKOeUUxeCdDHEUiZ1ASQL5qEOnmALe3fjLMwLpZt4K4VJJkKKQSkCY0&#10;pOCZEkbcaDCN5Uv26w6w2lRJI0lUAEmIE9HSKtk9HONT5t9OHRrNGH4bhGTsCx7AqbF8u5W6b+XP&#10;lumw+a706UTGNWWMIVsodkK/YNvsvvop6T4R0+9VlBgWO0MmG5wghwzP/wDMY6qkrUqaldmORUcJ&#10;ijO//ffh0C2bYVmZzobBifcPcv8APZvb2T6+774/cIIEpKkztABAExiPOgJl1spOZqWRitQPwwpO&#10;+tPMyY36PuusWBRrU0Oc8OxfopV1GM01ZSxUrY/VS5Glq5xN8vItNSVNV58sihg8CMyXVlfmxZhF&#10;fTUOXM74vVSzw0tFRZnxGtVoEGyJceqp33FojYADUcg/ObUDMza6wfEpIImDjGHVWQNu6Q02TtTt&#10;rXYxDAcWq5vSbh+EYRg1bXVGauiuFU1U+N1LRGSTpPhGHRNTxpiEDtIWktFcNcEMQb35XVlrIuJ5&#10;7q6ClWBxLjJ/nOY8VxCohioonf5it8l2dlYKzsoCKuhb/DpztPuJu+3upuzblTa1laU6koEk4GMB&#10;icY2bdlCzc5OYWjyrhKHTbkjXoEnpiPiANlbB/UfrLhPp7ydmDPOKYViuPYBl9oMFwbKPTTB8Rxz&#10;H6uDzaTDvNgo6KOZ5mijDSMw/cQ6bhfg+Z660YLmDobmzoZnybEcm9Rs04dWdPqLFcCinqVppaii&#10;+Wjro3WRXaSEpuA33LrdWIIYYZZl2Pv3u9gKroWzbyZ8YJMqBOgJTGPigydhmlLHYq+jOjdtOd3b&#10;vCQY8WIIwAjEA4TxqmLpn+FBn/Jn4i+TfWt6fccypinpnxGt/wA98lTmWJ8OzZDU4kMQqavDIY46&#10;QxxwzmvHlsBD5cLvG8YZP0hEeiOHUWUKuXL8GbMSyxlnJ9LR5foMdxKZKTFcdwx6GWKWWaCLzJEm&#10;i2lXMqBV3DRhuHB1ud2Sh599pbHeM2sFsrHjXGJwmQradkQBPXK26O7Sy13LreoMyG1KA1K4ScSZ&#10;2+kVsHdScPrcy5cgop8gUOccYmj/AJ5h0GLQ0+IYXQYrRVVNPSktUNAzgSASr5YDEx3BVtvB39Ju&#10;I4dlHLWE4rmrPmDUGDZuwnAsYq8gYtj/AMj/AC+v+fpampopF/SNHLThSGII90XK6gjAL6pN1s03&#10;kyUJt8rulXaFEagmUoGlQiJhUqMRhHDbQQ3uF5meXz+VUHEgT0D9KRedcanxvOdDNTZExjCsTyhi&#10;OJ4PV5jXLctf89RHBpWienqUW3kyNKtiB/lF2X0YEUcJWunw/p/i1bk3JmZzglJhJWM4gZY5UPyN&#10;R2lw2pBuaYizoRqR2HMAt2uwy7Zv30qedQVlWCk6CMSOOIwOGM1jhnWdvWC0960YSZ4jZ50oc+9V&#10;cHgw/G8JiGM4ZWj56gNdQUMsnkyRQzRswNPWUzEKSHBV1JsLEEggNvWV1CwTMuFUle3QLIuUp6vM&#10;PSnCpa/Lc+6pQ0PU7D5pDsTA6JNtQJ/Lm9/RVvZgdolrd7snu7JaVKulrSlLgE4/emPPh00put/L&#10;e5t1BKP6MzjHjFA36e8Cx/BMNqqes6rZtztFU1+NY7BV5vFS7rBV4HSww06NU43iLBIWgaaO9hvk&#10;IspuTUn+JNm/HuscWVMpYB0rock4hkzGXr6bD8vVlHLSYnQw1OJTCpp5fLp9zBa1UaLYCm3x05l9&#10;uF9JGYWuTC6y27RfFYGpAIS4jSEiNJUSoYbcDtwHG+f5e/mto2uzAWsKHhkAkQZiSJjoo3eR6Opp&#10;sMnqqnGavGDikkVci4zG8U1KFo4KdotjsxF2iMnc3LGxIsTZDlb1v4v0M6K+hrJmH4wsdLQ4BgVB&#10;1PyjUYPL/MI6ZcGhkUIs1SglF5yQ6sn6SMo1trDk4/S39OCb1y8dv7eDdLU20pSjLa5Mkpw0kAyZ&#10;GI2E8JO3PynTl7aXUwpRggjEQCaq963/AIcXTH1Y5k9UWJ9TMjTDH8xo1J0lz1R5hhpV+aejSndX&#10;+Uw+SWn8qahRJEqIapPLkLxhmYqpocH/ABRels+HU+N5ixuTKS0VR/KKLCGw6asrZkiq8PrFmMdD&#10;NWbEKwEeNmFhe/I27ef6rbOWc7QuwebuG3xqWSop0KAIIwxVtJ2cOsUb5xlgBEEY7eRSgyH6Kc6d&#10;JchUXTbCI2znTUFNLVUWOyYlRRrHLWUGLwTUzrJR0rOI2q1WORdu4PdlXZZii+pL1y4n1Jzpl+hw&#10;erkj6Z4vLheZKDMuIYS1PilK8E8sFSBBOu2RPKDFW2fvBhcDmQu4X9XFl53JeDiy5mzCFqDKXB3a&#10;3YJQCpQSoJ+2ePCYooesWVqGgzKff5baMl6cvS/gvSAV2aauiWn6gV9PX5dxT+WV01TQy0U9WlVE&#10;QsqqySbYow1mtcG3fiu6q5vwDHsiYFm6izlJJg9LjmWsRetr6SCOCNafMNJNvZ0pEX3Au6xJ7a+P&#10;ObWQ9mm8hzAZWi0dVeYgNhCyQft2QTEnbsgEiiy8tHFNQkEnDDyNCrhGFLQ4zi+Fz5fjjFZT1MZ+&#10;Vr3eeZXgN1CSVJYE9rhRa418eFS9ZvVLprnz019Y8Nyx1CizNmWfyKySJx5TVHy+EMlQ8MbU1Puj&#10;SxF0FrffzKbNuw/evd+wFzmFkttpQ+6ARMRjExj0xRLvHan+WPKUrxFB+Bps6c5YzNguZ8GlrcrJ&#10;l/AqXC8ZoKaGOXzng87Go6mBJH+bqbu8XvObn3r2IGnNbjN/QzOuW8s4XmyvgiqcJmp6fEJmopDI&#10;YoaqMMjsQLFbsASpPh4G/Dbe/wCn/eDKcnZzNxKV2ziEL1JP2hYwnqnAkEwdsSJxT3g7Mc2tstbv&#10;VJCmikGU8AYgnqxE9FGB5t8dZM4dKsoQYBlrOXS7Luc8Uly3QYxiE+bVMn6ANJSwjZIGB1ibtY8I&#10;mLottthLesnznj0U3nDrabdhB8RUMBBnDyqs7pN016n9Vsb6qZkwf1IZu6fZXwzOmNYVh2UMrw4B&#10;8sh/RVUriSqoJJCGM9wHZwDyqnNHq6yHg+MVuGYX6ROlKw0UzQpLimVkrfMANwys8kd7jXXguLa2&#10;2wt220nhIP8AovlUY36QwvUtrSDgCRE+UxRjKj0yYlXIRiHqa6o1EjDa0lJmDDKD7hh2FwAcRUnr&#10;bekZnwb0x9HMLYHeskGQaZ2sDpq1QRpwytMxOEtp9lUZu0hU6QOfOoa+kjBXZTX9eOrGIhQF2N1F&#10;x+kBsb3P8tkpjf6+O9F+Il1QgcyUfTTpxQOdqqaXJlNEFF7fuyjQDgttM7cSRpSn/SA/GKNBfpOw&#10;U5L6TsiCBaeTqL1LqIxfcavqjn6VmuLG5kxUn7uKvDPxBOvWc8dyth1TQYAq4bV/zTC6TK+AUkLp&#10;UQxsqudyysUQMWKi9vtWLKOS92W75XzOapQ0ltPeeEkp0gA7Z04xjiZ2UO9wt5bq3vQlsAlUDYTx&#10;9dlOeUvSt0gyXVZkrsMhzDX1WbcPlyvmCTM+cc3YslRRTukki+ViOJTRq52AeYqh9pZQ21mBs2wH&#10;r1mjO1PPjeGrX01FhyQ0lfU4G0dNiNZWsTLPO1FsaVgRI7SqATa12BF+dSLbcGyt7ZhLpbWpxOoB&#10;QJQEkDAKJgcNIOwnZXVHcxpt3LWi6QvUOjj0RwrDh3QLpjlvBKXK9bl7DsXwvzlkwTCcy0RrsOw6&#10;ipvl4qWipzN+jhSEQRCAG1iDsXw4dbOWWKLrxknLeL4FS4Vi1fg6NiEQxVsRShmgYRPURy1lEifL&#10;7iinZKJVuq+6GUHmPtnvQndLN3Grta0Jd8I06SvVjp0NkqUvjijQYmSU7A/dZ4m1ulNuqHiIASFC&#10;SeACQZ90VTRlvrVH+H76iOouWOqOJ4wuVuqlfhuXcrUuC1WBPmE1sr1FJhcOF5bnr66oxSMeaRJU&#10;UtPSuNWYSp/kiP5uynjHTvPkmEdJIYsTfEEwvNGPZNypAccETmdVf5ZaihVzGZKbe8saWXcFUKAz&#10;DI7KM6ZzLLQ5mJKEI1IStUIwEgaoUQDBAgnYJxoUXdkoMrSZQOI8MicJwnkY1cJkjPdBnbpRWZn6&#10;1Utb02wyirMUwqLGeo9RQZameimDxRSzLh2KVSQAxVHlKk0u9inmMoLLw7eWvVPWD/RMsdH8WwXM&#10;Xza0+azj1BPSyyvO3lw+VNPFGXC+9GVkjQC+21rHmGe9P0q2eaZip/Ncx763CR3SEq8ISASrUE7C&#10;TpUCFlUp2xhUHOdlP5/MnF5pclSEpSEAyARxBPDEyCPStf8A6gfgZYH11z5jWdPVh6026ldHst4P&#10;Q0/puwPLte1LhlHhkdA9TixqKOSSYRiZlp5xUU9ZJM5hEry6lAG3VzqdW5hzBS1+E4LDkXq3lyMy&#10;1WN1Up8rFMLWmM8sU889P5Ku8al44i20MjXJAJ5KvZF2WI3fsXWVXK7nLHFHQ3pEsqmAEBJ1kBUA&#10;q2kEcTUtbs7nLyVhxnv1ONDFCCBCB/eGZPVPGrC/Qr6EKT0k9OM5dM5utld6gPShm/EZsR6a9J6/&#10;Booxkeomxt2WPDaikq5aqaOOWVhLLYOTsdVQ77l9zFgXTOHC5urlN07gmwCepgwfEKTMGYhiFLRV&#10;VfKIlqKWTBJp2jpwGLurXU3tFtBXdN+W5jmXeIsDcHvYJSUtaVKSMSlXeAAqMQIgwBqmMDhnQ34l&#10;AbREzsMA47B8qPRlXG+oS4inS3MvVaoqs3SI+bssY5gmUJsJnq8Fp/JaamqpMejlo3qd03loIirq&#10;oDOrESEI7IGc8ay/jcmD9Ucx5kwrOmDVCZcw6jy1iUMdRSQTIppnigrjLR1FMdyqHCg22sGN7ofZ&#10;/kbF1bhzL2mVMrAUrWkkEj7gSmFpVgeMTIIwM0U66sJSohLwP8QkR6bRGw9M40rc/wCTxnLKE03T&#10;DBcn1dPjs4xnHFz9g01XQYii1G2sjm+Qlpp4apl3p5jrIVe4eM2KsbV6FM0dWZcIx6szDhWaciwm&#10;uydmbDaTDY67EcKxLCQzRTNhlOROY6ill2hKdy1m091gsIG8RluR98yGSy8SHEFSyhK0rmU61SkF&#10;JH8QAwwMiSy6eZbaSSRjB2kiT9wxxgkTBwxogVPjtD0f9NtTnDA0yLjORc4ViU3V3BMz5gx6XK2F&#10;Y7HmRIJpqKmzhWqtBDVRVKFo566CGF/KKGTeDIlc6eq/C8k4Dh2H4Xh713ULDah4J6nOSPFUy/Ix&#10;TJUVMj0xgSVwUPk7lYbhoLkWM8k7D/5tcLU6qLN0HwoMphUAI0q1FKcfEElMgiZxq6sitipwPOKK&#10;HNiJhKgBJHUIn7YkgU+0P4cuE57zbnOpzhn6qh6BdQaA4fP0a6eTQrluowqcwbMOhp8Vgr3oaSeJ&#10;XNWuHyU/nBlDEgNukZp68UvW3pzSYTguJDAOq2LUjCpwtUgxHD8Vmp0LvQKlQPcaQMlnQxgO4BYX&#10;AJbuX2SXG5+Zr7z9rlyDKNqXGgo/cSI1JSZA1ajoTxhRqm6e711laSlC0luT3cCVIESZ2BU4DpHV&#10;tKT9LXoOzJ6F+p+ZXwzGMPzn6T8LxGfFulGCvH8hmnJEVfFE9RUVddSmlTEaONnkhYVPmyJBFE12&#10;YSEhnTdVcZy9ltOnfWXI0WbMtYTVU9BHjWIwY9RyhJP0lHJvgpDIsjxqTdEcOEKsVa6GRH9zmr66&#10;N7ldyWX1JMp/ZqH9/gVAROG1JSTImBCvMX3ihQSrxyoeFJOoecDZw0qOPXgDa5t6G0ebc2ydX+g/&#10;Wev6ZdQ6+nqoJ4sqpl/HcNxSOnqojVQVdJWttlEUjOiBKmMRSys2p27W/LGfq/LL5ywvKFRPHRDd&#10;W4Vh1FWYPHg9bgyySrK1VuoMMrIiN26IRRRuP9zHuoGczDdhnMBbO3aE60QFEhZcQ5AjTC3EEbUq&#10;lSkn+IwSaUssm4cQhxAUtAkYAkqBHGIECcDjs27SoMz9HqDqlT9GMZ6s5VoavGMpU0eJvidTh9ac&#10;xYJmuSKjSnag8jEcapY4gvnJWLLUVMTiySPLG0hJnsh5uORWqcH9QuFYfnvLQoKPEKHO2B1dDXQT&#10;4Z81LSRzTROqVMsccgT9JEj+XvQOAV38gHtO3azPO7dLm6t2bK6S4oFtaFA95CVEDahJKZOlUaxq&#10;KSQYoI73N51eoQrK3gwslQII/iGnA4QBBmCBM7DVUvq+6fde/UdkzL+OfhgdYa30t9X8MzJjkWdO&#10;mWfcBx/CqqLM8eG4dj1Vh8jsJ8Mw2okhk814aiMJViSR4pGRpPMBHHcdnwvF+qmVenOP411pyFU0&#10;m5sMqDJiFBDRVlpoik0BaodIkDKJIySzC19yWaXN1rN66sMvu81Yasb5JE4BK9YELw+2VHgcI4QZ&#10;SPstubl6yafV4HwgyiJAJEeEggkHED7jGEkzViXRPDsRz30l9NHV31QdN8A9OXqXpoYmx2gp5KKl&#10;rabMDU0mHVkFK+8RstWSzrCzSgRttuxO5Q1zXTQZqyxPifTnNWOTy0dFiGBpElI0TS0bQxBWXDq9&#10;XMUjRMAXpY2VgBKzQjcQN8redYf7m8bbGopVM4hQVBOsRI1AkBwggykd5hTqtT4CGzpMmDgFTETC&#10;k4nbBCRw6Jox2Xp8bw3F5Ic9YFheErjM1DXtNhc0knlYgJGVV+dEcfnoXA2fMLCysTGgmBHAs6e9&#10;RsXwKmolwzAsw49RinnpMTo8302FxUbzo64pMaOokvAj3CuY44m36tKrEswEma5A3da0OrQ24CCC&#10;kqJiNKdYBxkYTqw2JIgSQZU8G2loDbqnsdRUAEqPmCkSQAZgk7TNLLH8oYVjZxGN5osIxieT541+&#10;Dy1NPPIZqV8MieqFFLTySfo7orGQFbDYylQQOnWSLp/jjvVZujpcOzJPHDQ4/VUuAqalxOAsUc64&#10;XVxOKoBQVJMMbxsQy+PARuirMWWii31Kak6QXDAxxIKk/YeMaiFAQrhRyW0CxKVpSvoJAJE7Jghc&#10;dBAI6DFBP0gwXM+UMAr8Lyq0mZMpLUTtk2PHcx1uIhFVAfdrcTpJKj5N3J7vUujX2OyWVS451ypN&#10;k+gGNYJQvlnJ+K1MlNhkuMTxYQaaZR8s0yrh9Yu7zVsruaf3luWk0L8k/d7Nrd9XduFKnUCVaRqk&#10;EzB1IMQeGvDDDGKIW7G3aaDiAkafvOAgnrChI2T4ZI+5WAgbsDxmixOpqMKnq6esx/CI4JcdjwxZ&#10;ZYUafdIqeZKlrgqSEDXAsSACBxkxTMON4YuVcTxZanLGbsv0cVVkrOeE4NF5+LQVEzaCeSNBMAGY&#10;CoWqUOtguoBC9GTMXCnu6h1tZIWgq+wgDgSYnCUaMDtim84AuI1AlQhSV6ZxP8MmRGGA1pHi4TNd&#10;Q4bl/Fv6z0cc0WZcPxWqalzNhGIVTV1PTzrSQwvT+TM8qQqURGaAKo3MXIu5JVaZaXNmCYfj+BCT&#10;MuDZlqUlraHDpqDDDl7GKrbBLPVRU4xOSnj3n3dzFWTUSFrrwPKzNdqssvJDLiEn7gVa0iTCVShK&#10;ldMHbwjEv5RfuP2WoyVAyoQBB/pAysA9cnp2zTXDmpqarrcDr42wrG8GVakrU09ZUQ4lQjzZEFFU&#10;ypSxzz+XHeVELNEx95SpRmcclZKjo851+WPOWqxrMFPS4DXVWEscTMctKWltN8vU01RGGXUTpJGl&#10;9HQD7BbnOaL/ACwuz4Skk+IFOERIJBSYPAgngCSQCnH+SvpfUR3hASfFjBmDOBO3GACPZXPNWYxh&#10;WX0zT7lPQYaDW1ZxSd6EpFIhVWBaGVXYMQPLKFje6ksArgt1dyTmboHnDFcYydhf9f8ALmaRLDbG&#10;6JxVU06sYwsJmvULLGXZDE4bv7yswsE+XZou4ZQ+lCipJlSAQfIhQmQRsgEgYg0R73ZHe2L5zGzC&#10;rhK8FpVjpMYQSCT1DHE04ZSzAmb8DwzGCv8AL6qSOOqqaGjqoKuMLMgkW01PujlR1IZXTQjUG3C/&#10;YBmrFcyYzj/USuYVWY8mRg4flrGpJttO0lw0cYmDvN5qptKJIGsPskD3Si/zK0fZuXbof3MGE6ft&#10;MRgY4gYkbY2VFt1mDWbXy33hoUygkNqAACjGwmdo6vToVbohTybFVkBQGMdjbvoNPp4K/Tnpj1zx&#10;bOuI9XocnZtzzimZaSGgwvBZ8FmxVKJYWRgkbvDLSSoqxAJGIlFraAjTkxv19XGb5Lmt2g5cAnVI&#10;1ahgmIIBSI6ZHHZWGG9Ha09a5s4461CAYSFKgDEgQIAgngAJxx20Ded+rHQbIdFieB546u5W6cw0&#10;ccmIY1TY3mPDsBlp4p3d3mZ2qqaSHe7FjJuBJub3vw3VTjvqer8EosoH0zYjWVsVO81s0ZdpJWnj&#10;Qou6OjSGGiiddtwaZYyN12OgIBOU/XBvGgqU3ZNlGEYuCCJwlOkq6IUSI4UK8o+q7M8sYxLUKMQT&#10;pRPAEJgE8OmONABhuffSNhE+OZ9Pq6wD+q+ET4fTYi8HUTDKehoK6KScp87iEFetVUvOWCtHX1My&#10;WQCNEBcNpkcwjrHaj0c9z1er3Pc9Xq9wcPTfh7Yr1pyVhyRtM9U1fGsUQZmY/wArqSAAtySbdhwu&#10;zUn8ur0+IoRbqJ1Zg2PP4GvcuJ9JPol6h+o85hznlrHKXK2D5IrxRxV+L0ElaKnEUQTrCiSIYrKA&#10;C5bdtuPcN9Jg7Dewq63vWtwPpYZaIBURJKtsAYcCJJ2TsOypEzC6DKTgT5UV31EerrpH6aKzKeF9&#10;QsRb+a5vE1XQ4Zh81EJ4qOmmhglqJI6ieJ9l5rKQCCQwuLc2Ns25a6u41g+QMOyLmc5Vz/hLQ4x/&#10;W7F8MjqqGthhqYFr8OraaEwK3zUV39222RbqVO0jo52zbm3L+Xi6ym7Cbu0WgeJf3oIIJVpGnxGN&#10;qQDwAFAzLkg/sXE6ULHsIHD0wrX7pM8+j/LFd6jszdSKanzj0OxCvw3K2OZCwXHfmcbwVZaapkwf&#10;MWE1FVUtUQrA8j0SlJkLU85c7lVkkHPBuobS5WxBMZy/Jh2aMCphVYtlamDV4M6qrGCkcCNpC7Bl&#10;hO1dxFyBfgEzjd7OrFxvNLhuA8E6u7XMK0+KSkQoDjImIA2UU5xaOM5eEsuy4jiBGEnHjsEVVn1L&#10;9D2YMG9Q+Reo2VOqFFmfod1iroaDA+seE10eXpaSjkp6tXxHHPMQQJTUiGGSvaRmkRH8uO/lkcnS&#10;5vwfqRl7B58tYrFUU1XNAmL4ZKZI5KeV7OKeRX2skqlhvUgWtY8r2L3tnaO3V06kyhMJXAk4eLAD&#10;qwwnGkr124020sp0EqE+swOHwik90Q9NedfQj1t601fXnp9iOHV+UMDxWs6TdTaKLDquLF8LoIjD&#10;UYrAlE1QJKWSOAmnJvJ+kuQSDaViOHZmoKkLHVPgOGVNUKZ3iFPJBHBTxGRKgiQMFU2sVFjew7cH&#10;2U70ZDm7HeIR+ZuWmiYEhZKzCmsYJ44mRGIo8zRNnbgQnvCTjMgbTx99SunPVr0r9WMsxVrZVh6/&#10;9XcoZPlzJFQ1UuN4fj9fjWZKwYfX5bR4Gp5qicNIXjqJPNUKWca9k3U4pR4PW46+FzxV+IqXxOT5&#10;1YVM84WSoKU7BbWbcLW7G/B3Y2aTYsC6BZYwbSEqUICgkS5sOqQR1gzxwrd2bj1i2pKFaAkkadgG&#10;EFQnb8RRp8rdPM09TOnPRim6pZbxbIWQHhg6ZYNhWSa3Gz/KMFnGH4NFU5gjnmifz6c0sqOzn3o2&#10;U2BJKiNQR4pULFgTUxNTR0qh8RqZfOS7xkGNQLEsCblnAJHYeyBsxzi0sr9eZjwWjixgISpSgqNR&#10;2nSABISdOMnGi26t1pt20qgxiY8uTVYeecwdJco4xjHqSocfGH5Mz9myUUHTPK2Hx4NXzfy/E1Zc&#10;TnnlEpFPJHEy/LULtErEPK4awZM5prUxZaLJ+H1O+fEkmosWgwqQ0s1LE8hieVpYBviNlba6217H&#10;x4M8myEC2zC+e7xtJENuFRKiNJ+ySJxIjiDsNI2FyUuJ+zUD+mO3rFGX9NeQE6ap1g9V3UrL1Vhu&#10;EZQ/lmY+lOaOoT1GO02Y5BhbYhT0NJS4jPFHXK8lRThoXN1B2+1CWj1BdHOpXW7Ef83KjD8k9M0p&#10;FrcYzDguI1FTiuI1EFSpp6KeCFKVhRMF3VDfMHzB+j2i5fkW5ju1eb026Ld650WSgTrOouLXMJaI&#10;OkQfvKQoycJO2hMt+yYhxS5KdnCCdp6JjATjVhfoB9YPpq9NXTL/ADzYrnfM/W7qrnTEGjw7Lufc&#10;Gqst4fhVTVxNPXHDCxrqNquUny4I4griNnOqME5rN+rH0wT+ljqHg2WJc60eZ4sXqHq8Mokli/mU&#10;NIkxET1MEROy6sArG28glVFiBhL2vdlP9kMzNn+YS8kpCkkYKAOzWn+E+47QaFTOaM3aErbJM7cD&#10;t84g9cVtIdAuuWW/UH09wvqDljDq7DaGuVFmhxekqYEE228iQyzxxrMI2ujMlwGBB5at+CHO8+Wf&#10;UBTwuVkjxHA6lGTuCIawX07W5FVosB4z0UhzE/skdEmquPxoI6FMn9DavEqaOsoJKvMWCV1LVqjx&#10;SwVtLRF43WTQq4isQfDmwHT5Uos95frcKzJuxCN5thknlcMEMRFgRc+N+Jc6tWXnU94nVpEjz6eF&#10;OZXfOMJUWzAO2tWHM/qszZ6AOqOF5u9N9HhfTvA8bwWZ8cwLC8MpRR11VT4lTGItGiBQ1msWGu3j&#10;b1IlrIJEoErJBS7FRoA7eWdoAFxe3BFlwStOyigr8ZA2U7/hpYLkvFsErepldk3C5c7zYlXVkWbT&#10;Q0f8xRqueSWQpP5e8X3kWB7acCrC4D/Maf8Aeuyi3tO4e3j9+kBszspSyKtrzXjavlTF5FYJJHHM&#10;wY3sP0EnssfHjZPF+nlO0qu49vp4wWCes17vIJmhHwfFkjwqhRplfbEHQvYkrbsPHw5BI72Bt2+N&#10;+PGxpsuwafkxdSqE2El79vd/X4c4a2HcfR/Zyv5LHA14PCp38yjt+liQte9+9gddL9vq5xsNQfH7&#10;Pjza7YjzrSXsYissdergSJosdlCAkEjt93Oggb4gduNLsyK89dJSmalx4t393ym0IY6A895RJHsH&#10;cduXWhCUQBjTDN3rVXCOvlaV5XkAVjYC97gfDnF4mABGg7kAd/HjLOkfdSxYOBFSGrllJERO8XX3&#10;jbTtcW+jnAxMDrbUX19nFYQhQw4VRKoONYVxB00Yk2IVUGtj8decGCXJB+PGPytW7wU4RYhMVVTH&#10;ucARkqe9gOcLKfeA7ey/fmjaHhW0u4Y1KGIsoCPcE3IBIt9fOQUWO4/T7OJy2einJrKKoAhkbv7w&#10;UaNzgyoNdot7V5dLBUOuqlyK5itlEm1qhgpI2b7WFxqOQ5Qt7dvG3F9u3pGO2qBZNTPmZHuUcvCt&#10;lBNvoP8AfzHbX3tPZbj6SKYUkFWqaylmMQ8sbr6FySNT8OZUU217jsBe/EFy1KpGynQtBTE4Vliq&#10;lQCJnAYDc7Pt07+H9vMiXYgspBv24tS2lIwpK2qJApkq5pPeJmEgA0a50+rjktgBe/gNOIFWypJp&#10;Y2ucKY3rEYCEuAFvd/2Ad+TaYASiwN/DTjYSVRThMbaYcZmRKKdTICpHtvptNxxS5yjtiMbixDQU&#10;/wCUCf08MrPFEcZNI3VEpwoq3pWrN2Qq6BxZaTHsxmwbxfMdc5At7PjxLRxglSfHXaeKQ2RTTSVD&#10;bRj6zEAUZVFgp+2Le3wt9PJqA7e2oOluaCADNPk0mquoLvZHJTuw8Afr5Xb+KXEW9IuYG7CLGcPl&#10;IP8A3h1o/wCZuFmakDQeullj9x/xT8RR5/w5nZvUZjNzuH9ScYG7tf8A3+YJ/RzWQzJ7+T6ONjo1&#10;Phbgj4GpH7eFTi9KcKP7sw17KvC4GUUZYhfZ34k7sRNFzVvqr3Bd6N9MB1QzthmXqrFUwLA0khqs&#10;0Y0zQNLRYb8xHDUVMcEs0TTeSsnmOsZJVAzmyIzA73fsGru8aZcdDSFqAUtWxIJgqIGMCZMY0sfS&#10;lpoq0yQNnSYmPWmfHsTqcKwurqaDD2xbFBFP/KcLUvGlTVJTyTRxPMsciwiQpsEjCwJA1JANuWTv&#10;wtKjLXXfBp88YvU5h6WZbw2LOuORRYZEXxOqgrJ6Z6GNWknVoD5UU0jFQ3lSbAA4LDKLKPpkurTN&#10;ym/1Ltmkhz9mme9AXGhJCsJwJ4hJ2TQUvN7mnUpTbxKlBMkxp8MzsMkbI2TxjGiFYx68cnZn6WV+&#10;O9NsSwugzpjeM0nT7KFFmbEYFSCprsOhrvmKwFR5XllpYEFmR5owFZkYNyzPLnRLp1BlzMGEnp6+&#10;F5Y6j1ODYjTrl4rA9OsMMEqQzTSVMbRSQSUkc5ZPeZUGjSWJzGd7H8lay0qYtRodS2VISSlSY0iS&#10;SrUpKFeJUFJJHE1F95fZs+tbTboDrZMasQT1CMCRgMePRRT+onX7qDBnPJ2KYZ1UwvMebOh1HmU5&#10;nwXNK1MbVdZ8xHhhxihocOoplqkkiqpaNA3lrHK5tJFF5g4YfK3S+KtggqsQw6Onp4q7+sVNFQpN&#10;BVU0tPG8TLUPHJ5c6NM8so3IB+k+zcby3fbm21ncrT36ArvEKRA0alcRtlckq4RJM40ttrty4swF&#10;yXTI2CBtjogwMaro6/8ArMTIma8fwLLefvmcckwen6YUAzDUUcuBY5SY3LS1wfDYKmL5uCrWk8ql&#10;3QzuoNMm4nSIKCuyVNl3K/8ANXxCbFa+erqZa2pxcCSWbDjO022RKUU4Jipz5anaWsF3b2uSFNz1&#10;XwuHMu/MrdcI1FSvtKiTCAARtEAGcNpwpfvnlKXrdudRSgJiJ2QQQeJGM44yKBfpN6w16u+o/HOj&#10;1LgtDlbKeFZewl8AGVlgpKDDM6zwrTeThtTWx1t4p8SCSKzPGtme21DbgXPgeDY9iOBTYXlaJnrc&#10;KiwiCrqpEWWCmqsPEdV5Eqwh1ckpGTGwJUb1YG9xI23dusM213bgLaJAQoCWkq+4zB+7CSI2cIqK&#10;r/ehlFwWGHCtal7QMCOAg/0SJEgjh1VY1QYx1FyHknqFVdVeqTQ0+T834znB6XCKepijnqKHNRqs&#10;H+ag+fkSSCRY3qtk+iu3kvGyhdqzkynh+IYVV0sNNT19DiifJVGHGhSWBRUn5Yr5dU4SyyWVjYlg&#10;DbXXhvvlmNlnbLKXSlxSRpVI1JxO0BQI4EmNnVQjtd2b60Ydu2grWk6QDgceOGOG3CBQB4p6h8Qw&#10;3NuWEzNiFZlbEcqST4vLmSTMtRS1dTFhETYuXabCIHnf5igEsyIWWONnRWJB2irDNPoKxzM/VDqF&#10;mR8Cy/i9ZiecMG6g5Yq82RJXXwKhoqmnxPBJ4FqQkkRApxBbZbab7WCucQt4/pdzN3MLtxkILOoL&#10;QokwpOOpACZO0gThsxjGBezvkxYWbQdWorCdKoGOrATJw2yat0wz1s9P6TJXTvGcQz9X02X2y5UZ&#10;ZzpU4VgdfJXjH8Qlw2mwzFI5q2jdBGqpVM4KSAtIpKuEPK1upnodGQcu5+6nZwxqmwnK+TMOpxjm&#10;WMi4jhmN19FmrEDt/lrq8tKIo6JqqkMwYsxjkUIzMwAxrudw3bVu5cuHAks4aU+NUmQAYiAkgBZJ&#10;kak7SaFjO8bbvd92JKzhOAgHE8doBI6Yo4GW+ueVM541g+A5XosQmq8bRsVw6sx7DsQw2jnwxHG2&#10;qimqILMKhFlalUgecInYWRS3K2tq/wCIdr+PAD3nXQh0mhq5/9Mr3TXHulNNQZgSswHH8Ir8TrJa&#10;VK6fFamergkp5I5FkkhhmiQCzM24zHd3Ua7TlbkrGUBgqWVjHBQUMNnDorIO0dfQhHdkCSNuOytw&#10;brDlH1QYnj+TMQybnDKOI5fwGGKbHsjYvgC00GJJUU1VBMiYnUDE3QGRYdkcdIu1dwdzcMp9OqeG&#10;UWK5A6cUNFiX86xmhFNj8EtVPDBNNTQh2RnQKSylB5QO0ttVS24qTwVZBuW7eMXDNsovKCwUjUBq&#10;BSJwI6hETJUeigvere/tI4pICXNBBKRhqJSQZPHYaoF9AubM55c9ZvrvzFmDISdLum2K43W9O0oc&#10;Aw7EK/C6TH6l4Zq6CnqWdEjcVU5rpUEghNRUzeUqecAxhMrtJkzJNHhef81/OyYfC89djeZSXkmk&#10;aRUeoWaslkGxDID9m17BQq2QRVkWV3mUOnMLYILTavES5inxbFAQrEyD0DGBhWG2/i7vNLsWb1sU&#10;r0aNSUySQYle0mSkxB2q6NlYfU+ly36iPUnL1g9EvSE4HiFRX4VDl/pv0cljwmiipKfCKnE4sHrs&#10;Iy3RYeyV9bHRyRsBUIURW8wSMjzsscnZfo8WwOjqMKxehqMs4haup6ujZClYh3SM22jjMSq5FyEu&#10;DfddbHcFu0XtzZuL/u3rBNw04nTCQJT1hRgnadu0VfeDsZsW7IB0rt3mkyhK5KSMYnaoGROBgHZO&#10;ymbOHXnqTlrqV1bzJ1BhxPpR6lMgU8NPi9DnCkrKWXCDVBKSmTD6zFKoYhV1C084VJqyNXuq0/lT&#10;+bE9OBlfj2UoMXpuncmHQYdiGMx1SZfmoBDWCpp5KNpHbyZYn3QypTlQ++2lzYAsoDzXdC2t3kvW&#10;y5YeICQEpC0kmIUMQY6cDxxoTZbu9nG8GVd02UIcbTK21aiPCSZCtqVYyBBBkVcPkyTqzW5NxH1R&#10;4p1BxfqDgXTX+UnrFhXUKsxPK8mGVuD4vvhjSowzE4PlsRoZK/zaujNM7OGMcX21hlr56i+pXJvS&#10;vpvm6m6I4lB07hyj5+TzMmB1Bw01VE8+ESxPSUNZamNOYVYM8MasjLdmO62eDv0+51bWLYUU+EYl&#10;IwOwK14AEA+dS4x2PXudMIOZOqVbrIKUzKUgESr+5j+jETHQNtWS9LvR1mbqznvJ3UH1VZNouqS1&#10;bPnbK9bieYKfF6zKS1MsGL08FJWT4PTVNTTzGRkmjFY6xOloVWHywlXNf1QxPqZVVOK5QxTHcy1O&#10;OyVaUpyzBR0ODy19QiTsDUYoKLyruztvNIzAPYk2NgccsyjJypWYuB4hBKEBtWmSDBVIABB2QCPS&#10;su90cpyqysEsWSJWBCVAAYD+kVYnDb7qt2wvCqLBKGio6OjSClw+BKSEzO8k0cEKhEQljIzbVVR9&#10;vXhmm6bZmoIcndZ8ez5heRcYoKiLDc35mjpsLxKRXG3bhdF8rRQ/MyGONRLUCVHBB991CxCD94r+&#10;0u2Futtdy2k4dOOwYbaev7JVpfNqYcgOCTgJJ4pwAgCQJ4meqgiq88YSuYqjpjhWXKrMeM45BNme&#10;kwKpmnhhjw0hYpaisetdjTwtMxjjiCEsxFkChnBnMa9TGScgZEy1i1Ni2I4pR5lFdjWFLDieH1Hn&#10;Q1ay0okqwlWZlWKo3Rys0Hlxe8qxCwtGtvmrzELZJBk+8AcMavn0q8LioMcyaLbVem1+pOfcflzL&#10;hGXKxcux4Bg0uIvhGIw1FLW4fiEeKzmjNXTmFIXi8l0EM7TMwUyzkDbwHsO6x4fW5RyNh/Ved8wZ&#10;d6jVT4vkbLtc1HiEiV9LRR3rKqSVacHZJDMHZC7XYKxkbUSPunudmmdNPBASsNIU4TjgEiTj8uig&#10;1ma0s3TDS0KK1pUUkbEiJKlHZEDr20MtR0fy7h2e63N/S/LuHZaz9glJR5CzBmbDVeiYZbM8mJLh&#10;sUcQqAfKWSMwowVUN2TywxDER9UvUEZo6lZfpqmgOX+lmQsN6gR5bmwMR0tVPFi/TfGaysWJqmWp&#10;UI88bxLIYQL3Kg9uO71dn7Nhu5lt4ULRcPFYUFbIABBA2jb1YVCe++ZOXtwq4KVBHdvNp1CCpI/v&#10;domcJxPrQxZeypLgVBV1VSf51mHGKrD5cdrapo7zfJzxwRSkwxR++kCqwBB1ABJ7mjvOVbT1ddmC&#10;agSWOlkq5ZKdKyZaiUL8pAvvSJHCrHQ6hAPgORmpkJUsdfyFAWzdJtgRxKvgIoR+HW6F4hJSdHsQ&#10;aGWCADNGJuXrKc1DXbB8II2brqDr3txu3RPGvXDgShIPSflXuT8TzZjYby4szzxxFREaaiihVWGt&#10;9wdL3N9bHihxqDSXvSSSQYFe43Mcw4jU/PytitU4YVDyo0saD3g1ysRCWB9otxuKfbJI1V7nOXKW&#10;Z4X+bkyxifmUxWb57FY6xyjAghg8q6G501vrza7Y9NVS6omCa9yKMq4jQCZ3w+iw4oC0oqZaSKTQ&#10;G4CyyoxPwAJvzSkqHRW9SuAr3J75bxankEE2LYThroxE0X82wYTI1/sujTu6nQ3FgeJ9AHGnJ4Hb&#10;XuO38gjw+lpJ8VzhQYQlajTUqSeY5lijnkp94FHTyttLRHa3j3tyhAjbTZdhXi91e45E4VLhGOSU&#10;WaYMSgoaGaoq5aRMSCqWkipUS1TSxXZmqF7CwA1I42pOG2ntQKSeFe4z9J81YZlL8PfCa58qYNmn&#10;MFV1fxWDCBnPDqbFYIKMZSoTVFIKtXQlpGpxuK308L8TWjetwY7KL7q6DSEYbSeE8BSCSCul6mV8&#10;sVe0WF0+A0sOI4aoQCaefEKg08u/bvBiWKZQFYA79QSBYpXWvOmNZswfLS12A4DgVMlRVzwQZIwD&#10;CcERiYUDb/5bTwb7AC24m3FF63piq2d6pw4xHkKXEUKQrtQuQf8Ai2R5D98hJ5d7+FbM1N6nMUAj&#10;SVFyDW7UqI45VCri2Dm+2QMPy4vvnyhtZG3Csi7Xw29yof0AP96ThRPPXPg1Nj/RBcMqqyroo58Y&#10;ogJsFrqzDqm/kVAss9BLDKtwTeza82Ca7MFRA8gFDQzRm5PmYdSE9/hHwO/2iIIB0zs4fAg0EQhJ&#10;EmqlsE9MOV8SpYpzm7PdCwCuopeoeeIVAtf9zFF40tmiQKwfBcNZSPHDqK/1Ax34xc50pWISPYPf&#10;FMdykbKWdB6W8uxzK0PU/qFFL3HmdRs8m1vi+KHjVLmcJdRl3Df+CwykH57BwrfzVRxKURVgwdtC&#10;Zhvp1wweUydV8/pIttDnvM8lx8RNXPfjfJmuNBZ8vYWxOu16GJf+VCDwrXmxUcEIA8v0quPE0v6L&#10;oCIQRD1Zz2HbvM+Zq6oI/wDGwyDkRs2UzXLZUwojvpSupP8AyC4PE7t+g7UJnzNWSDsBp8peiGOU&#10;9xB1xzuoNv8AK4hh8xH0GopH5ElzThJF2yhhbk6EbKxD9WyccLVPIV/AB617ulTtpR03SPOsV1h6&#10;85yQEe6z/wBWpbf9FMJb+PG6XMOByAg5MoVB1O2fE1H3CrHPJvmAcUJPqflSjuFdNOkfSbqSgV4/&#10;URm2IjsBh2R3+o+ZgDHja2M5fI/5gWjN/tE1mMIfpH+mcdXdWyFAlIqv5RRP3YinSHpr1SZSI/Ub&#10;meyW1kwjIba/Hbl4cwnGMrM1nyLTA9ta/Grn76vjCrhmJSmqpZVxNOUPTrqvEbN6hcdmVR/k5MFy&#10;OFHx/R4Guv188MUyeWu2RqdvguIYsCNfDdUnlkvNxBT61RTBmJruTI3VlbGHr7i4voElwTKDAk+3&#10;y8JXk6PGsmpYpkqNR+9bEMRI/OQjlu+Z2hM1ZDZSNsVAkyJ1ie6Tdc64tqUabAct/wDMlIh5ybGc&#10;nEgjJgt7Ur6kWP8AwQbji1tkYpitd2YgGuFPk3rBDfd1oM57Wq8Cws3t8IjFyXT4hlSQqDlmaO+o&#10;WHEiR/yfA38eWDrIw0T5mrKkYU3V2WusqBpIuquGkjxqcrlv+kWJx/lx8ilyi1r4JWRk/wDFVdDr&#10;/wAhU5PLBy2/oH/Tf8jTQTFIiuwr1BJ5ny/U7LEo7r85lDEiR/0Rx9OKKg/qqPe/lWJKPEDEKXS3&#10;/fHflXF2qlwkH3furwGNB5jdB6kkpX29RskK7EiNqrJmPMNfaEzRH+XBMyzFlx8Rw2SCkr4nEqNE&#10;ZK2lZd24WuPlVNtNdfr4vsnbTvEghcztkfIU6tC0miR+oam9V8HTXqOsvUPpvidE+FV6V2GrkLNM&#10;U08Hyj7o45WzjIiOwYhWZGANiVPYiria4CkXmTvWGZSxkSGSAKHDENb9ETa/bXgtX+V7tCVKUSeA&#10;itDvJgRVWHTGX1k12asdhyxhnTbC8pRrAMIxPH8LzPU1s1A0MbUwlEeNLGZvKC72VApN7W7DUj/E&#10;9ELep3q58urCI4vg5USsGP8AzC9ERc2F+KcqUg4pnjt8zE+lXuj4QK3I/RfFjMHpa6KRZilpZsdj&#10;wZFxiXBYpIKRqjz5fMMMcryMqbr2DMSPbwQ/wfhCPU1nB3DMBkfFfejNv+c9gniQRwSNqAONJmJJ&#10;oGvxJUr5egmBRYa8MdVJmehVGr0kkjt/K8RJusbxk9v8Q5swYfPRwv5iiUG1r70/Yv7eLbO8Q24k&#10;idtIMxZWoRhNa5fVTJ2fs04FW4XUT4BLAR5kUL0VcGUoSQQWqmsT9HFGs0fmxyrUzeXZlemVlCnd&#10;Y30sb6aa+PJi3b3xDLa2UNgLUUqCuMpMgY8KDtzaNhrSEp7ydpGyDI9PSKr8zJ09zHSYNVxVmC4H&#10;JW0pjlixqWkqZKuEU/mKsas7OnlOXBdTHqVXWw4F1N0fxaXNmYepGC5vo6DNNMIBhtJiFHHBRTYb&#10;E6Q/JyinqFqJGEYZllLSDzCD5ai55HN9mAybPrO5bsV3V3mNwpNy/CiW092VFRJCkxISkIGjTtGA&#10;iiHL92sktnnH1WyfzDpJcWcVE4YzwO3hNWe/7cfSnqd6T82enz1AZPqsC6TZGyrTzUuG5QxSkxPO&#10;OPZpqsegtVYa+JUmH0a2bEJp5oSilYI3XzJhIVRQy5Zz1nGkGF53xLD6DAKz/RcewTA43rVrKWRK&#10;lZI1mqhEYiS0J3hCRtYrtZhtyRsc1trB4vsNa3AAQVbZ2jADGOj0qWMmvrOyIUhOpSfSKrUh9QHp&#10;G9NuIxZ09KvTjNOcesGBPPjfT3P/AFiqzl2XL2LRLhApZnpcvz1EVfD7uIboWlRH3pHKssS3kFCg&#10;paLLmX8PwGkmqKinw+nekgqMQdZJWRIXC7mUJewsBp4cBe8mavZvfP3aw2FKVJShOkJ2YBJJicSc&#10;eJ2UT5hnDmZ3S3lACOAgCiI5nzDnPr/6hM2dcs1YLguWcxZ8x7CMwYzgWQKaegwyConxmhjlemhq&#10;JKll8yTdLJukPvszCwIAQ3VWYR4JibKxBELt71rDTgS3mcSLE4YwfhSmwA0E7asF/CFwWsm6t5UE&#10;6xvTpX08F4POZmZWAZiWCgXJOluahP4OudaDJHUf1D56xSuhpsPyh07zLj9bPKX3xwxYvhE3vBVY&#10;29xiAoJJ0AvyNd2bgMKUZxig7kD2gr6Ma3QvWrkX/OTl/oTkt6Z6mlxnqRgKYgIE8wpTRYZic8rk&#10;W7BUNz4DXly/pj9Wme8dwvMFD1OztJK2G4g1LgeZJ5qKGlxChrqwwULQpTQQBGPmJGytdvNDezg1&#10;s947gLxUSDR7lazplRnGi3eoj8NX01Y4IMfyb6fst/zmZzPXFMNEtRI0C+eWkkmeQsCqbSBa493W&#10;4tQ766sbkxX1wdXy85lZ8Up1MjEksVweBbk+P2eON35cWROND3LXx+ZSmdtWD9Bsv0WVOinSjLeH&#10;UUeG0GC5ewnD6PD6RPKigjjoowqIn7qqNAPDgO5PBPULLpN1/wBLjcsT/gBbx4eW+wAUNc1/4lPl&#10;Qs8NLi07Q4ZUMTsO6rfXsffv48W97AiobLhAivcDuvqlko12e8fIjVLa/wC4r7OJ3HOnZSgueEJj&#10;GvcLPm6okfqxVFPflaooVS173NHBttbW9/ZyJc4H7dUYACqtIJkmvc3VMVxqro8058epw/DYqEZh&#10;xGjy7H/L8IcyUUFFQSGV2aBnLNVy1Cks1zt7DuY83ovi2qUAY4bBs9lJnGk9Fa/fpZ6T1Ga+i3Qq&#10;lzTjucmxKk6YZBx3HsWpc9dQaGObGcSXE0ngWGkxqKnRYqSnpH8uOBAvmC5bcAmKXPFbEoNN8hTE&#10;DRqaiw+JlOvdoolPIWv8yWoq/Cqm3RR3svennKlK0RqqjMeJR6O0OPZpzViKHQH7GIYhMPy43zdT&#10;s3R/o6fNU8DHUChqGit9UTKOA+8s1KEhJFaDCUjAUKVH0J6Rzt/vy6b4ViqDQHG8Ppqs/WalJDf6&#10;eZKPqH1LqTspM54zVFu8NLX1zn7llPAwu1cCsEmabcaSYwqbiHQD00RQb8W6MZJghUWaXEMvYCFI&#10;+l6YcV+H4r1Wrdsky5gxC+nmFcQlPt72PFVu7dJwStSR0SYpShenyoMsfyP6OMBv5+X+m2BtEt90&#10;9NlqjKANcE3VLa+PCNevfplmGpyVg3VjEcr4tNhmXKmjwfP9NVRVdPDW4ZJJNFRmZ52hRhBVVO1Q&#10;77by7mDbAOT32c71uhC7Z2fEZHDHq6Jmn7S7CMOFLL069UuiNJm2o6YZG6j5RxOfHxPi+XMt5Txr&#10;BKirWqpoFNSkVNRzPI+6nhV22iyrESe/DU+jurp4uny9P8P+cxykyOlMaCRqeoqZ4KGtBlWGQqZh&#10;vjYPcK1lDKAFXaOCrfjIrq0Wy8xP7TrIE+Zwo23gy5LJbWn7VdNEv9flLkHJ+caLPefMy4D05o8+&#10;Q1OGy1GbMVwzD46rEsKQRGWF696cyGWBowEAvaNjr7x5UD+IV1O6N5dzTmvH6LA8EzH1IzHWjKvU&#10;XLWItUtiZwmup4a8R+QaiNIT5BQrVKkhWRUG3ct0zU7U93cgyDKrRq00rvA2jviSSdSkBWEQOO0S&#10;KnneHL8tscst22yFXGhPeHHaUg4D7Yg7RxqxP0sZTxTKXRnpplGoxSatwfK+BYVhuG1VKab5SZ6a&#10;MxSGKSJVkKFo7hTpY9ypHGjorhmD9LfUv0BrsvYriOOYTU41gGZps0YnV/zCabD6qojhmSoRqkCB&#10;zTo8gZUHmQsjkWJUQXc260MDQtQJEggnDqGPpUeZa0GbkFXSPTGpvqdy3inVP0tepnIGF4VDXZhz&#10;LkvN+S8IoK5ZGo6jEavAKiKls7R3ZfMlQMVU7XDKLleX3dT8QrKLpjnvC4IamCXNFY+WIpDKmwR1&#10;2bp4pwQkpNjDvFrEePCrso3V/m2+lgwo4ajPuqX2hrSiNmHvqlP01YNgmauoXp/xtanBMUw/JFFl&#10;zqNXUwoakVFsM6K4f8nLC1ZRRgMlVUU7q91IWy6NdeFejyXjsOdqnD8HraulgzFQea9dQvh0VPRr&#10;TRMAJ1xOtpL7yUUGFmYAGyE2I6VfUj2zZrus/bM2eXvXanU6EFrVDZBgFfhUMZMSU7NtSzkO82ab&#10;vpOprvEqxCRMjoNWjxdVqHCsgJjuZaHDmiyjXRxPR4scTnqKgVNQoEtImDUFfPI6qJD5fkG7EEuq&#10;gni7xnHkwnpdmLKFBl3C8WzrW4dieHZO6oZi+bqTQzTszQz+TYxtFG4U7PMO5R2Qcgjcjs67V94d&#10;5VZo26vLGLdKClt0BWskDUAZVpAjZhx6aFlhlO8GeXC7sLVapA8KDMEkYek7dnGg+pOj2MdRuq2A&#10;9VcP6o5qyNhWF4vhGa8x9KMsTtheD1UVHRtT/JTwzRU07vOZWklYrHY+7diDYpfTLor1RzLg82Ye&#10;q1Xg+Yc1EUyYSMtKlDRo8UdWJ3jjraaN282IQEaj3wbL2vkDu63vZkzN1mGZvsONrAwA0wdUTMBM&#10;GemPM0IciOd2Lne5i+hbZEYDjJHRRoM89asv9O6/C456iagy3HHLHmCQ0Vbikyz1NfTUtN+koZJj&#10;GqPJJ5u5SAvvFlVWPA8q+nJnwuszBl0QZfy1mKio6vBoJirU2MQ1WIRQKKVqsuUVoXL+YjCy6i6t&#10;pXdztNyu4l9ltQYQrSdKSpBWDijVJAJJx6DQ5ts9tXWwWAS30jEddCoudcMOJUuERPNjlbRVcuH4&#10;5JhQMv8ALHiw6Wt/0oU/bdtCKpGrMvjbkJaHLmQ8mZvzdT4NS55xHDXdkypjLU7NDFBI/lvTVJpn&#10;V0l90XMV9w72OhL2lfTX/a20aNoUW7ilSElMlQ4YhU+31jbUbdqO4hzKwK0wCASBGJ2wKz4jDjWL&#10;4lQUy1U2D0fkGoSspGZBPLIo3RyRqyurIASPftr7QOF/6g9dchZ9yllT+qWXaZcTrMxZUxuqw6iw&#10;+WmmpRhOb6HFKiCoeenpYlkIpTGLvqRYkC5GJ2WfSDvmUOd4hCWEnSHCTtmIKQCpKsD4VAKwOFYQ&#10;q3Jun2SttPhVA2EQdYwVOwiDhUyhy/V00tRvxSulQB1U1c7SIzPAItybpJGABubEDXW3AS6/Sv1f&#10;zblaFs0U2B4HljH4c0x4ZDDHDNTMI2o5qZKqjlkjm80okm5JH7lfDmWfZl9H9syLS4uXfyj7T4K1&#10;pUYdakfaZGlUiAOOwiYmQN1+zAuG3Lj4aLTgUdoJEHCRxOAw240+YPSNSUcKSSSTTCOONqipZi7g&#10;DcCQQtiNxH2Qfbw4OYqHKi5fyrPmOarxyfCqubEsJytmCsD0qTvQ2VAlVLFJBTyllYue4WwJPOp1&#10;luowu5cU2hKtEEKPDxEEg6SCQCemss8xyVht5pxtWpQIwOA+3pMTsJ2msCU6LX4hJR08UFTUpAtV&#10;iMEOyR0V3VbyFGWRo/esp7X1AB1BbMeZqXHsIloYMj5fwZ8NnjUZpwDzzidPNCxaMJUpXT2sFICt&#10;pbUC4BC5O5GTZo8bh64UkjCCpAGHUAPeAeqglmjTj7qnITP96Rh7Dh61lhwuaPEHr5Maq6lXXyhh&#10;05pxTqtvBY4VN763JJ8L2uOJ/NHUbMGaMv4ZhOPdTMWzPVUc3nU2CY1vq4o5THLD5iPUzTl2VGFj&#10;sBF9LWHA/kPZ3u+1m0hCG3JwcbIClH++x8Rw2weHXQbuE24GoGHgcAKb8FyXlDLldW4jl/KWGYBX&#10;4gPLrsQwWipqWedd3mWkeCNCw3EmxJ11404BjmDYbTpDi71mNYbWYhHieIZKiFfTwvMlOYhPvpvL&#10;KkqwUsLn6uF+/vZklvN15jlqEh9zBTqkk6Nk4JSFEKjESkcZEzTtpf26/CtJ7wngk/CBIPUZp8qK&#10;VZS8sO2nrjG1PDXhEd0ViGt7w1FwDbioz1lWkxjpBmjE6OigwbD6tpaOu6afIUEFa1JueL3MXql+&#10;ZlPltudFfcb+JFhi5v3lK3bpWWZzYG7YeIKNN22hSlSZ0s6krEbeO3pFE+8WTq/LLKmvCRGnWkEj&#10;18WOOEk01RLVJjcKz08ssaUxjGJrVyCN5CVLBqRTsBO26vY21FxfUmc+Q8mTUGJdJ8Hzfi+HU9Bg&#10;9Pj2I0Esc81LRUFQ5WSngfFI0kkIGjMrNGj7dpNiOO2vZvuzf2l/ug29dWfdW/fFLkOIS0VDUlsr&#10;Oo9JhZQlQEcRURqyCzVbuZSh11lIb16TJSEEmdKliTsEwdKTHGRT8rFgSUKWJUBragG1/dJ0PLV+&#10;sGVPThk+eTMPWXrPmrqx1Chp4kxxOn9RlqZsIplBdKYQ4gsgjjh8w6KFAJvtF9YIzHem/wB2LTvs&#10;qytTVuEph51CdUH7SoRhq/hn44UzvBvKvI7RLlmwAlKR4ykEgcNojGRh00QXJuZ/VLmlMwJ0N6M5&#10;K6GdPqPEKxMHbrFBjz4jjbmYl8SNLg8dGqfMH3yzSyF/tb2voTTNHUP0IY3C2H4lifWnEKGQAmlp&#10;T0+p43AO4BvJo0Y6r48hvfntz3j3htfyt6+SzgdIQ2nZiNiQffWOO/fa3m2dMFh9893h4Q2lPGeE&#10;H30vqSh9fBA+fzP0gQn7RpMCzm1hf2Pi6304HYxP8POnffFkrq9i2ywVK/E8pxxsv0wUwbkSpYt+&#10;hXtSP9CaiRhLAGJJNKSkwf1ku4Ff1E6ZUyW1akyZmqclvofNEVh9fH2kzn6BKePdB6fc94oovZ8S&#10;zPBBe3gTSRW/Lh/l5shiUrPkpI/0FK2mGSJhXu/GnZ8t+qeaLaesORKKU95Kbp7jsgH1S5x4dr0f&#10;4Z6dOoubqrE+inQbE8gY3gJjoK3NWa8z4ji1LUR1X26VqRachwQo3EWK99bi+Wn055dal+5vE60p&#10;bREEpMlR6cIgcCCD1Vkr9PeQ2tzmC3Cgju0yThyaDPNa9d+nNBmPNHVvrjgudMiphtU6ZTyHkhMt&#10;4pFUwhZlqIsSxXM1bCNgB9ySOxNveUA3s5/zIZH6cZgpcz4bJFgcuO4g1ZU4SVlxHCUroIpJ5JIp&#10;HjpvIOukbO1wTayjmTrPadd5ohVgtOsNN7ZCF92SAPCCsqTP8WlIBjbjGdOUZs1cuqZZE6RI2A44&#10;CEg44jaQIx20SjpX6zs6+oBeofSShwGrzLFl/LwzLFjuJS4dlbNZwrGKxcMoFOGUtdjU1aspjm8y&#10;uWCCJGVF2vIX2HFpjgmM5craevqzUUIp56fFqBaloKfyJkJkbzYnBQBGJJDaC5FhzFfedOa2Gah1&#10;tCWwtSNLoRrWFJP2lJwOoggeH+iCThADz1OYWd8VABIUpJSsJKlgjhE7VbNla8HXjDvUJ0X9S+E4&#10;1lfKGHZTrc547lzFul/W6LLDZkzfBjWEzpFT0TUFTGkU8tVNH8tEPlffZoxIZJLKhKMVwbHMs5mz&#10;DhdJS4VLlTDZ5qrp3mR6il8yABkqRT0+IlpJI5zsJswCXADEKeZb5Fm9vmWV276+9S+4kd8gpUmT&#10;iCpTRgRJ/wAaCYkipftMwOYWzayDrKRqlJSeuQdokGIrZ16O9SMH669D+kfUHO2D5uourWY8Awyi&#10;6+dL8TwLGMHkmlqKY4TX1WJZWxAwpNQ+a7ldivIYz+j3OoADuXpvnjKWe587fyXH6jM2ERy08uYM&#10;zYhQ1GGU0b0xq/mY6iCKlWVgRYxxn7IsVBAJELu8OWX1iGS6z3StiEoUFnGCkpOpQnpMDjSLP7W0&#10;zFkJUoqPQAR8sPWhLoetHpy67dMabp0OoWWs05Sz3AMHfpzgGDV1Di1RTnFDhklPUYJWGeqpYnb3&#10;PNmjVQffvsOnCbK+aeoOOZl6hdOnrcZx7DqynwDPWR8eqqd6PF41iWGeWLy2li/cRtoCJsAIAf3e&#10;LG81y/J7Nqzv0obZUkqQ4BBQR9s4A47BMmT0UaW76LNkF4xESVY+Wz4TUyv6kdLvTBljpz066uV2&#10;G5C6f1NJUyZDz3H59LBgJhlKUcE7ViCSORo5wiyGV5HcsHuCWL5S5exHCjmLpMcBqumeEZ+E+F4T&#10;B1FpoKzC6moqRUiajSuwtlELsXvFHKrlSocGS1uFzmdMXTTWZpeTdFkBRLKilenw6V6VzqEbVJKQ&#10;ZiEzV13du41rMOJifDER07Ts/SkPiHVnImaso5Z9QVNmnDvU7VdK4v6/Gq9PFRFR4nFgUktNNHXx&#10;4XidbUfM+XTB0nlimi81XljWNdzIGfFpcKwDMp6OepjL2F1T07QU/TPN2I4A+JitozKkEcprKTyZ&#10;5ZChERVAlntuB0tbLX05tYDN8gcUYkut95oLawCVJ0KCkoIJ1EnUSMAcaIX7+zubZTzKdcYAKkwJ&#10;ggg+HUmRIEE8DSTyLn3AOvfTFPVr6FsxY5mOuxGWso+onSGpzjJg5w7FFiaeswyfCMdOJ4ThtfDU&#10;zJNMzQFmj1ikMcqs48YXLiPQjEKurzvlp819PMbEgaty/mKbEKaggh3K6vh+YZZKmOHZKS8cLyqu&#10;1fAACF95xcb2MdxlV0bS9a296xBUVQoKS41DajqEAqSFbQAkySCc3t7y8cP5Fa2iiJ1pmAcUqTjG&#10;HEAHZhBE0QnqaMd/EXyt/UH0p9VMY9OPqT6Qz0+L4/jvXbps1FitfJXGmr6XEqbHsmtR4QtS9TTP&#10;HBN5KyOpnREi3M5caLpx0p6xdNcwU5yBgmXaHGaSKpyng2BO4qVmeikihq6+spUcLPYDS0hTad5L&#10;Cyk728O926+eW7aLt66hZL7rxSBAUJQy1hKRhjhJUCgRJrWW3mZ2t0hifzDCiO8W4EgqA/oJB1J2&#10;wJMhRBTAJoNsf6xeuf0XeofpFlJuted/UflqtzJiOKeqLq/1xpMCw6ir8Ohxaj+cw3JmWZqimnjg&#10;j88RRuroskkkTUqinLb63ss9KM/YVkCpxHJNJV5jgw/HZlqsEpqJDiNNidMz/J1dLVU8c5miMaFZ&#10;CjmMjdopIPM6b/fKwezFKLtQbUpoQoqhJQY1pUkkQqcQCJ2GSKku0y38opxuVa0qMJIjAHwkKg7R&#10;gTgCOgyK2NMf6odOcEz3S5czjjcGWcSxHBJMcwurzFWClw+pw41UFPURyR1UkaRzLJNEAJEDEMNp&#10;NnUL3J8uI1LY5Ln6WXMlLU1NHTZzwLGqZcPxCmpRUvBJJLWYfTVVSjRIyyMZUUALdHbRiFs8bSlt&#10;IsQGlhK+7UDrRqiR4CpCSFHCEqx2ECkrxvCk6TpWkYahEDbMDTMz1YR5005/osUiytJTdJamkytm&#10;YYbWU3TTHfJTE8Ipqx6Tz6f/AH1yYjhENSkjAIqRVC3vYsiliGDqLlfI+Xc6mlyX1RGHrVR0suG0&#10;y0a19S61DpUJ8lUwUvmLMgAsWMze8vvsCeGW6+b5ndWIN1aaiCZOrSBEglQJgiJ4IHSE0sukkNoV&#10;+YDZWNhIwGE6T92zEaiduIGynHpjmXP2Z8iYViPUrJBwLHJxVw47hxmp1p4TTs1MdwaobzYpBdlL&#10;pGSNXhiaycy9TqLEKzJeD4LBmpI56qu/mOJYNjuJhMUwGoxKWSmlpq7fsqEEk4d6hmRwryr5nllW&#10;Eze6V6EZgt7uDojSFJR4HQkBQUiJTgmEpEpJ0HSFAyltamnGVqbKgNU4/wARAgLChMA7NvQdgxZ+&#10;m2YMv12Zs0YlgmVZ8LwOopqcZfzPgOFq2C5toKHC8PqYcToKnDXqYniEVYlLTK5ikkEEjRrNCqNG&#10;qcNy/mn+XYrLW5fqOlub8uGlFLmXK0sFTG0Vehmp6qdIpad0opfKaN5adJEuJC4WzcQX2c2heCUO&#10;JuWlg+BciCkwUjBUrEyAspP2hM0a/wA2VcpNtoCYhQIOop2cNIkAnHSqR0DbWPEc/ZUx/FsPytQ1&#10;OG9RcFzDLXHEcDx75j/RGwSelWpp130NRE9ZFJUxutNUywydim4AlQNxXH+oeWKSsq8r5jGIx4RT&#10;rhmbcCzbTS1q0RaaULDUmJIDPDHIwkp5AiojEsm1iQRocjsLxI1tJQ6s6kKScFYA4SZSTsUJkgYy&#10;KLsxs3iFKaUlNwn7gtJUSDII/hlJ8gOMSZoU6jLWWsWq6WqxLCIIMVhqhiODYtT7Yp3m8lDJLA6H&#10;ehljBjmW93jBV9ycCip60dRMw4RTy4RilJFW4bU0yV5pqj5anWWnLtK0dFVSeU5YBGvGgFtwkEhd&#10;rr7fJMtQ7oSUqUcIOKsQAQF/cMZiSYwI2Cgo7vRcutSwpOtJAVjpjaTCVKAPCJxxP3SRT5BgGGU0&#10;k7x0+6SqV4pKiW7T7HIOzzz+k2g3IBY2/dsAADAy4ZjXUrIfTXE6/Kc2LyYzWrk+kmFba00QnqHi&#10;pY55KkCOWOojdUS0fmJotpCqEFrdsZZmN0lLwSG0959smDAClKSE4+Eifu0nE4UJbO7LtkVXQSrE&#10;E4DGTtGkqmeAH3GOnAOKfHMp5MzR1Cop8xYfhMmH0g6n5uhNFHA8VHWItFDW1tRAsavs/lk6b3u5&#10;jVQxtHcu+JdSs+ZKwaHD845Ly/F/V6nSTCKWspaSiwytWmRrLEmG1603nSebdo1hRnXXRgNyVndn&#10;K714qtrh79qYJCipQJP9+gq0iPu1KAJjEbH2XTYMlGnQqCUlWkAhOMSV4KxgSnHgKiYT06y8aXFv&#10;6r5vzBQfz5qwVGJPXyVuIwPVEe8tRjsNVU7YnjPkh3ZEvtVdgCiDFLhuY8ot1EoIKLNT4PFPV5jy&#10;5k2vqcIaGL5wlKg0CtVQywK8qiQtFtO0hwWIJu24UXItJUhK1AJUtKV6jGKdZ0qCoBgapxBTAwGr&#10;e7tr5pXdrClgkkIOnUNsacQqOMiRG1eFP1TiownHKXKE1dU4XPjMsJy5jGNRfNUtYUgLzUiVCmJx&#10;UeXTySBXcvY7kLKjIqK6QwYQc+4qcT6PVHUHDa6QYlgtJgFdW0s2GoWLsKCrwZoFaI79YSoANrNu&#10;90qN8cvfTbI7u/NvoAkrSkpUeGpK52bQcYjooJv5SXb9LzZVo2jYQOMBQGHWkYSTiMRSf624Hm3E&#10;8p08+Ueu8nQqswnzZKvMVRh2A4lQ1MbU7ALVx4/BLZUK7w0ciHQ7rjsbHMNTh+NZVggyz0XNDimT&#10;P0tPnDGailXG4YXjdf0ryOtcVIUxk75YmFlLONyLGWW2Jt78uP32tLx+xIUW56sC2OBwCFA4wMFE&#10;b5fklsu4U04hTswfER4ZnYSoHGCfD0UC2QsjYllnrDmLMWd+uuIZxpupkFJ/KOnqw4nJlqjno1jV&#10;xSF5ZcOSd2USMIoYJTq+2+52KrmPFc59Vsi5ufOtJX4xiOBSVH8lx3E8Op2o2qpgJAJ6ijbzEnQR&#10;siqq+XYJuAO28jXeS2VhcttWgQkOJxGo4RsUAZEYyT92oq6TTTrLvfu2ikeCDBIBxxiYMiDMQDwm&#10;jI4Bl/KmQ8TwzLOU8Pw/AaKopSVwWknMU6wUzWUxU2oaPfKS73B3MSblieEx6fxR02YUnzXgtNmn&#10;EnRhhWYscr0QQtNMYlEgmqT5jCxZQVU2s+8cDO8eX5plyEuoaU86gHSQkkKJ2JGMSQDjpgz92ysZ&#10;c3VdW0rWgukTpMSepMap27MPWl9V+YIt0chiEZ8yTy0MjMqgmyhbm5+g/Ry2T0/5efJdDls5Qx2T&#10;FoMUxCtxnEceXEaeooJZlgc+SiQpBJsCxle2hJ3s+nPng+rjtuz7ebeu8t8ybWwq3HdhKkqSseIY&#10;K4ccOB4DGsCu1/e1zOMyccuW9Dja0+EpHhIMjaPXDYeNFZ6oYLg+cMPx/Ec8YNBWCqoIMLoMCqsP&#10;Va6jpZqkMWeSVpozIrurW9ijaFJJJhMaxOsyh1Z6ZYXHifzFC+X8SozTxGNkEdLhpRZF1YtcQqd1&#10;7G3MZLO5WixXKjt86iLeNLTmV2ayMDdJnHaDMnHDb+FF0y3lzLnVLpL1mkjyytBV12a6DFXmq45q&#10;WqkqJsehxNo5fchaMh6h1KdwGIa+o58+XkjUM6s657nq9Xue56vV7h1/w6MxxZR9anQXM08UUtPg&#10;eI12IVS1kQnjEUeDVhdthSS5VblSBuBAK2IBDtvmYs3EPkBQQoGCAQcRtBmaEW6iNV+gf43++mg4&#10;6wZEXqh0p6j9OWxCrwr+u+CYllhMTwGqlo6yB62keBXimhdCrKzA6mx7MCpIO7v0Tr+iq5fosb6R&#10;0cGC5X6t1dXnbAzgGGQwUcVUsNN8yav5CKyzO+5QJ2L6bVttAGcnYhvjblhtmwtlLQ6VqWEJSAPD&#10;iFLgFGOI1GDs+0AUMb68cYVLhEgBJ6TJMEe0bPWtQP1ZZT9aT45VYB10joeqGZfTFl7CcmdXatcZ&#10;qKbFs74RmCvxenw6rwifMBg3impoKabEHplijMpLzhxvsPtW9LBmWmpsPxaBK6GI0UeCxVEaeXK7&#10;XS0RuQ5CaXFu/wAeTlktx+Z3beXesudwo6i4UyVIiSdQiQnjjqiI4UmRqW3JBGkzskEbZPVVeWQJ&#10;MZzL6Us45i6s9Lsw1WSMYxODPmMdX8SwCrxGXEMFipw9bLPiSJTrNRxSSkuUk86wUAnavPUOBRRV&#10;lZWTYaq4y6/JYpVGVHmMRTdEXYncGW9rA27kcSu73JQwyy3cFVqSFNeBQBKVQsdBSfLAgCqZiyXR&#10;3zMSoQQMBHVWHPPX75nLOSMs5d6mvU9Fp6iHOnSPBIMArcNwhsQw3EWpsUpYKdIfJlpagEupdGdS&#10;EVydSU3j08nTvIuMPNTPX0GEmmxM1WBQwtPJBLK8hQJJoFVbKG3WJ9nDndd2x3h3otnmiG3Sl1Bb&#10;WSAlaIEgCAVHxEiDgCeukGUvvtvrQ/CiMcTxP7sBQ4dIK7LPre9bPSvM+G4mmUc55rw/OeQ5um/V&#10;zEcShwzD8dwHDqWgSohmoDCJ6uolklmlh8slY1ZrE7WVa0WbqDE8q4XmWKRo8GxRBSUaViwxzmfe&#10;YReOYj95fD46ci5e5ybLeF+xcj8024FkjvCjQqDGtIwJ1RCsMQJxpbnbgvLQqxSsYE9VEgxb0pZo&#10;yV6reo/QCppKSv60dPsT/rxmWuy7PmOpwGPLElFDi7oK/CkaSMtDWFD5yKoJRd/vEnFHhGXo8Nr8&#10;YxOEYpJhG5qlsVVXqIHelVtqSOLsLNrYm3gfDmt997cxczFqyQjum5CkaBKFBK1Soo2BQjAwJ8QP&#10;TSHJVkMuMNgBSpTAwBBwx6+vZwpYZt61+ojF+rXTnoz0zxY9J8N6oSQxZOj6UT1NLl/GcPpczVcD&#10;VlXhdIxSCbzaQBWaKPcu4SqQQ3OE+UsMxvC4KuKJ2jxuBaioroZZ4dwlAmDspa/7igaX49kXamm0&#10;zV1alYNqIQmEqwwASnYATJJPAA0pf1W7ZYaAK5AxxECJmuOW/Wr1B6L9Y825YzNiVPS/5lseqcvZ&#10;XyJiGD4Fi3k/y52wf5CkqaeCJUkc1lRJJIXVVRXA1tzjheU8HNaaymopo5fdljqpImWWQ0+oS7lH&#10;JJFyz2B078Pc87Y71FoW1aIPhI1YJ1mNRgKGkDYlMmB10meaeTqbjDpwjHbA4R7qe+qvrY6xUWSZ&#10;cpZhzPl2elmWfL+OYBh+LU9VhuHR5idYDWsKNK2lWGNJFWOmovMljQPpHc3QMGM1uFT4hNjVDBBl&#10;ugZkmoIIpJaukmbzIkSdKVSJVKNqLEi27XTknZ5ura3bNvcWlwo3UBYUF6W3EgDUUhRhIBIIGCdg&#10;w20R3RZS04gpKdYM4Ynj8qP9mzo/ljqXgHT6p6O9SMXx31A5qoKLGsIzvV4nBR5bzXhdJPh2J19d&#10;gT4/UE4ZKlXFH5flyRIwcwbgjPyuP1tekHpz6j825Mqf5lVZQ6nuZcDy8uCPBUUtXh1JE05raiAi&#10;ERhXkjhlZmDe6ijS18Z+3Dsd/nb671YW2+txKBgCkp0DxqjZ4hp1FXQOGJfkO9tvbILSz4kpK4OH&#10;H7U9JwJw6auT/D39Q3UbpB0r6kT9RsQmzp0XyvDHn2uzFmKKto8Sy5j2JSw0lRl+lMlTXjEY5jE9&#10;fTPTrtYzsGfdcAHfwKaKeI+pbDJykk2HV2D0lQ1OwkjLxmsjYqy6EXXQ+znOJ1IRdweAqTH4Xbg8&#10;CflWX8e/GjgXQrozXKAWbMlXTDdp9ugH9HNjXLFPKk9WsTbLhC4Hwa/bjtw8lMahNN2LmlBEcflW&#10;ln6vsbpsdy1lGok2zVNJPWU1PuQMR8xSNFa+pADe92/d4GnURXbF5U77PdI7jUcE2XaVMAiihQCX&#10;DFH0/DeaPCej2DGRryVMksqMO5KzFSDbvxA4TTv/ADSjaw2h0Jv/AMSHN5iqWVDjSlhYmrJc4Y7T&#10;R5Nx/fK1xSVLqyWIIFPKTe30caayMGeUfaG48VW6VBA8qZKtSj50IeD4oooaRydpCLGttR2tbkBo&#10;L3IGnYX49HTXiRxpTw4sLhN9zYNr43+nnQgAGvf28R3En7aRO3IScNtO1PiYvskTep1C+N+YWh1+&#10;ydO9u3fjjMRVbdwlWNSpK9m0WUKoNlRtDztYb9lt4acu8QKduVaR01iGINbYZbhf3hbw56SI67fp&#10;N+NIEmmbZ0HaKzpXIiEOx7kK1zppzxS4Atp+o8ebctAR0GjNK4rHBi0sMre/uXsCoP03+PODRKdW&#10;B9gA+7jaWFp2VVRqeuLgi24KWvufUa/lzG0CjUC3ttxxCqYS6nVArKMQmYXLmVSbB2bW9jzA0aA6&#10;9u1hyi0KKeilAImnSkxDcxAJkIANze1/7OYmjBJuLeAvpfmmUeGqJXONOL1jB7g6W3EKb21t4cxF&#10;PA29lx347BpI6pwKw41Ijqk7h20O5w/2bD28wmP3u3bQbueONVc1JRiacI6sbF1O0e8dnsv8OchE&#10;niL99fjxoIJpI2FGuU2IyRqFSQdwqj94D28kRqPBfv5ZyRVVTOFNEswclpHJI07Ei+vt52IvfAtr&#10;43/s4oSgFE0bowSDTbLiDAsCxABKBSDqRySkRBG4ad+VUJqiVheIpskrVVXAe7XIJbw9nJ1NHaVf&#10;YxHKlAUDAxFWacClEUmcYrXSjcux2KHlJYd9Lmw4qc2hWrqbx3U9Pr7T5Ccqw0pKJPSfjVEpI8R6&#10;aLD6Va4vk3MsI91o8wY+kiqQdpONVt+54l1QbtddLj7uPhRNVZWTiTjRl6qcpB3IZtDp2seSVQFR&#10;9wB44cKUrSrhwpMy1jCaQBzp75Itp/DlfX4oqX9IGbx4JiFFLYj2UtX/AE8JMyGpSPP8fwpRlD4W&#10;tQ6vmKPn+Go271HY2+8yFslY13YkD/f7gZ8eauuNvvyzSgC96bDiPHs9QOFrysJo/WklFXtcR1LS&#10;7ltt76t/HiFxUUstWRAnbXuLXDsExrD3yvjopJcJocTrDFgGN1kVelLUVNFJG0iRyUaGRmjMibvK&#10;uw3DsSONICkmROFLVt6Rjs5/CuAljMjwiRTNGqyvECNyq5YKSO4BKmx+B5ue5PxahzHlTINfi8S4&#10;pjdZgeHVVLhssM9TTVktXSR1AMZrBE7HahB80Ky2NxcnnZnKrFvP8lbSQFNlpKlOkqCQcNR0mP4g&#10;SCMfKaxvucrTaXutMSFqAAOIIjD1nDhhWpf1Ry/nHKWb/UJh2RauXpz0rbOuYXzV1IwbGo8v4plW&#10;lwzEqmhqkqEpoZPIi8+ffE9Ksiy71vtVVu9JgVRHisK1tdLlvD8BxH+eUkcBnjjcRUyM0C7Qoujj&#10;aVuw23sfetwUtPlFg6hxaLlLyUpSBEhGwKMxCVDqxNCa2edeuQQzodIP3DAnZ6mNhpIYt1SwLGel&#10;eJf1YwDD/UVmXrBk+i6U4qGlwmpxCGjxXFqulpcarPOl3R01XTv5qyGKFzIF3LePcs7KdFnOevx1&#10;cZx8QTJLPLTmljeOinR5jIis0EkXvLHKoLMpuq6k68J94Rl1laWdw8gueIf4yEATgCJwUmJnbBpJ&#10;l9wpi5uGEoTojqwMwVSZOI/hBABpA+pLMvpeyp0+6EYzlXor/Xeimiw3C6uTGpaWtzfgEVPQMrSU&#10;1PjNBiEnlvV4c6rFDNGRPIoRVIW71h+CU+A4BDVzGXBMJpKoLM+ITgU9SKtGMsmwu3l+ZJ4sVW50&#10;1txo74Wdznq7RtDR0tFaFpAkKBBiQBOkHFICjgTETRlbXxU2LiCSsgQREAefMUGGcuuVN1U9Q2Od&#10;PMBkwDqn1FxfK9ZjeDf1Fwd5Mey/W5ZxCCTDqU10cMQrxQ00rb6amhmnARhICm8BnwPD8JnzVmLH&#10;J8XpcLy/isVFimBVgl+TePyVCBg4IWxeVrjdZr2IOt3M5XmFrZgd1+ZeWQjSga1aQPFIiSFFM6uF&#10;E3c2rt8pQQlKUcY/iw6OI20v+uGdusWT/TD0W6dYb01x/rJ1syziWN9MOrOVMOoJM3Q19LVtLWTx&#10;1FKYmlbzIMOi2SmISRKu9XUkHgj1lDmahE3y2J09cHPz0dNURFCVis23zgz9wP8ACb34FcozvIrx&#10;7vVMuIAARgqcVjTOiBsO1UyIxNDCzRc6UR4iVGeGB4++aIFkrqL6Weotfh1VmHpRj+RTh8adOZcY&#10;wLFGrFWpxyOagFQ2CvS06jypZGBczq6eWtybWIaZzmy4rxYSAuB5iiP9aE+XgBFXCWG9BNIgRrlQ&#10;sgPvKLHQcOshYX+YU64vwpwGOOoKx8JGE9RjpoI5ju7bBCi8PCVkSQYEnCeOAwqwv0jx9dqjFcVz&#10;5JjlT1O6MzUsXQyUYvi0kE+AYvh7usdRJhUEs00REUplpWjfy5D7reY20gAc39I8qU2Xsy57zJ0r&#10;ouoKY3l+qwnMAwGjpnrcSpaxBU/KH5lofKuVBZ2IBJBYDYCAnvHunkt2bhxthK3nGlSgohbsHYgx&#10;0gYz8BRbmxuQ+i1tlQEqBngkCYk9c7KsMyP6sP699S8K6B5P68Yh0fznlrNKwZMy51QnMMUaYJVS&#10;YbVz00ipPHiFNPuKJS+aFIjYB/0hvq1f1ly95Pz3+za/yf8AX/8Azo/M+TUeV/Vbz/5f/Id/lbfI&#10;8/8AR+Z28z3Lbucsf2cT3BjXO0/bMaPKcJ6alju3v6YnTHr0+ythn+X4pe39Ypb/ACX8st5FL/vZ&#10;a/zf2Pt2/c+x8Of/1K0Mi1U2Lw002Uqb+S5fpZkqYqqpo46Gd55W3Q/Js0asZPKUe4rA28ftHk+W&#10;LS3WZT9o8vdhtrIuyMaZGAre9x9sLhJjxZPnamsgkhehMk0tOYAhDmojBK+VdiC7IR28bDh+4c55&#10;yrsRwTB6fGIXakgNMkdb5MrpDHFHSrCxp4WO7fJqbi17XsbnJbsmzLNNSdChAkDZOwCDx2+opAiz&#10;Qb5TpGKtpk1WTU9Cuh+UsOzvm6PJFRQvmXE5M0YvNgr1lLFU4lV1U2KzV0aV1aibWjiBOh3bAdt1&#10;2i2zL3UDKsmDYauK01PV0sCxAxVzQeb8w6AuY2Wy9wADu7mx17879++zjNlPXV00FIUFElSQdGkq&#10;gBUkiSTBBAPEDTUZZ3fhl8LKQZUsbNgkkxwxE/GtG+v9MvXrJ/Wqqy7kvFcdxLCcwpiND/LcFXHI&#10;vkcNpqoww+e1FClZBCiM8scKRsNkZZdg99CddT/Vb6dOi+GYzW5fzDlrGqbAJSuP5Myji1CrUy1V&#10;UahwKGIyJ57TDcwdI2Khtm5gOAa1vX0LCCCmNpw93Ck6BdXzKkrR4SIBImIkg48MeHVV7XQP8L/1&#10;h+rPAkpvUfnLO+Qs00EFJNlvqz1YwurnzWK7DMImwKlatxumqsMxFqNaGpn8mGKsqVknfzJxHHI9&#10;M1QvVL19ZhxRupMvTjC8JOALTVmKZYxDE4Ja0UcsVBKzPTrWxxPsYJEfLeP3XSwLLYkX5NnlyyoE&#10;nUZ4gdPlFDbdLcBDzVu2+tXea0glJ+4EjAyJO31GFbK+RPRV06y/hGSjjeLY1X5ky9hdPl3MOMYX&#10;iVRhD48KaqNXHJiQwuVPOlVpJhuDAMJZCRd9DcZn9PbZ+ououCS1Zyth2OYpPilXjGX5pXr62nkl&#10;kqZkmSjSpqCZ9wINOASpOii6v3a3h3ncRkANsCVraBGJTtAUYwJ2zgKzozDs/btsrctGwdLS1aQJ&#10;nR4iBh4p2baCmT1H4J0jyV01+TwOtzZU4NgVNQQ5Rp46XC4KYU9PHSKkVXjc2G0UKwGMo3zdQoBF&#10;tzWLxkByt0BrOkufMKky707erpFM2CSjFKaD5rEsRWCGtihgkxHzmpkBN5vP2SsQFJUDccCs73ez&#10;fNbgDu1uOyR9pTsGwJIGqBtJxM41DllZLacKWxIgjThOoQcZPATRxl6iZUzdlqtq8PzdSUwSjTH5&#10;ZcLqTVyQYdJLJAZ/998y+Yr+VIsboWQkbhvAtxQepDPnUDKmT8s4RifT2mydS5gnpsp9M8KoanDa&#10;yqxDMBZ1qgklEdlBGoKCTyXRIwxDPIIyjQdvbkWYJATcMloJMeZEGOiRhhtx66DW8WYCxuW2tJ75&#10;37E/3vEk8ADO3owpE9G0yPW5lzdX4Tnmozjm2jEGJ4wk9PieHtR4NiDVC4XDURVbb6l/LpnKzTl2&#10;Y7pEWNZQCzZlwbL+aMwYfkDA6dsVxrpnJhuNZ5xzMdVE+F18EddFDeVaXEcVerqHCzQRzRm6NtjR&#10;I+6x6uzDZ2Y0Y2uZt3V0SAFJQQFTiFHZ54mhEy9i2KmhqMcxUmmo8yyE5Yw6OOoFbCJUZ7bMQocO&#10;aEbIhIY5YyVIYs7DiVzD0ikzJ1KzxiWD5gwVsudMcOlxrKODx1bUdHQYdNTyVsrR0SSRkqm2Jqho&#10;mIYFF93YEHW76Ytx2Ml3bR3gSX3UyonGQoEgFIIkfbiTB2cDTqsgVeMXV1IS42mEFWMADCEgplIO&#10;JE4mBBg1Poc10mH4TgFVjuH1eF4nj8sWCMZqeWZvmhKKZEkkiRgoZ2IQvYHU+08r3w7J+bssY7lb&#10;HcPo5aLB8YwjOlVhGK43PhyUkmIQ9PceE0ytD+jQUxDMG3XAVQoNlPIW+s+0tbXK8sCUkOFZ4giN&#10;MHZgMRsEwI66xb3h3WucuUVurWO8aWoFR1GSkBRSOABAgCfOlhiUtMYVjkqmhMdRRlvli5cM1XGE&#10;UiO52uw2m+lr30vyuLOs1fU4vmufEa1cTrXqp2qcRhk81ZpPloAXDkDdf225z6Xj3iuv5Cg5ZOa7&#10;JKunV7YTTnw2vSDE6/Dui9e2HV7UE02a6yJp6YLv2Ll/DCQCwPjb7uJ7dZpPmlwtGjSdpV8EfrXu&#10;CFjVTi649hWGRZmxOmopE8irpqKtliilJqJg7MsdgS3j7eGBb1TVy4O8InZXucYUmxDPtTDV11VN&#10;T0lXUNTUlRVTPFH5LlkUKTtsthYW5oNpAONeZXqJEzXuMWWsGoZ82zVnkFqmB3q0mkeQnzPOWzat&#10;31/PiFxoYGIpttwFQjia9xpwbCqKTMdVM0KkxDEqgNUEsN6U8sitZr6gi9+U7sbYp61WQSeqvcd8&#10;fpsPkzxjTVVPDUbsUq1dZI0a96pl7kcqp2BsplSwFY17ipz3RQyYjgEfykfkxUNUm7y42VFGN4gw&#10;tcEDjbCNU1e5H7SvczVJgXKtYIIlijOD1IVY12i5xumW9u37tuVuE0pcUAgx0D517jT0mzNl3KH4&#10;fmXsWrsmYTm3NNV1WxzD8uJm+OaqpoKRsrYdJWOlOssaMxeOnG5wbAWFrm6GwSVOgCkOY3YQ02Ik&#10;yfgKQMMGIP1RxCpir/LwuDAKODEMLEcX6aolxGqanlMhUuPKWOVQoYA7ySCQtin9dM61Wb8MyhHU&#10;ZSy/ln5Kers+R8GpML83zIoh+lamVS9tum7trxTmIIIFat7oOnBIHlS8VQt7E+9qdxJ/ieXZ/hdV&#10;lNhvqXx2pqVhamiyHWRf6dGsi/pMbwWL7LAg6nx4ozHMSwysyJwwNZGMLUGLobJH+iTRRvWpk+sz&#10;30kw/LNDUYlSz1uMwT+flStnw6tVafD62oO2pppYnjBCakN8Nb82AMSxlaeYwtg2FhVFrmgpz/Be&#10;BpWaI+7QlSjjsFAwt4YYVVjlXoimIUYli6odQKdAfLZJc65iuLaCxNV+08aWzKgUhcv4SwXRttBT&#10;kn/k3iB6/SMVtpnrA/fVO5wkml3S+n5JJFMXWDqGtza6Z3zGqfcasjkGXMtMw9zLuFbh33YdSEEf&#10;8g8RnOiPuSmOiP0q6ECJmlZSenplIUdWuoRVu8qZ3zCHv9JquM8maqZDYZXwcBTf/kl0lj/yZpxG&#10;5mxJ+1Hs2e6qaeulxS+ndTGhbq51DOnYZ4zFr9NqvXnYzXHJqmV8H2jU/wC+2m/P3RxE7mARtQk+&#10;UVtKYpwi6BIhIHVvPvew8/OOPE/Vec8itmynuScrYKxHc/yyl/5o42rMhpjQK8lkE4mneLoIzXI6&#10;t56iTwBzfjdxf6ajmJ820zCy5VwW5tbdhVN+xeIlZmgf62Pd86d7kzh8ac6foJMhu/VzPjgeP9cc&#10;ba/3zcwtmuK205SwXcNbDC6cXH/IPEzmaJmUpT7PwrwZJONO1P0LKn3urWelH2irZtxVh90kp5iT&#10;OEDXvkvBbjT/AJJsY/5Vtxl6+0p8QHpV12oFOMfRSZZQabq7nVQRYJNmGokA+uTdzH/Wulud+TMG&#10;0PubKSRf+VGHLt5unDwzXm2uus0nRbFVVvK6y5vpyfE4pSzX/wCi9O/JUObcNa4fI+Fsx1ukVSul&#10;var8fdvwrEJEV5bB2zTM3RnM0P2OvOcELXtebBpB/wBHqI8lLmfCD7z5Hw+3fvVjT6pubRftg/ak&#10;+2mA0emmqq6OZ7kRhD6hc30/iGip8rN/0kws35NizRlwN72RaLd2DRzVy/8AKsw4Zt5g3p/uafaa&#10;33B6aQ+JdDOrE8m+D1U5xpoAbmn/AJVkiUH6TPgsh48QY/gMgJOTaRV7WE+ID8xUjja7tnAhCfaa&#10;8WFATNJyq6O9WYi0X+1Dm8N3QjBchHt8JMAfjzR4xgLsAcpUtu4/0jEh/Cq46Ly3AwaT6E1oML20&#10;g8d6PdZ2DeX6rc4wAX2o2B9OSPb2fLT/AMOCTletwiTE6AR5cp4S0iLE6VOInaxPez1BBt8b8VtZ&#10;nb6QA2POTPpj8qVttkEY0Tfrx0e610+Rc6VU/qvzfXw09DU1VVhc2XemQinijhN4nanyxFIokttL&#10;IysAdCDY8EbFZ8HWBjU4KtRPcq0iVNUFchjcgCQdz4cPBd2iCg6TjtknD3xFWU0tTm3ZVfnTrpv6&#10;nMVzDjCYN6nq3L2XEWnqsHwaDJ2SnlhikgjeKJpZcJaV/LVwoZmLG1ySdeajv4mcyz+qHrD5MIgi&#10;OM4UIork7QuWqNQLsSfDx4aZIREjYaT3bYiZ41uCekLD8Twr0zdF8PxrFnx3F6bA6ZcTxqpihgkq&#10;pyzM8rR06RxqWJJsqgDwA4J/4PzRp6lc57oVlvkbE7FzIBYZgwb/AIrZD4Hx4K0AE0y0CTAoBvxK&#10;YKio6C5djpcTmwmU5oobVlDHRyyC+E4ktgK+Coj1J8U5smRVNPGylsPiYG1l8ysvp9M3HUPAphKR&#10;PTyaSLt5BkmaoMxTJGaK0SH/ADvY9ELG6Lh2TClvZpgRPHyKvijCj5KMgdmLVB7/AEy8EWW3iFqB&#10;CQD6/uokTbrUcThRY83dJsfnNWkvU3GJUmOqx0uU1UgG/wC5hFxxyixGFmBajiH1zD+MnBzb3adM&#10;AkeprzzIJCSZFFdzH0gzNSxypT51xSbyzZTLS5cc6a+GFj2cfaWrpypK0yL7felP8X4JVDUgKC9n&#10;uotXqS4Zoo+ccjZmp6wU9XmWsqHOkd6TBUZQpGt48PGuvM09RHNEw8hPdWUKAzgj9A/a7W+HCS5d&#10;aYBhRx29HnRxlrcFSZ2ioeTsn5ioseoGbMFdtNZgqSNUQYe0bmTMNCihitGr+7feArDUezQh11dm&#10;RMuYw5UC0DsbNLfRe2j24Ft6HUflyAZgbaNLVCkpIqy/8HzA8VHVbKPzFXUyQfPosK1FPhWxiXPv&#10;hko1k1t/j+jmnt+DPjOHYD1Y9ROM4sF+TwjpzilbiAlRZVeJMZwxiCjAglbGwsbk/RyN8juAHD5U&#10;Hcg096ua3MPU9glbmGh6LYTh801NVVGfMIdKmhknhkjEeG4jITvp2VlFl94g9r304f7JPro9Q2FU&#10;GWqSuwGnlnxLMdTk2uamwampYKOCHHMJihMgp9tg1JLVqSDcPsa1u4zt7+B0GvHMnEJ2cYpuzn6N&#10;+hueKqeqxzAa2rldGc1NZjmN1b75I5VLAVdXKtw3luLgg7bEWuDUv6wcXqcW9dHWCadzPPNjcm57&#10;anZhsd9B9B4zl7p/NADiTQ+ya7m9bHE/hQ9dNsLo8D6d5CwbD6cUlBhOC4XhtFSx/ZjigoYo1UfA&#10;AW4yZQkQ9QsvbdVapG23xiY/s4PWyABUqZsrTbK8qWvDGZmqHZXTui3QDS1jy7r6YxFRKVJJOqvc&#10;DKoxGRnWJ5NLiPbuA0+gcQXIIAiqKOmIxr3C+Yk3n9V4raPJWUSK3x8qBQb/AE6ci/P3f2yz1Vdl&#10;Jgk17m8FmCuzZJmHMUuGw4ikJr61YEoIqmNFRKl0XaIwPAaW5GGe5hehSkInTwgcI6apdABZArX3&#10;9OeQvTnRdBOgtJ1Cqso4rjVJkzLEOL1ud63CcQqpao4LTtM0r17yMSW738fo42DGOpcSkx1OYoR3&#10;2xHFAPb+7pyNL63zJxUKbUeuJ/WmUoE440Yahyd6CQ3/ACT+kD1J91kqI8nb2vpazDX7uBdivWGp&#10;hzfTdPajqTVU+f6ym/ndJkafFqgY1JR7mTz0oTL57RXRhvCW0Ouh4bN7k5zoCiyuDswMkdVLvy4m&#10;IxONC9gPSn0xJl6pzfhHS7IP9TaUtHU5vw7BcujB0ZX8pg9bHCYVIYhSC41sO/At6jerTB+lucMk&#10;dOc1Zrx+u6hdQKunwzLuR8EjrqrFJFqpvISZ4WZTHEWBG5rXsxAO1rHeTdhG8ebpUptPdpHFZI4T&#10;sx4cdgGJwFMXDaUFKTgVUI2U+mXQjEsBr835ZyTkn+p+FQz11dmqhpcD/lkcdKpklY1VNE6fowCz&#10;m9lA1I4Y+lpeodd5TrguOVCyAEs9LiBGoDH9wDS/fkBnKLxh1SVpMgny6JxxikXEjoptq+qHpfpK&#10;Zli6mZFw5EAEkMOM5fR0IvZW2zGx+HI+eun+ac6dOM9ZSqctYlHLmHC6zDKSeehqD5VS0DeRJZlX&#10;7Eu1u47dx34LN0w+1mDSnNgUJ8pp1huVjopDN1v6F4HmLLOO4L1fyrbCq6CaZoccwxiYHkEVQqiK&#10;c3Ywu4AAJ1t424UL0oZ6x3H6XLuN4RUlcaxmjko1wTEInkgpYFqo4BG0pEAeR22ugW3ukWB1Y9Nd&#10;2N093N5cpcZzd5bSGUl0aIBASASMdpPRxkVk9u1le7uY5As5i+ptTYKgEjEARPmTMRNCt6m8HyHS&#10;ZQzDiWfUfAsvYHMcwjGcKEL1M860E7yP5ciShUEW9GLi19bjQcJN6/sh+lylxnqtnbqPmGsh6wZq&#10;x6mwGvkye1JV12DytglOaWF8Lr6mG9MyUQZ5lCSEybdwU24Gc03e3et8qK13Lq3iU6ftJCSjwhfi&#10;PEeIpmOFKLrdvJLfKkqW+pbxCY+2QCkFIOJB8x5U7+mLE8dbpt0uw/LFFC2Qly9SVmD1dUS8VXE0&#10;rF5UqqJZYkcmQbYdzDat1NjcZ6HBcZy7kDptn3DsJFfl2uwbBcq4zXt5u6nrHwClMIZqdTLZxIrK&#10;kZW7RklrA2ivdy5W/Ykj/Wzj5E/KgHm1hoKHE7CkT1GjEpmDBZcwyZLkxRKbMclPLmeiw0mMSzUM&#10;dcaeaSNJL71jcqshA93zFvYsOWW5C6pjOmTul2TMfZz1AwjEKeqzMlfNZ6yn+TxKT51ljedSrS1S&#10;K9nO1/gVJmP6d8o7jtAt3FJJQUkgiNsGMPShp2a7yWzt+w1cJJCVcOOGHvqvfMnRdul3Ujqj1GoJ&#10;o/8ANnj+FTQ5cwfAcPpo2w2oV8t0Iw+EgxH3UwqRkTbYo22/uHguCopM045SZfrMSpcHhEsYTHap&#10;meniVJU3qphvZiB7jnRTa4IuOdXd5726yrK3r21tjdOoSSGgQkqMYYkGBtJAEkbMYrOjerMrzLMr&#10;XdWyEkACQox1bAPdNZOomLZl6D9Hsz9XsnZBxbqTWYfQtX4h08y7BA2NVXmIwEqU1XLTibylcl6Z&#10;JFkkW4Qh9pIZdZsUjy70l6iZyy2Y8Ur8s4VjOOZejzJVxil+aoqKoqKdXp6WOxu0YLRh1O21ze9o&#10;bzPeHfG0yO5vboN27qQVKbEkJQkSBrUPFqkDYMSQKilveTOWrC4ecuUJWBqCNJwgSASYwPRwrvpf&#10;i3VqbPWFYNmXHaPBf5hNhcWN4LgOW65atonan8//AE6vxFysBMpjEojcbt22wIJJ/wCmj1GZe6w9&#10;MZMSzdi9B/nDjplhzpglQkNTgKCpxmshgqaZ7M28/JKGtLIqbdftNujLcPfPMd+7Jxl65IeQCFNw&#10;O6Wn+lMAyI2EnZMUR7n9oTOcsoVfKxEyBEHgDs5ijP53yXmiTNuDCnmqYcrUE5xrB5Moz1NJiQkp&#10;8P8AlHpqh9xhlifz5GClVYm1iGRSDBZRw3045m9PHR+jqOo2Ho9HljLSYJhOKs0M4RqCkijqJYVj&#10;ijErxFZXW+wMT719eQjl/aHnuS5eixsrNtzLgoqSvUEFalGZKQZJSSNuMCTtpDkm/l5llqhuyaC7&#10;QEwriZ2Thw49VFMwrqN6sMm9cs8YBhXQzH8ydNKvMmZMQiz/AFEOENDV0Rjqq6nXz/5vUVXkRTp8&#10;rCRTLIE8sLFsW/AGrMO6T4tVCiw/PmC5g2QUzwwNVsBMqJGxLLuAT3u4I0v48ZT2773NZvaOt25P&#10;drSSUDVAkYEccOG2ja77ZLt5aEJSkmdkfpR98IzLmqqw56vE8q12C1KSVKy0ckcMrrsldU2+S0gd&#10;WUAqwOvjY6cL11F6d0ONPBHlGKTEa7HZ6KmqMsZYo6gljS4tSrBNC1PJIdobYZpVLL5aSb2UKwbr&#10;Lfb22GYWTb99aOqsAtt0OtKKgXZEH9npUED/AFxLiUnSIgjGl28RRcPIUlpQbWUGUkkTIMwkYA4a&#10;pH2zOFLEY0tLFPVYtGMOw2jRJ3xWsmRIvfQsQwbYV29iHUdxa99E7DkTAK3p7V5CxXMFRDjecBPT&#10;5exDAqT5KaGejDznzpImhdUUgBXbbuXQBrghPvLYZbndm5k6rkuJcUAFNJXqQUmfE4mEFMwACASM&#10;ZMzT+d5JbOWTlm46o95EFKSkgjpMpkY7MeNPEksglHlqGjS3nbt40bsVNrG1tR/DxW39SM95dxbB&#10;8vTV0Vdmijr6vCcOynUMlREaamookFShqLq0bNKwXcgHuEkeHMlcv3iy3MLC5Q7blu2bSkFRw1CA&#10;fOBsPXTxurti4aZdP2447MBHt69lNkONUdVTS1pVqfCPlYMSXFJT5asJvMLJoQysgUFv+JC3jx2w&#10;+Jsv/wBUYM811ZguVMLxGTEMx4VkqCmNRJiJpRTMJpq4B1c3SMpGyooV2C7teYt9uW7bN4x32UHW&#10;uSUmfAnw+GdJBO2RiTjto4cyC4uLdNw0sa1ASABE/wB9xJ6Ipnx6kxSpw7FMZySaKtzTiFLBS4PP&#10;mGoqP5b5Pm7wxWlD3ADs4KrdjZSwW1lz1Yyn0cq8lYXm58MTKVHSllOL0AoBWIaqqpfIkRkM3zIa&#10;MzKoDHaFa49w2Q9i15vHk+VoGcIbcuCoBLiOAOoYyDoUkkE7ZB2yaQ3dgWWP8pbSkx94iQeE0yZY&#10;rM4UuM4lhePSR4hGy08mHV8RkcSMsVQs0bhY4xCUKRMWK2beLakWBbDMk4fjOPjAsq1cea4JY6Gn&#10;rMXy1LFVrTwLFHJWTsAHvsD32gA9lv4cn/KN7MxYyBdxmwbLoKtWnBJbElOB2qIwMDowq+SXOphw&#10;qUFaIgpKSNEEmcYnp6MKXcuJpR4dLiGI7aJYy/u1LpGPtlYwWdtoLaePfge+obFz0uwvH+juWM3R&#10;NT1EC5gxTFsPw+lopMMlSB5qaqnmiRJnmjD+YE3FtttRpzBHtKG6e/tinOWBcZfe25J75bitLQBV&#10;iElf8R2BKQro64w3vfy920V3Kih4pJ1xp0YSF4bY2wBOHWKZ8tz0mYoaPNj4ZLQYhLFLRJHU1HnC&#10;NGdPMVBHI0di0QuQNbX+kHcMx3As+ZdxDGWXBs64nhVa09ZnDJb1gppI54vOmonhq4FkgiqbXeNS&#10;21bbWIAJn/sjFtvru88p2+aubq1SUKU1qJWlQ2KKkJdS06B40DHDBRohyfNGszy1aVKQ+puR3jer&#10;CcSkhSdQSuPEAdmwxFKpVICi5AUbbNqfpJN+DN05xiXOPVPHcLyXitPljB8Lw/GqmPHcaFEKyZKW&#10;nNUkUSTpHEJZ5USOJLg3N7gXsOd99+LvMrJ1hqyRcFoDSPERqBGJgEhKcdMCdk0K7vNXb28Ldoyk&#10;gQBInHAkjCAJGE4iNgpNZqxibA8IpKz+r9XmWaor8KwZ8NwKLzXQYhiUFA9S4JFoKZZjPM3cRoxA&#10;JsCDWYeixz7n3CHxjrvg2O12f6da2mzrjE9fRUOEeXUvTmHFjWUcHy7osY9yIOoDKwJVgTzov+y3&#10;MszXd3mZuQ9BUI2QDHiOhJAEhIEYbTWM+e9iN/mX5q/v35dAOhIHGRgcBAxMBOONJ+bPOIYbljqB&#10;j03S/MML5Ckr4sPyzRRYRU4jmOKjpEq0mwmOjr5UdakuY4VneGTeCHRO5WOE+i7JOIVVdTVPq96a&#10;0j0TpA0tViuJRRuXUsDBJWUdLHONDdomYDx5EO8O5F7k7SVvFASs+GVEEgccRiOvpB6Kg/Peza8y&#10;xKVP6UhWzyoCMc9VWcMv0+HVVZ6MOr9VDiyvLQ/yTDsj4jJsQKSZosPzRNJTk7xZZ1RjrYaGyqh9&#10;CnS2EzS1nra6cA06NUGGnxRZ22Afup5oZj8AOEVhZKfdCO8bTJiSrTHWYBA9T6US2W7ynlpSHEiT&#10;t4UlYPWnmqrrcOoKb0OdbVlxOoTDoZ6/L2WqaniaRgu+aWTHtscYvdnY2A15Yl6IOgnSrI0ZxfJ/&#10;UuhzPVU+GLLmyTLUlFPV1jy1DpE0sUVRVOoU2BRkEYA1ZtSc5tzWsqyu2bZy1Tb7zg0rUFTEY6yf&#10;DAH2gDxEzEbRlv2VbvWNitlu3fbcuHJCpGEdMkj2UFXrU6+Z8wfCMs9N8vdJnrczdQMfiyzgGPZx&#10;ixGkwDDhTUfz1VVS4g8VBGv6BZBTeRUNUSSe7GisCVtVWhyliWSscwfM+YqKLBSi1izVtQHejM42&#10;xVPzEa07KwY3V1N/BWNjyJN7M9zKx3nYfy+1ccukAhZBASpsSSgiVaUkAnxRBxVwVQ2zi8csc5Su&#10;zC1uDFUREdAIJIHWenEbK1gus+dPUj0z9dfRjqz6begeecydZIGmynm3+q9GMKwbNmF4XNJUV+BQ&#10;UPzmYFhpnihLSrOF8olJZYAxik5XlmvqbFnHIr9Pen2LnB8zYzRNjWXK2gInGPUkq7WpDUymHy3a&#10;RD74a3gPdZd2d+4+ThxxjObtGthQSVJwhpRx1wAdQAUBiMIBwIMTpkwevAHwfvSCAcdJ4kGAdU+y&#10;OsVtl5b6IYjgfV6frhnyufNWACGlopMmY4kUVJlLEsPkq3GLUcVMJBKJYqiNCr+9GFSQkOHIbenG&#10;TMQzT0pyrhU2MUuQ8bp6++JYfn/BWFDiLR0ZR4nNXAVBKrcsgYldvbwFG9u8SLHOX3UtKuEFGHdL&#10;GseLAiFD2EjGaFt1mL7jZSEEKSBsjUcMduwA+lKbq/1YrMhZ0x/EsP6aYz1aw2nwKmqKmk6O4lhz&#10;5lp1evaIeXSS19I7RM5JVmdBdJANx0K4xZKnpTnGTG+sma48b6Y4VhxwbB8SyFHiMMcNeGEtLBMJ&#10;8SBpvMva0jeQyHVr3Cgt6+XnGUpGVW4ZvFOJUtNwUYokJWQUNqClAbNPjCo4YkK5irMk2za2khtY&#10;UNQVt0T4sRImNnXtwouYzr1L65dEKP8A2aumFN0Y6+ZhzHhGcM4ZP9Q6YJSrWYIcQho8arfmsEw/&#10;F46uWKFWVGiCzpOsZk2oVEr9kj1K9N6ieky7hNTT5f6gyLNNQVLRU1PhMlNUFZqegqKtvlyHt7m6&#10;xG4qA20A8Kc/7Hs6bfcuVku2CgkKSdSnEqTIU4lMqwMg6QAIBOkkkUW3tu2q/dc1ardQEjElJ4qG&#10;2Z6B0bNtBp1v9FnVHFOoecMxZ2xCfqt6VcwUWAzZmyBWYhj2L5swXMOFipoazMOC4a8WKQSrMjQS&#10;tRxOg2JKwgkmldXF6pzVmYY/U4XVZYjz90xxynlrsTx6F6aqWKtjS88U7UsnvCJkFpBFb3u51uEb&#10;bIMvNs2606bW7bIShMFPgOyAobCNqZwjYIECG3YtLhtstr7paR4COA4iBwOw0FmH9FukWPZZyNjO&#10;U+oFT6TfUl06FBlfpZhlNTyYK0eX6mtqEoIqbDMfiEiJiNKx82j83QxgFUMa7A+68ZdpOonRHGMS&#10;zNmCpy/l7p9WLi2XsYpqWrqqyOrp2koBFWqwYTBHuskiTRqurNtK6nG4+ejJN62m2Ed49dJhaZSE&#10;BAGoqTs0A6sAQpROyUjAvuGWra8LKDLjqQqZJSlKRMlPQdWImTwwTg6dCcwZO9PHrmwDpzkHCUzj&#10;1j9UmDxYt1HwvDMVwWmyxhWDYPSxYt/MsLgp54paGGo+feZKaWmnnmOkb+SjyRgZk3LuXOpvTbB6&#10;jM2bpsEzbhaVRp88YHUV4gxJVaXy4poMTMFKjNdWfYNxJW7DcCZZ3hv77K81X3DAcZVEtK0jSDtU&#10;CgFasNmrAQQNho4S1cKcEEajAkTAGzFOjo6VDzqw/PWO9XumnVh67I2EL1AyJmaTBcMxnp3iP8uo&#10;Fy9Ts3y82J0b4PhtbX1ZcKFMdQ6xqqMUNkI4YvK/RbJ+Rco4dnmPqjiUmPZkiFRl3E8VqacUWGzx&#10;AeeaajwpGjWJpNgZJJCI7hAbmz45vdseaZrvLcZULIFm2MOJCD4kqAKNTjhQqfu06ULLgBVgkKKI&#10;vsd8Li7zl61Wk6WyQoBJAIMQSTBGIIgBUjiBjVSTevz1Idd/Wb1k9JVX6Z6PMfSropPJgPV7KmEY&#10;LXmTHKDGYIjhoq8WzhNhEsMuxJ3pxT0E/wA4iGdTHArywhFieB9RqvB+o+X8PhgrsDzJVXwfDsTx&#10;HDaOjpKhKqT5iSlnNfWBld7FqaRQ0aTDtYETpbZjlKH7V5wqS40PEUoWpShHh1JCEkYbFpPiUiMS&#10;dNSq/e+PVrI0AyNEzIjanGDt2YVZ2M69JcPzP0xzlX4njVDnPp1QMMxnBso47i+MYphldgjeTHiM&#10;FJgK1Ahf5cvBWQKiyz0xiUsd8JC3+Tdd+lMuD5br8p01Zh2NOMCwGXHMMoq553qPJFLhxxLBxIAi&#10;g7YTPURbQV2IqqFAnTne7ecqW+08rUgFS9K1p06SQpfdrHEyVaUqmCSVElVFiLplkqdbWCkSTgsl&#10;MGCIH2iRhqAHphShyd1X9KPWaLOPUHJHVqrWrypDXZjzZQ0mL5mwdsJhwKtq6asxD+ruMtAkSieO&#10;ZZ5VoisrhldpDwUKrD8Gy3hmH5gx707VORc6ZQhqs0JTZaeqwnDa2WCBLxxSYdVVNN5g0ClzHKVH&#10;6P7RHI6Sp+9uXW7fNTcMvQkatKlJmRxQlWMwZ1QZkUW2FmzfBQQpUEeEAJgEA4EgQSQI/aGeANA1&#10;kKas6o1WfcH6b+uf/PL0w6iUVNlLCMEx2myVmisy78wZY6iVo1wugqJRKo8sLWfMor7hIu1TYAss&#10;5qwzqBVZtq8w9K2wPA8yHF6SqzkGrcSxNcxQIkkfzC1Er1Fow26QIjOb7tuhZZUcyt/LmWEW9zKm&#10;9BDeCE90SQdMJCQScBJAnwk4wRZkudXLbmhtoBoDxg7RsB8J6OgegNHGqMCxvIOF5Py102x+kn/q&#10;WuBUc2Qp48LwmgiyvExoZUo6agpIY43KQ7aZS0casoXcqXVlV0zxShh6Z5U6iSUlD1Hq+nxanxvK&#10;WZ8LppaPCknnWFjBHT15lpVSNBJf5MoxRTdD3R74ZZcv5q/Ya1WqbgApcbWUrWQAQCSjSuT4f7oF&#10;QSmCAKCClqUhTchIVj4RC5nYICYwAwnxbKB3rRgGP56zzmvoauOVXQbBerOGw4jgvW7o7jVdhOcq&#10;zEcNeGRoN9TlyShJCr5emJ+eY2YCLaC6rnGMU6cZzGI0MPTDLea8ThmeOtPSqlpvnIozLGY6iBai&#10;FJJiW0ljSIpsHvuSCnCS1tc0y9aFqu3mm9O19XhwGKVEExOGlRUDMwBgaHSHGWdAXCkjHxGRsggT&#10;sOGO2RM9fLKuT82dLYcNxev6w5owXLlJFT1nm+ofFv5tCVNI8dVTVU0Enl01iI3Seardi+9UjC2Y&#10;kyp8t4riGdcbybQU1XQYfhRiGG4HiMJm8qpWp3EjCETbKyR7jJH5LMWH7nJhN4wi2RcqKFpWDJBj&#10;GODh2Y7Dq2nqpBnDCBfqZRgyUApJPhmdoAieI2HiOAo38+NYMmBLmF8SpnwiophXDG4aiNKV6d4v&#10;MWRancFVGBBV99rG9+LhKJMFyjU4diGB5ZxCLE6qepnwxaqpocRwyo8pGX5aOveGppluVdR5DJZf&#10;dFgW40i4/MXoUh15JQkCYCkqEmdRSClR2j7gRx2xVsjtWNC0KA8JxxUAdnAiQRjGBA6KZIpI8TzF&#10;TfK4li9BUYLTo0wEBfC8Qhnd1XfN5MkMjqYW0jkV03DcAGUFT4NlzPedulOOZhzXlBJa7LFVNU4B&#10;nrMcUr0+I0q0slOsUwmgZqklItiC5W6oTGC6uSLMs2y2yzlu3af8Lg8TaTGkztwVAGJJkDjCjGmk&#10;2QKFy6/aPnWhBlBOrTpkxqkCUgSFDSTjMYmkFJnnIeX+rtH00wzO1B/PsUw2XEqnpVhDBsQpoxXw&#10;kVwSnqFWmh3VEhk3w75blle0TLwqOA9Tc69Os0YHRY5JV4FSYVWRTLlovHRinndfk2qI4a+IQrIY&#10;yV8uSNVkSysfsso/z7J7W7tSpIQtSxp1TiRtiUmSJ2QRBxBmo8zTMru3dT3stiU+EHTIBwUNQACs&#10;JgpSDsPSRVxjLmBZiosRaWhgqZMapEwuoxGEtHNLTI7TRoKmlZJVCM7PGyOCjHctjwfceoKPE86Z&#10;DxenlyzmrBq+lggrhkesxBflTB5RZkSlq6SraeBV37VlZSFuA1lUA1m7ebsX4S82pKiZWlBkHpJB&#10;RpV9swNuOMmhdvM86/ZtKCUrSNsqTJn/ABVDHHZPRSUo6rF6/K+YKV4Mcy3iOGVlVFS1OYxgIqMQ&#10;jSoMsbRvEtZSinqAfLUuiyhT74V/e4a7LeQlwqjpM7V+LS09BW1FZQ12favEsVxN8u11DPAFNdLP&#10;HQTUcFQYpEqNxbeXB3qLjkP5xvu26+qyCP2iUpUG9KEB5CgZ7uCpLhRIICY0acUnUJtlmcML1tuE&#10;LLekFJPiUhScFo2ElKoJAMwTNEvzl6ksszZ2zH0KhwMYhmzLFFhGYcB6J19DgOGP1ByziOFzzzVG&#10;Vvma6sgxV8NMIlaKII0QjKujb4mJY8zZd6mN1cqcaqJYM0/y94MXzVh+SJKWsfF6OR2l/TR0608r&#10;WdwplEKsgYEa3sPMsbsBapDRLIVKQXEwBGM4kiZmBqgxxmjDOra6UpoIWlOrYcPEn+j0mI2jHEET&#10;Jo5OC4plWh6fYFQ4c8nTzDp6b+rWWYszR/LyYfLFE1NFEorGljZkEd0XeyuBoWU3JQ+obUuH9Xar&#10;OuG5YqcOytld4cfxTKi42aWrZPMUSRPPU1M2he4kZCWv8e5X2ko3leylSbO5CXCkJCidEyIJAwQI&#10;GIgeU1CXbhkN7eJWcuUWHQ3qJUqFAgwVbYPThj00vVo8T/q//L0xnfjDUppI8fqKeJ71BiKidoY/&#10;KQ+9720WB7cP76bM9YZn2DJtbDkRcl4dLiONVSmWoiq3VZUAYQz0c8UQU+ZYh4xYgkEePzX9sm7N&#10;9l2d3lve3/5y4QE6lklSpChgVHFUbJGHRsrlnv5YvW93cF1et3UkqJ2T59ONAt1Sw/GMJy7mHEaf&#10;E5cQrjh9LQDDUAWknmRmKyPHJFUyFhtJ91yT2YEW4YXrLVVQ9TOSIq2I72y3iNPDO2v6R6aSAqCo&#10;YKW8y9tCQCfDkL2DaRZLJ/pj2R+NBzNWv+EWXQP9eScf8efmaAX0xU2DSem/HP5A8YoWxyoxBPl0&#10;IRVjxCGdR74jLWVRr25oN8lChZR/ee56vV7nuer1e4cr8P3C3xn1ddJsNjQyPUDH2CKLk+XljEpf&#10;+ZeFGe/8Sq9PiKEu55jMW/X/AH01GrKqKjp5KmZxHHGVDO5sBuYKPzPNtf8AC1y0Mn9JM5yYp560&#10;mN5nm2LTVL1EcMtNBFE4lgWFFpWNkNmkYyAg2UAXy1+k+wzR7KL1VotorUcEqUAvBJnSmJ2E41IO&#10;8bkqCQnxjxYj5+k1rAfj/RZzzj1B6TZQ6Xy5dGdMrZOx/MlbQ5sNHQYrVUuKVQpEXDZJ5ZJqxlWk&#10;nLLFCq02rtI3m7UswxfJ2GULU2LpUikmhrkxmmrJBuC1MiSRg2CknRzYHmUO6/alc5sFWLtv3iQ2&#10;pCkpMeEABRBKo2YGDxgTQdtt4lOOFCRwMjp/T21Qj0T9anU3qlS4z0Yxjp+me8CnyRiHSTMeSMuT&#10;fKy1GAUfyckv6aorI4YgPlwHZG3AMQqsTfiSzb03osxYnFj0NRLWVtLUCSSFqmdP9JZFBIWN9oYb&#10;RtNvd1twabh9rFpZ2ybG4QlpCEnSQJSEAmJnYY2iScaYvN5FNNkNoAXIiZjyFGo9Jv4hlT0b6e0n&#10;RHPOUaHI+U58Bnjy1jWG4XR1lGmW4KqZYhMK6LzGjYOwnDyOZCVudeCdgiYLLhi5dqKN5Y/lVWrh&#10;qpC20oQCN17k7h3Psv48g7tFaz22zIZw08gEOwgoTiUkHTII2aCBhO2DsNF38yF+C2tOlfEDbtA+&#10;NVleo2br/lfq1N6qMvZ1wyhrZc2zw9O8eyfQeRJUU9fTSS00rwvFJGIWo3RCi7x7+x/sHiaw3C6+&#10;twDGcAZKWlGBS/MwJTRsBulmarRWfaBfa4BKi99fHgtznevKrPP7XMErdcXdDSvYAAlITISZkakz&#10;BJjgcKEeZote77vGFDz6BIHTPA0ZbqB1b6V5B9SPQ31L0FfmrN1V6hsOmyzmyrxqrp0QUuE4TS5T&#10;qKinoTNLI0YqqV5Y4qmYpsNl+zctFflytzDhlHQYx83Hh2FxefNVwrIkVTUPtjIm8qVL2PZNwtpq&#10;dDwSK3rssqvH22HEO3lwkJ8RSIRCiO7gKOMknbxxGyg9kDX8vCbfuyvxEawenGSZw6OOwCKHbL3q&#10;B6edCupef88dI6vKmYeqXViviy1h+VMTxCjNbgOXqCGrroHwbz8NrCpnSa7z+RMrksSqe9GOst1+&#10;dK7OVVRrKuJZYoqZFhenkURyIjlV/TOjiV7RkuoC2v3Y8pvpl26rW7DVwdLL7qiZKVKKVq2+FKho&#10;AUYCvEMNgoVu2jbaCrTpXxJHs8vM0lvU7089GGSvR1l/OFfgy9JvUNnrGq3FsQXMOF4jPieF4piF&#10;J8zVEYZR4jSNhlNHNURCmnfzlbyxtiQNpnxnMmbcKr0nwClTEsHlMOGVcdReGam31CiaWxU7mCn3&#10;V0AGtzxXkPZjkeaWifz50vg94IIKVhKSEAEGSlWBUdqlSBGEBjM0uIKW1OaVKBOwGY4gzswjGfhU&#10;Lo76SvSx1ZyBBhXXbEXyT1hpKis6k4PPgtTFieFZipKLAqgYZQxSw1BAo5mjV6qfc0ss2+IeUdpC&#10;sgykajzv5nO1VTVLK1ctUqASywgBJxsP2jbx8dRbxAt92z21s2lFqykOtpAQAdUAjxIJjYk9EHAA&#10;g7KAGTpzd0FLuCdRhUCSJwjbH4elFrzt658tZXgy4nSHK9LgubcrYetHkWXL81XUvhFHihd6/AZn&#10;rYlLwQO52mJluAscge7BK9/Vj0tx3PHTDHsPyd01ps65qSlqKfCanG62ooKvAZKYy1sJpZoY5Gd3&#10;q4KV0W8aHaxeVbAcP/qEsM7znLu4tmW1hadWoKAUdOlUjpMwAIGAM8DQqsbS0Q+LgugrkiAOkAbD&#10;jgNU+lbQfon9ReFZb6pYJU56610OQcsYqyYpTUuBLh74Z1Clr8Pw2OOvmJEZp2oFaqgmjZg+sLJG&#10;drFivfgYx4GuMep2ly3gdTl/DMKkyxhAw/G2VqtqijpJ6aomlVPdjeaVGkMSkhN2wFrbjyQzEJN6&#10;EwUjTEHbw284ddDx0qFqJ26vlWT/AIUh4lVYR6YOi9UZA9SM3VflNCjKNpw9ygPvNqBYE31OoA7c&#10;2JMEhCVFTuttKhiL/wCtflsxRCUx0/KmGlKG3ZWkl1czhPi2XMHkSUpU087aHaSt42U97jUOeBVn&#10;OGSoxqvYdr3BPstfgny55CLdI2miZafGatI9FNYML6M5Ajf9F5yyyBrd/MnfxFvZxHYVB/vzpARZ&#10;hIgv4aOOWzF09wYp9geKjxZtxKKHJuZZnnHyseH1zsgB3A/KSkW+vjDWwjzpAQDtYjhhbKJQJrRI&#10;CjQsYBijfLwzQSkxyRqpJNlsCTrfkAR6Hw+J55wmYpNdrhHVS5p6wP75kDMftAHvb+nmFkPa9hfn&#10;kKTxFMsPCJIp6Spa6NDJvYe6EuBrpp2784mK+pNgPD288lQ4VpNykHCpQrJAB5hHmsS1wb2Hh25x&#10;2MNCLnlnEBWNO3LaFca5R16oCqtcfbZtANOdldRcWPifbyrKOitWqNNdzV29GbzPdsRZSbgD235w&#10;MRNxbtrf28dpYTXkrVFhva47H/DYc4NF20t4coVDGNtVcWEiRU2GqclWYhkYX2sRcD6+dNGALAXI&#10;9p4nSCTJonlW2nCOsG4J5vuHxUE2P0Dx5HMen2dfv49InGlqLsTBqck7C1pCNTZRpbx5HaJmYG1v&#10;v1+/nlEJFPuuQnCnWnqbh4yxYOQXY290AH+nmJojqVPbQjnkOyYIpLbKJVjU/wA4RJctuXvr3v7D&#10;rzpYSQD2PgOecq1yhPE1yTEVDlNhsovubQdtOcHRrnTXtca8caKQNtUZeSkRWT5hpCpt7vc3I5mS&#10;Ftuq3PYBdeJ1JlWBpKtKTxrHNiaIFXYTqQzsLDT6fp5kjjbudD24+6oARwpVK9McKaWqFZt27cQS&#10;9r9yND7eShGV231PKMmRT1qjCRTJW1UbtIEXYL9mJ73B5Np1s6+Ive3PLbwMYVd3wmRSZxer3Ubl&#10;hv3L5S/AH3dNfG/FRm2ICqowf3YIrH/oUg5SzdUtGytPKMUV70sVccWXM3kSgSPj+MuVFuzYzXSe&#10;HEykS+7pc+08cT9xpGzirCjL4jibRQbg7KBYsAPgO97+PJKx6XAv4HjqRRtgKSFTiQ8w+Y4UEXCg&#10;gX+nlfv4oEbN6Qs7X121VM3/AJDVI4VZsgaUx/SHzpRlLAS4f8U/KrBPwt60VPqQzEouQmSsX7m4&#10;1xvBf6Oar9cd+CUiDQGjoiF+InmH7eEz6poStAqrYA5Fwyl8+opKUKwE8kcDuilyAzhb7V1J17cL&#10;BJNG7DYAlWwV7m1h0K6AdOOhvS/F4cCyTVZ7wIY9hjQo9NNV4rTyVMVJQyTvSyVTIk8UsjNI1Oqn&#10;y0+wZFO7oD2X7s5Pu7kLtxdMquSpxMo7sKVpAGohJmChSjOkgwBUf53cXzt4hpKgkqQoggjTxInA&#10;4R7zVBvqS9TPUHO/Xzp/04p+tFB6fMcq8q5izPFh0eL09PlzF4qKpqqpZJMcq8NjElI9FQK+2YRq&#10;sk1wzRspNhOI4SaeOhqKHLUeNY9EEFHPJKlJMhjkSQAyTJuAG5msQb2tyb7nfRx9p10vlu1UASiN&#10;QKVeEiJMKgAyIj1xDVnlLZgKwIkKVjIJ49BxwGHGtbrLXW/+suIdSIM3+oyq6O9CK954s05Zp8Jq&#10;c34PiFFilNVYTIEpcHqZYnllFPCiywum0SbxcatMxGkxSipKpa2kpK+kqEmxalo4QGnkqHQl4VEh&#10;AYNusWJA1t8Q9u/mWW5pdJLCHQpCQ05qPhCRglROycNm3jFOXGXPuNKLjx1t7FRAgHjtjoj16qY+&#10;mOeukHUbPGW8R6e12d8qZkyvLhfRXOuO4zUmnwfDsu4fOseHYxUy0qFoZIflQ0dOqM25Wf7Qsyfy&#10;9/JM1ZXRRPW4Hi+YInipqatHy8sdTHGV3JDG5iJB3NYEi/jxrtQRm1heFASj8qgYHwrKQRiCT48P&#10;Ccevqim77SkockhR1QpXApOPv6aFn1LYp6gPTf6iYcZTKWWupHRLohU0OI47i+BPT4/uwPEq2OSW&#10;jrcWrqaXFId8awRiR13CNvdUjaeKOvwDBpKbMLx0cFCtZTGgxJXQCTaQqbWkupJu/u6HX7uIN2b5&#10;61eskJAWpa5S4APFiuFRBEaU4kkGDgMaXbw5Ity2Ke8MRh1YcKAvpr156vUGafTThWJ4/i3USTDM&#10;yrnHIGP0FW8lDV75q+X5iGgKVcccSw0o89jJC3lu3uqWZ+IHC4qDGISkeEtiuGiN8Ky/Ry0kBjop&#10;IYT/AKQ8kjF3V7qSDrfwsTyXN4+9y25QgPhDqiC6uQCUSZQkYBJJJEjqO2opyovKWtYSNIIwk4qM&#10;AyMRgPLDpqxfq/V5q6RYvhL1fV+n6aZ6qcTw3qL13zg2Ya2KszPgdfi5BwOipII46SmnhtLEkkYC&#10;GMKd5cAgVahmw3C6Sp3fzpqSnSCdaD3GZ4ITokZuAXI7MfHkEbvWDuYXj9qlJtyFKUCsAyFqAJUs&#10;GSEjZpwnbjUuv7yN2dqFOnxKECOJ6Bh7Kp/ydg1X1e6r5/yVBhzdEpcwY9ieb8Hn6hxRVaJQ4/j0&#10;SSz1uJxywSyw0sLFkemDBnA3XYglE1mWnxnE6aoxCnrqfyInQSI8UyQzP5N08vYCx983NrbVNjry&#10;QbfepqzYUhnulrgkKJ0pIBVGJURCgnCD9xEwYlFnTz10UJKNKVYnaNg/cMaPTlL1M4X0a6d49gPT&#10;3HMhZixDEq2Gthhq4K/Bf5rg1LJjASqavmrZY4I5YsOi8tVl3efOhdLgbp2L1OM4ZGcOSSKvy1Wg&#10;0dTUQQKtb5qwN+ka58pg5S32R4aHjW7eQ5fcqZedStq/xIBUVICSSrSkgSnSCTM+ZigY/bOtXa1i&#10;VtCDExiMOGM8ikl0Ryf0d6rYngPULGcLxbp/6oMqls05cy9jeOVlRlJcJqMaimWhpXiU4hAaSKsZ&#10;7JOTo5eRU28BT/NzgPyP8l/k2Gfyz+Yfzf8Ak38pw7b538x/n/k7rf5b5z/TO2y+n+twb/7Fu7en&#10;R3CdEemmdWrbs7zj/SxjjRR/N83nVo/in+LZGnTt2++rX/8APNR/zj+tP8+zJ/Mv5P8AK/1s/rvm&#10;jyr/AMi/qb/WT5b5i3y3yn++r5n/AHt8z/SPtc//1SMdPMTqsHjrsPwpnmxODyTmGiry1VCaXehg&#10;D3KKqK91G4E7lBBudcj8luCloRiejDYayAaTIAreK6gYDhGPT4e+PFIqWIyNlqupHFPWRVrwypMY&#10;XUM+8xA/YIuhYG63sPNdRR1FWppploKqOmauXEsMalp5zJIoWqfzpJ6eOMLs22GgHY6KBK27WdFd&#10;m4hJCXEajIhJJOO2QB04e/ZShp1KH5GPVRb4K2TCMOZ8So5cawmarTCXwTHI8Sr4kpqdyaGMU8FJ&#10;XVFQ77t+5veJsWFyxJbPUf1LzhkHDutmPV9HiWRsNxWq6ZUVEmF5rlqqbMWGf1gSKokpmw9qR43m&#10;pmfzEEu8KRci2mHm8T61u3QOKlKjbOw4jDyFBXMGQ5cWzDolK7wqUmDISW1xjGz12+VLHo3kLJWZ&#10;cD6QYlU0FBm+v6dVOcBl7HMVykuD4hl2tqqtqaeKCDE1kamkiDtAZIwFmUBlujC9R0lbTYlmXFJs&#10;MjqoMMramc0ENbJVectOzl0SVjUyEtYAn3jrfU6cjlxoq6cKFVnZLQ0lEgx0fOjmi9hfv48HXDsL&#10;qJspY9AAwaqw6shVp0qJFXzKVlBIadQdSL6/WOJ3bzukz0elHOXPLQ83pjVrTE7J1CJ2YV7mzBnP&#10;0wVs/U2lzpiXUY/yeliqKPEMv02AUHzUtdR0sMUNTBX1E8k9Ps8uQmIbkJK9mV3kzZyX6nn7pFjd&#10;flkpKWk6k/cFEgQUkjAgQeHViTUUX31z5hZ7z5ghrLgtIWpI/aaIXq0BZ8JMEJkoxjpmtV3pp+Jx&#10;i+GZLzb05yF0awiHE6CqlgwHFMy5ux1cOiocazDOF+ewjDMKEdQQZo4HdWDH3mDImyJQp6iehxcx&#10;dSen/VKhz5/LszZRmMtbVpBVGmxShnQxwLVU0tRMgmif3Vk3Wt2VSEInjc/6oLW3fD2aMFxxsKCS&#10;glIhYjEEqxGIxPRRLul9c2X3WaW+cXWVrQ6AsLShxOhWlJgp1CZ0xIIMwIxoTum/4zmF4Kmdck4n&#10;0LrcUoIBXYPDlXA8bw4ClxShJevSlnbD6EyUxp5Ena8TNGW953LNtmeqb0V55685QyfgeCZywXK+&#10;L5RxJMYwnFMWwd8SAYxMs0ChpoCkUwIjcXdPKDLtO82jftJ7Tv7VK/ZW3dImQVK1KPoPCPMCTx2C&#10;gN2n/WhkufZo1cM2zjHdBWJhR0GOgjGcYiZPRQU+mj8XfoT02z91Iz1inTDM5TPcFHTY1DguK0la&#10;gpqCep+Tfy3lpqd6qzSNJLtjlkkm2udkaNwqeXvwps7ZdwvG6ODrvSUFZV1EebqTGkyvU4riZbD1&#10;hDkVAxiiELzpDHEsUCIiQho0ADseQ+ncZ4vQoe6gkz9UOXoZbFmlX91TJWQj7sAeJ4Aqww4UZ/OH&#10;48eTIccwbDMk+nSsxumlxPD8mY3PnjNtPgJpsSxGOpG9YaDDcXEtFC0LLJUSNHY2PlkWPCuevLLe&#10;F9MMZwXpRi/VKSaOtqcvjE8DrsIOG4RT06QVUtRiMVNQoZJIw8aAItQ3d94LlSej3Z3vLb2eXMG5&#10;eS2AlISCsEFKZnUlKdQmBtMxs4Vk5ul2y2Oe2Tdy6pLCVr+3XrACRtIGkyTwMiMNtWRehDrzinqc&#10;6L4L10remlHkf+s0mMrTUeH5jbMtWqR4gESnnq6mGkkE4MbeZG8SKgCBPd0Ul/W3MOTxhPSrKUPU&#10;qPqTlPAcA6iVP81wZTR4qkKZBxeihpi1TQLFTrL5e3btnbcxJc+7bHT6v8yRe2uWLSVEjVtTpw0i&#10;MIHpt86Lu0rexGavNpQe8Q0ysAn7pJAjAARsMY+fCjZYbJi9U2JV0uW5sCxCWfDqaanxSSjmgmjj&#10;lR5pYWo6iRm2rI4DSBDdV9yw1pmzNLRv/WKpoYZKelnq5lpYaqZaiQKaeLRpESIOdPtbRf2DmDTk&#10;qQ4f74/AVG1g7/wubwxlX+hHzpb8MLkrEf5b0KSZq+KiapzZiYi+bWR9y/yjDgSvlKx026m3PZeB&#10;qPnRPmb5Ba81f6H9K9zDjPVGSTGqXGIccoqZacNJ8lOsolN5ZHUD9EQCQwtdvp4bKQ3MkxSMvKUr&#10;VXuYI+pNRDmOrxo5toDFJUzyLRRPLvbznddbxBf3rn3uVLbRBxFeaecSqZr3OWDdRqnDcXlr5c44&#10;ROtSVSOlpJZfNvNKpt+khRdB3O/jQQ2RjTyHnEnZIr3ISZ6q6Cor61c74RPGkFai0NLLUNO7TUsk&#10;SqL0yqWu4H2/v4ypKCYmtpdWmSDtr3HiqzRXV+Y8Tr5M74PS01XXVVWlJPJWOwVql2APlUjgnW+j&#10;c1pb2GJptPeAyDXuK3Ec8YljC4PXQ5hwvD1emqIvIxBqks6vjNfKCPl4JRbbIBrr49uMhlI41V25&#10;WrZNe45vm2qkwOvwkVVHXPBgk4mxDDvmBF5hxiGcA+dCjX2jtttc9+54kuWABMzSq3ulaSlWwxXu&#10;LLpljuUMs+gvp/XY7kOgztj1Z1MzTTYJFmCqxKCGCjXL+EmqKpQ1MCl3kEI3MDYLYEXNyuyQSsRh&#10;S+7eQgN6hOJpBU0dZJ1Ox10rmhoabAcKSWgSODbLNPiGIlJGdozJeNYmAUNt98kgmxBVeueasMzD&#10;huURhuR8KyatNLXuyZZOIP594YwPMNZV1I909rW45ftaCMZqls8Fq8KYFLwAi92LfTb9gHLrvwwY&#10;0qPUrnanejgrBBkOdPIxCNJomK4/gzhWWQEEFlt8Pp5fN193bOLKQSCnb6VkjZgdxdE9A960iir+&#10;rmJp8g5YhXGsQy+Jsc8h8VyvWVFDWwrJgWJxlo5qZldSobcNbEgX05fzVZnjNpkwWgnE6rNeajhY&#10;++N3jftfgPezg6QS0jZ0fpQKeSkHCYqs/BPTuivPQP1azvS/IyyURhpM0YlEv6FvL0EcqaG1+ND5&#10;rjF92AYYp1tuw+nP8VPE685WBg2iPT4fpTPd0s6f03Ubsf8Am7Wf5GX3fczjmFSL99UqhyKc3qlw&#10;cBwoKddMNoj/ABTia5zbVjpR7P0rQGNO9H6aKBSP+bo9Q5XGhLZ9zWBr8FrxxubOurKuXsFsuh83&#10;CqEn84+F68y2EoTPUBVtNKmL0x4Vt16odRwGtfb1BzkBf/gMQHMQzmVFv6uYJc992DUH7YuVezMq&#10;+1CY8hW9A6azp6YcCveTqj1JJHbb1Kzso/LE+Z482OwFssYGQex/kmHfx8vhY7mKpxgelbLYnbUw&#10;enLL8QKL1M6iOB9onqTnZj/5cr8z/wBapmAX+rWBDxJXBcOt9GkfEyswUnxQPYPwp9TJBwNeHp2y&#10;0WCHqV1FDCzFR1JzwCPp/wB+duYajNU6oA2XcDDf4v5Nh37YuIkZmSrAA9UD8K0hvpxp6pvTxlyM&#10;C3UXqFr3eXqNnUn6/wDfnyGmb50a0eXMD3diWwPDtB/wUPNXFxrBKkgeyqJZ6adI+gGXlMYXqP1A&#10;YAgn/m42dANTqP8Akp686OaqkxnzMu4EhcWMi4Hht9fZ+h4wcxCViBIB2V5LSaljoBl47iOoGft1&#10;rn/m4udNPqGJcxf1qqWsowDBNNCf5LhwP/SLhgjMAmToHlA/Cqhuo8nQHLxsr9Q8+i32XHULOZv9&#10;RxLkqHMdSCXbAcF3dxtwjDgCPrh5c5sSICRHkPwrZYPGm+foLlu4U9Qc+Bj9kHqBnQ3+sYnpzMM4&#10;SKAGwXBlGliMHw/vf/l0OLGL0FX2j2CtlkUy1Xp4wR0/5j3P2uht1CzqNO9xtxH9vHWDOCqFIwvB&#10;gxGo/lOHC/1eVx4ZiuY0iPIfhW1s4YUkMR9NOBTK189dQmBvukj6jZ8Fj9KYrpx/oc1xOdzYRhB7&#10;C64Vh3/Uriw5msD7UgeVWDCemguxz0tYK48lOpHUzcu47Iup/UAXv8Bi9+CtlHMcE2J4fD/L8MQz&#10;SxxDy8PoEcbnAJUhAQbE2PKXGbhaRgn0/dTvdNDbRLuu3pPiw/JGdsUpuoXVFpMPw6vxCL57qV1A&#10;qKYvDTySoJYZsWZJI96jcjAhhobji3xvMGG0yrFJg+HzFd3v1FLS7idx1a66k+N+KWc64BA9QTh6&#10;0oSylSypPCik9OfRnmrGsSxHMzeojqnhsNQYaqLBMu55zJTUEJkgUvFAlNWRhY1OiKuigWAAAHNR&#10;P8SioSs9UfWCWOFKeNsbw4rFAqog2YBSoQFXQa8FG7zx7vGNp2UkuzgB11tt+l/BpMvenjo5gkuJ&#10;VmMSYbgGH0r4rj9RLV1tQRCP0k885Z5HbuWYknx4Mn4PMcv+0pnIwxmYx5HxMAIgl749guliD4ng&#10;xbWYkU2wINFk/E2kwlfT/l2PGq9cNoZ81UMT1ctc+HqpGEYm4vPHLCVvt/xc2VlbG7AihmkA/eWi&#10;v/CPjjLi+iPSky7dEyD8vjWu7iUPp9SQxT9Q8GglY3ZJ87styD3IkxIH6eSkGOta1JOB/q0rL/CP&#10;hllt8tCtnuou/LgqkYUH+Z4fTiIW8/P2XmVVO01ObqaUW+Hm4g3JoTGdl2ppwfjC4/5l4Lre7Wo9&#10;VJXUBSjhRfcTb07ioYU+bcsSsxKgNmHD5Rb2C9YRydTNiK/5Tz7nQBkcW8fFeCmwvCknARHGkbrb&#10;i1AAACgFz/hPSWsiSTCpMv3ife8lHXUDBgAR7zJOe4t347AYgkcjSmTywkhs5I18l/bb2cLLi5Qs&#10;FGyZ6PSjC1aDaY40FdHT9OJsYwRsJhw6fEkxDBfKbDbSMF/rDh6SFvL3XBRmU+0Nbx4GPWd6lMo5&#10;haQOqrSzXZr+CHgc3sfBYKRsFGjCgUmOirLfwc8LyqvV3Ik2H1FG9fUVsEi0lKYgYt77toRLAWva&#10;1tOaev4OFbhOE9UvUhjGYoaWXL+FdOMSrcVXG4op6Tyo8UoJiZUqAyEAJc3FuR7kxhZPVQVyBQDy&#10;uitwr1IYdX4thvSfDcNrKygq63O2D0/zmB1VRRVCRNSVoltNSPHIoMe4NY9jy5XInUilqMz4hlTH&#10;em2UqKnrj/MMuzYZgFFBJKsdPSioEqlSGkDsdjC25Vtb3DcUtZhESKE6FJ2EYGmvNPRRaemfF8K6&#10;lZ1ikiv59M+bcbeLs206z6DwI+Pt15rt+pmsq6n1udU3rEhp8QOOVUFaMKUxUxkSh2SGJbnapK3A&#10;vp2PE2W3IN8CNsmlWSLnM2x1n/fTRhMqwU1NljLlNRPUS0dPQUcFJJishlqmiSnRVMzm+6QgDc3i&#10;bnk/KEkYz3ltiCSJ729pEDX7+0nknBRFS5mZAt1T0U/cG3MuKo9DPUwDZsNQgZ/bE7pr/wAg8ZuV&#10;mo0DYVXuB1ieI0VP5l4g0oAZgdwGoBI+1wsdvyE4imHWTpk17gLxlazq3hgUH5ebEaGG5uRYiDsR&#10;fka50hQUsnoPwwpO0sz5V7m7tmenxp8yZnmlppEWfEq+RUnYKQpqnKjazf4bcANzk+ZXLwDKFKMJ&#10;Hhx4Drp1LWtWHsqi7035o6M4B6eug+G0mZMKqKPCsl5Yp6fEaNBLBKqYPToZElii2sGYHUaHhR/U&#10;31Zk6MdF8+9RMPw+nxDEMCWlw+gFSd0K1mIYhDhsZlWnZHKxtOHZQyk223BIIGm4/ZXmD+YpN8Ft&#10;to2zt2gYbengKOrKxlKlEQE9XThs440dvp3UYHm7MeWcuUNa6w4usmJVCpHKl6KKBpgyrUIEIcqF&#10;1B0JI7coLz/jdD1bq8jZyyLlqXBc0NUxVOCY9RZmzbmHGY5aQpM0+zExXNBFBNKQqxSs+43uQCBn&#10;+jK1o3dZ7pf5rvQO7wTLcEYuCJSPEBiRPGcRRrebtNPsh1GLfA6yV4RiUEEAAnYKO3heEHDaOaiq&#10;q9sTpXHlqlXBRxIsdiCpWliiU3B10t8BwxfSvoT6ns1dQ8V6o9Dc25ezr1Cip6Skzp1J6q0Uro+J&#10;YjQUlXPBQbBaJYYwINiQL5a3QMdQsX9p+6rmR5U9bZgUtIEDFt8reMAq7tSMEoScIVpEdOEF93uz&#10;dISshSQuBKlJUSowCYgwI6IHrQf50zv04yThmHYXnCoGB01Q00mHYTukRpEpZtnmHyWAKksHG46k&#10;g/aGlnLdRMX6G9LsWxj1EYhglT1Fy+sEeJ4P0/erhiqJaiNXp1hixQq43DdvcDaQpewsVGH1v9MW&#10;f725jbO5NZvs5c9qKn3AO5GlRCilQxIH9EwdtL7PdF9TQcUIRxVwphy9jWFZ1OH1WU3fEMDxJJBQ&#10;YlUwtJFH5EzxTq09MrR/oyu1VZ9+7TQG/IOEetHpjgeZKfLGcqGsynmKmiw/+awQRVOJwUlfPDHP&#10;UwvNh8DqI6Pz4UknfYjO+1NxVrGOZ/RfvY3fG2s0rfKlqS34dJWEiSQSYHTiRA203d5IplWnSZOz&#10;AnzxHRImYxMVDxTJGO43h5kgpoa6GpFUEUBIkmhjISNgJnbaZwSVX3htF2YE25y6M9OKrBc/dQ81&#10;4vXSVmXsNzHVYp0kpMIrpP5dFg9RDFi8c3l0pWCV2+cKBnBIMfcjQZP9i3Z23m+XKXmmAHgCdRGI&#10;gKwAmY2Y7RjNZI9kHZYnMLZarxEpBgJMjDao8I4eopEZ6zBXZkynhWWkdKfEMawqPB87z19L5VXU&#10;Su0lBNEPPUSJtlge4C3IcFbaEkm/Ef6PZd6jZpy/jOS8Iko+r9b/ADTOWfYWw/zarE8PgMFBTSvN&#10;50bCwpVho4YYWVyzFihDEg/tM3KyyyuGrWySe8SIVJJkcIJidkACfOm99txrW1cFvZtq71OokGSS&#10;kHw4mJ4BIHHbhsVHp1pMewPBK7L71lLXZHwBaXCMry0M8J+XaOljmli2JGZCxaVmlaaXcG+yCpuM&#10;/Sv1zZLy5k7MvQJcAwzPWFYll3AaWGrqaieJ4swUmHQws0LBdkiUojVm2OGLXAJF7Sj9MHYRaXQf&#10;/OvFu4IT4DgSmZXpOxZSkklO3DpmAfkd7l2bXRte9T4UpAEmSo/dBwB07dtNPWD0xjqp1g6CdbcJ&#10;6m4302zf0Kr8Rlhgy0YJaLG8FxjYmIYdWwzgq6VCxKAzbvLPvKokVWU1Hpez1hXUbNuQsThpKjDq&#10;t6LEosw4FmJWSvhrESkV0YeXGkkSBgqyL30BswYAf9nfZLd7tb5W63DKHQtSZIKkwDAIBMQPPbtm&#10;QE+4mUm3zEOkFKuCVYEHjgejnZXD1FDFcG6U5wlVhRz001DPhNRQrsjAWoeQMl97CS9ywIt7O/DG&#10;9VcaxnJXVDBky7ULRYTgkNPja0VM0Rp6yWolqGSnqZSWdWbynYRIA6rtkVhbacl7rNmr3M3bBdwl&#10;Dz5b0lbikBJSFAABMFWsnGJkgTsqe95c6RmKjZvO+OBAJMYEEeEYEmBEg0BnR2kwv1EdDs2Zfz/U&#10;Vs2NZnkrcn4rV4tTT00lP8tRUkTVFBFUQiKeJBURhpyrRSSbonDDcOF79TOd+oWZej3XGqiq8Joc&#10;mQ5QxyokkTaK2rvRzKafyGWS0TKqkjepB1u9yAGe19p/LMlvLZ9bbiy1KhrmFAiPCZxAgyccaKM6&#10;Ydsrd9shJHdqJPTCT09AAoYemfSfIHS3Ecq4OlDiWM5nlqIneeunnqqanqYYWYTvI5iV3AZlVwh0&#10;sAq6cqL9C2d8JwGpxCTNeBRY9huN4dSUlWlLUPh09OBi2KyebDJTSwIgVmG4Fe3bbbWDPo8sVXLl&#10;06X0NBKMZCZI8QgTgPkeBoCdjl4lokugKTog7BtWrZ19FGmxugxGvpVTDMXbCKqNg4lEMM6OvZld&#10;JlPhexBFjY6jQnIpOovRrGMnZUo8j52w3p7hlThOEUcWVOoNHV4uaFUo6dYDDW01dTsjIm1HJb3i&#10;PeHe8/XTVlmO59pZs2tsGtEocKgHUziJIKSVCcJBnCZ2CaMgzvLk5a2LZxDKVASF+LHzkc+dN1HD&#10;j1IPKrIErjHJJOtfh8ohMgd2azwutgPe7bmt7b68EqX08U/U7B+n3UXLWNV1XS5Yaeas6gYZJNUY&#10;PU08pFJXKlfJM5idvIKhN7bfsqVJFyHsf3EtLTMQHR35IVGk6sYiNU6QOqQRJNEe8G4TGYut3dvc&#10;QpufsEAyIPGPbSNqeqGVsGzbLkivzHhZzRVx/M4XkiKrgGOPe0gZaFSXeKz3MoAAGp0BIGTEsZqO&#10;l2HZRwfp7lHG+sFBg1BTZRps4UtJi0MHlxTyxq5rXj/ysnmKAI1+yq3Yn3myH3I7PnLYIcurxyEp&#10;+wrToiSQSlJk6RESNgHHGpH3PKMrtGWUBbxSI2gQOs7SfTh10n8ru2NR1bZ1xBcnZgxiaTM1TkGt&#10;rcHmakiamgQoyUxk8yNDCzM0jMSzObKu1EBnqblPqVDNgqdQlrPmKOKvqcDw7EcWE+J0rVskIg8w&#10;x72axjMgXsxvfsQMucsYybMgs2i9CSNKi2koHAkg4aSIHocZG0ZZru0u9ZSpSIQArYrEExGwcIPt&#10;x2UKOVMQylitDJXZNeknwyRxE9bgsSLTyPCPKIVowFYrt26E27ezihwnAM10eZsl4z1DzF5MdfSY&#10;vSb56NLYb5MdNUq0pRHZt8e5gxQEbRrdxwn3xey+7sX7RhBDatIJSrEmTO3wwYg4FNA6/tinObVL&#10;zwUTKYGBGHEnbxxgVlqq6mkjxGmw+n+eenETNT0kqo0jPI6bQXZF7oRq1u4PbnOSnx6bAcbbLeGy&#10;VeD4k5bMOa8dVKTD6QP701QjVbxElhfdIqi50UMx1x4vsutMrsVtWI1niokYAewYD+jgB1VNzQtb&#10;ZqEonnhUuarw2impaeSQR1AtFR0NPdpXAsAoRLmwvf2AamwB4iOqdK+CYTlmlyfnbDsUw/G8NNFm&#10;zLtH5NWhmilaqjqYUqovMWOQgKTYBiAR48yI7Kcr/PWqfzTYU0iCMPCqQP4htImYJMT1Yxp2gpde&#10;cQhh1IlJ1IhJIjxJUJxxI0kbNkR4q5YdUVVbLVNW4fJQmCQPRCcJfy2jC6mJ3Um+7sdBbiayT02q&#10;K/LMOZpcTwmKjpzLh2JZd1GItBTstMWCRtvUuWI1I3L7w0BAkPOM4tm7k2ndL0xgY8H+miKJt1ch&#10;WrT3qE6ftI04mOufTo4xWdsSVcQXDvlKhmKq/wA2IW+XBYOwHmHS/uG9u1xfuLzH6X9Vem+A1OO4&#10;bgeI0eUqgyJBi2G09VH87RwoG89gi7/K2rcGWysBpcDgNRf7lrWbJaW+8GKkK0mD1nifMzhwim3c&#10;hcskuJwKEEiB9xEDExOzZjhhspipc55GxrGq7LNNmTDMRzDgjouJYHHVU01TSzMBZXjDEq4DC47i&#10;4v3F0vhGK4zJSVtNikNBNhGaMWGMzfyrBkwnEDhwiEMqtWrtpHLLCQzrFJIPslF908gt3cfePLs0&#10;u28lWlLanUKhLCGwAFQR3mrSowkyS2pRGBABBIDv7bNh34tClLbqgofs0twkGCCoeEkgEGQScJGy&#10;X6eCp3TNRztBMITHAagCWnEhvtZkDK52nuAygjx4puoeXMIyNTUEVHlemyxFU0pDUU9fUSPVVkMa&#10;vUyeZGRZi0i/bNhca+PMk8izq1t0rSF6iSTASlGE4bYkxtM6jUpvsWuW2SAlKdahj4iJVGOKQPef&#10;WudBKZI5CawVpLtKkioECxuxKLp3sNL+PAHetpcVWjxlMi0v8sricDraaSXERS4jJCQ26OdnJEhs&#10;pZWsD2HfgSTutlebd44EDxqIJJBlIUDhAAGI2qEGIk0AXM4W+lKkW6CknSRK4URB8K8cdmConhUw&#10;DuNxJ73NtL/VxMVlJkrHMbzVgeJ9PIqKmokOFVWIw/MJiOFM8KnzIy7P5jo73jSVgDYi9r8AO9nY&#10;lu1vAH7dFmhbqToLhV40pgeIFQUPDqkJlKSJxM1HW9WTZLmV7cNO2AOiE6lT3iPCCYOImT4RgJnZ&#10;jXjfbobkdifH8uPWI+jrq91Dy9hGL9E+neL5mwMJ8tJU1mH01FTvFY609XU1sKyOrLYvGh3akhfd&#10;UYd/Ux2N5flNrZtW7iVKbBSGmglQA2hSzKSFK4khWOyBhUH9rHZ9YMZdbG3C9SJASESD/fEzIJ8j&#10;QJdRPUn0E6RYnFgfU/rBl3JOPTKJ0wPG8Upo6wRNYrI0BbzFVgbgstvYTbgwdHPTp66uj9A2G5T6&#10;X1mRZMXr4sSxvNSYjSLJVUtOPepGjo6tpPeRnO4Am2g23LDEXLsmzdTbjdq24lZ2lIIEdGHuJ41A&#10;u7VpmICm7dBDhwJjYPSgbxX1SehXq675exfqzkjqVHhHk182CVz0OLw07SVMSwzOkscqofNVNrG3&#10;vW8QLWWZnXqlgfRPKPTuHDp6zMUsqY11PwHMlfDXYhBRCGRmmWUPVMkLS7rOFV3McpCjcQZ4+mrd&#10;7PlZ21cXraktJStPeKViSoEBAB2jUUmeniMayK7It3s8bu+9cBjAGZxTH40U/obl3of1E9aWefVB&#10;g7UsWB4Fg1D016M50yVTVeD5exFsTKU81NIzQUC19bEKeIONskCxy0q73lhTynv5DLWWei+BZmVI&#10;cJospgYNS5aioIp6WqxBtPLWTEIZxGybZNzSXKqAWY2AbNLKnL1vMRZu+NxwSVhShpTjjIUCUwUi&#10;POBxGYe7KH7OGHAkxiYMlPHGDFGBps2ZvHqTxLozLRnNEuc6N851+aqPHDRYjgOD0qNAk09PQ1dN&#10;I9PLIadE8i15WayBTI8YE1ozhnHOGQ8rdTo8Qw3JlXTT1GXKqhgq6QSVIG1DGyMUmkREQeYlhc2u&#10;pLcmGzFjY2VzdWOhVwCAsEhUDjOEgGTgccOOFDm0dQs8J044xBM8ZHCjMUcuScFg6iYz04bCMYzn&#10;hciU2bYkraeSWmm/3sWCtdXMkCBZmkCPqFa6qRYFe1np66jYHkzEcPzzn5cg5MWOWuxLqBV/zF6f&#10;EYR5ccFNW0lTPDNFLGwIUgEMG2DzLLtCVr2rZNe5gDYsfmLgeHuk6JSTOpSFJBSoEDZOG0hM4h9O&#10;bocb7tpYK04ECTPXM8Npxw2nCis4R67eg3ULN9bgHRd4OuPWHLs9JhLdJMo1uAzVtJDUyTmavosS&#10;hklo5UaPa8wFX+iTYZRCXswb5EpVzThlNQ4Rg1bhXVLJDVFHhXULI+HVFRQzwUs7U8MVTFBERUQy&#10;xBX1bQauy31E2d3ztqpS3lp/LPQVNOkBQJ2qSZ8JBEYHHCBspIxereBbf/ZODALHrgSNqeok0Z7O&#10;mKQ5Yq/5pm3NeGYV07zEsWH4pl3O9VBRSx1NW4VGp6uoqUCNvbb5YuSbCOxA4OnQP1U4vFilFlnN&#10;mG0uA4vUNUJNJQ0kU8DzwpGGTaZYyA0h91I2I3EgAm9oE7cuwd3MMudUwS4YTpUVFBAkGejVBImP&#10;MxjUP9pNtmj1kpgITq2aio4YzIGA2Eceqark/EV/Ddyr6jumOKzUS4pmTGKKOggoqarzdi2CtSQQ&#10;1kjSVEMsdPXU5nEM5V5Z4CzIiq0qqL8WWf8AratBiVHmLpzjVBi2C4rjktLnXAMxU0slNhVTUQec&#10;4qX80CKN5VXYXjsJSVZgV2qZbg9mKjliLPMkLS60wkIWlUKWEwAU+GSpKZ1QQSACBJmpF3EfuE5M&#10;21mmnvAEpJSZ0gTEkHqGPXG2s/pe9JGOU/Q/L3Qn1MYNUUmcOmGVcHyBkHq/05xT5PFcTwLCYp6K&#10;kko6jD4UmjrIKUmCcxykshBVT5pd0xFjHVjP2JPT4biWMZDpTUCjxzLuTI1q8uLIx+XdwMFalrow&#10;zKxlEsewSbmDlSRwQOZBu7laUOOttXDiAS247/dxhJCVOBaVYHApVqKSEkbKNjYMsOMqCEnQYQT4&#10;onbC51DyMetCzP0a9LXRKHKeZeoeV8p9U8w5NikqejnVjr5V0WJ59Hnl6n5WlxnOgqTNKiSqsLx1&#10;SOYdkTJ7gZmformfJOUMLxfIuaerdTR43j9XUUFL04oMNxbEaWtSGNkjlH8wiuVcEReZTTIjKhBY&#10;tcgr7TMtzC+zNm6s8qSstJSTcKcQ2pEwFiU4q04HStChqIwwMAfOLZ8Z33ibcFxB/umrTgrbBxkd&#10;IKdMjpmg/wDV/kbrJm31CdLeovSP0X4Lnat6dUELzeqPN+d8LyXiOC09fV3qaSD5A11TUxUcSvUm&#10;CvoZYBNIjopKMCE/T3rRnnopPi9NjvT+T5HFMXxBK2jqaN4b1EtGaiIPUYiKmGMN7GkYmM3W6r70&#10;qb27gZbvK00EXPiDaYIUZhKgCRoKVYRw/iwJxJof3LbL6UtPMyFK8JGoHjBkkx1eLqFG767+nvpf&#10;6ost4Vh1dmWY1tLDBWZbx/KeOYph80UdNWo5njky7XUE52SRgjZIoEgF9QLGByl1Sy11oyrmXBsX&#10;pK6gXDaT+W12EYBV0hpqGmYySxmKKkmeQs/lgEwoqx2ATa9yQBnW5FxkV004gpVrVIUoK1KUNviI&#10;AETI1KJPGUgQI7BTCHVNAAAjFGBOIg+IQSY4zM9dBLP0VxPoVn7A8V6fy4JUQZjrxjOJ1+c6Oonx&#10;3F60xxYfMJcWSOIeZHA5aN6ueWedi5kd0SyBVljMmYMRwLGsvDPVHmuKYVOGTdPuoVfidPXrDGEg&#10;ld/mZYvNijDpIRTzSW8sXhJLMoozyxtWL5twWqmlQlQdbSgpJxwGkKKSYglxCUnXAXOFE12tNndq&#10;ZQgpPCRJWYMpBmUkjAnAY4ScAJWbsAyRl/qXhK0PRfFsj4hJNQ41hHW3p7l/LtdQ1mIla2eShDU6&#10;V9RSyyQRywTVNbR08TLU+XFV+a6oR/h6OYZh+TzRSY/geMYpjsVNSZyOUaWurBWUtJLHAsooaJ5d&#10;9RTbiVq4PLlK6MCDvSJ0dpTj92XSw80yiS33pSnSSCYKlQpIXgO6WFJnFOMJUR5fmTj4N44haFRA&#10;KvDx8IMK1SowBqTOAx2URvAvVzmDNnUnG8/Y10O6j9Osp5eSol6WzdfJcBybQ02L11JNNBSvieI1&#10;NPWUsWMPJHC+H4lDPAsscTRMkkUcMgfZkpunVDUUuP8ATzCosRxPDof6vY1h9XRw1DYtDX04ZNcR&#10;o6mcVSzu5SPRmEZANzcnm6d9nN8l1rNP2bZXqbKVqSU6TIJCVN6UaQAuQRJOGiIcy/Mnsxdcau1I&#10;bdbIU2qYKhj4FSEqwOIEQSTtE0Z3p3T9f80DMuB+o/GIcuYZNicPUfIuKZWxiswaqwiPBMVmL0lQ&#10;2A19B8xh/wApTU0krs5jeSpdZIzF+jSBmrOmT8MxvJeaOofTpeoNFh1bFgeXsYy5gklEsgikXy4a&#10;lqrElhM8Lh1eCSJX3gg2FrnaN3szes7m2sbosqcQStClgkSDKkDTMHAhSSUxGBINOZzZvXGVrTbr&#10;CkzBTplQJGMyQR1A4DDDGm/E+k3UTMfTvrFkDoT11r+lecs9YdX4jXYTmTHKXG5sBxDFI542rKBv&#10;5e9ZTwVO5TBUR1DRIoDxw+YW4tOq1PRdZcz5Qq8Bw3BaSLPdXDglTiuO4NPWPTVqCWniFTNSVlNT&#10;IXEAjUbnkEiAKSNoUK7plzdbKLguuOkWiCsgLJJQBqVpCtS1ETMwE6TiNpq6n0ZbkZW+rUGgTCtW&#10;rqgBQVgZ4xiIoHfT3hs34e3pb6i4T1Izfj2c8I9O+A4v1KfAcPxD5ySpwukgjxvEDQR4i0+IzfLy&#10;TE+YyQU4jlQNGreYzBv1T9L2acmYRjeJ12appEwYx00tLAr1aJNXIsinysLpqibybgFpAI3dlPu7&#10;iWIu7MPqCyjPksLtGpS8CoEgoJDZ0qEuFKdQOGmVAAjxadhzubntpmts2q3UvFKlQQYVBKSIKQrA&#10;jECdtC56TfxKugfq5iyDJ0upMTA6m4TjedcmyY7QT4UtbSZexI4RWwBsZFIr1sM2klPTtMsaFWMm&#10;3UAvT9O58pZVr5aXqJhtZPgdRR5wXBMsVNDQPUQOrLT1ciHZVzTwy3OqqPLbQB+0nf2oF7egKtlg&#10;OBSNS0lUHCUyNSACkYRtMThNa3Zy7vblYIIKvEE6UoPhJlKzBPCUnwpOMpJxo3dDnelx7NGD4biX&#10;T3FcOkxymxHBlrcdwqpmWkkg8uSppp6imSopIoplQbWE+2V0sN1lJKf1HrcwVWPRSQ1MC1WEyK9H&#10;U4BUV1S+Jq8zSx+VFVRSQsqOwQIqR390WJJIH7JaQwEyoA4qGAKYEcMTO3Ek4bYig7vs9cvPBsLC&#10;UoEjStRMESBCgAY2YQVHjQtwKVRmJdVltIIptl4hsUbbpqe1ySTqTra3DN+n3Guk1Q+G1GfM9VGX&#10;qmjpIa2noqTB8Ep4xXmUWaCpw+J2pXVkBZ5mIsx3AEHbFm97GdG2/wAit0uhSoMrVgnHaiTr4eEa&#10;TxB4U3YXN2ptrSoFBJJJSiE7MYTKp9cKL719ruvFBgmF0XRHIGC52q8drf5VmSuzxitVFSYRhckD&#10;CWrkw+NA+Ii/u/LRzRMQbhyRtJuMt4+nUXE8z4v0d6pw0UtXQjC26XZhlkqpMfjhHlPUMam6yvtH&#10;lM1OrOFIDEgAGH87aZyn8sjNbRSkaiRcIACGicQjw4oEyoaylJIiZMUIb3PsqReWqnkS4kEd9EJK&#10;sIQQNg2qCjEkxtwol3VOoyH0ezL0ApPVP0HObosDetzHh/q8yVglNh+WskYwtWtRDRO9BNLU4ZSn&#10;eZfOrXSmaVVszSEKiHzDhlZkvFcfzFXYg9fm7INEtTVVkf8AJ6EGiraN2gkhpqhkqaaQeYFdnSQE&#10;AWQ7mIGWX3reYMtNtpSGXVGB41iUmCCoSk7OEHbjEUIHmW75TKwAYGpIEQngoTtHVw2UbLKecsu9&#10;WctZWTDIKatyJ1BaY4fSUi12LQQ1+EYjKtbFNiWHGoo5Y/MpyI7SINymzGyjlZ6VsPXzqZVZRWGC&#10;kxTGgVo8TpGo6SKaAa1CvReU0MkzW8zcCtwCFZTqYN+qvtTvsgypSbZGtoAgeInTAxmZww28BHXW&#10;H/1Ddpr9sFPNI1NxpB/iBOHiAwIwGOOFGLxSvpMr4PNX1EjjDsOS8hl86eTVgFu5LuRc2vY+3lsn&#10;Rjpzh+SMQyfSYSGNXTy4hS4JhUjzTwBFpmZxuqjJISO191jppYX587m8t/c3+Z3d8uCpyFKPQCZA&#10;9wrmTnD7l60888CAXEJ69RJIwG0YcKKr1rzvRYt0+zLh+KzvSYClNQvi2NLJHDUAzVkUKtdCFS5J&#10;JFrjwN9OPfWWnhm9QuVd00mGGLCpXWpJQO00ieWqDzGUFbMzWAudo94AWJVlpbNqvHjSjepp4ZLZ&#10;EacHfZE/MUi/S5PXRem7EppIYMWiGI1kcNJTHdE0EdQL7jEJLObe9poTqt730EeSpR3R/ee56vV7&#10;nuer1e4cH0EdS6Do/wCrTpL1ExOnq6qhy+2NpPBgfl/Nt87lzEMPHl+aVW95xe57X4y+ylxBSdho&#10;93adUi9QpIBOO3yNJTO+WkzhlbFcuuICMREW3+ZRGeDdDOk670VkJF0HjzfD9L2BYPl/pLlw4fSz&#10;fK5l3Z6Wlr4EWZTiyCtUSbBtaRFfbf4W5mRu9uW7lG7lqLZ5IDqArWCEqlZkpUQdWkYBR6BjsoU3&#10;d8q9u1BXhKcIxwA4zEY+daFf45Of86dWvWPnHGsPxikyxT5Ko06D/wA8wzGdswOB4tVwVUbossc1&#10;PSS1DFpVUkAMWY6nivrc9YfmA0OISYTiGG1EE/ykeHtRiZJkjk0mcOUaMNpoe1/bzICz3MzDdJAt&#10;EPJuEXBKtYJS4nDFsfckgYHVMk8MJojayA3hX4w2AMZMHqxjaTXfTT0Q9TfTPhucOnODdSMk9Rcs&#10;50wpsyYh1DkzTV4DiuFVtXQGOXCqQ00OIwVnkgeZ5i/5RlJZNgF3bEIKinqoMVpKpUw2Uw1GIJhs&#10;kMUFWyALEpaNt172U2GoHjxLuauweNxZutFL/i7supJWjUPEo6hGyCCZHpVcwy25UlvE4YcfbNBZ&#10;0mxXJ+ZsvZn6P51ylUv1OoY8bwjpjP1awvGMXx3KcGJMZcVq/IxSkFMsTIPm4zJIfLkckBFN2w4J&#10;mX+SxYjW1zwVmLyyRDFqXbJGlFu18svZtSNQSSCW8ARy2edlV1nvcsuOFplAPdEFKu8ECITIMDGc&#10;AQBAwoR2+QWoKlEwI+7Ak+Z9fdTp1s9JkvqDxHp1kLLs2K5F6N5cwzFl6MZpSrwvFZ85skcRjro8&#10;OjnpQY4bmOVEhWSOKEqu4hiRDZaHGaSuP8wkxaOrlp62lpyBHTwxxHbYNCD5lmUkg39nMa7JF9lt&#10;8jwJa0BSZBlRUeidk8MR50jzEXFi2jQgBQMHjM7TjsgYiqxcPq87dD8y5EppMgUnRXMGTcMzDkvN&#10;mY1mjxDHscxDE6Z51malxmoilw9pKeohjgdBECC0iuQSqsGL4PXZrgny4awthzSrUz4a5RRa4cgh&#10;GHu2NhfQ315LG6u9uU7uODM3mgbgIKAoSSeGMz4pHijEAeE6cCa2V4lhhtxLfjXJnbH76M30S61d&#10;NfSVieBeoSbp/wDN9Rf5TV5YwDqJTNiE8c8yLJReaWropUWrkliZqlogXj2HySIyFPOniwzKVIJ6&#10;mqdBSiWKrqJZIXcyMwQMXUqBZNAoHbi7NswzPey5LTSElDhSpEpWkaRJIggz4sSokdEQaretPiCY&#10;0k8cPSm/OGO9X/W1nSoy5l/LNFWLmmbCMYyjhOHYdjOH4fFhcEFRWVFOlNUQ1DTb6zbLPUSSjc+g&#10;G17Kjvn8YxLE/ncCSCrwvE4b0k+JTyxCKff5UjyJq272AkhrfG/JqtMrtrPKFMXmtt5gwoNoSolA&#10;8SUoOkgjjIAUkkjAjAgz1anwhtSiHOoD7eieGPrR8cPyN0p6X9HZcideJcayl1P6RYomH5twbpxg&#10;eGYpJiuArE2NYbRYbWCnWBqdrlmkjRJYHkdbr5YULXB82piVFitJKsstHDehWZ/LaK0KKSl0N97B&#10;gR4chjejsbVY5nZ3NsU99q1qEkL1KUSFYyNAOB2GMYqzikMNJbkpWkbTtJ6aIf1y9GGO9LeonSHN&#10;2U8Vwqgz1jslPnTGcAw+oxGmxcVeM4lVyRVoir4XjWgp5YGhYqA+0X2m+4I6vwkYhilFW4TS+elb&#10;uhqKydTHU0LLDIEMegvGWIDhTrpfTkm2+du2SQMwKW3LeYghSVpVEmdUhZjAK4HAbaYVkttdW4V4&#10;p6BgFY4zHEj8doo6uQus9d0t6e5pyf1xzDTZcxzpskeIYBlvL9bDimXM60FTilBPWCtJnYpiYp4i&#10;aSSoVTEpZk94seFp9KfQ3HPTjnXrTmGfMhz7WdVc0V+acYzVikNKtcAY4KaOmqpaJo4zHC6yuE8p&#10;NpY/QYWP0+7vZll15dLujcOvL7xKgkd6AASpA4FRJiANuAjaK5hmiG1oQyoJ0gDQT0+/ZsPGj5fi&#10;NdfOk3ri9MHRbK+WJMQ6Zz5OyrgObcrdNHirIaeenlwlpyuE0lbSxvOzwinipplllDK2xQFZ5eWI&#10;5cwbFMGrMy4xj2MPW4XWRRy0r+YnlQoNxk2+WE73Wxt9fMOu1Te3d67s7NvLrQW7rRWHJmVTp0zJ&#10;VshU47TgOgU5bb3DiRJBJOArXdzPnjCeu2VPTv0Z6P8ATKmyt1IwTEa3DK7bHUTz41Wg0/yRYYpN&#10;WD9GPO3qxCksPcAHIWO4NSU81TWRhpmrQJy8zFipkYk7fhpyHMovVuXBSTgNlKbtsIYMjGj79K+p&#10;WP13SzJuWcSp6PBZcjuctVtLhsEcBkOHU8NKhlK6lg27d2BNzbiHw2mYYrRKRcmWMad/tjgwzJ1v&#10;uSRQftZ1ROFDzmfGKmo6fZxlWUGJ8Jrp1Ute96SS6g/G1uJ/EYds8vu+8WJ14Y2pKkCkanJdIoZc&#10;p4tE+G0SrUAx+WNG9o417dfeUG3j7D8eOObMDSS4CpM0JVLVL7pgkKM9i4Aspv8ADkcoNbfQOaSM&#10;KXtqGgTTy1fZwhaxBurA9r+z7+cfL3EWFtDyqlJRjTCEApMDA05x1krAJvMg0IYm9jcW52kDbhu0&#10;Gup4ncukaMKVBtJTsis7TyElfM7DaV+POEqWYj2cetlkpmvNspGIr0cwRiu/cxHvknS39POJQ2N1&#10;vbvY88pzECadXEVnhmQjzAbX1Cm37OYWABso07gezjwFNLb1iKlRzyPtlkexU7QoJ1HODJuuR9Jt&#10;yrkAUncagAU6UdWEkXcoHgS1v2cjkBfD6SONLaJpr8ofWlBDVq67t1/EBjfv9HODozaDT4jlGlgb&#10;ao0sJViKcDIqgFSTcXa5IHe/b6uY2TbYWufE8uhzE1tLsLMbKkBmlVWD2DaDd7b8xXNmC9/A8eU0&#10;JB4U27Ookms8M21bO2xtAVPw52kTEXbQnuDxhakgwKqtEddc3rdq+4Sy9i1/6eZxFcbdxAHs43qj&#10;GKbmoL1bElzZmNxrY/HnDZtJVTcnQcM0wUjCKVd4QKa2qWaQyO4dRdyQSLkacmrEF2Xazd9eJ0Ga&#10;vbvKEwJphrK53E5RA6k7SR439nt5Lgi/SIRqNwJ3fTyjjmBFKPzcmCKTWK1RWjndpAjeW5A10shI&#10;t9HFZm1N9Rh7H7TQRsfDsicassEkDZNVuHCDB2GipelarMeB58/SAmjzBiaBiL3Y4lWWAF/hbiZS&#10;MkjS3h9/FYSBWkoS2JmjG4jiZ8ucM+42Nu4sf18OTY4HZT466WPL4TV0PBWykFiWLwxSoTuF00Mi&#10;WXQ+F+/3cIF+J5ED6Pc/3BHlTQP90E4/bwPZuYU2f778aNsscOox0H4irLfwn6vz/UnmQqwZWyZi&#10;xvoe+MYOfD6OapEuuH0C2t/oNO1vZ/pMvCm6MbOn5UKmh4q2IuH4/DSxXDsJ9TmDU2L4RXYxguO0&#10;NXhGKQYTh8WJQJHJtZGrozBPItN5gQNJHt2sVLHZu5J3YTctt7z2yXQVNrJSoaNeBEYpg4TicMB1&#10;Ve+uHUsK7sSRsxjGio+t2gzfXemXqb/UDMK5VzpRU9PiGXcf/mRwiWnmiq4yzQVPmwqJ/LLeUrna&#10;7WU97jaRyNS4Pg1R/VHJ2EpkfBKPypKOkCwpHKkJCF6eIkkRqpAWw2/R2PSvM91suyPLdL7CXQhK&#10;wlKZAGqPCYO2QJ9wqP7v8yVC4KitRhOnZwww+dafHqyo8fxLpxR9bfUxiKeqvPpgxTKkH9X1r4I8&#10;DixSBHp8OxWqw8U8RneSmHmgkSDWwP2lUytV4Lm2eiEM2Jw4lKcSoqyONmih82LVDIyFVVpBaym4&#10;GtjdjxhhTOd7uJcWA0tlGggkglKSATAIlSUYwcJMYQCKM5qi0GhadRUqFbCUnymfdFAMIsode/Rv&#10;gebq3EcN6Z490zwdenedcp4pW+RX4nTYJiSRrVpRU9fDNPWUuHEygzoIndygKbItjTUwz1qYt05r&#10;UkhwyijjNJiu6VfLFSrgxxuVUERiNbe8T3BsLHh1kd3at3rec2qP2jqIWgDBWkkhREHFUkExsjoo&#10;guM8/N/mGCkI8Ix6cZn20LuVsUy1lzFenH4hvT+GmrM99QRX02c+lNDBQu2LTYFVxLHiFbT0xqXS&#10;euaqdXYQhNpidTu3ArnLeITZaX+T1tEI8NpDHT5eWiu8kkW3y2DJGWAAI0AN7EezkU9pO5TO8LSs&#10;ws1gOhJ78HBKSkAjSSAThhMEeE9NPZcgsKRbqwSUjSSTiejHow9tEP8AU90lwX1WtVddOl+bIZuo&#10;uNQ1mK+o+nzgvyGE4PiEBjr6fyKnEYqWSRnhfY8pjKFopCp2vq14lNXYlij01LgcFZgFLU7pKiVm&#10;p3KwpEytJ5u4sUdWsbAXAHhfgm3asmMsytL13erReONgpTgtCSoqwbSnCVJKT0wZwk0fqunUr0SZ&#10;g9ceXnsoUuluB5G6UdIKDM2fPUNj2UfULnHLP++DL1FT0+ZKCinxisxCKSDCIsI2QxfO0U9KSiys&#10;+yV3vaUqFDglBT01GKx6SMVDxsGgpZWl2pKC5CKdtiTYbiNeATfneO4vMxDSHVBKSmCpISNSCBKl&#10;Y4ABR0jAHHHgEN2svRahaFCFavPr6Oui5+pXqnmrO3UH+p1BnLEf6v0FfSGlx/NODUuExz4hg08e&#10;Go9XUwtUs8UEazyCnjOyLduO432x6TClq4cOzDJJU7WgNLQpBGY5ozfYSVlbv4jcuns4szffhPf3&#10;GWMpaH7TWpSlHSoHxRgBhhH3dXTQtRlup0lz+A8dmFP+dus9TljF+pvprwHCsp0scmaFznn3Gcx4&#10;l85guLwTRJiiwJPhdNG3lBfcfyancR7qsVLDiarMwY1gtXvkSpzNTyRiOXyFpYZ1TaXeSQlowW27&#10;dQPs+Hc8kgbgZZd5SC2lu2WhcjEqQVAkaRMnTqKhpmNQ2xQOVnNxa3C1qEjok4DbgOjjO2jYZa9M&#10;nQ3rX0ypIcKgy56cc1YdjXz2EvidVjeMYHVVxqThlPRUYqEqpUpmqZahGgeTScAeYyFV5Nw6ahxi&#10;kqqgVLJQtGGnw3FAEaOOSxVbXAIJGhtfTuebubl+zcYQpoOOuKOl1EmTHiJA8SYB2TpxMgUptT+Z&#10;Sh+3lIAOAHHrnzpKdQ6TP3RPN+R8s1+R6bHOolbiUsWXerfSt6ivixHEsPR46yeUIklRC0cUvvxL&#10;IsdpGZkSwHOvNofmv91t8187t3G/kfJ/8Rv5l9bfat8OL/y1/wBz9jf9z7v7cNWvZt/ufXsnjNAv&#10;Rmuv/duv+jt+fRSu/k+c/wCqN/JwLd/Uf/Nr818jF5f9Zf68W8v/AC+z+V2/Redf5bf47/d5/9av&#10;XK9fhM56hS0S1UmDVxhkgvh9ZGIJEsx3SSi0O3Y4B3Am/wBrk1ZZet6VSTp6sPaZrIZnFEgbD+Fb&#10;1eNU9aanJgmkgjxOmeYT+bVqpljMJiYJGoXzdxZWIKEC3a9iDIZJqPOzDR4kmV8cwuPC5EpKLEIa&#10;SpxClrfJnkLMZ6qSuab3iyh4jsYbbDQXlLs4Wyp/ve6VoBGxJUD56gQZ2YU46Cg6jHWD0UUHqn5E&#10;GSs0ZWqOo+X8cfGYKmpxfB81YlQYJiGEx1FFCEiigoI8J8hNoSUrU/pELNdypspmM0+kvopn7AMF&#10;zFjeW6bGax43xOurK6yy1BxSAyywbp42CooqGZUXYqkXGw7iZbb7MN3r13W9aGFuKVqCcTMgSNgS&#10;cMAAZ2YEmp7a3JtWmmlFkERtSJmeOJwGz02VUplL8Sr1H5H6x5u6W47gVTBl+nxCr6fZJiw3DVxi&#10;LDsOy1W1eFwYhIaeqimC1T0KqWlWaRzKNgqEMe0pedfQh0UEcWE4VlynwCqq5DDQzpDJHiFIhYBP&#10;MfdUROq7/flJII3W+zoc2HY7uBdMaPyUEeHEkKkziCk9J4gjqosu8otVylCZgYkGD5EdIw4VZZ0m&#10;9eGL5uwXEcexDDFx2gy7RJU4li+WpqafDq+aKORplgSaGiq46hjEyrTPEHU7N4HmC9fQyBU5fxTE&#10;MpTFZ1FUKClqo1jIngaZYVcL5CMdwcaK1r3AOhtzI7ct2bLJM4ftrMudzEjvAArjh4cCMMDgajdi&#10;y/yhrTP90R/vwqzvDK+PE8PpK+NDEtVGk5hltvjLKGKtbsR2PLuPXT63oPS3gOTscqsjDPmJZpxL&#10;EMLq6NsSbB0UQUqTPMm2mryy3nQEWFt19eSdl25T2U5dbd4ggKSInqSnZ7Y6qwntOzxN/vtfIQ6E&#10;N6lLA2q/uqkwcAMTJAxMRjjWop+H16Aab1T4p1zzFQ9VDkHL1EMHrcmilo1zFUtRVuM100HzE7nC&#10;wJIZMJZSFVu+pBX3jB5H6s0XUXplk/qTTUwwd8zZcw3MUuDVcm9qUV9JTYgaebRCbJOFa6i48ADb&#10;iq4yh9/xaDjHr5UEt7uypjd95yxS4XW0mQrTp2tg4Y8DqHn6SA+MenPG+mHqQxzo1jFVNmDBJeo+&#10;I12FZlpKKSnknZI8awqCspvNEiQzwz0XmRtGzGKQXDFluRlTNUcVF87SATQYbU108sdQxYsqGZiF&#10;Mas4vYbbKdLAclzdPcTMi00sMq0Yk7eHrWKG8+SqS4+XEkFaEpBAwnwjH+HAzOzCi05W6DV2O5wy&#10;xlLGalaSqzFheTzBJgCR0vly/KYaqloa6VUkKQBxMxmjvKrytbRDT1nnMGa82V+JdQOs/W2u6Z5G&#10;qZTUUmAQY1jOFU2H06L8oIGLVhe00iEDZGZN24gbBw4v/wCbfmC3bMqJUYGBJHCT1YThicYrLjdr&#10;skyTLbFCVp1vLECEg6iZgQBw4nAYg1tv5GyD0Y6O4G+Teg3p+wjqVnXA46dcUzfQ4JlePEsZrZFF&#10;c08lZBT0VPJNFHKshaaaKP3kTf5jgcqW9WHVOl6c0+A5I6BZ3wLHcSzDPiE2OZty7Q0uJ1lHT0ks&#10;aRxS1hpDExeWSZ0a7Hy0ViQWsAZvlu1vnl+h+5t1tsqMBceGZIgGNsYicT0UNHcibtVj8ylDDZAi&#10;dKJM4dABjh5UevJWJ4hmWmON4vlrE8sVLpA8NJjkvlrKk9PHUBlpkqJDGyBxHIsiqVkDgXHvMRjp&#10;3VZ5XPtXjuM59o58ZTCM80D4tWRYTQUEFRJkzGKaKrXEMJkkWZiZbIyrfftUalePbyZFvlmOW2i7&#10;xt51hE6AWvCkADHUJ4YY44Dpoas5YpLLgAP9zVsxj7TtEg+nxpW4osT0sQmExT5ijdRRLIz7xVxM&#10;txGL7NwG89gtydL8Jzntqo4lm8VteuL1ZxCc1OKQzGoWd/KQFxI+rhrX3HvyFHUBDbg2QpWFFdqi&#10;LFvH+l/oaceD7leqw2n9OpfFsQqKJVzjiUNEMNoUrJCf5RQkizSxbRofbryjBCdnE4e6iLeBoEs4&#10;xJX7tM17gSYpQ4fG3l/1gSmmqkd46Gro63eVuyoD8vTyqrsACfe07E8Oe9A27aTN2xj7q9yFNgFB&#10;Bik2FrmvCsTxSKY4aMNpocZVzN5vklAZqCOO9/Evt+J5RYbUkggT5U+LUkba9yUcr01XeOgxjBMS&#10;keSOkhgoK7ZI7ySCNQq1RhYi58B21IAHGQsBMcKTm1cCuFe5ImyjUwU08s1fl6eCJGlKUuYMBnlK&#10;qoJCxU+INIxsdFVST2Fz2aATPA08thwCvcmf5u82+eaeLLMdSy3Jhw+SKpa/gCsM8jXv3BF/hx1T&#10;aOgeymlIdTwmvclYd0yz7iFNHXUfTbEMQoWLQJXUeGYhNE7xOYXAdInUlWUqRfQi3EqlJJ2Uytxa&#10;dsj3V7j1JlqtwGnmo8WyrJhNY8MtalNWwyUzhVjZRJslivYHQHTX48eeZHcFVKWHFdM17hoenePZ&#10;Ryt6AummJY3kTDc64/V9Sc0UmDRZknxCOKGhOB4Y1ZtSiqae7M6U+pubLpa54T5bbqUlJ6SaEN88&#10;lKWvDOJmg5pY6uTqxmN4694qKny7gqT0CxxbZJZsSxQxyF2QtdBE4Cgge9cgm1imdes04BmXDsl/&#10;yfp/huR/IkxAzHL9TilUJ1eOAKG/mVTPtCgEjZbvr4WpmjfjArdm+hxWCYxoQo0ZL7pmlv8A8WBB&#10;b/kFRy6b8LWemT1K9UKqqpfmoYMkVCeQGmUlhmDCU7wkNpa+n9PGM2UkWi9YmY91ZD5cpX5K7M7d&#10;P/Kg/Ciq+ruhxvEsk5HoMAx5st19VmWGP+bpDQz+WgwTE2IK4jHLFZrBdVPfTXl+EuK4PDDTGTLU&#10;CzhFMkXzFY6htouLvORYHgOVmTKUwGxHr+tBB0HpqvjDul3U2rxLFX/z/wCPz0jzyvSSfyrKUBeM&#10;yHYf9HwaI3I43nMWGglY8s0G7wMqGT83c8qczb292n30zoIpURdHM4Hb851yzdMt/eSlloaX6v8A&#10;RKVNPr5hOZae/wCjy3htxp71HGR954iXmjYGKE1fTTynRTFJF2ydW85i/cx43UxNY+N4ipHPHNFO&#10;32cr4TddAZMOpCL/AFoeIVZmobUJg9WPwquisn+YCF7q3V/Ppe3veVnPH4vj/uNUnM6ZiEhBOWcE&#10;Njof5VQHX6fL4XO32jGAJ6hXgiuf+YjDmURL1R6hsV90lc/5vAOnjtr+O0eZJ9wvgmDUwGgAwig+&#10;/WPgfu83UE4AK9BVks11B6dcttuvn/qHIzH3mPUbOmv3Ylxw/rY6Q2GCYMxYWYrhOHD4dzEdeIU5&#10;sorTgOfdSlTKagv6ZsuyTVLv1C6hxgEKo/zi54N7fBcUB/Lje+cqlrhMHwcBPdJXCMOFrf8AQkco&#10;vNlIVsxNaFsnopQUvpmysEBfPefXFgxWfqFndvvBxQ25jizjiT3EOE4Ue9gMIw++mvhFxi4zFRIw&#10;rymEjaKdovTtkulBNRm/OTKLHdUZ+zgw+H28SP3cwNnvGw90paBAND5WG0a2t9CDjyb1SAJFJS2m&#10;alr6c8gyq6NjeZag33kVmcMzTXPs/SVrc4jqFjlrpPSpr3SjpRa3/AceOZqCttOhlBxAro+mXp06&#10;ustDi0wIsfPzDjsgsfpquR16mZjZwIsRQlSbBIKc2/5BUcf/ADyia9oSDXm9LXSuOFvOy5UHd9p5&#10;cTxVrj/oZOeT2z9nWQ7o6p2tYkxUy6j6QOLLS7WNmyr9yk0m6v009BlXZV5dp2vcMlXXTsNPaGk4&#10;+Uuas/z7WilrpF0BNNTSG/8AyCL8dVcOgkTjVUtJGyg/xToX6WqFCMQy5lujQqQf5rV0oA2+3znt&#10;bimosY6mSykbcWbcAFUUtX2+kKeLRf3AAgbK3oTQCZp6S+gSmpJnxWDptSxLuEv80xDLyKPHUVEi&#10;gfTwTsAqc9/PUCV1PiwpGkiFS0sFYsewuNxYlbAbb3vypzO8cJJJgdVLGG2h50Rzqv09/Dfpsr5k&#10;XK8nR7+ubUdW+VEwvFMntiZxEQSNS/KpFN5rT+cF8sJdi1ra8EDE6/OKwxrSUNfNFGLoUpqmTTdo&#10;AVTUW4gdzu4bABTt6qfCYNFd6b9CPw88QzRmDFMZz507osxVE1sQp67NeXoZvm9o88NDLV3DM+7c&#10;LXvfmmv+JTUVMvqu61pVK8dSMwRfNLOpSQMuEwaMG1H0cHm6TyltBRpJcJIOJrcx9NFDgOGenjoh&#10;h+VZKeXLVHlXAoMAlwiSOalejXDYRC0MkRKshSxUqbEduDv+DlDJP6ic7tGRuXJGKC7SRobHHcE8&#10;ZCg8PbwetvkbKbttpoqX4ntbhtB0EyhUYokklKM4YepSloa7EHJODYr/ALjh1PUynS/ZDzZJTDMR&#10;IUhowD/irKM9volPKou1Y6iB60nKQVGRVC9V1E6b+ekUOFY1M+u802SM5Rj6S0mFIOSYaGoUkyTQ&#10;xnvpKjfmhbjyHUkga/fTK1IQOmmPGs64LNTscPyjjdWBcbmwPEKa/wBddDB+fHSnhVgVNVET7R5h&#10;/wCVUPBFbulsjHCkBUpVFtzhi1UXaaHIeMiO1/0keGRPu8RtqK+LTjtT04jO4VcWvewm/wCpfBYw&#10;+HUxSdYSNoPpFFMzvjM88jxVGQ8bRlJMO+TL9h4/ZXFjydPdYXYVKG6TBCok0Py8mvvIO3C24bSp&#10;WketP2yJMY0j8mSM2L0rzZRxGHZX5fe9a2Fnf/xqcL93/R62bVrAfWPrBTrw3lZBzdL58bbKGplJ&#10;AkvcRMfFOIc/XqYJ6jRqiNJwxq178JDaOtPTqhGX8Qw5aeupaVHrnw5ogPM26tTVcjG9tLD6eagH&#10;4TtTlfDq/wBX2NZzweHG8r4N00r6vHcIrQWgqaeOugmeFxGV3BxGRbx4EchSC4Z6KA2VLSkuFWyK&#10;2u+u4xx5+i0GX8Qlwusqs74fTVFdRxwyyx0z4TiQmIWdHX7N73Ha/LcvTf17yT10ydSZxTpLgmBZ&#10;hwCsbCayKGAymGqhplF4ZZl3gbKlwut7E37nhzmJLQwTtoQ5JeJuUTERhUXHuneYKOec/wCdLH6m&#10;irEt5NTNT+6QSzXEMUa2JA/dHs7coD9RVV8765OrUpjVCcy4wiwoLKoSnmUAD4W4U5M9/liY2zRj&#10;lR/4cIA/pH/fTQ15ahNPlzL8BlaoMFDSQmeY3d9sCruY+JNrnj3lkg5zwKQr/k5AlgB3MDezktIu&#10;lFJE1MOYsn8orqp74JWYVd8EltSy1Mn+mBaSjAMpL1ErXAZl0tfx+/iS3R3jwb1QDx6Bx6fhUVZh&#10;cm1ZK4k+399e4MXUPoRldYOmebOmVDjuZcK6g1FU8uX8WOHVHykMVbT0MEM1VStHAhmlmaIPLKi7&#10;ha9ztEzbrdlf8yunO7JcabV4oTACeElSkg6tnCKx43D7b8wv15ixfpabXayoFvVIRMArChKVRicI&#10;2RNQIJ541WOvKGWOOMSVMAZFmm2M0nlxsXIAC3A3Me48Lkfs9elXA+r1X08z3kDDsGyXiuVHjwPq&#10;LieYKlMvUCS4c1FT0FFSRU3zlPNPbzI5SXLvNttIsRjDh/tU7NV3aQ5ZW5EKUla/ClvZ4EJ2jVG0&#10;6pPRsJNOwnO7zOcrW8br8yrWVaoIISQkhIGlJ6x4ZgicaDjEc8/1NxyuwvHaWorqWueCfLdFlynr&#10;8YxApUTS/MTVKxCQxRo/2BYKI1O0naypbd6vMw9Jqvpp1OPVXFcOiyRikdXmzzcWxiehiromqw1I&#10;kZw2aOon8x9oMUW7ddRY714CuyvspcTn5ezJ8WdugpDiyjvNIkbEyJJnAJJPEiKmXsy3ltM9y8X7&#10;ZLLJUUKDza0LSUq0qGg+KQQRxmKr29LOSs39LMG6FdLKSnqHxvprhGAdKs11uWaBa6ioZqPAKY1z&#10;vUtTvTxoFKrG7GNixaMAskkfKVcJyrkDJ2F4rmPpD06gxrDcxfLTYkkmPYkZp6U1MNZS+ZEhpoZG&#10;jnWFw0lmQruBDCx7Lo+mfdaxy1i/sLNF+pYnvSso8JEgpQClOqdOClJgSZnCsw7vs8yJjK03Fnao&#10;uVGJUHFJVjEHRAG3+mcIO3CbU/lRMlE1asdTV0Z86OoWIKEmMTQtJGJDIUJV2H2ibEi5vwYPT9j2&#10;O5MwXNGSIen2WsCqMNoBJU59w7EayOgwemlxGonmo5I6qIy+WnzWxmVz7N9ttgFlfYNnViylq4Zb&#10;YtDIW004otuk4JQ4VSo92mDiqJPE40Rbt5JmbbpYdQ2hlCZVBOkyrEGTwjGevGkvmDL8uJ4tgNfN&#10;jE6YbhjyzVGW41Qx11QAjwOW3LZojFvUG4vrYEX4lca6b9Ls/R5eqMqxVUOY8GCVmN19PS1Vfiua&#10;p44Kal/mFPCaxVwrDI6lyo2wxGRgqRg2CyYxbwZBne729CXMx7x8l4FLYSlLa0KA0d0fEsJn7ylI&#10;C1AAERNBTNVKZuAsqWtZIwAjWIEFJmUomQYSJg6TFcqarxnDcQqBjNdHUQYlMxoIpfKpoKOFfMdY&#10;1kK7ppWjQsw1ttJuFI4mYMGzDiuMpkbH6CLLVNiTR52glw6KmqKOajMoNDPWgRTbXlZldlVZGUEB&#10;wwPvZ+ZzvNcZnlzdmzZ9xfTrQhqEoAnDUpxtIJkAnQFYCMDUqZUXs3aRbvNBmTrCUjDCNIMpBMkE&#10;q27MdtKoTpJFJLCpmMZeLYo2lmjYqwG/aO49tvjwwHTzo1SY3lWlxvG6KXLOCjEoEnq8JlpKiKon&#10;pKqGanhWBqeJ3ppZkJIKodpY6778iPePsz3izrO2r3+5PhC0aUKSUMgn9opJOkLEgkwgSSQOFSPb&#10;dnbLrKU/YkLGIjDSQcP70nHDbjjjTXiGJPHUrQUYSevkT5gU0peMCIOFd/MUMAQDppqeWWdHso5i&#10;xHLdEuB11Hl/JWF7sKp6jFkq6rEI4aaaVGKQU0JHlxLYCV5tpIGllJaK+0LsVOSot8sy7SA2iXHl&#10;HbqJMJR/SAJjERhM1KzrqrVHdWyJbSMVHieISNs0R71F9VMs9PsyHB5chYxnbNlZRLiscuD1eDYX&#10;hE9dUMkMNE1RjFbE7VE/lFhFTQSOEuT7zx3C71FwZ2SirZ8tRUOSoMuq1RmLqdm7D6qtkwmBpynz&#10;1HDSAiYRx7GKyyJCje8zrtcsSW27NjaWdwq6YSl5AGl5wA6DJ8aSnFRA06UQEpIkk46gHnuYZi+0&#10;6ttoMLRALjk+AEg6kgYqOEASADiTtld9GMXof5JJUV9fFW4jmIw0OEZYpMQEdMrNSRymCo80IBL5&#10;3mgMEMjx290rtRSj4b0V6RdUcLwWqwCuwXDMXzq0+KT5xw3AKvBJMXr6UGOeTDvKq54qWVkhaQxS&#10;gsysWX3t3B3uX2iWTFspt1xtepCVqU433SQqPvBTIKsJKh4o/iGNBtnc/J71oKUlCXnNriW1IOoY&#10;EpAVpTMSZnbhjsH2pzPiGAKz4phk01PF5UdSKKZKo0QmChGmukcjxlm270DWsd2gJ4ZL0y9BafIe&#10;ecDwXB56ipXAsDq3o8WxiZpqqb5pxTATB5CmxDACqRqqkljY33EI5Dnis03gt3Cx3bbSCULKlanB&#10;9hWQVYBSgTGBjyJostt02rJ61bCioND7iSScIwmYGGA4ScKAX1H9TMHwzpe2JYizfIS41huG1a05&#10;k0WB0q5PKdYwVZgNu49vGxBHBLjzbTUPUei6fZxwWfGKusno1r5sHpWmakqGIeiqN8TQREo8qoUW&#10;7BHa4NwSKe3Dts3Vyq9YZQ0p66StMhKBqTIOKVEFRUCZAB28JoVdqvaFlq22m7cy+CmTGMdRiZ9a&#10;wdTFfH+kz9T+j+N0mG12W4KvEKavzLUJh1LV4TG5jxeklqaylqpoVaOBpFb3R50URYhQ3AC6wVXT&#10;eDon1cwTNeasGyHm/NGAYrgmEYfi07RBHqsNliZ6iN0apTbI9iqRO2hNtQBB/afn+6d/k/d2qQy/&#10;oMreWpLurAqBbAVMwQNnTsiQznN7bP2TweDbP7PwqUslxSinxSlOqEjymOml/HXZzxHN+Uky9gn8&#10;2yLSKa/Fc21lafmJpBIoiWmjplkp5o2S7GRpUsCoAJDcrv8ATDlroNlPJksuder+WosZXDzVYNXY&#10;VV5phnxCJa/GWqIxEy4aLqBGE8xACdL2teIfp/zXd3LGrhrMXyvWg6O7U4EhSSTCtKkHHDaFA9W2&#10;oz3QVl1vbDvHQVxhBUP4j/i++hUx3Gcx0tfg1PhWUa7FaWueSmxCtpajCooqIhoDHLMKmcSNGQzg&#10;+UrsLH3ex4cr0d9Meg3VnJWCVkPTeXMmMZIwfADmDFMMxvEJI1rZMKVplnoqirxKCTcyPaPyEsUI&#10;2gW5lj2Ubi5Jc7s2lw69+0gSjWskRhKgh2AOGIxIqWOyjJssvmUlSZUkD+JZjhiNUDZ7qCfqbmHN&#10;OSqrDpR1UocBTMVRV09PhGb8MirITCaiNIzBNQzYS8Hl+cqs0skn2l1uLk7OTRlzEaqjyrkWNsIy&#10;Xi1ScSwuaTFZcQwitpoAaV4qMK5iitJv3NGixe6FIHcC61zuysr0MW761FREK+5OG1KTqJ6oNTzl&#10;uW2jC1KaWHG1bQMR6QcD1Ui8ZWsynTYnnzMmI0+dczYPQx4PjTZewWCkxKimkPzaNIBK87KIzFsh&#10;dnl94sm6+0rvKXVfCws/SvpLhKVTZUeermwyoxCJaupmNXK8wT52VfeMjFi0rEt+8BryYbjdctrF&#10;xeJUlKgACUnTGyeJgR+po3ZsbO2UYgnZpESPPjQaZo6BZapMx4x14614152IYzRxYIThGFNLDQU/&#10;ysUSGc0KTSGyxWGwKFJIDNcHgd9YZIc05axDqJSZcqMSz5kGup8sTYIKSOpxSlrUnE60klHTO6zx&#10;OvmahHBXcQ1wbL1Zu7k5/LBQXaup1kJk60kgSk7Z2CMDxilL7Vq+O6SspIhXhkmAeqZnYYPGhM6X&#10;4llbKGPUHTDDsYEOAZ2wWp6oYDiOGSV5w/EsKYw0ktXBiEqlUkQ1FPuVZwy70bbZlJCjL+FdQspU&#10;FF1Tz3hcdMtRLU0GWcDzg6UiLUPZpFehXy1CyJuEW37O0kLtIPB1u3nuW50FWdklxttOCho0qEHg&#10;du3Ek+2mbvLsvvrxC0pKVt4hRwIMRx20KhzNkTPuK5g6X5ZzJUJimDUtHWY1jGWZHMsSSM4jCVxE&#10;oaVGjBe99GsSSSOCvF1C6I53FXhfUDIVXkav3pgGJ4pkFcWNDJBLD5sZeTDBsWN2cOBLHJ7oDbip&#10;JBRmO6mdIbcRa3YfQB9qyjWJwI8QmYkeEgdVJc2uLy3XoFwpfXp1H2pxHVOAk4UX3Eulvqm6diWq&#10;6Z9cX6r0dLHJV4Xl3q3TYVNVPOauDzGeWOCmkeUQrLGvl1NPEDJrGNouL1fk7ovnXIUmWsJGB0uD&#10;y08OIrJlUUIrcLqogs708RgDyBfJXbHcfaTU+/YBTIbzOMjvkFKHElJKQkhQQtBwSpQwEzE9SsB4&#10;aCCLi4tylLyFFTiSPCNm3SSSMFScdgB6qALL2cPUl096pUWLZswvNeYa+Crqun0OFV38xkwDGMCe&#10;RqLDcZqnkEFDDX/OFJakQCMLDUELGVpwxaMUy/U9R6HGc6DG4GyGMHai6XBS8Jp5JaGJZqmeaoUF&#10;/LnDK0RdrKbnXQmtpnX8nU1ad0pV13svwQZAUTCQCAAREEAGY6yBfl+Yud221ol0Ea8QSesgGOnZ&#10;0UKeSs8zdMMSwHpctKK7q/W41FjvWx6RaSslngnrKiSnb5TDmUQNU0yhophBGrFLd9xjKXk3Aeqe&#10;b8sVM9QtPT5froHxHDsnUVfTYTUrXSefTU9QtJEYoGdjHETvs2xwwEmoC/f7f82y0ry60DzgJDiF&#10;p1OFPQVKX4UKB/vtOOHCkm8GZXzqO8tmJUdo0iYnGSTs8xhRs8z5iytlrMmH1UeATy4/KWwSuzgM&#10;Iq68QUEckdfNTzVkUUsqQlXkZDrEJE2MyMVBSfWfo71LwV67O+W3pMcoOk8Ap6jHsR+SpqPE6Sgl&#10;mqN8go6yFmmjjcGaJtWXRg37wpuN6LG7tgPzH5bvYUUFTgCDhtIKITPXp6owoIb82zptQlLmhaUi&#10;QSRqEknYcIxkGARhjWDLHVfJ+LU2WcGxapny5nLPVNFikmSqg181bRPVRWcb/JUxwCRHSOeyxsw9&#10;w304APVLqrmrPOVKPO2a8twZnw4NUYNlLLplhMGGYuHjaQSwUEVOzQ+UwdVcWbYPeILKBZf7potM&#10;rWltBVdKCJTpUQqSRIJUoEAgk/DEERxe5w5/LvzBa7wqEJAOoJcBiVDDDT4oxxAxIMUvsuZXwHK/&#10;zVDgsEkFROIanEayqeqqZqgDcilp6tpC7e6bjcSL9hcHiBxCbHqnplg2Rs0YpQTYlj9ZFmvBqnA6&#10;2hmNNTyU01KKCWOhf9FIkm11iKCxNhbUcNsu3Su7q2X3+tgJTpOBRt2QIEgTtBPRwpqxzq8eytOX&#10;3KxqWsKT4hgII0QMQQSFAdeHGn+nlSoqKho/NUUpNFKlRFJGrMAr7kMqDeLNbcpI8O40fMbyTl/A&#10;arOuX8wZtkoaqsEKx5hwNIcTlrdsYCtPKkqvHZTY7QWve49o0tMiYftlO27JBeEOEkoXgCBp8Jk+&#10;zDGhe/lNtbpumXny0V7VYOLUBs1QcOiRBOM8JyRzyTJDJFCQrkiVandG6gXGilTfUfAW1vwuWGYn&#10;merxWtyl0XzfjuKZiqSJErsMxOtw6J6dNqFiKxqORZFaTbbt7C19Od/bt2r5NmVpcZXYKfeuEq/1&#10;1SikAbSNWgpWD1RhjOysMt/N98v7p+wtXHHLgYAkECOJ8RSQfQjoJxjBiUOGT0cv83poaiijBkmS&#10;ujSVAF1uQwYcMtk3oP6qMQqcJq829acYy1h1ZSNiuF4k+PYtLG1QVVEpzUyttRvfBewa32TqdIQ7&#10;NOwzOcxSLhx8NNKiQCSoyftgnGemgv2edmWeZgtKi6W0E4mT1dePRQepXdN5lxahwvAKDFJqCZaD&#10;G8Hw+ipTOqlms7wFQzJuQ7SR71rrccsn9HolwigrsazzhmJ5wwnCp5MLzHLT76x6SpgK3+bjqpDM&#10;EYDfusUOoIvcczY7a93XG8tRl+WXKWrlaBoWsklWEFSVY4zhAIKZlOGNZ8M7pmzyVVta3Hd3awBq&#10;UVcOgySNsiI2USn8RzD+oWdOj1V0V9OfWfL3Qj1DdRIPK6a4/nKqnwpqqGNhFOmFVMEMo+cCuFXy&#10;h5sYbepUhW4brq3S5CzDkvLuI0WJvTYbT1wrkw+kgWqhpbTSbo6jyV2ophkCqS6kEL7ragQT2T3O&#10;9Vpmdxa3zaVKQlKUunw94ClMwCoqkKCpIBSTJlMeJLuQ/nP5t9i6bSrQQA5sK8BtxKuBkx+Bro/D&#10;0xb1tZA9SXWrpL1wyNSZjxDL+D4Vg9N15zBOcJnzn5eXMMp/Pokrqk1M8q19JVTT7KV4W8yQ+dEy&#10;qKgMHyZkbptU4dTYJlzCc0UMtLVY09bmGmkjnhrFSQ+ZSvXmWGRm2rHtDhywtqALS+znOZZq24XX&#10;FsFKwkBtUpUnD7wlKVDGVbCmMZkmh5b25eKu9lBSoABKzEYYkAT58KPdl7OHV71BUGYKvqPX4/0N&#10;xXKeaKLLWG5c6QZiixiCtwyVqSNf5uuD0dLX0xcyvOxK+SkBVy9i442NmDoxnDAs30E2PyZxrsYZ&#10;FpemuYqWjocShqVqA3kNXVCu6xiZVFiGZFsB7eWu8v3os760LTKGmkyVPpWpSdMcGhAUSkkTqA1E&#10;EgxTD/8AMHbhtDSWygg614nZwCIieEk4GDwmm7EsH9cODdTulWFZe6c5UybkzA4ampzx6icNzNj2&#10;MYO9DCjqqxZMoYqFJqyamlYCZp0j879IVYIkZJhkrHOpOSaxhlTFYMOxpIGyqmFYhi9Ph8mA1Ale&#10;Woc/zJWgSGotZrMDvsCb6tkRvDleVZgzFw0VNyFyEag4IEfb4tSdokHDHqG7llSlElvWIGE4pMnG&#10;D+NWCdSsmdM+oOWKyi6hZOgzrk6RqPNNdQthc2LRYg1IRJTOsFAkss0kTBHQBG0sVHsGbIGCdTM8&#10;5xwygr8yHJmaK+GsxTAsRwquStWeaO7yjd/pUNxdmRVm3qotZbaRzvnmWS5VlbrxaLrCICwUqTAV&#10;hswVHTKInGcaa3gDCQHX0qSQI4E44faCrD20EnqA6l9HeivRDNGdc85OkzD0ywI0OAZtwM4Q8hjp&#10;K+pjw1BJRyRo5gZ3RW/RlSGubi/FhlXpquK1OJZTzhhUlV1QrpPNpKnNkr4ZWUcM3lRirpMSEEtU&#10;wQsAI2uwIIBkT3iSZxvn3DAu7ZQNkkGQ3DgWQD+zU0CESY+4HHCdKqL37gIb1qT4UgkaAJPUmB4d&#10;gHA8KDXqR19wjKuRoutHT7F4ca9P2TqKqxM1vRCKnzYcckw6OqknwgYdSyw0lNuWGwn84DcdshhI&#10;FwPzxD6q1pM95VoczVmbcF6Z1FZlfGYsOhoqjF4MOdJI0tURRSzyRSwbvMDXW19wJFgN93n9zblN&#10;pd90GVXQS4nVqSjWDOKSQkKSsCMJmI24pHGC4yh1s4KxhSQD1ROBI4iCcMdlKfp3WejjFMH6XdV8&#10;PwLBsjj1NQ4L1Vydg2bY3winxXF5ZqHGKOf+W1xjpRi0VS8Do/lfMCUAqb68DjIvTGqnypl8VNVh&#10;MWD5qmnrMo528utmpqHElhMPydYEmianeoaDyrzRPH73u9iQM94t6Q3duJShZcb0pW3KZUg460yD&#10;qSkEq8JCsMTwp5i1CWBpSlQkQcfDMTIPEdBGHGjD5k6gxYZW4tT4RhGJY5juVpqE43lTD44IJ6rD&#10;KuaKOWtpjXBUqY6SOZpnWCTzLoY7GQrGw6w4nh9Jg9Piecp6/AaHPQhnxLCsRmpsSwJ5cDMNO7UF&#10;bVVdRNHPHYq0U6ldrJEGUqOAN2zUHlN2oQssTCoKHIckjWkJAUkjHUnxEgqxk0I7LWhRKyhLZEEE&#10;yMJ4TInbBw8omkJhlNXR50xPAcvfyLFp8j0cs6YjDUGix6mqcwVVXVFMQw2hoYIvlKkoHWojkDPJ&#10;Gz7G948Y+n+VMqYfm+lqMy4DQ12FYPVwY/k+SWXB8KqaaVJIpU30WDqZZEf3maW5DJGbeWW96+8W&#10;ZXLmX6LZRStaVBUJWtJmRIWvBKscMMCf4gIDDlqHgLdUBo4gpSkFM9HH/OnDomnfqT/WnMOTsTyv&#10;lnHqvLeMY5R1eFV+MYJQS4iKeGWOSF5KapxMJTx1IBAiEgcJIRvSVVI4pc4dPep/UqjxnqrkCnwq&#10;bD8fjp6jMGWqlY558Omom+TNXQ1FPHEFeZIHG4qHRCV1Ye6X5HvHlmUvt5ddLWFIKglWMLSqCErS&#10;TjBI4kE9VULzzlwEhaAtPhKVQSYG0GSrFJjHjPoGmXuq/TTo9mPJXQHPudJaDM0NRV4ZkjFccmlj&#10;GNxNGlSlPIayqqppWijroY2ZmIeRdw2ghee6V9W+rvSbEqqTqjgmNZv6b4nTJTfyekpJsZp6f3Fj&#10;ZhUVtXI0cUq23oL7mF9ofXhR2g9neV58mMvdSzcTOsKDawoHAwEgEpjCZEEjEEglGebq3S3NYKkJ&#10;IiW9RUkpGCtvDzxGBBFBr6qPRj0p9RmD1jdOMYpOjnXSKsp8ZwjqxkCpbBsapMSwsE0lZMuGiNqu&#10;al+zF5wIEbOhJikkjkGei9WmUsv+Rg3T3p//AFVwOoipamvoapsGw5aCGreyyTCmeSRoY3mBeVY3&#10;CkncdTYAv/Tuu7Wh/M303F0iUhcLUVFPQDABVAhMjGI4GtNbt5YkNrvEKVcJEzAmJgmCuMcJjDEG&#10;QZosU/4UWF9SYcoZ09XHUms699bMixTLhWd5JMcqYah0WEVEkOH1tcKamlrEplEkMIjjuE2i6Bir&#10;8cbpLnqmw/L3WLPqSUmagKvK9NgtQVpJqh9qOkFaZXjn3rIoeOVFk80Erow4U3FvvTYLW7klo2nu&#10;sHC6CVadJwLYAKMRAWlakhBxBKYq+ZOZ3apV3CGkNOYHvJkgDAQIIwEEglMGRJFMOan9bnSZ67Gv&#10;RD6eMn4JhuEzpl7OeJ9bXrFxCuwmggljgFVgeEUmHzUjRywhaOekrZ6cUcoMkZki2IgspdGciU+M&#10;Zt6X5C6q1IxKvMWGVuHS4ZT0U1LUU8pqqWWQxLRyTSwmPSWM3UDcpBUsojz3tGvbXK28zzCxShts&#10;atQWVagQEkD7tIVMaSJURpIMgKcvnbfK2lP3SEpARpMCdSVcZGPTAnVAMYxIw9SfVnn3p70Oh9Tn&#10;qS9M2FYFlzp/QNjE2MYVmCHHI8Qw7EsPiirZKE0dNVCnp6oSqsUM7BpmXyiN7RCVoPViqwzE6DPH&#10;WqpgxnMOVBJlFMo5fm/lFUZaaskglaQh7VTWtILTiMBmvGBckSDcVp22cs8nKmW3z3neEBwYgEAA&#10;g6JjSr9nqwELCog4/kIatlsNud0nVqEaSVnhKlwPEMD9p6caX9L6T8GwvpFnXpP6S8drOhuXeqtc&#10;erMHUWehoc0UtRPX01NURLBTY+ahKWN1iWGXdS+aY1BSVZQrrlzZn3onjEeMZersOxDDJcxRthmL&#10;ZuxqjwWKFKkU0tXTzSQR08MoeCJj7zRiyEEM1wxR5ZlG8GXrFwt1tSUqlKEd6IAgFJUXFAhREyDG&#10;EECIq9pmDlmtb1xBRIgJTBSg/wAKpVJiZBCSOsilF0z6aerHKWJVuYc05xyjmTLmDV0OI5HyNk2n&#10;zbFiEGGOsVPW4fNiGMY/iccod4vMQhFUuBuRVugJ91NyBm+mHzcmaMPzacKjeI1FFiBip6arkisH&#10;mjo3VtSSXOz3ttydti82ZVnTD+DTSmVHYFBQkDgDx6sdh0jGQF2bWT7zY7pU6cYJKQcIBhJBo7OW&#10;cxUWNU4anwevwN2uyUuN0ctM7RoRtILgqQVKkAG4B2kBgyqF+J9autmFUWH4NjU9Nmoy08lFWUeM&#10;yYetHJHELQvHJh0MTeZGAALuzWJUsbgAzs9wLKEOtYKBJOJkTt+4Hj1RQGfus7y9pnSlLjoJJJWN&#10;JHABQTMjoJms1Jk7L1BVfP0FEaOtM81eKqKSUvuqDulX9IzWR294pbbu9619eZsM6tf1c6eVuQMZ&#10;y/U5LxnEaqjx1khpZ2gq68nd81KK6J3jlVdhV4SgAXuASGXXe7qHMwReKUFpSCnpgH+EFMBQkGQo&#10;H3CEuU7xW9mhw3jGhx0CfCSlWr+kCADG0RxnGsL5SwupzVT5vmRKzE6emqMHgrZAFlipJzGWplaD&#10;YHhLpvZZA/vWN/dW3DNPWfMmacQwXAc75mbHqmmlVFxJA0mIQUUrSyTwiaeKEuoV/wBEiloyLDU6&#10;gldyiyyhtx23Z0nHCIExtCZicNpE9JNPv7wpsiWkRq2pGMiRwwA0kcASDxnhgyn0+yZ0/pcUpMhZ&#10;UoMpUmJzyYtVYVgEEdFRy1joqNM0NMBGHfYN7hdzdzfghdJ8jdPMwYl08zrgeLrmwYFUYXNgQRZY&#10;cVwksKtf9KJqjvSVopFEW5yjXAsq7RxF+qHtf3lus1fsg0WLRKFCcSHNSRwJVBxOIOOyMBXM/wCo&#10;TtBvnmnbVCNCRMjHE6hx9TsNJTM+YKo4fj+C4zRrg89TR17MJ54paOqgWOJJGjdow48sTLuLIo18&#10;SbizLplhFViWe4qWoEc8Sx4xV01fU09QAiVANIfejcDYvdtAbDQgX5yWzRTlk66zqkQBHlsrHhnM&#10;tNows4HvmyQTP2yfbwoqPX3MuG4d0VGZY1no5o6rLgmw7DZ6QySz09ZT4gsaCoU3mlK7IhdgXZRt&#10;ZrLxNdeMJFZ1j6R4XQ1XytPXYbFhbmMurQqKdSuiOHDAXHusD8fEH+7aibdwqMY07mt65abs2yyg&#10;KWlZMbQSSr5mKb/SxjbU3RbrhjVXRPXNQ5mzRi0jzGIiqePEp2dleWPZtYpuG5CovqD258/nksUf&#10;1Y9z3PV6vc9z1er3DUeibptmXq76n+lnT7KFNFVY/jkuKTUsNdMlPD5dDgdbiM7NJIQAFhgdvabW&#10;FyRxp9BUggCT0Ud7uLSm9QVbMfgaRHUXqNk7pPlDEc95+xf+RZWwqWhoa3EvIqakrNiVfBhdMgjp&#10;I5ZCZKiojQWWwvc2AJH0NMpYDNhWTsjYVTU61OI5ewuiw6spsOdWiMtPSoH2iykEFb9v6OZY7n5k&#10;/aZKbe9hLa9MFQIKZwGJwKcYwjjOyhCp7RdKdSn7sMcJBwr5tnqW6t4Jmf1T+sPFsfxxcu9PesWe&#10;8y5jypmTNtHUJVxYfW41VUkZY2kQ00iuRtDAa3bbtuJWOwDMUs1MJIKSjrn+ahw//ISyB41S0ixM&#10;rlQxbXQ8mDc26tslt0G471y4ZRpK9RUhMEmUEgpCinTAxGA6cWZNuoqUmScOr5z+tY+g+aqP05YT&#10;h+asQwfMucM89P8AD5Ml4t1Cp5TjmBYKKTEavECcJqMSp6mjhqWpUplWLa8e1QfEgpjLeW8ewDPR&#10;wfFN1VgFHS0iYdjNbN5lOJJnkV4ljAAEkaxhi17ncLk9g9vH2o2ecZHdrtm1pWrxgiEuKgkaDxKA&#10;AOroFabu37l3xAiAeEieEKowPqM9UXQ/1CejLHuoXTSnGTesubsw4zW50yDlGnpqLMdXRYSlMIai&#10;tnSeSaXDqlqwwpCUCDyWCIoW7LaHB6KqxbFafCMViq5cR3iZ6ZVlkLoBG/vn3AbWtcafHgVu9/b9&#10;GQ2rtxbKaat1CCSQNpKRA8WEHVG3jE0YIauG0JU6MB6fqaJ5jXWXqLljo50ZxXqr0XxbKeCdJp6Q&#10;ZZix6rq8GwxkrZZcQoW+UQCteMbJml8tyspNiyC4Zvwxjg1Jjsa4dUQM4mj2zSytGVZdzzKyGQgi&#10;2hAvpwRdqNq1mztrdJuW1JhBJEJVIMBOkgYGcduO3ZW8mLjv7NawfFhsJx2beHQKEvrOIOuuevTx&#10;jbdUsqZmok/kldPUYdhWFU2LLW0tSaWlwiSjrlwwPBIZArRySld0ljqpJ4R5jqaLOaUEWGI8UlPT&#10;k1auPPZlFkBuSxjtruJPc2Fxxv8A2LLa+3Q/Nl4BQKyeICZMjTEBYMiMMR9wmjFeYWrNsplALjo4&#10;CIAJ44QIEz0xXOs9LeW89eh2v6pYx1SqaDHMBx3MNSmXZI3fA6aGWqJql8iGJKaDFDIvlNFGiE7E&#10;3SKjgh8zdgoxgwTvSrU08SSLNTTgASu5G1iQO4uQD8eE/YPvq3lhdtluKStZSUkQdASDqACuBwJA&#10;MzhFEuc5t+WsSdUGR6dfJoDPQl6hU6PnMmVWzPW5WzDmKuw2bAsyYMy1DYVRYcs0lZEsNU20xzny&#10;3kjU7mMYUKN1y3ZUymMDwRpKiSNoI3aSB4WkBl8sIigB2f7K7R4BtTbgi7U+1BV9m6bS21d4oBKg&#10;UiEBWqZiCSdpOOiAOOBZY5wFt9+cUxAkTMbY8zQj+sz1ZVvW7rXS4HlGlxGkx7EKKDL2PYVmCCgM&#10;eDpWNVTVQdqSCmcvJLO8rFyzQAKodha2fHMQroaRa3CKOPGqzzgkmEbyj+ShvJtKkqXVRuAOhNhc&#10;X4E8gtkNL/LuktAJB7wkAEqIH8SdQTjtJBwJOAr10+z3oacBAWSAQJxjj1Cg+6DdOsnYlmSuyZ1V&#10;zVX9Gcq02DR4pQ9XqmGGSi/m+JSLS0JkStp0qUpJZnMTyKwdFWSUgrGwVsxbCMLep+fNdFh2KQVK&#10;lyyxpP8ALKyTtHeUEAE7WNvv4PMhzq9fUlP5dx5lVuUhaSVJ14icDMSkpIO0gGIox3XQ/bW6m0Cc&#10;SdmoSZHs99Dv0i609Xny/R5Kg6cY71R6V5hyZWYTh1ThDV2JYEMzTQVmCQYiyYY6szIsc1NslbVv&#10;fChTYpzpxlStwrNGKYhmKnZ4c1VtYTlDD64VWH0sLV880ddeSKmYVNSsivOiAqrEqC9vMcFb97wZ&#10;s7kKri1dFj+URpToSYWdR2qCCZ0pmVEAKURPGmBlXepCrhtJUn+LYTh0dA4T7qFv1U+prBOoHp9y&#10;JlTpXWYflCf03YJlvLmG9f6vA8VwjMmZKyiwZML/AKuU8tMaoLh1FHBthlrHBkKA/owSimixjDoK&#10;/L0+ACfZTyxJQmaZd5MSWFiARe4Fuc6cwt13b63lGFuEkxskyfjQmyzNEMqAWmUDgMD7aqs9M/qI&#10;xToz6gsodY8QyamaabJtXWZiosFwqpWlqJK+rhMJcSyJKFVbkgWNj48YcaqqQUsUEZZpIVWEB1AF&#10;kBHt4ost3+7eChRde5n3gIIo03RzP/UjMuKZlq82YVhtDgOP1lVmKhmwmeRqmGWsqBO0cqFbP4e8&#10;CLW7a8RFEqnFaLZpeZCrC/tHbh5mduQ0Seii21nWIo5lZj8n+bHO8Tsd1HhNZFJqCrqad/et9HE1&#10;iVOTUTEjRGJt8b/DhhbvJCABtNJ3yltwnpowuRMSebA8PPmDaYU2SOLXPYdz304xtGVvYad7cXEA&#10;08lYWNlCjTV62VvOKSKQPp8bD4cxCJe9tCNBxtyemkVwZXpFKGDE2ZQrDc6MRuJBtbXniAG0+j9b&#10;cTqalNaTbHAinOHETHZmuq/aOvhzDYg3/wCCA+PbjimExTjqFRtqTFikjG3mEE3Jl7/rppzg6Eks&#10;O/b4822IAFKbVZIxqUlalysrk398g84eWSex9lh8eaWY44UoJBqXFiCBT7pZ20Di+nhfUeHOPli9&#10;iLHsb82V4Umu39CamQ1TMXZL7bhtTrr7OR3UXNhtPjbjqMBT1u6FJFOcdSxtvYv7HvY+3mAp8Ax5&#10;VahjOFXeWAJp9o55V2qpJCgk3OnMYIBK279uUftpxoseOozT1T1bNGBu3HSzHvpzDKtu+vt5Vpok&#10;TTOkmnSGtHmGIX2n3gRpa45H3hXuBY+0ePFRZkRVignCpK3ZPeYsT4Hw5mLBlB8fb7OJk2pC+qvB&#10;BFY3qAsbRqbMfbYfxtzyMexFz3vx5bAmabUQmoksjulgwVtG7EA/DkhFsbnw44TKacT4hhTHVTW/&#10;Rg2WxuR9PJKKT9oX5VUcKMmm9CZpNVNSU91SSxN1Ufd35OgiO7cbWGtvZxnvBsFIisFdJjGqlxSS&#10;RbSrOHYgH4H48VOZ7vJhTdyKWO+7xtGvGrNkJbV1k0pvCI66Kj6Z64kdT4CCqx5mxViVPgcRq2tc&#10;fTxPRrqt1ue2nFLSMImkKETxijDYzXbEqpBdFUeLHQ6G2nt48RR38ex+i1+OMtxgaca0gyk0CeYs&#10;dLGGVVtGFZFAPgNQRwgP4oMW30fdRLC/+SY3+EUvCDeJJShH+MPnR9k5JWrqBqz/APBkxr+bepXN&#10;riT3VybiiImp0/m+Fm1z7OamdwaWgB/5QoAfoFVKf28DzxMkULLb7kjjWzfyxH8MbLWOZm9RFcMt&#10;ho8UwDA63HaXEzieI4bFQvHJDClQ4obJVBHkB+WnPlyLcHtcSB2S5VdXueNIt1lteJ1AwRHxHSnj&#10;TWe5g0xa6licQI2yTw6vPhRNPXtnnpvkP03Zlq+rNO+J5GzFiGD5QxnLMGEpjL41FiGIRxvhqwl0&#10;eJ6qMNHHUxnzIHKyoGZAp2mpEhpqZlzFiVNh9c1NI9DKhe70qgSSMbMJG27QX0sCQAfHnTHJ82un&#10;roFm3LwC4UCRgr7QkTCBM4RwB28QBa3a1vlwtLHASZ28RwrStwnM2M4/nOCo9PfTbHuqGTqXMkcO&#10;f8IxT5OP+X5mLSYRQ08HzNP/AC6lWQ1bR09pCzJFKzr3Ti3p6+goMuU07GaX5byauFpUYndCfekc&#10;FmIVdCVP38ji/wB1swvt6XWj3bbagpCtJjwLEpQnADUoSEkYzqJBg17MWFpQpwQFDjxx40RrMPTT&#10;qL1E9WGcsvp/I8vtmaXF8o45S4ZWUiwLh2OwO9PhlFJ5FNC9TVh2ihmjILsXYobMWR9bXYtSz4vV&#10;piP8/rsStXYdhxpCkJTaXaGORBcsQtyWJtrYdhySbfJMuQLa3Uyq2abVoUdQkRCUk9InEHpImgc3&#10;fBa3mnSSoNkpVPHr27Oge2jq5S6adJcdwPpHlvEOnFR0DyP07qpsi9Qs71Gb6V8Vpq2J4sPpMVrq&#10;Wr9z5cTSbIvKWPcxQMe7GbkbKmJ4flmiw7HMbqMzeXeejxGuU02IRwyEtDFI0BQBkW4LgD6OAXfv&#10;e2ytb5bVgjulJJSoHQptUCFKAg6iZAjbGOBOOshtnkWfeXC+94oVjI6sZigN9aXqgyFi3qIzfjXQ&#10;7p5h/RTEJppsoZ8yzQjCccyNj1bQHZieLQ0tXTTrULUOYyIGViVAcncfeaammxDA8eo/mzUYZl8r&#10;PLU+eZK5K4yRk3l91vLWNUuov9o8F9vm7e8WXOra0LuGCNAQQ2UQYOkcT1jAjA4Ch1u44VskEErV&#10;jj8JJxI6qMBgeZsj+ojoXm6bJkuXep/qBwWqwbD8o0WUlw/Iddkf5CsjgYYYZHhermqpqlopZFj2&#10;vAm0sABx/wANxcUuDrh2ExwU6ipjeAVpkj3UirElgXjUqyqQFUXGliQewLzfdZy5zdVzdJUoJb0E&#10;NwIUZOrSJ1CSVK2ETIwmjXLsuaWtajKiCZI/pbfZhReuqXRDEM49ZK3qD1f/AJ1maODKtTh2NxdP&#10;IcOrBR5rqJcUrROY6GtqhPTT1Mck1U7GCUGUyJGyDceaYwRTvL/NI3qaRpZYsIZ1DglbWvLtKhbj&#10;W4HieHl1uxYNXXdi3WGlpSFvQdKtJ1HwiQoqEjYdsClNxcLLJ0oISqBqggewEe2pGJ9DsKjzRRYN&#10;B0lxaiynnKiwbCcwdd6Slq5aGpWlqPmHkFLhDVUU89YqSpsKOzMRHGpNr5oZKM00lbOpRDGKkzQ6&#10;IVA81mkYX91bEAAkHhwsXaHkMMlJRqIKVHEbAkITxKpStRgQZiozzzK0OoMiHDxxBgHZ07KwVyZ9&#10;w/NmD5Fy1WUuKRUmKzZbOV8yMslbTTySJhNLT4ZRzlCaiq86GplkaJGjcErtYMDHiosNxmuGPvVQ&#10;4pQn/fbV0sKiYxMkQWLfsvtASQ6WNr9xrxJmGf3OVsHK2GVMPjxpWo6dZUSV6SowpRVtJKZ2gHCV&#10;+R3Fwqx0rWAhM4DoB6RwgDCnnNPUjqV0UyQ/pqy9lTGelvUik8vqRlLOeZ6x8I/msddiD1eLCkfE&#10;CoqZpa2kADSSRrJ5e5UJWO835fDL7fmafy/N/mt95t5e3dv7W+1p9Pjfiz+0l/3er8q5q7vuftTP&#10;eaojb/Rx8uEUhlqJ74bdf+bs540kP68dXflfmP8ANvmj+ZfyD/MJ8v8Ay2n83+sPzny3yd/N37fl&#10;P0lu3l6bPL5//9clGU8qVeE0FbgWLYbXRT+VFU5iy/lDDd9NIIn84OK6acAR+9uL7WKg7dw05LTt&#10;u6ywpspInbhPvn8ayHt3kKSk8OvCt3nH83UVdVYFjeFYhgiQSTNhuBZhzRislNUx1VSvkNDHQimu&#10;8pKlREZFJYX2kjh28FwPG1w2TDcOngwOPC8MpIsN8iJKmKmqKNIZ3MdQ/mmVgGIO5VYWAO7RuS72&#10;S2WZ3TTot1JToEjaYjHYUkE9UjqoszN7W6ojaT7oHCqsOqecenVHmTBsWzJh+IZ1q8y5ixCPM1DU&#10;1k+HVddhmMmuwmmSooDLSCngdoU2MpeNz5jgIdycKLiuZPWHT49j1FVeo6TA8jw1VXg+X8Jgyblg&#10;1tNQQ1skFKkiYmkcrFY02pZWJNzYm27qXu72V5IqyZfQyHHnG0KUdJSSYBMzgMT0AjZwqXMuyvOm&#10;WkLcvlEqSCnQlMjgBt2gCNlGZyl6MvRTiYwjqhgvRSlq8/ZsVOomI4vg2Z80TUz4ri0cNfWTx1lB&#10;WTU+52Zd8ihVZAo+woCobNmEepjD67CaOt9UmJYrV4rulp66fLOTKMUMVS5YuwSinn8zchJCohI9&#10;wEXPBtup2WZK8lx1xgSmYhKZmMcSj5xxo7yDszzG/cUpeYLGG0BEx1yJJ2+lGC6c9JOiU2H4zNgf&#10;S+HCKLD5IqSeho8RxSeOuehpPlkjkE7RwTRoj2QMzoSA/cK3AqzZ6X+qsSQ4xj3qHxWdcSnEmIU6&#10;Cgw6vjhJDbvJihBdi25kCx3sACVuSsfL+mns8zXMnnncuS4+T9xgz6gQk7TOHVRfadlLinyhV4sq&#10;B2goBwxHDAjqIoYMs9RcvYriNXlvA8Kn8rCkWGjrKGEy4c5UENGtTAHiQx2AYMw1NhfxSWaPTXJ1&#10;AxXDk6k9fsz9VqPDZ5jg1Hj2K1VRPDJI8K1IhYRyU4ckKZNsm8gX97uJZvOxndm7aSm9sEuhIOnv&#10;AAETjgBBgxhhTVn2H5ZYvl24uXdatp1aVETOJSDhOPGs+VcByZkiCZMo9OsPyNFVwQRVr5foMPw6&#10;HyqSN0pklWmWKQoilhHdLLcjTgx4T0JxbC4lweDqpneDLVFRbKHB8Ozrju2miSmWJIXC1UKRhQqK&#10;F8uy2tbwBlb7o7q21qEW+Xt60mB9yQdmwBWOz3e2912f7uXClDQp1SeKlrV1YEkY+QpM1NL0xq6o&#10;40MhYNU4+1Z5QxfEcHp0mmmaodnlidoWeS7NI4IbW5a9jchV1cyxl/ImQMRzCuFZox5JZJKN8cw3&#10;NWL1E9O1VIKWLfSVlcBKZHkW26JlUn3gwFiCu1rJLdGUONNo7pRGCkDFJJGwq6RI2KA21Fna/wBm&#10;uUNZalOhba3CPGgyoCdniJiY2xgJoQqOcnE6SkEsVFsiDLhqUllay/uygbQVsfdBNwPAcrQoMg5n&#10;6wYzi0lPhZpaNVMtDQrT1YmEUlQyoovvh8xYwHYyMoCgWG4nmKSl3i0t2y0r7vT/AHQAJ6gVRipZ&#10;6SkESCD04/NOsZYq2snmHFtOeAvFX2iCQT4talKgAaRIwJgSaVzukalnYIo7sxsPZxWTdNaeTAnf&#10;DMHqZ6vMf+ktiuH0sNJS0dJ8pEagj5ZXiDyuwgaGYo+h1Zjqe2uQG1W2hgLUy4DrBTqkBOBlWog4&#10;kRhPGZoUt9jq2MyYurZZ/KlBK0qHeasQUq1LKinadhScMa7vrb29vbfhiun3Rjp9LkbEIc+5ZkwL&#10;MFLQYrjuVsYpaiBv54mEYXJiSU8SwRmmVpmiEL7VYBG90hl3cL+1j6lVbvZWLJtru33EkIWkJhIE&#10;CdMRqMxswwiKN99O0K1tHLexay5br7ka3UBvu0DUlPjgp0mJnwqwA2cUzjuJYxTJC2XqemxSoSsw&#10;2ixGiqpXjaGmqsQhgnl/Ro53RwO8iqQLlQCQDcVCeprLuH5Q6x9aMt4PAlJhmDZqxzDKSlgt5cUc&#10;FY0YRAqpZVAsNBpzk/dXpuC64oyVKUZ6ZMzUbWzwNm0AZxV8Yp3wmsbEMLw2vZDG1dTw1jI4ClTL&#10;GHsQC1iL9rniiSGSToPglPE5RZc5Y5O4Umx8vDcOUX/5C45l6iCk9E0U7w/cx/un+/Cp/ifq42Zj&#10;w5f61yhh/vPA6RhjoSKR38fpHDudSpOyii1cUpRJ2V3yHh1AX6h4pIwHlx18jqAAftYisY7e255V&#10;s+HZjTrCpJNe4y9PcInxHMeHQ0lO89UklLUgL5d1RK2GWR7uygWQHQG/svwuuGylIHGaXWqiVkk4&#10;CvcY8uYbBJVLG1HG8jU1WIl8pNZVpWKAe7fde1uVt7ZZ+0SaRpuleIk7K9x6xnKdRV5qxHE3wKSq&#10;wyqxauL1UW5ROkVW0koVlIH2d2p0seH6d23VBJUkiePDzJxpQE3AZ70SRjGGEgTj7uuvcF3HemOG&#10;082W6Wur5KSrw6lRsTkw8VKwy4dLNLLDNTNIihlDPta4U2tYX3lZ77Bfpte3kC3syf7phokLKASR&#10;h4TMK4kSIEAA9NJNwGrnMnnu/IDSFAR/H1zwwkYba9yVhOA41RZdxWGLFqiDEKqgbB6z5OWolkc1&#10;E90gL6L5chCK6nSxNweSsPoQzRnLLt25vE60J/ZoQlStSlDwBSyAkBSsCf4QZPGB9Z7jPFK1lwTh&#10;4QDgZMBR2Y9Rr3BL6f4TWJ6ecFytiXSiXO0OT8Yq8y4jjJxjGlpY4K51p2jNFQTU6puaIXmDCSTa&#10;EutrcXbh/S9eWm4d3cXISp5RIKPDhBAkLnApMmQYVswgmhrb7sPqy4uKZK0mcZIjGBhTZ8lIuKz4&#10;h855cdTTR4etIkUIYvHJJJvMhUu1g9lW+0amxJ0Bb1U4Nh+E0nSM0PTSn6cRZlw2qzfRU2HYni2I&#10;rU0lU6U8bkYrW1pis8ElgCpIIJAuOYSdrG51vkeZN27Vym4ltKyUx4SralQBMKHEEyOIGygdfWLT&#10;FwEJESAfbyKzUTqfmIRVyVklJJ8vPJUKikOY1kt+jRFOjjUD4d78t7/Cplpx6juq71dL8yi5PkWw&#10;lkisxx3Dre9Eynsx8fHkYZy6BarJEgEe+pqy1xX8vu8eKf8Af6LL6taXGa3I+UKbBMZOCVUmYY2l&#10;qlpqWrLRpguJSbPLrI5U+0qm9r6cvlrK7AI2YvlyOQ3131tfcn2+5MtuA5VxbQIR8fhMUFFpXO2i&#10;L4Vkvq3V+8vWzEaOK9446DA8qWVbmwvUYXOxtewubn28xJieXAl3ylTgEbRurcUJ/wDKnhG9csas&#10;ESfM/jVYJp+bpz1dkI8v1G5ghVftCnwLI3/UTAm5wjxrAIi6rlOlIf3WUzYgw9vjUHl3L9sIBDaR&#10;6mt6DWYdK+ptQ6fNeorNEvlkvG64bkuM6/8ALrBUvydS45hCuDBlSgT2B/mX1/4KU8LbnNkAeJI9&#10;/wC6rBJrlN0hz1OgWfrvmuoGo/RR5dgv8D5GGg8UlDitI6yucvYVBFChnmaSlBRVALFmMjGwABJJ&#10;8NeFF3vCnSAlAI662W8Jmk3X9GMWWVBXdY871NROywwxUGM/LyO7EIqKKKOIksSAAB3IHjwAcd9b&#10;Hpjy5X/y6qzZl/EagOtMKzBMvVOJ0TSMNwSOso6OankJ8PLkb2d+JO7uHDKUCDSpCRG2lphHpG6i&#10;4rTCWbNfUKgpdqvSGtz5i1LJKrruuYo65JEPgVdVIPhxY5f9TXRDM8lJDgGaspGqrbLT0VfhlDh0&#10;zSN2TycShhkD+G3be+luMPW922fsr2B2V3U+k3NVJS78ax7qS0YPlg0vUPNNS9ibAkYfiTkDxJPY&#10;d+CtV5kanAP8jwRd3Yx4Nhu6/wAT5ffgdXmyio8CKuUIBmoeEenfL0kaD+vfUGrRrDbP1FzuVIv4&#10;A4lqOMTdQMSo3JhjoKW1yBDh1Cn3WjHNLzdShBFNraApbwemPJlUIzPiWZcQKW3JX5vzRPf2X86u&#10;a/GtuqeYLuI8Rij3a2gpqZf+VE4/+eUQIplyDTxF6W+mYv8ANYBVVJ197EcVxWcH/ovUG/Ok6l5s&#10;kNqfG5l3fuwBVv8A8gjjiL1SjBp3QgiuNT6YejSK0lb0/wAOqSdGlxFDNcd/92J48UuZuplT79NU&#10;YvUB+z0q1DA3+Krx03qyIHCtFpBGBpFYv0V9KmGBxjuUslUKqNzfziLCorEd7ia3bjqlX1hlsflM&#10;wtG+n6Onr2H/ACah4ubvSB11dKQNlBpX5b9COHSBams6W0E1OdyJU1mWYnU9/wDdJARyYmHdT6lr&#10;thGNuXO39PTVyC/0ugA5VzMFnA1dpsY41wjzT6M8IjY0efenNLFErOfksVy8xA7aCOZifZx0pMo9&#10;Q5f00uHVMet71NTDHr7CJpBxU1mT/wBs/KroCDxpI5g6w+kzDY3SLNOGVlgXP9X8HrsURh7R/LaS&#10;cEW9h4KeVMrZt+bw6aspY4UglimnMmIUDe4kqlhsWcsxsOwFzxDmd06zJmR50pAbGzGihdS+v3pl&#10;zBguacrYLNilRjWM4dX4RhLf5vM9QQCoqaKaKJjWS4LHTxIGcEyPKqoPeJAF+CNjuHZzdojSUsgp&#10;4FLf6PU0lrse4AmBGnt4R2108MVHA9dKEt0AXTvN3o1STEqGoaJczGpCVb4tkzNcTCSO0LEzz4R5&#10;bAuO4YrbW9teaU34kFdIvq869QVDkTRZmnSdHKkho6GFDcqTewHt5MW4joNs2TxHzNJb1sg41tWd&#10;CDQN0R6PPhRVsMkyvgEuHNFG8SmBsKgZCEkVWUFSPdIBHa3DK/gxzwS+oPqLJJUJClLkfEpJGk3E&#10;Kq47hDE+4GOgF+3JP0a9hikrEajFE3/E8q6uk6GZCWgwSozFXV2d8LwyiwrC2pEnlmqMHxWOMKa6&#10;opo9WIGrjvzZsWhpEXc2KgsrCCURRuSrm2mu3XXhWrLQsqCjs2YH50wpKgcRWvdJ1azqJqZMK6QV&#10;AgqoHxOnqsaxfCqVWplBYSL8q9VdLKwuCfeBXuCOR5WwKIeW2NlpfMNKI1gRyZbE7NonBLaH3QL6&#10;cZtrQBzUDA8qROqWCYTT42O9eMRpi9N0Rw7ypab+dx1mI5prqaL5K6D5gyHAJEWH31AlLbbsBe54&#10;4w0lEi3NTMzCxKCnRbf9Hm4IrW6SdhMddNJfUoxQDZrxrqXUzvH/AFMy9Qq/+6QZirqs7T2JBwSn&#10;Bv8AqeO8PygG1RIw9p2L+w8Pbe5EYHGmlIkgUV3N2F9Qnqvmak4PBCTuMKLWVXuk9ztensPu5zqf&#10;KaIoIJLFJiXaRbW+Xc+CfDi1u4SJM40pYYhW3Cktl3Dsxx4xTVVRjGFyRDEcvbKLDsJrVkUtmfDY&#10;1O+bEXB2swa23UC1x34C3qIgX/Npn9oVbzlwrEGjBdSNy0rkdowfDibOrjUx6UYNNiD5VYr+ELX4&#10;zF1h6XxVtRSVFK2KYdADTUFXBIUeVQGJevqFuSdfd0+PNQ78LzDcvUuS/W/j2a8BTNGB4TkCGWvy&#10;1UVVXRpXbq551p3lopYpUEphCnawOvj24V5KkJXJ6KA9lbgMuqIkQfnW2X1t/nk2KdD6DL+LzYHW&#10;4jnKOlqMRw+KjmmSl/q1jLz7VroaiMHYp1KG3De+l71BdIsIzFX5Ej9O2H9M4MZ+WxNZsPzHmqtE&#10;9bU1lHQx3iq6n3SUqQ5YN9lbnSx4Lr22bWgKCRTG7uaoQ6WwmATUvMHTvPc8Sz0HWzHx8vukeknw&#10;7KEiyKEZtt/5MrAsQBoeVN9ep4JvXJ1aemhEFP8A1rx6OGnQyMEREqIwoMjMxsB4k8AOSY3yZ6aF&#10;WVK1Zyj/ABj/AL6aFLLaVEeXcAjq6lqyqSipUqayVY0aWQQKGcrEqKCx1IVQPYBxYYADJmvDERvL&#10;cyFFkQC62pnGga4PJScUpB6anLMkxaK8qeuNGacDxavxGPK8AxTMdFUw1WKYviOI1U8VJSIZrLHD&#10;HJGIpDdCQqtoWsGWzHgz3RzewZuAblrU2dQV6iI2EHywnZNY/wCa5ep13uhqOraZMCeERHsr3Li8&#10;FzjheJ9Gcr4RmDC67Ha+OpwPHcnYNha1GHpTR0srYLEWGHjCoVJioZpUMlQzyKu1vdso6dnda2zr&#10;K2r7K7eUXISe7IAMAkJCimBCdO1RnZJiKQ5b9NmWXt9cfy23Qp+7QQ4DiDqO1WMATqwkCkBVYbjL&#10;5pgqMJxH5fD4Y6qkxGnqDE02+bZViSKSYVDbd5RDGUVQDcdgCuM057rMR6l9Rsy5WwJ8XweTBGo8&#10;PbOMFYsOCTVdJRpUT+XSMksgdIWiuXX3RYlgvvifJOxd69ylli4bQy4hK8FplGpShpgJJUZThqkm&#10;NQ4Y5L/Tx9MDmR7rMWFzbNtXdslwKOiEQpRKNhVI0nHbxqHTZRxfEMEy9TY/jDUGL4diC4ri9Vh4&#10;ppnxCOkqKianikeeLbbc6SkrGtmB2BCRtKDnrOnWLOUGIYT1SOHwtiUNLh2BRZXaBKAUqTVIp91L&#10;TyNHEqPI7xhiCu7VLm3Jc3S7ObpGVP2mZ2DZS2rShSEk4wUpWpAKoTOOoADZ4JkUPrpjM2LVVjeN&#10;oQrBKCBOqZAVHDpBnDgknClhgmX8HwCnNNhVIYQXaaeoqHlnqJpWREaSWaoZ5JHYRqC7MSbC504N&#10;PQZZcpvWUPycmO49GR/V6TC1jTEWjjkaptGsStGViZkgRSLXcMxOt5Bz3cddsO5JSpIgoKiEkNpM&#10;hCUjSAG9UTEnapWND+1y24tMndt1KC3SU6V4JWADJAAOnwyfmazYzCk9BPFPLHBSMrfOSVRtH5e0&#10;g7juSwHcm/YfXyxqlydjOXFxKmOQ8ZwDL0bUay1eNrhxrZ1q4VqpXWlpJDUkwyylHFQiN7u7c3vP&#10;zEbeNnMc7zZLjDylJGEqXDRAOGgYmIw4SZx6ZYy/NFpbX/krpbiS6SjjCjx1GCYk9FFqwPqrlbP1&#10;PT12Xc4YXnGV1q6zDMdy9PM+BTeXM6QiOvtLAVeMLeSFnG4n3RdFKZocn5TwHE88UuCUy0mY6Hy6&#10;3GKKtqFQNU1cTXLU/mzSSRlba2u4bQgXCiLO0hrTeuKW6pEAAEKiTiZXJxw9k7cae3Wucpu7t0NJ&#10;IdSJUYgwcOMYYcJ40vqHNM2P0mX8RD/OYZinmNR1+GwNOixxSBRunKRIku5TcHRStiCbEhfg3p3y&#10;hjvUrCKfFKI5KpaCuiytWYnhRpts5ko5quoaGOseqV2kRlO1AqKLqYyV94cXeeptrRN0wPzdwUrK&#10;TCQUYAQTgUnaCASDtOEUSb05Y3lY/Z61r1QD4f4hsB6I2+tN/UrqTmDJHTHOubclYe/UXNVLh1Zm&#10;LKeW6+1PE8vuQwQSS08MflwiS92cliLndb7I64pT4N/UPEemGVIxhkK1lLjceYswJFXM9PDF5EUM&#10;czVcc0M5EUVQnlxiOOPagNv0ahnKmM3RnDdypaUIbBCf4tSSFSCNQI28QeG3GBHutZO3jhaYUEtp&#10;/iIBBGwCCQQrDoIE7KRmWcsZzrur2E9TMwYkzYTRYLV5X/kGD1MtPTGvqa/52SZ6WKLZIkIZ6fdL&#10;IzM/vbBt8wrjIOd8x9O+k0+Wc41v9a8UhxOrmynDgSVphqKCqr5J4qSqes89y0KSEyFt4Ng1y2gA&#10;mbW11YrL+YKSpepUaZHh/g4YQmAYjHZQvyXcy7tWwm5KVaVKIKZiP4cOmNvDooP89enbDM4ddMK6&#10;jUOHUeHrFRyUuY8WxZojWUtXFQpSwV9DHT7NjlI1h8xHjYAuLBSbtSepHBnXFcXx7K1ZhuX8EWGm&#10;hrHhPlS75lpzEsYDM7FlsFswI1NuRFddoOZruW2mmEPJXqMFQHh2EkkxhRvfdw00UlEg9QM/KlZV&#10;dAKmhoUwrB8ww1eIYrNUV1Y1apaZpSkjLJvQqU2l77kClSQF78TuRMvZMbK2MYJ0dw6myFkPE2rf&#10;5Dj+CyPI1AcTrYKquESTowo5JJtyhQXCbQQFttEI9rOcXbbyMjyazGq6O1SwCgmSVJ7zSBJ1SUzA&#10;HhxqM7bclq1YcZtG+5QSSCDJGrFRAOwnHZMcKlYxh9XR1eF1ufq18fzJgxTEZctwolsQFLS1ccIJ&#10;iEYqFjErNYogJbaSb3I9ZE6PZuyjh+EYZk+qw3C6TChHhdF8pNNVVUr1f6Wonn+YnqJ2lZqiSaQz&#10;uGZ2JA1Fghu/2Z7y5bepFhcgOW390UuVInHiYmJMhOEbOEB0Xlll1n3DTa1qAgqKTiST/ErE48RN&#10;EP6k+sb051BztgufsoZyzIaQ4lmvNGNZowGfCcGo1w2pdqWCnxCqoqGjq4SaWKlhmoFqfcW80hPm&#10;MxXs7fJYlj+d+o+T8CY9Y8vRT49k2LE6WgmhhxPDYpJI6fcYqKUxu2yIiSQ+6AdLlWl/ej6d33rH&#10;+dKuVHMWwHVDwlCVoE7MMDpnSTs6qDm8fY1Yu2C7pLx79KSSkqBEiTE4evRR9cB6aT4V0hwLphmH&#10;GqfMfT3GMKlyTm5JJ62lq67D8ViNNLOamGpn2TOJHkJh2AFjtIADKUPLHqV9KvV+LMnTDqtkbA8n&#10;dQ88Ym2TMz4Nh2E1ApMVrMNrRFRyGvwaBy6vMSU3yEqdy3ICu0S7vb3boZzarav7Vtm/cURqSjSg&#10;qBgGUmUgmScfbRNu7vNu5mFkbW8t0tvnwyEkAnAJlSQSMduNCIck5myy1LUYHj+K4xT4Wt4Didct&#10;TM8bqUZWSvdY/dVV7Aa6juRys/p56Z8mU/VDO3TzrhU5kw7E8sU6Y1R03SnAKnHPmqOXa4qTLT01&#10;TJFCBKlt1Pb3rMysNpiXd3ce1ts4css4dcZCBMto70qwnpEAdMGai7K9ybNnMHbfMNadAn9mjXOE&#10;8Bgn0oWqvEXSGnlpTAUqGNOslXME/S32hFFrMSQQfeB00vy2P0TdOelPT5MR6iemXNWcs0wyzDLe&#10;ZYMWppv5biaoEqxDJS/yWmYmFJQ6yxupBawY3ZDmF2J7jZElt3MLG7fKWSAuQkawQTAQUCThhpVI&#10;NZG9l+7ORtlT9k+7CTpVKRB4xGlPQcRMTQH9UsMwbNdCMD6l12FYNhMLfPUVRPJTwVlLI8MsCSpJ&#10;UVmy7G4AaJlNiCNLiz7CckdQ4s9tBBitHlbL2YoYMcxSKDEzBA+JNNMan5fDpp5FFSYwJZGWFN7X&#10;Z23XPMhGszyHLTDFmsqeOCowkdIEaR8eupLuM7yHK3v2bKi68YG2CfLYJ4kCTxmq989+on0rdPMm&#10;Pj2HdHsw9V87Usk/T7K2KUWT8RxSoGGoEkpVrcep6IJBhPzEwhhDTsBuCwxuoC8DfrP6Xck5vr8H&#10;6jtUVXSbEBIMMxPFcPqaSL5arjqiI6yoYIF3sCDvSTaT9kkbTwdbqdpNyGF2rmp0JBIwKSQR9oOM&#10;xH40VZHcJzPvRcNqQ8iSCABqHDzIilN6ZPWPj9fUdSek2YZqjrLmrK2HjqHk2fDMIqMOGOYTW0Hz&#10;L4bQRzl5ZJKOZXg8uaNZlQoJRvElknmT0+9Qss4LW1H+fL+veHYs1Dg9TidFJLS4hW0VRVCkaauk&#10;KTGuSlWoI953KJcDvt4I9yd+csuSUnLF272lWLgSYUASlKQD4CYGkqSJO3pLKN67iytVPG3WlCEm&#10;SvTqA44J1QQB4TE+dLHoR6v8odRayhoca9G2c+h+Ysv0uK19BhmfcOy08OGVNPTmvNFTigxOZ8Ok&#10;rRRh4/Ohp0mdb6mzF2pemmbKTMFRXUeHtg8dfQ0mXsPzBkbGFiw3DflZ1Soqp6DEoyd8nlgSNAXU&#10;2LbGuzcN7Lf3LLuwQppzvEBa1FLjZK1nEBAWkiNJmNYB4SMKMMu3jt76X7RankmRAxxkkfcAAcR1&#10;xFChS9c8j4tgi1GHZgrM50ENZieM4jknOeBPV41iUtfTSYjh9DRVcL01PS7PNCwx1a7wGijd4j3n&#10;1fQjJ+NtglF6hq6o6h5vwieWTLWH9OFxYoaGaaWrMhpizLpJN7ny8SAKgvI4O1Qdmeeuu3irrLmm&#10;2bUIGovBJUHBA+8mANIE6jqCuoYtJyC+uVG5d7tLSRJ1EgSOBJMARt2KBoEsS63daa1cw9RfTtgW&#10;T+kPReLDXxPqJnP1MVdNR1P9ZKI0uHxQyHDZ1SmjjpaXZUTVtXLOJGVDBEIy0hQup2Wcp9POo+CZ&#10;by9meqzSmJoi4tlWuinSoonmlemipiss1TK0qslwrqCCAND2yO3NdvMwy9Vwsd0EbCFSlQAnViAA&#10;nbiCQfShyneBCVIaDkJWBA16gRsBGMwTIG0YHGrAOlmd8w57yrUZlzBgNBl6hlm83LOK4BjEeM0O&#10;LYW9LDUxYjFUR09Ogil8xtu3cCBuDFSOLjKua8r5Kmj6U9V62fPGWMuRQnD8LwCsq4KKhllmeoq7&#10;xosd6mF6h7GRZFLblNwBwrzPdq/urdd7lISxcOFXicSFKUT9hOP2KgSElJiIg02zbONtKZZIbuCk&#10;nVAVMH7TEYHCYIOOEEGkFnTp5mfMWE5lz30NfCuj3WXMjTT/ANes2YFh2MviZw9EoqKKvWnn82TD&#10;alKSFmjhqYZhHtIaKQMOB16jetIyD6gen+ZMqYlFnjpjNg1HW5fw2ve1NVxUlTU01VG2xI/LqkKb&#10;g5UMreWSCNORXk5v2guxuB3DzhOqBhq2mDjhB2BRHCcajPPd7L+yvGkLUR4QYGwkE6tpM4dZ6K4d&#10;FMJz9jfRyqwTqVQ/1C6sTT1AzxPltJRSJik5SuEtH81UVokpykqKUE8i/aj3Gx4r6zq7U4vmzC8s&#10;R5mOBdPJBQVGZqyspBUzUdVjGFtMZml2RSGOSOWOzLJYAXN9oPJayvde2VaP3CGu8ukkhIGpAUEE&#10;QIJKSRj/AA9AoX/2gQ9cKWUpc7sAk6VJMlJIHRGyFCcZ66EGbKlLQpi2dKPAIcyZ3o6SbC8Pgo55&#10;aCKrgoap56amKs8sSsjghXZDYs1toZhz2Kek+ojxybLmGw4ZmHDJtkeEYnkOvp2rKxJ4KbElab+Z&#10;1alk2TKD5c5FnvuNlJLMu7XLhyyZfLqmVAlSw6lRGlJUmEwlRxI4xEQKDVllWWXQ7vu+5QeIB1Ee&#10;ZlUdHi66DvJfqfyVmrp7F1DxfB8c6c0sC1kmN4N1CwPFaOqoxh+J1mDzCREpndC01FIY1kRZGUC6&#10;KTYOuZPSdkvpFVZchzPknEM91WeZXwmCCGrd5sKakC1ks8KUZp4pCYZFZfNYgBCbi55u27WnN52n&#10;e6uENpYE9CVkkpCTMqwUkgwJxiMKQ2m6e6zLi1hanBISkSB4sSBtGOBknZSc6Xeqbpz6gmzdXdJe&#10;oFPPh3T75Wqq6upSOloa6SvnrcLipah6yKSeFo6yglikCxq6vZbEggh/jmM5Zwuvzbhea8xT4hlq&#10;WOKCgwLEsPnhxaSonqZF8iQ4fSxn/IKrNu1uygX1HBn+TvLi2bVbsgO46lBco0gDESonaSBGOBoX&#10;fz5yw70XmnuFIgSkKVjEQUAYKEiCJGEUZijmxKWnw1jRRiedAauto5UkpV/QB90e59xVnay6dgSb&#10;aXa8O6/Z3yflXA6TAsNX+q9eslVhtbiGAVldO8sdaad5P5hV08TeUihVZJRYEEe/4w8z2UZHd58j&#10;MLhANwpPdaG0FQB1KhS16fCSCJKoOG01Dx3X3eurxGbLRKlJ06ENqWNv3LUUjSIOJUIHScKC3Hug&#10;vTDOPUefqPjBxKszRTYcuUqvCaPMWNQ4QtOWapV5MJp6taIVX6UkVPkibbYB9oA4aHpp6knz9TYL&#10;0zxbL1BLjuJM2JYzmDEIqOlpkqd7vCVhoZInljW8SyEMrfaa9h7xTvt2SZhYuu3zC06UpIbHiWQe&#10;MkjCBMRjPXEO5zlN4i6U4whCREpEYpw6pHsorfUL0nS5Nz5mPr7k7OeOUH9WsJlwXLuRcGq6vEpB&#10;QPBG9UYGxoYgkdSCJfl0ELR/ZUi5Uo94PnKvzpl2R6LI2V5+oNNSnBczYpMUixikjpamNpGaCenZ&#10;HXYgAkZyRqL2sSrtt3HrDQL26dDchQCJ7lRIIBB1ahJ2p2Tj01IG72UXK4N2uVTPhOHqCJ9lL4dH&#10;48n9SIMcxTrFnqlyDJiqZpwjJUGIF8t1VbXUM9AkHmxFqtEEknm/KoyQtJsfaW38NHlnJ0uKdMcT&#10;w2kzH8zU46sGEtjFRCsq0fe0bqxCuQQIzcBfAXY8irO95E2+fNEtBIRqVpBIKojERMCCVTt6oq15&#10;etWuZpbKQkeI4RKjAA9xPIwr/wCuHqAo8heszp7S45kdMv4ZkugzPn/DcrYdUx/zDM88SU1IaiFI&#10;o3McaRVUlSuwtK21mkCRp7wN4bnjKObqw9K8dz7M+OUFYlLiDYVhtZQU+GYhhrHb59PWStFNCdtm&#10;W5QBgy2IB4O73Ir+1bOY21qNEYBSwStKsMFJSCFYyCROGOBmjFy8BlbDfibMEHjsJ2cfPHZRrM2Z&#10;Qz7k6jr+v/SLorheK4zgNNNU02FY1i9LJX5qwLF1jqKqOkr6Gkknpqk7w8MjBnkZNjmzlg6Zjoa/&#10;Gs2YZ0hzvis0+aMMlTMOF5swGhoqnDg2+oenFQ9QHkC6kNHZSosysQwHEWSX7aMuVm9i0Ay4Aktu&#10;KUhcHTqgDCeIOMnAgEE16xuXXrYXFsiAdoVIMccMMejCkh0t6iYJVdGJvVz6eum82EZEzVSw1GZ+&#10;mPUapxjBMZkp1enpsQSjpoPOpRXIkIaORS4mkHkuYmDSAHOsPTTHenuYMD6q5OxpYcw1Ek+VMdSt&#10;pIRRk10YMJelmjkdRI0r7hUGS7jaWYEWkHcbehjNLZzL7ls91pC0wo6hpOICgQMABGgJhJnSMaeB&#10;Nw6CYSVJxniI6tsTJg9VD/0X6s4P1xoMa6ZZvwhsOwuswihzHl2XCMQqUkmp4pnpqlabFcJkgjeS&#10;llhjkjmo2iZUkQ+XGy6zOhGSse6oUGI5W6gy4VljF8l76LDnwOlwnDK3DxLE0k9SlAlLAktPOEsW&#10;QEnsCCOBHtg31y/dRKL61Q48HtshxaVHUkBKnJIbIJnxkDAnGo03hzv+zymwtsFU4jSTqJMffiAN&#10;hJIwigR9aPqVwf0NYBguecjZOzH1KxTPVVFJJg1dFm7MGF49U/O02F0mGtmOaSup8Gn82rV4TUkQ&#10;hFlbYbMQ09feq83TenyjQmKuqMfw6eSjw7FM0CJDRYYJY1ZETAxCtMJzTkeVJdmF9wshJEfZxumj&#10;M7h5xKUJacAUru5OpZwkleK4BAChAESDsAEz98zbW4MJT3hBlCCACYlWraegFQ/h6qGn05dNsDx2&#10;kzrnKnpMq0uB9Unos15mXphh9XLT4tjslO0j1s+K435r4r5cMtPHT1SRxraIFdCI4hsyzmU9QcGw&#10;fqLi1Hj3T3HMKp5sJjruktK1U9TRTIZRLNTQ02IeXEGDMgkhWxFrEAHgJznJv5O6rL2ltXDa1JgX&#10;CtISoYQlRKdSunxmSdoOFLnme4aS1rBGBGvZsAHCTs2niduNFe6ndO/8x9FXdEcJzflTqrlHPmKY&#10;fjOF4B61cSgnho8SiWmoIocMqa2XD5q+qdRGXDVEkrSP5hcM5WQnvULo21FhU/U3LWL4hVZOxjF2&#10;wfN2BZ0p6nCHqsRaWSokOxJKGK6krtDCNWYGxVvdMx5Fv4y7ejLH0oFw22HEd0rXpR9oMjWcSIIG&#10;ogRgaTuuW7z622HUuOJhS0JJGBOChJAmQcMJ6cTR8MideMqYv1Kk6B4tjOCt1dwjLVP1Up8v5Pr/&#10;AJ8f1ZqKj+VwVymVS4V5kZSo3bQV1YHceSf5scGrcYwDNWXcU6ZZ0mFK1Pg2H0klZQ1ZeqBWup4F&#10;+edJZISCPIqVj3NsO1Tu4+49mjiEOW7qLhhOrFRAUMPtmEAgKwhSSQADicKbtnLdtyFFSNU4KTtP&#10;ApjVx4YD40/0E3UOaXCcWylmrDuomTZajF5cUOYStLiNPJtlWGliqsNip4fJpqgeQ6z0ryhBuZ3k&#10;WzPuR+q/Tc5gwPCOrfSWqw8RJJgdA0uH1E9eYKdzHGPmEmeqMsZ/SMFkYpuKt5jWPAPvFutndzZO&#10;Kyy5Db/hVitKQcZI2FGkjCCNsEEY0gzvMnzapaS2plYjSVSJAWCQDBmRPSB0zQd+oDpz13xzpdmH&#10;/Zs6tjJnU2pkw/HMBx3GZaKagHlV8dTVI0VTQVtM0dVTB4iDCBcqyNFq3Bo6WdVsuZv6nUOWslY8&#10;2Q+nmEVMuG4phVbh9IjriDRFFkURVDMw/RJ786HVS5I1AD/aFu3mGWZC9duWv5u+KAUwsjUAZKZ0&#10;mDirBJ4hIBwl7Oc0dZtn12rCXHkfcAo+LHCOPTglOyMcaL16mMh9QenPpi6t9W26KU3qb9R+D4PE&#10;lHgOEY3XwVONYfRV7VEsEE88CmnLR1VS5pqOJTIGECB/dJVnUXphHkDGavqR06xzLKZjMZkiyrXO&#10;s1HjWHtE80jQ0RjlSOodyVVYhIrm1ttjwg3H38dz7LU2eYW1yhs7VDUhba5AjXKFFHHUrQQMYUCK&#10;9k96vNbcKWwWwUjElY8UmRgQoAHYdvAgyDQN+mn1PZk9WfT7D+lHV/099W+n+WsTgiwXM+cKybHs&#10;v4llzMNHiCRfKjHMLqcNxNqaNVMnzVSlLOEVfMSUTq3A1m6aYhV1GHZqxvKkOUafCK4vh2L5eqaT&#10;F6LD6KZlo5KfFKXDjCVgkNW0erERpuFwgs0gI3ytkLNq2+XFrH2rCkKWqCsFpS9QKgElR04kjzNH&#10;T12h0J8BbdTp0bZKolUavuwJnGQJxwo5r9fsiR179M8HzNVYrnGeljwzAMsZ4occy5iGZ8Rgw+TF&#10;A+XqzMsAjxCphpKGSocUwkG5QzspLMAK6tdLMNwmPFqfC8uYNgUNaz49lGsyTUTV88jz7EDietWn&#10;+WgDRsDZYlRrILtvAHm5W9Dtw2hTq3FKT4VhYAiASQANWpUHD7yRjgNNLmcgYubUjuQkQTIAJ1xB&#10;AH8JnacBsIMUN3SHO02b8t0tXWri8WNUF8HzVhWc6Kmw+sw6tp0u8EsNHLURmUhgwMcsqOhEiOY3&#10;jZyvZJzDnzAM34ZW1uIznHxKY6bEZMX2wRSxbfLl+ZkKWZPMCyEsVCEk3GgH19k1vcNKbcTDYSZS&#10;mSCnCYSUiZwwAxUMMaAamn03CGroklv+ELkACIJnCRInApHXsAn41hWDYrguI4TjWFw4rgdXBJTY&#10;lhFVTLVQz07KQ8bQFH3hhpt2m/s5YVhGfcEo8BxmHBGw/qjhM1HLiOa+kmapDTjD6n513kSinqRO&#10;/mIakska7lK32NdVLwpfbt3Ltygua7ZwKAQ+jHUNOGtIgQYgkwQY1ASQB1ZrFwQbeQskgomQqenA&#10;7eiCkiOECioZy6aZgzfj2E1wmxzo5nDBcbXCsq9VsizUtbJjdF/LonaTGaKCPyDBMaIRt5yggrF9&#10;kO0alw6r5KyNmfAcNzP0/wAdqZcQ8yeXEMu52oMTqoKeQyuqUwrGqZCSixkRsyENcszBbKBzuze5&#10;my6ba8bb0AeFQ0kq6VaMI24weiEk1e7yl+7tx9qQkwELC1AniDsIxkg9fRQ65Grup8eKY1g+e8Cw&#10;qDCcN8mmy5mTA8TaWqxVUgiEtRNQmigWnLSMxZVmYDRQD9oh50jqaHFcDjo6umfJuasIp6mHDs10&#10;cMi4XPTxSltlTLTSNMioxCvLACy3DyLtU7hBnKLtpQJh1okSiYUOHhBlJJjYsp1bE4kQEt2MwKUa&#10;CgodbmCmdBEklJIJMDbKYWBiQYFLHGajE6FfmKSh/ndOzp8xhqyRxzqp90+T5gVHPjtdl7EAkkAB&#10;ln6DPWQsUocXbATjGWaOpmWSITYZXYaammmMU6loKV4JhtFmfaS3jcC3FrmetuggIJ1pEmVIUEqi&#10;JSZKQNsbfKiPe17NLdIfQ1rb/iHgKZxJwCI8ycemp9HWUmL0UU0DSoldBHU+VPHUUdSkc6bl3xTC&#10;OaJrH7LBWU6EAjivzFS9K+puC+fl6jfL1Y1FJjIy7T1iPBTutK0+yEVb0UaFGXaTG7s2hVbkAJbZ&#10;eaBpLb0L1AYxjJwHiTqJgniE9ZAxpSXsuzW0baCYUofYDsI4wSlPATGNR6Y4pQwxJX1C4l70NMJ4&#10;4HSQ7mEZdhD5gNyb/ZUKO5sL8A9OpiU+WTgOYsKijzPlinTL+AZ5wWlkaI4bs8r5evjRX88MQpEn&#10;nIQB9kkkMTXuV3lqpwrJgyCSlRAmIM6jw4HbJJiIqMctz5yy/wAnehRZkIcCVKKdX8K9upPQJTHC&#10;dhlpS1EVYZYqkfJSiR6ikmV3czMU2sjmSyKArXXabkg3FrFlOE4BS5RgzPkuhxvDsaxJ2fM2M5cm&#10;ojBbT5iJKimqFlhASUWXYvhcka8g/ers8tb3KXmk2yHVqx1EhQ9RMpAOAiJg4mglmu7Vpmli6/3G&#10;t4ziIKRxxGoqE8CKz7WleSKeOOSIFXjHc6G4JUi2hGhvy830Z5nl6n9PekFUkGKzGb+b4PPJm+mK&#10;NWyU9DMYJnaumfzN5VZBIpdb2swsbfOJ287nOZPvhmLSw3r7pK06TMSYPHb1dYrnRvnZNZYp1tRh&#10;CblkqImQkqAUDxiNo21V362MewbpT086lZgqsSTAsAwOuytieLy5dqKiCqocOkzBhvzW1cHg3onl&#10;M6NGSpZC1wwfUVeveFT03Wrp9iU0XzFbDRww1FI8kSCV/IsxQongz972tyK8pbK7d1HGfdwpHeNh&#10;rd20Q6dKEnbt2KVx2ThxoO/w/wDO+B5u9KOfq3LFYIsqYhjeZKrL1etLWboKX+b1EaedFVSbwdsf&#10;2bK3a4B5877ks0b1chz3PV6vc9z1er3LSfwWYqaf8TH00w1htTSHOCyk9rf1Bxzvxfljq0PpUgSo&#10;bKV2KAp0A84VU9+OPieZcG/Cw9V+K5OaVMzUFJlapweSi3eckq55wU7o9qsd4Fyth35vlxY3R4dJ&#10;JXVs4WGGT5aianjcSyq5b3dngy2sCbXtfmQWRbm5nnVqm2th3inNSjMJSnSREk7RjjxnZR8621rR&#10;CsZxr56uLdAs5dQsWwTp900ynUjGsRwqPM2faHMOMUNbhuG1dFBSiatGKRkRywVZk+ZaJSzIX8tb&#10;lCOIzOGUq3GMXwnG8Fr5o6hgs6UInlEA/Soyho2dbmykMdbX0A5OvZB2mWGXZZc5dmiEhtskBWgF&#10;RwVqMpBG0+DYeJJmKMXHXmykJghJx55NHQ9GXq/6ZdGuk3VHoR1xyXhL5cpGqMHbNlHgdDNi5L0N&#10;ZFWhKukoZkKiSRXpVspbaS0jXChown+Z5krsXrccmq8GrqGcUqUaQyiEzq7xlzG1i6bbFSfdJ1sQ&#10;LcLs9NlZMMN5Y33jACsVkAlIE4KG2ST1x140fLvmkaEoSIIn0HCeBoR+sVb0s9OuQ+kOTugOXsr9&#10;Zsj53wauzNWZtzDiuGpjT4JJS09elJHidOhSkqxO0iTrEDOsQ2Bkdy/FNQYTXSYlj3n4hJQUNDLT&#10;xYPV0U8au5lgQyoQF8GNgrDX2EW4Fd4M37yytEBvUt0rUpKhgNKjpVMxB4mTEbRQfzHe/LGGNZWC&#10;UmF9RJhI28egYzRZ88dUsvJ0z9P0WWulOH9QeoPUPCc1Y51eyTn3AcUnpaamwnGKqHDsRheSqUAy&#10;00bvPUwzfo1DbXRgx45zwVKO1DT19VhUkqCDfXJB8wllPviwKagg2twrt3DdWffuobeCZMoJ0qMx&#10;jOMyNsEU48WVtqQYClAwUkyCdmB2EcKCTD8Uyu8MWe809M8tdUsLwStlzC1Bkitx4YFV/M1ESCim&#10;SqaOrLRujx+b5zBt4JZmUEh3Bk/FZKmLGMWzrWYz/LI2pmqKQR0ktSUQqWaOmjCtv7gWsoOmuvMj&#10;rTfe2y6wZytuwS287pUe8hTaSogmZIgiMAIkjHCaKN0VONoWhYJWMAokyoDZPlPD31ZXivrA6XZW&#10;ydSdBumPo4yz0sxfqZUYdmsYL1BmmzPl7L0uJVNNMY2qMarEkham2BSV2+Y6AuAt14qcZxCDA8sY&#10;xmjEMSkrcKhsYaGgSaKcw2WIKpSV9/v6lrCw8PHkZ5Gi6c3iay5u1Si6TKtUJWAo+I6gUjSSnAAT&#10;iaN79q4zC3Fs73ZbUTMiDHWfwiindHMn5g6mep7pV6achdM6Dp11nhM1RjGeM4nB8bwtMVk87GJq&#10;mogqcJp/ll+TRoYoN0haQqA9jt41rjf85pTh0FTMpWKGP5MPd4J6tLrd0sv2WBsTuBsfEcG53WOW&#10;XJv7phsK1qJXH3JbOIjVtJGGEFOE4mkLTdkhjuWAF92eEgYbNp28aHCbobUdGM7nqlnHK2BVTvje&#10;P4xW55mpJIaTHMAytWxipEdBWvJULJJU07x3hgMMkW6NW2iQF0w/BFoP98NI3yE+HUjYR+jmdvLp&#10;ww0U6HcVTQg3PCzO95LO6tU5q8nvmHnUrSCkAlenjjGkKMmQQMBjNevnUuuhlCpMSTAkTgQaCjqR&#10;1nps2UQ9QWa6BOoWT+oOd6LqdQ0WL4RRUU1dmWHDmjb5izSRtR09TUsXjlV0UHaQwYWbI5sEzJhe&#10;HYhlzEUxsQyTYZKXMkqNFBuppgGcjeA4tdr3IPs4n3I30Uu6dafAbtFElK0YBTmqU4iRwV9kDgZB&#10;pbcZg5YpUhUyEzh0Dp5nHjQgYFJ1l6A9UOonTz1EZFm6K4FmCkw/qHhlZllcNw6rizBitbDjeENU&#10;w4cs/wAjI0IlPkQCEoHVXUh1Ug30j6nQ5s6lZo6cHDKqlx3Jb4XhuYp4WT5VDNFFMop2M7OBtksQ&#10;g90o1yLLuW9qO/1m2Mxy5pvWmzaKtcJ0qU6nDUnYYJ/imTOzCTR5l19KXkEhBM8cQfx21Zb+In6Z&#10;ME6aek/K/X7Ac0Ydj+SM4vnHM+SKfHMPkSsrarEKeSVKrEY4MLSkqiXRgj1bAOZEsrl2KH7qfeW7&#10;C57AW05y/QnScKRvBKRIrVBylIi1iFhYA2PssPu04hcTiUsw+0F+zfghtXVGDsmi13x4ij59Mq5I&#10;YY1RioW1iptfXjDhsS/zagUg7vPiFl9m/jmf6jaqIMAA/CnWFwqjRS41fI2dEJ+YjqsIro33aW/0&#10;ZgLi9766cZcRiX5mbd9ok+Hx42zrU2mNgovvXUqJnaKMd06xaOLB6N2DuZUVglwQt9ba+Pt4n5YQ&#10;LbTb27teGDQPGqWlDPT4zFKQFS6r74ANrGxXtccjeWLa6+zllEzTjihSgixBCYzdAuoYH2g2Hc84&#10;tGLnaLkfunjWo7TTCLhQG2neOrQhVuBcX3ITa338wWF7EaDwPfjigqMKfLKo1TtqfHURKm4kpfxT&#10;sdbc7eIEA7rEdzxIp5QVEYVe2cKZBpzpZIJI/da7X94E2+4n9vO442B0AIHvX78SXDmrhFL0uADG&#10;p5MaxEPNv3HaqqbMLg6afnrzlKoZdV95exUacbZUrUBwppa0EY7KyUzCC7RubSaMHYk3/wCC43SK&#10;Nuo7eI4aJBJkUXzGzYae6OtYSpG1i5GoPexOnY8ilFOn588tUGnXHJSJ20paKeRAXLgroNi9z9HI&#10;7RAqdfjb6OPh80xqIp1inAlF7nU3O4HW3a3IrK3bS3w4qintuNOUc8VwbsLm43WsSdLC308w7O4s&#10;f+JezmlaqqonhTpDUxAby4ue0ftt9HO0BAtf4keJ42Umm3SsjA41zlqIXIYJqdA51ANuZVVidF08&#10;eNyBTCyeJqLLPGkZLON37gPt5JjWxII+jigkkYUqbggRSSxGcEgruQm4YDW9vo5PRb28B7OJ1Uqd&#10;RCcDSUmqzGxNiW11+Nr/AF8nQx++Be1wdDqLW4wSBEDjReleE0mMarCaKqklksDGU3A2OgJHbiqz&#10;PEA2Ek9vlYvr9xRxvLyVIV06jRnfEgCKKB6b8TCTdXEikBVMyV1tbfbqqpz49xu4x06AMm3Sxvc8&#10;ViQaLFLUDIodcw1Qnoqk1TL5cqFNgJBN9L6W7eHHdIgymw8bm/YcebJBmtMrKSSeNAdj2KxxypTL&#10;KCsaeSGUXPvC2lv2cIL+J3GH9HnU0nXy4g5+qGXgf3l1QgcCR86EmQqUXVE7NJ+VWr/gitGvqaze&#10;oIVpMoYoyx+NjieGE/HmqTkOvOGZqyViQrqHDhhy0lf89mWjavoI/Jq2a89MsNQZU8CnltftbgcU&#10;6UKCgJIIjYRh0g4EdIO0ULWhqMEwSOFbStbTR1lHV0cplEVVFJTSmimlp5troVPlywvG6NY6MrAg&#10;6gg682N/w984+nLHMYxGs6NVU+F58x7DMMw7PmRKV66koljwcrhjVVPRTyzRskiBJAUYyjcfMe7N&#10;bKTsoORFJubZ4N38CWjISAFYqSuVSY8QBTgTtNIM6dQi3V3qSQDgemdnUMcDwg1QH+MRk/qxifRD&#10;E/8AORDgc/S3IGM4pnDIPVHEoFbEo8RqcJmnwqGeoEscWHNFUmSnaeWJ4HUxMIzOkaPalV19XhmF&#10;fLDF4MNra9Rh2G0iQq0q1AZWtGZ5H3AG25T4a68yzWza5hfJUtouFI1FZUQkgpUnxJCQJxlJEHpI&#10;20Fsuv0XJ0uIKUpxPi2AdYMeVa3+A5DyR1V6vU2YqvpTjXUnKuTZpuofUHqBXY9PR4dVYJVUVZR7&#10;66mwbDqMRTtGGkp5oVUlyFJQksXLL9JiWL0VR/MMQcvUwJhU9Q6wK80rJeewEaLYubA21HEmeZ1b&#10;5OlhsMpWplfe4FRCdJIQTEnBMmJwI2Y0nzi5acC22RKMRIn3TtwoNvUDnLpv0HzXkmgyL06w+sfJ&#10;+P1nWTB8Dw+ox6oosLw+jq2p8vNLK2IVM/mJRoJJIvNukoI22baHfyo4aaKOJjBLMZAgZxEVhEvk&#10;td4wdpBYC4vrbiTNt5Hbx4rdT4E6NUJ1ArKNaYSVJkQCYJBAB4io8uspUzdIUpRKJgmOkccRt2Ug&#10;KjNmLZvzFjeK49Qw4xg2CwYRXYgcOoJMXgq8cmwn+d0zx0GITRGeJo6WeQxzuhVFZr7l2lufDduJ&#10;qY8Rq4UkR591VWSXkjJWMjzJAdxiMY27lJAOvfi7K8wDWTKSplDq0HRg0D3ZMqB0JMpCwo6iFjFP&#10;SnGQk3gKSkoBbAwkYRJn1nbSuwbqfHL0gn/mvTXKeZMUwCtgyhDh+V8l0E8eDV9qnFYZHwrC5omp&#10;UxaLEZfmnhq0VnhsihoiOM+I4VUY5j9NhNBi89NLhQvV/Ns0qTRCSIyU5jItMzxuUDbha+61+Gb+&#10;fpy7IxfKYTDxjweFKZBh0iPB9s8dJIEmaaavO8uUlSQkJAgAQJ4HDZG3ZQtZS6sYT0R9NWLdas29&#10;IMExek6v18EOVY+n1LTYfLhVfJRVyUOYPmPt4RDDV0SVJiWCXcyLEZLEnjnJQT4dS1lZh+JmSgoK&#10;lEpcJfyJWpTVSLEIWCgSIFDAjXQA9+EtpmLNzmDNq+zL77Z1uQpKVhtJV3jZwQtJiNkmQMBR4i8K&#10;k6VpCVGRPTAOPXPtxoO8Nztl3qTnTJmS+o/Sj5PPvUbLVdPnbrDQfzzCaPNUeU8NqMZbG6GWaT5C&#10;uFSaN43Jg3OZEUFFUg4sVwzHo5kTBqjDsIqI6smthqqKOeTFKBoG/RxzB0eF/Ma4Y79Ftbx4RW9+&#10;Lg21ykuKYTpLhKnIaWDj4AQgiAlRMcduMUlTlix3el1Xdg+LE+z91NXTrqn0ox3DsAxzqTRZ/wCp&#10;2SP5BTTjG8LzHjdFQdNM50WLLTmqqsLUGjxCmWkjheTakf8AlLg7mASZgVMww7BaWvwg4PW18cr1&#10;71hW0I3kPCS7EgsxBCg20768O88z9d07dXzb/foY0hCEA6lKMFK/CIISNUqKTtxGAoJ73t3D9+EB&#10;WCjt4aRMnDicOj31j6155jxHPfXvqFk7q4nWnKPTWtwiDp5gWSlc1GK1slLDNQYqkeGxJC60VPFN&#10;HJUyxGQM3vIGW4i5/iw3CaKWTDUgr8Zpd1dRYOTb5loUKKCIyDuAayfG3a1wbdiGbZvmqlG6aWGS&#10;I7w7UkmTp1ykglIkDEbeJo4b3cU4EqQdKEdGE0ofw6szda+r+aKmDqPS5gwDpLjUa5RzD1nkb38B&#10;TFaxK6qkppMZSSBoJZaRDUqNx27mIYuwZHf14wH5XZ/Jv03yN/kNzeZ87855nyu3vv2fp7fa2e92&#10;4Nf7P5p+a/4s/wCYmNUJjR3P39G39nEROMTjQf8AyGVRGr+LRt47fbxo4f8Asmeoj+u3zH+e+f5H&#10;/OR5f9efkcO+T/qh/m++W/rHu8vy/I+Z/wB8l7eR8x7tvM97n//QY6NcJzZlh5szV1fhi08NPQUN&#10;RRVzUwqJGpZJJIGpkby5rs8ShQSLuQCLHmTzirS7y/WslKkjpIBI4RGNTa80pASoYqPDgRWy1moZ&#10;/wClnWHBKHpRlzL2ZYcXq67MWb8Nx3A/nqihikxnD6OnrExJSslGq00NZI0siHSnUlXJAOLItLhG&#10;Sc5ZlrcZhOWMvK1BHFU1chh8+tm89dyU0paVGYe8I2sbEe7bXhz2KXWX2F4/cXkIZSBBVIBPCBtJ&#10;J4AU80+HGyJ8ciBWf1I4hm3rX0fyFgPTkwdSs+YzFi9d/LaBYK2CLD6VqOR4JcRoStMUjZkiNQhZ&#10;d4Nn3AjjB1PwijTPeK19fXww0eH1tNOuFUUsdPNVtPQiqLHdKsjzb5NgSNCdgW1radfOznP0XeSW&#10;/cSrvWz4iDgJgRAhI0gqxOBJnjWReR2TQy9lwJJcxnqg/En4UN3pJzRX1np26a0FJhdaMVxbDcRw&#10;H+bYpBPWQ0H8mxSTBkS8MMsMcDR0zSh5pR75O4EsRxNZjFJiWaJXTC6eklxJYKuraoZlxGejdEEU&#10;gipoXkhYho9m2O5HukaXYT5Cy/bWOlTpVpJjAadWMgkkJIEGcdtCLJ7q5t1uLw0kRjhHzoaunTYh&#10;lzIbKcxy40mCfOUkIpArYdTYhTyTpUwGorKiNJ1jkjkWTzJ7B7kMuipkqstRRS1+L5hoIsMpqtol&#10;wYTySV8saxjavlrGsEbuRdksbqCtgh04Qu7zNW9unuXU6xJVpEBROMbZwwGO0ztFBbOc6/KPJfbc&#10;AUZkBM++mqn6hNKmGYRlLHFx/GMLE8mZIcOggwylmlkPmFp2meqngjWQBGuDuIYMX78f2y9hMmBV&#10;dVRYPNh1FTg1QS8UkNNRTP54jUtJIIELRtdo7qQo7bhchTvrdi4SHBKjsPSYgFUbTjx/CmEXirqF&#10;vKxPDHZSIpOoGNUucMAwjHMx0WI4pXg0FMgFTTVFXidJF8s8pWKGEVTqlRFaCQK6lyRfyyVQuN4Z&#10;g89bOKLCI6upry9bHLAJIqH5be5iikqpROjMPIsSqAttAaxueDPLMzvEtQtekpxOz4ROIPptFJb2&#10;3fQopaIB2kjGejmKF3LmK5npcOhhxDHGhGFRwUdZ80sUtfJVbIhPNHRU4hdFbzgwVnITcSoK7eOV&#10;PlWoxnE6elraTy6uIGPzRSTRxi7NI8hp4LOVRN5LyFWU9iLKSlOa2y2DrUFxwnAdGJwk4RGHtq9q&#10;u0vkd1dStSfPDbhj0zFNdd1DwHBcuV2KDFFrKJmRoEOKQSNJK6LTwQJU1r+UJJ5jGiRR7la+oJZl&#10;4BnU7o9h2QskpUZMwtZM2PX/ANV8Aqa2trI6iGsagkkaOaZJoZVitSx7Q2oLEq1wScXfqEessty0&#10;PWrZDzykiQogBIBgDhwxgz7a5lfWrmmW7nqQ/buOoXeqSVSdQQ2yEpUGwUxjqEzJPWKXvTjqXVdR&#10;s1S4ekJnwFMHTMkkyxRmhmhrqjy6MxybJFmZ9lRvaOWwCKWQbxxaekDphl3EqzPM/VWqqKfqBgSr&#10;LJXRUtHFUV9K8oDJ84yO6QEsu6OHafeADAADkZdmva5c3tsu3dTDqR9x6Iwg9NYGduf17Z3l26bN&#10;nliG3EuSgrKtRSkjw4CCTtMqJAMyk0JeYssVONYjgsYmSLA6LdNPREzWaZSGQ+WjJGxB1BkDAEaL&#10;fUPvVDpvLm70+Zy6p0GbxlrGvS6OoeX6XEat6lR/KcZwiqwIkSUCyTJLBFNC8ZRWJYbbDduGNPa5&#10;utc32XIvi5Jt3FBQPEEp+dBb6WO2RdtvY1aPglOaNNEkH7VggkjzhU/pSWztBhVLjuXcJqsvHFKf&#10;OOKYSZhh6wh4arBq3+dU87rLtVkSSEs5vuAF1BIsdUr1cKydeeuKtUmtf+tuP76p995WWtZS5363&#10;bub+PMWLNP7BQ866rWiyLZrCMVf78eihUwsqcMw4pTCjQwQlKRNu2IeWLINmll7aacWWBvXUvQnB&#10;J6TEhRpLmrHN8EkMMySkUlENfMRjp4W4cZclSpgxRdvLdFDrCYBB7z08Qx9an8D6XMWKzl2ajosR&#10;PlmjaqSn8icIY/JJ3hzuNie624bhhwHbhSK3fSBikivc5/1pihxWXFHymaVpqqOslnw2pknFlqlq&#10;nFqi3vHZYdhc9rcTqcUk7KfaLU4HGvc6yhmPLGXMfwrFZaaupVjmpknp6sIR5a1kMzt5kC2BCxmw&#10;8e3GF3MnHZSpkthRhW2vcy5QkyhS5gwmWXOdPhmHvItHVVFXTy+fHFN+idvJRZS+0MTtGptax0HD&#10;jdvMfy90FJUkzhBMYHA+6ii5/M2jS3WWu+cAJCJA1HHCTgJ669w5uG4N0xqcx0VdDjyYjl6CuqXp&#10;8UVXoPPn+dDxvUrDERt2x/ozqyHbvZla65kbsbrZFm+XK0KCVJwKC6kAkk6QkqAJ2+eMUY2e6l1m&#10;VsFF0sa0jU0Sk6Sf4QrjiSCcZERFdG9u2vBQmwrBKmqy7jNJmvApf5dT1mGYlHWmio8IPy4ZKeSR&#10;KWNfLhkN0Zo4/fshuF98Tx2Ebx7w7tXL4TYvM2xMHVpS0pScNckLUURxAGogYwKmjsmyJ7L0wpuI&#10;keOCOIkk4kQcceHVXAsygkIXGllW19Tr9ojt3495P9NuA4rT5mzbJ1HwmvakqTHhk2DMnmV07okk&#10;b0QjdxJZyI2jaP7IN7MDbNjLL21fvkXHfQpxROsRAiCFGAEx/DBEeZxqed3ezht5xTy3kklU6kpi&#10;NhBAx8sRwqHLiHlVNDTfJzua3feaOO8cOxdx81r2W/Yd7ng0Yr03wfpLgVRjmcaJsEwjNtVgeXMv&#10;YTgTV0VTU41i1M00aVUc89S1M5NOXczsVsAADZVMSdtO/m7mUZS8RmJZu7h4BTmhSgCBj4fFHhTM&#10;4mBgDhLm9/8AL8stXEKdhThASUgk/wB9IIww69nCKZaXNOFYlXJhGF161eIOKmrV5EbyzDSzxwzM&#10;jBVWQI0qr7hOuhN+E+/FeyBknp/mP08YXlDDJsO25ZmjqkmnaSFYnjpqyOONZAzAxtVPuJdr3W1r&#10;W5xV7d38rVvZd/y10u24UCFlUlUgEqxAIk8Iw+GNu85tjnCwwSWxAE9QFJLpBmnHs44HmTGcc2LH&#10;BmHMGXcGRIfKkNHg+LT4SjuQ1mMnyxce4tgQDe24nC/Coho29R/WeGsSWSBMszR7KORYnFscw8DV&#10;45B2T2ch7NXG/wAsrXMSNnSKkjKX0qy+6HGUj/e5oKfV4+aI8h5QkyhXYfh+LJmKK8+ZqKevpvKb&#10;BsSRh5dNVUbbtRY77D2Hl/GH4ZlbGMVgwx6Wri+aLQioaqicqQhN7LAv8eAV4W60lJQoEY4n9aID&#10;Vf2Y8y9dsh5Qr84Q5oyziowpUnkwqiwDEKYTDzQCod8Sl23B72NuAgc6YDS5hlyZiGJzUuLRLAZm&#10;GHMKUPWKGhTznVl3uCLWJF2Vb7yFJInJ1uy4k40Z5flz1yk92Bhto7H8pxiXA48z4fgcNZgvmSxX&#10;fEXE4WndklkCKEXZGyMrXIIsWtt1BicXw/JmEMKZcnx1RjA3T1FbiW5mC6keVOg1PsA4jub5tDxA&#10;TMUVlshRE7KItkPD+v8An3CBj1Z6jMUy8uKPLU0mHYHgGTPJp4XlLRIDiGFVUh2oQt2dibXJJ5Fw&#10;8ZWq6m9PkuiTy9rAS1uLEk38N1Vwkvc3SGoUn91eLZ6aX82QesOGRXqPU3mqtLhlT5bBOn8Z3HsC&#10;Uy+VHK0PxAuronxLGej2XsO/kmROn1PDVdSIsvtVGozFj1ZAlVT4WWlmctBAkiMyKfekLAi8anij&#10;d7Ly9LykgT9o4edOpQACTsFGv9I/TnHIMEquqed8+4z1DxLNDuuR1znFgsIwvC4Gkp/PgjwfDqBd&#10;9YSX8xi/6HywmzdIGItkGqoeiGaqTGOvWQKc1OeMMgx3p/mirEVbhNHSyBXMcUFmjJRiN0Uib9wV&#10;iovHaQbZhATITiKVtLSkw4OFGkrmhzXBV0OE45NRLhdW2H45FQ+bTzOUS7Q+aAkkd9wIkjI+Btfi&#10;ry5nTAOt3qrjxLqHhdLT5Pyzl9sHy0cfoIsMw6qkSIh3ZCoS0b1E03mruZNqsVJXaalLkFawYPnT&#10;LJaduFQcBsptq8CnyxlOvpcrtWS1iz/zYO9VNXVcjeeszKrV7Sl9yrsEZZQRpuS+4WkelHrxlbDO&#10;oeL9CsHzThea8HTDjmPJEldHRYnU4W8LutRhZrZhOKmKNYzLE4kfYnuFnILGKt9MuUpsuIEEHHrB&#10;99OKwWQTNE/6/dFocz4XhXUrFq3MOG4hSzU+C5hpstZizBgVLW0072p61qLDaumRZ98wilvCjOTc&#10;hQqrw7FfmvOUsv8AvqSJY1JCNhlFCpJv/wAcpwC29yoCDtpruRM0DlF0S6MUsLPj8lVVbwGYZpx/&#10;EqtQo1vevqZDb4341S491ock09LjUi6e/R0dUR28PLQ8UB5EYCtpSnjWObIfospCIscrshwsoKhM&#10;dxLBi3vG5v8ANTX+/kZsS65VR2/I5kZCdWelrgP+TkFuOtXUdVXSExUP+q/4f+GMJRiPSuGf7Q21&#10;+WQ5t42WXXkxcJ61VKh5KfEgtgT85UeT2+Ezrblvz0YVZGmKyLjXoqoHKYdV5SnKWKpl+gp6466A&#10;j5CKUn4ckRZY6pts8yByx/cmxjCox9YerU8aczAD+Ie+nQG4xxrhN1H9MVOWaKgnlF7LNhGRc2Va&#10;9vA0mEygD4nTjxBkvqA8iGompIBoT5mMYe2lvHyqljyn8xSpJxp8LQkeEUnKrrX0ApSyUWCZhqGi&#10;P2IOn+b0F+wsZsHRfrvxVpkvGqSneqq8YoPJiQyzCCpkmIAOvuwxyE27m3K29ypagnvADsxNeQoR&#10;soM8X66ZHra1aDBuj2cq6editLUQYFR0ETuELKvmYvV0aoXI2qZNo3EC4vxR5UokqKqhrKfMmGVN&#10;JS1cUEnyk07sXXZUqq2g2kyIVZbsAQynsdT+9yp1pICiFFQnjTqUDViKKj1R64Q1lBm7Lsvp66h5&#10;crqrAamtTF8cw/K0FJTw1yTYS8lSq449VGKSo8yOcCAsrRSKASptNiw7GKvAKLFocx0VV5Q8islS&#10;pqg/mRybJN22CwCtf6La8TvZOtt7QoiCAYPWMPWnx4a4p166f0fUjH8jTen/ADrgMy1sjYNi7YJg&#10;PyE0Hy61MRhP84aZxIlrFowCTp3vzTT9dmQ8azr64PUbguEMr4gMx1U1PKXX5aV/loDJGzkXVvLf&#10;ch8e1r95n7Lcuees2xHiAj3mkziS6o9NbInReopavo70nq6GN4aKpy1gU9JDUII5EifC4GQMqlgp&#10;AIuATbhlvw58GpOi+ds756qZrYdjmSMSwSWSujmiJnqs2QUkbBfeMXmLFHYtoq+83ZuZSbndm11f&#10;KxHgiZHnFesbQgzG2gW9XPTao6q5f6RZfo/mPmcJz3hObU+S8uwGFYXiNYxlWT7aKqk7FszNZQQT&#10;y4vCOv1LnTEsPyNkvMEmKNiT1+KV+PSRNDULRSzTSpUxr5abhIrg/ZAs2zejaqKL/swTYMrcd+5P&#10;smly7RKQZ21XFW+kSj6fYNXdbuouQqDLlfgGG5YwfL/TKPEGrsLaspcOw2mbD5pGmn2rBNT+WsiM&#10;/vxifyp1vHIbHKWM9LcLpIXpMyUFXVQotC1ViGLUbVK+6D5ZU7DGNAWQBfe94jcSTjPvM0ovFEbf&#10;hQYdSoqNV0Z8yz61s6Y7if8APMj43lzDpKyTG1wjKWQcfGGCc/o/PWYzVkVW6rdEnd3IjtHGRCqI&#10;ohUWI4VWxefhi01ZTk7RU0s0sq97EBopbHjdmNMake+i/uyFSaKn1DyB1Lwuvlo805+zDlTFCizD&#10;DcQwfAKKRgTv96PFMImkAP1eHHGKSNiS0EcYtu3OZDf6mc8ErDqUjwgaugTVXkmaLhmzLWYmRIJc&#10;34xX08dgJRDgcLknXVqPD4P4cyPICCVMbKElIEUak3EEhFyQdPDjj763EkaIM7eTSpuYpOYDlaHB&#10;KynnqcUxKN6mqwmBY6/FKtCUfHqAMyoHhBsAW3DVSLqQRwD/AFKV8dH0j6pVsgjtQ4FjNUdFB/R0&#10;Ez+FtdOKM4uGktYdFLrfBJNHm/CPy3jlD1q6TVFRU4iYWxnBZZYqqWoli2iqhvrPuO03735qzfhF&#10;YTlbFco+sts3UH81y2mW8tjEcN+ZqaZZ0kra9zGz0kkbgN5Wu1hxGw/oTPUPnQby1CFNK6IHzrbQ&#10;6+VeZhmb0/4VlWv/AJXX4tmyaKqxFKemqZIKVct4msjxrVxyoGG8C+3sTw6VBlT0+R4hhmbsC6D1&#10;P88pAaSA4XmTFS6RCmliDBamb3iI12qO4uo8BYRsXpWgpOFJv5Ywl0LCcaW6Ze6l0m9JuqcVTESH&#10;E1dgdHvADD3bwSRrr4kjlC3WWaGo9bvV+WCIx0/9bszmFSzNZUkqgNWuT278DGUjTejzNKskcnOU&#10;f4x/32hEwBJ48CwWOqfzalKSmSolChQ0ghUMbKABc+A4usFqYafO2FTTPsp/NNnUEtueFo1AA7kk&#10;i3t5KuXWTty8GkCVKGHJqfX21uMaQMOYHtp24MuBZWos74vh+HTK2KYbTxVWIKsEjxh3+YiZd/lF&#10;TazGwBB4Id0N2HLm4V3qCEgE4zGGGB2eysKfqv3nuclye1dt1lsrcUJ6tPQcNscK9y8Gm6HVvUrL&#10;vSamyfUx4Dl+bDKXM9THmTGMfxCgnaf5hEpaeH5iRUlpZEn8zUII3RSp1v0s7FnLbLLdCCCpn7tG&#10;ongRhqJ04yYEDpBwrFf6Q/rMu9zhdqzZ9y6QXtAbbCEOQgE6yuAQkkp0jaTOMYUF+YsbwnJVZi2O&#10;jLrVU86GWtrMKpqKKbcvkK3mTSMjt5imML3/AMmdRYcDLqBkDD3gzQ658jx/zpqPD8FyvTUC09PK&#10;ZKgRj3qZ1jVQd8ikqJDuUgENvbOHdG+bVbhhTB7pWpSlOKJISQMAVY7dnDjwr6HexB9673aQ9cIW&#10;kODWEvLU4pIViNSlElJHQCIpxyjjWL1dFhIqssT4VFURy1VfUYlWtUNTe4siozT/AKR3YvawuqhS&#10;CwICcBCt6WyYBnqtylmmMz4xh0KYfU0vy0xp2mjLCKItWmllOwE6xsdTfXbfkkZM5ZG0Rd2khJAE&#10;lUkpTME4K2ScMMduND3LN2mcwvilxYdASB4QS3sOkBRKVYY/YTiZIOkQqcExzCcyYPhuYMAxGDGM&#10;ExmGPEsKxXDZo56eop5lDpJHJCWVlZTcEHXiuyXPkvLuNYZUU+VswYp1GwqpbDqWiocQhpooovmd&#10;7tGlKX8xikae6SQ3w2i4b3ryS5zNxF053fdIBSNQkjVAJM4DZJ6vdpOV2jt3CWnFOt4BMpEAGSRB&#10;g4ECNsHZXDEaWtrDJC01MuEyRMlRFVQtI7XW2pZwu03108PjpZhlvF8bhy3hFf1IoarD5MVpKdsF&#10;irZAlSEEjqlRPKg8tFhM4bexRZQt1GwjmLVxd29yi4NoRoaKpURpSSNoSDBIOmJAIEzxoUrzju7F&#10;aY1KTEkgQekYCCYESMMemiU4zX5bzFUZywrofiVBidTk7Fqii6gVdLRCswxauFYKjEMJp4kYedUT&#10;JSNTSCDzTTyOQ481WXghYtgtbn3DsJzJXyUtFPlKL5XCs+4Cz4q0kdYkE8iwuHpCjb1iWQt7wKsE&#10;IYkcjKyXdPWxaKVMvriUmBA6eOBg7Iw9tKcrvGXikpGlauBww4zw8uii/wCRM2ZU6dZmxnJmV8Jr&#10;lzN1Pnqaqv6G9RxFlhaSCgqarD2nli8rElkhlEE8sHkAo0bxGQbNj8B/M2UkOcMr4Pg+E4hnOqo4&#10;/wCsE1RVTsXjsj0gqNibAy+XVz+XE5YsJAUJOw8Rp3/csrhNs0C8pJKnFf0QZw65x9oreZ/k7x5K&#10;VwUpMwDGOIieqTj10Z/LnU3DJclY5mrOOYcHyfQUOJT4F/vqQwUyTKzb6JqiZnDPE0Ua1E6BFV43&#10;Dom11Ue8m5bwfCaSo+er8WwKKEgeVll1hoZ0qlkKsd3kyMdz+8qMGBGoW5uu3hzPMbxbJtg2uD4k&#10;r1DCDgCAROzgY2RSPMrF7L20psGUKbnFJ1auGw44zxPDYKJv6j859ZcYxDKkPRnIvTzqbA8slVjO&#10;A9axiS43SSYdNT7lp56WDE6aMlEcpNPEyWKlfM0siv64ZMy7hlTT1GA1FNRwy4jhNNU4GGM1UE2R&#10;+dHWTMQiu7E/oifdOtwRcEdsu9F8HG7Jh5SFLHjGkCElJwTMY7MRJG0gUKXLx5QSCohcDwnYD8+e&#10;ih3x7JnWLO+KUFVgmfaY41WUuX801WAZ/iCYdhBlknlaCTB6KOnmqHSJQLVTJ+kS6FGQ7Q6TMVDX&#10;DMOEZewvFUOIYdLPgWDv5c4kmLKWW8GwqgXUHbdu/cchPs17ILu6uFPqeLdulJIk+InaZ24Ej408&#10;W3ykKcKQPWhfTKmaKODJ2PZ6xjLU9VgWJg5wzZAk+GotJHBMkbxpVtU/pWlZQUaayAkAnsUv0Iyd&#10;j+U8exmL+Xz4NJhVKmHq+Ny4dT0NU772h8m8ZYyP5bbnDyG5CttFrijfJN8pkW96lpxlJCtakpkA&#10;TEFUDUMeMYiabeJQ6lCpI2171CZsyxiuXMGw6qqZ8coMZqFrjT5UpMWq6ympqd44amWX5FgDGoqE&#10;by32EgFkDkaIHH+sufMmZspMa6y9PKzJ8VRFU4TlEZUrwhr5KaeEu7TyNLG3lBmdWjiSRvdANteT&#10;1uJ9PGXZjk6EZTfAFQKiDjtxJGHE7JnZQezbNHgrQEhKiYE4gzt2HDDpHlU+h6f5Uzbk7Fcr9Kc+&#10;YPj8dRVU9bmWmzvQpj8FLR1VJJE9N8pTz0EsZnVduyeRkA3XjJuOT8uZpytnujzNjcmO49S4Hmo1&#10;eAZuWtp1oqSreqVzLRA+a/mo8RufMMii1jbdYhnfPcZvdfNO6vruW39QWDsJ8hxOwHZHHbSTJ8ha&#10;urpx9wShYgpggA9PDbSlxHJjw1GXMEq8p5dx2TKTUmMZNp66P5ubDHoUWKGvVJKdVjlSS4VoRGxB&#10;O0+6bL/MfRD0/wCcIMbztX9FMDzBimPUn83gxSqw3DoMSiampU9+ObCYpJ7lYt+6JmkBNw9hYQ5c&#10;bqbsZhmoZXZtlKkggoASYIGIKZBOoT9p21TM9xMnKitxpBPUMfQjjsxgmgUo8w9QcBx3AsuYj1Ck&#10;wYYPiIwvE2pmq8QinWukeOKLz8XaONZFlmREaVQll2eWWYNxKYR0r6eV+Zq/rtmvIYy11UyJHWYf&#10;S0mX8Vq8xYs2HbpamaT5DAHkhljvIxi81ATcr7pCjg6zPcJrL82av32CpxsDQouFAj+ELCUHV0Dw&#10;7doOFBO8y3uM1TdOWJDrYhKi7EiCQCEpJJOwYEk4dFT84dS84ZYzBlPIOD4VX5jypmaigiXOOb1o&#10;8p5egrXvT0FDJV4wvzUk1Q0fvJSxSSIdh2NuYcNX0JTEOtVRWVGTaqbC8AwgnD63Es2xQYXU01ZF&#10;CN0ZpamabyvLMiyMCzWTtcmxOe3Dtu3d3DypsZhg+5gltlKlhRP9E6UzHSQBJo9327YcnybKkuuF&#10;JfWMG0nGeuQPf04iitesD1DZZ9MfTnCIc9dOTnHrTmainzNL0t6PyV+NYf8Ay5JnaSeXFJaHCQ4l&#10;WFoYTJHCZJmuQsaPLGNOWsv4DlXE6/M1bmWpzRU17DLtNE0aU1JTwMskwDwwaSSOY296TRQSI0j3&#10;PvIrfLc8zC4acvHwhQakIQkJJMp8SiSpRI1CQDpCumgyvJsxzW5YeuVBDiG9QSn+lhJ6SROPCqzO&#10;r2Mepf1Xf5u+nOJ5Cwj03nK2XYutdPQYTiT4tmWsxikr8PpZZIcTqli8uCkXEqZ5YqZWLTLH51TO&#10;FUIA3VDH/UHlrEswYd096M0/UDLGIwPPJiebZPOw5qORmIjjpIpBJP7qFXLOAD7upJ4N298chfdF&#10;v+YAcaISvSsBaXFDBMaVGTMjwgGeihnmW9WSLUlhy4DbyANUK0qCjhH2mSTBEDoo8+EY/wCiPqVk&#10;3o/hvU31ZR9BesuCTw4ZUyZLx6hyvmQZpihGF1EJmraTYC08xeNI4lDe463UCxZKT09dT8cgkxDN&#10;2XYeluH4m8r08lHi8JoKeWsA/wB56NzVVUbElASZPpIHMjsn7TctcZ0NOLdeTEgtrSrwkzKoQg4T&#10;iBjwoUt7w2WYWi7dtZdUQUmARGBGJKUifIY9FWAZT9anQDGsRxTp709z/ifXTPWSqUQZgGCYDWtP&#10;UCjaWGWafEEosPwotuhkJWJluQQiE2HFDmXqxlzP2AUv9YM64xgeKYPSCPFcPythMcVL8/Emxmap&#10;eqkdBMUG0CJUHugi4vwR5PuPeZZc/sbdpxC1khS3Dq0kzATog6ZO1RVtg40q7M9yLzILbu+7aOsk&#10;rUFY9RCdIHrE/wB8ajdGugmc/T/mjG8GyL06y3jHT/MmNVWKVOdMxZurzmCmw2pd6mKKPDIstLDL&#10;8tJNIg86vaQqWcykkRhTdNMOquoGVOldRS0RzzUZUxz5GefBq2OLMGAUEtYI4ZJxKG8yBFtIGCsV&#10;A0ttJAQ7Tt4GciubxTylW7biE7UgtOqIggbSCT4SMPUTRhvbnLFi1d61qQlaYB2pWT0RPi4QRJ9a&#10;QHqQ6w9PvT1iHqJxLOWITdLcNzZlUV+DV/Uuihq+n2bsaOH1atT0xjqFIxGURimlpHeJp90ZVZSw&#10;uFnq1yzgddmjMeYumHWnLhxZDU4/XZXwj5T+bwzQM0siQVdDTN543AyBJJFdDexJ7HXY89fXeStW&#10;t1ZXTAKQEuqkJUCIAW2pUpwMHSmCMRGFRXkt3dXFsGm0FJSnaoAKKQmSI+5O09A2kcIZ/wAN/qf1&#10;nx/oh06yD1b9NOfMh0mW8DwzKmE9SupsVFh0eK0tBhkMKGuwTE8R/mdDVX3RSAUjQyFPMV1V1RUH&#10;lb04Z76mZczHmOZqF6PqO71MmZ8xCGCvpZ0r/PZqeJyZg7yEMSFG5DoQDfkkbwdpmWZe41aOa+8t&#10;wPCiSkykgSoeGAAQMcCMaGNta5ReW7qHFLLqwACE/ZhqGJGOOJg0a/N3qI6QdPs1p05rKzFf6zZZ&#10;gpat8Ay5gmNT0cNLUUlSYTLWRU3yaxhKaQe/MArKAbNtuTHOfTHM1BPWYBnCSHFcu4TVvTZe6qYP&#10;vq4KeRS6iGaSIM3lS2Isy71tddwGqtzK3c3hsghRGpIVp1piJ2nHaMR0wajTPd3b5Olq/JUgYtvA&#10;TpmMFROBEAgwQYiQaH2jr46yno5jE9HPWQrWrhtaFSoQFVJDKCdVLANYkA+PBty90wzF1UpckU2Q&#10;8DSrbC8Hw/B8zZvxyWPacUiUhxHNMykRxRiOONI1ZrC9zoQKbXehvIrNX8zdhZMhCBwgSSBOJVqJ&#10;JMY0Icvyy4ubdpYQ2opQBr0AqBBxGozhEfwnqNJfF80UGSqXFcRzXikUdHJPJV4XS4bSTNLFSiNA&#10;Q6xGUuxkDM0llUbgD2uRbqulWZugdFgHWfNYoc4KwoKl6iUzVFThjNIEhnRGYhlBVQkrKLNYAqbH&#10;kX739seS3lrcWUraCJEAYL6jAkcScceuhVk2R26XVrdPeKGBBBAB6Oj3ExsFB3hXVfpt1dx3PnSa&#10;hqKuSswF6nLuZKeekqYKOeQRKZ6T5kx+WZQkoZ4Q28od1iu61iOJ9aco4t0qyL1Gylj/APWLLs0i&#10;0GM4lmVxTyGtUVANPKlm2NF5UoZFc9hcsGDcwu7NUoevbsXK2mUulSm+7wAA0hUkxKydMlQBmdKY&#10;BNRvuplKMwzS8tr9KG1felLYKUgAgSVbSomJnpwECqMvSx6cM6Tern1ZdG/URkrLvRXM+boa7qH0&#10;Pyf6fImGGU+W6WfCKCuxVK/y6ZqqpnkmoAZ6qmRi/mLFHGInjUkfqU6drRZ7yt1M6dZtoa/Eurhp&#10;MVwTB/Mraypq7U9NFHBNSzLIJfNYgKmxTuYgLppmJ2Kb9s5rkz9pcMLDdqCCspSEwSohSVAjDTjM&#10;nADVBo/au2r22WUlTT6FBJKz4F6BgNOCVAgbIkEzJkgWnejDr5VZ06f9UOn3UfIGP9LsX9MOJV/T&#10;jPGas+YdR4FgFdFh81SwrMKqqWUQtSR08SvvVjsjKMzsxJ4jOkOT+heYNuZM8Y9WZp6kotbWZmwC&#10;pqZKVGDTOfLgWqNIrkIA9ijhDe222m+1jMszyKbphv8AL2bQ8KkEQQRMrAmTOySNnXQVfZs7FBvV&#10;OKS4idXjASegFJ04TjEjzoc+qOPdYMHNVR5KwzD8EwffFh+A5orvOrEjlkplKtU0dNE7NCJiUKiS&#10;ImwAe7Dhmsb6T5Ny9lnAc9ZPhnw3GaaVYcr45hS1VbBF8zN5lLT1m+kKrDL5mxGCHvYDRTyN9xu2&#10;T+0LrjSVhxhSQSFDuyYELKJWFEpwJwAxBBMml27G+1jm7qwwucMPtGPUMcB1jyNFi6ceqWv6i9Zs&#10;49D80yUcRw/DVfGMvZlmwfB6zEhSxy02KTYMlLi9ZPJ8m8amqjkVBGHUrJu3qvdDjlVnL+XZwzdj&#10;lbgGbspOlPj+VnpxHFteJT5Qp513XZ5fKUbSNpAI3sHYRv5emwK7a2bQpl7FKwZ47dQwGAnbMyRh&#10;gkYWxdGlABx2HnZQm4blak6eUr9PenGVKHFOnufaZsUwHNlBVyNIa6WQtLM9VT6MBGiz7zIHLbil&#10;0XbHH6s9RM55YynSZH6S4LSYJmLOeG/z6uqaWeAtT4Yk86SPEaqriMMvmkoAYybCwO5VCp91907T&#10;ML83eYOKWhhekSCRqIBGASdQiDOzE9KiWbvIVruA4FanUzGzDBMxME4RwI6KDrJnp+yX1Q6vv1U6&#10;o5vxjqTiHQzHarLGW8Hx+l+VoqbE6zCcMfdJDDRoKxDTtBKswfywzNtUbpjIEWXemeZ8jRYRnHCc&#10;sYhjGY8TjSvxDAsbwtsXw6ok8uKMzvJQzxt5bq25PME2oN7AC8g5jvPZXuu1U8hDQMBSVaFD+9gg&#10;iRGMFGBGJ4NuMpTKm3Ckn7pB2gY7CNvTj50ZXMvUHJObY8x5Oq+o9BlrB1lkwPEMxYLjsWDYrRzp&#10;uD00JmRmWdShDlWjZVIKkm9ljkfGcz9H+rOYsX6reXhIzMyZjlmixDzNJ55pCQtU4vdQUdXe6MAf&#10;EDhNnthbZ5kaGrDxFqUjw9AEYgeRBAhWPQTT6C5dWiktq0+3Dp29PsoMc95cyj6jvTlXZQ6H4rR1&#10;OGYVBPkvLc9TRT0tFDLQU60sWzy4EIiT9HIjRIY5E+z7pDAz0ee+m+fIsewLGnwPGcj4gn9ZcTp4&#10;Hjp/JeVhsLoI2kNSjSmNZVkuNGGzxhQ7nZhla2rptLqbtA7tKzKyU7SAokDu1aQpSYgkY6qQJyQI&#10;KHiCXvt1bTAHEyMOoDGNhNEKqfS31T6V0XT/AKgZMqs4f7R2XYqforgWb8aqZ8yVNVhlHGokb5mo&#10;xCnpafC6hcOhrqil+WtJIu1hUSbSA5xvK2SZ+oOV8eyPmrFcDOTq6nxTNFRFKlbSYZRxlaUyw1lU&#10;HLTSlbPEryA2YWHBG5m2aDI7q2vGGnS+hSG0q8JdWQTpU2BAR0KgYEHon29dndP5W4y8EvL0/s5H&#10;iJ4zgAB7J4dNDPV4z6hsR9OfWTpp15yBlPrfW9Scr4vlro9lrH6WbBanPWOVmHYjWyYRimFxQJHS&#10;UMW1I0q28pijKWUPZnR3XCkwPB8/5VzTR01HnDpVmeWeuxrEjHU11PhWLSs0bItRTrUNGk8cqJIF&#10;JUlbEXFuG/ZO7e3OWOW9xrZvmUJSkeBJcSACSACAYIMTpOEwAZKHdW+ul2rCXgQttJSZAgkBOIiY&#10;nxdA8OOBEqv0I5z6s5h6Ef5uer2XsU6b9duk9FD0/wANjx9cMpcRzHg+H0MFPDi6USmmTa9TDULF&#10;5sURAG4WSQMxdcMqhk/qM2K4DhbYHjVKaqgxLKnT3GJ8Ow+ty9KqyxVuGz1URgCRs6N5brtLrYoj&#10;nks3tt+dyjuluBYMFKnUBSkupwKVpB1dIkHAHaRTrtkQ7/k7SUXCdiVfaobZAGEzhhRw8xZYn6gd&#10;OKbDJKWgnxmGOmxHLtf1lwCnx9cOxiMNTuKyhpKukMkqozxs0E6e6x2yMpuTF9Ps0dWMZyrnHNeI&#10;YjF1S6X4vJUYVFl/Fsfw6Kt+QKlJAD8oY6jcC5ZEdFFiFLEXEaby5bk9vfMWjaDb3gAXrS0vROEf&#10;xeEzG2TBExxXW944p4JEFSvENI2DZ94GnaDGIw9pKv1Jyj0CwXqt0y6Z4BlOPpt1wmjp88YPnjI/&#10;T7G6zB4JYmWkMklZhojpKeTdGqA1MjMqsgcbHs8WToti2a8hSZZxPPWBZqwDC/LqMiT1D0czyRM8&#10;kc1NBBVeUROqyRohSYqSQWKhSrUvO0S3tc1bcTaOocdJDhCFFIIE6lqSCEpUArEp6gCSKpmedsM3&#10;Ddo+3i5IB06gIxOrjw2yOunzHPVHlHp51UwDDqvoXnHBcx5/mnw7OuNYVlvEqygw9aan8+mxDFq3&#10;C46iCCiKQTgS1GyS6kJG264KvFkbPPSrOcuA4Rl6XNeacwYTS4th7ZgWaCqwyhasBFStPd4lXftR&#10;ZJmIiZG3W0vMlpvFYZzYh5y4CWm3FA6SClShPgJGJwmQB4gdvAE1w0lFxIdDwiACSCCDjpSZBEmM&#10;YgzOySaPDuonTfqLgf8APcG6gUGJZdwjFKvLGJyZerqaopqnEqSN45aBpFBZ2AJYxx2ZhbuLgj9j&#10;mbsr5Kig6hwV5p+sFCtK+K5gNKxfHKWSVFlkq4InannmAcOHRtzIA0Um0iTkdsZJcXYVa6T+RUTC&#10;R/raoMRhqAMRBEA4LTIKaEL9kysypJbXpOKQBiNgI2KEeZjZsoKKbppPm7DKvp1WYKYOhuM0D4Th&#10;+VsKmioky/UUISKGClMMUMq0pEW0QuhVbtFLGFvFx1wnOWRKzLlBj+daun6pYHmCopMbanyjTYlS&#10;vRQzLLBXPEsrGoZ6Nnpn3RzNIm7eDdgCiVZXq3S3ZH8u6EEAqUg6yNJRMSkBYKhCkgH7SIqhvrh5&#10;hak4lQggHaQfvA2bDwxwB6KT+a8v9Z8ZizFgXS2efpLmHBMJxHLGH5gzQ+B18mK11HUUE2DV8UNJ&#10;JU0sNPVIa2ORZaWMsVClFVEIEb02Z26VVCZvbBc8DDMRp6yf+UYPiVfFWUr4SkVNTlFeijiq1+XE&#10;YERkKNJus4fYpWPO2jIN4k3Nok2vfWxQe8UlAS4l2dSTCyUFK5IVpCiggKSQFEEIZ1mNw/mLTbCi&#10;7bRBKSnUlYgJBCpwGJ+0rCoxNEr/ABB8meqrH83dEcv4P0l/z3dE8Qwox9Q8d6d0GXqPNWA55o6t&#10;avDKxYM5VdbhE1DWlnSYCllmpGTzI5kEhV0N1czXlmTL9diPTjNWI5fx3DsSxDL80FXTwVuCVFTD&#10;CtXKkJL/AOj6WCrGw3+6SpNuSHuPkd+LoJvmkONqbQoEEpdAJgagI1dMkCMdlSsybpIdVqQgiBOJ&#10;hRAwUmRJ/vgRidh2UdfoXl3rdRZuxGk6s0GUsbytW4NhGK4Ji2DS4jS5upGG+ljixeKWIpWlhG0g&#10;qCYjG5kRVYa8AXE5Ot9RicFCMh4vg+GYe1PjsOFZao6+GiiqaRVqIqwxR4cZJYFeUEWKqt0XeI0X&#10;g2aXu6wzqVctlSyUlRUFKOo6SidcAmNJ9YBVIoH5m+33OrSltK8FLCidRkHaUdIHEQQccKFoZk6E&#10;UlCmO1PULLlZDi9XN02kzLj2NUFS9TUzTnDJMKSonqbee0tIY2gB3NIj3UyFzwc8Thy9m/CqrN2W&#10;6GlpsWwP57CquvqKPFZ8uyTPBF56VEyxUhhki9zYWXbpdxtB4F7J65sXvyzylKSvSoAFAdABOnSm&#10;VagrGYM/0fFQttb5p5xLK571MRwII6Y/hjA7IB66SGH4/juXsx4fkHGM0efUYnHRY9DgsuI4HBmu&#10;lo4K/wAtWjoy9WKqlqPKkWZw4kUEiK8hG0qmXcg4fiGPPnTqpBiOTMrYvKk1fj+VohRYXJIEMiGe&#10;OXDaqFtzICrCMR7tQQRYSbnmYBDXdWBS5cIGAUZVH+qJOA2gkqgRFEOa7vJefU6vwKBBKkmEwOKg&#10;pMj/ABsBwmaGTNeLYpBg9dg/T6voK7O1BGhosKxhhXyKm9I2eWNq+ikIQOCxMoJ+JIur8aounEOA&#10;0w6b5rwrD830Qk/rLhb4djI+fpjUeeZXiraWrpakhANojaMXHu2BCqWZU/mpuCm9YcU1I0r1IAB2&#10;QClSVp2mZBmYPTT1o06hxxpsK1A6tYjxicJAEKwHGOiaTmAYxn9s9Zmy/mTJGNy5UmMWK5dzzLW5&#10;ZOGw3QI1JHHQ1NPiCEMpbdLC4O4gvYalinwHBcs5yqMPz/GuNZPx8qRi+SpPnKSLeXYK9LVeS7xH&#10;zAZNsqSRhWYXPc8zx27dZStlJxgKSvbOzbBA6QQY4HCo53vym+sXwt1Ou2dEnTjGJnwqEjrgiOrC&#10;RNrqjGJMNFRg1HG1eSgNBjEjU3umQLJ+kijqAGVdxX3WViALgHcBmwrL0GC4bi2J4d0yy/nTLMFT&#10;84uIZWSajraPC5bRhpFipYJTFYmzr799HeQKUBTZkd4hJeVbrP2zpUkq6BECelJwgeHbNCPK8qSw&#10;/wB4wwhScNMQCAQJwCRPWJJ66Z6ibdWUiTY5VYDXYgiU1HQVppGR6gKZW2aOrSECzqGICi6hSdxY&#10;c++nfKi4ZQ9Q8nx4hVUmZ6E47BlrFYqKFaJvLDyDz0NSjONx2qWVmUXO7vw63c3sdXfqauwgONq0&#10;kiVBRxg6SAU9ZEikNtudY37i7pIUhSh/c4SBqxBIJBx9x4mMKh5TzViWK1uP4Pj1JSUOJ4DVGgU4&#10;XUzzrURMS0Um2op6dlJS27bvQNdQ5seFWq8dNPl3H8kVeFYmsMDivw2DCKmtp6WlqrFZJHhpY381&#10;m3AG8dwOzW0Lm/jTa0kNtlO0HSNoOO1Mq28ADtqNrm6Tbqdt+6cTIIhOpInrKRKuvwmluYI/PFSq&#10;KJtvkvLtG8pfcF3d7A627cP3+HT17TMNflbo5mOPEaxstVGM1dFmf5yoqpZA1PJIkB/QGsQwISYw&#10;qm6KxsLA84IfVx2FxdXGdsjw93CkziSlWEEx1SD1Vz37a8kVZOKdZ0hLlw2FFXniAFAYnCJEyRjR&#10;AvXRknHML6RdSs9ZNrsOpMRxNcAwybD8w01DLh5Zsdp4pzPFitfQUUvzUcghbznQg7febROWW9Xs&#10;Qpqzqp0Xy7DRPSVE2FV2L0rCpgjqBBQUtHAVVXkVm9+qQH90HublQcDcvylXdvuRiIw9u32TUGZz&#10;cIt90mDrKkqfAE9EuE4cMD0UQ30KyTYJ0L9VGKYjmSlx6Vs546+MslLO2HNVVuaMSmlmCRxyNtZV&#10;vvCm9/sjXnzrOCKhlV+vPc9Xq9z3PV6vcs8/BrkWL8SL05yMHYKM4+7ArM5vkHGxoEBP5cMMqUoX&#10;CSkSQZ9lK7H+6pquX8WnCVxz8Pzr3hL1tDhsda+Uopa/MlTT0dDCgzzgzM80tXJFGFAHZnG4+6Dc&#10;jm83hMWNyU8FPjqwUdNi4inEdFUGeoDOQpifciqCBp7lxpfTmWuSZ7cXTC3XGtLraYSqYEATJAET&#10;0GRNGzFk2hhSko7xInhMEnaerHj8K0hOteLdD6DNmYMydBXx3NObejL4jl+evzngC4Jlow0UT1S4&#10;jSeRVTzyxtKFYGs8pnZwoDhjdQ0ldDBiiRUsPyqUlPvCVrGM+ZGQCQtju9y99xFrCwN78T5jZrur&#10;ZRfKjrXA04jSZwknCFxMAmCaMrZu5QhCCAUxtGJnCBsjp66K/nTIeYMc6UYjj2ZsYjzbiWb8xNSC&#10;syLSx4qiYdXQyzU8ctSxT5W9cybVp45C4eRXeMxBCzLhGTKM43XvmV6NHq48zY5UYnVFPJjRmk2K&#10;zbSIrI1wT7RftyxzbPLZttBZkhJCNIB6B4hsGMdUUszHO7i1tg4tI7tAO0bOkx0+nlQsjq560cxQ&#10;9Gslf7O1HmT5LKWKenLonhmQsvwVsVdWVNJSYc1dVRRPNG1cHngYPtSMXUhL7yUT0ywjMeXq3M8O&#10;HYhTZnytiGK1+asNfEKarpsUo6rEK6SclnqZGRo1SUIlkQgDxB0GG+zNncJZdv3CyQ2UkAhQOCla&#10;BG0T1iJ6xUe7uZewxdHXseT3ghGySAJMCCeI9aNV69cU6R9VMmdB8T6sU2ZegPXvKGQMA6BZswjI&#10;2LYBmXJuYsDy1gzzyYfFFl4rP5rVtMJiDLLELqpswQ8G35uix7FsTgwtP5pV4ZshFS1Yhp3qEX9I&#10;u1Gchl7HeoPgNOQpl1w5l1g048vumlFQKQiVBJOHIk09kOZJ/mdwgHEgR04DxQeGP76qircj596J&#10;9G+kGJ9RauTp5lnqk9dX4nhkGU6hcwwYLVSLJRytVV1NRiSnqVjaaNaWqkXbZ3Aay8TVEjirjw1f&#10;cleVhKC22SNhJchr3soJ1sNTzI/ePNWBa/nFqSsJZER4kqGkAERErO0aj4ROIo/y/eNNwtSAmHBI&#10;jZhGJPO2jNdTWpXyhVdUsQeCvwyhwGho8Jl+WFVhOIxTYX8tDJEsSxebVuqlkErMY0UgsLX5CxTC&#10;aStrKvCY6WOZoEHy5kiidPLuPMCrIu2wKjuPEHw4Zbub7vs5U1evuFIWTqxOqRGgnEk4HYnZEbTT&#10;uYFaFIbSvFR2SZHX040sOk3W3N2RenGVetGYM4V9DhmPV1VFnAYZiWL09e+IxxOmGzVc9JMapi8V&#10;RI9oGNhGyAXfSdT4NhKjEKyhqo5IapoasfKna0FOqD/JtGP3bMRbX8uBu+7QcxcZt7e8ZXKErRKj&#10;4XFkwNQJxH29UzjgYLM6sbmzQXGiQlUSPImTJ4wfwpE411/6wYvH0vyB1Lyji1BjuTaLMWTnlzYG&#10;qabMuZZ6p1RcUpMSdg6yvLBE5kugN7sdrANtRT/IvLPEkSUxQ4uqwSstU0C+7u2t7wszLuZhYDx4&#10;MLLfyxfZaYW6ovf3MpUlJQDhJHAiB4UpJJVtG2lOU92lpJcB1kY9E9JOyOihbwPPtFnrDsCy3i+M&#10;YziGZoaxeidY2Y8Iw+syfTY5UeXIaZZ6VflpN9PSzmlpoHMjyAAIwvZF4fitDSYpmajqoKSHGKJI&#10;cUy3h8DwPUMs7SwvURqCrbXMoTzAbG9iRre28VnZXmZ2CbdSVoCVEpIAUdIEQmJSSfCdgxOyrb03&#10;yG7Pv0LGtadMn7duHsAJjq40bjqJ0yzF1AwH0rYhlHHsx5g6Q5nmxbJ/qPzFidNjFDhhbL0GFYrR&#10;YPiXmJPEk1K2FvOKJ0LKys0YZgoVg6VZ9y9i2M1tBh1bhdbnLKbz4lj1FhVTSyzRrVj5h5NjoHsz&#10;yAKQAGBVgSGBIJ3kzfJM9s1Wr60C5dWGilJOpASdp0kfsx16k7TKsKYyZvNGAltxUoJxViBECAR0&#10;jh8MKEn8RL095xypkGkq8Sr81ZW6JdZ48sdP+n0Wc6LGoaKirMIWOhoqarahq2poCMPhaodapWkQ&#10;rLGUDxlYzkYTjVLjmDUGK07kwYhEkyMykXBA1He4NtD4jXmBO9m67uVZo9aEhRaURKTIOOGPlE+y&#10;hO+ookHhWtrnfpvjvSXqbm3pxmExjH8lV0+AYmKSRZEE8DWZNyaXU6MO4IIOo4z4iqsGsLXuQNf2&#10;8btpSRNFicKHfp5WTRrGjNZLAAmxItpoR34w0MYGIULgaiZO/wDxLijODLCgeg0/aq8dGTOJTtkz&#10;PK77WwisMb+20J3X+A04z4pEfmZye+4gW+nm7LBpPlRRfD9uroowPTzHFbDKKJHDMsa6DQkd+w9n&#10;GFktfTQ6cWlMinikKGFDjRYszsAxKE2KHQa30BB5heLxW2v7vKEGkSUq6KV1HittomPxF7e3kcwn&#10;UgWOv668oRNb1A4UoKfGbOEJGywW1rkXN+cGgVux972jlAtQ2jCn0XKgI4U5x4olgUNtPsnw5gML&#10;A+OniP7OPQIwowtylQmManR4wWSzPsBO3Za3x5x2Mh90e6dSDxl5lK9u2lCtopyosZ2BUv5liSNy&#10;9vDwHOy5IKEWPw+niBNkUmeFF94kgzwpRRYnBMWZLh2IDbgO9uRGifUgXVe/08Wd8mQOJp9hCVpk&#10;inBKhdiv5u10N9x190jXtrppyO8d/o9l+X0wabb0lJ6RT1T4sqxowkIk0s4GlrW8DyC6G+osPjxa&#10;mIwpkOQYNP8ADVOV3iVWvqbG38eYTH8OO409EmanR14sRuuB2PxHs50IWY2A+PGFvAbab75PCnH5&#10;1tu5XuSPeKi5A9pvz3kEHX6LcolzUJplbuMgVI/mkSqilrk2Ic2A/jzJt22B0AP0820hSuFJ2pgx&#10;tptqq6nF7Se8ylgH8NfbzmqHT4+3igAjbtpadlMlZWIysVVnVNVVOxt7deOUCFlAA9wnU278RXCh&#10;PWKbcXHnSUqZXjLyTyWe29Evpr/Dk2IBH22vcg/nzaWyca2hRUIpC4zWfM086liqWdbg31CninzH&#10;G7HBgLgmlQ6j6BylioBCiek0uzI6Yoo/p0raWGs61AMp8vNNWgRBe6++dL9/tcZqaFlkBJuR3A+j&#10;izWCk0W/emhozPiiNRAJH5a3Ni5tu1v4eHH2NQRqNRY6eztxlOobKZSFiCKAPG6yPz5byeXoVBLB&#10;dR4DTvwhH4mEDP6P+qtholKzt/xEQy/08I951eBA/vqFG76tTiukoPyq3z8DyfzPVFmUtqWyhica&#10;lu9xiFAT3+gc1GKKOww/cNVoEv4W/wBJbgYfEiKGTJ2R0VtecuS/DVixDFsOzPiCZ2wXp1h/T6Sk&#10;NbLheC0NbmHGaSrrFkkhn+SRcQnUl/JpwGI3uAEfZs5JXZUp5u4W826Gy0BwkmTiAACoyMIHGKbz&#10;C4abR4kKWTwBIHt2dePQar79f2av6rZBwjCMO9PeJeozMXUqaqy7guWWxmPCcBw6oocOmxIVtZVY&#10;tKMPozDFDJMJpFXSNgXW9+bBmHy5ezHmTK8mGYpFUvgPny1tLUQTRTXemB2OzhLSDzlLxFbi4LAH&#10;bzLe230LlrctpWvvSAcNQ08MU4RAJwPHbFRqbFaypS2vArh4SNsjpww28a0w+o1F6hPT/wCm31Q/&#10;1+6d4rlqPrNLg2F5LzblrHcMxPDo1TGmj+Yp6ahlndaR4sPk+Vr1lMcpVhFI6GYkTqpsJaukhjq0&#10;o6JFEk8MEyLKZpGuqEAggAgWHxtbiDJWc1Fgl1bKnXiqElSFaNAEFUwZJBM+UzNau7Xu2gEggdQw&#10;wqtbJlH1gXI9JmjEckYlnLO1fVPh2XMczDgdZV4QmCYZQtFPVR1DQyw1DypNOZHszDZ5m7cb8b5Y&#10;gz7qF4WnkCYeklQQPsqKhgHGtydpte3w4e2b0J0XHefsypxQTM4+AEp2ABKlA4atsGDgELvOHQgo&#10;dT4ZwPTA/GhVy/PtoVpc7xY7TYFhcuIdTMYwjLizTMpraqXLFM8lDNeMQxU7VSM/liUahZG3KOMe&#10;KM2Iyx10iu0FJQ1NPUQUDTRNE1T5YJW2m5CD43W/x5IG5pbtUm2aXpcceQdSwlQWGyYCuMEcQBOG&#10;Jg0Jck3gs1MhaCSVRhhh08aHbpLgv+aymxTprh9XFheZM459yvjeXcz9Q4sJxKjxukyua2WGGsX3&#10;ZxS1SPGUZIFWfaPeIHO8NwihqKfDcWTD6jEMVwBnWnjopAGldY9oaREKR7nBJXeBY9rcT747wXTV&#10;/cWrlyhti4QJK5gAmSEjaoJwB06jpxIIo9vrhDR1GEgwTO3qx24dGymrrD1V6n4JnLql0grepmC5&#10;I6S9eaGlrMcxHPNHO0GGUdfiBmnp6CeVJ62aCjlVYZ/lZJS8Yu6ygEgT8sth9fU4yZsPg+cIjV5q&#10;dP8ALxrcqrttBJQk6eF9PHmNHabl99lttZKbeX3Z1QFKEoM7UpnALEQeMQYwFB3ve8UpwLKkAbDw&#10;PHywiq1vUBgWbMiZS6L01JnbHajLixYlV4RlzMlYUOD1tTKiz1FDTJUTLHDXLFGRIArP5dnUWUEP&#10;Mx5fw7D0hDTl2xHz6egedI3hWs801azFkCSK6AvbaR7tyfbye9w97r/M7ju3PChnQpaQSlSm9AbK&#10;QPtUlRSkmf4j4egPbub5C+a71HiSlR2YHDAgbR14+lWG+nvrf1Yzrj9fS1eDQYTR9Mo8vZqztguA&#10;VWJ0eMYhlCXBqbKFVg6QYg1TQVNJVyQ0TOs8ZYTFBCddipjE8zYPWIklRXQZhNVUQYZDTU5JUzwT&#10;WaRniugB2qRfx7nkzbrbn3tkO5tmlWiEoWsqIBISsSlGlRKzolQOwbYAMS62wq4WTpLcYiTj7DRr&#10;ekXpo6u5JnmwvJeTMa9N+GZcwPHupeNZxxiCmlqoMIx7CEqaLCo6PEW+fqJqRqipidlK3G5lVW2h&#10;sOLY21Lj7zVNPDV5enjmjOISxTGWiqUkCq7kKwEbaj3yoBt4X5fLskDGRs6nlMOo0lY1JCVoKSoj&#10;HCR/EUgkiQZMUrui81aQys6+IJJ68PwFOnSTohJjHp+yhgWCZpxfIXWzCKvCcQr8hYNi2GwYfnTL&#10;1bQNXS0VJEZYQ1XCGDStSxTSugdGDuUPG7+d4r5/lfzCbzfmv5L5v8tq/wDev5bzvk93yWzZs9zz&#10;/s/u38zkY/2z3VjT+WX/AHbZB+77tU9E+KdnCYoBd7nOnaP7nr2/xTs2fb1fdPGlx/mn9Pn8s2f5&#10;qov5b/LP87X8v/r7lnyf6n/zff8A1w2/1t87zPm/9I/lf2vM97b5HP/RyZWpcMxrKOOYdXTNiWG1&#10;8881DBU0EddNBvqfmRaGMlJ7SK5UW90uAVAHMprVi1FkptR8PWJOOyMDjU6Zv3pShcAEdPzj09tb&#10;CnWyszxk7rP0+zXlvCoMLzBg1LAMy1K5ikwHC8TigwxsLkjkxCrV5sPvHLA7mx82OnJWR30LLRtn&#10;rFqPNdBjlLDNhtTUPhWB0+KeWl6Y2RIgIp0cSeXcXRU223KCTbjO6yby7ZetllPdmB44xx9oMcaJ&#10;l6W2krUYVMny6f30IWYaToNknMPTLHspV1VhOaKOlOcs2Yx0+irXvU+9Uz1lRLNS1ELQtU6kzyS+&#10;YSVchVLBC9Q/VD6QunOL4VlTqH1vwTLOdsoUWH0+ZsFxGlrcSdDUYPBuikTD6eVWR42SaNvNdgxv&#10;uHY5m7l9s1lk1iLG5c1KQEplsmAUmRiJxGwwIgxjjUrZP2t5Y62VtuTpKgYw8QUUq84IONBh01yr&#10;64lXqtXYZ0Ix/MmRs6Zjx7HeneIZfzJgGVJ1oJs3VuOYdV7Mw4nHVw1EYkaCoRqGCOSEoPLluWUD&#10;F/Ep9E+D11RiFR1qpqrEqRJv5VUYflrMk7AR0qwQWqfkPMjFgdw2vbQqw1HBZnHbxkDiEhDq9EyU&#10;lKokzJgCDt6p40qzjtWyxeKcSdsSOEcMKMhnD07ddM2YRh2W6Hp1Ph+UsampZM94LjOZ8Nghl+cx&#10;OXEMSdsNw2SWlqjeQWJmh827rKre43Evjv4nnoMxOnjao6nYrDVTxySVdTlzLWLNKk86KkovWUca&#10;uLhnRgVsToviQG520ZM0lWgq24aRGAiJn8aAD+/trrlOwcIMfCaw5T9M3qzyhPiMWCUeUsVwugqo&#10;cPy/hGescxeGlmwmheSWkk/32U1S1PKFdIJYSJhIibjLdtih9if4r/odpVpKSkGccXpqeYYkooME&#10;polWojRwkhlq6+OZ2ZnO4+4dpIG25JOf+hj7NtSlspOoiJ0AkpA2HxDE4gbfKm3e1NtCklI+3ZSz&#10;g9PXrAGI4ziP83yDS4jLAuX8PxybEMbrJJMLnqIHqYFpBg1NTUo8qLbEpFQvmKkknmKojDVjX4x/&#10;o0ephqafpLmuuiijNN8tPhuDNAQZfNLKldidQIjuF7INSSdCb8L7D6jG2EOErfKlKmTpGAEafCQd&#10;PnJ6zSC47VVYxMnj0fjScyh6M/VlhWBYrhOO+pqOsrcWxBcwx47AZ6etpPLphSrSvPl6kwJ62LYS&#10;A1QSwCoDvVbcQmIfjM+nuFKg4P02zfFXMGPnk4RT073A2o0Hz07bAAt1EtiRc6i5QK+pdhIJUwpR&#10;6SUzPSOjqwFESO0xxownETJkYn1CqGfCPSRnNqmjXNHUPDcYwalMUsdNXYO1XikUwRvNqI69Z6SL&#10;z2Z22SGk3IrMo91rKzYD+I1kH1R43lLpPlDpbVZDlweuGcqrGsQroan5xKeKem8rykRdnvVm8AMQ&#10;LNYWItGu/PbInexTduGygtyvEgyPt4AdNYG/XGw/nOWIzEnwW6FNhB/4IpJ1T1aI9aHPpD0czL02&#10;zJnjHswdTqjP0GahRU+D4ZW4fDRLhcNGJAQrxTSGVpN6hnYAkIt7kFjZNkTqTTrBPRyKZK2oiEMV&#10;SDawBU9zr+4OHW69k2gbMYiuFG8e6TxWCkwgGSOfOh94IWWsOgxfoV6+sGOF/wA2hkwDMuaIsHlZ&#10;lSeZMufzCIXjIYXkpx2I7cZ3qtA7kWZIP+N6xPxFT/2QZi5abw7t3KPuS4hP/oSI9hIoFusOJy4R&#10;L06raarFDUNmfAMPWoKBy0VdikOGyx+8R/lEqSl/C9+aefq/BPqB68+ZT/KTJnDM0T0gufLZMYlj&#10;KXub7dtr8wCtUQ0fM13osZUw2ZkHH2k0J+W5I5cu4BLDV/PwyUVLJFXWA85TApEllAHvDXQcWWH1&#10;r0vpyypFFhVJiE2I5pzC7Li4qQFWGnpE0allidb79SDxdlrckxRbvEptT7IInBfvUKefE8TOK4Lh&#10;VLjS5bpcCq4qyWCjnkxKhrYJadHloErJbU8sCyhAWIH6Umw9vDNClKJI4UjatmlE6TB66740RZVw&#10;fEMd/q/gGZCuJtUnDIqTMFFVUMsjef5RYGH5mFVvrdpRoPbpyjlykq2U6zYRiDXucarJOP1AV6CW&#10;kzFIZEgjjwOsw/E590jiJB5NJJNKu8sAARc9uNaUqNNKtnQqQMa9xDV8OM4TVtQ4pgTU1Ql/0dbB&#10;NTydt1j5pHh8OKkqTECnDAGIIr3Br6EdPMTzritVWYfgNWKih21a+SlZ8m8LSmEmdqJNwALC24hS&#10;wsTbQ5I7jbqZLb2dtd39utEL1FatBSEjGSFJKgARjpSpQAJFSJurlTelKnEqKQZxxBGPwwrizopU&#10;MwUudiBiBc2JsPjYctiwL0brjOVMr02N4mmGSY5tw5cDipMIwnGKiqgpkSYRPWAzDy7K8xWN7s+2&#10;MO2wvNHZH2r7m5jnl5upkWbO3Lgtxc8Hmkh6CrRcAE6gVEpZ0oDaQRAKSTMlkxlbiF2lvcglKAo7&#10;IEiVY4nD+iY2ddJvHswrgNBWYjWU7Q0NGT5lcFkmSNBsG91iBIW7EliQqgEuyi5Cly10OxWmxnB+&#10;nWUcYjy9nPLOHzY5j2E1MeHV0cbQVj0zrU4lg1VJIWUsgiB2gmAvsBN2kfsx7bMts86XY3uYKeW4&#10;+bdrXbLbGruy4GknxIWlKBJeCtKlTpIxpXuXvU6h0Noe1AkAeGNsERE8DgdnGmg50w6PAIM51CO+&#10;WMWFHJhtYRPHK0FbsjgZ6WshgeNnklClSC2ov7FM16hen9BjuUOk+I0mFUGOYdlLFsOzRW5Hgkxu&#10;IYnKgc19VMmG1ILzwbImiabepAYXW9+Br6q9xb97KkvWSFLdbUUqSJEatiokjA4EkAgHbFa3y3dd&#10;UtCye8UnE4HAHYSBgPXHpoFemtViEXUDqBBi7174hXmanbOGLvRBMMohLEMMo6PdAiFH8yZ2UrcO&#10;BcMGDCuL8Z7F8KzXXemDOOD4ZV4ZTZqosy4hJBjEFRSyLNGuE0bIsNXHE8caCNQgK6j3rkknnKC+&#10;yy+sszdZu47wJScFahjJGIwqIs4su5vgIiYpU+nfB6jK2UscyVUYtBjIydi9ZhFNW0Qj3vFLtrw9&#10;Q0U8weeRqhnlPu2YkBVAHB3/AAqIqI+o3rk1Ukxjjy66N8lIkbgtjdIO8iSC1wfDjWcafyytWzCh&#10;1lqx+XfA4kH/AHqkZ6wHzEuQ8nDK82HwYo+Y4EEmZaSetptn8mxIm8VPU0jE3A/f9vL9cFfLNPik&#10;EnytZGyn3Kmpq4SEO0i9kgUHgKbXale1XHzovcSrSSKruz9hvqArsk4pSw41las3xpJLhFBgGJQr&#10;P+lUlPMkxaUpoDrtNvYeIPrfXZe6ezennPEv84xKDBswnKUq4fiVRSQxUeYoTHJUVFLRUtSKsxmm&#10;URIygKzXLDvxe8UgpQySU8ZgezroIXGd7w218EWjSFtrBBOojT0GDtwnZ0Ui/TdT9XuruYPW3ljF&#10;sOyrlvMub8CoKzLsCYdiOJ0c2IZdWdImmlq6yiEas9bGji9yuqsoXg5S49gVcPMqspxVLkm61NVW&#10;sAe/hMv5AfRyOcxvUIUdKAPbQtS25HiOPHz6q4Zb6HdXcNjip6b1T5ioaUhSkWB4BkWnjAIHuoJc&#10;GnkKjsN8jNbuxNzxW5Xly1ulqanA8JwHC6COSvxTFcWeQQ0tPCjSSTSSVEhVEQDczE2AF+BJ/PAp&#10;WLc47Bx6qfbZJO2mXrD096pYRluoWj6+57zXmKvEeH4JhGARYJDUVlZUsIoIUjwzD4GZ5HYKqjuT&#10;a3KEPVThdF/WzrJjuKUs9HhmLZsxLOdA1ZBLBO0WKZzw+rwqoaKZQ6L8m6gKwuFcAgC/JgyW1Wi0&#10;QCIUkCR0GNlPk6WxOONXI+mCkr8H9O/QTLmJ45TY9jmU8q4BkXNuJYbXU+KRSYxgWEphOIoKulJj&#10;leOsppEdl/eVhoeAr1k62ydX6nDK3K/TnF6rpXlLGv5rNm6spamSkjEEcOH4bBUSQRNFTTQo7Das&#10;7GRmTuVUcN8mLSrwFw+Dj1VbMLsuJkJiKELKGFSZdgwihxzFaMZir6JXqsOonsJcQZ3q8QmhMmx5&#10;Y2lkut4xsAvpuI4F/VbHsiZ1xLLMlVmCHCMXz3jFLQ1SYPu+WwvDwy09RUSSOZZQ8SG53bmN+xJP&#10;JE3+vbH8k002dS5OPwoJ5dbPd/4jgTSupop8PpPIHmYiKSI7ZJGiE88gBa1gIoxfw+yo+A5Z16Zu&#10;nPTrKHqf6MxdGMsrhz4Th2aM149mAVM9ZibUU2HihpJ5amWWRmhnecqgjtFckqovzGvea/0sKnbg&#10;PjQvuGkoUANlFN9T+GUWPenXqDgPU9KDM2F5lkwShlwTE46ZaGSVMUpaqSJIagXYReS0oWQs1l7m&#10;3LjcZxPqa8oWlpsYrKaQ3DUcFbKBfQf5NTyHGnztM6qaQpE1XFljInosy9QmKqbpxldqMbZRiVTl&#10;ykYBR+8ZZVIAt2PbiQqKLqrWhlOA4ymhPm1dNVxA/G8qrpx9bwJB91OIKJxoU8Ezp6OMGBjouqPT&#10;+VkNhFhGNYDOwA1tsp5X+4DjDLkjqrKTehlJPvXnxCjgPt1E8ycum9QJ4U93iI2UvT1m9NdIsDR4&#10;xBWxuPcbBMBxfEgw8NpwyhqPy45UnTrqY92qRFANt9smM4U4t21Aqyfy4nfvmikedKkKEAxSdm9S&#10;Pp2hq5IKKnxmonjtu+V6fZ5G3x0Y4IqD6Sw5OPTfNbKpnzDg9G9wG+arnZr+0mnhk+4cS94gKjGn&#10;MNsVkf1I5BNPNNg3TbOOYI4vDDsAWlLX12quMVVFr/xK3H2j6dV6FHmzrgchX7SxVOJMb6eDUQHG&#10;kvzIOANWSKQWM+pkBnSg9MXUqqK7Q0slDkqOPaQT9psygm19dOLGqy3V4bgprMFzLR4hicDbpaKl&#10;SW7ooJbyzOqqzeAVioJ03L3CjK7Fty50OqwIwmflTqUbKBys6/VOL4tDQ4/6fsyZSy5Ws0P8+xas&#10;wT/R5mZVRqmKgrJ3SEAlpJIxKyDURS/ZNZXXzqliPT+LGc8ZDx6OkpxL/M8dw2npmozHilFKJ0km&#10;o6iS/wAxHN7u5XZX8wM5k8lA2dHZ92VN31qUnx6R4Th0cP1oQW1mNMkUdzofklupNBRZR609OTS4&#10;jh+G1eVaJsRxWPH6Suy5isJppEosTooIVelqqdLBZYYJY/LIEcfzDbZ3T/1e4Bi3TTOslRmGhwvE&#10;sKlxjMlRhOMVKxyJSJWyVFbBGsAkeQxLvCSKm1n9xSSpHHs47BlLvkLmYiY4AbKTPsgKBjAUnuoP&#10;pwqss9VMgz4blnEswYBW02C5QxHHMv0XzDU1dS4cuG0eI1JnkiRYXmhiWaJWYoqmR7K+4U84zUYf&#10;i3qS63dba6qZ8pZjrK3GK2LCaSpqZKSGQLGgklMMbatTEE3teyhrgHmVPY12JJyhsreAWkiBh6/O&#10;qs2wQSSZFWOZTwaryvkLJ2VXqY58UwTC8PwATPthWaWipI4XdVUva+wtYXt8eK5OqeT6HA6+vzVW&#10;SRTZtEeHUmDPRmKoxKkeDzHNLO0UTeQ6hUDQxyKb7y1mBGTmSZlZ2DC0pSBhBGnhtOPoKU/m2ket&#10;TanD6qeqo46ERtT0fmyrWSzyOsVQCFUNBqJCCS1y620A8eLHp7nStwLNGDz1uUqbCsq5mD1eVsz0&#10;2C0uK1k64erTPIhEMjiRVKsIlRdo8xXVm1WO+0TNWsxA1JTAGEQT64UmXcBXDCkpnTAqDMlDiEaY&#10;pU1GLYTE9NNgtJjeI4RCxrVMIjn+TniFpATsZwxBsyEeN83p3zzJ1Cyp/Mozh1LV00cby4fgtFHH&#10;SzRTXNPVRJK07qJUX7Ja4ItrozYFdq1iLK7TpSVJV0cKC2YsgYitUH12+nnBuh2eaHA8w5mzbjmB&#10;4zvrsG6o58zviy4kZac3xDCqqbC3wuNhSzTCSNtpUrJ7pvuSMxIoMQkCqKMODqzQUwG361XkYW2Y&#10;PNyQkp9Nvuop7sHbVc2N410ESWMV/Vuhmn0jghxzqDNUg2uLeXXYk4P0WPJZp6+nIiaWQXGhLlP4&#10;lQOK7a6uHBrA01YkRQWY1UenmuNQv8vwXNGy0jyUmFJir3HfaYIalmPxAPItdHVPTybUJ9yVN8kq&#10;HUwSLfRjaxI14rtE3GuVucekV5taRjU/AMxdFcPxWgpsGwN8Pk8/CZpaeLK2N0qSRxY5h87IPPoK&#10;dSWWNlVb++TtFyQOFi9Xz1OHennrlWzyM0MGU8w1DjzlI9zCahiLK58Bw4zK7WtKUbIMdNPYBpR6&#10;jVhP4QY6e1vXvphVZdw2E4h/N8LmSrbAa+gmVDWR3/S1dFBfXwDac1bvwh6LAmyH60xmh55cCosI&#10;ybU1hoZVhkaEVeKzbQzxyDsp8OGbSZTE9HxNEuUwgOAnCPxrbc601+YKXqB0Ap8tfKpiNdjOLQPP&#10;i9PJUxRQnAalWfbFPAQQzLrftflj2WK/oZX0zNgn9ZonJuoqKrDGVSRb3SKEH4jhqlBEUZIU2owD&#10;T/NSddo6gmqxzKdVRXOkGD4vFIV7gHdiji/t5ryYlheT671u9V6HNOO4lh+EQZlzZFS4jQUsNZVz&#10;NFNVKPMDPEASgZiyq2ott1uDzs5yvLbzPGmr59TLJJlSEd4oYf0ZG3zpncpm3dzxIeWUpk7BOMeY&#10;6KGGged8PoXnREqHhiaeOC4jVygLBb3Nge1+Hr6f+m3pr1ErKSmyJmvF8QxxnnqcPfMtLT4fBelp&#10;nq40BqAE3SyRCNSzKGYhQb9+nm4H0+7mtttuNXN26tagnvA0pCWgROtSChRUAfuhWw/wwTWZjO6W&#10;Vm11occV0nSAB0bag47jlLl3DJMWxCGeWjgkp4J/5ZTz1ciCoqI6fzDHToz+Wnmb5GtZEBY2AJ4d&#10;3qnhNJ0p6D9PqdaCkwjCMFrUoaShwmn+axfMeJ/yyR67EJZiXdoVaJKaIqViBHe9lUa9oXZld3br&#10;IsNTxQVJHh0oQgYCetWKo2gRskzgf9cXYXnG8dvlyMqaVcO6lBRGCW0GAJ2BRJE4AqAAHGKBvJFX&#10;TDrR1FQY7jWacUxqhosQxFatZBgGWqKjkMVBhdP5UEUIq6gTzVc6uzVG1l3kReQOYemnqrzrkfpT&#10;X5GgwakkFfBLhmQcXxKpgZcNneMUc9RUDYypCkjXZmktcWChQ7iScs7OVZHYNoEOPpBKiDKdWGwx&#10;GkceufSItxP6t1ljMba8cdP5hlWu6gEoWSrUhtCiUjSmAlSo2yTxFCLmvJ0OaamgaprpYKKkeOWu&#10;o6fconSKQS7SV11sVIFjY3vcLwyOT8pdNMtt0gT+tkeaJKakkx+ujpE+b/mldUzVjrXPKgaxWZ45&#10;dbgMkdrl9RQre110fky8VBREYEggCY1DADBW08a7d7gm3VaBCnipBIlIghMTgYwBkhR/Cg6bEc7Z&#10;hpuo1BJTz4VTPidPTYNLViGIU1BBRULz01rnespEnv3B/SMPd2DgO506V4vmfqLHRdOkqMekzea+&#10;tw1KQ4hXVsstLTod81SRVK1OXDMziYtcndaygSXlXbdZZMGLV9IgyCokJQgDZsGM9JwFOAvM3Lnd&#10;vFttSlQTx6PF/R6TPAz1Kys6hZS6cZLqcxdScxYd0+yxlqOmp8TzFmmrocLwylE83y8EZeoNOsZu&#10;yIAyqCSAu7iS6i9Ns7dI5csnH8GqcvZiaiixmYVxVnWZ6mcMw2j3C0Q0XddjGxsO3JEy7tAsM1Nw&#10;uzeS+3IgAgggRrA6TBnDpFDuyDSdK2nAtQglQx8WIV/vJB4bKldMernTLrPgVbmnpR1BwfqVlanr&#10;JsE/rBkmtp8QohU08cTyxCemeRHZfNUkqbWYfSTk4BimX86ZRwHA8+4nJgFEaKlzJPTAyQ/zJKdk&#10;rJXl+W1WlhWEvK3mR6bFTXRsat/bhVrm7tnaJKnXCQjGZJMwniMJE/w441feHIT+aQ8knSURokAB&#10;WBnE7T040FnUGhzLlbMM2YcjYBLmPEMWE+GCZZ6GOLCpzAyxeWa2TSoqZZ1SK0EqhizS2Q3Wd1Xz&#10;/Q56gyNlrocVny300iqsSxiiZ62nFNRGphlmmijxGPyyY/lz5BMjMGY2jvwqZ7DnGMsuE3h7q4dK&#10;SghZWVLEwhSknXCgYJ2AADACkjeQLsrdxaG0hw4xJ49cDE9VAt6begmM9JcZ6y9V+tSUbdV/UFW4&#10;FhuN4pRx0tTJVfIU0uGUEdTLhMNKJJik4ScpCiBUA8xkUEKDKedcTqKYYPknBcTxzNWXo46fM+Yj&#10;htU8EUVOHpYUNRIsavMwEQWFGfaoJVnVSzYxr3QzTKUXt2853b7aTpaSVErMgAnEgjz4xA40YZEl&#10;lAAKdKgMUwcZxmT+NKTHsoZWwrGpx1NxzB8n5VzG+IVuX8lmvipUqJqqaOuq5xEQR5XmSTPJK20u&#10;8gLqjMqqNOE5KzhjeMUdJV1OJYi2HVkiYjhke2GA/MkSSTNIFMZie7R+6GIB90+9qi7Ht572xfu0&#10;Zk93OmVAOYqk44GdgieqDsijZ3PLezQVLeDeEiYkgY4A44RPp1UA2ePUn0B6L5LxTN2MZsyz02w3&#10;FsDWvyzmbMBEtdK2G07ulHFRVEkdU1VBHTrOVYqfcJZR5bWM5NkHLlDlzFMoJlSpxqDFJBUVtJhI&#10;mnKIdk+wzSTRuFWQbrFhc6ke9zWb78M3d63ml7dNNNJbKAHCApRJIJCUgnFBTsBI6Kgq4307y9Tf&#10;XN4202EwAvAk47EieEfCteyn9a/Ubqb106cerjNXqtyl0SyfkPBKrKmVqLrjX0WB1OLYq1XW0D4j&#10;Dg+H0NdC8s+HukZdI3K3ZEciMEJSnyr0vwPMeJ5mq6dhW0sSUeDeVH5b0yR0Yw9lhjk2AOd5Y3Xt&#10;oT3HFLu628j/AHa7ZxIlSFaT9qQDqhRBVq1QUmOmRhQ1zFvPr2ybSxpClKCjqMgAK1CYKpwGkweJ&#10;gRFG8zlmz8S7rJ0U6R5B6YJgFDU5ixaPNuf6nOWImvoJUlzI+dqY1tZhTYjvpvIpUoSYJwS7s0ah&#10;NjoC2dsk5TjcZhw/qUuWv5pXz4lHDi/n1RRjMsJVorxsiKp36r3YgkAAE5333cOasptbiW4IJgBQ&#10;V4Z8MnDxbZodLzG4I7p5sjQB4hEHwzhj0yNvCeNWY9IeunXmc1nTDPnpexDM2JZEwPCcPrcx5TfC&#10;sPwvFA+AJXO9BLLUTxM/zYelMZqPdWNZE3ByRNxHp1ljqp05bKWfFw3Fq/EIjiX8ry/XMnzCwyJs&#10;mppQqyLNGVZlshBtY6Pfh3ucnPN3GWyhB8Jgwr7QcdUEKGAAwCplXVQM3gzW7UtDCWkqbWqCFKhQ&#10;jGUwDMYcZnqoMM2dcesfRTrXRYpkPI2MRdJK3EKXJ2Y8zZ9hd6jL9TPT1FY7VFNDup5cPkZqSMut&#10;XHIjSE7f0BRlDkvJ2WcMyDDRNkOmwDIuDrVY/Q0Obppq2em92pjlIiqhO0RWIEbdwFm0sLgHO9ud&#10;rzq7U5fo7yNOMJGOwyMAAkYk4nqJEVbMswv7e6/ZI7xAAGCtJHt2gbfhSH60dVs7Q9daaDAOo+Nd&#10;R+qGIS4P07delUNFgFABVz4XLCJK41FLHVQ+fWeYWVHZVjdACwAZE9KI+j+PxZgweTD4Mtz5lqIs&#10;EoY4aKooKOSY+W4gWaFVEUhaNLlgrSkgHdoOQVvB22s7vWBuLNpJSwlyDgkJgeBMKHikY+LTAAMV&#10;7fi+/IAXLTOtCEkr8ekjAHBOEzjxwjDhQs+srHfVx0nx3otm7pTlqr6pZUyUa/MfU3EaTHqSrxvC&#10;IJy1IuInBKkI2J02yrn3okzCmVN0aKffU3dT0TyjUHDZKnAqeeqwORq7C6+lMcawzKjbmijUi73v&#10;diL3JN+4OJlr9f8All2wybpDy3JBWjuxGo7JUpRwk4RtHAVizc/VBZOqQpLTsJVOlQBKlCQJWok+&#10;w1VvjPXP1+4NmTMj4Hn7BYundcaxKjLGccVavqMwwrUmVXrMQqKWsmpU8preTF+jRAIlW1nVPZx6&#10;mdNugNNlbDs/ZxhyXl7G5Eyxh+Yc6YiUixGqWB5hFPWVIaFZGRHsZGG4khQbAcmK5yW63xyz8+64&#10;0i81FKA6jwskwfAAoEqJggaoBB/ipPmL1xnDKbi4cSh2SElYI0TB8JwM4iATtmONV19IelnXL8SB&#10;uqHV6kEXVnNmVcYbFsa6e9J6JsoQ5Ww2pcRqMDjYpiMsUrSqyxJBJsEZLuksjksOAeoDoT1xwibL&#10;vSrGaLG8MjrmwasxzKyGoiosSpvLqGjVwiCaXZODtAAZWJJQW4HN0OzjfXLc7XnScxGZ3DCFBwFb&#10;aGyhQICCTqLQBAUTtESNRJpzdhjPLXMl5kxcKvXWcHCVQnSRBBE4D7TMYR1mjrYD6V/W36T+puZP&#10;U11OyqJcOyBRrildHnDPlbj+M4llaqjloqh8TbEcbio4KZIonk8yZg1PIsaxx1BvsX1KwTEcXpoW&#10;D0uHAUWGVUaEVjx0yM0vnzByNu8kABQAb6k8yE3Zs3fybN1mbLDb9zoUsNgkFxUBMnSCohJGOMDH&#10;BNTTlS1qaaub9tkOv6ZAEwVRHAlXDHgNsCkLmc4dimVekee8/fy3FT1Zq4cZxLL2O0+3BIarNeK0&#10;6YRJhWXliqnFVLRzRSzEVMrpGwdxHCCwxVNNhmL4IMtStHCmYozNgomLLslMbPCVaIgug8kORck+&#10;Ohtw0zS5/IXqs5StYFsQhYGKVJ1DXCTACpUpE7BB04xSEMM5M+vMmVKS2wuFiZChqAWQCTBJMbOB&#10;jYIQtdW5s6FdY8c9aWVK/HKuj9LuNw5J64U+CSQ4hT45gkGLUcWYfLoq8hKeukmxiejEpVUVY32B&#10;ZY93CydM+meVulmPZr6nZizDBhc1dHF/WTLzlJqGn/0xkkN0DMWdpI1CkAB72vf3cgO0LfLOM9sW&#10;cvsWy4kpIbUnwr1RgZUQNIgyIMpGMbDK3aJmmaZk02nLUa9YhOISSSAQZOGwE8dnXVzfru69dcfU&#10;tkLKXQn0u9MsUzVSdTkmh6b9VsNxKPL2JnFUwcYjh9VBJi0lEnkpFDVTzeW8hkgUXKX2Slv9Tc3R&#10;LodgdbmbKuEVuGz56hrocNxrp7WU0OFTvNQsYYKs08kNXHG6SkoSjJYm9+CDsybzO9eZfvgUqt+7&#10;7wOABQKSYJ0y2rxYeGQk4nTjXk567a2aHcwZVq06cQAdYBOKkkpxIMFOA2mKOD6Hs4eqPrBlzA8I&#10;9SmCUxq+nlNg1JnLAuq2WZKLMyY/hlTIRXpV4fLXYHVyCpot26jcNGwD2hJROF/9O+cegOXOm2F9&#10;YMby9imLZlhzHF0/xb+c4g9RT4Y1VTT1qVohpEhEsaQxsVR1uzKw3CwPJQ3lz3Os0uzZs3GhlxKl&#10;J1ASrTjoKjIGqPuTsB4maTZBvIpy3U8y6pG0EKM+kxs6TtA2Y0YXrpSeofN+eR036cdQMOyDgNXg&#10;dVnqjnp6GM4pjJw2qpKabCTVVnzaU0czVKiWrjgLwrIm1Ha54Peb+kWfMv8AUuorccxXK/UfKmJY&#10;hBmSnyblPG6+HNVHg1VKLzUsMs8EskaCzJGZWAI90kX4UbldqNrmVkWWmri2cbQUFbzSe7U4mRBU&#10;kKRiQQVBCTBk40u3X7UL+5LjRB08NoIJ6wNKhPUMD6UX704+u/AuvmQMVyzlnph1Q6P5uynR1eTH&#10;6hdfMmph+WZ804TuopoarGMGp6zDgzVMTidlijA1GxHKJwE8h5o6eUnTLAuleD9O6zqjieeMW3Zh&#10;kzC74fTJi9PGkYpKXy3kJWCFgxlMqAbt2gayy1mORZgc1ezFy5TbJZRgE+JWn+krV/SIwSAZjAdK&#10;mzFs42oOGUqOnTiTI4R0DDq40bPHco9QKrqfj/UzMHUOjyRlPJ+EVWB5awTK9MMSrWoKny6qaurJ&#10;K2EBHeWnt8vHFICI0s5O4FyzP0py1Q4dl/MnSnPOC4bm+mxafCcX6K1OJRV9CKqHEZ4wI7yszRMI&#10;SN8iAMCGDgkcYyXfy6duHrbMLZ02/dpUm40FJIKQTOAGoSDCSSCSCnCmclzO6LjlvZy0WkzBlKFi&#10;TIIJiY2xiRHRNJ7p31vzzjvVHOfS3NnS7MdHkfA8t4RnXKfXrEMJxHDaXGEq8Oglraeoilo4I6et&#10;heZT5UblyS6mJPJYsYzohh3WLIGdupfTrN+S5804Pg1Nh4pqXFq2SbBKeixwVNTOIY6yUUcjOIVV&#10;y4uG3AHvfDvtD3j3W3zLL2nQhKpC0twtzTKU6lhPeBIxOlBGqRIUMKKM4zbLd4Db3SlLSk+IFCYW&#10;ogwNRCdUAiQJEzVenqMzB6IfWb056H+o7JvXbEOmlJnHE63Hsq506P4NU4RnfOFZk+vGFUkE1Thu&#10;GHMYpqComMscdMyBlkRiGjZeC7X+mnpfmHpJnbp70xxiDAP5xjEOdaAeelZQYZjMSRUkiKYLsFaF&#10;TEffa1/EC3IqzWxSi9ZX3ILKBC9BPeKTJIJSogAyBAIBJBB20V35u7fNhdlGpIb0kCdREkhRBO2Q&#10;OAOB4xRPMf8AV/6oOi/rD6O+oXrF0blzZlLAMmYv0hzZU5Wwauw3PGYso1Ty45T17Yfic9FTxzLW&#10;UUUvltBCftoFjaVVUNsr0eSsFznh+Qsx4VBX13RGspsJyRUY3UVQejr46akiQwvI6blkjjYi7i+1&#10;PtMeD9+8umMieVkzhcSW0EoJBlCx4QdeAgcBiCSKFebbuIvrJpxlWpKkBaZGwEGNvHbOEj0qyvP9&#10;DjfXT050fWTobmabB8pepvLUeYs6T4RhWGVNRWZUxvDcQro45Y6unrNk0bV6JLaGRh5ko90C6mxx&#10;nJvR/MNLX58TCcAfMVTXrhlfjbUdNBi1JWRK0kayiRPNjqVjk3FiN1jciwHIdse0TeS6dVkjBfR4&#10;ArSsqWyUEgKgq2AGAEqTAMEJM1HGVqW5mTmWPMOBRb1bStChj4go4RJwB6h1VRH0E6z+sjp76hcH&#10;9GmN4R1Jp8GwDJcnUTL2W6rGK/NuTsdwdqSnoKmsocUeXyZsFafZBTU7Oqof0alJJWHEhkSiocNz&#10;DmnCce6o5fzdl7Gm+SOTpljfFw9RHukjq6eKZYXvffdIIhtazLcbmD+V7+bwnOV5OEtqeZAUlaB3&#10;ZSUwqSQiCYOBABnhhjGeZZvfMZ6rKrdbagmCCpKUqSRiRKQEnbA9m2ho9W2eesmbsCyRk3pD6Oeo&#10;PTvq307kpsfyx6hoKKkwfI+HU+CxU7O9BmCWOtq1nJEkCRVEsu4oNjsDZVbjvSnA55aDH8vU0UuO&#10;wSUzVgSoktLS05baZI3R2MjhrlSAC/vH37Hk27udql+X3ra9bcat9JKVKSICj94CwQnQNoMkxMQk&#10;QJSyXe+6Yu3GLhtxDcbTGCsdUKmNM8RPV0Uz9BPxJerWX879ROkfqLwXMmRekmI0demWMzZpwelj&#10;/l+ZsQUyYlBRY1T10NG2EUMglMUod2SEBY7QWjQmnW/pxSdW+q1HhGEpBhmL4dSxVFBi9d5iRrFL&#10;AtUIYAkkRMqyMJA/mBxcWJ3BRk52a71IyzJPzKl960on7SFTjAVOIgp6oPVE1JtkkPWYUtWsQcRj&#10;geOHWNo2e+r0fTDnpukPpYoc45+xaszVR0VbiVJjGI0StilUwpcYmwlaqoNFHtRRHTqJNkaxx7Tu&#10;sFdzO6eS526ISzdPOoCYJU0VdRVtf086r1+6aGlk3yRtStJVwgme7bvKazeDPoDxrfGwy3eRCb60&#10;75KkrR3rCSUk/aQohCsU4YnFJAPhxIJXc2bV2EKcC4QRglR6cCfECRsPGevGgy6qYB089Yn9XOpW&#10;UcwdRMOHTzH8Io+qvp9yXik+DTYxBJVUdRT1OIU+F4nTGWkVIldKiKaWOSJZAiSHerF+kfOfTrD6&#10;jB824qKLHIMYGY6/zJZfk8w0Q81GEKRmGnqldn3Mkcm62tmIF5ZDdhmrocYb1NlvQMBqaVhEyCpB&#10;EQCoR1gE0eIzRktAAwRh58OMUfjBcTyT1MpsKx7LQ+cozh8mD0c/yYpsSwSeeNJAk0VZGKmjnRBq&#10;ksQKmwIHjYrhEnSfH+mT45BhmGYU+PxHDcdnpqbDCXKKElMny6ETg+SPdI95LAhRcjD27td5bTeb&#10;u1KWppAJR43JmQEgBRGmEkmRISqSJMTHOXLzAZ0sKHhTJjxAEkpGGMRpnGMCD1Tr4VWFevDJv4g2&#10;YMoVGL43n3pjlkVWf8j4XiONZxnw2qerkgoqSmi/mtSI6LbR1MxM6lljqNxUyuiRyEfzxmbJSVND&#10;RdMsXoKbAZmkwfHMcpqcQU0lZTSq+4hmmtv3CMs/mKw2j3bOFyV3eyfMXkly/QvvR4kp1ajpBIgH&#10;wjpMAJI8QM4EjtlhZRqWoByenZ1TAq9ro1g/VCqy/XY11swuSlzfU1kuMYblumxNMVOHUVQnkxQL&#10;WQ02HRyFFXeQkMbI5Zby2SWQf8jYdLT4HJ0+XFsBxbK2L0VLHiAxmTDohJNPIahnCGN3qRd7Ryg9&#10;gvu394xnn16td0q+W24FpUdOkKJwHH+FPWCQPhRabMtuh1wFaT/RxHqZiildbjl2mzfgnXzMOR89&#10;zZ9yhiWK1mT4OmNPmTFiKOlphRiGZqaSGjw8SrHeeGYqGJYGRlLJwKc9SZgzPlCHpzmPC8ay/wBX&#10;Omj1C5dzJgWFxVNHVpGI446pp6aJ5Y0miK+ZsdR71nVgFHB9u8La1vjfsrbcsbmNSFLII6UgEgEp&#10;MxIPGCKXs27aUlSSEJOIJBOPn58OPuoTulODZfwXP2I9d+n2d8AxToR13SCpxfCs4YlWw11LiF53&#10;MdGJp/lTtmVx8vJEWRg+x13OGaUyOs+Uc5Umc8+03SLPOP0k0WL5dzXgKxYLKJBCJqunqZFSOKQy&#10;xB3lpXK7mLeWTYli83lfRmVt+Tszd2aPF3iHvGkj7UFEEqBSoxrggAAqEiiC/fuE3SEtNkognWlf&#10;h1cCUR7FBQAO0bKhZt6053h6j9J4OjPQmq9RvQjDo6rGsY6xdN+odKcUwTE44W+Ww+owh5PNr/Op&#10;6qQRrVSpGhVfMcFlIdaTDMXqsqZhytgy0UvUTGMNXBcUD4lSzYdjkNRQSQQVNK9ZSRwVcUio7RCS&#10;oiZWBVveSNuOXVyx+cZuXSr8shepJCFBbZCgSlQSvUgyQFEJWlSelKlill4hVzoWtOopxkSZmQnY&#10;RMGSUziNuFP+b8dw3FMVypn3PuC4l/mwyhiEecqCqwPL+M/zvL2KQYlFIIqpMGxT5+meKQrDWpHR&#10;TQzQMS7imlqE4VqNs+4/iSUmb8yTRZxyDh8sWCVGbxLBi1F5f+n+QWqKepp5odsCyKZWRhf3LjvL&#10;bzGXWqS7bMgsPKx7uClUkJJgKSoKkwdIIw8QBGG3MuD5T/CE4gp8CgSZVPBQMD7oIPA8TTYHg+Qs&#10;uYdVyZEyzQUeXc7V82M45VZHgo4qSrrq51p5qqUUbRl5pnsJJFViSLufEQ6nPEWY4M1UvUHLlJnT&#10;POSPLrsArHwyeVajDkqlqngeQTLKrFZTIraoEDr5dzu5Qbpi2dZctnO5YcVBhUEHTAMYg9B4yQZg&#10;RRcp0gqStIdW1BBIOzaATJkxj5YRgTUyPLb4JXYaMsBMIwHEXlGOwUzpE8cnyfkwSxq0cqOboqMt&#10;gxJU7iF2sOseQcV/q3UY90sweOtyBLEf5dVtUGebApKmlMpUt5QKRosziQSRyrtNo2UsAoAXn7Dd&#10;8li/e03M/bEBwJ6McdgIgpIMkgilrbzDdyG0KCSRIGpOBxMjGejDiMBINBDJ1iyRg+fsrdKepefq&#10;TK/VvGElxLA8p1vy9CmaKejqBD5tEs0spkbfGHWKKVZB3dWRTcv2fosAy1n3+bZgy9U4BUUnkYdi&#10;2BYviOO2xC0URhkaqpJqdmhKkSJbabxAMNSDJOUMO3uXw26FASQpKUDTjiNMKGoEQcD92BwpzeTL&#10;7V8oeeUpCk/xAr8WyCCCcB1SZBxoaMP8zM+VlbC827mrGaSlzVliLDyY2Sch1iSqjrIbjaY33K3c&#10;2INrC7RUeQ65cZploaPBOivUxYqrA86ORP8AyDEJKJEgpcQed6qQqSgjaRmUqXIDhzuAOuru+CUL&#10;K1LvmMCgeHvUapKmwNImDqAjGBhGFMNXSQz3mn9k6ACsGSAYHjJPCCQo4CcDQV4hW9QMv5Xy9Uxy&#10;1OfOqGTIqKkzPgsIpKaXMdEtUlPW1VPGXoKdJHTfOgXaNyhNpFlKn6X5ZlzHTyZYw7rDVvnvK5pv&#10;9882JYxgdZNQwRmFVparE6iupWQB1Z4mpwQ6lfdRlk4S73Z6bN4PO2IFqsE6ghDg1k4laG0pXP8A&#10;fBRwOogFOkvLtnrV3uAmUtwUqTKkkbdmMH+lhhtJO2gy62Z/qOluKyTY30JnruluKsK1+oGT8Cgz&#10;nRwV9ZURy1E2KYHhEEOJrKTG4E8DSx7WEkh3DywLfRTI7ZEyrmDMGYaxhQYpUYi+Az0zTJXGPD5J&#10;op0qIjJHQs8K+eWjlMttrlGsLkHb+7zMZtmSLdgAuNBGsEJIBWElJCoLgCvDCk6AQQFCcKO7hIu8&#10;zWEr/bNEalTH3eJMkCYMgYyBxoKOuHVDDeqXWLBOm2RK6nqc79KpMKg6j0dbPhC4XSNmmnpcSw2N&#10;qtKWbG4kqJkpFSeiESFpIxKH+wjbi+S8sY/W4FU5po8Qyh0pzG/mz1GTsfZ8su8kTfpKumqoUlp4&#10;ZmsPMWUBGF2FgW5dzPr+2tnU2pS/eNg4KaHfjYCErBIWpIk6dMqEAETFW3l/OKtptipxWxekJ1kb&#10;CYiFQIJAAniMKd8zZ86pZEyXnGTpnjNN106ydN6WaHH8Azjlylpc9T0XnK7fKz4K0VJW1FFTyGZa&#10;WKm/0n3EDozgkJ+r/SnJGEZfOcsgLJhNFRU8s+GY5g0FaMMr6dZRHeVKJ42S4uw3p5MnvLvsCwH2&#10;6O+WYPum3vFAqJAKVEakK4bcFRsICgoYeHGKobFtLMIJS6g7UkwCP6WgwQDtnjhsowvSPqdmjMFQ&#10;mXM7UdPh2caYU5zTlWSsppKrCKqenFUYVlg3wVIjuNwSQSopR3jUSKOBXQjNnTWpwfF82ZEwrqZl&#10;TOKfy2hzO+BUpNNTyKIG/wBEpPMkkaOJpB5LymNjtYFiCDbN7c5q0plp8tut4qTqXBxkEkyIJ4jE&#10;TsoNZ2MyW0l/wvgHoMGDsIEmD7POlnmehiz9DVYPgeca/LWYsrVNLXYzQYBiElKZxFIK2Omklkil&#10;2QTvGqySpHv8vcoKkmxpOkPp3yXieETU+VMXxOly5nD5r5fEaGmmwiowmoWB3qqAU8+yttMHinjj&#10;kdonUElVKqWineHtReytR79tKVsEHQo60rCjCXAqNGBlC4hSCQcQqgtlWdW9vcreKNB1AFAKkpBJ&#10;wUFHYDMHrGIxE18eoD12Yz0Yr8112fen2GYPmLpc2GVUWTsZxkzYfiuF5gxSmwzDceTF3gSipoIa&#10;haujrP0LT08oj+3HKu4nnWjoxiPSPMz4DW5wxbB8s13mVFBnXLFNO8nlSOXYGHzAsnvKm5WZTrq1&#10;gAcid2N8f7SZcHWUJS8IlBUno6YVgcYIw6qGmeZcp23DzLi0JVjIElPUSkaT0zto/vRfrHhvXHpn&#10;g+fcBwkYXi1dTxzYnk7GKunkmw6sZNxgmnohUIRr7ske5WGo4AHU7KjYXglFXZF6o0mZ6RZBDXZu&#10;xPDp4HadrkxP5quJQF3BiHKa6LoWNnswv3fEoptlAiJKVeEdBBjHyBjEjhQGznJLteXh9m6QpaSP&#10;EpPiGOwkSDPROzhQpYLW4lXUrS4rgzYFVq7xChlnhqLojFRIGgJG17XANja1wDcAwH4emCZDr80Y&#10;L/WTB6Gqz7hWM4ji8+P4hgcEW6jq8HrSiRV9VGjFLU+4gWtfadSV5xq+rDNs3/mtzKybRTRBgkAr&#10;KgZ0xxBwmMI41zP+pV6/WlYUsqK3WRqSOlzSSBGEgxsHCiY+vCvztgfQ/qNjGUJMQ+alwqiw6gTL&#10;lRXPUx1L4/RwGSOko0Yu+ypPvC+g96wF+Wc9VKN8zddenIgx+bA/5ZguNyvXUHls0nmTYU6x3lUa&#10;FU1IHgO99Ocu7aUu2t8nVB1JPx+FQl2hvi13ds0hnXqfA8vAoTIokfpHoZelfpMzhW1GTKfMaVVb&#10;RUZy3jAMId1rMSSV5I6Zp7MZnY2LHUmwFhf553NUKqvB57nq9Xue56vV7ljH4TGYTlT8QLoFmAQC&#10;p/lozXI0B2++HyRjEZHvAjs3s4a5JeC3ukuETE+8EUvyxGp8Dz+Boo3rt6FUHqX9KnVTofieLS4D&#10;S57GCU4xqiadJaWWizHh+JxSKaaWGT3ZKZT7rqfjzd6yZ1wwHGqmDBqihjkrZ6WTElgpQRTwyfKe&#10;f5IKquqxmxKiwNx4XM8ZZmjN6UtIUWpAkyTsxgkz++j11TjaFQJmOjHGMZIkT11p9erH8HDqd0/o&#10;Knqxk/qdiVHhWGZhwjJGJV+ZH+axvE6KXMMNB/NZg8kokMteyziOaRtw2yu6likQ04kMvx4irYk0&#10;gxKKnnng+YIWKSKeQOU3BdqsPL2gA3tfjtnmVy0UttqGkwCIOBHhmScZJ1TRVbXT6pSgEDwn3YVU&#10;d0qpfUbj/SyoqOl1Hhz9NK7MuCZbzJJl1JZ8Vw/FsvUD0iVwhkqfPqKVxWirldkZTJtUWIsQhqcP&#10;w7EqYV0arjtHEjY/iOHtDHO0iNVeZBAsMwa3lPrdwWuvYeA9uFXdvrZccIKlAGdmyQcOrERhjQ/C&#10;WL9gIuEgBWAnCCOKuRVu2BZ/zvknF26fY+jdGswYxXUvQzptnebEcRweGhq8NyxJFiuO1WKYY1Os&#10;suIU0aBY6Z4odkihZSwYsOODYRJR0uLrVVMqwViRuuG1KUipBYK5C+TGp00BueQpv9fourZKhB0z&#10;Jxk8MZNAXMN57ZL4tmQO9IOOMkTtMk+791QmJdTzmbq50IxXKeW8MkxjJmLV2E/508s1ebaqrxx5&#10;GqYI2mbGa+pjAm2PIFjQEkHUodU3kKBBitbVeZsgDlwW90BSe+umnI3TeKUEoTPQB+A66Q2rzray&#10;pxWESSYEetWQfiXvLJ0RwLLsmENiOYaulMUooNsspmCBVQlBuN2AAUXvzNmarxHDs2QikpxVnEJ4&#10;5oHcWWFAlnk3Le5NiVXvc/HTLzs9atr3ddaHgR3aSDiBh/Rg44bD7KON1xbl14rVBIkEY6pGA8uJ&#10;I6qJJ6e8mdN+o/pMzK+csxT5VfpxhGKYXjkeGThajF6yavM9Fh5p5SjIgLRJUTn3Qqhe63dSSgzU&#10;mI11Bh8XloytSeUxSN1ltvYuAb6k3AHfgLy5aW7u2tXn1FRkLkSQUyUpCTHQIJPlS5SEJdSVfcOk&#10;Yjz+VE8wtP5ZnPpzkfP3UDGYKiqgqKfPH8wg+cxHDp8LeojoKWKlqKmJlCrDGI2kZWVWuo22BBrB&#10;sp0dbicOKwUdViFFhFd5keHrVyIYIJYxGQRNIFMdxcLbS3Mw99u0pFjlhy9L7aLh1iNYSFAqHUnV&#10;Co2knaRGynL95F+ypt+UE4AHiNvvFXrddvVtmLpv0uquluN59y5kLqL1OyK0c/Un+rUFbS4xmChr&#10;GqFZGwSkqpI69YXAknYspMit2txSZwqMTngo8PrPLw/DcUo50xRoWZJzsbcm1l2Mqae/rrew17xd&#10;uNubkt4LlwvFS23U6CScJCdWwwTJgYCIk4V7L27JDhSgEhPlEH1+Aop/oqyJ0ipMdz71Dyti+I9Q&#10;s99LM5YNU9LY8fjSrwmP+ZQR0tY1RTs1VBUVRMrikPlDymj81iU+wRfPWXMD6nHqF026b57l6X9Z&#10;41wTM+acxYJNJNiVbHhpKU9bT0xkjiqYlG6J0Q+Wjsquhst44z7d7K77NcwYOYFjMAUrCwAErCRI&#10;AIUImRsGFBveS8vxeNKeaSu0hUbJBOGOBHHDprZKyFnXMnp5pulnVvr3ga9VOg+ZlzblPoLhGPZe&#10;pMPwjJlPmjEqSatwnE6+eBpIJJpaZDBPWxSyTxpIRKBI6ch+k7JFLi8tf6gqfOGIwNnHLmH5Czdl&#10;7MuFwYdV1M+A0kKLW4gII4FgrQ0DrojLsKkMylTxJ2MbtKXfI3geAcdIDaEgpC58KCopG0EDEHEi&#10;TR3mGZMpQLVtB1STtwBJnjtGPlM0kvxUOswydWdNfSNRdGVxrFsBzhD1zyZm6lx2QOlfmXHcToDS&#10;0uE1sU82IUa0+PFZSlRErNvjjjQRHZaLgmEUdDPS1uGzOKT5NaOnp3eQgqShDEMbEgILHvqeQnvz&#10;vtc5haG3u0AuodJKwBOwjTIEnEnidgmTRDZZOhp/vQTsIicMSDPnhWoXnrqXnLOGH5pyhn3D6Goz&#10;RWZrmzpi+NxYdh8FZHUItaksIngiEnlySVjFo9wT3E0JAs6VMou2nwPs5GjdvMUaO3KRgNtQctRm&#10;FIYy1jcXB8bn2/VxuoF3YhRHuFljuR4e9bx57OYDJ6YNOZe6S4UnhQxVNc9Nk3OcLgAPhNZY9r3i&#10;JOvGnEheqnX2Oy/nz1miGUz0UizKe/V0UPWQ65GwrDKmOwBijZX790B0+/jM8a3Nxr7OKApQptCz&#10;sSaGmmr/ADVVywk37bPc3v2tyO0Y79h9fNpJr3fEpilRTYg207T5rj7THsDe/hpqDzGYrjQX8SDz&#10;y6ohQnGnmlxpo2COdig33k3JNhpp/TyOY+wHb2e3vzROONacVjSogrU8vzFk39hf7J1IJvbvziyD&#10;sO49p42lo0qtSo7NlOCYqVsGKlbWJItzCy30t27/AE8dSiMaMm3CTBqVHiD71O7YSDtKjw01+/nD&#10;ykZG8GH2RxFdrUlQjZSS5fBMUqsHq2ZnDuJCdpYkX08eYSjKpIYjwNuUBSs9NJW1rwilCKw3tLGL&#10;eOp+jtyKRrp2A7fE8WEEjHbT5M1NhlSJbg3UnW5P5X5EkHdSuvc/DjqGpOqabDYmaUVJiLgbFNo2&#10;BubD2f2cjGO5Nl7/AMePKkV5x7SIp4pawMu0y7XXsoAtY/Tzhs2kbWtxuNWNNtgKMmnQ1rhTFIlw&#10;w2mxC6HQHsedut23i5vax+PLtDCDtp1xzwmokVT5SLHcKkd9zW3a6AA352YmYE7RcafTx9pxKDB2&#10;UjTcpFRpqkuY9str+9cmwAv25kiRkIt37C/KveLypS2/q4Y021VXAIgC1x3K9yB9Y44wsdNLkXNh&#10;xJ3CQK8tIiaReLVMsjG8oSM23hgSSo8R4ezjlDDdgSt2NiSPDlQog4HCqtu6VbcKDvHsRBo2ULaM&#10;e4qXPvGxPw0OnFbmKBlXB7EbRSpfXU9uI8neSUqnbNL8wUCAaJ/0LxE/zXrNaD3zmqrVQB7qAxs9&#10;9PZxhpwFZixOgHf4Dhp9wwovSk0NWa5m8mCMD3JiWjKnuWF9NT7RxyjUEXBJ+PH0EgUaNElMmgQx&#10;6c/OMLBRt3MARcAn3tWI9nCJ/iUqf9j3q8bfZw+S/wALxsv7eBfedI7tH+OPgaNMhEXB4DSauM/A&#10;1qvM9VmOAOCj5VxeMWtqfmqJv2c1DqZgIqFr2JoEI/8AGs8DToEnzoVoBrba4OnTTrz1S6SgR9Ps&#10;3TZZonmiqsVpMJ2064gscqy+XVvT+XJNH7m0Iz2ClgLbmuryq+ftipTSykno41txlLghQmkdnDp5&#10;kLqDDhtPnvJeFZyhwadcVwVM0YfS1/yVWoIWen+aR/KlW+jpZh4Hl+3p39UmCZ8wrLvVvqBgVH04&#10;w/K2DYtXU1RlrFI/PxGgpp41xCaroaWGmpYENSFFOJn3s5KoWN9+R26O/to02i5uEBLjaVaYIhzZ&#10;IUgAbPjRaqw7tK0NkqUuMVEnSfMzw24VSz6s/Q1nQ9NOrnR7o1mGt6pVnW3HsCmwzB/UE2NY3g+W&#10;K8q9JRT0mMYm+K4m7JTQEVTQed5UQLOsERBSwzBsbyfi8kQy3jkVDjs8T4vPhWHM9VXOy1cNOzNT&#10;SwrO8MRkRZGKqoD3NhoMkMq+oH84wBeJS6CAnTOkhOIJhKpBlQIOngPOgvmFk88goKgACIUTEHbt&#10;2SSDgOFUa9Zcr+pjpLWVWWfUb03PUbprJPB0+y9m3Py0mUssphUeWsRxJ2hxrD8VfDqTEq7ZIaWO&#10;Jp5BLTxoCXeN5FpW5kxbJ+G0NXX4NBjeHTVNbL/P4I9kdEs07Tx+bHdtpuqxhlVu490DcQEt7HMq&#10;/mpa7x63Cw2lUEEYJ0jUokKUlU4+KdRkk0C8wyq7QpelWt5IhIUYB8sPbt6aKHkr09dJ/Vx1Jzpk&#10;vI/VjHejmdsLwjKOBYp0MqcRjq8VzEmCZdXD6yTD6uSWmespvIaWolgaoQn9K5ldvJVuX9TqjO2A&#10;RY5Q49Jhs81TV4hiapvCyxFTCDCCQCAwDqbWPs7cEVr2js7tZybJLRW3pQlChtBIxCjwwMcdlE27&#10;qbzKLdy4eQHHFSSmRhidh+XpTtW+sjKXo99RFb0Gxno9QZyyxlPLOT+mvS/EqhaaSuw+tVVr3XFp&#10;VWWZJXhmNNNH5rMhTRgGYAW6qlWkylDheEVi0WI4lC6xVwjR/KMcShix0DEEnbf4X0HIG/mTj+8L&#10;19fNKdYYV4k6iNUlWmNsAhI1R0TtNChGa297aMXCUyhagSNvp6HbVTOA4tUZo9WmKZ96u5Zlzlk7&#10;I+YoTjeTZK+poGxNa/E55IIIVfz2p4nUK0oWwsGsyvICSx5NzPXU2YafDIHliwrDXmoJ4q6OWV6g&#10;pdBJ5mgVztDDvpp4cm3tcds7vLEXLjbQuXdKpQvxIBiEkE+IQcTAM9FCfNWfy7Kzh4zPlOJEVsve&#10;p303ZVzz0dzHnXEcMw/EuoueaSlzXheJ5ZqabD6fCY5lFQ1CKNWkaaBFmdCRtO8ByLMBwzeY6ZJs&#10;DSlFcY6uKSOupoYtISYpBMysT/iVSCe2vIm3EzZ0Z4XkNS2oaFKP3+IaQQNmCikgHHCo63eyZuwt&#10;UDUpWkE6f4RqBk+eOHQa1lOhHUCWn68V+Z6nKQxjAsZoq7I+ZsVqh8xidPFimHyYHTVMMYPvfLVE&#10;0UqKBvOwAEHUBVHlLBosXxCmqZPPo8bRKiDDNhjFItKbyrFNGQxLySXJvp4duZQ/7IOcOZel9ODj&#10;EgLw/aBzBKlpMjwpAIG0q2wTiKXc7CmwoYkYEjb1fD3VZ1Xer31AYp0eyZm/AfNwjN/Q+oqstYh1&#10;NSsp6tc2vmlHTDKrFMKrYJYUFHQ4fsRWDF31faXAIBdUuruC9GGjw+vwwdQJ8/1FfRZYo8YmpqDD&#10;4aj5FIqejq8RrXKU8dSy+WsjI4eRgvcgMDe2ve+5tWrPvWy0p9CkiFJDayClRkmAkEkwDww66VOJ&#10;deSVkRo0kx4ur7QJJ8uFWXdCfR91b9dGX8vZ7wXMGIejLFOgmG5XgztjnTmKuxWbG6tMYr8dkxSj&#10;y9gNMsk9TDUhPKh86NqVe3mM1o9eP/b1zdf5f/Ntm7+UfzT/ADd/K/5wsc+Y/q9t+Z/k3zPy2/8A&#10;mXz36X+Yf5Xyv9H2+XzAn+1t1o061Rp0fd/rerVo9vHbGFCHuzMynZP2nb07fd041tRf7LeA/wAx&#10;/m38tyf8/b+ve/8AqfL5X+cX+V/yT+feT/N/L+W+W0/l+3/KfpvP833+f//SDvKmbcr4HkbFMVzd&#10;Szy4etDU4TXUtHQtU0jx1UdHI7skaKqhJLC8hW5Og5lEq5t0WwLwJBGwY4eYrIK9OtKuMnDqgn5R&#10;W0j1x6a9Ts5dV8lYV0zxjDsKxOgx/Cc8UeLYxiwocQilwtsZianWSVqiSQVFJI42QxSWVTuIXsg8&#10;i59r825kxuuyTh9LlDJuTJmqKCengw+mNPRSzDbEKaGl8wkrJKzu0hUe0EncW7qLeeuCWQEoRBxA&#10;/WfOixdk2hoLfxBhMdOJHDh07KErP/S7LGS+nmXMmdWqrEOqmeOqVHDgWOriGIY1VU+J45RUAkkq&#10;PNq61IIUaWGERxRRK50IRgt49cb8SWqxL/bP6xtR009ShkwIvUJFK/mSDLOHI7E67rle9zzedZhF&#10;++UnDWTPnjPvrHDdJJZZdSlMDvnuva6oj3UdDoxEsHSjp/ClOlJFDhdLFBR06okcEaxgJGqxqoVU&#10;WygACwFrDhD5ZMaqSU+UnSzOjXieMJa4a5cAD2G504iXm8iJk0KzckpwoTeMr/NhvKeULKdSRLDY&#10;/SdwH38aGYqjEkeymC4rpr3IrK3aWsEZOt2a4+ryw3ELl0eKj7qaV117mDde/wCmaVh32h7f8nAc&#10;2xcpIx1FQ84+FMQRXuQ3UuxaSVlHhtW/Ca6UtwmVmvLia9wyno7x2LLvqGyJUylmp6+SowiRgLe9&#10;UU7rHe1+8m0cM9wVpYzxoqKiFAg9GMVF/bTu+c13WvWE/doKh5px+Rr3NjfDcQmw+qhlG4wMQgcE&#10;jTcAD8b8zJy4aVdVcaH911OoxGNe4fvpfiFPh/p59aWZ63FGy/bI2OibF52mU0zrlGojWXdArONr&#10;yKQVF/YL8Ld5rxKcrzAn+h/oT8yKUdnOROjPckbiYuUHD/bEfIKoqPqZrpxinQ7B6OnatqsRzvlW&#10;RqOKxJp6fMFHUzyEEjSNIi5+A5pw+raJP9oT1AKKl6xIs5ZpWKrlLFpAuPVC73L3JJABudbnXmAb&#10;KSllQO2TXdzLWFFhucP0Jox+VJGmytlqZ6NMOeXD6OR8PpwgjgLU6ExqI/dAXsLaezgp4Bl+fFOh&#10;PS9acxM82NZqrZaaWogikfdWUsQKpK6ltIT9kHhpksbeiiTP7Rf5hmB9oPt1U/eJ+rkLF8JnPUJa&#10;yxFNU0UMlKzqQjouX11S+jDTuL68NreMZpBaNr7xUiK75hyphwXqPi8RClvn/l12AWBOOUwH0X7c&#10;aegpkbKUWjoGqvcYem2C0jZlgqhSpDOGomhIiCsD/NKZCfA3IPEa0pSJAxNKrZ0hRivcSmSJ8YOK&#10;0eHf1hxCPLoJnqcAarnko5FVlks0MpZSBpcG/YccbYMgzW2XlSDE17ho/TD1qrcudcsCy3mampqr&#10;KNXXTYLNQYJRU2HyBXnmZS8lKImKp576gkgH3QCFInPdLtJuEMu2rQ7pbiYSsEkJUdAKtCypJlAK&#10;YwAmdtGd52qoyWxffeRKUIOA9MPWagYnTT1eH1lPSTimqpo2WmqHUOI5Le6206Gx8Dp7ebHtP1Tm&#10;xnD8sYRk/PnyGD5Kp5cUmwLGFiqpq2NZ0pX8lqwN5TDzGmjG9VLEg/EyyljKbfM853mst3bayz9x&#10;zQ0pl5TSX7dCkqQXu6RoStZGlZLZVoEajgBjVY/XBkKlpunsvIedchQQdKUgyeG3ZBEH2UXbE+iF&#10;fmSixvLnUDGZc4Zex6p/m2Fw0Zlw6HA5SkymKOOlqI3lhK7EI3AfvBQxZuCbmvJWW+peGYrhmac3&#10;yrjuOUsO+uocMoPJIHnx0qJTSMYd2qmcvEV973RIbFcZd5Nx+1Kx3ztc03et0sW7HgCXb95ZCXF6&#10;nC2ClaA3ioJSUocgA6kzFAg/W3k1hdKet2XA2jBISftjHGTsxgEQdvVTx0q6cUvTvK9HlyjwYYZS&#10;015qGKk2yNCY4I428+qd1qZpZG3nzTIWYayHcSWSuCZbpqj080tVmrAcRzm9BhdbNRYRhsNLU0Ut&#10;bhamp2Gmih8wvFKiye8GGrWRe/Mwsyt927q1cN5m6ms1ubd9SGHbta1LS2vvCpttavFCkxITIE4m&#10;KnDsM7bV7y7wZnd3dw0yx3bZDZU4XJlJSRqJRiPDgBjxOwF361LmbKnWbJVXkVMCybR1uYsIqOp3&#10;UbNeHSwS/I43V0uCR0sOJQxiPzqwKaaOOSaNmk8kgsQEeof8eDC6CKX0h1uE4YuD0dVh+YKpMIUh&#10;hF5z4RK53hFLX3AG/gPp5gZcZ3c318p25cU46EJBJ2+GQNmFZC5xcOLzRZUZiIPxqZ6A6zMM2Xeu&#10;dBmbNCZzxLB8+YxhUWY4YqinEtNTJFSxx+VPUVO3y/KIO1gCb6Dik/CZSgqev3X2orWlSP8Aq/Cp&#10;NKEL3bGoz++Lfu+zms1IVbq1bKHeSpJt3iOr40IfrImzFT5CyTLleGjmxRcyw7Uxwzin2/yPFNT8&#10;uQxN7aX5fAKLKfmgh8ReUHcGjqKZF+75Yn8+Ru48yFSkKw6YpNqWJmiYJVde5KUpVVeT4KSZdjwL&#10;hGMTy2b/AF2xaIDv4ryH1Cw3I3UXJ+K5Ex6jrZ8NxekbCqiRatEmgYESQzwskQKywyKskb/uuoPh&#10;xO7fNk6hOoVROoLCgYioHS/KHWfp9ms5whxzLsMTV6Y2sdBglUkkgceXPG0k2ISgLJGSh2qDYkgg&#10;6hCZIzZn3KdDBgfUHo5iHU+uw0Ckh6hdPKumWHFI1ICTVNHVYpQvS1DjWRFDx7rlWtoEl3l1s+kK&#10;SoJJ2hXxkcPfTrrpnGR7INL7qNlqszDXy1vT31HxdKqautUnJ2Y8OwaP5BiusNPVVuCV/wAygb7F&#10;rELYEX14P+T8u431RxLC5c55Mh6c9OcKqIsTiyK1YK/FMcqoWEsJxV4Jp4I6aKQb1pYZJA7BWkks&#10;DFwkthY2tyFpPeLHAfaPbxrabuEmNtEY9TOc+o/SXo/n/C+m3WbGM/dac34bNhlD1cr8KocGhyhh&#10;r0xpqtsAjo6CknfEp45Xi+fkVPLS3y6ozO5avVV6ZouvOYc34FhVDSU2J5ly3g9TUyS/oJaubD6v&#10;EICUlUMFlQSU1iwsQqgnQckrKX0KacJxB5mtB/TarWcSk/Gq+/wq/wARrKPoI9HeU5PUjjGYJOke&#10;GdaM5dF8vz4NAcShyrR45lvAs0UjzUcdp3pHqYsVkJhV5FllYhGUkrWP17zLmTpx0Hz5kfP+SsRy&#10;71IwfL0eQcPekw6pbCcWw7zafC1n3006GhqYaRnG5zJDMqEe+SHJFmLD7ahogoKpPUIPxIFLm83Q&#10;7bkJ21s49GcXyn1VxLLHVHoR1LwPq90CzriVdnuDHMBxiGsqMOrKuKorZ4YH+XrFrKSWslEvktJB&#10;NSSkhXMQEEYYdHsj9K8xen7AelGCZIq+tGcs2YdT1Oacv5FwOGKupsbqpJqmlqcSzFJTRtTJQmqa&#10;LvOqgaMqliSW+uNIJJ2cZ2enGlCFt92BS/zvjmOZXzdPnXGcUoOnGVMPqYcLlzX1BxmU09RQr5by&#10;01DhFNVtDLNVGJgkrPDKpKnypdu02yekT0rt6ZsnVtTRRV9fn7M0KQ4tiNDJW4k1HTLK04oIJ5Cy&#10;+SjtciJUUt9reQHMVbx7xuXTwS2BoTO3ZSPUIiq/vUx1q6Qde8Ww3Bc8Yhg9F00ytU/zLAcLz7X4&#10;fTNWVrRtDHiL0dcY2hIjd0j8y7iNr2Qu6cM9Ux9VKwuqYTjc8bXCSS0NWuv0sgBtwJKvztMAg8Ke&#10;bbTpk0GeCS+hzLywQ0vUDp3SS7VVqanzDl1mY2tYRwzsQT7LX4y12XOq1QQ4wuamEg2OtbVUdLbw&#10;7VU0ZHbx4jReok+KcZpxKEzQu4fn/wBLuGU8UcGL0eKeVGqwzZbwnFsWupFwQ2FUdQGJHsPIi9Oe&#10;pc/+9jU1GO958ZwqQEf8Rp6h/wA+U/mTKiQD7iPjS4aSNlOTeoDoFh8aSYdhmOYhciMGgyNnBNtt&#10;NWqMKTT6OTpum2Y0RRUZuwWiaQXcyVlRew/7x4Jfy5Rq6bMmCodFPIVq4U2zeozLJcDCui2d8aeO&#10;7wy4bhGFw7gfADGMRoj94+m3PUfTOmDsMUz9hW2+5noTiEzH/opTRfx5t28O0CrqXjsqLN6j8xTx&#10;7MI9M+doJDogzCcpUcR07k0uNVh8f8PFVQZNwCEhVzuhCaD5XDJHvbTu9SnHglgxJV7qsRNA5mzr&#10;v6iyssmEel7DqqNjtT+s2exh0m1jrdabAa5fq3cSvUvAaPLeG1NRgVPLmLG6yCaejnnlmwt55I4w&#10;wgiFM9TIZXFyG2hAoJZgOSBuOGrlaR3qtIP2iMcYkkkeu2rsOHUNUUx9PuqXVHNmNvRdWMnYB0uy&#10;pR1NJhlTJhlQublo4ahZCKqpOKYdg9NDSxuFjCiR5ZJXRI4iT71B3qczdQQ5hzJi1bhHzGYKRny5&#10;j9PgmJz4zSYkUiqS8TVGJQiqaYLG6xzJAWRUkMZYqsbdduyptrKcmaWlOpZgCQNkHCOvATQhubwI&#10;bEDGrh+hWE1NLkDLMVI7U2C4pTnMmA4diGF0mX6mhinaGaJBQ4M5gjQ7jJJHuBuwDqCWPClY1gGZ&#10;sVx3LQp8R+UrK3B3zPBl7DadYKTZPK2HU9FIXqJEDmpTbUEtaxdgxZXdpwF1aoVrcSNWgKIAjAnA&#10;epPv6qZuXwkgnomhvgroVStVVYmhnNPUtMSzE+WtQze6GP2Guot7ALC3O8oZmXEqLFmwKnOB5Arq&#10;SKio8RQ1PmQ1VSKvEcLp5IhLsKCnWoeVk+3sZLq2xubtt6GwrUB+zWgx1KmR7poudzQhRIEJisdR&#10;LAtdhtG9RCcaljlrYIZQLvTwNBHUMi97BpIxe+hYdxoe8udJnzDgGWcwUGZ/My7nOCXJdCtWk9Gu&#10;F15VazCqKScQsWjAjki82/mqUTczKy2JUFTq5DngWI65BkCThj4qYab1AHgZpurs0U+HYlXYXNSO&#10;1TR0gx+OKB4pJZ6ZJfJndIlbcPK3ITcDdustyGAPn6fMu4bnCKgwjMtFjEojx0S4nQYzi8yzU1JV&#10;rDSQyxGCVUR4JDPueNFZZip0IewA3lS0hwrSIHGTs9K8p1SUmKKz6nM25x6e5R6h5qydWYZTYwuU&#10;q2sybUfycVq1GOYVSVeIy09Qie/JFUpHShYfM96JJRcMYzyyD04CPpviiZSx/MFNM2A4ljGVKyqS&#10;ohp4nhCwV0TFVdVTzn3yi2i32jmOHaA4Li11pMLIPtER7qQXNut1IiqOfxHcFxX1XdF26oZD6QYt&#10;idPmrLnTLr7lTLVZgGJV+LJiVZPieB4nE8cdM8sk1JRTU9LJGBuBPmsAADw58/VDpbQmRqvOFDvD&#10;XGx2ctY9rxqQe3fmPgy64cIHeYR0zFJ2N2Mxd+1s49Y+Zqlmk9Fnr2xyghGWPSBmCmp6jb5EdTFg&#10;uHEK6qysY6+vgZTZhcMAe+mh56br50qpm2Q4tFOjfZkAjG0lSfe8zaQNO59o57L90A/tuBq6BrPy&#10;ilb+5d+0mVBKfNQ+U1AqPwu/xLsVV6qTozTZbjU3SLHMVoUlUh41O0YWasNbzCbKzH3T4W4nMW9R&#10;vS6GAUz43RJUlWAVKuljJR1K6gFz49zwZ2PZe4XdTalFJjak7erER5URZh+UtUy9dNI/zvdFK/In&#10;4VX4hmI1tNUZiwH5Clw+qp6qKowqhxTErSU1ZDVHcGhpVa/lWBVja97eAJj62uu/TrHPTD19osJx&#10;N5MRqsl5oNKkULNHu/klQQBIul++t7cMsy7P762IfV9oien91BhzerLHAptm4S4SP4cdtW4/hbeg&#10;n1W+nPqnlCfqjlbD0yrgmJ0rnGIsSZapkjqR+kFHPCrLewJBa+ttbX5rdfhGYTheYekvrXo8exKr&#10;w/Cmo8kQ19RgzQio8hZsbd1Xz45VJKki1h9PPMtk8Yiq5IoFteo1sUdV8UxLD+qnQiDCaOnq6zEZ&#10;swUyNiSSMkVsPiIYNFIhU3sL7W0J08eHy6VJ0FrJcUy5lfqXjb4vg8j09bS5mwqKWaN0903MDQgj&#10;TvwV/l/ACDNK8tdaK4Sr20rsVxbqrSFD/UvB8UpibSS0mOVEDKL+KzUDa/QeULYtSvU+uDq48W6W&#10;ioM152kqK5EKIkS1NfCJGuSEBLAXJ7kDiPda2vF5kDbJUpxMnwjEYbcNlK90bdxedJCBJEn3caEr&#10;DWkfDsPeWPyZXgiaSINv2sYwSN1he3ttw/nQ3MGaOnfUXCs95YxhI8YyWs+KYJPPIlbT0zTRPSzp&#10;JTOWTy54pXjkNgwvdSre8OqX03fTPmuYuPXGeXKVNBsqTpfC1NLBEa0AxBgzJBBrMPdfdlbynEvK&#10;kBM4YgecSPwpJ9SunGUereR8wdOs94c+K5UzNHHTYrRU9RUUsjeTOlVGyS0rxurJJGrAg9xrcXHD&#10;M5mwrqL1BwnK/UzMuI0lLgVTMmU8Ow7L9OMOSCJXllRPKWRmekpoCBCQLlVsfA8zt3BZvslukW5u&#10;O9QU6kJCfCVkGSpUnAATBjiQakXLslXbNMNF5YDhOhKZSVbZmMYAHHA8DUzLlBgmVgmU8MaeSoWJ&#10;8bnlrDLM9Q8stpp5JWG0yyyEu/a7MWtqeO/QnLJOL5ewqoq4MvU2MYl5eapK5w8VJDJI87mB28vz&#10;WCEMiKbM8llViASIrK8uk5O9cKs0svyqUSSJJ4GBgoQqY0iTjtqVNz7bMLBpepKdBXikkEjUZMGB&#10;O0mAIknoqdmjFK/Bcu41imF4Q+PYpRU8kuE4LAxQ1dVt2wwlwjiNXchWkI2oLs1gDwbuu+Us24zm&#10;OlxOiwym6c5fzhUSS43VZKrVxSWmav2rIla9EYVM060SOsUdyXF9wJYKE8iyqxu7d2x79xS0AKIK&#10;QgGNscQkkxMzAPqXqyhVxdlDCe7LqiVRsBiJIkbYTgMTQf8AS3E6P+SLl58VrcaxrLqthgq8z4fU&#10;4O9d8oieZPS09deX5dXqPLD66AC7DazD5T4VgGEZRyXnLptUY1n7MeXpKXIxxHEZP5TSw1jbRTbc&#10;PwuRKWOOIS3VVLbUKi97uscXaXslKxfQlK0pgAA4ExMnxROHXt2bRTZ7rptShdwoqKREGI84jZQY&#10;4LU5snxrOeUes4y1lrCMUopcwUeVssyvi3mYYC6VklRU4lBDJMHBVWLU6XYNpawYCMY60ZBxDNmP&#10;5F6h4zmfEMRhoPIfNGPNJX4KJtqujrRHEInaFo5pGjYe6pIIGzc4TZd2o2r1+m3s2U/lhMqSEpkR&#10;jilJVOAE6SeNKm94LcvKZSiYBlXAYcANv7+ihQosrVOWEw6Tpjk3LmD4XVV09Vj1DRquESmOWlcS&#10;SB6SinV5zPBBHIrKpKAsX3IqMusSzZgeI5XrenmBZtrcxZoxetbp7NPQ4BCrvTw4jSl6mGbD6qUt&#10;TWpR5cQupFztG+/JjtN2x+aazIsJZARrSpS1KOxXhhSRBO3VsxGPCjFOYpWkFZClE6QBtMHoOGHT&#10;TfRYViddmOjztmTK9NgWF4VSQZjo6yXHq2byalaSvgKPQV1HBDTyrHXSebOpV2uqMWVABPy90o6m&#10;ZyzPjuE5fxWiGX8qYPLhuW6zp0rrHi1JDXRO8FbJVy0u+SRQpCyyar2BW3CG9zDL8ud/M3WsJdcQ&#10;dLijKXCn7wE6iAmAlOkRMzV7lg27qjfHQ2VJABkmTH9E/upJ9QOsfS3o9lvL2derZqspw51x/C4H&#10;oM9NPiM2EYpX0awQeXFh/wDMI4EjMYRnp7Qq5Z2cEu5Nb0ey91bqJ8y4k+UKjBcPxevpmV8VpJqC&#10;SLF5zBhzwQ07OAIWVIWDAFQvuofda0Hdsm8m7eVZeiytrxCLhtpakwoKAaBKy4o4k6f2gjbhsiKL&#10;94t88gyl3unrhIOgq6TpG04yTHQDRHPVD6rPQl0ynwTI+auvmGT5lwLKOJZ6mwDCsRix2qq8pYFR&#10;4jik2ITzrFWTzyQLQ1m0LIZHe5cMSvDh5CydmHJlfi+LZrkFHitUHjrMPo3gaGeCKGJ0m9xSwO8y&#10;BSzWtcW8OYEjObbed7U06p9zWlCXA2QgpP3EgifCNqRBEgnSJVUJbz745fvM22iyBcAUlKVlJAxM&#10;KwO0BP3CJEg4DGtdH15eq7oV+IFlDpb0v9NVLJ1DypFiuBUuReqGM4XjFFUYTjOKYviOF4rh7R4g&#10;0QnWOhWmkmgip9yl45mYLZ1cJI831GPVFXhNRFhWFRUoaoq6mtmbQlXRjTBAD9s/5O2ncg24Id+c&#10;wtkXDNt+VRdJXKBwSFgAQFfwHAxqWCYhRgCle8r+TsWrbFyz+ZcWopSAAACkQRqnDEfxKx2CYrJm&#10;yu9FmV+i2TchdbOn7eojqVj2ZZstZLypk/KeD0iJiVHTthVZSQY7LXq1OqyYais2I1LksNoR0jbY&#10;ha7p/WVeZBDSVj5mwqppKn+YHzvLqPNenma/lRo9093vYkMQADfSbn+01/LsqbuL1sWrhKQJxbSq&#10;YEqE4nCSTEYyBiBoz2gi0y1Dl8BbKJCdkpTjETME+7jMbD9ZW/ETosiemvC8z9bMlUvpJz9RY/hO&#10;Xct0lbQS4jlmnpqbHcPoli/mNTNTRmoaKYuQ0yx+TG0rOiKx4IFRkDLSZUjy7j00mJYPg8C1NXLi&#10;tUCEjp7ykSuFhjeNALAMlrAXF9eAU9qGZOoF88kMhxwhJCCdWrBEJ8agTBKjJAxPVUfo32zB4B2O&#10;71rITCPukwjw+KDxVJI6+ir3A/xDvVDmTq5B1oyHgGH9PM0dVczVWTMl02VMoI6ZglxtkwzDflcP&#10;E+NVVNW1Tq01SVrnAYMFkKsUNefVzIOas4ZwfGuhdcazAsKp48IwfFcKqIoflTMIa5vNtMJI49tQ&#10;QPd3fA2ax1ab53ebW6FOtlD6EagEkKBJ69IxIAMRtOFC/I3Pzuh+7aSm8ROHEHYIICQcBMRhW0L6&#10;UvUIcv8AQzKGB+uzBqTpn6jMcFRjeesj49BJWpWz0VZW4NDJSVEdFDS1k7R4UJZVpyyx7wbhHiLG&#10;fyBlLGcu5Szdh3UjEVlpKWnraCgnroxKtZDHTzLNUTRq0iqhUBgJPeIve1r8BOT5lnbTyi7bFVr3&#10;krU4sDwAySE7ZKQeuQnCDidbx57euv2bdu2FgrSXFTEIBHHDE8OvhVfnqs9Rs/U3q/6TpfSfkP8A&#10;rPNjmZ8pZj6y4rHWRYT/ACGgfGsNmgoKOqqjTNUVUrmSK1K5jWQILPuKENulOaMu02cc0Q5Twtaa&#10;OWQZrxDE6SrZKmVgViLRRzxsfKUsyuoYqobWwPL3dtu0+9c2LcJbvElOpYK0BcAIkEAAyfCNUk7D&#10;sFHO/wAxZvMflHnAk3AKQVAlOojDiBPsJ2caO96yeldVmjpLk7LnUjOIjqs0Qy9KctUGYsLqKzDo&#10;auoglrIvPqcOqqQR1Q+WjeCceXL5ka+W2/7VildjWAdQMMwioyPmDDMPr43krMdwbM8skdWFAXas&#10;QCt57gg2G9VN73uNvObO7GT729mmc3P89yRV2jBDTyE/sRJMuagjwyIEGFJ4xtrADdndG/3NzB/+&#10;eWLjyFQG3GxqbHiMqJx04EbRIxHQa12M5+k7Inp6q821HXKjz+uWMSwupwfCv5HV19dgs1bNJGUv&#10;LV1ppIkZVuGEBmAuojAa4qY9QWGZ69R2QsNyxhNBFmvBsWZpsyZBzBPR0c80+HzxyqtJNPAArxyQ&#10;OGLSKxFwJEIF+quYoFxu7+csbZsJXBU2vEjST/cwZTJJOIAnbM1mvmm6uTuZap0IhpWkxExGI0jG&#10;DJxIitj7oN0p9K3oNl6gZ+OWqHp5hEPyUAzxk+lxiuhioK4uyGaClqKr3JjUxtshp1jDESFTqwRW&#10;a82YdhGLdJlwLJ0+Qc54bj/l4xl9GLGoqKySldpRLErLKTJTbZWJ3WK7hqOae3dTaWrKrdt1C3T4&#10;gcSQQQqCJnApET6UIUbuW9tYrQ0IS4mDsBMyDsnEiB8aMZlrpPWY3lPrnR546gxdWelvVXKEOCYZ&#10;i0tPTxNFQNT4tFPDaJlCwtTV0ZiRV2ghyD7xAPRlPqViudM04lFS1eHYHlTE2mocJokSkjrcSxEq&#10;X81yNrkL750AsLD3ySQPr3sjtN3kJvFhbjrKB4peWG0YSEpKljEQCMSSJwwgPv8AZzZZOyi7UFOO&#10;tiSr9ooBPQEyoCR4eOycKpA6sfh4dH/Rx0WyT1NzVhGb+t3WbozT02Z8cz1V4hnrF8Eyhk2ikSCe&#10;gwygmqsSp4xJAIoWjIJZladRAscaKMWTIKqiyzNWVWL0tRjGI089fSVyVKTU0ZSDyoQJFDb1V7MS&#10;gbxGoFzjh2pZpmObOqQi3WhpJQ3ohSZUVJWpRJA06kAgh3Tp8BI1YVCXaDmdxnL8NW7nceFGiIkl&#10;aVyTACSUhU64CYSTtqmz1859l9QPqXwXLGXeh2dML6CZBxvLfSjM3TE5frsCxjFJ8VzHS5ixKqNN&#10;MKI0c9dh6PEsOIzU5QLBKwR5CqE8zVl3FM8Dq10MwaWOTGKSnw/GMPzAzkx1TU6UeOpv8we4rysI&#10;mZ9WLhjYAAZKZH2p27Nk3mKEFhTZ0hIKVkaypBwTgQkYqiRpGEkmZ3Y3xYay5i9eaU2U4BKfEUnF&#10;J2ADDaSMI2deyPhHqc6XZC6NelX8QHqllvFem+WqbMOI9L4+keHJTYnW4RNWYvimQJvKp8KXbM1L&#10;BTtVyR0wcRQQSpCJGd2lKZmP0adbcY6dYPjGW+rmH9RumuYKNGp8p5rnpplM5DtHDSzzl4Uk0AWS&#10;KWIhtCABrOGX9ue717vG5k98w4zdW4BcAaBDgSRKzsXBmcQQdoJxoLNbyNZhmVxlweUS2CrStJVr&#10;A6D/AAwTE4eZAMGGyb+LP6YcW9XfW30k5j6dZ06f9Zujzy4ji+JPlPFKmnxXCKZKZXr9uGwtWiAN&#10;VhlaWmMTxFJY5HDe6V3G+kkOSsY/kWcTJRR4E9PS5mq8tQPW0NNOks8fkyzS+TGlQqwsbBWBFyLm&#10;98wsoz5i9skG1QFJIlsLgKIAEFIEnSZGOB4GpHTkLRCFLRDhQF4faRjtP2gwBM4RGFWg5Yzrgudc&#10;u4BmfK9UlbhmbcPjzRlWWqbyWrsOnhiniqUjN5BGyzoTuUEbgCASOKnOuHdJsnRx0eIZNlxuXDqi&#10;WjqKvAJ6h6mr3x7aSeCvp55aV97n3kFOpS1imoJKsizjNLxS1B7ugQk+NI0iT4k6CkKw/wAczMzW&#10;s9bys2ylllUp2FJkknDwqTh04HZtgYVww6bH8VjnxCnqnw6Ksipp8PhxenH6GQm00clKY4JkI26E&#10;ztctcaADiGxDpyMGkp8fxOsHTnLmNQT49Ac6YvL/ADBiIjBU0hWipS5aWMowZqW3vBe7EcPrDPmk&#10;h1CE9+7qGrQgaJMQvxKiAQRAVMyaDr9my24lalqbbA1q1rKTJISpMRjMBQVpPFPGp8OOK4ekijfH&#10;MRomgir/AOVQrDD+lkKeYpqpQm1CpLKJGYWOhNuNsGZj0/z7lPNvSaCWuXBErK/F6erw84oqwCme&#10;MpPHVQxoVkvZnUKE3d9OIt6cqusztE214nwKXCiFBOBBiCFSCCdk8JOFe3hZsw8wq0ClJhRXAKiR&#10;p4YCOOIjzqPnDKWFZ7yrjOT8xvVRYXj0XyFbPgFfW4VWKCQ4aCqw6aGeF1YAhkcHT2csN6VeoDPX&#10;U7HajNOO9H8VqunH8xNThWPhMPr4sBxaClilkjaKaUtNETLdVki7kbWDA7cRO0Hs/wAstGmcsbXr&#10;d0kKIVpCkJUQCVBSVIWn+khUgiYNGNrfIvrJuzatVtgICVSoJKgMBpKVBaVDpGziTsquTqL6aOmm&#10;TshYD6fenPVOiyb1G/qlR5QxrLVbilVlmvznlelLUSutdl6eirqKsXyGHztC/uFiZopYyqcHnFcb&#10;6145mCOXJ+Kw5xwWIQ5hrKGKkXB0MLPJFNTUm5qmJJIyikxSSANcC6sQwhLMswyjIFoshYLachOp&#10;4qLgUCT9zhBWSIkqVsGJVE0YPpyrJLRtJty25gkqJU4ognapRAUY4k7Bxii1YNkL0P8ApP6XYKvV&#10;3pLR9Ec9YrUJ0mxXN9fiuJ5+xOtkcebSYpimJz01LiNcjJJKxr5Kc+SglZ2ECSHijx3p1g3VLI8/&#10;VDMFDDlnMFPR17Y1Uzh4o2qcKmFOlTOqBWEix0dt+pXaLBtLNbsbwfyfNV5GGkusvOJVE6j4wkqS&#10;kx4gFriNQIB2gA0S5BvC3YZi5lGnvGXHMIUZ0uAEpSeIClbNQgHAgAUWjpL6wl9EHq9xP8O7JcFR&#10;1Z6R5mzrgeJ9LqOKYS1WD4Ln/DYsbrMNoKqZXiqaeDE8ZikiiLi0Ez3liWIbif1eJY91AzFmHMOX&#10;MZiwv+sq0eI5ujxMigo6aShjSESIYxtIlDgAKLguwPhzKnK90LDI7Ju37sjSdKSPGpSTJ0yZVIg4&#10;qJ2A441Of9m2spabaaSog+FJHiITiYJMq6dp66vlyR0/yN6fen+ROn+HYNiGK4PkhJMk9O5JZsQz&#10;HjJoKpzVCmerxKSoq38tYQXeWU3WNWLXFgnsu5Nzw2P4dmCoyeIIWxKfHanC5q6klxfE7uJJp4JK&#10;eorI4rtfy4RUlypNlQgABLdrdjde3uby8RY/l7pUjvVnUZUCCVQVQkgjgB0iNsDL3Cy85nc3H5As&#10;uKMh1xYUVKgYgJUspAwxlJmcKn5kzPlKPAszYemKPl/5OgbAFzFjNPUHDMOkkjZITNBUBLotw7yt&#10;F5dtGc2I5Zv04zAtaFr5RNhLVDP5eEzJLDNT3KKYpIZWDBgFtorCw90nkG9qm7pXZLZS2h8gcSIV&#10;txBgjrElOOBjbRTvS13mUlsoS64gQRMHacQT0dZGOBrWg/Eb6OT4h0dnyhhuVMJ6wYhgmHwnE8zY&#10;nU0R/mPlLVTR19LiCUrU7qZJGfbJV0wMjKsgXeG5X1m/NcmdOr0GKwYFD1Ewx1rBDgmX5KyCPDar&#10;CamSlglSePylPnlUJaXdYC+zbYcyW3B3PZyPdsWrDhtkpCYKwg6gsSpMQTgSoSNp2Ghpk1gbNppu&#10;2MNpEAHaMZ+cceNbAPQ/pKnRL04ZX6dYFmzF8gNgqU1bLmXqOMJq6+qkxZlxSrgq49s0ZaN6iSLZ&#10;Cw1FhIzbn4pYcdz7g+R+olH1NlnrMkzmVcGqcNOH4pVUDtC0i/NwVdVFUr5aWfb5wINwTZvM4sVl&#10;2Wv5jauWMJuB9wOtCVCR9pCdBJx/hO2RiNJXO2Ljb/eJQCccccAerZAJnZhSexrIWQK3rL0/zv0X&#10;y7hdL1bwGkmhxeXGpc05ew3EMGNt5pZsNopMNqTJM6xsxpn0YOpvCI2GbpTk7pbnbIWHYBhc+HZ8&#10;wOSKSvehrITVJhNbUOqzLC77VjRWSyRSRgkABmbffke797w5xlmYrfdCrdYgSDHeJExIEkmMSUmB&#10;iREUFs5zm4RclxRCEiYxwUAdhieET0URP1add+vHRnqdjnUvM1JU9FqfBMSjwPBcdwbEaBKbPOBY&#10;b81W09LW4cKaqnkZYKg+dU0szmINI6xx+SRwoXWCg6q+n9Mcy3lDPeH47hBcYri2VaXBada6mRY4&#10;5vmTHVR1heOJN28LOyops6gMDyYNys1ybesNXTzKkrAhK9Z0LJJESCnaYIMY8CTVSvvUJumwonSc&#10;QVQQSJiTwEmj6+nzPfS31k4F099RtZ0/xPBayTCazCMoZzosx4g+B1ENXXvh9XDRPSVFA0paWBGS&#10;aahiL+40TMVO0KMu5ny5jedKmrz/AC0s+HZvjp6KrxhsPpa2KBp0NQpkp6NipnDEMspVmIZku1yO&#10;DK9tC3aqt7FQLzBJ0a9KuiJIkJjAiQMAcCJovZ35ye4vXLVt9C7hESkqiCRIBG2T0wTjB4Ua7MeH&#10;Yjg2U5UyLhkmI4vluN67L+WmxKWgjq3hjaNaUzzrKFiYHaAw2qdpFrAgdcXr8l9O6rDIcn45LjdF&#10;gBqcbhw+lwvGsNxCCIIjyCOKqgSWnjsGk3mo8om5KEWIBWUM5lmjKlXbAaWsBJlba0k8PElUKM4R&#10;oCuGoGhvkV425bHvEBtUSAII89mzzoE+mGL9ROreR6+t6y9Hv8z2PY/BHg+J4HiGOZazXhUzmZ41&#10;AqcMmaGp3HalnpUfaQA172dssdWMp9Ses9dQmKp6bZdmpqbFsh4msr4VUKi2LyPNMGWRJXYi8iuo&#10;WyrYKLIbvcq/ybdpKlOC7eClB3AKnEwAlOyBsiCdqsSaSZReJZtVNLWpZGOojaJnBInZs4AxQbU3&#10;THqf0M9KjYTmTNE/qf6jYKtVXdQq3G8FGJDHEklb9FTYPh7RbTSwBEjjpzG0rqZZN00rsxm819Yq&#10;F8MosmCr+Xz3ibVuBR1tNLD5+GoKaWEVUbViSlwyAFTGtnsxupJKxJk3Z6Rcru4m2ToXpIOlR1ao&#10;hMQZmdWIgDGIPrHddKLoLBGmEmDswxw9ZxPRGMUSfph6Bf5Z1dx3qph9UIeicqZez/DknGKeeGhx&#10;msixWnx808tFhdTQIjwVSTX+cEjRlokKyxRBHKPkjqDWdIHk6adTMlYLm/CpkqcOkzFg0lHBVRvF&#10;LNiSQ1MtVDHG8pad3iBXzCwIsxBtMG9G6becJ/mGXXDrDshWmFFMEJQSAFDDwgKAwxnCcSnNsj7p&#10;0FlZnUTgSYngQdKYPQBNHk6wen7FuslXgPVvo31xzL0ozjDXQ5qwuGskxfFcBmeSno8MZXwqGtpR&#10;8vLFRokqxSrGVZ5AVZzKQ9h9ReWajN+I5fyT09fD6elqkxHBcNzHiEYVvKPlNPSfzaOWSmmEZ2iF&#10;JUQxqQYjYqROvcW4RbBy8uCSpGJCeBxhemApIxJKwVDaCNtNpzxDrimlJMxhq8MwcYxIw6/ZQx4X&#10;0Zx1sJoXz/1FrM244lLNQV+L0tN/LfNWqSMPBNBg8lPT1ECsHZTPE8qM7MkqHXigzE+BZ6zTjmcM&#10;qxSUeW8awmlbM/mxFainxCgjkiLSqJEdzEFZJCPKKP5JCbCAW8pbuMut27V+FOocVpxkEKI2GIAI&#10;2TqlIUCSoGj+yugoIVMEphR44EAbABgJkxwTTr05pM0ZKypg+Vs64nBi2Y6TEK6locSp/ciq6Oas&#10;M0CxgQIsP6OQBI2aZtiMHlkkDvxcdNsazl0rwjIGWqPMmFYlkHGaD5/K0GOSw01HHW1zJUT03zSQ&#10;zxkzmRhEJk22YFnUggBvevJ8rzZy5f8Ay60PoVC9A8WhMhKgmUq8OBOggyDAMiW8ts7U2CnLcnxK&#10;hURqw2EEHAcQIkE4DhQHdT+mvSHqRH1XzmchYvDn1a2iy3nvH8gx1S5inoMGkkioauD5Wro6wx0R&#10;YzqtGwnZo2EKSl1Egh9SehWaMcy/FV5c6hNimEZkpYM1YFheY5IcZpaaulIMyQVCrKyrCJBsaOTS&#10;4QgrrwE7h9rtiq5dbdtQh23cU2spBaUUpwSVJMYLIJkphQ8SccKSbu58zfh1TOBStQ0qGzoMbQnj&#10;hhGzbQG+mT1s5Bz1m/qzlPFelxyDnvoxnHGOk2Z9tFJgGIVGBwPI+E4rU4ZWpTTxx1wjlaISpsdY&#10;3mRgWEQA+hynjGTMs5bOK5xpcxYfmCbEaXOeBY9BPHQ1cyYo8UtBWmqaOOnJQTFJZZGUPYbQSC0m&#10;32cs5pdXDabcoLYT3ahpJgoBC0RqKhJAUAAcCcRV0pzNLNwPCSFECRqSqUgxG0AkwSSAOKSKOR/X&#10;OTO2OdRsJhyVWZckyFNSUmS+oCpQ1zV1LiGXoMS/mmERUElVPLEks6U0kTRRltrWLobcETOWRsjV&#10;NGMY6HZkwTDsoYjQrX0NPiEtdTV8GMYW24TOYUJh3ozEAKsIjRmVCAQQBuJvPniEqYzhla7lCoUp&#10;GktFtcwlOHiiEgyS4CpIJ2Elu52ZXS21NlCS6knWdiQJJTpMbBsjaCZMjElg9JvVr1QDCcayB6y+&#10;mWNVXXTL+N1C5hzHkuiwgZDmy7j8ldNh64PVPLE1TTU6UkVPLG5mro5pYvOJSQPxV9O8/wBJjmXs&#10;/YTLj9TWfyZ6bF6LCcPjxKoTDMWkkRpDCXhiaVFed2YsgVuxiYfa1vTuqq2u7R9LCEqdlC1EoSVt&#10;6TE7cfClIE6gDIWkyAJroKcvGnW0I1qlLkKAJAxG0DVsTEEECeggOfWPo2aDrN0S6m5T6e4Lg+Zs&#10;1VNf0y6x5yeXAsMxDGMoQ4PNWw09Q06zfMSPPhtLFCsbCWONmKzQjftDFpeomUct58x3GMnU+d8l&#10;ZoFBidLj7yCnp5VqleVpaWSdYEeV3lC1CSLFKCgWzqq8FPeZXe5gxbsPFm5ZkFG1QiB4kgq8O3So&#10;SkySIJpdZZql3MlLaxUlPibBCZTikmDgYj+IDCYJNC5hma+j/ULrBlHLuW+p0uS+rHSymxXDse6H&#10;UVdQR4mtEJIaSOXFMMjknk+WjWFjRT6wlZmZDudWHum3qE6P5syzXZb6jZWp8TzPgkElalN8jHL8&#10;jMpWjjqBHTVxjqYzGyiTy/Jk/RjQlUcFm+PZ1n7ebNu5bdKaaJ8aSR+0QoExOmW1BYlBJWnEgiCR&#10;QGuFXN5nGlhZbSokrbJB1J4QoHAjE+sEEYUDPXL00+qbEOsWWuonp168S9NctR4jHS9RciY1PT1s&#10;OZ8vzBa+SGGskwmSqw2rpKxZZKMySVcA86RWjEUkkDAB6lMvdOc3Q47nHpnVq4qZEr8TwrCZY46N&#10;GddWnSJEqYJGZibyLEt73I1dpB3LVmDDAtL5GpSRAknVxIMjwmJ4FR44cBRn2Xt3GWktmHQPEAYn&#10;DjxkHiCmdqlDgcfovHnvC8lYFl/qLK1TmPCKdKCqr61StRUsl7M5SWoiY7bAmOZ723HaSUUCMi9U&#10;+pGQaDLlTQ5tOXcA+XhEGJYPFiUqQxUbyhCKWSZFO6TexdUKFmkIu1wBg5kVheWX7RgPDjgnGRCh&#10;O0QAJ2QAOEVE+XZi4xapLhSprEEwtWE4gp1Y7AdUEQDxpYZmyHkfOlDieF5ryjhmaKHEo56DFKLH&#10;KOmqUniqoo45Y5PNRrh0jRWB7hVvoBw6OQPUzifVKNsJ6hZlwXM2CgfNVWGieGSR4lYU5mKVdEyp&#10;GtzIAwD2Ue4SQeRhm/Z3lmVq7zLkKbcjaPbA0rBJwgxhPEUOcl3utHSQz3aVwfsMauMQYOPkPKi7&#10;QelzpP0qTEsa6FdOaXpvm6opZaWLFcqRTwQyHzfnRFNBR11EZjI4IBLgDcbsATwJvUTkfDemkb5g&#10;6csGwPNiyUWKSZbSuaGqhkczeVNQ1LVrB0iJdlCmxF9iWHDrJ9+Q7lrq8wQStkSAqJGGKkqCQDHW&#10;PU0uzo2tvlLl6gftRt44HpBnrnChV6PZuxnOeWoZc75fqcu5wwiQHE8Ex6SjqZqaYoY2aGejgp45&#10;Y929ElRLMAbMwNzK9GPUSjpq3LeH02YcLxXCMu1U1dPLQ0eI4fWLQzYVPShZf5nWMsjBqixXaADo&#10;RbQfPf2u70WmZ7xXVzaqd0rUQoLUCPCcAkDhgOE7ZNcWe3a8bzN5zuirvFOIIGwApXqw4ig99UXT&#10;ds/9Mc84bHDJPimNYdHhWBQSxRSwJWx4jT18Tk09NJPHZ6ZD5iuGW10KSANw8Obs7YXjHUDD884B&#10;Xisy7lmXyMx1RAiMYlhTb7tQFOwbNVGhNrnQcxh1EKeSoEJXhRZvHaF/LG7VGDqAFRs2E+37tvGa&#10;L10O6TZgyL0Fo+kec6GKizrjtHUyYFQM5qEd0qHlctPSl1MhM195sQCbA+9zQD4KqUVZZz3PV6vc&#10;9z1er3D1/hpnb61ujbA2tHmg/wDrHYrx+2VCxRllCZuEjz+BpHZ9TzMrVyf4pqL/AMroebR+U8wY&#10;xhuOVE2GyypVGT5OA0ZYSnzYUjIQqLhjc2I8eCvLszhRAMUMDapVt2UBXU/IGUc35Q/lObsNo8Tw&#10;Ly1xHEKTHY45qNvlZ2qVM8c3uNGpUFg2hA105bFk/C8QxDLmXYsdwNaSlenhqq7CKuAMPmntIHcO&#10;7bWWxJ3XYki+txyVje2a2Wi2v9qEkEcfTbxoJO3ZtlqWlUcNUxgfx4V8/r1d9UMqZJ67eofMPRTq&#10;/V5gzo+NYpl/KnVjK+PSwS0uXoInhloaKSjo4jU08zPEsSRbYIlhcR3jKSMoqjKEtRT1tJg+KPgt&#10;OEklmlotJ4JZqlqkMjJtsLkjaftDTw1L94s1fdQ2lwkhZgHZqgAdcxhPRNHFvmqnpCwDHs9eui7Z&#10;D9YeA5WxbLWdetXSWm65Y981h1DgdPm+FXwDHMPwbLdNliSnrYMRNQs07JHHMKlBuglG4Bt+1eGX&#10;sp4rheJ5kxKsxB5KXFWEVLh8juscaJHvaZ1FxvlILMf4duAi4QgWzgKjq2jYRAIHtnqHrWswYtn0&#10;tkp8SJg8YPAdXVQrddPWz0q6q4F6VenWRenNNTYv08ggxTOeccBw+jbFKitrZZaSnwLDZajyp1oc&#10;MWdIII2azbQdQoZstJh84ro4FihemZ0kkenkYqy3ubjb8PHkfZd3679sN7QoExwA/SgtnSUoy54r&#10;BA0lIwOJOHCjm9SOpmSI+g2cM145imN4Hj8OE4llvLtDnXC6enrkxRkEUXlMZ2N9xBVkbso9nHXE&#10;cBo8Mw7+Y1tRLilLSrJsjiuSisNqIqIdAoNhpfmRu6m8d5mV2uySEoedVtI0giTPDiPbRJlO7Lth&#10;e2y7cnu40njHRt4Tt6Kqvyr6ic19Ys9NkjImAYR0uzlnurwupkxfEzAsdbiFM3zOI1ldVVlOl3rD&#10;CssgY+WbFfHgX0P9ZcLqailxeorq2lxWaVqBap6eVx8xJJ9hU12oACFPYW+I5lRnNpui7Zodsi2h&#10;5mAqAvEpgkEnpJI1cevCpaQ1aq+0yEnxEz5wSfZE4VYnnbD/AEi9TsnYJm3olhuS8p5y6R4Xhn9f&#10;avAqLH8Oo5P5BS0kjQVU9UkarLWTVEsMlUpDyvuBDkpIonYHXzYkkmFUOGNWrQRPJiFWyxCI1Csp&#10;WL33JZzcnQEC2pB05i3v+6jLbr8ytZSXSdEKxAgYYQQDMYgSJoGoy5d1eOOtqToSYABkY+wYDDpn&#10;hFVsdXuktPlGsoOomZ+o8GRq/qHjNHBkDK8FRiM+K0uVqyGeKfFQKeliEVJEqJFtkZJpg11jZQW5&#10;X51azj6wsjYRlHOuNdFsLxLDmxHFBnXL1TjeHwtFRTymCipqSdKt5HkaIeZI3lkXvoo0Eat/UDcN&#10;27CGmwlaSdcJKRA+2DJBMbSRQ8s932yFo1/ckAHiOmcB+7jW2D6QvTT+FB1mr8/dC/Sf6oa/F84f&#10;1cy/PlHNWU6Svlr4KvAZTVy43iNHiOCwUCMtRJFCsb7QYxsHvNuNJv4kWXMUrcayl1gwfKNZl/p/&#10;h+YJcvjE6eeGlrpo8TwTD6+OnmqYTLI04lpa2MO2+yoDrcXjrenfFjMrwuIGlwz1GMInykiaMTau&#10;oaQlZBIHww+EGtiH0y4ZnHI/TXJfTfqpnTDc3dUcEwsx5hxHLymmgxB6Gsejeup6OyrTQzRtA5hj&#10;UJG7lQLW4bT8GXqxnfP3U/qrlvHcWaXKM1Lj2fYctyKkqLiNZjeHyPNJPKrTzuPnXXdNIxtYeAtT&#10;J9+MztkmzbeKWlnURs8QiCDtBIEGCJFF+ZWKCyHI8Ux5CNg6PSqcv+FGGQMpx+j/AKfdRKPAKalz&#10;3gudcGybhWbKWJErqbCZcFxmqelhkWxjjMsKPZbajTuebGJCqp2n3raL7OKxcKWfFsoEPNOKURGH&#10;PrWj2uHCGXcsVwSNvha541T+8e1r9/p4aNo0im27XVOEUuMFmEJKkCRC97kG9u+l/u51hiE4lR6W&#10;HmoDb4HhPni4YVjwowyxpSVYihIxOpgbJObS0RRnw2oVHPiGTS978bMRiAq6g9huZhb2345aOksp&#10;G2qZm4e8NDLkKsIwbDTIQrCniVWXUkJGANL+zvYcZ5I/tEXLfx4tG0UibdxE4ULVBiLGymRQNNm2&#10;+h+OvI+3T3hb46825H8NPupTwNKelrnlO1n2bDa8f71vHuOcWS4Nx9fs42BSbSKe4cTRXQxncU1I&#10;a2pt4jkZ47e3435cQafSkRqNKOmxOXawWNUYm41uPD2fRzyRXJ0v8DxHeLgcaXMOAbNlPtFXL++U&#10;LsSPf7Xv3Gvw52YFJPhfvbiP8wpIpx25SMONPENYJSNB7uit21I5HmgCKLXJOlv7uO275cViMBSQ&#10;rSpQEQKeIa8QRsFlCyEhgDbT+jkQoe1724q1AcIpc4ynThTvFU+br5vmPJZdkjC3+K1+YGpiCTf4&#10;cqm6BGFJF3JCY4UoI6wIFSZfdB9062NtfHkJ4drG4ue9z34vQ5qSIplxGozMU9U2JLHcMV2G2wj7&#10;PMDRuLEjQcuFg4CrhIinOKsifQSFZLX01AN9bd+cSqi/u3Y9+eCSfKkqErUegU4/NExqGqbg6WY+&#10;z+m/O7Kew+OnhygppxrTxrwqXK3Zrk+7cnW3x5yEZU+32EDjpUCNlJttRDVF5CVqPKFiCST37+PO&#10;apa1zYj7uX20YW2qY4Uz19WGRpFsyghfeOp0tp9fHGnQGzdtDprxK/0U46qKRGIVhXzTu3l/dV7g&#10;m3gPy44wR3NgL6acaG3qpOkyaQGY8QeKhMhILgGOOO/u3K8VmYEYrgzE3HyiAD26gffxFlaUAOAf&#10;0jRtfoKUpPCKJ90MxeT+ZdYFaytPmiomGy9/egt4+B4wwwqN5t3Itr9XDH8wYAosRcKBgUOWY6qY&#10;tRnzQFRGcAMdDa2gGvccnhbX+630Dj7f20ZWhlNAzitQrVZL3cqCe1vtHvY31H0cIp+JRED6O+sQ&#10;36fy2Qn4aH+HAxvK4pTScP4x8/xo03eeK31SIMGrmvwMmjHq3xEKuxWyvjG3W92MtIT+S81AYwBT&#10;0DAaDDlIHs/0wjgacME+dDhYitvLncNQy7ww2jsPYeWZnGKTuEgYV7hrugHQDqL14oMcXJeJYfBR&#10;YJNS09fSY/WyUwkkmSVogiiNwxAD6ntcj28uboBxKOOPxpbapGkKNJ3MmacHypSCuxmSWOmIZi9J&#10;Tz1BVUsCxWBXIA3DW3L6unPSDNOKZspMVpaLCM19SaSooaKda6WSGJfKShrMQElQjbGkKxM8IePR&#10;re9rYZHbq2TWUZSM2ukodKohtQ1HTrSkqAmJjVBI+FQ7n28D9zmRsWypDcK1LGzVpUQJjDEDYarK&#10;9WHqi6VdM+kuYKrPebsX6R9GVwurjrc2YJSPPULHiM9Vg9C0NBBTyVPkCeSJXMZ1Fwyhbvw/tNhu&#10;daqqq8s55pKPEMOxZVWlypHTQzijakqg0VQZFBDKdiu2/VGAKmw1lHdpdlepXmjy0flkqHgKYHSA&#10;nHE7PCEnEbaP7NuzZKYc1LaGJ1DE6dhB4+VaoOfMb9HuWKbCvUp6Tsfx/JufOlGJyYvmj1FYlmHG&#10;cNizYuPYTUmvwWCjrHhkgqo/PlihWjiK1MRdKhd77kGWmr4sZjm+UKy09POlDUSyFgI/LmvOtlB1&#10;toNO/wBHCi7yV7J1oU6SHXEFaU4HVIIbMnoxJxBwniKD+bNlC0jTiccdkc9OFUyYz09xfotX4BDn&#10;pZsHx/NGA1vULLuG4WtPPPiAxXCjFgc5mmeM+SZdzuGKuqXZQS44mJWrMGqa2KPCVxGhiqoKcAy1&#10;DzKWnX9MpbfuADDcNB7SBfgjzRJu8pbcDpQtbSyAAmFSkjQrCR/ezJ6KKWNbaG0o2ahIwgCcYiji&#10;ZbGQertJ03x3MvVubp7nfFMt41jtZW02GZfpMHqKemwuRHwecUi0bU7uaVzTv+klO73FdmS2auwk&#10;VFSJxLBHFtWWN5vNUt+9oUFvDW/MS8ubceug3rCVFQABIxx2e2hHmzqGyVLnTGPQAKOzl/rTHkjp&#10;b8rH09zXmurplq8JzB/Uanwmamw0KscStPHWTLIY2E3uGPdoD2sLqKtxGslYx0yw1LmLbQDduJZA&#10;VkVlSxIHa49vMmMiyPLbS2S9duqZGuFmMMcUKSeB1CSD0YbaC6bli6WG2nJJnYREDCfIcRVQPT7p&#10;HlwVFPXZjpsxYDHFi5GfkjoTF5GHVQXEMOnp5ZwypK+0uySI1vL3JuVuBbgFN1Cxp8doM75NTC6n&#10;CcRniyzUYFiCSmtwvzpY4KtmfyBG7REF4rsUNxqdt12WdseVLQVOK7tK3FI0p1LkJKQFlIT9qpJj&#10;pBMGKNLLdxeVtJ13AVKQSVQADjAw4k4D9atM6i4d6eenNL096i+nfrjh1NgfUjKMOLdbMp9UcNeS&#10;hy9mSHDaDFJcGEdRSTyTu1RA+2VVjR3KqshTeRSb67MB9b2ROo9JmPpslRhmRMOw2TBAXoKGtwhk&#10;lmqoCFjq6OZYHNHKsDC/2NA5FyYy+oTtJVcZi1aWr6TZIQO7Sj7B9wmCkEL0nSsdI9KH+WWrLzWo&#10;fdIJEmZ2zt/Sttn8Nrqr6MPUr0LoG6VZ0wTO2aZqyhzlnnBGxGM5ngxuCWkxiSprGWWOrm34lC1Y&#10;JWjjVpSWMaOCoos/zedWt/l/5vPe/nPzP+8VBbz9nmeXfy/957eH+S8LX05jVrR/Soy7g++rbOf/&#10;0w+6c4fg+E1OL0uLRVNbhcYSixVqJ5bU1b5VE2yZp32J5k0Y2qCBc2YixIyPZXbpGhSVFBGMHHZW&#10;QF4pKkuAETJitqr1DYpnrHcJyxiPT3F8EwnPklW2N5ShzZFE6YjhanE4JJKOOlRppGgoqhmkYKzB&#10;AWRWvtdUvkvMmE5xXGcCp6imyvi1KWzD/MKyOppxVwqtlSjhoWleRkX/AJSitwQASLkRboZBcC/C&#10;kjS0oYyCYA4RjJI2ddBOyukuJUHsQDAidtAjL14yJmnJU+Uc85kwvHeoOXKsHJGHZdojhGIx0VTU&#10;GL5l8QrMQES06ySbZH+UjIRkZkQP7urR+KPg9RResjqQdiQ/MUWX5ozLGYN4/kFJGWEO33NVIta9&#10;xwJ7zsFq+fEbD0RwHCoRyV8LXcwIAfcEf51Wr+nzEUxfo7kjEY5fNjqoKh43Fd/MvdFbMoHzQZxL&#10;YC24Eg+GnK64cNxCeKRokXaLtIzqOw1vvPgfp4FwFrFH/dlQkUMvO2wmsUohQgONpZtumlwfiDbi&#10;lLKjHTTOkmvc5jDkp2haZ9t7Se+y7WAUvYBRcjw5dy0CCCTNWKYr3I1RGq3Dyi5XzF96y3JG61hY&#10;29g5v84smAYFMgzXuQ5vLs2rnaf0bRj3SL+09+JXbkHqplw417nDBcbq8AxvCsbw1zFiGD1MGKUE&#10;uoIlp5RMh09hUcIVZqGXgsTqSRFbLU4ESDXubIfSr1RenjM2DZbxLNXWXAclr5VNW1tBi80vzkLi&#10;Ebo2ihQtdTp2PwPMtcj3/wAuWykqdAVAnbWDe8vYFmLN86bRjU3Ph8SRIPmcOjEcKbMUqq6kpZZK&#10;HDJcVnsfLpqV6eNifpqJIx+fDOdUPXr6NKr009YujmSOtmHVua+qdPR4HU4jiWFZjhw8UyVVO1SX&#10;kipUdg0MTKFBAa9iwGvA5vnvlY3Vk6w0uSsidowBBO0dA91Juyv6bM6s94bTMbvQhFurVo1STtwE&#10;AjaZPuor2I5Z6q5x68dKs34pkyXAshdOxi2IzNWYhhctRUVtZh0+GwjyKeomBRRUs+7cCCBoea9/&#10;WSPInU7qv1WzqnU/LmCYNnTMeO5ow9qypqmYUuI4tPWxM0VFT1Tj3XF1AJH08xYVYk6k6gMSdo4+&#10;tdB8tYbbYShSgCJ4zxJ6BRncBwz+SYDguD+a1ScIpKbDPOlbc8ny8KxbibLcnbcmw45Zuzv0Hwvp&#10;50/yNg2cznTF8vtik2NVkGFTw4cJK/E2q1+XlqSszKqFSWeJG3XG2wDF+webYGB1eVE+8lsbhxJb&#10;UBHzJqXSyV7zV4rKWKnp45VTC5Ked5ZJoDBGzPKrRRiJxKXUIrOCoVtwLFVYMJzMtdJH/VzOdTJC&#10;6Rxz4ZFUPNG0SRrCEaGYF0TYoX3VXT28M2Vha8DQd7m6QTqEp6amcVOEZnqqTNEGLV2BYfUuauCs&#10;r8RwUz084iStjq2AgLvEx/Ri5JBPfvfjxQQCOFVadZ4gg17nHJ2KZUoccwuX56sw6qmloqdcNxmk&#10;27SuIQSk/NI7RNYIb9uJTIiaWW7CdUpVINe4jcvZer6KrXEGWKow9aOqZK7Dp4Zo7/LNt3BHZluw&#10;t7wGvFqlAo4VVu3UkQeFe5zyXC9P17w9KWRY5xjlYqgE2TbNMRp7dOCXdNsG7bjbPPwqMu1NCBkd&#10;zqG1J+IFe5sF9M8tVWbJVpqad6YsiCasglKPGgmWQ2ZPbbtzJ6w3bTctAjDH1rjrvBngsXdXQZ9x&#10;r3LHsfopsHpcsVVA5qRFVwRVXmXIKD3RqovodeD67y9DPdqSScccPLqoC7r5ul8vBwbQaZpY95lQ&#10;+77h2smhB7+PDQeh4RSYP1KwmeJWpY8TxtFjdQQEnX3rXuQGtY+3kX727vWL27dxcusoLzSXQlZS&#10;CtIKZISoiRPEAxQpubi5a3pyVbaidSmcJwMKET01Vt+MD5NL6JOv+ORSthuMYBluTMmC45Tg+fR1&#10;2Gb6mlnibTbJDJ7yN3U6814/+FDEyJnL0x0gQU0k+GYxKmGxCwp2nbB0MYOl/s6X10+nnMXda87y&#10;6fgGBAE8Z1V9BHiNySTNcfwbsOrKH0p40cSzD/XLEFzrm7DZ87PdZcYWjxuohSrlQMyI8i6lY7KN&#10;AoAsOJr8JH5STrp17hqppKPzcAp5Y3EPmmyY0pNxvQfvjtwZZosflyDgKlLIXP8AJXhxw+NGu9Yt&#10;TjVJkLJU2A4PBjleMy06ihxCtahTacGxP3hIsFRcg293aPp01vdCZYjlJlq6+VlubxGniVu/gyyE&#10;cjNzuknAkg+6mScTRTPM6xYhQRpT4TlzCHULs+Y/mOIEg2Nj5UlJcj6uM9RPk+GpMrU2I1EhAYhq&#10;2JF+5KcHhJfKbB8Oyn0zFCHgOG9aqmgWnqscy3Qor7VNLgNc72tbvPikgv43txxw/M2XY5oxFl92&#10;U9kmxCtX2a/oZI7cD13dJII0zWlSNtS8R6Y9RaynkeXqk2GzKL/MYXgWBNb4WrqWquB8eDtl3NGG&#10;CSghpMGhgQsHkdpKqYpr3vPM44SNXQQvBI/Giq+7xIJGNFE6p9Bs2YxgmaajHurmNYrLLTzQpGlL&#10;gFENgiOinDsNgcXte1+CY9dUx9YckYf8uJJMawLH0p8SU2McdPWYUHXy9m1gDURncWuNfDg/st7l&#10;osXRoHeakR0QVcff6VIXZ9uKM13SzHNS+UqYeQ3o0ggggGdUz0jZhFU2519J/R7GvRX1txHFc24x&#10;DlLp5nTAurOY8oRTVslTXYlRZSzJQR+RW/NedFLKrOohjQqzKg2lm911lzQ9XiHy86x1MS2ameoi&#10;R109gINjpwiuO0h8W5BQmROyouYtAuCaccjfhGdKMlJTY9k3NOaco1eLCObHKLBcxYhSPOsnvmOp&#10;ejnQyC7HvpyJiue8wU1GowtXadmMccVJubUewLYflyOb7eErBMkcaOmGUpw4Ud/ph+HT6fVzBBLn&#10;LK+E4rSUUQi+ex+nppZ3svZ56hGdhbXVjfiL/rZ1nxV/LjwPGqtCfcMNBWyL9TKhHjwJ3GYtp8Wo&#10;CjRpAAo6eF+nz0NdP0NOtTkTLksNnmjrMSwSjkuo23ZHkU/Dw5IhwTq5XANJSVVM0h22xOpioSPp&#10;NXJFb7+B+4zNsqxMD2+6lsJ0gUJcGMemDAaaM4TWYbjscYHktk/C6rGEAtYG+EQVVwByO2QeodRK&#10;Vr56WnsbGSsxrDJFHxIgqJCfu4wjMWomY9CKUqABwFOy9YujNJGqYNhOM4ixXcsOHZNzPGxtoQGq&#10;cNhT72HFNRdMK9ffrc7YLE23VDVVxvfv/kqWRT9/EyswQdk7eqtLXsgUh8d9Q4pCIsG9PueMxROA&#10;vzOG4Zl6HbqQL/zXGaNx27BePa5Ay3BGJKvPlGzrpJHRU9RUsLaf7qaf7ubVfAHTJBPlFKkqPAUj&#10;YutvVzGBLJgnpoxemhQlIVzvi2F4WSe/fDGxew+NjzLFljJ0NQA2aZ6uNQPMT+W+SSe2h+ZlH5cP&#10;svuGe7GqT5RViCKCvNfUf1ZVPzMeF9CsrYEbfoKuvz1X1Z1AILQx5cpToDqPMHFPQ4Lk91Jp5q53&#10;U/ozvgjBt2Fmif2e3h00bUEagojqiq40VzPudvW86zLhtT0ywMKhMseN0GZ8SZfd1O+nxSguLG4O&#10;zhB/V31DqKXAMbocrVVVQYRQzw5bxTNKVojnraqcB2oaNo0isI0IlmcEKoAO69yM0ewLcfK3nG3H&#10;EmVYhMcAdpo3y9gHE0cX0O5MzzX51w4eoTEMAzZnfFKeq6gZU6d5WwSojpcCwiN5qCDGcS/mFbXO&#10;ZKhg1NS3s7EzAL5YAWmjqFgFJiUeRMq1SVEFPj9ZJmWuuzrKmFUmLYdh1MZXh3GImapjmWIN7rRb&#10;tN5EedpbU6822g4AfOBs4zGFKHrQF1KTiOYq5PCcaqJMSzHNJTpKmFRQUdK8TuI5sRFLNVzxxrIo&#10;vsW1ptNwYqR7l2K7guXawYn1PTEKqXL9Hj+A4f04wXEqJz+ljBoa+QRljo4ip6kP8XY3Fr8X35ec&#10;lKiQfCnHqOA9xPspBmYUlRHpS3rqR6mpwaRJbLQVUldNG4Ul0NLPAAL+xpVIt7OOuE5cxXAsj5zh&#10;xaCLCoq2hwloJ6KOVkkjps11EcgMb6GUU1IxGtwh17m5i224GO8OCkLkcZTJHphOHGiZ5vTbkVwm&#10;mWoxCiWDczUdQ8dSRpZTRl+/it5E9utvZw/GTskZZrstZ06f0OyloZ6+qwfCgJZDV1OHS4vNilA0&#10;hY7VUbqjyxf/ACYUAbrWUtOJSFpJCfEIx6zBjpxIwpXl7mtsjooteYMw5hwPFMl5wxqjkmmp6GPM&#10;ONQ/oHp6CqOGfy/EYo9gLkeY9OBb7LFiX2bhx06Z1GG5f/rjmTM+ZKfCJoK2mwppoPMAkrmoI2qZ&#10;JESpBUS1NRJUbxa633E3RTCW++8ilPOJ/hVt2cNlVS2uTU7PlBjOKrlXLGX8rtjtFLHJiMyyeRBD&#10;SYdHVGaJQZ6Z0LLFCtP5RG4M6EWCySKq859a+leE1WL4vDnynxanqaqHEHKiUFJadII41Zdjht3k&#10;Lpoew97wgPMHFXDejEET6zS63UpChOysPTzp7mqkwbB6HGMqQ5ckoKSXDZYqeanmW1RJPM4R4WQr&#10;Y1LAaEG5+z+8D+LerPpvQPNGcSBhmJFTC2GNOGEaMSLyU7hAASb6fHtoW5flhbd1JI1eQpZnP5e/&#10;QEvYhOyCR8CKFFunYqY6b5qpmWakB+Wlpa6tgKlmViW+XlTd9gaNf8zcOKv1M9MMRngaiwhqirLE&#10;ebRzVUBLCPeV2xVAG62traadrjg/t95bu2UMQT5VHeadnmT3Mk6x1BaiPfqp6p8pYjArxjMcxpzp&#10;HTyw0UoFzfVpINx+s8SlR6lcNrKhEwmXE6Wn1aP5Ovoyq2va3zNJM/v9hrr4/E+a7ULkKKFxq4CP&#10;0oCXvYnkS5AcWmfI/IU5pluNQC60s0hG2SWSlO5vZfZKo/LiB62dXJ8T6M9VYIszzSwVuWMwQyUl&#10;ZBC4YyYVMthKksQuQ2m2M/X35S/3rdvLRYKfCQfhRJb9kreWKLzb+oAbNPzkfOnCPB6KKWKVaGJX&#10;iIZZY7ggg37EHxHt4Xn8JemgrOjnq+pKrHDl+nqqnI8ddiApxVkQKMaLAR+bDft7eRuzJBFC/Ih4&#10;F0F2ehUr1T6U1FLhKYrUU9FmRqUTzmnSOVlw9QSwil7qWHhw1kfRvJOQ8/QdR8N6+YZh8WZPKwiq&#10;ocawbE6aOoqiDsbzYTUBWIXXcLH2jg0y9tREbaYXapadDmqAaVYzLmQpLFW9O66RhcEYVW4TMpA8&#10;b1NTTH8uV+Ze6L4XjHXDrBneDPkOKNjOZse/mMWA+UlFDHV4rNUrFLUVIL+cRY+UI9wv7e3QX6XP&#10;potl3K75zMkqeSCFtMqQQnUMErcJA18dKUyBxNZQ9kXZo2u6cuvzIUZOpKSmACTgVY49KRjiOmlt&#10;S3+Wp7xNAfLS8ExUuh2j3W2FluOxsSPjw2/QXK+IYvnXAco0GKLV0OWJ5qSiWono6aWlSM1GIlpW&#10;iYtMYv0jfozuFgPdJ0z87PRY5JZPW4u0JQlxRDZSnUsn7Qog+KTI1Yx1RWQu5bvc3Pcd5gkkJkjb&#10;iRMbeIkdA2VFxXEKbCqGetqTaNSkQVQWLyTSLDGgHtZmCi+muunD50+TGzLnzJGU63OcmD0lVhdP&#10;jc+GNFUhaqRYgtT/ALw74qdNxAabc5IJFyFB4qc30FnchTrA75pMBZWJJVtSEKVKiAJBghIkYTSr&#10;N7P8nm1mp1jvHG2gdRgypRGshAIiI2xAGqMYoNM2ZwnydlzGs1JlKTHq7DZHppI8LkpPmHj84bFj&#10;+dlhMjANdYwRuOi6m3FDXdOsX6XYVhVLWZawGhkebEOteB5yw04jIlJS/LCgjgr5GpYpKjbLicDR&#10;xCQHcwuVDFgL2M6y3OHlBl1esgN6CEgFcglaUpUBsSoKJGI6SBMn2r5QUJaA7xSlLG2NUHE8YGqQ&#10;BhhSFyp1Uyb1DzXjk2BZoxAVWG1b9G8QydiT0aLVYnST1FRLVU0HzJC7Eo61HkK/pBC4QN5VmGzE&#10;KzG8MbLPVSuwj56q2Jh2RstVE4bEax8RZ2LyL5cpdqNIo5A1m0lvut7pCzDbL7r2WpUUpglxf8A0&#10;8NojVKhwjTEbSJFasWLm9DCkaVASog+EmQRJ2iIMx10xPPlLM2MZl6FYas9LSiilx3qZmDBleHCq&#10;MUs9HGKe6SqIhiG+ojKhwQKeUbb+/wAYDlfqnTdJ6/L/AEzxLC8p5SyHVzZgzcmOrHHiMOIPTSI9&#10;MkyRyJI6IqaFFLFwDcDaEyxlBzply5SVF5OkJSmUKRgAqDBSJB8U4aaWbyMMsXjSmAAtzAAYiAJ1&#10;bDBicT7caZsz450Qy56kOn+acyw4ljvVfrLgi9MMgw5cWqxPDJcEpKtcYaskp6YEQIZJixqJNyIs&#10;Zsy7jvDPMHpq6p4Lk5+uvWXM8NDVUElKmCZex2uqsSr5Hnm/RRNJRQ1ixi1yEXwvv2AEcOP9njI3&#10;L7+T5JZKcfCV4hCW0+GEqgqgmCQCoBQ6NQkiJbHeIHMSiFFYkgEYSCP6REjpgHaOuA76cfiG+nzq&#10;B6nZfSB0UybmTNWacJpcZxrM+Z8GwKnwTLeFx4LVx0Fa+/HqjDZ6lEnniTzqSCaNzIhjZ13lFNh3&#10;UWqyRmfN3SLp1QSYFCzWy/g+a/5nQMaWq8zFmaqkgcM0hVmG2SDba2oubnNxusxmFqzfX8OqSE61&#10;I0K8Q8A0gggAFMyFzPXjUj5dYpdZRblKS+34sTCSVEk/bMxjh6TQ/wBP0zwTqXl7pTnXqvTYHnnO&#10;uUFp8cqsey3Q4dV4cuNrTLQ1EuG/zBK2SniEgZk8qo3g6FmI4ZfLxyFkvEabKuFs2Rmx6CPM8WcY&#10;GSpUYrOgoKhnhASNoxtiVk2RrtYtYLv5EmdpzPMWVXKgH1IJR3ZBA0g6kgHEzGojEkkRMxCvOrB0&#10;srIQF44piJGwQcSkjbI40Wbqtl7rRm/JWcc4NljD+tdZg9fVYHWdEMQSfBqfFMCo6qOuovlK+1TN&#10;SYhCL1CTqZiZkCLZxG8Y74LnzLMmaVzfhU2J1+BZchrqfMsFFSzrhdbWU0ccJlpYnZXsJZXUMfdU&#10;r+6CXMC709mudXmQLy55bSLp7RoUSC4lJUVFK1QRBSkAgAkhWOqAKhXeLKr7MLI5W8tAuVaVCSNa&#10;EFWIUSkbYA2ExM8Kp96z+kv1NdVfSVnb0odQcQyVl/rF1UxTL8PQfMGb8ZopM95ZytW4/UYjPhmO&#10;4hS0QhnZqLC4El8gvJMjy3MzxpCy8wv1C9K855i/q5liunfMk8JrcYbGIo4IqcJ5SrGDOVeWWVJA&#10;I4472ALHTkGZH9M2+GQ263L5LarJKwEJbKyXZBhRCSEJSlQlal4nYBO2Lsn7L89sFFu7CSwlUJSl&#10;RlZIURgkpSBqEqJmejpq2o/wZvXv6fMoT4l18pcFx7o5kCtGX8g5K6I4nmGtrcaqK0V1fHVTph0U&#10;VBh1BT1g+brqquTttjQb9i845x6pNlbL9ZHisL/zJvIatpoWWKoijqTcRqxF1ZUcXOmvfsODnJOz&#10;DKLu8TmLI/Ytag2BggqCo144ElQ8MkgJAIgkzJOVdm2Xv3Av2x+zQVBAw06knTr6DKgSnhEHaTRt&#10;PTN+Fd0Z639Zcudd+mFRQzdHsozY3h3SZPlhX4DieN5Zqv5XJjM0RYpURVGI0krQIshjaBI2W5dz&#10;xTZNoYcExZYMNaeSsxSaWkp9/mNTv5MrTptEhvdU8QdQbnwsg7VrrK7zJlqv1gNtIClJBTrAWNGI&#10;MxBJjCJGGyi/tBv8vuspU5drAbQkKUkKTqGvwTBkDxGRhgR1RQS/iEZuy7169OdRmrrLU4LS5Q6R&#10;4NgnUTMuWMErcLXN1D/Wahhy1N8wkQqIIw2IuxEbQaSwhUI2MGDjq/W4xWU9dhdZln+rlLE7y0lU&#10;1bulqzEVPlvGZmupAB8rYQL3JB4F8seS3kbtxaXiswSEJKtSQhpCQrqQkqUcUkz4oFHnZVbWKWlL&#10;avlXOsDApASjTs0+EGeBUNsUb78JHJ3RzBMLw7OeRfVpWeqbGq/D6CkzDgFNlYYZl7KSNJUwxVFL&#10;K2FUzmq8x5oXxAzo9QqEBGRRYIMo43ljJU2JzUsq4c+bsLgiGMy1FSfl6+jjlX3qXbUmRm1U33e+&#10;ijbcm4Zye9Za3gtXmU9ww40StI8SAoAggKJMHZjjIPGaFOc2BcumX0rhDajqTpnVIjAzIMHhVi3q&#10;K6R9Tuu+MdJ8eaqkr8F6EZ2xHFMx9LqHBMFq6nMGBYvHFTItLjNZNhjUAiDrIWidC0EkgLGy7Bao&#10;McqsToK3CKOJMyUVTS+TVViUU8STRy3SdEV2VZ9UO4qG2qbELoDObSLF67bbfdQVRIgpgmCmFYRC&#10;pw0xiKOrqwZUtDjiiiFTEiDwTJIMbdkiT07aLtnDpN05wnPuR+ofUPME3RfHcr4+uOYVlyqzDhNZ&#10;SxVsEfkYM1fUvSTNhoZapDDC0sPmVCgqZjd+QOntThGTMtZ0zhUS0OVcNxSZsbpsbzClIaeoqZSt&#10;NPHFU1ci+Ul4SzQgXVt1+9hBm92T5N/PG7D8sq4t1ql7S64lDOGpK1ISYUCYEkgicJwqLO03Ksuz&#10;DObazW0t/GFhK1/shGoKUkYY4YiKCb1x5fyX159R3Q3oE2OZv6wZvyFDDlTPXS7ormPONNiGVcJC&#10;JXUuJYphWWEe8ny+JgR4nUMkcsW1FbeQXh4HTSdQhX4jkCrpq7yklqhPgVYsi/MvaR2SRJAoFxtU&#10;KqgAm9/Cf399t2N2MubRdPoRbqEAHxgg4RxKvUmakBeb5Lu7bpYu34aUYAWdQA2QZnDqJONGZz11&#10;Q6N+i3LOS8jep3GsRkyxm6anytheDZ5wGoxRGwanjkpVpqmNKOsllAiJmmeommLstxs/ert63dVO&#10;g+D9aMHy1iuC1mWep+Mw0OL0GdscONYNR1lViVbUB4Yl8qGKaRGKtLOW2xl7FgyMFB9l2hbmW2ft&#10;quEqbZbRr1p1oGPiA0D7hGMxjMcKeTv5kNrmAYuiEtBAUkgKgzMRAxw2ETM1aV6fcIzZh+U5ad8e&#10;oJ+kOUqdso5VyLlalo8U/wB91Dh9KKZ456SedvKWIFIqYRbmXa3ZgDYHgnp8zZieTxXZ4zH/ADTF&#10;aiNK3Lvysi1dJhlRE3mQzLPJdpTqLqrbbEgMw15IFn9Tm7F5mKWrVAbIIkKCtawdmAGGHTBB2xRM&#10;rt23dv7sW7KISCCQQQpcxBAExjsJxkQQKo7x38eH0pr6hKjpd0kyHPkjCsvYy2Xc/wAec8DxDB8f&#10;zP5m6kmpocLgiV6O5IYSVu2VXAWWGE34XHDMuZdq8z4HQZvyVSvR4+xpI8/ZdxfF6DBmkijLbpZ6&#10;dJUilOwjyysZv4AcnjfPely3sD3DzxWNjIbCnCOgREjoOo+tSrvlnT9rYrWwVqdSYDRA1EGcBG0d&#10;BmrhetXU/qDlPpdnvM/SfOeY8U6gZJgkzNL0CrMq4DmLNtRQmURfL0FAavCXqI1Mi7KgVMwYKwDS&#10;SacMnknE2yLh2YqDp9XrjuUhVNiTS4bJSYwaWqkVGqKcVSVyNceYJGQ+8QSzgE3fHm73ZyLeC+a/&#10;OWziLhsEFLveITthK1IUhSdagISraOB1QRivlmbZbvJn6bS6sXhcoRKu8kNATAJwILhEgTjAEEGq&#10;beqXSvof67upXSzFvU/0wxTKPXvD8Jq8g4vlDqPJmnItDX4QKqVcPxery/imW6uAy1CwTU0NZpH5&#10;oEVNNI8a/Lk79RfV3qJ0mzuc+dJ84S5lzXj9KrdQOm9LGJ6inpKWnRFqJ46mF44lkjABWJgfd3qQ&#10;LkZDbidmmRZtlyrW8yZPcsLT3To7tGo6iQlKkualaDB/aABWqCDiDKOaZZboHd/y4uNW+lQAUkcS&#10;dSdJJhJGIUATI66so6Kekj0/9Z+kdD6cOrvo6jwjop6esYw/M3QjNtfV4OmDYnXPiNZXvJg8mAYt&#10;JiLLS1H+VavhgM/mhXjkIkuSCPqHRZp6X1uH5ArcXw3G8KxZszYxkPEhJHFRYfPSzRzy0wDSRyqk&#10;nlKZVO9QAWHcnI/JHEv5sBctd24WygKUmFKIMpBXGO0mASJx6qU5fv0m4bV+TSW3f4pACu7hRI1Y&#10;SJjYfTbVn8WDUlLnJ8wPgNCmJV+Gx5fqc3pBT/zGphpahp4KWWcKsnlI08zpHqoZmI2k6vOa+q2Y&#10;c35Zy7imf62izwKarWXGcHxYyRSVJeGIqJo6YQOxAiZfNjsbHUhjwT5HuLbWji2WmyySkQUwQCNu&#10;kkREkEJI4bIFHNw/Zoyv9olJK42zsiRjEyIPVUbL/T/K2TsKqcByVhi5NpZKd6GgbAooQKJC0jr8&#10;utQksahGlLJGyFBoNpUW4LuH0P8AnWwfKeF5H6eZU6IYfStUpUYvitRIXxpHgilBEs8VRVN5S3kt&#10;YqQ3cWFwa4o5FcXC7u8uL8qghISiGsSIAToSNWzHGQa1unll7atl62SXUqIgEJgJInDZtMdZx6KB&#10;TA8Azj0OxDqTnDMnVLP3qbqM2PRVWC5FqqLKkZy/BTtUr5OHxYTSYFTBZjIqs1QzSMUB3EbiDkyY&#10;9076R9O5sYOPUPUzG8q4FjmP5gxOQRx1Vf8AKxrOsMbAloEZmKBQxP72rFiMecxGb5ldulxpdqyV&#10;o0gSrQIOoxgFqAAUCYE+HYBIW39f3jXmLbjlsUNAKJUIhKUpKtgBkkgRMbeMUQvMGFesjrv1RzJS&#10;5oyljfQHJGK43lTDenAwipp62HCKeJayXEaurjhSopa2cLTRzRvPGsayFYGDIiNOBWW8Eo+pnS/N&#10;md/ULlJqPEY6ePEcBnxOWtwqtpMHkPlB4IwNsknmOzRq4LN7pJI2gjzPt8WcozZizyi4KUn7iQlS&#10;CrE+JROAASEqIMJKh00LbfPE5khAU0UtuCMEgkSD4v70D+kDhhhJFG/zlnWvy31V6S5K6M5kkTLm&#10;OYnimWc24XljDKDHqAYxT0Eleq4jKHE9DEi0jJLKjAKzKm3e25CXdMupGd/Tn1rLZRxWok6d4pN8&#10;3HT1C1Ap6ujq3bD4qmeAOyEwSyqXUnerKQGItwV782Yze3Vb3rAOlIKiANYxBVoUB9pJxwBjEAio&#10;setf5TfLbuFE24gqAkEpmJSRtAnEYGeJkUNPWjoX099RfTmpyJ1byzDiFLXRwtVfyyUiroplkiqJ&#10;Uo60Rxyxh/L2M6hCyHUC9uHG60451iwzDstdWKnqTTZdx7DqyKlxzJmVakrFV4XPUsHqjT08cSkR&#10;FkSQ7iHBVgVZCzYo2nZ2veLN2rPKHHWGmUKJLyVxrBwRKzrUVCcYKRpjAlMnW7+/1nmAUxYNLS3b&#10;/cXEqBTKwmP2njM444gAHHZRX+g2AdEIcbk9NnT/AKH5gxzpTk7B6jHV6ldVYqnFaXDMTE8NPDhI&#10;r811lZiU080VTPKiFNtMkbRsVWSKMJvBvWXiebcgVmN1LzxZ3yzjEYy29HjZhTFcMMrO4r8Md1WR&#10;UCrGrjWz3GzawM87ndjObMOIRmDbfdupVqAbgo6FJcIMEnEpwGAkGRQq3S3hbvHXFoQgtgQE+EKx&#10;2qEnDGNvSaU2H+i/KmAdWKiuwPCstQ9G8dwCuwyuyVPlSgOL4Ljc7oslZg+MJtkp1qwwkmiZW/SR&#10;7veMl45GE+qGDqB11rOpGd8Tq8JwjC6KfBunGRMCqaN4/LhtK6V61U8byCYRsSFW7MwAuqAhdl/Y&#10;Wd3shGW2ykrcccK3FKSUklRJ1ApSRqBwB8KUgbDgKJsrQLNoMNOiNSlQY1qUoklRKdm3wgQkAARh&#10;SH6T+grDPTL6W6L03dEKqhxapzTjlfm7q/1NznH/AC7GK+uxp6iepxShGBUohp6ynlaFKNQixwwx&#10;gakXJgch9WcqRZsbMGa8TqaDImZ8FFVQ4NhtFFh8P8y+XSCWIU9I7FwkgYHcxf2+BYJ77bk525lQ&#10;Yy5KPzrTqQVOFS/2eoEmekp2R4Zw2GQa7xKzh3Kwq0UDcoWJ1mfCTjEnbEx7qSHqY6C+pXGPT1hG&#10;VPTXNgNT6gslZxopkzj1hxatzDV/1WXGpKyaRa/FadnhrJ6RkIVYzEhLIgAsUe+reNZZz1lBY8p5&#10;+rcbwGirFx2uy7XE0Sz0kDeYI0NSYZWKs4cFEPv2tr2Itw8hvrS+BzCyaS6Ugd4PEe8IAKoEpGyM&#10;VTpGOwSWWGRXbboVdMIxA8QAkkjEnbx9cPKkP6N+l/WDp91GjzN6hfS1kzpz1HxPBKPLI6vdOguJ&#10;4jiGNz0UENfUzR0EFVDSwS/LpEvmVW/y4wGsircrfS7KdFgHWfGcq4pm+qyJiGEYlO+RqrMiUdZF&#10;VUVVAUihqLuvmK8aqAEJAPYDsZ73szxy4yBFyhgPpWjxpSSmCk4lOGEGT4vfQxd70Nr0iSNgwEiO&#10;Exso+HVrOuY/8wc2cMD6ef55p5qCmqcxZSyZiU2EVc7K8YqHw6SpQFXhfc6iR42sv2r8VuYM2UWZ&#10;c9VuW8hPX4b1Gw5qqgxA4PPQU1HiPlTCWENHXvJBaNtwSRVU6qQHFuFOVZMu0y9L11pVaKAI1BSi&#10;mdsFIBkjaJMdVK05k0CUF06gNmHHhB21OwHCv6r5PqMfzti5xTIQoqKvoKDG6apq63DImpGgnO6K&#10;AVJMisrSK+5gd1yB2MlkHDc902WsTza1Hg2QoEaDNVXWUeLw4rNiJiplSVpa5YYxAG2B1AksQWU+&#10;6brC2+ua5T+ZbtF95daypEd2UpQCSR4JOsAEAnSSICtoqOL/ADNgXjbVy0paVyD4dg2mQBEbMYqt&#10;b1AdTugOKdWcjdEOpWUs29fKrPk+JdKP6vNlnEKDA8Coa+peshd8DqjDHiKwB0ieVaWZkESSAq6E&#10;OCmOZgy7mjDcezhiuWcPhzRk+Z8bxOnNQIcYhwuWOMQ1WHVNES00imPaixuu4tbRiQRx+XucrCEt&#10;qWtpwacBKSoE6krSqQJnHUK1ntxcNWi3GGg66MEidJHlIwjbwNHdo8Bxzp7WZWyPheJ4vjGWs2UC&#10;ZawWtFI1VhaYrTGqkqaevpKmOU00VQkpZndW2hLEkADgbdTvUbh+EYPQ5AbprR1Wcs475MdinpKT&#10;Bp40mqNjV9NPVJHHHLU3cBwyuSATrYmLLrdrOL68NxlgXNscYWvUAU/bCTCsBKdRIHSKwl3utcxu&#10;bZVxZW6f5ggnHSNRwGnYfEYkJJ49dBtkz0j+d1QwTqhh/WvNkWXul1RNPk3AcHzXjWIUFVHLQ/L/&#10;AMqxaCGr/wBOpqGRFlhgnMgRnZUIU7QJ+DYVjlF00wSGk6izLNmuKpytQ5Hz5RUElW600Hl1EUJl&#10;jjVTHE21t6OHPukBjcyHkOYJuHNdxbqUtuFqcTKYJUY1AbSVA7NJA8WIrJn6fM8v8y3fSu91JfSS&#10;khxOgjEwAJJOzbOw+1V0eacAzF1ozNlvG+l6SL09TDs9Yv1SyjWVkFEq4rUzPQM4pXdp2eand3BZ&#10;fKUBzdCDwtGCUeI4LmfJ2QM+4NLWZdpp62soMk4pTMPlJ53aGonpq2kjDGmSWmQyMkgZF37h7vvT&#10;7mN4h+zfvLRzS8QkFwH7gIKUqQonxEKVAIg4QccJldWAUoIxJwB+4H+94QDjxOONGhxM4Ti+FZnz&#10;ZknGIKHMWLUmH4S+asHaCon8mENV0ieTUh4jLsr3aFJFIbzFJ0IsJeb8JxvNebPks14WmG4tl2k/&#10;lnzGZZ6hKEUNVIVpagTYO8dayrPGFjm2slrFroRcLZNf21lZFxhepDhB8EatQ+5MODu5IOKZBJkC&#10;FCjMHUIRMRx6J6uuQegnHbScy/ieVqPJkuKdO6upxTDsYqmxZKXKHynzs9fBKklbS+VjBFNBKwR1&#10;nhYxureZYLKCQi4abFupOU8cyHmjOMON4rlitqYaRa7AcUxHFaSnioppleCpjplmRJpYRC3m7VuV&#10;93xBneXLWVXrV5b2ykpdSJhxCEElSQdSSoJJSmV+HGBAMkAkGbEKSoGDEYzESSJMxs29EAzjFR8e&#10;lwvIGbMJzdgnT6vMWY6elw7FMSwXG8HwzCA1bjFDSOaujr8SpoZZ4IJpKtZYopHMUMyI29445Ve3&#10;pryHmvAosGytjcmNwMqtkatpquFqtJVopZKzDqry2eVdvkMR+gUBtgJJ3pwPudpF9bPH8w3oie8E&#10;YaSfAtJiDtH8WIBwiDVW8jt3mkNuKOhJ+4RhOASDiYnHaRSWqOvWL5YmefqJgbZPpMtVMlJnivrK&#10;WrjwxqGqxKPDcPrqOsmQQMGeePzUM5ZAHOwrskMrKeZ+pCZLy9huY+nEMWXsOrcMkwvNmA1FRh09&#10;ItI60lQL0qllWojhYeZEC2y5O9zxzNMmywXrq27ol0oVKFALCpEgwrilSvtJgmB4RSmxtn2AGlES&#10;hOySccDqMAGNvVjThjuSctTdQccqcC6kPT5lxDA8Xw3FcgYv8ni9PVPUTLWU9RJBXsJGWkmqyUha&#10;URgSKg2JYcVmM9NsmyLRVtPj2KYpkXGpphjuTMZnxNpcFrEmWWTz/kniRXIO+CRqclrsWkK++pPl&#10;2+GYBxbbjSEXKB4HEhIS6mMCkqBkcFJ1iIhKZwKize1rWVYFMCMRIOwiIJAM7eM9VI/IXUjqLW4t&#10;nnLOdMl0FB1LyglHS5Yz7gMFLR4XnDCq1PNhqMOWrqKqTyaeQmKriNTvRlDKn6SNCUwVYyPmfNeB&#10;9M8MqsboqiA0kFNheNy009PJSSxVS1HycLOk5UQkOskbIbi1nGsnOsLdtWHLhCQqZOoCCCCkgFQ8&#10;P3CNJTA2kpwotzW3Fpdf5InAiCkKO3pxOEfDCjM1+EvjEeVq/FpoaKfB5jiNfTtTU88UxnoJ6B4R&#10;JUxl4heo3B42Vzt2klGZSpqvFsr5lzHhOLYlh1dlbMePYRBV4tjtFBJR1vzkMvv1gNc0MRjqEjBR&#10;VLeYSw0IC8Ss5ZcW1usNaHG0OHSDimCMEnTKgUzBmNgPXXnnEXCtSmj3hnHEQAcMTh7duIjCouG0&#10;eKYZhdfRUdRT4xT0VZNFhFNNZI46Um0dKzU6SEeSzbNxS4VRcEgsc+LYxmDJdDheesOwSCmzDQyp&#10;Tx5swvEaeKmxlKVKYrLXYNJR2kO6n/TETX3BSQvuO28uy9m9uHbVapaWJ0lJK0kgghLoIjA+ERsk&#10;dID/APLH/wBq53QUpIEuTBnrGI2QPSmepy6Mx12YstYxiIrsqVtG0a4SaeuixSiqqwVUdVJFi0VY&#10;pRHhqUSBY4kaMB9sjA7YharOpMMVDljrHg9SuVcyY3Tvg+LRUMOK1kFROI/l5YV8veAbxIIwzEkE&#10;FlbuQojdX9o7ljo71pB1JJKEkCZBMxhj4oAxGBHA9dufzNmlx8CUHomfKCDjswPGKSFP05wzGcGx&#10;PpZnqkXPmXcKq6bGsPlxyLDVkVY546uCUpEkVnEgcmSONQGB2FdFVPDq3gWcMLzVRV2IY9g0HUXz&#10;qSeaLD1/lFVJShJJqhqWirauOnqIyZGnVlYSWEuyBjfi5G5z9m8ytKGl/l8U+KVgHVpAWUDWkjSE&#10;Ygp+2VjCizKb5LziXHDpSZE6cJAjaCuDGGJBMRpESYWD9KWwTHshV7ZXwCth6cRVVNlXEK2b5vHc&#10;HhqFqaOOnp66toDJJBNAYogFeF4wpRnqFJuCWPdIKiTFjiGHYxBTzUML0KYjgVIa6SMvLLFSR10Z&#10;KSwo8kSx6xSWJF1sNwFn8+aWUlTR1E7SYnAElBmFQMTiJ6apn2TMvOIdZhBTtUACobIJgggAnbB8&#10;k7aG4Y5G6R7acxyyOqGKsdIt6eWsrvE2qyBVbcdp8DrcclVtVhEWScMxLFWocyZzp3qcBzPlvK9W&#10;tJiUjJFKkc3yMNNSsWgDLvCKSxVgQChcpWk3Cb3TCg19yVkahB2p1SQZjAYRIImQKSC+U20FvQ44&#10;gwdChqI6NKYJw4BM1EpqnEf51XYekM0WGCOmxChxSojWWBjJK4liWXz2YkhLgFAE3Cxa4VQuyXnf&#10;Ccs43iWCYJVtNXYzHLSDK+azUqaea0m5kXEotroXYMYmdnLqrKASQFybG2W53SiUgEKSQNuI2EY4&#10;xt6CaC+S55l9rmhShagFYQ5qEKHEagMDxB9AKfaqmjqhF5u5RC6VEcsJKkFWH7ykMLi4NtNpIOh4&#10;EeYeoWfMs56hxysy88WIUzlq6hnFfDBULABHtkSJQdgAAKs2029640Lu8NqAEhlGpsSQQcSOqAQO&#10;PlM9Egre7O7782nUwpBG0jUAr2JOHTj54CsskMdRTtEHKxyjSSEgEX1upHY/EcZsx9f84506g4fj&#10;2R8JgpMUq545ajKkNckaYm1ODuj9+amgMtkYQqsalSRYsDYYFdvjdxa5c+u2VIUBCSpSgQJBHiOH&#10;sHnUJdvG+DN7krqh+xVoI1JUZChPFMCNu3Zt41BhwuipMOioJN09NTx/Ko9UWmcRn3feeUuzafaL&#10;E37nh+cGxDEsIpc0SYaIMHx6anSoo4sEp6GiqooniG6Rfmo8QkJYruYvG226judeSuc923ckOtQT&#10;0Dprj2M/vE3SFFZUYJOpSlEkSdpJn066TOK4Hh+OUlFR1s74hSLJuZqt5mikaN9oDCmanTS9hrY+&#10;w24oKLM2IU+Xngjx3EaCbHnWtgpMehpZIXeBGZ1jeppYWMYUkFyx/d8b3BdzlDDasFiDSpntIvG3&#10;luLmYjA8PWsE+VcLrcYo6+agpqibCY2pI5aF54JIUkYMdIJSCSVFhb2680wuBSsm6EPnuer1e57n&#10;q9XuHr/DT19a/Roe1Mzj78n4qPDjbqoTNG+Qo1XaB5/A0lc7AHLdbfsJKRvurIj483D8k9Ns6ZOz&#10;PhGOYE2GyPFK9bWy1ck3mnzIgojUyU5VABrdLm/jbTgGR2q2Nsh1C21LXiB1dfXjUy/2DuXgk94E&#10;oNEf60UnT3r30vzLkHPH8zhy3mKmiw40VII1jkjSfzDI601UjOGsAVlIW3db8OjQZkzvR7IqDAKa&#10;egjHnj57FJZHed3Zn996fRBf3Ldhw8yL6grJlhXfWynHlCNQhIAA6BtJ49PRUV5x9Pd7cOJDN7ob&#10;Soq0qSVYnH+kNnCqCOrf4QHp/wCpGL49jeYerUmVsbxiOLAsJGUMq0tBBhuGUlLFTQhaWkrgss8n&#10;l76l5SfMNrqLm8WbGuqk0sU38lwyBITLUzwUuINGk0rRbQzmSinJ2/u2It3N+3BSPqgsEJj8monS&#10;EAlf2pkkgQMJO3rpcewnN0kD+YQAZwb9xlfxpO4X+DX6OcLwjEsJj6n5gzNV4hS0GW8JxrOuDyVd&#10;VhGGUmIGsenolwzGMHji+ZY/pyUYkFgmwsSZY6hZzsYJ8sU8sRiMJWKulLB2sDY/KgkH22HA5nP1&#10;AZdcW6kJs9KlYTq6sMIpBk3085rb3ferzQqRM6SjrmJ1enGOim/DvwI+gFDieVMxYJ1qmwPHsuYt&#10;RZmbE4crxrHUR0JMqq8TY26RtfUkMTute9tcuH5+zJQTNTf1RgaSoBYKauVV1IJ975c+Hw+vgJy7&#10;tgtLZoBNuSqcVavdFSHedk7zlyF/m4bj7QnGemZ91P8A6hvwTsleoIUWLYv6vcXwigwYxrSUgyzQ&#10;1QiCRNGLD+ZRHue+4210N+N+LdSManoK/BYMvx4ZvYxGo+akC7rbmClKextb7+DfIPqZFnmbd6q1&#10;7xaBhqVI2QOHXR1Y9lyWynS7s6v1pIdMP+E+GQcpdQ8odWMY9U9d1DqsEaLEYsExfKlKY5VW6x+Y&#10;rYsXVfeuB4eFjY851OP5vqikyZZpqeKRFSORq6ZwCtrG0cAtpe9jw5tPq8cabCBaAwonE4mZwmMR&#10;50WHsmlS5fJSoQQRgfftp+yj+CZ0eytSthFZ6psVxiopK+fF6iSlyjhlNVSLOh3xTNPXyiRA+1kD&#10;oQCNL346ZRzBnrK9NVQ1eGUWNJUzLU0cNLLJSxU6lbMukTF7nW51vwD75fUS3nC0KNoG1JBBIVJO&#10;yNowjqpzI+ytuwaLSHoQCSkadgPDbj5msfqW/BT9NnqEzNgubcM6+Zq6fY/h2H/yPNWMYhRwY9U4&#10;3NHIfJmk+crEWBki2xBIdqBVFlHA16n0Wds+4rgseL49RUFHW1kFBh+X6eGdxCkzhGYSEjcwVSb7&#10;dTpoO0bo39798DQQKF1tu3+WbJSZIEknjVj/AKH/AEq+m78P3opnLD+kmUMRzLjeC4NXZrz91Wx6&#10;WiTE8eqcPhlq41mESjZGrSeXHGGIjT/E1y1Z/wCNLg+C5K9NvRTJGDosMTZyOIn/AIsnaLBK2OSV&#10;9trm84Hwvppw+yJ/vL1a9vh+YoNZo1qKZHO35UYT8MrPmdetPUHrn1fzw5NdiNBgOE4dRqW8ihpJ&#10;JqyVKeEMxsg8ok+03JuTws34GzeX1x6iQkkGXLONG57e7i+AD9vBowT+cSegUGs8kWgSP6XyNBJ/&#10;wokiEvoOy0PEdQ8DKn2E4Dji6/DXmz2CbXPfv9XBlpmgpWjDMI45wBZgpte55FeJLkd7ePFn5pcT&#10;VQjCnihVC0e1Ngb7Ki2luc6CI/zCjIOvmKb+wcLMyfSplUjhTjE6xSmx2plgybmhBJZHoZkK311Q&#10;km3fjXiQJqZlCXAZhe3x4oy9A0Ak8KLLxM3BPXQrZMxFRl/DGjdmmenhBUE6gxKdbG3jxr8vark9&#10;x2v9PFDjhUsDhSRZKjMUK9FVxxwieM3Y7XdSLGwFux5HKKVJOhGoI1PLQUmNtV1TSpgrzLaaJTHu&#10;APlrYeFvDS/I7IfpB0AHH6oOunOGujDXVADYFmbvcG3OAjBB3mxPYEeHEzqlA4DClSWpEilXS18b&#10;xasGkGhKHUD6iNeYChVvdN/EbeKQQU+IYVuYGG2pSVZYKUciS4Uysb/dbnExtcWNh4dvHXlSU6Sa&#10;s7p+6p8Fe8cnluWdn98SK7EDQdvDnUkbWJIue3btfiVtxE4bKSqmKUVPUSOQjyGVowFO4jS3b6eR&#10;HjtqQRbW/H1KB2U8lao20paOuZdZG3rvttOpBsLH6LDmAixsRzfddG2tIEiZ2U9/zB5FvK5ljGpB&#10;8CT7eY2VT3A07X8L88UmcDWgsTU+lqyoANySSQSdDpfkKQbjt0IB0txW0zAnjTmsJEmnyCuMb7hI&#10;SBYmMbe/bta/ODRgLqvvHxHKJnX1UnL5V9tPEddGEUhzpbbfQ/SecUi0JGg9nHFOcBXn28JrlLXh&#10;pE8xhtewT2/TzIIz28P9XnkgqxpNUKfEoICVNxfX37a6/HnIRqxB9mmvbihAUBSlhahgBSfrsSRQ&#10;0baBwGIUG+tr+HJ8S22qRcL3I4ldRJJ2VdcnGkpV18flMDIN8mlvYB37j48mwg3IBt/hFvy44nAj&#10;Cas0oA47KDbNM8clK0hYCSPcC7HcO3x78WGPKWjwc20NIgX7+EmWqALg/vjRzmLw0gRRRuiNQ8eJ&#10;9VlIusWZpF3La2tKPo+PE+qkbgPevw2bCT50XWwSrCMRQ7YpVyuYGkbagG1UGug+vx78cYobrfdo&#10;wGg5py40mIoySmKCOsrUkkeQavvYm1wbAsL2Ona/hwjH4ksWz0c9ZypuwwuUi30HgX3geWtpP+Mn&#10;40bZMf8AKP8ANV8quj/AyqoZPWDNHGNznLeM7nFtABBp/RzTzcgUdACdP5cpb4/6dwhgTz0UM3Bh&#10;11uFcaWl23too0Px463gaYUnCvcsm9CGZ2w+lzzQQymOSqqsEaO3f3Ur1Oh73Mg4UZiSHQR0UY2Q&#10;GiT7KbMSoYqxQ0yh0jjkQq3+sUP/ADLy5nF62LKnTTLufTWYj83LilPglacIqWgRPNo5pkLf6zNC&#10;NfEXHcDgezfObhCglKow8+Yo8yXKLe4CgtIM7RAx86Krh8OH5m6t5k6aYtgWEVeDvg0+YKSHGKKO&#10;omlCV8NLKoDja0YWezA9iV8CRx8b1SY7g9LRPBnKpqRVxIGtS08lUVQAqHklhV2sfj9fG2u1LPWw&#10;B3uCdmAPCOINML7KMjXINv4SSYBIGO3ZRZMyfg9egjO+JSV+P+mvCt1PUVVfRYXR4hjlFhME1bdZ&#10;np8Poa6OlhLDxSIW0sBYcVeX/URmenRJBmKeGLEPOxPYlLSwgTuSXV/0Zv8Abvb28V5v27bzXxT3&#10;z4WUJSgSlOCU7AISIozuuy7JrgJStCoSIEKUMOjAikpnP8Fr8PnOU2G1GYvTvR43UYHQUGTcMmxj&#10;HMz1r0+FYckcdLFD5+JMUEaxBQRYkEgkgm8zF+tPUCnmopcPzK0kuIOIKqN6elZ0ikSzsNijwHc8&#10;YPbnvIWe7LwKRGGkcNnDCDsikqOyLJEpgNmP8ZX41kw78HT8O6Wmjoqz014etLgssOJ4Yn8zx4xe&#10;fSzvUQ7llrGDBGkNlIIANrWAHHnE+qvUPEZFfEM1BUINPJAlJh0V1lXaTZYjfvpcd78CDPaBmIeS&#10;8FeNJkGOPrRn/sc5YpgslEoUIIn50rum/wCGh6Kuk+WZMo9P+iX8swRmhqIxPj2aK+VHo5RLEFnr&#10;a6SRQhQWs40AHhwD3w3OUDVUuXM/1lBBFNU4jPhnzJNNNLWGCNy1OuyM28tPLG39HrttcgyHb/UD&#10;vEFlSniSSSZiPZFBt7sK3bXgpidg2nACdkERMmY28aNHiXQ/oPjGJ4TjeaOj+D4zmWioKXKuGZur&#10;8OjqMVp6Gi+YljhWvm31AVjNL5n6T9JuIe9+CTAM6nEYMzT58josXcBaiXDqakgJWMEF/Lp4Nnmn&#10;tutc2vfw4lT2+7xNI0oewGwEA/Gim2+mbdFpnQGCQTMFaj8ScOrZQc1vp89P1fk6o6V1vSSbMmRi&#10;JE/leY6/E8QTZUPvMAmxGrklNMNxtEH8tBoFGnFweonUaKgjocT6jTVuHMhimjWgwhmZDf8AyhrK&#10;J91x3H7OBW/7TszvFFTkSeoAe6hPZdlOVW8FpKsDhKiY9pNFXwL8J38PvLOfP85GQ/TJT5Mz7Szx&#10;11DjeXszZ1w0RTpazww4RjUMUZBHcKLn468Lr/VXBPmPOthe/wDnH9ZbfyzK1vO+W8jzdv8ALbbt&#10;v+5/Yv71t2vC3+0bsbOHSfZt/WhR/Zm36/bVj38hh8nyvMxrZ/Kf6rbv51mrf5fn+bu3fzHd5u7T&#10;5m/nbfd37dOf/9TH0pnzRiFVW4hXVqUuVcPeKKmp0gqrSoGljTymKg+WQd3vNYHxCgXydyh9WuED&#10;wDbgfw+cVNLCwLYFQ27OnZWxJ6zKfppgWB4ZlvDMvSY11fzlT17Q1Xz2Co9JIUpJ55KmOeTa0q7V&#10;T9DE0jrcBXYsOCZAIZocWardlrY3paqo8yN2DFpKkILw2A/QkM62K7iRfQHkz9ntypbhSqOnYTJ9&#10;kiPfQXYVpuVERw48YE4UUnGjiuF5j6c02BYfE+Vp6TMeXsE+Wr4ITFT01LgbSv5WIq0kn+npJFBK&#10;ZBII44za0jA6sP4uWHwYT6tqnEC61v8AWbLmDY5JHS7BJeM1GGWcbu5+UuQR428ORL2mKH88uSYx&#10;UD7Uioc3bdi7v0LR9r6o/wA4JUY6vFhV/fpJcn0/ZAhanalelWvp2p2VgEtilQyhS32lCsNrDQjX&#10;lWMmIVqOYocNqGV1MkiSwt2OgO1Co2/VyNS6QRhQp/MEYARRj+RKqTEZpFaWhaFmuypAzruIAtYM&#10;xYAezw48p09EUncUqa9xtZ6zyhCtMsSsVa83lDcRfQlhc3se5+rjbj6tkU2TXuRhLiC7i1WiMy++&#10;jMLta/8AhX7gOJgVxM1qvciSRzSAvNW+cyn3UQljoNdGtyhZwlRptyK9yCsILgC73IAa1hf48RLt&#10;1A4VTUTXudMWXcvve5dSgPa3e/NfmFAkAmB0H8K9pPGvcxEtGu+wDHtusf2cZW6QmQKtpmvcx75Z&#10;Br7oJsSoAF/j24jDxWMQB5CnAIr3OZWojKWdkZtUZSR3Nu45ZaVlMaifWtzXucoYaySXZAsjyg6L&#10;ECWuB3suvhxH+W66sFV7ijos05sw50gNfI0cd4ljxAFioX3ioZveW3fQjl2nbpBMq8PXTa2EHaK9&#10;xeUXVNJEWHGKMlrBPmqR/OvY31SQgn62+jipGaAHxgK8qLHsrSoynCvcVGEYllfEplkwytShrX3G&#10;ZKeRqWR7m+10Jj8wH2C44aB+3dGEJPsph5L7WzEV7gtdP6vHqvqzlGLFMW/m0Ndib1KvWQxLKryo&#10;59x0ACgk+AHBdulZrTdoVqBE7KibtTvA7kN0SBqCfmOFe5sVdA5aTCaCqqmnN5CsEI0CkAHx8eZg&#10;7rOnusemuMPaA0t+40xXuH6TN1FT5fpK2o1S4mAUi9x7p1+rx4M3rgBGIoA5ZkDxe0gxNNk0e+Rl&#10;Udrgk/fwynoVeKoy91GxXcqx1NZiVWxO0aGHeDf6eRPvbcAbqXs9Dn++VL2aZcu33qyVABJQpqP9&#10;OMKqJ/GZq5qn0X9cMt0zbanMuXpsAgADEmWtJplACkG5Li3Ndz/hQTXyYh1h9Oc7ximnqcGxGaWj&#10;Q3EW6qwoFLg63KnX4c5U7pW6W724gkjUnb/nV35t2z3xJGJj4UpfwV8rpkf0MZayTDiTY/T5PzJm&#10;rLlLmmcMsmLxU2MSqlY6sAVaVbErc2OgJHEx+EPTx1fXLr09VXmkEWXaVUndPOsHxlCRtDJ/h9vB&#10;vnqQWo2A1IuUoPcOkH+jRqvWTiWJ4VkDJVXhOAf1krVzNTqmGfNCkB/3zYmbmQxTWFxb7Pjy96TB&#10;stCa8uY6ia97xxUSJc+y7Tt/DkXZgW0nA4eVOJBNFUy/m7rDV0ZJ6WYVhbmwhd8yT1Oh8SqYXH/y&#10;tydLg+QDFGCMSqZRqxiqKeO/0Xp3/jwEXOYICiYp9RINK2hrPUNNK3lYjlfC6VgClPV4VidUUI11&#10;dMTp7/8AII5PpabItD5ZhwCqqWBvuxGt0t2t+gjh4FrzOUgGBTSyqcKUMWCdcMYcpi/UPC6CKwVk&#10;ytgRie+uo/mNXXDgt5WrMnWhemywlExIQ1RnrppEB7na87r+XCT844XRJSRxmY+IJonzJp0oMHGg&#10;B6n5D6sjDMZH+eDHa+XyZBQ4RQYflSlWeQKQF81cHDLf27tOCS9ZHV9QMFznVY/8zh2XaTE8Gy9l&#10;mOhVIFixekoY6n5uYuzzkSUpdQAigEAgldxE1zmeXt2S0JUA4QJIkbJjCT0/pUqWHazZ5bugrJ7P&#10;LlB+40l5xTgjUgkgoTjtBiITG0k1XHlvod1WTopnHopN0qrKDFuouZMBzznLqxV5xGJ4nI2Vc0Ve&#10;N4Z/LqaXD44cOdoZVjeWNy6sXKt9hl6o8Zti1WlHJHCigeTNSxRQsAPEmJVJ4FHL4BoKn9ajGxZL&#10;aIONGUxPoxDV5Zwmhx7CK3EWZjLW4PmbEcRxhEeS1wvz809rHseexrG85VECwYHW18zAlBFh8k8j&#10;XIF7BSx14Eb3MhrIPGhCwJEcaFfpn0I6C4MRjma8k5aw6RPt1mO0OF020JYbi8kadrdyeBu2Uer2&#10;IymaXAswymQkmZqSvSO5P+J0VR9/Atd5kJIASB1xS9KEgUbvCep/pTwaOLDaPqhkmKpgUIMLw/Gs&#10;GaawW1vLimZza3YDjnD0y6m7gJsPaEkkFa7FsNhOunvJUVSN+XChdyhWIKfZjSxJSBUqt9QnQ7Di&#10;YlxHEK3b78bZeytmjEYXA/wvhmG1CsNfbxUU3SrMSiOSsx3CMLd/tQ1mJmQggdz8hHUcTquQkEap&#10;56yKcQScBSXqPUZk6su2AdOc35kS58k4flqfDt2t7AY8aAD67cWmGdNYYi6VmesKYKpFsK/mNSwt&#10;8J6an4XKu0EAlRTPTh8zTxkfw0hMa6+ZskdosD9MebaudAHV8fqMq0cJvqPeo8UrXH/IHHCHJ2Uo&#10;VeSXONRUPvCvTU+FKq9/CR6w/wDKvDkNgkDvNopSlKo2UFFb1s9Rkssww/0zYLR0kJOytxnPNUJQ&#10;fa9PBlsgWvfSU8nzYNkyBQYqvEpwQSSgpE+vVH04MN3mLckJIJ9Y90GmHGXj0e+i49T8/esysp56&#10;rCounmU2ceYYcdw/MOOqgBK28ylxXCgbDx2jjVjseA4dhMJTzIf5mxoYp8QmVAE2sZXZodoHloC2&#10;v0ePJ63Ky2zvLktdyo6RJ8XVIwgTJwpj8q4TFEBzXmb1j0OK1GYsR6rZZqaLBFTEY8CyHkyoMtZX&#10;tWR0tFRqK/EMScfM1M8EJ2hnCszDVb8rR9UWGw4rX4JhdNhqHBcP8lKnB4BIsVKK+MRxxgSh3WVx&#10;HGxFtqfoowAVYvnb2QXFrZl093pWUkAnnh07KWW7/dnTONWzfhnYrm2kyHnLNWduoM+c8y5mr8SX&#10;COomLQ4UJ8biwSrlmnnRsHhpIJaGCoqqqGKRh5tUy1VazlKiKOnKNjWWKUYnnnHsSlEtZl6qgwiK&#10;tkYj5jD6urqagOoG4l2qQ20DsB31vyfezstXd27qI8IPH12g7cKMbV0FUmrL8AzdKlP0uwKgww4f&#10;DnPCJ8bagjRmajraCjoIvJckRhY0glCszAXJuAO3AByb0+p8wZFw7EYYo0pWqqbGqmrxKwWjFdVT&#10;ruYuC1koJSS+4DS3Ym4rUw5ctqbbGPeDjsHAz60izbxrSZmdtC7mHO0WA4+tDOpqK2enrJsJoKQF&#10;5auOlhhJCdgJDUOsarqTf7lvmjp+2dMj5ogoaOaGswOm+eoRHYNUtLmGqwo0ylY2IkQoknu31jCj&#10;seLt3rC4VbFp6BAJx44xQPvrhSVBIEpmkJ/nKhy1nTKmG1c8dXRZwxGfL1XPBImyhFNlKPMPzcpZ&#10;/di/RmOxAN5VY6HUzWVcCwz52irsSjp8PfOGWsk41UYtiMwoqcVcMlJHESzm6kSyyI99bqBa4PAQ&#10;7bOuPqYt0la1FOAHlsoY5dZ4Ap2KomeYM/4tPlTE8Vw6HEsSq+nGferWSMQyZgFBNi2KTUEaY7Ui&#10;JKRVDM81PFTT0y2F45QQSjKeV9eoWiyzW1GG4pgOJ1s2EZirsTqMx4rk/G6imw+COaapxOKRvKLw&#10;ENSRLqoutxv1ZTwBbwdim9bhduV2rzbaRKQUKlZkSBhgQCCCYB4UaPbsXJaLmhWkcYwqxTpscXhw&#10;GjoMbp5YKjDqWgoKN8Qj2zMsOHU8UpcsFYnz/MFyLHuNOEjx3J+VKVI5cBzxjmMVM9RVYezKcOrV&#10;V4kI8+VAaeZ4kbs4c7u637cLLPsm3gWn9pbltRIASqApRImIJmY24YUWHIXU6AJJUYAEUIwJOlvY&#10;fHx+rjDR9GurOOZjpcsYE1RV0tc6thk+M4dUUkMkTQx+Y7QtI8qqr+7GSgDGxA+3bKLcj6McyzDK&#10;St5KEOrIIUdUISNRVjIxJ0iCk7RBwMCbL+y7NbxYSEFIPFWA+IP48JiuLzRxRvNLIscUYLSSMQFU&#10;Dvcngw5A9HvWDPlGuJ1GK109Fhk1BVVlNhFAEJpsWlu8plrpgFMUY99th2to7AAso23Q+kLJW7hL&#10;l6+lxKgkhKTiQSZmY0lQ+0QrHAk0a5T2N3b8hbmyPtHAnrpMY9nfK2WaigpMbxunw6qxRpYcOp6q&#10;SzzyxAHy0VQxZ23AKoF2JsASQOKPGvQLnmjy3hmMVtRWzrmGagwzAIaOpinkmLVM9IlQYpZkUIBT&#10;hrMuh7EBWPMgcr+mns7trhxhBQ08lJErIJkjEAGEkwQRAKgQIM4FY92Q2wQvWspIIG3EGcTHEQfh&#10;FM2H9V8gYrj+a8s0GY4p8ZyOzQZrpdsqiikSkpa8ozMoUsIa2JyFJsGHt4z9S/w3M70tfR4Jh/U7&#10;F6uHEaCqrMxZdrMUampzTjZSFRKFnG0yVUYuY3X7Qaw2loL7SvpRyV9g3GVa0tElKpMSVJMBJWCA&#10;NUYq4TQN3n7EHGkhbTqyk7QrAHy2fOvYN1PypjmHpi1HVP8Ay2oqBhtBUSxujTy+VJMVWNwr3CRM&#10;1iO3bW4ABenzN/S30q4L1q6M5sx3M1RmjOmIZdkxrFMtZZpK6hw2XAnqJJoWk/nMLvc1W3dsXQE7&#10;bEDnO3Otz0ZRePWq3QpSFRgDGHXPy6agpdsLRbjZJJ2YCpOPYXjlXmbKmYsFo6KvpsIp8RppxiNd&#10;PSN/p3y2xkEVJUhxaJrgle478MLnDrx6ac3ZckypB1YhpsVQxYhhxzHgeZKcrU00oIDR0dDXMPEG&#10;1wPbxEygJcHGPfSe4aYeTpK8fWn81WK06JNLgzVMzsIpabC5oJNoI1YNVNTXUfRf4cJf0fyh1dxP&#10;r1ilOaulPTfHsVzLjsEc+NYRhlLUtiUdQ0U8kOJVFJMvmXjKidFYDbdV8Dbdre/P7FSrRi4caYWS&#10;opSogEkQCY2nz4YUM9yM5zK0fDYcUlgkkiYBJ6eJ9an4hXw4ZQ1GI1UU7wUqGaWLD6aorJyB4JDR&#10;pLI5+CKTy0PpR0nqcq51pPMrcJwqTCaCorTJlnFMMrQ1a0TxrSvU081VSxsTpKQ1lBtuVjp0m+jr&#10;c/NLsO5neNyRCdaipSyNh0pkiE7RCZmcMTOe/Y92cP5vbl8jQRBCzJPoCY2H1pPYdmKjzZl4YxhN&#10;FXQUUs3leTmXCMVwuq2QThJW+TxOGmqR9k7CY7Noy7lIufLLeO516d0eUcwZsq8MxBamOLDYZMwp&#10;h4qFgnlKtAJ6BqVhLKlLeT5aJ1J7KQqnmQeRZvu7vbcXjGXPd7d2LndqdU3CgSASEmNEThwAIxBo&#10;Qfz9y+U7b2qmVu2x0BbiSHDJxSlQBSMBhEieBoB854Dlbq5Q5uyVgk+IYDj1F5zU2PYcm6UVCQEw&#10;1Kx4hDUUz+VLOTElRaxBIsrElSY/1Ezf1SiwTKuHYA2FSZUqoM1rQKa4U9YkdJLTLJUxTwQSzJ5w&#10;jeNVifaY1IW4uBVcbjpyxS74EFxQUhJDnhmSYVpMDBSunbM8KE68vvBfIuHLcgtxJbXrEAHBSNKV&#10;ESZTAV5Ujsoen3pr0ezzmrrTV1smK5nzZQnJdbjFVJCrUtJHXVGIwUsAWQwwFPm6kvKWVnaVtzWI&#10;AErMKDEOmNdhNTmWLqTjEmI10OVaXLdFi7RYlVtSR05p7QteojgqGfdssrbQSGJsAnu5c3tlnKby&#10;8KbZtSEd5rLae7SCpRhSjCSRBlWIEiBGJxu5nLy7p+5dUEtlKcFEJCQCT4j64zsmDFAFkXNOL4X1&#10;yzJ1mzNkmT07dPEyZg9V1Dm6oY9lGliyvheFYzjVcKyuSNn+TarofIZzUSuY0Z0HkGNnkU/Qakky&#10;hmMTZiyrimHZZMOER0EWb6eKhp6apoaeSOarWCq8hVM7OhXYCwF197Tle19z+eZG8iwuW1vqS6Ap&#10;pWo+L7U60FR8OIPCejGhh2gsHNcre/KXTbi9KgO7MmegqTOyOobdgoKPxCoq/wBUvpU6l4X6ZPUF&#10;l3NXUt6DNeWaKq6H189fXVvzVYEhwlq3LcmIyxrBHG0dSrhUeVQ7eSqkDlnTKXUL1F51xrI0GcsF&#10;ytlLKtfU5gw+lWSeTF6hI5TDRyfJwTxqYRZJPMmXej2KmxHAlb78WG4mT2GY3ts66+43ocIGpAVp&#10;BI7yICyqQEiQsSOBNR1cZ/abv5fZXV2y4takCVEEDVxAVwJI2YTRaqbr/wBBvwkvTH6auvvVnovn&#10;jPnV7qfkvLfT/qXmnD6OLEMLw7HRQRYpilLLjdcHipZ5qhp1ipqaXy6loxdboZFLNnzpplX09Zop&#10;sx5gzdSZwxujmagraLA2+ZSOljqDXVAr/mHjdZqhpWYaFtqFdwU7TMvZlv47vXlhLNo7Z2xTqSXT&#10;BMg4oA1SlMbZjHDjQh3azK6zJacwtbZdq0lMftCMU+Iq0zJnCQfYas89IPq8xX10dNa3POTvT/nz&#10;08ZAr8Op3y1mXrfSUGEVWKvXwzok+CQUNRiCz0sCRRuKhisb+YpjD2YgUZem2E4/R45mnKk0eaMy&#10;4/hGHZ+yjmLE0q8LwRlxKrlojAHpaiPz5oKeB5WjMdjtClDexZRv2thbDTw7u1S6ppYSQtzBAWlZ&#10;lJ0pWsoSDqkAg6gNhvm2+tw9cNtISA0FAGDKoIwJIEAEnESSE4z0JPFPVPnXDM8ZRyXieU3yZknL&#10;3UGq6J5+jwDEUzFmOGjo8rQY5RYnWUy4dVikoqytqqWkdmm3RxVEc5mjBJjMl06hwCfJuL02GZvm&#10;zpkzDzHQYxl3MkFBUPhsxj/SKkQp0WaKTdvRpt+07tD7w5Am9l84vPily2QxmBQVNuoUsBbeoBMq&#10;CpQsYBYREjR4oKQI7zzdppzPXQ6wlN84jwOAqKVNiI1GZCgTiBIGoGYMVWD6lsJzFVer6TBs89FK&#10;DpB6vOodFiuL9Dev3TTFsx4fg2a8p0FRTLTRVeI0VdHXYdiNIfLpsRiogjTI9P8A6QiNCqKeHKWG&#10;5Dyfi2F4VQ4VQ4jXmTEYsceiw/D0jgqXMooXemCyMkat5UbqN2gAsBwluM1vc3zpvMHlPd0iUdz3&#10;jiwpSToS8EnwoKsVqCvDBkgqJNIrPd5y8zlOYLU5pbKkhsFRKjAQlcYAA4kgwAk4igry7mbN/qS9&#10;WuR+vOPZj6iy9N8g1tZ01l9OeD5lztmQYvimBSLl/DM4wYfO0WHUDVHlGqq6WpvCIffmV5ZWLIms&#10;ybBnnKNWfMWix2v+XwaJ8UnbyY2U3jVXusO73AdADpa7XuRjfZ+3YXgS8hS2oKiEjUQBx0JlXHAp&#10;Bx2wKH2cZ+nLXUNvoUW1A/biR0EoGMTMlIMdUUfvNHqWl9MPWrBcAzHgFdmDpXT0GOdRcRfpph4x&#10;HFoY/OQzVVRg1Gk2JGnD1LjzI/NXcblYVVV4OmH53zLQPT4FiVHBhGWKwSxPCy/MVVREylGMbruH&#10;m2a242VfYbAcgfePsQye+uF5g0ta8xQUqQpRKW0KTBQlScJbkDUBKjjsJNRTnnY3lF7rurZxS70E&#10;FKiYQkgyNSYEoB2jEk8RVN/Uz8NX01dSWzv1+6RZ7zD1b9WmAYlhGZMGxSvr4cCyfgGL4eyVNDFi&#10;OHzU0LPhCSRI8kKedUysDtdSzsA/z5hGKPTVEGGiXMlPiI8laal2hTCSrRCo3yNZ1cgEqrjQm47c&#10;K9887vruybaW2ppwkpWkAKSohQlSdiggkHSVJSYOwYEyTk2Yqftgp9kNrSSDsIkGCU/3piRIBA2i&#10;j7+lvrHl/GKPAq/qjkui6BZryJPXxYpVZgYOk+L0ktRRYhUYD5NNHIaCqigaWGOoNPLsMY8p1AYs&#10;uY4ctYvlsZOzJjFPDj1PWQTY7SYN8s1W4vLL8ooiRHTV2MYA1a5B10IM+yixeR3bjqkrCRqiABiT&#10;4QI8R4kDoAxmkljYl29W/qVERiTp6QYO04YnHCI4zL6UUHUnCPUHi3qO6VYHjVf0txvKNTgGSj1D&#10;qcdo8uwNIKKOHH5Ur6iaGomeOljSrmezrTqiMqsjGQNun2csmYTjk2TI80SZUxCmqJ8TpaTEG+XW&#10;qaRVgKnzEKU8ljsaNtpN9yknsa7uZbl+btWyW1LTcMFMqIBkJkkEYEgnDiYkYUe5++y/bqQlIWTA&#10;9mOPTjGyjd+qXplmnPmRYc7z9GqLrPT5nw7DMCxbEMEp4sWTDKahqv5vFMY4aiKoxCnWoVJoXhEl&#10;rbXjEZYl+yRXUPVDPueMiZjxY5ww6hAqaFcYjnhMXlD5YuwqFgVGvIVJWK7NcnvwRqz6zyxu6EIc&#10;S0ASylOtUfxeGMQMAcTA2njRKrMW8jynvggSgDUlCZJwxJEeIYdOABnZQEdecTovQB6R+lfqE6Z9&#10;K6XpDjsHylDnvK3TDD6HE6iqWtiSunjjjw7+YPVRQxUAYb63bDTR2BPlqA05p6SYh0vzLg9Lk2LG&#10;MXqKsyGlqsGwmtkgw9EUJtkraWF0W+7QDyxYWI7XLex7tU3czF11m/ShpDn9yQSlyQZBSpILgbIO&#10;wHThFJNx+1PLd4G3mbtDTbexIUpK9U7ZRJ0nqVGEcDT/AOlT8SXoh61+kec6n1JJ086ZZNq46agw&#10;jB+o2b8AlOboqouxmGXsekhnp0DRjas4l3kgo7LrwNsT6P4jkrqNkzq11CpMElx7OFbjeHZuE9LU&#10;TivNWaH+XVHk1dRNHSS0wpIkeVZNACUWMMUWWdztyN3c2XestoFwpkA7PCkY+FJViTpGAEgYAEVH&#10;O5PZnbv5s6tp1DyWp1ABQSEqwSEpJPiERh4RhFL7oH1u6LeoHLHW/wBNPpaz1jmM5D9NWF5Zmy9W&#10;ZE87BKXBoS2IU8+GU1XQCGfFvMhicxq9K8bsB5kkjWcj9i2aeu+VK6tmqco02K4ZNG0nzOHrBIEi&#10;FixRqdxJoCL+YDf434Lcoyjcu9bbbZdUlaCIBC9oGH3JI6pBiZxkGJpy613Yvm0ttOLQpsjAhcz1&#10;hW3091AB066S/hNepDB8pZdyD1XxzL2YOn2KUEFNgGba7MmH1D4n5bJTxy0Oa4Pl33+8F+VVQrAq&#10;rKyEKU3JvUfK1B1Jnw+bAM4YJh2cJaPGqaPGsDiggUneKsGCqEkklM0hUIyKrhex3AXnzeLdDMLz&#10;KEuIeY/ZSklLkqIB8IJiEqjaOmeFHKc4u8ys0oKv2jeBUkKTMHZ0gxt6/I1abnXKvVzPXRiWkwzH&#10;8pY3nHJUmM4FNiOWsbxSGWWKkrAmHsuJUhp/lMRWkAepjlikhM52keUSeOXQvMnVmmyvW0kvT/Gs&#10;85hzdjlVmGOehiraSgoKOZafyFSo8qRSA0bhANAlgx7rwk3/AMryCwX3lxf29s022ASooBUqTMp1&#10;J2AgEyCYwiAaR/mLW2ZW9dXbbYgkKURjwOEyYwmKD31T1fp2ybmCnzT1d9S2Qeg+Wct4F/Vynn6n&#10;4nga1FdOnzZqopYMTqqQyJtnhZlVmkdvshGCsTkY10IoMa6MZkpcNyRgeWepOc8Or8Nx+apnQSwx&#10;4gHjqJJK2gotzOsErEWjNmAuWALcwhyr6h72033i9u33spS4juyEFKDh4AlK1gpSVpgKCoVjgnCs&#10;aE9p9w3nrqX3VuWTpgKSnQFahCY1SoAkGDMYHAVrC4L+LxnfLP4mshzl186h9YPQvDjeEnIWHdPc&#10;qNhVDi1ZT0EFNh0NHh2ZsUaoigmxOjsZmqLS++ViiDqFr9pvSLl3JeE5ipOn2Mx431wIEeWafLa1&#10;FRR080ZDSQGfFpZBM0qB1aQiNVBu1gL86AI+oJV0yi6vmlM5WBKi6QFlOMK0pA0gHSUjUoq2AzUw&#10;ZPZW1pYOZghsWzcSFLUpSj1Qox4tgjEzhWzzl/114xiuT09QnVPpn/szekTD8OOZcXzn16rYaXNV&#10;RSTwssEj4ThzSx0YMxjEcfnzzTl1RIw5CkyOZuj2XemfSrF86Zz6a4DmDOVHTYbBmnFvkaOqhWqm&#10;jK4hU061EO6OPyg4v2OosF2jkBZV27t57n7bFrevN2qS643BcRKE6UhLmwKIUsK/vQE/xaqBO5O8&#10;rObZ8DcEqbKVLRiqDHhKSCmNpB2+XGK8fTj+IDhfre9afTTp509645gw/pQYc69Vsk4Xhr4vgT4h&#10;hGF/JYJR4Zi8u4RVk/zVf8z5Is8USwrIWlM10/0Tmy16l+nKdOcYy4ct5E6aVn8vpK3LIgLJNgvk&#10;R/LRS1aTSRtJDKfMZPeZB9ruSSb59ojmTZm5mWULC795fdKLhVphQKgpYSQCNcBAUR4jCZJihXvF&#10;dqyZ+cqbSHyoJBJUUhJBKSrCJ1eFBJGJieFKj8QPH8c/D46nTepj00zUfUP1Q+oeqpul2J5Z6u4v&#10;jEeCU+H4ylfU0WIV1LhD00M0UGI0cdJRCd41jkqmjRwZEXiay7gWXK2p6/5q6gZFfLPSXL+DYFhW&#10;TMGraeagroQtHHXFIWqlaTz2kKtKWLFyw3ix5K15mmeNX2XWlpeB24fcUpSh4hgCFFaQAlKcYTBS&#10;BGAJmhFmua372ZsWbV0ohaVFZ+7CBJOwASSBhtAicRRiOp/UrrFl3MvoZ6C9EPUG/Urrln7MuZs6&#10;dUOoLw0eYMJqcAw+OtgxObFqPCWoYIaFJ6j5ejRHhKPCEjLPGykTX9ROT8GyvhOCdQcmtl7KGZ6s&#10;QZczTG0jq0hp46uOaspvKLoGil/RzRsw8yM6Kq8ju77FLvMc/fubPMkuPMpKXGtKSU9Ta50gpWJK&#10;VpBhUklRkhBndi+ZzI3X53vEI8JlGJRAMAzG0Y+Hh0miz49+HP1ql9YOI+p3o36t6nP2ccrYUuVc&#10;99OMw4PRu9LhzGoJwjA8WWrhpUQV2HoKmkqqcSCnmZnnMsm9yL45lHDajqrnjp3jFRU4D07wemil&#10;XNk1FBDPNjtS1LMqgVEaShw1vMCCy7VJ2kqeT12c393k+WNoVruXUkqDjqpT3ZkFEgwcZiZ4gdFG&#10;+fXNqt4d4rwNIKwongdJPEA7JHQRw21dlgOdMXxjp9lXOuD4ZT43jGMQJiceH0OJRz0bYc7kmSKo&#10;pXmgkDRruiYsb30PfgXZq6b430pzXQ1ePVBz/l7MsdVjddR1xx3D6CviZmSR55AY5JCS4kcRTvsO&#10;jNY8m/dHem2zuycFu73biSBKe7WUK/4H9wAwgakx0CiTKN5MuzFCl2d33jRkKA1JniRpUMfKTU3K&#10;mf8ALnV/L+bMJyTms5cxnL0v9WMXqstVGB1uI4LWNTpKpEM618UbAN+jWpg94C+wqQSH0MWC9L+v&#10;OI5QxKLB8DoocWXA8y17YipoqSijnZK2nhnq4zMGIVk95ixOn0l+c9oxvcslaplAUnUoAnbCigYE&#10;4TpkA4YRVru3y+1cd7phP7VMDWUjSDtGycdu2aUmHZkXOPTTDs35SMtYMyYNDmXKr4lCizSmqoxV&#10;UryRAooZiysVuB9HLnPTn0S6XZZl6n5n6VZ2wLrhk3FMLeowiOp/l9bjOF1eqeS2JwpUsY2uLh0A&#10;UgNtJ3E8t/qD+oreG+Rkltf2VzlV4q6S2XUa/wAu6jbgjUkqlQ+0E4SkqIioNzrPr9z8qg6rdaFh&#10;OoyRpBERjKgdkEnow46j/rN9aHrI625d9MOVOu2QeoH4cnqH6c9QcKfO+ZMFrsyR9Os65XppqT+Z&#10;1VNhkOJ4UMQ8uSWN46WOsmkVBJD595kJKBjdO+N9VMfxnC8svTy49UHBYMCzDJUUWKYfiEVM4CyM&#10;VfzEPkEbyLa2IXXnQ7JbtTOQMNuPSUpCtSUjQsHEkJmUHH7ZJEbVVl9YXQ/KJKiFKIEqAgHDb1Vt&#10;F9K6ury70I6ex5mz/hmdpcJwSixXE+pmRqKCPAsfpRFG7V1LTxSzrDFOsolSNJnIB915O5k4HgmZ&#10;qzBXqequT6zOWH4FVx4dmN5J6iDF6SiZGQOkVFBGHSIsZA42gIwYdwwvf3tq28lFhcJbUtJUkkJK&#10;FKEbSTAJGERJIjpFKU3BWEpCpBmTwFdZkzVgMa0OEdMM/wCGZUxrOtNWVuUMRenpqvB6zE45Y4gk&#10;j+YoMkjHbsB3sVNtVZWW+A5e6KdbsfxHKmJTZgmzRk6CDC8JzDBJJHikawP/ALqoNTTuolkIQPGW&#10;AIs1tAGM9zHeTd20RdslhLLpKlpI8EEYwQUqSQkTMkYQRxorztd002FtuJQEq8RxiOJ6AfOi29ds&#10;1epvoHk7BOpeRq/p5lzBJsTqMZ6r4Bm35o5dTD5SZJailqEbDaiGpSmi855WZomKuDEC3mck13p6&#10;pM7YvSZhwTE8Uy5mXBY/Np8/TRxrNXzQhEieRJjCsiKrASbRdwoH+I8232nu5awpl1CHG1nFoTCZ&#10;4AjVpk4gkwD1RSXOi0WiQoKcG3RiT0CR0+dKPNXqiwfphg0uG5gOD5pqMRqYaCq6eZUlnq5cKFRT&#10;yytDIcOirRGJWjBj87ailrb7GNSz4n0HxvH8uYPNnbEaaOqwN3FdSZOWSjOI01YkNNLP5ctoRNC/&#10;mIy+U0bAgi24kBDc7tjeuMxuGxaqbRsQpSisAwSATAVtB8XDbJrFjsI+oy73wzO8sXMset0Wkp1r&#10;nAyQUqgAExCsDGlX2isOWvVpgVR1Bjybk3DarGsIzJh1TUUGa8ZqRXxYFiNHE9VT0mILTlp1iq4n&#10;EkLSyeYCkiMPcUcCGOhxb035tGZMcw+TF4j52XWy1iNElJU1UARIYp6WdaiZamLfGm91I26AxgOp&#10;E4fmmd6LDuWl6VYK1hWoBW0hYCQUKiYBmf6R0kVk9o/YqjGP6O2dnpPTQ5fz/K3qayJiOFZMzjFT&#10;UdQKPEoMz5Qq46qpoJiyzvT1cEiRyUlTsYqY5AGAJIO5TbBmfOnTLPMuYKjqf8xhuU8dp/mcm5gw&#10;qkpqnHKRFmVvlnE29YVWQMvmyWZlIFyfe4W5ZuTmGVOpcy4JVeiEuaiUoIE4gwdRgkwOO3hQcO5+&#10;Vs3Dl6hs96pCUSomAmRPAiQJxMT01ziyJn7p/lvBIOklNh2N5soajD6DNWHZyxCvwjBKmBhHFWV0&#10;fyNDVlqjyRujiRFj36XTXgP4fgEklZ/OoK6szJkrCHShos4UtFDQVktOYUqYRIk22aoVHQDyw8lg&#10;LkLpyTHb1AkFtDVwsSUSVYgkHESE4HaQJJ44ihQzYjWNJ1J6QNKoMHHZPpMdVDlFXNsgpaiGGjx2&#10;sj+blwpJnnjQBrOd6otgd1txUXJ8eGUxLAOjldlGnzHTdSMQpcew+eHF8BxHGsBjioYJ59heCQU8&#10;SmWGSRy9oSZIgSyaX3RgzfZ8i+Vbm1R3agQoJclRAkAiT4VAcSQFGEq4QYuMXy0YLTpGKcTPXxx5&#10;ii3QZn9TlPn2XCqvpNlx+n0CyQ1VZhGa6qqxiupg8ojeGCspIo4pkjUD9NJslY2Z49Co05yrsvYp&#10;lXpI3UZ8pwKBNWjEMq19ZhCGjZYnEVHMYVRGVpCfJqZfLJIFiWCpGu7eVXFtmGYLsVXJK4EOAODU&#10;JGpSJ4wBrbQFQMThKinLMnftu9Wsr1K2EmYM7RJwB4xwHVRS+jeRM5dPupnqixfpli3Ux6zMUmE4&#10;cg60CHH8OgzBQQ1NKMRlov5mZpqSqVYIGnooEldIdzNZfOkBV8IoOlHU7+ZZVxevfKXVADHen+as&#10;iYjhklQDJGsFRHNVYrRzruikka6vIq223uSwMhLv3c6yhTNy2nv7U6XEOIVBG0KCErTIO2UgmQRT&#10;ZeW+2rR9xGzCdSYJkmcJOG0HEY4ijGYHmHEPUR0ezPk7OmWsOpc+dPap8p9XMhdV8uV9RRVNTRwr&#10;WU9VBR0dbGXpqoeXPBNEZVNmRRvUhXLKtfmLJOZJMOzz03xbGcpYbNHm+jzS1JI2JQIaqWR6iWXB&#10;6vEF8lu84jfy+1wLLZnObezzC0762uUNvkFBRPhOAGkBaEY4eEkauPTRs++VtnVIiBPAHZA2g8CM&#10;KeM6zYZ1HyR8/k/qrhuQs9YlSVPS9sHhroanCv5pX08Y+QFJjEFGJauJowaV5qcSKC1k2O6kVKPF&#10;cpZ9zHmPC8n19Dm6gzqwx7Gji9SIa3AakAkyJDCYImDquwyHypvdUbyVQAIXFld5batPXQW0pgaU&#10;hKZQ4POFKBG2BqRBJ0iSaTpKWoddIVpEEJO1PAkDxTJPVjQLR4Jnbo1k3JGd+plTU5UxHo5SHp/H&#10;hPS6jlrcOznh8m2lw5ahEp6/EoZKeZjIsSvNTorysyEMxjSeJY4/Tmizlg3VXLU2cMv42xwXLfUq&#10;oWoxhknqFMc9DMY6qaenV1fYDHLcMEezAAg0Tkic1dtbjLne5daErZEN+DCFAaUpVBAOKSIkYE07&#10;mtm0zcIfSSlKE47SYVsgbSQZ24QYkE0pa/Jv+c7PPRDNfRLqC/S0ZKpp8Q6hdFMJlmwGOuwTFRFU&#10;0mJR0TUcSTy01XSJ5ZqaYo0UlRDuiZ2HOOTuqXSCrxHF8KzXUQ5fgih/lOYqum+WrMKqEHkzwVCT&#10;ukeJRSjy3PmsXRRY7tQoZ3k3M3ia0O28ujBSEmUuAyQsESWVJIIGmAo+KOmkd3aPt3KVsqS4UgKw&#10;ACkg/dqJVGAHFO04kbRE6w9NfVBh8iZl6a1sXUA4DPQ5p6eYUayoy/mKiq5lraPE4MQVqh8CrqTy&#10;J4fKp/l4GJDnd5gWYL/PfTvLNJk+PEqb+r3VbLFLhsVOMzNVRQZhpIageSkpkjrqenqkdiCG3RsO&#10;6q5JUhTdPfPMLrM1suouLN3WRo06mHIg4S2pxsgThBSdmqIVTOV3irtZS4HcCYEAoUCQdQJxSdMz&#10;4kyZ+6aL30A9THVLqV1wqsq9QMkdVfTVm443XYPh2TKvBY8R6b5sgolp8Qaogrq7L9VXYdOtP5ok&#10;iEiwlg6eaxMMilDqcDyxj9fQUNVgZpsRxKOiq4c05iqsUw2Oh2EP8vWGDFKm1Kol/wAqYwybSHKg&#10;MeT+m8ubRorDnhTIKEBKyrhqTLaSVYfbqIOETgKM7zuAvWdeAk6cFAdMAyR7RVnmKVuOZfo8azhU&#10;VuJV2F5fo8REuScoU9HiM1ekVpUqqeH+XQ1ElcfKZUgSQo28gK7FOKDCOkNBk7NOK04x/EcodUMB&#10;qji+EUEVLQVtHXxU9HJMpiRI4ppilQrr5kAmZ11MO254UXe/D2YWjToQh2xdSAokqStJJG2ZCZTB&#10;hejSZGqYp64sg6WnUlIZcSmeCiFScQAMQJxJCuGIAFBhW9VarqHlnJ+bcr4XhGePT/1Twmngx2qx&#10;efF8ExehhxQb2eSOWllVC9LMN9PV/KNC6lWlLsqAS80ZO6e4vlKjzVAq4fnLMsk79Qkmoq7+UYjW&#10;UqRbnEMdkG++phKmPeCrJojBTIc6zdjMnbZYSbRoJ7khSS4lJBkKJxwjDVOsJ8QO0PZS62m4uk3L&#10;iAkKSEqCkgqEH+6JOGHTirgDNJDpLjfWrL/V3q90tzWuHYn0fyfT5aPQnHKTG6SrzXHhuIw1cdRH&#10;iqVcjTMIHpgsE8+55xG2/wA1w8vCR5r6XZnOKUGB4JgdbkvPriQ4dSYtPLQ1dVNFGzK8cszxliSC&#10;F8lCLDViSeTYrelt+xcWlxDrPSmFIGMEHSCcOOozPCKDW8OVpdSUskpJ+1QVAJxAAIMnyAOPsBrM&#10;LzflXHcEmzHg+ZKHMWWiXVsZwSohraQbDsdd9KZF9396501vYcQub+i/VCnNJ1RxSiqqHHHK1WJV&#10;UZdQ1XIVYySPXyRMblQZmjI23IbYQVBdZ3+VOAJbWNaRIGBT5xsA6JAJ2iQZoIZpue+8DdlWm5bx&#10;UEwTGwFRJGGGMET1RUjDMw5araufA8JxSlqazDI1+Ywyhkjd4ISB5e6OO5RWH2LgbhqtxrxXdQel&#10;FXieScPzLiDYlhnUaYpTYoMUil+RFbEob9DXzVUqWVSqgPcsRoWFmL2WXyLhbjCQjSpIIKVeIYDa&#10;jSeM7MI28aPbzd13NcsUhxJTcpAxlUYzxJIB9orhhmLyVOLYhhiihNFSxw1VA1DVl6owyrtBmpvK&#10;XywXVwpDEEDwNwEhjGWeqfUfKIzB1FesxOKKn8+DH4anBTT1zxR7HR1igiETokX2fL3rYbj7yniT&#10;KU2zP+QhRSoEggcQcRgUDDHqxnroqy+yzDMbQW14VK7viCiD5+AR7z11Kw2XBaCV8Aw3ZTS0I858&#10;OjV1MaSsXDAEfZZmNj2JDAag2KVhuIUmUcd/m1Xl7+aYhTu9N+iVIqqnIVdtTHPNHUxiVbAAmEdu&#10;47iFu0ndN29SpvSO8xEhJw6CTMTh0cPOMae0PdBWYWy2QkBUkEEE6hESYMesU7TxvLEyIwRjaxkB&#10;Ze/iFZSfv5ZJ0L9QWW+peDY1hWDU8VBj1L5dbnDC85kolREadYi0Ko7Aqyq43lr7wPdKk85CdvPZ&#10;lnOU3aVwFtqkkgbNu2YAHXJrmPv12WP5S8S+CqTCdIOGM7DHl5UFWYMs+ViFHW1NRUR0lLtpMFfB&#10;Y186F5Jlb9I21iQD2AAAW5vuC8GLAoKerr6vyEp1BkFe8eBmlSKMCMAySrC4eMOSdVYFlAG4n3eR&#10;Q1atuvkKQAQMYgzG3EcfOoPzvJ1LVhgke3066z1mInC8MhVppnlb/RYXxM1BlkaRjZVM0ZV2AA0K&#10;mx1ItrzSi5BtZiUKfPc9Xq9z3PV6vcsA/C3Sik9dvQtMRiaeic5mWeKFtjMDk/FbWNjbXjT0aTNG&#10;2REi6RG3H4Ggz6xNjKdN8yvl6rhocZRaVqGrr4mnhRhWw3LIrxk+7cD3hrzery3hqV2G4dLTRQy7&#10;1hqx86lxsmiDqq2AJIuNb8xJ3haUm8dAGAUfjWV+XybZCp4Cq1MUzSuExeVitbUwSeVJhskmEttK&#10;zU0xjd3LF1VfdJsAbcV9NFJSRxKcCCsbmVYvdUnXUWY9rcJ0uK9KVqcg0i8VloMXlq5Ezs32VipK&#10;iYrIyqSNGvGve/OMlZWU8FSRB+nPmxQxSHcF2ga3+k8fW+TGEVZayrGsNHlzBa2vob4j5lHCaeoq&#10;qmK6s5csRYX7Hbxvpo3kaCs275DTllMQba0nugeHGFr4ddUUQQKVdbJDDDU4ZcxwGsEUgmZBIlO2&#10;921B+AGvOqsV9I9ChUyyGUF5ANQLAmx8O/KtOgiqpeTFZqKPBcSixaZXFNAlMY4oZHuhszAXW/8A&#10;qnjxTPF8xJBVxCRndyqAaAA6XHfUc8XtIradQxpH4hhtVUUNPXYPWNSrDDCHmkbU7goJBNwdp4oq&#10;ytZooYIKQSTMQArMAEBFiTp+Q5p1wLRhhVkIMSONBzlvLRw/FsQxHEcbkFKyks6Ju81g+4KDe3cf&#10;aJ04y1VdNEAdGB/QE27WPw4wMTBpQkAnGhMw3AaOYSmNTTurfPhSQdxYe94a304FletbWZ7yDEHZ&#10;o1xdWm23IRRQVLqbe0sq2PDnLlhDgIq9+Ui3WUjgaEnNJoaDoH1rkEMa+Zlisi3sQrOWqIIyL97A&#10;Objx5Uj+O/iksEXp2y7uunzON4s4v3YLTQAkfWeS9ugoLU6scQPxqIL1+dIHCm78IrDinS7qXjbG&#10;71+J4dhXwC0dC0oF/wDvpPAd/BAX/p4LPkJN1bK+PkH/AIhjWX/6eDRl3TcpPVRJnKB+UnrFA3/w&#10;oaR29BmCsgv5ef8AA3a3sOC4yh/jzaHEKgfa7a3Ps7cP0XijgBQNCRprRYqgsTs7yBFU2sLEnXXt&#10;9HIUim1ydTp+XDdJHRVayUNXcjYSEU7ve76ePOWH7lrqa+vvjTiHMglTRwinrcjWKe8xTB8o5i2S&#10;+Y/yFQqsbdyluQ8TUiuqlC3XzH1H/Ejxyz0m3QScYHwpLmISCSeml3kGtqBg+F2cRs8ETFX0ABjB&#10;vce3jNPfcUsQvsHDG0QnTJ20Rd6VChYiqmBWRLNbxIF9fEEfw5FKDta9u17ft4qIFUUMKfqfEqpv&#10;eMgQE2ugFrAnUDTmMx6BiLePKxBgV7UNlPdPisszorN7knuF/ruORmX7zpxylIfUobMKUdJV2Vth&#10;ABPYEHcTr4cw7DdTb6iOW8ONKChoJ240+CtfybiVY92pR7Fhcm/fvzrZrfba/wBP7eaUcMaY1+GK&#10;kJWsp2x1Ruv2fe8P+BI5xcOdbaaqfjxgNoAirKBKafaTEj5t3lYlm2+YpAFyPHTkfbqRb3ftEfR4&#10;c8pIONUSs7BSqixB4oxd9jNYLu7kEgX18OYzEGF7WPs5smvGQan0+MywyFWlEiEBdylSND48hSJI&#10;GuLn93TixtLZGOFbLYJmlFBijGHarB1H6SNlsLdtNLDx5jaPeNBa3s+njqQEmrqEiKkxYrJGbu3m&#10;N2sSLjxv+fMZjOibe2gvysAY9NIHDpNO8WJo6CV6qxFgV8QTzgIwp7fG3NxTrjhUnCpj4gZthEgs&#10;be+1uw/p5y2nUgEHnk4CKZZUmcdlYaioElrssgPdXIJ/I85IjHT6+PnSIilneJGIpjrK37TSvsCk&#10;xxBTrYX44QxAMCdNw7DiN5cjyqqHQqaRuI4g5ilipyxIP74vcdyb8mRBDJYC59n1jloWkCtqwFB5&#10;jU7HD6l5gFVfduTqT73hr38eKnHQyQ4KoH26ZTc/TbhZlASsuk8FUbZgYbTHRRVujk7R431ZiWRf&#10;LGYpZhuG21qdB4378aYwLXI2nufv4rUgjAURJdVtFC7iVeZN5aVpQSFRQPdFxrc8cILMtnHs41dN&#10;6TINH1solInbQV1VdJ5jRgLGpdgWRQNw19n18Iz+JEl/R11qNr7cJlYi+psRrwg3gV+xT/jj50e5&#10;EmXyehJq6v8AAfqA/rOZbkK2WcaVAq2XRYTbueadk6hKLDLC3++1AxH/AHngHgY4wOn5UMVnGtzP&#10;iZmk+1rcXvbips4VogV7h5PRVXRJmjGKOYkfMLRTxsvfdFUhF7/GThRmiiDhS60mI4VjmF4pB390&#10;3B+jl5mZpIsY9OuYYPKaY5dxfAcbhYH/ACQBrKRt1v8AidvpPADvSspUiIxBn3UKt3HdLyhHD8KK&#10;/h+FJh3qSy7jMjiOTFcuZiwJQxt5jGtwiu90HxtESR7Bf28A7DcPoqmbDsWmF6mAfIeR5clSEQ7W&#10;3BGKr4Wtrb6+ANdwSIqQ2oCp2UZiUsu9ANLb927Zc9rXF+DVS4M9Hi9ZLPmOGGlqFRYqauw/aY/m&#10;I9oZBdiSoNzoPbfjcoS2MJPGtJFJOWtlqKZRHh0kzoWZTR1IIYwvfaze6NSLWv8ADjzUYBWRyYa9&#10;PiFNXzRsUFbQSBZFuraNHvFw20jUacbS8COgVqdVRYsTglFWk1JPSjbvNPVRnYbEahgpFxe+h15F&#10;ooMaxHHY6BKFWZgplkjfyrIp2kncTrzTrwQmTVwBUieWgpMPepeoKRqSVLqX94i+m0duYZKcYalN&#10;FLXM1TidUGq5Ntvd88brAX0CWufZxxm4So7K24BNZCzz+c8cCmOliIgW97tsNu/Y7uCBitTSmsjp&#10;sNrHMkhkZsQeE+UgjBb3tjt39tuVXGmTsrWBpIYRDXCmMuIUSR7Qix0cc25iXsuhdU+7iJxTHhHC&#10;8NXM6OkRnhLDcHIWwtf2+HKfmQFQKqDOFKqkwlNwlijUBm2ybbAgXvrbgb/z2jtu/lst9v8AMrXi&#10;+zfZb7f2reHFms9NU7sU/wDyj9vNHbyfHv39nP/VEXKeF4RlrC3wrDhM0OMWmaal8zZ+hj2CQJK8&#10;mxZFUC5BDad7gnLs5WhpJJUUFQ4fOpjefASB/Qq3frXmrOvVfO+GZ1xqlwyOq6aTHDFwzH/l3kd8&#10;QnR5KY1FPT0xmlo5WZ7Ryq8Pvk2ZWVYHzFbX01NW01XPHR1ldR0E1PTwvUSMlP8AO0wjkeZSVUNJ&#10;vLG1iO53BSb7k3Fwu7aU0pUBQHhEyfOIoF2ziBmrjRgrXqUP9KB8h60tMXy/lfLGY5cNxHAcPqc1&#10;ZYy5mXHcNxWurKbCoBLjLZfxiaengopF8yR1pPIjRAxZCB7oR3GtF+L3Hia+orJdXisEWHGfJ1FB&#10;DFBKzGaODMOL0schIjQ+YRd2UDQm19BcN9qDlwc4WXwEqITgNhEQD6jGo0sVJGbX+mTqcQTPAqZQ&#10;SB1Ybauz9JM2CP0doKfAcTkxWkpaypkmqKhNnlzVqx4m8KDe944vmQiG+qgEi/Kka/yfNch2k8ge&#10;Qi1IEaDy2vdRHGqgXJswbv8AVeLnXUA4UISTtNGa5weSrhaOKJkmKxyOGpJJiiquuyyMQbj29/43&#10;DycKqppauFe4ziirpY5S1NKEW6OVikKILkks9mC62H2uaDwJNJygivcixYZUtGYQqKT77O5iusbb&#10;WBKsxN9T3F+MLKgCEirJRXuSJsKpXSLfWROyssW0JORY/bKmNGX7z9XNuNyBONeLI4mvcxGjw/zF&#10;MUkjgKZPLpoRpb7RbfsNhfsR9fPFgEyDTZbSDXuY63DaOknIlhaaUKJJqcHyXKkbiTtEgHx97x5R&#10;WXI4jE1tO3GvciT09MZEaKlRkQLaJDuJG43/AMmIz29uvKOWKTwwrR6q9zDPJ5JLU0NNFuUI8e1n&#10;vuvoBMH9nNuNJSkaQBVSa9zH8zMlvK2pdQpanjVL9l12lee0gDADGqk17kdpalFaI+6jHVdq23Ea&#10;mwFr2PG+4UNtOERsr3IZG4hWXQHuNb/UO31caNvqwIwqqtQNe5waOG+1BtNgS3e+gJtftxGLJGqA&#10;IPTVpAr3PGknRYnLKUmJEe7xt8ONryp3WMQQdla1ivcGfobmGswnqn0/inrZVw9sSpqd6aWRnjJn&#10;byVIB7WLDw4KtyYRmrMkgagDx2yB5YxQC7ScoTeZFdoSkay2qPMCflXubPuQd6UmHUsEV2doyVTb&#10;3N9bHv48zXy9OjSE9VcYrzLtVyVqPXXR0B4e6HKeIYllE0aUjNKIzLCwG0FrbtfZyQry1ItQqOFA&#10;q7zFLF0kp2E40yCqhWolZ5Qm3Q7j2Hf9nDJenvGR0o9M3U7O2KU7rJQ02IVNPEXVBNPKwggjViLe&#10;/JZQfjzHbtGutG5r5H8aiPMEpHwmsj9zN3/5n2k5Qy3iEqT5iJVPpgfSqfPxHMt1PXnOXRr044Hi&#10;SwV/UvOWVKbFQVLquCYRiEePYuSqm5K0FLM1tASBcgXPNdz8ejGDifWT084ncJ8xl/EqtIu/lk19&#10;BYfGwX4c5u5KgC/uNH26kx7FfOuzl60GrtSZkgnGjG/hd9PpulXpRwfp3U1jYlWZSxzG8IrMWkUI&#10;1ZIlSGM5QFthcNfbuNvaePf4PNBFiHWP1CMa2OmAwSgVpKsPbacXkIA8tWN/d7W4c7zOaGATQ4yR&#10;J/Lu/wCb8aFv1j4tUYN0/wAnVdLglXj0xzJTRCiwf5cSjdhOI+8fmZoV2jsbEnXseXyzZbwuOfzj&#10;mR5N5CNDTUBZR4kgvUIfy5B+b3iDKSrZjTqGzRacqZzz5U00SxdK6SlG33ZsWzD5cmp90FafDplB&#10;t/rnilpcKybGqK74jM2hZkeCnPs0Bjm5Gt9mUkgU+bUqO2lYsvWGctNEuXMNQj9Gk8Ffie0+wlKi&#10;guPq4+0tHkfcYYcGraxiRf8AmFapUAfGnjgP58Cl3fLB2Vs2hpwipurrwNNiWd8HoUACg5cwOWnk&#10;uR/2MKzEFOv+rwRcAw3A1CvR5dpoABuHm1FdLcX77Zalx+XCG43n0piOfOmjZldB9mTJ2d6uqm/m&#10;PVfF61JFsaelosBgVNP8VNhsb2N/8fBEot7mCUUlDaEksvyFFILEAADfExJ+kngazPenSFAp2jD9&#10;eqn2ctHHGkJSdG6GWQhc1ZkeSRwlSYszZmhDAMGBVKetjRbk/uqL9uZ6LE6imrKqVMUXDBsLFISl&#10;KA172/RbLaHhY5vLdKa0hJ28BNGiMvSRgKe8Y9P/AE6xODD4sXy9FmpAy65n8zE5Nqgj3nrmlb92&#10;/fkbGMyZvnpmlpsSr5qVFkZniNRMg2glmuu42sCTxTZ22Y3KwhppayehJO3hsgdVUVboTjPvpkoc&#10;mekDphViXNJyD0/xKZ4IY4MdrMCwid3ZxHGEEzwOxLEKoW5J04hq7FqynQ1mYsYjwpJWKQNmSvp6&#10;EswDNtUV00XgNB30PDVe5u8a1921bOFUxATGPQdmNKk24BHhxPvoTcq9SPTFidBT12R8Ww7PmG+R&#10;/MYcQ6WYZW5rjenDxoZkky3S4grJvkC7gbX0vxKZoz5kvJODLmXOGcsJy9g1RHNV0mJYhi9LJHOl&#10;NF5smw0jzlio7i17kAC5twW2H03b/Xd4zbG0Uh54AoChBUDxAJkg8OmDExTjyLhpwocaKVGCJBGB&#10;8+Fcck+p7ox1Dx/OeRulOTc555zP05qsOwjO+W6DIGasCehnxieWGjLPmnDsKp2jkMLN5ySNGifp&#10;HdU97jBgXV7IGO4oMOwHNceaKmSmpcTWkylR4rWymnrKZquIgtTRxXKIQwMg2tYNYkcP8u+l/eG7&#10;uO4UP26ScNKiZHAgDgdvRSC83it7BtTlwpLaU7SSAB5k1wzt17xjIeW67MeY+h2NdNcqx1tTlmbM&#10;fWHHciZewwTUuLrg7OJFxqqn2O7eZCVgYyx+9GrXAOfqZ1tyT0ey1U5pxyrxCWgwkxvjqGhNIaOK&#10;WMyrLMamRWCAWvsRz/q2DETzlX0Bb1Pp1aVOoxBLaJ0wMZ1ER5xHGaSZBvvZZqpP5ZWtKgYUJIMT&#10;xAwOHGiy9AvVB1Y9U+earKeU+iGBdP8AClTEZcu5uzHn6lx6PFf5VVtRVHylNlShqoz5bKdwqKyC&#10;xspsWTcD8Hr89PiS4zS4pmmtwbEcKpoMUp8PL07mrknjJ+WiaFJxJNGysJFTcEH2iGDIs/7o/wBW&#10;Ld32hJWoOlMkEJGkzEEiQMMZ91DBWSZt3ugNiZjEwdu2Kw9V+nf4ssuP5Vw/pF0/6R12U8fxioyt&#10;mLHs0PmupqMJo6euqEOJNSy1eCGWnamSN1USLI0xaNVMWypcA8X/ABQfnsK+ayn6f8w1VZFPHOYs&#10;aqYYzDhcZVpqmWGhbzLsC/koAN4XcDa6jNPcf+qSyRhTYu7pawsGdIBxwgSDgcDgUyRsBNDfLezm&#10;/fQFlKiNp0iTA2n0HDaYMUr6b8OD1j5rzBRz9SvXDl/LmVnp61MSw7oj01hpMR+ZfelItNV5xxfM&#10;ESKjbZJWencsLxhVNpeFyz1+KH1EizzglZSdOKbLeUKWI1FFhudpsQkkqaGuABFRDGV7mndk23vo&#10;Dpe2VG6n9XXublllcNKSSVpQNcQtKsccZiCCREjhS5e7ts3KFBSRAxO0SY2fLb7aELBPwk8kYn0h&#10;zFkHqp6is751z5mZaGefq9lL+ruW8UwXEqF6kCqwZKLDZUpnaOqMTCXzvdAtZve4XrM3rA6t5w6p&#10;ZnzJ0+wV8Vw7GWTGcHyliDS1eFzYrUmHyJSWaGoCxrSOVplYIHDFQHBkeYk/S9u5/K0WigkqaSlK&#10;XCEpKsRAn7jgFcJ+7ZhWn8gaLyk24KwkDSTxJ2TMEbFbRjEeZvOmPo56VdLOjWTOklPPVYjFkjAK&#10;fp7TZ5qmghxWWhp4pIGldkTyhUTJKy1E4QPKNHJUADJmbqB6i885WxXDML6crh+I4xXUskeIYHS4&#10;jFUoMIkrcTLoomZiFeVNjCXb+jC2YkjgfyH6Vcn3cuPzVq6FjxBSVqkCSYIITBw2CZnaMRIgb7Mn&#10;0o1gbBikjEYYnDqoTaHppk3LeLYTjmJZlmxCDL9LW4PHS5mnpDTj+aU+HULFwkcKEstH+8CS0r+B&#10;ACBgg9UuTMHwbKWBYm6R5xpqXDooMSgw9PJghoUppKhaho/KQM0KEyvLoqXUAhhwRs9kGTKuHHCJ&#10;SsAKCZMJ0QI04CTG3gDgThRZdbgOHQY1bJBwjDxEnzjqiaU+J4F09zBWjH62jhxTEMqTec09I88k&#10;sE8Ykk8to6Ztzm1Q/wCiKm+77JuOPFF0x67Zlw+DN75/q4paeH+Z5RpEroaGOBY6kRu8HyzQLHvn&#10;qpI4BDEqFnFmtuBGdpuJkuSrVblxsNCEatAUJVsBJnESQEgDYMeFSDlnZjahlalQBhgRII8wZ8oF&#10;cpD0+wyTFMEkw+lkfFZIqHMMclIak1s8lAFtVyuj+dJ8rSKZDKzMI1Utpt5nxvoz1yxHLGIVudsV&#10;xPN+VaJTJiWDx4zLW0VMwQTQxTJJO6SyF5GcbiNrGQhgzLxIvc3Jm8zQyGUuqeQQAE92lKU4YGJ2&#10;ERIJJnEYGjBPZ4wwgOKSFagYSJHDz9/wrBh9f0wwrM2H4ZhtJhmC5tx6Kpq8NpkooqKtqoYEp6ad&#10;0vHG7KFghViP3VTwUWFvpN6Os0PS0GKZzp3x2XGKN8WwWCmw9KzDN1QkU0VVPVCJCyptjCQgqXlX&#10;QeXeQLs03jyoW4aZaQVsmP2gGBkcFCVQBJMgiBhJEJchyq4C+7KdSgf4gMOjEjh0dPnQTZt9U3Tb&#10;CMTxDA6DNeFx4pl7EXwDMlBi2I0lJWR1FO/6SCGCZw7sFIkkcC0cZJN5LRk4NR0N6O5B6l5Kp8Gy&#10;rieYM04Fh8uHVNNhWGQ1ApsMq5I4Wil/mDS0sYp4EMi3CqzC0fvMF4AW7K4zS0VcuNstBpSg2Z4p&#10;BCCkJEieoGOOFDM5NFygoaAcRIHEHHAzAAwBOOOHXRS8B699f+sPRPqDnCupMpdNKLEcSly50nxr&#10;F80YiKHGK7Do/mKWqSTAYaGtjp62rRY3hDvKkYferKDuWdX0vgm/mGJZey9R5Ozziq0NdkrBMOdf&#10;mnwsMql9jriMUaJGIysiKGKCRVjjN9qVO+S32VMOrP5RlZSp4FsJC0nwjhGOoAKJEwScUkrb3OVB&#10;IaUrwyZXKQkEcCZAEHETFIzD/VZTYRJhGCZnz1VdTuiWQKnMmS+vvXzHpcLwjAMKzhhk4o4MNll3&#10;4O5kmnjqYWgm3RxyPTu9TLujMowL03xXNUlFHimXoKHMOCz+dXS5mxHFJ6QtWSqQKWKole6lCQWl&#10;iEZCEFCJGACGd7/2mXJ/MWzi32SCUlpKVGEA6gpSNOxQTgFKWNZgEImiW/zyztlfsnC6iJBQNQhI&#10;ggqSREGIiScSAQDRMc1+tvpB0JoMRzFk/qxivWHo/wBRMNrKvKcfpqy9leetpqTK+DGmr1xLFMBp&#10;qCMGGpSLykpqw1m6rDI6pS7+Cpm/AMGy5TR4tU0XkrhrwvQz0IFKsELvJTSiOGUpHtj3CQMH193w&#10;2DkTbgb5Kz7MnGmSkFIUAkkqKjgUkqMEEmURokHrQaB2Vbyfnrt1sBB0pOniT9sHp4xE/A1X56Pv&#10;VB1H9TOc8wZDyrjdJXQYtheNYfi2A5kqf6xyYxi1NTYXjWE1VbjVL51WJqyKSSjlpmpQYiJhbzYq&#10;p+Ax1axzBMHw7OVZSZtp8AxQRyz5alzGRR4bJWBHrYIqp5THuCPAqhd6ai0gZU4O94DnRym3cStD&#10;biArUFGdStMQNJEDGSAVJKTOM0o3ouMweyxpUhJRMydpj12VZB6bMC68ZoyJ6aVzv0xixrDMEhTC&#10;+ry5dq4sWx+FDHBl+qrsMWhkliiEkFfPLM8azh4W30kkUk/NfKrzk2E+oOLLM+H0GblxyOnTGMXh&#10;joolxQQU8aPO1HObUhnWmeYbvddXBUKGHMM+0lmzf0W6LdCblKiVupUf2gjDwRA2TgdpPVWKedW0&#10;XoZKU95jJHHqrYawyKRsAgjYT0ExjZzBUyiaamd7t5RkhNn8rds0J7dydedZi6KdPajq1RZogybh&#10;7UeK4eMQgp46OFpknpFQE0rQg+VcfpEKMG1DAgEHkPZfudd3VhcXIbVrZAJEcCRiBtO2vWu43fhx&#10;0pwbx8xTlTzEQMJJQ7RMYjL27tZb38R2PxvwcejnpwyFm/qHl+tx75rp70wxbEKnCM35vxaWKkwh&#10;IsOpK2mUzVWLpPAC1TDGq7rljJGNSQCnyRq8srht1TRcCoIESD0DZBnZSRpbNm+24IJBnTgQYxEj&#10;9xNFc9X3qGzB0C6D9U87dLcmVXWfrPlHDqXEMn9FMj4dWZhzBi1TXV8NFEIsIwiRKuaNRI8rlCoW&#10;ON3ZlRGYXadFug3phyPhcWF5XwzDsXp8szNQJjIgkxaKN540qi89TU/oommEylCdq7dBa20S7vRv&#10;Nvg6xoZdct2iCruw+UEgEfa2lUq27EgkjZsMCFzt5ztxpbbTTwQAfCFBtKtO0BOqeRWrz6s/X1+K&#10;PiFdlqBMvYj0ti6kYSc00XTPFsYw7KOOEmpkp6iDC8Ko1rMVxBcMWjmFZHTmefeyt5ZidZOCL1h6&#10;PdAs3U1D1D6g4zTYRlvKkDV9RCZYaZ/koFeWVENGwId3UKAq7rbwpuQQ72Fdre8u4lrc5RlVopN0&#10;8ZKzqISpWnSVIUIKUpCvGTJJHXLPZV22XrKVWdq0lD7qyEHvAqTAM+ElJIGqeI9lFp9Mv4mn4tGQ&#10;a7Onpa6SdBanrB1t6k10uW8sdUJcLzPU4ZgmP19VQU9HNUJmSKOnWmo6CSWeWdpVp/0tO7IFSSOa&#10;ufBI8hdShnCKWvhyfDnaZIqGPI0Rpnw+hpawQQU0sqRVDySsIyWjcBXZS6hUV5OdbN4O1S33btLN&#10;+4cKtKAQXgSXFLAJUAICQScIkhM7YiuieTX193UPKJUtI8QUNRVGIEgwkfHYK3FZpOpvSfJ2SaOo&#10;qKvrDmXKFD5ON4/mN6aKrxzE5KUtVVoV5KaClhV5Sd6E+XETEiu5SIsGKZ9yVhnWbNFdgmbnGL4Y&#10;GypkDB8mxV0OCYtWIDRp/OKmaZYmC79jLANgVQm5woXg/wAgt7rM93LcpbStpxWt1aiFqQB4iGgk&#10;SMRIKzJJJABNFF3bOLuSqQTOwBWkkY7QMTjxGyROCRUbCsp9SM3dJum1DmTK1AabMlRS5t6vUOep&#10;zUYhgcXy38wkXA0p8L3TTrWojxS1SxTC7OwSXaqOuRctwYzmzKGbM59QTXZbybjc1Dn2kBgmWSal&#10;SmfDxTzR1BikgZwYiFc7l3CMeHEO/ObZja2zjWXsNoU8z4NWpJBUTqJ8CiFJGOkpA1EEkVJuYZpf&#10;vs93YlDbak4gnROsGVDaeHEDEnow59csf6n1fR/qJlL045Ro8H6hZ2ywuJ9J6/NU9VlqNa3HJ6ha&#10;+aaN8Mq6mkq6OOQVIE9IQ07qk2y7sp0epWRslxHGevHT7Ha7Lue8Gwepq2ly3UULULipoXkL1UDp&#10;KJDFHIbLHKouF76E4kbs5rvZdNsZLfBtVqXY0OpUVKDa9A8eAhagF4iSNUYSkRZu/e55dMM215oN&#10;ulWCVyVQgwfENKRO2FA4E7RIqhz0nZ59aGZsR6feiP1o5QylnP01YvmGfJSYX1jwPM+IZlxSkyTj&#10;S4XSpBiath0Biqqyhgq0OIUjPNG89rophgJxhOVenOPZYgwCrxObM3UDMiUeYs9YgblcuUlcnzY3&#10;TTFk+YlG47SSdy7WB3ENkvvvvDnzF6E2zKU27UpQP6ZB0lRTGDYAUBgSoxEAA1Kecb1XSngy2gJb&#10;Qn7R04AQkYABMx+lXy1+dus1J1DzBJRZSocm9F8kYfNl3p3hTuXxXNuPLN8puSjpo91Lh9IsQRND&#10;5iyGX3URWLPlDon1UyrheW+oGX8LxDCMoZOeur8Gh6g14r5MLeopaeN53o8JjiNOayMaQjzChUsz&#10;BQpNr3fzdi1SrL7+5D1ypCVakI06kpwISozrDZiVQJ1BIkyKI8szy1YfS06dLy0lSQoQCAQCAcMB&#10;68McaSVf6o/TXWdXqv0452zZhFT1u6jYZBUYdhOEUPyS5gwyjrqqFqWkrcQkK1ow2Rn8xyyxlpds&#10;amQyRqYTIOC5lyB6g8EgqJWfpx1cwWnxiqgMUggjGM0clTBDALe89NUReWjFd4i902tc4M5tvdnW&#10;eXbz1o4VN2bi51kJEtrju1K2ArRBBOB1JJmBRBmW8ruZ2K3WtPf2jpwJ04oJCkyYgKRjjhME4A0Q&#10;f1EdV4vVN6G+svUjpl8q3qH9AvU3MmB0CY9jUWHOcQ6V5tOGYkMRq43poo48XwMGeRHbyBJMjMHC&#10;DhqMGyznY01JgWLZUp+ofyuITYnl/MNBrTxUrxq0cUrxsN4jZmIWUBQCulxfj+b7+7usXLl3cZq7&#10;ZLWgBTJ1IIwP8JCsSMO8bIC4kHjRDme+uQi4Xcu5g7aFaQFNeIHEbYgiSB9yDjEg1XX1K9UXosbO&#10;mf8Arqvrtzt6B6jOOT8Pyz1d9MmZo6zCMdfFVZ46jEKTDsUpK7y6mop4YYzV4PdnMcjiQl2PFRn7&#10;KOdZcVomxRKHCcu4PhUmLR0scRWjMsCyq8Cw0LBy5UgXQGwIPhYgXcbtq3NscvfGWqedu3ntPiKl&#10;uqkAhzWvV4ABIBxlJ8JJoJbl9qm69nZutZaHHLp57TKsVqmIcK1yNCY2KxkHw4mi8eg/1v8AoQyV&#10;0q6pUfpypeofUz1DdZOqtJ0wxrOuaamKvzvUUuOS0EdFmOsx3N0M9LFh8LRsYIsSdd9QjIygSMyh&#10;F04qM0ZkzNNBmelnWnnRgkSRVKrh1RMnzoCNUGY7JI4iArudu6668GVvvS8hKXHJ7xsJKkqGBBAE&#10;+FIAJJSeiSIMbJezW8Rl1khTa5cw1A4lQkJ4D++BkADCDVonrJx/px6avT7g+bOkWdcHq8z5cmoK&#10;nMNLjEuETz52wWgrEyfNJNBgUeHxrNTVmLwTST0tOis8axSWRtHd87ZrpcaegxCIYTAwlgq0aklE&#10;CjeIRtmiRAVFiFuS1tQddfbwWqEXKUshWpWCidRmcdUmTjMjo8gAD9nd60U2kolRMGSSTO3CThJx&#10;gR7ABWal9I3ptxvIeE5kybUV3UXGR/L8w4PjuIZjlrMUqaoLJjBm+UxWpn8mWVpRLOsUaRlrK0ex&#10;AqBTU9Aq2sx6vxXKlNLS4PW/y/CqSShqKuWop6+qFOsssstU7uE98yO24kBwx91SeYyb45OjLLp3&#10;XeBSCkEwrU4f6WCTgQcBMScMTQWvd8MsyoFF1cgq0qVtlRAwwA44EDpMjbhQrS/iZ9F+imTcKyT6&#10;jOq2GV2fsOos7dRK4Y1T4TAmKZZy7UYrPFT0dLg4SF6iJKI0ka+Wglkp3Rf0siqRYxfpzSZipMRp&#10;KrLEj4hgVK9TX1tdihqjPFWDy4Q9pQ0i7UZ1VTtV1Gq3PJX3X7WmmLtmztkul9XhGuOiRJETOOGE&#10;7BjSV3fnLw4wkP6g+qEpCSDI2yT1n8JiiqZX9eGV+muY+kuKUHqNoq3JfqOzG2R+l+Q8ByJVZfei&#10;rsszr/OIo1mo2FPKKuqgglaqRJHhmYqsrInG3op/LsGxrH6x8o1GCIwthOZJKFYNnkylamKVoBuQ&#10;l4UO0n3gtz3FxHY5KrMrlxu4tkwtKhJa0qWD9wKjIw4TjMEGac30y9q8ULcaShSTqSYkyOkiMOB2&#10;zjT1+KBlDMfXLJvTHp1g3U/AM6UFRHXnqJ0WfGaapr8VGLUtPHhlfh8eM7qeRYYqyoAqAgMTyIIr&#10;FTtPbheFZczlgMFZmaFpaOGBsdwrEKCR4RJCpaJ2VopUIcOoXXU39nOZ++282a7ob2us5ApSHXHQ&#10;w4lQxS5IKUqgQpBSrUCJEDprlbmG+mYZLvQ6MnUoLLndKC0AmZHh2lJTjtjHHgBWrfk6j6xemzGM&#10;7YDk7qPiXS/H+ndPiFJX5Ax+LL+NVE2CTVM6SUnkY5h2KQTIauieNkXan2WAAK8Kz1BytTZ1pc3Z&#10;dGFS/wAmwU09ZlM19Y01XU1UKpUSbHqWdveBMJstr3Hft1h7Lt57rd2zs3L65Ju31Q6oNkISDIAB&#10;CSkgYKnUTjM1023C3jfyy3tXLtyblxRDhS2UpCTIGKRBjAyST6VeF6J/UY3peovS31bz9nMnqr17&#10;xnEsJ9R82WMlUOH5by5lOsmxDCcIFXVZVwqgoG8uWGDEXleXzCj77CEoDL6YTNmjpqKbMFEa2rwO&#10;q/q5MalpVZ1hsVYCwKMquFMgNwNdOE/a64Mr30Slp9TbDzK3PCkEhZBTgRiZI1BBGkqGHGCHtEul&#10;ZdvUC08ptpbalkhIMKIIwIxIwBCYImeugg/Eqq5/St+KPSYt0k6m1PTHK/WbJeIdeTi+WcNw6qko&#10;cbxSlrqCSKJvfNdDUTYWlWmHTq0Ms9lRWLEAiHVfIfTfL/VvNOec741V5voMAqqOho8pLc0NFEIg&#10;IaSSZKipaZfcewHll7MSTZhzNLso3wzS83TtbO1AZW62YcI0uKJn9oUKSnS4fuVgoJOAkAEzjuO6&#10;7mGWNnvwhbiTj9qzthSkKAhR2nwnHpGNbJ3ovz71j62ei7o5BhdZRdKc4dTMq1eNf5zRSrBmHEam&#10;VnhqMwpgeJYPhkFJVVMs8dbIhgngiklEe2SMpIxvMmZ4xHEa3DMv5Rq6HKVBiGH4dmDLdRjwgjWp&#10;SphEtPT2eVJtEayPAjrdGDlW5jV2p7rZc2wu9zG2fvltqcacDWqEDEOLCRCTJEqSs6gCIkRMSb05&#10;HZWdj3160u9U33iFFsFIQmSCrTikyPu1E7JAiqZPWL6eOgeC9PKv1A+p/ppnv1t5gyXjWcuk/VJe&#10;gS4uqZPiw6pmpMbxpKOjpRhwNRMgnqoMYqo2EbqYPNhRbzfUj/WXN+U8B6d4DRx0c+bqj5jOuJwz&#10;+TDFSUqR+bCZH2+5PJIvuAEsqMNvhyG+xzstQrM7i4zBbi7NprSyCASpJUdACcSVpRKdSoACzCj9&#10;xjnsx3VuGMydurwLctWmylrCTEqIMbJSnCT/AEiZ40Ub8EboPk7ph6hetnq66rYnj2celPp9wEZR&#10;9J2CYzhS1+I16YtXYi1HXQ0tCXtXUGH0skTyuBGhrSRLtvI2Hp5gFF0FyljNRi9XHjOZsbqEw9sR&#10;woSyxQRioaFaenCKzFfeTc4G5z3W+nBvvG0d+ryzuVOK/l7EuBpQgmQnQVpnahOrAgiMdRCgSJbx&#10;k72XjF3rKbRiVFBBHEASMACIO0H30OXqZxbM/wCNH6g+iMmXlxPpv6V+gtDW9TcX6ZdQ4UwzEMSr&#10;Kuho6iKvxWCeriijqYokqooYpQYok3Oszx1HF9mqTAh0YzDgmbqU1yZopqmoxuTFQyvI9d+hjiEd&#10;tyKd6xgHUA6ga2C+S7oXt7v4rMmbkC1t4aQlEFGnT4wVTBAJKiYgKjExiiy3Iri83tF+29/k7UIQ&#10;lP26YxBOyMSTxmOESV7op0/6m9TfxhcldZ+geaMMwzpN6esSwXot0xy/00MVfgcuXMHoZJMWE1aG&#10;SCdo45KmpmfUGbaI2kGwyV4+ljJk2XsBzPRZczDR4TjFTmTFKnDs05kphJaqmoKPyqdIJWYGoQQn&#10;c2pVS5A1A5lHnHZ9Z5KhbT+u4Q8Q4pDaiklMqHiUCPAQMASAVACdoqXN4LVh1xbbqlO6oUUIJBIG&#10;vEkECBtAMAnrrZ39f2IZQqY6rC+oOUs0da8oYpguC4jmzoT0YxOqwqtmwalq8Y+ersQraCopH/l8&#10;kcwCQyyRxz1EMSFgN5WT1M6zZ3yN0SzZkvqNk7DsyV2P7MNyfjuHslThFXQ1EyhyHMhCusHvrqrL&#10;o9hZjx7NNzkN5i1nGWurQtkFK2ipSVSPtKsQtcHVMEhUnaIpfme5GX3GYIzYnSplJTpVgTMaZO0k&#10;GdXAgwJ2UlME9EXR7qz60+k3rR6V9QcwdPMS6b01bg/VzpLULieBYniNbCsq0DVYvTTssVQ8yTeZ&#10;5sFSm6O7xgDgVY3nzBOtmQ8p9N8TyPmWeSKXDaKkx7C6ejoIKSaKXyROVljYQQpDMYg0rIp7gLcc&#10;kPK7hvLrhzMSRbpVqOlSFlbg0yft8WnVjOk7QATsLWa3Cm7JZBSEgEwASrYdkH3xRvYunWIdFs6d&#10;QOq9BmfAcFy1ir4tmXEMty4VjOI4tVw/y4VkyRzU1cWlnkqoGqCIqKSQgmMBzZjZ/XdL/wCquIYp&#10;hZxKeCnxRaOpp8xZwxGlxGSsnjpFonU0cpXy0ZYgAIYlBNiSwsOYW7kdv6N58oDq2e9dSXEraYYd&#10;bShJUf8AXT4SQDqJU4cDCUgyqoO3Q7TGc1ylSnmi+YIW2llQQEYCErSSAYxUVGccBxOrX0V/Eir+&#10;unQ/JnVLHOn8XVLOtAcXo+ovpw9J+RM24FguWsCxCuGNUtTT5rwmeqpUrIlq/mas19axQl4o4IZ/&#10;NmcJurGTi/TXH8i4e+C5axHHV/qxjGdMLwyDEFlaqjRpFEKTUu2SRJCyITdTYgD7XJq7H79j86ze&#10;NJeCGxqRbrloICSQCUgGQFCCsEhYmVGj3cvc/J0uMrtG3A8QVJStBQGwokFRTgFATAMqB2yaPB6L&#10;cz4D1Z6+ZY68YdnbqxmSaLCZeoPTn0wdesUxjKq5YwmKtqsMjrZKeohrXroYJYRTtXrK6TAyB5JQ&#10;DDyvzC/ShimP9WIek2Zcj/zzKmYKKpzHhXUvH8MNFUlxD53mz1WGSIz+ZUsImjaR2VWVlG2x5kxv&#10;X2ubvt7tu5mFNqdbIDjKVJMwYMBYgFKAVAygEyCcaEu8eaWbDB70JfiSVJISZESZJwgzgY4dNWx9&#10;Y/xCuivST02599RcOasKzzV9LMQocv8AUjp100zLh1dUU9Z89FS19JA+KrSp51LSiaoRJEg8wxFW&#10;KEsVs29L3QHC+hFLjWVsxdNafKrY9JHBh2ZcMqZZ5a+GNzKEaoeaSUwhiCgaxUkgjnKr6ru3rLN6&#10;k2F1kOaFz8qoksFMBtQBhekpAKxJTBKkkEFMYziX2u765dcdw9l1wogYFKgfD1iR09B8q1Uvxj/X&#10;/S+tnKfS7rZ6A/UviWfcvdMcJqsT6ldBs85RlpqXC6upZI6fEKRMWwiKKbE1jlqI5GSolj8tA0RU&#10;kl3Lr70kwWGqxXNWBCrwyuNN83VZlid5KRZjN5aRPFFLdmJkU6xqCBoxYe6M/pS+pJ2+t28szFxt&#10;SguEIOClCJJlQgRGACyqSBpCcTIHY92qqum0210sEhUJHHZtJIjbAgGTOwDGha/A6/Ek6y5gytkP&#10;029f67CMcipcWGRem/TPEIGpcclwmnwKSvbElq6+iip2pYvkZomEdZNN5si3ihg2l4OR8s41RZOg&#10;x+DMEWZqDBlpqnEK7EflKePyVWKSSVKiVN9tkakyB2sB3Nriat+e0zJ/56nLFy1cP6ko0aljUZgK&#10;SkwDJMJI68AcZWv+0jL1ZkLRyUOrSUpUiVQojAKAOkg9BGHTRmvVT6y+gVX6ppPTTnXKWLdGeqXV&#10;HDsZyp09xDp9/PcySNitea3CcMpcQwPA60007S1VVUCKimprksWYxB9rsWKVXTHO2IzZxwvL9Hmf&#10;+STLhcOP4FJBFX0NTsEl4qqhEhaF/KCXaVQSQAbm4N0ZTvLl9iixXeG3cck+NGtLqOIU2oohzHVD&#10;YMEbNOFGOYbuXZsRbKuQw8qfEQVBSSIlSSRC9sBMiRMRhS96c9NfVx0iyF0+6C529Rr9IM555pMd&#10;zGKTPGF1masu50yrPuppKaswrOElEcPxuI4k9W1PRU0qqIbyxNCghJHc5dW8boeoOYExbC67E8gV&#10;tXJi2C43C8xjhopNlQQksMW1UUv5cziFjsNySV3nKbc/s8bTkVugOpN42hIVgkaliRJHXEpGoY+c&#10;UPcntVM2zbbqwt0AeMJjht4/pV6/RronHlToz09y69dhtP1Uyxl/CcsZvzDQYdAqV2J0NCKIzz08&#10;lRLKVEiGWCNqj3T42JXg55BxbBsbzLhNfimH1OWMSqIY6bp3nD5nEpqXyaEbv9JSpiUeSpBC7o0I&#10;3WsLq/Iw3zsbu1y55DCQ+P8AXWYSFKCpkIUVfdJ2yRAiKDGatu21oruxrAwUkwFLB4JJgdfTw6KK&#10;J6psudRMldF85UmQcNoOtmT1kxCp9Snp1psJwWjx3H6PMMUomhweenrKZY8QlMwZ2lmm8zYdt2Bj&#10;YVepWA4dX9KMWbNGH0mbcKytfE6WtpUpSisjCKZo4Z5VbfBZjuVkchTt3EkMF90t4CznzaWVLYdf&#10;ASUq1YYFSZUkFOkyBxRKgFFJiLZfn3eXKkqHdKcSAlJBIGkahKpiSTw6QNtFF9P3WrDqT1o4BS4H&#10;T4/0hzl1vo4MDxjpZm/DcZr5aaOhpp8Xw2omxWihejihqErU3L+niR5likaOQRBCk19J0hrKfCJM&#10;rUYfCs2TNg3Uajr5GlpKWAPHEs9dJtZ4HkdtsZdlUWbcARcz9bXOeNuOC5PiZEtERJVBOlIka4Ak&#10;gSTIjCjPd29zEIcbukp9BirjtPwkVbHlHH/UDhWJ9SMJ6sJSV65apI8x9MseytRKlRi1RPFVSyUN&#10;JTebunaljpgZlVSz+YuxjcombMPQHJnT6Giy1SYljeWsv1NRFW1eaa2ehx7BXmWDbTLVQGNWVZlk&#10;CRmPywwNixseMZP2kXuay9pbccCSNEKbc0/xQSTJSRqIVJETGNHdvaJcZSq3VhxTiMBhB1ExHHTB&#10;jZNJzpX6kMy9Wcuf1xytBg+c8f8AIqYafpvNh2LZPzABFiPyFZCJMaqJ9j0csD/MpsLAopsu9L4M&#10;fpqrMHT2j6bYTmPL2MQ1FM9bRYlliakAjq6StTED8xQrGk1Lu3tFslJSP37lA4UP5Q+2zmqr9xp5&#10;Ckq0lKwoSCCnwrJ0uDAK1IxVh9xE0ry51CluBKSVExxAwxG3b5jAxSpyDNgUnUrPfUapynm3LWZq&#10;Cupct4vR5zw/GIYTRigjw4LQ1NbV1FDWozwrNJNQay2iVxJJFcqLAsmdQqaTKeEYVl1MDwHG6t84&#10;w1tADJU4IJjTyvF5eJVCRvfzN29Q8bWKIugdiy/3iytXfOOPd462kI0nAOQFAElAJGw4GFAYqOMA&#10;vvM+UhCioYgkRiZMYAxiNnlTBmvrb0opcO6lYzX5kGOY3lSkl6f1+BSzRvDjVXGayGGKWXAoa2WF&#10;jLDL7oCyRKd0oF9qmOqKbJS01Pl3MeMjMNBjUq1dNhuOYbarxCthomhSamFDHFFHIN+7ekgYBB74&#10;BG2Fe/zklNywx3Vw2mCUuyhCVLSpSVFR1EQmMUKEqJ0mDqDV27fONIuUtI1pAlQPhAJ1EGZMwAAS&#10;DGqeFVu4rP6mcYnwPqnlDo7QZB6tZJoTl3GOouQs80kmV8r5fr8wwY9iOG4rNmJzX1S+XhcaKZML&#10;eJGqXkSBvKYShHDjeDdNOomEUeaRUx5Qqp6tcJxTFKmvqJMOmnpkf5WQxbxJC4DMIzusbggkclNe&#10;Xu5xla12pSX4SVBISAoBX3DYQoHDUIn1oboQbm2CkkgKgxGBjokDyo9ea8AzV109PGLYn03rqao6&#10;gYpTUFdXYfgNLhdLBjcmHVp/T0zYisBhqPc2JU7o7hVZCqlSI3UmfKGEY1gGI4l1Ao2zDW07YZHj&#10;GB1FVTwnAKyWWCOOllw5IQk0EW0h1BDK3vxsoRo0m5CMyu2HU/k1obSqdKtKj3gAJKgSZCldfhI8&#10;JSZ1Ftm2tYxb7tKFDSDE8JJOOM7MTSb9N/8AXnPWUs20jdA8b6bZAosSXF6HIXVmlwqtxSqzXQx0&#10;eNVFfUpiWJYn+jqq6ZztEu5JISyzRy7g6O6Q4th+QEzRJR5ewrP/AE2xJfmcxRVeMwTw4a9TNLGt&#10;LUTYlFGjTshtby/tNZnAICmvaHlb2cpaSi4ctLxBGlQaI1wAZCUGdE7YVOkbMZUkzW2RfLUhl5ba&#10;gRtxCo4n+9PETsp89WfTHMnqJwDK+T8A63Zp9MPWzLeJNU5FzbljC3ZsdODrSVlRUxUeE17Tvhrz&#10;MgkjkqFbapG06Owb9Z+m/RPFqjBaTDsVqafE8Zqat6YYVRQOaanlMDxrVRU1N58kqq4sS7CULe6l&#10;tyjbcbeLeFttwuISUtpAJUT4iJxQSrSBI2QCnZjEE4XlKLq2UlYCSDAjb9uJmJKZjaT8YMD0WzN1&#10;9qsOxgdTcs4ZSS5coaPD6iShmnEeK4xCs4rKykqZqmWNKKZkQpC8SPAWZG3hFLLaLFck4XBi9LjH&#10;TvB8v4dgIkhesyxiReoljEiyuKyjAjMtNKQssDQRu8JJUBiHHCI2WZOuhaLtxxa48Kk+EbQChcSl&#10;wTpWFHSsAHwgpJZtbV9DoBdPgE6dmHA7Jg8erYKS9Pkzq2mcqbMWF9bMdzDSYzTeXNkLNuAUkWFU&#10;KrJUNSVWGVlPS+bDXRRkw1cdTUtHUgAhYNysQ4lqcY/q9mGk6b51qcblxS+CDA6ihWaWHy5Y5oYK&#10;uWdqaKmqI57/AKVGKMqqTcb7CtSGfzDa723SjSdWoKwPBRQBJUFDDSqCCTswFL0oUglSVJCkAx4l&#10;GQRsjwgeasMZxoYHo4sTxjA8Zz5lCDCsQyLUVGLYVjceIN5c8smHVFFPUUkFI0jzxPDUFPKqFDKz&#10;MQpKozOeCtmbMmRMoYbR5pEOc8p4vNkLEsQx6OnpZEqmoplpUgf3jGKiCBKdm8tm82MMr6MWS3yb&#10;O2zF9a2gWHmw6AkkgjUNRUOOhRKh4o0K0kbIL7G5eZacZUR3jcaZEGDsUJEykkgiCIIPCkjPXYLk&#10;vPmeI8bwmFsAxnClz5gseArNNLW4ZT4hDJiElXHMt5DRVdc8/wCikt5VRtMZIW42Zdz3g2TcPqKX&#10;Ges9ZljG6xf9BoMzVVLFXwTbY6yBsVw3EPkGhnJdgEicJINZN6teTHHPLqc1CLmxaLTigEL1eBaY&#10;IIbcSFERgcUSkxpKVDDCJG/GZZZvpdXOcEIsHAGwpREfdgSRASBjiIVPUMK8+pWSMR62Z+oK+P0n&#10;Za6k5RijiwjM2cKqB/5dWYZXvLhlRHlnMOV48VknhgWkgnZqmjjliYoIDFKrfKhPnvqRmmfGExfF&#10;MNgy5R0cE1Rl/NOUZ0iw9MRiLUkgko8YiYwiVJDHJDtXfc+6+8Fp93b3Lsk2waaWVqJAUlYKlaYl&#10;MLQRr0kSlZnThiIIGcNs/Z3Vk22pYW0YVr1fbxQfEMdohRJk4Y0frpZ0ZyRgmQn6frjGK5/ws1NL&#10;V4i3VuZcVxtaUGHEKHZilGI5KpqaZFmpqx5ZpI2FllVowECHNHUFM74HhGFJ0/rcJbFaiGuqMXyl&#10;iFdPhTVlKgheppaLyw0bxq48yKmZdoJJBY34N8r3W/IrcdVchRSCAFpSHAFfwlckEEjArmThOEUn&#10;YvQhtbb+pfexB6IOBEQRB6BGyhPyXkjEsm4zj1VimfTnKnkDDCIsyUdEuLYbQzlBHStXwGOSeIvE&#10;7Bp1Z2Y/astuATjOZMwZdxdqCbLgxXB81vFg6DFEqx85V08rRrURPirgrIrEjyVLKAxAU+ItFmwp&#10;oOBzxpnYpIgEbDAiNuO0x1Uivc0esHAtSNbKhpOonxeWsiI6E+ooUljicpJ5xDwbmbYU0VxfabDt&#10;2Pt0GvF9lPIUc6VfTnFM4U+RsNqEGN5mw2qSSoqI5KVGeSGGGaNfIq2SyhTL+lBBAJDrwLZ1nOlY&#10;uWmFOqV4UwPCAeJUk/bJMkgxFNi2/KJ0MAtl0gGSCE4iCejb9xPwNIvNeZqnB8OpcdwDK9Tm+trZ&#10;qXBcK/lDp5Fq+aKJJ55I2kZaVGcNJKsblFDNtsL8VuJdGsg45l6qxPISU+JYjlulpqTHMp0j0q4n&#10;SvGfIlkkSdo3kRpV0swF3F5FAtxNZb13tisMXKNOqdCyCUqG1IEEgYcCRs2E40Y5fYWrCO5OhTqQ&#10;RiJKj0g/KRTbTZ7qsIzFSZWzfRyYfUYzUVqZbx7yJWw+vRAaqKFJoQ6RSiEkbJWVmMbFFYe9ytTr&#10;D0rzR00zquZIaR8mV8w+fwSrnkmw6UeYvvaFYgARq0bE+y7C14J7TNzba+75xWhSHJjxCAeOzDri&#10;fbsGLfa92aturU+40AhcwdmOIPQB5ST10I1HW0GKU3zFDVQ4hSOWi86ldJYyUYqw3ISDYix5a10e&#10;rsV6k9O8vZgzD08XDMLrYZK0Un8zmqEjlRfkzN5MYpYGEnlgoGZCARq2t+Q3apuaMszAotntEEyA&#10;B07MZmuSG9mVsWmYOWragopUZmCZBmJGIGPTRdM0Y3TZWzJXwRZqQ5icx0Rp3ookkanaQ1cMAqCt&#10;TOdqyXdljkHf3UPbS05ilUvUZfnuer1e57nq9XuWFfhVNs9evQl7X2rmpraeGS8X9vGn3ShBUKNs&#10;iE3aPX4Ggl650orel2ZaUtsEz4cpa7C1sUpj+7Y+HN7TptVrHQYHPOnmU9XTU4p9q6RGNPlraeF4&#10;yeYt73DRmbvQTPtANZO5FqXZpE7BFVNdS8GlxbLmYMLoanycVwesxKKtkqHu8qS1bV1wDrfZMo09&#10;nBUdEllLRttKBw28AACxF/H28CQKicdhpagqTAONA9DK2HYfHDJGZWfyERVZmLEMrBSRbUW4zvAa&#10;mlqY0i8wvvsygG17e23HlCdhoyIEUrqbEY8JxagqaqfYac05KGTYp2BztKgkHT4nmBYHojBEY2JW&#10;MEhV0TQWHfiTuSaTHxbKUsmN0WMxVlVDUKgklZYjvu0ijc24bR2I7ckU8BncCeIBw25W/wAJvY8Z&#10;UnSab0BJNYK3Ekgo2moZyImhCSq17yCxIvr4XOp51Wwsk6lY1AYlt5IBNrW7278WPgFINGKIImm7&#10;KmIRy01XE9U7LCAmwKzhbCzH3QToBpxsRKtMQ3l1WN3+wRqABc6jTtxjUIinFgERS4qGw6fBSiRS&#10;PJDHYyA2BLMALX1768wzYdJXzGSF2j0tOEJAZS1wCB4X5VK6ZS7hB4VMpscpsCo0irI1nLsDSl1D&#10;lHRApZS3jbTXjB/JKUZzyG01Vtlp8VNTTiLcd7jDKxStwe1ie/s9tuGlgoqUABW7hw/lnMMAk/h8&#10;6hdQ821g6C9c66OlZYnyvU083zQAESNiVEokIta/e1vHU6DlEX48OJeb1a6IYSJLihwWbEDGfsqa&#10;nEZo/DxtEOTXuYjS05Ixn5A/OopvAAEiMaGL8IiOF/TBjtfEpHzubMRQu41b5fC8Op76+F0PE/8A&#10;gjps9RGet2iDLGYCR4/8lnL/APRwSIUfzLY4kUS55hZH/GHz+dAT/wAKCIy3oFSUD/ebOuAzFvZ/&#10;oGJJ/wAzW5tDuUfyyq6Aan+/gxsmFtgzQFANaEmJ1amSQFmZixO4/QTaw5GcMRcGw9g4tJAMVeKm&#10;4c6hV3m0o0NzznRC1ZTFe3mKAeIr9EsqnbFONCVCnXHK4f1czBC1yDRzbUFje8ZHjzDiUZ+eqr6D&#10;zHIC+3ceMWzg7lPTAovzV3xEddLnp9Xbsv4S1veFPErF2sP8mBccYqgsXK7bE6i44dWTCSmZosDC&#10;jiBhQnwYi8HlgSb4TtO8e8d19bDXkVoWHwvxR36CdtJyZGNKGkrJWj3pDfeDYDsdC17n7u3MQFv2&#10;cdW3Ir2kRTnDX7v8oLC19qa6DTmIx6HXtr/dyilVUmlBS4poFRFZdFjKsRfQHsbm/Me3uLg+GnPF&#10;PGntBGynZMRSQqhDAsdhGn0a3150R7oFyD2GgI42pRKtgj31YKkddO1L8tCkramQ23BL2ufp9hvz&#10;AyHadvb96+lr8uVAHHbW0qJwNPWHVTOzK5KiKxO0Ag6W105xMaFSRYfkb+PGEKWF47KcCiDT+9ak&#10;sSCNisgG1bnugbQg/TyPIpHcWW/FiYPnSdZOqpNFVOoA85ZB+8un58jSLcdrN3B8O9+OskhXVTnf&#10;RhT/AAVaBQS1477QpuSLWOttOYPLa/e/+IDijUgiIqv5pPGnX+YMBcLcroNyoAQfpPPeWNvc37E+&#10;P58YJOqK0Uj7qnrXBgJRFHbVSu4bbbfYnjfxvzH5dhqPr45NMreJqR/MklcgOARp5e23566c5hCx&#10;va57HtypTA20lecCBjXCXEEjTyz2+1dDbXXxN+cxDrfT4njyXCBFL2LhISMKTVTiyys8gvcjam09&#10;rXN7WPs15LjG0WC7vaeNuIB4xToA4UkavEZZGcljE7ahBpfXxvyXSxqkjSdrm1u/3cq+slATVXVn&#10;TFI7Hq56mBKZpdqRoJHCAC5tqWKgfTxX47Er02CXGiU4At/xI8DuSPKS47B2mjO/dHcoFFc6WVip&#10;j3VWR13STY87ISSBZqSFx2+njAEAKj7tvDpE40VsairChbr8VQwaWbaLSKwBNz4D6uOUYBH2Svgd&#10;3s+riVYInGaPwqRQa1VTGWgZh5TXLhSe5JNuEe/EeUf7HnW4C5Iwaovf4cIM5Qr8uk/36efhRnu2&#10;lf5szsIPyq7D8Byqjf1s0kaLa+W8cA2giwEEZF/uPNOCrBFDhptcfy1F+v8AmAHA+Tj6/Kh44nxT&#10;W6fxIznU/G1+OpO2kzqor3DdekSsMGeqgqhk2UpmZFIN1iq4JGNvgATwtvxiKX2WyuLDcrL23Aj7&#10;+bDfRBKLMuSuoWF4hTLV0dXh8Vb8u72BkgraCZCPiGlY/TwBb5Nj8ugjgr5H8KFW7qouh0EH4Git&#10;9VqmqwTqN0fxGilMMpxibDZpFj3XgqMExTeDfw/Qp93GzCKTB8MeoglprpJIsEETeU6l9977H1Fx&#10;e/jyKlLE4VJKUxQ4VjV1SkMkUgFlMkpG9Tt2Hsy6Eg/VzDX0UUcwplijqRIyVtIgiKmORDcLa3h4&#10;Dt35cuEV5KRGNZKaRpI/NctAUBhkZnuGBt717/n3460WGEV9VhaxtLPWRHy4H2K0ZkSwKqmotuLX&#10;8Ld+KGlgieFaCQKba6sVKSKtaURxU7hpZlLFWCNcglu97W+vj3JQVmHUk5hkFRVzJHFVNIWTagI2&#10;6W8Af6eIbgalSK0k1EpqymrJYfMiMcKM8lNt2uCxvu1B9vGXEaLEMQljmdr6hKxIAnlhme4KhRp2&#10;AsOXZIBp0kcNtOcE1JSwmJdABeEyli9gtjcsdfHU8ZK+GdsOGH0aTRHbtM7PJcKpAt37314seUU4&#10;1pHXUmlMZqGnmdXPhGqr3Pj+zjMtDiMioJa3zlgUWmkcMzRklRuJW90AvxO0xqkkRW1OJ4U4NUwR&#10;nake0sT7qiw3d9LHxJ4n/wCS1+21o/8Aenzb628vdfvb7P8AdxX3aablNSfnIr/vfY/5Ot2+nn//&#10;1hFqqmpqMp4bV4NOlJXUxWOeRqNqpGS3kLC8RVZIwW+3orBl2nmW+YZ13rI0qSCrAjpHDbj7Kl29&#10;tlpdAPqPn6bat7wHK9JhvqCzfhGeqOrxPKGLRyYll6jXHP5NPFWsTilRXJVLM9NVSxp/kUDvE0Up&#10;lHYksuHUpoqNxLjRqq+CbDJapIaaGmj8yqpJZxJ5NxsLecylPbqR4cOOzcFN6kT4QobAI2HHEcxQ&#10;KtLoHNnGQgJEkTMnYNXtwPn5UKGcsYhzNj2CPF0/GG4HW4PnnC8PxDGMWxHEK4Q4FmbDcKlg+as4&#10;mVWw+GZJzrtChHFyxoR/Gfy18pnronm1aQClr8FxPKL1ju4UjCcQjqxCbvsuDiVyBrr20099QVmR&#10;n40nAtpI8gSP0qP3nks705g2DioMrA6ikoH++R6Vad6C675rpLmNZpjJXSY/U4pUKwAulVQ0mx19&#10;xCUYo20m97H3iOUb1tRBRUyQU0ELSOwp6h440aWRgWJsz3YC57ga9uwHIGctkg9dCN1ZKYNHf5Cw&#10;+rxCQKrswebchd2EcXl6bg+1TpYaWvc6DjzbZ6KYacMECvc6q6iqieKFaSCVwFiIDu7kqSpdh8db&#10;BtNe3GQkhdaSuNor3GuqmeOUk0yxU1hG6ugayk/ulixFze2ug8eLtgpkmDXueau2qArCSBhdY41U&#10;gEWJIIAtcXt3OmvPKWhGA2V4q6K9yDKFOzZI07p753hbar7wBuATr+Wp5okGNIqkEmvcxyNLLCZI&#10;nkSCyq6sd6i32Q2z7AF9L3PKqOoGOFag17kaPzI4yLkNM6lHW7aWKnwvc+y/KoEYHjWgoV7nNad/&#10;LZ5WQeXdffQX1WwFhc9vYe/Hvyyjj0V7TXuY5Y4CUG8Ne9kjYAgm17hh8NBfvzTrAJEV4Cvc7aAl&#10;iKeRptoEckbdy3vCwItc6cshJI8JrYTXuSGpPKggkqW8w6jYbkgWIuNRax9vFgtVhGMGecK0ThXu&#10;dCmpEV4ahPLLbfKcNqAty9wFOv0H6uU0pEJUmOg1pQMV7kmCKjieORqb3Y9fKL33CxBFyotY628e&#10;GabIGD0cxSc9de5laoNDXYfW4eqxS0Dx10JQ2tJE6uDchdbhbbRbX4c0/apQoLGBSZxw2Y+2k7ja&#10;VJKVbDh7a9zaA6K5vp8wZOylm7CmEkeI0lJWU+03FpoI3UaeIvY8y7yW9DjaHQRBAIPVAxrkhv3u&#10;Quw3gdtl/aFGPI4iuLi6sD2ty4zoDWpmrDUlrsNlhhenSGOWQkK5dfeZQR2v2vyWLS/F1aEacI21&#10;Du8u6ItltkEFUzHrRUeuOd58pUOJCkro0kIO6SLVka1gjWNxcEduBb+IX1Iy10T6B9LOlC4fiOI4&#10;h1MzhgbHBsrBWrmwzLeIxZinmVAjB0+Zhpo5EupKubEcxS7erplu1t8vQqAST6AH5nCsv/pC3cfv&#10;d7Bmi25S2MCOCjCR7ADjsogPphlxT1D+s3Nue56mnxTAfT/l6qmpq6WQ3pMzZrimwykG0EEqKBa5&#10;XNjtBS/ccoJ/G3x7D8Y6t9D1wnEocTGEZfxGkroqaWKSWjqPm6WQwzrE7eW6oQxB8LHx5hFcbn3d&#10;hdLWttQQ5CkGIChjiOkcPZXV7OLPu7olQgkT8KPz6L6bGaTpBWRY7gkuC1xxzE5B50dQkNXG3lFa&#10;qmapihaSGXurgWvcAm1+CP8AhE5ky9lXqZ6i8SzDisWF0seFYRTrVVImcF3xKqbbaCOU7vc1BHC3&#10;fzJ3i2EAgAHGaFGVoSm3dSSBsilL6mcvZjzNlPKuHZZy3VZorkxuKrnoMKkoYnSFcNrULs1fU0qb&#10;QXA0e9yNOXNQ+pToxXZio8t4TmesxbGqyZKb5TAMFrKgRhqz5KSRmq2oxtjkDByOxUjuLchjM+zX&#10;MXLJVzqPc4eLSdOI6YiKeatVKwG2gTwnIPVygw2esXplh9P/AC2KaVabOGZaehlleKF5I4wMIpcY&#10;QFyFFy2gN7aWMXOnqe6MZDqMQhx6txOVabc8eIYuuFZepXAJAYS1VbWHaxGl4wfhfTgbyzsxfviE&#10;26HXlnghsqo3Zy0oxWQBTnlDJfqgzBQ002PZayF0xMqKXXDMx49nhoy4vseP+S5ZXct9dsxHsNte&#10;FrpvxL8ifzPMEeUum9Zi2FYIkUsmLY3iclQjCaoigEiUtPhdBLJEokLlg4awNlOhOTO6/wBA29Oa&#10;2H5r8mpKAATrcS2qDsOk4weqfeKOGd3nFpUopVCduz4HGlfD0H6w4j+izV1owenpXDKz9N8mT4VW&#10;gG5Fpccx7HYbge2EgnnGt/EmzrBl/CsZwLp3hlNj/wDMxhWI5NzTR4zhVX8qIjKZactiNfFVg2Zl&#10;WIC6i4Yt7gkXs5/q7L7N8wdZfDTKEIkEqUo6htBQNCp04iJmYgUlsbJy5TCGoOMyY2dAjHDr6qiT&#10;+k84gMYoq3rrniWnxKF4osRgbJEclNIdyExNTZcicONG98sCdCCBqlz6+fVdnKrpqvBsux4Hg8Ih&#10;OJ0eF4ZTVVSKHzliaSNpaGOQSNvOyOMSPdNRrfk95B/Vj5ELcuOXDYVpKpDAiQrTp8RUrVIP8Jo2&#10;yrcfMrtsrS2EgCTtwpxi9IvRygWKbFcazbi1RTyTVcUmLdQc8RUjNJGLrNS0mLwUzxgLfY0e0XNg&#10;L8WWYfxG80Y1Jiy4JmbMFTl5KhJaSkyXUUeX6+KnpqanileQzUyndNIs36K+xWKhWcF1jF+5n9WE&#10;xfJUty9DWCy1paAMpJA1FQSI2EaQSeFH2U9nxWgkr1qCSYThiOB1R0UAeXPw1eh1NhZkzP0pynnv&#10;M2J4e1BmOo66JmHqZh88hqq6rgiSmzViW0GmeaFTV/5aoRNriMrGwLjL6iPU/maHFjU5qq8MyrHi&#10;slRU0uOpPWYxV0MDeVHhQmqyjSIzIUcw7LSMZg6L7rZQbv8A0bZFk4s7d1HeOt4KMFKl4SCJGlUm&#10;QBMDBRwwIts+z54IQpSRCVEYiJxjiIOII9+yjI4D6RfTpljGcPzBgXSXL+Xsfpt+IomTMJpcKwxM&#10;WqEWKfFI6CnBgWrkjVYjM4eQxKsRZkFuSZMyepjqxiE+dcap0r8DqK4YrlLKVZWSU9NLJSVqOJIK&#10;ehljWSLfIHZqksXXY1yUjHNbufSBuhllulTrHdONrK+8IKnlyFQCoHSkTEEDh1ihrb7qkJF06nT3&#10;ahGwGMdgBjbG3Gl9gWTumnTXA1y9g8YwinwmipsHrMQAUzpSxUbUsIZ2SyKFjbakYChi1lG5ritn&#10;ebrr1jnjyln1KXEsLo64QY5lPI1LQ1Us8S0wrzQQyVMMswlgnKLt85VQkhbqAFlK37Jd27TOrbOW&#10;Y/MISpB7xIJwGrVJAQFYkCBJxk0+92SM3F2m+LylOq+6SSSB0TIBHCB76CbpV0k6A9B8HxXO+Rqi&#10;XLkGPocxY5mTOGMYhHRVcqU4w/8AmlTDNPHSCSeCBWkqBCrzbRJIxcliHc1f6qen+ecTwXBsRkyT&#10;mDM1VDjUdCflpaT5ejgENPMJZkaNA0UIp0VaRtUA3M5U8H/9i8mvG0LbtmQJ1TCSsGZUSRJ2QTAw&#10;xxiDQG3u7B8tzA/lbuxaUFH+MpWRxnVBPi6AnDppdVeQ+gHVDLiVtTg2GZuwiiSrwJ8XopHerh+f&#10;mFVVxPUUriZDI0vmy3caMWOhJ5Kwj0wY91D/AKx9W+uWesdMgxCepxNcKpY6qauqMKNVTwsi4ekh&#10;d3gpVCp5Sb7ttLiT3k+V3lhlz/5a3bErjSmdMlJHiknEYidhPGQSKM93uzbL8sYKEK7tlqdKEmQY&#10;JiNmGApNV3VzJHTWvwHo10wwTDXxaKh+ey7lEVkeFRU1B8zSRPOErBHuponr4xI0BkKE7SoOgx+n&#10;LpHkLPdTST5nyjWT5yzBiddiOG49XVWIwCrpqJ5sUmqpG8mRKWljasij1lbdcoQXUkC7NrVWRoce&#10;O3SO8JGqColQ+5UkkE4cMJOBocZJldo3qW4g6yZCiduMzAOzHGBSi64dUcQ6WYDjmZUrUiwXAqKO&#10;arSGgWuqmrKmrhp6alpoVqoGnnmUybIgBYhSWtox5Z/TpkvKOb6rMVPgtLmarnhOXoqHNLU1HRUp&#10;pjBVLsM0Ehil21IVnkupiut/e2mKWt/xmBVcIWpHdhPgQkklRB8egHFUYCBqHAwDUmZTd2y7dd4t&#10;QKmkwEpGIkmFQRx2YDZRMMnes5usHTqpzDLjFRlWowHD6LOU1H0to6zM2KT0mIPjWGJOlLhb+ZXU&#10;8rYbMIkpFaXzVuFAjL8n4p6SskZszLX4LhGUMGkzhj0dViL45USSAQiHy/JkgiainjMS7wqkOLOG&#10;03E8KB24vZJYu3944fybakyQJWqfCAZ0kRiTGAHE4xHW8Obstl24cT+xChqVoM444TAEQSerGOFA&#10;Rmr8UjDOiPSXFvUV1WqcwR9D8m1eC5aqKGly9h82M1ldXmaCSlnarxigmhq4/lnqZUenCCCSOQMV&#10;NwqMJ6PYT08wiikiwiCkwTNUzPPQyUkNS1JWUtPNQyVLVFYXJdyySEyeYCFazDdbjObdptxf3Vy2&#10;25LluEySvQghYBSnwhSomQSQCDB0qwkivrhVvdqFmUqKCCdRE4pwwE8Y2iRtioLesteuPVvqrkDp&#10;7mWaszh6eYsHxLFcYlxY0UGOYbmb5HMFNTQ0OCnzJAkSS0jNup5VleLdDKoDkSMK6W9IcOzHmDJ9&#10;MoxvFsYdc0Ziw5np4ZBM9OIKFJpQu+CMxrsiECxoV3j3idQ3mu+u9NzlJv1pFvohsKIKxpTi6pCU&#10;gayMYC1qPE6caFGYs3zmXuXj8IckCfuJTPiKAkAiBISFecUUXN3q49dOYfT+3qfxWgoeilJlR6Xp&#10;/g+aIP5tmZpcGgqkhzLi+D4FTOqVM8JppSYsSmqmDxI48pQ54GefuifT/EKPH8uYr04pul+JYXAj&#10;z11DBPLQyYSuGjDKGmerj+VjeMmaVTAZk3lDuv5hu7uPvo6ty1ura8F3aLELVqShRWgkqluFqCTg&#10;roSFEBICaTZHl6b55kNPBxkiFKBgkpA1AgycTtxG3CKHj0h+q3PGZ5+lOcunPquj9aPS7qFRw5IW&#10;txCTDcAxuXONFitdjWZa6TL8sdZX08cax0jBI4plp4Ku0SQwwISp/wDNHg2H4BlXCMzQ4bhseaMN&#10;h6fY1jX8qdMVkinaBoMMhWGi8oJLGuyQgXQkqAWBbhq92oF5+9uLVtTn5ZWtKe8QUKSCUl1XiKgE&#10;q1FMgJWBqnSoAG1lnYefecDYV3I2FQAI6YmcI4gbKTreu6oz/nn1JZq6RZaxvP8AH6acQrequUMm&#10;tnvKNPlOtwvDxXYZiOZ8RWtxta2Knpqj5qWkhmMcFRHFHUKypJEIs2GxZSzXUYdgeUsm49DRUNBN&#10;hOHz4VJQxsYMJjgwyRttbNOUekerju8JZrsdx3KQK7ybw3uRMJXmF5b9+4UqIOsypZKiEhCUqV3m&#10;lWkFMfbAiJPHIRapU/cNBSiNIOr+LgNP8RExOE+tKXNueOsXprynJjXqA9U3SOizRm/MWG4pXYFn&#10;5MwVtFh9bmvEcRzJBRU9XgFPg8tUuLUmEVqQpWxRRA06IiMjEOt8dyDNlzBqTBcs5cd8KwfD8Nw7&#10;OOZcPnrayuo5cPw2po/KijxKSmj8orUWZzOupY2MitaDezjtOVmuYquri8Slx1bn5ZhRS2haCtsy&#10;ooS4SQEwkaZwxJCgah7dffm7VfrLrw0Oag2kmNR1DxKKRAATsOHXtFEa9M/rNrepPVLHOonVvrtT&#10;RZz6hZpz1/sd+nvqdLl/KeXM05czLnTL+L4fW11fk/D8dq5KunTCSKZWo52kQRMZBTVMLyRMpv0o&#10;y1W5Rnp800P9aYcCrDhEL1GG0uIVOCeXHiJpmFXVVM0s0KrHPLIZQCWaQttsoMt8e0p503CLpYbt&#10;lOiD3hWhK0pKVPJIaRDZBVpSAtZwGlOKqPl54woKW6S2lSglKgSQDABWDgdOJgDUSdP2jGnHrrmb&#10;1bdXaXq1l3PfRXFsByFj3UvCshUldTDOmasJwjPFNVtltszUddhuD4OI8DrY6mfDoaaKmnlMkdPD&#10;5UU0sk/BSp8ZwCmyRSdRKjMeF5WmrsFpc0YdLS1dJHhtD89I8y1Hn01eBNDKsqou1thY7078x9y3&#10;tCfvr78oEOXOWh0a+8h1TjaUjAgtrSAlXj1zJTCCdhqA8w7VEMZ6bZDDl1btqIVqRqCkpGIJKSNu&#10;MzMbarmkxzqTjHqQqfTLgvTzOHqz6G5d6oV/SPNtf1MwnFMezRnKiytg9BSNhE1PjWTpqakxDDqm&#10;iqMRkqW2ztTKKeoeyIzBRnT1R9J8i4pljL+Yc/1eNokkwoscoWp58Igp56pMOkjramF4od9PIhfZ&#10;K2/TTc5AIkyK1K7912ytmmnbhCVKSEqJK0FZJSpX9ylJ0KUmAQSAkRNVy/e/MHkv3tjboZUQSUKB&#10;GKeO0x4SU4FI6qMt0V/DL9UvVLC+uHWjpn6WckenWXPNPhxzT09zLRZgwbM0mY8C+azAKrLqYxTY&#10;j/LoMWo8TTD5JKKRIiGeNY4liYlK9X+p+F5qyrjWWOnK1kUOcqeiwnGOo+OI8cUEuIqZYqqloFhE&#10;krI9T5rKIfJJNpLK1gGsl3tzKyvG13CO5TaFSWw0nFAVAAUtWvWUgJxxJidU7Yjb+pXumm13biEP&#10;MJUEpbAKtuMrJUnojVJwo4Xoi9DnX7InUHpV1b9S+OYHhWO+nts11/Qf0/8ARigpa2upKWjaHBZa&#10;DF8y4rV19NLeiw2Glgkqqg1qpGPLk3RSs5SMmdLcezbVYvk7qbm3G8/dOenq0dVlXE8yeThwxDGI&#10;F+XUCN1nq62j2PaJRIBGzsYyPcCSRm3ae7+RLLMlZOrxDUQTqKjIgalEgzBx24VEXan9ZNq1lTSb&#10;V4F9ceGdRExJJEJmrn8aONZeGTs39JMhYJ0q6g9R6ysqOqWG4bRVWMCgwitiqMRrpo6mnlocNw7F&#10;ZKspPPPPTTCdowsyvYOnHqR0V6MZQ6fYXVYxk7A4cw5doRm+gr8vVF8yVFNhJM5hOI4rULUySyNS&#10;xot6fZGpWL3k3FgPu8wlVwHV2/eHaTjPXs92G2op7DO2bNs23l7xCS+2pegyhQSkkJOrwBcacf48&#10;cZHRnyljvV2o6n5vxSkzFmWqwzGK05co8GztTUU+A0VRU+RBTVFNRYJRwqKeJZ5JJN2Jb5iGZijb&#10;EjS+TM99IMp4DhfUjP2WcEyRjHkz00+WK2krXqKuCoxcxRyvXw06eeSlOr3ijv5jg7kG0LM9jfXb&#10;Vkju0qba0EBQ04T0q0HVsGBPCONZg78v70ZJcmws7N51LoP7QFITOJhM8ASMTtEjbE8upfTfr7m8&#10;5p6f5U6jY/htNiksUidTMEqcEK4VUU+HiYrQ4dVebtR56vY0dVKUMMO0xylneYXuonXvp/mTLGJ5&#10;c6ezU2UMOjLYbLirYWkGHTQebHDUK9SitVCWaORYYWD3LbbI1/dRdneT2rV23dPLKksrCtKzBIgi&#10;U4QNuAkCTiJNYu7tbr7+5fmaMyzO3SWuKC4rvCOrUQ1gZJEiZwOFBR0K9FWKdLcx0OfurnUDNXXP&#10;P2JVdHjclVnfMNTPJSVMSh6eOkwyjlpcMSGKeN6hkFOdpdzvsDuQOJdYc3ZkxfLuA5OxagwzBcBq&#10;sVrp8j5Yxqsp6fG6xZpKhErHj86GNjOnnyxywhmLMpvtNw7vbuXl2e5xFt+0MqOn7iYxCQqDGPs9&#10;tZGdlO46s0tLy6U64q5dOkJcR/cwQMGgB4irASkxhM0tsH9HnRjLlbmjqjmDJlNmjqtjVHQYDS9Y&#10;815VwfEMwYFSJSSYRtw6tgp6fEFVaOqakjMVQwRFVlADPu9jPSfrn1gxKKLHcepcLy7S0s2PS5Pw&#10;+fFcRq8axSnqamemjmpKmiw9jTCUvJtESswKhyzMjxLmcst7fNGkPLQy1gXGwuVnQcB4USAZxxnb&#10;IMCjbdzeLcPcTKocu2GXFq8RGK21bIUf2hBAEYmTjhXWH9YOjPS58t12FZQqK3E6ipgy/LnBaHDI&#10;8LyzhklLhtLUucVpKqspkZIXhjcCqZbxyGNdqMjGN6LdLci9N8txwdQHmw7Oq1E2PRYa9C1NhiSJ&#10;TxhYIwm9HcmKR4FRhdTbRlYqPe3btDvN43bR23t0mytU4DXPiSYx8IJhOMQMBqPRSvPe2/eHOXbZ&#10;OQXSV5dKUa2lguLxGtRSqFpSjGQEg4nCINER9Z/qP9YnU3qG2V/S/hWB4l0FqqGhyJj2N4dijNnK&#10;OrrJ5BPiAiZo5aShjWspIqt6iEtCVMu2aN0jmCXLfpvynJkDppj+cYqXL2c+oGJxZqxAmgjxGvbL&#10;WGzOlLQ0sFRK8VKsqCF7RRrZbowYCxNPpx+ojN+7ubZ1MMtNKCCVhpIWqACQEJUvSnHFZSAdgONZ&#10;a7j79Wd1m100l5kN2wGta3EwFbQDMmdhOI20P1H63c+Z19VHq4yL0golxvph6U8EpenH8+zfjFNh&#10;GTqnP2J00VdNPLXx0PzczUR8+mrEM7KjqhUB3Z4xck9JlVm3EsNnkypljpN07pIlSnnwfDHxLNDO&#10;04ZIpZ8QQJAgRlXdqQ491dtuS2n6mbCzQ6i2edzG+MySru7fZjCkzqPHTj4Y1mdqrMfqL3Ttc2Yy&#10;ti+t37pSfCAoDHCBqAKdkxNFlzh+MHkboph2L5b6bZhzJ66uuNJEkuK5qxKpwvJnTXzo4pBMMPr8&#10;Lpp4JFXyjNHDGkx8lh59QHUseHTHpu+Yv5phj5Hyjh80sFVmHplimasGo6SpODVaVENK1TT006bJ&#10;YqmFPNYI7kML2Njzfar2sJy1tS0PXbim1IbcSypa0l8QooCtGKCg7AtKdoHEUP8AeftJtbexfuLK&#10;4kawhPdFSk9+dJ0KXgIOoSNQCp0iSAKEX1her3I/RHAIeoo6p9VcxUmVc14V046x9NfTHWY3mKjg&#10;z9RjB8x4hh1PiGKYQzmCXC8Td0iFZSUzCLakfmeYigTV9F8y4X1ay/kTJWKxZqzlTolLW4xg9QYc&#10;NwHyJJKCd3QFd08kWyWZiSwMm1d5KniZP1Nrusi79y0LKCoqcJTq1gEEYfckSQNMSEgHpoPbpdso&#10;RlS7vMHUtLanvSMEynapQOIEDxA7Bto2mUPxDOmuMekXMfq96y5Fx3ot0fVYsUyxgWe6NavHs1UW&#10;I4TRYpTSUdDSmV9ktRUTUsEbAF1h85/KjJC2H5E6CVWScfyjiOa827MMy9VSYikWKVqpTnfBv/TI&#10;0oUyyWcliDo20aAXx07T/qRyzPciv7bLUFV06gIB0KbxkAqStQEJROoCRimYJNY+9uv9YV2cM5Je&#10;tM3wuLlQSlAaSVKiUyRpnCSSNRGwbDjVLXqq/EaxX1uem31IdNvSV6Uc4Zl6ldX8vx9LsuZ8xLKG&#10;KYPA0aYiKerq6TE6ykUmmomkvBC2x/NjZygJYqJGL0WVcp51iOO41FmtJEGIdOMnYPCKjGRLEUqn&#10;jpTShi6oujDUbbElbFjFyN6swuchCLl4WrriVJuVAIWHhpKQQkQrUQQdR0lMYlQwGEu/P9Yxd57u&#10;uGt1rZ5q7X4Ll5xKG2QnEBSyrVKzjiACMNpwor+S+m/qe6g+mdcsZ3pI/RPjONU9Xkb17dfcTxjD&#10;myxn2hrKKbLdFVVuH4hJD8nW1ktTvNZJJTMHQxwmoWSJEH/KXzFccJxTEstvlKfFx8ziGH18tI0o&#10;llKGRJGw5Jg7pZQ9zqbWIFuQizutkz1z3KlOvISBpStR0DSPCkKx0xqMDZjx482O0r6t9/XrVdon&#10;NUOtoga2kgGADGnXpUE/d9sDCicYh6B/SwtfjOBPiuZevseRqZcB6b4Zm6XNP8vp6ChWUUJFRjEm&#10;HxUtNN89JJSoEZUUuXR2DFg/6g4FXZwxSKXLeN4ZLDg60eJtl2lpUOJFtzRiaWWaXzEj2s1rAEAE&#10;ANewPc5Tl+RXbH5dvu2v4lDUYxkgDYSYGJgCdoFZX/1fH1R5dkeZXDu8pfddf1IDy3NSAkD7A1p8&#10;SlHAGTwEUM1DhXQ70CzQpmH075roMCztg2L5Krs/YFjFecoUIxGhWrraSGjpqOSjrqppqOnVmml8&#10;sOVdjBGnnMAuZ8GkyPmvy67MdTjE0ka4jRQGFoIKNpGRBKLsQQZbi7DaF2JdiDzKnsc3/a3pyZxZ&#10;t2bcSUGHApbiUpxBAxSEgiIJJg4JGNd3ux/tLtN68vceDCbdqSghWoKWCkmIIBTCQDKZmMIwNHg9&#10;EfqDwH13emzNFbT9EMm9FssPiNX0hzhHh2OxYzi+c8PpcPr6yXCyaeKOaFoMLMM2+CTz5JFqJhFT&#10;oyMcz9M86Rxy4pLglNg1FW4pTO+XagRVflKhWWSpIYGNF8xd6BL27C1rHH5/tey64zRVtZPBxkgq&#10;lydBUJgQozwEjAnoGyk57ecjKl2bT/eaUqV3h2cdKIwJ4CeMbcaCqP8AFj9FUVTF0joesmO9X6zK&#10;WQ8exrBeu9Ma/BIsUnlkkpsKy7GvmLX1dcaKTyJ5alYw5Te+7zbxpHrdjPVuDEWyzJ81gGVsfUxY&#10;fhmCxJiFbXR0pELeYUlYrvVQSoVG26WazcN+z+0yC+Crq3dbC7c6lvhspKS6SooRqgaRqISSFHrx&#10;EJuzZndbuVXbTqFXLKpLmkoShTiirSjVAKQZgmTS3/CM6PfhiY1kGk9R+C5jyz1f9RHQatfHc9dW&#10;c1U+IZMy3kzEs1ST4klHhsFfBT088FG08kUFVK895BvDxBo1QPOl+C9Q8YosVxrLON1mLQ0rz5dO&#10;AV+J1Qen+QpY5LRQQ07xAlZEXazsLaAA6iXc+36yfLnil5alFASQYQZnXj4RqVBE/cBBmcDUg749&#10;sO6+TPj+Y3DbSfCQVlASSsmIOB2jbwkTVifrE9RXof6TdU8o9MOvGRsJy1i1dFgPV6h6jRZVyzVY&#10;bVSZnxvFKNZ5q2asixEeXNRVFRNURRR+XcSPIULqTT9JstZ2w16RMfp6ypwivggxLGUxWGCKOOWr&#10;R22ruUNGY3iAKq99VJBbUQv2j5xY51kwurF5a8ybUdBShSVYFMhQTI+1ZCVK/vkgwTOEn1AfWB2X&#10;m1Q7/M20XyVaUqSSZSCZIKCQRBIBMxiBxqjD8T3NvQr1Y5VzRivpcyvUY56o+leM4jkjI2PdH4cc&#10;q5p8Iy7VUiSSTy4XPLT1lPWUWKs1NLPCVsk8aSJGGDGEqEnqUqsJp/8AfbG0LJRViIHRVvtNo1IG&#10;gY2F9PZzD5m1TldwzeXiC4oOArbVKFKjb4yCcSBJxPXNQZud2sbp5ghF5a3rNyoLSVICiFnacf4s&#10;YxMT0HbWs9VZGzr0ezRlzO/WXpnjWPph2M0mIZvyHnJcUwafFQkrVrRfzGWCXasrxgu6XchvdYE3&#10;4W/PeOYDk+sGG5lwuLEqyHzhSVeH4k6Yh5TmwY+UgChrD3HHbT3rczc3b3Bve0OyZzC0u1MgaRoL&#10;ENoPENqmVKHFSFxs+zADoFuNY5tvO0Luxu1Mp4tln9kOkBRxUdmIUPJIEDZs9APSf1D+tfJkvV/0&#10;0ddKvo/lXE5MNizj0wz10lV+m0NRQgxy0FI+IYrIK54WDE1dK4bdt3LTA7FC5Vy1nLJuMR5lepy5&#10;lShebM2I1FDXt5spjV5nDGONfPTaSxWRGuQDbcNMg1btZnu/pXbvqub4kBK1pTCAcDtHhRtnHica&#10;mHNsvusqCHWVpXdkgBSkgAdZkkhIxmCDE1Zp1ayv1w9K/VvpbnLorTYH149W2ZYML6JZKfM2VZqb&#10;L2EUVZLDh61EqVWKVkuFwhl8stS1UQsxvuViCTyahwTqfiuWemuN5dxNMh5azDhWbJ8UxfE5j5k0&#10;uGSPR0aGKGGPzHhq1ciHbYXZisau3J/zq2tlWSr1F0hy+bQSA2nYoGO8OkqUlEiR4gTsxUYoS78Z&#10;hbMWa7hV0ldyhIxQgQCTGolIKtMmduzoxq2XqliWJdKcnZ769YXnbLmZ/UtB0/x7JWHJkHK1JDSr&#10;WYfiCnEcVli8/EsSNBR1tJd4pKmT3v0SLLVSRRsxI+ZaXqNi/Ueqq8EeohVsBw6lzBmHBqBKKFd1&#10;LTvAhmEcfkqQqlze32VY2AkJjK7MWQYR30KxVpacUFGSoyAnUoqJMkbdpIFCs2iLNsANuFvZABhZ&#10;24YQZ6zPScKHLFKTpfk/pVQdNIsCzXFlcSx41jq5MyfmzF3xapra04rWfN/J4dUzVBr6iSSSrbUs&#10;zN5rDcbr/D8xZo6HY5U0nUmlGfssZjwGtzRhD5eqqqvVqxamiiiiWdY4tu41TbpViC2PclRujfOG&#10;L3eW4aayyLQJcKVLWlAWANX8BJBkAKAkqHECo/zneO5zB1phtz8qpSlSVhBUEpAnjpxJHDCRj0FL&#10;6gS4n66un2BTelzNuIelDqXkPPoyPnrFOoOXMCGNUOEYbBXR1MNRhNRPUqwnEEU1NBIwkACmRY1L&#10;hc+F+uNMbzBg+T6/peuV81VGIJlXDqitqZ8TpaGskmSiSadp44JvNvZW907bsfevYIl/SFcM2Trj&#10;mZrethLhSkIbUtCdStAKEhOkyVQACYQAoRJBD/ZcUIV3166q01SUtpQmYk6StIB0qJkhKAelUSCU&#10;Gn/A6wDJuV874lmL1hZ1z90fxpHzxnfIvTzCsuZUrMdwqiaqxk4NS1GArT0cOHVU1XNLLBFTpvPk&#10;hJIBHuaZhvV3qNmzrhB0Xpa/Dc95inrXpcx4pTXkw3DWgf8ATJCwpaPc0SAhrKUV2CbieRBadoW6&#10;uSZWsi0dtm2UEhIOpWmJBUSVElW0g4zgTto0TvXluSZQp1VqthtpMoTIkg7CTicZk7SJxFCzT4B6&#10;KvSZ+HzXerTDeiOafS10Z6cZckznlXI+MVEcea8SpK8LJRCsC4pjbmSvmqIyBNP5wFjMEsVDx6ue&#10;n+LHJWEYz0soaSaenzGCK/AYTHWyCqwGtomE7ADXe0SxlGN7r7OE+4e92dZjmSW7rvG7kMElCnEq&#10;bKJJ1JSADABVM4hXCIkCbkC8/Puru1L/ADrjeo6lApIklJQlMQAkkHDbIO0UXP8ACT9UnULN/qEx&#10;Xpz6ra3OOVetuL9K36iZkyZ1VxvBqjK0WG0WaYzRVOBU9JMJlMkE8rVq1EQMMkbqDt04CPpM6WZ2&#10;zJkXF80Zpwino8uYRRUWXcs1uN4NTYnK9XNTRNNMVrkBEMSxuto3W+8G4trI9v2tHL7q1y26eUh1&#10;0awguKQpQSUiZCtqlq8CVBWrSoRFDy23ttV5rbWLqhOkrAKyCSCkJggyDJkCZMRVhfrW9ZXSjpx6&#10;gOgvpgizZFN1ZzxHiPVbEMp0Oc8VypM2E4PPDQ0lKZsDqUk+Zrq6rRqeKaGWOeOmnjKG/D1R490u&#10;6c5Sy7hPUHK8ceUoqeOqmzdl9a2ow41IiVS6eZJPNFvKhdokJ07HXkV777t74Zhe3WZZRmoDyVGG&#10;3UtpKUbSkqSAhcDEam5iBqGEhPePc7ed7v7nL8w/b6iFNrwUkf0ZGCsP6QBI4zVH/VHoF+JR6gur&#10;/Wzr56LfXPOnX3AcQqclVHpj6xUeWMvZjwjA4KiaaOgqGw6niwvEBF82ZoZamhA2SC0+4AuNEuQM&#10;q4vidb1CqsxYtjVfh0X8wwelxlqb5BpRF+gZPIgh3sCFIBY+Fh25iK1vxvjlv5LIrcW6WHiGyGIU&#10;rSTDiljUVJkFWpUT9xBBk1BA3sz1lq2yhkMpZWQCGhJKZ8RVtIkEydvGaqSyx67/AFNZC6f5E/Di&#10;wfpN0u6S5D6gTS9Ns8ydFDjk2ZqSibGflseo61ZcTzBPTyS0stSJJqgQkHzGaS6MSVzIHTzFaTpd&#10;i3R7ONZFj3UDPBqc5HD8Ql8qOqlnMcaxRyVWxzIyoXZiL33G3M8t/e0ayYzm23ka8FlbD8u4pCVK&#10;CAAtWohII0hYSkQIx2xWSebdpLVpmTGbqTptkAsnQFK0oSFEGMcNUDAbDOyavt69eqLp5gvrE6V/&#10;icZFnan9IPQOln9F3U3OXTygxDFjgWHUkOK4vUYhVUuBQVcQw+GtkpaVPL90iRWD7SFJp+jfT/NH&#10;TDHMOyhU4/T5gy1R0FQKGCWnPztJGtZIYZDUlluXVtrrssdLdjfCL6hO1/Kt+t11ZmzbuWrwuAmC&#10;o6XVaElUoAjw4KBJkEGDjWMPaz2mWm8mVpdQyphYdM+KQvwiSUgASMCJJjGK12vxefWx6evX56cq&#10;nrzlvpHi3RTq82csCw3MmLYTmmkxTAM3Vc2UaL+aUs1FhiTQLJh7QRmCV52cANuH6VVUzmKyyYvF&#10;h9PXxxVMGFENQxTKx2EEkaliPy9vt5zWt90Rb3Tr7TsLcOOAw8uPv+FY3XIDgIiKrO6b+sqmyh06&#10;pclU/TTHsMo6rC/6uY5i2VMbQpiVE62dZYIoKYMpLk2LGxNwb6nI9XUyUtVRyUVPLS1aNBUU19qM&#10;rCx7R3B07jhW/uQ+HEutO/tEkKCpMgjnYcKLW7FxDpcQuCfP5cKXGR/WZ0WwLMuB1eYMPzZhOF0U&#10;CYeuGx4XSSxqImDKVWXFDqGUXKpcjQ8rr9RuEdQcvYTh+ScMxJKDKmdJKrL1Hi6gRmnaeIrT0RCz&#10;reOzldAp0FmGo52n+j7fXI88dNzc26G8wtUpUuAmHCn/AFwHSIUYxHRtnCs0+xDPrG7e7wNJRcNg&#10;FRw8XAEYYHyx4mto78G3P34f3qT6rZ69QuE5dGJeovoZgOHZ8x7Csx0pkqq4RVchrM0bJcODR4gZ&#10;kd5TFUybjKzMpJjcFZyp06xv+XY7g+CZkpsuYbjeG/1brsMxf5aRqyrqIZqXyYZG8sHzACY2eKUA&#10;WbaCSz5z5n2o5LdOsqV+2dC9adJgpSDOopxiAfEApJUJAkQkZIX+/Fs6ltKzLhMxtiMNWzowPTsr&#10;YB62eozphh9b06r82ZIxHqPjWDYw+fMJrcnYfiDtl7CcJmgqpsWnKxzCD5SOoRKmMzxNNaSJd9jE&#10;oew5czFg9JX49jSQ47lgLS5ZxjDcWljT+XYzGDhqS3bdDUCUylngO1GAI3WB3SKc1tHnQwye6eOp&#10;xJGOpGCiInUmMAFiSkkHiIO7e6bW53aHBimSnjB/i8sRt40Yitz7lLHcx4HkLAs2Q4LnLH6WXPuX&#10;6WmiZ6rF8rCWCrq5Io42SeBVEkMJqAC0TvGQNzKvA8y3lmklxCsoabMtVg2D5hQPiuH5GxGmrcCa&#10;N4DKyS0zTQ1NBYK3mgCQR/ZB22sLc3zRSGgtTSVrbPhLiVJc2wCFQUubfDinVtIkY3AeaHeIJ044&#10;Ts6YA90zS1xjF8TgpafEqbLMOOT4FVy0MUmc46jD8SgSGZqbzKST5Wojq3kYp5IDRCRSCW3DU0eR&#10;MznNuSsHqKWniwzI+FVpmqMCnqq2qqZaPzFiVJnnqpU2v8wxmS2xSm5ibjkObxZMLLMnAolVwtG3&#10;SlI1HEkAJEkaQlJ+4gwMKSXFl+XVq+4mDsBg8DA4j4YUTPP3TTDsh9VMyY81XX451d6g4I0GBZtj&#10;w3L0FFSYulBI/wA0seHYXBNJU06YZFFTySPJMySGKMbVeyEzP0xHTWtxHNeT8n4zjGQcRZJWpsDq&#10;pPnKKkq9Hp2ooY3iqaFmtCUmTeFW9iqlgf5LviMyQi1uX20XKQR4hCVFOIUFGClYBmU4SYmcKNGr&#10;thA0unFO3Z8D54kDqnClh0168YJn+gy30r6udQ8sw9ccrT1GH4ilbSrDRYliWGxpLHWURq2p5ErE&#10;gmjnd6N2jieTZuDWUJ3JlJh1ZXYXgObkzBhPT/K0j4dVYHmLG46OLDjUjZG9NQTqs+yQPZGlmlFt&#10;1rgEg8z9TrTS3rXulXTqZCktlWvTwWseGQRjCUHZXrhhwgi0V417ZAgjoJjGOvChAz/RZiwrCM+Z&#10;z6ERZSxDrdnmhjfLuZ1y1PUx4xLhMRjSHF8Xwsss6RNE4sFiKkqoCkjcczEsLxzLlZlqLLVR/nK6&#10;fTRR4ViVNm+jNbjeHJNTgGaGphVDKsn7u6NmAJO5UB24s7vXH8zZuBmiPyd604pQUysoZcAVqTqS&#10;VSIBBXiEkiIMwY3yMreZcFxLT7bknQVBKwJgxMxETOGrZhhVHvR/HP8AO1g3UxPUfEfRV6nMl5lq&#10;OoNJjHpzzdWZZ6eZ6fBKyo+XjrcPq8SqvIjpmaNcRjMsaSz7CS7OI2LdNn/F8pVGLZeqclOcPdhR&#10;0uV89Yo2EwV1HWugHlUGI0e5Iw5L7SdtgVFu3J8YyFjMdD7VwFDElxpIcKVImQVoXBPA4TxPA1Ih&#10;vkvOI7kBxBxKk6SARIOMydp4Grg6TJmReuWF5b6h9PepmBZgiaZKyLqr0goaLMVbRYthcUtJVeZj&#10;mEYhIksohZqU2QuCbtc9lTlHMWbMXVKzLWDU+dWw6mM2GxZno6pK6l8mWNDRwVD4PGytZ49xYMwD&#10;Kb9uE+8eUZewYfdUwCrxFC0hBnHWsB2CJBMSAYUPN3NrCxUz+1lKMVEaoGzaQmZxHGkD1wyJ0Lwf&#10;Da5upmdsS6H4bX4lUYlmGpy3mqLL+X8QkraCWrXFMVoabMG2WlL0c7bJNqu0cgZCpYthfNuNY5QY&#10;zk7N+EYNkivxKOSlfHYDS1cVXLCWgp1308ihtjRhliAswKqACTZ1ndq3tnm7q0ddfSI8BJGkHEmC&#10;DEgxqJkQZMbTG2y9m3V3gKimIAKvCkR/DhIw6aUuAdFsrZJzBgXW3p/mnPXUXD6GKnp8u9PM0Yli&#10;MdDg1LiJ86oniosUp0lSaZZz51RUMJVBcvJtUKHHL+XZcVpK3DKrAMNkxL5N3w3H6sYtJRYnDT09&#10;MVhSPF6lPKqNyOpQfvKH0vcpM9z8WhQ8lThSVgFA7vU2VFUqJQk6kDAzjgSADsosvr9SSjvApWpQ&#10;BAKVaAZlROBjAdJ68KTPUDqlWdPK/B82YjmjOOMYHjGZsKwbMHTHAVyhPiuTUxXEK6mbFapsr0M0&#10;kmFLeKQu0sjCIsGLHdGoTYNVz5pzTTZIy9hsHT7NtSQM5DFhLXYlVyBIVmSOqgpWkhjUpsiG4Br2&#10;fddm4M71CLGyVe3Tn5hlMlvTCUITjpJSpcE4kqMcCUhOApsLfZbLylJcUMAftSE7JjGYBmScfZQ0&#10;ZgqT0xyJj/XLqTm1ur+WcG34zkyHJxpcAy5hGAGeUUs89HiONJSVcsVPUCWqqZG18svBFFZIuScz&#10;5RosNx7C8Cqf5hjuMwVcK5XzEmGCgemwyRIamimoZ6WNo5gAqxSx+U12JUX1V28kz9d1arfToQnS&#10;e8QHNYK0lQcSsKIKSZJSdQwiY2h9y4Ltop0qjSBgmSoHYRIMSFbOisnSvqzWZ/6fY5niWPBMsYVg&#10;NLW0XUjLeH5hTGZKPNGHSVdLjuHVwqRTCnEMyFoZWnTdHZpFjFtqpzLgeM4Llijy5nqCLCaKnrqq&#10;tp8vYbhOXsUwUpJJNM1XBFiFQszGT3pfIeUmMqxRSqnYQ5DmFpe3yruxJWVoQCsuOocBTACFBKdA&#10;AmNaR45AUZIJKMvX31wt1kyhYSMdZUogyMCfDjAIAMjbgaBHpFmHp71Qz5nLq50PZc7VOccEwbJ+&#10;MZrzZmjP+Xsfqq/BpmkgoKymgoDSUSU6yRqaynhZqlZUErENG04C5k6DY1l+rjwbLk1Fh1fmmoiq&#10;cmY1iFdiNCtAnl1brSQ4lhoaGpirFUpFFJIJAdt40D6SZlfaZb3TSnng4sNjxoCUkq+wai2uFILZ&#10;OpagCn7oUopinL+4tw13rMlBgAGUwScSDgY6QomB00YjAvU7krNOX8SznFTY7ieD5I8rBM6ZajwZ&#10;aerFVNidBST1dTheLrT4hAMJEvnVUioYFjZyrzMg2t1THlfLWJnCM4Q4PjApRPTJgbUOOU8M8kU/&#10;nPLBJhVPWvGdoSRopPMijZlXbERfih1+7ftu/te8QTBCtaMEkQAoL0ggYiQApQE6lgigznV+WHgh&#10;8BJSkEyfCVR0AkgTiSRpMYyJkRMUqc24xguHYhlaTHMExKc09U9VSS4BXIsckbIsVRBi08CvBG8z&#10;XkhaOWQRAiSRTZhIxalosy5awGPP+P5hzZRiWpwvp7m7KccE+LYEwljmgimrryRLVBUVDcIsisCh&#10;dwyLFLu7AbzBxeXpRaujSpxKvC24f4lJRE6TtwkYEKSBCqifejsyTvJZyFC3EkgadY1bAqEzxgiC&#10;NUQccKLDh2Q6vJea844Z0ByXkrpBmXFqumzx1hyrmuino8CzslVSy0mI18FJhyb0iDTBxOxdzLEY&#10;5Y40kWaTNinTvJHUjAqbDsR6gV65mlM9TBhXVLFYUp1oacmopttPTjfulhMaSbTKVKi+ly4ntd5M&#10;zyq6UtFshVvCcWG/FqOCvEcClKpKftwO3GBkPlOVu2tum2VqU3pbSlITp1GPESSMBgcMDh1ilbQZ&#10;46wdHsy40+K9HcNzB06rqbLdBlnA/TngNVLiTY5WytDjjVVZWz09M1PS1DPLE0sdNeIk3kkYohao&#10;Tj2QqHB8mviktPlbNeIRVz5rFHNiOGTU8TikjjkanFNI8EKptKFI/LIa6i9llhbNpeLXcJQO9aRp&#10;CAoJUkkTgJIClE4EE6sMYE1u6/4UsOhRxJiYKgnAdEQOiBwo2B/lGKz1uYYcN+ezTl2lkw9cHaWA&#10;VtFNNCKloVBkeKKWUMvvhrMNvvFQDxf9XenMmYOoWS8DORWp1xY0Ub5owOnxOpwnEMOio0j82T5a&#10;rjmBVIyzACRha53EEcB27O9Rt8sdUm4JjV4VFIWlUkxjAEnAbB1AY0j3lfbZyhBSCqY8QJIJ6CNS&#10;SMdgx6qDLJnUXL+E9Ls0ZmhzNU5hly7LicuLYNmGtwilxakxd6ySVsNkaqakpo5WmlWKDzXSMhks&#10;QhB4DvUjpk+GZ1zFFknP1Ll+XA6mmOVseosUf9NLBUSyxRiUyIzvEy9wGbdpsUjbw7ZzJWY5Y2t5&#10;pWpY8WGIMYgj7YMwJMY8RjT2e5ALy1ZLawgKQMdREKxlKpJOB8zjiIoR8m49Lnjp3lbFc05YqcPq&#10;M3YXBJmPK+YqARSwS1NMBUU9TTeZUoouzKy+Y6W7Oy+8UNkvPctGkMOI4tFXZxoqj+Vti1XBSTmT&#10;awKOj0TlmDq5Dj3HcdwT2EIy7v0LQU+FAMCRMxxgmDhhIwj2h7K7pZaW3dLBeawBJSejikkR0bJ6&#10;KW1RSRzxtHIhMO0jy1cga69u2lhb2caPUvFhOO4c2KZixaKeoqI1GH1eVsSjnp1hiF1npFLmUCKw&#10;V1dyCbgWAUcCGb2Nm7lbjL4KWkyRKYWDtk7AenDbxov30thmOVKRdKhuPDpUOuSMZw21AwCNYaFY&#10;Yo5YoUZyEroVhn3lyzmTywqsWJJuAL9zcm/BB9KXUHHF6cV9TXYl/MIqOOWrwvF6vEq2vmaG8djV&#10;K80kcLWDgSq6W1Ur+8eNvb/c5eM0UhmVFGEQAeMcTJ8q4gdtAy0Z+UWpJAJmB0cT08OmaD7PGTKP&#10;GsToWljjakrJIqWpp2hpYiQFlJCyeWXlBaxeJgQbXB0IOpDzAmh9Qu89z1er3Pc9Xq9ywX8LEE+u&#10;/odb/Bms6f8AglYvxLemGjR5u2JvUevwNBl1h/517jP/AC+w3/y603N5npXU1NZlHLMcMfmSB6mm&#10;8xRcqsVVI2uvaz8xo32QgZgsnoFZL7ulItyeiqv+o1HT4XmPP9RUymGjPyeIFHNlaSbDYIQFspN7&#10;w9uD9Sxm8kLIAzbk9uoFv28ChaQEaqWJRKtQon2LYvUz1VI0E3zEUbpbaoQBC4NyR3+z3vzPh1BJ&#10;77qFA3MpvqB2/bxppBXt2UuVhtrhnXN2G4etNSPumqfLiayEjduVhfsdSO39nOctKi7DJ7wLf5Tu&#10;dO38OPrSBgrCmkgDCYFNGG5gqakTnCJD5sEUcXyYAAGlnJDeOutuNscNRIWJsm1wNRfQG9/y4iU2&#10;naKaSYxJ2UI0uMUtKkcR1L0zNu3aBnUIRfta7cmTUiMRHPIAFJW8oBI3C99D4cUNslYpWnV0YUl4&#10;czS4a/zeH0byPIiG1DIQjKjHcOxBY6/w5ElwqlSmkdpd84vtYEaEnTt7eMOsaE4nGtaiCOilLg/U&#10;LGsTx6jpqbCjR4PMFZ0nDiVwUFxZx3BHhxNxKaatk8wFY5FaIGM295RuBHx4wEAiQaWFkBOrbQy1&#10;cz12D08cW2SenliqXSo94WZgpDgWsoB51hkE9TmTLgjhVIYah5nZiC5IpZQF1HY3vf4cMMs0h5OP&#10;EUkzdU26lDDCkF13xCDDfT71pqqmpknqJMEeGJIkKxC1bTndZT3BTbbtrfmtr+ORXed6lsl0VrLh&#10;2XcNj+uStq5Tb6mHJ63YJ7tXmfgKi+8Ozzo534SeHik9FuTa1SCMdxbHcXG0W717U2vx/Q8VH4JV&#10;j6ic9W7f1bx0j6sYwT2/RwyKpu2/8U++ivO2v8jJ6VD4E/Ki5f8ACgc7fw+cQc9kzfgLH/xmrh+3&#10;m0SlPGbAMSo+GvBSq9cgmMaAXdqSNmFaAtdUoH8BrYg/EHtyJJEbyDUhNLgeHDRD6dKT01rEVIoZ&#10;5CRZdV946HnqNH+cp3t7qup+GluJ715PdKTOJFPWxBWBTtjUgOXMaLg3FNMCD/y7Nr/XzniUG6rn&#10;O7szG3/BEcLba5AbAimL9oKWaUfT6pdMCwko2wCCEEm/vWjXtbxPGGRLtr+6fD28PGhCcONMBk6c&#10;DjQq0mINYnbe99rX1UgEg6kdrankeRTtKqLL3N+5ueWbA1SdtJDl6uBpRUVeLbUvc+xtCbH4i9jy&#10;MsNru/YdhxY9czgmtDLlRtpygrQu0BtuxgB218bX50YTrY3A4yH0iJpk2uhePTT7HXyuWYra6kAX&#10;8Pab8wrT/wCJ9O9/Hil666BjS24tJGG2s8GIAn7NiBY7H0Onh8ediGNSbm99Ne/5fRxK6+spECOf&#10;1plFsaeaavcuF8xmCabF2rYDUX3Ef385CJSDY7l7C/EDpJ24GrOpiBEUoKLGp6dmMdyGILXtcaeP&#10;fkSWnX3toudAfy4ut3zAnZTSWFKpzXFizJ7xMzH/ACZ77RfsB25Fkg2m3ca/l9PFTK9QpLoOI6Ke&#10;Ux3aQTGFYW0JW7Xt8eRmgBF7Xvr48UhZBpMQZinaDMDKR5jmO4HcKRbw7nmBoWU6iwHt78sFatm2&#10;rKZNP1PjUbwxspuACFI0Fh8QfjzpYg2gJv8AHx+HNukinUIPGulxhQDIwuDoRci1h39nY878nbpu&#10;Htse442XCTVHgSZqQmLKyh2ibafeve4N9bi1+e8pV1J1GunHkKJMRSV1jVtqLNiszKxiNoXupWcg&#10;WHbuOc1jLjQ8dUYMGnAgjhSeqsXSnG4MHfVjt1Fr37g8kpFZbE2A08ONrT4ppYVgik3Pjwke8Sq7&#10;NZrsbgbQfp5Ogi3FAoAANtfbxM8rSDO2k6mtRgUi8ZxaMRVT7DeRCHZSbbRceHFXjcDGmwtQDdY7&#10;G/b7R4HsnfSHHCeJoSXNuQwkRRbOltf5WMdRGV1O7EjVHcxIs1FTEdwPAcYkptQT4ag34eLu4MCk&#10;toyAJoT6vEmenJZvcbaFiUdgO3f6eOKRgbr9vAi+p4hU4fWjACkRVVnnMllA1KX9lr9rX8OEe/Ef&#10;gv6NeuT9ymDykfRcX4H83flKE8CofEUa5Er/ACmOo/KrvfwFKkn1v4ZGftPl/HY2sBoBSbvbfw5p&#10;u1se3DsMt7tsPBJ/7+Kjx4SJE49fyocrThW7TxCVWlwO3biptVIrjA17hlvTDV/K55NiU8+irIN6&#10;99Yd3/MvEV8Yjzoyy7AV7mxZ6XK2OPDc7yM/vLl6OujTXRlqad20Ht8vw5H2+Klfk5/vh86FG7qy&#10;LoetFj67UMtZmHo2qJuh/rM8NS3u6LJgtfCNT21k+vtycmX5K2DE60BqeQSieNvEOZLmx7i1zbTt&#10;yI1oB2VKJcNDI+KR0s1FSMwcOpT6gmn8OTsHwyWnrUkLvIxspl8ssQy3taw9vjxmCNteSoGuNfVx&#10;S0siWUDsVLKLg2J8fZrbi7wbLtXDWNjgUjEI08gwzSByyklCq38de448hyDB2U3pAFIbHMbw+elX&#10;CSwNLM4YzIhCoQBKrN2007ceaulFXFTPJRqkk5UB6we8XB+yWABB8L2782IGNbCTGymqjqmpZqmN&#10;KsvDAG/R0huojYA7wpJHxAuTbk75dYGULSqY5/LYwWQEHcqbrsQPdN7nm7VR1eI1dKZGNQKmcVED&#10;ulTIssBdPmGZyGARnIAFz7y2sOMb4RUV1TFh84WkjmcNFPGACjAklXH368Uv3AAmK8pqadqfEIKK&#10;lkr6d3qniTbLFIxIdSB7yHv7NPv5Aqsu0cOJQwTlJTGWFRHDt99hZQN3ta4tf28Zeuf2cJ2nZTRb&#10;JGFOWHY1VVVFJVCNo422mNpbiykbidv+rrex8DyH/LcF22+Ra9/O274+++/lf8Rtrfmu96+emtdx&#10;U75nGN9/Oj2/5O+yTtstv+m+luf/1+OPS4LhGbch1PyWISZ/XCxhtNlnDoKyqFMlU++rJq1BW6SN&#10;bz5DsZASLhuSu1dNtvIW2fEB9uPHbjs99T200tDzqW1a5SAVKHEJBO0DDUSOnCtjTp/HmnPPS/rb&#10;RZlnwSl6I4vmSsxeXqdjlXhsQrzhYpafDfMwlUXyVmhpUY0ahZ4pmEbBXRhx3RcZq5qiTEK6HBsa&#10;rMMwWXGmqWkamgrUkp42jVpWLu5Mm1Va4uRck8lLcrMVBxY1hJKkHjtn9Y6Kha3U23vY62ydSBiO&#10;ElX3bdmIPpSVxdcl5bybkg4PlarzplPCs258wjJ1Ll6moI6yuwaekxasWp20gSKGn/0cu80YVyFJ&#10;CqGIFPf42WFyrkv0+YkkjSQ0GKZnpaqtBaNQa+kwuXZdm8RTGw0+jvwd9vRWrMLcmI7vaBgdlA3P&#10;bcJ3xKo0hVsgT06Fue/xR60bn8N7GZsVwvqsklOuHR0b4FFT4YskUhVFSuhErGJEuZPL1Y3JIvuI&#10;tbXsgwmnjenrJg3lVBJkqplv5cjWkJdpR7uumgBsBcW5ASkJSrEGaFHdQZqzXjfURJtFYJyscV/L&#10;n8xpXZgqqSEkcKVve9j7fhxI8CAYplSNIma9yIzRiENJVqI1RWamVY3N9igEKx+ze9yB8SQOWOpK&#10;RJ21rWYr3GuSdC9vKDum1/JaJRH5fl7AwtroB3t8bg8uT4Jqs17mBp45d7U9OjGIEHaiL3AAsQqs&#10;uviCb8ac8UxtFUwr3IElRU+5CYyiRptEK+YR+6xBBJ7/AAA56HhEjGJqoUdte5KqabGcOqzT4hRz&#10;UFVMsdalNVRPG5jmUPESr7WCspBB8dCLjl9DwUEKwKsfbsqwkDGvcwoZ2ZZSB8wh3RRLHvuQ2t79&#10;gLePFLTZBB215Ca9z0dJNM4aeUBexjJKmxY92tbw+P7OO9ysmZw2ep6auRFe554Y0IC22uxEDIxs&#10;V1FzuINzp4duP9yMJO3js9ca0RNe5IMQ8lGKOGZyyFCCo8SAPeOm4XJt34oUhKYRxPEYz8a2UhIk&#10;17jtT4Pj2Iz0aUWA1dYauRaPDUp4J5fmJGJEaoyi7E2O0DuRoNDw6scuffSlLbalYwIBOPDEdPCv&#10;aFLIgGvcX/TjpLnnqzX4nRZSoXqazC6OoxSOJkmJlaKMqlOvlpIFkkaypuYC/e11BP8Adrc3Mc6u&#10;EsWzf7QzEkxPBJMECTxUQPLCV2W5LdXayltBJ8jXF3SNdzsEUd2Y2H58y1/QHrLS4hV0OLdO8Xgq&#10;aIR1OIo9I6skDSLEJN5FtpZwN3YHx0PBxmnYJvMy6WrizchKgDpEgTH8Y8OwjHZ58F69z8ySspXb&#10;rBGJkcMPxrwZTYhgQdAQfr4oqj0mdWkxeiwdsAaGfEQs1LHXyFJfJdVdJWXWykN9oi2l+xHJCzH6&#10;Jt5EsB1Cm1MKJhSnMYjA6Y9OAkRONHKuzHNiRpbkHYcNmHXz615XVhuVgyglbqQRcGxH1Hlk3QrA&#10;/VT0hw/LGVxj+Fw5eiEdPglBiuW4a+oFQkMdZ8tHHE0DyKodFZmNwW0NgGM8bkfTbnVtYxcXjeha&#10;IbHdypKpgEhJGCY0yo6ZJwwkkeYfTBYZi9+YvGUqUsRJ7wGRt+0jZ01DqRS1UM6PUFUC3laGZoyq&#10;kld10YW1U6/DhtMD9YvrwNdT5ZyvmrA6bF2njwyiwfJuWKOiqKlSFkDKtdJVONHAuAym/cXB4LR9&#10;MOe2dkA/m8rUsSpLSAgJG37iSDiI9OFM5T9Eu6ClAqsW3XCqMS4roxhSiOOygQzh6d+juZ6atq86&#10;UmJVlHGrVdbUVWaMyUcMaIu5mb5XEIUUALcnigXOPraxrM+BQ4z1Gx/Mubq9vk8Zw14KWmhpKetc&#10;LIIJI08gsGgDspWwCgBwCwMqXv077rLAcuEpuGkoQFFStOMYlOnxSCok8DhhWWW7fYIxkrLTFuwh&#10;LYCSUpSlIAxH3ATgCTBptwr08+l3IuBVtbhXSfKuBYOGp8dxTF0w+k82oloY5xDPU1DK0szxiqlK&#10;vI7NeRj3YkorqB6YM85swrA6zqJl2KsxTp2uIVWB4Xm9YMRrK18RZA4n3RuzBLoqI8dj5TaBgAUG&#10;+PYFuLn94y8pAeWCmAVfs20gEaQABKZiQeJmhVn3Z0w8O+WEqWjaJnbgMQB8KFHAs6ZKxeQVGWMb&#10;gxyirvLQ1+DTLLQxqI3ZSsiHyraa7CT7yk+6QeO+TOhXUbBcaw6lynkJsq4jiiUlFLh2U6FcOp56&#10;jCp0a9bUQuKmoiZEcP58yrd2sAzW4ZZj9OnZYGHV3FiwpMEqkBQJIw0wARjs6ONP5b2UsF0lQAJA&#10;I2QTOzjA6zXPFc4ZHwbCa7G8YzdR0+GUiCpmxWqqoWWNJ9zRlLe7chrJtBJFu/M8vpi6p4BWLX0a&#10;43hGY0oK+KhqMDqf5bWUM1XWDEqqWorcSiSCGeQsZCIXLFXG1l2rwNbxbi7vZjkosGGEIZhLSko0&#10;qKkgg4FSZQAQUzhJkTABKxzs3tm2UI/jUAAlOPGSJOkcTxx4Gmem6o9M8y0LijzHhuPYXWSRUcSY&#10;dNT4olck0ppQ0UVE8ztH5yPEWZAAyMCLAniwyl6As8SxUmYM04XDmn5WlrcZxCXNLGQQ1s9RNUQx&#10;RzYhJJBIzTVUZaR5y32i25QLhm1yLdDLcs/LNhLNwqANIGoTMYAlXCJIIJGBMwH3Ozi3ZCEFwFw/&#10;wEeJJOzDH0PGghzb6z/TvlDMmE5DreotC2d8bqo8PwnJWDmWvxt4RBU1ckpwvDoqiuSMRUM+1jBt&#10;ZlCK29rB2zn6bKbK+W5K3L1BQZ76qVk08VFW54l3UezDYYWmZpqZ4VaH3FWNtrAMp12khX97F39x&#10;aPW2XNhbqVJxuTgQETCf4jBgRiE7CAKVb57mXTyFN2LQU62YJdGnEATExP76EvAupRzPjmI08VDV&#10;4PgOF0lBWzVVZA8FQ8+JO/lU5gmjMqTIse6SMgOA6+6DqUF0r6S9WsTqMJx7qnmrCcfjx6am6a5U&#10;6e5SxWbD46LEJhNiTUO5jKpjMNM5Bk/SF28rcSPeDXZJnlxZZq6b923cUlB093HgnEoUAMYkAElS&#10;pOJVFBHdhy4tr5AvVtLccOhCEqG04kE7Nmwztwma55i6oZQynjOIYPUifDKmnwmr6jYzj8uF1EtE&#10;MOoJaehmneaIIGZTMhNr2QFjZRfh2cn9LeomDzzU2TstU75PoHljwbLaJMf5lRLJHRwyMZGnIce7&#10;IGBiK6uodF3rKwRklklSy4pmV6lGSUalbZGMDhgAJ2/w1MTyEW3eFCu7RJwJkEHZiZgUBHUjr/0K&#10;y1hqS9TupKZIry8dNieaKmojhpsErxSyYiYXlKxoYyEeE7ldGa0DkSyKjv8A0r9LNDJjuJ5qzllF&#10;Mo5f86lwylwaLEa1Z6OSiw7zA8fyfywYGqdUEjGdyLBXA0B3vb2tuWzSGrdwuOrx8KQUkKMYzhIG&#10;olIjpI4hu1uC1pfc1IUrSBpkRH8Q2SdU4wcAOAoBfUN688IybhuD5N6RZoqeonVHGqCizLgtTgmG&#10;0j4TWYbX45HSSmaWqjeJKqCgp6upMW+IKsbO4C7RwbG6QZHpqSHAa+kpaOXMu7Fkq6KKankloo6+&#10;kmlmlaM0bqXkmG6QPKzbmJG6+yP8x3nduUrS3rCWFJkJUJ1gFQSD4hJIMIVo4f0hMnX4y66li3Qo&#10;d3HGZMaonHxEzgYIOJpJVfqyzNmfGM31HTigxWuj6QVQy7juA0lbhNV81mKqy9i1QuH0skJxqJqh&#10;GpzalqVoQkix++YnQTsuP5Gyv0/psOx9a7D8TqcGeeTDst5aNIKiVaiqWJp43kl/R+/NHKkbs7kb&#10;mKyEBUaRv9dZ137Frbu94NKSVjSEq0zpKlQklOOojwg4DHaU3mY2uY25ZaZWO5ISdUIHeRJBUriO&#10;O2NlOnTz1MZy9StXmDpzgvR3O+RaCqpsLw/MXUDq1g1XhmG0OKyYe9fPhdQssQNU8S0dRBVzU6R0&#10;4k2RJKhdZJUXXYRmTKmSqXMGfs6xfP0MC4mmI47T4fWVBpafEHkalWFqFYQ0vlqsgALqRtLkDdw+&#10;3dyRFylu2cKrl0KxXCQJIBkERAA2E8MZmKFW7VvbpytsOK1aMSQQo48MAARH76MXlPH+nGd8bxTK&#10;mQMt1dXhtBib4djc2Ta6ooYI6mtwmGZKpqilrEm8pIKgtC3uoysHQbtgIi5LyLMMsYNmGt6aVOF4&#10;ftb+tWNiJ5cZpqSrVIiaOCiVJqeOKSrm81WYsIt1t+4sAVv5nFi2+phN6ldyVaGApWkFfi8K1z4w&#10;QISYGPEGDQP35XYXTakh4JdODWJSSSJ0nEz0AbZok3qY9TOSqbqDjvTXBfU9lbFerOIPR0vp56W4&#10;vVJgmBYtmenSsxCGixnEMUmrKOukqVoYEpJI0ULVhFOxtikSMuS5HxiOrhg6cNSZZrKqqwmCjqYK&#10;ZZamWgpJUmlgpqKV5JisZKRK6rZfe0vYR3nllnDljpXchtxCQpQBSkSpQSkFxQhsYSVJBmIEgjVG&#10;GU5O/mOWalksuJSk6QpICjgADJITGJmMdm2igdUcv+qfBMoQVeM+riiwTrhkDC8GzvjVdhuImmwe&#10;WkzDmCio8GosTxnMlEKTCaepqKT5itkpd8krXgVX2K0yUzTLQz4ljeMvmTD8lRZXoRQVVYapI6WL&#10;BMPF6SpU0waOMvNJH50aLsZPdUIxdCfqyPNm8nas0urdBcKypQAc1AEwZSdSZTgVeKPu2TQwusoe&#10;ZtRboJVJJ6xE9Q8MxtnDjhNGQ6WZazH0u6U5LyRVZUzL1ypOqeY6jO8VDmDDn/nUedMYaorcaw6b&#10;+ffJVE1JDTU05oavEKiSoikVZJZZkWKZRlyZnfC8z4NipwfFUxuWSODFqPBa+CmeuhhrlfEKfdSO&#10;klQrimJOyVL6OqgWNo932y+3C7W6uWVNEqCFaXFJEKGnxKCkBKSQAY04hEqxor3sLLq2n3W+6UMD&#10;pWQccCSQUgTxqtb1Y9DcOyb1L6KdQupmSanohBh0r5Sz/wBQcg5ozZgGDypDT0mVqpKjF463BKGm&#10;hqsZjhXzKd4wdtNLUMd+1lFQZ02fziLGMQosKzkXWrhhw9Ia7EkpZ5pPlRIlLFTOEkhgYFpltuIF&#10;7WDAX/Y4s1XTdnbhy4ZaJDqdS22QTiVS4padYJTpS2QPCo4mVUAG932k3QYSovoQTIlQRBH3SqRh&#10;JGAiRM40VvM/oowSqzL0fyX0qynmnrt6Z8uw1uWs/wCD47jOYspdLvnqSiRMaxCmqc34jjsHzMOJ&#10;YrE9PBhMhKpDPtZpFmkjbMwZqqf5FmiJcz0GVcSw1IIaXHUhMkNHS18b1KygVAkJIkcvv2lLL767&#10;Rbird/Icky3Mbd2C7bLK1KSFaVqUj9nCoUlASlKVCSUk6pQZJNGOVZVaKvmnQA8opWVQohRI2jHw&#10;gJA40J3TL0v5Jp+sHQfG5ul+dPUHkjP1Pm/H82ZInxWlo8w4nmrJ9RQ5ZanqfkJKHCxHT4fQ/LpF&#10;PIKgtMfIlLliCfSdQ+l2J5QbqfHm5M/9VqCvXF8sUvSqlojiSU3zuGUCRtLiSUpmn+Xrgo807Nrt&#10;a668lG+7brh3MFZdltr3uXKbSFBZUpS1qCiQhCFFKQTpJIKSPukmnnt6rx952306LY4JK8VTsgBB&#10;hXtTtnGria/LnqnfrrVemnKnpnoOnvoRzBl2oyX1BxH1D4xW1y4pi1TgOasQWTCKLKuJ4jR0NA1T&#10;RQvUMrU81yje7IyjneMZk6m5mo6HNlJK2R8j/N1WZq6t6hRVEVZQYVUTRVjLUrUGFJETySDFSqPJ&#10;F185QWlkinNu1kZO42GEttBKUo0tmMU4AONypSVKI4AqJmSBFH2Q9qeT5U0bdNw2twkSlLgkEfwr&#10;QNUT7TsJGBoTukOHdDOiVL/m6hko+ovXjEMCwvKFXl/oZIzYHX49gOHVVKhkMUmIijqZVqry1mLz&#10;ebWttbZI0UcEBMK7rd1gxXEsgdHulOL1OYMh0cVNnzGM/ikp8VqaeohxSNgaF44AIGEm2OaKokmD&#10;RyEFRuVXdczm8vM1uLm1V+WbcbT3qxrSVTtOkmZnAyQRE7IFRjvpvitOZuJs1KPeJE6ZAjE7OPrh&#10;RssX9NPQyHqnn31F54wuHK/ULPOEz9KMX/l2OY/gdHiuBjDagfJVsAxIUdVIAZJ46mGnikTaCGvH&#10;u4Znp5nXL9d1MwvGM5dQqbNWdcawyoqKHL+ETfy6g3UEkGHikxGWnTDKSon0hkmiWlZbxMnvLGHA&#10;Nz3Lmbtp1t5/ume+SskKUpaiIAUAAZ7zGSFwgkkbIoI3vbBbtZY5qaWju3UykJJJ2SpOBJnEYfZt&#10;2Gil9VemGb8G9Pdf0o6RdGcT6T5KyjnCsgj6g56mnznj/wDLqz57F8VzDl9HrcfrqaSqWqraailq&#10;cQp5oWqRIF1FPKOcXXLrPnKShwTBcCxKHKtHDVVGP5kp4q+pxCvh+SkmiVTNSQRQqscIUybQ4Zku&#10;DuuAxurZbrW2buuISA0gApkJ+47VEq8SscYJPUMagDON/tw2rs377q2nCvwtqdwSqQDgFYyeGIG2&#10;BROv+Gr/AEHdKM44x1Kzdh2WcazzmGuwmTpP0txpMEw7LmUcTfG1lm8mClramrrGqa2rqKlqV6h4&#10;CkckaKix24VCTpP1+6oYzjWL50XEsoZepaf+qOYJMNxbzGxbD4IKijjgq/5XTzyzxGWV56jzwpQT&#10;BrG54Nd/d4913LjR+YWtCvuQ3OkADBJmcMMYJImYxxdzj6sd0LFNuwl4vySUpTBiMRtHTsxFWmUe&#10;aPTL0vwDLuVsj5PwrGsSw/Ef6/5QwbFMLo8PiwyrrqiGaGTDv6xz0kUDNB+hoFpnCMadokIMZC50&#10;9D1dW4pJ/NM/1FTmOhqniyTQ4pXUcohwuBADIopUhnuag+fDBYRwmwVgGbgDuN57dpTKbdTn5TAE&#10;Rp8HHbBPi2dfEA0EUfXnkzTqXF2L6rMgFSwniraJ2dX3HZspypfVpHTibE48l0rZdWiWTO60HzMN&#10;bHmOoZZPlXE0JpTDDANktQZmklIO2IBQGEPp96UM0YvjGP4l1SwTFqfNuAUlBBkvqDS11NUUpjbE&#10;ZagGIiikUPC6I0pYWvZd72LMN/7Q5Tl9spbLwfbVpGmYWMZM48J4beM0A+1f6qsutrRlW77jbyHy&#10;oONKStLsFJgYkHb/AEQcaBXqV62OmGEV+WcB6d57y1SZSxabHKbqlkzHMO3V9L5VHSyRxSxNi+Hv&#10;H83SzhoVVGZlZX2W0C9zT6VMW6oVFHhEuNYZSFJ6rDVzXSLhFLXQUk0Cwigp3DVB8yVGBM6Sqy6+&#10;7Y7eFzW+FihBSw3KV4keE4wDht4R76w+3a7Xm8jRcuJYW4lxIV3KypaC5qJDpOkGEDAoIOqNvETa&#10;j1x9OOl+BU+N5owzHkjpaSLFGw+gwvNlQUhRpYpMRrIZKWmaGBJY3UI0TIxsQ5+1wSab0011Csi/&#10;1kmrsMUJDFQ4pLNOo2QiNfMeB55X3eWCxexuTdiQBwNM79M/mFakiOjrrHvM7h+6uC64ylLiySSk&#10;BKTOMDAAR0Cu4PxGekz0sFJhlFUTViLJeCljWjq7QShZzEuMph9MdpcsuyRrrtdV8slgjOpvpgq6&#10;zFsKzLhRrJ8QylR1GLQmL5Smpa6qASOGmhiqp3MTszSOHAViRtLFboBvY772GXa3kSFyIM+XuG3D&#10;GssfpP7c2dzQ5+YAJU4kpSkEEQDKioCIxThIjpFMWA/iAZYx/EsIwym+TegzfidHlivWOrrcRrMG&#10;pGjrp566rNJh6BoowkCkLIw2yiSyIPMcF/UdlVo5MrQZb6VrmLONEFr6PCMKqGoMMmMlSWaolmpX&#10;hZWieUefTLSwvJLMrB9sDhR1u9vfbXq0rcB0JnwpGBOowrAhOG0kglWB2belPZJ9Q+bZ1f3V5cvN&#10;uWyjKEAKQW8MQRMHbJXqIw+3oy+k3qrmqobN2JZm6s1VF07qairp8VxfqUIDiOHVFLBUKsNBC9PM&#10;ppp44t9JWy4liEZp6Qe5vqhKWXOHRfIvUiXAazL2WW6b9VpZPPxvLmL4tW0EMK4NXeROfmZaGtUy&#10;RTQBUaJzFJtjJYKwYId4+0lVk8pICXGzERgR0CQOrZEHbtqLu0H6qM8y+8fbzK1TcWBUEocRGxWy&#10;QFGYG3DEzApfdHurvVXA8KzZj2ZOqkHqD6OyQ0NdlDMeGZawpsaqlxuhpcQpjHDg2IUSvTtRzipa&#10;KakSe7OqlwqgpjHekPUqjzvlfHa7JNPHm/DIKrE8NzxBXUw+YihrqV5ZnwmlwhmqVFLM1KkvkJYk&#10;7mW6twy3V7QMtTrSl0EKkEaQqCcDB/hMdHuoY7g9rO7dxlD/APL3VMW6xoVqkaFrBwQskRMgiCDN&#10;KSg64dI5sHx7K2G9SXqMsyVFNgebcjYoZnnoJcToqujShhx2oxlKelqDNStVtE1VJJ5aMI1u1wf/&#10;AKU4ZmzHcIyp1CwLFabDxjcVFWVtN8pTihWpppancscTw3JWSbbK2+MkrtBFtYh3w35t7S8faFug&#10;4iFkqCgRjMYQMeE48a5z9oudZRl+Z3FpcZeboTPeLccC1haQD4yrFJOxIkccZqub1A5n6YQydSug&#10;2csy4rSYjk58ey5QUmT8UqajMFBhtXQ4bUQ1NZ/Lqv8ARzTQU3nUQkpKvy0kErptNgPuCYhj2G5f&#10;kwbPGLxZ4qVgp48YkwzCVhcVKtGzSSKZp2dZZEZlS2291DEC5j3ePfu3hgtamlNGVErKgcIEJKeM&#10;mSSajDMs0y+5uTc5LZmwdMhOl0wE7MBA0wMTBJ40QrOHRrCc0dVcoZqyTiFX0/y3SYrXZiyph3UL&#10;NVTiNHiUDUVbEYcPmlgoxTTUVPVCBppKh5RE6SyRrK3uB51hyvm2op6bNEPWmv6V4HTUsuD02GYd&#10;RYdUCmxGolFNT+QJ6eZ1d/MChN5BuoVQbNwTbn9rCl3aGUW/fiScCAYKfEdgI6cT7MTUyfTHcbuK&#10;cVaZtlRzC6eXK3DrUdGGKvEQopVj9o8MyZihN6Y9acgUOccd6W9P/Sfg3XHEaiswzM2FVkGZ5crp&#10;XYGtOcZxKulWFqSOaOJ6UhpZKa+9agyu/vwqE/TOPqbkrOFVjfWVWbJWOVBwGCtzLilJO9ZUzw0N&#10;VRku8cbG0sssAiUpFGyMLSBkKyRvjmO7W8lgtrJ29F53RKkNhRPhPjJAHh8GsqIjhIkyMyO1HKtw&#10;L7IHb3dRBbzG0SlSQgKI0gHXCFGE+EEFRBKYBAJmhD9T2ZfTL6iumsPRH0WV8+SesfThT1GrsG6a&#10;5axiGlpMJTFMSwjF8SdKeKohR5I1jxFJGL1dbG0TI0avLJwTupmdMByRiOGZ+TpzV5txSepky6lV&#10;g0U64iYI6Som2XETiTc7ttWV1JWS0fmMVEkA9mrebXrrmWsZgWrRwhUAwkKABSoyZBBg4DaATsFQ&#10;l2D7zbx7y5dc5H/MHGGSO8IOjSpYViVmZE4jCeszAoCenPpXzlnHpjjnpXo/UXlnpJlaSgw3qvmv&#10;ImZ1avyvTzUGLUUFJUU9NLXUC00dHT0Ee96WAotVTO0i0dzHToPpj0twXN9WmZ8z5gPTXNdfW12Y&#10;ZunWAYjX01TTVU9YmMUkNWss848yjEoDSCFQ99AU23MN/d9t4rBpmzuVLWEpUkL8K0uIOClJKZCp&#10;GBxOwg7Iq+cdtO8e51ldZUbfv2XUiFOJBSQfvhWGvUQZJWeG3Ghz66+pXqJkrJGBZE6SdP6f1edI&#10;afLuWunmZfUTnDA8vYll6fBKehnynjFZha4dFh0Ewxx6YKtPHiUkaFWu0bh1Ux2eHqcx4RTYnljF&#10;JsZxXJ5q4Mu4h87FS0pxA4fVUzJJUSefDPtd3iKTQvIrncQCoYgHJM9FpnFs1mKFIbICik6kSg8Y&#10;hO3HxCR7DWGm524bGVZk0c3tNFncLQp0aSCWisSUY6gmBIUCAdg8M0BHSPqEuC4jW5bzZSpkqHPy&#10;YTiuY8g4VFiWYceGAUGZcMrIJf5Hg0OG1uFvNRhKoVFHWigkiSJYjP5nkwky6OdYKnKnWOsw7rjl&#10;2nwDOOaaUYvg2a67CsPw2pgFP8vTmKrq4sP+ahaYyBmeSYxG4VWsNcvO0HsksswtU3WTuHSkmEJP&#10;eCdInQraTO1MmOis5PqX+laxud3Gn9yAXrNskKbDynAtMTKR3mg6ZiANe0YmrNfUL0cyd1Q6E/1z&#10;9LXUXFOpnSfC5MQwPGcv5Dx/Fs9YUWDyTSVFDgzY42FVq0IiMcdFBRmdZPe2lwbGOzv6rIMBnnxP&#10;L3ymY6XAsVhwrM1HR4r8w6YdJTyCUzGeERJtqI08wIsjokZLbQwXkB7sdjtxdvw853KVAgKUmIUN&#10;mrHCScSdnsrDLdT6cMwzlxizetnLbvSQFuKSRrGMaUgEDaAFqAJPUSCUdFPw3pXppcJzLnGkwzH8&#10;55UxPF+mmYcK6ay5ahp8fTEKeGgrIJo8Vlq2qYKCrqFQGWmp5palTCHeJ5Dnwn1TZPXMWeaeN6bC&#10;MKwnCKXMtQ+O0mJ0NeaiWOSRzVQzU6GGLyfl3VjYake7b3VOd9mOfBaCt1K0qWlKSkgo8QEHDjH3&#10;TgDgYoWXf0bZ7lbNoHGSp11wtmHEKRpOKSlYJScVKBAExsk0keq/oj6pdU+nHRXEMZxfFMxYzVZp&#10;fJ+ETdNq/JmJYLS0VCcOp5YaORsYlNVVpVU+IRMDNK4aIvKkjgiZeYb1oy3JFWpnfGMFwOOOiTGs&#10;do8xSRUSwYYpu7tFU+aCyD7W9ym46EgEhrJt0W27xQSwFrQY1jhs2EGQesQcSNhNRlvDu32iZcSx&#10;l5ui2h0tpDRJ1OeKDAIOkif4YiJxikPhf4cPpwp1yzmPIGTcfzTjslVXQZcz1hM2KYzszCsEMPy8&#10;GJYElFsVpIFMMlNFHUiNGVlQlUZ2xL1CdPKKjnagz5hOIimkp6arqvm0KKKyFjDIfIPuKdrtfaV2&#10;ru7DUxd3EtsUN5YF+IaRoUTO3gZjDoMGgqMg7TBeJdfavEurGA8eo6cIIjhh0HHCsOWfwieiWPn+&#10;rdf6e4st4fNFX47hNF/IKmKrMVJiUT1tPBNicyTTOVMESq0iSK7tH+9ZUJB6juk1diSVtXjuB4rm&#10;CGo/keXK6Noo3SZoKeqaCGoqW3z7hOj7o1Asy2UHvJ9huQzaNvNqswkODxISDEQBinYDjiYB6aUb&#10;x5P2qsWzbamr5DOnUqSpU4kSQnEAdBkjE8RRospfhL9Lcv5fzvlTDsMq8t5EzzAcw9RunscdZSYT&#10;JEstRTQ1smDQEUNHIFpWjTzi0gZHvKy2ISsHW3GatKmvylXUeAUWJOa6oXB8L+amxColhX3lmp5o&#10;gjkCOO7kA2G1rEHgFvnrRu4AbtUBQESUyRE4yZjafKgrvS/nbs2+ZvvrUkABLrqwlAwUJQcTiZgb&#10;KM3lr8ND0sZfOUnzB0lpuoWL5IpI8nZaxfM9bTVD4JhVDWVQWjhXE4KkR0kbz1FQFhXdd2LRk3Xi&#10;Ar/UzjUuL4/hNW8kOYKavlwvCMvYtW0dPWYgq08MjTimo6qoEkYaWNh5oRgD7wAaxS29y408dYMn&#10;hO2Y2iYPrQda7ObdLCHkrBaCZUpKSQnE/wARSIJ6BRt8velvIsOH4LHh+W4cMp6yjhqKnF6NHrY6&#10;XyD5CRx1NRHFLExhDozIW1AK+8oYO+A+oHGRiuGVOY8Hq5qXDUkpoqanxGnSnVWR46inMdFOVmO4&#10;Wbz0UgrputwxvLNy4UkvsylOwQPgKWKyBNmgi1fCSsgk6TOGwyRIw/okbeugy6q+hjpp1Py1mXBo&#10;sMwh8SrzDXwY3jeDGtrkrYJoqiirIZ8Rh8ykMO24EDMrhiGKA8S2Vsz5KarGYsRoXrqzGapS39YB&#10;T10KvJMU1G8qGZhazFrdhaxAPs17Rd5Hcsbs2Hu5aSIhsFKiOtQUFJ80HzFZ/Zh/WB9pFplrOU2T&#10;zNvasNhILKNClQABKlFR2YnZNQOofpWz5jHSWj6LZT6p470yyllKibB8MoOjtc2U8Qajgp9wBrsO&#10;oUq7oNL0xhL3u264Yr7MeeGxGmpv832N1OVMQzNWmqxqsxEI0S0QUvLFEyxR+XsJIsUb3VAB145u&#10;1v8A27bKUZ1bC5btkDugW9SioQPEpS4mP4iNuJk1kB2F/wBZNbptvy2+DDbqbVA7soSVrW5q/iCv&#10;CMNigTB2pomGTfw5cYyxiWTsK9RmRMt+szpJ0Gy3NhHRPLE2DR0mN02NwywQUtZi02NYxXJiD1EM&#10;d3nBhAmYyNC1lZGrMWI1uXcEwvP09JU9RcRy9jsU+TzSzNiEjx1lM1HHVCmoV2x2YARpIZGXeWJ0&#10;DA/7P+1mx3jvX8vvkDL7J9stqCDgrFJ0qKUhRSZVKpA/hiCo1lh2d/Xz2eb5Zx/J1OKsWlsFThIS&#10;034YJbk4kkSScEwAkGa7T031Oda7GuhOc8Aw70fdAeuPTirwTr/h3Smlw3LtJQYthWJRV8+Ari9b&#10;CJq6CpgrataysiSmikjpo0WJFlkQiPm7019M+oNFlrOOZssrT56/l0E9dS4fWV9PBKXj+aN6LCKu&#10;AS3LG52MT7bAWQWHa9vPupmbndrW7l4cIZ0ua1hvUYCtSXElIHiBPiAEBR2VF3Z9/Wb7pN7w3GWN&#10;Zk43aNOLCHFYIUEqOGtQWIOME6dsyarg6Yeof8Wn0fdQc+5FwKfM+e/RVJm3HYei9djVThmJZpwr&#10;AnxOeDC4KvFs6YTjDU6S08UflJVOqROyxyNG7ngI5bzBhGWOrtd6epcIlydTsEpMJx/Ks08VbDK1&#10;CK+7yTuXkV2BuGI19nfmVG+du5m+5yd52UoulAay0+nUjSFFChpCZSoJ1AEA8cDXQ3eXe/d3Mt02&#10;98kPM3KAkHU/C29BWAqNKYTswI2Hhwo/nqOwyq62ehDLf4m+WsLovU5mrLcRxrMPp69W+B4ZjmV8&#10;RoqbMsuWq6miwvDqRY6DEqJDMsU9PHITZldZdw4jpsEx7ob1Xocd6gUv8/yBmOsXCMQzXQUsNXV0&#10;c1TOphqqtZU82KMM15CGFiR77HRjm67TMtzvcxxzLVBq5YRKWiVpQYAltCkgA8EpOnjilI2GL3bn&#10;uhn+Sm4yl9hV00gK7oKGwpkaQNoOxJAG3YMaGmX1aZF/EA9C2P4T6M6CPIHqNyHl56zKXp4zPUYz&#10;l3DKiowmienrMDwyqo1paOrTy4pYKcmFlWwMsMGrRi9kvKOUeiHWDDMp9Pcvzvg2PUceY82dVq+C&#10;pr6mrqd002yWppoCiqzItkXaoO5jdjc88Xc2zfMMsv8A89lqlXj6lJIgpDaBhCZkE7SFEgmZ2ROJ&#10;e8n1L7uObnvZnmlyjv3VqbSiQnuwCkFITJOoeKZxGAMVVv1Kzh6iPxKvw1et3U/1I0VBjHqqjxzF&#10;Mj9DfRhkKtpsqUmXcPiTC8N+djwrMGJefLWJDUVNV8zNJLIYpEWDbG1iZDpjX5TxLLWJNUYLBl6h&#10;3z0UuDzUywCYQiOn85yw99m2lUY3LLYqTws7X9xs6bv0XWTF50JCCp3XLiVAqJQB92mNBIGG3CAD&#10;UCdtf1a7k5VnbVvluZKecUlKg4CVDUSohGseFIGBIJABAnAxVcf4gvpB9dmA9fct9ROieb89eouk&#10;ypQYZmyr6o5jxqWoxXA8VxGqr6yWiwvDYammqqangWqp5ZYoIFjjnQq6AIV459P48oYNgOL5PwXG&#10;KHFcszSVENNRx1kXzFHFMgjlgcPoy7rsr6Fgbm5uxBO9w3hz3ObfMXgW7phLcueI6ygyhZCQVBUQ&#10;FCCBpnZUYb9fWCwnMmL15hReSlEFESVIxCicEeIAGQrhETRffVd0u9aPqJ63dI/Vxn/ppmLo/wCp&#10;3I1FluszTnSvyZilPgWZMSwCs+awrGoTh5qqmKvSM01LV0q07JFJGoDRKwiQMpMCwvC8NlwjDpa+&#10;swnDKSgwqF6aenoa8YlLUmqMyCvkpoxdrj3S9293Y2oOTl5vdvY9bKePcoul3CisaQW+506QiCNS&#10;pTp2lKwB90yBJFz/AFmGQXH90d7l59S1qV3JWgNwE6Fd3qJMcT5zEVc5heF+vfqljuN9T81dN8k5&#10;V6k586g5qzjmyhxyCHGcq12RJMlplOgwOY4BQ4piVYiJHHO5mhp28lNxqaYyJ5Yk5mp6DqhknD4a&#10;qilwcYbU0mIYhDiMkNvLpGUPHN8qxbayysVZAVDgG40Jhbsy3Xzbc/PHLy2U1cJU24BoOKFLGCgF&#10;SNSVBIhR8QkSZqJrP66dy90M9/YP/mS614HGUmAV4kELSkpW2R4k6SCCCCQYquz0b+hn12egL1O9&#10;XequQ8Kw3qUmL5Zzb04yzi+Dispa+HEMz0RqqHFcHjzrTwQNLS1tDAk6Vcl5YjKieaN9kPPlXA6/&#10;qpljNGXsyUVdlJLVOL5Sx8bPl2YWgqKZapVGjRXG2zKRoSCRwUNdsOcObh3eWZnbvC+0/snmjJUJ&#10;hSXNBJEpKgokaVJJGBAJmyz+uDdTO8kOVv34D/8ACohTc4iQtSgEkxPHGhvxrNn4geTvwuPUD6YP&#10;VH6WuoGFdfKaGXD+kPqV6BzQ49LjlH8xDNiWEZmkyTW11RtamqpIpJJ4zBURSBZAkqLI5ilpIZ80&#10;02Z6Svjkohh8uCVKBiytadJ0aNlJU294N9XMO2951/2dVlS2jPfh5J4g6ChSSOuEkYcKqxvlZu2Z&#10;tgtJheoGcDKYISf4v4dk1rQ4vjebsq+lbHPS/nPIFXg+aRn/AA3rtgNXW06UtZh8c2X6nBK+nr6a&#10;p8uohaVVo5IFZdV3NazKSsExCidAPMF1G7zD9jb27kW/PkVXOR3Jc1AHSfOZoiVndit3T3yZAmJA&#10;20G2Dw41g2BU1PiGW5o66mk/lcflRwSSSSIjNpDExlbRbEldtipv7y36M0EhJDK1h+4Qf6eKraxW&#10;1gQcemjhp1tX2kHyM0hs04vj9YYylPPhggd4VjcSxhyBuK3kPgup9g4n8zYVh2M4DitFXUi1kM1P&#10;Mm06MD5ZIKsLFWBAIIII4d5Rm9zlrwetnC2sYyCR8No6qOshunLa8bW2SDqHuOyhm9I3U/qNkj1O&#10;+nzHsCzFV4HW0mbsuok0JURyxSYrHRSpMhR0ljeKpkidZAVKsQRYnlD/AEVq6eOulbMlZEHilXD8&#10;GfE4zdXq2jsyTuZIWYSG+3aSLLfTQZudk31RXqMuTZOtuC4wSlSdMrnCDrwjH2xwmp9s+0R5lbqV&#10;HT3YUZGEzMAeuwT0V9Yv1SYfmqnyvWSZCWppYYqabHcxSYFId0lNQQSyvBJBTCOpKyIhQGORSQWs&#10;Q1rnSzVX0XUPC8RyfJjGFtV5oQ4RVYBjP6anSSMyLJUQQIXnL77bZNyqLKRf3uZodjea6nXcxQ3c&#10;RbLKArwTgo+ELSACmDBnUTHA1OfZZmKb64eeCVlTI0E+GCJwkiPt8PEgjbiKpp9NPSxvT3mSHq5V&#10;9Ps65ioej1EuYsE6m5c/llJjNZgFfNTy0uCYrXNBgmHmnpqVFMtMRUztd/MdXEJYDchZRzJkWeDB&#10;KfJlF1BfEZ6rFaLOcNEFlYQRXWkqEpoZRErhrsJJUBKkXta+SW+Of2GYNl5y7XagAI0FYAlRwWkq&#10;I1KBwTCVbQSJ2SZvatps988/3STgAMNuGAiFK6BjjVj3qK6g9Mc30FRm/P8A6msY9MtHR4OOn+M5&#10;SfGoMIgjqMar4UXFsObFHp0q6uEx+XSyxQzAeYP0e82VN5Kytm7JubOpVFQZErMCp8JrExjDcCoJ&#10;t0VQsyDfHM71UqtCEUsrxSCRG2rLuLGy7N95Msv8psXHLxLneJ0laoBJH2lPgT4lGBChpUCooiMU&#10;F5vJbtWiVqe0tqT9xASThtJIApUZg619GuofRnoXmKr6+4VmHKfUqh/qxH1WzlTU+HYhWSpA9NFX&#10;0SHC6en+dqqvy/8AR5KVIJoy8kCKqBXGKCsxecQ5Pq8rYhj+XWbZhWZsPkbBsPo4m3Uwl3YY7SIg&#10;ViWmAUkjTS5EYbv5ALMu3qrxJuHFFRSQFqIGKEwqEkgQAnZjj/RqOey7d67yxVxeO3y3y9sTgpIT&#10;OEdJ9YHCDRWsLyblXKOIZp66YN1cwvI3VHMVLL/Xzp1VNBnjM2YZ4hFi6UCHM0tOZKpGQR0tEp8u&#10;ESC1rhSXvMOUsl9N63DsWzHl2pzvkPH/AD8PxzMeLfy3EaigVZFmglirqGNKmnkdVKyCVjdTtDXA&#10;AnDLc1v82ZW2w4li5RBSka0BUiCChXgUBgQUjAg8Manu3UXvEpzSZgSCBs47eJ4YUe/As3Z96wUu&#10;LYVgGeU6bdV8jvHiGXsBXCsdwmiqXmwuSkqYKuixotDiNJFJMrxzUxAWVFJsLiRSZmyfmJMAwvOX&#10;SnrRXZuyb59LUS5Rx+ogilpESvp1RmSWARSlUqLgSxndYWBAAAb3e3oaXfu2OaZWGH0gw8kShyUq&#10;JgpUVJMoxxETtxxI2L51Fwtl9iCkTrEFCgMTBABBEbFeckGgT6Q9X67FuseaekPqi9HidJur1BQR&#10;4fgfXvI1DDXZZzZFieFYhWVzYZiNC7V9AB/K5jLDLIGQmMNJukQtlwusqcwZGzJkkrXZxzqlWXfD&#10;64TT+XUu3nSLTtBSsLQRhS7yKyv4D3lPF900i2zBm8Ohi307RAkbAVSr+IzASQRx2GhS/etF7vlO&#10;AIjZhHHo24nZFDXmuPC8idUMq9ZsUzLgfTLpLDhv8qrMXVsNwqB6ZgY6VcRmr6lVZJpqg/LRQLHI&#10;jWLOQGjLTkDPktRgFVkeWogwfOmXZajMNTQ51qMw0GJQeVK08ZilkLoFWEAG/l7vBQQp4Y7z7tab&#10;tF3Cl26wE/sw0tBkAHUIBJ1TEao4mCQbMBBudepSkHCAQUxhgQoEx5V1n7p/h9d1KwrqXHLj2bOn&#10;ecKQZGr8G6eUuR8WynW4fiEfyp/mlNWUgrp1epnLI0LTCPaSzLFJNGVF08zlSU1PmDEc05lq8fy5&#10;HBS4qMcytUikrsGkn+ZlEstyryQsbXm3yqxuJBr7pDvhkV04lpFm0ht/URpcTqS4BpBAjAKiYTCC&#10;MCk8Cpzlm6UsJZUkDjqBKSD5HhSW9S3TbP8AmCnyflnolhmUssZokqXoqjLPWnBJ8ZyvmLBqV6ET&#10;UwFG3lxPHBGRDTlYZL+9E4SNxJwo8yYnimGYhJildHkzGcLmghp5cWq8QfEpqiWm2+eKf5eaOUHz&#10;HsH3W1IO33Spfy1u3dRoR3zawSSkJCAAdk6gUnAcR1+LGlb7KGnChKVLBkajpA2n1j3RQhYjljC8&#10;BzHgmGYJkvEOoeV8fo8SpZKvLdFleLA8Oo4qpZvlGqJKujqICGgjRRCNjbR5g8z3wwYtmbNzYn09&#10;6ktmDDcQx3DqqgWnrqn5vA1qIvJnilZmrqaGDyp49TLsJBFgW27eK2d3csVaXeWFlSWFoWCkaXIk&#10;iAAlSjKZjTsg4gAzRLcZVb3Vo4xoHdnDAg7dox93Rwik6OivRvGOj/Wf01jp/iWF9LMyYbjuGZhy&#10;3JNTZkiQ4osdQ8MMNJW4hUq8Dz/o6UFVA1CgMpI4Y11FwXqPhU+KZhyjNSYVGJ6I5lwSpocbwmjq&#10;yklmmpsNlkmMbBzv3BUts+yWVuRVu9uFcbvlNva3ZWQUkNuhSV6ABIC1gCRHhJKlSTtGFEGVZccl&#10;YDSFyhJnS4CYSIw1dAjCZxmiO9CfTDnf0YVWG9Lei/XWHPNPNPSZgoenfWjB8VwjMeJ4LBHSwy0N&#10;Hjta8EG6LyfMpvMjmmVmm3NIiNGCy1GTabLmcqFso4xUYblbNM+HhKisqpYo6Xy67yZ2mUNVRusj&#10;1cTrOd21d41Kvec2c3VcWi13LYU80lWAE6pTI0zoggJUCnAkxsBFCy4CVK79KcAnEiYJ2yAduB8q&#10;tAps54zU5IzBjWdcqJi2bcjYZiNbPgWUaSXE5cQZqFquNKE1UdA7TstPJC0BEZZ9p91WQkXMo5je&#10;hxTE+nOIdNsFo4sPkrqamyLiVTRzU2I0yUjyq1FLURS+Uo8uTYS0kRJIfYWL8j7eLIPzFs3ftXr2&#10;ohB71IUCkyAe8SCnVOoagAheAKdUBJD13kchLlstSNWgyDGqQMFpEDHiACcYOECia9Zekpzz09yp&#10;1ryR6h895dxqtjyfXYf1Ty1Bi9DXyI1fBTy/1gwDDKrBYKlapKqL5uCOnpatVQBC6xx06hxmjKWD&#10;5fxT5/pnBjOWMUwx6XE4ckY7PjFO0uI1aIBUUsZkCMT5MiTCLcxjVZE3AMGO2t7b1Vrqvg2+2QsK&#10;W2lKjpSSADA1RiCJTgSQeFRDv5vPm9o6l+3UhppJX3wO2BsKdUwYEmNoiBQwZD6g5yx3BKodaGyn&#10;nTAcxDMWAZj6k9PThdbg8GF4PX1cMVFiTTvIyFqeSOVTInlpM0sMgjYxlmWvnwPEIa00ONUOT8Sx&#10;ahNbSYRjVNXOIcSph+kjpK53hq6OoidPMVAZAC7AtZt3Drd69eeYaeLa3WwYJBAOgz96CChYI8Jk&#10;JMJBEkUOuzvf603kyth5lJIc1TOpI1AlJE7eExtxwFC1hDZrkosrQ1+FYj1HwyDFJsJxbMVPW4VR&#10;zVOE1avDBVVVBRt8hX0rxS7ZGAibaodId6hQCWe8kZhpMYrMdrM4NDXzzPhtTU13zRSvJDx1PntU&#10;xU8bytuALwTNvJDqwK35JGQ57bqZ7hLA0gBQ0xhs0+EEkJHAKAiIIjCh1/Lrx2SlfdxsxMHA/wAJ&#10;AjA7Zk/cINDVlHE8KqMMosLwXAxguD4ZTU8eFUNOtNBFFSiJPlxDTQMXhiC+6qSRxldtto5Dx7Ea&#10;PDcPy5WdMJBUVGJVkdXNQ1GG1VXFT4lE5qI4YkeWpq0DWKCQC0uoIUaC1rb3Dri03oA0ggGQDpIg&#10;kkaUYA7NqeEzTl/fum11pgFREzJgjYcJOMesVIoUxKanxOLNUSU8VL59NBUxVZYz0JBj8+dkipo1&#10;dluzIARH4Me/DDYRhOIU8eGdUDiOG4IMqUMaYzlGqr5a2rg89Gkeow91npIjK6wiVVKna/2ELqu2&#10;NM4vm3HP5d3a3O9WYcCIQY2JcEKUAJicRGKjBxQXjj1wi3t1tSQrUSZKMP6QT4gMMNUSTB20XLP2&#10;ZoK3GsG6KZiybmPM9F1EqsRq4s6YPghfLrJQ1EKx4djhp0nqIqZzULEXMXlyxxsJpFjciQLM95Ey&#10;d1WpcTz10L6ifzDN+KU61GasmY9h6rXyVMiq7xU9RUQw3JLXuyGMkWdx34bZTnua5Wv8rmFsEMIl&#10;KFoIggbFEE7Rs0kiOqCQ0pT99qLawhwAgEAStP8ACRMaTGMGRPQJNO/THPfWHLeIY9lDrP0socp5&#10;Vy9iFTgvT3qFk/EKeTDsQwGnDClqKmjklZqNwiqjR+YzFiCqBd2wneF1PUafG8RyTm3H67KUtRUL&#10;DMma8LhraNJml2FZ0qdpp1YveRo1cC+6+0EgUXly2+wm4Dc7PEnHwjDy2eY6xUc5iboqcS+Skn+J&#10;TYUPZw6yJ6j0GTaeiekGL0Ma4hE8XzMU+HFXaaHZuBjMej3AG0X144deentXBkPFcy1XT1KCaA+R&#10;idXgVVK1ItZJM6yLFE08wiZXA/RwOUAuGUHgV3pvbZeXOkPF2BME48Bwxw4BWHmKSZ1a2y8ouHC2&#10;XA2gmQYE4DASNPwNQMDxXDqkijpcabFJfLWtjjq9gnWBgoRiFRG2t3UuLt3BI5Iy91DxLDMnYdh2&#10;M+aayCBI3q6DzIaVmiaOoWb5estEUA02Bo9rBvaF5xg7Q93zmmZrWhWghRM+vsrgtn140c3uAhRG&#10;pSsSdknZ6cZ4VNbDYzUrVIkbMCWbzo1L2aModrrZgTpcm9xp8easnMLqyBp257nq9Xue56vV7lgv&#10;4WP/AFff0O1t7ma9f/EKxfiHMj+wVzxo83aTN6gefwNBt1cAOQMYB7edhv8A5dKfm7/0GxRf5AlO&#10;TaSLEKyjSy+7taKCUa+B948x039a03qVnZpFZHbvsSyZ2A1Wr6gsvvXVuMRoVCy4VhmJ2MgVhIJ6&#10;2Em3ipCD6LcNBSRPtt5h76X7/TwHi4QoUcutaTKaIZj8E1JUgw0yspiBEi7mIYm2wEaaDjhSloi4&#10;B9wByA2mpIufz4+gzgNlWAI+6kLmOCGSOjqKob615KdVlW7WVVbauvsA5mqaORI4mhRnuNx1BOoJ&#10;/W/KXA1c9FNPtkjrpvytmSm+dxRMQqUgAkNH56owGxnVdbXJtb2cjx042Oh7khyw7hhe1+/t4jUg&#10;4YVplqSOM0uZcZhNZvSXzxHGYoYXBIljNidqk6k7RzBitFBVedMENgNsjAnsPgDyy3SDhRjrUMBU&#10;3ImKV2D01HhlXLtlZnnSORFLLvY6kuDoAfDt9PIawMKeoIXa8gCghbDQeFgeNEEjGvABJxpXNilO&#10;uMYasc61UNHd2RpbuA1733Ead+RZcNSQOSxaawdmUEgXP6jjrtukJjZV1PTgKlYVn6ujrUApENAr&#10;NTKNtpSqqdtveNwWANz4cj4LGq5jwSJlMrCeTZKgFh/o0o1+gcrk7cXApLmmpFosnZh8ai+p3EXf&#10;019X6+O2Ho+DwpJTyXBYPiVKLAk+LHX4c1YfxpMQet9XuM0rtu/k9HgeG/Ruw6Kpt983J63aVLJI&#10;6/jUbXGICgOIqzz8LakjpPQd0A8uIxfNUmL1rrJ9q8uYa9rn6rW+HBn/AAS4gvqIzySbKMt46v3Y&#10;tgvDIA/mURtj50W56k/kT/jDn40UD/hQUwX8PXFCxsn9bcB3n4fLVx/jzaJQaWvc8ERmgCptfnXz&#10;+K2dRKzh7JcH3T2F9ecHKi9l18PYLfC3LhKiMTz7acRbkiTUnDmA3OG906EFux0/YOYIY3FZA413&#10;OCR2txT3qFMlJGIFWtB+0iKnY3L/AL4MXtIAFp5DsBv+4e/OddGPnKhy/ZiSPA624gbcPcpTp/Gm&#10;7tBCzNKTp/Up/I8NO/c4gSMqbaDyxe338aJoUBLb9ftG1ux4Z2tysgDThTIPCl/HUsDbeQb67vZ7&#10;dPAcgMLsCNLe3hoRAqjhMQKfaSqBjKu99TtINr/AWvzoqoU2uWOvGoUo9VI21PEyac4a5wyo0uxV&#10;0IS3a9r62105xXa1xtt8Neaet1CkykOlUxThDiiIpvKwJ7EEgEEez6uYygvcCxvry4mINGzU6cal&#10;riTysDGysriyi/2T8f28xeSt9Te+tvp5tbq4ouuG3SqRTxTYgoICFgSL+4wUHt7TzK0G0Edh7CPr&#10;4hQ+FGdpqrgXGIpw/mcjDbvAA7OjX1GutrH6eR2UNe/0D46cVadOyvMhYEVNo8RaysW3bbFpibak&#10;ezXkf5VipuLkdr/28VfnEBWFI1JIUZwp2TE5SP8ALlR3GxiSR4+PIrRMNCCt9NPDipCkqOEGmjM7&#10;Ke4sWaOFt0jM2hCnsQbWBI8eY3gTUspJPu3440cYFOoUayrmOuNIywvHHBu32uQ+ulr37c4rCoDB&#10;fy/u5d2Zk1ZZXWWLMDMQJWt23AG4PhY3P1Dnfl6m63t2JGvKJTTZChtrM+OjaoEiw7SCVU2X2m1v&#10;6OdCIMuqaHTjsaVU2mdXVWCfHrXVKokDRilzra3Y88kBUgk7QdAAOLHHQRsk0vbaKsRjSYqMYZ5A&#10;EO5EHvl2Nvtd7HvyYtOXCsNL6WHC1VwEqKTSdbelUVAmxPbC0xUTbrEWABF7f4T7fhzLBCwk8QAb&#10;X5dbidM9VbSmFwKSuO4zvpBGrK8zC7AkiwIPf28U2Mq4p8OK6HytrX733MfAcIcoU2VrB6fdR/mT&#10;ultNAT02ndMazuWaymsDWvYMTR04+scZYVfd7+luw14a3LaI8NVbUFiRQnVWKM0JLACMKu4OB2Gn&#10;j7fDjrFGpX7RVh28Lm/x4SvKUFbJFWbBGApKTV8ZERWTbIdxdY1uBfQdr+w8JD+IzHK3o268KbsB&#10;gtQ7A6fZA/p4UZx3fdoI/pJ+P6UdZAB+YnqNXcfgGVAb13YCgkJvgGYBsbU/7wA+0802a4XwvD2t&#10;c/y62n/ezThKhZFDlZwreN4HlWLG9r69uLW1UjuBhNe4O3p1qTT9QcK11ljq4gDrqaSW3EWYfbSu&#10;xJ0xXubDHpBxF56/HqGT31ny/XRSI2q3jBe3ttYA/VwCb2QbFROwEULN3h/lSKL/ANe6VjQZFrYj&#10;tmo8zYS6yLe6iWQ05I+pyPr4YjD0gr5ZEkg8ikoHHmtKdoZi4NjbubjkP/mgcONSg4MaccQjqsOh&#10;SWOdqiprVIhVAW2gRkXA8AL3PFelOlfLLLhyAxxlIdsKgltLmzAewgjlJrZwNJCSpfDIoI8Tl2vK&#10;skrPOxUIdAt0Y27gg+PJ+F0jy4oKYxMYIABDFGxQ2C7jcggj7+abSdVeJkU2Y9iMUGBNWJOkVTPr&#10;UVLR+YN27aAqkENb4D9nHubLhBmqIJV2eYzp55skYX3r2NzcWtfx5d2EmK93lJihzh5iQUtVTMZR&#10;GiSikXc8rNdbX90WINyPDtwP8Z3LX0tFOXSaVJGkFt8RCsABc+LX7ePEkqC+o1XWZihawN4ZMMqK&#10;unCtFCyLFuGyS7Lc9v8ACfHjjUzUInoGngaNGUhlXVoyt7XudQf28u7rBJSafJIpsw+GqamrolkW&#10;RlcFZDokga17WA1vf7uNrwz10la9TEi+SYzC8UhRpkVBa4H73ujjhIWJqhRGyp8UkOFJSQU7Oy1B&#10;l83dGHWGR5Df2e6Sx4n/ACo/N2/LG/nbv8pp5vk7vl/7fbytalXRSj81/L3fMj/IXtsN/L83b5/7&#10;bezn/9DrKeJ5Z6m5WqJ8uzU/UHAMXAoa+HOeKwSxlohG7J7iYgyltCYnIZFNj9lVQfZEyHwTBUJ2&#10;nD5bfWsiL9t5xOzEHprY56rf1j6M5iwubGpF6TYpg8tbimEHoPliqqwIq56uMPULLU4JDIkRZrzJ&#10;GRJIb7Rukad6waoq6fPOJZehno8BxehwiKk8nDV+aoaNxQwaRIogBFqYrGpIC2YdyBwebpf3R1tA&#10;/aeHSYmCFDaOPGoHvlBzO13KFFUlU6tpGBIHkZPkRHGkJ1Xjy3ivpgyL1ArcHx7qLkXFc6Njr0OL&#10;t/JMaxamxHMWJU0b1ssgq5Ej34mj1EsaFpFKsAEBPK5/xXOhuP8AVvo30/xbB8XpaesyhiE/zVTj&#10;LtHLiZqqGoPlU9LTLIzTs9OCi7RfdodCeZLudn2b71htDakd7bsKUZJKnBOxCEAnVwhUem2qbybq&#10;XT+eG9agtdzGmcZ1g4YGZB6cOIoyH4cOf8Bp8z9WOmUFA2EYhiEiZwwXLGGx1lVR4XhlHHS0xjbE&#10;KgBJipro4xsJ1jYm11XlE1J6HurWOZSxDMOHTefmaklnjp8mvA8Upp6aoEYJknOxHIvIqAbdu2zF&#10;m900sfo/3ifyBeYqIbcCykMrBSvTOBlUCNsdMUKr7s+zRmxbuSgnWY0wQR0batjlqYYAGmkWJGIR&#10;XcgAk9uBn1N9K3VDpblTC82ZzgpMMqMWrhgMOXN1RJiJYU61LOypTlNqlrM3mn2gWA5AW+fZfmmR&#10;thd0pKVFZSEgyo6QCVYAjTiBOqJkbRQTzDLH7ZSEvCFKnw8QBxjbBOAwOIPRWOnrqard1pZVqFRV&#10;kM0LKye8zLa6k63U8R+Yeg3WTLeVMKzdXZBxCLAs1UoxagxOkgSqiNHK5RZJBTbzFcnaBIEYXtt9&#10;hbe9nG8LOVpvXLRwWy9iykxj5CB69FWzLK7i0SgvIKQsSCdhHSDs/DZWZJ4pHljSQM8LeVIviG2h&#10;7fcRxkwfpBnXFcZyRhEmHR4S3UiF6vLEmJVG1J6NZJIBIUgFROoYwtsHllnsNituFym03bu31MtB&#10;MKejTOHEgE7TEjok8BjW2MnuHX0taYUoSJwwOw1y3r7+v+T0e+ngG8fgeCllb0j9S8dzJmjLS4EK&#10;2twKKRQ1LP5EUs5Tckry1sUSpFHGRO6PtkMf2VPvbZHybsTz+7efQzalfdfcZATjsxIA2EEiQYno&#10;pXbbuXTgcITIbwJHTw9OPlXCaohgj86aQJGSqBjrdnYIoFu5JIAHt4OOVfQBnzE6XJFXBHLjdbid&#10;dWUeaqNIHmoqOghjVYahDQzh3jkmbYrPJE7EkrEyxuRKG5/04XmYuWwKjrWspcChCW0A4KEHURI4&#10;lBxJAIE0eZRuPc3TjKW0qUVzMDAR19dQJ8aw2lqWpaurSlcKJFapYRq2hYhS9gWULdgL2FibXHDJ&#10;9fPRRmjDMuZzfBsIlxbOENLhuVlZoIKyeudZqOGlho6qRpZLLTO/nCJEKlQhJRW5Lnbb9N9hY5Or&#10;MsvuC4AEpKSnUuB4ZkRAkgYiY6aEu824rjDLi0AlSVaFDAwcOIJBGO0ccIwpnwjOmX8bo4cQw+tQ&#10;0MwmlMsoeIxxwM6PJKHUbFunusxAYG4OouEMX4bGY8MwzEMezPnj5XBcOwlMwVGL5SoP50C8UEkk&#10;6xqs0DssTRDaYUfepLaWIEM5L9OD1xly724u0oYS3q1JGslQmUgJPAwJiMZk0VN9nj6WHHlk6EAG&#10;UiZPRUiPNWFTMsccwimadKDyK7dA4kk27QwZboW3iyvYkkC1yODr0n9E3SrpTlvLeauteVp86UWI&#10;PJjmLtjFD/La/CV/l0ksMdTTVGJPTywsWj+wJWMjBTHcC4p3J7PN28jylm/zu1U+XFbMUaUxiVjv&#10;BIAMpAx1EY4GhVkG6WV2iEHMGyudRwOkjwiJx9kTjwpskzRLiclfRZcemqKynkjhoquSbzaSZfPE&#10;M9zTq7rJEVcbDYG191txRbj8MnK2eMyUWaIMu02XcgpRIf6uZNxasrqiqknmBgqnnDywFGiaRmWG&#10;RQiopZtxI4NGPpzyPNblF4hr8vYrbUoNoclySJSTrJTjjgFCRABnGhHl/Yiq6cU/p025SSAFaiNp&#10;EmaZKrqtljD5TBUVU0csrVAjfE4DRqrUygMhSoEcqkuVRQybnZvcBHYR8m+hPpf05xefPWAwRzU2&#10;JU0+Wof5th5kw2RMQp2oAIExGSdi0jv75YruDFEuTtaWt0Pp33byq9RePhR1aEhsAQNSYOoLK9pM&#10;Eg+EyDAxo9y7slsrMl50EBXhAAnbhxnbU8Z2imnTDqui+VxA+XPPh1NVRy1NOEAmfzhFYADt7hb2&#10;tZbsD19LvQ1gFbk+mrM3wzQYnLF/OlhgijpXo3p4p0o5HkU0B2QxHy1KgbQFtbuJZzjeTKstZSwi&#10;3bWUEJ1JCUqXAhIToAGoJ8KDhFS21uNlTNge/a1nZCR4iTs0xhIwgYUSrrh6/sodL8fhwfBKahzH&#10;CuL0OURV01XU1cmI1VTUQwT0lBFg1JiJerBmXy4X2lyGHcAMl8L9KJyRV4FR4li+PU+SKaKpmweK&#10;CWtM0WHU5gWO8OGxTyTzCRZN7KL6oNxYlpA1b9oeWZPl6PyzLi1IKR3QJUtKlmSFBJlRAgjVOHHG&#10;gBdqscqvgx3K9cSEcccQFREnrjYRS8HrCydjuH5xoslvheaeomUZKDL2O5LpcQw6GSnxmto2rxSz&#10;1GLVNBHFugeN4vOKOy7jsFiFVWBZLyblKqqMUzFNh2PVWEYXilXXZSym4mxCKOAUFRBhvy0k9Miu&#10;DMsUhEiR7yrMwSTZFHdr9QWZp/M2z4ClpWsuIBClNoMBO37gJ0mdh6NpdybfFLby03CUqknUlOJA&#10;MQIHWNk8DNNePdaOqGZ6eqwfJORMTwd8Rxqiyzl/NGbzSYbQ1VLLLXQz4rSTiLEVaIRwLPEkq+Yy&#10;Ar5auqtMJ1B0vytnTMWWq1cq4hNhlGaxMUqKSPEZ6mlhqGqCiJHGsBUpuXzQVRhdQEfbpMDu/Tjd&#10;upttQkpEBRS2J0pkTJE7Z4bcRUk2zjd0pBtTOlOJMJxiSNopF9QPUHmfpZ0/zTOud8s/1zejoKjK&#10;EWdsYwTLeFYhWU9NRGoX5irkrAvnjzjCQ0sbFTvmiuGK5xb06DMlFhmOZipIcxrhCSYXl3DvNlpV&#10;lFNCrD5gYRGxhkkjiDBiVYElN4UKAEcy7fstye4FuXQyVkSVRxBnu1KMK0nApg9WJMtZxvDZJDS1&#10;qKVCSJiDh4gI2EAcaLe34j3TbAM6Y50oy7U4zlLMU8VHnPqBmCpgp6qLD6fGa4YbPV4NNmqppY6y&#10;Chq5dkhhhkj+y6xOzSBlpD0vpsuPgeY6TAaGfM2JvHR0FUgmqpMPdphJPCybYwITvkSNrArbRbKb&#10;Kcr3+czTvLYlaWmxqXP2rCpgoWTiQACpPDAGJAoSbhOnOlr0oUENiSqNuHh0mANszjgDTDkf1Yxe&#10;obHOqXTmbGMx5a6ddJ6GTGc5YvXU1HQUGZ8OqaSY4fPh2JefM7VcYhgnq4QWW0i73/SqpcKeWvpl&#10;GZcToKBZa+qbL2GZRqhWw/LVnz0kEM0ck0UiyJYF5BsUKLKNABx18w4m1ZLpTpClODSoFIAJSQFJ&#10;0kzCTiMJIqRG93Lhp9DTXeFLgB14EaR4o2yCRx209YjhlbUYhhPRHJuLZzmwqnwqPqLmr1EYT/IM&#10;XpsUy5SYbSV9bhtUKGvoqmjqp0nSCilXzZHbfKwc75G6zHhlOudKHEsz4XBR4ZJQVeGVmEV8dRux&#10;Cro0argenM6Iompo5QR5bNGx3gNuVAGcmzTvsvUi0e7xwrSpKk6ToQTpIVCidKyDiRIEYQVUmyyy&#10;burV1LTxKiR0EABRxUdWM8cDSa6QZuqc19Fc05X6F9bKnN2aVzZgGZcCzJl4Zero8s4Di9fBTzx4&#10;r/LqyWeWhxKow6qRZZolqo45YnliKCaRk9W4jV5lxnDMewfyf5HOFolzNVwJHiH6VZGNF5FNMZg8&#10;LNCxVY41Kq4lcD3Srs0FppVs8orWkSUpWNIUn7iVYA6oI4xhpB4qrPdtN1aht1aSon+FUAQD/F1m&#10;JHQaGfKWTYsmZHq+nedTUz50pov6xVnT/AMSnfLUL0ZCPibYli1GiCOuIlH6ead4S0T00W9Q4GRq&#10;jBco4FhVdW4bBQYfg+LT1eecTEFYzy1JgSFp6fzWkeMuSXkUzbVAKt5jEboTvd2bu7zR0turcWpp&#10;P5ZAcGlOKjCwBpIMJCFFBUScIAJSDDuWhd48kr1KCAWYcGChO2MMYAHhVjVV+JdNerfVzrP1pwHA&#10;uq1VnzOHUDpZgi+jbLuHZky3Q4TgtAmIYpislJi8OH08dLUQRPT01NQ1TYbPUSNJ5sLQIkhp5mQ8&#10;c6VzYvPjGVcv4hV02LzPlWDEood9OlNQl2WovFLtNLLZRA6b7/ZsLNws33y3fFeUpU++006lPeOa&#10;fuWojwtplBKljxBYMACCBsAI8/y7MPyDbj7iUvpEqVgFKMeFIkYydvCPUAHPV/02/EzzD0DyNgPV&#10;7rfkPJOaOn9FN1mzfFBUw4Zi2N4hjWHJT0eE0rYjh0pbFqUmc4lHIYYlWRZAzh1EYMZ86aYXPHj1&#10;bT4j/VanzFDNHQ1mIskmFVNbRJLIGekw2UI9NGsMklnkXct1ZlIG0dtdouY/y1bTCUm5t2yrU6Do&#10;ZSUgErJAVqhSSUjidsAmj5e9F1c25QzpDiEjxLCtKRAGJAxVhJnbIq0noB6w8347heWMljLcPUDq&#10;P0t/l0eZ8OalxX+dZawDGKemhpxVYhmaClmkxioNXSxVEcEchDukirJGwaQh2A+qr0/9IocdqMkU&#10;Ff1Oy1kHE8TbF63I+CM9IJcad4qmaarxbyYJadZqqVKYReZGkckR+zcNiuN+MutcuX+Xt1PKbBCn&#10;20qT4nFA65TgMRCRKgRAw21A7Gc21swS1bhZQTLgBkKUdoOAmT4fSjf9R/T/ANXPULkKfD8wVbdL&#10;MezvTYUZKvF8wYx8/hUmB4iMcw1KKPAqmB0nLUtM9fJHUxO7RyKtgY5IrEemnXXJXUTJ+Q8Zytl2&#10;qr8MzgWqsGxRaOimiw+tqMNkKUuKNRSSSRSRxxxrLsFgHDm8Za0vZNbG/s0Zi1cKU4+AhbRcEqCV&#10;FSlQUq0iCTCQJ8KPCdKqlzJEs3dq1cpdU48/CVIUoGQCSSNumE8AMemcaqb6vejrqtlDOmes3Y31&#10;pFZmqnw/LeA9WumVZmivo67Fct0+a4sVrMXyvBjfnReU8tfU/LRSly0iCmhkhqYo5eDlljD8VnpM&#10;/Rs81RhktfS/L1M9D8m7KkUcgkcyM6yMwZVLroxRbgEMFI+0a+Yt7uwShSGb9aXPD3i1pBXIUUwl&#10;JkJBAGHdhSoEESj37t02yrdtLqUXalLJGtZSkGcRhqBj2YxE0Q31WZtyHlXqX6I56tsDyn1ywbLm&#10;dJ815Wyrm3F80YXhkeMy1GGhKWaGgp6mmSFhMyQyBfIWpnjjLAwtOFGd8Cq8Xx3OiUuAYll3qXjO&#10;FrDgFFS4i9L89Te6stLvgaOnXy1RFSQTWKSXZboByUezHN27LJrV97MWbjK21KUtRbkpWCf2ni8e&#10;BmQpsqK0jxalEqG26ObpRlrbqr1C7dI1LIR4tSdh1KhUkmMUmYmZM0ev0jdTcuZF9OvpyznW+oXI&#10;/qA9DnTiuqMY6s5skybVVmJ4Zm+iq6qsocwKuL+di0dTiNXVtNPBJhrzpVwr5U22ZmIbUGRqtsw0&#10;lNj+DU2YYzTHB0pMoUksj089PG8tPWVcrJJLDJT1NHJDC4QRBmJNnRyRH2g76ZQ7kjwaujqQUuJB&#10;UkrEKGkNp1AKUqdZMhWwQRpgj7SN98pubJxblylKcChJXiB4YgTpUoyeM4xRv+s/qv6dVXTHFc05&#10;I64xdN1r8ZwnNOHVXV7GsFjpKnDqubC5JMMwunarpKPEIK7DcWGI1MXzjVrRSIsYaOemEatzDimV&#10;MDgbB8w5gwmnxTIGHV2Y3wWHFKaRUwuJQTXVEtdSzBJYZYknQw3bcym9iPMJt0t6u/ATbofQwoIS&#10;VuNFKys7E6ERKSmQoq0gAY7cCfId+7FSWQQttpKQNRRBUoERgNoIwJw89lAD0vz5m7qBjbZwyXkP&#10;PeWelvWbFss5XruqGd8j11BV12bRPBPT4VR4VlzFKapnwiWgxGTD6+fEhFDTCneNmLK5pQHzf6s+&#10;kOZ8IrentNnHEs+56FDT4vlik6f/AM3njqainhipY4XqcMpYleWSvKlmsihtm/YQeH2VJTlublTb&#10;PhRqUoKQCtRUolOgqUUhISooCVEgaiJKYpflu+rdu8pLTesAFWIGqZkHEmBM8cJ6MKMZ0S9GPUTo&#10;x1hoOqeX+nGVci9KpqrHpepEOfMLwufH1/meYaqqWuop63F6+Oiw+gwiqmo0hMzsiPOsYaExrwIc&#10;l+qnE8FyVlOhy501q8Uw/LNDSZhxzNYrI4ZKbEqnDokK0h3vH5dFHBOJvOKA+ZEdL+Zww3xyl3Ns&#10;/ulu25VZuNhCwdOkp1LXjBOJ1CSdKkECMCQfPZsL4reW1DSmglfQIx8uGJ4RIOJo0vU70Q4V1d6z&#10;dR+onUDOUf8AIuoOX8N6TVHSf5CGpwaswKgx7EsWqfnTIUL1GIS1dIyOi74Gp22u6SvGET1M9QnT&#10;brzkfGsGxDLuI4B1Ox16mATQLWeTVyVIEvueXTThFFPTU6JIwUhry/LWIDBBrcPedGWoFm+0hppZ&#10;hsA60J4SSrFUkkq0qV4oJgxQIuN4M2aKGUaUMpJCQDJjDiZ6eONSvTp6Xes3pjzZQ5Vyt1GwrGvT&#10;Dl3D6fL+SunWI4bOcWwaGioKZFZcUlrSZBJWVOI1DpNBLMyvGjVhVAoLDknqzXUdHQZixLMhy/nn&#10;F8UhpqyoyzG0OJ4hTGfDJpvl6mKgmjaGH5KQmKZ5TUGRldLeUvARvHY3wccbuwNDglbclUjw6VJ8&#10;BE4H7jOzAkAUrzfNb19KxAUVQTOzCIieGHHr6qN9nHJFDmoV2A4tgUeO5dmoQ1BRY1FTT4bSVsS1&#10;MauEM6TCRhMtmTbsCDa6knhw+lHWXBOkmZOpXV6szdiec4McrsXmyzjaVdVWU8lVUGkb5uego5Vq&#10;Zp3Qw06n5ZFjsIl2FkVkG+e62X3mWMWsFtLgJWlIEEJJJ2ypRMYwkCIgJEVGnaNduv5e3asO92VY&#10;uQSDpAOCSZE+3hAqvr1U+jXCPVH0R6NemI5WwrplkjCKbL1T1VyFheB4efOwDCoJ44cDoqyrgraO&#10;nigqh8wipLI58oEBkLkqTOObfUr18zpQYNiPT6DJ2WaVanFsk02JYGtRhkbyYdLR/wAwrQzLvmKV&#10;nuQyNJFuISSAbGYR2/upu9utlZu03QduCSMSftJ2GTtjpBHAxM1EzG9WTbq5Ytabzv3vFMOAqMk+&#10;GJA2DgAccaQ/QX0z+i30eZMzjieR+tWPZyz7mSWiyVnvOEueZ6zMP8vpK5ZxhFDAJBHSUyikctNT&#10;xR1bR75VqGlKPwwGCemBBlmXCszY7l2gxqtxGefKOJZeoq2BQZ1lq/Nkp0nSOSRYQI2VwUAD+8XZ&#10;iYwue323yxTKcvSkt7ThGzE4gk4gATIn0NQZvv8AWmWboC2bUppKdUEJT4goDAxtgbQTM7OlMr6x&#10;+oGYs/wZgyR0u6gpljKVFJH1Myrm+sy0EaSGrXA6eFJ5IKqaOllqXerSaCVaqUmFmjFPsQJeq9I2&#10;buoeOjEes3VeozLl3CKSDL+U8ByZh1dFFS4G9JTNI0i0m6SYsacqTNJIDcMwtaIlu8H1C5X3rl0x&#10;bg3LipMjAE/ccIOM4QfPZUb539WOUMocdsLL/KnlFS1L0JTr444EyRh7aW2A9esM6R4fmCg6KdCa&#10;PIuI52xjG875nxLqXmrCYIsRzliWOztJRU4qqgqsrPUtUtGvkoSWhgBLPPEkMX9GvUz+a0maOltJ&#10;hGVMi4NhxpMkZOmxSpGM4ek5RFNdVQRB2O6NJ5o4qi912btzMxQWnahYuWobv7lYdKiQUAADAEAm&#10;cRtkmTPVQz3R+qfK7xtKMyccS/p0laEaUEkcCJOnGJPQSJwlxwj18dL8tzN0f6xJmLOHUhWlwzN3&#10;UGjyrCctY7VUCyzVSYZQPVvMIiCaenkmpkEylZV8yMXAtZG6H5Lx+gpBHlCLAMy4FU1eZaBMewih&#10;xOl/TVAWMvI1GkbkCJ2kBR3Vn+37qFgHv0lDZQi1uQ8OlJ2EziAOOI9ah/tb3lzm3vVNt3/5izWk&#10;ShC4VJGIJBnjGBg4iKj5y9UGOdPMQxCTqFi8WOZLzQ1BlVsbyvjWI5emhqqakaqm+XpZ6954pJTM&#10;iq6zxqyRBxGQ03liT1A615E6Qw4WuZMYmrqKrqKPLkGI0aQ1kVbNVVgo4I3lhcpFIhdndfJvsuQl&#10;oyeMbn9nNznCFgvJSQTitWmCMdnSeE7TQB3M7FM43nXKEoYBJwWVBaYMn+HxaoGM7ZxFBvk7p/nf&#10;qdUV9Tk7L9LhONwpJmCDDMTirMHGH1EmEpLUSU9JVwpPV08ryRxoY60IJFG6dTKQld/Xz1Z5lztW&#10;4umQM3S5NfDcPwbDq+WiximrIaDFv5tJiMMsPy1HTgrJRwlWLPGZPNVCBZ1addyuxRi3f7ly5Sow&#10;CNiSCcdKgCZwiDxnpwrObs4+jjKGG+7v32iAZCikpwhIKValSMZiJ29dHc6FelnDslYVLQ53w/Bs&#10;01VVitbjM2JnCMQp5cQoKrCIaOop6qHEsTrWUfNEOkTPPGoiDKdzI0aN6a4T1OoMezd1Kqs6R1eY&#10;Dh2JY1jWdIqyLBq3DTejqZDiENZGks9PFUQgwp5ahd5uouA2VFp2WstKS7cNoHeoUlOpIVEjDwKH&#10;hOoYLxIBmNk5cZv2c5Fbi3s3m0i1chCUaApMBMAadicYIVtxmhE6mYV0fjwHp/00zblilnynj9bS&#10;ZJyxlHFsEqMcoa1ZsOraMU9I8BeOmmammlLzu1/KD3uNzK89NPVr1TnwxaPLeLQ4l00ypWUuE4/m&#10;/E8KxLG6is+RppKh6cyYjVwRBjCY1EQ2M8sgt5S68Bt12KZLcgpQAXJIJK1RPQElI0hOGBKZJ2Co&#10;W3z+mrclT6nVIIdV4AEFSRqVgI0zGnwmdnRsNBl1O9HvRfM2YcTzFFBLD1IqKDGKrKeWMvYpRZWh&#10;hxPGZ0dsRJwWgebzBKgDVMsdRtQHckpFiOfp+9SedswY5j+fuq+MyZT6axK+GZPyvHh0ztimKzU5&#10;qpPIqZGaNYqeOhQICqxmWX3hfYeBXfTscUzZItrC3D7ggByI4weGwYCZ4TQG7Q/pCt/5ULHJbAO3&#10;S9JLqlaNKZxUZgq2xMTtovXqm9LUcy5IyB0HyHJmnqLi701bnnPmIYxBGMGwenrZKVZq2meSOSb5&#10;t8WmDPERMaeGVUZgvlsMOH+uPImIZKzVm3JGG1WNYzgEktLQ5YrWWWpqnSV4hK0qR1dPS0zXDCSQ&#10;kgAsRtF+RfcdhO8Ntq71tSWUxqWEzEngNpEiJ2DiRtqH80+gbOO/RrWlbAB1lIVCSBgANUqMg7IG&#10;zZQK1H4ePVzEc14DlLOtZRQ5axuCSqxzPuQ3TC8Ow4WgZKWUUVTh2KV9dJJG674hBCUa/usdnBHx&#10;vFcy9csNoMN6eZ4pssVMlFFiOYaCLFqsmvgrYZQ9PTVKLCjxFY2/0hA+1lGwd2KndvdxGTXHf5q0&#10;ty21J8SdKlYKjSU4AEkbSYI2YkUo7OeyTIt0lqvs4s3VtFelBLSDo0KEqUNSiD0DGQeJ2F5kzN05&#10;9FVZFmv1PdFcV6mZS/rBV4ZkTN+Vch4W8GBy4dW0QpMRxCjirK+po62aSujMFPKYS6SStMQzRxIV&#10;bqRjPVPDeo3T7K/VHEq6ux8Vhgw3L/TaPEIMJmoGpoK2hklejcRGUPh9S3mqzPBtZogEDWzVy3d3&#10;c+6tHbzLGglkiZWVBeoqkDSoYADZsBk4jaMyt2d3uzu0y65zLK0I7l5KySqZBJk6kKGyDswAo/fp&#10;0oPR9nDo11J6len6GgfKGLw4vlp849ZvOqsewzFpauow7FaWoos2o80SmKqo/wBBKqfNiRPO3GTe&#10;yxzl6kszMvTPPuBwvS4TS0WI0Gb/AJunxbDlkx2upfk8MEEOJHD6msV6iKSDYyoVvqYztvAVj2NM&#10;3Cu7cudCXT0TtJ2YHpw49RrH7s5+m7LHGbxi4dAbuNKkHw6glJ1GBwMz0AiADtoKelPocyU8PVnp&#10;Jnajoq2DHq/BMW6btiRwPF63Dcs4Vi9PieIU8601NW0OHzFJ6ea12E7ENaQLJxKdU+ulVh2f8v45&#10;WZfzDl/O1RTWpsNxKSOtgXDq5p655IZqOaqXyZTTUSOIXA95zLu8scMsj7O3LS3csrVllxBJSVuJ&#10;GC/6RlEwcMQDETUo9n/09LbyO5yuz7q4ZW6rStYAIASANSSmDAlUkHGIoW/Tj6a8DxjpxjmS6Vsj&#10;Z26Z0uIz5crMy5VwuTCcYTFMuU+H4NEtZSVFHCY6qlnlxR1MpcoBTtBsWVgh1uinU+Lq0+NYPS4R&#10;XZWr8MhohitVWzVUimqqD80qwrucTqp3lpg6/HsoGN/az2S5rkCw68sLbUYCoJSZk4SkEDbwgdOy&#10;sDvqM7Drrc1q3U+8LjvDCdEEaQPuKiExwAGnaI6arW9VPQ+H0dVeW8+5nrss9Q8vyyY7WZcyuMHw&#10;bDY/5XR0UeFTb66OlhFPJUQzQU4oUppw+0oty07yC1nXPFXk/AMaajiqM4jB4o5Tg6SQtVPTgCTy&#10;Snlbth12soa4bVjYkQ3ZZDeXF8lLkttnYqDHTtNQ5uF2fMZ280w86i2cenxrwTqnCD0mQIkbNmNF&#10;y6K9FMl9Xuo2Rs2R0WHdIanHK3Fo6bMuFwYnBhaYpKKihbEEmpsRaBatGCiSCo8owyxuqxoXVHrn&#10;xHrvhnWDqPlfKmZuk+G0MdDitDLFQ0WJ1FZjtAqwxYhfbQNHJSRzrUROnmJE21VZQ0gjCZXbp9nl&#10;nk2R3V+b1wugaQEwUhRGBJ8XGMPSa6TdkHYEjdTIr27sMwFxdJaUICUloKI8OraVR1HHjVzcXpiz&#10;R0i6TdUM65U9V2PYhmrDcqZky3iGNS4Nl2ly3Wz1MPyUNXWx4xR11NXVdDJRSNummkUSO6t5cM0y&#10;yrtsHw71CZ+zJNiAq8jZm6V48uHYZhuW8TnSWopqahPkzVUxqGjETVVUskRCCQwoSL+YQDHcfNLj&#10;crKg8lbXcXycVFlOuSRqxPUVDDSDGzHGDt59+F7gZeyHS3eIvmzhpSkJJgLSjCYicCdpEwJNBblp&#10;+onpm6RdPMNydVDqx0k6gZSGMZvzR1SwiOsZJKvEKeWqpo8IwjD6erSpbCqSohmgkYwrVSxB1jSJ&#10;lkL7U4T1Byw/9fOtWfsTzEMdxOPHMCxbEExnCcNw7ERTy1MrQpiEtNVwxJTyiFmVECG9mUMxWX29&#10;7d1M4tDY2dqhS0xJSEjwhIMmCQmdmkjo4Gpp3UzPJc6yg2eV5c2XtMuJQpAWEidhR4DJBOgqgmDH&#10;Cjb5KfohjGD4p0a6F9M8vZTmy3gVRgWZ8tYPT5YxHEo8uy1MuFRM5oExOglaonpDKsVRJIZAhaSN&#10;mHltyORcFn6gZQzWM7rS5y6hYvTYrQ5Wx2pr0w2TC8MlejiaSbFaOrgareJI2WRgzh/ejRwfMAgs&#10;d6kO2Ksly+y/M2zLOlToAWttSp1QEwkYx9sQCCY4jjLd4crYtncr/IlVuywoOvlOtaVKTMI0yTGo&#10;jw7OFYMU6k5pwTp/1YyfF0qr5cl9LcsYjhU+espUmG4lUVGYMQpqereOlw3A8YwqpipoZZ3Dwr5c&#10;bRqQ9TTmNlYw2D5Y6gdJc61mbMS6kQYhUZqxGLCa7ptWYzSYfRRYjXUywq0qmOVV3boykkMDOsYD&#10;SlrsViveHtB3Qv8AJ3Mqctkr7pICbhtBKkniDqkgJIMhWkEqwEYkFb9759m1/u6jL0W6XW7dCS26&#10;hpepATBP3iY1JggkCZGyiXZo6i9DfVT0/wAdyhkbobmjD58s5TbMfTj1PLkTMOLVmL4LgtbLidTR&#10;0UtPLRVsyKRNTy0NTWU3nztIlMre4XzZYTPGHz49L1Dgw3E6yiwwQUWIZ0xCphSvo4KZI4YJ6ykj&#10;2SiATsI5KgLPUBUJjvdhEWa70/l2m/5a44nbiBGkkRqlKiZPHCNmE41DO+vaJlL9ihO77y0guSE2&#10;5R4SVeI6DgQv+IJEI27ZpZ47lTpnhFDkfL/SahzNkLCcTzXUYziWXun2CtXNgGM4riT11dUYfh+K&#10;FqikFVJEqutCPkaHfMPOKfo5BqwPrpgVXhdFi9D0zmwuio4qWkjqcDWnkgSlSAYhuc0rk0xjimMa&#10;RTEsRITprsArG6ObPKBD6lrIxJJOM9fHzrEfPOxbeO9cUhd0VKVKglalIXqUYgAiFYwo6YAiMdhB&#10;xvSvhmT814/lDHuu9Fm/Fc01ddjE2E9TqNZK6pq5WXLxsmMIrYgaqro4p56mkRIwaWL3NxLVDlgG&#10;LdPcz5xwjF8dagwzFsQwhMLpRj/z0tW7EQyyeWaxnhE7+aCyBmuALBlHAtdo3qyu3duEhxxCDMaz&#10;AOOOnUB7qBuZbl742mWqZLjzdk26fEFApEFQJCRBgR90es0Kedfn+nHTPFst9OMrVmepWzLNj1Zh&#10;WQKHB8OwamEoqRTpXPgsAqDSRmleNJikP6Q2d43vxf4z0+yRjCYRXUVcaeJGeppZaqCXyIYwYqqa&#10;IzJTxRoryRRubKXYgPbaGPAJled56hYU2tTWog4EyDPTNR9le/t7l7iwLxZKRBCVxMSAcFEkwdpI&#10;x6TQb5c6r9Y8Crc1YHmv05UWIYu5FHVYphk2Eitr5amWfB8Nnioa7FaqeQpTVU6FXljgiXzKZXMr&#10;RxgoeaukfUBOtuE5qw3HMKyfhFKcRTDYqDC6Wp+Ro5lohFHNVLJTNVJUmnYJIdpjk0s19y5oZZvX&#10;ZW2R9wtZVdKH3aoWFSCCCDI2bQRxHGskmPqI3Et90HGE/mnb9baAVd4pJLmqSQVA6AkAFQSJWMKO&#10;p0qlqMV6L4jlPO2Q6nqPU+VhkGYcQzVWvSQYpiCzVktY0WDf7946B6UTIxgV2V4yCWGyxESPBKeT&#10;FMI/kFdR0WGV4q8R/kOYqF1q61ooUhXyZkqPLp1EjR3dkkU/Ysv2lAOSZ5dIWSX1alA7VKJJkcT0&#10;wPZWHmf9o+cvIcdfuH1ujSAtLpCQCJIIwKtmOyI66F6kwWgipTTY1lXD56ygaOhx3E8EEFYsFOZq&#10;mRSyz0yySye8zrGCrAEvdzYMlcRqK7K+OfJwYX83gtcggqo8EWnD0MzRmeTfSsYUaOQqfsB33Mfc&#10;22YIL51xq4LqtS/aeffSa2uDn1tNw+E3CeLhJ1J2AazJkDgdI2YngJdLQ0EVFBNh8ckgWQ1MMtSz&#10;hZdoaKN/NVZHDICoDEqm23v3BBjCvpsShaXCZ6qSDFQHebEaafD/AJNoZbOqSIVlRrgXjVkJI7Ad&#10;3sszo96VpAUT0gfPGlpsXcrKDcJSEoMbUqCpGBjER0GDHT0Y3pWxJpqaZY0xKkjDLFh06VckqzRE&#10;jzEkUxOLMQJHV1sRe5PEjT4RHlOkNVjONVlTTQwWrMZllEdPMXYu7eZNJEihux0AJ1Op4Jm0KdVq&#10;I8R6J+FMXWfv5pckNtpAUZAEmB0YcB0UtX+SqYxFR0VPBVrKrDDpEQzxNGoRLxxpIxZe4OpA0Btx&#10;4WpwrFXw1p62Ooio40qMNESCqZUDW27oqiMElje6rc9/etfjqnRETiOqg4pLjRUDxmdvzr3y+IUK&#10;Vj0FBslrJQtZ5snywY7Qd4vTz2sq2Cs20drrfijonxSlkxObDJ4aXDkQzQRSpMrSSuLsrI0bKF01&#10;O43vbSx41eE6MSI66I/2LykhepSyfT99Y6xKcwUcVVTmSYhY5JY2jLRKn7ysjo1/HQAixPew405Q&#10;zbjmYMSoMay7mnC8cyRNAwrqfDK6mekilAmqI6iCaiSoMjOCqvHK/lgBXQ7gwkB9zZNvLGlrZxCg&#10;Pdt99Gmd2lhZ2y23UOt3JUIURMiBKSDgAMTIxkmcIqPX4JSzR75MMNRVgosArKeRZQq/oiwEpg1u&#10;fddQGIup90gqPeHYtnerxwV2EZirZ8VliWsFNCYtksUUhcqRPFJdL7ioW/b92/FjLTzeooUSuBxP&#10;DhBOzqoCnMGEshCmklsYAwZHkQdvThQS5i6d9Kky5VYbmPL1Bh2ESTvFXtJJ8vGKqqiEAlbyZIT5&#10;uwKpdmHfQsQOKGfpouNdSoesXz8+JdQVwYYK8cbUUUFNSxpJH5scccMreZLcQtK2llFmX3t4jst6&#10;M4aZQ05cqDKNR7vYnHEnACcdnRGHGpjyb6gd67jdhrdJt8N5b3uoDiSpQJ1KJEpBx0zj0QBBR81D&#10;ob0O6M5ryLjOXEw/ozT5gnz3/Vir/m1dBUYzUVK4q6KDOu6z2q46eMMVe7rEX2+XVFj/AK0OtlVj&#10;OZcodH8v4bl3KuHVeJw0+JZ7TEscr55adovmC09VWxvEHdkRYggVbkaqpACbPabevOKbbVIHSST0&#10;n5cdgroBup9N+XJLbl68t5+AJT+zQBwwTjs4mTRrE9GnSfHJ8MzTn2OTFsbkhoRPheX4qDDMGQwG&#10;pkg20tBAiO0RqXYSOzNuAddrcRuWPX16mfJqcHqMq5azph1EJYceTC1rsPlilAU1NMrUlTPGZVMi&#10;m0afaYX7mx1Zdp19o0OIGnqwnzxO3jRlnf0kbtXT5fBcS8YM6tURO3UCTw2zhFK+X0odOKSSF8Dx&#10;7F8uQ0wiNFh1NLQT0ySQ/wCSdhWUksrbVBUbpPs9rEAhZV/4pSVtBimBZ0yFV/zTLDx4phNDlPNj&#10;0dKlTBL5cUdfvp6Dy4lnBimXzJBcgtEQ1gJ2O1AJQFaQFD09sQT7aAFz9G1pb3Cjb3OlCwQoKQlZ&#10;gj+EqkCemAR1Cg9pPRscCzJTZjy3j2Xp6qpRKDGcWzDlZajFnge5lkjqxWlBJe3lnyQ4At5l7kjJ&#10;lr8SLJedaqjwbD8Hw3L2aMOEWM1S9TMz/wBXsHnrKmZFlhgr6fDqtpDEYiCJIYrknYzWLcXsb55V&#10;dtlZeCHNsDD3kbPxqNMy+j56zaWTcOLTGxDYcVAngVAT5A+VJXHvThnHK8uP4zLU0mKUVcsOXaRs&#10;kZZkxKrTDIop2MklHPisDo5eYg+XJPu2qxRQdiWEdMM9Zfnhp8vZHzDg82G4/H/XeWgyziWG1j4h&#10;GZwk8yrTBA6e9GpqZd+/cACDtsA83z18A939o4yDPXWNO/u41wm4/MPIcEeAd4lSSMPDEkjhglKg&#10;BGyid9QKWdcMnzJ1Uy9iRzPgkcmVcCzTiOD45huH0I/l6S0yvLWNLJE+2eWU01KiGLa+4sgfzV3T&#10;4QsDU9WlVVV+F0sNTWT4WGqBSm9QVgs9PV04kUxm2wwvqC32wS4CGfXqbdQDizPRIBmcDBE+w9VE&#10;VyuDp0oQolIJgKVGnGJSY8X98AdkxBCFGeKrF5K3BKiOkwzGK6tpsJwjG3koqfFIqwUcT1fnUdTh&#10;eIGCRGViZlqk23RQRAwWBRUuOUzYbC+JYI1BBEPkcXnw+mpC3mxRqZ7TSyo0sdg25/LCnUDb9lgZ&#10;d71XD64WFSNugwryOw49FB1W7wQ6otLBjEagowCcNgIB9499S6/C8yxZgMeGZzixfFcf/wB+WUaH&#10;Hsy4zTUlbBVkR0ST0EVDLHSS+ZJGsUQqZGIKuwlctJGg8Yw2hzNhVUcaybiWVJsPelkwGrwLEaWl&#10;qoZ6hzURPTvhsy1Ke5KN0byITu2KrIdVl09aPhAdQQAOgTjt68eupF3I31vsmugq2uu8bUSVghRC&#10;owOJkBUggKAMETJrvMmWa4YlVZcoc5ZTz7Fi1LieD5uwjP2D1NRg+KYXQUiRVdNiNNjFPLh9VCJo&#10;FTzI4JfdjklkljcMFfsudZKiDCI4s04fWnHZVjKy4fRMaeaomYSR+XEfMaONkAb35msLnd9nitnL&#10;N2Lu5/aMqROyCRjHGCBUm5h2obwW7xFjfFy0SBg4EKWEiBtUleog4SBBw8NV59TPwNPTxmXHqfEM&#10;n5My9geHLUVdDUinzPi0Bp6anpqiKqSokpayghkdJpCpWGjiO8KrLZpSBVo84UcpLnEqSqSeWHD4&#10;aCjSOnnFQ9wok31jOADtLARm4btoeLnuyLJrhIU3cKCp/i4TA2FStm3bPy1ln1I5/aNqaCQlASSo&#10;xtgyCNDaIJEgY6ekVX91E/BWynU/KjAKPM2A5jmkqcZOL5jrTjGC0mCiFY6iOjd8NmjmdQ7eUXq0&#10;cPFuMg3qVV9DV4Hjxr0oscoMTGHEGpp8Fr0mnp3U6l1iDEWdLFWF9DfiXMewhNvbEsr75WMwEgGJ&#10;gYknb/Rpl36p88cuWg4lbCdWBIUD4j4oPhmRiAcOii3Zv/C/6g9Acv02Z4Y8cxbGcRw6vigrcewK&#10;lpsFrY5aSWkghi/mNXK5MsNRtE9NvJDhAAbswYV/p66KVFXQYynTiieuwiaOswr+Tx/LiKaGZJd4&#10;+UaFXIcAlSPhY3sY8u9yrxCC3+VdB4EpWI6BIwjr4bTU7ZZ9SeeXTrCX81aDYHilaRIJ/o7Qdv8A&#10;GQYmROCjp/xB/wAWXKWVc55Abq/1HpsMzLFNl+tqupOWP567RVNFNGaV67HMLr5VEsZKiVUVlc6k&#10;bb8Jt6mMFwnKOZsIwnBsvRYtWwT/AM8w/CY5JMHr8MWoZZGkoalXifzC8bM43sGuq7e9+qP0b5he&#10;3G7hRcf5Olsd39oWlyBIU4kDTBCgB4QcFK1QRXbX6Le0ljeLJFvMvpcSiUnQNWpQ+6cZAnYFCYg8&#10;av8AvwPc+dfevXQXPuavUJiVbl2to5EyDiuY8RSjzEmdFp/MkEuO0LRSQRUwoq2mpokihia0U0jT&#10;FJFVHfphjdTU1OJ4XFkTFmzLJQvXz4xjBWmgqnnqxEyF/NljkMihgpuwTZfaN1iKO1TLQkMXCr5p&#10;Nk24daAnURpTKCMApOhQEhIlQXEnTWQO/l0e8aJuAplOorQBJgAFMSRB1YECJB9k38R7L2EU0PTH&#10;O+ZfVZlXKvp2yPmpY8z9NssYZHjuIYVFg2XjiGF1NOIIY62mkoq1YjPBTeTJPBVFGlOyPkHKmH5I&#10;pM3zdR8x4PLkLEI61auXHMFr5v5eayqPkxviMVK8MUkkhldUlEbqwJu+pHL9pbudXWR/yvL0ovEO&#10;NqBbcASstjE9ySDEYEgqQpJggSBRL2h2r93YflLVPeIWPElRKSQAIABkJIOBxmoHrdwv1EY/6ZcM&#10;9JPpunwP1MYFm3KtRg2M9HOp1HFg2asRy5hUNM9R/Vb+cQVQhejZYWlgqqiOppWSPyo9wQlVZ7kz&#10;Ji9TnLDf51hscFe7kZgr8Plgo/lZY42/Ru61IMmyNm2swBvYEEWAX7Nba1yvKctWbd8FtIBbDgKk&#10;kTOsSiUpJA1AE4alYGgVkLzlm1agsOIQlKYOpIAOOpKjhsUMT0Gemgf9GuCdLukXSv0dZppujnUw&#10;4xlOkhw6PpNl/O2F1mO0OM0ldXwVC4xRJVZfSWhjra2OLzoqd2G1WmRo33ktuXsn0UuaarCsIznN&#10;h2A19IklKsmFQU1JV02zcKKKtklnkip5hPZFOgFgoFr8yPzTedRsEXBtw6sK4OSoT/GUwkEpiTGJ&#10;46jgcgMp36tbtsG3Wl1UwrQpKik8TtjAHz9tXc52615kwrphgOdMQ6N02c80YVjMOF5gwDJ+ZFx3&#10;E8vMtUYZsYlw80dDDV1WHtDvnSKz2VtrMx2MDlbkjHsSzpX4FhWZaXA8Qd56uHA5qhMPrZp/0Tw0&#10;NdT0sTrVKUVBujeMnfv2g95Bs89t2svQ+40XE4ArgqTGIK0KUZRiTgQQIIBIoW5kXgjxKludsnZ0&#10;EEHDy4dG2jPt1FwfBOn+F52xykfMOA0awz12bcEietw5KYq61GIwvWSs9NFGHd33F9qLsBYWPBay&#10;H1NyygwjHc30dfNX5Dhc4hNFRCNqulalWNxXU8gqjJ5CB44rzbSl20INos7RNxs1dt3rfLSgJusJ&#10;Lh8G0gtkBMalQVEDUCR9wAFQ9v5lW8H5NTGUhKlOHHx6SkA46YmOJ6ccaI36q/S/19zLkLqzkD06&#10;5zwzJtL15ErQQ1+MYnSf1axaKskrIanAqzCZqA0JrKlxVVcsdNLKJzttKhXaieudfg2K5nTFpaMZ&#10;zosUU49lyOmgrsKxzCHlVoJX82hoGHkROqgB7kOQHDIu8jDsoy27tsuSws9062AhZKkuIcjGYWsH&#10;WrGSPuTJEKOkSHkrV4xYNoukeNCQCQQdUYY7VGdpPwoZ/Rbk7qhkXohkvpvnrCzkXOHTynp8l5gx&#10;2LFoczYPjqYeyiOQtiGIS1JqauM+ZJKQPMQmS0MjmGJtzrSdM8y5no6bAkxFsRSlpKiKsynLhnyy&#10;vOXd1eOpWnDzMqL5rQiSNtu/aC1wabrXec2tkpVyEAalCF65hOwgp1EI/ohWlQnTqIGN9y84vcws&#10;my6ktLEgjA7CIJiRiPKhG6I4h1/osmio6j0lDh0kVfjGHVVJmSKrjmMVPOqQVtNNS1mJslFORJJD&#10;T1RSeJJFjZ7x++y4LPl7C6ivmzPh7lGq5cIr8gY7FNCMQp4YVVWhGDqYIhFICyMvlhXb3S7EEGGa&#10;sXtyhKWFx4QQ8iCUKJ495JVKdoVqwEEAYUl3kfzJnMUtpdSi2WlKZgd4lZG0TqkEgADSMT92IFK7&#10;PuG57zPRU+U8jYzX5RixrCfmcF635VOC19Vl3EFkVkZ4cz/MPOZ4yAA0M6uFYSiMW3rLGMUfDsWw&#10;iSTBMTpcCzxTfO4hgWXoosVhqNkU6vBNHVCpSsSMxNI8wmLW7xAWJLMttw6ysd6hTjJgKWSgjFOI&#10;KdJQTMBOgJ2QvGAKluaWtLsFMgEq2n9SOg0mMGpDiGXcQw3FswYPmjMfTGtpssw5uzjP/KMSglrh&#10;SN8x5uGU1AcOnmhqVVKaCBVYlQJfeICUpsu41h9Ji+K5bXEKCaHEYKXLVPlylw6h+Xr6jE7Ve8Ul&#10;QZvJLpJEokQpHuT3vs2NX82YW422+UGUSsrKlSkI8OKkhOqCFeEgqhXh2gki8yQ3culI/ZQSYBI1&#10;AgRJjCOgjbM0qsUzPlp8Vw3K2YjQVmA12GVmPZtnzK2K4lRz4bQYeojjWWuozSeYyTxTMvmrJIqy&#10;sEYK7AbMlUtP1hyviuHRSU39YqaOTAKjDlNQ9PEsSyy+ValjNIksjh7vte5FveW68hPPt9rXJLnv&#10;QFKbSoFRhIUDKQVEqIUQkQYCsRMEEA1AKvql3dYzRVkUuNP95pCPCDJgKWEY60AaZOIAkmNtEm9R&#10;XqCwf0a5vw7O+OZWx9+luM1lHi+NZmo58AHlVOI1dHg0ldVLjVbHiE1NRQGLdCjL7hZgodUbjnR+&#10;m3C81rTVuYcWnwRcCaswyiwvFmo62kgqKanjMdXSNVwO1WkbRGKWOZYn2C36NY40IVc+plSXHG8t&#10;aTcplBUtMpMFRCkOaVANFQOpCklYKtqVayul+SduIvrt62tWdabdSNZJIA1wCNRACFCJGJEHAGQQ&#10;VDqn+K/nrIOY8Py50Z6KwdV6LNVLlDqDWZowhMQSRqLMOMNQVeF4wtLPTRYBNVLP52G4jTy19NLK&#10;SAkzSSTokcy9FOpGYsUSjnyRFUYNhj0U9QMNxK2ARu58ioZIUmhmpIf0ZZmprSBdv6MkncM/9lTd&#10;pLbKfz2l51RCQpALioggBSgUOKhQAKiUkzCiJhT2j5jk2chq0RcEXC9OkCJUCBB4hciADJmMMZFG&#10;WpPxCfRfgGW8Hwaj6+1WBdTOotFPhWTsOxTCXOe8RkiooKighhqcUpKqjxKq24jDHTPVSSwTzF9s&#10;rbX2ysEwPpNTVuK0eYsIxfp/nvBfmMLmw/GvmMyUVbBLU+YKOjGMJUxVsMxZiVQRzhAdFAJZfnGb&#10;7zqda/LFFzZuQdST3KkEJxW4UFOgjEDAo1BMkhYCThWT3WU3Ldta2wQwuVawrBPhkqwBSVKOATpC&#10;gR0HCNnvMPrQFVkdOl65W669AuoSYXJJnWhxGoyLitJFHgctXW41iOI5b+XOHTD5ZY4VWnlhEhUM&#10;w85I6YtfVukyjlzPOZqfCsrPg+EVVG1JNlfMFBiFLQS1U36SIxSSzsiupB8gPGFsDYgMGWbtzl39&#10;5lzSlva3Ar7kqSVBIwVI0gwcJgnywqZ7bO0PtMhJ1KA8WoKAI2cQBjhBqxjojiOYsf6WZEq8bzrT&#10;Z2xdI1SqzlgdXQVhxCOmkaB3kNLTwRbn2jzRGBte48LEDMn4lnDL9XNU5Gr5ad8trDEmZsBhqq9s&#10;Spar9OKWopZJ2Z2iLeWqn3dns7kX39oy82WH0CF7AsiEEcQRBE+fQZ4AMMocGphvgZSrFUCZgpmT&#10;pOOOHtoUscwTA8eopcNzJRQ4nQ1Mi1cdFiQjKwyQWZXjawKsrLvDX3A9j7DudPs/UucsjZ8pelOC&#10;VFDXZZq3pq7I2aMIgqvIjqUaSWlC0kskql6gTPDIY9C/l3O0gwNnmVFjMWVZi4ClWAcSspMpAhWM&#10;JUNOnUAqDGogHYs3WzxDmYFq5VocABGJSNWJXKZhQO2J8PDoojOa8FXK3VnpzVdes54XT0+KJNiW&#10;W87YDmvFcrVNRiuElryS0UrxU1TC2HtEKmD5lkvCZ/J979EFHTTOHTHHKjEMOxXpBiGH51pKE5Yx&#10;uLKVH5lZJaQvNVUsUMNNAgR1RjAbt7rfaNyBXneT5uydTd033KVhSCs+GCICColSsccRhsGBFbZv&#10;Q1mQDjel1smMCEEYSDt4bTPEYbaGfPuBdZ8Ep6nG8B6rYLBQ4Zi7ZoyxTZvp2ocJGHeVT06YTiVb&#10;NPX1MhlL1DCriC7S0dorR7ZAA6t4Pgea8XzFCme5anH8LppMxZZbMdI+FVXkUsjzRxU9RNiFSJ3C&#10;urrC8V2BMm5bAEW5etxltAU2EoXA8B1QsASokJSIn2bNJmR7fC3RcOBpbwJIJTEp0mJgEmFT/RKc&#10;dvGhvwKqxiio8EgxPL1Hh3zv+i10WV6mWugp6vZvNz8lSjy7q6mQhfe2jb73ulEzVmDG8aytiy0/&#10;U2fGkxGSKhzHhdJh3kxrV1ESRqJqdo9oVdlvNiD6j7I04g3gzfL05Y8p0qSUApUYTBHqDt9tY3Z/&#10;vObeyuNd2RgQsaAAR1jZw2iY2xSvRED38nayjYshAJ237X78NBlfKuWKHJmX8NxYS4njtBRRHFKX&#10;Bf8ASxLL5cc0m+oxWHE2UEKpN7C5WxBK24Vb7Zg0c7fUhSi2XDAFcHd87zVmj6mh4FKMHicejgaa&#10;ZziUiuKSeOnLORHUYghkCjcSBsieC48B71/bzU15iXWX9PnPc9Xq9z3PV6vcsD/CzF/Xb0QHb9Hm&#10;v/2CsX4XZqf8nV6fEUfbsGL5v1+BoO+q1/6i4tYX/TYcP/JnT83Z+gUYqcvZhiTSSixUTXFtwE9K&#10;gFj/ANCjzH3tCB71pZ2EVkbu66QhQNV7dc61cOzlgkcgLDGMAZI732f6FXvvuD/3lLw2WFTME2v+&#10;lctt3km+2wv48j90hWPChBcoKoI2CiJ5soHjqEkp/wDRdDaksAN7MRrofb34op1LGVg/2V3bRbuO&#10;4GvFlsQlIimFInZQDzOZKiClmj2eZOKXdIbKARsDDdoLXvfkyHcaezEqLLa/gPEcfUqcavpMddIy&#10;splpsUWOEiVg8iPonvSI1wRe9+3ONJEQksjWMEg2sRr438eFzxGrGnIjzpa4hVvbDKKijkjxajfz&#10;H81CrWZfAge0+HJksVK9MyWtHYfo1BsBfve3Ev5pOrSK0kEGsGG0OaKTEmxWokNRUuZHWpnlU7nC&#10;2CBFNwL9r8balFp4woLWJJXa2p0/s4pW8BHGrLRTzl+GrxuqqamdVilVRFIHU7Uu176m41vpxP1S&#10;S1XmNC7U6g7hqQGOoubeHEl68VddPoQKG3JVPQYFHTx18C1c5Ty5JnVX2i6t7oa9iCO45ky5RU6Y&#10;9hDJKzTU0kktwLrc07rrcjTX48WZGhSnhPQaQ52hz8qZ2UF3rMzFWwenLqoDBFHS4hBhdGrsbOEb&#10;GaVyVFjqNguDYWub9gdSD8Xef571jdVJd28Q4hhdAWv2MWD0cR+jVTydN1lf5KgARgfiajx/YPOr&#10;vfw/MMOEei304Ut7+flmjxUGwFxXO9cO3wl4Z78FCHb6hc9jftb+rmOC3/EsVwdv2cMwvTdN4TAp&#10;NnaP8i/zh86r/wD+FCSlvw7cba9hFmzAHJGveKsX9vNnsqRYfnwVtuCgJFfPlrWZXJtYNc2Gg788&#10;+25PZvb8OaSlUdIpgFYmINZKSp2nYwsr3A2HTncJBqYL2azA2W58fjyqmobVEirWjStYJqbi0zHB&#10;8SQJcSQyRsCfgRzlXqDUzki3vN2+k8RMSUJpm8SS6RTzkasWDCaHuwMKagAgWUezjXJAHUW0J7dt&#10;OL7e5LasaSwoHEUIArg5U223sCFvYD6OQvlgu4yg2X3l2+I7cM1XusjTt404VdFOUdewVlWw8CPH&#10;vzkKMFd9yoPZLcYVmmk6YnrppxwhJ6anLPMSB5u0exr6ga215wFMXJCsNy9xp+zl1XoSAYMGvNuS&#10;MalJUyqzq8gTZoVDajW3Y3POBpWAu3hp205U5gknAU5IpziqkkuglVCpDhtQTbTx+nmNICzWKajU&#10;8cffCUTO2m3gqRpqTHiZMpi8wrsJ3bvs6fd8eZJYHlBD2UDx7duImXUIVKcTWm06acocZ8obDGGU&#10;3O5vAe22vfkb5Ytcgg28fHi5d2EwCPwq2A21JgxKNhI2rIgJVIyblhrax05jMJX7SdtLm4/jxwKS&#10;5sNUfZC6zJjVRAf8sUDX07Wtpb3eYPJAYnabdvy4qJOmBW3EeCBtqbDmBywaebzdtz9rxF+eeNSN&#10;pXcO9hxtoKSZmDSBi0XtOFTFxlWCgKqr9nfck300st9eYflgDdfd9o4pN0SMcaMUwgY1n/nGwMCF&#10;VRYg3sT8NQOc2pY7LuuD4lfaeNou1gmKRPSpUgCBXD+bltYzsAvtPioF/G3OD0+t1H0g+3ili5EY&#10;0XNoUpWkVBkxLdHGpm3EG5buSB7bd+dRwEm+3aO1jx924AGFHjLQSmKb5q9bOJZfNca/ozb4gEd+&#10;S0h2294nwC+HEKlBRxwqj1slYgYGoE+NyAHyxuUe7qRc6+08kIuuuhv48ThHQcKozbaVSTTNieKn&#10;YyPT3Z0awWxK2B4+4lGWpsPJUmyWY/WeFNiYcWAdtGWaM6mxG2gkyJiEceMZwmkbaq1QdIpFDX/0&#10;WnAvcHw4zpCXk9wXPe/DnvdDeOykjKVIRBM0u63FY2U3cncAoQ3F7Dk1KQDWQ/8AEfq4XPZmqfDT&#10;ms00NVBliKp5QvqfFb/t4SX8RVWX0a9enXt/I6v3ux+wfb9HCbNVDSgHaFJ+IoRbtOTcY9B+FXi/&#10;gCzLL6+MtsG0bL2YQi97j5IEm/NNLEIyuF0Zvcrh7ajxtiacKkkUM3Yit6jgdVin3tL7jpbiptU0&#10;kWmRXuDF0El8rqDly4FnnMR3d/eiZLfXfiXMD4fWltgIMdVe5f8A+jWYvmvyGupr8KxqEKbe8I8O&#10;nk029r7eAje5ANgseXxFCnKETcIjpoEuvMhp8m4dWhdxo8ey2wuLhfNx6kp931CS/DhYLQy1mJNC&#10;pV6V1EyLKRsNm9uuvIIcdAGG2pTUmRXsXqo6XDhPLuEyHynMf2xcW7G2nFNQV4wvFpFigFz+hgpo&#10;zYWFrWsP2cdS6dMirxNJDFsHXG8JVKipJU2kmqpFuQdTcgnggQUPytP5k1OHrazcFkUhrbgdSPp9&#10;nNtXM+I7BTMY0FeIzGqrEoaSrIoaJoy0NipJQj3dD7NNT9PJZxL+WtDQtDFVUxiSpewdNSfoAbW/&#10;G3LgKxnjSVbRO01DiyzJiomxHzajD6wO9PCxMTmwUmw94lbgD2cQedomrMegaGlSGGng841VwEZn&#10;ZRb2jS/hx4iEA8a00hUUIXTeT5HAKqGpq5J5J6k0qUzXZ41iRjc30NzY3Hw+PE8kcWImWsMG35cR&#10;0qywhZbrItzpcWA8eMruFJp/UoUtvLbDxHSLUeYJ2lqSlQTEN0bWHvBT38BbkOWWZMNpquh2g0/y&#10;6Twt++7CUbTfX7NuaDmlWNOpJiKmJTxT189FWFrVIqZKeVb+6iGK50t+8TxI2r7bfPm3btm/zI/b&#10;u/5Ctpu78935q+rD0pV+VQ9/Jita+3Y30W7dr627c//RLFgOXMpZZx3pthOA5ohaTKFL/JMPoIsj&#10;PjWJVMmHyLS1Dw1mIPUpTlniYtGqKwJNjck8Fblv9oaV4hj9sn4/KsibS8K7nxDCPQVuJ5qqs8Zk&#10;y7m6XNOSkp8t4wv81rMcm6kVGWKWkjnpzPDFUNgMNM7RKkkcbO0j717+6AvDNYRNj7daqfCcWqqg&#10;PVYJT4n/ADKSjioqlxFFJvDxRvMokbfcklx7radrSN2dKWLtRc6MT6fGoD3oS1+f1oI/ZugnHh3a&#10;p9KI/wBWarI2H+hXGscydgGDVVBTZjqMs0WWKPGanMOBU9XU5hgghSCrnjw6VqZGRREEWEjcmtgS&#10;V/1NyNgHUDJ8VFLlaHNBnr4lrVrRPGpVRUU5mmddhanpxLvJANiLix1Gen0zb0WVhmTrtuvQ4tKk&#10;qMDVgoFABJx1TpCRtKjhWV/Y1YIN0EONpU24iJJ+08CDw2YdNFD9H/VzOHRn1D1mF9Qc9zZMynPl&#10;Gojy3l1JsKmpIaqrlwWppaSnp2ecR4ziUkLRRU7OGlVl0chLh/Q9CsWyPSZmqcAwanx2DHqWrw3L&#10;+UqSakND8slpxK89VHKFnHzBUhJAFSzJAVLBxlv92qv59+csU3K0XqBCEEaAqYhUmFHoknThG0Gj&#10;zP8ANL25tLmxZRL4UkBJP2JDghWpRkwDJxxxgYUZCs/EE6adbMewrJWPZzxzpjX9MMXy7iWeMw49&#10;hWL4TWw4rUYlU0SUa0VNJFWHDp2oDaaamkgdwYjVxzoDGDee+hNL1ShwipShjxbN2bBP09wzNuD0&#10;0S41RYdVTfy6pWhb+Zt8sJYoqjY7yOu4GS67UUgnfPcA5BkZdzC7JfYQZehQKErCVFDeo4kJk7cF&#10;EGCYoLb89lpsENJcdUp9YClrGHhA1aI1nSYScYjHHHCjSyddsB6GUGd1zRiQyPlrpNhMvVXONHij&#10;Vi4I1TLQ/wA5WCaqTAIp6maF6mkeRKWGOUb4kMczNIeFM9Y+WuqvQKsyzlyDI1NieLZnrqLCuj1R&#10;hdbWYth8k9PHSz1MGK0cMFJAi0gjpjHKBJugifcAGdjBSvqGL2Wo/lr+oqKQlJcJIKIkONpCW8Qk&#10;AEBQjVJJJqE2t/Ll28DLiD3xVqbCyChSdShqUmUhJw2aeGJoZPSF6lOmnqly7j2Y8j4ni9CcEjkj&#10;zjl7PGX8QyxiYXEK2sio8Rhjrn8+KCqalq3UMxYOSD5bRlAFWCZXwnNOL4jlrq/0hynlTP8AlXDa&#10;WuypS4XElVUVdFUh66WWZ8Gw+F/lpJVCIaATPEZCZBci6u+z27ZvBbZrl7PfpAUmW0eKYOKmYJTj&#10;gGzqnbIEA0T3RdccNukXCIlJIEgREx9syNOmZG0xjRhqjFaqionzBlKtrMw4VWSzQYhRTVG2eF4Z&#10;HpStMcZdY4pUY3dah1Rto22JsT1dBul79RsJgzGMrQZV6p5TgejrsBM1TNhNfTyK0Uc+HzNDAPKn&#10;WCRhHJsddzb2A75o2u/N3ZZbbu5pbmyaWtOpCVJ0AAeElKzh0AffjJBBrIFeTraRbX6Wvy6HVAXD&#10;biknhAWiSJBEGNtE69Wvqpw30vVOVZuqKVNR0bz9iEGFYpnTAWwlqrLdR8yvv19PXVayyRq9RAN9&#10;PHMxbYiQsWHDOZS6X9O4I8s4ZS4LFPjdfJTjNRqxSVUhTYtZPJLPHUiSNWFV7ryi1ttl0AZneHeT&#10;MWbldzaJSWiCvXpKuJwSlP3LwVCUE+IgE4gUP8x3cTbvJNqlJYUJ1aDqjE4FJ+6ZhOzZjjgTvrd6&#10;kfUdgNZ1zzhh2LxQ9Mcu4PieLdKscwGkzAatsQeSpwugpKTDZcIaDEquOXDG3UVJUh95IaS0wNPy&#10;6qen/BsTpcnUtXgk+M4IMTihxfDYKyumSvFQsrndQwmSkeBEYK3zEQGrSHymjSUwzmWeu5zmS15k&#10;spsbfxFK5hfiASnu0+FcueA6gqBJSeiLXMvQM3bcvCsWgJKwQBJ24t9B4yZ4iIxAf0v/AIj5zPnv&#10;rpVdQM6rkqDAMCkzdlsZpwbDMIp8FhoZYsANJU1dWtPiNTW1lYZGWKkmnjX9BHG9Q8z00JTeqnq6&#10;6G9JcapclYdkymzbIk8+B0JyJU0chpKLCaWOjiDeY7UytK91CwSGSOMlWKkKXJ83+olOS3CLdtID&#10;YBKktFOkEqJACglMjSEiMIPAbKI7vf8AQbhTbbAbb8QASfDEkCZCZwj+EDGKP90r9PHqT6jYXl3P&#10;eYureKdPHxrDkzfjGQMUwtloYcdx7FKrEauITS/yvE6gUEUqIVraaOGaZEm8kBmiiqJ689WovURm&#10;XDqfOEGD4PheUEkgwfJ1DLUw/LidEVTVmScJKymMN+joy0bG+5DcnGntT7UX977xtS2Qyy3ISlJx&#10;MmSVE4GT0DYMKjzefNjmVyHHAJSIABMYE4+f6VZtk7JtBkyiqqWkrKjEJsQmfEMRrsTk82WWeRmZ&#10;mLNdre9ZVJO1QFGg4vshZRzfmbDWlwXO8640InxCmqKf+ZpS0dKZI4WSUTrcFQSBoGB90BgBwHW+&#10;fXjP7JLywnoBIGAgTHQKQnMLlCZSpQI27Yjnp4UoK2qpaVFNSq7Zm8mONtl5HILBVDHU6E/n2B4c&#10;fJOfs8YTgWEUmUcyYzV4nUNJFUvjuI/PYRUwUEi+f5S44ZJoHcOrL5cYYG2n7xFuX9rO8OWAhu7c&#10;IxwJ1RP+Ns2+fRQryTeq9mNalI859m2PSgczN0qyBmHFZavMOU8NWIeVViowynmo8USeVWiQzTYY&#10;yGWPV1KuSve5I05a50txPIvVSLCcwYpkrDcs4vXRUuILV08kfn1U8u5oowtQlO63+1aYtqSy3K7u&#10;S1uJ9Q17bZY6wbpZfSJCFqXojapWqFDVEwhKEkkASQYEy5FvytlhYt1krA+wzBjjIkkjgIx6a1uf&#10;VjhfrB9CGXM5Dpj6gs49eskl67BMPynjuFVxp8uYJTRmoq62smwtsVNR5CsEjFBSUouiRSMPOMbC&#10;RnXKdDX4OH/lRytipkELVOKQSRzrSxieeWKIe8rNsUmylg2nulbHkwdmfaam6zRTyH0vW6EDiknv&#10;Fd2BJnUEgzJIhOMLk6Uq8qv28yzRV93pKGxiJTJVhh4vEAmdpwBJBMiKLV6SPVBnWj66VGL13WWL&#10;1DdL4cE/mFPl/IeL4TidJNmPEKrL2A0dfUTSGnqoKIVcpRpKiILTN5o+YjlDQAj3qEzZieXq/CsI&#10;w3BMOytmfNtDS1SZmxuTL2BSURw/MNPH5ZFUJqiWCjp62oqT5cZVWItIq+Y6RfvjvSWlpFo2q2S8&#10;pRLy3UpcUA4EhRV95SCoqCIxBnEExDW8jlo3mYXaIW2lSgouFUFW0atOkKECRsg8JirjPR7lzKWL&#10;HGs1ZfzdinU3p9lHF6rDIRRY5nTP0eZsJr8lS1lRXCSijjpoa+oqKKKmCSswdUKsglqYAwvenvrL&#10;g2asNxmjwrqTWZty9lnEYsvUWbcdqcJqVn/RRV+1WwifcHY1ccQ+Ypy4MkKld5cKOcm3vyrM7RSr&#10;dCni2SkrcUySoqBGo4pUEplMQUEgxM4VO2728tjd2hSykuBJKda9Gok4JPAJAJ6QdmO2ix+uP0x4&#10;JG1BmnC/TPlyDqNmzCcTr80ZZylHTGqStxOCbLsJlGPUMSpDRU9K1a8eH4xRo8UFW5nMSRNKZjJd&#10;TPE9VVYPiHn1dNhNRS1dIKqI1rCjJtCJH+RjEyyTWZLAj3Tv94EU7S8tytdo2xdNJdQq5TCgFEBS&#10;zK1qCS8sDQkAKJ0+KC3hCm99cmtrS3CVBLoCxASkkkmdS1BOrgBxxPCqwvXNk/K1PljLuXuqmSaL&#10;EcHxfq5l7HMm5jwrL+Iw5dNTmdVlq8ZqcNoWznVHD5aDCFMNSZXimkeUNREwSLKh0o854zlbJebp&#10;sWjwXMdV8lieIYM2HCZ6qeGNKllhaSJp4GAuphRTqQN7klODlvN8py7OMxy522JsmgspWl0+BC/B&#10;K0BWlWoglLhOoAYNoELJFu/nn5LMrllTS22IOHeQlIIAVABlW2QCTHQKMDgnUD05dL/UN6lfS9P0&#10;rxbMfp9yVhuZ8vvnfBs9VuB4ZljBcwSnLbDGMOixZcNxOnmkMk0OI1lUk8EaFhSwRxJVMH2dMc6c&#10;ZGEa5lzPR0uORLU5gWnmligJipmmkliQxxN5j3hZZFjiKoCI7qGG6RMk3hzB8uK7ru7f7UT964A1&#10;L0qUMAFAgqMkwrxKMCXnu3C6t7VRXpbaICUGZUoAYHTOOwgY8KsV6HdVPVB1spcWmyH0qr8E6OlM&#10;J6b5TzDiqVdbi2JGaCgi/nT0mI4lA0dFFTV0U1PNU161EpVqjy5nXaih6tSPiD5UOGYCogzhV4XB&#10;lnF6a+IQNSOvmxSysxhp3sIyQFqGTbtcSEsFMP8A0+doKgytV7dt92hLpUC4kKkBEaUgKUlKpOGh&#10;Pi1CNlR12Qdoea291/wwu0paKlwkQCOP2ypUeW3oNFP/AAsOpWK5Nyv1mo+ovqCOY5uglNnGr6zZ&#10;Lxemo8CraTMcTRVeJx0eG0YqsYpaUT1LIPPwulqPNWWFqNfLAAZxdbekGWusrdO8xSYeXzBhuIZi&#10;qGrlkYLQUlVNh8iyPTVE8CeY9ORZEBMS7nNjtJN217+2V/bM5bb3uh1SZUQpOghQjTqKUqJn7gsw&#10;NoiBI17Tt+rbM2k27L3jgycIIOHQDPTPVRrvUD0V9UHXX0t4RnHovnrNWCdVMiS4K+BZawH5GmoZ&#10;8Rr6ShxGKujGYcIwnEKt6WDEjIFqp9kdYNqRpJEssYwZ665ZHx/NeJZHynjOGmswHC562owLBsNx&#10;Wv30tHWVNNiNOwpqOSKSJjTzIFiZZd6FRctYQf8AT7vPkmWtuWd468t4ua5BENlCfAtJE+NOkCDq&#10;QoKACDBFRPuTvVl2XNrRdrWZMlWoAIiYWMNoIEYwejbVaPor9D3U7o50poesPqZwjqFmCu6rZtwz&#10;HR1HzDmnJeES4RimKYfTSZRzMseK4w9dFjFLVVNPC0VcKin2lWmiYU4ldtpcupkrEcXSH+bjKmYl&#10;8ikyTl0VNZX1FHHTs0t6ueASNup3YQNHIih7RvIBa2U29Hai3e2LCO8ZevWxrDy9LbfeYltXd6jp&#10;0uJQVBSVE4lKZwpfc/VFkmYJ/KMvN3dw1Ki4mAgKSfDqTidQVH9JJx20ZnqL6gMd64dKendPmA5I&#10;zR106H7cbqfVb1qgw7J+S6DONRWv/KZf5HFjNUkE1DjVLQPXwVsEknk76mlp3favA/6q9LMT6tdN&#10;su5g9NEuC+Xu+ey/VYnX+RTimSoadnElA9XDWSTRlowsjjaGY7u23HPebt137sLkOkhbbyIUkkOI&#10;UYCVKCSkaW1FMgQBxACiomE98/rLLGYOWrzjmsJTrwJScAJAkApMggARtgbaVnpr9eebvTH1Mz7k&#10;H8SDOGPSZ6xR8vtmPMmW6DEscwjEMQqsBpcLnSLCqjDKKuwehinp/PEkFHHTyu6kbWYmoqMzllL1&#10;YZQ6mLXZ5+ez5VZZrYIp8CyJjNOmEYliEgqaymjZ6aVIDI0Z8zypQJzHs3gJJHuBu6I30zx5SUrU&#10;G0K7wpMpZ1A6hMSgYCZWQMIPWr3P34fzVsOtLOg46SkpBIPQejrq87o71c9PXVbIUWIdNas4Dg9V&#10;hs9RFhmbcGxPLuJUuG05ipJ5Vo8wU1LMKaGQ+UZkUwearqGLI4BvOlfqewiSmOTequB5S6T02XsX&#10;GO1Ge8rYhg9ZQgVk0Ms6zLg9RK8VTWyqEesiVU3O6aOrKZKQrfF91lLlj+WQ4vUlxPhlSdROwjBc&#10;wTBSBO3Ch3c763ds0lQtTrSoKAQAFHht1DaMBIIolvVz0s5qwzEc59ceimYM+dVscxvLv9XsM6OZ&#10;mlbCqs1K1eI4fQTJUZoFBDUUmEx4nU1EOF4gsiuyRyXLFGI+U3qayhU5ZzrVZY6gR0EGCfytcQrk&#10;gzBTQTVU8Zxd4qVa3Y5qZpFusQYfbIYt5hVR72o5dYus2DmZMr75ZKhpAUSrSAANMJCUiBBJMRA1&#10;Cgj219qOYQy4LJZOKlKC0lSVBKdIIjj0iduNAbj/AKEznvqP0hxvqz0OOYq8S5okqKbMK5Dq8Uip&#10;q2npso0aYo2CwR0s2G0mFVCRyfoZ3JigZRHLTRySiXmD1r5H6a4Fk2PPMMMmYJJ1p8VhwYiunjhv&#10;JTJWhkqqczRVU9NtVyo3E2C6FRinZbs3ud5y5bWqXdR+5JgBIGxIhP27ABI4YSJrCvJMy313uuXF&#10;2qi0RLSgVqAIVMApMpBETqABOAkcSXyfgOwZszf1zrMg57xGjyHnKgpMRyfl/GZ8Jw+iSerqZapc&#10;KaCrwDFJMLhw2jr3gpoINzIRvLLI/mcKBUdYaj1aSY9mHCmrejMM0yZayzJVYetDBUSY0JwZ8cqi&#10;k/zYdUhQwU42qkySh5SwMUu7tZtb7kWxfuWRcBzSjStR8IggFEklOOPhGMzUwbt2N3ujbFy+X+ZK&#10;RiF4YgYJSngesyZq0fpH6dv9h7J+U8gYDhdT18wHK2DSdQMTy3iFZBiuI0M+WVp1psKypQV1RQQ0&#10;ChmmlpZp5Ct4mhvApj4AWePS3iGERS4RiufK7Gc5UdBPhGGt5FXR4fJh9HhUMMkNV8jHXVBnfyg4&#10;Mj2RI4wwNtpFQ+sNtltL7rRX3UaUmVpxgGT4VapBhUnGOIp3LPqLuMwu1FxGhsDwpjaDgOIA6tuN&#10;HryR1bnzfR4TmXB8vUoyTipp1MuH1tJJUGsxCpkPno9TJSwvTC6gvEXaSR22BlXexaxlvGemOS8R&#10;qazKmI5Nzvnimih/409FDW4VW4XHT1rJFHTGlkqKiP5h42MiRLZXjLMWkiQZB5Z2q2W8N084HUOP&#10;PtwpGkxJSNCQB4iAr7pMq66yJ3f7U7G9dcU0tJc0wQJJmDpBA6DQlUOYcKzXjbR4DmDDsdwbBTW0&#10;OKrgkz1FRBitJVR07RPPSy+XCYisqSRPd2a493y3DGr6S5Jr+puVMvZlyxmCrx/O+Z8NrlzpjPVP&#10;FcBjwiGlxZ5VFQtNR/6S08o3xLC6RBwzCOoMYQcA+bdqOZZS4tpTiywpISNQg4wVQn7ScE4jDbEY&#10;Gg9vr21uZE2ZS4WFAIPhlRB2+ESOPVhtotOfOr2NdKM3ZkwPNuX6Y9KcOfA16X0PTfBc01mYp54q&#10;dXqoJ4Fo/wCXinpXEc/zMFQ4VLpJAjLvZRN0jGUsAg6dSZzwDK1djcdT0/wLDMKL00tPhNLTvHU1&#10;u2NYFqcRkp6pHqaiR9qNJcM7WiBNvl22ZVd2KbOydDNuNXeKUkreJgxiYwiBgqBjicYCA+oGxvkd&#10;02FotWh4lls6lHhJxUIMDDonZU3DepFRjlXLUYX0/wAx4pgNPGnUKXEsQmpqpqyqqakT00Mfm1M0&#10;1PSrPA0UMMUe4vGS6RxWkmLnXZTy9iWb8IyfidBhmSsc6XyNkabBIYaKCkxl1xmkNRT1kkc5+c8x&#10;BEZIwt3DO0llBDH2WWOT3dsxf2r/ANkJKHDpiSkrPiMEE7YJwHAGp6ybMMsfyxF8h492rgSR0HjA&#10;iDsxI4ihwwbEcOqMupmrBMVxDMGXOoERzTh9e01XK9PTVmH/ADcRpldAaeIqCV3EbW2qBdgBx6Z4&#10;viOUM0dQ6FMpucz5ahxqF6KsWpWKor0rKiUQRGujjp4yrtTvK3fyyWUAqo4I99MidzDJ7ZKW0924&#10;Z7xsjAkqKhqkDxDadRHUKIt58tTmbKGUN60fcSkdBkicNoj21NzNFT5uy9l+fCa1azDMVqMPxGmx&#10;CjnZYHopdrvJ5lOWZg8DP5e3RnKhvcLHgrdIus/UPp3ilfW4cJZMWzfPRmoevoaGjq6mSsnp8PDR&#10;U870lIkkEqGncrC0a7nOrN7wl3r+m3dq4ye2a7pEAkkqSvWlUTBOw+nzpH2mdhW72Z5XbtLZA0CY&#10;hSVY8CoQogHbB8jQe9XuiHT7qZl3BsNzJPWjDcm+fVhKXEK7dNCtHJupqyeEvVSQEyR1BjWZHZ4o&#10;jey25a3lnqfWvhGEpUVGG19TnGsiwnCcz5Gw+fEqDDjW4UlSq4pFR4hRNRuZAQBJtRN6KGJLDnNr&#10;tO7I7W2vlW+XtKbNuFBwOFRDigRBZITsKSMFETjE1zQ377BmPzb6bXvEBgElK1hQWArAtkIVMpEi&#10;TMgg41THm2+D5mzfSwJmOkTpNQPi39R+uWI/yDH8bGWcw19DXVGDVWNZUx5cXoDRwJJ51K009QFZ&#10;3VC1O7mWy6uH0uG0NdiuIUWYcTZ4JHr8s0sUsB2weRHe8ldIU2qP0m8asToNeY8WO77K3dDqigjE&#10;zIw4DGsXt4cguUvraS2tAG3WSDO0nYgYzgIOyir9QOsHUTG8Sxem6f5fxPp9k6rosVwfBMt9Ta3E&#10;sHxV0fFlr6p6enkXL9JBVxvUSE0rU7t5UKayP+j5BxWbJ+QkjzZWxYfQUssiYZWQ5fF1p6iurkhp&#10;5KmQT0y23vGHcRt5YDbiq3bglayO2vmghJwAImB5cmi3Jsmzy8uEMtJUoCT4jhCRPBJjqkial0PU&#10;/qd1ios3dKaeqzgczwNTZpwbFupFDWGbMeHYJgjy43BguGDDMwTXMNJVSwQNOgqGmiaFZGtEoSde&#10;sTwdZcrZZr8AgxfCs4VNPgiZmqKrBKWXDHr4pZV8r5hJ5BUhYN6CNb7V37htCkW9nPZmbrv1oWnU&#10;0mQnZMdMYCsgOyPdx+7ubtanFIXbIUotQpZWUwDsUAUzAmemBhQp+krMebMbyjj/AFCw3OFRlLOO&#10;RY8wZrkyfhlF1IxChzHFlKeCmY2E2ECqpDUVpFQk5skjtC0cjs8q1/Z99NfqazX1DzVkXCMWqMV6&#10;H12H00UjZdpaajrcVqaOs+S+WqK3FVkklYxTMJ5CqRzrGwdFfenMt9wrbdZGWsLutNu4skKhMqkR&#10;wjEH+9kHZGBnJfs57T9ysqsGsxvrhCH1atSRK1tk9KUg7BwjCrBMles70sYflHptn/qrmCiyZ1Lk&#10;WskpMGx7EFrKfBqXFaQY9HVrQ4bXVUCxTrSwNTxRy1DwGeNIZZIJEllYOovpw6gmmrsd6lU+EZcw&#10;3INdQ5ixTBcuKZMHqqWNZ6iOo+Qwijklg8tpkWcxUcYDxGV5GWxWS93r3IrpQYt3ErKlFQKkJCio&#10;fwrVgAkAjTJmBJ6anvdLtx3PzN1r8vc9/wB+YCVCCY2yFYCBiIxPpS36ServopCcq5O6cUGdM1SZ&#10;0lxbL2V67OaYpV4iaykxIUvy02Y85Vpo6gzuXnokkxR5GR1iijGwoAvy/TYLlxMS615nzHBk7Dc5&#10;zx5bwmoxienf51KSMmsnWkiHzbU7SU7GGWmjV00NgikrkIxvDu/cZcloE962SJkEzEQDOkwdkbQR&#10;U93G8m65sxlynloumSpSMFGATgNUFJ/xdU8Io0WO5nwHFcRqukWDYZimZc0ZLphj9dS4DSVax0Re&#10;Mmjp3xKr24casxTK7U9TOfMS7MCGG5aZ5wypy1lv5ep6O0mEZQzDTTUdLieURBVyPhslREjtLPXp&#10;icksdZHBG1CZEJu21TIE3yF3Z7lP5a9W0i7DocPiKlEwR0gkYjZCfQTRf2fsFSFKbzFt5wqIWlW0&#10;EAKA0fwr2yJJiDGMUGfRrGsJzVi+LQYT6jKvqVnXAZjguODO0eyNcRwunqYfLWhwiPBqSOuo5ZXi&#10;xWKmFt6bZUgYqkQQ5BwHHsdejy7gmAR4ph+A4JhuB0dKK6OoFTWR4nRtOyGrvEVqB5ZrFh81Asqe&#10;WjSbQyfOsqtLK4W/3qyWgohUEjUIMQFEhMdKTgSanfK96raysgXyrAQSNox69g6cKMDm3NOW8iYb&#10;VY1mrMz4dAZ6nE6zEquGOIRUZpamVVlamiDRxQRo7LJIVP6NizhQx4ZbJXQHB2rabHumiJhqYpBj&#10;Fa9UPn5oqDGKaamhNFGlaYqqn2PT1BiqZUZwHb3FI2sUb29vt9aJQxcpER4RLg1JXtUUpSEq4wFG&#10;Oigtd9sGWZLduNXiF6BpICTqlKzEngRIMgYxOFE+zr6waTp9TY1gvVnBGZcIrcvYd/LMVqsOhkxb&#10;L2No6Ni3zFKDQVpYVEUU1DAQiyi3mFJFYHCxunmyf0vrMaxOnWqzLlqro4sXzJgAxGmxGrdqdqWp&#10;laqo4UedwqMW8uBgCqWv5dxiON4lbw7w9wyk90okGU+GDAhaASnhgcfQ1gjf9oNpn3aEU2ywqzeT&#10;oS2sJKAB4gooxGJE4xVWOWZqLrD6rsBy9g9ViWH9JesmWcx5jyd0v6rJlrF8rUVJQVmEzYdEuWpJ&#10;KmOijlNXTtCtRWQytvqlaOP5kBi/9K/T/mPqflGtzrmDqWjUucMSgzfljMGFTvT1EE88E+FsBJR1&#10;VM6tTKqNHIGNolICgSSrya98O1TJd1UN2aGltkjSqEgJH2lKkxgQcZEiNu04Dft7+oTK91mXcvsm&#10;tV4W4LOlAQBgoKEBQhURGG3aDR1evHrMyd0h6zU/Q/Jvp/xvMq5Jw7Fsr9UadsJZsLhwqnoMMzZS&#10;vRl6LEUq/wCZGpejaICMyVDfpHvHCxUmYfQhm6orcs1+W+qWJU2EQ1kmLYlTYVW1mGQTLLXRr5kQ&#10;ljB+YKrujZyFjcAAEWdQDub9QuS6XE5o0orUkhJRjBkkKxJiMMARUTbq/V/kotHE39gS6lJSEpiJ&#10;0zM6pjhAnbIHQBuE/jMdF6yszxgPUfoq+XcfoKQZVwikrBhGZqgVH8imrKiDE48DqKnbSwt5qkQt&#10;KJId7MY5LwlW5W6F5hmz/mTLlDlbDK/AMCbE8Yos95hq8Nq4MOqMZvTU9OtPFS0cZiplSWT5by5A&#10;xaMs578vn3bba3Fv3h1JVESkDZwwxxgCaC+e/XI8zatuofdQVAJLaRCiEmVSrUSJkJ1SkgAxJinn&#10;qX6oYKXob00zhnDqxm7A849SqbAsBo+lPTvAsz4JiuZaHLzjGK8wVK1eI1lLJiKy09M2IyVEMkca&#10;y7Qsm4D2asr5D6L4++auoGeMyVFdSUxqcOoundLLS4LEGrI4/JWJzLT06M0bQq97j9Iu8nQeyfeO&#10;73ls2rbL2EhsLCVKelUz4pSnUPFgTtSDgPOQ8n7cVb22KU2uXoKUlKVrdcDiyYCgBhJIA1KKiMIE&#10;YzSAy71L9Tfqx6bYNkDoH0Q6bZeoMRrf6lZ6rvVdmCrzDml6RMHNZFicsdJFTVdbUxrJT13lzFWl&#10;SSB9sSHzHCjA+neKZ0y9VYp0g65Hp1LjFFDhmK5fpUV6uprYJ54qr53EIo0lYLTPYPCWvI7MNTuI&#10;s/NbvWKhY5rla3UhalKd16VFIgBKUJ1AYjgQcduBpZvp2wbsZOkM7zZSpzQpJClBMAHAFCNRjFPA&#10;cCcKNZnPqFmXL/VnAcm9Y/RlL1uoMs1+IV+B9SqeooI6ajwVqLDcQo2wfCMRkniSaoxOIxtDU1FM&#10;I4KdWaR9qRcSuO9GsexXNmB4vmjL+PZ+yrjKJiebK7AMPVMVo8Slp6fD2eknqDSyfJQjD1kQGBFY&#10;sJArsHdEJ7c7TIrC9YyzwodgJ1tg4AzABxUTskgmOuo33Z+sbdrL2rtjKXm2VyNKXCkp0g6tITsC&#10;sSJkkDCjDYTmHOmVunucaTJGGZd6R55EtRhPSrDuoGMVdZlqpoY66fEaf5+KhlqY4ayaStkhqBTz&#10;ysGUe8B5UZFP07dNJpcHfFa/C/6w1+PfMY7iWd8yVmMQY1hc1LVR1VFTzUEeHirlq4J1WNzUSDaL&#10;i1jsMB709pDmYW7DTDIDilDUTp47ZASmB0ADpBmoR7Q/qJy/ObhrWltttjVCdKf2hUkgysqCAgj+&#10;FI4SZoAvWPj+asDOU6PJmP4nl/KWH1WF5dpekHTrBsrR0eY8Mr6WrgxLdiWZMUSggw6XD2ZhHFEk&#10;m5fcbzbPEPFD1i6M9QKPEcq4FmZMPzBjeIvlOGLNmHr5sk80stHVxpT1sRmU7UklEe1I7uqkhLEh&#10;3NuyneXKVtZm1ar0DFLiJiOJUoEmQMYIGETQUu9wd/8AIWmczfYU3ZhHeJWyrwwDqSDoV4okAkyr&#10;1NFUrPTr146WnLmecz5Rnzxk3LGCNm6bB8AzPiVCkEmBw0mL4fVTYhQvBQF46gUtK1WzzVRgglqI&#10;0llkZY4GUug2R8k5XRaPMlPnGsGX3xLGsSikMryV9LTPDPiFJBHBU1IDyBxGVMzQqECjwUvzftz3&#10;uclm0cUy0khMhOhSjhOtQMkHpOziKW539SG9N7aNW6whpxxUGPAlURAUowmYIJBKQSYBpV1/qY6i&#10;dSc4YlR9QcjZoyFQYRnzCsGyzh+H4fHhIq8OxispMQo8ExWX+cx014EliNRFUvSxVQMo99djzq2X&#10;MmUGwuCLMeRp8QzpliatwbJcWcMBaZsUqJqlfLi86qpkK/o7SSF/Jm3xAxkxG3CzLOz+9cYWi6cS&#10;rvRqWEbAdokDAmRtFQtmO5OcvPhy0zFDFqtAcfKH57sQZJSlYwKoAjUNKvEARNT8sf1rpc8PUZCz&#10;RHivS/qPHg2LVmJ9Js2UGH0uXcGwrCYIZqlaanr66QsK3fFSw0QqaExVJFUoqgZJEXmWarmraxMp&#10;ZV/kuTsWeo+fV5Fwyjnn3qVcQedIzR7vekMqM1yRtABUiNrs4sbW31ofB1cEhUj1mPdUU3TKMuSl&#10;y7zVpd0nYlKS6sDjKglISQNkK9cZo+HTOSTHsBwf+uGBYljeccvU1NWQ12NCKtxCkLRujR/M/LR0&#10;5nIDRqKdlVlAcOSRJwLcp5LwOskwTNWdMKhx2sknjwurwB5ETBo4zKs8tS00cRnqPMZgQHXfowAQ&#10;OQw2y7N3LG27u2kHDFUHZxG09HXQ+v8A6rc5srRNrlrqkkCS6rxLJAwSEqOhMbJA8yaELMvT7MNc&#10;ma8AwPHp8kYfU0r1WFYrlaWUYsjtTmjSKGOdxBTmJVO0oAhJQkMUBAgtBkzJWbMTlydlanw2THgm&#10;HYtLhOJNBOqx1LzoFhrTJsKkSAsQX27VBQC/CXenPMzzNgMPPFyDIOlAI4QYSCaB++H1C70bzWyB&#10;ma0upTjBbCZMESSiOBmJ2mYJpEYF0TxnGcv5ZfNvVDGM2V2UHOIYJU5rpqOqilkkoYqSRp5MKgoV&#10;nDRlCAoETPud0kJsM+HYriVbjyZjeSrxGiqJFw+SmwtWaGiSaOVPLmoWBRneRlL7VDG6MQQiDgVt&#10;Mra160qJjoxxqHL/ADx0tdyQBGMnb/ptsRwmNvSaFKryJlrB8AbCKGmpqSqijSZZ8TqHglqfk2jk&#10;EsVYj7h5abthYkAbluoZzzBilTitVicgiVIFlJSGNJRTCMKizf6VsihdUBZUVfLJAb/W3cEiVFDe&#10;AA90+dFzLrciBtGMbfMedKHCqCiocHhFS8ldLTkB5qlZKrzCrMv6Hz6icMxALM3md11+zt5mmxrF&#10;JmpqKjzB/KJ6eNErKLC5aiexjdGIPlQFkV/KN1YeJ7cVIUlMqkThOA90VVtQmFDjx566jnLmDKlV&#10;W1mXY8bjqJDLTVlTFSwXEwNjeWoAcrvADrY6C1+/E9hVVNh1CtFiFZLildic3n00dVLOKmigenji&#10;8uJo9pm3NG77vKJJY3AFgEQzBLUiZBPs86W38PEFACAkQf74yTPUcQMI2edPsuHh62epEKU9LTRo&#10;ZDBDTfK1EsLs26RWX3AoYCxl7AWNweO2KV9PQJiOIS1FOkW5KOHEa+SCatpo6m0hMcktNI0ZeQEF&#10;SbHw7WNnXwkFQApPbpB0yTPHHCfnwprhw2WrfD6RKd4JIQ84o6BJoKKYRL5QDRR1UauqhlI0uPrv&#10;yPPJLTQedRVctRWRwRJV1RjkijgcAsLtRtd/N3p7qg3t4X0dZzstKwUdXVwozYudCgoGMeBA2xPV&#10;WJ8Khxdp8OxrCqaXDJJZJqChqClTJUbfER1ye40ZR/futrjuRctNNl7G8Ur58X8qOGoZY67EafF3&#10;aklMsiMfMcTSyFnYj3fd3G3YntZeboc4meemqHM4OlRmdnHkU7SYhgOBYTR4ZTKyUEB/leGx5dpz&#10;UwpFE6xCNBTRKqIgsGOip4kAcdsF/k6YZVPWGCIs8mFvRr8w8RLNDETugiV/MYN+jCkH3bEWsQiu&#10;s5IRE0mcgu7SANuz5++oWODMDVlKmHU8kpZErUqmNPE4bZO6j9NI6hEZB5u5G0cFTuBHHfLGUMu1&#10;mO1WJZiwaDCc21tJLR1WYcKEEiy0FLUyfKpLWU8RqJFj8zeqSqFjDWYgkniOyvdIGsEHifhswFO7&#10;wXLimQw2+V2ySClOOBI8RAJInrG3rpK4vmzMGEYcmIZaw1sQiaohpJqDFd0FRJUOu6TbT1ctPCik&#10;7gWidmcglFYd2vNlRQ0OS8Yjjx3G8p4zXIMDo81ZMwioxsU1bUQMqyxQ0VHNNNCzsq3EbK2oDKQG&#10;D2V71It79t11rWgSCDMGfLGhJuNkltaX7anG2bpr7tK1BBIwwJKkpBG3EjhTfj2NZpx6toZcPw2l&#10;EFBJ89iGXcw1QojPRw1q7g4ao2pJ5QZ/eYNHozIwLRlTdVoM20/QSsxToeaGo6mYdQR1slRijmqx&#10;gNT084lKQ0kh2VbRo3lrJEAWQWS7rb2eZu5btOu2rYleOInSDjAnHDYJnZ10Oex3MMrb3uP8yb0t&#10;FaghIP7IEkaZkGUjAAzxEmATRWsUjix/qnUZU6z4ri9b0grJ2oMSw2LCHo8v10eIHD2jglrayl/0&#10;jD1kmJqDBO/+VZJJBFFMG1/6TMmI4Hl7L1VBU/O4pigxCkhqWkinnqKiiZhM7+8LhvITczSGxC3P&#10;c8jrd+6DY73aTPvrrdldwSnUdvOHp0VaaUikLxstwm0bbWFraft4KNHi+Fy5Locaw2f+bVslBTz4&#10;9VGn+TpncSTR1ElNLKVITzaJ5L3ZyoU6FSAMrVkXASQSf6Qg9PUOiKEzD2pB6aY4JKqSvnhrY44Y&#10;4pZFojBL5hKhUKl17g2ltawA17gglA5bw2TFs7ZrzRUVD0sbGKiqKSKnpUlBWCWZXAxLdMHXaNxa&#10;Lbew23AKn2QZNb3Nx3WM+nzp7BcdVOVQ/lwRQRfbdQY3ZX2ABlGpisP3tBcfx4HEWPQZqxHF8p4d&#10;lOorJqFYY80ZcxugNTFPD5Ininp5SER22SX8to1JA0AI96M89sHstvltnAdHSPLjVLju9hAkVOuF&#10;G53Fh+/2HHDLuHdWei+YGzz0N6j1GXsVZWkjhpa2aCWXc+94FhrPMjcKyWZJGHlstzuBtxgZ6MCh&#10;cR6/Go73k3Ns8yaLVw2lxBxhQB+NJjN+Tso9QsArcq55yxR5qy7iStFW4Pj1PFU073UpfbIDZrMb&#10;MLEX0PDG9PPxPvUllWpmwTqTSUeeaqYGvixGvMmHV8TQSiMWNDFAWAbcdxtF7xs2pBEtjnQcbKVb&#10;PL8Nm2oDzv6dN37p3BCmsCPCcP8ASkED0jzouWK+iXoLNDhcGWctjI9PhqtTNQ4ElLU0lRDIixus&#10;tNi8NZESwjjBcKHsiC9lW1hOC+u3K02B4nPnfpdmGlyljlKlPQZl+Vp56eLfSLGJvIw6rSeKO5sR&#10;BHdWXcXFgynT3Ztma8uOYt2botjj3mkwR0yOHXsqB8z+ma+afQ9Z3IVoJwUnT14nxT6iI4RSHzH6&#10;asyyy5cGTM30mDYxguI0+J449LUzyVM1JFVrWGnZ6+OqNROw90S1TMuxmXyypYOP/R31PdDM+1VT&#10;RUfVps9Y1PGYcBwiLDqjD8XjoI0ngRJoqhoaySRdzWkBuzpcndYmL3kIKv2awox0841EW/HZtm+X&#10;shTtoGmwZJCpBOBVESkDqgAA4YAAAp1D6GdYoabCRkjIVB08wxvmcQziMXx+Oqw1a+WspKhZoIjB&#10;UUkdOfkzFJHLAQkMuxE8vzE4aOmp6TGcZw/FsExZqrAKmSfDsxUMFJUVctM8Ana8Ch3SFg0hcF0Y&#10;ldosbh1K2lvtvqEEwMcKi67uVNMEaBqwglQBIwicBOwAwQNuygEqajGMvZXxnKWeKGny31BwOGnz&#10;DkTEcUxGjwvDcWjrYqSnEEzmeKepjfZHCSjr+k82+2xidhnwPDcIxrFq7Aonwikp6eqm8+nkmgqF&#10;EqpDKvylQspAEdpEVAGJAIFzyltniULwM+tGi7ovsJSsBZkTgCMMRCgRxkdHTS4wvHM1Y3k3KeGd&#10;Q6hsexvGK/DKePB8RgjxGikkjnmnp5DiGHxwJuadBTzvK5jVZGRjpqw52r8xUGP0EkMNQuXMUSSe&#10;s/q7SUfyi1S08Tr5EtbRkCldwCWaTbe4RX33WUsizsvmA5pRMxw4e7b1UTsPts2gP3OiASZJ0zjP&#10;i+4CRgJ2EkRFK/pLlTJebcIr8OrJIKbNmX5pcOwGjznjeIJi6Uz1dVCgxCkwbEvero6YsFuvmhdp&#10;kMbJYuOX+o1bRQ0NIMZr6La8sxfMQgqxBOiRldstFSU7yKd3aNWYk6G1zwYXG+jmgILogdIj4Ymg&#10;pe5ct1S1hOokcJEjyKsI648qU+YvTjlDEVqZMVyfl3EoESOnkjyfTz4cKmkkaXzFlp8Qra2KN7xL&#10;70sgVQvvAkKAnOtGFS5jxDD824tTjPNPhuH1+FvlfCY6eopal0qUkivUllmppgsm4w7l3+6FCgtu&#10;mTs57b02Wq2aV3SlkStM+HSBiE4pMgwAQQI4Vl19HP1T3W4bn5In8uw68lZdlQKcIMjFJBiJ9STA&#10;oJMA6LYnhGG5zy96f86V3QzO+YsRy7js+aaynenxnD4qegko6g0tDNFLh2LQNHH5QqJYJ/Lbe7mV&#10;o4hGw9Ni+FUODYrhlFh9EyyyUlBQFoY5ZIqNPOjWrSpZp3jJklMQiVxorHbc8H292/uXZ/8AmbK5&#10;uv2bw2hcLGoQQiAAVhQGrUQClXUE11sV9du6WeZgbG5vEoaUgEuGeJ+3XgBBH8WJnbRI/Xf0n6n9&#10;YaXqR056k5Qz9jWR800dJBmXNeAUtfV1VIuLkQVJy5/IYYqOOWE0tEK58Qkp1aKWojVpxGsZWWas&#10;j4RX0mY8SyZlCkpsUxqAjM2EVLK8XzME6yq1IawrEN+kliACvbUg8KOz/f2+yx63ss3vnH2ULSbd&#10;xIIUULSoQ+EyuEnwg4nViSUip13K7VVvrty3d/mWZKUFCp8M469PQRBB47arr9M3rL6t9Hc99Cuk&#10;/rT9S2bM25H6d4xRT+nTqLgFJNSYriGAYxgNVh80Oc8OwFKjEjHRuPk1LSSSLV3aZmjjPGDp5kbJ&#10;dTl7EpsPqJnxvFp6mhgy+apKpLJKWYJT0CpE6q6BrmxtcDwuPe1DtAzuzztpNw0gZc22FLeKdIST&#10;9pLi1SCRI0hBxKCo+I6ZN3q3yfF0E3IR+QSmCopGmVpwEkkkzPhHzo0Prc9YvquyN6jcjYTnLK2D&#10;0vph6c4Pgub8ydd6zLVTgUFHUYvRGmjMuNZpqKqqgq5op5oBBTxttLRmVrSyeUCmdeg+FZV6jVuJ&#10;0fVPGct/1fC5kxHLrtUVtY9PHVQzTgTzShXj8vYsblSyWOtvsyf2VdsT+dbutOptGnw/KA4PAkqh&#10;aQSgAkKlOKeg4TxFnZnmz1w2g27bQQsEd5sMgHgIOBBnoA20dL0S/iE9X/U/6WuluKL6bsn5ypuq&#10;UuIdL8G6p0ldTYHlWoxJMOxSmT5rB/lqqpglkqqBxUUvurskHlu5Kh2POWF5C6fZ9y1mOgkrM3YR&#10;jdQtLmfLON1fytPHXJKEjnRYnWMQi7RmOUlP3QSSysLt1LzeDNsoube87u3eTPdraBWe7I2FS0yV&#10;zjKQDBBI2ETU1eZo/l7pu3A2dQALeJCY4kg4zj6giJNGj6MYr60/UL6fOuOTetGJ5f8ATtnqEvTd&#10;GupXp6jrswVlPlmrw9XENRLj9MXfEQyCQzwJFI6ukiRxMFYh7imOY0ern9SM8CioKSoWpiocIlw+&#10;mXB6vC8QEsVP/phl8zbLK3lCcxj3idBtG6QsvsLYZL+asypREEq1KLgWmCqUxEhIKtE/HA0VmbZt&#10;QtBPmZUeicTPpIozGV67KVb6e6vPnS7EsZzHLBHT4vj2NGvr6zNFHi2Gil+bE2GlprVNPHEzyYeC&#10;AxXy9vvk8ccQrYsg4kuWf6gY3lXAcReODKGIUdRQGogSJlE7jFIJZI59iKPKMm+VQxXcotdFlzRz&#10;Vnv/AM0088kS6CFgEkYAsnxIJO0CEmJxxpbu9mDT6BpWVkbSQRM7CQdgP4009J8Rp+smU4cSg6xY&#10;B1Uz5hVGkfVvDK/CsXoaOZqqlkholqsq4xK1Xha1AUmSLdGkjIXKObhU/mmTNuEwRYvnTJdJmSKk&#10;Aw7HcUr6igR6ylrsQJp6+mmg8n5ObQs8kLOAJFMguwKHOTt2L6u7tbhTZPiSEhcJUlEKQpJkLTiI&#10;SoCSk6dmJs1ZtKlScCJMYwQYHDDDbjjGNCJlmlyTjbUODdO88YllSSimqcQyrg2C02JiloJ8Nw1M&#10;NqaDEIqgGKogUuvlU04Rv0beSQIztfcvZUy3juGKM1VU1HlPFoVwfEK2rkkxFXqauqNQ9VKtRS1E&#10;dHUs1SDtYruc+4y7C3CXP84v7UqNmkKuEeJKf7nglMBHhIUtB0xICiE7QSQKAO/eUKvEN3QDjlxa&#10;6lpQlRSFmMElIwVJAiZg7INInrdmvPOV8PxhOl+XxnvqxlmOpz3lDIkU4wBaqPD6cRw4cr0tXRS1&#10;tIz04EjxpMY00eGXckTLbLmS4Mn0KYXgXVnC8Twp5ZavLWJQIlNX1i1MaPJT1B21EagLGyrOynYd&#10;qggu9wneb03d+oO3OWrbcIAcTq1IRE+JP2zJMlAIKk4kSlKSguM1zdtpTyrbBKQpSCoFSFCYI/hM&#10;7SDJ6eFF4qOuPVHPtHhWaepfoqzjlrOZhpqPqtkmoxWmx/Assw4ZV1ApsSw94paFcQYz1Mcj0sQh&#10;nmgDO8bGCBHUWBdMcHwk43gOIYPVYLnDNFIHlzVBi7tNItPKyMI1KxrAN4aQqkvm6lDZRGCEj2g5&#10;pe3KbjWg2TSoCAgmSf4iRiRpKRKkFA+4H7iYK3b7Rt673eBsXFsW7VepIIjGTidATOOB1GNMYYbA&#10;Gr/Vd1Q6gZ5yz1syj1Go87+m/LGKQ5QqektNkXE4RDU4nA1ZFWSVdNWTz1imGshgSoeg+RC+XUrJ&#10;pM6P2RsaybleDGsqinq+nuas0UVVlmiqYqFPksSxFZpqOlCSVMZDDzANkTOqsTZdAvMSPqt3Q3+v&#10;L1GdZY6i5srUtrLepPeoxlRCTtUEnGPuTgcduMH1Gbk5zl+8j2cs3CjbNIVqSY1N+ACQACoIWcSU&#10;nDiYmk56mekOPdYM2ZW6kZ9jwPrx0u6RZvwzq1gOZK/GsRjxDIGBjCMMxSuOJ4fhGJUarI6mVExC&#10;KCaSmiaN5Y2DVEnMWO5yxXLlJj2VM+ZdEmI4TJRjG814FvplrapJiGef5eJZYfmIYY/LfVfMUxsw&#10;uo5O/Zb2ZWrthbXbDravzCCVJCANQKZChCgklBUrUBsSpJQPCVKyA7Fuz24uMhbOZqQF3duoKLYK&#10;Vd2tILY1KAUVpSogkDBQB6TTF6ePTVkjqHjHR/1AdAurrxdJ+r+Wsafpp0dz8hxZ8AwPEcIgrKOG&#10;hTEa+qo6p8MrKys8+JQo+WljaNSY3lm7xjG8RznDhGGZJrGw9MwV8GIV9dlfE1roK+eqpZ2/TQus&#10;L/6OsLWplAuNH3qUClO7vZjbZHntxmeaKli3bAaQ6jR3YEalaypQlRP3bJAUIVNCm33TZ3bulXa1&#10;qNqy0kJ1ghzwqTpTqxQCCApRElSjIAGFc8gdFunHpfxXN/WX1CtT5mwvobljFMo9OD1oyhFlvEsr&#10;4HgmNYOaeOnxaCWupHatqZIZ5sWkmbdKweBKV46kOihlnNIqsXyn1HMME82IzydPMw4VTIKuqq6e&#10;GbykeQhysO1lG3yyN9yFKNt5OzW82XOLS/lZKobSXkKUdAQpRGoCIK9QOMjwwCoEBVSLle9ve5mt&#10;CFyhSEaiokphRIEYASIxPHCcdhpsD67dPc2TZe62+mzMq5jwWHLmAp16yLmrMNZFgWDZWxmuWobE&#10;YqUeZCcWhVXLSNKgeFCkkiMqsgcZ56xUmWFQ4DTkY/g9bGsPTXqDg64lLLUzSBPLpHpYw3mu2puw&#10;uNhG1xuYe5JuAu8QoXB8DicXmV93gMZUkqIgDZ92IUDKMBK17lkskvJ8QSnxBUTBMEAcThAwEHGj&#10;EYX6fcRzxgWIxdRcwFUzfgcWEVfXD065gxXKjSQUkktTTVElOK6VNqR+X5YvMtzKr7oJTGoW5Pzx&#10;n98Vq6/LnT7y+nuPT1KY9l3B6WCV5q10USR0NPWiUtVIzxny1MxBW6qAWVxBvLu7l4bAuLmX2kgp&#10;WskQnpUpOkBJE+IlIVJk8Qgza4Dq0vNJAWiComIGAmYgGY4mDwMzQsdTMndNo8GoqzN3UJKHO3S7&#10;D4My0vUjNGJSUM2GUNMs8hrMXmwiXDlShmWCdZy7QxSqGUsGVWUTMi9Oc5YxmbNfUTLmMYhi2CT0&#10;FXK/Tyirq/AajEqDzgrqsbUyuwDNvkKTAbtq+UFNkj/fTfTKLA2lrfIQha1pSl5SG3UtuYlAJklJ&#10;UnUlMiI1ePVEpd4M1ZGbWKysIDioSsoBQFhMgEkApKsRMkThxovnql9QXRDpziHQHp71qo6DLdfm&#10;zMlDg/T3rvm3AsDzPlfKGeoqJp8NjqJKuqeWhraynaoipJ3jVdokvUKxTzUVgfS7JdEi5vzZhmMm&#10;afFGZIsSpaEyz0K0NQS8rSBo2amniW5in2uhu0Kld3B1me9N+7cBi3U1oDW0FQhepMRGOlaSfuTK&#10;FpGlagqAp3jaeuczWp4AJTGJAnVI2GBI0k44AQAQcTQ55mz/ANZa7qO2UMl1GUp8srlySoxiuqaq&#10;rFZhuYlx7DkpYv8ARqgyNBiOHVE7LupU+XmiUCacS7Yw+6tdEsOy9mubHMu4rTYvhk9NHi0mTmSK&#10;Wvgppz8xHNGkqFTtkfYpjiCGxRyobaTzdfepWYspRcNkEEp1T4FEGDJ8scTJmcYMGV5laLhTL6QP&#10;ENiv4onxAbAcZ9caETpL1MxLO2A0i5jwKowXF6SWswWoxUpsoK6qw2qloZXiCzzvFvEYlWKZt21h&#10;tMm1mBO+neB0NZ1WWpOXDWzYis1N/L8RqJcNDuygqY4gaeWRWWW/2Xjvtuotu5j39ZqLprJiqzWA&#10;mSlaQSOHxx8q5m/XJvH/AMK337RwAJVpcAwiNmrCRgeqRO3bQt4rd6S6V8lBsdZGqKWOOU+41ypE&#10;iSCxtY9j7CDw9OOZJpcTfDKmHLtJM0MaUIpsQdElk8kMNrCeUAWOofUAa7e3OTQlDKe6UQqZOGPt&#10;M1xrsc0DrJKnCnjj14/vpH0+NHD5a6CqrJai7tU76SJpUjViLBfl4rn/AIja99LnvzSd5jNXQihF&#10;57nq9Xue56vV7lgf4WhI9dvQ+wuSmalt9OS8XHC3OAPyyvT4ihDuqYv2/X4Gg/6o2/qRi1zYCWgN&#10;/oxGA83V/TZUg1+eKTaWMclHVqoY/ZUOjaXt3YcgrtGRqYaPXU+5E5LigNkVXv6mqWSI9Oq9Z/l4&#10;Z6XFMLlJRLs7tBMg3bSw0jY2Bt7eHOwakf5iS8fuSKZFdrWtc9vqHIwDiNEGhi64NEVXv1DxSdKS&#10;CairFkkglWjngG4upKAENa5BJIPH/wAtTMFa6Fu9vEfC/Lt3JAgbKaAwoKKyhElA2IbjI8Q+yhG1&#10;SF0B7a6ePjyZUwBWXYd0fb3u1gO2n08UJfGmrJSKROEGWS/zJEVVI7Kth7194BPvAgG3w5wpFZlk&#10;jMiuPsqmg1N/DXvwscAnZFWWhKtopeYtUCJ6SqMbmRlJnnVi67VK3sfDboPr508UlojvsioBPYXB&#10;IBFvhry7CAZPGtoVWKbGYY5ZaYQtUtNKZKJS9hGHcMWIH2vduALjXX6fTim2HcD7h2It9BfTxHGl&#10;kDbTqmjU3BoswTT76FokMm2areqS++2pA2k66d/48gy0vkKCpMiWKEyL8L+J5RxY7uRxrwB0yDSv&#10;wrFJsSxN4KxhR1FMROkNM6jcv2NQoF+N+XacPmrCG83ag+amkUXtpTsg8e3vcW5K4e9wGykGarJt&#10;lT0ikp6zawQelPqfC8aebUfyHD4ZJAu4CXGqZmOt9fc7jmnR+JviRxr1Tda6291izRUUaWPcUxWl&#10;/wCofJ63ZRDCB/e0Br1Ee2thT0m4Z/J/S56csN8vympcjZVR49BtY4HTMw0+JPDtfgp05/2gs9yW&#10;1XAsVjJPsauoHt/yYOLHXAH0HpH4fjSLPEf5IR1iqyf+FBMQf8OTN0pBPy2Z8tTDb3G6oli/5n5t&#10;BMkfe2p7bf4cMWnF7JoCuIA2V896tZo1ZXQ3T3mLE2Nrm+nt42yJtYhSe263w4fMu6kyRTEU2K21&#10;lW5va9jbQgX8Oc6dCaiE9mBBAIPt4zcOw2eittLOuKm1Z3YXWhvsvExI0sSVt4/HnOvW88ptu3km&#10;48NTxJaEaRwimLhs95U7KsskGF0A1bdFGLqBYkop7/Xxu2G+mhHDAqEY1tyIEilWlVKHOhXYfD2j&#10;6ecmsNCNxHt4n7sk4YUkU0QTThBWuFG5ib3Uqf7OcAqsbAfHw55aSnGmlJ4GnRMQkESodTpsJ9n1&#10;84NEFJcAXOunx5ttwnwmvNwTjUyPEQ1yylQ2pJ8SRbnEEmwsNebUyBjSl1pKazJXWVVLgA3+z3t3&#10;F+dlQtyRbwFuNwTgDSaMcKkQ4gLta+5bKxYj6PZ8OYnXzRbaCBa9yfo482O7O2tnCpXzjRMpF0J0&#10;AW9tfDTnHYEXaNPG30f382pRWqdtbAk7Kl09boysDHJf3mW4vzE8SFbbRYG9hp34626sKmTV20Ts&#10;NSUrliG0EGUagqSVAvb284/KxanYdPd7nv7eW/PubJrSgRhWVaxiwcuFsLkMNSdfZbnH5RSvu2Bu&#10;NT93Ni9WF41VWoVlOKp5bKyBnYi7LewF76fXzkKdbkLqpsBp204yp7CTtqj9skkasSKljGp2JUyq&#10;qLYagk68wzIqt9i7juT2/hwxsm1KTtgU4jDCm6TGypRHWRlb2eNtPhpzikazBlYAt4cu+FMkKGym&#10;i0kGQMa7XFpJQY03CQ6sdbAe0AjTnDyyGCqNwvtHFyXAUycONPyDjTXNVIWkJdyF91vL1vr2Fr8m&#10;w0xQ73APsHxHCe7vAsaU00vEwKjfzBV2lQWReyOfb7dByUsS2LXsDrcDiRC1AxWmkHATjTTimJLL&#10;cldx+3casfhccmYil6WjJI0Ftv0njuXEd8qjS4TCU0G2Uq11xTNTRkeXLNGRGL6bqeEeP0cbKaMe&#10;Zu7AcMMxX+zjpovcwpbtXMTZiCwsxYi+g9nJZiMm7dqq9tw/hwqQ9o2YGrq0xWOSu/yCMNwZrFbe&#10;N7i/CSfiKRovo267IBaM4HWXUf8ALs8LM0WpSUk7dSfiKPd2G5uPQ/CrzP8AhPxU+Z6/8sx21/q5&#10;mQ3tbtSL7NPHmmdiCE4RRsTr/LiTYe3E4wf48SxjQ9UzI6q3weBvUqdxLa63FuOyRHXSR1ASYr3B&#10;M6P1Hy2esszf8V19MT9BmUft4mvlHuz1UosR4sK9zYK9Gip/nOynSuu/+YR41ROq3sPNwipS2ntv&#10;fgE3qSV2LmPAe4ihTlMC4STsBoDfUVUGk6V4zXCwOHV2AYipbXWDMFFLf6tvDnYRTw0dU9PLE9PJ&#10;CGiRT7xBF7jw5BLvUZqUjE4VlxGeSso0qI2WVJisr2vqDaxv4acVGE4RDikxq6h3giiBlD6bgxUs&#10;v3X5pSlAEA1og0lMZxl8LiipoIFqJagiIxgm2wNtNr2/w/DTizxDE3iqoYsPGxKZbrHMVPuobHuL&#10;6n48YbSdJB40x3R40iaHB4J4HqcRA82d9ZKUMCJHUkEkGxsPG3hxux6RIabDp4pROoiRT5DEgP3K&#10;NpoRcX42gcPOvKM4GnrL0clRVYpFJEYP0rBPm0VWK2tvW594GxseNGMVNTHDIpWKdZ6aNaeJhd2s&#10;23w8fE34YLcgCttbYqTl+gpJKnevmwNFVTNUSA2Rdy7/ABubeAtxL0kNV/JXaljMEu5IqdSCCD5g&#10;Q9xr2P38opc7afWnCljUy0oxlI5nEsJWSWpbcCDZC48dO/s8OTcKwuop8FX+aU7uTark2C1ypKkM&#10;CB4m3PLVOyqzhTfiOKQS43sw6qjV7fKIJCLL5gDgrYnwF+Yf5NB5m/5H/kd+c27lt5HleX5fb6/p&#10;5aEVbCs385rNm357/kT+W3bDf5jzN3md+3h9HP/SQ3RP1K9L8wZqoqXDcPxmCvx6SOnqMUr8Ik2B&#10;UiQRIZG2zSM32UCxk7nHu2Bbkj5Xn7CCISqThPEfp5VkuiwS8CQoAnbPyrZJ9bPo6625v6NZnTDc&#10;UwHFMFydQVWL4Zl44xPg0DzO09TNOy18YpIY4maOR99QoZI2BcbgoHAQ0x65ZpxGqdkpaXBonWVG&#10;lpmCiWCAvueoiEezzmUqNRvOpB49lOaKRckrOCqiJnIQlx+RPsPVRasUoce/4bw6H5PwChpVzHjO&#10;apKSXCa+Glx+CWeljxTHEiQU2F4klWXbD45YpjGFYxowEbAKDN9N8NosVrJ8DmnVUhQzvT0UhsIP&#10;PWohUEbDt91lOouAR48mjOt8HMiy/vrMAPBcDiIUgjVpMgkE4EggEDAwKkPIc5ctMnXeNqjRCFE8&#10;MSCegQNhOFa/n4gfUPqD0qyngfXfL+HztidVVxZfpMfzjh0G8Yw2E1mXcTlkilNREkw8+GqhujWl&#10;aNwCYwoFHGMJoaLL+J0mXKCjkFTG+HRSSFmo4gUMLbwZ2VgvZgovYHx4BNzc9ezTPW3c3uXPAoLI&#10;glxZEFKRDYI1RAJMAlOETRpuxmDWYv8AeXD6ijaeJUYBABAO0bDMbMOmrnpn1RzXnL1A9Lc6epzq&#10;fmzBYsDrIuoWJJhsDf12xx4q7+c0sNO1PhkM0MtcU/0M1RZFZwVtE9lJ/mHJuWsjZUizpX1SJj9E&#10;IcdyfU4fhsmJyymnoGiBpI0WR4w0G/dHCTO6tIybbtfLftF+oq3uswFh+VS+lJIlXi7t0KknTola&#10;gcAU+AQACrak93q7S0O5kEoQHLhJ8PinTwUEEeIBSfCAOMTgSRtS5L9Y/VX1d+oDM3Q3J/T2qxnp&#10;Fl+TGcieoVc85ljy7Hl+oqsZda6kmLKHxSqWpYQRSSRJhsBWKGZpy0JBJusXUvLGVeqlTWY3heas&#10;tZWw/DTj1fh1MaOLGqrFalI6CGWplxFJpYUWCaWEpFKjORdiQy3kjs8za73s3ttbJhbCFJZSv9og&#10;QVak+AJIUcASZSUwYVOAkR5M4nMM/ulKdRpQiEBScSpUAyCJOEgBKoBE7TFXAembpt1Tz56acnYr&#10;g/UzpP1Nza+JfySizBl3B6nFunUeWqOpjqZqTCafBKzD4Kmb5yjSphqHVkgJKKl0PCbdBcBn6RdT&#10;erK5ZfEnpuqmISZgrMJiq5qXD8NwyaGaSWGpixFIKYbXq2i31Myxv5aEHbvTki5f2AZdu27fXFzm&#10;BD7iluNIaAWShsyCTiEq1KISCQZCcZmjjs47K38py1+3fudawvVCJWFNp1QJJwPCDJMDbMUe/qlk&#10;zLObMl4RXZ+o6fHpMiSJmjDJzhP80r3xPCZUrIarDo8PiqqlKlmpgyLSI0wvZB5gUg/+E5lwTKdT&#10;g2MVVbVZWwerabFs34+heGSjw8nz5A08UIWS0UCos0TBiGAAYSMWEme7utZjkpvL8p1tAKS28tvQ&#10;V4FIdMKggbU7BBkiKFassu3WvzF2sJbbE6SRioTgsHEKiBAHAYSYopHVPptmrqnkDPNHW4JgnUvM&#10;WWaJoeluRc2GKowXFsz0tJLHRSV1FUzkxR/MTtI9JUI6oyBy0bwoYwNzl+IhlnJyYgnRPJwzFjVd&#10;FUPV5mzVV1jANXTy1EnzL1T0k8rq05Plx7Yw9trG6qMTO0ftYykWKbK3cS+pCkkFDYbYSUQYbROo&#10;gkHEmdJAwONR/mu/7rmXC2UhKlCIKRATxhOw7ds4dAoKH/C6rOs2Rct5J9TnVP5/LWTsRy5jWU+n&#10;/SPLeX8tZdwE5Vho4KeHBqCVcWSGnlNIUL1DyymlfyLRNvd67M/eqHrlmbLyxZ6zvLi+VKW2H0PT&#10;vC9+FUKBkaMUjUuGmKoNOq2JDEtdQRuF+Ywb1b+5lmb7jrzmLplWnwgxiJAwPDbOwdFR3nW8Llyo&#10;uPr1KOEAAbNkwKsXyR6bOg/TnN+ZuomTelWCYN1HznOMVzd1FSgp5cexKqCsvm1FfOrzu1nbu1hc&#10;2FjwpeasZw7G8JlxfMdZFPjVcRSUFDRvikpgh8t2ZCzAO4BFkXcsTKTtJ4HbZIXJKZoAXZCsQaHC&#10;1u2njxZ9Hsv4ZmnFMApMNyXQ0MFeIqfF4/mZ5IbxJFLuqVNTDSxyNEd95JAxZbbbacor9muSfSmW&#10;2wtQwxrBUzLTwSzvuKxKXIiR5GNvYsasx+oHlm+MZXo8u4BU1WFxVkNHR1zRGmwNhPRvLPGieZMY&#10;vN7vHZfP8QQrsBcLMuuGUOEODA7KrcofnAwOig/w3HBW4tSUVS0KVlXSmsi+eV4apkjckqiShN21&#10;XG8p2uNyrcDibr46zFqbCqfD8CoKatx8hYM9YdFMlNLIjkxrBUUQdI2bbslY2Ave9ibp81bZUoqn&#10;VRhb3o0gBMEdBpyglgpZquQ4pUVEeGDzpsCZ0eZEkX7Uiy/pGUasgvr2AJAHHLJkuacLmKR4imXq&#10;ygpFhwzDonDtT4hUXCvGjyU00Ak8tlHj74c3sxAUvbzQqY56qFlm4pYSttRSsdGBrjjdFhGLUjQV&#10;FBFi1DWyD+axzqGhnp0tuD+5IkgUa2OhttuO3LT6fPmeqfKOGUuF0GJYXi2YMJhfA89YTioqxFMs&#10;IlamP8zLedJFuchWUNoVKuN3F9l2yPPZS5lt0ErZCwoeAFaSCCSFYSDGOonADoAqm9WY3zp0B1QB&#10;OpScChfWREhQjbJkGCNs0LZy9Cnp7zl1frcQzJVZPx7p1lrMeJ4v1N9N+c8jYfRwTVuIs2HJjtI+&#10;BQ070jVRSLzp5BNFJaOVGp3VG4TXr16dh1ljwvAKvP2C0+asQTC6mlxDqNS1MFdjGGUwSb+X05qj&#10;JCsLyRxsyxFnZFUy+YNq8lfP9+t2N4ctZtctQ4m4YGKnFpGpOJKRiEjGIAIECMZoAb6bzdwUk2Dy&#10;g2BKkkOFSQJ+zUCAMcNJPnR9+m3WGDoxQwzVHRHGcHyTNiWNYdj1D0ROG5jy1gmKVOKVGIVFdW/J&#10;Q0ddE0x3efNNAsKSXVAo3MRkyr6c+rGU6HE63NmVcoZfpEoKGhQdN6aoxKrr6WjWOCGScTUlDSyy&#10;otLD5GyFfKVAEUrc8DzW/qsxeZt7u3t22xgXEoAWYEDxAJExxiRiRjtjJv6t8kdUhhi0CFpVjIS2&#10;Af75UKAgcQMOmaCWl9WPQbqBWUFFkDNuaMxVlfjlXiWFUGaa2mwbD8Ir0plWogdqYviUULfMyifz&#10;7o8rtHJKGMSEWYek3WbCccwpekeFxYZTYjAv9dMQxnEnqqSoqqjD6lZp3oZKdmkKlIgjRuZWkVb7&#10;URxPIG8HbNb3GYC7sgpkJKQptLhhURiTBkyAJ2kCIAJkUZ79cGUNl19lKmCf4Eq1Tp/vwcOBkgCB&#10;jxFFr6gdffTbmajxV/VZmhqGjgzDQ13RDD8g4NW5fx/D8OwnMdCtLQVGNmeAxQzPKjzJL5NN5M0g&#10;DSM8QpxW6gYX1Swno1PlyDHMKyljVHVQYPBVS4ZiOMySUT4h5JQQU1bK5qKgj3pY23jUkISGEP8A&#10;+yhYv5up3MW3FtOEalJUNSjiAFqwVABjqwgVjbk/1BM5vvEL5+4feCtSu6UsJGMKjVpSIGEScf6R&#10;Mii09KOgXp2zn63H9RmXcuZp6sDMNLN1PxzMmN4lRZboYMap8FWWKRqifDMMkOHUNPIscdDWj5aR&#10;GUxmdY5I2Lpj3QzqbmevwvFM65noMzy4DA1Bj+ygeOTFVbEfnqillpKmKGD5dpGKeWhVWRXPmKg2&#10;LIu6fa7ZMNm1fdX3C51ASoxOCfESIEDGASdvCnsu7ecoVfd5eqfVaBXhQFSpJGoYL1TiYMTxwHTZ&#10;N096hdGenWTq/p70Y6WYrkDC89x0uIZWxB8YpZKOkjGU4sIosTXFY6zFKoVJo6OFnmkjeZZpIt8T&#10;zSmR0TnvoB1lTJmMYhDnbEcHTLGGz1GWcL6f1DYbi2J1EUtU0cuJvT1XlyJKXkVYomRE32QiylZT&#10;y3tx3Yt7e1SUoS+04nx6Cp1KRICioEIXGEIKVASeqJo3a+qPdlLzTryVJfcUAVKBUEggA4kDqxg8&#10;T0095C61dHM79TcJyzR9NqHOuJ4vjMU+bc5Z9SnxTAcIm/lOEvWUGCyVdNBOs0Kx0jsaiBJZPL8y&#10;QbrWRlL6RcYyZV48s+QqHqO+I07yVueMWwc1NT5skWiwU+KMtDEYk2EhIJQxQs/mq5CBPtTu91c3&#10;Kr9ju0JUpQKFKh0rKp7w+CACDIREJxFJc57fN2c2Kn7e6LSQspCSdWuDgoQJCVbcQCDIwpZL6r8k&#10;9S6jCaPGupuI9GMyVDoJukyY5gpempIaySl+YqZ8DSqq9la9oV3VNORuVUEVQqtIrOk8E/ThTkJc&#10;Eh6WQ4X8smZMyUOXJY8UxA00cxmnr8cSjEEhSOIytNCwVOzbWaweybeLcnK8tDtu2p68KQkyoBKV&#10;EQD4UpJg+lFu8eTZVmTAdaJvHFAyhTp7tJjD9mFJCvNUngBEUjur2WsEzxNiHV+kxbE+ulfjNOar&#10;KGVsyZop4csUL1VLDDRphOW/nIWaSrmnWAxVQaV3NgSgRWaMPzFmHqhSYZknpji1RlHJ2cXefNPU&#10;5p4jmTMmJiuihkqIK1/0F5HUJYAR7SEHlJH5fDrdPJMn3SuDeZldKeMAhlCSQVKH8ZVhp24jZiac&#10;yrs5tcovBmN8Q6802A22lJCGxAOw++PEQMJNKPNOWMkdHMrZs6l9W6em6h430piq8dyx03oYmlyz&#10;k7CKLBqirpIZsOw+BnMVLShpAPl5p1Y741lkYO2foT6c+vWVM5U+X6nqmuFZRgwqmx3BVxM/O1OX&#10;4Iq2cDDJY4qmJmBp31mNQ0BkB2qbrtkvtc3x3WzzJGL5DRTc69BSkaQEJTCIxIIGEkySZMY0Ot+e&#10;0Ddy+ypNylQW6k6YQIBICYTiPIY4ztot/q39enpwoOjmYs3QenSs6t5gxXNbdN0ydVUQwiHNlVLQ&#10;wqMXoZ2oMTNT5bxQjy1h+fijVmaNI0cME3qS6FdQul+c8uYzlPMEMmToqObJlDjsRxjMONVeJY2K&#10;3EKqsnpaDzPeMtPEyyNOitNK7uWAETU7Ku0QuNfllBSUlQGoNggApgFRw6YAPE4052YdozmcMLQ6&#10;ktKBAwSQlMwAAYxOH+9e0x3oi9XeRvURkI0FVlOryBm4L/WXG8k4nhUGB4XglFhFRRYYtGkuI0tI&#10;JY4oz5ShYdywoAbHZJIWDKOGZdzVlrAKDGaN8wZZ6gYvTZdyd1IqnxqCDGsRjkSirqj+YVcwMRj2&#10;PKlK6+Vd3dTY2XJbOc5S+Fv964lxAJClLRJATCQlRJWNh+06Ts44ZMXOYvpY7zWJAkEQdmzbjEg7&#10;MMaPJj2bKPCq3MDUGY/Mx7JeCtnHM2RKCWkrMTpqDy6qWkT+XUkcshSoeORFkjIZzCEXcdx4IJwz&#10;I/SHqjjtJjuUcJjrsJo8Tw3CMOzZhlbigxOmp8Smw6kq1MOzzV+ZghSSNg8j+VM/ux+WGKM33kt9&#10;9cgtbK0a725aLav2akoWCI16ipJP+l8iDhqR7xNjfDKWrZpgrVCQstKhYPEqkbMcYkxj0UgaXMeL&#10;df8ApNluuyXm+twWXMUOX8XxbHsizU1BXUEeJ4ZQ4tVUjeeKwRyvRVTsje6UMkNiWBcDt0nyRN10&#10;yllfqjnKmjxHEMxYmtBiOQ8Kp65KzDsPj+ah2ymbE1kmp9kaSRxsqlQQV8xCFYGbwb5MbqpRa2tu&#10;7buuJlS1DUSNiQ4QjWUBWCoUkHhhjUbbz9qeVdmYGW29qtCgzqkiAozhqUBJkk6jgMdsUB3UbrTj&#10;/RjNmb+k2W8JGVsIy5leTNWEdWM7V1FhOF4xmGatpX8hh/IzAKic1D75YSyuwdSqON6WG5Egyvk6&#10;arytUZcqMr4tk6m/q/g2P1eX/kkxWkQpCaqKojFNBMqXXdHJpGdCO2/BfezNvzj61XIR3iogjUdg&#10;Aw1YQcMIgcBXOXtKv7jP3EZjaLKmrhQLjSHYDagJCYJKhJ2FIxwxqqfNlf1I6kxVGa8vZ+wXqnlv&#10;qPWUnUvOGSqfqAceXKGIV1PNX02DnDVixmpog8UcwSpo3D1I3MoRD+ge6Dov07qs14h1Ay/ik2FV&#10;WLK8M/8AJq/zMPmi85TUGCkEHlKzmNWkdY73ABbaNA03vJcfk/yiXoY/owMY9J9tRTnm/O8LdqMu&#10;uWSpKSPBjIPAkhQkjr29FKan9UXVLK2SMD6eZywmHNWI5Yijp6XFuomC19JieH1s1AxwuLFamsxa&#10;d9DWPDFvqGeSMlreaUEqNzzlHKOJipybnjFcCFF1Fauy5ljLfyT0M1ZKWWokh2NWSNNIohLymKKO&#10;5Auvu3JvuZlWYMNm7s2ipbfiUZkQDhIB92yhn2f74bwWqlXWXMu93beJwzqSlMH7pSMJ4FRoUMo9&#10;ScUgFHnLBmx7E8X6aJg2dsy5veuo8XSjw+owx6dGWWLD/l4IplqpVpfm6iotA0hWWznaWlvTWuSa&#10;7EsZyBlOrr8k4JUUWLZ16YZow6COqlGEGGJa3CamtVxNSQwKjypGu2UKsUMihfKGRa+0prObeLtt&#10;KXlz4k8FRGIP2iBEwBAEdU3nt7fzxkW92pLDrvhbfbWVIClAJ0qA+xRwiSSDjEUNdL6wMs482BZV&#10;zx1Uwh865tmnyhkDqL0/qsTgoqKszFCpTCcfocPqIHo8QMkdRDB5+6Wl2GaeJCpkkM1l/o7kzM2F&#10;VGYcu5pr8Joc9R02L4bQUOJSioiZ6UVSQAs8jxQMAVePRI0QpdBe+Na8su7S+UlSYUkwpJxJGJGO&#10;OBEmQYqHV9od3u/cqs7u2bW80fGsiNZmJmACQI6SrUDjwLF1Q9WXVHK1Xh2VsV6WR5tfpJitZguY&#10;8y5myzLUYZFT0WZBhNbXLDenWevUhXpGUiSeSdJo4qgGNTX3V5eqajFOq+D5F6Z/1WrcGxrEcExD&#10;MOPzxwUM0Ipp0lEktDiwekhenhp3NbUfN1DTNIYoY3VQcvuzfN1NsF9+FtED9kMdcDYoY7ABMCRX&#10;RbdbtPTc2Nst5YdbdGDepEnow0ycf6ISEgSeIo/eE5szhgGGdGcxdTerbZzwTGcFwjF6TIuW6NRi&#10;eMYjXvRtFUqkOBSPVyJXzukUNIMOggprfNmWO7Ix470dxzJmNYtj+XM2PieZ8Rr4MyYVhebKU0c8&#10;lF8hGlTvmx9KqGKqhUU4kmLIAsaSBI9rXDm7vbIttd65dAKJK9CRqUlJCRphOowoqASpJMGARFNW&#10;Hanlbtk4ltpbTjYXhq1AbIgjHUcfCNkUK+Uur1BnfLuD0OYMmRU2UaqirKfH8e6aYlDiWFx1FNib&#10;Q4csMeBTxVlRS4isUrRxxxOhJMLNJv8AeSlXnDKWRsyV+KV9HLjefMGxDHcRytiFRVYph+IYpHiF&#10;dUSSTJT4Dh09PKtAKN282R/Lc+a8nmORyecp3kze+y23UtwoYeSklCgEJxAlOnVqAGzUJG2AZIJ5&#10;ld1dvABVySlwCUqERPAyZEjaYwpxxDJmcMz4ZlnLFJmP+UdO8x4dg+Xc3ZUwTDMAr8EwYUNN8y9J&#10;K+N1NPWLFiiVaUxjjgeREWHy/l7O7jHQen/EeqeE41W4f1rTMXUzCK4w4Xg+Y0CfOUGJfLSwvHTY&#10;qHpYAjRGYpBBLohitI6KSm327UrI3zNmzYIQ0prSSAlSkqnBRXqEJ6CR5bCAXbw9t+UZLcpN7bFi&#10;xDZ1q06oXMAqKZPiERh6UXLM/qvxfoR1M6cZHrPR/j2F9IOoGCTpmvql02anxKDAsewmnxB5KWV8&#10;HQ1MyyyCOnWrq2pkUzRzMwRpTGMXT7qD6hehuNU+R+omYKzqxjGJQI2T8IzBSinhcQQy4m9TFVmK&#10;KlST5Z5Lx1FXMxaJj5gDFVx47Qey7Jc+aD1voYUArVikSU4CYPEkCYnCThFY571bubib4Wi8wy95&#10;LCQTrWAmYmPEn7wFHAEIx2g0B3UL07+kTrXgeIZ/yFhMXQ+mwrE5sBz9mLpeUp6vzJKmlwA4G9FR&#10;ediAheupqUqtNTU6kSRMqMwuRpyJ6jMrZ4x6hwTNmVcSouoPT6XHK6popMBxWanippolgi8uKGN5&#10;EaaOcMJNruo3iyhmtjlfdmd5YNksQWVDxESqJ2EGBwg7fOoX3p7O73KbF1ywuUqYcS33krCcQST4&#10;1fwq6JHlgKAfqx6Ms4ZRTPeZsjdQcNxfoz1xHTzL2B4rhmZMCw3G5MWwnEDUmslqq+eHDa40MlKi&#10;JRq1PFUXQuZZYR5hjqHPeF5iy1QZirsJxrBKmCOpoI6Ksw2sX5OOyESH52jdFmjWlDqxRtAR732i&#10;Ld3ez7OLV0qbdbSw6kHUVCIkgJ26hiPEBsG3Cse2cieN8lDLzDq1QSE3CR9xOCoUJEnFM6tkUUPN&#10;vpyzj00zlmzpbQ1+W8TylmOrwzNsfUKuXCfm8z4jSNUQVMMEeBZgoKl6KsfGvk2gE8CLJJ5t4VPk&#10;qIoqJcXWoWsfE6nCoFhkTEZlxGmYOJoaQoEZXYyWQsHRSLEaAOG4Xu5TfuttqU4FmSNIBI2mBBE4&#10;wfxqNlZ9bWlw8kNobWFEGClWEqJiBsxSBJnDadlBfUdKa/LuA9M8XyLNlHEM4Zkoq6g/qFVplrEo&#10;miqMIrsXp52qnqqGKOjEkrxyU80gZmDe9I9O8DE86m4JmTqtm7NGTcz1EWXOkGSMQw6kzFPsqqjG&#10;azEaqD5xVjqZ6WOOlVDU0+6SB22+V5YP6QhZy3aGXZJlFs4Z/NXIV4YA0aZGySRJKcTGGzZWU2VZ&#10;jkO5eR2+cWmq4zS6SSgqWlLaEjAylC1TiCRsM9FWJek/M9HknJnS+pyTRRYr1+z1hWZsXydgeXKF&#10;cFyxh+XcuVT4C3nUAxJa/FZqmWnrJqMV6xmTz5J3RWp7lizp6e6DNWfZusWSRQVOacHo8PyblvB8&#10;yxwmmlREjaKpPyy4WUdY98akylLXj2gFnCnIbt1pZKlQFqIJwmDEkCNu2OugtuR9WNtaWq7LMkuJ&#10;DqlrU42oz4lEkAKLkAThp4TEGKMpkmpz3006c5e6H5i+fpMk4m+M596iZjygJI6zDxI1VNWU/m4o&#10;uZDXSVNZIs1QvlxS++1T5ryMsUgmZf6qU2TKTLuQepIoMrYtiklNTYdDLhK02C4bh0lE1R+kqGSo&#10;gkjDQmCMRMSzFRvDkhdZ9u6/clTmWrWA3JUrWdRVOoEIGzGcdUQeqaEud9niczt3c53fKn22wVrP&#10;eDWtYwGlOC9QBlWoAwMNtV8dQfTDinVPPOeupXThc25zyNlOKqwTH6yjzVieI57xfNBzLHCyU1BD&#10;VYRWYZvSvTEZJqq9PEt3+UelSM1GXE+gHQvDcJkxzEcBqamqxBauvosy5XeaaSAyH5dIaF6WaU06&#10;+XEdx2Kd1mJ3lbsXHa3vVrQ2LpQDaQjSpIIXtKkrAlWwjaqOqZowyv68t9LNxDbhQUo8JQoEYaYB&#10;VMA4kYAYgHaJIEHAeq34gfUjqHVZf6ZdX6HDMDypFguTGyD1jgw7yaoihFdidZjNLNhuHy1Mjy1E&#10;YjNPiBi2gosPlpKWB7qF6c8m4Vh+A5iwHNjvXHE5cw4niuLpPPIKhnQRx10uGU0/l08M9IrxtPCs&#10;LlbE+97wnyLtUvGc3P520R3JTp0gYR8ATPGY44AVP3Z7/WQPurFrcWiSQmFFCgkFOJIQlw4kyJhZ&#10;I4AUZ/o96gfVBU5g6i5d6vdDzTZdNBQ9PMlZS6eTimgq8Lolqqs12HQ47W0MPzVZR1zx1EFJXS1U&#10;O1CFcKwib4sp9VsewrMmHZhzsc05cojFhQxF6daj5vD8JM4n+Wiw6dGUTzSRlpGlkZ4rBgjszAT7&#10;v717vJvAu3s0IdOpICTiFKgBUkCT6wOEUR5x9U+5FvdtXNvl6WrpZMQQFI1p0plUEFXSJERjNOWV&#10;8h9Ksk4vkPNnS3oO/SHM2M/zTPOM5Oo6usoKShx/MtPTvTS4hLjlG36XD6WCTyaY0qw08isIldY0&#10;Umh6YYpjGYcMosRw7IUWRJa+vmrsQiSKnqKmSaWOKn+elVYoBaoSOxdERt1yYzYlYt7Q8vWy9+Xf&#10;dS4IjVBBAk4HUSSBswJHXWEnbmh2zzhKX7830NgpVq+0GVaCQVQUycCVcMYwJQc19PeluQMGznlH&#10;M/VCbqiMLwXD8nHE8Ur8YwzB3osMravFosCoZK/EMQdxh1TUb1p5p50ELCH5gCRUkXs8GM4jh7RY&#10;NitVLHIXlqMRmWuw9nSneOJo7yRSPEys24Sh9xXRNwJYQmtu3Z1uIjUcIA6OuPnQSOZPuFtDkgDA&#10;SQrbxkHZGAEECMY2UXLD6PoLkbNeJYx1G6Y5Qw7E6ZYf5b0/wI5fzFBTzYmtbOKlIqarw+lr4alK&#10;UK9GadUWe8tRsdY4na8Wy9T0VDJieI4hU7q0RSRfyFKFVEoUUyws+4SySSW2hmsAdpKA8U2m8ZuX&#10;A24dQA4cOrrPnhQTzVp1iS2Agf3xMnjIGAA2YDrE0bHon12fqXnDD8hZeyrhmKHLU9VR1VP1CbNA&#10;cUSgYnLXQxSUUlFDHSfNK4RXkeSMv5U7Jc8LZicozhh+KZVz7g9LSYXitKmHJjcchaSniZvOpl8w&#10;NIGkV4VnjYmyuQ1gtxwdZbmz1q3DBKCMRjGPwpLkW/OZZJmLd3bPq7xtQVGxJV0kDhBgkRPnVtcH&#10;S3LWDLhuZennmyYtg+JTZhhww08KyvUq/wArVvGs6RmJDHM9NMqqWeK63MhV+IjMOW48p4FmzBsn&#10;Zj/qNU1sMNRQVGGUeHULrjLIlIgaGKAwSjyoFjLx+U20D3wQGBZvVvHfXxlThkYDCeImJ6YHXQs3&#10;t7X77eW+Zuc31XHdjT4lKUAmScCrHCTAOoDoilL0/wAnoWwfEnoTjc1VPLBW4vmKqxLG6upwONnq&#10;1T5nEaw1MI8+qZhDK8oALBUCmwxYPj9fhOKqmNZnZ4K2rMkM+C0pKwUksRlEMYEcsaxpNCpkMm0F&#10;SA8jm4LTVmp9UBWiEztPiMdZ91B64Vl2YIV+WYS1oQSQpQlREY46cSMIE47EilZmDLFZFhVKabC5&#10;cwV6LBQI+NVLxgzRytC88rwskxkMU8nlGMHawuiILEL/AB7HqKSmfDMGlbD8HgiFY1dh/wAjRTz1&#10;HlbkCRrtKFTuAdWbVdCq+6QkzljgdUocPKfOgezmK7Uju1bcIkwB0beNJ3LOQKvFJf531BwemxLM&#10;c0s9BFh9e9bitNBRGTyCGnnXa4lRUkMZijFnswd18ziHdMIwmqrcey9AMNGFw1VdnAYfFhk81bFT&#10;rULNNNSUFNukdkYAMq7iHDXUiwGxvsyvks2gcWpI2Aqwk8I2fGpBb7Ut5s1tkZe9creROltJWuBq&#10;IAAKlEdEAmOrGp9d09yiYaP+tVD80Wq6KfK1RiDYjswudHpqqCOknqKk/Lx+bThmjVlT3dhDBveE&#10;vLGcMRwigqM0y5clxjD6llD49CyVMUFGsSwskbeXUBVkUliRHcFiN6rtHAzne7DbK+6U3oWgwfn1&#10;etAfeLMVLdTbOgNra8MH7iqSJOIkg4RMYbNsoTH+juFZiqDg+H5/nw75wPjEOU0U0cD1xq2xCGol&#10;SjeinZ4mCqEecoVQMY2kBfmTEMZ6n9SqvCKnKmP4tQYbT1kOMYycMq48Pwypw8YdV01XST1FbJI0&#10;9U006EMHUxsFcs5X32LHOPy4XicQREgRwmTx9aNskXY2HeoumJK29KRp8YVqSUmI8KAAdgM/aIFB&#10;rjXTLob0qocMfHsIy3V4plz5mky3UY/hAxzFaKvqammNDUUtDgVMpgpRHTOWjijQSC8Y8tXICxq+&#10;nuY3ykuBR3w3FqsRw0tPg/ycS4aBepKxIsdRD5bmFi7k2F2YqW97lBmCgmUrgHy40Brpxg3KnNHg&#10;AMTiSdkmcZx88U9NPOX+t2SZcwx4vQ46/wDI4ZJK/GMbr6etDY2146FBJJVfLTiZBOqxRCAliqor&#10;qg8so/HujHUCVY2oaiDDo6OOSDYY2kdKdBo1TJHHM7kqDtCsLAe07CYHOkFIAVj1CarbXSdRJTt6&#10;/hS3wb1S9F374zLXyYhPHT0il44lravs4pIamWAKqyOAzlQDctcxqZAjK3p5jtJh3zFZJNjlHTtN&#10;Xb6KWSlWMikRobwe68yklPc2lQ+j6sLqm7tDjMpknp2U+9c6HMAArDgDxPTIHnQrYP1PyxjGJxYb&#10;TzNg9bVBqYw1KeeSYaxoZlM8DPFE2jkbnDOgLICEYgQ8DGWq+gy9hGYWaleinWlgxzD6uenj2VUQ&#10;hZqp8PqoZ6ZZVjJZ7OxN9St7h67ZWt0d2TAI2YTJjhxpHcXSipapmQcMCcOiQRt6wKDjONDnXB58&#10;0YtlCnXE1q6P5+sy5UUyNWK9FK1ZG2HrX0s0FZJG0iokZaJALdnsQt4q3IHn4pR1zRzU2K1Q/lMF&#10;RUPHTU/kRLFKQcSk86Jj5gI3r+6ApYhCGWm1BJBXEnDk/GmSHlAGD4RjAnEkwMMPZQZ1OF9ZY6bL&#10;GIYPK9HW4HRTR5orKqljlxGt+YqlqqYhMBiWiqEUU7KTG4uZNzrGrSoyKzDkTMuY6iSooM2YXmHL&#10;1FGsTCXECJEWeTYEY00hjVlD7Yz5262guUPF9rf6AQo+/hS9u50KADagduzn4UrcsdX8j5Yp4qDH&#10;Ml4zknM+YZ51ULhMx+YnpoGnklgSqp4Z5EbyGkkPy2wN7zACRSwOZuqqiixGkwpZqasggpo6UjLs&#10;ctWywyU8aqAtEalGG2+vlXNwCTuBDLWI1KAwpULgEE4zPPCjE5Sgo6jDKjFo4qyliq5patocxo1P&#10;IJkqpXZiKtI5VuSLAybRbRVsQfPNJSwQUlVhMWJ1CQwrFU1bsCFZR7qilFKYwhZiYwCBqBdQo4Yt&#10;I7xJJEp9aTovUJXM49HCnAYVLUiV6TFZ8Jg81y60ccW9trkbnNWKkP5gUe+bE99CTzHR5irKCokh&#10;oYnpsZRnlq48RnhVpXitI4ikaFTHHu1Yovjdhy1syI1HFXR1UquHm3VeLBJ52Vgmy3BU0qfOyR1V&#10;HGnl0CUiVOxEceWpljE7CZgtgN58NO/H7Bcx0zx4pJV00kf87j+XxCkqKFJWpmMap5YqthNgCpZP&#10;L13blUnaVbZKA8QePO2klyVCIOCdg/SmbE8rzzSYMIpg82DSiupaynrpo1qDv8xi1NvGt7hG829h&#10;tZ9hdWbKanxLEHq8MhmLU0QZqOHCBR1FP5McEd/fgkqXiY7JELGKwZTdl7cS6SolBPzqyb0JIUMZ&#10;6adqiWhpjHXSwfL3kEU1fiL1FNOZ2qXjVSkyU6yJudSB5moOga4JbWw+vr54Iq7EFwKNZoInw2kr&#10;I6ALFT06glIKaNEKL7gbfEdx+OvHl2ylYnZW1XSEfaMYqfF8nRQOtHTS4rII5qyGsqIpq7c007MF&#10;86okZiSWbaokso8AthycuIY/hlW+FUxrVhpoRh/8snnp6kGiaRY9sMkg90RvAdqBLexSQBx+0d04&#10;BMjnZVgyhMLCoVtw6abGwrL2L0i1dRR0NSskv8yFbFTyQha1o3IlkiU3JaOo95i9yDqbG/HPLePw&#10;YRH/ACbLNI2GYlUvAMIw7BYnl/0t7x+7SrSeXFo5RZPMXaPeIG0NwSM3LSmylII2cPOrWCEh/vXT&#10;MbZMEjb64gHYZpNdQ8rpmChaHMccGJZVEMkWLvioVUNMXQFJKg1as6WG6SIxsJB7pJBKtU/+I/0r&#10;zPkvMyZyyBkKLCcArIWosPw7LFM9HJQ4pXBneSrjT5ljLKswQAsGJFjsKcKL3di2aXrQkJSR766V&#10;/TR2ojM8s/K3T6nLtGMrVJUknDTgJ2bBiPWn/ohmamx/KMLjM75rm8yZYsannSdKqOmYUbPTssNP&#10;uh3R3VwpVgwdXdXViWtaDPGOem3LVbl3pwaDpjhMEtd1RzHmg1a4pJXDFFp5YIKgRtdRJI0aXSO5&#10;Lak7hxPYXTgY0BrAE+OMf0rKLLt6suN4LUPJNwf4Zxjy4nA+6lkK3CKDObQYjmoNjOOotFl/K0k8&#10;SKscEDVMrRwqA7uwUtIxLWULbb4vnTrJGL4VhFLiOWYaSow/E8Eq5IKh6yrqJYZpamSrCkzCnLRr&#10;LGANCwYndqSQuyqxu0XneNmSQNtSbZsApPONKCrrKUSIk7NG0M6Rp7oO5mUfBraP8DwvnUjq1j2F&#10;TNFkv+U4ZR0okwDHcbp4KdlEolchPmGpHgQOU3gM7A9toKkctv47are1uAKMcKL71otoJG2nFIlH&#10;vEsxJ3Dex00t2vwPYOomfqiiapxPM2GZkwuqSo+XwDFsLalnWaORXkbSJN6qJE2o4N1uFtYciJjs&#10;9ubp0upEI2jEfCZol/NFKeHrWW3ArrOoLYXmStrIsBhpsLrIYXqcOglqjBVU07CCUCOlkDkmSMuI&#10;VcorKFfeOwytcrTaI06hMcRhQfuDjs210Rfxt48ur9KeCV2YcjV1VglbLJ02xIqcq1+JVDsscCTh&#10;YfKw2p3Im2RtJNoaQFGVnJIOafYRv4zk9h3V6tL9ssEJAxUngQROwH+kk8cax6357asryK+Fu+SQ&#10;raE8MOJnCaDTOWFw1FbS4nQYalTj1APeAV6Zp4ZEZWT5qMK32QfduV/xAaMo94p6Y+nUFbhcWB5R&#10;gpcw13l11XT4Ugw2reWJCzTU9Lh80MkoaOUM/wCkRWcKbDZt4T5F2Obl7y3Vw8vUwrVISPCggqJB&#10;CknA9MGAai3dntZRnSrsi4DaUK8CVJBCgTgCsgpHWIJjjSGqc+47lPD5cQzRVJSYLEZXXFzI0tLT&#10;oWClKuqlhUQ7ZFKqzI9luCWJDAesidS8TyVW5ZybnytxLE4qR6WkwvNWK08sNZRGGAMGMqSsZCER&#10;g6yb2BF/MtZCRb5/RtaPsXLlm4oXCASgFWpChiQNR8QJEY7JoEb1bjs3lu+tmEPSVaAAQoE4YkQD&#10;swG3omgzxnKcOPRV+bunsOFT4JiFHWQ5gyXTVFPU4ZjEdSxDqFeEeUfMO9JEdY3DuHiLMJUPBU5l&#10;xupnocwtmGHMGGt5kuVauipkxWKT3lAkNXFIlSFs5tr23LYhV3czr3Ln7a4W06kh1CoUOjzrH68t&#10;0MI7kt92R9wJKT0wkHCen9aKtkLpl02q8IxnAMvZDq8h1mMRRR9RMGrahsvGF54nuj4S8U+FvIzx&#10;Bmsh95lkJBlk2vVNNnCtxWesmoKGHD1qKY5YpMSjjjmpqX5dPmFkBmlBYlnaMgIApNiNzc9a5u4y&#10;kJMyejhRDdC2dSAlOrAzGwqEwRHpMzx6qjHLHTbKeAVNN/XnGJcXWmrabOeLZemrKlqueSuenpdk&#10;y08BYoY0hmRTI7OsYkV2jRuS6/LM8+G0sMHk0uJzOmMBIvIjikpVp/OkZRNA8g2OihkYurK1yH1B&#10;FbO8JKIURh0xQW7pSVEyY2YTtBiNvEE4gAiOFPuD9TcLizFWtXmoxLLWHLLlI12LtVNVw4tPWimp&#10;N0tHVxUzCdZH8pgIXjlTavl3BQIcfz5mzJlbhlNT5X/lC4a1JhVXjKwfN09ZhzNOkktFDFFGI6j9&#10;LdpLmNyVTbIoFjq1XdPOh5lehQ8sfdRrl9pYFtwPy6SCUxhCsD4iZlOGyJGMEE0NmG9Lsr9UaPF6&#10;2nz/ADV1BistTizZc+dmp62ixEpTslNWyxVjsYEWmUJCyJPECziSNy3IFP1n6Z4FJiNbguV5MUw6&#10;iMmMVsiiFULyS7m2x755oPKEiK7q+1QL3Ue7w3v2M0cWp5Lpw29c7eFMXuWLuEjvVgOKEeEEQB0w&#10;QFdIkcemacqPov1brMEw/B8e6gDCTDFBg1Gamc4nUKYYliBeeenpoaoSMjNtkgDEEhtxs4HGpwnK&#10;ObcFoszZbxajwCqnppK2GhzDR7iCiGWM7om3n9GGIDRttAYg24Rbv9rmeburQw8+sNk4EGfSNnDG&#10;dooVbnb/AG8eVIKMvu320TiEPFA4SYnjhJGJolmZMMx/BOoGOZQ6z9GB1Lod+H4Th+dumok+YqYq&#10;+9PU08sdTFHDH5dTHGrOKuMOZIVZLi4SmC5opMoY5j1TBTwUmJwO+H45idBgbEpKjCRvMnRJd0jo&#10;Q3vbQqup2cmzNu0JW8NvovXlPsgDS2SoJBHHTq0hXXFSBn31Nb+39tb213mDq0twpPjGqCIT4gE+&#10;EY4TJxBNB91U/DK9PfqIynlzC8yUWYM5ZNp4IHyD07zt1HzFWZfo4oqRqVY6XB5sTEEAhb9GGjWR&#10;y0TASC+7gtYhmvpD1HparKmbsMStpZqdY62YmnnqXIl81QI1kEqL5saspZRqO3sWbh93kl2m4y59&#10;y2dblSYKSmVJKTKSIMpJEkTjgQcaLNz/AKtu0Xdu6F3a3hUpRP3TEHacZAJB4YbOiiNZe/Bqzr6a&#10;800fV30pdScW6QZ7ybiEmPZQwbDpSMHgqZMLnwZ/mDWUbU1Tajqp6ZiS8uyQv5pa90Jmbo104xCk&#10;wDzcIwmqocDmWbAzjNdBVYnFA0wcrMKxpYmpwAIyjNdQCQQ1jyYrDti3lsWn3V3zjj1wAlSUhtLQ&#10;4akhCgpK8SrWFEYgKSUpEdEez7+tKYcyl5u9Fyb4o2kAtKUDMJ/imJgkYyPRA0mWvxY+l+aup083&#10;XfFc24v1jo58r5wrchYTLhuSaUwYd8nHW00OAUVHitFjzmSWs+cokZZJjHFJGYkCqiOofpazBmKh&#10;noMt59fC/wCXu2ZsMy7Vw02KR0hScVNKKerq2kn8lXUWu5F/AbQOR5uf9SW+u6TqWrq0ReW6YC3C&#10;S28UqkKJS34FE8FASZPTNTl2If1kmWXzrdstqEvrKUqUSNkQIOAJxw6dm0UKPTT8UjL3pfnxnGPU&#10;v6Za/AMTqGockZ56m5GSvosJxSWogjp6+qxPDqMw08FaPed1FO8iRFGEr+ZIUKHjuHY9jGWMd6SZ&#10;kwiXDsz0C0mBUuGYridPLQVslLaOKsw5qiCCSOdI7sqOrM0eoVyCw6LbhbxqurlrPGSkMOAmUjUt&#10;MglSF6ZlBVtJwCgJ0zFdUNxs9XcXCHUL1NqThBBEQDtE7CZxMTVsHR7OOQ8xZuyB6vcjZkwjNPR3&#10;qZS4rjmC516e4BM+N4VSYskmJ1eFY/V4fW4tDNRfNR75JlMUUNVGFLoCqO8dMP8AObPhb5J6hRUO&#10;NVdBT/ybA8weQq4qKKOoSJoGhr4oGjVpGCXQFgiglSNm4Yb2tZQXU3lnrQNWpSZOjWUkajoJ1YSQ&#10;FeEniFSRL9m0Glh8ydJJJk6ZgySlJ6NWBwJApU9T8A6LZXx3D+vPT3FsSwXD3xqbqXmXCMAxrFaf&#10;J+I4pW4LMajFaxcuPUQVLRUUUs6RT/6NLUEHekxklRK5gwLqFlLAMNXM1MmaMuYPUrgtNlzLdJJF&#10;SU+HxwNUiaWWhpquWZVEKkERgsxAIuSGEeUZjlV/dLNuS26tJVrWQSVEwQApSQJJOGrZiNkjW7++&#10;lnmlsu4y9SSgkgkDapJKVDjsI6RQq9MurXRbqRiuPYr0prf6s5pzlTvmatx/NJmfEJMQSo+Saj+X&#10;xKpjWOVWkK+WsgXYQU92zKlsDlyzjFAtZJQ4ngdVlOpc5TxykrK6iw7EEqJZqecUZqKSBEmeZzKy&#10;OQgLMAyqlgcZibxhwpCkLDqRrSUpUpMAEagFKJSB4QRJIAmSZKlu4aU93QJBUCTAG2Bxw/Tp6BEx&#10;Fs14Zmz+WUz4XmLBM5089TnvAKjDMPqsZwurjgjqKd8S+XxG9RTLTKtKpjhkkG2K/mby4EySuwGv&#10;pY67EK+HAMXpqmSrp864LjMsGCyzKzxxUtdR1nm0tNJL7wcbU3sPcddw4Efyt2w6UoCnGtIBaU2C&#10;sDaVoWmHHAMIxVAI1JJBNFTeUizJU2VlCzpIABiDtJMEzMTqMDoov5yrnvIWaMSxDDcy43m7pnPT&#10;UuUa3odmLKtJiWYKCkSeKWoxTDcYo3psVxGKMTRIjedOYVb3o2dCFVeS+t+EVs9NQ57qcLqlrXgw&#10;mprcPWQ0scspWRZKuPzDCwSeFdkpDMpK66ksCd9OxlTiA5Z96C0daQSNXh4IUQVp1IJCkgpScZGy&#10;AVvR2bNPpKtACUCSlKkkwZkbCqFDAjVBx6BBU/VD+Gy7YI2dOgNZmrCsX6evUZ4yzlGhxSgWvCx0&#10;70dXQYFiFXSVGJUQxChqZ4JqOKqhgkDMClxGY8mfarPeH42aXLWLYXmrGKWOkosKxnA6/CaTFxJU&#10;GmCD/fjMSI2iVHaOZJFb3XUe7s5bcprKbnLkruLZ22QvUpbS21qRgVTOhOkqCtWKCk4mT4gqkDzj&#10;FvlSFLtVpQlBWUJ2oxIGnAdAHhnrwqT0BHp0zP0FOMdQ+hGdehmUKmnzBmjqN0QzhlXNGKZdwvZX&#10;YtJVmE4Bhwo/mIKn5m02HmKcqdsu4yq7Be2Vsy4rmWkzNknNWDUmc8MoI6vGcGyvR4nHU4pHBLG5&#10;epSOJoYZtyuol3MpazEA6A13i7QsvyyxNvfWFy6w+6W25CFgFQVOnxA6CIML0bdOwiQtvZv/AGDG&#10;VNO3dqoFSyEFY1OKKiJCUASROwzjjsiaH3NfWPp7kvJeKZF68dGs1r0fzhmasyjgedOu2K5ErMGX&#10;+eLOiQYetbjUWIT0e1ykdM8HnbGaNFeNRzjml8ZpcDqZcxLR4piWOmoky7g5xelkqqZPLNQK2DEa&#10;VaMLLEiSSq8qxsABchS2wS5G8xcXALSVtoQAHFFtQB4d2W16iUkkJIGoSSQCYJF27N9cXuh5dsWr&#10;JSRJWAha1cUhKhIEmQMIPQDQg9MsSwXNlbTU2X8BxjJuV8opQ4V1AzPNlnEMv0WJ4hTkUNRgSYPm&#10;WOtlko5vNSNFo5JoixfbIJBG8ge5RTBMw0keGdRs34fjOF4tV/MQYviEhNbTVdOqQmmjmqoKcNUA&#10;KgQEXkOxg7m4QYZ46/ZkrsWFtqbTGnAJKTJ1EJUohOJk7UiQUpGKpJtb7QxpSNbRISNZEbZElOIx&#10;MSROBoe84YjmPKOHYtXdNunVZBjOBRjLeAZfqWpocGrkqWWanqZBhUlXJBRrNMytIYt8SrKfKClT&#10;Ip8eyDNkzNk2a8q9UMSrMXpBJHiqRypDVoSgh8941i+WV9yvcyHa/uqG3sTwry/eROZWP5a5s0Bt&#10;WzCU7Z0zOoiIgASnElOmE0ZvWBum0BwbQPCY0kbfXq1D06UZlPM46y9PKTJvVfonh9BgOZqWmSHB&#10;MT+VxTLlbHYVqQ05laOaWMR7FX/RldGRnMQRV3GDwXKObc09O6vOGS81Tw5jwGvOPw4zjVKuFz10&#10;UsfnVLTNTxKGlRw4vHEqlfdZSrawBvV2iZPlm8FvlOYW6VNXSNGlKu8ShQIDaSkzAWFJjWfuxBBS&#10;Ija/36srW9/lVwlLvfpAEY6HcAAeCQQQQREEYY1Vj109Xvp/6B+qvpL6HfUN0ywjN/Sz1FZdoumN&#10;JlDA65c00+A4/Q4pTYTglFJh1SN1LR1kE0EkbSuSsy742DRFuAD6gq/KdO0OM7DlfCqqkp6VsRyI&#10;YHqJ6+De7U1bFSeWDHKSoR2DCJgQqqWDcm7sxsb5tsMlanVpWT+11EBJIgpUqcUj7thWkjxKjAd2&#10;DFwMrSm5UpTgmVqxPkeeMzVkfpFyr1NylkpMu50zNinU7MuG4zilRLjXVJsVV6bBqiqdKL5GXEfm&#10;5Hamh/Rne++oV97zMRbhNuomMYfTio6k9Ks54zmPFKihnw/MlLjNquPDoalVT5eeop9gAUOLeYAQ&#10;yhhZhbk05W+4LZVtdsNAIOpGnDUU4zE4DDHqkHDaR5pdNKZ/NNO63mQdIxgACDIHV00bjL1DibUk&#10;eE5vwzC6eTDKhJcCly+ZIY6gwDf5yU8l2hJ1ugkfQkEkXvG6cUhwSswLNuas0rJis0AnwzzxVPFS&#10;eRGXuqw1cDkMSFdHYp7tyO3OT/1JfUS3mTz9q0ypslWM+IYdBGyfKuKnb12qP56u5YZtwhLq4dkQ&#10;FEE9U4AbffFdZkpKrG6atwyipjHT7lFUKZ6aNpy7bWVvmaaoVRY7ty+97La8MbFmyaqq6fCarEqz&#10;C4x5mH0AqUp6eCmDTkI7lIST+jkuqkXANyR35gza5olt7WpZgnD9Qawgv8hcdBUEJgkk7YJjZG2K&#10;aFwKkoaafFKXD4sQqiq1Na1O0tTUThIwGWMySgBi0YF72NrW5pHchis5KFTnuer1e57nq9XuWBfh&#10;a/8AV9nQ7S9lzSdPhkzF+FmcCbZXp8RR9uz/AMXN+vwNIHqcbZJxbW36ShGvxxCAc3OPTTUeX1Kx&#10;/DpGsuJYfUWF+7xTUrfkCeQh2gNlVknSftVU5ZNq78hJ20Rj1VRqvS7K2NCEyHCcWpHby/tbZqat&#10;jsPpbZ93D80dWaJoPMO8sGiC2BsLEfx5DjSZxOwUO0NasarYzRg8ePU9fBR3pGZ46x2bQv7yuTp4&#10;WFuPAMslQ0jKGgAXyzp/h8be3iptlUAmnjEGaDGurcJpMLfDaJtmK3ZWppN92YMAGF9NDftyZDOX&#10;EkO4kHsy9tL8d7lBMjGkpAFInEY62hEFbMi0Xkm05qFX3kKizEH49uSIYRLPGEAUEEo1x8Rryr4M&#10;SRBq6CoYkVBGKpQUlUs1U1XGzhpqZVJALbXBGltR4gHkmojMETRlxdgDH4kmx8B4E8o2iDiRTaXZ&#10;2U1YfjUeO1SVdHhtRajlbziUEURVZAHIZu+0Ejt/DjTCGkEqtHeMlSZBqbg28bcZuW0kiDjSkPK4&#10;0KceJy0Mazs/lSxRsIqJ3GoYX0sD4dudVG0xPG8rAOx2kDQEd+4+PEqxpTFOIXqVT/gUklVi0OJR&#10;4cjtDAu/3wXfddltY2FxYWPs5EwKiSPN2Ax07h4ngxCapsLe6ohVTqdDub+PDDKLgoWTxikeeSbY&#10;jrFB96wapsZ9L3UiDFI3oJ5MXylQYbI+u6aavmdk90G6hIyTc97c0kvWxibY91s6v4r3Fbm3Gaq5&#10;NztOKzW/jzIPJFBKEdGkfCgTcJ8M9dbRvTXAxljpzkDLQAAy9gmFYGAn2R8pQxU+nw9zlmH4LKBO&#10;vPUNkGv8pqoyP+J1MR/gh43cgd+2PP4D50kzeRamOkVUn+PugP4bPUyUqGNNjeWJgG7a4qkZ7fB+&#10;bOioNu4/unsAfZ9Fvz4a95iBz+PuoFFOrAV88KuVpTOwkAAY33A35GmiW+8DvqbaX4uZuFRpnZSN&#10;bZHlUamhdn8xWCkggqGIJ+7kenBWZC4sBYFuPZg8lLJUMYxw/CtMtFagOk08YVhlbj9VDgEEsMUu&#10;LOKCOpxGaOCGNpW2hpJZWVVUE6km3MruZZJWYIiliYvelHuXuL/oyBp8eAr+euIw0E+h+EUJl5Iy&#10;oA94JjHZ+NHNwz0y5TXDMEhpuojpVR0NHHjFPD/Vqpp0rVp0E/kyvjcBaLeCUZlBt3HIh8skqxVf&#10;AlWlP/KsJ4o/tK6kT3ZPofwpv+z7f/HB7R+NOkXpZwl2XZ1OjiWXtG4yvuIvY98yDXnfkwE7hMtu&#10;x3GUX+i8Q5Ub3PxiyY9fwpt3d5sj+6j3f4XyqXJ6V8F8wxQ9WIjUW8zy3TLC7QTpdv6yW1HOPy0C&#10;t/lgRfUhpLflF+3lVb5XBw7k+wz8Keb3aaWBLg9qfxpyh9K2C+Ukj9VoXnXQJG2Vgu3XxOYrk/8A&#10;A88YqUaPIFPwExH3iK/5c8N7brgzPtn4R76qd22QR+0HtH+EPjXNPS7l9wrr1RhjVgCsjtlgp/yd&#10;mMHTt25iMVODpOCnbaEn/j5Y46N7bgjFgz04/CPnVnd12j/ro9o/wvnWY+lzL8Z3J1XppHIUupqM&#10;p7QfEMTmMEfCwPMarC7eX5oA7H3agdv+hJ5dzeh9CdXcn31Q7rW6RPeD3f4RrnF6XsAlkWJuqtL5&#10;spuh+Zyigsf+JZjGvO3hiF9tQgFh2WoP06+VxhrfF1W1hXsP4VdG7VsuT3oJ9B/osadl9KWAxlEH&#10;VGCR+0jCrycLX1WyrmFr9tdeY/KprbzUKbdwBUfxMWvHRvg/OkMH2H8K2ndtoD+6j/ef8Ksj+lTD&#10;kUvN1WpBFou35jKBYa2I97Maga+3nkhpnvunBtqbLUeP/QnlHt87lJwZPsV+FV/s+yP9dHu/wjUu&#10;l9LOXgm89SoDYWVhXZK18dQcxmx+vnF0gjWzVK+92XZUk9r/APFPLNb3uqM9wrDqP4VUbv2hVPfQ&#10;ejD/AAh8K5TeljBlYR0/UukJcht02JZIQld1iCP6xjsL+P088q0pjbdMFNt1wlSR2v4Q8bd3tutQ&#10;IZPsP4VV7IGgr+6D2j8alxelzLiTGKbqZTyWsS8eJ5HUDw/fzEfH484BITbZVKB3N46i9hr4xjl1&#10;b2v/AMTBnyV+FNr3cZJxcHtT+NZx6XsvIzuue462M+4THi+Rk2H22/nr3t+p54x0LE+ZUhhfabJP&#10;2+qLj7O9z6RgyoHyP4Uz/Z1of64Pan8aT1f6ZZjKVwvPFEyKu8isxPJIYC+twuYR2vzoR0qEeXVI&#10;Ae90qe2v/HY49/al90+JhXsP4VpO7SJ/ug9qfjNQar06LSxkjO9LMbFZtuM5DiBK27bswSH8+ZvJ&#10;pkuZatPM8Csc5t9Pucqret0wEsqjyV+FXTkDCj/dB7U/jTVH6eVlQtHmuJFDFGaox3IliTp7t8bX&#10;v352vksSBMD7S8c4H/Kh5VW8K/8AjSvQH8Kac3aa1f3T3j8TUKf07xRqGqM10YDXjDNmHIxNh2Gm&#10;NnXXneyK5UzhbHssc1vv2jihO8jkT3SifI/hShndpoYhwT5p/EfCmSb09ULbS2bqBKe12llzJkhD&#10;a2hF8Y1t9PMs8kcsVPGr+aYgVlsjqoO4kauBfThtlF8tzUpSSlXlRdmlqGQACD5EH4GgJzp0w/qB&#10;j+J1GH4nRVeAYu6HCp6XF8HxOpYxUcCSmUYPUVCpukVit27fQeYhtAsotfWwPs4YrUomTRAsEmka&#10;ImCCVnVYzpZm9hI/ZziO5BHgOPRToa1Cos7pGULOpsdNp04SH8RYFvRz11UErbA6p2bvoEuR9Y04&#10;XZoAG0z/AEk/GhDu0iLjHoPwq9j/AIT3sX/EHyy4lDgZZzJ+ju1wDSIPED4c04K1LYPQ/wDeuIv/&#10;AN/SLhR3hInnZQ+KZSOqt9LgWViWJI7dzpxVaqBw4ikzzQIJ417iqyFU/KY/h1R4U08c5H/EJFb9&#10;nGsx+yOmrWMEiK9zYq9HsyU/WjIsAfy5JcRMERU9vMili7j4NwAbyY2Tg6qEVsqHBHCgK9SsYbof&#10;1JlaMSpSYXNXmNgCD8sy1Hj/AMQ7+HflhtRgbVVRDVSQSCc7altSgUG5s2lr6DkCoaKJE4VK5SRB&#10;NIOHNEMdJJTRTReX71NGRZy9rAFde2p+7i1oMHalS5hjHurJLuGhkcE2W1tfePNPRpmmXnDrNB5V&#10;5jStq2iFRI+2R4YBEQf0SELdr3P7o+/ibx6Rli2/KkTzssM7ILi0TFtdLjsCeXZMCK2J40rMAhWW&#10;qWX5y1LTq81Mr+7czKqC2tja5A+njYuH1Kxmg8oNCWTZEwBYG5uWB1tqOWUEjxHbSjSkIPTTv/NY&#10;JHFWsxVwGLSKSAw2j7LA2Pj25jxESQYkY5EPl0cSbY4bDTsx10uRxpxZIEUnQZFScEWGbC2kSQeZ&#10;WTPunm3MLk3AFiDYE+B53S0YfC1iEzS1DO80UB8veVJuBYHU99PHijUTwitxUWtrRDjLyiNVgSNY&#10;ZagCTyww7m5FrdtfDj/QUNTU4XCKmqdHawEdUWd1C6t9on3Tobc2dmyq8aSmJYnRUeO1LUtIkqIC&#10;zzUoRI3L+4o9wA7+4vzP8rg1v96G2/5S9v8AcL23/f4813D3MV7vE1H/AJzie7/eRd23ybfpP969&#10;v+Tv2vbW3bwvfn//05/RfGcPweOlwnBMEosqU4pjVSy0sEdJLrMTI9Q0cQ3AfYVQpJAB0sCJE3dz&#10;fS7CdE1k0rujbrUkHwjn8K2IvXn0LgzxlnHMfzbX4/1RWXEY4sPyb8xLX0ZlWgSCCHDoJqyKOnkY&#10;xiV5nlRELODu3ujjrm3JeNUVVmTPOF4dPUU2J4Vh8aVsFPMimT5gmRbpH3DMGItoB7x0sLZ9k73e&#10;hwmQSDgOnq8o2VB/+yJkjGcOWq7poO6o0FY1CeGHQZ2/Oq7fR36o+nWYsm9KfTfnmqp8s5iyTn3O&#10;mVYcv47iVLV7KDDcNmajnV5axgImp0NOk24K8p2xKd6uyryziU1JKcFylg74TmJ4xUw4niWH1C0x&#10;Wfa4LySGJXUI2qI4Jsba9pTbYdNqUgB0kAJASoiQZxIIigH2wqtrrdh1TF4me91OICwJGIUiIPUr&#10;HZGEUUnrFkTK2aMzv1d9U3Un/OJ0QpKurwBuneS80YfX4vh2JYV5+HwzYbhmGxVkq1jV8QUVFRCy&#10;qsixu3l3DCbgcOfRhEklVmjD5MMlmaqKPQSSzqpCysp8l2UEO3ZiLi/vKNAHc7y64TfL1kd4kaVE&#10;asIwP3dERxAisIMz34vcsurdthBU60fAQramClAKsDGJHhJg4kKMCgjzv08/Dfz91EzRU1Xp/wA6&#10;ZbzJiOGR5YxGP+smG4HhcmIRzyxGpo6LE44ZGLUlKtpo4WQPtRYpCxkZOZtwHFsWjwmKDqb/ACqW&#10;N0qa2bK9CjQzwU0Y2RxvNddrEHckglJ3EfZsFX7p7sMpvkuutredWqR3au7IVtmUgkAQcIgRAHAz&#10;buP9Qe8zF4oXFilQIkAkBwqiJUMZwgTgSNppYdKsX9OvTbLHUCkyz6RarPuD0tXNheG0fqVx6saq&#10;wrEczYgJ6iqFPFFNPBUxNKrRVNClCsfkghhOJJJa6fUp0J6SxYdinUaVMxPmjLqRY9ivUETqlCpj&#10;RqyIxJUvIzU5MiGWGhi2oB7o0N8mPprZzw56XLPu2gQpGrutakicdEpMEgjUoqg9IxjIbsa3r3jv&#10;s0SsPtMNqUP2ZEuYkgyQSQk4QpWO3hV9XoL9V/WjG8cy10nxhslYPlbFKupwTI3TvDKzGcezJQ0e&#10;DLBh2IUmKS0lBalqIpKGp8mpxes8+pdrygOwVFLk3AemnTfp1nXLtVmXCqnEsuo8WJR5Hw+prMSN&#10;ZXxS1dS9dUV88cRrLliZJQgijVd9gbCVc2y/eCzNwbZktWiwSHHYbEJHjWdupJUFaQJTKsKyC3zv&#10;M/ZvW3bdtSLVStCtThSiGwcdMHVqMY7TIANI3qBn/wBWPVb1GdNc0dNOiecsK6U55xKXGajEeu2c&#10;8u5eyzAmByYdh9KmHUWXqXEq58LqFCzLCrTNV1FQTCQq+YazuufUjEOquOV0dLSphGQHlmfDocLi&#10;Yy1xWVwslWUlLTzEAFnkfwFgtrnCDfjtQzXeO5UlxZ7lJwSPCnwjTIG04ARI9k0WXedv3CtbzhVx&#10;jYmY6Nh8zjV0vQ/pPJ0rybhWG43mCpzdm96em/n2MYjIBSwzrSxwvBhtLGqQ0VGpQ+XBEoAH2izX&#10;YkSxLEIIlxTMCLTYjUYoPmcr4fK4WKRFeRVldoXMixKQy+Yn2yLIddrgq5cShCQDJ6KRm9KkmaGz&#10;9TwP6TFs8T1VBiGOyRpkuhlmTDMIyrh8azRIZEUzRM+wxF3Y2kcsSwJKnvyi+81JKhFFqU6iK9bv&#10;bufHj9nnBXyhM1VJ02kxLDosOWveN61JpoFqEUxpKlaswfcoMVkkAAJb3gACcDNFpQAE+GkFz4Fb&#10;K6DBhdWBAJU217aH8+CD0Erso5ohwqtz0lThb1zQ02FYVlaKsrsTlpYWFMxKRMpjp4iygxbQCToR&#10;4hi/zBc6tOFGlqhK4NRMQevjppmw6KKWqVGaFK2RooiwFwGZEcgH22NvYeXZ4DnrA6rDMIGI5Nx6&#10;TKlbXTHJCZtWspMNwptoiUE109QtS4ae80buqoEugUhFIRdz17vMAQKEAy5giVmDVfmI9Jsc/rFi&#10;M+Weo2W8M6n0eG4fX9cJcpUmHVGZcx0k0skwSQYdFQzUEYWF0opQjs9yH3+83H/NdfAIqvHcKqsA&#10;SmxsNk3COomJSwNTQ7okcUta9VSlJDUkrZbxswjsSQPeGFu6lxvUk6lUVXVqpCx4YnZ10kMp0cUV&#10;bhGWM0R5lw7E8sQv1TxjozSxTCvqDNUfKGrwiLCsVEyx0L23hfPjDzqUAcpsJJ1WyPidNWUGN9Ns&#10;nPNVYMRWyvQriM2KYVIXvDK8jCaNY3aQSRMY2hPvLvBsEduLIlAIE4Vq2u3GVjA0drK2dMPZf5Pn&#10;LMlOKzFJnwrCJMSfD6ejxdvKkmlipFVtzvCFeOWJrSKI9zJtO9xN6f8AV7HsnYjQ5WzpNHLQ4/LR&#10;4XXYzHNS4VGlVLE1SVkMkkEEMs1OzrJHE6sxAckkrcB5rl7KCVAQSKFLd2LggK2imDqF03wTMuHx&#10;45hz7sWy+tXVYXFVwz4iXZGDRMIws7ymCpjjkhZ45QliqqATw7Gb8vZcz1kxBiFLXYxJj0DYXg9F&#10;NUQYthVo6dauNZ3URyqoBcIUYsACGBF1YD2KlM3UJAg9VM5zkYUmUKGvE+wT5++ia5VzJnXI2e3w&#10;6mq8u4bgeXJzj+dqqWhrctY9LHU1cuGyvSwSPVU0zOywtP5yJGxYFCpKPGivT31i6n5FzvmTptmR&#10;qzF8mrVYfLGcFWRqfCxWo0vzEE8irEtK+1SI3UG7EFddvJXsc3/L8TpPCoA7TOwLLt9GSdCGswbn&#10;Q5GCv71w7SnCBjI4HhSX9YnpS6PdaMoUvWzKGA4Lg3V9sNrqc0edKeLdmVqCBqaSiro6WQTSV9Oq&#10;usVVDIXjKhhIVCsD95qqszS4pgFdhFZT5nwHHKgYbHS01bDEaVyACRWGAll2pJuTbK6vIFGyMl0F&#10;Ngq1u0CMNJ4kCZ6zsrnXcbl3+S3LtnesLYuEAqJAnAGT4NQBGwJKSAoTJJEVTn0LzB0OgyL1JwbM&#10;eR8Z6SZ+6ewx4nmVuqOV6ny56VIUeKrOBwYky07NUR02ycCjppkphORNNGEeFjPUDprS0MEWZMwp&#10;hqYtSYjjFLNVVdQBVU2DOjVLL/o8IMMb1ShdrESKwP6RbgeV2XrubtLLbR0nGQoEAEwCpRIAHDE1&#10;XdvcDeHMUrey5KrjuS3r8CQlIX9syowSkY7AmNoxNCTlHC/UVh2e8TpcudLVDZdr8NyzJhmW8vUU&#10;c2E1WapDR0TNJT4xX7amYYaZppaijU0skTIVpXaMsAUHrDybmfMWJ5cosGGYfl6r5Khw3GqdKDZi&#10;9PVR0cFFvqKdBAadgZpxOZCbhkW7LGJ9uvo2urfd928Fyh24bUSUtHUhCEpBOpexSpOAHQeAxy4y&#10;X6Kb9vKBeOvoDxA1GSdAMlZVBIVhCUgAEEzjQ5Yx+Hz1pyhk7DeomWOsFbkLBflpYM81mRq/Ecdg&#10;nypWUNVjGMY1JFBiE0k9TXkLBRDCflGijfyWkkjVqlhui6kyVfWFemsMeCVEM9O+P4hmJKKoaeBl&#10;nhPyzny3hEjQSq3mmZnLA7o1WwEUWfYwLfdC4z3MGHAQrS0EqSkKnDUoEFUAg4iJOEjaUDHYC2jd&#10;J6/U28tTWCEhaUBWJ8UFJWADjHRxIqvWo6b5kwz0cYb6rKLM3VbLFP5lP08wHptPmhJcFqKl4a6h&#10;/mEVIktFU1FHHV0wgjw6CmghEbA08sspkqHny5+6d4tmWPIU2a8NqsSrJaqjaL9G1ZDXUXl10VNO&#10;Y2djYHzmRj719V3K45ArdlmiG2lKt1FtwKIUcZ07TIwMSPSDQKy3sMzVzKXL9u3UgpQHBgdJTiFE&#10;BQABCdojroVZskdf8gdP8weo/B8hZogwrp4uX8Lmyths9RhuXcTy9jkL4Li2MYMkqUkUUgRPlaaU&#10;AmmSK8VQ1LNTTlbZtwXE67A8SwmCSnxkYikNFXU+I+fVPUU7Tfp0KooKkq4Kgk+FrkX4bZW2mThp&#10;6Y/Sozyp1LL6XHFKQJJ8CYVPAg6YI1DgdoNFc6FdZOl1D1JyBnjFcvYlkDD8m1GLZgyZikVRgWWs&#10;uZdxD+UCOgmBr8SMVQpFPNHLPDTxlj5wcJE6xsw0vT3BMNwgYRS0kdbheWJ6qowrBpURFpGqYyzx&#10;GOEBQiR1ZARt1gFNrXIkHLM6U20Gn1FRJIBJmPOZnmKG+aX+a5g4H+9J8CUqVtCgFCDBxSYAmCI2&#10;zjSRr/WbiGPdTIs54hDP03z51/w/L8WdM95Yq6uSbGo8Cnnw2kqaevldPmTPXZbhHnwQRI/nSQiT&#10;zCkUkbOFfl6CFKmty+auaeWLDRilBLUYZKADI7bailqBp752qdoJY3FiSRLkNpmTl2lu3IWTwMLB&#10;9CnDZsinsrt1sBFvbIhZAUUgasYAMhQXM8SI2YRUv065D62Z4xLHTB6hnyzg2GYfiWaYsgZ4ocCz&#10;3SysZKSHCzLhOL4JTSKYRSoZpb1EsccMSec0kaxxgdhOUaPq5T1A6j9LaKLCw02B0gxyhXEExXD5&#10;nEsRp2hMvkRuoUSR9mKkasAwFe8wcZUhyyWqQkFxKiElKxM6UnSSkkQAKFe8ls5ljiHcteViAVjV&#10;p0qgSCJEjjjsOzCrEc/dd8q+k4Ypk7pj6pa7NGbXgfHMQbAMewbD5cq1iUsVBii4xFiyQJiNSkpM&#10;0FRKt4d6mRVpz5UoUYv6QOnWDUzYpFgj5HpZXapzHieN1kmI4ejQmSraRqTHZpojE805LpHE/vK5&#10;91vfAste3LN8xcCLhZUEo0pbbQlMHADGDs68CdtCDLPqJzxd4lKwh5OxKU+EzAhOAVjhOMEzRp8o&#10;fiM4tmWpzBk/LWfpfUNmSuEOL5MyxlDDlpcTqqCvrDTrTRV2T4adaacUtKJI6ipmplIqoDdwRG1c&#10;/UDB8AwqkoemeBZKkosy4ZhiYvmbP0c+L5urY6WFqytwfA6Gkw8P8uJo8U3sFACRKzlXXY3MsOzP&#10;eu6yN83bKQEqQEKbPhUdJGkEGVKUFEkkFIjaDCZzh3M7dXLdxL5Sm2Lo093EGU7SSZUrbgQenDZV&#10;ouQarOj55zp1iPVOnx/pjiuIvlDAemdDg+H5Yw6hkglwzCcVxTEa+r82prauGpoKlYzuVbOsBVWV&#10;m4zdIep2cci4Jikmac3Y5WYmKPD80TNl2hgoxTyCoWBxU1VSsQb/AEORJY6cyBJPNeaRz5ijkh76&#10;blW+8Vyl6+KFwkeErMASPCSVaBpgYYYqJmMaFO+O5Kd7+5eeuAMMVQCI2aTq8GIA2jrOFCH1L6U5&#10;b6mYrgdTV5bwPM9JQjEMIqxnA1FYg27amNaOKOUxQTJWU0bNU7DLEYQqL2ZLIujHXDDMz0Zocp/z&#10;fq3jGZatcw5czfmiWhwyHfJSx0nk077EaaO7yBmWNUIXdEQ4iU4v9uHYve3NizdpWyGrVKlDuIMN&#10;kgDXpPiwB44DGcaxs7XPp4UuyNzrZasbdKg4llCzqQVA6iBA1AhKsEqI2nCRVQ3X70y5qyDVxdW8&#10;1Zjyx6b+i/TzL39Q+omWOldLjOYEq8OoswzYquK18Z8j5eUrHTTxM0lR5fmyxVgnpJKhwerJuAYj&#10;SU1ZjOI1+KQLWzVIosv1NRS1FNTxqJI4PlpoaaKSHeHBVS7hrancb8xYzC9s7hlDTSUp4EkQfM7f&#10;ia5VZ3bd2taVALAgpWUhKjx8WMKEYYgETsNVmda+vmWMdzrl7prkKnybi9fh1LhR6j5pwenxunqa&#10;jEJ66lkxaOvwisxCshrzTNSMlRIsaPThlG35eJxxpwXKdfh+OTVOcMQo8401S1TiGTKKtpWpJcJp&#10;3KIyiSrMgQeQA2i7wd53L7qKJWt4be2tEW1slaXFDS5CvCoSDGkdYB+706TrNt9bQZN3OXhy2WtI&#10;S+QpKkOngNIg4Knjp8xS/wA0Z0qs/RyV3TLAsW6YPlWvwbCOreYcFxE4gmZ8XoY6yeBxT5bgo2rj&#10;/M5FgdaiU07gQhYWBklkBrq7mfrhJj89BRzYcmUZiUhgqMCxnEKgIiMu+Wpp8QplkX3nb9GUBXaC&#10;L71DmSB+4JQtIB4YcB1j8aC2WZvu5ZIQe7cUs7SHAjHpCQk47IkE7eo1YT6QfTD6fJMjU2b6LF6m&#10;h6n0cfzKVXz2UaSnonqWo6r5Wnw+uwysaiQtTxq0VRHI0chkMbsghlZO9NMI6fYZVz4bV5rOBV2J&#10;Vs2KfyDC4cSWghxGV3ad/J89nMblmHlSSOiMSUCnud3+W3F7clxxQ1QBOM4AjHHoJFX3z7QX8xWh&#10;TMrShMSvTrKRsBMRIgYwCYxof+rWC9cMOwaDFsK6UL1EjwijXCY83VmMYHHisuEOFEKRTvRCJZI2&#10;CSGWGGJ5USNZfMtdRVz/AIV0pzDl3+pFW1LieSMY+TqcZqY8PglhqXSOFUbdHFdwJFE28hjuAB92&#10;wZMtm4YeQ4w4pCmzMgnb1dFEO7O/Wc5bc/mGVlNwArTCjgCScBqgSPDHr0wWboxkTrt/Wyq654/l&#10;nEqHqXgP8zw3LGWMwY9UrLQpNWVlQQ8Va0qRskM5pfKSSONoy7LaUb40pnvOORcDxehy7jE9RjVD&#10;jwBwyOrwufElmjjMdAkEslBDM0cRKMyCoBvu3AMVcsxbJ71xbb4xVjO2Z6YOPqNuNIGf7QXTL12x&#10;ckLCiVw5oMmVFUKKQTJ2pxoyXQrpni02A4Vix6Z0OS8fy7B5WzA50o0w2SdjiTSxCpmETVISdIJz&#10;SMgPlld6o0SRF26m9JsVzZgeLZ5wLDJcldSsw1wwqo/kFdHi+Mfy+m86jp6hZagRBGNM7gxbX3xs&#10;I5W3eX5MgbuO29lesl55xbKEkBBMgYHwxtI6jhU89mHbw1l1+za392q6s9M6lgoShZ+4QJkTxJSB&#10;5DEaMlDDsv4vU5EhyvT/AObzJlK+JYLR1NEmC5bqaupqIMYmK0UDVcTyfP8Alt8yY0dZleSGPb5p&#10;qF9k/p/0Fw2M/wBTccxbKeJy00OXs11b4hV4ZNG6zSYw0M8FW0NZTyTSVTvMAXvYny2vqcZ72iXz&#10;j/dl2AMADsSOG3E7euk3aX9Qe97l2pNzbtPWwJU3KA4CgyEkHFBIT07DtM7AeosB6/54wuDGepyZ&#10;ezwJ65s5ZFyuuCYfiUOHVb0cOE+fDWUK1VDiENN5B+Wd46aRhKA00VuMPVjDMVw7BenFBh+JUDHA&#10;8wNg+FZjqqGsxKoSCeglhP6TE6zEAy1aBKcKykAkKwNkU0yLPrUXa3rtCnT3ZASg/erDSDiQAriY&#10;nAzwou7Ld9suzXNL1y7QtttxkqW22oI1FJwHgQgjSZUTM9e00KHT7JdNl2vzjiNXTYlilVmPBqTG&#10;cVw7EarCsOoIKlcQWvtswXD8KjWSjkeWo3ghj7zpq8jcVeQuoIqmzFR/5taaqx/CsSrMAxKukajh&#10;nmw2ljaRamFa2F3l2mZIXURoofeQEZdnBM/lOWFr9iSkKSklMTBGMHZgMBw2Gi3fvc42rLS2c3dT&#10;bOtoWEqDiwFqw0qIwA4jUSYwMyKRubMlR4rXZSmxfFwcMeipcbp4sNesoYVxKrMMz0u3CKqOJHYw&#10;SzpIkzlkCK5kjYyFY4T1B/mlDD0+xLKGLZcoMORKyWmzFQs8FPUGelEtLJHUSt5ogRFjbatjcnVA&#10;TwJ3+RWA/jSSAB9vQqcZGMSdvnUGZ1ltzlrrlw3mDTyiSBoXiqQRqAAw1bcDIgbKVa9GMn4nmOl6&#10;0YRg+GYpmDMECYL/AFjy9LFDVz4VDT4pVU9TT1+GJE8QnnrJZlMkh+1paVrcEWHNz4JDhyY3iVRA&#10;kYq4KKLAnjipqNo0MzSWWEo0jmQ3KAEKbL32iibVps8PFjx4Do2c8KBSr1y4k4YRM4kz1zPDj60h&#10;a/07ZYxTEc2Yhk/JuGV2J5hOFVOM4nneGsrcQxSnjMVHHSyefUJNHT08dMpiikdkaYGRlDKZXXVD&#10;1Goeoq1dPVy02DVxaaLC8sVeIymLEnFOgWSqEV5dsbxbgY9SOw11DCt2UtHvW8VgGfaTgTwnZx2S&#10;aN3r9wNpbJ1IEYxJSOhOEDDhsk0Qum9DS+j/ABsZ0ybQ4jnSrxFIcRzd1WwfLmCU+JZfjXE66qqI&#10;MKatMdKWro8R8g/Nlwtru5CqUDXAcpZlgkzNh0uPx4vk+OmEmSs3YXickM9LXv8ALvPSTxbVilUo&#10;d8MojVvLBVm3nzHVXefpS0lCW1BYwJCsD5gnaKEWaJyi4sG3UgM3JMKbxUlScYWk4wZEFJUcTIwF&#10;Gix7rjWUuecgTU+TcTfM9ViJl6nZFzDlGkSVsvyJiSUlatR8ws0fl1EAp6hRJKPPdJFhWJfLTPiq&#10;5o8psKxXLCZkwrDIo6eSsqpaiSOSmdI1iSMU/llRJcCzgHdtNipU8ObTPC07LayhWGwkQPQ7D7qA&#10;WUZzc2b6XGHFNqkkaTBBO09f4etDxSYP0Yxxa3HcJzfSZJzBmid6mrjip8NWU11A00s0kxrBUK5h&#10;Ecu543ICrIAyyK1vYZhkMuT8RwCLK0r1GIVEmM0eUaiNpaWhh8kUqPo1wPISOQKVAuSygOdnEd5c&#10;B1Qef8aojifUx58aF2+faNmWdPtvXKwpxKQkrEBazt8SiBJ1EifQ4UG+A9Osv9PesEHUumz9GuHN&#10;RDJ+O9Q6iv8A0tZKuMTYo0UdMRLHs+aqaiJ5hKZCqxRyF0jEwQGEYnj+IyVeJ4I38iw7ChNhFZLT&#10;Qy01OJIIpQGEVIWJdJkVQLAWIJsu0sHbjMULXqbGB2xgB1xz10HM3yp+0CWnkypYSpIJ1GDiAVdE&#10;ezZRtq2HIAenw7EmizHiVTPHiEaYhNSvOErJ4ldkNeEGx4nkYncS21goZ94VYYBJilJW1lVmGRKi&#10;BcONd8tVVEdIZKQSLCWqI4R5yb4C7Ks4JkKj3SLgpFlx0FDZKARiRhh86rZ5RcOtpW20okrAGBOM&#10;n7f86JIiOqge6kZnyRi1DDlfJOYxglZHjBwabGKSiatipsRWkeu2Uc1eRS1DR1McUUxpXvCHdQ6S&#10;AMi9ps9ZWakq5KDHaPBIoKgU9P8AIzUxu7yIPlX8yR3jdvln3AbV1IVdwBBfm+R5q42S5qISJ2HE&#10;EnnCpAyTILpq67o261ORJJB2ETqGBBGI6SRVevVTornvMEuBV+Z6ao6kYXi1C3zeD4tHXxyU0tKK&#10;pY8QiWkgpYZ6aBsSj8tnjeUbUMk3lySozVjPWjpvl6Sf5zM9PT11PUQU1Q2EvXVAdGgp5xIrUSO5&#10;ZvmdkbG6sSLgbjYKZJuLmuYKKWmlkTwBqcMv7O95by2762s1rQUSISkEYnbqiAIk8Y2cKLVk70Z9&#10;V8/VGF4TiOU6rEMsSxYriwTqRR5f2U04xPEMNTDpqTESaUxIMMjmq4IPKeJVYRSMIo/MQuderkM1&#10;TBhMvUugweGcyTtHRQRoZ3AmjO5pJVqIxvQIVBJNmB7FuDDJ+zfM2nyRbLBG3wkT7aj5HZVvfmAc&#10;DWXuOKSOIVhiNmBBMSfPCasY9N/po6A9O6DDM34N0jxevxaghpsuyri1fU4klLTqsFXERT0Uf8ul&#10;27xKkvlr5alHS24RgE4uoeXqvHKLLuJZ5w9khUU1M5IMYnm8iKNZAyFmBB3F42uWUge9ccFuZbo5&#10;zbEl21UAOkeuPGKbV9Mu/wALZTy8tdSMNqSCRjs8zgPwqw6rxTLuB4LXZnwnKWLMGE2JVS0tNPHK&#10;YoTUSEqJiiCxUhUkAGwrf3dp4mM05v6b+YoqM0NVVWD4jO9RjUOJCSnimhMc8yyRCkjjkiI1v5jl&#10;VB2tY24d23ZXnz9uVotjhjs9fOhpk/0ldpP5J1aMuWUrb1DwEnSRhiFYHHYR0SKkZVzTiGLVOHYl&#10;S5bxDDMErsPp54MOq8FlpJZaaqVhAwEs7zwvHssyPFGbv7y3GjNRdben+FUlO1dmIYSqsoikwqeZ&#10;dr1dQ7R1EkVVKiKFKqHRVHYXAAuQ3e9m2eMOhr8sdZjEYjHZ0xx2xwolufpD35buG2TaqUXMYjEf&#10;3uHHHjSwqxUYi2JS0+XpKmeMSU7Q41AgEkVPEgeKOSnjd23hm2MWI1NrnQRq7rJ0ZoMQjmqcY/rB&#10;T1CS4Nh9PSGRPJFPHHGm6Wn90IwJu19Cota+wCDLuyXegLULi1KSkTGBw4bDQwufoO7RdK+7s1fs&#10;wFK6YM7Bj8ag4PiOe8TofIbLc2W6lfKxKsrpo4pIpPmHleQJFMyyb0ZFurLazkXNt5gYd1h6f/KY&#10;nj+H5zko6yqltJN5fy70EYSxEQkhjcvGHaQruL3GtgAOO2/ZDvSpSVIt194ZjD4URv8A0P8Aac44&#10;2kZW4QZKcD4iBOJwjhwHUaVNWxl/3yYplqbEMOqojSmCogWogqdykSLKEaVdjBdpMgCm9tb8GbpD&#10;1tytiVRAMJzJh9P8rFA8mM5gNT5cEaTSrHM6FIY4SylUsT5e9htVbo3AlnnZTvKLkrumFgqxkg8c&#10;Zw6ZoIb4/Sr2g5O4s3mUvElUkDxEk9MAmJxmfWgR61YBgL5bfDsffFqelqBV0FJgmVYIkqq8SUoe&#10;Slj2iaSfSPzj5S+aY0YMWQSqRIf1O9GMtVOYqfBccgp456h6rGKjL8CVFNVKVJdoBtgaoYuzFl2A&#10;qSDvPvAkVx2U5r3eoWy1Ceifjj7KEv8A0Kv2oXjLDruXuKCgAmQqUxjiYMAAiMTxwFFVpfTJjOd6&#10;TJGK5iwbFJZcAoXhypSZzaWkxCmm8xVWKX5aWsiogkdPEN6SESqCvlqwjZFJQeojp1jMVRV1mPxr&#10;ljBZqqSTEayoNIGqTAkEbwbzUyJJAzOQFa2zcPe22JTddn2ctuIYNssBcxh7th6OjiaDOY/TRvxY&#10;XDSVWLin3YAAQTgFYhRISCFQAZjZhBpnxPoXiGFYecNy5hpwXO2L0lBTrgUtAuKA0K11TXVqVEdG&#10;cOp5krUUIWZBao8t22FyyhNmr1p9OsNrIaDLkNTimOTRx0dNh0NLVtS1y23JHJNSQwwwHzJChvbV&#10;t3vEMOH+7/YnnVw6kBtSVQSZB9BgBj76mfdX6Ht+71aWzZKQDMkpIKSOo6iZ4Y+ylHl70g5zxJMY&#10;GcMVlkwuqrJcawvEqcwmqwmZpFpqhlOKyYhPUI0MULxrKX0i8tfLUoy9yeq/LdZliHDnpanFcJnp&#10;YMOqqd6d1NRTGGNZEgBq2WRt0jsZHsAoYA9uSSz2C7xu2pKGfAJBnCR1caXXX9Wp2lv94/8AkinE&#10;kGegnEiJ2AGKFfAOg9ZlzOsGZqXB5oq4VtZjUVShoWSnq5JJplklkFDG8UDJDHGY4txZvLcqPeJW&#10;OXvUH0o+T/ldHW0RqsQpoMGw+pkhUU4iiZ4YfOCTQS7YzTjbtfcCVAJ+1wOZn2P7w2ulKWVAKg8C&#10;Np2nDZE+VRjvV9CPaJlgDjtkpyIJ04mVdEggkGZpL5ky/wBR8XxGTE6/C8dyfhOD1tTmGopjvqqg&#10;usKvIaQxx11OGqlrnjdZIWRgkjMqaLxQZS9RHTCOSpw7BFpcMqcPqZDL8xJiU0MrtGxL/MSvL5in&#10;a0bsLNue4BF2Ed5luFvEiAWlJHQZjHrE9dR5n/0+b15YtJu7F0lSQftEjHSOAEzjEbBSL6gdB87Z&#10;uooBmHqLi1VhmJ0EVJSVC02A4YUhimSUIaGCnpHgdWKTQqzPGVh2P5bERyKHMmfcAxjCMKw/+fYb&#10;PhOKLU4hidVhRSmllqZYnjVHpqjYz3YiOwT32/3SzNcmV2b5xaOJFw2qSCZggdO2PlRdmXZPvFbo&#10;ccGWut6ROKdUJB2yJidu2R0YUmOj2HYDlnqFmKvqcXzDWZly82H5Ty7gmeRU1mF01AJ4qp5afEki&#10;eNQFRp9ZVEMe0eQCkQVD45kuhosyVdEmOLQYvgQhp5JIZqgUsq1IejQEwF/K8w0+9wGO0MCSW0F2&#10;G7ht4NqQonyP4VGtrlV9dMpW2gqCpIA24ROG3CY2UbnL3WzCKzKNHj+IYRI2B40JqmQ4nFDHLBJT&#10;xx18gvViITqvnlIW2qH2e6uz3y84Fh+UMZdKmRaPEJsAWajxGh+cWrvI/v8AlH+XyMzKonAayvu9&#10;4jcwszr4cRJUFSOEQPfSt/c7MWdPeNLQhexUHht24A4HaejYDSNzp1mxXBqGalwisqhWZiFLiOCe&#10;fh5wh1gl8yISK2Pxwxl2NK5VHaIxkxiTy433pFq8k5PqZp8wYnUT0+HNU1eH0uKYZXRhamTz7mRK&#10;aAzVCJ+nAdgXSJF3M1rEJLjOH2EFcTA4bPXCm0WJV4EqxABgg7OOOAnoGBJwicK6g60dQqCTCMn0&#10;OX0rM11mH0OJV+XajCsSkjwoTUvlqk2J1CUlJMfMp3EaP5Es7sAiCzDidloanLEFRhyVtJTYpB59&#10;LUUUaVuJPFC9WKVGJr6altG0u5Y38giS5IZr6rLTMHXhqWmDswx6tsDjh86L7lCDBQSoDyBnbsBP&#10;DroVsr5ppeoIo8Sq8Gr8Ow3EEpMSo6uvfD8PFTMaWSfYn8tq6stKkUe+VDMrR2W6ixs2U2G49JX4&#10;JJLhK4rDPFFSVy4OYEnHkM5V0eiNRKHiCOdhKg+GpLcfcuwgiBFJW3C4gzgZ4+lK7FcUy/htFj7x&#10;44mCtTOZjVY+JlpR57R70YVvy8LLIZkUNdtpYA6ALxo6hw5TbL9NUYJV4llvMNfM9XBWO0EVdFIq&#10;vSuFirIZoJFLEhnMm+ysL6q/EtvmRuZMlPlRmzbPMqOoAgDZwPvBHsqDkmqz3iGO19NjcmGVuXqC&#10;NKNP5RH8xFIXeOrjdplmR42WMaxiEofMRwQQ8YiV2JUlQ0kFHWU8MUkcYokIMUNT5reURsWExB9z&#10;BiWFmvfcdCRc2404dIOyOFF6UrQnFMAnZOz50taahaDy5JaaWomEknzdUDvliAHmj3pJfMKADaAm&#10;o7BQLgN8NZh3z1R5lDRUUdPG1PT0EM6qKeNtzefBRkxBSuwtsNksLgGxDHWWo0uEHAClLQCU9POy&#10;dtYaujxAUlJS0eIVZffHJJOyBjMqKB5EtS6y3V7hS4u9/EEgrLxvMeIUckkWZJTXU9bFGGfN0cdT&#10;C8Pn/LlJIFp9hDF1Niq3v7xNhwSLZ/pkQfKKFOUZq6lxK2QUrTsKSQes6gQffSFpOnGV3w/5TAIY&#10;sLhSZ53XKRalkSbyhKjxy+fuVkCkAgtb90Lc8aaLGMOp4sWy9iGVMHzFlKu34fieES4VNGGgmjar&#10;n8qljRpXuj72eON0Em5GvceXtgtNoLW1B27fdGPy9hqUmN/s0U8h5Tx75JBSZBMjAST7CCQT8Qoz&#10;j0MwzGhQY5g2eM05Fzdhm6upsfw3GppFeWJ46WJaiaqc00iXCxqkjJI0YDIVIfeXab0lZH/meM4/&#10;0hx2vnkEVVS4D07RokWOU07bpqdqgSLeCKYHaLoSoJdV7HVjlNuiXULxHCDOPnWXHZ/9Wr6bllnO&#10;Gwhvi4jE9A1COJnZJ6AaV9f1ZzrlbBMHp+ptNQ4TSUpw+TNee5t60gUzrEIxHHtt8zKhVSxRgG2i&#10;N2ADUNZiyzXVHU/NeUM7YU2D1GApidbjmBZt86WNQZPMNTG6pHExnVgUZGFyw1bQ8gLtCvQ1dhGM&#10;zjWblpnLV4Erb8SFYg4HD0wo2FFW0mIUkFbQyiekqFDwyR3Fx2sQbEEHQg6g6Hgw9OMS6V5V6b5k&#10;y3i+Q5889RM6QxZl6VZllxR4q/CKOB1p3jaOPeyxxmBzKJe32XBAB4Kt0t9crZtVoeQS4fsP9Hzi&#10;AfWat/Km1LDpWQkThhj7qROYMDz1iGdskY1gGfUy/k3AjWpnjJc2Ew1T42Kin202yskkV6byJLMd&#10;itu1BI41T5MkkyxlbMmM5Yrs1R0mx+oDZ5wukelp6mtkqqyGKhrKU1I8qphhOyTykCkWI3EMFrl4&#10;0pnvUJ1gYqlMAdXGQYjpx2bJDt3q8SVJx4eXCfZ7IpSU+KTnF67CMQaio5pvMqssw0tY01XV0VPD&#10;TLUTSwSQxeWYp6jyyqNINpRiwL7Fu69N1Z03yn0K6dq+X6nK2E19RUCg+Xr5MU8lKapdUip3EKjy&#10;VChQ0kafvC9xfmU/Zfndpc5GlLZRbqIUIwIJ1STqwOPRw66g7ePsuyvMU3QUpIdOGogGARjtHXxq&#10;sXrdW+o/EvUDnah6e50wvMMWSMFw3yen9RQyYfh8k1dH5vnVdUaiKb5jbf3aeZyq+UxjsxBM7mzJ&#10;1FBWU+M0ySRSbXbDYcQiFX+leMTNPHE8miPuLH3htLX917Aj/L7GxdCg3o7yMdJwImDIiJB6OPEi&#10;oPy7sYy5pCStSFpAklBhKxJAGmNojHgcBQCdKvWXm7OdNjeT6mop5q6jqduOVGH101NJhUcVc9Ca&#10;CpxFaZf9IgaMooMRMgjNvMh3yrOgy6+J4ViC4zitFLh9NNEJ8ZlmpAVnrwzeUsUKoHFghLqoO8k3&#10;B7LbXeBpLiWLZalPFJ2CYCYBMjAETsOMUS3+WlpQZtkKK1gkYQAE8SQfTGdg6KjDrVhmWs35Zkwb&#10;AMw/z3EKGvNPkXDsNxyc1VFgdRCkk7VdaJxTujvMEgkqLGFQihgQGm9JqHCsh4DnPC8yYs0sNNJQ&#10;Q0VdTVyLWOuLsYJIvKlmG4u7iRRECQ7FYlYt5bYEfU9uL3F6m6QrUHVGen147agbtSye8bvEuLAS&#10;o6j4hh4SCCIgbPDj5mjE5m6nVnU7MHSOu6eYTNWU2MNiIxugrsIrZMLiqcGmh8uWSsio38ho3Uxb&#10;ZiolRP0pjEfzEKuzDmPLeXIMeoajMctLiMgw7Epo8Mngqb06VBVWMlXNVsHVVDhjGPEW+ywx2tt2&#10;Q6O82dPV5dNQzru2SmUHu4UATI2joECTsmSKGTLWXcU6if1ZxaDK9C9Pgs+J4cZMxUtVRvS1MlGv&#10;mKkFPR0KyQNIzxSRpNZlsS+skZSWB+oHKdFhtNWYvNXxz3iikzA2JxyYfUU3lJURvurZRHu3NfdH&#10;TKSgvoGABA9uq6FknFPTh8+NCRbanE6AsEbdMYiduwAx/nR0Co+aPTVmOuxuSqy/TZapsGko2WCj&#10;mwk09XS1u5qdxGcKWKVomg3AJNVsodhodl355w6z5Hxeikq8u43SVFbDJ8zT1eIUHzFHFHC8DytK&#10;KeVEDyKGuEYEaMYmHvcPsvym7bIKVARz5VTL8oaLSg6Ds2AwZx+GGB6fuwisnT/pD1Ny3itHRYtS&#10;SUuENCY8WnwrGZJpZA6VIip4pqyEzFYSyWMoPsWVQDGQZxXGum+J4us8GMVeD11DT1FVJR0U1DMa&#10;yaRCVcT0iK0W1gFbzFD+8PEEGQsr79ttWsagfL99I7y1WtxKTGJ2iREeZNGIwSl6g4dQT0k1LQYv&#10;SyzRwUks0dbSmmp0mWN1khqHmEhEZJUxsEJU2spFoydRzW01Jh2D4s1LjmDlVFXRYdFFDVTCdh5b&#10;NSvALDcjXa7OCoYEi4TX2UWimyt1rWOjD2dIilFkvuHTqgtKOIxkDD44jDZJqa2RaX5iqqKikepg&#10;xBpJHXFcSqapqYSRAlokrBUKDddEFlSxKkXII950zPnN8DrKSvlenjxKenhSigpXnopDsjpt4rpq&#10;eGSQoUD7ZEeJSX3SEDgSsbK1ZclKiATs6KZFg2oFxBTpQmMZ1wCTBE6QCCQMdWyBRb+mWSsg0OcK&#10;StpcPWvxzD1xGqkxd8TWGoozVVMtX+iwqCoqoYWnFSyyTReTK6iMeWRqqWylTVVXjNdjlV1HOD1x&#10;qExiegjko6WoG5DE0UsWJ01UIzNIGjilR5EO5dq3JYiY5qm3WNBJJxVgD+tJr22S/bpR3ZGGnHFI&#10;IOCk6VDUAIJBI2Y0IGdcVXBMOiwaDp5LmHCWgTCYBhtJU1IKPUAM6TUUkTHy0tJLC0cbWRjuNgOS&#10;MQx7NdDVQ0a5fkhy3jcorKKQVNNJVUqV1U9JHDId4XzZJJVC++AxsUIUggQ22dshIC8B14HHypBZ&#10;5d+zLoJUoTMjCUwScMIAnYMPOpNLRZNxKOFcQxmmizVgcEeFYsIoamnpKuemo0rZWgFTukeOMRNf&#10;VitmWTcykcGXIfWmi/nWGNWwviHytB/LY5poaSQSpsLSyVAmnaUmMuXD6KYwdR34KrO/Sp4uEkgp&#10;gY+ZBHlMimLtl62t+6aViHCvAqkGYCRAAgiBETNEy9QnoewHqZlfPVJIsWAxZxkj+aipaqoo0pjG&#10;YPIWh8qAxRGZoV3LtZhPsYbtoHGnFMOyT1ubOSZuq58JcVLVuRcUqpfl2aCIOoVoKeRnKbWs6Oo3&#10;A+6qtY8yN3e36c3btrFWUutIYSj9s0oeJSpBJClbDgdJBnVGoqSYrrN2e/XFd7k5DlbGXpNw4hJT&#10;cTiQuMCFERExiCdmNVXZU6G+sP8AD3zD0T/2U8My9R9O6Okkk9QXSHD8PatpcaxLEq9FkeHE69U8&#10;qXy13Uskb7oZYwJnqIP0Yht0YwvBsNqcQw2WoTKqUFdPiSLV0stJhdRDPDN51KFkMkQ2rHIou9/9&#10;0G4DcM8h7dLvMCoPhJc71CW1JSdTiVDSQ7tSSCo6jDaYgoUATp6I9lv9Y/ulm7reXv33d3SnEhIK&#10;FI1hSTgVKGk6Tq2lMwI207Ze9ePqxd6LButnS98O6jx51yhhPT7Hcs5bxFKzNuWcUpqjBGoMyTrS&#10;VVHLUQVdZUQVTiKgh3FXpJPJeR4W/NXTyiNXRRZuwrEqXEsSlSvjxHLOMz/KTq0VQS7xr7kbq3ch&#10;IlYtvv8Absc7ndsDF6l5zLrtvuGZSpDzMKSQUCEkqSVCATB1qBlJH2gZU7tdu+SZil1yyzBpDCPu&#10;CgjA4THiBMxOxRHHYAMPp89fDZ5ps54/6YuuWWMP6V5BpP5HjHTL1F9MzQY/g88U2D0MdJhdVHiN&#10;HPWUtRChkVC9fUQFBA0b3pV4AWcMsdQel1Xg6y4jLWYC1UlNmDCUwf5JJaCB0jI3Q1E1IJ08xFjd&#10;kRd3Z4zdTOe52+m7287S1W6kqWUyhQcCiCoTs0hwJMEqTJVEylQAIk7Jd6MvzVKV2q0LJAKVBREz&#10;ChKYmMJM8Ks39P8A6lfTj62MLrcc6Y4llLGs74Vh7zdPcxxZoqK7F6OvxiCXEqeKSCro8PxeGmqF&#10;w5paqmYlpEQ7o5Ygsgc82xdNeseWJ5cp0Fe+Y8IgaWqw+uooYa2m+WWRx85NOkEm2CQx3HnlSPdA&#10;Ktcpcmvs43dzBKLxaO6eVAIWdKiqICUyQZSFQAmcCqAQYC2b773GX3bVotClKfXB0+nEqkDCSAnp&#10;ig96WZs9UHpT6rYXhHqMxnKlN096v43FgWB5kwbF8XjoqvGqyWjSlo8Fw56+sj8yshirJDDFh8TM&#10;VMzOGBXmTKOa801uSK7K+Y+ndLiuYcLhSZsHpcCo28+nWI0odoVnlaeRWCgzQxgWNtouGZrPd28s&#10;tMwTdovFNtLUfGp9Q0qPigKhIQg4nQpQE9P2pNrG0y3Lv2jzmhpUkErXIIxjUBEdROGO0Gs3UTod&#10;0O6Z9ZaHrhiXqlx3IvTTPeIVlac4Zt6q5soafCMV+Yjxo4bBXSBKWkoJlaok/l9XVqpZBtDqDHG+&#10;9SemkuTMr4jmrA8DiwaR44JcXo8KhQRNDTYgKgtNDFJvaVJKgmExIrRgm7LptCm4na1a59myLQOF&#10;1InSpRMkqGnwEiNKkoJJJKVxhsVIVe37s86fBZRKAg+JQUSZGIgxhhgNphRBGJoIPSf+IL0d9Uvq&#10;GpejtJmiTOdPhcdTQZVzbnBMTmq6yvxDBahPKwurlofIShlpMIlNR8zUOlbIpeFXCSNImsn5Pk6n&#10;ZYzHmbMud6nK+HYNTLDmHDcRpVkqEke5UVdQfKknRRAu8qwawBDKrtdXvfvIzkG8FixaWPfvvhSW&#10;1BagnQkoKwEeJCCdUp1JAwUkEqgEE7s9+nNbNQtyHYUEQowWzgVYYCRiNcDHiaWXqA9R1T6Reuvp&#10;l6HdF/S5SdU8+9Zauubpd/IcxNguCpg+Cwp/Mmw6iSOtpcOk2Ys7QpKqRSHcv6SSOIMgMl0tHTZi&#10;xrDcw9SoZpKGnjy7lCLEFp3pamUPPRSJJKWi2ecq05S7xsxG1t4TWU95hcOIYeYtVBOpS3NO2IBG&#10;BSonSorkJ2YKmDFZH5lkVy09ZrSotstElQEHoABBBwM/wxEHGj39XMRz1h2GdMcyZS6LzjKNdWf1&#10;t6tyYTPJ/PcDS9PiULR0UFNWisKTT1SSpCkuzV4trPuSG2R+i+LvhWB5l83pLjs0s+HUeBZQo8Qg&#10;rZqqVxUxspjUBh+kts8yRY99gqht3LXGcbwWyFqsmk3TPhKlOLSEBA8JAiTIjCUo1RirhSvNrZy3&#10;QppptBQoglRWEykqg7JxGEAiNvlTXnfqL6mcjxYhV9E8jUHqLy7J/LMwYhn/AKmZxwTAMGp8I86a&#10;iroopKCKrkeelWIS2ejgSRdxM7SL5Zw0WWcRXMtPiNPW4fnKkqtuFUUGMLXfzCjFNOHWcJT1G8JK&#10;tOjsUSVNxZL22cN7rNmjaFBQtlSQVHTp0qkfbKkxKSogSpJiFRtNXzMps2kGSUtpgAeLVgNhgY4x&#10;jHThQn4/m9KPLjUeOU2MdOK3L9I2Zq5Mn/yqfCMUeoovJnoExDEqKOAGOesKxrOaWZtiy22+ZY+m&#10;EUsVDlbDqDKz4dHXUUq4dU4dgeJ1lVh22UBros4IUNvJIKWBJ1NrcwZt75+7ze6dzJt4MLRrSXWG&#10;0Op0lQUmUeJcBICfESUhJIxClY9bpb1O3V1eqvWXA2BIltKFbJOkpgr8JHiBMRwM1qpwZ8xXOXqU&#10;63Z09WfT7PsXSjMuWpup+Ts29XeleSco9QqJ8FqqmCWlkrMtPHVVkkMNLFHA8FR5hhSJtieaJZAH&#10;zP0VybnWPGYOqHTfCMIxi7R4RNgWIfKz4grujzqseHNExIYksCjA3JsNxHJ53X7UnrVFucrunnbd&#10;YklaCUoEHTKnJ+4QBJBPpNC63z1l9DelD35VQgFSiAknADrngDONWXdLPWg2FHpBUelbrL1G6v8A&#10;QzMFO8ObMV6nZcxfEKLK1MKSolw2auxnNdKZWiqWVYow1Wrn3buwBIIx1A6e4CYMdyL05wWjyXid&#10;ZtGNRQ49HTQU1Z8qE3qlfKkPkHXcpO8N4MoDcNe0Ht2u8nsHVXqVOrIIR9uKFHAyIUNuw6fLaaxj&#10;7de3i33QD9m7aOIddSdJnwuIMgEFMEKgiZG04Tsq5nJGesyYXhMeYc94liWa8LqWqqnLmLYTlyoq&#10;JqjCp6p5qYyU+DU00/zIiKDcsYjdQGsjsUVGZnyTk7E8NyziFTmSXNWZ8KWryxVz4hVF2WlqKg7a&#10;loJ6qVqqxhMjKSrJqVLMFUcj96c4W3dF4oMKOCSZjGenH2k1yV74lx1KkltKl94ASTipJwkgdQjj&#10;QiZfxHMdNjNdhqZUpsFyutLS1mCNhpl3STrEPPgkRaWCOnCBo1jfe+8AgrHtu5fxSV+A1WJ1uTfP&#10;xZcZnqYYsSxKj+epA7QozGUQvWzQRljZS1OpFipYra4Pu7m0UnUAdc4yBHlR1Y27VzqcdUnwxhs2&#10;mhJZzIEjqUMLLtkVIpXRi2ulxsDW8Rf6uasXIkrICnLnuer1e57nq9XuWJfhQUMmJev3oJQRMFlq&#10;v60xRliANxyVi9r7iBxFmDRWyUjjHxo63eXpvEHz+BoGfUJmWjyd0fzjmjEFkegwRaGurRSxySyC&#10;JcSpw5VIlZmIBJAAuebnHRbAMPwPqbJiEuPRSVUU2I4ImGQxO3noMOSZpFkBsArJ2IF+RVvrl6hl&#10;rqpEpI+I/GpuyJ5RvGxpMETOHGRHnVfHW/qLjudumuW8v0fTyvo8CzDQ4Jm+ozXiVVRxHC5Zsaam&#10;ipZ6bcztJIjk3QkKTY8PzAsHycDSwXecltxsDox8RzHdepKR11JFwwUcaITVtUzZqxeno8SKRYRG&#10;sG1LkNvjB1HjYnk1YpmmWSK4g9wEj7N7agi/s55Os7dhpgJpNVlbl+moaihqGj/nVN58+1x73+PQ&#10;+NyD7OY0DwvIqWjiS0gZv9Y2vxeG1IxpY2wAJptqKjDccpaNKrfVVtYRGY4E3fYW9j7LAeA144US&#10;zsweZbhjtLXuBcadtOe72RApOr74pF5np8HoWCUtQXjo1FU9G+5ZJbfBtfDTmbyhTOZqxmkmb3YV&#10;A3DdawB+m+nNNWhGJ41R3BQAGFNWJZwGYoBgmT0p8OwrDCtVj1dLKImjgBLSbLa3G33ibWP38ny0&#10;gWNCCUk1LA6bRt+j4ceetVGIraHJmBgKQWWeotJPW4rT1kfm4ZT7Y6CujbcZnM5Rl2sdQoNwQdfp&#10;5CqIo1p4mkctLNukEYBtYAL3Oh78LrhuASdtLG3AR10MWUccqq/G6qkoIEjwqgaOmmqWkUt5j7pL&#10;bY9RoBa478YcKq2gzTTq9Qo2YTi1eKf94xwzUS379h5o45lqwCTGwfj+FI828DMkcac/UjgC410U&#10;w3CUp2f+edQcj5dkq2JEay1a4qbfSxhHw5om9b62TF8SxzFXffJiWIzVrse5M1UZT/HmRuWYKSno&#10;A+FAhaiUAnpraqACgKNANAOW9fguC3X7PqnS+Hsl/jeVv+ZeIrpYLiD0g/Kmr5A/KK6yKpr/AB71&#10;Y/hodYZFFzDiuVJPDQNmKkjPf/idubPxgul1JJvf9bHipu5hXioDrEmvnXVp0KxsxZnJINrEn29/&#10;ZyI6DcVIIIOva1+GSThNIijgabYZpAbgWN9L9tOYHUae6b9+4/Xx48kxVlkDCMackkeQE+ZtKmx2&#10;XH7eYdiEMSLW0A7csomRTCgKd6aurYxs+YZgp1La+HPPELsdtrDw7aa35VteAFNlJqYuIz7iyyEM&#10;59vt05FelDtvB8OLG7zQnTVYqV89PIwMshCKbKhvzryQiW7hO9vv40XipU9NPSRsp4gr3EcWyRle&#10;MfumxK+PiNOYmhV7Bdba/fx9t4oxIpnbXCasjluqzyBl1LA290aeHOkpmD3JsP3QOWeuQUxGNa2V&#10;lpK7Y4kFUW1BCObE9vHnGSAta1r3Fz8Pr5Vh5KPZXvKnCfEZpR5bzFUJuxDDUE/fzowsRZAADqS3&#10;e/LJeEyrb1VRCSNu2sK1QQKI2LAgMd3c6m17H6edCmSwU/bXWw9vN/mFAyNlOGIqU2Jl4hGGJDXe&#10;Q/avYeAP9A5xMPlg7T9rU2Go+vmwsOHHhXhXhik9NGJQu+Ld/kh3HhoDfw5i8l3YEg2JsSPG2vFI&#10;WhCY41opBM12+K1UzhwAqDR9Adv0DTw5nNL7pC+6NDYf2cQJuYMmtlsHaKmfzITKBG5LISu7x1N/&#10;H6eYUgu5Q+7fsW8eLHbrSiRjXiiMKhe/UOWJa8Ysvt1Nri9vHnARjta5sRx4qwmkimla5FYBiM3m&#10;mISn3iVbtf7zzmYNthfR/ZxhDwWThsqrs6uqps2I1FMiSiYOWFtjEdiL62515SrcDu3vHcST/Hil&#10;OpUHoqiWDNMM2OSK7IQC17gEAW0tpzsJqbDvrr/ZzyjApYvBMTUaTFNzBwdqC979u3x5y7MLjUeN&#10;uaCZFUQgacKhmoEpAjkUCxO0m2n5czMI9oCru8bnmmkKkzhVWUL6aT89dUiVGM9hGGAQW7Na/b6O&#10;ckjZxaxAGouOecWlBnCaUlkDHjXAVMtQIxJUMIlJIAJ1+q/hzsRe07PD3hYcoX+gTVcKkK6SAGWU&#10;xqtypcNr2AHs/PhJPxEoVPo666qDuDYJVqzLf3bofbwrzRxXdJJEeJPxij/d5P8AlIPUfhV8v/Ce&#10;aeN/xEsrJG4ZTlnMw924/wCRND7B7Oab9fGDglF4AYc5+7FI+FKsPb8qHriSkQK37uBRWIyq4t/q&#10;3+rj7BGsTSY17k/LB2VYYdwb6/Ty96JqmXpOsGvc2GfS7WrS9YOldVe7VOOYQt1sARUV0Uf3EPwA&#10;55jaOH+9PwoQspAWMcaBz1CU/wA30M6xwf4sr4+VI7grhc7A/eOWzVMdREQFRg9TUCCCO5YKu+xN&#10;rXOg5BTzg0T0VKaVlQJosmEGlqKjy2k3JTUxq6mRgq3kMY8biwLNfivipZhRU4kAWRQ08gl+3ax0&#10;0Hjc8YSpK28eNJ5ClUgamujp8w1b0pM0KslHF5QtGLkXJDG/gLac4wU8bvJI1Mqqp3Kb3LAC2u7i&#10;dlogY1YJM7an4pisifKxQVpLVK2kUJojO24EEHTQ/nxDTRTti9S0CoxmdpFqQLamxI0+ji/hhTsY&#10;UIFLPSx5foRXF0WljWKSlLbvssQrXvoQG9vJUWGmsgZpqctVVRKkrf8AyajZb3h/HicphRJqiK4S&#10;44tDLFFS1iDD6JQdshG4yMfMuNpvfTuON2FZP8iR3eMo8bhaVlJG299b63Nxzbl2Z0z51tx0xE4U&#10;7YvnKKWl81GDo0fnVAYAg2NiPCw2nirljanroyshYozJVox0KqpW9gACTbXni6UAcartBB20gqVY&#10;8Yw+t3Uq06zqrUkiAFlkkcPbdqQBe4ueOX9Ytf8AeVPtfZ0/ydvsfR4893p99N/l+uk9/m+itb5+&#10;f/IW3Xa/zG6/m/T4fRz/1Dz01Nl2kk+ZkosJw3GZJVjxSSCGnjaJd5stTJULHKPLBDMpZiTtBCqb&#10;HMmxsrddqQm2aA2qJkETgdpkbJwOFcrr/fPOnn9AvbhxrTCRqUdYHQASlUxpGEbegGrFMRy5nbG8&#10;t1dA2D5jzRk9IjX4H/WLGcXkQ1D0MUNsIpsOqamALOxcxTosIiQNJG00oJWVjObpaWirIYs7UtS9&#10;VEP5FBXJTLTUM7edGIyIViUmy299hp217qrbLmEtpSwoGACBtAI4TxGAnGT00FLbMblx9XeW/j1S&#10;4oSFLT4SesDHgmRWXJHos6Z1GI5FzBTdGsx5XwfCZXGaoMLq8YrK3GflpopBVSjF6+uc75ULqIlf&#10;e7Xl3CwUG6TMGAQJG2P1eKVWY5ZpqAvQYpiVVhayRkLGEYSmEe6hO52A1sVUm3Bwjtczhq2DXcMN&#10;I2eBpM9EyZHX8ayCvu0278DdiyylvSCpS2Gw6oTKh4k4mPCcPEZI2iB+f0jZyWrxWmylTZTwbpTh&#10;sFPXYBlpso5Tw3G41qqOV3nrZaagNYY/mKgBYqeNWCpfzpFUs60ixahxPF8Lq5ctR/y+eQ0zDHlq&#10;qtqSWABkEM3lSyJvII2xqL2AIJuTEWfNXOZuoFyEKAJjS2hJx6SlKT86jm+ztSyVhZ71IKmylLbY&#10;InEFOCVaduMxPCkTh3QjMfTTpTnLKFF1YnXMsMMJzvW9KKuLCXxuHGN1LU12JUKV1BSs6wuhSeok&#10;Yr70kbbQkKvlO0dJVV8USwZdppZW/mM9BTTUryB98pCRPFuG5bAy38WtIw1IQzVHdXAVsIjFO3CR&#10;tPDbR5uTbl+3SA4QoyUhawUkj+krVCYOwRP94KL111p5sdw/LtZWZYxP1FYrgVHR4dlLCcXrcKr6&#10;bChFLQ4Z81PVwVcUVS6yK0xoCHjPlwebSxSsdiQzrl7Ds1UmK4cyDHKbFJ6zCBBiTy02GU9IWWJR&#10;uSfz3LiRboZiJCFUIhNozPcDfXMd38wN22spSYBBgg48UwZJ6Y9RUzdn2+F/lL7KEEoWrxKUmCow&#10;ogpAWEpCUgEKB1K4hR4+6V5qxzpXRZUzlUTQ9MK/p/l/LGYvk8mYZSY9njH8brKKpxKpaqp6bD3w&#10;uGKNYZClTDhEPyg+YqHqZ4Axq6tfUphvVrop0yxrp5T4dTVXTavxSKvr834BHF8zWI0fl0lNXGQS&#10;z7pplSfzZidz6FnsAckO3zeD+1WUt5qMwIUEoSq2OowDtAMlJCTiQZwA4Vm6ntKyHfW/tbx18Ku7&#10;cLShog+FUwpSdX3eH+IDYrqmr2vSbnTod6nuqWTPU9K2P4D1x/qRHlyn6UZ0r62pwjAN9U02Jy4U&#10;FIw+Spikm+TqJKf31RFDLHvYNUpn3P1LlrH6DIdJUvVVsFO2I5yp/mBEvyxSRmp4lHmv50zqgf3S&#10;VRj2ItzCV+9LI0JT69VDBLwU4QNgqz5bON4AIOqN+3gyYNDR4FSRV2bMEpqmepl84ZbytDPUy+aF&#10;Qw0sNJD53nNT6sT76ILtbseFyLhaTIONLnFJWnTG2sUu4oQjlGA0kfsB7T27/C3F700yXU4lR1dX&#10;mXBcOgpMNhfFqOSuqSZMIk8l08haWo+SCyxBW3NoqgXumlx/YqK2tasSKo22QMaTWYMbWgagSFp2&#10;nq5AkEVNEzRSgFRd5Y45doJcBQPeYmwB1tLjosiYzmTE8tfzOvxSkwYwUVNFRSRyUysYgEV5wxdS&#10;pclnLFLndt90Ak4eX3vPwo0aZQ6nbjUwz4qlBDVLBDFO6+ZUrN5gZddSqqt2Nuy6HwvrcDt0d6J9&#10;JhjtFiBpzRVmV6WYrUU9VCzSQCYb5EaXYI2W9ksNl2ZnAXXj2ZBtaZ2qo0tbPFR4gY0BvWLP3UHL&#10;GC3y1h1PXVOOyDC8NNdS1TpT1UsBaJZo6cO0kRKs0oDLIQAkQaRgOHXyljeRsOVcuwZyUx4dJHUv&#10;IscVNRvE1aaqJ1iSpRJV3bHncxhm7qS208KBlga/aKSCDhSn+XF8iFAgdX4UQfqtlnrPmVJs4r0b&#10;p3ra+KpOFUy18tZjSTvg38urlaomwiaSjnMM1VBQolSUBYCTZG0qAY6D01ZKxSjzNXRJGqZjnVzA&#10;tM8cNkqdrSRUwlQQlY41SORNpO53sd44H7hxCXIAicKbTk72naIB2c7KruzV+Kb1f6f5p6e5UxPL&#10;LSyZEw2rxXM81TmBZpBUnBIPlaObE2o5xVySyT1FRVUu2VEMcEfmo8chJYMwenGqx/N8+ZMvYxTN&#10;m/D6dcGro8Wqpt1VE8cqQS1TRFp3liDbk2yENICzodwdVgbuELgqJjrpG7l7iElQGBwq0zCfWjkf&#10;JOR8unM+WMWwLIuM+ZXYRXZawiFqGH5WaJ6imgaaNIoqYFXuZURVhkCpIHXZyurrHkLqx05zNhOH&#10;5i6bxVGLYvMuKUWZIq144q+rox84skLV7tEpVnYJF5Yb3ti3GpNnGUlEkUTW4U05BBBo+HSjrD0u&#10;6wYLV4z02ztS5poMKYYbilBh8sMk2HuXaIJOkV5EJ2HVjY2uDYcHfIOZs4UPTfA6Gjw04bieP09Z&#10;iuC1FbQVaxU89RPOhel8w0YMZBkeVGTymlBIAYX4C7qyC1ExAHVQhu7jU2BxqLiuXsp45mvE8TGK&#10;xmXA54sIzRhuE1kDiSQU1NVomIw7JCJ1UwGNxtlETD3tjWIqdGc1ZZzX1XzBkqszJVZbwzHaIJsx&#10;dKKqpoZZYpQ1LRTxvIY5RI7owYuA6Sre4aNWMytVljDaMRTeRhZWoSAIoG+v0+bsk9KI89ZZyG3U&#10;rM+UK+CtGH4TPJQSyJTzxRSVNXHsiFTGiQCSwC39wrbaJeWC5Dz9iGQKDBKHNs7Y8I4kqf57gqb4&#10;12SPDtqBCkG3eE3rKu0EjZa5s7Nu6tk6miIVtScRPGkfaR2WZRvPZhu7TofSkhDqMFJnaNmPkfTa&#10;Zpt9UXpYy96qKzOcnT6jbImITVQwWbAc5vFHJXslJHikUkKVf8whqI4WqXgkpJ4mKq5qEZdiPDhx&#10;TGaPPWORV8+UWxhsvK1NlTMeQ8WtFh9JVxoqTU0rBJUk2sC93D2Tat1uDkD2R7w5oWbhNtZqet3Q&#10;A42kpSkwcAASJVOOIMYRWNln2NZ3u/Z/lbO9QAv+6a25LsHALUk6dIHCIxkikJU9OMF6CZQrMCx3&#10;rzRZE/z0VDY91W6V+pTKK1eIZsximrJKjEafEqaBq2hlodwaOFYYHgL1Lyys07o6pHDsi5d6HZMr&#10;s7vh+KdT8bo8Po8Fzvj2XahExuejhQRyziGCWkESKVDSxosjMbWI2gCe8xvM43rU3lX5f+VWRXqQ&#10;0tAaClhOPjIlRMcTHRBg0X3/AGq7y7xXx3cfLdgASG5ENqUEjSCpKTqkjDFJHQQDSr6j9Vc9+rHq&#10;v076Yvn7KfTrKtfitbmrpBlDqHlikrMp0eYopFelSebFaKvkxHEJY5ZmoqpDRRRWZWhleRAyxwLF&#10;On+PU/8Am+w7p1iD49mDCEz0cu1cEaotBQSpFBSNUV00ypLJJGIlV5YibFzbwBu8O5289nl3erv0&#10;Fq2UltQC9UEn7QMUKCfuOJ2nEUCwjfXI7ZWaP3SVC3UGyASoalDE6RoChjiEhY4Y4UDXWKHqZkHq&#10;DD6hM0epHCsN6S9Lc1Yj0MwvqNRVte+JSZlzLQVFTXYolJl7DqClljpaKskrmZaOuQACIJsWZ+Az&#10;QdKc4ZKzS+K1WJxQ5khxKpx4LUy11dg2DUNfTTI8tSUoojVVMnlGWFWIEABAdQFdzS+z+1zpYtlN&#10;KFm0n7UkEqMABSdsalQYkqggGYqdc17RbfefLbV9Vytm1bQWltoCUl52BKQCuEp/pKxkGNsCjb4v&#10;6wukHXDpc+X8HyliWN9O8UwDD8r5RoMJrcIyvmvO2KYJjmGskODx1OYF+VwyneeGmxNngZawzJGk&#10;dQC8ANpgzYiZIJKHNFPmWgcTwGCKhqaV63EygkR2kjNQjQFJVPuFSNvdnXaIa3i3EYtnWUpZU2t0&#10;agNXigkplaSMCIPhMERjWH2Yb221hdd3e23cjUIIWlwpbSSCE6SAFkgnx6tsjDGq3M85e/rfgGP0&#10;2I9IMS6c5vwSnwCpevmx7Ba6kyhk8zSw1VNRJiTYLUJiCTYdUU0ZlhljkMpVxFSVBmkCPCv9p2p6&#10;p4rDjVRDiGRJVipfKpqE0VN804jkkkp5atvmFWATKFWSPVw+6UDaqzOvdvchzd915DEPISBqLgKw&#10;fLUQqcYCUg8MThWbNwezZzdYLt7hSLl1uWmzBdJMpJWEEJEqEbMIkxSwxz/hpLIvpUwHMuVJpsmd&#10;X8krPiFHRYzjlPj+OzpDU1dK1LjByfWVWDVMeNQ4O58mjLkQvFJHTMx94Peq3WvqFk7PmZul2F4B&#10;5OE1WGDHMsY9XYbjNcqV0MrwPDBBThlq2kZ4XQ+asafpXLFUVWRdmfZBmuaWarq0WO/bgK8RQhAO&#10;IK1RpEjHbhQK7IezBO8G7/8AMrd1S7hsmUlSU6U7QVrcJ0gCSRtA4dJlPT16HvTz1+yV0o9UtXji&#10;41mfDcRbK/WmTJOL5NoA+F1McUzy4hViHD3wmKliMtKUSmWulp/KR1hmaSRFZl7rhQ4fh81HR4xX&#10;Y1mHDqDDMa87GY6XCKWtfFzVxopQWlEkclHJGyRtcFD7jMQGY7UuxfPO7Q8h0OL1FJSDqjDaFAJB&#10;SeG2DPoHt+ezzO8rPe3wa7palJhola0pSNQUSBBCgSZ2Dppozb+H7lfPOfoKPM3S/LWRMlY1WY7l&#10;yrw7AmxnO+OYNTZcrcMFPIlRiAqcKFPWUuI/Nb6uldys6XlhVDJEG/V3r5mTNqNkzJuVswRQJDim&#10;AZtx3LVHl6rkoGhmnwyolpGxzFKW4RwxWoFPLCTowPvqICyC6ey/Mkl5K1hBBMcSCfDhiAYwqF7b&#10;8jlUXSwleqC2CVCZI0ydskjZtozfpY/D6yf00TE+oeOV2EZnxjMOKYVnTIFTiWIYpl+Bqf8AltHj&#10;OGQ4ph1Jhbkzptjb5OV/Nj2qykERtynrOmTsTypnnJ/UrPmCYljHSrOxGLYLh+PYrFNRYhh2H0Md&#10;Ph+HTTYZQOkUoifdu3lQm7YzWBXpv2QZ3/aBpxbls5rhbkJQnAKAAHiJGyNWpWzCMMM3uxnfnK89&#10;adYEfm2QoqACSUFQhJTIkidsnHhV02G4hSY1geZsl5WzNRYFnzD6eqpsSxTAKBNlBitc0rTV0VJW&#10;M6yD5ovIVdmBcEOTc3smi6L5I6s9LqLMfT7KMmXX31AwLCMEaahw7c8sS1sNVLW/Lz4nFKtCkUPm&#10;RBPcS17cdsN4swy68SjMQksnUYUBMDEJhAAnDE48BJP2gTPPqZt9x8/TYZs8FIKSrViZBwHhbTCe&#10;EkmQMTRAMlZ469dOuuH9Ws/ZxoOouC5djosO6nZmxpDPjuIn+WvFh09FhuDNHhuCOklW1RVgSTPL&#10;GxO2NTGQaHD8n55y3Dg2A5aw2g6ZZHqzRVeOy0sFU2MU6RV8ErQ02M19M/mySMwYJ5EZA0jkU2dY&#10;y7Qb9m/dL9wtVy8ClIkd20E6CnBoLCBEwQVEkCZkk1A+9n1ebt59cXWp1bzqNaW5/uK0qGBUygSI&#10;AiSoztUBsoifUDozBnhourXXauzH6tOvuDrjeH5GwSvxHC8MyFJUVGDYrhpqq7ItFjnydHRpRyvR&#10;STfOVTuGvURuS0bGNzhnLBcDyvU4qM9CrqmiSKIkxTXihdn/ANHaNygfbHu2iRWJsCwtu5A3+x7a&#10;MAPLUkEkkgAceHhw+Vc9L3fC9zO4LLdvpROEFQgkY4KOw4/wkcQMaC/02+hRaHPWXY8f6JUWDUlH&#10;PW4rjeFRRfLxV1bXUzQLHipalWoqIo2rDTiV4WgCb2jh2SGIFgzx6gK7JWDY7X5hxikoMJp/MqsM&#10;rKt3wuprmdZZvl1eirIZWmlO5Ylji8xtmqt9sqcm7LbrN71NtZypzaIAmD6x7TQ93L3cezi6btLa&#10;3U8pfhUASoJAjxKHBI2nGOsVYhhvoc6XYpjmCYxRQ4hQY4PJoqTDUosGzDQYTKKakpRLRwY/gmIQ&#10;FIlhVmed2WPzSI3QWhV8yzm0VtDiOENh1akNRA0rviCS1c6yPEVaVGnMDhpNzE3Dkvc7xa6n9vu6&#10;5bqCHpLiJBPERt5xqN89aS3cLSkhOhZBAMAQYjDV8RQt470sNHXZWzmMWw+erpniNBDgCw4VT1dE&#10;XiqIaWp+XWpRoacwRhGQxKsICGNgSsgb0mGUdQuG4fitRPQUmEzjEsPeveASxmRTKWZqOOEsElju&#10;TvLD/Dt7MvFLnhUrTHTS5NmEILjY1lW2CY9k0N2I4/ilPUYtUYfTw19Ti8HyFZBSxSrG7U0qRoif&#10;OyTBfOhmNl8oKdff3HVaxZarlFNhb1yYsuO00EgwuCcqwp6y0aFEiQFfMEQtZlYm4OpvxQtbQJQo&#10;zsnnroifWsqWpKdGkkTAPvkfA0jV6hZVqKXEcdkimwqHKNXVxVuO4hFJFCtXhamWYSPPvDCnM7lm&#10;KtGFs4JC24oainbKklJBDlmOgxHDSKuvauEEfks5dUQCdw+5rfbQ7itipFgQmV+XUdSU4jjs9nX7&#10;6C71ot1J1KlJPX7THzwrjlzM+C9SKKfFsLz42YcAzFF8ll2ry+8tZDXRxpG8kqtTo0TIu6xjcbFe&#10;4cEswKmy7nqDCqGPG834bRRpPSTNDSLT1dRLTRPB5in5co77vdH2mMgPuqNL8LsyUrRrHhIngDtE&#10;bfbRQ3ladRQjUUyOIHHnoHXSR6p9NsfzkIsF6eZsxTD8QwmvgxSvxCGopaYYnLBM0LxNUK0YC7ZX&#10;IVIvKvZpAR7jIzMz1WMri9flbD1wfP1NCY6XFMVwsvSRwijWoNJNFJ5azQuYow1wJNzEK44gvMzD&#10;CNKglzjiMY6JjZQyy3fhq2ZRaXKO8s5+0KIOokeNJBBCgCeIThiMaUeU+ldTR1sOIV2d6qpy3WTS&#10;1C0dFiaTyT1L1E0UddGyB2ili8+TaEkaIxqC6FrkLenzBWY1gOH4L1BytT4vlXFxJjlTT4XQVi4b&#10;Q1Tt/MVniqo50VXSfa8Dgh4wvuWI4YWiULGtXhkYRIA9aI7TNmbO+WuyWQoKhMkalJ2AEFJ/hwVw&#10;PHbQOZ19PWHNW/z3p71Dr8s9UsvUtBl2lzHjGL0dbjVZTYakWGtBPTVtNOHjkgD/ADEbo8c7uHl3&#10;2HEj1SocqY9PhtRhdBQYTmHBnaHKOI/zOafE8PqpZCySojzRyVEEiQp87Thgsis3vbbMBbZXxYcS&#10;qNQMYTPTPRgaE+5O/WYZK64puVtLH7VGmEqSMDMRpIJOhUYYT0UqunPT7ONZloZfz9m+vzEMVRZc&#10;eqpsv0dDg+JwfLLIaYiCGRKZ4ZnJoZ93mRPGoIL7g6LytmHNkeGUWCdWVwnEavDg+H4VmfC4Bgk+&#10;IxeVGi1latbWTP5rSO3mLGupvt1IAT5h3TjgU2gpnAjD24z7aSb222X5ldIXlTDjfeQSgyqFEmUo&#10;IiQMIk7MZoZcIyZS5InzXjmWM74pidFiNQmIYjgGLVMOL0ODRJI5ahw+KhoIxDCsKhYzI7EBV3fv&#10;EoPMfVHAMCxqWjzFnuhiwSItXyZQq5KRkpFZGn+XgkWCjDAm8YZ4W7El7bQyjKNy86uXSlppSxt2&#10;SQOqAPnUubrfTNvZnNmksZY6HMAFBKgDOGpQOoACZMEdAE0qMCamekixDAsCrMXxOuQ0lTnOlgla&#10;SpMbx03nsRLUMo2oJNglU6iyX37EtmP1B9KsFmjpXEVZUU1OuLUAlnhpQoMXzMSSpaSVWRkuBut9&#10;iw7cHmVdhm8+ZNKKGCkD+kY90VI+6H9Xr2lZolSgz3RSQCFdExOMYR60tMOpcerjUEYdMtNLK2HY&#10;ik0bFg6t5UkkZmaJHR1ce8Ev9q5PA1zR6k8AxrL0K5fxnG4I6WqSHCMIwiWPD1n/AEkEskoPlzMr&#10;Fjayg2OoB8RVdfTLntvpDikAE7cY5FThl/8AVU7+fm22n1thpQHjiYMmEkE4gbcKnYNlWvgxabEq&#10;3JuGUuKYxABjeOSzfPPdEkgjiuYoGcBSASbXU2J0twEMI9U/Vqhehlps21+IYLHvgraDOuKie1EA&#10;kqQxVEqI7BWd9isWFhuABPJYyH6SVXFil9688SjGIExwxI2dFZB2v9UKUt94vMUpWdkIAE8Ttwmn&#10;ubpbkOZan/jGYRTTVFQ+NCaiw+CM/PyRiF6lvLC3ldFVWf7RUbSSOKHEPXF1DxeuxEVOJLBBiKrB&#10;5OCJIE9yUqr/AOkNsVyh2MUUK2hPiOTZlf0i5MWFJuHFLJAxEpHnhA+VTruZ/VgbiWbOh9xbrgjH&#10;r49EidmrUBSDovTb06pRhjS0r10+EPLLh8tSkF4llCMY1ZI1farpvQsxZT2btYIT1k6g4ziFSlVm&#10;7EKiuqLVkc04o3qJJYWapEbTspuqkAC9/esSdCeJj9MWRWNwgIZ1CDAIEz0yfdtrJjLPoM3A1tD8&#10;oO7aTATgRJG3FO3ooTqHIGUcMiNNh2DR0NIyvE1DRtLFTgSJ5bERRsEBK6XA7aduKXG+pGbMa2UV&#10;RnE3rHkzDiMMc1OtRuWR5rMqQyR282W+w311A7Dht/sK5G5eBJYCSk6o24AjA7OJipTa+lDcZp5o&#10;M2iEBqYEiCDtwI49UU3YP0syBgUtJNhWWoaWXD6ZMGpJGMshSBII6VReVmJYRxKm/wC1bS/fnCbN&#10;uI1jJRTZpOKmumEeOXqSEnMcgg89oiY1XZ30PsBNhyQVbi5Ui1ly2CglMBMCTGOM0MrPsJ3NsbfU&#10;myaJCdMaRiBwM7RhT7TZTyzRNSVFLl+khnw2N6fDpY6eLzYY395kR7FgGPex14l6rHKvDIsTxKpx&#10;laWbG5YsSkxnDKieeecSK0rtM7MN7NsW5YAeNhYHhfl+QWrLC1JZbYHCBjHXht20oyncjJUMk/lG&#10;mieCUpGHoPbThTYPhNPSUNBTYVT02H4XGtJh2HxwRJDTxxp5SJEirtVVW6gLoBp2401ONRSLJjFB&#10;Tz4kZFp6uGGYRqDGIgDcAG7oyhjZhcMDe1uCRGWtLttWgQZ+1KZx8uPrQntt0sqa8bTCJMDBKeHD&#10;AU4rEqqFVFRdRZQBznTVM0OK1CSSmKkmnipFq4Y1eUfNxx07IARbaoWyhdSPyR3uSsOrWX0ykRti&#10;STgBQqGX2ugoWgd30R09FcmVSuqhgPeCn2g3HJ+NnFDh1NLiMfy2G1tUKeoo4pgII1dVSNFH7oCR&#10;kgbiW2ge9zabBu2dRpTCjgASI9IijK4tWm0jwwkiOjDke6ulVFYeLkfaP2iAdf48wVEdLheYJxU0&#10;UscLrE8U9HDHUPI3yyOCFSRT7m03uNba3vouayO3WovrtxrJwMA49XERHxpBcZPbNrLhZT5wMeeu&#10;u+4OgJ1AB08eJKrxnFTi8ku2OhSuk+YMV18tN5Lx7yLFgiybfoAOvBI1lyQrUQJI2mOE/jSRu1Q0&#10;5OhImMcOeNcgoAHiQLXPFPRLV1lXO1Li0Ffh8ISpemmmV6eGQWg3CJSRdjIfcsCPaNOMIXbbCdQP&#10;upcyUOPmF6hs8vLorrS49p90G2vt444liWJrapSmpqyNYhDQCGB9qRJUtSsUCgXIYlUt3v46HhVc&#10;5fllzba20gjYCRjhhxx9kVu4aZX4tIMdI5NcQE1HsPvXPc2v48e8HxXE8dqKLAIX+apqHyP5hURw&#10;soghNQ0vmAOXIUpIVJL3NtTqBwM2e6zWXpWVrTpiYk+Yjo24ydlBjPN5MvypjvLx1DbcgSevZAj0&#10;9KhVMlHh8b1NRIsO82Uu1t7lbBR7T7ugA4ssWnmavq4adKb5OWX5qaknimgWlYDS/lrvDlpmtfse&#10;/Y2L3sntwvvGwlSulXDyOwz8aEzNjZ3aEPthCpGBI4dWE11BHA8cFQp819myOoBVi6NYmx7EHaDp&#10;xpr8SkNVL8jP8hhcbxmpnjp5Vq4KiRjJtkYJcXfdcAFVsQLA8snd9JAEwqQT148Iq68qSEmISJn1&#10;rNHCNvvje7dwSCpA00H0cw49jNVh0OYcNq6+Kjp8QUzUtPNHPDUAmWni82NgWCxFRusNfe7C1+Hr&#10;lq2kIOqJSSejo2dNeeSsQQQPn8q6SJHaCVbkpoxDXBFiLH43POEWKS4nRVc2Mb6aSokhw5DTApDU&#10;JNT+8GA/4sFQZH9mirooBIrO3Q6stFM6SOggj1npph1MoLaoVHSOB4e+vCJUKov6RU9+z2JFjp39&#10;lrDkYfyPBsKiqMRVsUDTNPW00UiHy3rA73FmuNvlKoQai9iLHis5WyW9QQlZBxwGHpRHebsWV2D3&#10;7SVyRgQCBEEbQYxA2V26NIxCgKdNrML6KQfEfE8kNiNLHBF/VysaKWlkWnxNom8yVjHuZpkUdy0a&#10;ALu1DEX7cMrrLLC+CmXWkLMbITAB4Tw9tKb3c3Jbu3Uy5bNEEaTKU4gnEbJjqrHNR01UrpWUkc6O&#10;pQCVFI2Hupvfx5zGZc81WO1MlVm2sw3EcSip6l6yCedQyzsCoLIApWNoo1XaN1gouNeBYbhbttvF&#10;KbRKViPEBxPDDA8PbUcZX9OG5FiW+7yq3SUiBDaRE7dg4wJpPz5EyTUYfTYbVZTw+voKJneno62k&#10;gnRWdZUc2lVrllnkDE99zX7ni0w/PGYKKrq8PbPGKPhda7VVZDYSySSRkVlMgch7Hz7+0gC2gvcG&#10;5p2UZM04tx1gOKXA2faKU599Mu5N+suXNi3JTAhIwBwMbcfMGKTlf0d6ZVlZhWLS5AwoYpgSzU+D&#10;1dPTRwtSx1dOaCcRmIJYNCdpHY6eIFs2D9SerBpzieG5vrKTBTTFkppwPMjoqKnhi2SMrIloliZV&#10;RBYXYn2iK94vp43ZzEpIaSkgAegHHYKgreD+rn7MbmFM2QRhGEThiSdQ2niQZPTUir6YZFlEccuE&#10;KpSqlxaNVkksK2rqJaqWb3if0kkkpYt3Jt7LcFfDPULjowqrwiuz3NW1Bgamiamn/TPJUQQgNajC&#10;7GEjyHcdbsttLXI0/T3kDaO7SFEzBI6CfOMJkcZqKMz/AKp7suunEr7spWCSSmOPCMQMcaR03Reg&#10;hxKKrwqsmoqY1FHVVVFIsdRGUoXfYl63zTs2CNNqkCynxJ4nKDq91DqMXxKpx3ysUwHGEEEGFinN&#10;PWqqTeYrLVmVlliukYjQKAhFjrbaAc++jxo4275icQZn8KgDtI/qbsvKD/KroNKkROOHr4dnRjtp&#10;dR5VfDaKhioKkVFXhJ82GXENpjaZ4njeR1iVbO/mszsNWJPtI4+Zq9TOJ2MdRlH+Z4Ywkw5qc4pG&#10;iiWJ4ipjspRmJMtlclTci3idOfRPdJtyv82hKQMAQejZsqBrr+pgz21t3Hl5y0kAeEEGCroJke6u&#10;OF5RqaURVbGipMRD/MTVlDTWaWNwVaMl/eW6rECym90B+Aban1XZjjpBX1GU2FOtRFBT0OKyoaWp&#10;jSA71lkhaskIJ3MrKNrkE7VDe6EUfSTn1uStC0lHTwjq/dRCj+p/3rWykF9J/vkkRj0Eno6vhUNM&#10;jSQzStB5UEky1A+dg2+dBI826J40SOGM7UULZveAAG9rXZ4wb1N4BS1UGBZko6nJcVT/AKHitbHT&#10;7FqJpULK6mleGNINwsQ6sSQwDAWUrLn6U97GVAwkoVhAMwTsxEYVHe9v9U52hZe131shDiicE6hg&#10;PYcT07NmFexXAMYXdXfIR5j+SYTYXRO8e5ArJ3NUHLS7d1mEijtcXuwU+YetuRESXGKupbE8EraN&#10;ajDMKwCaqhkgnUyiYiRKqWpkG0MVCgkagE6DlX+wfP23SgtSkJJwx2Cekk1HKf6tftRZSQu00LSC&#10;VESqRE4QBj5baaMKix9g+FDBqunloZzFNieOQ0TtVwBEdWUU0S04LGykC3a9hqQqaDPWG5lxLAcd&#10;gxnDMMyfh1HVUmI0OJVTSztIcSili1qHkk2+X5iNDHEQ1x/k0YCQMXW42b5eltxbJSlUidhwx2be&#10;NQVvZ9Ou92T2mi5y55K1rhKgDiAkEwnhgQZUduEEgwwLUU2A12L4LUHEcSxzGZRi1Oy4S9NTCT5R&#10;IWQVVJHBF7rFXV5ZC3ezO0Z2KAY7lrCcS8/FIo6vDRFU1WLVNJirU9FNTwiOSGdmCxSSCMuWaNmK&#10;lTtKpe3CS6yi7ABDZkHadmHWaA9pkeapAPcuASADoxnYQCcAeEim7F6LEsw4NPTYLmSmwrGt9G+H&#10;UuJYdDVVdHO8shqIWjWZ4185E2RSKAUYGTdKBxPZyyb6d81VxzZiXSkZqxiSs+Xx7MWH4dgVaRRy&#10;u6Q7psPheKojWSxUSFAFsQWCXJDmOQtXiyt9vURx4iflUu7vdo28GTpNqxeKQAPCk6+gYQSVDA4A&#10;TjJ4xQQ5TovUDSBKebNuCYLgdbg8CYNQ4jVZipayrxGARyveHGNk1H+juJCnmksCWSNmIEbD+j/Q&#10;ylzVhmaModKKWkzBhUMcMdbidNQYXUUMBpoZISyvNTxFZZbgNMo3yEhUKsoJWxuTl6SkpBSrgD0w&#10;J24UeJ7e95mmkpcu1KCSBxMmTOwSI4wcABjxrPUv1WrMqY7g2es+ijw/GTVU1PNkSStxBq9J6+pE&#10;qQy09NUVkZSFhtSmcvFEu4yqysytGP8ApW9N2a6akrcYyPSZeWu3jMGK4PiVX5U06VktNETRwCnp&#10;IpFlj0QohsdsW8WbhNmG6i0BYQo6TtAMAx1TE9Apd/0MvvCpSyXQsnYFJAgQOOJOGM44nE8BDy9m&#10;rrvlPFsew2LM9ZnyioxS0WVcuY9hEdPHTxRU8FUwbEaiWorqxZIKlVFRee0iM1Q0ZuhEmfoh0pjy&#10;zl7Cp8640+A5FanrsHwbBsbr3MMNN5Uq1CQUlPWNPJu98Fzt943JCgkiY3dXbpGh1belU4KGBmZE&#10;A8cdtEbv1MbxIBSltghQ26QNXmVLHlgOFN1HiefanN2NY/hfSzC8NzTnuA4Rj+aMey5TyT1Mj+ZT&#10;QUtVVzV2GMtPCgCPGdzttFlV32gSqBcg1OCV+Vf5rKMEu+L02co8YdahZII4zF77si3aS99kShle&#10;wCs1+ShbdpmZs93+YWHFNkHECTBJTJgGQTsSRQYy/wCpPeJm5D5CFJgJ0aYSBOJGk7cT92AiaDHN&#10;vpizVNm/LvVrCcSWjzvRxLgeIZHmyxhVRg9fR10kiTwzQGJ6oIsPluhFazpJEGczRoIyGuPYnQvh&#10;s+WqMFEwWWnzYuIZeocVlr5poZlxSPyI9s6VTPJuQxe+SAo23vwub7Zc0LqnoGzGJB8+PxgxspOe&#10;2rM7rMXFpCEF8KSdSglIBEHxTh0k0OWXfThhGD4wmd8czDjWMzPQ1GVqzL2MTYU+FmmqKJMGZSI6&#10;amlgVIYt6PE0dmkkJuCoCKo6mqxXL+G41R5alydiCSLW+Rj1THPIaVq9AyslBVTGnLqE3Irhb3JA&#10;YMBHmfbwXF+kBYJAP8RnDHpqHt4d4Lt55aXrkvhMhJEwDB2TtEk4xPVsJNFhOA4ZhNTVwQRRAYgi&#10;JWfL06IXkWDYGZjGBKbIbM12AsLkEDkPMmDnMUNDj+HZYrBNeopoEqvLdoEJjaQRGfdIqgzqALId&#10;LDuxIOcdQlQgRSJi4WlBC1T7fTbh7KdcPqKegqZcOqMRhaZBFUM4ARpC6OgL7AFJIhYnU/UAAJdD&#10;0xzGlThUaUZqcWx2Oaho8ErZFokl1eaplLVEpjKkeWiSkEtY7WbcNt51HpHRWnLpfdFSQYEYjGZw&#10;Aw6PwplreoeVaOlx3EarFFbDstDz8Xq8OiqKxqYhtioUpUdzICGLxqt0/eA8Q8moFSLEXQU9P/Vy&#10;OeA08lKK+aMzbI/MM1M5aPzSqkRvqpH2baNdtxB4xRh3bjS/EPfSvSpjmaCRXZjXFBG5cxhlS8ll&#10;V9DYE3IGo8dNGikxKCOupMTxDGJqOorpEbBsHp0kWjlDRtCrtHVlyRLHbfGjMv7w177bdhUcKu7q&#10;0FQxSPf+6szQGSNogodSD50xcBwb3spjC9j2JsdOTJ/5oj0lPh9fHUYZWSN/o64hUU9qU70QrPWm&#10;ON1JKgGUlyCdZLcu7dCNPD31ZxRUknYoAbKxIIo0V5oWllhUXnkhSR94tqVhBO49ztFvo4YfB854&#10;nlXAMWy1hs9NV4lUPTy5LmWojrJMJkIKuYEo46m8hN9ySw7WK3uD9oruLZGrw7aJmLYBzWvV3UGR&#10;/SURgTOMDgAaCTNGR8LzdjWF4/JJUYalKJsNzfGKYU8GK0G2/l1BqxE21f3JIpNy7iLFS1k1mTOO&#10;VsexqDEMRy1FTYhK0dZjMkfm4jV7pZVk+UMo8qSKmdkUtTvfTwUDdwxtMvJJCj1zTz104WQgL2SI&#10;iBsiQNgJHEbaesqZLxPLFCaCnx5q2ipImwvBY44xSJDTgXWSRSZlmqF7ecAL9yCdOLHIuemxmkzm&#10;tRRUuDYVTvTVuMDBYq4YrhixyrIzJBUVcgK+XHv2QompVzcEglua5KpaSRJjE7TyKT210m2vG9Ey&#10;UKSATE+Hp6Z6fKKS2dcizuMCqVxyfHq+mllFHh2ZY6L+W1800LwLHUzUlEGW/mBAX3DbdQNxDqK0&#10;tfk3PmT6TA6PL2H5rxWKspqLA63DZcQopKGlqRC51iqMTWeNFklYqUiCbLPGLF+PWb62UpAx9oge&#10;0ii9lgtXLzq1qDZSTsHiVsnEApJPRJPAzhQL/wAn6tZQ6gLm+bqLW5byfUxTT45lTMNLg2J0s/yk&#10;LQiON4aPBZ4JQ0CDzJJKkS+aNkgAVWDmr6VZmw3MNRW5PxWDMUOEVyxy1tBXyrUUk01pFSpjoJvK&#10;XZHJI43t9gW2qQBwa2+eJcb1HEbJk/CaG67zQyG3AU6kA6QNM4wIB8REwJ0wDjMGlFhPXPIOYcIp&#10;YOoGDz5NrcRgrhSU+ZsOkajraenISZ6SfEKaP5gswjBSINuZhtMi2YycK6oYll2iatrMcolMrR19&#10;dVYVSyJPJJVRiVUqZI/0IvGPe/SFvdN1BueGrd7bujUCB5YH91Fj9sVvQQZGAkkxHRHQZinPMfRT&#10;J2cFTBZsr1FZhMUTYdT0ONywtQRxU0zKWpoKsSS3V1BQ+WqWYFWK2HB6y/6jqmU0opYJaumgMFRL&#10;HWM6wyw1IKK8Tyq99u0AqhI8e2vCTMbFTqU6EJWEkSFDhPAkHr6tvXS/IGUtp8VypjUD4kEmInaE&#10;qT5zieFVwddfwrujHUOpxrFMc6eYBmLF6qBoaGrkwjDRWfMxOs7RyyBACJSzWeRQwJv9ogcWOa8+&#10;5X6sYAuUK7A1ravEytU9FRVtPTzosBDeZFIsiCaz31Vl4JN094WN2szRmdo2ppxMggaVAhQAO3aO&#10;MERIEcaya7AfqK3o7PswF03ed4xpKdK9SgodEY6CMIOInbxqu7I/4YuZ/SN1xf1K+nHPTdJcw5ap&#10;q6gqJcTwCor8EqqfFg8TUNfHLTtPCjosTAvFO4ZVsBtsIEtbljDKTDcCwLBaeswWmpflsRqMO8qk&#10;RDSS3WKoaUwtHHNa3mEliym9vdPB7k+8TWY3F1eG/hxS5ClyohLgCSsIUFArbOrQ3KGwhWCSSQro&#10;D2a/X/u/ed4M3K7O5kgk/tfCuJUgQqVACD9oAV4cZoDa30QeuFc7Z263Z26u43mDO2YcdrccyVi+&#10;KivzSuG0ma6JKSqxTCcJenxCKpxTC1aVafDk8ilFPKgjZj50ZCrH8GxOgzJgXUSqeXLkWWZJMIzd&#10;h2LNNVzRKCtVTz1LB2cwJI996SgLcsyhN1spbLeCyetn8iSnvO/bCmlAIQlQMoW2kaYSvQPtU3iI&#10;AVqis9N1O13dnPsvWzlzxfRcSpCwtKkuJjFKU7EYCdJEycYJo1OAdS+m0nTrq/8Ah8phtdnbMHWv&#10;CZ8y9Jsby1h2XMp4ZjUTmTL2M5fw2jqsKhhocWShopP9EqsOLOu2IVBmaJuOK0mLY/LjFDmXMkcO&#10;WMQMkT00Ei1LzySSl/NikkkDFLeWpCqGJbaNG1UvuWtgwwbK01XKEjTgUhISnSELKUlI2qiSUjbw&#10;qWN4EnMLNNqxbaXCgBKtg0xGkxKRxBMRt66fc2Ytkfppl3pJifpw9LcmIeoLKeCYc+U6quoanLVN&#10;hWF4fhseHLg2L/yijqKSCo/TVTRicvTp5TzFt0XusmSsm5pyjitVLlLFqrG8FxAzVJOaInaiqHpi&#10;5aNYxItRBslv5cjM4BJXaBtYX3z3pyjNGEM3qUNXLZSkhpQC0BYiQdJSsFMakAJkQSo4pUzb3mWN&#10;2zNl3wLrWlJCCAW0qEQCQoKkR4RAGEiJnN6oOv8A6ZeumQco5O9RK4R0y6yZArMFwfH8E6I49Qtm&#10;7KOH51pUgHymJVWGT4dii1lJ5TV1DEke6nW5Z7NA4M53yXimZTT4HhGWaPEc6YgK2ozDh9fHiFBT&#10;QyRVZmeOF66NxGirKTA6ssZI/e0HJl3b3lt7JsvuvKFskoCFApUpWpMAkJOJJgKSRqHACp4sc+YZ&#10;tVKcOnVCUjwqwIEE6RtO3EbMatI6UeoTI/Tfp7i3UPOPUStg6I4RNlnK/SzNj1uCZmrMYoq7DaSg&#10;pauZcq756ipqJktURyRPMLhgEXc3FXg+W8XpelGajXYBV4TgeW8Wir6Gloq+SabCTRlPNgRFChoA&#10;wkjR6Yqdx2FNqA8BWa742f8Aa+2tkXKC+8yZSpvB2dWIVqwWAQpSHUqlMKSQSqgu1vTaq3nFiHEa&#10;1MzoUAQYE+EpUADsJBBI2xRcsw9fOmD/AIkPQ/pxgXV3AKzPHVrphUJiuXsWyl/oecaatSpxGCWk&#10;xSiri1NiEaRwVU9JitPMnyuxqdleWYFL4Z0ueetjz3gOdlzhR5q24VWYLmHBayWOalmdImQ022Hd&#10;JTVSIwYNKFUEgkqCwluN/padtLqyVbKt5IUl1ofbJ1JWFK0pcbkQoNHpAx0hrP8AtctSHXb6LdLH&#10;ArRJ2ggQqPEJicQTwwpeZn9aCTVGdOmXWjofW9AsV6FtVZmfMWB5/wAjqkU1BBUV1LLRV9JXyPTU&#10;+K4WJ1Vq6Gic+YI2VBIzQmfxDpbgr4Nh2PZ2wI5RzMjzQ4zimV8Q+bp1keMxwzha+l82IksNpVFK&#10;aqWVSVOI+6PbfmN/m79plN4Lm3UEqbQ8xpVp1S4jW26lCtCZOOrWIICiNRjDcztDu8yvVN21ylxk&#10;kKbDqCVlH8Xi1ADSMQCZM4TjVD3Q78T3rz1A69576N+lXrvhnqI6WvFgeYukvSr1K5GfDcwChhqT&#10;Lj2DQ4xlXHKSgrjh1FG0jvUSz/N2V4I53Bl4SLrRS9RszZzpaXp7g8tRS0ypBjCZtnUvFIW2GRTU&#10;ggOF0jCEgoxAXmYORZzZsZQpJdQp5S9P7MCEg/0hjIGGoGFGNs0LO0Hf2yZyAWbF0l66mISAUz0E&#10;Do447Zg1sten3OXTXpb0Gy/F1I6i5axbEK2orZKav6QYb8rhcsE80k6xR02G+c4CafMSSm5lBZ2B&#10;IAK5n6LN2X1mxipoJYa6pmqZMWxKrkm3MJXYrBdKiT9GqWACiwF73BIIhX2J5DvQUrvFa3UgBOmU&#10;iBHAGATH6UVM/T1lm+EXebo1PtgBITIECOsxJHn0UdfLFJgWL0MPydclXQQw0yUVHSrEsSCFR+l2&#10;eUhDs1739gsARwtOF54lyVHiNXhGVKOqxepaGKqra6tqJKsuEQX+YmmhqSlkFlEpQHstxfkJ7/8A&#10;0O5XcqQu0cU2TguT1DYVQdtQp2j/AEU2FwrVZ+Ap6SCOOwH8KVVdgprvLH8ynp0TcrxwiBkdX1Ks&#10;ksbxkfHbu+Op4Dld126j0uLb/wCQYPhtJAY48Ojda5o1aNXUuFjqQpkdiDuKXVgCGvqIos/ofyqz&#10;uEl55akzsJ247f1qC3fpBVaOgOL8OGJAg+ynCSjWVGjeZyHvvN1ubsGsTt7DtbsRob813Ocg6iOp&#10;nPc9Xq9z3PV6vcsQ/CjmNN6/OgVQsTTtC2Z5VijO0krk3FyNeJ7twJbJOyjrd1orvEAdfwNA36gM&#10;OOL9IM5YX83HRCvSkpZKmpTzEVHxCBW924uSLgfHm4X0/r2o+p+WYb7panEpVDFibNVUght3t/un&#10;I03pUF5e8I2g+7Gp1yzC4QeuildQMFSs6TY/VklKfC8Ko5WiVFAZMNxL5u9yCR/kdLduWTUsUkkO&#10;Ewt32C5NgNzEN9PYcxv7xC4BqRH0gyaqpxyRsHrOoOOUL7h5zXhU7tscMJGl/azjsPDirhhaOGGI&#10;IbLrI4AFxxYNAScZpKPCZNFjxWvrKvHarEZ2SnjlURUtOSxk8zeGGqi32SQTyDPTp50UUtmjnYRM&#10;B7Eu3Ea7gnDppQAVUJ+BK0eH1+J0iPBU4RAayB5D4z7Iu58ftAey55mpXlhqGJbcVVrKQdt/aAPi&#10;eNK2mNlbUzprjjFJRYhgtGJo0SSaSMXiKeZYWuCzai4Gg8OONPBVRstRU2q1lXepawKndoDcn6uG&#10;ffqJABph8a04YGgQx45ZrcMxPDcFppMu1WHTyUEyROzpURFCJGtZb9rNc+P18nIjP7s7C8h84hjq&#10;Tc6X9luMvurSqRsqwACaasPo8CNFDFRUpRsNSPC0SNARGrKtmuf3iwJt9fGR2LupalZFnvHHtK+6&#10;qgtr7BxDcJ1DVONLG0gCTQ/5djhwqGTDYMVglGF7Z6jekgeSaWRY7qze8xFwLn2aX8UbmSrpsHwb&#10;O+LxxrDX4RlbHa6nq2tdEhhjlbuPain6uKsrBUqDsMD24UlzM6mZNKzGqOszBjfpywOoqmnwfH+s&#10;3T+ixLCwrEPL5ta6sGBNgF33+nmij1UUhKpQPtTLMqnU+827uPp5kbbDTcelAVwHQK2l+XE/gxD/&#10;AJv3nnTvRAae0wVZ4U3ch1oDr9mFaugfyhjpFU7fjzAf8Njdd2NrpWZTdS/YEZsw7m0CH0sote30&#10;k2+HFYZxk0D3bVZkjbXzoawu+4bhtDe6qWv7e97+PMJ3Ori27cftW7cWDSkg7IpDwpiiMgldFHez&#10;ki30aXvyMUZew+PFPeJVxpoINTovNQgkEhzc2B/jyOVfcDtvfU9uXlMRSQoUacad/wBGFVvfFw9r&#10;XNj7OcdlxY6be48Pz5vXjNV041lklVjs3jwKsLA9vHnip22A1HYjx5uceqrrTEVmhkX3AJSf3btp&#10;zwS418e4PhxtSjNOhyBFOQq4kQanzr7FsPDudb/s5w8oG+tiPd014o70+lNrZk4VCFYiyFGBZrFn&#10;VDYfXz2wD3T7wHY25QqJx6abDdSVqdqg71QgAajwBvz3lXO7vbXS3KFcCKstualNXAAsWBuNrEnx&#10;+A5xCA9xfXtbm1TOFU0HhWVa8hVBOwLYFrk3POmQWNh7w8Bbl0beqvLbAFdLWt7rbj72lh2H3W5H&#10;Ecjbt4IXsoFuK1FtMadtNkKFdx4i7t+lG5BcIoNj99uZlQ7QAvw1AHE6omSacxI2VykxFwLK2uur&#10;d7/Gx8edLEwci3u97j280tQKeuqYjbXKOvdVsr3uO4A73vrzntUXuuvYED+jjQSo7KdBJFdyYm4I&#10;LSkMdAVudb9tPie3IrU24XVSG8AfHhm1dxgdlU0KqLVVAiPmrJd7WJX469iT/HnoYjcq47dg30+H&#10;N3KxEprQbPEVFTE3KmN2IUD3VOh079vp521Id1zovgebbvwExxptxtQg1CeqkYs5QqGs3f8Ap5iM&#10;TITtJsdAR4/dxSl0K21VxrUKxNVHaWlO5Ab7bXv9XMkSSCzCPcpvcEcbfWjZqxqzDenCoZnjmIsD&#10;GBpp7vOfvtoIwLa2tpzfdoGOo0+5Td846uY/JDKnvWANz9fJaqDY20H7pIsD34VOSOO2qBKjUuOs&#10;QrZV8sJZbNY69z7e/fnZj3auPduCFt4j6eV1lOzbTyUYY1NiqRNGoY+8twovYEG2lvq4Sb8QuFW9&#10;HvXVSdu7A6oaH2Rsf2cSZkuUJ/xk/EUcbtz+aA6j8Kvh/wCE8bkfiM5PG0vuy3mb3z9kA0K6D7ua&#10;b+M0sdPgFEImLXw2W4a3f+bxDjEz7aHpTECcK+gFwGqxCdwI8bnlxtpC9tr3JOX1KVUe3Qg6H6+W&#10;WunLMwuvcvt9OFUsGb+iNWDr/MMs1cpI9lTSy3vbwtwFZkNVu4gf0VD3GhEnEiNtB51Vg+a6ZdR6&#10;YoZPmMBxiARju2/D5lsPpvy73Eo4FxdMNMYliSaokla1toUsFtf6PE8x2WvEg7BUkNHwY9FEYyxJ&#10;VVGU6bMUEj0dbX0VCaWLduDmSNHe+3U2uBoOKONYXoopI2CPMissbAEqFK20A9h7cVBQThTaUGaD&#10;Wq+dfFZ1njkdKWZ456lCyI7MrqQNzG9mA1uLE8ZaSqNVTTmHV4bwHaDbeX0+nTjLjhnqpTS6qsIj&#10;oKukNU5BqttQiMykmNYxcX8NeRamghw+GlnqU0aYxzSR7PcJta9rWseaDpiZ/WqkTThR4jJjNbiF&#10;DRi+2nV4YJFf3gLhiN173HFLlWI1kvzkkYkoqfdHJGSQy7bj4dxy7roMTtpI6spBA20G3UQy4RRT&#10;4ZRSmmxSuCSUs5S6OJGGvj2PhxlMNZUNNHE9/JmaqpiTYLHY3v8AfxtrQFTFXLgSgE0uZ6ulo6Oi&#10;eqYI1TTxUlYigm8x0G21/EW5Fekv50k58wSAMrolnsgII8b38OPOoK8QMaegGs1Hi0dK1PSws0KR&#10;sVMUj7o9zsCG0AtY2ve/GPyht/3mb/J7vtf7nutbt3+PE+pXRXtYpceYm/8A5KSX83Zfb/u3l97b&#10;u3+r25//1TINimERVxwvMVNVzYvnevlw7CMLXDJ5TUeXh5qZqqlBpmIQbQvvFhu2hdWF5sud57hS&#10;VrR9q+G3ht6hhNYFjsrubd1tizXK7VKlkyAWyF+EK0LMgyVSADtw2A3W13UbFsTwrEOpGXsewPCO&#10;nfSbL2GYj1Bz1Lm/DYsPoJWxpqCPBsbmlxKNYqyOMBndzCGVnErgLZQ4xLB804jikOL5hGIOcrPL&#10;R4Ok9a+HYW9UImgeCOOOUtNs2sLtTMN9rMgCMtMszLMltFto+R2UJ7m6yK3uFXD7WtVwfEEgSpOH&#10;GDpw8QMpwE+LVFDvkrNvSqny7h/TTojjeCYdDmKCn6h5kOG00mP47Q4PW1aVq4lWsI44Kd6v5xXV&#10;Ja9SULOYZ2WeJnHBqSPLlJU1GI4rDFRbUh+dzJLQxvFEnklp700cwUBYwVlDMg3EggEhRdbXy20E&#10;vLxHx41FufdzcXOi3t4SokpSkFRiToBJKNvFMBR2xGNLfHsWquoL4W+GU2KVGOYW0mJ4tQZEXHTR&#10;1c88FbC+HstZLS+d+mnlMtO6Rybo0V1Zgm8YsBwXFsXra+vy8tTBT5hBxfFUnvCm9IYooCI5h+lk&#10;kUNaU3DKRYj3bLl3zegKB8KsYn2bMdtBFba7ZRZuEQGVQMAogKJ1DZ4Y8MpwIiDtMka619Y+i/T7&#10;LOUqPqfmPAMVzPloRZCy5Ph36R55MOqppMS86sw6aQ0tLS1B/wB5R70UiHcj/pVIhpLR5OSKqair&#10;sSpqiACjaiwupxJlqo5NxeWfD6dgC7P7yBifdBsTfgeumm1qCiuTAk7Thj18ZBmhFld0LlpbLSQH&#10;CrwyooBSoFMadUqIHiTwBwVgKrB6jYdmv1F4tFSZjzvlzIUuU66ar6sU2I57wPLMMmFvTq8MWE4R&#10;nrEojFDTpCkQrpqeIzJUSKsixsm0Osy1GcZ6ugrJcQTLtHR+diqpDV0NRLXkrKhtFiCxSRyh5IiT&#10;LcXAXaQxYH+UZALlHeYBG3EDEefofbQhbzdnLG3mltBbsaIAUmDhB1IJSQQFEkGSZkyIJwOhfT70&#10;5ZhoK/CMt4fWdWJs4rQZXxPH8TwXMNFQ5bw6kaCeOhSuy3JPQz0Kx0tSsMNDoqSNMsyWiQ1Keqr1&#10;WUUkuZOioq8LxXFkrUkztO5qKzD8GpqKuE1NTxP5u2WqdmVnMQ2oHCgsU9wLZ7mSGCpKNmw4yB5D&#10;gayj7Ct2Q+2zmCyEpT4kgbSop0mTAMaYwMEkEnrvp9LvpLylk3NOWureFUOKYGMAwtsNy/V4zBR4&#10;diWPvi9FC9ZV4hTRU6SoilVWKOobzBIsj2USN5tSPTsZc6nY/mfqFiFMMNw3A5J8Ny/TS4rJDFWV&#10;U06VKyMIZVV0ZmZ3SUlf0e0odrEx+4FrVJrKPL3dSdRGJNWJOSvlqoOpsSPBQLn+FuCZ1CzNPgOO&#10;4ZmFIMPly7gMONYhRJikjJVvM1MEq6prmSJT50hp4o5EZS17K7C3EjJ/aAcJo1N2GlayNlYkTcro&#10;zFX93d5d7AXNgDp4d/HiYjz9jfWHBMj4nkLFFwLC54oKDNtRmDFoIqmrFOamVZTJHTM0MbKXSwT3&#10;3BcqDrwV2eeIaSUAUpHiAWFeE8KwwU0lPJVyzSCdHk82kihjKmJDHGpU+8287lJDaWB29hqLPRvp&#10;fm3NWV8GzfkjGqjGseqMUq58cwDKUk7PHCrU8NSzwNSzu60/uxvMZbMT2azcuLlLvVSuxeUhAWBM&#10;0ks1Z/yrk+qEWcsVpcs4RMkKwY/mWalosParmeQRUyz1c0YeeQRMyxoCQFJJF1udzKUOP10cOScL&#10;TCcrR5HiqoaueOrrS8NDDTsz2eeKMsLKDYsNxFlDkW4dWlkAjVsPRS17P1k4CgkzpjGWcp00Wcsa&#10;pMXzPDnKqwnC8Nw+goo60PX1tbDR0aiGlDlQXlAaUrtiUtJI8aAuBXy3hOQM3x4dPk2uq8Fxp6uJ&#10;cYxXGGqKVRSrTBZI2aEorO0hjkOxFB3kbbIRwtvwYKZ669YXrinUlH4UC+ZM09aentbj9R1EwWgz&#10;tk2lwyf+ruX8mRRVVfUYp82tRDMkVaoEUXkNNDtlmbb5KkylphY/WWjmWix3Ao4ayeTDMXoy9XWR&#10;UUFPhsEVGzRxGNxcnckgOwgtYaG2gIrdlJkkA1IDN+VL0rFUC+oat6H5l6Y9Yo8fyxhkmcenGOQU&#10;+WMptmbE8WzpiOJ5mSkrK2GppQ0PksaqnKJUJN5O732QMt3RHWvGGwDE6SDCp62GqqfLpqqsEcbU&#10;cMnmowZWLN5UjMwjLspup0vYDjqmFE+EwTSJFwFOHooevw0cExDql0zxHH+oWCZeky+slTieVcFp&#10;p65ccraLyainEFYrQwiqphDH8zHDG6kSBiwBcnhAuu+OVGO4Ng9DTTSYbiWX6qnrkxXBqqM1MTRS&#10;KC6/NzxhAy3UKx924I1tbd7mAbbCTt6aYzPJQ4pLnFPGflV6PQ/p/FlutzPi3ntW4fmlCowqto4Y&#10;YRG25zG3y8IWU+9dpDctcjw1RWa+rWccWwLM9bmDJdU1TSYalLlDMlNVQw5jrGosToZqSoEc8tS8&#10;j1YlhAUCwDuEEgtxqzurZLZnb10E71tajqQNJFc8r9I8uZVqstU2Tcw/yTBKXGa3HMy5Dwmlhmy0&#10;RWYbilDUYdEaKlpIYoqeUyOSy7zJEglszXMfpp07x3GOouOYMmdMTwTNU2HQYlmygyzSqvy9VJN8&#10;pMKQY7CYkmBsjiCnBmG7bdd7BG3fBajJTppZlVssrI1eHjTp1Y6jYDlfp5h2Z6vB4ZcGnrPlcArc&#10;dmnqqCSOnp5aunqKqTCTUIlLIkJdZamRUiOx3tIFQn+yW+OdOK+fJmdcZxbN2EZ1OG4Zlc1+E1NZ&#10;LHVGlNK4nlkghgi3rToXCKIwN1yrm7ADeRtCkF1pYhM7DB2c8KH+WmR3RxPA1Xhmaiyj1ohwzqf0&#10;0y7guSM29NZMUr894nR5ipaGKtoYqlcQE8UOB1VZNLCGqp2ieYpJ5uwrG8RsBlo5cXwbA5qHEsOg&#10;psSoaemaowzDi7UNfTxTSwzJH/o0bU8wDo9vMkCbtt2Rd3KdkXbBe7r5uh9lzUwpXiB2x88Mevo6&#10;XM53VZfbGsYpII9uJ9Nuw0AHWboHlLrxj+D5qwfFKnD8x4ZV4zFkbqGN7YtgOJVsVLVUc1WsmJyw&#10;4jh8xpHieI08Pm+WHukzkccYOm9JFjeHZiy5huHwUuIwCatytiFIEE0YtJtkDRg3BtYjswBt7euN&#10;72n5bvLu27bZiXe5Vph7gCcUkAE6SICiFAeEwSdtRraW1reOvtXCQhaD4VDaNoSoKwgwfSqs8T/E&#10;BT/NZ1Y6G+ovOucqDNPTTHTk7DvU30/xeCdMNxbzpKJZaSWhrZVUHYzSxS2LQSFWJGijNjdNDUVc&#10;XUn+QfzTE8uYZNR0a0EnlVbKxWaopnhrJKan23pVZSz7xb3WAJ5iNluW5iwp7I03R7p91Kjq0lsk&#10;4IXMq2hWPDGFDhWBG9+8me5HdubsnSLe4eSCcVJcSSNKipKdaVaoOraDsBAxIZ6esMy5TZIxn0sY&#10;V15q8pYTnrMwzFmLAMUOHy5ehro5ljwLHMKxDB1x3E6h2psVaOWOKm+VdSwqolYbXC/o9hOOY/h0&#10;vUrM1TiJzFViSnw/Dsz0wkmoaGpxCTEaRIhBAzIXhmjScCSxZbNothKPbBnGSZK+Mis2me6BBKkL&#10;gLWEhK0qBXpwUFQSIEggEipT+pt1uxytGRZRa26LUKbLrrbvjSsQFJcxIidhUAJ2DYaO/wCrjqn0&#10;X6UdUsJ9KWVsHyw3TbCqaozhiWJ9FKhoabNuP4Zkpsl42mLSYrmSkhnqcOxChqKmkC0rSxIFkh/S&#10;OzskctwVeB5szNU5tz9j2OSVyUUOFZPxajoaXCHqpYT8mqySQNHFUoQd1OrE3ClkLEcBmdtMZiww&#10;5ZNttoUohX7TUonYcCAYn++I6OsN9tFhu5a7p5exZ5elu7cUZV32tQIwUqUwpSVJAGOAknUCKMxj&#10;uMxdT8u9MazoF0M6e9KcqZUw/MWIdV+vmD45j+M5qpMDo8y7ceelw2jFFV1mE1xWMwYvK4j8l5hF&#10;IkLMzcOm/XzFs6Y9nSkn6cV38nwDG2yTh2bFnwqkFDElGI7iKorJJXqVMjgmNXe32hGbqsq9pHYv&#10;l2QWOXOjMCHXUFZQZWZBxAUgQlJwjVBmgz2y9gWU7v7vMPC/bTcvNalIPiStZ0/boBUBGHjPHE6j&#10;hD6vehPC+mNb6c/5P6hKfEMx5gyzVdds2dKJKHMWY0zRJTY7FmSoaoxXAMNo8OoMDqGjpvIgnFLT&#10;rLEpi+Y2FWaOofUDplkTDMKxbG6T5SDHa05cgio7VWKSph0rSITLS0MlSdspZ7RxjaXNiN3vEO4b&#10;GaZmtLFokrQQSsFQSkQnadRCSTjgZ8qhrsfyXtBz4O2mV3Swxbp7yNWlsYREKVoxThBJJGEQAAfH&#10;JnQjOGe825sw4wjMufsCwQ53zHNLHi1Fldq3M1KKWbZg0+PQ4cxNEBT+bUVD+aIVuHaJzCVmToTj&#10;+OdXMEzzhtVS5byVkmRajKOWsGw/EKiOkr6ahFa09RNiEAJklklmcyyszKLfaewTK7Le03JLbKHr&#10;NxpSriCnVAAGyYMcIwgxjWRFl9YW7FluZcZTmHe3V+6lSA4SgAhStKoI/hSmEpASmTJI6D3UGasT&#10;o+jGNZHzHl3Ec85s6hREZwxfOOK4LRyT4bi1U+GiNafBqyVR5VKkcSU1KqxO+4kojmRhxyjXZ5zr&#10;BjdTiuRqbC8QwuKfB0xWoxqVKOsijrJYqamjqpqN5VUSM9wqsAJStncvthPebs5ytq7Yu7V8FCgA&#10;uAJkxhESYO08ZrG7tW3TyDd7LLb8rm4uUvltYQEeJolBUT9yQraBBAHWIEg9XRdPsiZow+nwHGXx&#10;GoxcLmnMWX8vZZU1y4hJQ0nzNZidJS1aRCpNNDTv5p2uPl1ZWSJYled1EosMxmgy/g2b8PixPG8O&#10;rZ5KB6qsp6msp5FmaoFVSe9IYWZXskylXAuAFFgX8l3xuMnellZUFSFDpBM4jgDxiKhns57TM13c&#10;zU3uVvE+EaoSoBWEQoYYg44TwxNCz07yTTKMw4pluM5LwWspqKXDI4KJ6CiVVoVw/wCTq5BHCKmO&#10;MoQ9K6tHexLM24q25Bxijyd1PzPhr0rvl/Ol8xYTLVUwjjnr6iFKOsplqamvmJcmJWVIIY1QPa4A&#10;Fz+/zFt+y1LIITJ4Tj76kntKze73t3Vtb+4VqftyUKgyQk+IK0hMjolRIwwk0HmZsg48+VsIwbCs&#10;XWPF8hCjy7UTjEQ9ZSYRhNfJX4TPLTQUECvGEmlVpKqeUuYlbbI7SWEHNePYnmCGenzJhlPLTUkU&#10;NVhFJIN0VNQ00yzkgrDVJZVRWZ5ImCe6zEEACM8wuG3CFK+2QY99Yz2OWlpY7hZQqYJGBJggYEid&#10;uAET0GltkXKmT8k0/wAxlOullqMZq6xMw4jWbS1XjVcrRXdmno5FMs8jKkcM6tISyx3V2ZmOqoYK&#10;fPOAUGB5Qo8cy/ULU/zLE46hYIaOyyJQ7/JDBkYOyFlYMGkJSNxvKNoU21cBKm9SFTwwBjAT19NK&#10;rGzItnFFxYXhHST/ABEDmNtPNbnHGJ8hVOJZlzG+Wcw/oVgw+KDz6qVYxFPWpGtcEY/5PeFe42Ro&#10;sjoWUkR5cgZEr5cv45X5Ko6quwW8GFYXUbGFDVCXyPmo4qgzb5rvIquIw+gS47E6y/fdnLWlBnwa&#10;sCRgY2RO2KFOTb5Z5Z2jtrbPFtDuKlIEKWIHhUpMEJw2TGMxRP8AG+o2aKbGs3YbN1ZxSfDaydMx&#10;4xiuJsy0bYacPkrmw5J6WKlSnp/JEDuklSyBZHlIfV0UFLlTKi4p5lZQosfzsbVFRVQxSfN081O8&#10;60/ly70WRd0KFoyo2ktfUXAF/vIFJgQZJnT19PX5UFG8seUBtHhwngZjVO3+kSDjNMGa/UV1TbJG&#10;JJlrFKfGMYbBq6YUOXK+oplwKtoMQjwuoqfmIPKmkpS8NZJGs0TSCSMQshKSFM1FgvTGCrxCfCcJ&#10;GIUFdSzYd8qtLTVMbvEVJlDOJEVIrbdupIIsGBFwm8/re0l0EnhxA56aF91uzmbDaUrwOBmVezCM&#10;TtnZ14UCVb149UOZMDy1FmzMNLlDHssZjoMcra2rr6zAqo4bXLUQU9HJSlkmqJqzzVZZLRqhjYye&#10;U8cnlN8GZcEgo6OuqsdFCcHV6SmqsZhenp4YFljoHRYqWKEjcFUrEG3Fh7tmNhvO7/UwlQWMJmfC&#10;PSmrKwcNytoNayuMEmTJk4mT6k4cDQlZv6XZ5xBK2hwfJU9XR5tdMaxGkyVW0dZiNXiBo5cfppzW&#10;Y/WVkTmKeRonqTCyGKUiUNCoLtWZuoORcyw1DrjOFZlkwOJIpK1cSrIhvaaSKV0igelWQ04JJPmg&#10;lQQbWUBTklo9dk903qSIiDhjtO0fGhE32K7w3QSbezdJdmAEgxAgTtiY6I66k9A8rdSOi1VT4XX0&#10;OZul+EZ0xOpqKPAZMt4ViE3l09JBWRefXMMUkp1xJxt8tqW6zvcKzNK8pWs1eoDpzlLEsDhjqnzZ&#10;htEZI8Rw7EKmaipKaSShknu/lzSq5kI2qrSSEPZSBa4l7IOyi6zVtCihQTMHUmBw4yfjU2bp/wBX&#10;/vvf2ann2lWwWYEhJkCZOMaYI24dNWbYHg/U3NmHY5Wf1YhyXitWYlwvNuHQx1NXOI8TNLsBraej&#10;kEaRruZhBGGRt6Fr6lKrPXOIXxf5TLVHI7xpT0OIUsUcbCOpqm90FdiuNuxlEnve7Y30tkVuv9Il&#10;vdNIccuYKimcJEEE4YRjGArKbIf6q2yct7Z+6u1BRCSpHWQOInjOwjbRgU6d4sBGseaqiGB5BPUw&#10;VBkqWNoUjGxp5GEZ+2G2WXW4AN7hrinrFzsWxRKI+XAaR8Ow7DJqsyCBJ9+5yNil3kHvt2sSoXaQ&#10;WYd5j9HWTlpxJu1SEg6eifLqg+sVkTY/1ae56FgrUouJM4DE44cZiBUql6YUEcUArMQaqqRUxYnW&#10;VEMEMPmvA14lAW+1UFgBfUXDblIADzOnXfqz1Nw3LNEp/lGHZVkXHMJqYFlNZA8EkrxSLNa6HaxR&#10;tvuuGYPuDG5llX02ZdbsIxMhOBjHaYOM41OW4f8AV/bo2DjjiGClTohXAFPWMZx6an4J02y/gtZj&#10;ddvqMTmx8ua+LEpd8NpYoo5FEahQQ3lL9q+0AKu1QFCcpM79UMzSzUMWNVOGy0rCYTT19bNDUJPW&#10;CrIPzCzC6TVeoN9oa1lQheK92exSytVLStACkmQVScDj/RjAmPSps3J+mjdrLXu7RYJWtJkKVjGz&#10;ZIj0Hzp8pco5Yonklp8BpI5pG85pVpoQ275eOl7qo/3OFF+hR7OYpaM4rUSUddNHWYiq+ZLXtf8A&#10;0enR1jVVIRiqtIrMFG3Q3OtjyZsgyFixaWlGkqVtgfaOHDicY6Kybsd0LC2ZLTLSETwSIgfqZpQo&#10;iICEUID7xCgDX6uY4Mm5s/ljy0+KijoUEddVJuEJZ5diEe/rZmK2JOo+gcOsoXqQlDbmkYYBMSYx&#10;4Y4+deOQLbTpSqEjHDjXe5QQL6nQW+HGeSlx2IJVYjiL4lTYZUSCGjdtwElkb7IBB3Fu+vfXi1CW&#10;VOK/MkrhWA4YAe2rvpdbWrW5qTwHoK5cecUo8Ww6rw2grsCfE6ecJNRCkijlcRSKsQZI3bavuxsF&#10;L6ahtQb8pebx2zTgZABCT0EfHD30W3Gc9/CQjVB6B88PbXBZEk37GvsJRjra415DpMPxHFplWPCZ&#10;6euqAQCVjpoD7srg28pgGsiAWF9wOo4as52t9J0r24bcPUY1pYUozpAPsrkSB3OnJq4TQxU9Xhck&#10;s0FfT7AtTSuzWWQvKqIIdGU37m/e4vwyVbd41HeEKA6fcBtijJu3CkQMDXu+o4KcmQaGugoaqCGe&#10;eeCJWo5In/SK6ys++R3RtSxOhFgAQdBcEd442HDP3JjHGdoj3ilFxaqgBI1KFYTMFJBYd9fr+viB&#10;zHl3GKfF6TAsKnaTEykMkYgjLQ/LCV0kYgqD+jMW1ySd5t7o7cIFZ6+7cFtK5UIn+iATB69nTNFl&#10;0Lpx+EK6NuyuaSKwLXsAbG/h4/t5wq8Ox6mpcKp6+hkxSGmdpZqdY2Qo0cs7QEWIRozFHuvc298a&#10;G443f5qGroOLTJST5RJggbIjz20xatOd940zHPsrsMpY9gRoDca9uKHLGG1BxdaCqwSnXDK6qpHo&#10;lKzyrBBUJtEx1QsxjkRW+A/dtqx/aFDTisAlKjIjiSBiZ9nAYYUKrdtaZKkgDhXCV9kTyKdxRWay&#10;kC5Udtfo4rcXy/jOFw1eIUGDNSSVRpYExOJtyQmjaKqabZHIrAyxqNoBAFm14GHN4Lu81KCDPTtG&#10;B/WnFLlQMY1gjqIZn8oTAsAXKEdwSUtr3se/1cmYbg9XWYpQVuJ1ElBhjTsaeKGR50qDHMWhJVE9&#10;3bC1id5YgC2p1EbWcLQ2VuHUog4fhOw044Fr+8zXcsrJHJsHmSKpO0FVbUf62mpH0casTyvj6xSY&#10;dS4WkuHYHWT11Rj7q0ZqaVSCiuDG913XCnu17m2tzFrO12zSu+WRGzEbOg9eONI3mnohRkV5KhLx&#10;s8nlvOFVKditw1ixGh7278Ya/KlfSViVVGtFIlQYZRKtRHK8UTwOgiPmRlLKAm4btAtu248ZG86L&#10;khtI1JOBIiRz50UrtVrXhiONZUlDj7LADcpupFyDb6fo5zw+ixGeem+XrcNnq8UWTD6c1f6RSZEB&#10;plVJCygsfKYMzksRuNwRcsYU4wyT3khJMccSMBhNKbJoMyUwfWu3dERmNwkfvsw8AO/FzjlBm8mh&#10;psRWCtxChNRVTfPqsYA8mGpkAVCQLyOojHazA2I04GU3942e7R409MGKVKNxENwfP5VEppqVlLUz&#10;XjfaoaMlgbEoNfaNuv0cYcXr800sJnozD5ESx4rSjBt0FbULUxs+0eU4UsRIu/UEEIPDcKXm8FwW&#10;HEKSlwjA44nqjooPZuyhdqtDqEOiDI2k+nrXIw0tSkkc0QqEk3RTR1ADodp22IYdtDb6+P1Dj+Mz&#10;ZfoK7+rKSpRLRySVw2wwUlx/MEhRpks7DeqSHaoCm9ze7EFpm94LVA0ykHCMPb10X5K+80yhCR4E&#10;4AY+cdE47KiLGgn8n5ooW8xzTFtzsP8AJbvdNwLi41/hYR6ClxjFH/leI+VPSLG1djGIO7oGK1Hy&#10;3lGWNwArqi+9Yn3ybDSwlzh69DaEqSVahJxIg9EiOAFDl03Ck7YBqbNIIlDgkM/uRIACb2LXAPcj&#10;2fDj5/Vp5KWtmqqI4pRNBJVxim/0g0wYCW8QmjUOPMhjNzbcBfswBDFxfXjbRlCjAgbcMffs2mkb&#10;rbkEH0qI9UAYl3iGbesY847Q5vYg7SfAm3x+jjLmhI8IxmrxrCqqrwt61kkraGV2qYDRrtqGMSwR&#10;hhGigLaw8Aba7WXt7V2dwlsAlShJPp8aZu782xSQJJ21zo2lFPDDUFal418szhdl3X3dQzNqe+hP&#10;9IT0WH1U9HSvWw12GmdJKjE0NHIzLtlilWf9CoLM6oR9ogkgCwI4lyi+uyHChRTIxxOwieHV0Uht&#10;XnigqxHTTiX+1tIb/CL2uddPHjn5eJ5c+WxCGBl8mURtDR0NRslhkp3VyWeztZKTbKWKkbr+Nif2&#10;i39ACAROJiTt6zjw41a6vHUhISgnjh61wJWQ+WRcEb91wbEEEfXrcccP849bW4xgOD4XhYio8WFF&#10;QQVNfTebFG0pqnn8tKcmVdqVAXaCCAoItccMmr1yQhJURwOMcSdmIMdPR11ZeeFL+nYI2/HyIrEY&#10;AiySM7HbdxtYjsF73Nj9nx4z0HVSugxuoppIIqSSpqKqqSd1FO5KQPQhxGA9mi+zsVTqps17cs1f&#10;rW8mJ8Qw4z1njW2d6UF1IBxPvrKYEZFHcAAaktcBg3c9725Pw7PM4w3F6afMNWoLhsPoMLhoXQxH&#10;dJeNJGDlE8ncwG0qCxN9TxUptpKSh7VKjIIiMffw91LGs68ZQsKBUTGyOFeaJPMV/LG7U7zcfDij&#10;pp6fMU1JR4piC4fS03ls06QkSRxOZYmdYqbaqeUVvGm8+9cgtYgL7fMLRDS2w3JAwOH76Py42IBG&#10;PTXCTfDHIYYvNl2lkUsAGYAWBJv39tuLrAK2liplmxHM1JSDCWatliq44oligMi+YFZ1AMglta9x&#10;e17aXJRfONkJH29HX0H8dlLFZsCYwPTUepd1balM0on/AEe5T+9bS+v2bd+Z6nMWBVSpXUNdBh+H&#10;QB4a4xUqqqmICKymPeWeUb18wEHamhW9uGyVswQ4JSrp4QYw660+63oI4K289NdJDIgZJEMjSHer&#10;GTd4n/FawFgbe08QWNZny5LTpT4kIJqqrak+Vw2URuxg8kyyMsp2/pQSArsAxta12BIjtUtBaUFc&#10;IOISTMxBnafODjhFWdv2UIAdUR0AnE+UVNVGUjU7RcnU972Gns+HGmix/B8cgLT0UkEpimljxARr&#10;JFE0czEIRJKVF1jt71u5JN7Dllbyvssq7s4AQIg4ycJBwPnjT1pmzalQAY68R765ncO2vbQ/3cny&#10;ZTwmKq24fiIrkJrMTlcyU6HyI4dgXbuRtrSHeTqQB9I4yc6WypKo1KJJjDZpxGG0SQauFIbx4kno&#10;2dFcfMIVS6FSdotqdT9A5ioMrYHWVNPHMIsPilf+XviaPFNHM0sipJoCoKbHsrFh3IYADiS/ypNy&#10;33gQlO3+EYzt2CPbjRDm2R2r4EICVY4kCccI2bBFdSuyxuyLuYAuqG+pAvbQH2cjnAsN86eOix2q&#10;Skjjp1IhrqgTIzoYj5QebyQm0bFsBqBY2IHAhmm5DLaVrW2CgYgQdp2+mFRa92FbuXLag/bocnEQ&#10;AMeJ4CsXy0JDF6aNmYlvsLY+9uudPab8GSnwbOcEEVLgWesRw1sQVKmGjkxWaF4GpgtNMValG9YB&#10;INvlg92uV3A2J8oyDdZ0HXbws8NkR0Y+81H+a/R52aX1x+ZVlrYdEAEYERxjGkdW4HkzE46uHFct&#10;0mJU7syVdJU0sc1PKzkTKXilBRnIAO4gke2x1TCY31GyXiWKYsc01VLW0kUqpieHxo0ckZBhjVHj&#10;j3IhWJgzblFj7zaEcEFz2VbpPoVobVr47JE/hQfzL6Fuzl9tYcswpWJkwYJ4xpxPRIMbRFZ8QyXl&#10;DMGFJg+IYSlbhYcTnDqh5PL37vNBeMtZirNcBgbGxHhzunzxmPH81UmYMdxOgxrFsGX5vL1PmCWq&#10;d6dqpVnkCSCUbrMEJaUPt23A3AHgCz76VcouQpxpbiEHGNsGPT3TUCb1f1Wu590043ZXDluh0AqS&#10;IgkYAYJ6hxFSKXKdFhOG0+G4LLJhdNAohdKOOnCyKqsAGURgAXYm0e3U+y44s161ZuqZVocxZXwr&#10;FsKoZHkbD4KRUE8M5Drd1VJZZtqyBydp0DEXF+Rhn/0rguaUXAAI44E8BsjGsZc4/qdu6Ck2N9iR&#10;IUsmRh0AbJnDZWB8sTxy1FVSYzU01ZUoF87zpHRX2kHZFMZI0W+0jQ21A0NuM+V+r+HRfzOpx7B6&#10;3D66aWP5CrqGhxCZqqmJfzFbF6bEIy21SGcJftYhjuMX5/8ASHnSU6m1hU4EnCInHYqR5e2oZ36/&#10;qn990KT/AC99pxJwIxAHWII9JkdVTq7Dap6eCjgW8Kna/wAo70+yP/CBTyQm2nYN9R7cGTK/XrLF&#10;UaJXpZadaiKbDJcPxBIqdZoxHIiA1OHNC8hRpGfdJGoCnQhhscCo+mjeJCZSkEEkYHbHnBHsiseM&#10;7/que1a0dUkW6XAD4VJVieqNJjzwppxagrIUZ0opqmWeRZpKqgKTNCybXLLFWu6qreWF2pf3rXFr&#10;ssTAutWQKBswYNUZlpYGSBoITXVM7VIp4meULT08dTU7QvmCOSVSoZxYotgDG2YdjecWqlpW2SMZ&#10;9JMTwqEN6PpI39y0w7YqUoTMbBETJMY+h9azTRvV1FBUmmqoHWX5nyIIVSNzu8m8xeNb2GoB1tqC&#10;fCXgXWrpzjFWlRWZ5jaulkqEqzUTV2+imgX5bzf0k9QSuzdeKONfd1BNwxCWYdlmaMguOW6wnZsJ&#10;HUcJoDOfTxv4xblw5c5oEHZtBPwqbPSiljnipKAGGMeZHDDFEPNJ/SlBuWJVYtYhma246+PJmY+p&#10;mBY9NS0wz8ajM12oFqJIYzRyvFBM0LJLKpdrnywX3pIQNpF/e4VMbk5mlSkIZXA24YddCNfYjvlZ&#10;Mud7lrndpAJ0gkgH5jbspowTDqGggFRSYWuEYc5arFLLvWWPzmRpBIiEIgDF/dG5R9oEDTiWpEwu&#10;WrNNiGLrBjeHRxYtWVuC0qYh5KyyLTKr1FM5kRWNgzCRGYG7KF7FSN3bxwqhtRjbAJ+AqNHdyN4O&#10;675No6WjO1J1YdW2lHUYxhtP8qs1XBTmtmOH0UdZMIBNIImmKxiQAOwVSbAHQH2HjsMXwjHcXmw3&#10;5inxc4S3lVOJfJQ1MaxqqVzokZMkksbLY+SoZrg2vc8ec3cumAHFoUAeo0WZnu1nlvaocVbrCVnA&#10;QdtZGlo6aOaWWUQBk3SDzdl9fLv+6Ab6btPD2DjpjlLPT0lTG2JQYlQRyyvhmLUs04pC8CGodRLR&#10;NIBEVmRXQg7BaynaOEV3YPJkhBIq+WZHmTidS7Z2Dx0nr6QMcDUODGMHkrjh8WIwx4tTRRVVXg8k&#10;sYqViqHaKN3jf3wGaJwjWsxB1785wNgWA4bR1v8AMJ8Vo8akuWkr6OKFKmaE0aTyrPWzxujRsrAo&#10;GDIQQtyrctZ5TcKJhJOHDgeFFVlYX77i0lChp+6Uq+0T1bakPJ8wwZFjSddFkRWkbarqzqCoQjUE&#10;WJGo+BHFlhUuUqTAcLxmWb+SY1i26bFo8PpzV0LVkUbKslLV1oR4g2wNtjVVBJ1cKEL7anW9gOO2&#10;fd8/fSVmyedU4lwf3PYSYw24iOFMdX/PjinkRxQ12GIBsklqpEnUSSAMj08cex1CE2ZmJNgLC5fm&#10;egxLG44MXio61J6B5JaaCWLEcNSU4cs4iEMKbpCvuFmNtu8dxe/BDY2t46J0QD0cfbSZy2eDqQlt&#10;RUdh0qw6wYx6Kz1NHhMwppa6NUkiaOsljljlEZqgocPKAQrFSo2lr7SBY9uTFzHh+QMVp8+Zcxda&#10;GeelqKKahxGpoGUTVMLRSoqRVDgKyMQQCst9FCqb8TN5alvUVIMHqxo7OTX71s2pxsylWqSkx4TM&#10;megkbcMRtM0lsXwrDOoOHZhyHmjD1rMJaSBLQfM3eGN46mGQmWCMEiSMEbd8Zt7xJuvBDwnqfX5h&#10;xCswTF8q0ePTPFCtU8czVSbg0xXYaGonlhG9mYH3ipR9qq7EFMxuyt1H7NJSjhgY/Wlb9ndhpN0U&#10;LCT1acJEmdJmdIBPkTgBQYV3S3LuVqBFy7nyoybLTSy1NFLsoI2MyU8NOvmR1ccUMm2L3LFV3hlD&#10;FlRbKQ5n6UV1Ftx2pnwRqWroqsT4zRmrdyoNlEdQa0l433EJK67mNlBvbhS9kq2kBTBKlTj0UWy5&#10;3ziViApJEzxBxE+HpOzYDjjhTNXYD1rwIUVXlejoM4xNR11FBh1HWR4Yg80O0LtPRrRJGkoSFQ8U&#10;DstjdrDeWyqyJh+ZFkjoJ61abD0/rRjWas1/KU0Exjdqg/LxwvSvHEkca+UZUk27dtxJrwSZOvMf&#10;CHkEgjhtHp0Y0MNBWUotB3i3VBASlCtIGAAKoMqknVBSBM4jCk6vV+v6exz4h1QmwrCfNq0y/lXJ&#10;GVaufEcbc1Iip0iqVm89Zqp557FacguLPdkvYEcx5sy70/yxPnGrxzEJYXmpoMFmilkE7yVaCSJn&#10;OHy+aFWRLbljcj926kcEDWWuXupBaV4ekUIsj3Mza7vXbbUhPdpKlBWzwmCkagOradm07YH4+Vj9&#10;VR4QMApahKpalcUWZA0McUTeU4CywSIzOJAdhZfG9mBHBYo8zZhzRWYUaTMMmOVM9IcWjpBiE1LJ&#10;NBuSN/l1kjpiJQXJk80M4v290nhVnG7d1ar1aVJHVI2dMRTDe6mYWLQCrQFKlQDpSqTE7RqIw2QR&#10;OI24UDmIP0mythePVlbDT5Jw3DJY8FxKrxDDl8mhm2t5K1TNJIjQWRVj8siPS273lHMeLdRMaoMs&#10;zYQtO4w3FXlpa/ES7RVBapWLyJphC8ssZcVehCe+9lcKDYCLI8vzlC23Wm3ErBBSrEcZHnj0ztqW&#10;ezzcPerLc6/O2rbrLjEKB0K0gYgpTgBBKQDEHiDQb4/kToJnzH8uY3jDYTj+ZMAkSry5SRGjnSGX&#10;C6qWol8mSoSNJnp2w9iA0p8lVLxHcm4pyg6m9OcDy/WYPXZkqM10U3nUWJ0OO1IaNWUBEiad6CMi&#10;ZPI2xuXt7oJlY2JnTNt6d8rktPtHQtM6VJRGI24hI2naBgQTWS+VfUD223d3butp7oJjTpbEnDEm&#10;SfCcJgE9Qxplzj6ZKHNObsJzvgYl6d55ynN/MMlZzybSmlqIUaolld4qWixJo56eb5yR6iGaPaxd&#10;v0IuVD/g3ULJceBS5SwfNVZlOkoUhxWrw35mOQ0rVexXLz18sXvsh2yxEEdxa4BAXuM63vGcnMXC&#10;h19QCCFtCNKVSmANJJQSSnGQdlC/K/qj7W8hzhOZXFit5ayUE6CoLKdgCdB0mRgYHlskN8X9KNPj&#10;PVil9QmYMPwHqZ1VmjXKuH50zXhS0fztDhVVJXUULUdDS1kTJR1arPRVSATRkhlkCvIsiMoOuGX5&#10;Ew/LmD5okxWrwGs+Vq8XqmghqqimSoO5pYiskc0TiIq63S+0iRhpyQrLMd+b+9eUq0QltwYDSU6R&#10;BTIVMgjEgynScQamjMO37tUzNp+5Fmtv8wkaEhICkYbUKIC0kbJ0q2YcZesz+kmrxvH825tzVFDS&#10;x5/wxZ6vLOEQVU9DhdfDQtTQyYRX0b01bh1bA0hMFSjSNEWDU6Bt54rMY9Y+WcCgBxJGw+TF6Kso&#10;aTBElSeKNqZ2jMjRpITJEREoUFbWYbS1hymT9jW8V5fodVaCUAqSoAkhUkmD0zjPSpXSqYxteyrt&#10;Uz7MWWDdPlTKkr75KShRSQYAVAxxkyqJB4UV7Afwg+mP80fGcPyvS5hx+gxqizaM4ZsSoGK7ZZ0x&#10;MtSVk0Xn0lWktVNIZYpQxlDM4VpHJTmN+uDIlNgVXij0bHEkhpmjwylEsCGGsUu8W2VKhw4T3mIA&#10;DL+82q8M7bsE3ruStLSQgSDiSJjYSFTI92FE9h9HHaLmd4kOKUtoa/Es+IqH8UAAEE/aSZBxgETQ&#10;m5U/CywrL2IfI4TFDhmGVuIHFcQxjEooq+qWqwtEahnEtPU0LNEGW0aMrFCLhUJEgLpiXrjq6PGR&#10;PHiiV64g1TS1WHSvFEqxFfKAjejSM7FVEY/olYMDt0+1NeW/TTdKDQubxKHEJAhMDUBjAKAnYejH&#10;hWc+4/0hOsWdqm4uu5eto0QswRtKT4yTEkeLA8KMlJ+G10PxHBXoKvL1HhWJw1VDjVFjtFB89Oay&#10;lrXxNqlxizVTCVpamoQnzWDRyHdc2Kh5mf1OY7mGuwpPn5q2ooTOlPXUtRURPBSShmLSfKqkBJdi&#10;AGsLHW57yI59N9hZXxKElS1wSZIIAA2wAmZB4gmsx7PsNyK0ISjx94QcMCDhOMbDHE9NGF6fekro&#10;f0ygzFSZTyRQ4fRZrqqTG8do2pYJ1mrKOmgo0lL1KSy38umjW5ckbRYjgR5y6jVeaoKuaszc+MV1&#10;QkNEZaxYJU2x1ErnzGRH1W6e81m08PCbN0Nz2craUplcgcZJiOkY/CpjySxs7VtSG1/DbxmKHnL2&#10;WcByph6YVl3CYMFwyJmlhoMOQRwoWAB2ouij4DTgNYlhDLQipVlbypJoqaukLSrtBF2JB962vu6a&#10;W8DwfZgELb0oCSUxBJkY7ePiM8PZ1MXtge61a8QTB2/vp+43VGV4mpqRKrGKK8m0fLM0c7tZvthI&#10;Fd1+NzpbjFzltolCW1KkjpE+wRPvig9d5ZrQCtaceBgg+zGvc1vefJtXGGvc9z1er3Pc9Xq9yxD8&#10;KP8A6v56EePu5rt/6hOMcL81/wCJ1c8aP91z/l7fr8DQT9b/APnWWYNbfpcM1/7+1NzbPwKuWn6n&#10;ZTkLe7FjVAzX8VMlOD9VuR7myS5auiNqVfA1M9usC4TPTQI49hry9IM5Rx3EsuAYksZGlnEdSy6j&#10;48twoonheihYmV0QCO4A1GmtzzGMOSrVUnOOyskcapRzNJBWYfj0kTLRU0srCslT3rgkPcBF1aw9&#10;nhx7RyTHT1Elmi95rCxBFjtIB4uFwgg401IoDK7A66nL4zguGGsirLxIkkinfC7keaha4NgB7Cbc&#10;6rWiLQSJuOwmWUxC+uij94WHEa1JERtpQkwKU2UqXFXTG6LEYRBFOkVHh0WIMVEkZ3yvYBWuQbaD&#10;x5njMJE9j+j2+6pPiw7co2sqwNbKpTWHF6Ssphh09PEFqg5NTIFsAsZ026m9wfy44qxdkCjbGoDE&#10;MTpbQaW+HFzaVSOikZdE0DmLNQ01HiRmjdsSrmkpYpJY0jF5GDs7XNxr29vMkjRrSmVnVNh2K4U2&#10;sfaG408pWqY9/wCFVbABwFdZeoY5sVTB44nrfn0/mFRTkKFMqt/uW7uRYXuLAHv341mkba9WLCJA&#10;fKZbhir7QCVP/Ebco65KcaXh1Kh10J2HYvTLX0uBRVC1FfIyNXxDY0UcsPmsY1kU66yEkDS49vAN&#10;6/Vq4T0Q6/4sCwrKfI2OojkEACop5E0bwJI04ZbvIC7htPDUn40WZm6O6jZBod+nNLU4z1x9IeEp&#10;5Zw5eqVFi8kUbKzGbCMEqasEKDeyh7k20uOaRXVMMklXHbaYzTjXvfyEb9vJ9s3Sp4zQUdVqTWzN&#10;y4j8F2x6+Z9HsohqfaKer4gzEkPNefzql+Qm1VPSKp1/HnIH4YvXgkbh83lT3R/4NmHDmz+i+9YG&#10;5Hc/3cMVqOmaC7xKkeGvnM1lrFCNtiT717k+zkm4uNLfTfiUoMUWONmMRjTdHKVYk/ZB+z4fDmN4&#10;ybr3B8W1tzSXABNNqUDThHMpclRYvcm4Fu9/ptzH5aobkXfup15tTylDqqtTIliUg33kHcSPDcew&#10;5yZA4sx1vfXX48bQ7pMitedSJoWJVbFI2BLOb+JtbvyK9KwICm48LfH6eGSMwEY02poGm8UbOWPm&#10;eX2BBLad9Py5GKbWKnQg2IF+LO8BSFcPSvBqukgcs8Pl73WyDcTp9Fr8yx+8X3LoDtsR7OI31QBB&#10;206AKdoqdlLXjDFPdYq3s+N+dvB2dFvp4d9eaZu+BNa8Jr0kN7lEDgm+03NvgOdmK8dgtntYq2lz&#10;255NwAvbhWyBXF4SYwdhSRdUQ6dvAAk8jSRtGR5na9zY304radSseGkzpio0vnKfLIO4r2IuLnx+&#10;jmM2H2Ttv2v9HHgk8RSZSqwRVDAkM29jcm3sH086IGg0t4DX6ObE0+hGpOIqWsh95t9y3vG57C3w&#10;A5yUAgKDcn2DlCIxNOtoiu5JZXYDZcdvdA1P1nmfyGNi4A+jvxP+YTGBq3diaxeYRIUKMGa9nB/K&#10;1/DnM06qp3SXHcH2gXvxpN2VHAVbuwakyK8QD7Cyiy9ri9/b25gkjQN7t7Dv+p4rZdJGNaJ4AVHm&#10;kl3sTCwYWBU2sOdGFVXcRt9t/wCwcsHipUA1SDUZp5Qgk8jQkgkeBHt05z8tRr2A1N+aJmmFtkqm&#10;aiLVzydktu8PC35c4e7b7NgfaO30eHLlJmthaQYrtJtNrDc173UXJ+/ndhe/cDS4t9HN4mvKVjUV&#10;5hF5igd76ewntzmb+6LD3vH6fu5rr6Kq8qRUYyBQ19dF79z484kbVt3ve1ueBk00lRA2V4VKG1kt&#10;HcXC6c7cW7nUG179/p5oY0+tJUKzU8x3ruF1Xw0t3vwkv4hqqfR311A+1/I6y1r+EDe3iG/UoBM7&#10;NSf9+FH+QD/KhhwPwq/7/hPAzP8AiKZR90e5lvMjMw7hfklUD7zzTVxCP/fBSkDQYbL72h/5zEfN&#10;mJ9flQ0Ixxr6AnAmrEuTc+6LXHLGKSXCRNe5nwSwqEPax/bzXCvWqTM17l7HRKBsOrel0sgv8qmW&#10;a1Gsb7TDSz3/AOQTfgSfxQqOM/OhU2BgRSZzPGK3LeYaZdfmaOtpNfaYZI/48vex54UzZW0IisVm&#10;mkXQj9EZHUaEdieYz3KIUo9eNDy28TST1VXH0tmqqvpFk3E5akTebheHxhgyNeb5SKQgMGvuA4pJ&#10;MOLVNLPTsqIEErrs1a0YW2vjex4sfZETNOhXTQb4TmpkosTw+tp2qWaokpoyZRtjEs5ZWO3sANOJ&#10;/A8FxCMVtLIwi3yhg67d5IkWQWA1AsfHhe5cScBNNuKFCpmbHcDKYXiZYOiwMHilYrGoMTRPdm0J&#10;BFrD6fZx7xDDhVxzxRr5rAhZaWRW02n3vptpxQyVFMmtNLkSaQuG47BhddRymTZA/m1FPiUDqwcP&#10;do9CSbG7HnoUp8PSsw5pTCapEPzCgkFgfsH4kePKW7CtUnCKstIVWXGK+XHFwjGaeAYgaGSXdSSl&#10;YykZSwkUn/CRqDzNXUctDKJZmDpOA0iD3bbAVPws1xx1lzQo6sZqohQprw/EKXM+HJBg6GmfCyYh&#10;KxL6TEMvsO6PafhyPHulVEEYk88WRCAdhHh27cevLkDEVYIIFZqHDChqDUTvTyUbs8kpY3mVvEa2&#10;BF7H48i7sS2bfIXfs+Sv5Y/x7930bdL89+aR86vpFT/5VhPmb/nX8nzfnNvnSf8AFXl7f+JeZrt7&#10;8//WN9i+IjOFJPg8NM2C4W9FIrYaZaFcZnaqpJFZqaOuaCMGdYm0Ict3sL35kjfMKCQw2kITGBgY&#10;Thj+tc2skbTavu5jduOPELgaSSPCoGHCAV+E8MIHECrNsIy7iHQaDKVJgwwbPHUzEcXp8bqs84/h&#10;eZ4Ol+HJg2JQtTrVVuAwYsQuHGtgWKcSU8alQrSlo/K4hGovIwSemyxlmaY4DG0zYfWz3nVqe8cc&#10;dPFQsBAkVgpQIqx2J3EnaV2T5OWWtREqHH8KLt7t6u/vi848S0oxq09JOonV9wxwkkx4QBto6XT6&#10;kqEzFgy9VOo+BUOK9SZY1wefJtIsGD1MFXSRVR+er8ejmeurKoo7ioM5eqDqPKURmUP2AYbNmmHD&#10;qwNuqI6WnhozmepqMK80zyoWBi+XBXy3RXSJY1Ed2sbu1jNWXNFH5iJGG3DGYmiTMLlVreOhtAOo&#10;iNICiAAFJKcZ1KHhnVqM6SBE0gOoGb8F6PZe/lVbXVdBgRrMaxfPCdMsHXNPykNHFLSP87Vy4lLF&#10;teCWVKmrrGlaoZY3sPIRWV2LYd1AhxiPDaKhrKipmliNRiA8qlw8M7MZY1LTFW2hgPcN+7bbBtql&#10;OaJSuFLMDbiT5xj7KLMlfYeQSoEkavCQSrhBMgECemI6ekB6bP3o5w/psM647nHKGE5Ugw5/5TRY&#10;dNLmLH/laeLfh1TP8lSPLG0wpC+2oicGTZAJDI8PmxMcocXpa9MtTUkmOZhaEzUeJUkcNREN2+ni&#10;iJxGVElVWuWCRe8Roy2J4+bWXyYOI24RHX86NbLO1XNp3rKlNNpwUDMY4z4CCMOMgiZIINSciydN&#10;KKmr+qhxPCsm9LcUxIzPl3Fq+qwCuaWiip66vxAQ4Bhc9VSSTqIlhNZWNtVwDGWkjTibwjoxHR4l&#10;Ji9OsGYc2xSzVkuK4liFREirIDGsVPCpdItbMSqsF2gi5KkUvruwy10azJ2TpJE4yBwGyNmETxo6&#10;yvNcwv7RQQHEMpT4ggidIx1wogqAgkxiQSDgFQoesn4gWRcsyYflbO2PzdPelmaY6LKeA5STJy4r&#10;FJitOYJapcWxCOPVpFl+XjjmkhErS7X8sK4emX8UnoDBlOjx3r105llwDDMUHzvXWsxfEab5fD8V&#10;MC0NPDFDT1Eksk1dHCn6PYoQRlnI3heR/vRbpU2pxtP7MnE9fnWQP0/b8PWqzllw4C1iq38KgpSV&#10;CVpMiPASMZIjZMVbV6B/UdjnUfJ8PTbqT/LqXOmXfnqXIVTluLGVhzDljBVoqZsUj/mNDSqYkkrI&#10;oWljJjaTciFthY13dCvlKjCcoYvh+IU0cGPVlRHgOE5dp/O+UWCOrp2knHyzCPznCKzv7g/SN2O0&#10;gUXbSLcRx2VnJbd4HhP2xIqwyZm2uAl1ABZmJAsTra2twNeAt10wLOGfczjBMq4ZJiFdhlTHFjUt&#10;PW1FRSRYiZAyQybIiFIkaPcqgKNrbQl97sPMCElH3H2etUeWt3EbKygjbe+ne59nA8yf04z1h+K0&#10;OcK7F1M6RxVdTlmiXGaukosJUsxNQlPIGRYzYJuIVbKzN3PEt/lzjCe8UcTwFPWjTiTj8cK7JAtc&#10;2voL8Oh0T6uwdN5MSqserWwzH8YbEsTkyPgUa4fhsBq5KivqEMeHKsLRRwyCSTzKfy1JQxruRtpE&#10;1mih6UPcuy2AADgRs+flTBimXMNxagocPqoBUR4a8VTQVFaWnmilgXakgklJk320L7txBNzqeWDU&#10;vVnKOC11Zj38kOBb0lgw7CsVkavlnkWCVrLU0cwWnMnmAJG6Ws+4jaDtEOVb1koWlYII2ddLXd3C&#10;k4EeVBRjHTvM2LYTQ4NX48cSK1CzVuI4TFT0KKq1EDIGpqpKjzQmzeXEqv7gANybmkyHmbpDjNNl&#10;eZcrzYNg9dXS0GM1GMxMlNEUw9ZEmepkaKPygbqGDsD7yDRkudsZoi8SUqVBAo0tMkSl5ASZJmJ4&#10;ECiN9ZsreqvK9J1Sr8v50hzdmTDMHpsXyDh+CRhaupkbFJzUUUNJDHWSNO8ewBzCiKRDKSxSXh28&#10;Kx7FqB6g1FC+Z8CrUauqcwuI6mjkdKto3RBSvUmONUYKt7aq2l2uS29zHuj3YT1zsoRBskaF7Qdt&#10;UT5w6DdNuqDYPJhWfIvTn1dyhVyZQyl0owWprMDzDSfO5XpcRppqpcZgwMV9XJPC08qoJVdXivIV&#10;g2r11SynRYxh+MYocPFRE9BNW1tPhsVPWGsh+UARVnqlhjvZW2tu72JB14gcvFhJM7cKIyz3Li5w&#10;FRfw+uueL9P58l9KKrMEpq8NzLDk/Bv661FZlafCMV/rDUtWl8Cw6rxSsVZJaqn8yGZQuwkI6AIp&#10;rjoOmFXXw4zjNM4rGwSjpsXpWaqkkYpLMZJ0nWULFHMF8wM3meWdq2LAly+czQq3IWnHhRhagjGT&#10;FbPWL9Z6PL+MZSwPEKWXDP63YrXZWmpZoKZNjU1LsppqUwSPNNBJJ5OxVjMo3ncEK+WAmrsx4niz&#10;566cYXFBJiWN0dMuHRET/wAyjpMMKOsET07CFnjFEpB2m+mt2IJG66kjDCaaumkueGOv30KsmVcE&#10;o6jJGdMVr56SDK1VV4mY6cwR4dJiGNJNTSVUq1KNOoY10gCiQAb/AHlO1SBgyr0w/wAyWD4LmrF+&#10;quL4zlWeCgbEc00tZTU8dRiBllFO890pavZFtXYm5tkasb7XC81klt+ZXpMDzO2m0t/l1iScdkDb&#10;50WjHuq1J1hxbMXTOj6a0Y6kYY+LJS5Nz7g71Dpg0UVAcQ8usp1xDDy1QKrbuLqryMIypaF2Bosm&#10;dccNpcoUlLmLN9NDmOGZI6WaRpKuWspjUb/Mjlpo7IpBsJJdCQQbbrgi3l3eTbvQACkjgB0/hQ2y&#10;q51pQQkSDjRWOonpXxTGOrseLZK6YV9dkbFIqiuxdKGenwyjwir/AJK9IkdTS19UHqbSKpMFMqlQ&#10;UZbmMqzH1LzXnSgmhqcJknr0wlKVabDhUz+VFVzPHPaqtVMshcSH3kVTtdVuCGBILbJ7aZVGPVS6&#10;4uVLV4RMUM3Q/JnT/FqDFYsQo6TDa7MUuJ0tTj70FGs9ThlIstCpoS9BFLAkTUwPlzM6iSN2CspR&#10;wBFZ6g8x5WxjCsk0/UKnWGSlY4nFisMj1VBPCiwtGEmhlsFc7twVri9yLE8nDdztFzzLbdLDDqgh&#10;IATB2AbB0x1bJxiaDL9uw4suGNQ4fKlDj3oN9NfVLGsW6r5j6HQx5yqKuWrhxXK1c2HHHKaec1Kz&#10;zS4TWUhl3q1tsrKFYAhbBeHg9Ktf1SzR/NsXzpBLiGV45kmpa7GRPDJ5x2gPSEhAYGQkuv2SGuB9&#10;oHWaZo8VF51wl54cQZMeQ68OGFYkdvbeS5mhASP8sQqAUKQYOMpck4ggEcCmdYwkjXe/G/X0a+nv&#10;LGXOnvQCuwnp91yxvDK7B8byRkJMLqqLEcJKNb+dwp5864pBPRI+HVaKZxNAImdd8TKPmMNjtbX4&#10;b8hXxGCkllerxJkWppN7zJA5SRoWAlQoXXb2uA1gC5GuWst3DDYQjRASCYAJ6CcOQK5iZnvBdouH&#10;g+rvHFEwnWcJMnCYUDsmY2kTgKaehXTz02Zc6VZjqcR6e4plWPGcNwfDqXKrpVYDmiahosGqMZw8&#10;V9PQYjFVChqIqnypYqhSJNjlAxljp1SWCYnlOrjxTDlp3zE8TJT4hiWHU81MtfULG6tW+ekcEVQB&#10;ttIkCMFcKhUXRCfZXuzf260uWzx7tUApIJEcSRt/Hzo1zzf26esEtXJUgNEqR49WgqiURqMSUggq&#10;E7SDEkDRmfoP15w7O3TnMeVcwUvT5q1J66DCOo0VLXtguXTUUrRZbp6GpFbNQTAzWgmq62F2gkmn&#10;V5GE86o3NVRR4pmo5VwNFwzHpGGN4dWS19fhmIz2jS48+iEnlw7kZQ7bopDuWxFwJHtWW2FpLmhT&#10;sYAkmeOHACaj7Kd98xYbceC1ON4BYUlDgImYIURPTGBwnCj59KejGCYH0dwbNfVVKTEcuUFEuVqj&#10;J+WcLoMXynhXlYhUfL1CYfXwQ+dVlWR3jRVqoFVSWL2dwVzHk5a/NVXj+O1lH1YpaoS4VgGG5whj&#10;ahFVR1UdWsixzUxjlPzIdlmMSBr/AG7EWOLW3dWhSEEaFjDT4dmIxEHAk9RoXWPbbmNla91ZJ/JT&#10;BV3Q0lQiPFCiMABs2bRjRucm5Jy/P0uosh4LBjHRn5D5PFcyVWSsXxOLGaehq6GTDfK8+KriqaQp&#10;ReSFhFQ7wsikRh0G5Swz4/jOOPHU+eKOnZqesp8Dlp5EFU83yax2aKRBGUBLgKzKPeBA97i1uzeS&#10;rUolQEYSceH4TUbWd9atIK9AKiCBqJG3GZBmQcRPHbSjx7BMHy/lChgwfEKakrZ/k8TpsVzNh9cZ&#10;Wwyjpv5izbUqKV2mLvsQl442LeWUY/oi/TyY7NFS0dPHUJhGGSVNZNDCkENGkoDXPnJaR2MkwIUs&#10;b2+0CVPDBF4twRjpE+mGGNB19rXi4QVqACSSZ0iBxwgAYfqa6wkZEwnEsWxSA0cWYMfShgr55TUV&#10;OIz+e/u+bRP7kN4aZgZNgCDTYVQoFPHkGuxSCKmxmKKnpMLEkPzVfQMy0NQoBmcztVsillP2mLi1&#10;iLhwxXd6lGGAScCYxET19VJrTMnGgsIUZXEiYJHDCOHmJ2cKCbHOvmRcEqaLG8u10uLYhiezEKfB&#10;cCxPzZ8YpZvPipo1oFw9aiTbLG6+XFHEwkV0cb4mRQ+xzphVVeLYdW4Vgk1XmPCo6rB4cUp6ITtD&#10;Q1U0iiNDG0ZPnKqOys6j3LEBm95P/aBTFstsvJQhW2SIO35YnHhHGpJ3f3muWbB2yQ4Sw9pKkicV&#10;Jg/HDjt6hDvN6hOn2CUtbmjqXnHBMj5YnNPjVJBnDHaTD4Z6mkpaaoed/nQ6RilkLqrxxyE7gwcq&#10;v6NZZv6DYnU41k7OkmM12LnLNO9PNkjDcSjwSirnkRI5DUU6lYpJRdiP0gsECnQtaNs07Z7e1t1t&#10;t2qXyYBOAPmnGPaalPcbTbWF1a3DSUIe2OltTikkfwgwD1wAYJ2VWxkf8VDpNnTG86dLsHMfTiuq&#10;qxazCuq2L4RVZzEFJLPPVU1RSPh7VtVDRSrDTqKmWmtIZ2lQi0ZkfqCuqJMOjXNOFyYG2L13lvFm&#10;RmbEIUhdHfbU0nzyLGDC7SBHFkJJGpsU2ufDPLTvkKW3pgEKwnpjE4Dp2baAOd5AjJLkAKQ4dJKV&#10;J2YyMUK0GTwkHEYGhdxCelz3i9XivRTPTZ2pshZeSp/lnSmWgqMtYhPiNHOKMNQ1c+CmWqaLEacw&#10;eaDvfywpUqGd5y1mTMCPisGJ0SYpgeHBKOpxuvjVVjk92eJPmJCQwYxr9qIE3+z7w3Gd1bG47vvE&#10;giOkRh7uNBe0DJUO7lLhJACeJ4+GPn1TSZ9RnRnpniCZLrsv5zfJnUfMAObMG6Z4NVSfN1WH1EFR&#10;g1dViiw+WGpilggxCotJFVlU2FmciH9FHzL1OyXgtUtXj2LxUcYiqKrDaSqlSo3vTrGJJQihUXcs&#10;oWMBSpFwQATd9NgnUloNkFWyOPqMOFSTu32ZZ7mTRctmSsJIkkRAJw2mYnE+sUEuRfT7n/FMIqsn&#10;ZNy3UVlXM+E0OcsdynC+EPHSYhUVvy9DLXN59VPLDLSGaunEqVEcgiYPLJGhBLeqPrMyJkyrzPht&#10;Kr4xg+YaCPDsLocovh8tOkM1TL5sn6WlWVZgqi0JMiHTxsBMW5/0xZnmTBvO6KELVGJkmBsBMcaz&#10;Z7G/o03qzxtl69JaaaXOIkqwEBICyIMqGIkHEDE0f/IH4eeZMz0fSbNuJVxw3PXTzGpc44xmjqWu&#10;OvitTXwYVTwQQmGlxQU80YlFzWQinlspUC0kxkIZnn1e9VMwVc9NhtbAuC4vEsFPTVfmGow3y1RF&#10;kp5FnttIhS6upBIP2twKzxk/0wIbaQl9CVEmTIkjpPREfCs+txvoIyGweadU0k6VSokkEAzJ2mce&#10;E1ZFk/0vdNsojCp6WmkOI0jSzY1VwiniTGDM1XK3zsSRbGIetdlZAjLoAQu5SGuL9Uc5Nh8702Zl&#10;qnqSKoNFvKSTeSiqWjX9A+ke0AI172Jtocit3uyDKcrtpbCR6bTtw4eys5cl7I8hyq0i3bScBGAn&#10;DZHr7aGukydleikimpsEp0qIIzSwVbRq06RmUzFVlYFwN7btG768DWfNOYsSr6qkxeVq+fGamNMQ&#10;xKqpkRI6oyvtDMxAsN17sbnaLnvcUWNqzapNslUhXVgD5dXvo+ecLaDbqGB46QBjw2UoYoYqeKOC&#10;CNYYYVEcUMQCqqqLAADsByFl3L2FPVSYViMz0tPQebI4aYSiN9hgICRq5faiLtUE2sRcbieWy3IF&#10;gABRBSSYmRIGkbOr2UiyndqzCyVH7eEmNkbPIVkN7EgXPs4YTB8twZWwkY4+UJKXD8Xlhijq8woi&#10;RSpQyVTuAWmVQwaoIBIFx3BVQeGClBV244XEtuAAGSekkYbONb7rLmb9TpWErgAyTECThwnGmha+&#10;gq8RqaCDEo2xDDow1ZQ08gMkaz2ZGZBcgHabG3ErLitLRU9DTVUFFWvisdRUUNZHiEDUkZkkV1dT&#10;TmSLRy/uEqyBQuhsvFFndd+pEEmCYVBGPUJgihTl28Fs8AWxqTMauHt2U4RSrOGaPeqxu0LebHIh&#10;JQlTYSAEj2EaHuONtfnh8tV1LUssgkwwp5nytL8zTidJkeKPbLMn2doZyWBPYduez/NlW6u7UdRi&#10;CR+sEUqzDeVDJ0mSerZWSRBIjxtqrgodbGxFjqOey/mqprcMw+np23wVZlhqIabY81mKRwrKYVdw&#10;BYKyC5b61ITfzohtvSACPujHykCZPUMafs87DjYI2naK5EC5Ps9vbgjYbR4XWYdVvTVqQ1LUknyS&#10;zIJZXgZ4apnj+wwJWzLoGPveAsyq7S6XUnAJGII2jZM+ziKUuqDggKwqPIzeZF7hKBr70JAB2kag&#10;dx/Zz1J/JsGwPChlmoqaxKpllf5wpMDIZQd1pG9xYpFVX0JC/fxLnGZLDSAlwTJg6dR9ZiBRUdKE&#10;+EzHHbXVpGd/M2gLou297ftuOc8RzeKLDpHrnp43oIZaL5ql86KIrDsSNFMst18s053gOQQxHjcg&#10;C6znS4oKWXD1CNvn8jQfVnSEuEEyY6MKwx09pCRKzKxEmxgvc7iSbDW+4W+jiSzR1Yy7jdVXx4Ri&#10;UlIspWno8LwjDt6xyxvuF2YqhQOXN1LXHhrwb2F0HGIZELjCQQr27CPWtu5006jQjb5H8I99c6Sl&#10;anhhjYmZ00eeZyWa4tc6anQc6ocbyLi6iYVi4LUYPG6igxSGVmeWJrRxsYgC5cvYoCSdxsTYngiu&#10;M9UWAjXC+Ix9hnb5cfSjq1zRlbY8UEcOPu2+2pDGVRYLvLGxK6Wv37+zghUfU3CaBalIsbpFwmVp&#10;ZzVpEqANULNtZvNCuXtu3ra5P1jhWrLbf/ihawnUQYGGzpo1duWkAOKWB7JqHJQRzMkzoRMu397w&#10;Vg1tNO45LwrNZx7F6jG6GpXzpoYaOnEqsfLIqfm773ETMQGO3udTcXBHFWX5aykGFeI7eucQB0iP&#10;hS5hLZMg7ca5CjijhENvcJLSAAWb3NliNRa3M0v8gnocVwurx2eOtp2ijrKSV44UNPKkwMKSMCoQ&#10;ioJ1Gljc315q8AU6VJQFQMZnqj4Vc6FYCvMJfOR0iUxENd+53e7Ykaf4bfdxsonhgwWkSOoXEafD&#10;lHk01PvDLPUzGMRbkbdZ7oFsSuhGga/H+6bLcrQCFYRtjbsoxdvEJTG2pDaOxttL6En2LrfX2c6o&#10;s51EgrcBxJJanD4mgxuKWKmCxLGwC/ub7taex7WCgKBcnjZ3YQ88YwPDoIw47MeONI7S4SXC2fP4&#10;ViNHF54qVFpdrQbj3sSD3/4HjvWyYZW0GH0+CUldFiFQqp8+slS6yVM5by7rEF/Sj5ZVZlA0JvYa&#10;cDpypDNyqVEjDoienb0156y0uatUisCRzwz1MtTUo9OQpji2KuxUHvG9zcEtfXtyOuM5iLxxtRVO&#10;MTwlPLw2onAG4TxyxvaQxCwMTggX0btYG7txu8p1Pe7UKIwOwRFN3liVtqKTIBB/Wsr00FmZNsSv&#10;cu8agE3UrqfrGvA0z9mbE6uKho8IhbB0r6aSnpzUrSuxFOESaSyorSJtjeO8hJbWxuupzkOUvkqa&#10;QEokxIEn3jZFAq//ADgcLaFwD7tnxrJTReWZQZBI+8s9txtf3gPeY273sOMT9Q8x0eIUQw2OmkWj&#10;hWkzDVSUwjncU11hjkEu8BUd29/RtSAR257OciuNf7JMgDxdfpsj30mvFXQclBBEAHaD1YeZrI1P&#10;G1919SWADEAE/R/Dg3ZazZjeZ6xcTlpkqqKGohoI8GaQNBJEbQh3aUoxJZAVBJubakg8IO5uAzqE&#10;JxgjHAdOPRM0dZc/dLUklIgcMab5qWGCB0RzASGk+YQe+DctpoR4ni0YrieE4itQEwrDlXCKjDqO&#10;m2Fg88VOZl8x12FUF0DtdiBfSwHAPcZS49dEH9khJElO07J8xTQt+9uVEjSkdG2mZI546+klWHdI&#10;xqoqypvclI2fy/dFj7xN7DQdvG/O8wYXh2G4fR4dG9PUNTx1MQnSoAikpqCmgpCCkSO25JFW5sRY&#10;KLfZ2jK1baSgJV9qdm2TGJmhCvS2kSAR8f1qXQTyyyyS7THEwSSOB4iJRJK7yk3JAsVa1raG+vI9&#10;ccyR4hmGioaSKhw2tLYdSwwhWElOamomqYy0aKZDHvQHRfsi5udaodfdKQoSfD5A7DRjbuqXBisl&#10;KtPNBh8tTJ83UQiOp81wF2ymIIHAJbbuF7C57nk055goMQhy7QYtO1PPAElqKGRzeKPEFjXY7syA&#10;KJBGbgEg38LhOu1bu1QVHViZ4bBPvpPcPoVtxNR5cHgrNtbVUsb1ETtPTLPGh2s0Ow3AW+p17/0c&#10;5TYjR4hgmINFSbXaM0ENZhUO6N3qoHjV7zsxfe0W0NtAG8i7eANz7dy4wcSnxHZz0UhecAGKcKxN&#10;T1EVbCTNvjcidoqpwCBHIGIARQBYPe1zew7a3T1fWV+MCvo8OlocUoMYhXDaaP8A0qComgCxUrkC&#10;SxhuIC3YEsTpZRwQ5Vl/cIWVDHTh14aSPdTpaJMDZFOFNTxwJHLMJIZIyamRX2EKzl32koLNbfYf&#10;V48Zcx4NiuI/ybAFxA4VhlVFKlBTxs4SN6ciCRJGlbY8hKSGy2b3Dr9k8WWrziGwlBHkOjoPXt2c&#10;KbctyNIB2/CpFPNAPPmW0sqkCWRACSGG9fs62swt9P08DvMOHx4a6yV0tTRNhc0k2DVVHFHHStGI&#10;nw2JIoiWZNrzAlGFvtbrgaG/5XumiSvQ2nEGOJEdBn1pJc5ZpGpZAA6KnRneBa1iAWW9yCbNqRwP&#10;cZpMFTFHxX5Gvr2poGo6tPIdpI461vPDvJNtO+QTliwPt0J04gYat0XYVivSICRxBnHh00C7m1tU&#10;ftG5VgREYmTiek+m3ZWVSLALb2Db200P3cUeSsfwCpw/EcGxbLb4TUtDPXR1gFoYVEqVXlx+USx8&#10;6KJlIZmO0DUDQKrdS3E6AjQkSYw/fj58Ouj/ACHNELBBb0AY+34n31ilWYvEySWRW99AB7wKldSf&#10;YSDxqbp9gmYFNFlvHTiON0vyldiOXpvmCIBaPywdjklSpkvZmvfctrkcC71k0h1SQZcBB0+vHqpq&#10;+LbqilCvH0TsrxnKFvNURxjRZCwse/3cjT5WwjCp8Qwusrpqh/mpYZMNjMlGUWGBKlhIigKd6x31&#10;PvFT7oOnFjQYaC2HECCZGmQcAOjppTa5WUkocMzj61kV9wBtoQGVxqDf2W49rh9BXYfRJNjsEk1J&#10;O1AtPUxxGWngkVLySCKMyb7QlgxALEggAnbxQ1cN3DWnVOOAMYDUCeE8POfZRzapbKFDVOPlFe3E&#10;FvcJNr6eP38T2Z8EdZYKtYZcQk8qaqwOpwjbPHOp2wlFMABuokCsQQNNxvwovrxDL6EL8QEx1k4R&#10;Ixw86ZvGmnUJVJURsxrkrA31sR3B7jkvBen1VW4jFU01YZKaompmq6faYzJTlYfNkAvZgRc2N2YD&#10;W54IbeySlWtCtSSRI2Ycadtsv0qkHD2dFdM4UEnw4jsXp2w2tZq6vljaESGnhVXqFcRhUaAvsVw7&#10;BtrKRdRoTbhxlztuValEwgyBGoGOBOBx2bDAoqv7gIIKicMQANUxwnDbs2GNs1z0PxHE6tU1XAxo&#10;YoZ6VVtIIUZHWSNXTYok93dZtxsNTqe3Du1UyrUtCU6DtAwMjhjhOP40UG/LqdTYEewz0ede5Nps&#10;Tnw3EPIir3hqqWISLGzWdZQ0qaX3FrKu4d9T27cODeW63NAIMoEiRhidg27POmms1S073Ws6gmY4&#10;8fbXuPmGZ+r8O/mMNHmySnqoEiiELbPOkKiVjuaSMA2aQg7yRbbpYLwJDd/K233NLn7XSIwnGMdo&#10;jaeM+VKGc4tEuOIQ6QoDDn8cKxtFGxG5d1r2v4Xt2+7iiqeqeN4mxdsMp5FmhiwyUReYBIq+aGD7&#10;tXsshIJ7AeJOp3l+QhF0h8kQerDbGOzCMafa3uVEgAxA6MeM9VeSJUva+p3a+F7dvu4m8FpqvMDz&#10;zT41DHVwuXrWacsESU77sRoA1z3J1IF9RyTrbObVlktrIVH9HGAcOj92FFlkh65UZdhYxgdHw+dc&#10;72/oHBby1gsE+A47T5iLzvUCSqael8uolEaqWVfMLMib2JUjw0vYcjreTKLNx3UlOo+Z6/6RPTwo&#10;cZaystwozM7Ojh67fdWNy10KC+tiCbd/6OewfKy4ng9VUPVR4fQUVSJcQqqd6hzS08kLO3mb1QNt&#10;PxJuS2rEAIbxLbbS0IVpTJJAMcBPzp231aCmYAPSffXUkoRgtruwJRLgbiPAc5LmbD5k+RweGmxX&#10;+S1NZU4vFhTrFJcLKbQK7D9GfMJNr3sdT4gDvHw4G2UTpmcSDjxHTt4cZpv+ZyIajUDjBxHWDXgp&#10;+1cgkBRf6u/x04F+I5hEphOJQNhk2HtuhSnqtgakj82nlt8uyhbyXUrtsQbDQ8FDItr0lq6YASgS&#10;esefx86Bea39tcgsXDY0jbJGPMVk2qRtIuO9m11GvEdRZpwqmrqhKakilnppJajFaiURzyEeUB7o&#10;ZW93YCd1vbqDpw6Dlg4txtKYSmCcAdgwABw2Db7TRCnPbDvVNJaCtMTOyBiIGyuXHnD8QhxM7aKK&#10;eLDYJhFMtOjv+kkMjrFL8vu3MNSe9rAgg25HmZ7t5QGFg6tAVPUJ/hUdmzbjStVvlN+hepOkEyrD&#10;2AxhXRA7n6deCSlFl+DAKCuosxDCKvDZJvNy5QyzmcOTI7gCLYbNYrom0FrLa1uAl7dDKSyl1KEA&#10;gbNOJ93Giy87MN23kqUq3QcP6IB9MP0qMyJI7JJTiRWAJkYAg2It3404x/VrBGpsYwHHIKTFJKcV&#10;lJCtWplY1FJ5ayCF7IjBY/eDk2uBftYX5Nu1lS2Uh9hOpI1YaZA+HA0U3fZ1uu62k/lWgRswTOHV&#10;XIxpOjRzwhkOjK4FtDfx78QNJ1BxCM1EtVmKOtjka9RhUlSddPLJGywJ2lkNhtCnQX7CdHZru5cT&#10;+zb0jGJAjYZgDHrjCipG6+7n2OWzBSIw0p6wOHWa6+TpNyt8rHuTRW2Lce8H0NvaAfp4IcWZo6zB&#10;pqpsaEVdQ+bT0GHQiOYyrZmMUhmhdJFZl1YsSe+mnHrDsoyOzSpTVsg6xgQkEGOB1Tt2fhSPJuw3&#10;ck9461lrAKsfsBM7YxnA14UsKuxEV95EhLEkAgWG25009nMFDnarq5cOo8WzFPSVwVcFrTILfoZJ&#10;YUnjLEhFuSSG/duV+z2j7MOw7ddlXf8Ac6l4ahGHCRGwYyZEe6gQPpI7NA+XV2SQ4SSUgYGdoI2R&#10;HxriaOnAv5d9rCoVSWtvQWBtyZXZmxShqaKvqMWnxmjo1GI1cUwiWJzVQFGB+Wb3ipdVZydQLXJ4&#10;Mbfs/wAnSptzuE90NohM+QgcOM1Ltx2FbnN2yGjYN6ExhoTgkYhMgTxriuH0S3KUqIzBYy6qN21G&#10;LKL2vYEkjnOkx3N7RQVWAZ7WjqqkSy089JUyiSGNN8PvrcsvuyOi7e47cNc07Ot2MwY7hplGobCA&#10;BEEzRPmH077kXVr3AsbcgmBCRIgg48doE9MCsFXguD10TU9bhVPVwsQ7xVEMbqxEiygkMNfeRW+k&#10;A+HEliGaMew+eRZMckqaxJhGtZRS1MTPJEd7ESC1lYuJCOw3XsLnjeWdle67ySlbKHDsAgiDxx2R&#10;xOPE0lzbsY3QWyWXbJlyMI04SB1YDhIHTUoUNH5fl/KRiMjaYii7bbQna1uwt9HG8dVepAlqqjCM&#10;bqqdZtgRlqqm0wUhBZt+5o/FVckaCwtoFDPYRuy8yrRl7akKiCQZ6yII6ZxxmfSIs0+nnc27ZU1/&#10;KGFJgjEAbfuKSBIJ86wthOGOIg2HwsIG82AGNPcc395dNG1Oo15mj6odRocTNdHm6op8Spgk8TFh&#10;5QUBVNo5iUFym42IubnTUksT9O+6ls8vu7dCFJhQgdGO0kjh01Wy+l/cdrwN2DaNMERO0ec+uOI2&#10;4Viq8DwivpZ6Ktw+OqpapTHURTjdvVrggk62sxHfnGp6qZ3j8jD6zM+zL606xTYNRsIlZ2CJLM4g&#10;jK+ZaPcB4MSRoSC9/sV5PZXBOlsoIxESQBtxIInqqQR2O7rtXn5hdoyVEQcBqIMzJAIjqFY1y9gi&#10;138z/lkL4iB5a10qB5VW7Gys1yPtWNu4sPAcm0+Zc31K02O0WKVs8MxeAY1VOJamOKQJI0W9mUqD&#10;sBJRdSovYcObXskyd1DQSwkIV4jgk9YB6OrSCTsMRJObXsQ3XTbpat7BAZUqSQkA4dOyePD2VLbD&#10;MOeH5ZqCE09w/keWmy69vdtbS/HNswY01TSVEWbK15pZV86kqqksqzM4YFQCWQltRs+yDYaFuHZ7&#10;Ld303iS42NadgMRPlw9KG6+y7d9LiHAymRhB2GerrrwwvDVBVaCFVKmJlWJACrCxB01BtqOZpOpG&#10;YVWspK9o6ikxJTUVSRhWieoeXaZDa6uGVjfdbU3Njfh0vd5s6AhhIQE9AMGcY4dG2jNmxy23SgG1&#10;bAQBHhHA9PRG2uaUNHEYGjpY0alT5enZUUGOPT3VPgNBoPZx+w/F4sUbC4ZIDBTU0d7K0i3cKjPN&#10;ZWCEvdmLDUG5tpqTHcqxKgXbdMtkkSPLhsNHje6+UvobBtkAIVrHhG04zs41n8tBc7QSdbkcSVVH&#10;UyUGK1NNTTR0UUhmkNIXXfAxIBkMIAN0S5JYgAW07cWvZDYXDEFvTJOAwww8hhtp68y2xNuuWUgc&#10;BA4TXPTQfcONNNgUaU9dHTTTU2KyTtGz1iTVBPlfoySadfe37Rc3B8NL34Y5Yx+Tt1N2hMk7FSRh&#10;AmRsBAoMM2DDVotVsjS5AgQcCNn28Dx/Wu+J16WrpZainWmWGGURsI5ivug3LFWU3H+Gxt2Pt4L7&#10;PKwvVDSUwR6iDqgjHbwNMNtPsqUkiJA2/I9HVXuQqikgWYt5f6RbzCJT3G1VJCFmVj7vsPDNW7do&#10;CVhPixMY8eqSD1YUXvhMwceMA/AbJr3GWpTF6iSL5bzJIUJKMwVdiKBdHWNgxuCLHXtwFX+W3rzu&#10;hEqRMySBGAwgQThEE9EUhfVdqKdEgfLoMbZr3IVM5SaUiueinY+W8qoPfBUDabDsN3f268LrLK0h&#10;ZT3hQqSCR/FsBBHrtjDaaQIu1hZIXpPHCvcfKuOoqIIAJ/PrVKsu8sYyp0uwF7WsbEa8FGZbvh1C&#10;NKtbgg4zBB6RwjGNlHrr7i2x4tR52j4cemvcbsXMAiS9E8tYNsQIII2NbUISba8Tb05GHW5DZK8B&#10;hsiNse3hwoqzK/aSkApIVz617mvfz5Ha5J17nuer1e57nq9XuWI/hRC/r66ED/UzZ/7BGMcLM4/4&#10;mXzxo+3YMXyPX4Ggn64G3TLHie3nYWDf2HF6UHm03iVf/L84U1cuhoK+GpW/tjSF/wBnI8uFlSFJ&#10;4EEVMrZO3jSVwTDVxHJb0LgOtfQzUjfESPMn8Dy4OGesqMSqPf8AMEJZqdB7oIvdTcfR48xjbI2R&#10;UmaZSk9NUxYpheC4blLCpkApFxGGE1052yMCyDcCH7GzeHhxXQxMGllnurLbcVsT+Z14p7ia2lrH&#10;Ci7YjjypFQ0OFlGp3DmMyiy2sSAdoFvHk7+Wwq/m7gu8AN5o3CxF9Re3GS3Bp7vTs6Kaoc+V9RTR&#10;Yc8Xm+Q7NEKNhE+5Tb3XCk311N9fhzhLDHTsTG+65HYWB8TpzyTCTxmvAzUulrqzHZqWOsgNIaZW&#10;JhkO7cGIAuxsTe1+OWHu58pw9/AAgDUnx5pT5FNqSRSMzTgFE61kNRT7mZgXb39Fj9m0gafr48lz&#10;you5HuN0oMfli5Btr49r88l71rSVAGk9Q5elcwVVGqxlKORK1qpgEdEe41Ck7yLga68y1NOZUjKy&#10;GylZJZDYAr48UrhIg082EbTtpL5YxgJXVsiYcIR71FhtFC+4u77SCASLHXXXv4d+FN9Zde2DemT1&#10;ASkybanAKTB4XVRYmtxBaViD8PMF+HW6o7y+R0TPsk0VZwmWTHGjt+kTDkxr1Nek20cJqKHMed8Y&#10;xFA5aWNKfJswhLLfQb1IXTW1/ZzTE6zRiLHsxUqptWknSBb2FhDGqf8AMvJwy1ILpmgy6jSmtlPl&#10;uP4LbqPURnqMj7VHtsPjS1rf8y8Ls5cxaPGapfY2yuOIqn78d+neo/DE6/rGpdlqMpMFXub5wwtf&#10;282jpImBLRISg0JHbj1rdoKYWoTQeAMbK+dBiWF1ayJsopdgJAkKsRbx19gv353FEzElrgfu37/n&#10;xy4ukgYRVF4iIpnNLO0jK8bAjvYfVqecdrC48Tc80VJmaJnm4VhWLy50uVRiL7dwDa+zW3OiBpcW&#10;ZR4ak88lY4bDTjCgk9M1IjWpXaHjfadb7ST+Q54xExh01BFyvjbvyqX0a4Ptpd+XQrGKcmhrDEGA&#10;Yso/ybK1wO1+cRdbA3+n+7jjiUHYRSd+3AGFQk/mCFiaWRwDqdjAdvjzh5JJYoLnv7pIOvx5v8wk&#10;ROykjbWqucUdW9zaWP2kK97XJtpzoRncbR6Em9hY3+HNOPIjFVLfyyBgTTpBDVN7qlgXJbzGU6E6&#10;WN7ezngVJsRe+mg1PKkCNtNuWUJmayPSYhGszeW/6I3a6EdueEZYEj3ipvbt/HlC6kYExNNM2xWO&#10;is0S1kx87yCixgm7K92+A0OmnOtoW25dfsg97ff9PNl0HYa8q1IPTXRpKyVlDRsFI7gNoPrHPS04&#10;/esd2i7QL8cZvhw4dNOry8EYVFODymNj5crMWvujBAt8O3MYhiU2K2HhcEX46q5URM1o2hCa4pRV&#10;a79tO7hPdF1Oth93MiRxbgVjOltTf7teMuPmCCoe6qC0VNc1o8RsoFI672I3AEkGwHx+POVmUnQE&#10;X1F+2vPEtkbcaUKsRGBrj8niJPmeQ+1gDdFYeN/Z9/Oe1Da417i9/wBvGwuDtpCGlTEViMOJMCTS&#10;y2OoGw62+oX5g2Q3ckWI9466cU9+qAJq6mFBUVwejqyykwSJcAFNpG36ueJut9oKE2Nrnw5dKQFb&#10;fFStNlhjtri1NUGCQOjCBxcRHd9r2W78xPEhO02S+tvD8uKm3yBO2mlZfGM02z0Fa/vQxzIBrtCN&#10;b8xzl8sT4gA2N+VF+gUhUzjsqCKPEQdxjIHitidfjtPMXkMNwHvbb9iB24pTcoPGKqLU7aiPDiIJ&#10;IpXtcgsqNY85pC1iLhR3JPfjbt43PTWg0ZrpKLFG956Zwo94fo2H3/VzGY3sBbcB4ezjvfo6Yqy2&#10;DOArpKCvJVGpJCragFGH7OcvKTTdr/iA4mXdmMDTn5RQxIp/pMGrlkjLUchI2kIFb2jx7duEn/ES&#10;2J6OuupZfeGCVqKV8f0Lf28Kbu4kNgKmVJ+NCXJ2kh0K6j8K2DP+E82GVifiI5fnaheGODKmZHml&#10;ZCAt0p1AufDUc01apVfK9M5vf+WSNc+O7Go/6eGycfbR82ok1vz8CipjN3t49r/f48ua241qFe51&#10;hKAVEbHU3sbfTzyxAplkELAr3L9MkUppqbp1Mh2McAydWKo/xPlvD5Pj4k8BLhVpjjj86ENs6Cge&#10;vxpG4bUCtwfETKQVFZi9Kx8NsWJVEH8F5eBnGgr6POmJyrMjR1Mkk1JI4JITcz2tu7DmO164FOqT&#10;GM1IthpLaSMMKrR9OmK4binp66bSSRyiWgwigp8Rgj2peojgSB2uVNyx8fZxSwVjSUKVDkSmNVBa&#10;BSBppcK1uJ3btcwdtbuUEEU0yZToafFZ4KVnpopHZ2SrkVmu3vWZkB0HM2A1cyJPiEsVpaplp6YE&#10;kts+yGItbTjJcDajGNJlpTPTXDO+BQ4wMNwOOtaKmoFetrfJW0buffKbidd1wbeHx491bwxyRVcS&#10;7qioOx212ldGvx21vA5IVsFbRjwwpDpl+upoJKBZ9tFTgSxi4LrI5ZBa99LsNPDidqKGX5iGphIC&#10;NIqSPKSraSAgePFDr0wafV9tK7Ca6BKGvwusVpakwSTwCEb4wDA1zc/H28EbNuG05w6iWCMvLIFd&#10;SoLKy3W/h315u4KCBG2iyxeOvHhtorfQHNWYzmnNn84qlpcMoppaWRJyI5UkXfsBINtoC+zX2+1E&#10;QYBiKbw1khF13INdxW19b9vDlQ0k4nbRgtwE4UYjEOpOBuIkpX+akfZLt3KV2q4YqWUL3NgeYfkq&#10;q9vf2+X8p9r9y191/bf+jldSffFN96OmnP8AmdNtvtTz/wDmIOzf5bdtta32fL8e/jz/1xIqKLqd&#10;geB5lqYsJqjiuDVUNQM5x4bjPzM1HG9OZ2igp6UzoBFNcoiEIRqqqCRmlZWqW1HvgTO2AJ84Iw9l&#10;c49x883e/mNq7fuhDGopcSFJKTMiFKJIhRiCpQJmCa2U82V3Q7qFjWTsmQ1+H5mwrOOBw1GG+n+b&#10;GcrVBpq6rgq6uiJEmJ/KTzRyYe6iZnCuobZNIxClW5m6n4Rg8OG43FjGLQ1FNQR1XzOI4bXU8tPA&#10;KWSMxT0y2RE2wRs0hVCZGVQfeUcThdsy4pEHzg47MOiRPD8au12cZldvPflkMraW4oHSpKtQJ1BS&#10;YJVxhKQo4TImgU6P9FJscwmoyR1ByBgtK74zNS4bgWX8fwbF6OoxyCthqnq6fE6uBamaYSVdfGsD&#10;eaFgiZnUMHJV+C9SemoafEI5zHV0EIw2HFcsQ0ceIRU0wiCmSfDY2D75FL7SHUFhqLMoK8ycsnm1&#10;pfhWrpEq9/Dq868vdPefLXQ/bJNsokTqUEtkpJKQAspA0pIST9xgnGKADP3pT6zZ9wrC+m2dcHw/&#10;q7kTGsQfO9dk/rpNmrG8JqMbLVXznytFmarkkijgjlCwsssJ8uOS0RMkcjRY+qi59ylVTZWxWaro&#10;55I3psw1VVLTTxwy1DCL5eCkTzql/OTywJPIJAAUm9yErQIS9obbA4ydg9nHDjQ53k7Nb+yTaXt6&#10;8D3qYAQQoOFIJhSlEpSgCZgEGJOIpB5K9JmS/Tj1pjwrM/RbAcKweODEcUqen8GBUuLYdTTw4ZS0&#10;lfWV1fik9PTYUnylWswFI+IqJJZpH2WKgQaCDA8t0eC0+Y46+eullEuICjop6XzXlgkkKyPBCnnk&#10;/v3cWAUlbEHglzjNMzRakWyUKBGBxJHSVGOOOHiqNbHJsqfzZxLjhQlAUPDphUDwaZVAGzEjEyBi&#10;KBzPXUD1P9b8Dz7jHp/kyFT5RroIK3pzjOcc00OZ6nCFo8dpcNqaoQ4lUOcNIAlNLDHTvZpJB8yp&#10;HlcxY6KDMy0GK4ll9J6LAq2CupKTFXjp6fD5FnMMLrJLO8Ie7ufMiPmBBtDBWsx/dZql4JS8jS8R&#10;qITCpjE4RgdvRQWyHJ7uwUl62dIQsFAXOnxFJIGEGAnSVCIJIJBgUJuE5lo+ns2cekM2ePl+pucM&#10;t1mLZoj6b4RU5rxvOeFw0dPJjUnyNJhaVytf9BBBXBqZ5ppZPKkkjcoTP12dFMc9SnpIzJ0xpmOF&#10;YvVYjHiWTKfLFdTCiqsUp/OKtE1RRxyPSTrUujzyugH29bmxfvFljmZWigwhWoxhBiRw2aej20sy&#10;HetrJM8srszpQg6gpMKCTAOopUZIKZRAJjAgcT9egn+oeRvVd1bx/DcRqMcxrMmXKCXPWas0UWMN&#10;imHU0cVP5GEV7NiM9Bh+J0xij8/D6eEuQVWyiIX1p+kOD506O0VVg+KUsuBY3gk/9XsewamjMU9N&#10;FSM1M0X6dpCu54JLKpKu20kE2ZIJuckVbqhYgDzrqtkG9tpd5Y0/bqC0LAgyDOH7/ZV8f6KZEcFZ&#10;Y2AeNhZlIOoItzNgmKYVRrmHN2H5PlzdjucqqpngpaG/nQrRU0ZIlhq0aYIfdN9xkbYbWRQOUs75&#10;ptKiZKuAoT21tglMeFW3qrkb3GtrdyfHhgci1mAVEr0mG45hGR4c8wS5Vw7L1bDAsk0TIohlmFOB&#10;ZXjctZolUKGIR9zNw2Oh9ABAT50IbKw1EpaIJ86g1j+TDJMaWStNKPmlipwpdioLWQORcm2gv34x&#10;5L9JNfgUVX1FmzrjdHkqmNVlevxgYCcUwV6pahlkhMlbU4e8UaCb9KBF33qWIDnnm9yEho3GsFPl&#10;hSaw3nDTgti4lLyxISrAkSRh1YHZSMrOomC/1sjyDhWLYRVZ8SkjzJXZJxDF4qfFIsLmeSGOqFPB&#10;FUs0bSRlQTZf9a9gTo546o0+IZJyxgmdMGoXgjGHTZGfLsVdbEY6irRqlKRIIinus36JyEXQMrFg&#10;OGOb7pMONJUiE9eOPsoafnu7e8Q8RpKZUyVSZczhmfH8v4tX1j5nnMebaTEpqOpjoqikoUip3d2Y&#10;TDciAlSzm7ahQTYXcL6gZBaj6YDBcQqsCy2KeKkzZlHEqeliTD5KASMslDJBh8DyfpFARalhGPd3&#10;KG0BPcboqahxtUp9aFLV8jvwkmUECOBFBnS5R6wmo6wS5mw3BsXxqWpnXpPj2Bz4pHBUUFZAiLFi&#10;dNW1tQIHT7MslJtZk3FADffYn0N6s0GJZ2wzJ9Di8T5ex3D/AOb0z1KvT1TVkFVOGDrGs1yI4LuW&#10;mABG3aCCOEF+plC1EA7OYoVZZl631KbBEbaoL/E99GGPY36csx9aavIHzfWLpxjQyrH/ACqqhxjD&#10;IMExjC6ejbyUrXw4Kq1GIGOEJRvM1w97MsqDrnVsYwvBZsOxCKDF8PxCGeJqnDFrPmI9zq6ui0aP&#10;9hm3Dab3sO2oC+bXDT6gUhSRsxwHCPbQZzOzeT+yWiTwjjGyiT+jPBOm+cup8mc8pVGLdPM+5KxD&#10;Bsaky7m6oy/VUGIGGiqsPqYZJcdngqG+Ypafyn82JEAEkoAc7OFewTpfgmToMdy/imZsRmrHhqxP&#10;hyVlIK0Ugklqlg8pI4ndV3F0MZ3BfdO0HZwuXmF4lqdEoHT8aeaaSElK9oq8bFPUViXV+o6d53yf&#10;lDCpcHnxHDqvC83YnhGJz4LNX1UdPh8tVFXJNUQQe8y05jqlCtJZ4jIFE/AczthfSOuooaKLKVRh&#10;1JguIyYNgudKaHEMJaSWJ2w56e9GqVXmRpNv8p4r77k2B3F1Dqlp1hQniMPnRW6toORGzzoyPSnE&#10;OvLYjBj2N57grsTzFl+hzZmTpG+IYVjU+HrXRfzKKrBad6TyZZopqdJoapojGBtuyAIhOoGGrXZE&#10;qOlGFSVFJSZdLY1gi18/mvU01LMZnhqTEyqJPOMqvdbq4J0AQcGW7WVocQXdUK6oFNZndKUjCTp4&#10;dPsoSMiOKTP8PWTFFpMRrs3xUmWczzYZA0cMGIzRRQJU0ZqVkkNPLTxwGM+ZtaMqQCzSMUzk2oyF&#10;l+Cihrs+RV8uYoI6Z3lw+RKmlpysUjwO9HV1COUlkI8uZpLWI2juobza2ublZSgEke32UM8izW3Q&#10;kAEFR5ihNxmTqBjTz1UeQ/kpcvVNRW0sNPicMlJWTxGopY2U4jQU8sW5AGMkIjPvaOwuHODgvTiD&#10;1Q4GcWzHQTZJwBStJHXz4b8xW10sw8xRSqYgzurRkuoDAeBuNNZXl1y6pKGGi6rEkATGE4nh7YqN&#10;O2DtZyjdy3Dj90ht1UgBSwmCOkTPnhVQfqL9YMv4cuYYOlvRvKdV6r+teP0U+bj0vy/mOnwnCsqY&#10;Dhk0ME1dmKrraiWnw2kdahUp55gjSSLtsRuIyZH9KHRfp1m2vxTM+aavqbm6Bp6yhgxioaOhWSJo&#10;WcSQwRJ7zuQAC7r7oHgbT7uBuC/cuJ/NI0oM4fxAxgRt47NuzGubfa59WmZP2ykZapAII1rACgpJ&#10;/okaTEbcJ6DUFvWX67PVllHJJy30TxP0d9GOoNGmB5jxlo6CbPdJLiMeICGbDZqxqunWCOGCN2aW&#10;jilHmbxZQokNbN1FrZqjyKKCmShoKY1FVS1Tsrw+ZuDSLEIg8hKXUBXB36IG5NbfZblrLziiVLWd&#10;MqUZIAMmExEbPtE4GsJb7fLMLu1DaoQgqMBCYBJEeIgydsyqcCQcMKLnlD8Lvob08rJ8exzGsx5r&#10;z7i9ZQYbDnjGZ4a+prKfB6ymxKko45qhpaSmiSaBS5NNbyAHkaEqDwLOoGKVuP4biGHRZiFT/Oab&#10;z4lwhZXMEyq8cSJHsVJCY3k3pJINCRdQBxW+GUOJWhKcDgIke7DhBmlG5Ge3OWXbb+iC2ucSACD9&#10;0kY4wMQJmj49NOiPTfLuI4XikHTv5OqyzNPhBkzqKcyyUy1FHWvO09VUNLAqVdNTGCWCA6qshV3c&#10;vxOS5ex/GYGmzAsaYoI5KOfF2jgNTK3lLHUQRNTRLLDG6hwCjkLuuC5142/k7r7qVadKOoD5DCeT&#10;Xr7eq3N04q2BCFHUEyY2kg4nxHpJGPQAYoWMv0+Ten+DYBgmXJGfL2H/ACkVHgMU9ZHSUFMZd9DV&#10;VEeI1DwTT0+6IbZY1ZggBWJRbjhgtDh2Fz1Hn4TQTU+XHfLmW6t3q43R6mKIKaeprJZopPMdmV2G&#10;pYEbbixN0ZI0puUoSFJwBVtx89tBnNHn3lBwuKBXiRgBgegQRh1RU7EcYqMYw+Chw/F8Tpq3Myw5&#10;2zhTTU2HVAkSnd5JY66joqWmqo2gjWOSNLiyFTvCncGLEKjL+E5eoVgjixTEMOEOHLVCkp7VdUyC&#10;Zm3UieWCRIzlnjcpcEAjbd1xtpgJSNo6Nk8dmyqKZJuB/CDjtOyOs0u8t0ee8dx/MrVldVYdQ45P&#10;NjnyM9fV3w6kSZqWJPKrX87y70saeXTywJLtYNZjIeTsl1MP8wxSnqY63DaHEZGo8PeslrHoPc/T&#10;b6ZJqt0cqxKkR7bn2E3CT8w2ErE4mcJ521vMGNTKSlQJAnYOk7eNM/UmkraSmpK/CKXD8fzDgscV&#10;fjqUK4fBjEjTQijjSsenwwGnDJaRXlVwoX7LKtitqfMeDeRS5YjhaskkepiqMUrxUxL82kjBGmjp&#10;mjlkj3KwGya11YM3uk8L/wCZy4GmsCZ+6dvkNvpTKbRWrvCscIAiY4gTIB8x5UCOK5GzvLiGPdRU&#10;mXAqelhw4f1XwH5GsU4dUU8TOtLU4p5lLBMiOjuZaEna8ZjRfNChiq6fM9BJS1s2XqmYUrzYg2J4&#10;jCwoppI3IUU8Dy/okBDFQ4awB3GwAIyytILZ74ajOOECT0CaEdgq1cGlJxgDSNvqYx9KyNjfT/Gk&#10;x7AE6mYND/PI6XBZcLy1iEEeM0VPV08JY1tZTqzTTyCphUvEY9xkQRDe+7iuosZxCCvdaqGARVdO&#10;BXTYb+klp4n2TjdT7p0d1WJRESpCXBAAJuDd77C1fHd92JHikcI6cYj0od7t26m0FxOpImBOAUeH&#10;Xt9TEdEES679NcnZty7hEeEYnPi2ZMn4rUVmT8Nx5nghq6taeowmZI8YjXCqimpZnrZXxJEmD1Cr&#10;LGxZgqjhjXUzDsuTVNH82lPV1KPDTR4i5w9JIzWx0UchcEssQ3+WRIrHe6WUrfkbfyBx64QpyDiA&#10;EjbHVs99SNlthcXTfdttOKCiDKRrMwcADtJIGKIwBxBoBsm+ivEuqIylmnGkwo0WWJoJcXgwrysy&#10;yUddLlqTMddF5IhETVslSIqlHpZo0NPFKryeb5YJUc0esnLlJBiNNgtZvx2NJoMIwWnpqZ4YoYaJ&#10;pnhPz8rrZnLPdQjhLAi7BVmLc3sevswbUq3nDEAgeoM4elTXY/RVne8zpLKdUaNQUCFEqIkkz/CO&#10;En021bP0A9BeaMj1OEU2Y8ONZhj1U2OZpzeuZsQpcSxLE5a5qWnrWjwGhw/dItDFCJI5Xmi84llY&#10;+WZpyc5y9ZdTi2E4vBlWauoRXU09CjZi85VjhNIKdHvBNLZ3AA8sWjB+yP3jktux9NjjtuEq+9Uy&#10;cYAABnz6hXQzsY+gPKMrs0KuUjvgolWoRxkDDCAZIP3Y40dvB/ShguLYnl/MHUiOgxPGMCrKfM8N&#10;Pg1PTmnSthqvngqmalRiqSkkTH9M/dnAsoKfU9SaqfFmrsex2rxmshYVOFvV10kcEUkMMbQm9K0k&#10;jBZNrC1vfACgMus6ZL2M5VlcNKALkEazsBjApG0n9KzZ3Y7Id28mSoBlKlkAEkAgxs9KNLR5Xy9h&#10;tDLhuH4JSUVBOJFnpKamhWJxLuEm5Au07g5BuNbm/E9QZnqGr1ilwKjqpmJxBzhsKGRFJNWgVG3k&#10;EswP2vbex7j2z3WzKzJbRca0gExhhtOzr6dvWKlfLrFKCWkpw04AQI9KfAgAA3E2FtT9XFHgnSqi&#10;zPhlVX4bgVbT1cSCbFKQVU3lN5iPJvVamQ3XaEY3sCSwIFtd2LSwggiScDJMmegE4iD5HEUf2m6T&#10;a0EpCusFRj2bK4PKkRAkcKHO1Cx7nTTgqYHgmBSSNhlbDBBidIIJqEV0lOdkiRS/MOzKCSLONRcX&#10;BsLkjgxN1cQPCCREJiY56f1oeWeToSlIwkRAwrp2dSHHvJY7lA1JJFrcUGIZKyt8hXVHk01TJi0L&#10;01PQSvBUKgV2WUoP0flgEAq5YsSRrox4HHrNTq1IVwicdknh7/ZRXmm7qHzpXt8/nUUSTvMsRVgs&#10;RDPJZl7i49t7+I8Pu4CoyJh1GcXGF4O+C4lCakxVdZWSLd6aZY1jikp40jQeZt2OJH7bTqeF1opY&#10;S4lCSeAMxj1QaCbW76GdZQJnDE1LD7rG+9HtYAWOovrc/s4zYXBntKKaiXHKhI6OV3qXWqqAsyqC&#10;w2ylHA1ZlsdT4j3WPDhm+btWCFEkpxIJxPrxHnRObB+NCxgPWQa5MsZK7kBJ0FwDzBVZGWnFNiM8&#10;FNQS1SyTJhlQKZGO7zJCPIYIFf3QisBckCxBJ4YMKt1MhSZ0kYDAE9JgQPnTdtufapIWAMeEDbxr&#10;kHU9tfiO3BWoMBTMNPRVtZhxxCegljfEpqRipZ/JicQCVwx3KHIJbW9xa7cB+8zwaSFpmRtPGfTo&#10;pXfZeIKgIOFRJ5vJDqJVidlIh8wbgDc6lQQSOOsHTLCcDhixeCtaPHoUpK9GSBauKWOGBKkuUlS7&#10;BCiElWUEkXA14ns7C5dhzvSVTJw6IikmU7uPuIlThBPM1Fjq5apmQR2pm82GRi21gwfywLggi+vh&#10;4d+OGFYHlijrP5fT0tHNU0lFE6yIk1CvnApKI5d9vMYhQSSWB1/xGwkyzJrlpalhKjHQdpPXOw+w&#10;UPbHKw2IO2PbUgNMRuKvGA7KRdXJW51Fr2H3c9R5XwjA8UwnHKDC6uurquD5to66RKikUE7oyZQ7&#10;KyldrBh4qSe5IeFuhKipXhTB2dMYjoFVUyywZUMDz8q6MrSJOkkipHfyleIkOdADoexvfiJzBlw4&#10;xTVWB1tQI5ZaqmqBHQTD3I5aYvJdoVb/ACbhCd5BIv8AAhbbZFbXSF9z4QIJnpgYSOkj3nqoovst&#10;RdN6UDTNSkbdZlBC2IJYEag6d/brxkrekWO4XhtTX4F5dVUxrFLFHiUawSPFujiayIXZlQyhiQ47&#10;qb6Cxm1dssNAtgd6ZicBA6T8Oui5eTOMILjZ8fCdkeXnWMVcO9I2Yb3JQbTcXAJtf/gT93AsxHBs&#10;dyXij/1lkesxFpZaZauqGwJDBKHMu739u4krZG0PjwssnSHAta+8Wf4j9sDEEdG04bcKDnfvNLCl&#10;qKlf0jAGEHacRWeORJUWSNg6OAysvYgi/M+J5koqmp/luCYfSx4LXbFp462mer3lJC8+6SVd62BF&#10;2CbrAnQ3JPrru3dKElJQrZhx/imRMHp99av83DyghrToPE448ZMcK5AGwubka3GnO8CqcyMs9PNV&#10;JUjD6lEq5GFoVY+apIaGy7NXATaDd+/hxJlFq6l4jA6TiY2bRt6NuHXwoyypV0TBMwRPV7OFd28f&#10;Hj5lueKqlqa+qy1/OqefykqIqSt8lLOzwbUby3V5DfemmlrnXijM7xTluQ02ATtx6yBBwB6aXoTc&#10;PjwAYjpw2nZ11jkDlCI3Ebn7LOu4A/EAj+PB6lpY8MpFnqmEVbhtDHidFh0i1Y2lhGxCtEIzIRJe&#10;x72YEabeEljfvNqhavAQNmJGGPmJmhJblbKAFmajrIXNhdldjG7oVI0uPjxqwvDwtK8tPl2orJq9&#10;UkjqZJHhZ6NUaXd+jlkATzBf7ZspBtbbc1ye2QtIW4qcYBPugSaMrFslMlMmf3VlLC92cLY7SO/v&#10;E6DXk6vx2tpatjiWGPQywPLUMYEePyZJI55wFIABLq7XIuTYt3AuYX1taWzcg6sCfjPzoxfIRtE1&#10;5EjsAp3L4Am9wLD8rcVb/OYvRs8cMmG0ivTmLEoF8pLRNAkiCSGRiVUvuDbQbkg9msU5fmACyIMD&#10;gdnVgOfYKohYcBHA1gDKjlNwdzcmO9zY7iDYjxtxAY7kWkeOCp85jilcI5IxUpUTs8OxhIV8kMFC&#10;OF8ANTe1jw8VvWm1dJIABO0An02UiesmyvVEE8azrNdyNvuLcM1xodLDX6eNsnSzMdDitPAK00tP&#10;XBTMalWYMrS3RTCwb3jfcCDoL6ix4Y3m8ttcgOJWRHx6tlIV5OkqCguBI91dJVQSxtJHIHRSVLKQ&#10;Rcd+PeB1mI4XPTXrEkwumkkwmKCeRFQkeYwZA7SsoQszBidSNNbcadDDrIK/uVjjx/XDZRsy3Cdv&#10;VXJ0VwRazNZyR49u9votxawYxgtbQ0E89SvzFf8AJ0VDhymRXQT10qp9lTeNZF94glSNNCp5GGfZ&#10;paNuEk7QMds9FInnWiqQRNQn3xyS7UIVN0skuhvtRR4HuQdPo4rY4qamgy1iNPVmqAjaOaid6oxT&#10;bnp6cSs1Uv6L3yisPeO1tPbwiaztIaKUgKVBEHDbhtqzvgSIM+dNxmdnradl8tj9hysYZbhn2gIx&#10;3aAkduILGcYz3RQ0XztQ+I0ys+X4KjBwZJZ5qiKGmLSNMsm9A+1dbF7k3PBPk9glSROEbR+vVSa6&#10;WpLYVOBOypsFLQKGMcSxAhJ3jl0CBXZwQNLHU/RwOavHsQnqN1a9PTQ0gajRqgLExaErO+5WRwTu&#10;nRlVxbXadbjguy9q2U4sKGBIjq6aSjNAlelYIHDqEbZ66c1CC4F9bMe+lxbT7uRMEzvi1JiKYtUB&#10;6PB0bzGooHWEKsAeXaVAAYyLKdthYl7C17hZcpQWQYGg7JGwno84EU0rN21N61fb1c+yuMkKSKVZ&#10;QxIsGYXte3t+jggU2daDCK7EHbCTRHDjDTPHFTosho6mCGoR2BKb9w3yHUbhYDS9w+/bFzvO7CVl&#10;JxAMEDrmKXozIAQBMcJxqMYvPQ7ZRKLtqGNt6kqRcXtY6dtPp5MlzzlCaolo8TWGizDh9RBLLUwj&#10;c1GJZEnniV4kZVljdSSNSFG06WHAJmV3b212e7CieIiQPUA49ONIxnbCndInUOFYBTTrIJIZWenK&#10;Mhgcg7mA2qbsb2I7i/fX28e6rLVTW00eIYDXQSUVNEIoXxVIoZGkExqwdjsIwRuAWxO697bftiS0&#10;3hS6gtEDhtB47OApY+/3iYEGemuK16rJ5FTGyzMRdIA8igN7g1Vb201uNPq0BqbAMVgoa1cQwSen&#10;rMGhRMRrI0Ms1fWGWYmaOOokVjuaUBmtZQpsPfKgNMZd+VdKjiYAJBmePh9vxoJos/y5AKRKZlQ6&#10;cTInon3VOWRAVKSCRZDeO1tqrYaArpwQMu5Dyhij4LiJxCowaqiUVXlLGSs7K8lNUEGSMPqEbcGA&#10;72UXKkqBnAQ8gQcMRPE8fd09dHjaUAp2zMz0/KoVVXVUBcR0wqRuKAqwUqSoZb3+JAuPpNteIvFM&#10;kYbleavrsv4TJK2IzS1UU0MdMS0YWo+Z1kby1EQDh11FtPs9leTG1KSpxsFeqNonaZiSBhB89lKr&#10;bJbRlJUhEmZJ4++p0UyyIBIVVlski7uzG1u9u9xbkCroZMzUJzJX4jXU8X8wgovm02QyM0CMImVo&#10;EmdWAO5pANoNlvc6bu2WXljTIVIPX5ah+6nLppLgMEp41y3IriBRY7S4UA2Avbv2+rnGrw3LPymM&#10;yTVFJiEmIwCelx/E2ikmaoWWWFfcmeMtckOzqLhXB1NuEGaBIQ5IAPAyJ8ogecx60w6lrTica73N&#10;7o2lbG23wIsD4X7cTclTiuA0NRl+kQ1FKKl48LejkbyI/m1Ryjxk+6ymMjcRfaDY3X3QvlDb6l92&#10;Uatez57NgwpIwly3/ZqxB2QPbs2RXMKu7dazEAX0uQCfH6+QcJzZL8xXUOLvJSzSkU1NFiMsKBVn&#10;tMWDkFNqiMRt2IQ6Dx4oevXgspKYUP4SRBmPQ7PfTaM4KnFIJhQ2bI9vyrsjtbw1+nijeswymx3F&#10;sHqqiZpqtIpsLrX3OaWOfzZ2iZmRLGQuxJ7HcSDfvJOQXjThIKFNlekyBsjoPpOHpT1hct6ygghR&#10;x2dP7q4pqAbAXPv2A1I0vpf2cSFNlfD58RpMv4hXrFiKh1SoqJno4q5iQpVZQ21DtXYd17GwF/EP&#10;55n6LdCErbUpeMqBPHqnow6BFBi8smW2tJEmTjsr0sgjjMhVmA7+WpY/cup5jxPJ2FYG0ayr87Nh&#10;oqcNx3E/LV/JWkYSF0CFRJcSAn3jY3FjoeK93szYUlKnG4IBCjGOBkbPP415hDCgFrSCoTKoxj51&#10;6OTzVVwpCuA67rg2IvqCARydT5c6e1EVTPiVJ50TmCCEQiaOYme4Q74tVdtAd5Fx2toeCbMb7L1q&#10;UC3GIAOOM9Yxk+6jm4yPL7hRJA04Y4jy2Yya5ndpt/PjfXZGwerU4fRYoKSdH2pJUCeOnqSUKkqP&#10;MjYe4u65Zbr4HTji9N0Azq0q4gyNRx4bRAAw6B10UXe7TbyO7bVBHTIB9mMjCvX0Btb4ez7uTaTA&#10;pcmyLVVPkVjYgHkwT5CWI0kzRxBHQpI3mMVBULYm5tc3FuJmM5Uy8U6kkk4AYCdkHCdkR10/lVk5&#10;alWqPTp9ca4hgxIBsV+0D34uKrC63EMOE9DiJpJMakpUr5KpKnzEjRwBKXh3BWdAlwQuq20OpMsw&#10;vEdwdYKVrieOzjI2GBskChW62tTUtwFHpnCJxw6fwr1wCRbsL6EcSWJrnuFYwVoseoq9HrKvCZJD&#10;TgySRqI3lhkkUF7yMNy+9b2WvwN2zDtynUUBQAMzIIHA7ffQbukZoDAQhYIPSPbsJ9K9ZS19tmHu&#10;B7a272v9XEIaXMU1dRrhuGSRVlIq1kAgdTCsQh3EvvCjy7q0lzoxsDfW629y+5cWFob0KSREHCIj&#10;HpEkKHiGIgkUVXFm/wB6Epb0qkHbh647OI99cz8fo5HxjLdX8ph8tPTSUNHKrNUrXKJzHFIt490x&#10;VSQGRlA2DtrcAHnr1py3aRpEDGdij1Ynbjsw+Uh/Om1pbSUpjbPGuvhfXmPCshQS4jPS4DUVHm00&#10;fzVTUzKkaRyyIpTeDJYuhvu90XVSbdhz2UJZLq0MqMjarAD3bSOiKS5TkTJcOknvImcB5eo5Fevb&#10;vpxfYblXOWA+a2HYXQ1WKtsSCpxCeARL5oYGQElkmVrge9Y3Fu3KX9r3zelSEkJ4nZ6x86Ey7d9D&#10;JT3YIPE/OOjrrgzIVNydp0Nr3/LXnnwPNFDQU39a8Mp8RpsR3QUyNLADeV2ZliMJBKn7W4+6SR3v&#10;dj+ysrS4QEOhJTsnAHyED2SQKVZW68EqDiQRs6PZXaujkhTqv2hbtxD4jBBU4jTvjeEvhW5FiqDI&#10;weVhBEkTorFWDD3L7R9Wt7nbGV2qQFOgI6RgTECRtIIw2Driie4Ww69LjelJ6D7cflXPiHzBleiW&#10;orIqbysOgjnnjdZSfcYRIxXcRsI3E2IOg+B4F81s20vLLQSloFQ/3kYSdonhNBvN92bJ8nutKUyd&#10;u3YK9zvIsdRl6rfC56d8Rw+baaPD6VGiJeeRED7o1N2XbuXcdp176ApsufuWShts6kgzpAjbE+wC&#10;ZMjbRVu0hzK7nugZQcQAOeivcWVW+D4lmSKqpcNqUNUzUWJRUgkllRdY0KuoVT9smxI0Av7eHIuG&#10;nr0qSlWpeCgZHCNuzYeBod5lmNqq6Cwk6jgY/TzNe4rY8yYDQGbB4KiSjqapRLRYnUvHaIyod4Yq&#10;yi6WG4AEXuPjw+L1uFdwPD0GRgfhhQjb3otgothUEjjGBP7q9/DmOCNcEwLz8v0qfMCmnWrlrpKZ&#10;WqJHWONzEmm7yrC99Rdr6G/C+3y5pphQbT4zgDhJwAJHlHHbNJbiGGSpqNQBjZiSNtdeOv1W4GUs&#10;WKRR0M9PQrG1QrVEcUS7xKCWU3CLqzKe9tdNe3F9shQUhTaBr07AB1zMcTsmo/uH7gpSUpCVH2HH&#10;bhxrvmOPM8FFFFh9PfzqUzRQyzxzJAwQN7o3rGdyt7p11vxXZ73IbQGUIKdEgFQKR4R6dVF1rvUs&#10;fs9Pj4Egx7a9yTNiUmIUlPG9PDDVVcgnkraeRJNBZQCFJbYSoHje3tvw/uX0XrSU+HU5BJBB2RGG&#10;Jg4UrOZLdBlIBJxIPOGFe444HHh7MZ6zCUeUs8VTM0jggRBlO2zIG3se5F+2otzeU5c26pLvdhCp&#10;VOM4gxhMcR0GlFjZNuOa1Djj6R8a9yZJ5rzXSaTD6OLdI1HCXCOoUposzSa6EnafHhlaKAVLiiNI&#10;2f3vDE44QSSKOl2yyvUlxSUjaBsPt+Ve5LkxCnhooJd4/SH5iKWJWeQ3UMrWZgBodP6eG7rzCwlw&#10;KMHGBGPMbaWvZs23bpgjEyNs++vcZ1likrKd6uq+Uha8YNR5ah4376aEHQHQc9q0GVq0zgAYk0Sh&#10;1LjqC4opTskxsPvmvcw4hiGL0Ypp4Z1kc2ZGS7yNse4K+NyDckW4RZ6u8ZKFCFHoiTgRw8pqmYXd&#10;yyEhKhpOAiZI59K9z1BXYtNDG+Jzqxd/LL1P25HI2hffufe7Aq30g35qytH2wFPwAOkQSTwgk7cA&#10;IO3aKbsMzuVIT3ioA6Z/CvcWuGY1iax4XDh9FGuHRCoWWeMz3kZzuIIuVVkIP2lt73Y24VWDa3rl&#10;JbENY9Inb0dEcekUL7TMHe9SGtIAk4Tj6V7mKjqJmeaXEKKOZvLZKeMqwK+UQo964uQFsb2+/g3t&#10;bdwoBUQPL9a3YKdW4ouiQJjr6pr3GyloKPEKqCKgpHmxCsC0qwKGYuzybAoDEC+7QAa8WQ20VrP9&#10;HE9Q91Ea0WyiChPjIkj1I48fLGuiQASTYDUk+HFFifSbOlLTzP50tLPUERUcdaGjZkVWlGwS7RYb&#10;GF9Bpbva8fXt3rKu5uDJI6wBOzDz99Krndq4KHCh04wBIPziuCzRPfZIHCnaxQ3sdNNPp4lsTy09&#10;BDiMlVRiSWJAZY6cIIdYxKGPy5ckWa/1e2/Dxx23Nu44lIMYYggGOPSZ9aQOZCjuFqIJAHRA69hM&#10;isgN/wCHGXBaGeejlrzWRUVPE8oppGWWIM8d5SijZqduo3ae08RZZmSV25WnAqUYAGnifKcI6aJM&#10;uszoK9aUpHHEfhXuTqvL9FNh380lrBV3DwS+XdCjhA2339wYXHgba+zhm8bdxRU6knA4+g6fXqpW&#10;7kTLjBcDmo+o/H8K9zXR58g9ciK9z3PV6vc9z1er3LE/wnxf1+dCB2umbf8A2CMY4WZyYtlenxFC&#10;HdQD+YNzsx+BoI+ujbel+YCP+L8K0/7/ABS82c84TeTmSq3P/u17D2eREOR4psGpvaaE9Zrhktd+&#10;WcOKj/cu3/Q6Tl2OS1GJ0mH4iXDrWUNJiO5tQEmpo38O/fmPFxbablYGwE/E0NQvQ0mK16+ueY48&#10;q4FVYOYHiqKDGMQy4FHumabD6+WENvYm2idvG3BBp4R5xZgCsihSra6aj7uVLR1hJFWTeYYbaK1i&#10;2akbKs1fhtQoeklHyojJQ+affA0trYG48eSq4SNGQsNgkYUMNNbf2cRvICCQNs06lwHDjWbp9iFL&#10;X/J1lXiFzNKzywOnYMAykWt48ZD7vusPEW0/eYWtr9HKpaOmlJQQmRQwPWQyVkUsciyqsbtJIL71&#10;8txrpc+zkumj2OxEu73fcAte5H8OMFY4iqhXTUPGJZqikiKRLTqZBNUvJqAgNjYDub851QkkECKp&#10;DRBg0mt3uO2ulh8OPtkJOI21ROBpOYZs/wB+lWK41lPN5ckVEyIiQ7GGqbVViSbkhr9tByablbKC&#10;7KSS1tCCPZyylpmJqwPA0lqSnqIttRLEKTdDEjvH7rB1kNyr3Jufz8eEr9eVRVH02dR6AFVTEJcu&#10;0F+25f5zDKVA9ll4I9zExfgx0/A0VZupIbAHE1YN6CsHwbEPUN0hxSKV5q/CqTOuLstiVSSSipaJ&#10;iz27kTNa58TzTu64TK2bM+2N1jr6uFV/5duy+H0cmzLCNYMUQXIhMVsBjsOWmfgv4jt9UOYYN145&#10;oS0ynW6jCsTYC3024U7w27kNhI1HHZ50hu7kC3VJjEY+tVT/AI23yg/DK9ST1uNQ5chUZST+fYhM&#10;aeKlaTPGDxCQuoJFt1gBqToO/NrCaaldWUWiZrAFfLJ9t+44mZTcpH/E6j6UQvCUYPp9v6V881ML&#10;wsVcTz+pfBRToSzioxjEY/0YO2w/QSDUfD6uZVNIiBRUpMVHcIl9PHUjni7czjarFJEBJwDw9TSd&#10;lwLL1dNV1FN6k8AoozI2yGbE8UIKk3AUvT3sO3MHmUnssp7kbO/0g6cfU7dD/mHUT5fKlKLZJH/F&#10;Cfafwp0w/JWX6hjFJ6q8q0G0/wCUqsaxNUve1wwp/wAgOeSWlC7QTe1ySqAffu1+7iR27uyr/iRf&#10;sqhZSk/8UJ9tKePpnleGNZh60cmNJObSLS41jBceOp+WX8+eE9FctqCNX9yMn6vf5pT15EflFmtp&#10;aSr/AJiU+0/hWePp1lmRoWf1q5NgExIPzWMYw20Xt7wSBtfpHPGupXO0JK1wLnZEBYH/AJecY1Xa&#10;BP5NXPpT35Jrhcp99PkPSnJ1QX3+vDI66+X72MY14aeNPe1uY3qacMqRu6LcOTGqgH4fa/bypvbw&#10;4myWT1gUnU2k/wDMQPbTnQdIMiRrM1V65+nskbK0EcbY1jLsSwIuB8udup788aqmO0GMn/EfLU/t&#10;HHhc3Qk/k1+6nkMJj/ihPt/SoKdH8rKyIvrqyFFBIQPP/rBidhftuCQkg/VzxqaYFf0ZG394In/N&#10;XKi4uiMbNz3U0Eg7XwPWubdMcu07s8PrwyG8LXEjLj+MK5I00Vohf6yOd/OUrMUZHFtdwWMg/R75&#10;5squgJFmv2CnFMtFM9+knzrj/m1yv5Yd/XZkgL9l1TG8ZZgQL6qYT38DfmGSupUZlWGW3i4jiIP1&#10;BuXQm7OJs1VpDTPF9Ipwg6d5QFPEh9eeTg99qxLi2MEqL97iI84GsoiNwppCwtY+VGPC+gLc1+Zv&#10;k4fk1+741chtOx9J9f0pxTpHkyWVR/t99PljiIRXqscxvVbAmw8gnS/MfztGzmT5aoUKNgTyobe3&#10;t5g5QLvk4flFGfL8DTq0MkR3yPf+FKGfppkGrwpqL/br6dwSCdZUxSPGMxGWXywVVSWUBV1vYaX+&#10;gczfO0+28VO/xLJCrfk5/jx9pV2TjaLHPl8qSd02Ff3dPtP4UgsU6bZMw9yJfXVkisSS0kfyWKY9&#10;IRfUdoCAPDvz0VVS2u8LKw7K0cJv9fmcu85ebBaLPPlVnA2RhcJHrUZOm+R6nZKnrmyWu5Q22Wux&#10;m97Wt/k1HOZqqeQ3EDbfDcIh3/4M8qld2j/mFVPPVSZTaEie+SfKabJen+SkPlS+tnKEpGjrBiGM&#10;v4E3F4x7PDmJ5qc3Apzf91lEf3m9uLEXF2AD+WWR0VYIScS8n2/pTWmQ8kzz1SN60MoUvlKDHJJi&#10;GM3fTsbQ2H3nnQmp9TaQHsdyxm33Nywduj/zCHn0rwab4vgD1/Csc2SMi0+xf9tTLNQpPuiKqxzY&#10;SPG7Qj7+ZFema5UOhN2IIiAHw0flAu8T91qTz5V78m1PhfHtNcMRyt09qI6b5P1h5appEHlvGarG&#10;I0JtYbdsJJ0Hj488WpglyrAeyJYr/k3HRdXhV/xKr12VVduicXh7+fdTUci5BaNln9Y2WY3UhY1W&#10;oxlmJOum2AWHMHmRixVXte/aL6dbtxSbm5O21M87K9+XZInvwPbURcjdO2Lo/rJy1D5RtcvjjhiD&#10;Yk/oP6ecrwsDo9xc/Zit+b8b/OXgP/Eh59Kr+Xa29+PYak/1C6W7FCetLLiutwwdceXX4EQ84F47&#10;aRn6D5Q8P+JHjybm6nG1VXl2bUSHx76ivkfplGqOvrDy297h/LGYnJYG/hTHwt352syfYkhk262M&#10;ZiA769378o4q7OKbY+sVcWrJGL49hqZTZX6Qwx+fW+sbAZZVIKU8FJmaaxBvr/o1rcJb+I3FTv6M&#10;uufyxZ5YMCrahvM2D3RSykm4JNxwpKL5TiS4xoTqGM9fwx91GmUIaSuEuajBwq9L/hPzXdNsP9f2&#10;X4sudc4eoeKYnlbMeDw4DR0uJxWRBTT+aWqrJtHlWt3uRpzTWdxJk+EDXysMkQE6dsbh9nBTpijx&#10;pRJre+4Gc6XA3DUXAt8ebB6KUmvcwUa7KiMjTW9/r5omcDTIJCz1V7l+2W/MpcF6W1wXdEuVMkPI&#10;H+GWqRLD/kHgTAIUfM/GjxhuUyNsn4mg/wAtqJcFxWAmzPimYFHjocZqj+3lxGesQlq8yTTw1FQ8&#10;TpFVkb1gSIyQJIo9z3m1fvfmOV6Ah1QI8QNDzKWiGE9NEi6AYJFh/SjL1DNTUkKU6z4YiIj1RkSG&#10;slhbWQ7V0TsRcEePFLlzDKnEcHapnpo462QCWngWSod9qkMCWZu5uQRbt4cTKWpYGk0ruCoGKZ86&#10;Y/heWs0LSGSZ8OjYQ1tUqU0ce5gQQFVBcCwIN+/j4cEJSww5GWk3Na4QDaUfdYkA24XJYOqKTEUG&#10;NTWwPjDlsURER2jXa25Xj8reAxW/Yn6e3OFVTzSusTxOqlFZddF2jaNpHtPhyifCTFOsqwNTcPr6&#10;JaUVa1EMrGVw20AbyTvKtv1uoIFxySlLsp0tEVuTuL+95diLdvv46kE1R0qOymWqxOFq6pWWrWQB&#10;f0UdNsAmVlO65dT37fXybBX1kM+HxPI/kwrqGZiFuQtvevoe/FqVaF4jAe+qBsCkLieWMDxjBsyT&#10;UaQxYjijlWSGNRJtW7q26ILdhopuNfDihxOakjpiYK7zGlDMjRk6t8Tb8uKA9qOIppoeKgnypguM&#10;/PQx1eCtBFSSJHUQ1Ea2RA/goN9RrfgafP1/zny3zEfnbv5bs97/AHq+R+b3d+/l625Tu0aff76W&#10;fs+jjRov5fhfyfz38uqvlfK+Z3+5/vD8/wDy/wArt/xd7t+/w5//0DOdQ8Eo6LCcKjhx2qnzXQw4&#10;fGcPhfCZY4IMSxIU8tSY3RhIqoB5qtdUUXbaqhuZz35UylK1Kkk8Og4Yg+XDqrkxkdwtWYaW0j8u&#10;pQQolK5lKZAVs0gqJKVdJ9Kvi6A9Scfx2l6j49mjItDRdO8Yqc05ryviuGvmyKpr6jCMJhanoKOW&#10;KSWWOoLFxF5Kxyzk7o1eSSVBApMPrnjxDM+LVVJFgtMrSJheEVdVLSpBERDA0UkCskZaQ3kkSNiG&#10;UbSQQAley3UkOLKQk4lOPp67faKO7/evTbloJWXVYJUogKTMq0yfFCUjASNpwmZdhguBvjmXemmT&#10;cPlqM1S2mx3NGYcCwyOsxTEH97EDXYdVyRSVBaFlSGmnqEVoZX81Qy7mQ1NJiT4QJMKoo56Slpoa&#10;2hqMsVFWiQUyo4hkSSSJZvM1a8hSRwDc7Q68ZeZUlqQnDpBwH4/Glbd0rvk98pQUDiFaVAmBIgHS&#10;QRGGAJ6SDQ9YrhWSI8wy0WPYohxDMs+IYLiFL1Jw6inkq6uoqklq4KgCVoEiDxoy00c9PE+wqokM&#10;UoCyy5OmKUGM4/i9c1BJh87zfIwfp5qRaNoyrT1hqo3mm3RNKFjUIhbYquFAFbKwWod4sJCcZ2zS&#10;3Mc5uGDa9w6pa/4ZMASpUJSkoUAEpITqmTjgB4iWTPGSGwfHT0jw3pxheKZOzZhy4ZjGINenoswj&#10;HMNkjq1hwanw2eGlop3niglNVKzzIhleWGR3aZx+cyzRdQsOx6bApYcUmjilQSyUr72dWinn+XR5&#10;ovMlARoyQpY2uF7Ezt7a3QsoUAkERGr2RjiT0UTpZu15dcJYWV6dUjABIIkJk+KAokEyoAGR1Rhl&#10;LqJmv0903TbGc7YZhmSI6qTCarGMs02ZIpxS4VjcM+H0or/KwueOmpoEliqYl/yYDqry38wJvLWY&#10;800lfmbFsboIMOxHBfMxCupayfEKiSOSoqZaS0DzSIXIjNinnF/f2AFiFBilDfdqWQlCk8f4h6mR&#10;sx9dtNXbTCcsZAKlIWAkg7JhJJhMmJT90cOiaFbqV0u6b5ifp5kTI+LVT4NmaWCny1mjIuG5Qpaa&#10;egwmjgxaBKxDQVMKK88nmxkUSxfofNYpGrO8rJVPmDNM3+cxKKCLCqmoq6atqauhxLDcRqaOVJPK&#10;qJJMTmSYJuZy8aqlhuUE+9u3lDyVuhLaxqGBP8RHST0nbh1Uk3hs2bO2Fu8FQtEo0q1ISqRhABTs&#10;8yCRJGwQM59Qen2VMS/2bMAznI2fsvU+WcUpsvS1GVsTpKCenmpZqrDIqXAqQRx1qU6wLFLOso3P&#10;FIUAMbAGsYyDknq62Y8k5lyiMbwTMlVFLjqTy1CSTvQVUVt1TQI5keQ7CrpM5CttsQLEvzLd+1zM&#10;6HANU7f1HGhHu1ml9kzSHmXigoBKRwGoR9pgDTjIgDjhJNGozh1DzJ04wPC84U+ZosKrcFw1qHDk&#10;hpqV4wKyhlqkZYcSqqZ4YU+XKvHNBCHaO+8EjbTj6xfw4cN6D5Qo8+dN8dxGl6a1PlLjtHHPBW1m&#10;ETzyxwUcjyxVVII8NlnCK7bJXja3uyFtqwFv7uI7lQS4gy2o7TtBxjrxiBhWY/Yn28u55eHLr0Bt&#10;wRoVBAWYkpO0aoEwNvDCjE9B/VPlnrBimJZQnkioc6YdUVNGKU01dQ0tS1IytUQwGuTe00EbhmUh&#10;S4uyjYpYENyt6eML6vZUkpss4XLQ5gSR8GNLlZ1nNfiKxSPBI3mzQeXTbRIxaIPIdrExljZou0ur&#10;O331mLeWvcNhxHgOPoQcfSjS11fTYfC1TWVEVJSxDzKiprJBFGkYIUsWItoSO9u/fh8ukGCdfMAy&#10;LlDJWZ814R1F9M1djcuB5pzzhNXUxIkamkp/Oq0/mtF58cEtPTAJ5ZkYs4KEt+kOLbOnmEd0uS37&#10;RRzY3dpdXLKbxsJJCtC4kAxIJOJAJwMRIPUIArNGE9NJuoVfnOky5SYh6g8Fy/TDLcFVDQjGo6QD&#10;FJKenpamqhqEgFS0lVFI8ZIIB3XCXFqnQnJeROtdPOnUTImE43h2UjhGK5UmwaNZqWrwqD9Ik8US&#10;VlaFiebeGDPsdRezC7Ffb73vNvocWmWhhEgcDG09MTj76W5tlC7qxUtpRafTpmQSBgIPkfM1Vh+I&#10;R1C60enLIVvT91iq8v506t/1hy2MVz35EMEWZcToad41ergw2KQSw06M1IUhaVZAqEgFU4PXVj06&#10;dMa+owPO2SMDwPLOZZZqWnmWpKRUFXSx04pUR4IUlAb3QAkaAsbbyQNZBzDfNtOXkNHjwEHEk6cQ&#10;QYEHUI2xpmYi7s73aze2zZaHV940ZwKpmSkSD4SBtwx4mqmPw0/xG/WPg2cuqfpq9UcHUXq/ljK2&#10;F4nXR5jgw6eXHsIxiXHpquZUxjFJaDzqYw1Jl+Yqqr9FFGqwoguFYujPQrMeTeo2JZlqXlwyjy+Z&#10;8Co4MtVMb06009UcQWKZ6gS3SUSCUs7I6BmUrJ5gbmNW9e9iXMAYUrZ01l7u+wu1SZwJwPEYHZVq&#10;/qK9TvTHrL0EwPKNFTYXmeXqBTw5gx2h6mYbVpWPWUQTBpaqnp6AwmWro6imeCNYI5IXlQSJNEIG&#10;UnbbJsGD49UYr8kqwSkjEjRQM0tQlVLJVBTI8kgdYVkW4HuqtwO2pfuVvEw/lzguwJKgBqmMDxiD&#10;j7aAHaQw+jQ3bKU0t6RqSkEggFQIBBTjEYiJ6614vVT1lz/XUPT3pJ0UzBNjGearDanM2R5sWxuG&#10;KhwWsyxhVFgbg0NNSUL0r4tItQkMjyCSWpKOV8EDLPfQ6XF3wzEMLxijhxyCvqK14qSpWjxOWjqq&#10;kyOksdOssjlUTYjFo/c91Rckg33e3nuLy+VaWVs66hwFKdKSUTGELMDaek9dR7mm/mVbv5Y2/m92&#10;2ypAhYUoBRx26J1TEEgDZwijyekf1h4zlTIJk6z5Qxijoq3LuVcoYtl3FoqzNtLRZrwrDqWghelp&#10;p5IvlVlmnWepjSlqf0zGaaXYiBgh6l9BM3RtlGsyvn3E8cWHEW/nuHUiwRPFRGojn8qmmq5KJ/MQ&#10;U6xAsLkG/gV4Id09w96btlYvspXbpiApUYnyE4TxwwqO736o9xE3yUpzNC0kTgkmB0SBHt2casQ6&#10;d+t3pDh7dUJMX6b0uB4UuDU1VlzNWIZYzlFT1OIPBLCsmIQQ4TXxmGo+ekqCYSyIbq19yyEKsP6G&#10;dUsZxaSqytRUnS3Lhmq5m/ndZSY3XsJ4PLmnmgp0nZvNJcgNMzb7kldTyQ7Hc+7YVpcbWSYiEmPb&#10;s2UGs++rTdq2ty8w6FpIMYp68MSCCekiOvoUubvXj0Lyhh0nTzOGC5v9RfWCgjwmjioco5PzLkrC&#10;KirhxRammp6bEscGF0KLSBopJpIlVWg2ALKzRxsIdF6b+k9D84cc/mua8YoKk0Jqc1V1VVRpLPHD&#10;M0cdPSzOsgHlLdS7k7QGOh5Lm6e4La2VOXI08ANs+fT5TWFnaH9YufOXCU5aUNoUCSoCTIJwOrZ7&#10;B01FyH1/9WmfqTD804vV5X6TZQxPDRj+EZL6RUKU89RhMdZLTxVNVjWZ6CmkjEnmEKy0VNbeWQEl&#10;TwUsq1sWWqbGMIqBDh2EQSYlj+O45mRWjTDqaoY4g0HzcrQQwLGJdixQoVCAEkXIMund5j8204kd&#10;2EoA0jBIIxOIG0k44nAAThWJ+9O92YZpaocunS46DCSFErUSeKZVIHWU44AVhx/oDlCTqNQ9Scv4&#10;jj+L1uJ4dl3KWDZAwKrparD8SqcFWPCI8VkpGp5q+tqZBSh3r6+d5bgqAwUEPOL02W6OipwYvmMQ&#10;QfOCpDSMJqUJ5UTAxP7pdgVBJRgWtowBF75Sm1d5Mqx9QAIPQJ6qC9mw+twzKQMCkwIV1+7pFKfL&#10;mY+omM4jiCwVsdLlivkjwrDGpo4xLTV0kq1VbEPnoRvjgjkMhWNJEYRBgWidkYJqd6jEqPC56x67&#10;D8KpK6jZKmhnx6Ny1TUeU2942ZpkiViAk72crcott3A5mNyq4CUqJCQf6RAOJ2wMR1T6UKXW2GH4&#10;BSVlJ/ocB1gDHpAoesUoqqnhx6GhoaHMOYBhmI1WGYXmWDLzwGShw9hGpSGy07zPsd3poW8pZLLJ&#10;JuEaramgr6bEEGBJDRNg9qGafA6TDpVpYp3QSU9jEAVKnVpI1YkKQttStyTLtLyWkJjSR9oEYnyi&#10;aL31tFuXCNKuBKhs9cMdkGNtBNI+EY1gTRZuTE8ZrsaK4/htLmzE8dppsUrMPpXmp69bTM6ujJ/k&#10;6aaVArOrOTorzBlXDcVTD8yx4BiTmmqjPDDi1JDUVFXWNJ8is0UMdNEkJAYyMUuSm4hdLEwv7u1s&#10;nAu4UAsYgHbtgnTsABrVszej9k2pKkGBIJCE8YKgVSSOn240E+bvURg+Q6/M3TvPHUrKuF5gGGPi&#10;tdHl/FGw2XBsvU1I+MTmrqcVxVpamnLwrRRvKscaVDxRtJ7/ALszGsmwUmK4A9dlqnqKyb/SKGti&#10;qI6SU4jU0zRmRv8AR5oFBEgW8YLSX0QbSOE95vxaFgqBHeJE9XsJiP1pPl2VuLWptKyNWzCcOgeI&#10;K64OA6cRTPl/1c4PmTpv1DzVl3qHUQ4H09eSLOVPVYXWY/TUmBYLjRMsR8uro6uSQRUzkyzMsVP3&#10;klYSB2Qz4fUYZHDX1eD0+YpkjiqaZcEra5H+XYNGyw+TT08X+TiO17r2s1huYh603hW+gOqAMdBP&#10;X0JI6Np6KMruxYbV3SVKSBgSQnDZxKiQPbRksHz6+fkxSDCcxVfTRZaiqw+bDc8YThDbsVWWKpjN&#10;ZHUVlZUFhUVkYaIXuZAY23mNFwxZlqKz5ebGKf8AkuWHdFkxVY456daJK3ynieedZWAVJCzN5iGy&#10;/u9yZWKCo6nFRsjAR7Y+dInQjVpaGpwA9XDDD06DM0+T9MKbLFFixwTHZc158gikxCHLFTUSUGIT&#10;Y62EGpFTHR4e1LCHkkhCRp8vIFZiT5h0XFXY1W4jVVOEGprMUxuiaGrzLgWGiaSoWgqJPJC1RrJo&#10;URwsPm7Aibto2MSTY6s7NDgGlIOkiYx29eoR1Uqy7LX1S6E/szhMTBA2wlJMThM9MgRi2LR9Mcm4&#10;Tg2J0oy3lPC6oSxdHc05nrsHw+grMXjpZJxJhDUcdTLLEwrmp/OaSZl3uroVsGSuZ/Uhk7Js1Xl7&#10;EsbjV8Ipqmvj/rHSf6RPU09RVSeTIkrtH5zLCdgD3Z1N0BKgGR3ev3UKcacVp2YzhMkx6DjjWZPZ&#10;/wDS3nmb5excptUnUoAkFWIMQTIB48MIoptJ6Q+oXU7Fq7qXgz47FhWfsQwnBMPg6WZhhp8LwPCc&#10;SwTD6QTYVVYbAk70Ykm3TM8LNFC9opzGkhcsZ9eGXLYxHg6VOK1ddPWVWCVL0kUSTb5ZJopJJHgZ&#10;dp8qVHDa/ugEgtwfbsfT7d5i8yEqIDg4mDgeJww4V0G3e/q8bi9u2A3CLYgFQIIMgTxVA6sJmaMK&#10;n4VNRmJenhzPmFMLkwTCsIy9j0WHYtj8qU1JBhJw2spaExVkEsLXEMkEqSA+ZEHawCx8r/6pdeup&#10;+dsWxaXM1XGTmVITLIYUkkalinkkIbQ2UkKAoOq7bklRzJjIvpptrN8IeJlMFOwxsB2em2s3ezv6&#10;Ssi3TUjumzqSrUPRJE8ePDCfOrSOlfQDpb0Zy1lTKXT7LgwPAslxvDl7D4ZZfKhMkQid9m7azt7x&#10;3EXBdyLb2uHGUPm815kqqPHG/ldfXRSV00lK52CaOmXYah5wNwXyksoOuo8dJ43ZyZiy8LiAlQOM&#10;TjsEq9IiMNs1k7k9poWv9kltX96I2dPXhwoYm2wx+4llWwCIPafYOP8AUYPFizYnFieLwYriUrS4&#10;zSSzTpDAfLJkdAEDoHYC4AsBcDWwsMl5naNW+KwNRkCdvvwiPeKW3DSEtRcKxJwg4H9f0rlcIq6H&#10;aLJaxJ104ocvdPYY6yHCcTw2COpikjnpqrGwru8ywQO4W7RE23OPEW/xEgAKZzmb7zZDKQXElJxG&#10;zAbJ4yTjT9vlDfdiADBkcTWGScCIyoS4Gv6LU21HsPPYflvDcTqmmigpqelw2pnpMJjxSWqklM0c&#10;sisWhjkKpHJ5QUMyjVSOw45k63rhxx1aSoRhM7eOExHpS2yZbcWpQnDp6fhXLzCCQQS1gx2jSx00&#10;J9nBEiw2ahwWnirc4wVMXmzGgXDmSMfJvEskoLSPuuSbagkeJJI5fJr8F9RcATt6Ng6qG2UOIQIV&#10;WGKTfK4+XMZsC7SDXcDYdgRbmfEcPpcNhraNar5iPz4zBQmjDGCieM1DH3wQZQhjG1W925I14Ire&#10;5cdg6YBgGNo0mRzso8FxIwHVsxFZI5Hk2ts2ggh2DfvqbWHw768YZaPNUGMQ1FHhkRhoUiw9a+t8&#10;75Q1NOnzBdkXaV3HcF11J1OvCrNbRzQpDW1zCZn29WNELlndKUdKfuwmu22MjIXI8299pG6x0+Pb&#10;kXP2GT4tmvFKWCpc00lc/wA1DKymImSZKhpGZCSLMvvgabSAL8KLPKHEgBMKbBSTB2EGRjtGO3qp&#10;C5lmBSMUg+/rrHQRCCipYlUBIYkjRVvoFWwGvw49dPKGphpbxRx1BWGSCmMAMKkRL5dQsgeJS5WO&#10;xuGIXceEzJunihRQIMDbOOw7QOPTNJ02zizKR4RXGrI90MwVNyhri5uT7ttdNfhzuny7hVXXDEMa&#10;pZZcRjppJcNpik14pZJpo0lZpVcPqrjQrtt71/dsZZBkrusgmFJx6sZqtplIWogmAK73OW2QsoRC&#10;okY2NxtBIFiLHUcXuYKbJYwyhjNeWqgB8oZJ3UpN8klRIsrbQk0ijVr+G0fa0KW8UfzCW3Eg4kA1&#10;c2gCoprpJMTNRKJ4VWNWZSVUe8okKqQNxKqRb67ntyTgmP4PVz0DV+Ix1E6GKkxFK+WFgm+nkuYk&#10;V/0qs6FWVLkMe9hwXvMLbQCAJUMCOrp6IpelDLWEgyIrNUQyQxypTw+9IrND5A23IItua1gQOxPI&#10;OZKDCsVqqM0tcmKmKlEtXX4enmzzQx1K0gijja9mKCZmDAaWN72PNWOeP24OlPhGJE+s+XlMVUPF&#10;SojAV6jqKhUcyUjUo3bfKmIARjGZSWYEgrcgXW+t+QMIq6nFqTGcxSx09FQx0a0lNVVcTSVtJLBK&#10;RAY9qoQGjkKe4DfUAkacLre6aefCkkwMNOMSdtF6223iVTgMCOfOslRHEJqWIM24OZGhQkI4ZSG3&#10;Xvex1+njO1NWY3iMz4vOZfnWUSQwlI/LapBp29zfGEiCXO3f2Bv4WGSGGre1UkScSSDhhA2EY/E0&#10;oYy5KEGeJqWqR0tOEiT3Yl92+5iduvfUk8W1dWT0NYKfBsS+cnryabzVQKYoqxbshEwVD/kyzMT4&#10;AA9uAm8S684Dpgp4cD8cKTvtFRiabvJSpQPV0vlinYSIh1u0R0YbCT46D8uIPM2Vpc31VBiNdhuF&#10;YfJDVJPFOqyfYenRGP6JUDJcja5Fty7gCCDxFatXCHUq04Jx48cPKZmJ2YGih3Ky4oKUB4efI1np&#10;mWmQxoZphGp/yh3EkM2gLE6/A8DLF+mLxLLHHjomEY/lctXXTywJIZjZ2DSn30WK73AAO4HtYcHy&#10;C2+wkJ1SAZJxkHb5ccNlJnsgbWARgfPaD+FT0nDqrbWXcN+wi5A+Nuxv4cm4plPB8q4KcPGMxyti&#10;E0irSxVSLPM0iPChEY+1GHUIDvGjX+gqzR5LVsW29QJHViMMOniBG2nrm1at2omZ4TtryTF2sI2A&#10;tcsRoO2n068e8uYRSz4bQYXhmCR1bWIMtSkDCkWoqI6dg62IDLrITe+0630ALFXTykpSftIEwPOf&#10;KjFFqlIAQmB1VwlfYWd3KqOyKNTYFvz7cGEZNmkhmhxt1qcLhCS/K+SKtdop/kd7tCWa0iyKz2AJ&#10;AJ+yOE9jclLwCSZAIgx14eeNeTYEKkiYplNfDvVqdCZpLw3Y+WSSTJtAcAXFiBfQHTvfjLhNDg01&#10;fFh38tnwupw+nlpaMU0oSJyi+TKZWW4eQSEoxF/etciw4JndLQStJEnHpj2UpKFJWBONTpXmjQSp&#10;Ksquwd9wLEA9gouNLa8cq1P5ZNDNPF/LcMpKaKvpocVQbjUrDMGKwqV88lSWj7H3dQbEcZQ626gu&#10;KXPAR6zPETsI6uulEoB8SjWOORKhH2zLNI0jQM9I17KGBsTrt8A3ErT5iiiwz5eTDUleB5Kt68RN&#10;CwR50iBkik8tQDHOp3eYRbTQAWUO3tvbqKwrDCRB2nriq9+hOzCphjIl8wSkBwE8u9wSB4HX2ezj&#10;LmzGFpKmDHsuuaU4JCaIJUSANHLDSSxiB1BdCt2jZhqBazWCmxVePtq1JOMSZkjHbHvpNcq1T4o6&#10;66ihLxPDUWbzCWbZcAhju+BHjrwOVz5nCeKWjpqioqZZVlLyTtO0u1pWlUOrxMrmLyz7237OoO2x&#10;4W2184wgNlokJJAOMz0npxmg6i7fDcJScDztqQKeBdtolXZ9gAAWvppb28T8uB55hq8Vrqyg8pgs&#10;cxMjQRRRS+Yjfus+9FD2YqytbxGvHJvygyUgcBt52004jMVKUUkcIPR6etZA6kDa3ftbiqwTAMfh&#10;oKehaKip4G2UhfEhHPM0nzDuyRyuJggeJluApsRa1r3OGd0T+W0uASYMjE7STt4UIbHKnW0gKj4/&#10;urprXuSbjUKpPs+HBiynjFVFVfKyLTeVR1RwylNei7RsWdFKqoT3LLIqm5BU21I4YXeQ2pbSsgzH&#10;VgZ/dRw3aocTgcRUGrpYpo2J3qxUkmEkNa6k9763APMtLDmTEcZmkom+TjLyY3GlKN1PEZ3ll8vy&#10;43N5HljIK2sBcH2Bpy4tG9KR9sYzh68Ka/IlG04Y1xYUlNTLG53IirTs8x94qgC3LNroDe/IeIZY&#10;xTEbwYtgFIccpp6WjXHAwhmqJJPPDF5E3K+5IvePusDe4J73ybNG23VEnwkSONOptEFcrSCCK7hq&#10;KddrxTM0EiNMkdrgKNv2dAQPe08NdNOA7mfAGw58Pp6LLryvSzTMcAoI6yRELLJu8lQY4zJH5hsd&#10;11BHgou/f3jZP7OF6CCAJEjq4SJNArNstb2BEgcB0dXX0VOV1Ybg910Ie41H9vEkMmdQc2YlVKlc&#10;+ySnZGjnqGA3PNHCkbQxOSq+WAg2i21QAdLcDn5ubl3u3NBUFcTidWEwejCg2hhwKUlBKMDtJEnD&#10;aB1YdfpXFpKemXUrEhLMT2Fzdif4k8aIMCzNSyefW4QzikikwbEq5ZpnlFVDHHLLJudVB92Sy3uB&#10;8SLlvKUqcWk6QAgEKUNpJ93ECq2TLqXJ2wIJHGsgdWNgwJsHsPYb2/hwW8p47mjCsPSfFqOuxHDc&#10;T/y8mK0ccpZzD8p7p94MBIZFSwNhc27gIblhrQrUVhycdh9KO7IOrQAoEKBk1Emhp6htocLNCQP0&#10;LlWWzLJY7bEXsCR48XGM4VS0tNS1K1kVPQVaTw1NWhsrQlJAY23KFBkmVQSACSb+0gjzJK2ChKVD&#10;zJ4e+l67NAKFAxE+/wA64pJuJXYWkQr7ptoTbXv4A8gYBX1FNVULYMf5zTVO3DqepqZJoWmhqJzV&#10;uyBwxG0i3c20tckHiDKluuOobmYOB6RM7T61ptMeFJ2V6aNJE/S/omW85sAQCq7Bc/QeOn88xfM7&#10;R4DX/L1GKSvBQrHXRebNHeSXYqMxDopEbg++PfbvqON2mRulakrUJBnymerzpQDtSVE8YqKtHR0B&#10;eoi3QRLvqZPIJVCSAWZ1X3Se2pHYc5/1QrmpscoZ6jy6KWMRyVlRFeKaOMmIBCIonZULL5m3dqxv&#10;tII4cJF4g90hXhAhRIEnq2bOkzT0EkpxIjafhWYVsRkQKN8g0eIEbkLDdYgEgXsbXPhwOc45Pnw2&#10;kjxKhpPJpn8zB4WRhemZrwBd8iB9dq7EKgjeRcXuTjM8pbumkKmFJkEeYjbTjlqjSmMBUyGdZPdv&#10;74AYj4EX0tcfdxj/AKrHEplxCppmjaZryYs7eUoDQyTyIHYhQCqKQVW+8utxc8UZZu6z3+BOkQDw&#10;5BHzpKix1OTJkVl3AG1+2m0anuByThvSnLtPVqppJ8Qmp4KaraRYGjiVk2xSu5UbWtsaxBO+5t3H&#10;DzKN2bNhlK3ES5Inz6fbTLWSMoMnFXXXAykAE2UklQCfu4opaSjlosTTD2aWlgjpIFjq6byqo0wR&#10;pUjZQRtDKCCSQCliD48Ebr6V2yUpOkbCBwpatxCjpGHDZ8OqvBidm6ysb32G4ve3iOMGC4Fg4psO&#10;xanqI5cYoml82bFpqiMRxQO259u8BwhuHF7XIIIHAavLrV5slEyMCST64CT8KSpyy3LWIOBxmuTE&#10;ncCDtt3FuZKuraWtjo8TxGOppZoaygrqasBTao3yzMHj33G53J3FvdY2BC24aryFtIQ6rDvJ1A7O&#10;knqr1ypIQFQADMivBFUEqttxDG3ibBR3+AHJeJYXSUMVLitPJSU2Hy07U1TVJLTyRyxwtAscnk07&#10;6P5dRpKqW+z+6GvXMAwl/WkpOAkEYbTEHZIpGlhrFaSDPCcBBnhWNJFMjRjcWULJqrAe9uFgxFj9&#10;k3F9Pu44U+ToMXwhsWRfmKiGaeho5TJB5dOKZ/KLyykl5BCllsCAwC3Nzfjn5G3WVAuagMZ4yR07&#10;ekDh1UrVZIW2Y6dvOMV0Zgshj3C4Acgg3969vvtxqy9kutpajEkxofzqWgRo8MokiiQTbZwJEiaN&#10;XTeNxHvXPu/BSGHsqtwS8E63emAAB6caTMMrDhKzqPDDy6K5PKAFKnRj7zH90bbgkG2nBfosr4DQ&#10;vU1iYxBGtdR09HRQ1JljEbgxbA8LMEuFMZ0t3Y99AVPsLWo6wUzhx4e6j5LeoREGm81M7sENM48t&#10;yXZbEEWbsfqP5eB4n8y4dS5hw0UsLLXitjEny29gYnlmEsae7ZQUUNGffJDLqAQARVklw28stOYo&#10;AxmnzcJcGg48DUuGRrsrqVCaeYwtutcH4/Ht48Y6nJ5fBY1+cgw3HvKealpURTK1PEw2FlltuRyG&#10;O4A6XHtvS+zC6duVpZUBGAHV0Y0WnUuRsIwHTXJZ90zqqlkQhS4NxuPcaez2cz1WXcsUVFhOLYrV&#10;UclZM9PXUVdVorLFBFL9h1jtfcbC9tbi4urXdGVKW4pa/uSRjsnqE4dPJpu7ytkolwiSBE9ONeDy&#10;O8qBSFT3T4EkjwPC+4vPiVJidVFJWU611BNLR0GJwrJB5iRVDkSmMe4xuW+1YnS9woHN5Pu6gOEk&#10;pSok7eiZBj7SR8sZqP3Wyl4iQFjYcY9hFSF1F7W3akHXw5zj6j189Tl/Lr015nRMNqa6SYxNLMFj&#10;usbxOhO++2x94A2BHgW5y282UM6Y4KIIGpWGzGcaZXvC5AZcGJkSDE+XtGFe2DW2l9T9P18Q2J12&#10;ccKlWsSWsjWbZLFJPJUzSKxcHekjF4QAGU31BVh3NhwHZkl63KVOpUkkATJJ4+YoJZld3bStSQqD&#10;htM/h7q707eHa3FTimKSZ1q6ZcfwL5qOqjjwt8Vph5dTSwGd3I8ynHllpLkDcAQBqTcWJr6xvr+5&#10;U2pZhQABHzI88afYafvFgOiEkRPnxwrgsYS+wkX97aSSL2t48WuFYb07joZETDlwiDEWkAkgmkNT&#10;SU7ebTqxdptilHiQtZTe9zctflsuYvLBrunFiVHE7TGzbOGzooXZdkNuw2ptRIJw2mPPqrgBMAPf&#10;3MAL3ACki1/jr9PE3j+XKXL+N1go5BDST07Q0eJUsUlZDWwtsazSIXYKwuGAFwtz72t5bQ/a2ySr&#10;RJ08JI6wY9+zCk99ltuw4FJUZjiJB6iZ49Q2VlVtyg2sT3B8OIqSuzDgNXVT06thaBiKmjpDuCOj&#10;AMyrJIBIG0AuTe4NyLcD9tmqUKKkkpSo8BiDxiSAZwHViZNFj19colScJ6Onp2ifWuXMuF4zTR12&#10;E0c+MzYnPHUvLWQw00cNQJWtFtLvHMbIsRJNtCd2p45a5q2l3Q28okqMAiDjgJ2iMBONNZefGEFw&#10;kk8EifXb0V0b2NjY+BOvFrWZ7wZLUmCYbO+G0c89PHHWRRVFiVkQGZkVBqHJbatyAe5JsZ22+DLb&#10;gbPiIwwHH1FC1GdsttBASTpJnAbfwmukDhV8whnsNxQEC/jYEn+PGXDqSeqxFZYQYqqmlDST1oj3&#10;SLPJsBDlmtZnN2CWsQQb2sc/zpttYDZMyNXTE4+hk7KDC/zLd0AkDA+3HhwFcuPl8uYBT1D0tJBJ&#10;RUySRpT1SkSPISE1OwiRiDusW7Xt3NzK3ctWiruwAlIwA4n4yfOaPDaZewCSMB08Sdte4hc04Lgl&#10;diK4hh8b0UwSKZaWpQDYikiRmamlPv3TS4N769r8WuZMHHdYMKSJMg4DqjjQVz/IrV1aXEYYAx7c&#10;cK9yBSYRi9WkiUlZIIpJUrjHUPM0UzMgU381gFBA727a8ObTJHggkLgTJJKvFOJ2np6BSLL8kuHQ&#10;S1Ik9JjoxnZsr3Hg1OYqeOqw2vpWGF1pE1LUsok2LJIW8tXSJrq5BJZtbDuNeInV3CbhaV7JETEY&#10;8MBs4GeFG83zawhY8CsAdsezpr3OU3TLNtS9BX0iJUGKPbTimYKqLuZmYqG2i1yCT/RxPdWLocC+&#10;8SlYEcYHHZ601cboXilJXIIERE8Tj1ca6uPb8OJWpwPNSmGCup/m6dpVjetp4/KeM2u945blrK+h&#10;U/T7eVt3r95QRq7xJMak4R0yCfYaD9zlV+VJQvSsE7RtHTIOHsrvkmiwurw/bHXy1cFU6sYxWwGQ&#10;okVlLAfaP2V7A/x4IsugAoJUVEY4TAHREno9tKbDKFsLAcUsKx2pkYR0GeI2A17jfPg9bTMIKORq&#10;yMuD/pak6i72jDEHS4Ovbx4W3ls424GkSRgYO3pkTzNNPZM62rQ2rUNuMj2frXuKbBMDqaiXfTSf&#10;6VCdrRzNGxQsu2wYMDbXtfgnsbe2b8So1A8YJB6JFHuU5E+oyhZC07QY+Xwr3FPurfnVeaJql/ch&#10;jjo1ZSyyAAnall0BDa6W1PPXD4QrUACAYwmcemhe/eutuS5ierrr3HqgwOoxWOaowxDQ11NKk0FZ&#10;IXM0P6TdGT5YIFxGSNQfjYjhVmObrWyoFWmRiDwB6q3+VbuAuBoO2TtH6V0bdj4+B5ixzMXWGmml&#10;o8dxWYiAyUNZ56O3nQs8gYTTyJuYbnY7i24H4jgNy/L3G1d4ANAxAGwQBGPkBQbu7HMmT4nZA2cc&#10;OfWo8FNSxIi08KRxDaYkiACqAoUbQNALAduIWswXNCxl5MBmlglTbQpSrJIn6Oc2DB2Z1D7ydx79&#10;xpw9Tmy1ygtHpw2YcDMbaDz9neoSToKknrPDh041J4y0VFXUVNDNilLUVdAwMtPEypNGqtue6xm1&#10;huY2JP024pydu3ZYUpSSoA8YI2bYnAY9NMZfbXDAPeoUpAx2Aj2YR6mvceMNKTOJ0pqihkZ5qeCO&#10;PyoopF+0hH2lY2IBINx9XGkNJUorCSnEjYkAjgRwO0bMaP8AL7tDq1eEp0kwIAEcOkGvc10OfJDX&#10;ICvc9z1er3Pc9Xq9yxf8JoX/ABAOgw7+5m3/ANgfGeFec/8AEyvT4ij7dn/i5v1+BoHOvz7OlOYm&#10;va0+EC4+ONUg5syZ8kIzLVrtI/TWJ/6ERcjwJI21OScBjUzIiq2WMOK6for2P/L2TlzfROqFV04y&#10;ZUxv+nqsFw1Jdtuy0ccTf8nKeQJm47u+dEfxH4/hQzt16mUAiqAPVrhYk6hZrpa7ZLQ4VmLGaqih&#10;lUArM+ITVIYD4JN3+jg2UMqxK8ciF1FikptdSCLDXXXicXcJxEmtlmSCNtEBzzkOsxrGMGxjA8a/&#10;lMdGZP5vg0DN5VXFLCwZnAuAyMQVP1ceYqdjDOry3hlO9N1iQbXt4cSLUkq1ASadQBrmk42KVNHW&#10;YVDHTigrqAJTVC0hbZUqJGQMLDRr2B41TUqvTMIWQyRkODHpcgH+nm25JxGFKQ94gFbKEqPMX8tx&#10;mi+fapWKuWSlkNWtrLuRt3utr7w5hpoE3eTUkKp76fX39nGltnbFOqcHClHimYyKdanB5jUSKAt1&#10;JcFmO3dYrra509l+OVWIhHDtANh5YW2oB4mW2qaSqEmRSeypWPPU4h5vvQX8zzJCpVyg1IW9+4vy&#10;NI3y4O8D37bQhNyt7X40LacZxrSCTtpW0WMPiRWGGLdBCpebz0QIr7TZQDf49/DhKvXVgdPiXRjG&#10;q6eoMMmGYjgdYlPEoYSqlUquGubgANe49nB9uQpQuNMYQcaKM40nRhsNH0/Ddzc9J1wyxgVDG1fS&#10;5hwrNEVbUGQJHSNHLBVxsFF9zNs2i/gxPhzTN6v1fz2ZM8SUymb5rEMReBYRdnLSykWHJcyxshSQ&#10;aKL9QSkxWwUNAB7OX4/hZ+kDMnSzP1R1ox7MsGIDM+EUdTguXaBJYpqOSqpt++WR2FyI5mQoFt7x&#10;104kzjOEthJ+0jjQQzK91NltOM1UD+LRnfK+evS9n7oTWYF/PMNzpVU2FZtpsXpFnpnpsNxCKr9x&#10;SHO9KiGORHsCGQW9ovxjxCvUjz4giL7zOuv8L/nwqG8VwsSFSKDT1oQImtPPHPQr6baOUUGHYe0O&#10;PV67qSgmKCRlOhskvlB1v4i/PJjKNdY3QG3fdcg3trfigbyXAxJJotLD09VJLEvw58gK8bSYHOsY&#10;bWoipCUZGUNcbSb7b6+8L8kriQBXfKFv7P7uNO75PCY/GlbVg6RIUYpup/wysjYhEkqYFU1MakTP&#10;JAopmZQ23QySyDtqLXvzN89GxILhbew9/pvx203wuCcSMaTv2jo+0+2kLnH8N7J2EU7T4Vg9Y6qz&#10;ConqG/yajUqRCGDG1+3s5i+ZdrlZbA6Bj/dwQDeZwbQKK3DcpxCsPSgTm9FGS4JGgbD5pQp2yFft&#10;aWuNptqSedNLOFJWbQ3Ckn+jitjemT4kiipy8emdR59KS9d6PMpedaGlnKLtDrJEWYdz4r+3mE1N&#10;QqkiYe74E68NGs/Ss/Ztr35x6dppL1/pMytSyeXN5sW7VI2pQS303On3cwDE6gaEm/jqeGH5tJOw&#10;RTf5+5mJIpvm9L2VEgGyEmULffJGo3eAsCxPOv5rOf3u/a545+aQOFUVmjycCqoa+lvBCUC07PKA&#10;VZUpw3a5PZvAcxti1QhAA3e27W5dLyFJnZTjeZP/ANKpsfpby0zlKhnhABHmGmXaAP8AW32FvHmU&#10;YtKb6A30AueMF8YU8nNHwcTNYD6XMDiLbl8uOI7zKVVSBYasA3x7c5DEp2uLFQNO+na+nLm5QI2E&#10;06cxf2xUB/TRg0KGcoxiNzE4jVztBA1sxt8Oe+fmGhbQa3vx0Xje2BNNN3tyrZUA+nfD2t5dPId3&#10;2V8pybgj+N9OSIq5yLId7N4dz+XEL92ZxgAV5vMrqYIgVGqfT7g8TMksUkzxkoyornUakan9nODV&#10;lQzBipsLd725pF+gDTImrfzB8mndPT7gcSb2opkj/etF4DTse/ORq5goYkj23BPET2ZaTAApS1dX&#10;CiJFKbAPTZlbFnPmM7oVcmKmBSRWC6aHQi/fmZJ5plIBKNe25Nfo4X3Wed0eBFL9LxxnClHhnpVy&#10;wXSomgEyxMUaGpiI3fHcG0+jnLzpwAPtH/XuPhxOd4lSYq6UO8TTvH6RsgSnzZ3mo6bVKlqJFkto&#10;ToWAGltfHnJZZyNWsf8AV/jxpe8axtpwMO/0qzj0kdO2K/y2CSvjjJFQKmNfN0vuA942tp2HOJ+b&#10;Nikvx7dx8O/GxvUCSFGnE27p40qV9IeQ6enpJY8nmpWp3o71Ml2Rg+hZEItoDbmMzzbbFgXU2bXX&#10;4k2txlW8LnA/r5VcNKGBpV4b6ROmMdSXkyz/AKNUgbW2pMIJQdVa7MSpPjzis89rlrBh7pLd7cYd&#10;3kWBtxpxVm4BM0rYPRp0/kqgafAUaGA+ZV00dJAXCMpsQzW0v8O3I9TPMgUCQm4uNjN+zlP7SuHY&#10;aS21m9qgmRSvyP6O8gn5n53KieZTyvGPm6ajddo7NeQeNxYHkRGry4YSlhcHa7Nb6Obc3sGnSZ8x&#10;RqrLXQYoTP8AY76cpE0gy7hlOypvSlqMMoW1tddzIpFr99eAX6nunOI9V+hXVXp3FiS4dJnLBcQw&#10;SjxCsUzJTSz07IjuncgE62N7dubb3hbc0pJnEe0UptWblh8LIwHwo9f4aOU8qenr1adLuplDk6ko&#10;KvA2mwXF3yxTQ0rVVBiNMaSUo0DRh7b/ADPLkO0so8QCNSn1G+m3NHpoFBlXG8WXM9LXYEuKx5go&#10;aeWGnBmxyFTGd5b3gwtrbw9vD16FY0NrW4Q4fDW6n016mZd6p4HWY9ltZ4qagrJcErKfEkRJY54o&#10;45dRG7qQUlUggnvwoLxq5A/d1sfAm1+FoJbTRiZFCHzBSwXqEVbtvNgAPE6DiskEVYAba9y/DAKd&#10;psjdLm8tjJLlHJexbHW2A0hFvhYjXgXRJB8z8TRm2o6Y6KD/AC5LGKTESsisi4nje4qbgH+Z1AI+&#10;kEG/Le8Uy42NTYBLPWDD6LEqLDqjFI1LLJKjUFPcBlIINxa/MdM2eCLhyRJnD2mpFy1+LdJA4USn&#10;pvmhcKyxjcFBTfzKqwXEseoMLeytHE8WMVaKCCCLbTci/hwWsqYHHg0ctHSxn5elcIHkIJkUgKLs&#10;x3eA4hbcUtczhStxwLxoCuqeaIMbpqKtrRavxWIPtpzJanlVvMciNFYagkDXiwD1RhjlFPGJH0Ae&#10;7brdrHTTity3CjApKpI2UBlPWYZS1NVTz11S1Im2U2shW9gS6Am5so1B+rmZKp4SW8kRu6W8tj2P&#10;a972I9mnED9iAZ41pLQVgad6WojxWAUyV5lpaec75oowCQy77FWFwdNSDyKKyqQtAYwA2rtbsGLe&#10;I8eOoZkSauUgVKqKHCmdauGZpJYwyQjcApsEF9h7KDcWtzHTp5bNLVNu8928jYv2EU21PxvxtbKS&#10;ZFaLsgCKc6vFKh6WLDsOUxjDoUNXIslvNmkG/wB0a9gLC/w5zqJYEppEdT5AFkZhf7en0k68ogSv&#10;hhWkmuNLTV7S008RIxGpcmRkso2RDcS19BcA68Sm2j8/z98lvPvfY/b5b5a3b7V+LZPV0+n4VTvR&#10;MT1+7b5RS4viPyPyfywv8r5H+US3n/zH5630W+u/hz//0R+qEqYjUJnGtNFg2D1DYhTVlRClJTmT&#10;5eOGI0/6aV3ZFhWOxAI2m0YJJ5nMm3BMuQIOFcibVbSkpUynU79m3URJlXCBMz6wDGFbMUUlIlTL&#10;U9McFSsxvP1BTRYjh+C1T1tbUUEVbV1r/Pp5NPDFG82IVEvmRswkLAtOwCKWfEcVrazEJKLF8Rr6&#10;Fqjz6ui+XgrDUYk70j1INXL8jJIYYCN5VHjjDBV77gUmoEmTHQOn3H4ijeyTpQNOlSkxIOnSIIEi&#10;TAUZKZgnacZEZ8OyZl3L1Hg+P5HwCi/lMdRS5bxRo6vDmwrAKCOo+Q+Ww2jiximpkmr7qFllinqG&#10;R23e4EUI3MUOc8YxyDAcZMNDRYqKqfDsNFTaFlo4AEnZ1kQxBnYBA8TnQncW7UCLh10pMbJg7PWJ&#10;FHuTdwppxxKVa2wDjgrFQECRBwk4GIPCKEnKlb0jyNlIZvyxU/z2bA5qbCMazThmHNV1KSYjIZ5K&#10;cIIZWldVQGcQyx2IUCNUIUjpT4nlHp90+SrriqQrLDNT1OHPUVtKIzHvd0dIQZFAYWdkIubX/f4I&#10;EPflW060gJ9VT5HD3iiXMWXL6/abR92I0qASeMAjGMeM1X1DgXXTrr1/zPFhq/75I8OqUxSWrhpM&#10;Pxlq6HEYqamjnhqcQeOmbZFK0tLHKshVBIQCWpQ0YHJh2NwYpUzY21aKGpMlPR4g8tFDFQzzr+lI&#10;giZt5275GVyRaxs3etnbpKFa1GZOEwMcNvoPKjC+YuGu5AaTJGkkFKjqG0bSOoSIx66X2eJcVyHj&#10;FDh+G5UfLdPjmFLVzYrgeHJjFRWYzSUEzpTLJXVUI8mJZPJpqeSFA+66eZGoCrzA8PnyXlbEZa2s&#10;pp8QjqZ8VosCK1NbTwKjlYTT+7SySO4BPmeWh3MdpcKo4pabW0hSsNRO0EEyMP6OJBEjb10UZzdp&#10;u37VvQVISkAkwkhSsVAlMwkE4+I9JCSSaLNjONr196tZlfLlDieSMIzBQ4bkms6lZYqsCw+rxyjo&#10;aQvUviC1zYtTRLBK/wCjo/MqFWOEb1hM03IIxmjfLQkzPJDlrGsbqZqelnwyTFEKvKQqqhxNmWOS&#10;VIl95kJW6gAi55RAI094PvOMmThH97M9WAp38gp1fd2ilKShAkEoOH8QwAKkjVEavF0E0o3ybm3B&#10;Os7V+T8Gm6tZDynT0NbiVXmbDsoxxu+GO5gragZUhjlmFHVzyTRxRGJGAnkMquUjLO+M5XwhaaWn&#10;woYY+HU4wynwescw1MQkqPlg4EcqPHHsKK7hl/1V7Di5hyFA6oGECADgT1eVbTaOPkpQrUXFDxAS&#10;nYfCcDJkYAg+yhKosjdZsxRVuH5szr/WWi+ebN2IZqwJIamkxAQ4fBizKv8AMKVqaaY1BqZ4INkg&#10;A2+bNuBbneY8Cpc85ZzjkDH8Cw2iyxmnDWwnE6LFyrVOJU7hSbLTmdw8bMpA3llKqSRe3KZplTF+&#10;hdu6ICvLET4dp24CKU2FybNTN20Fl1t0KEEgIUMNhCRBB26RIMRNJLAMbp+nnUfp11Moep2OdQcw&#10;5SqsQrsIxHLNFCuB4TSTwymRJKio+TiaCqWjmRZD7kgkm2BjGHSsXPPoTr+hmW1xj0/dUsaxrPE1&#10;VWYTjWG4pEjTSz4lSmlL0daJMJp1qIwUsjSrcDdZiCjwhnnZwti2027S1KTtUSggyOABJBB+IrOf&#10;cr6o1LdQ1mC2O5dBIgq1pAJJKkEQQeJScOKRtqwP0+eu7M/qJzBnjK/XD0s1vTPpThNDSZvwbqHj&#10;1dl3FqOtghqYZo/m8JoqzEK2FXZHZJjAYQY7ebuIIJJjXpd9cp6jVmdKrp/iGa8AwCsixTDZKrE8&#10;HeoqqsvJPJ5eEx4xV4coKTEBTA4AjXYNHvF952eZ2lBm3XHlNTXu/wDULuqu6CVXaUpUOtIiYJGo&#10;AdVHJovU56dFgosCk6hwYN8xRxhmr4sYoo4YHDRAy1tZTweUQVtvkdWBZSbF0vdX0P6WdRcldN0y&#10;k2eWrYKaSiwnKWZsepqCHEaHAqelgp1oZrorTNR+Uyq8gXduZjbQAy3f7Is5v1eO3OhMff4cfKJP&#10;xo17Rfqx3PyNaWlPC6cP/GhrJQB4CT9okDpnp21Tt1zz703zn1lxDMeC9JcRzPFluizBW57yfh82&#10;MQZbrsxGrkko62mqw8VMJMWSpjkqGplqJlaOOMKzJIxErPnTPMOL5bp6nD6amx3NlDiUDYOktTRV&#10;FLBK1X8s7tC4plmbynLbSG2sLruZV4Js87Gc/aDbTCELRjOlWw8Pugj2VH2R/W9uS9dfmXkPMBOC&#10;SpBMo2qnSSNuycaDjoJ1GXJnXLM2AZqpKvKXTbGMuRYhj9XgNJjdJitfSnChXwU/nxVdbJRpFUoQ&#10;XSRBJG6LIsYMgKswLK2dqKSsq63HJMsU9Q8OI1s+U6usjlDU8KxgQwV4mij81EUsha2i2Ba5ZVu5&#10;9Nlzcn/LQkII4KBPWAI29c012g/1j+TCwU1klutVwV4FxI7sTEkwdRBpqz0mVs4x5bwjC+nWG55e&#10;jhrcPoqH1B4blbEqOdK6paocTVOW54qyeSiqJJUikWMDe029wpTyhVixempMVxWHEYzVSYWq1dXU&#10;Y3K1TKYi8iq6JUwQoqlVYsY91x/h0vNfZ72LZLkybhPctqThEoxA46pkYdRHGRXO/tl+ozeze9Nu&#10;p68WkJKoS2UoQFTjHd47CI1knroLOn3prqcawilzNnWTDs6rmunXCcg4XhGCVWEUtHHV01BV1FPO&#10;1HiVYKiZasIkYnjiKlVVjNsIja6rN8tDBg9RhWJeZ83VTvUVFGKhacoHUodqxBHLDRNoY27BtW5I&#10;ls1YMN9yw2lCOASkAekYVA14xe3V06u5UpaikferUqcdpJJ9tGay30Q6XYhhuPYBiHTSjwGmwGip&#10;moKOWlwxK0GoiInSFjVCeAwyDfUO7RWc+9IhXy1RWceoWYZqiDCsuUMuKpSVFPR4xFRy01NT0weo&#10;Yu8skq3Ty4XjIVFFzb3vDi29aBGmCUmArgI54iq5FkiEud66oJB2EiTMCY6ZM4H2Y0YDJ3RXp/h2&#10;XMQxXMLx0uJ4xh1dWYbHVNi1XUYrTxUweJY6amndJjLOsxaSVnJBIKnRg949jeWak0+N4nDTy4tS&#10;hFQyVTVkzTPLEpiikaoQqHOhjFvG5bsUD9jbAJEyBwmT5bZp2xbvWlKSlZ0KJkABKSOkpgjDpmg8&#10;yb0/zHhuEJ04ypS1OH5UmVKGkr/5UMN/l9HBQVflSOFoDveLbvSokicXK7VjJUxppDQYzV0GMV+L&#10;xZaBo4oPKrElaJFiYShzCVdINitu94BtbnihTbTa+8wEDAD9cK0tt1oqQhOrHyIwHHaejooYZKmr&#10;yflrG8FwrKdf1QljxCuxGVsFloPmq+ScT05pkqaqaneqeVoxFdGKWUIpA0D9mLJtXLCmYsnVc6YT&#10;jtHFi9dU05aCeRaRQy7iKmFGRjKANwZf3mbaLEGI3ssrlbjTagl1OChqxnrxiOHHZwpZa5Zc2igm&#10;8aViZSYkeLAxIOI6JB2RiaL9019ZHSjNmJ4301ztiWWqTqd0qzJiPSOryTLW09bDS11TNLs8lYaO&#10;WVHaKikJClJQyvEIt/2UziDVElZT4K1BHMK1Z54YaarJVIPJZwkTRRuzMXtZfNZQOwUADhoq1eMJ&#10;XBngNicOH76vraSlStRChEmNvnJwAH97M8TQ/ZVoimETZxixlo6SgenpJpsXoWEgrfnEQzTJLNDG&#10;i+WzAt5McjMf0hlYu5Y8XzBDlbEMewvDcYilxKsp4jgUUESVqQvFJCshhaqnkSN0Vww2qhZgnsJ4&#10;WXrSNSm5A6P02401b2ZeQlahgFY4kEgztAxInrpaYLk1+peGZOxvHcpVuHYZHNWnOPzdVU4I9VEK&#10;eoamSt/l1LTSVEcrIyOsjToiPLbduUHNg9UBhyYRPUyCOoq0qaHDauaXyZSKqceaJ0jgZSvlgMWY&#10;2szBri3PM5glhATqITzJkAV4IcU8VQJSNo27BhEkfCuWe8OpIsUqM10dAjMMLqcKx7M+E0dI1TRR&#10;tR0bJStQzfN+d53ns6LGl2PkxNEwO4GBw6GPBKapo4YpD80k4pcInLBJ6wDypNvn7fMhdZI13bjf&#10;w1LKIy7UswaXcQhP7QQFEg4JGIBMHjJ6caknczL37q1JWSUAmI2mTBiOI047Oidla53q1zbhGeus&#10;OUsypX4dguJ4DWZal6jdTYY4zPlrKAiOZMJeWSg+bajxOKWKvqVhFOCihnlCxRxVEgW5p6p4Dl+n&#10;wXCEqKugmp8QkkqqSWb5BRFRRNAsSNGsUSB3ZYzHogCkkLcFQ7Z5GHCHMAeJG0wOvD21Z5m5e7wI&#10;/ajSIEBRknCRiSAMZicRExR6/T/6B8zZzzJmrqtmrB8o7cxZNhwjB82YRQVWY4aqtzLVxYxXYi0m&#10;L1U9ZVTxoj1MdW8rVLPMsZlmWNvOKN1E60y4RnLNOKtmCPLeHU9QlHTS4vUSYliUsqJ5K7iKtI4R&#10;7jLvjRm0kZSU7yxlm6GZvt/smSEEkAqmDETxjhUn7lfTRvXn9oz+XslOBzEKBShMT0FM4dZHlhVy&#10;HRLphkah6Z9PspQZapsfqKbDI6yowPJuDPg2WozUucRqflhJSGSVWeYSCKeQLu8oSBZRcFvxj1KZ&#10;oybmqvpcEbC80ivjamqsWwuGdRT0FIVqJIdlTVTkho5HBJZSFWwJsoXIHdPsTunWCp+OGzHDjEki&#10;POs/uw7+rGzS/St/NSWtKAUpEKgkkapjT4YBETiMZoa8V6HYN1fyfgdFmWPHMo0+HVJx8YZUVcNP&#10;UTV5Vo45pjhqRRkq6rLYAqzalfebch6jqVmPMEeL1AxJ5aTFyaqkoROysKfc0N13ySqJNsx90Ek3&#10;7XBIyy3H7Gspsm0qWgftB9sYGBInHaDXXfsm+g3dXLbdlV02FubcAANgiYHGDPnQi5c6GZEwOLL8&#10;lRg8VZiuDQikFfJHEWc7opiGMcce5d8CkXA7W7G3AkxXDoxSrLitQa2uoZmx1nqN5WWoqKYFwq0q&#10;qW23dmN9VGgAuQLXdy7K2twEoCUJkyBOMH12eg41lnlPZnluWWoFswkaQcIgbI2wY2DZMUMFNS09&#10;LHFFSwLTwRotNFHEAAqR+6oHwt2HONRlrDaN6KaqxH56kEKfKVrDyisvnMryw+SzbGiJZmsQGuLf&#10;vcB1td755gz+XRbsW9wmQHFLLqdIMBSUI0nUAQdBIE4FVR+05vY+j8sm0aYcgS4V607TilKQFT1E&#10;ge2okFTi06lJaBKOVWIdvNEqbBYi2iG7A27aa/C7JB0whxXFcRqq/NUOFYYkqU2CiZCHqvNmSdJf&#10;0sca3DPYxjuR3Ol5Qsnb9i2Sm5XrWBpkJSJMzqIxiTjAJ6zQst92bptIVcuArHtJGM47J6BU1p5Y&#10;4490DSyEHzPK22BA+k6Hw4/RdIstxQ4TjAaproqmNsUjeojnpxKjVO4mQJHPdSZkTS1t19FAuXm9&#10;cBKnCCdojHaScZ6ZM+6i5zJnGzrWRMkjrG3HbjMz6VGFdJ5ksThEkRhGojcOTdbjQlLH3WNvYPuZ&#10;sx5io8mUiTYMJsOoazzIYGSCpWr3RsrbyamZGGy52r5e0bSB48j69Rdm7U4QO6nA9XTB2ezhRffv&#10;ttSVgaZ4Dp86yrF8wSKlVlA1IO0qL3FgLeP034nMg47itbiE2OZorHoIonho6vE6lJHlmpUVaVgC&#10;6srBQdzSDw3hT2uf5dmrySpaQVJO0x0fh00jyu6cUFaI0yR7NtZZkKQMlPCHYbjHEpCjcLuPZ3PF&#10;pnHNmBnMUlVhMH8wjzBBSNPifkVKw0tRUJ868Y+VqJAYSXBIMeovdRcDiyzzi9UsJU0dKcARMHjj&#10;t6eiKbYuLgKIcTIB2j02imvBocTSjEWJRrA1HLLT0q00xnM1PGxSJ5GlijKuyi5UEgH95u/EtQvm&#10;Y1sdJiOLUWKWZ6ujE8EprN5dFZQzqllWNTqy3trqDqsyBl1xayogkAwOIM8DCRs6aN8mYue+JUsF&#10;PDDH4U9KqjVQVvoR4ePs+ngmOUqZ6I0a0keLUlRLTCnlqfPCOaOmVXU+au+7TfozY3sdO44KFEOG&#10;QY0jb1mcD5R76GqAsgFO0bajhyWdG3hFVJDJtsDdmuO3gF1+ni+lbC2ETtS1KvRYfIxw6CRy5T5d&#10;5YIbnbuIghfVlA1G641NEPPt26ogycB5efGevpoyYdWlsxt+dQlM6I3vRsGlVVcAWJ3hWaxOnvnt&#10;f6NdONM2O0lSYq2vpxhlBTtI9SZJfOkVFjqZYwnvgO7/AKJCSTcoW0vcI7du4TCWfvV9w4DAfMHZ&#10;wpC27oSCD4sdQ6K5RwVEC7VmFRK1gQFCA32Bie9rHcfrt4chYNBkuenjwzdT4dJJUVOK4MnnwQGp&#10;8mlYmVISUJa8KsxW5VWBJIAttaPyS22UqlSgDjxOrxR0xPvoteuEBaW9WknGOJ6cNvrXql6yGSNo&#10;18zeESVSG0vKoPvKD2Vja/e3hxzx3CqAw/P4XVRUlDWVlHJTR1kj/MLDUMd6xx3u0iNKrNZdBYa9&#10;yZ2WcOoKdeKiCNmBA4/vwp1MIMztrhS1NQpihqlMlSEkErRJaMlLWJOoUGxtc68SFHXZTqZKOijj&#10;WlpqHdTzT1aiOWSWqKtO7Kzlx5mm8qNN+1Sdp5qEFDkolc8B0jqw9aZF1bkqQkYzx8hU0rMolP25&#10;GO5AvYC2gFwBp8eNFfDg85wqCoxaWjx6hooqimqqceaKiSlwxkZgkpJQNsILb9G3a2IuzbNOizS1&#10;t0qHnifaOPsonUW3kAYhYryeaiGyeYDIfdey2V5LnUewHT6uScv4o9VFWy49UwO0UL1PmRVCU6PF&#10;GGVj5W0WVrxspBG36XPDa7y9wdzPhVBnrGz3TNLgyEwDhhieFcpUYNEIyFXVWBUsbkix3X+m/t+r&#10;kClz1TUExrMWjofNxKkqaR4sIvNFUyU9LKRIfMDaNLThrXI94H2bkacqJaIJ8UzISQJxJ4cEj3Rt&#10;pLbvoQClRGpU7JxiuLUxMQjErORIJA8mhAL7iBtA7KbDj7mOr/q/hTRYVBMZUFbS6MKmRZ6dPlwx&#10;V10UobMSt9BYkjVVb2JWsuKPR5GcB67DT94pSSV7CBHnGFdRq0shdyOyEbQQCCdw18bEe3+PJ8WY&#10;Mp4lUFMQk/lOGYwkVM1JUVB3Qy+dB8wj2eL9GCxC2IFgdLqLpc0yp21ZJUSdJ6oIJIHH3VV9Z0qj&#10;wHhNYJI62KnJTbLUQ73XaLbxZgo1DWPa/wAfp4os143h1LTEYdAuKp8vWVc9bTJC1FWyxsIZQkkP&#10;nIEEZYgkEAgAnUAJLJt3uVPLUIgcTMYmTS1DIQ3qnaKi4dHUPH5kx8tZPL8mFzIJIkK7gHEgB3E9&#10;+39IW5uwuqlrEpIYG+XlUzgSRR04FOkRWFw594LKtJYqBqjEbtSAJrNKXWZmAmNhPTJ2HHaBSB7L&#10;i4kBAOkbcOFO0DK6XUg2JD7W3We/vDT2E8BHEKLGKTM0FDNg8VBh9RUCiqK5pYnqGMxErTF1Vx7p&#10;ZgdoNvs9xch+9dW9chIRpQokT/FjjInARHtPVQXdtbn8yE92NExPGpANxca8U5z01BjDSY3UV+OV&#10;FAj0lNBhLCGmhelhUhmhXcCVS/vAjVe58Ei7YNXIWgkpkhUCdmJIHlHrVlXZZeCVaiBM7dgg7PKs&#10;XlAC0YCqSWfcCSbkk+Px4qabrHXCHDp46V8HjVWMZl3TxDzJ1kYsRY/5KM+8UJK3tc24ZjLkl8Lc&#10;CkpjZG3btww2TM0eMZq0YWQR8OPwGPXsrG1HCxZmXcWtu+IANh+d+O0Wc8ZhjwahwrEQ9RSSLhkV&#10;ZEJJv5dGQadmcsd239JYpJqbaEn3i/mVlbspCQkFSuZJHR5zSlZ7oykyT7q6elpyJS0QbzffkUge&#10;+w1BPx04/nF66uxgivhfEY4IPNhxxzH5EyNK36YxvcbmWQql7kkiyi1gV3iEOEBCdIPlE1d+XVEx&#10;H7q6ESLGFjHlAkDy10toBb3e1ra25jwvBsVq8Ongw2Dzsv4hvhmgY+WIaJ5C7xjyvKBKoy7VAO5f&#10;Em1yO6fUwwto/tAII6dpn0iqrt+7wxIMdHTj0bK6mmhiKrIbyrYqO5LHQHx0+PhxRYZlKhwgUxxh&#10;L1FRVUIkqI1ieQzP5Uwjt9pXciXcf3ipGnu3AF5vNbsvhlSTjEkcZAw9aSXbjIgYn2U2T4okjmKn&#10;94mKWVdxIUol1LXGhAJX6Lj48ckwPC5cNzNQUz+ZX0E38mpZXkRpP9J2S0y3JcKC0kZJJ0BJ0toN&#10;r/ehVygkynHZhM7Z9Zq/fhzZwrzV8u+ilZNscyGaVbNZTGPf7C50Btp7Pbxiq8PmqMSqKWvaLE6m&#10;l3VMlLS6SzCKmaolkeK8lkN2K2OgsNLEAU2t8gWpS5xHtw4nhRhbISGTqFOMc0aU6OT5KNtRC50B&#10;ZhGouba3sOTsPoo5sUhSndavC6CQVU0cnuqdk6eWnkVF7PKGFiDqAfEW4oOaBxOk/eoezDnbRiiQ&#10;kBNelkIhKkFJZVKKRrtO063XwHFbgrYLFiOG4tUzx1tJPG1dUYvtkgeJ3kesgDqpk2u7ggJb29gR&#10;cudvXFMlIkGRh7Afdzwp23IiCJpvqmqWpZYIYis91hFONrAr7sbkFilwoN7/AMTpxSUVdl+qmqoM&#10;cplnw7zKWaVa1lkqIN9MK50KO9mtMqRxsQdWIZr6EIXbN4tQSmCOIPAyeqIiPfSa5aUpcDZTFiMO&#10;NqsRwxgakLKqxqSkTkTCGNi3l6Dy3LOAb+6NoPIlTjWHx0lLRTVaOQJKqeGNfMp6V46OESRzC5u8&#10;QqGjFzqRawPHmmCIdfVATjAiMD7uHpV7g+HxYRU+GmmmnkqZKcwMl4Ea43uoqHsykdlfYr2tpwFh&#10;jMsPzeGCKbGcVoK2dcHqo2Z2jY7GKB/KO1FUhTdwCp7ndcL+9SwITKikmIxnYY6oondZxnaeFKDy&#10;VuJbhEdR5i2tfue1x7fZzv8AqZiFFjtBXVb00lXVOY8SjgVBLBCk80kBkE7IxuzXIQjTW9tASu2L&#10;4fBgKWdsREeu3opIcrOBWAVGB8cK4/MI8bhFJFrRv+62mtit/o5FzBmihV8WlhWmnqYqeSj21M8S&#10;x/MLVNvkQHQbTTNtW+4E6nvc2cDxWUpICB0YCTsnrGPupPcNNoUACIHx/GvRwOFiHmWVG3gIDfbt&#10;ICk3766n4duIzFepmJYtXyU3y0VRSlpH+TjeSUAU0aK6MpiWNwzAW2nuvtJLFKssfXeEYlEY4kbN&#10;vDGY6aL0guP6OFc4aOKH7NwbG7eOpJ8dfE/fyFT43mTMVBDKKKA/yuGGJWghLvExgWpZo7+7tAjY&#10;HTQOQCQCeC2x3bQ62EO4RjJE+/j6dMcKfQiABGArMI0jPe287iSe5Onj9PHii6qRVGN1eB0uBuHr&#10;Wp6wY0HkSZKqfEPPllPvIEYst9igAAm/2jwtvbAh8sISSfCZGzEx+tI/zKXXyziMNvyqK1Ato180&#10;iKLQU4C7CnlmMKQRqNb8k1eOmuxiggpq2f8AlQLUU9ZGxqZVlpD8vHNExJfewDvvFySBfcO+/wAv&#10;d/mCEyGinHAE4A8NuNLEoUFgJJgVnWK0R90EkE2ItodbEezw4JK0GH09NQV+XcYqMaimZ6f5vYJU&#10;iSrjWhk3tIkTGJ2T3nXbtZNBa4JRmlg4sB5qTtESMZET1RXlMLJ1pVTWHmlLmpgELKVtFuAZzG3m&#10;CwUsAR3tre+p45Hp1lvHMJSgzBVPWxVcyIKgzGmiNRTU4pUYvGqWDBTZQNtwTfS/FFgm4ZBBBUBi&#10;fMAHp6+mly7NtzBUx7qwzYhURSv5cBIhQzPEoLOQx3GyhvC4v46iw5xwaGgy3LhiUuJyV0RMtYKS&#10;CWQqhGxH377gAgJuBN7BdO/BcwwVkkJxVAmORS2yZCU4zNTGU1In3QeU7AQtK6i5Auwt7bbjb434&#10;/ZVy7l2okqpWipqIfpaym3TRySyeRHDHuIitu2diRqLdyWJKK8vn7VASQZnowqzlv3atZ47NlN+K&#10;V9ZRiHZE9Q0jrC3lpZRuLHW97dgPZr7O056OkxKkTDcYw6D5qGhSleSheSWVHgkijaJo2XXaGJ2v&#10;YNcqRfsXN3Tgd18VY9VJ1wPFEmKwiWSGQz0szPDPKZQsgQRFXR2DB/YSANL20PbuD+eMo4FPUYua&#10;eRMRqYFmdqOjqA8n6WASmPYNyNukUaMLX1O7cbvOWzS1hbsyZw9nCkN7ZBW3CQfhT5STyvFEZIzG&#10;WBvvFuzW8fhrwDMZxGkxyn/lEMjUdFRvTmCLE1MnzCITEhRokazPLMwVR3sBbWxNGs2slMd2fAkn&#10;Gdh8omP02Y0TuPpU2pCsMeOMjhB8+HV11PAtqe51JHISYZhlDBNG+ITJKPl1q6orV0jQwSoqpuVu&#10;yNLcnaCNNR22ndhllk4guPAjAScRI4VZmxtQNaj9vnx2e2u/q7cl0lYlDhdXRQ4i6UTIzII5Wmd2&#10;eoLrKSoks+25O4D3bHVgOGtvkFsbdWmdJJEzsAkgxBM0+2lsNqAWQD616wve2vt4wVubMbkjpcPk&#10;xOWlEaxgqxYrM8KRlGINjdwjEkkXta3E67ZCg22VaRjj0lMEdBxxGPlRO9mqkLSNWkDj0nh8DXgA&#10;PDigwrqxjVXQphtZQHEJISY3qaeFW8xyR5YdlZLEiQgHaewIvfRNY3veuqGkr6xEcI9tbs95VrWQ&#10;pBJnaPd61w8td27x+ni+pc30FXLh3zdRGccpZZauiMjyRTO/6KTaVeNjeMoLpYA2Nu1ifvJs2nDG&#10;GsQQRjgMaES7221AzCidhwNdGMe8Le642Mvw1/jfkSrxVoFw2rp62aCRhvg+XkNKKKnmkWFQ7yKb&#10;JEZV3BtBuJ7HhPdLt0FTu0kDAgDCQCZ6RI9+FFtxdBpfeaiBtjy667Kr7xK99bEXvb4Dx4nsuYvi&#10;UcsE1IUxnD6CImKmSNFV1nWKqKFo1YgiTYxGl/eFwbHiy5ePcqdABRhs6xB9QMYryLtShqSQpHHp&#10;4cerCu2UEHXaT+99VucsTjw3MOGDFs2YXJhVBHPFQHFY1EkcbAwqwnV2iZnjiK741u1gRbThMxvf&#10;l93bqUIWEHEA7PPZPCduFB/M8zt7kLGkEp29I89nurEZkBkiiZZZ418404YBrNuCm3gCVIBOnGRY&#10;8tGrq6Kt+TxxaOWKnocQwmArTjypWkZTLRmVE/RkmxB3KttwPFD29csNKbc1IXhAGyD1faY8jRDe&#10;ugobUrSoEgeEYgz5YYEe6sgZmVGUFQwuVbQi49htzFhPUnA8Qp8IwHMFHUYhP5EcrTUm0gCCsWnZ&#10;3EjO7rsp1MhVCQwOhIvyHri/dvX0p1lcYkTsAJnaeiiBvOlJX3S/EZOE4iDGNYmjkDFoyO5uGuTa&#10;xOnbxPFfVVtBV1jYVg9LIrzSvWvPVIDA95ism1BTqU3i6DaxF3A7HSUsqsXre6iQWwYnbtwIGz50&#10;Nm0ulyE/b7qyKHXV2BGgAANx9JJ14lJK3A4cMOGtNvgnmlp6qoZg7xvDHDHDHuZCTGyoAbW1JsLW&#10;JE2U5Da9y4pRBbJHtkYc9NOtqYS0rUcCdvR8ayW1P5cT2TsNlhQVGJtJBlmfzKg4hPTyK7yJDVFZ&#10;FMELsW9/3d2gtqQNeA427dgS4EqU0cIjZtxw24QKDFk+WiVqOpHGdsY41xdiouql2uBtW17EgE6k&#10;duOlP0zpcZlpMaqMQ+Zw+eKKlw96RnmmkqEp3kVAQ7ITsCC0em0ACxJ4oZyK2UQ8DtxAPT09HV6U&#10;bHdxu5IdS4dJ2Ca8XUEjsR7xB00v348YhkKCkrMIwmCnXDsLqvPrqTEfJqBVJT7GltLLJGQhutz7&#10;50uR31XotLZtaWgNOMyAScMTjjBPIo0vsobZSnSCJxkbQOOP414OCCe5XQ2PjxywvBMMjmwZBiVH&#10;gdXTMuKS02YHjk81P0jo6SCzC6o4IHYm97gEazLJLVlQUk6FjhEzjtOz5UpXbtAgSEkwRqIk9Zrp&#10;2IB0LeA2dx4ePI+N08FBnQz43hUWGHGYY5sOhq6e0a7/ADGfdJAQ5R3iBR390/Z7agEItGmczxcm&#10;dnhVAPGSDs9w6KLMxUUXI7yNOEbTj6Y+tcY3V19yQSeWdjMhB1Hgfj7ecMLFDS1GK0uNZa/mVFSF&#10;kraunpKlKeS07yBgjxxgFVLFingnuGxJBtu1mCS8u3VpUUnEjYZPQcJHM1uzuWHHClSQQOrCOoHG&#10;eZrkTcAK9ie1yPo5nxGsyxhlfSCfL88dPUFmleBItpR544XDGIOgAivYj963tNx4+F2biC2klRxj&#10;rMDGMNvONPZjaM25BSFGZ5Jrsh7HaRc9t17dv6eL6fKOWsw1E82H4oYFIFKtJ5ZSJoYQo2qJOx2J&#10;pfvpfXhz+ffYRpcTOrj1nq86ENxapUCo4BQ2TWIyPGBvj797G9ifo+PA5rcmV0OJ11Hg9HPV4Vhl&#10;VU4bDUPd1LRJtimkttcWIIJIsD8b3dRmLb6QVfdGAPTG324bfKiu4s0pOhv7U+/Dr66yK4KoW9xn&#10;AbaT4kc9T56TA5KmljUxvTpK9btjvaRfNssYp42sBtF7G1ja1geF2bXBcChBhAnCTjjhxnhSe5zF&#10;LQUiT4ccOHUIrkVDd+w7cW2VOomTJq7DbTRVVVh88vydBiLAQOELe5JK5faJCGIue1lA0HA3l1wV&#10;IUyCQTOIBkdfX5VrKs4tiQCoYnq959KizwySRTRrK0JmUp50P21JFrjS1xwN56f+cOMSpdlJB5Md&#10;Q2Fu7SNJTyAEyxLIu5XYhjYEgXGpvrJGWPuMoGpRMdWEdJwmlLJNxDsxA2RMp6ROIOHDqqWPib8S&#10;iYGN9TNSSERwESrU00jJOCXMZZbNvB1Gnh9fDVbNo6gpIgEcMDPTIx4iiT+SoIUUzHnj1nprvida&#10;hiocSljqcYiqDGq0sYqym/ejMQxe4L33X1Ym1vADhSjJ7S3cWpSwdQEauBGIMnE+VEictFpdLHfA&#10;8MTx6Z4z7a9xXiHFPKlhqqJMOqI97GvpEiLJTFPKGksih2BNrbrgduOIbuQlcEAk8NmzD4Udm2ul&#10;IVKcekbPaa9wRcm4zhmH1UNLHmiOrpqYHfuo2+ZSR41BkTcZUF97EBTca63PC69D14CCgGBiRO3z&#10;/Cavk9zcOjutSYjxGDMeeysTqXQqUuTbQMbd/aLcV1dSHGcQmny7KaOGokkr7zXmlBll3uENOzAB&#10;zvZlVjqNNoO7gbLDjNukJMRGHA44+7yoQ3Vp+ylJ/WuCXiiQSWJUBWtoPz40mgzDHUUuH0dOlTVU&#10;tO82IVNeBDI8CSSMoiIZCVkRwNRZW3Nu73uWVIcS6CnxYYYnCi1pt9ojRBn3eVcgy2LltGNht9un&#10;f48dK7ptg2DYfiOJ0VIMRPlGp/lsM5ksibiG/Se6U3EruJNr3ta9qNZsbRpSWkEqI2HYegEk0cMW&#10;DLaS5p1E7R01wSfcyqQVvoGYWBPs+ngcyYLhlXhk9M0Ajx2hkCzRGCRwm91j3pGXFgS5KBnBKDdb&#10;XRxnepTjDjQT+1QNkTB6RJEjyNE4Qy+xpKYcTMDHjPDnbWcEnw08OavHPlFrifXLnuer1e57nq9X&#10;uWOfhKC/4gnQMWvdM3DX/wAEbGeFedGLZXp8RR9ux/xc36/A0CXqK06QZnN7bZ8HckewY3Rnmy11&#10;FDJmitXVf0wI09sKf808j7rNT0woHbjTp09ZZMp4SVbdeEi9/ZK39PLefS7icGI9IcgSbwZaKnlw&#10;ysudF+XrZlCkH/VK/VyAt8QpGYuHgYPuFC3LCe7g7AapP9ZuXaym6tdVaV43EWJz0+L4HsVTYVWE&#10;0291Ph+kR9f8X0cM+22CZTEglhk99FI0P3cDSbgkY0riTVfYwZ8Rw+WGSskoa2hJp5JnYl1LC2oY&#10;WN7cc4kjdHiKgiZlZAG/eGjDx7W4606UCRVHAQNlBfmGOomxKkmZhvwZXjnfygqspInj7AEbi+nf&#10;txumUwuUgkFlN2W2hA01Gn38UtOkfdTjYSRjT7DR0eYKGkmq6WUyumykkMlpFeXUe8QQbHUjnBI0&#10;dUkZRtZjdY/j8Tx1y5KhhWy2OGIrHDhX8rqaqiWpklangWVJZju3AC591dCdTbnFislU8W+1/eQW&#10;7C9gL+J4wpQiTtqwCBsp+oKaow/BI6iHDzJAqmOZorkv5i72kItdV8O/JFaViYxF1JiFmO3da43a&#10;DT28SlwJ2Y1sEE41lynSVuO0611VQz4f87KIxTSyKpOwtGCWQspJUAj6eJ7Esr5czzT4tgubMEix&#10;bA6loKeSgrwDFKvliS5Hj7zflwVZX3ht1LSohQHCgrvLdqaKI2HbQDdWPUF1E9J/UbobX9K8zw4N&#10;jGMjGq3FsQRQ0sQFYlKEHmHaFZYz2AvuN/YCWR/hv+jqlzGmYqbo9T0mKRVD4nBOtTWOqTlmbcEm&#10;kdf3tBa3JNLT4QNL5MRP2/IVB9x2kZglZSpCNvEH8a4YT/wod9eIw6emx3DspeYVkSmr1wKojlcI&#10;xiufLqQAxNtQBwyuXujmS8qutThE1Vhxi2r5MM0Xl7QCoG1ozYD6BwhusuXcKDesmaXs71FSNS0p&#10;x6MPnSWzj+Mb6kc44LVzZw6V5RxvCmVn/mFZQYsCpYbyWkWrILMw8fr14uBgKLfy8Rq3Pa2+FvyE&#10;IFuFqLK3SY76PMgfPbSl7MnygENT0YfrQfVXqw6yY1RfPVHpey/cOrUk1LgWPysyt7wO/wCcViCw&#10;vct7PpDQ+WqRn3tjUkLkjdeSnJufbeIa8L83U0lQS2snpM/rVrG7udMuNAe39aNJ0Z6/9YMVy7XY&#10;pnT084fQR7HOCYfTYNisKfLR6ICfmpd27bc3tp7b6Y6rLVGR7uOVG+yurq0IF7+wREfTxNZ2+tWk&#10;bes/rWl5stsSUiPX8KWNZ6mM35eoVxrFOjeExYWKhsNngpKHEGEa9lZmM17t2VRbve3In8gMUhYY&#10;/VPHJ7wVWpCAPheG/hw8tWFNplIkpwO38aKnc8SpyDh7aReKepGizM9Ph+NdK8Fy6uMRtPQV2J0+&#10;LQJJIt2AYRVygNp2IGnYC/OK4ZNuaJcZq4ixF2/0Um3ssYmGt/Dg3ShKWNRg+38RsoIXm8F0pUBo&#10;FPrRSsQ6yjEMy08cnR7LUsAV45Vljx+wbcQrgpWA2O3swt4cyvhVZGbf1gqyotYbaMm49v6DtxNb&#10;ISvYkD2/jW15u5oBDIn1rni/WjLHk0003RLApp5GeOts2PQxrpps8uvB73735FkoauWVX/ndWE3W&#10;2BaLbp9MBP58OLdGhEECfX8aTKz90R4MKYKzqZldImipui+XKiMxGRsRrDmB5UZiBb9HXIDt8NPH&#10;mGanq47hsYqG3Hu0dG3/AFB4rDhR4sAPNX41tu7cf/ggiuOB4xkbNrHD4ejOA1VXTRNKIYarHYnc&#10;hbn3GxBLgd7FhyLKlXDtjjxqUu5IVRHQ276XAg5ZDvfKBn3q/GmHXFoSdTUxxNKWlw/J1LR4nJif&#10;QDCaGnoIo58Tm83MfuEgBxvlxIqPbcX79uRWosVR42fMMyKx2bfJogDoTf3oSRwyddCxEEHzP40R&#10;M56tajpaCo6Cab8OxvpJJFXij9P2CY2kEMdRAIsQzMZUErpGRaPEghFzoSPbe+nJLpNTxqZsZmmc&#10;m4KxUv09ljXicP6QSMfb+NGeXXjrj0KaifOoOG4ZgWb8ZWiwzoVgWX6VIzJLS1VfmAyGwsAGkrD4&#10;kcwxT10l/LxuoY3NgYqOy6Xtoh/PmkuWyyNUD1V+Pyoxv7q9awDQjzM0q8dyZBlemcxdBcGcJGgj&#10;Ra7MTvOHYL5jx/MC48BtJ1+7nOU1lUFZM4SUjodzLFHh7bh4g+bA2n0cotFukwBh5q/wqQLzfMWk&#10;SlnH1/CmjC2GBvbEfSFBj38wjaKOcy5qhSGQgFXjakrIgx1OjXBuPZzJ8zWrtVcxFj2jvDS+8bE/&#10;8V8MSmwmPbir8aZs87zlxJKrUDrg8+6kh/VbE6umq8TxD0uUxiikFQ8bT4yGRDoGP+k71tbx01Ov&#10;skw1VUF/5iAyPYmxjpLi/sCx+HEd3ltsATtHmr8aonPsyQvxW/x/Co9PPWVdfRU/+zHSYMGlWnad&#10;BjXlSAX1LS1DC7BddrfRz3zdbvD/AM1qKyBwGbyIaYp8NVTiJm0tlHSCEq8z8zRi7vJeJaKu5gTG&#10;w0q67B2hw6evm6JZfwGpoKgUATG63HUqN+1ZS3lpN22uuhFueNbVo+xJ6zbbVo4IQNfgyDlTkjCl&#10;EKcE+f4VX+2N0GpLUmp1Ljcpy9DjEfT3JqDzhCsVXW4mZPc8G2zv4nxNxbkqJzMS3zFW0g93/SEi&#10;3C3w2WtrxtvJGGwdaxj0Gm2d7r1exqfQ/jSazP1Kz1E9FQZfyBlQYdTwrVVj0E2IKpeQWY+YagMd&#10;QOxA+HOcdXI7SKMSqgIiF92KH3fH/io/x47dZKwUbcT1/r8q3/bW+bWCpsUnsPzLmjBqrD6tuk2U&#10;5mqQ9Q0oq8WlaZWY3FhVpY3P0/w44CrleL/krS+5qSVguBqfGOw7cC5yMB0iYpa/vxdaAQ2IPnQh&#10;nPLw0NDUy9G8GqJ655IYvKGLrA7hVJssNWGbcz2O9jt7C/G5p5X2k47UBr7VLiiG6/svDra/hx5W&#10;VoZI1KBB6zTltvTfvTptySOo/jSwosx1+KxVsOD+nbDqeempkq8QgjgzJOkUyttId48SG29rjcCS&#10;L20HOXzHlsi1OOVI96yxhKK5JPYWg1566yhKBIjHz/Gr2++d05qBbgp2iDUDLucMw5hGI/yDodgd&#10;S+G05eslhnzCNiIhsXWTEwo1B0YfdyZDUU7SAQ4zLL3ASUUh79zYR8snLWVJ8Sh7TV7je26aTPd+&#10;40HmYc09acGbz29O+G0plHzEstDDmS0ZUbgJScRZBcEAduTkaddzLXkW01WHv4X/AEduPo3esAZK&#10;/fyaQI3+zZwwhCf9Kon4/Kgvxn1FdY6taXDouhcNZLMpqqU0tHjb3SMlJGUx11yBrcjkWpoGxanm&#10;pJqoyxTAxSiNUUsGFrXC/wAOVfy3KmyFFZBH98KNrLebPnftbSR/iK/Glhk31Jep7J+I0WI5d6Fw&#10;wVLeVUUk9bheNSrCgYlSoeocjdpe9xpwLs6em/pj1Qy1VZRz9lNM2ZbqminqcHxIM0TvTyCeNj5O&#10;0+6ygjXjD+YWPeBQegjjI4+dH1vnGdNkq7oA/wCL+tGryt+Jn+IP0vq6vGsp5FoMHxWsG13lwSeS&#10;4cKhUx1bsjC1idNLX8BwER+HL6NiVgboLhDqhuNqTA3IA7rJc/Z4uVdsaMX/AHj8KsnfLN9UaB1+&#10;GlXN+Nv+KVUjz6amwmgj9ws7ZVpp0t3YkBNO/t47wfhzeiyMxeX0DwmN49dwjmYm48RI7X+7hA5m&#10;Cz9tx7SKEC947xacEn/S4fClFF+NR+JpQMZ8YpKSqoahQEMGVKeGx8SjCnOp8L34ZXCOi3SrBaXB&#10;qSHI+G+VluhpMvYFDVUUDmloaOPyYIUMi6LGq2A4muHHdaNLh0noOE4zs6cKEmQX1wu2UVEzqPvo&#10;uNF+Ix6w825W6q/8bDGsoYljWP41jtemAVGIYepqa2Klq5JNkbRqvmNK/uqABoABxM5rwWijzYKm&#10;OFXiip4TTwRXCA22KFCkAdrchTeltSLxwbJNTPkIKrNBNX4+g/qLjWbPSP09qMYxOWqxqcTrmHFq&#10;5leaaYSs80krPuLE7iSfbznhuGsHxKocRvPYwIsd2G91CED43PCljxARgOFG6lgbaGfOeZI4FwGg&#10;Es3y7MKyuacbLwoS6s3hY27cfvJnakhhq122KnQsLXIOhB4t0GJBpsqSaCc4phK43UzUP6TfHJGy&#10;PGu5wqt9pWB0Bt8ecJ6h6eSVGT5g7THA3c2JuO3s4jXdwrSUzTaiBT7hmWKPE8OpcWocSTBo/NSp&#10;xNGG1Q8abGB3agN3vf6uToZh8lDNLFt+yHQW+0R4fRftfl+7KsJwpoqkzSZrEFLjtdTUsxqKxt5g&#10;lcXRo1ewvq1w1iQQPHjPCslFFHTyStULGCY3qCGbazMRqqi9uOPMrUZB20+0oUsExDB6+aep/l60&#10;FRIQlWaZtqM8aoNu0lgDzKIpZVpiQAsxKMJD4lzqBbvpyqGzs41pboxisNVi2HUrYjKkjn5ELKFi&#10;AHuCEMQTf2Nqfu5L+Tp/kPM+W/T+Zt27hu3fzLy+3t8vX6NeJvyLk0S98vXz/Rpq/r4n8/8Alv5g&#10;3yvy3zF9jeV5f9Wvm+/a3naX/wAenfTn/9JBVXra9IuH1FRFQeqDJk74laPCq6rzdlTEqomkZjBN&#10;UyVtYyQlDIrIvm2urHaQxDZdtb1ZchISblJHDxJPricI/XjXMq97N94LkJBtXARiR3bgSBATCVJE&#10;kwMZBJnA4VtpZW6N5vbDaBca6fQUAwynaLNFFlEYrl7DhJiQSbEKajpaGnRqqKVlcPJ5Kkhol3Bo&#10;96KdvWJ6R3omq6v1T9OcTqpd3y01XnnK3zNJh0ZT3fLGLHe8psWjJY/6pF7KjvNlajJuW+olScPf&#10;TY7Pc9EINk6kH7gG3CkkzA+07Nkx1zQcxZKz2mZEoMDyFjmA4NhEkVLJQ0mBYhHSYtmGYPK9SKmT&#10;BU8mnp1VhHPGIlY2AkQlQ+Si9ZPpAwBY6cep/pfT5gqgk9NXDNuVqymjikgB/TyUeJzKXSQCR0Jt&#10;b3FAfXjiN5MqUiBcNpM/0xjEcZ9vu2UZN7hZ04kuKsX1tpkKSUrSScI0ggEyNSdQB4EmBgksy9Le&#10;sXUmtmqKTBs1UmQYpo/LpoKfFsHxZ6mnxWdahYqbGMLpGip3hCR08gKtuBlkMkLbTGxT1kemTEsK&#10;pMUzH6pOmdfQYDRyMco4b1AyXJ82J4yfLip5cSnbcBtUwmYJbQknQPu715eVBa7luABAC0H5k0ia&#10;3LzJF7DVjcDWQNRZdOjr1BABjp0k+dKPKnRfFMqLmDL/AE5ydjuF5mzziSz1/U3GMAxrD5TPRTJG&#10;8tZUU9FRKBKyyslVHTbyW3BVUhzzxX1oeiqWqjWm9RXT6spK+aXFcSlkz1gMrOJ5PNfzfOxSjLkl&#10;gAhuAN3uGwUPHezKQAEvNHji4kbTPT10ptuz3eNl0tlh/wAGAhsweuQk4H+lPQZprwDo714TJcdb&#10;VYPPg2Y6Giw7LeX8Jp8Fkw+PDUoaZKBI6SKmw3HI6eOJY2cbEG8hEE6hmlZZ4964PRPVUFImKepL&#10;pwK8TxtSU8We8u4kIZH3VKJvjxGZIxC0p/SbygYAIVCgKc3G9mUBqDeNlZO3WkxOOGOAExIpEvs/&#10;3icc1tW74wIJLS0kwIn7Rq1bNk7ZGINAH0X9NvXzJWK4zFh+AY3iWUsSpfnsRFTl9svwVMIkjw6p&#10;lNJPRU8zSVSUKN8r5aSGNmafzZJHeVCVXrK9IcVXQZeyx6uuncU2DIuPDMGKZuwgQtV1EyzSGzYk&#10;kck0jmTcyTKyA3Oh0Ru70ZSlzQLxshOM60xjtgzto0tNxM9Wh24uLBw6fBoDZkoggafATCQEnCce&#10;uZMHR9Luo1Xh+IYxnTo5jcNP1HmfL9ZlHAYoamOnp6KkejgE0kNCrRUccKKFiqKORJGVbH3V3IzC&#10;PWB6ScPxbF8Vzv6qOneZsHxGfEa2KmObMGqJqWCRnqaPyIKOpdnmieNBeR1Pu3uN+rtlvnlQM3Fy&#10;0QTidaScNmw4ewe+q/2Ezp23SlmxuG3kgePQR4geOpOyCZieHRgNGd+nfU6XLGX8t9KcoVeA4rgj&#10;YNQVNAtKlDh2IQK0VNisNTUVDCOOnlppHAEMTDcw2q3lGwsYD6rfRrV4Z/Mca9YXS4PNVNQYfSYn&#10;nPLdRJDh8kwggY0v8yRIGaOJWdlDFSwLgBLEx/2QsmcJL1w0Zk6ipJMTsCQdp6x10XZluTvIw6hD&#10;Nk8dSRqIS4PEBJGoInA7AYSTMHbRUc0U/V6LMmYcv5a9OueKKly7h7ZnxDHcBweSlo8Rx6CIVNXF&#10;BWSU81RiESzVk6KpEXmRxFafzTMrr3jvro9JOFQDA8s+q7IMTYYKmuxR6DPOVoaKuMhYGKQUdXFH&#10;Irki6wDTvcKW4xeb6ZKAlLdy3CZJGtOOHnS+z3Dzx9wvO2LpBASEqbWSnadQ1JJBEkgkTMDE0w5D&#10;9KedMdmps4dTOmVVidfmOqwyPKWK4lgOL1WN4KtHBAiTxvjxrayneNIGJavlFxZSDKsY4/4P6xfR&#10;rhuD4bR476u+mtVHE1PJS4NFnvKNVFG0iQQFdz4lVuq7QwJeay7iTcA8U2O9+QNrBVdtmDAGoHCO&#10;mcMZxPR7Lbw7j53dlYRZu6wIKu7cEkdHgTOwQQFAgDEUEn+a7rs3UfFM25A6BZlwmDGUxGHHc4VO&#10;XccwrEqiiSfGMRWpeCODBofO+ZqYpRFFRCWbYFsCyMGjF/XX6O8y1dBRn1R9PcsYYziqkSgzllXa&#10;9ZA0c6B1Wob3GkZnLtMtyoJJYFeavN/8tUtJbvEIGBjvEESMcceNBnKuyfPGAoqsnXVACNTbkAbC&#10;BMYxgAAYPAg0ZbDeg3WHpngVdieH5LxfqDjrS1mFVkmKQ4i9T/KMSWpgapSSMbfOijSOJYoaJtqS&#10;PFGkcJEivy+sb0zvmSsoqb10dMKPDam7VWKVmfckNuikprK0JiqVACsFV4mbe2t222vp7tSyxtsr&#10;N2gjqKSo+m2POPOkdn2Y5u7bhCsqdCxq/wBbcA2g7SNJnEAiI4YigxzVQTZX6Y4J1HqPSZ1Ezpid&#10;DLRU+EZKyzlHOs+IpX0uISxSJWUk3m1ZXZ5k0NWYTTorIBGH7TMR9Xfo4xDCsNw2P1sdNhLBVTSV&#10;EL50yT8vGUqiDMEbGYQ1vtIpmZCPsqRoT1jfTJ22x3V8yCcYK0j2+ImZ642UgZ3J3jad73+WPnD/&#10;AI26TGOH2EjDjpBHTUnLmSeq+FZkzzjn+zbitNS4nh2GR4ZiSUmbYsSrGqsEp5/lZZv6vVllLFo6&#10;iYUqTB1HmuHPusM3q79INNimLSQ+rrplMpjpljoKXqNk2lpa+KWcpKHSKeWBRtZ/0ZYOvfedwI29&#10;2g5OhJT+bZUobYWmCOjbiK2NwN4HmkFVhcJGr/jLpI2njjtjECD0YEULFLlLqOuB5Yom6T46aiKn&#10;xItmPEMq41idbglfRUUMlIYqirNNWTSPJCh84xPFKVCmJSvvxc0esX0a1blcK9WXTqgq8LmNYaSt&#10;z7lSrpqmdUVQfOGIVTG40XymVB3NiOFjm/GTfw3LQjGC4kj4/pVMu7Od5WgVqsn3Eqw/uTiVAeWl&#10;PtIJOwTSn6eZL6nRR0UOZOleILRY/RCJ8VwPCMTpJqalqJZJSrUktJhix2KgyLOsk9zYKVN+IpPV&#10;j6Zct4piGZ6D135FxaKrpn+WyfiefcqyRxFHCWp2ieseNNtmWJpgWNh7gDHiq87QMsR4k3rWoj+m&#10;g+mBIHrRkjcbOltllzJ3NMzrSy5PqPADjtISSBjJwAEWoypiOfqLBMqV/QLFstVtFWU38yzlT4bN&#10;FHuaFpHZ3lnozNIWZ1afyZEUgsAzGPdzqvVZ6X6ajxEyes7IWbaDF61MepcMxzqdk93ozHAyqsUU&#10;D0W0jcBtlkax1ubG7b2+WUJQT+daWRxLiJ8hBEfCio7j7xKUB/LHk6fDIYWMP9KZHlTplvJ8ozDS&#10;4ieltZk7MeH4bPl6sxXCMo4nHDUxT1iSSRvXNPWPIjvF5gaOFWKmzBSVCzcterX0cYpWYKMS9VPT&#10;LC6WjkixKooa/OeU1gkkERkV2qJK+WQSwyC+7ymJuoF7EnS9/MkcaBcumsP4dTZmcJkqwIxMmOFL&#10;v9jPeMLUpFi8VGY/ZLEYY8EjHZGoHbGNJbrEnU3KGUM0nC+nWaM1mqglwanrcm0GL4jii+biEdKt&#10;PBh1JTIjU88TC5+YRIwGeQougE7MnrL9GTU2V6bB/V/0qrUwIVFHTYcc9YFHFLTqsJUzGTEER7BL&#10;Kr7AGsVHuHha3vLu+6FK/MMoKoMFbeBgAyQccQTMnbSJe4O9aFqWuwuFJIAMIWcZOwQVR7cNp2wU&#10;joN0azzLifWSszF0Kzt04x3qdiFL1AqM1Y1gFE9dh+IVUVTBNDSvh9FJFA7PI7SyxGpZ183zHHnx&#10;gtOJ+uv0qYzWz4Y3q+6WQNHT01dRyUuecHhPliWSExrUzzNCoUoXWEy+YoCk33KzJGd/stbXoF00&#10;EnoUPjspG/2SbwdwLlGXXOsK0kFAOEAg6PuPQVAaQZ6KG7pt0Mqul9D/ACr/ADVZjrsFrKjEqzMN&#10;dVZeeohmxOpgFXJUvT4W6TyzyqVjmnWk8qVnYKEs0cbZTerv0jYbHLJhvqb6P4gsJlqHfHuoOVJZ&#10;pqtVj2So0uJHapsQd0L+IANySnvN78n1Bw3LZPCFpxnpxw8oqzHZVvK8ShdjcAkDHu1gAcRgBJx6&#10;aeM4vmGvq8utimGdU8Ejmljw6TAenOSMxikegqvmIRBVmlwedk8slJA8VZT2O1ndQojUuucPXT0W&#10;eKKoy76memVH8s7wukObcExiSnRYDMGoY8UqaSONlIsheORVYmyOdqk1yleXKb1m+tUpP8JebJ9h&#10;UOeFZDbp/StmbgAeCdRKfucSjA7ZOobOPinpoecEynTYsZsMxHpzmzCDihFTWVdThC4GK9ZK1aFk&#10;xGowB62SR5VtI5DRkxhfMKASMoXyfiF9D8H/AJthdF1oyrUUNCtHQ0VXjua8ExuaeEUzrLI/mloZ&#10;JJPMEbWUKotZSq25KOR7vbn3jakXGb2iFatpfa2CeJXjtHA7K6I7m/RbuxcWRZvM0Ya7yZh9pJRB&#10;kEaVz54kmTxrNR+kmrzHX5WzfnLGKamzXTfzGsx7+ouH1WWaN6meeCWBIkosQapiggkh86NDO7Fy&#10;zMwdtwCnN3ri6aZqqKeib1CZZWgp4o8Dw812a8JYQRQxNSpLIsThXc+SHZr23EMO4tJVvkXZ4hIS&#10;rN7OMJ/yhrH2KGyBhWZ3Z99NXZLlV0q6Vf2hdOKiHWhqUdpnXPCegE0OHTn055C6e4c9PSYZHPU1&#10;lbXZlxKXbIV+bxGunxGWOnE8khhp0apeOKJT7sdkuRe4b1vXzoFiFTQ1eIeonKVStS82OYvH/PcI&#10;H6ZYZJoUWFajy1db2TborHQ3NuSpk2+nZ+x3aBm1rpROBfagz5q6+mszd1N6uz3LLZDDF/ZoQ3sA&#10;da4/52Pvob8Pw2jwukpqKio/KgoI1oaQOxkcRjapvJIWdr7QWLEk215wpuu/pyhqMEw6m6+5Xq1l&#10;Wpo8UxGozDg0EEcc9LI8UQ3zxsUDGzE/vWvYHg4PbZue2wEIzWyGPC4Z2QeGrZIExQut+2bdBtsJ&#10;GaWuH/Bmh/otlTi0lnZo9AQUUatodb2vxR4H6jfTolPXYS/XvKkc+Ix0uELTVmZsMSkMcgBlCTCq&#10;KRIADct2JFrkE8WJ7btydKdeb2kGZi4ZlMDgNc48PZRg3207nKTCs0tQD/wdr3eKsNRuUq5hLRxb&#10;52eIbmBUaWUXYk30tzDVdfvS7HilJVy9c8q41A6VnnSSZlwpEo6sVCGFjEsiF4grIR5e4+61u1gh&#10;zH6i91Eq0DNbVQHHvmiOB4Lx6PTzpLddu26aTAzS2V/uzce5VcN9YRKgj2FGQxGwO9NoLC+77Vwd&#10;Tbw4+4f6kfSHl6kgmw3qnlLEq5UajC1+YMG8vyZ5nj2KfmGZGhf9IXZSGU6X7KlT2+7pPL0oza1Q&#10;kRB75pO3biVTwHlQet+2LdcOKcVm1sSYiHmx/oucKb3p8aqamUSVQpaQGNoflR7+5G3Nct3VxpbS&#10;358Ro9VHQTD6Okk/z25cmrUqkkeHCMx0D00MZjilY7aieEsQ6C5KMR2BO0EGtt237lhJcVm1oScI&#10;/MNe3Fckcinkdtm6a2QVZlblUx/d2/mqfZTt5O8sWjADAxkSBbm1x4X0IPt41T+qDonS0WGphnWv&#10;LUdbhVXK1FUvmDBvMNE5by42YVEpsHb3ge6gbiVAAV3Xa5uTo0jOrMwB/wAxDMeQ8fAczSC/7Yt1&#10;NInMrYwZwebPwVXI06OX8xdySAb0JJG7sT+Q5Ei64dEM6VRzPnbrflQ1MN6XDaCvztgk0isgVwRE&#10;ZwqxszWG8nQHdbvxtHbDuCgSrN7Th4fzDRHHbCpw842YUSp7S90bl7W5mNslA2AvtH1+741jiigo&#10;18ilpxCg/SEQx7VO4m593x014qsK6/dBaTAayKo645HmrZTvocOmzJl0QLD8uCBUFKhzI6PJvBsd&#10;VKBV5t3to3LCzoziyCThhcNbMBxV59GEUcHtN3SQgqTmdqSSQB37Q28T4q6kRmlVlBCHRj724G47&#10;ey9rH7+dQ+o70+76XGaTrLkvDZsOamjqqKHMuDwfNMsz1jzKkMgC2a0ZXadw8GAHCpfa9uolakfz&#10;uzInaLlkAiBH8fWdlbT2l7qFZJzS1E/8Hbj/AH/mK4fLy/poJHaWKoDlWPZF2KgQ3a5vqb8Q1d1z&#10;6EYlPSYvL1ryhTVuL1j1Ff8A8aTCqiSBZJ0aPc0lSrHYCRdhbaT2OnDM9sm5LSUEZtZYGTFwyT/v&#10;8mlbfatui22D/NLWRth5sk4/41TI18tFjA0jUKLAC9hbsORcP9QvR7DoqWPCes2TqadZX93EcfwW&#10;ohEkkNt7LNMQqlUA0LWNreIB1bduW4/5TukZtZJlXG5Z2YHH9pMHZhJ4RV3O2XdUICW8ytZJ/wCP&#10;tdX99XJlDAg3F+5UkHT4i3FdhXqx6aNWV1TjvWzKNMaKnFAYsLzFl51nYLLLBLZahUbyw3lsEvcA&#10;AhCBcPWvbPugha9ec2ZSf+aho+o8f60Vs9te7q1q1ZjagDZ+2bn/AH6Ki/LRgFUW4Zi48wsbXtus&#10;Trr3+nmau9UXp+noMRweh6x5WipqVpW8mszFSNFO0UsUKuu2oCguFA03+4tz4gqrHt/3LQ4XRm1r&#10;qAw/bsgmP86fxrb3bZuupGGY25w/482P9FXJYrSCdl/SsAhdVUNtAJsTa9gSfv4wYH6lPTxhVFGM&#10;N6u5ZwevkkmNViFHjGEBquL5Qo3nmSRpFkdmjCgExqL6XVyxHa9t25X5xazmloNUYl9o7NuJWYB8&#10;J89mwwTZR2pbnW7xWL62SVHH9sgyIM46jHD31xMDGeSRz5scioPKkuQhVrjaL7faTpe/jawAk1vq&#10;p6Biup6aj6yZQqoZIvmJo6/NOEGCOCjj30yGRqlv0qN4r77FQTe6qTRfbPuPpTOcWkgcH2jiSf7+&#10;hN/swboqTBzK2J/25sR/vVYBSBYwXJ8xTYPEDctI1mNrdjfXwH58SGKepvoJW43VGPqblKkpA0hm&#10;nfNWA1T7ysUYMbNKA1xAoZgdQT2sDwV2PbNuKlvSc8siTEn8w0Oo/wAc7KSXXazuo4opOY2sHj37&#10;X+FUqGJ1ijWSQSOAA7opQE6k6XNu/a/EbTdd+hlFiUNQOrOU44KyRqV1gzXg8skVLIgikRmeo27W&#10;7L8O/a/DVjty3BCFf8ObEEbP8pa2wI/1yejZ+NJmO1LdJqSMxtscP7u2Djgf4+eNZ+49ttdR49+N&#10;FB156PYNKtVL1pyzUUNfItH/ACsZmweoIQxkPJKBO4B3DcpKnb4HUEI73t73HD4UrObNSZwAuWjE&#10;xthfV5cKpbdqu7DKwteZ2qkkxHfNnDjPij213YHv3HY86xDrh0DV2rqfq7ld6qeK0dA+O4Q4jO4x&#10;BSyT7ApRCSBqCexBvw4t/qI3GQVD+cWUnH/ilmNmz+6Rw2dfpS+47U90Uy4nMraTjHfNYTw+7q99&#10;d84VnqI6JefBBR9S8tRw1UIqaxv6zYWEWpeVmYXWe4FmYaXPb43Zf+oHclp0FOcWKh/3ksCDOEwu&#10;Pdt8qQvdsO6pcA/O22Ime/bwMn+/rofHmKh6vdGc0YhS4MeuuVMBpKmZp3rsx5mwqOmUDy2bzGSe&#10;TaNygj3GJtp3I4Ds3+orcxwkrzS1OkEhIuGDJAkCdaRt2SY66K8x7XN21A/8MbfbP92bPs8XVhUT&#10;EKp6Ghq6yOimxKSmjeePD8PEZnnZVJEcfmvGm5uw3MBfuQNeHLpqL03fyTC8Yp/XT0aNZND8t8gu&#10;ecvYbNDaPyyWi+ZnupW5UMqsGPtFhz/zz+s9y/K8zubS6yS6dDSoC2i062scCktqU2RjMBXVtqPv&#10;+hlcgaWptS0kDCQtBB4cCRQCYN1zxfFsYqsLl6L5uoaemeSnlxCpwiqSOOaJgjRO1XHTo/vE7ZaZ&#10;5oWAJEhBBIIVHWPpPl3NL4NU+ofIuLxu1LHW5goc+ZcrqSYQ1xT3JErPdVY3VRcElL62Dcy37L/q&#10;23JziwS8q7btQtMhLqw2sHGQpLhBSRhhsMYTUo7nduG7DiO8VmLCJiQt1A4nCCrZQ0YLjUGMYZHi&#10;CYZW4XvBdsPxeinpaiNipYqUddTcHVSQT2J4yUPWPopBh9IKzrzkZHIkqabZmzBJJoTNEhF9lWbE&#10;AMChNrk9r3Mq2X1CbjBKYzi1CicSX2v8OBNCtnth3QDaQcztQf8Abmvb91PYkDE2VtCVN1YdjbxH&#10;58TFd1n6Aq1NiEHWjKlTi81Z5Uj/ANYMFCrAspDSNunPiQe92B7e6SFmc/ULuSXUaM3s4OBi4Z2d&#10;fj5FFObdqW6ZcDic0tdRkGHmtnD+Lma5XN+2lr87pOrfQ2soqenq+rWRKD5oCWup1zPgW0SCJWcg&#10;is2q0gYLcD23OjDgLuu3jc9TKQjNLTxaSUi4aAmMdq+MxRMe1DdKExmFservmxE8fu664lwOysfD&#10;sfbbx4JmTeunpwy3BURzdecnyyxt5tBSVOY8Bmp2JMwVjeVtj+XGoOtrm91ZveVXfbZucdKf5zaf&#10;dt/Ms4Cdv39GHpT7Pajuu2f+Wnbf6s1/hVDqVnlZEVSI2/ykkZZWW23ta2mv9h4LM/qW9MVbQPSV&#10;HXvI38zwySl8hpM0YO8NWYITEjyF6hoyu5izKNwDqrD3TfhSntp3Q1gfzi104/8AMQz/AIVLT2tb&#10;qmQczthh/wAfb/wqYEpcRWrRgsxoplmd/sq0fmvusAoDXFrKdPdJB1A4j29SXQWupKzd1yyHhjS0&#10;8ceHnD80YCgRpG86Q7HrNdYrMsignTsDYp3O13c11Pjzq1CtMYXDUHo/i668O1TdUpg5paz/ALc3&#10;/hU8Cn2ug3Sy7GJlMoY3sNq628N3cH2/UlaPr16d7V5HXDKKMdlRh02J5vwmoETxzrKt0arF7xRv&#10;ov7zKNCBwnuO0DcR1ZUnNrQERE3DR2QP6fVSdntM3SxP8ztZ63m/8KpEkcpMVjYAkTqqW3KUK6Hw&#10;94g/QOO+HdcfTisWL1EXqVyk4qKiKnlwSuzVhKqaeokWhd45XmQvtQGW5AKaWAsDxKe0nc1pcDOL&#10;VU7f8oaiOI++vDtM3VSI/mlrP+3N/wCFUWV6lZKeNqEvuVpBUwhbIyL5gDANcXOmhN/bxui65+nt&#10;1qVHX/Jshr2qVxD53NGDGWFZo1gskjVyh18uJlNr6FdGYAkSt9tW56XMc2tNvi/yhoyMNnjimx2r&#10;br6o/mdt/qzf+FUlt4YXiIVbFdg0ax8QAbam/wBXGzD/AFJdA8Ew6qy3X9Wco4tLUxiKTF482YJU&#10;rHADHVJHE4qIVVPM1ZApIsFB0tw0su2DcMuY5zbCDIm4Zj2hYJ8vbStvtX3TRic0t5n/AI+3/hV2&#10;1N59RT1QmeJadmYU4AVWYgx7mBFyQL21trfXTkSu9SfQanjxmWn62ZZ+XeWU1NDQY9gCGYzU83vI&#10;y1DSOLrGD3AOvfstue3DckKWRnFpCZw/MNY/73T73bTuyh4n+ZWxHU81/hVJ2ncl1vYDU38CPqvx&#10;uk9SnRCiC4lD1kytNLPE0UlLTY/gIkZvmLEG1QDtBQEb+4a/Ycfu+3fclWp8Ztaf4v5hmTw/p7Ko&#10;e2LdVQK/5lbeXfN/4Vc7Bu47Hxv7LcWWC9fPTvLFX12L9d8j/wA/xN0eWSTMmE7g4lSVt0i1G1VB&#10;iFyl+11JBCkuzLtj3GUYbza0QVDaLlk9B4rgQRSN/tW3UWCf5lbAkf8AH2+uf4qhTiQeWsMbiONT&#10;olv8JAFj46+P9zpgXqF9O8EdTJiXW/JD19JE98So83YSDNLT2hbb59XHJIJLKUDd9SdL2J3e3Hc8&#10;LH/DW1JEf8xDXrjr92NeHa9uun/m5W3+rN/4VYJzOfJ2RuBIVDQOl9u73tSu5Rt1v+WtuZK31U9B&#10;q4yV8nX7KcbPDishpv6wYOnmw1beXCtqWZZFlQSNcO5BW2l91kLPbXumU6lZvagQqP27UzJjDV5U&#10;we1zdhUK/mVtH+3N/wCFWGLD3jIiMYanHy/lj7TJJCd5Y+YSNp2raygg3+FkbVdc/TRheEpB/nzy&#10;tiOL0bRz1s39YsIqErHkEkryIY6t13FmNwQCOxOvDNPbnubasFCc1tFHaf27Rk9Q1HGqr7T90ymf&#10;5jazt/uzX+FTkhnZ77AsRBA8CCNLWI4DeEdYug9XVzVUXXPLlPUNFFVV8ldi+E0kTVKMzbYkklsy&#10;toxYqSo90DWwR2Pbpumm4Dgze1gxP7doceAKh8KDzParuyp8hOYW42SS62B6eKpJJ/w31tofDneB&#10;de+n2FSQ1i9dcqDDaU1sIp58y4ZtS7eUjilimDOAHIUbCTofsjQVf7OO5yCVKzu0UhOoD/KGp+4a&#10;cAqSAJ2CThTSu13d9ClFWYsKQJ/11E+wKk+zGumVW0K3vbsPr78a09QXRuhx6or/APOlgNd+lGIV&#10;eLnHcIRnkeJJv0UUc0nYhQAbjQggXYc9/s0bltuqdRnVorbibhkbQIga5w8sIxrSe2HdhLyim+Zg&#10;YyXW8cJwhU9A85rla4t28OCDgfXz06vWztinXbLsktJHHU09PJiVDHGZAGmULP522w27QtiV3a+A&#10;4dNdvO5yFFAzuzUQMT+YaAx4A6tgn0xpYz2t7slwg5lb4f8ABER7Zg+XCuDmTQIoIOhN/bx/pvUt&#10;6bqbD6Mx9WMvvHV0VVQNhD5hw+I+Wyq95EiqPKjd2h90Brkt7wA1KBjtq3GdbA/m9mmRONwyOOP8&#10;fGKWI7W91iQRmNvJ2DvUe8zArE0cjt32lSrhgAddfb8DzBB6k+jFVgM9E3XTLC/MExSs+YsLiVUI&#10;/dSSUMfeGqlNtjoe/DU9te4rw0rzizCYjC5YB6P6dKm+1zddaY/mVuP92b/wqybBvDbBp2NteLmi&#10;9U3RcVVdS1PWnJ9TBUUr0L139aMAhAk8yJBIxM4Zi5FxtF1Ua978Zue2XcZKmwnO7Mp/7yWcIH+P&#10;5Dzoxb7Xt2W1JAzO2I/25vD/AHqo7063gK3Xy38wKNx8Dpofj48ETBvU56d5qmukT1CZHoZYIvmf&#10;Oqcx4DF5lPM3vQx3qFvIoT3Roykkm9+Bq/7ddygrQc3tT1i4aIw/zzTK+2XdlTsfzG2AH/Bm4/36&#10;mavSRPlozSzTpNIsf6Dc4R1uQ727Kb6+HE5P6o+h9DVVmHUvqFyW+HV4nNXPFmDAZBO9ZTQnzQDO&#10;FUxlFur3uwNx2JL7jtz3JdUAM0tUqiJ79rhMfxQKSXXa1uwpBCcxtpP/AAZv/CrN8hDVLFUtRtDU&#10;wlViEhIK+S7gC4voQx1HgeF9zL186W4zixSt6wZKo6yKcrBjeWsyYMIaiXyxTpNIGqyQrXJcs1rE&#10;bhfdxOx22boONlD+a2kJMgpuGp4R/Hj6UTO9q27ikhK8wtxB2h5v/Cp4p0WOFQN+0XYLLqy3N7ae&#10;zsLcQsPWjpnh9RS1bdUcpYjWU5p6eNanNmDFB5CHyntFVFFVS+8hSLEEaX4fZX2t7ksNJX/N7IqB&#10;G25ZnbgY1kYTO0UhZ7S93UkLF/bk4SC+17Y1cNsYGs4t7O/OMvWro/iNNKmK9UMtfLYjaeaOHNOG&#10;easkbe+1vPJG8gWDXJ73twTjtu3HetVpdzmzggGPzTIOoATH7QcZwxk7KfV2lbsOoUheYW4SriH2&#10;5EY/0vKu+SafrR0Jw+tqUbqvlsYbLA8UJoMdw9nlgZbtctMxWXQkBrEkAW97jiu33s/a1RnFoBpM&#10;AXDZJEcfEYV1HHZStPadum2Cn+YW+mIwdQZHX4sDHtNe41Yf1T6E4qiip6q5bqGpyRFT1uPYTSp5&#10;TzKtlaqqEta9xcbgAb978S2Pbn2fFjxZxaFQwEvszHqvp9faKJ2O0PdK4bPeZgwSNkutjCZn7hHx&#10;r3JEvVjo9Qy1tJh3WTLVNFVbI5J0zJgxXbCqPET5UzAsDa5A1uQdb8O7ftu3EKYTnlmgnafzLAmA&#10;IwC4w6hSpvtD3ab1BGZ241RJ75vhs/ir3OputvTKinSowrrTlaaSBitQ9ZjmGCVz+kUMriZrgJM2&#10;0XtoARpwszLtv3IKUlnPLLwbQq4ak4nEHXjgcB1Ck1x2ibvtJ/Z5naqjbLqJO3Z4uuPQV7iny51+&#10;6TiJqPGurOUI4Y6FqDC6s47g9SyygeRdo5alVVLKWt3YbQQwHCNHa1ud3ikrzmwMiAr80yYP+qRB&#10;MHpjDaKUW/aTu84YczC1AjD9sjb/AKaIriy3tb26624IGHdbvTvhE+MVtV1mysuFTE1FFT4DmPAE&#10;nECS+SR5cdU5aU7UazC51IPcshzbtv3LRZuNN5xakkzAuGvLDx44U+rtF3aaaUlOZWxnoeb/AMKo&#10;8nnGPZER5vYmUMV3EX8LacwZi6/en3NEJOIdc8uzpTpUmkefMOG+aiqtPEkA82WVnAYnaTs03kE8&#10;CNn207kWqf2WbW5UqZJea6P8b4USudoO6xkov7cFX3ftW/xrFT00dHdaanWITtvn8pVUFjclztsL&#10;m2vfw4hsVzr0Jokq6nDuuuUqqhhkHy2GPm3Az5kO1mY+VFVH30UEe8TuYki5sDa47b91mQpxOb2q&#10;sdnftbDtMauFEZ313eAUU5jb8MO9b6f8apKzX2hkYMQN1lawJIHcjmDKeZehWG4hFX1XXfI8dMz1&#10;CVbyZqwU1EiVVO9NKpC1KFlcTnuLrrYkDUsyXtX3OEuOZraA47H2gTq/z9gnGifLd7t3W161X7Gq&#10;SSe9b47eNcJZRZlETuws4ARrXBJGtreHJGJdZujOE4fPLR9Z8sV3lz4g2FUlFmDAmljYTv5DkfO2&#10;tb3lLBrAFQ3vAkV2vb1uexbFCc0tVKlUTcNYYyD9/HD30ep7UMjb8IvmD0ftkR/v0VlVi2hWxsLk&#10;3tqLnuBxE5h9RPSTEa+slwvOmW6eHEooYamkGNYTFEsltb/p7MbN9rtZRuG644I0/UluYmUpzO0l&#10;YAMvtQMcYGqMZmTIwimL3tb3fVgm5ZMwD+0bA/36STOMbIFcwLCxN/ieRcJ6k9C8QwamoMd614LS&#10;YpXTToVbHcNlo6ZIlhZNFqAFDbLC1hfsR2JYz2tbiOD9vnVoVlX/ADMNFI2f38AYe80hst9N2ltk&#10;OXzIWo4ftUaRs/vq9rf4cE/L3VP060VXQywdfMtR4W7ed/KTjOFwNQ1RtFuWaabe42sbk6AA2ubD&#10;h+/28bltrV3OcWXdkYA3DMg4YzrnHHqFCG2383abXqRmLARwT3qMD0/dOPsFY2aSz7Y7kfZuRrwV&#10;f9o/oHV0dIk3XHLG9KlvONRmPAy7pHIJomdTWBSut9oK6i173PGP9njc0gf8ObMH/vIZGP8Ap9lC&#10;p3tS3cDf/LTt1Tt/at/DVWEo6lyFBuAV+BtYgWH9POGL9buhc0tZUp12yFWyVcBmKjNuDRNFJ5cF&#10;ORCC0sZJZS22QAG9ySoPE1x9Qu6TOoJzm1VrkR+YaMYR/T9R10kvO13IG1Ji/t16gRg83h5+L41i&#10;854zFH5ErB3MW4KCFFma7G4Nvj+3iKzh1z6AYFg1DV4P1GyZi2IzpFTRJR5owWqlpylNGZfMIrJX&#10;BLRMY296xIswbUhS+7adyWGEhOZ2inI0yLhrD11E4jDo9aJj2o7sttCb1hR/21Bj2KiskDO7OkhY&#10;lSTuZGQEFyVt7bCwPAby31w6UUVdU4xX9Rcr0z1UstRClHmHCmlWOP3liZHqFjCyr7h0uNLaA2DG&#10;4fahui0p1bubWqSuY/ylqRGI2qAxGHn1Y0VZd2kbvlwrVesJ2x+1RP8Av1SyOLXFOu/SySjw3Z1u&#10;ypisrmPEYqybHMLjkhaJxJ5bo1Udm0bVACkMLeKG0wZP23bnoWGxntmUiDKrhkdcYr4Ufq7T8jdQ&#10;E/zK36ZLreH+9Y10O5FrW44UHqX6dUr19QOrmUfm6rzTPFHjmCxosMiqq+U71L3cNdrFTofpHBl/&#10;s5biFIS5ntiSMRFyz7Pvp49qORFshWYW0/7c3/hV0yKwUHUCxH1cyYn6oOjtXS1lG3VbAxNV32TQ&#10;45g4UsVkAN4qlFUgEDt3AN79mLntr7P2gR/O7JWsYRcs4H0ckedOO9ru7WgpVfMyR/x1sicehWFd&#10;hACLeGg4jajrn0TxCpw6rk6nYBU18YE1dOcewimjdhdX1lqC19oXaDuHexuRd5j6jdxkuCM3tCUj&#10;7vzTABJSJMd5jjRAe1Ld1a0d5eMqI2kPNj4q/GuXMdP1Z6B1tWbdUMu4FHUWDsmYcKkjcvtIBBnV&#10;ltezE3A23F+Hlp9SO4iFE/zixiBiblgE4CZGvbM+ytp373RW5IvGETEnvmzPvGPyivcece6v9JJ0&#10;/l/+0BleqGpopafGcGYpcyrJeVpzb2+8bG/ujW5SufUF2fPJWn+dWYC8P+KWMOmJXV8x7SsiWO6G&#10;aM6cI/aN4dOM4V0NdbW+nibl63dPaPZA3W3K2K1QmMsWLvjeGNIrI+jbvPU+H72hXQacXWvbf2ch&#10;vSM/s5JxJuWJ2f48UWf7IWUW6NH8zt1ydveow9h59K742nrL0vrXj87qtlZwC/nJPjmExIBfcWW0&#10;lySNAt/Zb4Hg+oPs+QP+W/Yq87lj2/fSZfaNkzsar22OPF1v2jjPma9ztusfSemFBLD1pwEwGaRB&#10;h6Y5h+2NSoXcyGR0AIG09wQRrpfhTfdvXZ4u5Cv59Z7RsumIwGH8fmP86TwpSntEyFISRmbWkkjT&#10;3qcB5T517k8+oPovTUcNP/nBwX56I/LyVMWN4RJDIjEbWKJIDcWO73rdvjdOfqY3DFzpOd2ZRhj+&#10;YZP+j2Ubf7NG77Den80zq6UuNEHz8Qr38Oew/wBQvTmllhkg6qZdFTE5lMzY5hcMSNGrKl1FUxcD&#10;cbEG9jbjFz277iXChqzywBxx/NMfDXjSFrtdydYE3rHHa42PL+MzXrX/AIcHfLXqv6SZliqp8xdY&#10;MpQ4vQPFUUuL4tjOEQsfMi8mRII2mQqIggAO47h8SbgS37bNwUuEDOLSB/zUs7T5ro8se1vd15wB&#10;y/YGnj3iBjjslXx21CWljp9qwoVi1vGhNrli1zcnuTxtqPVH0bGHyyf50sqirqA64jU4dmTDFrYl&#10;SqkdBFuco+4RgAq9wGubDhVmf1B7ovyhvNrRISdv5pjh0DXBnz9lOP8AbBkKlLSL1gBOw983j5eK&#10;svllnIIIVD7m6xVvdt4H4+PIdH6qukaYNNhkXV3LFTNO8MEVdieK4Sk6mcSSM7u8rrtUAhn2M4Yg&#10;WAPI9/2et22SUt5vaq1fxF9oKG3D7zhh7/KS3/ZayEJj88wpR4963h766aBTIrgN4kqrEDw/W3bm&#10;tFzgFXJKpPPc9Xq9z3PV6vcsA/C3zblDIvrr6HZpz5m3C8jZUwxc0jFM05zxCkwvDaU1GTMWpovO&#10;qq6SKKPfLIiLuYXZgBqQOF2bNKXbqSBJMfEUb5C+lq7QpRgCfgaAz1JRYnN0YzcmD4NW5gxDzMJe&#10;HCcu0lRXVkqrjVIz+XBSpJI+1AWNlNgCToDzZizv1V9NWL1OJY3h/qz6VzxCaCeKgHUTJyTSjy3Q&#10;lVbEQfdI1vbvwMLyK4U3qAHlxqXGt57ILjWKLt0+9R9Lg+MZc6aY10b6l0eKT0ta1TmQdNc9TYJT&#10;PC8Eixy4hFhbQBpVmulnI9xgSCLcOl6aPWD6Q8sdPaTAM1ernpZglXh9bXzxUtX1GyYu6GVadkOm&#10;IkauXtr4chDtD3Wv/wAwlTTC1ykfakqxBO2JjCKFuV715f3RHfJBkbVAfE0Vb1MYDnbPXVXMGO5K&#10;6WZrxzDqjDMCpJcRlyfmWBUnSTEfOWM1VFF5lkEe7YDbcAfDhoaL14ehKKplaf1s9KWjb3Y0/wA4&#10;mUT4d7/zCw4BGt0s3IxtnP8ASK/CjYbx2GnC4bn/AB0/jRJ879DvUHPhdPHl70+5pNbF/pNRVpgO&#10;JqUIIYAKICznQ6AafHjovr49CcTw7PWp0lEKkspHUfJ5tbtoMQuOLRupmez8s5/pFfhW/wC0mXcb&#10;hv8A06fxoH6r06+pHEqbFZqroJnZ8UljjVlXK+NKsincXALU4U2B7X+HMB9fHoUEjsfWh0maSTQt&#10;/nGyeRYnv/yUSPHlU7qZsD/xO5H+Ir8KsnePLdpuG/8ATp/GlB/s6de58KooT0JzrBHRlHWIZWxv&#10;zGKqO4+UB7Lb2a8jR+vT0MJNCf8AbT6TFVYAluo+ULe7bW38w7Hihe7GaaY/LOf6RX4VtzebLjsf&#10;bj/HT+Ncp/Tt6gKmnxGZOgecYZXjkaCnOV8a3WlBG25pbbhcG2vMUPrv9DfnvJJ60ekhjVrxn/OR&#10;k8MxP/fxuBxO9uxmcCLV2f8AEV+FMjeTLgP7u3/pk/jSmXoH18TC1ph0WzlBLPERNSDKuNSLGoIU&#10;i/yjKx8bAC/gDxvxP12eiBUrHHrZ6T7yjGAUnUTKEh3agfZxE3t7OMN7rZp/zKu/6RX4UqY3lywq&#10;BL7f+nT+NCDlXop1ilnwKmXoDmsQCeIYjJjeXMWpI2hBQyH9JTDZu+gW19nJtF6/fQ8cORqj1o9K&#10;hIR5flHqJlAMApIuQcQ8bckrcnIL5ppYUytJJnFKh8RQP3uz+wdeAQ6ggDgoEfGqjvxG/RR6pc+d&#10;bMinIfpVz7mrB8Gw1lr8Vy5krMVbQ+ZUzeZs8+io2QMt9Ruv9fA1w/14ejmlWojxH1tdMcQmnfck&#10;6Z7yiVQDSwD17WH18yiyllhpoakJJ/0vwIn1qH764t3F4ERRI/UR+Hp6puqeZcAxfpH+HV1I6b5e&#10;y5RthtRg2N5XzlLV1r+Z5nnSSU9FEpYm42rYW7a3JVWGevr0SsyRSesnpVtvtMlV1Ayemnx/04Di&#10;bNbS2ALiUjV1Y/iauw80kaQsR6UTHOv4Yf4igjkjpfRt1iMFQ3m/y/L+SM+yU6SE2DBflW1A8Trb&#10;i3h9efoSWEg+tXpKW0Jv1GycLD2ADEeRM9bvOPyGClP+Lt6zhQpRdWiE/wB1BP8AjCnxPw4PxD8C&#10;y8tHUekrrhj9dIpLTnI3USaSJdu0om2h93W+i6Hw015xX15ehBo2Z/Wn0mLKbRK3UfJ2gP04hxy5&#10;t3w6lKGMOJ0fpWmLq2IJLw6vEPxrBlz8OL8RsYTjGI4n6Z/UFFuf5PCcBbJvUhfdCG7FFogduo+1&#10;37DxPOK+u/0Ibrv62OkoJ+yE6i5PHw7/AMw5a8VcISAi2k9OmflWrddutR1PJ0j++GPvrhlX8L78&#10;RbGarF6zGPTT15o8HwuNqqnw6syjnmnkllsWRIhLR72NxqVBsfpvzF/t3+hEygf7avSUQjU/83Fy&#10;dew/7+HFyn7hpiUsEr6Ak/hSYC1U5Hepjp1D8aS1P+Fj+IrmvN0OGYr6V+uFHhTsd+M4zkPPUnlG&#10;7nSWaiC2OlzqfZfmRvXh6Et+2P1rdJfL93aX6jZO7H2/78eVt3rgs6lsHVjsSfwqqlW4UAHU+0fj&#10;UPGfwq/xEEzFJh+F+lPrjU0MkwpUrZsgZ3MZUsRv8w0QULf2m1jrzp/Xl6FNt19aXSW4O0D/ADj5&#10;O9vf/ko+PKZY9cqJK2SP80j5UouvyiPtdST/AIwPzp26lfhPevnCZKbD8E9KHWzGCkdPJPUYdkTO&#10;9dT+f++dMPIupJ1Fvhpzy+vL0JsJN3rT6TKRoG/zkZO1P0fzDjKLq7LxAYOn/FPxrT6LVCAQ8gk9&#10;Y/GnzHfwi/XLg2Tcu1tP6Yes2L5jxGJa3EaDD8iZ7lkpvMG4K4GGlA4+y63voD25wPry9ChkVP8A&#10;bV6SkWuXPUXJ9h/5MOKjc3AVAYMf4p/CqtqtS2SXUg+Y/GmOh/CU9fcmT6nHan0rdbRjCTilo6Bs&#10;iZzFQV2BnJiaj8wLqLNttfTXW3H/AG8PQkHUN61ek7Fr2Y9RsnkKPZ/yUDytw8+kjTbn0TTlsm1W&#10;gqW8mejUPxp+yl+Ff+IljuXMx1eN+mrrXRSUSrHFhNVkfPFHPWHy3KttlowZLFNpAJtcduZH9d3o&#10;SO8/7avSSy6qV6jZO3HW3/TQ5d+9uEtghhRPRpJpm3ZtFqguoHqPxpJZF/CU/ELxjNfyNV6VetGD&#10;YdIHeTEMQyLnOijChLgGSfD0UksbWH9PODeur0IK5I9anSVg2t/84+TtPH/poHm/zlwWZ7gz0aT8&#10;IpoItg7HepjpkVlp/wALT8SF800OCr6VetdNhwnenlxD+oGchGEVgAWmFGkRGlwSbewnnIevH0KG&#10;1vWt0m97vv6j5O+jW+IDnrdaymSwf9KR8q8+bdK4DiCP8YfjUbNv4Wv4leG45Jh9B6WuuFSlNIIv&#10;nqLI+eKuIgk/Zlp6NkKj2g8wz+ub0Fyqjf7aPSNnNizHqJky9x9OIHlMvuXVqOu2IE8Un8KcuFMI&#10;Tg8k+Sh+NLTHfw2/xUOnKUFPlroX16xiOSnPm0WCZU6iS0yO42lSKGnUKfGwYjkUeuP0Gvf/AKfQ&#10;6SoUA2svUXJi6EeH+/Di1F46HP8AifAf3p/Cmh+X0z3yQf8AGH41Iqfw8fxRKTLdM6enXrtWzY0H&#10;mxfB5cjdQJlurbV81fIZmuDpu8Pzzn1y+g6RFRvWl0lLLezP1GyaT95xDjKsyfS/HcGD/emPhVwL&#10;ZTcl5M/4wqDhf4Yf4mkWWarNC+m3rZQ1ySbVy9DknOqPJ+7cU3yqyAW7G3OMPro9CVOrqvrV6T7X&#10;JXYOo+TSoG32DEO3H7+9eJSUsbP70zt8qZtfy+Muj/TD8abMH/DO/ElzhNib5l9KXW2gnpFaso55&#10;cg56g86o9xEZmqaW7tpbQmwHwtzJF66vQiun+2p0m8Wu3UfJtx/5MRxu6uXtOoMEn/FP4Vps22rS&#10;XUx0yKbKP8M78SvFceOFV/pV62YZh8n6AVUPTvPsdN9r7TuaFha9ibc5/wC3h6Gb/wDV6/SUr4X6&#10;j5P/AIfzDjgWSme4M/4v6VYuMBUd4nzkfjSWqvwvfxKkxGOiT0i9bPlhKVmr6Xp5n/cF7HaRRGOx&#10;A8BzG3rt9CMnvf7aHSUX7q/UXJ2v0/78OatnXoxaPsNOPptk4B1JH+MPxpRZh/DC/EpweWCgwX0s&#10;9cMQpUUTbxkDPcoXeN5CtHQEKb9xb8+ZD67/AEJ2K/7aXSQgfaQ9RcnWP0f78eVYdcKjLJHXpI+V&#10;acXbwIcT7R+NQMe/C4/EwoqHD6uh9K3Wyskql3yUkORM+TSwkkMwIWgXaTe+vjzpfXb6ESxUetHp&#10;IDtBv/nFycBY6Wv/ADD8uVVdO95BZVH+KfwrQfZ0/wB0T/phTgfwsPxNBlODFovTB1qWepnkhmwu&#10;TJWdmmHkorh2pjQhwp32U21II8OeHrv9CajaPWj0lGvdeouTu/8A48OWdccKh+xJH+Ls91Xact9J&#10;IdSD/jD8aj4T+F7+JbU4Zjdb/sw9csPxRFDTQNkLPsHzMe4RkKDQKZDcg2v217A87X14+hTQH1pd&#10;JQRoD/nGyd/58ebeC04hn/eT+FNNPsKMKcT7RTdhn4Zn4muKvUUOJek/rtAdUieXIWfI4GC+8Nxl&#10;obWte3vd+ZR68fQp4+tTpKo7+51Gydf/AMuHGHi6R4WT6p/Sqh+3CoK0+0Vywf8ADB/Eco8RFPiv&#10;pH67SRxkwU9ZQ5Az+NqudhuUoNtiDrb2a8TeKevL0QLukpPWr0tIbvHB1FyfofoFefv4J8iUypMP&#10;26cOlJM89FN3CU7UPJj/ABgKF3CPwy/xJ6TEcNoMO9KfVytpnXYK7EcmZ5pzEEaxjkkqKOFexBB0&#10;H3cRM34gPo0ELPD6xumpnRtuxuoGVTex8CK4acFgucqGy2R/pDSF1KlGDcYf4w/GjX4F+ER+IFW5&#10;ipcMzP0Pz/Flatgjq/5pSUGY9sMjKH9+F97B1IKlSPiDqOYab8Qf0ZSCYt6wenMM4LXWXP2VQrHu&#10;Dda0g9/bxIu8ytTeNomRs8GNNsNiYDwE8dQ/GlpjP4Nf4guA4zgdNg/TzNuJZZr4oJsUxDL9NmiK&#10;WnYjZIphqJIm1Iv9nQHtyM34ino0SSOm/wBrrp4KiX/dEzzldolt4lxWbR8NeNKXlRCf8kSTP9Dh&#10;SqFKT/xQAP8AGE/GljQ/gq/iByDG8YlwrNMWVcNhkmp6JWzVDidc7EFadaXzPMt3DMBb2X5Ko/XH&#10;6OKypqqur9anS2OKYxiKKbqFlNXUKtmJHz/ieBDea2aW6CwzpSBsCcPhQgyXNWW2SguiZ4qGPvof&#10;enXpP9TnSzpvgOQZPRz1NzJmXCpq+pxjMT5RzFWx1RnqN1OI5qmByESIbWBub2sOOGKeun0SNW0W&#10;z1h9KpnWkhR6iPqDlJwWR30JNfYEaePMXd+N08xdzBSkWziknGQhUe4Gpp3a3uy9NqEquG0nrUkf&#10;OrivQ10j644J0CrcLzP0gzfkarocw4vHTZbzTgGJ0NUKaYRTq6QzwozRMzMAyjbe9jx0w31y+hmG&#10;nd5PWJ0oWVT7v/NwsoBibgkj/T/HgY/sXm4iLZ3/AEivwpe9vVlqv+Ylv/Tp/GhhzV056z4liKRQ&#10;dMsxtTSmxIwTFCmwqyqr/oSPdv3PJknrx9DwRh/tk9KpBIbC/ULKLbbAEf8AI/wwb3MzQI/4mc/0&#10;ivwryN58rA/4pb/06fxoPv8AM71onxSCSPpNmenFELGVsExVQ4LsLA+QAdLHkan9dvofhkEresfp&#10;SNqlfKHULKLAm23v/MB/DjSNyczJBNq5/pFfhVjvXlZw/MN/6dP40oca6Y9baihqMOpel2ZpY6mo&#10;SpaX+SYojWjYyL/uFtex1trxoq/Xf6LZZgiesfpYIQDIZh1Ayjqb2C7f5gfA8WndDMAn/iV2f8RX&#10;4VQb0ZUP+Ylv/Tp/GnbAujXVenhM0nTbMJqJXWKWnqcHxIbfcO5w7RDS4t8dOZo/XJ6HpZx8x6x+&#10;lRhAZQrdQMpfaUsAb/zDQHTjf9lMzjC1d/0ivwqju9WWhOFy3P8Ajp/Go9X0r620lFI1F0vzC1ZN&#10;5UjyQ4TiIPlusTMm0QkFlIPfmV/Xb6JEVDF6xelLMmiBuoOUxb3r30xDU80rdLNAcLZ3/SK/CvI3&#10;qyyMblv/AE6fxrDQ9Her1d81HiPTLM1Isx3S/wC+ivYSjy9m27Q3AOg4H/8At/ekz+ebP9rHpj/L&#10;f5x858x/nByht+T/AKu+Z5lv5hf/AHr/AEe3vfW1uG/9hMy7n+4Lnu5+1U/3TZs+6MY2xjsos/tV&#10;lfex36Pvj7h/QmfLhPThtoSP8yuL/wAm8z/N9mH+c/I/1M+X/q5jf+9/8/8AL+18ts+X+Q/SfMX8&#10;v93fv05//9P5/wDz1erf457nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//U+f8A89Xq3+Oe56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/&#10;1fn/APPV6t/jnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7n/9ajz/ll+9f3/b1+kP8A6kGcf/cW5I/+xdmX9JHtP4Vz&#10;X/6Kl9nv/Mpff6mz/wDPFbzH+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/&#10;SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9&#10;i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A&#10;7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+k&#10;P/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0&#10;h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX&#10;9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAs&#10;v3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3n&#10;v+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/&#10;AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+&#10;Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/n&#10;tyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/&#10;APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7&#10;/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8&#10;yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS&#10;+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv&#10;+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI&#10;9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/s&#10;XZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBx&#10;bnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSD&#10;OP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8A&#10;b1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/&#10;7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5&#10;ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89&#10;/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX&#10;/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDy&#10;j13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9&#10;uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCe&#10;K9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff&#10;6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/&#10;5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX&#10;2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cv&#10;f9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0&#10;/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLs&#10;y/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uL&#10;c9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH&#10;/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/&#10;ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71&#10;/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv&#10;3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBT&#10;ee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/&#10;6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv&#10;+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J&#10;/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe&#10;/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn&#10;/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8A&#10;Mpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RU&#10;vs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7&#10;/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9&#10;p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf&#10;0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/&#10;AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDO&#10;P/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+&#10;pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6&#10;/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+&#10;WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvP&#10;f8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF&#10;/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/&#10;0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8A&#10;lHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3&#10;+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps/&#10;/PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/&#10;AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2&#10;e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr&#10;3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHt&#10;P4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy&#10;/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7&#10;F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDc&#10;W57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/&#10;9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX&#10;6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev&#10;7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U&#10;3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv&#10;+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67&#10;/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8&#10;o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89u&#10;T/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A&#10;54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3&#10;+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5&#10;lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8A&#10;oqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SP&#10;afwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX&#10;9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/&#10;2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i&#10;3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx&#10;/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7e&#10;v0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/&#10;f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/y&#10;y/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCi&#10;MX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf&#10;9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A&#10;5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57&#10;cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxX&#10;v89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U&#10;2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8A&#10;zKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUv&#10;s9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/h&#10;Xv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7M&#10;v6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+&#10;xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3&#10;Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugz&#10;j/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8A&#10;qQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r&#10;+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCW&#10;X71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m&#10;89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu&#10;/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8A&#10;KPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pb&#10;k/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/ni&#10;vf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//&#10;ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5l&#10;L7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9&#10;nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3&#10;/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0k&#10;e0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv&#10;9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4&#10;tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpB&#10;nH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If&#10;/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6&#10;Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8&#10;sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee&#10;/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0R&#10;i/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A&#10;+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57c&#10;n/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V&#10;7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2&#10;f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+&#10;ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs&#10;9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/&#10;6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPa&#10;fwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2&#10;Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9&#10;xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj&#10;/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/&#10;AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3&#10;r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f&#10;9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCp&#10;vPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf&#10;9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9&#10;d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z2&#10;5P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/niv&#10;f57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/&#10;AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL&#10;7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/z&#10;KX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8A&#10;RUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T&#10;+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv&#10;6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3P&#10;f7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQ&#10;Zx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8A&#10;Ugzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29&#10;fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+&#10;/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX&#10;71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/Cvf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi&#10;/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/&#10;6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/&#10;AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPF&#10;e/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+kP/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f&#10;/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/&#10;qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/&#10;AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAsv3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipf&#10;Z7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3nv+WX71/f9vX6Q/8AqQZx/wDcW57/AGLsy/pI9p/C&#10;vf8ARUvs9/5lL7/U2f8A54r3+e3J/wDyj13/AERi/wCpvPf8sv3r+/7ev0h/9SDOP/uLc9/sXZl/&#10;SR7T+Fe/6Kl9nv8AzKX3+ps//PFe/wA9uT/+Ueu/6Ixf9Tee/wCWX71/f9vX6Q/+pBnH/wBxbnv9&#10;i7Mv6SPafwr3/RUvs9/5lL7/AFNn/wCeK9/ntyf/AMo9d/0Ri/6m89/yy/ev7/t6/SH/ANSDOP8A&#10;7i3Pf7F2Zf0ke0/hXv8AoqX2e/8AMpff6mz/APPFe/z25P8A+Ueu/wCiMX/U3nv+WX71/f8Ab1+k&#10;P/qQZx/9xbnv9i7Mv6SPafwr3/RUvs9/5lL7/U2f/nivf57cn/8AKPXf9EYv+pvPf8sv3r+/7ev0&#10;h/8AUgzj/wC4tz3+xdmX9JHtP4V7/oqX2e/8yl9/qbP/AM8V7/Pbk/8A5R67/ojF/wBTee/5ZfvX&#10;9/29fpD/AOpBnH/3Fue/2Lsy/pI9p/Cvf9FS+z3/AJlL7/U2f/nivf57cn/8o9d/0Ri/6m89/wAs&#10;v3r+/wC3r9If/Ugzj/7i3Pf7F2Zf0ke0/hXv+ipfZ7/zKX3+ps//ADxXv89uT/8AlHrv+iMX/U3n&#10;/9fYE5mTXxx1t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0NgTmZNfHHW3Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcC&#10;zqp106JdC8OwrF+tvWLKvR3CcdmfDcExTqpmHCMvU9ZURp5rRQSYvUU6yOq+8VUkga8SXd+xbgF1&#10;aUA9JA+NCvdTcPPM+cW3llk9dLQJUGm1uFI2SQgEgThJqfQYXieKvJHhmHT4jJEN8qUEMkxUE2uR&#10;GDYcEqiraLE6KkxHDquLEMPxCKOtoK+ikSWGeGVBIkkbxkqyspBVgbEajilKgRI2UGX2FtLKFgpU&#10;kwQcCCNoI4EVCZWRmR1KOhKujCxBGhBB5J5amq48T+GZsyrjWN5lyzg+ZsPxbMeTHpabOGX8Mraa&#10;euwmSuplraZKyCJ2kgaaFhJGJANyEMLjXjSXkKUUggkbR0edGF1lF2ww0+40pLTslCikhKwk6VaS&#10;RCtKsDEwcDjWZ6eeKKGeSB44akM1PM6sFkCttbaSLGx0NuKDjtF9YeILqR1V6X9G8syZ06vdSMB6&#10;V5Oimiw2XNnUjGMPwPDFqKgkRRGqxOaCIO5B2ruufDie5u2mU6nFBKekkAe+j/drdPNc6uvy2X2z&#10;ty8QToaQpxUDadKATA4mMKl0VBXYlOKbDqKWvqSC4p6KN5XsO52oCbDkGv6z9JMN6VVfXOq6l4Ge&#10;jVFhb52m6pUmJ0dTgLYQkfm/Nx1tPI8MkRX7LIxDdhckcqq9ZDPe6hoiZnCOmaUW+5WcO5sMrTau&#10;fnSvR3RSQ5rmNJQQCD0ggRxrkmG4g9euFrRS/wAyaT5UULIyy+Ze20qQCD9PAv8AS/6yvTN6zsq4&#10;3nP0z9WKPqhgWWapcFzEaSlxPDa2gqJELxioosapqOqjWQKxjdogr7W2k7TZJlWdWt6gqYXqA27R&#10;7jBoU9qfYvvRuVdt22dWirdxxOpMlKkqA26VoUpBIwkBUiRIEip+OZbxvLc8VNjdA1DLOvmw7mR1&#10;cDQ2aJmU28RfThm+GtRfTHz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wH+vfXvpN6Yek2a+&#10;uXXLNf8AUfpbkf5H+tGaPkcSxP5X+Z4lT4PTf6Ng9PVVL76mqiT3ImtuubKCQizDMGbVkuumEDac&#10;TtMcJO00Mez/ALP833pzdnK8rZ767e1aEakpnSlS1eJakpEJSTiRMQMYFOOE4TiGOYhT4XhdP81X&#10;1W/yIN6Ju2IZG96Qqosqk6njn0a6x9OPUD0wyd1l6RZj/rb02z9SnGcpZj+Tr6D5umEzwF/l8Tgp&#10;qiP342FpI1Ona3L2V61cNJcbMpVsP76S76bmZlu9mj2XZg33VyydK0ylUGAY1JKknAjYTXDEsOrM&#10;IrqnDcQh+XraRvLqIdyPtawNroWB7+B4DPqd9dXpN9GsmS6f1LdaMP6X1nUKZ6LKOHVlLimI1VV5&#10;RCvM0GD0tXJFToWAaolVYlJALg6cQ5pn1nZae+WE6tm0/CcOvZQ27Luwbe7fQPnJbJVwlgSsgoSB&#10;OwStSQVHglJKiMQKcsDytmDMgqTguGvXLRgNUOrIirfsLyMoJ+A14aDBMawfMuDYRmLL2KU+OYBj&#10;9LT41geN4TNHUUtZR1USzwzwyxFleORGDIykgggjThqhaVJCgZBqLL6xetnlsvIKHEEpUkiClQME&#10;EHEEHAg7DTFLFJDJJDNGYpomMUsUgIZWU2IIPYg8c+XpLXDnuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/0dgTmZNf&#10;HHW3Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpb/H46BL1x/Dc6qYtRUC1uZehVbhnXDAWs29IsMlahxIh&#10;k/dXD62ocg3BKi+oBAI7Qsv7/LFkDFEK9m33E1mz/V99oP8AIu0u0bUqGrxKmFeahqR7XEoHTifI&#10;iV0mxY4XnOgjZ9sGKq+FzfEuN6f8nqo4NH4N/X1fUT+HJ6ac1VVYKrMWS8GHRzNis/mSpWZSkOCR&#10;tMfGSelggqDfX9ICdeLdy8w/M5a0riBpPph8INAn6z+z47udpOZsJTDbrnfI6NLw1mOpKypH+bTb&#10;1Hwn+T5yxuBV2w1Mn8yp9LArUDzTb4BiR9XLFs65xy507ybm3qBnDEkwXKWRsMr845pxip0jpMOw&#10;ylkramZ/9WOKNmP0cEr7yW0FajAAk+QrHDI8mucyvWbS3TreeWlCEjaVKISkepIFI6lppqypp6Sn&#10;QyVFU6U0Ea92d2CqPrJ5pM/g6fiSZgzT+LV1ix3qVib0WXvXxW4hhoo62X9Fh+M0UslbluAncQRF&#10;TK+HRAX1lTWwPIN3M3mUvOFlZwen0P8AD7sPWu4P1mfTRb2nZDZNWSZcyVKTIGKkKAS+fVUPK6km&#10;jNdRslwwdP8ADoqJN02U1R9yjV42AWY/WffP0c3jOTvXCqivc1Vf+FKXUHH+o2L+if0K5CrBNmvr&#10;HmcZzxDBjcBqmeojypgXmeWrOUknr6zQeKA2JAtE3abcKdLFqjasz8h8TXWD+rM3et8tZzzei7TD&#10;NqzoCuoAvPRwkJQ3/ptoEyPHRakho48zZpq1tBhsHyySf6oU1Etr6XARfv5fr1T9HXTbqn6M8T9E&#10;tdWVWXemlZlDDekGHYllxYIauhpcHpqeGimiRlaO8bUsbFCNpAK9jyQbvJWnbI2xwTpCcOrZ8K5+&#10;bqds2Z5TvqneZKUuXQfU8QqSFFZUVAnbiFETtG2gnoMx1tBmRMzoqzVq1D4i6TXKs0jEsCe+u468&#10;Kl+Fl+FPk78MrLvVSLD+q9Z1kzx1dnww5kzVV4UmA0UNDgwqjSU9PQJWYgVYNWytJI07bvdsFA1K&#10;N1N0kZWlcL1qVEmI2bMJPT01LX1WfVle9qFzaFdom1YtQrSgL7xRUvTqUpelGHhSAAkRjJM4P+e8&#10;+1Od5qAvQLhtLh4fyYFk81i8m3cS+1P8IsLcti4L6xIpAc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vcp+/Hu/7NN+q3/wAQX/2ZWXuAztA/5ZD3+b/vyazH+gD/AKi5lP8Au/8A0CvUInSj/mP8&#10;A/76v/KKbgm/g2f9mxfR5/4LMv8A5d63ivcv/lls+XzNBf60P+oo5z/tw/3xNQeo/wDzG+Yv+X4/&#10;6RrwH/xQvweMk/iV5u6T59retGIdHM19N6WXKuI1FHg8OO0uJ4JLVNWmFYZKyhMFQsjsVn3utiQ0&#10;baEIt6tzEZmtCysoKcNkyPaMev3UMvpY+sq+7MrO7tE2Sbpl8hYBWWylYGmZCV6kkASmAZEhQxly&#10;yN1FqclU9fSLhqYlT1rCoQNIYmSULtvcK9xYdrD6eWl9GuleWOhnSPpj0XyWahso9KMBwnp3lqTF&#10;pRNVPRYPQxUELTSBVDSMsQLkAC97ADTgrsrRFuyhpP2pAA9KxU303sus+zi6zK5jvrlxbioEDUtR&#10;UYHAScNuHGkJiVfPimIV2JVNvmK+WSsnEYsu6Ri5sPZrwSeKqDNQue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//S&#10;2BOZk18cdbdHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xI9QckYB1MyFnfpvmulFdlfqDhGJZIzJRMARNQY&#10;tRSUFQhDAg7o5WGo4zcMJdbUhWxQIPrRxu9nlxleYMXjBh1haXEnoUhQUk+hAqRSVU1FV0tbTtsn&#10;pJEqoWHg8bBwfvHNXv8A4TdZ1zB0lz365/QPnyqSLM/SLMr51w/DA21mrMPrHyfjzqjndsWSkobE&#10;D97XuLxX2ZvqZcuLRe1Jn2eE/AV1M/rLMkt83sMh3rtQS1dNaCf71SQ8yJ6SFO+zDjQ5dZ6aLEKX&#10;K2bKVSYMQgFM8n+q6ipiFx42Z+Gx/wCFF3qnfoj6JqfojluvaHP/AKqcTGRqelpSPmBlvC2ir8Xk&#10;QWJIkZ6alYW1Wc2Nxw37Sc27ix7pJ8Thj0G35D1qJP6t/soGeb8HM3kzb5ajvCTs71cpbB8oWsda&#10;BTB0dwIYnmZsUmS9JgKfNMzdvOe6Rj6rM31cqb/EK/Dcx30Wfhwegf1GdPqBsv8AXf0s1uG4z1pz&#10;DSxEVUGJ5rxKLMEM0zFdVwrFzHSQk20kFxfgQ3j3ZVY5ZbvIEONxqPWTPuVhWXH06/Uuxvv2lbwZ&#10;Pdq12GYpUlhJOBSyktkD/bWZcVtxSaX2UM5xZlznmzBqt/NwrHVePDImPulKdDCQP+Xkd2P0c25f&#10;Sp1/y56p/Tj0Z9QmVtkeF9VsBoc0TUEDbxQ17x+TXURbW7UtVHLA2v2kPJhynME3dsh5OxQn8R6H&#10;CuQHax2fXO6m8t7lD/32zqkT/STtQryWgpUOo0X3HsJmwLGcSwie5koJXgDnTcgN0b/glIP181nM&#10;kEeun/hSZm/MnmnGOnXoro6umpEkBeOGXJdKuCCNWOilMxYpLOoA1Cm3i3IvY/y/eZStqWf9Dh/v&#10;xmunme/8uH9M7LMaLnNlAnrD51z62zYSfMeVDZVf8ZbovTQ28uszMysxGhIqW82//RFAObRPX3/n&#10;RPWr/wAFLMf/AJZ6jkq5h/xOv/FPwrlf2f8A/Lesf9va/wB/TQGYT/yVcM/7yIf+kg5Qx/wl6/6s&#10;D6vf+Fgx/wD9gvKnI/7K/wDlnr/2w/76ms/P603/AKiDZ/8AeC3/AMr3FCt1y/5izDv+9dD/AOVN&#10;RwruCdPOqP47/rT9X2UerHXzH+lXou9JmOJ05wDpD0wqIqWpxpji1dS0lVNFVpPB50pweSpknqYJ&#10;jGxSKJbBipU3bO5/fPJccKWGjASOOJj4TJB6BUqX28WVdge5OTXFhl7VzneZt96p50EhHgQVJBBC&#10;tI70ICUKRqAKlmSAX2WsoelWWsu1GH4TFX5lzBEaybEa4Flj/RqzKCpBsPMCgKRfueGj6WfhM+tH&#10;0EeojpFi3oF9WVdmD0x41iyUHWTpL6g5xWUmGYRumq56j5TDxS09W8gLLG1LFTTLM6kt5TSMptab&#10;oX2X3KDaPEtE+IK4DyEA+kGeqairev6udye0Ddy8b3ryhKM0QiWXrcaSpeACdStSkAYEhZcQUA4a&#10;gkFirs/5azZg+Ix5swBIccjjL4biGEDazyaKBufcVt47iRb425sWY7jmDZYwTGcy5ixSDA8v5epa&#10;jHMdxrFJUgpqOjpIWqJp5pJCFSONELMxNgBc8khxxKElSjAFc4LCweun0MsoK3FqCUpAkqUTAAHE&#10;kmAOmgdiiknljghjMs0zCKKJBdmZjYAAeJPNVH/Pn68PxyusXUPKHpO6qYl6P/w+em9XJk/MfVfC&#10;0qabHMzSsgYoxo5KapmmnhkDmhSohhigcfMM7sitE35/MM+eUm3WWrZOBPE/P0kADbXWP+wm4PYT&#10;k1tcZ/aIzTeJ9OtLJgttDpxCkhKSI70pWtSwe7ASFEDz/K8q9LsOo6jH6BMxZurVFTDQPtaKAe33&#10;gygAi26xJI00vwdm/wCEyvpZhh/rHhvqc6t0XV8TDGl6jNieXWQYoZ/Pkq/IjwmOq3sSTf53cGO4&#10;sexX/wCxfafcHV6+mRt6dk++gEP6z/etSu5XldkbONPdaHPsiAme8KIH+1xGECmr/PbjpPkvgeHt&#10;h1vK+T2TX2WsFuZCv/JvC/UfqG9ev4G/WHIHTr1h9SK71eegfqHVJlbKPWKsSpnxvL5jW7bDVyVV&#10;VDLBF7/8ulqJonhT/RpFZXALk5jmGQvJRcK723VgFcR8/SSI2VIT3Z1uB27ZNcXm7tsnLN4GE61s&#10;iA25PTASghRw71KUKCz+1SQUmndsHyp1Qw6rrMuUS5ezZRqZ6jDlKiKa/t2hVIJ/fABufeHbm1zg&#10;WOYNmfBMGzLl3FIMcy/mGlp8cwLGsLlSemrKOrhWohnhkjJV45EcMrA2INxyW23ErSFJMg1yXv7B&#10;61fWy8gocQopUkiClQMEEcCCII6aASWKSCWSCaMxTQsYpYnFmVlNiCD4g8dOXpLWPlGP/Cir/s2L&#10;1D/8GbKH/l3TgC7SP+WWrzT8azv/AKuH/qKNt/tL3++UKXR3/mN6T/lxUf8ASPlRH4eHo/8AUj+L&#10;l0HyEPUH12zH0W9CvQLB8N6CdN+k3SKpFFPmyuwGghirK+f5xJ6Z9rtrUTwTWYtDGqBHJB+7mTXO&#10;cW6e+cKLdACQE8Y2no9SD0CswvqM7Y92ex/P7j+UWDV3n164q4deeGoMpcUSlA0kKGH8KVIwhaid&#10;QAELOGYsF6fYrV/yjCocTzTi0j4tWYhiK7hTrK5KoNpDD6AR7T35swejH0c9F/w2vT7mHpvk3POM&#10;4lkDB67GepWYc5dWsUimeipG3VLbjFHTUtPBT08YMhiijVm3ysAXPJPyTJWMstihKjpBJJJ5Agfj&#10;XMTtr7Z877TN4m7y5YbTcKShpKGUEajs4lS1KUo4alKIGlAMAUCmZMx4lnTF4ayppY0q5FjooabD&#10;0IDN9nxJYlidLk+A5RF/nz9eH45XWLqHlD0ndVMS9H/4fPTerkyfmPqvhaVNNjmZpWQMUY0clNUz&#10;TTwyBzQpUQwxQOPmGd2RWAP5/MM+eUm3WWrZOBPE/P0kADbWe/8AYTcHsJya2uM/tEZpvE+nWlkw&#10;W2h04hSQlJEd6UrWpYPdgJCiBU/leVel2HUdRj9AmYs3VqiphoH2tFAPb7wZQARbdYkkaaX4Ozf8&#10;JlfSzDD/AFjw31OdW6Lq+JhjS9RmxPLrIMUM/nyVfkR4THVb2JJv87uDHcWPYr/9i+0+4Or19Mjb&#10;07J99AIf1n+9aldyvK7I2cae60OfZEBM94UQP9riMIFNX+e3HSfJfA8PbDreV8nsmvstYLcyFf8A&#10;k3hfqP1DevX8DfrDkDp16w+pFd6vPQP1DqkytlHrFWJUz43l8xrdthq5Kqqhlgi9/wDl0tRNE8Kf&#10;6NIrK4BcnMcwyF5KLhXe26sAriPn6SRGypCe7OtwO3bJri83dtk5ZvAwnWtkQG3J6YCUEKOHepSh&#10;QWf2qSCk07tg+VOqGHVdZlyiXL2bKNTPUYcpURTX9u0KpBP74ANz7w7c2n58cwbM+Qpsy5dxSDHM&#10;v5hwhscwLGsLlSemrKOrovmIZ4ZIyVeORHDKwNiDcclcuJW3qSZBFcpW7B61zAMvIKHEL0qSRBSo&#10;KggjgQRBHTQErFJBViCaMxTQyeVLE4sysrWIIPiDz57n4WfqT9ZkWSc2+g70G4WuBdbfUfmaLNeY&#10;+s1aUEeV8s4dhS0lTMjvHMKbViZKkozoNqQq00iFcdt1MzvdBtbUQ44ZKugAe7z9mJr6I/qs7M9y&#10;jfM7071L12NgyUJYG111S5SCJGrqRIBMlZCEqk3We8Fy2amnzVmuTzcMwaA08OGre887yblGhG74&#10;L4+OgPL+4f8AhNh0h6i4N/WL1Q+sPqt1m651sMv8z6gw4nha0XmzFqnb5OYaLGayVFqJZHYtWKX3&#10;E2RiTyQh2ZMuJl95a3OmR8wTt6658r/rMc4y1/ucjyaytLAEQ3pXqgYbW1NIBKQAIbOmNpAFBMet&#10;GI0cnk4Hl2gw3C1I2UhR91h7veFo1GgA+zpwC+k3VD1Vfgweuzo/6ROv/Wyv9Qvoq9TFSmFdLc7Z&#10;2kmkrMAqa2vShDxfMzVMtMaWpniFZAshgeOXzkCyFlCCzurvJL9Fu64VsObCeH4Qdo2YzQ83u3W3&#10;T7a9wrzeDKbFNjnmXiXUIACXAlJVBgJCtaQru1EawpOgkpgl0xChwHqTlXEcw4ThiYRmbBF311LS&#10;gBZlVN9jYKG3KDtNr3FjpzbK5LtcjqAHmrV6j/Xp6xvxKfVJmv0MfhdZnfpf0x6bvU0PXP1WUs0l&#10;KxWnqWoppaPEqNZJaal81SlKaUioqmBdGSFWbkU5lvBe5ndm1sTpQn7l/geA6IxPlXVXs17AdzOz&#10;LdVrejfhr8xdPwWLQgHaNQCkGApUYr1/s2wYIKyBQ64NlTLmSsCgzTnmAV1dWAPheAMA3ddwDI1g&#10;zW+1u0Xx14v6f/hMt6bsyYdLjPWP1VdVupPVyshQYl1Cp63AaSnnqYqVIY5GpcVw/FqrYrJcI1cS&#10;EsgbTcVA7L7ZQlx5al9OHzBPvoPuf1n+8ts4G8uymyt7MHBvS4SASSRqQttMkHb3YEyYxioh6241&#10;C4jw7AaCiw9SdlGVlZgpYkjdG8a3/wCB4XDqdL+I/wDgSZwy71Dk6yYt62fw+8bxVMLzPg2fJJ5c&#10;UwE185YQl6yWrkw+Y7m8ieCX5WeUnzYUd0XhZdfzPIFhesvW5OM7R8Y6iMCdoqSt1k9mvb3ZuWYs&#10;kZTvEhEoU3AQ5pG2EhIcTs1JUnvUJjQtSUqNPNCMmdVKaajGGx5ZzdFGXgkpQAkuwd/dChx7QRuA&#10;7EgHm0R0i6q9MfU10Xyb1Z6fV8WbulvV3B0xnCZKyIWnoq2MxS09TC99siHfDPE2qurKdQeSrZ3b&#10;V0wlxGKFDn9a5Yb4bp5puvnb9hdpLV3auaTB2KSZCkniDgpKhtBBFAbiFBXYJiVTh9Wpp67D5DHI&#10;FPZlNwVI8D3B5rJfhr1tZ+GV+LZ6jvw5czVUlF0Y9Qshzv6fqmvMhi8+OCXFsIVZZjqZKBqihnk/&#10;3Spp0UeHIu3YUcrzh2zV9i8U/Ee6QesV1B+pllHah2Q5bviwAb2xHd3AG2CQhzAdDmlxI/hbcUTQ&#10;250Vc79P8GzlAobEsIHyuLqlr2JEcmg9j2YDwUnm2VyXa5HUAPNVr8cHP+aPWR6uvSX+E30hxZ0n&#10;zJjFB1C63VmHsxFF8zDI9P56i11oMMFTXyIQwYPER7yjkTb9XC728ZsGztMq56hJ9ldXvoX3etdy&#10;9z8339zBGDbam2Af4oI1R/tjuhoHCIWNhoeOmFJBlzL2YM/4jGCIY3pMLV7e9tIBt/xN9qA/A82Y&#10;ssZdyB0J6U4FlbCBS5M6YdIMBp8GoTVNHT0mGYJgVAsQaR7IipFBDdmNhYE8lBptu3ZCRghI9gFc&#10;xM0zHMM/zZx9yXbq6dKjEkqccVOA2klRwFAnPNV4rXyzybqmuxGUyNtuWeWV76fEk81dca9Tnrw/&#10;G6639Rujfol6hVXpU9DHTWpTBc79daRaqkxrHFkZkS8lJJT1Uj1SK7x4fBLCgh/3qku6LyKl5pmG&#10;evqbtld3bp2q4n549AjDaa6n2XZduD2G5FbZjvLbJzLPrgam7cwUNxtwIUgBBgF1SVnX/ck4KNDn&#10;HgeVemOF0eJZmo1x7NNavmUuFNtaKK2p0YFRtOhcgm/2R34P9P8A8JlfS5JTjMeNep3q1iXWEyvj&#10;T9SKfEsuwxnFROZ4qv5eXCZ6rch2kn53cWG4OtwAYjsvtI1F1evpkbenZPvqPnP6z/eoK7lvK7JN&#10;lGnuilwnREFMhwIg4/63EYQeLQetuOg+THgeHph1vK+SKTE+XaxW4kC/8m8Ir6taz8RT8JbpX1l6&#10;I9a+qOJes70P+pnJGcOg+ROpGYZKuTFMp45juWa7DaCOV8QlqpaRkLhvljPLBLCrGEpIrKpBm6sy&#10;ydpbTqy6w4lSQTtBIIG3Z5SQRsxqeeyJns47Xc2sszyy1RlWe5fcM3DjSQAh5tt1ClkBISFzEa9K&#10;VpWRrlJBKqy+uTuoFfhuKYZQplvNGCVVPitVRQhRHURRTq7kBAoa9vtWBB76ctd/4Tl/9mzMnf8A&#10;g25t/wDK9eC7s1/5Zaf8Y1iV/WSf9RPe/wBoZ/32kD1k/wCY2qP+8en/AOVOV9fjSfg7+mbpb0E9&#10;X/4gmX8857rOsuJ4/Q9RqjLOM4nl+TLArs4Z7w/D61Fp4MFiq/KjTEpDCDVFgQu5mAIId333MtWr&#10;d67Cla5mJEeJQB4Tx6ayH+ib6y96M13gybdJ5i2FklpTWpKXA7pZt1qSdRdKJJbGrwQQTAGEK7pr&#10;1FxuuxbLuUZqWlXDUiejE8aTCfbT0rupuZStyUF/d45/hdfgbek3qv0A9I/rRzF1C6iUXVGsbDer&#10;cuA4Li2Wo8AGJYNjrzQRiCfAZqjyGNIm9fmNxBNmGlrbq7h2b1uzclS9eB2iJB8p4dNJfqo+uze7&#10;Kd4c43bZtrU2g1M6lIdLmlbYBMh4J1eIwdEbJBrHnnqjmCgxbMOWoaOjahXfh4lljnMuySKxNxKB&#10;f3tNOLL/AIVPf9W8+lv/AMHPFv8Ayxnj/av/AMTNf4x+FE39VL/08ea/946P+VKj9Cf+Sxjv/eNH&#10;/wBJebQ+O45g2WMExnMuYsUgwPL+XqWoxzHcaxSVIKajo6SFqiaeaSQhUjjRCzMTYAXPJUccShJU&#10;owBXLCwsHrp9DLKCtxaglKQJKlEwABxJJgDpoDYopJ5Y4IYzLNMwiiiQXZmY2AAHiTzVBxP1KevL&#10;8cLrZnrpf6LOoeJekn0I9OahMBzp1sgSro8Zxvzb/aeilp6maaeO7rhsNRCixEfNSXdByJFZnmGe&#10;vqRbKLVunarifn6SMNtda7Xsy3B7C8jYvt5LZGZ5++NSGMFIRHUoKSAk4F5SVqKh+yT4VGh8TBcq&#10;dL8Mpa7MtGmYM1Vg82mwwlWjit8GBUAH98gm/wBkaHhh/wDlmY9Lmz+s3+091b/zwfMfz3/OP/NM&#10;u2/mfzPzHzXk/wAp+a8zx3fO7t/vbvDhj/sX2n3d6vX0yNvTsn31HP8A0U+3qnuP5XY/k4091oc+&#10;2I0z3miOru4jCONM/wDntx2/kfyPD/5dbyvkvLm+xtttv5m23/A8LhReo318fgc9ben/AEy9YvUe&#10;v9W3oK6g1Iy3lDrDWx1FTi+CJGLExPVyVNVDPTR2c4dNUTRNCtqZwVexanMswyF9KLlRdt1YBXEf&#10;PDokiNlSU/2bdn/brkdxe7u2ycs3gYGpbIICFz0gBKFJUcO+SlCgs/tUkES8tg2U+qGGVddlyjTL&#10;+a6QedUYcpCxy39oUKpDH98AG/2hzbEwDHsFzVgWC5ny3icON5dzHSU2PYDjOGyLLT1dFWQrUQTR&#10;OujJIjhlI7g8lxtxK0hSTINckcwy9+0uFsPIKHG1FKknAhSTBBHAgiDQBTRSwSywTIYpoWaKWNxY&#10;qymxBHtB5oBdJ/Vr6iPTn+IN+Ix009I2Sf62epb1TdSszdI+luIyxQVMWDSrnzFKqorPIqgYpJEj&#10;PuNN+hjG6WW6IVbHqzzi5tsxuUW6ZdcWQOrxHH9+HE19CG93ZDu5vJ2d7t3u8D/dZZl1o086JIKx&#10;+XbCUyMQCdoT41YJRBVINriGX8HxnKOTq3MNV8vguBUUGIVyAlTIPlEULddQCfZqew78u1y3/wAJ&#10;4YeuOD02c/xCfWn1L63dasStildJknGqRcLwioqY0Wop6ebNNBi8syARRIrpHTqFQKIwoUKOWuzj&#10;v06rx9a19RwHtB+XlWDuZ/1jByJ4226OSWlpYpwGtB1rAnSpQaW0EnFRIJcMqJ1STIYzdYDhcjU2&#10;UMtUWGYYn6NBVRN5kgU+6SIHjAOpOpPfvwqfUbB/VN/wnw60dGc04J1yxr1D/h89VsUiyZmrImeG&#10;LTYHJFAvmRQQGSRIatKVGmppqVY0mEJilQBUJKLlF3u6+hQcLlsowQeH6xiI2xBqWd27zdT6iMkv&#10;WHbBux3itkFaHG9jgJwJMAqQVkJWlZUUawtCpJh+o5MC6u4biUEuFxYPm6gjNTBVUvaUE6EmwJXc&#10;bMGva9webcVXnLL9Lkup6gpXCuyrT4W+ckxLDwZRNh6UhrRLGBbdujG5fbyYC8kI18In0rkCzktw&#10;u+Fpph0r0QcIVOmD0Y7aL6tNM1StHt21DSCm2PpZy22x+vmop6R/Sf1A/H1fq56tfWf6hs05W6MY&#10;LmyryB0m6BdIK6jp6bCJKGghrtyLiVNXUsIhgxKOLzDTNPOS7O6jbuh7J8oc3h13Fy4oICoCU8MO&#10;uRx6JNdg+1/tby76fRZ5Bu3lzLl6tgOPXDyVErClFOOlSFnUpBMawhA0hKSZgwmYcfpOk38vy/lr&#10;B4J8Slp1q8QxbEUYtIHcr+4ysblCbbrDSw5Y56OPw6vXj6C/VZlXK/Sb1TN1Y/D8xWhqZ825P6yP&#10;NVYjgrUsMUFPRUFJHKFiqXO3yqmmMcPlo4miJWNXEuS7t5hl92Etu6rcjEK2jqA6esYdI2VjZ2z/&#10;AFH7g7/7puv3+Vflt4UqGhbMBK5JKlLURJSMdSF6l6iNC4KilG5jzjlTNeA1E+IYF/L83Ruop6jD&#10;QFSXcSSzsRqo8Q1zfse9r9+SFXPugm57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/09gTmZNfHHW3&#10;Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NR/q2qehT/hR/02z6vl4N049Z9HQ0mJsxdIDNm2mbLU&#10;ylxoHON4dDVOGuAHF7AgiH7z/IN5Ur2Jd+eH+/Ca6+boE7+/TVc2uK7nKlKI6YZPejDo7hakCP6P&#10;HEEwWH3zV0ZraTWWty2zNH2JtTsJxp/y6cqPo4z57V/xQ/8AhQDl7JkEn876BehfbLjLRgTUcsmT&#10;6xaurDbPcY1WOzx0r3b3oY767dvKXH/DXeEJ2ts/6Hb7VYeVLcgI7LPp6cuT4Mwzj7eCh3yYT1+C&#10;3BWMMFqjjNZaT/jDdJZqkjysWzTpFfRgKldq99fdiBb6TzaQ9RnRPLXqQ6D9XOg+blAwDqvgGJZK&#10;q6orualkrKZo4KpB/wAWU8uyVP8AWUclXMrFNzbraVsUCOfKuVnZvvxc7tZ/Z5rb/wB0tnUrA6Qk&#10;4pPUoSk9RNAVg2JzYNiuH4rT/wCVoJkqVX/EFa5U/AjQ81h/wQvWRW+lXoD6/PS514ljw7NXoaXN&#10;PWTC8vVzsJWpsMNRR41QRA7WKw4lTRlQFuXqviByLdxc6Npb3DDu1mVR5bR7fjXUb65uxdG9m8O7&#10;2eZUCprOO6ZKhslelTSzwktKM4wA3Q4dT8uJj2LZTx3CgXp80mDDZJlGm6SzROfpRj/yDwWP+Ey3&#10;SfG6/pn6qPV7nZmxHNnXTNseUqXGK1bTzx4OkmL4hUqQANtTV4ttb/Wh7C2qvsvtFFp24VtWqPZi&#10;faT7qCX9Z/vaw3mmU7vW3hZs2CspGwa4QhPmlDcjqXUDrbiESVuA5dpRsp8KpzUNGvYGQiNF/wCB&#10;WP8APmxd19/50T1q/wDBSzH/AOWeo5JOYf8AE6/8U/Cub3Z//wAt6x/29r/f00DmE/8AJVwz/vIh&#10;/wCkg5Qx/wAJev8AqwPq9/4WDH//AGC8qcj/ALK/+Wev/bD/AL6ms/P603/qINn/AN4Lf/K9xQrd&#10;cv8AmLMO/wC9dD/5U1HAe9VPo19dv4b3q36o+vn8OHBv87nSbrJVzZp67+neGnlr6pJKidsQrFag&#10;hZZqqmapkkmppaM+fTmRk2GIMXR5tkt/ll4u7sxqQvFSdvWcOInZGI8qGXZR20bhdpe6Frupviv8&#10;rd2qQi3uZCRAGlPjPhQrSAlaXPA5pCp1wEuOA5jyrnPL9DlPOUn8vxDDVEGFYwWCLZQEX3zorWAD&#10;BtDa979rI/w8fxlfTp68cUHS6tw2q6E+pGiWUV3RjPEqyfPyUiF6n+VVwjhWp8na2+GSOKcAMfLK&#10;KW4Jt3N9bbMD3ZGh3+ifkePuPVWNP1F/RdvJuC1+eSpN5lhiH2xGmft7xEnTOEKBUgyBqBIFIzOH&#10;TfGMqJ88rriuCtbZiVKLbAx93zFubX8CCR8eZvx2eoWP9OvwvfUjV5cmNLXZsjwHp7V1asVKUGN5&#10;hoqGtX3e/m0zyREexz9B3v8AXKmsqdKeMD0JE+6qfQVu7b5l2p5Yl4SlouOAf3zbalI9ioV6V10r&#10;o4qzPOCrMNyU5lrFX2vFCzL9zWPKW/w6s7fjmdEvR/0hyt6SvQl0szh0Lxqlnz5lDPeasYwpcXx1&#10;cbqXr2rK2+fsNbzTvEYVqeMoiKhUbeAjdt/PmLJCbe3QWziCSJM8T4x8KzZ+o/I+wjPN8rx/P8/v&#10;Gr9Cg2ttCF6G+7ATpR/kaxGEyFqBJKpxoSs40vS7E8xYjPmDNVfTYpEwpailgjk8uLylCbV/0R9N&#10;L9z7eHc/2l/+FL//AHL06P8A/j7wn/3ZfDz+ab0f8yzftH/zSoN/2Mfpi/7GO+/0i/8A5wpMfyTo&#10;p/2F+I/9EpP/ADi4Vj1lZW/4UC+uboPmD0+dZvw9umFHlPHKvDsfpsfyZmDLtPjOGV2GVa1Mc9FN&#10;iHUGthR2UPC5aFrxyOosTcFWdNbxX9uWXLZEGDIIkR0Ss+XlUr9i+a/TzuHn7eb5bvFeF5CVJKVt&#10;uFCkqEEKCbJBIBhQhQ8SUnhFP2W5+kmVsVhxfDc31zVESvE0VTDMY3V12kMEo1JHYjXuBy+z8Lrp&#10;x156O+g308dJvUvllsodYOm2G12S8bwCXEcMxXyMPoMZrIMJUVOD1NXTsBhwpwAkh22sbEWEgbq2&#10;1wzl7bb4haRESDhJjZI2RWAH1Uby5BnO/wBmN/krve2dwtK0q0qRKlISXPCtKVD9pr2gTtx20FGe&#10;q3CsRzXjGIYJP8xh1a6VMUoR47u8amT3ZFU/bv4cP5wQ1j7SS5Rj/wAKKv8As2L1D/8ABmyh/wCX&#10;dOALtI/5ZavNPxrO/wDq4f8AqKNt/tL3++UKXR3/AJjek/5cVH/SPhp/wfMo4fkr8M70d4Th1ItH&#10;DX5ShzdPGm336jHq2oxuaQ7b6vJVs3t114bbmMhGVsgf0Z9uPzqKPrIzhy+7T85cWZKXyj0bSlsD&#10;0CQKYeolQ9TnbMcjtuKVBpwT7IlEQH1BeBb+Oz1Cx/p1+F76kavLkxpa7NkeA9PaurVipSgxvMNF&#10;Q1q+7382meSIj2OfoKXf65U1lTpTxgehIn3UK/oK3dt8y7U8sS8JS0XHAP75ttSkexUK9Kn9K6OK&#10;szzgqzDclOZaxV9rxQsy/c1jylv8OrO345nRL0f9Icrekr0JdLM4dC8apZ8+ZQz3mrGMKXF8dXG6&#10;l69qytvn7DW807xGFanjKIioVG3gI3bfz5iyQm3t0Fs4gkiTPE+MfCs2fqPyPsIzzfK8fz/P7xq/&#10;QoNrbQhehvuwE6Uf5GsRhMhagSSqcaErONL0uxPMWIz5gzVX02KRMKWopYI5PLi8pQm1f9EfTS/c&#10;+3h3P9pf/hS//wBy9Oj/AP4+8J/92Xw8/mm9H/Ms37R/80qDf9jH6Yv+xjvv9Iv/AOcKTH8k6Kf9&#10;hfiP/RKT/wA4uFY9ZWVv+FAvrm6D5g9PnWb8PbphR5Txyrw7H6bH8mZgy7T4zhldhlWtTHPRTYh1&#10;BrYUdlDwuWha8cjqLE3BVnTW8V/blly2RBgyCJEdErPl5VK/Yvmv087h5+3m+W7xXheQlSSlbbhQ&#10;pKhBCgmyQSAYUIUPElJ4RT9lufpJlbFYcXw3N9c1RErxNFUwzGN1ddpDBKNSR2I17gcvT/De6cde&#10;ejv4dnRbpN6l8stlDrB02wDGMl43gEuI4ZivkYfQYlXQYSoqcHqaunYDDhTgBJDttY2IsB5u1bXD&#10;OWobfELSCIkHCTGyRsisDfqV3lyDOe0e+v8AJXe9s7h1C0q0qRKlJQXPCtKVD9pr2gTtx20Fuc63&#10;CsRzjiWIYJP8xh1bNHUxShHju7ohk92RVP27+HKJP+ErPTbBBhHq86vz0QlzG1TljpthWIyIL09E&#10;Iq3FKqON7f7tIYC4v/uacAXZPaph5zjgPiT8qz2/rXt5n++yfLwqG4ddI6VShCSR/ejVH+MaFPrx&#10;Wy+Zl7Dg1ods9bIgPdrqik/QL2+nm3hyYq49UXrmq7/wqNiOF9K/RtnmiKx45lXOGORYVUEHchnw&#10;6krDZlYWG+iQkfAai3In7VRDTChtCj8B+FdXP6q1fe5tnVqr+5uMNyPJSk/BZod+hh8yvzHStrFP&#10;TRGQe2zsv8GPL3fxCuomYOk/oY9WvULKcklPmfLOQMz1WX66lUNJSVkuFTU8VSoNx+gaQS66e7rw&#10;fbx3KmbB5adoSY9lYE/Tru5b5vv5lFpcAFpy5aCgdhSFglP+cBHrQV5Qo4cQzTl+jqAGgnq4FmRu&#10;zKJASv12tysX/hNx0vyrk38O+mz/AIVRx/1o6v5szBjmbcU2oZ3XCKn+R0lOXA3eXElM0iITYNK5&#10;H2jwLdmdohGW6xtWoz6YDnrrKL+su3pu73tGNo4o91asNpQOHjHeKVHSSoAniEpHClv1nrqipzg1&#10;JIx8jDqeGKnj8B5i+ax+klrfUOX/APJDrnvQS8Ar1P8AS3K3W3059cOk2dKWOqyzn7K2N5cxIVKh&#10;hD51BL5c63+zJBIFljYaqygjUcL81tEP2zjatikkUPOy3eu7yPeSxv7YkOsvIUI4woSPJQlJHEEi&#10;nXA6+fDMZwvEKZis9JPFMlvGzi4+gjQ8om/4TC9Qsw5k9FPVfImLzvVYR02z/Vx5VeYsRT0uL4RR&#10;V8tOlzYKtR5kth+9KT48AXZZcqVYrQdiVYeoHz+NZ6/1pG7tvbb72l02IXcWw19ZQtaQo9emE+SR&#10;Qp9cKOGHM2H1UYCyVtIpnA8WjkZAx+qw+rk7/hRB6bsz1PSzo76+ej7SYX1e9H2NUFdiWM4ajvUD&#10;AqjFIKilqbKGB/l+IrHIAQAEllZjZeW7R8sWWkXbeC2iPZPyPxNJ/wCrm7S7VOa3u6mYwqzzRtQC&#10;Ts7wIIUn/dG5HTKUADGuPR/GoFrsRyniNnw7MUTqkbkAeaEKsv8AwaXH0gctl6SeubpR1D9CWA+u&#10;3FsRhwXp7/U6fqXnWCGRZDh1ZhcEiYlh67WctLFVwSU6LcszAAC5twXWefMuWAuiYTpk9UbR7cKx&#10;H3v7CM2y7f1zdZtJXc9+GkYfclZHdr4QCghZOwCeApAYhlavo81S5VjQy1nzIoqYkW3rIRsfw0Kk&#10;E8pR/AP6W5v9RnWP1Yfir9aaENm/rTjmJZH6XwzN50dFSy1CVmJmmaW7eVAi0tBTtYEJFIuoPAP2&#10;fWi7l56/d+5ZIHz+QHkazf8A6wDeqz3byXKNxMtV+xtG0uO8NRAKW9UYSo63VjGSpJ4UJnViup8G&#10;w3AMh4a1qfDYkqq4jQswBVL28Sdzn4kcsU/HX6gY/wBPPwu/UtW5clamrs0Q4D0/q6uIkbKDHMx0&#10;NBWqdpGktNJJEf8AifBJv7cKbyp0p4wPQkA+6scPoM3et8x7VMsS8JS2XHAP75tpakexQCvSkd0s&#10;pIqzPOCrMNyQGWrVT4vFCzr9zAHim/BV6X5S6Xfhoel+nypTRxyZ6wZ+qGaq+LaZKzF8dqpKqZ5W&#10;W12iTZAviEjVfDju5FqhrK2tPESfM8xRX9bm9N5mvadmpfJhlzukD+ihsAADqJlXWVE8awdS66or&#10;s644ahiRSyChgQ9ljiUKAPp1P18tP4LKxSpCcIf+J/0wyp1b/D49YGV830MVZQ4ZkDMufcKkqVU/&#10;K4rlrC5swUFQpOqmOpo0JI8LjsTwP702qHsueSr+iT6gSPeKnz6Wt6bvKO0TJn7dRClXLTZjih1Y&#10;bWn1So+sGlVkeuqMPzdl2enYq71cFJIF/ejnkELj61Y8Ip/wnL/7NmZO/wDBtzb/AOV68IezX/ll&#10;p/xjU8/1kn/UT3v9oZ/32lV1k/5jao/7x6f/AJU4LX493/Zpv1W/+IL/AOzKy9xX2gf8sh7/ADf9&#10;+TQR+gD/AKi5lP8Au/8A0CvU39KP+Y/wD/vq/wDKKbgm/g2f9mxfR5/4LMv/AJd63ivcv/lls+Xz&#10;NBf60P8AqKOc/wC3D/fE1B6j/wDMb5i/5fj/AKRrypj/AIVPf9W8+lv/AMHPFv8AyxngQ7V/+Jmv&#10;8Y/Csuv6qX/p481/7x0f8qUIHQn/AJLGO/8AeNH/ANJeWLfjy9RMwdO/wv8A1CzZakkpq3OTZf6d&#10;11dTqD5WH4vj9JBWhr3AWanDwE/8eaa2PBJv/cqbypzTxgehIn3YVjf9Am7lvmXanlweAKWu8cAP&#10;FSG1FPqlUK/zaR3SmjhrM8YQJwGWm86sRG8XjiYr9xsfq4I34M3S/KvSv8NT0q0GVqOOBs55ej6o&#10;ZlrY1QS1mK5imfEp5JWUAuyCRYVJ1CRqvZRxTuVaIZyxkJ4iT5nH9KDf1p703ebdpubLfUT3TvdJ&#10;HBKGwEgDoBgqPSpRPGoXUiuqK/OuPPOxPy0xoYFPZY4RsAH02v8ASeWf8FVYtUh+VlfjHdLcrdWP&#10;w1/VdhmaKWOX+p2Wanqll2slUGSlxTLRGLwPEx1Vn8loWI7o7L2JHAtvpaIeyx4K4CR5jGsoPox3&#10;ru8o7TMoWwSO9eDSh0od8BB6QJCvNIPClv05r56DOmAPAxHzM60Eyjs0c/6Mg/Re/wBXAm/AS6hZ&#10;h6hfhgdAmzJO9ZV5KmzD09w+uqCzPJh+F49VJRrdifdhgdIFA0CoBxJ2f3KnMqb1cJHoDh+FC36/&#10;93bfLu1PMO5EB0NuEDgpbadX+mUCo9ajU/qvRw0eeMW8kBVqRDWOi+DyRLu+8i/18qD/AAa+m2CZ&#10;m/Gq/Ef6iYrRCsrumOL9Sly1JKgZaWtxvqHJRNOrW92T5aOaIa6q7cBu5VqlWeXKz/CVR6q/CazF&#10;+tHeZ+17Ed2rNtUJuEWurrSi2Co8tRSrzSKETqRWywdNcm0cbbUro6IzgH7SxUYa30biD9XNwrkz&#10;VxtouvKDv+FI2D0uJ/hsYjW1CK0uXc8ZVxihLrcrK/zeHkg3FjsqmF9dNPjyPu0xAOWE9Ch866A/&#10;1aV6trtMSkbF27qT5eFXxSKFjoxIyZ0RQdJqWeN/oG1/4ryzn0K1LZq9B3o5q8dRa98x9I+ntTjE&#10;c43JMazJtA0oYMTcNvN78FOQnXl7M8UJ/wB9FYu9vLYtN/s6S14e7vrkJ6tLy49kUiM0r5GasxrE&#10;Svk4hWLGR3G2pe3NcLHuhf4gv4FfV/qR1L9J+SJfVB6Bc/4lLm3MvTGnWpqazA4bkRrVrTJNVUlR&#10;TQ/ohiMMcsEkaKahAwRFjRywzHIXlLt095bqMkdHnxBHTiOmulGX7+dnnbzk9tZZ8+Mu3gYQEJdM&#10;BLh46ZIQtKleLulFK0qJDaiJJGWHFMo9U8OoqLH6oYHmykQU8NcdqrKfHbusrBjrsJBB7Hl6P4fv&#10;4pXpm/EPy/WL0vxOoyh1Uy9TjEc5dF86+VHjFFBvERqad4i0VZS72A82I3W6+YkZZVI93d3rtcyT&#10;4DCxtSdv6jkxWB/1DfSrvR2c3CfzyQ7aLMIfRJQo7dKgcULj+FWBg6SoAmgtzdkXG8nzL88gqKCY&#10;7KbEqa5jY2vtIOqt8D9V+WScE1Y0Ui+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//9TYE5mTXxx1&#10;t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWE/4U19HsTPRf02+rDJ6rQZu6EZtbK9VjlIqiqhpM&#10;djSvpJmLKQ609ZhiBAx91pjYEM3Is7UbI9w1cJ+5Co9uz2Ee+upH9V/vk1/O8zyG48TN4xrCTsJb&#10;JSodRUhwzG0I24Chw6JYin8zxrAKj36fFafz1ib7JaI7GH1q5v8ARwQ/+E3fpkxDIHpbz56qc8U8&#10;0/UP1UY3NXUGL4xuarly5glRNTRSs0t33VVdJVSsx/yiiNtRY8U9meVlu0U+r7nD7h+Jn3UHP6yz&#10;tQbzDeq3yK1IFtlzYBCdgdcAJGGHgbCEgfwnUMMRUPrNjaVeO0mA0rAUeAxBHjj+yJpQGI0091Qo&#10;+GvNjjklVzaoG+aIv/CiXoFmr03+sep6+dPKypy/kj1lZZlwfOcmEh4YpsVwr5WixWikK3Ux1MMV&#10;HUMLgu7SaaEmAu0fL12173qMEujHzESPXA13t/q4+0G03l3LGVXaQt/KngpE4kIXqU2sdaSXEDoA&#10;Tjjgano9i0GNZcXCaxVmqstziSmEmpEcm5o2HxUlh93Nsj8MPoIvpp9BHpg6UTUy02N0WWKPNubY&#10;0TYwxnMbPmGuRzcljFNWtEGPcKNALAS7utl/5XL2m+MSfM4n41yP+qTtAO8/aBmt+DKC8pCP8Rr9&#10;mgjolKQqOknbtoAc8Yt/O82Y5iAO6Jp2p6c3v+ih/QqfrC34Zjr7/wA6J61f+ClmP/yz1HDTMP8A&#10;idf+KfhUYdn/APy3rH/b2v8Af00yYT/yVcM/7yIf+kg5Qx/wl6/6sD6vf+Fgx/8A9gvKnI/7K/8A&#10;lnr/ANsP++prPz+tN/6iDZ/94Lf/ACvcUK3XL/mLMO/710P/AJU1HL4ejnqB6KeoTCMw470S6nYP&#10;1OwnKeK1uSsyVuUayOqWjxPD5mgmhlC6jVS0b22yIQ6FkIYj+yzFi5BLSwoAwY6RWA2+fZ7nm7rz&#10;bWZ2rlut1CVpC0kakqEgj4EbUmUqAIIoKsSwjE8IkhixOhkoZKiNaqFahSu5HFwR+32djzWC/H8y&#10;D0syD6pvQr1M9PtNR5X9cGcM3Usj0mSCIMTxaCHEqJMKrq6CjAYzfOkwQzNZ5VLpdxEAkWdoVu03&#10;d262cHyrhtOIgn1wB4+ldSv6vjeDNcw3Uz6yzYqcyJpg4uYoQSlXeIQVYadHiUkSEnSqElZ1Dh0l&#10;q6+rwLNVFixafLFPTtZqrWOMlGMiKW8NupHYaHS+uxH68/TPF6w/SD139OYqYqLE+o2CmLK1fWlx&#10;BBjmG1UOMYXJKYyGEa1lJFvt+7fQ9jI+8GV/nbNxnioYeYxHvFc5OwHtPO5u+NhnEEpYc8YG0tqB&#10;Q4B16FKjrjZQP5Uxs5dzFhWM7SyUct51W1zE6mNwL+O1jblNf4DvrhwjBenc34bXqPn/AM1nqa9O&#10;uK4rk7J+U87OtJU43hprpqx6KFpSFesoJZJI/JU3aARvHvAkKgvcDPUpb/JPeF1skAHiOjzHwiKz&#10;R+vnsLefzIb55MPzOV3yELWtGIQrSEhRjEIcAB1HYvUFQSmRH6q5XklrBnTBl+fwTGI46mpqKYbl&#10;ifaFDG3ZXABv7bg+HNk7km1zOoF+a/P4qH4uOZuimd+nXpJ9BctB1f8AWHnTH6HDcdwvBoIMdpsD&#10;ijqo7YVUQqfLNZXN+jdN6tBCHdjGxjYR3vZvgphxNvaQp4nzjq8z7h0YV0M+lH6QbXPLG5z/AHqC&#10;rXJmmlFJUS2XCQf2iTt0NjEGCFr0pAUAoULmROn0GJ0tZmDNYfDsuU0LPFJITE0pKn9ID32r3Btq&#10;bDXXl7uRWzo2SsoN1IXDU6hPhlA+eo8nCoXCVxg0qGsFEKt5JflxNuEXmMW22vrwfW+vu0641RjG&#10;yeMdVYEZ8LIXz35PX+W1q7vXGvRJ064AGrTGqBEzFBVVfLCpqBRbzRh3+VNRbzPL3Hbu22F7d7cV&#10;PHqKqwcox/4UVf8AZsXqH/4M2UP/AC7pwBdpH/LLV5p+NZ3/ANXD/wBRRtv9pe/3yhS6O/8AMb0n&#10;/Lio/wCkfDt/hcf9m6PRX/4TjK//AJbI+Hu6n/LNY/xB8Kg76qf+okZ3/wB5Tv8AvxpMZ6/5jHMv&#10;/ebP/wArni59efpni9YfpB67+nMVMVFifUbBTFlavrS4ggxzDaqHGMLklMZDCNayki32/dvoexf3&#10;gyv87ZuM8VDDzGI94oh7Ae087m742GcQSlhzxgbS2oFDgHXoUqOuNlRcqY2cu5iwrGdpZKOW86ra&#10;5idTG4F/Haxtymv8B31w4RgvTub8Nr1Hz/5rPU16dcVxXJ2T8p52daSpxvDTXTVj0ULSkK9ZQSyS&#10;R+Spu0AjePeBIVBe4GepS3+Se8LrZIAPEdHmPhEVmj9fPYW8/mQ3zyYfmcrvkIWtaMQhWkJCjGIQ&#10;4ADqOxeoKglMiP1VyvJLWDOmDL8/gmMRx1NTUUw3LE+0KGNuyuADf23B8ObJ3JNrmdQL81+fxUPx&#10;cczdFM79OvST6C5aDq/6w86Y/Q4bjuF4NBBjtNgcUdVHbCqiFT5ZrK5v0bpvVoIQ7sY2MbCO97N8&#10;FMOJt7SFPE+cdXmfcOjCuhn0o/SDa55Y3Of71BVrkzTSikqJbLhIP7RJ26GxiDBC16UgKAUKFzIn&#10;T6DE6WszBmsPh2XKaFnikkJiaUlT+kB77V7g21Nhrry8PCWzo3SjDm6kLhqdQny/E+eo8nCoXCVx&#10;g4cDWCiFW8kvy4m3CLzGLbbX14O0a+58caoxjZMYx1VgtdiyGbK/J6/y3enu9ca9Grw64AGrTGqB&#10;EzFBe/ywxBhRbzRiY/Kmot5nl7/d3bbC9u9ua0//AAlh/wCrefVJ/wCDnhP/AJYxyMeyj/iZ3/GH&#10;wrpt/Wtf9PHlX/eOv/lShq67f8ljAv8AvGk/6S82m+SvXKagJ5qyf8Knv+refS3/AODni3/ljPIo&#10;7V/+Jmv8Y/CurP8AVS/9PHmv/eOj/lSh26E/8ljHf+8aP/pLzZV6w9Msv9aukvU7o7msN/Vnqpl/&#10;GOnePtELutHjWHy4dKyaj3lWYlTcWIHJNvbVL7K21bFAg+oiuZW5u9Fxkeb2uYsf3W2dQ4n/ABkK&#10;ChPVIxoFsOrpsMxChxGn/wAvQTR1kN+26Nw4/hzV7/Bv9UB/Dw6tdZPwr/WpikPTDHcLzPNmLofn&#10;fM7ikwbEpMSVIGp46qcqiQV6xRVVC7GztJJGxEmxDFm5ea/y15dhcnSQZSTsM/jtHrxrqb9Z/ZZ/&#10;sjZRZb9btINw2pkJfbTitITJ1FIxKm5Uh0DEBKVAFMkDj1HwP+uGH4bnvLKGuikgEOKUsA3SIEub&#10;lRqSlyrDwsD25tlcl2uR1ADylH8Zn8R7p/6U/T5nvofkfMVPmj1W9b8Mm6dZF6b5elWrxXCKfH6d&#10;qGTFquCDe0ISKVvlFdbzTFAqsgkKgffXeVu0tlNJMvLEADaJ4n5dJrN76LPprzHezeK3zO6bLeU2&#10;iw446oQhZbOoNpJgGSB3hBhCJkglIImdN8m1ePYvSYpVQmDAMLcVlVWzDbHIYTuEak2vcj3vYPq4&#10;KX4Mnovx/wBEfofyZkbPtAcL6r9Sa6p6xdUMJlVfNw7EMVp6engoHIJ9+lpKWFJRcgS+ZbTUqtyc&#10;kVY2CUrwWo6j1E8PQR60FfrU7bLffnfp+6tVarS3SGWjwUlBUSsdSlqUU8dOmag9ScyxZnzRU1VI&#10;/mUFEq4dQyDs6RksXH/EmYkfC3LJ+pHT3KfVrp7nfpdnvC1xvJfUTCcQyXmrCZu1Rh+J0r0c6Xsb&#10;EpIbMNQdRqOCe5tkPNqbWJSoEHyNYzbtbxXeUZixfWq9D7C0rQehSSFA+0etIqirKjD6ylrqSTyq&#10;mjkSpgkHg6MGB+8c+eNnPGPVz0OwzrH+BdhMDY5Nnrq/glJlvEmlqKf5ynqpUWmiRCp20OJOcOxA&#10;km0exiVO9iMcn13jAXlYxlwRz0HA19F+S2e5+eu2Xag4dAZsXCoQDpIB1GeLjQ71rpVIAOABN/TR&#10;5exR8O6pSHyhS4dK0yWB2lQdxv8A4099Pjf4c3+PTD0Cyj6W/T90k9PuRktlzpXgtLlmCqYBXrKp&#10;QZquskAAHmVVTJJO9gBuc2HMhMqy9FpboZTsSI/E+pxr58u1HtBvN6t4bzNrr+63LhVH9EbEpHUh&#10;ICR1AUUzHMWqMdxfEMXqj+mr5WnK+Cr2VR8FUADiC9dfpph9YHpG67+nM1MNDiXUjBJKXK+IYkCa&#10;emxygnixXC5ZdoZhGlZTRFyovtvbXifP8s/OWbjPFQw89o99CDsF7TVbm74WGcQSlhwFYG0tqBQ4&#10;B1lClROExUvKuNHLuYcKxnaWSilDToncxODG4Hx2sbco5/At9euG9N8r134ZXq1qm6PeoPoVi2IZ&#10;b6bYZ1FkWiOK0NTWvVNhKzTnYaylnmfyE32mgePydyoeATcLeANI/JXHgcQSBPHq8xw6RsrOr68e&#10;wB3M7pO+uQD81l14hKnS2NWhQSB3kDHQtIGox4FhWuCoUKHVLKj1s652y+v8xwjFY0mrXoxu8tlU&#10;L5lh+6wGptob3782eeSnXLigP5ro/jzfiVdNOkfp46jej3pbmanzp6hetGH1GUM6YJliZav+qmWJ&#10;UZsVkxE0xcRz1FMjwpTsQ4R2mcBFUSRtv/vO0zbKt2zLixBjgOM+Ywj1rpB9An0y5nnG8dtvDfNF&#10;rLrRQWhSxHfOj+5hE7UpUQorEgqAQJJOkY+lOSq3EcYo8xV8BpsHw1xUU0s42/MTg/owl+4DEEn2&#10;i30Cn/wnL/7NmZO/8G3Nv/levFfZr/yy0/4xoKf1kn/UT3v9oZ/32oHWT/mNqj/vHp/+VOC1+Pd/&#10;2ab9Vv8A4gv/ALMrL3FfaB/yyHv83/fk0EfoA/6i5lP+7/8AQK9Tf0o/5j/AP++r/wAopuCb+DZ/&#10;2bF9Hn/gsy/+Xet4r3L/AOWWz5fM0F/rQ/6ijnP+3D/fE1B6j/8AMb5i/wCX4/6Rrypj/hU9/wBW&#10;8+lv/wAHPFv/ACxngQ7V/wDiZr/GPwrLr+ql/wCnjzX/ALx0f8qUIHQn/ksY7/3jR/8ASXl73r29&#10;McPrG9IPXX05/MxUOK9QsHtlPEa24hp8dwyqixfDJJCuojFXSxCQjXYW79uD7eDK/wA7ZuM8VDDz&#10;GI99YEdgHairczfGwziCpDDnjA2ltQKHAOvQpUdcUFeU8cOXMxYVjNi0dHJ/pCL3MTqY3A+O1jb4&#10;8pp/Aq9d+DZdyEn4a/qcqj0n9Tnp+xTEsj5Iyvnpkopsbw75ySpFBC8pCvW0ckkkawqbyQCN494D&#10;lQVuFn6Ut/kn/C6gkAHiOjzHR0bKzR+vLsEeucw/tnkg/M5XeoS44tvxBtWkDWQMQhYAJUftXqCt&#10;MpkR+qeVZJqs50wNf5hgmLxpVVU9LdhE+0LvNv3WABv4G97ac2U+SdXMygW5rbfjp+u3Bcc6eP8A&#10;huemWpXq76nvUTiVBkLOWVciSR11RgGHithqWopzEWRK2teNIvJcgxwGSSTZ+jLRlv7n6VN/kmPE&#10;64YIHAdHmejonqrpd9B3YI+xmP8AbLOx+VyuxQpxC3AUhxWkjWJxKEAlWoYKXpSnV4gBn6W5Vlir&#10;BnPG1/l2B4Oj1dNUVQKrM+0ruF+6qDe/ibAX15cT6BfTBB6NvSD0N9OgqosQxfIGEls3YnRj9FU4&#10;7ilVLi+JSRkgFo/mqqRYi2uwKPDg03fyr8lZts8UjHzOJ99YafUD2pK303xv84gpQ8vwA7Q2gBDY&#10;PXoSCY/iJoOs2Y4cyZixTGdpSOrktTo3dYo1EaA/Haov8eUFfgi/9nUPxc//AAZsy/8AsxsU5Hu4&#10;v/LWvPM/78a6B/XJ/wBQo3P/ANpa/wCgZuhZ6n/8wJ0+/wCXEP8A5Rpza15LdcmaATlEn/CjT/s2&#10;ZnH/AMG3KX/le3AD2lf8stX+MKz1/q2/+ons/wC0Pf77QqdG/wDmNqf/ALx6j/lTlhHoPxrB8tfh&#10;1ejPMWYcUp8DwDAOivTvGscxvFpo6elo6OlyNh88080spVUjjRSzsxAABJ04IsgWlOWsKJgBtP8A&#10;vorHft8sXrntIzpllBW4vMLlKUgSVKL6wAAMSScABtNJDNUUk2ccyQwxmWaXE6yKKKMEszNVOAAB&#10;3JPDDdH+s3Szr/0+wHqr0Yz1h/UXp9mZDNg2Z8tzebBIUO143VgrxSofdeKRVdDowB04ZWV61cNh&#10;xtQUk8RUc75blZtu9mLlhmTCmLhv7kKEHqI4EHaCCQRiCaaMRw2vwisloMSpXo6yA2kgmFiL9j7C&#10;D4Eac1b/AFdZB6WdJP8AhQB6Gf8AZHpqPLHVLO1Zh2Keo/KHT0iKligq6ipXEJ6mmogEhnqsG86W&#10;oj03IEmdbyF3inOLdpneFj8vgsxqA9/tTt9tdVOx/eDNc3+nvPv7QFTloylQtluYkkBOgJUrFSUP&#10;aUoOMElAPhCUjnl6rr8Q6S5p/rAWnoKVXjwaorNWJULsCltSFksFP1eFhtu8mCuQlF+57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7n/9XYE5mTXxx1t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wrnrU9&#10;L+Bes30wdW/TVmDHFytSdTqGGhos1vQjEjhddR10GJUlWKYz0vmmKenRtnmpcabhfhTnmVJvbVbJ&#10;Maht2xxBqVOxLtTf3K3ps86Zb7w26iSjVp1pUkpUnVColKiJ0mNsU+5axyXLeOYfjUMXntQuXan3&#10;7PMRlKMu6zWuD7DwY+k/TPKnRfph096RZFov5dk3plguG5FyzSHaWWiwukjo4i5UDc5WMF2tdmJJ&#10;1PFtpaoYaS2n7UgAelAze3ee7zvNLnMLpWp64cU4o/3yyVGOqTgOAwptr62oxKurMQqm31NbK9VO&#10;3+tIxY2+GvBA4poPVE4Rz16ehTp169+m2QenmfsT/kH+b3OGA9VMKxqOhSvd4sNqNtfQNG80H6Ou&#10;pJJYC24hGKSFX2bCQ7wZA1mDSULMaVA+zaPUYe+p17Ae3rMuz/M7i8tE6+/YcaKdWnFQ8C5g4trC&#10;VRGIBTKdUhUZUzVWZTrauspE835ynloJIixQXce497HVGAP5aX4ePh9UFUl+JLP2Vv685Ezrkr57&#10;+V/1wwnEsrfzPyvP+X/mFHJSeb5e+Pfs8zdt3C9rXHfjNw13jak7JBHto33fzX8hfsXOnV3S0riY&#10;nSoGJgxMbYPlUikn+Vqqap2eZ8tIk+y9r7GDWvrbtwgX4ZX4dlF+Hb6dc9enzEeqMXXbD89ZrxPq&#10;VX4zW5dTAoRDieBYXgj0MlHJiGKrKu3DSzOZAGD7Sml2D26+7Yy22UyV6wpROyNoAiJPRWQf1QfU&#10;cvtH3kt83RamzUyyhoJDneGUOOOBYVobg/tIiMNMzjAVuds4tnDGKXF0oThT0tOlEkazeabpLJKG&#10;DBI7fb9nhwhfUj/hPnkXBuouNdTvQ56u8++hbHMxymXFMK6fzV1fh8ML+b5kFG1BimC1sURLjakl&#10;VKqjcANpAUP3PZ22l0rtXlMk9Gz0gg+81P27X9Yffv5aiy3nye2zhtsYFwJSonCCrU26gnDEhCSc&#10;CTIJKrourlVJRx0OaMvUmaYoRaOSsCo5ItYtvjlUnTuFHB49FP4KvSP0xdYf9prrP1gzH6wfU1DJ&#10;JXYZ1R6seYkFDWSK8bVsNJUVeITSVZSQqJqmqm2n3owje9wwyPchm1e79xZdd6T8Yk4+ZNAHtv8A&#10;rczjenJv5Lltm1leVkQWmYlSRB0lQShIRInShCJ2KKhhTVmbqXiGOYd/JMNw6HLuCEBZKHD7Euos&#10;dpYKgC6dlUfHl03BvWEtBpyrv12/hGekz17YnFnrPmFYh04610MMdJh/WjpbNDQ4tKKZQtOtfHNF&#10;LBWLFsVVaRBKqAIkqC1gpn+59nmB1LBSv+kNvr0/HrrKfsF+sDe7s/aNrarS/Ykklh0FSBP3aCCF&#10;IJxkA6STKkk0ucq9QcwZUQ0tJIlbhjks+G14LRjd9rYQQVv8NPaDyvKs/Af9VGJ0v9TsV/GV6sYl&#10;0gaaKmk6bVlPmOSJsIhqVlSkvJnFqXeqIAsnymwOAwisNvA4rcC7I0m9Xo6MdnR90e70rIxn6+N1&#10;Gl/mG9y7JN5BPegtg6yIKsLXXBO0d5JGGrjSwXqrgKN8ynTfD0xGxIrVMIPmFbFtKbdb4bvr5Yp6&#10;DPwkfSR+H7K2aOmeBVueer9bS/yzEusfUqWCsxZIpEImioI6eKGCihkLMCIk8xksskkgF+CTd/c+&#10;zy7xIEr/AKR2+nRzJrHDt++r3e/tDHcXriWbMGQy0ClEjYVkkqWR/fHSDilKZpHZr6g5gzcPIrZV&#10;pcOVvMTDqIFYyR2LkkliPibewDlnvBVWLdIfnuer1e4Rj8RX0Xf7ffpizD6cf85X+af+fYng+Y/6&#10;5fyb+e+V/KqwVfl/KfPYdu8y1t3nC3ex7cIN5Mk/mFqWdWmSDMTs6pFTv9OHbZ/sfb0t5z+V/M6E&#10;LTo193OsROrQvZ0aceqlTk7Mv9U8chxn5L+YeVHJD8t5nlX8xdt921+30cG30t9Ef9mv059FegH9&#10;Z/66f5n8uYX0/wD62fJfy7+Y/wAtplp/P+V8+q8nftvs817f4jxflVj+VtkNTOgATsmKA/arvz/a&#10;beS+zbuu6/NOrc0atWnUZjVCZjp0ieimzHcT/nWM4ni3kfLfzGaSr+X3b9m9t1t1lvb224PXDCgB&#10;TTyrv12/hGekz17YnFnrPmFYh04610MMdJh/WjpbNDQ4tKKZQtOtfHNFLBWLFsVVaRBKqAIkqC1g&#10;pn+59nmB1LBSv+kNvr0/HrrKfsF+sDe7s/aNrarS/Ykklh0FSBP3aCCFIJxkA6STKkk0ucq9QcwZ&#10;UQ0tJIlbhjks+G14LRjd9rYQQVv8NPaDyvKs/Af9VGJ0v9TsV/GV6sYl0gaaKmk6bVlPmOSJsIhq&#10;VlSkvJnFqXeqIAsnymwOAwisNvA4rcC7I0m9Xo6MdnR90e70rIxn6+N1Gl/mG9y7JN5BPegtg6yI&#10;KsLXXBO0d5JGGrjSwXqrgKN8ynTfD0xGxIrVMIPmFbFtKbdb4bvr5Yp6DPwkfSR+H7K2aOmeBVue&#10;er9bS/yzEusfUqWCsxZIpEImioI6eKGCihkLMCIk8xksskkgF+CTd/c+zy7xIEr/AKR2+nRzJrHD&#10;t++r3e/tDHcXriWbMGQy0ClEjYVkkqWR/fHSDilKZpHZr6g5gzcPIrZVpcOVvMTDqIFYyR2Lkkli&#10;PibewDlmOJUf8ww6voPM8n56GWj8227b5qFL2uL2v2vwUKTIIrGG2e7txK4mCD7KRSNsdHtfYQ1v&#10;oN+VffhYfho/8NodPOqWQv8APV/nr/zl41SZu/mv9XP6t/JfK0IovK8r+aYp5m77W7ctu1vHgV3T&#10;3Y/lba0a9eozsj5mspvqt+pz/ZOzG0uvyP5T8u2UR3ve6pVqme7bjoiD50uM951/rtWUFX/LP5Z8&#10;lE1P5fnedu3Nuvfy47ctN4LKxTpCcqy/FP8Aw0f+HL+nnS3IX+er/Mp/m0xqrzd/Nf6uf1k+d+ao&#10;TReV5X80wvy9v2t25r9rePAnvZux/NG0I16NJnZPzFZWfSl9Tn+xjmN3dfkfzf5hsIjve60wrVM9&#10;25PREDzpd5Ezr/Umsr6v+WfzP52Jafy/O8nbtbde/lyX5abwWVinSE4RX1t/hyeln1/5ZwzBuvuT&#10;ZmzHl1Hp8o9T8lTx4bmbCY5CS0cFU8U8ckJLFvIqIpYtx3bN2vCDPd2rTMUgOpxGwjAjnoMip57D&#10;vqS3r7PbpTmUvDu3MVtLGppccSmQQeGpCkqjCYwpU5YzljuUp3kwmpHkzEGooakF4JCPErcEH4gg&#10;8qQp/wABD1K5OwqXJPRz8Ybqp0z6URwJhuG9Oqelx+Slhg+VSlkiZMKzfhdM0bKm0KtMoCWU3tcg&#10;8dn90gaW71aUdGPyUB7qy+c/rAN2L10XOY7m2dxdzJcluSZJB8ds4qcZnWZMnCaEE9V8FqZBVYj0&#10;6oK2vJLvWFogxO4sD+kp3a//AAXfh0/Rh+Cb6R/SDn6LrVXT416g+vUFVNjlB1Q6z1ENY2H1sspk&#10;+ZoqOGNIlqOx+YmMswe7I6btoPMk3Gs7NzvTK3OlXDyHT1mTUI9tf1wb4b45ectSG7HLykJLTAKd&#10;SQI0qUSSU/3idKCICkqiaTWZepuYcxUhwxRFhGFFRE9DhoK71AttZib7fgLC3cHlw3BnWG1B1z3P&#10;V6vcIlmv0AdH83+vbpv6/MR93qJ05ypX9PKbL60qGnrMQmdoaPFZZWk/y1LSVNVThfLJYPG29fKU&#10;MQPbvMrzBN2fuSmI+B9BI/dU95T9Qmc2e4Fzuoj/AImfeS4VTilIxU2BGxa0oVMwIUIOskKqnzbi&#10;NPlStymn+8dZUJWGbdqqDVowLdmZVPfwOmvD28P6gSkrz3PV6vcrP9eP4TvpJ/EDjjx3qnl2ryd1&#10;aw+nTDcH60dOJYaLG1giBMdPVrPFNT1kCkj3Zoi6rcRSR3J4F8/3Rs8xxcEL/pDb68D6+kVk72Bf&#10;Vvvf2eEtWLiXbNRlTDoKkSdqkwQpCutJCScVJVApbZUz9mDKJMVBMtTh7nfJhtaC0Vz3K2IKn6Db&#10;2g8rfpfwHvVDh9OuTsN/GR6s4f0bSdoF6ZUsGYY4xhMlSZ5KUNHnBaUSMrG8nyezedxjP2eBkbgX&#10;YGkXq9HRjs/00e70rJV36+d1XFfmF7l2Sr2P7qS394EBX/E2uB0d5MYauNLNuquBOfmX6cYe+JWv&#10;86xhJ8wLYNrT7rfDd9fDQ9GPwKPSN0D6M9c8l5GqsRzB1p63ZIzT0bn9RHVSOnxvEsDGa8DqcGqK&#10;nDqCn+RghA+ZZiEZZnS8bT7WJ4a2W4VnbsOJTJWtJTqOJEiMBh+PCaizfX6898N4M6sLm6CUWNpc&#10;NPflmiW0udy4laUrWdaj9oGIKAYUG5ApixLqnmHFsSwupqlSHDMLqoMSGD0BMSS/LyrIFdzuJ+z9&#10;AOtuHC/Dl9FH/Df/AKZcH9On+cz/ADtfynFsXzT/AFx/k38h8z+azifyvlPnsRt5drbvON/YOHW7&#10;WR/y61DOrVBJmI29Umoa+pLtv/2Qt6F5x+V/LakIRo195GgROrQjb0acOk0nc5Zm/rbjcmM/Jfy/&#10;zI44PlvM823li192xO/0cVvr39KP+3B6Teq/pe/r7/mx/wA5/wDIv+Nz/K/518j/ACXMuH5h/wB4&#10;vnKDzfN+Q8r/ACy7d27W20vbwZR+fs1satOqMYnYQdkjo6aKPp/7Wv7C73Wmefl/zH5fvP2evRq1&#10;tLb+7SuI16vtMxGEyI+U8f8A6sY/QY58p898j5v+i+Z5W7zYHh+1te1t9+3FN6NvTn/skemLo96c&#10;f64/5wP80+GNlz+uX8v/AJV8/urJqvzPlPmazyv8tbb5z9r31tx3Jct/J2qGdWrSImIn0xor7aO0&#10;j+1+9N7nPc9x+ZXq0atenACNWlM7NukVgzHjH9YMcxHGflvlP5hJ53y2/wAzZ7oW27at+3s4Uz8U&#10;/wDDR/4cv6edLchf56v8yn+bTGqvN381/q5/WT535qhNF5XlfzTC/L2/a3bmv2t48J97N2P5o2hG&#10;vRpM7J+YqXfpS+pz/YxzG7uvyP5v8w2ER3vdaYVqme7cnoiB50oMiZ1/qTWV9X/LP5n87EtP5fne&#10;Tt2tuvfy5L8tN4LKxTpCcrC9ef4SPpI/EClXNHUzAq3I3V+ipf5ZhvWPprLBR4s8UaAQxV8dRFNB&#10;WwxlVAEqeYqXWOSMG/ArvBufZ5j4liF/0ht9enmDWUnYD9Xu9/Z4O4snEvWZMll0FSJO0oIIUgn+&#10;9OknFSVRS4yp1BzBlEeRRSrVYczeY+HVoLRgnuUIIKk/A29oPK72/Ai9Uxj/AKqL+Mr1bXpB8yFP&#10;TdosxFf5X818wabzBnAUvmW/3X5Pbv8Af8v93gc/sDd/b+dXo6Mdn+mj3elZGD69t1J7/wDsXZfn&#10;I/ust/fEao/La4/ve8mMNXGlh/nUwK/zH+bfD/5jtv8AO3h/ym2263y+63w3dvHlh3oQ/CP9I/oC&#10;qjm7pxgVdn3rJV0zYfiPWbqbNDW4uiToVnjoI4Ioaeijk3MD5Ufmsh2SSSDgjyDc+zy86kAqX/SO&#10;306Pj11jp2+fV9vh2go/L3jiWbIGQw0ClGGwrJJUsjD7jpBxSlNJDNXUHMObV+XrZVpMNVt6YbRA&#10;rGbdi5JJYj4m1+wHLP8AgqrFqkNyqX0Rfhi/7G/qo9XPqY/z3f5xv9qjE8SzH/Ur+rX8o/kX8xzH&#10;VY/5fzn81rfmtnzPl7vJivbdYX2gI5Fut+Su3n+81d4SYiIkztkz7qyz7cvqi/tpupk+S/ke4/ly&#10;Ep197r7zS2ludPdo0TpmNStsddL7M+eP6yYFl/BP5X8l/IkSH5nz/M83ZCsN9vlrtvtv3PLWuC6s&#10;TKQPCJfiNeij/hwD0y4x6dP85n+aX+bYthGaf64/yb+feX/KpzP5Xynz2HX8y9t3nC3sPCDeXI/5&#10;jalnVpkgzE7OqRU9fTb23/7Hu9CM4/K/mdKFo0a+7nWInVoXs6NOPSKVWTczf1SxuPGfkv5h5cck&#10;Hy3meVfzBa+7Y/b6OC7069NGS8uekrpx6ROosVL1ayLlDIGBdA81tjNF8pTY/RYPgNPgUkz0omnM&#10;HniDzAqys0ZIs5IDcWW2VoTZpt1+JISEnrgRQP3k7Tr253vud4LMm2uHbly4RpVJbUtxTgAVA1aZ&#10;iSkBXFMGKb6zG6mbMFbmGjLYfVVFXLi0HltuaJpJTKAGsL2vbtr7OUn4r/wnvrem2aMbxb0QfiHd&#10;TvR7l3Ms0tVjWUsAlxHEUZX8sxwpU4LjWXpWjjKG3zBmcjaCxKlmA6+zotLJtblbQPASfgU++azf&#10;tP6xFGZ2qG9593LTNHGwAlaglPTJKVtPAE/3ugTMCDAEyPq6tbBFHmjJ9DmOaABYqiYIh8bkrLFM&#10;Ln4W4eP8Pv8ACL6CegzMGOdVIsy4t109ROaoZaDH+tvUgr8zFFVbGqUoKVXlFOJ2QGSSSSWYi6+b&#10;sJUnu7u59vl6i5JW4f4j8uSeuoK+ob6wN4N/7duwLSLPLWyClhrYSJ0laoGrSDgAEoG3TIBpL5u6&#10;hYtmuGKgMEeFYPTkPFhlF9klb7S7aXtfQAAfDlrvBdWJdIHnuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xuf/9bYE5mTXxx1t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//19gTmZNfHHW3Rz3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//Q&#10;2BOZk18cdbdHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3A86s9Vsg9DOm2c+r3VPHv6r9O+&#10;ntDNmXN+Yfla2t+TooLF5PIw6Gonktf7McbN7BxNeXbbDSnHDCUiSf3UI90d0swz7M2MvsW+8uX1&#10;BKEylMqOwSohI8yQKmYfQVeKVtNh1BF59ZWOIaeHcq7mPYXcgD6zys7Dfx3fwp8XxGgwrD/VR8xX&#10;4nNFh9DT/wBR+o6b5pnEaLufL6qLswFyQOBdO/2UkwHf95V/g1k7c/QR2sstqcXlMJSCT+3ttgxP&#10;+vUtn6V59jR5HwGyIC7H5qi0AFz2m5bpwY1h/Qe89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wlnqp/EP9HfomxnKOX/AFOdX/8ANni+e6WpxnKlJ/V/&#10;NOM/NU1HKkEz78v4bXKm1nAtIVJvoDwjzbeOysVAPr0lWzAn4A1NvZR9Oe+e/DDz2SWf5hDJCVnv&#10;GkQVAkD9otBMgcJpTYDk/MeZoqibA8O+djpWWOdvOgj2swuB+mdL9vDjf6WvxJPRZ6083ZiyJ6Z+&#10;s/8AnKzXlTDf624/hX9Xc2YN8vh/zUVH5vm5gwyhjf8ASTIu1GLa3tYE8rlW81jfLKGF6iBJwIw9&#10;QKUdqv00b7bkWbd1nVl+XZcXoSe8ZXKoKohtxZGAJkgDrrljuS8y5ap4arG8N+Sp6h/l4pPOp5Lv&#10;tLWtC7HsOHj4fVBVJfnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7hKPVR+Ip6OPRPjuU8s+pvrD/mzxvPFJPjuV6L+r&#10;+acZ+apaaYU8j78v4bXIm12As7KT4C3CPNt5LKxUEvr0k7MCfgDU39lH047578W7z2SWX5hDKglZ&#10;7xpEEiQIccQTh0SKU2A5OzHmaKonwTDvnYqVhFO3nQR7WYXAtM6X09nGz0ufiWeif1o52xzpz6aO&#10;tP8AnJzllrCpM641g39XM24P5OGRVdPQtN5uP4XQxNaWqjXYrltb2sCRTKt57G+cKGF6lATsIw9Q&#10;KVdqn0yb8bk2Ld5nVj+XYcWEJV3rK5UQVRDbiyMEkyRGG2YrnjuSszZapoqzG8M+Spp5BTRSedTy&#10;XcqXtaGRj2U8PVw/qBqS3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yvv1Jfim+g/&#10;0idSX6Q+ofrr/m96iR0NLmV8vf1Yzli1qKt3iGTz8Dwmsg97y293zNwtqBwO5nvXl9m73bzmlUTE&#10;KPwBrIbs0+lPf7fDLP5hlFh39tqKdXeso8SYkQ44lWEjGI6KV2C5EzVmGiGI4PhXzlGXaETefTR+&#10;8tri0sinx9nBR9Knrm9LPrbw7OeK+mHqj/nNoOns1Fh+b6j+SZiwX5ObEUmkp125hoKBpN6wObxh&#10;gLa2uLqspz60vgosL1aduBG3zAoLdrHYRvXuM4w3ndr+XU+FFHjbXITAV/c1riJG2J4VBx7K2O5Y&#10;emjxyh+ResDPTjzYZdwQgH/Iu9rXHfhs+HFRFSf57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4HnVnqtkHoZ02zn1e6p49/Vfp309oZsy5vzD8&#10;rW1vydFBYvJ5GHQ1E8lr/ZjjZvYOJry7bYaU44YSkST+6hHujulmGfZmxl9i33ly+oJQmUplR2CV&#10;EJHmSBUzD6CrxStpsOoIvPrKxxDTw7lXcx7C7kAfWeVnYb+O7+FPi+I0GFYf6qPmK/E5osPoaf8A&#10;qP1HTfNM4jRdz5fVRdmAuSBwLp3+ykmA7/vKv8Gsnbn6CO1lltTi8phKQSf29tsGJ/16ls/SvPsa&#10;PI+A2RAXY/NUWgAue03LdODGsP6D3nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9XuVl9Zfxi/w4vT91Pzj0a6u+ov+qXUnINUMGzblz+qOe6/5SpMKThPmMMwWpp5PckU3jkYa978&#10;C17vnllu6ptx2FJ2jSr5Csn9y/oz7St4crZzHL8t722eGpCu+t0yJInSp1KhiDtApb4b05zli9DT&#10;Ylh+DfMUVWvmU83zFKm5bkXs8qkdvEcNJ6XvVz6evWfkDF+qPpq6g/5yci4DjFRkHFsc/lOOYP5W&#10;LUtFSYjLB5OP0dDM22GuhbeqFDusGuGANsqzi2vWy4yrUkGNhGOB4gdNRV2p9j+8W5WYIsc6t+4u&#10;FthwJ1trlBUpIMtqWn7kKEEzhMQRLFjmXsYy3Vx0ONUnyVVLGKuOLzIpLxszIDeJmHdTpfhkOGdR&#10;rTLz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9HYE5mT&#10;Xxx1t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcR/UPP2U+lOQM&#10;89Uc/Yt/Ici9NsHxPP2dMc8ipqvksJweikxGsn8mijmmk8uGFm2RoztayqTYcYubhDLanFmEpBJ8&#10;hiaOd3N37vNswYsbRGu4fcS2hMgalrUEpEqISJUQJJAG0kCpNHSVFfV0tDSR+bVVsiUlNFdV3SSM&#10;EUXYgC5Pcnnz7/xlfxHaf1OesRc5+lPrxmCbozlrKmB5IwPFMqT5kyzT1lVDNWYnVStR1iUE29Za&#10;5oi8kQJCCxKhTzHjfXeUXV7qYcOgJAwkdJOGHTX0M/Rd9Nit19zPy2fZe0L1x5xxQWGnSkEJSkak&#10;laYIQDAVhJmDNG36b5NOB5c+Wx7CoRiU1RLVSpUCGcqpCoo3LvFrLewPLEfwPfxXvTH6aegPVzKv&#10;rR9TGK4RnvH84HMGVYc2YbnfNUzYR/JaKm3JUYXh+JJGvnRyfo2dTe5tY3Ij3E3ttbW3Wm5dIUVS&#10;JCjhA6Aaxy+un6St6N594LN/dvK0Kt0MaV6FMNDXrUcUrW2SdJGIBHCaR/VDIOOY3i2Hz5awSOSk&#10;hpvJnNO9LAPM81m7O6X0I1tzbc6J9a+mXqL6W5Q609G8zf1x6Z58hmxDKmZfksQw/wCbhgqpaJ2+&#10;XxWCmqI7SwutpI1OlxoQeTBY3zVy0l1sylWw4j441yF343IzTdvNXstzFrurpkgLTqSqCQFDxIKk&#10;nAg4E0X7E8MrsGrqjDMSg+WraQhKiDcj7SVDDWMsDofA8rh67fjjfhvdAc7V/TzMPW2XOmasEmqM&#10;NzHTdLcIxDHKXDqimcRtFLWwRrSu+7cpWGVypUh9ptcM3+/eWW7mguSRtgEx67KyT3C+hTtL3hsU&#10;3jNiGmlgFJdWlsqBxkIJ1gRBlSUyCInGFlhXS/OeLUqVkOGCmglAeFq+RImcHW4UncB9IHw4Cv8A&#10;y0afhmf9hjm3/wBRKv8A+auIv9krK/6SvZQ3/wCibfaf/wAZY/1ZNOf+ZvO3/KPT/wDjQnBE6Xfj&#10;5fhl9UM34dkyPrRW5CrsXYU+G4x1MwHE8Jwp52YKI5K0xyw09wSd87Rxi2rAkAqLTtByt1YTr0z0&#10;gge38aDm9X9X72oZVZquTZJeSnalpxK1x0hEhSvJIUrqiYh13SfO1DTvUnDVq1j1eOhlSSS3tC3B&#10;P0C55cjTVNPWU9PWUdQlVSVSJU0tVTOrxyRuoZXRlJBUg3BHfg1BBFYYOtKQopUIIwIO0Gg4ZSpK&#10;sCrKdrK2hBHM3N1SuuV5fizf9m2vWb/4IuLf8qrwN73/APLMf/xTWRf0jf8AUTMk/wC8lFLDp/8A&#10;8xplv/vKj/bz5mWRa2lw3O2TsRrp1pqKgxXD62sqZPsxxRVcbux+AAJPMX2FAOJJ6RX0958wt2xe&#10;QkSpSFADpJBijs1Ss9LUoo3M8bqqjxJUjn0RM+fj8fhcZHqJqKm6/VWe8Qpal8NrKbIeVcz1Ucew&#10;G8q1VXQ01NLHcWDQyve4IuNeZH3HaFlTZjvNR6gfwivnKyD+r77Vb5IUrL0spIkFx1oHy0halA9S&#10;kiPOifUnSbPVUAzYStIjLvVqueBSb+G1WZgfpA5K6Q/jy/hpdYc74TkGh60VWRMXx+RKHBsS6oYJ&#10;iGC4VLUO1likr5Uenp7+D1Dxp4brkA7s9/8AK3nAgL0k9IIHt2D1pvfD6BO07JrFd2qxS8hAlQaW&#10;lawOkIBCleSAo8YiTXHEelOdcOpZKtsNWqjiG6VKGVJJAB4hBYn6gTy4tWV1V0YOjgMrKbgg6ggj&#10;gzrDIgg0HPKj+u34434b3QHO1f08zD1tlzpmrBJqjDcx03S3CMQxylw6opnEbRS1sEa0rvu3KVhl&#10;cqVIfabXB9/v3llu5oLkkbYBMeuysvtwvoU7S94bFN4zYhppYBSXVpbKgcZCCdYEQZUlMgiJxgQc&#10;K6X5zxalSshwwU0EoDwtXyJEzg63Ck7gPpA+HAV/5aNPwzP+wxzb/wColX/81cRf7JWV/wBJXsob&#10;/wDRNvtP/wCMsf6smnP/ADN52/5R6f8A8aE4InS78fL8Mvqhm/DsmR9aK3IVdi7Cnw3GOpmA4nhO&#10;FPOzBRHJWmOWGnuCTvnaOMW1YEgFRadoOVurCdemekED2/jQc3q/q/e1DKrNVybJLyU7UtOJWuOk&#10;IkKV5JCldUTEOu6T52oad6k4atWserx0MqSSW9oW4J+gXPLkaapp6ynp6yjqEqqSqRKmlqqZ1eOS&#10;N1DK6MpIKkG4I78GoIIrDB1pSFFKhBGBB2g0HDKVJVgVZTtZW0II5Wh6o/xgPQL6Q85VfTbqr1nG&#10;I9SMKmWkx/IvTzDa7Ha3DC0ZkPzslFGaeB190GF5hL7wOy1yAvmu+WX2a9Di/ENoAmPPh86yd7K/&#10;o57Qd8bIXthZabZQlLjiktpXjHhCjqUNviCdOB8UwCtsC6d5szDTLW0GG7KKQboqqsdIlfW3uhjc&#10;/SBb48Kz/wAtGn4Zn/YY5t/9RKv/AOauFX+yVlf9JXsqVf8Aom32n/8AGWP9WTT7/mbzt/yj0/8A&#10;40JxRZU/4ULfhiZnzBhmA1PVXHMpR4nIKVcfzXlXGIsPgdhZPOkpI6hkVmsu8ptW92KqCQ4z2jZW&#10;tQGsieJBii7Nv6uvtRtbdTqbRt0pE6UOoKj5AlIJ6pk7ACYFYajpDniCGSVaCKoMY3eTTzxlyPgG&#10;Ivy5nKmbMsZ7y1gecslZhos2ZSzPSw41l3MuXamGsoa6kqEEkc0E9OzJIjA3DKSODVl5DiQpJkHY&#10;RWFebZRdWF05bXLamnmyUqSoFKkkbQQcQR0Gg3qKeeknlpqmFqeogYxTQTKVdWBsQQdQeEs9Rv4n&#10;3oL9JuamyL159SOD5RztD5fz+UMHpMYzFidEZYzKgrKXLNHiEtMWUbgJlS4IPZhckzLenL7Neh10&#10;BXRiT6wDHrU3dm30t7/73Wn5rKsscdYOxaihtKowOlTqkBUHDwk4z0GlLg2R814/T/NYVg0lRTG+&#10;yokaOFGsbHa07IG+rhcf+H7vwm/+4rf/AFhepX/uPcLP9kDKP+Pf7yr/AAakn/oQDtc/5xP/AKHt&#10;f/m1PP8Amoz/AP8ATA/8iqL/AKnc9/w/d+E3/wBxW/8ArC9Sv/ce57/ZAyj/AI9/vKv8Gvf9CAdr&#10;n/OJ/wDQ9r/82r3+ajP/AP0wP/Iqi/6ncO16gvWt6ZfSx0jyb1268dS/6i9KuoFbh2Xso5q/k2YM&#10;U+brMVwypxilj+Wwahq6mPzKaklfdJEoG2zEMQCe5jnlraMpddVpQqADBO0SNgJ2CoO7POxDejev&#10;OHsryq1767YSpS0a20QlCkoUdS1pSYUpIwUSZkSATSZwjLON47iFThWFUXzVfSK81RB5kKbVjdY2&#10;O6R1U2ZgNDz5r/Xj1i9cupnXHrN1IwTrXm3DMF6g5rzFnfCMNw3MGM0dPT0uLYvUV8UUVPHUKsSI&#10;koCoAAoFgBbmMuYZ0+6+tYWqFKJ2nia+mTcHsZyHK8isrN2xYUthltsktoUSUISkkkpxJIxPHbR0&#10;cKy5hdFheG0UuGU7yUlPDSyO8MbEtHGEJJI1Onfm5Z6Dfxpfw9Ml+lH0v9Kuq/qfqE60YFlXL+T8&#10;7Ydi2VuoGJVP89Wmjp5klrocGnhmYymxkErKe+4jXk05BvvlyLRptx3xhIBwUcfOK4t9vv0S9ot7&#10;vbmt/YZUPyS3nFoIdt0ju5JBCC6CBHDSD1UW/NfTXN9Tj+OV9BgYOGyzzVFM8c9Ii+VuJBCmQEae&#10;FubDfJHrnTQQc9z1er3CEepv8Tv0QejjqBRdLvUl1mm6Z53xLDYM3YbhNRlPOuJxVOG1M0tPHPFV&#10;YLhFZTuvmQSIQshKspBAPA9mm9NhZOd28vSqJ2KOHoCKn/sv+lzfrfPLlX2TWQuGErKCQ8wkhQAJ&#10;BSt1KhgQcRiDIpWYJkfM+Y6Rq7BcNFbSo5p3kWopkKuoBIKySKRoR4cUXpW/ES9G/rYxvNuW/TJ1&#10;mj6lY7kalp8czPhbYHmXBJaekqpmgjlUZhw6g81d67W8rdtJG625bu5TvJZXyilheojbgR8QKLu1&#10;f6cd9Nx2GXs7sjbtvKKUHvGlgkCSP2a1wYxExOMTBrDj2T8x5Zip5sbw00UVUxigfzYJQWUXI/Qu&#10;9tPbw5WIV9FhVBW4pidXHQYbhsMlfiFdVuscUMEKGSSR2awVVUEknsOHSlACTsqFre3W64lCAVKU&#10;QABtJOAA6zSbRGkdY0Uu7kIiKLkkmwA5UT/w/d+E3/3Fb/6wvUr/ANx7gO/2QMo/49/vKv8ABrML&#10;/oQDtc/5xP8A6Htf/m1CF/moz/8A9MD/AMiqL/qdw32efX96QOmXQHIvqf6h9a6LJfRXqfSwYx07&#10;zNmSgxqkrcbp6mL5iJqLCZqMYlMWjtIFSmJ2ENbaQeHL+8Nm1bpfWuEK2Ezj5CJ91Q7kP0+b45pv&#10;DcZJaWKnb63JS4lKkFKCDB1OBXdJg4SVxOG0RSepcpZirsWqsDo8MapxOhYx1kELxssRU2O6QNsG&#10;un2u/K5/+WjT8Mz/ALDHNv8A6iVf/wA1cDf+yVlf9JXsrJD/AKJt9p//ABlj/Vk0sf8AM3nb/lHp&#10;/wDxoTnv+WjT8Mz/ALDHNv8A6iVf/wA1c9/slZX/AEleyvf9E2+0/wD4yx/qya9/mbzt/wAo9P8A&#10;+NCcsr9Kfrh9LvrXyxXZn9N/Veiz6mCrCczZdaKpw/GsJecEKtZQYjHDPGpZWVZApjcqdjsBfgny&#10;nPbS+RqZXqjaNhHmDWMvaz2F71bj3SWM5tFM650qkKQuP6K0kpPAkTqEjUBSKx7K+O5ZnWDGaBqT&#10;zb+RNdXikt/hdCQfo7jx4nPVT+If6O/RNjOUcv8Aqc6v/wCbPF890tTjOVKT+r+acZ+apqOVIJn3&#10;5fw2uVNrOBaQqTfQHjWbbx2VioB9ekq2YE/AGjLso+nPfPfhh57JLP8AMIZISs940iCoEgftFoJk&#10;DhNZ8ByfmPM0VRNgeHfOx0rLHO3nQR7WYXA/TOl+3hxv9LX4knos9aebsxZE9M/Wf/OVmvKmG/1t&#10;x/Cv6u5swb5fD/moqPzfNzBhlDG/6SZF2oxbW9rAnlcq3msb5ZQwvUQJOBGHqBSjtV+mjfbcizbu&#10;s6svy7Li9CT3jK5VBVENuLIwBMkAddcsdyXmXLVPDVY3hvyVPUP8vFJ51PJd9pa1oXY9hw0HVnqt&#10;kHoZ02zn1e6p49/Vfp309oZsy5vzD8rW1vydFBYvJ5GHQ1E8lr/ZjjZvYOGt5dtsNKccMJSJJ/dU&#10;W7o7pZhn2ZsZfYt95cvqCUJlKZUdglRCR5kgUx4fQVeKVtNh1BF59ZWOIaeHcq7mPYXcgD6zys7D&#10;fx3fwp8XxGgwrD/VR8xX4nNFh9DT/wBR+o6b5pnEaLufL6qLswFyQOBdO/2UkwHf95V/g1k7c/QR&#10;2sstqcXlMJSCT+3ttgxP+vUtn6V59jR5HwGyIC7H5qi0AFz2m4dH1T+tL00eirLOWM4eprqV/m0y&#10;5nGufLWW8R/k2P4z8zWx07VTR+Xl+hrpEtGpO51C+F78O82zu1sUhT6tIJgYE/AGoT7KexPeffe6&#10;dt8ktfzDjSdShrbRCSYmXFoBx4Ak0msCy1jeZp56fBKL52amQTTJ5kMe1Sdt7zMgOvs4Gfpm/E09&#10;D3rCzRmjJvp366Q58zFkrCJc+5ooqzAc04ElHg8FRFSy1TTZjw2giKJJOgba5Ivci1zxNle9Fher&#10;KWXNRAk4EYeoFCftP+mDfrc21auc4sCy26sNoIcaclZBITDbizJAMSOEbam43knNGXYIKnGMLNJD&#10;UyCkgZZYJS0hBYLaF3OoB4W/rH+Oz+Gf0ZzTPk6t67t1CxmgkmpcWl6S4RiOPYfSvCVAH8wp41pJ&#10;t5JsaeaQDad1tLll7v8AZWwvSXNR6gSPbs9lSXuZ9BXafnVoLhNh3CFAEd8tLajP94TrTH9+lO0R&#10;OMPWG9K87YlAKlcK+TicBoxiEiROwP8AqE7h9YHLSum2fsv9VunWQeqOUnmkyr1JwXCs/ZZkxCIw&#10;Tth+MUMWI05kjJOxzHMu5b6HTgrtbhLzaXE7FAEeRxrFTebd+4ynMrixuI723cW2qDI1IUUqg8RI&#10;MGkJW0k1BWVdDUWE9FLJSThDcb43KGx+kcWvH6JKjc0sP+FUv/O5fSN/4LOZf/LrSchDtY/u7Pkf&#10;iK7bf1UP/LFzj/bmv98VRluhH/JNzB/y/h/6Rtwmv4AXqz9PHo99QPXrqN6kOplL0xyfiWRBgOGY&#10;lX0uJV8tVWtmLDphDBTYTT1U8r7EZiEjNlBPYHhL2e5vbWVw4t5WlOnr6R0VNH9YP2R7x75bvZfZ&#10;5Nam4eTc6iAUpAT3axJUtSUgSQMSMSBSj6tYBjGYsIwmjwaiauqEq/NdEZECr5Li5aQqALnxPNlL&#10;Gf8AhRL+GDheJ1dBQ9S8x5jpaZgkONYNk/G0pagFQ141xCKlmABNvfjU3HsseSavtIyoGAon/NPz&#10;rmZZf1cfak60FqtWmyf4VPNyPPSVJ9hNAvH0ezw6K7UUMLN3ikqIiw+nYWH3HhzfSJ+Jx6LvW/iN&#10;XlzoH1dixXPeHwzYnW9OM00dZg2OLSwPsaaKnr40WojAKszU7yBQw37Tpw7yfemxvzpaXKug4H9f&#10;SoV7YPpe323FbD2a2ZTbqIAdQpK25PAqSTpO0AKCZgxIxpNZhyRmXLCLNi2HmOlchFrYGWSLcR2J&#10;Qmx+m3DT9Z+t/ST08dPsZ6qdbc/4b016fYBsXEszZmn8qESSnbHFGqhnlmkOiRRqzsdFB4bXt8zb&#10;Nlx1QSkcTUU7lbjZvvHmKLDLLddxcL2JSJMDaTwAHFRIA4mmLDcLxDGKuOgwyketq5b7IIBc2Hcn&#10;wAHiTpyoPEP+FFf4Y1HX1tHT9QMz4tT0s0lNBimH5QxZYKlEcqssYqlhlCOBuUOitY6qDccBqu0j&#10;KwY1E/5prMS3/q4O1FbaVG3ZSSAYLyJHUYkSNhgkdBIoQ06O53ZFZqSCMsAxjeojupI7HbcXHwPI&#10;f/LRp+GZ/wBhjm3/ANRKv/5q5r/ZKyv+kr2U9/0Tb7T/APjLH+rJrl/mbzt/yj0//jQnD4ekT8Sj&#10;0beuGWuwv0+9XYMdzjhML4hi3TvMdLV4Pj8FPG4RplpMRjjM8Q3KWkp2kRdwDENpw/yfeeyv8GVy&#10;ocDgfYflUCdsH0zb6bihK82syhlRgOJIW2SeGpJOk7YCtJMEgEY0lcw5LzHlcLJi+HmKmkISOshZ&#10;ZIixF7bkJsfgbcEj1T+tL00eirLOWM4eprqV/m0y5nGufLWW8R/k2P4z8zWx07VTR+Xl+hrpEtGp&#10;O51C+F78U5tndrYpCn1aQTAwJ+ANBnsp7E95997p23yS1/MONJ1KGttEJJiZcWgHHgCTULAstY3m&#10;aeenwSi+dmpkE0yeZDHtUnbe8zIDr7OA96fvxUPQJ6osbzfl/or6iqHMOIZBwWXqHnKXMeEZkyzR&#10;4fgsFZT0ElXLV5pw7DqcIs1XEhtJcbgbW14jy7ezL7tSg04CUiTIIgdMkAcaGXaH9KPaDuqwy9mW&#10;WqQl5wNo0radKllKlBIS0tapISo7IwpxxfImbMCip5sTwd4Uq5RR0whkhnZ5SpcKFgdzeynw4Xfq&#10;p+PT+GN0sx98tHrxN1ExGmaSHEanpXgeLYxh9OVWNltXCGKlnDhzY08sgBUhtptctu+0DK2lae81&#10;HqBI9uz2VI26n0BdqOa2/ffy8MJOwOuIQo7f4JK0xH8aU7RE08UHSjO9fF538qFGjWKLXyxxue/7&#10;lywtbxA4ar0u/iP+jL1h5azPmToj1sw7ERkWl/nmfMBzYs+AYngtELbqmqp8YSnPy6FgGqIy8IY2&#10;L304bZVvLZXqSppweHbOBHt4deyoo7VPpq313NuWmczsVJ75WltSIcStX9FJQVeI8EGFkY6Yphx3&#10;JmZMuzQQ4nhjp803lUktPaVJW/wqY76/A6/DhaOrv4634ZHSDGJsv1PqGj6i4xSzNS1kXSLCcUzD&#10;RxhS6mRcRpIBQSpuSw8mocm4IG034V3m/uVsqjvNR/vQT79nvqTtz/oM7Uc4ZDqcuLCCJHfLQ2rh&#10;hoJ7wHH+JA4jbhT3h/SzO+IxiYYOaONhuU4hJHCx+GxjvB18QODZ6RfxTvRJ63Mw1WSehfVxarqH&#10;SxS4gOnecqCswTF6imhUu8tLHXIkdUqqpZxBI7Io3OFGvF2T72WN8rS0vxdBwPp0+lAftg+lLfnc&#10;a2FzmlnFsSB3iFJWgE7AopMok4DUACcASabMw5EzPliFarFMP20bEJ85TOssYY6AMUN1+FwL8PJn&#10;jPOTemmUcw5+6hZoocl5JynSyYzmXNWZqmKjoKGliF2kmmnZVVR21Op0Gp4fPvoaQVrICRtJqCci&#10;yK9zO8btLRpTr7pCUoSCpSieAAxNJalpamtqIaSjgepqahhHBBApZ2Y+AA5TVmb/AIUN/hh5ex3E&#10;sFpOqOP5qgw5xTjH8s5TxlqCobYCxhatippGVWJXcYwCRdSVIYgp3tGypKiNZPWAazRyz+ro7Urm&#10;3S6q0bbKv4VPI1Dz0lQx2xMjjBkASIOkGeJoklahipy4v5M9RHvH07Sw/PjF/wAtGn4Zn/YY5t/9&#10;RKv/AOauU/2Ssr/pK9lL/wDom32n/wDGWP8AVk1l/wAzedv+Uen/APGhOWI+kj8QD0meuHC8VrfT&#10;j1Zpc44rl6KOrzPkzEKerwvHcNjlIUPNQ4jHDK0QZgnnRB4t2gcngjyfeGzvwSyuSNo2Eeh+Oysc&#10;u1/6e97txXUJzi0LSFkhCwQttUcAtJImMdKoVGOmkfmDKWP5XkjTGcPamjmJWCpQrJE5HgGQkX+B&#10;1+HNfL/hTH6Veu/U6fpZ6jsl5LhxLov0LytiNJ1TztW41gGHphk2IY3Tx00YpsSraepqHleRURae&#10;KQlmCjUgcjvtQym4dKHkp8CEmTIESesz7K6H/wBWH2sZBlabvJ7l8pvbx5JaQEOK1BLaio6koKUg&#10;AEkqUmACdlC70Tx7CqEV+DVNSUxPFJ0agpVilcuEiJY7kUqLW1uRwr3/AAlsyBnGp9TfqG6pRZfq&#10;D0/wbIhyBX5pZNtKuMYnmDDMRp6RWa26QwUErsFvtAG625blXZTbrN045HhCYnrJBj3VKn9arvBZ&#10;J3Xy6xLg/MLue8COOhLbiSrqGpaRjtMxMGHzrpV0wwTB6EzD5uSq+bSC/veWkLoW+i7Ac2hfUb+J&#10;96C/Sbmpsi9efUjg+Uc7Q+X8/lDB6TGMxYnRGWMyoKylyzR4hLTFlG4CZUuCD2YXlTMt6cvs16HX&#10;QFdGJPrAMetcsuzb6W9/97rT81lWWOOsHYtRQ2lUYHSp1SAqDh4ScZ6DQG4NkfNeP0/zWFYNJUUx&#10;vsqJGjhRrGx2tOyBvq4XH/h+78Jv/uK3/wBYXqV/7j3Cz/ZAyj/j3+8q/wAGpJ/6EA7XP+cT/wCh&#10;7X/5tTz/AJqM/wD/AEwP/Iqi/wCp3Pf8P3fhN/8AcVv/AKwvUr/3Hue/2QMo/wCPf7yr/Br3/QgH&#10;a5/zif8A0Pa//Nq9/moz/wD9MD/yKov+p3La8Ax3Cs0YFguZsCqvnsEzFSU2O4PW7JIvOpauFaiJ&#10;9kyo67kcGzKCPEA8GDbgWkKGw1iHmFg7a3C2XRC0KKVDAwQYIkSDBHDCg/mikgllglXbLCzRSLcG&#10;zKbEXHx47cvSSsfA86s9Vsg9DOm2c+r3VPHv6r9O+ntDNmXN+Yfla2t+TooLF5PIw6Gonktf7Mcb&#10;N7BxNeXbbDSnHDCUiSf3UI90d0swz7M2MvsW+8uX1BKEylMqOwSohI8yQKmYfQVeKVtNh1BF59ZW&#10;OIaeHcq7mPYXcgD6zyvvpj+NJ+Gf1k6iZJ6UdOPUsuYM/dRcTo8m5NwKTKGfaEVmJYhOtNTwefiO&#10;CQQRmSRwoaSRVudTwO2u++VvuJbQ7KlGB4VbT5isht6Pom7Tsly1+/vMs0W7CFLWrvrdWlKRKjCX&#10;SowMYAJ6qV1d01zthtHVV9bgvk0lGjVNTKKikbaiDcTZJSTYewcW/qn/ABWPQj6OsYqsp9ZeulEO&#10;oNHsFT03yNT1eYMagZpFUrVRYVHLHSMFO/bVSREqLqCSoL+bb22FkrS454ugYn3bPWKI+yn6Td/d&#10;82RcZdYK/LnY64Q2g/4pWQVicJQFAHbGMRcByFmrMca1GG4W3yjX21tUywxHT90yEFvZ7oPBZ9Jv&#10;rb6B+tDo/mHrr0Yx2r/zbZWxWvyhjmN51ozg/kVOGUFLiVS7ipf3YUiq0JkYgd/AX4syjPbe+ZLr&#10;Z8IMY4bMfnQQ7XOw7eDcnOW8rzJtP5lxCVpShWuQpSkpGHElJwHVTfj+WMWy1iMOFYlEvzs8aVEU&#10;VM3mXV3ZFHu+JK9uEV6jfj+/hj9PM012VE6zYhn2bDbx1uOdOcvYriOFCYSMjRxVckcMc9gobzIS&#10;8ZBFnJuAQXPaFlba9Osq8gSPb+FTzu3/AFfHajmNol82SWQrYlxxCVx0lMkp6IVChGIGEqqj6S53&#10;rIFqDhqUgfVYqyaNJLWvcqCSPoNjxC/8tGn4Zn/YY5t/9RKv/wCauMf7JWV/0leyj7/om32n/wDG&#10;WP8AVk1K/wAzedv+Uen/APGhOHW9I34o3om9bmN1GUOhHV+Ov6g0sMuISdOM3UNbgmNSU8JYvLTw&#10;4hGiVSqq73+XeQourheHmT71WN8rS0vxdBwPv2+lQj2v/SvvxuMwLjNbMptyQO9QpK0AnYFFJJSS&#10;cBrCZP2zSZzDkbM2WIlqMVw4pSMQgradlliDHwJQnb9YF/DhyupfVDpz0ayVjfUbqxnjC+nWRMuR&#10;ipxvNmcK2CgoadWO1VaWoZQXdiFRBdmYhVBJA4dXV00wgrcUEpHE1C27G62ZZ1fN2dgwt+4cMJQh&#10;JUo+g4DaTsAxJApOUVDWYlUxUdBSyVlVMdsVPTqXY/UPZ4nlYNX+PJ+FBRVVTRzerCN5qSR6aV6T&#10;JfUSoiLRsUJSWDAHR1uNGViCNQSOBY7/AOUAx33+8q/CspWfoF7W1oChlBgicX7YH1BeBB6iJHGl&#10;wvSnPzKrDACAwDDdU0YOvtBluOR/+H7vwm/+4rf/AFhepX/uPcr/ALIGUf8AHv8AeVf4NOf9CAdr&#10;n/OJ/wDQ9r/82rv/ADUZ/wD+mB/5FUX/AFO4ar0r/iKejj1sY7mzLPpk6w/5zMbyPSQY7mii/q/m&#10;nBvlaWpmNPG+/MGG0KPudSLIzEeItw3yneSyvlFLC9RG3Aj4gVE/av8ATjvnuPbsvZ3Zfl0PKKUH&#10;vGlyQJIhtxZGHTAphx7J2Y8sxU8+N4d8lFVMYoG86CTcyi5FoXe2nt4KvqR9VPp/9IeQ6fqZ6jep&#10;VL0xyVWVi5eoMXxKnr6x6muenlqlp4KfDIKmeWQxwOwVIybKeK8zza3s29bytKdnMUE+zTso3h3w&#10;zA2WT2qrh8J1EApTCZA1FSilIEkCSRtFQMFwHF8w1ZosGomrqlV8540KKFQELclyoAuR3PK1c0f8&#10;KEPws8vrRNhPXHFs8GqMgnTK+S82wmm2bbGT+dYfh4O/cduzd2N7aXDDvaLlKdjhPkk/MCsmsq/q&#10;7u1a4Ku8sEMx/TfZM+Wha9nXG3CcaWsHSLPc27zMLjpdtrefU053X9nlO/58SH/LRp+GZ/2GObf/&#10;AFEq/wD5q4z/ALJWV/0leyjj/om32n/8ZY/1ZNSP8zedv+Uen/8AGhOWnemb1b+nX1iZGn6i+nHq&#10;jQ9S8s0MwwzGDQJU0ldh1UV3iKsocQigqadmAJTzI1DDVSRrwV5XnFtet62VhQ+HmDiKxT7T+yHe&#10;Tcy/FnnNqq3dIlMwUqHSlaSUqHTBMHAwaQmN5fxjLtUKPGaF6Kdhvj37WV17XVkJU/UeaPv/AApI&#10;/wCzktb/AOCLlX/lat5BXaZ/y0/80fOu6H9Wj/1DNP8A3ku/6GjP9GP+YLT/ALyp/wDmXloH/CVP&#10;/nXnrN/73WS//KHF+Crsm/ub/mn51iz/AFsP/LRyX/a3/wDfm6Q3Xn/ezLf/AC6qf+Vo+bPnWfrf&#10;0k9PHT7GeqnW3P8AhvTXp9gGxcSzNmafyoRJKdscUaqGeWaQ6JFGrOx0UHkp3t8zbNlx1QSkcTXL&#10;fcrcbN948xRYZZbruLhexKRJgbSeAA4qJAHE0B+G4XiGMVcdBhlI9bVy32QQC5sO5PgAPEnTlQeI&#10;f8KK/wAMajr62jp+oGZ8Wp6WaSmgxTD8oYssFSiOVWWMVSwyhHA3KHRWsdVBuOA1XaRlYMaif801&#10;mJb/ANXB2orbSo27KSQDBeRI6jEiRsMEjoJFCGnR3O7IrNSQRlgGMb1Ed1JHY7bi4+B5D/5aNPwz&#10;P+wxzb/6iVf/AM1c1/slZX/SV7Ke/wCibfaf/wAZY/1ZNcv8zedv+Uen/wDGhOWm+mb1c+nP1iZI&#10;qOoXpw6p0HUzLmHzLh+NLh61NJX4bUOpZYq2hxCKCpp2YKSnmRqHAJUka8FeV5xbXretlYUPh5g4&#10;isU+0/sf3k3MvhaZzaKt3VCUzBSodKVpJSoDjBMbDBpCY3l7GcuVQo8ZoHopnG+LftZHUeKshKn6&#10;jwx3DOo2pm5GrauLD6Krr50lkgoopKuZKKCapmZI0LkRw0yPJIxA91EUsToATpyqjAmnWGS4sIES&#10;TGJAGPSTAA6yQBxrkql2VBYFiFBYhRrpqWsB9fKiW/Hr/CdRmR/VWUdCVZWyJ1KBBGhBBy9wH/7I&#10;GUf8e/3lX+DWYI+gHtbI/wCWT/6MWv8A82oQv81Gfv8Apg/+RVF/1O5Z50m6r9PuufTbJnV7pVmN&#10;M3dOuoVDDmTKGZKeCqplq6Oe+1zDXRQzRtcEMkiKykEMARbgps7tt9pLjZlKhINYub3bpZjkOZv5&#10;fftd1csKKVpkGFDhKSUnqIJBGIMUh8QoKvC62pw6vhNPWUbmGohJVtrD4qSD9IPAl9UvrL9NXosy&#10;jl3PXqZ6nRdM8s5sxL+qeXax8NxrF5qqu+VlrCiU2A0ddPtWOFi0hjCKdoLBmUFHmudWtigKfXpB&#10;MDAn4A0LuyrsW3m33vHLXJbU3DrSNahqQgBMhM6nFITJJECZOJAgGHDAst41mWompcEoTWz06fMT&#10;LvjjCpuC33Sso7nte/C2dFvxhvw6fUP1Qyf0Y6NeoKXO/UzPtQ+F5UyvSZMz/SvVTRU8lXJeavwO&#10;CGNUiid3eSRVVVJJAHCyx3zy25dS225KlbBpV+FSZvt9G3aRu5lT2ZZjlwZtWRK1l+3MAkAYJdKi&#10;SSAAASSYAp6xLp1nHB6GoxLEsIFLRUgElRO1TSNtBIUaJKSbk2sBxt6ofjQfhm9G8+Zm6Z9QvVBS&#10;4XnXJtZU5ezRhGE5azpjCUddR1D0s9PJUYLg9XB5kUkbK6iQlSNeVut9srZcKFuwoYHBR+ANKd1f&#10;oo7T86y9q9tMqUph1IUgl1hGpKgCFBK3UqggggxjXOh6bZ2xKkgraTA2emqVWaCSSemjLIwDAgSy&#10;KbEHTThaG/4UZ/hlqzKM55scKSA65RxCxt4i7A8K/wDZJyv+kr2VJw/q3O1CP7gx/qyae/8AM3nb&#10;/lGp/wDxoTgv9Efx0fw2+uuecK6dYH1pqMl5mzBNDhmXR1PwXEcFoa2qnYosS10sb00TE2A8+SMM&#10;SApJNuLLHf3LLhwIC4J2SCPfs9tA7fn6D+0vIbBd47Yh1pAJV3S0rUkDjoBCiP8AFCoAJMCm7FOl&#10;uc8KpZKyXDRUwQgvN8jIkrKo1vtB3H6geDb+LN/2ba9Zv/gi4t/yqvF29/8AyzH/APFNAf6Rv+om&#10;ZJ/3kops6f8A/MaZb/7yo/28+Z304/52HkP/AL3WF/8AldFzGG2/uifMV9O28v8Ayzrj/a1/76aO&#10;vWf7x1f/AC6k/wCVTz66PMwq+P6q+OVN5o/HI/C2yZmbMWT8y+qD+W5jynXVeWsfw7+pPUSb5eto&#10;Kh6WePzKfAXjfZIhG5GKm1wSOBB3fzKkKKVO4gwfCr8Ky4yr6E+1W9tW7hnKtTbiQpJ7+2EpUAQY&#10;LwIkHYQD00v4Ol2eqmCGohwPfDUIs0T/ADNGLq43A2MoPY8sR6J9a+mXqL6W5Q609G8zf1x6Z58h&#10;mxDKmZfksQw/5uGCqlonb5fFYKaojtLC62kjU6XGhB4JLG+auWkutmUq2HEfHGsct+NyM03bzV7L&#10;cxa7q6ZIC06kqgkBQ8SCpJwIOBNI/E8MrsGrqjDMSg+WraQhKiDcj7SVDDWMsDofA8L/AOqn8Q/0&#10;d+ibGco5f9TnV/8AzZ4vnulqcZypSf1fzTjPzVNRypBM+/L+G1yptZwLSFSb6A8Ls23jsrFQD69J&#10;VswJ+ANSF2UfTnvnvww89kln+YQyQlZ7xpEFQJA/aLQTIHCad8ByfmPM0VRNgeHfOx0rLHO3nQR7&#10;WYXA/TOl+3hxv9LX4knos9aebsxZE9M/Wf8AzlZryphv9bcfwr+rubMG+Xw/5qKj83zcwYZQxv8A&#10;pJkXajFtb2sCeVyreaxvllDC9RAk4EYeoFKO1X6aN9tyLNu6zqy/LsuL0JPeMrlUFUQ24sjAEyQB&#10;11yx3JeZctU8NVjeG/JU9Q/y8UnnU8l32lrWhdj2HFJ6sfXn6UvRHgmH4t6j+rdHketx2GeryvlK&#10;mhq8SxzFRALH5agw2KaYoXsnnOqxKxAZ178dzfeC0sUgvLidg2k+g/dRZ2R9gO9u/L6m8ms1PJQQ&#10;FrJCW0T/AElqITMY6RKiNiTWHAMqY/meV48Gw9qpYiFnqGKpFHf/ABO5Av42Gvw5XH/y0afhmf8A&#10;YY5t/wDUSr/+auBr/ZKyv+kr2Vkn/wBE2+0//jLH+rJpZf5m87f8o9P/AONCcd8B/wCFEP4YeM4v&#10;QYXV9TMxZbp61/JkxzHso4z8nT3BIaX5KOplCk6XWM2vrYXIu32j5UpUaiPQ0kv/AOrl7UmWVLTa&#10;tOEfwpeRJ8tRSPaR7axy9H88RxvItFDMVFxFFUR7j9G4gfny5bIOf8kdU8m5d6h9N810GeMjZtpk&#10;xfLWa8sVUVZQ1tO5IDxSwllaxBUi9wQQbEEcGtvcNuoC0EFJ2EVhbvBu/fZVeuWl4ypl9owpCwUq&#10;Segg+3rGIwoN6ukqqGpmo62nelqqdvLnp51KurDwIPPmu/jJ/wDZzr1h/wDgzRf+Wii5jJvp/wAt&#10;R7z+Qr6Zfov/AOoXZN/tJ/39VHS6cf8AMEZd/wCXB/6SNzaP/wCEvX/VgfV7/wALBj//ALBeVOSr&#10;2V/8s9f+2H/fU1ys/rTf+og2f/eC3/yvcUBfXL/mLMO/710P/lTUc2QeSZXNWgZ57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9LYE5mTXxx1t0c9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcAf1T9Lsf64emL1HdFsp1lHh+aer+&#10;Q839LstV+YZJ4sPgxDMGXqvCaeSpeminkWFZJ1MjJG7BbkKx0Jfm1op+1daTtUlQE7JIIofdlO9V&#10;vkW9OW5lcJUpq1uWXVBIBUUtuJWoJBIBUQDAJAnaRtp1wKuhwvHMGxOoVngw6rp66dIQC5SGZZCF&#10;DEC9hpc8+Yb6wfSn1D9FHqAzp6cOqmM4Lj+eMixYXV4tivT+orqrCpFxfCqbGIRDLiNJQzErFVKH&#10;3QrZgQLixOLWc5S5Y3CmXCCoRs2YieIFfUd2N9rOXb8bvMZzYocQw8VgBwJCxoWpBkJUsbUmIUcI&#10;2bKPBl3H6PM2EU2M0EcsNLVGRY46sKsg8uQxm4RnHdfbw3noI/CB9Sv4inTrOXU3onnfI2V8ByPj&#10;X9RMWpOqWJ4/RVklZ8jBiG+FMJwbEkMeyoUXZ1N76W1Jzu/ubdZk0pbSkgAxiT58Aah76gPrF3Z7&#10;OMyYsszYuHHHm+8BaS2oAaimDrdbMyk7ARHGk9mzqHguTqymocTpaqeWqi+ajagSJlC7ylj5kiG9&#10;x7ObYXWTJPWT8OD8BLPXTatzRQf53+kuTp8iVebenNVWyUcUmas4/wAueehqKynopw8dPixKuYkZ&#10;XFx2B5Ld6w/lm76kEjWlMSOtUYbOBrkluXnmS9pXb/b3qWlfk7l8OBDoTqPdM6gFpSpaYKm8RqII&#10;27SKALDqrDc5dV6WtWB/5diFSKpaesVQxEFNvAYKWFiY+1+3NBnp1kbGep/UHInTXLskEOYOoeM4&#10;XkbApcUd4qZazFq2KghMzxpIyxh5RuIUkDsD25j7bMKdcShO1RA9tfQJvJnrOV5dcXrwJbYbW4qM&#10;TpQkqMCRJgYYjHjRsKyqjoaSqrZgTDRxvVShBdtsalzYG2thzZ1X/hK914KqX9VuUVcgblXA8ZIB&#10;8bEyC/3clL/YnuP+PJ9hrl0f61zIJwyl/wD1RH4UCH+ffCv+mDUf9FY/6Oa5vqb6BZq9LXX3qp6f&#10;M64lR4zmfpTi02V8TxjL5mNFV7FWWOaH5hI3CyRyK1mUEXt8eRtmmXrtLhbKjJSYwrpF2X9oNpvX&#10;u/aZvbJUhq5QFhKo1DgQYJEggjA0MeCYtBjuE0GL0yNHBXxidI5rblvoQbEjQjm+3/wn16uZs6sf&#10;hsdO4c4YzLjtb0txvHek+E19czyTrheHSQ1lFAzv3WnhrFhjtosaqvhzIHs7vFvZYnUZ0kj0Gz41&#10;wB/rDtz7TKO0y5NugITcNtvEDZrUClRj++UkqPSok8aKj1cw+noM6Vhp4xEtdFFXyKtgN7gqx09p&#10;W5+PLtODmsHqDLleX4s3/Ztr1m/+CLi3/Kq8De9//LMf/wAU1kX9I3/UTMk/7yUUsOn/APzGmW/+&#10;8qP9vPmN4JhVRj2M4RgdG6R1eM1VPhVLJUlhGslRKsKlyoYhQW1sD9HMXEIKlAdNfUPfXabdhbqt&#10;iASY2wBNHdlkEUckrAlY1MjBe9gL82fcA/4Sy+pWpwijmzR6m8jYPjzh/wCYYbgFBj+JUkREjBfL&#10;qaiGheS6WJvCtiSNQLmU2+yi6I8TqQfU/h8K5bZh/Ws7speUGMruFt8CpTaScOKQVgY/3xwxw2UB&#10;0vXbBVkYQYJVSRC2x5XiRjp4qC4H381tusXTDH+iXVzqn0YzXU0tZmnpHmPHOmGZavBHklopcQwD&#10;E5sKqHp3mSJ2iaSBihZFJFrgHTkZ3tqph5batqSQfMGK6X7mb02+eZPaZkwCGrppt1IVAUEuJC0g&#10;gEgGCJgkTxNDRh1dDieH0GJU4ZYMQhiroFlADBJUEguATrY683TOn3ql6sUP/CafEOtEeZatOpOA&#10;5QxPpBh+bhUzNXx0Yz4+Q4JknZvMSaGhkUI4a6soYEG1puts2eG7BcnxBJTP+dp+FcSt4uyrKHPq&#10;bTlpaT+WW+l4ogaSr8uLggjYQpwGREEGDRaqzAsPbrUmGmBTRTVCYi9PtGwt8qKogjsQXGo5pPdO&#10;sjYz1P6g5E6a5dkghzB1DxnC8jYFLijvFTLWYtWxUEJmeNJGWMPKNxCkgdge3IOtmFOuJQnaoge2&#10;u3+8mes5Xl1xevAlthtbioxOlCSowJEmBhiMeNGYrKqOhpKqtmBMNHG9VKEF22xqXNgba2HNnVf+&#10;Er3Xgqpf1W5RVyBuVcDxkgHxsTIL/dyUv9ie4/48n2GuXR/rXMgnDKX/APVEfhQIf598K/6YNR/0&#10;Vj/o5rm+pvoFmr0tdfeqnp8zriVHjOZ+lOLTZXxPGMvmY0VXsVZY5ofmEjcLJHIrWZQRe3x5G2aZ&#10;eu0uFsqMlJjCukXZf2g2m9e79pm9slSGrlAWEqjUOBBgkSCCMDQx4Ji0GO4TQYvTI0cFfGJ0jmtu&#10;W+hBsSNCObt34Rnqa6hv+CTn3qViGNPjmbPTLgnUfBMnYhiZaaVKfK2CyY5hkEhlHvLTpMkMY1Aj&#10;RV8OTnufmjn8iUsmS2FR6CRXDr6wOzDLh2429khGhnMHLZSwMBLqw24RGwqIKj0qJPGiydQsEox1&#10;NpaJYvKp8blopalE0BM8gici3tsSfjzQuxjGMWzDi+K5gx7Ep8ax3HKmfGMaxjFJXnqaurqZWnmm&#10;mllJZ5JHYszMSSTc8x/WsqUSTJNd+bKzZtmUNNJCG0AJSkCAABAAAwAAwAGwUa2OOOGOOGJBFFEo&#10;jijjACqqiwAA7ADmzjkz/hL16gsz5QytmTEPU3lDBa7MGHUWN1eDw4VjFWlLJV0yTtEJrxeZsLbd&#10;2xb2vYclJjsruVoCi6kSOg1y7zr+tN3etbx1lGVvrShSkhWtAkAkTGMTtiTFAjU9csIgqJ4UwSol&#10;SF2iWQyRruCsRe2tr8pG9ePotzx6B/UPjfp7z7mjDc54nh2H4dmnDszZWSpjpaqixKIvGTHVoro6&#10;sjKy3YXGhPALn+SOZfcllZBMAyOus5OwLtssO0DdxGb2jS2kKUpBSuCQpJxxBggyCDht2UJuVMy0&#10;ubMHixekgemjd3geCfaWVkNjqp1HNlP8Bn1TZ+yP+GV6/KiXGGxWD0l0GYOrPTajxINULh6zZTr8&#10;canRZPd8g1WGvL5YNt8jk/a5J24GbON5XcYz3QJHsJ+IrmZ9ffZTl9/2obvAI0nM1NsukYaoeQ3q&#10;P99oWEz0JT0UC3VbAqSqzvlJRH5ZzA8OH1rJpvtUJFc28dr2v8BzT9zNmXMGc8xY9m7NmM1OYs0Z&#10;orKnMGY8fxiV56utrqyZqieeaSQlnkkdyzMTck8hp11S1FSjJOJNdjssyy3srZu3t0BtptISlKRA&#10;SlIgAAbAAIAoxEEMNNDFT08awwQKsMMUYsqqosAAPADmwXln/hMp6/MyZby/mI9SulGBnH6Gkxo4&#10;LjGYM1Gso/moEn8ic0WWqiEyR7tr+VK6XB2swsTIrXZdmCkg6kCes/4Nc8Mz/rQOz62uXGfyt6vQ&#10;op1JbahUGJGp9KoO0SkGNoBwoI5+tuU4Jpofkq+XyWaLzY4YNrbTa43TA2PxA4+f8svXr8/7e90f&#10;/wDH/nT/ANxTl/8AYrzD+m37Vf4NIf8Aoqb2ff8AMnff6mx/88Vi/wA+WU/+mdiP/RGm/wDOjmxD&#10;+KL+HR1t9bXoY6BemTpVmnKuX8+dK8wZVzXmHFuoNdi9JhE1PgeT8Wy/OtPLhuG10zO01cjIHhUF&#10;AxJBAUyPvVu2/fWDbDZSFJIJmYwSRwB6eiucv0r/AFIZHuPv5mGd37Ty7e5adQkNpQVguPNuDUFO&#10;ISAEoIMKOMQCMQD+Rs44ZlnNOLY3XwTzUlfDPTwx0ixtIDLURzC4d0FrIb68+dNW0klBW1dDMytL&#10;RSyUkrRklS0blCRcA2uNNOY3KEGK+kBh4OIChsIn20cRGDqrjswDC/xF+X+elj/hPt6y+teQOhXq&#10;Ryr1M6Y4fkbqBS4H1RwbCswYzmqLFosPqGirljmipsuTwrME0KrMy3/etryQsp7O719tt5KkaVQc&#10;SZj/AEtc+O1f+sN3KyPML/Jn7W7U+wpxpRShooKhKZBL4VpniUgxwoJsd6uZbwyrxXBZ6KueqpGl&#10;oZJIY4DGXF1uC0wNvq5v/cyGr576KVz3PV6vc1sf+FLHpLPVf0rZP9TmWsLaqzf6bcS+UzRJSqWk&#10;kynmKWKjnZgly/y1YtM40siPKxIF+Rl2nZR31ol9I8TZx8j+Bj310x/qye13+Ub2PZI8uGb9Eong&#10;82CoeWpGsdaggbYoaOiuYPkMeqMDnfbT40m6AN2FRCCw/wCQluPptzWf/Bb9Tg9Ln4hnQ/MWKYgK&#10;DJXU+pfofn55GKx/I5leOmppHbsqQV60szsRYKh7dxF+5GaflMxbUT4VeE+v6wa6dfWz2X/2q7Or&#10;5lCdT9uO/b6dTUlQHWpvWkDpIobOpWB/z3KGKQom+poVGKUlu++AFmA+JTcPr5uxfjP+oX/Zx/Dm&#10;9Q+Y6KvNDmfqFhy9FMnmJkSV6zNTHDZzGzA2eKiapmBGo2XFjqJx32zH8tlrhBxUNI9cPhJrh/8A&#10;RR2df2l7ScuZUnU0wrv19ENeIT1FehPRjj0UWbpthH85zlg8LJugo3/mdRfttg98X+lto+vnzv8A&#10;0vdC8c9TPqI6M9Asulo8S6rZhw3KL1cJUGlpKicGrqfeDC1PTrJKdDovY9uY5ZVYKurlDQ2qIH4+&#10;wV9Gfanv4xuvu5e5s99ts0pcdJA8Kf8AOVCfWjgY5isWCYPiWLTapQQvUBT+8wHur9ZsOWnf8KB8&#10;2V6+vaboRhrNhvS70z5Oyd0x6VZQgd/ksNw+bL1Jiz+VGSQHY1Kxs/2mWNASQosK+0R4/wAw7ofY&#10;2lIA6BANYpf1eWUNns/GaL8V1mD7zry/4lKDikCT0DSSBsBUojaaQnSOnQ5UGKuN9djdTU11fUkD&#10;c7iZoxc+z3b2+J4Hv4bP4O3Vb8SHIHUTqTlDq1gHTHLmQcYhyOY8y0tfXVVZWtRJXykR0oRUjSOa&#10;OzFyWJIsLXKfdncx7M21LSsJCTGNCL6mPrLyns0zC2srizcuHXmy54SlISnUUjEySSQcIwAGJnCZ&#10;nTqLQZMq6OiqMPlrpquM1V4GRVVdxQat3JIPBF/EB/Ax6yegboFN6g8f605c6lZYw7FsPyvjWD4D&#10;RYlQ1sH8zZooZk+YEiOokAVgWUi4Iv24o3h3Dfy+374rChIHHjQc+nr678l7QN4BlDVi7buqQpaV&#10;KUlSTpxIMQQYxGB2cKhZS6pYbmzFhhEOGTUU7xvPFJKyOp2akG1iNOAJ+C11czZ0j/En9Mc2WcZl&#10;w2i6h42nSfN9BGziDEcLx+NqNoJ0S+9VmMUyX0EiK3hwv3IvFs5m1pP3GD1g0P8A62tz7TOOzPNA&#10;+gKUw33yDxSts6pB4SnUk9KVEcadupWH0+IZLxwTxh2o4vn6dja6PEd1x9VwfgeWz/8ACqX/AJ3L&#10;6Rv/AAWcy/8Al1pOC/tY/u7PkfiKxG/qof8Ali5x/tzX++KpAdCP+SbmD/l/D/0jbgf/APCWz/q7&#10;n1Df+E4P/sTYZxP2U/8AFjn+J8xQh/rVf+nPy7/vK/8AeTlS+un/ADD2D/8Aeb/1Afm0F+LN/wBm&#10;2vWb/wCCLi3/ACqvJT3v/wCWY/8A4prln9I3/UTMk/7yUUB3T/8A5jTLf/eVH+3nzO+nH/Ow8h/9&#10;7rC//K6LmMNt/dE+Yr6dt5f+Wdcf7Wv/AH00des/3jq/+XUn/Kp5uh/8Kmv+raPTL/4PVd/5YJ+T&#10;Z2r/APErX+N8q4of1U//AE8+af8AeMn/AJUFFs6E/wDJaxz/ALxU/wCko5p3dDMp9d+pOcqjpH6e&#10;sIzDmjOvVmhlyViWSunIq3qcawpaiHFZqaqjpCA9Ij0Uc8vm/o18sO5AW4hmwZuHV92yCVKEQOI2&#10;+zCfSuy2/eb5BllkMwzdbTbFsoLC3YhC4KApJOxZCylOnxHVpEkxRisUqMKoqZcQxeSGCmw9hUpU&#10;1m0LFJtMYZS37xDEC2utuWyZY/4Ttfic5gwSixfEOnOW8nVVYGd8vZnzbhLV0ADlV8z+WNWQjcAG&#10;AEpIBswDXAFzXZxmikyUgdRI+U1iPmn9Y52XW76m0XLroH8SGV6T5a9KsNn2jqkY0gJ+sOSIZWjS&#10;smqVXQTQU8m06eG/afy5vkel/IWYelXpo9O/S/N0UVPmzpvkXKWQszwUUqzwpiOD4BSYdUrHIujq&#10;JYWCsO415P8AlVupq1bQralIB8wAK4Fdqe8Ftm28+ZX1uSWX7l5xEiDpW4pSZHAwRhwoqmOVcNfj&#10;WMV1OSaesqqirgLCxKSSs63HhoeDnxfQEpr5pYf8Kpf+dy+kb/wWcy/+XWk5CHax/d2fI/EV22/q&#10;of8Ali5x/tzX++Koy3Qj/km5g/5fw/8ASNuUk/h3/h5dTvxG+rOZelnTTOuA5DkyXhH9ecz43nk4&#10;gQMP+egw8ilioKafzZvMqFOx3jXbc77gAgbdzdx3Mni2hQTAkzOzZwrOL6jfqLyvs2yhq+vWHHu9&#10;X3aEt6fu0lXiKlCEwk4gKMxhxoTc4Zvocm4fBX1tNLVipk+Vgipdn29pf3i7CwsPC/LIvVf/AMJ2&#10;uuXpb9PHVP1B1PqByvnnDelGGtmzGcsUGHYpQ1NRRQyos5hlmMib0Ri4VgN1rXBPBNm/Zw/aWy3u&#10;8SQkTEGsaeyT+scyLereO0yhOXPMquV6ErKkKAUQYkCDBOEjZMxSMwDrDheO4xQYQuET0r17/Lxz&#10;u8bKGIJFwLacpg9J/VLM3RP1NdBOquUMUmwjH8kZswPGaaro3ZGeEYhFHUQPt+1HPCzxSodGRmUg&#10;gkcBOUXamLptxJghQ+NZr9re6trnm6+YWFwgKbeYcSQenSSk+aVQoHgQCMRQk4/QQYngmLUFQgki&#10;qqeWMq3t2Eg/SDYj482Jf+FS/VXNtV139N3Q/wDmk0WRMCyjP1VGCxOywT4ti2M1mEGeVAbO8UOH&#10;bYyRdQ72tua8j9q12s3DTU+EJn1JI+Vc4/6qjdOzRkGZ5noH5hb4Z1cQhCErgHgCpcnp0pnYKB7o&#10;VQU64VjWJ+WDVy1AoPNI1EccayWB8Ll9foHKh/w1vwyuo/4lOb+p2W8i9RMG6bUPSrDqDG8dxjNc&#10;FZVPNJilTLBTxQw0ii9xTyM7M422AAN9Aduxuu7ma1pQoJ0jj11mF9TX1P5b2ZWdq9dWzlwq5UpK&#10;UoKRAQAVEk+YAABnHZGIh50ztRZLp6Gaqo5K1693iijpyq2CKCSS30jh7/Vl/wAJ3eufpZ9PHVD1&#10;CVPX/K+e8M6U4ec045lnD8OxWhqp6KOVEmMMkvmoXRX3BWABAOo4IM37OLi0tlvd4lQSJiDUCdkf&#10;9Y1kO9e8drlAy95ldyrQlRUhQCiDEgQYMRImOikpgHWDC8dxihwhcJnpZK9/Iind42UMQSLgW05T&#10;d6QurmbOhHqh6C9Wck4zLgePZNzVg1etXTM6iSkkro6erp5RHctDUU8kkUqW95GI8eArJrxdvdNu&#10;JMEKH6+6sz+2Lc+0z/dXMLC5QFtusrEHgQklKh0FKgFJPAgGhHzDh9PiuB4th9TGJYqmCVNrW0YK&#10;SpF/EEAj4826f+FTX/VtHpl/8Hqu/wDLBPyYe1f/AIla/wAb5Vx+/qp/+nnzT/vGT/yoKL50J/5L&#10;WOf94qf9JRzUj9Ifpa6q+s7rplj07dGqzDaDOueoqt46vN9bPQYXHSYfAcRqJKmSmhqJCkaQb9qR&#10;OxKjapNuRBk+VPXtwGW41Hp2YY1167Ye1XKdyshdzjMUrUwyRghIUslR0gJBKRJJiSQMcSBRgcw4&#10;7QZbwufGMSV3pqUqCtOodyznYAoYgXN7d+WXeuL8Cjr16F/TLVepDPPWHKmd6PL9bhOC5xyrk6PF&#10;lelbFpxRLJTVFfBD8wqTuindHGSpLWFrcE+e7hXFha98paTESBPH41jH2FfXpu/v5vQMmtbJ5krS&#10;tSFrKMdA1QpKSdJKQTgVCRE4zSKyv1TwnNONrg1Lh1RStMsktNPUmP3vLG6zBCbaA+J5UF0c6b5z&#10;60dUchdF+nzx/wBb+r2L4Z04wCmr6k0tJPWYpXwwU8dRJqBH5xRiSCAQDa44DrK2W+6lpH3KIA9a&#10;zF3z3lsskyq4zK7nubVCnVECSEoSSopHTpkdcxxoQ8SrabDaGrxKsv8AL4dG9ZKyLuYLGhJIHttf&#10;l5fWr/hOd6oegnpq6reoDPHWvI1biPSTA8R6iY3kTKpxypWfDcKh+cqFirquipf04gR2VDDtLgLv&#10;sdwHd92bXVvareUtMpBMCdg64+VYJbkf1kW6u8G89plNrY3ATcuJbS4vuxClnSmUBavDqIBOqQCT&#10;GEELsM6x4Hi2NUGEUuGVSpiEqUcVVP5S2eQ7RdVZtL28fq5Rj0d6qZt6HdVunXWHImISYXnDpnjO&#10;H50y/V00jRn5jD6lKgIxXvHIFKSKQQykqQQSOAOyu1sPJcQYUkgj0rO/fLdSzz3KbnLrpIUzcNqQ&#10;oHHBQInzG0HaCARjQo4jQU+KUFZh1Ugkp62N6aVWF9HW1/pHcc3H/wDhUr1VzblvoR6ZOkWD4pNQ&#10;ZV6pZhx7MucKSldo1rTlikoBSQzbSN8ayYmZdhuN6I3dQRNPatdrTbtNg4KJJ9Ij41xi/qqd07O5&#10;z/NMwcQFO27TaUE/w96V6iOgw3pnbBI2E0XLoVQU82K43iEkYeooYYoaZmF9vns+4j2GyWv7Oaun&#10;4f3oezt+IJ6gqfoFkbOGG5ErkwbE884rmbNEdTPDBR4d5URCQ0oLSSPLURqBuUAEtfSxird7InMx&#10;uO6QoJwJk9VdUPqF7dLHs83dObXTK3k94lsJQQCVKk4k4AAJJ44wIxkDnm3NFLlHCDi1VTvVL5iU&#10;scEBUEs9zqW7AAHlinrl/AM60+iP01Z59TGM9dcs9Qst9O58HhzJl7CKDE6CtNPjOL02BRyQNP5q&#10;Oy1FZFuRivuFmBuoVhHn3Z8/Y2qny4FBMSMeJj4mscewj+sCyTfnedjJW7B5h18L0qKkqTKEKcIM&#10;QQClKoInGBGMhH5W6sYZmfGqXBI8Kno5qwSGGaR0dbxxtKQbWI0U68Id+Fj1ezT0U/EK9JGasrV8&#10;1G+OZ3wDptmKClcqtXg2acRiwCuhkW4Vx5NWzKrab1VtCAQQbqXi2MxZUnioA+RMH41Pn1W7nWme&#10;dnWcMPpB0W7jqZ4LaSXEEdGKQCRwJGwkUqs94dBieUMwU86BvKpZa2EsPsyQIZVI9mq/dz6Hfrj9&#10;EnTr19dHqTob1Xz3mvJORYsWpM4YlF0mrMHoanEZqGOVYIamTF8MxMGFHl8zaiqS6qSdLcyNz7Im&#10;8wZ7pxSgmZwjH2g185/YV245l2fZyc0sLdl58oKB3yVqCQoiSkIcb8RAiSTgSIxooGV8z1mU8RbF&#10;KClp6mqMbUyHEFkZUDEXKiN010twNMs9Celn4W34ffWnBfTtQVKYb0SydnfrLHjmbTS1uK4xjWH4&#10;JVYv83iMlNBSxzSH5eOMBY1URoqAAAcTNWDWVZcsMjBCVKx2kgEyaE+Z7+5r2q9odi5nChqu32GN&#10;KJShCFLSjSgEqKR4icSTqJJMmps+K1+es3YbLjDrvxSppcNMVPuWOOJ5Vj2oGLEDUnv358yvM2Zc&#10;wZzzFj2bs2YzU5izRmisqcwZjx/GJXnq62urJmqJ55pJCWeSR3LMxNyTzF111S1FSjJOJNfT/lmW&#10;W9lbN29ugNtNpCUpSICUpEAADYABAFHaghhpoYqenjWGCBVhhijFlVVFgAB4Ac2C8s/8JlPX5mTL&#10;eX8xHqV0owM4/Q0mNHBcYzBmo1lH81Ak/kTmiy1UQmSPdtfypXS4O1mFiZFa7LswUkHUgT1n/Brn&#10;hmf9aB2fW1y4z+VvV6FFOpLbUKgxI1PpVB2iUgxtAOFBHP1tynBNND8lXy+SzRebHDBtbabXG6YG&#10;x+IHHz/ll69fn/b3uj//AI/86f8AuKcv/sV5h/Tb9qv8GkP/AEVN7Pv+ZO+/1Nj/AOeKxf58sp/9&#10;M7Ef+iNN/wCdHN4rpjlmvyX026e5OxSWGoxPKeB4TlnEZ8PZ3geegoIqWRo2kVGKFkJUlQbdwO3J&#10;2tWihpKTtAA91cK96MzbvczubhAIS64tQnbClEiYkTBxxNFfrp0qa2sqYwQlRLJOge1wHcsL2vrr&#10;xccUURVF5Xl+LN/2ba9Zv/gi4t/yqvA3vf8A8sx//FNZF/SN/wBRMyT/ALyUUsOn/wDzGmW/+8qP&#10;9vPmTZVxzMuWM0ZbzLkvFKzA845er6PHMp41l6WWDEKPE6SoSopZ6aSAh0mjlRWjZTuDAEa8xeac&#10;UhYUkwoHCNs19QObWFrdWrrNyhK2VpUlaVAFKkkEKCgcCkgkEHCNtHbqIoJ4JoKmNZaaZGiqIpgC&#10;jIwIYMDpYjvy3jpb+BD+J/1rwqbOtd0WXp/Di4TFoZutGO0GE4rWyVTPJI0lFJJPWwyA6yCqija7&#10;aXN7DG03BzV8aijTP9IwfZt9tYe71fXv2WZG6LZN935Th+wbUtCYiIXAQR0aFKGHDCQ9r+qmR8Mk&#10;FMuJ/NmO8ZGGxPJGoXQWYAKR7NpPLF/UF0I9TP4Zf4FfUXoP1Pmo8tZz64dZ4MHxqXJGJitjlyxi&#10;uXaeski8+ERkefJgTRSpb3oyVN1Y8EmY2F1leQKaXgpbnA8CP0rG/s73+3X7UO3m2zWyCnGLOwKk&#10;94jSQ6hxSQYM/aHgpJ4KAIxFI3CMVwTO3VOjxWhDT02GYaZIhVJtInjmKg2N+wluD7ea7PpP9OWa&#10;PVv6iulPpyybjVFlzMPVPEjgdLj+YfONJRxQ00tdUTOsCs7lIYHKoLbmst1vcRxlGWrvLlDKTBUe&#10;NdHO1vtJtd0N27vOLlCnG7ZGopTEqJISAJwEqIk8BJg7KGHH8Zgy/g9fjNTG00NAnmtFDbcxLBQB&#10;f2kjl33qH/4Tcdd+gnQjrB1xPqLypm6l6PZcxfqfi2W4cNxailq8PwKhkxOrSKZ/NUS+RC5jDLZm&#10;AUlQdwHWZdmdxb263e9SdAJiDsGJrBns5/rLsg3gz+zyz+WvNG6dQ0FakKAU4oJSSMMNRE4yBJgx&#10;BDHB+s+FYtiuHYX/ACeop2xGaOhjmLxsFeVgi3Atpci/KAujvVTNvQ7qt066w5ExCTC84dM8Zw/O&#10;mX6umkaM/MYfUpUBGK945ApSRSCGUlSCCRyPLK7Ww8lxBhSSCPSug++W6lnnuU3OXXSQpm4bUhQO&#10;OCgRPmNoO0EAjGhZxGgp8UoKzDqpBJT1sb00qsL6Otr/AEjuObLX/CoXr1m7GOs3pv8AT9SYvUUv&#10;TqgybH11ny+jFIarFcbxbEcGhmnVGKu9PDhrrHe+zzHt9s8k/tUzBan2mZ8OnVHWSR8vfXMj+qy3&#10;As2clzPNlIBuVPm31cQhtCFkDoClOAnp0pnYKBXobhNPFhuNYs0YasepOFCbuVjijSQgewEvr7bD&#10;lMfoB/DX6/fiO5k6jZd6G43ljLQ6W0NBjWaca6pYjiFDR/7855YKaCEYVQYlM8j+RK3+SCAIbsCV&#10;DAnd7di4zNSg0QNO2SePkDWav1B/Uzu92a21s9miHnPzClJQlpKVHwgFROtaEgCUj7pJOAIBIEnN&#10;udMJybDRzYpFPP8APM8UEVAiO3uAFifMdAALjx5Z5/yy9evz/t73R/8A8f8AnT/3FOCn/YrzD+m3&#10;7Vf4NYt/9FTez7/mTvv9TY/+eKQ/+fLKf/TOxH/ojTf+dHLqfwWvwl/UZ+HL1J625x63Z0yTmnDO&#10;pOB4blnA4OleI47XTxT0de9U7Tri+D4YqoVawKsxv4DvwcbkboXOWuuKdUkhQAwJ6esCsI/rZ+rr&#10;dvtJyyxt8sYuG1W7ilK71LaQQpIAjQ64ZnpAoNOpXUDBs5UWGU2GU1VA9FK88pr0iUEMm0W8uR9e&#10;Gg/GX9AXWP8AER9O/TjpJ0VzLlnK+ZMn50peo2J1vVGsxSioXoYMDxPDGSJ8Jw7EpDL5lahAaMLt&#10;B969gTTfXd57MrZLbRAIVOM9BHAHpqLfos+oPJuzjeO5zDMmnnGnbctANJQpWouNqkha2xEJPEmY&#10;wpj6b5tw7J+MVuIYnBPPDU0zUaLQrGzBjKj3IkdBaynx5QPgn/CWT1I1GFUU2ZPU9kjCsckUnEcO&#10;wTDsexCkifcdI6ieKieQWsbmFNdLePI+b7KLqPE6kHyJ/Cugl9/Ws7tJdUGcruFN8CpTaSfNIKgP&#10;9MaFmXrtgokYQ4HVSRD7DyvEjEfEAtb7+V5fiTfg7dVPw3un3TrqVm7q3gPU7L+f8ZnyMYstUlfQ&#10;1NHWLRPXwkpVb1kjdIZbkMCpA0O66hzebcx7LG0rUsKCjGFZF/TP9ZeU9peY3Nlb2blu4y2HPEUq&#10;Ck6tJxEQQSngZBOIjFX5L6i0Gc6usoqfD5aGakjFVedkZWXdsOq9iCRwW/8AhOb1QzVkr8SXJ+Rc&#10;HxKWDLfWPLuZsr5vwpW/QVCYXg8+YqaRkOm+KWhARhqAzAGzMCs7NrpaMzSkHBYIPoJ+VBD+si3W&#10;tL7szeunEgu2rrS0HiNaw2oT0ELxGwkA7QKb+sdDBU5LqKqRAZsOmgnp5PEF5BCw+gh+On/Ckj/s&#10;5LW/+CLlX/lat5btM/5af+aPnSX+rR/6hmn/ALyXf9DXDox/zBaf95U//MvLQP8AhKn/AM689Zv/&#10;AHusl/8AlDi/BV2Tf3N/zT86xZ/rYf8Alo5L/tb/APvzdIbrz/vZlv8A5dVP/K0fC4/8Kl+qubar&#10;rv6buh/80miyJgWUZ+qowWJ2WCfFsWxmswgzyoDZ3ihw7bGSLqHe1tzXLO1a7WbhpqfCEz6kkfKp&#10;K/qqN07NGQZnmegfmFvhnVxCEISuAeAKlyenSmdgp56FUFOuFY1iflg1ctQKDzSNRHHGslgfC5fX&#10;6Byon8NX8MrqL+JTm7qhlvI/UbB+mtF0qw2gxzG8XzVT1lW08uKVUkFPDDDSAaEU8rO5cWsoAO66&#10;g/djdd3M1rSlQTpA29dZg/U19UGW9mVnavXVs5cKuVqSkIKRAQAVEk+aQBGMnERiIWdc70eS6ehm&#10;qqOStavd4oo4Cq2CKCSS30jg1fiQ/gwdWvw5OkeSus+besGX+puVs25ji6YTUmXKTEKGtpMQqsMr&#10;MVp32VQdJImjw+YOd4KkLYMGJVbvNuS9lrKXFLCgTGE7YJ+RoE/TV9a+UdpOcP5bb2btu600XZUU&#10;qSUhSUKEiCCCtMYEETiIxbcmdScPzliFThtPh01DPTwmuDTMjKyK6xnVbWN3HFL/AMJ6ur2aenP4&#10;l/SzJmEV80eWet2F5kyBnTC43Pkzw0mAVmYaWRoydpeKpw6Pa3dVZwD7xBd7OrxbWaISNiwQfYSP&#10;eKLP6xTc60zLsxu7lxI720W04g8QS4ltQnoKVmRsJAnYCMHV7DoK3JVfUyIDPhjw1dNIRqC0qwsL&#10;/FXPPoicyPr5yqJ9z3PV6vc+aJ+Mr6YG9K34g3XLKuHYeaHJPUas/wA9nTwKuyL+W5mkkrJYohYA&#10;R01aKmnQC/uxjmMO+uVflMxcSB4VeIeR/AyK+nL6Le1Ib2dndg+tUvsJ7hzp1NAJBPWpGhZ61Udb&#10;pvjn8+yjhdQ776mjX+WVnt3wAKCfiy7T9fNn/wD4TPeowdTPRlnToJidYZsf9N2YpI8Np3YsUy9m&#10;xpsXpD72v+9sdcLDQALyU+zDMu9slNHa2fccR75rlr/Wd9m/8r31YzVCYbv2hP8AtjMIV/vBa9Zo&#10;DuteDfJZkpsWRbRY1CC5H/F1PaNv+TSvKnP+FOfqM/r56q+lvpywjEGlwboFl3+f5ko0eyrmHNpi&#10;rGV0ViCY6CnpGQsLjzWtobkI9qWZd5doZBwQJPmf0j21lv8A1XfZv/L907vOHEwu9d0pP/A2ZTh5&#10;uKcBjbpHRgv+iGDfKYDX4zIlpMWm8mFiP9xp7rp9Llr/AEcEj/hL/wClxcz9WetPq4x+gEmG9LqF&#10;Ok3T2eXUHGsbjFViEyW7PT0aJGb91qT38FPZZlWt5dwdicB5nb7B8aDX9aX2qG1yix3faV4rhXfO&#10;f4iMEA9SlknzbqF1xx0wYfhmXoXs9cxxCsA/4qiO1Afpa5/4Hj31s/4TcernrX6neu3VWq62dOMq&#10;ZA6p5yzZ1HwV6eqzNiOMU9LjeNVWJ0sU9I2D0kAkCTKsu2pIU32lh3cvuzO8funHNaAlSieJOJnZ&#10;A+NIdx/6y7c/I91rCwTY3TlxbMMtKkNJQShCUKIV3qlRIJEoBPGKx4Z1ny9hmCYVQLhlbUVdDTU9&#10;HKCsCRloolRiG8xjbTT3eJ//AJZXuu3/AHFdlL/xxYx/1N41/sT3H/Hk+w0Yf9FXMh/5xD/+qI/C&#10;sv8An3wr/pgVH/RWP+jmsT1FyNjPTDqDnvprmKSCbMHTzGcUyNjsuFu8tM1ZhNbLQTGF5EjZoy8R&#10;2kqCR3A7ci25YU04pCtqSR7K6jbt56zmmXW96yCG320OJnA6VpChIkwYOOJx40N9HVR11JS1sIIh&#10;rI0qog4s22RQ4uBfWx5vSYX1QzV1i/4Ta41nrOuJS4xmSfpJjuV67Fa5t89QmXcWqsuwSSudXdoq&#10;FCzHVjckkknk9JulvbslSjJ0Eewx8q4O3W61pk31LotbZIQ0L1tYA2DvEJcIA4CVmBsAwGFFbehg&#10;w7rRHS0yCOEYhFOsa6AGaNZiB8LseaLnTj/nYeQ/+91hf/ldFyBrb+6J8xXeHeX/AJZ1x/ta/wDf&#10;TRpKz/eOr/5dSf8AKp59dHmYVfH9VfHPk3+qD/q5f1Ef+D1m3/y/1fMRc1/4qc/xj8TX1wdln/Ts&#10;Zb/3jM/8ppo/mB/8kXB/+8Wn/wCkS8+iH+Cd/wBmt/SJ/wB6XFv/AGKMT5kduN/yymfI/E185f1w&#10;f9RVzj/bEf8AKTdE+6m/8x1mH/l7H/0gTmv7/wAKpf8AncvpG/8ABZzL/wCXWk5Hnax/d2fI/EV0&#10;K/qof+WLnH+3Nf74qhb6Ef8AJNzB/wAv4f8ApG3A/wD+Etn/AFdz6hv/AAnB/wDYmwzifsp/4sc/&#10;xPmKEP8AWq/9Ofl3/eV/7ycqX10/5h7B/wDvN/6gPyrD8Xvqrm3q3+I/6s8UzZik2IHJubsU6VZa&#10;pqh2aKiwnLFS+D00EKkkIh8gysFsC7sx95iSE98btb2ZvFR2KIHkMKyt+jvdOzyfs1yhFugJ71hD&#10;yjxUt0Baiek4wJ2JAGwCl308oKfD8mZfSnjCfM06V87AatJOvmMT7Trb6Bw2voJ/Ai6xeu3064H6&#10;jcB645c6c5ezNiWK4HgmAY1QYlX1bRYVUmhkmlan8tELTRyBUG73QGv71gcbv7gvX9sHg4Egk9PC&#10;oh7f/r3ybcLeRzJ3bB19xtCFKUlSUiVjUAJkmEkY4YkiMJKfzX1Uw7KuMS4NLhc1ZNAkcsssToi3&#10;kXcAL3voRwiv4iPoIz5+HV13wrodn7OmFZ/qsw5cw/qfgOZMpx1UEUmH11dW4Zsmhq1DRypPh8ws&#10;GYFdrXuSqkG8m77mW3AaWoKkAyOjEfKp6+nL6gMv7SMgXmdowtkIdU0pK4JCkpQqQRtBStPAGZEY&#10;SVVk/NlJnHCpMUpKaSkWGZ6GWGoKkh0VX0K9xZxzZQ/4Sw9Xs045029V3RDFa+asyr08xTLGf8n0&#10;07l0pJsyQYlSV8cYY+4jHC4XCrpuLtYEkmTeyi8Wpp5o7EkEesz8BXM3+ta3OtGMzynM20gOvodb&#10;WekNFsoJ6SO8UJOMADYMAW67YdBFW4BikaBZ6xJ6SoYCxYQlGQn2/bI5r/8A40WH1WGfig+r+mrI&#10;/KlkzBRYgi3veKry/h9VEfrSRTyPd9kkZq9PT8hXQj6J7hDvZZkxScO6UPUOLB94NC302dXyNl1l&#10;NwIWT61ldT+Y5tL/APCYvB6zDPw+OoNbVRlIMw9VsxYxhzEW3wplnLmHkj2/pKZx9XJW7LUEZco9&#10;Kz8EiuVP9aLeId7RLdKTiiybSfPvX1fBQoCet8ivm6kVTcw0EMb/AEmeZ/4MObFnJJrm/QO89z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9PYE5mTXxx1t0c9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3PnLf8ACgL/ALOr&#10;eor/ALwsk/8AsDYRzGztD/5aznkn/fRX0kf1ev8A1CfLf8Z//ldyjj9JP+YDwf8A4nVf+VUnL9P+&#10;Etn/AFaN6hv/AAo5/wDYZwzkg9lP/Ebn+P8AIVz8/rVf+nwy7/vF/wDerlBP10/5iHB/+8L/AKjv&#10;yw78c/8A7NU+rT/vCyv/AOxzgvBHv5/yyXvIf78Kxz+hD/qLGUf4zv8Ayg7SP6Xf8x5l/wD4nP8A&#10;+UsnPn3+jv8A6u59LP8A4UfJH/sTUXMd8l/4sa/x0/EV9DXbL/05+a/94r//ACkujcZj/wCYex3/&#10;ALwqr/pA3Pq78y3r5LKIRz5l/wCMn/2c69Yf/gzRf+Wii5i9vp/y1HvP5Cvp9+i//qF2Tf7Sf9/V&#10;R2unH/MEZd/5cH/pI3NsL/hNH/2boxf/AMKPmb/y2YRyXOzD/lmn/HPwFckv6zj/AKiQj/vFa/35&#10;ygC61/8AMYx/94UH/K8nNg7ki1zvoIuV5fizf9m2vWb/AOCLi3/Kq8De9/8AyzH/APFNZF/SN/1E&#10;zJP+8lFLDp//AMxplv8A7yo/28+Z304/52HkP/vdYX/5XRcxhtv7onzFfTtvL/yzrj/a1/76aOvW&#10;f7x1f/LqT/lU8+ujzMKvj+qvjnyvPxC/+r/PXF/4WDqZ/wCxpiXMT94/+Wg//tiv9+NfVx9Ov/UP&#10;si/7wbX/AJQRR7sof8wnlf8A711F/wCUyc2Qcm/9oqea/wDvu/8AZ5JyS2P+nTPP+uVzVzr/AKmx&#10;Z/zf+gA0DNV/zvin/wCA/wDLYeaxXo7/AOrufSz/AOFHyR/7E1FyLcl/4sa/x0/EV1F7Zf8Apz81&#10;/wC8V/8A5SXQ35j/AOYex3/vCqv+kDc+rvzLevksohHPmX/jJ/8AZzr1h/8AgzRf+Wii5i9vp/y1&#10;HvP5Cvp9+i//AKhdk3+0n/f1Udrpx/zBGXf+XB/6SNzYb/CK/wCzB3rb/wC8LrR/7L+Dkjbnf9O+&#10;/wD5/wDvtc6PrB/6mByP/Gsv+gg0D/UP/na+Wf8AiWG/+VZ5pYchGu21GW59dHpx/wA68yH/AN6X&#10;C/8Ayhi5mFbf3NPkK+P3eX/lo3H+2L/341XxWf72Vf8Ay9k/5WPNCP8A4Ukf9nJa3/wRcq/8rVvM&#10;fu0z/lp/5o+dd/8A+rR/6hmn/vJd/wBDRr+jH/MFp/3lT/8AMvD/AP8Awmu6dYV1f9M34jXSXHZ2&#10;pcE6owYL06xiqgVXeOlxvL+O4ZKyq1gSEmJAOh4IezK2D1rctnYqB7QRWPf9ZlvI7k29G7d+0Jct&#10;ytxI6ShxlQ94pJdaayTDsbybiEQ3S0JlrI1OgLRTROO3xHNbT1ZejL1Bei7qbmDpr1y6f1+XjhlZ&#10;Lh+X86/KVP8AIcfplZ/Jq8NrWQRzRyohYAHemququrKIzzfJLmxdKHUkdB4HrBrph2R9tW7u+2Vt&#10;3uV3CV6kgqRI7xs4SlaJlJBMdBwKSQQSM+AZkwjMtDFW4XVpNvUPNTbh5sTWF1de4Iv/AEczYP68&#10;/XJl3CMKy/l/1ndV8CwHAqaDB8EwTB+oub6Wjo6OliWCGCCGDEFSOONFCoigBQAALc2jeC/SkAPr&#10;AH98r8ape9gW4ly8t57JLJbiyVKUq2ZJUSZJJKJJJxJOJNdSZUyvNJJNNluglllYySyyUdOzMzG5&#10;JJS5JPF7kj8T38RHIGZsLzZgnrV6l4liWESLU01FnfN+NZkwyQqwa0+H5hnraSZTbVZImHFDG9OZ&#10;NqCg+uR0qJHsMig/nn0t9nGYWq7d3JLRKVCCW2UNK9FthK0nrChUSqyPk+rgenlyzRIkg2s1LTxQ&#10;uPoeEKw+o838fwovXNW/iA+kLLfWbMuG0uD9SMvYlW9M+quH4Irx0X87w2GnqjPTpIzskdRTVcE2&#10;wk7WYqCQt+ZB7pZ8cxsw4oQoGD5j8QRXz6/Vp2EI7Pd8XctZUV2y0JdaKvu7tRIhRESUqSpM8QAY&#10;E0U3P2V1ylmGbDYHaSimRa2geWxbynJWxI7kMpHPmeZk/wCYix7/ALzar/pO3MYXfuPnX075b/xM&#10;3/ij4UdeD/IQ/wDEF/hz6e/4XH/Zuj0V/wDhOMr/APlsj5lLup/yzWP8QfCvlu+qn/qJGd/95Tv+&#10;/GiP56/5jHMv/ebP/wArnh8+CCoBpKc9z1er3A/6sdM8qdaOmHULpFnqi/mOTepuC4lkXM1INoZq&#10;LFKSSjlKFgdrhZCUa11YAjUcTXdqh9pTavtUCD60Id0t57vJM0tswtVaXrdxLiT/AHyCFCeqRiOI&#10;wqXQVtRhtdR4hStsqaKVKqBv9aNgwv8ADTnyoOvfR7OHps669UOimbRJQ5u6R4/X5SqquO8TSPQV&#10;TLDVRFSSEmQJNGwOqsCDzEzMLJdrcLaVtSSPZX1j7gb5We82Q2uZW8Fm6aSsDbGoYpPWkykjpBFH&#10;zwnEafGsKocTp7NT4hClQqnW29dVP0HQ8u+/GO/EWpvWB6R/w5spYVjUdZjOO5bn609b8Pp5Axjz&#10;RQtLktd0Z96PbU0eJugfVo5EYaEEjrfTeQXtnbJBxI1K8/t+IVWDH0Y/Terc3e/eS4cQQhDoYYMb&#10;WlQ/t2HwqZBjYpJG3ABh05yc2Xcw5yqJIiscUww3C3I7wPap7+OjJ9Y4L/8AwmI9MYzv6ierXqmx&#10;2gWXB+h2DrkfJU86g/8AGhzOrxzTRNqQ0FBDNG49lQNe/FvZblfeXK3yMECB5n9PjQO/rRu1H8ju&#10;5Z5E0qF3jneL/wBraggH/GcKSP8AazTf1vxz5XB8PwKJ7SYpJ81Ugf8AFMFiAfpcg/VwjH/CgL/s&#10;6t6iv+8LJP8A7A2EcIe0P/lrOeSf99FTx/V6/wDUJ8t/xn/+V3KVHST/AJgPB/8AidV/5VScv0/4&#10;S2f9Wjeob/wo5/8AYZwzkg9lP/Ebn+P8hXPz+tV/6fDLv+8X/wB6uUE/XT/mIcH/AO8L/qO/DT/8&#10;KKv+zYvUP/wZsof+XdOGvaR/yy1eafjUU/1cP/UUbb/aXv8AfKYujv8AzG9J/wAuKj/pHzS9/C4/&#10;7OL+iv8A8KPlf/y5x8hPdT/lpMf44+Ndr/qp/wCob53/AN4rv++mjJ56/wCYOzL/AN4U/wDyoeXg&#10;/wDCqX/ncvpG/wDBZzL/AOXWk4Ou1j+7s+R+IrBf+qh/5Yucf7c1/viqDDoR/wAk3MH/AC/h/wCk&#10;bcD/AP4S2f8AV3PqG/8ACcH/ANibDOJ+yn/ixz/E+YoQ/wBar/05+Xf95X/vJypfXT/mHsH/AO83&#10;/qA/NoL8Wb/s216zf/BFxb/lVeSnvf8A8sx//FNcs/pG/wComZJ/3kooDun/APzGmW/+8qP9vPmd&#10;9OP+dh5D/wC91hf/AJXRcxhtv7onzFfTtvL/AMs64/2tf++mjr1n+8dX/wAupP8AlU83Q/8AhU1/&#10;1bR6Zf8Aweq7/wAsE/Js7V/+JWv8b5VxQ/qp/wDp580/7xk/8qCi2dCf+S1jn/eKn/SUco9/4T0/&#10;9nSOjP8A3pc5/wDsL1vAL2df8tVHkr4Gs6P6xT/qFV7/ALYx/wAqpoT+r3/MC4l/y9pv+k68+ihz&#10;JCvnFonnPc9Xq9z3PV6vc0sP+FUv/O5fSN/4LOZf/LrSchDtY/u7PkfiK7bf1UP/ACxc4/25r/fF&#10;UZboR/yTcwf8v4f+kbcD/wD4S2f9Xc+ob/wnB/8AYmwzifsp/wCLHP8AE+YoQ/1qv/Tn5d/3lf8A&#10;vJypfXT/AJh7B/8AvN/6gPzaC/Fm/wCzbXrN/wDBFxb/AJVXkp73/wDLMf8A8U1yz+kb/qJmSf8A&#10;eSigO6f/APMaZb/7yo/28+Z304/52HkP/vdYX/5XRcxhtv7onzFfTtvL/wAs64/2tf8Avpo69Z/v&#10;HV/8upP+VTzYo/4VGf8AV7XQ3/wlmH/+xbj/ACSO1X/i5v8AxPma5xf1V3/Tj3//AHmK/wCUWaB3&#10;oZ/zDOKf957/APlPFwdP+Eqf/Ow/Wb/3pcl/+V2L8X9k390f8k/OgH/Ww/8ALOyX/bH/APfW6a+v&#10;P+8eW/8Al7U/8qx82KPxZv8As216zf8AwRcW/wCVV5I+9/8AyzH/APFNc4vpG/6iZkn/AHkooHun&#10;/wDzGmW/+8qP9vPmd9OP+dh5D/73WF/+V0XMYbb+6J8xX07by/8ALOuP9rX/AL6aOvWf7x1f/LqT&#10;/lU83Q/+FTX/AFbR6Zf/AAeq7/ywT8mztX/4la/xvlXFD+qn/wCnnzT/ALxk/wDKgotnQn/ktY5/&#10;3ip/0lHKPf8AhPT/ANnSOjP/AHpc5/8AsL1vAL2df8tVHkr4Gs6P6xT/AKhVe/7Yx/yqmhP6vf8A&#10;MC4l/wAvab/pOvNpz/hQt/2a36zf97rJn/sUUXJX7Rf+WUvzT8RXKb+rr/6irZf7W/8A8pKoCekP&#10;/MdYb/y6qf8ApA3NIn8Nb/s4T6JP/Cp5F/8AYjpOQZux/wAtFj/HT8RXcr6mv+odZ5/3hv8A/KSq&#10;M5nX/mEMz/8AeBVf9IW59FD8Sn/s3t62/wDwlmev/Ycq+ZH7z/8ALOf/AMRXwNfOL9Mv/URcj/7z&#10;GP8AlVNE9yV/zF+WP+8+l/6TLz5avMU6+quj083HP+FWf/MO+h7/ALzeof8A0gy7yaO1r7WPNX+h&#10;rjH/AFTX/FOe/wCLbfF+i5dBf8vmf/iFH/GbmpL0z6t9Vui2Y3zh0c6m5h6TZukppcHkzT0zxrEs&#10;BxFqOdkeSA1OFzQSmN2jUsm6xIFxoORBa3jzCtTayk9IJB91det590Mpzu2/L5jatXLMhWh1CXEy&#10;Jg6VgiRJgxOJowNbh9BicIpsRoYcQpwwkEFbEkqbhcA7ZARfXgnZ+9ZHq96rZTxbIPVH1VdSOpOR&#10;ce8j+eZLz9nnM+MYTW/K1MdbD59HiNbNDJ5c0KSJuU7XVWGoB4quM6vHkFDjy1JPAqJHsJoLbv8A&#10;YvudlN2i7scptGLhE6VtsNIWmQUmFJQFCUkgwcQSDgahUmXMvUFRHV0OA0VFVRX8qppKWCORdylT&#10;ZkUEXBIPHf0Mf9Xtejv/AMKn09/9i2g5bIf+Lmf8dPxFJO3j/px85/7w7j/lFdY80f8AMM5i/wC8&#10;Cr/8p359V3mWlfJzRDOB91b6dYV1f6U9TekuOztS4J1Ry9jXTrGKqBVd46XG8NmwyVlVrAkJMSAd&#10;DxNeWweZW2digR7RFCLdDeR3Js2tb9oS5buocSOkoUFD3ipmH1kmHV9DiEQ3S0M0VZGp0BaJw47f&#10;Ec+XL6svRl6gvRd1NzB0165dP6/Lxwyslw/L+dflKn+Q4/TKz+TV4bWsgjmjlRCwAO9NVdVdWUYq&#10;5vklzYulDqSOg8D1g19UfZH21bu77ZW3e5XcJXqSCpEjvGzhKVomUkEx0HApJBBJ5sAzJhGZaGKt&#10;wurSbeoeam3DzYmsLq69wRf+jmbB/Xn65Mu4RhWX8v8ArO6r4FgOBU0GD4JgmD9Rc30tHR0dLEsE&#10;MEEMGIKkccaKFRFACgAAW5tG8F+lIAfWAP75X41S97AtxLl5bz2SWS3FkqUpVsySokySSUSSTiSc&#10;Sa6kypleaSSabLdBLLKxkllko6dmZmNySSlySeL3JH4nv4iOQMzYXmzBPWr1LxLEsIkWppqLO+b8&#10;azJhkhVg1p8PzDPW0kym2qyRMOKGN6cybUFB9cjpUSPYZFB/PPpb7OMwtV27uSWiUqEEtsoaV6Lb&#10;CVpPWFColVkfJ9XA9PLlmiRJBtZqWnihcfQ8IVh9R5v4/hReuat/EB9IWW+s2ZcNpcH6kZexKt6Z&#10;9VcPwRXjov53hsNPVGenSRnZI6imq4JthJ2sxUEhb8yD3Sz45jZhxQhQMHzH4givn1+rTsIR2e74&#10;u5ayortloS60Vfd3aiRCiIkpUlSZ4gAwJopufsrrlLMM2GwO0lFMi1tA8ti3lOStiR3IZSOWT8E9&#10;Yz0i+V5fizf9m2vWb/4IuLf8qrwN73/8sx//ABTWRf0jf9RMyT/vJRSw6f8A/MaZb/7yo/28+Z30&#10;4/52HkP/AL3WF/8AldFzGG2/uifMV9O28v8Ayzrj/a1/76aOvWf7x1f/AC6k/wCVTz66PMwq+P6q&#10;+Oa6/wDwpx/7N7ZF/wDCp5c/9hzMPI37Uf8AlnJ/xx8FV0d/qvP+oiv/APeG7/yqzQw9Ef8AmL6r&#10;/vAm/wCk0PNE3JOes79NM04RnnpxnHFen+dsvO9TgGcMk4hV4VitDJJE0DPT1dBJFNEzI7KSjC4J&#10;HY8gNi4caWFIUUqHEGD7a7055kNjmdou1vGUPsLwUhaQtChM+JKgQcQDiNomjUVVLS1sElLW00dX&#10;TTDbLTVSLJGwBvqrgg6jg/Zh9dXrczdgGOZTzZ6xuqmZ8rZno6nL2ZctZh6hZurcPxHD62Bqaopq&#10;mnqa945oZo3ZJI3Uqykggg8MXM+vlpKVPLIOBBUYI9tR9l3YNuNZ3Ddxb5LZtutqCkqTbMpUlSTK&#10;VJUEAhQIBBBBBEimiHK2WKeaKop8uUEE8DLNBPDR06ujqdwZSqAggi4I4VfhTUr0/c3R/wDhQx+H&#10;z1j675c6HerLojlCu6j1nTTLKdNeqOTcrUstZi0GDxzSYrR4jT09OrSTRQyVVQtQEBZAyPbYJGWb&#10;e0bd164S3cNJKtIggbY2g/Ga4m/1dX1EZLkFzf5BmbyWE3D3etLWQlBXAQpClHBJISgonAkFMzpB&#10;LX0hzdh2FT4pgGJ1C0S1s5raGpnYLGZCBGyEnQEhRb29vZzUP6cdYuuPp9zFjWI9Iuqea+iObKqJ&#10;8t5ir+nGOYvlrEZIY51kelqXwyamlKrLGCY3Ngyg2uOQ7bXr9uoltakHYYJB91dhd5dzMi3itkIz&#10;C0Zu2QdSQ62h1IJGCkhQUJg7RwNGFrcOwvF4YkxGgp8Tp1ImhStijmQEi25Q4Ydj34NX/Dhfr8/7&#10;ji6wf+rMzp/58uLv7R5h/wAfc/0yvxoEf9C69n3/ADgrH/yVY/wKbP6oZT/7BfDv/GKm/wCaOXTf&#10;g5fjO+qDCPUv0q9NvqU6o4j1s6SdZ8WpeneD471GnbEswYHjuKyLSYfNHidQWqZ4Zqho4ZY6iRwo&#10;behUhg433L32uk3SGXllaFmMcSCdmO3b01hL9Zv0U7rPbsXec5NaptLy0QXFJaGltxtAlYLY8KVB&#10;MqSUAEkQqZEBr1G6bYFJglfjWC0KYZiGGxtWSRUQ2QyxRjc4KD3QQLkEAfHg6/8ACi/8RXrhlXrT&#10;g3ow6O51xLprkvL2CUGcequLZQrJaDEccxHFy09PRyT0jrKtJT06Rv5YZfMeRt6sEQ8X9pO8j6Hx&#10;bNqKUgSY2knh5AUA/wCre+nDIrvJF7yZiwi4fW4pDIWkKS2lGClAEQVqUSJg6QkaSCpVNXRzJ2Fz&#10;4bJmXEaZK2pmlemoI6hQ6RJHoWAYW3E3F/ADTueawfSr089fuu/86/zH9Ds4dZP6ueT/AFh/zVZZ&#10;xrMXyHzO/wAn5n+UU1R5XmeW2zfa9jbseRbaZdcXE902pcbYBPwrqRvZ2i7vZBo/md+xa95OnvnU&#10;N6oidOtSZiRMbJFDhX4xhOFeX/NMUpsN86/k/PzxQ77d7eYwva/HLql6YfUr0NwjDswdbPTznno9&#10;gOL1P8nwnG+qWUsfy/R1VZ5TT+RDNi1LTo8mxGbYpJsCbWHLXeVXTCQXW1IB6QR8RSbdTtS3Zz55&#10;TOWZjb3TiRqKWnm3CBMSQhRIEkCThJrhQY5guKSPDhmMUuIyxr5kkVBURTMq3tciNiQLnllP/Cf3&#10;/s6t6df+8LO3/sDYvwT9nn/LWb8lf76axm/rCv8AqE+Zf4zH/K7dIrq3/wAwHjH/ABOl/wDKqPgt&#10;f8KSP+zktb/4IuVf+Vq3ivtM/wCWn/mj50EP6tH/AKhmn/vJd/0NQOjH/MFp/wB5U/8AzLy0D/hK&#10;n/zrz1m/97rJf/lDi/BV2Tf3N/zT86xZ/rYf+Wjkv+1v/wC/N0huvP8AvZlv/l1U/wDK0fCS/wDC&#10;oz/q9rob/wCEsw//ANi3H+Efar/xc3/ifM1OP9Vd/wBOPf8A/eYr/lFmlN0M/wCYZxT/ALz3/wDK&#10;eLmv90q6+9dehFRjVZ0P61Zt6NVeY0hpsw1XSrMeMZdkr46ZnaFKlsIqKcyrGZGKB72ubdzyPLTM&#10;Li3J7pakTtgkfCuhW9nZ/kOfpQnM7Fi6DclIeaQ4EkxOnWlUTAmNsChbr8JwrFREuKYZT4ksJLQr&#10;XwxzBC1r7fMBte3H7qj6p/U71wwCjyn1p9R2fOr+VsPrI8w0GWuqOb8w5gw+DEIoJaZKmOnxarnj&#10;WZY55EWQLuCuwBsxu5d5tdPp0uuqUNsFRIn1NF+6vZTutkVwq4y3Lba1dUkpKmmW21FJIJSVISCU&#10;kgEiYkA8BWKhwLA8LmaowzBqTDp3UwvPQ08MLlCQxUmNQbXANuHv/Aw/7Orekv8A7zc0f+wNjXD/&#10;AHD/AOWsz5n/AH01Af13/wDUJ83/AMVr/ldqkr1R/wCYDzB/xCD/AMqo+fSd5k1XzO0S7nuer1e5&#10;rBf8KcvS4M9+nXpb6qMAw4y4/wBC8WOS87VECm7ZbzK6RxSykA6U9fHEiDS3zDHkWdqWVd5bIfAx&#10;QYPkfwPxrqT/AFXfap+Q3ku8idVDd4jWgf8ABWpJA/xmyon/AGsUOPRDHflcYr8Ble0WKR/M0yn/&#10;AIugBJA+lCSfo5SX/wAJ7fU1h/p+9e1HljNWMx4NkPrrlzGMhY9XV5CUtLW4fAcw0NTI1iRZqJ4A&#10;ew84k9rgDdnWaC3zDSowlYI9mI+EetZxf1iXZe5vD2fqfYQV3Fm6hxIG0pUe7Wkf6cK6fBhQm9Xs&#10;EfF8qNPBGZKvCpo6uJU+0yufJZR/yED9XKufV713rvU56oOu/Xyud2XqjmbFczYRDUAq9Phb1LRY&#10;fTkG5/QUiRRa/wCHgUznMDdXTjp/iJPpw91ZUdju4Te6+61hlSf+YdlCTHFcStX+csqPrS5y9hSY&#10;HgeFYSg/3hgjgkI8ZLXc/WxJ5vgel7LifhM/gzDPWJZYSu6h5JybW9eM64BXMYhV5xzHGlRT0dWy&#10;lLLA81NRSFNdkV13Na8+5U1/KMk1keIJ1Ef3x4H3D0rgf2p5ke1ztq/Kodi2efTboUMYZakKUnb9&#10;wC3BOEqxgbCrY5Mc/wDUj5VJytHVVK4VTSrrtpoSQzL9IDML+J5oTdefUd139VHUCu6h9c+pGLdT&#10;c34tUTT0pxupllp6M1TLeCgpFPk0sPuKqxQIq2AFtOY/5hmVxdua3VFSjzgOHpXf3cDs2yDdTLk2&#10;eV2yLdlIE6QAVRxWrao7SVKJOJxo12FYNhWA0iUeF0UdDTxqA3lKAW2+Lt3Y/Engkx/h8eveaOOa&#10;H0QdX5YpVEkUsfTXObKysLggjDrEEdjxUN3cw/4w5/pVfhQZV9RHZ+kwc9sQR/zVMf4dQjm7KYJB&#10;zPhwI0INbTf818KpjGD4vl3F8Vy/mDCqnAsewKpnwfG8ExiCWlrKOspZWgmgnhnVXjkjdSrowBUg&#10;gi/ChaFJUQRBFSzZXrNyyh5lYW2sBSVJIIUCJBBGBBGIIwIp+jkjmjjmhkWWKVRJFLGQysrC4II0&#10;II5u+9Ff+0YTGf8AwnGfv/Y3xjk62X/TrH/EV/vxrhjvt/1NIj/vKt/+UGqLDiX/ADvCP/vNpf8A&#10;ylj5pR9OP+dh5D/73WF/+V0XIPtv7onzFdvN5f8AlnXH+1r/AN9NGYrP946v/l1J/wAqnn10eZhV&#10;8f1V8c+Tf6oP+rl/UR/4PWbf/L/V8xFzX/ipz/GPxNfXB2Wf9Oxlv/eMz/ymmj+YH/yRcH/7xaf/&#10;AKRLz6If4J3/AGa39In/AHpcW/8AYoxPmR243/LKZ8j8TXzl/XB/1FXOP9sR/wApN0T7qb/zHWYf&#10;+Xsf/SBOa/v/AAql/wCdy+kb/wAFnMv/AJdaTkedrH93Z8j8RXQr+qh/5Yucf7c1/viqFvoR/wAk&#10;3MH/AC/h/wCkbcD/AP4S2f8AV3PqG/8ACcH/ANibDOJ+yn/ixz/E+YoQ/wBar/05+Xf95X/vJypf&#10;XT/mHsH/AO83/qA/KZPxKf8As4T62/8Awqeev/Yjq+Aref8A5aL/APjq+JrNT6Zf+odZH/3hsf8A&#10;KSaEjJX/ADCGWP8AvApf+kK8C/p56v8A1adIsrUWRulHqi6i9Mck4a81Th2T+nmdsy4LhVPJUytP&#10;M8dJhtbDCjSOxZyFFySTrxJbZzeMo0turSnoCiB7AaFW8XY5uhnF2q6v8qtbh9UArcYaWsgCBKlJ&#10;JMDAY4DCp9Zl3L+ITtVV+BUddUuAr1NZSwSyEKLC7OpOg4HvVHrJ1e64Y/R5s609VcydX804fRx5&#10;eoMy9UccxTMGIQYfFPLUpTR1GLTzyLCsk8jrGG2hnYgXY3TXd68+rU6sqOySSTHrQi3V3LyfIrdV&#10;vlto1atKUVFLTaG0lRABUUoABUQACYmABwFS6HDcOwuFqfDKCHDoHYzPBQxJChcgKWIjAF7AC/Nq&#10;H/hKZ/zEXrh/7wunn/SfMXJY7Jfuf8k/6KuUf9bL/wATZF/jXPwYoCevX+Qyx/xOs/hDwrn47Poj&#10;9U3Ub8Rvqd1I6OemXP8A1VyjnrBcqYpJmzpnkzMWO4c1ZRYDT4LJEarC6KaLzEWiXcu4kAi/hwq3&#10;+yK7dzJa22lKBAxCSRsjgOqpU+grty3Uy3s2tbPMc0trZ5lx4aHX221QpxSwdK1AwdZgxBxp86V5&#10;nwKjybQ0WI43SUFRSy1CCnramGJ9rSmQHbIwNju5sf8A4FfRbPvQz8OHpRlbqfkfF+m+e8WxfNmZ&#10;sfyXnzDa3B8XojLmKqo4fmKPEIoZovMgpo5E3r7yMrDQjkl7hWLlvliErSUqJJIIg7TwNc1vry32&#10;y/Pu0q7fsX0P26UMpSttSVoVDaVHSpJKTClEGDgQQcRQNdU8TpMUznXz0NVHW0scdPBFU0jrJG1o&#10;VY2ZCQbFiD8eW/8ABlWHNB3z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc//9TYE5mTXxx1t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pnuf8ACjLpfmrJX4kucM9YxhssGW+seXcs5oyhirL+gqEwvB4Mu1MauNN8UtCS&#10;6nUBlJFmUnHXtJtVozNSiMFgEegj5V9Ef9W7vTaX3ZmzatqBdtXXULHEa1lxJjoIXgdhII2g0bvo&#10;5XQVOS6eljcGbDpp4KiPxBeQzKfoIfgQ/hs/jD9V/wAN3IXUXpvlDpPgPU7Lef8AF4M73zNVV1DU&#10;0VclElBLtkpN4eOSOGOylQVKk3O6wRbs75vZY2pCUBQUZxoY/Ux9GuU9peYW15cXblu6wgt+EJUF&#10;J1ahgdhBJxnEHZhTjnTp1QZzq6OtqK+WhmpIzS/oFRlZS28aN2IJPLxKD139aPxl/wAM/wDEuydH&#10;0Yw7JmaelOC5SxnLOA5Gqq7EqnFxHik+ZamMJUKGaTysC2xIgJZmtqSODtOfv51ld0nQAUgRGM4z&#10;8qwVuOwPJOxbtP3YuTeqdauXHkqU4EpCJQGkmRwl6VE4ACemgvfKuGdN87ZKqDiT1MFfLURzzVSo&#10;ix3QQqdPC8upPNOrp1nnGemHUHInUrLscE2YOnmM4XnnAosUR5aZqzCa2KvhEyRvGzRl4huAYEjs&#10;R35DFs+ppxK07UkH2V2Y3kyJnNMuuLJ4kNvtrbVGB0rSUmDBgwcMDjwoxdZSx11JVUUxIhrI3pZS&#10;hs22RShsTfWx5s6r/wAKoevAVQ/pSyizgDcy45jIBPjYGM2+/kpf7LFx/wAZT7TXLo/1UeQThmz/&#10;APqaPxoEP8xGFf8ATeqP+iUf9PNc31N9fc1eqXr71U9QedcNo8GzP1WxabNGJ4Pl8TCipN6rFHDD&#10;8w8jlY441W7MSbX+HI2zTMF3dwt5QgqM4V0i7L+z603U3ftMotlKW1bICApUajxJMACSSTgKGPBM&#10;JgwLCaDCKZ2kgoIxAkk1tzW1JNgBqTzfb/4T69I82dJ/w2Onc2cMGlwKt6pY3jvVjCaCuV452wvE&#10;ZIaOinZH7LUQ0azR20aNlbx5kD2d2a2csTqEaiT6HZ8K4A/1h2+Fpm/aZci3WFpt222SRs1pBUoT&#10;/eqUUnoUCOFFR6uYhT1+dKwU8glWhiioJGWxG9AWYaewtY/Hl2nBzWD1BlyvL8Wb/s216zf/AARc&#10;W/5VXgb3v/5Zj/8Aimsi/pG/6iZkn/eSilh0/wD+Y0y3/wB5Uf7efMbwTFajAcZwjHKNEkq8Gqqf&#10;FaWOpDGNpKeVZlDhSpKkrrYj6eYuIWUqB6K+oe+tE3DC2lbFggxtgiKO7LGJY5ImJCyKY2K97EW5&#10;sX/8tQvr8/7dD0f/APHBnT/3K+ST/sqZh/Qb9iv8Kub3/RLLs+/5nL7/AFRj/wCd6Bz/ADG5T/6a&#10;OI/9Fqb/AM5+a/HVLqPmbrF1O6jdXM6zQ1GcuqePYv1HzbUYfCtPBJieOYhLidU0cSaIhlmYqo0A&#10;05Hl3cqedU4r7lEk+ZM10M3U3btcmyu2y+2BDNs2hpAJk6W0hKZPEwBJ40LlBRwYdQ0eH0wIpqCK&#10;Ojpw5uQkSBFufE2HN3nB/Rz1iwL/AITg4x6dqzK9YnV+qydXdWarJJgf+YJvzu3UFaIU4XzPmRRq&#10;sZhtv8262vpyc0ZK8ndoskePTMcfu1R5x764aXnbNk1x9SiM4S6n8mH0shyfD/cPy+vVs065OrZp&#10;x2Y0WKTMeHTdZYsYWdf5ctSmHrVX9w2pflN1+23drftbmj706zzjPTDqDkTqVl2OCbMHTzGcLzzg&#10;UWKI8tM1ZhNbFXwiZI3jZoy8Q3AMCR2I78gq2fU04ladqSD7K7obyZEzmmXXFk8SG321tqjA6VpK&#10;TBgwYOGBx4UZ6spY66kqqKYkQ1kb0spQ2bbIpQ2JvrY82dV/4VQ9eAqh/SllFnAG5lxzGQCfGwMZ&#10;t9/JS/2WLj/jKfaa5dH+qjyCcM2f/wBTR+NAh/mIwr/pvVH/AESj/p5rm+pvr7mr1S9feqnqDzrh&#10;tHg2Z+q2LTZoxPB8viYUVJvVYo4YfmHkcrHHGq3ZiTa/w5G2aZgu7uFvKEFRnCukXZf2fWm6m79p&#10;lFspS2rZAQFKjUeJJgASSScBQx4JhMGBYTQYRTO0kFBGIEkmtua2pJsANSebt34Rnpl6hp+CTn3p&#10;riGCvgebPU1gnUfG8nYfiYaGV6fNOCyYHhk8glPurUJCk0Z0BjdW8eTnuflbn8iUgiC4FR6iBXDr&#10;6wO0/Lj24296hetnL3LZKyMRLSw44BG0pJKT0KBHCiydQsboz1Npa1ZfNp8Elooql01AMEglcC3s&#10;uQfjzQuxjB8Wy9i+K5fx7DZ8Fx3A6mfB8awfFIngqaSrppWgmhmilAZJI3UqysAQRY8x/WgpUQRB&#10;Fd+bK8ZuWUOtKC21gKSoGQQRIIIwIIxBG0Ua2OSOaOOaJxLFKokikjIKsrC4II7gjmzjkz/hUL6g&#10;ssZQytlvEPTJlDGq7L+HUWCVeMQ4rjFIlVJSUyQNKIbS+XvK7tu9rXtc8lJjtUuUICS0kwOk1y7z&#10;r+qy3eurx15GaPoStSlBOhBgEkxOExsmBNAjU9DcInqJ5kxuoiSZ2lWMxxttDMTa+l7cpG9ePrSz&#10;x6+PUPjfqEz7lfDcmYniOH4dlbDss5WepkpaWiw2IpGDJVuzu7M7MzWUXOgHALn+duZhcl5YAMAQ&#10;Oqs5OwLsTsOz/dxGUWjq3UJUpZUuASpRxwAgAQABjs20JuVMtUuU8HiwiknepjR3neefaGZnNzoo&#10;0HNo3/hOTkjPfR30K+rn1FVOAiipM411Ti/TqTG45hBiaZNwKqZpgqvGXp/mqh4SyEEsjre66Sr2&#10;asOM2Dz0bTh16R8Jrld/WS55YZzv7k+TpcktJAc0kSnvnE4bDCtACoM4KSYxoDOslTS4jmnL2DiX&#10;c1Oqx1giIuhqZV07HXaAfrHCV5V/4VL+qakw2SLO3puyBmHFzMzxV2VZ8xYPTLAVUKhgq6zE2Lhg&#10;xL+aAQQNotckjXatdgeJpJPVI+Zqbc2/qqN1Fug22Z3KERsWG1memQlsRsw0+uOCmn6FYEzg0uNV&#10;cMdrFZxDI1/bdVT+HFL/AMtUPXb/ALhRyl/4/cY/6lcc/wBli4/4yn2miz/olHkP/OXf/wBTR+NY&#10;P8xGFf8ATfqP+iUf9PNfP1k+qPN3rR9SvVH1MZ5wGgyvmTqbPh81Tl7LPnmio6fCsIpMCpI0apd3&#10;dhT0UfmOSNz7mAUEKI7zrNV310t9QAKowHUAB7hXRDsX7K7Pcndi1yW1cU41bhUKVGpRWtTiiYAA&#10;GpRgcBAk7SLuXMCp8tYLQ4JSyvPDQhws09tzGSRpWPu2HdjYc3T/APhNH0zzVkX8P7M2acyYbNhl&#10;D1Zz/jWdcnLVxPH8zhVPhOF4GKlC9tyPUUM6qQLe7cE35N3Zharby4qUPuUSPKAPiDXEn+s43otL&#10;/tCaYZUFKtrZCFwZhZW45pPWErSfWi09a66CqzbBBC4dsPpI6ap2m+2RpHl2m3iAw5o6eoLpfmro&#10;r1z6udJs7YbLhOaen2YsWyvi9HVrtbfS1siLIvgySJZ0YXDKwYEgg8grMbVbD621CCkkV3U7PN6b&#10;TPMhs7+2UFNPtIWkjrSMPMHAjaCCDjRoMIroMSwvDq+lcSQVcMc8bL7GUG30jseXm+lz/hRh109N&#10;Hp96T9AofT5lbO9D0lwinyRhGZ63EcUoZ6mhorx03mxQiRRIkW1GZTZiN1he3B3lXaTcWtuhru0n&#10;SImTWCPap/VvZDvPvFd5scxeZVcrLikhKFAKViqCYMEyQOExJoLsd6OYVjeL1+LHF56V8QkNVJAq&#10;RsFZtWsTbS/Nw38Pv1O476yvR/0b9SuZssUmTMb6nw4vWVuWcCmmqKWl/l2Ya/BkCSVFnbclIrEn&#10;xJ8OTNu7mir2zQ8oQVTh5Ej5Vxr+ofsut9y98r3JWXVOotygBSgATqbQsyBhtVHkKLrm7BIsuZix&#10;LBYJ2qYqExqs8oAZt8KSG4Gn73DlcO6hek3z3PV6vc0jv+FOXpMOSet3S71fZawoxZf6z0a9OOo1&#10;ZAB5aZlwOnvRSyGw9+qw9di99KYnTxgztSyjQ+i4SMF4HzGz2j4V3H/qu+1389kd1u88uXLRXetD&#10;/gTh8YHUhzE/7YKM50QzB81hddl2aS82Gt85Rqe/kSn3gP8AiL6/8FzVuLMwUMxYINqAm9hcmw+s&#10;8imuqgAodOfSo/BW9MX+y5+Hn0SwHEsO/l2dOqlO3XXPqSR+VN87maKKopo5lPvCSCgSlgcNqGQj&#10;TtzJzcjK/wAplzYI8SvEfX9IFfMv9bnaj/artFvnUK1MWx/Lt4yNLRIUR1KcK1COBFEs6l45/Pc3&#10;4nKj76agP8qpCDcbYCQxHwLliPp5qd/8KNOlWbckfiQZs6g4xhc0OVutGXst5lydjJRvlqgYRg9P&#10;l6rhWS20yRS0QZ0vdVdCdGW8RdpNotvMysjBYBHoIPwrrd/Vub2Wd92as2jawXbR11K08RrWpxJj&#10;oIVAOwlKhwND70br6eqyZT0kcgM+GzTQ1MV/eXzJDMpt7CG0PwPAd/DZ/GJ6rfhvZA6idNsodJcA&#10;6nZcz9jEOeDJmWqr6Gqo61aJKCUCSlLq8bxwx2UoCpBNzewR7s75vZY2pCUBQUZxoZfUx9GmU9pe&#10;YW17cXjlu6y2W/CEqCk6ioYGCCCTjOIIwEYuWdOnVBnOro62oxCWhmpIzS2gVGVl3Fxo3Ygk8EX8&#10;QH8c7rJ6+egU3p8x/otlzprljEcWw/NGNYxgNbiVdWz/AMsZpYYU+YMaIpkIZiVYmwAt34o3h38f&#10;zC37koCRIPHhQc+nr6EMl7P94Bm7V87cOpQpCUqSlKRqwJMSSYwGI28ahZS6W4blPFhi8OJzVs6R&#10;vBFHKqIo36Em1ydOAJ+C10jzZ1c/En9McOWcGlxKi6eY2nVjN9fGrmDDsLwCNqxp53S2xWmEUKX0&#10;Mjqvjwv3Is1vZm1pH2mT1AUP/ra3wtMn7M80L6wlT7fcoHFS3DpgDjCdSj0JSTwp26lYhT4fkvHD&#10;PIEasi+Qp1Nru8p22H1XJ+A5dd/wqi6W5smq/SX1npMOlq8k0MOZOm2N4nBE5iocSnlo8SpEmkHu&#10;g1MaT+WP+Om4OO1i0XLLseHEeuBHtx9lYQ/1Ue9VolGb5apQD5LTqROKkgKSogf3pKZ/xhQZ9CK+&#10;nC4/hjOFqnMNbEhIu6AMjED/AFTa/wBPKCvw5PxDeoP4cXV7NfVbIeRcJ6if11wGbIGPZdzbLV06&#10;fLvW0+IJNDNRsGSRJKZR7yspUsLA2YR9u1vG5ljxcQkKkRB9tdA/qS+nTLu0rJ2bC6fWx3TgcSpA&#10;Bx0qSQQraCFHYQQQMYkEWc5ZPpM5YdT0FXVSUfy0oq4pqcKTfaUIIbuLNw+Pq7/4UH+qn1ZdJs8d&#10;BaTpJkzpz096mYU+Vs3/AMrhxjFscmilMnnCCqqKuOCJGQpp8szgqTvsdoEGcdot3eMqa0JSlQg7&#10;Sfj8qgPse/q79090c3YzVV5cP3NuvWiShDYIiJSElRIM/wAYBBjThNJTL3SLAcAxClxVsQqaysop&#10;PPp95jjiBFrXVVJJ/wCC+rlHXTj/AJ2HkP8A73WF/wDldFwCW390T5is6d5f+Wdcf7Wv/fTQoVn+&#10;8dX/AMupP+VTzdD/AOFTX/VtHpl/8Hqu/wDLBPybO1f/AIla/wAb5VxQ/qp/+nnzT/vGT/yoKLZ0&#10;J/5LWOf94qf9JRyj3/hPT/2dI6M/96XOf/sL1vAL2df8tVHkr4Gs6P6xT/qFV7/tjH/KqaE/q9/z&#10;AuJf8vab/pOvPoocyQr5xaJ5z3PV6vc9z1er3NLD/hVL/wA7l9I3/gs5l/8ALrSchDtY/u7PkfiK&#10;7bf1UP8Ayxc4/wBua/3xVGW6Ef8AJNzB/wAv4f8ApG3A/wD+Etn/AFdz6hv/AAnB/wDYmwzifsp/&#10;4sc/xPmKEP8AWq/9Ofl3/eV/7ycqX10/5h7B/wDvN/6gPzaC/Fm/7Ntes3/wRcW/5VXkp73/APLM&#10;f/xTXLP6Rv8AqJmSf95KKA7p/wD8xplv/vKj/bz5nfTj/nYeQ/8AvdYX/wCV0XMYbb+6J8xX07by&#10;/wDLOuP9rX/vpo69Z/vHV/8ALqT/AJVPNnT/AIVL9Ks20vXf03dcP5XNLkTHcoz9KhjUSM0EGLYT&#10;jNZi5glcCyPLDiO6ME3YI9r7WtKPataLFw07HhKY9QSfnXLv+qo3ss15BmeWax+YQ+HtPEoWhKJA&#10;4gKRB6NSZ2igQ6FV9O2FY1hnmAVcVQK/yidTHJGsdwPGxTX6Ryof8Nb8TXqP+Gtm/qdmTIvTvBup&#10;ND1Vw6gwTHcHzXPWUrwyYXUyz08sM1IxtYVEiurId1wQRbUHbsb0O5YtakJCtQ49VZhfU19MGW9p&#10;tnas3Vy5bqtlKUlSAkyFgBQIPkCCCIx2zgIedMk0WdKehhqqySiegd5YpKcK1w6gEEN9A4e/1Zf8&#10;KIuufqm9PHVD091PQDK+RMM6rYecrY5mbD8RxWuqoKKSVHmEMcvlIHdU2hmJABOh4IM37R7i7tls&#10;92lIUImTUCdkf9XLkO6m8drm4zB55dsrWlJShIKgDEkSYEzAiemkpgHR/C8CxihxdcWnqpKB/Pig&#10;dI1UsAQLkX05Td6QukebOu/qh6C9Jsk4NLjmPZyzVg1AtJTK7COkjro6irqJTHYrDT08cksr391F&#10;J8OArJrNdxdNtpEkqH6+6sz+2LfC0yDdXML+5WENtMrMniSkhKR0lSiEpHEkChHzDiFPhWB4tiFT&#10;IIoqaCV9zW1YqQoF/EkgD4826f8AhU1/1bR6Zf8Aweq7/wAsE/Jh7V/+JWv8b5Vx+/qp/wDp580/&#10;7xk/8qCi+dCf+S1jn/eKn/SUco9/4T0/9nSOjP8A3pc5/wDsL1vAL2df8tVHkr4Gs6P6xT/qFV7/&#10;ALYx/wAqpoT+r3/MC4l/y9pv+k682nP+FC3/AGa36zf97rJn/sUUXJX7Rf8AllL80/EVym/q6/8A&#10;qKtl/tb/APykqgJ6Q/8AMdYb/wAuqn/pA3NIn8Nb/s4T6JP/AAqeRf8A2I6TkGbsf8tFj/HT8RXc&#10;r6mv+odZ5/3hv/8AKSqM5nX/AJhDM/8A3gVX/SFufRQ/Ep/7N7etv/wlmev/AGHKvmR+8/8Ayzn/&#10;APEV8DXzi/TL/wBRFyP/ALzGP+VU0T3JX/MX5Y/7z6X/AKTLz5avMU6+quj083XP+FTfTPNmPdE/&#10;Sx1WwrDJa3KXTnMGY8r5traaN5BRy5lo8Pko5JSgISNmwuSPc1hvZVvdgDOHavarUw04BgkkH1iP&#10;hXEL+qm3ntLfPM2sHFAPPtNrQCfuDSlhQHSR3gMDGATsBos/Qmtp4sTx2gkcLUVkMM9OrEDcIWcM&#10;B7T74PNX/wDD+9cOdvw+/UFT9fcjZPw3Pdc+DYnkbFcs5okqYIZ6PEfKlJSalIaORJaeNgdrAgFb&#10;a3EWbvZ65l1x3qEhWBEHrrqX9QvYXY9oe7pym6eWynvEuBSACQpMjEHAghRHDGDOEEcc25Xpc3YQ&#10;cJqqh6VfMSqjngCkhkuNQ3cEE8vM/wCWqHrt/wBwo5S/8fuMf9SuDv8A2WLj/jKfaawR/wCiUeQ/&#10;85d//U0fjQXf5iMK/wCm/Uf9Eo/6eGi9BP4/PqM9Z3rk6D+nTE+jGScg9NOpLYxQ5nqaD+e4hjqS&#10;4dl7EsZR6WqkroKeNWeljVlelkNt1muRtNt3+0K5vb9tkoSlKpnaTgCdsx7qizt//q+t29ytxMwz&#10;hF7cPXVvoKAe7S3CnG0EKSEFRMKJkLTjGGBljzX0mwbLeV8VxhMSqqutohG8Cv5SRWeZIyGUISft&#10;Hsw5tdcluuS1AHxD9TszV+S+m3ULOOFxQ1GJ5TwPFszYdBiCu8Dz0FBLVRrIsbIxQsgDAMDbsR34&#10;nunShpShtAJ91Hu6+WN3uZ21uskJdcQkxthSgDEyJg4YGpVDAlTW0dNISEqJY4HKWuA7hTa99dea&#10;W2Vf+FS/qmpMNkizt6bsgZhxczM8VdlWfMWD0ywFVCoYKusxNi4YMS/mgEEDaLXMJNdq12B4mkk9&#10;Uj5mu2Wbf1VG6i3QbbM7lCI2LDazPTIS2I2YafXHAys/QrAmcGlxqrhjtYrOIZGv7bqqfw4pf+Wq&#10;Hrt/3CjlL/x+4x/1K45/ssXH/GU+00Wf9Eo8h/5y7/8AqaPxrB/mIwr/AKb9R/0Sj/p5r5+sn1R5&#10;u9aPqV6o+pjPOA0GV8ydTZ8PmqcvZZ880VHT4VhFJgVJGjVLu7sKeij8xyRufcwCghRHedZqu+ul&#10;vqABVGA6gAPcK6Idi/ZXZ7k7sWuS2rinGrcKhSo1KK1qcUTAAA1KMDgIEnaRdy5gVPlrBaHBKWV5&#10;4aEOFmntuYySNKx92w7sbDm6f/wmj6Z5qyL+H9mbNOZMNmwyh6s5/wAazrk5auJ4/mcKp8JwvAxU&#10;oXtuR6ihnVSBb3bgm/Ju7MLVbeXFSh9yiR5QB8Qa4k/1nG9Fpf8AaE0wyoKVbWyELgzCytxzSesJ&#10;Wk+tFp6110FVm2CCFw7YfSR01TtN9sjSPLtNvEBhzYZ5I9c6aCDleX4s3/Ztr1m/+CLi3/Kq8De9&#10;/wDyzH/8U1kX9I3/AFEzJP8AvJRSw6f/APMaZb/7yo/28+Z304/52HkP/vdYX/5XRcxhtv7onzFf&#10;TtvL/wAs64/2tf8Avpo69Z/vHV/8upP+VTz66PMwq+P6q+OUMf8ACjnpnmzqH+HDiOLZWwyXFYel&#10;Wc8vdTM1w0UbyyRYTHS4hgss22ME7YnxKN5GtZUDMbAEiP8AtKtVuZYSkTpUCfLEfOs/P6tnee0y&#10;7tKS2+oJNzbuNIkwCslCwPMhsgDiYAxNCt0braejzmkc7iM19NNRU5YgAyFkkA19oQ2+PNGn0n+o&#10;3NHpI9RXSn1G5NwWizHmHpZiRxylwDMPnCkrIpqaWhqIXaBldC8M7hXF9rWazWsYIyjMl2dyh5Ik&#10;pPGu7Xa32bWu9+7d3k9ytTbdyjSVJiUkEKBE4GFASOIkSNtGix/BoMwYPX4NUyNDDXp5TSw23KQw&#10;YEX9hA5sQ/8ALVD12/7hRyl/4/cY/wCpXJG/2WLj/jKfaa5y/wDRKPIf+cu//qaPxoH/APMRhX/T&#10;fqP+iUf9PFv0c/4Unepvrd6hvTr0jwnoFkTJuXup2dct9Os6V+IvmDFq35DHcco8Md6Joq6gSGaN&#10;JnIaRJVJ23WwIZRZdpt0/ctthtIClAHadpAwxHzoj3z/AKs7dfI93MyzBzMLl1y3t3XEAd2hOptt&#10;SgFyhZUCQMAUmJxxwjYj0XwPDMIxjEJMWq6mahppqymRPJjXfFEzgNdXJBIHYjljX4yP4tnXr8OD&#10;q30Dyn0r6f5QzxlXqLhFdmnOEHUCmxlsQ/0LEo6XyqOpw7EaWOHdGx96SCWzWNiNCJN9N77jLHm0&#10;tpSQoSZmdvCD8jWNv0YfSHkHaVlGYXF/cPsusLShHdlGnxJJlSVIUVQeAUnDCeNI3px0/wAJznh+&#10;LVFfV1FLPRyLBTmkaPZ7yFrsHRidfYRyq7/lqh67f9wo5S/8fuMf9SuBP/ZYuP8AjKfaayu/6JR5&#10;D/zl3/8AU0fjS7/zEYV/036j/olH/Two/rl/Hz60+tz01Z59M+M9Css9Pct9RJ8HmzJmHCK/E6+t&#10;FPg2L02OxxwLP5SIzVFHFudg3uBlAuwZSfPu0F++tVMFsJCok48DPxFTB2Ef1fuSbjbzsZ03fvPu&#10;sBelJSlKZWhTZJiSQEqVAEYwZwgqHK3SfDMsY1S43His9ZNRiQQwyIiLeSNoiTa5OjHTlfH4ZXTP&#10;NXVn8QH0g5Wyjhs2I11Dn/LGdcVakieX5XCsvYtBjlfUuF7JFT0rsSSB4X14Hd17Vb2YspSP4gfQ&#10;GT7qyI+qDei0yjs9zh+4UEpNs6gSYlbiC2hI6ypQFK7O1dBh+Uswz1DhFaknpo9xtukmjMSKPiSw&#10;5Y1/wpI6VZpyX+IZP1GxLC548qdZMqYDjOV8bdD8rPNg1KMDrKdJALGSEwRvIl7qsqE6MtxL2mWi&#10;0ZjrIwWkR6YHnrrG3+rR3stL3s6FmhY761ecStPEBZ7xKiOhUkA7CUqG0Gkb0Yr4KnKAo0cGow2o&#10;ljniB94CVvNUkew3IB+B4XL8Nb8Xrql+G1lPqbknJ3SjAep2AdScRos0z/1nqa2hqaOspaZqRtkt&#10;JuDxum33WXQi4OpHC3djfF3LELSlAUFGcakn6mvo8yrtMu7W5uLty3ct0qR4QlQUkmcQdhBnEHEH&#10;ZhTznTp5Q50qKGqqa+WhlokaAeQqsrKzbuzdiDxl/EH/ABbfUl+I/lrAsmdTMk5YyZ056f4u+d8B&#10;wjp5QYn8zFNJFNh8TV1ZiFZVeYRHUlCUSJWax2g6cb3i3wuszSErSAlJnCfLEk/hS36d/pC3Z7Nb&#10;py5sn3nbl9HdqU4pMESFHQlKUximcSogcTWXKPT7BcmTy1NDVT1NZVx/KyyVjptIBDnaqKttVv3P&#10;F/8A8J/f+zq3p1/7ws7f+wNi/FPZ5/y1m/JX++mg/wD1hX/UJ8y/xmP+V26h9W/+YDxj/idL/wCV&#10;UfDMf8KaOmubMueuvJfUnEMMkXJvUrI2FUmWscC/oJK3BK2rpq2l3f8AFkKywyMP8Mq/Hhn2oWq0&#10;36VkeFSRHpM/L21GH9WBvNaXO4T9khQ763uFlSeIStKSlXkYUB1pNMvRKtp5sq1NEjj5miqpGmi8&#10;Qsqqyt9BsR9XCO/hqfiudWvw1X6pUGRuneBdS8r9WP5bWY3g+bJK2kqKauwkTpBNT1NG+ilKmRZI&#10;3ja52kFbHcRbsb2vZZrCUhQVG3qqdfqa+kvKO00Wi7q5ct3bbUEqQEkFK4kFKuMpBBBEYggyIVGd&#10;chYfnUUD1VZLRT4fvWKSnCsGWSxIKt8VFjflhP8Awo7wXO+es4eiH1S4lgBocp9W+leGYLJU4eks&#10;lHR43HVT5inpTKwIF4sXUxBjdgjkX2tYRdpaHHFsPkYKQPbtj31jt/VsXtjYWee5GhyXra8UqDEl&#10;sgNhUebZ1RgCR0ikf0akpaWmzPgaTbqjD695Ar2DNEVEIa30x68rW/DV/E16i/hrZu6oZkyP05wf&#10;qVRdVcNoMDxvCM1VFZSNBLhdVJPTzQzUhOgFRKroUN7qQRtswZ3Y3odyxa1JSFagNvVWTP1NfS/l&#10;vabZ2rN1cuW6rZalJKAkyFgBQIPkkgzhBwM4LXOuSKPOlPQw1VZJRNQO8sUkAVrh1AIIb6By3f8A&#10;5aoeu3/cKOUv/H7jH/Urgw/2WLj/AIyn2msPf+iUeQ/85d//AFNH40Hv+YjCv+m/Uf8ARKP+nlh3&#10;4Tf40vX78Q/1e5u6LZ56W5P6fdNsJyViXUXCVynHjU+OLX4fiWE4eEmrayvaneFvnZG2rSIw90bj&#10;YlhJujvvcZleFpaEpSEk4TOBA2z19FY6fVx9Eu73ZzuczmVrdvv3KrhLZ1lAb0qS4qQlKNQI0ASV&#10;kbcMRCQz/wBNMJyfl6nxOlrqmrrZKlKOT5gxCLY6SPcKqXB90fvc2TuSbXM6gW57nq9XuAl6k+iW&#10;X/Ul0A6xdBszlY8H6sZdxTJMtY67jST1tK8dPVICD79PNsmTQ+8o04hzOxTc262lbFAj9fShx2Z7&#10;8XG7O8NlmrH32zqFx0hJBUk9Skyk9RpzwXE5cFxbDsVg1kw+aOqC/wCIK1yv0EXB58pjNuWM2dK8&#10;/ZoyXmGCbLmeOnWLV2VMepY3eKoocUwmskoqiPcu1laOWJhfQ3HMSnmltOFJwUkx6ivrLyjNLTNs&#10;vauWSHGH0JWk7QpCwFA+RBFH1p56evpIKmEialrI0qImNiGjkUMD9YPD4/hLelr/AGu/Xp0J6Z4l&#10;h38wyPl/EB1T6nJILwnActsuISwy2BOyrmWKkNtbzDUdwIN0Mp/OZg2gjwgyfIY+/Z61Af1d9qv9&#10;j9wL+9QrS+tPdNdPeO+EEdaE6nP8zjspKdQMd/q9lTFa1H2VUyfIUJHfzZvcBHxUXb6ub8n4qHSr&#10;NPWv8PP1Y9Ock4XPjma8VypUYzgeCYWhlqq2bBaqDHBTwxqCXklFGURFF2YgDUjmQO9lot/LnkJE&#10;kp+GPyr5+/pR3stMj7RcovLlYQyl4JUo4BIWC3qJ4AapJOAGJwop+RK+DDM34BWVLiKnjqBHLLIb&#10;KolUxXJ8AN1yefMfyZmrE8iZwypnfBFhfGcm4lQ5qwhMQj82A1WHVSVcQkS67k3xjcLi45i6w6W1&#10;hQ2gz7K+obOspav7N61dnQ6hSDGBhQIMHgYOFHdqYEqqeopZbiOpR4JChsdrqVNj7debKubv+FSP&#10;qtxHAfkslennIOVcwyEJNjuOS4/i8CoYnVjFTR1dDtk3lWVnkdRaxVr3Emvdq12UwltIPqfmK5lZ&#10;P/VV7pN3Gq5zG5cb/opDaDt4qKV4RIIAB4gigVp+heAJLuqsYq54R2iiEUZvfxYq2n1c1uOo2bMy&#10;Z+z/AJ1z9nCJYc1Z9xWvzzmFYoDTRmsxmpfEpWjiP2UZpiyD/CRyNLl5Tjilq2qMn1xrpbu3lFtl&#10;+XsWluZaZQltOMmEAJEniQBj10M9HTw0lJTUlObwUkaUsNzuO2NQgufbpzeZ9I/TfNXV3/hN4nTn&#10;I+HPjOb8z9OOo9PlvBaVd01dWQ5rx2qjpohcXkmMXloP8RHJ4ye2W9uzoSJUUKj2muEfa/vLaZP9&#10;S35y6VoZburYqUdiUllkFR6kzJ6hRXMwVsGHdZjWVT+XTwVtGZpG7KpgiUsfgL3PNEPDa+twPFaD&#10;FKNvl8Rwioir6VpVB2T08gkUlXFjZl1B5ASVFJkbRXe+5t0PtKbVilQIPkRFGpdFljeNtUkBRreI&#10;Itzfz/Bz/F86tfiNdQOofTXqd0sy/kms6aZXo821eY8kz4gRiNbJXw0ElqateXyYzuLhfMcjQbja&#10;5yE3L3xezJxSFoA0iZE418+n1m/R3lHZtl1te2N268m4eUgJWE+FISVDxJA1HhMDyopvUbp5h+Ta&#10;SjraGvmqVrZ2p1hqQnuKFLj3lAufq5pbevnpbmzo160/VF0+zph0uHYxhWeMyV9OamJ4RV4fiOKT&#10;YjQ1cYfXyqmmnjmjPirDkI7wWi2L51ChiFH2EyD6iu2f0/b1WmdbkZVd2ygpCrdoGDMKSgJWk9aV&#10;ApPWKMplOvp8Sy1gdZTOHjkpYUO0g7XSMIym3irAg8tM9GX/AAoK62+jz039OfTfhvQTLGfsE6Yx&#10;1uHYBmbE8QxSgrJaWsxGfEgk6QeajOj1DKGXaCoW4uCxFeSdoj9lbJZDYUE7Dj0zWKfbV/V45Hvl&#10;vLc5yvMHmXLgpKkhKFJBSkJwJgwQkGDOM4xACFzJ0jwzMWM1mMvi09JLXFXlgRI3UMqBNCbHUDle&#10;Xr2/ES6+/iK5uyVnrrnguXcBk6fUdTlzLGGdMsOr6Cghiq3jnm3HEq3EJXdmiDe9Kba2AGnA5vBv&#10;JcZktK3QBpwED8SayL7APpx3f7N7N+1ytbqw+oKWXVJUokSB9qEAAAxgnzpX5UyfhOTqeppcLlml&#10;FWwmneudHclQQPsKgHf2ct8/4S2f9Xc+ob/wnB/9ibDODLsp/wCLHP8AE+YrDv8ArVf+nPy7/vK/&#10;95OUHnXT/mHsH/7zf+oD8qk/Fw6Z5s6W/iPervCc24ZLh82ac54x1MwCaaN0jq8JzNVPjVJNCzCz&#10;rsqNjMpIDqy91IAS3wtVtZm8FDaon0OIrLP6Qd57TNezXJ3LdQUG7dDSscQtoaFA9BlMgHgQdhFL&#10;3p9W09dkzL0lO4cQU0dFKAQSskK+WwPs1H3cOD6Cfx3esXoS9OuB+nLAeh2XOo2Xss4liuOYJj+N&#10;V+JUFWsWK1JrpIZVp/MRys0khVxt90hbe7cnO7+/z1hbBkNhQBPTxqG+3/6CMm393kczh2/dYccQ&#10;hKkpSlQlA0giYIlIGGOIJnGAnc19K8OzVjEuMy4pNRzTpHFLFEiOt412gi9raAcOb/y1Q9dv+4Uc&#10;pf8Aj9xj/qVw6/2WLj/jKfaahX/olHkP/OXf/wBTR+NJv/MRhX/TfqP+iUf9PL5fwavX71g/ER9P&#10;PUnq51oyzlrK2YcoZ1q+nWFUHTCkxSjonoIMDwzE1eVcVxDEXabfWuCyuq2A90G5MgblbwvZlbKc&#10;cABCownoB4k9NYC/Wl9PmTdnG8dtl+WuuuNu24cJdKFK1FxxMDQhAiEDAgmZxoKupGUsOyfi9Fh+&#10;Gzzzw1FMtZI9c0bMHMrpYeWiC1l9nNdr8S78Yv8AEd9P3rs9SXRrpF6i/wCqXTbIOOpg2Usuf1Ry&#10;JX/KUxw2mnKfMYngtTUSe/IxvJIx1725G+8++eZ29+6227CUnAaU9HWK6OfTH9GfZrvDuFlmY5hl&#10;ve3Lzepau+uEydShOlLqUjADYBQw5K6c5NxfK2C4liGDfMVtXF5lRN8xVJubewvZJVA7eA5fX+A3&#10;6ufUL6z/AEhdRuqPqV6g/wCcnPWA9SMXyDhOOfynA8H8rCaXLGX8Rig8nAKOhhbbNXTNvZC53WLW&#10;CgSBuBnFze2anHlalBZGwDCEngB01gD9fXY/u7uVvjbWOS2/cW67RDhTrcXKy68kmXFLV9qEiAYw&#10;mJJkKOquXsHy3mGjocFpPkqWWijq5IvMlkvI08yE3lZj2UaX5djwc1g/QZc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1dgTmZNfHHW3Rz3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcLp6mPSV6d/WHkSLpv6jumFD1Lyv&#10;Rz/zXCEr3qqStw+r27POo63D5YKmncro3lyAMNGBGnCzNMntr1vQ8gKHw8iMRUkdmHa7vHubfm8y&#10;e6VbukQYgpUOhSFApUOiQYOIg084JmDGMu1ZrcGrmop2HlybArK697MrgqR9I5Vf/wAs5f4Zn/YH&#10;Zt/9S2v/AOaeBT/Y1yv+ir21lb/0Uk7T/wDjzH+oppd/55M7f8pFP/4zpyyH0pehD0p+iKnzxSel&#10;/pX/AJsafqQ+HVGdI/55mTGvnXwpalaU3zDiFeY/LFXL/k9t93vXsLCXKcgtLEK7hGnVE4k7PMnp&#10;rGrtZ7e97N+VMKzu7/MFjUEfs2kadenV/c0ImdKdsxGESaRmPZqx7M7UrY5X/PNRB1pj5UMW0SW3&#10;f5FEvfaO/CkddvwOfw3uv2dq/qHmHolLkvNWNzVGJZjqeluL4hgdLiNRUuJGllooJGpUfduYtDEh&#10;YsS+42sT3+4mWXDmstwTtgkT6bKl7cL66+0vd6xTZs3wdaQAEh1CXCkDCAsjWRECFKVAAiMZUGFd&#10;UM54TSpRw4mKmCIBIVr40lZANLBiNxH0k/DgK/8ALOX+GZ/2B2bf/Utr/wDmniL/AGNcr/oq9tDf&#10;/opJ2n/8eY/1FNOf+eTO3/KRT/8AjOnBE6XfgG/hl9L834dnOPovW59rsIYVGG4P1Mx7E8WwpJ1Y&#10;MJJKIyRQ1FgCNk6yRm+qkgEKLTs+ytpYVo1R0kkez8aDm9X9YF2oZrZqtjepZSrapptKFx0BcFSf&#10;NJSrriZh13VjO1dTvTHElpFk0eShiSOS3sDWJH0ix5cjTU1PR09PR0dOlLSUqJTUtLTIqRxxooVU&#10;RVAAUAWAHbg1AAFYYOuqWoqUZJxJO0mg4ZixLMSzMdzM2pJPM3N1SuuB51Z6U5B659Ns59IeqeA/&#10;1o6d9QqGbLWb8vfNVtF85RT2Dx+fh01PPHe32o5Fb2Hia8tG32lNuCUqEEfuoR7o725hkOZsZhYu&#10;d3csKCkKhKoUNhhQKT5EEVMw+vq8LrabEaCXyKyjcTU821W2sOxs4IP1jlYP/DCP4Tf/AHCl/wCt&#10;11K/9yHgV/2P8o/4z/vSv8KspP8Aof8A7XP+ct/6Atf/AJjS4/zr5/8A+m//AOQtF/1J57/hhH8J&#10;v/uFL/1uupX/ALkPPf7H+Uf8Z/3pX+FXv+h/+1z/AJy3/oC1/wDmNe/zr5//AOm//wCQtF/1J4L/&#10;AEV/CG/Dg9Pmc8P6hdLvSxg1BnDCJocRwbGc24jmHNJoamnLNFPTR5pxDEY4ZULblkjVWDAEG6qQ&#10;tsdzsstlhbbQ1DpJPxJoHb7/AFh9pW8Vkq0vs2cUyoEKShLbWoHaFFpCCoHYQSREiIJpuxPqHnPF&#10;6Z6Oux2R6eQFJI6dIYNynuGMCISD7DyyLgmrGmkZyo7rt+Bz+G91+ztX9Q8w9Epcl5qxuaoxLMdT&#10;0txfEMDpcRqKlxI0stFBI1Kj7tzFoYkLFiX3G1gdf7iZZcOay3BO2CRPpsrL7cL66+0vd6xTZs3w&#10;daQAEh1CXCkDCAsjWRECFKVAAiMZEHCuqGc8JpUo4cTFTBEAkK18aSsgGlgxG4j6SfhwFf8AlnL/&#10;AAzP+wOzb/6ltf8A808Rf7GuV/0Ve2hv/wBFJO0//jzH+oppz/zyZ2/5SKf/AMZ04InS78A38Mvp&#10;fm/Ds5x9F63PtdhDCow3B+pmPYni2FJOrBhJJRGSKGosARsnWSM31UkAhRadn2VtLCtGqOkkj2fj&#10;Qc3q/rAu1DNbNVsb1LKVbVNNpQuOgLgqT5pKVdcTMOu6sZ2rqd6Y4ktIsmjyUMSRyW9gaxI+kWPL&#10;kaamp6Onp6Ojp0paSlRKalpaZFSOONFCqiKoACgCwA7cGoAArDB11S1FSjJOJJ2k0HDMWJZiWZju&#10;Zm1JJ5Wh6o/wf/QL6vM5VfUnqr0YGHdSMVmWrx/PXTzEq7Aq3EysZjPzsdFIKed290mZ4TL7oG+1&#10;wQvmu5uX3i9biPEdpBifPh86yd7K/rG7QdzrIWVhe6rZIhLbiUuJRjPhKhqSNvhCtOJ8MwQtsC6i&#10;Zsy9TLRUGJb6KMbYqWsRJVTW/ulhcfQDb4cKz/yzl/hmf9gdm3/1La//AJp4Vf7GuV/0Ve2pV/6K&#10;Sdp//HmP9RTT7/nkzt/ykU//AIzpxRZU/wCE9P4YmWMwYZj1T0qxzNseGSCqXAM15qxiXD53UXTz&#10;o6SSnZ1VrNsL7WtZgykguM9nOVoUDoJjgSYouzb+sU7Ubq3U0m7baKhGpDSAoeRIUAeuJG0EGDWG&#10;o6vZ4nhkiWvipzINvnU8EYcD4FgbcuIwzp5kXBMh0/S7A8pUGB9OqTDTk6iyXgdNFR4dBhbU5pfl&#10;YoKYIscflkrtUDTgzTbNpb7sABMRHCKw0ut479/MDfOvKXclesrUSpRXM6iTJJnGTQdPWVUtWa6W&#10;oeWsZ/mWqZWLOZL7txLXub8q7xT8B/8ACjxevxHEqj0oQ09Vic01dOuF5x6gUcCSTOZG8mnpcdjh&#10;iQFvdjRAijQAAAcCq9wMoJJ7n/elfjWVFr9fHa0y2lAzckJAGLNuowOlRZKiekkknaTNLlOqufY0&#10;RFx8lUAUb6akYkAW1LREk/EngM/8s5f4Zn/YHZt/9S2v/wCaeIv9jXK/6KvbQ0/6KSdp/wDx5j/U&#10;U05f55M7f8pFP/4zpxT5O/4T3fhi5RzJhWY5+k+NZwGEyrWxYBnHNGL1GGzSRkMnnw00lOZVDAEx&#10;sxRuzqykgus9nWVoUFaCY4EmKK85/rEe1G8tlsi7ba1CNSGkBQHGCQYPWBI2gg41gqerud6iGSEV&#10;8VN5g2mWmgjDgHvYsDb6e/LoMCwLBMr4LhOW8tYNS5dy7gFNDg+BYBgVPDSUVFR00Yhhgggp1SOO&#10;ONFCoigAAAAW4Nm20oSEpEAcKwov79+6fW88tS3FkqUpRJUokySSZJJOJJxJoNpZZZ5ZJp5GmmlY&#10;ySyykszMxuSSdSTwiPq7/C99FXrfxmjzb166SLiWf8Pgiwql6i5Tr67BcZNJC+5YZ5aCREqUUXVf&#10;mEkKAnYVvwgzjdWxv1anUeLpGB/X1qe+x76pt99xWVW+VXmm3USS2tKVok8QFAlJ4nSUyds0qsvZ&#10;5zLliNqfCcQ2UjkyNR1CLLFuPiA4JU/QRfx4T3Av+E7n4YGEYrS4hiHS/MWaKSn3+bgWO5xx6Oln&#10;3xsg3thk1JONpYMNkq6gXuLgkzfZxlQMlBP+cflFTLf/ANY12pvNFCLppsn+JLLZIx4agpOOzFJw&#10;OEHGlFL1hzxJGyJXQwMbWlipoiw1vpvDD8uW19C+hnSz019KspdEeimV/wCpfTDIqVVPlXLPz2I4&#10;j8qlbXT4lMPmcWqKqofdPUSP78jWvYWAAAvsLBq1ZDTQhCdgxPXxxrEPfzfzNd5s2ezPMne9unoK&#10;1aUpnSkJHhQEpEJSBgBsnbQf4pilfjVfUYnic/zNdVFWnn2om4qoQe7GFA0A7Dgs8WUEab+Fi9Zf&#10;qdwL0a+mrqd6lczZXq854F0xiw2rxDLWBTQ09XUriWNUeDARyVHuAo1WHN+4BHCrOs0TZWq3lCQm&#10;MPMgfOpR7Fuy64303mtclYdS05cFQClAkDShS8QMcdMetPmW8ElzHjVDgsE600tcXVJ5QSq7I2k1&#10;A1/d5ptfiofjldNfX36ZY/T3kX0+4rkyprMfwzONfm7PGJUNQaNMLEpVaSGiRiZZTKUZ2cBU3CzF&#10;rrC29m/jWYWvcobIxBkno6K7QfSj9CWZ9n29H83usxQ6A2pAQ2lQ1a4+4qOwRIABkwZEYmOyJ0ur&#10;cp42cXqsXjqVWJ6ZKelRxuMlvtFj2Fu3t5VZ+Gt6R8b9avrG6PdF6XC5K7J5xGDOHVmtjQtFR5Uw&#10;qeOpxBpGuAvnLamjJ/3SVBrfgT3YydV9eoajwzJ8ht/D1rK/6me19jcjcy9zJSwHtJQyOKnlghEd&#10;Ok+M/wB6k0vM6ZgiyzlzEcTZwtRsNPh631aeQFUt9Hc/Ac+ojBBDTQw01NCtPT06rBBBAoRERBtV&#10;VVbAAAWAHMqQIr5YVrUpRJMk0RoksSzG5OpJ7k8AD1H+lP08errJMPTz1G9KsN6pZVpJjiWGU2Mm&#10;pp6qhqGTy2lo63D5aeqpnZfdZoZVJGhuOF2Z5TbXjeh5AUOdhGIqQuzXtZ3j3PvjeZPdrt3SIJTB&#10;ChthSFBSFCcQFJMHZTtg2PYxl6qNZg1e9BOw2O0e0qw72ZXBVh9I5VP/AMs5f4Zn/YHZt/8AUtr/&#10;APmngT/2Ncr/AKKvbWWP/RSTtP8A+PMf6iml7/nkzt/ykU//AIzpz3/LOX+GZ/2B2bf/AFLa/wD5&#10;p57/AGNcr/oq9te/6KSdp/8Ax5j/AFFNe/zyZ2/5SKf/AMZ05ZX6U/Q96XfRRliuyx6b+lFFkJMa&#10;WEZmzE0tTiGNYs8AJVqyvxGSaeRQzMyxhhGhY7EUG3BPlORWlijSyjTO07SfMmsZe1nt03q34ukv&#10;5zdqe0TpTAShE/0UJASOAJjUYGomkVj2aMdzNOs+M17VflX8iGypFHf/AAogAH09z48G3qt0l6Z9&#10;cshZg6X9X8j4b1F6f5piFJjuVM1UyVVJOFYSI21xdJI2AeORCHRgGUhgDxdd2bT7ZQ4kKSeBoDbp&#10;735pkWYN32XvrYuGzKVoMEdPmCMCDIIkEEGmygxCtwurhrsOqno6uA7oqinYqw8D28D4jx5TniH/&#10;AAnU/DGrK+trKfp/mfCaeqmkqYMLw/N+LNBTI7llijNU00pRAdql3ZrDVibngLV2b5WTOkj/ADjW&#10;Ztv/AFj/AGoobSk3DKiABJZRJ6zECTtMADoAFCMnWLO6oqtVwSFQFMj08d2IHc7bC5+A4erod+Gp&#10;6F/TlgGOZf6Q+m7AMtjM2G1+T8wZirVq8Ux6qwzFIJaaspji+LTVNcsc6TMrokyi1gAAqgH9huxY&#10;WySG2gJEE7TB24nH31A2/X1N7+by3Db2YZm653a0rSkQhsKQQUq7tAS2SkgEEpJnHaTKWxTOuacZ&#10;mimxHGppvIdKmGFdscSvGQyt5cYVLgjS44XDDfwIvwp8IxGgxXD/AEr/AC9fhk0WIUNR/XjqO+ya&#10;FxIjbXzAymzKDYgjhYncHKQZDX+9K/wqkq5+vftZebU2vNpSoEH9hbbDgf8AWaeX6qZ9kR43x66O&#10;CjD5Wi1BFj2h4dH1T+i300etXLOWMn+prpr/AJy8uZOrnzLlvDv5zj+DfLVslO1K0nmZfrqGR7xs&#10;Rtdivja/DvNsktb5IS+nUAZGJHwIqE+ynts3n3IunbjJLr8u46nSo6G1ykGYhxCwMeIANJrAsy43&#10;lmeeowSt+SmqUEMz+XDJuUHda0yuBr7OAd6evwnfQB6VOqWC9aegnQP+ofUzL0Nbh+D5l/rTnXFP&#10;JhxCleiqF+XxrF6unbfFIy3aMkXuLHXiHLt0cutHQ603pUOMqO3zJFDrtF+rftC3sypeW5rmHfWq&#10;ykqT3TCJKSFJ8SGkqwIBwPnTpjGfs249Qy4Zi2LfN0UxV5IPIpo7lGDDWKNToR7eWKcElY40jue5&#10;6vV7nuer1e4Sz1U/h4ejv1s4zlHMHqc6Qf5zMXyJS1ODZUq/6wZpwb5WmrJUnmTZl/EqFX3MgN5A&#10;xFtCOEebbuWV8oF9Gop2YkfAipt7KPqM3z3HYeZyS8/LoeIUsd20uSkEA/tELIgHhFKbAc4ZjyzF&#10;UQ4HiPyUdUyyTr5MEm5lFgf0yPbv4cb/AEtfht+iz0WZuzFnv0z9GP8ANrmvNeG/1Sx/Ff6xZsxn&#10;5jD/AJqKs8ryswYnXRp+khRtyKG0texI5XKt2bGxWVsI0kiDiTh6k0o7VfqX3233s27XOr38wy2v&#10;Wkd2yiFQUzLbaCcCRBJHVXLHc6ZlzLTw0uN4l87T07/MRR+TTx2faVveFFPY8NB1Z6U5B659Ns59&#10;IeqeA/1o6d9QqGbLWb8vfNVtF85RT2Dx+fh01PPHe32o5Fb2HhreWjb7Sm3BKVCCP3VFu6O9uYZD&#10;mbGYWLnd3LCgpCoSqFDYYUCk+RBFMeH19XhdbTYjQS+RWUbianm2q21h2NnBB+scrOw38CL8KfCM&#10;RoMVw/0r/L1+GTRYhQ1H9eOo77JoXEiNtfMDKbMoNiCOBdO4OUgyGv8Aelf4VZO3P179rLzam15t&#10;KVAg/sLbYcD/AKzS2fqpn2RHjfHro4KMPlaLUEWPaHlkPWfoh0k9Q/T7GelfW3IGG9Sun2P7GxLL&#10;OZoPNhMkR3RyxspV4pozqksbK6nVSOCa9sWblstupCkngaxq3K35zfdzMUX+WXC7e4RsUkwYO0Hg&#10;QeKSCDxFIzDcUxDB6uOvwyreiq4r7J4DY2PcHwIPiDpyoPEP+E6n4Y1ZX1tZT9P8z4TT1U0lTBhe&#10;H5vxZoKZHcssUZqmmlKIDtUu7NYasTc8BquzfKyZ0kf5xrMS3/rH+1FDaUm4ZUQAJLKJPWYgSdpg&#10;AdAAoQ06xZ3VFVquCQqApkenjuxA7nbYXPwHIf8Ayzl/hmf9gdm3/wBS2v8A+aea/wBjXK/6KvbT&#10;3/RSTtP/AOPMf6imuX+eTO3/ACkU/wD4zpw+HpE/DX9G3oelrsU9PvSKDAs44tC+H4t1EzHVVeMY&#10;/PTyOHaFavEZJDBEdqho6dY0baCwLa8P8n3YsrDFlEKPE4n2n5VAnbB9TO+m/QSjNrwrZSZDaQEN&#10;gjjpSBqO2CrURJAIGFJXMOdMx5oCx4viBlpoyHjo4VWOIMBa+1ALn4m/BI9U/ot9NHrVyzljJ/qa&#10;6a/5y8uZOrnzLlvDv5zj+DfLVslO1K0nmZfrqGR7xsRtdivja/FObZJa3yQl9OoAyMSPgRQZ7Ke2&#10;zefci6duMkuvy7jqdKjobXKQZiHELAx4gA1CwLMuN5ZnnqMErfkpqlBDM/lwyblB3WtMrga+zgHe&#10;nr8J30AelTqlgvWnoJ0D/qH1My9DW4fg+Zf6051xTyYcQpXoqhfl8axerp23xSMt2jJF7ix14hy7&#10;dHLrR0OtN6VDjKjt8yRQ67Rfq37Qt7MqXlua5h31qspKk90wiSkhSfEhpKsCAcD506Yxn7NuPUMu&#10;GYti3zdFMVeSDyKaO5Rgw1ijU6Ee3hp/UL6c+jXqr6W410W695O/r50zzDNRYhjGWv5hiuF+dNh9&#10;UlbTt8xgtTSVC7JY1ayyAG1jcacNcxy1i7aLTqdSTwkjZ5Qains67SM63TzVGZZU93N0gKCVaULg&#10;KBSrwrSpOIJGI8qYcHxnEsBrosTwmp+UrYQyRz7I5LB1KnSVWGoPs4SLpr+Cv+Gd0g6hZI6q9OvT&#10;V/V7PvTnFaHOuTMe/rln+r+TxPDKlKumm8iuxyaGTZJGrbJEZTaxBGnCO13IytlxLiGoUkyPEraP&#10;Wpz3m+tvtPznLn7C8zPXbvoUhae5txqSoEKEpaChIMSCCOBpT1vUvO2I0dVQVmNedSVkbU1TF8tS&#10;LuRxtYXSIEXB8DyxTqV05yb1f6e536VdRcG/rDkLqNhVdkrOeA/MVVJ85hmJ0z0lTD59DLDNHvjk&#10;Zd8bqwvcEHXgjurZDzam1iUqEHyNY4bs7yXuTZixf2a9FwwtK0KgHSpJBSYUCkwRMEEHiKR9FWVO&#10;HVlLX0cnk1dHItTTS2Vtrodymzgg2I8RyrT/AIYR/Cb/AO4Uv/W66lf+5DwKf7H+Uf8AGf8Aelf4&#10;VZV/9D/9rn/OW/8AQFr/APMaXX+dfP8A/wBN/wD8haL/AKk8tTz9kDJHVPJuYunnUjKlBnjI2baZ&#10;8IzLlTM9LFWUNbTuQSksUwZWsQGBtcEAixAPBbcW7bqChYBSdoNYobv7wX2VXrd3ZvKZfaMpWglK&#10;knpBHs6xgcKQdJV1VDUw1lFUPS1VO3mQVEDFXVh4gjlM+Of8J3PwxMXxavxOl6a5jy9T1shqI8Fw&#10;PN2MfKU9/wByL5ySolC31s0ht9GnAS52cZWok6SPU1mlY/1jXaiyylCrppZA+5TKJPnpCRPkBQkR&#10;dYc8RxojVsMxUWMstPHub6doA/LnWDf8J2vwwcLxOkr67ppmPMdLTMXmwXGc4Y2lLUAqVtI2Hy0s&#10;wAJv7kim49lxzyOzfKgZKSf84/Kt3v8AWOdqTrRQm6abJ/iSy3I8tQUn2g13J1hzw6Mi1sMLN2lj&#10;p4iw+jeGH3jhs/T9+E3+Hz6W+pOEdX+hvp1pcn9SMvrOmA5qrcfzZjc1F8zTyUkrQJj+KVscbPFM&#10;6FlUEqxF7Hhxl26OXWjocaahQ4yT8SaiLtD+rjtE3qyxeX5pmRdtlxqQG2UBUEESW20EgEAwTEia&#10;T+L5/wA3Y7RSYdimMNUUU1vNgWKniDWIYXMUak6i/LFOCSscaR3G7GMIw3MGEYrgOM0i4hg+N00+&#10;EYrQT32T01TE0MsbbSDZlYg2PKLQFJIOw0psrx23eQ62dK0EEHoIMg+hrnHI8MkcsbbJImEkbjuG&#10;U3B5U3in4D/4UeL1+I4lUelCGnqsTmmrp1wvOPUCjgSSZzI3k09LjscMSAt7saIEUaAAADgRXuBl&#10;BJPc/wC9K/GsuLX6+O1pltKBm5ISAMWbdRgdKiyVE9JJJO0maX6dVc+xoiLj5KoAo301IxIAtqWi&#10;JJ+JPAZ/5Zy/wzP+wOzb/wCpbX/808Rf7GuV/wBFXtoaf9FJO0//AI8x/qKacv8APJnb/lIp/wDx&#10;nTinyd/wnu/DFyjmTCsxz9J8azgMJlWtiwDOOaMXqMNmkjIZPPhppKcyqGAJjZijdnVlJBdZ7Osr&#10;QoK0ExwJMUV5z/WI9qN5bLZF221qEakNICgOMEgwesCRtBBxrBU9Xc71EMkIr4qbzBtMtNBGHAPe&#10;xYG309+XQYFgWCZXwXCct5awaly7l3AKaHB8CwDAqeGkoqKjpoxDDBBBTqkcccaKFRFAAAAAtwbN&#10;tpQkJSIA4VhRf3790+t55aluLJUpSiSpRJkkkySScSTiTQbSyyzyyTTyNNNKxklllJZmZjckk6kn&#10;jpy9Jax8Dzqz0pyD1z6bZz6Q9U8B/rR076hUM2Ws35e+araL5yinsHj8/DpqeeO9vtRyK3sPE15a&#10;NvtKbcEpUII/dQj3R3tzDIczYzCxc7u5YUFIVCVQobDCgUnyIIqZh9fV4XW02I0EvkVlG4mp5tqt&#10;tYdjZwQfrHKzsN/Ai/CnwjEaDFcP9K/y9fhk0WIUNR/XjqO+yaFxIjbXzAymzKDYgjgXTuDlIMhr&#10;/elf4VZO3P179rLzam15tKVAg/sLbYcD/rNLZ+qmfZEeN8eujgow+VotQRY9oeW6cGNYf0HvIOKY&#10;XhmOYZiOC41h0GMYNjEE2F4thOKQx1FNVU1RGYpYZopQyPG6MVZWBBBsdOVWgKBBEg0/a3TrDqXW&#10;lFK0kEEEgggyCCMQQcQRiDXNHeJ0licxyRkPHIhIZWBuCCOxHKYs+f8ACfj8MfPOaMTzRH0hxXJL&#10;4s7VVTgOQ8yYrRYWkrsXZoaaWSZYVJOkcZWNRoqqOAm47O8rcWVaCJ6CYrNXIP6wztRsLVLBvEPa&#10;cApxpClx1qAGrzMqPEmhIpOrmd6WBIDiEdUIxtWWrhjaQj4sAL/SdeJek/4To/hkU1VTVE2Q8018&#10;MEiTS0FXm/FFinVWDGNzAY3CsBY7WU27EHXjQ7NsrB+1X+mNGr39ZB2oqQQLhlJI2hlEjrEyJHWC&#10;OkVIbrHncqwFVAhIIDLTpcfEXuOGP6YfgvfhmdHM+5W6m9PvS/S4XnbJVbTZjyti+K5mzri6UdfR&#10;zJUwVCU+M4xVQGSKRFdGaMlSLjhla7k5Wy4FoahQxGKj8SajXen62O0/OsvdsrvNSph5JSsBphGp&#10;KhBBUhpKoIJBAOIplrupWdsRpJ6GrxxnpqlWhnjjgpoyyMNpG6ONTYg668H/ANU3oA9IXrVmy1V+&#10;prozTdTK/J6vT5axRsUx7B6ykhkLs8S1GAV1DKY2ZyzRsxUkAkXVSDHNt3rO+jv0ao2YkfAio+7K&#10;fqE3x3IS6nJL026XcVDQ2sE8DDiFiREAgSBImCZacCzbmHLInXBMSaiSp1nTy4pFYjxtKrC/x4RX&#10;NH/Ce38LTMDUTYT0SxfI4pRIJ0yvnPNcwqd+2xk/nVfiBGzaduzb3N76WIHezrKVbGyPJR+ZNTzl&#10;X9Yl2q24V3l8h6f6bDIjy0IRt652YRjSpg6vZ6h3eZicdVutbz6anG23s8pE/PiT/wCWcv8ADM/7&#10;A7Nv/qW1/wDzTxr/AGNcr/oq9tG3/RSTtP8A+PMf6impH+eTO3/KRT/+M6csA9IX4dfpD9DNLi59&#10;O3SeDLWY8xR/J5iz9jlTVYvj9bBvV/INbiEkrxQXRSYIPLjLKGKlhu4Icm3bs7AHuUQTtO0+0/AY&#10;Vj32xfUdvjv2tH84uy402ZS2kBDaT06UgAqxPiVqUASAYwpJZhzjmHNLR/zjEDPDCd0NJEqxxKe1&#10;9qAXPxNzwWfUf6VfT56uciDpt6i+l2HdT8pwzfzHDqbF/Pgq6Cp2mMz0VbQyQVNNIVO0vDIpK6G4&#10;JHFmZ5TbXjeh5AUOdh2igj2a9rG8W59/+dye7VbvEQSmCFDoUlQKVDjCgQDiMab8Gx7F8vVXzuDV&#10;z0NQRsdo7FXXvZlYFWH0jlW2Ff8ACdf8MPDsRo66s6cZlx6mpnEs2D4rnDGUpqhR+5I1DJTzBT/q&#10;SKfjwKI7N8qBkpJ/zjWVV3/WO9qTjakpuWkE/wAQZRI6xqCh7QRS6k6w54dGVayCJmFhJHTxlh8R&#10;uBH3jh68Z/DY9C+N9CcV9NEnpry/g/RXHa6izPj2UcnCtwGWvxLDpDJTVVTX4JUUldNNHcqHknJ2&#10;e4Tt04fL3ZsFW5Y7oBBMwMMR1iD76gay+pjfxjP0Z0MzdVfISpCVr0uBKVfclKHEqbSDtgJAnHbj&#10;SWjzpmmLFY8bGNTSYnEjQRVFTtlCI4syqkoZQD7APjxC+n/8JX8Pr0tdVcu9buhHQD+ovU/KaV1P&#10;l/M39as7Yn8umI0M2G1A+WxnGKunffBO6e/GbXuLEAhjLt0MutHg603pWNhlR24cSRR92hfV32h7&#10;15S5lmaZh31q7pKk90wmdKgpPiQ0lQhQBwInYcKlYv1AzdjtBNhmK4t81Q1BVpYPIpUuUYOPejjU&#10;6EDx4aT1D+mPoL6sOn83S71D9MsP6oZIkmTE4MLxr5iGalqkVo1npKuhkgqaaYK7L5kEqNtJF7Ej&#10;hrmWV29233byQpPOw7R6VFXZz2obwbo5iL7KLpVu/ESmCCOhSVApUJAMKBEgGJFMWD45i2AVYrsH&#10;rnoaoDYXisQynWzK4KsPgRyqrCv+E6/4YeHYjR11Z04zLj1NTOJZsHxXOGMpTVCj9yRqGSnmCn/U&#10;kU/HgTR2b5UDJST/AJxrLC7/AKx3tScbUlNy0gn+IMokdY1BQ9oIpeSdYc8OjKtZBEzCwkjp4yw+&#10;I3Aj7xy1PqP6YegfV/orS+nfqf0ww7PPRugoaHL+HZMzH59QlLBhlOKSkeCpaT5mKeGMWSoSUSjU&#10;77kngsucrt3mO5WgFERB6tnX67axQ3a7Ud4Mmzs5vY3Smb1SlKK0wJKjKpTGkpUdqSkpPRSDoscx&#10;bDsTbGKGuelxFmaZ6mGwLFzua4ttIJ7gi3Ko6n/hOh+GRPUVE8WRs1UcUzvLHR02bsTMcSsxIRDN&#10;vcqvYbmJ9pJ14Ej2bZXP2q/0xrLRr+sh7UEpAL7JI4llMnrwgewAUvl6x53AANVAxAsWanS5+Olu&#10;PGXP+E8f4XeB4ga3E+kmPZxpjG0IwjMecsxxU4ZiCJN2EVNDLuW1h+ktrqDpa7XZzlSTJQT5qPyi&#10;kWZf1i/ao+3pReNtGdqWWifLxpWI9J66xzdX88yptTEIqZr38yGmhJ+j9IrD8uHZ9L/4bPol9Gea&#10;sXzz6behVL06zhjtFJlzEsyPjGY8arGoJZYp5KdJMwYhXGON3gjZlSwJUE9uHmVbs2NksrZb0qOE&#10;yT8Sag/tT+pjfjfW0Ra5zfl9lCtQTobQnUAQCQ2hEkAkAmYk0mMczpmfMkEdLjWKtWU0TCZIRHDE&#10;u8AgEiFEubE9+Hj4fVBVJfnuer1e57nq9XuVj9X/AMG38Nvrz1Mzl1h6qemyPMnUTqBWNmDN+P02&#10;a88YYtZWuio8xpsIxmlp0Z9oLbI13G7G5JJC15uXllw6pxxqVKxJlQ+BisodzvrQ7TMgytnLrDMy&#10;3bMJ0oSWWF6U8BqW0pRA4STAwGAFLfDuo+dMKoqbDqDGjDR0i+TTxNBSvtUagbpI2J+s8Fn0s/hw&#10;ei70VZozLnT0zdFY+m2ac30CZXzBjTY7mfGpZsPSoSr8hf6w4lXiJTJGrN5YUsVF72HFmU7tWNis&#10;qYRpJEHEnD1JoI9q31Kb7b72rVtnV8bhppWtKe7aQAqIn9mhEmCQJmJMbab8dznmXM0EFNjeJmtg&#10;p38+GPyoIgHttv8AoUS+h8eHf4e1BlJjlSHXn8Dv8OL1B57xLqTmXotNk7NmPTTYjmWp6XYvX4FS&#10;YjUzsJGnloqd2plkLbmZ4o0LsxL7jYgH5huJlly4VqRBO2DE+mysvtwPrp7St3bBNkzfB1lAASHU&#10;JcKQOAURqI2ABRIAACYFCDhXVDOWEUqUUOJipp4gEhWujSVkUaWDH3rfST8OKboB+DD+HH6c8Ypc&#10;zZR9OtBm/NlBOmI4fmXq5U1eaZaaWElongp8XklpIniY7kkjgDhgG3XVSHcu3Jyy2OpLYJ6VY/HD&#10;3UV9oX1rdpO8jJYuMyU0yoQUsgNAg7ZUgBZB2EFRESIgmcGLdSc5YzG0FRjD09O4KPBh6rAGB73M&#10;YDG/sJtx06x/g5fhv9fup2cesfVn04LmjqPn+q/nebsww5szzhorKvykhMny2E41TU6Eqgv5cagn&#10;U6kk2vdy8suHVOONSpW0yofAxSXcz6ze0rd7K2cusMy7u2YTpQnuWFQJJjUtpSjt4k9GyuGG9Rs5&#10;4TQ02G4fjPkUVIvlU8Jp6V9q3vbdJGxPfxPDudC+hnSz019KspdEeimV/wCpfTDIqVVPlXLPz2I4&#10;j8qlbXT4lMPmcWqKqofdPUSP78jWvYWAAB7YWDVqyGmhCE7BievjjUG7+b+ZrvNmz2Z5k73t09BW&#10;rSlM6UhI8KAlIhKQMANk7aTGKYpX41X1GJ4nP8zXVRVp59qJuKqEHuxhQNAOw5Xp6hvwSfw7PUn1&#10;AxPqjnLo1NlbO+YZp8TzXinTPF6/A4cVqqhhI09RSU7tTCYtuZpI4kZ2ZjIXNiA5mO42W3ThcUiF&#10;HbBifTZWRXZ19cXaPuzlyLG2vQ4wgAIDqEuFAHBKiNURAAJISAAkATKvwjqdnHBaRKGmxIT0sICU&#10;6V0aSmNRpYMRut8CTbw4NXo3/DN9IXoPxTMuY/TxkOuwPNmcKQZfzJmnMWO4vilTVUCVC1SQeVVV&#10;BpkVJEBDJCr+BYji7Jd17PLySykgnAkkn9KBHbR9T2+O/wA00zm9wlbLStSUJbQgBUQTIGoyDsKi&#10;OgU2ZjztmHNSQQ4xVJLT0zedDBDFHGquRtJuo3HT2njh6vvw2vR165ThuIeoPpLDjmb8FiSgwXqL&#10;luqqsHzBT0yS+aKdqugeMzw+84WKoEiJvZkCud3LZzuzZX8F5EqHEYH2/jSfsd+pffPcTUjKLwoZ&#10;WZU2oBbZMROlQOlWyVJ0kwASRhXDLudMx5X3phGIGKnlJeSjmVZISxFr7XvY/EWPCcZM/wCE+H4Y&#10;OUcfo8eq+kOMZ1FAyz0+CZzzVjc2HmVJFkV5IqKelMoBWxjkZo2BIZWHCVjs6ypCp0E+ZMVM+df1&#10;iHaleW6mk3jbWr+JDTYVERAKgqPMAKBxBFKSp6u54qIWiXEI6bfoZaaCIPYi2hYNb6Rrw4nVn8Mn&#10;0H9bOmmQujmffTbgg6ZdMauqx7I2TsjzYplOloa2tgSmqZv+MpV4a0jzLEvmGVm3EBmuwvw6vN18&#10;vfaS2toaE7AJHwIqGd0fqg3+yPM7jMbXM3PzVwkJcW4EPFSUklI/bJWAEkmIAgGBhhScw/O+a8Mr&#10;avEaTGpfnq5ViqqmqEdQzKpJUf6Qr2Avpbkr0tfht+iz0WZuzFnv0z9GP82ua814b/VLH8V/rFmz&#10;GfmMP+airPK8rMGJ10afpIUbcihtLXsSObyrdmxsVlbCNJIg4k4epNNdqv1L77b72bdrnV7+YZbX&#10;rSO7ZRCoKZlttBOBIgkjqrjjudMy5lp4aXG8S+dp6d/mIo/Jp47PtK3vCinsePHq5/D+9JvrjwrC&#10;qH1G9KKbN2LZejelyxnTDaiqwvHcNjkYuY4a7D5IpGi3Et5MpeLcd2y+vL5xu9Z34AeRJGw7CPUf&#10;DZSPsg+oXe7cR1asnuy0hZlaCAttR6ShQInhqEKjCYrHl7NuP5XkkfBq9qeOYhp6ZwrxORpcq4Iv&#10;8Rryu/8A5Zy/wzP+wOzb/wCpbX/808Dn+xrlf9FXtrIz/opJ2n/8eY/1FNLD/PJnb/lIp/8AxnTi&#10;1yx/wn0/CvwGlqKfFeguJZ1mmk86OvzPnXOUUsK7QvloMGxKgQrcX95SbnvbTj7XZ3lKRi2T5qV8&#10;iKJM0/rDu1e4WC3mCGQBsSwyQes621mfIgdVRp+rme5WBjxVKUAWKwU1MQfj+kRzyyP02elT0/ek&#10;HIVR0y9OPTal6Y5Jra18x1+EYfU4hWvU18kMVM1RPUYrUVU8shjhRNzyE2UDw4Jcsym3s29DKdKd&#10;vH51jT2mdrG8O+OYC9zi5Nw+E6QSEphIJMBKEpSBJJgAYk0i8ax7F8xVYrsZrWrqlVEKSOqKFQEt&#10;YLGFAFyew4U7rL+Dp+HF6gep+cesvV306f1t6k5+qhjObcx/1uz3QfN1IhSAP8vhmNU1PH7kai0c&#10;ajTtfhRe7mZZcOqccalStp1K+RqW9y/rM7St3srZy7L8y7q2ZGlCe5t1QJJjUppSjiTtJpQYb1Gz&#10;lhFDTYbh+M/L0VIvl08Py9K+1bk2u8TE9/E8NJ6XvSN6evRhkDF+l3pq6ff5tsi49jFRn7FsD/m2&#10;OYx5uLVVFSYdLP52P1ldMu6GhhXYrhBtuFuWJNsqye2smy2ynSkmdpOOA4k9FRV2p9sG8W+uYIvs&#10;6uO/uENhsK0NohAUpQENpQn7lqMkTjEwBDFjmYcYzJVx12NVfztVFGKSOXy4o7RqzOBaJVHdjrbh&#10;kOGdRrTLz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9bY&#10;E5mTXxx1t0c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcLj6ufTNk/1i+nTqb6bc+45iWWsq9TqajosRx3KD0qYhTPh&#10;+J02LwPGa2GojI86kQOpT3kuAVJDAszjK0XtstlZICujbgZ+VST2P9p95uZvJa5zaNocdtyohK50&#10;nUlSCDpIP2qMGcDBIIwLzl/G6jLmMUONUkSTT0LMyRVG4o29GjN9pB7Mba8194P+EsfpzWaFqn1Q&#10;52lp1ZTPFBhmBRuyA+8FZkcKSOxKm3sPI7HZRbf8dV7BXQ1f9azvJpMZVbg/4zh+Y+IoXD12xmx2&#10;4HTA+BLykX+8cu89E/4fHpk9AWSsSyj6fsozU2JZj8hs69RM21CYhmPHXpgwi+bqkjhRUTcSsMEU&#10;cSkswQMzEjrI93bXL0FLKcTtJxJ8/wBIFYNduH1Eb0doN8m4zZ4FLc6G0DS03O3SmSZPFSipRAAK&#10;oAADHM2bsbzbUpUYvUBkhv8AK0dONkMQbvtW5Nz7SSfjw7XD2oOpMc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//X2BOZk18cdbdHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9DWA/4fu/Fk&#10;/wC4rf8A1hemv/uPcGX+yBm//Hv95T/g1hx/0IB2R/8AOJ/9D3X/AM2re0/zUZA/6YH/AJFVv/U7&#10;nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+&#10;RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZ&#10;A/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/&#10;+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6&#10;/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+&#10;cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+&#10;hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8A&#10;eU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8&#10;e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sg&#10;Zv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hem&#10;v/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/&#10;AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78W&#10;T/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8A&#10;h+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/&#10;ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6Y&#10;H/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7&#10;/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm&#10;1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6&#10;Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOy&#10;P/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4&#10;Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3l&#10;P+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A&#10;8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uP&#10;c9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhe&#10;mv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK&#10;3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78&#10;WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTu&#10;e/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kV&#10;W/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRk&#10;D/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/z&#10;UZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/&#10;AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE&#10;/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6&#10;EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DX&#10;v+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3&#10;lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/s&#10;gZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A&#10;7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1h&#10;emv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/u&#10;K3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4f&#10;u/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8A&#10;U7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pg&#10;f+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/&#10;6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtX&#10;v81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDo&#10;e6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I&#10;/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hA&#10;OyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8A&#10;g17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/&#10;AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3P&#10;f7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/&#10;ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1&#10;hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk&#10;/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv&#10;+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RV&#10;b/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/&#10;AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81G&#10;QP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+&#10;bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDn&#10;E/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/&#10;AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/&#10;AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/&#10;3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IG&#10;b/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3&#10;Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv&#10;/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4&#10;rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7v&#10;xZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O&#10;57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFV&#10;v/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8A&#10;pgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/&#10;ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8A&#10;oe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP&#10;/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA&#10;7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+&#10;DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8A&#10;Hv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7I&#10;Gb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc&#10;9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A&#10;1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+&#10;4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h&#10;+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7&#10;nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+&#10;RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZ&#10;A/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/&#10;+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6&#10;/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+&#10;cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+&#10;hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8A&#10;eU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8&#10;e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sg&#10;Zv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hem&#10;v/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/&#10;AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78W&#10;T/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8A&#10;h+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/&#10;ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6Y&#10;H/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7&#10;/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm&#10;1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6&#10;Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOy&#10;P/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4&#10;Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3l&#10;P+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A&#10;8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uP&#10;c9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhe&#10;mv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK&#10;3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78&#10;WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTu&#10;e/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kV&#10;W/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRk&#10;D/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/z&#10;UZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/&#10;AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE&#10;/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6&#10;EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DX&#10;v+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3&#10;lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/s&#10;gZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A&#10;7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1h&#10;emv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/u&#10;K3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4f&#10;u/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8A&#10;U7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pg&#10;f+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/&#10;6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtX&#10;v81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDo&#10;e6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I&#10;/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hA&#10;OyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8A&#10;g17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/&#10;AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3P&#10;f7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/&#10;ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1&#10;hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk&#10;/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv&#10;+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RV&#10;b/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/&#10;AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81G&#10;QP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+&#10;bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDn&#10;E/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/&#10;AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/&#10;AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/&#10;3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IG&#10;b/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3&#10;Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv&#10;/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4&#10;rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7v&#10;xZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O&#10;57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFV&#10;v/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8A&#10;pgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/&#10;ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8A&#10;oe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP&#10;/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA&#10;7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+&#10;DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8A&#10;Hv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7I&#10;Gb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc&#10;9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A&#10;1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+&#10;4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O57/h&#10;+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6/wDm1e/zUZA/6YH/AJFVv/U7&#10;nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+cT/6Huv/AJtXv81GQP8Apgf+&#10;RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+hAOyP/nE/wDoe6/+bV7/ADUZ&#10;A/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8AeU/4Ne/6EA7I/wDnE/8Aoe6/&#10;+bV7/NRkD/pgf+RVb/1O57/h+78WT/uK3/1hemv/ALj3Pf7IGb/8e/3lP+DXv+hAOyP/AJxP/oe6&#10;/wDm1e/zUZA/6YH/AJFVv/U7nv8Ah+78WT/uK3/1hemv/uPc9/sgZv8A8e/3lP8Ag17/AKEA7I/+&#10;cT/6Huv/AJtXv81GQP8Apgf+RVb/ANTue/4fu/Fk/wC4rf8A1hemv/uPc9/sgZv/AMe/3lP+DXv+&#10;hAOyP/nE/wDoe6/+bV7/ADUZA/6YH/kVW/8AU7nv+H7vxZP+4rf/AFhemv8A7j3Pf7IGb/8AHv8A&#10;eU/4Ne/6EA7I/wDnE/8Aoe6/+bV7/NRkD/pgf+RVb/1O5//R+f8A89Xq3+Oe56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xuf/2VBLAQItABQABgAIAAAAIQArENvACgEAABQCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMV0TEgrAwAAzwYAAA4AAAAAAAAAAAAAAAAAOgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAAAAAA&#10;kQUAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEA6Yje0uEAAAALAQAA&#10;DwAAAAAAAAAAAAAAAACCBgAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhABN8MD0JkhcA&#10;CZIXABQAAAAAAAAAAAAAAAAAkAcAAGRycy9tZWRpYS9pbWFnZTEuanBnUEsFBgAAAAAGAAYAfAEA&#10;AMuZFwAAAA==&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="254B48D5" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.75pt;margin-top:-8.25pt;width:612pt;height:324pt;z-index:251564032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBupagSpgIAAM8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1P2zAQ/j5p/8Hy&#10;95GmKiuLSFEFYkJCgICJz65jk0h+29lt2v36ne00rQBt0rR+cM++t+ee3N35xVYrshHgO2tqWp5M&#10;KBGG26YzrzX98Xz95YwSH5hpmLJG1HQnPL1YfP503rtKTG1rVSOAYBDjq97VtA3BVUXheSs08yfW&#10;CYNKaUGzgFd4LRpgPUbXqphOJl+L3kLjwHLhPb5eZSVdpPhSCh7upfQiEFVTxBbSCelcxbNYnLPq&#10;FZhrOz7AYP+AQrPOYNIx1BULjKyhexdKdxystzKccKsLK2XHRaoBqyknb6p5apkTqRYkx7uRJv//&#10;wvK7zZN7AKShd77yKMYqthJ0/Ed8ZJvI2o1kiW0gHB/n8/l0NkFOOepmZTk7wwvGKQ7uDnz4Lqwm&#10;Uagp4NdIJLHNrQ/ZdG8Ss61U5647pfbyUC9+rb93RWbyyvK1Fibk1gChWMC+9G3nPCVQCb0SDeK4&#10;acr84X0AEXgbE0pM/IgAM6xRgdUcw1Im2hobYWbL+FIcuEtS2CkR7ZR5FJJ0DbI1TYWnthaXCsiG&#10;YUMyzhFsmVUta0R+Pp3gb6By9EjEpoAHtEPsIUAcmfexM8pcnYyuIk3FCGzyJ2DZefRIma0Jo7Pu&#10;jIWPAiisasic7fckZWoiSyvb7B6AgM0z6R2/7rBNbpkPDwxwCLG1cLGEezyksn1N7SBR0lr49dF7&#10;tMduQS0lPQ51Tf3PNQNBiboxODXfytksboF0mZ3Op3iBY83qWGPW+tLiZypxhTmexGgf1F6UYPUL&#10;7p9lzIoqZjjmrikPsL9chrxscINxsVwmM5x8x8KteXI8Bo+sxjF43r4wcMOsBByzO7tfAKx6MzLZ&#10;Nnoau1wHK7vUuAdeB75xa6TGGTZcXEvH92R12MOL3wAAAP//AwBQSwMECgAAAAAAAAAhALQ5SsFq&#10;cxAAanMQABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAT7AAACpQgC&#10;AAAAMtJ+3QAAABl0RVh0U29mdHdhcmUAQWRvYmUgSW1hZ2VSZWFkeXHJZTwAAAMnaVRYdFhNTDpj&#10;b20uYWRvYmUueG1wAAAAAAA8P3hwYWNrZXQgYmVnaW49Iu+7vyIgaWQ9Ilc1TTBNcENlaGlIenJl&#10;U3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5zOng9ImFkb2JlOm5zOm1ldGEvIiB4OnhtcHRr&#10;PSJBZG9iZSBYTVAgQ29yZSAxMC4wLWMwMDAgNzkuZDA0Y2MxNjk4LCAyMDI1LzA3LzAyLTEyOjE4&#10;OjEzICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkv&#10;MDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIiB4bWxu&#10;czp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHhtbG5zOnhtcE1NPSJodHRwOi8v&#10;bnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdFJlZj0iaHR0cDovL25zLmFkb2JlLmNv&#10;bS94YXAvMS4wL3NUeXBlL1Jlc291cmNlUmVmIyIgeG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQaG90&#10;b3Nob3AgMjcuMyAoV2luZG93cykiIHhtcE1NOkluc3RhbmNlSUQ9InhtcC5paWQ6RUU2NUI5MEUw&#10;ODc0MTFGMUFFM0Q4ODE4Qzk4RjA5OEQiIHhtcE1NOkRvY3VtZW50SUQ9InhtcC5kaWQ6RUU2NUI5&#10;MEYwODc0MTFGMUFFM0Q4ODE4Qzk4RjA5OEQiPiA8eG1wTU06RGVyaXZlZEZyb20gc3RSZWY6aW5z&#10;dGFuY2VJRD0ieG1wLmlpZDpFRTY1QjkwQzA4NzQxMUYxQUUzRDg4MThDOThGMDk4RCIgc3RSZWY6&#10;ZG9jdW1lbnRJRD0ieG1wLmRpZDpFRTY1QjkwRDA4NzQxMUYxQUUzRDg4MThDOThGMDk4RCIvPiA8&#10;L3JkZjpEZXNjcmlwdGlvbj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0YT4gPD94cGFja2V0IGVuZD0i&#10;ciI/Pms762IAEG/ZSURBVHjatL1XsyTJlSYW7iEyM1LevLq06GrdjYZsYBRGLMGxNVuzNfKVti/7&#10;wJ+y/4EvfNvH5diMkTMkd2cWA/QMgIEYNFqV6FJXq7ypM6Q7v3PcIzLyVs8+0LYLheqqe/NmRni4&#10;ON93vvMd8Zf/+384PTvuhWHY6UspJtNxr7fm+k6ee0kcjYaDmqMcv5nlmSMcR0jPlc9fPvKFU/Ma&#10;rW5feMHi8oWUnq734vlQuSJP9K3bD8bnh25Qv7wcxHGyu7mlpJOl2ve9Rruu4tR1ndSRvuuq3PF8&#10;V2s3zfLL2Wg8Odlob250uqcH+7kf7N6/F7pNR2sp5OnZQb+zPo1mQuvE0fPRxd37b6ZxPJycba+t&#10;+7VwPItmF4cLv6nzeX/zWjyfTs4PM52/98Z3bnuX4Z0P9z796dmjT5VoxI3eeBIPN7bba3dbW2+d&#10;vfjsxkbt8d7j0Xh0baPZ3nj75OIki6L5bKSy0/W1d9syfTpMo/HF9u799vru/ovPrt9+/fTlo+7a&#10;Vmet91//5j96Xuj7Uc0TorZxsPe8LvJ+01/f3H3t5q4f1KSUjqRbkMIVDv5wBP4uMZr4C/1N08g6&#10;/E+Jm8W/8IcUQuE/jnYqvwT/kNa6/Kegf+JFmr6l6Tt4T/uC4g+lKm9i3xOvVo4j6S108VL+evFS&#10;ofmLgt4P76DwX5Xngn8yTdM8zzzPk65MUhUn8fV777/44tf4XNwPXoFXxlGstLlB4bqy3erU2535&#10;eBT2d6fne3R7juMK4dLrBQZHa7ycLpzuRNDo4L8ufzq9p7RfxC9Fg2MHg2/WDIl2zEs1D5u5bh4v&#10;Mxrmxuit6A40bhvDojT/Ujl9rvlBSZckpcvvzJfk4IkpDEZO74XXiDzL4gS/0ixJcO94AcYHN52m&#10;CveBZ3w8OBNu/dbmJsbMqwUvzp7lWa3hOItpOhxHa7v9ySC+nKff/u71TKrT87NG3PY6eIPMVVl3&#10;c214kQyGo07YDZtB0wvOB+etznqt1lRZ1Omuua5L4+55uAXP93OlPdfli1c8RHTd+H60mNUbTYw8&#10;Lh9PCteOl+W4TiHN08QT8PFG9C0aPrwtBgeP1fd8GgaaGzQ2ND/pjfGtlB8mTQbf93Hn9C8psiz3&#10;PSzkXNPHYwJgNJw0Seih4iK1wn9xcfhKEAT00Q5NbAxyluENBYYRV6x0Lh0vy1NsL5hc5sHhR/An&#10;LlHTT9Ezoz/zPElTXFUcRa12R6ksTTOX5oqLB+ri0zPV37m+ef0urw4H4yOEnS708HgW2CVg5oxZ&#10;R0I02721rWv458XB02g6LhalfZVZWWcvn5y9eKTMeqEpgkES/B3clL1sUUy5nD7ZXDRNJGEG1F4P&#10;/QvbQpYp2hHS1Akat+6/cW8nxGQTWph1qrRZrlrwCOBzzUznTzHfwSPFF5Sdxiqn/+X4Yq6yLEvi&#10;NE+TNImiZBEl80UcZUm0iFMaszxOsjhNZlGaxMpRMnewP7t1VzeaO6+/eSfExuVhynh4qrT27UBh&#10;XvAmRlPBla5rFx3mGR4TljN+gL/tei7NMMFr13HNfkfvJIsv01doZ9A0inQ70m5o+Bt+ln57eJoO&#10;rTsPQzR9/g//6T/+4xeDP/vwj6aj87487DRCt94/WdtJL/YHk8nDU+8H9+mwouvB3KaZkOHNslyZ&#10;vYCu28UbYqBo08hpA6D/C14LijYB3vPoEukmaYvIFB5Pmk5//fng3/zJB/3McbNDV+hpsPtsOhSq&#10;/uJ03mzom80MD9HHJM9jGhZ8lNBmluFtspyeIx6Lw/dIOwtNeLyYPpFvnj4sw9pTruMGg8tRZ+eD&#10;ezupPHk+VU21e+35l0+Op0Gvla/JDD8SSOl7gjdPfiul8FaShsvFW+AFPA90Svubwp9prrDSaS1o&#10;L0/V2Wy+ffv9b23LvScP+zV3mupOXWB3Gsaec3P7V588fnoYvXe3G2KyuY7vOoGP055mZKac2Qz7&#10;HmYKrpY2EVrIdD8OPU26C9q8cVtPB9mbt+6v1c8ujhf4dKzqelB3JY5CrxG4nu+lKp+Pp5PBOE5j&#10;R6qw5vEcczEGjbrXbtW7rXrY8HKdY3/gpU/bMq1fOrh4Y6YPNXs8LoOfJj05Ybd6YQ81yecFnyWe&#10;i/ijVqs3G2Gz2+r0a601GdSlX1NmbghetvZgxv9yPiKFWXM8MYTdMOzxWv6pzBpfPWGd4oua/+Tf&#10;mr/LE09iu1Ap1i/t2/R3Wrd0BZi1i8XobDCdLQJfOOaQlo6qfGhu/mF2JZ5lWhd7jqKhKOMF838a&#10;M7vx2WgBm7VS5rh1KteNVYD9lV7oSY3j3fE3tu69tX3vAaImvnNV3hpdlTaRhRkRHsEi5sBExzPD&#10;2jabGU6JdHw43P90MThOI0V7dRbRWc1jk+OgkLwmikPHbG/2/ThAkkX0U9yQPdkVvQHt6li/WAL0&#10;wcITfv2df/cfnK/n17NHv8GFea43W0x9Lf76L/7TH/3JD+utJpZhHEc4auu1hqIFSEcTln29GfJy&#10;tCeGEFdiuuK+eJyqYd7q31ZeL8r5babq1VdUgkBz2IjlhK1+rAm3hH3VMkSkfUlUQ0O+cL2cVvYZ&#10;VS5OCxN82MVSBGvlPCwjzEroujyJy9laRGvlS82G7BQLTyvz9IVYXpojrnxWMT/MeavMsSWxsKI4&#10;nUymi3kUR4vpbDoaTSiQi+KEdh+cBNhhsLOlFM/hkLBxKb2FCRDX+71vvP/2zRvXcbgps1eo5aDa&#10;K69cDC81+sNsKjSLzdo0YahYeSLmh82CLuKG4hGvPj6x8rRWfpkwo/wBsTroxXww25m8OiGuvNOr&#10;j0+I4lnplSdZPCdz8zR5HBOHlj+ly+fiOOXkFeXbiFWA88rFfMUMX/6cXVLFaK5O+GLPEAYcYS54&#10;n3388/PJaL0RNpo9nMY1zz09eB72AoFYSfuT8wvfUREemVeTWLfSratkzXXGSj4/ONLx727eun+O&#10;s+v4qR/0Y6HWO+6vnx58eH6KU/JseAloim0onp7jAeOM3Oi2vvj88uLstLfb2Om9htOfp4mYxqOD&#10;wdl6q7d//Pz+7s1s9/XL/RezNOr0wrPFvB20MGeOj56lazvTyVQGNZWn7brc+/KzTMtFdDYfHE+H&#10;Y7EWNuJ0IVpr3f75wf7Dl79yRzMZBN5otnEtD/t3J0fPB49/leowDtcX6eyTl87Tg+Tf/y//61pT&#10;7T/5eHgxyXL5f//uC0f89Wio7t66+50//fc/+/n/lsqjn/ziZwtv6+33vr1/Pqol+ne/+eXf/viv&#10;e+1GNh6M0zlOZDUf6FagZ/E8QXCWt1s737nZbW32z46e0dZB8SD+kCbyIzAlTVRltgh+QCWGo1MH&#10;K0ILc6rzvDX7iCwOW1GuFd4OHBP7Ovao4LVZBNpm0Wuz8PRyH6wsUXNkLg/y6i7EBxn+lvHRJHke&#10;IzLDLoHtA9fve14CeBNFQWf7xdNH5tpxnEqCRQgXc0FIn8DzWq/f6a1NpqMQo3Ty1PGwA9FbIwrx&#10;eXAcDgQyCtbpwxWdXSZMxunrUnCH8JrPfT4ERYHVaezMDRKzYE9wG/PgZRzaammPBbtyOMA1pxDF&#10;i4RXKfRE3MH4Sis8MGXiYruOpWMHkQYQcAFgF1ebApNlGYecKgV+SOLA8xpYKDjFs9HDy5N+N9w/&#10;eeHq+PAwunZzU+S1y2HietliNstz9x8+2rtxu/v8+DSYt1ub9SSbpWfxjde3fvubR43uxvX+brfu&#10;v5hOLiaj/toGKIPFYra9ue1jSjMqIESJgNRBSOpRYAtEnca1WoCoR3juwf4Tp+7e2n7dI5JKI0SW&#10;boDrxo8jPgYUZT7BbQTY+fzcyT16DoxKhABkAlOjVEJDipdRtJ7Ttwj9S3MEeF6Al8ZxjE+nrQRj&#10;KEWymBP28es4+/H1+WxG1xjQtWLv4HOUPgQgDJgLeIonMkV6Kjd8AqZVivFexEmjUUfwNZtH9bqP&#10;SZLmejwat9vNeI6oAsgZV+iPLy90liDEyBLMtRSfjLmCoH9tc/vWg3f+f8c069fv/UvfOn/55OTF&#10;U0XHqKaAm6a7NKeMou3UKc5ryz4VnIwy36C5bfkYnqQYipwCNon/1BqtZni33iHkbCNjrF86awWf&#10;x4aiKVY5nhq/F10KIAbhXjAmGL6cImeAXeAMgro40RdJBKw7W8TjebRI4vkiAtxdJNk8TvB7FmVx&#10;hHGn+5C+bLh6rTPqNbIOKBo/8BiWKsY09jyn/culgXZ9SXgVM9HFA6IXCBkAzTAvEgT0XdwjoTKH&#10;sKtL40XQSJq/YFbiD4+hDlGCubRnOQFT4kFdLxd0VcCcmH96sn/8+DcPPx1/a/vGxemRJx7XOk2n&#10;tjnYwap5eDgcPTxo3QR4c2m+4xdYOR+rWGUJBoQJRJd2A8WciaCd0aMJmWDsco5viBKiS8hyE6wT&#10;SQtOSfiAkeMvP78c3vWDqa7lDwM/S1vvTdOJiuXLp5etUPZ6eD/XUzGiJULQFLg7mQmbaA+S9Pba&#10;8TyMhvZ4NwEyneHldCmadzMnxbVio/Kap2eXadTeSaa155+Mnb7Op4Pnnx9NWqobYcGBCYgcXXNp&#10;OuAHUyKM6BAgBCL8FDuPw7SjQxeQgNfAw+bzANMt0lJF+d5kobLGeJJPH33c9J0RTvcmPb3ZvBal&#10;2/tffPnFM7UehdgUfDfjSauxzWCj8bEN02aNkXQCYgHFNFLzBBMNtAoNcs5hMWbi4UJuJDro7yfP&#10;51HgXUYRHTFaRJiZCcZc+bUg7ISBj72yVvPDGmaNii5PX56dDy8WyRy4N3BD4GQPB7iLm9pZq7Xr&#10;IlK62xSIRFyiSXTGm3Ig7FFpYaFlOR0+XXn31wQmGLM70jIRzO8ELi7Dqzf9ZrfZ2+ps7KxtbLr1&#10;BhMmdPjwQ6RbIiBPp1XCUJHhv2MWKUMUYmszPoe1oVJ5XfJn8fHCLzbQl8NfXBM2KYcQL+E02jmw&#10;7SUUPmeJwD6G8MZJfD0+eHyKK8CFeD6Hr0TXWHyrCnpamb8x7OfDDj+hDdViokdpdh7J72DCPmZv&#10;cUooVcaq9CvNLY7BySg5LMejPv/sb59tv/3W7//bxlqToUMuGF3nBM9oXmllIQ6mEMY8pRlNG0RO&#10;46bAVsaTi5cf/0169plIkDXxFrhESqggOeIS00mT018obQi9KtIzTIU2IZDmD+A9SFUCcBMcKbAm&#10;/Pz5STtCC+dr+zUanOIjG63WYjyMaHtOfvH3f/fBD76L6Tadz7Eu62FTMAkOKhGPtTapg7wxNIgN&#10;80qm3ilDchOMMdS0gKiKNkqII4So4h1RAl4LrpaopoIYC4jEAc7K22qnQg4ZIsPOX8MW0bjn2ilo&#10;lauIqCCCvuLrNjngvIqqyvOvQgEsAU0xm6qvtDGsxVT2kvUrOK4YVWYOKO7ENF4kydnZ8GIwPLsY&#10;XFwOcQ5aWpb4L08xEU1ECUeEKZFbxBTTkeAwe8wRi+TIGbPu5cHL45PDt1+7fe/eDQPXzIMWlXO/&#10;CKtLHsk+bmEBrcmqiEouZgkB9WpeSq/eYElNmCGWVZ6gGsa/Gt8XU6RkFZxi5Ygli6QribSCRVl9&#10;tOVFW6CxCn+LnyhvV1S/5AibGCg4EQtuypmgLU2xgm9EsRto/SoCFxVWZYmti+hLFSNSGV5+Fzx4&#10;jN0Amw7ScoETEKFel4v5pa+ayL/Wal4eLYiyBmGFSCSP2oEX1Zogt+ptRLvy4mI/0V6zs/7i+cv+&#10;tVv9Wn290xhOL27s7G6sb54MLxGYDsf7reZ6EOBA9c6ml3dv3khcd+/82Y3+vcl8fHBxnqmo1+oi&#10;nfXWrTfpcnB5nd74xcuXT58eLQbrva1b6zs4FTxkctf86WjgIs2j2joHiz9DCIGN9HA29dNzT4Yt&#10;zxn5+SIbujp77bVv/NMv/vFB/9IVLZVEQCHE+ObgjMVgOPC7a7fvbv/so7/Y6W7Mhic7Nx/88yef&#10;xuNpu+Xf3NwMavnHv/jL6Wl0tnje7a9p1UuibDYffPbPP281e/1b63U32R888xMRdneOJueL0+ju&#10;jZ3vb209OZ3/6I9/WJ+/MKwrjzjvY9okSwr+afnd4skVS18YZAmCXS8nK5/eWtjZwOjX/ttwWU6R&#10;unQqi8ekjEt67SqZx2enstmuZR5YV9gTk4ulWBAhQJ7R/yjSYjTJ6F0y4Nb1WsipBZNrUqwHQOQZ&#10;UJRJuQXlmluiEzPjnZ8vhEhgCkdxQ4q3H0cvKT9leEM67CxAUAyBXb7z5ZYgyg1SW7ZnhTnUcrkg&#10;7NFsUSwxbhTpmnR6rjhwErg8QLKcD3NdMEQUsUr+QU6N4rZqeC+kQ+uMORB3xl6KrywgLYh12Gjg&#10;5xPKcwY3djYWY/UiedLrbKsoGlyMEo2THum3xcV8fO1uBwFxK2xPMCE7md9AxiG41l7zWl3cZkZz&#10;wF/MctV1zi4ubl/fxqfNpsPL4cXR5cVb917vtts+4FImmXUWvXoeK/AQPoLcbmd97/IZAlNEaTh6&#10;OaHrAY8gP41UHgIuQig6AebFzg4MT7QM2JosRxjIN4qdwOW9jFKHRNW4LnCU4LnnMS8QLxIMbOpk&#10;LiWYXGR9aw28Ww6gW2/UgCMazSYWKj4pZwKVE7B5lES4DJwmgkaOcst4K0nRKnI84NwQIzk1wHIK&#10;ASVGchEv4sm0hl++XMzmFHE7Ch8Xk1SELitHyhcoXes4z2sIQOJYOfprC3iEyQbRxKC5I3jdKGHy&#10;wMoswkJUoMt1bjO1jJGXZ5koUkMm7amNAsRSVOYUEk4llBHFQSrsgVEeEqpQchTHYCVEYLqV9xNg&#10;V3uwCFWEzlIU3LA9Z4QlRMuws0guMZzR5sBVdiMzX7EfUpzJmnI4/O7MkZvtzexDboXQ1xVRirlQ&#10;XWFl7YGtijCdmULOv3oiIF5HItUJGQnY9kjF2EUwcDWBHceTTBiCjAOKzvjjAdQ4nZvxMNFoKDPw&#10;NJM5z0xpUnybI2tXGiSDvCmeZ8AcJYMgQi853VFQD1rthoiGcSC0j2WaeUjHAbZhImZmIxOUl9ZM&#10;6dKtEEClx0s0mSAeA8CAIi+z89Lm4yTm0/nJYl4nSiJpnLu61QiaNV9MtI+16gY118fik5SKA7pw&#10;MnANjtm9HM8wC+ahgHQgJkpgsefEyCEz7DmEgXmWEMnosiRDC8/EuA4yHdBgSXwM1Eo4Vl3lk6CD&#10;ga5JTWNMYgLSPHg0fgCqHVAfAV4B2gILUMfg/pDEi0W30+jWPACt+tbW5eFBHmcYqw44iFCYOaTn&#10;syyfIMoca3EsHKDJtXYz3O32OOGKqw3rwTzWoMLPh9PhwL17I0RG5pNH41rb6zb9bo2mVa/tAT7x&#10;iEFsoszm79I24vBzwDOgfU5QFhXHB10zS6qIpgIxFE9TOZ05Z+cj+eUxPXbXrTWCsNnsrjU7G43u&#10;Znd9zas3ckjY6KBD1IObyEnRktF+hnHHJCPoT8+acBczsbnJLRvqlWUKJhOZF38hcokvhY9X+joS&#10;qsgsZNr1zBYTAOXK5t07mxenl9NpilE1+h1QP6rYhxj3OjbpZRYLJ2nNSc542ym4blqKrAVhuKs5&#10;x6st5rIUDziXjOahUvafWmS+VL5MR0fP2y+evt5/rxCjScdMVAvgGRg5fIAqjkxwX5ArgXXKz7KL&#10;zy8+/yi/HBACgaoPpC+RSpgxOV2sK5gNQHpW5Oa0NfsSsTmy3MWl3SuYdOWLkBb42JhaG4UIDyeB&#10;aPfr2/8dLF0sM7D89XpjMZ9+8wff/y9/8VffwomuHQglJ6ORjOMwbJKShHg9L8WpOZ1VdXbMoBfo&#10;SIgKkChi9lVcW2ruDNyxigMb0JQIpIp7lyE+/VfZKaO0qEJSk8U1cqIqohBX4NIqsFrN7S7xaqlu&#10;WgVIZRZOryRwnSId/BWfYrM11TzpyreqWXJdRrX2BMI9EuEp6XE83z/64tGzGaIUh1Qc2B7wSBRp&#10;aTLlqYBOE8K+rJlzmQYDD6+VkWBShMurkQ9vybs/Zvjh6QA5g/PLy/t3bvY6bQtNOe4tgJl2KvCr&#10;HM4S2GlzIoqKxMyIp5ZYrirgsEOs9NVHgO+7haJFV0gTUSLW4kDWjqEEtdBVuqOcIUViS1QBpH41&#10;xWry/NV0bQWOS11hZUr4LZZchHSKB84vt2l7Ez8U46D1UiFneRsLfJaXLlZud6kwWM4KRgnSfl1X&#10;GCVm7b2NVuvWzg8eP/6iHug0njZbbaSSkmQY4nH7uDJf1CFgDuaQcOROyxcAq0jeYk9rh+He8UFT&#10;yN3rO9i+Wp0xhMt+uLmIFo3elnCbs9npdDFbjJMWEoHJqO22fTdEEtit6dDpZN70ZLB3OYoeXLuD&#10;LA0i39lkWPOblCcaHHpB2FprXRyfvvPGu2cJMsDHNQ0ZLZj7+JOHv/i9b/0p4gPi/JDKSMBcI34Y&#10;Bg335rWbn33yWyQvQr99OTi/DKdba1uqtpGoBXORhuxn9Z1SW9312s3XggnSH4Pj2WzvNx9N5qqm&#10;88O900idPjketz33/q3ejPjI4O6b3ZPTX56eTH7wg/+h2eojCv/lR385ipObu+9u9oOjF95uL2gl&#10;02dH+ke//70w2k8ZTxm0y5CNtY82XhRLPCbKPc7uflbB5EhRshyWpBalZoKniwXBJTdXJPatoMDy&#10;cuWaYgnSVwbwwsp5K9tokRCmlU8KWknSK4AhBAkQt5uEQUkWCUrj14I67+IeK0fp5xkOu0ZKSpiJ&#10;ZH81ZOcMyy6kJeuWQijL763oKFR5Y/wl12ptdEW65izhjSixvf0K4Swm+3Nd6i6ckqDifQDChZzO&#10;JAp3deDVgJegfSPu2Shpi3HCfucRMejxZuhwvojSRGDKNS8kvLquggQkvchx4/UalAjEoq8F4YGf&#10;bvUb62vd/RdzGSSj8RA42ccDSZ1oPu/WxOH+3tbmRt2PAD8fP99/cPPmJAbqjpEHRRA2hfyUg21s&#10;u1iGWFNfvNz//W9+uxl2Xc5T5YwHsMWfnZxdLA5v3/oGtBoglhGn0XkHZogSry49BKIz8VudHe1t&#10;9NaDZouuMUuQbHFZyEnaxSwrtAAU59NGgfQVThAGrRRAQ3bMglAMFIMHyswTDvD92WKOD6rXa5B7&#10;48dzyrsiXEb6OkVKBgMFFiCokba5Xq9TYtFu95y/oCQphLU+EpGkYFQOtLgQXeOYaYQhwEuj0aB0&#10;FRLUrjwfjOqNOl0v8SeYX3kNHFUUe7WmEyVfI8NfMkvaMPa4dI4eLSdTUCQF/W2VByVtfVVUViQE&#10;JQMzTiYx42WTOZUJWByENlllIgFR8j0rHL9TJokNeBYmycdEBqeHxVIQZxGwWGoFS2UbPRLJ2tbi&#10;VOTlKK3O06zXIgZzDZ9HAbjLeRjECCQQIGULA27FmQuTxDDCj1UxWoHiS6qeYLlZp+YSWRPjUC44&#10;ITGIQ6UVtNYUBBfAfznpwz2X0aWg3DI+PscETXNsXwjcKTXJQTm9LZ5Zwqld8+68PoiXMaQFqUYJ&#10;+fpI8TEeBm6E6CP3EKhnSA9iAruNRhOIGMETZiQJdoh/lT5BLXBA9E7SMB98C2B1mN2TZlNRnCal&#10;x21lKZR0c1nzojkupWIBJGw5DIqSPAL9Q2wtllCKiI3T65LOCCnrhLXyRIE2cginsmIAbwiFFlLc&#10;Pq96lq/g+qD0dnNcCqlKXVLUKz5bGB16rm5iA8JnY4E72Al1DQJrV9l0jSp2aahFTK1KoR3D2pvE&#10;2B0ov8eZQ6eOcMHPg1aj0whU4J76/V7zdEzchJaUPtGM/7FwcR0O6i58I6ZVIkCFCAF3gcsYIz6d&#10;ypZsrHf9YdJ94/Z2TVwix76xvjGYpGcXk4tUJ4Q9RLPhgQvD5AhI7S27odttyrpvqFhOfAqMGz1p&#10;yuHTyUSIk1aschqyVG6aQpo8X0wWs/Hi5Iggmg+QBi12MwhrzW6nvXats74ZNDqy0VWSFC4qBblG&#10;FSbMq2ZWYCu8YkozytWFvFoUZUN0/wUPRFSqWyxCTFSC6yQYwbCC3QhruzfX5tPFyel4NCEElWbC&#10;LDoTzOZlhUOx2MuoQRUYMWehSF7sC8r8Lk5JbYlvDgjNVbqU3qbTwBXQ6aCsTDX64Bilo61YQBRJ&#10;N2Y/i4OcWBSHHikWOk7TKFicicETnUc7t7+5WD+djY7G51Mae5ziGb1PbKqIiIHgghCztakiqhbF&#10;rrrMHxVUoLBRgbbY3ITJTErxwHAFwdf3y1SQQAIBhs3zm+1ur3dxdNy7eVMlMSn2Ud1EvJrwWPCy&#10;FKiKsmStUOIWqTCnkiwVZf3IMmUrv1qX7Kyi0CJNXCRZ9TLWL3O8otDGa5u1uAI6q3uy0FcRr15N&#10;9xW5lmWyr8zRVa5WFICkzNivYqsVheoVUa1eimZXXygLtL9MU9r6GjoP/KD+01/+9vGL/ZSytSDm&#10;PBKXQL+8iJTV1GCxcU2OVIYrJsqGSoJKaXJR3uBYkkhxeQi+f3B03mndffb88I3X721u9Dlfolik&#10;Zmvkqvp7R1TOUyGscN0owEsYvxxDUyblCJu8MZlMWeEvVpiB5djYxJdaouVVfCwK9qNIemq9ev6S&#10;qqMk1qVZjMqE0CVyLp+X1SCsSNRF5WaKKy1/sJJ9LnTXspo0Llkerf8bWuZXss5CrqbwRJEr/ir1&#10;M/MWVK/x5OJJ+un8vXe+0+k3FlGcab/n9/OoleTIHgmI3UU4SfKRH4rr4Ua/tZW7zdYsGy/ivZPf&#10;bXYb273bqY4nly8+ePc9CDgHwyhwa/gpLc+n6ez5ydlr13Yg7WijJAfHiQL67Uo/ytUBKtdqfuOd&#10;e3cwegiHowmysrJV85JcTMaDsJ0vnOn2jZ1oOrizey+S6pe/+H+enJ2oWH3v7W8MJhdhI2yF/bPh&#10;rI60lRQ3drf2j/fqsr/W3H1x+rTVc25tv9butY6GQ7ez4buHdJIgjCbpTk4VYo6sNbrJHAkqaLLz&#10;wG/nszys6cHFeStsDc+j77/7erQY+U4GWVucocL32dH++eTs/O/On968d2dwNkEiK1rowclhPbjV&#10;DAH1nEni/I9/9p06TiWHFYZGvFyUpC6Dy5LDY43fcvsQJdVR1JqWoLAINgnb4EZUbg49aasLcYKY&#10;rC/rOZRRLyvzFiXlJ1b0M464UmChSrypC3GrqdqTLGLNuThQLYGpyU0wIUzfV7lral8Z4iLVACEc&#10;8id46hnR0rSS3VpNznlAhCzVOjacLRQPBeyno1dZaU1B3xU7plUzLa/VVDYb1Xd1A9Fl6VMpCDEI&#10;fDQaI5DlAlQgcA8ZWgTNuK5onsyQRXQh1o0Q4SCTZDLwmohwGgCJMkcKYhC9Cdar2RHD7gg8rGtB&#10;S4UXg0HgpWHYQMYCJ0wsO836uLfWUOm43mg4QzzFaJo6zUZd6Enoye2NdTEZoWrg/Vu3/ulXv9Be&#10;ZxTFqF8Dbmz4zmAB0SlKymc3r1+DaOro5Li33n/z9dcatTowZBxT6AxJnKrVQU+G3Y1JfPnF05/d&#10;uP5OL+jhqhISBg+Pz/Z73SaKgvF7MBz/5J9+FnbkH3/7++dPPz2Nou9/9w/aXo1GA8NRw18ylyAu&#10;JY5SrqwiGZqH5HBO2dXUJGtJ7cTVUxlAsGAhNEYRJDcxI1AtBmEaRxANcq1XxnDDxZHjU/kxxsqD&#10;3taANKrjKrY8vCfK/k0BOyJjhrg5DTXlAcR8HlN1qNYoxWm16vgWUvEeLQfC5CmpKvVoMgshh1Zf&#10;a8BTCtNEcRKtlBIZyYA5YPjY5Oh2Je8sLP/IIbJiEQQSep4uakzLw76gbioH/gr/yidkkWYxCWRn&#10;pbjJQl4rYsiLU0NUJUBFVXGRJRElZ0aoXnEoWyR/DY+nhRHPGlqMA+mSuLKpY8tkOwXPJ0wixgBb&#10;vlR9RdBWZb9sFp11jFIY4EIqfAAZyNrns1g1kAWj0ghXI0cJ0ATBvkocNSVAyKlyEhFg60HaLDA2&#10;Abgaco5wSfbpUi2Ai/icJRq2cJBmmebaQyk4JcuoiG6Td0EniNJFx69RrpDSAbxD4fXY+4W2HBEX&#10;unum/pqzBZo4GWXzD05WpHiogoDwDekEcpP8dmGSIHOSRHAFtG8qRKQPbghEW+AHqHJVBMvp5aQ7&#10;FQRzAw6Gkd3FqxPaoVibqkwGD9s2PT0ULNQcJGBxIzkpJTgTwhoPyuI2AD+Q1/UdLwdY9fFWITZq&#10;J3UJQScAyiw8J6jCxci52as9KYx4gfIpeCdGz8JUqppXc1gEj47QFec6fzZM37630ffmHhFhSDVD&#10;M4bUs15EzgJUmOeAPphFVKLskohah/jQ3EncOQiLy8uo8+b25QkKmLKsG2Gbunezj41kHqd16TY9&#10;fx6lk2l8eIq6JNpLAH1rASqH3bDuNkLZanmdjo83RM6RBV5EQJTCqUzzA8A/MhNewnqBa2E4wsVQ&#10;udloPnamh6fn4gmpi7HXQLLfCNu9jfWdW2F/WzU70mPRCpWj0lIxyiZHl1WNdmlqU4vA6MzlFcT7&#10;AoXZwsiIta24pepifNEnJVG9JW/4Tv0sOR8RtZAqG4aWMECtlA+bfdToI/i0zs1MNCllu/3Iov6Z&#10;Jg9HKCy3EaZMyqWCBR9HEp3ZbnfhOox1XWHkJESy2FpDbTRRfOZ67PpAzOz8VM8OstnIIwqvpkTe&#10;6PX8znZ3ezgZHA7PLx1nTsJ4JVKuBqdaIgwr34ISJm/McZNkFt0K5CwnYThwnv/MFBbZQl5fJgry&#10;yoLYr+OXIporpRgAvhRBLZ7P3/nOtz7+ux//yY0b2FMArBYRGKq00aAsjlMRglZic13gWLmK8EQV&#10;zYivyE0sKyGFs6IlrSIQUS3+NBmTUgmolypoUeiI/hvA8ytOP/FK1ewrWNlKEcvPca6cNgb2q9WP&#10;WiKilaywVTBVM6XiK8CQOWrA6CENOzj7+S9/cTqa0LZNhieaq6hQ9+TQPsoLR5LNhGsL11mSyI4O&#10;Dqd4Am0JpII45iCGUINL/DsW58HJ4MbuxuePn16Oxq89eA3OAFb6ZMqWSm1gORavJM3LPOwyGV6U&#10;Y1RyN/Z1eqX4wLE0qqgihzIg1lWuwYa8FY10kYDVFfXnK+Opl+y5XuZ++ZkwZSukFM6rWeBlvFJo&#10;w8oTXiwxfykqW2HYjcSr4qwiKhJ4vYKDyk8ucLiuMCPlSC4zzleIBe9W51beC0/HMNOJRRqHzXzv&#10;ZFYTs0z26dTyQrlo+B5Y0/DL09HLgy+vXbvRWlvLJMpl708Gg0U0bzXr7vruxflzaJHOjw9vbe1M&#10;LgaL2qLmuvd3txfTCxG687Ha3HVPhgd31m7mKjw+/nx37Xoum8SLpgkO9sUibqKQrQVxLDystDNb&#10;7DY7nfaNbDqM4xkRz5l4+PLFWrP98PlnN7c3Li+SmnjDhS8Q0G2aisS/OPwyvpu2GusPrgfZfACe&#10;8Xx4vIhHh/sv4juIuqE4Yz0PCWaoBhKc7XAR4eNADqvhmAhtUOk4T7I8FOnw+ODNN99EEht63Vhk&#10;jx99mUzzNo46rFS8Kpom8xlePxjgJNynmphQ/Nn3PvBtPY/R3UjeZUTJmdgiW+FUHRhWc75Vwymn&#10;BKaiWPdkzaAyczjiH6gcXQqcCM/rkkm260nbYniuRyiSqKUPj3HUWS4TI35gxaLUBZe51BDoZVBr&#10;THVwyOfE6tLhyqe2a5QPVCLXqukadG5aTFENSl40TsNvzCiEdpmYlVa8bXy9ygBeLMsD5FLyUdQ5&#10;GwmHLEoiiwOQ2G4jkq6sOGlQs90LSsEQ5VoOj0421trYC3ERC9TiIpuaZRDQ4q7xl+loBj+VtV4n&#10;NyGpzb2w2QzMlhiWyIKxMNeaG/8gFvcC9SV5goBhrbc1j+ekVPNQHh8sJhetzk3/BMDYn81nCCbw&#10;9vtfHqW68Sd/8L3PPn3+6e+e7wIdr3tTfwIIPh6fKd0Mg7qCHQ5iEM87PD1+/f5bL85e3N24g/wG&#10;kCbFh7lmcj3nQMDd2rgvTsSjZ79+7f43INL4zz/7v1qN2nfe+QNAa5JpSrm7vftv/vzf/vbjX81n&#10;0cbu25///D//nz/+P/7wrQ9v3fsAxDwYHo5+cpvnx8PifQr3Rw5zCjV4ec2HkBMV/ZAxg9L2MXyk&#10;eEY2KUcqNzbnaZZGQc2n1G5OCTSPambAidfgZ0aSAKPwd4wPFiegkLLDoZQrI1rmqIsyUwC0swTZ&#10;XZR0uovZtK5BE2isQnLkomyYbx6Kh3BdqwbVYOTz+Vwp9XXiXW1Kx7S2ktuiFoEPIrP9Gh+cYsoR&#10;BOBl5eiK0Uhx4qhC2SPzajFLxQtnWfXlFCSRVWW41puHPiBfYd+XzGuBvgvvnGU5kC3vtKyvw2iv&#10;PJ+colCvIIxNaqLYrzh/XeqriDmnzKVxhHK1KHYftsNhhYljfb441BKmmKA4CGWxb5V7l7kkSi+z&#10;g4ArzSGNnwHNAe9DJ/RSLmZHISbQhxhNkfxc0OauA6gxUio/JhwJ5jFGQAMZJfsnsFomN/5plJak&#10;uRl4whBhKYsXCIqaoRe65hGX5eRAiQibyLcR8JB0zsgzZ+wQBvGxu9YI4txsnoQACcMiI8yuQzqh&#10;gRH8fHA/KUNRuM3Ro/H4oQNYCLbX0uxsADDG9Y15XdBGD9RhjhJoa3AlitAY400CvVAK57FLam3K&#10;7mbOIi8M6HxS9VGIx9splTBAecFlmcYfgRADqaNFnc4zKlrA11DTmuKrvPX7+AiZcam/MtZfPMMl&#10;V1UjA8wCe3jmmRS1y5lzpEx9mgGayD8cxCEXeOtA4zqdeZSP5z72HFw9EDxk2hSO1jF2DL1dyUcz&#10;GblBWxslKs5pN19AnUUoVZ8NIZPNkVitd4SH9a6zaULDOknj0wlBR1T739xpB+zlhffByEyjdO8i&#10;mh3BTUx1ath7vPV+vd/xh/Nka70W+k4YuFzyqthcrYSpYDNsBMrVO6zUJXaF5i4y+gFmR7aYg0c8&#10;u3j55BFmFd7Zr4c+Ypd2P+xshL31Vrfr1eoO6a1rQjId7LK/Ra74rMu5jltQGQcgdy6kOaixglyz&#10;XjHgqC4JGIyzStd11tdr8zSZRjSB4twEFssgwSx6WcAi4wJiFWZcXmtqk421h6l25g3WZPp4MyjO&#10;Mo8EBHUt8Ph8mi+UqvTxvZQk+ik7iHmk2iINhS43KcNWQ6Ws4gt3+LlII6wscBoeL12hGz5+tra2&#10;fq3b21hcnuxNBydSJwE5AIGjISqKeHMTnxcKTlt+xCLnIrfsFA6TFuqXLozCMTtMLo2/4tcp8mE2&#10;gbwYQVtjN+jv7EZJenZ0vHltG6AI5xjmBxCvR9GiU0EiZW21Kp00rVqi6mDllGLQpdJVyCUILKGM&#10;LnXMJve+NPS8aixUvEBXE4RV6yStX0HMZS11kRMsXKOKr5ajrPUKFVykJIpsryi1Bys1K6Xmvgq2&#10;iiLV8gZEmcrUjrNanadt2bGpBKEQBYYfn3/++B9//btpkrocI7jku6mk9Vf0uGKXy+uomkUaxtji&#10;I878GucXbUTE0kZ49Aqf6Rd23+FED3KBcW+tvXd8Np5Mv/nB+yFkqpzY59mr9CoCLc/QFdZjBfGL&#10;CoJ1VvKhReZTiorIzJ6T4kpC3x67eglQi5yqUzrWrpTJWmbOTqOrKfyqgrzgbStF56qSe5UlKNfL&#10;8t4CbjhimaVW5VM2JREm4031PjZsq9asX7EwE6vVyWIpe69qyPkC3Iqv38rqJSvOaJL4KP7zZIRT&#10;czhr97qXA3dweby7cT2NR/VWD/LKfDKF3WImGy8OL9ammfDqqNHpr60rUnyBJ/TPTp/31q+nTflH&#10;3/2w1vV/+dsnabwQYnw0HqA2qO553cbml8/O4s70gzu76433BpPLJGfEpN0snXdaTYqNUjrpUEcU&#10;OaJba6JqEOmhxXTkN8Otbv/ezTfnSfy7xx9jL8YV9dfFHDpqlXiUnUvhQwH/DGicuvXdyVBECUqD&#10;xpu9/r0b9wLvBckyrUpckZRfO5MpigMBeBz4l9bDegryP05RTHM4HX3jjQeL6eL45SM41x4MRz5q&#10;kZHC9BXOApgDPX2216rVkPYKUQ8JK5gcdgWiUw+6nY5nHSuNSQFHduwzrHWVt6m4Dtjp+xWEXoWO&#10;s4VPmBDJPDo9OaMoLKi1Wm0Q/1QSlpFTDYqcMX9m03HdD9qdjlkf0vhVcIWY0tW5XtHIV2RRjq6Y&#10;EawU9uplkF4uMluGpwuLVS1NFCtgmaRabt6EPs2RcPSGLsCU/JCHEu/kvHPYgjKj9dBWrSQzdslz&#10;+X2t6FDYqklRUdfoZQmPUyTGvwKd5FZ5VQBsLsPcWOsOR2Mc5BsbIY4u0ByU5WXDgsHlmOEoU+B5&#10;VpBPBoqgDjcV9jBGxOD5QpQZaJczn5QjgaHLbILrxaSK0rjTbF1eTgA2E/IWZsvWDHNVQTaAw3Ky&#10;yPu9WhSRc0mjAaOY/Pwc3E52Gc3OLlATPLvRh2UVKgUnw9F+rS7hFINomspNCElysRNqhQFBEQ5i&#10;QSIXLeS1zVvTk3Tv4KGbNN578C4wNGQLcNWiSMYNZL3VFfkffviHmUxr9dZ7b73/s0f/gKQTCvI3&#10;Nq/BkAtnBygd4FW8NbgAvDk+hSJyTofhTmGCjqJa6NsJyhvJDYnm2ExVUbSIzSaGtJiyBxJbB04e&#10;1N9ixgKa+my1lZMyGUlNzZ7BqaE08C4hZJBKw0wRFTKT8Rw+Z+12u9fr4okg94unNp0jlph12iHS&#10;3aAAEHfVa3W8J0SfDfgLLGJkjwHIGQ9/XYiXNix24rI4laara1R45ihS9pwqKl4dW6B6pbyJMiIO&#10;Z10BkwpWrBTgiKXksGrpaJ19C362cFMzCLyY4EX2Wed6mQbQ5Y7CtpSlDm7p+1oubfs/I14UVdGV&#10;LjUWVk0tbIpJs6y2COqkVSgpW4Jn6fnSAIXz0RxciKXcqvQrWKLuwvbD3CKvMpfsi4wnOBbggj1u&#10;A5ijkmgWIswgcFLJqWSXLdZSVLxwoEZ1+TmBSkmWvwa3oyiTmJqETgP6OpI2gut9PXq8ylYaCS9P&#10;HGM8jScGw7qAfdS4GBThVD6FIIQcebyCOKQigihPCfQarx0brWpeGthjdOA47brn07Li8mJTveB4&#10;MQ1mTtG/A9SOqmDC5GwAw5QX5diwQCDcoHwbDiXcHF6f0+7GSDcDwDa1naTjpZQ4KkI9SL0JMONC&#10;sDvFmkhSl72JPRM2A85RcsxZoC6j0aT8ZaPmCnJNN9W8LNE0pVGE5zF3fPZGzxwuC+XDy2epOb7n&#10;UdKPQnrShOcEzdn7HcOVk0zcZzsobIJzOptAcwmzlUttgIpB1a2aaCBP68o5kppSPjqbXN/oDY5O&#10;lay1m+7xwRCOVrgrEty4bjcge3CyAyYHKABmNWPuA7vzTrehVUi4S5CSO6/Vz+bp3svZF/tT0BUN&#10;DIcHrY273q5ttINeSAkgh+kOj8t9qcaVvdOoijYnyRLZUDgsPMZY2SSqYsf+VAyHc+eAUDN7KsAB&#10;C1SMH3Za/e217etwlRfGDJ+Lfl279KmrAaTnhGmxfaOchCoHtXBLabJPjm4BuZ6BvIHDXJraAw8z&#10;y5OizBFqWxOqWSyP7Dw9JqVsZOwWKRhjRaFsgs+uKQtfuAaGYlA3SBVkERhWkCQAkDTWYDqZsiNP&#10;KsW7vbEwWNbpMV8mFHzJLmQyc0To8P5foDpyuuKtqY7YZeMGaIFr4/Oj6eW5k8XobZFhUviSC5E1&#10;7xmmYMN0IFjK3/Sy2lVYQy6zubLdnzL7CnNxXyPe5ftJ2bkzQceKIICJx3vf/dYXn3yxsbtdq6NU&#10;qAE91GBwznL3St7UGvSWXQLEivOyqDr9WjtTvcyKFhuxXrEWWimkrSDP0rmn/GOZc131Qn7FVWpF&#10;rnpV6LzUzYuv8ojWS9TFu5Yjrhbqrtb/ile/o19pUHLV9GpZz0u1355n/V/x0P/uo78/Ort0pDWF&#10;JUqSik5yrj1RzOyYJSBZRcZFXjxs7GEiS+mELeaitzERDpccFTXX+B/eEHVVYbsVhq3xdPyTn370&#10;4N7dWzevs6UIhUO6MAtcFtkK8WrfFWGd1kpxuKgkeEXl6eqrnsZLebpYsgRfPV110d6lrLoSVxiG&#10;K/ndSn7emkvJopZYi68wRyspkKVBtBBLAeYqjbJSGrYqYS8gvLOS7HW+Sj9fSFUqauqVGE1XjcVX&#10;5pzjDQYQUYJIVZv+TXiCCH8TD2yeRWfxfHL0dL3Zw1xBUWATGuAYZXXgvZvzeNElcwuHe7Mscje4&#10;GMwnub9dD744P//Vx7/8+NnLnVZr8/r1LB77UP1ubc/n+vTssO6Jl4Px53s/fnDr7mSCPijKTTLU&#10;iqAE68XF03s37h8eHqxvXhvG825/N06jJnSbjj4/OQ27HTd1tjY3D8++/NM//P3j0WHTmUbREMWL&#10;kEdOkEobDt5+8C4FK0ED20yve+3p/q+CWu9kfAJD8hixMRnhMNnJXhaSuiXNT0azeRo3a80vT/cw&#10;9+CFM1SqFrbORhc3rt3cdntPHj1zajWE4CD567VgrlGeVE8WMZzfNrrtaRS3turxQdZq+jWcnyh+&#10;gjaKiE5R5oJKzeByeyjdq5a2Zs6rlmilhLfg7ig7Ojgem2YwyHJBcwtRzWw6RXDWhJpUiU6vORtf&#10;RotFt9spCuUKVydlzgKnSBZxAKzKfbdYmEXpOJOqDPaknfjSKQjXEmRqe/VsvZJaPQFOTqHhbIYm&#10;VHXlrW2sOd3tNFifpwQMztMsaEjj2ioqLkDW0YdyChwm2+y0KBzbqVTVlbYyzqxiaZWSDvsRGHeB&#10;woOuUg4sbf+nyoatdKvVnM0X0PAipYBcDWAXwFKWz4XZrRCS1urT2ZyN7S320IVOgyhuCg9cJnC1&#10;y5W9CJ0oh8ROAgEqaKENVjHRNbTxqa3+zuzyBLExFE+gJoIO2O0E7m/b19b9MD58Mfj5p7++t7k1&#10;m+dH59P+RtOvZz34oa03LmdwAp81Xb+/1oBVBhIaRw8H65tdMDZIbVFCgEF9Rq6qLhtholJODaPI&#10;ibMb69e9Xgc+x91uOLi8qAFe1zokcsRihwYYSYZM+mnWhHYagHh9/eDJs8ePP7n34J1OYw1ahzia&#10;u9zPI6OjnU4El4uSPMqq1SLWJ3NxN6xzPHQQAbjgPAFJFhFrQb+NKYQq5UazhYMHGwjReMDyvBMS&#10;YER4xxtWzlUG4Lqgn1vA6hnMje/DTxjTu9PZBTExnY6bzTai8NHlECFzk5o9YI5x7OySXfYcVEIY&#10;IrWLn3XI11evtOP6757h1dyLyikrWDVHe8u0gwW9ZTSpzeQkjOyIskmSOURtyKoLfofavVy1JbST&#10;b8l3VqgoZbMipQ3ESocxp2gPZuggbSohhLWtMVXuhtDJC8bVhFnF6hQF6C700rrI9vFqV7YfjSj7&#10;ZUh2p5PLUrGrh1RR8MyuX0bRIVfU4rri82HIe2nll6QMQHwziXAmeNM066gQWy30A5KMqchr0+Wc&#10;JPvpcb8TnmnU8Ya+LaqSQZtK08bQSFA1PlEY2iQuPGPFYaosCcICBhEGxpsySUswEYscvA6+AlMo&#10;GTa5pRKnmMiuFpIF6qyjCxKexww/5BvzU0akVDFPzIykDB4l3LjgHliafNTJHxstuHzKE0Gk67mc&#10;CpMNMkiX9oGSGR3OOljRxVyfnDPnyHse7U/0Pco3U9xHC5NdhdhsmDcxSs26wpR4e9z+Cmgmzrk6&#10;I9dc0EGXRwjX2BGRmJttiRXXeTKBwA4TAmXUgileUAfUKY2HF74++QS5VlwU9bHrdMiPGQbe5Pwv&#10;yPyZ2kdxDOVxkBgnRDBm1lpfzw014LnznEBev9MdHkM0KrBfQeUdht5klIxSyt6wkT+Z7MHtCkCt&#10;WZetBo0BP0/iQTDMcarHERzyk9sb/gTaE3YWRzSM0b4cpkenqOZKsY8jY9cMvXbTR3PBza4fNgjc&#10;+gwvcaUxWRMabC8sn83KCY+gHauj6WWCHA/gD7aYoNVjrk8PHj3GwwKBGOLU6aCPxFar1200YVFY&#10;l7RfeeQcRbUDMBb0kQ5favRylnDgDXPw/3Xt4KCnDzLLxDWtDplQKqyqbBmBaYXElfS2cNS0ceLS&#10;kuLoNovXVL3SNoC7D+gRmqZgyuP2YGS94NLGBe1Dgqo0aLphL4HTgBkAoauKQSTAeW9xyYMMyzCg&#10;evYytpHO0n0S9wA43Vzrh+213RuL4cn49ECy5ThZnUOYqk2jHvbZQumyLuzdHFm+oSss5W2ipFwV&#10;vL2pFPkanQsdH60BZjOzXWVJipMOdPXNt955/NlDFPbAd7xN0Zdk/edqtaYuMqti2XZGLGXpq61k&#10;lgLQEmAWLKq+4t97tZ/Mv2DYq8tt+l/IW+tSMPsqSNHVouKvEjU7VxFN6ce7otFeMQT+qq/oq8hG&#10;rzRTWuJwyU0lYUAArYr/4uXhR//0z6NFlnOHAMm7FknmOXXomISEtMWExqGZDwnfdA4w+RDXELjK&#10;nAym6R62Lp8DSM5AcoEfInCTSnn58uDBg7sgtsB6PXux1253dne3pOlS8ormV6x091l6+FRRoV6p&#10;ZDX2qis+jqIi7V4ZtSLtu2JSrkvvSVOBsiolffUR6qo22Bge2+pJUWSBKy8UK8zI6g++Cmr0ivF4&#10;mVBbUUdbFYquvn7V1forJp0WFe+3YpD5YDI1DpaTF2WhqDdezIOwp8fD+eQyrPuN1gbO3fX1/CA6&#10;havrr77ce/v2jR1FwLLb20K/C1KCChjJoIPuhGaT657Gx7VGf93f7vjBRr+Diqo6jHuQEE6mEPpg&#10;dhwcXt65c+eLz/ahm9rYvqVr5/FiAnKW6g+pz4uECU3Y7T159vD2xvXFYngIw7to/u7WdYBe2n59&#10;L5qctjotIL3r2/c/ffYbx4nfeuN7e88fzQfza3fv47b6mzfb3RAHGKSq8/m41Uaj4I14cb7Vu76I&#10;Y6cFaWhqylBNFw+shul0jth47/QsUOcYnedH47XQG8O8ER8Xik8//RSRRLe3eTkd4Y4BtkfxItRw&#10;dhxAxZ26QXejNz86iskFV9fqjcRUTBEHLsqI1imhXbELcCBlUa+0vCz7gZTBkflCYWZWcplmlnc6&#10;reFwhEIRbrKB8GgAKy/ps4tG5jQ1UnkpIgugGVryTlk+KKxHsa4oSmx+Uhntw3IH1kttvOYdQ5Q+&#10;icLazSwrftmmJiL0kuCkhDcvOGAIT3tB2hN+6AetjY3YDxd+3Qk0PHfZ6jDVpvmBKMg5FhsactqW&#10;vhVEj2leXFK8bIAl7aIx0iKbK1oWLBqTML5e65mFBpImvi8iapGbFqaKVJGvv/PtJ7/7OXj8NPMi&#10;pArrDRAfCCVJ4kjUIESzRBIq7jWCPRCTEFQDDJbcIpUG7OtR51LX9Mc0zB1SqlOICGApjCeCNG1n&#10;7exsgPC42fSfHh1/59uvjUeno8X5dA8QWFzEk2+/996WCsJwJv3F0dFiFHthzZk5l+cX6a2N1mh8&#10;Bqvna52NZGPuy3a95hyd7WHltBrt7c0dfL4vXUPhxUl0cHCytrm5vrEbpc7jT389Tn/T7Ic3dl+/&#10;0VwTbPlD95TFbtBIssXDz74YRuiLOdnaupW9/OSTTz/6/rd/ZPxe0L+Ve1U60DgoFqbjkMBPojqX&#10;vVUU+15QQxwa65w4b27niIUAwXOKMXKJFItyFv9SnGSJVXKExiWTM1cS05sr6usCCV0QNEj0CelE&#10;nk9ms/Fs2oRX8yKfjEd4816vTwYB1NEHim4fq6BW9xBto+J6sUiAhPGgsZ3gt/P1RTyUOVke44VF&#10;ow0kcj4nCwlX6Q0uCi/EorluxX+ZV7jU2qZj9KvBWpEB1VcPrEL6LMrmvGLZHFSvCNNsTzO7aOzn&#10;umW/wdLy0nboFgXAFtaLtUJwLR0qyIwKOT2GX3YtG+/Z4i2XHGvpEWrqjksZtdE3F5lqaUZS6GUn&#10;BmuEwOlD+htuDtWbMqWKWOouy+2YBPktA/4JaidMVasE5cjRHQk0JdhRibubsTTQyI+1kKYNWqby&#10;wpfANCSlD0cPWbPfQkpRNgoh+YCQ44kTW9UNFyW7fElojA0M4hozKge92wC/MEsj4Cg2beaUKgFa&#10;DZUydg6U6UPhjN7ysHYzzWy1rcng2UU7U0aIpcFQnDK37FPlkvOUYOtk6t5NRisegVKomG11jEf3&#10;xQUDuLCcLJpx3xnvdpD0IRedcLdVMrVCltIjpx+UQ9R5sIHZWvUabPJAOpE5sTYNbzwzG+g6tWuu&#10;keCNSTSiezZ2E26thJMA8l6MPqUwqTM2ASx8aoC6egeGUtSDqJ65rBbWRsJmai8Biqnrb0Dcgen1&#10;zHXIJCTEY/Y52GyEtQaIAFjgyeZlqvZPxevdoL/J7bEgJIGEG2gJifVULRbIR6ImlzS3TaBqmFMF&#10;Th13WHPHJ9ZT/eZ2CxWyIApi1J+k2A1VlBL1iT/RJv1iGj+JaV5gHjVrQTtE0luud/x+2+80aL2Q&#10;dYIqjFMcJ2GrbfbC0abFMm+PhayR21XhFFgMB+fOwAueBj52VHAoSL7D8ru9uXNjfeu632wAr1NF&#10;tZlvihC72dTxV89rJskE9EzgMn4lZsEptYRukcORTskj09qs9IAt+tAXy1Jy6lZRiwSgT3ZxJxBL&#10;pxmNlDQwn5plcT38PE9mJDnnUmQW+liFlzIki3H9InQMQ8YGYVqp5dLsSBhLA3aF00ZvQRIMxAQI&#10;ErZa9d72fHA6OTkI0ISDCFDPrkdpYK5NFxYJpEK4Ysy4TeggSl8uJa9YLv33/oU0w4IQL/ViANur&#10;UOXjQfSR333z9V/+9B//6M//FTFmkhdM4T+kC1PS4mCSouI7WuZy7TZUVb8WHVyWOVEtKxBBVgGv&#10;eKXXblmzXX32YlnHJlYRiXSEI6pjVxxk1sRSyOW/LRupK513vhqZCGOOVTnuXpVC64q22bYnWFUY&#10;Lhv26ELRbSQzrkQ9yT/81398tn+CxJsiFo9Vx9Ss0bQdktZmw3S9c60Sn3uze5Sd4UCb8mCMZbkl&#10;hWssNbhUy5bsGaUCC2gkFUJCclMDptBnF+Mb1zcXsxFij3/++NPh5eWDB/dJHWPEzUtr7qt9bAuz&#10;HmfJg9hYvwghdUUMv5LW5S6IZbmUKLL7Uhel2sv6Wb1UWMmKx41edYbS1QlUYSLIKpZrMJySuBEl&#10;Ib2K3k0gXqZb9Vf09dWF60gVq1t6fTnRREVFVurhrOPaK2/ObdqXfYxF5c6LLjNMqHtVwYL37HJw&#10;CwvXdTc2rqF543g0WEDRi9oXnJzZ4vWb23Dirnt5t9sdTS+g5KWsjMimaf7FxZMgTbY61+BSNFoc&#10;4ug9z9c66xAZBePBMGw2eh5VwLay8OH52fTh53C0guSo1ZHDGfw4ElSpIEE8mowpPoajVa3rdabT&#10;7FIkYq3WjGU8Ss7EzFmgZnYR7bTb2GfRNDqo++/efR/HKm529/pbByka3gJaXK7f3oaV1dGLx9d2&#10;bmG+o+SPetxhmFIIS0OdUncT1xAm3DcTQ4xc7mwyms+jF5cLIJqW651fTlBVNJ9PL5GfxMkd1NEK&#10;lRJiqdq7HAJEQpzZbQbn53Ns6YNsiGAmTTS6W07nsU+8NcdnPvUvdZRruQeTNSjyIFa7JSx6NORo&#10;ZYcWto6VF7QuemQptmDJ2XidhYiUlgSOg5cP2mhTPX1MQH34ZLiYzutr3Wg2Z3Wd8VbhcnzPN6kP&#10;Ia0fdOHdLUwDW5t0urJxviJWcZbLs6CBaA9WVJYV1NY3N/16Y3sdPhW5ng7pRltt34cvUg/pA5We&#10;Q6SKrCXlB2yzFhN9Kl3SXbpqUmAdlVlMZ2ayazNRNv1SMk0l02W4Pc2jhAAoJZdTItHBzYMKxDAE&#10;eDvkOwP2GV7bXP/R//zvopMvZmNIm+FYv/b0y+fNELiLjOpNaYHiXqeUliFpb4oqUhO41ykYFFYe&#10;hujOYzd7fl6wh4FvEydS8FOxEu16q+1dtAejQRKkN292np0cBlre27y/NzkYz9Pj2eiLJw/f3F6D&#10;B/j5kbvZvx7W5cwdqQnq35JvvPbgkyfHC2fUCdquaqOV9OcPR7du3VjvrlG/H656xYyggAKVca3w&#10;9Tdfz+N5vlj8+Lcffe/973cvLibx5Ox0r4ZWq+0d12VpmuuT9450fu/9Wy9/st9stlro1jXeii4H&#10;C71oeG3yTC2qXtjvkKgKh/O6yHMh0bKYLxCk2nOX4YMy05swAJl8YugFDzlsI0BpgUAg+lVxOI8f&#10;IDGmQpuXlBkFNF2hcly6qtyQcyEKDajfcVILUCpMmPByOECKz4efdq5Gk2kzRMNeKrVDuh75ERgB&#10;mK2zRl7QX6NXp2nLVRzSRCbmyw7r0ta62i281CpzOGHyv8Whs9oZm84r19TB67J5gG11ZLYC4+Eo&#10;VCWLa11dCgpTG2+7XFV661ULFIrCWZMEsqpGxk9ZoaAua45cKZbUqO0kWSiOtWHubI7HnoGUmuP4&#10;V5f6PGspz3WDUtiCKFtQZhoPuWVrIjtGrqHC3CKAojnFdaRkQcWjKVlUqo1tAZkxKbI0xnaL3OTf&#10;/fIRNuGbm+FOv7G51ufgIDW7LOnTyFhYcac9Kqk0cTgmNakdcOEUprpla1NUrRNNkxHCQGztMVae&#10;p0gGor0KwUgU87DjEOZboxY2UfwJhEtlxiBcBKVY4RdKZIDmft0EybACSCfLFtjUNwBHBS6HfaRN&#10;2ofMj1IqAaaNjr4P4AEtSb2B16NFLXqXB9wn3OpECbG4VIJrpS4oo+fkIzd+IQaWljD1fnXZwIX1&#10;rIqOKY8zyhldR8qNpuilqB/mnj5ohoStFZ+ErS6hNK6tDuV+xtz2lDQC1rRXkaYJiFemZN2nCeo4&#10;xmmMtmzcb8otWljYTFQUfqaJYgT2v0tokyUUheeLWiaf8/KYRRl35HRZKKWoqZIIaxSFtnDog6cW&#10;HkqX5wksr9L9ucOSbGvLhKLrBgqDO+TCZZyx0QYYfBk8RGJyEBehL/CCfkDy8NkCGWzRCqnXe51L&#10;nbEGECeD7AB+BhieztLFIp2n6eUgWnAxOO7v1kYTswWxwc5GbbMXbLTxhAgAglv0XNvwRy0DTy5O&#10;prc1WMyhtuZzQsXsoIzHBV+LoffpXqcdtLv9f/Wv/zWl9ov4TJCVGcaZ0u7kC8ll30Tf4Ol41BeK&#10;XbqKesylUatdwtI6vhtT+SVE8pY9yEyHatII4fnGGbeYp2U6hVyo24IAKuG8GKZ2Mju++N1f/Wpr&#10;98H6jbcavR1dp/Z7mEOYtJju6JhFUECmrNb22eQqF0ZaLMqGZ6qA5EbtSldLUlLcU9ANN0O/tTY+&#10;epKhII3mhcvF1JZnMUkKiyA45LUWA6byT9ndkssBHdss7uu06ke7AXhYsL14QN0ryJw6ufbaa19+&#10;8QVGE0QGuRsxPcdLwZCGeinOFMua16W1T0UOuuo+WEiWDcu2+pql5s2p6N+E1le0q5VySO1ULYBE&#10;OTEqgLOoKJaidD21nW9Kv6Ur9belI1Kl0W7p+/IvGomVBtTCqZpw6dVE9lIXbI5CEjfk1OdKyfEs&#10;+ujnvz08H8HjTXLXEDLtJ8M+zTUEUhWtnE2hvO1qpUo9gKkdVQ5HOKYBHmVZpNE0Ud8KbXtkcvRM&#10;WydR/yDcaaACF555R8fnO1t9SRLR+Mnz/SBs3Ll9g6tIlbQFRMsVJyuGVk71tsua16XyvdJUuzIN&#10;Vg2gHbUc9dKdVV95HCbILhSTRc/N5eBb3adtFKgrBeX8Nm7R51CLCkQva6HsDiOrNdyviNR06dMm&#10;l7XHshQsi/IjqkbTy6p0d6WJ9IrGoZrprXZ4MpkwXS0wN64r3u711j9/8ejDO3eBcZGpanc3O2tb&#10;i3h6MRucLaZQ+1zf2t3a2p3mR74KMupPCAAZQVZUC/N1Z63ttTaaPdFHKIrWefszx1uvN374Bx/+&#10;1Y8/eu3WbZRI7l0ctJtNlCMNLyebME9MxOlwcgfVjZ32xWjhN9IvXjy/vYFGKTC0CI9n54PplCpI&#10;4BQCRdPl4cb6g1vb/b0Xz3rgRcHoJFk7bGHb94POTMdBwx+cHaC0ahaNUdCXpYtfffxfdra3rl9D&#10;fniMa+00u1E8RJmM8Ys3YZiyjg4S4kuwjJPppZ/qH/35hz/5+S9QGNbohLRk3Drigfffv/G7j19k&#10;5GiVMBPnwzdyq0U1KoMJjivEB7VOWAupd2ruMamUU+WRVymut1tHCXaLNtpLRYtY8dAuUG5q+nwZ&#10;L9GcRUgu9+egdGRaU731LfQVzqN5weYQwgtIY0sFDMI44UAbl9kOoHQke1SwX5a38zW4XDabL7X6&#10;usIAmbyQWjYuqm5WHLg5hk1HXLe9tdNbW683w2YH+bZG1lrPaA9CeTXUZu1UjLw6SsL7s5OTgvwl&#10;vxZTgGFdF8tc2HIrtm7tnOMQ+ZWew6JUcyxZTMV5RjzACPV1qLDLaVYDgGljVEBAiyo2Amrng+Nf&#10;nzz8+34tareg5OvuvvOHF6ej8QTytYS7ypiz1MARl/pbOGSbhOxlQPo8+kRq+wlOmnNQnmnFyA0Y&#10;kBECr89UErr4oJdJN4JWAYq7ZjYaTI/3U5nXegHolO7Odn1+gEI+Pbl0T0/dWTSVTi91J6Kd1B3/&#10;7Tc33SzY7m2fTB9PWyfrcifS+ZtvvIZ0Dkzj+t01xE3I66LE22fBPvIzyTwG9J2OzyAVfHr86fnR&#10;6I9/74ctt/2bz35ZfxORU79Rr9POQ011s+bGvTc3vuyGHdjdbt97K/v0NJ2O1zZ30XkTyk08Zuzj&#10;hPozavqLgiWXu/pGEfVwotxsnEDFjQVCDVbQFcD32eI0payTR+01otmUnJ9JOo78djibzKDFpz5X&#10;kHbwuUL+AYJKqT2yL6U5jMcEO96AXBXpnGEAkFEaW9ZI+Eky1bjRCCAjGY8nLpUSuKPptFkPuJ4W&#10;75wr/bU2J+LqRVu2YCuWlkYQxqO4kOWq5UllojROKGpbv1MkbnkvAmpzZbHTqyWRvrJnO6tzv6i9&#10;tToiucTTSwK5qB0opBNFtYxiLFpyp8vAigCwZnxIQNJXRQluJUwqG9YTHeUx5Gahq3ReCYRsjzFh&#10;zHMKNag9YLlVBC00rpq0iWJZxgZMNOWmESl+3bl2vfbwycVscV+q2JX1IJylol3zFqKz0bv2gU77&#10;jTvjbHR8Mtx7PHTUOSkLtd+pIzOIAvwEEzL05W6vDt/yetisQzAscz+PFxmr3zK6QkIjHrsgA8GC&#10;kYGcGKiMAJ0TR9hLU3ZT8zOvAbeLdHiKWClLUErroLoXMmRUymSsaef+py4TCh6lilExDBUrbU5s&#10;codqHsUIkyJ0kzqjvTKjVKyrjNuA6Z1BcFuhhCgI0OIPAgbSzMJ0Q2gpKrXX3CNX4gQsH0HKJcJc&#10;22gU1eQR4AnD13BfGxHgbhQwNYNUWteE04E8PXY9p1ZGGECqMOdDgc1V6XIV1QtrauPLvWQxgWqA&#10;95Jz/tRTG8QHuWFj51MkrZa5x+WvbBaDfZiSyQD26D3GNbdlW1WyrTLGvQXdTz9LWmIY0oheu7WH&#10;cUDwlSWUU+P54hem6ASPqb03KIlsERH2gwLZJKND4OCaBNaNcrg361qv1g/j4yyF7TEkXZMpMK1q&#10;8WmJnDJqhahiyINGyd3p1TIiRGgOoSp4OEs/3Qcv335xePA4Fv/wpbhIHUzCW2vB9Z7/nVudzbaq&#10;sw11Tg/eR1YADAfxpPhd1LsL6pVFJ7kR83lmuSOHi8xmnFBzdzpAoAeOOB7kRsnUXxoNEmOMY9hw&#10;x2NiX5iOMtGhTZvapWUdmLk7sy6bUZLVgGazrLwo+6PLgCLUY2mu0b4pLvCHeg2jVOt868MfAvhD&#10;MeokEUwUk8nldHJ5+eQnpw9/inp5FwZizc3+zq3Oxka924/yfk4CCNQia9R2OYsQCm9HVj1jtCxa&#10;7KiV1jfa+GmC3Kk3N+r36uOzvcvjAxg8+BSomG5bmBZwnoOgA4nxvExly6LUysQhxi6+yAp/vWb9&#10;YLNAxdJMZhUYSduQO/KDd775/qe//eTdb38TWT6s1cDgoqLictk5quKkv4zbV4WgS7/6ZS9e0xlO&#10;r26uV3puWBmn1st2L1VTqlJLq3UVoBagsypbdZYl06LiFF3xgRGVdy5bzFxxvnJebZ36auODqyY2&#10;VRff5YFieAOSgWA+g515+OXez37zObWXgKsIzOpScgVRPPVtga5TeAubOUayGIu+TKc7VjSzx7wJ&#10;tJk7YWJPmvQYGY54FPFwC0ZFrgos3khzY4kOVXu6OIfaLLl9Y1uz78lnnz2az6bvvvMWZajIY9Ct&#10;9g7UVZcKR5dad2Hgma4U3ThF6z/TuEwuW++UQjDbx2il5XG1EsrOLFX4YRQdGXTVtLnw8ZBlQXCp&#10;SjaiZuvRKcVKvyXe7a2/mrAeO0WtsLjS5ap083jFmUs4y2bSztKjpBiZ1R6uotQhXHF4/ipWygyM&#10;bf6iK5XjODzQUyQAe80mjdT4/NNn/3yzs/7unQ8mu9HFxekMbsk1/+npZTKNf+/t1zMqOQkux/Nb&#10;Yg0p34DKGCKfNF8tby57rf50MtjduXcd3XQvLq9tbr90G9u1RuSTTU4tFk+fPo+TWVrbnESjGnVP&#10;me7srF+iEPfo9N71m3c7b+h0Bvbs7OK837l/bxNNAWs4q6CYafY68WLU7GzO52f1Vv/y/HyRTCF3&#10;xFG5fQP+z4vRbDicnMLf+eXZy/F8PJgvLk/nO/1xt97MdVda0SsiCgjGwPnq2eTy4fO9wfkIFr2w&#10;mciz+Xa7sTeYUtiyyPyu6PXCX//my93t9ead9uPHe4jMNeTE0O+SkIacCKE2ShYpnYtZ1g8DLr2R&#10;pupMGpa1zJAIW0OguVqgaE6kK7NTF+1+lCEuRTkT6FF5VjmIFFZADg9h4D944/35fPT0t2MwUe2t&#10;G1EmBid7nLuQTMLnphMuG7m6WusyqC0T/7YZm9XhmnZGTtnjh18PNEumKrbZgWKvFmVcYIgAywgJ&#10;5VjxMLjsrnWx+fhUaeYnouagXWpOmwgCRDCgmhVrjRAWZk7E1TZZzm9VNFIzZFJB1sqywlEUrJDx&#10;N5ROtalxYXHOpwHntmh14giPyU0kpoY61HtcmhgjVyYKpJ9hWKSmg8HTn/9Nw5mHbr5+Y+P+Nz/4&#10;p7/9Wy2bEO+Tew0R0LnRW5NMSRFpB4hbY8hLzlWcOSfTek5CE7NIBiqU9sb3cA2og42iKVpGQ5XQ&#10;qGcIxg72hk4CIxB5OhjFd8R8kdbC+sbGzvOzF80bW4PJdGu9DY2/dpELV7Va+/XbvYv9CLHEte5r&#10;nca0HejZQq633fEQgj9vOEFr+2Q4PF1f7wXtHUr1pmR/A9wLiflWvwPjJy+u7x9/+eDO2x9+94/S&#10;8clkuN+7/obm1usQ/OEBf+O7P0SHD3ADoE73zid3Gidi4zYr6ujmYK8jqY9uilmuOfcF3Itniq94&#10;9MslLZAjiYSp13OCmzmnx5x4saCMPHctgvMcZgqiBIzDIqYaXU3aZ2oJCu04h28o8fXieCG5eSvV&#10;6lE/pIx4dDp+XPLQqkFOFi3mMXRleMyo8IVLKkYJCSCYWqVxwuloShx+fcZVLLHMDa4wU5fS7EWb&#10;yNKJ3aSnLG3q2mNDiiuaCWvtUOVwComOqALcFe+qq1u7FkqX7m1L2ycrMDEIu+wXXLV35auyC2tp&#10;WMf8WsbskzKpvVJuoYvKeVGULWuLo6nwUhoBidm3ihaCq+Vgxd2aygPbglwXkGfZgLyaJGBHeEXt&#10;UoT+xacH7COOB+COU3eRTYWzgZik1ti4eX99CxF8qjac+Z0H2RjcO2oPUfs+T1ExiYMNcXsSq+l8&#10;ejS+eHx0kuemIseY/+S01gK0E6vtrIXXemQFztX5PnBp6uULVDm4/mCa9ahzDtm1LZD9TQhBLIhk&#10;hBqW7iag8KZO+IIKh3nb4CJVY6PuWFNcqjx2qGcGC1aVSZHS0MCHjjSZuQNt7ZrkJKcH8ydN6JYf&#10;ITYb9DMnqTZZ9pucBH2WlYtRMpxy12QpQOJUoRxjLipNbQgpw53ctHoy9i3UTQeYn1JtlElETSlR&#10;kETukQu8pN5F9KQR52UEjp3cmD8YhSplQqjTbZ0ugpSumjon5VTcodl0nG8RhyaaGNtr4CJi6iBC&#10;HZsI6lATJNsU2bSgLG0NjQqd61yIjcAlUa0xLhGGX6Y+2SABl+cadxSmzCA30aErcyltwwKQBcFq&#10;vNMkEe0uzB4bkTtqhe4gzvcH8a1urdOWXY+cqbFvLpIMcmb4X8bTHI6U5jhnRyb0Wte4j15Hng2o&#10;5TeogIvEOYWXSJQ9O5Gf7E//pw833ulDs+6Oxkmrl41yk4yn0ysg+SXXhSPDzmSDYBmLx8/C5YmO&#10;7Q6ac/geYVQMjsXgMeOKlZXioUrd8dwhCch4aWGjky53uzadGri/sG1QSM5ZFg1WXCb5G5LzvuSf&#10;5nBfUo9kgdqQzqgKwAMMHDSI9HZE91arTQ8NU428MZPFuoryeBqhH/zwIp2cjM4/f7H/CaIOKm6p&#10;hd21LRSsrW3ttNYk+z34S7dL6y1VFBsX/n98Yivbwg0V7PD/9zrtnde9xvrg4FG+AGlV4+p9kDye&#10;YfBdFrFYLMZJI8pkSKuLyfO88C4WX6tzlcvOHQmXS5F1RUa94ufz2fU7t3/6/z4xSQly91ZluZgj&#10;xErn0AoEvGI5JEUFv5QJYSGWdg5XjGqLrKssnRCKmhLt6EqjFq2Lck4b/S0BtbAtcwtJrHFRVkbb&#10;URTC2PDVZBkMFtIWscsVM15Hi5ULLZsVLQ1knCvddp0r/tJfbauF4Qbxh5UJevynP//ts4MTOKJj&#10;NSW0FVM5lfWLWoaOJF02zcQZ44oV0C1tBQ1LaigTxOEMOC8IFB1DXDJy5uo4dvJHAQQdRwg1YH20&#10;WMBYBEwqJGYoc4s/eOeNN++Z5Xq4f9JohPfu3LZ2T6btiDTN1q9C/ELMZEfU1BIufamcwlN7lcUv&#10;k+xLJ2vtXKmJ1aL6Yl0hyVfrpJUuTJHVFapCFPqQKxXl5u0kVa9gxeW2sViJqPUr5eW6fLpLQ6rS&#10;BvcVbzJRqR7XFTevqtS5smAK6X/lzWQFbItiUUnzEu+1rW82vGNnPsGd10Lv5PJss1Fb37qJGtps&#10;NEGbgzs37uIsD4Op6yxQE4koGY60iA/yrDmZnjYa8BJswTY/SQetVut0cho2WhigD966c3Zx2Wzs&#10;3thaOz+7qKOsu95Eq7JaHg6jxen56Mbalt8I+r3W8ycvIVhydeP4YnDthnO9uzOYQWw8wlZW61Dl&#10;MGpDAZgyN5cx+ph2L4cH7958w68vsqQ5OnwBq1o0iEclInrwoRJwZ+e15CJ6jlMI1YCZOhtFg9Nx&#10;ttVgM1vf0t2UJgcV7bYgGGuLQTRsOvnw/AQ0/k6vBeOBRweDy8lieDrBgbw/Qy7wAEEQlLBpDP0b&#10;dGsKy2h9Y2t4cZ7NibJFYARjDPDWPptCmg7LFYPvwuJhSfBUrLyNo6s22VyS0DpFW23jrLhi/4/u&#10;fPVGp93BV9FfJ26oUSNHE/Rv/PGPHn75dDY6R8jx/9H2Jk+yZOl1n18fwmOOjMj5Zb6x3quhq6qr&#10;UT0DaIgAGgRAGmUgaKAWkpkW0EJGmXZaSAv9CdpIKxlNNJlREikTuBAAghTRaIDd6EZ3VXdV1zy+&#10;MechMubZ3a/O+e51D8981ctXVmjUGzIzwsP93vt93zm/4/OAQREgy0lZX6xdIQULL9cio5RU1hfg&#10;XoKmiTBMZHns4SRGo2HS3TimgGUSYxNJ6l1gBeIU3TQUTNCZETmgXJY0z8T6C/VsCgvMGKUg1XGJ&#10;KUGFE6ksQ1KumvJNrmFKGrDJTGnai72jtfkSrVPxpGuO7WRfQCpHMaFKSUOOnHBNgzmSOfBchr0L&#10;dCwms7qbAMU07h72UXaWS+GMzlJK31CMxQbC7Ei0FW8fbHWYUgYcX4hQXMwenF9I02tBF52Br/AK&#10;TMcAoLpn7WP8FrKmC/PpYuw0G8VxD1PSKfo8j473d268No6ScqPaHnfCKs+0sKeej4bglU4wwe8h&#10;zqfCH+SEERoxpcXzO41aOSo6lf0LEIxHiGZZW70+mXVv38KIeB6Wy9gaEsaZTECb29zePjjbe/7m&#10;V/afvHdr90uwn9dAnmKlGXPCgEuF6xVw2yAYLC4cj0df3frV7tl+tXUDaC581HinM1DfGF+M0hcG&#10;XfgRUA9gFBAsjCUbnuc4RiYTTn+4bujxc+TrywjZQFYowIuKAKPLJFNm5ywaZQ4/4V+jeIKIrLBU&#10;jIV8hYM7p8f40TE1mYuEg1+YdRu1eq83wI+eEMvsYYyPlzeBH3jB2txjyaFQYEsyzbOpeFOTrhKB&#10;vc7AdJKBmpMQ23Ro7aTJ1aaCNEkAWTSQ8Xdpm2u0FB/afqdKAY/6l9E1zUKTOCm+2TLm4qtZiTbJ&#10;3gRs+wzNEQjREvZmKDeOm9ghTGKEKQYLl9OfyArqZN4LO+lOiFgXt3be6JuY9AGVeZS0CdVN40Hl&#10;ueYw1KBeremEr8pzckxQnFpiKuID2C/bsXs66ffdtboTIIRqrkflaPTxpwccKiIh1cdWUMM2tFLB&#10;dwgwjV34EfD+qGIK5BVzGounFAsQliAAgeI5I2HxE5FtMxwPUB3td4eP2iOPfUPE20zA5Ic0plHB&#10;NDGaJgh+dybocxZQ9mJHrMQVPNOqXgqpcBaIQ4CYGuSQyU+MYmEQM1qJpwoazGmwiNjp8aFQCEVP&#10;LpNRxrIgfTqgZxLLKfcAY4yBBoVMH9fkEZHbrDgzhCKZSj2BtGDHSSz+WsK+UlKhgYHLJINYaw5m&#10;cTxxGcUWCU8PU9wCAldBbOL9OcSIG/JsEJZo/RCGC2LVXG06t54kLBuTNrEszJWVUB0zkJfSmvpb&#10;pu2wRpyztJWkHYdDU/TK8Bogt6E9ljcJZ4e+kME4A5ELEVjCYGK6KLxiYoX1zZgigQ8FyzT+TqkQ&#10;eGbToudfLU1unuQLuaJPwKsYz3nHM0LJY9eXq5nCaL+EW7Qc4rv4R6eDJraDoeqCLCzxwfi3GJAR&#10;jYRdFDWC/cWA3hmM4uEQ+eEO7gQoSco4NhXUMd3V0Ao5BDzPg8o8aV/EjWtIUws3a47XxfWNjIfM&#10;xNubfdwXrYMc0HWWOGJzrhldK/Nb1MViXeUvyAvDK59GOlzfrkSLQTFgNxI6DEWBpTYYSO518vkL&#10;/pntRM2BfAaXlAuJ3ZjNeuzJvra1J+b5nsS3YCMgR5SOnwCxVE2/uMJOEXiEOHn5qLjLuIiFki41&#10;dGUDn+J0a96dDQb4PtBwoQWMB8mnmjxix1cVxccd5wyZ2m7Yadyiy0fMZqsZNYzcqoiy8korm1vl&#10;8vmTj6a9rm/GbjjLJFYe66aqFtb8FORnoCpl/fCmIHuGFS/veybtQfWhOPTDzgW3HY4FOBmiG/vk&#10;409aOzv4ONE2T5IkV1to56mMUOV8YUiryrjUOWPKpejay3hmky0pvU8OI0VqkKbKStQg2wHSzFra&#10;R/MO2jRtw4pm9aXix+oHEoNvkshZ4YG6+un265K6qi5HEGem4Ets3ixpz9FPoXsvx/sq6RDhnLLX&#10;Hr/98UOvgGEbyB1TqWdNABL0YoEMNhJt3cBGWeDZIanp/mUwClfQ/wbtKOIXbHULYqn0QlJ6YxGu&#10;z0AM7fUQEYHo3V6vP2ZaxHgyGnCBhw9AamMsbu+9+4v/5r/+4+2dTbhGgNb59P7jfr+/vbaCXUfg&#10;+YnN3lJL4pjKGiFSLAiWPLHLeNqkyMHJlPNUdpC+cl990RFBwv+WRqlLak2t9SW0WSZMNvM4nQ+z&#10;WlqK0z8SMBArFiv6tpEoXqrScrK2+/KCp2ES+mputHMloSufD6FUThf+1F9WmZTfuXR8unz1smmC&#10;8t9/9NF79x/eW6nf3L6JPfr29rXpeAVMpz5EyLXqsERtFnCuCMutr+oR2MkJQBchOsPAzIC8MBgM&#10;kVeC0Q+OuWiKt9sXq9vweBSOu3Mf01AcMjQUyBW0X6E+mxdUPFq0Z4tH7eO19a3BGPFF5d2NzXb7&#10;fKe1Cenn0cFB/WYLPX0S76qNBQsqNY/6Eg2nRuPStNdhSZmM1iuFTjxoNFub643OuAOhJm70J0/O&#10;J6PuyWB8c2Nl/drtH7/7DgS2fsUXSZ1r6inX2u8VZk2D4XhzrfHa88+9fPPafNE7bvVQ8D86a4c1&#10;b9rW9aKHKhrnmOGMLftoBgwJWNCozhkd0T07xSLCCsfVkMiJu5Y2C5u4YZW5bhotmYINs2Be03LR&#10;WZS8FI+xBSi6dvxqdfqyIRoUlVsCJqsYLoDpGJ0l49NG6JRrxY3V5t4BEwEnEwmLt8J4bQhN2s6M&#10;JArIXfL6ZEUgqtS4+7W6Iv/PSANmW5LgDllMI9F54+gjHXDDUAG/cFivlpjJJ+sI91GJ8BGgJD1M&#10;WHjgkcYPpaEt5i+TNOrXc/PNG21RAekV0mp56pfcPceQmVMNdKJt1Kl9jhI5JguhivNebDus25Sb&#10;CXzEmJquv24hxrhaB0AsRbNRuVFRXclyoxzAS8z1Yg/B/lxWvOSzBPTCFgpe6tR0RcJI3pV8f7Fj&#10;KFwTXJruYIDtv47B5rxXLQTti8766ub9w+5oMl1rNXFda0E4mPvDZFwrA5VCsHGMBg4KXX8wHkPL&#10;i5dPv9BsVobkulQa9I/G3YU/XVTCYgUvADLycB7+4Ec/feWVl5KkyEAVF275IbK7RoPJ+tpWuVC9&#10;du1uf3jYWr2NAR4+PRmTop4eQRQUIHEaHlr0g+IpnvNibX3OOxlOwALnrkC7ENdRmNLDCN0yxrPQ&#10;OswgKibGIwwwdCXSmfcF7Lhwf8mcx1FIx+10uwDOYctFWYu7Z4KGF/IL5Ty74MQYcs3AGE8hhBZn&#10;Tiw8Xg+bSsCk3wWeP+KtGSGzKJWK7Qu21fqDAR4BHt00Z/hFTwTR0oLBiBvsMYFpPctAXgG8mGc5&#10;SXKICJ01WlXqCNWmt75swaoM42BrQOM6sYGAjgnW1U/5YZy8/SvXJF8iNfSls1CybPXbY6/ZNNx0&#10;0BLb8C+zCyVGoK0kUEMKXULpwF811bvkhtjRgB1lZ7mXske7drpiZsA5yrrBMbvGHeDlOVaWk5Wk&#10;kdqpMNuUamaMY3uCeHyUzEVfubHT0/HxA6zIyJ8rLPzxoycfDTpT2Fx6p2cHC5jmTaKPwsIN+0HJ&#10;g6ykFJYC1LQQvxWQvoOiFMMrApALMVN7UKvC8DldQ9UwnzIfFYgEoNvRxJ9Cu+QhdR17W7v3GcyN&#10;M1dCkDxoGmN0yqD3R7Ts3CHC1udZH/YNBXFdInGlwsYtYLGjTDgxRuJCSL9rYFbyxJJyieUISB5k&#10;ynUsIc/4WqwtjGtVfimsMscrxjC5BsFFQaxhTNZNKIFgqrAiTw/qitkiFg2RazVFnmthsXLsk6hk&#10;6U3IAygRNvKJM8rXi0S0TC4RV2OudqzYRRJleoVisianWojELNlQcMFpVKAU3J1HZspozm8mxRUV&#10;D/tieBaxpMUD2P5DOD0j/k3eUSU48ou4CK5xm8pOZ+6AWLBcMUtrzJnx8DsRzSN4yjm/9pVsLwyj&#10;omCZ007Khczi7Dkln80BwJID8+iJ4ZnuPjqqAxnYonnCFR6ZmrgEJBByDZLnCCagKTu36LpNhfsl&#10;nDPoT1i44hFZbQIv4E+TIuLs8J3mAnSImdscNGrwiDgP9udHw+Cla24VInetlk54QztPJxgqWc6p&#10;WfZxHBiz2hWFP1lU1GDKjsY05wLxE1FcqZdbqxMaSJxImsk8I7Od7UiaZTqAw1kJUGfOpxNPNkoj&#10;LzZFCxuQEZBvVjeQCKrZIcMR+Al3gXVgjMxfP+4cPtq49YIf1qZ65oYRf+JCzJP4EoyBkYseodFT&#10;cOU7okbwhH0lnRkcACIRgalclWNwuG46dM4EstpJdZce7zQwgQRR6Vc3b73eO/mgf3roUoqBy78Q&#10;nriwvEwjjW9ali/PRrTxmspwMlHqmXIcTBtJ3EyJuKARL8bzAJwTd17+0o//3X/49m8XgfBd0PFk&#10;OcBaXy1wl8Snp+rfVN+S5DhUy2mdukS71TmjiQFVa6OZMqJTg+FOrBZHp2xDlTUFLOosV8uk58As&#10;h9Kex1LCn4EEWdyGMUxaa4+t0dOpo7qqXbaCQndZZel0Mpwd4pwrulYREEkKg4PUsU8eHTw56qIe&#10;ESQIOjaFguxwOKwI8tzAaCI5UtqDPu0hVDNAWSOfhwHjxaZwl+HtZMrFBhI0lLL9Qa/f59mJZe14&#10;Tmscprk4SS2UGHlFEA1mPpd3v1rDEj1AVsRsNhwM/u8/+dM/+qN/tLG95peqQPMenp3DCHB9a92n&#10;6sc0I/SyDMwKA6UuIx51jlqcZHJ3U6tfdsbmo42d3Mkil9IjoyprotCXVFTpqPZqzXzVhn2pJl0O&#10;WrOZLa4b/nK52mDDHouVHOEyAJft9kmaoGNCbFLsbF6tnuZmLSXaWmcp03l+tQXUphPovAjuCqBc&#10;X4lQSkW0YC/Nxl967taKQjToqFyMhhGyBN37n32IbT5uNRbQ7gb9ZHr68o0t7d/CB499vtdvB9AQ&#10;FkeFsIEe51q9ftA+Fz2Aj9KLukTX39nefXT/7Lx7PI5HjVYDv3PR6dYbmwMvubm6+kl09sMP3mtW&#10;y7jfQDPCMSRhR969uXPj6PwE7lxG10uOXKFUaLfHDF+ZRqVyMJp0lFfuj9HrgeNkpVY7ZduSWkqk&#10;m1S/cqO11+l/+cUXzvcfnbfP8eQXvYISo6BP1RWCE5xYmXlqvH96hmb//unFex/vvfnW+195fv3g&#10;bIIQPwqHfffeiwglWkz743K9kIwcoCyAZ0DKqB8ScIl+vGKOqzcZj0XYyVYHRP3Yxl173lxCa1Qu&#10;Q9vNkpXtp2HQBvYTcrNEIktuverdJ/bWU5P5FD//8P77ftwN0Wga9o4+fau9/0AUbgySTFzji4ut&#10;0c4Kqm04ybLQtkx6q7mQWjHJjO3ZedqE7krpTCImpu7410ivxQLBBxpnxG6nt721ISd3Rn1bJpb5&#10;7jhjYF6nNHBHPmKW464SgK9Q5M0UWY4mZg92rNoxzaI3sZ0ZIda4MswwI0nNAGJzdm0Rr1OfDLvd&#10;MQe1+IoFRy3aNcNnqd1x9MSF2r73pc7Dj6A8nkfFt372U6BKCiGdv2jcKta7VN8S2Zdqwomrl385&#10;5fUMjltCjaTNziJZbFEx3T6kNw1GYw6CXXU2np+eTaOg0p/1Rovzl17caVSDsRtP5xMcyMPYayfj&#10;W9vX11brF70TqO0efn5y53a1VV7v96dKIjEhgRwNq12oGib7QKyUG3cTNtgZfQ61z4v3fuXJk0c7&#10;Ox5EFqPJ5LP9vVGY3Ln5/O7dnV63M59DiAmC2wi0WDzF+EBQfBZLZTnyYX6LDgpOcKMv3bw7nwxV&#10;WMb8XmOm5dqjiefDrBf54oeXYSVPNLgIKA1Q5UKZDP8tHwRrzGbjG5e6Vq9FEltFAyTYsMVCRnjG&#10;CSFaqCllzLy+EWGvTDvDFob5mzGV4K3x20JDseAH3el08G7xDFJljYFwwAsC0jUkd4GimZQn4UJR&#10;JILPStYsE5r0IGe3d21LOyszzciHLIYtPIAPSbo6azeFWaQDYINSVLbnlBrdrvZY7eR1mZm7zDxQ&#10;Wl2ZAKRVuFoSFg2u3IxeM75W5iS7NGYwC5LRLtuDAwn0brZVaSd15RlJm87iBa0dgqW+l1nQljos&#10;m1mhso6tFUansSpePuHAy6IoISYLA8TJMg4EPZ4X75X2TieYAhYSuGrKld0KErxE3gY7ZMSopSge&#10;zRbMxY1g5p90+qTyCucsESkIbzpwpQLaB8ISerdVxAsgdatUhWSiVEd2fEyhCvwYi7GaqMno/sPH&#10;EBtPfF0vFxGojWNQsdCKUUQXyvudi0fucGWj5a/QGYyW1qi/cMkYRgp9MWHeEDQXWsS1AQsOcWEu&#10;KE52pRMEKcmMUjkoiCL2K4Gyw4XAA4vFmAB0lj/0IBBGkMSukcfaD5yHCZ5omfuFQCA45BNjAZfm&#10;qeOa6pCYKBs0IWc+35jtTcKbeFYkpFj2AkKizDFJ6l5PImQTmezjJsBFCSUiWEhXuiRUWkbH4UDp&#10;Sqyq/OVItKYo22NZQaBxhVibMnEsuTpGm4ADbkKdBPKsU2Y3+x0mqYmHAdRQgCdxxCybqQh/FN0k&#10;tJbQ7WqVEstTs+x5EpXMJGFfMbshJfGIoMnEwGukaHr+yMzIRfqY6ohFeR5L/VfkOxfNTuyM8YKo&#10;BVCVGmzjcAUTEg4IdMBKmC8ALT8gitHpDzrRP/j6ypzLLNZKm9NtfPkGOS6OWdFa6JzYzzxaor1k&#10;C50XIaEdh1FlFKY5UZGdCbfhqK4otxI/ptwXdxQvPmGEIeULki9kaACBRzG12BoFsGwEHeyqI10i&#10;CnihJbKXnxTUbyXJrB4gHLeErRvZfEc/Pmi/h+5ndWPHrbYgoMByz5uXQ/q5jO7RrphDtUWlNrOI&#10;tIGgaQuvEhNuYoBV1v9gTh9pmLhZZ4zcw/iR7BHAIQECQ+OkuftyUKx2Dh9CU43fTEQWYLLfUo+A&#10;Ej6+VTEajfQlsuazUjXzZkFnGpI1GS6wIRUWoQfx17Z3AHldaa64pUpIYFuyjJlNR046l1eTgm/l&#10;MKS/KF4ol22pHXVlynfF90s2mjwGOKFp8aDmauNLtU0aZXU1ryYrVJJE56JxjerQ1cuojzQsKZXo&#10;J8sI4IwhtIx7NVjHNDsvK0hy4mzT99RGnGIew8RsKIaIcNKbv/Xmu53htAAkLoQ3PGAoBEYnYq5z&#10;GRIuWxXVeYGMm3ngV7I+irCpYAp7ypHHIIRyctu9aA8RCdEfDJFFCfHhYCjqP7Z5XYZvMOCNcYwF&#10;dksXQrGSEYmLPacKBL3Saxtb7V7n8eMn83Hy+aef/Z//6t/88R//50hUQShjhBkGIh7D8s7uFgF9&#10;RsKU5Tg4+X03V/qm45Ol013/MtzXVfu3yjmyzS+p82e/2M3rx81S6VqPt74CN0t/x81NvvQXBSrz&#10;CUykYTAeTWqtjRQnpzOnfprK66YGzyUMWudQPW4Wr3TZo579ylU5ZoVynF9uCVcq6wmlh58siSJl&#10;ifq/942vv/PJkzKQusUGAP8fPHwXt0oy8zfW6nh6gcVvT9on7Qez0f0gKm2u30QEQKm64aKrl+hO&#10;+6heWx2X5416CzcStM0NJBBIA8X1a9VGIwYBiLCqXhg03/z0YBQ9ub5WKYXu7e2t/YvD5za2ALB6&#10;cLj/9efu/fDzD6PAq7KXW9Cd8d0br+LeR2sTAjT8L/PaYZwYDipodG9su5AUzGcDHHXnIw6Kiq35&#10;ZAywlle/VvBbf/nTDzZKfjB6wsc/mn/2+fF04x6SgfmQGGMCiAOJPj7vHA0nQKBg7e+C0PjpMXbj&#10;7nTeqqit22uNXT+YBPeu3wkaO53xkx/+zXHveIgpk4A9om53hE1uQToP76qZpMVOpjN0YV11iZWW&#10;OafdzGW3vNmtb92uQK7ppps8OZ3GK1t7t6UdmmyChHVXNB8U4IPG0WY+fvjhjyPdYmARxUuxjbeV&#10;9q6ytBI5q0s9qlMrrGf2C52oXNDzVUmEYz0d+BfzywnKEfy/NP/OMXw8iX5iXLPA7pQVPHhCVOUZ&#10;ysRPOiIaKQSVVNFp0+Wl05aY8EGjZdaZ68NYz90UaZMiguxTn2QZw1rEYEYaqlIyhHKySVriZoww&#10;NzUhY+fCIvbuhw9xcoCOy5sFo0GXujMIFqIFM2glv0G6esYwJXMmX0LasLkJjizTm5LiYoh/4tyM&#10;uQRjFByWSppzATdZ9fTwdP+Tw1OYyR61h1vFuPOky9ma5965XqlOK0cnJ+0OLOhus1xcra+eVYYv&#10;37x3eD7jMBNnX83kW9SdD45ODy/Of+O1by6mPAxz4swXyLHzl154fThs46Q06HUuBrN6uewm7rsf&#10;vX9tfWtlZRUuRbqnHeCmIoZvcHYaoH3BepOJunBelzY2r/t8+xEimNDbwpmO8B+BSHmugTLH0kN3&#10;mdiETzMMDA5bIjrRGIKmg/ASoyUQmKe9xROZe7E1wK8qoHDFZwf7EyZpkIfjwcJ9VamV8dogvMQA&#10;GY1T3Ol4DfhS5EsvWKV7nCNHfASKhRC4CHwKczoMmXGGewbfbYR2K74RA4qe1XFHHq7UWK5sDqYb&#10;K532NjNGpU7LTeoLXNMiV2n6gjkHG+++TdKS0NQ4rf+ujHOXWYmZgEenyOf0ZJINTJRRD6fTU5FK&#10;pq5hWUloiFPGyZSiEjMBkjY6MBnVulKEx8YRY6bz8qimL8xNM8Jk5mLq4OWZzjo6jNFQ2VGDOBTS&#10;yaOT0RR1jvulMnevY/BWiks2BDWMs4IgGKHSt7dW4ynwQy5aRRKGyjSsEqrhimT4RGzzQZOATpsp&#10;/yIOY/SUyKjANPxRg6K91Z9M+8PBaac948NL9iztrQQYSRJuASqfZmkVmN/iZJaMAt0olAGBABJ9&#10;OJonftjc2PRryF0bfXr/4O3hJyiMsIIVRfsBABLeyxzTMA/mnVKjWmzUVppwJKC0Vs4UQQXYnxQk&#10;DOjQsCtJwRDBc4jdQocIin0dshKT85vP3B9PkMJC6cHKlxjps2JSTuymhGSzVBndmBnNiClDFjK8&#10;Y3aFUKCE+DCB2ZK5vhGp8LSINcTcEgIUlH1CCKUSaCmLuTbRQiKWJthaij3R0/hSPM+loyBlFGZM&#10;HIqMIPcC6CvSQsByQ/YIWSi6dnOxYyJTu0rKZSS5LoAjhehiRaErtBnuJpjfQrjMPZdFXWIajbEs&#10;7dqMMuW+w7THS51crpViMneXim7OPANG7CIpqTpPNU8mFopboZ1naUcgT2bGyufEF2owptl+2OJU&#10;H5dEoeBj0Un9i+ey8a3Lmy1/sxHEoxGq3UBSopYRl+abx1lqphA0zThf9juhPOKBwLlcTBmJTH8N&#10;HkwO4CpwhKxNsQAxYDI+1E5ZEwQWyXBUm/DlqQhYwc/22M3E51/gIR3LOiT68Mxg72JPVzI/HDR6&#10;kSngFMNqQDUb3hBUzaET4tsCq4gpLj6FYiQhRpQGzdp+2AD+i0YuHEA0Tju4oJl1w5qxUuqqbLjG&#10;c56RbeyiljipYdG5ZKhSdi4gmvkYYNDWc/jdi71PmGRJV7xLrYF85zi2JCCj50l0SuHTjuM8U1Uz&#10;Hwt8eJB5IZxYkrCZE4Z/0aLFufTLv/qtT97/9PVvf51VjpNmdhhbrD3uX07UzexmaTrlL5EWZUpY&#10;lS98nNxsTPTuEjpKgzgj6w0J4Wq9ZPoTS6Jznn+b7iXa+aLKR+U4h05WMqXJrcsIm2X1tUx5XU4k&#10;86zWvPs4++2IJaL1tMEs+P5n+z9/7xMAsNGjpF0kMTgeKkGoW5B9Uxj/XmoMlGw2NCanSC8Zdnv9&#10;CQR1qHKHfWRGouLFYTWWytYocVPABO8tEpllVUx4rMWTHkgsFzoYaIdWw0olRDwpY94RC+p++Vvf&#10;/sUvfoHOe7/XPz07Pzo8/F/+53/+e7/721/92muFsIIG3/3Hx8PR9Lk7tzyjrMmHI+fq1tycNg3w&#10;yxGYddolzs3Os472U2J5vcTiOmb+7rhJXrosfzN+Op1qOWdTKT42rRgvc6eUDQLjD0CzDBAlYh0c&#10;SwtTfmbelNOOeE1cdTU9S11KI1bLJGj1RW2fpxTdT/2VdCPRl7KX3KWS3ITsIRoenhVV6PdmRfcC&#10;d8nt9Y0pTvuVVRBuHuwd3rx5Z6XcrIdfPoeScnx+Mtj3UYE2ttGGrnBCtDHsd4f9dmVlHSfuYrGB&#10;1Ppx70z1j8vlZnewqLYQseYA0lNuzLbrlUJ1dR5PjhApu/cQCuFxA4po/97O7Var9fvf2jo6O4HQ&#10;k3VRseeyqENBEs3Ho5XG5tHBXsl3Onpx0Z064fFR7NYL7urGc502mr4BXCUPnuyjEHYXg/29B4Ph&#10;xJmrf/id1//j++9hkPXctW2iIGN6EU28K47p1LzhJK0Kp4vZOjIKOABRMx0NpzAcFmJUAWP/tNO/&#10;13BbhaTSfPXF5yeTnerH75/D94VRLmWwC/LzMdSDzFjAHlpABpdGMplo3wxT6UQVpGlqrUkfaatQ&#10;4JaXxElO3q6Xgnqd2IOhqG3xv8313bKad0efzdGJLza2N+8OP/oAWTjsWQuZmx1Wl8cUoRR5pu71&#10;3GWjLsXLWBuYWAgcM7vNXiFXEoHHxEKpitgrsMJta0CS/8QKwpXCD0xkAGV9osROKFKLbU9RlMZk&#10;39kWgMpHHqWYWlfbqM8MiaCNEDM9TecknsafkA6irSVCjml0dfqcjBiDi/ngLacUg0DXG1GJjVRo&#10;qjAwqYEXNAEVaQpN4hy9G8xqoIfXxlhshHqiyPAFUmX+MT6WzNgposHERtcRYEUOaalY6A17s/5s&#10;NEsQzhX7le+8UPvkfIJ7b3wxxSkGTNHR0aPRDBlak1a9OFqMFotywa199vjw3t3dkyG66QzDmJOU&#10;rMaDwQiAqErx9rWXzgcJWkcF0S84EuaBq48WEKDQI+iMp7Ot9evF2uLtX/yiWKl3gD72HqOqvL55&#10;Y7VeLRd4xFrgwCaGMhSfvGb8Laidi7gG/NxRcOKpWZBgi4oWJCns645J2mTJLzl1JIQhvZOhhDxw&#10;JYxlkiOjJB4DzyWrPGWc0mjETWLma6hmuSFBgzqbEeA8HJkonPFkglMl9dLUPfLQjR+E79Tp9LRh&#10;lrCVhvFXhC6tDMtAWXEwZwZAAt9tMo8lukbttvvPTtPMupTBIInKZBw6DczV2QEisUCqRGW1sVqm&#10;Ruj8gcfM5FD0CIoztnB3Heus16lTmZtUp1k8r5xldMZtUFmiHZ8YK49QZsig7StnmozZEHXeBOam&#10;rgur+3DTHALJ0DTuSGWiNzPOVO4EmwjzUHx6llyibZs1TRVMmbGskJIMN5ea1pTNl1mOBLTleCij&#10;qdaC3En42imowSncTyacmSLalGAbzcdgwW6OGEoXFL9SycbgWB5QUS05BZnwwhSLu4RtE/wC3sW1&#10;qAx5ED5L+TE+B4uy1rG8nic9mHnH7cezwWwMGHjiEAyOIphrYjTTq60bLxQ3gNhF5ektEli8prDa&#10;g1YAw0dMUha2hEDGjpggPD4+Hz04QKYOOjI4ElQ5EWJXgv0qEY1sVCuVxiqE1iJCYuNoRAQW75AF&#10;9RlyqBORgSfIByVMPm08oLRvxLGRBsbaRnzSzqmkkUJ+WsKUHFNP4HoA7BxGAOlr1u8EgyG3XGZX&#10;cMhrp2gl6hTU+vKk4w41gncR+1hXtpK8JcMZ5e/DeIylNXallFN8W+JN9z3pjEilSpcsu1/CdZLB&#10;syvCBamhOYLmHDTifSfKewhLEFdo0p5cIIz5ZgmEd2acXos8kje6Z4/WQrFKSU7psSuWZwAXkjcO&#10;1e6o+KFvYZ3riX03k3km1gvJmCJ5TvhGuOKZKB0JpkHNHpBWDKTzwkoV+PFD2IyOO/RxFEPEoP0l&#10;ll+RFna25aQy8qqt0AzoUgBdfCF4a1QIO655gBND9GLsk5aMgSg+68Wno7g3xh0GbdUFyWhy4+NG&#10;qoVuveoifBiHG1w5sKnBaGCvEjZTKMhRynplGCDx2CR8JlAFu6EhAXghb1Ov5BCoXdLQ7SOHkl0W&#10;yAoYtCN6gGj6+Ofdxx/PizvB6mZrawsPocu+iWNqBgLMpG2dFjJKwrB1lloiV1OncUmm8WW63TZq&#10;MNXoJq5rT92JX6ysXMc7PHyMEyObEq50urERUewe20zFSE5W1sKl9LMseHOdT4QyFkLGFMk/2IEw&#10;CURttH7r5vtv/kwOWsrN9JnLUZWjrmaZpqug43xRtq2yo7O87NXJVtYktd+mkyxl5TzcOuM4X1jq&#10;dJqYj8bTOp/y4lyK9817a7WTJxCpjKy7nNqn4qF0EXcN4zfD+qeci0ui3Ayylf4iSYOGzWKFQ/VP&#10;3/7w0/0zGsbRoJlOsFzBLw1HCdH6uHmIHY/HqGzhURxC3IZh7WiKsIfBCO6nfr9HkCdZIdq1bB1l&#10;NRWcxJitN7sK7O5hgdaF8tr6Js6BKJ7LgH+ub33p1a/u3n7eLVawwPR73f2Pfz48fgigAHCH4N4+&#10;enhwbbe1ubnWPsfcuPsn/+b/BVbz1379W5UynCn68KxfCI9v7G65XzRsvzI+TWyen3OZK7aMy3Uu&#10;wae0yqdPLz9im72kjB5S6adH+U+/AH2JZpVcCu5d6hTSQ4yNm7HxS2rJ0pErnZ4fbBS35V7qqxPp&#10;NFLcucKsvIx0U1eNuyrXK9GXIORZoK+zzIHSy3fHM4xfCgr37tx977P3AqQJFoFUDn1nAJ1jWFlt&#10;nx+NkcFbqGBKX6tcC4PWcHa4XS6q5CxxWlijoWmqrDSbzc04nlycn43i6XqrdjibFxeTs9MO3Cej&#10;BMGko5LfXDijnWvevZ17F7gnp13IFBul5kG//bfvfvQ7X3utPY42G+FKBbl0rS5uVGQ8TJH94wAT&#10;TadfIlHxiCUoFI87g0LPWX1uq398gGWOYYaFwv2Hj1YqjVatdnZ8Uikld2/V0MZ+fHKCFff0ot/f&#10;6zS+8R0BatCpDlXSiLKruF5r3b613u0N99uHuxtl5P52ezz4wQGDEN+ffdD7tV/f/uDo7E6jWVrU&#10;J7MbD/ff+J3fvh4Mq3/9xqcXI95IGAxXVirxlHpOzWOUobwkaplBlDob0lizy/7wbGivJYXCsU+d&#10;Toc82lkme6blsygTPYC1Hh8crNVDD3YRkAwjt/3kvhcUh90u/JPme1PFLSYx11W5KW8u9keOs1xc&#10;BPkgG3SS5jgre5hgriOxB6x1k1ilhWiSpXqbJX0+5vCZ2jwR5JE2Iekb4haTEjihxRU3FrBVHoZ1&#10;kVqes5UMh5UNHjDj1JRu7dpQk5QGtqSwG5ma6YclNh6dFG0c7lyBSeGU5MnA3LovBM1q42GgZkH8&#10;Mv6rQLIwTSHwnDF3ZwE8UqXohZx6SnlGNqub5YkZyZxysh3MIuRNLzUyTpmYeZPOee/84OTs0f4J&#10;eAegq1XCYJZEHx/1McJF8scEYDaaseCe8pPOwA313qPB5nqt746VewxtbzI6dtQWbu+YIUAYri+K&#10;yOQB2wpZ0Bf9oj+CsmJ1pYmidzwfB0xLciGmkllW3GytViu10+nJr3/3d+C7AkEDEFK8qsPjh9Pe&#10;yc76GvoQs6SgKy20QfFO6ystqdPxPpOAWmJ6/XD5sHvgquDKwM6C4ySDhRY6EyWYphzaPb7Eui7g&#10;A0adLFpN89lAoOEaRGFirDqcJWFMZ290HH+LRdSusiGxiQ+TMPTP6Kwa79loMkeXFKcxnG16g1G7&#10;O1Si1JcOEbi8GrHAhFUETa+Ov+ficAcJAsmNXvnZZRNlyBBpnmYhDtZLa1o3Vn1s60IBNdvhXLoC&#10;Wx20PW1EYlCzbWYdL/e0dGJsu+m2waPz7A+VWV+yzWiJN7T/ZpoMeeSNbiPJEvBsMm9O/6ZUVjzb&#10;cATKWG0aZEb7VMagK0+o0VXLKVanRK58NuOl5ElLUNQ5SrVS1id8iS/qpEyDWAz5LJmoXsbQDjdw&#10;KZbsIshlqYNVwh73jE0M2GJCfTibYhtaZpKidtXw0gfSRCPE3iUEFpgK3wTGMEQUFTKUt05Biz62&#10;Fdfc8XzVb3ZnGtaaPhRASXGKLk8c90+PP3nr/QIswqh9AnjJAUevFLBwBIUGVExeo1BiZgZNtnw0&#10;9CsU3+j5dIqrNIU3bA6b2AziZkkHhkwIzq/uZ/f3S2UOImVK6nMm6eLnx5KBG3l4EEhJcBidZE1e&#10;3ox2W9AlYO9VU3pvY8cSF1zjV8OwDJgtAdrQsYlHG3oclNswN484IsYxknF6TNk2k3DGg4WaURws&#10;5gJOs7SEfkjWr/Q1F5IjhD2BaXxEWcWyjRlvsCsHZXwcIpCWJitGrAVflIW+JLjJkJglJTslwgqm&#10;VJeV94JEVjmm60XRN2NtamaI6yUMD9VqYEHTqDxFpyuKC5WkEXoidmW4bqKtu5O3sC8kY1aq5OQF&#10;dP+xK6vIxDZmGH5O6TNpJmB8hY6wOdKjVCJBwawK8QEDSFAgsdAR2AhxFQAQFgIJ1MGrZcmqonRc&#10;Yh6YxNWuRRYbFIVa0muWAHVjcAgco/qCNpoagEDqxyrIbKPj0Wd7ix990h1E0WbF221VduohXMSV&#10;kgKDolwgVYu589DU+yVitwP5LfaAUSRMpZ3MkfkcS6g0oOVHur55amPOpnHvBBHykFDnljSpovgd&#10;KsfKz33NW71NIzW8KoEjmm3pA1B9o2UQLmppcz84XuZbdm3LTace27SyUSKUjy1rzYie0bs1HQi2&#10;qQlqL9SRHZA4J3uPYZ8pCi9SzkzI/OIJMGKSFlsGsSGfSNfr2RW7Bt3EVSnhdWZMEe63RSRhXgnI&#10;b3i4169tffSL9178yiuOzHgtXDOFFeQ9h0qpy3PbfODtJX5Pempz1WXEg9EAYwdBc2Jm4uFF9SQZ&#10;VXqZa35JDKv1chSokquiWbWkLqfFR5p+tUyzWU6YU8SJzvElTJz7ElxhdylrJ07y+KVlwZakr42t&#10;HbzTB48OPvxsrzuJbBQQkHiz2cV5GyUCgmAoTwaAYcT/IY8P5xDXtbmj0i9nxBoWRulQG71FbDim&#10;qZ+GJouYi2cRCYuYiWHXAOEuCLVX/LXf+v0nB/uQ/1Srja3t3XuvfA2P1LDfK9XqhbWmd+fOhyeP&#10;QFchrBBDr0r54OCi0Sjt7Ky3L0C4Gv/5n//FZ58/+N3v/icvvvgcHoejkwvYQe/c2jHML7xU18w+&#10;M8L25f13GRWoHYvWMvagNC9qaXl0Enfp53WXd02KC0jBeBn92bVv3njvTE1o/E6el3rqtbWumXVP&#10;5eloOgVRWiMKo/lMxAM+NY7r2GTHIxpxr8g0C/oKRzPXZdHO1ZL3ioL6MvdZpaQqx3GcS2auyz7n&#10;vNY/f1crdmHxMotY8UBgKtbLjdW94yfQD1eb69XJ4NHRo+vrt/DBgm+DYdCt1vMnF3tFVfVE2z4m&#10;EQ7Xaw4JWG1lNYmmUTQZTBfnj/fO+sPra83pvL+J/MOweDjHMWXg6jkGw/PFqOQmAEOuLUqvvHD3&#10;jU8/e+3OdHvtVaTthvXq4eQY6qu1tep8NgnFbt6+6GK5RvQQJNDraxtopc8fPA5RaKIHE4+G0/61&#10;rc1yUIloTKy9uPvCB4cPmpU6tumVYn0eu9/+2kuafJBEeppeFGAbirFswpH1+OhhreDevIdIicXs&#10;1FnfXGm1WITsnXSxhPUvktJq8JOHT1bqg7/70Vs4TP+Lz9//9r3d/+qf/v3HR+0/++Hbzcb6RRuN&#10;eEJ3Zq4e0fsY6+xkl3uU0+RNUTVpf4ngTsdASmde9sSei9PumfzrptD5WHBZlKGOF4UeMRtlFx/E&#10;XI9nEUhgaDfjcUK3VvpVkQSQcGjhc9fUV2QBUmdzBKwF9wnXD1dLz+gvMyyCTlmzxm5lEU7yGIod&#10;nUcOZzbq4i4X0h3W+BEkzpyvCvnJXAyw+1HqgIt02u4k3BzcdMYrBylaYs3hW3KA2ONFDcQZhQjR&#10;fIvZM36ATK3sOllzQape1xB4aOXi/A94Vqb44S8yeVM4tFS4IV1nBv5kAW4uVqieW6tUDZwJm3Rx&#10;PqU4vFAgzFmeZyyFARbbiOdtDDHpyZSRpl1YhA2gxcfLJsh82hv0zwdtUm0KlY2VjWa1hQUaulwo&#10;mz99+HiP481FMywf44Q7iVqNsKadhjMHQqpSrvUmziieh0ChYEIdNPEyEdVYoKwG+bdFBqNo1H6T&#10;NQCvwGQmMtL94LOPJrP4pXt3oajsdRDZNa+t1CqBt3d49NKrXw6Y5cEhBK5jsVC6c/NLU75BPLSD&#10;uhsMZjOO5TmQnoEBTuQMb4HY+GCx64DAjHcqIVJYHGAVi2TWrSy6WRm9OM+rKFOJ9cdkAfZcJBhN&#10;Oc8lzZqJQThDM58QhFomigrBlw0FVL8TTuqg7ICAYDKamY40RmQyDfIlEZ5nbRw9w7DVuraF7UjO&#10;h55R2ytJK435cFOCQGgWj0KxfpZ5jPES+pFNMTMCYYo+dmw7wFjHTSRMsmzbmufcuRTNB1EoF5Aw&#10;Ow+mOjeZsibOZVmSznDPNtwsXStyVaSTopvNzuWm9l8zMdDKWXqLLBHdBsPbkw6+IMoC4+2xnVun&#10;fXLTkZWdM6qr+A1rIjCnLhFEcJiU8a6yHrApMGzUnpCcWScu9zyuAzyTk3uFiGn0R9C1pM9Pqh3X&#10;MH5kToclnkWeyMgjbZK+p148wZ1o/Jxo4mjJTJcS3hOSkw2TsuQMTFOJm7XDoxCWrQraU3r3lbvj&#10;uHJxNAaxauDM9MXh+eAMTJ0ZKCcLVLBzAmysEJzyEjpb6Vr1iiguIQ0NyTdHQ6dcKsPngIFbvVhf&#10;AQLaK0CDy0oRZUk8eylOBheP//bJniY3FFLgGDgLxL1jflR2Ro8efg5h7VqjulIuSQ2s5Rnh9cQb&#10;gdwXBYDPLFyyA6Ezni7E5csomkiy01hK021Lu+283xvx5aJcx3Rc+6ZrM5GPGa+TQF/8eHhV5jOe&#10;2B1D6/GMPx3fU8A4TO/AF1K0zCIEjy9OmRIRJPBRnLoBEgvNKs+mMNNlDXEoFqKOoFVMk5PoCVcK&#10;I1e+myFwYXXxFVB8E8qaUH6FpR6jjwhIQa3uskDmlmCYzLHoko1yXgsaGa83kNopktM7DX0IHA65&#10;bxV9oONZM/uuyZ7j82A8wNoSluxjKVg2ykQ9iSphuYu3j9aLLX/Y7DOPKhUCWH3clFWXkdyt1MOR&#10;vrbpG8kT59qGklGJc8/iHRtSviyGJHlj9OsqQeZoIkTDRn1aYC8l6XST57YrOxulrdCp1ZhEgXLX&#10;Y/A8XgZCJeYy3YlBxUIz3kG4e1xCDQ5EYxL3PWlJ81LhiVAsOcmnxfA3LFIM60HJ10hYM3uInixC&#10;xeBV+HFNx6WQiXLYH8WJHuINhDJ1ZSKWaxcgQ59KSQXm4mpr1fU9EzVolajms+LvaVHDazebaJn2&#10;Gv2U/GVtdRPP8MHjJ8MxzCzAprLkdC21wxpBlLYScedZsprN4c0VYBueKhIWMeZlRUZmI6QT09Hg&#10;+Vdf+as/+4uXXv9KLNwKlWPg5gR0TyXYZnPupcx5KTZ1lrbbXCx7OsqDh34mAbAQqoEnl5hbWQaY&#10;yZWJohUFWYKQzDW0VOVulhGbimkFqy9+PDYUloLapeXTaltdZUOo0m9vacnLyiOxu5490KoUoaov&#10;XQp20nicgjflB7/4GGLms/4IQCkMbw9OTnqdTvfiYsGzZWD2JclCo9UW1nosW1r4OdzhYPXDIJi5&#10;a65ACHxHZCWi/WP2HM4LtO9zMEI3R73RxLkF9Cm8DGRwNVtrb/7kxz7Vzf4CTobWBpdAot6raHHi&#10;FBY1V/F6S1V4QYNauQo7N4xaXYSsTma3bm8eH3e7F8PPP/ns8GD/P/sn//jLv/IyIDIQukIod/Pa&#10;OqCzPKfCh2XEOlrnQqlMx8tNP3VtZz3ekt+UJkLZsj1JzyFJGoPEsnPJoDXIFccE1ck3jCR6W3QZ&#10;FqntGPSMofDLTFgWIjteStTy55nMBxNhmEh6pS8bP9MrMRphPDsQ5TTcJxBTlTxlw41y3vp8XZpS&#10;yXPRSWlXJi21Lz0fT5fD+jLoRF96THLpSOYKaGmn4dWjVYIZ0OrmrYv+cNzr480CE7WJR7fe+vnp&#10;XiU4p/MDag1yZaerm9sA4eBmiTMmhFnrUUw6Xr1S82qF4iSuOoVHgzFGNoXE2dkuPznswXj3+k6U&#10;FOuLWXk8HgAbUiuFX9268cq9lz/45J3333tv8/bNMPB6i/ZWCROx4oTpg4XDoycoOYq1FmREF6dH&#10;q40GRE6VUiUaQTWGYE+/Wm5gIgU9yXjcx4bbaF37dnEVY9oP9u+jiw6GbS3cwBrERR+7pyZYE6cu&#10;2A13bq596+99+8d/972FP8cWU6h7tVppeDqqb5YjBBUt4rfeePyd33pu0ggbk2HJ0T1m8ep3Hx09&#10;+X++PxgM2Axvd2Bhh5ALw8v2YHzWnz+fiDhRWwyyTZTO86uUzll3lXOZ06bVZTK9XZGUEVvRw4jA&#10;6+m0NxrL1HXR6TEpEVUExgW4Pp5gOZBej7ZXUZTbYrbSMlNNxOKbLTRORs4y31zCft2U6m7w7jrV&#10;ImUyRKOjSyR+WiDPriNGVG8yHbvFGsS0GOxR1iCIZiXfyJSqYN8hSA2nGNjcXfaITX9d1MGeyKcc&#10;m4GmbONLGWlTGkbmZoLxLJlaLxGDKtXbCLlE/rZRdMrMOqavk/urhmQXkl+shvjzcrWELB98gq4B&#10;ljiAhZcB6sOJCI+DQErtGkMaToKCDaiOBest3xPdnrQkabxkFYR/FuTGuPB5hAFYbAi6wDE3OEPD&#10;5vTseDqDpqyLjOju5MXb9eM25qJeUkl2W41KFHfn44OLcTXkxeLYHuC35nPng95KiX2DwWBaKtUc&#10;yjEHlXJlu4H8yAAWxEq5jFW1sbby4t0bCAmGkKdeX8HD/PN33vrKay80V1FjVxeESs1xKRDQK5Vt&#10;AlwVeRvOSqUwWPTnkQrKlbIv8BMC4MRoK9wGTmfwv/YUadKz4hhtJeGB8dpgPsBKU3TO0HTh69mq&#10;AM5KVA/4h3pplOsohgu0Vp5dtLu9ATpH6FnhpsUZLZZavFKrt1ZXa1WcQpHnzLuWNxWHL7AOwKu/&#10;8Kin4Hl2QUeNcXaSbCFyW5cpo+Tn5AAISfIMA3mzTAGdYzM7AppJtElGSAkldPeKlV3UwWl6kcr1&#10;wNLBrohXif3Mq9b0JZfNpd+5LD9zlmF6OhdB4Bgys5WYqTRJiCUA714KFe1RKq111TLdPg9rNw14&#10;I1U26URpT8/NVfFZCysV6ell388ec3IMg2VUvLN0/S7fve0hmERjsUTgmEPiEXbVkE0wd4B6ShyP&#10;njbaGFOMK1/ZVUtYxaEJWbN2PwgXUOZI1DSnltTQGp69KzmfiupgZ2FYedjjcLjHE4Thad9dBEm/&#10;2apN+qczCKNCf2drXUdlYgxZOKFYgh8CXC3IHBaAmkfyUdJSFo2RV78YcXHAAqekI4p7mfhZulOp&#10;R0FpXKyW/DJi5xqYtcLKC3sy37ZbjjyFOPrtGy9MwjNQgiCI2OuMPzvs4FsXfalBFkQ5EB9a9EjM&#10;aTTQmVIySC3z0ZsztgcVAk6EQH2BuruIymaIjL4S/PlUhhZk4cVk20GjDRNsUq+0eHcdn94MYPZh&#10;W8Vwjc8WlVUWYZb6UKRa4bLIPS9OrKIIQm/JIYK8Ukinytx2UZJmoltoakykNaXC7C+6rLo8SbPW&#10;kq4QYqbPX0f0DzvmiMqzB34UivKFfJKsIQMZMS9STBIGD4ZO4dFois86CYzqGmYq6KK9EAuJmFzl&#10;2UtMNL3l+cgUkipwMwzyzG0oYyv07tAEwXqESx/Ixsb2jJTEuNkCyVh2zXBdGntZMKg5vSqbRqaX&#10;0FrLIleWsaXM3RopYXCL+tKVkzHQ9JzWu36jWZm26tFas3B4EePOA/275DozSfVCy9DU4Xh3wALC&#10;88HW4UyM6/w2xH/hkjo+cCgct7sBs5ocIikwtsD3gGJgIX1EeMDO+Pyg4erXEd6VBEhdivsX0/p6&#10;q7LaIrnKpwoCXxtTd2bSC+OUyCXneHfJIkgDzzIKgeCElYy9pWuQZhRpIWyxMePm6gBu4145qK6t&#10;X4sO9vbmJIYjRknGwnICj9KwCTPDeqas5oBB8QsT/UUmPEOJ5nzJNFwwsQSnCHQD7jx/FyczZRIx&#10;eZ8k+ZHUpXN8JlnOJM6WcW+LRyN9YzVnLLu5EFt2EqlW0e//7L1f/NWPClKtoP2W6gRN188xuC97&#10;s5k9ysrVlkEe+ch0J/OnpLVTylJK4fuX5sy52CETe8X12NOGEWFHyW6aXGI3LPdSZnsa8peaepGd&#10;+Ojx4U/3j9D+RvM8ofeBzziiLBxI5IICwh0ZCgWGeSyHL+IqsVw7QsLHLyBNYO+4tbG9srHTuzg/&#10;fHS/yjwX08rkJ7e9u3t8dkbgvdbdbleZuT2GCMUSTiPwZ+A30bTbAIhsdePs5KC5tl4uVzzXFmSi&#10;UEOPMbl351r71ZefHBzNi/PRcPLwwRkEdtXd0tHRKab9/8e//pMvvfPeH/zB766vruwd99sX489+&#10;/JMSZGhG/OY4qeI9pVWnfYAsxUdnWu8MZCwdiqXsK8WgaUMP0xnEKUtPtKui2eXj2OJpU/GxnNLl&#10;7yy4LehkKUIwoWJOFvmgM3CIcYDIBs/9gsh7a9YYx8kf/nf/7eb6mrapiCpFTy+lDBlgy2LZ9OVR&#10;XMbwUF/o481FrC7p0Y7+Yge/1eOZB4nqG48N8MW9uy++/f7PN7dv4sTKs/H2LhAwlUJhZWW9Px2M&#10;jh5eW924trHx+Ki7UQv2Zr3VUgU3IdZ9/DXqO9BFjiarzVqnNxj3h8edye7WSrFUbZ8fjBfRk/3j&#10;VrW6vX0L+UU4J6821i66J42YVkqkIpYLhS+/8PIPfvKzIbbgVTXEoBL6ywgOFO/Nt/5uFCV77fPb&#10;22svbN9GBYxZM/T5o9M+DsvVNZ62meMQLoB3Hl2MMAHqdM/WG9vgF+PzrBQhAipf2701OvoBFgZ8&#10;NbaP2LVZuZ98/uCNN96798rGyWQ+OFzcfb318S/a8UA/Ouxe21l79PDUmTv3P+q+8s1rn+2P/9Ov&#10;vfwvf/gONuz5RJ9NzgAnKTKFL+mP++V6cTCaIsYV0jSexxJPTt/K4BlzA3clkbbCX7w0xzeRRonK&#10;8ANKX9LOy/NsdMX49PiDtDNm7QTIHCGkOCIMxzMwgbHC3ty5Vms0UNJNpgom0gJ1F2zFoBdl58hL&#10;UgJ/IxYqp0/1n8upiWeVCTZ2TkJ5tdAi0JH1qMpKHJsQmLhWoUheBrRyiG86PTnGqQ/VzJTiUrrZ&#10;UKggbgeCgPFwjLeAxsRFp4f6FsWmvc2lrJKlNzFUHEOWsv1zi5jGOhVok6tmniuVZe6lz5kmAxe3&#10;03gOPDLaAqDxQTyIKwGs0lwsUJTtYRoDgTw+JRSx9cbKoH2RJGc4IqNc5NEW5jmakQMtxVts7WlY&#10;9xbUbmCAiajBontrd+1XXr6rE7sFiWCbPwZkD5lh8gMbjRm34PMESdZXdwKA6/Trr3yl7jwcDtpQ&#10;3tYqlXE8WQwGexPyL3DrIhqlWSk7w2mzdm026q031sf9Ab4L8oLa3fZqq4p+AQahe0eHiMgOcOzX&#10;zu4OwOctnLaBSVbJJPCbIzW61qqDzXB95yZKdWCPbV8uTrvmlPaVQzVA8Y5ZcH8uuksXmboyeuHB&#10;lUlC8veN7wq/BY3bDCo21N8QEEhmB87qwLzPBHdKSVvC2BIeP2FawLm83ekMBmMOcFhC+Bz949iF&#10;8Va5XKg1SnUlIe+w05GwCLU20obEiUkAldDFJcSUulPKwmjrE+6nLyzkRM7KZlGUrkhiYuGk7fBs&#10;LVwmDUPpzKeaOCrDo6UBPan6TAaXtDTHkj9Mpq4pTS3AKcMiysRRueIDT9QXmGv05Tp5+R6TnOBZ&#10;LZ042p4sxZ2v88l22rVnkzQKKFMd55ESqQDbMUEy6VzCunJ0yoQwDSqdmPjenEYtT5Bwcs6eS5Fs&#10;5meZZ9+Ci9QVVpe8iJi9pAVu8B+8fYAPvBwEWNjRVvJBWitCzAmTYuBIH1NLSUm9CIe9jqHc8NLj&#10;QcwGuZbsKypYYeGSQS/QKo59UX3xT2Me+pECjcQyKJigj1jEPpm9CD9nhGln1K0iodRBFhzUQclY&#10;Kd7BNVhj40ZdiUKfU14RwfBzACp5JnJLOg/FwoGhLlesyIUYBH00mIang/mDw8+xIA+FKz1xEvgZ&#10;pi5fvtfYvNW44ZnTxRxaaKxsMxJcmLoDXiBr4YuLNsCjp71jPHAcKFNbgY4TbLpUFDfrlVa1XgTQ&#10;ETnCHAwjecydsodHNbEMbIO+698ijR8PMv4USwSKV4hM4NTEwg+YlvigTdYUrxQpwWRNxyYgxyCI&#10;+XZppIFWEGJmUih9TBE5o8f6WFHSk3AXkmcnKn+T8iLzTlkqxAarMaMq8t2qEVKQVcDcdwcWWWCd&#10;WN3gvIvPXKmJYQR6bsq6SKT4dm3elaChLD6YTAcmxpvlGiQPH4A8Jck/bPvLZhIJWGqp4QREQIr+&#10;WHJ2kIAcQB6ERgM4VfgjL/Es9s2R1+AKuys1NbqpLyhNeMmUdkYbFKenPKHKye9Tbp2ma0vhLJpD&#10;T8zakAzAZ7sQO3OjUOiuVif3tsoX/eTwqN/CrV4NYRzGZ1kQKzxK2YIHWRNY97j2kBdEOAcor+WG&#10;dUB3wP5B4pUb1hxongsl8o0ka4+PDAfEocdYcw1lp0x/OvPO4enb/+HkbNTtYvMErI1A8lKlWKw1&#10;t3aul+urpfoaxDsOw3h9QQnFhHmLZc7ouJIkV9+LbcpK8kWCGkvTUtYl8daL6sK1zCQzpdRULfhF&#10;BRdOfbG5OTk6PIVO3lqb7Q9wjRLdJkg8Q4mPUTU7qeOKe06BY94pk8W4XzGIHg/n819+lbukrHFJ&#10;Ghf8BXDQ3G9plcf7ZEG1tqxJJ8WXkmlSMCddxBcn546coXwK9Z0UVapEVKD0lW9h0ubSksoa1AzI&#10;LS8WTf0upv4WPIfNzMnDgwyCUdwiKRjGyXBQTp6eZTqfqWgwxwrWqcHYln8xclx+88bOQRR/eniK&#10;IoLRhpCclUtBGXnYGskgGPwqkyTgClaZCdpAtKAn1MQfsdGu1MbOze0Xv/rJT/+aB3IJUKzUqjx7&#10;LObHxyd4nqBnJhQTh5mYyBK6QTx9+PAzLDIByOzNtZIfXhwflOp1nAyBeIEPS2Az1KGIxyG4sb2S&#10;vPp8seD95OcfmFny6XF3bb1688bG4VEH3c933nkHWOg/+Ee///xzNy4ms2K9+vkP3nQXosTJEBwp&#10;riMDDGeH9Mx47GZbaJqKoPIuXvEpGSlFphfOvtgks2dTtyx+OWfultvZM9xDQ+63taSrVDoqs6HX&#10;yjjLRB7ImO6CNZrYT3A0xjqA/1owD8VTmY4rd6bJBe6qXG172bF8KXX4ShSFkwUtaSdzoqinKc4q&#10;E8WlpgJqNbeu3/r+33yv6pZBXAe7D5k/tbAMINWwf7pda9zvdJqVEtTzH6iPzoYXj4+Ts3Zn5UtN&#10;+FiicBiHo07c3q1fq1ZW3vjk/aO9g9du3kAzZWdz+xjj4malhuysaR++j5vXb80Hp/ApoTxDIX2w&#10;/+C5O18GTQHSL5Bofus3vjnuTT48+WAxxtQ/eHRxdHZ6truxWy0Gt1cbJ4NZNBt7tbAz7G6sb+7t&#10;P0K3E04o+lQR1ueFCCatlVdBbqCQajqrVurz8RBTLvSFHraP7sEEGU+gpKZkHzn2sprOh2PsUuWy&#10;Nz1DlCeLufFiBicz0nbxaV7f3To8Ojk67K48qN9+ce2n3//86y/e+uF796H0oS7CT8rl2iAe49Ay&#10;xOFDJ6BX4TiDHqnvGpxMatw1aPDE3FH5qO4cWNCIEcURmxgBY5odjmbiPDGGZXSFiA5BjdGolqbs&#10;EoXVlXVMuvEgX99uMiwbwGpPjo6iQx0OcT5bYC1AERMUikJLNWugmSmZNqwk50Z0zHhiZLPINNys&#10;snHF4rdCxTeL8E4XmLjh9BZxRLdIpNbECazfH/3kjfclkTUhEo8cPNvFxymGZWRAIgnrFcKxMEsv&#10;Ax7m0DYmp2U6cJxIaIeJ8UvFtNlxhZISBv8H4fFsPmUlDGJMQloBZzG0k+F5A8FYjYZDc5qPxOaD&#10;wozeSBxMAInnGYj6RzlrSr0eJXLaP8L3xmbvCgkZYKcqLNAuUz527r00GU7anQsqyOdT5r0mMTLa&#10;sKV1L+a9SXT92mazXhYZcCyRXTiz8tyIpTOkswM/F7fhDE0JKHIAUps60a//ymu769d6e/vYESeq&#10;iI9trDVq33LVH5MFqK4318/POjc3GqEXI99sMh8Xij4UUwnyH8vFi/mopqpw8mL2e1PUiHgDjZU6&#10;Z0cYYrC94IGvj+7+YD4uLRCM7EorPELoCXoOPA4yM8S5ODvrtB8/t3t3lpDJDNc3+hHGXsW+LA76&#10;sxn61kjohXIDjtqQcRVOtRQs0AZYMFsYPan5FFIjSOodsKY0MzBi6Z4w6TLwVaVaq5SbGys7gdCl&#10;DEgGtwcR0SICjw3wl0RntltEsuranAxPkkiMeZtD3kQKRQB2fctDk4KMeB9H7OGx3HZCRBKtKtnp&#10;Wj+rutfUZjbjJxdml6RysHwmnuiDZOZBH1Fi6DxuKvfLKliRQioBpxtvrZM1WZc0zQzCoPJcR8tp&#10;SRzrFFueaOTP+Hg6V0CLZiq7pLPnc4LNZpY2lT1tRgDZRmzfXrph2pI1Tc9bYj8z+MBlKZ1Sy9Gx&#10;voJvWTp3dQ77ZzZGX/yjEMv/xjefv+g7Y+wWuO1mhBpO5h08e3gIPRnN4exeKRcrWFxQ2fHEUsGt&#10;WK5UMDXlXJNLQmz81MLEFruskbdJig/ZxyYnjTJPKEDR9tLMDmfcI0SMEOhG2MJnvHX1uN9nUg4m&#10;OnhKfUmCWYhuGtsDer0kzfKeX7AbCC+AbhYowBPPK1puvEt5toIStcieZMy8mHBtjvkMWM0nMOvj&#10;fE+p73T+yTvvnHf6IfJjJGkD3SHm2PqMVApESIYnDCFjrRt30ZmSNgafDMxAgIWLILpBAMMIWo5p&#10;ezxun51ACIQsYaqBiYIK+LhwaQTTOowK5MABOEsqUK0+W0w1Dy4JVd2s1mmicLRNDOa0xBVVS5Qq&#10;JB0uOEqO/GxS+tz5PInxxfXX6HhK4oiZwgUWzmCnxUyUikh2p2HCOEOZUexCkr5grBPRRPgmswk9&#10;EaCxaxT1wQzLvgmlpejEIs7Y/VKc4tLZyO0gsVRSfM8pq2xUTh4C0wCVyTK1zE+eCzwqSdMrk3Tw&#10;RAqhnDMK3MxUyfe6vFG0wciyOjTAdS1Y4sRoa+3IMgOnqrzJUX6d2LaR3YkLvJkKkpirTTK2ToxW&#10;wlcmI5kG7gKryADQUKdVLuw2vMOe++Bi1B1FgMjCe71W9RsQ9mAHLGD2COFbAKMXpPR+sQ5FnQtm&#10;VaEUQ0LkoV8QUkysrLzV9Aq4O3OlKkDxxoBBVZirsttIPv7kdDiTkhaVP1iFM2c6mnpnvZOHj6lV&#10;YII8tPoVYGxLlXqpslKsNOrNJoLz2EsQXLHhYcqxg5dL7M2uNFjRYqayXSf2PZsTvHS9Yzk+U78D&#10;gIQyTqUgrK80cWO3L0Z4IbzfaQO2tHlOO+XwFD/TijeKdUbbk/USHQPgMKTfiuUElEc0cheuIeQv&#10;FT8W/JOOupbqvlxYk/NU9Iq1eqlMGewkS+WMaDXo6ImijVu7/+x/+h8VfURYTGZy1PNUvqG5jIS3&#10;JhfbhRHIQxZxIerWJKuNZZTtpm7MHKYxm6ppR13ao+y7W0ZuOtrNEI85p5+cBDJGl82aMhIkMe8Z&#10;UgibxZ9/9Pn/+i/+1af3H2Je0lzfRN374MEDrOz1Wh2pQpinglCVUFpiZt6KdyjGv4igiOLjJ49w&#10;1Y73HlHKILq1Ysg+ED6vPhZwSPyxFsoRPaw2miurmzduoxj4+K2f4EWBXRQ2W36tDu9uJaj+8C//&#10;PTTrr331G9vXdwzRhmibaIFh8q2bW41V/q2fvPkeCA14uyfHHYBFNzfWOhAN9gb7T/b/+f/2L3/n&#10;u3/vu7/5a8UXnr/9+usvP38XRi7RR4gtwvQHRBXiZpRHoyJMM3fkU+CAyEkVoLLZunGaMJh2ywy+&#10;MGuda9cmL5jGhKFvGEW8KW75reXapDZBJxWqOV5aW9uejRk0uRkzy6DtZYRPaYrgEz0aWOIJXGx+&#10;oDNJq8rE+fY/1C8/YT0dupS/vZaVca6u1UvN3FWks1rK1nhp/aPRAtkMsOmeds/j4lm1Wge3A33n&#10;dz95b7fZ0kxw8GD6iarB/t75dq12e+vepD3sdg4WNR+pKxXEMBe3J0nl+PP3p53Zd778q6sr2jsf&#10;H51dVKuVB/3+7eYKMN6LbuxMzuqNKvaVybAP1iLO4lirt1d3IfqSCE+vWgnHg8lKWMLO9MH9z1/a&#10;2L52/R4u+Tx+fLPidqejcuCWm5sJ0w3QSq9hxUSfH8WG71eDsOroQ7TbcBppNYqf79+HX3G9Bsp0&#10;eY40U2pL+JlwiZSEBgrK3GR3e3W9We70Kw8vkovzuLlef//tk3qjvHe0j+IMd/B4NP3bH37+/O1m&#10;uLtRX0x/46u3+0754aM9bPWDzmDBDZ0tcMGZuwL+wBGdjUuzyrmCGJVesjlp6syfkuEBdBrrLYhj&#10;LZ5ImkJxWOL5Q/PEFEvaDWFDXAm4luG+OuqMb1/bfnL8KX5oqbyKES+MqcenRxjsgeK44L8xkSGe&#10;SytZIBF5aBRTegdsOwgWAO0uEkFLSkY3kSR40XiMOWozIkehMcE4gbPkNHZGxIeRg1ovQoOWTGJH&#10;WjimQqeLyxMTJWRxptOPH1oUKAx6AlTaKBMFmZxdDBPD98A5A0U0KaJ2CsTxDLxjCSY6+HwW4Jly&#10;FhHHvTIXcZSvdc8ZUcVexmoYMkVEoFLwZRVrQgdKQjObDk0yGx5DaIUV/eVSXtMMaPzFYtFKxLsg&#10;S6sazxWIv0gCDCbD3jvvlMMCCje37CO0Z9zp47r5pTpOz2fn54g+6Y+mK6h45dFlQm8QCETVs4I1&#10;HBXnVKD3J/0nF+e4uo2gilMbRi7rm+tvv/Pw+u5z958cb5fqB72eE8Trq0Vch6995e5ffu+d3gTl&#10;vYOJeWu1sr3V6nYGvYvR2XgMwWG5ALAxjIiQmAWckkBLzP9BW76AYhRnuDAsMx6xUHK9Cqzy/UX8&#10;45/91a++/qtc1eb07573ob5fFGsrMxyaCS/HqdLHeCohWZpD7Dl7Q0mnP0IPdTCZD1HdzhajARGI&#10;A4zFSQQFkp3aY7xlXwAp6FlVSjVgo1HfovXv84AbMj3DiE3tNDROgxjMgixSQGnAeK4NaxO3qyl0&#10;qXQ3lEsBq+CGlDOl7aPIwxIxHMmRctFnMYz7lnHxlPhHsX6mg16dOFk3eplcnbILtUrTFqRwpf2P&#10;BZvB/0g5rwzq3KVT0wzRhS8u+z1N9XGUQz3k6Jh6uXxnqbwqY1xaG2qW85vlRqRppZZWZTprywhT&#10;2WQtWVpUzdq4GNKecFagZrMBnR1elLIB41lcnmnbOeopCIVOv1gvuYkyQ3bsUcvO1lJwFVcVy0I3&#10;bFssT+WVWrFaMYIX2Z/9RJv4JABj0AJy0YoB7uG8fdEGK7M7jffjBSQfXEedWqlYL6FTX4bst1ql&#10;mxaKOJTELDyxMWMsQ7cjh0Ss88SlhyKDEq9AyOHRdDLu4Ql2hC0wT6S3ktCYQaCSIdLLIYMmU1HV&#10;4kWjKVwUWS8WOcEpcApCwoBrgm8xvURDaipHY+h3nVKd33H3W6+Ox2o86qESwIoHbNNaBVcGD+MM&#10;qY+TDpuzmOLOaFewAmKOWYMyMC24SiRsoNApF8u1qg95njxeDKGBhmIeo03w8U9+iNppgqMsJqXc&#10;JiakEfPIEy+8oFmrY4T99rsfo2lQw0ViL2pRDvnUQ8RXJLaI8F5aDDRSdrF3iPwoIekKi60lxGCX&#10;ny9K+IQIWfZdw0byC/Mp+VBuCiFM/dfUTRATRR+DY8DOCU2/2OkDNhvxhgPXNH0xVybGgks7BY2x&#10;SAxYq4rrVcvjJ5u76TJrkwsdSfkBb8vcpERDzgtZr2w3CdOeKcqKUoyMNgFfLr1aYqbVEj8vZ0Cp&#10;BSJ5RiQPgZUwlpsFxZF8+XEKujB3sJWVKhtLr6zCWZ46nalMHWnkmXiPKJ1t5oSutj9F7Tb3qoC0&#10;PrhmAjKY0RkBZVStXWuqbh/EtErZK/pIG6KrkRoj4PzcAhVSfDcYI3ssnt1A2jq+/KZJMCIQDnN+&#10;TeQMx2XUKDskKSSFiiRMJNzAlZPGlxili7hNFmB0TEZO29S0QvxCLDos65UaTlRrG+XmGqZl4Lrh&#10;u0GfSjJQAiIaE7ZkJo0PXHDagmGnoyYsY2jMWwHd/gVOzngdUABN6MJEupJbal5fK21OpkcfzKFk&#10;o82ZBxXcL1Q8SCjxM2U1X5ydrqytKQFaSCgG22PY7zg4oF/aWYhODMe3bEC21Ac5uUX1KRnPLzMr&#10;mqN94qSxkkZPapyX/Aeb3oLlvi8EAWbdh2k6rhzJllpilXnpDJtN/tvLZUOZqtFL7Hqt7YBaeemO&#10;Z5tE0jRMclmpWbKNytOqVJo4opcbWDptMz3adH7tGYKrVPWs80RgZyqZ63eu/w///T/71//Xn37w&#10;yYNyuR6EUCzAOMoszFqtyuUOaxvAK3A/cTIbTEZD0HTHkzEOIKNB75MP3sZyTFKMyNHBb8a3BtqT&#10;AxXYTQEeI39ftVZWJuMhjJaPPr2fUI7uw7CFp2Wt0To/OzyLkus3r2tdQAwqjkojKuKS+WSGF4jW&#10;v1owG++bv/Lija2NP/+rH51fdDFjwOEaM7NVgFyqlZOjcwgy/93/9/3HD/f+8B//Lm6YTx89ef75&#10;u+5ipjObt5tdsDRWx1T9kuzo2gAIJ0WX5VvYWeSC66ZBT14Gb1IpqjJjj2lnGeSTyggkSCUTHNtW&#10;zTIzZplAYbp1tk9HF4aX0ndFWI5NBMfQ0WBAs7Q4obgr8hFx0zODyiVtOTklmHrqIfgCTbOTGRtz&#10;xJKU6pUvd9PwiSw/I83m9dvtC2qSpt0bO1vFMmSVpYBhXqoMWA7WnpLaqAFIrPYn7c2VEvacg87J&#10;tbXadrVxHhe8IeDxDcYzjHulQuX1l5+bMoll8sLt7YPj01q5Cdlk5/wcXdvXX/nq+dmDrZXnHvZ7&#10;uLZn/YuwUANC6OLioFJfwaYACSoayC/u7vZOD/tJsrlWadZb3Kvi+IXdteMBRoVOfWUd54npoLu7&#10;eg0ZjDRCFksF0tigC5sH8lhi3SSpfIT03bgSOIVKC/c01FtmME/JFmZVPru5tSB56d72wZMTT1fO&#10;eyenbw6/+5svf+SeTUeTEk7vMFANx5BJAAX0vf/44A//wat/8W/fadQa+xeng+4Qpb6SMwhWYXBR&#10;SgUfsRPdwcgMZo3wi2YB13zggubQgtvwRAyr9HIqYvPZJdZNcJlRJI9TlPzp994Y9vo4TTBYUoIi&#10;xdePp9eVcaL34VvvxkIU+PjTPVe6QhKMYZIYOGRA3VFUfHl496hu8YXcVGLdrJXroaRysTwga2OE&#10;SDHAsGKiNXDFzPKEPRWDgLkczMcsO+iRwxdMSNTVwGVhBsdeBQ/qfM880JMp6ppjKqay6MPSLChH&#10;D9GbYd9E91/xrCJnsUCYJEVT7Uvky5TsMPwgTOQRZaFo4ARSZTaBLXmlHA6nC+iyXBG4cnjGcARn&#10;QZInveRTDreZooYFea0crBTZrwLqb8E5IFUr8LOtFOkGhG9KDqHOaEaGNA8HjlMKYeUtYKbJkKL5&#10;rNuZC+gg5lgbf47PYQo9O3IdfOCvMGZilSd+13QVkrRkbLxRfHp++vj4YDiZbtdba43mqD/ZOzqi&#10;/wQNEr/Y7p6vr65jRAOt38l8VME1K7g/fPttVXUb5ZIUm531aS3SQ1whVdTFCPTYGk7Rx6cdeKhw&#10;xCQeVvRwkldx3FxtRWzDA0BVWF/fXtvc6dLaPb2zc+f4/GB741ZBBafn599/4+/u3NmZnPb2Th/v&#10;7NwB9ARm4J//7P39k/MBleALptmKywfnVApAXA+XwjVLoMc0Td9Y34RB5MkMF48C7xP+mQ89JBzF&#10;RnTly2nGJIjI1y+jqE1eigBdjY/bCGe0l2bCmvxj2dl5LMaeLvP/xGR5GZAsCobE9oqkAIaMhFwZ&#10;jBZgUfOfGarZsamd8k5i2VryR5hUh2T4zCauNvHMbiPn82V4pSOZVwLR5YMRm8m3XiKany7cbbPd&#10;nMm1eeRVLnLCMTkfeklU1mmGsFqahJYjBPP7rhEnaX3JFrPEh2qTq6ed5YknV4krlYsfV0vF8tOJ&#10;FzqzJqklotTNCM4mKNx6Fi5fdQvoEP2pTwRUIGU53fW4cAEHRqhnUFKV1tbCtdWmjJEIdsJfKrLZ&#10;B+3JbARIRbfbHwz3Ty7mU4oy4LzFyyhCKFdBFwh480a9WkUjLUCpB29PjNYSuZpjEMjDgCLbEZE/&#10;C4keCjnJAUqpAvuN4WH7oqw2MCRlsjFFOoELW2Dxy0hhkwGbmEER3QHz8XwIzQq2yBHypweqiq5u&#10;CV/TiaftuVeClgNdpAKbdN72GurfmXQkqezXQmhArplUYyDDQQyCiPoFZqlDcQMQJIzXI70pUB3Q&#10;HXSwwddhyC0l6J2WpHz0Q8nXdnnEc8PEXdm9+erW3bo3HQ6wAmL07IjEZzZ+fHx80esxOjtwwdAr&#10;sCB0q7gGDn4JZZRIMilKZa1EF694X4CxjsziAW0zl1wcyWNf/NapptGCcoQqo2iDoYwJTIBoGgs/&#10;VMLlWGQTUhYocelwj2O5JtW8ND0Edog9Tog9Hk0snii2jffGNUwbtju9iGlQQD8lvhUY8y/gg57J&#10;48fuRYpaIbAKn1qcQhvNveqbPGvBVQmGKWLWsXx/+dilRlZZ+UyCBh3QUjkkme8gWRYYSpRPbA54&#10;6e+lZ90ksedeEkZRiAZYl6EiYrZiQGQWbjX8dzWEe8ufCckJyzb08vioKZahkQKfD9ZJRvsSt67k&#10;X/6HL9fMEx4cS18el+ktx8zUNzGeJvsZDKzB2UIVIbMRypc2hl2+BXPUToyTmyuI2OIFzYV4GDhr&#10;2u1z9fnHXMqRhoX5b2sNUujqymqr1YzCEt4DZ1Ggo+M5ZcUKfxbOcqGur7rVVTkvzDzwWsbIRyop&#10;PQmiFexPBcz346gcYxjxcAQoBzsKIliXOZknH0QSP8OK9+MPPvzGd37NnnjMtpYwiRcKOzOXxwga&#10;AXv4PLWBD+sryhXn6ayYS+G0S5lOWr4sXbKJzhqcgnbRBtkm8cX9iwtIw5RRS6XM5+iL6wfjVVFG&#10;jfwUUibni8wcnPnUmGW+UTrCywJkL9UkOjdvU/kIomXBltKYdDrGNHCMxDCdhB2Ct4PO+n/xX/7R&#10;m2++/+//+qeM9S6UoGFBiSsCrwj0AsQS+eIJiqR3D3UeISPA5sFoMh674uRfJCYwOaLAc8ozLCkp&#10;0nbHMezwyUN8+Q/+8s84HkJtjCIziQfHBx/3e5jTvvrVb1fXNvb39gvz4ofv/Bx0BqwiUDriFVLA&#10;iMZgxLPHi8/v7uz+4d/83Vs//Ns38eh5hfDkpL25vnrj5sbhcXs6id754P1PHtz/h7//97/97a8N&#10;hr948bnbcuR3fC+XzKxUjstkfD8qzetbsrPTHAW9/BSuygSuqgYMjEDlOhLa2sAsaUzu6mUshLUF&#10;LzNXlfU6XjEfZX8q9xy8hDI9cdNsYYsKVzaDVOVjmLPcRUcpdSloKW90z27KHIc5VQfk+0fLK5fd&#10;XTqLYmK9EdN6gTHv0YPdjS0oeufTYTEsUd3uB1/7yjfQuG13D8rV+KA/LLuFR4eDWs1vYW91Fltx&#10;uFIotUfUbeH1hrVmoVqldx8qpBhEnuH29trFxTFqhEKjjoZsNB+UGhvRqL9Saj2eXoQJogfLvgLU&#10;+/MN9zpgzgi0m8fTtdrOvD9ulMo+NUskYUAL1qqFE8UcOa7A4AOG4lyfEuFUbG5xg9M+Gi2YMuH9&#10;MRE01hv11iGc4/3+bgkTyplfUtFiSoyFdFalIa+2W+UfffA4TLyoWUUq3URFb71/FBFsSNQYTtAB&#10;NZZeVXlHB+dvfv/hd157+X//878ezTGCCzkGEKM8FnsUXUidwQGJYa6x7KNLlisbz0anwVxcLSor&#10;38gG3OVCodme5LgVEM2YtB6UNNNZXKyuPj4e4Omn6SuaF+QrhAVOJRCe94gFdYKSn6pa6ssYnodP&#10;DToj0naJ/OEcdkaxQYKWo4e0Yc4EGZTRgZGTGmzUemowno0Xeqp9engxPxFDG+Tb+HuoIefMOUJn&#10;m+CvskeO7nASmQwJzxTzYpPFwo81BechLlGCZlFijHCEqeoS5zuXtr0YlGSjwH6L4SD+BH1cSKGn&#10;mghQyoHY/UXuMc52lFZiRy5j+fD0RXeMNQu7qRIGCboHqMZJpWd3E0QWb4XiW6+N2A/kD83jKq7M&#10;PL6YLoYo2xLb0UfG7QD3CW4+BF2I7b5S4F4OJms1SCTsjY5lLnjE0XjDeYDo2lLBrShOF0LEdrVW&#10;hjgFj8cL3xRsJrPDN5ZG1MqhG4CejwiVzfo6riQKNvQex73FydlxtdKCDrhMy2ECQx2yTbaKRU6T&#10;PMK0+v35bi3uHg1W19Z9Vfd1sd2ebO2uRlFv2BfRvDbjChSbODAjFINhQgcfHn7vJz/9zd/4Figj&#10;9UKZTi0XLZguTLLbW3dxkhhN+251Ex/YH3z39+8/+tQr8V4cHu9t3gaiMH7rrQ8ApJpAAymJVixI&#10;6fpWxqKs5dSViLFWpEGujXYVZ4jsF76d1vJmZ50rQcgkm9ocGvZrmHtsgrLShEoosCjn4fGUkj1R&#10;I3p2IuRJFwEfFpWZEaOeC66JesN1i6W/rgyuViIHoGSHbw11gTuXIe8zzWFUlvNk12fjlHXT/HNL&#10;vBQlmWusuWYaLI2RLL9Zqfz5xtKw5ZKZjLvEWeqEcxVjVswaHElKcl8Gy0thnTeypEmJ4g9I/1kq&#10;9LTOqmwrVMofQ7KUBNuNtzG+echijsZ5FZVx5YyVzhgSW0A7uQNTZtr7pVxGUVBgnkqEInC7pquC&#10;+wT760SuHp5WUGWBeivMZwAa+VgXBP5ssKWU5kK+tLLSJG/cp6UCdx3+D/sFVpnpaNTpdI6OT/YP&#10;n/RG0xGULGYYC4xcsVRrYvAJ8gDEE61KET7eZJUfJgsJrGsxcUk0dimhFWP7841/z6jFXCMbYz2n&#10;l0nsGMkabxSCUBHCN0imbMbi8Roiug/BZDyygrXrQ4yTzIZlT8Ygwib0CVL2KfREwaDjxkoiEy6O&#10;WWMnRLsKE22A+fDN2KuzqaZ4hXBRTOPe8Lg7go7Uo71Zk2rguSaRCY04nCBPu4OwuboKv6/busYH&#10;UUPcgaDLhV7UdrbvorcKydd0KiUcjpAMETxt90ajIbb9RoWOHyiH0AOTqGR4JRR1zkRRaUOQxqtH&#10;X4vhUuQl8VpQ0JCYMHgVS6WyEF5FKNkdofQ4JNWdnmE0BQLfUPbwvHshqzCuEoRRu7bhg6efPyux&#10;GJfECpRt00b0DZhwF9mPcImcTAQRJeWgTCPYsEhp5kIsiG3DznoZ6HsV0YEna5ubAmDsbSwB71r2&#10;Q/k6ump1evhMUl9EBpazStcrNDcbYWOTiuxaIU108bmSOoXblneBYmMxkFwQnJTwsQXMA1wW7aJu&#10;5duJM5KUtgndruVjmmQGq93QmSNO/JYuepgqOT6ZQzJUCF00g/GhAbkAgDRuOyzKsVxlQyYQSECS&#10;sTXk3fPCcpnG4SQeng6Hp48fsSeNFkNYbKxigrDSWLu20mzBku8UcMYMGQyG+IJiRVafAvlrBdgs&#10;vQQaLxQXwQK7KbiSEEHhNseJjx7tIh3lkbhMTYsgip/hkPf+w8cvvPxSc2PDlHeeQMZxD8y5EeB9&#10;zgo4bsrdl2bLqazXq1NDm1ZfRCDMge5VNotV6R9Z9I62v1aGJiHjBg+e7SIOHkArIWlHaL1f4Glc&#10;Em21Xt54liCVGvEuq0VVqhzK1R0qBXA7WXjmJaq0q/J5ryoHzNVXfMtZQaxUCjdPowcMPVhepcHE&#10;YO2ANkeSXeN7d27sHx1DlowvnzC3MapAIFqAVhlO26lIf9l1hK7QJT/bM69YlGFxa20VxAPkJrI8&#10;ZrAn9ILVu6994/N330hYA8M84U9GkElHvYs2Ptze+fHdL70GXTT+dG1lVU8Hi8kc/IhY5j/EGDVw&#10;8KTQhc89cOrF4Dvf/HK9XP7xG2/3h0ALQWHhnZxeoO5Fs5Wco+HoT//s3x6dnPzeb3+nubKye+MG&#10;1NrmKOVmgS12dk7w8nIwbnvNOs94+mVTUXtFLxlhsymq/fATrf9/2t7sx7LsvPI7e5/hzkPEjTkz&#10;I+esuVgTpyIpUqRkGS3YbQltC+2GgTZgPxg2/GLA/4H/CAP2UwNCN/TQQtutZlsUi2ORLBaHqmJN&#10;OVSOkRnzncczbK/17XPuEBnJIixnkaKyMiMj7r3nnL33931r/dasuWwFX66aUyPMf3+V+bHn7qSZ&#10;3FlCxATqhU91yBaDK4uPZ4OVnEzfNxfQld50tgaWpVeZeZ7I4psz8ylvs+6QSlOj1WN5RmYmkVZm&#10;XiVtIJV0jzGZbbdyBSBlaqKa8VDduMWaM+6hIXJ41EKEyNZ66czyxt39g347ynuFQ+W8/MLq8P5D&#10;tvcwPQPpEWQHh2APfMt3b9x38+WJE11dXd1orDxoQVs2LNQuhaa9tr764OD2+tLqMOr3o061FIx6&#10;Dwdx1YSAfW+4xdII/sGAhB5VR+sEKoI2ISTsa2pLFEE9hBQWnID7o95wgrZNjLijziQsE6qP0rqH&#10;NbFYKECLg0o2n8M3aoTOI0VXEmoyVgw8HTC2LL5+v42Dy6brNrZWjpqdbvOwDEhPiHgY4AnzKCWH&#10;3Z5HsZf52cc3ce+dP3f2k7s7APWsLFWw0dvzfJBT5XwOdeqYPfHIiklwjPBFvqZtVSsbbSwNUW/u&#10;WtiEV2HxJLaBJ0ulOFpJIORdiQMZu9qG3lTBaKDmTOR2psURvVoUvlD8ePLdXEpesZkjnADWIJ54&#10;8JLwsFMBZZl/+PJJ3I7dooqrBDtGx2PTHMmhnSrZSSoxleYaHgBPeMfgMnjEntK0NRyGKUBQXjTk&#10;R6iPcvT94DTiwD7RwqhY0+FJS5ZMoWxnANU4cN74xHAEymv7TuPucEiHJ4c13Kb546QfbwjQcOlS&#10;kw+omNe90cTL4y6AXQ44cEpdh6x9PNKZmZCRtChjhuPU8CQIPgrk031mLvZjAUlq62RIxqG0thPM&#10;qCOrm2Q1HptuEnUGdE0TPS4Y6jILYhwgOcskLSzBGQuYgzGMGbVKRQp7GvMmcoG0PGaQUCKOrdVq&#10;A/JRLOQnhGYaPaYeGMsxQM2u28ctF44mJpfcO9iHYg6fWFUvTeL+UsXtX3Jaw0FpG+lw0LtM2sem&#10;Xi+NISXA1MSnr3pn/0iLpAc/G7co7jrA1K594cVKvfbjn/ykttL4yvMvgsg1oAJyWCqtQV3IKhQH&#10;wfFwvdHA4fzi9sVh2MP1wlio5HufffTbiTBjmMbEcoRFraRbautA57HM5kK50kXnWY9mRY6QpM4X&#10;ATMn3b6cxF3hyUjgqZE4DyXQ1UTaH9Q8WPC2OMp5HTiV5aTXy4JAZlw1XGLLoRVVMGe8EfckZSEN&#10;U1+rrbKoWpSMorHMwZ5eNMU0/FYOCVZelqW9E5yUzPqR2S4RZzNK6/dTc+nrPFamLBA7MsjmXiJ7&#10;nvI+VBarlzmJp4t7MrV5JXoecZXMG1qUyENsCy6ZS0nMziKJnu4umd4ysaF8WZmfTJHz6fajhSs7&#10;xTjrqatXO9MTnVmA1M/1rTOF0Sw6WE46ekr7zJDWIogXTIaA51AF2j/CLIhKHfAyy0v5BPNIWNc8&#10;HyqbUqFcxrNJTOqYXb+IoG82Aem19QS34dGVi648nkNKJBidVSjBF5Nf3diSgQ0MrRga4aZG9xDG&#10;9fbxcfOoeXSnNYC6H6NUfAlKOzzXcNXXamVQPTHvzUvsEOankEs7EoAxkWoA6M9E0h9QCQs4P8YD&#10;gws9YYYch6v5YiFmzY1+UyhOC5dtU658+QAaFx8Nx4RSVBSKmCK7yMYowcibQw5wHi4pHOrQ++3j&#10;42HbLYFKOfadCay4rgAJsQxORHuIHwepHrqfCgGAhQLtMQFFOaF4SwJ0SHPl3jAeY69vD0fMbMu5&#10;Qov2YGFw/XJxyS9gPctJhce5N2RUQ/zfoF9YA4gqQc4wXgfqWTx97eM7Y5a44j4CeA8vDvptXKR+&#10;L5dMAKpEreproczy7BAmlrlrJXKozUJZ/6VVEbEr6oqGk8NjWZQAlHZEDxLLTI+3rlVUYQvw2e+x&#10;xiWrt0md8az3xkYS6ywoWkeimpfCVeftLBe7k/ShbU5ebMmOSRpFCtEzYAixISTNF2IWvo0vD6xd&#10;KA2PQGImTFPbrcaQyi7LaZYcLavwcnTK3rOKPEsCco1NgLLHBes1yIzyWRHE6CiK5bHWgjtGUwok&#10;2SgGQdw3nkqpyNlIw/UkC8qhdUXUV2kAmB28TFM91VRoag/A6cBWJOZgMqLeOByHd5sQdfEMgFcO&#10;r1hRs2dRxgTft4ZhtI60FdGKKJIhjb4ILfCLCbUYNGLJR+qxfeoQvna0Mzrc3TfXr+NNo50Eg+7q&#10;xuXV7WuVSsP4JQfKQR5y8TThv6hVBl6SevC1LawhdQ5K4HWxolZ84qzgR5KpnmLFiwXm4999+OU/&#10;WuaxntGJrr3+AvqdnugTpdNg6tlFtGbKmR5mStyZLshKzRWWasYBVNPUO5O2W9MoNyaK+4Fta3RH&#10;7dbRPpxkGC2aE5z/dPXWc3WnmfpqjZprb6oFZoSZi+ma2i9nDpfZvNBMpQtqfkC30PM0j1dp2XfK&#10;EvammQQZFJiPB40nfF7GOO5DhxxO/pf/9X/4/j+89Xff/QGObWJkijGHBcgnXyziJA2xcTGf7w0G&#10;eN6xF7QxRgDrQSQfPNAJ9oISfy0MeUedv3Rt6czl3K2Pq5Uybu+jRw9UyolS1IdiWAEwRE798kff&#10;9dnu8pZXN1Y2N8QCxDoNzwAlgrk8lqtEEHQYOH3r66+//MLV//vvf3Lrzn2yDkKzu3uwurpcqZQe&#10;PjjAyf6dn7178/pn/+2/+GeQTjZWGq54CCVcRTuz6tZJR5PSd3MyoVzWSZnJkBekAotxPlZKk8L8&#10;LGxkriBUKc87Zfqk8YZTZnYWkHra1XSmFiQ6Vagy4Ov05EQogefKScfTSrxOaiommKl7RLNt3VBm&#10;URI2X6VOk5ZO1dyp+ZSrmcfqxCudytu018NOFeIM3FvVfnntHFYmzEmghcFBoTfuHYC5GkbPVM8U&#10;yks6bn/71avv3nh0NDzSheXrtx81VpbRndjerByN4s4QqqxgGE+aw+bN9tG2dhHA+tIzF9t7h184&#10;f/nWo9tIFxq6SW7UO9rvnz27Xg3Kj3q7lfwGVu+7u/devPq6m8fHlHSPDo4Pjp65cmX9zNVJOMDO&#10;iU50PqhOmIKuZFBEm0Tn+BHUZoVcDXU6pnKTwQgTMowMcYQxQaV1fC+n8nV/CTCqUAOG5Q5xUK5f&#10;NIX3AKyAGwvBl61ueHGtlBS8br+LPK318vq94xvQtIZBAq96p9nRkoUiqECu0x9+ctNHocPBIDb4&#10;wVqlfNAZQjCHAhIZqriri1xzZb1NLAZcJAKwedHZ5WZNLMfOSfT8Fc1COqyEI0s4oTkENi8cCpAs&#10;7jFN2IoAUf1SSKyFOjaWGqCkyflwJeKd2Us0lKBZPsHXoFAPY8mmjrlVCOQHhz7Apb1RxDsRfEbs&#10;JZjlIpQVfTKwRwPO8dAhS/qhbCDKKTLYkPKtAc08ntiXlE1iQmmOH52jnJXI/vFEy6yb1lxmE0Lb&#10;Y1PbNKNUa0RWuYNxDB+sVa0k/NDS0Zam0Q0nPCF1oD+H4wy+uQSo+ZQhSzQs+aq4MjTQVQRKadNj&#10;mZEDrZoyOy2wVZkNNokc8e4mKPg0821pfiOQUrmhjWOiqIUyMWq7ifrVTH418IkZybFiA5sED1ns&#10;4eDFYhqOJ6B2dMaOc7bmZNBaDhtRtDN0B1rA3mGr65Jc76PmDyWrwz7mocOvaaKxMoiqfjyCJl4N&#10;EbGQj3S/10YOemlpue4XH432Ix9BvOP98SPlrAz2I53HX6XGGCecUPBQEriMNHY0uTH3iOpe7szm&#10;hue+8JubN//uZz/6z779p4Pjzvrq+ojBJSFiS3y/iA8RbzpfLkdDF8/7crXcOd6D/Wq/NSGklDP7&#10;dJN2BQwo5zUtn5OTOm5tBIyWItV1rW+ZVmCucTKUlXtU/symTtnIHlwuChPECyY4VW7fiUrDj1xb&#10;8UrmlXH1VATGVgWxk4wq8QRGyVaI5CElie24yPkhFuEo8WFj/hOmM17zVCtea9VLZkNaMw/lMHMW&#10;FVfbZAglr1kOv4nJsoskMoiPbaws0zfTENFGOscbtf19NdOZpd1byUBRdjGJjU0emrIyzTSeKGWd&#10;THvE6T6ZZU6km1pioVqJBVc4FknhyDHBsVVoFmFgbY7KHs4tlmBKWdFZn3g6PpIw0owzOctMyrRs&#10;6feT3XwGCTW2btCZa4hGzXB4/9adicnDieuPvepKHm7EUHtFL/bxbI64jqxUipAuo6sElTKC62I+&#10;AHpCPb6sLvaTh9RNXrSbTrf4xkKBjPEkLvg0tn04bURvTNVLRTQ0tzY3xX7BcOkB2Oo4+hgNpXQP&#10;UIpu56Dd6e7u495DWytmThejd8tIEqtVqo1GfWUVpTD+DRJgFMaotj067dDUGqLshXtluTROht0h&#10;ald0soDAiUfMyJX6j9RBrrKEcoGsi9oa1gLUIXvHXfZ3+XTBEsn2Jq4Y6mPUpN3eBJUozZoRAtKJ&#10;jxfjhTzDIkMB+qriBf1OEwO1ELAkHP+0afW7g9gF3RGESLDTc5o6HDyeOTPByoVytddCTxAPKstV&#10;uvmLQa1WQi64lqYux7QJCX7Hg9FSMPzhb3fowHULOp94iV5e2a5XqxgDhL34CEl6GIwo1sO+JNzR&#10;9EgrCBusgHCXPFygUczQV3/CVR+yHaQJEpSVWLxNOECPgpYdB8LCiQiQ8jxymShIRcEynWUWjyYT&#10;QySgnMnQlqHTIpNZxInc0wlNv8AfiEkgkQOcYxPnbEoujbv8DR8v0zD6yd62WjwbgvaRr6FcLpSw&#10;Sj5jrs4mElplBHfb+7VuXZOB5uyAS/K6F2J7XCcdW4tMjHNoiSpgbe5agbaF/IlYihWtY3GpNjbN&#10;dr95F7tcTtLMICeNxE5baNr+qc2U0Ja6bvdifgpMfXOEIbjZyI0Kfkw7HjxHxl3diMd7iLToQy6F&#10;aTymvj646Qgm9ZGZhA42wu6QG4zmTHEJFMYJVINMu0f3A4xJkFco0MhLJpeVjRt2yynsYc8u7Hy2&#10;+9t7DuL9ytVcifGBTmUlV1h20rKSvU0RaPj5+kXlDrB5AiwNTB1azByvx4Lcjp+izOeV1179yVs/&#10;uPbcs42NdRstrlJ1z7SXl8wXdmoGVVYLNMKThJ5065ge4J0Z8GoWsz4NcpOsLkFdy0qJhwgtKXSi&#10;uNGH/NtCg0/S2F2TUhTNHPBwClqcr2bmbJuOmR/qzYFvF2ZvqdLJzDlh5gIFzKl6nRP/LnFeZgHR&#10;P82glKgInc5oJbkKnznWqG9+6yvXrl7+7nffunHrDmipeBygoo/8CC6tCtOhENUFtksAhQqcIOww&#10;jseSr+scPtplegg4CGNqx7AsP9q9P0ri5sFev4kcVsDIMa0rc4AsawRuznt3b+H37SEJKIPDvYc4&#10;64F+75OQOuF+jSP+RKRndlriB0PQcyv5//w//cb3f/Lubz/8RDr+GoyJUsG/cnHj4KDVRwROp/O/&#10;/5//6ptf/+pf/PmfnLt4TsRPagbBmE1fU4ieNH5nF2jG61bmcdX6tBK238a2sZRZwIelcnuLn3Di&#10;RWd5hplM/9RxFpVds56NI0A/diqJqmLjSVvppzev5M/uE8fM8qidBcHZ4rh6LrZXPebuMnN0c2cW&#10;ej7vFzDTDp5Z9FeBWwMq7ACzrXGjuoZJ7FJ9FRtjfzIBY/6g175/9Oj5jY0L5y8eQ+zlBD+79WEp&#10;X11Klvc7/XpZ9Q+Ocd49HoTn11dfu3rpxqMHHz+43hlASYpkqlGxUr3/4P7V81eAC/cOdkajFujp&#10;y2b1/NkLMFXV6+USnthK9Nlnd7ZXz6Jmwv3S7baL6NUUi+gtY4d7dOfRpYvbSrck+86eTjh7KBeq&#10;ptAbdg6gd2g2D0uVeq9/WPMnW+cuHB7EwzEWRO94Er+4cXltrfjejQcPBs5SO7m7/9m/+94DKE6/&#10;8vqV4sXS8Pq9Z66cef/2/XjAQwNe0vrGFpJ7Dzqj1riN5WS5VsVxBrRM3PfIS8BuDw8AVnOfGKf4&#10;fLXQCtf2202QUJDAiIeRAz0e+LQVEDKAgQesLNdbz1KS7TieS5VMNG3WTiINVSr05H7GNoFRcxUF&#10;ogJVhYUGPa4wK8phs0fNXiJCOePJ8IAoKva0Y1tqJAJbjuXMaaSKjhyJZqLCFmW+y3MHNzGK55SV&#10;sXL+G4LCDoPrmKI3fubLAdP5iPBFxob47NCw0m4GR1PIl9KwwmLnQosbnrJRrEehdJhpxcUqQZQo&#10;C+8owdOO00x/NGwNaL+l74I7tRb7MsMQPCv4F98nqmePBCzZKPDeaXtzYL4rgWUFny1DEEwxoJ0P&#10;D1ksrDAMihmBEwDCgdzdqBDYAop7vGE/DyP4kTwKVIMpUpYZy0thmOjtRDwneHpPkP7MOkqCIgxM&#10;xKxDvoKj1cbGegHwnDJ00D1bd7GYiTl7RDsQ3hJcj+VaZQBsGoCiQmuKBKqCdz2OQ5wMcBJDU3B9&#10;tfTpvU6cN8SlhqY36Yx16agMSLLqdyJILJDQqd3RufXa7VuH5VpxY3lld6eFz6ECanq/K0NVxnKg&#10;ukPQUZxnMhZW2DdfeuPtT3759gc///KVV9n5xL0Ir/24C/Md3gDe80SNcxpRJSu4D7g11Ouj7g00&#10;yJF5YmseO3q1JZDg1iQg0nIU0lCaVLQk3A45R2tLPaOWWfTJrhTFXup8E5k60QtEzybWwO5a4k5a&#10;NGVNcRbcpLm2253bd+/inS2trl3YPovGKug+WrY9gf848/Icux7Gcqy1EcK5p+njnSUsnBz7OlmC&#10;QzIXsJ7ZlrNZpyup0MpYzHm6c2jHBlqqbGsz0/3gdPVSlsxkw6YXkoIXTS9m7gXrKWA5S9OdOnqy&#10;WAmTbqup+GTq3zFZM3iueZ+W/rw7rCR1MS8v27MzGXSqmjPOIqXRpOV4Fh188jRkRXL8HhM8J7c+&#10;unc45BGjkrv60revPH9hGV77d37wC+PkgXQrFxkZCzbtpNlRA6j7GWHt0n8bie9Vp6Nvn+oPAQxo&#10;6Js8wfnYaCixVHAkH0mGHesYceKy0+JK5Dz29THO1/ZAlpSKGO4W67XVCxc8JXPdnBRmkNmhK9kf&#10;QuzxsNnee/+z23hGIbcbD9mwrVYKlTIgg8VquYKxcKlaASQPetSJQ0VdkCsCuo+wSfD7oKClFgnq&#10;KeiFiwVx5mJxw7qsq1V3CGEez/fg4TFCl/w2xY2sWK4GcRFNRywNRuYGnqD0MJ2OFWiDKGGhGHHR&#10;REWS2BCDb94mI4ACUG6Wy/D9BhCGKGGoY7/r9VEzT4THjJ8e89EaFsH3MIPCREpLEh0ch8hTzLsK&#10;5TDIr9RqqDwmImdtQSJjgtqZCwbxb8O40gAPAZyIUQSUdEJkA0pFDPCQdoNnG9akzmC4Nxo3eyhb&#10;gJuPaqzykOvkyCdaSjSABrheOo+gOOMysUqQv8ztpjGaZZ7ADGF4TmwcNgpXC7IyzClF/1zblF4j&#10;oGB7R9KOhzuMOiOhUlkhi2Y56MgEUQyzDNUmTss1aYKlSukEKqPJpIRbrgKelU7YJNJM6m8DG0SM&#10;zwJdtmaJ7104/aUCT9skSv8rYaaSqOsxwNlRln+GroG2zSH8VpyiMk06hUtnjlN5RRqVZZku05XA&#10;nLCWytIW2XdnbGXOjwLVtZEeQRmUl2IBWwU8QWxW+sKqikXCHJuyr5YwYUzUsBfttaPq8nrz1gdV&#10;wGKKG0jRQ5TvhS3IExD9G6IjlVhCHI4W6CRAwKVkxoWGFIVVHXR8RyGcbmiSLC9devXCV79BXkca&#10;5YakMC9YPj9GEybp4WOgxBrILVxeSKMwUNNPseLdOr+Nbfej9z/45uYGzfnSgHW19WibEz7dheDq&#10;+ZpvsdxVzhy8QC26GefQV1PBjF1Ojc3alURwaS8pOBAGPZKZ8Mg2VteQYDKnHz5BVlgoZeeoP+ZE&#10;Su4CEPfUQHibNqXm09vnAuqMcZ6I5Z0GMGkzV17Lr5NZtJ31VSUy4qdGBqwqIPrM+vrSf//f/ddH&#10;B61/+2///YfXb02EUt8Fvw0cZ2TEKXjEuoQgeF4f53Pj1Ov1fK22e/sOjsMgzNhPBDDRca/bPT7K&#10;S442Vl0vB4E0JiQ+VlAtPKdnrj7T7XU7h3uyP8blWgVKEV8IA9K3VnLqUWTyKwde31ia8lhOwBj6&#10;+hvPvf7c5b/7h7cxc5a4gBhymMvn127e3utPiEP83vf+4d7Nm//in//ll978Er3x9A3oBdSw1uqU&#10;rrszh/Je6EfMyMhmJiBWC7quU69FMmtTpHN9ywSxh4K0Vs4mEnaol/44WsmlraAULHXLuEBmsQZP&#10;J9NPsIl9Hjjlyb9pz6Rzmrp5B5UzG0LPTkgkIrz3wc+j4QQ92OX1jWgM0Hd3qZQv0wYFjVBpZakU&#10;BpN7e/fKwdLm6oUxS4sOKICloIbliY1ZsHmNu9PqPXjv1/jXr734HWSH/u72jRyzEQPk17397ntf&#10;fmawff5C87Dj5nO41R7d+3T17JXj1jH2yh/8+FfVMrrfQ71/f331PIss3314dLi+daHbbJ3dOsMp&#10;X95voTYxenryYvsVhq44wC4VUr5bwMAK4I5csf7qy8/derB782GYq4BbmwT56uZa7dG9naHjj2L/&#10;eMz6qtU3uhIcHg87g51KrdiJWiixRwBVwfiKPuY4xk/EUA0JhpPDZolHCQd4HqTOjEQrBbUVJGvX&#10;dw5ePNf4ac+nYyfCIBGCMu79bF0SEB+bmU1GZ3nfyjLNxKSQZpiJWs8Iby9NO7O9C0DcQn62/CIM&#10;dQMBILvCx8OzVJC6RAuqx7bEcm6aT86Ro0TZUnLsg/KAEg4BcXEAQTL+H3wLnBVjOoraBzYG0481&#10;YnIi4hNxjECvGlnzYcAqkA9bh4kesZMGG/K4YedWMhqQxjNdOSq0Mak4FwKg7Tvi3CHB3SWnmoOi&#10;atGrFR0APEeR3YTZhJfYLn6pbAzSzLCzLxF/xXKk9tmfi3D5KIcCLgueWlcOx1qj7sVqMxSCr5YM&#10;G0k9JygIm2fI4Tb/Ib7DlXAiiKZZs3uiieI2jkVKYtrwSkQEx3Vb262Lw0WEy/M6kg7C95zEcPol&#10;Zh/RC+s1rwZKRKKt/YLqdYw98sWxG/YRKJ2kTk+fLyPuY/aY8EkZo/s8GPbDcOdoAEoWpkDdERhY&#10;QFLjoAkxfowhMUvoyRA0NUxBbtw+LBcLGAAf6G5jvXSwOyjBcIu8W6C2AU+LWAHiRuh0+zjS4liK&#10;VuMXLlze6+weDg722g8GCDTycUThXGh7/cKYmbkhobe5IqTkgdPpD517Ry0bST/zawo/F5VAYrmr&#10;VuEjEmQpamXGC4JNOuAlHdGTcYPU4Xa6m7qQ7DmMYVHTQPS03WiNcawkJMuJSk50DT7+4NPdg0PI&#10;11dWGrjuDz/b/eC96xtbtWeuXitIsrwcw6SMsjLyWF6gNBHssZOSyzh+2uWuOiUjTs88WNJvwkdh&#10;MkqHdbxoMmNUotI8WFvnZ98m0SnSKRN1GUc/tifpbJeZRfDObLfT2F45CAm4fD4+ImWoyJDdmerv&#10;sq5BYhvAoj3ntIhGTDobXFvJT9NVFgLGOWDnbF9lKuUFyoXwXEUIoVN1X2banbXv06mXBQKk3Cs9&#10;TW/j1ba9AN57AUampYcx2uTLVyrFMyt12P4CZ3jj1uHB8RBUzarySlT/SDIqWgt4pnxGgVcq+Rrj&#10;0EDKyQN2jnsOGFk7GSEQHoaFSAWS1e5IwFpMGh8FrkY0DyThoWhzfHkfDjTTqK5gbBX0HuzBOGza&#10;pQOfGcxADgtL18mV8o3aan25djZOXgN1Appi6iOoeIPQGjUljqbHR83D5uG9e7d7vRGBBPg+GFyV&#10;obCmLg5z1ip8jrUGvVAoDMlp84SozhVCM4ckvWAGqhwdS0+Yld+QOfexREsEMXWvUqsA2QANTiy+&#10;myiCARdKY3QPe2FsaxZcgQRFaissBJZihs8EvUX63Fjq0nYP72jFZ+UPgUmImBpcGpD5WFpHJEfI&#10;8xhGA78z6m00qmCFhROwfML28WGhUtlsrEW5iksFbF5QGjy/wqU8HnRDxI632/Dj6Thf0qVGJdpu&#10;kMdFIDZSoBCt6T2ISJSAbW8ppLumDkLqQTsJSxV2/cSIjB5k4FLYxHqIgTEAoUMAZblCaAzgX2Hy&#10;j+kCciQWW34Ryw0bkqPuSNnLnYskOW6sSqdO9xRjToAscvxcZc/nbhZQKTBVW6Naz6yka8/EnyJr&#10;sTYFbW93becclvOlBVlss474xIjWIoXYZVzbJC2K8IJdUVUHgk8QjBdH8ewcx3ZXlB/sZhGqqXE0&#10;fSClP2Wy6Ji5tM8ZSz1dMLRMsLF6a6rjhasBH4Avr1kCFbz7iQNDwTk2nS1DCVhyF9kY+DuBgwiP&#10;pIyq9Pxzyd0PoSD8P372W+zWcFj9b//zP33z9bpvjjRc917AjMNEvNLY/qDtpy8MDQ4AMwLWHuS1&#10;jVc9yu6pzNeBNO9DxkXhGvsYI8t1Ia9sYuRIgcsqp4inqGrGYOOP/vgbP3zrh6+3W8VKzYqVRPWW&#10;GV2sImeRAPh7R53Tvu/inEovABGnpXBKe7NuXCWNGdIsWJ6Vq8g260OsB4o1PL05wN+twdLOEZ5c&#10;XSizWCwsJMXMcraMeqwQmc6hn1TOZKFMjw94F9rG2UY5+49j5j48ZE1MCoWiuGW5hKNyRLsR/IVa&#10;vfjP/st/evHd9//9f/w+1hYcpDHLgf8EpPBnXnzlt7/4OSLqcsVS+/Bo2O0iXFN8z8KakYP40tIq&#10;tjE4VwC3Hw0GTGCTjjlb+EGAiTE6lffu3MIwA+kwWK5wHgQFGoRDMfUnSjxX7Xav3x8qAfIxtsON&#10;caopFBmegf/iLfwX5dJbP37nzr0HhClin6pWL10uIG+pXqwxlky7f/fdt3D5vvVn3xFkp6seu3mM&#10;mgvaXaBkmlNSfLJuw5Q7aU4rlxd9vzq7q7KM28VrarISWk2DIDJ/ejQZPrj5UQlH1WJJAlAyvb56&#10;LJnwlEdA/SMoonPNd6WfVBvPt5oILLy0fQHXd9hrVd3xEQZxS6XJGLdLaRDj4iWt1qBcyB+He68u&#10;rWGov1ZYCVUtt+x0mw6aI0K1JpMLMQ/dLuUy+4cdbOyVQqO5f71YqvuRc9SJh73Bcbx3dPAwdMuj&#10;eiNY3to73H3n03vfuHrhm88/j4098IsDmH9GKxjTVaq1R0fHgESj0+0WSvGw87MPrq9vvwIIPENz&#10;EjTLQUc2xcr6MLodUYCdGwx7F9e3fvXJr1ebez/5+WBrfXVlZTUcdrER/vr6b/L5KggXvfb+JNn0&#10;aClywcofFQDgBZ9RNY97r79w+Tef3sFRBSJZPEjwZEF7s3RmFdKuKxcvHO3cQQ8Y8aaIiQix0ydM&#10;hsSwDubed3Z617bWPvzsfp5OT20pzaxfOTt3UyN+5kmwTdxEaBU8lEfWsGtDZ7Og+mmKiHAPtZPK&#10;BtHBw0BSVKFc1DEYgK7Dl/2NeY+QACc8o7nC77PxXCgjUYEglWeEvzBm1QsKKBQH2BoR0KqZH+la&#10;WeEA1ggqhWXLp5QOBR5jFjBmUEyT18ZKUOlDNyJhM4yAFQ8hmVjYGRPVp64Oc3rKWgPxwokZS3ep&#10;K2ZvujtMwHbOS0GUpqHIWQHxkv1uz+aURE6q3BK1k61+KWXD//QSx2I5c5bVyaUGDl4iem1Ahyhn&#10;6XyGxD2QYkMiEDSUhDmafSl+ZitaicIWPi6CC2IlDDBPS5ora2Nxdon6MeKkh1U9b8UogokNxxoy&#10;QvHeRqO4nJ8yfSRTRhSPhtshjcqi08NHh48H+bU77c6lLaiOiweddjlfOkahiauALw3j5aqPMhgy&#10;grV6hRGU1BrEIG/2nTEilXJe+bgXYsnutkIg0Dc2Nx7tILB3BZ/FYBxWBec1oXQZRuIx5xCe13xw&#10;9MLV14bhIF8NpP3i0m1m3M6QNxkcgFB6ImpFMRlFR8MDCDKMJ/NtdjRsV0kaMU7anUm5oTLHdYmU&#10;FkoyA09RXTAeSnjL/P+E6LqSAqBd25d0RYkWpQn3lKWTxGBpKpTzpt/XDns/+e17ulR56fUvbp+9&#10;iPu4dXx80Gpvtdo/+/ADeGD+7I+/iS8Un4FVBniJjQ3kUR/9DfrzIh2qud3zKeXxpkTFKTDQqAXR&#10;l1UpqrShaMw0t1BkFjY0T3ZbR+t0W5KBEpohWiUz/mDGhZg/dcxhokwWumuFv7LJJNNThMowzJk3&#10;d367S4/mSmenEXtGpPRR7NrsU83NIWZvTcRw6gQbwvp+1CwiwRqVBZ6aHvn1DAFt5u2DU8/21Bg2&#10;r9QSYqfMwGnN8PE0n7u49V73XljYioIDnCWAKMIEd/vSaq6WwEvh4s4eoaSLh/Ij8GvYNgbJoLnv&#10;WIOlTwWHNSCzqGdMN3TAjE2BjLeIpww2sAAKDuDaiVr1KRdx8T1CTcYfljyYXXMTXoRJDX1OyKk5&#10;n5pEQswJPLFV2jRa9LYGUaEAa3DervAeafkkc2P7QnuLVVm9uLRUvmC2I/HJG/K0qJCgbDqc9LuT&#10;g+Pmhzd2263rbjKwdu+8RA6QpFUG2xGoCreIAUaxIALRAs4bOHtQMBxK6xXruaLUghhzRR8w3i5N&#10;wUDBcayLJYgcVypxPImU1UQVsE3qyiMfx9J1pH6ISxslfWiM9ybibpD4WwqO8U3hsgwK2ItYHvtO&#10;P3Dzfmn5X/75twcHO4MWXDG5/uGDEbIZFFLBK5Di0mIC5yGE5h6syBhxV/O5SnlrGXZqYMRQSsnA&#10;0CfaAYRoZ5h0mz/42acwZNA9g/UpwN85++xFEAvR5shj0YXoCJCOLr54CK0V6iVWVkRrxaFO810Z&#10;iRPJjU0Xj8enUpZnmn7FfKMmouF3sxoTdRh0S0qgGxQh26QxQnOMNaSZmS0/kdZHbHM1k9R5JxJ6&#10;Jw0yNek+rlJym0CtxO+eZPILEVsnM9StHHHjtDWUpG64WDTJDlfZwLVVre2T8RhNeoerLWlBDFUi&#10;zZEQpYyIngaoOSl62s5nsnprbqhoM8acJA2cMbS1ewgAY8YRldz5fDzGlFX7lfwy09f4KGFCAJ1C&#10;o4rCGBEEeXSdOwfoJAVLNeWcLSS/MgjnxUbLAIHyVq581ol79JpDj6qJ5MDjmseJTDqY4HX7pGIB&#10;Ea76euiOwlG+7KJ4SxBajTb22JlALDGRkTa+NoQAgL5s5HjBkhePtfNUC1685NHq2XP1Wu3W9Ztf&#10;eOMNWwvqtNuZ1RlmYX41/wk/NvFdgOcubDPTsJhZVPnc5Fdn8Hs2TmW7ZkQZSJZ5xCIm4j6TbrM2&#10;U52qeVLBPY/Fnf+qWQyvWqTnPlaomPlvMoeXVnOs5tMES2YRzKsWNLV2nGjmM5zkYYkYeOHJ3YvD&#10;dNhYqfzJn30N3cYf/vgdlJ6UpKC37wwuXXnu7s0b7VaTqVa5PBADNPTmc6CcUKUsH/1yvdZpd69e&#10;u/qlL7/+N3/ztzxLYYqLNj6nRJP+oEeW0KhHVAFCAfLF8xev7e/uIH7R7tK4Jw/29zt7h640wCA1&#10;qi0v2ZkWEfm+ixeDP9pcW/nnf/nnP/rpr0A/aLZbWFff/Oqr/+Q/+ZMXL19eWl+r1koeAwVc8RTY&#10;uLlFLy57aqnmecrVnuuQzH+uaoFbaeYp4Oo0ltlieuA0UjlFo50En1mApTFTSgn/Ad/xwrOv8COV&#10;hWg+cejUgvbz5rqfww5dvG3V5w6GzbQfL+Hq3t7O/kvPP/fJJx9+ePfG2Y1LGKGBFel4IJ7lgthd&#10;L5TPL5191O90osON+qahAQl+nSEOnw57vcgC0bVSDgYe7AzANOMcDQQk5F47I7W2Bg5Wc7VReXDY&#10;XjtbxR417rd2AdStLMGtBIve7mFrY9kFLavT3tPDAaZk3fYhJpvbW+dah4crqxv4QRRnMnsQnKse&#10;MSM4p7sK7atR1KxsevtH90qVBlAO8aSzVILc1eyBGtQPH3R28jywjDvNvfX6RphLCnkg1UrY4zHq&#10;xMANGQW4IctAeLj1dz+6BXKHg4pWQmtCM8RBaO/hPkpwaHFixVno+tW1u51+eDzAhgxNFYohVBOD&#10;9uD+XmihjRgtgA6iJdGHCGxPiMxJnOk9HGsn4r4lSEFKgThSFI+bFHrOvNqdBwqWXHEkwTqJ0Jx4&#10;IGJdDYNoTgRU+Db44zETegwyNnKieYMxDNcFr0OoFYwm8OlcRaIGVkGRe9IUi8EAZ8qcqdPGpUiv&#10;5oOKPivcUJKyZSNSbVSX3Vht95ltcDOwYyuBU9qvZcAvVt7YloFxWiih5mS+ETq3JExNKPzAiQcZ&#10;rtksK5qU88SlxtKGn+pcaLs1Ms1I7facruPvMabItxNCttkjsqVJ5pQpIvnFJRxTLR871kLcQSHN&#10;Ygs/gZhLRm8ZCeblyI2/IyUb+VSStR5njTRPgDco84BkAUlyHPKg5xfybMvj5fuBCHzlHdqWvBz7&#10;ZeGjHzik7hoKHLcdhhv1aqfdyRdYJO/1Wsz/dNxSPu6b3HASgy0e1BCgR3oXI0JrwVG/5Sdeo7oC&#10;BgNeVKffhb8atd5xq7O2Xjk+6hZFTgyZpF8U+RymwpPeSn0J23+tsjSIIfvPCzjd+cUv3r78zJXl&#10;pU1x4MFqhmc0xrCGOkC/+PHHNxPJH3L0DBbAT0HJDZdI4oRyLe0gw1ZJWSuVLdd0m3Mn6mZKw62n&#10;N43D0U4Wii7sTiPoFssp0GQyC+PZEzB/76i1ceHim3/8pyXM5fJF+CJ7CJjfO/hdt/2nr7z81rs/&#10;NAyqNVZSrS3nwA56E1FPyrNmkxj/McvpH8Zq1hmTKtuV1Xwh6sy/hixR1rHca2VV4WrqQrEqb34z&#10;SeuV42oyX18bs8CmUOnISXA304Qzs3h2mLZUxbW6cKLR2b4lZ3gbw2tUVoqak8AHMT2KMdFyHens&#10;4KJh/a5uGhKYWdiMTdG1/BKT/mK2g5ppYqOThRnrOT60FUef2Kz01P4D7wLGsXBLoefiDGs4J7s0&#10;dQN388LSat3k7daD+3pE8ep4oJD7wwhb8KvQosI9Dn/tBMvEiAlmMc3lDPsMO61BWziAKLUCab7g&#10;MgEKCkkP6kVIMINSrrFUjtDuB9CRyHZIqGuwyyJaFupamGt9JS5U5lSx6cTuD/XAsSMefkMnKUGj&#10;+Fd+EF6eklEu6bFVkJNcm7CR58phny4PpTHbXV1vPPvc5TDsx4OuK6pR7MjWa7B/eLS7fwgxRKc7&#10;spJmK33FylfO5zEkrqIkLmH+BEZVsVCu4O+CIECLScSGRiFHMjHYAFr6kpEcG/Dz82JoEEc42x8O&#10;Am9d33JTUU+A36g4LE3EqhoLjZbQRIyPxSXsjQUHIJoYDKQNTHV9SMAn8TI6zIjzdYvgHElzhxj+&#10;KELCedJr6+Y+84zRYoDQWxLPbDAvGggl9GUTzhV5yZGO5zIFrVyqnlt58bk47oBVGKPAHbSGo7g3&#10;6HlhF8cQAhnQwMWYHeZjVPGE3cELM24ORyA74MWOjM86MEZDU7N1KdJmbdeqRAnYhnEKUSLOC0n4&#10;C8n1kyEmCBp4Rw61xJHtLNsmlJbrSSyOslimbCnIUHKZUCJJ5ZppHqXJYoQtt4M2KLG0JyZV11h+&#10;lnRolGirJP81qwG0PD3cxDGOwrnMk0hfZQM6iT+Y46brWRcsBadqNWeGMMIXdNL/SuNtSi9iTCD/&#10;NJeKww0UCBNG/nrwRiET2RM9PaYQaNnmh5GLWyAZYmzeOzJlZwiIEr5TkdHZYPQkIf4SamLciZ4H&#10;4w8O+gl/6YNGGXs1+2qhcke+AYZ6EEoovVoY9VR5wwmqxMlxoaS+QOM3XdUbjbH199FKD49QWiDZ&#10;WsWDJEbIXlR7enm8R4dnt8+98NILv/z5O9vnz9fX1tM9SXhfcydxNUXkTtc1lfU9Zq3JWQjcYmrc&#10;lMMz7TA+NmBV82RerbNmKb1MhUI5yz/Qpw9g5yKCTlUqT9EMziznZcrDejw6dQrgOjkYdH5P1rBa&#10;NOIYY+ZpVtP2bGpH5i/QgrS+m4QhnV6pVImtl1A53/r21157443vfe+Hb7/z616vF4/6/+Fv/zW+&#10;Sb1eRfmK7Az6AUBpzxUwe0XbAm1OCIx3H9yDRvrbf/KXo0GTZ05kfZVwBkH8eAEnEVf0xcU8TtY+&#10;NpUz288++6Vv/vrt7+09vEv+P9KhEzsoXmJMY4FRqdqejWRWjOP7ytoaltZiGQ+H+8bX/gh36Vt/&#10;/90fvf3O9vb2V7/6JQ96IjaZvUSezLQ7kUnjT0YNzcJsZ5/QPMXKeYL42Tzhkk2F508an6rU7f/4&#10;GNmohSuGd1uIZ5aMxVChx6iff3hhe8Lbe+JwN8e3P+nyPTmfdrLgZ+Af9g8e7b19cHa9ceb8s7+7&#10;db1z9OHZZcjA1tbXzmEiemVjs15bRgjQZw/fK+pb5dpFdJGh2yT6FzyJMERuA4oenDLK5WIXumBc&#10;5PEQODviIMLosNN/5cWXfvTDn411EQ09EKFypQpDOzz3TM595srao51OdWS2a8Eot42V86C1v2yw&#10;+dUovoHmqtMDuCrv5XBYwdWBIJQR27Hz2YPrrcERuozx5Ohczq/rc7AOQ03w8Hi/WF7vDnssFB3/&#10;6oXVh4OdkSSnkOiPTjeCqgfx3eu3SzUktPjlXNIJAV6utSZdCNc44aOAy+lPxghtRZhOu9VGWXTx&#10;au2zI8y/4UEd5RVTKTC1BKMLWjnIuIgSAUlwErvWrktrixGehz3gSYucJVEkw1sbTh8LKVLN+HzO&#10;LGjNzoZjqS3RWA1jCWuBsk4OmB14eTklFlQlK0sKJeAWhwQ6YoAkJgixdKtNZDNJYK+lzpNd5UB+&#10;ZiRZBYlYZ/NCGxoxVMkiMRnYG9pN0J63xcogr4rHHXu2wg8p0GrL9TSWH8PDZiJBcIBXS8qZFCFw&#10;wmLOzHNrTgYYoRzAQwlOS6b4rtSsZzyVSq6sxDKUKaBLSoxQkhySR7Ax0iXBaQmdd1ryBAMaddmg&#10;j2IbMUcMKUfMNqCBmrLIs6Iy0k+491LAkJDSFHKUK7Vc6ssyMl9OWJERkUxGciEfMAABhSA2VRyb&#10;QjOuZulj8/F0WQkkgx3CpTB8rJaKjSLAKrDyjnCSKgf5+gZH6Mmov3c8hECvUfCHKuwOjmqFgokH&#10;tKEiA8krtbs9iNJt8xjNCTBOWy3YgSfVUhm1Lq5btVpJ5CGGWL0QVJGd4pmx38gBN83zIhLY0UJC&#10;qHq53moe1avFxMvhDoELGS9vCGesY+4/OpDIjcRSJNNc1DSaHGdF17rN01msUBmsqFmnvxC9N9pm&#10;UvUKvFnGrx51VIyU4HDNFXL5HMNRYiBFHm2/nBOmhzt7z33x1Y1qHS/97gcfXP/kk6/8ybdGkxDp&#10;Tc+ulI6fvUJMKILEbOKVtDzpEZY0LZsraOWIEyYZxPKOnso/ehpFm0wRqtOetJlt83OqLGMsJlml&#10;6TQcgCaZeM0WvVIiUpjAJAZXqSyIyNipkpqSSzLpslnouhpnbrNJ44JPIiGmomct5NpYhJxWauGI&#10;klkwoLYSzry1M2xndvyhcsGmqlk8rZ11J4lFQWecxxmKVKWzCjPbh9R89sCUtT1FQM+JoLKv5bCO&#10;tgFw6Tp49gO+NMgcNcSTsepvXVi/f28/nCDwS8GDRfEBdWPLhRySyJ0NO1HGw+i5SJqmWzMcDAbd&#10;0RDp4z3YSSsoqNBIHcOxCi2gdckoQChwmmbfByQpWStZkOKt1Te/+eZzuWV1vHv9R7+5DvcPvMMV&#10;FpWQvC3BOYwGMPp/OC4xPIhVLvNsURVj+uxCbjzAIo7RryuwJXYL8YJyMta1YC16ZSU/WBD0Eb/C&#10;zbsFnP/hp8E6yuDhqqerZ93N1SqmqxgMo4+M6s7nDNnF+BbtTngejg+O9w73bt65i0A4mMWwMqw0&#10;EJOGWIFiCcl/WCYw0g1YgZL74BJsYL05GMSBNk0VBY5umItycgY0VAQ/cSyLKcHZsUDN6H7Grkq/&#10;mgy5Qyug5RgdVckw1mFYpQzYRN0heNc4FxB67xXgy/DEFiszSMZ3Q4GCshZ4Ri0IeJSkeIr7MaEw&#10;+DmDePLGc5vd5v0WIhSinfAW91FUyHgwiE51daUMBTg+mfqEOegSiBSC2IByu9cfdaFllhWrQNrf&#10;WI8BxwDS2kOcazPvmWMAS0DsT59LyZQSkLKtKX0lkcmyXWIn84gKH0OVhPKb0A0iM1KTLVvXbHG4&#10;YvcVOqTFBCnhFIsIQ/KPpEzW6T2P83dCr2zkpAk+KelNXoAy0+hCrtDaihPSYLKsg2TF1cJT8CyY&#10;bFbBsKFrO1D2pOhOUcDShHdTHcVUm60JwnQYCWknycpSK11t8ZAOs+S4wwpsD36xAlEruDfoNpJJ&#10;MSCmYIrVCs5Em4KT9LUCkaUzQYo1xXkkq0H6hr3qaAdJkGocQnA2lDwqlRFh7Tk6ZsCuYspWBP1R&#10;RAonvq/pGfiX6LfxnaCM1zho3v7w+z/99Z3wRzthwwvPNnKbNf/MkrdSd2qlwtNregLdXq9Vz169&#10;+vaPfnr35s36+qZOBTZ6Tnyc2oGmMhjjTD/qx4er6qT3cmGAl63EUyHMY+d7tWCetbQN99QiZ44J&#10;/aRqZy7cZlp2zL+kx8aE5kkiVfNY6TtXBZnH8LvGhsovBN+fDNqj0h53kyzItE9TLSLIZU6SIoTN&#10;/MVf/pMr1y7+9b/5W6xmAwD8SFqGQDOq1SuDAcYl1IBARRNQ2BKvNupw0m5urNaWy9eurP/9f/ie&#10;AHN4OMkXglazpYUUA8WHz5iUeNgfvvz8xY9+akg/cFyRh8SbG2fOrTUwRM4hswgtHOTdBT4PkIHf&#10;7/V8AlspIMRDCswe+qMYHaNNaiSEQlM2oWQ51HZCkGmonLnK8claM6X+wBrSnORC/X6j7JzIYL7V&#10;cnJIu+D3PrVI/Rxo2e+teafSauXMoTef/K0XpdvqCV+gvF67u3Fm/b1PPm12+7+7s/P6M9tHnaP3&#10;b9z/+utxsdSAArPEG8A5v/GSae+4HKmhQZsArANsJCZGtWr96Hg/V6zAbEkNDW4kCCYjhaB73FnI&#10;Nfj+O++VSxWQ00uJU1mud9GfSyZL1dUzL+aOR50G7pWc3t3ZqWycU3FvOEAe4FatVkfXEhWcS/Ky&#10;k8sVsYXAAYpCIRdUcBRfqy8Falgsbx329nf375bqm5WC+9zSlY9u3UBRB13Hbg931PD9658c7R5U&#10;/OXRiD7Z8aSPrW+kJ5sXLidud30IgcwDnAnYOybLIyEUBXW5cS4uNxBPihTgy2c3u2j+NPuoAku1&#10;oHc8Xq6Vts+sX79+dwL1hAIaDlRBDzlMExq/KLl0Rc/MM7cdktjTgUSGy6NqhUHit3HSJKDFPsw0&#10;JgQ7p9MZxGLZh6GJwrxY0hBcEE6K+UGn7UoEnKTBapMNuHyZInGCJjKsWMQSxDQxE4/nXHpGMetm&#10;ZaIjyb9OYiugwqQaBy7WDwOQU0R6BcG0QKPMVKBlbydGHqDEJd6dE4hEsLQBJ59RUCihMsMKxKDw&#10;SeiL3Si2I1Ph7mFtYqfcTkeky83lRKWqrpQ1Ke1qVjWU0OH4hHh6fzLsC7sPfT7Ci7G68GO0efPy&#10;dGhrIrBKNTnKS2BrzEmli4MO33goejALtlWUYXCOCYWxtjI/jij5HhntIAkPuAron+CnJ1Qe4lg5&#10;Jr0UbetsxDidjZlUkJ7YQLxSId+fxJsrDTh0cQAWcr27d9Da6w0vnF+f8EkadY7c+kaAo3cD7BYI&#10;JaE+Ho6fu7be23VaI8ZzAI1qPwo43qC+BJVjMB4VimWH8xlMkXBBI3Sd8PphH+53WytLDbGRJUe9&#10;Q3Cq0NnByba0XDvs9C6c38DtjZMkDqfQE0Ib0IMG1NF2bdPppENEn7amFRm9pfzpbDAgRl3XEqqs&#10;Z9cWul46+NWeTROSb0P6md3pbQ9T/tWqC+0iafXPeG6q1eLD3b1Or+fmC1defvXKF78ybrff+eG/&#10;fvErL/Xu3frqV99s4jNyEksPSmzBZYckUuxGIjpi+ryVUjw9WbMs7cmC1CyDOkxX6kyHpTLwRCJn&#10;TEXroAQNOJmzSc56OGxGVnGIR0lRXWFEfGFSiJQYMS0B1JiZSmemo84USVMmXsoGNSd7qikHOQ3X&#10;TWXFItOcpmdM+SRaZXEF0xg8kZWQgkQKnk6jQtWUnmEDkFIUqM66AGlPKB0W6NnUIrMQzyupjJkv&#10;elNqKT5BZr47kaCAnCry6CKgjbCM4TjilBV0EdGg+8hNRl5USth342Effhe4C9C4wi3rF3Jjhwl6&#10;rgNCUg2Tgaq5INrcJHX9QRKHvSsZwV7YbAMyAoMYlG948kd9uF0wNRx1dnPbb15ahtoCzdCJyrWw&#10;e4VjIAvwlqDnJBaeMdm2S4el1VtpgNhY8zB0LZddD4BkTApAGe0gO5OIK6zJ0cSRQAs0DEbs47Cc&#10;VMiHQ8Kog5AjLM5GOAEuo16wrkoWWEJTMfTBDB7Hd0o9fDE3X/wdNHvqheDcar3bB7sWYhQ0Cb1J&#10;OMZ66DNbNd8fxt3+0WQwbh53QKzEJ1Wrl/GmkshOH43fd1GU5pApDk0eJF2sSzHcxocDQYlL4hSi&#10;6lxRgNAKgkhytn3TXGe50B7L+HziI309NwCSAEUKaEQE6WOn8LjVmBioCFpaUPwyJ4hpaK7BQ8Bb&#10;S3z6rijPVVDIlQPz/KWL4yHced3Aq6/VVZsf2wB9vVFIaRIkiAEpymjWeh5PJzjQQhM2HEPiLbuW&#10;ECQ15OggH/lCf1LDCfjaIBzgYVNU/SRWQp+YWVIl/hJ2zAmLNRRf9HY3KjmEPiA1Ftt4LJYald3w&#10;oYzCM+6ym85AjDOnf5aqUJx+inP/JHM0aBEcqdhS1xObeGZLbqZ+iC3UVgbuHPXUnUo2XGXDw3RK&#10;0rIJRyY9/9lnW/4+oRsiRRJ1k7FpwIycM5nEwhK9U9sGJTk2aSyNK0lsDoUI2ASbTUV5KFR9TsYl&#10;1ayDYxKNxtSgR3hIXKZGH3cmTFqGIJ+9gyFUFbAuGkJYLJSajXJsHfwEEM3FiwHfDXYKGOwRvRuj&#10;zsXFBOICQZ+8kLglwXDR5J6g794eRDfvHzcuVlbqwbkV3aipYkEJLfZp/bO+sXF4cARk3ZvfePO9&#10;X/7y2ZdfzFfqnlbOdGxuMXnTQblWamHcdWLWpU7HVKVaeGVJ2rMV/6TPdqYZzqogR+R6wpI4taz9&#10;A8uOxTLaOTlPM5/PGZrTDKkTom5jnqBGNbMuQLqxJXNvVQIsfS+xI5I4tsZSuvVwf/u2aRh+4QvP&#10;FnJ/dXjU/d4//KDV6WEAe+PGdZhVcFopFPPgpiyDAQEP8GhUq9W6naDd7v7ul7/snd86u7n2yc3b&#10;LoVDS/ieOG4F0tjF2W95eWltffPy1Wfd0d7/+D/9ywd37v+rv/43uO3xgDz/4svVQo56fMyNfC9t&#10;CCLrZAyncUGwphEfcJ5PYrQzVzbWJ7/+AJuXlh63iAO0s9gs+QMNVqe2KWbN+Sfyrk5cnMcqxtnF&#10;zxRlpxu05226Sp2qmv7/qmQ2C39NmdO0e+akZkGdWsOnLjRJt6BRBcy9m/f2NjcqiAV8YWOpUqn/&#10;+sadvKtvPNzfbX5yaW15dbUOXW8ptxxsPo8msnjzYsm640kOGX7wi8dIuw1AuxqNBn1s2lDQooUM&#10;I+iZ9fWDXqcz6FQm7pkLm3HgF5z83uHDl545v/vgEd2VufKdB59ia/347s4L5wt1H4paP1JupVhp&#10;jXrFfAk+dChPwQBm0yxfhnGpVq3uHgL56K8vr5bRYV+73DT6XvNBpVDdWrkwkNC3AtxFXnI0bHt0&#10;Mfoc5imkEA2xiMMiMuof59dWe4MHGKEiT2fYH6F+hycIW/zR0egL1545sxR8dncnt1S982h/daPc&#10;a0aoNauNSvFCpddqX79+fxIysUBLsTSmlxCfRiTTpyzcY6ZpFLIZRY2xk4Vu2kg87aQHTWunmbrB&#10;bZGMerexXMvxUwVxw4KXXAqZWcgCZIsEC5xHAo5sJVMhpkNJdM8ykRPNMzdCStGg32IHmiYt0EuA&#10;CUI5jId5wvwBNp45F+HV5GGE6GbFwERP0jzE4SnnKuOmuiwJUSKik2dloqk9wZoKewO/q3r9Hl4H&#10;el7MjPVcW354nAVQku0IbYs0VDHfpKBqndKs08wScTNMpZCklTKM1uE4PTXP82sjxlFICKwjuTeZ&#10;/NoRvBHzLone4JJixFgFHAo58nFk5dnKRsZT/Kbg2+DkWEylnuCRJAvJBBZeRaySSCYx8wGT2c4Q&#10;RYfiyjVPzFSOwv9iN5YVDUG8Q9A4FGfFpAKuNwCmKR59cKPd7TeCYK2SJLjDk2GjUQXh+vxqAYfy&#10;9nHyaL99bmVjcgRTeUz2VcgpBNqNkOIgzyQf5/YOD3ESevHSpfZRuzMen11zUV3jPAw8tfErPD9C&#10;5xyNWnGvWvV2Wp9d2nihNJ4AN+gHRQiu/WIFn9Sd2zt4+dg2PJXZv0Qc5dkRrMeorUSgKnZR1lmR&#10;y4kurbxkVvnWzitaZlc79t6zsuZZnGwm1BIFrSCLZbjLA7VPbAPEpmuba2+99ePde/e2L52tGG9n&#10;Z/fDW59cuLQ+ad7Zfu1VbUrN7m38GKmYqTJUaVqm9HEwsmd9Y1ioe/bHP0Vls5lNIW3XSiWLoI1k&#10;NmmxoXW22ldZUomQbNJgYp6tXWsx4R1uD6pT+BM/QL24R6XT62wOnOEabQ8n0/lkkOhkXtGs5oGF&#10;oo3IOgP2eKRUlqOVEbiyYjazlGU2REj6kywaUqfK51ROYYNVnYzMPL8fab3AkMga/MZZJECbLD7D&#10;zqx1VkJjFZLSBecPykoxCB0wOC6Hwey57e3fffBJlBS4juoJg1DYfVR5coFJXYbU0bVYXNdeFQyH&#10;sTH4BUEBEpDA8SmHbmh0La0VV726PXsVda4LBW80vP7xrx8MS1D5VPPFEn58dfni5UteBJQPvDZj&#10;FJAVHM0nslJHrJCgmH7UHj1S+1xfhL5A1BAtj7TN5sg1yZUwb4Xxq4REX+w90KXm3GIRISO0TMDR&#10;ygRa4PGjYqDGOgfHCIPV6LFhRU+7Citkw+gAEIxjK82BVBtmsxzsI9UaznZJIP07nPPYpTYhPoR6&#10;xa1WENMNhQuKiEGn18eqx/vOh4YIMm/EEPXu7iJYgQrwRMh//GAClOwBEmjw2edliOEzpQhdQAdg&#10;U81dm5PKcWwzdJkxjpBAtCRFKEwdN5dxPOli8fEJweL6THYUBst0l0TiKyZIQUgY9C/hQIv2H+bb&#10;sdOJMbflLtC5/ul17IDYnnxSA2DkAVAD/WocTgPmDaAZAWo0PnEmvBVwh0LLjleEJbwFQjS+nOyJ&#10;4dGtm/gUA25ASZS6htLprjXR4HHAqBmnoALQHjQKmfaEQoPxBPpbnHmoc7YiH2mZcBdJkRuzdG2b&#10;J5Zk3gNjkYg2f42CFWFu+6x+bWdcz4mQHa2mIggLZZFIo7SctmF+KTFOfjJX7Mg+u3qqllB2sRU1&#10;jBZktLIQBTt+TNl46fuY+TXExcufwRBifnfflh1jO9jno+dKyxo3BUR2CETFHF8BeEYFOFIJwTyL&#10;ZZ/HXEQb+tHGouDnSme6nRbiApwoT2Qn+gb4VvDlWs+HjNMTK8vlVYhljhfZY4MdZ2tJXMJ83Rkf&#10;BeOwUvdXa95GDQZ3gDkB4FVtX/fCJKdHl58eq/nM9q/e+cVwub9x8fz7775zuHP7zLOvqjS/zUbt&#10;ZOXZbAR3Yv6lTlCf5pqTM0XMvNol6zumQ5LU8bLo/DVZAawEKZmBtE4pAtQfVPuq+SnjSc+oUp9T&#10;/D7Z9Wt+j6B2/tvOerd2m7VTUCa+OlmUgN3rU3Ja+t5xpI+eeWb7haCwdXb1P/4/b0Hxg/CXzbX1&#10;nd1HK2sNO3dttjt4e/2HAJE6mxvLOw92797bKQTetSuXRqJi+OobL7/xxVeBg0ZTjyfPwN/fa2Lu&#10;AsqeV6/Vl+paRJA4TPL4kZdRrVx6kXXElhzBM68k9CZpsJDbanVWVtewvtsNl0+9HJXMlNORVvrK&#10;TC/eHM37xMHGmIUuye8fr84+YDNf7v6+i5C1qn9P7aqyABqjHsuRfvzvGTONJFRzynb1ePCQbYnM&#10;ekXq9A7LXC7xk/hwaiH4GqcXr8RR7WEnuryVb0Gx0eqEEk7znc3V115+Y3fn1oc3Pjm/3GisB4fN&#10;Y2zMh52DZrf1sHd/PBwVVAl2C6/ox/1eeXn90eFu/7i/dWYTeB70RAPj3N57AFv27c7B1TMXnPK6&#10;ifrNzgGrC1ocq73Bo3ojV+rXNjcvXirVPrr1u3IB2nik9KEJ28NZmAkLo0EZgQ3iVcGcs14pNrvt&#10;fLkaHcFvzLLEyRUHh4828o2HvU5hy/fGtWarR2VeErW7IzcpHOwcAu4xiofFXJWmKgm9ZfB8Tg+h&#10;zR9L4FBOG6r1k7Vc7caNz9Ak//M3n/+/3v5oEOqjPm9pXNDDvc761nLbwRJPuxCN7JgYY5ztgIE8&#10;wSpTpDLIsSpNuQUS4VrYeF3J7dNq1rtLhQDW5mic9Gvof6UPijsqVRBQeA0iY33AwDuQiAvVGOaV&#10;4wnDGG0zmgOKdPRv92y7X7JQi5mpaHsc+P1QRmBaEKh+0R8NRon0dsNIzleJ5HPbxFSLTo5DSYVK&#10;JAteZ/kLgmuSp9nIn02E3SCQORRdZAJgHeCLn5fGOMpTKfZHWKrMSWKAcIqttM8uV4xETg3YL3mW&#10;1vb1UBfrEijNdQZuNxsO4YoLTty4lgQba9uqdyxAnSpB6UpT9Y11B59FyGRPFhoo1eQdKs9KY4XO&#10;ZSybygWHRkIvCP6VtAbgB9DUR8WbOIOQHz/eL9cs3007uEawT9pONPkf0uDCsDcaIO0JFwjNIAyK&#10;Wr3+KlAJ5UrzsD8qQJ+JDktr5Wzxm6+/cv/Gzdxk4Oa9rjs5W6rffXSERmM7HL/+0ksff/QphOFo&#10;JuBQDGANHoRDTEg0G4xrjZX2nduQ0yBtJU9CIJTvJpSTT2N1fXgYvv7S67+78/6Dw9vnVq+N+028&#10;kqUqbAg01KG1GVnjUXZRXRlQZSmAvDCxWDepZrZQZcExe/JP3uYRsbBXQrPiJ4xjp7Bh7CjP+sHs&#10;cFMIszQ6U+5MAZ4UzrBcEzqlyUX5o6999Tfvvvv9j9//1pdfe/+X7xRX6+fPnPErW36p3H147Enc&#10;s4Vp4WOGGJGhKXAgM1LEQFyA4xluEQwWrObyaZW7gkBPz5PTzns2yUmBmJLJlFESbavfSjDSuauM&#10;cImIE0u5dSrZFNFYz1T9Jt3kTFaXTsfCGdE9VQmbtFP0uBIuMVPUxSyWPaVSpPWutDN0olLRUPrT&#10;rDJae/OeZB6yY0sOsTCqtDknh2ztzBxI083FkkttGa8yleZsVqCmk/BMKS6G4PRl2XNOCp/3deo1&#10;prwIMa2jCf2KPtJe2ecYJd3RpHsUr1xulHjXEUjP7zbkM4mlOhSpghhrqZJkn4eNqpweRKHQAKCg&#10;GUGdAAUv7ZgusAJMnkBvvoMbTWOqN+kNJ4KCoUgEg6vKxqXzYVBIODfwbeA09QXI6IH1ftjrtUe8&#10;PUm84MwRTz5wliNkq0WUIGPvCJN2d6KdrtwfscBqbVSXx0+daIz66vbFL73xMjTBd27eCsDUQsKY&#10;VxoG3hBybc/Pi0szobqB0Wy48YkOwDAVzDzU+TERcSqgFBmfOI5rIDyIlSaigZjLPde7PELDARkS&#10;HpKwqwC3r5aGvQtnt0QeJPYMuSPQ5aMNGBU/nEv9Vvdg1B4RbBDIHWDFMjkcJRD8DYWxH+Rhl8NI&#10;2gjXUPmstmMZzGh2Wn1CvlFik6sbCVYDmzG7uVzYmdAumAtp3hL7VcTCjxXU5bUzdFQ5HAdLq0gX&#10;mHtLbmLTItRFoI8RIq+KS5IHzhOozBFDtRXUL297CUjWnnduc/2ZS1vtfg+ibxTV/T52whF+AQ84&#10;rhsPJ9xj4iHrYbGf8mXwV2gr4MeGknFvu1s8abs2wNZ1MkgVrc4S6xyxRBRmu2PFKemdL50vq04m&#10;sWICSrf2nAxqa48HiZprnMtXxpZqnmKoTOqhUdrM8WdMZtgV/ZdoNmyIcfZHacC2UVlXydhgefs1&#10;aekvbyjzHFBizGeE4iwsspRpWa+1KI+o98ZGlhfMtEsflRrCI+7S6BAUynxXE+sM587eh6oooueF&#10;AUMmVQawGyPUTyddhmKeUNgcckVo5dA/5RWwXVgQMroWSb+d9D1A5rbXxs+dqaBxc+cAgaxB3ORn&#10;WwncLz21ihflSmO1sX+wd6Fy7aU3vvyD7//wvzr/XFAq2Lh6JWMQKxWYO9kb80TnoVnUA8+NqpT7&#10;+EAvM8PoVJKxoPzNQIdqmhHnWlLDIu/HzCBmpwcOqUUU8Al+8+d2hNWCEjm1Chv1+Vhec/IF2Dej&#10;bSkoEV10xsXSexdzXXrLu2LFSlQKfuXmAaPKpYvn/uqv/uLWzXuHu3sYw3i+1VglZzfXz21tXjh/&#10;vtduL6007t+/B95VsZjHOn3t2rVCdenv3/rpCxDardWjcGSvBBSsv/7Fz1959aVSKbj32fXq8pbE&#10;ZLhJSnM3TiYblGeUMFfZSlzbzyDuHE+6x2iLm5/esIm1JtuX09gwq4NSp89vp5LvkylQ6fTbOfW+&#10;etJnfAq6eRayMI9He6zTcYquXtkjDY92T+6hzEE3T7WUn2ygWK5mVvmnJyJn1jxKOzKPF7qnaKtn&#10;ZTGfGlhnkY2Q5ELTd5LGysZ+p/XlS5d+euf+B/fvfWP14tXtq+c2avcfHI0P95n1Yjo44q5ubrV7&#10;2PE6437Xr60APlYplmGsgpf14/397Y1VmKXQHwUBaxgOzy6dvTW5/ajZ3LjwTDTo40w8HLexxy+d&#10;uTzejUuOfgS4iENQ5KCzD+p8oYRTRj8oLnts6mNDhzQ64KKpVDUHdStEx4RmNpaXISyJnXFQa4zu&#10;f9pFJzFMjvfDXKl5OHiko2Bto3jvTsdAnOya5y6v9TvDkZNzJEcl4CHPBzYNQehYVHuTaKXqP3zU&#10;wmkB+q9iznvU7Pzqd/deuXr+7feu97rgMZnl5drxUfvg/pFf8JjbMYmUnTVpEVWgw8p5mOukBh5R&#10;DyVp7TCV+jnTdGlHnfBU2LRIZSOA5AqhlqtXwXDLB+KU1RJXy4xEptiC0Btm4kZXzdDuPEDYlE68&#10;5oidZ+OZNPYSv5mng1rmJEA0D6kqwpdh2RB5sYFEGHhq7Hr4g9jm+EoJN7WgJBJTbbWWvmykiRiQ&#10;7CFZ9kWcFGiqSMNRxTOYWKQN7E3S0bJxfyKPtB5AJnzw2wqObuoHMNa3pCzfRip7xBDQwswOWibo&#10;4v9OWF7SxeTKbNbOzbSkAGvbC2QEJW8mTbCzHARIe6ZijeVZlg9L6AkPguItTWdrRth9yQjbb+JQ&#10;AgyvYJygLUMAqtTpnm3sE0KK+SqOhlT2QhWIamYwGZfzgKoCe4ATlNsdRf3BOB8MziApqOAeHx30&#10;jjsYVmxsNgYH+8vlKga/OIwuFauI8YIvvXncwvf57W8/QGmb59wGSBuEZnI058v7B5IMcJerl640&#10;281GfQn6fJ81KOOxsL4HQa5cWfKC6otX3vzo9vt7zbsr+WWEpsMDXCB/J2l2+pYcrNPcLJ0S6qdc&#10;8SQVDQl4SsrabN4rybeUPdrhL8e/MukVPTQ/wixJzszOTkrouCJySHXRNl6DY2UXmk/EZX39O9/C&#10;2bpSqz//+pdx+ISIAUfO1n4Pdzs+w/Q+oyY+ISGHh3ZICTwSoCVWZpJpZM1TTSeaCX6SrNKda9Sb&#10;7MRqieuuOhGsO1d7OmmuiRyUXct84qlJ2jxmenpI7b7Sx0gDbJ0MBGVmU1KViZrVFK2cQZ3nXFGz&#10;DU+AxY4d+CRTTZM1n1m8jWU9CCRr3jGm5Iyc5W/I8FYaGtZ4o+f3nqmGJW31aUsBt9u8sjMdLSJM&#10;2wzUU2HbHP5iWsuL/NUGKEGngoqV/0pOqxkgpujWUfL6BW8Yjt0cVcpaVLmCBWItyWrK8oe5Etq+&#10;GLAOmgsp1S7oYxoGjRMda0f3/LGhWkL0rGIkwG0sh5MRXdY8rvh6ab3RuvdQYeAd0X9qZ2MqXyoW&#10;akF5w8KGfAkuZ3KZ7BZM5AVriW4yVliiaoYcBHVyRKIyfDiTcQccjDDqmOi17dUu/s7g+O0f/Yo6&#10;57wqizMTtxSGpBi3VotMBg+CvJcvFRB0VilG0gWD6Lpc8iXubiJLWMQF3XHEgclpG8LTJ5yssuuU&#10;hlnJzB+6ZsSZYPUIImFCcE9Dy5nqCY+CHW4KhQoQDkW3YZmHObnF8MpDukkALIrQe4BXItzvHIKL&#10;Sn+dVHaReFl9Yr4CRqYUchUkIkCLLD0zbc0O/Pw88fJIUSblFxtD+aAPTv0YwuwSoxYSFkzoCcNK&#10;p6Vytuu3a+OTideiRT2kPxa228Rm50Dbzoky4oqi8gS+kPt3qwVUvgW0egCYALbkzMYK5DxoqqOf&#10;F0vEumH3YoSCuAvLb7vXGYyw+Q2LUGnDGMW6k2uYsDQx7KQ2OJF5aibbsvQhGkOUHfyl9iVp/M3T&#10;XaTdQNyzm00/tGVozM616UOnM1+AK82RlKKfYZezbDTrQOGpQGesFz03K7Fnk3T9SNI4c2eaWJQl&#10;ChP36AlH0obx5jFZYGIi1N08Q41Y4Pt2KYso4OKrQLcGXwbIBQ4AQYhfIBDBk0aGsVF2CR3avFNE&#10;dhYSrQTBWUTum4zHBEKYJBb2hKOgoUcGm6qPayGArkCsDRM16evREbTNIKsjd6ZWVAOMNlz/zOaa&#10;kx9/drtTqLpPcwMwl65e++XPf4Ic181r19Tb3x/32/DHz7cUU8OHmhagC6bdU2dmU0nq1Nh1+mAt&#10;65o69ipbv8tc+WqmwR82j4qXW58oqhdDXNVCgvBiQNICRFqlXcxTp7az4icLrnHM49TceeWrUicx&#10;V4tluePMBcoau3fihogEB5vEU03T9EPT6T2ss4l3jCyMUuOLXzi3uXZ4fPz9H/641cT6Gn3nO3/8&#10;whdexI357/7mby5e2oAr882vf+XqM5cH3cH1jz+dxBEaZePxkOZbZMKlw1h19doVRNJIikdInV9W&#10;mtn/tf08y4JVFmsh7SPe9jhnytugCq/EI6FMh7Q1EqTCkgyWYZ7AN36subFwgU4TJH9OU8E5pZid&#10;42cYdcpfmYNkqpOFs5oaMp/8AizH3snC0Wav3Jz0mC/8xOwopJ05TMFjt89Ur6LnX3XWjpjWWVjW&#10;ovBcY2kyNO0hpokYgkWQDZ+pN+7tH5hJr9CoAzxQq5TREi826uAloYOdjAeV4tKavxSWmh/fvOWC&#10;aubrw06I+gzd5kHcWy8u9faSYTLsdvqNK8uba43xQDcjCApaBa/a6R8h8qU9PjjuHyTt3WKwhtd0&#10;tLe3VFxCRxwH34KvZUfhgabXG1aXsRGFBHxQNg0xUz6ORuVKg1k7binklHVwv3n4pee+6MR+pZg7&#10;CLobxeqgfxAOValWPnrYx1gMgluYS48RhBNzBoW9rea77cmkXNTN4xjdcFQR/T5ITlQqgLd9e791&#10;d7fjovcc9SF33b6wfnTc7mPmO3GgoML0OGbVFBNZLaNISmEjmR2rTCAkYKlpSGcWxJE14FTGrcmW&#10;M0ublwRIY1PvEUWYPglGsxzlKNcZROB6WLkEgXU6jRqRYhL6O2u3cUQSJ9ahWNRTDgdKKTkW28mQ&#10;TWueGwgK4ZmIuAhFTCVOacg2FFERSwtGAaOdLa9KiVYwZSzjj3x2620v2p5YALfgJib6VXErMrNe&#10;W6oDx8VSkMtMy5ERAu9gcpLpb06llmqq5pIPIRFtiKGbNxZirMzoZ0IIWV/wl0co9tCKISqV3GyC&#10;0nnzxOR/cWoecZ/O5VmRGxqAqL1TI8mR8p2UK00IEyfRnn3QXJni4diMDGEoJ41l9mh30O/jPT1/&#10;cVVnadwpKpEDa2bf4eSEhXGCADfDiUcOKkUok8dJvVZCFdftDu8eNo+OOqVqAT0AZKKYiXN/9wgK&#10;x+s7R6W8Vyt4uwcH5TooVvmcX8JIBVo8iAxtp94RAM/W+vp+54gVOsznjmpU63wjyObB0IXjU8g5&#10;B8fHXYygQ0qi3eevvPr+++8sX16lYmJ5FQs6Dh2H7W5aHZlUbWsPRVLF8ibF1QyTJDtOceTiWtPu&#10;NJMoDYZyp2G9cvJMkcZpBo9dqbXtXUTKQjWs4iubDrvcviDR56moHpAMisZGjmmNJJEBVU2JvZLk&#10;yoi2SY8QXdmKSE+NeFtJapcUwXMY0qcEr5r63pzZIDbrr9uFPJPRWI6xsupGxwoAZprDlJ0ac4Ih&#10;s45Yzo46Nc5ZEfMUtZwKeNTsDDU7FU/By4teqWR+3bcifMPNWNpfKUeFvxZlZqJT2YmbIZRn53Iz&#10;V3ynKmg7kpyepFNHr3vioDZVJ2f6vdSjqNV0c1NCfXZSa1aKu2L9Py9uc+1aZuNO2ZHK43zsc+Ya&#10;wIKP0zjITUXE7EIQrOkWRDUX0snC9hXKOknV5VabiCIAzixMEvFq6FcFjQGVXw6kZ1nwSFug9IEp&#10;iRqZav1RxGRlLJbwDhYY1lOAlmKQRNsbW9H+wwGykDC6VT7PSUzUDvk+4KkRvtrQXmFpGhDRBFcG&#10;SmKA1OOaNQhIEnss2gr8jLFvxv3e8V//6Df/zde+GegRVdrFwuXtFZpE4Efpg0HsoKrEKBLUrYGD&#10;rPTdSO6CkBNa+fBdXcS78hD4U8LygUhOmHsRkoR8X3xozDjHsxOUGf1iQq6WEB+DvVsoEtrIOTWK&#10;lAJF6+GI6d0TakhR/XryfNNky9Leo1YIGfWotglmYYmJkhRzbSwZCKAssSRjd3YUif4CehCgNQhE&#10;YGU76faQF7J7cIyKGPXihJJYNoaYfIZ9GlVMgNfnEX9oCfCYT6OwGWNFJSuRwQbUuXK5Rrd2Essw&#10;xRiZacKcElCFyG0iJIiLUh1jmzgYECJwKGCyQN5HkNF4cjhqxjIGxaUX+rkR2rv0gfA3MP8uBowp&#10;yeWWVypncw3l5YbGe3SnzSfGFwIk6nMKiLA2UZ8hFlgrHrbSqMRk4bi2FBbEus4wTUl2WuVBPhva&#10;ulmHK/PIcCFVcw7eqZVBqbQ/pWaO+lT16hoJfzaWhWOmNgI+PJZVZxfpZKqqlPG7yoQYrm0spaJc&#10;EkFi+TvMuRsbyUIwZewO4chjx5w4K+p6lMnJ6x1jbo/EKBzPir4rYER+/piu0BLOvq0ra0Aieisp&#10;XcQkJfneRqh47KFgMJHAfS1fFA51DPGzZDKgVMYD0EeuEUpidJOx2zEWEWzd8nLDVwfFQAdu8vTW&#10;f+biRPHW1plHj+6eL1755p9+GxJBJ4tZm80w7AFbPz44Td0ii309NV+UmicjhZwFdH8qCNC2kTF3&#10;HLFAkWwfUepkuJBZXKgfL3fn61o1V9KcFGY/7pw0i+zmxyvq6RswakFdq04BbJmFkAQJ8gskzZAP&#10;JgoAieqwrOzsCRDVQ2Yzo59Oq+2LZ85sb/7ugw+ax23C1kC2QwRrr7O+ub6+2gCX58LFy7nCsuvm&#10;rj7/7M9/+g68vhAMcKvnuVQzMSUMG2srWp7T+vLqwWHXPhrcvxN75Ja+L6JkgkAsBzrdIMUnJo16&#10;PvKY3q2tbwjOSqdFgqMWh6YnPvmTDJHTa8qFaON/ZPqPemwIbOajj9QiimwGXlMpw9P8HpW7yhRo&#10;J0DOZvp2lVnseWSKhVPL59Nk82bxA1DqRGnsNZYarU5XB/km1jJN4nYYuS+cPfdpDHfS+EKxsosq&#10;tNCg8KfbndB3CWVRf71RQAu0nK9+/bU/Omztegly1qr1UvyKv44tCJ1rEMCbzcOXLr+MI/fFMxc+&#10;/OQWwHsMM8T3GSfvvv+ztaXyan2rrpJWuwmlNIiXR/vxw+PdOHCWK0vL+TJa4hJ1qkVqG8P71OlP&#10;kN6Hm/3w+NGFzcuA0HsBokoPlguV/fLos0c3Xzv/akSHDHp+nSMwtxBSmDdHeTiBIN5KOlC9oPYA&#10;JXcSlWRRN5OyDjo4vGNai6K9VqoagKuwWEPr7Ohq3gdgA/pJ1GbLZeTpOABG43jTaY2ojwXjkUcV&#10;L+ETiHNSAielnxHcbcffyOk7ybD188+uVQmm/sbs/hZ9IY21llZFnIPGCx6xIo2RZ8u/MxE8Y56S&#10;okSavU4aBCTnQjs1sjmggkLWGb3CdnGV6JG4BzPxgbUeC083hT+SVoVDgM9JE9tUEXFTBIpauivk&#10;Z7GW0asUvQI2lQQhe5Nx5YmEO2tyYigeUcIXmTQbQYU2HMEeULirWdGlGVlIZTq7WiDuzHhx0kXz&#10;1UzqkD5Ysl3jNUBq7kgyoq0FxOQkE2mh5MnUdxhIf2lC87WyuA2VCSftMuJNdanKIiMknlb2LVz9&#10;Yi5XX6qsPntubamytV6XXAor1E6fS1cwxbmEI05MdQrVMsY3rvhcYRbHxYUSGMMC6uE9vz0I6zgJ&#10;VvLd415zEOZ8GAIxnPLBvkQXENgDv1BsNfslQHfGsCaiEMRhJWn3epV6BVdwa3nNFXaDK2OkkAC2&#10;nlc6A+klnMMQitVKlbEzwnqPvEs00b/06pvtXre63DA0Gpp7n92Pp+uBRVLJ3ezKvWFL2ZRmkjp7&#10;2YGSuW7gZYZeqXlVSm629l/Xxj9a7pGV6NvPUsztKs3h1VnAs8AbKE8iAEuYV4nclGnSpZwYcRJm&#10;OApvgIQdU5ircWTyOXHiLRQrmV8lU3OQOZ2K8f+bi9ceMBZ62Wa6S6SLq8lmPWSDp6eeuZDCNNlL&#10;SeiOimwLR1DJrBXSKUe6LthohlT/YLJElDlqhJkL/ZV6PEU2y+KDmyPSKdI5mREc1KxKFR+iJTYL&#10;OofqkkQLVV6b5ERIpFCU0gDKxOLlZqYwnaKzMgNaKtJMX202xpUFwoKeSQhIc8akczW9G+dCIFEN&#10;JRSHikWYakgmbEfsLDHNBcgoFEfjCDbTHEd+wqNP2HnEw8g0NA9IWfwKId3KyJCTXk92xkgTgKEB&#10;JRz7NJo8eVh2cmn+Gi39NDM2ykGowJ09QocQewc2DGyOZLljpdfjNvpXTr2oRjgqxanQRYvCy65D&#10;EVttkQTZkO0/lHZkYk2bckKiMRevbiw0M4mWriGLuwV1MjICFXRSPtDAa2c28LKXcmPMJofI0wjZ&#10;oYzYDUrkFMUPlRF+0sJDaAJMSqhFkGlGre+EubYTxgvhHcF5y4IK2MmJ5118+bkzy5UiDAJDCK57&#10;iTQ/6XSIVM/XJdcgxsPkyxgZu4wmmoDUlNfUTo+FhoBxG0PvjHhCcAAt5UrAbw0nvuBGE952bgWC&#10;Lo3BNV7EAKN3pgIzPykorC7jE4kohbaQr0Do39Sfwz9CdUyvv9/qiHEB1ZOiRRcD+yAXUZgdMjaK&#10;P8Ujgwq3uMdwzBw92mGAsa4DcrUeM8oVvUSHrpfY5szh11DKjKmP1hNmHmJ3G2P0n0Qpa8YRprDs&#10;yFgkRyEwgpKPqSREyumAYjKm/By92wFbBon1J7ADA8j+mN5qeSwT2wzNzoiZqN+iraadIwkXUvZx&#10;kI1EHhM7nExtiWmO75RVN8MDpFKMtLuedsvT065VRyU2RV3KYUsWSBKLedZznEX7E9ysjjLTEaCM&#10;qChXi61Zxyo9iEWyvC5Tz+WJB0NMttigyjlVzLP1QhUEtuKQfUk0RWpBsln0cCfnNey1WlpSJZo+&#10;+KNIXJNEQul+x9LZpgGB14vvBtYxfkoRWCuajUHuXLQnoJ6OJSKAMAh+g8C2AJFfUKAO2nefZseT&#10;agh15tzF9vHRqNffuvxywOFzPC/gUyfgVNnsbFaHpcXcCXyVenwWekpVORdYNBv4OjodZzA7LnKy&#10;gecMEbhQhqrPNXwuMrWmle8JYOOp80M1q3Vn2XjzJF31WEisecIrUvO1uTTXXYmCQMs7byXvScZU&#10;sVpD+zzg1C6N9DhrNvFuLDKYCMZ/RMyMfbLTohdeehG30yuvvQBhHJkASIzu9RmXAAyBjEOkY0Hq&#10;MnB9Oc5msUgG4yHsMt009kllRwJ7gDY2aEwCzkXpljWomYWGypl6P+wdU/OD0rOPRp2o/Z7onLV0&#10;NOfU4awxT4YwG+eU0OXHLN6Px/AuVt+LymozbXibWWlqFq/bKXLq+bdkTmYPz44n5ve9nSc/I4+N&#10;vO03st/NKxX1oOOtrJy//ejBy1c3x4POpY2NiV+q5lzkUjH3JdCwEXFhx7LebkaCGBj0Or6cVzFW&#10;RJmMbjKKS2iAEKFQLSlIt3Z3HmxvLkOg2BsP2t1OpehcWj93NKh8+tGvi6Wl9uC4WG5gfrV+9vmo&#10;d3z33r3GyiqHOU6wvXWt73SP+/ur5Q0bG0Mvb9hzHQYNUrvPRBySHrE9/r+8vemzXVl65rXXHs48&#10;3Vm6UirHmocsu2zKuNuA3YTBxl+aIIJoIvgA/xsEBHyDANNNmAaHy3ZVu1yuKbNyljIlXd3xzNMe&#10;Fs/zvmvtvc+VlC5HIMrlrMyUdO+55+y99js8z+9p9JvQJNzvDE8X27/66ONR+9Gdo3vYbh3fGSEA&#10;/eTAgrQ8WSEasIOEuOX0AuPr7Qb4YwS+bXv7QT5tZmt00CEgsWHchpXn3t3BdDVZTNIGnvmG8gUa&#10;SsJ8cbnEExMjzCm2rDnqbVi4gKTeDkft6WKeMdZeI2utiiytM+GItaPuyHGxI6bMlirRpa4blGcV&#10;FXgZltKwfhm2coZoZaoPifaUhKEU+tgm/4ZpjNLCMTlC4Ke5hnbKfS6iUeufv4VI7NiJyDfbijMH&#10;j88tR+2ClpBOWG5dtqpsKLgWsWUMSiZ9dIc7PqpMc25PFOLIm3clp49gmRntO5MaUw6AcolUnea5&#10;tO6yZbKq/bMu/6UM+nHnl9toc+Jgav2piy32h74OrtVeFWRBNfM08q0NQ+tZnkWytlRdtYPMclUc&#10;ioW4zM4TUV2RqysTn/u948P9vc4hsqT3hzg6JZEl8ukPrlBnRUcctBVsFQ2lOCvxC1sWctTdbtYo&#10;yDAOSDCmRm9z97hv4vXTp9ndox7Ug8jQnM4n+MgQmEFwGSOfkR6Nm5Ab82WxAZIH+yFUGMCOc6ge&#10;yqeHgTbIN3Y5XV53R29hXwMjofClIF7uY32xRtI0ZjGt5sHBgYANudX+4JOHfGO4IBX8iRRWOu/X&#10;aY0A6mQ34mBVNPBKz+sXs/ovxdfLfwglKpJVXaRrEpFFV8Bhnei7dDedfcpfHAVMe2G5yNWnhO0u&#10;H1qC2uaWjYAxd5vICaSdJ78mVe60qVvjSNmvcMC/yx+pTljjMGs79ORQkjaFMOyWu4VDiSt/ky5F&#10;DsTYYAplPDSl1ss4g3Veevtq2WVVCp/1AzYHuZTZgn8cKrom8DBl53BXFaTIqW0pfXb6f32pvhpR&#10;65229LtPE6s3q3gpSz5fuTa2xt+Opb7PCTL1E/elIU0BoZvBlq18uGNpk2NMvBex2KOJpjfikyIe&#10;EaFc7mGL04M+85ASnURo12IQTDcL8CRiwHuNkc7Kv60yj+ftIxlv8r7HsZTQ3Ocq4xTfAjcg2shI&#10;TqpQMEiczCDOmqoCNGTLj67iP/vdt1aruMVEUkMBsQRDkxioSKNc/gXTSK11XPwiUt+HqtmY6xgz&#10;QByjWMwUMaVCHQ9ybUxVSph1kEsPt207XyZDORslc6bgExANA17dVhwhvNkY4I4RIxh1czzzmBhH&#10;/m2hciP+uNOCKXrPNsXvv/X2Ow++3rZT+nggGoHFg/lM4x/+Xz/CNHev2+7ibcO+FVrpXnuv00Sg&#10;Lt6BlFHzLDrxrjUYj8sIPNz5eOPxnfoddrtxxv4J6K4VoLrtIYQXzXieLiZwlaAMT+V2xm+GagYj&#10;vJDmaIwwUrGTiEGIkUA5lC/tdivlnY15MhTd7SDENh4/0Xa1XQFBBSf0DNGv2CYibIr/lPPpnCQS&#10;V2xpl5NzGLiliBtJqNejPFA1pJGwqkDoyALjk6FSWPdB+oFSJFdqwfi6INfnX0Q3tHyy1IdHhOhQ&#10;RIR/eAK2vmmJYp5/KC9c6VZUOVy+Jij8vWpdhcuxUe4Ty+SKd/Qr+b18lOTuSeNm6YGyAWviPlNl&#10;2EQeDmzcqNmFbfsjikoLUx4RdRiBLwutB2HE1PjztsAXwKQj5S6dpqqAynrarcgFDZjv0EskmLCB&#10;mGxqmzHwWOeJaXRGXfvaiJmPbfS/1iK24+j+2xLSRDwZJP4MkoRsDYUWqAzYTYArid/N53QiHErE&#10;ClKPgF/k1l9rE6tDFbwLTQImIqdyC5kEJmzrVxrJLhAKlBHvfB2dEu7MnojJCg2zV4/I8/hlWw1D&#10;6+V+5RexL+D81Kv2mmC4tHm4pWbhZxVRRSGTaXKt2g/sy9vcLzeAPreGNV+Oq6r/XPalX9wEz6F9&#10;X9z1lpRdDaaWPlOJOFYE9iHLIIGcCSM9z/OgxLCFKvIOGPss/g0Y+/tgBXY6FPi020ziSLf7h0dp&#10;xpUxWHVHd14bHuyfHEPJt1SXgVvGhlG31wfElNgRiGiQPyeGAnr+hbqcS+OLmSnqK1FYSEUiD9yC&#10;8sBI45ElPcV6bqVTZwTPhTqZ+rLdfKk2+VbzWoG1n5cF/GNf6EVG3+c/1lJkVg60vcjNluufCubx&#10;jzHAtTIqX1ltN/+yrtbUDFrmS669F2Uz8m6A0S8eWXM4sD/7BHmhOYDy08m4PYpGh/cx2aW8UGYb&#10;ePYDHdvrjJBxdwN98Gqy1wEL/v7NYlGE+eV8mgUHeHrOblYHcXuRTbKguY47xewaCoHxCnPe7Jfv&#10;v3/33t03751eL9KvHX1jPH06XV0vPklBP7sz6BzeOZ3OLtsALS7XwNLHvSH6BOAv0DgBKIGJDjZk&#10;YvqDYIYKT+hjF8t5t4N++uYq7RTj+cnR8Q//4Rf/xR8d4DCFErWP0D5sSIfNH5wcjo57D9876w96&#10;jXbYySiLwI0B4xOiST//ALVRcvdo+NnFFA4n8C6wcoHJabkBJhNcUHbXEGs9eXqBTwY6MRRX6Pbp&#10;B0oaBwOkORbfeOPerz97PBodjEbdo+N92N91gZOXF6y5jdE2nuvrlQDKLZEGWXdiAv2fTW9Wizkf&#10;+wbNZK5PTAhDWXhByb0Ev7qQ2NlQn4Fo8zbcl5rYeehxCa61iZB5lHUEXVKT+bRkFK1IhYH2K2Tn&#10;7aZVLk2pKL31mtwQGSeNXnIcL8Isnx8ox2rmHUF2oX/Qujlk7uZeUnfXvM2FezbZsJTV8gWENQiD&#10;1AkOOeC8+45wU989VZR07bqszs5VSxbqMEGWUPxxY/cKouoUMMqzCnwGom4pc7FPQ1xwtNdFPQcq&#10;U5MIHUmZNVFpQzC1XSk7QOq1eKrhKW0YAMrhHt5dVJaQPgaRWP6iaDRMYEp/c9h6tIFCHjpEmAlz&#10;UrQxbGyZ6/l80IPHsOCGJje9dpujWw7YaYfGlrjl8uX5HbHdmF5dDvoDFHKz2fV4fHHn+G63N8Le&#10;G+c4PqpmCzdvIRkkOUNdjDlDIDsHmc5Eab3RQegQRmxXanC2LntXiorQqZgjp2WOItlUqBVTavHQ&#10;Lyatdp5FKfdi+ydjWpnSKrgqLleNoeNnKWbFrTFVdi9lo6XyQfbxslTiZo6SZ033kcBNCV0Kalk6&#10;/z+wmoOae9fd4+JaLrSj14WmA8bk1rhbm/OpoqSCSGtWL7hL2GGt5LHW/gY/Er8bVRvGzbtcopHy&#10;bbTUVfGH2Z0qa4lUhgmZEqtX0+D51ZP1WaBVMr0r3K0D4OzI2pzWjKZ6D9Pc+XBC8yUirpKbIvU/&#10;P3xmjMucny4JZdpyPB9Khi2EGDHXtpFPEYTakXeUhTS4g65nu1VADt7xTEKjYjEWEmoQi1l9y/lm&#10;br3Uk10r0sEQdxc3GF0O/H+D7H+uFtE/prDw8sxElEqjQ2d/SrM5YvvYS4lbWAj5kRGSf4CjQwBP&#10;MZtr0XpaP1LE7Sx3NkQmtlFMBYGfIlMA93Uja3WOjyfPrnH2iDJbrfR4iQl9/AnQFkXoC2vF6HO2&#10;xxqcZxo/bmL+8OaY6TqAF+fx9Yf/w//9+Ld+/9+fFOtGMyKdyRTdTrMB+/Cm883XT2+QPYQRIQL9&#10;sACdbcbjy7Hk9Ai3mbc0RB5tNLN4NLZEFr1BTpA9OTrEzBvoZRhsC8YeIAyZ7gps9WC8XC9hBpIf&#10;Hn0y/J/MU0ZHz1JVgExkQIZWU+PwE8IezM49KURszE+bUfSYCuBNxh62x1EAkiUsGNlJ1A6Hsc52&#10;O90W/0DO1imhGms7Xc2ZUbxJJ4ROiXY/l+R2S1VIqohmvXW9yMj6qivyTyTcTptchLn0eAvDqqCp&#10;JyVVOuM0M0H+03YEf4p15j1FT+i01RdmWqMXtY9KoxqMXm96r+ADC60xt+luCtIPAy/793VCoBOs&#10;wtaFEeUX1jPb3KL+1ppbPXddOpEvYYXn7PQlfFU4WpsxywiO1EVqghEsZu2bdiNb2R7QYVmw1zb9&#10;NpezbJIjjJzMEugVWLkvLy4voh9/ulxu0yZ+KcMzkXoLKoIaHXybdnuoVy2TLFiCMIIZu/0WiZFY&#10;IW+jYNsAV7zVg/7QMis4pjXGtmDCZofLPPiEg1hP1eQDOjKv8viHJmLJQTY8Dp2eE5WLXMyY8vB7&#10;joVsXJHnm1Vz2y1pX6pgDZ5fqZpK+WlK8Ywe/yXGYSfhyNz2V9ZbbHtbJXur+Ta3Xp/dIQT5icuL&#10;6EPBTjz0y7tsUwJ/X5gd7KYwmtVM42Ckbzsz0tW46/+GyaAstfA3iQdHudU3vngHDUBviQVrp9un&#10;BwoVUaeDr9Pu7sVg66drujRaraPju3/+f/zwq2/eM4F21rxNEITZ7vTtElkZOQdoYXmLsLnFYYVe&#10;l4KUQEic1mc9ygcXS/5ZRPQN/+PV5mFlRagbWE2NUxx8Ce1rNws3qEzN9oWjCnPLEfyCiYO/zmzw&#10;G9UaptZ+ljFZfu1tg5fj0IIqjPC5nOAXW913KdX2NxJtm+cqCasbe9ALzRk+xLOHb94/Hd/cPHj9&#10;K+A09JDwye1+MHl20W311mgFI5J4kBK02Fxg2IrPcb5Ie/FmvkTk/RQf4/n8835/iPih9x9efu10&#10;7/CkfTmb7vOUWxjxdnbi7aOHnzaKTf/kuB03OgdvJBOEm9tB66i9WcBNhAfiJgz7w73tdd4JIexc&#10;bDBWRq5ppyfApJxSlrDYbBa4MMEyQHWBkSCa6EG/20dmAh5sk/Gjm6fIkMmuFsUiv/eVu2ebqYHg&#10;Oie0qNMONsw4zYnE3OS//uDmm9/aP7nXWl2zV1sv7UEv/tEHzzBfR+sLX0lK0489HHTOF9t1UAy6&#10;nbPZHOaxfrMxzvkkQysOJRr8vdC5LvIcRI8nZ5f3jveUpX9LsVKdhyVbzZjSm2Y81xg1AgG2IQuV&#10;B8eDp08by3UqfSxVX6q0yMS1KJtd+IhFXSsPrNw7Joty8UK8qsrspLXOvNBE7Ph6bTZC/MBs7cIy&#10;1lN2Gg7Vaq1XFistTf3JReSBtYXRB6QtE0m9YFMf7absCKwjM9di1x3Ny4shjA/+DdzXK5zdqHA2&#10;Eid4lqazxmtzN7KqM2vJ6XoeKzY3lI5chMp5YRwA3jhJir4yp0XX8l1WtSHyfg6GXXS8nTbMZFAh&#10;U2Anm3O3TdOnja7FZF+QkKBd5GqD2kpCrBBzAki05sv1HJucLIu7UXcAnFXwdJniI9+u53DdYWSO&#10;OnID9kuR9QBIU64Bowq5lwXhGbUC0oBR7saRe8/Y0GLRY68wmWm3TmFPS6JiMDjAoQxBNRCt7VYL&#10;QYaRhEepZBl/8/GHDwsi0HLfhAiSqiQ2a8Sne2DJ4oUaUfc/ZL5BZ8zXFKvKKIlk8cs2OHbRRO6y&#10;sd57Y4Re5hpm4xTgLkbLai6O66KZciS70CLUAa1E2Vr3p9lFax6vtN8QBGcyZYAMRPIwSvnAq17z&#10;voTHYetEf51f8uItTJmmYKpsBh0K5fQD8g5NnsNm+tbaBF9qjnnBs4GfZ2EVYacPUBfT6W1DeuuG&#10;jiEVKGYvtB4xdUuTtgOJCE25OjbP1yamWuxWD2LfxFvzXK6eLJUDFV/aUrG5o7viPnlrhWxHJpE+&#10;t2g5BTYC6XghY9QweZHmiUF01DOrVhRLvzxKpchkEinTrbgHKNS9zMlgTBW5EX1/5rNjtDcXmT2M&#10;uwDSbGAhjCmfxtsas2di0QX6etpqsIFtGPjzMclCSE/MLlG2PfjDvAjDUFQ0Eq2OF8dXHklNEDIm&#10;PeTmGi8FoY0hjaeW8t28ifYNobejZgeZ542sEXbbYABN1rCfXUtIK/KIHKUUWB/5cmRTM1jJ++wF&#10;f8hLgJFdsRPeQcjX6KTDRj9v9eGV7Rp8g3wZoF/DzICEIcQKD09P79I5swSElznkgPbRBKJfmVCI&#10;jWQNYdkHmTLwW9EqW6+23WbywcMvECK0ZQtPFyhEh6Z79Af/7NvdRvvfvfcQLT/XYngENxvwxkLY&#10;HGEPyI8DBki8gWzh0/UGlgUcX2gwKQdRJUQkAa3UxUQkHNGtTMgEG2D8saSPvHd83Dxz0WVtl3qU&#10;4YtQiASpba+F1mtZ0EITEb9E1RamDZDcsIeXBxa29UuopxHmhsU0D2d2wvIGqtnHmQTwUabiQ4Z6&#10;XgaRRHSQwi+BzxE/CeEv0ZXgItgEtmh12KyPlHLfUN4CuTyBIrEA25fUiEXN+Ot7DQ2Nc6RlgYqp&#10;Kkkjy5yB0D+Xyq+m7Zly42UUHIa+m3KHhNrktREvaUUazC1BiGaZ206nd1OIk5LWANOODLRKrUax&#10;2Jr1xgICstyYh5PgZro5uTz/h0+2f/34BgrxDS+jYHZz/ei9nzU4GWobWY7hHoRbmu9BQs1UKAHB&#10;0BYAnQ7TgmkAjd1IhveavSE38UmToeYgmF63hLLFjlegL/KzwPsb6/rvFba8YBpFke79YkLTeXvH&#10;QhcJb/cifmxpSuDTi/SpL+o9zEvjbmui0+daE/M8t9HsVKBmx8Nr6tac257KXVekqbs568Evz0mP&#10;yz47uK1m/rLWxLxsTK2vufBpW2oX4mEkbaw6hmR4KJuVbRZLVEggQdPE3Ag+nDHmRb7m2Av2Bzg4&#10;sd1tNDv9Vru/NhjmNJtNKHaWkJtAFYRkOPy+Fc0bGqwd8os1ewWKQWhdGauLpdg1LRkmlFzPQhQd&#10;4XqTMq6iFdY/ZMzlQzmaZewYIQ5guVpbp/gwfuZVf3iaMoMhMM+l71STj3D3yWsq9tWLChS7ozg3&#10;t8lTpp5/aE34j4CvVMFVtdai3auhtV6SJFSTQ7/cauxHd/XAX2O+VMz8G+id/ZiRHVYyB58pmWwW&#10;b+61rucbaKguto94fuMJhiT31mEjBhk1Gc/HTy4+x+cL1+FisQHWIeyNsig5wPqJTvFssZh9dnb+&#10;8NHTtx88QD9URDnoMqNB/2a2Pjo8/cmTnxzfKX7ywa/+xfe+i/zX+XYSQwjdPOwa+6snH2HK25/9&#10;EJ5EWEgvwbCdXfXxVG43J+Ari9PHQV1pmxHMSZhcXj/sdI6mMzDHidJoDlqjafGH3//B33/6U6iN&#10;kWS7fzxCobLXu4dVcIhsBaTZwwIMVO56nUAlBQVaGP30x2ff/sHR4noye3zVbrQuxssOKhVMzRMD&#10;rC3ghFucn4s1qnjkq9rFGm3oElYui1FiE4P5ZRq0TN5O8zfeOBzDeAltT1sdYT7DkkrPopSk25pf&#10;w+xmcnsyOQX/pGDGSRpno37r2+/cfx/xiOeXrOpkvxdo/6QrmcLN1opgF5OqfB2vAbYl/tTUHLJS&#10;6UX+RC4vRmvd0NAzpHVMHZSE2GJ3YMNXJEstW9tF2SoptG7WKLybWPtUa9y/0jfIuDRSh+wQ3nXp&#10;fdmZMtrq/nwuG8ybcAPHCnItN1lefpTukkF1aO7EQYU2JG7WDjUXdHzwBg56reN9UFGh72uBQgUm&#10;TIMiXq/v9ZIXrcLFnMqPPy80oaYQyTn3kil9d+nFHF5slF3B4LibLjaNpNW92+tPrpHuPFvz9bZb&#10;/XSdw04ICzQSwXBmowK8vLqxaTC+XjTa0YPXjp89m0CByL0mTU584eOry7uH+yYBSBTKuvTo5J6S&#10;ZliNgX3T6TIVBcc0nxOIAWp+8ugJfs1sMinIoqAuZdM1GstBIfqwV3Y9FHnMLneXhbWUFjREBopb&#10;phDaSCkQVF52/iJl/RKRxQZW+mK+f7HEHQngRfhCWqI5aYB1mEvXuKpclspmJwgWvYHUi1LDBRIt&#10;JZbgUNqrVypsNv6W2ak//Fq6fJYUgXsK+EpXRQ919IMTTck9hT0Zrs9YcmpCF7IQlNjNwLwoQz6o&#10;km+NI0Rr08q3JTLqrLXVE84R8rzY0doKKlA6kdVS6jONNM6kFCoHgSnzO1XGHNY3xerEj1UpYHfx&#10;J7uMSDeE4uGYRy4YxdQLdFshU3I9kJgYJL8K1xwqDZEhR0EqVwbV/1y3ou/MxQcoHgrIKyRiiRds&#10;YkU4y+wQKYNCjcnNyV+INOxCLlk6FWSuk8i/Q3sb85zk66NtNJEugl8Jy+QV2UoMr+FHgGYMHU+O&#10;bySbSUk7Y1JXIhO2LJREWrn2Ay5hZXMpQygDxQ6w5AGN6VRl57HQ9YW5jj8EME+YrNfXy/h+F+ZZ&#10;ghiYJZXLQ4YaPubWbnWDz/glGRuGxHrpXQrdrUhwIrPhEKmFNShaCWzgWrjJMSiyNDVzhGbDhTV3&#10;335j8vDZ3iAxfSYY4cclkDfbBBS04qs28aeFtYvWN73ZwJnME2C6WGHGhm/OEPY27J35xWz7B3/0&#10;LzezT816bKbT2XqDHxWfyRXTehmjzHAoJnnz3WhjWt0ASwsra2BfOKSDVhQtOSj3mBjGWbQFAgzv&#10;+OAgXV3bTQMEKzGzZIBKYQYZ8N2lPB7jeyquub0hBDuUlRcoQ2iRQ3LcqVBCvh0PK6zSzTJSPDhj&#10;nICBjmBBTjmfDASRaCX9Ch8rmMOI8JU+P2f2LAOcsR/ORS+AKSroXLTmAVAoMwiNHBObUeCSWQOn&#10;NBIooG+0A40n4irTKfuKwtn7woq8bOsLGuPde5EYdGNfCIbkTur6NXCjQDbjpgz4dSIAZ6VS0qZz&#10;Age1EGA38pLHo9YtrH6jQGn7VNngYkZMFWa32O5m8Mtsiy4io2NsZYMFrI1IyYXMAeadwowXxWxp&#10;k1Y8l4hEDiugYScLBFCgNeZUwUyTlvh9+KkZrUUshwcoXkBDhcgh7MbdsBO102gIRxCun1iiCQNE&#10;M/KMEUCaPD3kUFP5A5951r5KWr+JIQaBysDq9Ip+0awMVHmBfrTOXyqRBy/SMhsTvmRFteOt9SRn&#10;W3USdue7KgHU4UjoX68VnqbsJcomU9w0rFi0jpPna2UBNrsp6tVX8cAIU8qEatNSW2+z7a7EtH49&#10;+7rS1CWzu3nFIi3jI4NwBm8IAprMrBcLIKAgMMZrWS2XeEnY2I32D3ArZtSHwjnOS3c6nTYJzlOD&#10;lZ0tl7iocezDIxkDPpCbFZweQOIuN8vlOXQ1iJjB7YxxqAz6YrnABNIawQPMkEga+aNEgST6jE1Z&#10;p+W7e1utQ/gDMb1EmvPNeiWLaAzoInmqBU6kTZevrVJ53IVkajSPcijgHoy+MjBRZHY60S9lNZdf&#10;zYHxalgc3Xj4GoZmdRdT6CJnzM5gW82Aegm4XkGPlMAGL5k3VayqHarUcxLsF1LNb4km7Jd6k82X&#10;g9bhu4m/ut/67Cqdjc+KqDG5erYKig8++PDg8Jhn0nh60t378Xt/effe/puvHXWao2dXCxhpVuvL&#10;x2fPridXp8d30dPC6QM/7PufX/3+O2+89c3vnl9++sn5F6P2IF1f41kPWCQeOL/86KN3jvdNgAuy&#10;9fDzj08OHuDMHB2dfvWd4Xsf/aLTyM9uVr3DwSZaxJ0WxoW95HB6Pulyjt7QFAJcYFBQEb1bbA+G&#10;J9PVCoU7GMzTGT749M69O5fj9J3juz+9+eiTxebNXoIWGsmN2A0vplftbhMDZqp0TNhnRF84HNGA&#10;vJwF77w7+vEPz+HVbGJiJ66afImQXg7cN1uoim2HufXbBQb58BRBf4paCt4hnNTMcLSDgxGObGQx&#10;YqhJcm6Q+wFNaNQmJpdYXoLMQ8/QNt7RVq18eUmTIUJUR4ZXAO/ot6M7B4POxRWSEDFPhxKZcXVi&#10;fzS5M+D5vramoNdStAhqUl0/5ggcVsdDwr0Z0O2lrUemyW/La7ueona8lah6UzsXbYWLDCqRZ6l/&#10;8MBWP6B2okYfuO3X4I4T6x/IVgcH1XCyeoHlcWA87sOld5mdWHa3hmU15NbIRtMebBUPH2kpwTMI&#10;PS1Wu71Wczjo7I8g1sOFg4MV1Rwh0A1uRByq2BrvaaU7kVHj2rODR0NtGBfwUrOz0sKgsbHlRt32&#10;YWrHNbxErbd9fHZxejR879OzO3ch0C+mq9kbpyfT8RRH7PhqgmxLYFa7oyYaZhJ6UlxjCzzCJPiD&#10;QdCwm0BZcHrvrSIFbiZOzRph6zSWoRLHoY9el+45jiLboGGlpAKv1umzq7Fh91t+ti5hyGUPBe7/&#10;pQgRYBUZzKFEjwp4QX54ITZHgpSha85FFoWhi2Qo1MXK8U2o+GHpMbTXFcqVFOTQIIhyI3JNb21w&#10;LNteuplL/pFsfD1wSbGq/F25cyp6E5ooSl5ZuePr0LpZwcXzVj2on9zolldawVBNmIFP0XT3jNB3&#10;itRdyZGt8WOMq2V8yNDOrLbePtpareCVmUqAdDm4dgcK6iwOgXcaajpRILQbNfgGeQWbchmDJnBD&#10;JOsiUdy4vR7aJKIM6zZI1gfwulTQoPy53VJJZS2i5OSfcw5u9wbmaujVd9mwjcDqzoj2FddMpjAD&#10;3u9oiCwDytNC3/VcVsboT61wDXDt4t9AS0mwESsL1ilwC2iHwaWQ1C4yRi0Cxxrkt9RrjQh+Zv4E&#10;qiAIGHkTyBYMloQNDdhovFBSptJwU8gbUX1LXQcn/+pRjiLnqIulU2EnjeeFochivUbOi8F9KtZN&#10;ZPwYUOcTIglRayFdN8rCDLvRJ188/uUm+K9/cB/7R93jqnhGOgn8Oyvu0kxj4cT3rhpw0n5WhSC7&#10;mNy7xjs0z7Yxj8JCIF652F4ivefA68g70DbFsyAnohjgURuJ3loIjXij+CLZVhY5RjPJcbcT0JMc&#10;3hsM8ENjvb4CRhr1YND88ItLkAZard58/vTwcL+XYae6ZWB2WGCQnVAXi0MVm5cUaAPsV2czEP2A&#10;UkYDmaqXw4gJGiJVG3byFqZ5x+9+/9v7yeZnP/9o0wgHAfriqNuURzCf2phfyzCC3Sy0scuw2RAv&#10;DvK5AfvKIkn1m2cbDLu3NsVhuFotxIDLjS5++CZPJA4wCBSWpVIug4xGxCupQyqsAe7rZpXOl4J2&#10;higjd2EYeF+Ik5RnB4cbimu2XtLs1i+2HNG68AI9FSVuvtBNsCxsPfa1NMnpLU5veeHupMj6p2JC&#10;9DEu90yVzdb1IMrKU22FctdDXTxbD8CooMKuCxYsbeRSVsQWxLxwtJ74wpMiOIMrlym7wRx8hQZh&#10;k+l6zrnC2qL7nED1k4RPV4BrFnmHQ68ZFPE5MZczacbRrFJyEsLgzYmqvKRMhgt6MOTy9HZNO1su&#10;M5ecU4gcwGG25irYu3cHHzWipZneNb+KtzO5x8X+LQNnl3getXnevlJXC+im6zXA3ZLvasuG1hdz&#10;hamN4q1HXltr64giBbjXwE71buC2e7OetmqeU6p6E3ZR7wiow4CcIWmLE6V4kUy4ephg6AKl2PXV&#10;45hAEHURaaSFbC/LB6t3ejs4hHpcAruz3FM/nJcKlo+rYtd9Vmb6BdWceHdNbIPdDBo+LS4uLgqx&#10;xU5urlGFL6ZzDfjALyHsDUVFSnQfhfNog3GdtbGtJRotvDg/J7J0y5AO02zeTJZvvN3NNlmz08JJ&#10;PJlOZTbfWsxuYLE8vxq3h8iNudNoja4ubuJ25+zRx4O9vbv3SabHacV0T4psjN7pqMFsFi9BAgJl&#10;NuMAEscb6FZqPLi5GeOHxGkFGEF/0MfbiV/Fz3N9ff2Tv/lrfEbOGGV2VpxhJYK0foe+KwSoMck0&#10;1NpWRihbirX0d4RuxVMjbqjnQZzGrOukvhWbSaHFd6vVff2drzkPkxtw1Mxc5ajds9yMVo873t0v&#10;gU6ZWvttf7P1bSWut9bczlIKau+Q/UcUcPHTNDyYr3Aa7d9/8yc/+0W6/QCHS5Au8YRDfOAyW4R5&#10;992vfA2LXZ70Cc43PObAd4RW2eab5vnldLaYDF8f/PyDJ8ftCI1lHGz29w8+uHw0WU+TTbq/d8Kn&#10;fKt5cz3/yp39mMAKCJoMhnir5dXVzRXezPt7p5047T77pBkkj68f74/6Z7OrZPlsvQ2gJUKrwAYP&#10;D3Q8IrcrfPtOu//F2ZM3377/GQbSvf7V+UdvvP71qD3oTz5c9kfwgAz3ugieRVJMDGEpYh/W89cf&#10;fCPYLN+8v38VJV998+RRRv5xPIg2F7Ns1P2T33vtL/7qaUFoLM1P4Gbgs78C0UtG5KlMPAL6SU17&#10;1FwA6bjWNAgko4aH/e6Pf/qIzi7oo9bZyCpiwugkO/eCfC1Rqg298ybY0oGhS5lQAnuwQUC7iyk3&#10;Z6NsgOOjUe/iBijNFVi/8CZtMlHhcbpbPO/58A2o8wcSchu68AI3wvHgPelCi7BmvrP6O62uRznh&#10;idzdYyO/g6uEFZUgo6hR921tflnOXkJbs3S4PN5SEmxKZo++P6HW14GzOQWmngdanq1mN+480ked&#10;Bre7H7TOWleFSijdqaCsJQ1KcZYyGcUgEKGMqMV6ncZw0NsfQWuM/UOLH0EsRR8mJbEsOyOHwRQR&#10;Xai4S+u+sGFBSxJlw9FU9ago7Gg6GXU7uCAbvTZcSudXUwhzeyeN3/3W1x5ffdHrDfrN9mjQu7nk&#10;CAeIKpBZrhfz09PuepWJdztazldWrIyIuySEFisiG21Sbn9gNlxPtgfd4zV+iS4pzBQ3zQSVH1tS&#10;trsoaeLo2dklxjLYWkiilYMJBSIzdhtwhSkz+k4hzTSgUH8WCeVWgMyy6XXFBhnXRGMJIkamAJpt&#10;YXVxlhdyEMoaI3SLw1Ctwm7A4dhfUegnIZrQZW0lDpAzPBMChJWs6MDBfq3fRRSidS98KMOra3iN&#10;oqduqcf01pYsbuMbuqDEMd1yvJY/kyKKlUJTyILI/1lrTVD+HK5rraRjNZGzfW7a6cY8FbKhumMr&#10;13movaGXDlkftLizm7W7O+lSIRUEpYTilrfLvS2FB2bZyslhd3MDRVtpaxNjKbiDHb2dKZ+H+pWi&#10;UJ+qomxnIZfzDSc2RETPCsAzzpKZi+pUIWeikyeAb7lczRaLg/0RiiHMrnQlaP0s3em8JT0rFw0B&#10;G9ncijVWqwSNA2HkEVpRdqV+2i7CG4qVtXYrnBCBexOBvMVSlhttfmnFp3zJkPJK6kmk5gFeDhH3&#10;XZHInyXFhYs3zG3BMGyCiwFSsTHNSFg9AV0JuQKAyRyM9dCUFHbrUuvwJDEUbG+ZvMRY3Cy/9Aq4&#10;QqHqejtboURm29XnVxfBoP324QirWjYVCESIfSdlFMTI1kXiZdIWcd5saJAhTNkUuf/ijs5SNO74&#10;hiZqnpycFptJK4ZoiQcOVoDgfeSbDXJutljL8jVnRx2710wWKVbHoGC2KQkW/l8H1WES/u1HN+/+&#10;9u80kVC0gJp8PR6vxnDTybtOqzSP9AiPS8jO2cyHicwEAglJMAxioG4KK25AtxsAVcIbLcSvxrJY&#10;h5Imr+8dRLqBC41n+8pVYiaTugS6rYDdOPY+Ab4Ids6FjqwxwmhQZs2rMRdBgdMSW5UQ290C3voU&#10;k7q42V1Sbiq9Iw8Na1KwUsLlSK2OTRVq7ndRNVx1m6jfJqrZydS1hK6a1sAIt0tzD1R8NfKfCqkw&#10;MORvwDkwhlNsmSMTebYGUqrB/iHK54ttA8t1a65XtDVfrQvkWwIShrrncpNfY91xeb1dAIrNTzPU&#10;JZIoQYRoGWgKY6EbK0/Cczc7D0IZJxHWgE9ijesQysGM5OYVrtKAY55Idulx+YNZN1gMXym56uLp&#10;o73ju+htEFvg2sGgKouUo1eLiTE1olD17rsqzNgXkJpfsKgzz8tKbVDvl8s+WSbtKAYECKxOV1cQ&#10;7WiU7O7sFMX1+tMP3wPMWEok0UOIQs1lzpda+kq/Vaf12sA9g90SpeRs+ZSg2tLX1v94FaxgduX+&#10;1u5Kp2UmD8AQT3aamfDm4z9OyIAvgaUaLqZBv3fy4MHDD3+dM93cGgbObfWygCKo1Rnkdrw3Opwt&#10;0PwGs/E0ag7RoMIa2WoB09LMETzZGXZGxZvf/DZ8nE+fnmOzB45os9tHZOp4OoeeFRM5gtvAjcD4&#10;k/CFyEs4C5j5UZBhOSGQ+W0saF8UjIxSQxOBhEl24MALtVDVw/S7mI1lHKQmLFvW1NVat/q8d/Tv&#10;Rtkpga3lA9rCO5dsTVlgSqu1raxFZUnA6WiWhVLUAepAJmiuxVXeafe++q3v5C5mxlSdrlON6vzM&#10;+AWePGtstfAtv9FzvOQqysgxDEyNxPabstV2V7y2qq7McwFez0Oz4n53cPXF48bpCerWB/cOPzu7&#10;fqfVn/ez5c153uxg4gsNy+/81g/+6m9/AhkBHt+b9dXZ9WfMXGnFSCca9PcPR4fnN+ev7bUPO0fd&#10;VgPHXKOTHzV70xSzljauukef/rpYIaidgX7b9YKDWROtIYsBZJyWpwgJvx9fX2H0fb939+m6/9f/&#10;7le/9+3XwHPuQtXV3AdSBArTVIPcTXg1eTLqHyNHC18nbVyapIct8mJ18/T8STdKAKt4cHDaaDd7&#10;7T7NOhQJgj61uXPQ/Td//qMwnSXp4pPPH6+hhUiLKcJKV0H2+fzzQdEbDG8uLjAYgtj6+nIVw57S&#10;oGGxwb1UhEwlSJkxNMdks9GJ2/e7y2WxWmDJHPz9Bx+RFZWYNsVhFCWH/nMsSk1jmaddxsGEpRrF&#10;KoHO1AKvUCO1Eu1XCeXFvQNoFtDqs9lyAq404uiWqIJEKZuR2V+Usl/rgAgu+df1Bla3b7p2cCwM&#10;49ctNtbdgLG77HtX/LrrMfS1qa179HbYA9bPfWz1KLf2hRFwpXE39iFd6r/R1iHcpZab6j4JTLDj&#10;RbFleWxLRXQZy+Yzr7WRK9T95HovXSmxuJHeNWa7C7oo2130uAD6DYZItEwEi0E+k+xxFYwfKr5Y&#10;l5LatmjEibwKikIpcMSNQ84ZJXDFar0HgrkNXjs5gmPp8fX8w599erwPd3pkF+nF44v24A7EzNDa&#10;LxbYwIzxZcbzzd2TBnZ/N2dXVxe2OxhBUYmR02K+ZGYVHv0wjDSKR4+fvPPVt/aI924uF9PDfdws&#10;WBnBZ8BNNbkxrQYw0Qzfglyf8Nr07OyckNRMDAKCSFVJmFchh3roiiOXikdd3coP7HfbqkmWfxQp&#10;clQqFtQJyQdt4ZXFRtKzZPfq0iP1P7Iqc9xFwQTJEzpQ8XOhWnBPUNPzGQ8PKe+IamN7Q6G/nsdW&#10;0Uj4RLCr6UIsLmPUVydrq8B/th4867tRr6mupQiVu9rQP9u5AGfel9fyh5XLuczq9PyboJQivWCG&#10;aXcH4/Y5vkOZD6R3SaHZJlX9W87wjdmx0XjFURn9GRg/ffJWnNKPsZvSKLtgW3G4KvW0u3NDh/Hy&#10;j0fv+KpM/qHxN7KxpoacFn6dPmEL4c4n8tXRWuGK5poOdyJUZHIVZqIVy92lyEIYt0Or2+TuT6TP&#10;nLjT56paTqG1uSj10EchW9BMVssJ97finhX1qCLqlIDHmhv/gxx7uYfYcimfGepHYpgCQZvIDy3W&#10;HB7CKLMgAGasKScdpDKIRCyRjz1US5pEtlAsTT5PErYDCIa7Bo8rS26vqG8Lhq6K0ofHDgDIfOdD&#10;aarZQFvCkWVBroYLrC+jfNAdiBhPV/hs7dyUisugFGZWpBqtG/03gzYyGvgEBCNP1tQyoEREUU7H&#10;kkwKNkU2S1colkOBE0eSlr7BYE3GtFAUIiI1nnZOXh9+/PMziFR6BrrpBgdhSUt4tgXwVs3QRapb&#10;yXi3BE8YyZtHg4nCFUpy+3cfX/4n//Gwbx/fBMvh8ai36C3TmaEbjo8ziEwSQQjkujNDuNFqMZvR&#10;iLxOBchIzy1bVoQ/vfPde0dJ9PjxxdMLbqMp/5Xxxdxa+O86MSEaPlKcM23coBBzwdyL/0L8uMok&#10;zE8zdiWDRP9e3s9IcIZehaKhoGVmSqgkP52XmUp35U23OnZ0Q2CVSNxC/tiaI8HLKkSnwImF10Lv&#10;GiLLO6kGqrGeTmdL1Stbx0iLVskfJMzB0HbO+xQ780Fg92FBTIIFthnwOuNdTYNPP/kCG6srLNGx&#10;80zCs5DhWBv84jYGwGeyTqcQ4G8oAyfswwm2dbnNnXbkM8t9eLopdsxJEflDYQKJgXK/8K5y+77F&#10;kGLb4F0TybweM4eWrrDcwsi4AdarO/1/9Jd/8S//1X/b6A/AKA0Z+Cw9Zl42caJVr6WRVxqYFxhu&#10;Q2NesJWqBvvP+zBfEJdaauStDwHgda1tmBsz35IaB7tSOCpsEpgLhmjppHgIdRToCEy6JPBkcOMm&#10;maH7yqGtP32sx6uFHopWexNutfEysCtcRE+lo6Zqf6dLUf1RUczm6+KXn+DC6Pa7SGukHK/Vwk63&#10;EFJGB8djDM3mcm9vb7NeNFp9rLjXizFUmZi7IaD0/tubDz9/+uz88uIY2+JL1HjL+aQD4Gd/tN2s&#10;sVfb3zvGbna2tcO9ojvo4mS4e3qCQwU6IBTbk9kkEFwifsAtbwP+YMRfQYbXQBI44IgJswQKZk9q&#10;fjzk7oi0FGEglPCQ8yNPXbMuwm63+53vfYdkncJnOlSzkHIAXY/fVVHj8+xit73S06asFsq5S33I&#10;Yh0Cns+3nFkE9BvggYKyUJ6G6j8g+h5QB12l+QZCrRfGl+DWW4lDldrZoGw5Ag+0fUFhUm9360bx&#10;8pqvpxG9uGu1O0IAP7nZmdHf+oP118H1zO98690fzdP94XC5etbpH7zTjMc3k9Rknd5hIcFem9Xk&#10;qAsCRXMzn37x+UPc0SNQzzp7T7PZ6Z3XxosZ6oZhq3e4lwRr4jsmwfynnzzFM205LRr3ewAi3w2j&#10;J1eTO3vxxuRPbs5BYYaJPGm0i+UEyMvh4Ojwbuunjz6J0tU32+1icbW33/7wi6f/4bvfT/LN+599&#10;tjd4eLD/FQxxYS7fLBeIDxz2ox5Umnkj6uN6nN09ffuXH/9o1EOv+tZk+sVvf+d74+VNu783uTin&#10;MsMWh734TrIO09XvnZrL2CyffYGH4oM4fIojq9N6/Gx8rzU0jRR663yNDBjcIcXx8cGnT86jqDPo&#10;RZsVWvdoU1DAgwMY4YIYR0ONNdof4r2CXsFuhY4is8pqtW9Lu1tJNtMYy7Cc2/iyrnAiQW17xbeA&#10;NrehKbv0pqBhWTeZcowJRXO+2kwRLgyRa8rhOnO+aI6q7WmN09QbX2urmk7jwrS9VFFhoYOisDYn&#10;rGHjTP2G81majoLveJOyjthJlquQGiWdSn7WPPBnfI1JVyHm3JZFC9ydyl5TW5zL2aN4/fC0ROVW&#10;SchhSYzVb+427k5SKEWo/L26Q4X0KBRRFHhNunQRjNGliaypK04WA5FODLTb1Q2nBxjLUyZSUQcr&#10;N6abpPAM52wy2aG1mqvVCtQrTH86nfb5xdWjixmatYvJ6mDQQ5rXsBF+9Nmz/cMWLu1mpwv0Kebp&#10;22Vx+XSMl9Tv9YH9CKYQUq3lQsrbzQ5YqTHoqnn67ne+hRUsJAy94RCTkG53gCkIHgY4o3F8NXot&#10;zBuVY5wkbf41jqET0IJAltSR9R+lgj2jUHexsoKN1KGsP6rveKW4jHViL/MCwEIUt+ZcnfIZF8ZZ&#10;C+UCVvyYDnpCJS0KTEs1+fpiCp/pJmN6TfnU2S7f1sLNEuX7CzOEH44GJOGTxboOUyEaO+EwXK/6&#10;+8evklNVBRlX1ENNG6hlhVSgmrCKv6zdUE79pQpgPPiTOPSgVy8idhqyoMTgOdDbc3iS0i1x65FY&#10;2LqrQW4secMLR5G2ZSq806w5fJRizgtTAjR8RpG7N/3fmBeENvmcgjAM7A6toDb3slW/vIsBLR29&#10;fogWBrVpnL7b4vQrh+H8Arj2UjFTWXLyOXGQzoPTERVR6mO5CDzBlqdwsEEOCtZNApgOuRIJJeBV&#10;k7b4AtBB4XGQixqdeldMN0MBKam4gQeGkXsCtlDeAByIs1ZgXK0eGQplwzdnWeZmoZbYFSFToHsS&#10;0Cy1t/Quih6ENx37TzSObTmz+RK7sKEVIX8TF5Kivs05LhOfGH+raPsACECUSyDDKZJsM4baWLmj&#10;mfMc0uicyptXCG5AJ3+u+qUwJbZ9uB/iVgZFFjoJhuVCx4pV7jYUxWmhTRG/KppSTMOSHr3GGXy3&#10;CFTgDG7QQyGF0nCTPaQAHQu6oLFpNpfkLO815OvRbY3mPtSQHOTnFrKndeyFwmw16znmeraZEaBo&#10;N6jP4pT0jk73K4Pu9PE5ptAdOHz5KecyBxNCv2QUc73fT2SOgB0PFy+Qt0Ar1jLBr65Hv/XPvvfs&#10;Jz/eHywxUoR2GysOCNdgRopl0lDMSn2Sqx7ZwskeWJ8wq1zM18a2JV4gYvyvZG9KpHjgxVyGYRA7&#10;7YtfjbgEL5Ul16ozwTCFyl22GrFd1/uFVY1ovFk0dPgpXryJwiQ0KqRUmDiHv6gHyqq3HnrjV0Ru&#10;3i4LBTnH2Dii58QnDQ93uG4Gi8QmGwbWb3l3hZPQHqf5HmbDPRgKMJcwE4g5GWgczLd2tkqhRJuE&#10;CBtar7j7o6mHf+UyvFqEGhUA22r/KempqoAVeRwes7haciqglcbHRyvvsYJERyjVNaXbt42Fs+i8&#10;ShNvELz15n1ge4MwVmqn+jADD541O+ACUzW6O2SyHQxKLX58V9hrbu19X67ZdBsHn4Dhh4nWPh8U&#10;YsshY+Dh5Dw+kuT03utwby2XU0ykLEmAuHfSilZYbVxNUML8lZpadeOOWum29aYuaLK1x6b7obz3&#10;fBfW7DG+1fQ1dM4c0Y7xDYdepX3Qs2TztPNgiSsECg9AelBooXuDFYL/KB9KuzdazaeNVjCezH71&#10;4cdHd1/DCzwC/X4ywWYjX02xMMKCtz8Y4r+NaB9vxWT1q2Zr0253270DaJK5/W03ZLIGxSpIuozB&#10;mwPaXBRislEDXsS9whp73QaqLOCAy/dLorySDcexDfQ9MneFSKIJ/d35+WXk5t3G7kbR+ijgGj3S&#10;evdg+T+2sk+X8PW6e8kNtT2jpVJKiy5Ik1YI1qJKEQFOJAEW23Wz1e0PEDSbOQhfaMrOoqgHOleq&#10;dDEUhM674X2NRS1Nt+7HNfVVf6XaNIH9p1ZgL060Mi9b7pZXaXz26P2jk0GTIkkAjOdX8/lyPL3/&#10;5mtFPoe0Ha99spyfPfxsbzR4/9GHiLDaQlDQBo0iQ5NsRHqC2QAsuxuQ5e362fTyyXp21OvCBnmZ&#10;bSCR7wyOF5vVwag3bBqms8DjsbzE+7ucIVsI8QUNZOMuZk/x9g/7/U+vHj6+fHKyt/fkagzt0+Dw&#10;zc7Di36rGxXLKOysIIjKVq0khMm23YD+fo5Atuns2Wnv9LWTrz179sksn4/HC+w9YazaH/SWs0nK&#10;qDTScsPt1c0MWmyQF4rFHMhlWrz+9Hvf+PnnV4+m1zeTYnhwfHUxRfACJhz7ewOouAEb7x+ghgb3&#10;aos2aDpeQPQBhddymUmYeji7ntI3L/4vDL/hz8TzVVJIaz1tqTYpY6dlYPZ8aJbrT33iCiW60nmg&#10;1dedRhJlYFmjK2t3Wn3sexcbCCVwp/FmkwesS1uQrxM5g0Uo0yarSFs1XoT6MqR7zJlvqe5Nfz6L&#10;JcnUSVhhCerzoQZaKytDIKzy0MtBj+DbjF97Wv2auxJ/11jLktHWTlVj6+A5UyuJa8j2ktNciLCJ&#10;fmOqGKsIX1M+YUIHA5HE+kjorBq0oxaQULe+srvlb2g0QDiDkJme3ShwZlZ9qvpsHhmqS9FryhWY&#10;tzswFDakCUwSJQg+aHdbwxx4b4wjm9iHYCDY73QwJkBnG5IdGgBSjkc6LiQjux5EI7fb7cdXk5v5&#10;6ujoYE30K2iia5EeFYJVDQEiP24g9i1ZLFaDQTKdXjV6A0iSKDhrNkVfW+ieqNATTwYF6A6B/RjP&#10;FoWYXU1Y9Wwl8kvKOKniYyH+CChaVtqOzxWKttlHz7j3UrTFqKrpY1RxWlgoi8RIwpWUtzJ1IQ6C&#10;FRoeSS35wrRGM/pM3dHMtxR8J63B/DdJQ4zD1AY5sugLkP3YOIA7sbhZ35zDTpNOp4soOnrtnVfk&#10;4tIJZs2T5FePEhdLraNoPvWSLsoRpHX7h8CrvmQNGWhKscN2aRqT3sYKX6v2xbV20dYBIdZXWm49&#10;VJLfyz8VVjFoukup4JCmAlaVN2fh3+BC7azBbiqkotqlRNeuoIKtG00YDKx5cQqj2cFvuvlwBfw0&#10;NZGJqceRyTLNuMlX4aQgBXsRBqHospWOcQ4+uLelA5wuWRFoGW96LX9UJmlr3BoJWJIPzGxWcZXw&#10;3yO81wnL+V1SjhP59jSIxOGzpTDqHsd/gZyLRT3LpmJF+bNMCjhHi3VGgy9OcgmYUUjay/gf2szJ&#10;fyCEQWz2nK5zhkN1BRB1RSwkPdUcYz9hG30MYRFjwEwM5szyP6j3A4b1sJEQhbfRzSPz6NAepOgx&#10;ch3xFVwqZ4y9BeTJsFFI1DmAnJ6GLHNEFx2zj6a+Gqder6HfBYZYkouRrRtTqwzRslzhlHVzLRTL&#10;g0Aiu5GslsFrY1exaKrTWM2Z6GyjRt5qXi8Wv/58+l/+i3fp3OcmOFVqf661FDWIgmTGd8QoXJ4/&#10;lnc1U1iZa4MbKkR0IojLjXivswzO8VI3iH9P8d3RsYpcgnndULljIUORMoRPAnpkhBN76oDU35sb&#10;kwEmjG90795vD0crGIC3IFHinMNDFIpEJACGBZtm0qpm2+0MCka0xJBgb7kuxht7k4X/+X/2z3/2&#10;t3+bXGz2G+FoVny+Sokoy4W76Asrtorlyk+eyCI1Yw9Zy+/SVtl1eRq+UJN9lmmcRp+lZZhQ7rbI&#10;Dm4j/xfzEjJaVBhbcYKdDz9UAn9t9+skZX7B7OLCXestIy1mZaFtQHWx3muF+P/WESR1wf2T3uVH&#10;H2+3+eD1/dZyM08zuUdwhdlGbptBiBlBhllIp7HcEOg0xQUkKh3UKKSuVD2hQDELnbQK5Nq6J5Wr&#10;PcLM1dicnyqZRM9XjDgjH4UY+vm7i0UsCM4LXim58Pjua/TH4q3BEttWE4gSK1QJdXdbVls2Bl+a&#10;M7Oz/qqeMfYlwabW1mSvykEs/9dlZdidGrMqo3y0jAQxZt3BPi79j3/+8xbDZqP5YrlA9gOaS+2g&#10;da4Q+BDoSofnCC81iITL3qoJnMrdnT4QvRTQNfWhD+e0pvazVMxxqbbw2z797DH6TJRSuNiXi/Uc&#10;kdzjiVSwSfv4Dk9akJDxb8HYb7cQGRQT3oyZPwXIPBTgkhjsIQmcCrgGXJXYZ/dw8KzW21avb6yb&#10;pe6NRkF4jZd8NR6DUjvdzOBipJPQGOzUEnk9hYvp5fvJqRlDi3jJQaCCxxHklxrDS0J+zO0uij/L&#10;o57vIWKOIGyezxfvv/dxwXsl9M5n7ViLoOR+1hlsttJdevO9u8PLq6PCBJna1MXW4iGeq2YwZUU9&#10;Br0RQopx9CNr4ODw5KR/FOczkQBV6ne7Y56UyNKgyiYK3QVXMpnryuwqpaos5XfPImtfFNP88i73&#10;n+xEq0Oq45vLxyd3X7tZbX7nu7/70Sc/Rrk/ya5e299/+PSzxfJqtN9Jm53/6X/93//oP/1j6Jin&#10;8zWcR/NJ2mpivAus2QpDZSCLTTNLNpur+c2NXR00EMO7nqfbu4en73/xSfPyqoiyg1Hn7PzJYX+v&#10;0xlG0WyxSpGRmJkFVC+tdHt5eY6ewCTNTy+fvnlw5+tf/71/+OXfnI8XjS5WmICbDXGZdhNAINfY&#10;bPYhq0+KQX/v2WxyGB4ODu/iWXjv5PV2kD384nG2XCfEQhpc6fBjZwlWZhhkrAyTzeP1YgrvBQPO&#10;QWNLi3/9o1/cuf/G/qh5sZ4XZznqa0x0hvuN6WzT6g/ni81slsHMjKtitpn3Wt3NZj3ox+0Vi8Y1&#10;uQAxkxAW2za+MmofYHApVeNlklUIRKvBnK6+U7xgGT8aOOtYDZtagmt4FDGz1KXNG+1DZInXwMqw&#10;13WqZlj1dRtU1FixysnJpWZ2wa3iX5Xzy4buFaDY2Eo3E5vK2uP+xtpS1xhWUnm51fSJbmQLyKeV&#10;jHa8f1IWE87/a3XdK+rCoppLuZDNQlAygY9zqNkWrEpuVWppSsSWE0xofpB1PpFSEyNTBf5o2l3p&#10;MaybWFEko1xUIW5UDsCMO8J198sGT4y7idTMbjigvmaJ0/H7zlDVi2FNyuEnb/Jm4A3NndaZP/gQ&#10;IhyGGsHKlmCsY4Lx3hAM8zlyJb/62mFgrmEIglNvOBiNpxsyV4rscH+ICF7+RKjyAEIQ6Q6+Ij7Y&#10;dbo0rWCx2t452mPgFPpgLIk228PhnqZ9vv/hx4+fffZnf/wnUPOBZciQdCSwg3qaxNdXk4ydMK+T&#10;qCp3Qn2sRJE2/oK3jcS4q3FZMXsJlOTgV7fgh0lgQ8ZfoB7GM6PNxTgpbwDSsJFlKSfib22R+Yaz&#10;c2WZLTEoDe1nZX5P2VzhUOCFrikUXCyLhFinIQzSlJwASZTJ9VkrtSP+VQpuBIAT8+uniytYK56O&#10;x/Nnk+mbX8ve+PYPXs2G112NNvTTT+sTHNzKJtQCtqQW6mGfWVveV8YFb0ucmPiS9bqB+7E+tdU7&#10;IbQlSNt1hbbUIVeZ1Sobl5BXW1mgrXdUmPK48S0wp/jk1MrWNJQ4l6pcE42luzyqpVe1PxazXFHb&#10;0zoWrRo5Ir9fMJWUusS3GD0KXRRWaLyZQ9WISnE2JR8ssJXmpHQ0GiKHEkYFxWLmBfoplBDa6hEn&#10;JExCMYNC53X8xcg4XgC+RyxSA/dpSlKspqBZkoc8XJCDfZbXZsH49702eXDWxjrZYvkOgZGcOcje&#10;6QVS7vPow6cq2AdFBhgim9nSLVe48rtA7+SFiq5xa2AjwfeDO7pILeopjbAicSfSk+jn+Zax2bS3&#10;8GOSTTF/ClFniMKW9xDkdnwjZBGSrTUvTOHAXERzZNTINxlEJutZ3qDOopGTKB+RkSG3P09s3FOc&#10;PMEyiZluK8GNB82qLAFEuElmlcQZix6O1GV2Imy9JbQ7hnAYNtmglRgIhgvJxmRcMrp/BAouU5yF&#10;id1kyAeP5NbFs0uuHazXqV5VAHGhGwO5oEANgSgsiVIchAlNsmiCo2Vhfn513mref/f1/Z6BVoz4&#10;VP74/gFHuVOutyCVkPi5wLlky5VNcXoOYUlF2mH3/s328XJ8AasQnCtpvgpbo6IA0LJpiEw3/Tw7&#10;4gYKQ0ZU/JhSZHPkVuT5//zzVff0fjv72xU/2KCtzyHOumgblHsnls4293QOsxMjEGp3a5xzwYEl&#10;FE3PkGW5Sr0H2NYArL6jcSBVz3IM3cqYjhXjGmANb9IUohLVYbxspAo0cPRm47TAFAFgdsP+WFzi&#10;dHbntMU0N9uVXZ1vpnq+5dPxw8foE2bAMbfwPGsPj6E4MrmIIpGst51vstnmegXiSjjLAnCWx4gT&#10;MiHGSB1yvfABhYkTXkY+SVHUVvLGFOVxCio4DTGcxISOOq+lSMzhaiDZWybWdkh0Q1aGCKynXmk4&#10;XW84woiWwu5yLmF3NJs1j4d/QgRB6dSoFD7Ppe5aXRRU4rqgRvbZwVTd4t/bWkVfxWq4ZEBbM8ea&#10;UvJaRg55YgQe89BlEhZCTUfc6MMW2O94r6UpdkTVjl1YahltJUCunlZ18271AsNK+BfUBjQuqa5M&#10;5anpDNWBhu95eTOLIhgPEWS2iTew1vbifM0M51wJGjAAxkBMoQXFiUc3Q2CxZkgkHqLdTV6791rR&#10;RNJq1uw3h/uHzNHgwWPEHxOVgttERv3420GvM76eYMWEmm2BhwD5zxy9o76BJlkknRI9yLkVTutI&#10;R7/EsYXEtwcya2OWe0QQAnqDLe02GD9ikLfttAdvvHHHsC5wtbYpYcxFrdEtXdf1hOP6dswGO+6q&#10;0g9ck1C5x3BltKouqUJqBhMo3Qr3VqwBeBxqegFWJZW2t6cxxidTlVWNX95qDIsrT9w2uhSvG7Or&#10;TK45m16oXv6nd7kvi/bijrfb61x8/rh9ePiz937Vbu7daV3c+er9vU4z+sq3MLu7OHt0fvms1z3+&#10;/JNPV5PL7uAOyFKXV+M3Tk8X02Jv/xir2nujzvVkcoDY+aP+cN0ugu4kvVlk605s0QF2RpAf5w/P&#10;ns5W+dfudS4m1wgryptXAVatq9W9u+9AnJIEnUEreza+Phi09trDYL1+882vP/n4V/PtFpurpDXA&#10;BPjZdPbBLz782je+EawupvPro3mvgSTpoIcY4YdPz2/mi+7o5AS5uesF9kiA2aJBSFh/ozXdBC3c&#10;AOtWp3U5SXudiNJ5pjEm4+l68unnd7rFfLYN2+EXF7OTUfdmNgEr6IOHlwu4dzaLQZM+ADw4e83i&#10;ZoMyPAkTjNCzlmkg3/7gBI3xGoMwFOgoazYYClXTGBmUCqZZFiKhz4mO1BoRyHLA+JAbfzqEounJ&#10;FXkVsroInXgJrrOEtYY40wpX4BKnV9jd0Cp9BcwM1N8rK0fueHNdBwS61cWljqEOIQflMjWscZ+t&#10;M/E61p/iCUTSh7sWf82dStAd08oHDZ0CWePH3LOVXZlujC3LHVuoxjVweQkMmA2rICNZo4khyupQ&#10;XFt5Nc3q+JZaPunzy0cI4fpFKsvkyPoMYStVGl4iMMtw8OFdZDcrsBtJd3A7qcA4nbYIAkPt0q0p&#10;P61QAzpV+usckM6JXTlU/HlgFBsjRavEP8VkVwpeFS+jgS8PrzsyGo6GfShbPn28+uo9FA75g3sn&#10;k/XqdDhiFlGAjTBIp+poxWGMslQMH9AINpK1mQzMwb07p+j38PuQTyKXFoaR+ahZ/PrDD/78h//2&#10;v/mv/hVHd+yQeQHJwwDqjPTps2sTNfCByDIW4xrcBNxqo83vdMgT7Ha6gz4cLl2sptvSzeJf43zH&#10;0hsU6H5v0O72GkggaXewbqZCU8c5LPM1siWXC5vhKVlhQnc5y9mHxU6CbrDhlVz4NDO6//KUq6kY&#10;cqDNbDqejMfrydVyfD6fjdfT5fl0PV3M0vUEScTb1QYF9xwjshQE1hmbDzBNCkC88EIgawbrq8EX&#10;0Upe+0r86kTNbk7gnePeLEdRZOEeTmElLgo0e6DwaUba/vngEutWOwnvdCv0Upeo6dXFtnxYGZdo&#10;nZcL9qCeUm2fM3nV+MjGmqpaqYTZksaDBZGoDuPY7KDl/AyqXL16zPStca9/jBZ6i7iRWRjUHQeu&#10;6a1tn8tVtXdFSLqOKXHxDmOnLiHKdMJy8Sv0yQaZVRrPIMY5Er/BNsaxwDfTeyNjnRBoz6aYHOJ8&#10;3d6DXYvVrGruQkkHlmAr4JQ4rrLSvnCDgHTrQri4aH0CkKJxduCKSzhjw/oAP0PGAJ9A+QBsGBLh&#10;4CXi0MWXjYOGUHqEhUX9HWogOcboNJHbQ+doGbv0pnwsUVOE/nIDmz2ohy6ZD2SilpXcGxPrxyEj&#10;DnaLUaJaZaza8OUhFaG6jtxgco+lfYEsCv8Gngil7qW04vRM3OIxHDNeWAjOMenoEhKDUjFnu5EW&#10;bpFcOGdqIel4spTTdpt0ZeCbGc1NPfKSY2r+1oaox/H7ehiJ4TSi46MQhQgbZmtzJXozS5hPEay9&#10;beQSsrhYz8Wp3SC3kc8uuCfUt4/BN7B/EJw3wZSEVBabfpmGNQW/t8GMjG9EzLQnuewbEGZBbWhW&#10;AHvjLR+22ssiXuATH4624r7gQxKHY7aGdwRTZEr8MH7C6QxaklxwWOBMliRThil1OcQp0SJNOb2i&#10;mPhItGI9ZXXL+wjeYs6vdrQYgXtYBs6laxxIsig3He6pU4mhb6V6eelHIIJ6iQfhU480jPJZGAZe&#10;MqJ3QSGmqVyJgcKkCMJam+FGTRqYHlMSIcBCtz5C6krM2Kk1R6TcCOV8fmBCYOJVOp6T+z02BPOo&#10;Cgd/bZnwoN8atW12lHz0D393IwnVKVXqoJ7LNFBevIwDYj3iwhoHx/U8oXLj0SA3ctl9h2Xfbx1g&#10;2ulpJJwoCt0wy9aZ768qnKhZ1NoG658Ith6LEdQpTaZUtpcqY1MTvNiqH71luX1e62l20c5BLeu3&#10;ej2+h6rQzDue2Mox6tpdFdOLTyHqtBuxzKZRF6jDSY25kV/xuvqnlgl8K0+oCr2rUFTl9VY3p7rU&#10;gLAKbCpqU9XnqC/GIDuD+nybQxw6GA0x5orjLghQDEgX4SReGmbwes9FTHtmq2lbzXSzheUXxKGr&#10;GVZWw/v3DsAlxRF1djkuwka3GelPhQs1EV4sSmIKZTbr/dGAGurNAnUj9sadXg9r4ViqVT4ahNYO&#10;dR6GfJkcI0pFDVTNgUEP6s4G5X2zyRgkHuxRcVCAbQC0FYj1RweHAYdKLA9CF0LvRsGqJPPsSlM9&#10;Qd0HHSkLQFPXKxulP0xc6k8VcuYcr4UOVQpbeyzzsSUZ8lxWYwrQTuSgDWWDVe1mS/dBvRJygoIK&#10;/K3E+F1asy3Vy/alS1y7+9ddbNfz0uXghTm9t9X7wfPZRnwN8dvf/P57f/f/zKfT0dFdvpfdk9ns&#10;+u/e+/tOv5OnjagZt3rDJMh//utfAuO0nj4b9noHvUOAuE+HffDph/sHN7Pp8aj/7rtf+cu/+/kW&#10;kubjEZ6sk+v5bL4a4gFOZRL3S7gAoZjGtdVrDrbpBLlYKKFBSsMw+fV7J7117/U7D/hpk3m4HTX7&#10;x9/+99776IOjPcKPN5vpbHp+ev/efDkbP3ly9/7rN0XrwdHB9fjyo08fwdOIPL3P0bgvHye9dip2&#10;HhyzuNZQ0ONiyjbrdj6BCXa2yCDM1uHX48tJb9BZrKLpwr5zevjxFaJ9AZmEHQVra7sX8ZQPhYh2&#10;sD+Yr2/w9D7oA8QFZbGZLXIM6zvwoy+3CFtKF5jZtPhMFyqyp4zaakjlBZlqJFO6iOjCpPm6nchM&#10;A1gow/Nc1HpknPAmQsixNLxaLrkIL1H2iibPDxFlcoNRHeXchczjc50Ha3dsK6EMrRBWEib0Si0C&#10;x9urTSxLqU1pO8HRkLLDpIqVSWJuE2S1QKc4BLUC4i1YlNIAh74zkT1TSOJ9nm0pl6OcT0NpYIkI&#10;PAlfzx1p0wrf1qJ3KgRnZyTRG9cT/wklSsFSjV8ikN8p6vWcCyttPthpu8kAjh7M51BGYeaHYc5/&#10;9IOvd7BCkY61KP0QjgcbVnBdt/+MdNVrZeFp/KEflrF4lWzCxYyqSQuvTUQjbLx15cJVaBIj5ned&#10;IiEDYVlIOIk+uZj9/rfuffrsBop7SBK6feQrhKvLlSQS0ZAIMnfCeF1RwXLHE9/dP1qtoLNgGYqk&#10;MPxwaG+H/fbjs/O//Pu/+7M//ZN7w0O890zsEFY+vpS/rrK3Xr/bkD0rOt1QlNe6WBUiVSSi4rDd&#10;AbMmjfFRzeBzAzS6m66QVtlph+sMGLl4xPA5fobZdLWcjm/Qjc5nCLrGmGtZbFYguS832xn0GKsl&#10;DH45ST2YnuG1oCwumM2i7zqaVV6eKbKgmhhUJO2o0UFBgRIXbw7+alrDOyd3T6E+SixeregIgowh&#10;A/yw0aZFVMo11jlWSNd5NjcwyoAuk2fDXuOVhvH6+NkiND4tnipUXgJOVFsZU0MvYzbqjJU9Zxln&#10;aCu8JQUXL0qnCyohpCn/oT71rYQRLjuikhFbZ3W3zrcT+IQ9rXLEH+38nFa1FqV9mDey63dvQTQL&#10;Abrqrc2BjNy2GmriItGMEO+NE0HcejhJ3+eb4koXJ6OdXcCVbn4dMB6XbqEWP02iFalOYY3faLMV&#10;20rQrcuDkkZQYrFF/WjIG8eRteVZUggYXH466zgH/qcPJFoo0JGQ+3ykUkcJhX5XZP2xNuKSuEoe&#10;MaHQvN8R2BhL3cYdbyYNMUVresTEskrGacDUV/3p1CTAWiMXizU4kbJuUFUApTmoj/aOR5DwJWaU&#10;4S6RgzeOI738rAyzVHhgBHbFkzGkplcsGgQrhxrXFIZwwFDG3WzKGh3tK3e8cNXiIG4KS5rKp0ZD&#10;fM9yFPB4R98oZ6j6LhWpLcpRje0sBCyE+zuW7Ru20tgSYkTANxCP3gDk0hWOeQzlmG27pYMmLZiU&#10;K+axSMqzyAZOACSzVSM0rpC5OLDfEn4Z8j1lUAD6zKzBMwrLYqyL4YrbwrKHN09KrYL8IOlCY4nb&#10;gqdbOjfM1UKBPDKLNxLyPiiathFfP1nc7ycILcnXMws4ZsifogMPEWUs+MHxrIewNwlEUU8E62bz&#10;ky+e4pvgvJqs+RCSO8htO/z/6q7RMVWtvkkuqEHL2FBzeL0c1gRVLq6NTGgq+ttOL1H4gG41KAow&#10;KSp1jxpWpFNkkV1FlAILED0QqVUhCSK5zxERmUYZd2990mDERww+9ECJaJQNJCL/kaONdnX6cQJJ&#10;0C2CngAWGL2Bu5YTWYSdYixJlOZik08Wm+vtF3h34WtkKgzfYOqRQH5wQz05TBXQ7wr0Wk9mPH4z&#10;sj4HJ6i401ZMwIHGEzlQh/pSoxrb65X8ByHQcrGFNUiy1+/UsfW1PtNtNf2+ziXPP5ckeovIbJ+z&#10;hpQmWPOcYcTnqkqAx86O29z+Gq5OsbZmHBXSFX+m0d4eNjwU/TabRjefblcclCG/tZ1cnQNcYpit&#10;zOlDT+p3kvNAzdtVQEDFbhAsfrknCkxlXC9CnzCCS2A0GAhIgMobDsj4hKE9KtAY8tAMRnsKvpGs&#10;5pD1hqjewPzbMjo86Q24cxh2OuliBrXZ4f7eeLaCTs2Tz7lgorUqUEdYNLm5Acin1eyiSmqEbm+J&#10;4zqSj78ok2nB+5EqC6cMFMuwE2OziwS2Ji8VBAQsQmEW4j7CGSKbj1ZE4/QJZ6yBlPdVKmFga1Pp&#10;KhXCOlNXDdDmiWWmhtKxxU73aCuYqyzICh0yiu6S/4jXgx8tpWGbVT2yDGJuMmy5QPYC9cDcyhF6&#10;vt30wjI33/H7XlOf/3hR/e1Cx9oyjanKZHrRbVyX8n9pnbaTym1MJf6Onzy+POonz8A+XM3H08Xr&#10;X/nWzfbs/Hx2P05GJ8coYbuNOxAJnM1mF1c3907az548+87b3+j2Dz95+tmoc4p0qm532Bs1//Xf&#10;/CzKo/7+3SU1Ufbu4agT9d/56psAHH/y7CJahAN4gLerNBrMpjey94cmaWsnN51R62aTv/f44YPj&#10;t/rd3uX54+7wCJcHDly7mBx87XuT2U24XY062C/1P3jvl3dPHwyO3gxa/S4Izif7Xzx6inhFXM/H&#10;h3efFY9NF7ukFFMKLFyR5kbVVhSeXV+Dwt3qdSaFk80RTmfiNVfCGxTyKMTRsN47ScB5nCzS2cJe&#10;XE5QxGKZ9fs/+PbjpxeT5QSW2S5T7XHGYxaOB4N0WUv+IMcnh6BmnT17ylG7z9lzVOAyLsdBmST7&#10;RXmgUWR8hGltvKeXqRHrTSFho3xUixGHxq+cTaCuz9wDwzrWVeC0GeJN3+bbmMUKV73cPHPlyjUU&#10;Tb9KvQ7ELIYQs1Rm4hLMkEj8qpOyiDw7YDKbZgxynIrXBv4iHvdoZDYyWdhsitT509DVFGhzCrqx&#10;oAZPUXNtxDAE7NJmxbU7aO9cZIXq9sxVrSLK5NDV7EZnS4GsJkqKo1Lulbpc5sKVoNfCo+SCOhZd&#10;b77CT7O4TpEwyV6n+Z1vvbF3rx9qLeIQ+tZLLo3WMaFbdPkpgnHU4nLB64foDlFdDbAKN+WQU6MQ&#10;XapXiYulcLPlLme52RwO4+Uina7z+XL+yePZqIsJOfhqAahZRYI3vRAADuTC7FQxe0OluUlBgDtG&#10;HK/EinLjdzOZwhs8SppfnF38L3/xf3733e9++8HbKQMtt0j2kIcFhk2RTp/XSFvHNmctNZPMAiTA&#10;A/VtQqYgaep2EyDKCH/SbtYzWOVzqXYFCYNWAEN9I/s2CtUiDvWbnCEkUGLg/9tYBePE554Y9v2D&#10;4zZcuJTfw7jSx7MJa+RGA/X8li0Mljc4AXJyZTAIaQthB8LBrd0sV+PVzXh1NV6vJuPLh5PxFXro&#10;ANAdvPCtJS1gu1zjJMFFDrTsmj015JeRLKA0yhoD2T/44z97FeVO4TMJdXgVGA9XDBRDZWyFKbT6&#10;PCq8n1wjhD3LsnTjWg3UdsZ6h2fWL1UZZ20JTq8p3PQpUdTDT0o9se+m/f8LyMm99EIDyXBIpkb8&#10;3kWJ2Qm9PFlCMwuVRpZ+Bi+0dqs7miVDkVAqvcN5la1rYcJSuGZugTWcb0sTfBXNGqiw0/PArAvc&#10;DVwJj0iYQmZkftu8LWzLybcKnyaMy4CNkbxuwZzoN2VCj0Y4Z8qiS9VyKQRyH/2kpkpJDQ388I6+&#10;UDZ+G5FRYn0XiOFfkz8EBYUWemuNWxOn3BdTswCdbcYNVkPKON5cOJgzVdzgWYUJI54ZeCForkTw&#10;hutYWgYjGbmFhKwJgxetY7EVmQBfUaPTMZsFd3AJF19SsRSyxVBFLKyUuVroA7b2uRiEST6uViqy&#10;kS5I57cdFUTI7ob9vIhZrZg1UksPMPRZGE6uCXqnkbmRiB4AzxNCmXnxsKuU9155VtDkh8DoNooG&#10;U1sKAcCLYpA/IyNFDE0WeOtiRipxQBFKeBu7dKNicdmNyIw2i5Sgh/9mGJOFDMzBN485F8j44xWK&#10;zcZRIHlSvBPXMtKDWzpQaneOsGUuPzFFKGiejjAtw3vOixZLd/L8ighxOqtFaOcQrGmmNwQnHIuQ&#10;6VLMMsCH+eY1+HMgrKhAJpWJuxEOu9kmK1zlXygZ0j+FtbnlGIidma0RXFypVzhruq3RpLyGiNKs&#10;QKdRPkyhPtLSmVKoNzIFOji6KQErctW4C2y5RLYa53R1tgO1Abv4uUhaX93uCX8nck8wYTKIZ6GQ&#10;MS+KOooeCnKYt/KUVx9xOyQEPAk1WE6e0ZnkCkn2MbFOaJzggzZ2JT0qZt5oNvjwkKkUPp9M5Vol&#10;3a4IbZWuoIcDM7Tp2c05sk1MGJRITJVkS8SWlgEOnUC8XOEc0a9K5aMNemh92x6U+mBT8ky8QuXW&#10;Mve5EBZr7ZcYFGuUzxo4qix+rK2RTqSSYg64S64PIoVSRaVRckdUepv8b6VHDRrtHh/ayFgh5Y7Z&#10;YbJED90MpsZX2gkGsNWXduZca1ThEvqr2JbSBncZm5qUVdfGRZnHUcgf9swYN5XZZgQsrTZrjOZw&#10;ize73cnVJbrcmAVOY71aMC8MREBM91CkphvURYKRiym+YH3SQeWKYuGLp08wELp3eooN1v7ePnpT&#10;m27l9mJpKpJFThUHe6Mc26wweHp+jerk6GC/kygWjgCCUOYuwvEzMDz3uJiKKX1AabLaQH6KkpPP&#10;VdwNGc89UKAxDwURCsmR+CmgeliyFqYdIQnLBCDxs5e3hanhLgO9L03J5a6ZvksXdyWbL6X1toQD&#10;8V9F3vvI5zWP5QYO4Uwmq9AGNUJSEXiwswB2/f2uMrh8PbdjI8pwGFurbcyL7LRe+Gx3QrgqWG49&#10;nvgFu9wy5sXcdsGbHTK1rRRvJfyEEpYYO5m5HZ3ubR4ug8H+yc3Z5/3+0Z1D++sPz74RN9tDPBhm&#10;tmjjz/e6SafZHtw9GKfzTz9+fHe0h8YnarQ2y+lH12eL9ZaQmQ5EhunBYAjjDpgH//DrXw9brQKb&#10;Yl7ziYyk8/l6gxp4iazmbHt0+ubjm3OslNabAGBw6OSbMVrQLg8UHOmN3ny1ZM0QxShtcztBVT06&#10;fh1lNn6a+WL+/e+8dX09uZ5scUUiZOvZ45t+r/XUPGzYHmSgaQTSBc7eEC8b8+6DQedaLUcRt4ss&#10;4df5PnA/YfPh+WSbN6GfHHU6uEkXCJvLzYOjw+OT3k9+8R7Yk90WCVKzFBYCtCsY0kTD0fDyaoKp&#10;Zavdu5xMm0sJrQ9sGXQXSrUU6uxR7eS+49W+KfR/F3qxX3kISAUtljgMngEcUhkzPrCU2rWKX++P&#10;P59Yxv8IQDD8xS/OPn1yDZkZOJ94BRy1EmRqFNuI7wydBjaNNxMoxynGRkG23pCDlcoWmfGvTHXK&#10;xcu0FbaBlYwzoxP/XLpl3hh4eSJ0C/1KKfS5Xroh9Y90yVzXFwxJW1DrWF0V4M7OvLKjlHBYN+HO&#10;Cod6dsxmOQkjNZm4U9+7SjThRh19zrHAB6wO5yBEJ5xFtlWCdC2sj9NxgP+wcApmNVY5dY8Tpoem&#10;dF2XVOgaJU/iU/wN7SKZS3UGPsQuvSWKqgx7/eb0Cs67FRkLvcaaL2O+Hq/wy6tg22msMNCE8Iaf&#10;G9ClCaLMB7j6AKhCxQAtDTKqgMPsDQeb9fZ/+8t/e+fenX/+/d8y4jpWmnGaQT9jyIUhCiZj6HMm&#10;n52vHfgRU0y7uni6+PjRp+3uoNXrvfb6O8PD4745GJzYTiMcJFG3ATJWD5FNcY8Jor1GAzFOUrsk&#10;cNEtNvPVeo5eNQXrIs3BEr+4+dg+XTJ1dAmFh0UE5zLb0KdKQG6WwIPT6rA/aMgCId1iSLaiOlnS&#10;VVHjRmbQbbMjQQYTWujeEG0FLmK7nmcYoIaYCXTl0Zkf4+2IG5ixaA4yLnIkFQ+G3VdX8ChK1fE8&#10;HBqk4qt5GoetIqOVEyMixkLkQ7FHo8svhSpx5noikimyGvyCMuzBT2q9c7co+xftTF1ZINejzvNs&#10;4eXTZif3s4SNBS6PNzBll6rG/ijUsYwG0dvQeiNaicIKvUksDxTkWJTZi7UcDN3vygookZbYPy7D&#10;wJRkRlMjcpha3lg53VVfohw+okaQxpiUBC5xc8e1DyhkyDxpWra/Qgkomw1bODQPE8ULyVyJ0Kfm&#10;maQXiWXLwceJnsJykuJ8QiwVpmeJxzI0RIAaHGj8Jzsqpr5qzUOFhDigxO/By5jnH9OD4qYRI6no&#10;l1GVhbo75meIjDHWFBouJ/RzIkjRrWUKhNJJGxeXQmGgqgEplKKA9l4PnnCRrsFZd1HKKxBF1FBo&#10;fFKMKiVDOxaGF3bcUtswZkl0N5DDkHsLd0LsMsrRSnIHDXoW37b5ZqumNQikcwEmJbKNY8ikxJJp&#10;ia9xjii2Ub9B5hHTfJMZpa4BZdTCmWZF04SeGZteKy03j9dCxEUBmReMtYcUOmIXJE+JQMstKct4&#10;mIVae/EBhHcVX2hrfZ5TKqPnTJpxCJh16kskFnroDeLKkWgTgEkV9JDEEGwZ0oY2ON+gIMgT/GAm&#10;gvs44mxQxCMSqhtqsxe0ZUwijReb3lET7292drkNkoY8RokEz20VS+A0jYFformlm6SeaxPiasga&#10;qtd5Kp2vFh9UbDyR/TkXm8vNUmaMg1lFoQu0jMUJXOjADCWsozKWkTIydw/dSFafZlXIoGz9+bHI&#10;8jRndaSLthwr8KKbNE86DaGD8USAZn0OFZ/BshczbmK7ceczsUgyqZUzjTsWwRYNiuftRmfamhEo&#10;LQC3wjxnCrfa9xzZoJboGSoETwXMbofpap5CVruaimdK7LuPU4teGmzy/53Ox7x0+1S389aVODtI&#10;qp3A2cC8UOdZtqnVoyB4TtG80/TK+xvpLNIvW3ZzUWsvs8aUtiKiUcIDxL+9dq+PRdHf/MW/efjw&#10;ocA+E+N2NsaDIkohYLV+sHXb+W1OYQliceruHfS0t7GaymXsBqRqaC0DrG7Giy0PVnN2MRlZ5C5u&#10;wqSPxCJw9zEHm0/nkBCjbTPU1uHaCmFKQO212SxxvmNBk0tW8dU5Nnwn1zc3q+zi3p3s+G4nDjQN&#10;Ub3EhUZ44rrG0gv9CPiwqzWncuvt1Ruv3e115AHj6S04bvB90TbiHeN8zCC9FSoiC6ToerXB6wEz&#10;AA0CTl4kbIBWhS4XpwysYU/Ozv/7/+5/pHWDoXeF3Unh9JdL/fqpZeIGNWByGdBT8357MWnggqlD&#10;U4rnrQMHWUdvLhiqZzpY7P3Bf4C8D1CPskJvN3cKlYXib4D0LFO1qq7VvDRd19YDiEy5An6hhtlF&#10;idRc7LvxXS+y/pYrcJf3WJqk4t7JnfVkmSw/uhjP2qMu/ospKT7ipB8jePc4fhCNlnazbWHeg0kK&#10;NB1xB8EJpweQTabDVjRePns2X+7HbTy4GT9ALWuUiM0H8ngMQz958gSl3PFgcGO3T6+3p8eDs6sL&#10;fFFR96I1Sy6fjV+//0a4hWiyfTW5NNkSPRhaAhyp881F3Hpr8uxx9/BguZkNBvfb/ZXmLRSr5RUp&#10;CemDk/5sOYYY4Wp+Pb1ePzi+d7287C63R/lpKFUpHocH7RYFG0PRKfn3GxK0rU267WwFcX8jP5us&#10;uxDfGlAG28NRc7pNpsgA+myeQiMW53M0CWk6nm73ejD6LuK2wVr7eozlcmS3DOmC6HKVG5/B7T6V&#10;SGVOYVBPmJTsCvd/wl3YyYYvLy8FM0V0B+WhNrwFa5RcmrPQwVWcOEV1tnT2iI4LVc2Pf/HpL97/&#10;rGCBwWIRt5zIFapmUttIOU8LDxKMTOBKXWmvQ11/xixYZVYh835iUejSLBy6IMszFwbGl870YJmT&#10;iVaQhVjoaDOFVzyYyD3brNvd2t3oOU9gthWiX6e76j+i4CQKXPySor+8mNN6QFZlgakNe4l+gY0X&#10;v8pgcReZGEjjqfMzMp1U3Oy6GJ+XU6aXhsaX7JXASJiT1ucg2zI50Wj2wg4t0epowsFyzy8Xrz0Y&#10;2Xy23ESDdmOBQWNm95ptnIMYrJCg0DZLs4AbbdjoxcimxtlsuioZQOcKsgu43ZfXq3e+fvjjn/4s&#10;aTf+9A//sAWX+QZQtQTcQkiTcaTN53PxFrI2wipej/fMpZSyDpGCMnv45Ozu8cEXFxOQwG8ef3T1&#10;xQc4+VO6jumG1/zJFT1ZW2xV44BCdCieOauH5Yfs9AYEgb3RoDsctftDNNytvdFq3WpES4Ra4m0f&#10;iJRu0G2MWkTpULsosZsw5YLKjiErZYfbzEi5iddGAQijKabBfLxS7Zq8tbDytHV5JIxbDrXJpSvQ&#10;624ZRZJhAZ4Sbf2KBvxe5ysnvMC0/OzDlKe2V2jqBeysvW4WoyDzyMmIrYD8I2Gtc7JnfBqRkzZ5&#10;f58JPMPNX+fS7OZBmT1tXAylrefWm5o7yJTBQe6pUfAqyDSpSu8cb7pWJaYY7SqNsZru2bxZK3mP&#10;gRvc0SIrTYbC2U0Z2udB7rbSRfjsFPOCSrE89fxIKQx8FZLLUjoSOS0DZrm2pdiGLyvjEkr2kOy/&#10;xGQasQWkKYDwAiu2URoQBSKIX2zSyhut6CN3+wVEJUrnJlGkTJOWYCPiYo148akLha0Vnw+zvyBG&#10;wAkLhSzfAYLlwo3VQDj62KkEDopKrmlFQhHLNDS0obIIOFg02okTgyzOXB6rRSrvVFHIJSEUT3gz&#10;Vlsa1SWUyB1bmaLsBGQlxB5+MplMPHD5a96wi2R0gXSEq+Cwdog6GcnllH9gTUiOA0tEWGFhH8bW&#10;OhLgMfVK9Pk3W+AjYiJX/L+0vdmvJVl63Rd7R5x5uHPevJlVWVlzVXd1VbPVoihKFCdRggh5EGVD&#10;9oMN+9EQYBj+B/xgyH6w4QfD8JMB+UmwIVkwRRIQRTZbFNXNqcmeu+bMrKycM+9w7pnPiYjttb5v&#10;7x1xbmY39eAkm82qHO4995yIHd+w1m9JNCU7aqx+xaecKbWdbhI0RgKcwB/CGSGzAPoroUXp2gY4&#10;Ty1wBPBD6MVom2wBudDl4hd/B+IOJ5wirXQzBulx68t8ywbRL0w/aqeCHoRlNCtnNDY4nue4JHLc&#10;/pBA04Yq3xcjpTIk8wCGAM0igoGxaAY6BmdN19jxagHMZEGdLggfeJ1DLLbhVkpyhOkQx70MekFc&#10;KhDirmUuhcphL7On51N0wiu5IPmgFYNS7k03HgGh95z4g/X6YiWC203Bwl7DFbc0UiyJ+Cxy3T0X&#10;oL5Tc9VQSKdSVgoBFRjJleQkXchw0USnn9GIXR+zXmcdxUYnCcG8+uo9N0y2/h5BAAE5IiLK9Hxe&#10;qFcW09cFP3FofEy3ofnSmumaCjicm3ASflPTXjM3C4vZjihRMsFireiwwh6iKcwNz8VM3AYRw7Mw&#10;lCrPq6XQtTbFYT4ZIfVJaZVmLpTAToCIyfNEVyXmKcmli5nnsotzVdxjoLc8laJSf6aUT/9q7ONN&#10;JfSOkH9T98+6MnKFdHNQ+qWfqVJKL8YiuRrXqGpD1QaOWw87DE7MAWpNypbcSXnhoiEz5o9U6Rwe&#10;n+Se0QDVobxJlPyE71oJFE1tnBBeUBoi3/U3cTLjrhf2QWrbvVUpQBZ5YM4nU0TI4HbOnRyxXCZl&#10;mMKcTFb4M5hCwqALldXk+AHG5zfuPMRQ/uX2kPHbsuwwtWROK/EUHOWzReaSpxRZ4qLwV7raFONW&#10;E38epQtQBoWkouOcAP6WWo2igK0LgzycsbKanp2Pxo1ezwE2pDYZFk5pITlEURCv2x8TWgJ7EXld&#10;gaGCqsv6hq6MI4iQo2E0IijJqwgEZbf7IJbCL9YEsaraLvmB9YMuy6fiZC5EfUdhmCZTiobNi9qr&#10;ECK3oSsO5X7EdYQNQexkfpw3t9D8ODxlImz16RupfqlVR11ZYemF8jc7f++9L9/6cJ4+/AwrzMOD&#10;Ly4+/9FwdxfxP3fuTK6UZ+li8IW33vzmn34w6Pbw6CE/Eo8WzouTu2eLDr2ywEmuMSFoMtIwBcy7&#10;M8zOVpw2F/MZYomGwwG66BvncF5a/MtnD+61X9xdzhZHV69NT0+2hwMUDF20oI3Og9l97nYT9LzN&#10;yXw0aHaOx6cvHF2G13s4uJQQObsAysIxRS+dLPDhtO/efbjXbz0cIwbwpNfqNUwXccJXDjvTs+PO&#10;9gHH2DDgIC+hZGwo4/OsbmjwlKW7GHdNY9Bdr8YgkfQxIcLNk0LjPRF3LpDkC7uiVxUX7XKJ6D+M&#10;hMtdqDf7jeUUVK02sORGBu14J1Wb6D81G3wpxkeL2WCDEI6mP6v5Px61UKfz+SVlWSq8jy86kbWA&#10;rIkKLSRNUBGE1CMxY8iQD8089rWQGzd8yiFtwUWee/iTcHF1E4PCQdHv+ECt3jUaGilJF4YWeVaL&#10;OhpK/QOH1yika0CC0bImeRUSycXbOGOhkxQ+VS+JA9fYWnsDsvNZgmE56p7lW/TXrg2OE5G3bU7A&#10;Zfwv8x8WFCZItd2zHlNW4dKJ37gbidUJ3URSX4olCpwVFQQ3wwrP8NY7WwtJ8p2I2Yz8ekqXUWlO&#10;JYZO5paQ5TTak9NyAENvOuy1RnO8ew3q6/vMxFwvzATV3W6v82j8hPToOYT3A6lVmV9CWFML4V5m&#10;b28XdePNe/f+3r//dxGLDVoKockEzTOuGTLmwWAbH8d6tWizkE1ns4VuvoRAVvh0gsRcvbT3w48+&#10;RZ00mdwZQH0MlzE6sSQZw7aL5W6vi23UYLvf6+zCFYPlLV4GjCpYCPPqEkuedK2ojeGOWKyVfM89&#10;Wq6GcnX3nABFguaBQGzMYzHP4fvd1Mwl+IcHKKIkwEgeKrJ8ZGY7riLCD3mBkeGcyMBFng0kzuA2&#10;wc+KLIURVB/ThZnOLfzAz3PG7wPHnG6ATFJhmJ2p4utcyLBzPmvGz1+8ebRyvWir6JREakL6V7Xe&#10;jQ8Ho/8lt1dM0dWQr1BD+C5R0+JZSctgTWkVikINWp9S0UeqfpAKspQXoNkqPkaprAmOXHj9zm+Y&#10;fburBg49pwLqJFZF3q3g0wWtuppjoqP6nPXrXlQuRduPD/flqS1x2Lh+hGNchuOUJ0qhYlGv2cK7&#10;yXxUXnulhGjLE12FpvJ8dt4IiwYnl1OYCtFo9sHV6PTWkG/ORx1rHIEsZy0cCoVbwmPA97pkbYib&#10;jTYXy/QvmMZwBDflHJatvei92Ral3hMlvHF0WHq2o/vD18AtknE+K4Rz+RR4z3BYSqkcbSnC2MKI&#10;IuNakR0mMiUYcKsmPEVCcG0KZgKezrDOsqXAl0UioK2t+XmncbBLSRs7bxK4xFcq75EMBXTSgTKP&#10;NSLe8CZxywnixEvlZKNPdUqL8BOdXEIfcD/DKoTKj5vAgrQ+/D6eji102S0KTvBrczHlWN/VJTI8&#10;hYybNGSSwPSGoCIlJMViEy6PTswok50hvnUq1htyxay+OxicYQBC3bKTYTZrYi0WvZ8T5mT8JVhJ&#10;HdRO8KpJvsIaLxeJOnRhNGb47vjAGx04SdaA7Dvac4q1nDANCdBlIiyt0abJijBvUXrsPCI4LBhD&#10;FqWXaOo02dYBRqHJCEs2G/SdVsKOc3XDh4u+XmUqfS3JvTBUYenGg8v4mMrjvkc2vdr12ciBiqRV&#10;nWPZmLK2wft1cVOq42haeVku481KF1jY2qSFGWhBqQ2mrRjDcwqgFu/SB15r7c7bvAURXzGVYXkP&#10;BoSUhQGt3Bz2ZeRp0+POp2mpnL8A03ChtTcVkTgNzv/AKZD/cNAgUhKpeXQg55Gx7rkaeWs7eFW5&#10;CHZkrVsNPPJWMm+tnCc2Li8rHaqph75UERvP0miaxF9HrtYJVX1QWbH6A6EXlwV0efRSpKmPoSov&#10;nK/1a8xvFiodGitAZvk8fATDVGvQh6LL5903woYmLM88crXKZ0qqJNkYjFP/pzLsrsPU1vOT/FxO&#10;L8mi9Ap+H8chiBdc5et1g1M22xY8FT3hYruh284g7w2X15Iz8U6XU3DY6iTxjHgHnBtQGne7oIIg&#10;WaZYti7tt4bDvqRKGFHQ6DpQYzisHIRktHHIalCmUWKNY9CHMNR/hBLJkct+q3V6OkJVo15bmHjx&#10;hMIMDwuJNcf4ZA7wI8IMMWHmhcAWGg/u3hcrhy299aj0Wd6RjapOfdlv2rjf8mY9Hak7WwszDumH&#10;ce3uuw8fxVlJnstIa8dxDJsxdHTCSBUstvJ05Q9QDGhsJZ7elA7H6GB8PKvFjB2EjjwriJrb3A+7&#10;6MWK3uNN+3oZbO9mU/FfIUvKsnSVgd7GaEMXrQ5VsV2NnGIw2DJZM7Plz777x0iaeueo8fGj2RWz&#10;ujuddUHt33lpb/wZNABf+qm3b9w+xbuAlu9osCvB7pjGwlLIemEJdKp1oO1I6k6KpQ90yY+Ox+PF&#10;eMF/xK4J/o0O/If4Rh0BXb567ZXZ6Oza5UNoE2/evnn58ArUXHiuAoIzPVtsHQxnJ0+WreFiCjxE&#10;2ckX944JhW42EKuAK6mNGprLZpiFJtMHT47z1i5WsN2mOR+f7rTSgS22GvvzZInm2GK2kzXQWi9S&#10;pCJ0RBbl/FQUc99mljPsZ4X1LEqaJr1QLVBw1tDvTJbjUbGFhNRm1m6C/Aw8BgRRiGZhbQ75FuyD&#10;zT18USrrOABOM+QtcddBJjGWIMbfG0ot8uN+G7lVkg8k+Yk++0f78KhbUBU6S7PCd6eleGj5dTNv&#10;qSt8xq3HLwkA0cfGIiZ+rQmoLo7Wamocoysdtc5oxIpApMJBHh1EIQrBufhMtzGKGjYPazwOJ1IQ&#10;5D7U1YXxSpEyphR6go7zAbfiI/Xxw2USMgoET12jq/nNnrrsNIEkzK0rCKLRMHi5k9WOUtMYuTJQ&#10;oIU7z+J8OtfVN82ViXe90EQntY0vtz05Q3VScsRIq+xCL5CauPxyoTL3S175Nd2euaSiFAbSu1TI&#10;yEnnmfjg5LTXMWfTxaJYtzqgQKJeplRs0O4+eXy23Zt38u52unU+Gx9tH7CCFiIN+SD56s7xA5zq&#10;ME7nNz9FtMAffPNb/6YskBt0eW8XYGpAaKaLWTtZvnrtpb1Ll0GqwjYVz4zEs72Zx+lVzdRtpodX&#10;D195/TVcyds7wxsffvzk8YNCLHW4Uve3e4+fnCzXCCObjFOOLJlMBAThmp5usGBQFqPOZqpbyCjC&#10;rzA6C8aGNfeuqfwrXjmsvOh1G/K/+tmx2OXKzasMEsoSuGLDpgVtLdRzEoOCCp80VQKBsGLC1xLh&#10;KHp6CKWZzIrATDzkRYy6WiXj5fOc7/tJtRq/wzTfeKa5NEbrWN3og8kFsIeLDpPqwvC9bxCLxdyA&#10;xNTFDxswCimXQ7BE+E+kNVZhfFHqWyYR2VpLMZDqEO8wnvrL0ulNi8VhLvKvkoscf+OaAN5zMbIo&#10;sCxCKle0sRkb7TPhRzL+nLCuHlcpb2OqK6qQ1x2ApnHq5REaXoRNGUvCNSNGn0nMLnRLYVqRxMRz&#10;jJYKReNzvJUmPmUaZY3U5AUvGGqOc/lO3AXgW5F3xMYrkeJLeCcxhs3qTIDy4FIkqo02Rq5U5DfC&#10;Tq9UX1+ZddqCqjMVnUUJC3STNaiGkSc2eVU0NhqR6XKiaMPjXPwafDvoSoC+Go2xYp5T7hh1Wqqb&#10;ZD1C6TQWh45qZ5kSmui+j9UHAMxIoBVZjChkSI/za3ZOltBkFhrNpjpg/IkV7EhlX2Kg+awiMQ5v&#10;G86ZMOXjKKqhEFQ6RoncWvO6zySug42SyGqx8pONB2uSLJWEGfxXwU5S3qjUSKil7IS5laXBGPe0&#10;lXAgPRlIyVb+v16a0sU1Gm18p1weiKlRDB5A0yRgO3mcorEWHiKtzHh7EMmJfbpMBKBBW9HH1mqs&#10;x8tWqwMbL7pfPN8LCz32SoA3ktBjXYf+F361phSHeHvnHNnhQ8H5I0xqYrqI5DbBIb8qvWZKgcyi&#10;fXTRvWmiKDdc/mE/JhFt8rTU1Ghdl5VlFaDt/EwtbGfq5SNHPaQ5ln7NYyopURLkEsa60BER5xM0&#10;SlUVW+mqXaQGSzldGHp/gCt053PyIrGpbbdsMdxprc7PZwus1Jvi0dD5mqU60614P4p8wFkg9VER&#10;ttISI3i1fENHjicYjvAmx0YX5MHx7NJRnNUHd6GnY6mHXhFVteGdcsZT8PjOy9fkhfn8Gl7Ngwo+&#10;XuOZC6VvfnGFLxeLGoMrbilrsBYV6GwydeIUMKkryJK4NAnnoTF1FvTm26eMPL43FHOlrlLC2coO&#10;HDTFrEAlXCfxkBTt3XXnydMl/d77N+/cvSdts9MYDuNHj/EFx02ee4rCZep+T1O3nQVTsxxZutrx&#10;fsDKKhaLykB2wP8/euHqy6+/jZMLhMLGEjKNvpaOSCikU7FQkEc6Oh/hJE/b3ULeTInk5WEPihB0&#10;xYOtPeCVsRA6OTuHoPlwvxT7oQdRB9UkqXnnM8wL4e1QNxyA+Z1EBCxqhNe1mexhmihO4NMy8ouT&#10;8Vgchisa4jJFuZRAmyRM7yqn52NC+bJsPpv/y3/5r3MicvzjoizLMMoIx4hOMWq0ps2lv6uRqUzl&#10;c6yGJ3UFdBi8REW6FCwyLEv+6//qP1/lZahfvYPyAiWqbsZw9RGf71VLkVWVFRbtAm95Q/q+GUm9&#10;8YddZdHd6JI3e1//85byaEt8InRgVXgiYFgpK8DEBxMim+Z8nd0/HS3u3t2FTSmf/tn7f7zf6n3w&#10;6f3961cvXxo+unH3zo3v/+B4cXVnZ297GxRVU6xH09FswjkWTjbsOvHRLIZJY75qIztvNcZE93x1&#10;fjpbvnp0eTw9H7T5WmZMoMpuP568lZS9Qe/erSe7bw9PZlBsLnf2jx4cP0JFVqzWb15/FVfH48c3&#10;ezsv4cVCjLQ12EZIKmVaqV0WK9jPp/PJsLeD+hbhRvfuPLh07ejeZ/N2Yz0ZTb/61l+dnny+mqxn&#10;6froql2cThrDwfbWzqU2ZosAPnN6VYpJDe9Nt9t5MiupYsKaSJ5PQM72tlvzKQJ7sOIiCAMQ2b39&#10;3Vu37sF/lNKUBZgzg3ksRgLN7t4B1BTL1TngwzAoSmeLaklMJipo9Tm8m1KAMBpTlV9MjHZRVlHf&#10;GUm/aW2AqVSaD69i9DuVNF70/n6hKEU2wc7EeWJwCVuv/penrLlANatL7E3w/plwukYanz/rrZQI&#10;UeoTUnyrhrn0mxwT487Mhha/Oigrm3nFgohaG/+3bM0rE28lrQj0jYjj9nqsg/6dTFjEguigNoZt&#10;rNeEFGFJ7Pwz1bf5ev6ZWOdXE1prnv76YSflgrDZM4jiDNUbk+XGRNtH1WWzsbe13UsLRBi2UBgW&#10;wrxkVnQrJzqlmAP60eYtfQRDLQRjDgL8xdnjs5OzKZZ83cFuB3qER6dgPC0W+QtfeOHdN17e6XXR&#10;keYr9/2PbiA0/eWXXulCY4xWfs2ztdfpsLAUdDMuK5zeQIwpYRilMDnSWDj3eu/8zM+M7z98/Oje&#10;2egcHRGA/gUtdg63DNFU0rLy7dRgSGmooBHFYpcSQAcdEbVFYthLloJK4/3LJ2luT9cwITeZekzm&#10;eQttA7ETCeNN0UW3m6iHqfhlLS/A7lIyqEqISR3NiYXyx+X/Si/OBhZN0LbrMoRqHV4+en4eriRc&#10;3tpK2SpAO9hp4w3l3AZutUbfLMNCwyUx5ijE0AdW6VMuFR8zUCVguB+Xxx69CxXCJYTnGr8K1gmD&#10;D7qMEUR+45yEjlqDF2OCp+dpyH5QtfuyHQ7RjLXoR42j3YidjyJvLqhT+e2NLEoT0z38IMxciGbR&#10;2ROapQVnrfIikHkoZgv+oGK+lKqHU4fC34WpR+ly2ym9k0hR9HjW65dwTjRjSts2GqjLaoWtL+RG&#10;a6qmWQBiqgMxHS5Ean0ZvM5Og2coZgTrEjFZCac4nHRjlu8twOLKLiEOggdoncuuWJbLhTTnmdZP&#10;qVwKvFFKeTHQJfEPCxgamxofYMeTCdomcITJZwM9QW7kjJ1rpsWWDSr/UkbSQleBrYDJQxzAsdTC&#10;eZ1pOb0u1g1h07NhVoAs9x3coiy4W8VWp42I3VQyiDiLgxkEhR1gWiti8TggsJJeRL8uV+ll1hTZ&#10;diJ8+AbDAggrlNFNTn000V80xUjMmvd/61uUePiXOGhTtSjrkFh+fuHn86NhNBGbd0OCEopahP+2&#10;kCPBxHC6TwVHWoVRyWfDiQBeJ1XoZS8jr42ga8sFDvCrfCOZSowfGxooLKWzHPN80MLgYZLVEg6x&#10;NoFlpilRdnBHgb252+CII+MqnH1OGWaZOCFTxdklNioQE1O7w1X1UANZqXQoV9SsNKqFyME3GEf+&#10;nhdfbRK5VKG+lY5BBDSmCDtgFxQUeseXipSwPi2uWhX+GESM3rtEJ+ADLtODbv+FPlRH5Swrzx4U&#10;P/f3/s6n3/xnJ8ccMmZ8S3kzNxSSjtOfdDa4cuh5eVyudiHdwaMHy3JO0Ggpl2lLJijOwkSMkZ75&#10;/gXZiztVn6yyIScO76mTQU/i57j/f6V3/kTDYowo9ME6hBY1tJHFyTAYZkZFeWGyEG0vFyy1Fxa7&#10;xh98pq4fVTlaHWCW1DnHVVlf4c2c0FXgyZVg8LL+wcbttDGR3e8HisExY8SQAIEw4gmx4G3Hre2F&#10;K6XKxNuAFyVu81lXixaus4bCY7IsvfogDAhKb9219dJKGSsCTsDZmMMPO9i5xHE8ITLAFrQ0ncRP&#10;fSReywXSgbcE8+RrdbcwpgTPAOxATO2a8E+WSfWz6YCIPoWU1ctoPMeOBO0pwKt4Oa0laTjYc8/n&#10;E/TYAsPj6wMQK6OxL8FuXzRALUmDzxgPJxNYvDYMQSTyjWcZUhZ7gyHqqXYXkpFWgLS5mrHfRxOF&#10;0tcLEcMQwVRG8ZqAvOJNht+vMzStZzeqZ7sSHFpqYDHDa+Yy0dNlk40lurVP30wVqaha/Kbt3pYN&#10;6KmyUm26H6uSuCCYi0VDtG2ZDZXDRb9uUCobY2thhzGlOFJBXVBwK3/HjR/dzF68fPXKweHdBx+j&#10;TJ7evnXn3mTUnXW2W9Oz04+K/K2DHvaoL+/sAk4DPDiaTKnXSZXNKJRfTycTWdXj0E6Oj++jMt4e&#10;9o9HZ7hWOv3tJ2dng0FrKWKqdmfLJufjyXnv4DDt7YK3Ond5d+fSKh/PJ+cIl0eh0d89wKdz5hb7&#10;rfSTjz6+fOXayeQkgZwzK7a3904f3jvcv9Lp7XDWL+sVrFsf3z9Bj3AyOj7a2dvf210v5vnNj49e&#10;vD5M03Nsfl0BJSYpJc4cn0475JYIdkUoSjAbno5m0G9ySEqxXDY9xyqpwHJs0G0juB6bq9liSTcL&#10;bg9w1gx/kO2DnTVcxCNs5tY7ey1QY2H0SQhy4CqwEHSCz333GiQTHzL++FLhgOfUuxifZZJNGGu4&#10;wEy4/lXzpBGOqTpbQ4S3qTWVcgI3UglBqDeUpi5OMPVDpdLcxpGJu3C11VJKAjx/Y94YYA1+gqn/&#10;IGF6wkPxPbH/3vpYsiF7sxpuqR/O1TkNIaVkA+wW3SPGh10HZr5R7mRtbqRfQDGtunfHoVm16P4d&#10;NR79mFRfJwmaHWO9ilPnF6YeMpYkzzr6pe2vihPfzuhIjrwT+M4bLUaISh05wNmXdkaLJO1CAIi2&#10;sWg1mOvYb3XzQsCqrfUCgv7pFM+wS8Oj14+G3V4fyYff/eCj0XSy1+mgqPu9r//B93/4wVe//IWf&#10;ffctlK1f/sJrbBZBLgUEC1pDbrVNkTazLoLmC664Elqvmu2OLBrAx2qMQEIuFqOzWzs7Wy3QDLYO&#10;xgWOwvwUq6HWNn6MJc5pTFcRjbnmRKUlDkUmLkF6QcWTh1mzhiskb0ouBdrDGQjMP0YjHirfJkof&#10;fOG1E2sW97jFEgmY0znWwqvZeDQdjwY72zDv5ULsweKREUc5d9SspHLZTNNcTi8wsT2Fhsnx1/Gf&#10;Fw62nx+pM4iLExG4K6gl8Um8m4pmL91RutSzfKvqfnFedubqOJKyZrwz1Y0QZU2uWhQlLrmQ3OnB&#10;WVqcUTWoyh5b6ncyofQ2soDL5m6tQl/Rx6YEhGuYuDxaTMhWiyI0H/qp+C7rzw5nko2XUe2QXI3b&#10;4vwiwtOZzca0qMYg9RvjUPrpwtvo4s3GxbYKO9BEgaVAkCwe3jrsdZQQk35sffSFk9gVrgGoqpWt&#10;JhlRkgNXSJaFRgo7ccqqw90IPQdpNgjkwqfUZMBZM/VA3UIkOAyIxTUHTjJGntz4oQbjepgUH+m4&#10;vKUfLxlGViJVlHWdCoSWVTK0zfA8JtQMtjoFTUbsFXEVi51Yw0Zgf8AWUiP33GKN6U8HdRkOsYLy&#10;Y5sGZpKeqNL9cEsvS+wGX6ZI4Av1bNrwoCmLoIQTwy8/Y/qxcT9TedeAeJtGWqESqhrWka+FhWom&#10;cyfdFuLJKAOPXJpbsO2oJEQ3LSlOGGJh2bJiXi4HWiuG2JeZrKYDo1cOB66dfU+rBgA+i0UhSky9&#10;cA84o8ys+GegMmytCESD/IqJUxj2ZR0sotc2ZhSJrh0fFnraAhM9qF/5EnFsocbllbFkHPoWhntK&#10;WWbGWdrBhCFPmOCE9xuLXx5Kq0UpAGInpmK8Q+h4z5hbnOrATSaoNLVX7Eh/0cszTHHCRVkpL+LC&#10;q/YwtEHSG2dHcbtbizM18fEax1FJrWtVHWkpkGd93MdvZSoPf9hS+lSC6i6t2Kc1OaEw3zhVwkMj&#10;a8MsQ1y260I3MG/nySuHXQnXxbFd8PGy9tnQ/IcVL8FFVr702k/1H9y4+3iSLQHcRnVf8nMUL3Pi&#10;U2dqKGsTsPfxnNMJdBkhgEKy9TpeExbqiQfMSfpAYpLkuXe8dVdj2CLwbi09Asoqvr7emZh4JkdH&#10;ZQXrqsKN4gdVKYEV37lZXMTHR3Bt1rpmOaJLxW662i4lfD1XW06UmzFKoYgUOgAQUFj8NFHqNySf&#10;ObmASNpwBxsXI4c33iW/d6zXma7KtjBRlGSq3aYzSfK00U3HQ1CQNZuEfZQlwFDoslBHGfbBVCRJ&#10;lH0idH0JN5fyi6d96uswQXARTWzlbCoFsHpRdJsYrWNw2GJw2e62FosZbgLcAPwrDOdFXlqrzSBv&#10;I9N4HBlryipXa5Q1eAQxUF2HlFC8MjmNh2khyD24wBA3g9q/0eyUy3ZvuKPKoDjjcbVgIhfnGS6J&#10;+KgAy0xCCmH1qWwy0KLMPBbevli2ke0QS/X5Eg+UEJNm0rrh1hjnnsVnq4b6cfof6gqvKHD16f1F&#10;nX7tl8uNPbDZ2Hm5eBxVdYUJAoV4Vhm/X7K1rxGZnL5u0KAUfGZnp6Nslc/z1Wy71z179HjQ3dke&#10;P+r1uwd7l1sI8Mv2/uTPv/P6dq+PVN5Gc9AfrhVzDxyZA2BqQagFwhiQSIBoADySuluTRw9xze3t&#10;Dx8dP5icPmn3t/PVeGu7P5k+2t+9DJEEHogL5LpD6NxpJ9NJ1h4+Pr6dNnqt9s4MYndrzo5Pt3au&#10;3rr5/f2tHYwOPrjzg/euf6nV6CLm8/Hp/esvvimZVxYzdZTQCPglS6mRfe/Oh+++/iae1ocvvHj3&#10;83vD4f6Xv/ylr3/r27BA8fnM4Vv/dDTtCDOa2QuUReIxjcYD4tICZQ1+teAqgNcTHnjQTkHkjBvi&#10;/Pis12nhSE+pXsCe2D28/4iY2sL2toE7LwY77bMHC4THMAwemjmnDuvo1UlsTWzgub+p3/RaLwKs&#10;hAPxASAKT6k0AsXAa1a8RMG6qNqPTz5JCsfV3BRQY/Ru2FhbRqRhSBOtY+/1ChOXr5+3Oa+trzkD&#10;vThKiMtCSki1HjUBAilzoTKwDIxPDiht2GnHuEJTe9BGTY9JamtlEzO3y8QGIaitb4kVmq9lnJwK&#10;NjIITIyO03eskXrYDs6z2XRclM77cjUfxfhEwpqBsJaZHQIC5ePIQihM9bwxNUBnWXntveY5Unv1&#10;R8G/YVUq8hHg9onNR3l56fq1u998H9FvjtkhFtNEGOjwUSLb7dL+1myFc7233x/yMHZkgyHx9sH5&#10;yYf3P8fN+fNf+eLBcAcys5u37/7rr/8hjOs/9+X3MEpsSnfJ5rBwH398+6PP78iUB1pMNtWlgDdL&#10;0mtTqTYz/ZRxqL94eXur150sAYhBsw2vLl5Xp4cArjaWsk2OD/DD5ZoMjRYUiOZ8ikSj0ijnG14H&#10;bKhXoqImSgraZ945qDPBbCYLXKOeuFVS8Bc2R/Ra8gVAE62BM8lnn1OVyTaG0zRVszl5xkjaO58m&#10;uPepb4aSsxTSSagUR+fT59fxmpqgiO0Lg2e8tD+mz/pHdulCnkTEg4TMrQAfNToa8fkQDf+ckORe&#10;swHk3JyxVu5A/5TUhbGP2glzfWuSYmOlEIzB3hroNLzE0llXhqJG8i1kaxofl8pUDZZd/0hUaEiw&#10;sCtEXX3xAYQT+NA22hA0l0WllkngSbvgUfDySpfEeBUTpm/BaJ9JMCSlqissGSGAL7j/s5CRN1fl&#10;Ki6yJX/JaiubqVa+UMGwrAEJq7MSfIPOLcUXa0rXqOrJ6OCQl2K5QGbvijl4yVsSClzkY7F1xMWH&#10;VqrFPCLOUAlMIjQYSzp0X0IQTCTOTa2pSw5dJX6J34hW27V0ZhLDwVKKDynX4BjIKc8fU4GmwQ+F&#10;yRT6WzLVBR8IYxiT+zTLFtJRJEpQgS57CfZXEs8iACcJhsbLaxLtDvwUNMNujX0tu3bYUrt4C8h1&#10;wbQLj76CDlX8qRllfNy6NigUhgJqZTRTXXbiElzMqZLEn6RwdXI+kkKlDIctb1fe2c223LC8LqGt&#10;7HBQ0GqzFtUwKD595ZwuJIGaXztV5yvPNuU6okCgbIMUHbtElIPgVBrwYGGPvt3pTFtlr9+D5puP&#10;HiA2sOvm3ExS3HkWMI645XJeLVhkG+6BeczBxISdbbMDsTbW5ePpapRMUI5ClrUuZDptRRTBzBD0&#10;z/T9NmqSfK6eGixz0QPAsYeMtaYxqiQWsbkkBkEawB9prT+oC6IFP9g1vjCoN7OFlKESJYXLqSk9&#10;izUb0FHhNYZ20Ee8yBOx8BVqWa1LTKbpfppAFqS3Inl3QjcO6buhO/QgmTIJ92G1WOVHTed8k9EO&#10;uGnauGW27HxFMfmIMmaIk023mXUoFuI4Cu/ebF6cj/OT6RqU/Zff+0t3Ht8EcaxtKTrIckwQkCuW&#10;tkpmeik5shoFhMFhEAobX69KBIzMT0WYZT0KMNAClEPiIzESmT+kz1PVHE6J1ERypfeTFBoaFaA8&#10;9R7VGnNBQmcU9Vmdk7U/Y3RgriBBccUEL3AZ5ekhKq+sfVyy5uNtkEv4qsZe1OqqKGX3coM0MFVq&#10;tCjdjspGkvHcnV4DQnbjRzllRQGqMNJ6TccZbJTXhp7eY0DLalQQ55jxy9WCaYKZpfRDT+uhNkK0&#10;B6kDlwEkbTsQyAhlqqSiBEFrRiK384CV4qVrFcXKHyURt5T1OmSJBOH8t2FNhTjwPaRoTPh1WsjG&#10;gDwHNzu9masxFrkHfcniSn3dLjc4KhTg37ESdyIQ0ouWrS5nb5Jvp1NGRlKsUfFkrZ7gJyBp6/FF&#10;pjYma4bZVxXt7MJC1k/HQuRppSZ38TNRAZMN6yMXrPteHSYkOpuG2agcKYJQVNG25BiHOCRBy3NX&#10;EXMGnyJKbQYLqc5SSvwyeHVrXtokWvWT+ooo2eT1GnXmVlL4aqMWRiRyX/iZ+Ua2lkvMBoA85iWF&#10;i03eKJ6y2Xp2CroYMKtH1975+NZ3u4l9dH803O6eL5aTxfkCDP+26w+3p7C2jk8HO/tMsKGasBC2&#10;RqFTJdBTl+Kihvvu8sGVs8kZdEDdTn8+O6Ptrjjf6u4g35aYy2IFXPdkWSBn6PzJoyv7L52NFk/O&#10;zwFqnrvy/v2H3eHurc9vHG0BrGi3ens4bc/mZwdmv99GLHwXYb8gfqMBwrS912l+duveF998c1nO&#10;Hx6f/HCV/K2ff/f9Tz6EIxELq5u37uEvrOkSLDoIwirt5Hy8P2wrAZQoSH7MmATzIlhT2rzAVdhv&#10;czgHWhWqmK0tgKmSrM1ZO1prPCh5geCJj8zQEg9OFKi4m/AwXre2WvPxPCnUtGQloyvi9TxlIVhn&#10;TPg07AU5UWhrXYxZL0KXq9Nbv5LUhUdQLJgK2u8/cQ0HasiPF4yy/tFhKiyF2k5MlVcVVjG6YTW+&#10;gxV/bJWHLudPIF6YmsghqXJJXZw9GmOfBpRrW2CDYnnjOeA2HxRhLx0XwzbCbKpk0wrzWIpRMK1W&#10;2sGdIa89FQWVqlBV9SfqSlcmT2mNKjuTV0iUEspUM9e4pC7LdnG8qnydut8+xFGQcOuC3YGJbZ02&#10;pY4YpTLKEnBhN5+tl60c0RcUScnDKDk9H+9tD88nCwTZYsU76OGIJIBt2O5kq8V37t+DqOyd69f7&#10;iHdbL3aGrStfeev61aNvf/jh5C3o/DHdgfggt9IWmlbzlZdfQ19JJBXJNvC3rARyS2kZW2MhbFua&#10;6djEno9OGZayzs9W+UO4ZdeIHZqj3E7EMk2CPwtq/jWKiOQxwFmrluoiel3LI4gDJtpyQxatYY2u&#10;9ARs4tcyOAHVf+rWyj+EplLqaiK6mvAwtHr9QdNxk0xNOnp4WROrLxK/yGJa/HUWW3Huwti5Z2++&#10;+9XnWO+E+YdOjopSLxQnr9+G2N4YQ1KFM5TOFzHGEwTLyoWbqNszDTxOF2oIF8VqUctRhuQjV6cz&#10;1ha/lcknTNU5z/ayjsK4MF5PykBSl+cBia5G9cqsdeUeFa9PqEFj6RYGvaVmd4UdlFc1eLeYDqCM&#10;QrI0Sim04TbkNRlXoZujaNHE9jyIXyh+a8iRwVy0nO5vfvWCVxPveAup2BIvvMkeLNGNIScvQjZA&#10;N5zJiJG2Uu3HOe4VIYiYrISUgiGOBqIGR6AMJCU1nLpp/CVcaJjtAtBBiQhWgMmayAaBtuWMIcqY&#10;q8idpxL+XJj4WZXuKTVPPzc8MvRAkjECnxjspvg4zeXbsjdDHw3JXVsMrTCv4mdi4K3MMfHnsDLV&#10;OLpcQNR8WwrSp1CkEu9kqVVW+zXXr0tw5tCntWGmLzuDjKJv5Mq2CR6SKQauiQbdqYQ6IeV+Iss7&#10;ZuRiXqZJS0mqpnHJoWdgmifcyHK4ZMhlKetvssX4KjlfEHGgGG6R5ofZVrPTNatlJvmvBVEuspJM&#10;JXacyxqNBRKMAwOdaC/nkjopkeWNCrLd7MKAh9ISXRbefxrPsJwFKBsRuysMtgUnVUi0LM02TDhY&#10;cqpgJIh+TXluykNPDnMYkVHElsse+tcWJnMr0S9ACNrEJpnRwSW52LTYim4bl0fTrBesDEtQPfoE&#10;lgDK1RZshN9NBVpqTfbj2a+8hHQz6fnDRkmq4aFHyloVv5nIuy0phGUZTgOjYFW/TksSjw8qva6Z&#10;qC3n8xsyuUs0my8R9J9fOpcKlQskI49R1yJAClXr/BNWDwdZ9jEiGrGF56cLTkwkIhtxT0jqajbh&#10;LDuGSmHQwLMFMwwkmxDABlgP2OUtoeIwvx2pvOK6SqRH5FSUhvSlKChtjbxpdTZmXM2zKKeOZlOV&#10;mmxGykd43/zfTUvfC8oYqAjm6Of+P67uUcSTDh8okxoB1piOUuH9mtqeozKlVrm4YRAS5iE2EmuT&#10;TetkUmdVmTCxqHJrtO2RCA/B2Zb5ZIy90WE22Ck97jfy0vyFWPr5YywIE7MR1quuOx5EMiL3uhCb&#10;pIG6GCowlQIHf7GLtjxJCas5l0tNK1A5uDcG16w5Ltl4kUJgq0gRClVl9yiVBIuYdpd4cyP8BY9E&#10;Z7Cc0UGzBsGonIBdIGaRRa6nq8yKsm4fGuVqL+hLX16CrWZ2eLB3MpnLDDrlVgKBvVYm+dIH8nAL&#10;9BYs24ja4fuUrjkDlEQMYdIW9D9yZqgODRyjkInjL8wncwBRLCo9CaCwOhAOT0cTYkpdXMxaG8Xt&#10;m12mn/jwnqj5Y60XmFTWbo+tCjPs8JhzAqexmgmvamejyWfGPwDjethsasw25+/8UuvFRJ45ZIxq&#10;S+g5vqYKUDVPJQnFR/zGT+ZVES6p/JJJaGGqCIKaeqKG+HOBP7uhRPA/AR98xTJr9y+3UCjk+ayY&#10;Z712s5debw0bq+0rVy99dO+Dt64frcfIGMnWTaw5Z2gMUXEL6sRnmSuZ72rn0oP+dDKeX750idPm&#10;DPYn6LJa/d5BM5menY+6mZufTvj28qIo9neHzeYQKOReD4znQct+1Gk2dneuH8PQvXqwu58/ejgd&#10;9LPZ+BT45RsPP99+sdnrv2iTj3utYYH5tBu7pEMDVyN5dHySdtaMtjcdhFydnjy5duWFtctu3b8/&#10;y9f3H9+fTcblTmf84s756ckXr/VKzMSddz13Oy2snnDBQJy55iB+fXBwMLr/kMgGrPI4tkaSdQ4F&#10;RUo6qBviOJd4WoQ4gNeDx+MgG4ygwVyMWXQ3uQ5IfLhZDGv25ogqOc5Hb0R7RvXxmJp1TZqKKntK&#10;D8a4UdHVUExxdpt2N/wS7lsbxSbxhjEXSchB7mJiSJCt4sCECFzDbvjnuI2QeT518rK8wC8POnqX&#10;iforCfqtp7HmkfBunjU3ilqN0rsnIzcuRBuHiHfjXD2MxW76VfTN1qAU/HdT2jRV/QS7ZJWqGiwQ&#10;9aY+rItN3ZSpN6qrmYrDNFPHFvXplKvM/vKG0CQH/RzDvlIo6mhdPR/NcR8MusgoR4M66XPA01Im&#10;SK/TlcxcBD8UVuiWsNfee3RvtJi88dKLuH2wGMXZe/fByeXLe9dfurK3s9WBs2Vd/tH3fvjq9Stw&#10;5//pDz7AymZydv74fPbwwaMGapQsO9gbShcpcFi5LYUMxCArUXtyDsqxaiK/jX9Iu1lLfHWSvV5I&#10;J9TrtlPpcpnRwsoWjTbuC/DbYfaliNn6P84dLm5S/AEiHxtZj45hpm8T0U8Pb6PX7UL2I0dw6skW&#10;8szNWSIzwkRnyergXTJrjzqN+XQyGk90JClgaMYUaYDTcx7z+2dBKfGVAXxaqv7CWJ/sFb0Efhhv&#10;QqpDpbcI7lw1NT1j8lKbk7rkJ0dNGvOMCLwaEatSD2nUoU28RFnJeUXpyhhAXctLTGwE4JWuJsrT&#10;nFER8ZkadyL6aeyG+c2ZZ7y+GEF+8T8x6TEy0bUtl3gdCHPk9sUbPUdfg4ObjN0SQLo1p1lY4dHT&#10;yDObvMlctKs8qpwKOjxEi+s8fAXaPxLJEvWFRmojhtJ5GQuXR+zTVFPARSR+C/ejLMj5cGhylONj&#10;1dhRl/qmF0zclXZURkRp6TWQlppr5UkxDoRzmpQgK7RuZCzDRMOFRSFr4Szvpj089GbLNaKnxSPW&#10;aHT7fvsHwJOwlcQvIVBuUX57ZiAX4bJHcOLXLQoXgOAMxlDWtUaYGinkoFgF5YWU6EIUu6WA7YQb&#10;JB9nquer3JWEwUDiSsazBJ+LRL+Q1COumeCYkBuF644EOYVQTQGPARXsSgISeI/nhX7Auo0Xc77U&#10;04STUXWA2F0WbNy1wBNcyDYFMuZ1qd5V/MV1rv0mrod1Kf12I6FYPNXC33OPpHpaU1g+Gq8HrZV8&#10;2LQ4cucIsipaznKZpTIsJgyPobP4XwF+rfRCUdcpHCAYTxJshqtC6MO2knBYT6/TaKJgz3NhoeoF&#10;rC6pLyAFF6H5dxu29o3RVXWr2BADanz+b5AgFlr1qwvTVEE2YRZmor1COZom2UDmmooPUFvzJtIs&#10;6DkM4RuVOHzDwSJfsmfFx8MZDbPh+OYwoQtm6WGW9JtJq9t4PCq69EnzKEyNn39hsSCkOlvpU8JU&#10;S5vyyvbkqtFf2GpyHhsetd5wWnosqM9dSCSmt1w/1053w0vsdJ9I+SpnvzBzLqbnAJsHu28VvKzu&#10;3yTmPl3w8NbKHht00ar1sx6TVCqC3FShxTFeynrtszfKZd1Or0mXhNm83BITmV/VrN5XnS4IFjwA&#10;Qn30VrK0a7GslWPP65BtFUcXAgsSVyua/Pgy9QdqMLWbWhyVrvQTU18D+o2rTSJYguCD2JkLl1XX&#10;FoBc5jIHZ+eG+1fLPR7czEtLFagO56FMvhjihvk5rluc2ohF24AkEbzPeeVw0DsbT1mfcQqGp01D&#10;9oNpIc6SlIeql9qn/u3DKA9hkE2ZfZQGyd8yGkt16WGwhca8rlcKJwxOST4OEB5pxNhikoiJCqbH&#10;+PBxNpjygm3Q1HN/olvRVmvdTcyNETircuH9/kk/SBNqEKtVVmgVfeK37LlC95hcCE59muWWoo3C&#10;JIzRaJLH7vT5p2EzzzL0ujhoiAFF1feIKQ/26W9tTG3FZAIx9mIwcLTxyubB+RRivLjB9i7Xu3j/&#10;z5Znf/Tdb766i3Tew8XJ8enowQuvvdGxjdtn4y/stRrlibEDtzjpYtJu0/ECVxW0xJQnDfsdTFtf&#10;vvTSw9H7jYxJAND+pzM49WA0gvpl8egJEuxOD67s7TYMUlZOR+fXX4QQvg98GQRcqHXHs+l379x/&#10;6/LRonz88cefuWZy5dq10n16fj5PO+O+bSH/DkUG8jkbxBKuDU/RxsnJo539S+Xj6b1Hq+FOo4uI&#10;oRYvKSpFUTCk7Dt/dPuTTz+/ezDoHPaL6RpPqdXW1tZoBsWClCEJ1FD6KKeOFFqdw8vthyfj2Xg1&#10;XhYHXcBtkbXYggfyfJIjumD7UrY4L5C3sLXTni3zbJWdnS9H8LRYe7i/XaySyeSc5NOkyDyCtK4E&#10;EGSzqbHmvRzdXDjt9KKXqr6sAWuk9/TLFhcE7z6rpJbe7b8BfrWpbOeq3U2q4Y5uNyufcKhW5QaO&#10;SipPz9Mit+6JlSu1DBY1Y6pdFNcFGB+I1CpOIINoo9bNxrTbaujpYr8clj4bPoQ4J/XTKaNlqRft&#10;69sYU81s+CLWI8L4Jz23g9Uy7Vdy/CUqH3VP3Ysm2H8TH6FkVWuneplK6ex8nCItbSiVUJ0yr6Hy&#10;ZCa16Fa5+UuNWilEauhkaAqjONSLq+NxpyiOH57v74IBUCLAHNC/weCw02yfz2Zbgx5h6XDHLlfI&#10;uB5N55+dHCPW6OWjK6++dB3Dzel0tj3cPjy4fPvew9F4dv/k7HD/0k+99yWI987y6bWXXlotli9c&#10;e+Evu/Sf/Mbvjpark9nk6OqVL735BtjJgDhAk0MYVZaRSwW9kIDm0Q63oKPAFlVYVfgfNq0tJHZC&#10;Ik65H/nMsBBLR9EbDLihxf1PcbLWT4x1KbmrWlFXTRsB04DxbFgKz0rSaEkGXuC4zNbnSCVO08T5&#10;VC6VO5di3uVfLzSnANsMdv+5miSpdJK7nR8QEI5rQGUX8yn+57mGE1XMYZfUUpkTr38wPurAM8+k&#10;2onOmc1MO2W/+T+1zvMqgfNCz3thr/tjcFWulrr5jJ1EoC27uD8OsntVV4jT3cUHjKumOPGSD/xk&#10;3dP6za0LQ36zyQ34cYsR8+zY+JpXLW6vrY11gFM4zXJdLMW/JTFN8KWoiBhbu3mDj3UMz20pFwm7&#10;yJJqXcYpSnos6g1nvAa8DLtcrrPl8ZqJUVXElp44KG2VoLEKbbGwKGysKZvlXnMlfplcpLlyPFE5&#10;wgsTywQuatnvajZVIsxzkURkiQYUCVVJ0i/VPMUTDeJflkmSOiE8RYYP2mLJJSzASugX2WuzQ57O&#10;Fvim8JtyvCbONCYISVi636lAj4oSUJyyUAInYnH3uDIQGfGMJjBJunX237kQhQxvNxH4qkyX6uIm&#10;ZnMyDBBxswyedAaC3ayRrQXW0XkDN6mIaASQwKeAB8CKw0fsc26xQFEIrWCbWmd8AeilxCasdbKG&#10;6yHVAz0/xThSPOKNRhHRanH9i2J0ycIDe1oB7DMTLSsTjZ2leDmRD0+IyXwLczZXjBXEj8iddk5N&#10;9GiUv3hQ0ibR6MHJtV7OIFBjpyYa9YLJRq7NYTEgHjCH2yQAKFeMZ0Y8L/WKGU7DlPt99HrC+rYs&#10;J6x85MJBTLyUI0S0m+ij09J+Y5TlAqSrKMtn37RJvb9JgkbKli6SLGRwoXDX6Jtwpp7MXRMjxbq6&#10;uhk3Y4pqkF060/l+rkUiKylm9ENavEW5y5p2PS7PgHYQtJgudRDnjJ9jMi9gOIPPus1wYA7R1uot&#10;z3NpcNPEbykriLUaLcpIsg8uiHBKbcz7ArHZ4wikxdHej3+/SJ5zOJ2pVw3cBCIpkHzyNIM5EwYg&#10;0dPaesSwixutStgcfs/WfdbhhLeeyBn2JioECuZg5xsYP2HUmYHemtJjNFZzDrBAE+cdWUlkK5ja&#10;Jggr2rr99FUDN2Kgpny+vvKJNp24ka1jqXQDb6t23IOXajJ9Kdfi8sfFdBIX5jTJs5aB+goFim+8&#10;NV4rSclswFlPNieVaplzGxDsQk4v1DAr5KnkTHubzcZ02xo/59V8Be3D5UQ3iBqazxfYxTG4CM0c&#10;otHwdGiALuqEihVvVVYgpNkztExk0okMUGXVi6sBS7Q4n8KYcjkZ45aR3IpVkyaPLK01cC4KwqPP&#10;2SRVSxcWrTXN74b72m0ao6tJsrO19ljUJc7EtlKXR8zVk5zbSqQm9VWNsveMvM36DKg73GPqUlHG&#10;0Ka4PXralh3Ng6buuo/Xg4vquKdqHZ1pbU5wqmDqDcF0vQYP0BR8g90DwUXmq8d3P77c6R7uvvX4&#10;5BFebMeVf/iHv3P9+uuv7OLRiIyfrYZd3z2b9Qdnyc52r90fYzyyXuBqKBZz4Fb//KNPsYnbHfav&#10;HF179GQEvoas95DiVixMORg0ERe0mCMHqD1drh4/vLt3dP3Pb99C93pyejyenUMzvHf42v3Hn43X&#10;y59+56chWsj386Nep3f52mw+Wt5ZQQK/mj853Dvi3N6Sz3awfzQrSwRhQQ1/687n3WEfunhWJywm&#10;yLn86P79KaRuxl05uHy43f74ibu61en3GhP0F2Crrfy6nXrPRme1mrLiXBePnsz2ETHcRCpDGzqw&#10;yRx3Sdnpdve3O0kjfzKZ77RbJydzRHz1hy3cCbsHu5PHZ5CyADvb2d6BtI4KOlc72oKDjYohm0RF&#10;vKMzPn0aAljT9ZrND83U/61+U+s1Ymub0lKnqkmwk5ggFzLO1NgQNuxu6mBYtwmVrcOqjBc8h/WO&#10;L5SdcRFHFYGwpYxyg1tIpnfhNVRW2wszm5ojxdlaXoLziWQapaT/7CTcyT8rFKtsgx3F1Owjnowd&#10;wHd4EkEf20hNlW8nktQaJ9vVRdWpSWq/Z+KKzG+Ig/4KP9r/8U9+4+23X/nLf+lLqc9LquXPVAIL&#10;iWqUr0nlOXk16CNzTM6bSWPBgpGk116r8/B0tLUzXOQ54E29Xns0GuFUAh2GQbur1flyign74fbW&#10;HrJ2wXdF0vrpyQtXrk4ns7v3HsBO0MXwyeW3P/lsa/8AJ9HVgz2cYX/+/gerHmKPmouy6HYGf/kr&#10;X3z7rS9q41bWUGH0cK4Tif/J15OpMTMKloE2Zdcg1mAprprSIVPOY6h6yp6cyjgYdoMmmwv5UQuS&#10;pyhvVoiV8wVT2m4jUQ+Ah7TTg/8dCqU2H1eKe5CJsn/E4r+ZcQQHJDVJTkv2slQoFqrzNWtUsQ7n&#10;0IUvgOjCiHe2kkDR5ypm46NA9XWlmnnqbWxZuvrFHeHrmvhRSQUiXcJa8csZz36pzXuiDs1U0NKL&#10;bP+61qgWKlDLtfOzKldre2O1rUr80iPcgxEjyrai4kTUuUWldIpk5mptG0ktlTHMeO2zrRve6/WW&#10;iZMl39/aINZKKuKG1wKXlMlTLY8HDyXLmEXiqYRhSS9tnY2W8+PP/+k/+xwG+SVjsOhM7nZw0YKz&#10;2ICcAPF7iFgHOKTd6fbABO8gM5EsFFLCWZ6C90na6hIjEwRTYD8J6hK8XlkbsxnqXKUiy2mYlfyf&#10;XIzsKrUpGZGFVkm6NKdKTRRINP3gvpAYXgr/2ePJjCbVxQMdZhJVxNurZKdJmlVBgW1Q5KCrgrET&#10;8QcYDHHzyj0PhxKUzK2llmGjZ8QtzJa00VAWi258rTxiEDHAd3G9Fgky3jfsJkWDoHCFkE9OWT6r&#10;Y4dR9VSCeon24s8rWgqRkOvMLlIHSWTRPkcw1jn9cunS+WccTllE+mAVWmg2gqhrVwUfDBkhx3TZ&#10;FWoLLqKgkU0VrgCB6luOEOnNgS840xAVuP3JBWAEILLF8d1XYsOA0ktGwhyvoVOVOOmU0VH4ZEsZ&#10;WzTwHRsAf9hTxApeYvNepO3dYceNpuBUwfpB0JZVwVxBlTciu5hRbFjHisI7k/ykDB6RdQ5PiSCg&#10;8fu6r0u8h5cAgkTUlD46QF6diIGjcLG219J4XSuy/IRmKG8y9OICE6geJonRKbpT2Wi+OJrMKM6R&#10;H8HrLEKmif5TgMPXADK1SvtpSlD8M776FmBcKjl/UADkngHAyGJdpGMd3gq5CTL25tYegnb6UGRi&#10;hcHMSn54HN0KkC9CMVDj77g4uxeWuzi9Q7ERfNEmjOC9czDxm27laiRydDn7PDU+AVqf+kZDbdf6&#10;KjQAiplNWoZVhYMLYVUV0dDU4wttxb+01jtEAj/Tr0mMx5S6MhpYok1XYaFa9ck2QpPPi5WojWzE&#10;5yrcztT8sklIkK+BtVIfdmoFESsLZ4miTH/Mxrt6/CQexWo3oi2elTQTrjhbrwbrS7pkcz2kRr/U&#10;ehqFCVm1rlogKZMi4oV5sOaFioqpU8Pxv8DyagVI8gD1gpxJufrgCp9wqyZZhkfyyGZ8LhraFj0T&#10;sJOlItVWGEcwKTqP47GSBuVpEw0RlwtN0MrI0UottMbWnf4xmym3WUWyYqaw1Z4zaA9rt+DGe1O6&#10;GMRjkhrEx6sGTFXLbny0mxkO1qMJrM+tMQq1rL5RPW5qIw/3WXcEhoVo2YoywGjpL/TGr6RGoL3Q&#10;ggbL8Gb7HieCYYAeVMqV0Cup7bJd9QIrzVxSrz9iuaPdPcrP2fS0Y5Nd27jy8k8hbe2NvcvHj1pP&#10;PvyQ+TtZ8mR8hufH7mCbzKpm++zs7GCrN86Xj04e9hA3lKS7/d1pPh9NZ/DonmGIsfjkyt7lt199&#10;dQy1ujM7zeZgWJ4LO3exXm63dx/M5kgmgcHj/TsfFbMEgmGUJWDDIlDzyeN721tbvd7wdHR69/6D&#10;Sy8frBbQKyYvbF0bZO7W7RtvvPoedkzy5E/mxep49HDYGW5vXwaq5/3PPr3yyuHJ6Am+OJjK3/7g&#10;h5/e+zxtdva3uu+88oV8+vCjDz/+pdf3y+aafaZQNuV2TgGQxFo3Fa8biAuA7IzB5G80YFtE+302&#10;me5ukVN9NpsOISVL6ZhB4QMJz5zRFBBKZSe4GUp3+uiskY6X165GwpmJkZcB+2v0QCi1PbV/4R7J&#10;xYWRqemdRSyn5vL4JU1d1O58lLS1PgRFn0Xx0RleXtjXXszD+knFfi2jS797GZgHZaRkPcVo8Het&#10;j4HecOpeiEXYsK5E9FR1gCalbowNYZ4wncni1fmOl0dyIIEF4JXa/f38x4gEsUO4cOb1h2G2VJHc&#10;zQZOq2bXDaQRt7GZpmCmKB8/eIgy/OH9kzj9zKkN1vSj0shCRKJ+9XksS6QGw73w57qtzunxNOk2&#10;cOwiSwRukfF0DiUz+jl6DaaTYkKe0wKwHoBhknKxpmXtys4OXGT4UVD7YsS8v7f/+GwMpPgbr1zb&#10;7nWWklo7nk66uzvDThdp7FYqlsVqefno6MuH+3hZj5+MT//4TwJrz0mIpfpfUl33oVNAP0vujFIb&#10;ocpIbbfVxbAT8yAk68rGlw0rNkaCnkXIYopfgLlFNaiciOVKUcZ/rcVvluuuizEzgm5WVQ3jtRU7&#10;U0juH50xfL6CnypTSStAGg0g9w6f2qUW9588dH/4wUd3Tsc/+8t/+znG8VZTV1d3nQXtv0vKCmBW&#10;egsNfWaVGccl3qdShUIYGo1qo9zwbChDZGbl2K2hC9UOGBzklcVqQx5WuyetjlxcVV56MLvA7wWb&#10;k2wOppKQoGRMFYmhagtX+bak5kp9DRRV/aGPqQxeNWxJGoVcSSBqudic67ZZcj2dRM8WTGde+e4I&#10;/cgS4yL8PnrC6fTm5YMv2c68A+E/8595xE7nM151y3wymz9cLqZAogPqgN8TCFCTLhg0LwBPNUTm&#10;gGuRkiUOqkWvimsaBwwM5KbpDg+2GArN5DDXZp+GtMbFDm5VbBFxKy/oLRaWjdX9sFQzGSFTVF1y&#10;PywhumvPwnaENks2YIHBDFOkcSMRNz2bLS1wSvCDwUCPMASspx1BzlD5dlOgr8QnkhNPTU03Y3Zw&#10;NzHzUYbqK2kmZM2rEcoMzqHmnF43joDyHD8laRWyYVusF00fxi4EOr7zmfCX6XljoJFK6pyso2WA&#10;KXnveB+47Qb5wq5ZHRb8eDiCynPdMLJtdhIXgGRSl/R0H5LTDwdO5UCi2BHmNLfFCp0mLLQ5Y3gT&#10;Opd5RIBiDUccM5SQOaQ3TK/bkp8m60IZSNwAFc+pVOFrcihFdSw3WqGbMZ+xIU02LMoyfsX7ih9m&#10;zmAFDtdwWEEVdnqO7SU+ECy7S0EwZ02ypPDaKPTLCZ7h+KCkKpJ7Tk41iqLTpswMH3lDZJ8Bnqy9&#10;qq3M9JVc2AVgeySte6JVwVzfkGkf4Re1zLLwj0Lmq4IGtSNJtcTH6EHOCKs7kAB69/R1PWHKxN+c&#10;se+4mPkRTI0B3OGDC3P5LCV5WlJsLEOYoCBrus6SNG9hg4v6otD9i/ABcO8pw7NNRrmEZJcqkifl&#10;vFrjViGcFSdaqiWOllwVJGpcEFlWtCP5GvLFU0l1Kv3O1yTl8yRXhSQK443+WoK5EN9Wo/FsZAJZ&#10;s/kQifsJW4d11kDNplK9BRldLW693h/GDzPVZPDYj2Gx6KIKPLzFztWARvW+Jehmda2rjHlF93tw&#10;lau50Iy5KHR1TzEWTT3ZoxIYVJXehogpUipKF6oxa3yaqrfJSGXgRzw+CpBdqJihooWtbnsW1gGJ&#10;zXRZQDyCYqWUGTkqGtwRYCeTd6DWHvkcsS92ZIk2EyJxS3UBo56BuYGz90LM0h5/ZSXWEQRmnAcM&#10;PUoEQsgJHlQxRR64rXzFdELSZdMmTmy1wsA/gRFSiVYKe3UuqY+Nk6dgNnFB7mz0/LpaDpBqGcuA&#10;d9qI9QsLKu8x5AKotOozwujPVhLQqO6Mi3fz73A7xF7G1LloycUPd9N8mTyVumsuLr7qWb71iAqz&#10;ISMLx2b1EiJaKIS41l4TnqGLZHXY3c1e/8r5dIq6F0+9bHhgup8cdbcQqtbd6k8fnv/o4zvvvfde&#10;uTstu8PR6enxfHG4d4DHGeWXWPbC6Lu9dT6bokTfMq3T2er4+DFm6O1O47x87PrZ9rKDJKNLb792&#10;4+6TFlXsEAwhAr5/Pl3g385On8AEdTY6ubR3GQAeTF8ODi599CG07wRV2KLfK/JeZ+tSUfb7A0xx&#10;U5kioQSBOnU9ySed8Xj88PqV1xbz5edPbl85OPrjH37ng09u/YNf+Zu/9a0/BjIDz9VVa2f+6EdH&#10;P/MunIzhhpd4UE7O0U40zs/P4at8Mh9f2s5Mp7mcM2qRi61G89M793utrG8R+IsivI0X2IZwomdn&#10;eHiuWOqsXAOlR7ffnU0my0VudEESLfeVttdPLGSEZ6NkJ2ReiSlaskB01WMlTp3HN2Ma3MXLx4UB&#10;ipxNtpbepteEJMWoMaOOyTf1QZvZPPJsJSOo6tuNw9lzZCOKvtJLa8ivrR1wFbEvVNY2JAjXZ1be&#10;pLGRvhVTb31bTgakPBiEjmT0R8OetsG5ttCqTMh0C1oIE8i+SZCDa2QvysQOhiKNNPqIAmXX/yxl&#10;aFtMUrEGo/3a/0ge9iHNRslh3vvv34IwADrEjz+48eqbrzLyfL20InhTWWZZi4aiz4Z1m8FJ3WBO&#10;J6gfrekyx/KZJrp8PdgZQL2M74AbZLsLvQUI+CvNOEF9iPd5F95dFKbrCd6R737/4+li+fqr1w53&#10;dyd5jjnU+XiGUDiMnPYOj/BGjceT+49Prr5w+e03Xnv48KTbm6fy1nGwh4pBCxIpHShUTjPZFVAl&#10;yd2tBBVQC84U3eZWf+trX/s3aJu51Mm4ym1wu9C4dLj/d//D/8CRA8ddQ4M7Ee6i5YnJFZkkmzTW&#10;MjqVTS17deUJSYttxWxoogkWjbDSreXl4BDAGtx8/1vfu/vo3uWrV19//U017mqsDCXOMk1ZEaBu&#10;IeF+6933nteA3+odpEtRzzvehKBH4ZerWaf0prC+7qzPPLX7tAQHoCvIbMDqJ2Wom4PCQy9VLwmq&#10;6gZPIvGwimfNrFyN9hACxGq1l4158oWTyyBRpGzq4vnl8RW8EZX+5uVQtbTxKkLJBWOR0HAC+iKC&#10;suqRKS6kpahQIuCsBD3Cy5P6xAbpyGaJw3o0RgQo+L0KTKNpZs6M5vuffPJ4Uab7u4c7A5Rn8Iaz&#10;jpGuOxeZG/01ufR+KFAw02RAjvhNUcKAISd7Qc4lqKCHcBZyIkRkrURUXE5X53vjnUaeOiSv9wEG&#10;NrTi4GdB6s7+zt6dzz//g9/9fDwrxeGeN+l7U088f/KlLFzw0dArKlpBpvSg7OKgCNlejWEH++Y+&#10;jECddnuJBwwg7vS2uhbGwGgm+TmsZjhjGjmeQaa9jeMCCgemGaEdR49GGvqCWmxJNNKdcSnRR7Q4&#10;NmVZJHA5sbRRswIBB+nTpoSxDIhjGrjKTMKN7RKtgxMRH5lP5AUJNIj5QJgvtptNPnTxfCvwbzQy&#10;F8JokeQjJgGnQg7G5b02zCpcsY/l3pj0aTwTgSEH+u6MqNWC2UJ2tlwAc06BNxpg7Y9KRWYVbGe5&#10;SjRLpty7bjMVtxLzAxk+XC7wXqykncxltUoXJTfu8jS1XmHk6IXgV+OyutFZNntFY4RxIRAXzWyF&#10;NwiTjieGm1sM9gjgT6mGB6oLmsOcfQySeqkWwA/NLXdiGFUE2F6xwoeF7W6uplHpeFNhb7FAJh4F&#10;P0OuMTFlPe2nEndU+gb19xsFPJSu7mMsw93v3CaoPcyO1YGfi6snVZs8/bTWWzWlsXT1FFhXheSZ&#10;jcbJVIk5ftok7Awa+3OoNEllEL2Tld0rJjSk+y8pTke0QG4kzp3Wnsi1TBZYL8LmjXU8aGEyNFC9&#10;w5p/XpfgqRegh6WZ8S16GUaKJmAos0SfIHxpqapQcw3/c1V6uFa6wizHPuK56pqT+H19pHmyWXnU&#10;MmKeibZNNuKi6vpiU8sv2gxcvVA1/ThTi4tREyosqAKxvOjYXWy8a92ozEp8ySUuAlVbZZkxdSNp&#10;ZWRzflfgRcoxMT5AHKKyODCuKu9e7QUnG5QLq/S02hMqKNrlMpefD9cjKXek0tIIBSs+mX8eNqAc&#10;Jz7ByupSjzcSDu/UuwzpELGMSEcbvJhxiJZL0KHNB93hg0cjTsCKtYph1bAkpKe09NOXmHXL2qbb&#10;aqLkWy/BtE1AY7AxAJf2isLXrKI1XJAKlFF+Q86WTzlMk43kqpoZNZbMtUwXjyIzdd2ljX+z5lXY&#10;0E2ITCtqKFV4DBq9oqcTl5ingczJs/rWn+CpqqVC/wW0kYt/999tROU2/VAVd9OFtK4ykqtcNDtH&#10;47K8E9n+/hUgMd56+4uPR8efffQJHw7tod2/1D59krf70CmDwfejzx5cn6ymOOWPb8Et+MaVa/dO&#10;x/DywbIHUDjDag32tYgzWm9hFIqB+io5GU97R5Mbd09+6uorf/LJJ2+/Mjw6Orp5+8n2sPPZvXuv&#10;vYBLbf7C5SsnT07TwXBy7/6pbb7zhdf//Hvvv/oyt2G9LsOv+o3eKRA1s9Hw8OqteyN9euQyaEGJ&#10;0ky30tb4+ORzTMUfnnz62mtfXd67iSn+fG3effWLw70DtBCcWucsHt653GOYKIMQdJxQ8NksSQx4&#10;O1rdXiNbPXx0tkaZXxQtm05F1H/Y64HrNQfdCmy3AhKdRWO7+cprr/zgw4/KOZIAVx98cPedd1/5&#10;8MbtbdsivhPcEaq7jOw862hfv8PXMA5rXEzr5o0k8l+QstBAaD8ZA8rqPgtXhRNVkGBF5W3gzORG&#10;M9T98oEcxqE+wt14npu/oyK1wJqNqXKdlmNinltw1bofdyHr47sq0IOyUb+IjYPO2kTTVlhWk2xE&#10;ClnjeaY8LuQF8oAjq5i/1CG9l6dyqVtfJxZioz+IP/NKRbfLcSrvK1mcGIJkmf9OrGGq4WdNHRrV&#10;pB5fab0yU0EjjhBjIgqYtUa73ic3PsMKA4awz+48evmN62KHW/ONaPiU2gB14CY8UzIT3eTwQuGB&#10;gj0qYt+mRC0si6Jr7z54NOx1aRRDpYU1qQOwPEUUtvC3eGqOxgsIl/FDd9vtL779Ol4EIkBQtfZx&#10;kpYc4ZyPzt//5EYfOWPd5s7WVh/X8MmDVm+4NRymuHMhEzR++S2rXcGMGXs2w24ZZsIW0LMoVbF5&#10;wm9pHJ+uf9E2/NIv/yJdMd3uAOH08BFicNVuTqZj1N4YjeJtodG20f7f/8d/dPPs+Ff+1i/8jb/x&#10;K2sZ18sOryGlLWvFnAUp6THf+fa3UIy/+5V3mR4l4XqZUQYyBZyMHyjZi+ST5f/83/1P9+1q9+rh&#10;r/7yz//1v/LTQDOXLHoyYVdIEi+nsOXtu3fbg63nVuwYbVwrzMyGpSsJfIgI2FCNa+kjbP2oKonu&#10;JlGo0eTGTUWqpMm4/fAqEedqZisT8kSCvtmH+dRxxxtuYRfC6VyVYR3HOBEC413msbCqHMG2lgrs&#10;fECRyPJF/cahiQ+4r7LOZMahGkcjXKQIhDNW41itLOUUMid3OaG4cYFesSeoIkmxCCT9KDk+Weh8&#10;epIvXAm6Qw5yw/0bn33zD7+3ttNmOehwNAJ2L9lpuI4GnQaxvnAOZITAZdwk4lJuoC7uti1nS7B3&#10;dQbQM5NKgfFmYwiDImyj6JppS0VH6aY7vUuL8uTOjZsJ16hooQsgpCiaz5K7055rHrQb6e7ANZhx&#10;jbqfFvX5Ip/MZ2h54I7v01tsVtOcUUYl2Vpn6JlI02IAFP4wWjC01lDFFbY4WaW/8ItvnufJAhI4&#10;xwoMX3PlstP5GlmmcCjDGYkDB7+KAg2NG/qNlKWb0Y9F6DkJyMyG4dgl2guclgkHT9z1lLJPJgNO&#10;jMNYK0+w9GiLB0eYLhkTO1pzDgooR0BrrR1MQ/V6+BUJoOUCnYsOBh6nxj/nVjIOKdhu4EZMlYev&#10;y2TitxIBqPCTZh5vrpR8bk1yjtRSxmbih2P3yoAuGRJK4CUYSRjxYUYJ6xGBKBJo0sKvzlmKgj3Q&#10;LKSZklpU4KhGUpv9I4ymPlCMGOLd6MLI0UoWZ8uFaeZCAcRxw2A49HOEuDrQBFCwLpigBu2ylew2&#10;LjXxeyupOBiEhIlBuWx1dvD6V4X31st+nz92uFv1LrDUv3OEnZQqTBAFo4pdY/hmFdHn/HBUCao1&#10;vF3YuRl1yUUJhCm9eN2Iup5SQiNECT8N57fTltd6snEcsYnbtYpgqNmMIrLNZ5LwDc+YoIdWX747&#10;1DzQSgzoiSfSuou1mCjOYuaY0u1QR2ONBhEz5k+W8UaamlOK0EfS15KGP2wk/kTnXarCNgpd0zOK&#10;LzvVB29i4sBQV9nRTGEjILKUoKt1+bydvLKXlwo7Ua9VHe3xjCHpUyu3jdV63WVdX/NeVMA9Rf7c&#10;XKr60skGEGJSlrGRdE/9NVPnp5jKzm2iJlg73jTNfN53PaEjrlxq3FVTYS0qD44zYXWx6RmudXDG&#10;BZxKFM9tWDhDOrRcLJy/SX8rIxC/R9XG1sqAMVIvRBZPQagR/2AhtQSF35zLCcEHB9BqPkPpsyzS&#10;7/zgwxl0LxJFgw0E+kAQ4Btt+m0Jp7S8mySdBicYv6DO1ARWguO7YOKoBPjms4nzi2mvxEY/1Opv&#10;4a/nbDeodnNS3gQ+eRodtSZ+Dm5jf59UMT1BQirKfuvDQKWqsDoB49jaVBixslomBZOwl5QYhR2K&#10;qUqe2Il51pL52R/ZU7/7FFPzmX+0FkH6TH7Hj43HSJ7xrTe8gkHT+ZQptPaq1DaSAcCMVc3po5vX&#10;Xn/73t1HZNuX6dHV9yaLP0PCbBMKpHYPn/93PvyzF1++fm0vn3Lpk2P5OmMQBB1ErUF/uTjDx97v&#10;dGU/kANw1bzSna/PV0vOSbH6RHbvlUtHRfktfCZIR9np924+frB/uXPr84c9TE/n+daVFLTwXq+L&#10;6mY2f9xvtnPTgNccU9bFOh+DK8WNp9W0SPw0KLbzfDErFpPRfdMAYCcbNLNXX3i10d3+3tf+5B/+&#10;J38f1fl+D47I5u7h5Y++/8c/88YBLs6Gdh/ynkxnKDcgcULUaePh+RzA6L1hBzo3B2dy1lrMZm+9&#10;cHVr2L/94AF0C8IYSsDKQsnw7R+8P5usURq9eHR44+7Dzz+7N8iaMg4ntUnhC650m/lqSRC5RxCZ&#10;bwPlY7Cf/Oijt955vVwXLsAD1GFVRrNfrbiuRMK1GOaQb+Q/aCuRALbSMLEwjWHngYFuajNkV8//&#10;iwvJkBVmoqHcRf9AsPOaaI0Pikep+8sK/+QZMYki4PQWsYGNEMOa9HuG2F7aIcJoTP8swQTYjshO&#10;OAHsV+Z7Glyn5vtcXVVMg9DsWwZ/Ow1kZgI4yExIV2spPzJYSIyrmD9PGZpitFPIQkpUyjKbL4AI&#10;RkYt2snx+XyCIhgZ0Wk6mgAzkzsFCgv/pkFTqTM1lkhkPFCWZuQYzYFLYc2PZcndR6dvvHptNUM2&#10;SUlIjzBzYAIRkxoa9CJNVdHHpzuu4GG/jyP4zoNHg+3tYbd79/bt3vbgfDxFmXd+Pjk6egUuedAj&#10;J6v5XtqYziER7Ol0UySshax2eS7/0Z9+5+bdewcHez/7M1/d28bb3MlVveVk8iB0zbt37339978h&#10;qXfup7/yzlfeewerXyRfoiu+9tJ1FIOYvaLqvPWjD37jX339xBT3T0/H09H1q9dffPEa2myoUOHE&#10;K/l8wE+Uo2T/5Ds/+L9+47fw2PnGH/3bX/nFX3jxxatZq93rbdEwzOjgTHZ82bQsvv3Nf/sYriQ6&#10;C5r/6rd++2v/6vdQiP31v/5Xfuav/SzmlAJ7ky2RMV/40pfe/sIXn6OL14+46yZXJzs9NYqYshp1&#10;x8Wsn/youEjs/OUGN0TsWTYqNDyKxFXzXC9DqPDFziQ1jJWJkdZl1QR7FOqGqCi+dmvc5sNJ1pOy&#10;d4mALFcny+rSiTs/yWxMtCuJ42ejKUiaaRRu9lBN+2jNamesZ0ypCitnYhplxesofMaRgGAR04NN&#10;/uWDrReSwcnoFBJYKGrL5cwm0/dvPLz64psIa19NV53czmHQQr+4nqP7ezx2JA3qtovuUASKMluI&#10;PgNLM0ImV7/g0vjgB48ole+nq0b0yCvbM90OWqTxeEU7DQhG2DIPyKpZnN/dX9pr1w4RG9ZBz4xT&#10;Z80PMINbrCihdOOTANc5GinuEbT/sKq9wRmkyeXoAIRZlS5pcMRLwiX+YFXcWNGnm2fz5arV2O60&#10;LL7I4xu/90//T8iywyjVtHTix4JJQeuUlaacQ6dcITdsn2Nc0WLgrsHzso1M3MEK7w7VTQaT5AyT&#10;sEwSixP65ZkpbLH7TSYnN77xhw87nHbB2oBIzqZ4HJppqwNhHt4azLrQztDnhqMH3RCTxiw22rlg&#10;wBJlB+FTBRRzya4XjtwVZnmmiUAn5i2VwpRGp7mm+p8XXhPZurKIZ4vI1U3OCQLgW40c/aZTdiAa&#10;SLqR4bU+PZ3hr6JUaAmnWtT8ZeoJhbLhlkFLwR8NL2Yh2pmyDbMSXkfS55stn0S33SENYL2msbfk&#10;DARTbKHiiUiUhARYtksaVjGRyBIhVy2a/e0ydqtUEonct2QWsVTSXmXHnbHTXWmZBJtSFQboTMXj&#10;EAyVRsJwzSTYoMQVsQStht0xMFMqfk2jCY/1kLUitg+5GfXkcDUIropX1bkQoXVBwezieZXqGCyl&#10;DVt4j5gOSOHUMurDxWzStFlTUFZDu7MixGS2h5Ieb36bUQ3iAoX1gMgz2c9y4mK5DZfcmMQLRC9q&#10;UHwZ4wOUxBXpPG9Hqn2N3zWeVyV+ApcbDRCWv+eeX7/LUMrKN6g/c5mELDLCt4wzdaVbZd149jor&#10;OMuseUZN754uR1S273OV6xaYSvPsgo8uXjWm/sWDgs3V9KUxQaTKk/H5rvy/1NgNq1oYrtaeEK6C&#10;y8Tere7SdK7e4iceIqOgVtlO2AupBCHrLm53jHy8qa08NqTKk89n9bln6gIKFfoSCOfqeG3lEktk&#10;GQLn2oaCFO4eJtN5yqTc5vmjx3t7XQb2phY7gxXlqHBKrkluIJakaDIFjjdorpVj6d8DYRaueey1&#10;EHhGuiIKN7C78SJaRkK+cT6T1FwyGFy6Ya3zXZD+eY9eTEA0ETUWMw6Dqzv1juxqYRrMvWlNDRzo&#10;Ub4BKVVMkQbyCO+lQsO/1SNp6p+Uq1swzF84BapzP0xlfkwuivkv1tl/4XbX1LJGo3Te/OTm2m1C&#10;mwMMyAhvNU22t7pn5+eD8ZLVPJ8UK0SO2JffaHz2yeNx0ukOrwD9ZNJXrn3x9o1vHw3LJyd3B8Oj&#10;RY7PkjwbrITGKB5wjjnmIiJwpNPL7p3MeuWlfgclO9BWzXaj8+DW/QXnI/mj8xlQzdNP5/lyhlrg&#10;sN853eqvkz4oVrPlCiOl44e3dnf3usPL8/MHq8FevzfAeAYjWioZJJ8Ar3syAU5tlq8WSA5FVPyg&#10;u1uUs88e3FzOk3/4n/7Hzf4A9czf+Omfu3Hn47u3Ptrut3cuI5t3peNsfQPRDMHYNcWods1p2Nlk&#10;OczMcGs7dTzbf/qNt9566fKv/9vvzZcJPL39Ft1dwJo8PD6lkChPS8hqi9WrR7vzfA1D+sOTc7iR&#10;RUqrY79KoeIHNzapUq51NiXTTTxRPvzg46/9/rcwE3/zC9edWN6l9vTTy7JCLNXxFyaO1HTmGyJA&#10;nIyiUzzdYU/jTRc6aL2Xyip+zQlUsy6IqSVu1freiE/2d515WrETdcvGJ7lJ+HnI6dYFYRITdCMu&#10;JWob9eHtFUp8fDlJNma4sQmHLgW3mQVWDH+ajSsQ8KUeGJjJwfUGXCgqppw7BBpHWQCtab/jPhY4&#10;GgzcEYcDnbw0vIxHE0FabaVdZwLWtUVBLRQdm/ji55QKPz5we5jRfHrjLvrSZjdj2teq+PTWvasH&#10;u4XmwMs6hbWT7NgLjTgGIGe9EjQOQCBC+8wycXmmQJ+6tHs2HrVRGUr3ATwPfLOUh4VkARRkeFuW&#10;GX8dfwk/3cMnT2ioA/R4sUDbf3Z6fHT58PDS/tnoDPXu1YNLJ6x6mYM0Pn6ItTCtanFvJ8pijATw&#10;Ew0Gw267+60//+71o0O81dt7u6+//BrfSktyD4rGwdb2r/zNX8TH0em0jy5funLlqMXwdyUiOrS7&#10;KyaIlF/79d+cJG67P1yMZr/xm1/HPAAFz5feef2//C/+s153Wx4SJZCt5Xz2L3/7t3FfPXhy/Ojs&#10;5IMfQp49O7y8/2t//9d+9q/9HLwxQpdNVvPzf/6//m//z9d/32GbDGvfbIE07/3OAHvsb3zjT2ez&#10;xS/+0i9lDGblFgC8nBXZsuVz63irANkytqWVUtgXGGW1oIkSX9WIuiB0dVVUADM/GXhQFXtRIGSC&#10;D97VDvqQ5Sgrr8SG3M44tHFRx1U3UrkQaB874io5yZXO1TOBNLVWW/sizNi8MjuGT/ivUkZJtw2P&#10;7NIXKxV5InobtO8XgZfSE7WwUZp59fQU0JF28HgUI7qw22yUe7uDr24fjc9H6MLWZrAgfWTdG76A&#10;EPWzh/boSvPzJ/MXDofoHrDOnS/WaNIwsOUNQ4srLYS2zQ2zW7BGQl9MkbMEThDsC52A4JJKJ+Bi&#10;ZAzmi9FkBM0rTozFFBPONkQ4UAxhs1mMbn/jX/xW/gDFkFByEzbPa/ZUnBivBOhEgyuxTbjZzRLB&#10;Oeizc84hqebnmpnR1nRgynvbYFB2dwX9dgePFmaDzdfTZpKerqEqLbcuvf6Lv3y1nfvRhrw2qhrQ&#10;flnp8RTSmsvZjq0o78dVPlpOSooeKDBG5hluutF4efj60Zo9SQL7kOUzO5H7W1zS6PCT7OjVr+68&#10;mO9g0Z0vqFUpE7gY1ugUz+fLxcjR4buG6Annw6PxOa0PWQNzZRy2WL2ukvZ8NVlg/mvgo173aSMB&#10;vJ0Ye/w//CR46xbLGV58m78IW9A6M5q8gh4JT1RWhex70RRBVY6OOu3CR93qpSugkXBoOz6riyVG&#10;gSs8+1sMDCnBvktSihET2cs6SYSSJRBMAkxpxnYY6DKUKS0DzjY/dGK8MTvtZPypufjPuGfHxRTs&#10;7c57R0UuLWslSfpEv2doA251rCBPvQMgkVW2KHvTwJFJvNfGP150SRatkiparre7mjkg1X+YJFcz&#10;LJWMlXq3aIaZBJxKoy8zqjzECsaUVI8+Ci2RrcmUXDxA/B/z/beLkzYnAjGZzRFbZhn9RKIYGgI8&#10;qSyx57nYFWnFMhIDW0WPmbgCzHM5JEsd9aurIBeiZKbvceldIVXZsdHrCFg0zIhL6pA0EC5up6Xv&#10;Feh5WgNh1WhGzyeQncOIGuSnOnprYZIhBigOMe1PAkNEht+mde3CgteXjb4pNObHyJtVQaZWOT+o&#10;fFZnYaLSuMrGCYYw9RalEk0UcOLO65irYCz/4HCRA+0jPGL1WHer1eCo1bwg/lBS9FX58sbjP8MQ&#10;1IQMEnmvGQcX3pbwAjhCLjm6IgRZH34ULScCvvRGAInHzQlBwGEP9CZdu9xll9v95i/91a+8f/P2&#10;nccjRFpgmH52coppPp5+TFlsNLD7JfohMfOyORuvx2fnhVHwBR9Q0EBYzgfT1ZppiThtRmcnHtFs&#10;VHidtNstgZQ3WdQKC9RGuFLIMjFeEbBBiqn26rWiwPh2OIYnV4Fjphb56aJoSp6x1sUGgigvo3YC&#10;2eZHRWYlBeExmdZx7maD2OzqioG47684Iq4uY6/mP+7ftdGt3yEXF/4/QWHtfkJ7zulogWDM/pPR&#10;CBHvyPZA9Us7IhareGr3984Wf9bqtXCV9Ifbd27e3nl4B+aftN2109vr5bRFqwuQNhmINlC+3Ltz&#10;s93qzhbF4X7n4ZN7a+jO8JQoqD29ttMr190bt2/8/Luvv3/z7tl+goDs0xEg4adfeuEK4FRPTmdb&#10;rcnrL787W84/++zmavm4ceWdbqf/8M63m91tLnqXcyydULtIvJ679/jzKztHeBy9/+3vt9t2kdq9&#10;vf3js2NU4scP7m8NB8LRWFD6XCzQSPT7/TSdrwvNjxRxqdMsQguZGbJeMl7ZGYbpx6fT/b7ttDrX&#10;jrY/un8MqSpKAhzuCaeYyG5h3OgMAx/MrOcplgVXru4v78+m+bLdTpfzuZRWPkVNL0ETpSa1ECE5&#10;V2Q0LFXzJx/faWXdb/zp91946XB09mTQ7Q92tzX/I0hFhHHhqqum9Dl+Yb8rN1epdTHXhjkFp9C4&#10;RtOBpGj4cEI5twoReHgkRBVDEpLinJ9e2UBvDXya4FaRuXUaDBxllXqkuZl63qXa0+qUIa6gZXEr&#10;psBEJnaGQt9UAIPc1cqOiIpghkYwYiTVyNeUkVc0YfFXyPstBWAi7XKCH7bJ5naJbh+IAkGsuJbE&#10;hhdY1Rj2lpA6sult0EonAzbjKrVMrPtrbnmncUTSVDgRTctqFV3dYgk5zBwdJhq8k5MzRLyhEKSr&#10;263vPTi5tDPkH5fVLF9cFqC1TiYOFPpAMAngWSowVjFiEbu65gA5Lc/Pp6aP0Tj0Y+uSgucluriW&#10;+GDpnRXhIOj5w0avWKynjTmv/62tpoRkNjpdvEaUmLdu39nb38NXwHIH1ef9z+4hmgudP4J+lW9C&#10;7Ad3MqD4ZHc//7zV6aCSFU9K89Gj0fHouNPt4Bt98ZWX18KXxQ+Y05LH1EFsto+uXu0N8CrpQ/YR&#10;HgUlmv/iH//j//trv4t7qdlurRaLdGf7+GzS6bZu3Lz3//76P/+Pfu0fWNvj6ms0/V/++//hew/v&#10;/+2/+at3bt8CW6uNdLEkPTmd/Pbv/M6X3nu7t3N1vJg11uYf/Tf/7e/+4AdJtwuqM3SMJ6OzzvbW&#10;EhDpTgtZxL/6d/49N5/k3uLFYrC4GD/7fPBVtRQfG8YixmMh4tzeJaHdk7hXtQ+lRN8ZEyFTyuJS&#10;ia8o/sqKwiHuUyWwJS6m2npOlc8EcjGOPj6RXJyMimjauBoGLpSMqk7lHp8DbzEASFeuQI00MZWN&#10;1x9jPnTU+slVFH5Uxi1bh1iw1jWlrVl9tQa0Id7DJXWmlpNoTXxjJ2gQ1TF6iErG82W1vX9gVt3d&#10;XoOmXlh7IbCcNrq9fmfLbDW3cOy92GZWqmX0F97jOcTJnTYWelB5sOIXP9qKxKpC4i5VOZ/ZNTNy&#10;yoyPobP93R1mYpEEDtmsGZ8gqA5l07p72Lh5/xH4ji2LpePs5q1buR2u9oFuLBEqhYxZKoETN16z&#10;Fp7zjsAvc3bZpAeWBjGp9lcCsS3MHJFa4FFZLHEdc4XseAZp/3oMdUi7ZJ8A+bJbtXhULj/4/a+t&#10;PpvOkpncerwEsJft4ZiACStp+N2ewcmWyQ/ZWGW0G5FXjq4OZRr+DSMz4vtxQLbuJpPVNz/B0i2X&#10;owzPM9H+SYu+QKTM/aFNDjuGx4jriHgbh57iqQxFxOp8A78U2n5LghGW3mxskTmE6LQCP8gpDt0/&#10;+Z3fLAndkk4lLwBH/fz+w5Nv/EE7zXs46bOWH8cw5Ql6b+LEIOXwNFgcjHwqEMmOwxo16972flLu&#10;0wWdSEAS4h+Lood1NLflIEszipnpQjOMJYDAI/bI02UKBodgGoFPEH66Nq4jeLdpg0F/bbUYTvC2&#10;ULVIwG+ry+U9zjGZVspxjYnbglpc0tQbfI4VC06R8a4kK3ZyHLBi2CcDatFMysNRBz8a48emLdX5&#10;tFaYKqTQtZCplnSmFgGo58FFJ52poYxiyUgFUJHXXQ+JcZWdKC4YA+AyCMySCKmIZoiYFmhrgzWt&#10;NMjhIcqHOcpFjuzixt7WcG3P89HMycY8E4SY7791lIqbbc2YruL/o+3NYizb7vO+vdbeZx5q7uqq&#10;7urhDs17L+8kjuKgiQ4j2xFCQIARIFHiNydvCWIpeUiCGAgMA3kIMiBBXhIb9osDBzBka7RgiZoY&#10;iiIpkbwT79hzV9dcdeZz9t4r3/f/r7X3ru4mKRHsa5m87KHq1Dl7r/0fvu/3icFKdRQ56WowlCUy&#10;+5UpZQDw6fzOZ/P6NyK4r4ywGirZF64kt5JozoYJt6Cqyqx5yud/FFXd0aHxKD9Dbdds+PXqH34S&#10;oLSwYv4AFWglIyOYhwuArXskWTHs6JgsXWHlPtlZGVzUxlQd3RKRoGEuHGeoetyE+WnlJPdLxchj&#10;kLz3PEx7A0vZFD7kc+8YB4Imz40pw2PDviX8teCucS4v/K36Vibi3hLwjVOdcwC9U9GHlVWZUyCU&#10;NZQ9lum7vED4zmQZqP1SVmLiiSa5jhMbs1CkT6C5bQEbQEqzJZpWMIRofeGkQcgFQnr/7Jtv4oVM&#10;B8dQ5WgaBXEPzIrA+ezGg5OTg4dTWMyytN3pc6Nb51djaqOUkmmeecljLFHHUmKGAbIr7tYizDgP&#10;BmjjynRA/1Qs951hsxSYVlEFVOxhYBWdtLYEbI64ME+oNHQVbJR/sFeaW1fFqj2yWS2vMFP+xUdV&#10;6+cx0FFkzA8zBZsKksqYnyCDTqQEeAbEHNY23Ci+c0AVKKw8rdpkMG6h9l5d6p6d3RyNti5er3Ue&#10;7h/uYUu/ur7TbR2OpscXljeP53nS6uLOQheCpxpK9snx6clwhYPlnDad+RzagMVVjN/rjePDh0cn&#10;441u8+bR4MN79zvI8sRVZd23v/0uVEer3Q4UoDUkq9Td0f4s2SbWfzi3y/MZQBFY5UKROpuPsOtF&#10;GbC9fhXXGM45cD9gyMVV22m0z6bHRw9PXr9xQ6iNmD3Dl5Rtre/cvXt3vV3zyruSmhJhC4oqqouu&#10;Cp7hlCl/dDktEIWabKy0v/oXN2/fOyGTMeGhurS2MkbfkI17S7Vubx2gK4hFL233W61G6lZEeEvh&#10;cKMZy/3nTOlEcBVpn3fpz1gl5LHcCqiU7h8cwsl+PBq/+97t6fzs4tpaA3hKJLyVwZR+sJOVUUIu&#10;KETC7SCVt9U5HN6s2IBFKaYBJyhOh09aET9RrpprFjoiLTIuTCRD9mYxRCzg6K6ISsj9dtkW6eXG&#10;uVLFoAwKkfp4caP1a93gy1WnvJBNqRxkjIQnMHP7w9OrkcR+V8zhOjSAddVF419wUoChYvnvDae4&#10;eCkOoONLCWKRwEpwVtUJyokeBjmo2PDX55pTAnAMfmdOYl4z92DavDIzzUNOYYGhMBoPqzlMuCxB&#10;fUW3O2P0KySLsxH2sFAb2jrNu5Dazwm9UQhLRkLrnIQAXEYCIJMjB3snRj0LC5Q7Vmhg1NHI0rFm&#10;TgbzvI1XiGUMXHipmjFwaifSyuKonLkZCimcnqhBDw4n33zz7Y+/9PxSF+Fb0Pw2tJ5aW1mCCKK3&#10;1B/PZsjQWllfRlH43bc+UJq+CeB6nLt42e98eLuFbbU40JeXV3bv7HaWlrANzpCPRChsopcCRg34&#10;jq1Wq9vrYWbJd4QxbuEMy7Jf/7//6f/1r34LOaGxaL8GsAzIp31he+vy+vLnPv9lbndreMzE//s/&#10;+h//6O13rj3/7Pe+8x38LAgTxnigv3Gh7bJf/fv/DZdLkIa66N/883/+R++9j9XSsmJwsUWfzVZa&#10;rdHwEFKM9ZXVVz77hdGtD9+9dRstuXrI4ugneUo+uUxxhT/AhcBd42PgK6tTjfsLha6X8GnUoQtl&#10;ns6ReEsS0BTnuU+TdsHHX9kfmGpXK+KGvFAlFIVFVHI0PeS9Oj5WALIvN0u7k+c3yi5Kw4lsmIA5&#10;ey5AzJXoZvXthUQ89e+VyrQiVNOUSQOm3Gqo9DAgqyrK7BBi5UyZTohXB6Mo5O5dqP9nc1s37bW1&#10;fidpRt18eXkZDJ3+OsyZ0NwAhmRToRZsbHAxhRkJzoOpGFg5VidlIVe8D0ZguPIx7oFMoMZ8oKzV&#10;72WkPMF0yFuSSCS0lrDt1KM+xG9IB5hG27kYLV23tbG12e6PRycbnf7J6QiJ2eib0UACe4XVJY5d&#10;zIkwhKkToxuzUeSqmYlKbcztOMCE4AjjrBYCe8RqRt5xH6rdJP3w+C4Q52im0WwN7nz/G197p88h&#10;fIq2nyI8/B/tHhARu4V2K9R9uwZtEdQhK6OLb3DiFyVoe+s1g0P1eILpdZPKl1ju3CyPPN5TniXj&#10;oz/4va+6GRbZGUwWTWeB48KbQWO/aFpzjlAZf43NSLPTmzGlNuq12tPZtA8NK9e5KzU7xiONauQs&#10;mlk8UmcwdG5ef75z4RLmBY7aUzOLmEWu0Gy19yjtt1araQSdkTAFYXFl+HQATz7BD42VPiYAudm+&#10;9uxw9sH7N291W3XO+Ngqs/u3fmiE7owByikxZ/x2sOuBtYlZ3dISfqAb7NRhoIZ0ZHD08OHd3dv3&#10;mOBpF5nfC2ex2mIpLiDIzZJw5nREjXd4CpBzWmPUA2FM0MlrZ0Nzv1U4WlQiQr2ESphcwVxXpk2e&#10;C7qOKkksj3Qnzmcg5VEYoPMbJuK1lMirVCZ+8hzMi7hNU5gDxdHJFj+ALsuE+4KnKy24TzhX23Us&#10;OUuZ6HjjXKbXcAqkjLxKOGKI7ITu7dzmrpQ/FVV2Agk78OPAkEsWi9zXGcdAQBDGfD8Y2iQKNlM4&#10;YF0hXTMeZSRMAIkBZqtQ4p6MN4f6zbg+qnOl52oH8ZRtvOe+g5IpbSCTVQhA+nlZDzx07km57tET&#10;l1aPrHYfAf6EttBUoP3yXuUVRNp5HLOJzsXN+Xgn9whSqyBLeWmdeyTUVOtEpx9maVEOQZiJrFfz&#10;oHmSKWpe6IxNKA/LtGVZQOXqsSrDm4rwPlcY68RqUuAkpHeRKDvxMkXeIQdfCjD6OpfNBUxrxe+x&#10;kNsPtWaEmSMLyBpF1cxymw9n7ns3DxGPigNulslgi7DMGl8WbCoWPk3qAbG1ALM2I7CAK5hFmFOj&#10;aJmOR+gucqz4BLDa7fV7vZ5mFmIhiB8KnVEk7ECV5+M08WwwebMC7t1n2JaP8ND5+gWqDLsrOT2R&#10;8RSQ8FaGMjtIw1x5N0Zxse4VxzxLY9LQqS7LyTjMI5+BcC4jpoqRfVyE/AhorXpLnOt1K7MOU+jN&#10;fuQ+4TH/+k/m1iUGCPjipWYTpu0H92/m2WQEbfP8/tWlVwEqXt14Zm/36/k8fvPmrWa/8/7De1eX&#10;Nw727mH9Ei8+OD086K5fHi7EOpG7pd7Sw727ljHNcS7XPKCXNzY3k9b8e+/fPz0eNmz22gudja1n&#10;r6aN+7t3uepw9buH+81OczCZYYGTLaaIeG/UIaZvQTnz/ttvdHpr49PDztLF4ejsytbO4HTQW+kb&#10;QTjw+q3Xx6azsbJ5cPbBnPkQ0c+8/kmIpnJSPWrE2IA0yA10D6VNcGzboolbyD89gIxwR9QRfB/R&#10;wZ6lo9EcrfnqylarMZvmE6j90eLsHxxfvrQxBPniANgUkpzxsoG5vvvBIRKBe11OruUWy+cL6v4f&#10;w+uFtDhuwlJs7fA/2y2YiBw2YOjCUmE63Lm3v7QUHxydQlCKZbvRIVaFDGfOAQvOTUqCKMho2F0b&#10;0BR2vPGCqjYJdGJd5NQOuiDwI5dTgUdSmruSWlFQ4ErLhivN77KY1Y1oVMqqvdy6yASzujgKETLc&#10;9tIHLeluomBh2pkUN1bsg7VA95IdI3a5ZNYa2e1it4mKLZfvwZa11WIGrOx8w/yLPIFItOAofKyu&#10;hJ2nH1mGgFsVttQ4xEsY1kFYsQ35qK7yzCncly7IxjVt0YTGhisLNrrUD6Nuorrw6s7Wn7/xztCN&#10;cpDQ5tkrrz7P+Awx8hLPgkIKxW1CrrCIuCREG3OgPMPnHot5D+/JhKQo+PpAS52ia4P1neJG8QPj&#10;uyj9dS6VMafhsfq87e3bt7HbvrjcOXpwt3Vhee9QiaH8yXJ29YvBwUNcZidDKAnn4KV2e8tOP2t5&#10;43B4YyX+l2+8mwr3qdNqYm390sXtW+/dfPHlj22urvy3/+B/+O6f//l33/yueqVImUUwkRSmHnTt&#10;jWqcmkxOz377q3+KDM4+YSUwOMyBt8ogHYncjRvPL8fJl3/xK/dufnB6dnDnnffeun2LFIHEHOzt&#10;wpy3s7aze+tuExY9l25uX6wh8wXA9Dz69ptvToUBxiwWIElgj4G61NgzfLiT6fFguPvwDqazjERR&#10;2AaihPOnOOIvXPFByRNsN9577yc8XgBWOHeDzssqWCLyogKvTuTsKVdjmivb3Yq9wFXyeSuu3FBA&#10;V9GgvjZypaMqKJyCCyjc6c4Glpz3CotyRCoQltZWPBdxUVdqHn1FxB28w3HFsxUem6qJEmln8Y1t&#10;CZBwsTUFeE8ROgVX0idLiqyKebRWQEvgcGdKwGoCiok21TDRZiFPHqCM6guen0bFeJEEuhLCzzMG&#10;BwLa1raqpsE6rhGdRZqQ1cPV2c4SlTkNtjAkx0kxbQW5i1smGc1H5BjDOZHUzmaQ/9jT6QRPwOsr&#10;l5p82EGE7FZnRJtwE+VyTGRx3ykz0nF1yRND9cNQ3Z2cnNX5tWEatqKzoIYXNx/ab0CUhqMRzrqv&#10;fOnC4eB02uht48Ul9Z3nXqm16yBVjCZTK+kXGKyhbSALK50QJ4XBcZ6PJPZsYSWMXq6VunCtGIuE&#10;u4lrzWTcwk3pWu0uQptAE0JTOJlM2njQgIwcOaiWL1951iyQMYbmE4IVrncQR4DobTHJo2e2nvyQ&#10;ZrjNJVMYS77x8clp3msKhOvs2M6WTP1wcMYKcLXdHI2ikxNzeLKBcDOc6klNopVEKsmk3YQbfcpM&#10;RG2OjThZVORIETwtAITmeBQlo1u3xuBwEQscmfVnX7z+4qfniBLKSBplkSqJlpkAuAnE40vHxH2e&#10;TYCtgvBnDgNVNjw7mQxPjmJ+WczNJshSnOFV4ZnAQxOkdGaKyINEIG6pNOT49PBD44DCWTTGdBOd&#10;Mey+8NbU/J2tUciyepY5byTEM4KrsyJTlCZu4yGi5SgrsqWGt+BnVNMvTWWtW+ppQ4qBxwIEZacI&#10;NESHXCx5PTKSGnEfQOaK5rLA/QTEfK5+hRABKDNgx5ctflqOjOUMAHQNtT/CjOOTByMUFXXw+UEH&#10;zYQSkoW1YS4NhQRV12qxD3jgIIbqFhXjKGfIK2N1BneuvonCVtwDrWR2YHM1O/hAPeUAFIO0TDRu&#10;kn78NHe8seSsRsZVNqcm8gq7omgyZdxDZc8Z/SCf7pNq+/LULitJ4yo+mry8SjzrITIVbpMrlqtR&#10;EdJSuOFc2FIUqTA+xy6yIbdSp/w29wbIyuKw6o9UAnA50/SXlA2m8bwopkqxQZmS5KytuFBNBZzk&#10;FU0eAZG7UAvj8ZEBd4xVRtyINQtZHkKxZrbhlFOMGm5lNAWQ/mGSqE8nTCSpDkw8qxnNKp5077zz&#10;LkxSnIiaqI/oxXabralM+Gk5cX4cx0sfRFvwRNEnL7gsCRosDtkwqoP1BYx34EewyWCjS6cSHyj4&#10;LU0sYmSjpJTnafnZOZJYuUhPxJefRaprKlTJ5Tyq0Csb9UbpZxyrmML6/r/KDiu23JJo4UoyNv8q&#10;5TQ2kbqZL4ETgdzjXYvs48p8upiglOoJ80gUVSVOOiBfz+uXQ7TMk1E554c7HqzpfixvmvmBv6CU&#10;kwQOOjz3kOE5Hnz0vd3BInZAdMxOv1trdU/mZ7uzfAlLK5dtX3z51s17Fzab7f7S4cPjzd7y2Xy/&#10;i2rAtWQUiy5ujGnr8lKv32meDe1kNIPjEh8wKDSb62unp2eni/zt9z66df/4k594bTYb440eZYtm&#10;s4OIvk6ztr5xATNrPEmA20lsu99fw7m4u3unVyO/ByJiNJOQWaraDdcg2oNZGt063d3cuuSOMVAH&#10;Z220cn1liM7aQk/PcY1sXl2v35+d7lkm7ilbhUpayfNgKbXQzVpiVtf6MG6dTE8wyUHw0M3ZHdCD&#10;Wk2oKAf0Kre6KMCBH792bfXu3QEkDGcIh9mdowtBaT4bTmj1qZntlaWIbDehShQwbb8EM7peZZPE&#10;eQ/Q1ugx6m+89T4G1QiVgUD2o7u7L7W2MNeeDAZoVOqSc+rCWeGCWF9xz+WFF5VjY09gxc3Je4+W&#10;5HqOll0USRHdC4p2gLOLGakLqlSx/fC5jPq8rro7vN871Pke+y2TeWfKGyi4ASvnVnHGGeEeQNrH&#10;8lqhy2JksBqmyxMI/adYl2N/suJUEZsDJfPsbskajSSSxEYiO2lLUUzBCdt4FG42xSqYza4schTr&#10;5DRJXTCAJGxaZIRIFK+G4hi/rA4NrwlOJlNVE9kKPlGnm/j00BZOZvR8zSg3nq2s4JJvwbuLiFqQ&#10;q2Zcq2tSOHtxKzYsj3+QlxXJ1AEHqhftsMQD3xhziPnpKRZKTMIEQCWRynuWq7BF4H6yVJU3jQEk&#10;KPAOD4+FB+v2D48xggqjB0UHyfWGP+PJ/jiYl3qNpoeZSd8LSQ7Ir8PBYMbkzHyI9DEkgLWaWLG+&#10;9cabnU+9tvfwDspHySHizAKCcLqOY9uE4TiOC3KSvl37+0egTuPHgTchIcPTfeLFT957//Z4DDfv&#10;b37u05/8p//kf/7pz/x8E8LB4bC13DNHx++++35NHkLj4Xh37+DO3btbz175h//dr33l7/ydF557&#10;Uf2crVoymo5Gpye4IoZ5vnTxIqhyR8fH6C5utRr/6z/6h5///KevXHrezMaix7WRiZ5mwcOS2q9O&#10;ShKNz2ZwlbazEu4lj+w8L+fVuQup8RTC4PrP1BaAtBamtuYFsVEzfXyESYVaWbHDVKLnouDdo2En&#10;VoRWCLo1rri2C5KFM37oI39AJlS+MhK2jbbw+aMlWomUPLepVXaOV1f5FKIy2FN3wrZ8WwqHG+EZ&#10;kZ4nhYsicPuU+iMhrwzk5WukazJh+0xOXaLIVhr4hV6EkZZaRShp0XWhlCoyf9OwJR4zvB9J8U2F&#10;RUXJvmzn0IDVqO6mnk3Wpo4zeAzZcsIusOls9zYauP2g1kCkECC0sqll9ooSW4XgIwrpOZTFsdT/&#10;ERa+mliEn4UegC0y6KQ8T2vUIcMUMB8MxrAGCAxqDewplGI79SunAwAiZmlt6crrr0TsyqIVyJnY&#10;qJtcOEDSsVN+S2s/smCorYVqFwIiWTEzCQk/DRDIKfAT+PawLWDhPZtMf2HNPLh7ZK6tdbpipRBs&#10;J99o20DCKrrQ47OzbrtJNQIFyXU0vbr7Bz+SB2AO91PEhzKqOsyn263VXp+yQLxTWc5WcJaurK6M&#10;x/v5Cn7i6P7ND+4/uMdJWeRaXJjmFCVS9hIrep/SH6jKsUIGrhJnW40MwpxiZCiUa6eDEbBliGcC&#10;yyvLRse33pzu7kNa1uRLQAoO+/yEJh3UqdjSLEQrjaaKkxK2Uji+eE1gTDlJktZS04yEITO9/ca9&#10;927j7SGnWwYyZOUxDEnok4YgrEyM0bh8MM+GRYrcMpi0cwMFelbj7JgLT34cbLGYKhWpgZ0PJlX5&#10;6GI20Jgpl8jUc++dCYX2rxAXlS1urnuic8kcKjHV1C79A3T+0ELM2y0JZ48NcXtek1jgi8rYCLE9&#10;iunCh4uWitMgQFZzBie2ggxi7WBcHQY2nBqJFfER3gYGT1uNpo21U5DEJBcNQKldzFsJQfRavYvU&#10;PHgzSZrMIn++uPAcNq58c4JRgo8+I2BsSteL2jUkU/Ah4VFdMjdkS/A004k0jurxcFEfD+sqT4Di&#10;03VPJNy6H9Trnv8zJqoSByshLfoY8av6oEOtin6iAn30iOWloiRwVV5UoccTHRiXnfwnoTPWV3S2&#10;6iwtYjWKr2YLwaqPznUKlfIMxTAoz/1zUjL1jC1JxVV1uJrXnQST6dsqKmh2txAG1hMVCaPsQwnB&#10;NpXXIcPS/COSp3pMSoN3FQlaMK5Jc0jkep0YgHhp7UJ+Mhi4EVqAFhC8ozGK8lqTNSSmgSzU9Ewn&#10;ZSA2WrwFYJhYEmN5MfgHnW2LYr04ke6c1TWvSXDfHWERyHrnPrdGd5jMceJ2qwPiCDr1BXuTSEGz&#10;YnUIs+TKut4VWJ8QWRz2MuINdLS3pLmraKJ1HuYvQM1QycNTX94hjizxMrAFktrbVq5G80hkd5jW&#10;nduwnRMhOBedg3lXCc+PCw5+BKa5iDlyf+U1xOP/2z35j5nkwsqFGuxR97+VuRNorj77iZ/Zv3tv&#10;Y6m/cnHz69/+g1aztbPWHN56eH/vJhJCHxzvv7h9rb+0cv9k/3LHjEZH7db6wAHpkdTbK/jIDh7c&#10;Xl9f7tfNImGC+3w2a6XLn3pl593bd9jH2eRwdrL24UcHB/ef2b4Gvb2sExzJ99CaLgYr/Y23bn13&#10;qQ9Hn2kvb1xZXT388PsQwhMxgiyKRnM2G+A51Gm1U0KnRtj34GnZiDCEHvW6XVwMvV7LeMIDC3oa&#10;4ShxrmeyWMAdyKLd940cYi2yBXsqkDaG43av+YUvvDwcLO7cur3Ub300PFhL7LEsEIGGONk/uLGz&#10;6aL69qXk4DSd7O2jfppTPsFvURP3FLycMmEUj6j2UzZkCIl2ntxg+L48WyaXYbI7PB5CNX1pffWj&#10;vUNoZRdxfnw2anXHmBdISGH+hBPTFY8Obd51hGOj4BzEHUjMj3hGGZrHqsygx2bGJF4w+St2xiOI&#10;hdksy73N0BSRnx4ZoWViMSV0FemJ7mbyqAKWD3/GWpVH+lA2bUJxW9V1vcEdLRUwmPVLOo8NZ6vV&#10;ZQiOM02FbYh8jPc+q0ysYVyn05GP0gqfmV9/wdMNyr06ESx1b59GhUw5i2T4UWhGBlRWSyR9VvXh&#10;uZLGXZEw41sH61dh/m0waoQU0zWultyhOIVOeC7wZNJuZov7905wJcHBN2Stmd1/sP/czkau6kea&#10;RiQygoNGH5zEzXNMaM1CvCh48wfjUbeZ1Ml2ZS/caiTYnHShO5iR7IIFN9NrpFFiVcFZoNY6rFbw&#10;Yzxz+cKlrVWBHYZzMNzvuUjvpOjJj6e1uY9oDsMMzLZm0+VO4+5DDHlmVHjO57/3B18dT8euhmjO&#10;8f/xv/0vn3jtk/SgsNHlR4aXrfV77G0jRqeV+CPNdqPXittJDR5jSJ9R7rzxne9BlwFb4vJy7+Ro&#10;/6033/qpT32BHux2/UK3PbywvHt4TM/cPPrGtxCd3XrxtRd3lvsno9H25W2oThdRstzt7FxeO33r&#10;LGWtw5Lu3q3bD+TK3NjAjKH51vff+Nkv/RxvuUQY1n7Q6Z5mGKMrvFJetBZYkiF4thK2qIBEnX2U&#10;5YK3/2qUduaJ2Ci/57zuI32quvPWvSjy/l75CENlUwWcSIEdy9WfhTygUN9KTZ/rZsmbycVHFQri&#10;wCG3nkh+riALMOYKdsRUgBLOBShkhV1TSKoKyZXXeuYuPIo9YCD3IcweoRU0OAWzSyEafO0wEuSm&#10;HQldUqqQSNAa4pGWtz4jyjPSuVpcTeUQIhITJmWVjluc0dCoelB8RIwz0uVNLvd+rg0xrnNxi2EY&#10;x0giRt7Q9IJ7j5LdnKE7vNj4zRIphHiC1lsYF7t6t4st7JwZPziHmO9V4xyenkaRdEKkAsCxxXQD&#10;5xEMsI1eJE5RR/HNfCq9pIU+gqrCpNHpJDAqgM2G1h7VHW2oSZMDLPwInH+Jk03IwNxo0y2MZ6/F&#10;YlNytHneTqlFYXJRzQLAPN2acsV5hifBcAS/8Jh0Kfozh/OstbqKY/XK5pps+60Yax2pEFSjuOFw&#10;iOcHXUAJXnwOYz3pXosU+47D0QTbUuCluq1+1Bj9wk9//uj4bq1xsW+TVn/1CvRQMvsD2Q8ByD3c&#10;+6MJ7BttvMH44Sz9O/Rmy6aC00qrsyFCxmY9CKZSAAZOpgM4qAfEv4+zNo9QwAv5pJNUboxB+Iab&#10;tqem4uPAIhxeuyQ5hfIQt1aEnxUgr3mjUx+6+t79e/X2EsBmyB7O5PFHW3Kd1Na5+GHYNPGH5wGL&#10;Bnw8c6fT+cTQeoA3Egc3k0bo3EHvBysgkDa55/o4n/9RyTv120r3qFRDt4BW9B2ZWo6sGm493M6d&#10;r9jycM5ojnkSqWiId7SYk/mg0rwwHxvuwrbtSUrfYEdw4WEeqtRcOA+0Q0cMoEoSSTlMzdQq+4N1&#10;41z4blD7tLRjgZSsiGowTgbc8PHOAfvKfJ2g8Gid3OLpG7uoWOjYYvBc0btWiPVPzETRuqhI4vQL&#10;Zh4lqHee5szz/DupchRXxmcU1KHidec/xMv7xL1upd0t4ncKw/Dj37+Iyij3wEUHWfmC5gfDbSu5&#10;zB7uokZTnIMMvwWQz5xnTUtBa8PspIAjajgke9HJYDI4EKmeYcfsH3y2eD0u0BBN+SOEu6QkdykX&#10;0fpszSRutzsx2QjyoMK2rdXmpQd1iUAuhUoR64hYMiw5wGTAL5h8POq9x1vud4EyZhlEa8urqzgP&#10;L1/ZwfG+PxwPR+PB2QhwRDQveLRw9RJxxI/VrtRTcqpb0g3yLPUj3sg7l7S/5gKZ+Ez6e3HINppY&#10;D2Ca1yZZge0l++90MjzevU0PnqnItEJ6iqkwq4uFui7fi2GVXh+ag91f3miBCWrzwNUpGawqF/dC&#10;Tf+M1QBEvZxK+Wapayz72BKP5h47QSqv+hwF7a94kT+5YQ2XRGUUY8vA5h/8RaInuQaiqJpn4f9J&#10;5mdntaX1lSayA64+d2G82dnceGHtrTe+jWr4+uXXscbfu/lhLQOUtr+XHCK4fTIcNVY22pk7GA67&#10;9qSdbA0miGlZj8ZDPOlPkH1Sb6IVsM3mpZ313YcHt23273zyMzsXL96cIeqvhgSAo9FZPa7fvLfX&#10;6Navb984mExPxsPj/du9lS20RWgoQKRB9YcyARNfPIpptwIcnGb36Gw0gnd3vhhFpjUYHW8sL50N&#10;T3DJf3j7g1ee/2RO7VndD18q4TdNXG1mHEuahg1rDSqhrEYI8L6ieHQyOdh9uLq6/umf/vjbH91S&#10;q1t/qQvQJb7cxvLyzb2zuNO9fXf3Mz/1Qoq7ZAQR/0y/F57WMHQSwwHNT6NWrDACXs3pmi6TjlM/&#10;zUz+9/7RSafdhZbu7HSEKmk0nvV6tWPotyGVbnew7/yBSLKokjxVxGuGqxBdJVoA7HJZC0gfJxr2&#10;VBjCuB8hxmMspCQf5hgQZSavzFzDTecxj4HDphPr0BX7LZDxSXn8/ZhArJBGIr2u8Vg4lvIYhokc&#10;ucY5Pv9dhon0YUHGrLtcdrly0lpx6JpYuJCS1Ioxmo8kkJBYpW0L8B2Nq0UTijKS5BvUqezDMo0C&#10;UR65qaUNGEiTSBmDJjZaQ5fR5OUoNC/iiCpCZ//m0lCUKteViUcc7Tv3wb2HLUCV4mScZuurS0cn&#10;R/LiuX6Jec1Z7ztySvaKZLkKuV0CefAQHNQUSVewvSE4ElUU6nAgKckI5U9KeYxJ9YSKSAHS4xGf&#10;IMTeDETFLktd0ZJ0FFoGU4wvdNIqK3F+AFGW25ItxN+FxW8CQvL66oPDU5Bn1jbW9vf32kv9n/30&#10;q71G7dL1qyIB0KQDzjPr5F3zn8RqmpzYuPiAtOCcZ7Pxs89efuO9D0ez2eaFjeN9QKTzG88987FL&#10;m+Awf+lv/i0qG425+rEX88ns4mZvdXXl4GzAoJMkuX7t0ko26/YbX/jFX2rbFnTgmMtc3Npy7731&#10;2U98/LvvfoDaut/vp0dHuHVfuvH8zubKfHj28mufuLx9Be+d0A+9Udw+NSevaBSTYqQenhgurNGJ&#10;bil9vvK7KBcJPUPX5F19TuMVRAkSSSaxwD8zR39RWATrxtO4wpSrwmNzLmghqiR0uwotwDeM4Zc1&#10;kdoUgcBF7FDQbkS2GtlYGIGjihKuop32P3mI9zLnqCSugA/IxCfW/zA2OIuEGmhdMXf2mK9KdJHs&#10;m50rmmVNHzOUjTJLboKrEL5FkclEhB0IHEhChhhrw+QbOS+EnGKVC6+TBm6FkW2TCs03h4Uer4P0&#10;5DwV9BpqEaw8UZtJYhHbGZlqWR/eDV4PBLJoXpG4M2EfadtWsNtcqKbccJLwBAAyzqUZoUixAIsY&#10;/2VJOoKPGHLhFk47abDxgy+0OWCzhak/0oKw6OUxTDlSje03onVx6aCra7DDRlIQYvwQrgOAomTX&#10;sPNPrLwpVjjG8iPKQpuyibpUYMxKg9UI+cN4c5xkyHa6NWYW45rEXrMuBHx27Cmm3Epdxm2EN3a+&#10;0MgQolZaRB7k0QW8KDoI5lOYfaDyZeBvs92ajCZrqyt8NEAoN6d7BPpkgCROR2OB/aX8/GYMjm30&#10;4k6vR35FuyFKnEgWvBg7TxEa14qbmtBs9TrnB4KLpL4YjDbrraO9h+iLwc7Ek7i3hOQFTDljiSLi&#10;RZfxUQ6ugahrqQmDONtA3wT9e49tH6eEp5PRZ/o7J4fHYzhdLm5/6qUN2v5z2SNFkgicpWAfYNwq&#10;BTRNvBhD4TE/Z3iUAc1+ls22Z93j/T04qNHgzWTxu+C1GNPl5x+SJkSKRQE5XFjdH/XC+SErFbmM&#10;E/fC1NwVEQKmmk5YPprLhE1Zq+KhkVVYciJjLrJMnhiy6WRR6aSxtbZ017vQZfJUyghaE1URvkLd&#10;NkbJArxxDFBcTTa0KqpUWleu2mOn1Smz1mML+xfTlv19bjPF9Ed+5SZx3kXmWtHLeS+qvgsB7WTN&#10;+YV39eTz7Er+LHHkE+ufOrfw/OLUCUTTFv6v6pudFwTpcxvMypeowH5c9bMK0R4F5Na5R7tVZ865&#10;sty5gB5TuoULGmL1ezl3bknt/Wk2/MXYaGqImBEqEtUKLLGIc44K0rdvsHA5gt/3/nvvyQ8RK70i&#10;bO/zIvmjqLBcaZhxRdBJ7opCjL9/8eL2tavXg7PCe4RjOXXlvE+klfVCTmER40OpoViT2RDS0IT7&#10;h6OAo86MD2JxAuOsYyb3bI4zi7RRnAKzaZ1JRbywUD2PxkN8iKsbFxfzKVsmwHfmcF8255nsNWT4&#10;jeoZQUSUTMfx2dEh2gAcdBBpLrBIwLgQ0YxW1j6GVAWe3rPprXffZh0oCoqFv+y9bCFYBYupdhWF&#10;rmNbH2eG/1y9sA5JLMXb1pT5IiLxMq4w5Ok0iA9DsVEZ6l/4BsSKm67oFwKzuSIMcdG5Ffwjbar5&#10;SdvmK3eK/cE9s/nhy14FnTyCdsP7APLwrL8Znd1c9G68/MoGB2SwHV3euQbxYb/ZN+nwxqc/efRw&#10;7+jOzRqohnM0SzPsUpd77b35xggKqqO7K2uXsDvCUxWXVbfbnswhcWJg7sQMkbs7ycw3fv/3gMfZ&#10;uXxpF6rp0XSl3Z/ks09f+/ggn3YbnfHeBAuaXqt/dHQfmml0s6C8Oqqt8EjhKD6ajtCeIaF3tMhW&#10;eqtQAuL7Dod7+4cPdtavHB99lC+YFkeskWjT2YMJYY3OP9yrbKNzXvRupgsBWQlw4ML0ijk/bYqT&#10;HDMAIUv48O5BuxHVOszdRpWy2mkdHA/wFw7Gw6TRv3nzXrfV/N57Hy7gDRotfNa0E+UFTD5pmhDZ&#10;E0XnPxLOq3MxBLBREsOPHBC4H/CQBvoX79jDs9FgNMqiNbw8CEHPzgYry338EFGRcRsmKyprDuFm&#10;thgE6XhZfZooINBDZnJ/MrIMmjdhYXHHPIPODQ9xadsS7kvxMaJss8JhpmTKeMp8KLhlshsVNkBv&#10;2ygAT76ppwEqD3eqhugKipm8ET4X0bsqZ7lJpy5cYdztArzp+JahCGKtGftNHaleTLkXUq1wmvk5&#10;9lpddLZouhS0LToWQQiAxD2eqKAyESQrlu0aZ8/dDYKaOKHG8zDVOZnw+vJQOuRBd6OHrD03mtft&#10;WvBQMTojZdyuH7JRtQIx8Bj/dTIGoq+GsFB09w8PjpcxKyKNJg3eBt26WY0ZlP4nmwhaqy6VH7Rj&#10;qcoVYUBzmEWAbMMCCPr8urXhdGMtKI431CJN37uIxUok0yKH5Ucncm7/JIl1OowYkYypLWp9EdaD&#10;Ksxr9cuXd/b3dy9uX8BbhX9fW16dT45B4Fm7sAlzvjd1RMJl5xwFOWEtfEx5QHNIuDE/ss7qypf/&#10;5i/93ld//4uffClptDcv72DtMhwPGpBrzyZf/uWv3Lj2rBULfme5/Z//V7/2r3/jXx2NDv/ul/+D&#10;zeWN3/+d38rr8eXtrdd/+vPXrr9QY0GOQZX92b/9t27euXPz4Z1f/qUvXX/+4wcP9t9447urG8vZ&#10;8WE+Ofmpz3/2sz/7ZdTvo/lUiqJYTOKmDJH9iUvagnlOTaMhM7bM/MmLGkhWrsU6Uy6kXAHELuRs&#10;Z2oPiDRTxS71l31x7PeuIUUveMiLnUxVvGOcPi1N4bORlYMHaIdW2MdKyOnhfwprQnKjvhZ25pln&#10;wLMdTeKoEh1iC2KKCXEmXh9lCjMwVozyvE45YqeRSRIOVJpdQODDepcyBSelr5bBQU3iy8Pcv52R&#10;ld+MQTf81rffejhAODpXBqJEpqKNMy4sVwnURBtVa9UJr6uLiIQK3RjOWzaZEhIhyhG5i3EwTqXp&#10;rREfwrthkU0dQnAinDMkQ+fSr0q6KlF4KFEa7Qbz8Bgoyv+A7xN6dLxKdWDk8xnTcCgXYkguTiha&#10;SNT8jGJvyrN1GovhMU1RCYnQI+EHJjlueAJCcgcIBOhbTpbJqM5wfHNclcF6gzO8BRQUREUNcqRw&#10;Riz0kYLiBXMsSlsp0cZRmfHczCfcZ+dBmiNvKd6NGfjWEelDxFLi2oObAFyoyK0sLwndBLBirG3n&#10;IrpiLCwzf8SoCVOIHO14RXaeRq1OF+0ZdrwcHJi8VWfRwEwkJg1DtkeyEdbxLepS6LBG+K8Zzwgs&#10;hV0ah36UNDm2ANaSg2LSC5v4gimQ1nBH4ZNlFg5+AAw2JuhNF80sHw3Ockhf6i0cINmYT158QouZ&#10;k4cE7XmsGZ3NJuoN5Bh3CjgCPhl8So4z8whysDjZu3czx0oaMwOTHty/ic15A74fgwQpsAAzeWiD&#10;g08sPT5WR8ERj2SMSnGZLC+3hwxkzL/5Z187HC3A5RpLlJLenhy/WqVDRVnJSM+KSL5cLepaw3k2&#10;W9APqn9dwjz9YzwqrPFGG4tMxs0BXmOcl2O4TGURQjZJ6dDzLAA5Q2TMqrAq74PiOEm7mlLC5BRD&#10;YAPFgxF42tNYiVrEJz7ghZ+Psuz+PF4BEgLn/4L2x8M5ahd5PinLSBsaPsJg+YUKYQL1FcsA/uCx&#10;3g9hiCd+LRlw+LLUVdd/2ihaj7YTgYqEPEkgl0qx+QbQjiB60DiXc1BQLXh4pE+55XVRJR5Gix8v&#10;vlEPtCl0oU6YWucmDq6yLT1ngAnypApTzBR7NvfoQ60Cwi3aXnN+BfdEs2Uhdi+TbwsFvE82EqWR&#10;rgesM9Ve3YRfL6TyhbTMRzD5B4T40Za6HdxWdbXOhkBK3TpEIY9S9bfyaq0r0DDnHEL+LQAtj95V&#10;nOpoIFExtpDaOOFtLyJN+tVoKJPhvlRcIsLI2KASc0taDTX4CrHizc0yDDR4hvDEtel42OtfaLYg&#10;I50hLMWxgYzVw4SpHTybt957A0+CwekRDi5IRiz7B9bYE0zEMAGU4QAOMZzPKJzge8OhBGnMbMra&#10;lUU4ITJEK0wnsF/FiHDfvnRBBgE2Dh60kLtV+LHVBR3CkV21cSN8D/fUBL460Sty3xMVqYwlmk7P&#10;EasfrXynSFwYNiQ9qPzZhJmH9shxiV52P4auuNr4/IRocfYnoc7j/ZQsAXAUN9KVa2kEfVE2E4mO&#10;odVzPh7tHiHVJF184Yuf/fof/3+9jUvf//C9i6PRCq6tbLqyvDab1NLDd+rRJp7wLm4iiwqfLpaf&#10;KKNbids/OttsLj3cP9h3dnl9+eaHH9Sj5rMXtxZJdjiZPDzZ/7nPfvrd+8c4srZXVuiUtYR6j8YL&#10;1NmLfDYcTPpLHfB6Os0eVJYp57U1BhmCIdno1pLWW3feePXq5gfvvHHlwqXj6BRnK1clVj3ZasVG&#10;RVRD8iAre2NCaoBG2/L8oEAU1zomNyK4AdzY5aOUa7lkNqLLC1fjYDLFTdpB3mu39d6tfaaeYpaD&#10;sFA0ifM5tQ3cLHMqTOccj31UBYkMSHkUVxQC4oSRkCEl/utj8vOffe2f/D+/NcO/YY3ZavU6CN0B&#10;QiMaohiZzuC9UnWX2vgjbxf0szRPVqrEeJoCykqaB7tGjJRQhnAghrub4BDwRzn4H07GrAfmDNoh&#10;BAbcaokgkNzAcwssOjq4yvMBKqF4V2FLbooFkJ/wFVMqT9BDQ6deTXx8LEI53wf9iCcAWkQ8Whdc&#10;DVB0KJpZHlyEdopvV905xeMCZRZ/S9pFGsBYK+mL9ZFinXY7089dQLJWDB482VA/8trJ4jAm90Z9&#10;v/APXLNw9+aCRw4/bpgoC2w5FVuHtADIlpzfeXB0eHz2/NbqEGVprT7GoC/L/+KN977wmZdxMSTS&#10;dEryC7H0JoS1yswlk7lMgvKKIR3YMeBXSNBzGufspa1OoyJBbXGylbXFhl1Y1DAK5sVqQXoIWwSY&#10;FxcL/jQ0w+OD026roxP1WHpegqzns6vPXAMh+uTksNmyr754aXNl6403v9fb3AKnQUAhrkwroJzZ&#10;CNEQLzhTWS+l1ugyEh6Sv/yf/N3XP/vTv/4v/wUcB6+/emOwe/D2+2ef+eLPvPbpzxDf6fcHiISp&#10;bz13/T/7L//+4OTwzv3bWDT/4ld++blXX4VHG+Z1qD1FicCqZXVn5z/9tV8FT/WPv/7V6dmemxxG&#10;qLvmtdc//9mXXnu9s7zZjIFwn1GtLogy8ZM9RVizfCJ5lR/nyjCPvIyH8OFeRkLmNYsoC/nH+DeZ&#10;v1oPBcH/ZoEImDgWeHwkZ+KpV99NsS2OoqKhjipqHVfFSHjClDwoM3n+uUqmWVS9Mkx1PitFLxfR&#10;Isvwm4moLlrdwIMvjDragBu/XHNlzruIrPwR5JkyNhjLRdNP96FVso0PVpTjxerA3pa533o18z3g&#10;+JL3+CzDmPxv/MynBvkFlC7ZYgJ9JSRDaNfw3qVTTFAnyIfH2OvkaIpRJDQs0zkT5eif4rdHVp7s&#10;6Xh7pXnmJSqqSaZuL2H0Im4KbE8hzhXkALpI1FVwzGD8yfsYHTWoWWi7GlSliC1fhgNoo9strglQ&#10;zcx4H6CY4loYh5mqSjXyjbM7bhvkXgJVgCOkupX9qsxBWLhnrSRt1Rat+PTkVJ246Ki4Eahh0Ttq&#10;JQQziFIaIzGsJBdNAqZETYe3T8QwTjBvqK0Id+YGGxtIMC2oq8FRn/J8qFFRrUdInO+fwnvfjo0P&#10;ssbxmzOkkAszkUvgBWDilmimsfhEHC0yi4XyC5XWlUgFhq9KxR98s6Ihxw9f51dpQLgMjXanra4M&#10;x8YyyifzVI5HI45zx+0gSZbMjeKCJonEQy3zV/ysuHgAjZrjBSMzKUfE0QzXA2bsPC4Z0hoLUVji&#10;cLX+FoaH7D+xA8I+h3oRCMcz/PDRGMPfTitewIICSdUZPHb4U1BbG9mSZnjDYMYDblpcM1xU5SjZ&#10;+d8S1RyRyTVc8LmCuhfHoDeoC92ZbaaIaEKerG+MdOwRaQMc6xMm9oHeehfRc8jdtIPeKiqGU37J&#10;ZfyALCT0inBXMv8yKV0xjdATOnVq1LHlgM7z8oolo+TNmKDC0MPBeohrVEAIeXrwdKKKE8/WepPq&#10;Lfxsc7hzm1uNVh3A8QhrB3qiJ3hTcsFMyAMSa11onc7weQ3s0qXkpVabaDVhiAj5mpIWV9KCTYmt&#10;K+mYIZClxNtBo56qg0YbvzTXzhzQUR9lm3MdzaU7YbrOPs2O1+Tu3Bq5uv+MShyxb1xz48r21lXT&#10;O0wldjcEnJtHck+d735dtcV1T4wfDQPYMOH0fNEnCJlDpeYqctTymaD2GLkog61ac7a8nl7BREWk&#10;XFBuOx+3JSsasolRw73wyk994md+sQm/ocTykSgagIdl2SgvDkMp4hkUDsKTJNdHAvtSH91uPnz7&#10;je+/8Rc1CMw6AKdAMQP7G5Kx7Wg05pgR0/taPJuOuXohRDmVR0ssVWUT8OXT02MICPG0gEQ5qXch&#10;EKFZg+LO7DAGDSs/3D/ev3v7cH8PL2o8OkNpNMacFb/B5NY5eSu4qmPbXVpd27h45bnnjw4e1tud&#10;3RNEujR2dq7iAB6PR6AeEY2P1rnVmo+GWBl3essJ2120V1g/JPCRkUvf3/yV/+K/98ALuSv1fa0o&#10;4iNbzDoKm7QIplh94TrHzMlFf/Ib//y7b7wtw1NZy7tyhFIZm0mZJlZDP3GW+DNLSWaum+f8vLhA&#10;D/oK1jUqKZ3R43LiCsLtMepJMJm6H6vcyn/sdlfHBY/cufRj4MLGE691+flRDgMeGtHd+XSI8dws&#10;Pe61Ng6TyVa/f/vwtNFbXu33Hiwv7x0frhwfADhVR7uUgaP8/MH9j7aeXxotMN5A4h8M2fXBSd5f&#10;W/vw3rsb7X683HdTXECTiyvLSDZ5797Ddv8CuFYI4/nzb3/jZ7/0N249ePfsaI5FGfTujXZHcGc1&#10;2m17tZPT0+EIlkZ8IBjnA2+Zc6Ahn1sqUp7dwZHDDbC6nJwOpZOgdtdHwItlFysyHrK5v6NtCM7A&#10;V0TdAqTznI5vKZTxaEUfFRsEA50MxkkPDqskE+Li1a2NyAxPjkf9BuXRrU793t7Qj1jl+QItGVym&#10;uLhnVF/H/pkTjj2VJ2baKDh9zEVKgSPABD6oRmtzbW0ynu0fH+ErMORdCEkk6OZRdUrigsE0dyGB&#10;IASYnQPNk21LhyzquKQOCGgzlvNFciaIelM2HRHB4zFN/1yPq1TE6u7TJ1JrrK6sa533ifpNs3XF&#10;ektWFH7XLRG9On9lv+lHeEy1wSyEwUDkJePzbdbjFgV1CBqB2yeH84wzNVjq+E8ie9pYqsNcmYHS&#10;I6IYScFlLXhBVmfw3MZYrB1qYi+V21hWTQSacBuijSDRVvTq5wUe34+g+KPkPlzm3LNXd1PyJli/&#10;YuWQgiVzxEadhNV8/2gXu/PbB2f1ZiufEHWGnRJ2od9/7/Yzly+i9sT7htJzzkqHum1tEegjYRGw&#10;kJ1C5sGIUdyK85N5Rko3/MkLFLuUTWaFg0dCMHLRxUqeFn5nZrx3WxYbBbq30L2GTTyCplF18gZx&#10;4n/WRCg+J/gCtrbx/zZxkA4Hs9icXLx0acYOm4N1MUbnNcbKsbIlAh2VIurH+Yy2XuE2c5xbIwUb&#10;K7Mbn/yp//oTn3x47x4Sxeqv1r/8lRZPVZKG/BFk5VrgX7TxhZ1rOzdeyLj1auKl1jmnNBCFxkbR&#10;I1iyRfV+/+pL3csvPg8SNh48Rib6FLELu2shmg0dYTi5xfQceJrljkoY1GbkPOWpwkv3ZYrcTpmH&#10;UZZG96wSgRh0Q/JxxHId2vOsKFWml1/ZPDHJ4kmSnor0zxRGXPdIoRbk/IppjUUmr1kmnhzjij/l&#10;oiJ9wwWhmSked77tZRvMhQxuPVEXBwSAJ70GlbKIVLKCNXtOEV2xJfvkb5aM9biZJ7SQpCdYLeGN&#10;IjIcboWIKOY6e7ZWLiCTmJP1RMC/tUyqYPrPtUPnmUhmCYa5munNHGLJnBHkAU7oVPg7qlWmfwGu&#10;05PpAgAT8KC4g8vc8PTsGN79BQcykBND8YRIADIjFqkA6jg4gHS5obRPNrS07AMkkWsWlQwnKHi2&#10;at7mR6+vhWUQAyuoc1lMp1iMAF1AYBZPcJycCe633PmjlVYdHHcYvBpRp6HUW5DAWRebAb4jWcfE&#10;DXHMmspzg1hO3GXAOooDU2aRyfUrOxxSEPuMChVS3RnvcCNTGbmrEbTLmzeBjlyjmqkZp2GDtzOn&#10;Kpg/UPMiD0pHMoucbvwVEKoMp5ToFuUFwFiMjoTAPsEoSO4w83hhIRYBK6vhBqMv4ePgcaHnBv4L&#10;5zdsI7yxsUuBOEhuPopIsYt2OpQjzyyX6Cb+gt9WsK9PxIagdRPw3lYJ4ikjofBcRL5VTvzgrEYX&#10;t6jdybEio3WwyGot26oRkU8BuZO9IZps6MPRfc9FDZxzLBRp85llItiPxElrtY8QbrDPFfF4VhMw&#10;MMqA1Nm7bklLP2YQ9fvZ0+PbFP612Msf+fgTEZbWFBKVVHIEpP9WIoduncv4B1dx+csgT7u03NOv&#10;CPnwyTCw8iKnhW/SHOVRfWXOHmWymrhevR3TnuU0jDvmY8uNZtnxpIbJwt5kipIOD0sZNeXcDFM6&#10;QFlSrNFYVVxWZIt2TX/A0tzLay2LgvQs8rwEb9kwvjGQFG2ZbD9VcpU5H0BUqDqLYBlXkH6qtJ7K&#10;yWvN+ag2UzVamyeZhc2jvKlzSUUV5LJzj7i0q9vjIrc2qvCQoqo9TkPUVWofx+WeTqo5U2mLKz++&#10;N+Da8z8PGikkTLSWN1aufjyWoZZXzEo2QaXld7mq7DQZQDcckd9IyR5EaW2ymG3cTkXOqzwtvZXx&#10;P9vtLmCWtUasmSS4A7m7RT3GW5a2FFwWGeuW6QwxRKcD4nvgVRicTYdnE2hcp+Ojk4fjyQiPA3Dw&#10;8QXgKDw7O8PTCfsLFsxOeYFkwsPbkk3QDh/leXsyPJ0MWunl7Qdnx4Pvj6CP6/b7cJ7QLVBj5DiO&#10;lkarA004FtI4VoGGoF4SuGaZLIOjx5QSL520wQmt4y3PoLKVa8Z6hUdEBgTEpJjP5q7V7BTmW/VR&#10;myLxwYs09aZX0aX1U2ZW+v7baRaYZw/I1Z1LQIJ7ggf2r8xHPt/0Vpe95ulmRz4mfraV1yDLJ6kB&#10;YOyMzM0779w/vDUwg2fWrqaj4+XGxU6t9+bovRtb10YjdzrPens3X9nZubl7L6etls++GjNSN8+S&#10;k+7evfbq5QkG8a3m6WgExlBdZiuz3EGJOlqcYRY9StMPHnw4d/Hth4dYrQ6ns+Np/Z2373/x1Zdv&#10;Hblb771948brOAYxPWSnR9GxhShidNJYpAmExLhKcBX2en1DYRU8qFPY3nb3di9tXZq5ea+xgvHw&#10;vcN3L2xcRQnQbPTosZwvVLIq/V4swi2f/KojMVTYaKGp/pVoVxZFcTLE0m0UrS93+Py0Zntj8/j4&#10;YA6R6cIi1Y9DVVbZ9DNxSCLPEvRxuDGf+9ilZy9uZqSM+IZJQTqq85EyQG0GvnmR9Fn7l9/7Psqi&#10;46NjhdB9eOfhjWublkbcWCdnNjIhLNfnb5kiKtZ5y0IRMlw4Q2SrSr88qXZgkLITrEU65+GfTZt5&#10;rmR/zJXdYEjXnUxfZyQ/8rGfC2OGP0AinEkX5P6mMO+xFlG1IueC0kvyj2mFawVYlcSCqqJblxQE&#10;vpa41ZaYTGFFow8GGw+GbbjC0FLV2DTR8KuPhVwojPgyGTtVFwWVh97F1Abz6S53ucBRdYgt82lr&#10;vX9VT3dGIM3dpKaCHH9CKHMo9XeEq2INg6FX3MmCC4pYk2JPAiU6YagY7pu79w+E8ArAGIgyWafe&#10;xNQDuVDz6QyopbeGt1588Yr2AiC6NmSrom1CLiHJ+kKkcKRm2EHa3syxgmnUsGGA0C4jD1Y+9NiH&#10;N4gzgbgUWP/mBK0k+jSiH1RPlbx4BPmDUjMV4SqYg0Ao1DJ5soi6CB9KxCZBXeD4lFqQVQIMQ6Em&#10;vhiDdKCcqMu+DUU7niKMMwYwhrBo32cLeUwM2DF9dTzccVlsbG8yEpOBHwuufsTqDvVELIOPRC4G&#10;/B++YE6+a10Cqwjkxv9EeZ8TEMorvCbtB53M8FrUWzwVUILOJggXdQx2Sm0eHNk6d9eE96eIrfJH&#10;trhwrc+9D8VaHpligq3PyHMMBhlUFXHPeXDHF3th1QI8+hhxplrlhMazFJq5okB8pBN2Vc+fMs7o&#10;VzDlXFa9tlEI89ayN9OwS0n94iTBWl84P4ZrKbJ2iwpPNQZ6NuUSQxKsw7LPjioFVyY5MrFiq/zR&#10;Vegqtdv1K2vasfD6samD0QozsqiGfRGuXGzYOCLhrY9bBjcdDDR5LGm35O7iXmMFzhE2wZnOKOUS&#10;i9UkaqV8KKDtmWMzi0cAwnpwfaeQNcMRzlfEyxqAKIiJ1oibwuSqLgksBieYjIms3ABQ4kdSxsBG&#10;IRE3uJ7FA6JBTrIoJj0lZTvN6zgwsZVJnaoUhu4SPNFQhc1nMOykPF1ERwLDcO5G48nRyfEMvLzF&#10;NJdhfCrPEnZXYEYIDlFKRexgkd1Us35J6OjebXRwv8VivhelId3O7M2EcxbpFYsfXI5VOUZyzZ31&#10;EkXZpNGLTUNOqphxCgWtz5apUf7I9wEzMEwxZROUafgqJmA85KOk3ejiiw4nE8ddK6mv+BJ4EzBQ&#10;5uVGYRa5XHWZX2hcU8x+mYsiABjwqZPri4tEouWxBhUnDD5EIfflqbKSE/JxyEXkmhgfWURUtbBS&#10;M5XVW8Gc2QVjCth3cWgxgccKPl1LHhVMJXxaYbKOSn0MZRmSRTDNAKi5BUvzHL4fsvPQJ6PkgdAX&#10;LTFJiVRnaAuTcmmNwzYN2KViMec1WeUg1WcFnTPkF2b9rAi1L2xMwTbksXi+W1CTGg/pTpsu60w4&#10;AcoRNgXQqZjdukKo4c4FjgQlsvMNZWD8auksmwAcur2lNj4JHNDzXns4uD+5wFFoG/kwEnK3oAbA&#10;E/zOpgswvaezvJnVzOh0OE3QJMxlKY2Cg8uplHIu/tu5EMQizFbPB6vg6yhotDONwRNJal4NCTB6&#10;XEmEuJNeoyYexacra378IeMF4d6xbYpTVqmlVQKheQLQ3+VRRbX62ADz8VXVI17wAnmlvASrMgA/&#10;Xyn2fJWQFvcIzKzyA9lQIYsQRqye/KVYBhDn6DRRgBiaEl/qdDVveftRsoccOfq2wsMzI+08aOqd&#10;hvHGKnLAPaSKBJETysjIiHhUXd+iiZSEWzyimAuN8xN/hpsMkSGMpjQmQHE3ge/2FHuy0Wg4BKEd&#10;VhSMtCCZ5DGbsdMNFbnv6RjnRq1GJhG5kIEkC+BVBgMcHZg8AtqCo3tG8BXGj8gJ6eDiximDRvP2&#10;e++9+61vv/zg/suf/MS82drd31vq9196/mOSOoKTZo41DHZkLLoWGiWgKA0nER6wn8BjnMtaOy8M&#10;QwJezgO7vEBYycCuuEJw4sG0LNEAuTNhyWGchhuJIj33U4OC3exCiIoLdErjIfK2yGUJ++Ri3PzX&#10;MN4+Okx5oqT5h7e753/X/FjK5yd36QH3yR8xWblw+d3bb2PoWe8nV7vX//z976Dhe37n89Pxab3d&#10;qt1DpdCqZePt68+evPOttaXBFA/g04PNbp/+KeYELS5de/n4zje3oPWpLwG2hP9u9XvwfuAjOpmc&#10;XVlfnZvDWZrfPxmQM4RPLskubKzunwwurvUPJqd/8Nvf+Ns//0tucxVlA2DR6/01MrshjJmOl5Z6&#10;PCEX4/Ur17GY7PWXZF+Kz9vefXgP5Qg0kR///Jffv/vmzso2hEmIH+C8s94QoJH4OelPhcArEiyT&#10;zQo7C9fEnOjiSYuyYTye9DpdvraMT3F0iSlmmm54/2x8/+jD9dVmzFoA7Ufe6zcGp/M6ET7x8soa&#10;mjeg3RBXs7rUOzqZjI9vvvLix1zI+3Zl1o0frEbe/ReIklH00d29s+GsySYjGwzRkmHnSQEs1BEL&#10;Up1zXVBX1IN+faTx7Ym/yESM7ItWJz1ITGKTwPbQV3B1xnoLY9aEov96PVgdmA+M/2/Gor+h+hm+&#10;HK4+1IDnRC+Cdy21mmMvI3R5bFsTotVQ+kDDJuc6gCULZ6Vq5heimxiFKthUUANCzNyQPW8LtjRH&#10;/y7rTilXYdqkFinmopMgx5S9kyjz9EB0EseBIoqKtTxHKcpxXibQZkli1BdjlKLB6Xfi+yDJq8yN&#10;GJIIjk+FY8JMZ7+iyvW+l6JEZ4TF8awfovVvO34PQbywWI/GELqzM0TsB+pPWIz5LiOwIV1AlYvP&#10;DcUXJAyw8t65f7B9cZ0rozmHEwxPIVSL8LDC05iJXBzDI2yRUNl1uOGdomzHQgsczEiGfpWGwxKX&#10;jzKvGYssP5EnAZdVeV4+wspNgnyWuCcAiW1jw1OXuaks0GWRrkRtH0kgP4WAw0SAHsnFw7EJmvBG&#10;vQ3tJqrUBgU7+CSbTX6SaDb4nGCGchNrXkWM8MRN6ty/it6RZaSQX/HZU3gkSKGaJEWhEBd/YObX&#10;ibrkZOXCKlRa+zijS3BGpYZA35hxh/Gt3BUkrtm07up4PxMGyGCS2oAKhGkyT2tqqLoAfzdGBVHE&#10;FGVPmfteDk8UkhypvNk7oFVjrBQKeaKb2FbyACp2HOe1ZCaqEJKjcgWUF6atvHx2lHqkEGyZR77U&#10;LpeqInbKIq0X+QdiZUSF9YtThnJUsXK5cwq6AMiqbAmsJhbZwivgsWcFX94TufRf5Gy04dHoNJNY&#10;xykKsWZ3Q2FDTWT8zAMCDDlmK0kisbjnbJzCqo/Pv57TTIp/w4+BfaysKZjTiEOmg3NeLJ46MyM2&#10;D2oROTeSFjN3cNE1OdTC6MoJhIbFmZN7gRYyUgDFvw80U1YHeAQNUwv9dh7PvYcDR8yc8AneM0A9&#10;4nVywWk9GESV5qlW7rkMuYQ6EIt/lhE97bjJKZC1o2iGZhGHdkoRg+sBnAFfGXv+XKwOmW9gMB5i&#10;kLkQpuE7jUQLItgtiiiIhzZq2k99O8OdBc5mHZ9lwu5OZbeykDFlEycPplL05LLjZFDwdMqWUWiL&#10;1NHhGZhTnYqJH204+DPwcGT88hgCzjI+uNjWMxGAH2A9idUfijcSzXwurSnjf+Q2sCQZpbLIiWJJ&#10;jGMkgrc+606Jtg9OwxjGpvHuHJOQToZ7H2FzVq4y68dPHvCHJyOW5DxR8GR3Mvzl4MzDfVM4qrFq&#10;xnemLLBhYsjh8XoTSTfAm8bNMx78+BUUuJTMO669MWUj6QZxO4vJIkevi3IY4u9UFObSo1rV6suR&#10;5SrxpwVfzp1z1uWVDFSrEbhyAsgsk4dexYxXTLhMcf6U7RG/HK6aPDy5NKlBkU+myPu1ZS9WQqRD&#10;3q2n+wsAxBa3onwzfNgYhHJLDplCLU9SNLfj4cPvvvVwWGs1u2u9tll0Ew0B5CQWZeRwNh9Opwfg&#10;aY87S/UmjdUJsF55YRhNvT5N3E/l/N9ToANrhsdI7lXZpiiAnD/kZKueSmcXK3fLSrw1Szeh5UVP&#10;38dri+ggU+JqI517uuL8LpDJ58J3HwfbmiCY+2HdQFEBmuru94lZvkVbHhy37slf0VUDaYwpcyX9&#10;hN2L3W1omypR8GWQri4LAxta/lvSJ9U0C3d7rJ+qEwp7zQa7VhRVUnz9IleejHnsZ6m519aqL0bo&#10;yjipb9/8aD6ZnR4f7z98MEcDCtfsCP9AJ4rAU5Lq9ZWh+PeGGYrCphzj4xfhUsRFuJgLKFDDh7jw&#10;yiTnDEJmrHxpjBSbHQ7e9a2Laxe3d66/0Fve2L56vdbu7O/t0YBnotd/7hd/71/8s6//yZ9+9P23&#10;P/7qxzevXp3AJTEZXbl8ZWvrUq3exJ/h68U1KQElKJQWRNsyOlXfA+57OamMy5hjMWIUz1Rb1eMW&#10;N3yss3X0/2p98HpPK8emvpM2KvI1TZERWGSwBB+cMr2tBKf5NVIRlVDcsNGP7n3Nk6hu1QrEnAuv&#10;Pk+nCqWI/clNo/In6CN0NYiLEsv9q1s37owfDE7uXVx5Fo/c5c4W+8YY08wIg71+e21U69vB8dHG&#10;pZMH95dWNt786KOLl64zf7xOujZDD9avHOx9sHrptazTzkZn+2ejpaU6YMb9XscsxgvI2ZvL/U7r&#10;cDDa2l5/ODnZ6rfev3eAlJcVy+fx0ckpMm1BuMGj+t7uQX9jx6VjcJugFIMaH8MbSLt8WIXWPS4/&#10;OLjXjvprSxfwQussI+Px6enOledyDR7SNT2tkibQGuTR6su4SIoYU08lF5c3p5FwKnw7gvUZ3phZ&#10;MYRF2Ohd76/NBngyzjorPajayPiEB6nWOD49und/KlNOgyHw6sqSyNhclVxV9qnSVFiBc3LMIz/P&#10;7v4xGiTcDMCsD8aTTreLtdjx2XR9pT7EtB//TKa0QJlHaY8exU77ilUAtSlCp2V9jB8HdSGiLYSL&#10;HOuRQdyxSvj4CEfnUAexA90Kmhk9rnIRq1E6olY6WQzp8C4RQ6csAVQkYXX/MqdyLFvB5DsmBKYh&#10;3o8pIpEShuSODNtBlFKtujROTOqoce1QQxVCQAp6XywPJQXRzOYpqe8W9jz9pGLZSOSkI6cpeiz1&#10;i1AEiGqPrLBcJ75yxOVBu6ManHiK0GSKw+d6u3Hfwko2Cz9piLd3JrASXFmmyHevqInIsCFrCpfp&#10;eCrML/fw4NRKqme/08YxttxrYg6IwwxRvd1Oo9funA4GCJS8sJFpuTteTLOUA4BMVX8emeV1LIPx&#10;tNdpoaDCuBHyMSvrQc4dVNTt4SYSAomOLq+pVE5fry1Xeeexj0xcoSkdNeDVa1vwJUTcrhhNGOIo&#10;gvcv+14UuzVmUHAHhFIbphOGd6KJjdWBjQo+63QxfnJSz9fEKZDLTiSWtiD2s0Px6XGRaxsapCgR&#10;UXHk/5NnYMonEPcpotjn2gyPoXOQYEnkgg4USddNQsfwHVa8KymXTHuOb1LNtwyESH7QeNrJKhkX&#10;dvspVTuyUc4LYknQN3jxhQ1LVb9/0eF0XkjUrKw2c3m7bK47GT+Ij0SqmuuOtIC5VJ4JeckK8a5y&#10;v8L1XgNngp2m4kpXP4KLzmnYXBi/ccIUk+kW1MZGF1bF3tn4BrVIyrWm4gwKPaokhXmDv46crSka&#10;/YonrdxUn0dOV5bVpgDzBKmXE8EGmtDxYsKhnXT+ytXiXs1ZUaOg/p/ipbQF0wfVPe4vXNkU3App&#10;VlS0C56+GXQNPJFkI4Qda8wHABi/VJ3l3E+KyRqbA6aJkRq14HcB1oGaVdzlTCPFhs8iopV5OqBA&#10;1OkgJfdoIYb7ukulRU/lIZJzF+2IyGfnaARbKFgsPkIYwCtHrSFfCb+LhTMB0Wi5QeKiInuMaQ/3&#10;wDWC6Em/gg/NSCtIiQw9k4SMMEOGi+iMObTEhvItQno8f10kD148SAkunpU1fo8ZFdtU1CQNo3xz&#10;TkJjHG11+RYM+sWB3mgw+G2hiXrItMtIF6zFeVggYpeeS5YSHrQ4Z2GqlBqMBzZudIoy4CWGJL2O&#10;L477EwtQ/q7YS0Q/TsI6Q5ZjOR/wYWaRMPjY+EuXa2SUt0ghJCTfMGF8MaEyXCrWVLSE4pW0atqZ&#10;OMOLJHE+o4QWKiLEFM99NiZK3cFgMNoHfKOD4Os0xeCu3yZZB6t+xBQxaBgGmwwfRba0EOq1RAky&#10;OZliE6v7Ed7V3AQzaHOSY0yQ4Duwx1KJE1+9QpttRShYXP6mEODkXk/sxK/vG08bTA3+r4Z/LZrZ&#10;yEWVekKGiymnucIyTPwYyhlv5dX+W6z3qjqOzkUeuWLBK3/BepqUUm7ksJXoauYejIczIMiQ8ZgO&#10;JxgATKkKN7uDM8iGUJ0A8B23uGUXNngG88wF3Af5oD4+fPPryHjJmEEgowG1cgnLyRaY5pBbU40a&#10;Lwh8wU8YUMW6A9R/MlEvi7kxEqOAfD6UliRPs+E13mnlQ2aDKDskufhPOACagys7eDrOW0vM4/jm&#10;H9xSmEf/ZJlqXnzRUhf+WKBLgYAoTC7RY723HyjoOFOyzXRhXLg83Xn5dRWfVZonPXTayrjDSLi1&#10;XIfWOFdmDFvfj+cl9sX3zTaqAIL1f2dSw0VCtPuj3//tdrs3Hp5QCyZpQ7hP6/I9MJMi6sXQZoI8&#10;czGAM1uD545ExmG81Wp3uqhm2tigLTc6/R5ImBcu9lYv9JdXf/0f/0+wCuMHx+4NJ/bB/v7+wcFz&#10;ufnsz/97UavvuGiREDnSCNzGxe3/8Ff/waf/4hv/7z/+P//4D7926dJHr77+Uxh6DUbDw9PT5595&#10;fm2pj2+fNLg2iAqDGQ0suS7kRBBkiyBqUx2WP+mS8PpGJbbRt5/Jte/BsbYUgFhrytgqW+mXcz+h&#10;loFSLgxdj4ksZva5n24494ga/wdPYzzP5El+K/dYr/vXkkm7H6Wgdo/E/5ZhZefSu0qPF2qE1iid&#10;Pdy79dKll3LbwsQTj++8s8AKB9O67f5SW2LrJoOjjY3teycPt/udt/gEmnWXW2DxoVZFknOzs5kt&#10;78fpwGVdwMrQ/yHME7VQy3KigZXXwdnw8trm0cHZTDhJiBjFvg5rVuhXN3q9BRmPnYhCTWytFtBi&#10;xa0Mo1c82PFwht8Ge7W2gNo4C2S8e7q7f3RltXdte4fPTXKYztZXNzAGl0bFKs+Yq61UtVi56DC9&#10;h7Ng5mLswho5gXyJn74csSBATlZWV1PDX+v2miubsB9juDm7uL22e3CCm6eBuTOB4vjJFmwS0Ay0&#10;ausr/fZS88HdM5p7nJcIumLV4wpCnmbNa46JPTwZnY6myjZGY095+WzarJl+F118eno2REQR1mux&#10;jlFdxX1hTNlTO3MOdqBkRvY0HCkJLyPXTxr/CBjJsoKRxzd+NMjNxEBbk2QLsRZRVZd7oq8/pCNP&#10;m7GprKXywjaE/V0ityAwLzWCPQ3SmEcotBJCPNqxheO5abkzZJmWUKnG7Qx/kxV3IxHNM186SHdg&#10;hDC1iMWVFQkuYcUzHjGLBa4raTdy+QPiWLAcGFtyDuiu5WqFf4fqNapkMdiDYDFjfcu6vJijlcmf&#10;rmqNdD8gtFoH5lzawLoKfcxMRO2wvC0ybHlx6Exzi+3M2XgqmoKsu9R5eHSMnWivWWN8JdMyMjG7&#10;8V5AZykrXjWouNxDwoywmijCxxpoMs0l5HMh6yauvI0roGSRegOt+pyNquWl5z8/O9NHcSpaglo+&#10;/9pX/0Bym5RowVU/7yOhgiXasngSDwcKkaaGCpWRTywJoFfzb8ITluG3GF/IKUsXIg/umCgy8a1l&#10;AibVkxTr1preBrEx5SRImfmGiUlCAVE9njbOuUgmpZkklUc2UfRB82fLBITAyzPTmOpcKMM+oJXg&#10;F7H1fuoLP/9Lv/L3nk4WYyjRwjO7ABpm4VFRCWT3Q9XwIWsgQiI7CHrO8Imk4uKOgme1+D426AzO&#10;xRNWnVlyUxb1QcCcmSLVJNReUTVGQlZJ2g4rKSrm/1WXP4J4DdJ4RcGfC+IIVB3jRZbybPV5LOLR&#10;Uh+B8WhV66cDGkpifdWtlU0ID3qk87WRD/SKvRIb236++vSjN9/Pkl4O2p1Zba/V15t9Zw/3jsZx&#10;s7WMaNfUteqqmMfzKiWNSbHTtPa2IDXgsKyZQNXD9StlznwZtVh30lQy8EeFeJ6sJzKKeV3N2Qez&#10;yMJUj7AlTPLaQDpimQUxHRrmGVe+bCkQo8vpkUiC8XxwiYZRcWkKnBQXhYtUFPAZY4tq2ptx+EFK&#10;O++nBDc7aNFxE4MvPg7S9EiUH9AcNfD0GqXjJOly0YmRmYNkgxhkiYMheqHNC4utPn41ZpeQZnJD&#10;14o5grBNJo5qkzmJLw1sevEvcskS9ojaCY/9VFjW8J/VuBgXr85ClRfc+kqeE/fMkc+ci+VAXoi4&#10;pCHoLVSU8AO7NgzGGeuxLJEJmASu04OxGBOlXVS6ZPhLJCUTFihJhY93SnYmDhxqijGsA4MGX0LS&#10;erHuJ7oAHMnE4COAtoYabMzvOs2uAOOF4M3tdEbDLtg5bPrrHFXEc5BdU0Sy46JAdFK6OBng0VDH&#10;ZAG5BZhqN0BlwjhzivQR/DygnJGi0azR003KgMzZBQkmZUHmkEWEi7JOJSZV3LKhTiRiNjyVJSKu&#10;WO0q1c4F0lvwIgWrvsLb88LpW65zclfdXYTTwERRZeqUZaEXVMVvkHxUyE/FKM48UiXKaxGNun/O&#10;l/k4bFQ4oMT1WacGIgcrXF53guuS0iSQZ9tijIcTqgEWN5EQbop7SzEAWXRyNB+dTSUcXO4tRUjQ&#10;48m5jAvnkvXlkamolXX9HdZeIeU1/AGBVpjYZ1iwCMv9vt+IOuwpk6sKPbUrCy7z2M42KvXarkIk&#10;Muavp9oMfVARXBdO9Lz8n3lUZOQ90iAX72Z1xfwYOqG6vNZ1kRPOlHo/pX+KA5qmZCWGZ1KuBMai&#10;QC1CrsSUK4WX9df8+XYkAKIrobCF8t9Y/xhR+DKFHDyuW21ICLGJxRYN4DSuSSPSN3ERDlA+sUAR&#10;/GlS6/d6jf5Gp7/SX1pBglqz27sLtkiWLS+v3Xjl9Ys7V1FCLCj5Y8wb1Mvoj6GrAdIGY9TpbNBt&#10;kshSb6wmCGxrtKFRrSENfoHwdOBlW+hHoG/udbv4AV/57Be3nvnYt/7wd//k937zd377d155+YVn&#10;bjx3mOanD3fXNy48/7GX2sAD1eoSZeI0hsSomEq5QhWQWRGiXK70n/iJhv40VpOiPtl9KpcJNnHr&#10;tVgVq6NgXKoaMV+Hed+DJmy5H/emcE9Men5csex+1LX/RAe7+ZF/+BFnvYoKTJml5Xe/qNRHR9OH&#10;653lRtI5o4ko77a6+ENwyR7s33rh+msYfdaZDdMy+XF3fTufHD93ffvu7t0X11ZsXs/mo3Qa9ZaX&#10;Z91rw9MPOr16hmI/7Y6P99d7y2k2G0I7xH3NAk8RPP0RKMj4ntwg55amyHnW7fSx08riDrBU+4OT&#10;equ7vNzFQ26MDoNSqGil02JOoWE5kcsT/fDsGHXAbDrZvrQzxTOt1kGILkW8grVRgVAuXUTumbzF&#10;Gj8EekTR6XxxMMsG03zveIj6Y/900KQUDPNoCHjs6eB09QJsjQkSg0C3gBHq9HRQk6oWRVWt3aSj&#10;YMINQUY7FVqLuN3tDhfHUV4TlL6rqtg1lT5XSq839BkIM97/ENpstIoW624Q3iDzRV8HAdUHdw42&#10;V+Cfb60A6AUQqCV6yjrtfRRiqIE6Mmn08QeehWOV82SZYEswJxTai7nsX/18V4BYwjeOowImiZa0&#10;1WpoAkINBUKaKumiJnF7eLkL0Rg6WnHSyG+O2JPgsdOR/hLWU2zpccv06vE6Cxx8pgmSKw8zTu6j&#10;OjND6AWtk8SCmrTJoNKISUU17IdJ2qSbv07KDA6egXRyUx1YOL/LJWPayVyMVQzhWxrpiypMF7J5&#10;kPJrFHgs0KxAqAqCnTJoPSpZzaaSLecb3VxheaRo8ljM5pMpPHXj6VyIzSmuTzxqe0ltDbOOTgs2&#10;O+yxFUSJAKWjs1Fca2J+lHmYElsxKCHJSYG7lQUat82ajKTrOfzhThOi6NkgQ8nIVhM1Nig4JGWZ&#10;UvUEvYO1SjCUPRJ3CjnpPMG8VA3/q+UqdY8+/fqNW/cPPry9d3w2msv4ljixGi3n3Ico2toy1kUT&#10;bbFRNz48hh97nYBXon/wCQEh3mzgZszkF+FzQ2o0tJyUUgrhLBNJZaRoq0arNcSTCZ5bIApl/StT&#10;AJb+KPsxa8WiCkREG/u0WHjva2IcQlve7fcyYs24RcIticsWH4Gox+kwxUsfg2WFW6Ie9+q1KVIF&#10;5rkOik9Pj56akTdI1VxBdgiZ78Uo0VXzL4Og2cfPCmgmUt8BPt+0/KLe6OAThaJzegPlh/sb3HhJ&#10;Qh6FlKDK1icqnDtRdM7b6xc88uuagokyPS2KaVMk/jnNLvKjeKPjQx6nwf+jehH5QcLhU5nMewdS&#10;+Nah3FM4XJj5akVTUk3L+MmQ01DQ5XQfBFCvMd/61vv788XJYnrh6itf/NyNZG1t7/bN3/iNP8Ot&#10;1c2Fe8CUH9biFB4ZUvFqMmFAV4Ujqh4L1tCJt4VCfIrf6TbD3K1ZV5AVNMw5N3hwidaNf9389RF8&#10;GVHjCJz7tevrHUT4vDk4jlptCltFNe2QLws453DKaNwmiPEZWyam5Yn0EjA+OAFkyGREZsxLmqR0&#10;F3GgiVaJzNmcTRwOzvmUrjnEEUEOuhiJ9do0W5T2LsDIQB8WWbSFHK1KJg8aMBSCeObU+ePHOAtw&#10;L6CZbTAtymlqgGQgoUVxM/ZopMOhm5zw52TXLAwG7sigucMZ0OBYzkz4t3joJ2zgG9yk43tAHKgp&#10;IloKQxHNBPqc02rMy2O03CApT2YxEwOpNqfGhwtjrnVhe1YZAKz+TgJlxMadCsBC/a1EtoJ6zaFM&#10;1qLCJ5cIZfTyM0L7ElFEpjPGMrDRYYcraVAIVmo6YaFK/nWWatAxBg6QmmMwzZeABj9jQi9O6Sxd&#10;bvMNdVAwLuY1JOkAyop55mJq9fLG0w7T55S5FRBwI8wo4VzdwR2EbfIgogdnMOXGG58sahh91GNI&#10;a6m+UfmQFXx0VjQGeWVFZ4scMb9l48sVTKb5AbVdhfsS7uTIE24iSQ8WIw8rj9AbRx7JXJm0F7/l&#10;1SGcbckQw0kcl6yqfaKF/CJmHDV5AMSjWYph+ZxkqjwRjRBtRbxyAGmTMChMhSIucyXrGp854qgy&#10;UtaZuyuyBEG1M41K3Uhh2OuPOyVQlGtInihZ7nugEMYrw4JczZ74drpbwGuocd4YcfAq08+6eao+&#10;XuMTXKq7zSrkqehbXBmObooF3ROK9B/SZHgyqK1ib0PTas8ZJgsPdkUCX9YzoX54RN8cbNsFBuZc&#10;cLPPdxUzb/ntKgJVn+Yh1NOSpVp54eVEgLWEi/1w1ESPLeaKdW6hXy+c2joTxc2+vHoRC5e7H74p&#10;opO81+t1et2XbryyvLq2vLaytLKKM4akP6qCzfLKKmvcpAH/yVxi0vHQfbi/h7PYaMpwYubDwTGW&#10;TqMJsKO4sGDY/Nwv/8ef+NK/e3Jw97tf/bfb25d/5stfWb72zMHRXoLNDnZ1+LJr2NCtfPT+uzXG&#10;q1O9iAJmqb/0sc/8/M4Lr/3bf/nPvvHNb37w/vtf+NznVi5u3pqOjk9Pruxce/6FlxJ99rBOc7I7&#10;UEMZIRPeU1dcDtVp1qO1h/7jE1IizZEKClLvaVDsigmM5lCUmKhor8vvYwIkMtNgCY3k/et2vcZU&#10;wrbMD21l3Q9NM/pr9bo/amrkzhvVNf6QogOsKOut5c6FMcvz6cVVDDbqpGak05c//rn9oymHyIv5&#10;1ubWd/7y3V5raW//wfpy94MHD19cvEQtC2iGi9npyQEOmV5nNRocfDQ4wih1qZ2kw3h7ae3BCUbi&#10;6HGn8DS22+3+UutsfJogjoqx7oi3i05PhteebTebrTu3brZaM2wE8RznY7ZuYc3Fq+l2VmKBT6qv&#10;DAX68ehkY2ndTsmgeHB4a3XtAvpkabvEDqsCSNEIoQyfMLcKgivujsTe5wTyOcdQGuLb3dPTTrOJ&#10;iqOFEp8wkQjS5TPEDzTzzbX+vQ9g2pz0a0tQrR2NJyvwVi34nI7zpMUipnFt+9KD3Qd4P09Hg/lt&#10;+pu8os9JURAqORqIOHvmcZ3oiWntH37jOzfvn1za3Nw/Omq3eqMJsojauC0Gw9HxeIq/gv5ntd+B&#10;YQY3lqj4yrna+TGtIHBtOV5TUhCa50yeNk3b0PAAPhqNvgPCNBZaJufYfKMwsUUYJfuvBEKMXDJ4&#10;5LDDf1N0RwFbpuG4NPziqZWS/tK0bpmWT9ONo6UYWYZUOa52aidZtNWH/g9xVckpCjOGJXOTDKh1&#10;q4MKE4K5LIJePU+XO0jMRIw4oSCYZ8AZxvwLdIYLql07tdp4oWET9Fzgemg2u5CfyTJPVKU0xfGj&#10;ZyUvq91I1n8oIHQ8yVklVdCCvc7KI9tFlcW5C1bD0gsZFV4rfHbIijo9xfk1mIt0VvaNOUE6MVfX&#10;OHVWWjTvTUkoBauDCd97x4NOky0nRj3UdKEO479ArLuQQUwA6TovSpmT7odBQAPjAKxPYpIJlPZr&#10;tDqQOZzD5JG/aHzqa5LYcN6ofykv1wfVjMMov3pp5frVrT/99off+t73U+29AE9vNFygMOGHyeR5&#10;hJM9Ka43H4kU9n/KgZN2i0QxDEo17ghLKgg/RqO8UOuqfYDIoYwcINXxWabFoKOlyNMK2QizCWHQ&#10;hD1F5BsqcSEWlUIeUhG8+dPI1asDPAGVZmynY4HyRK2LN/6j6GkF8vqe0prSzKs6XusZTrbkxbgC&#10;CSFrdAWccw0u0z/H0C+huIt4T5tK48wj6YkBq+rKrEZXlh6BRmPyitlPyNVlhq8rau6gxLPFLKPy&#10;yPJXIuUwKrSSbjo3ZUiw8Z4/CfTzaizvFFQjvYpCnC9TNBK0TPfKJaPHqxILJWCZGhgVO+kix9Jr&#10;LKg6zdYu9E/Ppp+59JpbvxIx/HyObIp1eArqQPnHLWv95j+TPK08kgAYSpGBozK8DqX3E0lBoq8w&#10;0Q7C6JA0xIDSQMypFvcGEpIBTJFcX1vPXHnllY3+xvrb3/7aH//uHqp+wt+4UWKDjQQhbk6zkmMd&#10;++Bm54f5Mnaj7yV1Y966hTycPXku1AIG72GHgPOjv/HKa8+Z0f5bf/kWZp6L+aQHo3HGIC5HM2RO&#10;AbfEvuHvtzFjyozIMSCDhtMkB7GKR4o4CwTLSJM4jMpD8vvxFiDKdrm/dXml30vqatbGSO/s+x9+&#10;v1vrN7jc4+JQYHM54+2ahPwnXKDyk0/lEdvuwDHtBmengDU4RWHHVPqCDtNcv9SAR4NNaSddDB0D&#10;hcnzw4MT4DCc7/Se1ppCMaVGGopYipFrVqKXJV5VmAotPrjZTMsmE9pkCGfnIARgFtCSqDT25Aj+&#10;RfsKiTgXkRkNvbHaWuXkZhQBBwPZCJZ/CKpxZpsJVpL5OJuOuqZlxSiCrh2fDv+YwFqn8EXjrZs7&#10;/TCnM16Y6GsTDiYiWHkJ0GI5YZlITBi03ABBu6CMCB0LeD1F5OX+Xs4SucIoZ8NSy4f0qqPGhJF2&#10;sZFztmgkKgsxZ719gVguKemsmnydmvRN2DibCgA4zOli7ybHA90WpbDOgQV6ZaWWoPxxKoadEVVo&#10;uPEh6HYL/jZ6WtuuScZ7RDsY5jhzVgtsauEtOMIQks8KDIKxHmZHOpeFsKit5cbLH6FmBMJfXsEI&#10;B8J0gAZzL6euEVFniHeHDbDEupFUZ58quSpw+AOsxQe+mZCbG5qRIr680r26H8MyXHa25kci+itN&#10;uIseTQD2XW1IznpUylZsr6kdU1S/T543LoxRQ0dtAlZQH2/WFL8QzlHr9T3O85iUnF5RLT0i0K54&#10;jYuY40IV5l8fbLT//q/8vbe+/bVvfu0PH+7ebbXrr3/iE1/4hS/3e32iGZrNs+PDCUZXqNBwPczm&#10;6IcxboEgH72Ep+JgBQQ9CGStI1p/h+ORzhMQO5TLbdAHpq62nY/PYA4+Qk7RwV7WXZueDnsXt773&#10;1htXUUe2u/A3Tk+P2u3GYjRIut3T8eze/X1U7yZufuYXfxnH4P7dm7/5u//m8tbFF15+2ezk75ye&#10;nBzsXr327OVrz+IGTcUYKAU4zcPy/U11dRvAkZGrxDoU5anG63LeR9miC8Z7pzsd50w5VQkXnL8+&#10;Q8PsfAC3Arj52eQuPPnKlAT3uOH8h/jMTRVLXrGSn3OdR5WYrkd7Y3t+/WueEMT14xKtqq+Rz3yA&#10;T9eXoQfGVqeD2MJrqzvQG9OpuIh2d/frzW5EzwxGsOnOtVeHo8O8vWYAp0Jkw/TMdsjuQFu1vNJr&#10;ueHRWfP44L3NzoVZrXF0tntje3tr52Oj+fuQPp/tn0zHZ89f3xnOp23GwE53Lm6d7b13cLQr3JFk&#10;gmw3GMenw0YTGuF4kudgrMFmc5DUO502eDkJrw/WELiIT4cnGNH36ktpnB8f7m0/vyPW8FikoZkI&#10;Mb07LhcsJIoeJ254PBbrlNSmehU1rEODnzHlFavLOf4e/tAxXu5i0m/ak/vDlVYbSz1cGPAIYjLP&#10;y1SwmDA+Hp6OETr8wd27UEQQHdmqIeG2HiuwtLhEVXREjKKTVV8UQif39o9v3d9v1jpIYIqpvmYx&#10;BkkwGr3/n7n3erYku878cqc5/pzrb/kqNLphG+iGJ8xABD01ooZShDSixIeJCUmh0IP0otCLFKF5&#10;UOhVD4rQP8BQSBoFRYozFB0IDuhADJsGIOHRvrrc9ce7zL31fWvtnZmn6naDBjUhoAE0uq45J0/m&#10;3nut9X2/b2erR4SGzd+8fwZZdSSxuqiuMSUokwvCFlay+GrUolj5QSwicCIqrDK0IgnAKDixkHmv&#10;EZwmvEzY7Q12J5w3GNWdA6MMAq6cSwmjtjzfWBHYYtfiforylmZ/jODi/LAhvwhnT+xwPBrbQYab&#10;AjO35K1hPjxdv2vfHGTAWaWjdC2de3zZGgexTquzmI+R9p0x+QI1kRshEmpmh5CPIBkyT0/nEYaR&#10;12/fWkruRSqtLLTw8KLYfOcsQmJQRIurBRihXPRs5V5G6slATvNk+PZ5jjDhhOFtu5434UwoD01J&#10;O5ZAQv5wKJln48nZ+RBebl1fJK2RvxhElvPxZGnbA45nrfjK1gwWQYSjDODXAkIVWhW7CGx8sOy1&#10;frv0FBltYlMTCc4lb3FMSVeFSgPKjpyuE/P5Aml00t8pmdWxN72InbtcLur0Xkl/hRrNfuajz/3M&#10;z/4MpzI5xzBG44V9sIeQY+Suyvm6PQuNtDIpdsUb6HNrrHSUaIDPYhUu4CbgOFeUjjRJ8l+EQ0i+&#10;DH8ybXGiwGOYpfAbOLa3PvdRxvJKhZLkeCHmSPpcocZWp7PyKliD4tW1gJx9Cgh7IvzDXrv59GDN&#10;JelbhcSqzHVVY9oF7bxxvsJzMjzxMxn9M2c9d7Qy2fI6kJikArRw+HOPr/oeY2VrPAbNQqwpmkv8&#10;sz82l3WxUY7QRoqeK5+TSK0CsRgzAnyxek+hKo41m0zenMYXcXQj0YmVZdHbyfA6k0QEJZ5DFQTb&#10;ppb2pAd9oWRpnHLFfEyUVLASZeyLH7n16BunH3zh41+/fwxdSSPJV/2bn/jCFZOOGqbTIN8+YpB8&#10;7jQ+zcizY736LxFIQTEFWmQuXq9IemiwzQC6JBHQ8ufC7VIWN0hPII3KgvLgbPHMnffvX9m2mAZn&#10;OO1cvfN8o41NsLDaSGBWFiWghawigkKRt68Z7FpTkiINMjk+/QzFWbxW1gSfBoQf8TiG7W0+P7FY&#10;OaPdm/293uG1wcx96d59oCrajWi2phYjN6oVihpyvZ1EDAsqX+sbFc4Su5CJbwLtNb8EYT6HdBnM&#10;vXFh+ls//ZnPGthfG21kVWIlwfwzXZx97Uu/b2e2QckMBL9xg708bmRrJ4cA+bDyyNMPElGYsFND&#10;hn3BNZraDoYDr5LG2GV3XnzhJz//D1795p998y+/AQEXdrdmTCBeRLphEaZhwnzOeOfT6CJWccxp&#10;+JE4s91rLRA8skZ52Ug73e0PvHg7Wf/Vt76FiKAtBhHyXsLmLgB4tO9Ivdang7JuvRI5PwOIKeb5&#10;eoFgEXSkG+0Pvv/ZYn7/tbceFQwTjtopufSo5nIJomU9b2kFLWRbIWg71wi7uFjk5xjwNjsdl3d4&#10;KEKRjvqOsq5UCt3Av5AuhjxLuTzmRXD6OonT9HlFsSwiEjuiLasQJlaS1o2CdyOvEHFBxxvrJl+q&#10;lmShsV7O52x51JXfEVda2OoE6kx44mMfIlhZDMIPhQKCVx6HL3jVoLPowHlEUBa17lOT7oK2Xchu&#10;iysj9zq2Z/R9m1iUs+gCRu4Vzg8reb9UZmnOtSx/8jnbjSmfdZVmRt+r9bJPeUvUvevf2BpIzxSe&#10;bWQ0eJuypsQ8vXC6MovImyErr+xG6Oim19Y8oTN+0nr4A0ZYdeBy2aQv64e63S3aQGK4ygxTNj9D&#10;BRlEj3KeLOovx/9PLFEjIbHChDGkC0V/CfitRcaHuEwVRcupLLa1GjyOTHDsvK1N1NRAiBXWC9p6&#10;PE1Z48Of/PwLH/vMn375d776h1/6l//8/7h/942f+Pf+g63+YC+DzRzdllzVwjkXbnYBdcyF/4VQ&#10;xMcrOHfvjddEVwJCbs5mUaTovEj8cbjjO2fHJ2f3H37k0xMyrpaL7/31X1679QwWuUePjlFUf/VL&#10;v/njP/fvQ6zY7PY57dgajE5ffeP1788nF+1G913PvD997we+8fU/+73f/dLHPvqR977//Q/uvXH0&#10;6PTR8fkLL76I3Fe7WMTthj60pUK8QjeprahmTirTsKpmuE61QnJnaGqbIFU2FRS+1nZxoZb2qkdd&#10;H+ThDR7fEP/ytjbatxG+Vf/jLhEzu3DarVhvj1OsNtJVI/cOAum/j0CPu/D5eITFZvvgKj7ufqd3&#10;7eBzF8MR7koqiterTheGHBgpMXKMuo3ucHK8f+36X//rPxi0G2dnD7ebg263vVjPull8dI6iMY33&#10;37e/fHASbw+Sg7tnq277DFmkSaNDTWSvc/vq4KXvjtouOjk7+8S7PxD3G996695BfwtZ5t1OB8fX&#10;XlYMBkgzWjPGhud4xomv8mWTNiQ9uKAytecXF+042b1+Zzy/aDexYaXy+ApQSkILlcqCjU7EmonG&#10;tkj1EAn0aEoHG+63ornVa45Pj7d73SG8Qil8WVL9Zu586rpZh130ZoabM3MYk+ZzDN/atBq/+ehk&#10;r9vFSK5BOVw6n67MCvy3goGq9DslJdjF6bFTZnyRujflmHt6MUqT5m6/g8PRjK1Ti+4BhFZnk+mF&#10;RWrYtNNsDtDsXywfPjzC9165si/MITbAg8GlBujX1D0TUBCkX2pGn1pYpdb1qiDe9mr+xKGi0+1i&#10;YQO9TIZjGbhZmEHYtBCtLRPtAfvHcw7NKFke0SqRChGVXUPyG5DkPWbxxlyxGYJ5HEKUqfrGBb+5&#10;lbw8iU7H5tp2kTS5Yp0ARR0l8zO0zmHb7hxspf31RMIl0mQACd9ynC+H43yaOzLbU/TirDu/57YP&#10;OYckJYlUDLxj1J+ZoEglWzwr6GhbFhp2HOpD60UaRst70Ts3qiarqYa8YTW2yg6sCy9kaoq2dA4t&#10;83A8GXGAab2sU6orXBx8avtbWwBU4oadLmc3d7fRnphi2Dmfj6eLzjbJKBplxJLPK9udp6jFfqkL&#10;ynv+dkxO5kMY7kCNgTFvXe6xOp1PNFlAT0GRhPVy4fZOTl9RGH94cqaaCtIMw0ijorez8/4PvJcf&#10;rRGsA7k8qijGQbOlOudYEBHsICbSPYrZGpUURW4ZEKZn4kvBuB1nTarj0xa+AuN3Lijttp69ZRCd&#10;5PouOWVLpTTlcQ3FfxKpXCAVGhcLX/SwaDxeLQhUZKEgHxuBimt+P6X42H1yAdOuF/MZLiv+FE+K&#10;02QOhvNCZAH//+rOs+95escdfyC1wgIywn8Itht92hVxYz0grTTh2jIlrwwwMuXHZuhXKHxXVjcH&#10;jSdwteq3nCrgXin8SdBFGynxrswaKU+3Loic/eExVL3OCwlLOGNcJqQ4L5munTvqu5mrg5ul1nZS&#10;1VFYqKf0YMmTjASrmQtKxXD6fymp9hJAz+eM43ouZCkVJ1WdmRTbbnU6d1sn87vr2OKk3WUsUR+C&#10;GNCD3OpwamYwTrRwV4PUH4sTXU7XVlUdvs3FSVjacz3S+zLccrE6NqxQweC24vw1jsJrpcWZhozm&#10;zE3/8mvfuvrcrWx8nDfIE3jX7RfiK0UC1ERTCLF8u2vhzRbk8hQiPyHXgGVnRF3ubAY0Y6ePbjKK&#10;aLteSGx7rAAjfPWK0dzkg06W05df+/Z7b3xm96bpAZy+tfv5n/hRh3eMNApm/lIJT8OVKrQEgLjO&#10;NXPXarkleARm7VoW3sVaKCtNbosYv+HljN+6d9F5z6eeee+zD4YTXAfRBvOemkXuIx96z3rVB8Yr&#10;LnS8Iw0kgJ0cX19ReF9OxggYWpA562TVx10mjZZQIheN+WTdPR8eve/G85/+sc9iHDhoub0+VM5d&#10;PKLs01lx28kUXgBuBLOnYtDJaatj/2A1l8fduZPJlA7nlX24cP/xL3z+LNvqrh6Nj+7bVjRZxZrC&#10;ovZXDu6tgLDkRK2YNfQUcLUgc14LYhoIpYcX8X/1X/zC2cmbO4veW9EJM3pjNxXctB70ILQBPBCD&#10;c/RA4kDPpYWkYG4f+t3jZfOf/JP/8KXf/OXpEU0UDeKaUPGKA4ZtS80aKcv5yLclQnuJhw7rA4NU&#10;hlF45JunFEu/xFw+Q3HVo2dC5JAcaV2JgHJKueNfzktgIu38qHXGeu9eeMiTqMxT03Z+CVkQHCDl&#10;BCw1M+E0ZSKoJDItsT1ccFgfJQwQq7ICNfDfK9mjZYksMpqbaX5gOIO8drrmI1GwEx9QVCk+thom&#10;VeSnQPTxXTdNl/AeVqdB3R5DSgQfYG+5gnnd330Q9Df18ZYz9roHNSzuNcHwk+ZFYy5B1b6tij02&#10;NfPvpUgjD7WM6jBn81iKUs3E6zaLEY35cBUzqapdVaToGzdlrryrZemGgaRyl+ujWn/zG0V4e4tf&#10;mQRd2oBdVNfZbSpQ6ziMOq6VN3PS+PiP/8OP/djPfu2PfvfrL/3x//zP/vsXPvzhn/jZf2fvyhX4&#10;4xCowfVJ4AWxSB1XvIel3sZxJYqmwwsIBXMrfo44g2OCp52MbjFZjovB4e1/+t/+j/jn29dvw4j3&#10;1S//xtbu3sGdZ4bnZ7KyJt1u7+Er30u6vX172AYdNmv+b7/xz48f3Ee6zeHh1edffKHR6X70Mz/+&#10;6jde+td//Pvf/e73P/TB99y68+5Xvze/f/e7N979ARGwWGFYljG8ZbkrPXRfp5ratal8S6Uewqla&#10;y6hqyij+rZREW2c32jQ+dEHOkrGaHAvVJliBFJgQ6uC02eEj1n5w3RkMTGYzdO0xsrgx7u0KabPZ&#10;GzJ/73HuO7xUl+7uXjk7f9ie9ZvdbXwA0G0yRxcMDBMjw2prq0CBgS7fYgaCVNbu7r707d/duX5t&#10;+XD0+oO3PnXj3VCfDrYHF9MlP7Q06exem7z5+u5WezwewuIys5CDLs+mo06jeTwfnRw92mo1tgfb&#10;w9EYytZbN29/98ErBKmhBdPAEQbDsdaKUqh0hXlpCvAEAgbmEiaRYhQ5XxUwEMYM4MpPjsaffmHn&#10;269/69lb7/IdQUoFEqfTConvKfcQnfwr6wZrduptEdHx2bDdYBILoyziGM3+2SRvJQRSQEZNWPJk&#10;OV8vd/Zu/sW3X0UUEXbo5YzAqwYq3TR57tYtHHC+/9ZDBNVD6oDTbxqHnpJuLxpgqDwduS0S5QbT&#10;4YMBbAqgF+6zrUF/gcd0uX790RAKDVA44G2FOX4I3vq8D9Xcyfk5Tb5pjP4CASsi2lULhb/zdfcK&#10;+weBIIJjY7YDhrRoElg/kvLrpQKeC8n7NeJUYzq8RX6M1EaFvHAhf6asadAcc8tlk1lhnN2htd9E&#10;CkiaALCFUmVU2N0mf06viYQNSvja7XQnQ+AR6fZrMW1GTfTJ6fBiiDF000Uyte3tvU5zdd7abqc9&#10;ytsGODLN8HmtmQzbsAfwL9v5vcUo2rkes5/WXAEwAIX9Snp18LeuKWNeWYGp6PJcpqrEJa+b/0lq&#10;nUjWXd7UXKLMXRl76P/tobVcNlBzod6fwyRaBbzwOva6XYyLus10OJ2t5dMezVevPjxp8TSHUdLq&#10;YrbYGrQty10BgtpCK94wdfeceL1HFXeWk78K21gc+2g1LXRd6NBHuv1o817yfWNpfsei6CuhI0Fy&#10;5TZ8DHgNeEDOT0/vv/EamlAiieQn32C6KaYvCeLnGNciph2RAjQxsBYbl0RayRwPOUUcmWSMGYDv&#10;Bde/RSZZxhDdVhfyRyvHR+jXcexeFOhNkOSD34yjLXah9WqWgrmdRoUmJkeeS7HgNFhjkyEOhRDD&#10;KcQ6Mp3aSqonW9UfRSGgGCedpUY1SnSF5hs9vROP03mL3GA8B4jvxWp9EPsPVF65yIZ8vK4p93ur&#10;oq0S7+T8gmVFyic/yvnZTum9q8UNV/VvOKJYOe/Wzgb+KG3LW8E8ZoKQXxHLOVnSJwRup3MpUsCM&#10;Su79bmvUfBV4v6wfE+/ukh5NLBumtCKFCyizuigKCGuOLXXR8Wuw6NUTMYaFEZUKE/SVF4GsrwUw&#10;A3TFppBMcHiZRw/R2oJkDW4ItGC3qcRs7r27e/b6UStpo4rtrqjmgcKZ8VpkIvGsT16/oX5eluZY&#10;hM38R9BioECi3kLEx0lLwQRGQtrYChJTeLriA4aI0UXcy7bXM0AaG61usX+1uP+g2dihdd1qKvsK&#10;hSHWJEkDgxCXvyiXQDfYaxHNBhuak+4RCqe4MTBaAsAbuab1JGVsGDYhl3XbW6+a3rWdw9Yc/Vi4&#10;XG6+/4XhwyFm182CSV+y0rF7JWIj3HKZfDyCsBJQOTl0GpnDClrIxVSqp2xyRcDspcvVH0+ygeyD&#10;3K/KwL51un/t5vNFftGI+z3TmyVoKq0piZIcIcsfzu4ml1s+z5xcEkycKwUAdXEuLAEE2KQPT15u&#10;Hzw7L5b9uHnl6q1O+yqW0UbI80wFOA0BiCvUAevTkhww2rJDWhlTMqk7jeZUo9z/9e8Nrl25Pp3n&#10;3cb19338R9DvxAq0FmmC6CIoBFmy2BK6PXOTiK7gKobFhKsZug/Yyez/+jsPtp+57savnDV3tq+h&#10;SxINWtl8tm5nZjKbMAVczgw5bRrQ76yc+lIBbVoxjnc0xZ2QdLd3Ws6NWAEmYffIrZ9Dql5In3Qa&#10;XXnFhGcWsBFehqyjeC0KxBgthmxPozAyBvYFgo1KnlRN4FpaRtnGSULUUKQp38al4bl3ZVJYlTNS&#10;sxbLUuB0ShypFTAOwkgZJGHMO41h+4YinQ1QdKNneWOe2istfjGMu/wsYo26YMHQQM2f49KB2Mzn&#10;6hydILNq42CXsfecMlhP8qcKWQJtdWIOzn3jNqo1D0aOApDW5q4kGURqWZQ/SH2eueDFTPxvxsdb&#10;h0NVYbehJLxkfllOQswPOtSb+DLKldn8sSZ8rCZEBNVGeMUlZXSNNLFRcNhysBocvQJFSkIwc0nv&#10;38RjVdchdp4oIQYsr5nlDp/FcYnRseF8pYPl2NN9jbu0qqpBHgKhDQOtOPi/ybz8yOd/8sM/8qN/&#10;8Fv/99f/9E+++dff/Mmf/skXP/O53tYW1hbpFbCLc/Lord72DqA/KnvEFAGrwuH1m8ePHmEugYML&#10;xKHAU4mUjK80EVRaF65JEZetZvO9w2vjk3uPvvPny6iBMFdwFK7eeeaLv/5/fQQC1R/92SvXbs+x&#10;uHU7hpzdRbuZPv/hjzLHnlDQT3/gk5//4q/871/507+4/sa9T3zqY2BoYY3pDBBlnQmbUXPEcCCy&#10;YlBQop2qQqpC1TxxE8R+CYilZtaTfWLCAP4xPX0JEQiyxpoBkg1Co7VBKXs2XtketALORn9D0XD9&#10;pnaX3d7mseigS4fF5u0U+z+UfzH5b//g5tnF8bu3d2brdbvTKiQ7BaP8tNGGBB1RH+jk4rZA9XT/&#10;lTfuHF595uYHvnr+ZeRWnR7d3zu8nRN6Bl2vW0+hbLxYgO5hJ1izZyRBLE5ms2i+6g12Hp4jitze&#10;vnLrzeEoXy2hhd3d2oNmaGtrC8wnVFJX97dSCCO5xWCBXTcHrKKQMcNsWgiPcTTvwBXpxlOQI0y3&#10;BYIlDMbzTmubtg3ZIIrQKpQkRmI8SEQW2GOksF6JLAqWAzdbLXc6bdDDe63oBBScZdSKYZLMJVAk&#10;au+ZkwfIkzOPzs56KBAQ0QdAvyFds0emcPLyy69/+Lk7yYqCGnI6taUVQTjVdDq8kQGWIIsKrS39&#10;fhS5i9EEQfYQ8t65fqULAF2zAT3zwS7234xSzdUcpMxIocouRXRNfHLG+FONUZWWvDcCuSSqwIbh&#10;p0vJJ9F1/DMc/6xSvKi+y3Q/kC9AQCOiFRwE0wXRwHmz3bK5VZwvqi+cTHKOrGMYsAnAA9YZXXPw&#10;3xczAE8RcdkGpKppXong54728BTHjgEYKdxojYMOvTtnKyJAYbMycEmDedmIJsiZxWVsRRyWd7ej&#10;q3ut6BR4bwxY2FJemfbMdDq0x7Xzea/XGp2eLdM7uLSQqSDPN8nh7l4xxExUG8vVgnBWjBzloBTH&#10;roqidTwzqSkl1vVPDr7quOIUJopdlfpkNttPAVItg0NY3BdENFfqjYsRZPjzZibeJE4QcMwDaBRm&#10;wgQp0wBuQ5K9PcDfFG89PDvc7+OwyJgl0fXmTEYWQayrfqRPuIHffVVgMcQFnJ2D0gQ0KBFNiXZT&#10;haKNMXynGWk6EccmKCOx4Ca1yPuN6L/QDRSACG4AFJPf+cuv/tHXXv3WK3dV937z2gFSspQDI1AH&#10;tjH5HwHoC6o5zkSkJFlFEtFLCA93RP6bcFyTyT/hTSJ2Psm0ZjMpYTnclG+KJSWaYJxUfoB+K4oT&#10;xvw2WvwyLDHCdeVPw580UuQ3Cw46o5gCPy0TXAQ4EwriQ2eWUUkNKfCkCcTIU8B10/ZW86npmp2p&#10;wB4yWosq1BKr3KKoueasHhnUWh7pCVbZrs6DKDH0wGcoxwG/IbgSXuE2DgDh9OueMLroicRLG7V+&#10;jb2iupSPucCwsVq1O4/JDO10Kjk9t8KE3M/wk00Im6jvRy6OSqOtiiSrmYJvt/i/4pK549SWW0K2&#10;nOoyNGS9lsGgsnChTTCohxhzxuqyrhO0O5pducnRV2l1dxr7w9V4jRQdojNjQqPQoEllY0W+VpyT&#10;U6UqSqf1toC1iTBw1B3gjsLzK5FBHtDCtMTMSREJywVicLByIXo7xql9ypdqEbP27J2bj155dTZd&#10;09JCzw30dMCwL+WH5zQRI8JX9N4qpIMCAoc1GEKYSGmYLpbzLaHDtZbSWgathr1EZhQkeOXxFGTj&#10;RnZ46xpywE+GCwyI+d5s0W4KqoDrHW6+uezWLLhIwU+ZRAemQSaWHqeCcj66vCJQMUE0NM5neKfN&#10;bjOe5eEeNUTDx/n7Xnjxr//6j1cuGZs56lj0l02utRv+e92klZU3KfakzPqQAOzUqdCu0JleSsWH&#10;yzpczZFZ3MhnBbbW3s5icgyYdbEU+y8OrijTsQLEHBpLGBNiDnGNhS7jfX/8N/IcZnNEtXUji5qr&#10;z5VgRcSEgSNmNUf9Cht15BZIUyIBLLI77RbgGsSSGUTEYVjrZAFiNYwl2ibNPDvHNtzEelnEza0r&#10;h3Z+cg6+YNxrJHBSYQUC/HK9WAoxczFoNc8uaP3AqoIWJD5TsEdmbm5HqM1zHFWX4vVSJbMu0FrA&#10;GU22ltGzrRpUJlZ3vUbu+PLB+NJAv7Lw4dX55oxXNwltb4RiSv8uLklTGnKlqh4r9HUTlZaJutWi&#10;Gi4/OYVRk0aJztHZMf4WAVNTSgvcBZsUZuri93/w+ujh3ePRAiQwHEcKnwsLZbglAFfCqOd5MZ+B&#10;45klhBFCh44jABszsfZsrK0PHKMqxDi0pl0lkvPWCpHeaiyQvnDvqTBqR4y1/opr9oqntwXUYgCr&#10;ZXpz/HqJ7fFS3NUTpa75gdPltyk0YjVBiUulIlepJtjUJdk1xXPVX3AlYssnKamY2QcH1WymFRbI&#10;bAi5xc5bjhmltxh4H4HI7B6r14PN/FJ1s4s2g+3EveX005UazfDskDV+6ud/4d/6qX/0xX/5y//i&#10;X/76V7761c994QsvfuqT6EtqcMvu7h6ejYvZXODGhlFly8V0fI6JUpZ1uMmwjGYw+4IxRrmwHUDu&#10;g9xmCQ0j7qv1fPLS7/0OVusXf/Snn3vxM7i9b7/3+WvXr37n63+Gpf/Oe1/E8X4yHuIo1UXe0eG1&#10;Jc93xXyM5WPV2Nv/T/7r/+6l3/utL/36r3zxd758+/b1D334hajVa1+7ZcSFW64GjwnnBfZVqtmj&#10;kloZDHg+sVLYK5HZUAFUAOyykeSiyn/tp+/sE4YECau1iQ3tR19GlBp1594uP6umH3tsflvdrKbW&#10;ZKtDZi4FkkdPr9bV34MtcJi12leu3nz5te/duf3ccoEdqEA+55xQ/mQ2GiJmHCrNjLIo98kPffT4&#10;DLDM82fedevRq995dPTg5q3nwBkm+4GHTSgkm/H2jYvjb27vvOd0dKrx9Su7OujAhGqH635zNl/m&#10;c5I6uFkur+0PijmkjCsG52CdTLYa0eL86MHe1du4FVAxA4i7AvrKpIUfgbjT87dQwB7uHExnY1id&#10;Vgw5xWZIp5f1D7qEA4nfwwpTJxedmn9AQ28VqulbVw+xGSbNpN10VzvdR8lkcczL3e22FnaJLi/g&#10;+9PVenQxHbTa1GgCYM3MBvPg9CG2FRxHvnHvYdJpNGYLBBeCUwmHGGyqcepXxUK0tjnjW60JxD3F&#10;+YLfFDUmeDuQYUwAsMbVljxUjJTPR3Bs8QB4OpocbncoJjUxsGKj8Qx4LVSnElZkKpVl3TQcpnu6&#10;xeIIu5gtCqPB7fKEJHHZMl6t8KEVDdYjjaVEXeLvFNiIhA68Wv5ffLJLDENwienowS8AjhGdkUFm&#10;rg4oFAZ36jOd9Hi56iRYI9adJulXtGDB0duJGmN81La125zH8V68uN7t4CSyGM1xGIl726h0Wp2d&#10;orUT5Q96bMVHiLVIF2tUvP3tXr6w8/Hk3e30u7ML292Deg+jQ842JdVyuV5I5BLrq3KGJsYeGvKE&#10;pUP/Eh3RlC8SzsrQSNT8Wjz4WtPzQco+o61EJJJ8w6Q3CWtSjI71PkvmyvIjy1RNL9yOBPbaTMJD&#10;QU0A+2S8mk85ZjeDQSeSzAwJd8wVXZA7HwlhXB3SQb4Wrvx0kUvjH52bQioUr6Bi1SGkA01NtfpQ&#10;OFUwR2UJ48IiV7Z9w+SNQ6e2TFs4v6dcuXl2fgHQtCXczakMV4NkCtkGYjoSSxeoOKJ1XOfd0uom&#10;8P9c7/u47jkxPlwvYBjiMHv01YdOHxI+IH7di0MVJlFzXhEYzGo+vENYhwLX1V601MlatOOD/vmf&#10;//n/5n/4n57WcUceLStu4xBUpGFZfndRf51TZLgOe0pBcQC1W7Gt6s/j6LFYWxWl+na9rzJtVQGa&#10;0tNbS7ndaHAYs8FJCYWrqbEzPeFKPIU8yBaqznYlqpO31VrUCIUMJz1+z1TBRCE4Myia5dwZV+1Z&#10;U31tYOp5A6LyKZ2tBtUiKfbpaj6EpH4Ql29liWQlwibm5NUCCsDOSzejI3QVAfw/7zTyCcxXaHBl&#10;TRkrCAqKjzyz1HI9f5FM3ljL4FY/B5LhaKaVM5kVV3KSeOit0Xg5mq07cTybjamOE3CtGJ3xejI8&#10;1DmgE+4GVwLk8MK4gVJUaP6OSxTDgvFSjOeyRYz6LZbo8qHJSLoyo9F55VnmSOS1hYJlOgE/4m7C&#10;Za3bSFYoppEfl2VXD9Ar3GGsNoeJBadqtHioWFVx7BG5UoocA70pAFJVSmYF6LOEzXK5HLRygRvT&#10;QdAIxFysj41IgpA6zVs3nxkNZ2uk5uboKcOPKQ83XrAPe+BTmYYWTk4EHdzA8ZrJ5CBSrVOwBTGZ&#10;fYQOAQPZQGdOO4PuQTQfZe24SfsJksYoD5YhP7ju0AiZGDgJdjE5XKVSgsN5uUdb2Nwbvemkyz4s&#10;1yvuQXtXD3Fiba4JnU6YRoAdht0J/O1EmjDUeDNuglG8eFVcLwmTXk0nEx698QLQ0sDUsb83OV1j&#10;h0OjeUgfCmxLQzKZgWiaL0cT1r7oS2AFR18DC3I8Sx7O50ifJRFT1FWauaKFqtfdmCjIOiQqV/I3&#10;/cosaTq2gq1rUJjwFFXTIQkKmowQlw9TvSjUPchb9RMFCjrlGQaHZeRVH2sxy/LGi2vy19pQMmwV&#10;j/0KeeqU+uoEOISODVmRvS4/ddxyiABc9T/4wof/7PR+ByEaSAPGLUC4BlObcAhb0faOGQUyPNZD&#10;2/7H//Czv/3FLzeWXN5T6ym1PNLUBkduM90kDAHLvczpcsoTYMgo8soQlX/GaomQVVh3hqeqapab&#10;KhzlSydtDYRcilFNbaj6WCzQDypqN/WkLqqhEH+gxLQ2Y6t1O94JOeQC+tdoxpXRW4BgxVhGiYnu&#10;8WXYVj2oqJJWR2UGPI+shedHuBpKKcBS6gK0Kv+9pkNy9VpPx+oirdMzhnxTKkZHKqQYNNL5+V/8&#10;z47vvXJyevovfuVX//JPX/rCj33hgx/7kQiSY/gi53i2wYVtT5fDZm/Q6AxG5yM+xFz48S9EDzUK&#10;Mc/oEUMMVY4UfawTAP61Wrs7O8vxEHUBtJ0YfmD49okf/0df+8PffOs7f/nWK99D5Y3lGGlFsKTd&#10;e/OVX737KrBYw5MTxM586B/85I33fGj3XR/4mV/8p1/94q99+3vfh2Dzve9/fu/wRiJJcNII84OZ&#10;sgVhXEBdeylYbYahHS951GNhuFgJBSwdTIFMU7dDh5QvZ57IgXCSmWeFvmpNpQR4fJr/OEbes8qi&#10;Sp9VCSvcZjquu6zKde84KnZPT6YHjSG6mTCpFnv7h2/df2Wru520Ok5CzXMwcvrbF6Phdn8H+yVw&#10;tdh0+t3OW6OTa9dum9F9mE7BO0s6LRwykAKAe6vR6GE3vbtqPpcfL9pbF4tpf2trUcyQjoU97mx6&#10;1E92oPmcr/KTk7ObBz2Uyc3GAOdU5kQvF8cns8He4MqV67ix8BuX01kHLy4dSBua9QZ63McXx2Cd&#10;3rhy5+T86Lmbz9CfyQFuxjpHWeq0fllFqqfUKq+tnDmUerDmymzFAGJ2+uAn4bBfzItGUkzaGC62&#10;8Y2YiOaCEY9mq7xHq4qDwplufHSBmh1MFjpb7dl61SK1f0Vy85qu2EEj3YerebnutTM5D1DMmovL&#10;ynmBhrw4jeU0Ea4dHlUKMOCCjc3x2QgZX+PFwubSJ6CjmNAI5dJA/DabE0O3Zi5FrG4fcWy6OMDv&#10;w+ImyeEFtydDaInPazVlVKDsJTlBzXgrwlDmOXdBSgwOD3IgB1ZZIoDx+cCCNoP0A4cSDOfciuey&#10;/Xa01Whd20oxksZYoZOm+6aBrhgo0y12LhKMHOHLPEBM8S7qTHd3vOxut1YzO5/NV5B/GNvFJV+f&#10;Z/2bEaImqAfchyqt3Tbb2To7n7jFOssXaXc3xsc/HvWm+bko1kDUQ3PESX4ahPcNauFxxs1aPP6t&#10;C7Xfi2OZFbpsfMSRKOsjUmxX7HkYInHRG0Y6yrnvgseih1cAGbdYWRIVbOtBeFybWk0SmkHQilu4&#10;UXiqfXAC5TlDMxBJiWxeHOBQoQNx2ut2pAhH84f/ZloRPdPU30dR5YApwxlldkMQMT4VnLjEk2jF&#10;ASvBs04cS1pFskRKjdetGVuaaDz5wO9BsWJ8S5EKfk6SXtvr3L75CQSGnQ+Rlj7uDDQS3RenkjfM&#10;8dRG2zGUncZH9oVfIJeIqc9MCjJy66rfj49hpFkdvhmhTmnWA3JmKeJCvLB+dTUqQ1DMD1dhuRf1&#10;dK1xvOJbMRqPU56EnGcVSqtSDnofeXj21HqEgmtSorVg0wIhyvl2ifYgTKCqqtvSqrBQsk81BL4S&#10;K1cAJydQ7tK6taH1MjXgpquPQlVLwtdReKL3xqS07KjIwTgcyPyhgt2UXCx/AijyhxUZFuui4qrl&#10;xdQGxSFsI0hLqtzRwIvTzprxR54qRTQEGkuEcrRJMXVly7gyPAd+R4gmkcEsituYohCUYS3ElSfj&#10;2eiVo4VL9w+2113mioOcg6AvJCuyyw9BAVYRLJ6owaSjF5eFBbeM2OjRWfGVTrVlcn8y4Qbc9SLf&#10;6zc8JAekBll74e/BM/ra3e+dzZaD3QZ0K2joOo6yaL0X7UOEOaHxLim2HDFDVOlhoQhD7S7E0Bkt&#10;EK0TM3cnR+pBvw/bKnYkqKagj8O3IosLauHJa6+/tco7vS4gGJjl0lyifPLIidiYGUIom9kLECYp&#10;WaCGvkrrO7/Sd8GbwZyanmuK4GKYeFq0HWsfD49wBrIGWpoPz0+KFChSqEkIaxTmg7KMWFDora59&#10;U4L8qQDGesvtBeEJ2BNRW8uDASgmXjH2TNT6y7vn02arl0D3w4jePHi4M38imoltn2td6hXwstjg&#10;HV1gz+Xir20ifL3r9Bp3H8xa+DkZUySwLSmVIl6gQc5LArYfDquovCNJoRdzi8W0H/W1JJQzrxdl&#10;d540D/cOsxbhwV3Epx/un49GcKlAhtNDTBH6K8v1oB0v5khM43B9NV/BffT6t86QqEdJuU+LkTzm&#10;SPuDmVMJoWQxWOuzwugs9XKeRPPGQ4JDePblOCp8y+DDiZy5PAKkxAbpQdIQJFnIluEhDqXhsW78&#10;vcRCZ+pDNt3dTBWAJCsVfWoQ2FhKUBBnAZEb4uIB82hHPB+g/99ewEIQ4SAkrRe2aCEORyKhGxHS&#10;liyXO1TpYEhuOY5lNJH4dHggeSwj9jHFrHTfisBELunnNnROvX25BL0649EKFP7HT29GVMl8FOdU&#10;YqFMzf76GJjqcQ7T24+fzCUKzzLA6B2+21fWpWktRLu6H+yHdOXguW6A8tgDj0czYeuKrJfehPFh&#10;ubXUBKkurOHhx4SM+o1b2lQxAk/SvkxkHjdBR6ZMratNAn05DVFLJiCoJO0OdrfSdHg+/KVf+qVn&#10;v/KVz/74Tx3eeRanwAevvwpAPMO0+lsx69s5c0fQDhXiovKrmrx1YORayb2KRb6hdeDg8Oq7Xvzo&#10;7Py0s3/9HDAXHI/Rabv2ro//R//lxaM358PRej6+9+abJyf3F5OLpmGm2hRdwwnCXpdf/1f/79d+&#10;99eYVNdKt7d3fuRzX9jqDbq9gXGJGtIV1exCpLKp5OKu1Ed5NVhN7x77eTnu9lR6wlbxHuW0PgoI&#10;vPI7w5Xzank0qfQeSSTGtfAhDI/JBzbIyY9JGCJTP408wQs3TxbMl9/xmzeG+2E5eAMWtDps6WPC&#10;TXU0vOj2+s32IJuvLi4ubt/ZnYIfA6g/wRhoxyKJzaKXjgUO/wu/4NbOHgKgt/ev4qRxenrvmd0P&#10;T6djdZTAgIrv2rv63Ctv/PmN2/v3zs4R/YyM2mU+QWf5GirCpLGewTETjwvSWk0ulqp8DZcmqtxR&#10;Pu6vV+1OF2UothVEMgw6fQyJGfqA/QpPWyt9cHzUSTtXrlwZv3maxHAVrlNm4lGdH5LQeNxiVKCU&#10;m/qJq7pYDtB0kpbiDjRtmhxpgniDu6eBcQFu/qOL8XtvHZwWF11AXwmNRYXT6HWz2bjoNduLAvzI&#10;BdfsqMB81CxI7MebHy5Xe+3OGeuHpoqIibyWMNVwMBbsP3kpZne7z3TI1RxtpBt7W/BH/sUMvE4w&#10;Ttzh9i5kF6dnZ4DCDaeLPuIf5eEAYB1eX+oueG3i0J/xZBoXxmsmRLdBYUo8L3d6zpUZu0oCRy6d&#10;HmCxFzKF5mwXPy2X68P0Wrq2+MW4dIvFYjSeTC5g7U5ae9utLBoPj271kxvdLjr7CE66vs3Nj417&#10;puak/SatvIscZw4k0VOKut9Pj8fr/b2daD8a0KcaTTvpsLEexO1ltJ66s8z2h49gZi463R5syp1k&#10;2IEjJ2MmVdztL+IGUFbdtr03hk4N/E5chBU/VLy2JQYmCThnONPgckyR1ApNrA5vZYEtPNTWqpqD&#10;NGxTE1OGgrOMQfDOSUnfDdVU5L3A1lvCbUBeNZj9DEwnLxs6Lr3trZPx7HB3J1/NiTmmMh9RugZ1&#10;MdBoZCwxalKSeUXbXNZIG/Hd8h/0Z5ZUD6CHg2k4teWtNj4dTJ8Khehi2S5rURaNAdW24Xqp7Dob&#10;7To9TeFdfOh9t3vdHgQdK8kS8uI5doIilR5KvyBwxzU6zrg4KmWyPAypTttIB0mEeYZGL8sxlDxr&#10;4vyV014h2k6rV0CYTxzECwknF6UmM3fZ0mDgciGh8PTVCN65HN2vyexxHDIop0p6k3JvR/orCuF5&#10;4hcg7urpqWJ8c8EX/N6cGs4bvr1pxFihdZ3VlBo9mdk6D9PrjK0nShjrG6Vuo8g19Z2m1pt1dbOM&#10;GhFKif7GmSKAG/2ZIzFly9zP83WMbgLqkd7dRF+RIKWDdDkKqkrtM3Bm5TaSKUONHWvx7MpxfUmA&#10;FZHOY76BMqxSW92msm3XICniwkg8nTYiXJjtFfQBXSfDfLVoJauvPZh99uPPJdKLQGcQTbqYZi8c&#10;xDOcPPb3khVSapnNm+rUgnlZIgbFUocmLF+wxiRqOQwGD7pX+G/6ey6wGUqnku0mtUjjtDRfnNx/&#10;NPj0Zz59MZwAX9tO+s5BtpMKUSkmlh2tWdzWcqQyQmNjFHkk5lp2Z/hGWaPFRmygyNwZLNZwUKzl&#10;t6PkjgcZa1OISafDB1/7vv3Pf/HncAwD5wpbloRdSTVr5bmjoj/XY5BoH4zf8kWxlufCglogIzu6&#10;i24uBseIjsUaP53QWdDosh9YMOtsfHb0te+8dPVdP/Opd3fzFUBdnSL2DHWZfsgnJalFgovHrJl3&#10;grSQ7Rxhda45gW5a+l3sheJyFOtHx3f//K9f+9znnt3famQE/699HLy24FJyJ1iiy9QUpTuWerRq&#10;u/0+1kJMee+//LICh6GYbbXz8Wx4cXwWd3aePzykzQIRA1xVgLcUFx4DF+HdJcpiuVLgHXnx+NhG&#10;blS4h1xmSJyOT2cPX/7+ye2b293lZICcNpT3qJXneBMIZ0JvgCvUzNjlnLcsW5gumkK6vcbrzRQW&#10;IuoXT2ZmfAA7CXlZjckkpsxrscYnK+gNb8sSxbo67Kgea+meqE5io3IKznFz8onZBhSfrlMRsgvp&#10;QjYJT/eTVGBXZom7wJiPNrO/5SyHR24tmYbNTgvRpxiAYEea44Oap50Ybf3OEBKxZC0dTzY4IomY&#10;xm3B8KYMfWyI8Vf9bN0qBP0FAXpE+teqcCYMpKPNU3HJAA4I+gq5o/rYsvpy1fyo1NZYqcdll3RP&#10;seJV3u9jtZnxNXD5aupJsxt1wNvxmS8taI158k/N5epfHxBk6vz/qKLsX1qVuCfdl3KlZckqD0vG&#10;4/31xi0ZFFEZmx6GLeUY13qfrgkRxdWOF5XiMy9BcqVAepPm5alrVd8ggI08YMlbgqTJLAcKIAtl&#10;1EMI1Y1nn7uWL2bD89/+tV++cfsOBJW7u/s7N5+Z46yOTBboEB2baC1oOyHzKew3f/+3cLr45E/9&#10;uwrLFXoEwe+5EAJgYHv46BSX5XBlR4+O5tPx+OIEAr7ZdDybnOKUPJ9NJmCu4svTZGbdwcHB889/&#10;eGt7tz/YhbWt2et3Bmj9IEqPNHpmiIdIlWDqiUKjYMPerRu2jbydqKzjytaPeDUTJZnzK63oi/zH&#10;FLiXUal51sfGBDOt07qEQ6AQ5hzuoss084+x0ExpijJvyxivshEvi9HalD0/kWD099Q2m3KZNRvN&#10;NcNPF1AgMX2ud7f3z0107+5r12/eWSJ8bp0DhYqibjg8GWwfMFOvmSGqpQW+FEoM+JeardXw4Wx6&#10;B5UziM3tFkywCGCjymUZI4x1CIBxgzCJBnFHSXL9sHf3HqeE2I+u7F1ZzhbjySJqRojTmkD1DhYF&#10;zD8wkfORIcbh9OLsxsH+cPhIUIoopVBoj3Du7fXbCJIfzS6Ohg8RzGt8zWYTf1705FQSHRRqIUkq&#10;qlgoP3/Ze1jiIXkYHzoSfaeLKWVTSdztZGfzlW1L35WEpxyd+DuHfVYDCBW0xXhZbG9Bo8X2Lurt&#10;mOQrnMHM2XRBS5ScxCXuwvqxmgtdNwFr4MUN+u3hZAKpMIakbx2dYlg4ms4PtrfwGL2FmWoCACaN&#10;lKejGTBgbXSVJZ210B/LzA9tshOCpXALE6D+ng4P2TYIZDxNoPJfqAyazWbCT3l11cSPnwc+FApp&#10;/WN12eHHo6u9mKPcHZ+dXUxG451+Ly0QxbG4s5M1jd0bZAtkGsJXhtACwrOZpoMX0xDnJSt0m0MY&#10;Fy2jXj/uDrpbO9m0GeNdwvazbc3+ld0CRGb0Ktxkidn+FFi0VcQmS892oYRezQGrPhr397O82YP/&#10;y7SznWj1yt2Li/MpBhiAfOEeAOkLxma8C4hV4CLzilejIBCARpZNQIMlajEJZvxcZvuJKw1UYUnw&#10;vkYtZ61Wo4qw08KsUJ1noAlJRWhAaT5frc9nS3zziMHG5o0HSCrPO8CYT5cQw/fRTMEIncM3p7Uu&#10;I3mtYENLw/XjDzyP9RhGYZxutKjEOUpHttA0MgxERgpSFqYyL4obmXjD5ItcPdet2l6iSndV1jy4&#10;RIuIJxOv/y9ET4i/Sb05tdABq1yfImSkRiUn33LLwLjJa2Fk9m0pJMRt4JFqHGckYcTIb0+tEsHk&#10;jw33VZ+LE1tng0iGr9GGPnrZ2o88cC2WmBl5wDQ5SklPJKBSUYEFDf/3xffdeooN/kgVIlFJN6sW&#10;VOP53s55WUBJHZM8JznCJcYPW40Xg0eaNoxnE5UAxakBFOX0t5QsTv2kajeMC+nEQi4SVr0qiEzk&#10;teR6KIy9oknlyyy1yHAymmIS+3K3EKxUIXVuXugXJ2Gv1bGTDXhpHSr71FwvWdGPPBxPFFsQlOqh&#10;JeBMbcMMEWtRdMm+GT5x2Zwl05aWdVbE9HvQFLDi8xGDF0iYfmwfFDGMECuk0KBbD9Fvvlz2s2xF&#10;Us6s3+AgFGUe7g/hvaO25G0rURQi0nexDNlk/SN7SvO28BvBf0X9uZASjuR+wB6SqE0iFzUY0Jus&#10;x2ueEJkDB70sPLgyMcBfPBmzb5jzjsWOKN4KmStbr3unKCVnEW5jLSDxYaDDOmUjCVqbFasHPGfL&#10;WUzXyTyzDXLLF7AcW2pHuXeTks8riVtfpoP62WN9pAnfC+SIJsIslG8yRT6RA3NhhX4oRFloyU5H&#10;yEVod3v4wLGcGwKh100KgFirZiTi5bzeBYs3Gux1odRsNGFGMaEo4rtDqdFFSi5OnsgNZroY0v4a&#10;bCnQJbeAXAMXH6nrJIpxyWJ/QaBE6kWgp994+FzRFHJqRMxyE78am4pV5KRohi3zQuar9n5DqhyM&#10;ZLmmyWPJfEEhePETWOeCcuZux5wSh1G5BDWLpJbRSw4epOUgS3bBYYxy5MBjGg0KNJUp2DTX5OO1&#10;jBtAiFa4aUJhWlMKKiYwJ5SG56FSWxL4UAifb2l816qooc83Qe8KJDSV4URRVgFPZyRc1jxRnvgK&#10;1WOc2IIhnVqwdYWE0ie6sEhZnOoTGruyYLDBoKnTSedHR9XwqKo8An9LbnJU+6BVTSdc8a1b8BS2&#10;RXhoFC9629n8PqT7XZ03O50YNeY07mI4DBt2A7cwVO75nA7wJTtJGJlAKt+UNaMIvGotdOOyeafl&#10;uOxT0mSJvNK0lL7YcJaOJUBQWrK5tyt4UOnTA1clrnwt7jG8cPiHT1a2xjxe1BrzxFeZtyfZureb&#10;YoXQ1KC5Ci4gNXV7i98laamPZcqUw15pUvuUcgInnLA8ynKpulmCHt6EM+6GLFm2D47U4si6AKEy&#10;FeOhHEI7Yy4plCIfYqUBWrUucfQ4u8sIsbUUCVnhICYp8Dzzk2myXHz/ay8B0XP19rueRwB4b+fi&#10;/AQj1jbGew3aUZY8yLYmo+HR8aP34eANXu8ESObT8fnJ7OJ0dH6ynIzmozNImqEn+YvXvyEuCaZb&#10;KNmESkHc8a0u6mvMy9rtPsJUr9288eGPfOrg5jNY72lxZO+P+21O+U+qChadomgnt2yTOFM/sOmV&#10;iaPAnQplrI8/s17VwO9QeaNvMbiSXuVdc4EJYgIvNSDG5VQsUi8/GdZyReECNVJamTBdhTYHx4UJ&#10;xxhTs7bXuz1vB3s2PzCR6++Ru/sOuWLEG2MXYzxmA/PTzOwfXJs2G2+++dr27j4jDaSSaMWuycaZ&#10;Q++VMic0OePs4Not6JPWJ3dPHr6xde05wc1gSAxxLEu+ztbB0dEbz9183yQvBp0Bdguszm/dP1pH&#10;Nw/20vn5GNdljLoKcN9On4XXYtxoDq7u4fzSgqgVyngwKzCmxXqar8bYTxpNtBMb4/n9m7u75MRO&#10;Hhxs7aGweemlP/7Ihz5BACz0XUUhBB3f/3G+dyHqMUhykDoUC6/Ii5pZDuLoQENM3MKcl7kRprks&#10;Vp1eGwE5GKih8MDkFcNDiJ2OTsd73UZ/t3kysduz9X63CX8vT0SsYqwkB4mBxpYVkg1Dj1CG8jcZ&#10;saq7v/jGaxTHQQKGjRmI5MJ1GQ6T4FLvDQaDbuP+0Sm2DRy1ToeLmy1aYNZCwEKz3lg/DylBNDis&#10;SbSAnrGhsUq5zSMGSM8cicZsSoIh90SeM2DOmU+RqwyPwwL6DQCE8K0rDs94YIOH6XQ4vDgbg6qN&#10;D7wNrUY+2+2lg0bUb2ZLiQ7F149mqwYhRemCqBbCzvOFw9c0mFc832qvhyuwPsDChC3c3n3jAu1f&#10;wKbRJobdF0ruJkBVjWUvX/eRPovT4tk5fhWm/o04hZPq1e/fNzut9cXi5ddGk9ydj/nrMPRernWK&#10;GmECv7XdF02fk/5AGkteB/4Jg3OQcswsclb30KcxjjdmE9jLc50vH2yILXUl/T6klzIERieWoXSo&#10;D50cEUX2dFrsdKTug6ALI5HYjobT8+kSJ9mdlE4NK7hPnIYgp8fJCcKGlQqto+rA4/9PMMmQRlCw&#10;KEkk8W9NHmYiINuE2ke8oIYf5yXCwY7FOWvLHanKI/b+bR+8VlJKnGhoOVvSgw9PFf4wJrheXfCC&#10;0UtR0mU315WVsBY0zjjfZ/ILrgB85ddV6bK6kMeJqVDDQORaNWHJySxW7rhuhlIAiN4v5KLHPiEZ&#10;ZcJKBkTaniGqUGZ1LA4REKUDftxiT4/UXPgeiSkXesVUxj6dMPSeZObq22s+FbruqC3T8wSVSCUn&#10;8PDW16GRV9T786i/iM49dlox4SvlfCBDcf38Qz6xsWHv835qW3Jp5BwjUrVcZLcCnebZMRGvbWp8&#10;Gpbz4GZTzXcLefz9TCP2yk2vY5GOe0wCkxh8tW+tw1vfi/EKYjXUaphxlVJkquY2fo/hXcA8FGHP&#10;MoKEnDY6P2XYyjVouZxt4VCNlbJgMwTwIV6otbinoQ7GvcKXwrMzHKMoIgsqa2gQUB2XlSQhORFa&#10;oYCs9XFnH9MKAJ2/WKyaGDAyfwVDXwr++ey0TaMD2hq0tZJGBRSKY1krawi9pDLopsmXpZdVfUQe&#10;xWXjm0d+WchJxBVMHoWjLDEZQ2QWmfSRUL2TGYGtIaNVJKWS2YoCpLxY8rhbik51FWC9UXjPsXxk&#10;aJvlvD/QFl6jTwAtVQHVNTAZjJXDCoN6mN+hShLQnxlKgD1cOi42Vt8knclrCdxNaBi2/DiM94Pj&#10;hJnSNCuJYTQf49AMREW7TXsn5w6p9AnRHKXhFwW8FWu1NmmkSpVWbq6ps0JxorBwkWBLTNsypxYO&#10;NMpokGWQrUDvMPcRK8IyOskhkGYb0CW6mLMrkjKr2xobhhqShIQPFB9zzhnOCieZFK85ohSA7Wuo&#10;s5tJNlnkS6K2BYNnOLvMMp4KcT+2aBF3cECxix+ZeazHTrR2ndMwYXmYM3w7heQuDLH83FRhCpFX&#10;hWujsgYT8s09MvtxNpB1IMx/fVqZtrhiAddoSYKqW+zPQJiblvfWS7ffeFAdP6HUA7O8Ob4KFqtV&#10;YdI9tyHs0BdNbHKx05qBPg4BVZOLSJExHw5tzWjdGTTOXl3RYA9vNFOmeAJi44e+rBnkChNS1ICX&#10;W89zTe1OhSQuS6XYU+SwrRtwzVRs4tJ+Jc01qxJnZzyxXsxcxjdJNQIqlSVX3mgUP+VwImY9aokQ&#10;sMSVmbEeJmM2c0f1TLFJ6IkuUzI/eXZ3l+iQq1SfSjSth5dSsV6GAJknzLz1/1+JCmoJFrIpcfG0&#10;krhVzmxduCc9+yS0Pk0FmTL6KSUijNeP1tVimUwJYa6Bm2vlkQIUNnJerauoFP5I4Go5PEKLEHlB&#10;HPk8Uh4dVss5VZxodOb5Gy9/58H9+88+/+L24a3x0WmzO1jORtPxBeY688VkeO8uQFO/+r/8s5wH&#10;4qmCrKTHR9YJtwMpTWXoK6RJtHvWDEABG4/ktphtQaZzG4LcLh7e+/3f/D/f/aFPfuCFT7V6W4S2&#10;rK0IaDIrCNZIlwlRVNuqTimVyKZmkS6cK4Xhus/7i6VBMJo7EMmHVUj5bKupf6A5VBw4EwjYRjO+&#10;NMkSR/5YBWtBAikHA2nT2+LJMtIES3ZN036ZGvkdpRbvKNR3PwznweXqf3ygzE7HTorGBakSDntJ&#10;s93ZeXjv3q13vz86P8b0Ex2Ro/OT7f42B7BrShT7ve27974zGBy8ef/u9tmD6NozaIDjdIEhHxhL&#10;3KGidLQy12ejVrdPvxDye9iKNSfj6bNXttZH5wgo+cpffeONN1/+uZ98nv0/N2km+7P13K56WRvM&#10;ZtzB83bWwXuHlhc3FmpmSLEgn47xeoy599ZrN668u7O1v9UEXDrPxD0ndFnveefmJyxzERZLrgs2&#10;czZGcf5w+hdHAaTdZ0xGYUhVxp+DjNkl6MgIpmcVOplRu7qKo0Gv8cbxpD1eXz/o39nvHZ1MUtGE&#10;U0CNlAugnjISMcF5dGXHafMWUZVCKkIm/H/ku0btJkqgvUFT4pGmyGrsdTor0qXRll5LSGMh+VxG&#10;9gcfMVTIuCBIoTZgRVpz8OFPtICzXg6VSE0hFY5QVVjTqgkwZugkNu0ltxZDnNhyCST7YjKajDGC&#10;XywPtrudNMKceTpfbYOCC2DpSnBKgkCBTA+xEJk8ORMAKhZRZ68PPdSVbUxU4tEcOczQCKCZlhPx&#10;WUTAb7oEHG8HhQn6+NdudHf2stPzBc3/KC8X8wkm/Qt7MSpO4ZyC/n1s42W+3zDfHy2Oxwi+ZTPb&#10;+pwhq+prmZDJrJt8DE7JFOvHXI3Id/39NEp5IZHvbZcLblG67x3zFRNPZvGuKtncfHouCy05laHs&#10;lkwSfEwJzGorjsh5e80lxAMHr4aIxinLLUTSjFsEYwR0eXI1Erqqe2tqvU6tQmNRiIlCXxzdzIEw&#10;UtY7Oa2Tm5UkRDcnRlvdxaVrTm1JkhqkjJzXZBt/E8U+TyMKsihbR3gqVch7OBVvr8whJWKbiuIY&#10;0Ew1+EA5Zaj24HKsENfESvXsQJYK2mCIKzlOON/4sXNUBsiJYppEa/ljGz3lI4+p8ULD0SPkVYTO&#10;tVMWugKbpElqg8Tc33rWhcBdqbY0YMyGCHmfSVk150ttUv2k4monrFCTulLRHo5hVn3ckT/sGj9M&#10;51eQdSt0c/6d9aMVCXmWqIaqKq/ImrGecTQdQX2Msf/IArMrlPTGqyecqW/jxoMsYv8K/e5pnKvb&#10;hHykbwUnUIw424ro+0mgGkl3RiztKc8gMm9MReQltlPOa4EqkHVpkUdVwK+swoWXdUVewyzvykqU&#10;qAx7LdHB7E5a8XLxBYIzIS5cP/+V98xwWZResTfnujT2QXlJaBDJJeKSIrlZian8z5r3ZHWUoS0n&#10;xFuvKL+lFoR8U/DvGq1UZtk9JF6zv4Wwcuw4VrWDarZU+0YsqjalVcnlta7w5xtNgmJsGKaYcTOO&#10;whzb5cOL8+5gp416WE53qyXyb2PYVZbso9GZIN4dGbPFxLRHXh+gVFjeXLJ1FokoEADMSJ2ENTk9&#10;mLIGhoYILxhaF6qWBPMuOIWMT4iIoLTFgHfJTUv00+qDTXQajNNEwYG2ozZZ0fEJYVV+HNWQzHAu&#10;FzTgSbZyZG1Qx0Z6nlPVFTaGhgT2RppAxbYaBsgYea+5RwgmxEm2ayrlH3ty7FxHa4Exg2wBezDj&#10;HxLmBrtNtzwz6HnCMJpE5OrBqPWQ6Y3HV4Go7EtII9oGilB8GR/e1ES0vGdYYYonuGBkoA23uAuJ&#10;iFraOrMRFKLz0cQESVjkonp2e1yae/2NE8mxPNaWjWDoyEYhMgdQN9jZJfordZ60QDWTrMe4OVv0&#10;+uIrSQ6DLCEmRlPx9obh7ManJQb0nnEVbS+wml0lx3QVWtgFV6gJNYAQFWiyiH0C3NP08ZrqNK3T&#10;s+QdA1dKA8em4dGYd/Tlmqg0vfxNB18l9NiVoay14FxTzy56Aqm7MbdTGZb6Sz35X7N5fcezHOGV&#10;sKukNPQ6z471rRR8xjgM5RqdWA9cDsJvV/1N6BtstAiC28YnsPDGktiTqDTpRJV52WgikmQUmMV8&#10;/ejoXJT2pEpQzzgbf/ev/jRJ/gKEBbws+Vn0UsFCVrDFGLtzmTBI5oMPC9AwBRmE6rCKp8rw2AYg&#10;RdwZFAmXudibNZw9Ozl97Tf+nz/5o9//uX/8nx5cvWlJhECfLd/Mi5S+eLAnXXI/bJQRpa/X30mS&#10;iVYk+g8YBR8XXm6+YYUy4aDlvHC6wsK5cOjEMdLK27QV5zJ2l+UhRz8wsuvpOuh/CEUwdg7mIyBb&#10;p9NA+5gSu6RNTBk+ofX8gqHu0pTt9vfRMV9PpwCXpSwn4u2dW/OLe0d5fGAXdjy0zd58sdze20VW&#10;4kpCWJJO92Jxuje4ivlhv7s96D1CM365nk3nbXQJT48fbe9sn5wOJuPz3XZrOrvY2nnWubtovCC8&#10;FcQQVFzdBmyzTHbBAJA1TGRGF6dX9w9Gw8nD0ei59+xgMe71D7GSMl6CLnOl30v8oODmRFxoNUkS&#10;+2ckPtVI0xZsAfFsBiU2LT9w4WDc3JutYBiN95FHiFwYm1/b2bp/NNzd7oHi8fAc1R96m803T6aA&#10;8d7Y7R1fTNYymUJpCunO/tWrj968n8VJVOfzRdXswvhwPer0MMZNGKVgLqaTXbB8oQFK4qPzi4vh&#10;eG+730hUi8LbrtdueJuiHx5L/EaWlmrPQoYqcTDCFaGU4mVhQpMqVGKGIFKyD/gKug8cGyLmgacE&#10;QSLp4RZY5gkQ2FM4pSanF0OUvnBXI3SnJSpbnCwRBdFt4K8GxLyIWkWfJJeJH3rfC2uPIDrGSamZ&#10;9xABsSjG07y912G6z9kc83rox2COwlcMwQHL5eCCAX4BHzSDH1ghpNTZEQnm4POPbl3pNgedxST/&#10;/ndPcBbda0THGE3zN0ai3qT8jM1ksWcnnAootl0ciHj+MSyRNy187Cj0QnwT1FUQfuOZVC4EhtbP&#10;3ZrwUVPR6C8hy4QzCdvr9/ESpqSEcXIOjXqXVPJlQiU60dBrTo2YPbkkdAw9xJya7Jo4x2z2RnSv&#10;Q13f8sc/naiabqeNfEgRSMpKbTk9wmdYaFWtKdD15Jp6gp/3j272jMWsa503PpfmqBrnr+z5emGM&#10;t4bV6nRXtW5Dyp7fcWXAa8rKNADxndfVuTLvPMAuIlN+rcTFVuxp8a6E9mTo/JeBFgL0LffJ2L/Y&#10;p7dqlgkL8sCVFXtcuYw2OoxOq1998OMa1MFUpwT1OoTb0uOLE23xag6D99i4GtLpsZdlS4CK9RG/&#10;zgfn1piintLsosq8F/veh1SzMpdOKUdTVHH0JECkTGXS70q8mrF6dwp/9NRtVxqOVZtsvM/Xb/ax&#10;nr61qeRDm6LNc5GSbNFa8g+NF1FlDARiDrRKM1kCKYCLUhNWLpySEhgiwSVJ6rOn5c89NttfVV4l&#10;PJWSKMyfvKaeVQhoxTrYep2w2Zc8VUiXDagpsswNm3TFahmvVwJAkTqQJnOrV51ebgnsSeRBq1KZ&#10;S4GYb2bG+qmxDGWaaUSecjNDM9RoXBgKM8bGs6rD78/88I0rck5obyJiLdpq/GlVr7z8ULyYxFv0&#10;DWXZ/HjlhATWYxFt9wf4+fAOp23wkKNM6poWUtYlOEBbpRRsF9J5ldcdajPxFRAQEWvBJkA9XBVR&#10;QdOYQNlOEresbwEYJasTtYLfWIi2XpYUaUrGJPJxdFzIMZQBY3EqFCtaOwq9XRPW5dB9Rc2sOcel&#10;aTTI1Y7IZ1S5e87RIeWGlBj7cspK7jd7OxmbE8Lohji8KPQlidOFQ232JAqqoRlNznThleS8+2WT&#10;fGwco7Ex22Uq0225zEZZ5JoAm/joSuOMeWwcV8maJZin3FK0WekjNYW5SAFWEj92cPRVtR5dpIsW&#10;ely+4VhozLbvlxWPHax1quxK/Ju2Yp5AowaHZnDm+xXaSSpdImEmXk2EfRektk6DwjDjI+adkG9J&#10;gFSxMn0E5ADxxltx9k6iLSgvTN3QNdxWJA25LCoecqXvzsOl4ygKQ74Qv+grYBeFMLdQ7ZVGnKd9&#10;di6Tomp/1T75x62PG/JO846q67JUMdGlxB/zttMw41OuvKbQ773hRqxAPpdzr0y4P42vXoIHMDaR&#10;N6goNVhqXhsGLGWb3muXY1EVCK1NtjO0m5AsF1dSXVe+jtB59R+ml/mX44jNDGITdkYvvi1t1bKn&#10;SIuQsH1B+nNJ5OJcaDKCIXoOGskVws0ofXe+M+gx1fhTqu05KMK6wIQ+1ZI5agZ18mFLgrRwPGKP&#10;4ZSH36ofUO9MiZAYDc9Ozi6w2Obz6Ve++Ovv+/BH3/+xz1JIpYALHR7IqUVyYF0oY70muQRjlLjq&#10;mgk6EnFNCIgw0m6SfrokU3tFclS/hYKU3FTRLpQLhjGv1PPW1ZQCqquIa/CnH9xsCVSAyET/v/4X&#10;J2J4lc1OF8JdaFEwsGq3ALFwi3w+2N2ZjoeQHpsIZpZ1t9d7+Oj+rStXUAjBwImOSavVL9pISB2c&#10;mOX+8evxtQ/iQ1xOFrhIWbPLjWudjGCmWl5s0eOZWOTWtlmBItlht9eDbn778GCC2nFy6vYO+YHj&#10;1ILgos4WzvRoCc/ms73BNrw86MIsVguocOEgwWjy9MH9nd3npstXsE/ZXOZsHC43YdzCMYg3O28p&#10;mQQKLdZxu0pVlCWLc6ymNgzKwNFd5pQuY5gJyQEOGO12NkEUAdTbs0XaihbEO/FktWLlAkU3zgJm&#10;upxj7ott7+Pvvf3N1x8g2gX0jG4vvXVtd7fTGI0uXLQnOmeK1nS9CMuBODAj2rOuH2wbeZwuJvOz&#10;i4t2f4C80Vav29/aXY7HMosGbCmn3rqRaocpkCaEzFaB5QP6RT1vAvU1TMLwsicNPtU0FBNaUxQq&#10;QfzZSFeLGLZYXguovNbrOYaq09np+ejsbAjxcJO8rg7llgaKumK/19jroi/AiegWFBrGTEUSlgnX&#10;dLy00zxaLO3pm6e74FYDY5w0AZRK1vDhJjtNhMgSx40sKmTzuUZbesBR4itCXqRWK2N4EOkfRXe/&#10;3bm6VzAiYvncM4c5sdNohyyQ5oQ1FJ0Hpl8YfiqI56XSG8UmGTRFWH9JR84YSYL/SsT7LGDawMRz&#10;tSmSCUC8Ut9TmosKp7Jkj/BxHpHhoAgUAr9FAiRED91Oq9PgSavfbmFFPALEPLLjNUV1lDzwVFws&#10;WO3iPyKSCNVa5D9aV4L6CEERGQw6UAJA5eaKc9j+XntyDKYVFm6ukzhPoAmBFwcgqq8jnbsEgFHN&#10;Ab1zq3R6hGLEhQKMNZZV8pfeUbbKh4hCuFGViRM6hba2PfHs66L6cusRE2EAKZwpgenXesuV3TgY&#10;WD2RpPxRZTXnGTDVeVHPSk5TCkojs3mqPX5TJvGEMKGyPRD8CzqxLQnFZgObqPhqLymvvNxuk7ke&#10;hTaAnwSXo+0ah8G/TVuFrpWGv1LzZYTkbTRqXqclRTUZFsq33O6I2tJilmofbzc0rpauEZIhnKmB&#10;s2r8Nx8p7V+VFclIKC6tPl5WnB0mNeVJ20U1/omrOvZeWeALbBV2UZzCgSY1KbHk6tIpwvsJQGOO&#10;1xwDicxCPgQ0PUl3oNFKhJVGGH5i+8aiIFxxQZLHKn1gfBFLfuQMkX+HTaKQMB6RtHHgRyIAO0yC&#10;i5O352T05QRRC89C4QfasRTuIQtPH5fYDwGdtNL1XKmXMDUeTCIDRSv5ZExUStduzVVZ4oIhnSKj&#10;miKmRGoIm+gQX/uYGeefsdbZchgtYk//jnXXoPaVX60HGxhtVQSLahmTY/YisJaStc+KnY3Q1Eyo&#10;0ip4nuJ5qIg1oUSayJrnFEmMGk+ZfP2J1EJFyrqbZlgXqRuW73ot5Ss+u7TBCasm8hKMCitNRAPT&#10;Wps/gG6TlIpm7NqK0poApFXWyhpOKOQMVbYr+oZWjEaQMVTEvCoxKBc6b0m0FHVFEK2r0S3TTDUJ&#10;ZLd+Cg32IRXssdwD2lopdPTBHkGB37oqFHVpRLPG1gy8v9R5or0u0Wnaco51BRKDcAlUDxPTKKrw&#10;bl5dJJ+bzMZLzYaRsjcYCJxzm5TUava1gXsJcXGxl4AlJU99wztcJm8bX5Jt8pBcGWBSboDSHSmo&#10;hpZLA7MA7zuFSNDNixuDj0Yaep1r0fDLylxqo/ibIRFvkZQiFH2kvOAeAHEtj7TAyP1iWg2hXSVP&#10;cTUmn4L9bUWIDZ1V3wzWoHIpeGNv5I2fYrXrefuu7rCt8XZMPfb2cbjtO9oOzRO427D0m8uIxvV/&#10;YN5Z1WlqeJsnq97aZhrFdX2BCfkeFY8hWJK8Iyaql/Heeqp6bhED836go9AVVUxsVNpJQ9R0LX45&#10;qurzWvSxJ1mE3U/U/eoal44Rp8g4vqrMIZRqqq/JOV3gVzYI+il7kXqW81WqPDtcplSzVHhtTiwk&#10;zNJir08H31TOeYvnxhTS2xULEqessWY7AWO0mHe2Wxfnp5j/5evZ1u7+1WfeG+5sa6rBQlRhvMrL&#10;62w1JNiUrZtS2aDdICnyNTzSquCn3I3jEupWubRr7tuQnyzLWK79wbJP50ydm/mYQvmxeYLqnx+D&#10;ob2z//zt0qr/zoZdd7koOhDdqieBf5v2BwPRZOEDj5uNlsBTwezFLC3Z3t7HWQGwKHwHspgHAyQV&#10;XQBzNR6e72wdzFfzdndva3D3reNx1523ZuOk18NmuQQhIi96rW4SX3351Ye39kbNrAsjiHh5iPFY&#10;ROba9uB4vprMSVQ6O7248Z5kq7s7no562N5EQQnTI3C8UbqXamwsGyTgHwwHWfTm0fn+tWy3dxD5&#10;aEduvQA/S0s4LqXwtN1I/Cz2r4LIjEizU9NYussiP1iztwwnbdFqd3LJml8jEwnzOMuhcScBzyPe&#10;3mY+ETJ3x0u2gnLOSFn4zgr3Z99949ru1k6/ezyeQtb6J3/6Deh/b29t8SBDxalYbUUfGyQQUanJ&#10;3EZt1KSK/3yyQG3TX9mT6WKr08G55/75aKuZjRbkTMJiL6csvyQocLrweTmxkgNNZWbwPngjQ1D8&#10;kSCsE+nTU3mUK8RcOku59On5UItVDsXYfL2GiBlD5vPz0XyNdJx4G5lSiJJarM/Gk26UXBu0cSXB&#10;tGZEjuM+N2dgB5rlKVKWH03XJyOOGy3PSsVeEyaHxQHk7AXGve7R0QhtC/ySAe8RmHgd8nuRNbli&#10;sFQL2j1yNQknQdnfwWuc5qvzN054VrEJ4pFmud3byq70EtsEPMbOcjcdc6YRNDuyyamMudD5g3Km&#10;Cjmox2XCjXaMdVJUBjaF0a/GR8l94z13myJRb9YhGBBNH7zqPk6iq2UHkASQzFFaU95OhVW720LN&#10;Oh4tOOblcQA+Yo7nV6pxDkIyEaQpID5yNVtepEJCOUPwTJvI5iEDihJ5UOjBphwpSjCPrcye5m3Q&#10;F2UKo4nqE9qgo3WXbcwmsH3jAGisS1DrW6srVbjhwFIai0xURc1bP+EM+KbqRGfDRY5Lemk9xNyU&#10;nh8Tuv2RFNAa466op8hExjy1HmG8+f7Lct15BEU5GQ8vhc+d13rVm61FrYnteymiqbKxCUWQc6Ud&#10;u9Lhb2rDotqtW5vC6qnVaf+r/CK/bbtyZl8G/fEv3KGx1xrKON+fI6vjsSuVVZqCEnvmlc5lrE7h&#10;xa+c6GMpVtJI3cCez1ompvj+hMQQWo8zU71pyEcR56/33ONHNQlAKkiJYmGLXWrp1hN8cSdrLJgm&#10;ix4Y8/GY1xVb+baE5gRxOSmGRVO7ggPJ+eRkapbxkHFIhoeOdbJM2zykWlBjLQhfLdLB0yhbN5w4&#10;Shj0kzPyF/07Mt7opc9o6KIahy02hodjfphz8Y0YOesTvaXW1RN5oh5oryyhUpauRyM+ajRZm+3p&#10;nD+Zs0voabOeNSP22ASCnshgERtBE0sPGo6cUFIOgKoSLVIrX5aph4BcaBw51+L0beL7mkBXkSoK&#10;IQmvDn8c/1S5ZxkXSqZLYhuE51YiNLDzCkpacopsaWNQW0TsHX9RIY4w1OQdJtZaCKJ04U3IPsWe&#10;motaHp+PXKqsgWUcQ9cilsiQVifrtN1iYtmVLqXCloZkghT4JiBl9hHVoGMa3e3xX8gYaubaJyiE&#10;rBYiuIrA29fGTSIrP5qE2GdknkPrboyyH2uzW6M2Qz2esjMPYyzeOjsY8CtjLJkLFh5HhZkMJxuJ&#10;aHWleJYbTcae3BSsMK1qoSCeq+whQNbmpao4gLRNFULmxdySgaogyoA1N5tUn1CDxOXhlVMEqv29&#10;dtW60ByP3Eb3L3QuQ359mTjm6qEFOkHFFZJrxzttzrQ8ZvvhQcb5GncjY66FHoKvU4sjI5T1J6+5&#10;JKAzhRVu5VYC3JAZOARiznRTM1rkWVn9bwSuBQKCilHk/ZiyKcxfSD6ZWKNQ6kCNINM27o4eVVU4&#10;3fTL8vgpaiODRaNesrjHSrZNlFMIYv6BmJ2Sn1Fyodzb1g1esFZvP25o6EPp4v4GKb51RrAepFVg&#10;U34oFRM20lTzkO7qNjX83j9SiMlMg0xspV32qsuk5FmUguZg0IvMBoN6U9KkwddOFk+rFHrcBLPZ&#10;6MGbLwPGmcgWp56otZS7AggMw39XhcmaAB6JfEvY9/5t3ZNcG1razQ/NWn+YUfY+05GMtzoX8kxN&#10;RheQqmLVQvzNH/zeb/3ov926ceOWP5yFjoypgq1MOYMt69bHNHum8qhVGpIkhBsFzqcJ1I24Srg2&#10;QRsVnnG7abcMo2aPUHBiFIiC4qNeMdbOYTUzudk8KLq/O1zqh8NauaS2LvExnPHOWyDiLgkAQjk4&#10;m01Z0TVaTjanXn8XxtT1atyNur324OH4bCdt9/s7o/Gw3xtAapw1UU/GLz+6+PTug1l2M2+1kSGD&#10;LFjOtxwkZ437x6Nb7/7kxewMOAjI5/GzUXsNALTdPfj2y/e7jdb55ALRAoVtwUPezXqq18QGxNGa&#10;4SkHR/7FdIIp6vD43s2Dw1cejgDMPDy8GfmKhkcVHDKwk6WtRISohbAfiRCRABSVNRsBG8YeICXq&#10;JmxRct/mGjRCnO8qwTzObHWw9U/z/Aqyiq+2zi/G4gVI5KfR8IPda2d/ZzhavP7oohGbwRZiErOj&#10;xbTLCN1EBl88c2K+B85yXLPTaQg0rj90wruDLiDFr0+hzzKHedTfHvRbLSDEYjO9dzEaI8ywBYPV&#10;qtYDkkrOemkzp8y1XJA621ziuSAiArcqFVe8zbJYy+5cb3zRAguBndkNAJeBmw25+cXF+PwCdt21&#10;ELzb949PceMz+2dslhPwFc3qsNdBg4DacPRqzWztTqer8Wp2MUKrgFOAbuY+eBNkZ7hMY+Qq4ddd&#10;TFenx6OYVOHGs7dvZAx6hEx9PVsuRiCXpS1GIxZgokTUcls5PFObjaxjHrCGD++14G1G+d1N3n99&#10;65gg43i0xqlsNh3lsT6jOo30vUC9FKqJg/x4JVwrxnJ6yZTsEFYHrc4Eo4qXjlqPghThoLQWoqoy&#10;k9gHqbMhctvut6LhFExTJn0I3hCzJHQKgE1qEVmd9BpNWKLnvJacRfOUINu/P/CHfSWAjMtEPxm7&#10;ib5Ufa5IEMJM/uRs2GLCJF1vTFqyBMY0JJVElcmxC2/GD/v00BUMPK5KsgujXa3sY88zinyfvNpk&#10;q5rWlLmu3mZa66+ZimJQZ2log6b6rSbQB+vbiRbFvqAObjIfheTq6elR6fWqLV5exKep1AFp6F2m&#10;T++4Uw5yRUmk1Z3m2MsZIVYRno1KVZInbrhSOxRreKanS0Wxn1VqEoGrX+nKoPuEylHPidaE/ENn&#10;NruzocJVa24w5eBK4Y5ZewhkHLJVAvFMOsX4mWuRokhQbWa8+LZqFAcQipMfoVpLUx7qbCmhMwrl&#10;sDTxqerbhrI7DhMb/azKotRDnn1DIQ7vLpELm4hUEiq5hDxxnKxhgGgEIAPZA/LwZLB2ZtSnYYVP&#10;fcucDltg1HONH1JSiFO+uXR7eThjTed8OBL7DjxMZMqB4o1ZLAoc1Fdt+Yl4JDvkSWRrbJxYRfGC&#10;VjITVrmjSJm5AQm5JRF2Q8oaTz7uxASZZhxm29YHJSkBLNYWaSyBBUVbuhaJwJCwq4GUERUimUYd&#10;jkVVQs80n0uFf8z+kQFFAMbpumV00lYwq9zYBdXC0JlCRxzBKJtTdsqMJChlcFLEQsx0dkh7mEKQ&#10;+IARJ8WGzGUY8C49RiWrSIKGTN2t8HdRPWLZX0puDR955COji4wlMG4mlJLQztKgrzgjaIPDXrTa&#10;11Qa45UXOCSKFw9Xs0FjTrmOUI/IMt4xkh3rYmxQ70dQXIlWnUNoPZobb441zst7Zc5PXzP6pdQw&#10;CLsc6Cm83w7qZ2pqVmvB3ZHHIWfelO+emVVOc8kl+sYQWU2NfKrw88AooH8be5iugyCjCd0uDuN9&#10;abR7kESsLlvjz+Suxusp1HMgrz1xj5dYrhZbG6DPYleJNS4rNiG007haxVCxPsLwNq61FcsV1pQD&#10;vWCi9sd6lguxwmXl0MT6Ng2JrHoWaujaC/26KMPTQuT2NDrhpa1IYIQgXIR3+HwRZgjllWpAbVWC&#10;BIGp78hJp03NEvwQcy4gjpVTQnAcP1UsYiv+fJ7o5AWy04wla22fKDafwoH6idC4vwV054nvMpcX&#10;subyH1Wzw9Z382qUG9LtAwvQPSZMMpcifSKzGQ2k+1aZbVKT8VTYZU3CVTdX7V7ygQWl4byiYtX3&#10;UG9Nr+AU7zizqxWrvp6T/iHnNHiV48ns63/0O1/9wy8eXDkgDCHWcj0iaCoyJd8qNMlrJmwvivFT&#10;ZxP4FKVzKS7x10HY/HjPwlVJer5VREMiv4/rUrN18eDhzlbe3tp79fVXBts7/f5WVMODldEXNeCZ&#10;KXOOHx+vuipUt/xXkiQ+UkiV5qZ2W1QZ0fq2ZOH2h1vRY5QtDmsfEzD7TkRchoZfqh9wdVpMKT4v&#10;X/872dr/TYuZAzYHe/G33/iutApwtEkGHXwm+6IR4IvPSCrD4Hb75Gh2fnY82Drc3782H42Sdge5&#10;RPM17JjrXvewk10s09bpycOt/pUV1XFQK5FkhB1/e+8QHdjjR982vf3tfmcxHPWh/kyYr9tNe9hU&#10;QLq893A6n4xMCq7jutPpjyfzBjfalZANeUTqt5E6MZ8u5kfHZwf7B41GH0X4YLCDswpIaWUTB5Lm&#10;QDMXFavHiCr7URhOKhcI46PyXOlFZTEjeZBLNBzjS5uMoG6iGRx98Pb1Lx19g7NgJqDgKSrandbe&#10;4cFwNIIjE0ANYJyWk5kjsRjHr2iC3B0n093UcGQb7lYVmJmAxkUBVCw5UU4bLSzT54vV+OjkotGY&#10;zFF7cg8+3N8bD8exKl49fZpbQeFVttrWYW87jv3ono9uXFUoKnbCj6JeUWo8/5bDqE7rOfzjyWqN&#10;4Piz8+HR6Tl/u4wp8L8YBnzooNdtZbnIyBA7+XUMorsCDZV0ivmymK2Lo/ESI8+PPrt3tWlBmc5k&#10;JWQM/XAqJzBz89ohgnpohcrie28ek5nZbU+goc8TAOCfvbmNETE2yBn3bw6atgZ9JD2Ydusrf/b6&#10;Vrv1riYGykvXbj1zY1CczopOSgleBNv5kPxP9giMpA3HhJQobyphi0K7HVTdyREqr0wtHjmoBxHj&#10;gpNIxkqRrU/NylXEByfg7kI244Pj4WROXigHPNZ0UePGPArJGY90bDrDV9MG33QE+CdR5cIGIibO&#10;eyBDeEzw9ZW2DYHmQrZte+ye5JFIjXNJN4JJ2MkZbM1gQ9i58fNpKjaMmKuVoKZSLod12hdppdS5&#10;1OXWltNapVWPMDMbGq6wC5gnd4BQE1VdmE2vsttMkDdVvVyulD65voysrG5YV30crnq9pkRzBb/K&#10;U19PfZ9AdIguZMeHM5oCqIRbJefbCrSouq9IvVZB5FvSKz16/XLO4aad1lSnWrMhiquLkaw6Ln1r&#10;xdT0kbGpRT3ofhjLsNWoLr1kuJbxmMaVwpnQPAmdD+adca5kZYpDtx5jZGOVHIrsoO5D0vQcIVu7&#10;egKk4OWMXrfNbVWKA8+ZJbZN6JRkv+lb83cwjLhuBtigpLaSnpmyfJOfyuM7J1BShhDFpDp8T/Ay&#10;sn04dX/IiN1q2JLUK5gdW7o5V5pWDg+NZW4BkBCuwLkdc9DZfL0A2NdJgI/0HxK/YrOA7qRJGIfq&#10;xBIwxUwCISo2HAPL0CyE8QTlZ5zJhAINslXG+IClMX1GqZtsvRjh7aNR2POHSunVEmgsAj9BKEu3&#10;Hm9zzeJPmykCVaYeWOK12SJ2QCE0p+gOuB7cKgnFBmtkJClhCO8S2yjqOXhppfJ2WteiD8vbIkv0&#10;nucEMKLLlcEN/sHEMkVysuQOQx+Uok2OH52k2iCCdieLmx3TZS4B5rgRWsuJeG3I9c6j1dRRnswF&#10;GGsm5tc0odBfhiJTcKmabhtLkpmg6nCxQEpYLhYCkoXhKFPguMIaJTM4F0cKq1bsDpkYhlvE4HMh&#10;XUMFuVyA4xHByNyk4N2J0TymRJyJR1YCmrmTpT78AZ0bhPI2+ZnmZR6m9SFlDAzndFx4Clp5xmFM&#10;q7Vu4fl2SZB5efgy7weNCHNx8DHEPiu7Oq6ZqDbGK4veMv+r8N7gTVpDUFToQ2tKmp32XV0ABATJ&#10;ZrmmBG4AJyJ8DCgzsmQpQtdPBYeojWKOW+kWWHF4T55v5CMBVFqBHZFXTqSn+qEQWqaRZ5VYqGbr&#10;iF140+pCjzV/LvIFjEIJPdchrmw5HN8XGqBD5lCs+PenfH42JSlfE7aiS2DKlxTetTS26G84dY1q&#10;6tbLcoXqatNQuRoTFs6aWbveo37yhW1sJqYc/xs/kjSbEnvdyfwdEwc+c1Q11o1q7UtfqHuMVeKe&#10;UFmbOr3J1PlWm50C/3vwaC3lnAwg89f+5Msvffm388XUmH2mpGmnKUl9Nzn2bXaVEeXynJYZpXrN&#10;4tp1sCWuRZOdvDgtftJT7S+O7t7yX9JpSwp1QjZaUdL63E/81MH+1ec+9PEOUnlbbfUtBHh7PTaq&#10;TLdyj+dYuVqWVT1qUsuKJA3iubiqNEt6R6n+ND7YzAnezeopwJVh175tboJiVGe8l0sQqn6ZMZs3&#10;9N8eXGV+SGTmv0WvKv3gnY/iNoBVY4IUVNQo81Gr0ZHOnlhxMJWNk8PDqycnR3DpxoirQxJpI1lG&#10;bUTiNUjfa+wMWqfTWbF3Kxrdd1vXsdm2mhnU6xDR7u3sT0b3U7foFnEbcL+t3tCtW9hgE+TKbE+W&#10;i6tZc3W4tZ6fbR9+cHp6d2f3+hxgH0yI42Q5m5GusV620sbZxelBf+vPv/3KT/34zT2yglZp2uDc&#10;DDRj7iFJ5GGnVgGisRh3VaGHQnSNPjZ1FBYOppUIT0XzG0t0Os46+HeM1JtOo4UjRqubreAJLriG&#10;Y3WeAVC8NTg5H6H6WIlbZTieHJ+NG5Q3pVcPdu8+Ok8ZI7TWw0Cr2Qp9JScwlDK6LXBYpecLoa6E&#10;qroPPPfso4f3bhwekt48GSfNKMNuv1xd298ajSaQVaGeyURv5eN2rZ8yKRcv9nhGEzROrsxD0TGG&#10;ZbW4QuKEdLykn6MuCMXoWQbbIgT4YjyGQxuZQLkt/KBwubq61TpE/mSRLxs9Tirs+my5+v5ojqRZ&#10;xHI4SQpZrFatrH1jp/+Jmy3HiaYdzf8/3t7syY7kSvML94i735t7JpBAAQXURqJIdrPJbvaqaZvp&#10;kY00kp70or9MT3qS2ZhMJpnapHmQpq1lrVbPjPVONskqslZUoYAEkPvdt4hwfd857h5xE2CPZDZQ&#10;GZcqVC733ohw93PO9/2+BZKZMYvgpHJt//QXz999q/H7H+7g/rqcIC7T4s75yU8+299p7ezt/c2T&#10;2cdPRgfN9fFO59ZuE9U0zhkuX4IA9eTl9O+fXf7aWwfv3+2jY4bpTbvXbw+pOOs27GIwGCJcaZFD&#10;PjebQWAPRy0yjcYpmeFM28p4+kw1xcZUkhhVSSrA2cayiiWoU1VwEqgYIeHWL354VaIGd8V0uhxP&#10;55KKLCMda6BLx0qHbGFZPCh2RD8Dxz1LDh6401NOU6z2bn0RYEovVg1yKL9a+Ywp1Mnz5VaryxNU&#10;rrEG/LpiLdMN4XUJtJBDFKQZ7/Xbipb1BuSN7KOYfOdCVZnU2AaVAmzzELKx3FYNXBPBni4abV0t&#10;4ED1qmXlY3MuaFNNPF55T7TZ6FlWoIYQfO97D2VN22M2O4tGUbU1Q6xLalOON2DiCi1a37b2ubNM&#10;ExXzuLRdrS9vPeXHlMF473celRUEMKsYk1V1ZcNU1l/GzSh4Nb0pJ9rUDjyunjARDjSK6zMh+Vlj&#10;Ld2NfoA3WpAyLs5UmTQSLSRCA+WFVdLKsOk6PdRKC9hbzXyhbzT5lwrbEGUREJxK2Su9adIfE02V&#10;NqzHdUqibRK9jRLZUzIriWoUfqZWJYtkNXNES8E4K0lOLwXsZ2DOgFMi45TJCspIDSBA9IlCB1Mq&#10;X9vzzzWaTOBFTOMtE38NwgkTJd5atEZ89CC3QZ3J6nrRbQ0KrKrQwiwbJRYflpENkc1Q4caDvRRD&#10;RkwWhXJFpD3JsWOhw1zredx6+5YyPkX0SyYoEfbnML9uKwsJ+2xRLmEO4o7s6ygpwUUhzcm0Sgfl&#10;NTcVnWg9KK70DHZLsr4jxarV6jpSm10n1dYIbw1O0giF5gfS0GBc6JVYyPLuZa3CKjuljJVqZ+sv&#10;tNMuqjYneBMtMNx2c+i/GS0lHUDm2bNExUC2W4JvWCzJwoZDCDoyzM+Ndl7xgnJ9VzSIojwmuQoS&#10;LMkB5tLG5W7lCCOEXhyz35zXlCEODKXJMEzEoD+VFJtEqj9yHfKiDFErZS6bJX5kQ6TeGn/VkoHM&#10;qlhttdBwX81XRHdyxSWKH1RrIsAbKSmFakyAtqBp1TTHcrfQhcz4rDLshi2auMsIllfMgUzCyzhi&#10;TTR+PJgUw+nfisU7AJvqKSC6cRVxpTahHDUCS3NCW428OpeYpJb/YmoWPlsrFOuaytIFnlCijXOj&#10;LC1skcxWZzuELZASDnkwP9ZUaKQyaqe2WOjMkhpXOC3VVfMhlzPlUc6ZMAXiB4voC5TQiN7A9cqN&#10;CSYQFwTeqi7VxyK02gRxRxolT6VJ6i02vpkid7jxiCWR7L1RgI4gbdMkyn3V1ZG4ejVsKpuSqddr&#10;5hUWlXl9UeGqCxd8mRu1X2VmqqPH/L8rKxCRujurIe0/5tZ5TV1u4nnSU35jC9tENVncjo3zVlc9&#10;E9ErondCHSdWJhsJPKZ+LDP1ie7NRKXgbw+fpQAdrs9fnp08+eQnf8koC7b7JBlBtjKpQjVjyOuN&#10;vbu7LJxvtLtasn3d7WzqZZ2J8HCTvIYZKdMNG75EIdeGQ4jV1u7hb//+Hz34tR9ub+22+1vcZ+p+&#10;qCBsq52hjKlH0ZuNKb9HIcdXwMO/E4GV8TgsNN18o/omGM2nnBkPrCl9y1p6TNISUN+lzxHnBSy1&#10;47tRkkae3auD5irCwmcl1hgs/lNK6p69ONre+Ox/ZZpRRH+7zQNPXfYS9PYbDaDNBo9K82x28fzx&#10;wfEDbghrt9Pd0YSnkimgjiJKilqRZ4X5fPf88uruAaym3WI9Rmnz6OHtL55eHBzcQiALEkgB8Z0u&#10;Lu9lKcaV86Xk3UN1lLXPRpN7xwcoEp+eD3/9wZ0Xz0/N/j7sRphakc/baO60CH9udDrj2fj2ERJ3&#10;ZSLWWBseYoC5gjIX5N/54+fPYTkGtvlw93BqGKGDzxYzQ0+HDUoGK0wNn3Qnshi0elEak96MvTMp&#10;ozeBlI7M6qSf0S8cLFMFBcX12XSWwTfWtNgCn728QPof9uDVao45JSNVGURDTTQOM4db/W/OrsSe&#10;6dj1X6+vx7PQso16JLPRGJFHfDieOh4hMpST271er9NkMC+aprhreBQgQW6r34WlCOymdpsPVVE1&#10;hmWjdZJhmoSmcE1uEHuQorbUzu8q8flGjMmJMRvokS+X0IzPh0Mgq+by9bxl0T1jni15nK5r3Qny&#10;cE2xl5UHzXS6JunOis475xkP4UH5ydnVcobdsZyvEijBZbcz2/3BxaLx+enjzlaBSfistARDW9ff&#10;Mv/VHz3CQvH16fLri6f/9e9++KO3IIRjZi9id+CMBZRpPp599eIab+GwVX752bMJzkbN8vBgZkgV&#10;yVkVuxY0eIvlfDoH42yWFHuEkDDRwopTS7yvktqZlGXoqZsYVKcHBBuQQVJV1ZiFmrzqymi+tjXV&#10;h3NxWk6DNCI0KHzDbGW16ndaU0qOXbshaNLMjmdTTX4uVF+ucUd+k67IQxs5eXKQReoRfizO3Esp&#10;ZUsRYmiujWjR5cgr94DcfYmrebFMJYuKC+yGnGkj0c/V1vtYEvtNobyxuDm3ITTydKtawkFlV/cI&#10;J+ZFBg9KzZUWyYeh7DEBH1i5V3l70xAWpHVGp+wbjigfBlztjvU68U3ImssabdnvqF7CnXgJvHA6&#10;itjoD/ZmG1b9OGpPpWGhi1a0/lY2sJB/HGfrwQOsakp1dd9Y41VrHT7JIE0oVbgf9M2VgsrUYpZN&#10;tfeoT7wCeMetNpDP9F4Os+uk9Ggq1BulAo2lC8mzf+rvgiDZd97C7ce8iTfP22Adi2c10WloaK8E&#10;hXIPzjV8mQWX4AeQ6o0wOatFsjRpIa0wnMFmJAxJpRIw5trA5XYeXJO5oLatRDF5NWDQv2gJwjIL&#10;JY9qY9FsalC8WlrtjzOB3HBQuJy1Skarcbs0irzOfSdLinDtPKKABAiwDNhZMkL1HEEPkQS80jAB&#10;wW+DU0QKoTNFRqvnkqhBxuWomFSy1jWhxgm7wctQS18fyC/UsDbKgsBP5r+W/y1z1IephGgrWprj&#10;ZXlfgEQJaprwd+h8SE4mLToK/FJxh+AvJ5qTQms00RslSsImNMO1UBnhyuXebyIi6lKQ4NgdZ3Np&#10;DVGyLKp5jmJFlmXFReullHLXkKayWi5J+pMPRw05DeYy5HwRoGFBzo7ediOTRQRq5EJU67JRSkaw&#10;KrskyypbM6YQ7upCG48pbxeSzPB/W622kWiDDtKO13mv08HX0JzFYzTGmFjMJaAIN9caoTus8zSR&#10;ZklchEiAc+3MRe6Axy9H27iLFXAS0Usx+jKJ654JiaRxqBeNcYFAaCJVIiz4alOSvPYQEFZZR2oR&#10;4NEWXxvl6ZSAdl22Dgv54KVjSesW6/aCrQRa1SmFwKEAu9ySenQmYuTiDKIZO9MscAlGF88zhUjy&#10;wvg1xutGraIRxQRpKr2rqWTrtYATV2HxfH2kP3wz50dWOqm/w7Kl2aZp8gbJhbY2hPRLaBymbTp6&#10;jauxfuIOl9RqLXcTtpyEPkWc55sAljdJhTXTfai2+YYbJYD9vSnT1RJuNi1Hr0032uzuGh9PZaIY&#10;KLzgMjhUbGQrJhWCWe1hJkquXAReVq19V6nrqz81kTZUV6NW3ioVRRisuaenz0FXvfr6k09//ven&#10;33ypAlyd5ApOD4fENal/nPRS5VIl6MhTINuNia/KhVDFWHM6b0V0AfuS1KyrMRbJg/RTG6cM3Bvg&#10;PAGG4d7bDzvdweHxW6mPD7HVcaum0q5aI3W/bDyGbeDRaupv3+piXKVVx5BIXVNF9Vd1c63mDZdY&#10;9mPP3VBsaymi1GCiTjU1+h9RJt+sqFl8MS+mEE6T8/6KMDiO2q6N2+yGbMFPXzb1CzWzurv55/VD&#10;oNuspZOkRu5T71jptAMjkIr24OzpZ0f33m91BwnJIFzC4cLNlPQtTiRcV7g6u93+6eXzW4d3rubF&#10;drt5fjWdAReFknXvnm2dfP3s8YNbu5Pnv8i33u5tDZBj1OlAfIrfkk7m9uzq+VtHd75+Oe43AWru&#10;4jMB62kf1KekuJpOG2iZL6gOQxkF+vMExVc53u51Ffc/tz3TLJ5dnrx163g6HO1t3RqhIsWexzIP&#10;J5JUK1iNL2XsVREPvWaGeFeJsoBkGsbHtVA3wxQPJ6dkvuKxCRIswWnywWhmnW66RgDitBy2Ou1P&#10;P/t8H1LqlllOHWetJQFX7CzLMvfs9PrO4faKx4PW6ckpPt7ZcumZbAqP0fLXmJr+k1cAQ0JuyXAN&#10;5QuMcycMwS2g+ALKkP7MpHl2MewiJqKZkk0izwOjN+So54IA0iXBXF76zq6rYk/5N5yHsuuPnsWa&#10;YUgaZSO2Z3zlYjEHpHo4Gp+dXV1PpksPOrb+ubV2XjiMVtPc4lS31SEodJwX39rJzlc8FsBp3KRc&#10;jjPbOVXF3XZKPTSQMcUSNOUScZInZxNWh3Blgz5KKOiqgyZHszdf48mwX18z1efufn/u1pBMY3Nd&#10;FJALJovR2DTaJ9ez27v9e7d3k8YRDMa4OqChXV0NlwBn5w4vaQUWFnRmk9nVaLQ9HnYGfavZFNAG&#10;ZFkUbpUaoVZBJoLncOOZc0n9P378Jn5vMS0H35QRfwgt0BhDAD4mvkczW/Hsh3ts7Tr4JDCphuev&#10;325B2YzPAida1TrLs1e4eg1jbvozcuezLnAR1uw7sMEulBq6FVV2whkJS14WDeI/LIwPvtWhnC5W&#10;lQgsLH/1LdT/s613wkx9floxpV7TezN1Rw3bGDZGb8XNw9SwFMGlFcbn9Y0t7u8RqRBZhjpzs1Fl&#10;57zgyLiNgWv9DOTMGw5j9AOTWl0fk4aSiDQOrRMX90dT14SZiqCtG39ZzbNdUgtmjhxTVwnQXaTd&#10;OFMF8Zrwh5YUp5C158K/FmNqYpM6piZEDsqhV8UAjHYQzq0QQBIFG9VZIjGBWY8z1jO9pVot5cwh&#10;BUYqAiqhFruQSKXAwHqYR8iiCEZk616XxyGwE4z0KLa1UvWi7wicYQsLCkoRibTlQ4VFmKAddFFx&#10;HqdGmt38wts7pCnJqkYic0vftOKDk8rctZCQWLUrahtGLTX8oU7yJGGlSYT6ZwFHgJaHVCPKbwH8&#10;awvmyOVR71cKUV/xc3xtmcQjOQEl0tUi2ED6QdHcBC5fYHlA2UNDhGwC+H5yrGtFJmpVgBJRhiVK&#10;/uenxIAN3yJTNmjCiFgVoDDkJ7O695Q6ydSMM0PEC3ucxC7JIkKGrhyIycaTq1DIgB8fBpBfqMLB&#10;NrWkExulYsvAiLggthGL0vO3bKrSRSy6iP7DXDWXEqRjbUgVSxhIxHFEIhbQVHOS9FwFnINOoMUG&#10;pXw+wz7fek7nJl3BUmqnKpFEqC/nuJi2IxSgQz094tDLzCrNiz+PmcklVbhJUQagoWSIaYofzJ8F&#10;e/GctrTdHL8kg/vU4NQDmiKcNZxPgimyWC/mc0TpIRYQ426cgdBXx1lkVeA/OTVDSangObx03H7t&#10;MEJjI6YsYuGrHmblu0ZdVsV9iTWMmnqNxD1Jvz5a+Td5Oc7PZ72KxRPEnOq8nBBka6NBZ00gHYcU&#10;tFBxeREFy8NE2GMEs2noi41IfFrZ0RNaG9EOOKkrhVPGNynbPjIahMIon+9anmIVFFBrWmobSf5G&#10;Pno/I0jyjMoLECgwOs/DipiGfNBCTr22asGGrphkMuvwl4KGJOKoqehXRBof+jwRL7p1b1odGdWu&#10;fh6uuTF+zOFbD4HcYDz0oa6Weq3uWp9rE1u6tqatkge00Kc+q0/+QmeU/aUQDohLIigGwffaZDM9&#10;IYqBXA2U/+oGFwLY4y3hqsGjl8laU8/OCmRCQTmUYSJoEx3VBHnYKw6dzSLKJPVipe6DUjmaEOnY&#10;UrGNrz776Ouf/eX19TnmdiDzaftcE+MUzA7ILi0SFo2zVSrDD+mA+oLBhqFlfF8meHbqEgiPLA3p&#10;lXF4Wfr6WfukNiyS3E3723vf/c3ffvzZp7/1B/9pGgentUiL6kjg3Gv83xuc9RpH6ybKW5eQNAg9&#10;qoLcxFjHyg1sa6IP4iuC1E65++EcdZOz7Ak32sZRMJdJNue1/pUhdGUlt2Cu7fJwlFHVtzciVBfY&#10;3FQUOO8bjlxquwnNrHdDjB87GVPNAhLjQ0Y2D6tl6QnewjBj4ZPdOTouyoPh9XUTEKqG2jaAewR0&#10;B0LdlYh+G5jRpxKy19s+enlxfrh3ezg8ydY0PtHbUSYP3nn/z//dnx/u72VnXx4dvvf8elwuZ0mv&#10;t1hNb926+8Xjk1Y3vbw+f//hgxeXo3w2a+7utRqQQw/G52fgNq8Q9pNwKIZbudfpD4fDsjntNwYQ&#10;juHVdJrZBAFCw9EPfv17J08/7t95d57P1kQEQWTEo4y6zzV8OudKLWdIQYPgl+4OtufQxPapdchV&#10;g+IXew54mdCDgwYRNGkmwlPMC2EeQlIOvE6QKL//8M7pJapTdHizFnN+cLRZBWtAMhlP7x3d/eXH&#10;j1F5NaXRXfCz0s8919FgEYmsVSi4efTefWzWP/7ZL3cGfTTUB91+q4m8x7Qxh2J22soMHJsogvEo&#10;XY/mWYrqKZWARyNqL6v2Y+M5FKGgcV5LqNt9xhEjtQ/Yo/NEGM+atcNLBt10PltAzzw/vxhejxGk&#10;m9eraIYMJ+BRm6/ndnedQ8aM89edQeP5dLW/3UIqkW3Brs1trLu98+mTl/PcffTN5YODVm8wWEDg&#10;tMzhZwZmGoHF0Ckv5sunT19+cTrFm3jn3tHV1fxqmt/Z3vrk5LLVav3Zz54aBuuWAojHqrT6zrv3&#10;L4YT2Jxx+vrjv/0anwaEi9uDzu39ni0ls3fm0G+ZTFbgSENaeHk97HVb/eVif28XP6FNehidvdZr&#10;M1LuFmsJNdY3SKaZGsD9LKxU2gLPyNqh95NxiTthcKPkVEi4m7Pdbvv8GvkdDinC6KFgCLEUnxjx&#10;aVDKtbDSsjUyuZxPFuNc4hyw7Rcq9/Uij5gyV7Wj9OBvZbiM14XbcbIqd1pG3IuaIG2oruOrhuiO&#10;wxWcJ3qNlOoAperrhCeRjHQJc07Cep1sbrey5towiPWSU1PD42+0l01EU/pcko12QdCsxuNVEVb3&#10;0m8TmqEhogRVzYSheihVjav/SONL31BXJvo4y7HQuGpSnIRqzC9+6p67mXXwH3nEKx1ibX5XcUMu&#10;Bl9aU2/Leh54Gf4wxHtaX6zraYmPscTEZopvKipsalJpEuMfOg378fgYOf2FPU9BrTIZzfhz9EDL&#10;iYfOVjzCIvZ6o8TaCSXQKQ1e1JeiRqvtmHXvMJvmaoXlXZd62JiP9y2NUphSG5GOrlD0svX1lw3K&#10;F//hlTKFTjzgJxgPauA0Oe1k+keCgS1Enmwj2Bk6iAzJdeAfkufsePhNxMrPlDR2TBpSNhVa/YgK&#10;lNGhUrRlsommUjbjQWUWkQph2TN3zM6h5omhryJio9uFQhn2S7E4APpXCDIAixdlRE6e9lIZMvIK&#10;1TlMdyuDOvivuD6n9OBzmIZFOiGgsanKWMQiID4A7d+iK70slqnQykqFbAsZitZo5EJLLoooQpNK&#10;m/9akpxMRBAwZhkGWizy3PPbkt6OF9uSqwoYgWwSViTELPxbqEzsapbKFltKGoKX2Tvho1I4Q1ax&#10;VMB8jyz08DMxQzUMCGy32CxA51OijVuWNlDymHBT0mTEGTWORiw8La8LDcDa4cdlhqMIAxqg/4TG&#10;x5s4E1dyMZ8mBaHcsKwg+73LYLZ1Cx6iRkoRl2TCsgpjpm+hxSbb37k4C+RElfF9KYmb53DBO4Cu&#10;iSuTwo4taA3asGHbxoAoyyRineHBXJBFfY24HUrF5AIT6NhcMGoH/7Kpkg0BGNItwxF3oT0orz7z&#10;Rg2blDEfwNT9CKEmVfnyJsSnlvcWlceCyrBenCgoSuzqomuvwrY9rMTF/Hl2gazzp4BExrji4Rcw&#10;stXAF3ZxREeQS/AUdHBNYL/Q3sW38hfIJ4Q4wdkKVfIabNIVHw5WvHjwPKRTSaFypubmJwcSP2jA&#10;U4XNEltqHtKDXYU9rEtVlMuj7iKZ2WFIn1PTzOfJOvV2+F6p+oeFuo57EwexpHyjkZ7Oe8VdXOkJ&#10;EClzKVKLyeVLOYyGnJ7AP4qunY0t+QYIqWJrFD4Q3QS3S4TQ0XKfVt8ckpnUV6LCK5yKGq1up7+T&#10;vKKgdq5SCIeX414P+wlB8yGwvaJ21dGK9fmtVyYlmg6rCWIuSH5vxrVu5tzU2d2bxKGoWpTkFWki&#10;rp9+8QkWE6hV3r774MXpC6g0R7OZIUrca10Y7tJq8e5jIycTG3kmZw4rzdiQ1hXNUK4mCRZ7j5KQ&#10;NQSkBuC0FfREZobIeYH5vzCVhPDg9h1MO3snz42oZCOipdbl3Rx6/8rxqQty8ZvWbj0DBI20LwUD&#10;aGzj51QJvc7EYamrhUP69kdZBqiziX6KkPFgqpiq13KncGYvFtcXz6XxaGP6Z0X/0iyxqr+xoRSM&#10;UmVP99vEWYexs+eKhRjyDQJAFBnW5tK2YmxrtE3AAyD3DwO59c7+PksHKFgygxBaIr+lgyseV+zn&#10;KVnzqyXQzDu7+yen3yBZD2JkNgIJeHYH2/vfeve2aXanZn/6/Je2c9QY7KC3u2V6l+OzdndgyvEs&#10;H5dzAHmTq8n4oH9YNtuLyfWzy9Oj9t6L8+Kd/fuphSAKFW/7yfMX+Wq4/+Awa7REwQvGUzKdLG/d&#10;un12ejJfjzudnmUOFTdJen0lYkcLenxqc9AsOI/MgJRCwO1sPiZTio4UwTQKgjT12xE/I2iVV6i5&#10;S8qnIKPCUDWbXeOdlnP7+dPTnQ4/gDWphWBgYLqLp0y2PQHl4zcizgdD5NV0gZwMfGirwpOfE/FT&#10;uY3HO4QXFOXTb06ePnnSa7Xwm/ldEJHDUpsvcFWAQcLLwng2kz7oZAZh8+XDe4f0peGphUGWQTip&#10;zpJMlRgSk0HD+MZKtA2Ao9LK96UB8cXMsJ3NF8OLyxcvzy+uxyvp/9fmOEZmvOz9svhqNrf7/BDQ&#10;kH9IDXoJ0yg+9Wa3ATfOYnxxb78/XLiffn3xN79cwtzMrsGyhES5jdIf90knfXE1/uOX89FkgTPe&#10;n/78OQ9Z7daD43V/e9BarH/65AVG6FYgkLiZdre6Z5PR5WjU5e2AKTjOZSVsw12TN2AjgrIMY93x&#10;ajLlRUNHFwen0WQ2nS3b7Q5ylXa2Earc8U8xL5A282Q8TveXi6aVOhAp7AipEn+Fz64jfa4C2ODx&#10;F48UfHSBN8vu3907uxjxFEe7Gtk/OXx37TZBAuKLQLdoMh+vSw2BMoWuAOWGqyD0VyuZro/b0b1S&#10;ueAcmCUU1YlrVOSBmDygN4QPhovUigm/eagDTSUCiQjfMI+tD3CTKjiyXusm9RTyjX1YRQthEQ0/&#10;MhCANj1ATg2gdZNM5QFxFTQxcdWWYzaiBV01db8Z0GfiEh2WycRVYQ7m/xfwH8uMugK8NrxNko0a&#10;3lRIaU3g9ctO4iq6tVhg6SMVAaBvA7ikjFKq6nwRjxM1jHUZlI+eHMKvSp0LUU9+0q6OL2Nq3iwX&#10;5PTy2eoG6lMcEjn/Ro5asmmdSfydqKRsW6lL/EXSg5fwj6Uc0iwWcmjkoGbioTy0r0s/7LKhJt/w&#10;lan6XfNgGUAtvTn/0mSskQpQYF3Mchm5+I8C8lkJ2pXhB7OwlaCfKMkJ6xvMMkZTogBSznx2UaEJ&#10;jYRwFS7QERj3Svoyfz4knNQHE+8oCmY49Jsss4q18zNvkYSw9+pPa5YQYKWY+Xa5duIKNpSlyoSZ&#10;pYHGGUsJ/EYi7jNfW4m1h3eOqsSlBl6XqONFzlz69nYhkDCrDQiZ6qCMRLROqkWsE9uDpFEyWwll&#10;LJaUNcPgmtIvFtAXiwneSillwxyWNiSc20rcjB4Fc9GAU73GFYeVR4OQSKfyjkKwzSTtWZUsOkY0&#10;NbHzYhdD7xpynkJg/E7N7sRqcX/CHtGAlhs/RCiUecJUvsKJBtkSymtTH8RTiO6Z7pFC7k5sQsI3&#10;gv8IP6IpiXRMKk9KH8wrDATs3SJnt4IWRFRSQX2MTkkZd4Do3WaXAOz5gpLpNWs5a72bVBY90eiu&#10;zWLlaAJOSf0uWU5LT0my7o2YmP3TGU6GLpAJPTzThBlsFQsk90UpnQP+Tc5OSKV1NfGwH2y/G3M4&#10;p8kTIeIbH1gzTHLiE+s8tycMc1ziU/rY8TfqJFCvt6lCwJ2HOUC0ACE3Yq0xLWM2GE80YumS1Ciw&#10;eUg5S6ezFcFp5ClKZpl6yfwCz04252qlZoBTPI1ICGt2VkxpTlklxoim+mndae838YidmC6YVAra&#10;Wlap885MpWDQUvFG139fy1XcR1ORgvSJ59RRbrmw5koU2UaibXTd1mJXTd21qLM4Xat97LCJOOEK&#10;Ehx/qglKAvwfIjAWbL/wvJcFbGXdR7wZYeiPAWlSSeFM1eWs3pd5LX+ymhN7h4q2PmU+Y7W4DChg&#10;E6xlSci5DTVtWYUYu5ozcxNt7WSdK8rtre0f/fbvw8724O2HaJ/1P/nJVx//7Hvf+z40BKvpXBJe&#10;XH9799d/9Huz+Tylc3B1dX6GJX48Hg1XZzjOoVMmJzNnQnxlu90ajUaaQF364I9ECW3SLi49iEva&#10;l2I3EcJCu9sZ7Hzw6NHjLz73eXbUwDhkdmzv7CFxk0xDIf/rN5euHkXk6vDq6k6oMcxt1MBXQRlV&#10;w6IUQb+r9GC21kmpBISxto/ILG8l8HpOBV/7Ua0OzrxDKyZ5OldjA7gqqzlieW1ne/euPhfxnJg4&#10;dwM1XU2nXwthu1nV14BTld/BuZpALqJLNcqmEoVECYg3gHpt52I6yoBWhrIHjWok0IrXAlUhdxCe&#10;8WUVV7kMjvtUivIwb/f2D58/fyr3XkYaf6OF7f6t4wenp99sHf/62dd/udc7sC0QfRnShv4rtprF&#10;LG+n5f/11z//nT949IvHXx0uL761e7vX7e4NdpDU9/x89O4HzAqifBptWhqxTHtrG2IbAoFW0+Fs&#10;NmjvQON5NZ1kV+b+8QfyfHBYiTKW0amQYVPIyqJ3Np32+n28wXa7jZpuu7cFCeqqWECkJEIjZ2oj&#10;cuySwGRISqoao6jIgwF5sZjiR59cXbVbRyg74a6i7RYKX3IaEw2dlwOEvby8ZuMRe7acDUGQk74Y&#10;T1ACIS1rgg2VZri/+9lnT56+FCQVHjw+PyydSf2l2xMXosXNAC8sBQyZsuIVj8PcPAqx5YfOk0s8&#10;Gd6rKzwNMgkFnUF4BkaxcGIr5QIb1ZLYoxKy8bPzi4uzy4vhOA8RnGUAh0QXQK9pB510q212evh0&#10;U1ptyYrixi9AVHQRsLJjqpn0GrgzmkPsj+1suoAXF6qTxqLM8antD7aGSxwnyv0DDPahaUp3+t29&#10;/b1Br3P/zu0fGUAscMQwq+WsnC9enJwU6zk+psPD7Vvo50urBZ/OfDrCC1wt0I9o4EQyZ41ObbOM&#10;rfPJePbJZ1/n5Zfz6aw/6P8X/+KfbfW6uUQX+7jCVIOpfKuJhbS4YG2tjpLjo5r5wshRfNBoRmAY&#10;zlMSCk9mZfFPoTx863hvNl4NWu2Xl+P5dHp7D5nK6hNI8uX65cuzkqeEUsIk1RAcMJmxXkui2dv6&#10;XPY4CxSymsRkl56/LSuajJwLTiiAssGD4ZJur6M0Sxczg120edRX1bqs/maSrn4yrl47JjcUT5ob&#10;FCvqJJab1de5KgpQ3ZK+SWhqcEETGRfWGJfUfTT1PdiFRJ56K9ptoKVNLWIjtAhrI5A3qGuW3cCT&#10;iM1G5now34b0BQ0N0EgAp+qjmvPEL94BwsgacUPXHQfk7ibvM2QG6u3s4iTWJ+ImvjsRnMCF0ibL&#10;6BeU11EGvrW+DEbDBAnWRjBU1ZooKxu2AlFM5aowMf/P1GhXwmnTK82OYRlIxkHqFGXztnoDG8p5&#10;HVCVNdUWA289FjMV1R7/j4gkeeeo1lLjZYTG+oAV6iZtzFZKRACij15uJSzUhdT0wLdglUslJet6&#10;eOk5f4V2h58QjwdrVbIVUi5jbWkKmh9jS9pW+eCmoqzjcrIWejxX34zxSChLfC8qs9H5ZxnkCgVR&#10;G+xnPBfI976Edgk/QZQhtBmzMMxEyiDyITLihbclUthSZ4Iy4pId0B9xJA1eZo/IA2K8KpZkGi7R&#10;Csj4X5XT8gMS1Xcio1+8HQQCcauh4gZ8aa9NAVYAyzS8vq2E6cTik2UQJT8BrVwFpExXGabJEDxh&#10;bcbGk3OjZCGKFXQxX5g+1VVs8jZbkiiTKbLJCFbRtpoc0YBa0aDIOUU9vihbHeQts4RJWWqy70CR&#10;UkmCQgNh7wT/cpaeKpotJzcQPQFxPhvrBwsulS4Mrgg2oIJJSXj96YLXgjJzwiYdsoobIOsvR2sg&#10;YEuRRlNQY/0ah6oN0vI5xQWpW9JMkyQ+uRIbUCo210IevVwkBs54BUdeujiLM1Xkgl/19H5StpPm&#10;m1mtUWPbcpO/4vGxvi/kdc4qGsQla4iQRlpgpcJZYzKMcWWcFdtQfVeIGxPSRDU+0Uebl6CK5JpA&#10;Rl+EkwFDKihkO4cIgLA3Wt6gfXMcAKsTEj3gmLDNuzt3Goiqq5U68KUb4XWMSc0qqd4O47cwj+ry&#10;Q8yIrLHERHt3mAtne9UI4AUWrtrW35CmuYxxLFof8OFORdDKx7C3c+inEcZGC3WsY02di2xqC3ww&#10;fEdzWlmzysSlUacp6mLb8HaaeADUJaVB/YhJQ+OjDvMvq9nsRnVhay2HyCcKx2VXH6zUfdZVc9wl&#10;sfkZm+8mYIFLtznJj1W4i+TCTQ/xzYQC/fE6x04SVJro+333h7+zXMwBfn/x1ePf+aP/8sd/8adu&#10;NNU+MaZi737/n7AkxCK8hFuOWp/J5eX/+q/+u6Kc7h8e33r7wfbuwcsXJ1jobt27j/ttdn3x+OOf&#10;ojt3++AWriUQMZPhFf4cOsTFfMLtuWA9Irk2cKG02tu7v/W7//To/jud3tbXj//bUnu9iZlMJqYB&#10;Iv0aYlXmnlSmrZCRVOvYJCEcMiBcjKvBvcpwi5iaz7oS1PF2s7W0JVNDf9oqqdl/Y+nCfMPHH/hf&#10;J7gpz3O32hd28XDm9X6u6nfcNIX7xgjqQG5ScQN1yQ2ptHl9MtYNfFWVhxUccDc13ZvpXO5G8Jfv&#10;lUeyzcaXmlZnQG+nZcAcvrSJ5gemf2jdYcYLUqM0R3HlCYrAbBE8qob08LIWUNvbo+uLrZ09pvY2&#10;W2UxH2wd/8PHP79ze77sbs1OPr/1nX+Czi56p7jl0FlZ5SuMUru9sm+z08Xie4fbUJmO5+tvPbz/&#10;i1/+JMn2SV6TzhBEu922maG9wo0TffAF1smryeTuwS1AalFrTYfj/rttbU2qoZXQCwnEY0ojN0PN&#10;anDPvnm8tdVvNAfQ8GrGsgn2CE0ux58gTFXDeAQDglauzDsxuCYeCYXWQvmKEiPoKflySa0ydyVi&#10;gTzOprpJJPYaD0VJq2fGfdx6oYD3ycku9ulXz3Gbb/UG+EoKsjTVsCGwTMwDkeeTMEtS2mQo1TLO&#10;8eTXXFxCfC7FZ9plCkdSoWnlRZWhOeqhcLiRWTLxZfAXqQwfVxz23Zcvz4cYH+dFGeJW5fPRuTHP&#10;PSh3dwe9nV6zh1krIhPbTUwxbLuDmWq310RJebi3hbNgs9NvbW3BHrai7zRvbDUXy3I1YwLFBGKB&#10;JacrQI7hC7nsrKgYU+dcBgbG9ALVOPy4OCzOR0MGGeVzoJY79IRZzITHyLNdFK1Gt9Pauhpej2YQ&#10;TkGSUIzXxXxNJREnw4ipzRqTGcTUbrIsFvnoxflFv9vhXEQ+fEzLxQBXqkBIBvOBHRIz6+TILoMw&#10;6WYEDwB+x3wOG8hKdjPvGdPYO6x/l9P5wMhEzZpFLq6oYj1bjKF75xmaGRvLUgUyJuyUScRXVHVg&#10;GSZ7Jm6osngWYgqztlIn+lRgnthZwPS7iAXNlE4Whb1lUgcvlrXstyQErNe7qKHDGM0Z/kWZDSlU&#10;oCeLVSOpyLDVmcXFPdNVtDa3uTTFQaWJ1lQd1m3GvEVYcegLVO1xE/iV4Qp6Xa4nYFdNzDeWx6vA&#10;M3+ZNnwjfhTtk3PqOjUd8JdlBEDVzgkBKlM5iuoUro1Vf0MLVXFb5aqWxaY/yoSjte/Pxo/E55OH&#10;gWMMKREOWhLpr2Fy4jZnrb494ypQRNhsrOc314RyLkC3WRP7wAOTxEK31pQx/2iPwdRLcIlIcRLP&#10;SdMeXi65zYxeY3I7WXoy33N+okVhsAmQVZVExgRCiaqj2VWZvmWQ/eCxV8bzmnnEOTjM+Nbpykpz&#10;EHca7SoMscW2klD2WjAyoGAUMKGPhUztWD3SY8yxYkOb1NwrG41SDU5aklHuwxECKzW6aMs2VEQt&#10;GHfBNOg1NCAIdW9q1Y6MX7dyPmJYa3ZpiuXqqY7Ks0I+9mYaHj92VAPunSJTq/RDtHFhJFqXQcxW&#10;yjRY9DCFyK4LylX4wygONIRLkYTLhHPW4AIJKqTdJkNxDweUnRTgBjdzXsLL/+YS8GSVacEEEW7t&#10;aMhK2jJMwE0n2VPceoCIJvusAJsfo25mjrdbRUKDT8YBa8ap4SqnUwXYBH5wqYQwESjN6XAuCRO4&#10;gngvQq1g+aodDVWLFizSSt27uffS5mfdkpEGKwrZGChHVDQF6ogukA0jwd9AQnCJH2vwoeFo5HIl&#10;Bzo/EF5zlhnzvqRE1GfNlBVP0HkaoJweyhAVIB+TMMOcStKD4cCYGxE0tSaRn+sEFJqYTTSMr2b7&#10;cL4d7uXKwuvSGG6rKmA2i/g3KJD4NxkHVPHMLScydDqsd/3KiSvN4GBC/hWNXiUZmHgYGpwK0ZPB&#10;/pAMzzW+SUIxMOHnlqkPV673lS8ZXU1u5BcMF2APYVqq3kgX8P6JOmKCHaOa8/ChkNxHKn7fLLuw&#10;ov/VT/9s4/Hh4t0la27qI2dNslFAelh9MOCY+l5g62d4azdCeqpU+9AV1QlyaGtuviite03mbpjB&#10;q4L61YRVdwPlXzGhb8rAYq7VRpiAsRVQo8rjpQ7UVaoxU7/q4aFIXkNJurmz1sbL+vszBrJg+tKY&#10;z6Y4IQOZ0uBo3e8vMpfCnQalCBJAOylReybbOeBqCQh/d+vhhz88uvfw9F//j5fnL3/j9/7w5enL&#10;vVv35+Pp8Or0rYcfIkbkyVefvw0EC6B3q9XpyVfX56eYfeDZ7u8f3n7wzq2j472j46y3D/KQlzYZ&#10;n2IAkSyIA4PD2+j9QfuHxp+rNalrEm7j6pDo11SBJm6OG+QZFXMarYDSekaQuwEl3UzCcNGops9O&#10;GU3muqsb33p2/sLdqCV/RaUaF6wIHTGm1qmpJVYaHxb7+kGCq9ImTC144pXulXm9Lj6+XVuhTuIN&#10;7AnSrIyyTr8/HU+w+uesGPm2cU8QBWuYrJCJeFbGTeVg0L88O9/d3cLoatDdWV5dAnw02NnDxrpY&#10;rSHv3O7vzhaXrre3vP54+Ozrwe3byE3BDYHRP4aML04vEd3r8unDh+/kRB+ayXqG3QfEJBh6h9dX&#10;QP+gY4skXtx1e3uHuvDhwAIX52I1e//uW6jA0ZtuWaCmWojR4eBOjhf0Zea+TYkBKWebRXJ28WLQ&#10;bne7OwLuL3y162kC/mKgegRDGLsi7uvpdIYnk4Iv7Kmpe/fB++eff9xupovZosXbCkWfVdeL0jA0&#10;8Vb3reFieavTVY4onLFpkNpAWp2XbgPCwIUM2yry7tvY+Ojg7bRoqZ3NwQohKyJhZqMYIEl9wFVg&#10;szwjKwuHAPzwZy9O0Y/ANcIwk9Wvj/nVtTMN/yCRl6kPDONGuBbvFQcGHBZDWQTCMVaJMpp85NWJ&#10;cls4JEmyu73T7LTHgtS60+QgY6fbup6gll2PoDNfzIaX59j2QW5M2d5BipHcoL3WcIgaNk9lzVtp&#10;USra9/E0Xy1pOUM2b7fdgDYYCkV8mCOETjTS8/MRNswDTErn+W5n8PT0ClyXrV56cX357OKs19/B&#10;G7q+GqnHMSdYW9CdWdrrdqAqxPh3zV6+vXfvuNW0kSiIGpUwT6mIjE1d1Rt2N2QXJmhOA4AAmK31&#10;glZnFOSFUgBL/f9g6sdHc7A/aLLzUL48v8RPAHO7g1NamSohTJ6xwpe7ChH3M0DB/ISsuogeMtXu&#10;5EsCYm+o5xRNqPgA+eW4S4WRWpDpqjyigAr0vTWbbCoLXA0MGWYHavzZBOLVOmrKx1X5rg4qyprG&#10;xlXALZOE8Z+rKlRBzRSuqvrigKOqX02EM/iGYzXOiNu+GiJN3NFdzPCtFFryxuNFfcPxbn4OaDwz&#10;plrs/XmhFncYuJ0B4RXTMWucT98BMNbaGjzZ70fOhM5s9ZvrVaCWk3oivEnajJwwhQ4llavC2xbq&#10;U/+YKei7suY1uRm1gA1XU6r7b1ZklYw8kk1SlxLVEokqvZnNETdCs5lC6BIftmtiTypgzuTBXArE&#10;ilwnVDByhuYXAJfX8rZ8bUno8maTuCjKwR+uDvHVwqNowpfhtWeFU+9tprlxPLTyK0jXY+o160E/&#10;Ro24dRxvsexgvUN+EKNc86WIoht+Gidytpz6YXGi0sqbhu5zTnIhbtuc+cUYz3F0CaNq0UYBvEQq&#10;/bKzjalvoF1TQpMaTTXNJR1FdzS5jkbmvCjbaZDRgzDeUC6lviboCA2bBAShVUgdy8Iro5EVKzWs&#10;sB4Cz0lpKklq1HBJz5QSKp9YbsWvS/+ypvtIOSxcNMmpQTdCaPvonKMqxih0lm4j9Qdi5jQJYm78&#10;S65XjHqSFgnWZLSxYX1J6YkGwLJQqik+YWSPJ8xI4nSaxnEIlOTtEJGS0naLmyBtiJCZLJt2J5PF&#10;Aq3yJldd3iGoXBM4lejZphJRzNOwIEnQAIHYaNmmbDhYDmgT8BYT/i4xlCgIX2hsTHpF7qxxM95s&#10;mVCaOejPZYTbkH7CSqA4eua1YTMR0aDVfCqPZC9j8DlvYJUAi/O3FpRei3M1NbHNjfaX2AD0KFJZ&#10;/Gsy0EBW903+6JNMPHHHaMWbMo5M6l4pd1PFA8jOxZQsiP8x3b6arc7HdL2h5TxvD/CuZ8VqMrla&#10;Imt+WU6FCUeYMzOKSkVy4HwxL9toT62o1FL1gQgmdfpkKjiihkr4BrSrtNxBcVUNPE2Va1B1NtUP&#10;oW+7KGuF2ptL4zWeFOgiPdBPeBMBaOVy0jA1BZl6U3SDUNmBDfTgMOOttkUXlQCBy5voJh9GYJVn&#10;qE6CCsmC/KCtZHqLtbhRc8+aOhOqDlK6gagMI3+PDzJBeh42PxfYa3URWNXYdiKcEUaeYhtM4TZC&#10;ZDYxWq9RtN7416bmZ3I1NyyrekgMcHSmtCbjOuO5NsqSkLw1If5x/oHlV8rSUlxqB0fH89E1xrO3&#10;juFiHH346De++ebxrVvH6HwdHN7ev3P33nsfvnz2Fb744uxFetFoQDI62L517+G3fvBbg53bGPE6&#10;Xf6wDNBZrUgN/tXq9rDcn56f3n3vw2iYNbV9/7UDzpsZtRV+N8xnk+r4FZnr1oaUgyjxvREPbSql&#10;nosgvTiclytc+j+JUmXJGXLu/63owRlt/pkNwZ+LnNhabsSr3nVzI+U3PBDRBl8mv6LeNjdyvvxv&#10;LOoBXj7DS58pmoZIkWywqckOsU+w4IqdEe2ohCt8GXYd7DvTxXwwaI6m8502h1c7ezvPTk/KcdJq&#10;bDNprTAHe0cXl8PD27eHrdaLJz/dvn0XUqHj49tfPj3poV+bmOdXy63T548++P71DMIvTt7OLs5L&#10;VrlmPh+h1Ur3VaP75MXl2w++hfMC5r0LOacs11CrDuYr6Jvscs1sxlT0UyK7pqtGtaYMmF1DgYwE&#10;gVUPROC9WyKBY89bg9tCZodnf7CwZ9S8gWyV9F1JACILLnFXkzV2NkwgoXRKuRcuFb6n9zgZ3EJU&#10;sJJIpOA3bu0YMsO7uS4k90i0qYrQMuEgL63073374T/84nGBzNlef7x2bOiblKL/EicSSM9YqmaE&#10;fZNHuV7Ojw+3jXIRkwQjR7CmGmroTXV/MhtxZmEh5HVUVJkKz6T1iM4FZvgu8s1dHQLrdJFCqTZo&#10;o4C3V4jPXc7fAlwbFe1qMSmXyG1I24gjWmE+32F+k+s2W4NuNoR7oonptDDzCtfBVIQ4HpMVJBSj&#10;V7C3m657jfFkPV3x1IR4YMA2B1ut2bxYJOV8jv9BSYwB+2xR2q8uXvQw6oAyzpb7e/vD1eXzy6tB&#10;f7BK28AzeyiwlLtYhbqt5opz8uIO5tH371xcjfA+9G1yWo6pgIjiStr//Jt1N9fVOJOrVnCa8Rd0&#10;Oy+p5vPsAoWX42CGEynToIsSc3LyVZPs7vHtEoI4TC3Y4caVs4vJAi0JUcFYZE1p2qhxfsiW1OnJ&#10;FYLTmxKsLENCJuStZqx2fFWzxukujr9sawLVw/OmZbVv1StozA1uh6mLUiqGX1wMXb0ZZ81rV+W4&#10;AVUYihtLjXN1mYnZnO/ayjqShOqoakbXstWryLfKOmIrtKWrqXyrpm/VBq8Pt9+QpC0SI2wSwFCi&#10;LrKadG1qHdd4xCyrDy+AnQNVVSHb2g2Rg40Hz/rPIY4yXmEjxt5NWXq4RIXG0A57CJVPFLKaFPEF&#10;mOoc5lFbSrUNarIgZNsIZEzqcJKar0z2yVAth7tBDUUiuCI8tdYkqf7HO+Fi9sVGPew2RAYaIyjY&#10;0HQFIUi+AB0J9QZnjjTZ4pTND2rFdLd4IhLBrwg3QrSVt7kVOsKV+ZzuekI3ygk5oq2VlFp5AA2r&#10;M2mWtZh5w2cvZSEpz2MKqHIHqzKj9NCAYtvLNmnuEG4ie69S6QlaQm8BUVBLc8ay1tKuQqPVVDYN&#10;3gUhs3nGsYLJMx6ZcfpyDSXl5PCLSPOH/mRw74vQ0ORA0mhGqXq6w+GwKJWkyzXfSooMsakUB0PM&#10;RWTxYr3sb7egiknFrSRFbVtChrBuO4YCMQFILi/fkVV1ttFNh2+n4QSOTz4CadaIH1qhBMWirOIr&#10;LMoYyK5atoceJxTOTF8yGlhOUiR6uJzbsgTFO0QYbhpc7V4fwozDVbEe5Yuyg/G3a8xhd8rx9yhM&#10;+5jfoo3LnkTaYI7RHMECBQ++DSt0Q8NgaVCX4P7NSgmZxzkhb3A8DsUUbwl2Skc542GLOaGZqNNY&#10;08kLcOp9KRVszXtPCHSpnJwJQkaDwYT0T0W4caczOrflKcEGpq8owMswgStD6kkYWnoJrvETYD/u&#10;snKGtP5p8ba6sMq60CeSWCrZDhSJV+jAUF20mkuq3nLej1pjeT1RTferq7ER8x4vZ1gaOOsArRMB&#10;BBDF7w3Q8MdtgwZ3cpp2YM9GYEK2mPdaDW5+Iv3DPYBHCJ8nZFlLhFaYNeHJmr9AZ1JB1RORiwX1&#10;eIaen3Bu8UNxF+ZF4eAubczSg6l0EKXgRo83FN2E8aGkMuUVvuMG9uY/vo3X1pRK1fgsOJeK4eVz&#10;xNKI4T0gksIw1pga3akOM6rS6ZOY0OzPJOo08Y2XjUOCzx8KT41qd1R3MJuN8E3bO0ehlnkdI2mj&#10;vnXx5ZlalKCpT2U3w2tDAImp0py9NjqyFr1jx9UJEM7/MrdRAbrXnjZu+o0jbzE0imRFMacvn/G8&#10;125rhzSzujQ6miPkwafSh7N1PP0L3JAAOEM6SkhRq/fOd38AraETKNrdB+98PjxvdXqnZy/ufesR&#10;Alnvt98/PXk6Gl7ee/jBp+O/Ryvt0fd/tL1/3Gl1cQDPtYGFPaeR6tlDBZ04lwMDTMGjMGxVRGmT&#10;OrjJG0/NjVn2htUscXUzbG1c6uoHIoIQKvRJILHXxsmVVsTU2SjKqmFTlot/Xsmp/FUVroUP7S1v&#10;hPLewE9pQ2o6uk7TpDpR1rzpNYd2Da8cbN31otfU20TB0K9pA7WsJpdsJF0HplVSO1TXu+cuWFlx&#10;eFits+loKG0P7bFZlTTDsWm432Xz2UTS3zO2c5cT3BkX15//8Dd+96th69oub7/V++VnP9/tL3a3&#10;b83L5a3D4y+efLq9f5TtHKWrp1fPPu3e+RaSWlYgNu89aCFYZsKQ92dfPXnvN34EGyJq3kaHjWbc&#10;OKcXp5ltQUNqk87eLoi/uwK39AyC2WJ2eHD49PL5eDL51oNH8ojnxEqKGllG8CA4ogTIORCjhCrZ&#10;2sfTnqMyLGX/E8Ge893OYG4mO4TZDtxSUBitWdvwM1azCsJ1bKOPPNX9rd5qupLoB55guHtzeEti&#10;I37kJM/bPNfxVCGocPhbkE/DWAfsrf7ei6BxWcJ++L13H9w//vizk2enl6zswK9CoVessfnjpePX&#10;oOq1OUoazCKSw+3BdqelgayFLC7T+RJZPuRG4KV22kSHWVs9EV7jVKq7nmezVK0zlol7NsXgG6lL&#10;xCytRBlcJq7q3HFo3pAx7IQpQKu9QRfj83OAl9EsX5f73azfssgtHIu5prfV3MfgdwyaFM5R2XA8&#10;w8eNCD8U/EsEDc/Z8cX5aLvTcIi3MiUm2xBFTZb5Vq91sNvb7jRnk2Vzy/Xw0Zwtd/azi/G07dLt&#10;rE05O9hXNGnn+1sDCJqXsxleOTZWOIhhtUIpiMuA/vpWMznabz36/lt/9+X8q7MrnFp+9tEnmGDv&#10;7+30esjBWnu8vgeoSm6Z8Se8pMaVkyVAUrzlEI7WCRBo+KgLUUqplAk3yNUIfjTWwAx4NOnZ1UTG&#10;/kkHq2C70+v3SErkHD1vAtgmPx+9jMXVtdeO+sXe3PDm1wPKTKV25YkB+ybv6aDOUNw2OIS5KAXx&#10;aUD92JQ5K0dBVSf4Rn64xoDKPlGFD9WMORsBAXJS0ujECnzl8xhKz8Wq5yX6uDlTDZX9mmpq+arx&#10;d9UtFrr/BXV3RZx/TcB4fTELoE7jM+79TDMJZqg39Jf1kQlClkqC3yx4YTdoKkGCJWehQsn+3u8a&#10;pGWlzwrgsKwQG2rpU6Y8A0RNV+5VG0tQoYXMEVMbnZt6MLc0tqzUlYV303n9qeKife9Y2LaKpjRB&#10;9mxqWvJIVdMa1W5QG03lL/JvLonJjS6ABvzG75+2ijqrMwBbJYLV1P7JhkeNXQXGOzM7EMtbyupN&#10;Rfsp22o0WYlgV4M8lMxJdZLMVmQcrDy4RB9/cQ2URUyU0jfqTcCarlwKEgoDw7KVetmupfU3ywnu&#10;pWkUnxZWfpyxUK5lUgDhJzZaDRmWGnYykV7TTLXU1oEs/hVDFMVEw3mrpJ/hWV4x9k6Dpwl17lIL&#10;zVQmvW2sQS26yDmC4384N3XypnjKgIlG36m4i2VFt5kMKoXspTUbShGoURhJK6HrOflPzI4k69hI&#10;W5gK3FQWSqbvLKFWpUQUUmZ0DkuyCmUavuKAhJsdkPgBbSoIKEwDm0SkAjeNprNzc2xiDnaiLoti&#10;qYdRcq7xw5jgWpKCjeEuc8rl5GhlpMoJCUNxV1LIt9dsAc+n8MaQ7VGuiSpDrVUA/YCGYoI8iJTq&#10;cmiH8KLnzF4GqRdaKTSrW9BINbhZ4LdkCD6EUmq+LFV5xBAm4jgpKr+aY/KDsg4IiMUQpxMYnTKq&#10;22BSXeXaEXFLiQSGhnqO57Q/IAUtVwe9JqWz5kw1wycV0E1e57ZU+j5dRuXhKrwstaynwVX7kVcA&#10;lf7BrJ5969cFjYivWxX8M8pziIljOxP0zqlMt4K+2Z+Pb1jmozPUKQeaGDFpXZfU6/N+dm68WDye&#10;vryarhrDGcqHhoDoIUCa5Ww64R5icCBwm4tyjH4EDpAmmVnbTyQcjPKJQo7XXsoaGF7aaLVequIx&#10;GhXWQr7OlmX0uUaNjCxuMWlPBLQKhn+jfc9CnGiuyrOnIp1gciuedDxaywVHKY3gmwq42sC3SqPx&#10;SKoOu4GmNyFT3W+73qdtIwSxWnkzL2+KZ5hwvpc0tFTuT7chnaknEm5sKU7J3347EAeOCX9U9Ser&#10;PIJa5GmlXHV+JlfbFyyJ58H65Da8Sy55TcW3adzdgBqbzcxgWcZ4rJjP573+9nQ6Je3PPwdizUMt&#10;s6YjUcYHaLhwjIFU9BkOmd0ewX75ApWGdX3Gkc3nrcH24cHtiydf371zF4G6YqHgcOj++98evjih&#10;XHk6Xkyu+vsHIA0yeFUS2SmLkPg0bT3D3DabzxZYMdYrEguKskHeXeIj7FXg7aqYiti+fkVTldS6&#10;3TXRR2BXmRAGkap2xptya3voBmrSd9BNFA0nGtHgNPeulghtIuP2ZizuxsFskwYtET8qMCrKeE1d&#10;yLD0EfRh0mJDsmQlZkg2/Q1x0w83X33kEkMvqzyrGIhde3kaEVdqY0gdy6RMQCK8ovWUAFg8ydJE&#10;Zr2HBupstshS8a8urrnzNQe/ePrnEAqsx7N+u4s5LWquh/e/9fmXf4UaDW5eUJb2944xsEs6WxO8&#10;sotvurcfFiVKgWaZrbqD/QNzhjbf589ffOcH6RrlS5J1GyvomaBK/fr05NFb355Ox3AmDgZtudbw&#10;iaBkbeAeamfZAtG64xEu0f7OodIyjFiuWdRl0nsl52nVaWfLFSrwfbmuZHtSrS3y4GBV8ytJLoIl&#10;WefZemYjXD7EeZ73ETmP94v/nWdXo8k2usEN1rFYRCAVIasZ5smVa2UQJMPK5Vrssxjno/RYVEho&#10;U+l16F4AE9cIXuD97e7v/8Z7o+niv/+f/wTT8t2dw7OLS5GM8ZPvNNE6TQmFypKD7VaQJ2l8CGMd&#10;xrN5Z8rOObxVLU9dN37iFMSAegNKzKRoH0SopPV8F+HKnfZkNpf4wFJbhKrTxi3f6XbwOobDyW9+&#10;+O5qOUVV+fD+0b096NPy7QwBETm0yV+eXB/sbzW7yXZna1FO3v5gd5KZg8EMh8Hxag3+8+293cfP&#10;r453t3OoRLbb/QEfrPkEnNHVvV6PM9Akn5vWstdNVrNWnhwMiGfZ7TYvJovDg72ri6tur3t6evHk&#10;5dW9u7c++8o9fPTukxenW4PtydUVwppG0LWjnTwvXpT56UXy48d2uSI2Gdd7eDX68fAj3BTf/vYH&#10;771zv/CQP1K2NSBHGlf67PNhoGY916Z7Im7eUlBt6yWr7rUkWzqJMEnOhovxbMW4UoN2QSKkUx51&#10;Gil64TQeW7PUXDyc49CPQZcbfb7xdFYIK0s5H6JDTcKhx2rDpgoMkNIipqCK8FgQPTxZ2bxy5Jci&#10;WSxKha5pTkwcjrrKpGtqUS+uat9G0rB5jYPGI5GSTXJKTO019Z60txQFQlV9DzOBPhU7lCbCrJJA&#10;SvAJWyYujhvEwhrqaaNXHPw8dVZ5hEa9UUmbHgYrkXWgbAgYU1mM1qsP5YGTAbANF8UPYKVFbwOS&#10;1XcKyuCc8RwWF3khG2/K1dKVzcbW4CdCWvfVSl8FYvFur5obm7jNgMzkcCvzE3i95fwR2EQJd1hf&#10;rKnvQ4GgU7tZbvhtInnllX3d6HZdI5iajbY+47STXH4Ek2JyKZ2wVVFcu8rFrJkx2IkVLI2DKI5k&#10;6xX4Dh8gmUIYHy4kL6aU8R1WP2iK9MH392iBggf8hbVUxRQFCY6oFF2untzkIZOsWjzCEM3OALeT&#10;fB+y5oUSrAy8UtBNaPZjcTESZ0RbrkybdaCeCvywkMSgUqIC+YQ3KbQ1M4PDEvy8qgmhYihhcBHG&#10;FlA38VvBHDYqSpW/cqEoGlGUWIkmknNFaoxvKqRc4/RWWqyABmzAPVRwd0W3luUrKm7KvdegITAe&#10;CKWmnBWdd3vJB8p1kn1TNC4pMiYCKpEjH6VODb5NYlFBwlgWsi9jdprYAd7/HAnDhUEDdNRHoIfQ&#10;j4hoZhxxYaQlIbd/KjUMupkEaxH6BbVsMRpPmRyIn7fE70QvnhHKTTNHuhHycdI1at3i6upsMb6a&#10;jq+BZoVFCK8ATUdogaboi5QF3yG6tbhhAKNofQhYNXYCeK1QKZ8//+YjhPG2aQBuCzqzIAVT0qPE&#10;Nqx0WGwl+LHIokcAQVbCmFpo1aLtn0KWcoLFiiKOxqw8MKWPJlSFbhHTU8OJ3kShg+LUNdnHJ/Te&#10;1OuFJ91FbG3wpPvHUxr3Pm6+DHisGmLXuRoRIISfeUZWddQNulQeKFBA4FLiuIPeLmIkEJPV7219&#10;b//wq6++njYanV6PfWf0L0D2dsBcQRlAPnA3n3UX616xtTats2dPwLoc4YZKmquEJDh6stjCDWEJ&#10;2g6rqzk35p5KtXAxw0SaTK/Ex0pBWHFo37CquXJ+BM0MbmXVb+AYunN0j0g2n/bl44U8MzuJpN0y&#10;qUhUSSVfviEz1v0idLBrOc2vBAR7SZETCX3RSVtykGGytuY8/+PCpXrvOzAsjamylJKQfGMiKbgW&#10;2JME9oOPqK0CegNmzVXW818l7X019+ZXGUeTijwifUQ0pFDBTmdTjKyMSOK8KJ58IvbgSOKTbiUG&#10;JRAFzmcjnEexVmRiYsGLXsgTXU7GOFMev/PB4f33HFc4os67W9uQLK+h8UShNJ9+/Pd/88Pebre3&#10;kzQaMSWuFAKe6m/RI4SLs9vfFtag/LkL7XBT60TfqGwr6pdzrwiTN3SIJhIptedjX72OnpoZ6kun&#10;vv2K9hxK6UpyfGOW7jyNMtnM7HhNVR5kRjbtb+1qnH1ZtehNbfqyeZVffw9o1IJvd5no0TB1NX4Z&#10;2/Rei2Zc/Ufqe7c1LI6KRMrQVciIaIZqd4UZJuJnMe5fY3bPJlaRt6EL5d6fca81zZcXj4fz4aN7&#10;P8K6tdNrvBw5Cnqde+/eD56ffzkwR+1Wdv/43mePP/rBr/3hl8OL9enz519+efz++/v9Lfgb8dPW&#10;aXkxXX9w2BtePe0fPuiiyEaHdr5sN4rr6UIggG65nFxeT/DC0DO7OH+GSS4YvZDOtjGVbCKNINnC&#10;zVpwcMdJVwotLZrKGIeiTswxYVssx9s7B0FF4DwiQfIiPMuk8Md8q1gQ/QBN4pXopOGyZ02AMEq9&#10;hRlPl+1OG6eZ0fgySbotdDuFfs8+febGE/YuNck3THrM9dX41p0DHIQScYLJ3NQLeEpXZWvhQVzP&#10;J995997B4dZHnz3FRBfRhXggJ3MMU/EM5t1GdrzXwRasSeImxI1w2Lhmmm4fxX17DSgUulHGJypo&#10;SLuPFMGJJ2OwYNXno48XnxsUHpItgCl/WcYNmEskOiCYVcLnCzangN3Lbz+6t7vTIIE6LTt9JOIW&#10;kJAd7O/gIzDNztp2ukfd63I9GRf9zmAxHe7u7+ESDIdXO30EPSXgTnfbrfnCYYlpWzuFzGlKHCZH&#10;xO3FwfF7qHhnL0/R2j/a7Z9cTt7f3pvOF/dv7V5jnn9//97R7snZ9cO39t5/++6H3/nw3/zJ/9nf&#10;2cLVur21jVAitK73+uiP2JOLYUmyVAPATyZXQdyetX/5yZeT6fLoaH97ezDoteTDY5efRE0eMZs0&#10;JrFfC9MLbbeqaCNQNS/Go/Xp1fwS9+VCuGGQ4Rel4Kl4i+CL2W9wns2TSoNrRVyXnAkxA2AKFAdI&#10;cJ2J/E3CH2V5wt3SbPHDN4l47WRrCuiwRHYsH2LCYlv4j4aINa8UlZEvAZhM78SvsI3l2pVhSurh&#10;e26D9BmTCdxGsWNq2MWb20lSsZTqknlXN9Uk9YCeaDszNXBAtWTGwaALdXc1/fVOWAmTqUteNlPq&#10;a6mUZcxwEhFe2GRtlV75pk48slyUUaq2KU8TiV01z7Rqbw68PG1wlvUqVp9ScfBKq7/0oQAy3vGM&#10;B/NarMerJ56avSokjGllLqm8xhe9ial36yuHjV4tFjJ+bOxMkFvq3mNip8GazcaziduM8UnP/E1p&#10;Fd8YdE1lhLHc1IkHA3umRX6kr/qpSHUi4COwJBsACFmhEHEGaNBSzQVhUshRmtMVy4BcFhzyYnLn&#10;pwzS3ossGUnali4YFaRsDvLYQkpDoclzBPpQ26xIfIGDUebDQTPGjbbfbI4vX2D02QG9kR1XjhXw&#10;Y+ZAChA1DOZSKrh4R9KBZY0q9QOlOrkOkNVzoRBvLhDslMpbAO8Eq9OsIPMJGT+QQy0YACQPUcGZ&#10;KjP5UhmN8f0CqgxVkPMif6YKS+SGdNZQ9SWiVbYic+FjNp0jUaZX6lSbk/IiwDELPlCUVJNrxe1W&#10;2Fgo1oyAITUVm7Uh1dGpILghFFozXAGYKZ54kN8AsRJ00/iljRXrAJuz61p0imm/1VnOFg1s2m49&#10;vbgeTsezCVbxGd77EtTMtWTGsw+AcpdUsglMdNPxh8e9pdsvUFsXvVm5bh89unN1enHyLB9eNkAt&#10;tNC5sAfd7m53Bwf6TvmRojqlcoKvDkv3cDheN9dPzlI0HXGkKGazfJK/v7fVS1ASoMuds4bXEB1t&#10;pCtayCZz9gaAsHLX8yVG4pBOr0VwLGobJ2xBowhi6/MBFZxThhyx0DZSFF+Y7JW+cxVM7Po7nZpy&#10;000k3sYYLAyIQiMsyAhVTq99RxvBwH4Ck2zQYt1rlg/rp75lZBjqb2HV1LDieiYJbJYnreLy6y+m&#10;sF+vx5NGQja6hjVyurAWpzlcAAWVTpfL8Rcnz+YLGMRklCSmloJfxIqw9MfVmKwWoLU3JLBGfZll&#10;jc3kIlc6MI/jOy2VDPYGjS1KJtQy0lVaUC4+ChW36iq2svD4mqjWevBBHvWspVBMFM7Vs1dNmAO7&#10;wLRyXuEZFQPC+g6ER+kJsrlKfAwaP622/Q+Wu7V2p3r1I5lBxh83NLYmbM81joMuzWVSgTZqca/u&#10;JrvB1Ts5rppxmleTaG9CKF2tJaIR7Vi88tXq9p23Hj/+vIOxrRj3XIT96uyPIUkae87RwN7B0WR8&#10;hbO75tYLR0+G8ou5lRX75PnTg3sPt7o93O2YKAFtC39Kp9eFyb/dZmYJrIhYQoTtn0jyEC+9CQcv&#10;XvXVElHIeJU4EOJnS7ykKU1tLH4ThBafykrAZZLNoeWGYdGPHZTIHzxHG4a1SL1yETBWs1n71aU+&#10;B9Xk8GLTHF6tWDUO5ysieYE8ljphq8bwTjFeplaNlwFGFWN0b+isHR2lJtieXS1lSF9ooeZ4W90w&#10;plK6qCZRi/iy5nRTVrgcinl6Y3BtrpEG3FzFPGSyJRw+gwFtG2i4MoodR/zl0/OPDnv7jdZu7ho9&#10;CR4i/Y+0v3avdzSdTRarFohG3Kvmo3cf/d5fPv3j65/97J33UMIcLZcIfV0hjmg4w1yzdX3+1c7+&#10;/W67Xa7GKHtni8nu7mET+a2tzvX1y+FwCn0vFNB//ZOf/vN/+p999NHnZNICFr2aodl7evmy1+5R&#10;vISCTbZIMi9WK1RXw+Hp0cFbCg/A2YLJ9YmvZnON7lawsv4Dj0Soi5rgB8s/ClifEmgIERpmNVf4&#10;cio0z1ajjX0TldtqOKaUVrggmDQwjmG1bNogIYOIVg6IGuAq+tMiCCFD6yVcRKQdXFxP3n9wt0WF&#10;RTpbzM9Hi29OzpF90Gq3Dra6U+T8wNuVaRFbdf6UQQpsEoTcuECtdslgwnj6DGdxBUJIBGNKMRvr&#10;ZGZMrFnBse71ztAk0NtE4dBF4xa9A8yNW81vnpwc7PWS9eTkBWBg7t7t7asFTkPAbDc72z3UraXp&#10;Pn7+ooDFjF34/GxyCm+EHV88+vC7L6+v6UcD9rNoDedrKD2uL0aANkNN3UMHxKAMdrPx/IvHP/vw&#10;/V+boDxtp8/PzzEEXk6neO7QH0H0BIRq/a3Od/a3ki+v/upv/4EJHxBQzUXINpxg2TraG3z73eN/&#10;+7e/JL7FKfOSFUe32yaRL2tcgRA/HiPC587+Nj6hvUG71WxfjKa46//s3/8DPgvmhhD16SoyZBhG&#10;QjY52NkZlMloPL4Yz8ajifDAYaIrGaTFq7zWzXdFUSL5NAxtklSqQgxaRkSMLAAY7ZVol0EGM0ka&#10;/sIlYm6HV6SIPMUf/DiXKqTDiyvVkSOywIGoZM5ZObv5dPXN8uX+IZDpR7LrqKdSXT+bp6YqAeGV&#10;OJ2IjXfJ6/AKZmMHis3aOOGsI0Q2AnyTaH+uRpKS1OqT3I2ncHoYmFFWVuAybP5GE1kLWim6ylQc&#10;5yBljPZ5s6zOGolEHTpOAzSqQIUqayfIdoynSZtqSCPKk9Sv7jwUr/MiCT6n6o24DaBjuK5lJU2K&#10;45pQ7poqV0DbpWolFWGtZ3eWNX6Y/oMVEhTwSLbqTMjWYdN4yLS1tq2plGwmKtDUKG/1GoUk+Eq1&#10;bmJ2lcd+u8BhcfEWiQKA0CUJWLRSLO300dKvy0oNHS7DpGphweqaTE2nqMQ5oWSXCmu0jtxJJiol&#10;eJR2USKbZPKCceKSxAqnuUlrkuQ11SxLJNOIWTb4JgbzsV8plsp4AreAI17OFotWH79sIVph1Ec8&#10;XAngULLKqAcReYcYvKReFq5AuRI5LzgQWEsKjUyjy2ZN5wzxE2YloQGyh2DJFaqSITailOM0VhLS&#10;mHXuhe8VID/LLOu4SjJrwMTQGdGtaFHHTisMK7LC8A1KkaIid+yxjRbG0gkl0f1Oupt1qc4slrPJ&#10;HMvrGp6k5WIyQ+blDDpgrP9zbELovfrstkSkxctFnvza/X5p2oQw9kBhTHv9e0f7L3/28d+9eNro&#10;gK/R60AuaMFz7vTLQXd7D0ORFpZUw6h5+qHbkF9L6mXW6cznk8kXf/XjC9RIa/aByikiHN493jdu&#10;v2WWjrJBpjmU6/lqDOYCh9OWOgCm1635GaNcT+DxBWl5hvAhO1jyYGBOvvnm+nraAqcZvX0zl3KF&#10;N9yasbNkc6MDq0NbK+2KXju9v7OF5vO607sejqbw7MCiLNFTXGzT2v4bY1e0fxXHpmrFlJSv0o/C&#10;TOUOqBNXxb2Saofb1BCtfphpbciST6q0GTnNGZ8HE1ZJD7I0LihTw0kyVlaqNYw+L1USiTw5Va+x&#10;pUGJLvVUPACwz+zgIiOWcJ6D7QJeG26qhvCA1iT4JEVgIkIS36YgEKN+I9ZtJxLxxBtzTfDzO1fG&#10;w7qrQDumgvvpZ1gGkW8M2qvMgWFi7vxQwbxRH68mSFmvcwkrMDf1DVRQUU+1Dc5L47P5kjI4OzzF&#10;KmhNvTkm5teG7N+qOowuKK+qcrX2a6BY8xjAo4UGzr3GEPvK8cB3RnyiUhBShyU6iMaC/8tEw1SM&#10;vAqRNqWHpZjwq+vEKbeRuFyPGnT/yGD+lXwasebKy+P37e0fffnFZ1v7BxSjpNZvTyp8E7cmx070&#10;8rNCnk4nKJJR3+Ioxu3CoteGkmVtU90B85PPP3374XuD/UNKPCCDQRGMJs7h7aO37uEk3t3Z7x2/&#10;VZCmYIRsb7Wu5oK2LsSL0QD7ZTK66uMk3RtcnJ8d3j5W92Uln9iMfjS1XMUq37EulbvZJA4Ptj9E&#10;+UgOUy1A8R/s5sHFLzI65XJ+Jl+3FicSyVuGsX39yGc3Ac2uFvaRxEdBlpPUxQjn+hV3ni9n6qzu&#10;m738NEjbIr/O3SR9+oxqfUVF5DnXvivmaSXRQlU6D5vLyI5HelWT3Wzs3fih2NVYwKBP3ASnr80W&#10;snPPz06m0/l3jn9TtlbCjXA/WKIisvlyAa3pi5dP79x+G+ZGFIfnl8/v7t/avfP+avrTkydP9g8w&#10;r7tGGOuzs3nLlgfHh9MlomiWV7P53a3jZmcM2BqU7zQl2sZ4Me1BFL2YzBezW/u3oL893B9cjVcQ&#10;Lcwn0w7ynreOMIcTWxHMPyhXLPHIaXO+mOzs7OmnS0WBVYONZCgKtM4bRfzkV/YGErAYmApn7ggo&#10;QuyFTcinJ42tPWI04XFnwYZWekayMUS56/X1bLW31ZVNpdCTmKjGKGOWG5AnoRenF3uH/TX9XZK+&#10;7TE1uqYXMZgK3z4ZT99++DB1q06rA9fo4X5+//jwejwbDWGNXU8m5WQyxwMHmTFdBzxC8YWTQSLS&#10;dFH3FRIwmPm+bhjwZ5w7Z6m8Hhi15ERFBveMkGZc5wWnuyh6VbfHrA1kUFmYUWmrXixxBAB/GzKR&#10;/+YP/vDq5ZOSscLF89MrHDy2Dnfzyag7GCxWdpDZ3cO7OJ+8PH2OoUFSTFHYIdDpi88/xa/BawSR&#10;Cp3+MeiacFZ1eohh7Pc65+dn7U53huJ2XQ727n/21QmUBQj/TZvbB0dtvMbxIn9+ucbh58XVeHur&#10;BGFlNALWO9+CTAVGWYFJ06hiTbfdPB3Ov/udDzA0lTO5RFyJnI9ao2amgzL2OAhcTkazhZ2vMPDF&#10;JwlcliWZA8mTudAOyH/Ojc7hpFdNDxs1jQNgyvtb5Z0EXi8MjXE2w3fhaIhvlbYGFxDcGwqSxWGL&#10;he9adYVJ23b6nTbXVoRnrNeZBH5Qrt9sipsgRdobDnqlCG84cKbIt5RoDEIGcYXSoDDJuNMS3cxe&#10;E2ZBGe+BQrNKsKavl1QDJmLYtPWuoamvF7GWtN4RokKaEFqgo9bYy64KlZiRK8G8vpVWO31Uo0sd&#10;Dvoi2qPiZQ8Xmb8aO01944sVt/W5Q16iIBZZn45euqSmH/abh41sAw2c9fbR5A2zmkNWYOk2KBRx&#10;MQ+x6LohS40j8w1TjVliYJwONbWfXkZrmz7ngelqfZtgM5aowuFV+j6VTofurA7PSz0WlDqCxpNR&#10;Wn+6lHMRlQecPXoRHgPeRGZQeme7DftJ6UlWOruWVNvE1I6oIa/Ci00ixdSXsqUWv7XAPX8sMlWH&#10;zkXGYujdJV65RmFEwgRwlGsQH6FswkyzWFIqgmLHmDaKTPadlq5Z+g6CtQq6ITldMX4UFVPkJjcK&#10;rQIF/fgFdM3YHvACUYLluUeQEDlSkD3TBEyBP9yRkIyi2kuFsVLg8UyRBnl1Omkc7UIKjB9QqHW9&#10;oJoDFD+07Wj4x1OfZQpAzmWaTNIelmUMpcVPRH11aSS420AQzACeciUMJZIWWrD+LK+QbJsXS+y2&#10;GTYDg2EEPWn4TPCJoO1JjB+Hz5g8L9C9my9B3Fto2wwL/ZQmNTDnZ7OVG83zO29vochLixZGQQkz&#10;ZUqrAZ+2mIIy2Gq/GE9Pv/nF//A/fdrGG8lEykwGP5ZuKn+phIZht9HobXV3GoAXNNsdgEs7WMTw&#10;HtCKLNbm5PqX5Qmy75DRCvoRlu7uf/6bPzjogSGBKLkOaVEuX8xn8FMxDShbU5C8QDD7mMIoJxQx&#10;dFNRp5rls1nS7axbxS0M8VegOF7N/uL//osMix8uHICAy0RH5DklAg2Slhm2wHPQmnsts5R5+G8h&#10;nrOJuMS0B4xVOlpDfZsf372P5Ihi3UqbxCgyignz3nzZTumPxKaZuxWuGbENcGkDMlJi21zMitn/&#10;/q///TW108UQOjSYgKTJXKgzyJmqB2hViGJkBhKkMkG+XwZHSaxmAvQ92WDruuh8j8h9GfTHXLCk&#10;Os8kvh3jAQHppjfO+mBeF8W0vkis11E6Z1YkF0vfUp6DjNpRGNUFdbNI1ri50QPCM4W9vs3eRYPt&#10;OlNAXlVIZBaha5jlUr8MxnVBG7VQGCU5KiV2pdCDdTBvmORmt9Wr2sTSwF5Kofi9GE+jDUHrRc1M&#10;v869Ti+LxeebQTnoimQi5+lGJqhTdLRN6urOOpTPxPI8LOU3vEUhR9lUM6owR72R2hMneBWWpDJR&#10;uiClrltuf5WquW5R8e9NlLqJCVtAhHfEAWFVxQbCVSnGkawKBKgifH16cvRDVQF+yStoxo1Bb92V&#10;FVVfuOLYCBhDDaHkdIoSNqGEO+OZVn5jGZLRgqWK/BbcqEUOnmijt7NNV7kFymgBKi2WYgT8YjGC&#10;Ffvo3ttonNGoKKMD/kw8Ee3+9//gnz396ovlEkw8iXy3Yd7N2IDMU34514TEbz3Cgjab8GTOPJxG&#10;EOK6Cvy4EfvgW/nB7G1clcrjbgq5N7iO1tRuRFt92kFXdyMqsEZ/jycW3WnLYKY1ATRSpXq4V+Fn&#10;G9rsSM4KWlK3WcpuepT+w3q1eh6Sc25DI2CS18gFTM2+Ww9xqibkHvzGZ5P+p0RU7OKGYiMvlQ0Q&#10;e2RGHxEDXbGJHQz6rXvfbWU93DWoEKaTGcmAuLoimMcI9eHDb5+efNkfHMBCcD06+6Bp93eP7rxz&#10;7+589MG433e7Y3f+tH/8yWqEAfJy7+5yet3q7FxffYEfgEndRz9/ujqcsAWPOxX5q1k2XM4fvX2f&#10;VEmDlBoUSp2ikXXXvDaMPZTZKXMCGKCH3vZUrFAdlCkRtV2K5IAYKxEMVvnMxsNV0HMfz5fYISm8&#10;ITaysWZ8Hk4kILk1YQfCYQLP1Xg6b1rKfbGJQNp0tLuFDwSaVohvcTLKqKnOfUiiTF+en1996B62&#10;LOXIIe0qutAN6uGrqymPXs6enl6VP/2U+4EcjJxsCdMlqkVUeeAhryZzXnMMgI/2t7b77VRGYLK6&#10;OYm/Kbh5sNNcylDC6nkTxytpuuNrEii7VvKVo9EYRewXj7/GYfFqMgVrWDrzRa+Pw0qGXR0vrt9t&#10;7/Rae4c7n52cD6ezTqd7++Bw0G3/6V/8Fa714W4fVejF5QT1aSdZnzy/2OpccjBl2zhU7Q2WGCGn&#10;C+x26dlwGW57aNVm9EeVZIJ2J9PPnlygyJudvMCImv6yBpaGmWQocg1hi90FyB91ho3r+YhetVb7&#10;wVsDBGM22y1WumIdUKkitkW8X1CslEFOxnhqlbmpSgon9X+py0maodh/eX4FBf7OYAtfhpeBQcW8&#10;WGlTKiUU1D9jK5TADOhqajBvLqLAXr+N1l63lWF9TDRVIkt3+t39vV3cMKPpDHPjJnURGESDR7Za&#10;i27ZKD0BVzkR25q1CO6yspMvF0uxfAvEwkp+soYS4VBHxU1uAkJZtwxcdwr3WP7KjmTpfPvl44v3&#10;7h0mcBSmus6JPsElG+tkhF74zr8JcOZQmIoVwAVAgvUykfreFum+Xq4nPc4iDJIqGrTn3kfZXaK2&#10;ytJVmWz+oG88rrgw1Xgk6ryMfJWMAat0OBOzjqLGLb7PzZzENzLirWfn1knb0eeUiOLDS/KsrkJJ&#10;RYzwN5cNOQp+FxQ1HouqzQ3GB1spMEw0bL5hYDZr3Q3RufGplaHHSe+ktP9SGfP6Ea3V1Bu26pwN&#10;/MzSRcyY+GEU9scLX8iPSmVibPxUyw+HjE2iQVtraQ+xkhO4DYMkL7Y36mr2FFIX8WPU1AhBKv5z&#10;8PGRjZ9IOmgqJHnsWjDgGEbc2A6OMGsBB+JsvU4gMVEHY8kKlaUt7DSWGiWKgaBS47cLPBdNroUB&#10;iwFdTW4RCBSn3CNpAhvcpDuR0M/hCu5E+CA6cM6s2UtytkUIT06LY9rsbtPLb/uTMtnd6ixMlyPj&#10;tMXHkOPHZaeZrpjomrRaKSgmaLyZxYxqkJUk5hnzEovpDNGAeISxjoLaXw6L/v1DFOL5HIJg+mLm&#10;rpiu2y3kyucXF//2//hfuuWULTqEsWFlFQsuxHMqBbFMCUKXNu1BINME3gF/mUYnw1ICik4vG+BQ&#10;t4128v5d+8lXDUED6HWSMVMpw8Nmp7H76IPf/N1vd9NOq5dB0UMWCzpqjnsN09ogQWI11MjYl1kv&#10;ksU4P52PAY4saJPDsoaDw6jxYjXbR0RRmzSD2Sc//fvF1YunZoUxLXqQqeifwC9EKUp8FpTDDMZt&#10;Zybbhn+pZSWwqYludt4qoDWCcwhExykn4qh5kXuXQmKEmfocJH4EXkobR2UjLaqcG3JqKzzJjD1N&#10;1mwcibvuKpv/2Z/89W6nhWuKjAqU9w2KqJBuj1bnxBD0iEPQEjN3SLdyBsUDP83XuS4m4FPg6GqX&#10;o9PhqoVpMNzcPB3xxrS+701MdJFWBau07BI/XVAxngslTJTs+uFcEcx1SWQchpGaqzOB4yOuyS9q&#10;zq9GNF7O6GwAL0RDcDWfe5WR46VnGuVudECMF4RR+5oNcVwxcHioEud9iv56acaIVZDfi7YGkBrS&#10;xeUXN/jZo3VbIrdoOoMQAN+CRg1oLG5J7QRcuMRglRLkXCbmpldww8Yb3g/FcusaacvVePW68mQK&#10;KZH4qjfNajYbTqA6uy8x9YzyZHNwuSndNTW3Uf3vN5hDIdWm+pqggX01cKiugo9ZhzcNyDf2ll+9&#10;Varsx4acuhort9IWVYEwsc1ayV69ZFgD6qtfVCY1LYPxTWETeqKvmee+UuGUSdVrp30Dh3YIc7CG&#10;CrMtgJoTTysiv0CieNHf5HBvzRhUg02hOxoNe93+Co23ybjFmPQEud/XZy9xv3Y6HRcEByknalh2&#10;lt989hGHcvStSyCQsOUYwuR8ioo+Xhj2tttYHgDhB72vPLx1W6CzetFS97phe63dFEFNFag5XDWT&#10;vEqRqowR1lTat9B5v+lEqwOQjdvofOkELvTboupjM0RjU98e1rBk84hZ3Y03s4j+v5nrg0L+Vwz8&#10;k1dXjhs9k9qMeuMXZ/BFWUk3SaSbm4okBau+rrQoJrHZYTm5vd18YrsgN7Sp2uqfXKNiggd4iVIG&#10;W+t8PcUQ/6rZ7xbL/XZ/a/vQfPbxv+wcHm99kI+vluenQACZtXur2X3x7PrF5eVb/+LR86tPGzhJ&#10;NNNec/vw8KC/hQprpLTjqzFuwdbzl+cfvv9dNteLNQyhuMkgP77d27WSMECKD+aQkIPiLs/Kq+vx&#10;8fFdGfFJ3SKHTnEhFZRtF9xn9RBGnofXfrMvibMBCh7o8pdr6LF5mAFvF+I0nKIW86LfbeG5n83W&#10;rR0E7jT0UCeh9qKbwhJferivwDnZBaUVGVE0MiFoCLkiKDtVr2J//MuvoadqZk3BvTa+ubgW61up&#10;ZY8Mos2SZ7i00e3xYJQziOJ8iOq6sd1r+hkaNiGH44KdLHAKK2aI60gLPMDYxQtBF+Cntdvb6/LJ&#10;xYvnT548H82Aspsiy0c5jDiGbHVaSB0Csxk21S5OZACPLeZ48g+2e1gDPnj37jvuLkiM/+p/+zc0&#10;dvGF5dfTC9q2cs//KuRYYRXQlaZfvGBZmDVa6OBzTWAUQYT88VdyIJoXoqkg6E4D9zrNFSeiTvzG&#10;FJlgPm8YsCb3KyAAULphpEDuFKtXVs4Fc5sR5sRoCnwR+u4hiNBKRHMpRSYEjWgmk1hi1KlA5Qnd&#10;hdRAWkLaIBrweAbZJGW/x5Esl0eBQ5ml6F1IhxZ/CF3NqxV6BdwJZDnLxTGI772+Hp+enkHGcvvo&#10;ELzw0+shin8chkspd+mnZr+wALUV56Nc+XDABmK0i8o2459Q5c6F2TSlVZPL4R73BJqWmEXjGIhL&#10;g/k8XttWv5cLCxodScj4JEay+MuzX3z+5Om//E++7yiWt77VfzOsLCTdmqqna+Nm42W3XMDJFtbO&#10;pdFedWwiJVZHdWHFRLsndyGg2FRNNWe8G9N3Fn2dqCMPvLXUhcciHAxsZA4rZE5JHML44bHRGltL&#10;eIsJrbHGMkk1J0jMGyOXeGtkqG0T95oQBbFAOYkgNKbat+TwGwnHOkOVCtYGoZbMgVPJ99sosCPv&#10;ogweW/+WQ0xlRdHaiKk0MQu8pkEqndchKwXa6XVXWmNGqmSVHxgnruLRskml1A7J1Rq1W3rFk7/Y&#10;pb5zfWMxhdIPRqQzKOJgHRfX/MH1vMvoJaMeWd25fEA8eRHCWXL5nZFWXm7nxZQSoSZ6R2knV/8Q&#10;aUck6hZNRJFL5b7GdCnPWwBKwQyMY9CSaGKoQDqCfqfzwJgRsnCktUUKymx2TqZCBiHrRLj8aE31&#10;8Njh5G8bBYqrbq+ZrJ599tc/vW7hx40hnM3n3Bh4MsIcABlp0CLng14T/UTUuAC/47WhwoLgsyFY&#10;17SF7h9T5vDnvXYLCtA5Mt/aXZzvJ5NZF7I72HtcZ8qOHp77FUDwA4MKHhwAKIOBLIAEGRrkbKEA&#10;XEPxNQR8KXlD7EW3KFAmLDUn98HN4UVNWpcvv1pDmlwgBp26PVGbsnTGqwBr6vPPHl89+wbaIly/&#10;tmksOdQoVmz8FuLA5BUoNPNG4Li8VIXz2ERMRMFoXrfXbcq7MfS7vj5rrq/Pzk77prdsd7GuU3vd&#10;bIKk3CZ0mhIzXOUFqv2yjeMElpMlk4LwhoHHzkSqjWzE2f5259/99Sf7xw/Hjf+HtjftlSRL7/vi&#10;RETumXe/tVdv7Nk4XERStARKlgwJAgzYemHAhv3Gn8hfwC8NfwADhgFZFiABNmVJFkfUQg6HHHb3&#10;dFd313bX3LeIOP79nxMRGXmrqoekVM3u4a2692ZGxnLO8zz/rZ+ePV0WsZgxSKkBl2N3AL2bNook&#10;9JZ63khAtDPcXBdio7HjmnQ9NCBkPfjZuNU+dL0h3hTwcmhRW8XqgGPJ5vDIuS96PdFfliLwYDys&#10;EfxWt5tvKeKOBDr8myKY2x3wZM37soDRJCEnJLHqovSsDOvYrjKrnd8a8rUSPyuKUiHggyLWR3sS&#10;t4bsrhGVHeb2lTOOr22bvats3J3f+S+7Cib2/g6cVskiSnvNohKJCKwLGnYy5hM1tbninthxWCs0&#10;n7OoVclytVVwG6eKd+YO5H6jLJThRaZZGlDXxhKd5Bdn3umhUqsCuusg2p2cr66XS0MErSplgbR3&#10;WkoKkQlpdbw2HXufMt6o9vV6B/92J/Cpqef+Tl/cMNe4Sz2NGsrHqKicze7Qe9ydXjfa9YxhqdW8&#10;otagvLvfcG/m4O6bDcZ1Sl3UTBkKUpaiqJm3/o3XjHZZ6q5xh0WNIEbfzJXwO2jIv/uIS65EuN6a&#10;PybJBthJU6vUBrRicaauzgQwIyW5Rct0UIQak7EAcZhGV/W8CDXoSpKYZ7yd9hT6uJispmOKqxYx&#10;KAL10vV88vrrL/7kD//1D378m0mvV0tRi/I51bw1qtjgZpeQk0nSH4xevXrxq2ZTuAscvHOf7D2A&#10;bpf2HDXSU/zb7B4jvxsx11pW7yqHLHfHc2UXD1hPGBpRVMHcoorAdpXPViMWfC/nskFtdv5uMOo7&#10;7rfakuov/Ih9J3Dh7mZ63Jkqveu9+Ov0R3/wr5aD7qzT3z56NEbUKosNs+dn3d6szZoiQ7zxeili&#10;Xmy2j+nBMXcF4BjJQz5ft6AfL+cH69WPGSVfTw9JhOY7bIM3M0z+6dfAKl/cTn9xNflysfx6uuRV&#10;Dn72WfTksEd+uY/ODk7Zo37rRx9/+dkfay0siof3TmbLGW1TH5OqDdyAVTcZitey2fTPBlsJdVQq&#10;sQlzsRg+oqt5/PhjUfIN6nRxIHdbSK9R+TUiDLoJK+wKAwjl6sReu1FfksQlBBEbdVRo5+Gh+0ZS&#10;X3KGwHKHww4rLvBgRWAuXNBp++Ts/Pji1UuRoM36iC9kdBSlUIN5JsTvB0wgGAG5pkRHBYPPJS6R&#10;twvFFSYqfeh5pKxV4I7lCSn3wjf0OyLl8pcvr6YX1x42H7/Adk+oEWlP2Iyxr7Zl12TZGLaKSB1q&#10;hpOZzcAePTj9dPCk3xu8ePVajh7GqdusGb3GpmQYcGqY0rYHPT7weDYvAgsTOpydYmpLBdu6AD26&#10;istZMvcNclQ6RWZ2KdSniHoNPTb6pAGbibVRmk20O7Sg4CDeRshch4V0eGum5G0D8yjh2iKBiDSZ&#10;SEmlZIjlGnNRtlLtv4zqlUWcxOLtZVm/36d+4vRy5MCbK6ORmDVuHjpbLYUycBcZODPZlQk2jENI&#10;5yzeuVhQst80T6mgoWWWvTKCQGCqZaYVlHrWe3y9IsErejTauni6vr0eEVyomhIgEH5/0Ou3hkNW&#10;3sViqfRNojt7w9l0zEeDnB8PB5bsnBV2A/AZ0TTrfG81E4DxiG7MibAg2H6QJofDEVcVLnqPqx6b&#10;kI8ybmsDR4Wb6JyjJiDY6cX15MOzQQhyLELeWpNhsquVdqaRRaValq0OXmj3PhwcnHLZGHaQMaGT&#10;qCFYSEs03Yc87Qprt5lsgFbJHdHVsk3raPKiJDbb6+4WqBC00qDlcpFLR6KyzCodjTVAqYQ+gRNd&#10;lj3By2m3dAef6zLBMoTHhGb7PZY7ASSt+IE7H8qKZ1c6seyC6UrH5vDDahOiGr4p8zYiS3CwhraI&#10;mnbUZeFbZmPVo+2a8FwyeioSW1Gj3cEipc46DkCtpaqWaZ1V7azJgqBV76rshNCcV11vXKpsA2Bd&#10;ZzPWHq8mqcpLJnxcqrDttW2uGHh1sa9kPTXhqnDBV75ivvnawKQ0TwlDKInSYwNXvQjCuqUVBKrQ&#10;nPa6sGYCCRaDx2ActbpBZgq4i25jIhmMZKaJ1k8MKUT7oKyRl0EYbeY5tFsYzV0l7mCLEKJ8zLDZ&#10;WA90w4kSglqHH3+K+kUNn9OyrhYR+vF80m71H9y//6A9GmHg2xsejyQxYEBnJBRvOgnXbmkRUkBF&#10;bCp/zfkd8hxAWmZYmmUmGq+FeG06+ykQ8OZ1USy6khmNMIwnlfZw+XJ6ef0E38SYlgPq0TLfwpnb&#10;LKVnkZSVA15p9pizcDDcBS0NdrB8UNZP86lwmTDJbLLtZa0lqhRijWV8AA7LkM0o31B0Lv78D37/&#10;D37CpI98YTb9FnBstBExBstpYj1GxwwgOdGaQDCBZIipkrCl25edXopYhnr+MB9sHMio+5OLq48f&#10;Hvp1Nx7eW22VTCf2mNYvNcza7fTZtXERGcHJ7IOPd8g46hIN0u0PLc50MZ/1smj8NO2nbpP2j5JB&#10;7/f+wX+5brV7qVZZ1n+/nmWLMTtUp90L0VNyHkSXswWqJVJRE/3V1kGaWq9vu5IiF5Obbftww7qJ&#10;p6ruqc2YBX+9TQTDbxYjNbdyYoCkjhmXKPXyKyMa2CvlKPNhnOWNLm99mC1+RVFU8W1qARXF3PDn&#10;q3T/AeiNXMXYN9auWA9MZs0Am+0oKKH20BRfEmOinSI0qvIbQrpYqL6LyikgrhR+hQshnTshSeVy&#10;55viyVL376oZqEbD1kLJqZMkKu6A2IRshmyzq6VSyDOQEcIdsh7E9o9r5X1pi85ZoAtJtCUFfzYy&#10;Lgpfj8iaBfS+aUMRlrsi8LhiSx/LwlA20IbzXXPsy4GpKA6FRg/xe2Q1hxLL705mDb/Gd0LkdhLt&#10;6G7MTG3lWJsIusa2WM03KmRmh5u+mYi6EzpHlRypErLW0YGNwLzoTdjON1C4chYeus64HLoU3tVu&#10;YaVIylVKzSp3oBy6xs7vnCYj95aUWe9rpNpXvkrluav28oaw+A4HOKrjD62QS0PJPZ1NstC1lSru&#10;ivIhVGw3x2FNQRXB+koT+/rbbzlZg+FofLO6vbo8Pj6VTU+nc3hwJGVYqzXEONBGuWbRl15evGLT&#10;OTo6dv1j1hHod5rZlIMhiVzEJyqnBLFohjibdrHnaVNsp+Zc1cAD3F7kknN+j7xQDzD8m/LdqGEk&#10;6namHWWt4HcEONf0g9qNHapk4KJxBJz6zBfxznq8NiwtSqMUF79t5OL2kj0aDbF7R+ZUwyDtr444&#10;+P00zaZdTZP/vIe+7OTiqmLSAdqaq9lxdFu8eIGoiJ5jHKfoZfniFgrSyWE8PBK5R7Q6zXVAWm++&#10;/uZgtT3abB5N173xJFkrHTTBWBLPoQ12P4y6pwq0y+LJcvnq6uaLi/Ef3Ux+sVrPnfTBCEVv//TZ&#10;09/5r/7ff/FPfvjB2dHxCYV1p1hfT+ZsiZDApvPsFy+ftVw6I3Cv2MwW63ujU01K3LbFzpgo+hnX&#10;oG++foa88hwr3tPzrRDHKHjlGe1NM95c/VoovlRu5GakGxgISRVcpmIvi4JdC43URtgBROk19k3d&#10;To8mJE3NAEDWu/wz7yq7Il/O1r0Re0Abmu/R0dkXX3zFcR0cHKJoYofADekf//4fimWtt05UWq3k&#10;vUwhz3M1FrlY8GNuaNFariQqKmqX8jws9b40FwujTZb7XrclElZv0DP/I7p6oiRSyhNwbJCI4FPn&#10;zczXyIA0hvaobxWTg3fxAT8r56oQR6T4h8IbaVbvlZiOX7kNhjGSkEEnyctSkSCT9nCJTfepxjhV&#10;ODOnKClnS1X+ee6CFatiYo1dFO5ATr1Uu8sVH5FeCNAEmjRUQgosAEVAZib+sTTGBSqLJFyTBGOy&#10;hOsOxQAIGgYj1SEfE89ICN+bNF3EYZdz5kAAAtoWL1awhjgtmYVacWBcFMOEwMw3Cv4gGFNjE+Et&#10;LsRXeiXY8l3GB7klCc02G/XU8nrVfTLqpXJiE/mZiLU1gUlcSsbbvP6CPpwb32lwMZ7PDfOIx5Op&#10;3GWo/HTGEjwMeNMO6rDtLS+LvTbLLkd0MACnzS5uxhTEHB6vKQyckYFugyR0CnLS1tRCJuRK9211&#10;jHwRT/AHr1zZuIU4jU6qs+Te2Vlfuc02OXfO3RXauDvcD1cZPwWvoe3imj6hd/7xYr4Adepxkfoj&#10;Hmf07Ztc+czwHYlxHg5Hx8fHw8Gwj/3Y8FC7yHa1UHLYdLmcLhdzWEIo4fHx1xdII1ZY2s1o5G0C&#10;K5ppSWUSEsi0pRXY50jnVDHGxpstTZ0MFNakKhR7sa/jgSsj0QbzrWY6NfIv35OMt/IMaZ7UnQVH&#10;I6ywdDk2PruLgtdSXYgE1W9J8A7VRGXk7iqLuzLrsbSvDe212wOU87JuqAujwpfexrvAoMB4qjFh&#10;O4vBCCDM1Zwv40GqfaIaM2vdC9oAV0vRfGUDXt5asTnm6Oig0sgxOCk9yVT2pztj7hCQUPuvBmPt&#10;0pm5EUHtKuGaSt3EooVCpKOX8MEphm2Tr8Xd8WpWMx05pk6rfjw4Wjz/Z//bP/pjDPG0F/AEOway&#10;3RbeSSyXSddGZSwB2ATabpAozh2DosL32/FaEjTXKczLvaA7CizhYk3DGHVn3f6rV/RHOOkf9FqK&#10;n1hm494ie/Hly+9jZyIr41CkQ46mgZwyDfKynDIrFBF+8oUXYKhVMrewbtDqjRSvoQYh/G6rdimB&#10;CAWzFg+/wp1yLN3jdjZftfPZT/7vf/7Tf/s5do39QijGyqai5EVKlsxvFTFjNlkomorGJrkJZJ/I&#10;fOlRPCd99kxhb21I22Ct8eLWLz57viFwgyGlWpXAflr61y/Ho/u/rhhxNyTfJ3Gbw25qoz3ZSNgg&#10;IPYhisxCpdryJJLijRlYp08LhKiXiAMuQXIaC5+W/KXV++hHP8B8ouU62gt0oyNOrlz8+JsO3Gua&#10;/zTX3EdjVS3FCvuFUzM7POrM5opFiIo+2hZwXFF/DkZdDKyX48X0Go9J7ma2lU26RfXCP9vpGAIP&#10;uwoNvy5blHXRFmJRMeizJedDnRbpQlIuJh3YiuvG3Jt6AzG0mn2/lebIbB2C+1tmnGNlHokA4FeK&#10;Yi9w2rgxPnlL3s9idIu/nhiiFDjM0aZuSPyOresrZmZILzM/wrz0/gnsNV+6IRRB/1vxXiwExe0F&#10;o1UtROhwwtCq9EkqO95gaFVJFdwuW26nCWlKVqp0dRvnCZXVnNfEPtZ5xrpAK4VtQTbn2dExJ6Z/&#10;4baTjZzN8grD+xfEkcJ3g9OUFBJclcYROpkWSx4XOyufmqS5JzEMa5adT/mlG22hdrcycbTG7yVx&#10;xiZnsen6fafj3usO0Aim25X4bqdtdW/QmN3bcNrY3YHNGskETbbLnV9rhAnF+5TlqPS7aBT6FaDX&#10;QFl3/PemKZKr8j2a1pauEnrvSZsqo9N9SWgjt8D5phOT36mN3vi8oXeOqz7f3QnKab6M27PdNDPC&#10;PPCKyRZhfQt8utwH+8tgNF05oFtGiX5WmeGtGcPQxTwyBIU6DfLh7cWLsycf8Mc2JU679fjT7+cS&#10;x6kmEUFBjjCdo5NzLBYePXoi2ggZKb2h7aZGWII3lKam4tKnp1rrs37BT+wp0ZO4kn3XZVe7bvp6&#10;qtCsJFzTqnJPd1BmO+8qOld3tyHgLdplSpVELl9PRFxz7BbVTGvlq+W5b8ixox2m7xr1lN+7gm7v&#10;lq3ShCLX0IHvg6vFL9XuvqW5fatz1y6Byb9BfPY7Xnw1BfBNTAIKwOb62q/xQNYMl/tifbui/xh0&#10;ZlzIRwe99OWl7/cUzxBbai0oHbU4g7StCFtia+IMIXuHdUZTx6Yo8gDg4Gyy2F7cXj+fbf5suvxs&#10;Oh9HCG1jXgdE8ty524vp8b/8Q9rXr19dfvN69sMf/U5czFhNx9PXQQ4LOWmCLcXkOtsuEA51z9JA&#10;FsRpTQgqmpv5+smTJ93eIKSSGlaqzJ7YYipCC2YhLrntE267pmCxZNpQlJrgVV6LlsJB8rD0kJlo&#10;c+hE1zQtzMDTNvRjyvlRN55PJxRBy+U8bffm64w5NLbDZwyaxbdt/YO/+zdx7tAg3zTQwN/BTyK2&#10;5An6mWG3zQh8hSVYFA8weJrJ2FkAVxwsVNjxZWusmF+7M9tpUgrb+GBmesKfO9rsBTunKnvUHwbv&#10;x9D/lBEXAWixqZLAF+Piyt2q8OT9Ykw1wAZEZs04JxHPndkr44+S0TVyZ1DXiLIWBfRK42hwx+Fg&#10;IDfRQlguzG/OFzwx4r55mnB1N586dcv8ANxbhu7G04nF+KXe0gRArqejA42MOcHnZ245n/FSh0cH&#10;wTVavXqGAQY3UrpGwIxtQKc1J2iRe6yjz8WkHoWemPZM1VWpELmsdBBLhdTTy658en4qUAfZkBfY&#10;kep0dWIzHjM5mx5sLtBsMf/0g8dfPnsBUtFSJ6rxAtajGKOprJnOskAttTWaA3utflKTlMzGiTOE&#10;udm2r5QsvTsVuGJD1isVPfasZQZS9c1Zx2wVCCfadJRHUpa8q9mq3+ldXl/j4cJJIMhEHnAy01bT&#10;gDpPM3XRwoXlSgSse1tW+KstxHUp3DTIkHmcRCG5pd5zaGBNZ4cHx5jaKLazbLbc3SC1nRKnlsSE&#10;rYbrmK9noTHjaeaYb2+3nARGJBTnVhIrp5UJiLLaZ0p1Eqd6MRuOsOUanB4fPnr0mHlMoqTOtmV1&#10;GLXMyJaiWGWbOQ7scyrUCVpAniPNlRDirVdmoraej6+k+ZZcjGOR4Stf8A0pEG1ua1VkmVDhywic&#10;MnkyrszoXdnRvU8Vb1SWnnWOQ+kKE6BMeaOHcamvgu4M4DXUp7wgvkRfq3lQ0DELlc9CnGYYxRUl&#10;SduHnLXa6zPkw+j/F5ZwVpeNrvLFae5lFcW8rH6KKuY3NWefYs8DxQgZBjHZ3N0Uvyr1S6uxMn+h&#10;JFJa+ZyX6bS+pHRFuStT9GxLLS3UXFT7lO5SGYMd0s610u1yOsoLGMjRpkaRmL7FKcqZRqWqIRIY&#10;/kxlBxI+Sxfgv/f0w99+8hQN7pbboSD/Rs+UOk/CbJSMa2FATvEqkuGylGO6uxFLmT8RhXe7yftC&#10;teCyYkTLFDJaGYF6FCdT13kRY1anHCTsggFzmZm14/z5T//k3//k3yxRGSRqTk03SvpebIbJuc1n&#10;4iBbt2QXzSwUROpl5sniwNHMt2L96JTPovNjTOTp/YDUcEhqTaeLNc8Rmhnfffbln3z29fzR09/J&#10;hrg/AAaLFK0bSn2vQonYZ7ZqgbET0h8TTY29iFoWdiTDfKf2V7RQrZ88oSefDvPPnzHZdh8WD0y9&#10;zBVo5QSqHp2eKFpXlxo0lxFrLK9pub50NWtOjBFg6byWxAXxLy+VeKCUa1jiW7fQBu1HUYdVuINA&#10;pXdwL71pwSwfFelmOUZn3TE1OChhK1Hzv2J2WrRRYLfNjVLCcj0irMR8/kQzYRD47bKdHkSIo9hz&#10;0SnzbRIyGdeuV+pW7aD4sHw5ub2NNsteC5+FtbjtsssO0nPa5h6Nt46VS7iEtz2jpW5vl/C9sB1j&#10;HMlFWjGikEsS0GWhZGF0OnZ7ak7hi8k6H4vcQthvNgEX5sSmJoEGYyehicrIrV1ZXurWiqoJUqXX&#10;j6q+1JdBZhYivZVtJKOWzJk5U1HNg4LWoS4040onUsQ1y8Nbs+lKN7kqDXzHXy4RHn+ntnSlisU3&#10;+I4B5fFhUxDWHFmfGQwZoHljFq5D8xMFLm8ORmm2IHaIU+DaMmPTdeAjM1Bfiz2RsbXB4k/70ONQ&#10;sy8S0YX06uIdbLKkmzRaMuf3Vacl4lc5+IdlX9UDujHDdINfui1oVoRasRQZX4q/ZPD7nu0L3+ay&#10;9NYM1SY8e9f+sB6G/KWtE//iucF7BlFvdA77AtG7Usxw2isywl6/1oRyG8ri0qu3bo19HX3hGtaW&#10;+3LMKripcHVA9TskmMXu3ayLtrkqraUSyBkgQrszBl91PKWOOMBGdjBa06k3YCQ++eiTzHaxl1//&#10;4ouf/zSXjHF1eva31quJerPVwg9OnMR3ouKjb8RbLyNE5OZqdn11+vSjNIl3GK3Wz9h8U4KXOtPG&#10;Nkk3f/7T/3D26AmZSbtpQZlZ0Gzl6imBf4Oa63cO196/ETJdk0fi3S+7BrkgKvfXvdDIYIyxB/9r&#10;7ha8Y5yrmCe18fwb3GB3l1fv/1PDCW9+wqZqzNe4gq8tnetszPLjFzWY/MajpT+mYGiD4ZnErsg4&#10;u0nncJR0yeNlGZb1fwuWEu0RhTV7KZ2kDOi38qVsM1ZhAj3d+FWrHS8Xi0KETKhZm8lqdT1djLf+&#10;1Xzx9e3iy2x145INd5FYr4o0F1E2KiZ/9NXj3z6fjbLnV3PoUv72+vBg8M//zf/3m5/+SLqkPH/0&#10;6P7nX3xzOIrG17Pr4WS8/cXFxfXD7smTo9M47QxHkalSQ1RPDrdXViUs04qQzY1XF1uanJ54GquO&#10;PfyhPktKZFI3y0bR9Kh5O9L0mP5zYWGxqF5puIgKHPSGFA+81MHB8dMPDlC+qhvRZ2FIIJiTGAMe&#10;mMgSiVBGiTWB+2QmeyH5+au7NIMphtldbFbyg4PRvXN2alwmY5ktAz+ykYjGGVBKe4yTpNuRie/h&#10;0SEtmOTKaj7XbNf0kOxysGd5d5MHeFPf1SOjMAYSr9jyxxlgCeMFVgbb7PW6QjipzGQODA04scRI&#10;b7LtwnQJgrJlaJZqchHYffJb0ucgXKqruTzTq46GaiudHMy0lE+oFOO8QPFfVEY0YbWUNtyCC6mu&#10;BDi0ggK0m6gbRHjc5zBXmzUaNqlbXXR6TBusysybfa2G/by+XDP03B4dDa9uJ3zCrT6UYiNmi6Ww&#10;X6YC7RbGLOPxjCEyf8qMpcylvbkdn58eUf1hs5wnjGU2X3z7AoRnq1Rh5GPC8BW3uDIbqpI0q9sK&#10;kBsBbUfPQgGBml/htjBHLLyj9WxRoQlCIA0SKZ0LSRbwJTrGnYZM3tN9xRttCuYpHCF/7AmD1da8&#10;0Ecy6zWRFURm7nUxxMpBs5VD6eKgkwkmlamhuYxUOEhLOhEbkQU+sreksDgmbnjQ/Y1f/V6xncrd&#10;uXIMLtyeB2O1XuzGhHH9Lfn0ELqVj8e3rNdHx6dczcHZOZ4k8XphPpmW1hIMq4h+8ZmVwk6LQ0ey&#10;Yi8LzsIMWKgDe6WSinGQaYRx8zw6OQWCdvL34thF4YMYAmosVSNGoGtOdd9uxTRECEp1E7vZ+Oby&#10;9SsKpsntGFr4ana9mJI2NZ7jIwN8PMfRfZlWcLYNy4zN+T4rnZB2HZDZuBLaFva2Bk+6Eocp59qq&#10;hquhaRH5StoaW9XvSx+qNE+LoONtBCy5UrVa7KxMGyFSDVGVq9JlSklU0wa0yRmW9N4IrNjyiEet&#10;sj6QBosg46ngXPuMPmRE5/WI3buq47YZSNhXxHDQSENTImPS2xsE25K9/bfSQoRcIhdYy2WEcYlP&#10;VcRt+4W8NDnRu7fzZN1exzevZorO5WHYMigaLfN2Yc/uv/tX//r62e0LpLDR9ohDaCcThaVoigDD&#10;Ys4LZuayZIfdNuIlzyj48MbSZnmGFzSflPKaWPmtcYDVXxf+FXV6Kjrw61tfnC6I7Jm74sDPt9PJ&#10;P/r9f7Oek+UD2AXTlqXUKdNAo/2eAn5oa9PYxpiJqAuktGg+rJPEp1ua2qdnsIPsbM0tjzxbJlyL&#10;7arXTX90HP+7P/v6t37zMUyL6wt8RD/xLdxQBky3MEZR/CxwRKKLBXAtBIyFTAA7hGrZOevgFUAQ&#10;Kx1Yu0NqDhJ2f/ItaMztFiRfIN/lYt1mHEerKbfu9PgQd0LZM9N9wuXhP4vr2xrgry6+ZTw9hnGx&#10;sp80AE3NIqvYLI3RyCWBoc0EYT7onq48vvjFIb0wK78sMQsEHVpAuWNEOS7QzYrTxZK3XnLSN0aj&#10;z8w0JzM5HDWGqU0YySVuvUAns5oWh8cwmefrWzTWKwsqT71MBAsjjgP/MlFuq0PdLqezMUQhkkJY&#10;YuEizvB0xezMBJ8t8FxCCTYLvsMnY46rDcisFxL530SiIXHucEXQE4woxnWcsaeUCxyNIwmcCJfP&#10;t8Eq0RnVQZ4aQXkRslUb7UaVu1uULFhfgq6Gcdnguwh+b0rBqhzbSjGwr/0Q4rDY2MsklsUZ77yL&#10;jWdViVjM2rhOyG6oECLfUMD5xt+4yqHfEql5rn2QqKBb1lCVMKrFWqrvmT/44e/82N387BWGZZG4&#10;zSuVhWD65F8V5sAmazf8sAmqPnr8q63si4uvVty7ay+7TlNlJUEq4Sve5F1Rnq8zbItqDfFmsJoa&#10;ZB3rCS1ZwSKVFGWQcW5Hz/G3ovdM83mDGOzLmYO/y/W8q2+9W+G/Jzh6N+/8LmTNNQKfK4ePuqMJ&#10;uLkrw/DuUFv9G/2322HLO4ZskFftGAVFxZt11aYWJsN5BULuUOJak1nfHc7tyAmBL6Ci0V29fqkd&#10;GTOUOPb7BOA4WJBYJ6qM8bZsUrYmyLI8rZzC4+riJXPE61ffYvrMHJSK/Muf/ftf/9tPkpB2G0Wf&#10;/fTf3l48581ffv0ZrcXhg8fILyQ/jBPbKMNAbdeSxqIT8k8LrKhqW+tAA79fj1Ve2o08Ht/M52mG&#10;1b5N2hykRlHlYLVnyu1rr8y7dgC+QTuQuWZuo63ws3FQV/nSw7RBT3ZvmLG9h6b3HVrzhu+qc7tg&#10;yno1a5AQnP+uY/PpqNfbzG/4uJ3DY/SIWJFp2VDVHrf7HUPqaHVR9LQLjHOkDcWDnikqXkhL1tze&#10;YLAiNhZARlLD7e1kcTFZTNYZ1smvVmuMz+ak+8o2MTY7F90PG9VJYrf2ruaHZ/0XmN1nOZm99xY3&#10;P//soqOU58lsNnv48MNovZyML6fjxdHhYIHSM3E9Cn9wXRcreV7olg8goSabXDeWXxUYqQ0Et3Sn&#10;shgUKzXb2hwjtyCZcHey6sJZQ2IJqXW2zF69ePnhg1N1rSo9i/l6dXhweHJyXxZTQqqkcaeBYUSk&#10;iD+7t2bK/lLfwYbHxgdjjmpe9DHrtDlpbcGwsoCmGBQHWqbQsjU0fQpcPEm5ChO/bWXBUnQkYgXo&#10;TQKPkWERhdNmiew34y/p8EPnpgkT7D6qgMQ08UWwWi0CYTBJQjq3HhqgMi038mWB3oazi36FTYTD&#10;YNTPeFzNsTw6A8yYu8puAPWTMUtj0fBUblAW4byy4qodH/MJ3QC7y+2mLRYuXkqHeDUjv6IzNJi3&#10;t5Lty5K8Ze4lPiOtI59K2CWZOtqRUg0bIFF3u8vJjPPG/np0cEDAD69D0QJqKmsnrSmKtrAWDsS+&#10;PRnPMJZ+cTVmu89kmqXzJikYtUmSXF7fcoSjfpvzwDGoNV1tgeI5JC47zSTVMYckvCOCU53bKELs&#10;QtomlS1WO3TEdNBeKytpAfaq4CgJC+m4toO0L6DGPGUxy0lF9ouyxUKjhDUDhZ7MXYpyhs+1ZFQR&#10;1FG6V730a71OdzqbUxjzSUWg0d6fWfKun06mcvmL0+l0apepkLQPNh2xHXw1zl0pX0k+/OApDmF0&#10;mCcnR6AZt/w808pvnz846sIEDCbLlX4zKlVdO4KVrxNb66FZEJNoaLVZc//QSU5ubo8e3fvv/vv/&#10;8eDglKsOXRlIl2yOTKHqWWVE5E3GTEQ7fUFB8qaq67gd78UhxtWA1jR2guVdINphZh3kLxa5MlIc&#10;muzJRH6WIrEtLtDh6X3+3ZNRodtU6IzCBhJLnHnx4vnk9vr26oqMEzphwOT7Tz59b85VzjfMJvy+&#10;oCWc0qI2Y6m4wvGOidWg8KkYUH0cW7yjhYflTblPVQcafd8sx4uSl7SbAjflQG9d4u2IktLTooSE&#10;Q3ce9NO1TVTJimHBlwuyLyM2opoRtUsVqhxGjMNp3lLmshzg3OaApWYmNu1M3qAtVfkK1R997fdt&#10;EDJ5QK6VmV/D5Q3+vltYaBTa9wZDwMhoPbv59tW//MNnPdFno7FLb7qgR0pcB7+VDjeVtk+burV8&#10;haGZCCkgt0UO26iB4Nm4MzLBP6QO+NA9UV6F05oqzEE4aGPsiMDG5z/5+vZ3z39lopFB996973ee&#10;9FvKxY7JvMgtPjZRTd+S0MDUhJzCtmGtPCBSuLS0jLB+tDtJf6gpo7F6Y/2eZNZycjINDh5ahbye&#10;M8aEm3tPTg8enLUkXNhCjuBvoVX0JZrQNFIkOg1DC/Mck0NFYuYEoaIMhtwy5bB1g52HRYyOHn4F&#10;hKE2hEBaPwWj2SOJ0S7jQhlp0VgwiuOoue+khdNfxXLhImnSlJmybCASOPMWbMUILLdJMngsZoGw&#10;k+nwUX74NavT4vbCggVEbZWySBRZufTSKeGtLCK2jDkU94Q5cmpLF0mAxARgbeWIAKb8GHbZO7tI&#10;nJZzeuOLMfon+CIzTKvpSXnlfkeCGD0ZnP1uLzj5o4HiE4M/ts7vsU/1Vss+cX9bhvOTl5fjWR7s&#10;aqj25D+VB68Kltw8G3ZaPYVhMdeGCxHXyxhrDtc1U/hDshG1RBRf1r/CfAfQLbPr5T1fp483yZzR&#10;ftHYjPiQ3MGZt39uOYF2KqN68rPzsQ+DtiKqlO5WjpcLRmEojQGiJdvPor1LhYyv+JZ1rVva2TZs&#10;HlxTSWqIanCat5RG1+6m2kjFtGof+XsPHz+6vv3pcbtNh8/rbGT6wplBQ4vXue9ssAKFcbDupB3T&#10;+YpkxqybcSwwOo009ZplaO9lrjQ9lHxlyRti1sIqlQVRpq/0x3amLbc4rrLDSztA/z5nnjtvP3en&#10;B/ZRo59pqIr2AbGyxIpd9CY3+a9yJA267F5H6kqSkdv5S3vfMNBqkmz9nZGDKbIV/KlzaxkCmgu6&#10;d/TQO+6ra7TLzVvN74Yr+xivs6b0jrVV7UzdbLB2qKerbYIV4oFnPc8s8Sawwkw2VRuXMdOkutvE&#10;5m8anCTYRA5OTtavX7x88bzThQkAXNE9OTkZX7+e3Fx88ad/NOoP+e35+GYt3nJb7wJXaIXv68Qo&#10;RWzRKw35Xa+EmjWY8yHswES9EldSLX3z7bOT+w9Rfuk5Kp3Dd3t7peWJKhw92oHAUdRIMaxb18rf&#10;y9d2btUQyygdiYv9bsBW+3rG9SMUGuli1zi6KhWprEmK6uTHbud290a7+y42srtLdP6PboNdTeAv&#10;L/lbxOHV6LDhtVl6ndRx380PUN41qQzlT+4zQfZm8ptot/V4SMqSIRM/i/OmpXiLanFdmOQVUgq7&#10;FLsCnrlzULMtzOPtAjemyez5zfJqieNRNqHjLbILImfNj9Skei7I0UJvNt9mvReL/AenJ8N8Op8P&#10;jo66Ph4Mh5PrayC0x+f3KXmvrp4PBkeZSKoFuBMpQalSz4NBilZAcyGSANKXPAsnuReua2oH2MbE&#10;yZwtty19hLySxep/2cx4Hua0Eh0/F5sQakJ7vg1k3i5TZB6eFZsgT8wS+01QRNllIkpRmgWyozbE&#10;Wrn38Njw2Z0BgJutyFREE9pQ3KsbtI3IiKmyDi5kM5Q68/hlMO6EeBfkbMDy6VLutORjRNPINeB4&#10;6H7bvZ4EX3CDdPSU+n5rn2K5KqxQ8iLtyhdK2si8KD3HNXiym1+2dZxzUcKAnduWreNpZTUMI4tD&#10;/ZcbkrXDBm6EcBp02tSOyMORxV1EOCVBASAr2GR1CP0HR94fjA7oEq+ubwXPwlZCrSpeWXErdyu3&#10;WGeXN2PZf9GczxbUT+Y7U8TbmAKLWhPnkK3cwsQ5n0ynwchuY3RWs7eixpPfKWU3OLZcxGFcMy1Q&#10;D58NRm1ExdxD3V5vJoetzPyoti1FZSiXiHPGCbAZHhdVWWp8ayXLZfFn5ZuFRjsCUO3RDMubW+MN&#10;MdvhMhC8QRm3VLZzEtYYCdRw9mPRtB140O4Uml9zoT0trubgGhKo5LudTHj3yXQhrNsbkhJdcxSI&#10;jsN2srq+tRV83BI2ovQ2oP7EAt86QvORhycPHj3EdNCUcWCeGwYcXIWt4ItoI4MopirkvC0m0zlr&#10;MfQ77uJX37wg6opJwaADkaZ/evhJOwip47hpiOGi5vi2jNNztX+kVouklGUaH5475Ntvvxkc96nJ&#10;l9MFFfuAR6g1bJ+e0tTGOMTYAEuWzoZZ6GsuDzAKfFDHCdyGbIPQtVaDTzCvjiojk1rxGZFRyGKk&#10;OtK4YTcSv9N6JI8sYj42Gp+NTeL79x/dv/dAjjjm4cspI37zvYZTlOaVdamy8+ooOYFld+hrj31f&#10;S3EadKEwALS03hBVGPk9w4fa+d+7nX63dGi8Y9Fc8nnqpF5/lyZULo++8R4+CgmXUWktu5Nr2Sop&#10;i6VGDkBpx1UfsurL2Js/U2kbZph/4MHFu5utjg2uQxlr9KEaBVQ0zHKvLUzYaEcXm3ZXhgzAjS00&#10;VE9X29u4NWdxppXcTGCw/NkXiwdP/5rAuIwZUycWYTg3XxH2BYBQVm6Zj3D4Kxa6NB3wrLEAx5ZW&#10;m5ghhKVHZTV/zBtRKNIsknWcAPnT/qB1HA23M27hnz6b/o1f+yDrdh/ee5D2emewWpKQ3pspfNtv&#10;vUUCiazMjmGlPSu5HcBWjZ7mNVKny2zCbFEKk7MrtSV45mUC51ynl8cDZECpvH8MRtWoxyfMcLXr&#10;ikDeMm8ky1T3bV+rl3JF5YnnmRjHxwX7dV27TFnj7Tg4qRV6HlnmlY2rXHvBg7IA4OlaJz4YwEDQ&#10;kB+2LaletKZcbCTzBfQreuFirf3LXB/ZbpXvTg/MELZlflwMHhZOrtT2hrlG1DS1t9eXlzciDG2U&#10;f2vhiIk5H8o5z0wmeckO1iLrqQy0KCnps6YILjBPSuW6nbZOzu8PHrVP6bMKOmraeJcH9chiJvrQ&#10;YMSsWdB6lq+mk2y1sIxyCs+UX1jIXWCDHBgIUgymJOvGGn1LhtQl5iRP6KITPrawW96046ppjxjh&#10;frtUfthK3xPC04mykGVdhC7L/M71NIfiMyT8RM0md98bOaoc5KyZzcvotpA6W3YRpVKpqvyN96Bx&#10;SvWnErgtiqhch/d1nIXmC8aDM3zYxU0H3bi2Xnd+xwMRZc5ixHNLOfBaiiEuQ9vZoLY2hjt9b4oV&#10;87I7XGYT+CnraONCdWcwax7c8OAvoHdcEt4h12Zure0qXzElo9JQRZnUBgR7AbOVt1Jpye+iELFR&#10;xrmHWG+f2Xc0dChcSNmsoW7dqEnyXnGn2N+dZLhdiX43DqjWHfudU4GZWbwhV3wLv9P/xcjV+61O&#10;w50s5DI711CL7AW47KTbzS60zpNOpJ6TltuEaY0tye9C+RqR8HU48M4/xDdd+kM0danXjXe+XyFn&#10;+I7JUKPp9TtYr8FwtqXPJHUsZQO5Um1U6CZprfrV6LxM4gj5etzZkFU10D0/O6cUHPRbZPmSUcKv&#10;QJm8vnpFlUhdDNPNkraljrSBdGJupyrA+IL0IerKzIr8qrCST30apORU8klyfHI+efk8OziS1+kb&#10;IvA3ZK6+LiP82znzb3aSoTIogs1kveH6Mk6ign1LqN/Xkd+1e0tUe3+YZUrQ/5cnrmTI5ruD8r42&#10;rXTev+HF7O/cx82Erf9Yozjf6Lfd3oDnjbgkv8cZ929oBixOPB08fgyyo15DLLCoMF9aBDHarDea&#10;emosDXJFpyAFZWtrOKk35yTsi6az9e1yNVmur+frl4v11VoZdtPteuJiyMzzKOyRTob1IW4EQ5FI&#10;BcUmLZaLLP36ej1MtvPb6PzhdDKGzMT8/qSD2+0B+vJuOmT9OpAlNN8xf1hJsxisJiEfIzPElYG9&#10;8gKLLLY4LmXwSgnpfv6Lr5+9vJ3MFoO2+/RsEB1qMwnd8lZWKF65qY4Q2hZ18sPzM2XpWVYkKByb&#10;2nB4wKR5uUKTQjpx1o9sWgSljKheExPP1+sw/OUxsfMpIHQDz5ZSSjZFKwMfNc/LJF9h813KzoJd&#10;udOlN0BSO13OQf46cjmxMtFoY/zv0eERKTh9kyhc8iRn8qKziB4JrnnVIQMqr/aV3pvEhUSUVJ1n&#10;3jSR1oWtHc+kNFNaQMspWFjcZmOTqpdebJi/wo9OIzA9LENULLanU+TFVAIRLevoYAQEfaT9Dv+k&#10;PIjAZjOUwF2ymmgsBR3QWzlx3oTeml+nEqQKOaMmPaa/ENakrzDGMdnF69ZosNiGFGGhq7S8vbQD&#10;7Mypk4pYiJf451CWYvMvlRcBfl1teVbxZFP13ZDdi1Ur9cbslts1qIs5VJ4KWAHIcbciIAgpNHtI&#10;7rm1k5rIdMuc3sUKKjJ3zs1s1ooli2bJWFCDWr8XMkK4Nxg68PbCaovs+noC6TqV5Q0QJhyIPssa&#10;ylUOOFfpmfTF69ZTQstOetDri8sPP3rCywxwgBtPkXl/8ORRW2i/yPAP7h9/8PCcTR8RL3fLdL6e&#10;TYG4W4g9QJyJnGaLmYFfcO06/Y3oxNq/ub6aB2DHlbjl4faP//Tz1xdXZpYjtjmQ+uOT454a5vtw&#10;EbNiaglX4ufHrhka5N1eimsjD6ayg0iEVqWEuSc9xdN9/vPP/9f/+X/69Fd+eDwagaHItwoLssGg&#10;0xtiasVBC2emR291rUclzm6QmtPtu/rVtK2fbKf97siaV1WNcvnK5feqQis3IT2XnmPAp/1tr1EP&#10;cGWrHpkLO7WiDVX4Su7sKshc/P5yKcI2nFiaZE0YqdvP0P4VlW+i7fG+lsrVP62WxZI56/qudvn3&#10;dfyQr7U4cRS93W3f7eDm/cSOOwG9cTPRItRC8j8OSShxQ6JcVzS1TsYF24lgYlXqo4JUORdyasYI&#10;9T5pZXTsw0erWt86NbDeDptkz6LMj9Z6LjZuUdlzxGYClJMCs8EMaeunJOt0kwNchm/GfjyBIQsY&#10;d+BZaDF06iaWItAZtjWYb0k/k+JWJz+iXsvyulvHMHLzrYJURa10QWJDjooOMVVeMSSijqUzcFez&#10;HW4VJCp1L9G491MUtA9vVpdHD55ms/mr5fjpo0dQ0Yfmj82TAzeW4x8RuyMfI0vUsmBm1hAFB+s5&#10;3tIOtqRvySTDccEpQWIcOfAIR4mXmgTJGBjOFIeYB8KOGlT2F/N9MN58HCQPhdqy0gnM9FiF5VEZ&#10;2JUrikkJMEnp81vNRERRMS1QbnNebebQiUUJFn3CsVcgWirkQJZ6m3RbVxoTXYuUCLGqsn4y/cea&#10;GrkVkUswu8QH1q8rJIHXjFqQmRlDytWp3+dOk1ZfntLxIW6n50cPHj05Hh3ePz7txh0oQHlHeUIa&#10;uS8X04uL+WzWPpDFgwhSctfq6prNp4vLS0BuyWtunzvYQ7gMMMUQ0UNablbOuGWc3Bxx9Fq7UBYx&#10;g6NLhYEG0g8RjXRlxf5F3cxviDbCi5B2N/hap/InIYUZg8CB5MDQWixgdp7pnmcvWG+LyWor6fUq&#10;efLJgf8KXDM+jqULznyZ1xXLrgzhVxYCqkulkc3Y61LSVTVc5f5mF9+MHuNiPxqmJEAHK9zALPWN&#10;+ZqudlBXVGTasjUOC3qILYpdbVLoKz+9Rq5Y8HCu/iI4y5n1uuHINhUytT7bwqCbjoPr5zaMheJ2&#10;dHgvXS3b85iCjeWfm2WlvEapNA4Kf6/fuiFpI1uTpsX2uNqWFZcID8bEa6SQmmvAfrtlTY3FDbjA&#10;SDGTvzpbr+rVjGtvBxvoJgppiN5rPJGNPIt3SxDdO7PxXFTa9f8FmgH/hhXPOyNLd+61vtE0lct+&#10;LXB5S9zLntFH1fBUDYsPHW+4W51pYaImSl0bZuwC+KoZTTW/bAQR+RK333UgRcOV+I63l3/TlXoP&#10;TG5QrBTvvEHeD/swHhz4aEerCMeSJiaScqpIPF/zbC+XFIizycQGfJDvIfut7QHB4X/+9JPvj68v&#10;r66upuPrwwEikRblxcnZ2etvETnYJO76ml9X6Cnrm2qP8vyLuugCMoK0pU2ncvn65cff+1Gp4mmM&#10;vPwbTqK7aYR7Z2jtrs30dUSzQRRxKSHeG5VXBOCiJn0Ysy5pOBsH8zdXCx+ME9B0bN5xhKve+X0y&#10;l79DKe9+yW/WxtZBel4Jyl20k7f5XSonKOBq4VRnKnWOnD9MDiPj+oS9lI0HDFc5B+IcbhaTrbyL&#10;Iagsli9uZl8uNq/pM3D7yIuF5LPYSNpvuYQ8mVWYEqgalbl/Yvs1TIJTwEkLSFRr9HJx+tu/cjN5&#10;3b29R62AlGfQ6129eOY+gqJAS9gGhXx8/0g6vqvbWMwuEQloaKHCUjJfX79mvD08f8iKKjlHJN1m&#10;UPb+yefPRMrCKepgyKI427igjInLUWdi6dVyS1JsolSmgAB6iMyOEbuurj7ZrDjGFrKL1TDZrZ72&#10;jDRqvHVVmkfyN2a/V7dmcKDsi3v9jcIKJI6lAyNOxi9VgkO9AMezIFYdm/XpxXS5Vph7kiw0jBeT&#10;WWTg+ZIPeXk7Q33Kc2zjBbFbVVklhdxDYBdP8MJF7tWaz5doatmd5bRFdFOflok+ilAhM6xSLHA0&#10;RewEgY0rqzwcdAtyOqWNnMzmtFil/gdaGxy0SBZWbNnHhyOgXZl/oixV3cR+L4CaDzZb4jaMhDVV&#10;HDHeL14cr0h2IA54j26SKjiRs5TCQDja3NyzcqNKAgLSo663wRxKRprZVpRmRuZiEcNtS2OsmyDs&#10;MXXn5JtpNH7UW7OryWeL2WS6BIqXI5+NSfE44p4e3445pxdM6pBGC5iSOBmoFn64flKpvOb2WGTH&#10;JyfnB4elZ6wUWBJDDQ8OZlPGGkvB+DHG5EdArjwwLQOIzYLPD0kfMqjo2fOXJ8eag7QUPSgKS9cc&#10;qtTyJfiuzT/7qv+7f/03nz58jD6EUz2dLxJpxTecxa5sjdcw8qiuXr265NUle86Lzz//cjab3Ds/&#10;wyv/6OjACidctVI5xEEBs0EUTTf35HwBn2B1enLImRwNRmqHNWeAiMizFU/Hkz//9sVv/vhRGgeH&#10;XXPQDc1OHHyTBKcncT30K8qY3ChYDzHHWc5vb2XG4hZO44LtN1+/YJT56MmTQQ+pNSgLVjVtAHbx&#10;D/pq+zu9PhOTTn8AYtumHwHSj35JMkRdjZhBemSShBLXRYFZ9sbD1ttiIfJAqA6MvnrRS42uKcVk&#10;LmGzROnvL57IPPFcXEtq6wj4ppGhq9MKXXBab44qfV18lHLrcIWcRullMsiesb6Zybx7YrqrdveJ&#10;aU2LRe/2Vn5f6Y3rMricCleiXxvEuyoIqSxAirKuMQ9XYXvBOLYojJl+pwUv7irZ9imA1XfNXk0r&#10;W4UdVBkqvmTDKyZVHU2hNfnBgyMicCV48MNWZzsHjeyMfvN3vsfM0LwJjLuLQzuDPIi7yvcKDYDB&#10;XGoz5+j7O0YiVg4tE112uY4KdMoili7dR9a8JEpYhBdNh5RknVHaWkvymaXHLPMrpjFLWMhIXIlR&#10;g2sp3i8Kmq6GjvFioowZeTRqkUuFHyq4lFXffLqzoMhU4ltuE5rc2Ldr6WQi+eML9Q1iNyBTMXro&#10;e4WBYuyXVDx5iW4khNkavBjV8u04cAwM47XlEZGCWhoYyNIYs+DI+J1dvshk5afdMlcngonclrfb&#10;sn7OIXw5gRKcMINM1obzOIaANqvUOCNWAjD0DaYQGCGOzh6cML9jNSBEwMc9li7F1vDijCOkl5ZQ&#10;WexYBFDwYrus9mrk2TKmPhuvx1vikuC9bNYMKSxafLnEt+PypabXvCxu0n5M9jBmmTE0HJ1JigrU&#10;SMueJukaX8p1ObSH9LwMK7ZyOcZNOfUW+s74O0qup3MqXawpgILZ+Bjf3WChxxXJih4SrXU+38iv&#10;ShpU+aIl5vyvelCDEAjLEquiScaPuvcrT3/4d/+L4//jf/l9zvs1WQN4lHgzEkZ+YiaZ1jDWgFoZ&#10;8VGjfBWTP8y363gxkXKET2aa7UpzaH4Ye5bMO5WAb1hZBWe4oiQmJnWOWeUkYMVQSH+pE08atXdR&#10;OxDtjIFLsb0eYsB/evhcxARoyVuxJiiNokUHmzKGszOcqZiXrxFbqwnI7Hobws0wQmXUVkRSbl2F&#10;azhoGnFPXuvimFlofBaVDq9l6s9dZ6PyAMtDNN7WnnVt4IfkZQStEUwKC8yKo/eI8Fo5Ebm3eCh/&#10;l7hxl6EcvyUh6Dv73nc3vf4NwaNr0qfvsFGbfdce+yfcUs7t4uJtVdHwzUfxroP3TQPMWkgZNYD6&#10;nTTdl2RarUSFb6BtriYpxSWj2kdvtRj6jmYo8CKM0ck6fvL0g69fPIeE0DISQtnUaeiV20OSmGeP&#10;tOisnSoa7a5S+GXkeoORQuMUycuHFU2sf3B8/ujpyflDaj66nrjqQ0USJL1FKJduAPHzguOTtH9h&#10;6FKeSm9sx1/7nb+5tbmkd+4OS/ftw5DG3OLdRmTlya9ds6zfdVXEgfP7ZUAc1Um9FX29IeUNlUBi&#10;i1Re1DGSDc/lPZfm9+l//i50oaQofOe94esgcjsD1ampUxt3M5kwBFEyvRkCiOi7WjC+bcmEQ1sb&#10;NwezisVGbR6l/7NX2HdER8M24ex/dDH7AzxkcoXY52YtWwEWtsyaaE8bhjHmCpuJxWX6oq1jknyI&#10;UtZeuMU4ap93x9cvh6MDpDujdvcrVlig1HbCFL93/iif4VgzvvaT46Mz2u9gkAIQdj2Z3t7M2avX&#10;L8a0IIPTk2cvLkZEBFGIt9rf++T7w9Fhb4BjJ7Ag13WVR39i7697WBEOLvno4eP0/kdsjOK3ig/N&#10;+rxVddBGgTm7uJ392WdffvntK2yEP/rg6UrRhZjKTmQHlQkhSW2ry6WGLfON8BayT4d39UahqVll&#10;0ULLvVyw0VJFSBmbCjbvQ8G1Oa2TWzLP2lrmxjy0SjVsy48qkX2Ik9WmGvNEuqN8EYIci/x2Ct95&#10;06a3BH1dbGhFlquNXKlFA05XclGOzg8Pn8+uOz3sRjb08Lf0hBqbYkikbg+z7evrW+ygKMWyBQbV&#10;UNwp42SHmJoHGMVBTt5Sn2gxIdxUAbP5qgcKTbghrk4C/CVitpAja8tTlTtwlzBvSeURrbEJnR+j&#10;hWEfhWp8O5vTONHyo0YWYi4L4jntcd7Wdxkr0A9TaXFHdSwP7fAQ8u+I7jGVYwq+mqoJNvayJ0eH&#10;ncP2+RmUw/6w1//JT/7t4w+evHzxGnMtrv/NzRg3p8FQBwJEPuDLESJbWNCqhoK5UCpDDmBvYmg3&#10;V9PpcCg4IrV1ky+4Iha0q7+UyivT6nB2dEhd2FHtqCwWFj6ejsRiTiBFX4/Hv/L0IYU3rbk4N3Lh&#10;zL/85lte85bUIm4z+RPPb6cg8Yh4YbInp2fHH370wceffp/hCPdeKksaCcbn03m/kxA0/frqmrIU&#10;R2RAKsjkoMVnJyeT8Y2g9U6LN9XdAjBrbjKQ9HPNH8LA9c0uace+bYQqaB1IgvJP+V3U4dygG93X&#10;EvYWPGi3t1PZ7kKebBey9qa2B9Sy+kPTTQxdN0rw5neRvFvT22oqePdZyRsJ3yEVJCaC1w+7kPP9&#10;y0uNRku895K5vM55M5sg5NLjvc88RlOMldbJ1QC3wmWNQmUoZdhTDAOW1KdoMsqq8KFGfp6dgCRO&#10;all1mdwT7QXzuYqb1AgFqAVkvhE04RruL8Eatoh3F74IO7Bs92Qu7qsszlKKpLaxokMaPTGEHviq&#10;zixKFrMx56PScyqyX7P2NZX1Q5XbYAS+ANkE5NeiX11jFwpNr4UwO181/MGM0Xb0QtlYtACt/tFB&#10;n/ZtY/bt/NywO6JN0i1fKJ9GUWGoPY1kyrc72nW4zTTB3GqkqcRvJCmJvXDmpY4JDH7pJGVmRSTv&#10;2tLFY0wX5N2HjIWafTvWGaBhI3Uu6WwW121kLzJMJlCLGLxC7I/YbNnpieEdmO2XnNdjFyTa0ueK&#10;d9AKYXlmmhKH6UYch+JJFg88e0tzxlbHJpM8uww+Duc+F01om5iYh5EOVOG29aVcIeXisH1xFpDg&#10;sLIwlp2vjWPK8rPRQtdKK/KjGo+1mnkzBLOHP4HrMxx1e93Dk8OHPdZ5kXdwZpaWVTUcMYMwj5An&#10;JKr+UpGscy0Uudkc5NA6sGlQVCtbM/fvxpoujneFhx701S0bAG52c3Ses+EYonK7d3h6ANayneMC&#10;BvHLLcVAJk23ZY5JuPcl8smU1XXOfswwYrmcrFwG0aWtoQEbKPAitHQcVDfbxZb56EypxfgqYcew&#10;NW8PzsAsuMBPzXxipdJYS8isffwP/8avdXrbi/9wNb5dY6iFTriNSqnLbtsZwaCWoaMwyUxLXqRt&#10;SQNhMcu2uhDti8IdD9smYtbdjHx6HUjDuqlyEdXzFGMSKp88xFKXCK0vPdt9lT8eNP9SD2nkYzeg&#10;nC59sP1/o28q1faxD/iFq3T2jUK4VkzWUTHleKsyAKrYE1Ft6xAk/b5pMqdlwYoZjRDCqxfKGHIK&#10;W9RIEeo+mAPOXz2RAjq5wrx0f4L9bk1zG5AuG8dwvNu2qPlY/ST9SPalNB1GxgwjBb/LbnIN/Y3f&#10;aYztQCLbbe0Fq1o2cEPSYHpk0e5h9eIXFM31HkFeX3N9XM3ydK4ip/g7eaRNY4PKvqxy3n9bjkt0&#10;x2UoumsN9Ta+824vb6SVukbD6++ElEb1Mey2110HEUiy0mdY1xRbXnwlD37TfdrvdUU7/Xpcpc67&#10;PduQ6jDKsWjlWOXf6kNRZxK5vVgcLTIapQFXYROU90fDznAoLwZfVKcuzIN0D+vht3m5KIsxo7PO&#10;g4cPNVciMeT0bDAa0eloOAq8N51Sgw2Pzk0Kw8KtZ5+agpoy9kt2j+Pz+4YWK6FTgo68EtDHIWah&#10;PO+j4eiLz37+8fd+TBnZY1OKKilBZUTtGl6Ub2ZQ3bnKtdlGZVjpaiJvmsSlhtU3wqeq1jeuY5jl&#10;TlndrI0MKGHA2juLCrX3+3fs3jrk3hhevwuodb+Elu9+mdx3xwWIoz2pv9/X8e4cwP0eKb8c2e+d&#10;3NLfmw1la3idVt0Q+sKEVjVpsZVEN4voSC4R0hRussqO+9j/5M9uFz9Zzl5Y2pAx3WXIEXyDzbCj&#10;LKMrazILbYvikkPn4rH0wbhD4m0RMfJdXF4df/Ib7FJHo/OV3JgYtbaeffXlg09+vFrmw7T9ky9e&#10;fTCMLyc3B32ozjO633kWf/3yClouphaRMlY91Niu6/7wR78aKX6B9AEhATKE2nqV572k3x1EU8a9&#10;zsYZuYkAVd/T8bx6/Rom6e3Nba6ODpBVs23Z4fIw6YS4aOCux5PhUDUAutAQaRspoVdkYwrVloU9&#10;olBlWh6LR6HwGDGc2TeL0jEXzJCODqR3uUbyDNVK2KMmT9vMjKPEi+A6mN2cqrTxeDzoi2SngF+z&#10;tYCzp/LTLi3bOBZXdHcWuuP63mGkzAXl2BMxTXHbjGfrzQzSUbc96HZF+6AMMrkClwYtE29Khdft&#10;tcJF54oPCRfGJtvygXq4T62Xx0dHdJsZqd35BgyPsgLGGJRa+t1798/kSOoSgE10asSzclCMxM5O&#10;DnnHyXQCd5funfaM0QKuVHTnyGmfyLqd2kIW2WCC8g7Z6IyJdJ0oDNlCGtMvfvELJmoP7p99+smH&#10;7F+RDW4hY7P1LRZzxnLcZZPxLb8vAoL34+nsb/3t382my3PF88jB796w7+VWJWdRc5j2wMe5mT5T&#10;IgcD6pCgwjWY8qLLJfmyunydruo1rFPanZeXV5wZqCypSNd6YLDaen5xiQyY8IXhoMupQ5+tu54g&#10;X3TFhBW3lJ7ys59/juk0YdEdRU4m7W7nkXw/ujT/lDNKOTFDW3yquFLQrWnyl/xyls1UNslDkOL1&#10;igp4qZAU3g6XlpbmLIXZz2h8xCzE/MOE0uPWBB+cwzs4OECaju+KpWQlweqo1ty84Slfs2M0lkps&#10;tsIgJlXZXvkqKaJjM1MgZmLuShb3TEXKzSpZnHzCYwVUbw1PExEwhF0XgVN9t+nN0dqpgFoJO+Kq&#10;xDlSXrmeR8lfvUZJkrSGCTgv/Pu+p4+FL/XPrjlKcJakbYaUQWpXm1sFJa4vfJXDU7evPgzgitJO&#10;1YeCwkW+MWfdUbWqMb7zfmcI1Qh2b4Yg7ghOoWawRtOV5WiJ7fqagma29sHVL5LZjDbL1FV2r9Xm&#10;UvmmBjc2ufcmLqQj7JfeO7Wx940IxipOMIjuav5UXEVlhWYgLrnipU8b+5Fxw1MXJH3owJ3ChURI&#10;2ZbXwiYGsUWvLhXja3734iOzpNJ9xgobKGSlrHg85lfqhK3dtdZb+KpCLcQeNqjN9jLBrpppWqwQ&#10;kxZ+brtmUCnhwFwWDLI2z1KNmVY8yGvZ+BUCIAtfDnXhVlM0msEvD0NLvb6StxKjNyiaV+gUMwcA&#10;VkwFdMbhliRr26u3xQxHva2mewCa7FIKNGJ5R4fGOsvAUm6CduewsGn8qgmG7J26HQZ9o9MTOtgE&#10;j+fRgeyg4Vvhfci12m6CLZ+zfaRtFW2o2MS4Yf/iIxpNfaPRlaQMwVFJeXuUkwyCZyvL/+Cz57Fl&#10;t2/tEmOIJZvGQvRmGRsivAbLTRmOg6dDHgErz1ezW3bsaDOfPL9kkzFKSCo1cyH+LM26Gip+FBK5&#10;RQNA6tEAi9mzYhM8sRAfPH4yuf3ZT3/2XAZcq7lQxeA0ouVQyDTcpZ54UIysVdoedgdH/ZG89C0N&#10;63p++5m//72nj7959ezTR0/nT/sRIRLrYsDewiKWrVu2CDMcIR6tEKxvo042aId5ICEUcvHegjqT&#10;VWUE35YmMkrO20TyPcnVJKcWf+QNjW6CFaWFc6VXcPXkSy9R/kLhdxkb5SNl1iPRbtnQAhHK2ZDm&#10;YndaI9e1MdooahAkOOS4XRaN24k9ox0mbLMXF0DIOCo7X5s+BQJBCf44Z7mB3FipJk/bwrKkzdRB&#10;Qg8z4wHcTSyVt1BmtjqPRGkdak8Vu4ehmCUeN7Lk6vzystoN7VuIJw6Ra8GNM65Y2IFAm9SNpcyr&#10;o6q1f69u/buFs8KUqumy2+cJ+yY8W613vkEO/s5B71s/xbvgNn/HsMHF/q6n9B35pfd3ElZLQpIL&#10;KTVx8DwrT7Ovt56dMGafWFQnH7qd6ZGGbrKgccFJoOnRdFd+s8e8rh25mjaOuxiaKltHqg2NUC+e&#10;v8CuMjLeZaUa0Mah+3NblK1ObCGPxhTQEy21oW73zWoOOc5eFeymnWsFA3Zqy88PsouIqFvLDm+5&#10;fLsAU7q91UbpimBnIP6g1ZJWHwWbDGHj19dXT55+rOCi2L3hMbbLVChXYr9H7NpvaWsaecMHtOx/&#10;i/IecvUeHXbDHSDvGzEJbndbNhppO9s2ra7dxfw+02I3VP8O6txfKRLS/0Wir51zTRGIf1sr7qt5&#10;zY4UU9FnfLRvAmbONAKekLMUm8QQR2GWTMXl6LglnHA7Q5NTJP00pongFkPK84v58lKuJdsHaXoE&#10;UdmKh2+32TV2zYVFPVeLfFERxqEs9SzhjZWdWB729+42t9BRRD6ze4+efvXH/7p9cP+rF9fxDV6Y&#10;R1+/en3/wx8o/zdOScCbbiUWPz46B/W9nPtOt/X06Qd0rlv5L2nSI2+jbXZ78Zpd+u//1//tT//4&#10;362mc6lHwDELf3TQRaR6koc6x4br9lz8/Bdf/Nkf/DmVk5yQpvKxkseypjsuy8sVITC+wbpdBN+2&#10;c5URdZAL8svNBZUWkaymyH/y8ceff/WVNFy5zKJBxwP9ETteXoZ8Gn6JAgK2rTNTDejUzKQVlohl&#10;BoJb6HUd2U7yauqq2U1brcura9o8G9UX0jV1SNPtXl/fpOmBCNtACrSvlsNz/+xAB4mAaTWn6JnM&#10;FxRAMzq5iQTJlxo+69mXkVcI5xVFdp4IK/YHB4ej4eD+/Xs0wAB6GCZ1aCEkbWr1Mcykp7K834Nh&#10;fyHNVv6Nz//O3/m9g+FAflf4KpEDucX5WWeVYgWR18MHZ3TGNHg8+4vZAifh8dVtf3g46vIxqVyV&#10;GckJXC9WmSS+UmMmcvxApddhSaEZ/vEPvv/y9eXry6tB/1pz9bR9cng42y65+0+O79EMQ/o9GBz8&#10;6c9//tGTp4D+xDz+4mef3Ts+Cbn2sS23Zqy99uYTRnOvlIW2Yre85VSK30ufryXTFj4iBJdreWHz&#10;ahizecUynhwfPnv56tGDe6xnXHoCO7gxzo5PyKzSicEttrW9HY/zFaJ33+kPiRPmHlqub6B6P/v2&#10;Beg4SDgX4cOnjyklkcE+fHRfiJAwYzO4EZ7bub664txyWGA10+VyOr7RWKCTIHWj22yR55bnZ2fn&#10;0+lk1I6Rjo8OeuObGxUcMNU3m5vZYrJYQtFAPYLinSb5JETAuSIO7Nug2TUa8L6RZGU7WcY+pgqb&#10;AeRPAyXam+oP1GsrtEQu4rFFuDOeQP2gRK4wKNEdRReApXlpe5KZ6UVaJO242fDK0HWr7oGTu1kV&#10;+l4P/1efysQVovwvpUPv+VdVzitqJPMNO9uaDD3Nl2TSTlx2/+Te+1Gc1I6ALhARGzlAleewNU0N&#10;jL2orJt8CPcJ+0xNi/ZFJXGqDUZ8nf5ea6B8YwH3VctaOjeXzrxV+mdpZVrtX75MKfC163JJdvR5&#10;Wc6ULlxCXoLHe8mWjF1df5YAwR49zb21LmtEj0a7MtvvGaO42ljNBTqWLw1OAg81alZTPoAOoSJr&#10;2+ttVF2reMntpTSPl1xky3yrY+2xiAoyg5LAm35H7tM0lpLNatjU0kYQaOaJuZ8E1D4k8IiYxJpB&#10;ko5Bdkb2DklNEjJEwIxQZ4FB+0qwZRdUuvlmcmskYgnTpUxhuGfIqqjCmFXAAGWQla2V15rLmFeN&#10;YhEwMEafS4Fj9F7mNCwnB1TtEOos1xFHlu4x/vIdcXLwLJAHEORqRSfJ3ED2LVZTWmC1Xrote4bY&#10;Yuc46s301t5G+LYAELGLneUEWQyjujvxveXvrBaXKS2uDcLIRb9RQqwCjxNLRzNraEQuYc3I5ZWg&#10;fbfvjZugDVFJcsyXM0sFumW98KODtEA0O0PKhCEjkd/kWm4n11sxinJN7hj3smmhrVstptQBGB0t&#10;1pYTEaj4rpsmC9HIMAQ5+2/+3l9nNpzF/aOjsxHhvCMo7qNRr3s06kO6ISkgFiCP2fxG824RVaBr&#10;Bdqjo4bh6pNS99NfMH9M6bnO7t9Pbi+VjEY9uyE8dhHSd80/TOVPZOHnUj/Rz7NJYOXQRxXurpla&#10;IveWiXhQ3pLNk61Yxfgxux+NoRD5OuPWN9MvmyBEZe3m/B2nmreWj1UhWjKUizKKrRyQVZSSMqpc&#10;pmw+3hFb99YM+zeuhZ47eUgRfLHiuCKNashpwHLXtSpPPDtkRST4yPTx8aakaKilz63kC7LkoI7Q&#10;mbRzAKNvmckuTXaiuaee3LztU1YrgTeDAG3lvgycq+JzLO3QvUkqDm60hhvH75PVHGYQ/jvMhb6j&#10;NXCNKUTFI/+Ol3o3QObenRXUTBjaYcRuP97mzntWwGOzbw2edLuuaddA37Eb25nlVvej8yXEBuoD&#10;fCr/DhcsYysfqb3W2981QdoZbbn9IUIJ4dpT6gxFy+QnkCznSyo2G3vtPq79uDAkDei1immYa2bO&#10;muakZkdFWUf1O75dCSDptc5OT158+/zq1Tef/tqPc7OCh1oIw1HOhPzAYb8z6AkxjltRbcrhwyg2&#10;rvY+Fp7s5OCk1+pSgSWttLIed3ss9frq1zzvPWZ8A53wZZyBrzdQZwMvF1d0abcXX1xPy13d7r4j&#10;WasmfVg+TSMeYr9FL22w3H9izrKrlLb+bYFEbt/Y7W06AO93WbzNFrjBY4hdc6hm/4DpzZhXFwbe&#10;h+EOWyAzXTg2tDdYEaDgkXJIyarkCEUXqw2pAEOf/7V+/0ejAfcUlKEJHMsou5/HV5G/jpJFpLyE&#10;0irDlG8aFSdxRywUd9/i2lB3pLIWRFOK+UO+5D1ff4kR7zH+RrP1/eOT55e3ZApMv/z27//ef55z&#10;Q6ak4ECIld8IOSkGeW3pFcnuoVN7+eJm2B+AKFIv/D//1//OU5Da3mxeJPGff/bs4tXF419np89K&#10;z0MrOEAIE7lBAdtmwf7BpgWJDfujTZaFwpDFt9vvpabn4UxIN4Qe1W9M42RQ4Ta/vLiEqht6ByRf&#10;sVwyHUcmDatpc8Q6ZVS8xJSobV4nMU7oxMnyDuh56X9wWMK7WHrq2Twb9G7gwYpY0sps8MbiQ/jO&#10;Wmm6WfuaaKiF9FrAbVvNWG1fkA4p0R6uICI0vZ1e54gZP5j8V9/87m//hgWgUjFm9HUUBhwgez1n&#10;ABocQOXhYQ+Q8mI7G3QLQccG4JDvanxLwIloeiONNjDAGf0Zq4U+OMnNCgHK6LOXC6omzRd89PzF&#10;lWb0Yt8lA5DT0cEQzzqhuAwIWt+8fI03CcODYb83HA4NrIYz0kV+TA/PTdsWQxUnrRSKAehij8Ae&#10;v725vRmNhnwoJK+ZPqYIycdHo29fvrz/4P7ry+u2w0RtTuCtUk1yVj+5G5s4Ifi7hJ04KH00w5Da&#10;U9Y4pIsvAwhHezwT2U40RUYJ5BhxCR88eAi4fe/0lI5XWuLpFKktU5X5fHFxdcVVOzo6gjd3fXN7&#10;fHQYyUt5dn58jN3W07PjhbTWfZSuVELf++RDbiowYZ4lDU5SeczEJkyHuH1x8Wp0CBs/7XcOT46P&#10;+DHFabnk7PzcxjropYvz07Pbm5tMSu/F58+eUdvK/SvyuDSLj6BYWgJFix/+ysOtUnDL1qR2Lmlm&#10;wu3RZKolQ5Y55kioSCwFnMSWb2GyFBUpyBeVnLVJhcPLeSxF95iXFuihTyorFUMYYvcmUzmYK4pR&#10;wm/BcWh3k+B79JdEWHdfiFwJEGZGOmD4G+V4c3e1+qP31PE2qMPVLlWNoo1YXISTHVcsmziqMwZD&#10;OmAZRqClODB3Te1hkJvfect4X/vN+MrpplrTi+DY6ivZm9s5iJTtpU0roppLvCfaK6M9S9PmnfFi&#10;AAxNChNbwV4m48bVLl1UAcOh//TVTmLKrVBoGlYdNyViDf3RTlDsGpELfneebOcuAhgd18bJRaiW&#10;7WJDXIwtiNts71jfWxYKzbos629Lp8M8N1KjlueGS8UiMRl4iysR3S99XWpwVWrHjELCblVs4RFX&#10;CGNkK4osH1tEnq1yCjPZiyc0aDOs17Ft1x1rsViUPVrliALI1QUjIg0tYhyjH0FOATUDgXvn9Oyg&#10;A8kjVZUlb1mGp7JFGKjmaonQik9BnLjS6YjVP58HFm64ZHqmcFvKY7upOgmOgJEIF+IQKE3ZwMbY&#10;XNDEXLG8LrY2sYIyM++VDbKxS/lo0hJ5QpkMV+BUKci3sG45CnbRudhHW/kf2DNOo84vmK2lTLiA&#10;es20Td4Bt1PcIvLOoLM1Q4clMhW8iSgS8fpAa4QL5SS76vX+h7/3D+fjn//jf/rP5RGWyafd+PRx&#10;UEdooVE+G65gGg2fHo/csYw82CKXtkMNaaw7rYPe9ve/HH7/kweffXXz0ePvf3oOMH4RGf38kOks&#10;Fcr4orhc2JopJkI/Fr+FofDG6dSC97aRfW8Um9R27U12m/gUSBoC8sUUBJ0B/yaxmGLOkbKZWElz&#10;7USJlBoa0sHmAqpOsxUDZthAGklo7/BxOZwqnzEzAPFvNiG1vU1JTCyKvR8yaytXobYVwLtDB/3O&#10;nC4AXKHBjL2rdLwlq6CZah15v6d0K/+ywQmtWBl1FLeqFHuNAKz6sjDnymMr1t759Bqvz/fhTQUP&#10;P1cNAkurpF3RrUm9dNEta1+5VXkIcT/TRLnC8qzhL5ry4gY7M4rD8cklLS1KnKoyxX7THiKouYW9&#10;p+9VXvgXKuffbGSd21dkfpclb/RO7aK7m6Xb2BrKtI46Rq7yfyp2IQ1+zwWqeWw7/FbSh9qka5dt&#10;0xifOL9neVV+4PoYirIZNF6npffEu4bOAjWdd7W0dacfbzaEb3FKqoN8JEixd5C5Oz4myJlGUJqT&#10;BoAp0rNFdSZRZU3h5PveDQdW5CHl3tuStYEYYuRHBndwISekUQCrDLoDfg0PUXqYjZxbxc7rDQ9N&#10;0BOblCG3z+VyG+tYHLeoUlRQ0A+/+PlPP/nhr5lkYe/q78+89pjCNQnXNQLDKjbZfkyQK/1QzEja&#10;9sdAr66TEV0d8xcea/+m4NtXFlZR1EDgG37Rvsxh/k+PG/gqQ+xtfbTfFTOuiTfv+Ro010bfILi8&#10;5alrYtrArqhcul0RdNkudM3Me5Jidy06lZILtgoBgraUm0DCHfr0t06P/1arNeq1gMVezzM8DGc4&#10;UmYiLzyhSTAt4Cp1U7Jq8HugYraHpWVH3xNNregTVFNKeuGlpN98exl1Ho2389H5sH8w+s+eHmCD&#10;JBJVq0UWDrf3pq/BjFw9TMmsO0raVgm/ZC+0jEEmec6+fXlBt1JI0bS9vLoRJklHhU+UdsFk+4NH&#10;8G9rGp/eOraZPu0rGiRZcrSiqE7IAiRsC83rShyIocZMohtl6hDhk9rB0VRy3oBtF9vl+LMpt56q&#10;+SJDqsovauIvYIB2WqVTv89nAB6IpZVNZasxXiKdFcs33LJ01ITHJsLR0OtuBtgjpUmvo7fAcgl+&#10;LJXKQiotocczCNIWvcNj/cWXXz9++EBYB/mKasyk6eSwyYbhVLy4eH17df3pg+PFfLrN5vK/ooiD&#10;oTFfC4gzj2XKq4vrG+6G0WAoBylRqVt52D1kIplb5688BnDpx48esk7EkletJZRazG9ubmNlVm0o&#10;YXI7BZomrJYhWACDX4yU+VuwZFBWAmlp3kz2rEgkekJnl4CO0fJx1Q7N5nNZ4UXR+elpS61pgu+I&#10;FFkr0mJTGObRq8vTw4OegnZj4lhfXl3eOxoMcaimffXBVd8H16bCOABbS6ScbxbyqgJgyTXf8aaa&#10;piaaYdlCDZqmh6ORwpwyAOp2CCQlI3cWJ9eXN+bjIskg1Rh17qDPjwPIcJdOKXChMF9cXPKMPLp/&#10;TodMYQ1STp7z119/zbTgdDQA9OgND4w9EOE31m8JJQDhFkm72/n46QeMDDja2Xh2OxmPFws5Rgie&#10;QgMFa1GsTEX78hBRGLZbP/7Bp4DnuSx3sHUFZncX13iEFj/86AHlaGzmhKGW2JNw7SgzLmpGJtha&#10;EQahoDxclMQShJxGOzr7SvkS4VyaZ91SJoRIiEcRwqv/ktIkMwtbUVFY1/G2iIjCB/TYWXapa2QV&#10;/sXbXWuLQncZmgLuOTYobM8zSW4UNtDqvMeCp1RLlYYbZcpbyTyqJTX1mY0bIEuVvRMoZwrjMl8Q&#10;6S/EfI0bJZ/blbulPKiGk30g+fnKAHqvcKl67yIq6+rdANiVhh8+KeWAtQNqeVQhgqHkPZfroI+r&#10;ziv2pS9wXehUrq9R0/Q7zOhDhFwtXhIcHmjuavtKy4xShlzBAq5CxIKEODjoRIGopkyT4DbphU+m&#10;dliic2yNNifGslxzOE54w0RpZ5pN4rFMcY1SYbU1d3jdxPgSm+hQraVR8HmIVrKAk+NdKpmvXIpR&#10;G/T6KFl7XagskDcG/cNu61Gnl7pcKK1GosyFtc4SOVTIHwVDLBE4+WoG9xXTRUwBpZ3JZQeN09Jq&#10;Y/5xCs3lQIzGmhXIXyWjVjuQBl6AaHXyIummWpbnph2VRxR7A92oOqJOr6UFs212XjQUkVnmE8YH&#10;YwSfiVyEW01z09ieYfpCl2YmY05sCustvJ0RWibAPPWBN6tyicn1BqB1MZulhcXCyjJhvZhNJbmw&#10;JYA5OONlVidA7FztbRHkC7x1J7EhANdFPvleRlnt0T/4vacsT5zNDx593Gf01857aS/pHoC0M5Nl&#10;mezIAL7DKsZOwqooBhInKpfhYqdPR0uDSmRhZziYLooVa7V1+JPbi9XQjelk2cYWcxhhDALYRsXi&#10;ptfBzawQsiLGI2B3iKu5na5mfDoXr/VR531m767z5bo4Or13wOa7xrBiJsKNPTZ8XrkaiuCiWTDD&#10;yb7d7yu8n7llciH/iorW6ysK0IjAzlyDS9e33QiqjOcuuw3X9D93daCIJrPce7a8ia5gspsdDbUa&#10;C1myV5BRGhta76z3jC39ZWcjX6V9uqjh0F/jfr6002oUuDYOlg5WdCfvXD1V5MWRFIDQt1ziG7G5&#10;oR8pg8qCd5QLvjE1E4TftB/jEcz1vPow3iXfbyEJuDnRNQyf9vrzyhCw4nPqiQixBRXB1mirlW5i&#10;RwEp1dGMYlvvM483LhfCkjkclUZfNe4UO+/vZpTWiT/7RlT+l7nWNmz+7qqCm5hoFdC6482+RUrp&#10;m6Zld17CldylMt65xH7iZqjenjq5zjW8+zauwg6DYbmoguWU1UDjIgD2+8m+bj8ktolA1l2Z9zUs&#10;aj1cYbIBFh/5FGZgIfLv8EUNc5rXNIyerJouBAFmbCS1rdT1FhqihlwKFEgo614cX716uVmvDiSS&#10;Ec8xU1VDmGWfqiuTMG990h1YdH1Rq4lKoY4WD18+t9TGNA69Pj8/m9wenp3VxlS1btm7XTq224uz&#10;2suP3aHhdQz0nfgqF4zaDEHfDbDcvjXZLszXNRxWAkM6LFjmkFuE1IXG6OGNzOg3JL6NQIhwFWN3&#10;N3TZ7xr6t9HzXeTfNkjyO9Po70pscm8SBdzbnivD4rVCKROeTF2Z8ZqYJIiz5MErLyefZWWQFVNs&#10;tigKcLDZh3SPvhgvNxPEOZqDI+pIYgtZy5X77OexUa7s9sPDu62ZuvhknMweu3gS9SATEXsgvanr&#10;5a1nr6+6rf46Y4LSHx2exOruNMmmif7sq2d0cS2lNCgIlfs1s6eHLY7CRpJLsOjV6qd/9gVyH+4w&#10;QzikOIcOvZKqNpaqVcGqsTlo0S0zUF4VZcerAy6qCpX2R3CWWRwrkCkzUhTFEq1clN//4fe5H370&#10;8SdPH50/e/YtXSsFxIuLG8HUnRYQJbv4q8trtkpqsjEk6cXig0ePkJJeTibXt5OPP3x6eDCiBqLl&#10;w41JEiaVPgACyg7drIzOSxUiyDm9nk1vL6c/+PAJLsE4Vh+fncyn05ubayqC0eDg7OQIPJm/52Gd&#10;kFEsJpxQWVUdBdFHnWQEw1abPVaLv/orH1MacmCY/nDGlEYpaRIfnlijOa3a1m70vGTHYTE97xwe&#10;WmIuNiVOXC/42Klcl5mBcHq+99EHX37z4meX1/fPT9GqjkbKP/zy2Td88KMeitMZp472EBWrtwKi&#10;P+gdHh8kNpCmNaI/VKRRnlPBCJWljkw8IC2NH/8GQSPSWUJvRocHn3/9Daj2ze2tEWwi7gQLGsGi&#10;pv3y5Styp7jvHpwd/dZv/Ojy1cWD+w/GtzfULkAdnDfgCtBaDvjV5HZjzsxXUJBnc84YN8ThEaVO&#10;TJ1FG8tHe/z08XhO0bVGO82tAEmGVnexUtrw2mJ7KX3l85NlXOjjg0O4OtP5lFJ4Ol29fEEu0eLg&#10;YMiyyDNz//QEgy7uvetL/u8GG63nFwS8fcMxD3F0VXpcu9Dj5umKWbC5NNPp4vh4dDIaFLrttuen&#10;J/fu3ctgRM+mtLoEceCKTd3x6PHDKCX2KJ7eTv7pv/jDR4/vU5RROXLHPzg/e/HqFY1oH0+FIHYy&#10;zVNzgavzAuJkLyzQBoFaweWxankG+j3lbdYB8TZMLVTi88EhOGM9rsyopAjpqzKHMFQEgzHzhlA8&#10;b2T+c/vtkNknuriqG0rry7+kC6C3cExvbU4gsqnt4SZkcqHml6e+m71XJ323C1msxU2uKjR95X7p&#10;bZ4WlXaohW9oZ6yPLGnI4mbo2Wi17HrYBXClP2SxU9w1iDy15+tO8VY0BbyVQYrze5h0tRPEVehR&#10;CLSJdpaGu1w7GdjkkvRqJzUPyKJCeK0jjkNarysDN/yOMd2s8YqKXVWUDrOlS1XZ+1bggisnMkaQ&#10;LfHkxAWEUs7/Pp+ZBd6zr7/+4vO5XKJb7bzc2eS9ybMtim2UbqWZjYjqwoAXDwRU98lgdDx62B5g&#10;vteBtdFtdXO5EBUtLZYMSOB0lGiCjNrsOhUyQbYvrbM1OZiTcBMGi2BCJmbKmZPzZ+msxQtuJOWB&#10;HkzPaq/DliQJV6oprd5D9DZYsnLOg1ucmUpFEAE2toWFZ9tNLL4o3k806RCEWximu66IEPD+Bc52&#10;fUv9w3KTKNRbvzBgcKZA8kLJcMwC29rbeLH1BudCT/gZy4nUxsYM0qfNFlqbc1LfF5NV8eFHH58c&#10;D1gtMUo8PhyM+vE/+T//2cWrSwoBWpyWDWJCwqRtSuadmEpOMhpxWlo9/Aix32u1MeHj/OuzdmKx&#10;i9P0xYuvP5/T2tIwrrujw1/7jR+nigFirqh0Q/nns0CsNCueTfRJJHd2NtQ+HEDLZiuQeyHDO+Xg&#10;ddvRt2iWzC4KkGWUDpimjdL2ofbQwlOPMkqATKXkpCyfr6EoZ5oDsj6pnsnNLU1LU8q0M8txBLzO&#10;llQrSTH/D38+/dUP722I38wYMqbcSZGEf9u2zdRUBEFr05A0WudWMWtkgjqmlxohIa6qXrPqLEwz&#10;lOkKVB1o7KPSsr2CRxvVYOWL7ivCiIjIafAejmupfeP5L8pUzNJ9s8Y0wsqTVyOuRqh2bVBaqSOq&#10;53Bn11puASGmqFIXl7bghfOl7VBhoptYuRsMzKDoJ0YIzNTw8ql1pxgb3ezDNS2QvtpimTJMT4ax&#10;/dEsHsxXJSBUZe5J2Q7Vy1ocWMu1/MNapTgvXQTi0qPPBeE/AYhWpcd5SYk27e/7tXJwVdRxPdnw&#10;jUTVZgdX+RRW7Cr37sgh/3aL571W5W6/s6+JbbAB9vqNNxPe/dtQtXoI4sr+TGqRXQDMLu3X+dpt&#10;6o3Io2rTqYDVMJeo9y8Lm/aJu3NcvtHT7qXy+l2jV53MnQDeWcQfy85yfBPhFBCVrXodcNWAVY2r&#10;qeGjfDdpUChOAr4lrYrIjGtBpawuHZQSBQWnU454+UrX46sFngLcx/3B6ek93ejdOuY39N3aJaLK&#10;9oJ3gop4fHoMtwTtm+2RrrzPizqayLnGKd3dQq6J+tZ5hbv7aafoddWgOhRUlUa33M9s9FLFNVWD&#10;Iuf8rpfeZTDs1FmNwcdeo9sAVN8WGlVbeHi3zx2owtUKdze/17+Ly+D2H5CG5YF37u3xTe4t7Pi9&#10;+K7dJI3h70Ilv7rW4K4gmEeSHLZvjJcUK2+OJ5YSHSvOjn8WJOeR+7nJ2FLVJYlGJVa9JJkiOWdj&#10;7GqJt9KcL8hdg3WBjHB5l65x8jLxJuWhlr0cJw/WSwhrtKrZ9ub6KhB3aDS4B3l5WtlMQ+NE7Xee&#10;X7GT43JheZIfffgh/hYQqkB0qXsCY4EL2FKrtjHQSnsICzCRg4vlphev85AnbIRP+if6Q5KWNiE2&#10;VshtD6Gmck1pfDFVksIpETlnk12+vv5rP/zk/snR+OZ6MYF+XEBPPR32JAMYT/ACBuT8/oP7vDKW&#10;Pqvt8fHhIQdzO76VhjlNHj84g5DNnLxDygJAxEbPGENzxSQIf1CW/eFwwC6ayxQyvbi5/RtHv2Gt&#10;Zvb65cVWcUGtpw/vUztRv8CY/cWz59fYRi3X4Mk/+OgDZl32rWKGOcpqjUsznSH2ioyvL6+vgEA3&#10;y0zzAkiggkByi81OxgvAhxDannSAhV2MY7bI3C4ZtKlOtls/59EH84SdS84ELsSfffEVVwp/FOKX&#10;pOSf4CE1Hgz694+PuNBPzs+gFkOWRrpMQ6jdkGplkw96XRYKBKGg05YfkMBF5VrNFlMoeOrPIw8U&#10;DGyrRNycuCtQz+UHD+7Tnj+6d4b38gJpNApQITWZBMVQ6ZYbLv03337b7w84ks+/ec7VgRRHvQNo&#10;P8d4RCbY3BVuY6qHR48f/PrRAbA6XTGfiMIrFArUqTdjvJ2Bdfpwrvjw17Mb2G5UyKb1ExIudrGU&#10;2AALIO0L0OCzI+W/pcOEU7HNRiFW8atvn7+6vOTmxBtsMBxQsHFRKG4fPXnEY9SRr1UB9cAZljSZ&#10;TDGRfsB522wPlAeZDYbtfvsAwPLyxYuW3HJUafF0kv7x6PweF73fK67Ht0wK+p0WHPiRVL5WZiXx&#10;2fHx84vbow/uJWUvUTGGdlYoweKnIhQ535DSaJlTBJVYP5SFShDRQkXFmonlqIJ5Y/Vq3tKXq7XJ&#10;YEyURR2fyTfLlIPeHB2Kt7lyqHnWd7U7hKl/HMq42Pu/dNsZuzCkkRxDrG9vok4xwFFOtgaj9zbg&#10;L5u+uHSP0cg6MUh7l5DufemCFFWARwNoCQ1t+K4RwDI7Ba0waFVQWsXpCUBmsHS9kwBZtdh+x0WL&#10;drBNrZT1dXaNrwWC9FUyJBOxIkwjgp1zZK5LIkDEQQEuJUOBVS1eR21Tn3gTyQcPoHCASbWRBOvq&#10;SmpUIUqhLqxh59z0IjJGrifQrrbPkTAjdlWtFbtdVRAnPa3h+SpqffD/0/Zez5Zk2Xlf7sxjr/e3&#10;blV1dbWbHnSPAUBwSIIUxRAkRYghRuhBetGL+KB/S696l8QQIYIMkRQhgDDscd0zPe3KX+/v8Sdz&#10;6/etvTNPnlvVZkZRjcFMV9WtYzJ37r3W+tw77+y9gUlfCxazUFwtoUx5E8OBWC1IOZYXpRscy1aA&#10;p2c8MpNCkn44ALABkF3SAiQIz7heHWKhyPDCfJiYOdq5wFVpRiMsOlYPPmwoLTHjRmJNmNOxJ+Dv&#10;RN8t2i+IMfAsdBqiG31ToD2vo9rJWxXOhyGGV4CEEnInirpNrHUExRUnWhraxKyb5IeaKsy1QN0C&#10;NQrdA7lJjIlZ6chnoP2AKnNcgLMOlfMm00SPfyhecOgyBnYWI4IdSJDKz4iOElq1yrTTS5csHh6a&#10;XDLTfvL7P9nhqGOQZwMNOkBoLO8/fOOtvQfCtxNOty7z0ER+L8gxRoF8640paPIE6XpRILe0Y2s/&#10;b2FAqNA3Yj/ap8e/YaNYXdruF8TyLZ1OXjRyxCljb9aMfH8stjiwANGR2igLt9XWaANsZKQ3woeC&#10;kQL8lynN1cTtLN2Y3bW8xMhEWlhrXef4SPGJRR3y5zfBMUSm01ljpdNZ2VhtWsQdl5iOS4b83Poi&#10;6d9gUDU17wsY3eMUf8pssSvX7OZVMcnMvkywt2YqmspiwTHRRENDNXHBppZBP+ZEW6LJnqjj9UHr&#10;qI1I8Y55GZjL2HFsTXHhikogV9nn+hriKjZkptrUhk/GTbRJWe5fIsS6svIrUa88zsSCSVASxCVp&#10;klQp2EnsOVxlMRyK2rROFC3t41J90qjfD9NQVAANEwQjg4YNTs4QoxDz0Vbmk/5ecKPQyijkHhre&#10;cWoOVfK+g+Ev/oJ2N3vKJExoCurTFwTSEHMwzj3TYB6RVmRaOz8imDbPXrYs38AN8cGTiNs29aW2&#10;uRAD/XXqeAvn3Dcwk/y8MXJZpbtvpTL5ueQVV2dk1Uv3eRTwlTE2/hsntt7VvHC/Rm0ciAtpHX73&#10;Jarrau7a5aIqA2NrYtKAuEsG6JIapWCuT6rDfc692pbrlV/TxW5NHyqT/R97/MT8qNLZQWt3yps8&#10;XTwBC69t2D+M/MQFgEDTXQzIphpENCPAMJRZErNYU6MoitbO3oP9rz7t45h7c3V6vL/z4J2qZ8wt&#10;i8wmOGloSgvJHsmKXzp4/vidD/9OQ/bRwY/SdMVp5DJVIUoxK3c2v36Z6uxq0VZVuxtQ9FTSlYjF&#10;z+RLFTIczO3CLSstvPxLPaERv4pZ0/jdFbv+1SZqbka7dzO/Evd1HmqBhlbO7ucoEHXzst9RR1zB&#10;yy4MRHAYnogIErblDHMjKntvg7rAdUzN2kcXbWQW/9rzKejH0/4kRzrDrBs/2ZFR9OgCYTL3iL2R&#10;nMkVcXRgGhE62GAl75JljjRonxwYoKEcMOCBqCjJkRkLaoR6y/1rZda/Aft2ZO1zdHpJSyNvWOjW&#10;2tcLYFXrkcD5lCgYorGkFElkAWXB5fr0TdGf8SXCtrcrXrblMhYhX1uRhsI1N9c23nkIbS2bmPWE&#10;Ekdb7c+++tLcP1QqMJO87A3/8P5d3p0R+WdfPOY8AmLt9UfHZ/tt+U5NVxY0+p4oxhjD5x7U1r7U&#10;qt1lMnKbjeOT85vzy+Prm/WlpfOLPs05h/2XT5699eCeLux4tLq6DDeYKfbxYPgM4Pjy+o179yik&#10;6GbZya8xlILePJgM+pdPX+zjivTs8FCdBtXEYnd7e/uzJ6DOzxVhyFt2Olsb6/SlVHtUhHTekGNF&#10;OW92pjpjHL4+MOJgWa9LRNVYXVnie9KIYsVME0g/BdnsVGjoADhxd2dH9tqX57T0DD++evz87t7e&#10;aIB1Ew0w7YZfWcVAu7+AQejKsg0+tNHwRRbWVrkUywCbZiAMdBBGg3TCqWWjgai39PmXST0OHEgm&#10;CCwxukrGEoPRYJ/e8fiY13uwt8NvYsvEN9rdusuqovCTKqzd+r/+/V/QV+/tbWPsTAmO0kyTDnyz&#10;R+Ojy6tCOcDIUpEED6U3Hk+Ojs5AOGFQS3DKxncFiDoB8ad7ZO3gaQJtG4bMNthHZ29iCRw0+3Ro&#10;J2dn93Y2yLDg5OZb39yg3eWlqEwbZrcj+RxMbHY67iYw496dHT4ke+0K3HfsQxeQli7eu7fXH00P&#10;nj+ngYfMvqhrKBWqsmy7HVu9CY0+QE2vf7PoKPWzrfVNnkg0z/Cor9DOibHX6o8vmEoBAWeSoGPY&#10;0MCtejTo7d5Zk8VmmgWYLtotzke+ldunjwO8qMfUlwgWh1TXLdliy4Yk6tOUKGG0ZqG8UB1xL5wU&#10;kRkno5dcHXfDqgExImxK0LjlxWjREtG1QlUJKR5QBAVs+t/SN2Rmk2EGFnp/iw8306qRbLYWpq8P&#10;442bd3SmCpfAPJGSuuA2bvJ5mXdZxdtVAb7an/JAvU8jgysLWT9Vj+pLj/354AYXyYlJRJKq+tnN&#10;XBVLJnsV4RlzLyur5sqrpHJRLspDKtcsMZcHvZWywaArSeskpjTyt9zMWXMG3vqZgNcHOxwr4Qv7&#10;vGHA4V3FPKsCkUQBScsZs1nzpKUIKbXmlkDQ5Pzywlac+PyBuSoaqIoTUKd0cH1N4cPcTmZCStgN&#10;iFcacrRyG+A0hVtP9B55ZqNP4nRShoDsfonNYvAYbGvPoDmSv9TUxwGBpcorKk5ZuWPmuehWlNJt&#10;Fo/8kUTt2kDVQyta18nJXCaF4cs2hfiaEwT7zTiBHsx+lMv0YRxMp9mO5EXfG5xeY3c38Z3lH33v&#10;ndX1yf/9//zb/fOhcnz8SHwTMW4azTSaI1HisUubfrdRROpga2sNNkmnYRnvHVkRyncPTINUH5wI&#10;u/7qTz93f/KTd877On4DdTVXevDCgwfvSt3E6T0lVKMB9AHtiSu3io0/jGulDIOpMSqQmkYaJ/EG&#10;pceh5WhDRIaQazZ2j8k3YFarlPlxp7n+5oO9Sb7ks+200ZGMhIQkOWcQAjDp3aBavpZAhum5sXNZ&#10;BOypuC5vb67iitltLLbz500cQqQ7Shfd+N/+9V9+Ncr+2T/6Lznr2LA6naXlhWWReHD7yCfmnhqY&#10;H5qHOS0MgY4DabLzprYo8MJxZi4AcMfGksv02iZjN0/LLOx4lC9969JcEioGL78RGmDTf7ESRmI+&#10;qtiNZaOSSvJAEwAjz4OAz1rZYGhitsxJsJaYdbzaRRom0TAVr3EvXT1V9esZrzGI07tI7i28r2WZ&#10;uaSMIYrSXB91/aYs8aXqNxgxRS++sh2qVHTUWIbnWmmYKrOwZQ8z/pQt4zQYuQKhFItHKKx6ANvf&#10;wq3Mg7Y8BsWo+WgKN9EPqjSxj2Q/GTv0Ep6qQT0lTdy5GexVqnLiWRD2tzBglcRFwuPXaV1V0n2/&#10;rgZ/qZ90c33Mt5fnr5qz+sQ5/6364jpY+LIK2FWd0befubNgF1/SdcLni27Avupqbn3ZyuKqSqG9&#10;Hb9TNyX2NWlrvSd6Ganzcxzq0hLOqGL4VC4urabajBtVmWDxWEVUIMuQX/0uFQLbLJtUZs0vV6TV&#10;Xd7c2j5+esM8n21iOB3JOmdwZVVFoDLhLtqmxGVNK7INT9HMpOtpGkMZYiZfNpO/Jh4JIaxMfjns&#10;91bW190sHtac4Ep/bFdFCM7yotwt7vp8KlNS9y52IZLXxdn6LCPHzaTZpUu8q/zWag5avpRCuCAD&#10;9jMI+jsYqvlqUboKPfHzZLygmXq503YvWZon6a2kXXebzOy/c9Mb1+vLsUp6Mx3YwahArzkNmfa6&#10;is2Qb2/nGf/SG+ahVJnIgKdguIqF8lU+GXDeFwkd7wDPXlIQhOuKDydQN84b4+3M7Q63krQ7VYpf&#10;R2yxLLxgo39NC9VnhHKFc9LC8eX1+bV8m0SVJMRFZopagCy1YcwpZ8/llw6sjxankDKW48iTWc+w&#10;p6nCwtO22oEjM026+inio2nXnPJTU8PoViGwXHnwPt+QmgO2LR9m0EfpmlwPGOKngLdWTslopPdi&#10;wNk8GPS+fHKAnRJ4o/xrmy0Rlc3mh13w+OKCC9RXUG1D+l6u5zI1w4hnhvbyzt2dNl1MoSPhhn5u&#10;Onn45h4kUL6A9ExZuru1CT+s0elihZK12x99/PHqEh4eSrsJqVSX+FqpAM2272w9eOseMl8CcljP&#10;bVFJ03/w+x9QsBHbyuIfizXHMBrPkSkcMZpY4FNwgLEMS1EsDPW1Ts4tFmjYYgKLGSbCYzkhKVgY&#10;0jMhD0p5HcmBjBIEVTBMZjAKNG0YRk+N0HVne5O/8atPfgUpbndz08LKU4OLG+bCOaW4Qah1eXXN&#10;ZAHSL3bZ8s1eWppaaUjdRnNO2QeJ11ydSO7Bb3uqEGAW1Zi0qqV334RB3+hdMXcDx7jir3x2dYW1&#10;ND0lG9PVUf/h3u6dnc2zi8tPf/MolR0aqmH4zGIt8G/nl1eECdHw8zyDQnelF07pq7k7MNm4ZxOl&#10;cCFIlScT/ScXc3t5nZqI+pDOb3tjTW3URLND6IWHR6cUhqDKvDKi3iVz8FtdWpBbII/OdEoIEwtm&#10;b2eLEGFKoY0N4ns3iHdSvZA1+disn/tLa2/euXt8fHxwuI+FPZeOyvgyTz7/6gUg7U0fRqLC0Bl+&#10;N8nkELh8Brc5PEXPDw4DBnJ/b2d7Z5NbQ4Mt9zmbtH/004921ldsOOWNEBp2Qo0DS1FlWjqWuLIk&#10;qILwfJljo2kfnyFsNYI3hIFbuLAKx8LI7dLxKsdoonXOvEfm4mXJxeWCTB45eLEHqmbz0VgwZCxV&#10;gUTB7+i7Vhsh9MhE8oEQy6tJmKm+XDqEqVDn19nxpjUFnm2upUtzRGYC4y4JgIOr/DlCUHcF8zjb&#10;XFPvyhBa2dRp7KCsMtl7FC6EFs2yG30yH0FR+y2XzN6rrBQjn93VQx/sBpsNlG1EYfjtTcyUpnMy&#10;PZXGmoJXHldupqwTIuQi/zp8udTVYt59WqG0JSJVcuDUWAi2SQtf6pQiAzsoCGsz7DSiI7rFbGde&#10;ewM2vFPsnrCOBeEFs8WjrykfwMbyymKIJetY3huLT9WPzHX4IlOhTkLhzC1MVG1vXs2oZsR5aTVl&#10;JtHqtuxSo4Cl2xlMhpoRKhNNhOeRmLfINlnnHB9GKUDTCzKP4HaqZmt02jtDhM9H5GNglTQSGKt9&#10;QzwppjDy9huYI13OgJbmjoubRcaavmpuT4pu6zSZaGi1+nf/5EdLHZosVBX5EoYr7PJSv+LIzoFM&#10;DUZIPL/VxueCtLZGw+Qe7UwwV2HUFYuQjZE4UeRJx5eZHzSckEWy2M6vnFHpQ7yG3KQ237h7dHjK&#10;7G6Rk4dg2USAd0vN/7SwakoevLhROCWS8bUnGu/R/w91fafHQ+l/GDE3+1PXz42YINRam/nJNTYH&#10;mYqN8aDIQ/yTnlh2WriCu9sb7ITGGgmOAHxQ8atuir6YCPRXGjSOIIHjJ91q918cTjnFlpsTyokl&#10;aAiD044CjZOBqT1tmB+SSNSjm2GrVNYN3WdSmhZgyGvarb1iCGW8lfqWwqIQBHG/ZCgvNwojgvN3&#10;M2NDeJsDyaVGaKV8wJRJZ3SEzLbXTEbYttzKWrTM2Kqs6CKLOOCW0YkqqSx9Zmwce2yLW3hYwNfL&#10;Iq6IxkKld4CPD2EWTXnjO/vg7JyWXs6lo0BRrzYDhySriSlcTBdPzdElS8taUx5jhGNNFcLMtYKB&#10;32ElGHO7YfyQYAI9tbGFDyOENNjhubATyGRFxArz+yziWLaYWcbX/OX9vJLD15mNyWxuZ/PTNO7K&#10;TmFI0ha/xo43XPUS0gxBUOmspNaAsJivtn0lp3Tf1Cff/pWfuRmVJlS3bI1rsOotLmnZrNbwwRnO&#10;5m//2KtscIO6yQJH7ZdpGge8rh6WExZx6CqrA8nX4Ola31J+xrl2bkYIfxX6O9971y9SUZpLpzI+&#10;7S4tr+UaoQTPYVfEjTWeLFpjyg6Hs4juadI0y01KysVlkfik/QDoSx12pFm3z66w0FkQdQ7xCyNL&#10;bR7SWyDNXUpllKMRTypZRngiEjODsAQvV/EplpZXi60d2Hw+yifDok9jvFitLQqrOk1qBpRfvzqq&#10;gIqk5sMedLyR/VET8bqa9iksnHQubqgmdbOkpUDIKjlZvmZr+Wq+/auXbp1J/BKruJpZ+K/TlL/K&#10;KMu5VyL/X8dlnv9Qs8iMiGc3hLo2bPSXB395I2/loQDSneBODcaqjhjjQWdFJAO6ezYZXY0nZ0lx&#10;ozlqA4rV1AJ/Cg3Uo3e8lDlGfUvNG1OmHeGLZhhvyPk5s/qLAuPo0bOPnp7Qo7JmDo7OC3EhlHMq&#10;eryy/rx6GIvV0dZsXErWEOc/E/HMzlglHNJGGrVH8xhxLEUfownZXt3EHmOXcJzuVQK7OQ41E4uj&#10;dtnyMn66kFQv0VxeXGxsboxlh3v64N4dyouzy8s2mqLLKybkNJz372wfX1zzjG0tLPAugMn4cHJy&#10;YifEn3Y6Cyfn50vdzkBKYLrEFsxkqjCsPjAm/uUnv2EKjQqUvv3unT1Qu3azfXGBXxSu6AsnF2rk&#10;piQPjic7K8urnc5vvnjEt9hZX6XIOTw+odDZWIElq4SMREmIshqVXWmDmCd/eX4t7q65bbfMrpni&#10;isqOlvLi6ubg+PjyCtbbRNhdkOoXUg5Drs70k7wnjlBNAyp1F7loFGlXF0M6NxplKKyMFbicgNj0&#10;jcDUcNGQ0gKLfPzxr25Gk/XVlaPjkz5RQFg4dkx0negJR8OMNJaVcDXQS0wEZoxo/ruy1ALn9/7s&#10;Ak7iQqvNjSUdgisGnLq5voHobmNjrdV4Iu1ZXzF+XC716pRXCo1UBiR0brYiPuHh8dnmxhq28iyR&#10;E9jtl5fABTysvBn8OYh5iI252CiOURA9PTyEm8LWt8ywwGVBXMXk/oS85eXF7TXggo4G/7IrH370&#10;08dsbXxpOI3P9w8evLG3DoHZ+/WN1e+/9y5gNeTp5y9esGDef/dtGAi5BGSgFv0nT168cf9ePko/&#10;+tuPdZmJ1+r3YaCLKI8S+OoSNB0yIosf8AXH6R988P3vP3gfZzLeS4I/2vIuFbwqBzgKn/z6U5Yi&#10;FfTO9hbMew2A6KKV9kyE8vLzF/uQACmiAabYzeFLpi51tX9qHkK+NKwrcUpVKaHRUNCptPFyzrF0&#10;l7I4K0KMtjfIRCvHAEANLWSZbS1wMKMqzf0If/GuUVk9RoA3t6Ik2jjZGgy8L6khTG0n2cK3FRt5&#10;KJ4SwTXGoNSeMA3b89QE2ZJrm27h9eG7NXPDInG+FjFRVCb+VeMZCUVV8O1M8BURCmv+AIVoIURt&#10;EXqZ2b6r48f72VEzixwI+G50Jo2pfDMD1lIsVtgIwtUcpSr4JJ5j5p8aGtSgNqzi+JyRDI0nE92j&#10;0jLkM52FOCdVTxqse2YhKDGYyIqkSjRc8vtczYRMfHavFOUsut6Uib12aKSxSrPgw6SFCDZRJLoZ&#10;FsK2p8OD0NYbDtjlNLpFIm5fUTpKTaCIH1fuYmJmzbkzNq1ONTA1VH+5vJjpnOEaoOBEGitbvpFY&#10;PnR3crzSVIdu7kaBaSO1zDCHk87m5sqHJKINj//03/2M+TBtbHDKzwReJdYduVDISyhsjqAMMqbl&#10;IIFjqaOhnNrIpowYnRK7sapqk6PbyWXymF0Mjwerv//OW7vpyUHaufPH/9k/UTve7ixRTylpTbiu&#10;pcobjzVD0ixtcGYebuo6iAzqtsOjLhiyqTjJiWySaXibAKr9i9NxOmi2tnKlFy9Ys61ajScHSQjS&#10;Fjb3676X+TszhglYtFpQp6JNfOBQY4jBS0XoRHKR31enA5upIXt7suKnF0e2gDlfJ5Z0OL7+/IsX&#10;vXH3T/7J3+uqhiyCtgXcO5f+MwCc2mlySwdsCI3Rm2Wa3oISB8NVCx6Du9yWSYybDtiyGAPk5p0d&#10;4nCkHTWHNBrtply79c3ox7nyjF+nIrIwFuf1LKPJWZBEkmAzBsHmekB2A1DzWCA9/lWM1MXgVrub&#10;2WbJOctwfSTpkCzUMltIce5lxtkhBdcGPnJfDjkO5fpXZeV8xUiORVwkfM6E9Oap4Os1ra+0o66O&#10;o1Qh2aWDX+k1FSQqrm6L6hLzWvPmfaypUzoDXXwU4CcznWTQZaiYn8YBl2p82Vhw2TJxRTPXXey0&#10;aYdxKlfMhdNxn7vZBhJ2EzNOiRFqehZEQGrQno7zqv8uZt+zCiVxiat/y7KRFMFgRqD1bqaLjURC&#10;fTWxE6cK/32NRg5uhreWaU+ubhTkv6Oj83fCe52bDwKqvfrMHsvVyaK+PFncS+1EZBrf8ve53YdH&#10;s7BgAuzLHVnm4EXNaMxVql0fG7Z4p+c6/DRYOPhaHuy3mhG9IqvmFTMByxfAO9D7d97/wc//9i/R&#10;SLjZpCMm7Bm0G8XLOKowpRvgiqrtoghJuMwO33z3985ePGEREwBJg4PZy9raJsK4dGUtQKSPv/r8&#10;GK3lcMgKH/ufv/XjvweXRD53gZpkizhNQzqFi+pa7aYTiI84Fayur/uwdMuJw3xLH25wUWP7lnOI&#10;l2yi0oANlGJlIzAXIRUjdbex0CLEFkaRQn2V+rlwQbuRhZSOhVm8pEF268pK8Tt2unOs/ltW5TEg&#10;0Zc2JM7XVRUu/WYP9PqV8OWYcB7znZsFveSXP+uNZXU8tbzw6HJvs//ElV5+8n4Uoju2Aacdch4F&#10;L9Hv59NJH0EvmkaqB7HJI2KQlPb5FTgRRG1y2zTRy1hJ5RBdICjhzSHokr/YRIW1sIKlJqZLU7te&#10;4kMZJ4HuJago4TkbF8fyZiyQh6qaRkLuRNP8+OCYlopme6Hd+d5779y/s2MgUhZwFVhdtKlRkuxi&#10;lLnso1O398a9wc3NF7/5ghn8D7//Hl3U/sFXqYBQDJm1ikAmaWz4W58/fY4cd3Ohy5teG2OBkKVr&#10;YdcyguYrQ3y1KTjOFg3zCpmAB2JhArB8uH9MycIfGcE4Pbu8eXZ4CkZ3cXHBj1nmteqS7e2t65sb&#10;EMuJQoOGLw6PKDg219akHR0MBXdPWkCgMIHx7wRpyywYlad0cWWJfIiOeBoynaPdJUqXQ+rZ0Wm4&#10;eoDIHPSBrcrNeHF4DK0OpZPsjumdNG7XbkgVxs9wj+g919apI6WIztLuAmwy87Lms/3VT3+x2JYX&#10;Ltzry94Vb3QD6p34tdUVOg4gXCYHUqzJGDWhradSRAf85PkB3Ts8barJSxDuXF5QLeUrum4GIDAF&#10;rQbO6C4RibZGfz7gew5GlzeXextrtJR0sYdn52bWqDvHVXr41oPt9TXo4txlTKboJ3HzWlpZai8s&#10;riMlNkI4lmz0zDS9/OslbgRJuruxwRelAYchzGJf4lY5ZXqIrYsSaTR5AbkAYzZ4y1iCEYl8df3s&#10;5Gx1YQGwent9UxbP0+GnnyHXPYZ8d3R6Bh2PEuDnn34lcfVodH15abyxIrg/cWjQ5MMqlPVLWizI&#10;vIqWWiL53b3tve1NivU1bHXQVw/6wFJcNKYaoMdQ+GEucqcOzw4AyamSEf2yHoS+uvTwGIL8NQ3q&#10;/fv3KFHl6+qSN9/EJk1U/4lY5VnZilT7mi/jMVxwIrJIkkifk95RBNGGeY7KESpsAUWM/TT81Cya&#10;JWae5mEHT6N9ghHYzOzP8vGmVgg2XnV6l+GU8ditqHW/ZTaECmOVpXJP104toxoJrW2mIu25OvbX&#10;G09RMnHi1NUHa+PZ+VIv2YqyFAxIaOFrlq3lsFpQOhuOHsO09C720Wz1Jd6Yr6pmf3uL93VLaZG5&#10;XioXSlZ4fPnU1ZjFkYYWbWyE0pRxRoFbmFbmFC6JQuE0jEzKCF8XatlAMixTiOcPvrJQdFWp79My&#10;siksz3BwmOWp0Y+Vdy3Ra07BMWXKQr81zBvjYsQ6ZzrG0TIu4CCJMcSOj3E3VJ3LqxvsA+jgAAbl&#10;U6EvIGBSnusKjZv2hpPTGwi1Qyy+mR6xYw95j4CMFQq3U26OXQF2VRhJB0m6t37nD//g3WkqYPn6&#10;ari6BJN3AUcq7BE1aeK4gVgn/3fpYfDhWzSnPTk6sV9jWMd4Egd+xnoGR7QMHDQ6mcN/jp8bYWmQ&#10;L/2H//S/Xy9sLDVaI0Gpbn37ATNTfpZDge+h7i9Vvj37AzPTtGEKRplotGx20JDrRIyCdeycFzds&#10;tjcTU/v3rUeFyI2adaw31rXMrfXITebh/OjXv/rktOfefOfdjIldPuGTLy7Cae5aPGtiFomK1C6M&#10;2YE9pJPxIac2XlsQn7Obmz4ftOWMbe4VNcfJtiRV+PD6IjfF9Vi5wVabKgsuPBlWgZrnXYBLdboz&#10;y2rYqmO0kWrL5E3pwbJuK4My3XBTInnZojmYBNFo2ptaj6rmTG284OXcvJbo08cimWeNRXRbSEkZ&#10;GmDJDz7cVcAV4esXiKPGrAJdJ6TaZiysbxnyf4oZI5GWD+ojV06jjUBOqVXzyaxYDQxim32UVsqR&#10;M1jUwiXDVKuUrcfRYSKH7aREPUs3AOfK9tDNORbFnTq4Z1X2SPUUGmuLA4Lryx3fl9a4aZR5V8dF&#10;TaQagVmuIAB822ZfuW0VY3KkR5YxhP7M1M3cu6apOMJ8dJrHiakIf2KIJ2Y96vupHA2tEpz6yEOJ&#10;hhNxUyjtJ2IvWVKxNbMQltWYhrzI2r4W+TUl2J3YdPV1GlfNtK0Vxl6F8bw6IqWa9rnfpel92deq&#10;Xu+7Gpm2tvcXVR6Lv/0yL5sE1+XDswCFNPgZhKlJmlYIYckUS4OdRFGUIplyTlMkMzTeJbeSZl8V&#10;qfpKYPfbIT70hhmnADUr9z83M1Q3F/bqK0owzz5u96xPhRipjplYOIUDttnceaPR6vSuLvEWpXIg&#10;8dRYkE07/DCFGK/v3Hv3/R/+4m/+X9/rL0/HNjFK8/BkulkSRhoYkl4OuBwz11cXm9A2dRjAB8pj&#10;jteMdVxDKWu89/KG+Vu6b1eNz+azy1zlp1336pp3UbsVBX1Lc17Nl2bhuyWVbj6Vau7l3UuN7ivE&#10;4XP33c/suH+HedAMS3Av4cfO++Qb/M/nr0dCkc1UVZKn2G1HB1V9Z8ru0Uj1LCWuJEe5H7j8kiw+&#10;+MzseqhxgiAkMS+UkjAZYgeLUOjFuWUs8VgiUxeCjorrpOgVRo9RzHMWzKKvFFEg8qS8HGwTpIjl&#10;ENMEMbc+VcxbFypshnmYDckQpEg2d3Z434P9Fx+8996d3U0aOa94Idk+KTs2D4I/fc5x4UtBI5Oa&#10;/PMvvqIuANX84IPvQ4n5m7/+6D/8xV+//+570FoJBKbPVFLuSEzp5+cn65gkE0WkVHt1L1KrgvO2&#10;mhe0/yQfWNWPspi6G/ZpYFbQCHGFcFfGo+j54dHw6ob7c44pcaCIQpuTsqqDmS98i/T8XF0iRkxL&#10;jgwHa6Kmx4+emkbdLRrTmAtwfnVMoyXqplKzOyGElmcNVsaSqLlIZDN8iSeg8YM+P3B505ejcqb0&#10;XcomMM/vvfPQHM1lLtnsdGlqv3z87L2H9zUItyaHuhCzYs2prLJReqMEaQ4wHLxXvX0BTLoI5qmQ&#10;3qFen9AKsG7CdcxhlYlaa2rRxJlsvD1jdJHfJvDopLdYWmiiiB6Yn9zVMFf0JUxm7s5VjvsT5l54&#10;KssyhmCJq6vlZexI2vB45aI8EuACK/jh/T3WXHN3S5CMZv+wvTfNdo9POqXz1LwgH2+srQPd85Xo&#10;wylJ/ckx7OZUwUh4rjTPCQGmEmpm21sbXJAXx2cMJnq9GyAXFuRYIcMQzFukiLAMfv7pF0wTuDwj&#10;IQHy+gOvlnuqEeASE9StLCMXZ0ygPBFFB6G1buDhnAHMoqzj+mvUbcEmzBSAlKDKHxwcZWb0x7ej&#10;uTXEQjpn7hWXh149N18xsGqY50pjbrVIh95dvbu6uERVOOxd8yzTMz+4e2fcP89cOJt8rAIiabQk&#10;g/lZSk2WVuHywRNXWVoWmNMISJnPyx8oJJG1/0z8tJkHnNe8+3kW2sJaEd+Dt7RCio1Fm+RS9hqC&#10;GxlowW40jwEbLinzYX9r26oAQuobeIEpiXmMJ8U0kEAw25PYMXmN1lWxda+sRIuZNYyr0o5jCRJr&#10;oEgoDqhMUTrKlNI5aTvMc3FaizqKFWDQTbl5yppN2+sT8wooKv02QzCuq52DAYYvu+nwtqGhzWMi&#10;UFaCREH7k87+6q2jM3SrRRHEV0VEPVwz5MragooRJWVJEw8sXzfYqF/S6th1MQA8YNAlmAANjUPo&#10;4uz5ly/ISkOs0Wost1ZWNove6adf7r84uSkm7If4KcJ59lLkqkNiAjLlIzVNdtKRE1tgzBZBrWPo&#10;U1hIKlowf0BQwwbYkOtVZiGuGA00zAuieLF/8WXzjf/ij99fWeBrklh095//j//tBDeLpnVGrjWR&#10;B60MQMz4Szhjwx7kljzzlT1jamT9uLgR/A/OwY3mWPov+f5CyWNwrKj7Ps38GKItxu1pt91Pk513&#10;9tJHjzI8FtGvNNQry1RSVs9+QO8/mIorXcD5Hllhit2GEOW+tqixBQUVluiu8hT/4hUOrOa07Ttq&#10;WcbIZOXcJXcOnmx91NHV2fEnT/pvv/vWGysdum4kR1xZJTfkAqvVaNp9l5BCFzFvyoeK2yNUlv90&#10;2llT1svmjjoatCzybzr064tLV1fYKJ+3EDY15YcvprRssbm5dD+FTQYyDRT705ANC+CgYBPNDNoN&#10;F9IfGOdNugrvTQfTUdZdUF4dvC12AGWqZSouQyiEoVOSomtjTnVbJ37k/LJMupTQkFmGTTdkvQ76&#10;fPaWBEGSbDRjQIuk1yWT1MuAhj+eOAy42O3g9PYRAzf0Zr4yvo9R1abrK52YywizIhp4epvUpT6I&#10;Hmoi/LSS5BuDwzB7Q8kqW2BXE4XOCOu2kKMztJ9zg66A2yTMr2xbyJIo5a+FnviSyBjXSai6w2gr&#10;+OFnymhWH9tA3G4BfiKoQ7aL0ePyo1MwR9O08RNF04WakAtNGTaNsI7LG7KAUH5WPeFtRnOMXJhU&#10;JWVJWZEWIVOBqn0e3v7IJTXXxZlzbfAgsDHEt9OF/n/b9Vfk9YpI6mZ78DdhtpXK4DtivPOIrqs3&#10;wDWetE9qXlIz2/7brc7L8HNpqe/nessSyTUdSBpOlNBDm1wg0H+S0r/KzzC0Uhrq/dyUs2ZT9Yq0&#10;pJfR6O+ibg7XntP/9OC5H48pR69jkHtMvIuLyQePaA3D6GwRrw2uxtSxzPJY2MuL3ezum/hXoakk&#10;PGZta09WW/Qp44F36xQS1G2ru/fuDfqf/Oxv2DGWl5fYuFqdLn+Umua/KHH2wMsKpQEB4Lloa421&#10;jU0L945TmVmcUc2XIyK3zr2S+H1rIFDc9mMy3yk/i41IvK81m2G0PA/gJxGZd7MBeBiKxbY5pp2V&#10;WYMzSL8al/jqleY1ua9KUH55wOF/hxGT/eWA0Hy9wNh9rZFcuLZG/WuYJ0cMRc+V2izQVaPfAO1K&#10;HOWvOTyFHeUXxfgaVZMKNPkww5Vpy7QwbnlF6dBW4vRG77JnyrbwQMHRMFaZzngCmRKGMznTgYqN&#10;vT4ZHDKGu01xvoRE8eJYVDKAZy10lxbhry4vLCxBU8XlSIQrNVRTO+NhHPUvu++99SaDZQBh6LWX&#10;V1cbWzu9iwsiaGgLZYgqKwtdgKm57tOSkYfDDPz87Pw/ffRTuguHvdD9uyzAodSbKTJdxkFwrBay&#10;he2N7T/+yR8sLi30rm9W1pZgNZ8fHJ70Bngm35hG6+L8gqcI6i8uRG/e2X7z3h1Kk1QTpZwor6Wl&#10;xbfeuMuy4vMTIwE8iCMmEUb0KmhcD45PArcUyJoW/vyqt396+V//4z9+dnz69Pk+HZ2TeFLgFSjB&#10;cqe9290E0OvI2HkEbqymazLpd9ROonilJiIyiOCoLgP6xQWz9in4DHwYvpH6tcGQn9xcX0PEJAsS&#10;1SXtx4+f9wY31FRgktgBe4uA2lpb4yOF4FVmYCyVhaz5xs5DWlBeZnGZEFw1eHTIXYRwZWg1XTEY&#10;CymU8kO2iTus46vL442VVa/pCQESw7AFCO1H7UawZKGmBXMVWNRAI0tdFKpZf9hbWOzgrUo3ha0o&#10;UU308H/xs18d44dcFNvr6+DtJxe4QLX4mm0FVtGl9jc31+7fvfP2W3dBVoB+P/7Nl3ywTqcl8pUc&#10;vDNMsOj8QZLpZgesItI++Z9ej8qRiFykadfXeiQoRnObdTWxDev1mNSg39YFbXf2trbauizTTncT&#10;WEP67f5QIxCE23m+2O6uLC9Ah7zpD4InPpeCW0QSlezRO63RNH38Yn/FkpAMSG8w2ZFLGU2POUKL&#10;BibTPydXKMnCURMM79+7S/Dmok1ZxDGT8wqTy8nWxgYN9tNnh1nRf/PNPaN9Fq7kmpYU5yDmtwMs&#10;7ILGvqyiwKlAMdDyN9AFJXcLhrleYEwaWtxocJKbc5CttwkItgKvWtr9pYoT3KrxpxxZRbZhKUWn&#10;Dy8kKVrzu4hyVOl5AbZNSvPgr/2nsDiiaR4pr/LQTY0OaRFi08KMgwzuKV4fq81H26ho++9KYsvc&#10;qVIlIpZRmkHJVoI1EQKt0YjDhmnq2DmViysHmK5eXPgqrta/vN27WYZAFWoZZh9zMY1BSkQVazIk&#10;QJfEmJlpPCXM3LyMsAtAbcVodsls9GufOA6FY65RVPX6mEkw+4bleVx6bES1YAkSRyVymLYGB2H9&#10;HHOftM8O0Cg+/vVv/vyj65Eb3Vl+8+/85P7G0kIxOn/8+MnlxRhaLxRYwCTGcx3qGrC/lqr0FnCS&#10;3AQwQLSkLHl1CnGFmYJ8QLTmTD/Gxokgn92Afsmk2EzBUKtyCiQmih255Y/+/PNme6FoKsg26YMs&#10;P3zz8snnaIoRAkuU2y54Rx4tDOhbqVjSYT7L7gapYyzXRwDVFlvwOB3fkPOmWfIAi4hUdFn2dg5b&#10;I+k6ooNQIXcGjIwS6XIBJl0+2D8j752AH/VF0OtGskLIR0o0kO2UTIR8gu0wznp8Tz7IVrfVWemG&#10;VE12vIk9IhCrGj7rDQ86mGuBbIqnZTku+cTItIyt1tYWyXTq5cOc0B+n1ACiBEX9SNs2g85N2m37&#10;QHDpoP9F9qJeBMJOQIy9taxq/gvGExQOpH6YG/8k09VjksF4wZK79Xm1ToxFz9RiRNvJy3NPTMY0&#10;secIjbWqBD3sU9tafPLmzhomfrLkbVhCoUkbpj5amFrmhAZIoODTvtJ0ON7omNgauurT09F01C5k&#10;Y6PxqaKngH8BioUNsnK4euxq/GDTZi7TsA/qGcHirABunmC90RDpt5MZEJxHRV/UyoVeNm4QZbth&#10;dtxJ7Clja1eUgTsutebQ4INQGxdlt+GD01WQ1QWH+OgwmMRkiviUpwFCtnBRV4NkCmvAfRpdnRNf&#10;hob6MlA71NJppZ4VZ97P+IyCy83GOjPqewBgJ0wbkFixYhh5EO+MOk6nfDSJyCR/cxLIZDa7ElSv&#10;G48lRxGM2aVX03WLm2kU7wZrw8TP4mdCoMdUtII0/Lz3tVK+Zg0VPHpFJtf1T1+njUPEvlKXVZiY&#10;myW0uBLsnTcinsfs3O0ModLhucygmf8hf+u1ZrzUsll8hSgyXsNbMUA1q/CZ07Kbb4hKpU5gSNtg&#10;sKg7RNdsgcv5b1LMtMO1JOh516lbTF03y5B+Nbr7LfIi+wa4qN5cnvH8JpaPaO8bog1czSNdPy4/&#10;/4VFZbBglaISS9Oc3DLkltY3ZDXIIAwq39bOky8+y3t45W7I3843V1bXLpxMc6Go4EqruX+yUKUR&#10;l4/5zMxMhrCt1tvvfX/CyK/d8bUmNi2n5HPJRLWhwSvg1NqcwL90oQID3d8G/mOfH+Bg72as+7pS&#10;osJ0TUtfBC2Yn60d25riI1kyBCtb6bCeKwJ7dMiKExg/m7u420yHujXdd+Q81DKaX9as+1dmWjtf&#10;x3WrhSevZh0WWRLgljz6iaNXEYAT4D4wphv5S+ZDPDsw3nBZz4wrvQHDwXlQmpzyveW4ojrIbPFt&#10;XDA16pv8qlBFglXaDtEqJf5K4oNGmxRXU9vblEobzA+ai92FzTWBqChtaPMAKFuiico9cjK4Ufxv&#10;nh9eXOxsbcEYA9zZ3NjUKZs6OJ+HB/uwQ48PD6E6vPnGvY2NjaX+x8zXo4TN4Gxe8NNf6TfhpQ37&#10;w3/+P/z3BBZdXl5++fkXXzx9ziYLpSGRMGkM33BnY/H+zhbz9NU2zdfK0fR46523P+h2fvC9tx8/&#10;3//yq2c/evedve0Nlh+dUpfTQPre7tLa6v7RUc9dIiG4s7Fyfd07ODwweM1f9nvgs6vLi2B3Mrsa&#10;j5c6i5ycEKHxT36yf0S7sN3G6fIuLTShK2ZHS0FDJMYEyy7OoN54pG5KuOco4FpTOX8qQ5mbqBIq&#10;zc4vb6TzhPnMeKrdwe6loUKhedkfXPT2m5ZWTL7F0fn5zgaZjMvUFIhjd3a2QZ7BOa+vruUG3EI9&#10;1aKRM/yQK5ySBSLjdUPk+zfg0wXfwjRMQoMnmhcAGinBo6HEiDYTAT9d4VZa49R+/vQ5IwAQ6ZRE&#10;oMWFjksnln4s3LvVQF7G1Wt2mu+/+w7SVm5TQEIgBsJb/mf/1Q6HK6FIRFjwGbjLDBzEzUcJTNuN&#10;2yobDQUyoxXv1lZW72zvnJ9dsAsJ61AacNq7oagsdFVhEMiEQHCCDuFMxzGrVPSwzOgoNMlT5NV9&#10;vjKu1EtquCYorhPBLGOAawjd1lYKCu4Pbu5tb0yE8Tr5dTcaaNvMBoXqNUMQfSM187RllS3F7+LC&#10;EvMdRU07t4x2xDTq9PYd6RIVf72zuS53wVQV2Keffb7ebZMznBmPhXXYluMaBrO810Dfbuo/e/Ts&#10;3hu7WRY0mlWoQcgVt4IrxB/OUtmCN1LAHWMd24hZjoUlbU+D0bo0cuZbU5QnjZFCTK0yzs2pKgIj&#10;RUCVGGNB48bEnXFKbO8U0WL+Ul5TpCyrJpUxTf67/ROqN5Mw5oHMZx4TU8OPFXMahBmv06q5iGip&#10;n83DXc2Rv2aXWilM6snugUgTNFFlJkARXL5cFjnRRTUcT6PxZBKpxW5G6JkHAUp1UJnxkJdDeItn&#10;mJ1DRUkgNleZiL/r+AdotJRdabp92VJXORkWwBDaU8sAnEV5+kryU6622lx5rsBxs4Iu0gFTW6zl&#10;uZYFn51owGMG0vK4IVyXTjbPNzZXdnZde3Flo/OgvdIEInTF4ofvvc8etrO5nYv+wqyGSSCq0g7O&#10;wlDcGBcprcSckI3ErxHSNFhoE7qj4X/oTeHGZbkpa80DHCNGnei4NmMAv+5WyfNtuGW212xxkUOw&#10;4VrLyxvttx6cHQ0Z+nIe0RxqYkvzirP9YAIXJU54kYxdja2gEAt0IlxzrFxT3QYcqDoIIZ2icYwk&#10;NZiifwBjhDetdFdPCN8yutN+/+JnnzxudO49WCdMyGN8sLG6gKp5QT5XCjeaWmxgqtydibJxlCTM&#10;CJkpQBZCwTSX5H/yIMfU+Hgi8n9Ldhkq0DnPW2bIm4k8mnE6s7cP8mabr8yUILcH1IyJy+mXcWgV&#10;KZQGFaWTuSQXmcfekDZzBsllyjXRiawcchHFOy3XxvijECSbhpQjW28FgjpBr5xqUrR7MYNkvp8j&#10;KGIgIHvuDBi2KYcR9MEk7yoSTDEKKGrZK4FxZTkle9VEIb7aVMbcYA0E9HvmDpaTrsMwnUZVkXVp&#10;Eb59U6UGJ2L0US4scU2j/5HsbMx2hn1wYs023Ruo0oRhqNlzell7CYqWYLFylon2dbPYy9IGZtYI&#10;zWxTZ/BWYUJlbcDi0RcxLjIpBWZlERseuDS0eEmVQxRNWiIvOir3i7APMZVoxg/iK1qlL1mLAeJL&#10;6x5HoTovd5hczotpzGPD1qzQKChdUc9vrHQNTEZcoaDnsb2DMCgW9vVEv8vt5HqO1DgXY7mKO8ta&#10;jg5V5g1R+FLy4mOOaFB/uqJGtCxm+5zhFQY/V7YFaTk1tIuSvVZVS5V/U5oRlx5CkZeaxhjjSvsy&#10;39nW1SgVicbfZtEkvm7jUG6uySuklTXUa07A6+sw10uOyvNtTy27NviQhUOooqqm1YefZeMmlTVE&#10;sG2oc03T8rAuIhlhRnl1t/r4bzLh9V9vX63CjEegg+hiZfXg4LlEjVFWE9OStRhK0q8M7Xh4KZP4&#10;Mbyu1jeRdUg5yRhGkEPzijiP6fTsxeDJZ59QD/+L//V/+cEf/fGD93+0s7ubZ61hX3Q/Fh52pIFF&#10;aMXizGE50JqiU6gUoJO7b72rtskeh7IEql9z/83wpL89xp5n7tYa0yx11fjAl9PwevTyHMj/UoBz&#10;tBoprVvK0Uz0zvbO1Q3D/dxYvezkfSxuXOr8Le1XcitCuoq1+ib03n+zouy3EATMrreP7gi+cTUG&#10;nVcUXlGu54m4QzqfabFopC6LCeAX/pRjjnR485YILu8aDjl4LbH203A3GGxmCshS3dwMUgDNRjkX&#10;Q9/L0N3Wme2+AWQojIjSJuI5ZfV237i7s7K0VBiwrkiUtFQD2M/xfwCP/ClApTIASeLZ3oa/SojO&#10;orlWIqyCOEugEWIuvg+I62++/Oov//KvKIf/6Y82//67QAZ5UtqwsFYf3Ntla6YtvLy4+j/+5Z/h&#10;+4RpU+/mGvcp2NZSWzXVi3rleGUgA288fLj/+CvgOOhQD95+9+jg6Oz0gsOQ3vjDP3ybg4E/Wl9Z&#10;enZwAOmUrOM7YJRYZt307mxtqT5IGldPXmwtL3EQLC+0dKxiIs3DJlfQlsyW4LJ1O6oUsqYCmaaK&#10;gSGZVlMEBdtin2zlbOqIDwLxpuMkBikP3kKWyBDGsmZYS+2g3wS/Jf2Iq8rjj3CfF8H/V7MuPrZl&#10;Y6yubqCDfQh3Q+Eu+aPrQ5BMzrhzEdEUzTqWN7I6RopI0HLMqzjyJ0YihViOGJVyBntP3h1oly4a&#10;lJh35ALe3d3pLnQPnj17/uxpZ0H1jEa+3YX9s4Uf/+jDXbjETjALGl2mLiAtVBtKMxoOGzKa0UCe&#10;G4cjKiUPjnxwUc4vzoDu+TxyVG40js7OHz19BuC/tbn+7tsP1Sy2Wk+ePGXHWV1Z47vj8ry2vIpy&#10;bgVTKIGT+bV8uAQhoKgVXR9X7cEQgIcafSxNNZ5Yg26XgJtCqtrFhWC5dj3oLy1hjeC4Ox/+3vcx&#10;yKLlJseKnCHY2XTycAtHytPFMhTTvx53M0yEM3nVKJWum3c5RPDlGkxYveN7d+9hUl1IYt1UXso0&#10;J2zDC/AZQVTn5+l4J2YcutztYOH84O7dEerEmxv5lTq/oBBgyBa08G04+VDKKbwUhCI/htIzKoRw&#10;1YxBzFourXRa8qJwkY0hkzgFroY2MrXONVHqTyH3B+2I1ioUMT/VvP/NFjUQpUMLakbO9Cn45TQt&#10;QsWsDn2MCygiu0QjAr2cRUyL1+nS38YpM75YEWy0DWXMzZ0bhN/ywX3y+jDessaasYYCsuRiJ+mT&#10;On3Lu3mvwnLcXN/5fcUyKoyVatffm7N1WjKcQ0p8MUcLfim+oCRxuZfOhliM+aSePeBm8UQ+BLuJ&#10;Lpv54MQMT9W8EmycUw2w1VHaj+chpT0cJOJvOZnmycE4c9VwvWZNWlrCJmXwSc1vRYY2wjOD406Z&#10;msQtBjeaaidM0CysXfujd9778PHl5+d9iTANBGTcs/Du9/8wo1OUJ0nrGNtCP1gdpQuWBoqDH+yR&#10;VjLRFAweJgFC1q+FZ4JGVbbHdLWWjJQIxVIwQSMEUYraIBc5JjZKA+hkNM6TZOjTJbrFfISQlkzX&#10;4nIwOLmS6eMiwC9mJ4Ukuex4IlnAzkBalml0JgqTgQuwctY0Y+TJaOkt1E9yJLG1JmL1snu4dN+Q&#10;Ba4kHsRNGWDwcxdHh8cLO3v/4IP16WhA59At+njrKd50ImdqAMvCUuCFdQjutluYCbw1vA4dcmp3&#10;ramGWI4Y6l3wOFQ7aHRYwx9IPBubBpNRgjxQtSu0MiNY6bhuBNQmN8KqEbdmO41GoXlqbN0sxBwq&#10;J5WlMW7lEjPxpWlcA/jPvcqU3dOQki7MdewqKfnIJHepWd9rSMqHzsyPLldmu5BYGNJpstLOERe1&#10;p0PzWR0HO3p2LDTS+hnNf83QgHwCQndp/hlDKo44VboOAmqN3yXok7ezxnCjbsaZK8q0WSL4TlOX&#10;xOyanOk7zDKTQejQYT7Rux7L9JD6Y4p62UT49vBmM9F67CCCrHVGDoxZJHPwhg/RIMZtqJRhUX7i&#10;q6zsql1NYnrnLAAmaHmLUiFSUqUr0+Pw6EWUppT8RXNkV0+Pk136vBQwNcNeMzRNL+HbE0jJXxzm&#10;i9uQw1gfOaGDneshHDFurzeXlMLY0JlGpxm1xAQmhYyCnGZOmeG0PvMzrWVpxVxUY71ZSGhRTuls&#10;WuuCkXdJb0lL8mppRmCh5RZpbuvvdYbTRZOwYBw4cxT7rnRc/wqr4lkwaf1N/HyOSy2fdcbjmWOO&#10;zgjvyYxi/WrY1M2CfOrL0dU6mThScb420p01RaVWMZiEpFUXVro2Rxtgdwvcnvs05ajUzdDg73wX&#10;ghaM5//y6oKouqllDoUHztUOnXKt6Z/OwpIe+2lyc3HGrsAiZmWjbkMmhmkdINX52ZW16346vPni&#10;45+u3H2L2hjLQvYRiMqWuS2uZUu6y5nguQr7CZuhKqNCFv37z5+98/4HzqW/W51Rj7a6peOuyrtq&#10;I3B+zpj422xIYjdclJuIplUlBa8qIHxR3yLc12Y1Vh6bRvCMFmZzZPzamON3oDWXL/Jy6TM//H9F&#10;juVLa941FEoz9WHoHiZ0FNkTK2aF6xY5aluxp6g+Gmp3x4lZtVKGJAoWCkGPwdk67FBTe+Gm/U7L&#10;HGxguzaNO0fxa+ixCpzS3cTK7cJ/sLK6df+NcYCUfB7WaNfaBgu70AnUVMOkhFWOs85GF64pbsAH&#10;+4f/8Cd/hD0loDEJt3iZPH9x+NlnXyKbdOn1V48e90YjWqntOxsLy+0xMuRoMhPQCAhgFOXNzeXl&#10;Xz96BksT2u2L3k17Qak/TP/F15rk9KxT69F7+qcPh3l5dfXk/Oz58xcIdgEI//ZnH3/43nuY7kJz&#10;5vuSsLq7huZ39dMvHz1//pxru9Tpnp6cUn3cuXv/5OICGAIZ6pW4s8nGysrU6gY+0/rqKk7C9DAj&#10;le+jK2zjLs67S3SKPNENPLRy6UIbZvBaDPuDJUJf8xG6YYXjubSH7hf/jTBklbKUUSuqrnz/+Gxl&#10;MHw0fEYfcnpxjsSrYbalXL+GNKaENo3XN9cPzy/ASBeWl2X7DKza7awByZJC1mlBwEZFfHZ+c2et&#10;u9xNe1d9dgV130JhDIrBU7knKPjO1roaxYXOgzubqKDxdUmL0dHhAfVn4GwZGDtaX+qutJtXqJfR&#10;SLea6ysbvCN3ZpEGurMwHIy//PLp+dV1PP+hAHS6pHpwkYiMGssLCoOrTVbDH3zwfRWUpt7kbnYB&#10;asYYYySHhyf/9rP/eHJyTt3Hh7m7tQFxXatbtRF2kwKEubwgLeicdzc3MNkeCe+lzlPQDn4G2oin&#10;48ODK0jdrEM6ucWFjZWlBSy4Pvvsi/t373ZW107OL1gPXQWHyLDG3Uxx1ab/51MzarmWx9giGzG3&#10;Ehq+LwPB3nv7LVDJTz/7DJI9JqyXN9KKj01+yhVDory6tDQ2Y+0Xx8frayt4kvGxV1ZXmU9srCzT&#10;ZvPhmcrgTU5YFB9YRR+zIUuEkwpFKNEcDSRJ4sFcufy7CCKUXgqRzKSyNRjXpSHW0hDCSLU11CZw&#10;0SPEasL1qWD+3DY7G7pY0QGWY86Zucprs8Kandph6GtmkDYClrNz+l2OuuokL5MJQgSvbVouILtq&#10;g/PXymqOUGXhfW347YuahKuk6Pr5QWNyi4yTJFUR6sJ42FeRuK7miFniPEUyp3mrcICZjUpVSc/g&#10;Ixfz5Suem4sdbLCuYRNo2KjDx6ROqcgNL7HZifPB97ssrdNQABWRTJlEjw37ELlYrFmNGFca0bgq&#10;t3heT2Y8AtmeRW8UAw3TUJmHjz21VsjEe1ooIwZ7vzi83Fx4d6yxhvjC02TY3Vo4/+rS/PmI9W4s&#10;jPydxdZyo9CZ1rR+E6ciNgHhjE2zrcU3SZ6J6rAtVatpCktmJWxcTNbGucV6mpXTEBkDtpyj/mSY&#10;WA7Ggp+MJHVIKbDGk/7h5cFXn73IfvTuDxlA8aiu0IuDX5GXMx5LkSBFC4T/hua2aPNBKRuyVZpY&#10;mwVVSU2zvrCUxvoZOMCY/KdJ32JKkf2KZA1Ahy9Uo2C/zUZnihOcjkiE5dxS6hoTalk4061BLoVg&#10;OlVBR4fJe/LLMraYY46eT2PCwqyXldQkDBbvQ2/GaqkwEKascHmsBw9kaHKJglLT/IiMRuRllM4O&#10;aeshM62Si5klhaBeyE0CPZXhlCuk2Ew82ATk8suGqkEFOuhC3mPKk9dI0FZobilPUysYo0eTGbkr&#10;P5n3RzGtQPUxLS099eJi44KWejIkxi0M2XJDYtG0DG74gurQkGCjlmIwwZWfyIRA+UENeZAD10/N&#10;5xlji3FvlG+4DAcwum2i4gY9pidT7MFGgizx+FIj1zBP6cJYCN1mE5erxAKK5PxpIg7fjuqNJD4Z&#10;PgYkuTp9OJkNpMok7TLEq2TGllnpyVw27SzZqCblDYbmrnLDy0PfPcfqm9E6Uj/DCQPJo0xGqeT+&#10;New3cq7T3HpR7hAGcIskZDUk9cZ+rU9eIyZy11et0RiPDSjgLS9pmiaqRDxOctI9LgfF9TDB/exm&#10;TAJUM+d3fVu28NFpq+zKa/EzkS4Zh7NRwawJVTCxc4HjXRXjxYznGx3v8iTEUrnGa+14I5xV+FpL&#10;6dzL+stqOw9Ra7fCh17qbXxNqPISAjgHv0cLwNLs4XY/42a9aY1Gm9SR3tKs++VuIfoQxnlmwHrj&#10;cRFNdX2ta6rZI4XI96LqxMJg4la/5/23jhK+xUOjNqPJQzbyxfkppVFL7qAhI8JX4Tw1o2fNpa6u&#10;zwwVmt4cH1H/de4gsiNLPf29P/z7x/vPT188Tix2KLMj8uLi7PTxZ/gSTHuXUCw5SVY3NhY2tsWl&#10;8UnotwN2l5rVblXeaLsCBhkMiNJA9tXqdH4no6ba43g7z7maLZQnc0gyrDtiuW9vpiuZVnmzi1qQ&#10;YcSMgwI6mpG9ItdqRpD3vrQHSW6Zs/h6WtJcGfDdL0biX6ZA+9parrKUXtXozn2WxsAiFCw03NwB&#10;5NxcTA0l6XO0FjryhvaZR9pRnB0n9FfqbIvY7kYCTl1mwGIc2zSv4yT65dRsSjSsk5K2uWUOH4YM&#10;6wLRpbXxrCJrNBP3rGkU1kQon1XhovopZUFD1TxfWujA0927c4eXe/T0ib1Z0bR96PPn+//q3/8H&#10;ZOV48HJWIfbd3dleRyaLlEr01xuXXLgyAFL1CNP7BJ8NuTm8tbf3w/fe/vLJk25DbhTZEmRaUReA&#10;oYACKJGY2bx4/OTo6Gw4vl5bWQc0fQJ0eXD8y8+/4NW211d/+evPj45Pl+QTLKeixweEE10Q0ru5&#10;ssI8lOvWG43/5Z/961CSHp9e4GNEh3N0di17ZCjNC52js6dck6seos8JoOtf/OJj5LLnXz0JoNrV&#10;9RXIIQ2/BRGpZ/vo8yfhmLC6XxGU+sBZGqbnbAGISy97/e+9+xCyb19krWJ3Z4MxeEvUNbALMWb1&#10;hGdZEN2ZtaY6asyXuepYp/DWqKY5Tmn+r3o3Tx99tbO5ai+f2iQrpguGPcZMSq/5kOTXHp0Ro3t9&#10;eHZzdYEoeAB8QbXDhd7aAiFeJhWSdlHpsubr/uLgFA8ScFNo3pYBqy/LR4H2LIpInj958ghpBH+T&#10;zZf7RSH6+aOnf/XRTxuWdUzHyIXiu6M65vUub/QZEDy/+XAJgPXq9BxGMT+2urgAAi8VR5rtbG3S&#10;qoFXA6gen57x6RcRCTNFGI4CqiYOTIoGr8NVU7LSpPjlZ4+I/QDn/+Lp/vPDU3pavjSpbpCoG8oY&#10;yc4ur1m1VADoh/mEuHmBmHt5d2OI7fgAIBKMyeEnIzJnrvFk/4CPjbaEErIt2l/aWUUXnSPqtgQP&#10;KjBVUiustrVVHqWjI4Tr+f75YdO062RuIdxjpgGTEZZ7V76w5XNfAQVV1zMzEg0U2xnRqE5nCwkf&#10;qbWvaSn0ZfUp7BNbWmD6Zgw+KUJgrxkPy9XMmgSqenUGUMeDeMwJ6AlKMgu+Ep8tjBOFETWKUn31&#10;LUEFFkpkbqR2BOvQmubRG9p+g1rYiCkqpqAtvb50ovLKJWlZkJYzhOj45+pQcMysTat7kpT+LHOK&#10;k+pMVv9Qk3TNjqeixiAqqlrD17MgKrvH2CfPUciKeZfRMOLIys6SAz4vpyGptTHqxUhMtwozDZFS&#10;kSdfCeaCTNc4PcYOKIGppOqo0zRG05cm4WVHXmb4RsMdu42RpulcFZhifNzMxrBQJHrN5tIajvVn&#10;o2xZviINt5om1zjh8IA/eHgHR+KuK5Yb6XV/uLTMIL8ZLLlUsqNdTQMLQDQjXHVMAyLDYFC5vgx9&#10;mUkNGSAxysSPoGXjRaPDpZYog3STNhjfqVEDYFhKYc7EXqKsRuaSzz/9cvEf/fh6d22Z7Q6YsqlH&#10;QIWmGDGghXJNT4v4HbHAkNDQepQCdWNTUKxT3q8LbBxnPaw444wQ0bty/gqFbnKCFDeTIZMuJLkN&#10;3TK1nMiENGkqxNvmQsNkySWo1OTJCOuQpSFbqZW1OUaWhqwx0UonxCL4QOAuMtsTcj2ejWRB7BSm&#10;0kJFaVAbXkZPwdM3regC3nxHJdhEiVuxTifB/wSbKEiubKNwqn1f2xPdYU7XQ/sKoaeRcPll3qFm&#10;PCQJTUNCVcy5amKGIOqY9lR8DVwh1ySEMoMrQHLcPLpp68pgpateLxWZLCRwBmt56wAsESUXYUrF&#10;q1H3xTsv0Cy5ETtYy+ybOrJUgm3DG7RHZu1xcz1pmcmUsfu9XAptnatbTuTYJNaAT80LJA3urGlI&#10;47WCBxST7cee54a45pnN88oepIg4SDrXvpZPp45vH/QdfiJd7yzQqvSYCWBYaftndXAaqb6m84jO&#10;o3lRmrmaHZ1Lq0AzNuisSCtuSSmy0OVKK9lbWtnLOCMFyLZK+3wXxTNc5WGesoazq8uha5xc38BE&#10;GDixvUbOsjeEoHtx8BandxK3PW3z108ODwtDGRj/tJRKCcXUYnjNgbR0DPBu5lcQBwFF8Nty0f/B&#10;VMHV5Cx3NpkrZmO+yK43kkkzed3/zGr9imSTxmGum0tccjMjhG98sVIX6V4W+rqv8ZO4jbz5uX7G&#10;1V2Q/czXKp73vtqx/UsD3SpZXZWwS+akxUmt1ykP75qCJa08yEpYrk7Znl2Fip1dJz682iTMzZx6&#10;5+kSIUze572eUwhcQxKHCDqm0eA7dBm+GFCHQuM8edGTWWlOzfarn//N2uEBzwRDPjIgP/zBH/zV&#10;+cnk8txZVLgdtP7LT356JVJhb/eNB3tvPKCOBVoYDG5g2HnlvbkkCMFcvEhlRJ8IIJYhL/O8kurk&#10;Kj2Bm6Pd3jryXQVSu7kRyozPYW9SJLUpdukoEt3jbxuk1RnOoYSIDJTZGMXUEEW9kpgL4v2a1VtK&#10;tXzFUKis8uZXla8cQpz7BmX6nIX1rZmQezmdeDa1qT2MVQlWhEDppJSSxJdrDCWe1eeY2mGbG5k5&#10;NzSHan0IzRJCcqZEwVERAnstls1643oGk6uRCQITOUzhaIxvmDFzwHCW2QBuavVy6mKTrOMdqsBo&#10;BM2rsbQUWlzgR2U5dNTipUIjW6EKYUt9/OwJh6ipSVuXlzdYTRCd+ptHjwizgWD8xs7uBw/v01zR&#10;GspuA4WPUSi9C0WbijlL+Q1AhIbuU58pbzgvFC0jvyIs3VpOFdJA7Czav/6Yv/bl0/0vnux3F7sr&#10;K6uk7w4xOioKtJ3UUgg7f4nMcmP9Bz/6Pbqan/7i4/OLKwb3CE2BF+BI06aubNB6L2/trJOZQ/90&#10;PDgFfG7JoItaB3BhcjkZ8v0If6IP/N5bbzx8404nyTnU7+6uiVk9mZycdgn7Va1UCHdVXoUSC1MU&#10;tbJQarVMiapkLVr0yFJw/vR6eIVDykjhvXg/0YpbNC4kuLExKPXANC3vB5bv1c2NKWaZhENiJ4m7&#10;S5otqT8jaf1xrWvvDyfXJDi5XAm9aQYmXAiw98vd7hqxt2r2BBvzEQcUHLIjHoGFLq6sK5Oj1frV&#10;r399dj368vEhlteqCyCKLyxyd5gqFAoHGl9fXa2uK40JDvbB4dHFmWBnKglSkZl/HF9ef/XsuZAA&#10;X9y7f/+9t94+PD6CzLa6svKTH/9gMW0cn5/TXoOKjxXaK4Ol8UUvFcMtOzs9v7m8tqhbtLX4XRP5&#10;05piP3ZxvbDYJTPt7OKq7RY2Op1gCi73mWaLtvb09JRr+3T/+MnJ00kBrFT0buA9+M7xse6ELnp6&#10;f2+Pn1lf33hx+BwM+s7WDgtcjX2YKObFgoy+hqsMcZqd44ODJy/2WX/vvfNWSxcMNxzR+TIhIcnd&#10;vZ27e3s9QRUFKcfrctRR7UcYxOP9w+vBAMY4dtM0zCuITwaXI+OvI2V8eHebwCcJs9O0IjNHxkuY&#10;2LmQJlOaYVooTkmSCppRiwxBK57qT10UoEqVNBhNFlbbAyQBBCzb8rNqrjDQyF7JClapsNuN0BFF&#10;XNecXQ0SDm7rM3vhIvCizdr9O+h3LZGo3L6LstkNRtKgMMXARiXCeKdF4V+njCvYFGfO1yqIyrgk&#10;tnClj2qALC2Exlej57q9Q4xzU9thtL3CV35VM+/9yvW+qoyqiF1fMpSiPLsk2cU09ZJAXRq9+JkY&#10;qzZZD9Vvmlbz+BgOYhTnZGZVEUJOyqa9clt1ZWpjEp2uStflinSX1sMDwgkdGbFp6KW9qx3wrjqe&#10;5dwUTHX4FduQ9KjN5nLDMVW00ND2VI4lJGL5q1F2QqZX0T67ys31txgOVXOMlScvG2/Ty7Mrs7vL&#10;YHk66qlJkx7Tsz+vIYjZ3tCWmSo5z3oxN8S3Av3MYLh/IaEsbSZNHJ9XrsWt5kj2PPYd8+n58Skz&#10;l+tMyhQ+ZKthnZicII1Sas5/Y8UsiRtsvHW9lcg7lhprKh5BmiwUtdI2S1TL4XFx1hxJHBa6VoFX&#10;E7kyBYRJTbSJS4OsNA1c86DQDpwAiZ3lniC/d1qSXM2YqbYCyBc8t+0xld4BLS7FX9tsrRk3SOfq&#10;NRWdqjMPkjjldTek82AIrQvFAaqoID3+kL2hSjMawzzMiY5EFF/i2rkoSOIeNzJZUWX29cG0+fr8&#10;TGbMAJfZ1pCwe9hPqgLjJhqPxPgjVnzriIMaLSd4OnJAZB0cmfILwrArhhA3lcFsCWr23EnrYBSC&#10;qV0rY9ea4a9o7PCxdFX7MqiaqqENsQeJYrEnsg+MCMJUtwzIl++uYUAmcYiugy6TWbZObWvTt86y&#10;inYa+7gkpneFIV1p36b/Cp638qQy/xnzwAqlZ1F3FppvZ4pKMl+66CXBqhAHcFkrVMSPSLOIKHI6&#10;U2/6V4oJ/TzwY44drHRx0SdpZ8DMmqLDZV0RJ4qvHh/gCLfWadgqzcyz0LQvht+2rHoegO9O84OT&#10;Xhq4QTxoGQEfZrqc+KojTCqQN1oZzfqkUiTqS8QwLWLwrk8Dhl51bYaPBjMsl2Svvd/VYRQypNxL&#10;zrD1AKOZudV82V5PEpq5R/lXNHyvaBDnIeT6JLMehuTcLezUv6xIfhXw6ktPRlMlho49DL/nklHr&#10;3lfzALIdA2llQuZnxkquxoONI5xvlme6Gd/ZubnEAj0yudCI8c311drmNlGgYbTUkDK3sBEP9UoO&#10;InFxenJ5ejgaXB989SumbNjXPn302Zef/7qDO5+pKECzCosiC9sIb0PBw2jz+vyYCvb3/+E/Xn/w&#10;7snjL58/+Y8AKae7exCM8ClvLC6Tq6IYNQv4jcwJo9SHSFRMeBN2M8yrktkUqXbDApCbzu5DOeup&#10;mST7uj+yi2qkmVy70HnVMMSh0lXXRgLOvSSJnjG9UxvRTyuLkPjQ+9lNcXVvKv8NsLw350L/iuTk&#10;WnD1/BL3M4Z8JWsv6owA//WBvy+znWtZ5d8MITtM+7GXtBst93n1ukHByyUYaafLhkqBt143uGtI&#10;7BdVzWnpxlJV1eG8LbVctgZ8NEBXuo0J3KfWd+bB1Uq+JAKBm5P87vZWd3cXlmmzZWOXhiBLL5am&#10;bP1USaAEHw2ePH6+tbF+fnm9f3x0enpOT4wK9ODklC4W6+PlxjLOT/DylT0rFyIOQEX2sXVzSsbq&#10;zgqwoixH0W0+enF8enKGfNQ+51QQAaVVt7O00sYLrtng1J7QIL337ptLYtVO19cRsgp1Xl1dYX3T&#10;tsBc5fV6imN1D+/s7KytXeNdtLNJozix6BoifNvCk5tfHD7jB+hY7u7upgZgXzI7Ag2kOey0uTQP&#10;9nYebK8CPHC6bK4tFRazAcN7qcNJXhgN24pjs+FED0w3VfoCaY4PUDHRuFs8MdrOsyviHjzRtWGl&#10;gKxyUNBlKe618Ctry4UsyvLtrS0uysqifohHXbBkrvclh4ConnYX5LsxPDtfW1va24G+typT6OEI&#10;yhndu07FaU4bxs/Ql5A2rPxkGnH8osc54wSQU5249qeQxTZ2dqBrg/oqnpeSdDBkWMBf5zU5OPEh&#10;4ysjTP3J73/IhsJ1oQizDNYcSjbMN16NjmtlcfHyqo/b1pMXz/Y2154/fTYSJh+d9Hkjg7qbMoBq&#10;5aSTN9vyqQIsZWrglSTE/WsuyhWmTxgmFw3d9cb6qmjK/cHJ6bkpqZunl1c7m4QkX+3c3YUht7u+&#10;xivw11HxclnMjUX2M8DB5+fn6ZiqoPnuwwcYVuEmBcjQloq7RectV5rhkOfl5OSUDJUPf+/9ZQy3&#10;htg747CT2yhHbtIT2ziEjPou1eEdGczgWpWbaZnb2tr8wZ2dTfBeIfkN9mL+kNXFWGR5sT0Z9jbW&#10;VpoxNb5U00Qz+gA+VpJ7E4+5ZEY/qRoYQ8YwrjE9sPMVXskugdAlbZxf33TeuONDSW7/bzWzz80Q&#10;wmau8Q8a5blkqY9iOIfM3izNgluJMpimsvgHNym+0aY5NIxB6RpaeXFDy22IPQadXp77omaF8jpH&#10;+77evZVpnCGPp6iUvFUVFz+OiyWDsTyDc3Y5xw3NqosXMnXu9rv56qyIZ6GBG3qt4nb8Y2lNU68U&#10;qxyi4HEdpV6+5DRWmlpfjWAjUJbMEp0DShSMZgOjI4YIVaVp1V1XIFIx4ylWgZTzs+E0Hs7hq6em&#10;ZxFfMA0XqqiSTTVZ8v2h3PtwJSCBR7aJQnI47actN/r5Jz9n5tNcX17V1j3ViSGX4HypnS423N4y&#10;07puU9tIUWHfU+r3pC0Vz2TaVYA1H3MsrGwS0PkEA+K2TW6BJbvm2yv2i7TOsl4yZCqTFJbfMNvf&#10;wjyNoPkXwbM8NJRBLlRKLwP7NPdhr2Yma2l5QUhMY2mD10T9pGhzkS6fj2UJnFiLyV9pAKmJhxXI&#10;Gg31JJJS84ykEQJTa+DNEC8ADOYYZx20mwC1tsM4JTXrSJnkZ0E0bnc/VRCPthB5MlEMaXJIBZlK&#10;YByJ74my0FKFFcnjqiGc2eOaIZbYxHUboIhgz4XFB2o749BaXehmwxE+i5lyAbQaMnlUWVyEmmH5&#10;rHfI1SumQxpQK5UZS8iFjtwkWUTTiuOqIMd+nK+gfI85FdIRU+mW9vJExgySV+TmLqNDsFmGSbNJ&#10;lhtsDH32IjHAkcEGguZ7cNlzKSm9DEQEgipwnfniQO6Y7GcuN58SfocLNRY3mNQ9PBE1Eyws2aJp&#10;k4M8tLu+KBOH8qRqwGOmiCvlGNXEyEczkQBCSA2sfzNFRhEyrWcU1bjlxMTs2ZNZwofhSeHEizHX&#10;9vy6LHrBp1E/HxD6UHz7tFLNlkklbmbu7iqtpj2GaaeRdQ0sy00vnvnRuR+mE+Tx14yy9ebTImxw&#10;gS2dWJRUw4wf4LdTAYU859T2f7kdegkh03IHu8V99KWE0FfM0cJCAlyV2xY3k8JGZsEfPjTDRq5+&#10;jc6Fzs0miK9SClYWwUUyY/24r0tlce42d3kesbod6jNDyObb1FcYWv2Wkb9zepN5snTFU3WvimFN&#10;atbPvu7eG4jp3tdcjubcmr3/di+imtnzjIMfPhw2HiwkKuqdvXudlTW8Q10MhY/j4qOnT6jT0JLn&#10;w37v7OiLj39Oc/G9P/qHiBsSC3R0yiRrn50cXV2cUuzKYqbTevbl5+CzPMDUyIzPcck5fEGIyfj8&#10;+ZPe1YWcRBN/unuXJ2FwcUZbu7F7j8/Qv7qw3sjEzYpZn3z+yc9++JN/TEXXtTFcIbZOlZXga4Pd&#10;4Fju/JwOen41BQFTLYC6uteF0UwKE6b6Vy4CV+Yk+LrU25cvW9ZdPmhx06+RpbtvpqDfdhj3L/8V&#10;9wpDsnp+1szvLCl9RmJMmitnX5UJ9EuL77dQSpN6LxpMMKjJLXN9LB6p+GBDsoJssU1Kw4O8mvlH&#10;o+1ydFGtxxIRKDfZYCqQVNbzailFOgmgR/l0qLVOf/zeO9PlVU1utF8itmqaW6wcKJCzXl+fr6xv&#10;/eyT35xeXFzdDE7OTm/6vYaOwBb4cFt+tmOZhRhZTkfXRMz+XDNly7sX9dFjCR3mGZl2SNXIx8dn&#10;z08v2DfvPri/tbYC2ZTB0dP9A87Q/mTc79O5YHSs+4nE90dvPyTaYjSFjTygHZraOQYFq3/TB40m&#10;t5HwWGS6kMH29na3N2iuuiP5n4iTdXGxNMzzzx8/5VQGoUNZpMe1u3BM34YYWPTBxtVgfNMbriy2&#10;Os3N68HNUCN5uYtyrA70HaFGF08Oz2T4Kx8vQm67tE+cvkuIO9v6PBQ2AK2rYv+63nC0u9rc2mv8&#10;+ot9DKtEY85zqLZiRmc63zsLHfqrfm9AE0g7Ah0USBwA5Pqmf3kpBnWqCiI9PTsnwhfK8UhQOL5g&#10;HcYNNKhcQj5tYZEVqieGk7XV7u7O2ptvvQVE//Ctt3798S+fPX5CeO/e3d2msgszVLgsg9PTs/Hu&#10;BhbN+HIz20D7yntBPbfEAlwdFRucmo/GqI/rcnN9dYW7MBhOV9FvEeQjfynKMDKZEmTSb92/T+VC&#10;91dYhZmHgAc0eMorlsCVkceHbz+gIn3y7MXVoI+XFb5cF+fnFF2LGISKw++GMl7u4oilzIlm686d&#10;7e3N1R/+3b8jZeF1n02uvbz8L/63P8Wii5oMWJZPggasA+Lf6Z5dXECe315b/5f/5t9tba9rdQ76&#10;7fYCL7XYUXLPUncRuvQiK4d+Hsvvduvo5KIBnVmoTZ6aZEpkBD4PiUdT3VmgUkaHDtPmdou7hhs3&#10;a+DJ02c8HaxDfNIGkx4cftY14cDwore3V3F3tRqukPuo83NM0lAQWEGWBozUV4LRysIkWCYVOg8o&#10;4kMgpAzTfDCvwLDaKZAdrTgzFXExOC6KuE95SxlWzd8IzlaG56bBRCpY07hpde75+GZFaMZskFaE&#10;F0m/zuahDLfPQ6tt4Hk0lI7fzuSJ0SHr9ep457frOpknCvJ8lTNQFgpFrU92ztePHzU7piEoLZRf&#10;LopSX71ARXGMNVctkNdHw+fi9nXzJapaAriVm2V56IYaInCTg4lhxLb87RB4X498KP8gNVpyGDgU&#10;Fh9tDrGJyVNqKRFulpZl9UHM3U1LICEJ3rEmFw9ivzAMkMAltTUmuJQJHWeIArrY5puYF1xf/ObZ&#10;s6PD3v/8P/3JhpODnHEO6Hqa4STSRIWWLB3bikxUbcPTt+OIT62p6iRq8rLgtGvjZvUPEGFlo5w3&#10;rD+T3sUCDbBCYrmHQwpKOEZHo6HuhIXuaKDTkhQsDaFUFn4a9DuRhqcvTBsJsGk+CGH8av7RUY4e&#10;cFf+akcBYIpw50raMECXyxj9JfZTRUalhRnFBfqsIkyj6Fo2HfqjMKfnjZqClJVKZdbLKE3S4Oo/&#10;NWYGdQD9/0gnTMOHgJjAjeUdGvLUslavyIysr5G00muc/cpzOGrPLYwtwD1jvsk+Is4FFECSLeXp&#10;3rRHlZfUQ48ziBfrOpeOZqAxJXNqC0tc6DT0MnJuLjgOg/2xBkKkoZkyOYmXmkyyQEyfKB6cxLTU&#10;/L8Tmeqh/lUhqxl+qkWlSkeZAKplBX13ca45v7B4ClYRzT/MnQ6Vc5OKR5GHhXF8GStjaTW1zjFl&#10;hg6cmyaiq3n1wEXwhTI83VrrUoXqXVKjHgbHgqR09amhNEEgl9s00gDtRuF93YMmln0+MH9rpq+V&#10;8NdFIxUfeu9KXFrOvFwZQ+dqtnZuho9Uo7Ga22+EKky1VKifxdGEYiaVeZ3QEPIeyBRUcWV7WR4h&#10;QP1XqAxHCnvhaZw6WWPriRJbIxeMXgj96DhzLw8Z5fFjV7Cfr4DRsFfIH4+nrohpl/HLJka2t0fN&#10;lEg+zv3zIk9e4z9phYOW5PH0VVkqvk4H/uYDZR7cq1GPX9kf+5fMCX+nftfNIWmuxmqeKcq/JSK1&#10;/jlrKKyf9b+umj7XdLX1kW4Rmbb+G+YLUahZzRrCWs1kC8/IkGTJCWorbzc9r4ZOvnj+7NF175oi&#10;8otf/wpX3D/6J/8NtLvt+w94ZFHZhpnu8vomn+Dk+ICdfNy/OT0gWeXED2/W7uyAze5s3WGzbS/j&#10;pXJzdHTEjoD+5dNffLTw6HNWGW63q6trefG39MrvfO/7cSvWd87/4l//q/t37hBILttBHYiNaELu&#10;X0FpLm3kktoa8HX29+y+V8doDTSVmC0ZV9yquHe428E8dYG3q6qVogh1Yki+cK+gyt8iMH99ctBv&#10;50RVOdvXHC4jv83V3ajn3Kq9+w7OzN/W8fZE9glM5qDMszQ9ZnZs9OaOnBclec5Vs4EZFu2rIWVZ&#10;hrk44QxSn2r+70KZnYr/YyIMxsPGMgpka7arR59+cefDD5aWFwEJOSTh2e7vHz5/sT8x28b19bX9&#10;o7+mvsffcmT+0sud7gTcDBqYvCp9FwejlrkfT7TJhu2XLBfaA+bgA9pUTrkF/TblS6sRa5G3H9x/&#10;/0c/YhR0uE/O0enVc+p53kJsNDrGhgoUY5Q59+jZ8//4ydL25nrDCjV10Jrna4pMC/ps/5Bjl65p&#10;Y2N9e2NtkiB16e2fXIKpGp+atgvi7nRnY62xvcEHA86l2iKydndrM6xfHI9obG5Gk8Hl6RVfHjWv&#10;wg3dAmH3oxEq0Ivzq/ObnrJ8DLHhrXlKuZr8cP9mPDi+oMM3qjB1yAVUrtTi66nNLq8v33nwgLJm&#10;gZ93KLWEYDOXoovsDYAZ6VukQuLAHvX6Wd+JgZfnvaFgeE3l223gXAuFz7fv7K5urIHGbhFbtrV1&#10;cnTAMcR34U2XV1Zya28gAuLb9fzLr7767KvRqA90f3J5ubCyasiqrLA7rbYCqBAGNXR64td1LdUu&#10;Ds/tXu/m5maA4zLRRYDeqi2n49Pz00AGkwgMZ5dWZzwVKw0LK74rlloAjAqGNllYiIptNekWuxCz&#10;6eAp904xqZrkNNVaL4xXpuON7Q0uOK1+y4I3eTUss+S/1e8rOrPd+cXHn66IcZ0cnkJRx4DaDQa9&#10;iyvJ/JxtrtCt90/JacOkZvzzT3+zsrLCNQUTxkHtqH+zvSO9MuJnsIzDY70GNSg3kTKp2+w+e3Fw&#10;fnkBX0ABG6kcYkD58YV2/LzhIyJBUGETEEWnroLD/+aLL3/wwfu4WP38F78ElKbHfv/Nu760X85l&#10;5pM9fvZ87866avkSYzQFfSipA7pYbQtFcHhwsaFKSjGIKv7ceqQytcIFk7mihA2l+QdyYdg5mXSs&#10;/DebZkWFNcudMYhthYoFpor1c5mi7zJXbvoBrlWNYo1x9i0bVkiNC0Zm1u8GW2YXlC1B7WZRRfnr&#10;bHedmxtOR1VvpX2p4jTq1okqwmKQXW2s7ZIIcqZl1i1NWl2wVA19Z2qaiv5Ukq/CXMPXgntLh9e6&#10;CqyoM6Sr6qqKoS9i1VtSXNWMhLD3NKlrwUMOnZJvwvUugoV0cMIJ8LuLGtUiy+axavOhnhXVrrQM&#10;j+T4QAOQwNRe31r3sHQqiKrkajmtIkx0RM+FWUjrOaSPked7c9QfyqjKdJCphdWwWGCdtQxNlKwn&#10;TY2vJIFuZnmqFqCRh+TPSIhMXeViScPOq1CikwVkJbt5Bk4tmE/1uhS/4jfgU6VTgQdZBglyoBBX&#10;3zLijJDPC7dNsyA2bGaNqHmCSEZk/aeeKT1oebg35obMoFZrJ1UGj/LsTGCfm6JHD5lxwfXrAKhl&#10;NlkuWRfat02C5NPw1UzJS48NYlvGd9DRBhK3FyXXleCwKEsNxnn81kiqGfW06lFE25AWnzdgYMpz&#10;LEohhvlt6WH54kwYuVVSvBRcNLbbYrGZXmW6TbkkMJCh+VN1ogJuExGvfBpCajTzGMu6sAD+01mZ&#10;yTrRYnUhLcNjGtooJw26zszCPyZEMuUChRuuXEhmIuDNbl4xrvS24zyqYAtjmPupsOnCMsNVHrey&#10;VoZz/mA4WZSTI1C2Juw3migzEBA1naMUBwe9IEePWvngXQwGzdFP1ZEaeh5obJ6W3cWsxhK3DbHj&#10;fuYzXxRVt5mKZ+NrIEX0mZ31Si8HldS64DldZXwgk6BejFZjbo55mkbzAVeause9w82UL1VGdvSo&#10;K+Ln1MqRY5rt8Umg+3WKglRnhr96GAr5dJvjqS5LZuxQnCZ5EvCCA8Gnkmx4c6mLAcwx/ShYyOeF&#10;d3OjxICVudC9GBVBn2+qaMmQtTuxEarcuTPLGQlhxcGsmRs8eZ2qlrC/Vb5BfpbilNQbBjdzL3bf&#10;YNfsfM2WyFWH9CuxV1dvel+dFf+SiHf+A/iv6XnntcOu+qcWdnfrI1XWRrfp17NEApfM1OKpbSwR&#10;FpvRlCvIMSkX3te1Wq7uDGbHfpx984zevffG0ydP36OW7fesqtEQhGXz+JOfEjW6sbn94z/64829&#10;e7v33yLIyKTJeFBZlJdhJ/yVzp032cMAyXZ23rx4/tVnH//8P/+n/93eux+aVXsG3FIM+uvbOx/9&#10;+b958ObDdz74w6m069Pe9WUIc6Xsn/au9p89DYwL9sp3Pvzh/YdvQ0qh5W6TwWEjxfB1ijJrOjCv&#10;X+Ie+2TeP6qG56f1NKrwvGbq/O2wDSKvSv3ryuXgapONSgA1F12b2LYfHutgJ+xrQ2r/DW2tu71y&#10;ZivB3V7o9f9xX/c0zHl5m0PQvFrYfbclfSveI75SeOHGTRGmInrYilAZK7TIjUPaeFRC16Hw0mul&#10;1I2FAiutfiE2lIvueuHE1WTXl+OHNE/KeIPKLVZqKvfnP/94E7hvoQvieX59ZckFSHdaFxcXbNWs&#10;XYqMzeWljuJZtApvyOyx6CCuCORbueWm6RL2j0xxIXuyEedNKKrwmxlYk0mbrac/3PQloc/bKvS/&#10;+tWvLyZJQDYU5zOdSBkLNDedLi1QEhTYTVldIKMF9vtn+wejify31pe7S0pRgvCVgFfe3/3BDfa5&#10;vF2nvdxGu3t5dnK2xghoaeH+3g4KV9iyYfZJ/4xdEYdoT0pg/DsFaEAcdrZ8918831ha+PjRMyx8&#10;J3moVxS+SjO3YGGzxOGEPrawCgAqNgG/yk6SZ69B9a5EeldXAJP5zaXldbKJKFfUnCNuwy9K6L3w&#10;MZSf0GvZOzDKAoCl6ULgenlxIVIg9r9tsY4X+YNmh2Jtenz6Rz/+gM+z1GlTmS51F26yFoSnQMWk&#10;8OFugrTzpoN+79Gjx912q7vQOTw6hv9GPi2XK7cItQZ0YKyG+PesyfRCNaDL5BzTh/ameoVD6/Dk&#10;GNsqNKtXN1fSuqJ3M7Ef0zIocG3AzyI5PTtbW1uWx4ll/2a+qRQldhaZ6QBoF6urqzJ8Lvz+/sEC&#10;u90SgcSMFTSxv/vG/UVzpZJymzpIZ1iKY5gCskjWBRDeP3rxf/6Z0eGbu7ubK43lndUV4NYJ9HU8&#10;ToaYZA/JIuLWrK+u76Yb1L77B6c8LVRj0hxe9+7v3OGIvrpiF04Xl1Bxr56dYdA1ODw92yC1aXOd&#10;2mt7e3trc+vq/JLpgwqBPN+8s0tbePDixfDwKOumb93duzi/GK8uXZzd8I6Axne2iPwt4DAf9G64&#10;GiASVPmLC2vXVH+jcUliroZNruw4itidxRammAUuehctQCIZ2hGv0rvsMY+QY60q/MQSpI0kKQta&#10;hVq1VY2LhW5WKRENErhXqnRiMIcpDgNCkZtFTWWk5ct6TdiOQb4h7flljkoxO+BLsqCaFzNQNTA5&#10;MKbzyBvx3vvXF05U9oFJTLyMhj4R2nWzHwouqTV3zbquLghntD2mZbyIdYyxLY4NfAkl2NFYbqFV&#10;DKWvpyhG6VXI9g2XPvxLHn3lksB+LEor2DLmJDCqBZVksfDWQDKrjDbmSq3oBRI37SpsKqqPM1/z&#10;T4w/pR0prXphk10HhWBaepP6AHor2SYKlcsK2Dowk2rk0zI3EEUG7ZFoYzi704vi3zYeYRWHvSIj&#10;mDEJEtYWas+GdqPIAapwY8CFMXpelNJjtgibv6hG1mMucaxgPIpzA0x9+FQCNkGr0674GGr0rFVT&#10;yjTZRRxPWbNQdPlo0khCXqvYxDpKFJ41FhqMsSLy/RZSDG1kFletvAPdGxVA6cSaNLZ4vYNYxbr6&#10;mTjMofnGcjlZ7mQnjGInesCFd/vAn1KEkiJwnbXXSqN14cZzASTx8KFZSAORXj4P4MBT/TSdcqoT&#10;nujvyNxqKB6Z7dwThC5tS9IepCMNrWzBNmTYNLLMAhlPCFBTDiEfeiy2acMFC3d5Zv1/tL35kyRH&#10;diYW7hF5Z9Z9d1cfOAYYzAzmpkgaydXK1la7+kU/yfSr/klyJa7tyrgjcUnucDjkDAY3Guijuu6q&#10;zKzKO8L1fe+5e0RW9xxm2gZhwwZQlUeEh/t777sm2hahgsJunyvhGJwpdJjShmK/asBhA30syFAM&#10;MQOODWwWoQFCKkLP1CTVBb9D8ydcY2OnoHJT8kxdUtZpNNGU1gDQCtpbiAlCnYYc/Kb4gkTUc/FP&#10;YEQnH0XsqDLF5/tPJ3NxbSvSOuadTeC5tayNPCva8euPM8AYUhJ8W3RTTspnWlkxFjGlJTFP8LSO&#10;/zKX0ikNqsIJbrQq0oWEYp0vGD144uRGCIegcKYCxJbExUKLYPH9Syq5La8qMU1oJIIpLj0UhEqQ&#10;LBP/nMRuoB0MKn9h1EQ1g6YnKHmZiHUhQRolo1aksyz763i8aP42Y1zUOFlMRCEBlTx9ojAskKe7&#10;SYKe0X2s0avNmHmaNEfIQcadZVUImzWmVEnH4gkQhTPReCoJpA7PszdqVCiiHzTPUG4LUR6fp1Cb&#10;AN3jdAyr7uNzFwGYN8ZqjuWz16N6aK5IlnWtiSpYygDf5PVdwN2k1lcKd3PH+r9yuSrc39cgpa7a&#10;zepPFEvC24rT8lJSdCmxraitX/0OZqn3rhK0nQme+zb1EURFMMOKCX3OVP2sg6pi2efXVb9ibHxl&#10;7WMvxsEwmq7u7H78q19cff3Jk68+kVEqN08UYStbu9uP3vn2h3/UQlHXbnOPN3S2TKXOoTeApEWw&#10;gERBm5PK2WjXu+vbre4q+ZJQyTXAgmQoadZE6djhIkzM/W9/2Omtg0+Hjpe7F0W/o89+9XP37Kmu&#10;ZJTiP/z+n+08eNxbWRPiltJtXNgNFBrUssAmxr06UHfRztMDgkt3tgjB91aeEOv9G0L89yuK8BBq&#10;5n/bhBsUoyW0W9MkEyVg6fkr1nFxxuJ+Jwxglmj+v+2H73ChkyJkjEXE1JVxImHU/qo91R/o8y3m&#10;VUk1rIsdL4N2Rf2YSS6fqsykjsONYia8ppPnGh5B578Ibyt9JV6bxE8vwifIjWg15L3m4YE1bI9s&#10;mziW9WofcRwUpZP76MmTw3v33v3WOxvbmy9eQJx7MRydrGKx5vlarXG40kX67suXL+c0TCMTGPUG&#10;kMIFIF/SBmgzClFuSiNLh4lPq15D4fHNGCy35NHhwfbBem6+8R4SUkphBJzVUxydt+NbHssoxiCQ&#10;hB2JZN6zSbB2fX11W4zIe50xxKYLKnuSKYP48tv+BR6tdqOBlNTzxWlCmKEGjBBNEQacKJLgooRz&#10;+voSeB7BHJzi3R6cRhP4FQP7JVcszYSaSVogaqhet7u5sY6UQRhy7G+B5YuKCmd/Ti0rYiHh9Dud&#10;oR/DOBz+0UIx5o1b6/Xu7e00W40Fj/kCDtVoXNFCH2xv4N9cXfd/88VTgI0TMqbIQ8Pr4DxHh4m7&#10;Bc7s9RAiBdSMEMQh2WyAjN9HH3xLJh1WLKwKOFU0O5D7FnurMG1e7GzvAH1Fr/X8+XM0PJgzrK6u&#10;w/IKdRu+OBbZsD/8/PgUI4ad7c1rhNZCxGXS65shvt3J6Tl2HyICJoNeCkDudT5sNZoQYqH3xpYE&#10;aevw8ur8sn98eobCAl5fiZAFcJVmUxltAN4lomL+5Kc/RDGKNCa+Wr0JHTV6P7CUUTMBOwVKjLoQ&#10;Df5+nh8dn60h/mh7O5Oz8eJy8AKsdZh3wa+mXlMNoaFidkKtBSnB5r3Hj/8qte8+fghJM5p2/qDN&#10;sLSwRLHHYbGvNhq5DIlAfD+77OMP7OoRjIwnotMdDkfPT84+ffIUSAeqLZzY9w/uf/nVf/lf/t2/&#10;/v6730ZVsrO79y///C+47JA4n46ez4WKjVIPxs8zd7K5sopkI4x+sDyenZ4AAc6E6QxIuldvoKTA&#10;GsC+jYeJw0VaNS2QVpTkcx1uerzTRI/7wJJyQayRVDsmVWqxz6EivYXkCdiht66teHvKQ5sy6TJD&#10;qYiOvbexKY5gKBPVMIbZ7rlo/znX8ly6QnYMwi6WKZiZqF8S3nY7EXMTxzFHIK7asL8Xun2/Rser&#10;bqy5AGaSFCu0ZnVnZWiKJGcmEpX05i1L/OhRIkBjKlF041AOXqgwCnU3Tl1QRfOz87I438c61UtL&#10;wemK0nUqmhQG60u3tOuXM86YSllKao3SmDmj82NGmVt6enriotLKI9KCMKuNkSCQivv4dKFYkct/&#10;J6KjdYm0UkIprLCmnCuNMXwhWh7p/kBVyqsPLI3dsSc12zB3cTGqkc+k9AJGGtZcnBYt3XEy2FbR&#10;C67WXMvcM2wLSBNK2enwbGKTwxBcPBfjyZizGENPQhKes9QnkPLIwL/L1DDDUbhKPoXcEyMOtrnQ&#10;nvhtsNx5TfGCdNQmdZlOTXKZ0HoBJ2SDysW5UAjCsIc08vqQnDSkB4d18VTN7aVgN0LKRWOXeZm1&#10;Fc9fIZklbIzztG64faTUyKdjFvusRnD6iHpWbbvnNEeA8oUhTrAnMDX56EIdyQtNEBMrYHb3LONy&#10;osRs4kS3hKs0E6N1yA7YnGOKAF8CNuB0ZipIGp4vgosKnuUaAXyrJw9dDMRAK8/k2mQ8KGtUbRKu&#10;JhqHqCTQB3GMoRoA3IvGyUhXmmubAix3sTAMDWZiAj4x82/qnK7R2qqmEzb0lpNaukDHlaBJznsY&#10;O+KOQZ5bMD8dpoxzcfjinkOTLVmE2JFwRzEMVNsCuRj12XCCH4R7Q1prFeQ/d7pJCw16zSA/GZ7N&#10;szGUqTJzIBMaMxWSGCFI4j6HLRpD2hu3aNpG73C+irw6Ry8skzsTpjvzXGYHTnsuD56qf3RwFIug&#10;q/d7e6X9MX5mZn7f4M6UEntPlSiiYZ+P+HFlvKrzg61Q97LSE4iMqLVJqlmqJsJLsegUXRg8qjBW&#10;KOpYrAWqpR4bT3jCYb7Be10TKkHNaNgUnC1zGnvOFoL2Y90uEmRnSYkOzgXA8JoQsMOwULU2JuqJ&#10;PbJiS2GFrImi8OHnpogjPisuSVY9qQulpyX5mzVptuZOEOvvShF15m5QqvktBjuuzFn4rUJK94pk&#10;OFnCAIt4dMRY5uROpq9b7l1/L/n0tTRs44xbSrRKKgpeE0NvSmexcpnFlERv5OQNsVwIIKyYViw1&#10;eyWkVqpFZbZ2eXw0uz7/h//4l+2NVQjsRBfJ77+zt381HH35xaf79x6udKedThf9KrwAVGRPZztV&#10;3/DPKGBymqospu987yd7uw9QiyNViAM4oQ3PRuOvn3yGtQzOHXa1/tUV9I+oO4fTSf/y7Pb8+OLk&#10;pRJm1EL6vQ9/NM2lmnkNP9zcBebNcpdqSqC0JHKUGvtKIIN4H1Kx4vQ8Ma/EAi0T0ctCwcXiML6h&#10;OBdH53DzB5KWo9dUQX5WoG69SrZ31ZCt4EwQ0YLfpTB3vwXX/QPZ1OZOHlM2TRlRp6ivlebWU9+Q&#10;fSBfN9ePJoUN56TOUzqCI0oSxjlmKforeG8WHigO8mmj6K4RU2hhotBejaPIJp172zizj1+8gFa3&#10;22rsdVvf2toE0RU/A3xzs9t7/uzFr7/8clF4e9dCMoA5sAXTLUnRyJ0Pzzfm65ioo3PDq/U6nQ9W&#10;e9RqTqfoIuyqkMetphNRNAgMcFzUKTVnB45Iec4s2932VpNSLPSBmN9zAE/TzlN0ej3KTSWvFkZs&#10;Oc5UVBUFBkhtsU/AoBkfZntnm4axDobANycniOGlFgzE7K2NNXRiWFnPnh8xFZJOTqz/UZel8Kwi&#10;TXcG6jLAUrSs6PdyRkNy/g2a1Qh5D+h08TGAIapFBxTXM8KJG+trtLwq3NZKd2NtTQpKHE71dahV&#10;JxME8CTiblVIXYBLAXfQ9Xpj3+ZrnS6Kv4XAYygTWXJIkIaZw5IqpWWnBVZcF7NQ1ugrvZW/+fkv&#10;D+/fx69cXvfRnuFXQALHQdRpt6FtBqMb4mpeGR49hD54ZRAW1Wmj1Lv68uvhzRBvAvAZ2cL6mKrV&#10;MEJB8C5wwCa3s0YYxMpf4zkzfhP2fLbR6ewd7N2/d4DDFV8HTe2Pf/RjXKWz07MehLLj24xsbRgp&#10;jxvMlATs2UYZdnkJWbV7+uLFaDgGwHt1cQVXLqzbk/MrrB+A8BdXfRRD+PBQSqOBPL8Eq/r2nz76&#10;YmtrG0XgSrs7IlkG4PGEGcZU8OLNAVY4DBEwS1wH1i9vhw7w6OR8b28H7GhA/Vd9xEKNcWUxiQDC&#10;A6k2hglr7dZiDBVx9/zkGNXYzS1wFrqygUYIcTXuLuYvGN+8PDlGH5tKdYis34J6t5QO+inab+iH&#10;pwntVXBTitsR6wrgVyhjgaujIjFSsgeotYxHtdEcz5TyzXJs7MpQBQxEbnAXRyM8qNJAwwXH4aOM&#10;rdk6OICqgHanfgbsexL6VkoUEVcSBkcEh+mtxfsYAJBEcA4uMM7SUsGcg/IkGk399u1V/H0UPE05&#10;fVOlluw4NIVgkmoeM+XcG2a16dmb5yEAIdipmKR01JSJaUXp5G1rtAwWZmShOYdscShStTHDMFhJ&#10;UXVaxIRFDcUrO8iAFJvqZXMxONe+SgEylQ46dqXayQpzUVzEynZVZXHegCkoh4Sd7G1mrfdj8r2z&#10;9cpfF+xhNWtWyahBXGVNJbdY4v7CyWFUbmiCRUT5kdFb8oPRMsSJDyb2etonig4Q+yOmXHD0x4DV&#10;kM84Bx0lp0AeS2JOcwKI8ynfFKZvvsCeJIwFJ2KCVCofAYLVy98ab/+dM64GalNL4NE2pF8EJRYD&#10;NwDH4NMoAAy5B1Y8Hj1W2rSwJd2eHapRd7kMGweaOiQiGY1jIRxr2D6RA8ybxBheo4qBgvyUzCem&#10;cohGvBLE3YWsDWJcYPtgnLcgSUX5eJDSp7kE4+Abg+OUiF+6807NjKVl7yvYGo7cBYdNlsJLNCDI&#10;OlqwRkHIxpS9PeUURMAT266ZEb2x0B+CiUPsnZNvmso3SeDi6UNIXEgfqfJSBdElMQh9LS6YE1uN&#10;nPyYTMjkqchgYZNpRcDLmasKj5mSx/8u6b60eqjp94KgVxgbCBKBdQCtGyEMIVreMDgPrRRY6qcN&#10;a0I2+/BEFUtnhuiyz1oIzVvjnhNs4bgCuewisIkoaJ5EihHwZte2syaSBYrRYI5tHh+BV5c3EaRn&#10;IlNA8slBwsqroYpAbUwAv4bwQibr6DABB0WNUhQuq1SDiqyHtTw9xeuyXdworDrWuODsHudVQbq2&#10;FMP7moS0ijw+ckWDh3pSUZf6fByBKsT/LXBUFKSvhqD42Fhjqh7Buvd0GulGK0WI1pjEHmWpOomB&#10;U3s5p6IAJyQHaT8xb8bUBF7YVDHWZjkEVSCh1UXJqBSMEFPmAzyNd+ryfZuX+HKqqOyMQuEpF0iF&#10;vuoPvgDqoyfhCM6+SecqHwVf3qFiebNdKrbdkg7zbjVvKtLKSgfx23nLZil0dznEKOZYuaUV8lpr&#10;rT/AMqpyHptXD2bjQcKQNPeaBkv38SRsRWowsUS7Vt2Mc2WinnuFAFsK18t8ndK3wkrSCeKCwKXB&#10;iKqLMhF1bMY9FOqzL3/1y4vzs3a3d/b5r1GP3Tt82Oqtwj5FfqnoIRRkcwd7crcLme4t6IQCwS2w&#10;C23u79a7K97zmd+BYNh0ckuABwYrBaIxssvTo/OXz65PT86PX6KsBVePQ0SR3dFqAR8HghfS56wJ&#10;6iGfwuV9HMtRxJ3VYaqwr6nwuNxyapEq833EQ2KS14uh7wzVXAW8F4PTPD7kfpRf5SM4l/zBMl3j&#10;aW02eT0t/y5pwecVvYbgHDiKxi1NVPwfiuS3ucC9Ijn2gllbDtcTQXY5r8Z5XuNu7QPQTO4TShYy&#10;IiU+afUkLuQ7sQSaa65TBUryEEiMgjL6Li5NTOXusutSSMjIiY6/agvEHJousMS1rccHeydnZwAT&#10;54M+HHK231pD1wBKM2LfQer67JtvZjLip4sJEUvOmuGoM72dgjm8s7n5wdbG5tqKzFWl+C4W4Oji&#10;iMIR0OmaaRF83qSUQ5XSoM0yZ+1I7cUBDMSSJAc0uo2GHyACMS6S9ZXeydUNLJTwPGD03mJxYe7v&#10;7ELrOxqPMqq5ONFH9XSOlou0YR7jzwFUTqb4reOLK5QmgC7xTqDIBoW/QaMFf+nBzS1Z/ui02y3s&#10;7iud9qfPXgyurnDOZxLTijE2urXNrU18wK6oAgBb4KCvd5oXI5gMd+D/dH97UzxtnSbsbW+s47SA&#10;ezr0yWhK7+9uAR/Gt6M+KsHTO23WGpPRDT7m2kqv013DV2aoBsN+UUzQuIgWcAnUvJPN9gouJKSo&#10;Xz593ms033r0ANcOBQ3dpaeTQX+AV8anInwNAHk2PTw8FN/+BLRk1CDU+FJey64ICeC9lQ0IgxOr&#10;dEUAyzlye+FLRmoeBsn1xkq3hwsItDwnl9ASHiFnno0BPJ8Ggz466ouT85ezKYji6LrPzi/pawMc&#10;FMZ60Noi+LvXdRLniPkCys4R2OPGDcfDyWwCS5n2SrdOL+Xbr1+epMdndBxrNlGY0jH79gbTBdSC&#10;GFhASX15cvQ0zRBAhYkDBijofiWrFCafFu+Cz9RjIlMbJmX6JF5cDtEPn56f18WeFOHAmIAQh4Bu&#10;ZHUdXw35zf3ryx98+H1x2MtgD7a3s4tGfT4dFyrGEFUuMKEacCPIlacIq5pjPWEC1FvtffX0+W8+&#10;/eIv/vSPMBtCR4otBhR6LM65DKWmI1zH42VbCc+lsaUkxMRxswuBfOofpd4haA/wQA36Q3nEpJqT&#10;Z55PSqO+t7v79OsXC540Nd5VI/m6vowrXOVYEhNyCqs9t8SXNwFmlicl4dTGyz2N54z8jkigSFlO&#10;VPjpx4rGc56FjFgoWpm80YrHm2sJESZYsboQyxajcl2w5Ui8z2Th2eTO04u1axabL35kGWGJ7agn&#10;5ZVhPc5zo73oxB9DxSsmWt4SykS/0CBPLUqz5yTC/iaU30VkkusPpbJ+ilLxW54jOqcIiUuC8UZ3&#10;Lj3Xg2+q/EREvEWlG/SFVqjgAhKmkahGSacMW22oDHSiKmlyRvNzCKoTSEQPUnDxoeOFmR/wWxgk&#10;waKZdx/mSY1mxl0FXknCPkiUtoN2jRG8YkMviVl8i4XCthKRBRKHDCKcz5aSPl/8jPlI4p+b7Bhg&#10;emQxegQfBMNR1DcIyMX3ppgCbfZ8LkGMpN7m0klrKpeR2GpaXcFbIZUez0SMjaYZsF6o8dxhtwp8&#10;lIcXKqYibbM5LJiCBeOtyUJ9nrGBL8SVKbpmk6AtdxSNmnqQFfruQgIqfP+Md6GRGK8ip0KMlFs4&#10;sdSQu4pthM22NHEFtZgJW3KtaaGrraUtNpakhPNHctmOLXPf2OmlKhRmUA07ebpbJHNhTNUb7Vmu&#10;61TyEaDGmOacC9sGc3eFsCoukrSnJrtKhA+MSwDIyugjjGdZlS1sk98FeOGc0QDD8cQ0+I9txvXB&#10;SWFKGBJTyPlC3dtSJgcV/mGl5VY+gROlIygPswxMVfG7WBKz6c1mwxyfvsRixK6Og1ACbUGaT3P6&#10;dyyo3YUT9QJoJQvCOX4fA7fRoLXawxqC5YVEkShHo9Al74l0yogoPCNUJOWmKKO3ZZJUJNEP3wQb&#10;H0INYZz3ajeTOHcngyZSQbzBacXiRmUTYj/ok8xTvxg8DG2V1icLxrrELMEo3rm18NlJyPtKAICj&#10;o5jRsivJJbYbPyZGaOSIYs6NMKIpmA/zYjgnj/1m6sYL++jB7u3LEywN0rog0UrVfFkGZlU/PW/O&#10;Zyr9TTQy4NdZiLG/yyvWPj6pRTgBTOtN6VaZO2PfaMcb+ealcLLsX01pt2CCZsS3oNa6MjBhqfE1&#10;S2BUaF1KnK0SM1ppRStmQm7Z1lip4nrs2/IKVw1/nfltMnGnzjxiLOHn2jE0tTTJjvY8plSGu6iy&#10;jYOWREciXh1e5gt5a8TAJLCe8VzEiIO4tv04p0hifrQ/fpTKDruWP/kf//2Pf/oX/f7l/Gb49z/7&#10;z4kwd/DjP/jJn8A+5+ZmCMji3fe7SLZARMjnH/1yY3UNXMKt3d2VH/8xXKlurk9Hk+lH//wZhmEw&#10;TW2srJwdH+Ed9u8/3No/BJjU6+Jhhx3syhnoMaPb06efvXhx9PzJV7hKD99691/9u/91fW//649/&#10;+S9//7dK6sJbA+VYyOZTs17YJc9+EQbHruxzjbkTs1PxZJZyzQU/seihrrHPLsYtBJA2WdZCR5Wt&#10;MdU0hYgRq5WdeGgo9SypOub5AX20DvtdhBNlb6WlTKlCWEheY6Hl3BIzwCTVbGdTmbVF6xMTFHem&#10;KE00XYXCUHFY8ZukjZ4y/mpJBVPQ7EgvRFqUD6oMN9nl6uJT2S07VZkJFPRdrXbf4YK6+FBEQron&#10;rxfy39KkTGzgsQ79t6jHpkR5TR1Sz8MHz09PYWyLk7C7unaw0kMoK6x9byZTHKjPLy+FaOk1E/IK&#10;qUwC3Rp5rC3UH+cXZ4jnajAlMIPpbkYMlp9xtd1NOafNMCdnboIQMlHPbK2u7bTQ7xEeRGOD85tK&#10;VAxynGhrpYfstahrQl93dj1cR79U58wfWl8Jh5mpFQniKwDCwc4HBOOz8ysI1vG+N8Ob/d0dNLED&#10;ZNvPSZTGk/bN8QvG2c8Z8IiuAE0m5LLADfeQyuO3qxxaTSC0Ev9AfBNWWORapenZxRXaTKa6djsc&#10;POP3W6hbFr12uz8cQOiLqz2jc9P8s9EEl/v6+nYwHnP0hHBjlGogzU7nMF6mc7LQofFukEN//tUz&#10;QN1oO+t1vQ4LoMfA+XDH19Y3e6vdewcHsFNOV1ZQDD0/Pgdgfn9nC+JeM3fZyjqI39f9IejT51dX&#10;UKsB2Qaavd7tDC8vG9Ra2afPX8CQGV8U6YkP9vdQ4Inj14x6UZCrAVLY5PLqmpQRuFGhvW8w9AHO&#10;UvcPD0EdEdSapy6duVPA4fXde/uNdvsXf//3jWby6OFmneadNFipNWpo4BtM02RWG64PumKs9fFs&#10;htnEALFJNt3sdoEHPtjdxg+hOz0Dy1m86dutTsrkyUWn3cOtWcfkZLUD/Hx8O7ns9x+jzxdjejbG&#10;s+m9/b2Nja1Ws311fv78q+fnV/1T3JvbGwxqWLS5/OJqgLW6gku3v99rNE6PTwaDIU596HifHx1t&#10;b2DdrUEZctWHZdWYwml6foCKzxUlxj+szmsEPdLN9bX7D+6v9dpvHR58/fTFcHBbMMCrRv/MOYEV&#10;/DAeh9Ve7+svP6mMlpayTQt/0JYzQxEJettebV1mia93mTrq1D+W1SfGCQCluq11FHi8h/XMW/um&#10;wXY3djyJ0oUIYfGXCMM4tWxQMie9bSC1EvaZBheFHTmiGa8LKiqKOLvzOdohuEK6LDGE9H+75Lf4&#10;6//3zCcKIZoK5GjesAnHgokHhVeQLM1xFeUtfF6QU9cgOQq9p0Vp12miH1WMjfCvrpW0Wx6MBneC&#10;yo/S5WdREUEn1fPMFRWZN6mqVt1vvLmw1MNW767HoorgmpFU/Eec34jIJVP+eeK8F5qwl4NiyQuU&#10;nGchCpxr9etYYZcp5zlYVxYaZ6rxFqkJpLjCp/MuCCfKkBpkmfmi16rDsQr1DbdWNslZKnsCdgwJ&#10;nWH6gPADMjVHEGcpKr8DiAVgkL3mmM0GcsTbNbI389JMVFYox4+O9lRz/jpErMhXg659hg8Cc6yF&#10;NLpFsJ2VlyeYK1aOC5Ht8ClTSFx9gNXxDU+vHKvOeNMw6jiosIAJIx2CwK5w0JsK/Yi0ZDaUbK/Z&#10;ajrVjCJMSBKMlJeWc1Xl6vOmtytVFUESRgkL/ie+BDjVaoQmfaFEnbtJLsoDdQeSBp3fBuQT0blK&#10;Liq7ZlPkvnUXwhQ+QQyPyOTNirlkLdDKiE67ONYxIMtS7yKAq01UF3PVhawryKplUeCT4jTE/IHj&#10;S+yZ9KKbzMWLHYfDoomOB4BhOlpQBjxLQL3BposGi8M5nvtoqUwxnE2uBoPxzQBWf/0byIAx7IZ9&#10;UgPGzLezRRdkgHwKjHIVYqWm+GFDoIozAnsdjakXc3btyGiDdJfq5jqFzRmZSzgmk9bTs7Od9d6t&#10;uAeQR11IlrIxIqQtc12cB3LV9a+IlgTBVj2G0BY2POYyJfH+9lI9GxNlDRyduND9mTtVbQjUxsX0&#10;b6Zqf1ojh9yz0ug5idRWv1NYX01XJ2ehlZSOGFf86BZaLVx2lH5FfwR6W7Lbyl72R6lgTPVMGRKm&#10;LssFoMGcTpNgJhRbm93p6VlOFpdmFNGbTO2xrFPM2cTWJu6XRVJROetUkxo4MRgwgUUSugPppkQQ&#10;Q1K7Xbg32vHqTM9WqMjGu82ZAD4rzE7LOqW1Cvk/WegdCJKOu5FDPhDOesvcQH2Sm+D1+HaZBG3C&#10;hhz6ZBc/ErefO1TomKZSNr46H0oqVrRxMM0Pmmp+1h175TJLvsIUqmbnVtz8yftisLY0IHrCRJsq&#10;5XgVLmbGaZtuwiQ3alukWVDSvkyH9ZwoxHukh3K210PVuLq7f/bkkygJwJny6L1vYzpIsskiR2Av&#10;n9DZ5Dvf+/HR0XNIcE9ePPvVP/y/77z7QbNWe/H5r2fXl0+ffJE0Wh/++f90cP/h0eefTi9OgVB9&#10;/PUXN8Ph2x/+BGfU6sb6eHDxi5/9daO7vn+w/84H33/rve+B6tnqtFHTygjY6hzcG/Jb5SwEz4uY&#10;s5QE86pAXvaXy9g4DbGmBHZjAywDWN0D5L4XnDRZ/05eBCtr0Y901U4kIKpuySvNm4z4X9QZaUzE&#10;lTta6E3SWd5vL4f4KyjqvLVKXvgP6aqqDP9dKzZt5lVQo7KXvcL6DyeLkyucRAjXRNa8xLAFk5gA&#10;vzjjj0RJ28S2VGfogcTiWkkeomUV/+KU2uAEgnYGFCx6t+aC0EuCkdG0uCJmPoY4aRtu4Z3xUZFU&#10;hxpOf1L0F4rYwCYYI0O3Do4u5DEIXSS6mAClPL3u41BcX9/IRhPkyqCYwDZ6NQMdC20JGiIccDV6&#10;ZVgDrwu6dVKTVeeAVs4gBpmCBwV01SJGPWEnIfRtduwae1cUHbxIr8cmceYQDztJ5vA3wkM0z9Wp&#10;WLi1IlvdRfaOpdgJHGW6amEIbQwrLfiUgGUqwxx6LAGW3NsCcovODdmpiK5Fr/XBt96ek3blbhjt&#10;QgUyOpsJWzu0Dwh1BM5Hrhm+01zEnAjHAaUKjSva+M3NTXxSZDKhpQTguQoHpJUetjOg0Lgrv/ri&#10;q7cfHPQHQ6ka4d4M7GEO6awEOtoHjw7Ro/zV//Wfj04v8KYQNmNc//z4DKc+LiI+ITKHRlNWOMx4&#10;hKx0PoMJc5OOU60HB3vvv/PWJmBtxM/e3EJni2rim+fH6xv8dl8cnfCyMCxnZXRyAcgRfdf5YLCz&#10;03pweB/htPlo1Mjq/+k//UcYX+FiQ4K6u70JffE0n7VWO9/97g9wfh4/f4GaA0ynnb37uCnosf/b&#10;P/zjV9882T/cA0CK1Qj1sWwZRafdwZ1NCQExygKC5tW1dXS/yFdCQYTrJmBhBsGc0E3RVOHuWAzp&#10;J2KmubGxuZHW+r3hx19+fX8Hv1VfW2Ok89bWLjgBEG88ffp1Z3VjtbcBN5MJfbInMmuwwGxr61vt&#10;RhuQRGd9BWm62IRhOjUaTYbDZ0++efbpl1/B0RSaWxKYG7Uvnj4bDoZrGxs7ezuwUkN1d9a/fnF6&#10;sr+zWW83vvjieTGbPX1+8sG3HtdrzetbRAHX7h/sQmZ8CkOy1O7U67u7OzC5AjAOiz8wugFkg3p9&#10;eXGBiwAzsLcfHX765ZM0o+cWsC5mNaGwyMDEA6ex4SNhalZjYqzghqa0vnC+fYgbjs7wxUBEt+Tc&#10;P85FKtxVYUo4qe7xbrX+dJZQCUnTZQlIsbQXVjhPxU16OJMUuBBnNNT1zN1VahOpFlW3SX15Eg+9&#10;7ZTEKwrSdqfpNbVEs2rDScAyH3Q5urXNY9MWaqc3Z1wVkodccIeV/kR7uyQ4PZnK7h3dC00oTfwf&#10;jFpkO1WNQF3I5BMGpqFCVRPTkG9kvILEH3SRGxmuY1EJHghTchc8E0wRAnFjjIkpzaWsDCFz2ZCF&#10;nEj9hUK8Vs5CqwbMIWojq+Ssex+tgmpP7xOr9n6mhLeD0+MyKcvzloytsLqiX6zVVEA5G6Ses776&#10;UhwRf6Zy2wlCCQ7z3KIJqsOQmVsYVZcwGp6JehX7GReftIm5EB2kK0+l5BaZDQ9oAWPVAHxBBaCl&#10;iZ3QmxWXzqWEBk3DpoitA/OpkEZECnfKCcTUDZO2GiZZmamptpxFgFS/+Gcj/vloqPxX5oyZrsmg&#10;frio014sxNUZI6/GwjFCSWyg8M4aoUA755oQIuAiIM0Yc+YpLWWKrFEGQL4wGsnIwi40Kpw3UeVV&#10;iEZLEoW5Q+Csgd0UlDKjzG7Av0r1AMR8sT1BUltrzJ3ImHOxGGUDiP2Ud4Mmc9wBkkrBKsGGfPxQ&#10;2uKwBVjuGrYNMK+Y4Syftuvt+WiUc0jOpADLXYGyBlwNzGEBrNO2mRwdugHjO1nJycuntKTKpB3D&#10;PAG/i7IAg8uNNBsVHMviacFZh5+8vZ1e9DFsxWgXGA2nAxCMdJo12E+AppUykBlBOGaUp5e5xSwa&#10;2fCAgxupfXl+etqfpqSNz3EA1xsd+EEANMIXWIGbA/D2OUbxaLNnYxpi8/KtrjTSBXCb249+fYYr&#10;BHLYbaGEXiXjpiJfNpnXvUsLWogQgERKLypxReT4l2bsTn2yOSJoac+4FGcW20HNVg+1nrUlBCcU&#10;AGXkJFHRayvPuy426xLzOo9TH9grzbYT6zpJTdbbzNV51p+JBj2FfRcU5d/e354PLvdWW6k0RjV9&#10;ZpRVjkAX50ZYkJjY4HYwJTiRZce7j0Us/YD3SrTe/8UnthUBrSovkboZideGWP3p3EXrR0nO1jx0&#10;PxJz7rU5uf99RS3cNnJOhKKMOhdfRlq5pYvJLdehNUtnXQhSXk66DUbby4xU8aev4HUaFlX681e7&#10;huUwqjD2pIABsrJ2y0/rKjGnZUqQC2PVqGnSbidS4f3hEujnr8TFLtlthUFfxQ2YdCGCOinZHIXW&#10;+qbsvIuQ8+viNDZA2W7p0dBct1RCI7yZrgui1FxfmsUfTATrnsRJJ4Si2e6tdGguq/4gwpdM1/cO&#10;D771XdD33rq+HAGisNnQJhv7h+fGvrW21eyu1GFak6b7f/ynf/d3f7sOywBMP2f5/f2H9/YePHzw&#10;DiphWlL11qEfzFAot9uAxXJQfsSIMRVJrfZ1ijOrOiiE4poKc8NUxd7GlH4WtjRHK5a8oRLnAy7C&#10;8EpZemi2K72s8Sw+D8wWuuxsoE8UYcX5WsWURLU4YYmuxH8I9V3XDC7s6LaPCWUwNUii4Z5Zdpw2&#10;QeL9e1CFJbt68zpBr6uqjF1SotCmbJv94xB042wNsnmWkuSkeRTq3YEjk5Rm/j0X+yaNChRcVyzO&#10;VCsWrLWrmWIVtfFSdpyymryPv9GIKqtwDN4dM1gY8mDK+vlHn1rQd9dW7t/f+/Tp09OLK0xooK6B&#10;+yPgLNTc6L62VlfxEdAqyP7uUhEbikqIQwbQEuDQWbeNFtj85ODko+EN2MIZiFJZQ8XlGtlnlVdU&#10;sMNEp9TpNphKD1u2lLgrAFYQXx29K8BznVzcTi7Oz985PEAbAwcqdEOdzgr5VFMmuMJPUqGtOW0+&#10;5si5hseV6dnxbIGgoa3NTYg5U5KTJysrczS5M6Zdc1Zxf39vOqXuFHJXAMLo3GBMvbO5AcLw6eUl&#10;TCnFoAcZTFPI5B8c7Dc4ybcAKq8ur756+gKpOf0R9tZjXLEaZJ+JvR3B2qqx1ukgGhFbQCutDaYj&#10;5jDUanjl6z7M5SDIb+DYONjZQWnx1sOD68EQhFss++OLS2hP8S57G+uip83gg3c8PF5ZaePKnhy9&#10;BFKwvbk2HPYXk9lGt2V7bSmAJMoiocPJ5urqDz549+233mKAwJxqqJfPn37/Ox9gbMHhQrdNq0ra&#10;rlp4ZN1cDdxshvE52vizkyMiwM3mwd7WYjF+fHhfNsSi3eESwhiDwEuzhaeJjZc1Xz/5CmbUcv9x&#10;p9uoyLqcBaw7YuYZiOaYDuj+gX/EEOH49ELNTdGNISeJxOUpPKducUkyKplRxbSOz65/9dFnwLd3&#10;drY/eP9djCHgtv31k6dwVa4324/eeRu/VWu2QLl/zus0gj754NHDH/zxT3d28CNbF6fHsJLcWt/A&#10;Vnh1cYln7PjsDNssyPYFo54mq6dXN4Mh2vtau/n4nUe7u8goBhu9AfrX41Ybr1hjojO+XpuEsNms&#10;W2veDofj2yEKM0BWmEQiDwkrAe+LCqrXazPRec44X/w4i0Xaq+OkW5A6aT1walRgGZLDZAvIE78r&#10;Oq9tqGT0Ou++ALOZzNwmYgQlnlQoNK/PcKLANAs1LUilqbSdmqZLEC1XbIuMwkxYmrRxLlg4CiuU&#10;myL6c63iQ8eYe5IrmupaYiNp5/W4qiQk5cpnZpVZJCEGSR2UNEpWm3aXv3FS29LJH5hH3otDRa1J&#10;sPezJvKeXeJ9rVLjrYnFtI/eSAxDXxiP07kQ9aiv5u3lTaiZKxP1io+hMUlVAuTKo1GqhELSnaJp&#10;RLBe4AfBVrmQyiGV/5ybkJ5ovMOZzEGUmqz2WqGosUK2xjWvlchWSZB0d21K/fUTc6hUrIvEiqnw&#10;dGhBhVP1rnI+Y8JzuOmOZrSQAOOU1kp03cSEFAPZOtuTBcf587RVk3jPmXRroDeLGSHxXqMJPcIx&#10;JqIryi8xyE6ppQeTJKNak9E4ZEaSDppkHKKzTHfsumjcLIu0LoZXrEKnpKfwP2NYqGCpHmsLMo/J&#10;kZJo4gRjzTmNbgUUFYIDzliG2YoZfypuFIoU0v9Y0uON88YaCylejZzChbSv3hkdwTnwZOR8P5Nl&#10;j5EuV741nn2RSUQftoaUzyRPd3yonAYa+Ghj7NiNuhJameOE3h5s0xqjxiBuTYcTyHxxkZBpX+en&#10;4DPOD8dp8oJPuhXmhoJOMjbj/SMlhYRiDIXbSPnB8TMY2K4gwmjQ7aIh6Dw0uSDuJASPZRfA+sPY&#10;AiwbFKS1nMFDmNti356kNXRMDMm8Psbdup7guMZwIzVNYLTZ2dHzn82O4LTcrVsEIuz3mnajyz1l&#10;djOHjGc0sVOZstEWC0xmM5omRxN3hDT20RwmTOP5AtaWu7sPgHPfzzJEASobwon9dIqLg02uzWRf&#10;NKHjGQz+YcpY9CfTGuw1bvCqfFQWYm0sLRt7RMcEY0FVC/VEtQH7ItJQCGbiBR2hC3Iq0LCBaE+a&#10;PQqXIle8wjvhld6lPlhMthSRzZZKEImizRNTTed2pVA0bP+m1E0ueWBFynQhnVsmIyIaczka3GLy&#10;3uuIWQgdNnHamq1eYzDLxrLzJrRPdMpxUBIeORsN4AHN0XDOmbSQGcAByGQUAzUUKHRkB4TKMEan&#10;uShIDvOyxAX3AifnRaqQbxpoRep96AkxGNsAq1/yv30zOl5TZd5Eum3hORC5uMVbb3CYJhV2ZRIt&#10;zAJ4HQFT4ZeqqV0ppw6Fv5ULnSyn9VacCD2vJPJnSSgxZacTs3YD6dhVfJ6roUpJJB+EmdZduyVX&#10;GeDeMcGKbZLxrIYIZ3vuSVFUxDg6nCiWVOPlyqTzvPVosgQyuMADSoJa1Ober02vFjEKNSNMZWux&#10;pLZwplaZBtDMEBX4zsGhOXwbBXmNQ12ruRI3oEPKJN3JLv1v773FTQo7MFwAigXYixt7B9hQmt3V&#10;RrPR7bandKpjJEwhxxLLGI/vUq9iKwqE2AvZSncfL7ypJHj7Nsr4ncEFpbQfjtL93gg9vqTv1qTj&#10;reL7xlTuY0yJCPc0Kc3N/MPmovJl2RDtD8y41SMe48IkHOFBi74su6qULVWm/bK7/FIoU+UjeJBX&#10;PWM868O5JUfRJZMS/1AqmU6WSaH7RTbR6aLhtDg3Ptcimn76ktaYYslizkQxehkgFZgymsETP7IN&#10;pbdIfNVFnl4bWuyqETa5dwX5uaDTDm4WXxwd/ddffYTqjw1BvQ4F41pKp0ycjQsKeeY8Nzkj9xeH&#10;fNcGnaZwToAKNYKlrp30a7e91RXgikDkHsDuqIURrl0cHWUchjsJ2pVck/lsdau7tbtzcXmFEB7W&#10;DdMJemB8acgQ4WIM/eoX3zwFbRXdM3KDUM0jJGh3Axgz+z0QieF5BExQUuNQxMDLqpXLbicj+ARc&#10;1w++9S7Ytvji81lzyrOfoDS+faPWgEfG9irFoDe3426zDU0s/pGWs/PZo8NDpOOi2rnuD1D6oY8F&#10;6fq0P/js66dHJ6dQOKOraLfhb2xPr4cvT87RVfZ6XUDKV6Pp6XCEhFs6laRor+rfee/df/r4i6++&#10;eSrABUESAtGN2r2De/tbGw/2d6HkRcf1aG97OBxe9K9bmVvv9aC2hb8USNRwDsO7gDa+tr6O1h1I&#10;OO4Llk8mPSWawMOHj3b39/CVoaG7uRngduFX4OYyHPT39vcwzEcQLrBTbj6JxYwA9x90YrxmGz0z&#10;cO/xVKI8oC6ese+tNTbWNyhkE4KEOoXSA4lYy4K1F4zDJpNnXz85vbxq3dp2s73Sa4O/jbkIKkvg&#10;z6dklY8mwnTDUtjf24WbFB1KjTnYP/jss8++fvYMZxJ8tjAIgKfU3u5erVU7XF/fWlvJOpBorfTP&#10;L7765huYV0H027+9PXvytN2svXX//mq3s7W5MStMC7bh4NKMxyDVfP75F6ObwfraxuXp8Yuvvz5r&#10;tPq3NxATbm3uQLx38vIlXA3AGpjCR9aaH//gu72VVRBxODnPc3hEwWFrLo7T6P3nkOLenB2dnBwc&#10;3Pvis68wxGGEOoKsRuPLqyuor5FshFu4uQnOeAs38vwaImrGR4OW0KuTu87ZuSQi+jxAV7Wh95uM&#10;9xr24bYmEpN8YI74TeU+jlyott7ciL0BYq5a8DRzSsCh45kfWgv7pWRnaUoZgprYSIjGynkv4mA2&#10;SBws9yN/aZpBz+bbZVoJVznN4idQuKBQ4w6Dn5kbn+oetsSi1Ki8WUpb7NmNR1aDU5MfP5dUQZUc&#10;2+U0wRgYIJrVjJav3BZwORahxi3xP+NiEm3hLaycc0uuVCbkAuil8bWG3GBXiQp20soWnknmrZdZ&#10;aUudhdAvQKQwSUDV4P0E9ctZz5MqvP2ZKcJ4Xdx7Y66nKFO9OK/q3aL9kAmur0ZhmXBJfHCRHpUy&#10;yI9fX1bBgg2hFc9bI4xmLEKaJgjDUQ4OFlJCF4a5XT3TTZ2GcHI55jwwKEAEXaJGSJfHiLamNji8&#10;SC9HWI4tHqw4QbdBO0penGHybkHWrF4xUIqoyhd3ccE2NXo0p/EvN311cuKqxgZvZQ47UXsfuWS0&#10;hqeehJWYEYsq6Zd4GmBnw0wU9N46JUVWQn4sRYkEadm3s6wS5VGq+m9qhsHRanhAXhwlc2V6BaqF&#10;AOOZKuXxkaaUfSwK+bx4XTTS9ayDHbIpc98ac3fpRUrKlBQWc0bjMu4454BB7YikvWeCAa1ZZOQE&#10;Exem8xpJ3UNufa0NzyrdUwDqweuIYmvxboctMn3wC5KdZxkDm61KG/CvGrQim1+dXUPDdITB63Aw&#10;w+dlG1mDmyAa8YmbD5A2YOpTDkPm39l9+MF+vmZxdScdevjN5qP+nAg1PKiILt7OwGPHjB6Of4hv&#10;b0GhVLO1lbn70CSff/nphwfZjDyytAk6Ik7lWtpt1REQ7xYwBZzgCo1nknNMr5C5GD8zTAorh1iz&#10;scgnOAeqA898kw7ywEGVat472PrgMXH69uZuxsQKKTI0YvSqZ/DrkNZJBnKuU8liqYArn3vtjJTz&#10;oT55UQyht94VVSmwcxXz96rAwTkTFbE+O0V2N2zMGjum1Rvt0KFXKubMvSjSye20hiG2rePm4qrB&#10;PQ1jqLp8dzolM6Kay3WCQA06wsiMxSbK0LE8ziYu6SRFWsJSruQnR2mzbDhFEBqqBwReuyZDAOsT&#10;NSU5UvzP/DwXwi3ZFZI3bl7oy89gapBmugvWmzA0qVurIbQ6uPDzvIpE11Sk2OZO8M6dFtOYaNiz&#10;FMmclAeBNlmFV2jjHrSxJy2kw7JLJ6lZsjDy3ZiuUmsqaYZCgdHWxZWsgDvOUs7HEHnA1UVCc3Dj&#10;LVwZo6QpDK4oXSU18z11XsCtitfSgiImwlKBlRTBBywELwawWl4W5Bw4BzhRjVjZ/OVC0AtQWxEb&#10;pCmY2BvhPDNwW/xi6fNOSTookL2ZMHywSVPXsbGVytlMng7rTw4UxHlQTnb8mXdcnCfZQqUuKKut&#10;Uc2YMGmdiUG6NqmoP2UWHmIIS2m2nwIEnWupTFNn42izHDMWEsE3/FhIOB2mnKl4VWl5ByuJVDre&#10;ckWMBXKFK7trefoEPHe/165ZH14wg1C6a0dofMavK7nWpgIOePMu8yqAGwoLd7f1NsbcMW27w+UL&#10;YzvPd6jSBJLCFx7k0CwymSaSAZb7KZ+NDjSF9zw1YaJvgtSgjMxwpcq6VK97VUmQOlRs+RUzkIjF&#10;0n1cbA8SsS6dTUcm29zd1lGJHNZG5zuYlBG+olAk1QJe5ItO/TwGwwE8h+AYjpYPdOjtrXUgmRhy&#10;o8K5vbm9vrxudDv4iXcttRRCdWPpIFQHi6YF6FnNoE+5QRsJ5irRvHrz6Ozs+PQU6BzOzbnwdlAZ&#10;IYQWQCvkpuPzS3R+Q/hU0a2BAcDD8QjtHE5H1DX0y83Swe0tXv/jL75ARTaDOyViFhZzymVrxISh&#10;2UzUqAaWDyPYxd2C+Qwf49Etu/Z6r723tYlh+NnFBWBDyIOhUAUeCwnr4VuPLCOQZvhl+FhCEYos&#10;HzR7iHES7TG9jnc2VnGZ0KjDkOPw8P7x+Tkewnt7cDve3lzfwMXd3ewBLYSulFd3NkXQ8Wg0BsII&#10;d6i9zW1wv3I6fACFrK9BwImcxlYbHTVcrE9OTkBHQ9Tto8dv3X/wsLO6hrFEyjRLbpGuXJVMYfyT&#10;f/1vcPxNRyDQoSNF+4xDELm742G/nwsIjOnCDS2j0KICNx3hrp2en/3lX//1d95//8Hhg+v+teR5&#10;GjjpffP85XAwQF21vbUB66nz4e3Lq/50MkK7DrNUiMQmqAIhH4W7V7v5ve98sN9lohLffTq7GQEL&#10;n9wMeWWBErc7HZycSN+tNVrvvnv/8uJ6LmSuh48f4HJh3D/r9b79nQ/wqEKQjNd8cXR+dHoGOnGv&#10;3X344P6jh4+ahX36zYvh9fXbjx4C7b+8wlTiBvYml9DvXn2Db/FruEOPR4CLsVT/6Z/++ejsHPyZ&#10;tV7nV7/59Aff+fbg8vrs7ByLFvg2mo2X5xeAlM8vLq8HA5AIgFOPbn8Gb9K3Hz8EVn52fjGAczJC&#10;rTY33nsfEPqjj379MRj7mPr0VjurSRs0ByBILQBU66tsCFIbzCRMfCYDJmeSSn2ReJl9HJfx54hK&#10;sfXMboN3vDRGaIUItYv0UNGmTAgIaibMU1aEkSwAgffhuaPdTZp6TwWZ06pzQ5hti5RRMDh831ij&#10;2fJoV/CoEM9i37GFAz0XgxzJBk1tVPbmms2Y/P49+v9HvxuSML1NTJmE6+NzfCKRTSLiy2ZRskJN&#10;CJTxowXSU1kCyiS+xq0okx2yCBy1gO+UdlOBMF3uv65yPBQhncLHEZGgo3tudIv06jenlvUSTKWn&#10;G570JgdiNUn+cBIJpAeHt8hA9eCCGWFAm0R2hN5A7rPUAVwP5AZLJeMLJ9EniiRXIA0TxEIqv0vU&#10;sMtUklQ8l9uzsKyMSWusH1lC5LlfsFSsoNSxjOOGQgRXGU8T5iuckVEQAe0nY+K0sFpIdx3K4kRf&#10;MxdPKXERJVUSa6lVy5QxmlHUmkuqLv4PvryMEjCyxDVqhm6FhOrh2gzYctpmB0WbOlEzaf1pBJgl&#10;MkXok9z9BY2bjW1T/IIvMhWjKMBSNAhITZ0xvzIlYVoP6jYuKfo46VLLmYM9adACfZEGO23R2zox&#10;eZLgYKko6ctc6BrQ+pBF2FwcwQuRNeM16ZTAok2GW/j20CGAVM0PNMIrsCrMF1A9cczF+a3sKokE&#10;7tIafSFsC2LJsOydScweFjBmrI6kJ0yVcRmnjem0jXUgxgAAAxf4Qphu2W5qpmfIMDiDdcM1KcOL&#10;BfzsMa3IWt1Wp7t/sPOodg9hcaMZQgMXiE/Mk/kXeR/oLHwdEdf79enF+OntapYP0KEWVGBhNA7Q&#10;BWnyRcfcQjbjhPKMCayV7tFKblpW35rnrTo1hVdXw/rK1r10irGsg1vNOMfdqxPNnKPvLWS+NxXI&#10;ld7zjBx3csHJrsZ1xVpqcjG6sUqdvSWPGHsJwUB8TyTWN1AZNfA8Pq2vhEtqbaT0TMnI01BqsQqV&#10;qYpKUJKYexmydEVt743sZNrjAiPVxIShMt0yqYAW1lUMhcUWTpatytMUIQyxQKheXP0GVHwcTg2s&#10;yzQZo1oUShF/Y9HOYD4q+g7mwzkxsmD+EN2r2Yhw/dbIIXBUWxuVDYT8ABM0IEXFZMZVxnnWhVaw&#10;kFQwsZfxPBShqAQDIGkvOZigi/ubtC5MvB2UqfjpKntQ0Ej0O2nmldNoiKzsjsZG82wTtDlV2nM0&#10;uq/km7qSsVmYSvdbNaGKdlXijFUUZRiQC5yCYsmb/67o0CUVraiOGkP4ivxfIZiXb5C9iNdPJoK3&#10;VFK1xKq0adrwFKG55b+rxXF2NVsrMpgCoVr8IeJ9T0qT4kgDL7ttT5Mu1Gk/qkCtBKGmMUvY2fAQ&#10;hJqk0CkyrlsmoyUClUa5A8JPluuaqeei3MI0VaKQiZG2zC4i+s5ap/AZYEp1s5mSruPIISa5lvfd&#10;BRGoTqKUEVzhslfDiZbtxaLKmfJ+dQULd9jGJztKX42pGKO5ij+WnzrzKIwxi1Uvud8ddxsU46Wv&#10;VRjsh3cMSYcVqasP8akmQJeBvx6Jtl5LXIl+dH60oSu70nZ6b3O1jI+L2lasUp1kXvjOFTSAueT4&#10;qdDLahSxzFGC41qcLRJbc2UEmUeOXEVOUHqHmqWWXl+rKNXSRnPDF6LRCMacBgqieyudrLMqOCTB&#10;a5me51Th8tTHlQVDlXGsMvDmjRQCZR3uvh2EybPvQrICeG4OfhWT0Qj8Fvx3AI9oD4C4w4lxPszj&#10;qlGeBDBeKFmPL74Ea1eqB3tycYGfx+haVjeq/3Q4msAqGiPqj755BvVwRs0ta4U5I2EQX1pgijy4&#10;ugZyB8YtQGmoPjda6A1b2/N8NBvdTkCypVEwXEJWV3v7e1vvvfUQ5Bt012iRr65AlZqhxZ2JOJkj&#10;KGNB5350eB/d12g6/6aevfvoEGlAcJxr12qQE5+cw0LrFl8ZwC8Y1HN4+T49+tF334dKFpcDIUw4&#10;h2CwhJH72vrq1vo6dKm7G2tgi/3Z97/Xata63S46dvFPRk1TQyYQdEqrFqqEJiIhAA4/f/ESscCT&#10;2xF0ILVGB7p8TP/B4tje29s92H//Bz/a3dsHvIzPb0p2RaGDSB1oyHaDXYMaNsRmtlcbydqG1PDK&#10;C5DjmcrNQh13YfcEmTKgdRQ+/5s4b0EJDJUqRgAjpgXdoL56+PAx4HRAmk4tPqGq6rTOz8+BRY8l&#10;D0lPFvT/HYbxag3OIheXGiJwlEO7OwZdPcKRgRugpEU+OLpujCreefedbrcHY+Q5naB4TN/b3QUG&#10;DsU1LaOni9OT45W1To3MgtmvP/rNP/z8H2ETtbO9jaX4f/8/P8MX2tvdAfINBLjXhW82ZGaLH+59&#10;SNiJnGp6lv0wtU++OfoGplXDy48+/UtHunVNCnHSwoHyA96HkSCuX2Nu3Y1rdrpvPbrX6TVWehuH&#10;bx3g7TBQxI8B28VCn+/v/uqzz7DgKU8Hq3w6andaeDFYbSUS7lzR7gTnoMQn6EWqjeeBCQlTDZ9k&#10;66BVFWYrp/1hgKZ8na8Np1SAZD4K/adQUowQ6rQRnQt/Qc4SoViRMCtWpeofK5TIsKNox8zgq5T4&#10;U1KlaYmUF0AZ5h0SO6QG/AuRh5JqJGWTEIEXUumEkFffPpk3OdzPTclOC0nCMnozNjTC1tdxirhp&#10;BSz4qnBVPQnGeWa3Qqn0RCJPkglTbrmm8TnnMdYgOkG7MlbPxwG75eMpVNied1M6ivopM6cJhcYK&#10;4w4Sv1rAHz5Vz2T9AIUv2jWMRSfWunasZ+FpGqYcbpnKYy0T0dNw/gcJrS/qJLdJX8h6/CIMbW0S&#10;ZMdLDo/sS2vCchZ6TiLTNXxoMHEy+WshUZ8J/fboWsNPOqc4Vm2VsIJmlNnp0uEYJoib5JMTQKWP&#10;hBqPOF1NeKlCFvucpwL4wgVII1iMYuksfWBG6a8AqexTAS25mv4XIt+gq8xyhaV44zVNKRegA78y&#10;Xsyg/cIpZ+nlnou3J8UaEmLvjSO9elvMb2imxGAkMo0VvKACW74HOcIq8yazA0JSDgSEHJPpNU9V&#10;oitqNkISmYxu8+LlKRIA073VruFFJJdbHlcwmQrwpPh8UaoAkVimwdl4I82JIUFX5AyAaeeUKkCm&#10;x4ccPTT+HxBSTCHJdrKLdLU3GzI/rQ7PQde4PDr9P//Df1hvrIDG1Gqsdts98IsE9CvGHBQn+bQ/&#10;PX/+8mhBz2rQk7GloO8EYteuXV1cuOn3AL42sMuMajBm6MNNivF4dVqX1eGoZMZIIra2sdFYbUKK&#10;h1SBNn3/+Fi5ZjEfDkYppquTm2Q0mLkGjKy6QLwdPM8yAJIZtdmMtZmKKwf2uFnun+oFFeGFN5Pi&#10;XKPAB5uJsHkhoWJaqonFx1yFjF79Wnj/2SS6yZWOs6WsTaPElfYlgU/kUbuyi6h2x9ZP/XRiRSdY&#10;qxteLi7d0c3eAxTVQJplB/vSCVZNAAuNVuLqEYMpG6tT7TBgSbFSX4ACuqC42rQy6MBXEnITMNkE&#10;Ys/lPRY9iTiIFTYQWwWLFjqYVH4LxwlRRssJK9NMqwCc1WGlh7d8Sattvyd8aM6Nc6UNcLCP0gJb&#10;g0kFYbP6XL7JTPYyO72yyXojY24n3v3Phg00CbbNJpb7JXoXCOcBtStlKqVIsWLV7P0aTRkI7A3m&#10;XSCDi++delLqWPh1UTW/Y6rrTMRgPSW2qHgf6gZtS6Pdio+VB14V1C07Hy9uFY1K7OOLskdSkyQ9&#10;E4LnVeKivVMZN3MHArfR9tclzZoVVzypRRV9cYW2HaXltMftcl1mSsPReYH14QNGHbJC626T0jFj&#10;KVs2ZnnpEQwOkQ6yw/ooynR6z4I3r82aMn6knNyB+CvPbsmLS8yyt7dH4mOatfNkKvcKGaEcdhUV&#10;Re2SAVXQHJcEAud8bsLvBXiVhs0Rg6pFg4o4pATZyrKqKsgjuX2JY18+Dj7pw0YeiFlGfEPUhdel&#10;l3FGpV29x3USnYYUC6IKuezRKHOsFiGe+hjqOxf3RT9d1LdW/ZxdolnHssyELCNXhqqXYU/6ai44&#10;ERobCt3ObAbdD29jhvhB8JbRM9RUj4bgw8HNDeqYRquBSBj8jWiWJusEI2U0484x0Xf1BfyBAd/h&#10;o2DkPxjcDEaTJ8+eIy8aCqT/43+oT+h+JQ+kbKWA1z66+NX21ubK+gaaPaBs2DfRSgHkvLy8QMuH&#10;PFtcn6w/ADW3mZqd1c4W4NM0hQkw6VImWe+2r25Gv/x4vL8Hsil6xJpIFsk+w1S/1mqjk1/r4fM1&#10;np9e95qtP/7hd2EZddy/QUd1dgkbagS0ttYEZ8bYH/0uqt7zoriGF8egj/gNeginNXRN5xyKD29v&#10;f4ly5LvvvYe5Nv5Cn/zi+BQuwS9OzxHVWAiR42JASPPB/fvotv/mk59PpmNypWqNm8nk4GAPoLFh&#10;LJVp0IEoW1tbA3YK+LVZp7oJlk43V/2rmxt8HhhS7ezvPvjgu4/feevevQcpbXpTCcaQiTVrHhvY&#10;EMKn1YYk05aDgbGNjFWCFNOiCxKgRXiXYuhIDS1fAC31xuaO2gIrgW8ubmHKVM3ZKTEXJCfeUgxJ&#10;mR71z0839/ZOT08xFelfXt/2+4A5Oi0keiQtKHvxYxL5i9fMWs0H62tYCeDpNZvte/cPAZYCZB70&#10;r8cQXfe6l+cX09sx5KnEM8izg9BodHUxBHCQtLrTab65A+PmHv2/0/ra+hqaWMLdLfCfe++88xh+&#10;YJhU0Lw7o08JUOuc0BKOd0Y8oz7H2AZfv1uvHR2/xFxhZxvBUVCtQ0FvUVxiTtHBoklXtjd6WM3g&#10;P6/vbCFzA2wCWDfjqQQWL6Mi8P4YPry1sop/ODm9hAEXxj+YAcBd5cMffg+mtPd2YXiWKj8icu18&#10;2KkrJTzVYkgqtEC8oAApF9nbJFHTKvlbQj4XokOkWlfEWkLZ5+THT450+5EAiRzoGFgACdEsRjkX&#10;1sZJrdBT84q7gBBUQRWlFVZBq5yFt9ZSh+fEVw8epwr638LdTelIQmGksarmjZLZdI9XwW2c8Wsi&#10;JVE5gcLi7E9ItM7GTtUTT9V61dv3kbdNJuBcXIk96hgtFQP8Yf1oULshb/YSXCf03HbL3J9yrhot&#10;BY1xMQZTzZMLcTYyEkruahLXKuMI2iM5n6leiFdCLtnnmWo4CfDBOFDqU3FST0MTa0USS+e8LJV8&#10;N+bWRAGRU/qyGm+LhjwI+SKZqJIC6E2yIg+bGO9cJbiUYOXC1c7pvVRYRadZslNtQU81/px+F9lb&#10;8BHruR+McAAjGC5ZC1ao3XMxzl4I1VbnJqrRYvAQneEAUObMYgHjE/tyvZ2w+YF9EUGQunwWUEVA&#10;vQFmS/EtC1NsgJLmyshfNebi4S9ttNjy0l+PDnfI8wZMm8hc1+rmqJleiXw7Uld4HTFNg+Wwpg+Q&#10;+cw8Xn5Z4GjY3OQaGEmNsZIwT1tjhoiR9wtHQ18Da44m/PAYMKngNkF5S9NjoM3G3kyLFiycaiZP&#10;ZTIsLGgr4UyWHbQFqafGXX1xORg+h55kMsbk8HaKwSJ68jmIzn/+NiRwgP2YiotxA/LKN1fX//wn&#10;e7PiNh8B6b4yIxxZV5foK2mLhX+D4xsfoUHXatHD4mb1aq1FszPGqVHL3u/u/P3zl99/vIbA3Fmy&#10;dj3P682Vrf0aXPvgDomU8hqjf9n1NNsNGoUwYK+YjW9GNyM3KS5hzYxgXRLSgTLliwmmBTcZTSHA&#10;GJ/5pxVs2zFudMpVTo4u2NcKR+I+IUhYWO5pAk7UTLX2wYK5CB74NBap6spk9KJOZq7k10TCof9D&#10;7s1quTHmud6liqlVJY/XtwDe8cAopVNUCSzhje6KxpvR6DNW1rphPBfZw6YqAeXN5QRan0iPmnBF&#10;p+pqiO1hzvER7gxVu4kiuqDmMRwdUQiUwQMAx/rPpJbLhX2QcREZnak6zlk4y8GGDrgexrdWFPC5&#10;6jv95hCUz0m0e/VeB6Sd8hOijMmssAJZRVY6LwkoolUBdf5vsuP1CKxb8i5OYmocDzjGYIE0owze&#10;MuveLLlIVQyojBrsLXWkbkkeUvacSSXNL2gvXWAzOx1F0VBmBt4cPFgtLWaW3f7vZrXeaYOjH7if&#10;qcXogWB4VFrrhrjB+CrOxCmNJ95Lf25caeDlAnK7dEYbVw0pcNXApwqAbCpymsrjpEdqpR2ycS4R&#10;WFfeY087dh+LVCLqRoPjQ2PtgmmXiSxb79QX3ZBKJ0Yfp50yBFiTQeWOMJ09NRVw17jlMVS5C7gI&#10;c8a3rzgwlWB5laHhKq2j8mXjWMJUIqOjWFqxxjAl8d++CB56VRuoaLlpze+Pva2YVzmOE0e3VoNV&#10;KqQCV6qZzJ3fLS1JrJ+cx6AfomaSAFGi0+oBuPTroWEOPO5oulYUwRtfk9DVW1R4wZlg9BJxT6sq&#10;NR4onyod6hfGo3hKAwjQs6lkpkcX0TBsqFi/adhwvFOZ/Cz6CwACZDnJSmDSYGGbw3FzK5nwybGr&#10;K9gT7eBmBJtixACBXYxPf39nB71Vq8aSaz6dXMEi2KY0B2KZPmVNBBLrfIGGDZULlL2dbgdfdRUR&#10;twBE6Us9UCpYLmb/WOkH21t7W28PB9cnx6e3oCXPGZFzPL7AbLvT7WLrR9afAFjs7tqN+mqb9g04&#10;2ekOjfHmaHpzC3LU6Ifvvbu22sMlQABQIZUTOdX0f6ohFmml08G1eXZ88YPvfQAfv+HtBG0bonqB&#10;Em+urdPUrgaLoxZdDqy5vOqjvPqrv/nbvYPdbqdbH4+uhoOLqz4+87fffQeiUIC7T589TxvNBWEC&#10;85Mff/hv/81fwITp9OwS1C54Sx4c7Bzs7j55+qzb2dk/2N3Y2UEvAhThAtm111AeOXj/gvOdoWme&#10;N84REwwh8mwKT2wChKk5PLz34fc//P4Pf7S7f4BheeZZIX5spROXVKbTYmESJm3Kz4wh6mS6pYHs&#10;IOwBb6hohCRidKcnuY6kEnGZohuM040CcvwoV4jbvS7fld4K3/Dx4x+E6QsKTOD5A3SxV5d9+nPh&#10;fl6n6Un/8hKw8BqWh3G4mKBUSxUO6HjSasPuGF5+Pfh7dYHnSDKzAC0W1GIQy9vtFT4bSfHll5//&#10;0R/95J17e+CiQ3ALoiTkHxxPFAjmRHJjgp7z5gZxtXMozgEs4WWgS87Ht7h3wPVhKIt7itEDlgoE&#10;1e8+OgDGjjV6ftG/gPMzABaOSJAthKjn+mQyOT87uznrf3lyxv4noRMbLgjmHHD8tlLJtjot5hU9&#10;foABx9rqipxM9nB/9/rF56lsN0USJsouiZoxE8G5ynyx0GrNQ7/wgVio/HcKeoRu3KJasdK+cAqa&#10;WhMkDUJs9gWK+AKIDx6+TCbrBYhaTSufrFAXZVGnkwenhOTCzzLQTgDKFUeJmVr8s59BPJhuX3DA&#10;Am5cKEYltkPikkVotxSk0CxWdFP8z7bimfcmoom826HUnZol45dpEab8StH2iLof9Iq/DY0GbBIy&#10;cAWClJOllggKR2MjjTsqj6FK/+qiDMdUpqXL9l6B3KRliA0xBtU6JQ8UcW2vcjrlk/qLeBnMyOcM&#10;2mwK7GPFQ5u29Eatm/lYp6R2sRISQ2GZjAsUwEtBM0xtcwNSwU4fIpTAo9SX8Yei5LCqbtx5B0pv&#10;tV2OxElB4CpClOzCkqtcSP5vkgmaNGWO7s1o3u4Jj5rs+FSImYU2cCQsZxziCNcrZeat5Hhxwl+I&#10;26piAEoZUgWYVaZIIgQGrmyVw2PBTWhmPAaRFo0+PhfgT8za4G3Uhf7WJUOZ7eRMuZly1MUWlvc4&#10;g+UJSxImAadU6rIZTskP4qwQn7PegBEXYkunjBIA5QpQJ+BhqFZykpDxOtis8KINdq254iQN75rN&#10;4kpid3OR58qghKhuxo2UsvA5hwBcc1md2ZoJ+RJErUmZQkJAkY/oi+hzljmU6ZnsFBYYeW01gyFg&#10;j6KZyZwOf7e3lwOKQrAdTdjP44lN2mzUwcWHxKTVa/XWV2HukDZoeZRcjSYbxe3FsJ9OYSMJEtLt&#10;N0enKfU/RI9HSLzFh5kVDQZBNcBkXt1dQ/e50AWNfXXO6Hi8eCfNtnix09ZuD2aVoE7n7dUP/vgB&#10;byVainoyyY2wCjlwYVqylQ5yOrGSdDyCiGhKxBiHekM6ASwfsN1rjhbNMKTEuCClfQCfxxk+EeeK&#10;EixJ0bURowA+ryCw1+QxRDvvprj3oPlqxoRT3qcmI8/FMY8fQdIY+YSZSsol13cqQgMTLW31yc51&#10;usEdYJGIC0gmGg0jbtsu2NWV4sbgPaSPjMAqVhjJ3tY4EbsQmSFWcamY6alYcamUk+25KCrZJJpo&#10;FAZjBWnjSKGfMvsIC2nGLWFWW2C47WqYESyKG1O0Mh2LyMOc0l5/mksfLsf2mCi+THwwE8VpnSc1&#10;eSsbqJ1FhY2pNa/negrUS4JPAXJfwhTnBe7G2GM3YogtNUmRZgLizIo3quDN83xZ4KKJAyqWK8QI&#10;EyP4CxGtyzkRwmO0aKpA52UMjQuFe8i1SzxfqQr1he7CVdnUkbrp5yoeUstottKKRcBd1PDO4RGc&#10;dkrnHXlVzS800RQ75kaXg9Sk2pTZpKoa1zACIaHETtuJAV7ZKQWxaslcSiom5WbJzSjmNwVOqGaz&#10;GhfD46JdsVagfJrEmjB6Jpmy56/AiK4CF4pdllWrI6OOVrEnDk+rLemy0Q448VxiE22ovFi1CE9a&#10;5Fi58tN6nUNEDZ1ZSueWP1lvkulKdav6WPoeUjTERTlXKROGTBnTnSzTSpIyLCMOFJRbYfwVEWaW&#10;nzrZSF6/Yz+ZaAXgkyRgv4slZ6uubq6ifE3sXbeqUNUHDZdfqNZTxlw0+AgaL5f6V4t0d1MJMFbr&#10;EqXiKLzvTVj95+BjC2YVdLxGfPmCOowFQLwanoqs/lXqiGBMRQtfGUIsJVPHrxy81rhLRtcEIZ0b&#10;sbok+wVbtRWjBLKmp/MmEvOgcJpO+oPBgp6Whqn2xWJwewPfpG6r2VlpjyYTnIhQxt7b2EDm7ktY&#10;8V5dIdhU94+Usk8kS4N2m8GySGJRFhD5bK51F8ktVtA8988nPsbwZvjs7GMUAjX2bzryLuByQsc/&#10;kSViKoC027cfP4IMFLgyvmWdoTXoT1AdptAU3Wu11nvoPrrrGyvQidKmliwvcN3YMR0dvcS7AwyE&#10;49S9g/3xzc3V2eT65gYvu2DymrsajgZQb9rk/u4O0OMJzJYhpkV31cz+9IffuX9vHwQ5mAGfnp3j&#10;8Di8f7iyuvrp55+9++D+9s4WEELAvPBQRAeLIevaSnt3ewuWWvBChJMR+NX4AiDarq5vSIpjcTPo&#10;r29tABt/+Ogh6p5ebwWQ4D9/8um7G2t7+/v79w8fPX7n4YNDGAa7aCtLd0Q/VE4joi/rsmq4VtI2&#10;/I5gKsnsJknuTBfdHRRO42ho/KMWBt6OLr5+WnVC93+l5RwJzp+tdrK+tl7ceyBT80LV3Thsry4v&#10;zo6P4ct5dnY6HEIHfY0/C0hlOm2w0DOgu2u9NYwvFnTxnA8nOLvpw3l6cQ5WM3rLZouARzPNMEkB&#10;g6+ZtlTCypICPt44flOS+ubspzMsAyJAmetPwBW/Bc/t+OIcuAd+/qvjUxRcH3/2BIUrmmq0sBMq&#10;4FiEChTMcF0UgmudNr8CwodqnAXpB1jf3j47PQe2jGYbQmI8BVaQlrqk4+IDoGCG30t3pSWcURvR&#10;PpIzfAiNRxJsUubrxPFuHuZnmlQUqMql6Wcwt+K/TzUQj+hgYYPURDVkQfbDJjZltQ93WDZBqTAX&#10;4iY4FwxMdE+J9rGaKSURguyRYgSRjguFJm8lH9iLZIpSleR0xCgRtZoS5JI3Fk8hxMY0pkD46XES&#10;aYSK2wpBtBxVu1Lu4Q8/P9aUttgLeCidRZ1IDV8kN4XYEoU+/JA6hoCUKpiqxXWQDoYjqnBxbq+V&#10;Q56U7DkbYF9i99ZpoWD0sCMruVAMWt9cGcyJOqwanwXpFVXWBP+WEOSb+DDhIiQuxMc+eHAZEwff&#10;fgMwoQryViMcfGJHJlkXcxH8mVUFvTf5VmgOi3a9vr61Ob/ts5CSXGSrcTnyxkRBiX0txKQqS6VY&#10;nNMezIkrklx7aQ+sxs56DS5fwXouEqcPGN5Ici854HjcG/K18J+Q5CqTGOwA4KPP2KRkvCKcnwn/&#10;hXkZmTBerEZ/ef9e+IPhqcDMVOIS2HP2Z3PQbUCUnlCezyDbwe24VUwbptGSWVMucGzLcrDkxC8O&#10;u3ImEUn02jYiJsMXYcuEWo0RemAkyRyZrYYTPyQ00VMa3dFbf+G55cQlMxGtYaeA0gYmg/PR2RdH&#10;vzz/YprOZelmKY5R7DkbkEk3oXypdxsM/EFBOWGgEUZ+izlmhKNbKEQuFqBijbGU9zvtTz4d3ttZ&#10;WWt2fvObF6eXRbPTqG3srLXqa/SFNtTH4q5m1HdgiEAfqZTpgg1G/KWgVkFxY4TBDiNnDIeh5oCU&#10;pruCEbaBdTIkzfTWwMaCOkC14PJdsKkCYgOlvEUR1BRQ7ZQ+ZDm4yw3Qu0DOwljN5phTX4zwwgtc&#10;JcihxHiaYUn0A0OKO0aPM6wUvBELH5h84L7ip32UOGcfBNRkbuuEyJD4HdFRi5/zwgL9XBipRha5&#10;jWBg4VyJ2nqxvidIponPIi08V9Iz5Qpv3p5UpH/6RBfOZzBjvJJK65QGHnJiyyQwkyx1KElwZ7Xy&#10;dxiKuaIicZQF7i3iRdLtfPOp8hPlnGYcs/BJ4eAmNd0Gr+JNiESrg+8goseF8TCJ8np5jQBCGvDR&#10;vbFwrBu4UoUMvBCWtXTg7J9zkh8IoWPeXC9agS6uvlBWW3/ZmRkTvZjnb27iqd7LnuRSqX54wpGe&#10;xp2p3uxu7DTFvDc31b/KSWX0DlsGOk0FoSyW4liqhU+ZWWOrUQau5FvL/0jHa+9Gnr4GrC5C1Jy3&#10;SzL+yJcQ7xCpVA2WW6JbJyW2FnNiPXYn63fB1G8XowR8cI6N4GfkSXldjjckM68jkpcYp9pRFNH8&#10;ITJylT+ujv/K+TWh6lAcsPDKVm8FXsTInOhnnHgLCWW36cWJhkYmHq+ujKnBQlXntAj2i8GjF4Gq&#10;WszFa1ASi13MfSpC/xS8O5wNXWvVdSXwCAKXVv4mahkYAtazN+4abEenr6QSuRz8Nf2bFrH/1RFO&#10;TLwyr4kzc8GUSo0pFeDyfcFvM3p+bUp2cAnhI5SU4FYVtn3lq9wxq6o4+8ntpalEUXj3LM+eSFzg&#10;qiMET6BdKXD0GmeB1bzwn8U/nDbYohtXYTiHes9VpkeRCK8ohnD2XPT01G8zZ9oth/UItK1zRC/l&#10;MgbAZ2djqCpbHbjC4pcxqoJKF6/3/OXx0ctj8C27SWet2wX2i2347Ozi6PQEjR/3O5C+6nWoW0kk&#10;pW0tXTFBNUXSAVPmM7ibzGYN0nK45KWXy8X3ahV9LEJ3GWkAEVMCkedqhkFA0mDzCj/kNmBDsH4x&#10;KM5t7XqWDPIJZEPgEm+sr+BDX1GoywRX9LEQ4s4JVmGILlqCjMJj+CqfXPZh7o/PdnZ9DfwM14XE&#10;bKYg8CJurPVwaW4QdP3sBk0MlMf4rT//o59ura+i9V3vrmD9MRiWIIG5uDgDf2BzYxscV2TkouG5&#10;uLi8nRDrRo0wHNxsb24DRUR9ABwSAUv4/KiBuj3E9zR//vN/3N7cxFUyMpBGbwwR7P/+ve+hj3rr&#10;nW8hiEKWbC0w7HH05jY4qiamIo+sLF1bMT0vrcolC9RLQ00UIcao8WqRLj8mNgEeGiqkYGawbGh3&#10;KvW9TSr9gN94pHHSAG+u8BxcdxIW5BO09xqH9x8U7PcRSTK/GQ5eHj3vX/dh/IW268lnHz87egqY&#10;FyMS0IxhrQWA+POvnuKTgPkMlsHJy/OnL17soKoeDLGo8Cr4AZhmY1m+8/gQ6lkscPClccGRtDwc&#10;3H5y9QmSdb98egTx81q3gxu4iXRdJOvWYBm9BycWrDJ00Fid+IR08gJqssgxwcESOwP87txPf/xh&#10;xtU4BS3BUk84E6axOzzYUyyKhysrLpqKA6iYjNx1f4grBmr3vXub4hYrDq+F8VHY6mVo7owbnAs9&#10;mY7xIhNIpFNOgxwZmRKoQbIFu8DSK9SaLoon0MHW5R6jThRvOU0ldQriiYJRZIo547tk4kaLRJbs&#10;kg1jHfO6mOObVk5pRS1FaxFiDWwhVg0e09CFVejHUTqeNSZ5s3bNLjgiO/FtKWM0FHwV/VrhYiiv&#10;toyF4Odq7RnsGU1p2uwVLVRUyoK3MkINpLXqRNyV7gqVkUWZLyLdpSIOefReDbnpmk3kbZptsNrS&#10;aagJrba9QznT3b4IBA2r7WtgYGlzqum1cvC5IL3zv1s4b1X7O4nilaiP2BarWYTatgQKmJQGwKWB&#10;OaEhYQRQke8gQh3Z3ylVhkZTWkQxm7JBJTtHHJ7poGQoGXf6FdTIC1SjpCZ9qnfdIwNaGf2KxONl&#10;MhwaCznCQL1NYW40I80ybQDHkkMmhXmEm41puAxGhgGTGcbFPMIzsr6tZl3I/I2tJ+jWtolxVWPE&#10;rgoYKsZmi/Ec4Zl1yZ6lBNpqCNuMFwKQKr5Rs8HBEVyiUjhKs59qSBBl7t1/DB8lQbA5kSkogqUo&#10;SIVYKXNyMwgw+WCOGPMHyyz0hVMyLNSYiuVODe+cT26H+ftbuxvbja6ddW27yDCuwy9NkHCAxxNv&#10;fns9OoXIFXE9gLRTAwPlBQnlONALpAy24GK/vUE+q7W/+PTF7u52UmtcDu3W/jYcDtqsz9hCt0iT&#10;QSRgmwIguj0taKEAKQeITsHakpu5sHybNcLIzLJKsxvOK+EEljbp72xpy81wo6lgfLzK9cLW5m4N&#10;M4LUjG16079++fIYciBsizgU2XzB94tBCVkTdUVO37BcYLu5xEDJDAuezzMmNy2IKqRSO3PoPhex&#10;cQ5iMwF/NLqoKuo2iHkLvyH52ZvWd+JmI0awLg+DMVcKDZZ6jyBVi/wOe/cRKQ9T72webGAKTayg&#10;+tmWdlTLvOhKWKSJZkfRfEjV9eUcMZSRuUxLRZqA43iWaySuCfI5DX7m8AU6Bhm2tcizSMbzPKTU&#10;JCHpQ4UaYggmnP+cGxCF81ZDl6U9gXpLdykaqOMfXfCn0mg0UnicBABT7+ylvN5QIBXA2ExnE7Ep&#10;foMqXpF4uKW7Ihu21QwDSfFygasZo8aTsgyKTWJSmX+ElVEkybIoZZlH7Srq3RJJi/BToKfqqMHc&#10;Gde+ejAq69yX/kYdH/x3rPQeJlny6bmrRjXR/FuFyyUz15W9jk+pteq9HXyMTdWtK/FadGeW7XsD&#10;ndREyasRxbtNYp+c5P48jWF+PkRBBo5pEo+/mNAqQKKN37RkFFLOLm2kEn9d4HmbgCdGuDfMl2Xa&#10;orQoE0zZQ+MeDY8Cc7n0WpcJsjqBBieqILRlGoXsG0WItvdyYBfSuU2Ioc68jDBaNJu7BsgxZao6&#10;8qrELEdGlvPhii6M7k0E2qupQSUh2VRsQl+NIrwzcHkdDuHbSokpDOhFYPWHsWCV7KB21EmZ7eUq&#10;rbOAw/I6VrwqJNcliMk1RRAlVi5meChC5/IbFNEkkgrosxbJgptztCe+ZM6Tn723XkTvgiecK4OJ&#10;ZICsfbGIjznbQ9q88NcmLq8HrQJfX1y/LRV89oPdrcaPfgoPZHiPSOoB6cFsY/Z3dlc7/+W//TNy&#10;dhgR1IQqdba+2kPz0KSuqEZ5lSoPLCfraOcgdB2jqsinl+fneCV0Hd/+lskyT50qVEOTF9fjkeEg&#10;ebG+ig42gW52PKM9EgqYnY01wMcX1wO0sPBBRo4fulP0OVAoYbL83sMD/BkN5CnMriCnLBLmKtzc&#10;4Mv2kIgr/vlzcT7HH68vB30z2N3fub68QnwOR19eJWbUWh8uzSso3fLmAvLNKcIJFwz7GU3MaAIa&#10;Mw3TXXFyeoI2GebAz58egcRbrzWvh32cLRhJw2h6f29nb2f7u9/9QAtYUH3x9cEZu0Gu683g5csT&#10;tFgZEej08OHDg8MHCAEC+0XOMtU/2qKioFDlWBzXRe27esqXT1ZY8IUiceEJsqXG0Kn5IyE7CeNw&#10;paowPgo2rGpXqAd7nBVZFrLLwLJsqwH4VSZV7DcAGKiKJ9VdkhN9MTCGbtk1cF/29w80oQtvM/uf&#10;/70Y3kx/+YtfIOP3k08+cc32v3r8mAJjAgvT/Z2tn/70B/DRPj07HQw5v86AmXfbz58d/+JXv0F9&#10;dnx6DuUtRiX7B3soCfuE683Dhw/Pry/ef+ewlsLaEtNuBGagdJt2WLcyJwXqcqD4aJVvp1O87Agi&#10;6s7K29/aQPGw0mrhBnVbLdwV+FfTKQ1VNrrxOQ1dUWZhMHJ8cdFbWy2mc7Cd0Srja6+udtYarblk&#10;SrBndKWuNHj/aCRMNfSu6m1n/dxfOeuQzfvuSECgVEnoifr+JIFs5rzFXV5KX1jTpwIJYPvPcrFv&#10;BW8btx1KP0Ak6jJFZ1iSXYneY9PI5EV4Zqk4TgxlKeRVUgpLrgWHcoXwNwtVYlIJG45RSauggw4G&#10;XXhQMskeeIN/Fd7hWN1JC7kSxkX7f6U6x+T1QCz2x7axS4WoN3NiJZfT+UZD3GziljRdVTqae419&#10;onOl36Y+Smx6tdCyplJES3W+0KIgfIhyBF8ZDXvNTxlXrzUcz5U8ArKeHOXRXUmxIRFeOUksALKl&#10;reN3NL2mtJaMeHQR3kQNnf3sgLOeXBKJZHFi5EdhL3WbxvsAuVQ3Cc17BnMWtF6S7WkLFUOpCwkC&#10;9UZjhfcAV5sTraW41jg6RdIdY2+ISELaCdwQwhm5ADBmRRLPQmN18am0ZcJzitoXC3EyXdTR3mYp&#10;2lovYCMoiXOWITq3c2HSFnYsVj9w2Ae5CVRddNIzmpmhT2wQndTpM/QGPvIU+9gcboJpawWqHjcf&#10;Z8zkS3UDhdgXYxV05pNxjqB2OOTP6EYMR77FVBh+NX4X+93v7IpSOcvDnGghSNsiqbfno8uLse0v&#10;Rq5/6/Lni5M5HbPchGT3GvyJcEreTgtAuzAXWF9ZrSOtDVpBBueybW4CQyZtq4Y7sALPi+7aJLfH&#10;w8l77z+aJshmw8bZkOQnTn8WxPpyOYFBsa4hAoEwK2bNwn6VCCe26nMxiaQBIaHbOabjaHYNab+y&#10;HWXJ7WKEa48Gv7gdvzw5e3F5BfoS0+g5M2gAa0M80dsH92HEOKMtAq5/hrcc8QEQfwjE/+LKgJTu&#10;xN9LGO+ZLEJ64tWIMotImNHIN5P5sMiH42JltY3pJX6LgwjyaMT3W9pAa0rhbHy6fFviQky6K+mL&#10;RUwf81irq9r/lPWlSUrfJp1AekVYwMU0cEsiyNySseurT1sRGqdCc3w9bFEREEYPVO97RxIEltks&#10;hqSo+49K4nG2YuTUAPY+l2eOeKxHPXS8hodo5iSEWvrbXEk+DCtUF0LngpyBfbvGNxaSh82aUET2&#10;8raoySSV11RhL9lkWXvORTGDl8bk6Q1ivHIKVmhr3mAniTLRkL3myujTaC/r7t4UcxeCNa+0B4EX&#10;VPGcrGz8XtGdxC5vyVPolab37jRYMd7S4Ky0zbLeyPbVD7r04Z2JltuV0yN6L1sxfij8yDVCZsHv&#10;x5ULXW9kGjJ7ImBawciN+kYnodXS2agOFjJJOtMRn1feibWENZE75B+5vIhiVx2yFrELtp5YW4aA&#10;pc6UCHrF8dhTmgILW6lxwZTDa+6FN6PVQQmveidpG9w02P27qvogDYLgwMW2VWypJIL7SCHNco9R&#10;rV6H7MH2V2Ieq4zL8sKHVEol+0aI1blKltJrOAJJxb172aj79wb4LoEapUXlsnt9Yl6x3KuS3ZcT&#10;vIIm2Pelpet11Y6LR0yu1Gd//If9Q/FfUsh0mdqpdeqANzelp1eJ03vvy8RbR5tEExUyWTxi3y+R&#10;2MLmLsS7csrt001V1UV5GTdAdJzNRT67uiDVS2QsqPiR4sNCH3jlYLi50t3ZWMGSBY1zgqk1B4pM&#10;A+IAnAEbaDBsr9dB0kF/cDNBrMtwCF4o+gceTkhXQVUg1xY1iJTYlFe9c/8hzm+ZDC4u+oN2o/Xo&#10;/j0okb748smnXz2DwFUeBJAwTReuxYyIgNo3//LJk2I6bjTSjfU1OEPzAavVZ4JAsWmhlKIGB2ac&#10;qUx6nDMMFrE6SGHoIs9ndfP5yRFKHXzuGrltCXBhdNJr3V5OkxQ6AD16fJ+mWczvmfYHQ1wE9NK/&#10;/vjT/tU1sGqUYuh50CIDCl/vdh89fryJV19d29vcGFycw/EZv/I3//XvkAoLl4j+zc3q+ipcjr/1&#10;9ls/+umP9u49wIA9VWG45gR4Bogxlbxy6zF9UyaoeXaeH15r/xRFMwC0X7Pc9XGR9LOSC+TLc7MM&#10;FOuDXUhIglk+Y7LY/cbDwFZ/fdlXKC3JX37z4ltzS0pl1rGwwn0nekD6Q4Hi8k//7M/+9M//bCyE&#10;56vL86dPnoALDUY0eOA4RbGcHh0+gB0VvM1wK1HGPpnRuvTpk6fwlMav9FZWEIIFYh9qtK2trXqx&#10;gKcyLdBWeuR+5UWvAxjfAGG2wgoDZIH/hc/2zQhGLnm32UBG0zenJ1C6nWytPtjbObsagLF5foX0&#10;3QRu2+i9W40m7im8rDc2N/b29hiYPkWKb3o7uUFwlIxdzlbWGw/3dvBEZ6mtTPvKE7HCEolB5X7L&#10;ThnxIuAk0q0WhKoiRSo1YVxtrNeAqWY12AMopdlpLGTgsmrtqMI4SUKjM4sJlps+l8/Hg+duOXNc&#10;mmep8qg+XOivc1RLwIVOdcIbDU6ARLTFyEQdAQuXvFGI13kXImGppS7O6UMWlNJpisL3vCps867W&#10;3lAiuhVKgqeENmGuh8EdtgvrDaXunBDx3oXsXR/2mywFunsqkvd99cZQwdRUj2EbJvKu9JmWia6m&#10;LjhvPluEykdH6nFvUI6W2NKUzsrOmRC8GE6o4CHt3R1Kp4tyTmZiZl0g+LmSz6YUBWqA0UEvhC2C&#10;i1qzWvcg2m2RzlFHz7vkJ5tmPfVsPI1LxjBr4UckyowVArDnGogevqbbF3UJRRHz9mT26HxkvaTE&#10;c3UaHZDZ4WhWJ3USlxepcMP5YnTdhyU+ly/+FyRZEjYkXACHBHrFjsnr4rIjJlYFJYikJHM6Oip4&#10;QjhxuGLRlhn1gIN/QTAkY+ONZmQ4xKAS9hLwevj/2HvvX0uSO8svIzLzevN82S7T3dWGTc+h2TE7&#10;S+2sVqMF9of9SRAE/XHzkwBpAUHaHY0grIYawxmsOEsNvenu6vL1/LveZGaEzvlGRGbeV9WGXBaB&#10;Bdhskm1evbrv3syMrznncxrN7qCJdrvdwR45aUej0Qyof6AZiBKYYeuaEbWMiN1GMkyB8cNYuLm9&#10;Bx1yirMS2XdYKBe6OZ7nmKiCsIX9KB3AMozGy1kaffT+z3754BBry4zS1ASDXmQdQB+EOdz21haw&#10;ixJ/BOYzJ9dwB+PLcr69dtiNt9otvMJVg/b9lAVATue0TfHRqGTeXfbwXFH5xAjomBpQ7Si+eA1Z&#10;yjgroKVS9p/+mWWb0oXy0uM8KIfcCZHmOIfRduPdRpTbo2dHgDI2o2IIXXIzXdmo3Wh+7vpV1BKQ&#10;6zBxqWAgARzfpMiDg+B2V4VkNTFXOOIYAddG2iDkmbOcnM8dC1w+fkkxZrovix580JjX4eNZxNxK&#10;drduffOL/f/7r36sZTeALt2x0Atb7TxUyWHyLFsVcKa2lGHW3PqOfeKESvJM8caB2mav9sQuRX+x&#10;mywFWSjRXcoPvHxZXjW+trzjwyNDdO1WYPEOdK/C9tgfCx5XKlWkANIRqBHR0qxYdpEeBX65MFX0&#10;ggHK3CDgdszlRhOOtFhXxfjqdsM43ePcaSZF+M/FsXPPUfXjwhUif9JoyehS1rP6NW8N/+BwhxMr&#10;OIneNcKqifxta0zJrXmlsGZVitfKxCnnv5XcYDcxqJ+27hIohcM1WtMmTrLyQZoy+LNMZHnBIFZr&#10;fSt0rFD1hTCh9GVaVfmtajSszdwq/7/WGT3KBaV9ETRcZ4nX2r8S7OPKBVuG9lWqJOsh0JHdjEqy&#10;4WhVZdBW4FL5PCJXddiNfTPHKEb5+lSV7bDSGwlIfrpky3hG64cF1e1oQ/hR3fsutntvH1Uu71dq&#10;Dx3kxYbOS8GGeTAk/z4Sz4WTHdYc1y4ArLQSVCiv0h+2EZYc1VzbZVhUVPm9rVfPmbB7qgu5Xz6j&#10;KJO73VnpUzFYYtmQf6zsRvahstUrUZt+YBfY7cfjuuR5fcKF+iIZpZak9FIBweaYxn4yMroyfzgr&#10;8uZdQ3ZGJDkPOnjWS827rk19aFah9klnka91xQNkrUuhDF2HzL0FIeOfjz4XMuwPrVNQL5kzgQQW&#10;61gokWf6acBqlvKG4QiU1CGYU2LCmZvpKSHFcxx2g257QawuOJzpPGvjN+dap9F0FnksVE/Pzp48&#10;fZZS9cTdLxy2Caf3eUxARgf1Q+EQDfIn8zCBdLLFwyfPMMPHKz48Hx2dfICXhaoE2XPdfpe/F0jC&#10;WKnxaKAAm8bJuHHj5rX9q3voaSfLFfJXCShH422YALxm6k8DqCG0Uq20i9eFeBm0QP1+59HTI6iG&#10;oTH7J7/3NaE0mt5gAGzw0+dH6Gmha8XSuNnp/eiXH7375uunJ+ew6eJNPR+N8R4+evIUB9r1WzfR&#10;X8Fa3EEpEUtqMSJtVDY5enb48P7fjacXaPJ3d9h9YbXWb3/9y5+/dfv2vc997uZrN3v9LWzDdeS1&#10;HnKtclJggv6+3kZ6BIUOR6j72+DRDWnithLu6/hjbzE5nctvrDZlCpfD7mppdZd8vMZrZuod8qUZ&#10;lp/FVGrq0HK40TRTYgRw4ctu5daBNOzh0oMbG8q1azd7127cWRMWjUI2Bw3r+eOHP/jH7x9/dH+M&#10;zCsA0opi/8oOng87+3tMpBC3AJpMFJiv37mJKxfWMqzxMxsfjyZQQYOP1ZwQdYaOGncLPu4zZDFh&#10;JDOdY/SA2goXTZvRUo3R86NWp5+mbeDAMazBbh8D69PTC9DITovTra0BeGOj0zOq1ywIprrbbf3L&#10;b/9TyBkmk8n99VLIyoaQfu/ZLOej2kbl+VGLjVM1jbM82sA5Z8mOWjySRiH2DF4XhlHWW74ocfve&#10;8ExBsd0Qihg3L+6Bjmo+jWTcI1EpItZwV5Gp2Xoda0FIUC6ZhU2GlzdLyq/XyRcyRisESCtDEPkn&#10;NjiRHGrFfNZH7a9b7FT2mqiCH4YljtLK221xAiY1SITQlwPhVZ6iAUvqW2Ah8Tb4brsjxvixQcl5&#10;rZ8Rno8QOJVVyVVF9grLJy9qiwHlJcbO3O3UQXK0yoEnUwzt/LRiHeSki9JBdD6JN8uZ6AUFna7k&#10;bn6zocPwW6kqq06Vws1aTJ6t0usE3OyzikoQgHY/JtFVEbWz+H93mqRxbmyQwa3Xc1gAsIaLMhTZ&#10;gP62eJWQhocWQBKNNJPA0ORwKhfnohOOpUZ2zTth4Ya+B6oSUVWL4I6sf+xT0buS8wRAssGtC4bU&#10;oglsTsJWbIW96RS/CKuFjGZauGBwgqVFwssVFzqwTK20JW9xsTSUGBcI7kF0z8qs1sgka6dEqmZ4&#10;GG0hJ21rWHQ7a1XAptI5TY74TjSInVJr/Ez4ztQRnz/5i787biOBaUmXI0wE7UTvdOHZaV5pd9Ot&#10;vhaMCNw36Lw1fy3EpTPQ4hY4FmdrnnXGzBA2PoDqpDuikgKZeIkQorGNB2exiFq96299HZQKvAHI&#10;PYB0BUqlpuZyGI+7hLRjmJN1txE7Xhs4PUZy10nqAttZMfuBq36oO9itrmzSYGNTYImLWxrTXO74&#10;0CDG/NlB1oqwrk0JQGbMVDYnHUwklrh2i9kKpqQWzvXjo2ejyWjGiKq4w4awYHxgkl5F199pwdyL&#10;0xaSq/USyiyQGACNXrHrToU+boQFnfOtpvkbm3Bau1Um+XkFVzjMQIRFCkPnOcboTKoyslRkX4b7&#10;Ac/tbjNudrHpbTyHTiVaHWME2ogbRrQqkUwtqMCKuJwW7zj+sVOs1G0+yuWQuFvahRXwtvI5i26X&#10;YgU0FssaVnsnr8ytgh4jdtkZ/oj0O17hsEkYi3WCTkcxKoJLsSafKO175TjTmQdcqpr1ZXioYf22&#10;orQN43GLGwGBlkbCzHBtFG6jIvo+LfJlG8lHmKCCAscNAye25Zm8AejkMxEf814j2lrAiI694/Ax&#10;xk9CXavg8sQ5g3ByfRzcyrlqnFvKdeLugOchhdUB7iDAtVKjXq2qudYS2bCIrNF9VBDBbOZBvWy9&#10;q17eA1zC5KpPUodu9grKVmFBbnL5q4QQ2NoaSyLgwjewXotwWdxsyx5qoymxZbOCtbzf9ruj0VYJ&#10;RuXaQ1VYbr93LVN5/ZjdX62F3z2XWvFyw87pZFHfe1dg7ACz8h1vWIoHK28QVWufgyQeKaNKl2jN&#10;a1yLsA29lKo1ZIEmZRzerHQY12TpNb+P2oCp2JBAVTb30YZ/VjmvmdgLFSl9hTjtcchza1baEcKw&#10;6pKB35apuBvz8dBGx86mYMwL16T3cLtyRVUKdPXCtWMrWPanVl+/QnmmPiEN+OP63vIa3Px1/l8m&#10;bhQYnoEu0duzqTLppoRlJTWcZCk4uoevcVzcoJusy/eKZStTyiNUgMcbCTXBZnUlD/5dp5+k/ilA&#10;ssQIgflwK00KROm1JHgPMCqtzscTNHg4f1C2TCZz9ybAegke7tPTQyCp0DOAUQyOz+7WoNtKT09O&#10;Wi2IQmkmRIrMTRCPm41umgIrZfJRnrippjMs8lDA7q5HmxAzGrb29q8ejOn1KSxgHIn8tDje0Xs8&#10;PTz76MkztLiZLLvv3bmNbfCV3QP0kPj5LsbT3a3hdD5DEC7k1FjzHtzaxaF7en4mYapofpOjs7P9&#10;rV0ozfCzzkbng/4QuYFXrlxDI/T1r3z+gw/uQyGNd//56TkeE4+fHR6dnE4AypwBgLTudjvb28N3&#10;3iJaikUq1V85Oq4mPZ0aRiZ8E7zQ+x89euPO7WvXr/UGvbtv3rt99+7Vq9eVQDkin47h8DORFyfX&#10;4Pc6qna2POhit/RxuzMn39QBXO6IE4l3KoVc9pd1oSWW5oWN7K8hKFKeyPYx38R1y2bzNwp0JV6Y&#10;JtJe9eFzXkzo2OVZgls+ZVQgD1JwViSzJbrS296+eutL3/qnONGxSnn/pz/83//t//zd7/7dyckp&#10;+mERfiswx167dRML/CcPn+Ah1CLhDBuhKdIxJqPJ2elZKiZJkFyJR09iWPjG80Wz38sZKR2Nz86Q&#10;5wzx43SxeP9nP3oOSnifGdM9BC6nlDejjVSOCWo4yUfBnEpmNW7AZ48fYxyD79KjKU4H3oBsujzy&#10;og4ECuaMiqRUPY9dIF2HfoGV8bo2DtplY8gviD3DzMa1i0eoR5zQQy7B9TKHhRL3EsJAvTWGKb7M&#10;JpYtkXjBZFTvIEPSWtF5gf+LiYJRfoEshzZqShEPM28953uurQmLMNeyud0EMdFa2Sh6leSSoLYy&#10;lSWuRFGEC9TPigUYVobreFKUUoWy5SS1nKHyW8Wpx62ydS821DqlskqVdMWSlVUFmUjSeRRV4gb3&#10;Oj1PO6Tgaf9CrHceSK2tgyFFRJFgCqFMtQ2a5SIqSE2IJAw6NGWqdjeqvYCqq410uY2ObLh6Xbmi&#10;dci8UB5aY0NqkkxnRAlWMsb5dUXiTIPSOGb5FNA3wqwgtoHgGH8/J8cVP2MPgTWWOjrs9uT7pyL6&#10;4j4L+AJXVXO9SOkAJa1U4BuuALneo1CZccRGNANSo8OvOsc7gB3f0nbTzqCpL1TexhdD4ws00aRY&#10;L7AaFLtuwlk+L1PKm8XPucoXkF808c1WeUq9JV5KSsLEdgecfMhEAHaezCYPRs9+cvL4bE07C9jP&#10;715rLPQKMeB9GB/mNMegWWtFyR/d7W5F+cH2kCAmg3Uue6sGP5t1hAHtzK5X3EYDYjDO2DjgVkML&#10;iLcBPxmY8XigH0bRfqsPLuLt242jxRK8gwWI01yA46PEPlMt42Hc1aD5D5II4Ii9zpYYy8X/JABq&#10;yamyxgvm2OFhSYv+FztjPBqAlQTuAm8LsQGa3bIE/SKez66LhYDHUueaw5MQmN+WpEzhQ8ApNluA&#10;VJmdY7CNBN8CJ3JrAAEVpgw5PLfpXrd3C2hmxCYhf76gcDVzO1x0p0Rs0ArRwDAd/EAy7aM5vmix&#10;wiiC61vA8/Fa8dhETZwb/NbAl7WRZb6YHiKPKBJyp0RJ47JBnYATAMNkWVHGMqQyXUwxcrp/8SaO&#10;hIPWSpxpxjZklkVKBORyBQ9BgtYsQrCW2gdN6qB5KFzqFG1h/hmgSuGNu22MqatIw0NOFmW5tfUb&#10;zQ+1gvNSHFL8E2ZmD5yU1lBVekxbR7+Xt1/tQRQyUMu2Rxz0rkbCDYm3H/dDLC/SOPqa9QEdzucv&#10;u0s+xomdl4EBChI36Sn8PkktIJgSHjoOu3ZSLtukjuQxV5Brbpzwx/hSQ8rxwvswfNrqJvVJttQS&#10;NgabwAhRy/bVdrxRGF9+3M6p5O5sSJb1xrv/sesqP5NWUckuijZdmC/vflUN7WA/G4VRRxsQxHqm&#10;jLzeIKlza9rq9/edoG9WTS1BqJ427d4AImDLLB+t6tu2EGtgS1ea9k2fGFIwRpTgncjbJStzs6rS&#10;XMtGWa4VHSb5nj4d6VD4BASEX59yUeRjEB2twa/rPa/IlmlTSl3OyQ2v1gaKZpXb6kLsI49Q9vRG&#10;/7Pbsv21bkpkSlp0Zf21NXl4Tc0bdCHGbIhDImfFkchI6/MKNxy8daaxrcVale6h6s38zAyTqLRS&#10;29qr/FTj0q95r5nSxPuJ6voXJ0DmJV22q9kSAvuLYFaWq1gcKV6kZ2uMFMvxHC4U05Wlm0vSiGWf&#10;HjZIUVFmqUVV9vSC6mV6cnE8p6To2D4egppz9AZPCJ+GhwsE2WHL6VQ0YbpwExdU0lpPRucrqLtW&#10;S0zWF7ltaa5JAY6Cqrfb6SSSns46Y70CfzjaMdf2AQzqojjGL1/A8IrY1RZ0WUOjm0rW9yZ0UPgp&#10;d3d3n5+c4vjH8QjdKc5M2qiSGItUbX2KyOHJBZRgn3/nLZy4wEXixzuEpGq+BGZZy4oE6utH0wna&#10;Tnw9kl53hz3AfjEVxgu4//ChnHO62W4Z8kPgpE23OoOdnW2kFG7tDNezHaQNITmIbmQ6ghTwvCjt&#10;77x2AKkaeqRuq7W3PUC8UoeWZQkVZLaExj4OJRuWQ9hDAs6B2u3W7Zuf++JXv/Gt39/Z23NhIap6&#10;ckUvRJWqWmuowlPQ+hrUPfXKtMx4o1mtNZbq01pZ/Zs+dPSv8m9fbLZDIFzk3dylcaN6n/zf+n9A&#10;qqr8ga3/21/42ntf/cbPf/SD/+vP/92/+/d/zr0cohLm84ePn24PAUHr4ug9fvgIH3GnC6xoAl9f&#10;hlVKlmEY9/abd9HGXoxH3eHw85/7HHI7EZ70//34p3CtI62KhX4S/d57b+1u7bhUCwbzODJkUTi5&#10;F6OhGVepuHfCrior5mtQzeeQ5+GrD5gRWlMoKe+Q0tXQ13rJoPXpYrU9uvZPNKyfWgqVOE518M8I&#10;jBHZHq5bF9LmBHAOTkhzoGT1aiddI968kN0vB6XEsWZ19oX1DanUzBLeiyIq8eoYCbC0kqyhXRAm&#10;Tz5Hg2CxbMRaH1p3N/Q1pQ5WjA2xVFOxenV5vNbWkkVUqZ6pZRcFRrNDaATrjpsd+CeOG7g44Ixf&#10;8jjwgo6CYTbgtTdUPzVUpg26Yb5vG+eB/31NcHBHYa/0YtWkbPBxlaNUpxaXaArt0LKxunz6BpVA&#10;VNoKNxzAYZLNuYYWmKNECZsQslkTOofpu/ZdcT3uItqAzeaS4c4ymASpHA7QNShUqQhF0QHNEaKT&#10;W2H7cwOLnli7BRGfXswMlegQLaABmb4AVyzUXSUuWelnCu6++aVxItcRo8KxLI0XyCzHbCtpoOvE&#10;f2IXYjxfYIMFD3EBIioizlSjNVqO15RfR60+4rlTge6if5ZnpW6cn81OYDQdzZeFnWXEGeKe7TVT&#10;5BvtYODaaF3pt+LdZru3vZw8iLFNJuVtpqJdEG8vTk67KgGoWS2WF4uMopycP8yKnTXQ0JF0uGjO&#10;0eJhuIr+LOpsDdVWF8F93VY74QYSYAK7lSWL2RRwodvd4vGj864ubl7ZlvtqjY9ggIWpbmJ4hh8R&#10;OWlYFRt6mAirTh1RBZ0lDfn8aCRaphB8UcI/EPaGVN31xCKoGLNmfnRQM2eJ6JZTdLZLupJHig5e&#10;7GDPoF+aXMwFE4aDDcJrBKDhzewAGbi9s91M0WTm2QL3v6bqe23Wc7vQstsjwhkPvQKlS0a1x4pS&#10;9dxx3ydLAgkJaGBHjK43u5jTJw1hzpg/EPejKm5/84tv2Ivzk0VnC9vbVtKOk37caDMsCsMDUqDx&#10;AGvSthqHHQe4BnrCtFyDh64lnRhQRz6zUkHa0ruEC8ZFl+MnhxpOLO2F3Imq5DIHWELJgC3zUdyo&#10;zBWvzg7oGw/HRy6VdBVFyBMXlL/lnRvdBCls7Dtt38Ga4Fhzr8ArREU7zIu96iU29mccSMo3pPAm&#10;DiQj50nC3J+CvRDG4YwbQsyTR2ThV0H4LmsB/BXMNBLLjMXdumQggvZG10J+ZCO2F4ebLvldDksg&#10;rb/x2ykJSYiMrXSwMrrGxzzJFQijEST81Au+woGn8j7eKBg448tOw7p6+JJUWUVq49/ZFzi0Yc5X&#10;mSg/3aZjN7pi9ZnTCi5/ZS3M1tkQo0qXUxl1PZixEt3aWrhqqTbyXGLXitkqjbbGWlQlJKmGapNM&#10;dbzHqa0FWJe0YRW6ORUSMwV85GaltrKUyj7AKcvdrNfHsPv2xKdae9E4nyzykWjJlylVSd73E1b4&#10;tY/O1O27DtImyij/BknLrrzs0Zb5gk454RFVbrwUFHYmgJt0vJHOVBplww3sRwBaRBAS56mD2cgh&#10;AjYg37VDuYw7rkzStWyfT79gbK3prURekuVizauS1ZUu3Bo4tFKBvzCv2ZDqK/2S1je596X3fvmf&#10;fuSVyjJX1NLNyIKPz7RqnSAB5XgCreVp2uBSV8gofqjhiz8T1Pk6XNBb7JMJmCxky4YwBrCVXRIv&#10;vjrVnhhLt1WsYHDEHvh8PII1EcJOMBV7rfZkYj54jvyhaXe4/YX33pjOF8+fH2KP2pGJr/WjUdbQ&#10;J2fn925ew0bz/Q8/jAm5ANSz0Rv0IVGmKgLTv0YFOiftYJ39+Jfvt+GGvbK9NRiMR51nzw+hXV3M&#10;VhOsVxdLHAjAaRL4ZHgKoiwYICVhOPjef/rhcjrGbhlS2JgKKpIi0eTsXsFeuQ04yWw2/+jhg4O9&#10;/eHuHjJ+UVShf+jt9TEOB/GoWKweP33+6OETjPwhoD3EOnc6v3Xt2tPD54g9BLIIMM8v3HtDSx4p&#10;iL74HRCWg6BFDMmRbNMiRLoNIhUQ0Ngj6nbjX/3Jv/nKN/5wqzfk85gbXUZQcncWwgok48VVsS/u&#10;Ti8hxWMfbPNJvaWO/kv9o9a3a/0rhtOgLkOyfHTvnS/dvvM2iGiT8Qj6e9wluM7mk+kvfvKLp2en&#10;IIbfPNg/Pjw6Oj3DAwxrC5TX24PeX37nb1DSMFCq3x/DAjibtobDt9968403X//wo4fwjWOA06Ad&#10;Gmdog7OZRpPmckCf0BvDd2dss908P5/AunQynirWmS3UdmCqUUSbrVuNbecWdSlwVnKPbW3yV6fc&#10;m00+vLOmsPzBaiXLtFtSrdatbgcjE+jo2Usm/A9uzOBWC1P3ogipvpK0y7Ejv1z2w+BV5T7It5JM&#10;ydKoyFJpd0XqLN6D9RqHBMznLh7DPfqJ/ucSKRMruOSMcr1j3UPfHQP+c1RVlPmrdHGZsN5VlU9P&#10;1uqRiONFv2LERWWsT8YVzLTAukxJjfJB5SFoUI48iXxyUuQypMJ62IwKcMuosN44G9Y4pV7KbUo9&#10;QtBIBrANKQRK3MV+oxMWT6bkuLrCzWmStc/D80xj79KNXN9jS9uB8hRmpUM5XPbGwacbKragpq/J&#10;Ad3UVX4Pq4NqqBqfyQ9EkI2NpCgvJJCPuASMQFuFWaDlQ9ndCBgz1O6oeiUMXWQISgZIvA1yRyiU&#10;LGKMTOGJpU0dX4PRI5z85DLGCY2bsK9T9SwIWeo1VTNhyOgUDReaQpwv82kBwn6BuFfU8bls2DAL&#10;MxdrOFg705hh3YzpOT1fzJfT2XoBSUPG4wn1D9wq/W7cSdQA6OEYrS60snpIiU4OSfZ0vToaX5yf&#10;rx49emQaK31wcHq27A3X6GpPDh9+7/sf0uO4JgkuY5/faCnIpzmUpV2m0wEiC/rhPlfThYBwI0x4&#10;sa2kDBV9OVJvcUARAIV3qJc08niJ2/xgvjxGRhqjzhTZeKtsgV/RhpMDh/UaUGgXstPA8ACJRjDj&#10;WsFNkRpFWR0NQbHgktbyEQHXZbHuLaIO2+t5E59LqzVeLhAK9+j4OYAF/VS38RsZ2xAy35tI82s1&#10;qW/F8wo25fUCnw6wo+iTQaCfFMRuppQe4BBrzwi9Ayab6Cwst1e04dqpKaivjvlAmKJWmADXNQVi&#10;bDFfQfds5LLstNMOOupef7iN6R1QH/YfnxRbg63k7Fnvxk0ABWEWbkfrDo5KitsBRcNfgUzJdTzo&#10;CVO4vKMEnvGcXbVaxwaeFijE3YVv3SJWAOmOqldWFqicRdzi7p4i+PytikpLUCFXvC53sMGhp0tu&#10;j5+VqSo71+srZAoo/o+oZObR1esIkrKqNTVHncsLVbV4ogooW0awRh5aW2V+iLZCRJqU7mHEgn27&#10;47Pgn+UU0HNHL42Rcjvvwm1mZbKH/jbL3NBJ8roV2cHEkiVKoOUcdlCIF54nxjp9B4kSklQnNApx&#10;o1K9IVg4UsyxRaC22tT6SD7ngB+/WKvzGWZBy+/95P5//Spb3tKWVZIJlNv6vizM4uO0l0EIW5vu&#10;2fDXVlWG10qWZV8InakCdlUQBNsKz/FJL+NFhFWlIRVjii7XAuUqrERK2PBsryaq5kWjs3x0PNdi&#10;ubTicj+qSp1ZxWmr3MOhBXSCfncemQ1ScPglZSatxOkUpShX0dJifCy98DV1FEw3PpCuHAZbd3yF&#10;NbItPavWbFqXanZrj26T/qjIw/nmjAqmdPTIca9shVCqVMaqRllRtsK2Orn+5aWrDZ99rGsm+4Bt&#10;xo3F5HlbphTrQA3YRCvX1c4Bo+aljq6KM5ujmZJfpcu/CWGJNQt7qcHW+pXCUzbrL587/jJ7+sfN&#10;eioBefKVP/gn7//jTziQsKVNOJI4deM/izKbVSoOXFmZtAor68RwECpR3qojIdwEOriWlKNm4e4K&#10;YSRILw3ZCxw9U6V7sjEOvjuf4WiIHV4DBAWsInrO0XR+MgK0abW7s33r7bftCiCoAhlF+F2AvcVI&#10;eoUUiNycXVzkMg5bFxKOCprijC1iS/qB6WwOH2Gvh+E0VF8ZtszG08z5+May9F//6Z+MlwyCQHmy&#10;hPTr5PTiApJj9LbNXq+DSXFjucANCwcnYooQ2nqio/4AIKgVlHRJWsyPwdlCQUBvF7y1+HEnkxkH&#10;va3W1qB/PpoeQ6UMcy9zEfHIzrf7O+1uG7ReFAjY6xKBMiWYiglMz4+6g0Gj3br37lsYziO1FWcH&#10;sitgUssXnCJPMujUpuiBDi/AZp7izPz8e+/+d//9/3jz7lv43dnVi78RnyZaY9IQ47iUmFsP8X+p&#10;iVbXFMjxf/k97SvM4pPMWKZIp73eu++892d/9mcASuHtxZwDEZqo0wDwuDg6OXz+3DrfaXiaYTAh&#10;6Z7RajY9m4y6g+GbX/jce/fu3TrYh6Adi/+bt26CgzVd236C6BF7ulidnI9YLTOmF81vS6Ebbnau&#10;3drZv7LLOw5DkOl4ej7BeCiKuii3T84m+1tDqPMr/U18yW0hORBhIGUCTVKSQCRvA0OdNoA03HMh&#10;MREeOfwM8CfzCixMSwJG6fIVnGZU2U6sJE7k/D4uaSqEl+H1N5rcmDnLmC27axmCUqMA/x8G/645&#10;lz22aJ6hXEhL+VPGVkSJVrTiEjvCoiQhBmKDduvnVypqlsrVGB+u6OPzbMl30pEXlosE1Pvho1J/&#10;7Cn2psQ0R8GJF7awNVBEWQdYU6E23G8ssCW3Lw5L7jp8O3j1aq6dyoatfASwo9swxIftoEun07Ll&#10;dYLLYG3y+e+euRDe/nD0yqeqfffq5s42LqOStK6fuWUlHalqgO0swqJe9L+DFN+iQxMyEPM5BdvK&#10;1CDBCq9YOCOgh70yXjZiciBDML5RQJgtgDc5u3bD5VvBpRwpO3wp4P9nssVWsKxDcKsBSy+4JMRx&#10;0G50mg3RJ/S6TYwXgWlemHgF7sKqvTiBPjNe4dvE6czOGvm8h8MlbrWH/eXk/r//879EKgpmuG10&#10;S51mt9vuthoH2wO0dkjTbUnxQbVPtj6H3TQzi8V6PZ1h6jBhS0ES2midn8xFXZ3HE7u4eQBNMNo8&#10;LGdXHx2f3nrnSymM/o0W6qkR44w4KebGLKFq2JBUwR0X6E3dzgADIwQgYRaQYChgkJWLpg435gJf&#10;ZZdQZ+NHHCWIAM86wNgDAQ+alSwFqfRqxOsENCIoudcQkmh5W9jYxzIbRjtquLKluRl36AoqYADS&#10;ARTAy9TR+cUFZE2n0wkK/1a3sb092O8P5xOCM27t7HR3doE3QLZ8FmksnoHkyPMV3LkrfitOi3Hh&#10;LNkqxy22znmHy0e+ZNg3sLhdsOqAjCOBMdmY5RmSBCf5HGJuNurU0OAdRuBf2mru7u9DXA2iI5OD&#10;01y229hvRwjws4j101MHvd6DK8jMmnYFIjME8XPi4ZE5BNh1ItdxOseFlvSabTxzMePEi5ir2QQv&#10;bMUSJoJSHSc9CiHKd0tRMgElJhdlBIOCo6gM4C13IKrSjRpnlA1hotZBVx2TKYSyONu/qrUoUsGr&#10;EDxOMbBz1VqfkxA57qO1ldvClM7B6iUI9NYFUxvxyKoyC8R6cUgwvqDp5SYb59rCGOFKsepb0Z7C&#10;EGimK8g2JJOkYiuqkFzmdjI1irrC2s4laMrVgytBFbo5lyDiTByFDqtSbVoJdtKOMEAtAzRRoJw7&#10;x0e5ZFTCyy9W82X+6HRe6Mb1vf0eSOav8g/jkuJr+zMVglxttWXd2N/63aSqyLbRBrQpAJP8A7vC&#10;ZNdF0iVmZ1Ne58jKzkQdcl4/bTf8cvqVI0xJoxhrXYP0bsbLhT1nlRdUY2IGQIMXAuE4abii1B3W&#10;pZdVVavPKiPL1iLmw1e5WsXN7gNFVbmUo9IkC5ufwaNFhcQcmSeV2zq1OaOQWyd2p7b2KUYuwbrM&#10;D1KVh+hynECdfm2dwxMPdowXQ4omfw4CBDGbS5JSA25rE4hSmGZrObmq5kSyNro0Pal5Z2urfHmZ&#10;MXNq/HWl6ylkNqq7i2uKMRWUGX60UONqbCCZQ0BvNaCp6a6cDs2WuoXot9byerXzxkTnpV7fcg5T&#10;p6Im77z5Zv/GlYuHz8uMZh2u8DiMKFwqL/59HiYOkjzuTSYrb+UnBUJ5oAIKFL4nMS1/kfEZSarU&#10;TXBuJ1sQPDBz13nLd8P/HjUazx48OT25ePudN5vd1q3hADO/Odq7kyPBWTWgRJvP5niGjudr+GYh&#10;gOaqF8idBlvcfqd9/9lT4aBgA2Ba3Kt29/f2sIzFG4CJuJldkK3lC1CADvLT5yeLojhmaNDJZDqD&#10;YGlvZxvfATRLVBVrSalBM9Pp9udo79fATUZHo2e42Lf2dve2t7TXQyhKmySE8UAqX/CfqcHSJJmw&#10;VjDq+fHJ6enpaDlvD7oAVuEA37m2LykaBZTVcP+2mylLHmwVlqsdZLm2kiePniC4l2l3eOIvmRm8&#10;u7eLKuHG1Su//8fffu2Ntwb9vkRPxsygrzBRfKsTdj7lNREr9Vkagd91uZ/e9Lr3Exq5b/7RH//N&#10;X30Hc27sU+C4xR2AzCHUmpiYzFeckrB0wkpltf7xT3+KzT3PETgLMQoZDu5B4nzz1uT47P/567+9&#10;cfvGH/z+N0+Pzv7iP3xniT0nVkz5Eukje/0OKm/Eb+H4gQsdTWgrKlaz0cP3zxEuTUeoNWhG0eLi&#10;lMKM5qP7xz/O73/pC/cisWjGjungKV/WR5tZt/G3AQoYuUILnexkJWUQ1IQAzYqbdLleQmCfEA7X&#10;6qGATDlGwdfjRmOXgN9YFqqc1zvmSom5LRxninGmuMVYJ2N9hr8whVCbWRs5ggT6WOy8CDOBqhHD&#10;HayZ4NFUTTc5RKEdR5ImzpKKUyELpTdv3Fg0d0bZCpIh8qaYbjz9qi5j5fEWanNlHZUHufFkSu06&#10;W36UbGpCxKS879oRY6p4wTDop3VWucAcVYbZh/OudA+J/jl2RbSO1EZep/+yDXON8pkDXkYdSLJy&#10;ZhAfUzivu9OVx4n2STrK7V21rY9+XSMcZFbQmscO7FC+vCpnpYr8U8bny6vI8zlChKV3EbsdhfYY&#10;rnI6reTlwa6LvVuC3C0mrsYy1CB/yAJY1YbyDQ7S3ADmxOKf1wiEA9QYrFeSUuHE4tQaFBJyhfUn&#10;Cf/op3gJQQJMvh/hxg5CjtHjMbaFz5dAJa6WxWSNhd4q6e02+/yo1rqDshtxunhpEAAVk+WOHv6b&#10;r73XS9iDdpuAFWN2Y+BQQHFO8+oiu4D4GdctZqmFnaxykXcqHivojOKoa3Bvt/NGa7Cze+tar9EB&#10;dUujCS0arcnsrIkQIOT5dFvzKYBy5P9g3tRpxzsEwLMJbVhAhLKAIAU18UxNM2LtsryduCFM2hdb&#10;RCY3XcLd3CpOSWycZ/OtnX6hxMNsnNke5OpEw6WB/9L8i3sO/anmdEES7ju9Pk5DdOuH4/H52flo&#10;NsMTYafbofMZpK40fm17653dvbjIMBEw83y5nMKLSzrRYoq83ZWSPGKdLBhIH0E/wieFYq4xnjeY&#10;F2Bfiy5XmHmNLG4gThD0x2yRP5kcTi7WR1hW28aX7+6MFvYfPjzeG24jmOD6/h7ncs3WVg/556kL&#10;CIfbCGc3R4K6G0frhJG5arBsnUWYCc75tuRc5S6X82eITGpswVYMVTfSHDrdxlYbpTMIVnMN/FU+&#10;jWZMZwIhE/0d3ofYpzlBwRLxeuLsH8820dQoBz61cj0Xcu+rwIxwF7sN972/paVONTWCPpemnvVr&#10;Nzimqlay4Q7Jq9gg4x4/xpaQVRtA6bZOb3cR6w5H5EOD2Tdqx2Z3Gy23SubESvpeXX4bPyc1Qofy&#10;MPzFHE/mFOIH3Ek+eFc0FALFi4i4lp8bmc+wZWs2IPT0ungzBwRRsrMqhBNULp2MdfM3n42NTobF&#10;DVoIPAIUr2G3IKN3gbpySS2Hal4l5wt8UIjXxuZ4tsjjV+vjjSrMTwXB8X2SrW3dN1e+qpRdqhCQ&#10;sSFfDe4Y+9kVZ5up6Woj3fdXmeKW20sb6fJEC/p7/zPWvtZ+kjhahbwW16KbwoFXYtI3zOVsmjK2&#10;y0uOTGAsl5CLeg4T5zvuahEuslW6UjqLm0mwi6gwVLDWbqKx6onFL8THhtShgL02G8alkClQA3m4&#10;v4EyyA24ZWsoMQ3WrQAycX8ltSVr/SdStdFB9RWVwuITeMubBGo+M42tfmG5go1KoniJ8vbSqgDb&#10;9FbnOpStHLbXrf8vrEqVs0LFIUvJBJesUvFvoQi/1O5+cuTvZVUzzs53v/je3z96RkFy7kiqAuiN&#10;NlIRY/cwcnWcrYZXZcKnpnbHqnKBpODdjWaIGVSO2KxSJ6yFDgziTMxMVd63QUUgvwhFR3zrRnbl&#10;+uLwCHBaoKiY4cn4uznOazg0Vsux2wyhAoeoDL8zGs6YtDJYg1DqrJNmY3KBGmMF6k9LmBXdLkN8&#10;0rgxHk1hr+3tqRsdW4Z0MSlhnf3b/+P/REW/uztEeipyfaCbwmYY4rcJyig0EoPu9YODXpbvdrpX&#10;9vqo/vtbWzB2rhhSr+E5MgwfylEALZmeCppV221wUGSg9AJ/Ej/c6cUZ1tTTUdK7eoBh/enFhE2B&#10;XV/rdgS4lo7PTqZYWjQwWEeGYAsAyg8++ODe63cKmtCwvM6eHB3jfbh5/do3/+iPvvKtb+HnYroF&#10;/GOxcGicS/53/eor/6MIO3BU+/lrd+42qfE1yEOG9nh3b0/Jp7JedQ72dyGoP78YYzs6nY7vvv4a&#10;9xUNbGrbraTx4YcPvvK5z6OGPHny7L/91396de9gdHhoJ5jjpM8PkUk0Yr7IYOC2oK4OoArAoM5A&#10;5YzKS4tFFq0phouwF6ghgq3aHRQc4KoZuZW8i8bWbZbqclSfKqspniZ4dEJ8aBHzKT7+FnQUve6V&#10;q9exNRv0+uixUXC0qZtY4/bC3lURmS4PepfpUjC51wVEEP+Kf27Y7rLipi9H+2iiwFQQP2XGcpku&#10;OJLYKE41ORGROVNT3EsngQjZoTQEgw2aCTVSObhJVGZcerSokryLRL8yH6/PZHfAs0vBuP5YFROs&#10;rG5celfghCknhSyLkrKj1aqsgEzkd7fW5W9UFZFRUcA9RqH+lerZbnCsLjsWlM/nc0lFzjgctj9G&#10;4j3E2lSIBwnvW+JCjzzzisWKdshLH7EbyFTar4HZK2tvAIx8xEnkhVpu7iDLVYFHuRSpMrHIswtd&#10;cLwgLmXiHviYzlKBf5YWUdawTXS8sU25EcUMSIphxchxHgjxcnm+ysdr8ZRaMK6ILMcP02w4VxqB&#10;/yvDXFl33szmq/FiOl2hCyMBabHKAG/AqtCPLbSGVKet4y4XwdGNbhc97jFEkzQHsxcUR05cLE8e&#10;HB5jz9lOR5J6W4zwYhjdW6CNgil/sSxgr6ddl80oBrLd3t5BA07/BCOvHhHFmMninsYGciXBXe0m&#10;s93xtre2oP9pIAgv6qDH3h2Y9lYrWY4Wq3kH+AYYjlerBto/crtwWFFoTMcoU7wg8W5IKH0iRQ2a&#10;/zXpvvDjolMnohraY9Ngum/UbfYRsSTcEzTImZZrD93w2qJJjdqiVYBZ+HSyPJ4zZA+zvPZ4wjka&#10;Ntfd1uvbd2Agxj0APbBG2hESBBHHOp+u6IVYdKI5xB6FbqEd5UMhggnXCMkt4Y3Ntx2wZbDEUsYR&#10;47uAepcwFO18OjufIf4A32iFV3k2wUo1bQ26e5GdtZp/+OV78ezsys7tG2+9u9XdbXZwWGdqNcLY&#10;A2YlfCvOxNNWf2ebEQ/xKs7mszHEYvPljJO6s5WagdGBYxY9EsYjSt+fx9d6W9ebF/04a2O+kc3y&#10;c7OaGBzhyyB1wM0wE3AUSqCmSAvxfhlor3W42RXDDhMZDhneUA0JppBFm1zSnllno7CaVDKEiYLp&#10;1QFp5XENfLUWNKovta3D4fBDVFEtNdfZHBwIz6qqwxJdifXxng7ErD3KIapFrkQeGh9QzQFtpZyb&#10;zb147wtU7mbEBx1hLmRBGueyQu91Wqc4bJYU5a9TeZpEJKXRo84YLKK0JmtsC6LRWnp7S5lP4lZD&#10;+LjDwyQE91rtNCVY5md5YIeExSBQ28o0uFMogr81Vr7QlkdmTKZ5r9tYTy6mZ8voVaYTOZKF1xmF&#10;0V5dgWwDz7k2h/SRPXYDFxQUN8aEBW/NBhvVROj13tk9yF8s70tZ1a8nXHKqHQ7JA84qWLo3JqpR&#10;VLWFJSTrxd9UVYDyQtIZjOiOvTjbE9t8u2VDc+vZk5vfLoTYuftBBw9wuX30EOeQGR+6NWk7HZBi&#10;M2o6fCtj68xpu9Hj1eJ7osoZoMp7ovyN5eVBZ8fifzatwpUwvOOqI3Eskjop+bLz2l4y29a2yZ/h&#10;o3QHP5551sGlL6PAK3fC5uyg9LKF7n9Dl16jDNiP2Z2G1a+JKirZb60E/7h215rPdPET+3jn7p2/&#10;BThiTbaez60SaYyuktJL1UVUelNCQebnJbHEi7talktUfwCgfuazzOW3uTGk0ULbV7L95eCZnwhi&#10;V9o8KODRWdIQ227t7x388v79CyiWKdEnHhk7rgbS5x1NGichzjdaPvAXiDFowL0D7yv+BbRNg/5W&#10;wZpjBSIuwgrBfIbZ6er+jokX2s9bPSoGldndWzfjtAMtF+SpqAq4uQKzsdff39vHd8bOA8/ndpZ/&#10;eP/xYtZ747Wb4+PTRauBUmPY65wcHaI9xfGMdwxQK4zzzy6W08kcZ0PGeqSYTmZ4NzCqXyxmN67s&#10;sZAw+U9+9sGV/V38nA+fPu+D6nywtz3ctgxdyODvwh/ZYgFO1U9//gts9obD/jtvv/2lb/zeu1/+&#10;6t3X30Q2UkS0Cr0zQarxu0b3t/SHyNXY9PKQ0unx4/tX9/cgKoaZDpfoej4nz4PJz+htuRE9ODhA&#10;84bPdHdnB+Mk4MUms9nJ5PzZyelffuevocRCi3Z6MUKgCCx/MGa/8/bdGKqEOD0fXYxRg2drFRLS&#10;UZ+hikAsdpOqRb2aLrDCGmwNqZI0FqFWeztbAOncvL6j/Z6Qw1AlvFmfN2ZVTe1UjZ1L7B8XNe3W&#10;Ym27iKdeLICKw802BykdAVq0KydO6YFXMxmNkQzMtnS1wkwLGxW8qIwVtZY0UkgnxAVKsVrKbS+p&#10;LqWR048eeSIxiSyjRiHyslMtLkHrla7SJfrnDIQSyricDkkYk75algoBvi0MCc6SldKvMomxFiyh&#10;wpzWsTF8aq0XcKvAlFESBhteqE+qV96tKn4+kch4XZWp57sHkqU/0isWp1W1MMONVABVBdPZSNVo&#10;ioLgwVvmUleM+ze5T/sqJcpGuZQTqSSNT3qoJfNWlKpgQRQlon/t4S/q229Vj+P1FC2XUMxZiQ3U&#10;nbj23fzsWI4QfEPMWhjcGuXuVpBrVQ92emAq4csWkfSVeEFAA+okV9AMUNKMDubw9OTwFM6S+Xi0&#10;lNYOLSjwVBbZdWAoI5S83wCeWG3DVxt3KGISL6asIlmb7UL5AAnHfPYhDDWNKF8vDEhTepkk+7PR&#10;8Y/+8cOuasFBOMs8oi2DWbfTPxjs7PcHuI/xiCj4DpOYvM6wSeYWGGgGjkKZRm92h2iuG02aV7Fr&#10;ncM9CxnP2uaNKBng9XCgEO032vHixMyetUzK4xG6ZFLkGmvokeky5bGIHVqTpHQ0oZlI9RQ9qcos&#10;hISETxQnEZrDYt1EdbSGVNvwBkWmnWHnTa8CNtFTIJtWS71aYHO+on3D4oRqdtr3dnfxROKdjJja&#10;BaUra/Eo4ScrMHNbkeXeJEkxS4gzhm2pgWML63jA+rLZGs4g/HZz5DAxYYApQYUs70aQlBTZ0XSJ&#10;3hK4ZfRRiDbGM21/0Mfy9uoWeF7Ademb165Oo+bDX/ztB4/UrYPh8UcTiEFsinfSTiYXCOnrHNxC&#10;aJuCm3g+wzu9WC8vphcIfluTmIQu2s7miIAFHwSBBTpptjMjUQe5bQAfVqgf/OKHb9zU/ZTvJABe&#10;2NdAwwv7LqTPxGoK4SYWnXHGNCP4qJmD4gWm1mOpwv3mVLhiaIAUWET9RoZXRbXd9Y9AGS1JJoJS&#10;4V9ocSPayJkmfDSXqEMcTdK76NyUT3uRc5mME5iuTqmcOmEdn5CxrckxXRSl2rSDlii5ILCIAvw1&#10;Lvtl3JG4xJe8ovi/EINgcNFvNs5h9JrbFhPp+KxIOd2EasfMeYHiKucPmtPnbKXuo4QZL0poO7wM&#10;gjjT06dx2zMowERiDKZaw/huXE60PHOQZBfoTl00N01pljWH7f03bu9m84nJxlrHr7IGoEdTUoJ1&#10;tb0VcbUHgtXa0xp4sKqX6ylHNcu28ofDx5Vztnz46s8QaPTrnG2lO7a+icUbHlcE4pJ3GJVf+eKW&#10;t5IFeV5ipGuO0CqR2Iv0lS1NqWVUfeU299/bRGoDA2Jr3mKZPtsq79DlCJCZb/2RFG1S0MvPJDCn&#10;VdX0Xu4Mg/xYe/aiLcW+kmSeI1YDOjgEgLtBdMHQO/48mL3xspcMPPtC2qy1l7OllNrQ39YCZsvm&#10;OkyrrKn9CLY2Xqg2GEF5HNKildrM67FhIu/rACdcqH30rqYyYYhg6xdaKSU1kSr5T6puPH/VTe9l&#10;LJz65AGBkwy4r8IwOLp187W4ibCfVWJLDYuMJFX5tlQXQ1A7RyGa3Jb+izjUN7EQZXUlAecjO+fq&#10;g4PSjLQqkTvgMECzivNS6Y5wsPSz02HauV/AMhT/4Kc/7vT7+9f2cQxAp5RIowttlKSWs6kA9xxa&#10;q1YLM9vGfLVstxokGSfp8eGJncwGgx6QQCfnp8Vq/dqbr4MglS3mONpN/rS8u5WcCD/78KMYY/dW&#10;Cykvuy0Jo2fLElN3hoFtA2pMeBHbn3vrzbs3rvI3tYhPatIGNIOZdoLOBocrHs2j2RRNOEwLC2yb&#10;ZdklSgv8XLpYEuK85lB/DdTVxWR68+r+7dduYHEHb9MCdQa7fYMpf7/dQ6CRHFLq69/8+j/7l3/6&#10;5jvvJpB4xU0pkHGCxJzlq9+1n7/dXlcSFjTrWgyHYinVi8Fwa34+2trfGU/GeJxPVyjvmCok12cT&#10;dcfjZ0/BcMZ0BuKBo/MRyNzI23zzravXXjsADPXxs2cH13b3XrtydWubjtbYwkhoZY2EWQxqX1yj&#10;uN5Q1GFkg79YMl4r+u53v4uU5x73QbhOW8UqOx1fXL12HaJ36Jlb2sRBq6O9Gco7jvyJ6RHczkLv&#10;Ju0yHWNFK6L8FC6sCLiXUaKFU40qdYWoaUwxWcY1m1TqtLinMctFR7VE4AG+Te6JuuwX2tqRlnBV&#10;EyaUxwy1ZqnErSI2Tmg7QKLieEAxn4ysZ4gZkNeJGwe1EUKhGoBTxTLAd6M0+SqwrOJCwFh+cSKh&#10;jobZnisHJKWEU+Ztr1LTZoT5aGwgp3oioOwbPKtJGr/y6Ue9XxSVEEUX+K4dJ1A2LbIxlhWH3Yx4&#10;qG2QnR2wljQiJ1xhail/Vm2QJ/yfokd0XjiJ3nSbKxuE1WLBcNSVQpAyifLZhZINbENWg5QdIjDH&#10;WKLwiwZVabPKU0dF3uihSqWir3hC8618IWI96zJgLwX3E4IalFByIqp2eRQbLiC0oyoyAcsmwCdD&#10;3pMIyGIrSodm8g//8A/NDPG8uFHI6ccrhC0d/WSvCQqyhre2mWq0MTRrOv0b/4ggNp6ihDf4dtxm&#10;AUuBHw/uXTy7T6b5BZqoXJ+iYUWW7WqwZPRsr7GYfXBavH7ry5jnMIxG4Tun/TbzW9BE4l6lqBME&#10;OPxZ5Fuwryjgo4omrbIgRSwtMcI4NDK9PmuurPcYMPgXZRpeF/abCcBcO3ugXHGlaIrpAi1qgXY5&#10;b9IEIw1kgtaMSu2cy3o9E95U4lf2PFqVM9VjAoe7FxF2NNonJiXbvw2NaAKEFdawsZMDbidqD2c0&#10;nZJznFR4hZhBI9KesUOYSWFp0egVOINwu0PXjd9UQ/nB1Gx02kjChZlUR1juYYWaLKJ4mXSZ15TD&#10;obDCDAyGjieHFzjrmMeUsSLEsBoJhGmr3dsfQvWEpyYS3ZqDHgYRULGLC46Nm4b2eTXLGXECWPI2&#10;VDMkP4MCCB357GLQ60FPMzl7dLSkTpuZanxbV+J5QEeGLfO4rcGC5lQEAcMQyDQyOl6xelxQKhO1&#10;EAuRz3pRZ5IRrbQifN7xOIGDYaZDHvlFLZfb8kTNSVTmklOW1sIZlrWDNLlu9VG4XpjAB1xKTOYs&#10;U/2Ca9d4UYf2Rt/SExDL1sFhQn3ytmCfao+0WkyRrrVUhcs049LAMKNCbvfYzW48B66MKnJtles2&#10;mevD4ivQclWdyFRzSeEzmeAOyFGDmSk2ucyVwug3u4rkxlRmZ8ibzguwsTFnwSwGmiSLqxXZe+vZ&#10;QgSAdOPzSSPqU9xgrnsTJYjrYAmZg3Aa1oAieI8pGuVqPJGSFSMS/8ChrcGK2p6alJ2dnXZv8KYL&#10;CXDF9yvO47XVw12F0Z4KE8AoUAwC5ME/DCt3tG+2bEmGqNIMPilo1L6cw2yrgLpfRd/5QgMWxMhl&#10;J+ty4f3RGpWhsXVYciUMVqoGalblnrcO+S/pQpH2vMao7F+ZNeZUQRGPNSMKZ621qpIJaktXn+bl&#10;gvwE0+Ds7yagjTXBaWtc3HlhKqFwra0M71sZ0HjZEVrbcFfIkiDMKMoMQFQcmNoLsaLEsZd0a2NL&#10;QV3Qh5UwLK8wLoXiNftQ9WmHkCdVy4kK0bAepx56YFuKJaJN0cGlMUQVoxMCg914Sx4zYWAjB/3H&#10;tZF2I5LQb+HVb8/E60rbF1QF+jNtehHi3tbL+c7u7snsqSmn+OHO3DAavKDbt5cUdGX8olR4UQkk&#10;D4p5jFpp9hPRDw7LuQQvQggEzkAH7iJ5f3fHF9/86tdAM8YRCFHoZDwGfhNEndUa8sh42G6Ljoi3&#10;Thv6YeShg2aRZaAqo1hvM/K0eOP1W6ejEYrgh48eonMGLSNl8EEOnQEkTyYPOj/tbCf282+9AdAl&#10;5JowAyd0G5IfgkIGvS46XspHcS3k67Pjk/noDA/VRpo8PzrR7jCT6x/fWIlTAb+gA6exRNBhPYAe&#10;Bcu+FEc7JFtQe8FjFrOnwBuFbhnt+qDfyvET2QJYX2Q27A63inx1+86NP/z2v/jcV77eG2wzaoFx&#10;ERKBSw9YU1ro3/3x27fvyqgew2k0vYyawVN5lS3nJ2cXRw8ebfW7T58fogWdL6CRXJ+PsW0o9vd3&#10;X7918/NffHe5WkCssz3sG6mClosZWE7Dna3ee++Mxuc3d7bpYBeAM8pHqCLhQkNpPOz2ULnDiw01&#10;WBvRKLAsrjMo9iGbbvf7sQRiMeoDj9qzArKy4XCAMRPqAxuLZ0ZAh551YnVt+VcHHWnvHyKpjldz&#10;p9876G0vGFO5DcIrVBIJViRaYbSD/0WdKoHyMMLBWqw6gy4K8ZyLmxyTJN1BfqbtWdviVCaJVvBI&#10;AqXW1k3AaPKk1RfKSi7FD8WoGNfHAubiwzXDfA2x0mvialiHx7ynXHCFYHgjpyVzYBeHgzbGkaGF&#10;iwizXsEg35hqolc446/cOMHPUdJKbKCeer219dyakHzpQw/c5yFqPtH5uuaZrTvDDMp57MbcvSZG&#10;DFNwNq6Fk4Sp+hpAtsLyLjlrnuxvqsAi567zKbfOgiubaaGlFhxH0OPq/LuqTB52yxn3tA4sWUlI&#10;TlTNxhxqAmvLbBXZZ7MHkJpbuTBwVY99lO/pYh1cRJ371dITiFmDXxY7pJl0Fli0JYx6IgYQnSHu&#10;hCdPT8cn829db6fzhW6o7Va61ybQ2fUhHB4W8B+iAbPQ7K6XZpzRLsk0X+NSivnSsXJNMoX1JtLw&#10;EvDJkegOHW+rD8jTut97uxufzs0PP/jwZu8Kw3Sy5PnZtNkaorWCtIc58BAcYyO4wlPdMnuFU0ls&#10;HQ+BgECpj9kRKM0I+OZUFxNSuFgR/R2xKWPPTcaC5ioYjVYr7qvGFlJt00Uj2Y+5dp6tZksosKFS&#10;tkkuEV1QUSBcGCLvppCTJWecpx9kpUssXvGeY5WMTXARA+qcXGC6lhXDdv/aoIN5XOFrPOLiIILm&#10;b72Af9cWUKAaiJXQVEDzC1ctVs/JcjaDrRZhxEwj0KtunAAZn/MEp9gFLCoRZuVQOU2X87MxBMR2&#10;AqPvBXuiqdH/zZc/v7+1/QRAPp1s7+xuA9u4vQWmBsAbmD+AvYegYFxeMBHh3magMXbfyuC9b+DM&#10;TFIsujHIu1hhZQucAfXTpljZxewXH2RDIDoWaspJBLroZQpS/RAdc9pu2YaZR6tzOJbg+k7oAIF3&#10;iVOEBih6IkxYZtNObucJMZwQaY9x4a1ZNXNXnzP7jc8kWKUKXGDsa/EmpT6GmBcs2nbMWfCUwehC&#10;BjpG9rpuluSpyzLlZ89jAptT2fLuFR1m7D0PbO/dVchZH7+ci2LvfnS+3cL1Ck7tYVXNV6mqqFP8&#10;lnj58i34K2WnShUMhTHuISDb0ar0l1fA24m8Ler7yubDhxiKSMjtmAsRCXWh1UwjaAFPV2QqAN2M&#10;f41h0azg+he/BjtzbFwxtCXfWwFxDWFQcjxbTvhD4RdmfLGxI+5xxI/bARRxBmshclr5SDMuilNd&#10;awf9mo4y/WLl+l3OdFx63Xp1enS8s7VL8B7zQJQwe1+hqtluOktfFKCWWXwfR0P+dZavL/XuXv7N&#10;VXlMqF9fZ6rCONV5VGzJ5LLVMjAoOzcmI9U55NomUVo5yYJxqitrS12wG/k4+pSfGpXxPb7FNt5v&#10;6sxQtkpPsvXEnVwO0lg8vajvPUJDbiTRQdhSPWyqrWno7sMitUwe2hgvWHsZ6xUuAJQfsRh0c8a+&#10;0+ipQyowp/CYixFUYlR5o4YV4WbeYJU3FC4a6xwNdbhXecCWamL5Kg+Udl8mI06XmRQFouQGZarS&#10;G3gBuHdIiCdAhdcVsivLtbAfdatP6HtrzGk+oV7ltiF6IZv3ZfeAVi+yw+tfxlHrbJwAwnT88KkJ&#10;oz/lhQFRJdZXL6Z/VUETmzpJ5YUEzmgiRZZ2JEFd+scUjrdlFHd4jSQ4tdaydcCeR82XEdJlV209&#10;Sd1V2OBhi6NFywY3RZYPCE9QzkOBnJKkGCOX9+3XX0f9BWnBhw8eHZ2cYaXGZVunfe36tbOjEyyB&#10;EUzfaTdOji+GHU9JoW2YU3Acb1kTGSzA1LJWZrcgqaN+/KJZc6CIgB0heeveG8enp88Pj/BK5NlK&#10;ci1rECQPtaD/auPOxCYhJUYKW3MclLopsB94kN0DgJERkKqhK8bhoSFGxVC7gxrmzrX+jUF0Y7u1&#10;lSq8EH361yf/4f+dDnaSnVvJ8EZr62pjsM9RPUopS8rK7/74Ldt3rQTFMn06Z1IJnjCz8Vm2XB+f&#10;n//g/V8iyKrwMecFPiaUil/78nt3r1/b2dlt4JoqUMC1IWlGpTfsDRYw36G3W8wHvdbpqfnZz3/5&#10;la99BU8KDHkIcFJ2Pp9hr4sbBR84AnvxXFsslxejCWGViGNJkrPTCxSj0cXMcrCi7ty6ict7B7Ws&#10;YZ3q82gdaUQ6ldg3FMFiFJL05IEXgsvlLMGlCEViv9eD1BG2Amxv4OzFH2Bx4bpeTgBZRy/QWq/m&#10;gMjBWN6k4ALi6uat4c6dZtyB4BE3+xrWYqyaYzWnA0vKSL1AVZ52VKOfpD1AabCj46Iw64i5Rzcs&#10;0UPM/0ADDfQrykB4NvHMEHk0SkxHxGIchkAVyecxXhOLLw6dvRTyvI3jV9fw6qgmIipPiiDRsp6r&#10;rDyfxEU4BO+tKmFUyidnKkdulr0OTkmW6KaWeFSHXAQKa9lhmk1op32hNgqs1yDeIpIm91ElbujH&#10;S8NwtaKiEHoSeQ5FILIEdk0lUVbqcuUXVXmFDoypyzFnIGtL8BIbabZ49dRPB/Z3566uE3usMxC6&#10;CCbN98tywZqqApJZoMkLMJsJgs2m59MrzeYMS6UVIEXcwDcaSc443Sg3blmMqxHlON9p/PyQAuEB&#10;jhfTa3Uhj0WDaHA1Q5vWH2hwpAowsTI+8dEKtoshWqMUvUjz5tV0uNs7mj57dwDS1N5X9q6tokVr&#10;NrfT48b4UXqOFwMHb0q5AhosKmTFV8xEbQxz4zmlynzNiXzKuA0g4F8Kvl9KHXD1cc90Vhl213gI&#10;gJeYwFmQosWEcgJjIya2FLy5APHh9dHMQFiio4csKPhKHXgbTQaEQruYpg0GHSxAwbYVIw26kxma&#10;0NUUnXajlSNnl3PURhtJgBF9uEvwh6BAyqKl5Inh1m1yYpKj2W9jM5vGdjYZF50ubJtovqeLcQbr&#10;znJ1NIFnk2HIuB+bMQKQUo6cmo0r16+PppPr2we3ru/inXzrjbtvNLewkcYErIWxlBFprbKdhG7k&#10;drtrVHctejJE9DWhClktJ6PFLB8ZdvpQcs9P5wsMA5cQrAIDaOzPj56YvHXvdv+gq7qNYqvLb7eO&#10;iQZMRPOeo5NC34S48pWZ2Xi6QvQvHCJ6RloA8Eb4zG0XUCvYMgza5qKZRWvl+E+8QmTQJptVkSfE&#10;zgaPng1rYSp74SottAA8rTNnaJfwp3y8ihuoi/xEeflu6f0zAeTu92NMcQsptyiF8CzE3EHmZjrI&#10;BstUlsseR4eBczc+ypaUIV6RO6pc3DRFbPi/dd7AoN43sv65EIVYIFUVeRU6xzkDQ/YntwyoWsZZ&#10;PFmuZkgGS9rLCNJ3DD0SchewJ6B4E12raQEfztUrJgIK5ngs3ueTdbQW+Q0VOoXXXeeZD+fQLnLe&#10;uOWhPOY3qnzhP7hGAscjLTzamSUFMZ7GEWZNhewxsOGVBbJi7vIrFlWaelDQ5d3qS8JCa92U+lXb&#10;3rBCVpc6YDmwawzf0NH5qLxfe+sWGkPtYD7WgyYCuUmVYnplPyYCqbQue1eODS2fC1jw7nQ/CNaq&#10;FjYfTlLtvO6+1TU1w2tdh29EM6yCh4dVk/V+qCik/epSCBESrWpDWlWS3bw2SamXUaacXdxWOBR/&#10;zxb0nXHMHrZ9XvHrsx6r+6rKnaqzr2te7wDI8FPr8tqqL2xt8IQFHVnQdGuX9eCiiWqpyPXttS3b&#10;09oZa+u/uw2SdrWxCVefijwrUWDWvsJlby1jRgK6tXrp1vnTd7x4SibNJvSWYbtQ0r1cLezWvq4c&#10;qcKwQvx0JRkvBd5lq3xJ0534SzCSV8vkwLWE4+JHmZGDmWFthIqsuwBJEVQoQJmUxJEobm2E8Mpw&#10;wzxfLOa4tq+ApzwEmLl9cnoOytTZ2dnF2TnaUZTJ7Ubryv7Bzt7+ndeu//gnP3v85JnShyumLa7f&#10;OeibrkNz+Ssf3/b87OJKd0v6ajbmksqonKyGmyi0uyD3DHsX8eLifATFGtDQkDEkHIHz4GJPK4YU&#10;tBpwC6d8QoOo2SSvBAq2FfxTGUbaqOGRm5pzJl38869+8at/8AfoJoZ6cdBc77Sbuz2utCD7AraK&#10;2ewJdhd6vR5Hhz80hz8Yk4zRijvbyfBqPLiR9Pcbw31DjR5VFb/rR1+dljk8KF2aDtT1c4I1VszL&#10;uDg9OfrogwVwaE1EPm7Dj4YdL65KpDo/efwUJRGCT/aT5MGDj4B6Orh2BfSypHMF10m7GR9PFxAl&#10;jiej/f39H/70p3t7aI338J2NPLYYp6wxIc8xKcHEerWAuw+50BqLDqR9guj99lv38AVnx6eY70yn&#10;sFHN9w/2f/Lh6BtfuIsVk651H5GOaiVNjePrDyXfNDl8CeoOrGtBCM8IdEVCKQsnzJjaSJyO9Wg0&#10;wqWME3aKHZMxfZwuuPz6jS++c+1LN4d7dBGiaUu5r8UeGCP4Yk2lHw3IBXyHKIOibIQ/segFWhp4&#10;zb7VSBzBGipqdHF2qM5ucuV1wONiDpt4syMUCb8dg0+d4YTLYMlUEt0aunO2cJFn/zIdLZbVMOOO&#10;Xt2gUUm/4YArDn1d9qf+KWxsyDUsE/1EwWuk2DWeeFImCCmHS8U/KgqxBqmirm1TqvxG1laxRraU&#10;RKlSvWzDkzgQFzwtyxuilDylXHcpe2jnfHbpSGJGESlJIcRMaRSdS1Hpqn8Ov5l/gLrEk8BlcT+7&#10;ZP8IlUriRahG1t5LLh2A6L21GBgd8VLpkMUQZuLKJ40CA4QHPwJSxSFiCEvjML8YR/EA+9qIgRCP&#10;Hz3/6PGov8D1h6alQMGNDLrFNOOKE/h0gIRxGWEeGbd67Y5udYs25ETURC6W8HyaM+bbFU1qc9J+&#10;p4epKq7qHYpi1WqxStWihdEMzL8Fwl+Lqx2QCzsIfF21FgdpM85nF9MnORbN0mdA2NvkKCvn2oz7&#10;0ZgRf3hDU2YUdQFS4soBAx30wTGXcdAyEBYZSbfAzwGHFL2taOwT3Wo3VD5fTAok//IHb7XpX2UX&#10;VUxnMEjGre7Wfm/Y7nXwxQ1m60H2vEbHQ+VwvtLzszXe9oRp9+gVAJ9Cl4HpNvo/m6x7PLrADkAq&#10;fMSA44bK1otIgqDRyslPsASPhRwhgLiwFV+tzoBnmcOcw5FWi7oleoj6zU5/H1Q78AQGW4MhiO5Y&#10;Z2Pnu15m3/vZj6CRirIjY29gRtvob7djyKKbOCLb2NZmuK1zUDbgLb44eo64Jmi3UQ8gvRgm0BUF&#10;jlh+UjoN/wPQ1Fi3a2YaN8B3zKJ8kj1//qTxe2/e2zZZjFRyHNFagpWxAkaTDx4emiN8xFCY4ydY&#10;Q21r+K7jWQKepmLiOXl60D0CmxfnkI7TrEKzlZ4XBjAG4RWj/9SdJI48Xk7UaCpqAVJAPJV2JBsc&#10;/TE9z1HASRECYkrTlDeduq2Djw0KhZV1BPoSqMw+Crt/wzmfqeWiWGXtS9Z8qgTPCBpQCfc45Ga6&#10;25D0qCIJQbuyU/VqautXxc7lEFI3wtLCRuE5Zt0glPBpkyJxukgGva3YDFp7p7NDjMuaSDMWErrI&#10;8gUUkK0L9zTmJC1nkhAzC4h8TKR1dSZ+eQ8jdq+SsksnCiU8hPo704ok+Gqnq1XOKMGnFvt35dOV&#10;mFGN2QZqLSgTXBKMEedxql6hDK5cdl76ROwmfajUo17ewFaYn5DpUgbSXeov7EYH+aJd1m086xst&#10;xwuvYAvWJZd+ln46SJEqSoXTLMShBXJIfV3/ZVZFugYFLi9Tt5A34YVr/0H6X2acj8qtBB19zWMv&#10;3FUqHQSvaDYcTt+uqwhff7uY0IvIfopqBiMeFjlinRxadNh4nMnpo31AhQ8yDAlA9S5aBQR3BZ5w&#10;B2UYUrgce+/PcfFbTC1dLMjJxejRfwLMCCBPVsVuSO/SIo0vSip1diTvRGhpJfumjERy/7gcnEiV&#10;IPlMvI/k3BV4pAtskLPSRkHvbEM01EYwj6o5FFQ5fS8zoXnCuogjz9CTj6coXkaJtupjFAuhNVSf&#10;um79TTl4aylEn3XIRWNFt9u5cuMqMYNW27rvfOM2VpV9pPKd1zKwX8iCdJBnLQFFyqPXrSN6ugje&#10;2N+gWDHA7EfPRiLyoZQPzS5qh9liCe0TTig4swAHwoJ0MBjsgdaTF1A7r2YLtLsY2iKs6Hw0xlaK&#10;XqtlhtyY8/fv958ff+ev/ga28tdu3rj3+l28+4+fPNpCjaTOHVwlbCQskgMfPHgI7DMuSriAHFoF&#10;9wjWvqPx+PHhMV71k8Pn55OpWU3B01RBYMkA3g5SgVvCkaK9Gd5KCaZDjYJ8DLJMMP5eLRCKCNUm&#10;uZ3tRG8PWrf2+6/nH+wNom6DyC4OabAWiJG52MaUWmAR3HJxqSgDcZZK+WR9en7+6MfocFYkbjRu&#10;vvOlq3/0P7QHO79rTF8Jk5lPq0yLgoUMTaBrsN9YIXFjgg/s/o9/9P2/+vNrfdPrpkMNQTHipWNA&#10;Vjqt9vh09OTxIbKRcbmenR4Du70c58zQanau7hxgAoIEyXa7B97HcAgyTrq/u/v9H/z4j7/1DSRN&#10;pu32fHwGuxp5I5AzGHX09Bm+cvfKVch3Rsfjnz9+cnp29v6DJxiPg0J+8Np1rJSxHL594+r5yQkk&#10;zU3ZHgC77FaROuiOQuB6FIb6DmxVZlJJ50Ho1Gp69ACT8qjXw3NkPltiO01pWqpXDTStXVyYseDE&#10;D7bSe1e79/aTvs7S6ROQ+OEdkDAe1U6bVL816Pfnm0eMLOxvliWsPFrxsG7RYRi1FWSDq2h1xq+Y&#10;vD9/9vfF1gHAc3F7W7e21u0t1erjtoBWNW00+UHgTsE8H/cGZ2E8UURTyIesA4mgthJkWPJKjVzG&#10;eAdSeMKrcuzq9qTl1tOWRY30NKbGuwwrUNcum8hZkqwfoHtRsioziavxYm3SGBxDfBwVqgJrRTUU&#10;aCnJsdWT21ql6mwSHhmkIwSGiBEvYoA/+nLDemqhq6P4M8c2xPKqWlhhmdlho1r4kvuP8crvErMR&#10;XpvzERnJSYmFYOaMzpEW8nI0bar49GQu6zYYR5uzJv56gEXe3//HD7Okt+gnW90hhkHwBuhWH0L6&#10;nOQDZNOs59nqeDbBN0+wdlqjGs76CUD+abOXXEkaA9Jn5xAXJ8QqrVM7wk4Vi1kzRa21XjaKVtRc&#10;TyftCF9E3U6r113MLgAvvHqwi+MgJRMqWlgvfMWH0G10I/Sq5PdjPJR22I0uRXhsGpAeYymBUCHb&#10;xJMdacGs7HCtFhAYxwgGwA53if1e3FgT7IStJqTJtpvGw90d+GUjmR/APru/LZpVVSRM4p0BCY0b&#10;NGOkPG25nK3AG5PBicrdNN5i9JaYtPJPQ8AUVNcowvD3fFl08WQ6K8AFQELwxXz5s4+enWOwiyOL&#10;DRKmzWgV46TR6HR7wwHUVAN4bYCRb7fJWCQqUnyuTuNX8OdmAhnGDGeL9d39gYrXDSi0cXcvT5FR&#10;tkQ4H3WwnPsaqoIFH8k5DBTKprOeNIE8MMUWLEU4APMVpNsroqkLaQJtPscYEIFOZCDxKYfNO2l2&#10;KjfO5oAHA1W9WpSSXDMqM+jqEVhIOTHb1O5aWeQayvcZDIsQI44qgDCIXC4XdoathkTohKqmkIvR&#10;1VVo4xqS+YZnjNOCMXJMSupYOk/uO60qQt0fRmP1Wi1wZW3AtEVhy2U58vYdZvCCRSFTW1V3cfiX&#10;MioS5ZySeZaLiBNZr/VMeGVlR6qDBdI6R78tF3Gh37K1AV2ls5RWgVwIXNsY9PeaWDYsOJfIjg0E&#10;/LmhzbyQraz8LKl0ru4FMD4IH4DRs4iL3QyJ1ZDDI6OIbz4KpMi2qKQ2AmbgW6tdsoDyqaRGlzGv&#10;Ut5bH4PmzCwE/9oAwdPWoRCgrygDaV+pk7BsPsuQm1pAnFelXOpew0LxhRVYSLrzvZB9eTdRSWE/&#10;BU7rZfYlzfET81s2ZLa2EiZ7ZoRyDVw9XNgG3dKGWje0uyVHTZTMvPboOXCZAinj1eAlcdYk5d0x&#10;Xv1gnMRZhWxYPPTdMSppiuGQ964cGdR6GRH+PlccPNEdkC1mCUdUEgzPUOjMOl5QmR3sThoyR2zZ&#10;20c+38sjJLxzuNYNBiuC9A3Snhv2uvQFoDaDpIzgQkSyySksEjukLcJFnLmkBj+yxkxfx2WnFCRg&#10;snWT29BdyTqyQV2qggPciY9t7ocYEifMSSlfAiqhFTcllo+fkLhdY2va8jqVWye6ZPhWwepWlNeM&#10;p1j7zIXLivyX4cDLUInQtNfQ2OY3xrJyGbw2SLlra95fTdCBUBBgHtNbd+5gI9O0zi7lNQOSNq7C&#10;u6RM9R7UB07erRvQc76KsZXw3dvfyfePnI3Lk9FSQD/Eu8aRiTznnaFr6/ziaHf/AoFC84VSs9uv&#10;vXbjysFsNFrMF+fr7OT5ER6SDPIhMUc/R2zPHByKqEkdm1oQG2sGmPux3jafv/fGlWvXcEQn0Lmt&#10;F8Omii7uV7xz+f9+HzF8+9gS7+3uouGczWcnZ2fCUbSIZuz24JdM2+kAr9BgiA1w7Vbv6ZNjPPXR&#10;aSxyOzkbnQG3KzNVlDlTGHQT/mc+mcp9zcUJqpVvf/PLf/KH79xqroZ6DT4nNsq5EVa1ZdJks9tm&#10;pw+y/3KuGUsYSyg8ogWRm7FeLtfj8WQOPfcCy+8EyYNJap7e/17z2hvtr/6r37Wn/9mBQy8cCpDi&#10;YT4NVQAW9FAML2b4X7S9KCBhY/vl33znL//if3nv7jBeg/eWQ04wnc5g6v3pyc+TtAk0LGjMq1+u&#10;fvaLD6/t7968eX1/Z+/Bg0fHx2f/+MOfw5+GojSTeQbE9oVyO6/if/pf/zdcsK9du4qWeLZcwuqG&#10;xRQE+YsCpSx2Nt/H3Af/MFPFt/7wmzdA+j44SKEkBGYKKZqLRW/Qv7G784Pv/8f2PnNzTRmF6oiC&#10;UT07tsw498mv4qSUTgQAqkaUQYSNY2QxovAeFfpqNoaGcb7otRo9HCSN1m6vfe+KGsbzXpTPzzqq&#10;38X90eBAEAVooTEWGB1iGQ6FRgtrlXYHcaatTi8XXA1afxNGTUbKRC3jMFgGWp3tRkTGtYYGbnWU&#10;Lw+LY7z9eO9X2GgNrtyw7Z20sxu3tnWzP0dJj+EU3kBxteDHabjBJwHR6CLSV7r3D1VoJCsLmyjt&#10;B7EuOkKVVIg6+cWtUXRUZRhVMQ5O5eXGrtoDLgL12ddTpkIOlvlEsv3xi2NXY6kqokDax7AgNhXb&#10;kqWCaGecUNzxGEk9DT9CSBhyI+2wKmDRqcowOdrxpEGW1+mabu2Roy6sz0dISPFdVXvlgWuqg9CW&#10;la1WTvscxJclIIXxO3kBj/m9W93F6gI/Dtzka53MVHHj7u+dZiA6ITinucjXc2qfi62GHbRgE2ig&#10;5eyraGc9SDFTWS0xhAHjt2FHbBwXGS9AwBSapEa1Gl0Tt4zCmhapBZCvIhFW94HmncyiVb5ERQPh&#10;L/pUpNLudjrGAiaHrF7olJCSm9GDiolQgoUaTqEYkWGmaDMxGktX1D3oaNlNQX2/1I15xsX1HIif&#10;2K/Z+FdJc39/+2DYAagdtQvGYvj0aN3F+7Ba4DfLzy7gyWySvkXIIx8fWEiuVmwpLFnWliF50P+u&#10;5c2jqxFOWopF3QcA+lUOJfIK/AjMdcc0L+Qt1bl96xo0HXibT8+wJ1Pj8eJ0POsNe/vX9nYwxmsh&#10;Sq+P5W0jbaEjxBI5ioVdrLytWpIC0RGjEcexS1IYVBu5zcdLboTVLj5nyJYBh5ofj8fG7La67QUd&#10;mA1cgQi8bdp1O0Xjn8X5eh8/neyj8UEjHRBkbIwg2s0mwgTPFrnyaCN8gPhB4JNmjgkofxSPs5H1&#10;EjDh5AnfVwpu7JLtaiFQJ7x0RU+Ei/HgZ8F6HE93GKVwyWbMRxYbnXEaZgmbkAuxEFWOIelAzMs0&#10;xjLtyZW/NFCI49DdNpRsr52g0flFfM1UWgip1pLbuKhDeGXyr5WLABMXsQ4J6u7G115+qcrwEC8z&#10;Fb2lLD7ZzFM0zDEKB1jeOxCXPZXyeTABTxUiYdx95uBYNeVgCW9x5f4KkoZ2NMf8QRZ0uXZ56ZI7&#10;nMjjS/uEbdysMUOG0ACL8FQsw2htNRdeBf1rszVdKXyqUA9qJQcLCg55U3z6WYlXdfJwF1PkpLpi&#10;kRY9giuz2eSIf1maXqnsX2XHeymz57PbZe3LK/+Qw2pfbvz9TRhxPkvOjXW0fCkJSnpEZVTciGZV&#10;9kWmVhXYLr+cSgeZtR2dHD16+KDU+MYyXvcnGOfjkR8e+2swMmGlZozrc6sRblRqpG0lkDbuNIbv&#10;Mc9HJ8frghM3/Gvoje+//3MIQm2ARpfntuNcRCX2vNzViTa4Mus6M7B1HbBxBn2l/PnuxraoEFMK&#10;ddBrz7AtQ1PQwsMny97/4fe6w35eRC4G2+u4quW/qvmHwyrcv5HGw7c8NKDSAnjhdUitDxLq4uTJ&#10;o2K9jrzM3AS+c1TqbkPWkH/nTWWTEumu8xaZIIkvP1L1a15tdQrYhqbhN8Gs+s9J4XAzoERS0A0i&#10;Z7evXJk8PYlVaZEu1RblML7Uv9tqrRFSMzau+/KRaT3T36WeYw2RCOY7phgX0hO0wabhotClbMtY&#10;7Rat0/F5/tP05u2vf/4Olp/Pnj2fGjObz7vt5mSxOD2/6HU785zCAexgV6wLSKnHhQKp1c7wipbl&#10;MV4YrLl3b9zAV2AUPZ6Onz59Nm3qd7o6RAm4D0SPLkan8zN4zZ8eHcPTu7fVxxqWyi74l4Zd9KbD&#10;LWwC1PXdrf/q2/8cuFiga29fG6GRxjfqdLqTyQij5bgFNElERmGRp60mds7AGuH060fr7XR+0Mqv&#10;73R7zSlxL2h2qXGAnxdFVJPiN0y7c9w1E7qLE4Lv0d7m8/l4joYXHRYqgJwDzkR1+11XzWdrZP8O&#10;Z8cPftew/gb6FyOieVmxoS7EdVEw3Rk8FOyH0HFN11QXA8MBflQb07DR+Pib71wx2QTmu1uvXRmZ&#10;Rn+rj5uh2+06IU1O39yaOcoY0Jyd/+inP0dtenYxfv3Nu//ij/8Aa1iMVHa2YOVrQPeFqguv4GI0&#10;QmONkuXG9Ru4dEeT6Xi6eOPOtZhdaBOKfYw++DKK/HM3wHfew9Xe7PYwhcKJ0h/2T46Pj46ORHpA&#10;GkusyoxXL2s2FSo4sqXEyO16w3TWDfkaQlbDEZI4YyV8D/i5W1yx4k3Za8zu9opkqsfWnNsx1W6c&#10;0YfcSPFkYeMEwnMPSlIs1saT9PBc0TrRZnI2PbbQNlJ8LAGrwAQhUxr3glQ8MJyt57GceyiO0Jbg&#10;9Q/7A9ybenmW2oVaPM64QcBt06QgJUV+STuPu1nUXhsp8mK9tX9w4/bdVzngV2VOuz8mVYhndLE5&#10;ciAZ67tM94y2tf/6d15A1qGq0wEoEbIGXbhbpII919b8ui7RwUOlisphpMpAB78LqVIDvfsqiKw9&#10;6bqkXNgaf8SztsrkjHA+Yz9jQgnvqFixKA2Vz2VSfp7pzlQaC63354ZkBDeoV+zW+MRmieWqfesX&#10;Ti5rUrvdCd5JwqK5O1WYjsbrpL2NznBVLHp7CbG6jQ54Zbigbu0OmwAwxi2M9NstNF+zJjqqfKGz&#10;ixgVSbReziaRdD6gD0eMb+erbcE22+6uqOYCY4plcitGAznnZYneAfp+bEwFCYIfDttO0ONoEDVm&#10;nJthpwnP/WSWjIoGNpAQ76J4w19gJwnJTzQY4pfCAE+OE+ZGjTSjjBY5wCAGF3uDzu2bN9JON4GU&#10;w+glpc3wha4IzEbTRg8x8Y5pgqCjBkl1GCOhr4ZTEbcD9qQNJB5ht4a2HA8Z7sWAsaVGGKLcOAZs&#10;iecKHiXrbCUkcEiwkds3hR5qPp/O1oQFWXtqo2s33v72l2+cPrmv4aRpcNUMRmSju/XPvv1OuwEI&#10;XVMLhxlNPU4c3OJUdugWCdjICGR6bkz/GnBfaD/g11wjQnd2Mhshw95EsAyPsZltx0kXH8scB7R6&#10;BDbjLLt50H2jMctmU1ydwPR1eq1ozUmHSYDwQM5RnC8jxJUzXAqNISgG7IUwZIz6zfgMryGG/Bxt&#10;Z9bgpp8TyHWUpU23KsJnhgQmA2NxxvYfEVWQNst6BHA9ibrGSjyJZWUpaFMjMmZLO5LgxyWxGZFG&#10;a8kXaWihduPyS5wKUjnzMfLQcz6nmBmLC6PBPAfr0lFC0WlVhU8XfKA8WR3fKlSbLs7b+8Xcekek&#10;Y9pT9kN/W4/rDJwaf4O73a0z0MkzSAkyS5g5tkoYkl9lxF8c4AIBlu4o6rFVNclHqW4O5gjrcuDw&#10;HsJ/Im8tLk5U9YmL4Cai2YUE4SWvZXXOPpjvZyEzEdmps9kVqH5B3Rqk+9i6rw2UoMSmCJhXemcd&#10;e7On2Xw9kXOQOJkghziCzYvCtpoXokQB8NtFRqnIvuq64RKs6lddDl9uE37jsS4blKbP6BX2EuR6&#10;qLuqDWbtxmL4sukmKHx8uyQPVHv4+PH58dE//O3fin6dOzNTfSvHCI5qIu86jrqCWVVL6CjgOjyL&#10;xJ9n/qCTUwNiE9qg1uvTZ0+//9GHcW2S4FnK/lRW3lOgyggBv+SzVYNjnMahJgTeULS6byr6ZRLD&#10;OyAFEjJgx6OL797/JSU1uWiqy8CGALCu/6TukeHFxhURw9aZW2FP66XCPkXbL8f5z1vdHvfM7t1V&#10;NbqzqsJ3PRS8Qpt5v6pvouvXZpiC/brXo0PCRKWeeSOe+tcM4I1+E+povjOSfmlyrJtuvX7nJ89O&#10;3dO3ZkhwTi3f/Zq6bcFuhJqrwCT3EyMVecear7CpO4mNT+HWwo5qGIWmENuftdRGKERS2QDjWfmV&#10;JD4b9n/0gx/yE0kTYDDwjHsGVWWng2oa3xwzlfF0ZiSRfADFM/ataSMnRRJj+CZ9Rd0e2sX7jx8j&#10;bXgxm5yfnQdUj+BRYod04yvvtdLh3hUkNFJ62mnDhTQdjaDMVJRxKgjluGLQ6U6/D0E1LIm/QGwS&#10;8LNMQUAFYrBt2tnbg6GEwksED84X0Wr5WmO11Zztpnk3zkTmwHUXbW1JI+Ipzt4K+kscHhlvEtwY&#10;PJ1mmI1P5heTCdVbBRlIeCNTF96ZarRV+GJEuKA80cL2xMbRiFHhd53rr3YYeKImdZR00sF2ht0j&#10;GlUMCCG+4mJ9jhUiqjjQtoFWRiUEe9rRg6fnJ8d33nn39S98PdFfmU1Opk8fjX/xQwBe+70+bK4I&#10;nXr07BDSSlyCUP+5jnMyGeNSu3nz2vWbNw6fPDl5+ABdH/rnqS1u3bx2sph3unAG5tf29h8/eRql&#10;9uGDRzvb2xATXt0doOtLRFK8RLoPLjBevK0f/eKXg0ePsfycTha4Yrsw8uFy7nZef/deul6sJkcu&#10;Fqs+t7oEvKhWC8ofGB4O4Y4UWec5yZHDI7GgoLQRC+zmjT6VY1g35dyl+YqGKmOhpORU8kRLeCO5&#10;c8GPReIo6mY0wFjX7G71tge9NoWSGffQeJ3rOVYrwKWiHx60h7bZQRsDUA//DU3NaXfQQQnNcwjf&#10;ysyU9tPXwoycGQdfmXKxIbGMUD9sH7T7b6Nkf4XhRJEt9WI+dJe1WuQYxCaYpGO2SyYwEV0vaoL7&#10;ToW5oudT2sBlsCHX3WPGSrmMVbVIARcVEdVIOTbg+Y0nZbFClNAGj3N1ux3vQHbluHHpu5zyauOy&#10;kULp5UoBv82QSt+WkUvOxSRHvaB9RAdWRXS4p2wAfGoV1Gg2oHJUWRj5Az5Yj4P4vnBmP6eBxqNt&#10;RV9zJjTy1jff3GnQcDlBEPr46ElvsHXnjb3R4QM0XbDgov9tFdrMTlIw5sAzxr4RdPOMeZKIVMfN&#10;0yC2AuQhS8lzIgmLuUWLiRSguEAYO35TLHKXKOzR7eB2g/oN/ecyx+MAGuWihzUvHg8Y5o/+f/be&#10;LNiy6z7v22vt4czDnXpuoDERAwmQIAmIECWKkqzZlk3FqlSl4lTsKj04lScnD3nOS15TlZe4Uim5&#10;XI4cx7HKkURZA2VNpmSCIOaxAQKNHm7f+Z75nH32sPJ9/7X2PvvebpCgyFbRiVgQhO6+fe85++y9&#10;1vr//9/3+1AeZ/sH+zMkki2hts/qCNppdw9QhS7MfDSKahGyds984qFGe63uU3yGbBw4bEHEakLy&#10;T4vLHN00rN7474AICTh7SbJYUv2HTpkAjZjt7REsgUsdwX+E8tDHGxJDkLgQINBbMvcUnphZksF5&#10;izUhnsbjaWwTQHCYiSjXDvCd8PrWz7TaG12Qfn77pbcgnMryMephQ/pcPeYPMVGEDbaTBAJAV+xH&#10;dGCMrjVE6wXW3tybQ2k0j2WqSYYUNItkPmPBCAlw9mooiFGYZsEMsLpak3FneXqELWqRLK7d3Lmv&#10;dd7ksxYtDWGdbxuRlSAno8oErAulF7UHGFSTPQaVONpeoGAgh9vPNjvR9UUm81jWdKxUfXQkEnRV&#10;olBZ9jk6GaiNcYNhK8e0FxmBuE7oXXqydmDBggQ7kLIRyy9WCMxasRQxrojyLeOk9HLHSqCXZ4M1&#10;Q+1AJikDisVxRKWzEK2kXLRefsEj276i/KlE8Vq6stM9uNjWlfLTIplsPBdTT63aRQjG8gjyb2nl&#10;4otKa6H1DKti/qOIKGbLKRMVHQMdsgIxIAgrr4DP2VhgWmhzXj7pOzn2UHVy4lQkDjwtJ33uiwQp&#10;4jsD6EZJC28NPJgYV0iUukzDhTavxNUFn1q+4IMjjmjJv0JqHrSe4DxoSl1Z+tp1LclytyjKQiJA&#10;abfU5cW5nasdGv4MC9AyAy93NpPmLkeFb5ORkKZkbt27HnkZUV7Qh04f6PV3GqyuepCqmNOfJL/+&#10;IOIEyv1enQANn1JOn6xsTVVYU6TTlC5fnVcxhcbzTnTPyxx5N61khHUQrF+82Dl3FkcH48yp9v53&#10;4UUVQRKzvATTXfgiXa6PI3RYQZLbBN1tYdv4uSM+FAcaxoiTJ6v7vc76p59aSmiiKVLlK4WdsonW&#10;wp0rYU+liNVUQNxlR1e5Tq8qLPRuN+OzSuYFltGghplED6mVG+uZqI8DIWPY0Xnupq5Ok2V7PMp9&#10;Z/f6tNNNG68sed2qopyf34r7bWiZRbzL1g8Pi8mtQuwk4stb7bMn3FAVm3nushZtwq7zWxSo6I+8&#10;k1Xlz1bdmjuGsEqd8BLfA52CLbA/to+31miMjo/wMu9/+KHXv/5Nv6A0F42C0uxnVt7oVZ/Hxmav&#10;ssaK+UPpVnN+a56N6FPil/llB1SOYDljG5yxSxcnOuzeuzu3sBM1W6219bWL991/5eGHLl68/9L9&#10;Vza2zkBcjL85HAxufPjB7e0b7731xrffew/5A82wjj3ozNY54C7oA0pNu9l6/4Nr2COJeVLq9u7h&#10;Y11yn90uwFOh6bVqiDfF/pc3W9g9dxHm6BGphakykidQDKHWHc3nt/cOg1oLs+Jmp3tBBrxyLkSQ&#10;fT4ZHCNSsI6lfXFwRh+3mot+3RoAQm2Vh3ZHhLEr5cxMkhIVaaPZAhvUbAax2QR1LgAePLxg3/VD&#10;6f3SAKVqUbOJ96WWsxmeZe49SxQMkJ9iahH+Tbn7PbtzJcUUH7yWzjOmEzDn0m2CbRjpjzOMVSAt&#10;nyImGcq80fHxh+++e+PaB9PjnZu397aPpu12a3299/hjDz/z7DO34/YHu4c3999uRCjnemuba8jF&#10;HU0mGNwitQhNGOQ6P/7Eo3T/tduNRvOrX/39Nz/48NzZTYSZHAyOtw/213s9yNa7630ccBfkFFNR&#10;jUBmBl1GGt0WTIo0Xbk+IziSBGQ0nD/OnN8MGAtMSAJU1zgNrPXXa2Ht7Tff7W8GjSh0pho2tEqk&#10;ojzVuVdx9xRiWZthWFnzTSVTTNsFQZ5iX74hbktsJDYIL+MwtogMwkEyt//fSPQupKf8muUiHeKR&#10;8uJreyMtGlqwhNqYIkU+slKg04R2o+1FkG77gyE4XUfHc558A33hoQcivwUNs8QwGjJ9PCklhcXM&#10;UXzKRMhc1euytADGo6e3zLe3U5VGT/z8vZG0rQAvhUpYOI60J1ki3gotsxqTio+mFIydMlQZy8mR&#10;0QZ5OhYX4U58puhtqkp4RLn6SiJlYczNV+BJIzx8p9FZwfSt7+lEj74CYpYwzzz3vRJ7wiFu4qbM&#10;pS+XIh3P9gvLpqcN16VAXZSHvtt57UBZBIecDGk73LLQq0JEbYo9sgB6Oo6ne6shLyuUAHDczP34&#10;ljfOgAHEOHc9pPES54n4+CCdDAHmZRmj8gakt8wB8GNInL1ZQHMYSczQHsPpAmkByp+mt0DQK40L&#10;ChYsNFPwCMVWx5QlY2k/+MMloMRQZtJigr4TXvFCZdPxMJkM0IoBtWmBDKIsChvNtXPdzY01gBLJ&#10;PZqMsCAj4BdT0FA4uWZwMKPYNGVehVQ1QW6F5ZkwTqABhjJ32YDBdjHl6SpokPWDgm2JMa3fDfBm&#10;/GHizaFWpsmCHliUmlgNBoPp4WQ2SehVQ+ZwVGPQAKQTsKL2t7pYeVr9jmow5wc6CMiTEQoAEjUa&#10;Z74ad9/dxfAWkbbYYOnUSPn5YstapBEie2FrqPmSCzyPobGazXdSlvWIPlJzNiEgRMYAFFbWphJT&#10;XI6g+2zWqmWRB2DFAv8XLiYKubuo0JfoLeOWamg4VKNaK1K9OpcuKyqfYXSNd0vUOm2cdBWjD84E&#10;P+z7SPDmeXEZwzYajxd4AS3AoInSQvgNMF00Yyyt4FUeQppD0RVgmjhCHDAuJh87rTHDdZlSe4zk&#10;Jx0SQCb5N7wf0WoHP5sMkSZKcKPGSS4zc0mo9ihPA9+bzAxDiGYiZW4mwewSKya3TG6jRNEc4QgX&#10;X4Y3wkxBpW3pa+9tfAE7D/gC2/oS4aVFBzpToi3ccJPwaOBz+eR3SIsAOSe/NKo06bl5rRZOLFqQ&#10;qCqhS5vRMMOoZPQLKLL3bRIuw83x3GqmNCZuOCsnB2HEcf7g26BI9h2MtiHE4qeUAyB7njgikehJ&#10;IA9IKTi44K1IWLrYA8XUrHRhPuR+kgk3mbYu1CHoLDFzDuFgszSJmh0K1BGhxT+xXXv7xnI5E+oy&#10;v9iqZrg/8Rr5sm5Ybj89jAzOVng70rPDroSQ6rCWu97iPdQ1e6YaeH5qimtKNOTdplKmQi9atZ7v&#10;lc3YrGaE31lc6qyrTl9UNCOVG917Dv5cGqOc83x1WxZ9idLSmZD5mrz38oseAZNZgRMRSmJRANkp&#10;ICs4bYtPl+7jtjFvtVsWgilT1uW265or1wxm3yezdhh19vKVs2cvvPfKi2jSZVI8yu2Rl0gLFw2/&#10;Yjk5hrmIIEwJKBcNhXaBt44pbUvPcqxtXDqvFOGA5J07c/GBJ59+94N3Z9OR5unfFwsAL0FqW925&#10;sw752uFzi5dkLaS231bu2E65LaxHXyD0NouR6B9PKnYRYJCXd/nhx+r3PVD0EIwxd/YzViSQvCQ1&#10;m9KhpQrx9uq2LTXeFXd3BWrsnUSRmxVh7c47v0hG+qv0dKrV7EdVtrIdfKyiF4eByKs3l6PhJ67c&#10;/ztov2WmmFxU45oLz4R9Y7pS8uYr3LqpZDr5Ll/dE9Gd0cVTlZcQO/nu2I2PTdK14AcejniIyeh8&#10;Mq167eFnn/3lX/nVJ55+Fp9oJHmKcnDigoeJU7e3fvn+hySEOhkPj3/33/6rl154AZ9Du99BPtC1&#10;6zexO77+9hv99R7aL7PBskkxlldww11bhxcqTUDFIuc1rG/v7eDoCmUa9lQhNme1oIYswunB8bXt&#10;3X/2z/9Fr9X42Z/+6VbUHB0dwXM4nQyvv/fmxfXamqqf8bJmDdKviIcYY5PusAmRHiL1NsPpWAlw&#10;wot8iHkax4Pj+PbeAc5DOMbg9UB9Db8xSFc1CLzJydOdTlN2wxRVDx+bJMesDHfOdDomkXb94t9U&#10;sR+3NYtrngk6MhffOI6PMc5mGLrAgYt+NASFyZzg4/FyOhscHL328suvvPjCYnzQb6hLW+2Hz4b3&#10;5bVXssW7gxFmKddv7bzw/LcefPRxzDTW1tbwrW7u7d7a28WHu7G+BvcbzoNwso1G7LucP3dusIRm&#10;fYDCGL2Yhx94gDlbcJFB9OIj6naczae9rbOXL1+4+s5baJ1MZot+FydRUFpjkNrWNrZufPA+1cJa&#10;7WzvDaezS+fP4wWjrkWI72A4OoRHLn3/9u7B7vHhL375yYic2KBgLJVEfr3C0hu3ZllcoIswcnI3&#10;9/hX6etlvxHHU2DUfdtMkj9NSaWyUITcrsg4bkp+PJMkFBd65+6X/ZDgCnzvyTKdMIiTQnGqSqUB&#10;AY0GanW8iH6vv7neObte08ns8Nuv4pwIRE5Qb8HsDnQQFUSS5YiP0Y/woJgaK4c6s2RwOkaJBq7R&#10;PTzxuD3FtgBM6dWTvoCpUC5KGVWBqSzc1HKKO9ljtZOY8qp/RJZj6USyNkBT8vMFO1GQnFfd2VVe&#10;Z16QE+wLyO9giBZix8JFJBoYcRKrvGCdyc9V7nhWCGQK4ZUDyrIAQdMmKIrdgoDBIs+4+0sOVtqo&#10;VWZg4UleSars9u+U26XmCEZM5L8lUnxls2VQY7BbfDTq4H7DoIun8HwvWyIXF7ZL3FlNdlkb2Dtq&#10;rdYcSyeA+cCkKWSs4MmCl8QHGAFiYTxYOMEjDh0RovjWkxTF2NwUP51QEvwiqrX7a+fPnLtwbhO1&#10;rAfpK8aPWD9iWhLgBx3cvCW9eMS1APNUQ+/Myohy5mkpyPjrCnVaYlNpUNnhx6WspzEZxZ+yQ594&#10;AcaSU3LZgVCe45YeG71o1saHt7/52tXxeAr/bsN3ZPI6FbqIJfC3NnoNVIcETdc8pnapFsgTrY5X&#10;Q4A3i0dwlTnEzBlpjcEeRL/AQE2g8WZ+TMJ5MmlPUPZSYu6b+cG197K8e8z1ifcVo7BB0tJ1KUoS&#10;lc4RCw4zBpgTarogjBG22QRQ63w0RKqqadHTGfANEpnF+L1pegRZNC0/2MVyyLkIe0LhNSfGLspE&#10;jotiRjKb+UU8dkI7rZcSM4MfW4PJFq8QGzFs/RJcbf1rGYAFCPJB2DAIHczxxmrCQThCcTI6JDLy&#10;qxYQigS1nKFmHkQ7MiS0c175HuzZaTiHOjW91vTrNTWZg2TGcyV9RhkBbvgQl0ItLUdgyr4ImwbO&#10;aapvcSQh5d/i6vcKJYdy41mG6/DzdrLmvNA/G/dk0QDM6rFcr4tZgqnO/lS11qIWInOPOc96MWbe&#10;Ol3DdRCLGEp1Uqr4SvkgQ/FAvUTGEauMHMT5Lc+aL9hpWn+dO7gahKKlkFeUZ+pwHvOWSHPpccrp&#10;PPHFSCzmS2DW8JIWEh/E10+JC50JVsMGrGHGvGDK8iFLqEU1ul6YwBcuE7K/Au2o9rmsbieuYaH9&#10;JM4KtS5uP7SKUoAsIDgKposR2zBwOECkQYO+GN7upUisiv2rtiO/l+Che6BkLqqUOyFV5rsWGicS&#10;51bB0QVBScKZi9Chisa52sM90c4NubT55y5eeJ2VZ+bMj1ZCrMqhql6BHFU5jvTcIcSGbBXKaTsA&#10;ck+TdE2l0WP7slQNKOHGgfp5/uJlIEDP3Hf57ddfQauugAtpb8VlKwQTMht0z1gJaPYcSFJqy8Ba&#10;vbzS8G5WE35TOHIz2xD2/a1Ll7EGnT137rVXtgmfdVw6rZxHuqgsC6+SKmIDnbbare4FddLqrbwS&#10;reGVgOkTdxDjIWF0O5szYUB5d2EZe6bSraiYrFb3iqp6yr2qbvvjeXeLalTdTbSvlPl+8qh/sP/j&#10;4aTTqB9NJ23MjxpgE6D5nRK0VwBD7UlEVzokVXuYqT4pNsBWfjszTqOmCyWEcdh7Uyac4iZAngRS&#10;eWmOJNbV1ENHi24Y/U/+yX//wE/9nPgKHXl1haPRBYLF/qfvb2ye/y/+0X/7d391+ObLL/7x7//2&#10;a2+/gcCXLz73I1ubG4w+RZzpbH7jgw9Ej+go5dJq5ekPo73BaLDZX8MPrtfr0/EAxS/qU8iu0BvH&#10;APa1N98ZzWaY8T7y0MP749Gv/8vfGE9nOPR3W+GnLvV/4ZkHzq3h1IJSnAX5AvH0RSil4BYCDrOA&#10;AKJhk+pPRM4gznQ0iXd2jxbzOQt9bJZ+YEEwOVmXoh2qQYbWBHo6oG8KZzKcWXx4kzASxLtAqZOF&#10;9a0rn/ybUva723SlpNAcJqTiJ0LdFifTEU6lEEJBzxwvppjKwo+NFMjFaPAXX3/hxb/8RidaPnqu&#10;3rnQMQyETPOZjmdJXamtTp1zFWM222pwuCPDBo+pWSllLdjGof/FMRACQzwHCI2eYoS8TDvtZm99&#10;E2L0G7cPY06Sp731Po5niLbEmopZyt4H17YRHC0iBWRwYuSMOnyc5aPj+NXXv713uN8AFhyIqHYX&#10;SV1vvXMVEHIctCbz25SQZfxx1/f3H/nElSZYtdKa1dKzxC1neSrWLWlKTZBxHhmpg4k+9bTbV1an&#10;nsLzYtdpjqyg6czCBociHqPXPW5BOGfg5IGDFS9sLNoKziqpjMTt7juNqxs25lKL4lAI+57PoRT3&#10;KZxKCW9V6eFsAUxVsHuMXJO1Tn2907h8trfZa7Vqy3buA003OdyW78FGEg70nf7aMmwtibtdYDZE&#10;byFMgID/QAFxzyidebF7mwql0AUgG5tdeCpWQoaHnlP/SmCJCA6LfQsd21Q4hPiYsDz4lSrwlDSo&#10;JDEXuXwFf9mJykwhhy6LaX3Cf+wYZqv6uWJfMTYEkemYyuYLWp6gXwS0V3YtZ2TWqvJNZMxr7BtL&#10;WN+rwE6DbcCJbaDoMlTY1tMi0C7FXEp5laSMaoPa5zSHw1E0CiE7DhEnBAkrdLxqTmxNTisgah5M&#10;epFkU+OpmETGWTw2IVTEwXg0wbl+smRrJV22UDjBUkvo4GJBuAT8V0Axs8oK+s3a+V7/4S2o0noJ&#10;7bMQfMzw2UwW0EZHkBaNBkdeEmty2+fdVgOBrkBYRRK4hbc7TbEqMzMJ9TXeGInpYi3DghBQsYm6&#10;GqsJ5LWBfJzZYspoMawQc4iRJ8g6igfwJSzjMfaKmf/ZJx948ImH8mQYJvPNVn2t20BEHQw8HsGI&#10;CJzvGWIg8Kzgxg84AtOYY4fIx0sXyxZS7rCzYVnCage9MbQZPunFUcogokZq+qBN6DreBmBQ6Hpj&#10;+8W2ZOqTpZfuzQe1rNltmChPmrnfBTM5Qfbw0veZH4THTKI0+JlCjzQC4E/VGa2NNGSfnWjWtbhs&#10;xLNTpBx4saTEAmeNKSceBHwMEYOJl9h48T09Up+xxdNDK5UOhSJQkSw0o7UhP/chj1HxlEAr7K0h&#10;iFwuNwe/xq265GCWBWwq5k4Kj0msxswHMIYUgfd4ay12Awy0AdMpLn/K9jJ7M6zH8FZiMu6VjJtN&#10;E7SBnNHNoqXnlDYXQ19pypcUD4OAqFSyrVlVUjFNkQmgg3IXVOxwBV6GChRdpDxaYb9Qjk+4Lkuk&#10;72oWyB+tK7WEZS2YIgPTIeBwjCEm22PgRUCZNIv9HIJtWMDhfEYtiB4Tv4hYcC60KdciSTTiaNYX&#10;DzEvXlAk28ky7dCvAqVi7FvEGCwhfDGMOOf4OJVuKd433d1WcS7yEgzY5/gHBzx0ZjpBA6oBL+/V&#10;m+/fOsx5koHsnKCxeh3CBWwgGAnUF069KXoQC5q2syjh8YhS3G8026Ef0dmdToE0V7xnzM7eoFlv&#10;aWnQ0P8AomEtuJemqMIAuRr2et9bEmkFoF8tFNX3iOWppL+Y06iJQtrjBPWqlAh8lHBplSFQANJO&#10;lMmqqObLvBxzh9vndBWkdbu39sznPg/cAnxNNYY+REqv2jYS2iCPhS5FxK4fVFhuXcWrHSdC3oVk&#10;FLIfJ9xXbUr8RX50ePDKq29kJHpk6+tbzz33RayWvX7PbmtWgSREdtxOmYDyA6cVdhk/ygbGlxP4&#10;XDy6kgHBz0Y7KYLNK9MuUYy05Hh3/+gbz7+AlZl4vUbnx37yZyBNxXQKMj9MFQNJeSrSfzjZy0Tw&#10;7Iu1Pjd5WRf6di/ULuopFYNPXrHW2so/kzMX/rdcLg5v337vvQ+oHiqf3jtSfJR3R1qso16v6PEr&#10;kGRZy33Hp0BVMnqK04j5Lkr7H4L/UUaJkqzV7Y7m0/WzZ/befV9EBqdfbfV45zAjq/p2Rbwt0X9q&#10;9Y86uaw7kqmyf0VORUtNUUJdUuWsdZiUyuERWywfO1oNK3u3t/bsl376M8996Xh/e3/v9hsvvfjO&#10;m2/G8QLfFDhlRLD7UQcbdEmQEPiBh1TfsNOl2Wm5QJ7q9vY2tFPHI9A1zLX9b19YWwecuYZ8XS94&#10;4PJ5zA6aOt1s++caycW+hhqN8UvcCLV9HrBLp3nhCaJ0iHkqOGTknCniUJEcHA7Gw0G8SJjtUI+s&#10;Hce+ccYLKI08G8JCFBIjl6iVlzw9JTgUYAeHgQopESiKk2b3kS//g8bG/X9T1N6lzKWKRLQs9h6V&#10;1iDpGxhGYCKwmOOECZQfwfmgzQBysL87Oh7s3rj1/PPfOtzf3ggXnwXdtYUexFKnOp5mx8eLV0aD&#10;WwvTWu988QpPlhCPbXWilw4VkqckxlRtrK3hDIATKBZMNDdajSYONJDf4x4Yj8f4uaPJYggaWRz/&#10;m6/+gZSjuDEyOW7glOijXoOHHOMhrJJYpqM4bXRJbh0c7N9/5eITTz2OxfH4+AhfnZ7ZwpuZjMa4&#10;n9d7bYh58BqyXnOj1YZ3hVD+jLmLtsLCqMZC5lapNVK5OhKd1bd5RT6s+x0bk5MXqRWOBW/XuL2l&#10;dzngRoHnNuV8TAv8hAI8DAJY3bHG5fCIsoUyIF4p6xNxRRKEqr5DHOHbUsYoIDx0drBD0JOWkuc5&#10;PYhvHg5rIeWrEEmg3u+12yBD99pRuxmGaAmMPsBLqTUb84xTOKC8MM5TUQNnvXt44imRMqtSUXwL&#10;uuBAlTyq1QKaGxtZ6WldzCxc8p8drGbsgotYyQWGeHnBDCwT/Iox7cp2JKwEUznluBGsFS1qm3NS&#10;kc6VaQeeKfHNleA+Wpp814aX6gGOWXHsiQDL7gllu1kOzFoXMY56FYaE6lQrl5hiCyOnCfPcUlcI&#10;4rwKJbGab1cq6j2nkhaAbRqHHkKIIKzN54sD3IPN2npYowN2gTItXtQNrKEZwCVTDOnSuVnoBWzt&#10;qnnbJAPBL+ENYigLYQXkmXB6b5zpP7X5QKfRTZhLM4RVxKO9hu5z1LTTPVjlQWpDMyunl96H3ZdJ&#10;c5yQoVzzkfoeTsdz6r5NNkEkb8CdAHcveqYjgu4MdToUQ6T26MQYiTiZwwWLfxbx8WA8Gs8507O0&#10;ITrVSe2HTjpoNZNZ8sTjlz/xwBn8uN76+o8801mYGvKEFUbFYLaho1PDjgSRcEjNEJ/nmB4CLxIM&#10;U+o3wslySigy+dIxFggYZbHoTRh1j5+V0CZAFXEi5CGFPlWDlxu1BGrL7eExwo73H73UAgEb4nFk&#10;HGEsnEs2AtyYFHlgkEm+XYb5cEJVMlt++MgaiC3D54bEoryWeUeoR+phC2jqLJmEbHQEktkBGwlu&#10;fp+fHMEWDHZiNC5IRjmlXng/JB5jRumlSGaK6hA3Qf9KWSx+G3V9KrME/AtCcUzUcfQLxd+xSOZE&#10;AIOVjXfNRRrpy+g0xyhm4eyF/BUHRBVYcwE2Wo+pvNZs5UORiD83wl3Kcf9k4oZl0AkjKlja4oWl&#10;kgobU1RL7TK1VzZNtogYE6GWKnWYujwmeUWwJ+fO1jGn8iKHrOjvEH0gp3HDthc/ncy4laUA+HhF&#10;P1IVcBUJKGIokXjfAwk1BAQkigg3R+dB8rYpLxMbJkdiEl/KX4vM2fOLxb0IjXQWGPKWXf5R7sI4&#10;kO0VeE2ZwaN5gmvN+S2Lfdx5il0nKrbRdkJ4FCwGCCVKl5py+l6rG4J74nnjGJkCm4a7g945XqAG&#10;b7dgsCdbu5bFAJzglqbzV1scOJo4AWPtcIva68uqnPQr5lFhhJwup8P4aH+cx+gx+TwmQcbqzRd4&#10;SMN7e8KuDngdq8zhwFy2sfHuoGiolVXXK7JnvRMw/+/H4nhCZKlOkJbLV2vKwaBZpbiX1epqeGhP&#10;xdbTaV2uTgC0EgKrqj3YFDQLryJ1tWNPUFrve+pzn//CFwlnXVKrkWW2slcW9uaGyK59XICX7LDN&#10;6YmtwBnOFOA+uKFJWrYdqqm8FNkKpG86Grz82lXFZCzcq9EjTz595bEnk6ykZfGkEfBn++hx4TDO&#10;iG7ft5l4Ei/Kh0OIJFzzaSnkOhWKt5zTKCaSKVKgccjHj8eiJ0TQFIesJ1T20kuvaitb1vrJL3y5&#10;uXnOUPfgiKC5VyYWSjKkyuvcM/AEZXEmRrDy8zKrHVutfi8vPjVTkNdt0Gt2dO3q1fdv5DzzKDud&#10;rlrXSvjYaci2y0F2H3/ulUnEpUNYZXkZClWtWo06zSh3DSCt8x+G83+ZWrTKqdYyc5CFDh85lqq0&#10;3mgihODJT3/qDz+4pjOv4Gc7xYyuDPxPKbcrJC5zKkNbnTjJqBIxmhci/VxIziGlvywVtHwCvlw2&#10;bGbv/+G/+8Sv/MMEA4PgY2aNoG2YsuFt9Oa5+9e3Ljz+5DOLxfSDd99+6YVvvPDiSzhPyxM8MUWK&#10;uMxcDGZwQEWOxsm3r99AzAxNRA1FYFBu1pEHs1y2umfXogjZcuv+9FJHn+8h5a+dcYiB0ibF3DUT&#10;vvcixnPCcyA1pdplEGCcBxhVImefo6MRGc5IZYAPrCmza58Hfzsiw3/hh0KIhmIYPAeNNIBMnj6Z&#10;1+GgFoCM5eU3jpYXn3r2cz/zX0XNPjsDXvQ3JW51oiuiqpTPb+YgCA7CjJgfsFNnEzQexL4bM/hm&#10;ND7a3X39ldd+72t/HOSTH//k2U9eXqoETLHGnBFv5nBn9uHBfGeZ1tuNPqTKvlpvB4Avjee6RiiL&#10;JZGHa70ejjtAlnY21o6Go+0dQL9ziCVsk5JtvzDc2lq/eP7sl+4/i9K2phBQlLc67U8+9iiYapYT&#10;jzP07u5evdW6ceMWBMxtTDOg11L51atXN9Y3QE07PjxotRrXb+yc2doAqm3/eIB1GfZvcJ7xT7vf&#10;7mwiSktnS3ZBod/jiuwC2e2T5/qruVi33EJgjfrGU94pFKNemT8Kby6+zyxX12J1JgJaBjpIw1Gv&#10;x4mu4x8JLJoYdqYTYJ7Go36gHUk/F8caDnOkCdHIQHab0EpoFMOwusbkJoDqQKShmlTYz1gc+B5w&#10;npln6c5gCjEpvikNCoHe6NbP9Nb69Qw51vWQ0ySZLKoz/fsaT9ybxfR0RJ2t23mJArpxTV6QwIqD&#10;h4Uw8+hIJ6cE7ZR9ddtWLuIvC4WTMXdRFBXR9KvWReVv5ab0OZUidB5wlUTjmAqgQlTWxSHGs92N&#10;rAh+sNoq7ZUJKGrV9udr93XxKvmVuUOnyhOnRLBJ/p7lObts31KP7GgQNnWlnNyYAlnjGBGmyMUr&#10;cgLkZdJvmc5k+w9MMK9DA6EjdCfBmtKmhXkT+laISt+dAozMTRq6oWOE1CV+q1Hfaje2ev0HN7oN&#10;RhAt1GLmpzFeG7zfsHUG3lTPJyGfA3J/knTq2UJKwGsxxLILptFSp4spMM4my1lYMzV4EWo1RFVj&#10;aDYnmRvSKNoUMh7EMTeeeWiSxfFN2A/gs50i2SuGhj+VMkYQPMo+Etyqomi93ei1MZGtdbq9zkan&#10;YZr76ehf/sE3zm92POvBCbud82uNsLHeIoY5XWJypyEbMsx4T0UqnOCmh0cmBj0avHfsHcg/A7tp&#10;CauyngCOCERURPVUVkdsOMa6Azyx3LsodfVk72E1gXhVDASHZjnAIwjpRjbrahKRoeCGrwDCYBgv&#10;IdhGcBNkMVkyx40Ej2vKWOEskme8JsFmmLQDkI1FgN7XZNoO/NECe6IP3GOdQmx8YqQxSm4SoVcs&#10;TwiiXnJMwVG0RP7gzJp5HNCiL0mmIL2phsP8TI7LWihXMmqkGttLpc1J7JM2DSwEadwgD9xrYp2g&#10;cBqiEpZKsK/wqCrZOXhfGOcCwI2XBMa1T2A/wBheIyC3WXQo9Bmz/Ar4imdeLsUel7BcS/g4dche&#10;lhdPvRI/hzzxdBUWkb42/y2TzFjGZkuBwEChIv9TKgSbo8skUiOOeq2dwaAonyxczmkgckkVhYB3&#10;vgD6y59nwXqr0a83ejWmNMO0noBZZsJ5Gi39WstrRT4LUWxEhmtnBF0D6YY4uLOdSJwUQTtMUpRC&#10;l405+JqFlpBTgAda2pUv/r2vXP7CC1/7rVtXr43RtkCGFmzQUXuex7AJhGEnozCOV6fXX4dQAit0&#10;s91BElUdMRYoeBaZT5M4bnsIFdCC4J0IQCein8kqm8cZgJGzMaAqiILKoX6Il+c3+jjczOdzbJi4&#10;lbSaDmdHetw28/R49/D6jQOdkNGMCzEDJMsT8QzgF43w6Hji3XP8ZXUUpioDsoL/51UQxqeWca3v&#10;xvb5vvyN3onitfBUFpHvK4JV0XFevWBT7j9WZu+5FVpkivmKemVKK26hqXUJOKWzxTtdT2HtRBpj&#10;LbeHbcEW57YDaiPolL8qxZhsrU1lOlZSMMROS/oNitU0F2ii+9nyQEhrmMMywuWb7uXKULeBfii3&#10;D185oJLdpHDLZKIfoDMisNZZz8EX+ZACvJdapYKRPIW8gD7BhoZVHGNXQPtiEIIo00hz9tw1YPKB&#10;RWFJ7xdORoZWSJGqi8QDXbScBQsoygqpoJkH7mtTKulKx7Q5oZTXLqywlF9rFx2MGZgliOQlvLwk&#10;Mp9OdS5YmKZq97P9CsHaGeWVZE4W/5kx5rvemJZmoH7IZrmnYo1KaEkgpTlFUbDP/egXn3v5Wy8f&#10;X7tpJceOzLJ6Ho06Sc1SlU6Wdjy1Ewyv4njkFScaB1aTUrMYQQidMxEMVCi9EF9aNjdefOPWX3zt&#10;3Bd/6mO/L+zLLP9Qi8jhKqT1pN1/6ulnn3r6mf9sMn3zlRfAuMqPXj26Ps9HsSVlodtyG/O9ndfW&#10;+t16rdZdA/k1FbYnN8qNMPrgw+tf7LfOdfTmA5d6dfqTgZ6FWBTNaU8MSwldKjkJDhJmgb2RLkdD&#10;JBLRuciEGM9A/MWoGbJkdOZhbcKTxoWAOhwO3NjPBIYyDFBdI0kC02L2HFAVcAfhHjpOVevMffWt&#10;S+ceefpvfe4nEE8KBgtj92DMkl6ylzsChjPie///C9R1NlKShHOJGuISIE8sJSC4shztLjBfYewQ&#10;WMyjwe3rN5//5ovvvP1Gw5v//JO9OnoX2RR/FTtwngaDQXztYHaYmkav8dlzzbN19e6t5R6HiSF8&#10;X6CqZjxC0QgPqR9XVcxVZnEyPAao7xNb/c01aFoAFTeAVPXazbNnCQNH2QYRIyhWR7f3h4OjRrs5&#10;2Ts43t/HvGdrY2MqkT3okMAijhso7rSOx5N6VJ9MZjg+be/sTvEDlunxZPLCO+81oyhmtxMLLgQK&#10;LRTE5zb7X/n5L+MOx+9wSRNyYMoxsnQurddKVlUeAr0VR93zSoK/DcArWZdF1WYl+vZiKo0Y3OXC&#10;6+hlz6ddJ6pxukA3nyCTiW5GYx4FoIyvMmMLXcMoIt+XgHjU9gSl5BLDCO8VTpNYFgI5ZwmTykiI&#10;iC+mCNFIyAiVUE9sexEmuAiFxHlVzY5nHx5NfE6MdRt5SI0AIOitbr01XmzdM2rJydj1ojVI+oDV&#10;OJUIezdDzZ0ITms3TMlVUerZfqJotozt97kkT69w8JliAJ+vQiJMhe15OhDeyj0LcoyYVvKyteuU&#10;Ya6XL2waO/MpEigqyjbbrQ4EWOsORLnU6hJRaM8PDp1zwkNmLKRLlR3pCi1SmQKLocqZuFOTOfih&#10;ZwkpvGOKcwZklKB+4iTrGShJb+zOQTWmrBJ/eR6P9ifDJG3WovVOcOlcZ3P9AmKrIIldTI/R+AEX&#10;EIUk5pO+GuklAfcJmzF1Jt7gTxdT+nGBvBIpOhru1KdhqUhpMGX9mC4ZCit6UJpKMAQ07cUSN2cd&#10;glpAk0C2yxRHuUdDVLcLPJhY6nEoY5osBKAhCSOJfFxra2hyoloEwQ4oxjbFuDrsNtuoAcNQuj7Y&#10;AWq1hNQjr7mk6q5JxC3ledjP4IggmGc282TFn49n4wQ1Z0yGHBY3NxdUiMhLFQqVGg5lAN8F7WCx&#10;QI9vgcEZEghQPUzG++PpuAbiFuQn4tLFNQk5NWZLA9VlK1B1xOay2TvvQKgMBThkv4FGqRoJJAXV&#10;PI5ncyZt8hPA0CZRNpAMe3eMUpPCfBPZu7TdQpCSjwCDGMNx2B3QG8ioWlprKQjG5xk7gly9MY30&#10;EGaAZyCF5smXBHuENHGt8Ol98GVwQuNIpgh19moEwoD7y7oYVm6IPZZ05GIokXET0Mx8heCGCl98&#10;Zza55+kEvQEsqolQVQFE85aYl2PMkga46tDWokANtewajZpCVw2rWYmoCiVFAioW7DFLok44iGa/&#10;HoPoJJc61qRuMeAH5vvaJohY5o4uckU8OeQW8UW2EWkBVCRMUU5B76JE7EhBb528udgUdIG1sXsd&#10;zuGQhR9P0FiBTkl/+oH7L26tr/X7gLwhOB3mWMzmccOxZUgJfM2TM4rPhRUXBVDzUGa/WmJ4BQqV&#10;E6eMz9rYdG7+fBk147cQuKwbaf3ixicuf+XhT+6/9Uf/57/46iTRc97+ECS1tjY3t6C5R7O21aTG&#10;jQ87kIpJA9Vn1PA4ls8gwYf9nv0azBPgXgtqNGnhNEVzu2QKx5ObN671Ll1IGQuWmulwbzKbDscI&#10;B4RrR3YCABrz1q14Z+dgq9tHhBaGBvWmPyeyNMLmjqwEfJvRdPZ9pXZ+/FRedVc973fdPtTJ7FJV&#10;na/+wNBaRt3diOkW5bIwUqUt0VTVqaqa6HBH71XdBdtb0JEKw6vIx4QGoTkptQNUKe3yMh3IlN6c&#10;YhxXthEcSKhg4mrtXparTEstcgHR4mNDAyEXlDxPXfy8KpMX3VV2fkPmRUNPJwKGvASYZMVAEwdv&#10;PrY0+HhW7iZli7CQGW2TYd6ABwbcEZzNGqGO0HaUHd4lHVSDAG2aVpERVBBAVq3gQintVfxRpjKe&#10;L/sM2hTzdvsHVpNBJ5TspDYpOPfy73AjmTv+4663nfKqveqP1/4pPqofjprX3D3NSG6qwF1B6JCi&#10;CKm8X/qFv/X//G//3M8cD5viAVvrSovfGHOixVMmxRWuaOf8K485+kRst2tWoM2oIMCiz9UGW+Ae&#10;hWunbrid4uvq4oNC7MPV3/j1M1/4Cbp5vvf/6VUjjf/RbLaf/sKPP/3cj6PXvb937eWv/+6rX//j&#10;wxdfCeIY2/4DW2dqxG8mFGx6ZrGIhamTXtgM/s6nn9xsxpg+oVsZCG0Uc1gqmbVYYWipoqgTDwNk&#10;EjQxJgryMXA5sLgPJUIJwyiEXzRxzJcTPfVRuR34YOPH5DbE84ORBIpi7p3ohsYJpHEAO8PVmHfP&#10;X/7Mj/3oj/2c9utoMWEIvBgA5OvN8HSDUCuExUy7zFVymyWlBZt3dTj//2X9MgR3Gc830vYmvDfl&#10;yYq+PhtNCxkfwMsJBzaI10Wc1XKIEvPw+LXnv/VHX/v3j1zq/NzD9XSuFtMjRjZgeKiC4Wj2wWD6&#10;3njZ3Gh/6nz9whow3PAPxg3MVeZcXgKxdGCtfOzhC09cfhrRROvra8AXv/biS7223+m0cJ6E5FCz&#10;S440zRAdQVjV8NlDdbys1Xe3b39AS7nXnM2PBwOc0q7f3n3/2i2cmjErgjBvNplgUYZ2YLZcgmKF&#10;e0rYoZS9AvgBcc854mqanRbQpzjdLXCugbH84PbeK998pd8OcYqe0TKeomvTbZENsyQzxRQ9XoJ8&#10;S86AdsljbpdTNgtRHvPURhxaEY7UZRLJzr8be+E8D28uZs1k3vU95HnCewyjLY9iIUNKyHDVMSZD&#10;M+oVDIKGccdjdoKnBgfZwD481iMjWXa4nonkEVkRn4A4XZSwjH9ZSTF0MadrwGrclAO/oyMLsC30&#10;osv9MXeQt7a95ZVbV7x7WfIWEXvqFIFflGAuTrZK8ygzHDD8EQkWj/fC/crLbrmdxfJq63JtdT46&#10;47qu5lQ2vENaGkfHV1aGKCkOhqnnJfi4KM+tZsm3iFjLZdRF5ryxLB7u+8ZlLmDN526feUVmrrWc&#10;uLXflIjmkt8vt4sWbjWqAmm2GF1kCKtCoulMwM6UJG/SVy4TpaBXShiv5CexvNYZbnzeEOsMS0fw&#10;oaLBaZE+YLwF3ipMrTCY48g+OcIACSVQS4F5j8SgGtoiVjkHtwEWBwiTOTuTI0lI3hcO11iNgSeu&#10;ETbo2ShT4h0Q7zPlQkIwsYrVCHRk9DD9KSA5LTCx1PD593azaVxLgYbi/IEsXKn9/HZ0rttE86qN&#10;/PVWD0MO9LwQS4tXiQLT9nJARqyjqskcEZS2CLmdpnhUosSfzpfcPaDjJr4Qk9zF0Q6EQhhkCl+P&#10;fFNsP1ABQRWR0GLpW+13lC2iHHolRDNlepaCDoAfEfI+IJc+DlQDJWcA4/GSU1UUnSy0AH5DO0FM&#10;YXIDYOMCAwne2kY72D+MgTNGg2wI0jLJ1hrjXg5U0RBnqAOaCZjQ5pSfcs6K+ps0aDlU0BYKa1JY&#10;ay7240zGHQgL6tdZTAKKAJQVdOboNXAOjEI2S5i+JAJaSIOxEtDrCQUjPM/GC8WHx6oScEEs9jzW&#10;BiyWsFPPoQmc1ZkNDPW2XpAcZqNzlOinDMwRKLYXtJVqK25JaG8h8Q6zUNiFl4YAQRxbtX02ISjI&#10;vfEiR7BwCAolWpCwkKQcTVE4nnkH1C4TvrUkLMfGWkpjRnwEeFm4jAH/m8+NmPZlpc1dK1qwm6ag&#10;EZeAN0FbyaPhF8Gd7pRlkdDOwiDNP5xLcB+gARLPtgfjncGs12yvB/O2mvgJehNdrImB79nsU7F8&#10;4/b2tUS2cKZklRo4IUCGFlDQr7WN9hXEju+LvpkqaF14j/E8B2QRxU0PzZTelc//yKfeHNRnutVp&#10;rvW2IoRQsX85s9wpxZMK2x4wQ+PbLNl6oNqfEdNRAzdvPB0ngxF6P/DeApiCEYGEv2OEHl964Apq&#10;6KgLJUKu2/NmP+mvz1EGHx0cgQaJrhQaJvES/LY20rCY+Oqr/clUGP1sOLR6XUgpcDNE99LHWwwe&#10;i0Dkj30GrzhMijSjE6irH1i5cILP/x1Hc1VDrjHmVIBhgeq1NZi+6+szJ/wojichT0XuKlnDu0/z&#10;lrB8xgKfaEr6srcCLlYTeVdIRRvDzNaPBZtVY4SUC7LNXZI8NVeZrW6NdypMlc+pL8ExzqZr5eXl&#10;YNyF3ObKOXdKu5BTV4n9gmc7aOugsfFF2SSKthDTreJuMK781PpEnnFeQC6V0aoESTlLo6zp7sd4&#10;qzH6SemwVgUWyehKfzp3BBHtGfOdlO/VWIaqTMyUCPiiilMncmc/rubBVG1cfz2TW1PRMN8x0b0z&#10;VNKzOjGC3+kCxzLd7fWe/czTLzzyH3be/rZXuG2t8cxqvst8clOp/ksBmilmtqWtuUSiq+Ih5/0h&#10;iNGULhg2YO3IFwyMCI1qGZVQI8TMiPTaS699dvt678oj3//V4ZaZ8kbBAWLjzH0/8yv/+Mt/79cO&#10;9re/+Se/e/X1V4cjDFdh8hqhYlrOx2ut4Gw3u28T9A5MjUJJjaMcSxONEwiSVDpDAVmI8K17PFWo&#10;FB31KUBFBjocFL34Wahz2kBnSCyHHfXI3UnaBepd8AYb3SblmvOFHD6NlMkIFmx1Ljyaw8cZdZ78&#10;/I8BSZ1g7jfdJ/KQ3QG66QUfAgol/I01ToexORM2TV4lKmEMDKRC8R341Pcrt6+2LYD/5IN8qVsm&#10;QiaXBQ6dhlQ2V6ZH2LB7nI+QqYtegqQNoYwcHB/t37z55iuvv/XWG+c6+T/6yQsYuY5GU0xWcTjE&#10;IQG+oME8uzZJVDN44tHNh842O816yOIP3Bp4krR3zAKM2EmIDSP/wvraGJXsYr79/gCjY0gJkYd5&#10;+cp9eA6OjiY6gYN3gqkjcMp4sROwm/FB59ne/iEmvFLFefj0zp7d6m2uj6bT9voaBGdn201U7fhi&#10;6PyhzWyOJzigdZtNnJsn0wlPLQH56tTbJQt8gJzX5ssLW7zXMPkxsd/IqVicTqcXzl9odXvsCmSc&#10;XMXoyPAJo2TQRtxlxV7DItjWATaNV/YH35F7jdyw7mgmLZZctLmMzUqC+n4mybzzBM4UuFYg/sfZ&#10;1efpEUMu0wxxrPJt35P7nMRyoItvqCCC6BEePB6V0RWCb4CcdtJTMxssl2UODhAQNWrrOY7xlVcG&#10;p1sFLTudubMfc08ySt3D045bypxzSZfkSfv7xqVnmlLtU4SK2BLXq8qEHAE7F0GUO16ospR2p4N8&#10;lQFhe9Uu98KcONEUwjNlStpj7pbSapgvjXu+kaQVjsRk3OmVceo239e5gy1INnej6dwSNLRyVmwq&#10;SFnO2ga4xEsULiUB4RR2ArvqWwy1KpCc7jhSERiUBCyb02BF1sLy49+M0NaK52vNYKEG8fEsA0sh&#10;0M2Ag7a6ruUcbyYo/BDVC4ljyEFgDJA+SrolO+y4u1CQhBTvQmhgKGuOuT5g8YbRrAa0s13MRU2a&#10;I55sBDXyIsEA7XBI7m8ilq0FQE3K/9Jzn+77wVak32zMOt31dr3dazU1oEzUB2HCFmCIi3Ud0b9K&#10;MnNrPhsYWENqZP5gTOxLeY9neslClQNsAJ9FkgxMNEbJZrmz+wFe24KFozbzKZnSoZpNM6hNFjqE&#10;mC4kBRkfXYwKoA4TASpKWCaXICZKXSr52EsCMFAb8riJi4oyD1QpMH28Gj/qJfOi8Bp5J9h0Z849&#10;AznVZrbwzyezBMJTTgvNLBCKFIz2YBRJqoAsg4iM0tK7EWAvrZVZkMkoVdIasMyESB+b8+cA6Ii2&#10;1AJY6XQKSldSbxJuREJFDnxRFNZoc06MmE0pXAS9woukKY6PNZO5Cl4y0MsI/IayHT+IGa9ewHkh&#10;fiNbwB2N6l5zWQSf2SLGsXEHiYnghlh4/Dtwly657OTsJi9z1FWAYUU0KfPWY6pSjtfJUN8JRLK0&#10;tCPfKOEHk8DcmyGWnXV7aBOBWMtljhzrgrglcsR2WDIJDknt2dS3WbXyW7ZAZl5DcejlySTPbCnA&#10;/J/inCUPZiW3VdC1IqXBYo6LlU2S7GhKi8cyni6XEdrjQE9ko3mQICcKAEW0hWo52t8Q4of4pfD8&#10;0Hj1Rb3MrGfUxVrZKS7n6uwiUA+hpF6WM5wRG4INnaCPwSwCb46z2uNPPGkOMSWDBzukD5FrVwtD&#10;CiKTIzTiMx5JYBpQGbZe3BELIp6z4WyMuwhkNUh8RuPBcDzc3DwTALsAdRvuolobYdPZItu7/uES&#10;5qPZAkoDOLvwLJ1HRY/9F090kuLfZ/ud7YMDPMmTBXRRfi5gQFr9tQYGAyPf4WR6rw/bVTJQydyr&#10;MKkKMEY5rTuBlNJFAOhq9PT9z5zdzLZI9TFl0sJ3K15KlIPW5bSwMOR4J8qkO73JlW9cqJCdj9Q2&#10;VXkj+XICzp1+yajCYlnF8Bdo6KoPsnpmtSgJ+3CUE2m1MsPYcF2lXJfXbiVcmJwNWEaptoOki4Qi&#10;rfKsqgYXqIm2dZQWwSbO49K80jb7z7M+K0kE4nsSWzxiAaIau3UiZnbxj1oS7P0ifM8C66rhtYKy&#10;k8udS8uTII8TZp67ZSl4rj6v0jmENmlr3o8Q0a8GxqrS0FjlSpWfAaciK7lBmWpZahkqVld157nI&#10;dbQrd7X6XhUQ92xIoSqkrsArpMhYSXHlNrv9zz33zO+8827hcjV+KeRfmcGsDsCx4lZSuKKbr9WJ&#10;VM8yxsj++LwQ/6MVHMijj44rGqss2rQ7yOJ8BTELpqUf/va/+uR/8z9YfY/+/qjzOPfIw8MIRIik&#10;0JBd27z8c1/5h3/771O6d/PmjT//2ldf+dpvP/ngesePoUAT/SdmSNyriJhSYqtKUql7Q/F3sw+P&#10;lveMctMMYTfDESreKcJym626bdtL4Yn0iYBpohjW8TiPvraHfFaWZiltSJhHYDKMPTi6cP9jz/3s&#10;Y8/9XaRZ4Prvb1/ffvtN5G6sX7jUWj9fa3Sx6QNFuoDgDiKeCcr08d7gAGUDIBF4uAFwrsHyAk8Z&#10;3PYybyAcD9EuBKo0KEqkfCmSgYCwiz3/P1UZs/jsxI0OWWwms8fcnrAx4eHNhqgSpBvHxGKPB0eL&#10;yWx/99a3nn/5P/6HP/vUg72//9keBifzZJExutsbDxbDnSnUaK8NFnGgn7zSe+wsxIdRE4GT8Mel&#10;SwgS8YHXI576JU6Zy1i7Ht46nlz98Oqb77z3/o0bHiE6wWcev3++mHTr4UtvbV+7tYPCFccgtCRw&#10;1KszVirjLYWPptXcaNQAEm9GdUBfcQpdh04m8EUfyEIXd9vN27txMoM4EeJCrrQqOI8vjyBol7Ne&#10;GKY0vrCoAUicnBWo7VutkPGhQB/nzWYL1ePBYAwaDgrVra3zeM0xczWhR0SpiabkXImrjA44mk60&#10;Xa8gk5SYakMBnNSPqYweCbrVVNH7Vj4u7jU7zpP7qo6na+5wSKySUIlD2M8cTrjH6PHLG7iGEHGC&#10;suuRFsQBRJDi/WFw7ksdmUmxS6qqMA9T2isFe4vCphYyslPBsba04EbfBcjzh2cUTbvfYaXk38Mu&#10;o6moZrQ73NjjqcRYKrPKGzSqGOG4DcYKsmy/V1t+Ng1D2PQCC/VShaypbJrmZayQDS4xlYC94tda&#10;OY+uPUg4Ep6ni/ygFbukADznNpfKEfRXkRBOQ81mSM64S2sQXqFMeKSSwZZsGnnZPsbZlnZupxKQ&#10;E4fdiFeBWKyjtFfuAZ7z+VbtPw5mpovWtS/zcFqhMj6nGQDAkD3kiJelTgDTObhTqVBFqwSaZPQl&#10;IdANJNwEJdRSXqrANjP6Wm0uEuddWH/hHZgD0eulySwdzBKgd/GkwPFAY6kYsxNRlEPxq/Hcar3Z&#10;Cq4epF986rGHL0XezrgWtr70s78IG0xIC3AKT4rlFNnLH8mUL+cIiiNdI1051EsA0yJ6Lqd7EQ7h&#10;GZHtwOykfIJm5EjXw2YT/zqcIKpWomSgSAGoS3cQLvviO+9DJfzMIw82xwfJ6KglKmLUktg3A88C&#10;d1Fg4NnH5kR5LkpPlqIYizF+LZZinplNwnuhC5XtZZRDPtHqKM9pXUODlMnksNMHeoFVB/qUurYk&#10;d9CGMHfOY3SyQulzoO7De6yJJoq4eDzs7OnCjevREcvLYejBh2EW/rfYEwZaWmuE2WSMBUwGPkt0&#10;k5sIVeJSkkDoiskq7pl6M5rNLdzHIGgpY4CwfXywXBHoy6YGJOY5FxHQgDGgRkOEQ6RZKkaIkANG&#10;MuTxVlLKwD00M1A9p3Xs1AZ1dAzJFZb7acaLCHP2UabWcP9geUSpl5oRoh1itr79CTZPIfFhb6Vn&#10;Khxl2dEMbiNvBECUly5sehGtvDkvOwT3BJFIeZqXjVmrytQE4WRuKMFuI+QFZLgWCY/GYu1wN0GZ&#10;TlynKThD0imyug8epNleSOFuxRpeRwAtDs6LdPHh0YFh8tQUlvImDi+IQ0R4FyBSrGcZiwiLI44O&#10;GZXOOI1gxA5/L/5NKBu+gK10PyQajD0G/hVsSTWJA65RNimtRja5UjG25N16/co5XDGEPqFdHO3u&#10;HB/OYk+sk3L6Y06uHB0VIuXReMbNBT9XO+qT/qXQmfDW7JgKt/984I2WkMJlcQ6zT4Ytj9NoAMfT&#10;Whi1ak1cHeAKsWTwkYG7l7onLZQer1HHIc1AMXE0GOGNjSe074oAQd9TPbNdmldgHHM6/6fMuzHm&#10;jpDck8EypzOB/oo70gmzoSMdq49wVhrjmrXmlO/Wyu5VQUBSqhwzqpPkrROWxmK7M14VU+vi6wpB&#10;kExrHG555fz1qjxhVcpjzQnCUiFkktbnKvavoG2Zoky0hE7xCRgXpERun7GkNzmpSAsJTyI1JC5Q&#10;b1XZqMKXIz9RgrUR3YI+qcZBkk+QD6BhDC20R9JDRqIfhGkeqc8wzOErXTCDPPm+ratdTa8q41Sl&#10;qlDLVQBkFS52t3qtGF8qt3EWX6wVTpYZZUn5KkHHq7iJKtFT1Q5FyRhbNcMr9l5nQ7rzpZjvJHQu&#10;HVfqr1Xc/B3FEerEHxubTlQmDsHjiI8cNJ3fX+uZwQQ7h1+cw0qptlC2rf96BW/2TCVL2Vu1IcSm&#10;uroGqkwilqNNVmjSM/GUJVpY/Lgj6ckxizTt5MGbv/Pv7vvl/7J1/oIsYt8npcmtg6x8pXyFeCbX&#10;9YQ5BYvZtbea2288c6Vb82k+orXZRlMz5SqQ3YYHGWq8aHqa+9IhyrH+LlDrquEAdJJ5vR50uy1f&#10;4ohFxeCx+Mw5I/DYMeKRMYTs1YfDCgM67srzGVyl6fvXD3/1f/yfrzz+BdB8lvPp9TdffeHP/ugb&#10;f/K1Xpg8frkN0ewMKacBrKARaqZ6d73VWWucu+/CJ5589NNfwhkD55H5ZIQiGPk6k/EAQ+aIhTYy&#10;PEj1hMyn0enAQIxRcMDjGEsYMIphY7L0VOb96io80P9hBVMxSkrkYsaWuzK+TIrMex4XaOvCNUWx&#10;C3fXYjo+HkyGw+u3rv/p7//ZcOe9v/35i5faGlk+2NQ7tfrhdLw4Wu7tzz8YLW+n5txW46kzrUs9&#10;nBhQv+FDA5pVNZjjXEPTOSRIjHAyLK2obgGofGdn/+XdpHtu46c++Qj6DEcH++tNHvqgrr3v/guf&#10;/PzT27duYfaLOTNq5oO94wlMdNpf73YuXDiLPjS0v+l0du3Gzeu7B+h6aLJe60hgxri232088vB6&#10;t3WxLmutDa6CFzwksimELZnMQAYMp/g+OFR326A0h+DlTDOoy4CqaaJs9kZDRALg8cJr3t29jXsZ&#10;pH701HEQXj9zIeQWkE6RKD2CFWwKl5Vwcux+54mXnr/GNhjxhCqgVv4GrIV8dlllyRaCs5LMh2WM&#10;qWymvBWZe6gWQH/F+8InhGkbXFbo7vDgCyA5FJk1r47G0DLptGuZlUNlBD7jmIxeRSB2OLzdhIpI&#10;IDgx30JSCcHNuBgYhglsFiMm7tDw49FGTIwJ02nv8YlHlztu7iRqwpLJHeVf6SL6RxXp7o7T5xDO&#10;tAyJwNJhnQWOkWSZi5/0itq1GB4rF0qiChCnKYDOplCjuQ3MlINhV9aWfE5lp7TidchcmS4pD8pN&#10;nmyRXOaBeModMaz6nX0FZafQOP9y6OOZMluDUC5CdwnjweAPdRU0k3kJ3pT35xwW2g7F7PvQAhIv&#10;JiSln824MLtCMuSznKYGFfw/xL9AKp/pMRia3EBSMwNtCG6DlId5YQfhb6IpxEIYYn6El2BcS+M+&#10;yr4lqq0FPAvAuYp82UW08O9yABY0+3WykZt19gzBgGt1WoDJNvv4LxNff+u33tjcakRmSAtwbbLW&#10;aasEsUNzPEZIYK8TF4TOkQ+VjgEiD9UzCHkzgKVz5MWmVqYsHRJ0M1MGbGEuHU1MAyogymRraAYh&#10;S2Y5yOYMFs4pypXJ6RJ5Zak3QmV5MB1l4+14PJIzXBcqn9ALuhHEJiiYMS3OI5iVMbbkSNJPVMiB&#10;pO0gITGJHDkMepFbhDoxiEV6C7Q8+KYMEuNBAB8GkZGom6FF6QcSlAYfjY8akRFL86XOEhCz4Agl&#10;D5k6o5DjtWmicmdLF28w7+tMLDtmOgePGq8odxJQeEZ0LQ7yTtTAl6CwwTLDXC5AH+EGxuERE0lt&#10;4MZHSAGxqIyWzeuRP5lC48yZcehhMSYzOWB4azqZe71aXm/IYYQN7SkOf8M5+1+Gbu98sZSGEV4p&#10;Ww/Y+hbZ0pdbcjk1XmcO3kwNa9/xFGxuZh+lvIFZk2H83q2zQ06jMqKX0c6GigXILolUW2vqW8eE&#10;li0MlyGJOuKTTKA8R/ra8mVQttmEgHwl0OQjgwkt1nTq1VP0+wI7B3YWQrt8SFdMYqBXFYTF19rO&#10;2nS2REST39x47KHowgUUgdO9/duY3x/P4sNp0qojQYIenBaasBSPAxyF/WoC4AImsKbWYAu2Vmck&#10;FXXbdU1pmCQTiYSHXf7ETwMI5iOO72MD5Tw5nBzn8l0FUXPzoa01Xki0TlrIyEtHY6TWDedo6Avt&#10;QSZl1PIwJgxnEJw6rLwD7dqQZoXFbLCzjW0aavaj/f2LvT5a05AHtf3gwUeeuLW7gzlDq4bNoQkI&#10;ys7BIbIzJUWYs+aQ1h5sz43xBKMFjZ4yaKPixmDTAZesU6+1UQnfW2yVfOJ5WTt4ZXnzcU8ylmFv&#10;TsGWvxMlS6nT1ZA0lt2PLWwpTqpTanSqbAbPO0XYOT2wc9EqZRJAYYd2KXSrzK1T82FzQplcOk0r&#10;AXtG2hDoqzmYVqHoMY4N7iK3ijxYU31xNgjB19qr5L+XTdxKmK5r2ZoiAVvEZaX2SNT6WpWbpqWK&#10;rmxCplImyp7KGDygOrEaA0+LRLUabYmz6bjX7ThtMYxjFPQvSUJQuR2TZnI6tVRG5Qpyc3LSX0qH&#10;PVP1Kq0KXHV363cxEtfKK4McgmJfVqvUwCIzuhinqxMtEVOpch3D2N3RxaU7HZdlPHPHwPnEb9sP&#10;9ZQe4GSIlbp3srv8u6ivywmCvVWDUpeBOwpLySTN1vv9Tz/37Au/90fuQ/FcL8RKDZUb1lt/tpcX&#10;Ewx1Uubg2g3FycixkQ0JDQEPMZR24XKGwmzQIp2eS4QH913tfspynu3duvW1f/wPfu5//41o61Lt&#10;BzwoZJzAzlsv3Hr9L/avv5PNjpgNCDaVF2pnaoHch13PIBAUXEDFhBabKA4l2KpxeIJ3d0qb6BKe&#10;sfX1NmIaOQzjrR7YJxo2UkHqk7wQNplIRtybnAhu3zz+cHu0czSZxMtOI7r67//05T/6i9vb21ff&#10;fW90eLvrLe+re+cb4aZR6zhn+Khb5lMhvKcHHyZHtfn7f37ja9jtSOfSzR5MMn6jrdtbFx58/KEn&#10;n0VlBt8ZGC74Rwqb8WhwiJ9OzXPI/4fqrUWhiG9XXy9b6b+tl6i4W/RHFZ8f0VDI79pl+AHE6nI6&#10;DoXyHHbqTIpPXm1rGUmtttnwZIuPhFFAg9HRweT4eHg8+Ms///rw9rWnLjcvPnIRyifYyaDfgq13&#10;72C+fWt8bZYeJnl7rfmFfn2tHbTYYQacjOJASMDAm9GMS83hqk3nSxmNaV94mrgzNqKc4JT9/Tdv&#10;3sKnijNr9/EH+90WSty1TidYxptI0+n08MK2d27j1L8Eu3sGMdry9v6+3GOCVYnUow9fQOhOB2c9&#10;oaREfChz5GNjhpOLFQuCeT6eNd480ufjM5XQ1Zag/432NjOrWDN5ECP4QYs9EGLLAxmSQd4NOzMb&#10;+Ds701azg+pkPBz217YaGGQ31s53t/CVS6Iy56Kcg4ge864JdeKk1qZ2cpiKDJ7cFZBrpe3FxiLP&#10;iFLe5pYDrHNXxNnizRfBKHcDAmlwhqzxfAp7Ir7pVGX1Rrvbab33wjcbLd1rAVrLrn6ND2bI2TLw&#10;14ulGIAwFiBBxQgIHR8NDuG4LFZtq2WY6VO670abWt+zile7mYvLqmThSi29PCg6t0pco8uVvgw5&#10;VsUqWgi47OWSaTrRfTbw3sbV5vYEYNXOtm7WdiZbIGFz47TPxljJTHlMcPHJ5o4EebdHFj1xz6Gx&#10;rIrNV66lq92Zx9a89ls7CEduxWV2PxDCoCixKW3OJdvcdtdlTpVQY+ytuCTOZVzGYqxQF6WlbeXn&#10;Eg+UHdDa4CO5OJi6zRIdKygb0ShS6KgjwwtHcXgNdgZxjVyz+QSkwOk8QQmLf8XLwWxJSSreVchv&#10;lLGuDFDkGJCOfd3vYOrUZK512GDeT+j3UeE2WeYy3gbFF2i989HCQ2QRDxUD9M8wykPNpiZesobf&#10;ifQEB7nlFAG6kHpidYpRdoItBx1NQjiQT6stbPwYsrWD3MH1zIRoPZKHQbgKEVcbTyLKmhFyRiQb&#10;KgYMGqnaoXQFajnU85BLILIe5QP6ksgoChawXZhpimVJqTF0vKOU6wbiulDOoSyRI6Jm8iphw1QS&#10;pFj0pK8paDk80CgaE+bXMIeHD3lo3UWmj6FtrIkNJmsuEu42O2toEGPTYAgOdNlCScQIe4khO/Th&#10;GYtRzl1xaSLQ/6JY1PtUx+pgrbc+3rmhPZdFPUNKnwH3DqUtE2xxW48nMfUfCiRnAK+Q+YThp5FC&#10;N2TGTJDPPWLD6EgypE9HEFkTWZXwhQGr5Q89DhrpyUKaAgToicQPQrAudh4sO6Ra4AbH654vUOoz&#10;onjqtXJKV6C9VV30IMGa9vJWM0AzFZUtbmf0IPYgssZ9gI8SK38voiIdGcFYRr1kKwpu7w3wThGm&#10;hsoTu2xuSfYklbuTkouaLmjnlP77BNBrKVTAG7NNcaH78TG35yiut6S24fPLCjRc2QWS5CL+mhKB&#10;XrfV6kX3XTqDtwEPi197FoU9x9mcWuPuUzaSAH1AedTZ+PBrdUyoMiqZ/QwNEb61MManRO4gX6Ks&#10;BT6hyKTsEoaPngi6+HVEQrDVitRc3/bLsIeiocSKN0EIUVpDCyNP2q1IejqW1g7Tli9ODhYaxHhO&#10;JykdX0ion8zQtUmTUKbhm1AuH0/aTTY9VVTH9i0osjkSCA49luHwFcF/3oL8IYG5HvIlKDLmeCB9&#10;mmlyFNNNmM61RgHc6XXBekRuwcyf3OOZkjErV6S5u3fwuzttq0NO812LgrsV1Kpy2D6RoapWU9Sq&#10;Q/MjNc4uXKkg7loJZ4Ht9VZQInVXJ+/JEfdKfWTKpZ2piiL9yQpf6ym5azmMLPBXp7KbrFCCSdLi&#10;dVdF1WvKhoBX6JsY+khYhc1eLMbFZMoG9qt5LsIZPC9qFFOYbUwh55VfYRlZZAiOxpoTEgkjX9QE&#10;m42cN3b/sUStQbOChyNN5zaUIRe0VXnx1R2kZM9VorYHeEfz4Y6P25zuIaw6IJ7bxklPoRWtSD2Q&#10;SLGV08qs+JbqpD5MFSDhIgOxPKK41OHcJUSpUzqF01Tu4sXlJ5Fx967K/R4ledVJAKVQ9l5xKPNu&#10;u42y4ce++Nxb33xxtn9cyPLd/6vS6SyvRDsll/0wBS1aANDKKAvjlU4UFwTpK/GTWc09z6+4C6FT&#10;skgVT+pF/lW4HhFfv7d3MNvbbm2doQnpB8Q7wr+vvfRnb//Jby4GN/FsYJtAOcHxUEqMAlZ6CkxZ&#10;e+Bs5AvrQUxoEvw8xYwgV6MRZqpTsSGhGdliHDt2S55yWCeLMxJ4ylxOZwhZ7KC7CYcJphT4Tlev&#10;7b767i6sYrVWcHGjdtmPmvXovZd+7xtv7SYyEukEPmA/t5Z0RD7R7t66fnj7g0McxDr9WvtMC7sO&#10;DheY9TXRnE0WajrqqZpaQNZV88aNb734b//gny5qjY3O5Ycf/NRnP/WTP+u3+hSFIsAOwUfIg5xP&#10;4+EwpURwDLKIxgSgFlpoHBNmFH2VOOEUD775iPU3P20Tdx1FoyualLxY2LTyv4+WKmdKXiqEKiOe&#10;VFvxgqoNg1FKkQlmuqh7cdTGZjk8Pjw+3hvtHf7p1/783Xde/YWnNs5/EoJwhGqkQDtiLB+P4+FB&#10;fP1o9vIgeeBc8+leeL7fWMpxHycqzGPxFmqMisKZDceoND4YX/9wuJimTjDKhjLOWT4idvcGYyxy&#10;ly+dRyshyNNbN24e4JPGDhzVNrodpI/EiyHOIK0wvf9M83yHcVx4PyiE57Mp7G0RAyzxpjB9hx6Z&#10;gbTu7kO7GmNk6C6hqwb0stZgUGE28UXhCdHddDFrgPwfwRDAPj4OCiKhd/hxDj343yTSsKhi/9tH&#10;Qgr+PcMAXBzOBwd7tchK3L0p6K+T2aOPPuTXW816o7+B81QTu0KMBgNiWGaTEYzHwMNyn8jc1ASn&#10;fzy8NfgHmZIR85jF3A6/kGzZmYQqTf5iEbZZ8tA8Nrprjz312ee+/POvf/UPX/76n9+a5vH8GOdJ&#10;3Ndn1ttn1urn1lDFN8X0i+comcxZxGga1wN+UBhwSUXBPQYn4eXc8o+Er8VopnuJLSncuSW8vixN&#10;i9y/QnVkXPqIJTZWzkbWkGMHBWyIaSk7FWlh5WtXRcdbVuhsZex1orFCP227u0ZV0uGKtFtVjHlX&#10;jWRdfVyNp6outJUAR2xRAokVEJVSlSSDVSCjo1E6TY9gRSCCYG6LtARya1EpL85JjZZa9dNXO2PZ&#10;urfDbk/cUYLLXDLCyh/yHmTRgKRVLKmY7n/1lbd3tycQZGhrSIUAVfkYYzVqfrMVrUPSAHYtHpVG&#10;1Gw3VNgKkTPWbDbwi3YNMy6+AXQRUbTQlsxQLVQ4SPaFggN1Vb3ficCS8hZHx+AWmUYGWW8wMn60&#10;nHS8yfDw9nwMLa1CnzTw6shMh3k4CdJRQs6aHzRYmOGpwUEf4mTIgvIYJGSc2fFktSHElUgkPNeJ&#10;zJsXDMRB6QgbgKTSQe6coeHWmGHbwQ4En0OGJB2Mgv16t4khHyJ1iS+CGBQtTBCLEDmMvQYUc+EL&#10;Sxh8mEv6BpoF6I4h+1FLeNc8p5ACc2Y8NXiaEdnkzTHNw8SYDhFPZCzQhyPdVnTsmvIkk6KsQBku&#10;ubuuIYzOEwaUCW82HAqxeefS8QmlAZlJryKiEJ25raGIDHAtYkjFsWAloNElBhkGKT99kGBAHo4x&#10;kySSiW3YrFn3AfoFjToVTTJKWyztxxM0J3NJG8IEVMI/vFmQoQ/I/XachJO5RjQyX3eaBHyXATq+&#10;s2Q6WiTofrBlhoagp2ZBP0yO5rHJZovzPgb1qMH1JFN4x3AGZ3UMc/y1Vg0E6OMRDMgmTEwH5Tch&#10;XZBLhYs03j24jc0ds1aMvrEp4SIwxoGJv8gA8jLbFHJJNNIOLAZNFrTiU+Sc2dwUI4WuDbr2JXGC&#10;MnwXc2JKdxhz1i2f0kDKDHVDwp5nPNHyGCF4i9HrHocE+LXsMp49xcinwoWRlmQ0wcV8LHQ2z5Fs&#10;LUPdWFmrb1GFlKVTBrWx8bnPdoGXgueZhEhjdxjf2sVpiibaHJ0VD5arzEbTi8g7SwHISBgEHadQ&#10;IcFkTv25VMJpDvBUA9np+MplstbrHByP0GxF9xZP32DvFlZ4S/XHJULSFXiiOKlMpwPubEyAZzVe&#10;h1FZrmev08bWgJMVCvfRaIg2Ua/RiO7pUVvpQnV7cnC2Wn5XQeonkLhmBTL6K3CqPuo9rbTT7qBd&#10;HXt6DvzgmZNfrE6FBKuSZVV5jarIQrc8wtUrUCfVyFIcl+6bYgCmyn3EGo3wTLoNUinvZL/AbgEn&#10;pLfFZLSoprhLWt+rWm2rqpDxFu2DPDNOOVWQuQTf6lsDTyb0Ake+dHkIbnTnRq55kS7Mn4NVbDSL&#10;tVQ6WNlxuiSgEFkAVDHxdYBHcKYbjQfo+OijOTvvolH1V8GuLrrgjgOEBVrbNHsv19oBHK0wu9qh&#10;UOo0TlmVxu9iSHwKx1NJNFMVsvAJzX0JHPFWMnJj+5J5ZoqEHWUjYMoYZuNV7Vl3kfr/UJS4d3k6&#10;TKUnxD1rpUmWLkXe7fbOLZePPfOZl3//T6CEklmUQ426QOIKv8qed3SpKxdlY2AfFXFr2wgKexwx&#10;1cgTucYpa25pGwqfxU5IsWuAAtRGIjnZPnpjow94FcRi9eB7Lm1z3ufYqqjay6X7Mz64ef3lP915&#10;+/l4vI+DRLNZF9NiKLs4jD3sAGltfY1KJlRYduFIXApOOaVGDpSr+SwiEtCnXky2NFQYImqCUjnG&#10;Ks84Vhw3UP02cMZqolI4Goy3d4Y7+8O9Y4CWTacbPfbIBg440NDBUYlTz2ZbfeUz67QZLXAwUZj8&#10;Xj32fuOV3ecPp71Oq7aEvM1sDOIz21OUvs22X+vXJmN4nbEH49AW15p12NOUHm+GeaeLgKUDczR6&#10;/w+ef+Xf/C+mvZn6AJw2umcu3//4U/c/8on1S5eFmmqWmBeMDrJ4SfUzAKIhzD/giETMP5V5GcVk&#10;Uke4J9H6k9jnyF3cAs/VlpFjMz4FpqckdzW3zk/ryksLe6Ep4A13myGjQyCDL239EDkn4qHoaSVT&#10;lxEV+ACUCzFkRiZ2cfgrEk6zkd+Bse7BaDB+/Zvfuv72y1uN5X/+3DmcQBKytTkEMNP4eH/2zt7i&#10;+iTGzvi5B5sPnYG9i6M6LFuZwJxElCtPhjGzo/Hx9giWX7zwd6F8s/WLENCwuG50gwcu9flCkjG+&#10;FvClc2d6qHfp1UX7hCcMYM3GWAOhZNMkobBE82kFxpwJl5k1tdECIAuR52kkZh0IU5RzxLb4kpUt&#10;nJGlZMShc4+mSYZuB/I5cRGoN4a1fMnhM4ec7EoCnR8ueA8ZxqS4kxcDJpDOhA0gkpeHZw0yz9zL&#10;LaUTOuV6J7qxc4sk8oAOMCJ9IBtg3kSrt97euHAF/RJIemiNw7nXlsKTCc4gkNovlhAQsqi20bu5&#10;7R6ynxblBZCRqzuOKo3WxfvuRzT8E5/5QrPWgcbt5aODxy53MO85PgY1hvnykEzcOEjeuY4Wv8bp&#10;ByLvZi3Y7OJF8YE+GiyiUPL3sgRMFuh65pOxwInhVqBkLs2NZ+4hBKFqQHLWOidicZ5Y7akTjWtT&#10;ORKZzG6o5UFJ2AQsZxnkqa2Vr7q5nAiQt9Lmwq6be8Wj5cl8lbFHBemqqG1l4mRjhYRDJidmVX5R&#10;LqKmzCUEeQ7EVTiO3BlEOTG0WA1t6J9ES2lVIW24ZrpL7HWHJH81ebAdzzIcSdnjddELt+yfnCRj&#10;s0JnUt8gXgXkCDQSc3zt9vSlq3vjpWk2ul965n70+prR4mg8xXNdr3dajVq3VV/rtPoIJu1vhPVO&#10;2Aia3boXNDD6WpLahkIA/wCJ78u0yjR8KIGZacGUPsa9srsFak5+OAoWM0pFan1oVbE67+9tS1Hi&#10;Jyh6zAKSWdITlN4dTv21S5N8gZgB2IEjUI5Dr+kvI/Df50uWoCidEX8DjTUefBjYDeMI0CyaLwWT&#10;TXyzKFbBPcRjZQKmI0VGNOFYslLkBs0y0S3kYoEEYBlJAtwmUyX2nCb97SGpu9x5tRWWWx8EVlEM&#10;H/EysbpRTIqxXJr6Ts4lDBh8MettMNWhQ8+Fr0xkNa4nHsOI6dKJLMYiRqGHJ2/6kqJFX15CYDEX&#10;MGCyWShjwYPX2iWAsy2Gmp0qb2yMOdld6Lh6IFsDZmTE3Ys2N3Y0fG9sloxjwAKF1gCkTD6caaBN&#10;LEA9yrA9dhBBE6CIwd3U6bWPBweA12MqSV4f7omsiYp2Iq9lhIxwUcxDto6uHnIBURUhMwdO1M2G&#10;lzTrSRaN0oVYlFAQG1AwhtihwvV6a63fbENWi5jYMQ65oyl+GrRZOBNc7tdIlcH6Ph0rKbLR4MNH&#10;5FOonitTeu+lPmDCsl8McDyHk7E8PTmcBkRw8YHVMoEqM87Mah6X5QVuSADQJQQ9J3hTcNMc38vj&#10;rhi/xJ9MLbUTEDpvvM6tqy831m8iXU/L0ZFjee7wPbmtcQjWIrEnT90Dn8vmn/MoEqBJEdG+VTSo&#10;VCrPa+5SxbBGw04cD6e4l5bZdOwtJpOjw3Q+xw0JP5VVvFBMiFDoAGkFiJkPDw6PDXCSosxC1wOw&#10;Kwyf1xoNNGIRZ4CfA+fBFAG+2AsMevf1FjvBuOPwp4xe2jka4ISFKEDc8Sh3hVxISij2yvPrPfRb&#10;MEW+lxyc4izti4rCCUErs/iy+rwjDGa1oDvry11ckOpjRytV83iLUvbEfLHCH/ZOCFHVCd5UyQcu&#10;1clljZy7wLtcIOInCqdy4Ge8OyeZxk62Qqf+Kjek1MYJVNg/FpeoiiZs7srfvMgnKmo03Csqcw7W&#10;vGQblnF7wo/QahUcw0cGfhNflFT2meAUKrMMXgtR94qwP4efQHkgojRbwuEgB02e7dND+CZiOy2U&#10;E7ghcZxjLBD6PV20U4OsxneWi42XJg72ZRntq/NiXGvKkVBBWBbujBaarzbSLvRKWNRKY6lOxv6o&#10;lfjSAUdLQNeJ1oYphsnl9Hx1a1rdmSrjed3b96ofpaWxVMb/pXlaqTu7Nc6TUb5S8x1mZX/tI153&#10;DxcOs8CcNM7b+w/Q5l/8+V9675XXJ9uHgsT3lLOSrObyK+G8aw9p661UrphVxQrJY5BP9ZsgYsuW&#10;kiqujWdzj2irJUmWJ1ZWwgvaNgi1euKnfpoxnZJ4970VvFIYwUWYSGDB0fW3rv7Jvx7duiqpzwAR&#10;BcJwo01Xuq28/UPJTbF7hZjVSdOZw6ukg71DSD3H8+kYk1/4u7C5BzYyVMkJg50kJMXELNGQdwHG&#10;fquDN7KYzSd7w9ff3X/35sGMcA//yvnuUw93MAAGdwECXJTJFD5DyZmlG3WGGlBzkXE4h97qVqv+&#10;S5/s5XV97cC7OcrePqRBrB1FD/UaD0/SOkrjeoaK1VezZjvcONeUgG8egVKhYzQbOGIgRWCqEdOQ&#10;5TfffuP/+N3fOBzGjc7G5Qcffvrzn//yL32le+ECWlhQ28aTQTIe4sPC8ajW7cPHJIHDAZVOwpVj&#10;j9UuKw5qkHsnMObygWZyEJfWlbTlhI+idV4R3hQrgKyoeSoZrMZlKZHh42EKDf4dpns4JcEkjbwd&#10;Q2SYDBjZPl5SOkLk5tIOAOHZhWx3Mp7s7d2Ojw5/77d+Zy0YPnUeuyB6wVB3G/KMF+n8cPr+cfry&#10;3qTdjh6/0r1vLWywRvOH+BSa0qfB9dS8YukcwbqL0dEcZ1TENr4/SL+5MzlO8oub7Yx6ZujgQPjM&#10;a3XdaXCagzEGvF4L+fQbjXqz3aaVjwp0SF8i6iY86PSCdr2Lih0Vr1UH2z2F4SYhqVdwDmLAI123&#10;3AaR4go2cagHToZg6gyZn3SL+TzS4tNdJpkVu0qyBs8rkvbjjcbDUEoSHivrDR5xMhJhw0DbRX5p&#10;wzTxHdBqsXA1lNDNjkjgMJ6JOTGOPVBivQErcFyTFnzgdWiO62vdTVCgvaburVOjBPjOZDRGLToc&#10;HmK6rshrzSyJVGo/lAaZdLz8sNN/6pnnPvsjP7HWO4PTD58zvCbjDW7dwN2BNn4fJTwuA/Y2E+AZ&#10;aDbWIVJFBOtwmh6NpruHww6et1A3mhzB6Di5PZ236mG/idvL4wB4kcFw3GmE1NNm6b0b8SpTgUxW&#10;MnFNlaJYyMNMJe+h3JYK9VFh6JE9hJ8qfRMSCmROROdVGRMiYnYbmQ1kyEt9RWHENdVucjExZb/F&#10;ucccPCR3NOfMnttdEIl2NW/JEs1t11dJ+Jl2zl27BQrWG//SVuVN5Y7WJfeikDWZwkxVhCgaz/6U&#10;QmJXKtPMXeMDCcIxABEHkM8scNzvgWLfb7STpuTm/cSPfnazfRZVq2SvBGzks3/pMewGjzPiU2E5&#10;CdRmA/yphnwJUcYces4hfpyCZ4DHKltMs/lgJg/aBOYFNBFr7aDWGc94y2EbiJe8RIQkpxmiT7Zg&#10;Lw/8RT5/99aNW+/d/vInzvnxcMtbYrfC0SfgxI+T+5g5XqgegWVast+KChCvKKE5FsNXwLR8RiRI&#10;nIbmX6kjwjuK3p4kFtQk+cE86EPkK5UmfjS8lR7zyihvwYKFgSDbjhYbYSQUXkyfLN85asutoSwX&#10;fShbaAQP49AGgXfARFQkLeFS9dvREtNBtBIhFEbRy4xf+KWZOYQRnXQLNcXQmciiQeSC0NqnhSyX&#10;FhVs054E9rCslQ8tFBQd4FLTBQj1/tBfclvBU7vM10h+Qb0JZoEPchW2V2yLGShcVPJAhAKpIJDv&#10;tTmKnjTW9XQ8vLHeAolbbP7A8qF/jY2bChgUr+zhDGZsvh6N6MRAXb5Rj7AmrDdNrddYxqRhAVEG&#10;UdlsSSrJUkWtTjhY5PWat1Y798yly/HM2x8eAALJOy2eoAm3tgUKTQ4PMiS4Hnc8Ho77kpmWcLbM&#10;pylg71JNKd92B0p7FJYoNSq7fFMBeHoW15zaXZJ4YR64eYvYXpLjxUlPSshVdm3wBQsryGQXc82v&#10;k9ansfh80UjrIuk6NxXmrSoWFxtU7yQVuYSDGvtKbOFq2VqlA9A1rlyJroReKA5fz8pMVpZVSwri&#10;VOjo2+8ebsfwPQIMAptyE1q3sIGmEphS3N08MxyO8BiN5vPbO0e4a+vQ6WQe7PK0zAgGuoPsZq2O&#10;h8vhaORzc4QXP0w5U6cI6dx67/j4eITqdjzHhABXH3dAl0F9PpMd53PQOqcS+bh7cEiyrtH3+hxd&#10;alactMfm2eR3UR4b9RE4nR843cf6ek8GFJlVPVIEqXinqUmmnPUWEQQ2M9feIsUU1Cu85i4OYEVG&#10;ckIEs5K3Gq9k/Ogif8B+lXuJalWaFxdU256v3LGZV2hEnQWGNz6R4lY5rIq6WKDptu/MZ1KpSFva&#10;hZMeZUyUVLqofILU+p55zvftzigPk8tWsImmRvpFmY2EwBAMB4oAhhGMsSDJbEIclzJixgt4VpFH&#10;HivYfLHZ68pw19l3ccyzIlhdtcZWqkC8jpTNQE+OcKes1BWtQKX/bO6yOco5sXrEcBvtqmtiyoFs&#10;UTrn7jE2ugJPs650uyqswplLV8ZKi27u7jMvbrwftiFvCeosEyODyps2xQFM4TPe6HZ/4Su//H//&#10;038GbKUFBhpVibd2sY8uJ9IxuT3rMbOpi8aBVgpWqZ0Vy1CPIErmF8ghyd4OBE2ifY2mdaBrwrkm&#10;yS9DxvrsN//XX//6v/7NL//af/30r/1331OgDp3ywPom8a1Xv7775n8c7yByacmoNtY1vDF8SQZl&#10;zoHYiSVEz7rYsKH4DAaEVmoaj48B9xng/UIS1e01RP1rePZAe1UY5SJVI6ULzwlKtTZ26MxAQXz9&#10;5vH71wcf7o0WMhFlM4Z7GqdhPP5AI8FxshxcQoWeJ1R1DNIIWVzC8BhhUJeZjUbQ26xf7MJKFMzT&#10;daApDqbpztHiz44XmCPD79jBhgH44SwZjRNcnmYb1ULg41knf6VuOop0aeidkvn957pXznYxJpzF&#10;GBrevvb8b/1Pf/B/6bBT66x319afePLpp3/8J9rnzmOAh9Ae1IH4LMEshlMGNaenXVcyCEPbFHC7&#10;tUt69VSRgSxQX3maxKWkhbsraGiWXsVj5csXUKGYk8NEtTKa2Hj/MPlAfd3p9+cAHbNv7k9g+2Ee&#10;Yy7zJRZv0JHlMu/FApQs8HIng6PD0WD4xvN/efDhG49veCjOpDxGPx7iW286mHxwe/HucAkZ+Zee&#10;2tpo+hFpOAyQwDGN3lGMZjw1GcyP/l/m3jTW1us8D/vW+oY9733mc0fykhTJS1IWKZKSJVqS5dr1&#10;oCYBkjhOiyZAfwRNAAcFiv4skB8pWjRoCjQ/2jQu0jZAUyNwndoWHMumBluSE0qyJVGcJA6Xwx3P&#10;PeOe9/6m1ed511rf/s69V5LR5AYmIPHy3HP22fv71rfW+z7vM+xPb8DCueAeikruxjx//dry3dE8&#10;tLN8DmbIrkSlyk1NnJfnCB7kzFa3YJQNjnsLiVNgOrbgHIY1jDYY7JcGqzRi84hP4Ctg9cA1RFht&#10;4q9AnjA9PgpEP3DwxqiqNOMln8PsKYNeHI8Sxq6cgaPTl7IerSj+XzJ9KJIJvP0t3klgc2uJaWIg&#10;Ad2bkBbkiUTFZte85NvhSRCfZpbnc1IghGMtEwhaNaP2TRlZiazpqXRTQHvoy9bp96nrk/qME+u4&#10;ceHSbsgoafTkGT2aIcSaITMD7Ei9cfHSgw9ffvTJZ9f6m+xHo9BeSpSuOBlmk9vtNgw5IRsuEstJ&#10;Duj7arKs34jX4Gjdz4vN7PWrmLCDPoS13YD/ye653fNnL3QffkKZFnCcw6vvzD54J8Yzh0iViFfo&#10;fscx6pUsygXaqsrVchWzUGcSSRWmdGlHNnZWalaund4HpVLpqEqhVdlRrvwmXMXE41IcXSrljiMs&#10;lWIyVlYBvtKRakkqMj7lSHncXznxLDtXZQ2mTaBVhf6TLL6SCTlYtOL9uMgHVXvHYtOsVooxUz+v&#10;jZMsKxdA5MYTyjGtqkPWktZsCYlJ5DwNH7984RtXpqY5gDQEdMcA1P6gs7Z7YcmkOwx0MZvUyGEB&#10;htiD11yM4wOQClLNIWIYH82OQP1Er0UcFKgKrYcxpItAZ8WKQRxZmayh6cTW1dgMi8UMpoJQW0Ik&#10;1SwocJ+Rf4BGjv5GbCQ5f0IbOgub8/lUNxbLHmyBcoSasQfkThVCw4IxIpTDBaZzkL/YgI0l7Jq5&#10;wRfEETEBwPQ3l0EE3PsbsOHHFJGIqTVLxcYK5kqoLA4lQBtYvBiNFZGU1orHhxKnY0GZ0Gah7SwE&#10;FsSjBMgSobuwmkfXEHOfISMGDRfZrqSGso2lnAVbGqICVNoK2dLjBzFqA4xEJ6qQINSMlpJqCqUx&#10;WlnqOzW2BAJsmgPcGcfY3Mk1+6iCaUa0huBECBcOAz3Av3NAFkJGLWkzhl0G74sTFApKl3ylJZNl&#10;EPAERa9ZwgsyX2CFJAoIYH5xM0ZHE8DCN+SuhuWJhh9io56Kvn/75qFCDq3aaoeDTnyp30pZfSIi&#10;LsNuPUWBq6MJ+WKIi9pINoD9qQ0ohhT2ECAXnaLZhr4FGrytNgTBWGLYPebhiJFXGOh0xPwMtwJ9&#10;tg0MmokHdET1CYoDMm8s3Y17KS4gyuKMcLcYKGahdUpfxYrJSMA1Hk4yJzHXsvyV89FhclJeOEK/&#10;yGe0eEbYirK0PE25v6Kptnktbr6oqmxPOymrSJHa+s/ZZCQtO4R2cWn22TfVbKjuK8q3htsGkh86&#10;+Mg6lkrZZ10KI4ktoqaxSFvL6ZaYnrKPxcSr1cJvRjrB/gHmJcL4w7lD/2YNTAeZ8+h+E84WAtRV&#10;/MzZcn8yk6kneBC6BVZFmm/0ehMQmvMUx9vt23s4znCwtuidzToKPucPnNkZg2eEU2ZJsIbxwjAS&#10;x8MFW9BlGdzPGa9SdysVVXAX1dOoHyrBvU8MUK+PNXf116e+WoUDVzkAgdtsHSRb+tMhsgkEq6n1&#10;KcsiUxdI1rIDTM24SI4hibaTIylwyUVuPq1X2lnKIrAmEhrlRVKcCLlQCXYonJeYJC7ImXRZPVzW&#10;S8gaMsuoPxROoh1LshClQsAZYfCcSmJL2Me+Z6mIkXafQVgpNnYe1TvGDQRFCfajpQWzhqcjscuC&#10;LLkooYEmvj7Tuk0iYtSRQA07AKWgLOeO6paArvypT8EfRlg84iiUr5jIajXXvdu0OagFEzn8Aq8Q&#10;S0ywsjHDFSurMqGufsZ7Riv/uFf6K11byKYy0w5WwNmPc2VT1UA5+HNGbFaeR1p6a8/IPyQuHtlG&#10;TmFNtlqtp59+9o1Pvf7KH75kGaaq0ktrS45WhR9llIHPqjDevM5x63jSW6CSwVzeik2mviQzS6Nr&#10;d3xCc1MymRn1QY9ctDUYMiGlcDa7iry9/+EfP/iTnxk8+RzmYfc2Ey5LVzdKRggR8rz44E+/9MG/&#10;/rxZHAbiN8iPhkMdQ0xOZcWojHxkNpzArLH3opiGXnQGYjJSUNLgaP/myck+XhJFOS11sML4w+ge&#10;kd9qJH8FhZP0cmgeWi2YocwX49FwdjI1N/dpTHU8R8/FRIFc0AW89ZTSypAEJxr7EKYmS0LEODj9&#10;W/iSR8rRHOH/myFDjBMqzKAUU+sb8WM7zcXFLvirs4XZG2XvHc7eOlyODmewFjnfTs4d634MqlFI&#10;km6kd3earUFbNQm6gzbGBMaybMEWdJ5daJcPDLqT4aLRPTRm9I0XX/3NX/+1fnvwkaef+5m/8p9c&#10;+MizaFpmJ3vD6x+0glS1BhgDxtI8gcwtwxw8sVZyJNFRFN5wDfAThZbNUsj8lqU2F1tR6lrEGuoD&#10;LYbfoMviE4PlhNsDxtvw6AhnG8JzseXQKqDbo7SN+cwZDswSel0hMqMjgjUHylGA8YdHx7ffu/Kt&#10;L/3+pe78qe2GpKJxaIZ+DxTA9z+YvHJ7BiPWn3h87dJG0keBye1NT5eZ1Gd6QPVsOD+eHVwdQVlX&#10;0IpZjcvgyx+Mbk4zJo1EEpCBF3T2xBxroasCqoC312TURAqcj14+qHnSVIjxpNFjKUJoxAoZi0lQ&#10;eLS1TWEX5JyGLpFnWLLagp3Lck5TEsP0IftAGTLoTmYjmARC7mvJjzLp0RJYS0dUSbUlBiD7lnbC&#10;epabpC/S4ZZlE1OqOBPPJQ4WM9wUns8RYRARgVioX8zDSWJH7w18PUXypaA4bH0VyTyl0DzGC27l&#10;kINLIIq2nQqqvZMTDJYljQW3rNlc331gp9Ve39m9+PCj6+s7zaSjBb0ohQ4UaHGGNcFkbw/iAtNX&#10;Mi/EJc3BY8YHiCV9CicC3h+GBRn5ijM8M7h0QFyBKgw21pHq+OiHn7/04RfweIFbcePKmy99+Xfw&#10;3F5747vTTN9X05JTilOzktR4owklx6qzSLZ5bDWBk9UsUWRhqd8yhistlUY2V+2yAexEufSSJFNH&#10;5eu+iOVqamtq56VzyM0tY8vW1DIdclRMGwoZyvjXks2UMZUNVun2dg9U8nkv5diojLCVVqvAUOU4&#10;QKfOPHOHhsgymVXghL22nT7F9vJ5gB49EFk6vgRnQJjPD85ud64Mg4EuE9BvUVVoSjzXB308S104&#10;6y6XBlDLOB/B+3U+0wx+g8iEBiRoieG4BoSKTzGomkEH6neQclIE1oAdCTmoPm4GICdnyNJpmGUL&#10;wtJ5NspCEF4H3c0RUcgidFeZtwRaQSTLjmcgYjTa5bytZ8hMioUvFxDjZ1dNDJQiHTbhfHBLGO3g&#10;aafaI0OMLm85ZtCs0QmCMQKHXUEsCcccEpK2XEocJF3ckBdDC6eS8JbMXli65Fxp9AoCqJoxOYwZ&#10;qww3UnqRsbRsRCKthM8QcrKpYojsgcxYXZ54/ESxZLBCYwEaIqKKOXyj7zkOKjytCdJspdcuxT+s&#10;KGSiojme0CJWUUsmJPF+EpOU+L2lOEWTUQiaMipIsRWAQzaor5AbN7tJMdbiXofXp20W0mWZ1Qfj&#10;KCKfuDKA82DsC1Q4OzhRw7GZ8W6nUNFOEJsEvwMVPX/xUsucdGC/qJEFjs0b8ThqhBxjHae6CbFS&#10;q9mPoNnG7SkVRs2FmYdQYEBGFJqdXn8WnsF6Pdh/t4/zJM3sSm8LFc0+JqkY9klOlxGvwlIGtTzB&#10;I9HcW+qbsixJO2yRcQt2eGy0UD5HLNzdJMrNX0Ut6yZiK6s5MVtVcpvk4VdC2QkcxbO0OeOlm6UY&#10;eTtiFBfqIFiJ8ezc2KgKiHKTYeOdVFYKeTtx8C7uDv+yon4jpHupzYQcwFwpMRk1haetqFXwJ0j+&#10;mGUF/fUG3JRbceNgeLJcTIGXo5U4OMCNEs//KMEkNmGjkMzSbP/gIKFfJiU8is8RNPlxb2MNaqr5&#10;Yo7hArTcQGePjk/4oxEPKUb0FcGl7fXbR0c4ABbM1kuv3Lgh51XQ6QDgT/CA4OR8++rti9s7gHbu&#10;qzJwpYOteQKV1RSvnq1TG5z7Sar6cbG6/79r+8pRx/qnqJXJsyUW1YNwgpreuC46XrkiKRuFoAKj&#10;Trlf3ZPNXPestYm4ymPBdMMk3mZFOKbiNbj8W6ur4hisQSzc21Zpn41kZJ1rexSt7P+tmkceE+2l&#10;MED8tBvM8Kdp8+mjD1xPJiaaSjubEWFIWCKqVo44JZuYIb3Z7or2dCOETvop/cBDEeziLIC1AcSO&#10;2KUZ1B078bDN+y3lFPCE7ZrBmAe5tWhL8FrkJQfO59l7fNSXiHIgweocVSvfJHt2hzZE2LtZrpre&#10;ujpqZfjhb7GooLzkWtr/cEV6Fu1VRV6r+Mr3bsXVitJfofV/TljN/nE0oWdxizm+p6JVUwJhAwf9&#10;RuPnf+kX33759fRoXHgIQa28q8yp6CfbOSuH3jj9t/aJGs6xMJD6mu8hk9fIpAlMZBtG55CWeohx&#10;GWJa5PbM8xKhKxcZEKdPytnVb//J4KlnIUyK79nw4rQKENKI7Zz6zuuv/NGN7/5BcXyDxuFAj+1Z&#10;AdVJoyXqklIaewiRpJFA41EumVM6n2D5zsbZzVvXEfgzB/2J0CLqcOQoZMCfxH8cM/BkyWzTXEgN&#10;gbXMR6EAEVDvsRcm+7eXb77agk1+YxZnlmJptwE2QTDzZL3LxSrxfyaQICQ6RKMkQ+GD6owtDKwR&#10;aQ9UNBitIIh/6QwwcNY2mPSAbire7TUe2QhHFztHs/TmSXplf3lluDTL/GynudUILvQbb+9N1dXR&#10;ALOyM52SofABJ2CSmEcB7Hy2f2u2UXTX+s2ntqPL231MJ669/6f/4L/60lp37cMfff6Tf+GvPPTR&#10;5xfzxcnee8P9a3gq0PfCU6iQuAckF7C3U1YLxEog5sgRCFnhQr21DXwlTm7RCAtCa+F9Cb7FmEIy&#10;96BGnaaTyQj7DdCW6WRMuRTorwie4fSX00ZQpADEFxzU5Jjt4lIymmB0/MFrL7/2ld99sK96va54&#10;mogdsyqOZ/m3rgxvjNNHLvSfudjb7kVIy4ETc4GqFhZBjajT6k4WYMUVR/uTk1szK0nHT749Kl7e&#10;n8wNCV12D45kS5K0Hq5qCtFENVdaN6eCZSL3jojMGSAi3BmVy7TGNedk0iZ0QEfIzhMDKAxAgKDn&#10;sWx/4PuJSjJDm45riGtyPBqiRGgN1tCUYrQCVJsad3nGxLVByW9gdqJ4VksT6WHVmMbF3IUKybxB&#10;uAYjrEKR9xWkBea0hGX+h6EWRYoqWjHzzRaLAvMc3honPPPnhuBSkZUBSiFmt9XuYJ2+SgxGhspt&#10;SRP2VrKzvf3hpz+2vr6LaCcRGIaCg5B5GrDv5UfBdn906yamSQSNCnIfMAWSDyi+O9w2KHtDNwsK&#10;Of4agRqikYbsCwnTmJ/Dc63NeXGhoDZ++PITlx5/IogwCsJwaXK/YcOKOlhnEnrPD1Uho945yind&#10;vVGT3RntZsonWxfWZCPU7lgUvnDgjZ5dHKkxK0jd3E0B1qpysLTlBuvyzE5jLQTIf5c1INZY329P&#10;W5I5kXTAUg6IFItty6pUqkmraCmlbP6w8o22eE/7M97FkYvzsrali3zuKsVAV7YcyscUyq8NjTXM&#10;sm5nAb2RIrZTDMWakRIc93mIZBL8gmGgmc1Gx5PjfARkDEsvXtA+uqkaWxM0h81cRqKgKwQgg2CC&#10;2NV5HztsPtbZKMlnCQjT2A4C6zCENrpgIin9gzSsoItON954ZJaPFIeT5IKiqSU2iWohyyRLOUxn&#10;oKhkMZ5P+jdIOhdkDoDwAFCKnUFDrO4wUWbOKDvETPioADsxzqIIs8wlnI+El5y8WBpXgZ9Hy+Qw&#10;JkslEsJyKFRwaiIYcZ2yN8InBUSnGRhmpPMt2QsRzSANhGCX4myYMk5siBigzhrFohvJ0F6kY9gZ&#10;yGUha483GElqpOwii35eSGMPjEC3W0KuCRI8hhijR4JU0xFjBkkrsgIQ4aNaPLrUCKZbmWZGcgO/&#10;HfSN+dWb0THSeOMekg0A8EkOZjEchlT1wtc51mMGFDPEBtgEOOGmEc61QmM8nzGk/iaykufZ/sx0&#10;djbx+Q4Qn4idtVEeHZ0g1SyCkWpOpBUD1mZvK+gMEG++DRuDUE1JFMLkeNxiGnmjT5ARbe/hfDzG&#10;TRxP4FKJaX64DnleiFJbEupz7IS0/0VLz15sJSdnh8havBTxNOEHJs1GgnumBCnY5VoSsBisI9SE&#10;dl+OOsiMJfwoh8KMPhZdgsz7ya7nEYn90HrJyvxV9OTW7c4ZEig3yBV+iIBEdO/PlRCOrKGG9WcX&#10;Um1UDeKU/5Jx7gNK1/JC/BOvalJkazGg3dS3EL1+LmErhfMEqoY9toPCesbKgyh9PDrOjiV8iyTQ&#10;gCKd9fUeVPE49Qf9ATjn0O7SZp95YHKporDfbgMm5swXjnQTJO3meEBI9MTvJZKFlZ4QIG41Z0gZ&#10;XCyvHx4qXisUbTGU3hyH09FwGXfx2GKfi2DEdn79AdzC9XZyfzk+NazTMV90UMUEVR5MQc2KybFN&#10;V5JM8++aAVqjCXsarbkr+9fUv6/eXZs6Cda3WZUrtXXvkbZeqZoBcnDvvreWC2ssdV8A+bAoiypK&#10;z4KtWuIcdCWAEaS4siZWd4XCmopSzWpf2UwGOiZKtx8LFOfM5B1tonqtKmVA+UySsDQ136wqJg9C&#10;M7g6U2Or7DHH/PZFpq0Ri6Y8TQrcst1owSoFq7DBWjiyv9q1ueL+FmhVG+p6u6hK0yl5H1nhDm1T&#10;GgcumJVJmDvMK4PKlR7KdWO4vJm8YGFZtSJukRFUZWXpOmG1gqArbalzLfaOZc6i+Q7PWs+3Kn/E&#10;grVVjUzmrQLY/DkiOPuPosX+IMJJjUbOuaB5mxQW2UDnonB7c/djn33hj3/7C7pwlqumlhG1Ekd7&#10;FUDpXazcZXPwIessgd0sR8fXfY7Ww2WFIwiHLZoPZJmCHoUOdUObNba6xF/68LJtJmY5o2tKIKCR&#10;PTRO6/jZNg0P9l796sGbf5KN9si9SRoiK8JYNRb+p7WPo2KcQyYuYTsmQTwEuGvpdLrYP7i9mDDU&#10;D5jT+kabJTox2kBCJhm3RTeQXIZsRgNL7rACiVqDs4NHP/LMc7+wuXPpq7/zT4++/z1U5t1uAyKl&#10;jNUHSo9CfjHAdR5RdDz3ijdIPbNAugAlYX6cctNAC42J6KPo+oAUVcPfitEo95CcjbZUxTD3aMDd&#10;R293kke3gxceDQ5Gi5NZceMkv3E8f2t/huuOz9CP5pvHi81I99pMfaAEpgOXJA1bkMY5JiGgvZTg&#10;QNyK5aVu+MDlDkQyo1t/8uv/8I/juD/YPX/pqWef+MSn++cuLOdT6CsLpGPQ5ihGHg4PdR69BZ95&#10;tMIURrvdBFUcZyoMSy2tUld8LNHZQTK25JHF+FzMZeDFeDQZD29cv4aDbn19c31zq9npwOdpISYZ&#10;UJw2Wy36Sy8R9w1j4CXNe5eLvffe/e5XXowmV5+41MY4gsE1IcMxDieLV6/NDmezrbX2557YOjNo&#10;JcW8IUIQNN+LRTDodzFzwHClHevR3mJxuABSjFL0QIWHqvPazdtodwuqcCP2k6G2bv2COWixK9Ji&#10;8ME+Xag3IBRgsIhRfGT7nIwUN6Iq5CpbNZLjuIRNToCtMJqyQJR6El+oOXYhuzs7HI7xOgmcteKk&#10;B3Z0BNsb9JIQoimrOvEcWhHN2rAiMa/WbmiAesumz2nrslWdTPgmwWhKaxbkpnwEVOhaU5ZityBk&#10;Iiu/l+/3ClHlDbrlIJGbTHYlgqC5sUdxb33jgUefuHjp0QsXH+l118Qzgp5ZMuSkBWkpG4sNwLL/&#10;jN57Z2FmESyfkxC8UTbDFijjc2+Evku1NgI5Ifzt9hFR0cGe2l8D2RlqaxhLD9zGSo9UXFZx44FE&#10;sNO7r273xlQpDzVTKjuMlMSiyspYTIJEmV1mpY+jL1fFrPIZhO7aylDXCuRchqkyd4ZimB9djbm+&#10;2OrKtBUWlcYPTlcYrfFxwAJe8A6ha2EGji6LyhgltAdeJXUKlVKnvLSsjkgJCU3bukhXUYOOHl2K&#10;B492vg7+7jvqnH3lKrNe1Y1MgoqdVSJ4Bwp5tTdKY1ilARUEKFjo2VxHlEQUN2+P90a6s7beKfBE&#10;N8Jy1EQ2mFq2gkEP2ZzzffitM6qNhGFPszOqDYJ8BxteYbU9aUZzFBG8MAYD8g2YGRSTm6Dp8NBh&#10;nBC61FkrEMUWtyAIRLA+uSEDf5xgwLgsJOa3gEi1kygboFpQ0iGHnL1IDLSFp5SciTnNnfiAc4oa&#10;5WJsBJwXe0dETgR7KJwAYPnivsAYwM7gEwn+YSsdxESJeYcLOUDldCxxBQgjdUKhOUNoA0iVSTPg&#10;MkErH83FH9xarHEnZk4QuneNlJ1M0dkA3lJNIe/Car4QXm+ZScANrhRZt8TAwL2N2024H2w0ovHS&#10;QL2MrCKSZuCcF5ox/la30BgiP3d2K5iatAnKdAmmt5pxJALp5pI7u2k12v3ZbH40XNwazg8IIhRw&#10;LurDmjEOW1F0ptHKWp3+Wusoz0DvwRS/Fetr4E0VnbWdjbWdNdga4UCejKfiHoB5Y9nSGYjKTViC&#10;dKIj4CBLUKJBbcRUf4GBeMLtP2jGBpgZgxLZreV0qxF/McYkY8nnotQVEa1QPCn248hXrZAhcXBV&#10;nITbEhQPWEw7L6wG7NziRuK+F5etQdSP7B9sUZTp+nAy5QY7XALGymsdeFbZDQU+ptcmhmlruxCQ&#10;B0Z6cym6/dDOtWRLN07MazX9aiXnV25CZjx9wzgRQu6HacqPcVyKGS0u8CCkqbid6NIlelT6CWO/&#10;Dc6SyKLAV7HoYDQIBBuHV0kuG9wwDLuFE4R4GUQl2+yAjY21kDEHUwSJ4SDE5CCTfLmEJU3JUAl+&#10;Hn0ymgSEN8KTyQz8DsyIAxoRhZPZApVbwkxpUPdhtQnGO93XoFOCkqHd7HZb/dF48u/HA7aa5qiV&#10;30JFCl31f3/24t/LOtS/VWkvi9Nq7u9hLXVPs4Q7nZFsM8RtIrTWa9anZ2Xaf+qnayhA4A1KT0Xp&#10;lBJtGBine5f6SbgSnCnY1bgK4LFM4OrdKO8ItMoqspWUs3321kF2nGKnuMo1nb5UOvU+VdViOndr&#10;7a2GA+nJ2UsXIlEvCvHoyxgDgq1MU9gIxE8K+ihBBSsEbCWnpOPGKiGAGObYKQ9FlRVryQLDlvoh&#10;sxRjTXLVChdQgTpFJbZUMVWnS2nHI7PDfM3LarwkyAQr66jVON5Nsiuq82pzscHCnnq2kqcHNYdj&#10;VTccrxs1K3+Hfswi+yHmb3cZu91Pw1HHrYMdCKBXeLtHYjBLEry/sCXpkFDVfuozP/29b317enWv&#10;9Iy60uMHzirNyPrwUICtpY29IYRHeQNDW9P4ubuWRpPTLUPGTCEpb2NwUBk1bzaicD0wG/QSYnYR&#10;/hrHEpZae2NDYjpzK4dnHS29FvU1Sk8mw1vf+L2D175qkAMBjlZMswyxKITKvKlluoHliwcMkyKr&#10;j2djlsFjaIZWFiLY6zevo+vFY47F3aB7fkDVIrZpED75gWlICc9PzhsgWEJyY7uxhIBk49LjP/Uf&#10;XXr25yL0MgpenPna9nnKEvKi24rhigLK1oL+/eLwUioUSXDwTQSklEcvtI8dOxpg1FEwd+5EMH/g&#10;OY4fhKy6EBNaAUd56RqS4Efh1FLqwTIP+YLkVpzbaJ0b5B85rydpF0fO3jC9sjfemxTvD+nOC3nS&#10;ZjO62Es2kyW2IAAbnT76VkqmEdeHZ5krwbZMxWKQ6OZ6pNKjcjT+1m9+86XP/5/d3taZBx//9C//&#10;jd2feBat7+To9uzkiOZGMDVCYh6HnalofgLRYwBnwPCcRimFpWb5J0k0uExiQsACkGAUK5qmmurh&#10;zQ10iE0KVqXaxqk5nUDQm7Sa+E7oxmZML56BTA7C9duvfPfbX/nCEzsm3mSMMgVOOgZU/PK787du&#10;Hn7oYv8zl9a3Bl2J5UiBJUegH0pyaydB/ZInYrVWzot8kfXa0RF4AY3+LOqmNHwaYnJkR7KE8N2G&#10;y4+H3h21LJd0SBGstsQceeghLwbhiq0gswwZkUM7R64bvk4kawhXoEFKu8bMByBOZlICB5y8lqiw&#10;WX5F0SBhkBUEflgpR9kQfDAfl+6iJKy3EUc7QF0K299oO3yW/B8qBHFYhST2iyjXPqpye5xXqyB2&#10;gBpw1TnTgsKqiblMRD0vyORMtIMQq2Mop2XmRi4Zd5qOsGI7xMGF5vQM4yxo3ja3Hn/m4899/FMD&#10;eIiTv6DJOcJ8io2wFqRD353MzNH61XexBGBkQy8uLPkGMowRB0llspXqaE7EXHUG/ReQHw7fuh3i&#10;VvDd6Q5cgjTvkZx49sy43yIuU6c0VxHszupYPJFrgRWu74ucgWWV1W5ceIPNdDOCWjAoTblcheqY&#10;lp1T6g1rCmeUOSWLrbmH+Pi30o6XlXO8cUaFRq1iD00tL9EbVRGitodjWdY8IlVwWuVT+VEJKqIE&#10;YqdbEtX6pQCpjh/lKMDKkh1syeQNvcpakIdtr40TRHtHiVJELwJwRxyjlddvXgWA2Cc8W0iNAvBQ&#10;N3XRMLOTw/1/89b+05c/cvkMyu1RI4YNwjSbLk1weP14iKCa9Ra1IoLbSlBrRIPxCVpg6AmQxQbT&#10;ZngZotnD4iXxWbHDAY92BJlq2us1pxG5IXhSmuDUM40FqgoAdiXDXrHii2LE7DeqfBg5Fov8spB7&#10;qODZnFMcBldmkV5i10OgUEqHNv7GkrUpRnZ0zeNQl57LoUR5AZhLQXRW1iov1ABk2ZKJzwMdhCFy&#10;hTI5oNFxonM+NCrGJJHxRZQscFoISlPAg4PjFMzB4FSM6mrOxiknBEPGSkBDwJLsUPT7zJlvRiQi&#10;h800DKbMheWtgBiYVKS4SYVyQ/z3cbcgtoBnn1mg/YB4ZJxh6y07MUGy4VK6e7JeYWKQlFHRJKqX&#10;44cXkO7m6cE0PToBf5UiEjA5unG0FcVnYFZUMJQYDO0ZmhhstWGwP53B2yOP48F663BeDsPO4OzZ&#10;s5tnJ/Ps9vCwn6Xr7eYgxsxlRjB5thzPMlqFQcbcgEEFUsiNESY2IhmamMWzTaUbGZzowVpH742K&#10;wELPOJFS0V9xDGm3am7drExymUmVteGIVCV486X1hJJ/4SzBK/AXyrOL8x+rBPSyiBhBaZk5fpTq&#10;dwfLdcftom1nKVQXBjuFldGNf1KtcoGQOBhOsBqHotzaQdrtzj4yobW+s3HolUAhcB7rvtQnzUJQ&#10;OdlhTWFtAYQl6kdDyrFI6SOYQdTckLwAvZJ0BNXkEhz7YHvr7PwsXK6R27iUjjS18DeAIKxN/A/Z&#10;18ejUb/XPhyNkSWE5xYVjsQpBUKPanYbrclktrHWOxgNx8iYQhWCUT5NKADDgFEKUTorQTyUIPhY&#10;lkwrTOSDF9TXBPpgPO61cH4tRtN5EoXBfQ/4rKKjTqeen/ZlNjWn/j9jG/tv0fSaOru4dMClqowl&#10;zN2GQ0FQz6xTK+NxI7YzobWSEqqNcmErWt2LZGRO47/KuVW46L5A1LCFV+oEEtAlc4SK82MPNvlJ&#10;Xysoo+ruv3XooOZ55YJ+iMhoPxC1PhsrmyXb0HraUQVam1NXrOQ6MjZr1+FZ+L1QhUB7HknH0uLC&#10;MlZQgC2inUTDGUl+gLSIFgqfke9f+CBuUqpcx+2jbm2EjZGkJe1RcuPTXv1sYSUhPaUKVz4p2dQw&#10;hkS+EtVjmioadGU/Gay8mZW3IvO2mKVaJfT+GMVuhZqd4uyfXlrG/Hg1r/khze/9bHjdn0idzyXc&#10;FHs1FIPOdATlckQJBpxlNzq9X/zLf/E3/8k/Qy0sSyrQq1wis6I6q9ppYMPX7SiDlQbdCxIpYLSI&#10;k2RZszmeEwtk3KqSbRX1ckLsR4Qm5FOqTFtktRwu0pMrV5Ccx1EO6wNZQsyDK2aH12++9tXJW99B&#10;iICmU3EoRkf4UAsrZMeYiGNNsUHyoBFOfCi+0LHq/YMhvJHAyMePNJFNy6hbgRm5uAHv0KoSHwQT&#10;gCxHMgqM8AEQd6Ko33n4icsf/dnzT3w8EETY6nEgyto49xCkTwm9ITW4/g1aWsipyweRtcZkmm62&#10;eqQ0K6bv0RtIqs8ZmHFb68xv0NIgs1VDX4EDpGD7J4Thws59LXwkfZfM4xnXoIRmxzRCHFVIbkyo&#10;H1vvxh/abaOhhcfc7VF6fYhw2fQHo2x6BE0vFL9qG0E32kDd2uty6tvokGSMAQd+OaScjETIC7Rc&#10;l3baLSQDdNJy/uqL/9N/2ds+u/HA5d0nnrv00ReQt1PMJ8dHBwkHk3CFYhtodaHQr0W2J7NjeUrX&#10;CouOasZEAGsHHgG/p7Zc/3wO91QUWDN4qJLfsiS5LV3b2CA2AVeSxWw0HcIQ5eT23ve+/pUwP7i8&#10;C9Uo5n8wrydt8HtXp+/tjQZ99dmf2NjqRIMuSLUBkh9BfzUcSOaaxNhmmc0wwCVTGR33IjvI9TvT&#10;coi4S1inJKhF6VYtgVYqEuWVzXWg8kxKIglmMBI9CmeWMLP4eiiyJCLvRSAQJpk3omS2NlA5x0cW&#10;/glpNw07qGlmoyxQAeCyLHk1EvEnUeAOxORGCvGbUnPmNNHOic4oZHzRqINIUVipsQphHIlct/ST&#10;QaNXHg92vCasSQE38T4ZicQqnWX0ZLoQWQhLYOvMC6xB0xSZ0SaQb+fU/oFxHYpPHfAqM9jY2H3w&#10;0iOPPfPgw4/1O4PQZlNxjhtZq/1IHhytTmVQldawEX4lZTC6+Q7WRajtVTUgD0TEaCFH5JEbyXg/&#10;aTYR7ShGMfBSnfQ21+HghQcAAyg749Xqx0UW/rv7R9vgMjsWtfZO3pyy8iaWk0+iYgRldlRErgPv&#10;h+jEIybw/ojEVgo7v3cs5MDVzWXgz83ARRmuIhZV7dhzzqmerOQJUvxDGfjkpOqIq7kkVyYYwj7W&#10;LrTG7+WU262KAqUq182av1Q1lZW/WCX42YNXEkwERRfSQS1J0KL0RlXjLBvWYNUz7EopKjTk+Ghh&#10;SzFsS/AevWAIDvaWAg8S/jIq044pmioHbQb6Xua6gxuSpYfIFhsvEIcC8FIvYYjAwOtSvALxjEA6&#10;gkYST0BiadRizEPQjO7VtIDi84SxawSyLUOB8JfLfNHgG6FGAzb7VqY7W4B3Dw8CvtOQtgug/pKq&#10;l9MQil02sQyuGfJROUkW0yGKGAuUU/CPJiwl9r6kWIQ8S0TVLVcbe1dgOtRQGjqm8BTBBs8ZLcMt&#10;I2nW8Cbw8i2QSU2D3bGN3xA/agtkYMfJS0n95tCO5zqV+SWzWalYkEikhsBzWthx0PBH7WDGCpLG&#10;j7k4xtFlittJmBL1I8+5Bee5UE8n4JKDbR4wTxhzj4SqI5hccVweIOS2hBVUQlFcswyPv/3etTfK&#10;KURC/V5jZ31tgxIS7qX5PIXn3NzwIDxJy9vjrA9T+K0t3Yge6jQgYcb7Tzn9jrPGArBwGGad4Hia&#10;H8+OlvkRzfr7AMTh3JvwqUgZXMS5NDyQ0M+yC7UZBrxhOFFxrgHNwPdwqy4CwY7zzHaJBK2N+DuV&#10;qkqvYDkkBWkkJDX7vAhcHQoLGKbbxLMWC0DnmLkjMZi2HRh4ImU24m4mBHQhPRKtKSxVSKwbpWEr&#10;ytLZ/BJmwZ1NLFfZUVOFxSOu26XVtABNZY6yfU5cUpiqtGmSJqV9kecDzaoqWdumwv23kb655lVX&#10;WeiI/EwLumrHTtq+ESMEId8wMzOyPDk+Prx9kPGJYcGDI6MlEpR+d0AaFIYK4wl+HzAOLXsZyjDg&#10;EVh8670+Jr04/OBBBbLS4fAEh0gTZFGO1nHWwLkQPfAIAp81cM4ABIO50G7jJMVhuN4C7mmmsznX&#10;Y6DW+uuQf+H5Zdsf6vt9EBjPYT7NFnYWYs6PuD4MOxVYpCon7XtV/uZHnGaVCa+pmfjborsMVOU/&#10;ZWeD3mH0rgGcgz5qSQIewBCisPJnivt99pOUxmu4K7/hYEUfq3BX7fdzS/YsON1l75wLX0yQI884&#10;cpogVR1ZHgW646KYSj698mOy7N1aMoLkxucCIov3lpAg7tmUuU8vhYNDp12ikRvJyUEAYBFSxRju&#10;DDNQmgMcE7BYibBP0fVHyjIKJrB/hNTeJVqudmk1zFpVwVBCriiDWmiUqnJ3xemczJAqZ0r5AG5T&#10;2V5Y2piqqaX8nS8ryre2IJqVhKm7NU9qlUC7srJS9WVhxPrB1JOlV0PlmoXVnQtVraw8LKHNbTje&#10;Lu2HlWReWX2n35uvVk8/GuYUZz64K+c6qK6T0RUcr7wvZ2mqMAucABGtd6EbZFOWW7JiJHILOzjC&#10;pA5ZJR9+8qmvPvzAjTfeqZ5Z6QFMUVOzVe/b+bzJ0o/cA2O0G8XbqRkvLBqzVBrjHj0cwVgqG2Ju&#10;NQ/MrDRwsOiS1WVIAQ4DoYEV7/6bl5771YKhJiyJUSPm4/0b73/ni5P3/lSUV9jxooSjtiXPMS5Q&#10;3gEWNzRNiESEgM3SwPwWA0NQWw+OJsPjI1pTwgEuAj8X7VfE053jg0KCq7kYMdbN5Unow4W52UY7&#10;uPnUT33k5/7j5mALWQn4hVASldThhjZ0eufCo1nciudjEtYiOKQjkcIOOV3ZCL+TLW0vlKpcvWNK&#10;hY3auRyCKHvzSiOYJtA3R2a5ZBIq+yRA+UlE23QwKkLpDER9TvEOqzj6sAi5Qjy1RCCIu0o+CT4a&#10;qoGy3Om2njjXhqsKzAzB+907ml87mL87XMKNM8tm263GVsNc3u1vPtQ1nECXkEBDhDaVjEc8z2OM&#10;BNF7N6LNgV6Orx++em30g6+/9tv/dPex584+/cmHnnsBTMDh4Y1iOsLwDQk9Njoop96ZRDFmCoiQ&#10;m2eoBBKRMie9Fy8cyKuj0QghScsUCXz4qaOD22A3r20MtBapZ5YfH8PIafTKH//h6y9/89EzyXI4&#10;ztvJZApzzuVbw+Ltw+nuZvLcI+1+KwTnlUE1Ur2iUVdJIqRS5iWqcmHI91PFcHE8yr57UN7Q/awh&#10;AZgqtLeDUg15ZkJx36LmSnoR9pzArxPnQBYIMBDajlcKBLxtUh4x4lmmEUeSHM/SFJa1gdVbFNls&#10;jrfV7XWkxjZjUDNDO2IlA9JmODKhF1pVeqrF3MSt9RvSPLHjgpMwn2MWGtA2ED5Toe2vpMlmwxJp&#10;x6Oxc2lHfxFEtfTx7OwijI+Jkn5C+/gKY0MCUNIxPMiw/uA0mTNeBvniM3UGH34GCu/P9te2wY7n&#10;13ENJFKC2hiuSanuCjswuTNyuZT/hgVoMR0O999L86AJ2gXIbIE8nbQfRDmP10wK4RjhosCKs9Ud&#10;AB1q9RN0vDbeqbu2ga/cMTaujSzvl4jL2q7KzNVxoqokxXoWkffwq7BW401adbBSCBa2BtXibWsd&#10;pioVDTXXjrZV+SQra09VDYC870jFeq5HHXrBk+DM5WktV1VY2KGzSPXE90N4+BV7uhQZiV4ZZana&#10;YVQxIUt75hqX8WniujzXvytVyxn2+kGf1+S1YW4m7fNM/UQZzybJY71OR6psLA8tvrmmhb4Ce2He&#10;wpaHURKsT4rFGFgIGLT4NP1Gc70BeCsvlzNKMYFlNloBLRvgCm56EoaMlabQagllmcZ7VCZiK47g&#10;fMTkoATOhE2sVcpQbR2rrcsFFLBFIsUhtnigP7hkMF+HiDyRpQdZ/hQ4ZSaxAEmztKpsmDQwt51H&#10;haBhmeSM0YcxYY0UgmWTWFsheLynZa9ZpooisRHZsqWNXwolUaMUME0QFFItCCe7QotNbEE/lEy8&#10;D4QeEApVnU8j2XbSDgdCM8fBm0W0L1WM5hXSEScxot0H1ztfgCwNR6KIeZhIEGLcHJA9ulJhGJwV&#10;6Sg1aFBT7KsJxrO01S10PFxEQ6pY1CxDaKrOwaMqwq1W/2MPd6JsvK5DRGtjN4dLxrWA43Fw8vaB&#10;JUfJ7sbZ3gBPteoTstX4Bdh1j8f55qDbwkdZjPJpsNHGXoysYzM+uInIAdLTkIJDBxg9n/OlQonF&#10;i8Wnf5qJcoTe0Lh3OfdITNoJ4ao5Ol4u24T7lOyOQCCQrxqRcVbaxKhCkCcbx1DYSVGOiX0qOAKW&#10;Cu5nETVxGsCbgUQENGMBR7VF5EaAjKEKrU+otVS2kk8gnrKMQw7qcTqH9HhmwAFQHEwdmnfN7IRe&#10;WlokI7B7ubSkfEh490WEQv6OroT2hY1okY4CZ10iDj++/fE06cBpw4SWLUWiJMSEtjEJJHdRLIIk&#10;MMZJD9w7sj0K6g567DdQ45AbhpYARzuC3G+eDA/mpOdzzhGBkaZioeIgWw7QAlRLIDUfDxfgNuMe&#10;owLFjT57fneBIN0FfOP0cDp99NL5D65en81nsEPpN7dLofpjxtaFp1mibx+dBO0O6jg02OAFCiQM&#10;G9EiaSLuAF3vffRqtrPKsqYRNYJZyNAot9viEtEGpQU2KrGGPwYCdbf+9W7/pz/rYeT7UVPFxIhm&#10;A48n3ky73TI1za2qWXJXozrlFooytfa1+peykRuewrnqk+TXWM8p3wT4Vs1U0Iqk34nanIHPwvol&#10;UUwpJ6fxi8keFK6EUrUUHGNWPNzT3dPKLjvw01rG0pbOv1OYC6VZdV/mLh22csPhwA5jLFPDZv4F&#10;TAcoxG8LSRzwf4ApWhSKmjIhgQ9Aa05PEmgto9LK3UlHVRbptpeRRvfCBlX2qbRCEgsH66qzDRyd&#10;ysoafNtWutpMO0MLmiRISeP+wqwaYGy5+SrR2/jey0/EVQ1EuItd775FehBJEpVfUZar4B7H/q5R&#10;mWsBjKdtyHmND2/dEJ9F5aDtUyyyOq185SPiNBz+nyry1uuZfcWlfC6QqhPvlVJ3itilC9OWIefr&#10;I3fZSvG8jUIxXWBIgdCbmN9ALDPUzu2W4WfYkh+7/Nit71+xoIipRvCBT76yj4SpOZTLBKqw03Zj&#10;t1WT+yWIwLk2el1jU9pJtUSvOQzKaUnXRORtouDFyA88sFDZSGha5uy9dy0dDmHllEE5kqdXXvrd&#10;669+LQoQ/cK+Q+ZJsG1cJrKCuHFzwKsxA4wlnRxn4GIxxQaNEuPwZLl/ew8EG+FXWLMuCHU1Nes5&#10;21toKLHklxLKlTGCJW73erNCr5157Nlf+ptr5x4JYTsC5RTOOr5DHrm+1KbR9Pr2udHoNbwJkMWB&#10;EiHiMUXNkruND4wsdkECKyzpxeLC9tCN5ab5k3/rv5kcX/vgtW8ev/R7eevGd24sPtvU/fPNOeAk&#10;NjkxhVRLWtKQOAt0CSBzUThgTwKIyWOTISpGhZC85nLM5oJpC6ZVdGHskrQurIWXL7QPDpZ7w+Xx&#10;Mr4+zq9M8h+8dXzmsLy81XzigXU82rPRUOhSBioyHLSzvGyF8kYp4KH4SwUHy6v/+pV3v/Hai/98&#10;5+Gnn/7FX2mff3B8vHdysI+WDXmwbNGxDCK6DuF4NjakyE7JeFMEU6DsFSHG4FAnxwf7V15/BW7A&#10;Fx56CG0zF4/hsBdvfXR48M0v/avs6J0nzqKDpRHKyQcnx/P8zZM8asdPnG89vg3+Cfp9DH61jY/o&#10;tBqYPMCehrEGSRuaOAAiLUwFRov3j7JXp42RbhkWQyxCUdwIdqioDqKsUTSVVlQlCUt0XMtZeuY2&#10;AEb2sMLJMVnioIgBMm3EXokHAr5zuSB9CwNtKnvzUFAlXBkcz5JdtECdhCuDF8OSwGR3yYVB3NDK&#10;OnDB+IlEIhIyrbLXTFq9PstZ7LFUQCMQKGdjj1eI8STElDWWovDlw1+qCssra7uinctZUX0puA7K&#10;RBrfyIasRE+Lhh2BuyibsYaNli0haTz5zPOf/OnPbfTW6ewHkxr2E9QlcPklDR44Hnqlp2Gg7m4+&#10;I8IHuLL54Vvfny8WYEZC0w3OBEjLJZXqLkJJPFEJ0yqaS+fwpuLz3Gx12x0li7jVZc/CsydK/r0p&#10;QswqarYaVzrT4epAqJOAy9PJPJX/cBVyKJB4aDNOBHOMvc2Mh3rNShzmiO0rW1BVx1wrT0XvAmtl&#10;+XYILoeHXwnaE92pGvFInG1d6Trp7a+0O2eNqRI476rOPO5aWudN6apYcFgjSZk12SlZaWsil6Hi&#10;6Wj1YA+tHYfOvvtQuSmD+B1CLcK+U4s5Vo6GMmMV0BXGENqGjF5N+HPZSdhBIMwG8gc0H/R0Er0G&#10;GPMBmM4RRZ04TCTeixiciCPBv0g9y9Iaz4PMm8yBxRTNBa4JWmIbWwxahGwLAGzA78BHmoJzFLeZ&#10;zVjqypgGq5iyDvD5wZ8S0pKNcMssYMEyRcZ9MoilXVsE0Efltt3Uka384GQHg+KQrRzTrNl14IkW&#10;4ErkCs4/2+LX9MpCl8ceHS7WigEAOMa0GDmTJ1/I7hJY5zAgvAW94jHbhtpVPLMwiCuSAnsbwtHE&#10;tKjQsGSCk1OGoXjK5pO6NUVPaUyAJSmpiU4DyUP5DIEIRydoNefYj8m0waVrdta7uGkACTAQHiKg&#10;NWjcGg7nw8VWwlifm3l+vISpUby7s9kaDHCZO3gttgsl/BdxXAOs7DHEBol9YxiDzY6vHo9nwlQN&#10;55Jqe/H8JnjAEYtpBCoT7JZtlZ8ORY2SsQl9wHI+AaLsgLxW3KNk0I5igoyV0lHwAV5IFY6VA0E1&#10;KciLFF099nmeTaEYgIl3CJylIRzVED51Njr4rcGC8ALOIDXNEAceev0djV6lQ8UanU8KHIN2WCbJ&#10;cBRhcRuM+J5ziS/X4mTJwq6glb11/bSGt15NV3nYMYYeoSmSyOLENaU4hAvKuKojV0FfzGwQNpAJ&#10;XbMrwUeFeG4FpppxBRJ1ZiQYWcnKY2YUYPgCQXR5GjgBs/2Z2G5FNHzBIbu+2dqa4+qBkYxLP0nn&#10;zUT3m2uG4ukRJTMJHy58VByMo9F4eu26NXnBn3FJQT3f3dyYQiM1HMY0woDAPrp16zYC6lEnYYnD&#10;rh/vDASok+nkeDQOuM7VmBQk6JzEYSVU6JURlzoE24I2mffxIACGD9R3NaQ1K1Mi2whhIQ+P9vHE&#10;kSiowpqfre86zb173ZqFgb1H6sdwl2rkZ+NtkQUdoUEAsxayDLP2UxmqP1RyWa0aY+O7A+eYLIh4&#10;ld1q7jSU9o6DpqqTVm/JwqmGS8l6WGhxxGHAhxIqXI3wbU8Jreptd1Axfn8ca9VUsQhS/3oRmFfR&#10;qZW/cT1JSYwM+CD4csiymV1WH5VZiCnCuKuQooXWKohHipoooqGJgKEAHgqkdWBbSSSy0iUWQNzL&#10;d1Cg77ABq1ZbTw6PlJCWJubH1uSdNpWp1LvGGhu67E+HgGuXX2895ErleWGWGL0a/Nb7+qBqoY05&#10;jXfUlk51dbzmWfC4mo7Xnfs/HJ3xiLYLQwysfaVD4+5aYacjs0pXpRjr/Bac0hgT2M6EIBAqb91Z&#10;u4cV5FP6hWmLcS3mA7aENCsqhDV0LZHufhKJwlBLBC3pmvSUtKY7MumVtJIEDcezH3vupT/8WnY0&#10;5hcL72Gl/AxZ+fRts9LvO1G0XLFl6Rx0bKOO3xXLp8bBDXLYAiQ0Cm5h+Uj0EqApjqexCgZATMW+&#10;RnzQFKbNV7/64tbHnr/1+tcO3/42jKwasVQg1HsuRWuOCW1DIlbQ5kAvmQhbkG5H+DfGYsyTGC5O&#10;mGUOggx4Z/Stxf4V0dpDuJbMjyVBdMFsCah2DTs1NCLr21tPvvChj//84OwlYNZWCwOrJD/FsgUs&#10;BJAZ0yZUsPXw5eGVN/BRMYIDJgTOWMqdnfNCvKHj8aKU6bVdaqR0EuuliHHv7VdwF7bPPbG2++iT&#10;n/mr537h2y9+/rf/0df+2Hzj/Yc3249e7D9xYQ1xu5hyAXBGcG4oXU27gWYDDHASVksaTuZCbivw&#10;sSBS40AY9pkN0tJoDVeS8ywJ21EnzpP1ZLMd8cMaA5ncMCv3puXV8fjllw5QMcD1qheHvUghhxgP&#10;+aAfR33Q1KJMNjIZX6P+TDcHnTA6mV/58tf/15d6Wxc6Fx7ffez5cGOblRUgAGwTaOEKtkFM9RGE&#10;ENhKYW2ApcDGFjifzm7v3bq1d2tja/P82gAGW5huz0/S4f6t9z54r5jPb73zvUYxXA/LydF8cjK7&#10;PclvLMBhM48+0H98l9GSqHExEoHSDpsT5quJwBa6ZApRzjCSbHFwhHLmKFNvLOJhuBVttjZQCuVg&#10;uEkPKwZQEHHTqlW9zxrFkfO5TUsFrqcLUOozrkqqzJARS0wsEgSwEHkcVhn4tpmydsqA+yMC5DRL&#10;hpcgy/eYGCEfMiwGBO0UEhWCRUtxrEbEVSyHpbJGfMzLdbGNcCfNpbaxKRRgefGfXjAQi2M+4Tji&#10;YPE1m9HANKOBMwcyvAWyz5qKuWTpdBWYKrNZI7p95weHMUUg+ZohkQqmc62vXX7m+Y8888JgfasR&#10;gXEdlpJPFWA4y11Hy0YZ/pn0R4YG8fiJt7/0+SXVd8yXnDMwKRlN5K0WhYzOQMq0nG2Up0ELk/pA&#10;NZHIyPuMw6Zs9jckIDnnSrbzLXtUFJIQH8b3VcrlCcorTFvr1YatKwNkZeqnh7aJIytrRGcHg79M&#10;QlknqjB1tDawJomr+a1x6qbyR1cC8itLO+pR7v149aCjvNlRss/GlTZMSS5aEVR5FFUbbzwpyE2F&#10;3F+U9rXKyqPQgdT8muUWCknOhrJUuYDOikR8gpQ6ZR2prN146fhVNF+w9UIZCOdW3iQ3L9QexEnJ&#10;9sfWD85KNl/Cy508YeyLKNzblNFjTTcK7MAJTVKghZmxpSzoDpeiTNEl41OgfVmUyoKBsWq0KCiB&#10;20JZQMMLcQoMkMxyTo4H+aOFnfLgqU4aYoSHhx7GxSoGhhlbNbpARp7fbed7JpSTWXh9iue4ABvE&#10;10rEIWFbAAk2E1JOJEmnvCM4MefUzxvxI25xXUMqZrdOZhip3LFjuflwjGvnzaHMU+zgQFLHJKKD&#10;rGAJ0QMEy9kw7gTIoKLI0NoxbfDGF7jOCPRZUO6L69rEebGAXpQAtZLxCXvg8XR6eDxZLJekAkDM&#10;G4VId2u1Y5pQoxaMO3HSAVF13GhmBfc7nMZwOgX9J+hvTaJ4Y7DW0nFkQVgYRqYgr5a9yLCCZBgd&#10;rvY4meOWqoM0H41n+DKm7zjxeFqU3BE2eg3qltFdlApjfJx3+Azwc2cQONXysA+MjQAUuD+ZIKtN&#10;weu4UYeMWaOmJBMRASdBXML4cVoqgAO9kIw9lTMdFDtVgLQmk+HsUgmTZptRt6GWw/TGiKb/WD83&#10;J+UJD/NCN5AwEGPbTwQDbdCKmwyp+WzegQrDutsYCygSyMoLW6pG1rkHCyCUGW7KYE/CXqVdccaJ&#10;A7xtNH+KXb2zQijr1sEWguVRomx7GVoVAFkEygePuCGKpmRHyV/QMquQAKLSTm9JJ8MzyI2g7AD1&#10;KJnsmDuzHDFlxScDiYDSdb2cjNu75x8b7OSU/epOu0FD/Xz87Re/FS0hgjLDIbRRKiXODTA3Jykj&#10;YkIko4l4Ric3D45Ojk5wRjdo+gVwmAhLIomRoOPhuycIdg7D6WiJFcsPEHEZ4GxFaAQY7pPphCe3&#10;MnNGRnMkAJD//m3+mGXfQfJ0RzJqWtprMfhjbXNHdJorY8JA1TsN7V+hhvqp1b+UOgWU3kPWq9Td&#10;3YQ1R+A4hNoHPL+pRJAEpz0WzYqAffoFq0QVU/OJsvu3WjGGgpoPv3sjPqvUUo2trXiwiiowZSRp&#10;WwQuQy0Xiks0895LK16rWTHq/wxBTeb0SNwnxFTnkBEvdNdFOnJldTRala/dvpWvtdzQULAkDiE4&#10;sOPrkalHmAnaLtBzKBrHrwOjgcbiOsHPYXiR23kTFiIiNtod+h2IDU0oVaASO2pH55YX1c4zUsLu&#10;LRXWhpdpZzwnwpMaa8za5clEwRtuVW7s9QyJGgPYuV5V3LQ7VsLKgGTF/KjDFXf2qPesMgIbmmxk&#10;Yrq+ta1dxGWo7r6Dpm4+UscgVqZlK6y/6iutGXcFhd+7Azcr5by5SxIvIkSvKmc57rZRbaeiPAF5&#10;lkqsaCgsN4iOkl5//aMvfOJPfv/LAWW3nkpuVkxvOeZruV4roqFf2D7ciS5NaGiNtT0wwoJDGEOI&#10;8iWWmPaEm3EAiW+TC4LdBvZNtGvDfPnW1z9/88qXQ7Wg3W3CRcmgQny/WAVZ+BIyP/ynjBJhyrWI&#10;6TyVQyY0Gk32jmDeAWtZ2EUWIPo2qVtWqKVT0p4KGzlZCA8K5+gyz+AQHfQ2HvvsLz/503/ZMHUQ&#10;EwP8PkQClw6hYfGZE6+q8BhejuLhy5/4wR/+NvpLXCo8Ks1Wssgpf5LHQA/HqNDAXOWxF9pBShQ+&#10;9Ut/+60//I3x9ODgze8mH/0ZEei2PvaJz3zs45+aZcvf+D9+7X/7X/7JV965gnN7o5P8B09tn+np&#10;B3a7uDb4ziXNNBGhlKRkcacxORaIySE7SIBnCUDWzr+XNxn+SZyMoQVctHoKnTaYG1s4PBbZ+Tj+&#10;MBJQjYaw8+hoeut4cTTM3p2mhwdZW+n1Rnymv3hoM4FxXdQgegzsK0UptkxBX4NklzPW8Y3F27fe&#10;+N4fzMrGhz7xucc+/ZfGk3E6HmKe2wGrEOgYhLcMZGLCEd1OsOAASaDkEF7czvYOC7cUbtDjya2b&#10;X/jyH8HY5Rd+6edf/b1/sRlNUbfu354Mh/n3J9k80I9sNx7doeeV3V9gbAxpbbPNjCThFqZ0SWbC&#10;JXmDy9HJ0dHiWtA/CNtwISC4kxdwTsYcuNvr4psdawJNMvyV5cESQanIsJRrUKaweDYwCCW3sFDO&#10;DFDSapWwAtk/pswf58QAwyf+etIpY1KWqRYrJrMp3h+FTHk5HpP6jlfpoqXDKCoMW6BuOpc/axmq&#10;kW9IIg2HvTRBIdcf7yRnFLSF9gMeKiSjwvFL9QZoizEngS76BPrXKfy3YNKDtKEC/IW667wl4Fi7&#10;K7sFiF6LoIl4yTHwPRcflu7G2q/8Z7/aaCDiCs9oZKzIsPC9nLMKvWdCdmHNmU9h5ITYiuPbh++/&#10;/E3LFKW5F5Oook4jns6WhUTpAIqTsA9Dz6eY1s1As8DtEG8JvEi5vvsg+a3yXqxHvNuu9X1Nd5Oy&#10;snaCVoWJrS28R2S1Vzu3CuVCx30+iMxwxM1fWMcO1I8kE8TRpUun9bunq6G6I0ax8q5yYZ8iM5RW&#10;V0ajpXFEHxmeq7qrpyOZl7qqM6wg0AmJ3J5uVFDNlO1J5PpgOaPVin7GAZdxQqZTZ2Nl3W+LbGWq&#10;eARTHfgSjm49rioPK0uZNk5jJuRBcmJozk2vg7n4K8gpxmOWITeR2EaxbCdVHo/1JCW8p9nugpZm&#10;GKUKZW4kXk18JzxByImO20BweCPzYjmDAx/8cqATxp7Sga+TsrnigOrtWIB4aCGTAfomYMcAepsr&#10;x34iM1bUvJG4RjEG1zBUKKfTAjnU0gZzU0JBL/onxrrTCUC7RDcaSBgONJGcXYg8F9U8Enug2InJ&#10;jEfxT4FJaWwIAB9fvARYvaX4KTP7l+iquFIDfpBp+4KSWkVvLkGp0GEUkjpIOQfas1Avc8ADreXy&#10;OOriHG2PJnCXAjY8RvwpcowYeZAZHAE76Go32l1UX0u6TPGTcAWha9cgGg/n2RQk1a31HxxjHow0&#10;wLjT3Wxt7qB1xOAd3w/+DU6ADmYgJSgkoJzPgikoPPMpKFSdVoo01wSfJTVp2JG48GYiTCxKnal/&#10;4WxlsYjBroIxVJ4U4iCNG4n7jk44ZgFAyQGoTehEgY9ZhBWXHP0ILjCCmBoctPIxzlidcMzLiqrk&#10;pj8PFgyYC2GpgLqnlan4YJkimx0o4m5z8MCZ9mR6cGO2ePcguzqaH55Mx4hhj5mYvtFt7129Onyo&#10;CQp2p0FIGosEnwE/CsCwIHxnRV25cV0TUV57GGNfRiBcRKN/Ej2Ic1qHGk/ttPoU6/eO5vrdD65j&#10;fSGH1hZs1rJPuVqYuK/gCRKjZSrnWk3vNIE+RWQkCUh2NMIW2eKcvD4SqExCERYNXHHgH56RYWRL&#10;WFy9KS5gms1LxgSCkCROF0nUQGx1IhofeoQCOyg77eIYsiMqe8nTngLaweER67Veb3oy4Tgd+jWI&#10;4NO81Uion1fhHN11I17v9k7GUwt3xSyDADZE5PNjDoLku6iJigHOz9PpEiDXaM76BzsIvFUi8ibk&#10;3I3up3mhANDWh3/VsFpwQlLWRQzYcvQpXWWjVyFQNSviVWunagM6X9vXJ6n1kVndfrDKaXe1thPJ&#10;iKDC82t+SDaqca9QhfLWk1ct+9KH9ljKrmV0Vi7Kpha7tKJA19KQ7CSIryLmVZZiKxQGoZUFfrjq&#10;zqBqLOg7bHO3rlnVm5ugapscJ6J02iL+PkK3eeHgZFVvk8xKnmQHy5bTLy9SkYIJu6ACAXcGBDQK&#10;PYO2OAUU5HuCqyiBjqGazxftduN4OBE1KEEceOJRnVuIDYCkliunsjaq8kJ34LEfrsq553m9/uw0&#10;QriozJoDJz8I7X3xgLiIPlVp7oQBalbKq574lNlUZT63UknVNNP1nK1q1G7MPQ2XS5eypsSsIPQD&#10;QAt0+1K2xunynMjaBFqtpjHVmzEeA1LaePWzJc2plYrYXUirSpd6RcxZq2xUl3YZeF50QGZQWbrH&#10;hMZOIt6wDkls5NBF4LxFchpe/yd/6pOv/el35rcOg+pJMbX1XvpYK59MUeP1ezK1jZAyVEJI0Qd/&#10;ed2QKW2ipDKQFZv7YfqUkwczToutrc7DHz730CPbcRsb/CSIu6a0vxHNuI1MjdilQNdIahqOxFQ0&#10;FQWmuyCnHRzPT05O0tkUxzLzD02B0L6Emeg0TwJcTc4N3zd7j5QmT9g7442HHr347M9d/uQvwEow&#10;It2PrrJk7+vMwoy8PmUl73J4mL1RD3/4OZW0yyXTZbEbouVJFgREaQUSQo0Jq4a022uICRXcMdFZ&#10;dzfPfeiNFL5Nxc3Xv3H2mc+wdOSYAgcnYdG/+bf/7md+/pf+u7/3X7/0ta8fpsXN1u6xCt+8tVwP&#10;IYQ2/SAdNPUP9kffvzHDULDXjLZ60XY/whc3MCuNSDgjE09LViT6bGZPcBnQV7jRaHRaa6CRgzva&#10;zsUjyiB2ot9snllvPIpRwywdj7MDqF4n6Whpjqb5H72PVEPwosOdbn52s31xtwPAF/UQTUGxy5Qj&#10;tGDtZqOXhIev/e6L3/ztx3/2P9156tPX37/yP//9v5ek04sPXFzbObt77oH+zu7a1m7SaWEojb7u&#10;eAjy2oQOTcvld17//huvvvLmzb3P/bW/+DOfeOGtL/5Wa3py62h6Y5TdnsIjWD9wrv/wZgRbGsPu&#10;XYvwFv7WaPu1o/KLWw7KiEAou/NF+Potc9A4PxNVMj432e5wqcaaL7i1BVQ7x8KDwWmeCaW/FAKt&#10;mJL5h2yelfZYsVml2A1RR1u9dGFs28DdFpzGJbMqJYYO7qNzp77ATzWSpOKpkv4mG+FkiqjIKWjJ&#10;ncW8A8djbJ9N9Hn8WSh6qZpLl/h/Cfh0sbY0uxa+KHV9XMA5jZOlcYUbOP7Q63TXkNfSaSP/Catv&#10;NB4DHsJSx4CLsVBE8dkq06vHW69z/sCrQzkWDecwYQnDZz/2U0nUYqNdiu0oYB86RIhyAE+Dkdgh&#10;I6XjaSKWdCh3Nr0RmwT93oufP06PUE7ROYuzeYNAxqbkOHHEa6OFZYZBFXncnE5Hg8HFhObqMPdk&#10;wOr6mYe1saSJ3Fqm2s6JDVV8H7teo4yqCg5lPTOU6LSt2ro6IUpTcVoC6yQVlKfAdc90E/KxcE6d&#10;/and+yXHiaaPMns55dhgTJ3+U5m1Vv9Z+mCfULqz1fkQmFNRD16CVfPtlBMqdCoVU9mA2OGrNVRW&#10;pfEZfzZb202yVS2+UVV+0IH3ajarcCVjzcZFqKT9RNQaxFmVr/s04vRGF3bbhXOuaSIrSeeNxtbN&#10;bRl4VxvAFTLerKMf3fVBKoP+FMHYZUxWPJUmchZb86IiFH51EkrwPOaecBU2ksGYjhmlhgd2usQT&#10;mLQj8HvnaWFBGT7jy5JjVPEPwjNXMgSyFAMgLnfGrXNbcIR+S5pGc7PIJde0pNhSfimbRO4/AVu4&#10;pQJRNrSqCYwM+BAQpwPaFRLOZaQBS65InjhkvSKdKZR8IHH45zRTHpPcOtMhLV6i3nEt0dlkUiRp&#10;iH1wZqHLn6YCsgJKQ1oY1gc0GkCx+Mjx0iPyG2ekWiyPr3/w8u09hA23IgPd/JpuIJogYa+E+bai&#10;K32ZTeXD4rgkYwlCDgw519Y6ZzchUBigNGSo4OwgPUk6XUPLMLhIpd029lb07GMAdsspjMAWTYko&#10;xkS91w57oV5MjrB7Tqm8RX+mE2Gti/1GKTEm5ICFYnc/h8k2JSZ5whBfjGQMqTn8JsOQI4tM0V0D&#10;zgPMmlL03iPhHCi3GIpFSyFDsekVYN9AexS1u/1z87I5TLMhePPAPwyZAbCORnLBex+8+8abgLfB&#10;aBycP7d2+SPbrXa/3+n21vu7vcbJ4QRYZBjP37xxvdtYnFnrbPRagIUhYAnoSQ3oJCYfCxR6+Fpk&#10;C7ot0nMBAhk4XxnELCn6PGeuOKPJiUwLCGvi60gBwH1NxovhdJbB6PHoeIQej7R5ZX06OZSHcgqP&#10;fkPoLZUtP/k+ODxSZDvhBxPr0o/FgjbdEhnxbhJGCuCtsXdl1Cj9mQOxn4aQN2vksJ5YMhYxm/DQ&#10;yUN2EvDMb3UG5BeIMTiuE1jfxNuRPgAOBVzEsQaKRWD6PQRE6HODc0f7+4cYO9A0ztCcUlMxh4UL&#10;nTZKjsPj4YW1/gTTifksod8YJVA2Lw2Cg0G3B+YhzrLjMYju2QR+zkGIcwxdBnpmOLAwyw/7Ce1X&#10;NOwu72vHe1cMrePJWMMqi5vT9DWKTJ16XI/sCTzPxU/natM8ZYw6PcetPCMcBaZuilwFzXgyrBdv&#10;GhfCHLjfEpwyjj71GVwani1RatNAo4KgLjz2LWnlYFXt6P6cq9vw2r6lMCt81sdt2dNQazfm1la+&#10;W5/zumGdqXlD+u7PBPWoY+O7HZ8GaJPDAusTQz9e6822Yv96owxnkahc8SA/4HEEHmtS1HEpo9AF&#10;4SDhWVo4noVVPtOcBuVcRJ9fsgIpoyu6KMYXys/IV/3fKtIqqCUk2KMyVHec7F7YXLfnEP/slfG6&#10;O1cD8d1w4YhVcthq8ZTBHRnQZmVLpQInjqjVbMJXqID5lTH5KTfuuq2UWXXEFAOHpmZ0ZZzvt4tU&#10;sjyUstLfqlP64kpfcYd9VrVwV/NbVQXSViNf591lU0iUwy+kEDL+4bKAelTBO6WsTW2H8Bi6QmoI&#10;l0ZawxN3wH9u9dc++XM//cVf/y2J5vOTaT8Td+CKMVVOsv2axXKs82hhc65kltGgOTNV7KH8px8Y&#10;2NhWyJ/QgJTwG+k2o6c/+uBHntwKW4nNrYaDGjBe4XdzPxQjW7qlxUT2IIycC7kRkTOIvTFAYW/s&#10;7SvRkePDwNoelRFyasSqltV2KMl7eGSYmsv4WA169ODi48/+hb914ZHLINqwAs/nQp3k7xNuFBcq&#10;+me0DZFU/TxydGRjWGwRHDf7Ow89eePllyROgkaaQIEQE5ly5MIeYThO1/sQidHFGgrf9vZOengD&#10;/qLNML765nef49gBfDt6Cwt3DD8VnNva+gf/4z/867/8K6Nbtxrt5vBoBLys6LZvZ+ro9tG16zem&#10;i1S4Wk59bre+fqge3Ow/stt9YKt18Sx8mTEpWFqNH3lGAOfBBGanBy5Go8GeCscy5abk6GISDjy1&#10;1djZDi/lKaDZ5Zij0JN5MZznB/NibzL7xpXJl17Lu43GUw/uPtBMz3bLTi+ewhu7y6jizmB9ox9f&#10;/8ZvpMcH20996u/+/f/2S//P/7743lcO9l999Y+Xt0bIaSo3OmuDje31fnuw0UcN8PqVa99/5+0g&#10;Rfun/s6v/uef+pnPvfz//t/73/3GjaPZ94cwLVEPXew8vtPq8CyGbCYA0VXgTEUeWiQqPJugg+2g&#10;CI9vj7Fh3UzbVyC5U30lODF9NefQ5pVr3S7I76iEYvluFEaYEeF24kNCjgu7tGrjl0kGFa5LTqX5&#10;n5geTBmShGDi0MmuRBFu0z4hNCTcbdw7mc1Tcr0Efi5pu8qkHVQ7KNblb+cyeoNbEx66Yjwdw/N6&#10;rUlLFIxn0RbAuomts4a/JeTYS9Y2pU0JC4QiAOc0EqE1KzvDQkEyrFiUg/O5oGM51umg18dXWuBR&#10;k1EXIABpNBwtUArhG3TQazVt0lLp1KV0PsQzu3Fmd2v7rELFjNGSYToxFcVgcYMmim/mPI/h7Jg8&#10;oV3QIl2SbFctHhKSU1RWIDV3cFKzi8Vbf/QHGUMsyIqcwp6UgcBQ5KUW9aTMB5c15uxihICvSHXa&#10;HdnYlVgNmM5Wp9taF6fTSEu3KAQ/IgK5TPN0eP+s7o3y+Lq20KEffmbK4c0ubta5HZe1CFtLVzT2&#10;i6EYrnhRDowwuMCqjForENaBsz8+HYShfF1igtNxIb4y0cpHB5fGRvwGVTBSYb9YVsEnNidZBd7E&#10;lRRWjlcJZVinMVM3q5LwFj++8KIzXwtRpK+EnGNdOdlg6Tq9yhGyLdXLh9cbH3yknNeKhYC1chfA&#10;mvEUUtjhXbGDpR1wisK9YaaQqcAoLmQ4rmFPhWcAGz5sjSZzJu3E4vpdiFm6jBkkXF0IgGxT5SSU&#10;aRhNmDkEI9ZDnsh4ZiYFDJGKVKpTrm5wBan8hHTF5vDZagWIW4MqF5rjoc1Goxq0InQUBQ8dDKnw&#10;kNAehKQ4bBAJlYcuphoudhDiL8mojmSKRxViJDBcKRsTMn4DSRwAOxXfCYnIErHA5LVqOZwx5Iyp&#10;MuZAjg5TJrA9N7FSqna5j2O2nNPPH+5TRqE1kGFUYUfHyHInTElNPOBezEzNzlpvLUw3dK+puTOg&#10;7W7CGAxzyIwiDlExmxk+GPq71iBeX1vf2GgNNtFtmsVkls5JiqUGeHl2LYkWvZDiDyQEvB8u6MBl&#10;x044OqHrRNo9PjPi4WAyKHY7Gea3MUPK2J3KzlbYiT/FDmGImxkxugnBU4pKauKBzFQH24hGWXjz&#10;IYjGWmJ8IPpQorhgzLnVquciMloUQuNSwWEK7RI3lqTdTnmCNMGOHYVJFi8NZDwnJyN0VzNSeoqw&#10;eeHCAw9dPr/WXR901nu9TgN5Slh4wHlpk4ZJZHDhAdwIII5m+zEMhY8mJ/tvnhyNcUwugebPP3Rx&#10;YEQ5S6JxyMoQCAWOg/lyjp9H1BVcnxQPfIYUom9TrpbjnBXn8Vvfe2Pn/DmgHC//yTfX+ufwHf0e&#10;zChSRMsFxaIg8gnT77hpEsrWpZaK6b+iJVWuQBhyu9Piyhewg/gIn0rKKGhTCpmxUvy1BBnQ8wZR&#10;S1gHQEWQbjzPb7z3DlpyI1ArnDmSFn+Iels6DC5xE6gzQF+N/ph6OOzcEACredg4TKcXLmzm0yWy&#10;d9PxFB9vA5NfGnagLi4wK8NZejKakvUqYz9QkvDndJFzW5cXBDSLWEFMgidqguW6YFRB0G23wSwF&#10;VoEwRtEW6BENn80IJ7yyB1h4f60cROjkHCHVilNeulKYlnHYjsiU9w5Jvo7XfrcUgUu9/3TcJB8g&#10;W7NYrg3plLqDPOOnlZYxVFq/SEx8cKjP543mA8GPi2+/l5OzOm2oWyU1+0gCU09dqlq4UxJh50Dh&#10;W01T9ZwOXbXxQauRd2VhtfpVp2OdVhmzqppwVp7P7p2E2kXrhuInaR1zlQ+zOE0Gdm+XNn4cVBBi&#10;xO4rRCMhztPgKBRRkEaNBJc6TB6MqNui0FKQSmtVizDUNqz4JL+aR1QoGQOyja+swYI7iemrVbHK&#10;c65i7H1PuTp3jXYmoysmt2/ffVyUH7yvHNWCukDKrKyN64WEWtl/KcvWcvJeES+U5R1uX6sGVN3p&#10;Bc0sFXhnOLhW60oRJWJl7YkMAisQeLYuU8q/TV8U6bohVQ0DMjWvKusTW9mLOHM/W5CUp6siN26o&#10;3ic2FjEW0pZCVzrptvUiNAxF4/wKlKYlXYfj6Jmnn/7Wl75+dHPPiQGd1acLnzGV2Xdg/8o6Brs3&#10;IWlcQYPgIPRXIo1XNj0h8KMRI4JDtDIwCFH9fvuRR89+7LFBt98gpaWk1pFEJSwqyndJYOGIiXA1&#10;tmzMBVO5aWCkgS0DH9jREfBQQKPM3QXyHXb7HZKNxCOITH2WUnnh4mEBW2OLj7ceefLi8z/78BPP&#10;IV8WqfOoXUpC/uJ5K3WhJr8Uj0ZqsRBG+sYUo3Dtc2gNYC/mdDaYP/rMp99/+RvUd0qYGZg5mDtn&#10;yHAQovbxJDtD9SaocXAGCc/1N/bef5uhF4tscnTr9qsvnXny4yywmGyHG5BJq4/xQONnP/vTv/sv&#10;/yXEMnprDZD11Q/2Dg6OafEvsoDSVOarboFjavy928PXD0b4vEhX3u62Bq3kzEZjZ9Bca6nNXogx&#10;KUpD4MIU6lA6wOspeiBKNaGXE44m13GrV8LaK1mmA0wbc/wbo+M2WlYUMkezYn96+LX9EjjDRptn&#10;Yi+Zrifm4s7R5vl1VKU3X/1XB3vv7zz56c/+4l9978FLb37hXzzUmD1+sRH2WqA7qehoOj+5/e7V&#10;+XAUmvzDZ+Ca2T739Mde+PTn3vrS73/xd37r2uEUdtVntlsPbScDkrbZWAK5CCXajGHSYgZDpDnm&#10;nrScLCYnGdjjWZLcSlpTMt613RAhncVP0LYtXyLbF/nItHsKrZEWTlG4pEJAx3Rc4TlXYzfhpTD1&#10;hLhjzumWc/HIGc/BIjWlo4sOXYod0XUsEthRyiyZedciZmErkYlsuNPplCIlw1sC4UDR8rSBuQfu&#10;IQluIvJArSqm0Hw0FqwFCOaXsiLFzsqIjyj6RagCY0lTZUEvbGDykwOv4STDR6ST83IuYU6si9Z6&#10;nQCZVDGNfOAAzdmvPS9B9gbrmj1YvLN7Fk/Z+OQIqwLWYkjm4tWjfQxKFsgB5uxp0Kup3CU2RcLS&#10;FP8Dp/KImVpampXd7/Xv/One6APywimjYx0G9oQo2ilKJM8d1z+UlgwDn+mygcxoUPYpVhdBUJFu&#10;n7tkg+/EPlbYSNptOMaY+wnwe06Ow+ElPsq4VJ3SkW+dXEceR6N8cJDFVCvvDHt+ld5tmZ9DPCYl&#10;szlwntpBJREOXMaBspMEU+tvT+tqXMCvC0V3Q1unGK6GAYVZJQPbI1aXLlzUvjvthrYCvssi5X4r&#10;E99CIA1lDSWEkGYvhU1B0i4uUE4vh3baKfjKmEWUuh70te6artW1l1W7yrB0TKSE/FD+E3rFGp4B&#10;9oOR8H/pSYipEW0GyVpFW9YCkWGBgeUixCQwpX9SIAa8uAZY4lOUyugP4RfV4GQVj0nKoReDWxlX&#10;Zlt2DBhpbIV42CAHEYSux0R6EQuz5MPLd57b6paCVPhA9SMzbzCYCGm06XQO5o6ygae5cCxJawrJ&#10;xw5Fh5DRe54RWzxUlGkCBWO+BesGnkncyigtyuVA4ebM50RP82CKEF/wmjG7kKkw+AyYE5c0KywT&#10;vlgxl6BzOZMhqUAfg/EgDho0uui1OmQDL2ErgV4IwbwgG0E6xCTgBnv14DgzB9MMR2g8y7PG2Igp&#10;C0SwoxAKET2CR2SjvdZvrfX7GwBJ8cZICMr5EIxOMIgD7S/mCYzYv2lcLjW6ITBPi2C7hWE0TC6g&#10;MeHhiKcbaDWoLqlljHAlpTHNtKPpQncTZvOkbIBZcGbS+5WShoNbQIts0GqwUEF8gsA2pg3AgjP7&#10;kqPvmLtAKYMYQAkp5vQajVM5xWaF+7UspmEBORU+RNjZAHO7kcFSuzhZloN+C5qTq3t7R+PRYoEz&#10;L1pf313feWS702q2O1vrG9uba03wsHHSw5cYWGRAKy9Z/5gxFilOd2zIOBVJY2y0t3vN9XNnSVLP&#10;5+PJEUwyp0fz41tLGhgvn/7QQzCzhOk+iGi4f3R8CA0wdRiytaMO7CzyMsELEbuEuDdfgJf9ta99&#10;9cmHL+6c2d3bu3FynLZ6iKFKoQ5KHbWMN2LBCCpy4SXEgaTlkK9h44FBw4nFIJre2LYrECxdUFqm&#10;QIcLOexwbSUQmEJGBhe7Mgu2XAk49Aih2Hn8YWPmlBiCIs8xNSt83I6cNRWeAzKlbh9M3nzz7Q+u&#10;7XdbazjQIWIeNBtcmoYjssF6b4KTbDHD8wOzje2tRi5Eb2AZgHIDmn4XH9w6aDeJwIeS850IFtgQ&#10;jSC+EXoeWD2vDwYgRplMkgXgk8K1LFYExmwPevfRuQpgDc+71fzNcnclaMFJBw9v3+LJxnAKVfOg&#10;MoGPC6unyZpq8njaGVAFNVdhpe+OL61mczZjVfzaxImEHS9Ezct1OJig4v4h8pwf4fRYvREyx8zK&#10;nVd5X+U77KJXXv71NqWyoTCmPtArXbPqjCR0lUFby1o61fO40NpKQGRcyq3jAqlqhlp5YPnwBEcg&#10;sikVQcXU825GglcqyYRhihJ6Ccw5aJZmH5AE21EqxracjWHn4eRMtL9McgHAPV+CugLeWUvPySDS&#10;EnMtHF/WUXJTq2QFlzkYOLtm9yZOf07j6iO9CnsyzvyzRshyRgCB18K6lA0fOmibXkcaNqe6U/f6&#10;ahVIXI3z5aW1qYnGWcVZMm5l1xnUOcf1l+Wax8MJlo9A96GqRQm51s5Kk30MeGmiVUiXF317h+q7&#10;ROoeXXHjW6YVpLbMtkwWK6DDAWJNlcsqPdKRoUUPxRgDkgEjn1Di7LOk8HL+1FbGCxUiNToFrQz7&#10;nf6lJx8b3tovjDltZV49nsa2uMazBriqRHrXskbbtvsF8mqzzkWCAo0TSwGRBOJdd1rRE4/sfOL5&#10;C6BS0ukyaRUMKyVGSl0HTE0DEqsA71kf7JxYGmn7aEJmw9HJaH778AQol9NDBsBxwXph/hv9qzJh&#10;uGnabNhhtZZqPdn90HM/+9e2LnyIuDhazOVS6JeCr9GBnHU5Z8dySPugUTZbsUSoAA8i80zUdzwC&#10;8vIjz3/qxf/rHwHnk1fAs8S3ik49pcQL0wPpRwwdtkAYCpMO7PrxTpAv12wnr37pNzYf/gkjamR8&#10;EOyweOWTg9voyR5/4okv0BU9GR4dv/H9d4azGWFsq6WSrqxQKxq8DNqAK1MhxjyjMAQj+qSY35ov&#10;4bkB21+MsCF63epHWwOz2896LVi3JHT7l2VO+izrUUD/AaXSGAMmreYACSDHKCsBw+LgxZd3mJET&#10;pyVZRvMsOJwWryO3CAHKGMm+P9x95eTSVuPjH31kvXjnrdHR+oM/Mdi4+Nn/4r//wR/888PXX5pc&#10;PcJBVdC0JRqmajiaX9hEem58El/4+b/xd773xRf/2T/+tYPlbHs7eWGntdaJhVebd9uwCYkK4yyp&#10;ifajzIVSNzfzyeLm/hLk6Hknngy2R1qiQfA+uXKYfswRimYIsCHPgEbccyFHKla3OSafIefeSFxA&#10;7tGktsbd4QSdKesUKygQUro96HIq4wQULDliRd2dkpMfDvpdyT3BKYTLD4rkUmCTGEmboykEuiis&#10;qQABx77b62EsnmxFFJCHHCbjgcEXcVfHgG4WS7ff0c01FDJwaW1dYcloXRasPZUSnht+I2oa2F3i&#10;RyDolSOxsGcjuhDxdBYbMyWNJ4gTNHqmrD2mVRVwzcV4MsLfocXlgxuSYL+czzPYm5MrjhCNFkNM&#10;+LNk/jgGPv5JLfE6sudkRI9U7JtLAfrEabco3/vWl2fphN5v8IzJ8DQBLJCpY4CHOrS6D+pwMgJK&#10;i8L0OB6nAIH8JGBeqti8+GTgzUut27+WCVzp9Rv3z7OqQppLW2jIYVCYyoCQW6iL23Ue+do4MpIr&#10;F5TFBoQ3KBYXoR1milew9gehO5DKleHTnSF75g6akrIgppDwSZEtZCdfCb1Wpq9ukFqqWtdcnX5i&#10;TSjJbETNvcOKT+KwMLoV+5oqHZB/1Kt8PlOzIQlsLqK16nR6mkCCGn2m1yrS1zgQVNXaXRegIB2r&#10;KBR4kchth1c8oK/ZYkrPtrSMJXt9ucwAp8ZEwoAQoaWDObth2yedEBlMgRj5hPQLxbgPUhNUOBnj&#10;V0EzZm5Qk9paPV+WQmwu4Ve0APmXHTcLHXBwigAhq0pAJKc0huM+n0u0VFkJ14MJqcRRvpSjDezZ&#10;0iYTaUn2lsmy3AT0Jg05v+h8r5hrmkmcgd1PeGVw7KGboUY1IxDJfaMpmBf4SgVsansNep5LrjgV&#10;7aALN+nWGooniyaBGlJZaOanYxgxRsH4+Hh4EGY7vYtNpmFwF8EWg+bSNISZlJCifG3vuEmPlvYS&#10;LBCkM7Xj3tbWoLNRho1typWJ10a0tSf3STCCAnaw82IG9wI9ycLFkkaJaQnnMGBouNx9DB912UX5&#10;6CCwPCIhhUhDzvA62vvhGJ0v8yiDOTPRQD4WRtYaEQBL1xO0SLHPxHezbY7pIo+VisveVExhimFK&#10;gtl7yKwoRCuhZ17msCpjM0nGGvbhfmdaQGDZnKVlxzR1AzHA49vTye2T0cmbiIhrntne3dq51Gq0&#10;et3BYLDW7bT6mCd2WDxQBgJOwZKmSGq6EJ0eCWuUj4oNMSWqOFZK6po5oeSMFflqGgZ7FwebkLbe&#10;fv/N2fHZyfRoEq/lcXH15tHrb1/7+OOXzm3AfH4JZxN4Vk+G+69895tnLv6HeGQggEb3CbXPu9eu&#10;r7WTk71pkC0GjXNzaF3L9mR4OCe+W0yK0QILPEzOdnE8NsBVx12JSSZYqLJlxNsElxgJBcISKFhT&#10;MGsKXP+gIZ78RLpJ2KGke07PS9EQZmnM6Ha21gVdKaaEJSfHKgWdOA2s0oHOJ4CTzHQ8BO8ZL3D1&#10;/X38nowxT+WjG9sZjjCyDghv4CqByjSdLvBA8TlqtETeqdg8oLKA6msxh4wArOZmM754YRdnNVZC&#10;omz6BPjlyIgIjg6P+/0eaMzdbudkMo55jBZCRiIY02v13ru1Nxqf5Mv+/et4wzBy/BbHcqlMBnRZ&#10;Onuh/tqm7QGM68xUlcCrVXgvWyapQ3W9p1V39J9+JKjvsFeuFJvObt85mDGOG8bCfj626leqAe09&#10;NZl1xpBtFVS5slG8I5XV7/E1CHZlRWWcd15Rb3eNt09TtvKvT2ur19WqbuPvPBaVqv9eVZHv3PEm&#10;YnZTmuqN2cQdtRos+06tEkF7SrglEYVyD0MLnmvWVNSVicE46qKAfEfJc8PZw/qfhwntfuCZ2G6t&#10;QYXWaAfasaslObUIauph3+wHd0iTXWN7WmftxpdBWcvfUasBup9pnkJN5C6HldzWZgopbyVu1aI+&#10;ytl3B97tzDiv5RqJa/XNtWQJ9aODsvC/hP2ExaXqqLc3ShP92r1Ic3dG8ppTf3Unu1m7nphYZxy7&#10;4kECzK2f6B2QTDWmZllOaM3YLtflJjjvYG97JbXK/8femz3Lkpz3YZlZ1Xv3We+5y8ydfQaDwQAD&#10;EARALAIpkpJokbQUQZn0EnTIQcnmiyP0wic/OML+BxxhRVB0UHaQD5T8INGSgw6RBAmRAgGQBIEB&#10;gRkMMMCs987dz9p7V1Wmf9/3ZVZl9Tl3GZADR1iVcTE4W3fXklWV3/fb4DMBsiW8IkBWSuzDjz7y&#10;Ne9+ZUNSsFbeSd/JHpqSoxZCGSX/kzolZd4So+Yttu2RpgYTC9xjl7d+9GMXRxvonoDgAvNF0Lom&#10;lKNHDh80LXNeuADzEfHgKmfzSkogQ9S5uvrO/gkkm67gQDmD/Ld+r0NrOObbWBHjO+rk412QskXg&#10;QGf7wtMvPPeZv4snm8vmnFuYUJQ8IwkkUfKiRFpeCGy1kjlBZQC8N7m9hmC6hIpa9u0lGRLM9Acb&#10;29Pbc5kuCYloWdAL+jPYq8AlB5tYZ6G1X0ymprM93X8dVGwy3Hf6yusvTW5d7W6dI4UV7ChXq/lk&#10;nFOqZOvpp5/BXv/lN7576+YtCl8lKqfYfloj/SGev8JQNKIiZuCxQ8GCsEAkJgFEtlQikPUXnlDq&#10;2sLezmav3iaOWb+j9zba54bpzlZ3NCAauDYMqBQ5WZsQ9UoNO93xYjbAyqJDBoW21Wv3OzmzFfD8&#10;28ncEw+jj0sgzP7B5M07i9duz772O18/tzF8/rFz59+8+cyP/CTMTZ798V84fu6jr/zb37Dj45Np&#10;duf2Yh+K8UEHousnHn3s7/+D//bqt779f/yzXwX16aOX+hdHOOGEG+IuRJIwEh4RCIP7EJYWy9ki&#10;n2QTRCet3MEYJaU+BMQ8ulh0h222CZEcWrTqsL5N2ZYJWjAf2IP4x80RaSFwxgmXbcEyOs/9DcBf&#10;6Kx2kLsp0o0sV3pyyybLGjpsjmm8Ri6EjP1YO4SSUsaycDyk54dS0zK8llC+uYBvWJqv1JRIyyAz&#10;oM0wGAzx/nD4hBk3Djs0VDRZ0hT4ADFvUF5Sq5602Qk3IgAhe7SOWJpcB/M1go+ZQPWVE0FgRaZZ&#10;0m2lcgc3dHr0GLJVQx4XVbSUgCIm8+ATI824t7kxwuHodvoE6lL9CZ52KkYUIH1Q/wj7jo8mq30w&#10;5Rd4B6xdC3b+UkFv5AgtpzYFPiiDBQmI/UVy843v0ErFMHjjyGQJ77xcZSkxNArRlhRc32JfKGPa&#10;5zMpKuMZAwXagNfQYW8lyjuMBt4Y3W7eQ1abpyHzc1lou548JLQaH2rnwzdDCz9YSmkmQjNv1nIP&#10;0Yj1vaCKykVp6qF1zUm6utTpWlcSzbxdf1XQ+ru/9YFJrCMhzyoldvcr9kAOrd3qgesqMZoKUbhc&#10;8VodetJW0jydDQxmIfEZlXjdGmkv2I5OyjV5ZMo1Y0rbRVl7ycM1MQGI5n+yKmR/JSl5E6c8iSKR&#10;JxNpcCTzkJY2bNZK7vjgQmTktAYyREF+R8TIwe3KIeEGWkWUJvxb4nYSkSOnBgP50hNygSYUeclx&#10;RQXyChp2uJdq+CShsUM53uBddMyc1MIU9MGmbkRMZfqzCsA096TF4aswqCxxAyys128RrVQrn7lE&#10;Tzr496yIU836K9zEergjo12d0v4A7aOOKETrhplLjviZaBallF1Ps3+2mOMht3TI6MUzAquu9hGR&#10;z7HanxHiSAlHCOFB6ZJcP54eoNyEmBL3CrhNI20gwe3OjDYtYulWIBIlaO0t8AkI61vgBo5qExfT&#10;HJV/OoAsdXtzt7+FIKesaOXs9TuhVlMxarkhikrE8KLCcQvcmROKJ9AnR8DBKWGBRAq4I3XJop56&#10;CPA8ojUJ5XjgVQmFABFoR1bNBSfoQeoJjjf4q9Az5HoinRo0MpKclxCkNyFeLkd99xIii+AEzACp&#10;wl0K/UNHCK9hZbcjsA8ia2QXG2iFjrEzSXtr93FQpMHHuolCampGdBNaTRez/TuHByfHqxXEs4ON&#10;za2HH37kKXhLdpGQiJicXUjCN0dDMhQgk39MhilJeo2QTTWCZoFnbmxsoEeJ2/JqmmOGoAVNy+V2&#10;itWGCSvsDEfY2QlcG5fLnZ2d7Uvv2z4Pj8jVYGMXRWlvY/fCNlIR3DfvnGASfes7rz95cYiE4Wef&#10;fmS1NIvbt25NkUOQHb9zYz5b7G5+QFPPFFT53b1+fzmd9PRo7/w58Nm+/SY6HPjc4eHB/HZxACQK&#10;fmog+GPyTu2NN65PHnno0sZGr2fTjf4A1xJdBIrWXZr8ul2XJAoZcQnAsmF3NEPsd76HES9+SaCM&#10;4STSlpvOjonRAkdr3EvwNrmBfdXbr1+7fvUGeNw4gjg9HcqsohcsVT6EEL7bu3r7EM+LHoW1qE30&#10;1DW6SNRsJXUbJC2TGU4uGXfhhGd83aDRyWIBdBPIYrPbxqWNeGoIjgbDoWMCKtpUG13Kp4CtxtYW&#10;nlPm5p3DxfJodzi4fA5hEtl7d/+nytYrRaJaU7Enrw+dwTb34xSYYOwkYJOOF+XlijwAgfrsauAs&#10;NNaEGHNVueSUGUPKnUqsWXffdbHJbVQNeTzNutC/LAnJ1Yv0Wu9VlSLM0gfLe/JbV4qNdUlCcmVm&#10;QA3bjqy8ajKaKrTXux66WFIaP1w8I7es0FnEy8Z3RhYkVsUMXRfKZjaHUOSC3qJbIUXVgDUgsjTq&#10;8SXkM0oUEjrNlF0KJhocYTA5NYvRQZGjRz+jeMYHLChek5sapF/paSuQ0CshoyNb9oFVVNhXCmbt&#10;SlPmcLwYyhYKoWDgkcApbmO4CJePvbxC7ySC80OH4ixX5FL97SpvcaPFJs+T4UP572lqZSmtvdY9&#10;bmqsEQxqVAevya4WRtW2RvR7zsIMx8SI/5hwAcjjQLHvvRxBKtK8DMDqsFl+9SEJzpy7asWWA+rD&#10;p59+WuNeM6VcHFpk2JJMVx3JaEuCbUtRWFU1+IXuIIopzpCgu8XDFzZ+6H07j16kgAl6Zib0ycTI&#10;ITxKM62Yol3EWZBQIFLFO+Cx8OmZnEyOp8vxyYT+nnyskt5o1GY7Kjz4HTN5UmZ74jGmObkPH7xI&#10;Rxee/+EnX/g0wnZRsEFuYtkFxBaekyC0HxNwMx8wYCT6ORHiGSmwNKfjUlXZ1iuKZiS6l9IPPfvB&#10;G0RNoxAt7Mq5LpDjbApDZNjs5tnt2+0hPC6U63ZH5y48evXK65c++lO3r7ymZ3cQovvVf/Prn/iv&#10;fgUlslrOV2Q8BKS3feU73/7c7/zbzX7vaDxuDfsoRckWmNKynXAzaMey3HkaJO1yyqbqQBfbdKrp&#10;6OEQtogPnLRYXofndsFTMCVPugTbc22hr8FK5c7c6Bk51HXcJvw2wY9pqUEHa0YyCUY3B9c81iB6&#10;MOqidCdOLUwrMng4d8iQy25t4Lyayxc2nl/l4/nyYJrdPlqMT8Ynb5x88ztvvO8DH3jk2RcuXLr8&#10;9M/+0rWv/Xv19ncWxXEXXWxbXHr68Rf+1i9c+e6VP/k3/+LxbdjStPdG4BlQ0xz+mdR/IQoznRQc&#10;Qzz65uP5+CjLpuS+iefwYthbbp+fpn3iOivLQeHYUwYYmVoi5InMSrwOfZ+RVItoyTxb5kQZwCxK&#10;U2GImOA+KLdRTDcSirD5NVhYvj5g8IMcpEjshwc5Ggs0Z9HfKLiIFOaJZRFDwlEi3KbhmwblexIn&#10;/9b89p3b+6PRcGd7s0eu00j1WBpWNGG6UL4uC1MIQF5mkOy2KAsl5ZaaEX4vQSbArF3OEC7xT4E6&#10;S5WLM+u4te/YLkVUKIZd4nDgVoS6kGkZX5LU1cAaA2R3QCNsEUo8BYKm05QhNqp6xOlxCXIaXSMk&#10;GsMqhAKq5V6DhSwQYwRFQHK/pNLUEkTVmdrinVdeuXH1u2IdzDQ3uomgE4RZTIoEHwIlHr5QTZIO&#10;M+0CWmszJ4JYn4OtvdFo25tNx81br2lxKlpG/LXzmv17G7lxW86s8WGzhEJy+g3noDvnXer9s0rX&#10;TD3Y6sv5ljxlX6moE+9Ks075oS1lIyVS612u2V+mtMG30mXgeztW7EyEduLPnOhgfinmU9wi8AR8&#10;UoQTqmvC8k1XwiwikROl2bIK1puvERpvhD7NNk6J9ms9x9mlvHf8pThDldnBcmKFucy3U2kVCVqu&#10;OQpbq5IJJE9VK6q8JBEtkPI5D9RyJwtEYvQCUuRM8oTkmYhhw6WrEYE+WbBpMaYlO4NmHPdM1zUz&#10;w8mIhz+ISBZEmEC9B5wd85AYCkmw4YKMdrIspAPGKbcUK4fyJ+HoPyrWk3TQTidMf8Dr6bdM6SdC&#10;LS4qJ55qSig9hmJ/RdRAwQR4gvTIQJfuOAQjt1IBerCzPdzx2OIBaCWxbeiBomZUhVigxmROr3st&#10;ijWAR9DsaLEcA/VbrU6KfAQ9AtytoMDvJB1UCIxFjJfkxjilnF0IIsH2zTv0kB12W1OoN3EDKEw+&#10;g8Kj1Xn8qacOcvg2AdKDv8MUIlegwLjjaKhwx4sJpNMLusWQmIN8pKkRiWC6Q5gtJ3RHwyOpbzrT&#10;FdQNgEQBO5AIGrXpSlyjCUikk03CIHq4o7jChi0oAh38DkbKhKdHnpoUC0uLEtZ5Uga8yvn2gmAc&#10;kmVgNuKYgTuqxitEpLbgDN3b7CMyD4qotu4eIKcNTynyD4PB/vT20fGbqDdNb9jb29l65vHLoL+M&#10;toeodMlPBKUZZNTtPghbLI8ooKGheQTKFZqDx9RrYJ9kQOskf8U+UZpav9+nADxnZ8UJnXXog8aI&#10;AEAHe0bEsaI4f/Hi5taW2dzkydJCLd0repCc5qv51pPP9x79GFD+D8Al5OBq4f7iofPJ269d2+7t&#10;/bvf+r+7WQYTrUHS2QS3Mt0A1yXXGQKcJpNsE3aUo+RkgSJQTU4Wlze3xUxOpX1b9FH+o42zt7f9&#10;2q13TDa6tHGC8MFsf3pzcXylNcd7TdC8ce7OyYwdpmHqhfduPf7wuePjo/0DwPtIXU7gZQkOBHrf&#10;mLFPX77AzATiSjx87iEwnCg/6s78+HC2f/MAhwfSc5QAO5t94jEQ+E/Nmzmhu+5kMZ+uZqP+ELN9&#10;RrYqBbpIc6DEJF0pcPTQnep3CPIFDQDrNMXCckr77XXBJh+Dv0bZ1lAioPWQUiwd3TpsjyC41cHJ&#10;HMcWCQf7x8eDTnd7tInDyhRrbkf/QMY6VBsEuJX+MhKf6ioTVZfqVrUWc76enXtvaE3XpZQucg1y&#10;IQ/erUO67h7v5YLrjzwrrC4DcvWpXY7TCEJWvBj3RI8yp2PPaTHfivSh3BN1xpTQWGXbezpzV1Xk&#10;Z3fGtgfdTKhEbCURDUzphO1JXPkQZfk4o0I6MJaYfUMEdVqB0ForW4XERs7mSFKBzmjhRYk8djwB&#10;FkhmAZrDiZz1yCkvyYrKR9taHUr/GlJe1aW+cV7hiHWpdZlwoFVEAWeWJT/RhGvgXCTAljq5NNP0&#10;YTqBN1UZb7s6An1qptwvKWqN/xZKel2lcMXhvWX+1AOx6uz9RWrszuZUPQpMV1p0r72VRqREYxp/&#10;sHkdxIgsryeFXyfsaTxyYIY5Hm9ubO5dfvj6q69z2hVjBlaszCPwIAAfnNgjsIRvY5hguWWZqUYk&#10;09xs73Z/8sMXH7vQg089t7qTnAMn2Oy+xZxiuAi2GCj2ht4FSQlJtbCCseTB4eHRhA2wCGjsjwbo&#10;IuPOCzUDeymT5xD2bUHZCzTtKbox6T30gY89/aM/rYsUbNH5yZRdtsl6RkhnxoiSjeZTWM95k+tE&#10;QiHxni2CGkuSBahTc9pD8mKeHN+5ee3qR3/kxw+e//i//63/bQW/Y9KZUDwgwa2UTJ1fuX34qNmA&#10;VAVlB342vva9Tn7pYz/6M9eOTq58/UuvvfrShw9vtrbPL+B6BCfbm7d++zd+86Vvv7QAwy0F9Q6h&#10;c+RmhFpQJ14/uMBKCg8P5iIXRMCj1nPKes4BZ8CTuJ7EaYr7WeCSk0slVq3d1DCNjJYHYHKQK3Uh&#10;/rDwh0D0UfsYFRbJF8jDFEvHjX77/MbGpc10q6MY2WHQBhbEzKGHI9OS6UyQp64mk/4gHW20Lijz&#10;XJZeu3ETPELcKw6OXv7q73/jzZvqwx//5DMf+eHL7//41utfX/7lSxM9+NBP/eIrX/7KW69+Lc0P&#10;Eb/Q28IapdXvcYAG2wizW5POeYYuTvLVYT6dEiZzDDXYxUt28zwFdfJlRmrYoJ9P2DeKql9U6ThW&#10;Mwpkdizvk78BReDO/gHVhGxqlpLMybJVko9alRiVOSVZEUOY4X8y59OULuHI3hnOU5QiSAEhlNqT&#10;SI6QuJjT1SS2YiRHp4UaeaIL+Jxwx10uOLhVI8wJ79MlZS+8yFtGB9dDrH6RKM/qenjE5qTwzpD3&#10;KIZxDCTTrRltfuwaO8rSy6gwJlS/2++P8GnT6RSNTEpiTKkG5Rs5uywUOeOu7HxuuIWjsS7JsS7K&#10;SFVGq5EVnztellJgpyglkiQtIwljx4LZhFaBlELM3u8cG2Egj3/xX/0m8k4o5J6efXQ7As5GnqNS&#10;tRpWmrFWARfabLrsw12s20NVRcEAcA5bLfa2z+FsRUCuqbrS8n3i3rN6l1FNMS7g8xLEr3RNaTFt&#10;8m4etMui4/VBwXw3LURmyAQBggOBUIryDjcWTtPxRCDnI9+0b1X6VimbGvt1DFeqLuT1+ngm62lj&#10;+CJx3kNZzLKU9WmFojLXZTuW4xk8uhqnYWihHfOccGyEFGS4/uGtwzNWGMoFp2Rxf9eG5iZ3u7VP&#10;8CXCbqrLBRRna9FloZngUyNni8uiMyEFwJuJS5NUtEw53wJQc7n8DgVqgasPaEuvNrpt9GhQ4mEm&#10;tfhEoWOzIl4GHfRRhwk8RC/CMptUgkSLpch0wotQQTHPGe4PqksBoWlOxnAcjuPbDFSWF2zyxD0m&#10;olbj2xkuh4R2rk3h2IqNHXCuMjZapgNIIZl0HcFtJ+mQeJK0FXPqZOVyfyCaHLXSLD6fEpMItabL&#10;A5pdxPag5AKo1gXfhgx09fXx9ATJLAs0iBTqbdwRcDXvJd2HCTzmVHBYRrDdrbG8DiPnBVho9OF0&#10;eGGrP2rpIdDLrLfU6VGW97vYdAf34+HmLszAdjvAeyfoutrp7TFoVpZo3y2i6dGaD7fSdqtXkNEu&#10;CBYtAOOaHhNJT5PNPxSOyACCMwAwc2Rtg1U8nc5TYqQSVR69RQC+zFMlGQ52CcxdoPGLuW13WyRL&#10;gU8wIqYgkCkIyCfyCK4QNlsj1zAyCDD4L559eLSj+oJ0bGdjK19kx6jqtTouugiQH7STo/nJ27eu&#10;Z2+is9kCar338LNbl/oou9FI3+sP9s5tpogQ6mJDOxk5z6+oToKJ9BxH1xyeTImjn0zQVMedmZYi&#10;3NkE1I8CGMcZFF3QocEem86JmdPvdY+OjheUuA6yLpYr9iIF7CH0rj87PsLk09RRMbdPpg/vPGzz&#10;O99+4/oL73/hyv6t7e29o++9Nr19q7c8fhr5E0eQX+3Nbt6GBzTphUhsrtG0oQaBQ5Mzf/P2CaSt&#10;sHrCumOIaGCj9kDVJgd/tFdaG/0hpYFOj9V0crB/vJFsQGJ4qXdu7lYpqFM7SM9azWbFaGd4Mluu&#10;hgD/YfTFNBvM77x9aee55SjDHqHCp2Rhek6S/cTkYLY1Aud8rJPOrXegVB+/+vI3DvdX6CkYkguQ&#10;Qz/W/Sh2J8vlhb1zJ7PZ4QmeX2SeTho1MXWEVBiBVpsbIPLMxuOCSFBuDjdHXqtu9LqHsymcI9A8&#10;Gg4GcDa5detg2ScbICwhiB+UpGwzgOtCUSoyOiyIHVDq6GRCFiqJBgAwaC+6lMRbbG1tUqP2PR4u&#10;hOFERkpRnqmr3HIDf1arGN+rioF7lRD6lJRFnUX/dPqu1axbt7lyd1XuBq9mVylznYoiXdeL83rJ&#10;4taCk4JLEvMN49BoKflc9be1Mnd9h3UZDBsObGmIFMfUOJ/UY4KPU9nnleeuKf3FXAj7cZ5ZzYa7&#10;ZOmcsCc850NwKoC4KrWp/ZkwaMHmYKQpgawBCAHFF3H0KinkURjTTd7mKhhXBxmzf1wKsljWYbqs&#10;QbUqG/RGzD78wbShmaBifNzpqvh3ns6pS2Z4GZ7jXH06OHdmgRk4XMFbpOxglK0FWwHmd2uWhBCK&#10;tSTcWrV85ryTi+BBatp7l7tyPfFCQ9ZWsa+0U5UEnPYvZRkx08tMEqQBTswivO2KBL6BcQUKO8xj&#10;5vPHn3r86ndeM97f0mPuNuAM5e7JMkssLX2WkniTEJrMGSI6vXR++NSlrReeGMGTGbgYlvCAHjUZ&#10;EtEGFX4N5lDXOfIBokVeSyjKwJfmy6PDYzz18fzjrG90KzvDPiSuyEFYcmmhC7Y4Krjxgik3YTLz&#10;1uMfffT5T4x2L02Olxq2F2wwar3VnhWStxPgDjCh4wQ95umxi7WRDBqs4wsWdgu/BU84PBdvvvYq&#10;KLqDLVCldvq9/sH1K3habl66fOPtN1Bd4NHKeb9INcyBtdOCS1OONbKJyNKx19of3/nzz/3O1sWn&#10;ejuPXB8vX/7C7z362Z8+fuutP/rc77349b9Em3nO6zYixeE23+kBLMYx7pDwkjadMpZY1YnaYkl+&#10;vJTVC3fJJ5+4vHv+3IXzcL7Y3d1G17j19pUbf/IHnxvfOaA9oFRkKs84UZsvfixlqHfPTo+c30tX&#10;vuNMAgWPZJC63ZWJu3JSMFQMBdnhRifd7LcGPbMx6vR7ZDWKxyEYXDj8UN1QdgT68nYJqxgYqeID&#10;sNx438NQJx/eeOULb73y5WSwB++X8ZxCK//1b/zapZHtODJNTjfbA/hgwXHLp4gmnOdEZsE444uj&#10;5WyfskPmrXR6bgfYX9LpGTJPaqX816k3lQ3UGWZ1UnYF2gFtkLGpXScaBvQK+GxqDmLBSg6cw7Y3&#10;DoiisQnVzGhByrobwyY07PqNxSQpUHnOy/twuYAjIA8Tlj2J/R0X1KJMZNs5ormzOzTZmJHJK63m&#10;MySqUESEeJwTNER2L1Qkz1kPy4b+BCWD4t1CfwGqYNoukpRzNdU28veWPHKs+G1AlkyLVPh+oZyE&#10;DzuIhCYd9HtgSYhi1Mr9jgO1iA3Cdg4S1U0x3XjHJQlrDanK/W1CU0xmZoS4qbQcQ3GS0q0uwezo&#10;dCK2EdOb6BjJtVe++dY736LpK20azJJceEDspgtgheAEcl4RDSq6RAl5aJFtkOZKAwX83iNPUEFA&#10;VbmnnBPayI8UbsPh7Vvv3VLHx/fxEfDKnapbH4hAdNMoIgVt2XvX4WbJObZGhLdUK7IjGRn0JkqH&#10;pMRab92IpVVAgP0DtXJedN4IxKfnapYmsYu1Dqh3WHiZoAvKvclDHOAu+YUsNQkhkkWZu278b5Up&#10;Y+Od+DN7j2mrg9RGkAzLpU0gYBMyzE3+0s8Kv+Y4LSPSI8ElmLESSnXN8Yr8KBNchHE+y/YEJ9aO&#10;mJU/6KHSXBLLGdEQc0xu2o0BFXW4v1PgHIkViYhAsUTMuiiYTo2qgogw0IOSMQR+m5OUt78B2Skp&#10;hKbSU0DZKFkRXHBS/W/IhBmGf4RcZvn+CbpWyLtLhVPeIZob2ZzQbZBhBazwAXm2yN6QGJ9oAaFe&#10;Juc/R4rplKg31FAgF3PyK/L3DKp22ACOhPFtdEvtN66+bbKDXVSXCrvc2mrrHs5E7jrM654DLyV9&#10;MS5VnHsc1xa87FswXNre2ju3mw6GeEIiYn4+2R8SHWV+YtPB3t6GgfIWfST07Ox0OdMnKM2udpGZ&#10;RxiGZdN+8PdwlwfBBqkbaLKpjUF3pbqjboGwXtL16mR3hFAcy2ZcOIT01D2BDTEh48SsQnljWYdr&#10;JNqTgg/hAUNJcrg/dJmagMfPmMBj7KbOeMKgFwnsfqE4z4FYEBo+RTMYVaOcApEnzw8y0MAMjKOI&#10;m9xOJtffuX1zv4OQgN6o3dt+6n2P4ThsjLYxE1GdIkw8Qdt0OKSwdpVMZ4C6aSogeYeieky6AkkH&#10;opXpGDk3+IglPRJSmlWzA2wWK5bMzvZWhyz0UR3P9o8O+t0h/OSXIEw7s7cJIrTqUZ8yPSGMNyE+&#10;gEkhPur1hwe3r4MH/dL3vjBD2EFr+Af7Vx8frRCvMIHhVz40bUjFoR9f9FFWtrqdYXphZwMHE5Up&#10;5hJaF2RJrUAJ7nJIU07KVSyVEBxYoCszhIFTMcluHt4seLljmCOHmyO0RoOumZ9QVwZJQpo02eQk&#10;srfRdcFBCQ/3MTZptrTZAo2YdnuQ9tIWJy+2+NHW7QwWE1xR7a3NzfGd41f2j+Dkdq47wKMNW0X8&#10;I+U2tzau7d8Bf23/zpGi7Kg2e23SAwgnYzBA/GL7jau34MUClB3Hn9dj0GxjhlCWNKQITzx6+e07&#10;t2dIsKA7uOltbUos9YKuFwrWgBULDt0BMO78kND0tAXtD/6bsytbFwS0LsVUwqB4jMznw+Mffm+9&#10;mqs+o7/zUu+sqCoAZkva9QDUqojT65Evd2F4Plh4QFnj1erPOEP0LPEkN2ejHODoz6TycvzMZbcb&#10;Bu5PodulLbDPbVER2TiIjIkGyRRELxcNGKYHHstatiRNO107LpLbt8bBVUY2PcIf/QLN8KPHhg1I&#10;mYIuHyaiHE4YYo4r1Wmcpc7sei2pBKw9wRIE3A3FDUdObLVST+L5YSUMxNk5GYq6LvmNZ5BHklst&#10;TPJUIf0M9BfF95QWOszhSkwZ21rZYLuQ3aorWrgOXXwjUmQXApqD/aPvPVSaValBgrWH9maTdWw/&#10;0MVDK6YiRWv2JysJ6axn0rUZodVZ7Yg4JEKbch7pkoh/Si+uK3Cw3CLn6mdW34eJcN/St4zt0p4m&#10;WJH1ZXvItFbyoHSwIjeeE+uCDV3FR4YZVzqbXnzkYceKO0ki8QEY1aUXEzv8H5RCeGHEtUwbJe6n&#10;n7/4/kvdCRJHU1oUUFgC5bPgLkquhxQngCYuAZVt6vOxoTUxeKGbRXzrZH7nzhF8oYSDj7Zzl1L5&#10;0EWm5FJDJGK2pCKvW2rQ4vmg4LbzyFOXnv30aPMcthf918KGhbsACsYEqUZKBprsBkVhL8JkTiiO&#10;xVt/sZ4bd3zcb3Fzh4MtzvKXf/93z13au/jEMwc3rr595c3RxhAD3XEwMG+aq+jcX3z06UeeehqF&#10;8csvvQzNMDJ5yJxzOdnY3h6Pj01vD7y4bqf99vV3ENRTdHb/4itfeenVG1/9+ldyAl1pKY/6xnJU&#10;KbsBaSTN2MA5x+HCsx8HeHcLtk6d933wAy984pMvfOSjfTzistvZ8hYuUlDgrNvHubh47qFnnv+V&#10;f/nr/+zwnXcAMjMWSgcAR49WMNAZAyeB6LRt2HKdjjpaySh8OMJGskuo7bwgTm4CrPlkYd+erKhc&#10;Xh13yKdE74zao0H3/HaP3B/JBnxlYNmPrBz4aiCakeqmZAePYEXY/DS78ebN5cncDba6zzyx23b5&#10;yRFNuz5stNiNiXaQGvyOYoA7rWw+Hb9zPD0p4N6xj67w1kUKziEjoKJcljPkiaqQakWaIQmoax1g&#10;AwQP0FkthFmUMt7C5urF+b1zs/kCPk/UsGf1ObvduFJ/TxmXfANPvI8tXUrohWNJR6s1wp8DCVWT&#10;u0xZ4rDYvBD324w9EERIINcVej308YLi+WRrzZ4cjoATyuBSLGJXS3rA57Lx+Fx8Bf4XXdp09VCZ&#10;kHM6J/J3sZh0lhM8WK5QiCedYps333QkyzCCg9mckC29HJtOk+w5YUstGKLi0mImP5W2nOJLmTps&#10;EsH1lS1zAR0bt0rFa8VohuidFPTSMcBTyA04e+trfw47oUR8hKSfikOKfor12YFo0lP5t0B0Bw41&#10;osIsLSThpLWgeCfO83GXHn1W3O0VC4zpkWwpk0YTCzqDlI5ivd47VrN4ZXFuShyyJz934kZJBVLC&#10;lVUpqvKApw4UZ5peJHHmy4mrRrZJT1zoUobMnsqvWbwTbHC2qvrdPvzXI7mhx2tZc0GllybVHTx9&#10;JRLDqagA939LV1mwl6S7Hc5CkkojRCp7Xjqk2js4a++16ZdvRr73JDUuTg3zrEy54KN3lQwkDx2L&#10;iwU/r0siXCkz9kEYJT5MBXWmhYPG/ApME7Q1yLyfE/TuHGFRDtuqojdMwaSECdugC5wSfMgc+s9N&#10;1KJGweGH1OyFHoL50uKOPmP1BUkY2NuK254oQOEej94kFPszqBgonccJq4HiuPN8E6AWPXNg30Y0&#10;Ck32V6BC0Pq2xeZjuORwDaFzK5cGS53J4gmm/Dk9QqheJqgTNQyQZceXIMo5EIthc1WoBacg4wSg&#10;W7bMkazW7WX6oY1eZ2W22q5vdsnen56DGW4QS+IMIy1JLreUEMsk3b6wM9zZG2yOqM6Ho5OjSh5O&#10;xeTQtTo61zEztbqzDyZJutfrzk7AjZ0lBKu2mYR0gPhUNAQOJ0Uv1eheEuMbNwW8O8z+26OtTp+u&#10;cqDmpDqG8AHWWfiIFNSshQPjeYnOZovCBUFlSlmiT8U3loNwlAIbAAnJOJQd8v9h1y6ej6gs4SaV&#10;k3CXlClTa8YQczJxcEVtr5ysGjutwgzhY7w/yxZjN2gPgUuPj4/hdYDnAnLw+tvPPXt5KEHhq2w1&#10;6vdRpIG7u7G52R/2JosZSyjogYl0NIJ0Uu7r46jgQLYpS4Zq2p29JTHAycuMQMrUbO1cAm0eBv4H&#10;+9O03T2Z4DMP96A8GW1ubw5prUAdREhukZjo7szchd3BBnyxKeTZDXa2im+/9hdf+9bFC4MXv3Ed&#10;ePHB/mQDSb3d3ms2HXU2FViTLZIiD40ZDc9tb/SwUL56eHQwQ2thQc88sgvBvELAVQIwGQUx/nN8&#10;jEXTst/v4mBm82NKE0zYxZrl7OjGX9rZOYCd8RhsIZxRhfQUaL40d2HwsOsP+sQrYLdU2LMh0VnB&#10;gL/gfgO6DPDsTCBH2kELdUHy2YXi6nd8fGSDvdJCrwDJ4qDfPjzBOXYgafc3F50lOYNS1Z3A9Gt7&#10;a4SlDgwXl9Nsslqk/Y0eIFwyHlPLgk779hYSmxzq3uPx7Or+MQoI5OcJoZb0SgbuiXkPSus+PLlX&#10;33v7GhRN0CMjjZqcvlGcs20VohPxEmjWZzkp9lrtHu4DWF6+x/iuDQilCpQeVf0kRJJ71wwXO+nr&#10;2N72bGKoUu+qDHYRlhsyAjx1NazK3X1LCB15LZdeScwENnFtL4+jsrMrf2ZdzcY2TsAhXRItHYWm&#10;WSblae9hKX4TupK46lMsbt9gja2cY96qi/Jh+S9Z8ShlnydPa12D3P2CX5mwMwFc1ZJ9jaKDlYws&#10;F6Jy11auyhmz4bAO6pMfJ54KCad/IV8O5UXBSX7c+SXLW9hukm+KkecwBU8k/kHtz4YNkTxORQpb&#10;pSsz7NKnQwdPSiNWYi4gDmLWo6sGhFOVsUhcRrqqXvUCq7JgNVz4+Pa9crVAoJD8HCKz7soPEJK+&#10;yKSNqzltlRNFmhnRqahJyddL3VKEdX/as6qHBZ+K3hJJdChSAXMhAY+VIOiXlkbq4qzpLUUVuxHz&#10;F3k+6Pcfe/KJzQt7h9duSa8uJky4CtKoyY+d79jTgm80HH7w8b0PP9YbdMmbuathcbmEbskwLZbS&#10;TrMF+S3hnkoySEd+jmSUzSo+mkr5ndsH8K7FTrTIfzCBPRUclix1VVYcvI0GSy5LAFrxYTkAWuRD&#10;T2w+/oHu7iMoHmHNSKtqYsU5FXontESl4kLccDMkQORAwoCXcllDD+fUlFgK0DVkQQjBDw+8Sb78&#10;8h/8waOPP647/TvXr/Q3tpCgCjD8NiDo6Wxn78JHN7Z3zp8/d/Fyu91De/iJR5/Em8IMd7S7ncCj&#10;d3NvfvN6+2/+zNvf+ebta9d7G11+qh4eHx4ff/cqMyVkgUxSJk5AkIJcUg1h7QNcl5qgjzx84fEn&#10;H3/muec/9OwHhkO4Q0/U8hsQeaGFi1UImTMSlkJewjo9vjBc/eI/+sf/8v/81y9/9UUYkKADvtnv&#10;DODdRW0qpC9RrCKKnozlZpjIPWIKIQOHJVWQ/hKq0SN/jmzFoloALUTzg/oJa2dk3b5+khksQ98a&#10;4xV9sLDaBo1YZB1hLvXYNAkHGs7EOJtY42NVemmQ7PbV3kOjVPJZ0KduSeONgLu0xV0yTTKyg+sH&#10;4/0lHMZWG6Pj7mbW6qO0xIpFU6Cl41nriEPAFWu4zOms4eaLpggEspgooozFZYCjh/POkSQKpDVM&#10;aDCpqOBc5TLrdWKiYHesoQtI+wZtubGSEpL530TZLbjVFZJ5XagINDcWLec5E0httXebK5gZixJ8&#10;Dq81vulQeWvYNhAFRlF45FAs9v3Nkpmz1CmB3xXZk2BBTco6KpgtrhiERQKznaN1QtG+VHOjH84w&#10;nJU7F6OrxFCgEpe8bRdkc46rjF2NsKrImDTb4tYXymlCn8CRJjp4m6BmPm42+OqH5xvtSMFNbh1s&#10;3kjwBhwAe5QS7Q1/NL+z/72X/4xI1KSF02KlyIRsLSIU0oe32LaIZjq8Y5NC/MAU99cIQ1cDBIVs&#10;nCN+NREtuPgiyKhQYhHd7RC43X7vdFxS6dl675StjenUqJo1Y5TfHnRWEmJEjxxcLX3dpW81dbHI&#10;Rdy7M2jflnZlnpw2yufCa2/z5wUndeKQNwWMFhHWtxw1iXrJLoHw0kLSibzGJRbvGh+VyzB24jyB&#10;ueUj5MWYhU5HIsQwiX2XNCbjjcR10FNVDX9PGpJfCw1aWD/WO8q7CsyWgOlUe08JyTg32nOteJvg&#10;pQw1h/DscVxgV2iJKUA9oIQu2zYtqJITrIKXKFbx5pgUdMpA3TUsGxZrLbp0uAG/YlCSrMoT8kA3&#10;THXG1YCU1yFZLWI2tpZHpE9G92C+yjqF8K0h9GD+E6EY5NiEe0IXMhdWe2FK5hwaljERjpJ4yeZw&#10;SbcCIstQeQnzwin53SIgZ354Mp/m7hYc+Ewy2uljj/F0mdr0JIczAoDr/PjWql104M04huCXmK4Q&#10;DFNxg0tuOOgPd3YH5y6B4eRISEtX1hSEZxBZUngdmRYRLvCs7BxPb9zev0O10GSGW+Vwa+vmYd7N&#10;FgxjYK+WuA+jcBsvFyyT3ShQ/pCTLpDOBPcWzFNL5X1GWD1xgnDSERSEMCFDgmWcnZZlNpAmEJuk&#10;IRDCuD4bJPDyD0pfpASZHulKksUCMCAtECnVFRRB5BirNvg56GXcQQR3Kxlt9nHNI2QK7VSUZfBW&#10;xgk6GI+73cHWYNO0enAmfvLJD2NHLTnMGxjdn9vdQUFIdxvrxvMZ2e6hm6gLVGsFpaCT/e8UkmPy&#10;IdOM4tIaYDSAT2YrEYY95YAjMuAE0wGd45e+/U10SonqhTC8ngLYuTVIEWe3tTV0WRd9TrLSsKvu&#10;aKOjwEVu7Z7f7e9dhLy3OHnnS//P7708H6rZzVFnuDhabSg0uBdbuyNyxUGGMvn/jYed1mMUY9Se&#10;jGdghbx542ABijY8k3MuuYkMD8/Q4oeeffrV199S6AoQv94lLEGC5IPsOq3b6vU3+32oW3Ye2cHS&#10;ZzJZvnrteI5OfL5ImftyiFypjtnc6GDaIoNudYJCdKHpPqxFfIgLDxA9DsGzTzx6C0GBy+Xb126S&#10;XS0pLdrElcOHkkk2PZxbRNvJj6dT6NvTXq9gnjl1ADFn+C6G9doJkuoPMY8W5KAutcwyu02Xqd3a&#10;HOGC2d3cvH50TE9DHIpWhy5/uFhRV50eN7AUJU1Bu3t9f//G9VmHtUjk/0/UU/LpRMWewjQoKa7f&#10;ujMa9MWVgySa9AUaUsV7rd+NScJltqrWa7hWabejI9dZ931iufcFevUa0Pvu38JV7lCh2hTbWVOF&#10;pJ7pZHQ601dV7GMbeMzsRyYmUzpk6ujScOr0YdFx0mxstSwlqKsyk3hB6YE5YZ6ywq6IijcXmrW6&#10;RMRduTT0oCgpr8jzXk6Z0NZ4bcNuo551LNaaKRsrMO6RQE7IPvyiISZgsQiRw8KcloiJiKYdWsX+&#10;mVhSi5kXEDzA5dGoytT6oPMNHWt/cL0jUsB8rStNLEsLKhVZZ0V9+qDI1FElqstEqCh/597ztmYi&#10;HfOJ9VndnJje4JRTP+iR5mQYgCCTNsGixqu2DAsytR900ySrJdSTYGdpvbO5+amf+Bu/81u/HZBz&#10;p5Vea0e5kAXlSjjdIjEvfeqRc598H0hjmpfcePAvhu0kT7oFiQaxHCdZCLrJnV6fUtFXpLwV4qkh&#10;hVV2eID6jbJwu0TtJfMFssyB88dqjqcxOTYSakXEYZ4BBRixanBh95kXktEF3FwRjad8rAS3Q3g9&#10;zUtq6jtRdKgmkhmWh6Adk/suU0gTaa1wxgVLzmiZJ3lPpGG11IS+cvXaLlIc+kiXVXAgGu7uAUwz&#10;6fjipW3T2RqNNlccGXlw7R27hDNzD3A5GJ+InWmDm4PnLkitq8n50eaFp7vHuXnllW997CMf+nef&#10;+wP2hTFMFiVbT8b6RHzG5ZZJUKJ1hhuf+sQnPvaxj374+Q9Ovvfyra/9yesv/uH2o1tP/szfoKW0&#10;ge/TQEtTiaAD0OnGdnZrefD2aOO5/+4f/8M//aEX/vQPf3c5zq4fHC0O4RVht3u97T5a6mhAwxVz&#10;RSgfeTrRxQMUBTgzpfClFP+gfXYEXSGQ/tASjJlrKMDAUkfzggIqKTjeIQ5pNSMsA0goKhuYbG50&#10;ALZ0cegGbaTELsmVjJSvvAIiHxpipLSEHo01KRILT6CjKo6PaDk2baWLvYdWvQ2iDjKMq9mZi/2Z&#10;qC/CMTGUGUFpDQywZphV0D+3e2zXQ6bZRDYAmgjUGaRmsvMgzBUCI5Sg+CIl/LBmrSdPLcrfKdyA&#10;Z3vB926nWb2IY8JlROGX7b72sAyZJVzPaOUzPLm+dmIb5BkpPheazzDdT6nESalPSU0eBqtTlh9S&#10;M4BTfJ30YlAti20sge2UYMSFDdubkmhBW4RrgGyY6bJdx5lylvAuFkZLvo/k/tDetLgttSIsRtPC&#10;kmKc2MtBQN1EbPyNZAJbomE7n8uFxgT7HPrCxS1Z1Y5MSX4YWf3Ff/HPYSILoKElFyGFIxG8Rv0F&#10;tjCSgslyNQjfmBUJ9ejigyVaQpA08fkuP/thONSlLShpYB2f+hIRG5a2M0KzDWPU6j3DeMW3wLrS&#10;96HkZ4X020TSaT0Cq0NYm7f+5p6T5vSIfKGWxnh7JjZUSNjxih821kWRid4f0FYhRS4Qh3wygfYq&#10;ElcGIQoLlwlgrNGwXD56DNUT88Rmo6RbaeE0SZQ6dSkBVRVsL6olPcPLjH1Ovb82ElfpfDBd2Smc&#10;HL14CSrggXWVx6b8xEfOOP/Ml8+1vLk0F6skPfZQsF5NxkeHXSl9eU70CfBbcYegYCyUo9AX9lvI&#10;e8MOo2WZDjfJxA3dIVzg+GpAXAZ0nZDpqsRNkB2VKXJsOafg65RXTsyGbVNagCWSMy6B/WM6SGBH&#10;IxF7AeuHzG2DVEQ54NCqkAcgvJ4Bt9L1kJOwsiB8gDQi6FBSG5fk/kU37eGWAbnjwXyG7LaMOQBY&#10;HK3o9JD6td0dpJRcjacgGQ6jbZuB8JplN65encxXqJPQAZrmemNr69ze3nBrr791fkX1OjVv8T+K&#10;IGoD+8I/113NF4e3YOZ4A84LpMMh/zc1b80yeP7nZPGQtHFcIJ2YzEHhS4hbYNQMFheLFX4BHQlu&#10;hMiqBaqG3iICliZz1Nq4dSQbnbZh8BMu8F0qZalX3CH7ScQEoxlB7u04G4A4hsQkhy8UFbzYx4Lb&#10;Lm1KiMgnS1CIyYKQYs/hegoDGCAl8HKH60OrvbFNzIQ5ouZW6nBJIG6vN4IedzjYfOjJHWw7pJzt&#10;jeHOqJ/04bIEiBnZNuAjH45PTm7ePoGR8sZwRLaFWQb3I0yy2YoMPqThyLHiPVx9KOFhYo39xUS4&#10;eu1Wi0zF6FYKFeiF3Z3DwxOkVz318ENA8k8mxeuvXcHj6tKjyWQfVHR7eDTb3p6P2l07cwcn1968&#10;Of6xv/s39fwIy5qvfv4Pb7x1VWVjVUwnq52NFjIO6ClNSX663RuAPKXe/+hlaEoOp5Nrx0eH8/n+&#10;wa2EL93c5uI/h+dQ2tFbmxtgLHdN/mcvfatLiXfotLbBdcfCHEF2u9sjXGjLnHQ9V05mmOPffOkY&#10;e4cG9+awA0uUrX5/c7CB+821w310TfYnmWGDOjxQh3j8cUN1dzREeNWF7a0746PpIvvKK6+zrycY&#10;PciEJ99vnN+tIdIilgfjGZLqoCHj2xXuzAWFFByPhy3KfejubaM3hJYxrsHCskCKkgTUZDGH2gcn&#10;EhZTWcu870PPgxb/2ne/9+bNO3D96lGMGKYryW7RewD3Gp+HWhd4BqruCfHKk+72NsTW+Ev4oC8t&#10;HNdaeDJhMXILAPZkgqtsfzaD9xgY/bgayY6uyEb991bHqysn23rN6dbNpKKKTdeWya728gdyBnqw&#10;jfq+aghdR07L/fCmu3wvT0pDaBeMkcSt1+OwZ5XaLqyFhPdU5vRKSzSprBvOLndd7DTMDVBvDswf&#10;WwmGXOm9pLwRL/8CdyHpRkizP4S+6+ps6bLapiUZ8WEw9XkhSd0w5fFdkkmJGwczvFNWq7U4PYLZ&#10;K0R1tsJkF0kRI4qknzGi75LUKM/2Ztg8GHV4R2NXP/qFrgjMXjkV91jEAlue89RJtN4FjR3W5dHp&#10;9BlT0q0XoEHBWpPfenNk/55aPxDBWEps5/sagb5ci3yuCMxaRdv3g694sfKUVgEVBBLGyCUhiwVp&#10;CUbSK66F0f7IGGhFGNoPvfCh//D5Lxy/c9v5Foi3eLPBXrMkU5NEh6f89mb/o09ffPI87smOs8sp&#10;LaZNj2gKVRLXUaxGEM1G5PtCDNzISLYgawZ1DPLV0TF3h9DsJUpUwi5BhSykyHfHSf4KI1stRRFZ&#10;g2Tr8sZDzyHdYXlyQhEJZBbDb+GBZ6JAJRKazH673HMX1v284Ooy5z5owj62YuelGc2TxWXGTiYn&#10;kynu46DbTo5Pev1+K5ulN6+AeYs8wN5e/6FL54kOd+fKyfhwMl+cv3Cpv7uHjUOrfXrrncW1N9BE&#10;x9OhNaBm/cGV16ZH+z/0sQ+ro31HwkkJfUXUFUdjgiHWaVEjoNs5d/nh9z39zMc//iNPP/nM21/9&#10;s/nr33zxj397eXQbtVG337355s2L1w77F7YzjkNhQruVej3tX8QDyp5cz4+/C4bsJz/yaWhtv/6n&#10;X9jbBPgAPEfdOhy/fecIcji8DI6W2xt9OF8ABKbESYLasHJAVMAipcPELiUZHVPC1LkIxNOOuXAw&#10;mWgDAeYEczzO4ARgCkpj1eT1ggAJZw5gHopO+TjrJV2IfjrEum71QfW0q1bC7TaSuCX5eHI0zufT&#10;4uhkiSXVyebmor9Dq18iA9K+ka6HBRwpZTUTrSLnuo4zOfF8dGzvrNiBgBaITm6FtGaGMwFR7zCT&#10;UOjSmjulWF7UwIY0GwBGWAfib/HemxdlP7IyCMJB00XlWvqLwtakpRoFUXFAMt1nE8ayRF7C4q5M&#10;uJ8isKSOhCC4PJ8AXhUi3mABI8toyP3ZMhbBE9dIIjxHO1Bpt7mxgfXn8clYceYQUTw5+hZaRsvS&#10;2JPJPJHgF7IZzEm2baVa5wQ7yw5bJCClS4rpzaTfY46KZZs2rAs7Wko4BkE4V5U+A/KBlCOCUHWn&#10;nB0te8qKJkr2ot1nx3W0NMbX9l/97lcddGkwiiFQ1uVydyYtO6YhDjXvdJLIzQNNk+k8T7Z7lrjc&#10;qHjBBl91Bv3LFx5ZTE9Q1iKikUTkmAPYYOp90TMVq2HULdDCvbesNm+jrK1IcUMj27vw89FUVcK8&#10;EWNIGzqzvhHoFJHPUzre7CZO4Te4n6Ta+WaxLzvlrZ2N9ThOu4oU5ErPBCG1cSVpfH+ZnI6JP6x9&#10;NoP3mg45RIWrzLJ8R54zFgx/NKjxgYHt1x86JA2YKD3CqHLVYNgOQMgyJuoSR5F7PvfLKYmq9/k+&#10;wmKRfHrR1iccVuT98eVNDPPzHXvHYU2N7VNgTcJMDr3ULikgkZ5KDE07BxFGgYQC7/yCmloLzDGo&#10;LVqcVYCGHWIUMzZbIzh7pfgGRuUQhzKBMJIMWgN6rmhIRXVLS1aAGwzAakHmt5oiRw0MdLB26XGD&#10;a70DFj6urtVSEciEyzyDUSJKONyI0slyhdT06XIu+HebDitxdHZRgbfgfQ/ZajJZZjPK2VNjUsvT&#10;DWFGKbugVCznejDLkg/88MdhUtBvwcJNEUOVIzCg7YB9/eZWd4WeEJwbxlM7nt3eP0SOEVj+sIuS&#10;3pbjDFGecgsq6Vuw5cM3qNwKJosjUhWXGPpVyQxxNaAPd7HLaErCKYNSx0gngXxePN4QuoKjTA8C&#10;AzSalCp4NCEzvNPK6ahmyB5LyGgSVQe6DWRsCo9nSnJKEoSTQ/WCNlUXlOYWDCbaRysF5TDCevvw&#10;fkAplRXjebZ0Gh1I4IeYfLvn9sBG3r6Ep+IWjPwGffxZGyG16G0i1wmkaZNPKUsNZvD2KAMxGzV9&#10;H9ZO8DlevfHmW6PhaNCheAIS2kH/z4bYnMloZ7PZaDSCkfAcmSLcaYV+p4cWL5NVsUKA/T8eVEjH&#10;2d4YLvIZInW2u4jNW54bbiJEcGfjwp3ZNZT9CzXIpssXv/mtuepPb75jF8cJgOEWeZdhQrb1Vouo&#10;PhuXR6Oj7PD8zgWk9dy4czCeFq9/7wqm09K4/rAzz1bDQXu6KEb9AVKAUekh6YTSGYrVjTv7hvg4&#10;rWGvgzvm9nBjcwNzsD9GmM9i+SZIdhnJN0CyIiYCmHEw1VLu2Ucfm87HNyZjLMWvn6DgJC2IZnEQ&#10;9y4zGBx3e5QmiF4B0Oz5ZP7GDJx6WCSgy0OW+Lg0Rm1qyd84OsEphz3kZDbFomuR+Shp5tGt0Cd5&#10;4Ymnv/POFTxNTq6vEran5mI5x3MbExIN0M1hb9ju7D22fe3OwdHJ8YtffwnXEvgLSL/DfQDNlIyK&#10;B7s9GN28tQ9xFB4ObdYwUJ4YI2hj5zYHQ1wT5zY37+wfISwKp2xJZvEwKycVgSQvoG7G4cNWo7S+&#10;cv2dH4BzlY5oTjoKT6nFmVbuDfpMk2f3LjFZreuQqo6kty6wYu+Cu57OPap/Ogvb/POJ78Oae/Im&#10;NFFdxWF1LjbMcnXhrar4pByUanRk/h+AZGl4enZx9FSM90ivmTFrZ8LjxHN++KsoZNcfB7b1YRKZ&#10;Kl2tfGUtrOAgWZX304KBJYxbtBJmtxbSqfUejTRp22TDzixCyogknMwy28dxziKFUVTZSAxjyNpP&#10;VEYSxiCEaitU8BJWDUSBcPaC0DKA67HlV5TkJJz6kIjpXS50JaR1EZ++bl0WcYlLSrhlfwqn6mFY&#10;tbbMWawCHarsGkvZVaXtuvX4WkrTWcyJv1YWhA6rLXH0Qdvxx3725+NErBgFN/r0tvjJjvP4n/78&#10;fzOdTB/wKiVjzNTEsHk9y1oET+bUZeM5kzYiTMav0jqKlVz7TFrHG6ltIzewGmm88gctCYtan91y&#10;i7a29qJAYf/Uf/ILCTvrstK9xhOoumK+5RXEbZwSzuRSw55vtDKgfQVXmd/kU//1rwhu5ITEzzU5&#10;WuDyW6JtU1VCHf4P/tTPGVPdgbnyJ/oh8hOibVinHhCjiBoW6c8//9mf+4f/ZDGnMIC16VYUYifs&#10;TDxFBBy8z/x0d1ehuOhiCtllav0i0KXdvC3YFNeJK5FdE+RX7udCOykjth/oqrGuPjeiphfqxwpX&#10;c9UnYm1E1Sbr23/OcjbnGaF2d/GlCD26teefTGETVQUmThiPPN3Ls2kCf9jGR+RUME/1cD3rgJgw&#10;mwVkrTsBEE+4xRp1VRMLVd+edZDrT9oQRJAt58/+rZ+u7CXDNoeWovJOA6bKNygKJk/KTBO6LVr+&#10;vb4WphUHDpczspqfdNGn79FC58M//jPPfeon7jK3XUUmiv7AubM6rOVTzp9Y2ugOZ1qddRTPlrrU&#10;cOe1BApro0uYbp5FQHSD6Ni/JpgOhhhAvproJgPo09V8/qPzddYzQsW3B3335dp6d/fUH58xp+RT&#10;3v/kp//Hf7SwxKuk7lXKIeSUTqPcZ5cUMYYLs52a+O4toXjyDnKIfA0YmU+uTUUOG0vCcfNLrQ/l&#10;+U+vMlQKimOZiKHbQnBX/vH5AvVkJzWhI84rAN/t8UGUwh2tBSxG9xlXBmjIBvsHBUjXpIrnR2Li&#10;BGPwIcZ+s0lzzDdGWVaeWj27UitYz4ewzp19Z5bbiDxHIl+OKvQxflyywtpUaaIyn+uzYW1Shrae&#10;d2DRIblaiYMaHShOy+KdFeKV4wAtT6UPd9QQ+VVmUUS3bMmpsC5+0pVZKIbMLwsx0CGLONLRi3Nn&#10;Ua3FmCeiI3cX4x+CaIa2GFwhm1Z+IKLsJ8+/X/LLJ1PGt/MSmd35bCFra1IyKh+9FRgorrRbIRN+&#10;dALFOjDS9fmIQTHD51aj51HQxvsTaoWZR/x+pgORoscvpCibjk+QkeUe5ahRlIOfeD4uZZ2RKEbo&#10;hcxg559/zlY8Ycr7a9ENtmDmz2fq59iUQjw6AIacrvknH4mKwCQYxiSEIRdiaWHX73h+wksvtfAa&#10;n7tUnizCy8Wk0blP6vccPXKRgCW6YWkXXdeRyW39Hl7XMtYn82k3ZhfXz6cw5ZhQ6aKgdRc/E8Kk&#10;0nWXXhdBw0F+62tb4X4lrszBrVjAqpZz56LQvHDVeAEOf8EMtTJzNkDH3nCpLF097qcjJbGOF91B&#10;/Kp1RHEOMkoXerFCl7OsIDP+TuFCb4J5xowu6KBzls1j+phfcIldM3FmDFPpgjA72BrxHZV/jmYT&#10;h6yDX0hma3jwJCxlcz5hi51hpDnAPqW6OjOV1ZGubsVVaBGb48pnB6JYyJgynmytoyRnLf0VJ3In&#10;XfqBudPJU+WSw0XNZx1so1PvJl1yr+Jp/CDZRLVkIk9/PBVeVO/KRGug4GSm//quz4poHCUToy3a&#10;//7eE/3Uja0d1QweIKR9Pwg76M13Hzv90Q9s+3G1gFTXnMdmvEej1e2/F5P2B70XQD7uec3+fzXu&#10;cSha/7+ZQqPu5l3uiHdjMf5VOh9p/f3PvL/De6gZ/9GO7qg5Bv8RjppeNpg2lbEy7gexAbVA1u+H&#10;yxzwxvKNXDBPqnxnXYUBeKFNxVSubJbdvS21InjD+zCbgGWwEtWKeZCkuARdaWROEccvMTna772u&#10;jJ0kar4UDBfWisujKYnZyptHhBAExm80Q7vc6ReLCssx8+I2mYhJrZOOkkj8beBwWYmspPAtCpag&#10;TSAqoRcmywwpIm8NG/1CBQWxCwhraOS5mjVUKPNtxCGXCB0dNFRWe42R0roGFody2J0mrtc4AhyL&#10;qIPt5VrFqFXFan4Q1n2osv2cEV2fOxPuUTWuc0l2du69Scx2LjqeLm1uYM1oRjOa0YxmNKMZzWjG&#10;vW2NK6fAM4x59Hv/+RFkFtPl3LvmSVfmikafveU+cNGKBbJykWvUKVZ08KxmzW4VyKpMkG2WVosm&#10;ZL56eW5Fe/bE5BI0Dh7SLg4NdtH+R10I7xZVcIhMyNzTsfWv5P0olnKF0teoQFAnUo/2ebcVtsko&#10;LXHNAuWHElLZRlXeGXwHvIDCiiJLI6+D01QX24hv5XRMbyxtlGutAe+jG/lvl0HEnkMclEbeLkQ8&#10;MarZsE5LjOenc1VGtE+COMvvTAS9IXNRv5sJJRbf8SyN5qv0JvRpWr7WWlc+Yk7dM4j6+5Wp8wFv&#10;Kt5mNKMZzWhGM5rRjGY0435KWk9INxLuKvXNKTXKKTzrAYN162+lY+Fm3ePIec8mV4Nky7IhEtXo&#10;0+Goa4TUqor0ioDCBQtEJTGKppI11XRsLoqoqXFXy00yYtakStmUi+rrkCtflbu1A1KZNJebVwKm&#10;gc4sRszsqCNRdk7cqnxAgIC3lXsSw9g+RlFHEbWKvXpMQLk1hydar/ewJjCpyUGdBDWKYuXIf5es&#10;EB2cTyWT1gUWumbLDI9r1xR7LtDCnY6SjXWoL8/QLlUzQQfjLV8aigGH8Xn19gx35jL8t94PCfT7&#10;0kRGxRJhV8YEl2bXD0QbWOtCnGnxJvW2/2PPJvckdW9uXaUzRZG375YDUaUT1Wd+U/E2oxnNaEYz&#10;mtGMZjSjGfcRLDpVqwRK32W97kpVFTNrsvm7ORuvi4R1JZp3VX6MT6EL2tW1QiOSiGtTK4TPLHpd&#10;DUX0/F/HtmE+GJ1DVmOLBR1MmusHRdfMipwOFbkpXyQmG3FKkw7eQmVhVqYNBO2wpNCKLYAr03fL&#10;FOGwGZSnF3y35JCgInUh+Kc0HdZsEp147i8ZZDJO23Y2ZCybEJaoQgquqmyLE289LQU8mY6w6B8G&#10;4yh+gybfSEUvwYBO1xyiYj13LK8NuKb/lo+e5P4F2+R4ZpRex2JIK/5V1rOjPeO7Og9eQm3Wcnqj&#10;hGLlozpKjXGZIOgDkd2DqXm9e1FQPp/pEL3Gd/dvXaLTZTDzX70zZUsUu8LLG1ZzM5rRjGY0oxnN&#10;aEYzmnHPYVW9QqtLL6MAIqO9erRWpT3gYt3Vo24lEqWKLY9R0KrI9JZM1kXWfO6etUpUQ8pOmSht&#10;JlR9kljqU20DtbjmlllurA1qVM1mxYI8GnGtcqV+WK05GIb034qlrUPajfUwLtdj8GaDRteQmWXB&#10;5oDapwYwJdZ4o7uMEmXK7gMSEDJ2a9Pi51piyZLVycavGd4jhS+d7BqXvthh9mUjOz3vVK199h/e&#10;IyOXeyMBS8Uqo/jx3BY+50/8prgREYjRIdshhuh1hbRqFeOawS1bl35OLi5Sy3BjFWIb1iwGfY2q&#10;IxG0dsHf1dXnmK5x4aNUodLsUAeEXT+Qg7LzGUUuRC+50962Jas5tEJ0TUpONl/6/mbjD3wtuQpB&#10;Vw3G24xmNKMZzWhGM5rRjGao+3oEeod352L+coRNmcAijtWp795xR1XVgg5xmHHZUpXAet2kyFUv&#10;vKsgUkfmzZVffMU2DjFLOmgsdelh5Nbqkao2l+oqFOPOG/8G5jXXNBJd6+MWxBaYa21xl2bmM2Un&#10;oholAJYI1kRL5uE4HIgSsJy3gndlPACqUJ+TFwVEsX85h1xzhEmZxcuG7FSeIV1FiM2UJK8CzMpR&#10;jaryxq+CmHx8EKfEIxkRoSU91LutdraYFsEw3wq+XXuZiqjowbg6qHErqFd6BbqiErjTCSuhAA1h&#10;wjqqgddMv3UMqkaRANELSyPuECYT/Ls9Bu5PmnoXqV0eHzd1jPeUsFirUIirEEvsmwJlzFaw2P4r&#10;lL4VNB6IBU3F24xmNKMZzWhGM5rRjGbcv+KtaMUhLUbXfXeMM65ucvugha9P6nNRrWSUjz2vI4Q1&#10;4K9WC0cR8XezU14LEXax2NQKMCglpXPiryws11CRBNdhCdxUEvYuRasui2dXSUBLSq/E29GbUQXL&#10;n2FZKSwVLWtpE6p46XsteKD1EC+9V87laVDxOiPluJWMRhuwSDLPwhsslytAzBQ/FqSvkuYoxGVE&#10;ea1yBIMZhKfmFGRHaUOUmaX0Ks8o8ytN4edsQp6WC5AsSm5Au9gVILtJu7dcrQpuSFjhYFM9nFGk&#10;aJUcqevibk80DoreWnCu9TZcFT24gkojuLK0Z45T2mIA13PUPaFaq4raXenLXUgLouRhygxWZZ6T&#10;K1/hrZzvOn0DI7tK0nJr9W0IDY2mRpTaXHaGVJR2FRTA8RbrulL+tHY+irMq33mtXm6cq5rRjGY0&#10;oxnNaEYzmtGMB5PyhnLQp8X4b0qfpVOg1n3BsVqeSnBUcpE4ci1dRsoDHYjW695avg49U8GrVZ1s&#10;empLQ5HDpSmHY5dMYS8rDfG9/D/LlZfX1AZgkktUitNRojNlui8TlRFqHVS6XjtaMG+Zah74QttQ&#10;17EEVQKNirJyDomywe/ZF38s9RUfJq6fffWtrQidnfXlIotrcwqu1lnu5vPVoN/NVktF+e4JleC2&#10;aOFLzs/OlksUwu1Om+jNwQcMn1YQnszlMb9AExqsDaumTd0T2YtJVdn+cAFODZxnXQ+M8lTt0stJ&#10;x+pXmQe6HvBc9h/416YOvLu1tNyKLF1xmZlJLf0Ga2HFxTOqrHIZEX8gYa1b9wBfS8ctRctuDawO&#10;JP5KCu6NvEvWva9ctVJn5CjVprGOy93oRMjcUA2ruRnNaEYzmtGMZjSjGc34PqiTkcDW1dAr9a5o&#10;zHcTIgbf4WDOrOI0GnVGIaDVPaJyI5VwWVGcxTtNlCcmhyqlsn02rtQUB2q1iwmy3u/Y+OLNCkCN&#10;whVMZRfcnKKgVKeDYFXMe1FeJmFPxZwrCQ7PLsCPdXiQPLGsVRF2SG8mKCu5alvlygpbdsfoxXJh&#10;2UGa4FjatgwOzqj4UPTiHfJVhiK91WqVfG0qlukzGMal7YNXc4rfsWHzKjXBospX7/LHulJi0wEI&#10;Z8WUOUtlk6PMQsYPkoCz6tNlZNXuMP5tFOcJl50T7dbzgk77olWqYieceevxVVfpprWKPKvqZms6&#10;JkNHFIHTLuD3qoyr6eg58NrZOEjJ9wTCoTolY/cnpiZOPguM1qUi2jXOVc1oRjOa0YxmNKMZzWjG&#10;u4d8Pb3UL/ttqaL9q+gPK7qrLp2dgg62ZlV0urjW96agroXxllixq79KihmCQ6FxrYipPjhVsnJc&#10;MKrWISdJ14p91mXC1IljaHTg25oqcIfewXANmxC+65FQ2S+uw4DHeisuw9G+wQO78mXy0lzyyjKB&#10;Y+7LTPbbYma0deW+ClqbKjvqd1bkXbXqdNowrnIF1dPY3SKj7YD5slP45xIuQEXlq4yWyKI00SnY&#10;10glarXybN7jiF7hkqMYLlSVJSxHxxhVSndVSYQXQ7Iq74pqb4YoYxe0SkpsxYo5uD5LB8AEsbQO&#10;H6kqN7IgCnbrqbmqwlWd2Bp7Xy/l1pTf9yYreAq0qqUqlSWyjhThrmqaRDVq1bTR1Rcsk3YB3K1a&#10;Py7WRtfKXRdbbp1Z7oYPbSreZjSjGc1oRjOa0YxmNOP+3E2jTQCg3Do3mRW86q9S74Z6pSrefCFS&#10;oVzaR/LUqhlR+wYCrz4rplQ5HTsYBRsldjwmTDKpyg/rucmF8oxjXQlEtQ6CUhv5Inmit/c90vKW&#10;KGO5KlOlOZJg4pJSJJJPJ0cxDXZHp0OIBS0WZykToltLH2OUu4nP9uHtkeRfZOdSgQtr5Zx4yBJz&#10;FPBsHCfSRzvXardT41N85QMKCdRlS2rDjGRmddtEwoRZrWoktFarLFsaf34Y/Q6BSyV+65XewjcO&#10;AGwl3621B8rIJasjD24XyMvhOLh4DlCNzTWnqyuG3XrSc2TCpSuHbOcZ+dbLqctgH2X8lt6PreCi&#10;hKkIY11nLVTa3Qj89XNHu7J945XArsZRWP8mVu2WnAdA+oH0HpKXz4jDbireZjSjGc1oRjOa0Yxm&#10;NOPe63vifGqj704iToJc8ww07L463vgdIzddMQFWUVapK//EVxuldJSMms6ut12J7EWlgw7AqFSs&#10;UlMx01cnwWeKfInh46TLmlkHnqn/Mmh3VflePqTHku+x9eicK0FiY6KSyJV1c1wN+ZhZeElZUeQy&#10;2AsGsWaJMleR/rM9UVt7ANbBWooLarCZQUo2JE7VAhcXhWqlmuFfVLIWtS4RiJ33oWY+M35ZUCgR&#10;NorBbaTlFFyVtY0/GkBxHUXvQtCrko5xRS4aZeyHruPrvhIOJ1eyfLULGbS6slAWpFR5vN3VvKJC&#10;L0HHELaQfbmONCrKjjrrpOtI0KqqN/ENCnEoY9G0KSoXKCMycPegGvRyL0ubqiiz2dVZ9LETVVX0&#10;6tK42ivjVWn4XILBes0jvdxh8TBzkSDeRzgrHW9VU/E2oxnNaEYzmtGMZjSjGfe3raLqS3nHYFNa&#10;xAbsVOt76RjfFZgsvkKxE08IH6ppFgOp2N3zDWtxMadDXHRciTDhOCF3poScpQgjhbg2CTTrQqSq&#10;URCxiyiwLANlJyTeKhN7TJFWM5CXBXCEAlcVpRha6xKGJQox/bdgKyqKBY59inzFZr0ylxjCCkZT&#10;OoDw9DFJiqo05fI4J3Y1Yc5at2nXjK+0BYpmy2hFu4nwXqJYK3qhYZMqY6RbEUyfHPjO2YrK25TL&#10;qmy1SsnkWctO88+KkqqsI563QPUMqzsfNazjWrTKP4rPkLcKK2FtF+BZOUc+QsndjcpeTaDQdCnf&#10;ILaV8r2D8BGSrfsgBe/dlLvugV5bXisCXjsf1xtZoEeO3570HM07F+2jj0Pml5go2LpEzlVT8Taj&#10;Gc1oRjOa0YxmNKMZDzRCsE4teKbEtqSOcfdIdHmgurp0nj2DI+30qXK6NOx9AEfoNfCOBbO17xnw&#10;FDayKhhc1QLLujKVSNtSxRv8h6pKSgyaCUdVecZRPcH5OVQ4VopdcisSHrYWm+JSz6mkYqbcIIJe&#10;jXe8ipyNlA3oqLMlFCotAk3VcoH6E7AsqnMKywXwq23agsqWt4/FxIbTkgQO1Oy0rCVQmanXBR8B&#10;jET7StGzpXOUVZaCjBICHbGDnW7HeDquFTxee9CSyukydTfENDtxH9ZRoI4HXJ2y7i7GZm7d5MzX&#10;9sywX+MBl4Wt1tER05XC1gVj6+D3HL6upQO7u7pPRQlJ9yp8S1u0GO9dr3d1/V1dPUFLMzO9biJe&#10;ad0J7ucymBoIVizMTpEyYmZ0U/E2oxnNaEYzmtGMZjSjGQ8YwxJ55+qwpNfvEhXTa8kqUVRNALjk&#10;tyWd1VVFaUDpqv/ElM8ztI+6FloT2Ret1whSBNmy+jOE9iaRvLYqryPJpPMliq/opPb0ZGOny8yZ&#10;MjIV3xfsNsxBukrHxyFSmHK9zTFDnEFkKhY1S2q1ZNjyMTPeGYu0vsF0GExm/CsMM5vxOzC0sS/W&#10;BtScHZUNg8Usz7VUGVN6kVcjex2yeAd7AbNiu2ZH7lZFLsUxpyZ7KDakNzGia0IRxttt9PokKsHj&#10;UC57Y+GyYoyAfF3NN1Ui4UZ7r+aQNRRe5wOaorOmqxJQqN0q9BE8rZol1fpUktUpM/B79HKcWKtV&#10;+UZaRQHAtWzdACqrmP2slfdm02UCdsURj4gKAXXXMcJdjzDSUSSva3S8zWhGM5rRjGY0oxnNaMYD&#10;RREFvyRdlWbVEl5KRfsg2t31FCK3hkuxo5NP7vH1ZY01GhWv0Zre1cWf963eXVSOhDhZ/pEgmEYc&#10;hJOUUnnPCvZ1Wp3G6FxNiMpOT6UJM0Gzzhs8lQ7UvJ/GCVzp7aOl+DUsA0bVlCYeYVWnkUzxMWYx&#10;JxjSmsN4sTOWK14uWVnYm1BliDJVcnqlGBIUV1ywCs6l1ZLJFJ1Y3murxN8KFWyis6ygUGGKJjLD&#10;4YC2zSSGd1OJA1RZSUY2X3Fxu84pr1i7chZ878AoT5sPMKyOqkY+bIwhRxRlQZRdOYmUWy9QfRyS&#10;VOb1bJ9y6p52vXqgZo47FZYVmA/SRynB7Kj81ac/ywVLOF2qnU9vRDzzgvm1/2Rbodr1bOwmnagZ&#10;zWhGM5rRjGY0oxnNeAAX5ahQ0XeLF3q32uCwsncR7GqV1mtVhz4VQ3rfCBm1HmakTxUpEQ6nQuaQ&#10;R80os1bEoh6LrWxytSC3ZWyMq6q5UhnqtPFkZe3RY5byilmzfzMpcHyZHO8UexzTSw1Dmdrn3bqg&#10;ItYBD6f6lVFb2FxlVn4C3yml4VaFfwnl51YVua5Enj41mBy2+CAy7GmTtEWFMuS4jACT+pd+lwYY&#10;nTceBlnQCZP4N8vJn8sE1JKrVueNlYwKLlVRoaajON4afMrhSc4nF5HM2DAsSUZZRmgELin9mXRE&#10;AY+qS+u8qlXXxbrCgfZnyNfPzpUOVlLrxrxybd791eENvSt/qpDXHOfmxq+Ig5XXCNuqfp2tdwre&#10;TUNJNV7NzWhGM5rRjGY0oxnNaMYDmzVXrsfr63NdWh+7Byp6nUezbJ197OtDnxBzysO5SoN51yVJ&#10;pbld24hQn1TKT66aQAnutLVQmn3qqVMl41hFVO64Uq/jcuIkbE2Qoya+jPUZTM4XPtr6jNn1FBqB&#10;lwMR2gkV2bECuCT/Un2qPL+XPs6YosgzqnbBabbsv0XCYBL0Wpe2WkZgXq51nXcLDlJYkK3znLbT&#10;hxmxcNdQvUneVzmJign05u0qVnnKhl6kOi5YOSylPXGk13BL70elnSslzaWAVpU83SBbxf4Z8uvy&#10;RV0STJ1YFM1y36AYjyOLwpnTrqYsV3XWcKkNF3RcNsOqMBM9vL3WVnngCRYLz0ve+9oUrhW9LEs/&#10;Vby69Yiq8noL9l1aq3u1nZqKtxnNaEYzmtGMZjSjGc34flb0kUywTvWMda61INO7IVE6yvMNwG3I&#10;sq34qzoSb+oq6TWqXF0d8S0pxetM1DOYqfo0miYQICf9UJlISKYJQtbYIbeqcn0tZ1RVKHnDJ6lO&#10;+b9EkRb1LL8by0x9wWttiBeqo5I6AMUYeSHUZNq83Dr/5x4GplqUfHo5Wddq0d8iiRe1btpKXYk7&#10;ajHI8u9r2eCqOkFSghoqmz3z1vo/Mx4c5zIXhW1eZPjbDpKOoOFVCey1ksDH9sh2aT2mxBZLRfHK&#10;rrRQ1jXtt6ciu8DIpT3TJW5cEQFEvhxEvqXy2XrOs9Lr9WI0LQPOXEYoq2DKpUP/pXJEdqXd1f0v&#10;Cb8N2iW6XuO6anbps66FqHd0Fgpc92VzAQyuUaBr/ScdWziv08abircZzWhGM5rRjGY0oxnNuPfy&#10;3pVFnalALBcVw07VmMNVrGjpuHOmCVbFUHVV6m4ZV6rD37iaZVbsVOXWS9c1RqvW1U/LmB+namzk&#10;OvLLH0lFHtN6VcANQ8nkonLFlfrQ4LlljLBlszyXj7ChEjZ85KQs0hXGSP5YloOPCv/ZxDHWZcWL&#10;l6C4TEzA+3SwGC48sTmcGBEkWwpVyilvCAAvknMB53L4kKk0ukwAZlhbMF7vQS2hvhyx5B24wmGx&#10;HJIExjIHHZG/lXEmW+UQB7eStCTaWhcKRVEvx25VpTI1qGzZs9kZ3/vwv7Dl+aBymVy3guJal9C6&#10;ChA0fbHeOKnOjj6z36K9qtaFKOZqN8MrOWLqLFfwuzi5lXTp2NxMV0CurkvHVWnufUYnRtfAcbV2&#10;xcjh1fpsb3J3r2+bircZzWhGM5rRjGY0oxnNUPfhId9jwe/OWnN/n+xpFxFEXdDAqrVI2gjd1TVn&#10;q1B5u4hoHNXs68zSqM6oiKImTU2rpYHxoljMcxblJgy0Khsh1DrYNJWJwKHMI+ZwDj0tZLRCRpY6&#10;1ltJxZGzMcfbVcZXTgJ7rAupqtpVqKPT3pXJsC+x4UgkL85VfiNRlWaFareNZd9iU1KJlQt5Pd5u&#10;ioFTHSpPGzoCNtDUGYh2Vv5KEeZs4YEFvjfkvtkyox/yEbHKhuN+6lDrKmaZDcGMVNcqeCpbt879&#10;1SJhlgQmD7NLL4BdvpRQwddMlEvD5bXwn9On3Zf5eJO8NJj6PvXtOjZzE8/omDpf6qajKeviWtzV&#10;SPF32wodXWNVfvH9qvEqLLqpeJvRjGY0oxnNaEYzmtGM+wNa7gznKecX+u/KtOo+lbVza/hc6VlV&#10;wWQh6dQFKu6aIbDWd+eKlnWYrWHMXIqgoErEJirPqcIjPSzybPEHiYcuS2GvL2NcQCa11bF6U7Nw&#10;t4yf1bo0Eza6VqgJ+ZljchXHEOHHlmpQ44Fv1JnWBfI37XmiSiyUisBEJJ5F4WXGRq+W2XKZDUyf&#10;M3WxE7nhJNy4Mi+jcsL2s/UUimfkANMWahtF+Pg6jXW4cGzGX6ZpmrtcPpmqbytxRZaKYeeiMq7s&#10;WPhqOxT5puIJRAlD8pdi2OXNpF1EIWCtLjYyrZMLlDsD1I2pBe4UmlqmNPERM++25K3spqLMJOXW&#10;Jp+O+RH6DInAXXFZfbdoYqejMvr+l53gyE3F24xmNKMZzWhGM5rRjGY8QC3q1uJRouhcwckerO7V&#10;rqxpq3gVT3zVupZH5CnB6463rh4Q5NHKSvV5b1sfj9KKF1JJNNWin2UfJhgRF1ki1F7j+cfWeYFr&#10;VZiVwtAocIZ+UGiBWzkEyCmJpvXk5zJux2fqhLRYzUFEvBkcL4Qts1TcovrlqtKGzzH05kE7yzRz&#10;AqCp2hQhMl5CNXC73WKY1AmUqthlyu8/UZHLYNfgyiURwdZ/klfSypYbMWlWtIFpspgvW+0B7Jrb&#10;hvJ+Bep2/hxwtFR8BtYil13ZMqhEqqF65waBNzmmvoC4UZekY/kj0K8pY5i337qICu9cVM9XaUal&#10;+ZOLefBecxwaKZrDjT2/25XpuveN7KpTkHU9MstJ2K+uLhp9Ot5q3WMr9Efc+pT3htCVdfiZm6Q9&#10;fu2qZGDXsJqb0YxmNKMZzWhGM5rRjAd1r3Jl4K0rq1eJky1rjyqq5x4hKto5fRYQ61ydkepiPWko&#10;mFQZaStmty7k9+pT0bl3kzmWpYULGKcv2ajoggTWaHElBovXcKVhJRHXVXWOK521eCudrRjJrAMV&#10;iJQjcq0JXFR/kJwqCcu+LtFe3ymlmkvYbwh4qyoIR21JLWyEjux9tGSniyquxxORkR3U7XZQtiOD&#10;N88z/HlCyC3KeJsE8NToYNQUIHr8PircdYmRSolOLtHyAVSD2vFk8vDFnSKjBCcXOUHZdTeyMyjx&#10;kaK6bBhYyXtiwNkSuE0ZSUynJlMoQq3ZZdp3G/Iid0qCkRhGXwduo+hbaQ148W6N6sw9DBtxf1Wp&#10;S5dwqdO24/V0pDIm6F5sAh05WGl9tgZY68q7udoEHWdV6/hA6nsaortokpaf3lS8zWhGM5rRjGY0&#10;oxnNaMb9E3kjDrBWZyza1QMwoysKqFF13yhPjS5xqbukj7rIG8hH3UhFGsKDztgU9+Cca0sUV8I0&#10;gbhyPelie2qjPSjsIiRNFKSCvokjE6q35WKOL/r9Pli+yoO63h+57qnl3ZRNvSgXla3iwCH6mpJ1&#10;dQAmhQbNKKj1mKoHYF3FNRfnrYQsuJT3m+IfAiAl4rRxkXeYqHkNv5PVQUFtdGm/7ETGjC/wKYN+&#10;Pyvy2XTcTgLx2HOzSyFyLcL5DEF4cMYqnZMDPdybcomhc5lorFXFk3ZeGi1kcGvLCVLDlV3wW9Y2&#10;tjDmD+NCl46btwez1ntY6bJWVu+S8n83orK7X31aXT8lZcHykdfrGbxKvZsU3lJaLJ/eVLzNaEYz&#10;mtGMZjSjGc1oxgPIAdXpqB/3rqyvhG3qBK/T9VKhKn7L4JkShvURM7oquet+VR4q9AWGq29YBMrq&#10;+xYenPujjYoMcV0J5TobHQCnog0uHXgdOy0r1213fI1FgGQJZyM9N2HGbCjWq1DgiqDrYToOL2Js&#10;0zHSawJZtwwG1iSfZZiTMUwrqtTy5XgrZCw5xktpt5JU+M8s3kXqUUKlsi39iUlamxBmS/znQHom&#10;FBeJvJq9pPj9TYZQInaC7rVbVPQSLmslfViFylEgd8+wde7sJkTgC7D3Vugb1BXOhn9ZHng5kPjw&#10;RDBeZn8L1r3mf1a5cnvSARf+yh+lAPpyGJWfL1aJS9aDhT67WgpXGXJ0hij9Qa6s+LWeaqBVHRJ2&#10;p358vy2s1PWNc1UzmtGMZjSjGc1oRjOacc9h2R03wGi11b1zTt/VcacqMsvS1lVsTa1qeS2nSMf6&#10;DGtlt26DW1YXOgiE9RlJp/rMT9FsFBVVL8GaisBDhProxHNhJf81ROi6WErsykheHZXt9A6tVioA&#10;b46kInyFYpI/rirUfXkTxxhz/SmInxGQlSi93r44FHCs7BU6tWEwVktxmNPnFkTHpuwi5vwq5CRB&#10;kWza7XZRFMoH9zL9mzy5UNCmmktZXxrBjyrLRcGLUhIq3ZQ466mv6o3JQfMmONj2eyjqW23E/nKc&#10;Er0zVcL03kb5ClD6BFQdh9qWqlrGZSuoP/h6CVTN3s8lU1lOEAHY+H+ZDoZ3Pw1/ayu6fcSljoTC&#10;VeYwF41Cp5c6nM5H6Fn4zCOBlbW3MbsHOltZYtWSdfW9m0GnGAtVStEZBXPtO1NZdUV/VyWA1cKg&#10;1je2qXib0YxmNKMZzWhGM5rRjHtzfasIXF3ncGq9vkqP0FWuHUJ+qvgDCVqnXWUyVTfpcadr2zJd&#10;1dXozLWtCERjVcsLKisgF0DVOlk0yDVFiEv2ykEPjH+k5uUy02uFDcffFBXz1UkBxvTiykxamKQZ&#10;oaEJI6T87oBqtS7R6hAMJEVp5c5VCpJNZeUlfs8qokArqROpTNUU5JtwkUaFKH2auE/lKUpZ+Cqj&#10;2CYoEzFLGVlqkSxZm1YibN48W7WJ95wUUjk6tZgvuO5t4YWECCdUDBuyX+YSkSjN3dV8jtcsrZsc&#10;T5Rp5fgDlgmHw0JOWi5inzM+rEu/LiqjIxE0s8GdcjWxOKcQ0ZEruD5Xul5jej8wINy5p5xzdFJl&#10;3FybpbpejOoQ/xzTmHUJpGpTplXpe6C7TsUGzK7mJH43t7TAAii/lplm4o3TNYJ9TVEQLJprnRtd&#10;HTnrSqJB9T4Nq7kZzWhGM5rRjGY0oxnNUA9C4vTYKasMdRBpuqpqVWdGhIq7sBMv5zMSWNwZLM96&#10;GbFeUbi71hJ3SQ6+q5Y3SE8DgdfXYKR1pX/AK5GCk+qATjpVqkoDMmtcycQVD2JXZuqw+5VghcQn&#10;dqw05sJMRyFBtdTaKrbW+bJYB5VvDax23uuXajOYOSdcljvR7ibyAsrvaQFeRsULZDfDRgLjJZCZ&#10;lL1e3kl710oVobuO7aesxOCKU5XhqrrT7a0W8zxfAfvFR69WSzqdie502qg2WwmOTyJVd4sPBspe&#10;Ms6qnZwIeGdyMj7CCoW4jGkywac7zCsd9pNhbltqg3lr0WXA8dT49BX7WokNlzoj2bn0PdMR0k/B&#10;T4VnfpctEB2lQN+fN1z5Jpd1so+uikt3fQrdVZGNc/is0/5UlUdb7SoKJmkqQsh1TMjXNfzZ53cJ&#10;dp3+/h/9ztH4BHNy4uzrL7/05GOPz7SeL0+++OUXb7z0+t52N5kc/p1/8PenaWehkukrr//Ixz71&#10;hZde+vIX/igZL3CuV/PZw+eSC/0WaAF7j+y+/PrtYdLuGNVKRxvdYdEdLZAXZTpv3bgJGn1/a8Me&#10;3tlS5rEPPfetW28N9fyZ5x47PlL71w6T1fJiv7XqpucefSh/+GKxtZ22tjeHw6PD13o9ezxN9l+/&#10;aqzupfqHP/1j33j5u+PJKndmlRewYuuPhn/xZ19qOfvs5cuFyt+58uYTT71/c+/CX37jxYcevfTK&#10;l//8+aee2tp76KjQrd7g+GS2vbNz5+3v/u3HHv/bv/CL/9effvn8cvzsc88ez/PHn3rmeDpeFXm7&#10;nba5l4NrdXYy7o1G337l5cM7t0fYYSbdY196w+HJ4dFoc5NmbZHjvpC2W6vlCjN4tEE/bHU6Cd0p&#10;ksnJMY57bziCjCFbZdKZypHkZelaAt0jx3WoNa7H0IRDAymlKwIXL1KuWUhAl2JCrnWghQhZXlpo&#10;uFIDfUQjL01k/9TEsipbLZ//6CfAJkF0+Je/+B/++PN/+Jkf+ex4OR2PD7MM/A7wLpJup7O1vf2j&#10;P/UzvRbOoJsUy29+6xuddnfQ7uhW+uJrr/7v//RXO3mhKN+sEEd6ZvuzpF66k8Glzfg7JHWkcEPh&#10;+4UEixlRPvCdk37BBxBfpfQj7klp9iQw8hP6YUIJbvwLstdL+WX0P4pqo5cmLcN3Y9+fMnSDI0oK&#10;UTw0bkmlOoJ7lY697JIq0p22yuoQd+ci+3bf6fTO+Zr6dWQJYH1LSnaeCSl0t+PENu3N/XGQcict&#10;UW+K57euoJtf5W7nDf8CocUbGrocH1LI70gN4kSqsFgu0ZR89Xvf2dnegi8f9y9NrzfopO2CJoYa&#10;T6a/9Mu/jHmIGbW7t91OjfVvayX/HYfxK1/84uc//3mvKtHMCeGbO16yWCxsNseTAE9vHH3c75f2&#10;cDBszfZdfzgwrVk67/34wz/bvaCK4Tzf6n3hy5+7/fYtVSQrq5f0Ua7f6+XFHOyfh5669MHP7rx1&#10;9fBrv/tOfpR1E+qwdnsDhNhjbuODWq0Wriw8OfBvOBjunDv/6U989j//z/6LZT6/cev67oVLv/nP&#10;/+kff/FPNobDrdEQF+B0scDWYsIvM1zo+P9se3f75v7B//A//c8tPMRabYQP4BeT2Tyz3A9uGfLY&#10;4HtbR7nbb7+Z5Fm3lepWezadglil6OTqTmp6/cHJeIpHlGOTwxTcIzqudMkvFvn2uYsbo238GFcR&#10;jhG24df/1//lxRe/NhyMJpOpVj4tgAhLNClTXJqYctg7bBWCENIEl3633e6mSZcnboq5id8nPLfZ&#10;eoNmKZ0bpAsQGcnm3KJmBRC1oGkakPUHplZOYYgIBWwVn/mJzyi1PHfxsfEJ9ma8sXnu1Re/9qdf&#10;/FK71aUHMLG08tliemO8/8v/5L8fn+w/+dyzV9669tqr33zhQx97/PHn7DJLE7SoDbwlj4+Oklb3&#10;1371167euPnZn/zRV7/9vU63M+hvn5zMTo6u/b2f/zu39185nnzvoUeGU33hxGxeuX04WR13N4bo&#10;a4/aI3V9/M5Lb6TOjLqdK9feeP6zTy2SMZ7/m9tPbW88XOTXdD87WhQ2yzbTfqu/2+/3CmaQXXv9&#10;rSK15/ZGW8Ot6QzXqbFLl0zz1X7WmbV7aS+bT5M2djq32erRyw9fvXPrE5/8zG67+6UvfWE8Pnrm&#10;Ix974+030l7nv/x7P7/VS/dXkz98+V/d+X9pe68gSdL7Tiy/9KayfFVXdVV7N9Pjd3Z3dtZiYUjg&#10;QPCAI09HHE3IHRWhJwWf9KIXhR70otNJEbqLuJOoO0kRPFIgSDgSALG72MX6ndmZHdM9M+1teV9Z&#10;6TP1/77MrK5ZghRfsDAx29PdVZX55ff9/z/393YQw8uIbdb786Ucx+gbrZYF1461BZ11+6LZdWIJ&#10;/tz6sg8vRvu6bVr9ITy6tkGLfFwQKd3rOZxmIzMlLAu++uS4OldWLMeGoRMC52sjq9JAo6437J30&#10;B/43vvF7rMV88dLzKiOf9g/v1d9vjB6UYoutfvfFxX92vLf73Te+c+HVC6zCmHZPs/omLCD8+ANP&#10;AK/uQk2UExN5qbzIzWbZvAmZob4r83zgZ4P/Wq5NtkS88eFQ0LDKId6qCHy3sV3LQ7TX0Kuf3P9k&#10;83iv5aFkSZmdhURTt9Wh67t9RRUO9/uDnt0f6tOZ1P6dSnJRpQVUP+g/95U1PoVJl0bPadTMUV1n&#10;THP1/BTkqCIBxbKiKFFwniclnrb96u5oVBvtbA+ctPSFry6womHa9MBwGnWj0XLVOJPNc4zDNOqj&#10;UcexeobO0Jmc+OqN0p271YPNVqvS831WzfALzxVFVcxwdC4jxxgb9IWb9wcffnAsJOVh21ycT9KW&#10;cbg/AhUgd33O9qzlZXkpy66mke0bkBjbqlDvftxli+KNi6pr2DsVT5K4wVAXEddoaCq8RpLNTifK&#10;KXvQR7We6ckC3Dt/6Hc61upajDaGOpIygvD+R9Wez19+RliNs/C01breu4+M1TKv+ZRD8ZbvrORY&#10;q2kZIqeIKMtKW09aepx9Zib1o7ePhxx3dTn28FF/fU6WVXp5inm8a4hJlJIS33+v8sqNlOg57QFq&#10;WN5MDiVZuNfs8Yn77g+2EsXE7No0z9uHupOPCwenAw6KZorJZJgLC0xS8FRckHP1Jv3uo/7aonpp&#10;Kg5U096RwVPcykLiqLkvyDQ1kn/6w/3trZZYjOcW0jeeyXCO9ujBKL0obx85qiz0XStd5ksxpiAr&#10;s7GCKiqaXrV9kUNJnqFP64eDUdVVOYZJTbMJqu4dPfAkOp5k2Qcb+wvPPN99eNeFnZz20lPZ1UT8&#10;/nsfHOpGYWE5X56NJ5VcXNx8/JhLF5YWl6mjg8ebm9mFJcRRfVNPJhMKwxuGxfAiMuzK9lZ1OEhl&#10;c7CR7Vf3XvuNL68aFThzLI5NZJMb/9u//5f39/updNscxEopZUoc9Y21bz0X05rHG41aw0ywfqFU&#10;eH1t3pMsL+YbvV7bpVK+1zgcLV/9Sqlc9jr7R/Xhazd+LclaA/14r7bNiHRBylVaXS7OuT6tW/d8&#10;v/6Pr3yX+lXmVkWq5M9xuFHS7dmcmKeoWX9SUTzuH9FkEtXT2mMqiB16mshFv7SjPnOD/v1Nr//L&#10;BM1Rf0mNXyuUwdJBT4+CPwfFyvj1Q1nwWZjv+PX9yVG3jmki36E4GBHE4BFDkXYXjTnCs7DmMUU3&#10;Bg58dFbLhV1byJeOeT8/7H7wsCGGCR3SuB6DNeiKAkcG59pwNDtQreGZPrCBuvi9MRy5ibhNZPAj&#10;SWouaFxJtFVUeCNS4XuY8iVtKrS4UDghUg1D4cS6iME1fwx6BvLRcBMbyYC90NEbtmBBBRu4koOx&#10;xW5UkAbicSLDxvZmnzobFDzuf0O0IegxvWBmMn5PNM+yg3B+UaT4nYBQJgKt0FNm7yDUKmCFg988&#10;0RKHbfA/ZBKvP15ywS9D4+7dHw+VRihKOnvqB8+kzGdf+XzLi9BTGdQR7U9/bnWPF5Pv+ehvt/zj&#10;rOaPPvoFNG9DrX9UPd3afHRQKvuCPF0u5Yvldq1z7/7HWZquHOxypcVeo3GtmPjk8aebT7agXdP7&#10;PUr0dKPvK4nplfiJjd76bCcpZY/rvQStr66xGye1g6NuYfmSBTCCaccZNiXHfTU3Wy40TutLqfwb&#10;7/z0+LO7pVyptHJxRPG5Qia2sND3uNTC9F6751s+S5u8NCrnleGRMbeQTaULvYG28ejeleV1OTfz&#10;aHv3yc4uLOIP3v1AFnmR46sDu988xTUor/ZG1vXnXm51GksXr1CK8t792+fm5uGDaIbpaoos2HVN&#10;sBzLt63CTNmDEtWyEA4tx2PIaC+QAtCBuRuKD0B3LMOgeI6BolYSMXDFMoIkkY4X3wIotaGLhE6Y&#10;dHvIwb2tRYzyodN90G4GCwP+7NrOeCgVVNS+74ZRA0HD6mP5P7wVGo/agmKaYwWo/xn4VdDLQlvi&#10;jcPuyTzu4FkhjzHpo+BBJUZ20wgeUQyw9YfDT+58tlyaX1lf83MpeIvQfYChgcHtkxzjaAc3QlCj&#10;OrplwnvkaAYK8aFpijElCRU6lqVgNGj8zHhemABPZqZZoUQlSDqIIJtohwzy3Cez0EnPDyoNgN08&#10;i4w+I5EEvh1KE3wUpKUH2Az+4MG88XA+Ge4NSXvPBBPTqCC6PRpsPjH7K4QFCUBAUxOeCLimY3AW&#10;963hww1/5qL8PJqob1A4gY1ccjr4Mvlq2L8jDpEuFHfaeLcNzzZSsoYKJDyVnGxkodsi3GKoaK/B&#10;b8N1g0vjkWh89+wMoxxd1/uDgSCK8IM4ZB9fDUOndHzPfbvf1/HDaAwsw42nVPgEYdA86XWDVTEE&#10;0GUwIO8W1riHMxoAbSEXFjAa2xzZUI7j9+nyisjAQ207Lahg2x3WF1PZ2L64ky7lfbO7dfckl1/Y&#10;fLzr2vBOBMcy1KS6tDZz79HGy7/2zMbm/ps/qq9fzvYHHbPtCIwDPU1/NIJOECAh0zIEAa9lyVYk&#10;R4FOjhdlz7MBosJLEaClwUDTtH6/DxdmbWX527/z7R//8Af58tzPf/5zThR6g55lOHDJTchGdB1o&#10;3TjX5TGk6poA3lDBJwKkkyHYBkZVNFPnQOoDX/Hh1UeezxJdFjxVGJyC92M7NMViFAlP7QvQFx8/&#10;xY6HcSYfn3s45sIYDdu9bl8bLq+s3njhpffeeU8UYnCeknAHOjgxw+MIT/+DmhIf7WQiA4AdWPoF&#10;th7ctdIuyYaEAp4l0An5AayDgieawqcdvDWPnLagscK/HF4CtjdocGxN7x3sHSyuzexubfb7Wjyb&#10;3t881oc9CPEY9gaEOPA112Tgh43BX937s2OtJ27Eynzm4srqw81PlZiCHN82zCa0DgyTzBahlR8Y&#10;erXTbva1405LkWTZRN1OVx+0+ma7M6oNja5/MlQUWklxFuoOBVbz4x3TpLQDrmoYJwNqSFGGdero&#10;174wd+Py4ulpFe7J6sL6w7t6tf/wkDNjbOq4cbRvP8rHkmm5kFFiainBcGqtswF9gW6KebUoq+Lx&#10;/ondQDkuiUQM1TGUGNiqhro+GMG2a2qO12y3esPW5YQ1f1XfOhzAZgvfedjbud/Z6NmtYjw1cqy+&#10;NTpt7TtS9o0nddv24iKjaJ7WMZPxmNV12m53fXUWeZrpDBze8BwkphXDa7GiCgsJubrvdrvmPo/m&#10;vKR3PDi2WsPdWr9mDLKx2YuFcnEeJWLQE5pD56c28r6z8TPPYjOx0oo6nxEXOoazlCwqrEiL7oVX&#10;10xWa3c1h7JYmi3SKY4SFCkFwJDCyAIty7CIHSiq8KL0HQsqsN7I8IilC5adYWgW/GOaAPDohgE4&#10;j2UZFgYoLWjCDcuCP8FVGYwcwzGFvKeUvINOZ79tUidseZ9fX5c0RFdZu3HSb+hwUTS2p2/tn6yU&#10;c/e0vkQJqNn84b895jIJ6Zni0jVVWnL3TGdFEd95uHflSiau0ihm+RSrGT4gNJWTTr06gl0qcxmO&#10;POY7P7n3/M28krE8wJoydKPnvrOpfUlIJOKInvKrHX3gmD1RaNjOzOhIXTS7OtueysKBm6C5Wz/e&#10;nF9IVx9WVUXInU9/9XKypxm7rXa5ozerre1fPIrHBND4tT1qrcQ+Oup89glF3Sj94Q3+alI+7nWh&#10;5Xv9q9KdneHD4+FKkUuk3Cy0ckXbsThfgJMbHRwOm73ev6rZ19czX1t0Z9hu2/OqHltMibp+mk8o&#10;f3XrdHWOm7nA9O537+2I2XXqxHTgWWyn2T973O94VCLFLcgoL9Fy3EoiXxDRwyHLzPsphB729fUl&#10;v94d7Q/1S9eYRrP1eJc6dlE5TcPmY9O933xR/exR7cGRNruonBh0y/RmFWbA+jNT7hd/J/f2He1+&#10;/RTOyEc9+8aq3LrX3J5N/PObcmNL++8P2etrUkl3UE1fmI/F064JC94eZTw0PO38+Xe3Y5nEqWnr&#10;MnNxPWlohpVGj6Hu8tWf3T+Bm/ntK3yCb12MCZ8eDi6dl1HHuH/kVqZ0huenLCsmirtHd0awvRlc&#10;qzUQeM7VuMJUPi1lNh7vWANxaa3Q3NsHvMNsVNu6jj2BEucrMixKGZBBQWprWgb5oPbsNxucPqo8&#10;esj7XlqW51dXK41GcX5hNBjafb3pG7APpg2rdnhyWqkLmTQcYABV0oYO8JptDaHYhfPA1fxRr+/Q&#10;vZbt9WvNjjlivJiaUf76P/58PqPk59K5JSkmCeczK4OB+0JpOZtNIaqlOQPYHg+Uk40HP4jxL82q&#10;KUew7u98Upgu8E6/lC2wvmxVjzbv3q4KwwdVY2lxaTnv/QopXuzVpINpqX44qjSognBFzwQ5u3SQ&#10;gov8yKAalPW064UjT8/yjSNrbMgffN68GCb3onG1/3R97z/V72LY3Qv+wQAxI8fgZzEu7497bv9z&#10;PPDnXy+snVCQ/0t8y74/IVH2oyFIQR/GhOrSME5oYiaSH6QhhR0LLi8xQI7wOTgxRsmfoDEn4rkm&#10;rw7hNc9UsNRkX0Ym6wZThryofSJlj4vLLewVdvSRBawYSaxCsK8KvGDbFtwffFkch9BIKGD/sDTY&#10;wyc62HfhDIZSP3hXZKwR3DLM8XAcnLGgH/ZYYHdZxnbxixmO4+sWYNwB1oFrAvhN+OCmw2YuVHHD&#10;tWTGmcpncm4qeHUmIE7Q5/pdhGuDaNxSOIRqQkyOaRnMVQSdpe+PqXCE/vY4H39s9I54nbNpuNGf&#10;Ce2DzqKeUdRm/z1hy+QDejrwhaYBdWY4uzii6sfTgcddLYpgm6dJ3adZZToY/xziDuGsYyqU1ocx&#10;ZhM/EU37nRg2dTZaOgz/givJdrtVTRff/eCDhMoaw1qv6y/NL+id49PjVnP/QOYEx+ud1B6nRLYx&#10;1KrWcD1fOOUQlCNffvX5e8en24cHlY7z9t2uIzOaJXZ0a2Z+/bR60nhSExx7vpBAXpdmUrHC3NGj&#10;Db1TL6eTfV/nU+n9brO0ML+2ONvSdfVCOUnx11//woPTRvvw5PCzLXF+1mcdKDn6nVPPy/c7Q1tR&#10;j49brYP91enC4d5+yUfFqdzbb71xXDm9fuPm1oN7T3b3Xv/SV10316rCjzDV/SNYolBoZouz97Yf&#10;U2p2r9rJz61Ko+580X31C+XeEbSdBiz8t3/840wxn1DV/PQcySRAxHMe+A7CFDNYjqIkJVKpgMu0&#10;baA0EC/wpmkE9zOInHPJLC/8kLoYnydzrv1w8wvuCnSSMAoM2ldcZAdPAlE/EJ6TEEfBEnd4jgue&#10;edhJodkOstFJBDoNVTBsaEFOuhs5sUmv6wbZc2SXgm/Cb2e8KaqytFguzyytAHvNYV0GVI1QYuEs&#10;ATcA87ynhPwB/sMiIKd4lhBa+KdQkFd/Jk4gD6I6TsULwt2jaAFC9dKhQYH8BUOGpNHjnQtFEOdE&#10;jIE/EYMf5AX6Y3AzeJ4JA+qhs4HU+MSJYDAi4o8eMXxDCXXqEVJu/BOYIJ08V4LEevI6Lr5y3nhM&#10;edgKe4E2gmhQ8E5GtmzcfFpO0Kdi2MEhqAM5zwgrTljbADD0XS9gyEMIIAARx9Yg2GRxGw/NG2b/&#10;nYAZdknVCxetMFXY2dmp1058IkTBjSMIKWhQU8BSkqAWBlom0ML4T8VBRMkE0AeNNNi4g23OJYgB&#10;8bRgWJEiRJNPBszreg/EAbDVs47P+AKgMSurK1Or5Q8/vt2qNQrp4sULs7/3e996461fXLpy/vbt&#10;h8mUqtnDF1+9Zo7cO+89gne3+f4x6zECw8JnZAksAPym5bnkCmFkBhpK0u4FqwGeUCj/kawohjYC&#10;nhS+X1IkKM5sQ5dFcW9nG6AlwzBZlldVptsZCpwAl5mTRbhlHD4kXBSNJhyPtGOiLdCPFk2wmOgI&#10;igjOAyw3CFIignUVcuDh34Zj/thgSD2gQ2KhUNrZ3j4+PVlZWgOsjGYCiQJ8F3QHdLAMA+UC6Wzx&#10;6vdDORF8JxvBKASxZJlwsRHpFNkYYJk7wYxBh4LJ8kRSRdBnuEGypD7eeDI9U8oVSq4LwN0OE0uK&#10;+URiKj3cPpIY3qaQiHjTHiaX1BO66anI73u/9uVvlbNz7Xr97ofvOZZ+48XXDF1P5HLwanDLM5lU&#10;f+Mh3B0TLi/NAqMPHWc6GTPMgWEMPdsTKEVklWat4rdP58szlu6UWVUHmEDSWykmly+MWMcbnJZn&#10;Vl+48Fqv3AdcoFHpaye9R5Wmci5dw5IBJZONAyAGGZ0dUxtabEywWSF5VKuZxsCGtsql1bjKGPxQ&#10;M4CU5WkOg4pI8aF7RKwcU3lekgQlnkzHUhII07JJVqdrXfOAjpWe1D8WpA6IIG7tVjBb7FIvxFCv&#10;1riYoHJFDsIzYWuBX8VjzAP4PhDvPLFtBnhdx04zgqc7muUADlLhMekODwB0srWuNuI5yfCooZBO&#10;iNO+1sjFQXk0aFlufwiPxABeR4ZVw8nIl7TBwWn3XZvqax6/nHyJ7t17b++vh1x1oHH7n552GprZ&#10;A4bS5WyopDBNAFsiixl/rHFhCULj+C7ZxplgEqP3tNUKlkBw6HuE+cekP350ACe0TZvS4TmK889/&#10;c0GY4lWeOa5YT96vffiBe/W1WVFGxSSXk5iBRO8x9IzL7Px8l4lzSlZptXSW4TvNbqoZL8kqzyJ1&#10;kR8N0YWrUyfN0UGNAi49kU3orq2y3WxWaljo6lrCHpmf3m05CeFxxWEr1MosHJvUUg75bfqjNyvt&#10;497rv7lUmpNqCe7lWREUGd/Zdi6r9K8/A/gavb2H3vysP7uW/dK6fDgzk5vh97bNW4c6dazb96pH&#10;MQEuDtx4pNLyleLiciJRHQ1PelrP7Mj8v82X/7tFO8O5n534sfQoU2ROG+7HJ/5cHvVsbzSky0nH&#10;gaRUg5qWuA+/u7ualLdN+4/3ZTrF/u61VD7eV1jzqEl9/47Wcdi9Ltpq67EYem6Bu91ylhJczXan&#10;WKo8LT081UHbBd3zo6b9/Iyye6rf7tCvzFG5JEbF5iQrnuBT57KIUbbru3KeuVySm32z1aO/tjJr&#10;243qsPFrVwEs5Leq7uUic/fUXL0m7u55vIvOFeyXXxTh9Buy9Fctrq/T3rey387BenCmV+XUEBA7&#10;e+ijU8R877PBM8uq13co2Ywh7/z1pRd7zmdtt7ffKebkT7v+LI1OQbBQjHm28cysDLegr1NHlDAb&#10;o54tMtU9W/O8QoopKLEUI7EcWBS9xanZjs3Vjluso03nSpwo1bcGb+xv0z3YVqndgxOV4wvlkudY&#10;Ei+YOAfXGQ6HTCGrSJI90EB9YGu9k3ZVBRBvNGqfnrC82M/ll0XJ6fa2Nx4lcylO4FjDgKOIUxQx&#10;l15Wk/1+E6A6KPoljnVci8xzhV6QxZWOT/NIBMSfXZspvFyaWkjPy1xl86TVMPdq9demEgB0tegd&#10;oLo2Dk+4ppzNFru6qfVbAi2kC7mDnUdUaV4SmFzadgbvOdBxuHnRkT64/Tc9oMol9dWFTLmcuFhc&#10;/9V1vIZpwTk1Wang0x06GazgswCKhcoNCrZhv4Mruqjejno4f6yBjpoPL2ztJt2Q6Gl+NuwDUcS5&#10;eVH7ElRBEcVMSk2XvBt8sjt2dqokS0r4gn/32CR/giXzJym4sNGYGDw8kW3lB/SCF/6197cmzQYf&#10;Pzr0Qguzi2sbNurZMMeETzmSnPx04NCYXUHjtOFAaEdPKBwZUmZiMhZXr7BF4pIXkTdFwovheEUj&#10;HQdEA7cDrwVSJtg9gez1SEXukTeE2WByFQGFB5mWh98hLhN8Iu/zQtUuPs1xjQ0UjWGBwAQKJhfw&#10;No4nbwV2ZGtStYwhbA9elycjk8LS1MOkp+2PG/WoTfXJi0QicCpaLj4uzH0coOVTofAwzFX2QrIF&#10;Dg4on+hA9+1PBHePrbdjvvYpMUG0bIOMZj90yY6ztcdE0RjIn3Rr/1K9QEA2mcYI6kwWazSZMP7K&#10;n2T/nxoUhM7iyiYVzl74VOD+ifbDJG2aemqotffUdCJ0FhMepnCRFsWfwGiCd4GxDBClx9RYLBH/&#10;rW99s9/v7GxvGVp/++Cg3hvEJAVKFHOoF1Ls/OzsTn1wbmkhKSk/+N5Pof8ECPC9Tx62NSB50oY5&#10;0vpmr9Jbnl1aPH/x9uMdn04ki/Mnm/dyIrs+xZ+ao8ySmshch3e/fec216wd7jxOTEmdXneQiT2p&#10;HOycbr1684UPN+6OFIlJolwhvVfZMfyO4+wLlDi99ux0MT30xHd+8sacxSaFWGF55WfvfHB4XGE5&#10;Yf38xc8+u0eZWq4w1RsB4aEtnLuYyWez2WR8amrvyZZj6nHA8IdtKKBN2BBcL+ZZot07wdSWBqsY&#10;2odXXroJoDqIYZEFoBWwjix+hoEcsj14VLA637UBDDL1gYspU/z0QqMAHZRr6sHAMDC584Swc0hn&#10;FKhBgtBwIEzDHYvULzTmk2iXtI1A4ZD4d7zMXAxV06TuCTq6aEI3TmLzkRckwiMg1lDwqNP4oYKe&#10;NbjBBCECDMODAh33MQH9RHZEoNCg0hIYDkShMijKoN8mHgb8DNCEN6QZ/BNkjwiHuZFaGzfvDEbm&#10;gJCgER+46KO4vEhtEfWxT8/hwl9gyFUIt6dwWFnQ/RK0jyTKk4niNPW3wtWC3ARvAppCZCgZg1jc&#10;S6Ao0W5SwX+WaehGTGukqIiS04PPGLWFkXonlP7jt+SFyfL+mZcltNSj6Ge9MwgNxqMTAjdQKnkh&#10;3xx2/n74Uj7e+/zoV+PW28UMYQQ7BQn4BJ7wAwE1XqNu8K++AUy9MWw0G6l0YqT3AX6AzUQSZYAq&#10;EUZhWMuisAUFCgraJQPWMXMbtv0R1Qy/CuoSUNrSERTihS/q0Zgwhe3a9MgeA0GGHOCX0BDhvwDu&#10;y3v//Xff/9jlYvCgoIPqNDtysiud5ZXFYjGdSMWfv/H8//7v/l9ydMFPwH5lib5Nc1IUzgBiBxML&#10;kDluoGE6X2bJU0JAVSIlwk8TdO+8A23XCDgsaJCTgPtnsu3+YOXChSVEv/XGG+0e5YxMyjZgJWP2&#10;gMNOHDigiDCBBqk3FFMOaaIJg4qdLUGXgEElPzgOUJBNGJLs8EAEjScVfofnM1FVAOcxxFfQOIMi&#10;miSPLyCIlXle1zVRBOEyNCxEooT7VRpDBaTNDVdgCMciwvLSdNhiA0zLkiHygQyBPpuNHkLvcMtI&#10;7wNdAjDD+GkGXTjJtqDwOW1oTrfRh7cBFRWYJA72HiOeSmTjlQMM33A0r1lYzkOnxD70prr/1edu&#10;PrxzR74uZ/O58szMvbuf3v3sg+WlJdgyRv0msKCw9DRjBFAE9Ou4m3IwC1xcmBoMgeAdAkJ9VOsp&#10;I3p27sXmQWb/na5nnk5PZ21bA03y/DNXHWH0sHavfCl30Hx4Z0eeLizt17aAoGTzimpjrjCOxAEl&#10;+AZSaI9xrJQUb7SOj63+5dmlUnwGpZzGYHj78HiK8ZZg7y6Xb15Yt3pa+7DrmyrDKIg1ZFCessjw&#10;BzbdZwT28KTl9HSp4H18/Ofp2NKxvmsjHcB2NuY1HXoECl6H3d131lemVA6YUZ3mIarEZTnQVAOg&#10;ZCLXICJz6eQYRNoOpzCgY43lbIQfHA+cOHBJPNY9qRr55AW4JGp5mC8zWSWjdeL379Ro0OML9msv&#10;XVeoIQeSS1ffr/dqrpdNFRXq+KD/k1b/TZNjPnmv+fB2m/PEgiwlWFVWeD9EQFxADFlSCMAzLOAq&#10;jxJ58JXAWcOSkBOsjI8Dq06WDMZIOKwZItszoI1AOTC41CZ1LywmUGJv92/vjcyWwYNKGbqLxZKo&#10;jOzDu22jZ8ZXMwCdddqmyNGabniSCA9zrWNyGVkpx+EyuiJzarGwVhIJftDSlYy/uiz3DC8Rl9sd&#10;R3P45sCZiXNFkdZNfJio2ZjHUt2utbnfE7nchRVale2mLlpx+dmXsozHP9oztk8GRlOWk8wz0yoy&#10;RgDHbTeojSGeaxlr6j/8P45qa1PUCP3hc5Joe92SMn3h5f1Pm9UDnbuUMQvcKyuyd6C/+dZ+vzai&#10;VOGV5Sk5Re80QNUs/GDbXF+WFhRjLieoyGF95v2qfTUX+/P32+dKoq7Z1y4rpfz8k8fo8Nbh7PnU&#10;jIq+/27r3FJCAViDZ+IplBGZT253bl5OHbSsSp/VPScrehnBK7C2KnOvLKDP7jrvvNM8SspvVv3/&#10;4WZ6LtH/Hx+5L85KC7LTkLwZ0e70NZ61OYmzdavtGImMdUWUfKfVBQE9ku93XT4h9uFmZNyXygrn&#10;mhdKNAgqaiYz1B3BpT7u0MUkvSS4swnqeODCXa9sud+j2ZsF+pW0051lX3ZAn2vB0yg74I1ibzf2&#10;L92UVnTv4QHbM9nBkXn9y7nn3MzjY2dmmh2aTgKgFx7p8L0y9JH+ScXY8agCr6Ydv29XbVeBXFrL&#10;HvY0PzUtyZkl0ZTtmr2gTA9VTwMpppTK5qX2yf5AcxRFNYCgAdGLzCeZacBTYQFiG4jvWUPNgU9F&#10;+SkBXsywhkOxWMLnFpwOLOzaVqFYougBQEVKKae3hzYAEJbggDTJ1kGBBv08AJNQ+wNk6cPGTVOD&#10;9uDYc9YuT3cTkn7Q2Bl6uWX115+b/cpc3jb3Dd+RuSLYQ4rqWowrP3j08aO97arrzc1cWDs3/Wh7&#10;8+B0cwAb5EBywSlgocUYXzT24GVfuPHlxWKyZzR5lPCQ/avreHFRRzN+NBiHVHR0YPtkiNUVqwJp&#10;MItyUflDj6OixhJNhMYBRGjSqIjCQulpO+ZZ4YTOZNX+UxlBxP8Ap55L5ElwmAMpY8KR/w8cEPxL&#10;Nc+BByfKWw5hYxQOcT2rZsaRzWjCeoztZHRAeGCOh8VZzWxgEaPJ2Rm2WMQ8GHTEwd8StaoXiIkD&#10;BRzRAJP/g69HkUxhbeW50ThbqHspx7IxCeRFhALldwajykllcbYEpzoICuF3mvoIoC1ekgP1ZUB5&#10;E0cdA4fscDAIzElEyezitCrXo5kwxpjYbnEhiAVZIEAFri4Wg6bXNC03UFlOjHAi0mkMexOA333a&#10;nRx0x6Ev1yOtpkMcc6HpLCJyObzhE39LeHV9nkRtAYcPoj8D52bRAbgQ2a8n45gnM6dCUAVN8LwR&#10;ChOi+15AxJwRuZOJaL8kWflzywb+URPpeDIVOO+IkZB6SiPvj02/41i3cZB0NMvZDz8K1ldS4+yp&#10;qEMnXHigMqADPiPidOiJscaIilYs+fsz4pu0ZuzFyzeGljEctDrHx9l8eXVprqcP37l1Sx/0KN63&#10;XbM0UzquDOLpzN7h7pbJDju1lJqAAx+NPBdOUoFqQ9di2sX5mUfH1fuP96dnlkBOsbdf5wCGb7fg&#10;0OJz6lHtBHrBzOwCM7PwWW+QLKjXvrp8WKssnp9JufP333/QcToSPTw83hJ5Wza5a+eW4okFjnst&#10;Lin9+qDeFbZO6mZHswRms9r507/61/F4QgWzSGF21NeuXr4G+tYkeFIQm0rnwVIlxlVFEj/44E3b&#10;9dMi86W5dPk3L3zn3YfxbMF+PLixdkXNCd7+Dk3HANnNZ9KAYPq436XRBL4VFMhuhBLA4zTyPEGW&#10;sTSB4zDxi0WwNEkhZ3xeYEnhTJSjGIQJpAhe0EWSr0TbGObyMKpEaEY32mfIwx+wkfD7eRvLnbH8&#10;FJEGlfh5QTYwAt6Dsu1uu0W6JCDMEKZqA6iMpKjnitPwr91OOy7HiCkfzlZQSdoxWYqnUx7hgTEq&#10;RQyDcH3A+kJaTAaYa6Cewu2WNE9kEZG6HipwFHpTQ3cuYtH42cVR8CjkuYOxYWiCK0PjhU7y/8jS&#10;o/1Aiu+Fk77PZnSHz4cXZq0Hd4OJyGd8oGDgAIVxeWddazTJLTweglgE3AONKTsqoLEZFPG9496U&#10;Gqs4fIY5204RkW4Hq2IMkwJgMSmiwPpVcgbgc4589mAgXeC/cwmLC5u9fwZBYVoy0rHjvS7YnBkv&#10;YILxWmH8CHjA4B+DCWjHj8XEUqmEcU3ww4PPWpJpbHd2+z0Djc9O35/0w+AGiAlm6oHTQ6DCGEUM&#10;R3NBQ4bXMIKOl7dNJ1hh+D562MjC046IOWca46MctN2g9z6/eHV3Z+vDjXd82sjncwentW7D1Dr9&#10;ZEKFjkLhRc/GoCfgI1DN4/OfV3QQQUBJFpP7A+zg5YEKwF5XnqA/oesGurlBtwXdAJYbYXiQUWTl&#10;8YOHqxcupzMZeMgUOe5CkQbxDCDstH3oPSm8asN7fDZyLkRXqMihjUJrSxgFEazkyAYSrlE/rDFI&#10;h0kAYhs9nejBYhGyT965AM5ITJJDsUfzND7MfDLnjw6nCuLLx4RaMLzAXJooq/CahLuKD3LcRdN0&#10;cAriR57w/CgKXMQoBMKSezY8D338ljBmKsogdX388NH8/JeAapZBx2t126MWaPBFBWTocE8R9DZK&#10;XKbTQzgkCyz/8a23f/tLvxtTVR52w0R27eK5Tz5479nnn6cZAROqPDc3O7M4PQ23RI3H1XhKFuOg&#10;PZ9fnu1bT8Dsyggc6A4huiHpiy+99gfPdfrd6sHh3uPpVE73/WqzukPt3J9ty06lqrGfvvc4CY4V&#10;nEcwarS6GoPykF/pUrIcSzAxWL9xkGAOmb1HnUJR4pz00WmDVzlVUdMqd7ffpR1g7OyDvnstU9Q1&#10;6/7DU5BSZjNsbIpxhEdIsM6/EreAFGx6jUE3n2Qqbl3rgaoU7Y/whmIItOo6C1k6pTjzq8Bkai7t&#10;ilRaFVJDt9F3e4i2gqmSLM5PaE7PgCwiaUMb7o9kZLEMtD8OVDUWfFxkw4kWoxvZmNG3elA9J2TX&#10;7A9jSX6oM5UeL0oXFMcYDbYb2uiDHe/r525eKb/89v7/4rgVzRN479zWx39TTBQS8fTFpdX1+YVi&#10;XknIsFQEsrEwYGlmAoEWOTYC2wx+CLBxBEc58Kw/HrsJ68UlmzTRDYXFJCg1PKzC9xvdnbu7FkiX&#10;dx60RM/bqfTWRKnRNT3WS10oKjlx2ITPq+diUi0lpmVuuNfHSx0HNtDQcrGK0t5oL52Lg+dA4KhP&#10;320qGenq1expZVgoY2xYkdiM4sA+YI2oXse+eSXZtVyTMh0v+TdvnQyd/Oq8XEqZAIirvJeU7JUF&#10;5b3P/Mqt+mZ3lGUUS6Ay/3lpMefSIteIx+kjW6/1yjtNoSL+xQ/1XCn2+m8XyleZSyuzG3vdRxr7&#10;/Dlm68fVR2+ecmlZgPeZVH7xzqP1xNrKZTHlj1Z56uN36t7NlEjbsHQp0Z1No1bPevUZebdqbx4C&#10;dG0266bRsBeXMvffq1DPlHmZ3zgc6TwSHP/yKlf2rKP90Z9u9G7+1kyVtRZj9N9senmBTeZoyaM2&#10;G/xQ5n/398SRTn/nM/O7T3ovlqnXKFMYsE2BUU1GHzkZYUDbkBripjlnaNAQA3DoOrO8L0FYK+su&#10;x+g2cvpFbvsIraxDqAYPewlnuBCEspinGJeZT3jVjvekSc/F/Rji741QYY5Zebe+NZI3W/w/StFL&#10;M3S/a8ObMWlKpd28KtW6ox7HlZepfN9ZXJE+fGS+uM59K+sOO8iLKdWhDgq8uQQrIldO0N/6Ajfs&#10;Sj896H00aEHKw4wImI9XSsytZorVznF/NAABjqGxe09q6cSSEgethTiVVmubI99CQ6cDlpJ0Nte2&#10;dWzpAOBTFDnDTEGnrMYbgx5ENgBwDoyVBxfCBHuJpMYUkLw1dB1qFcO2of7ud9sHO1sDCpXyaTQy&#10;QEEKiQ0+OB75AHXEWhWOF5R86msvP3vuXOn8ufkMw6SlfCZVKqTz2mCvb7+1Y9xq6582LdbY0766&#10;XlhbmM6UYS/Jl9SiQFkX8/Onew9+fO+B1uWnp9XZ2eS0q2inxvkbF/Zbd+8duwonAyh5aHX+14U/&#10;+hV1vBzL+mcWRJ+KgjlwegkTSMygwRNiKkd9fgBvZPw6K9/D8UYh+YvGPFYwXghNZNBODKv1J8yQ&#10;Y844wGbh+ACYFOH9DHMgeFfx0T9gwPDTvQtWZwc85LhVp8/k25iICIbdBsQMSVAOX4XcaT+o9tyo&#10;UqRJagsUMaTMZAKv35jnpIgW0iP/R3q/kOYgo29JPRMyCU8NYfWD4bnE+OrjdBvQyDlYfIdZHzdA&#10;t+EPjRp4Atx6s1HMZdrNOtTtIjSRotip18DpwwY1P36HFI5bgP+B0478A0kf+I2R9+mTDwsAJOlp&#10;saEKnE8YAeeEQB4oiPAVN7ynJIEj0gNjdbvvjdOqnkoPJiYmL7D/+UFkTaD7C1o8LLjARwMwyQwO&#10;psGVoiTxssga+ghWoWkMSYYWLh3gzbik1GGpz0WcoYnA73HrOKlwDkUFId0yFsdHavunxgb5f/90&#10;IgzTBjwQisrvcfYaOpuzhM6CqClv4t9ROFSLMFtkeFUYkUYwET+at+RT4Z8npvYGMHD0mIWfjQ7z&#10;qqIngKgpANOuVU7iuRx0sGJMKuULfdOjfXF2dnWvcjTsPi5mElC5nlZ3Fb8BWPPeEUTW2Kxvmu6Q&#10;9wf5WSie9OlEkhLytaEF+6SisA6IYUQ6n1QG/S4QJ1u1/sWsKvqmksyIsdTlm7Pv/+ItJda9ej6e&#10;nM9/srGZZsRf/43nYqk08J1X118F+YpNuZU2ard4xqV3jP5pq7Z9cGdUrV+8fmNn+7O9+58lKOvm&#10;s8+ajELFMjbfuHXnlnZ0+LUvf8kC31SxlEklKXN0Muy6Mcmr1LJq9vL5uSfDBxSnF3xtaSl3PGhs&#10;POrVWl3Q+EPSTyqTxtFtWN6AwmljiKAzPu42CT2HSzfg61VVxUZPjLuQR5cEVmH7O3xyz+Hp4Klm&#10;DC8QoHhBiA6WyOL2jGwlfmiQAC0xL4iGoYMSBl7dwU4tcPib8FfwQILl7fjowLdwzwy4Pm4P8K7B&#10;EvUj68Lld91EMoXhKDIIjMHUGTy0DiBVYMzstFvZ/JQIwBrNEpqXhcNGAjYh7MqjXpE0AbigwlPS&#10;PBr3v3g3gj0JTj0MqBG4EFgGmqxiNmoyggHggXwDhZ17sNRBrkdHihQ/2uIpL3rcQkiH7INBUxcR&#10;YhPtLoqmiKFINE1Fin0CMQR/5ZEnzJ+IXcCdc/hska97yAsypVDUCEd0L43CcAkU5srR47x7zw/z&#10;/QJVjh8NA0fBMDQiUPGeHm4dPO2hftUPUQHitg0OMiyQn5gbYPtoPMeOCad/j/MogqPCNf3QlI23&#10;WLi5AIqC0xwz8wxYtESBlygibMGBEMgKYsO8sWIkBCKocOsNEDMv1LWQnj/gM/GMdbKZuyQzDL6O&#10;GVQMksBl9iATCkyVOM4GE5zw2iZXr2/39SMZJMe+U683FZrZ39qBgDbTBrMfhz8qiStkHJ6MmgM0&#10;x8bgLinsiYLHI0IeeCAAg1cCLW+I2MGmLoBHDPZurlycvvHSy794882H9+4++8qrPHzyWAzWtppL&#10;be3sCjgVSmSwGZYnDLEZBV0EIDcKbODEqENw1rEOKhhMP1a2kyMn+HIAeIQ7LO2PgUisdLJteGc+&#10;3gGUw/09kO3EYtAkcNCch5g3NqDTkb4fUWeCApKfFYlusKso8JwHajA/OPL94OvkP5GjywuyA8hq&#10;YDA0xJDVBRZrbdjptofg5Tw9OgDBoWmLakwul4utgxYjCJSjmcwISegaO7+Wv3LcqEKsGGwQIIHN&#10;FKY3Ht/JF/LvvPHGtedfBLVvr9c5f/78H//xfxj1e81WGz6XGjdrzZqsrHZGwAD5Iwr1eGZBkZsH&#10;lf7xvcqdWyeNzViam82UTrsdOTOVzYtJ1+lyVI13SqBClrkjDZTp5vHIAWLw+M6uZR6/8vL1HDcD&#10;Rs2G15NBvezLtFtst+xauzKbyTd9PV1UznM2FCyu6fUMQD3Kr148L2Y/bluNolwCnbWOuk+azpPt&#10;bZZz18+VoQs2PQpSr+LcwHK8q3G6OnSXpezjw2qd9lbznJBEj+sW7Eg5CRLZdgArkMHnh4XNsDVC&#10;ByhQCAJ2+BjPkwhAEI3FPMphOBAXsSnYHl16VYV8B6DycgWUbfQPT4eHfd5QVjRnSI26zHc/+jcv&#10;g4ZIoS1q9F9++bdeLnxxRFvitjyChU+LWXmVQT9xJXd2gU1O6xW/IlCzaWgJWV+CogTutm9jxzhu&#10;f106kBdgGM4Jx0DAgnWCIYxYdu54Fj7+4fnBOaI4uoCAinDewPpwj5uVEwii8Kgr6/nNt7cvpOSh&#10;4QpAnE7HM5cTw45VGdl0UrrX10EQoiYZBmZLgpL7ZBB3fc6htj7aXaUXqjbVML21c1k7a9YM/+0f&#10;7Td3G+e/tHzlSqyjAQnv3f6gvryYAi9+vWGs5jh3hHr1Pvaan1h/9dbphevFe40Br7CLWeH6OfOZ&#10;S9wnUvn0vZPh4dDSRu9/T/hH35y6kjYaAtsvileuzD+55fzwvW0ow+2N2r/+n9r++dxrL+RytPjl&#10;dfTJu/37e3r61+eGB6P4YopLcOz+YONOozQz++qU8GLJqOz6p3fbr34lWzVcves/N8XVbefBlukx&#10;3BdeSVT79osriVu/6N7lBWpOnS95SUhfxJgjBcY9kE3AAzdUqesX85+8XVmfil//UmaaGn70yNWe&#10;0OfnhBfm/b/8YeN7t+nXXsr+k3Xpp49H9Iz0zBUOeMR7NarLo/MFEOf6CWmEEzXlVM21Nnv21sC9&#10;I/vLaVDiYK8+Q/P3tzobOpWcTvsjc2pId7ujHzjUCcMzs/y/KEKyhv3pEInD+Co7fDGeOOkMV1fV&#10;u1uDSsN88xKghiZjUxtteipFJxKCgVFyGmywhsVCPsNggF6+IB1u6X9xq9XIpKgpZimOMgLSdHca&#10;JMW+3epREMmwWIo5nDEydVry+wb6aLRbUE/tDpCiXpp32vpAyi/yoJczB/vD2oOeLPMyBI40W3XY&#10;jGrNhphN4o4EFxI86Jyh8oCkslQ6C3qaQa8DsWQpkNfAyWSCdN3snJy4sRjpipDRaTUP94F1TeWn&#10;kpl0z9RhpwWM0NV1X4r5rBfEBLmco2SEBl2//7C9u/EEHsbsDNgs2O7O8Y5nxGbE374y5aABiKrn&#10;88vIPd7X9vcHx9cKf5BRpkfD905aP35/7zhbXlLoeMfWWh1dzMw8e2O53WvnM9cP6gfV4VG1S8Ul&#10;81fH8UKT4U7Ox/X9qMQOtEJhkmXASVLjs3gyrGfc/U4GVaHoi34Qa+iPT286+otJ8i084APVsRe1&#10;JAHUTnrLgKwjMkN/Yqzr/0/n60fS0LGOlOQAhSGckdWXhIUGYjc0ORZmgoAg7tPgk2mDvm1h4x4W&#10;o5Gjfswkk/gWN5omG4VUkaOa/LgbVpBU6AJDxCkUsAPB+7AxKOhgRQwDkh586LskTJQU4C7k3zw8&#10;2EpcOK/rI4Aq9JFuuMNWoxFPJLTBUACpGK5YwJ8IJhoIuASvi4uZKhrUDCMiqSHDbnHRgkxDZzEh&#10;hOWW+NMRL6AJxhhbg98GoZJBNchElmLAiMDVBbATNNKQkuERPVpQ7EC9HdwdSNYAaAnn1JJbBKA2&#10;tANgn8SfBi4TQzI+HFxKASAbUyBL0YW/AB8QXFIVZiO5PlAREBCBdx//LGcqclOjpx3aZ381mZAW&#10;UOpBdRz6romNMCraz2LDftlUZ39yRpFHtiw6SMyJ2NrxMC1S53ooxE4mVx16KvY5TPbyxm8QnXHV&#10;ZyN3/WhQcFh0U+N6fZz/G+m7aY+KksKgQmWhrNW6GpyJ6bQ/6AxoiMykxUy6eLB/BOT+S88+T8k4&#10;vKQxqI2GLTUpbD1xjtptnjZeWS85cUZsMzde/006N3XUav3k+z/we12Q1MV4qlo9sPXRtSsXlEzy&#10;w1u3v/76jfL5NYNPvvcQ7IinedE9rnQLl69NjY78oXfS3uP1yqVL11UZPwz1ets06N3HlezUTA8a&#10;bNuZz8SE6bxhdUEVc3q0//rXvyrlSthP5njrly6N6qdsuTS7dl6UpdbxSbFYBAn1oNtr73sQXZPI&#10;CEbaqLSddEZq9ZrTF7N37n10Lb0YB2EDoLCQxFAqQkohQ1ZkJEgkVzMwypLr5hHrrE+MWIE+2SOt&#10;IDZkgbYZoyxgZgF5Gd/r9XyWw2FusKAtLAgDCgW8cJBAwoxD6sh+UZyZrRwdJdJpYHMBIoUgn3iK&#10;Q0TmAf1SPJWbn52Buh4isLCTEGtj8U4LugtIxMTOtmxuct+F/8CjAtk/sAGQlg6NsSU8iAx77nFT&#10;AXQvbBBYJIeDyTHdTCJz6GAaOhFeY04pnO4NnxHv4ERtiY2GHFm/DGn/vMivHoy/DrbFgCQkTWHY&#10;loYzrHFPFRkqcR4Q1vfhl6LO3LmTUBTupEmxRwAemh3P0yaG9WBKdgSCRnPaAgdHICclPQzUlbSH&#10;xopoFACTpD3E3R3euggENz6ZKBJ65EX58HSQoEceIxB/MqFMHaOOZ895kAuIETogXJ2xBAmnHvtj&#10;lUs0f400MRPhhG5kfvaCb/bDQwuPuyOoH1j9nGDwOk7/JpgiCQAP+jRiGWfGYdMoiqEP9yPwpdBE&#10;XI1lSFh4GwLCeHVgQIMMygtwMLi32GrohdpaPMAd1EcOVgAAwkLhLh3C10612xBWh3w4vjgP08dw&#10;sUiiA3TeGI/0MDZi47A1PO8Oef7Z9AIfByNjD3QwTp4laRPY5EuqfzqRKZi2AfuRqsaXl5Z5TshN&#10;FU5ODrvtBjaIqarIswtL871+t9HpgfoTg00UHaq/AklNYJoNPCAEEA3sJ4FH2if5FkFOeJD6jXFT&#10;etz74kvtuSFYEFxLOhDHo5AgTgKuh68RP5XLgEsNM9Ek/w0uF0tOrHFEJPllpNpA/lhnH+zjNB14&#10;wUGOjf3zOJ1IH8IDCHlEThB2B55sjDT7kABBXN1woOMoLR9jzy4+TFj/W9/+p3Is1hwAKZfqGn2T&#10;td748OciLcBy4pLcc5cux+Wpa1dfvo5A8BsDYZtrYSAMKv9UJr+0tAQGM9jk4d3XTvbmpqeDVBP8&#10;yIMIHLoyEO6AdhGMrB5q0cwMh46rD+KFVjtTT0zHlZx/KlTfZ3QKQXIVE08wU7oLmvSsorba3RaY&#10;wGHhyFiMfWlhvr5nrarlFFe89/j+UawB/cCVy1mBk+F2zM5MiSJgp9bI9heyc61GHepo17feqf/0&#10;RvrmQmqpXeufju6PXFTkLgNDmy7J+axq2pBhw2i2nYbjSrwIIZl3Tj/arXVUqV0+L4PkKCZocGfm&#10;kiAM5tPAXfNLYMY6bh4ZIBoQ01B+wDIE/FDySemC5eFlyxz1rSGARn2kIw/EB7DdNWFlAw5gU0xv&#10;RI9Mk2ch/EGU7UKGK5RnY6b16YAZ2Yz9zvFfG7b52uJvxahy3d2Kg8zHZJ97Xb75ygrPTMPz4nlH&#10;RhvEANOCwoLdX2a5QFhFkyEWJCwg9DRZEYBChYMxWIcwFdiAQOIYaJKFg5997FxnB51Gv9sCTbrJ&#10;0fs7DTkGomw0O588eNj4xfuH3yw/D07K4nIaWmZa1nic7OYfxKVFheqAYDgjPfO1NcY1qppdcf3D&#10;ymB2MTa7BOno/skujfpGe6f7wyfNvu4pMrt0sVDXnbV5Uaegh7QOOh6c0UZKenC/rldaBx1GAvx1&#10;Kf7+49bDT8VnX8g8u8Dk9Pwt3ZIp6+jjk3/Xt//gv1hIgaDW8bWBu6dpU2tT8IH0J9VLF0uDabWq&#10;oVzaB/BiekmGmOh6yxDi9GltxNo8kInU1fKJb99qUVqfAYNVu0n9P+8O6qdDKiV+d0r9zVX++nng&#10;VM2Hm/2RRdl97ltfyKxtaZs2VVLpLGUUU8zpAPYl7jv/12FyLv613yp2Ruarz0/vVJyj1ii5KL6q&#10;+j+6PfzojXbs5fLN19KNjzpv75tSUZjOsf/mwP2dGXEm5l137V88dt8x2OcX2AQLwAgkCEIQnLGS&#10;9BaSBgXR2n4/npRPO/pxj8pT9MZem3o5eaXEfO//PkUrmQME8m/mvOne3mEuTMf+aA7U9T1JYGOU&#10;nebEnuJcX5E/+cD98e3m7Vjma1PmUo552HTeO6amVL9R8zcPjJQg3H9Qee61+Y8eG6/N+C88m73f&#10;cPcrvVgyWR9QRTh4JHD2W3uHVpdBxWnRk9gvLSpDS/cks8yzI6Mby6hiPmXqXSkxKIut0R3Fq4Hi&#10;Bip8BJ0p4DCz08XBYLjTasYhrESJyRw/ALcIQCSIqfV6pXKJ9Sx6pMG/4vh4iISgEFQaBsaLlNFo&#10;xJPnipOk0uKy6XoyGFmVhGhReq+KCE8I+y/4WzD8znjDpt180DEkgOaN48MuyAOufmVOjLF7pvD1&#10;5IVyemVaolrG3uHg462Wtpw1VW5Y0d4y3Ae7lY+3jnotnTt9smlpdstG115YL5QLMlMGC8z3b71R&#10;o48AeRU8LhPnf5XJVWHxfNY7oDFSSQBuWN8MjlL3vfGcluDv/QjMp8/gfyoM30BBLRTlQNHU0yJS&#10;NDnydPwmJnXOQTnkkdMvmKgbyAldZtxj+P4vzWo+SzSagN7HfFmUjnxmyERnAl0UxeyGXRF11twE&#10;f4crpW6vwyAvkUqPRkNYJyD1wgMMcGxqNI420nsHKH00vMn1w8wkFHqJyecMM1xwtYIDSaARBUyc&#10;hH3gyL9IfB3IXKF6BdCXaTcbyZgMNTZUG+1WM6bGSaaIB4khwJdCSkh+qgA3BebOwPcAlo1DEzzP&#10;AhcMghwJEYID4fByMG/uYXeYgF1VsOzhs0GkKFRjEuGriN0PEZ8U7RGHFWjDsAEKsDAfY9tuIAKH&#10;ewMA7wh+ua+AkAYPWyFWSbhVgDWD0BI+jARMHKYbgI2C7Qvv+r6nabosiYOhgdsOLCyDftvu98DK&#10;OaQnpcNEvfi5BRsZrydHBqHwuPF8Ujm5/plfN1jcY2rd+3zz/LQyIPo5fC/g0nFE4DceyxIEQQdh&#10;FP7ZvKVQVxf8pmAQ1Jklkj6Tj5IxMWOchUJPDSryJ4y8gQ76jNee5NWjJwYzPlBHLgwtu9lrABsQ&#10;S+YgYv6wcnJwvE/7RjLOGFQHZtlQgjoAqy5Ewlo6HLuJ7FS/O/xkF3I3jOUr5/79n/3FjUvXZq9d&#10;+/rXf+Mv/+OfZLJqZzQEo9KltQtSJg0XYPnK1b2O9eSdT5fXlssxduUbX3/48I3Dw/ogfwjap2bb&#10;jUH8T6cB83CoBZeTYW5JHuyEV56brre1mK53uq0ETCuhqEb11GrWzi0vlhfPHXQ0jtIq7cb+1r1c&#10;Jgv5fLfv3J6eKq6trvUHLQg8cI7r6+fPNz45WitDPESjCInisrtwLj6VlsrpdV5O2e0KNknx7M7W&#10;VvXkGFSL114uIeIM8IOhaRBCQBokj0TTwOM11AaYniWXUhFEExesODKX5LPjQn6qCAxGC2Ab0Bsw&#10;HCSvKHCq4CKLYpZXLwA5FfbJAOeQMCpg7KbnlnByegDFMYwBLrtBD8phPrhHDkTAcYFQGr570O9D&#10;DUQTShqeJWBiyegXXBADLwFC9GG3lwAhKGlqcIokiYEFaTYUzkoiAcU5wN2sIJBJQRyQaiwUW70+&#10;SGGwRhnCLkyHzCDCCiRQvHskbkVRwIDGOJhoINFVKPSF46k/4d7IBG0fFckZwsAVj3CfONALsWQm&#10;G0P+G6zoyTQFP4JII70Q4tBZjiEWEoeOdiIixtoNepwtF+yPDt7jGKKF8PHwFyqUM/tRqBh+5nDK&#10;V5DsgEOy0Vm+UdA2ecFpREpM/NaCkd5BS4D5ZI/oZsjRFQmqfdzZBkkSYWp/0CEjzCBNyEDCU4Cg&#10;aBGnHSJrQc+MgkHlLs6pxb8Pr7JwDACmXFl8hELSmohTu8mcG3KcMohMymOImxTZ4xT30JOL+y6M&#10;cAQZ5MHtosMO3Aud4sgffz8ZIRNk4flE1c4Fh6gbjHkDdRprw1+znggVNBe0tMBFuQy5v254trO4&#10;cQ7i9vEjBLpbbCvHPmWMp1LhPcIJFmSZwr4PibSwtGgQ7ABvqY/uPbh/VDmpVar9buf23Xu1egO+&#10;bTTS/J/irk8CfyhGZgREoqFgMeCQOKyChwxm/LJwIdxxkgGmxVn8IMDD4uPlS7LSGRO8iYQGhu/F&#10;i4c4ixBp/FgSNUgQAZoAXdC/udAbHRwf8VjX5OwdbAdwM8n/wn2sGy6LILANeePJhgQiYVkiz2C4&#10;CAEBmTQf6OFhlwhCvLFUA1yi8D9RIj5PNoDJyQAskotHUA+PJJDpUMxCoIBnHh2ewv6ZT6deuHmd&#10;MrH1rtVvVG631n7jFbD+gvfTJdC0yAlgoOZ5xfKg221Bjr3Wg+hu0ETRzz1zGQ5eIHNANQ0F6xSl&#10;msDNeS6kT+yA09KmKu0hFYerdEJdZM/T/qOapnDgUaOpITxwXl+hsxxaEaXdJjhAjbW0COrkpGCV&#10;TXs6E1tZWp8pLih+Lp2OnTAnp7R5GQpbkYvx6sj026MOVi/QiseC6FoqTolDuie6vQ+PbuWlnM6M&#10;WkYr4ZYcT9ZZU02C8RN+CGJ1+h1rOLD9gs9cKl4pcmVn2mqaeqdvtWhqDRrLAW2iIuA1lETDGCdn&#10;4D7et6ZKs1RqtnJ8L5YRs3GZ8fRUDEyQI4WOwVWGAUkWjfPRNQ8baihKIjH1hsBCeFViNm3JtGgo&#10;ibsf6ZVG7ebl5zd2nhwOWrMpSWK1d2s/i7HCyuKzJwcbMb7MysPlF6S2c6DptaIs6Hbm5GR/s9Kr&#10;OXu8b8zFz3/x3EtZMUG70GJTwEQLOA8CZHg+tp7gWhkXPrCQ3HAXgSXlkyGTLHZ3g28SZhdh2sGT&#10;E6n1lcsbpyftem9aYV0pXm9ocFtA+w+E8lt/uvuN/2b1QdWBJPbFKRESNMGjeX0xO+rrRb+QvZTK&#10;XVUc3ZN9uVnxRjpCkHQl+HFVWMzS+zK1vTOSfOZr/zh/b9+EOu7QctIGFXOdB++Zs2Ulp7IShbYP&#10;rVw2cVKrgwosUxAHIudtNd74P49f+2eXtuPs4tX85oagwuNT733/P+wuv1Z4YZn1kuzMSlyysdcj&#10;PidlZiSPR7WhBwuxZ9Ea43cdIz6nxLLcVDzXOrXtXeb++4cXfn95e3f04NjMJyWqbyhJ4Z9elstp&#10;p1n3Pvqgtfh6PJvgtvcg6FjealqHI2NhkV0TuG6D2+j5bVBAG95HHzdGA7dXMa7SvBCzDvv2Hhxn&#10;4NrQPJgQ9S++7L35E/fn755++7eLv/+fZIa23+4hq+P+QYGDZ/rBwMuJ/DduWPC8NYHIFbWGYT6p&#10;9ne7ZlX3UzH6XEoGIGhk9njenU4jfoFdvbHUwzFqzj/5/fxpDz38XkP9wrQgO7CwmrAV9d2yKkHk&#10;3j1wvnpMZdv6waPRf/aN8m83Ou9/0H73RlKEyQcOW5xik5R3+Rz3QpkyPE6xEo8Pu69elp406PV5&#10;8eur9u5Hzs6T/mFX31e4//Sr61NzzNysdQhkwtC5kEm9tdG+Ms9Mx/yhbqdkLKTpDmsNwHB82UzD&#10;wDgTtA4Kwy0uTZ8+hCdZOD7dHbR7DlbPgC44ho9ZrBvjdUsjQgQWmmATDxNzYcKBhFAXxqONtOmF&#10;5UMdprUBZ+GDggwwHZ3i8oUc3aixsXgC8F8DAt5oB+tUwEcDJyIjTamJyuG+HO9CvGE5IcbBCePv&#10;3qnnVDVVSssm897PPt44Okiem3ru/Pn5tIGcW+CR0cz3673Z1dJ//dpK/tGjv/7x4Gewjv/51a+t&#10;lta7Rx/96c//pDaoWXlWj7FZym3S/sBJ/Oo6Xo9kzgVm2dDOGrZhZGAEAeVBiWpbOqn4w1yhs4jN&#10;CNanwpzPs/zNiK0NGd9JItSbbFSoibGGUTQWEecFbwo3cxB+ORz0VJgrVZr1qacG1fxdRszxN/lP&#10;Z2aF2aIR3xcl7Y6JanQ2LHjcUfuRl42c0QCGCBysHRB8MRjTtXBLCWccHHeqmqDG0qigpw3HZmDM&#10;FwxQoP4JvaxhtEoU4kyGTRiYd8UhgL5ljQZ9lwTcRKM1wiN2OpuBmgQaVJhKAl80DJhOmsQgIx6H&#10;tg0lhxIDvrePEzQZnJXgAh/Nw7NPjQYaOAExz4RTZRCP7b2MrEhaf8AELl88cZAVAVN2sLiajBwL&#10;vXsAgTPaQI1J8Nsw5QvzmQBdgmRnGETHsJD9AzAx4D8y0b+B5ZolDJSoKtA5Q7VhkxZ2BMf8cKiq&#10;MXiVoEzFqZ/QGvA8jBiFD6djfSgkuVg4cXqMp1DjoGvqKcN3CCX4k3pCzwv75GBICMkRiQblPdU3&#10;h5m0f+faIVV6oL6mcK9OYkGIog/P3STBrYFnczznOeg5gmgwzHIH74Is4UDdFpAifmRYDET0xHDN&#10;Rr9nkq9G4xByz6ei6jdaunQwPRTaJZbd3nqcnErXTg4x7A0zWnmpMD3DiuLB7uNePDnUhrIiOKYr&#10;4AqdVeLx+vAUtDo0EilJhUZw485ua9T/3tEPxJ//zdrauZVSeWZ56aM7d3a3nhzsn6wvL92AIJHL&#10;V+7vblsge9naaTea8+cWOAFOI0tF4uZ+X2bg9xtLyfz62rOp5JRhaof1A8rLQcnx6OGmNtLBZFt5&#10;uJli6el8nsnnm/XWd/78R8/ceDmRy794/QaEde7uPnl079MrFy+lMpn94wOYO3nvjZ/3LHe+nPy1&#10;ly4mF+J3TnfmlUwsUa1XP72Z+6Ktw3MiuIUErPIB+E2OT6595fWBYQaCfTpUgeJl7hFBZhDWDMlS&#10;HEw1UlSsMIATgWPtZmNxcQkgK2IngNGgDgSHKqlUcWoq4JrgmyB4CEuGKTzdFI/tZUjXQQz0gLJC&#10;nYswDkRUbiScFwAbXYNAWjAGwHBKjfDJuOz1cFYnajbqMOwXY1vw6OoQNOqPhjZptxGOcaCxLZDB&#10;B1xYWwcBenDUQKMLjr6D7R1gviH+FyadaoAn4bmX7sLi8vTsPGaqcKHvT47Agif5ABqO/X2e/MYw&#10;pzlyjY9HWgdy/GjxMWOrBYqE06RtHDN+QSoVNeEWGCv+g+k/Z0qgKCoh6mv9KLkAoSj8GY312eP3&#10;EPhP0HiYHBWCSZgrpqkwF4bhzqLswlHC+LsxmBABQsGXmSBliWapSP4ahbf747TqMxw2UlgwZO8I&#10;N2k/iqMYRzGe5TcG8m+KZIjR5N7BXcR9cQDX4QFEtk2SkzgO9MQcfpcMKUgcMmmICYNeo/EAYQL2&#10;WUACgztNTiCTqMLmH+sWXM8PU/JxUpKLA/1NBxEtdgBkwEXH0AxZUUGsFyb3KWwYwQsF24V8HCoM&#10;BlUXj3d3IkUUhjhJjiBPERyHDHDCCiHIgwApgwSzAgRRkeVAU23j1hNOa+ymgB0S1Efbu7tK5RRS&#10;GSwDvohwNiZDQp9pVo3BAE6BpLQFR+044DBscMO4RAwR4dVPU+OLP9Zu4InWwTwDP4xiw6dVgHpE&#10;tD7ZdulgNhXoIQQ4e46OTm48exVXO9ks6VQl8hyTJH4UvAQJ6kD8GFYlMeVBAAdNkjBIDDhE5eG1&#10;FxUKXjjw0AuUOoH/O9zePUzwuk4AxwT7A1B//V47llC4IUoklT5LA/Oi5NLmiQkQRFrJnTSOpjMz&#10;PoT5yn67DfPFtaXlcx6elAYnfgxeQIMdYDBELA870rVnr0P2NIStYuCa41UpBcVIw3GbiOnC2mKx&#10;bZQSZFDDwhvcgmHoyJvzhJJLy2m5wrgQKgQzio+amsv5cRBu+X6asXN+anA8unN4pM7CJCpXGm0f&#10;1x4IV/g1yKjzFFAAdXuQ+IqRE90QU4kkcgWZy7Q0A+J2JNEAK/dpt3JjIeNBNNOQjrFJGKdyv/EJ&#10;OK26w3bNhNPdQiPm0vTazcVXYmzXGD4EYFJVnbaN4R9YX3d2jiFBFpKusBaA4e9u1X7v2iswiyqV&#10;mqN0s6r1BmbvdLC3MMPMTx2AzRPrjT3IuWXhasNTAQR4X+sC9QVdmItMdxTfOKLaJ33WwtREy2Cv&#10;zX7roHKrPdiIZzJtq/bG8Z/FxWSSWZ+LLf105y/bQqzI6BpldiDHetA5oY0435YUriSde7l0aQom&#10;2MIvxZ0DWDtZLGp3bdj/vSDHFq8RUjSgAF9n6dAAQtxdOD0N7pVVadYHzvC4ecynmBgvPTnQYOZA&#10;eSbZ3mnpmgHgP4Tb/sm//PQP/9ube0deNs0+bOhuS9/TBoW5tLrEvfaiMDB6hs9/eIoXVz3OQ7JV&#10;p+4cDXVI0SrMSG6MzSQxZz43xc8W2IUaUz3UujZd+aS+66D0isSkwVkva6Y9//LijuEeANsxsIo5&#10;KZeQ3v7Z0eyMUn62YJveqKpVHw66HA+zKpO8AwlWc3PsoO6f9NHVy6D8lcyeOZ/SYcTWQRXKPGH9&#10;Cg2O0dn5/OFRW82zDXB/ezA2GV27wDcYBqZnTR/6l1ThACZOqclSavD6ivSv/uctKik9s5h59+MW&#10;n5HvfIZ6x/12ObaiKC/AUFqZqllmdkq6/MoiPAuS5u51+c2hs6nZ99Pc9TTdantWD5WfjU95qb86&#10;da8z/L0f1VDD3h/0TVXIJYVsUX3PckHs8PoFBWQIu01uWoHpTcKVOfVFID09AUa7Hda4X2waX7+Z&#10;kBjDT3J37w9BpNFfFJcS7FzS+a9eT1Upu7rvvN+x/+iVVMIX/vxOOzstA7I1FfduXOGvLaOK3Vtb&#10;zLQf6A/vG1+8Kn/YcA8Y/wspDwY6q3E/QxnffF2qe0xrxEzn4U4Zbz+iZhfT31SZjYe9v64ZG7VW&#10;UkbX8+JUTpASXKXSXSnC4FPYM2LlWFGB+aEUWhRBqc8/2lRaB7EL+dzpYAPo7vj11fuDvhKbgsAZ&#10;GGTlAd6mqDA1Sxs6RCLopgvTyUwOdjRk65AeonJsHDYvqExgW4J1FoNwCRFmZ+Htj+NirAsZ7Atz&#10;S83aPUtRYdgRULssCDWBdCZ9D2QsJtRkFvRwmsbkFKtp/H+8vVeUJNl5JhY+MiK9ryxvu6urffe0&#10;G9MDYoDBEI4wJLEgIe6SyxW1u0dHPNoH6UVvOjoyD5JWfFhxdbTkUlyCiwUIAiThZgYYjOmZ6elp&#10;78rbrPTeRYa5+u6NyKzqwRAAyYOtgxmg0VVZkRk37v3//3OBkWhYNs6MBL/7tTtytf2/PNycimh7&#10;BsLx+uO79f/x+ZPHEkupABcR500d0d/3HjT6jU7r6IXL6aC/Vt2OabPTpz6WDPuvr1/jE8GRYMC0&#10;kdbHnZr4Z7+4jhc7MK3pD3SNZGDE4DAzJIpvga3TwyRJdN0MhQE65WG3T3QTA3x2aHniMj9dsdUB&#10;9ZQXPkRz+0SGrbtLOG73qwLYoKGWvkF87ocY7X4YrflAGjnMM3I7EWHgpcI9Ed7LDxISDjmMDob4&#10;7JrpzBv5l6GQH8chzLQAMVGvCkFDDeB9cpzHEzyUYEkrIsx/2602ViTrfoDc2G78gauUpsQBqMdV&#10;1b1aNIpgDjOLYHrm0hshoy9yqtVyKBRA7kM5v99UVPxvdGX7uazEshH6rUY4lU6PpAr5QqvdDoVC&#10;FM+ivDqYQNpQoaMrVrUA9ZSlllEIQ4TJJzBghKZTsw9Cy35qUYbqxdWI8V40MEeNnrvw6q9S9Ivx&#10;lzCyREcMShcKGJ0SJZHYiilxnzYI0LfjbA6jsHcUKn5BZSeZlCJqgsmMRgO4mkhtSn30t4C1QbPs&#10;FVaQywrlhmJrUgZsQXIIsP+AmTE/aBPJYV3u0JoZv841jCDDHJMPLhryU1aOS2mWwIIRRa/4FPhD&#10;GcIHgRhkwKtjpq3WoXwjbyAjPMl89tTO/JDj7Pr2uG5mhBf4Q5rBYd6VwB3kPbuaRs6VS0vURccS&#10;p6cW0EFhXGEx7ixg6empWUpxCYiNanFkarpcr5i92m6u6eOsWCy4ulPsmvB6CCuRqOKLOnzbRrTR&#10;fh4jeCAUpf38c6fPFQplNFS7hXaqY59+6rn777wR9Snzk5PjY6PXxPF6462Vd28GA9JqsXZ6IjZ5&#10;4szdrby1jGUZdwx/UAeFuXDyyBHYUOFO7O7vhyengOIm/YEjR44FU+OqGsSGkMvu7Lfb77z91mws&#10;mkwmrW4zrOuP6rX1cj2tyGGjPjqXeFy42+ns3cUsuVa5lFh0wNUPSn7VgdDVp3A+UYSXaTQaxWRV&#10;ZI2HOFg0Att7mK8+CHR0zBIPR/D40vmEJFYRHAo/G9qt0v0JPsvInnP6BrBkhJyyCFvodqx6tYbk&#10;FXwPbKRtb+TAu+mjAZUyKKxu26YEVHozLKo7Yh5UTJIO2NliOa2MqUJcb3QKKdMhCkOXOIoYe1oO&#10;WsqjIja9DdQFjV3lCUo/n/qdl18JwNkrHVcRdQLjr3jM7Z3CwTCF+AQ3MNoermu6YZlW1O9PR2N4&#10;gA2KMnstJusMiWdvDJjM9vLbeG5QtrMV6MK57u7NXPg4V0Up8uKBiZu3ejkm6GA2um4P4UHAwsDq&#10;fkjMEFn0nXeNhwwduOEsU6Q9I3GDqD1aEfGcFWmnR7uOA+0BU8+5slnm6W9bxIv8ZZCrK8cefHnb&#10;v+PNO1kEeX94DFl0BGczJ2QapMrQcJHRsFkiueu2PTD0G8xovQxoJt7kvGaL0FGem5VWqzew6UOd&#10;/uDh/XIx59qfoV1XmGkvfrVfC7otOxnwpVwnLfqOET4GmqbZBwMtu7dHGODLvkwafjwwOxQ8n2/s&#10;A33ixcSiEbU5LwSPY9HH7scnMOSeZ7NkSxzA2+wNipzHkaHgM9gTlJqLrkVRo5GQYXSRIisZSD8C&#10;878NUA8/FdCCFMyEvkskXfgeIvGL2kFI4WgEe8TM+DimwjvZ/VAkvLO1DQk9NAK72RxHg5SpeyKr&#10;Mjw3TNePT6BhBJKnWfGYMYOec9jzMq8sKo/nhKFgnDAOApvQk+FE0Rua4n3SdD4OlxEMxgGaCSyD&#10;cOCBLzAwXBkuQZrS606GOJdfz9pw4o3zWVQv4dxUZDYW8YYmFBdw2EgBf6T9D0YBnBtqhE+SRTth&#10;e8ABZ5E+nBfiY0F/KIhGQ9fUer/ZGdGhaZMttAeWJoDAGPve6y/vlreXZpcunr0KGBE+7dgpgACr&#10;PEyC9dHRmd3cTiGXD/v9c9OTL7/8I5oPHnAiyZBptiqWWcOnJNKoJfrvdp8dHlKs0ZsKcFGuN6kn&#10;8nuNER9JqFLvcf6py1c6teqoP/aolI1HF2cTx2/uvLoh9EpmW42GRGr5Z/dtWWyRUiEnJ+o9kUvG&#10;M0Fe75X36Ujd6ND1BNNiO7pnZu0A3q6JM53SD/Tdqv9OuVJXOHsivGT5R7XtN4q2ndek90pvaXuT&#10;DVIFFzokcQGYLauCTBm/vdlpcTyEfF351Ru1i+PJ/+63X4j51JolbGyX1neaVeIXZBxm5hgRlvfI&#10;fMqKqhOC0cdPGs2yP9bcQYAjkSZxMEjg+QJlKoyPiZOTumEh1DQDBTniF5+av/zK/aIVsjTDt93E&#10;B9T5pxfO7uWvF4ym3xdCfxChzkVKJESW/NR8eSp8fEp6CnLGPr1BMH3gWnBg4tQObRbgFWEyUz2H&#10;0ds9g7WBy/ggRZMq9k1qsCWQneK9jWrWH47rCNhtwVtKSExq+yuNU/Nj4OxUi51KDrG4yn/4tw+O&#10;vzDR2e93St1A1UQ87tEXxsYXhEoes2BxvULNumTqreKcWoCaiOfb6oM7jb0cxZ8bUWc6wnV3uD/+&#10;n+8987G5GzvtyEJ47qXxzmv7+7fLSy+G4kvx/n4LOVZXTkZg+3zXEbbrxPEr8VKrs0b+srzx9KWx&#10;0r2SkAhzs5GageIGse4tSTUujivvXGv92R9uomr85D+aXZr3QbwqjELZIyakcCZtkbLzwz9bW3xh&#10;xjemXRCcb7+y93tfmvyVI0Y+R77xVm1ZE599IWVBG6iokRn7v/yXM/sdpd6xjxtKrcY/2KmoTZv/&#10;3s7NfO2tyTh3Mv6VY8ltcJV/nI9cGf3aZhc4/mJc5PJdrh6o+/SLMSOdsHJFodbjZiVnHZZtTXNj&#10;q8jFfYsL8eVyr/iokjqS5urtH+5rSSDhGWtcF4WuJfN6vyfcLrQjSSUT6F48ot970J2e15eLYAPI&#10;P7xVBunowoxvjuPPzwjqhom837MJ5U8K/EWhNZmRR6N8WNJLBtzFnbGYGTSlvf3q059IHi3333qr&#10;2or5jk9IIR8qXfFrf9N6VDW+eBSBGhiyGcWqGNSETST6BtPLPaRT8b/3wngNE2zVD/fto8l4gGu/&#10;trf16sv91ZjyS0fFy+ly2idk9BFNyJRurwr7yObIVOG5YpJWs/fj197CXKhY2I8Ggi5NFCMfTPVB&#10;G8NMFffMqNfXNtdj6Uw0FoVnZzwCS+cu5GCERUTUms1QIuGjPAXq0BDSfcW713snT5drFWT5BiPh&#10;dmmbkp0cWM4KlDEnofulzUlztVHLNmaWxjprxUax930pFxpP1G9muZeOSUeCctE4HZOdjvnK9e31&#10;INSVXTVYqzT7s9Fp2L/PxLHBBUJc+HgivJz7hk88lokoz5x5XgukytVqq7WViqJP+T7HXf5F6XhR&#10;DQ7aUHdE7/lfClSn6hpdasj9gl2AF4/nOZWQgTkJIU8mSxxS95KhQc+TnGbuQ7mkh+1PPHzDPVyo&#10;CwtOUkH4YOfyoWG8Q4dhcthz2esUBE8qyVKIvarpwHPi4AUGus6hWzCdm7OKgaltgVwqlDUA6R9K&#10;Ampq7U6YBe/wdTPYqA+O19vT14R4h07sievwhKLb/ajx5iyWbigwrJh6QbMXgqtax4X13BqMOqVh&#10;+gDtTKeBwha4E4j58A50mcX1UhFFBzbdSqlk04wf2pSCQoXLA2GBFTXgRDVZ4Y/uuk/9FyRqMKpp&#10;Gh2aI3MRPE2MIWE31HcBZcGthWhLxfNqKKwG0aQIfZuGHtlMw+JTZWrzpqjoohWf3Km3EXZk9nrw&#10;pLXaTTUY0sNhqhTuG7lyBVkyCK3gVRk9LecSpJHCjoKTp4wkinKZfU0PsGSmIQDOCU/E8B7Kgzi4&#10;3fyhCCg3CIiZKNLgSPIEFZo/YJX/HCHVPItg5IbAitv0DvvY4UUNpWisHJOG2u3Dmt7Dy9VFnp9g&#10;UHtgmjNQIg873gN6/IGicJhrzRakpIfCpcJ+JBrBwA5/7nWsLjwqFf7ezbWpiXE4zcucxlkCZcIC&#10;3khmINPgSSARtXwS36qVZS4IQQamIxhLhAP6WDqxubyyMDGDAVe9UT42NjE/P19vtRZGRi98/tfr&#10;exvIyUgmUzuvf0sh3OWF5EqrK5nmylopLN4yuv5YdA4QTraQ84nNK6dOW4H0j9+/zjfb58+duX79&#10;FsCopTNn/amZ7d3t+fEwrElC0xPZG+/96q9+6fF777z77tsfvfocSvCxUKSN/EZiTi+lV0tr1U5J&#10;EIOC4ZyPji6MjL3z8G6dr0wFsMf7RmEPgdlJOAJ4FopfiVZ4iLgi3i2gOktPoeAwGzKJOtmAzMC1&#10;u0h8oIGIrVYbra77nHcaDYWa+jgsXNWmQiya3As3aJXNIxg5hVrpMZI/E2jhyRc8assgko05trt6&#10;R+Z4bg9jsVyyO9ssMDylMzyWTuQF77J8C8rLIEzdOSRVcowHDOgEj/r8/JHp43D0xGhMRdvThe7e&#10;BJUJsh3ZYovHdaVzhaN0JREuEgiFRFBpEcDgDrE8TSxPPOdpN4ppuH17ulaKrrlZuC5sS73jDyyc&#10;B3bHjAvBHyCdPBlaxw32XVcDYB/qeBlvlO4swsAOmmd8VHFgSzjUjgpsfEEGWmKm42XYHzdIG+KH&#10;DfdQZusZ5jmuEN8bSzHJr0v9YI2QB6W6QXSsVWaMDZuNLFj2j2dO7XnNO4OZ0wDz5QYt86DvdZ9M&#10;15LBoi2O5bovNhEOAaMQ8F5kipHR+QolwwLspSMHsOIFGm8sDNSnA+8LD2MUbQq9YlyqZEbSwkBu&#10;QwYCBzYTZvAS1gxSU21nOCBjRF2Xjszytojlnqi0paczDptdJiWssRdwd1wXZqdvChC0zRyNTcZG&#10;x5S3q3UDiIT2aRhLYqsBxisx0wiajUyds1RgCHjflN8ChaWinb/4dLtR63TNzNQkBmepVHpiavwb&#10;/+kbfeJKPqh3Ik/RY87LXmPcZpcVxRpIbmB7NnBH4zlPxzIAeL290mMWCENG0IGrunvqg2Mhgc7k&#10;p4NZxp6m3kMsuWGQhGd7EVXs1ehR6wnYHQ/VZ6lj3HAayTlsnIZPEF5KMj5ikaqxFWqbTZlFjL6P&#10;HtVx4xYlmt5NoQWoSOjrlkqlzOxIY283oPvaPnmluN8E7/esLjaauiWV7na6In9j5WZDq+UeF25t&#10;3fvEcy8dGT/WNc2e4zOhlNYUy+ngpeLJ1MRYptPpTY+M7Fab2A3Aeiz2Gut+GQ56HJViiAmf0Kqh&#10;TSNfycjVDbu6jJxUH9I8VZHbyW9Gxka6zd6xWObZl/4x4tm2/uj/evP+jQfaPXy04VOngREvd8t6&#10;3+mVOqMPdA2WhDD/I36gyUk93m/UR4W01kNgOwy+sOtiMcZlX4pLVft2/3px51hofCLub7Vvdykx&#10;PLbfWxeEWCB4qVUqtBsrhWhxu/GaTRABy2jtxMdRH0EjqZN+W4REGISCpVkpGvetNHNmpck3QivX&#10;tjk5E46k8VHMAaiqNaomQXpKJ/ZI7o+KznGhEwynyxu94n7b9hGgsFavC92HpQRs6BhVWYwm7Gzv&#10;VkCbOjF7GfTP9zb/A8iaMkFx3/zR9v87Js9lyOSt0k4joJ8MJccj6XZvDRnEnXbK4H0dvavQN4KG&#10;rne3siLpMXyPS1+DQ7Nle+REavRGa0VGueesg0QTeprY+KSqrZVsY70rWpKR7GTNzkZTKHZvvZvV&#10;k4HvljbmJ+PUXC3sx6MzfiT5eKtzbEwfX4xstYpgq9Y7/cmuODaK3d6WVQiMHV/b5NoGb0U5BWEy&#10;5NQlHbsMoc8VpwpOo6dcmRhZf3WLO5mswdbYp+zl21YH7FXil4TEUqzRtN94Izd3YfTyqSBceO9l&#10;AVjbUhZ4OHdrs/nZ35i7t9Nb22xdu168tq7+ry+GU7h+YkXHtO5kVPAr39x1tvZbZ9LySFpcXTf+&#10;8PvXZ0ZChUeF6m5na7YVEvyn5nU17r+Z7Tw7zh2fkvlnE/dyDp6TzX0L9pR60hc0HN1nx0bljXwv&#10;PCvuL8YxP6nnou3dzONyq65KX7ueW8jox/wBmK5dDoitjjE3Kl1Jat+5luuEOCUFioqGhMFqwTw1&#10;y4+e0JdH+PJzyUqhY8a1I2OBLhUD9MYleW+rmsdDLyeuteyLCWWr0TwWjcyEW7sNA2P/hdF+NIIe&#10;sZOM6rbO/d583DLk+1u9rZBvzsFQCenG5h/+6V7/HKkt6Qmd8/kcdH9RgcTDIRjQR1Quxyk/eNA5&#10;OquceSkyViZwz25b5liA/ItPpcol6/5qvVhuFzpibqd28unUVz4SevlGKfOx0XFN2ynWFhIglvHl&#10;fqPahZe0ColkOE64KOiaAIBGRqEVtKVStt1o9fK1naDsQ5y0GklNhVInn5pbuf5+Ax2w0QP3Rmah&#10;OwrNtjYIAy0xhhidmqHZdZI8OjdvhrVytWn1aepbUA20Wcwg+GLoPCBLoUEPzfqjBzcwserWyiHo&#10;vnSFBaYzvhjds1FhGYHp0GImtfWwmr9fDKjS5vo+UoNTUHc3+1w8OBNUnj0ebG7h3DO28nsT87Go&#10;BQNF6/js3Kn0yWRYXN18kN2/X/FjdH9mNjy3Wn51t10zOuAOTLQMbiy+kIrM57I3fnEY79CBahhS&#10;+0SZ7jlj8t44/rDJ8IGph2ei6VGyyIF3rYcKEO4DxlYfgrKRn1ThkiHH1KNbHWohBoZQH4yaYUcM&#10;/wQs6Nkwu2cYtRKgYmCMkvkP8qIHv4S47gPcgTEv56Y0uZo0OjL2Ke1OCzQvethhKG3RClZmEDQl&#10;qbG6gkI+1E0QSI/s5rESz6rZcnseNlh3w3hYdcGYeuhCCeY37F04rp6KHHI6dZzsThYFFMgF+JZ+&#10;DyAq/OSqKIFR+4LKquh++L1xtFum/GHMKVCSw0HWLQEAFYEFLdNmXWYfCMWNGaBK6z4og9twJO+1&#10;E5Fgo9llyR68M/CRphcnU3a0xBxngYfR+TVY/DhnIbOCMQcldlPraMx08FvowNPoVnLtcHKEJr4T&#10;C9l1tMwjdOYOEjRtLpwONiFkIdGPgOWaYqwBHi4vDDx3D4KuhqLAD+Tzkic47i6Y5i442jm4sxvR&#10;OXSLyYcNSgj5iSV40FTzh1bXT0nAGtL7h+MV/qdkZR1QKXkvy4B3FcuEHOI7eC/lHOZSDkkQrH+A&#10;rkruemGSWHPA6KlsY/nRRiaTikbCud3NRCYdCPp6mOCq4DejWoWXsA8qjGgwENdDkHcTDlR1Xzoa&#10;h7vr9t7+9PjER6++sN+uPXV0NqSqC0tnbJrrIfsEMTS7xNmwRRHzoi/t8Jv5Wmwi2Sl3UcNvbguN&#10;prkw1q4U7oZCKsYiTQNykcpIPD15LFEsV5+7+EwincKUo24Ks5mRTnbj6Jlze7Xqe2+/vXzjRiQa&#10;PnPuTLHWPDa5AC82jetXyrs7u7UjCxGORJbzRTaINOo7nWgqIZQaoxMTHcA1lFRMosmUT6dSYkw2&#10;KYeTPTxuuQExnO2ZlxE3SYg6GNlOz6ReUCBqUiBEFkzW4tBAHZajTWmgrG52/XToLAKKWOIhQjTb&#10;lqOtKucNMKjMHY0BT31KqEk7HaBCzk7bQpHz3A/ogM1krjuesoPBgfR70Ki4q5xtHPwAGWBORKyf&#10;oadNX5V8IS0wlhmJBHXQJQSHRtrostBDrHC/x34LSjuLqSMoYkV/K3KJYT/q99vtLqJGQFtCZclU&#10;ju6QhvknsV6L5bO5C45W9nQY5obuMJc0ZldEcyXZz7h9oDhcwoQ7bNZMDqXMCdygmaFzvgHVT+Lc&#10;2G5mn08GLk30u0UytFig+6IX2cu53bjbgUrEU5mQQRCYx/513H8GOwZxs0x4dwRwKEnNBbW990uG&#10;qThD8oTjue264bYezde9C25Er9fvDiQ4rqsUIc4wD41uQNTUlaHidHhCEDJumy0S8Kk8y24HWQm8&#10;GBk7N/PShts3ygo2VqRLzfKMrV2Nhsu7pf+hi1twt3FhuJWwx575SlKGNFaT5bizTUYZ93zi3Rk2&#10;N7DFpm/LZsgpFdKyYSr1rqJbDPWwdHdH5KxY7MSiIKdM+cg00QDTGUhZKPXepni+wLuxPqyLZMxr&#10;WCnijJEox9YHWhiYCDhPADwcXzqKWiyIrAuaNU/1H1R/Txe/rbChxsCfjx94eHk3l4qHKahLW1S2&#10;REWm3HVnEayzcEUM7sphjyjoLRCgIEKYUa082xH0h5jLWpTyRD92SGRFYei/zxzMvX6axRBS33eb&#10;ae85N6uLQbSEd1273FACC28drlc9VIf0fKErQ/WCWAVPUX0wImXLigae0RNOye7nLqiXzpw4e2P1&#10;9q2Vxw2fve10BKei+Kxo2YzOx/6nr/1BW2rrkin47WZ799vf/eqnnvtH2Ocb3R4MeDXVCuiBYydP&#10;ZvP53d09vtd67ukLr7z2tuALzo6j2EZEuaBqXErkdzgOYsITcZ9TNrp3uc5uWHHGYCUfTQk1cSs6&#10;ORVJjMlNzgnGYXaIrvDizDFH7i0XHou6Cs4hCca2a9ysqsyOTfFNHDQSxpu+TtTptfYLj+DQ6g8F&#10;5JZDbdEQsSwSTcd68pezBGHp/V6f+GOPbz+emtexU8K0fq9d6TW3YfLdhqksJ2SLgA3unJpM82YA&#10;9fbKSlcL9GfHOeyGiiKFfRCFWr6gst3IZdviXGJ09d5Wpd0cH41JUoNrA7Tzp6Tm/LgfFjp7FVPo&#10;kbEQ7EQauBEty05ovog/VGkat5ZbGtFGEUHDwZCTHAmHU0G7bd/6s+sPpyIXzs9+abP2N9HQXQTK&#10;VA0Ec3USgfBIbftEcn5GjxjIixKnd3OV8r7ghDrySFVIoPXtlpydTaGpGra/ZAdB3IUZOI8woK5l&#10;S5jgIz2e8djpIBMTIJRofWoCajIhvlNo7vflSkNuX19v8nJ1TBdvrzVhHxdYTGjxAMZD5ZbVqdrN&#10;vUYspO++vz8yHl9YHG3ZlcizqUqPv73Syu/xzzwfyYRh9kxCDpeSuIfV3jdfK03E5HREKrTI5v3y&#10;qedToG1la7JU7b1/Y6vR6Sy9OJ+aEEJdU58K2s3+g7vZCkc+snAEK3lsJLh2v3hqdrLL2fMpftsM&#10;1CM65qmiwd253UqmxFhIKTfN6uPSH0v80ph8/Ih/Ktn9yiX/+qPu1v3KPRQKx9MNZL2u5aPV/iaC&#10;GdJS5mMzQY3fuV2/+4i7dC5pVJy/bss7ucZHjwbOnhb7pLs0xz/csO+VyakEdyyhIVw5iOXdBmAr&#10;Z+vtLrTHpvHUydRK31o4HlEa1vR4QOQtv0oUURsJ9De7JJdrZMbDRh9C7u67j1r1h+Xvfa3KzSZ/&#10;6wto8WAs7p+IyidUp7TW/vrtyq99amqpba0Uuw8NW4uI0Pke1+WEZt/bMEZTvtvb3SMTYsQvEqTo&#10;iP1Ch9SoqM88v4ApVl9GUJbsgBvw2781/uoW2e+QE7oA5sNYVGlZFF0oIPGwy3/8eCjia96pdzHr&#10;Gg3p3Z7p13h4NsC+dWu73hKFuZnQZ2PSW9f5+2DH+LQ+mN+PAsGUODeB8SBXaXckAk2tcC1b4cP8&#10;HCLLiB2B53LfFgKw/sfT5Zu/eP7YlRjyAXrV7v7jaqvU3S/st1sNTMMxbsLjJGhgbiqY0WOQik0Y&#10;+l8o9kcmpgorjyE7zBb2MFuaWDhmwDuwhEBvAGhw+pBQRElGF0YEIjzebHsT6RtwEgGZnQP5iHR7&#10;Bs1hJz6HWWgoQb1rWSvNzsyzCeuNXP7OLh/klaloId86/qXFBZ17d6sz2TA+NR+Zm0p3GmajJycz&#10;TkSZn46fi/p5aDRmxq+eCvB99O9GqW5KWyvy3oqVOJ4KpUePT5wiJIBz8MTER7hf5Ndh95EPolID&#10;RrAX/0D4Q+3sQWNAniCEkg+8AP93itD9YB8yEFb+BND3RKzRTwtWdVw5lfuDqOoxkKOeeV4IBz9M&#10;e/V6D+aSxQ+whSHHmQxKJqxhu2b4dJ/ldbM2daqQJIapAqXUGdeJ+jS6vhY0jJEVxq4xBnVadas0&#10;qjkROXeSzLlpvcx5BJJDT0kruzjwgFJLo33wU9BRgWWGIR4KeBm0VfCWkMUVT0EhuLu7oyPEhOHh&#10;wGzh0A9dFUWPLerIiI2XynSJA1NYlMd9ywC3Dv0qvhskGrw+CM20hrL64UjIVSwST/VGKX+9Todn&#10;XEu8XVwDUHd0v2arBX9ak7L9HbC9acwLzwc0hIq3Oq023k/Z2YPoEleg+sLg6KEZZo6SAiPhihSF&#10;oS62sHk2aO+M44EW+pQfKHiEoEHqzxCrH7obH/S6Q0X0EArlvHAi7rC71YGN2Yes9Z9YOwdixENO&#10;Vz8FHh66ev48YyYyQAyefMW/85MihUIRNFrhWKAMdVCr02t3Q/H0xORMq14rlXLtbj0pBPL5Auys&#10;uoaRTGeSaW00luSKYrNS0lh05OTkiCoqub1cNBx95uzFUrvxvVe+97nPfi42PQlKzI3V1fMXnpL8&#10;cNqkkxihLwE/AmVP0lXe77v23paajBtO43u37oV6Vnnt4XPPXRlLH9Uzk/dv3YJBazSMfrG1uDDX&#10;d9SN1fVzF87nbt5EX3jm2NFEPPre1vanP/WppCSGw0EE1Tcc/to7b+KBeHzv/aefP339rR+kExdv&#10;7G3vNtoYunb91szC5ZQWkUc7HVmo5Kx0FCC3Um+219c3YCIymZgQebfW9268wzorMojkHYoledft&#10;h9bfvDsl4YdGz2zlOU/4GRDG8+Rt1vm4FS+LeyUDm12mH2S9octq5jwapHd3GXPDdkFXbgjcewxW&#10;NqVjlbjlLTlGqYdUjgGSHGNlw/MHD7YW0AFSCzSM27K9RFwg1iKTULg2DJy7gYkUHoRDnQhdMQI9&#10;GXiJQHtCkShQ4TjJnWUyH3iPpsD+cdx2+4DV4NX8Ls7pNUSCcADjesDwocRbNBTDB83xTKU8LrXg&#10;5vEOOD+0h2BsbMqsJgPtrusQ7d4NNvpzBwRMhSsP/OwIy7kdNqwCIQMekeMcyg2zOVeL4N4OD55z&#10;dw6Xws0NeODDG8Gz1eCqqYekCseDmTkP0z7gWtDPnraTFvM/E1ibaHOW9z1MBgO8pdVsJZOQj8p0&#10;2CjBbUGn/BGeZbw6LnVcYLY3hwU53nHE3JRo72q7cXW0D3QOQhJcLQ6TodL+emBtzZysBXZBnCv4&#10;dWfanlLITUYY+IYxbpJABtwt9o7ZfaGMBIkJodGj0oRql6nueHIBMmQH8K5QGR5vPO/XtUgYxrfQ&#10;+mqpZKLXbB4/ch7vtNVCXI7kxgt7OhHPSJBzyDCsj2eX4nbmjKpwKOPcnY2IjDTqrUreVVa5aVvs&#10;MPW8QDxPEDptoVQL8Id9nDcLYw6CXly1C90L/CEqNSUZUXNxljaMWQLdEajXOZ1JiFTLawE1VqAG&#10;qs/MxJaWJnpm59rrjzgrTqhbAsXM2a7CvKKZDzYLVXYnMtTqq9MFlUtTNblca8GLJ8zzyBAq1DeD&#10;bWFsL9xX+MJI52xsbL24/fyVT88ljoiOmYiP7a7hHKUP/ubW5rnTJ3LZ/U6nG4snJSdYrVQvnz/3&#10;6mvXIr6znZbvRNUo4ywFZ1aTVjXfqsxNOvzK24Xc3cbURPjSx65ku/nXWx3Opwq768eC2qOV25cX&#10;LyG2VdejJxeexkHfJEXVT/K1jePji2pP+cbdu1JfmkmnKhUoIvvo5+aWjiyvLqcnxyOhOPwvweXF&#10;OVIwTCFqxONI/h21i1KvbIHJYLanIyHpQf0BXJF7gmiqBMKbj+IQEhXT2X/0eM+Rycz0qV59M+4z&#10;YJxbQm607t8tNQxeudujudOKpehEmzg+Pbc4ifEC9oCQUbW3GpS23OEgiA5Biry7XmwBpTYMBMxb&#10;XDKC3l4GaqyVtZCQsUWfHG2enTsaU+KqU63YlZXu+mvZH4Xk6GhY8/tbIYkPgJvgNHaFXCo+N6oH&#10;+8SsGAakZC+/dRMp95lj0W+9/o133n2QXBj//Fc+LvCwLu7/b//63/QRBogBpAECjUObDNCpbE/g&#10;7Vq7KlRMTvkVKLMqZvvKLx8PhqTHW83UuBYPCq9+dR3G3v7psD/h33lc7MNAzJG5rg16AOD6LkIT&#10;5FCrZLdDoh4WFzJSpdE1RaWLtGLYhCpiSiPFjXYkoOyUjP31OrddSfBKz+g9zrUnj8Ve+kQ4LyqT&#10;n5xeOhrQZ9TcRmcn27/wZeS86k6ruXynXXjcmJ7UQVLaa7RB9k5G1VbPKvXEVatzDF6jClnd6T14&#10;vxlDSsFKtRUPjKS0bVnaXuvVs/1kSN+xe8pExEwENzT5yrzGhVLG/Vb9Xj6R5yqPt8GFVsbAHuTP&#10;zKjAs6umOR70rxXNSU5AzDDY+YkIGdetpincq/Tv7nfHAlJAIrN8d2xWWUKVe2JyN9+5e7OxInGf&#10;u5hOgU6hwoepDqckBCfpCeFf/c7Ct16v7Ob10Xl7Br99euakOaoF/PlGezItZW+UX4Fhh86fI/xv&#10;fXw23zb8AWc+JMUtripx4xpJQUFer8+MSK/ttMFOfHPLrNVNpGlJzc7k0eBGiySCWM9kp81N+TW/&#10;3lU1svWw+8xE9Nrd8v89GnxhnH86YsR5RAbyo7bRMqTrtd7kaECrOf/6P2a329alpejY07G9qj0G&#10;h+2Ec//9Ro0nP/rTtfuYIX3+uDkufPaTs//+z1fW5uK3xwKZjPOrx0O9Dp9rW9MZ/UGpNZoKnOO6&#10;VVTmolnqQZXeHo0uSn7k8RZCuuSHVZ2ddpxKSFd3sd/6/YhHd3qU2IHDB3ZH/XwJRTSeDwwoW50O&#10;1p5Vr5vNVg1eu5JOqVN6wMgXLK4mQuQVAC9AokouHEt0WAkyBLOSRUniUC6bu2MzshfpVrpiDnoG&#10;o5AXI5P+att/+tTJ2BSX9XNJMAm3jC+EhVLZuHm9es1oR0Y0RxXwE6Wt7Ref1T556upm+d6d/deE&#10;kDISC9nmZhVNSIIke8nHq5XltZvj4fxMMDMaCyVD2ouJX1i7OwBsyYeW6i4lbAjRDrHbg3LnA2AZ&#10;95NMzn+YkzR9CUgGQPEFo8qVUx0C/f4OX266ActTEAYSIHJAOXRTJx1CDiuKB9FGvEd3cosg2p51&#10;ug3qzyir6GAjsTjS/tAQ4ujudVoKnbOYIvN49EJ6WeEMpa73sszliEqw2LYIYBWvxLG8DxaVRcnM&#10;EBx1qY+aw7JFqKknrh+gsY4yAo2iDTFvJxwK1Ws1rE+Y2uCUxWxRVxELr6PmpgxqAqOcHKKGcAvA&#10;T6AeyAITUFECnEHBZHYAg9iv6zqeC3wywLqA5IGdRr2uWFXjVoB0SAlmhKNKFGwwqaEmBttwM4P2&#10;Hyzrvg3SCTXrsenVavRiOBlbDARAUHe5wsY+oGurVCoSlvbCm8xAVBNMaskBNSUSTQVfKFCuwidB&#10;GYj/yEAA6NVqA3XgoOg9wH/J0ElmKNnz4F63+uGHac/8TyQTfcgA6FAULv/B+cvfsvYOrXP+52FV&#10;sDr0gCb391clwKkMjjiohGBakMvtQTJ3NhGrVLKYyJUrpVAA+lbM4Y3R0SjSGjF9KebrMykjgrvT&#10;1gOiAdQJYzwtIB09Otvs9iHhyExOC5MzTYSza/ozV65SFMPuwY4VIwlm0WVSYxs18O692sVjfDbX&#10;dupOqdo4mgnPRkdOn3yqnGs+frhVuLucwcyZmLoee+O9d43Oaz0EARDptfffeH4sc/nk8ePHF9/d&#10;3H31R6/qrdbnP/+5Rq2hpjLvvPHjcrbw9NNP1yezcGDJZHQMK4uVwsqmsU6sYwm9NdtcqfV3K9vE&#10;aY476ckJGCH0SveuP3/1CiYqzD4XyCanUP6i5zknDrqxITfSTY6h30xoWBE1T+YH+gwmBXSthByX&#10;Nul4G47M7hoKXqoKZnkjvEdc4wSXM+t4gj/3rtKqGkgQyy4jDkvTYURKwjilFN5CscN7/ffhicoh&#10;xqbXV2GEiy1E91GjLLwgJlVM62+4Tsp0eMczMJlzr4mKiilcjWfK6MdjSaFrIPazUi1RNNBtN2gd&#10;JrraTiZzFw46CtZgDQQAT9oUepml7CUO2+oPThJnECs3tMl3JeyCO+A5eNmBGIamJXnoL+uT6Zc9&#10;jPv2jieJYZ8u92bQabpJVMPR1GCHpSCg5LrG0WsRhuNYBkN6gcBD5gg/CJ4bjMycgVsDGbg/u42i&#10;48mQXVL0gak6GQzGyPA3MUc7l76OTduhvkaC5WLGzM3BTb5hAXGc58XMqCguSklZr9SR32EeU/TT&#10;Y+cHbfEwxUdTQV+ZgqusnyWDgaDrxkhRRJV3dTKU8GEyYpJA7ag5V4HOCiLiIbd0vGF7t4oMrKfZ&#10;NdE34SL0NrOaoJxTymEAp1Omp5okek0400SxJUhFv2gKcYTgr1LJFJpEUDB6rYYeDOeyexjPIGwM&#10;f0mJPabDD6Bqlmtvc167LzExOv1HJF6GoTAYshyY27tO+wKLcBAHi9IdbDBTBEqdYMMpynqgq5km&#10;IeG/I5EwpWoTkd0uwK2W1+JSyrP7o4gZcBebQLFydLfAai1D5NmgAbgn4v6I5UYylNr5S1ePXb0w&#10;w8naBvgtEvZRH22aKNGDeX7ShYPPz3J9Ot2EJ9bpcxAF7W6ujownT85NqfuFdDRyc/X9umkkNyE7&#10;Nbrj4bG++cKJS7t/uVLNbk0sPgtPSIMylWTQy3CRjx+vBUPKaHpyMjm1s77arOZVRUhGI2eXpoJ6&#10;Hwio37CaDqk6pKswg1VO2pa481cz5n5tYkrrOA8b2ealGG3OV1st0GLC87D83QJICU7QSHIpqHDf&#10;f+vrM+MW4MuT8fFe2f+ZT56HBxkm/VNcfC4zXciXEAx3/PgkJOh46AN+rQ+eMaYEltMtIFtFs9N7&#10;85Oh8nYpk1rKiNOWEdU7Oyl0ZubI3j6CiBdOn1osNGoPlnf2qn1wv/zFjqqb/jCFy3stUsk1oHkM&#10;J6QMB26EDvLYrpnXZR/s73uC9Wh3IwTXjxRCadW/vFH40tOxycwI4Od7+xVNhlGVDxBYpZPfRaqN&#10;FT0+dgwuvDXOvDo7ltFijf5O0eoE5JGPjn/ElwENs1nu7e+i0LIKYdDTZf+pRKYJ90eOupeDC9VH&#10;miqxNsv7z8QuP/fZF2NHxrqWEQqMVlu7IIKmkvFe0BidHZlfXAwllZs/fLe23KEUOKZbY9NWSxZg&#10;GgiVO1rj3rFjR0fSYcHqx6x6a60Gz2HkuccuT5WS/nu7iBWUJ05PONs1zRL28wRUrOh4ID0fS2W4&#10;elCsNTlNNS9eDD3YtP7kjdo/fWYkFGrNjuJCw1qXT1ahr4cVGddANemPa7qEU7L9jfInP5n47GfC&#10;PUPeKPSTI/pYwjeRxAi4XumLHVu780bx7beywSOwt0r+2Xf2x/zimflgWhCP+yW4Q/cVdWkxXEVd&#10;erO/S6Rf+cfHx+IcBhiCKuR1tVQxzh8NGD3Sejs3szC6/agxVe/deXNtKpla38p+5Mvn558O/fuv&#10;rV08Ofr97+fbtV5QEY4tRjeuF+/ttT5+OfmXb+xmIv79Xj92dfbF+eg/Odno9sn6CvfVb2VHjsR3&#10;bXM2ZZ6cyfy3Hwt89/3CN5erv7akTWH9K+p3bjdnkurNttMgwuc/k4LTBvbKmQi5fqdx43512i98&#10;/Fcmyk1y4mQo3BPVqBhTuEqx8b3b5S9ezXBBPoaKHHLktlWW7HabPMr24Dwe91unxmW+Aymg9Gff&#10;aL5bcqLT/lJLmouIE6ZxNCbv18U0Unk22+93lC2TP+NzzgecCYlbBXhjWdDZAv/BWGC91dwskvGz&#10;cdMRb7XN/np72i9tV3rYXT7z0eB7G+b01WT2/8hx1/bufG766IT61KXMep9U+mY5x5OQPNk01ppW&#10;bRrgAnV/Xa7aPr806m8jv2S55lyv3Hk+KQY5tdpaUPPxThZSs6ZPGTEQYaGq+VwO868OWDZdGkEE&#10;dAtgFioVnyiDpldFu4Dew4K1tgQGgj8Y4G2QMB0Jnp2wOu92/TypNBvhRIphb8CjCCoNsDwBexnQ&#10;prvsKUSJWiy1hxjIdAsQsr9Smjh55Dd//7++Ohvx0+xRE1hivbefq+x0jI7Za3ZN+KiHnl1a4p83&#10;7j9+8Off+9+bIolGIr02WedrFmkU+nbYIVHZUUPixVTSJ/lmM8Gp6OJiYvoXi/B67YI3LHaGgbcH&#10;/e0HSJ+HGkJ6NDofaAOGSSr8IJjlZ6BjB/EyT6BeB/Y/NF1WcQluPxtD88h2h5t6MhAEMQEPA3i5&#10;Q1afvGdMzbueKW7fyx+YVwleSeCCECDitjsCZQZTgBSHe7fZxDwVxYAFVauBeCHMt1XLNb9kFRH1&#10;tKCpPHRKTs9SqF5AXcaSUxSa2we/Cs6GZROOtXqtAhtWkbadVofqeF10gc2GBUq4Qnpto1YCqRg4&#10;Knpo2qjD39iEt5oP5DkMaDBpByAEA1qRIrdweDP1QBAXI1FWIyhpMF9rgcypUOYmVelqup9yuJCc&#10;0mqhMUb4nwlpUrsrUWGdW6wKLiwAgqQJhwhaIaPCAbep1Wm2gB6rfn+9jXxgfD9ODbndx1BWo4Wx&#10;KGth1a5WUPj5An7kqzMXUfD4uhis9uAkIVMvQ+h+UYbgliANSFVkz9b4IPGEHLALnmwbD6J6yIdg&#10;+ywAmR/YiQ3oCUN/5ydYAz+Z5Oy124MQkw+Jev6HpoId4g0csKYPqcl/4ld++P8vlYslg0N6QTWf&#10;20X05aWLl2DwCcV2JJxEoI5lICXARmDQXrbELHaMhfkJPRxsl/OBlDUVA71ypGWGjoyPpjKTJy9d&#10;IcForZjf292YWzwB5iWYwiA1SuCsUV81hX2o1PYJsVzaVCxXaE+No7vuxafSa7ladnPt/a0NpF5+&#10;6WO/tPzu+2bZPzs6rYR6eX4X45uFyblWP/zg+nsdsXXsK79Zsa2bD+5fPnNqOh4X+j0tMSoDwQSY&#10;qSnpsYnrt94EK2fp0unNYuvy6ReSydV3Xrs3kwlh3F7u95EpuLexrguOdkmHkmB6Zmb26GK1UqY2&#10;Ua4vmLstuTGfg8LZNRRxl4M78vIeeMdy2YrEpRYM1LBuxzakedBoMMpfRc1Mm2QXgOXdIG3H5gc9&#10;A3PKooRhVyjo3mnqX0Ns5uh8ULs7rt6UPpOMKWm7ZZIzyHcTB+4I6OIgUrbhtB6KRbo0Gp66zIHl&#10;aFPSk2MSoUsHbK4fFO+O7ehkC5RRGLrqYZ/UZ2bUNEMFdkm8IB5YLNMuD+JS143Z1dx6GaSeY/nA&#10;o03gxOGElAGv/MDx+EDfKnoMVW9c4CZZ8wfLl3CHcGGP5uzG/xLx0IzJi2IXPCsIe6i3GQYeue31&#10;0GXZoS2NN7dlBgPezXWdij0UlwyvZJhZ52lGhjsIwzkFr/n08OmhjpRzzYqGUfNDCoDtymd5LyaY&#10;0m4di4mx6XeqimbbLbwgTgjwbThvrkK9zRgjl1JgGV1e8Ci2VG7vGWqjVaPrzcsTd92PvHvjKpFd&#10;bNabz/AOW6GM18wchIeMK2/EwHQqdA0SGjfFolMERmRm+V2ut7OLdorkQI5NTwBKkRJ4ZtbMvqhY&#10;caiwZUA5gGCTStKpSCYWjQIA3dnazKRTxVIJFIyOYd65defMpfMIz+JpVoF7b+lDyoys3XkAvSBp&#10;gPEOSgeBeJG6nNvWu1z8QU4EcdlRjD9AhCEZgEU38+KwEKBKpmx2X5MwuGUa5oEvoutDRudXzP/a&#10;e244AQI2C9p52fr9f/67T529AvfUv/jWV995/zX4KwF+8+nCl7/4mWeuzEIiipnut775zTu3K7x1&#10;nzILHWaHTagNwMDHXyBkIEvhmOWV4KRGEpnxBDwvsMfWNvejcugsn96p7UDRY+v1C8+cO794AeK9&#10;8dmjcB7GAgE5HDNiZiwh7OaKkTXND9c+hzHDRIpWRSOZ02dOQdaKKDiIOEH9gltvFVIGJOIQk6AV&#10;bBovvThWIaQcEkYXIzAh294pL44FwiJMWkaSkVRmIX374SO/xGVi0SMT03CUnJvQpkfGSg6ZtWbb&#10;PlMNRkQS9DtcZCLj10C7DOLiCU1Z46GhyjcKqCpGuDFbmco17u2axYl5zLUff/vew3wZrrC+E/Kk&#10;JET5oOPz13K1N+guKhHVr+z3Hb64spAUoqkA71DfxErFaXRAQYe8NoCQgUZvr63JCT/SgBAZah2b&#10;nXiwsgYVK1H7F45G45kYDDrH05lzGV/X6mEjTkS1QsO5vdWNG41jcr5sEJDqM/FYp7/Hca2AMqVb&#10;8Nw5rcFVWeCqffMPX9vrRcuWZPesrURgThXiGMB3Lb5pNor27uVPpnZq/b3ug7SaWVyaRgqg0SkD&#10;+e/z7S/+ky9jJfeELvSVmAW9+NIXRj6d9lMGDToMg9L5iAzmKM2zMLgm6jwJaQk464znTsKW3y6W&#10;sn/xzb/IV7pB234hqfVFZ3e9+tFnnspli4Xeo+lfmozFfZeXLnJia2/1fT1Gve6afXMsKc43lK+/&#10;Vzg/qmzXrUDTub9e+ewXF5fzdXwIlZqdzcNvTDkx7b++0/l/Xqn+85fGxuLhVKi6XWoD+VZJu25R&#10;GsLslJjIjDZXUsjB9UW1v3l5D3dj+XZldb8ZO5KMWvZoQm0Wunvv7moNDMR9r7y199tfmAlo7XIL&#10;szdus2jH/DSGaeH5TEwRQnCwtKPPiMJrf/T++S+cUma1B7eaX/j16TfutY6chP93f/124/Zy59zT&#10;qXI9Cr/XE5+Yy1/Pz0Jwfjf31Tv5r86Ff+fFZLFcLhSb5WIbqM4PufLfxKuZ0WBY5TKq+N6eeZfr&#10;fXxGHA1Kr79eSZ+OTkfFP7zW+rUTKm5VekR6XlemJ6Yfvrn33VeLv/xLyfEJPsEpNtrYjpNY4n9d&#10;i+8s17sdsvqwMvuxCf+x+GavvhC0Fkf1Vs360Su1rZlgxSJXZ5SvfGU6W+iGo0K7S6WKvqB0H4lJ&#10;+f5/er+UL/WgMebmYVUivfvI/v96zvkZ8UyIyA7qIy0ZFBHMndbqJ+gszVip+Pq8ldEtpyFsrZnb&#10;bXU/2738VPyFz8388Ec73P9ZvX4q8+kvzV4w6tfvm+KMT/aT+YhvbLd7953GriyEJ8S5NJeR2z3b&#10;yUQi45aBZMKoPhnWwmYdYYPRZrcJqzrg0igDfLKPYmsUSKN4Xi6bnYbJArNtxPQXKaewk8WuZ3EC&#10;KnYSNH1GH0mgtP1gwhggw7AIAXyFnbBLURhRVH3wkkUf70PKV4d6qNNBJswvAcl2+vd3GvsnJj73&#10;3Mzx4/HHtf7Xb/67b79rqYg1NaVQMpFKaelIciSaEJRwNMwFdHI/dxPSfCWmz6dmwQ8RfFalUTKF&#10;aqPZ6fX5kH9i8fRzzwVGEqGTAQBgzb3V0oO/2vnxl66e/4Xl8XoEp2HD6nhaGg/cJIQ7LJ31ypdB&#10;jC/hPX6YywL8UA7zYZ3t3xvpFRkuyv2tXrsfyDU96GwGNC03eclxTRrxVpDTTgYaZgq6iC6DSnRc&#10;aR70gMxFY1AgcYO5P+1XKaLbM12xD9YFllatWkWjC6zV1mAsDeDTQuIVsFMffNEo9U0kblQsuMqw&#10;N7SpDzDccSjbmDZm7DptswMicKuBdiUQCGGVttutg3weVlQhvqhZrPlkEo+FES6IfRUPIfRTEJDD&#10;Hoq6ZirUCBP/BgqFRhRjAhp1BHAOhQ6jC5p9SNxBZqVhs6hSVBbAQ5EqauCMWs2CxIyBj17CpMiq&#10;CJdg7Ab28KaAF6SeKzBWTqhgL0M8TDmYbmMJ/iRg2w4xECZMCz+YbHSEQBCTYB+O3V7fBrfJ50Og&#10;IDQuKBiCIV8ylTS6yNDx43mEsyktf0XxIODzg1LeJ6Yi/CFWwWBC4Y0ZbHoHOe7ADYcn3E9odw+M&#10;aX/68uN/vg7252I0PCEdJ4efPO6ntLs/ITwe+PjWaiVHxBycS8Qj775zc0fbWVyaCwVUEKmQvIid&#10;q9ttZJIjhXJJNnswmMGtferMxbPPf+LH95c333jlxAh/cuno3PyRkfmFPqzqu00tkRhTMa3jOlT0&#10;jtvUp/5IDgw7cW+pNzRudQBt7m4pTLipM8dOHxltO8LJU/a3H92c6XfAxrifvf27X36qlOfCGIeH&#10;6x0dgcz+R/tbhaIRVHqchEFOb+1hdnZkBPoq0mpkZmY5xXftzo0L586brWYlt4EISMMx7z9YhQDY&#10;oRnc9v/w33wGRWgdviyF9oP1Pb5DAjBMtDmow5EKh1oTjg0YKjldJjpnmT6IwXONV4lLz3BZxXS2&#10;QrPUadgoS22BntDhXbkv62VodCrHbOIkvGU8M4zWybvgKxP10S3AaxnpqIZaA7iiTgoz0h+hgBXH&#10;u5Z0rK3DaUHFsXhNokiIzXAjU8GFpRAQMEE0tGAbK1St6O24Auc6+dARHPSHRrcXDIaQ3wVRDUAx&#10;niajcsxKn2aXSgOPwCELn04mKMMEo6sGSoHdjXXkYoCiQWmntGMndOBFPxGZhtDw5FAyumfu5/ax&#10;Xrg6AyU9y31vBuoIXiLQIdt9nhs68ntJdQfehgMZOn8oRZ24kmKPNz54IOiG7PJUBc5xw6A8afOB&#10;pfRgCubGCnBDQTFLpnVVEBQuFtygZX7wM0+YznlcENYxMmiXtZScB4eyNeNOf0VX2svATpcQ7LbC&#10;1FSK+lazrHrCMmDp3UB/gXYL6CUVe+MFJUpZx/HiRMIBhTUtVBAiUV8E2lxSe0N5APTzA0s6zvWe&#10;YHCvwJpDSvU1qVeZOQiK4jyjqQHDhU15bJqDxf5tuf7vroMx8TgPLmPfciN86MFH/5b+CKVFGOwC&#10;XMdCmw14KKsDapkOzXlHu875HC/ISoL4jDWfjsuDYEgmHgQYIgMzFWVfHanUNImUxztdW1vbq5ST&#10;+TyoR5CFqZJKhzuUVE9RZCq8pzisx3xiNC5X1E7VkBSPZUC7JLreVI4wCNxmz+TAGYj9mfq8sUfH&#10;FRjTe2RbUAPg+srVyunFOZBPmWcGe3YF0TMSowZ06JhlCyWiaFPZBt+OpnTZ35P0vd3ca+n40X/x&#10;O1++eXrmB2/exfF5cnHq6SsXYMHcE5zvvfq2So5eOSujvREJUHDIEevozOiWADYrHYHYTOzAQowd&#10;9K0mMJNqrQ3oGBtFt14DNyrOB6czM/11kUS4tmCnVHi4KhfOfhRgLd/v8rBQwJCBsLVFtU7+V19+&#10;fXQ0ggqg1+2DneUPRuv1lmV2AokY7IwwSNZ88BUSmm0swMCkxgEROhcNle/n61gkbehdacTi5FQY&#10;w+mt7eYXnp9NJpIgM+NwgLw8BIOyaMQSjDxuudFFeSHrDd6uNExiCD6N84d1pdupbhZKOqyo4uHx&#10;YOSXziy9dr96o7R1YmR2Y2c1V9ivESkYS8EPf8/uFIOW3SwgTgUtcaFrf/JciqbFSe2xiD8a72xs&#10;Y/zO7TatBWQ5gFpmyolUrF30+UIZQTNJuY3h3lapI5m+Vr8WhYhLVDJTo4VyXvZzrQZSANbU5JgS&#10;dIodoEYmFIITPjuqqWlw4WR1JhouIQM2yG9Wb243ypA9tntbAenW9dXXQlr01OiRYqu4SbL9umAg&#10;TFo2dGHPFmUE3W3Utip2g8Y9KPCJAH1uv23ABDINSBDBE4ZZbxttEoOsvVzqFnU+OK8vZPgk2DhA&#10;EpAvJGkwM+9XzMd5qzRGRjVxZCQc7PaNgKb0YTSoqqiKco+XJydi5cc5cKkq92pnT07HOtLKzUeF&#10;Yj0UjsTHg+GY3nVWoj5QiMW3HrY39/xhzZ6c8i2OclDV7eYRKyPXjG4i4UdHce6I1DWEXIE7h/h6&#10;9Ktxdbdu7hvcu49q85l2OsE1BG6jZB9LanGt0zeV1ze4zWx7MgG5qNza6oSmE0qvn7uVnyCS8eZ2&#10;rtkj/TnzdMSYS4Z6DrIouZKx87C396iysBi8lzVX9rsTa638o21tPl07lnjqUvxY1PRdjsVHXnzt&#10;j99srJaVK6N2VZ9NKtNxx/Gp6UTsb76Z7a4Kc7pw72H2xKemg2dSW7cg0u5zZ8e4pvUn77R+43j6&#10;sl/ObrVQHFrlzoXJ+OrDrDwWXlxCqShiYbyHMNvJfn6VX307n/p45mPHtNt1WayjqHEup2MnZuoh&#10;3xie9GzbaYJ+bXdfX2l/9NmYyTupKW5mUo8S/5/vNzd/vL3bMi6eSW/v1BdH7UiC/Be/lny4bR9V&#10;7B5n/dV9Ix1FbBFf7gpJWQiI1okpEjyiX708/fYbtS1JPT7P9Sp2vm5cXQx8NY8gRWkFn7ZYvtWF&#10;PzRugYPMMJgy15qdYJBHBvlkIvLGw/0f54yCSa4/av2zs9HgjYLPMLd3K39wTf+VmUCj17bLWhLX&#10;HepPjAfqFQtjiwdtKyVpSYFr291iw47oCcmKOMKIZHGVXI9k65D2ymoI03eMtPZ3902wyeCmBVBC&#10;ALnej3ICpD/K+8MGDOyM7vjQoYk01SzUBXEOpreIMIW9ejAWJeCr+kSfRGlEhCWsBrBDgHXJM94O&#10;pcWCJCpju5StNo9wsqqgLjfXtBJMbIWgBS5JsG6tv78VCPkfvHwj+uxc+GTwqbL/hamF2ZEMjM2P&#10;RkKb26vffPd+ecR/JBV2ys3FZGxelW52nbYkPWo3ztmJieiVIDG2Vl8vFR7+6fUfnn369C9Ux/tz&#10;CA//NqXjz6jpXYXazwZ4D7UVH+K97GLOg7zGn911eCFDBxy4IexHmE8HeiEIG1fW1kVqyKNQ/7G+&#10;4aOBdgBBaDoOJqpARzGqlr2IEOdwMA4N5EOED0qArgETb9DkcUAiIF5VYjja4NnRbLQ67RaktiAe&#10;g+4bicY53hsduLkSNFER45JeVxT9zOOKhlXg7MU0BussGo35A0EsSTALKqXqIDmY5sBijo9zDQwz&#10;KQy4K5HP7oLFMB6PoiBBY5JIp11zUqz1WDhMp+doxzWgYIjt7TE7T1b82BZLZhBc1iGQZDTqsDrH&#10;J4DnBDAhzZ5lHDpP78bzXo4IeJgd2tHIIJA6DqDargneTy0csf3RGEKGYA2NxElU2028fTjAMRNS&#10;yzC7zTZvio6ktppN/C3Y6cXsHuikihzXA0j1s/d3diBzM21aMjk0bdEr/IbuZ4Q7+BP3QbdkMrAO&#10;P1gAQ5r+4FUI+YcS7H9+5PY/xy86wHjB1jN5jD5wzDlnz51eW3mUze4US5VAMMKTXquZ8wf0EsYk&#10;Snjk+NGaKU3NaWAPnHz6xW01sig5nzpz2l64QPkDstjHAI5yWhyfFBcYxIWSDTZkmoWdVhGAj5go&#10;+01MJCDIs0JaxHR8fevV73z31MmjZbN2VuNRISqRYJfrrW6Wrhy/NJKZ/dbDN0vwb6CTbBJKqFsP&#10;aj8sbrz08L1WVzMoIsvNTkxNzM4ub+5UyqVeIT82NrF0ZB4FzXvXvj9/REvFkhEd5aOlG6qtwpnT&#10;AIM7HZTaEreVryJZr4ntOhMiIqPbsKQ1gRILbVqq00xeqkanqhSemgPRflZgRNY+6lrWuHCe2taF&#10;OPEUUt9ZgYZ4isyLloa6q5RPSit3B5wKZiks0NKQhhxR6QLV5uNVqOs9KjnKdQBQLeG1dEmkaaU+&#10;miAlub0HcQbeUUy465mxMXRVYFNZ26SsThrTLLhuv4KbvcOTzPh4A5Vyv8eseTFJtqgXDpIDVA32&#10;03joeRd7pcA1DcPAh9Drd/Z2N6uba9BAEA/1HshXhgpVFxEfxv0wiNttj1xP+cETOESsiUcAd9W5&#10;rBDnD3sukOGuwXNPZPYyl6wDUcpATHtwmgzccz0+8jAw2INVnYEpHbtID3BltuwH9uWMCENccpD7&#10;vtyEO2GolHAT8wZX7L1F72IEF/1jkzZnMCrlXOdn9wdcCTcZSGOZcJTuWg7z23bz4017gNc74IJC&#10;TS3D4fz9m7er9YrIHBzQJUsS2hgBo1MFdE2bst+Z5kR8IoeNEYpYuWLVGzXODWXChIQ7PJ8+COIT&#10;mVDas5dkTHVq3kkRWlsYuDAKDDGW3Q1RoC067XdhOoE2iEUKs81Tos07s8amLCZCe3WQcUD2wIOE&#10;NhEkJhyWbBCE6QnVcLKAAQ7H2MYWEqDzCvOs74OCYLvMqLfwwu/fuQUhM3hEgrcWWO8vK0xqw4wZ&#10;HOI9kPyBAyZzixQ85wOao0i5DLxnMuGxEgCzC0MetDAcgDNNOSNW4SfQiutaFNgbRbI5ZlNHZxb0&#10;bmA+QWXxdEaBiDOnR8yPv/iRY4sjqlQWfcBXG6b5gPAjT106tVPclXyjV5+9Cmxvu7R6+/Hm40cF&#10;TUy6iUmgLcE8ubYG+woJkyRkOjKPSqr9JazsYPZ2ePAhtmxXoUcSsPtNZ6Zn94vlUn4vPJHee5xF&#10;P4WE89vLt0uVxtWrL5gmcn58NNVZULD/8EztXSiVXnv52kufuJqIxPtgBMshi/KmNEfEpuB0G1an&#10;bcUUKdXjtKp9clohSTR9C3uk6Qsr+b0CifssEjCqxJRMJJe1hNLy7sOgGAQYhBkRvJltqVshZjSi&#10;yv4Q1H9cYD8Rrm8Uymu798bCp9TMEuJoRkaQDiwWt+8EoopuFTL+3jlJOb+QwYR1s1wV5EijHCtk&#10;VQMWXP7uU0t+n4D8V26vCmYaB2YOKpZTUy893PrupNpipuQQmIDzb5QqfAcOPHG+xPVVg6hBMWDo&#10;lVb1TiU3nxhtW4pggy5fXhglmLfe7tljlrWcW0FSIz7SsslXFfDuOMCQEmX/i41eM6hLO/UbHdLF&#10;rpoYs477sKTLq7X8jyrW+613w45V6ZOo3wn3fIoTMKjV2kq56+wDDlG4qIrEOyEIOFkWSq1Ghzd9&#10;YhKtQ7lXSGnBQr1s9gu6FlO7rbuNa/dlK6r7TSs5E5xO+1rF1u6q8UDUYmkx0al3RDBEcY4oMqyf&#10;0Z7sFwqJselRixvJOFPpcQT7Iq3qfvBWLrrxo+o9jJ7q6/VMMgRP5q0dsr1sUJaFaFVNvnSzsZpt&#10;z0wHYypfALUnrF5aSESiPRRrCd0+MgvDa67Skqr13tVT4Wyte3ICo2A6jeo3nVub5q19+dSYenXS&#10;/vQid8NQt4sGsrEmJsIr98q7G41QSKrvVKUuD1ZKs9B6Np6o+RUuxldVBQzsb3/jtq/n3HprZ+ni&#10;1MhEePxC7JQ6lYrQQGmUr37VTsTIxKThhM/d+6ts634Jls4Y8Y5HxXzXurVtBWYi+znj8YOKUu5/&#10;74/uBo+kkldmOrZd453jGe1+j6u2e2fP+M6clPaK4kds/t8ud+QLYyc0vljnTiT4Nx81dir92Mcj&#10;L70Q+Xd/Wvz6t3b/q8/BuNtqGuJfr/XfKHNwco7mG49eKRRs8sJXFt7/6/2OxX/7ben81Rjo7rm9&#10;tlCq3HwnGwmK1XJ/T5BMv6Rvg2cgwHNm8UTg9oqZyfBnJuV+y0kodr9jh8MqMguXW4QvOPsVpz4W&#10;TKv8RMKEOuiMJgtG93dHoUbmR2UVkSMj8ejGbrvScnb36hWUyiK/3pQqXTIbrapp9Uya2+2QB3V+&#10;XdF//fdP3vhxoVOyqjud25OxTUWJtAxfMFA0EWvcEAJOom9rVv+NZX4zJH5mKpROpzVBX9svt8sV&#10;n6hPxMdLZeRIOT30rA3M3HjMvHrUMF3rM4aLxSAjgF00OB2US6PnhvupEnU0gMzbcvwcFRPysP/R&#10;ux3k41F2JssOD46Nnnvh46s/fIWG9OLbOYR+ORStMwzQVrGb+uL6iSX9W+8X3itVQpenY5qav106&#10;dzZ+4mTq8YN6OOgz7ucqNe7T//LLR0n/9hv37u8tI2nycd9+8ePz51UpKviqclUQNpBhNRaO9bjo&#10;UvrXnh6/Ipgrb9z86/du34aQzYqLvlDsF1w283+vn/jwlNMPFP1DgPdnIr0/pSvmCf8zL/KgzT4s&#10;ST50ja5vKM4dGCQ1281SpYLMBXS20BbZtHqkWiR4uLZ71M8JMtpIOEyEISN2wCZDF9CHYhc+eLST&#10;bNUhvjapiWUwqFBmngO/DqwNaoksy8At3SxPOlZmF9FpN1HVUOMoVMW6DrAUFQVWJsNKRLTHkkHt&#10;P1AHSABdaYCQNIQmUIJDQUz6LSR2YjIMlhwQYvhx0HPKssuVCiBlVQ/ic8Cv5Zls2KLlFq3DocKV&#10;GHOSxZpYzFkDRwK+pw8aGr5TcAMbsA/A1gtok6ywEs5zKmNgFgev/1atqlImHG2AO+Ui/n9gzTb6&#10;e1R36JYBaiEkAY1+s0WTGcFtRmEXUPuOUMOnHYhoYFyLUqNWx8tGo8Fmvaz7RXTO6AIAkmOyHwhH&#10;2jD2YB+X6+t50NcOYz8PJHTcAa2ZDIHeJyn45ElE+D/v19+J3UCGyNjfqeNlmLjcbnY6bQyR+6Mj&#10;4xjswHISN7JR38et5TvNQCTG0+aIa7W727t7x0dmzFI5YjYJtLzJke8+eNDPbV85eUqIp1Gi0hwf&#10;xw2WdbrMSYxKsDmLRjdjcdBQHxxz/JoqbxZrT0flT/+r//6tbGX38XWxlZ0aH3vj9hoJiOW1+zBQ&#10;1iIwLykuhrWtmoFdOLtcXjqePior92/d+9infn2lWDsxNQ2L8Ve+/wP4R584srB97+7CaLLVrAJm&#10;GFmaH4nwZxZP2wKqo+ZmrdXo5ubSE6czyYnEzJ3Vje7dBsiVWPR6NIqLdig9kgNFmAAHpaknSILA&#10;crCppatAC3Ac+xhwUVRUFDDZFv3+jgMeP80WY4mqpO/XAkE/uoAgcq4ZvIXZlNHr6AwdRUGJU4M2&#10;mSwyt1WTENECET2mUyLrg/DQmizMHR8dfE2tbgcG1BQlZp0wYzySOs0VUjWVGvyAAOLQmDvB7QIx&#10;YUXqCO2saQtt03ZCpn0vLh7gEWZQX/+Lb/ZrNfhMOIycLRDXUJgfm5yZPrrkRdayRe61AyJUbWY8&#10;FkV93aGfAsWbXKmt26u4lkUUhCIe/XLI4B04H7gQKn1hasvijZ54z9mL/TaWKuSlyTJXKsFVzJOh&#10;aeHQN44fZJ4fLHlxyB1ijczAVIE/RIeWvNaZd8njQyhZIIMkAUpFcciBaZ3otkWsN/RwU+ZVNKD3&#10;CgNfI9pcMTNnL6yWSWo9nNlrv4bXc0B1ctnotpdhS9wQYNvlwrN5KkRTFktHpPcc4CiNx2w10hmo&#10;pCzmXEURX1eSjU8V40VVhfWCwQaNtvfGBlbMNg0VoqHN8Qg0aMyr2XEGDKuBb/Swk3cTvb00YpoI&#10;7Ayo+MPPk8nSveBlygCnnSkeHcE2XRUzy38ntFFmelQX4aZtG1NJc8wGgza+LnUKzw66XzaB4V0i&#10;FmCGdCoVQvouuHMi1wbMQe0iTZcNQIFtEeJSOplyz2Scdpa769HzRnApAszyehDZPHRocL23Bgpn&#10;uAEL4sFqdUX1lDZhsiRqL3mac8OU8Zn5Nc0rJVyvM2rexhOvlyZuhjlllIN81bdu3rj96g9e5XVZ&#10;jkp44D710UshX79Ra37uM78JlvBON7ubu8NzoURA++jVM4qkYlqX3WsUzP7eXpFQHoybeUjTUk16&#10;HwRmd4UPmSZFYU/GEKRcbi2eWAD8cmdt+c3b15Uwt1UvBiajoZ797qN3779Xf+mpZ5Q+nH2Ah1uY&#10;xFmc2OatoIOoKjE04n+Q3Qrfv3P62OL07IVGvtBpN4jkp9Uungds0z07t1GlrkxCJJjSHV1MwGJq&#10;BYhkaWxiRPSj7oEPrDMxPwO5N7aGVGRkMpzuWWuwDW83jAf3CvtId5XFnPIt3R/LWc25WeScOUvj&#10;XLtyv7LfTSZO7u7mMfwOqVa+Waz2RfgwNS37nffeU0NP15sbpUY2OBsrWg1ZblWbveV98ewkooS5&#10;QMgKU2Wr8KAN2vC1cDz4VKBli7Zsq5rUwxh9JBotwzZOCRo8l+vWBMXCNli3UWcoki+K5dztdx7X&#10;rV/2hy+OpcbUrE/txBSUDE5TIG2eOnRPhdViy8g7YrbZA994Okx0OmfS/Co8662y4wRlczYdmDFi&#10;z4y8tLq58oNH1wxej0njo/p0rn7rnfV6vsMtzIGM0N+3xSb0CFjvtg23i7Vy7+q0kcERwRnZulHo&#10;lBlUsozWfz4g5Fp8rm7zLfLLE1cC0ycfZO84EDq30zzXVIJ+vt8SeQiDuxj6AF9rGe1CqYCgqfMX&#10;rvSL1e3VbZyDm6u5SqMRTipnjpw5eiG6b65vbXK1HCYAnJ/IXY5MI6/XkkKTGg6pqI/3N6ViG/GS&#10;Ztfi6j3hZsn55SmUZ1bZdN5bMY5GxXOwdBLBtcMpJiRC3IUxcuNhe9nROi3uuXnh1CknsiqaRipb&#10;bvFRfTwT1iUH5pFKhaujDwVUuts5nlHuGbypSOeD2o1eui1yetPQp/y/8TTMhHtg5FUMca/UB84x&#10;qjtVh280hVNn5NjEXLtl33uz7psLfnfbSUp8cka52SAzM3JyMZR9WD21GHsPSuut2gkEFEWE76x0&#10;xqb1u31S2BbmI3K1a42E1F+fUwxLeOvlLBfyVY5EXjwnv/Xj3n/8g7VOOvDFT2es9+uPy2hEObHb&#10;Tr6X3bo4YccDVy4KMb+03pJEjELOjsrF9sZ248ZXa/rpVL7R7TyoaiGpGden5hK1Ymt/jzxKBKIT&#10;6v9P3HsGSXLeZ57pM6syy9v2vnu8w8ADBEArkqKnJO5K5GljVxHnYi/uw365jxd7cXF3cXEmbkPS&#10;buh4J+l2xSVX0ooiRAIgAMKbwfiZnunuad/V1eVdZlX6e943s7obNBClEGMRDAkYU12Vlfm+7///&#10;f57fEwN5dd9bXBQOuljpvMm8DYyZLPplB7elf1oTOhybl6x8issryosbbiIpLw+8swn/7gPrnU3m&#10;nyzYj+Nk63MLxei45281PSRskaGSLDYb7R9/YJw4E2mXmVu3G0xa/fEB3ygyX/n8jLfRutv20E97&#10;fCkaQ+hUEnuhFYuzt/bYPEJ7Uuw5qOt0T4vIN0uVlJKcTC+Naqnd69u7uw80JhGT4hLPwFvQpbUJ&#10;ToBYGqHdBBSo2WqO5dLopKLERScSdl9ABbE8e+RkT/hAPo324Ki0RUOaC5UzYS9oNBtI+20jVpQT&#10;IsAfQFgCDi2OJWAWgkzbd3nPFEfTJ07FX2O4Qd21FuIn5mT2zd5P/vh2PKM9+qXpR+NMo+lU1zv/&#10;5//6P+3tdIHD1V2rfHbs9z594jNzYzHPr7X0csnZdKKR0SzP189mR6Cdf+Xdf7leu9MF3D/D3S21&#10;Ty6M1Ov3f/UVL/t3Hwz7hxxl9hcc9AOp0VEp+nN4P8wRjOgXvAc2PE4FNM6f1qYyH0pc/ak8YPbI&#10;tnUsdYYYzHAAgvc1V0BFCtUmXtQYmCSEAZIANJ2pFYsOMjyqi2PDDEDCvOD0Xndra30kX2zUq5Cf&#10;xCORvdKu1W0mEtHK/k4skZEiKnXykbul3Wzi3ZC6F3onsNC0mO8dlfb4FRy5OXr74fPhriNSYZjG&#10;DR0TYoYmXHhDfSBuy0GnqTdrOE44plE7qKCyBVwD0AKMbaGkA4EBnWr8dWid6d8jQ1nS25HIYdUj&#10;LAIJImQMsXEGwoBWQdNHJEBonHOQsOiQYwnAIhbepCSKh9cziMSA7LkOe3y3Q5SZ5Flgd1fuJ6Lo&#10;gnGZ0XFkxSEN1RsMuq1WOplAbQzyMsheWjwKWonTQ7oraB0b+JVEOo0mw+j4WN+oQWJZ2tniaTgT&#10;LL2xBLKnTQy3yXSa+TmAKf/YjXKUgeWHE/RDxQF7KGc/yh3yfxn61H+SQvfnai0+wtD74R/kCRCI&#10;9+AENwnFe3RsBCVTVyfod6S2lnf6M1Mz2KyTyWyzDUdG0+35qVji9TfezC+dLu/uFdGdZfypcxc2&#10;es1IJI6BJk+bfTghDCDZh8mb9gVdcvS2aEQ3zqwI4XL/m6c//y//1U9yQnRQ7XVu3zk9++RL/dvl&#10;N9dimd7vPfypsuy/2PzJd9+8wSVYg9d3AbOEN8oCD5NJu8mIlJwZnU8n8yflOMAl777ywvmLl/l4&#10;slLe//iTjxXzmXKv83Rmsf3O3Tff+WByPPX63feXkrHPfOy57SbE86mbu+vrpW2v1v/nX/11HOhB&#10;T/ur737vLNghAF5OLNFUVYJa9VmOP4TJe8EQlYfkAUIdi+SiQMMAwYSDqhwyICgtiY/cQAsM3VUI&#10;3GTigiWneCIRRMxXF6J8cJKBJJVEwGU44qdHxABeTyHpXvaAhLNIyFZlYopMRSDSoK9wREOCYQPK&#10;ftbGZsrxeH2QH2mekA/ZHaLO0UyV6NKim5Yo++ClIhu5jaMEibHBiwo04RNBSgIiUC8+/CiriiTw&#10;VyAKDJb8MnLGMDNR0LvlhqIbjpzeIXciQzB0dDOpXCqV7+g6vA8crVEp8ZcdyriJ/Jo5DDxljz1f&#10;LJ2q+YdEAyaIM6II4BBscLjUM2xoZOYC7yXjHXpuh0Zf/3hSddhJ8w+tuUPWQuhk4EL1Bnvo3A0D&#10;iQ69KMN3SJFV4TcdhPR6odb12Mbgs0fQf6r2Gda2YYDRMKlguHGR6jdUz/rHoM3BUJU6VBg/cG0y&#10;wfyOhD/7xKSCp4bmrrrE4AvroQQ/QKPdTqhxEJ2gaMQdw/L0/sTKx4to0FPaGQUr8uyHYwaowYa+&#10;vh/EOwdoKTbMLD6UKIRKKo4d8r3Z4UyedCdIgTpMKKYSbzrhDJK0aCCxT6T4RNvvBUHH7DHLCOsF&#10;8XgExiCoJM89VJiHYnUS00VIhgScGHxd+L1coYCmaTGfTWWzV6+81yXURIANnWIxj2MyVS4EdhqW&#10;krFIZC2V54cbfOBYPmQQcmF7g2iSUMCKZFAcwVg6mPRyYdaWQN8Rd3hQCN8MJuT01g4qXjp09Q7z&#10;tKjnmUZNY1nwyNZmu91PfOpsYbrwxrUH3coeIt7GRpXt/Wvx1EIqUcAKil34yrW3zsw/szR7EolE&#10;UdK/cA13v9k5WN4ovfLDa9gQTRM0ZqgE0fFAL9iVubjHUnAlfUCx8mC13t2tP/LsJ6r763fX7jTE&#10;ZoFXGr5+xemfjCS81harxSPxaMXm8qpMJCk2usJYZrpLM+PTX3ji+bcqNx6U58+Mawl7fe092OGS&#10;sFQlUjXb4MiT70d4pucASmlOT8fj2eTOfssoLU9Pzp6aQ5AKmqCDQiE2mhu5u3pHiWXTETWupk2H&#10;yvBtbySfxzr8+o33N/vtFbviNetNqLJqyctTk8Wx0agAqhSGhvFrN+oPujWrz93qutGor8Q6EHuW&#10;WpLbeqfW2Zg7v9Rz9rQCwF9+mlHftpxxw09FGRdQARYKZPCBOSFRQXcIxqs8/CpOFMcKjxFLXb0j&#10;78io7FhtIKHa5doDfTwRG9PGRUlzzAEUBtUB8wfb7ZOZyGw6cb/bkm10FsxcRMxHnFafQzIeElMx&#10;7TZspuMhccbVJKRpQbEvRCSSGwn+zq5pFjlvOj+eSU/DeTABOamk/vCFP+8ppSYj30Z9bNuFiFfw&#10;vXnJhwhB4ZyIz50CM5TTAZw4oWbqBoxcjUHCQWmdV7gzscyYvHe3LjQZ4Xr7dm15M63GDU8ss2uc&#10;OPux0dOOgZAgg/RQWWCBsIlGctlkXItnJdUvKJv3NyQQBwf9iABPpXZyfkaRdlTE5qnC1Lm5H73w&#10;eiQfk2Dklrm1tq1ihjCwzpyXtCSTdTg4nHcG7E7F39rQvaSWzKO7wzx3KX5nGTwYL6OwA4uRUrDC&#10;Gf7AOUAQzkHv9W27ZyS+ej5++ax00ETOkjzqcdXdRlTwo6dGuB7fa2bub25Urx8ULuZHF1X0UvBm&#10;JkbTg7Z9YGq9kv7aj+xLF+O4pceS5nRKKHf5RNTReFcX5bdeqO/vGeMn0nJenFmMXxgxEBT+YJP9&#10;Z5e0rmW+c7M/SESu1Af5CW00GWnttt+62USm4t7NBobU8qJa4pnpvIgcRYxVUdr/5hdGdSwJCoEN&#10;IJYpnxDv3NWv3O5+5qnse3e6Z+LcrYozKHWfaPSuvW01TyVO2n7K6Xfr7PnTGeyw9VI2E5P3dwfm&#10;ZkeUmPiYKqfi19cqlz81//EzyjT6c8jzdOvVEn93wyzD6M9J7675S/hEDebEOKtJTqnvX0AJa3j/&#10;yztO9oSdc5jduo/RLq7qI4vix3hL4dWWbZX7degwMpoaj8bubrb3uxaEk0m8QN/4yZ/tHxy02mCH&#10;Z2NMjPQtV8ow2/PPLUl6HWuRpcUTL7yysy1wn72MoG773Z3OKKuMF9n59OiUp+2VS2o6Um9UeA11&#10;dTbGdhFG2u22q406byg+L6XSaRwewBy1EFTZ7SycOsH2GtX9fZ6CdA3PBXQIkFuzUUMvHj1WsvTb&#10;JMsxokTNXoePaQARYWXKJZKGVYNuE3+G6ECpjZFEjuM4ZJJdwMav980dyzv9GyegI3Pz4sG6kXtU&#10;zZ6az/Tk8t32y6VWZmlMTUZnx2LZ80Xi9lxp+jWQABfQVWMlZy6jX716U5Qy6yC3JJe6TYvJrk6O&#10;T3EZWADqHCPPtXpoc0D69KvVYQYHl+Fw9mg2OqwWA1Qmy/rHPYWHSKDDoPhhaGjAoPSHHMxjybh+&#10;EDPD/cIc1I+oBKjny/+ZTKXjtRBzdPY6ylo8hB5R+kaQMMtQTC5Gr3BkEAK4mlLxRPVRazkmyf1A&#10;c0cMs2O8IGI3JFxhW0Y4qRBTI7ZpYIHyUD1GI7Oz09Vm+6CCmSeiQkQJyzJa2YKciCrlZoXIg1lX&#10;i6eIG9IhwFbDwGwJJ20xDIYlcTzoTSNOaEAma0SUpBOLnaz4ND4E141wcAgyCK13C39W7/Uckjef&#10;BJZIi6DRrtjIGB1Anwz/iC8jcRdKUpKK5OndLiJYiTlZIIUlF5BoBSmWkMBQwEgKBbdE5kVUZS2I&#10;7S4C/+JahIpAA7MhVeeByQXgK64wSMt6uxWPRuDJgs1FTaTleBKSpNL9e6Bp+GgeU/2zafS0VJJQ&#10;qUjuaRTUq9EolHEkDQdUOcCulSgY524UGMJGTRFlCtayu/U2LhJCbTxviGrmhibqI/7Zh+pW9pi+&#10;nqWYTztAn9JkTI7wM70hY4fzD8Oef7H02D+Kj6FHKI77e8ubD6XYHwFvO7QwHmO3/XxD75Gs9Ajt&#10;hm9VlhPwVMv86v1yRAYuIGvAhIMPr0ialsJ4qFqr9+0ubHXOQM6MzT78iU8sTJ/ii1MPBj22UaGZ&#10;Cjjn4XBgkvE/jkMQtpETLmHakzYMTkKQzNvkP8k5vm+ybPF//7MfRO73kH344vvrtxLLTft7Ed8+&#10;7buDrfur93f3fe7y6flSuftO76bBe7lWDw/GoGdHvRg2Cl3tPb/92utv31DRGolGSrv7vVpla6f0&#10;zgfXwK5UPBcdmgFkNKaBw+LW+AJkArHRbMux398uV7dXPbv96KnRAQwk26XUCOqVwfTE2NOfeKbV&#10;0cMqF/NbIkMgcmMnTA4i/AY4rBwgHGBxc3EohB2MA32Vo3pK/HnSkFJI9weZ0mR9QHuUTgolms6C&#10;Vg1xCYtknBUVYnhWI6TWdOB+gQojEk3Qcz8L67xDw99RAIOIyNB4MYbEkQXjZ4EkIVPirqwoJPwE&#10;KSVEGo1cbzcOviK6TURywoHbqSU07EoBJ9gldn8vpsYKhaIYw9MUxdUBrBn8FJQJLvEOA38HNp0Q&#10;TH1RiQG27pBSmTCSEB/CIQqVVFYsMfozIfDm8Nbj2WGdMPRDBjfukK7MDoOHaMXL8WExETpyjzGb&#10;w2qZY4+WYOpwDUtrjj002QeLs+9yQ0Q2eTgDHBQli7GhsscPgnuDYTHuohCLRSeZpAAKn51Avcwe&#10;68HSIpvzj2jT/oc1QxTaQD28NI0mIF37R121wM4aYA+DNYdOR72gYML94RL0Lh+MU4MQXI4CnIjv&#10;1LXptXUD1hLlfmC4qUAlEMGoCrceQi0oMo00mByPUqzwcIke9eIyYcnGEBACpUwEPOfAtBpM6ek6&#10;HnCjPPpeAyE4+TMeBRkHdw5LueSkBzS0OgerIf2quEOPCLZAh/hfKcfscO2Cv90jAjk8hvjUAk1Q&#10;IrZXLkyvotG0FL2FU5FAq2qywRBUBZ4lkeWatfrM4gkoJ1BH4T5EOVWr1PL5Ap4LokGCCoPW7wEd&#10;gMx36RdBvlyeJgTBpOY6PHGxklQe7H6wQaDj5pCQXoJtE6HVwF93fep/F0SaoIH+AhUG+DR+m0ys&#10;iWKCtK5E0yVfkEeF1vTmIIU6SXoCnJeQTNF1NkaKidlzJ7cbO1NLysJjl0fjiHk1LGu0wxbbXTeS&#10;4l999S8S0Qzat7pTSY+AqiMjJRTtwp3yoF5vIiWuVsbwWesz/VjKXbiYjUnCiy88SMuxxXPn373y&#10;vsJKUD8LMjBmfUyDLV/YaDfE8djeQSurpviImMJ93EMOmfaDl15qbXW+8bXfMRolUUr6zkAR3eK4&#10;iOH056efGH3/wfSFfJ6FzSP9xrV7mcwUJFauQa4gXpfQDBwnm1AAK1q+Xs6kRyUN32G/1Wz1WTY7&#10;EtEiEdFLnDr16Ouv33j4JHgiUIOpxF0li51enWX2L5xjc1V+UrkAhM+7B1u7pU69tipL5bwaQ1sG&#10;GNg+YmbiYsQatDqd9Xe2nr5UHFjO3XJ3u7QzOhlZbu0IEfZsVpjOFvCind4eLgge5RkOaRADHDjO&#10;5JBRAkyghHb91QO5VO+fVMTZAmLfXcR0JkRBZ+DfEJeN3tNJLR3JwELO6ANNZFoeaxB6LPfBfunj&#10;U3DGy6uGXZChR8fzqAxc/vq+M5kWKji8m5ATuHttdiFJ4t2qrhAl2SwO+l1ZkWk71b9a/xNr0BTV&#10;5Ht7Vwtu7uNPfe7aznfR+piIYv12IGYGHDEF2h9el4/ElHFNZcudFR1CPqc/nUiOx6QS3n3Xy8pp&#10;tI5TUuGRwkiMG39v89paZ3/W9+7uNmJFodUolWu7j02cVRzk7+BghbhUPp/J8BL6AX2jU3M5aXR6&#10;YmNtu2v0kpkR1nYjajqTdY3eQMzylXIlM5nY7wz6B+bOWkudS0cT7NnFZL2J9gaoMQx03JIPQRM7&#10;Iwqvvd995EwkV3ANyYmMSW+selfuNRcl/sKM/fAlNZdwz05Ga4YbN9z1jvv95d5j0/J4zDsF4Z3L&#10;1jyxX2Gv39pHqORoTlsspq7ttI2xzLW75W9+sYADcQVf35hyQR1Yi/Efvdv/wzdaD+eVvMZ3bMQj&#10;OA+dVjnHvvFqud3xW/dr9avQdeEIK2Y1aS4pFEe4atObTLHiuciZqjOaJ62uRtd53YDGVhrLq3st&#10;EwvPvS7xGBQ4c63Pn59I1vd6V9vu4wta1tN3NtnXXt7304p6OVuvWq+835RaxgEX2Xt57Xf/s9+6&#10;8qMfTM4X7hv22QllIeG++JPB+get+XFxdc9EKF+7aX3t49PL7++uPKgBgq1eGK0J7JWNfjnjlasd&#10;Y7d7eSqG1fH6G+Wlh/MjCX6zZEoxvmuzcUHod7w/rg4uZYXejb3i+GQ2I3lNdxFCTcWCeCLOIS4K&#10;SB4EBJlwtG4jDbJp7OhOyWWLTfYvv3uDnKHOFUy5wIxFL53SDkp998XG1dHoXV785MN80TRfvm2N&#10;L8njs6rW96+u1hWGe3Q2aWs4xrqsIubS+bmHp+slOx5Nb660/I4LYZjerPcMWzcdNQr1PkPScuG9&#10;wgGa5yKpFNJi3D4c/GZHx93ViSSTES2OuRUOJNiZ8LQmQJcCPIGXIIZDCYAXQR/fo9ohu6/b/R78&#10;8Fh1Ec/BiC4aRiJFEw8QDCyIOHAAk7WL+PfmYERgRnnmyvMb448svLlbPr2UemRmtGn6c+Npo2lg&#10;7p+TInPjJ58r7b3x5vOe/chXTsy9d+Wl7AT8JRmVy2AFzo2CXoKRzVrDa+0NnKQcWZq4WIDkldjp&#10;foXz3WCfD2eJR2XqR5Wi/lFgBRtWJuzRrx6br/4youWfJV15P/2L4dDO+zAxeojrDd1pR3/QC61o&#10;oR0tODV5gUOLpmaGCFIqfcNeSARlmMTgsInjJhuwFUPdH81DCHVmgQ0H+yisfVEligogVxzFcHJv&#10;a2tsfBxYGQTjxZNJkwAfyE+ydbGvG0hmD2pmlBPY4SHiDRixhtHF0YicDQhoyu20GgA9u7S6wBGX&#10;YEAYD2dgOjwIAiEJUgeFNCRRyUym025Z/XY6W8RpQlQTipaslksuX4vF0xKkT4ilgYAfq0q1muaA&#10;14rgA5hE5IxZFvo7RjyZwAEFKqsB0MwRiJl4VYkYfdNot1nqBw5OtlzgiwtG3J4bT6XwTiSQ8QeD&#10;5OgYZksw58CTs7u2w4DXWO9PTE+s3tnKpJMYQfVq1czkTJOVYdCQoc0HvwqHcFxlJCd5+OC2HCGA&#10;rkJxDK/d0w2cxSIRDbFhmBYEUCHmMHLzZ/Kej/mzg8RQ/9BOyA4dfkNw57FbcXi/DM/2H0o5Ok4I&#10;P6quQ2n739ch/5Gc8uOU5o8gV31EXY3TNBnVRCBox7eBmDWEssfj9UbLRjA5xoZEW64iR0EQ4/ns&#10;SGfgPdjcyBdnOL3DC5JNih0+KQrPPPdJq98DTZgJYE5E6Ii11yIeSR/oB8JLIUd4AJYUUl1L/V5O&#10;4mVLScaKCFrXNFAM5MmJqZX1B4A9SNWmvbKj9qH6QuaF5/f6nBiNMaKp7+Fw2tcidc/EMR/TLoHY&#10;QL3vv/5qUoleGine3+povlccGXtwsJlg+OTidNVqG0A8p2COb8te16iWE7zwl399FZ959rmC7WLV&#10;5guFMUj0BELqOWyhHf/KAhQOkQqj/YM5LTEMuk66WBgY3VqlQjXFBBOAYw5OmwMAPEolGhJDdJ14&#10;AFJcBk/K3tamhcea/AqZKsGShXYDftze1jaCWPwAfIRHEYa/sTH8fL2nV5pNMj2jP45iZElmYyaT&#10;JNLLfm9jbxvFj007aoSkSEhLkCvF8VLQE0IU2mo0g/kjiiasCom4xtG5NJB2YUY2ywU+VFRNQejQ&#10;8MMTchFqeNQJIh0dxGNR/TDjhapP/eOJTf7hHDaoBtnjHUSWFlAkHIUZ0nPDBZEWodzxG9w/EjGH&#10;DyUXvJ3hjJY93CSodlgM+emk5cb6oeDUP1KqHpZ/QZoOeZ1hvzWgY9Niz/MPm6J0aR1+UpeE6oQl&#10;LGqkwIFL54dcqAEP1SFBdPKRljuw8bIh7TCcL/Lh7JoJZukcDRMKS0k2pGNR97tHC01q1Yb5lbEl&#10;km2InoNsEXUA0SoP+fvs8CI7gVs1JAX6Q/oALVBDgoU/zA6i429azwUXIng9UgDbw34g/WgCuQvo&#10;ADpEaQc5WCGji5iP6V7IhrnSHBvKmGl6LPGNBvHRxAobgN9o1g8N+WOHLCwq3ibZP4GP2aViZDR7&#10;IzD26MhbFw9KJZSj6UymWq2zNJfroFwZ5lxxbMCYO+72DrlpJLeITl5RUEr4NnAnkzYU2EehyzqI&#10;oubZwNbLUZ486QfjGfJoTR5eRC/QKaBRFVHZoZABw3W67osutdbiPIC2H2gIgP3mixNQWGVjk05P&#10;KLX3bm6/Xy23L575WhQ2TMH/6+d/vy92m6XBlz799LvLf/TyPeh2Vac14luQE4q2yUd5kCqRBYuQ&#10;2OaF53Lgc6/eacej0m984/Ovvvy8rHkzxfzO+g5aXNVuu1krX1l+m0169XaVdLeBTvKtmKDkZ8bv&#10;VTuPnr74jc//1ntXXwPQ+PHFIi4VplWgcO212luD0sS55ACpcpn8hYdON829yu6W3rejmQxKNSrW&#10;RglP1utO+QAM54NavdHf0hKWAehrQt1rNhBj29xcXt1YrTnkoEycEyIZh0Nygr9vi31Nik+J0kxk&#10;xugaTAG66R7y43BJD4wGsMakp+dJKdSEaKbHkF6bWN83omxid23PV8Vb5d7ZqeTTc9MZFWwI3zTb&#10;MRVmE2GlBvSakEmBBsUbvGIADwuJmsvtGB6UzFg0EQyUV/jvrHQSDntxBHUvHJ5ZSc7g6UlLqb1K&#10;5db6/W0Q1CABk5W7NeZktgZ1DobDuJdBp7UG4o9v65B/V/d0DJOnC1xnwL5dcybiquPq5T705Gxe&#10;ixYlocgPdNZNicUXblVjXO/yiSXETq30brlx5LLyfSQ1Rvy2DVSPuMsrS6piM2bVbkzHilPaWGnQ&#10;vGO2kmalIMViQnRRsYGeUoRo2/IaxnKF28llYnHXE+XKxUjflvk0N30ycUE1CxC1E7wdWUGBk1Ax&#10;V8EV3yjvtbpWKpPnY8pTzz7x/ItvxorxcmvPaBw0Wadcb6Nz0QThGZnEst+qteyqcflSQhD7gELv&#10;tpgJiXQUk5IL1bvB+WJSeuGdHvajZ58ppBX+er0723dX1xoHbfvsySwWvjajTy7weUvQbxmYCVb6&#10;TF4zDeT+SKpQUGYmZAcF3T6smyz27eJ8bAOFaEIGb8jpMVaNLcWZ7QNuLs5987OJTse8V/IwHdy8&#10;D0yT7O2LY7q9fK0KhIwYUXOzY0XJXTidUiSrOSALSbczyKW1meJgLIZHRFElX2ecZ55I4D492Ldg&#10;J0KjHffgE7OR6ra9/f/d+6Dn6F9f+MqUJHT1v/nrCoote7emb/Kt67tCPNJ/aqredve69cVnpv7t&#10;xtVvfeLy/c5Wu2f/xZb0sSUlPsbt3WltJvnJkyDpcTnVmo9wF6dn643C8k7/1m7/3mYP2+3C59TL&#10;mvDG+7V/98La2bNTj83FkFvy4+9s5M6PgRd1S5dH7jemIUNPsu9U1C9/afwPXq298bHstxLMlb3B&#10;6574mRx/Oe3Xysj3GUwVlaQgI7yXV9i8qo/0oOUW2guJnQGzw3Dnn8sUJW5ry8h2nM139pSFJJPR&#10;GuNqaUUvGV6paf2Tkwmxa9wv2bm5CMrMU0BU+yDjO3tmi0X8pOvv3tpPiAoWDdMkqiYsXLrVnUzk&#10;qtu7BprsPhF3osoFghk8Kg8yNvToFQB8AHkHBdxBHSK5MAoAYOL0XReMTDUR17H+I7MbpzeXuE7M&#10;VqNTrbjZHBHSyKhFbcLxpfgfFfIw2zR1MyPHS+/ua6n0Rre/vdpawLQYFK73NidF5ea/X5uYL2Ce&#10;f+9eo5MQTy7mCBOhsnHrzs6tje71d/78Ryn5a18+N8XzDzbLz55InJueGYnGb99+550P7t5DGlYh&#10;P3X63HRqThUGFX3zV02toqYnd+gfOoyc+FApEJJAGO4Y2pM9Pmz96MLglywbDs9OzOGU4NCz6fk/&#10;JUv9Kdfu8frXHzKa/eEhiQsTHI9KYbwlWGqx1qcUJipFqj0yP8XsFZXCEHc0dCBTeGeosSMHV67b&#10;7aEfCrkWjpsQElPdl5dA0hWWTpZYdWDWqPQxdEWhl8DG3de7QMzAQ4yimoji4BwGp4HEspuJVJrA&#10;Mj2LcE5MEvJAdWzArLbpZh2O1WnakBDTVMxIZakLU63eBVpZiWiAzsNbwhYLRRnN5mQaPwh3OAI7&#10;wcGBZxA6TWR8EQ2diKx4gpjGG/bDrA221+tJPHL1yFginoyiXIpExVDPd3jxOBbyiD7jRkGoandw&#10;psTxArFGOI5EJU9v1HDF4pmUYsf0Xj87PhaRFePgQI3F2gML6QbxeBKniGq3RXZiSUGLOCozXbeL&#10;4QfSZMncOJlAsQYp9fbGlkAGY7x/GAd6jFrFfAjPzA6zORn/mJaZGfoZmZC8EwYpDw/77E/PV4+d&#10;7f9OrOZDKtvfdj8zv0qOlU9Coeu1cjJbzOZGMMBrNYCsZHpGR41GUdpgEAigDGaK+7s3dzY2Bg7X&#10;aTird9e//FtfS1i6jlMxL+E5QAMjoagGUWkKgQUNkjzXCyivtG9AFQ4Yl/ikO8Q2HS+J30drojuQ&#10;8rGGZaEggMQN8ghgo9smbtBCp9NTbH52bv7Nt69MxWGxAt9NRmxSq2FAZouV22wbKuYqAhIrUCj6&#10;KAzwBOhYZzkXaezo9J05E82fkePqQoLTktGRxybUhzMqTsHbW/ficSWr5uOYx6JfXsgT8zHPB/Gy&#10;gR6FnNvDoo4mYpkmbsoY/MyQ7Eui41rEFxZRwZWjeTZ0kk+z6bR4khLPmcCvi2M0or0wko0lgb2x&#10;aIw1GWahgiKiVpbHYSVJ5lW0EHRJSAz05PCywzcWl9JkpEZdtY5PHYh47KnkFI/iyOSkP4TKUtkq&#10;DMjkniXefaCM4DNG9UtswBhqYV7rxAl8VCBiEMzhqSWX/sNQ1qwIu2CI68M9wdP5JSRJtivQZxWl&#10;PlE+W4NjLMGjBwLHm7BHRP4zWHFC1G1QE1OVcFBkBLeBR2uVoSyZap2PVshwdOgFbgyaccbTaBwm&#10;NKX4QyhxoKGhLlrPGwqF2PDhZw9L6OF4Mwis4YbheTRplnH98I0Hq/MRuThInAo3Ac8dbm/DPxMU&#10;gR57lI0XJtbSnDqGEp5IQhSZfLphXtHxbG8u2EACTiIBn9HFkqOvTTJ0aAQQTg4kP9kJmh0IbSU2&#10;bQwFOFK64VIHKb3kkrpegBI/3I9ZSskKlFUEf0U0BiRZDy0ijkqr3WF9HtxR7NDZG6Q5kVoO74Nc&#10;PzKqpQFAwZiafFCMOl3CSCbJzeShJyHI1P7t0age0llAFeFb1gCXATDGAeo5LBRk2EwzL/yQJhXk&#10;FdFmjk9l3gQUAVsL9BQWqWd5GEdxYlRVDUJ9dILxw23S2xjmhdF44WNO72A8z3HhpyFLOWWGhjLl&#10;sOlARPUUW0WTivnAqERaUbJD5eQkJ486c/2QuY0tBRt2h949IpCSePqG7mxS5qfjMR2ADMY7MKpY&#10;cWIIAefTTDLC9Jv3Oo3Y2FlOSQJnpVhbn/jE6VffeHvh/KWtyvLyLb9VyWAWCAEU3ojjDWJFTYm1&#10;H6w1GdF66okpRoGzlbty49rXv/L5Tn9rbCbzzd/4JDrd7987eOXVUm3fvrdzb6W87kaYeDRb7SDc&#10;REhE5GZ9MJmJfv78Q0k+enft5qbRXFQLt1aunVtMjmYzM9lsMflxd+9vUCRWe02eG6vrdy6dkx9k&#10;pGt3ypyDjVwmEnFMMln3+ge1zz05aVbrRq2SGM80GtuJpFi2TJSfK/fXBB5OJIkh0D1CIXdtQjMg&#10;OhEXEiEUTUa9ri9Oo2vBZSFJnE4NPNTUCEJJtrokRgLknPoAwpFIPJbpVvYHXOfWQXniTGyymOhJ&#10;DKGSK509y+R8ZH6K+Gnv7tobUcxcrYm+MJHil1S4jf2ozJXL7rgY4XsGZkpCHoBb6bNnHBbsqkg+&#10;KgMS3l++v1LMaTcqPcXw8plkYUpudfVyzcIAt9FnByK5Lxq2UKS55ferg+lsBpbDCE5SDIHVLmrS&#10;Ss26uuLGI/ITC5qGwhCSHdxCDnfQ3n/u9AlNjG13r+9BAo4IR4bZbEFj5suGOMLzZ8YkB0Bo31D4&#10;1KiSxeG/1i9j4PFoNlczjDW9lwG6gYHXMo2jG+J80cWV/bYvHYgkwRpbHi6sunp7b3Xvh25rgGdF&#10;JEIE0MJ98CBJtLvCYoIGtX8kEnuwUu77xsrB1mNnTh4I9959t3XibNyKcg9YWMYE616PTUQ7HP/5&#10;Lyy4pr5bHYDgNaPCRBPZb1uOLMbI5+dmETvlu+vbzlv/fh1HvshEyowwl58cj83E75S70wXv8VNR&#10;yAM3OoPPnY/vG9xe3QA9flrj9b5rCU6TH2BqaepeZkpbt+RpzLh3rEplAAWhHOeKvruypp+Yi985&#10;sN7YcBKO/fCMmk6YhUeKf3qrmU1yl08mnzr9zJsrBwvzcAT37+xza/t6IQ11AdxwzPm5+JjW2dKZ&#10;DUOp1nGzI+RWmI2zz/+ocYA4LQwEo15uQm245sk5J/XfLuIBqV7tP//KzsWvLwo9u3tg+dmEgaM6&#10;YFpd+yJnTXyykHWLvK3f3Gi2R9piRMkQ0QQU7uzji8I5PnKt7DRqNj8JcTzbxsGnBa2BWapZybi0&#10;UIyYKrZbu9925QNd2OpvVe77HyTl50b4AysO3Ewh+tkpZmwhffX9TqNrlx3/+2VGaxi9O/rLl+IX&#10;NPezLpuLQB3GTWVkZDgbnqOxEAFIm93OJgWVNdn+U78zflD1kaRy7WZz9lJy8YJk9tn5+MLrf7qh&#10;bbXRvH/4kUz0RutK3Xh3zzfXdL1i/KSamDqh+hH/EVWLKzGw3etGWwEc1m1sbZQYXsOADLow20CT&#10;jeEn89atW0k5ulmpColEVku4DGTU2G9kk7R7SUcypsXIUt43exC6kekQZ0OigWvtGBMzs+QSOBBm&#10;s0ynXdvYbDNsnmXbRGmK8AuSSk1IKBzJCEAoBjbOgdFvA5O1oyfBVblaWjEH2slxcHvdrHB6YcZo&#10;scVBF1HEnbr72pXSRLNfbpv6xYmn/nHB2zP7m70//+5NJqs9/vGlO23HuHtf71d2a/uWxk44XqNR&#10;7XE79yq1uCCtbX9wdupf/EqL3sPd8HhW6U8f99njxWsIIqEnKPaoSPb/HvpP7+fDqobl6lFtOzxw&#10;HCuOj5UrR3O5obwuFJOyh/UtG4Agg049FyI/gVL9R586lcso//aHK5uVHoUVU9omNk2fD34E2Whp&#10;nUp2X7D+Dqq5bJYehgj5SUVZCbO87vZIWYszLNJL7UQyqcU0BarfbJ68IG2kA98YFTUiaSSHXx70&#10;WUzMcAWgc0aFDDFyLIagWpfQTSDCspxmtU2YM/R/RATooAXZxv/vNG30cADTgSWw18Ikg8gXMVY1&#10;qaTLdZvY9CTUDOBH9nW4E5FiDcci1lva6WZarSYYv2gYA7KCQzWOZPiBfcME+EIRow7pk7s8PUXg&#10;eA3dLD40XOg41kCnhhheVVOJYw/v0Lb0FpLmrCxm3TIG2v2YosDCBImYlimI4GZgxcejAm02EHEw&#10;G8M0AViX3rJ4u2+1pCj6vC5J5SW2SRAMSbUVjWpMcCjF0YjMohjup9UGR6RSdljq+oF20meOAM3H&#10;b+bwjH18PHzEyTnm82V+dtj7c0vW4Kb9Jfy6H0qz/rnBXUfg879XZUwioTFvRPMgV8jduXEDS1Jh&#10;fFQQZax0tkHAw5Cfw2GnJUbQC5Gi8WrV1uvm/dvLiUxm7MRpuZj3+33E+hiIaWYISMmhp1pO9IiY&#10;1kYPD4pdm8adEI+iZTrkYItcTRxW8T3xbN9HzJQlyDGHMK/IAAwCTSDISuVqq1Y/vXQCdwP6SLV2&#10;C0wYidAUIE0EsMcQUY4rhArrkDOzC+uJjFOjJPTxL3YnGk2+9+LWVzPzc5cXNUVjHVGxI8hTd4Wd&#10;pBq3HQUmJxTqosJGEUWNk4Y91HL+nAuNineQxbQoAuM7DO8WBzCngwzrtCRHAs8jPoxAYO0UQssT&#10;qg3F2RHNJr5rFMvoLQXMHNyqNAMFqCucGCHXV6EVJsUALQd4wq3FldARiYLfpf5JWvRSOyZ8ubiC&#10;hOZG87uDhHGCa6c1iUy7DHhCBDIWJvm9VPuKKR/yeJ2oGsF5ibA4aUMIo318OcyH4G1MUPiQ8pMW&#10;0mQRC8JWiW+ZmIk9mipEQEOH7HtyD/JcUDYEyOjjOp4Qk89x4QofTAk5JhzuBiisIdPJC0NlqZqX&#10;voMgY8Y7/F4Yf0igo6uwQ4eQjH9kdSElGAnKOdLxuENQXei4ZUPTL0dExkEiclCjMsPBYVCdEm0O&#10;H9a7w2D0Ib+dFtmkKIK/khvSuoJtzQ/CmT3fGc5LfV7gD/t/tHInPhT8huU5tCSnTRZOCnYm9Ed8&#10;IXT3ktaIJzfbLTLz7Ouw6ImUoomRikhFKHiOcFKm75PcV8Rzyh1G2FNVDQUyBKxmcNHwL+Q1afIt&#10;3bJpfU7F3aRcYYchz8PfG9p6hxN4ehvyVKUQtBE4MocOZ9peGFlE7ocgMwpFOmpiBTo2TuzpAMW5&#10;NK6L1OowIno05id0SGPUS1mI+GTTU1MKcZrh6RzgUYJ5ZnJmrlqp9AUdf4ajCdkBVZlluOE2H3Qy&#10;/UOIQaA74ML0Yvr90o4ALXK5oPwdEsRpbS149OMwSkQI2V0B6oyW0W1A/A72FufnKUcb65VNk6TQ&#10;c3WSqZSaToIx42JGCpcCG4Vj3jN76UTRE05HursPnVloWiv10na/JrS9UuEULBE761v39hHTYSF4&#10;RwdMyOxjbCIc2Pc+89tJPdXIp0bGJno5cWS7VIFySk3H1iuvnJm79PbyO6X+6tRIdfZSqivG9/uD&#10;UkfHgNm0Qf1B2AhZAfY8S9/dfYzXPv21b/7gxy+7gnC1tHOmKH1xaSElqh2n63mtJye+eKfxgeXe&#10;vlteB/A9F1ObjdqF+RO1OmD23aCjgYPIpQsLI4mMOtD4hjEz91Cn35fz3Qh2XHkEaybhi3CwxRoy&#10;0eJjxcCRVsB9rynJlDyN9VnQnEIib4m+7HVwhyDbm4iJMMbO47YULSaytbv9f33721sWoW7MLWUu&#10;zUROTsxtbO9oSe7llw5Uz4aRNDMeh7f0L67sAfbPmPpnPj7u+F1WQXXm9wxuq82CzjAj6BOSKwxc&#10;CV1/3466UkQe6XTd9YNyt9UEFvfm8kE8E1k8NyuKM5Z1IFkrn30I0+B2w+VaGM27Psy0eA+yMPjN&#10;Z5KVHuYGDlqhTUfArGt1a7D9Xi3DR9kk+51yPZ2TzmSZs2MyK8u7vb0366WJONKCXSTcFKLCVtVM&#10;MCKcwEipFeAREuNYjSZlTO4yuBN1s7NZ8UqAzHnMSNRNK9q1uoGb/lIaIzDZtQ5Wm91CwuftWBJy&#10;b8d/573a9asbVlOPOKxMDAJkZoaWD4F3A7Fr909cmijVu3wEjWDb1G01LX3+mxdgMntztYrkl8Fd&#10;XYOq3reLvrPXd35yY+vCU3P9fgPt2FQ8tr3Z+sk7zabhPvtI9sxJ5L37RcdZvtbbenNdJgR0rtby&#10;mab5qa8uzE6i74lerl8xuUqHKe2ausFsvbSl2/7UUpKf0tq47MRjg1YWm8hj5OMu360+/Ew2kfZO&#10;jvLxu8q333S+sMg9fZ6X70UPtjrzcxqs1KVt5/lXapXt5kATlAuFrOj/1WvNh88Lj13Kdsx+s8d4&#10;untwv/FSDZJeWLDlv1lunsoKT51Cxq2dLKAd5UJFFuXNf/zF1P/znYrcl0zW//FW/9wEJI+8YznT&#10;M9lPnNbnrovvG974r4+NWP6OzhTKRmoutqZ7e7drN1/eKz5lnJiXJuekBAfIjXUZqKVRv7I7+IMX&#10;W89ejn3hMvtvfn/z1kLx1AntmVmujZ3V5yKYyEO4WOrtrhpv8ezvfWVsD9aEXBJUWS/Kao/mu2ut&#10;5vVqo+N+W0rOm/5DJ3Olvd7vnEVzwllvp1+q29M+M5IiUHNwjk2cSWIYePWjsnvQ7NT4wWwGZ2xu&#10;t6urkob8HWjbZJl95ik056ODLhK4/dGzyj/9ny/feKG6vtp96f4agOjcfPryiCwmhKvbkTLPXoZq&#10;PQYMB5r7ErZ8HO2i2G9GIgfbMJSBhUnOHwh4hAAvqaq7jrnR7OK4Zrc7HXmQmxjHmAs98EK+0K3U&#10;IL8Eob6uE7cDacp4Hu4DeLJ4WcVZp1qv5lOpCJXEgDzixLWZmXm+N3DAEFKQ6Ia9SqCCV2xLpMkN&#10;5JyXkj73rZP/hhXry/bDv3umd6d3/cbGzJOzmTOyqFsxrNjbZuuuwe71R3LKDuzCT0x+9WJOLnfe&#10;eGdHnSrYF7VS10XS7umCOpXJa85Uz23dam8erFRnjGhkx44vzSfjwhNnP/urFDXTQ2ro0yXNV0Ie&#10;5rkwfvaYVdI/Xm4cpSoGB3qq1fD/4d4V3Uo9b1izsL+QtztUnflHfzGcSrJBmiJJZj6Uw4YbNIn/&#10;cKhHCaBjNqJdX14XycFTxh6ZjGkEuYo1j6YJhMpt8iJEO+V4Jo7NY5l0u9dp1mvQNifyRejhodDU&#10;0vDQ2hAkSpi6xmA6MQVA0hivWinjk2jJpIUELIGr1/cJrpK8GLExmT2gxh28FM4PkoQNlBBzUADj&#10;ozdq9XarThv/wQgFOgP0La1oDJb8KE7XajzbalbmFs432k2coCJgRyYAwaeuJo5TVfQ5HZThnXYD&#10;hnqjZaQyGRzGsW3hWNJtNtKZlE8IbvZBeR/MakyLGUdoNJtzMIoQOA4fXEuMAgicsNOBtbB9sIdU&#10;IquL0lnF5lqv1vfuLuMP4EFDm8i23Nj4BLZ+HQ3jXj+JGGpRGVOVfqc6NT210qhirraxvoVbGl8B&#10;7Po47lV21mMJ2KJZGE27zQ6OVu1u0yUZMgwX9CSGEsvghmSPrLyh7NwfxhDRrj1LvVnklraG5WiQ&#10;x+EfgazYYcbKUN4c9EyOA9boB2ePSM8/Pc6ld7v3S9So7D9U4tHxfznUXRMfL7KboQhHk6JareGj&#10;zy8sYNCR1Pyd7XK+UMBxo4voYwif4qmdjW2gxS6cfSw1d7bVrl24dMFlxZsHTRuNBg6ocYUQhm1k&#10;T2k8Sd/FqJAMq1CWsJCnoN2H4B7XJjcFHyG+O5gqWUDuyRRRJ9IXAijFykg8wEisRhudFxeWll55&#10;+4omyvlcHm2eve0dlZZJJCcacjTwyjzXxC0Pahwrjo+mC6OpOHQSPPubi7NLZ05i/owuSKfi7lR3&#10;JAzIiK0W1AN7al7DHQIJBWHAmOxbr76tpSIxLXP54xOwD0JkQUZmHjUm8gGRmCi/0UofNGtiMj1w&#10;bIUuVgiZA+6NKIrJWRmtd0sMBMR4UZppRBLBCDGIITg4o4dX4UmoEPkMNq1+NAUpfn1kdnFhiYIr&#10;RAh4xNFO6OVEeSqG2hDCO8a6AyVffmw0kGW6NMOGHdY4tGQkzvtssShHtU6zTYy4Lm08gTOBZlWQ&#10;vkpVn6RFRLnLLkX+IOOR8KWJ4598YuxnSJJyuSByFAU8bL8OT1N86SofcKdCFy3PDfXMVAt8LNsl&#10;qBdchlahw4F5uAuQnYPnGO4wo53WzEe1Iw17dYNsIIf2G7kgeMijdVwYyETaIfjTMlnaAsUq+UHu&#10;4Vbi+s7hrU9GgoGR1zs03ZJ/6LA9HGMi9S3MDhoy6/ywiiOX1yEps553xH0gR8+wVxHoDRnvUAVE&#10;SkuHMpkD6XTAC6ZIM5SeKDtps807hEK5pD8I2Dl+xwmCjHzqJMGMtFAcff/aVVg4CFWTJzNEJPwI&#10;xBLLJxIJUvfBAEtwyDRIhF5GGhLMU6k6xvUcWaBlhZbzDM8c5Y97tNIPdmmBRqh7HgUys0RC7FGx&#10;OKm9h2W/F2hgaJuAXhc3QCbYZLY7lFSFwElwDYHB7bPExo5H0YppGtQEEpnZgrovkj1CkkgatYeg&#10;OZn4LkmnTJydX+jUqphpW7T0jmrIJDCyuUyz2UB/F00dgonCIybzTCgGhxCawzrgEXYUz1CXN1WG&#10;4xyCmRiEKA7x2hOCFU8Dx8jxCzJmugXQCTB1AA8wheal5s4qiofR6UWBXkiXVr74m3EwJXP5QRdf&#10;BwRSrZMXlx555rE4hncRcTQ1pQ8MaE++85f/ob6+3S+mau1GTM0iZ6PREVbL7+40r99bc9TG3CNP&#10;XdrcuTqLRKHJ+OmTBVlKuTa6z62d3eXRVJ5V5tZr1zNT+b2d5llvAqDfXNH8xtcv6eatNtvbq/O3&#10;910pitGLZvBL0gh/e+vqIKEi+gZbqeSSLloF1GOwr0XxFuLZNlb3a5CKFncqu019fyHPzOUXdGtX&#10;79yBPqwYe3x968HZ0YTlKa+XKlE2WtTSardFVhTU7aPyMtp2Djsa7z2o1Wo9I22BUIQuM+Ai0xKS&#10;jmAOcTRbRD5tFfwOXGkcOvA9Yz7Tw7TTAGTba+pmo4h72a73AJ+HrrXDeoIhYgQsml6n2y1dvXFz&#10;bjE3qLSZhJLNRhDlcntle2o0jg7mzet3cR4nt9mAZ9wuRYWSB6te652ZwSTRE5EWb0AHjrfN6XoV&#10;ceQJJVI5MLoWt2mKBnKCCZuafSjPFNXIJgIgWHe7urMwks8qmlEVP7jdJbRMxUynhbjkbOzyf3Kr&#10;x+g2o/DZhcSzk+KDHUtSnXiMOzMlPT0xWX5g/vjVzblHxxIFzmC5q1tMXG3fG4iLeSYN8wdDYo9N&#10;ZPBU+xJr75ZsNPmFgn+qIGajWQeVECfvNA+uN0pwM97D1a9beSmWk6InNfVmrd7xrDSX3mzfd2R+&#10;e8CclEXD9iOc+bGHhccfn6iWHachib0RswN1ryeSbDIcz9AysBIjcqWNKEcyPEvO4rYFYAuzbqml&#10;ikmoLSLMG7odGdgHuz3PcArFRL4ArK+LfFzX7i/NJh65mLm10+lZTg9h0KoI61Kj6858btEZ2Bdm&#10;Y21EHBlgKbkJjCagdeWdzQa7+aCDtCpM0u9f96q1QV8W1lhhRPTmsxAZO9kIW9ed5Tsdt9NnbvZS&#10;CTk7ET19wv541K62+ddW+UZ7cON+Z/39RltlT53LzV5I/LjcujyX+vqziPGyJ5+EgYm9tlw7MYch&#10;hjc5GcsU+TfegLxDfWpUfmO5s9ux4zlx1GfikpROSK2Biewf6GJ+6xszCYlbW66aG87NG2bhoeQs&#10;713b7Lo5b+aMsLPtxix2pWmVN9r6Sq2/G59PKmt7jbmnZy6f1eCfw9zmtZfq1r6/vrKKOJ3s9IjO&#10;+f+xY25PqYB7YNu4a7GZins6pU4UlVavhWZzbLZ44729P/1J5Uf3kw99fgqqWt3WhEpLudO5+NsL&#10;UFLBQo/vm5WZzbqi5gGhhR/euGEjhjciaVajxla77mhRfnW95+fMsxlB6hFhXMfh/4/v75xVicVC&#10;9q3bbfOzF/J3q3qxIC/5/cnsIGUJ3/6T0vLp0W/9WuqJL4++9oOd21t9b6vxx6/zv/to/FMn1ZkW&#10;COF+11NsxFv1amnEkOZyqqhMnQCo2YZ0w3Qgf5M7MgOeGEpTl9rD5s5drl5/v9QftDHUzsShrzFh&#10;5QXvZ2Cotokc56jLQPJNVk6s1VhhIOl07Gy6mMuk+806titMzyLRWCyZH5Tv4dChI29C0ETeIDsu&#10;QXjS/RDDYYu9c708/6np+ceKwLWcm43NX06tH7Q2/now2DUiLhPPJOoHnV4DlgvP/eTkqbHog43m&#10;RFo8++zUADJ4lvuvPvbEv3j2c3GvoXPs+u7aB3fuNKJmbnpsJjmO/O7/+4++w2bhi+f+x//iP/+V&#10;DXh9OrEID2zHBiRh4MQQCnTokfxZtk6Y7PjLiDx/+cGvH0pRGd//W92N/k+VB94wbPEQYxVWSkOs&#10;iR/MeFnSkW+0urc2sD9zyLXCeZt4bn3KzqATniPmUNAWx0ooEcYS9Dmcg3K1j0Pm2FjBtPoKK6C9&#10;vHL75vjMXCyBdRL8EtczEUhr4pjcrA3IAAmHcc9q2+DpDiJI2ZJkk8RlgX0Ts6AFaEMFTUKSbGLj&#10;BXatDs3zUbVGYuwZDGLVOK8kEBwNzpaX0DTLgihGg3QZTR5UKGRy6zFw5HZ1I4pODRm/oZ+LmbAM&#10;57Akg3qDP68IijTodYgrU0AeQR8FcKfbm5paymSK0FbrJK8rvIhBYiMmud5OY+f6bZvzu/3+6CgQ&#10;FtHd5QdGrSml1E693Kw1ISvKdxvNHg4z8C5HRqNpeB3tSgOJAo5cWcwmBoK/ZugImgFMXZAA72cR&#10;zLu5NpCck+V6q9Xq5pOJRtuIZOfYYVHLHiezDvsvwzn/0D/uHyncw3cd3snhmTh8Xn+xlfxDygb/&#10;kHXj/8NWs39fhvNHznhBQMFYnBSggtDt6gdcY3J6KpMbKY5NVg8qmGPR+gL3Yn/gtfpuZ6t0Tx1f&#10;Wl5dq7y1Pj9zvtSAPWswNXeyCm1Y9QFMc1DOAwycieAgDpUg7BsWcGw440PiiJmJQENvIbZxSPfF&#10;oVwygQZfogh0aQEsmhihYFoApYxuXLp4/ua1Ww92Sotzk3t7u0T+N0CHyCdMM2TaqrHZsfQnJ6aX&#10;FmbTo4m2YxN0ic/L2ezrKyvswKnsVVA8IxuukNHQiwLExDL1B5t9OcrEuBRDkiptHMaefPKJRssK&#10;hmJ8KE9lgthrEtPikGEUPgjUoQKRarOBPhmueRzZ6bwLNjwDugocsW0iRyMdb8Swo0AlyGp07fUe&#10;mq20uLFJ4eS4BD0nYrYzoM0P1wmGcQytk31uSASkYaqOF9aPRFpLw4DgpyNDcnJgp7VWMJNkbFr8&#10;4T3jUN+CoyYYlZI3gbeA4BS2VKnjr5tEVw7NEQw7MuhWOKfi1UEx9YcYKjKiZIIsIlJCaFFcQgED&#10;N9sJUmlIuqcT/Fxa75CihUz2yX+Qas3/UJK5F6p5yR9waFlCvKo0yDWkGgeiVqp0DQpcwimiTko6&#10;+fbYQ/dLaN8N2Q9Uyh2oWrnQrRsG7A6blxzLHWHdwrykQ1ZwyKMLvaY8HV1yRz+JDDwppYkNR+xB&#10;rtIhEZpep3A94UngMktlTvzh9ne0+rBk6E7/i2cOXcOHIGj6VXuEo0xnq+RzBaREsmHguYEfBPE8&#10;09NT9Vqd1KUCmLESWjYoGEViU1WGwAJUdTxzDNoRZinRYhtNIiYYz1LT7KE3B4Mj6oNmDxXigUya&#10;tHxIuNUhdTp4bx47dGcHyDGfxve4RIAdJhZ79J6jlT/5ZlD0Qh2A9x+0tMOtfjg2Dr4dXHuGTsID&#10;dvPyzevY83Z2Sz1QKGhPh6d67D6JQ4DjhiAlqAfhKHP5cNBLnwCaKE0aClzYlgiWfXo3AGlrwQCB&#10;T0zSaYlKQiRKLAvzSZwG7drt2y//RUxILH3zn1uxIlBnLFHyI20PtEmQaAGFjQCygct8+clLjN32&#10;VGXPsPb61QGrFJjIZ37j4bfe/uFGY0VhMgfdB1sHq77aX1vd3lotyMkBp5p7/QeYuiwkFhWXuV9e&#10;dZm9uJoCycDI9q83ftioizkZka3Y5yMZVb2z06waa/mc1mzzGen09QbnCezjE3N3V1+zpSV88Q4E&#10;OmAL6DJJIuOh5FUR+IK/W5T5u+2Df/3i788WitF2Jc3ZTd37H9584UsL72eV0f1yOZNj4vr3Jgoz&#10;xeSMyJiYl+20+FsbG4vpYkyO1rsdtm1NJvhlCTOoAznBaJ73YONNDXQjI85jGZDcHmuKJpxRLBHM&#10;E6OWLUZhTd3Gqp2OTkUKWtsYpDq9rJJA4ywKUQJm9fhuXe+gY924995Wq5LOjz184dc4viffuvq8&#10;ZczGE5ut9kQWQlz1zZsbzGiCwbdkevGEgJqMOG/7NqPKV7b16WwaWD1oj9+8uv1g0MiNR2bHeMxo&#10;LSSYK0xvpf/BRoc4QExUy/YH84nunH9uIZoEm8eKtevV169cV+Lc9ZU2gzz38fTZM8KnRpkzBf6N&#10;ZSg4Fc90aygl8eNEDIGFvZZzteqMy9bipPTsN2Y05JmC9oTpb9Sr6Nzb9/pTypiWQy8ydSZb8Pvc&#10;T+79FYj2ubg0ksIAg+x6cD7XgOFuNkcS/tMT2ttrLRC4Cqm4KBYjvPZIzkjLyEbYjiaUUkuvRoQx&#10;UczHFtABwNXiieyOtxLdrm1KTjovT6d92SZgOY92zQiMTSDrOUKLqlVrE2VXrbd9fa+PyDxYXPzr&#10;hnR9Y/TZmT3dbqBY0SJViKBNVJU+SCimYt/a77vInK0Obt10B7UBYP1OUixeytdN+63lrt40UNes&#10;WplTtvB4tu8xEmZq556WsW/fWbWTM7Hxk/mB4KamIkjhdHT7xIQiO5Ee2yucSEwVR6QsMcX/9VuN&#10;03n5JcMpFvjHxlx/QpjL5+/tONZaa2+t00nJX/36CZjy9gwP4mWR7ZfabN0Sp20mEeG2B2bTEJ/+&#10;WCHK6Vqi94UT0R9v2vfKTikldO4ZhehAd9gNlitoWL06cY+0leN3tzBifzEr/tdnRE3nX1rBhs2e&#10;mRVOJ9n5CbZ9QZtiF/7k390/6DPjFtv8zt1ta/HP1xp5jimXDJDGpJhsREQzwS/Oxu9XLDUZyS6l&#10;GxqXzrKazHZ8r9FpNU2vWu837cH5mdjlrnCl5Y9nud/+9fH/98/WvULy3r0aMxP7WJF5StWu38PH&#10;cd9d7TD78ls79pLkt7r2f7jix6bjX8mbGx1us+6dW0DbXF6Mi6SRZzu7Nf83isnvrtRmp7XFbGTK&#10;Y65ut8cLEICaHYnv495xnOKJtN4z/3gz+uUxI3Uh+eilDH9g7Pf872w7H88zl4uMZji6Yy+OzdTL&#10;tc2drmNpQladz6XjkgaaFQBtgqRKnp2UtepeFbMOAGchWHC6uq8QBi2kaji64O6KpDOnZ+cRFco6&#10;4LmwehATTxuyiMJDUY483qbnyERCyiOFMoERR6vR1nsO2U1ZUZFtIKq9IHHPxSOJ2bGtsJMnUjfv&#10;G/t3ai3Tc5BYPariL7Zwpo8p1WozfnLioTnx/dd3hYdGH7uQSep2TZKXu87EONQK7K9HmeX+7n/3&#10;vf/NbiIeVudG1BMjxX/65Kd4t8Ob1stv3byjt/IzYvNW/Vc348WVIX1U3//Q0T+gZNKt3D/Otx06&#10;rALExYcNvP+Q4yz2KLLo8G0dTec+OsnXG0ZlDFkq4RslU9/hW6aFtAdKMDZ0OMFbLY8GHLDIGQL+&#10;J5/PseH5KYT8UuRlqK61Og29toOTC8aS40hmb5UQYxADkAYpdyKn+T25u2+boFLsoZmtpotQGhNS&#10;LKDzKgJNNODQzX7bqO/3cVONTFggBsEPQgIIBjhPIsYMSQQVZIV57OrqLpX4+odJHajPMRDFW29W&#10;DgDN6pTWLSniCW2EnuAwClaOYbRHR0f6AzuVyZF8UNNCTDW6ltAyZPJZwirBydlxuk29UMgBcY+6&#10;QyDzA+HB6t783Eyz1jpx4jSp0/HPwKakYsIKwTPR2tqoHBy0q7VULunBlLu+2dWibECignvC6AND&#10;hDjxcqVWLE6qWg6Q9nJTHyuSdwtjV6VSHVGj3UoJ2WyNjnVQLuXyaAflcO5KRaMdtAYxPe/0uEJm&#10;/uTMxoFzqEymlcLQs8cchu4euyO9Q3IaEdx5/pGQL4D4DEEwPx1h9dHm24/Mh/47+NJ/4R3+UQrn&#10;v8OLC4AwY1uNRRBpZU7PTDfrbcPoLC/fxLjp3r2789Ozly8/BA1AOj8J7jv2bj+W+tMffme/t3+y&#10;oFiuxarpRm37xtr7hVxigOAbz0TwLsi+kyPJ8cklWZiMsGN9GxUTQq466NZga4TOhlOjOuNCloxh&#10;PKTtBL7kWEi8IpMlhAARKSNpBRkW+i2AWjkJHHXBVsWxFMsx4igh5SdINBZjzJronTpzuhuLPXiw&#10;m02oSjaxce++KO1OTU/3dI/JRyOmPT0/n1lYyiBoIJYldYRl+CQjziOyVM/BrQxBnkQP3CQZiNBl&#10;GTec6XvkCabJYGhQ4VAO4z69nUi0CUNgMXxQeuH5DJBALhF4SUS+yWIRxvJoAhZt02QRDH95mpCL&#10;P4YULYvml+INhIUfDbB2LP8QRTbM+6HweuZIH08KDKpGwOYTYIHoLNQPRnOUmEXWHig0AtkwHntM&#10;Bn/w/A+BolCisOgQ1wWxOJB3zM3MLWZnFkVSdZJimydPKyTeHmnkWlaptHHQNdHBrVQqIgkiI0ZS&#10;glJiAyXz4dvkaNxruOjR/0s6frQADTTK4hCvFkQW+cEfonToAODM0fFsuMZ6IeU86A4zwR+mhaZL&#10;rbjEW0S9tUOfCcsFjGhqIWaH72yIQGSZo+yikAXNHuWn8UdZZEPHPnuEUBxOncOfFcK6uNA7Q79y&#10;Gj7tcYfsZ2Jq5dyhxZQy671QSu2Gkbb0MzphbC+U/OSjBEcKvBY1QNFhKkREDCcMGo10KoUxF0c8&#10;1xCcCsFgHfJ+OromVxtfKJnp+uxhIT9s+bJB3Rj6mdkwAzn4fSKJD0tY8kD5R3TpoAam/CdyRwQq&#10;dkL/ChRaXrgyBk5Y0k4NfiQ9Czh0vxRICDwRehCgFqpzeuFD8DZNbydkCCpQ5gMAMm7Ucq3+5nvv&#10;84Egm16lgFVNcw4w0Pei8Rgt1IHaoZHrPq29veAb5oM0pDA9grp2aRUf2ndpwwnSDNbu1e1WfWRs&#10;ziTGClQmkKQMBL0VrW49zDLzI4X1m699UO49+9yXVBUxs6jXPQMfyqOCAoLvF//oD/40l4trGXHp&#10;AuxmzQNvc6tVHzAetLcT1ftW2xvvFTV5mvOqt96rpxKnMpJc18ppNT8Tu/hH/+rbjB+PZvjf/OIX&#10;04nYayvfqYhbEAAuqWg8YfFjL81lGGYsrRUhHt5q38gpD5fr4BNYEtv0hJwpPrlRrikjha5SVyOD&#10;SB/vRzIsJg59cjK7bhhle5BnBkUlXpb3sJ79swsfi7KnfnjjhVfvIxu8uoV9su58aVw9O9I0Bzs1&#10;W3h7550Ha+biyKlqt9nHyuQ5U1MpTfbzNlPSGY3l477/wau3H314Gq6mhmRv+01fZXmEtaB734BQ&#10;x6YRVKYBgyzbv/XgbUO8i8dU71pa4pu37my+evvHqsiUB/3JpTy6ETZO0BKztwbyrQq6Po40T8bF&#10;ri1aYvKVnWq8UquW+gwgwn2TiYgd3DaaRO52kfiusdR+b7mHR/y/dBqL89GMzPUimOgKjIzi3Ou2&#10;zDXDu5BSVm/uY+A5lVPNu42V1wcrMnfqodFR2Wwt76MTe20Q/fTl7Avf34BLIOpEN00htWcoVyuD&#10;T0xnF8U5xa9VmWsfNPKfGs/knEeQ+MowKmdDVGEN2N21/qWzEtqqRSjNWK3Ut2YYeUTUl/euKg5z&#10;+mKBifrFpJfX1L1+b7nbjTT05bL3rUcWcbaH/etUlv3enUY7hezgfoRTN41+Spa3jYMHB7qnDs5G&#10;mRRJ3ar0+yZkfF0GNmCbamtgPejJfB9tVJcA7cDO8BVq7B/4RAkIVHbH292x2zWOqShkQmG8X739&#10;wTa0TMa2noAAeDKFCd54XGZ94g9rlO0HNRFnKQQQcobdrFjEXA8AKdx1e/rZJdV/PLldit4pW3O8&#10;F1sd3NHZySmnbbITIt/qeSVWPv1oJMF77bbTMJwe9FgK02A4JaIvZaR5n6nVXEjtxnPik2e1ctsT&#10;NzudPfPlqvjM5ej4KHt6RmlcLlLCOhIHHdxqOBVvtQc2F9EwDW65//1rzvmc+OmTXq08+MO39JMX&#10;s1+O9i9N8VsNjiwpDDsCSlbWVxjvKZILar34pnV+Tll+rXwAi0dR+2wqFpf6lyZEozLIFaRE1EfU&#10;cMVgEqyTnRB+61vTL/2o3InnW1f3b33/QSSrbC6kE6MJCK1Bu2fapicRHuRkRuy4THou9khlcO3H&#10;+vr5xIzKghL+8Ljk8AN8TeidLcxGelUH/Yh6Lr7w+Pg7uHRP5J+d8r1983t/eN+su61Pz37ta0Xz&#10;ZudWx5HyUV53TsHDFLehkX9uzquaPHFHcPZe0zrQ3RLDPJKVL8xGP/3U7O1qFwemixnl3l5rve2A&#10;3xV3+Vfe7N6L4g8kn41D+oDbglHS7JQkJQqastc6nebRODiwnKKsKlzk2v2bqiQtLs51brc696zl&#10;iYFjimTxBykBNWazd9BoSBzMSpJeq1d3tyzK8EOULs4s8XQS0gGcM25e++DMmdMoMPCg88SMhfi1&#10;AZnp9fsE3wganxYXwPvBMANDepZvHOz3jK4HJU4dYoNeJgcxPunvYwUlS71lI9+5tddLZTVvOhav&#10;EyMkXOQdgYOtrGk6SlzeeXezgwDMJ8Zij6cr3UGpYWFbfXC/aUDpl4rUGO/zl9GUU1wVfSXx7noL&#10;BoKBleE7rSuvvrTuWeOXs2D/zX028yuseOGtw21GUw0DD9BhNFEIj+LYwwPcMWUoBaAOZ8Isy/m/&#10;tKbZP5ZI+4tP9kPIiX8sDOkXz3b9n9E5H6bYsMNxIC1huaAGcghBBjZstMvIjutQpxk2ZtLLBpen&#10;XptbWvDoESiMwj3GEwGVo91ojGXTnNvPJ7LVmj49MtLtNCS/wynRpcmCR7ElluKNjhZ/+Aawsna9&#10;Y5Bbjid9/YnxqVa33evWYGjdUDSiCJPESiTJsDiXwhGhlSsViIL1AWZhPoTBDGNQyiYZICCkAVMl&#10;HPZ7zbY/0KPIuG41ZrIj7Vafau3gLBg0RDaqxjuNGqco4PU+WH0QU+VxBOlFxI2t3dGR0aiKlq/f&#10;btYlyt+Ffzgej8Y1lWRQw73g4BfsRqOFxyHUBpIZE1D5egr4+TgihSOwA9qIGmeIUBTHGDmiAGcF&#10;5Ww2X0DAUypZyOTGB/2BDEyWgTw+rgJLCY8I9nZLdhomIJ4DSNgmJoGfdHJZJJ1GxmYm3nv3BrTa&#10;Rg/ytxxPBz7k+ocivCN1+5BhyvqHg5HDTOghuMcbRn+G0ww2jJYaojr/9nntL5WZ9Z8ms/dnKl5E&#10;m8CNiPHlyNjY2vIy5q84sMYhlWTYz/za5KA7WLm/StRsfN+zXL3TLB80Mbfkuv0DfD3maqnRyGRl&#10;eKE8tjkxm0POG8gI8LQi06jcfKuQWZ0dhXVq1DYKmBHicBxxTYT8RNLp3OJMc/megFZ130At2sPA&#10;E5dajdVwcI9pGPYyLn2qgCOPShNTY1fv3o3S2g/V2szM5GZ5z7aMp86fXji/lJ492Y0ks9H4vdUN&#10;qbu/X+qmVaav7/BKdGH+RGN9c/bi4+BaAuxUrlcTqSKH7YMsQLjl0I6UUqO5PtDErEOLEJdabQnA&#10;Jzj042Ae3CIEXwMzg2VTDDuLCGMc4kmqEC0hgrEZ/g0zLdS3qOBI8Uxsl0RVSpUdggo5EBsQhQjz&#10;hxa8JLCO4L7CSo+4yYODPhdw3odrFwlugSt9yNNzKakI9Y5HENMhnwntBjJodYjA1CLVIEeBugK1&#10;lXpIb7x45lxqPN+3CX6OwO7I7JqHoBTBvgx5mPlgrUK9YdEGHs3cU8dSo6Ii5nH6IzN5kqkD136g&#10;WQmIwaT4DSZoHHfIjwqckz57WFmyh+VoIO4NJ61HcgiU2uKQmUw/eCicQHVEB3Q+6w199AEciaFz&#10;ZpoPRHPDWG9Y+nLMYdF6DNxAbLdMwGni2A/xFV12SN7yAhodXRdCNPRhmzaQhIfmTz5IJiA1ITlv&#10;h04d/2hB8MK9hA49ia2Xcp7IoYEWoIE8n25mBPHGE+034YHToTiOJgRCTofdQQmH21DEmAo5YqTi&#10;JTsu0bgTuQEaQJzgEdmEzx4289jh8JgJgxSIotsbEo29UJ+MT8QHg9BA3Mt4Q5UL6ZKSNgptx4S5&#10;RUFL5Qj1yB7qZQjNi/VCnAf10NDfIM0WmnfMkPKWJYAKUuaS//GhqWLYIwjm8YTxJkJToDz++OP4&#10;cSsPHmCMgCcLUmhKVCZFr0TYy8CzSW74hkP6GdWaCQwTyAQoxHmYlczQpCiP1vf497j4//P2nkGS&#10;pPeZX3pT3rvuat/T3TM93uzuYB3cwixIEJIIijyCxyAVUvB4DEXcxR1DX6TQB324UARDIvWBEsXg&#10;iQ4QQAMCIEEAu1i/OzszOzu+p3vaVJvyviqrsjKzMlPPm1nV3bMAKB5FaLkBzs5095TJevNvnuf3&#10;2Os33gvmCry87js5/2jQjp9chDKak2CINS4/88ntg/Jf/9UfPPflXwKRZf3utaXTFzndzHgDqk5h&#10;noeLHwihsCzGvVLbqLx+d0ea5hpmlwlRKVNeCJ5QlIOLM1fmYwsPc9uBECefoB/mNjz+aHZyMuKL&#10;3rgJ1kfY522++NSzU/HJv7vz54anNi1MIfUYhb/GVvfUCmPqj+q32groz5AMB7eVKjUMNvp9SKVe&#10;f1AqVQemGCxWb2tyD+Ic2A/inhRnhiwhUO5sm9WiCcGxP5SdmfGz9z45efLlheds3pcMv/Tnb35H&#10;MYVPZE9OJLAE7N54VCjJiZ3W/aE3OZlIBjzhSm6v3uvQ6DY5qan2HzPA5NAhxsoGA8PJOCLZ5zP+&#10;tqyHKWuxb1VbQ2weH3VpS8AdnYBuuqYRnpqIdybr/bIs6yEvSiIuGEo+dWY54KHevb/xgw+LFF5E&#10;smLHPtF6apG3RPv6zsEnnlmN8KEPcjvYEhWLfQoWK3Twce/MpCeHcVRXJx+mgUneVJablEPocO82&#10;zbPTXsNSWpTtRQtosV2Nurevz87JgEc8Nz9dKmi3H3cCLILuYkqrxx80rxXzWlT6VCqW+OFuaSX8&#10;1Kez799u3thWrvekT3bogWg/NcEhetdnsxs7HVEDtUjJTHNRBqJfOiv64uz0er5zwj/d3W3wwZol&#10;WdEQ3WsMLAoECu+lpVl8AiZqxr3C+rYCKT99JuHPPW7f7TO//fRpkUx28K71gvLw5zJMwgMhMqRP&#10;dnFQORgOwLqNsB3AhittrPjxA3dg+0GIAOaT7QEue+ir5j6efcpn+nBC8PiTIfoWD0b8NKNVqpUB&#10;rTb1whCTXdsqD/iKYerVfqfUnJB8+f1qGstnLE16lbTE33hl9+wzGaCnbx4U57JCq9RH5yCdDBh1&#10;+OJ0vDULaLMb+u3XlaeeTsJ5/Iw+WP9O+SFtv/yVE5BBYE4J60Emykr79l6TnQ/S6TTCIjHyGMoS&#10;X22YJH9LxnFoXVkUcgfW+/cGMylazfUNSSh2VY/CffO+/dlTiJjXMLQLSTQ2zTWVLTRh1gB7GPFW&#10;g1aXs2PMf50UY+gMaXp5kQHR4+5G72bHxir3pWXfnRJeMvCC9b4eWJjn7m0P2hbj8/B/cb2NgeDn&#10;P5G69m7lu/fN5alERuz97BVB5oVqjxYj2kxoGAdS1WoEGM8Lz03/7dsH/GRAL/Y4+EFqipjMUFAh&#10;RPxUBBkHKgjTnzsfoMtqszt8/mpo93+8271W+F6zferFk7msGJrhskHxjXVlOulFi3dxOTlk+kvP&#10;+z9me9Eq37nef788HKxOJhpdaqf9g29o2hubfNC/m5Go6Vi9hLEYGz6HjbZKJpsMi5CtkCC02tSL&#10;6UjSg15Cv/a4tisxE7x+PuI/4/WuWLqMtHJbf+5ZMZMH/Mz407z54pwwF7YCLAt3fY/X5qa8UIHO&#10;+VmP5K/VewGTmQusVPb6Xt/c1Iycv1ccVM2QEMBUgSU7Bc6DcKxYLMpRg539OMTIUJxJngaZZ2L6&#10;p7vIVh9DpwOBVqOO3EKeEDcpJ2MXy10hLHo7/V6jcKCA5wn+O+JqNB3ovEAsxmqDmtLjbEbTB453&#10;i4zWSfahzBlAXw41zB1DE35B1G/tNj2r8ycmGJ/MVucCcxjiANpW7kxFpKGqSgf90r0mnG87242n&#10;L83FTvhr1b4VDP7gvT25OwhO+j+2EnqOY779YO8/vP5nH5uaefk//7Wp3Tc6XK5Ysx6VmZ9e5e3c&#10;Fi16fDdlx2X4kAjcCCiRPortHffAR3G91GFrOUJE0IfIqaPN2rGvPbbIOhq908fhVWNr5TEfluM4&#10;IvNfJ+L++Kru+E74iS7aHquwnR3PeOPHODpH5H6xYb9vZnLClbMRRZ8zmXcKGcvR8VoE/cAcQ2SR&#10;csdFlpBtRyyegjxhNhWHJigdjeAnpIOeSBRucAGiSIhV/MFQgxCMWyK4qwD/AZSm9UN+aaBRa2v3&#10;waCBRrTR6dEYFMIhTrNttoViAJBk/A2IePN4E70+NPhIJ9JGylwST8iS2Og+JociTBBAS9iemJej&#10;9jfXMCicmJqBeQQlAYBZeFI7W7uYwC8uLU9PZcoHhXu37gVi4VOnFu98eHv1LGac/Mba3sLiHJpV&#10;4BlQhJ09u7KzUxq0IWaCE2JYK5X4cMwpkYYEMQvIoK226rUo/plMWHvlSr3F6DoWs7GwHyBPLI68&#10;Qf+JpTMdhQ0EfVhuQ2fhhe8M6JM+sIJkq4WCZjE2jQVh/qD+zFPnz19Zev2HrysdjIloxNkszE3v&#10;F0q+gNckuBOJ1DYMc2hYZZzCy3Xfuvt5+zDBZJyqRbmpmE5YEeOOYEziTbMOETim+RMAyu5rbI1V&#10;/T8S30n/838A//Ht7keyfGk3HJsajY24WqkCjy4vSQjug3lClFgMmCFnh0Or2TIEGUAIvKQ60BmQ&#10;00ZCvrVqeb/YToZlMK1KjcbUBCoEc6vQb3e1Wl2BwXV6Ooq7tSmifISlrp0MHADu0mfh/SKKYiLW&#10;p5kHufVEqzRUFTjwTs0u/pe//dt1gs+yD1Tqz7/2p/233tWcUCOOczJnKbqjdM8uL29uP8Lhyirc&#10;ASzHtn1qcdqbjlvR1Fa5WuuXcOW1emq9Ug/LciruOShX52ene9VyMBRFgTwgJGWMSvqcNSi09ivN&#10;Uowy5099HJVaIBaBNaUPbQ6xqENOrdluEisJjnReI5ZcEI1GE/w0rtrgRAGNRyASxRbUxABJEBnC&#10;iCLBqRwxNCKLScRwCi0xyQ3TdHgSeGc1isBskl5sOb5IpLmYEGYYJKfD0g+1944mxkRVjQ6GkLyc&#10;6wnHKNEKk95mxF5nSUi3k31KdqegdpIlHin2GXDIsATgvMgHR9Xo6DzxlyFiGxGaPnBRY0ljOCCc&#10;IxKURkTNeLy4yUHAhkwY0uijr4DaG/lG5BRD5pgXQWQGEb0LcMMxpL3F68E7PYurYXH2zWMFBRkQ&#10;jDDORO86ssLTrsXWJRXxYxP8oeb0+GU6+iAy9OHhTo0Ca6lRPo4rC4Z2ZDjCPLPOVpk6znc70h6z&#10;9Bis7DbGY6eNfRgCTzLbXKKUTT1xZ3AaplH35rRyh7tjbmTvPbxfOMfEqMU+lHQ71DJwDlyF+GhZ&#10;PX6+1sgNe8i5cDpjkiBnj4QlTjPHjNjDDEb+A+LhZQmvlYUm3dmO2q663O3FiRHAJEZVlsxHxi+A&#10;M3AhIxJHhG27vlVn3nyYMM44F4nFjP5i2103uwlJTsAYZY0X307WHLnOmNH7zriGD8S8kikE6+Y2&#10;2e7fjmnlcAS0ItMf0vq6umrIhVlmfP8fQbPQuhObIkCHvHDmzBm/LEOtW2q0y7WmKIgDDUcQT+4E&#10;2C1iDWqRFttk3JLBwW8zrPOoWFiGKMfmzYwpGkSv5c5k8BpAYKTayXQ03qoEawfbH2zIUxmJnVcG&#10;+7RegYBoI996c2Onz/pTsdW2gnyUM4ygkypQDEDREfLzhWpxZiJca91JTPq5WD+BB0z7luSoQGO7&#10;+CWoWe7tDsiSSV7yhTsnQlPnV87Gb79NhwINxCP01b3241Q6HInL10u3Xn90XaSCXiOUWU7G48lw&#10;Qt7t3BuQl1P8YL8X9S8vTl8I09ZB8Y12d9MfnaNM74PcQRmPPMNirI0vnPPFF+aee/CwiILz9p3X&#10;mv3GYiybFCKKUY/7hp8KnltMnP3db/7RG6UDTLYED+TBcKd4csWAihxWObZ2sBkX2equZynm0UQZ&#10;0XQKjOzmMFdtebPSRawKNTuEFG7LNzt59s1Xvx8JBKOnQ3NSOKMxG3e29mxZSoQ4SifMAywSeULI&#10;g6N5+2A77BNA9T8Zb7CQWA4qQxTl8wKbCmFchk1UzRqC48eHoA4UL8YmK60Gz3TjHqbQHsJfiPd3&#10;eS4R9PE1pX0GcAiRqen6XhtZKUROc2B2iLhclLy67Se6exwDfXyEw/iulLzWNdMJXh5aySX58/Ph&#10;ctW8ebuEbHnoQQEmnkn5qAoYY/rdHvVSUJwWYfToZaNSs6EiRx07z4Qgv3ar6dWolXSglBucXwjh&#10;IG3YXEUddKjB/Jnszu1cmIutrXX3RGV+TgC4otKpVZpVOtkMcLzXn3pxRa4OGk0Ai4f2Yko4w0eT&#10;vlRz2EMfKNCqX4jPY57RVwdBraKo3eFgq8x8ZgaedONRTfy9R0MI6F+I8rM+KusRV6JzotHbNwpT&#10;kXDf1LwGEt9FGk5uuwkOHDri3YP725Ut30SQ8vRqVn+/w3UtjIupD3rW7ESkplU8J+PMglS7UW3m&#10;Ghd/5nLZVO5+UJmd9Wn7nXv3qs26KmUCn1ycmc/yLT9Xqgo8pd97v8JHpTf+5H44P1DanfSJyc/8&#10;4uLMHE5I1TAZoFKykvnyGWz1OIMzuvg04pMvMh5kNU1YD3fYWtO0VP3tlnn2pNjpG7feVqrl3gtf&#10;mGhPSekQVeuweyUjm6ZzTWoiaM54aNWwA0FPDzxTRdSwt6SHoAk/2MA8Hc2blVzgZycgKaQfP1DX&#10;Skq2bp3LIl7bKnmD99faFSNwdpZZpCQf37NDwdsdCq31r3wpubbN/P0NdSbNn52ROB2bacbLA7jB&#10;NhWbM6WOxazn2j2Zby7EMksRuQmXoF1JYIYIHRe9DAzIil8cGAnZeud6tbLR1u4gRcuCoY6fDe5f&#10;22l7pqnXq9PnEruKfqthUZXen30z71sK/quLwtodre9l9EnfrEdnvILR9lfu1hZWAjVjKpjy3oPS&#10;JeHJWFbhUa0zG1rX7agEIbwp+5kGrcfCog/xQEPYK7xIOUoqXQDGMhJI5qJm9SEMwqtf6LSeWRJu&#10;PdTOJYS0h7BBaYkN0raXpUMiZyIBWDNlHx+jpdI+SAKlucTl8j24v4hsjLM6LaU9tFBsqJ262FI0&#10;yx/ooEJgiDWijwgMoN5c1SXJNaVCDLULY0mlxCVS3mgCHzec4M4dHtUK5nDkDevofblWlbNZ9NCw&#10;qAk+L6J6hUqpy7OBUNgmVwUZmGIZDYl9CBgRLAwUFjnX1/74Qfmg5zmZMecAcrDDAp3N+tbzveko&#10;fWE53O9QQV0wir21agf5ZcnFDKSEr//VZmjWt3oiNHMq0+wMvCyzW+2HVGPKi+1L74O7dzbv3+nQ&#10;dMmiEc4M0vtPr+Nl3N3XaLhPH0nv7B8r9fwxDOeP7M2c+z11XHT25E87xgP6ifLOJ/oRtwCzXBDo&#10;fxKTizrc9R0K3RyUJmKEQqjiw6402wkRHCFInDGy5VqTHEuWfbjBdt1q7oYafSLOw3pHKzWGkwkv&#10;odyR/Coe+H4seFG/HxSK0SDf7pA4BtgWwz4PMt5R7DdbSiAcBEgPYLhkIlUrVyBYDIIu1EEx7ywO&#10;0IEzbKfZwDwuEokEvD6l3XMfOmoNGSUIBccexUEXgIcJrrggDIw+B6mRCpcucJ769uZOIBiORwNY&#10;1x3kNlGiRMIBgLhAtmnUah6RK+7vpzKpubnJ9bVHE5OpVDqDQRoRpMH7iwyiRh3VQSadLPdUt6JU&#10;weUiVTt4tLwci8PwNlQUk2QBUIGJOMSsVqvnj2VSU3OCN8prHZFD2iBWbhzZnxHZJk/74BeGU06w&#10;oQUaDM6eXUDS3c76drcBQa4di4XSmXSp1MhmZ1BtNZstrL3HpFf7MJjysBh2S8nDmMwRcc1FvRz6&#10;vu1jeSfUkRZ+DLSlj2dZ0T+a/UxTP+1//r/seI8z0blwOII6GkctJOrReETptoOOWDyakEBWRv0c&#10;j0bbrepg0Ksh9m5oD4DeZKVOG8BiAFz06kHrwqnkualpzptae/QwJlAb90uRjJfj/eiftVYXVgtg&#10;O0EgxlGLqEvK6qLHSED3ovbnL57rtCtdylTQPA/6KQhuGcu/eEK++wAzFZ+MaxTTH95yRhChIDjJ&#10;sJ4iRIBBYnSesXb38ssXTj4uN/x+DLO30DzOnVjpV7ub64/3dx4+e+Xqu+9/gAv+N3/t1ztqXx2q&#10;PKab2CNpRnbqNC15uE7DB3U0Rd28eSMZCXo8wVj2BO2goDgnV8bV1tIOnQ0aA8jvs1PTYjiCsh59&#10;Bj6xhd1t0sE68S4w+eLdAF19f3sbX8mRDDGC2EEzPDU3VykUYZQXye8T4BD+9SGJgGSc0A6baiRx&#10;cQg6RF1sOMMVYXS4OQxnd+JCBKY0fMzODtkBC7mP02WTE20tmdEStyJhIxEAEuyYxGipaUjXwAsF&#10;kit6bZtIggH8gmQO0ygJrgYUu+7Yx0UNY45JwM4kbZREeANbRV4WLKzJqg4dLzdGG4/kNNyoa7PH&#10;7lx6TKkakY0pl97n7LBHWUSjBeFoKecCFNx+yf2kuufqOBNo1BmSqaLTaTvbZqfpxA9kucP0a7Ir&#10;ZvijlGp77CqhDp/faDvpSjzc/ybGIzeEdbQTtZgjOw49FiKNx6Gj5zbqpqyRy/9wuEUaPAfiQLns&#10;QsenShMk82jy5aQPHSYcOetHfAlRNBCfMxHsu7G61jhQ2HLYUWNvMOvAFImI3PlG04UN09ZouDCe&#10;4TmT3tFEGbBBSIH4URATJETOxePkzg/HMcOQ3CCO0TbHdi3LHFGdXbW/6ZDETCdl2h3uQq022mI7&#10;vabr6nZSjVx5O1h2MNUPQSMHT6LXV1kSSSeh84JPH+MhKBjJMW0RZQSZpNAkVRlEq0go4JXhHhAj&#10;kTAtSM02QlXIO825Lmfnc+X6rMcDBuqYdWo0tRjao/gliyyVeWiebJ5QqcPhaDhg+acnC8JA7zKl&#10;N967NHdiu6WEgv7p1HQ7Mq3t5+INOn36k2++9Z4vtLeX38cIeSnonTKGZQvuu1pqMrzfqngT0buP&#10;K5MhCc0WkKoVtatbnrLyraXA/MeWnt7c2/sw/x/3c9c+98zL+EQOAmoxXwIHSNXaQpJ++dkvp7jZ&#10;3/va/4bP0WevXtTUWqW+Obkk3i29Ux/kZ6JXRSakGA240tZ2bl44fSLktQs1O+zTCzvV6UxmwDYo&#10;3zCBVLauQdWs3/0/f0fxMsCA4I56Kuad4KyLpxbuP4SUK/v1W+8U3rqli8J0LJsNBNtaAYAqtdG5&#10;trvNmlp6BqWy2FQXwoKv0+6Fw3xdVyF7JWEPqkXXTdzWZ/wZvWYsn/zYUKBSkZnd3cfsnsyJg41W&#10;FWm2Jg8d4vCv3vzqd7lITMaQtA0tC2txG3dR3TdXlhKR6HK3s3f59BXAfav5La1lRgQZ40sxJPZM&#10;u89EE1wSxuatwe7dx4/JYCIkZdLRNMYFNtG9yBYfUsypDI5mu60w39+1KnWi/cHVPh8NwirroaQw&#10;o1b7ehcVU6547mp8rdiTTamlY9pqJQPWyiQTtn2oOZqq+f7mIAYTJkXVZ6K4ijYetM/Nhnbf3s8u&#10;Bvp9/akZ3+b24Nr1Ji/SpZJ25eT87Z0dS5uI+COVapUWdre31h8dPPjci1/w2J6b9x4+9plPB5kQ&#10;Syu29YYCiEV7JWoCh8LLwZrhfVwbeAUzKZhpb0SzDNaGQaf//Q93zp2MXZ23N1SjjdYGh8RQ3M71&#10;/PPCrsZ2aOq3zlBVw4I6eqhTJSSgtorPn3juIncViUESZERDqtZr58u71eauavaSC9mN1tbDZrXT&#10;qkkRbn6WhXR8f18/McM9+3S4Vg2ll5Gzi0PbEh9BUs/dvp4LXExMzvu6PFeKeHAcJYJCk+e+/V5j&#10;ddoDQSAX4Txez3NTs4824C+iqKDhrcuz/2L1Fb0XGbBJGecO/3pBZzaYly+LECEyhoR0pZiEsRu1&#10;kTexFwU8+dGNwsDj+eRq7PpD4/w0m3k+9Np7dq6ssRK/9Z3S/oP8V/7tx1sa5ipUXaF3q9yJiBWw&#10;25it3i7qP9zSvrDsRXzEuXOB1/66ev2g9S+ysxhDL0xIqSnps2w4X6bf61JRmT0TtaUFLwx61T5d&#10;bw2jPsaz3l8Wxe29/tJZMSkN9jeU79b47QMxHBNmsFwdDEKySEtGydSQzPDMldALNv242I3FEUPV&#10;/qAswJ4A0TuYCENzcLDF5B53/6+11snLydUzsepetxhJAFstTwW0PWQAmz6G6kEwlvImvPx8OvbB&#10;19ak6eAdxZ5Nc7//ZpPyiNmYlI7YV1apl+bjP7jeb3568vm09TOWD3WvMtTu9byb65Um5PfTfiBL&#10;Eoueal3DU9g6UNMB7HlK0AgT6DnN5LXuXq/q4ZFBAakwjUsGoMzTi1K0O8AcHemRCFOCJ/lex4yJ&#10;SiTGBj0hAXHYUuDkqfmIGXh8vag19pAGk5jEoindA0FO0eFQBI0ZxzB6C/D/m31gYo0eWljHtaIT&#10;+r9OOUgIWtVUTfeBJKEoqsgTqxc09YiuNElEL3LG5lNZXZJcYS/KIbgQrEHf6HZ0+DyRZOHz6+Ax&#10;IKkVn2VgaZ20OrqnagWNM3lPWm49m+W2m2YYzEI20qIupgJ9ytp62A4kRIidDJk99/l5BXOKtr5d&#10;74SuJJ57alkY1urFphXytA19eiYaHHK+YLWrDYH+OajrYlp89tzUClLFqZ/ijtfBQdpHhKaRdPew&#10;T6DtJ52ztn0YwvhEZ/pE1K09zkI4vnc9xr56stYf/cTjSS0uKPe4sfFI6vQPmCOfbCdo5qOtDLmL&#10;Ozgqy7WhMW7KBjMqnZxfoPqiR0gOeww+MumxGM4V76kDPeDho7Hw2s2NqWRgIhnI15VkxD9Qu/jz&#10;dJA9qNQBtG/3jKCHg68Fk0xWEtANz6TD6tCuVtp4GLJf8PQ4BOgyAljgcPjC5GEtnj67Cy2YgiJB&#10;QiYeWc454kRnFUAAHEEPi7g8YK4kydtudfz+oIQfM7B3tvexusKNoGd3i/lqJOybTMVmpjINpQci&#10;VDAYWFpZuHbt9qCnApqOdeCnP/Xc7EIWOtNQ0Kv01I17G7dvPYrGUrhrEVOmZvh9nlGOMQU/psb6&#10;PbH5uT5a+hZSgBnOeUGBARBFCkm62UQWMdWtZleWBJjmkbBCRH1Y7PKc7Jc8IT8Ce9vNFk2SQdWd&#10;fPnUqQkUXpFAYG+/cLBfws5cg+5sIoWyKirISqFnuvifkd1urHEf2/fcX9sjDI7zZ/ZxqJVLSh1T&#10;WsbOvjEkxf7IWOWYid2ij8Y99mFTOipdqX9mW69t2z/pG3/0jw43vR9xBHDpTBYSwa7aR+w72qpB&#10;v4NDcXMjF0tMTGQnRcaulGsirG+sPJGdz3DM+wdvRUIGHw7Wd+qA34doqdbRN4u5kFBaPXfy0aO1&#10;ZCIaS8TrLQ1NXbNY6at2LAqjj0h2icMBgVOhPxyqXsnqGR3K7AfFEO2zgxxS72QvNZxixALP4LAF&#10;8skivi0NI2Q8VhypPj+tDNsMbHf9nsBZ0+k4hAca56u3B/VWfSqzUtzajWnVX/qNX/qbV79Lc62L&#10;n5r2+cTAvGxL4Cv4e53Og63H0CWe1APZeGitqHURTdFtlnvN6SkY4tGm8KOsWOrQf++G1VAaFp4m&#10;rumAFAwCtItNTn+gYoU7t7ziJrU6cURmo1w+eeFiKBhAf+w0Z9AZw9/WxyI3lo5j+4S89b4KdaLZ&#10;bNSnF5c+fP+ao19gxpIWGod9PJUMx+N721s08HBYb4mYAZH5Kon5pVSk7A6diDNi4yJIJfOQC0jW&#10;ZyaRl5AAAqc9wDFBAnxIfNEQYgxJJtA8IhJ2hf5kc0s72Tkus8km+b1OL2fRrhDU9nu8yKbH/Yog&#10;ash3juEGY7y5q2VlHLvu2EF55EA+ngZmj72v4yN7nD7kZg/Z9iFC/HDXOs7sdWOTnD8j7aPTjZLh&#10;AMeMtMVk4Tfqv0cA3rGe4/jVfzRkpQ4hTI7vxMEzjejTToYN7ah97dFi2T0jHAsrRaTk5BIeb+Vt&#10;N2DeOeGdZ+4c/a5YlzxhNzrN+SFkh8o6/lunf3Qs4g4A0W163fhcxjEAc+TbiT92iGAQgiIjgnNA&#10;BXlCgsKCF90rShCk9YoGGQwS1bOLMeMIy9oadeSEiWY61iMjny8SbC5JiidN7XisZzssbjKXcTJp&#10;yOvpOrGdxBlYBjk3Uctt8p3e2zUeuwNeJ5GY0MBtw90Eu2+fNYq5QgJBT4VfgZNDgG1JWPPiZ0u4&#10;WeHmAxAUmf3wlJOuSwjSzlQMTyydTMINa+iD9ESaq5HZLZHmcyR7Th+RwRh73LqPx+SkcWbcnDCX&#10;xYEXBI4/AnijNFV3ng/BqItDW2notNaLGgJAF1IkO6jVTl4V2qp2/bW/yJQrydDKs6en95u9AqW9&#10;8sEPEqHAdu7g8zHf83Xtw243Z3savf52dSvWl37zV38zPhl6Z+cvtoxdluz9B9gjlpUH1w/KH1YO&#10;wh4rNS+uKzcwI9w86Pc0MrydzHqW437JaP7+X//V/ELy/NzZvftbK5dPrO/dLBaFb7/y6Od/7leh&#10;vLhXy6lqfnZRV5murq1TVuqR0taLIObQL8+3U6D2qrSM9WiQeevWYzUre7KBGYqJUWyz0jxg2sHi&#10;9lMXLn/32uvX/PYvnrycEMO6JVzMZm+s39yvsdOxxOJsdCuXe+9u/vSpBdESGlaZ15rT1jNKq9rs&#10;QwkzRMQowkKCnsT59FOxVLRRbhLhohQJRLNcMPFhe9vwsVg8XfBIOGteXLm4MLEcD4ZvPLhv2ENA&#10;qlbnTvX6NYJJZ6xUjM+1yrynrNdtmDnxg7J+v6ppJj4IGobdDVsI+Q3/M7PzW/m9Sq136dwUBu8B&#10;Z9TzUDHulxTqURWfosXT/pcWmC1Vf++VApUNhk9NLfhnu/Xa0ApYB4Wb725XeKpZUHM6lTCM9/rk&#10;FP9CAMID8/ISPjW6z+a/uBp572HzoEG85Wa549E41VSfyvjrFW3l5Ti2XTfeap2KeXYNU/UM38jl&#10;/FF5d68QXmbvbG/j7BsSHYz+e3/9Z6dOL1yzFWrI/8m1HpJThB7aDuP7uOqfTixN9IAj9XP8n+UH&#10;j5rCL5xkfOTzWweb+v2N3de3+9fbhV8+L0C2CWwWulGDkh9pyh8/sk9PMBN+E+qXrEwYjknvc6v+&#10;C8T+ha3kEATm9sOdh3ngr9LJO9fvTC+GKp1is9hsCiqFtNra0OPM1jALPiHbG6+2Qz5mecVbGZBk&#10;ALNl6TEvPnkTz0xklgO4H3EeIW4FKnD/CvTFDFJgbUQGsyWlltNWPzUpB7QwxrILsarBNgsDTusG&#10;qsZWXc88zYOzMhukFY5er9PtivXOzYPwZLRoDeFoXkz7T8+Z/bq5KIuP39/WZDbzdPiVXX11Vjz/&#10;tL++Z9x85yBq2byi3XtlN/wx34mE/No7zWHQgxSiS7Pygk8/P20Vi/Rf/H1xdSkY97HPf94//L5d&#10;3FbBSvtmBaIk+pl5ecI/eN6H3obr6wi65M2g+WEOJC4EtDHTSZESJMZj3i9bdsPsYIM0tPYeNtcn&#10;fYpB836mWx6EYCySLDpgKHQXR0oyyiN55FZZjiFg2tTvbXOPKt0vXg4PWKXOM6cWQg8eNqjV9PlP&#10;+X5FMj+4qUAatZGWk6cSc58AHYmptoe7a+1+0ZzwiPt/97gxs4ox0VdenLy/Ud8S6Gnb3sPsoj98&#10;+ZORamVYbQnr3Z5f4i75QlcWRPNxdTIbvL3ZeGYu9PVb7WRSnqOHScFaq2u7Jp/0m1OCNeMDDqfd&#10;sKVqU1uKwkY79HBMFEkwZg9i0LAcNAbWzVpH4JnPnkhASQHGrXMAw1hpBqK+gClEI1QiO9XeL3Qb&#10;1RJPwidwzlteIJTZbneAbEXkOng9nnoPkariwCEeEBA4OcjRmZOMxNDkJDRetWKJEXmfc7viCM2P&#10;xswSkdolbeCdnHLoEybxdub3DjbWDhpN9KvwLuZL9tAvuzW3E4fAOIEBxLnEyGb0qVkpK0UxKm8N&#10;s2AXCDSsi/h8WTwzaJuBjB9XrJ6vltbr1Nn0ymr0nBSUbj9+ZGjvU8wJEZ5s4d6mOhWWTiQgBTUg&#10;7gPkaHkmErYGW9s7P+T0z1z46a6b3EAHayxIfnKha/+Ic/ZwcD9qG8ZeLvuoHhmrin90LzXWiB7P&#10;z/0xG+Un18aUC8v8sYG/9o97OqNUoWNfT9pdxs1qQC4m6/rx6KMIHGJk4uhxgce42i56FCBCMUcR&#10;lSwzmUxg09mgWlCPtjDsMYeSzwNiEJZYgJ3BFos0ig4UzAKyQv2LC4Faq+GLpcLRtNIqewGYGpgQ&#10;E3fqfX8IUHZRGyiISk0vLJS3Nh7euYv8QgTVLpw4eVBqEGgl2dZwLqpSwGVPaJ48UU2iGMDWjZYx&#10;TIcuEzobXSM+wEpTQU57OAy8Pb2xvRNPB5FRo6nyo/Wcogw6zc5UIIAqbn+/4PXJhMhMWhXeSXSk&#10;YPfFIBIo5t3N3MyZk27ApkV6fFry+Yx6tbqXh+hSlIkSGqCAYQ8GSmlmbkH2RWlS2gsYCRGTI2j5&#10;2ArzzisO8eWAGADQACPhBSBoibPb1QKmbJMT6b1ileyTi9VUZgJdcSAQ0hCFXtFs19tIudbIsTSR&#10;OsJ62kf4KvvIX34sj3eUnDlakdj2j9Ko7GNhzh8ZnoyvtONTmP9X2NU/mWVFH0eC/7g9sO0GufwI&#10;2gq/w7UaTSQvD0ytXC6CRIgiOT0xtbJ6DvlC3/nbb/tEg8iThwbWgL1OD6VmNGRzAf/mQdkKIFV+&#10;mJxOlSvVxFRc3a/lbtzOpqJYJYJ6gM0+4qLm5lO00M0XMQtBrZqALtEyxG5f6yJ6We1AUBPmh2GP&#10;yGi8ROpfVuvVSwcbJ1Zm6kUgGPoowP0yj5tXKCQg2IIGnmRoCGF6r18EQRRJPesPP+z7oxiPxCNR&#10;julNRAcv/sufbTLqF37jOSiLWRY6qW7b/FaiuxwczvXr3amVVFdW+trudvNNX9pT6HZXzlpTvsnJ&#10;aHjQYd2jxDqadjlMdpdz7lpCLVtTurig0Y9j34XrE8FCBIHuFOuYk2JUw3q95BvJUtTR7BqYfFqQ&#10;UiTTGUgWyBJvaJKcUljqdX32xFJqaopoQ91lLjoUY4BmSOl28Mn3+sOOux7W9R526vi12uuvnD2/&#10;u75RRXXgCGwYJwbJ7YjwY3F2TM5NtyH1x181JD0Jj80by+DDDSqIBd0yxCWMM6wl6mSyCHYUsATq&#10;QxMYkeUs6/BmcfbQzVYygA2AVBQ7QtalQzFuU3noPSZzE7f7dbeODHV4Sdqjfa99BEp3MlQt94yn&#10;jqzyo0CbsYPAEUIT1JBtkC6OdflGjozWsWA7a17LSep1yeqs0x86ag3GDQM65BCOt7SjaHX3JMCL&#10;zzh8KfR5ZCIwSlpyPLUOQQumDtsJ2x3neJGw6dHy0umKXVMrCtcRuYrgHExn8T56VM65MfpTmFU0&#10;4p42COqS/KfhwMyclpEQrIckKxfiWfzSkSmTHeuQ/D6+WfL6guHwh3c+7PcUxvF+o/Ag4ZwEYiWF&#10;IiF3+jaKp3JeNNpBGViOE95phul4PMaxjJs2RNlH4C7nLsyMKAajlGPXrTR0nro5jmpyF7iuztud&#10;4DmdPHmFXUg1PXIyj9BZjDlayZL1rdMmO79yyBYEDudKofDBsYlwiiMWXMpxH9GpZByBtyhJkVLP&#10;kRYXpF7SmdMEW45VB3n3Rx77Y5WDNZrDjAaXaM3JC4HIbvxLucnPMKVLNUWRWFsZionJpalC187l&#10;cPD8zV++On36gp+JpANB1ZIDSAMu3yo31uYnJibnLz519dnHu/c3Ot07t7a8M3Ppee/p1ec+funF&#10;dOokxaizgRNerd8xm1Wod61BpS/AWIRI0qHJZKNzB51NPMeOMWip/KfPZJcioV1l6/XC189dmTs/&#10;c/GdNx7t1pr33tzxR5v3yxX/JJ3v3vPLUdnQywboegprYEMef+fxzmrMeq9JxQExYNSIbKlV2xOm&#10;ikUb6URW0KpXcbbp8GcG04nrjdZmOXe7lh96gGKnX3nlrf/2576SzKz2B7lENLBW2r6xs/vy1Wc8&#10;In1mMdMFdTigH5QePXf2YrGYR1qEIEFLbGD2OehqkYm02lFqil5vDmSW38jdu1e8tUJdXo5PJMLL&#10;kxEEYia7mhafyCQCYZC1Qj4ICgNBrwgRiqk2cD4KkhiWfKm0D0vNN9/+5mPwtust6mD45acv/evL&#10;z7/6gx/ereTE+QUpwDcaXA3+4SBQI/Ur6aEAD43p4U3hri3s1obD5uDxg+4z2cnTZ1M799ulgHir&#10;WPvGrW8jFYjqD/0q20XlxbMrQfqlKF4zI4S0l77dLxrTmZW3bt+Vo2REEgSXJMFPT3NZfOK7/mHP&#10;Kpb6Ht6nVFQc4DGBXZC5gw8LVUwBp0MQ3gwigpRmP9zfZkLhLBPoW8aat9Y8FX2726GwmApKn01H&#10;167nYhwlK73oRHAx/lTIzPPCQ69E/7tT0oPHA2Xo2+zkVU0Rpf7ijPnvpihI1gMioVKdlP0Hini9&#10;2v7KWWk6RHtYSJCIKwBHi8RgW7+x3UvP8hNekhWARCJ8fnAlq4X9QjAbez+3Xe12jEJ78UzIzwmZ&#10;VWjg21yDDwXNuTSz96Fx/4P640eCdyo0dzKAJ372M5ODknq3a268Wzy3EE566SmJCgKCXVIf5PPP&#10;Pp8FLXr2QkiuaJViPzEQpwEvjhl+jVHCHizsZmTu+priLYnTPjMThrp18EHREBPcL/x8BgaBch9Z&#10;hKxS7uk+wSfR6Snf/f3Itcet4YOKOB0L2OAec7EknZ0KtE3MhPQH3e6vziw0jIYnwd94fQcSo/JM&#10;4IWXQnPR4QtLtNeOvLbTob38hSx35arv7i4Wp+wveOyv/XGuw0xcOSsYA+7kGaFZ99xrlR/XGaCw&#10;IG8wWLxibPlAnY1iH0oFQcbarSdM+1GhHmLs+xXl059O13X7oNYrySy1R260CxFuOY38AksMCo/q&#10;JnrGl88Js9v2jS3lhVV5Ik09VrhSHkk58HbxU6eE6Y97Wh1u/y/z5cZgJsylogxUwJefDnduqj8o&#10;bg/jmKr4zU5rl1UjWflqGgkmSESzi5z9Zzd6T8+Lq77h7RbQ4AIgz5mMf9Xq1zzmZCaUlbhAVahC&#10;t6WS28tyzJpXTYw2d3oaUiemPHCVa4ZHLNa0uyVG8DCnEopf0GIS1xn0NYNf8Jlr6vB+s3oh7I84&#10;lhZd8LWRnNLrTqQDM2dSIiOiau/ut+c9mXUF7wAUk1y/2zPASW51eFBD2+1etw09HcTiJCPOg+0v&#10;Ft1DNKFgs3RM2mOYPLa+Di0Qc38IN8lqpAdKnQpAkDhBcHKgA0H2HPN6P7x7fxj0IjJ+CKM2zI4I&#10;VHHm/gwJp0SNAtfxwJsSY3Oxetp7ykepbWtpNgYNdr48BGQ3lZSmuuYPvv7gDdFeiQd3bxciK9Pt&#10;PfXjs+GT6Rlpr16plp9NBlv5JtIm4OY9yHfuqmZd5F/+2LSfUoyB+nCjf+/DonZx8qfo44UGz/Vz&#10;kQbPjeZ1p+L2+N7D2OO21j40WD2xHrPsJwbxh8EK9BMd70e3ZEc/6EcTR+2xjs7Rm42cXG7reWTU&#10;sn98foz7N7sxiYQ747o3bXeETI3dW7YDE6UPV9rH425GTjLKIZJS7g7cgVk6S6Me4g0aVR9JDg2d&#10;mEp0m82Z2Uww7Ckc7HrBkpLlZqcvYygnBwMyV9+FjITrKlqlthYMlU+cuShm4drYwhYNH4zSzgNL&#10;V3yhqeTcUnl/T/bJVLVFVH42Vcjvt5Rh3BskHSPJfCFCORjA8JM7iPtR0fUOwQ9HFSGLHnhDhFYX&#10;Tk14e72yFxuM/VIlgCBEgSvs4nbAZyYnZJEDTBqlCrYFn3np2b2DwjSfGkAJVy6H4vHswmy3pcs+&#10;X6PVisejt5rKtOXmHDuOKuwnfGGqp2I3gYIPgC+oJiRWTGLO7UsxoZhPEoHxR0eOCge7KE1QWfTj&#10;Bin6EIaEt7DT7qC8q3JayxogDEnJD86uLoheTyweYyTIwgV/JIYeDapsbLt5It8brd+pEWxmlC3i&#10;Ym8OrzN7lCE9Qps6AnS44Rjd0bIaRD7H0KP11ygl9AlR/pM7pONwtXHs7TgK9Ni1/Q8Mjsa7FPof&#10;D3L7sb3uRx4PfdSJ009e51ider1wWaCfgSGq321OZKZElqSH58v7yZh/qDRoRoZQNioGhjyw4F0k&#10;AuXu5ibDcQwYBA/drKmIqG32BjOLWaan9xQA+iIeOeSVxTqiZnuqLtvhQNxQPegWEeEj0qxODZaD&#10;2mQyKcnWoNzyzQaGkO0MkOGmk22mTF5/RHCidI94uHByMI+gqml+Yi6WOn8qDEwCuknWN1DUiWgw&#10;lJg0BLiu7KCHAbfMZoFg8EYYUNR8kO2BaWY0Vd3YFP36fvmu5eWj3lBFyVlmUeJkQprsP076ja5t&#10;tPuKzJ0nSmDszciOimYPyQHkgHN6B3oc5ELiPUmPAtKbjRYXyZQAGAImrfZQodOYzPZaLCM4a88h&#10;GHGSx4M3QO87wgMn2xMaC6XTsV3+E1mhkYbaIPtVohJBiwvLbiwWCycmnK6AfIrIIg+oNwBJGbiI&#10;+WdfegmTWnRIJok0NlToQ0G50Qc8kT4Jxf1NgJpFXnQ6GOQhw8jMZCYhALofC05adsDJCrZIt4YG&#10;mBUc7zEUHsi4pEnPS5HgKAaxnCAGEXOyjTGUMMpaY9xpEM4KxzngbkjdY89R4jrLTKc3xr7cdINb&#10;KSc1mB4tZG3G5QE71lfbcqTMZCdHmjgSbuxgFxwbPrGFMoQPT0zSzkwNOOmRWgZaGstJtaFGWbqW&#10;M2Jkyf86a9fxkJS0ahbp3h2xLukoCRMKhAM3Esn1mziScJd37ch9nU82SmdX/DsO7h0d/o611fk6&#10;mxoLy8lczRpJuEfPCMtT3olQJo/V+cdZoOISJ6UAJTuMaOoIeO08BMse7VAplwKJBwxRABbsmWSq&#10;02mBG0JON9QOWN8Q1DEZEwIGDmClo4JnLNd76xiViSHE4Vk5FxlRqhOKt/s2kHPZbe1HdqTxUJke&#10;ZdLT3GhnTW5cpmvQcReso/uqI21wztlRUp9zh3Oi3x1R94gN7dCqXJURSy4m1q0SXFgV9gOs827h&#10;SUN3hD/w+XzxySyesCg4BgAAG8mLRQhyePAyCUJ0P5rkieKzQczCbrfrDJWdR0Ue9dAxNkOvT77Q&#10;MoAzxgWPuVokEkyFosgN2/3B7wdLVVoO7r17k00yaU9asCpWq1Xbun/Qz9dCvRPS1LkLP/uDd+6s&#10;Vw4++5mX39t4/72Q/tR57DWq2+uVucFydbcm+j0ts1GxFC+bSPL+x936sM8crDfqISMSxMo9t9/g&#10;EFpabOKBMq+utV7Vt+PJ4QuzV/fyd/789VdbPaPpN6uD5mfjIYH3Lcblar/NyIlkejW3XejZ9uVE&#10;5pX3t3lGL+bxfoXx6GgqzLKNYktPBD1ra5VC33kp6j2PwExNhXtGf8rPe7Ff0jWPzFbaxuqJ2H/4&#10;2h/+m5//4surH29IoR++e23AMHce3NvJK11IwtKTl6fnY5x3c7OBz3kBrBkr0LP7Scr2GGzCG4+E&#10;oshPmp2NVA521+53J0T50plnIoGJ+Uzmw0ebb9364fOXL0n2YGhD3M2dPolUQFg1TABE2IiPSHRo&#10;7P5Rispezv7Spz2v/dHvDHx4Jeivv3vDo3JLqek773/4xt1tKuqlJgLAggHIfNC0lkMem4ULgz8/&#10;xa9MeA6qvbeu081278N7ytXzs0snkY6b39qtL2albIyXLS9sgu0OpRKMsHntA+X0Cd+b7xZ+5cux&#10;P/6D/dKKuTyfvID8IpYBfHG9VthFvCFNeT1WV6bXA75zrLV0KgjJDuhBYcnz0FELZJJiMsv7fTSv&#10;a9++p0ynmLv9+qV5edGygxJVl8RbqkmJdhM+RokGc/PclVgur39v//pSoHcpS8CFi2Ele4lvD5SS&#10;qkZEC/BknOIAVWB8DEiiTnsAi0j4gvO2sqnoBYWJCoJmMgiU01nm40khI5jff//vzwWmyveR2ch7&#10;Q/xBL2/yRk8biFERaYyw9bd2ezdzxaefW8jn2z2bfvt6a2lSyma5p/+zyNVOOF8kFlt8BioNRdPw&#10;tzN+r9Xuco+32p5sJiZqPR3ccjsTC3z325tUBJWU5AsycAd/+42CVx9yCG+IyQsLvM/Pp3hGDMrF&#10;loWYIIxjQ6KZDTF/+nbvZEA8mbC+sBjeXes9Nply3vzUczGoY58LT4XinJXXbv/N9oPNuvrL8y8t&#10;et57AK0HdfqZbL+mfvP7O1JIuHQ2ZjD8g1e3uzutP/pL/d9+ZcUbqp29QEeyoQL8AyqdyMoXvNDr&#10;UkOP8e//zfRmWeh0OCA1d/YVSL4lmQjKawp7KuzrIhABOQRxbkjhnmgAkhQQ+I5m9ycjRjYo1Qb5&#10;u83PvpBo66Au0WGGLTaZx1inWlIIqmZeQMAYbUo3dgfLCQFe1//p+uA3V8VPJ/uXYkxDl1CKxxDo&#10;E2Aku/9ffDxdtzmUNA17CPoHSs3oVeNELXs35Tvr799+1Nttmwci++ojbX7Z+zNpHUFq5yZ8OdXo&#10;+fnEJJX0MlERyUBaZjWAWd/NQkf22ZdDlqJSG3X9O2XmSp/52NQQTGhEXuQqdiJtw4iY4vhUkp4M&#10;Kfkeg3e6YcpY9kb8UQ+PrtjXyXc/qFp5rPd9crfZyvWbPTE4LVqtfjeCCguDrciU2tJ3c63YSqLf&#10;7rfzXZzthkp3hjUvqqlk7NLS3N7WDkbtmk6IiCh3UDORvAabSiSm/LRdLRUIXQL1gnPDJ3Nt1CpQ&#10;DDGAT2soDJDqC/yQD6lHLA9PoWEjX4NJRVJR1jzII+4Y5mDw2XW4MX2ZeOxENGzbtSIg4lanrr57&#10;sJf0epZPBGv3i/f/vBCDw6KuZK7OmssR6XQ0sBD+DSTfPM7frl0zZygrG2NUKxENG2UjZNG3NwuN&#10;vrHwiSVY82/cb6KiO3XSP/e5KZX2UT/9f+gf8emO2LhjeCdlH2t4j1pe60mh8vHcXvofHV76ExsE&#10;+/io/6Prtp/0Pa4ijf4Rx/II8GmPYhnGa7yxZNUFuFjuBHrc8R+6lB0GCCC3pA+ugfBODVMhz0Qm&#10;uKcPWu0ubIaCCLkBE/TDkEPH4omuaTe7Cix3+zuPFWTRwT/H8zuba7FUttNr9yDiEaOhzLzaLKCc&#10;K249UrqDaq1K+kkakXmmRB6wzTsuQzdlEruBaoMksvCw+jL4cwuKBijM6q0eHJM4kPFn+BZJEiBH&#10;xbfUGu2pVLzV6cMucbCXn5lK4ma/fGI5t11+/Dh38tRCbucgHY9gOgT+MwqK1XMnmh2ndmZhDvWj&#10;FmNHZSopgb0g54TSTW89GvUVD/ZVmkmFE6fPXWkiVVw1Kko3lUlDdMeTqAs6HItVDgrwL6AgByUO&#10;UaAomVDiBf2+x8Uy0Wn28ZnkaM2EOg5zw/RkUul0UUxFI+EGMNSUq7Aj/x6OOOgjhLJNHxGVj0nw&#10;nVLbDXkZb3T/4Wv8SNts/yO0A/+ECKKfvheY4hyONnw1IPhqgZCfbPIwL5DANuj16y2/yCMO1NaN&#10;/f09TGV6WNLqrcUY7KiqRuvRsNTstYAZgNx2NhCoUj1J0BPRzl5uD+DRU7NhjrFTsUHQ0/HKLWyS&#10;hzay4QahgPa//tYLIb4wMDkEKHsFqWHfmPKg6w51++r5f7nIUfNdGFZoy++JNNttj0wIQJ1eTeID&#10;kENLHABtPhkj+4bpG4Tayk4jhUl0RPYv6nag3KjOxjJ0neluPJIWJ3QVQ0/PhlI0MMYU/bnya3Uk&#10;h1iIh5BCvKemVkFK5OnI+/cql2cZX3zUgTDu0ouU5gaB1jqfbbKhQkfroKcMsgEjzY1TwNOEOE46&#10;INcC6YxRcHtweLTg8pPxKFnAgpJouhpc9FyYzUDeiQt50GmTlaSFaBmypewqXSI6Jbs4bGCRBYoI&#10;Is5RExG2FMhbgtUNw28EuRqU4miegdpy2b62x2uS4CVtaPPewKnVuW6jg9Ui0fBR5onTi/OLvMnu&#10;YDYKSRQ1lHgRIU8CSzppMtfD1INy8pmcaQvtUo4cIAEwk0GlB/cvhbHtofSFGbGKnTU4eaou2onk&#10;TLmOYvT47tqQuEHxIoxmmLQ9aitNw7WFknnWKJcHcnpswN2+z1l2Ws5vkxPNcF5ad4RmjbLWyYns&#10;iovcsGxr9EuboUYBSfh6J1CNcRBobgaSu6BmnG7MoQaTZakbo0S+wW1NGeerPfQoXYkZ0Spcdyoz&#10;UmlTh1hGdz1vH1464+j2kTje+QtHKnHmGN0OCYyUm4BLjLWG0+VS7q6Y8A+d9poEV5s2BkehQAgX&#10;BbLvcGQL4JQQkzZkYrJBLjA3nGfkdj5UPRFbOCGRkTuAS+BzNAGu+Nd9zrabdjz+P1ek5cLqzXFI&#10;H3lKjgCA/FSWcTldlvMz3Vf+kHc1uk/TpDs13Raac0Db7kSCpg/n2dToTXTMzs7fQN4PvPdBMmZl&#10;dRTpCCKmCQvIFwx2VQ3PAeAH4NN04wlwAk09MW8eHfHO3IXEmMGdHwpmI7OdTtPj5WWBbreLmGX2&#10;Bgc3Nm+ke0oksVD1iYsnV5E2mX1m5eHfvllmjEA2/KDRef6pT/zNK68xkpY4NfuNH3ytofcmzyTg&#10;1Gd9jfNXZ7eVRzFZTxhJ08oFKWxB5M2O0hz0ZnnRx6hzwclir3avwhRAtqJBxRuAb9xVdT8/gQnT&#10;YzBgB7EhnpfZ7dotWxyu71Qy0YgEGWAqVO881HrrBj1Is+H37zbPLqyUtOqtWztruT0QJr0flk+e&#10;4T92KePX5CtLXO6DfQhH5qfj0WTwnYMKFfIQVwYIv0G5wzAIFN0caPmM9Hvf/bYfN+VggkbmIE+t&#10;Fe7netTTmbP/zUu/vLG+U67mugaUonpPThgIAaEUHz1kVbNZ6lD9fIUuCKzol/1IQm8OOv/3+19t&#10;DoUw8lV4StG1TGeq/7B78fQZ0es3VOg64URFIU7ylQEPIGlQmMVpFivIqeT8b734s7/71t+0ZULm&#10;/Y8PblwKRf77f//r1x6+/Ue1akeDrZD4Fe7l+/cq6i+dCcyK4OtDqSPPp0MLPzePIeNb97f/9++9&#10;92svTKdPJG9T1CwthUzm728Wz2S9V5YZn4CYJZOb9khxngrL90vci1ezsxl+EXwqutTXeg0D/QYr&#10;S6EpTcOwqG8YFySrrxhKVxWRZmILe2br0qcnRRTVHBsHFwhb4j45k3eLnZ+7mF7NsAg63XikVg50&#10;akqeDcLoqG8JgtEdeOp0yS+meD0axeRh4sNauzgcAFiXkKhJSY0IEPfYqs30sENHSUaLhimWurSG&#10;t16Gww1aEuadjp3H8cuZ0xK9owtR30x0JvewtbG2eVDZrMWmIvHVaFvgd9pGfWuQ0DAwhZ4IHxbh&#10;Rq0WDPA+A6nK9O03y7cta+VimlaHtz4oLj89CaIRk5T7fURNW1bD9qgDfzYM1yjk5i38RkSeTXuo&#10;UvvLz2dBGt9p2jeKjYtLseoW+gizsd3KBiJeic+XtIg5TMjS1x4bX15gUNfBR/f8rPeVd2q1u/rm&#10;je5mWWl55c+8kL32oF0GkjUiKK1hO68dXJqkwkJOoW7v6ysnfcqQKr5aKrQG8kK0kFPOn/YszzDJ&#10;l6cx44BYZD3fuDwtxgQ9MkEvTXhMOPpsqVLT1212GeIwmYvHjNsPVU+Qy4bo09Oeyq5aGRrfut3K&#10;pwbIaMryElgd8Xn2+pZ2oPdyuebppydmRV+nPEj4xIc7zZ5BL54MXJqBwErvINJwV3nru7mJCV/2&#10;agrIxmvrg1UoiTk9nmZ+hqG/83bn2dXISoaGw/WHB4YnZk/7GaQkXzyJzQy8qnjH/P44fpAGBrvx&#10;eUHdNaDTv3IpPFE0Hq411/KNrbr3f0nIv3gh/lTarpNhJhWEdZ0xyz1k8fCWRnkAy1Thw5U0U+NY&#10;2DjsX18SdEt/uwHnEfVMQHrBD2u3WleoG/toDfWVJdhA9OmQyYvkdlrrD4LCZIiPnfAWrt8s/h8a&#10;+8WEfAVMIHWArVK5W0F2mIeFVLLX6hX2lL2JsxfiXMpP+atrxfUbhYat4e6fSifyuYdv375xZvnU&#10;7l5vGAy1+91pfhLCLvgOOI/nILed13qsRybDWkywQA9nWQ/WvypE0DQSPWxHseMgXjFpZxEgOSQu&#10;GZ6W/Zw/LFv9EceY3N5wIhPIfvByIuGnk30OMdFqRnjpE9mdcgfjqMzK/JWfP+1Tld3bnUKnCwcP&#10;1l0XfHRjb3c2HPRRuqqRkaoG/7tiNpCUyXPTX4TV2mOVuvDMXLyYuPa97fuvdK0JfzjT/+nXzmPo&#10;B/WEptm9/7qC52Ppu4emXGqMt6WfvH3ZT97K/rHl+7FW4YjKfLx/sH/cl/7YVoX+qF6VcnIH6aOQ&#10;R+oQljLW7NnUoZLVPsJejb6SfDuRxtPtTjeTTIBhgUG00u+nMjGUDshtxhz/hUtLtTYEk4NCfm/Q&#10;h+yX6nT7iQCwkWwD56rIF4uN3Z3dRCysq2C35R8+sBJBLDXNBoYcKhl5IzpI7/Vg9FIRjWfbknMx&#10;kjUvEdMhyzBaqmx4ZQ63RLTGvE7Aa5jRFIo1D6AFXhzFfYlEp/Kw5uL3O0oPj73R7OAJhLx8Muzb&#10;3d71eTGDqwNLtDCfVVoKnli71YA2+uHBViSYBN6yuL0TTseLhYL7xN1lAFAF8UgmeC5678P36CGf&#10;jiBlaZ6S/IxPNZW+PxDsdMBZVzEzQMgQqGAc4F6YRUkiXnciwCYpMoE+Zwq4Kwhiu02mSqVSQSdF&#10;NnTdWjgZKheLqFVREOqHiS2Hy0175Dt0OSxHu9kRJHWc2OzYG52ljn1ItnGqdPpYiq9tH7uW6I9y&#10;m4/zmS37PxljRf8D7tx/dsIzjlmuUa1CI4mNij8YETSJ88Wb/UF+fb1bLWLAD0sq7vDZVAzwgmmo&#10;nTn6yknBmwLwCG0V6loLzvOQV/JLIgDiGsi/jEw6O6MrikhfI1BfWcK8km1C92cWwKQXOI/JADuF&#10;KPIEPg3NvlEe5jp6pWdyjXK/q9tI/WV5E1xTSGG8HFtq2wEghFHxmt620h+YdLOqzUaYiQr7ubO/&#10;Uhf89UFVo1LYg3lt/mF+dzEePBiYql3iV0ItzxDRhKnt4ZzuU5eiHU6aCflj+vDhwdt3ayW0Lrly&#10;4zPLF6aSny1W31ajdfvI50wfAnXZMXPJ3dARhJRNOG2Hy3iyRSMXjUkihxxmLkY+DleJNI4QsJLu&#10;19l9YSmMese5AmnLaQNwjYiEBIUt8Ug3AmEDMdX0FUL913rOuhljK3ZI+mBmUK36/YGYTyyu3ffO&#10;nhBJUBDTx31lKEJbpOPC77V9XplRBg5wykuyQ8EKpvX1zdy3vnPr0tWl6bnB/vrbtbzZ10yfhM+X&#10;Z/Xc5XORNIs9GCs6HF9HGOxoU7vNRrewj2RwwlkGeksbOKhkt7m0Dln41kj36vLeTPd4d5hEpOFh&#10;Rs3eUZYtPU7sdT4cbvPp/gbZIbKO8hUbvpFqm2ySXaOpG957FLRNjzpY0uFyIxutmyjrcrOcNpUs&#10;CEcDCycsabS5d9agTlQOe5Sl5HbzIx+ME3dzdNhTR8l69rGZKeP6fV0Zz8iMQ/p5e7wLtZ/UcNCH&#10;PGoyB/EQ2TPpBW2SMOQMS4hSmGZdUZKD2ga4GyU7KFBeY2gTDwp4C5h3sKb7KqBaIqJulnG26JwT&#10;veSi+cYpS67OGQ0KoZg5/khrJL+yLPvYfdbZjrsNs8MaGYUckGc5PAIg2Ecb79GEcCRup8dZ0zTJ&#10;r7VH0iYnmIg8ADxCsrV1zLuMu/Em8wYYF8j8CI8cnx9oFj548HDvf/4dzh1s4OSwySzGIBMlJwea&#10;F2dm593D2PFgu9WEc7FaFHXMtoL3EvdC6KLRMqvDDiVa+8Vc0AdyFtbKMP5UEmcyqcmnG5XyK3/6&#10;nZcWZ2998Oo7MstUmmC7gTgsZUMW69+mqusfFJdW2meXFwD42xG2I9wADaxpNnm+FBYjcU90SjrZ&#10;Ha5+9cEfFURzU6Nb+c7PzPv3u+gqGDQMFm5OpthWhirSdEW52gXYYNiJ+IZ2otYuoCsEMVlEQ6Tx&#10;7Tr9/q3N6TPq1HzWoNsp36CrMDOzyffW7usq321SCF09FeBXJydDfWXrQenpCy+msyHqfh6sKKTX&#10;luvN+ZnQVokg5+2Aj/JJ+NgbXcDxNaBsdzzc//C9r86GvH4uODSVW8rwc/Hl5+c/dnv94E+++ofm&#10;ZADOv1QgK2rgOMh+RMRqA1Wu+dOxaHxOaVSLhd0hg/v1OVmPbBhFRJlUIQkyFOxzv33jGwIX6HHq&#10;p85+Bktpnh2QBGbYV1jagEiCxeoNQ1Kt2y7Vu53l0y/8K0H6xjvf2qQ0Ku272VH+u3f/jgtRHazx&#10;/UT5dYUV7v7d+sAvvI8am5dTAqpreEIxUYPSTbx6KhWeKhpsjRPsMwYdFniU6bMh4Y3X96eis7PR&#10;AdOxpiwa3Ibf/KycV0j22rdey59Y6p4IJ+GY+cMc1MhSJsJcjTJ+MGp5kqxu0RA1DycMVhZ9V8+0&#10;uyLzsGsjnZh9c+fESjI576WSEtUzz2XgLdU5Vl6Y0N+9+WDCz56OSGBCvHBGVkU5Ad+maj7o0m8V&#10;zO8Y1Ri2gR1qNcPbPVz2l9f762ADxUN0jCMusPWK/SdvVgo8eyUrn5mgPzlpeHjs0+hci/2Dtlzr&#10;WdW+9ifNtZSXm/R4rnziTOCZ0IBv7rFtKUDFllH5276udO9mbtAzD1rKKYreulaYmYycng7cV3Qg&#10;TO7dKCqWPTkdSk9JLURHCWxDH94a0Eu8rfb0Uld9djEMd1hOhdOVOuhoJ89nvv73m1/82RmRsV66&#10;FFCreuhktF5W5wKS5UVeD/pq6fo99c2d/pfOBaAfQKjOhDAcJPlPfSLx1CSJnJlvIQSVuX4HKkHj&#10;wrJXDNmPBC7+bOwyaxS2Bu2BfqsCPoz2y6tSJ0yvzMQ/vJGHBn7rYfBjF3g7zAKmhWg8KJTWm8Oo&#10;B++t6fXZ5QH9+l7XR1OlO7Wv7rf/9S8vBmVE0bLVzhCrxNdudaBOO9DsGAkFpXs8//b3Nnpb9e7H&#10;FyljQJ1Jxr4UCQWtyL6xvOQt5FTqZHx3SO2+Vd9h4y/G6RbPy5/OZM6l4H59nebOAzRlGHcLWk4V&#10;P5/lo2an3x6+v9H52jazIEA7Bq29FQTGGqJer4VYbEaA7AlnmAGt/81iJyJ6TjD6X20MTqb5k2nq&#10;U8mA9Kp5b79nNHpfrQyo06H/akHM7fficc9CQK8aVGVoIpkJLGfcXf5wo/9yVjwXUa76pb840Fcj&#10;9pfiGm6JyEWzKRmQFE20Ix7t3ob0ziN9NgPaHlplS6YYNKxKoDuktJDPc2bBL8PguqMm5UgsZHUg&#10;O+MRmgGHhbbTX8MQORGf9nCI/M0pfDJXglFdhzqoM2iLwTRUXKIciM8v7T/exokc8vswbIYWRnMG&#10;1Soye8H09HmNnjIkYhxbI4IvUhSpFOMF7A45GtUqkVYSFDPtlUGrguANRkeRmPgdh5Nzp8NrxkuQ&#10;vAEkIeMe5+0yyvIEgwzU1k59PhuGSqRt07u7Fbo7PFC7S5dAUeMjZXlpGLpsUd/41u3CSqq4267W&#10;bDsVCF0MZU5Ewpqa8uOkMgpA4/JaQTEDM8FJljt1KtLbb/3/szI6/qsRc8QVwLlsJ5qmP9pH0sfK&#10;CfpYt3t8LfxPeQAf2fE+oXr+CErrJ/YGHwVMH3FYRimzT46VKberp8dmMUe2h/Jv/Do4FS50eBBI&#10;CPmt2txcvGcOgr5ozzCCAY+i9RJRb63VyldbsaBEahhfyEMPmv3+4pVnVeAqD/Z29/ZQgJAql5wf&#10;BuSoXmrQRvw6a/f6NPphiQTjRnpMFYJTk7JcDR5LOKaM6+UE8hgjclh4CK4cgWA6llOMR8TnaCjK&#10;lEDWF/gUMl1lgAY54JEwc4fQGuUbOh8dT4PnMdZBYIEkkgiuVkcJ+b0g+JCwCYqKRSJtEOgMBjEx&#10;0WxqaI3zb4iF2oajBxNc5K2Fowk/PkOJlCR623sly+nSVYIBEpzQCrRLmKKp/qAfDQQYu35wLnAv&#10;ZAZNXb27X1R1NegXDJHHBw09e6/Rifv8d+/cp884hjKLEgnaRRxnihxTz49mFR9JZh7FnY7eOcd2&#10;PN5jHbE/j73TP+L6/slN75NG9H9sRzqO2vqp455HOSvRRKLf6+A/fUBfekKNcrVYrQkEqYpKQ0im&#10;sl2t3VVqWHZ2u2oy7FfUyjwYa1YM04lKq4ahSaPRxToF67/pRLyhlouNPO/R6q1+MMz6BG+30Y0E&#10;J3AmlTtlWQo0+k1qwKH5Q5NMRKxMsKM30K8Ue3qnYzYaQ68HsQTDgJ8s3w7gZdOYmjIke0xbRewe&#10;3siWxpS6GIfLN7lSrXrv4sJCOJTAf9Z6zSiyIy2t0TuQZQHBksOuFvcGaLUlccFurdJREGPp3Sl0&#10;dTa71nrI9hoXE1P3buxVPG/AGV/c2cteHrogWNfDQLuZNIeBN84nnGhfKSePmyXXK+ZJ7nqKiCZH&#10;mFrSfBDLruXK6K1ROhmaZMskY3znoCB7MBCJiIOWjKQsJ1gVald33OLu27BfNglDynIotjasdeje&#10;hoYfeWX+TlNuFM2I1NSL2/XrmcDH4vSEoWiUKZsoNkN613igqoLXTmHoMAQtgmtFMmx2bgoCkPNX&#10;FkBXaXV7ItyUOosAa5FMlWxqDCNmRtJlggvCJAwWa1hMGQEyP6/Tv5AvcyyWtG1/dN1mO8/6kOA/&#10;yrcmomXu0BHq7jxH2+SjVSnl+iCcjBzm8FPgnLWciwc7DPilR4z1cTiuK7AZhR3ZLH0YIEBIZOM4&#10;YEdnM+YR4upy1pCuHcexmzjfzo4dOWTXOgbZ0YeHO8M8sVq0Hf6d02yNQ+LJV2FtbI0fvJP/40CT&#10;R94ee2zHIQ8YqT1O+207q25yIeA9d7/cGutRSNwz60SYumhEp013DbVEB065ocOUfeRgGN1FHbE5&#10;aX+ddflwfL640Vu05aYa2w7jYeS8dgY1jBsv4DTsLHnRQUEnLm/S4ToIRJfbTJzGhvP/TIf7RTmu&#10;X3ctTxBf+CsxR8PrGg4FO+02wO1dRcHhLMseMB3wpmJ7SxOymsPRIghesvYPB5DJM7ewMKt0u9T/&#10;w9t7P0mS3ued6U15X13V3o/p8bN2FusALBYLggQIkKAYJ/IknkSeyNPdhU5/AuMiTnH6SXF3DImS&#10;qGCAJEAQjvDYxfqZNeNn2ntTXd5XVvq8583M6u41IEFKFGJ3YjEz3V2Vlfm+7/f7fZ7PQxIO4X+2&#10;S8US9gmXA81Go3H34yazTJJiRfnD6Y9GLGDsQgtcuXAAj12700L8jOaI9ermSCaq2/2CUgz0d372&#10;+rtnzo2/d+vhucvn03JIYKq9lcLKUqF3he+ZdVbkL14888yjT18eGepr7UfELyyXXtWc6Kaycj4B&#10;GsVQvbNh0lJLKT46lr1b6dA64DTS3k63Hhb++Hrxk+e1OqDwTspiDIsW6ko/KiVtulPGpm0X4bAv&#10;o7FsWTPZMB2nS3Vz7MlpIQZO065e7S/Mx99763C3s6OI3GNDGWFy/nbp/afOXZpLT3bZrXJOnssu&#10;nMk4b40tvl9rbyv9SBCNZzWVkKtUeNjmDgl9hg7z4Q7SiEhgoNFLCg2g9ToNIZJcSI7Gw8Mbh4Wa&#10;sX3x2ScKNsjBAqXqPCMnY2lZHEPzuCV3vr7xFrP85sRQvFxtPJXgz196ata5dl4pvr33/rJVruh2&#10;RBY6mPmoVlCO9ay+S2kLOkb/5sbizc33ezpGhTBdwPlRXwJTS3RmdDoezEyfya33KxRErjnYBnlW&#10;YqcYZbNFPBa3398diwU2Ku2N5eYG0bw0c7xzKcVBAxoKwXrVz/JO22Cah/BiMT2+9ZB3rpyS6Ei+&#10;QTs3fqqsbXTTZ7PdNe2FWf5iRrfjCAwYovez3/jOy90QwRDwZ7JiKLTUcybNDnoKQXSIGBMKoi5K&#10;UvMQlUZBdTbqNECFk4+MHb68tf99LTIf1c5nRQI6ZwVLHR2K/uaLs//htd3sOeHGT5q//lupnkmr&#10;mGKHqJImBWj2Qkru610+iU1OrTfzP95fOz0XXKoZWps9OHTmgw4Db2MuMMIx71Liuw+NJzLsWJSd&#10;zVPP5o12WdlgJJ7iR1gdBt16p5sbz4zHRgtdNcFpqAq7ph3gQr1qN8HwwxMj480Dsa+99PQToykY&#10;zKpOvVfKBm5rTjrEOdBwhymlybRqOqrIs5TR22xhQ0HdVa8aiTTzxMVAs0NV2pZW7E+PxV751tbZ&#10;K8OJGamdFOZlvlVR0WHZXlaV+2Z+Jvz0WXGkwr1zq40J7VeeTjFJeyhCvHIiq/IBcCHZpERfDjtr&#10;77UAGvsZZf/qxejyy3sbHK/29EOW/s3PTY7HIo7Tn3h8mPTMILVwmDv73WaR7lU6fNcQ0uHJswnH&#10;Uunh0NQw8nq0XMyMRRhNcSYziZFy/M/fb+UYZ+Nh9ZnPz1Z2e5dPRRf3enMpMckG7i73Iinh/LXc&#10;qw93oOOI6mZvvXb5qcyYrOXmmL1dJ9Iwvphi79U6wqkUc6/2nXDg15+i52i2GqZKO6ykOtWOlmfM&#10;YtVAs0M0rRfm+afaxjf3tGvXIhFc55heq9DrFWp6CG33XpiF6NsqIVgKLkFOjEbtTU2hZ8WzB9Zi&#10;0W7T4lzQ/MSzMeu2+ACxmnVlnJW+c7v7WJQdCWLlCz8pYR0jzySofqkcVOy9nbb2h1Xuf8hZXxgz&#10;V2r8K7t8JsqFRHsyZPcUiIDMgACNHTUUZteL6i2LPh3lLo2Ha1Q32lNFIS/K8ecujT+vNv7dn7/3&#10;7232xfHQr50+DyHYvY29zWaNBvnWYirWAUVj8k4QO5PTp3bqhVpDwf3cJtMFzJQQ7oSV3VZbwH6X&#10;YGOw2BD6rnXTio6PZ5OxXrWMZRYiDJfUj8xIAtnBeaHd66YjQbJzkWYlvhcLYAnyzdAZiGOhh0DO&#10;w2riSwAtMy3A78ImV71XDo7YSBW+/+OeZjOjpxLvfGtdD4tbDP3M6Xw+K0Mo0bKpjQL7B09+/kos&#10;tfPWz8bODr/9oNQ8PxJ8Qr4WEIBF6DWV0SSlFjrf/fFG7rHJW1TwX4yfufbY6MPF24agmRfz/3Dn&#10;ZhwAee+8YfukzkGFRznOyQgV54jH7Jcdg73JP04esUVOMED/bvyekwQr+mjsTNHHGOjjYfTfMiw+&#10;SoI80q26v7hhhP4bIfCX40rYsY9JRW7X26GPDL3e+/UglzjWKKqaBbeVqBaJMmx5aSOTitqk/87W&#10;Wv1sTMZhuK+o4WTGxriHV15/5Q1WJOfkaCqBg5HEsYamxCOBUqOLZituq3oLrg4GAfcSLy0uLqcT&#10;EegAI9EE3N3hMH6t4Z5k3dBKuL0w+UG1jJ9FAjjcdE98eEAxK4oWi4K2D6cA7E5COhWGp49301LQ&#10;XM/mMuVqswKIhWOPT+Sqjc5BoQJeFckQAlmGc+otI5uZQIRwJhHtaN30cK5Yqjpu492NsiBMjGqp&#10;LgXlbGik0m1nc6NKX8dYG6JNTM/GxnJdDPBUhSUII0SBM6FMRmt1i3vlWq2dGh8q9qjr9+/hgY3E&#10;8VARf50ApyjN7h+aj50+G03itBLET1pbXuOicRdPa+vkWlGDqGbGJ8J6iWKucZL2qET0wIo4OIoS&#10;FyJJS/Xlc0T662VaMkeQ8QF0ZyBs+GjR6wyKJecknY1y/uv1zB9y+f6tMUUeIdy12fvsrmMDPCQp&#10;oJiBWra/uwE9LXKlZIjr41EMRpKJ9Nrd+/fv3kOwSBpVsVar92p7ta0CpRSCUr8f6OvOVhXqYxOT&#10;SJ5i0ZTn2O1mRwmlhFiODyU5hNQ3qo0AkkicAxjwQOAWYmo4JldBBt/qhNhOOoc8xrZE0LNgNjLI&#10;8UNkHyaaEmjDJtMH/qoFQyn4apAQcelspNGFlKs/OxZMyGSQX9PagVgUzqr9xuFwmIbC56w99vBg&#10;Q5e1wyZ0XG24APcaq3GjdfXsZ6VE8t7Sm6JuiEJgLjWZCWXuv/Fuih/72es//KcvXWBTaBYT/hPR&#10;J3MkHYbcJiZ5QoBKc6netkulZ0ieuk1UWCyJyPVjrxzK9zP4hHjGPfMjjJSAocgSSeacmC1h7kEy&#10;yhnFjQSwXbaAJwoFS5lxu4Rwj7NsiBhJUePhPI/nlHHJUkioBus2xANgJfaLJltAxmIsc8HUd017&#10;STMn6GjCUhGR1+qoBSdVPui0Bf0UTT9O2Vq3e++lT89YVFgUVllrnqVHOsyenCh3W1o8/HicD2kq&#10;BlD4gFAAkXLXIusFinZ48gSwqTmHs2XDHad6Lk920LtkBhIdxi/vPOPKoFtD3gDzgaHscYSd/69z&#10;UhrkWmJJieqVaqYH/UXjy3Al3wSGZLuoSDeiyJVj+ORA9wF2n+gB4dn9Kbj2rC/YdYFPJNfH57Rb&#10;lr9AM76mxznKgPeSd+3BXuVNmZkBlck5Mr26iz438LC4OC7fKEEk6QNYu1eCsoSi7VfnJ5QfjpvJ&#10;Q8JySYguTC8OEQxASAB2KMe6YU7kbWneKJsMSAlbmXdntiSbluE9Jy3GvKrPzMA3IdZWVJp4DSwp&#10;R8n3JHgztwjFpB6lhU1M6CZObrobm+SGD9kuVs3yZM1Ed+7mSPlibL+SZ72EAoYZZJ0TURtP+J0+&#10;/oLooHw1DJq76IzWwUcRxfTQULfbI0nRmK7A/YZ9TeDcpgdaQJIFEBwo7pZOhsMMBxvr409cIxA4&#10;Nw0BM9633npH1fXDKpFjsm44hJfJ7C7gXjgSuQFsjyFC7hAMyTW87QaGdjI4UCo8tWenzoXkiG4O&#10;Vds7pfpeJn2+1Ng7+9RUyAreuPvW44nIw5XiRFRe1tsqJbZNQJ3l0dOJgBR4cPBmLPR4JshJdnEm&#10;mVeMjGXtrrWN6WSn2kIqwmGA4lAPBq0eXtWnr86++sr7kWw6N9SFY/MCZ1SV5oXh+QIae9X9nlVR&#10;GDQC0Ku1QiEkhDjZRFwWo6vV2nCKun7YfwTbHxq9bIDT4rfevDN0JYMGSD4zdOPO1qlI4I29++9R&#10;GxbHSrTw3vJ7mXAuC19poQb5sJGMfGJyBKrD9YP2cCb/CGLSDmoVlUaUC4hHtlKI9dpPjZwNRjKb&#10;TaHUkRabLZ6qEryHisSEvhNLQiaPwDYGkd1M0zpcv3Tp1Lax2Is6P6nV5oekn+zcR8V5LnP2M0+9&#10;RN9iW7e+L4ZwYRVMgCSbCrCE38djkeCl7772tZuHr21HDcE0RxiuZQf6PD9FmJZKR5I3KDPJtaYl&#10;bkOF/VhzRiJRho/aYsAgdpOdnjo6FhsKhkuWddg1eix9aNGHjT611UJ3Z3I89MRwsFdVhLiQkawA&#10;J+V2Wg4fwGxNClpDn0qNTICJyShVfW+L1SV2dEK+u7i79uZNdjJNwU1bV/jD9hY+3obyMCb/2oup&#10;oNSLhLkRkhJEQyaHAKvzYTOv09/tMM0Yz/+jBeanG0xEbDd1jL9kTlbJjkliUT7HWLdUpTcbgsVe&#10;hE0XUuRDdvXdcshimln52UdjAq0qJtO1zZpIfX2pWgG0hGYw39rB9oZT/gwbxRxv11jfKGfGsoE2&#10;dcjbiSxb7ZiLQe4T8QhOQ5+bfvStjftb9MFmaw+yV6QHzfF8kBMCFlWzqenTqbAgnX/61MpicXVl&#10;DRmWw+Oh2BD0PdblEacFxKTkNCCbpiHMtqqVbrXU5Q97c5eHb1X67/VtNiaGsLcGebh8Mcp4ejbZ&#10;3FVvfOv+zOWJ009ECnu6FMD8TZ1PB+68udfosneWFAAYR2ajhXp/b0vDSF6MOIGAXQXXKmQlI9i6&#10;9VhGHF2IbO8p/IPaWzeL8mRCOh1TeizB0DlMHxEhjp5KCR3bngtEljZ67CFYfWjd8T2eiaQDP9vs&#10;wOg8Y6qvVvRfGhXOjLD7JetrS/bz0yIjWacXolrRmJhzVlZb0SHp+9drv/18DmOdO1sNlH+KSgN+&#10;I4mhEZ4OtGHqZZyatd2nOYtTF1vv/uUi/KzycGxsOnL6YvS7f7r+HXH22nl7KsElWXsKK1WAITTX&#10;ALVbsl7bUK7v0J8QxH/1K3HgPIHC73RtLM23u0xHZl4UwwkxiUlTEFIzQwnhMbWFU2K/1qYV5Dhu&#10;ViqV4IOk/Mlh7vlnk7+EE007/NY71btrze8xzHdv1TIXEl88JQyH7QSHOtMpWf3QkJnZ56h95a+q&#10;9D9e4J/MK4emUO8LGTYcZaTxTIDsdY42+Uzkxu2VTpZSWA6YncNqd72sjmRDwWAPIgU8Azg3f+lX&#10;Rj+tWHDcfnPj9kIqkxmKl9qtw5Jty1aXEptCZyY+8nB1Z2J4pmX0sL+Anlzc3sFhWusr8BMSoR9G&#10;7byA44uBZncA4XARXZB6raaFho4AuahjuJofkpPoadpUNGfR+WYMsEawFUoiTkXYB2VBJp1StyFM&#10;Nmz025SuaeCFM3avX19uf+flov3c7OOnImisvXJvJ5sL1+/v5+ZyW5ZmNTrqSiPy6OXff/YT4wHW&#10;kqKXPnVt/9uV3/4fL66Y3BMTE5/IXSzuv/vGg+/fLEgr7f6lT01JXPB/vvzCU2NnE1SzLF6vBvZN&#10;SfiHnxfRHwqAoI64t9TRAf1DBfBHT/n0f/2I+USx/HETtqPi4+ik9XFD4ROqZ/oDPl5iUvPCCx3a&#10;/y2v3D0yiNJHWTj+hI8eiKttMuchiaR0sGmHsAAwJsLr+QYKTIrEYeqcoLKBBizhBtjg4U4VTl67&#10;0qUNluRFY0YaBD8Azg1BtDoNIGADFEDluD0h7Mfp2K630PioRKPZcHJIMrS9gwNBCoebBDpOuufu&#10;cAogWTY5S2JWLUKFMtxMd6KeFmWYqNokCY7rGgqEc4oVwMuIRsImKeyZzToasJFyuaRoyGAVGEQP&#10;7rcQYWjVajhlRcIBQICWd1bI3y13IrHQezeXu3Df6gRMC7Wbqhv393Yl3QJCNhhCV8hcX1nEAYVA&#10;WCC/xFCqVkSgMA4qKM7D0SittKRmtVYsw0aBNBm7Uaj24GVGAWEr9W5LoaGs3iijs6qrBvOj77+W&#10;TCbanQ7SRpeXV8PJtBgI48qYpuUZcr3wC38AdPyhHt0J9NFsZqBEYAaW3ePbyPsI3RGUNzf6SOvk&#10;4ya97sDWTw89yUn7+2mW/54w5w+H8X5gws3VSiWcq2NJJDZOsOSwDZa20FOUm++8d/HURKVcDgYA&#10;5r6NHowgBKWg2FCYjbberqjpED89hC0fckx+Z6+qowVtG/G8lM4H+pQKddYadmqdS4oWquLmYSMa&#10;5aeigf0iktCdWExCObi1D6QSqygGZzXHxjgrgHEuFbQd2NFjASYYtAMxplE3hQDP8E6r08BVR9Jy&#10;mpc/ee4ThUJlZmaup2uACiLjketIeT7X+eG3I7NiJRCNy6yGw5echGInGLEWD2tQDSbC8ZgcbhWr&#10;erMa6ur/LHFG26arocx8Lre+fdCiQkc+DC/1ZBAn66eVenhaP8TU6+a54zTC16UZx09/JuWR5UHq&#10;7IHJlHjrySSQJfQgUkfzJEtM1kjjxnRnmqgwGdtNMCXRu5i8k6EbBlp4IRzERCyqGAwhWMzJyo2l&#10;7VQuR+ezhc79QuF7+aSD4avBbNT7hQOIzOkWrRbgrIHBV4wa++UHIOTVe3s9c5dlqrQOdmY/FRI0&#10;J27Y68EYV99fT04kRYSMEA6F16Y5qmM9fi8RfpBijMb82fTDf3xnqz8xtb2LRPubHH3EZfCuo9/5&#10;9GG8btePHhCUSRPRdnxvruehtr0KiyJEY6/Y1HTMYIxYPBmQgq4zH9UQ8l3JwBCeKIooZ4hE1h6I&#10;rUmp6E9TvYrbK4p9nIFfFXtSal8T6/7+QP7B+ENj6rhn5X2c9EkzhIdvdqfzHoKLPg4OYNw37taN&#10;jjc2tX2Ksu31CQa7i3v1aHJqIJp1T2XCEOA/3pcX/eNSklHvoy2EoWiA1IrcQODtDpzhH3OXJH/X&#10;Yyj6CJ+BL8YlQlsRCyWkG2pfob3oIKIxdgtOV8kN/TxLSmeaWMIdf1MjeBLbcnO0XU+sbXuZwI7X&#10;aRikBXvbIeV6jz1fiLvgUu4rxCZDbir8B3kN4PmQ9C9fKU25db6/K5pkewK9HH8Hwud4JGKSeEgc&#10;tKB6gBYasBcmHEm2EGcJ4qIXmET7cbtHAVmD7rIva3afKsttlFA9BUcgon3Q1Xal36rWQRadyYnT&#10;b279Zam5N5YKn7s2bAdjlz8909grMlOtUwtjDrOoWm2GV+/Xi8EA9c39H/7SyJNJEYjUat2o7Gnm&#10;1ewTlfpd+DItha1hIN5XarqViDh7jeXpqUgqw71Q5qbS07967TPf+db39rceTk8mglaND8jFSi8S&#10;Fyaymd1Cu0eLnbpoBuW+HdhvKy9M8sg0WtynkmxEbktx0xGS4Qsx4bC4OZpN/sZLl27tLb3fUOgw&#10;9Y6lvrN/E2rbKaS2zCeul5QLY5PIYgDt4urcHAGaOfTM5CQUNbVGbzYBUl3gXnNnQ6vRBdVw8rKU&#10;aTR7cCzvV9+dDcJVGjzPiktv3q9ViuML4wVIsWBi5WJNUYxJ3IWE3DOobJgTJS6eiNUa5Yunn1a6&#10;ysO9NSEjruxv7PTbX3v3r59sHj5z8XnRsF94+tn4PXqtuksHrI6G7CB0Huw+tKaC83b18IlILCBm&#10;tGqDajbwMcl1a3JsfOnhxsrba3xcemwqef705PUf3mQVQ6ur1COjBAPfp+l3t7NMYO/6TkUWjKDo&#10;JKXf/dJwYafeq9rfLreJk/lUZMpRpse5MG0tlZkff2NTSQVQQZEH4lNzoGFSAvi8yQ7aPSAXBIVE&#10;FLcZH+LsPQUOW7Le/eCVZlfkv/Bc+NSQKvHcBkjTlNmciayXdXz/TkUJZcCojVpGRaLpi0mzuWNf&#10;GQ2UcFACFIXR5Ag1FJdDTe2dN7b21kMvvDiyuKtMn2mesm2EG0z0+feWO0Om1ayqyZj4zCQfYa3I&#10;eXkzloGoDZEsAUV/tyi8VjfOx7Qo3zBj+jfXX7FEDnUUnq6YQZ8KREJISyUN0N7EWYYF24vWYYrT&#10;onSH1VtMuWfWCoxZ2zL7q2Y0K+ssG0mCIkFV+na90B1KBWXb2dyunj6bWnpYG51JpJBqqfRB6A0P&#10;B2FjnrsW3xfNjfsHvd12eD7x+CeR1RHs9Yz50Pja/VZIN4qmzZX7E0lpY7c9Np3vt50CzSgaB356&#10;kNd3Nu3yVgd71Jl88O7X72U/sxB8PjHEMrGSmU3Hp5NmwKGrpljs2bEgzYbNU8OSWsXmzR8kTUqn&#10;W0FuajaKk4Be1dGF+6OW8mta6JE883tXKJPB2+EPymZ1jrnpoF3G1lT7y5+Yy0WkYrX8/PlJo7O7&#10;3HPSU6loiP1rlv1fX5hBAFmQlVpVo4yht6EKQUGOSp1W/863164j6zgTMm9sP+gP/blj/x8vTBQ3&#10;S52iOSRwukrncuJXhun1e8237pRfXq3F5uO/mg8yIvXdA+3iqfD5EBYU/aC310YONc2FZIExtaRM&#10;7bT40RRtNoxXdCrlOJ8dlx8ug4BsXZ3G5k1fPJcoSvyOw6bywZxk/tGG9WKSvjikj1DcVCiIE+zO&#10;SP/30qKhhf7ox/tPX0g9NwcqgGlIhoJQqh6OTwi+ZXW9ODIcu77XoARuX9POJZnTOSYQoOBdrNCx&#10;FMnL69ugWNmtyWRCbpSjbFdixNnRzNlTeWw7Mif1SedePfvUTBA4tqJgoq4w+fOXZ5Z3AcajkRsB&#10;GReq0klgbPHs93osQDl4eFqNWr0G60VYJKx8d54J9K4iuMJOywX8wm7AYOiqoioWAyxRrtEafGV9&#10;ADi7pk42QXx/tHIRYkxZTCh0/nJ6Y477tkzU3dj88iiX28aZM8MV1dy4vX/q8fGxCfrlOw9fWLiU&#10;SY6CzGnqnX67+s57nc/+8j86HeIP2itOQIvH0E4Rn40Nj2TmKQuk9qpgdv76+3+lTqIiiDA1+79D&#10;xesTcX0V2MAh6bAfJ6b0CSYfOpM7R5lElPP3q359CzH9EY31CQvvL5Jw+rGjOMYFoAyiamyXROXn&#10;/g6q+0F048m3diyOJV/Wbnfv3F9C5UYRq7ftBSrs1hvuAalnMuQAxfjzCQLSJFZJMqANQ+JYbwM/&#10;0PfgLe5lFLwuN+uWbJi0iVSwpdp7tQOOTG8DCPq5/2A1GgRqFyhcE07hO3eW3COn5ZJ13MMXTteY&#10;bBF9JZbWtuV+K7rWQMibO2MoeXYp90TqF4wHh3s2mUlgl2iSUyCRm+ENoXyH2pryZhZeZDHUZAix&#10;w4gMquRXbt4h1GsPigMwLSnWHXpgk/P+dQZ5J4yLPkHzyPbOcO4FJedg97/oLkNXbPIuGKKtoB1s&#10;nQfeJccQ4bBZtqniUCpxFKRJezhmhx7QqD4iWHfnnydc2Mcsb/rofy7v5Whm6nxcVXk86R0c350B&#10;opn+cO1J/7ciWv2tZbAXAzYwCtCDm9H/U2574/7ZUxdiuRFIAtBA4GmzCbrLYRFO8YP9Yq/XGx6J&#10;YJ8xLU1VexcvXTPTVU2o71fb3VofoiZ83OkYNzEpLW8rBzUj2mMMjlFlRgdll2eTSUavMoSywzCF&#10;otLVnFBaTGY57G21Fp1PCXDtxMO4q+E6obqKGQ8y5QNTA1QRQGSk4CIOEGU0bYkBzqY5KPKrPYyY&#10;y2r5W1cWHoUazQBmPyi3jTYnmg+6G9Jjw1oPtMSaEE3QYvbezmpSDsaGJ+Ph1MHBRrvSOKDqCANu&#10;HnTP5IehJpq79oJ576GZnmwu7p0JCy7Gx81Q9VB3pGFpeUWcz/H2HZpuxrbl+SEBJSEnfnK/cizS&#10;gygnQipehgwkbe8g7ip9US7iUSM3MeG20nsbayjVspmUSaJZSH3hKgjwTXUOGl61QwejNqseFg8T&#10;qayq6JYQEDUiunbiMBt0mHByKjq2paxBfZaUrhpWuWhscVRoPJhXjWDXrEqBCVkMNlrfCvHzKBL2&#10;SkWdKiTlvEViX94KyKdbBevevZ+lmadnJ55CpeNyyR1/yjsoyTwrKZ5GCHxdrynvPr0evtxFIlNH&#10;EdUDgTF93FYZlJQe0/9I+DPAi3tWd/cR96iABLtHxBW6TWbdOO/x7W4bPopHH//k2NR0IBRBTpMB&#10;1ZRhEHNFt72+sgnvsoKJea8LxzGGlrIc0gGOpB23HsdUnvNsyd7H5y8vAxj6kcLZk1L7C9EgQZs4&#10;Rz0405Fc2SMwOZ5L5+SE2hlYcehBz2zAqnJrb3zEXpYdvpY0AUn5p5GsqT5GI2AQqKj1TD+fiAxf&#10;FdjVyczVA6ExiXhKDobfv/UujkduGC+YIyQrisMEHhclnPLkVS6gC0xi0xWveJcbigTcXSga+Vgs&#10;IaTS3ueCpgt+hDcsJWkVLBghtjuiJtuAu0GTHN9UMtXrIUrd9Gpaj87or2yMTziwfcC0p3HyO4re&#10;yNrxJ+i+wGnQe6D9GEPyBLkCaPIguTcTAyenhZFhOBKDrQUVL+bZNqL2KDo7lO31tZGR4dX1HegO&#10;qAFn6wOiF9/T64nM/D4BfoLEcONpIFri8MqXmu3N7QMpHINYUAhClEhduwRUEIhEwRbdf2Md2BMt&#10;90iyDypUN1zXt/caRkqE2z2gOaVb1Rtrd7tPXQA3wxqDhciKNrVMp13WAKE3qQa7EgScWadaCiZ+&#10;fFnTum369e2Hr1y/02BApeQW6tpEXjpcb2cZdki1Up3ueqn2ps2dCSCcUgrS9I3t3igXwnO40VOF&#10;1t5U2ubGgiFTzYXCRUNlAvWXt6vfaTIJgCwM94iFwRRHb5p0RQxcmZkIBkLoNwvkNuBQYEJB2Gki&#10;/Lx/PqcO5YDWShqHcqGErjG8DL2OstEQDiNs6anRfn2pXrhTfJ2+LYbp1Fi4S7fra+X46TE9bAzB&#10;qscZElgJTgthtG+t3W2U1C9+6svJYOC5q0+9+OQLWICb/f6N+6+sqwdvFW6HgqknTz0iG9LTl7/0&#10;IkdEjlXF1Bn05plur/1vfvKHL42IWVZuGuKEkNirFJRGeyXarLx9X91qU7yB6fftDadcaCZG0oXr&#10;a6lMtF/tthJwrtrx6RzUzKl0VJuKd6sY0qrfv9H+3z4fe/sPl/6XL332levvyAnhsKbef99AwNSe&#10;oknjUbTolZEQjiJUWKKSPCWzE4I1ZjFvlRUMyRfmRE3r424fCdAxyXlQc7pR6TNXINB2JEzsI5QK&#10;KD5tjz0XP6dSL7/SvL5y+Kv54STL7uiwoALQGCs1D37/qXnRan17tzwRZRSG/fIT3F98tSJ3dbVr&#10;VHe7vYPug7oKxc5yx+QO2wgm4qfiwk7jYDKVCjIZi/r6PeXqTLRLKxuSfSoshk3nXz4lZIL9tCgl&#10;pVGGjdwu7h1qvcn46RlhPMqYe713l/VawZBCphEnwwXuwZYO2Ckf5DeL2vxEUMhwESn07v3KDBSn&#10;JU2rOvkYDydKeD5Z32uKIAvBvmTT0MDhqDl6Ln1lChlOegMxgBAOQTSdDqbA1yq31h6oI+fD2RzK&#10;CLYnObUwF2jbc6Nw9MqVd/cbAr9eVi7MspUysMXGYpO5kGSHw+aDhy1lXy+0dzEeXHhsqL2m3mwo&#10;OZn79OV4lOsBM4HOOJxM5aa9u8/dL3YbPeefPp5oaX2AJrtg+3IGbM7bZf3WjfqlX55tMfr/t0Rd&#10;ge7xsHv+cmwyy2c1a+oqksX6gpwqVXebaqjX78kBRE2HF4SWarUmn2VHFAxduzkgHDX7zb2ulpXz&#10;V3hes5Z/us3G5a5KZ2azBbLQ6Q8Ouo9cTe48qDx80NjYrkPWkJqPz18e6srOzJnQTZuda9pUU/2P&#10;2O5j0udmhOmweX9JXUyFYyFT7Btz6RAoAxtNKxbW1Sr3x+8o//yZ+O8G7D4v7dT0hSz32jvlRDov&#10;MNylNPOVuHy/RXweYYF6NiPsde1SH65gNR12giCNRYTX12071P3Xnw+//Gb7/zykf+1ReXm7M5KW&#10;x6N1VZfTIQGi+0iUuywYLc25KsbvbzcPDqia1b2ywNFqMSwkM7wQ4mKj0ayqN1KZybZuYgBWVg6r&#10;zQJ6iDFEmUgRKCexWYTZ8Jlr093SbmtXWV/cRLuUajZf++mPYC9hnRAmb41OO5FN2b0elrB2rY6S&#10;IMhL+GvIe8GoSsS4HoEdtqXhDQEwjmYrGkEm5h1WWzewdusIIAVyqtsxEc8BqwS2coaWBQ6p6DAm&#10;sL3uK3+xtn1l4tKZSCrBJ6bCha3uwsJV5Dm3dhbffH394U9XF9NJ7sxwPpALsBKA4ulY7Py11Mpi&#10;Bwbe4Yi51sAoL54alRcSlyTGbjVfxRbWbE/+5x/9u326czX6pS9PXrTahf8eM96j0NMT4mH647NS&#10;PvSb9AnSk/Pz1Ju/IEDruKj5AJHZVyg7DvVzzcEnZ830z9OXHk92XcQIUe55daOv6DtB6BroFSna&#10;O27RDsDCnBi+EE3Cw0K8VOi+kOMBkhug2iOnKdYlbpC5APxNblIFOZa4kwvvoOYmR/oHM8tN/GDd&#10;wyHOVzpR3pLjKeeqD9yAFYdI6ClbxZZswS0cfPTqRZNo1VjPlgj6MXkTLqEEL4PUruhi+WczP+iB&#10;uIbJuyV/jyUCfspFzrijFIbxmv2uc5GkbLpJmP7pl/UykMmZ2ZmZHLfGJ4gY1Ct6yWDDw6q6ImLG&#10;TfccJDB7EzSPiEoEod4sjagCyVzA44fhWEjqXccBXstVh5KjJakbBjMmkfQmfDec48V0fjjh+UNZ&#10;u4x/0PUCxD5wLx6P/f0/+PkNlw/Jm/04FtsZ0Nr+23CnnONs6r+9cqZPSP2PCHEDsTeOT7q+tv4w&#10;mExgEI+56+rSZnooHwpFJodzEAQeFA/UnTrH2+Tsiuj59evKth4clvPxQFRmOi11ckyuN9WtQg/K&#10;OGRFhAJUJOoUcdCkgeujOodq40AJ2MzUZLzb701OJQ57Cu4lQaYnU0hzs+tbJHoxk5DqiiXRVrOo&#10;g9E3Oh4k+aU03emiUcjGokD16vC9IGU5IkOqDk601dftAqT0jRrue6zNXWivO81Aq803+01Vj1Fa&#10;eDwfz6T71d17O/0WuuicOhYORrg4b0vadm2ruf2wHk4MTzbGx4GEFRAmRBpQzgD06nFwfEf+UU2E&#10;QZTjdj7cWBrH1cKTSSAJ1aJZ3+FKE2ozGV1ans/Dn5eSr+XIn6OmUTVDCsjNUsk2Y4A4k1wXcmth&#10;kGbG4oLZb5iGIkrpVv2w0arC7s+bTjgMrz9sBnIHtxMCwWTTzu8lhR68OslMHmwbfLgRCV2rZt2q&#10;NfVujEYTiFF0xWZCy6UVVk40StUHK7sJGUCSTDJc6feHD/cWpucnMJ8juF83WuaEJsElVbsrA6lz&#10;Wa+G8yyeXheMpQeSHk/o4g1+nRNLrht+cxJcTB9lqfsFJFlE3Otp+fNUIilBH4sEAMIjbX7+l7+U&#10;GhmxdKXbaXZbNZR6ueHhVr1RKRxCuDo5PY4fSTzVUAxaVKNaXHrwAFpdjpMpfxjNuvJktwZy0c6U&#10;P/V1MVkMPWBy00dx2y52gjp6U0d9Kq84gyYY1ao3sUSWIapSg2ToEsEMCWQGPsGN26XcUvPoi70f&#10;6Tp1SQgTvhH6gvC4epfLvSwA5wRA6fP2EZr2g3PdcDvGdOXGQ7k8hrS+opi8Ad7dd0iqMr6nq+v1&#10;C23anbLi02OI3pj2Ly1qPEEk1HvDBP1KpiXER+PVxuKpeqOBL5OlQC6bR9ldLBVTyXgikd7c3AIQ&#10;gqU5b4vw+wDeMNyL2vVDC9xZM0t5j4/b02e992oT8T/vbkkaPcj981nZ7jbjJkURkzFD+6xzQl+M&#10;hLGBtWrVRCqDgTawELFUpr2xkc1kNjZ2fw5zw/7A1u32mLDbMCTmlz6swY/ThHvCQD6eFAaGFCk4&#10;3UqNBgcPp892o8TLrXAFrdmeTt03CztdfTie0Fq9vU5/vUR9fowDRQ4lS2iKM1FusGWO6Xf638tF&#10;0kpPJfsThx2XG+aHVZMtqls9Xf/aN+4cUKTKmjyX3sJhF9iJrtlZ0bie1e71+cnklalJSxSdemdN&#10;54IS0233c7TUbqNwo1r99uMzUVm2Z07HJcx6i9VEBFh3YUdlnoki2AbMGAMJbWhEFEnT3e7Uuq2h&#10;KNUxWx0DY8uAEOj24TJsdZHfyzNSONTp4xHXMtA3c+bDLa5V0zZMcyISykbVblOpiMH5z38KA8O1&#10;ne22DJimVtHs1Urr+V5nhA3bBHndHGGdRq0nq87QGKTEEcugTUFo9XWcGAIyBDW5+sFGLCrcXX7z&#10;8vwVIIVu3Hrt9aV3ZJn+7KXnZ0dPFRv7N++99la1j2zBfHOvwBaoeo8cnUaiPct+ZnpInsbSxv5k&#10;r9IKisuAHB/Uhk5lgVem9tpUTP7SoxO1mcgSOAxNs7vZFs8kImPRTq2zV6HPnEq2tgsZQCT6eiEo&#10;FmWhCCJwUKBGItS9MrXbo86kqBw/blk7S63Oantpr/Lop8YCjyYfx0g2wDTxs5CwUjev3zUuzIWH&#10;QgZDSGkAK7Cwrgs2MbnnItQXPz/y9u0aY7Q4Lp8R01WzGeIVhFk9KJbOZ7WFCPWTBncqglgJ85e+&#10;PPr6jVQgaCIBJjMSS8XErf02hSSEaDBerCpvHIyeja40laCW31wt2Tv6zZqu5yIjWQrcrq4JlAaw&#10;+SyilSuNckBuAXDx2s2WdXV1kXrY4LhzcRvxFyJlSwgrIGT9/qlpfqtkW2GGlrhqxZrJc01R++Ur&#10;cewmf73RnRuJ6DYVisIz5KglWS1XrVq/vt+Kzia2m9pQtX91Ch1nE4dDHRoFy07mZWgqKn1tciIm&#10;RPANzd0W8M7kAFoCPn21wczR9kT8WlxcvF5cmB3JxujFNe1mydlp8i9MRV/6LaH5sLH9MJSsGys/&#10;2adBh5iJUJngXkmHYzaN/C4Ir7r6ZlfAxCTGsWfHnD/7s+XmfnfqQjoe5mIhdj4frt5rqpul0r3g&#10;lS9l5+LOw0Nzsenceav53OXoVezffa2j0tWe9vqSLiS6clQoLimfyfMziUhX7yHBCx2GyXE+waHm&#10;alyYkioa3dEYdjr6+Ohl2CPurrUOxiJPTYvoCs6mxZvrnZuqLY6Ezywk7lTtcqPT/8ZaSxY++49H&#10;XjwTDgrmg3e6WPc/OcmVK0ajR/FpIRLQsOnPDwntWiUYSo9GNLjKpbTzWylxt6KMI3BC0xGD0mny&#10;zz+d/YFCp4J0WNVEm9E0G/j1Ydtpx7Em2kMslwtg93CuH0CiZY4MOT97YCkT/DNP8xd7BuAHr9WM&#10;mqFiXpkKKAafjLJDHNUUaDkl25zZeGyKXyxCZIdaz4wh5w7Bjqa+3CtBjpDlorlIFgbrYSGZCEf2&#10;96ubtVop1dlut6fwiJrJw4ZauXF3f1PpotEGjCg8MojmwHKjYASLtqvFgg8UkNVGA8qQBpqgDA2N&#10;RYAlujNidKQILRPyK8iskGUASiFWWPCrcIhogMrXaIBNCsWOLApBUTTVJhrYrjmH5CMqmibHuDNP&#10;Dy/H5f2GIfWp/W6n1tD2qfftwKn50chv/XYGVuDVXarHyvOpjKIUkFGpMxkhMP3k5dvt+hud6BUQ&#10;0g2Lk4JXd6p76VC50lTeeKNz/+Hmdja8cGlIP1z5v370bVi6vvlvf+MfUs9M2e4WRiqsD5zFaVII&#10;+VNfbwTs0J7M9MPVLH0iWdT2zkV/p3L3yFVkO0ekZXpw1nKOq2pqkCz0kULW8asT58Ss10eNDGYT&#10;lOP3sv3sBtslMJOkhSPNrDfn9065voPXG+S6RRVEmYxLdiWDT4dkBno/nvXTCR1fF+3+wvnDEbef&#10;fuxI9shGXp3pjihI/C62tAB1fKr0Q3bcUEX8lghIOe1ra0UXvXnstGMpvxx3WE+n5tZlrJtNSfsO&#10;vYHE0zNHe+43x58VHp1gzQE1hVh/B8mOg5k+MQPjHfkFgn9AJq66o3Gp7avTPJLtsSr+CHJqe9N0&#10;2200QGDlagjwKk2BPfpwLcq931xsivPBT9dPhz4ZwjzImjpCnzi+hc+9kO4xjARQ0v4HZTOUn/35&#10;MbFFH0zoPdlyOYKcUQP37xHKm/rIA3BC72B/hPz8c5+IjxbAHwA+HxHgjvFxRzxaisPx/eBwQ9jf&#10;kwNBUIJh6wXlEME3M4+cqtcaQyNjB/vrzfYh0phbh0WV8GD02aFwF8r7Wj+ZZoFAgOil1ARZmUoJ&#10;7MiI2DQsBtsowtD7djKO+BQIl410QgppZqfVSsS5apsi8kaD3t0yrKqeGmMbEOVXlXCAjkeETsfG&#10;bC2cdEBEZYNYW+1k0m602E6LfKSYX0RhntGt3Wrl4fqqbItjZ1Wj0R5Wg9F8rowMZ541Gs3mehm0&#10;lbrIzE2TXb1Sb63fXN3rda6MjjJVe+yw3u4q+bFHMuFkuVp77Rvf1AOhHi9BDOhmwLI+9tW2/atI&#10;SEFWX1Ua9QqkOwK2B4TLhSMKqTTIhwp5jkW0mZYr0MCQxRsGWoNIZs+k6jaQHAsybAQSwIXe4Tny&#10;GRBTJZKKAuigwpqJoznmfkhy6pQOmLA4MTJ0sF+g4cAVAv1CE0w7MZ/e7fe7jRolHYRlAEn3lmt9&#10;kvfIiAkZUJ8wxtpprgUzQK3/8FBfa5WbQ8EzqjFWMHbSKczfmbrdppp3gqGzMxNThA2EwAyO0Qzi&#10;2ufcERkWFsB2MVpxBu9eIFJSD0Dldtlot8TyNLle3JLtFq5u84lh/KqL9oQqNHGmugvGUXDO4M50&#10;PQJueBPjAQOIbkzXMAbNZXIvfvFLGlISYNZoNUGOGR6f7LYbyEvAbLNcRRVzoKrW/Ozc9Ow8hpuo&#10;NcMhGVijQqFw/+7DUCBEnKrEAuwyw4h21kBnAZcaQimyAOu6F33k6tXdTCDi8vC4095vOpZtD6DQ&#10;5C3xxEfL+MJnxkV4EbgOuRCoSMAgDgVtnwfn3gOexsOXSdOk0egMkowYl5TljSa9Hgt+vleRE8iZ&#10;yyY+SgrCoBW5L8lYsifCbyJ6gnDvEqNdwgPLSZRHnJ+S566+nl6cJt1BFI94AtFANTEyhVwOk+R8&#10;Ire1te2SvGhcX8hlEFwzPzdz48bNUDBy6eLlra21h4vgrYKgyBMlg+1TNx1S+LuJUygmCeOBOm4Z&#10;Hv3jr0CuCMrN8yKKHQstJ55x46BcrY7HJyMvFD0OngyZDW/LQfhSt6OA94prABfNMPyfRPlP6GUt&#10;8BtpUuDjWrkDZpIr5ToCWJI8QKBfrLezoAXloJjBNceHjuvB8WBXAIGVi8VEKQARnlKp7G7uUlvK&#10;rXsFcTSyFRKTgZGwCFHJ4bhA4zR2QDeh4hRU81+eT1pa3OTy++o2Rh0GADCQ4mrrfQZxOPUAjwYC&#10;1SOIORNhAqKNE539bvFQnEhMBMX93XYiyG0pZoahcpYdCgVe3Sh1KertGwevrDcuLgwn8ulYuf/m&#10;ynqGs/KyvFVvZDAPkzkduFY20BHZmUxY1CWod5cand22uQdcDuJKWCE4kzwzFuYMbd/SwXDqtgvr&#10;HYPaU85Mny6aGnCCO/X6qBhZ6jaX9xrZVGZiOJ0bRhuuPzMh1BNKqIa0T1lpRcHssZO5im2dz9qQ&#10;XYc4q9HqR+Rkner96F7hD64+C41Eo1zaLdVuL1d++8XnIcP+xg/+8pNPPwP2JNzEaLege7dw/uk3&#10;Hr4FpUIbTQK1muRiV84u7NWWflJZvP76f0pqXFltYFKvuVy0gogbWqdwTg9wVJ/E9swOz7zy7o/a&#10;YMenoqRYxX4eoYo4L/As1YaDt7kXkuPDoQtxIgMojEFwZEAWHurLbAy0D66wudPvtMzDqDOeohD2&#10;C0AmR6Kp569lV14tUh2dGhX0MHPxaig0HnnzP1Uuy1FDtetgqjkG9KhIDMKAXa62Jy9KIcaKsAwy&#10;VJtd/gmkFDj1HZ0pQwyqdp+7FGhRtRQnCQ4bsSOUg7w9ZruDVoN5Ng4Os4QEva0ej9XLStNn5+Uw&#10;C3o+nnMtPxae2Az+5cv7DUlIFFtMw0LQytf+ZCUu09mIsLrd364Y088nhjmrHpJ+VKOjHfFKKnnn&#10;wcGpiQjcHP/ss6jzxPuVMq5UXUOVy+G52DqAaxsWI0DNIBd3ujZTPDQO36viELUwnzJFan5MuDwX&#10;3irpEzkuEeWZhm6PYgdJHCpmjeG1PvXc+aF0nhzaMEajnH6n7WAVSUhip21bU/FnP5cuKsahxkgN&#10;XFqdUiy9q4ZOpxbyolRUH/7pcnwsKYPtwDCpqDiOWp1i/2qp+3SSy16OPHnK/ot/u96taqc+fTHO&#10;GlXbfGu1+xvPDm93aq/v29cy/G9OW0twlo4GMgEtKQ3/5LVDKhS4WVOppvPyEvS/jvrcdLvZ/49/&#10;tPP458bmhrn4I6G/eq/7jeutN95v/s4nx8WIOuLQX3wkhBBdxdHPJaikWL+5SUUkoE/pn36v2IrK&#10;//qLw5lIaCymNjbs0ib4YfouFuqM+MlncpGC2VNYTB8NXn3honhvy0BEctVinh9hkPvQPMd2N2s/&#10;/OMt44mRhRR37mpw5ce1ZVnMpZi3t5RIhDsf50cT8ptvNa/ODP2Hry72xuOPzMtyWXutbjLDwVu7&#10;TrrPRuPOUMLe2DY/NcI3W0Yg4kxJ5vlU4BMqt7fdHI2GFUIgMwoGk6adR8bE2+X+jzGIRfYQYn5t&#10;aiJD1Jv//GpANbWORmelcFqEIh0qoRgjBzVDUSFlEhOB4IFKW10DtHcYPfg+BWsxfy46BMt+pb9L&#10;jv1SUlN6AKTf2e5l5NBIPETTUhWdpv1qv4FeFVRCuGRwfUXDmeQjVy4t3bhRNrRmu5axMgaQP5qG&#10;pBZiwiKHLoas3no/HJQ7GrZREspoktB1jrUMeGEg52Cx3GrKxu6OnIjZJk4TOCMQDifjmirJ5Ips&#10;HdiM6HQiGIcOXsUlqp++mk9HjXDCfri4uWPILz59JcxvXZqv1vRKofEjUObKbZySZjgJ4rQ0z5er&#10;nX04MmoaCHaBveb+/W3nualf//LI9v0bf/VrX1z41UsXkzpzh1Z6QfofFNDs40qOgcgn+LZk+2U+&#10;5CX86MH9Q+d77/8O5gG/6PTL+XAg8HEh8PNsjH8D5flDAUbeQY51ta3MgAzKDOS4fpHKeMo+ymth&#10;D96J//Zdy9Sg/PJiNI41cUc4FPpD2Ur+Hx0zrZ1BrrFHVfVKaw8v68Njjgp+b/o8aDic8KC53jXn&#10;hHzcq/XpE1fTTbp0nOOsJdo5GhEeVcDOkcHVM055kxF3+HMip2mQSewFSviKd5rxRQEeUNrHg1Ie&#10;L9Y5FoT7ucZ+58IfonozG0IHc9MlTxI6B+Wc1+/w0zecExZe32tOfyCH6oiXdnxoO8r4POKdOfQv&#10;3IWhPzD2pY7Tm+mB0OCjjt+/bx7RLzDvdT7uUXPzmnBk7qrK+MRYs9y4cuosh9BFOVwqFnBRC7u7&#10;8UQa7QXsJPje6HnCJ9Oq1cSQADlTX1PmZkX00yNRqa0BS2bvbjRACi3V+hix7RVM+G1G83Kv0Ye8&#10;IDEstPu1IByIBrN9YPZ0JxbiehVrOs3RYUZtW/jaQIQPBxgMLhqa2asZ4wERevtGlZi2GiUSc9Gp&#10;Q2dtR2OMk+Iy+WShst9sKM8/ec521AlRiO/U9ps1aTYndblLVz6xsboO/Gk0YBcKBxvb20azA9rM&#10;6VwWCYhTyZFm1QgjHrOnArMJjuW1R6/2EqnewxWbPv78vMrGZ6+7WmZQXgyWJ55IQ0dtJ3Dw7vWL&#10;hSJuETkUIpp+b5lgSW6M9yk7/p3nTg4ZN/sWMxPdJKUI9Hb+vI7cGUTnQTS9Tl9XQ4nowfrucDRV&#10;29wAo2YqM4Q9rVNXcqPZtVd/SotAudRmnnmyqkJC9h4VmF88WI8HreF4um/2wHXuwDLngLUdsTQl&#10;widTYrrRpSD7HR9fWNp4/ezkk+2GKg/N7Gz3AfdBmQ/BkapjBMeYtrdaO558l9jradZNBcLL5Ing&#10;mnUfV+LfoVw3KePaO4n+nECiiK4EogvMZsnNxRPKEu9yeAmeiSCI/QaWJ4TxHk1vlglSBpny6kTj&#10;ayH/eXZm+sUvfAFeXbAjsV0Gg6Hs8GhxbwvXcmNjDZQ16Huxi9Yqzcceewr3iaYZW5urB3sH8+cu&#10;ZnNDshz+L//536O2RZPBRWkT6DSuNFoaeCtI9xFJZwcjT8YV8boZOe5K6tawx3m5LDFseOk7ZILv&#10;BxR7c1RPvOLzEn1MgItPGsC9bTcOlxCgXL067dvDPZG7S4R3WwUeMgr3l0uYJhfTwqdN6n8y/ySZ&#10;PL6GPB5P4IuQ8eDiJLxWComtYt2QZNKlJB8VoSUDcIYRMwEd28QGhTdqklk07jrS25ifnVleWdV0&#10;LRJB+LaA7tDVKxfx+4uLS2fPnEaU1dvX34EKmqUl5GpBEYeC2V3X3dqe9C8sjxfttbrdSGV0EtwO&#10;gj0QYvvudVTFHGTYFDHzdEifErwqnLOwNABgge9Ow5UmQEdn825+kUXmANlsFn8JDSlkSnfb9b6q&#10;YeDQ7yuJZGptaysUi1lukLIX9Ux5HoPjtc3DjB21jYnlhiZKb3KtcTIbCQfAcRNFhtOUC/nR6cxn&#10;Dy3tvr0iIZcAZCLzMNw02LV6akg2hrgdrcdPiu9XGzMxeDVHk0KmrZdynHSvuiFKIVTHHcNEyaGj&#10;kETggQDoqQIuM/Ti04DP8YG6yTZNENENWaRQrzAhpCE4+TOZxdU6FaA3O0Z0q5GKBQC/OpPLBhAo&#10;KYVktblc7UzkQ1laqvV4aAB3NsvJuFw2nQ7PxrNyLM4yo2laBLYRPbcOg0+mbfa7QM9YGCNfPHNB&#10;tdIQEmPKupAdayn6cD62W0TLIRSNRKx+b6dwMJQZCgk1TIVahwUplbRjIeL1JPHAwvmpYRjvlnsH&#10;43OTsPLBBVvpIQCFGY6eSgwZMwsKH4m9v35rs7r/5varU0PDvCP2gSHi2atnLqYiiVWtxYXCr73/&#10;6ktP/7ps8qPRkWxhtcnU7oY5KsjBCks+Id2976MitV2nJhNUjJAla9XCJ5/7xP/zJ9/XtTYFz3Rc&#10;oCTOo95QHS1U6ry/XJm+ms99IoV6b2gowktOuYeVSyiaRiAa2up1Y9l4dCRcUFUK+u0ke06mZcsM&#10;4Ha/lFh9+5Bis/nzYcLKFozx6eSDpYPZ4Mj/e7dB5QMv5pOyYw4lQp+95MREHY8a5kcdKvBHN7qf&#10;Px14cTYyy8kjsrnF9DYwebNLEUYXhZTNRRxLXhgL3dS191r8qhgDYw8JemD+gOj84kJfRPoKR3ow&#10;XY19sKq/fGhSpzOUatan4/W9xqVkZGW1NHQ+0y/p5FRyKi4hUB0kM7P/lQxXCzs/WCyxQFdE2rNh&#10;W6QqrHP2ycTEYfvw+sGWHnASAmKf6IOKkU1wsQgHBi7m1P2mMoFmDpBwEn16GiECzmyGbez397eM&#10;4JhtdJ1WS0ug+6UYkQA9OyGeW4D+wjroIPsG2VHOdJ6rFJgfXC/EWPa5ZzMhzkBZjkkNpEirNTWE&#10;lanRT6+1Vh9oVK3XXciANfO9PznEbDY3xQNylIkx4C0tdhA5yELG/Ogvj958owy9WDbI54JOocV/&#10;8439yWGpq/FfvavzlvmVR2MJuouq5/SFQHJ+/LubBjUZmmWc+TCzUbOW9rpIk7Zbvf2l7hzScmTq&#10;wlSw3mP2+vrXNhtjQScZZNHZGEYzyTFgpItgP4mx37nRjk2Gn3wm84OO/G9u9p9POS9cCF6ZpVdu&#10;t1ByRcLypTyH4N+FiHl3oz/xZOIv3u1+5UzgM6fFpX0EI9NDrKnWuwDA5WciIDCtFTsP8qluzflX&#10;X5l452EbkI/5nNxXDKVh7O6pkaB8Y6M0diXLx/l40J45Fbv/g4MiOhpddh+RTzaTB0BLg/vO+Omu&#10;fqMs/s5pYT4EujWXPJdFnme7w9Rg4IozDwGiR+xwinqCt3YL9J07xlCOz48GojQT5PmK3of/vKx0&#10;zG5fkqlbRbXVMKOyIwtst91FxIqdoaFs4pEMphljsHFx6manDHsY0CI66JiwoyDIXTa/8EwsJCZE&#10;MRhhkzSTiOZlddT84Vff7bT1eFpoWMbkwlnEmwXRzkUKOgFk9Ew7ifYc1laSWIh7W5aCAq+0aqai&#10;4PDSqddBFFH7OAMiSiUAdQBFNnozyrFRngdxkewAaIaRBjrlkviRkGgRwxdNyY3e8ut70hPjgQDz&#10;2FyqdqsYzsfuX6/TiOrYry2/sXT+3KlHnj43mVJoa/9BtZoKBCwtCZEC4dzz24b5imWl61o4Fzqf&#10;jYzG0tnhxPCiffP3/uAzY5MjIb735mbl/KlrAe6/B7nqCM18PAf1BZV+VtGRvNgfhn7892E+mHP7&#10;i+k2aW9yjAGKfSxddT7gEHY+vqx1PlxhfrhWoE9o0xhvhmy7kRPMURHlnBgkDorqwQjbYegjn6/t&#10;um4d+tjfO4BteLUefcIRfPyK6EFV6dAnw3K8N2VZxyNqfzzrF3jMYJzIHItZjz2qxyPJY9K1/4o8&#10;Xqk/ux9U5scvzBvduwrq436Hc1xDfbDko48/voGumBmI36njtA7f8OdxTP0a0Z+PO0dT9g9+V8ZH&#10;hNGcH2Q6qI59+bE/r/YySahj8+BRy+FD9Sb1YXOuVzB7xCLG0z4yzN/sA/dJrTR9ws17nAD6gWbQ&#10;SZ3BAP789zCv/zwXwN/41PhdDq9tAaE6I8tMUVfXNpew4o3PnJEkbnNzG5SxdqseCkfjyUitZTU7&#10;lb7SnRrP3V85TJ+Cro4zg2KnYaABjjZctdK/uHCqvLfdK9mZXGguye8bTrmEZiRtsWK52j93Jry/&#10;2qkc9NMZUYZCvWW1a7rYE0ggtGElkxDfOT2bqZZ1Q7GFOL++b+s9bRICMTmAsCyI+IaRxAOALbrM&#10;fafQa6Afj0HxN99bnR+LQpdlOr0f7tZTjY3PDl2tv397cn66EwvZzaLAWbtd/fLkECLsrO1G5LDL&#10;XjtrJ1Jcr0+BZVEtspoJoFXd0AfK1iNi00CGSXT1RIA5lM4k8yPg6ZNztmn0DUMOhQPhMIbkOJfj&#10;jAhyGhJrD/f3UG4ANIdhMLEvEv4zBsP4+Ry2IKCwCf0K9i5B0EnAH1F1ojiEfxN1D+rPVDxTa9fj&#10;w5Fap3L67Hz95ms2TwvZsZhR3njznfGrpwr1g5GR8fLO7vDoRCSYb5q7lr4rycHR4FVTx17V4Oj4&#10;Xn+9X3ZmhmcKJf0vbt2NicG5qdzhbpUXI6sPG+Oh6YNe+81b74pKMLnwdLutimHid7XcOx7vFvRd&#10;ynUguF5WuIrRmtWJjlsfyG5xxlKRvklHIzF34SG0XsYtCzGhJNWRY19/5w3LzbJxx4Ju7izlaU9c&#10;3C7jZSC5Y2HHW6NsjPnUvnHx3IXnX/pMo1mBhLjX7QbDwdHJ8a3VJYwB33nrddUwkqlUPJHstLvD&#10;WR2iXF6UNMvc3Nrpdeuvv/L9mdnzGAz+k3/yOz/6wQ9YFuB73uMGEywtKmASWs64BTDrrw3uuNWt&#10;eB134swcl3OW7Y9oPd+vr8QmNaq/UR1BrD5gyfDDeYk1FuZn1m2e0f664/0824/tdcXjqMpYzg0Q&#10;slxBEEvGv6RD4mrK3TIuEAyGI+F2p0uKPdSRrLdaucRq4oVhvTG0IEowveuqgsKy3+2gha8DMcIh&#10;KBtuYS0QCKDUzwzlULUWikXCFQ2nLlw6DYg6WOtz87MP7y71FBCSWbC7kcXoOnTRidEJRAw+flCe&#10;SXWukaXQlfC7wnDfu+11RtzhNxnD4rdwgkK0VavVwV9OJpPdXodU7+7Kg/tCJzc8YOCcl+sloZek&#10;t9BLun333vbmJu2OiFmSNezEIhFvWt7pq6wUTCSy9JE/hNh2bE8zcGTdYAZLvJvNR5hertyCpAJK&#10;vbraQGWkcOtrja27KufUdqunP3WpaJibyr09WYux1tjjcToV29GqQWhBNSMk0ruw5FqL6UB4iO8d&#10;arfOpeO2Lb5eba72qFHeOhszFdouVhkpx95cXIc4gjYpjGpjilUUtRAxGtBbuGYHHeTIYxK/MBp+&#10;sFGnIoHbtc7tW9ufHps3WKxpbZ7R4lwU/bB6vVtjzZWdUluWSxy3g/FN1/rccASlLB/P1vrVJQBs&#10;eJdN19Cow05sNBmL5ba71Nq+Ikt1SGAiXIi1YcFlHLhokaVBo+GFqKjYaPo0Boa6lGa14vAY1p1I&#10;EdcIoSW8ubrfk2lxNh8/l8ypdd1R9Eg2DOhfPhhr9LSSWiojgL19aIMn0hUwVWZj/Ksriwh6PROJ&#10;3H57Y1RMQD8uhqnvbb5xZ2uV0Zxtp7oUZSkD/2A15GIy18S0EB9MUqLKyr/43Etv33nPCHLPjV0S&#10;Numvf/NbUOpmw/zezS3qxdNkTht0p7UVBcy6XFQu368B4z12JR2KI2lJHwlwMAngvhtZkKeXgnce&#10;FKrnMxhqS7w9jmg29LYYoe5Yc9Py6naEKig3aeaZmdGw2rxb0YS0MD0lzp3FgmSlZC0ojOKuFRfC&#10;m/WVuG2EWKuom2BPczxYEw5ghmFgvZLJ+bD+fTRr7c4j+WHE+JqUhJRaaalXalnB6ZDJ6EMhK+CA&#10;1m3xxC1G5q6FpvijDaMtS1imDvqwE3OZYk/dqOMAn3lstCSwqzudR1KB3XcOty7E4elRRPZyzB4L&#10;Kb9+gV+vU/lgF0l2hYbc2atbhe261lvqakwi0BL0sRD73q22PhvZFIzHxtnZGLMshTUa6RR0WzMC&#10;4F4Dg8qwk6MSqEM33qlcTAbV3UYnHrUnY9NDweeu5RVVKXeMCSiwJFtrUJWavX+oDIcE+PjLTdAQ&#10;2KEYbzX0G1VtLinVCp1d02rBxZEKJRfSozRzdwPiVRTzzQevtmNiYGsqcPFqbGRMRg0UDPDWRGh2&#10;s/f+V1fp3z2DwIQnpkPlWuubu9o5xmgWu6lc9E9vtbMZ/sWp5FYT8VVWRGV+/1wAslosGfmk/ehE&#10;7MG6ViGK3G6lFYon6Mcm2R1MoQ+4p8b5Ugvloj6Sk3gdtmLeovW9KvPjJYSyMjMBdjjLx7rUn73a&#10;er/KbW8r4Yz40q+Mbj1s3nvYau4Hp8/H0ZvnV0p6SbW61k/+cverlPOZX5n89LRz73Y/MhK+HGC/&#10;+dWVw35/aDJj7WrbEvt/32x97pR8MWzuWE4YEZlt9m7fVtGRigZyLDWNoHRH3DnoXlwI3V1RCg4J&#10;TdEpdJH5/XpncYf64gvpXldbVAHt0fOsluTpSAgSMV7o8sV99dXXigdx+YVHkvmEfXXWeIyBTh5t&#10;CEcIGyFbnI5mN7Y6w1PRe2v7K6vU6Hji6nnx3v3aekFVwlywqW8WbURgBac4OWl0+7VMEB8Fu1pH&#10;340JM1YTjx3rjEfl3ara6dVzOScRNCWnRQeyAJCyopVLjAbiSWbpYaVdCmfSardLCwL4gTrZ7g1F&#10;6cLmhjUfW50lGJ2uiT4lWtPtVo9LQSRhSQzdgZglPwTAC+4zOMuw4IAyQQS/BvqAFopiD/7oHaiw&#10;haCHbtH85qbyw5X72YlEbzqSFoXrP1s/+/T4jCBeL/cClP3y11999bvvVGPiS5+f+/xj8u5hscYu&#10;Xhifj5mRMti08SrDHgSp/bVOKxrPZJhkLhEKfObi7fq6Tu9xdObshFTtH26u712c+61/wBkvdZRU&#10;6nz0ZP0R4+PHHOxPjnOPYm8HAyn6F0lqOVI1O4NgopMs5qNR5PHP/shr+nkjsZMJw5a7sfpBJDR1&#10;Evl8BDFxq092UCPSx1PcAcvTHvy9QYE3oGs6R2RTyhOEHxXSfgQKdWIU7IZSUAOhtZ/L4ccqHdWu&#10;bhQk47GKveAG+qjU8kMnqA9k1Po/xv7gXN7nPvn1m6dct44/9CMD9/Grp7zpMn007fWqdeKuYj7o&#10;Zx1woahBwtPAHnbEV6KdgT2cHox9aeeodvT7Ks4xJ9w9xDKDlsuHLawU7Ry3E457FV6u5lGUFXOC&#10;+HT0+v4uooMP3WPOACN68mz2cbXr33fSewKQe3Qr/jzfsP9uvB/LAYEL8GYwFbu3sQzxUqNeZqRI&#10;bnTcRMg58VjztSoSRrom6ekZiKjiwAFJ0SA2bJc1RGkpzV4F9BaJ2VpfTySleJTFihkS+dmYsLPS&#10;KVbBI2bOn403Sl1IeHPpCPr08Who/6A8BCIMzRcqbQQQ8TjvQH5o0a1Kf3wkOToaqrY7Ojwiilrv&#10;gLPi5IbD8VBAK1s6GTWifU5VbKSYRNKUdmu3eV+1z8CtNBMK7poJcDxmRpnMiF6uxBwcuJvDjKy/&#10;tyVvKXnkOcgRptHCRMVwLLZd66/cjEuBSH6kubKCI5s9sHa7scxHegA3BxUyTug/ez0JnmaH5HdB&#10;tRZNTJPGqFuswnSDczXd68pgW3MSnKhkbGtALg04BdVut+1GE0d4zHIwDcZM0nJbRjiaeNMqN2SV&#10;nNXB0wVGVOlvN6tbd/uleM6SQr2DpTc1Wi+K3ZDSqLRMORXc3ltMTI6r1NZB9e58Kjc/lLO0ZQnR&#10;DLTcUosSmyhqW+9tPMglM+fm4jGhw/PVunxQ6+eg2Aua1nb3dmii8v63l3lNzI1PjUyPYspruYoc&#10;2lX8cgiUZxmAGncBVTccFzTtFiAD9Qpeb6fTfeTK4yh6cRbCs4s3iwkjynvcM5BdK/3eUCYrIG2M&#10;J0NIKFfdMS/tapj9IpP2SjVCgaYMogtH/6T3P/3B/25qTVXtV8uV/PDo0Gi+vL8DI2Wr1cc1ikdT&#10;LC8jNCkphQRMtmQRpCde5FRNSWdz7WZzZemByDIIh3n8iSffffd9BrM7zEFx2+EXkp5DijWfWHUc&#10;OMa4IGXLrd09f7Jb2LtTU9+/QSJ/vHUOBbNkD9Qf3jLnoabdhZp2Bg++q8AlQ1eGO2qA2Z6W1zWi&#10;EEizfYTGcu3ELKnKUfkartmVI+0Hy0TvBCcPiOpRJ8IeJSBBkXxWlreQESk08VYh+rIHMZog4qML&#10;I3HCJV1zlWIxOzGKqzQ3N4b0mEQy8sabr2TSCXQvzl+YR0MCKYwoTv9/2t4zSJL8PPNLW1mVWd5X&#10;V3vf483O7Kw32MUCEBwJmgtGHKW7UNwp7j5cSKGI+64IfZD0RRehCOoDRfLuSB6PAgmCAAQsgMV6&#10;g90dP9PT3laX91VZ6TP1/LNM1+wuDtSdMAAWGz3d1VVp/vl/3/d5fs/xcf3B/Q3W9WKTAHdXPONW&#10;tSCC+nlyYfZ/DUmtclHkff2CPfDiOhY9bNMO5vhMH3E9IHu7n9HClYBXcGfsmPQKtHsmyPAPXh+d&#10;8NtkpYcXjcZiOOqdXo8cCxqRoR1cN6w7WfYxJL0OF5nbhiBze8d2qFN3yoDLzxCenIvIwlyLqKVh&#10;kOA0B6KHltNsAa0LoYoSCsJYlvb7qvu72S8/1RXONksbikfZPqlO+6mQhzqRAWwLmLYR9mmJIOun&#10;KxqSYDW6obc4h014zDhco7J9oDItjUKp+3AL1kyLl5iQj7170H4h61+bEPOmcyg7Ecqu5js001m7&#10;fu5BuR6ISB1ZX16KRHhW8NkI54wGgx+sP6JqreyEtJwIgkbX8HAPMa/xcf6eelUSN7aq+9u1Rf1Y&#10;1pzspEeYBueIKvjo8LlE0+RVSwSQWj7eljvV+vKSqFnLcxck9NHsLqWVRMBeuXDX4JWWeXerBPhP&#10;0i/alli09bmoMBGgppLhZDCAmXX5OL/x+i2f13vuxnm07yrdo8PddTQ9dQ8lBH3v544o1QpT1INa&#10;r9ZrxrwJy2g+2MqtPpH5RC8HFG5Gj8ne8AdKUQxYcAdO2cycJFm08H6+wE8GqKCHhFc1VUqzwYVO&#10;6ZHM3PLbP/zk4NZ9ajYAulPXy7NxyUKPQnDn9Cw7eTF7de6cQPyCqiCIGPl/UkRMsxPhAHjlznqE&#10;KVM/ez7UWwg6MfpMC8Z0BpXJuxa5okJRTqFsYT6idQ0qyO80KifvHpLpcan7f/288N/9V0ncMbrZ&#10;DDFdCj9MRQh1n6WPDd89g5tc87wOjnTTvBBsx4jVl/P4xG/OZ18v5O/Uds5EsoKDSzb8vV9s/LPX&#10;4pdi9YYpdC2E+LKCx4H7GBgmgaNEr/XCEnfYNd+Rvc9JVO8nuTs/f+T1e0tNnb3ig8KGupj5ZKsG&#10;mUQ77JN4J8xT2wr8ZNKsn18Oy12a/+AB/3pOS3jyQNQeyBZXVfL3SosXM/slrCre5oOmlA397136&#10;G9NMYtZGTFYdl4LFvv5u7eJiIBryHh81oMA6vxir1FXPdIjLBF6dmVjO4BaWAQegGM+/+7S7KjHT&#10;WSYbti4961Pl4FFL80dFLDZyR0ccLu6jmuVIqJx4OrQafmbRf7TeOe7qCR9XKMveeBCehx1Vpgo0&#10;9d1mYjGycimYU/Xc7Y5RMGcXQp98Wg8uR15ddsQA94qXKR8qUlB4+WqsWKs/yum/MK2vLHJ37uuV&#10;7z/6ya148rnMkxl6Pi78crMjGNTRRnUqHby/1/n2dNgkVmULmR1vbmsvz4ipcFButZhw+NERvgfd&#10;P3sqSD99PiB6zHYd0bXmsyuhvT0lb9nTpn27rggR7x/8k7BqqNslYj2Fq+HBvdazFyLvbRVDEen1&#10;++267A8f6u/86ad3VuKdl+YXfPCPgxAsi+ttQdV+lEtTT0X/9RQ36VO6AafHCLd06iV0UnVrp03d&#10;Wq99/YVA9YBtSw5UNLV6T4To1sNduhF6moOMS4YHNy4SO/GnFXYnp2ulZvWwlZoO/faTmWdeNLd1&#10;vmsZn+YZY5pNe6jZhEdkQZIH2MKodMyTWvd+oZmd9i/MWi2jUzLVmQUqmvH98hiTYfZsC53C0J2H&#10;zdIkzy9Y+0elksLZUNsj1dwLcT2osbTXa8eD3qOKWs+Xl7OpOO9pmd2Wgim6Xq2cTET9bE9e39lf&#10;iIQA9jCJ/kYkF7Gt6UoP3U80Zbs9IG91UQKPD8ho5AxpWFR5dGAVfa+JwQOjEv0abFAU3G0EG0E4&#10;F+4MDxqfPhGoL4t1E/6g81tdDh9oxvZWLb9e8XGGIfnv/9XOx4WqMJWc/e2VV55Ml7DwJ3nIoD+6&#10;W7t6MaoXK9vFJV+v9+hwPzhF+cNY2DnagjSktjh9du/wbrF3r6B7MxNPRUTsubY9UvfsM1d/c9Pd&#10;Pv2D62v33CcQNShHHLdgxZvru3btkfS0Dwfp68j6qQ2/emzF/LoR12frafq0vh1OH0k2Jild+rQk&#10;59ePywbWTjLLHQM9k4GYu73oV9R0vyzsV4v9KQbxerqlq2mOvaYzglk7I47pUCXrGlj7Wjd3kGCP&#10;DJ6OG7/Qf3Vm5E8mFw8zmLIOXGaDIrcfrmGNJqLkIPdf0xliYfrg4v7urk+qGeh9R8DpgYK3L/Ab&#10;HkmHsu1R76LfV+ifxH5c0+crrJEhmh5Imgdj4uEcpC9jHqqWGWbEViKjjaGl2umDpwYhy/TpPLn/&#10;UsPDZI9lOw/frz2eLTScvtBD3bBDjbSH40lFowbFELNsuSexb8k2XROm5TjjoVb0FymZnZGHdvjv&#10;9ihv+rPBQJ8vjKkR7nQkgP/1gPEvGva673xw8Pv/TtGP2xCGv5+Lx5ObOw8XV1fwrbnjHNKgohJ9&#10;uLk9OTUtikGsgbBdFGuA5gm4YlDIWG48TEfV7z/oXl1CVpwJ5l6pZIQzvngCcTEIO4EpVIfHbHFe&#10;VCag2LL9YZREHki/gPODdEgttQgnCsBYU5ueS24dlFtda/+4fel8NpHAIs0fHIPaYGDExkks2Jsr&#10;mfije0cCwyNqlvUxqSnxMKf6Q9zmfitqmekYh/y9pkl3H8qr3hSL/EQp7HQUQaN93lBPLmq79XBO&#10;iSMRkWHCuNw0xRsOADjjszuf/vUfB7wTlOQv1htRw+DJZBM9TX5wmzmnindc7oqq03LbIU4uYF8R&#10;aKdDWYjDwWJsy/GYn+G4+qVpaDJ1gu0nlYuuqqi12iSSVKTdwSKMpIidRpUQjgS1WATSo1zuGINr&#10;UgEIAg6ehICwalFff0Re8YkM2rs9uBSDoozoQsZXlWEG9ZpICPQGdg+LggRw29lEfOm4tXFY7iYj&#10;6d3CAwOLVpsLRPgWVWjWKkrFmkhyU1EHWXulQp0xapcXF4+25aOKyTniyvylSARHBe5QqJNY0zXi&#10;oqjoojC1TTEYjM7Ngg3XZ1C5Kuz+DQ/4u9oDIafb4VzGMpYeAIHwfINyGFtaPPWSiaQoAbkjocBh&#10;+0k4tOuzJ1QvN7TYRcDj6UVETxqgj3y9Xvz6N39bVZsaUpjK5SQASiFJabf8Uoiyyce6fP3JWrmm&#10;aWa32eA8XCIx4fV6MdwoVeu4XQvFciYzgRyaW7c/+XL6O6mJbCj4qAXlPXnjRGSI8W7/CTDg+boC&#10;a1cPTLskGDc/iRoaRRh6mHnjjEL2+oFVtjsIHr9HyXOPjGPJAsFSg1ymwe1LuN2UPbDXEg+0GyZs&#10;9/cB/cAqfDTXPU7Gwn27K0uE7pZPCrU77Z6ikbdHZqesD5o2AvQn/QO8Ns96cWux8MQzFObAjfqJ&#10;V2DDsQQ2LMVSbnJmulQ5Sc5kcW2CXIt9u2r0QpFAMOo7KednfVOJGKQS3P5O6aSQTybhMWCJTJg8&#10;h6h+C5UemLWJqqFvSXaXfqt/Y5Cwaco19A72NoNVhgy3bfKkhJTaceXWtpsg1Wfik1d2WwM86UNw&#10;GhHhE8I/pj2kpsZIGq6t7CTKY03vEWk6xpO4IhkCUSyelAQf+htuKLM7QbAJoB/hksQVTToablOV&#10;JR8AN6Bhgf2CQ45Ol0laSyzh+6u84zEiAeqEt3pNJyFKT55plevO8d6M31PaxyDSOWoXa6JQENit&#10;fG0h5b08bbOW07LJfQ1jOIr7h132oOGEWHstQWKzaZWZi/N5RZ/0+C7Op9VudSGK2tis2tRiMt7d&#10;K6NcuboYZlUzRkuX4VYVe1g37x7nkVz5y09uk8sE0meBpmZDacSa0z7Dk0xPzpilTVXvVjn+AWIP&#10;gqLNNQrHpUw4tvfJdro9Gb4cSyzGtuomdSCrdpNiDW5GOgPasjd6sn8cCLIQoeRye22jhe7QYbce&#10;4DH29Z4Lz9K6tbG9S/twY6oX5hJnkoB1a6bdVk2lKsqXv7Y4l0weH+fzVV3uYcRvS5A6yugTNtyA&#10;bbqpGBRL3m3LskERT8fCKZ/ntTOzfLcrEMWV7+aHvU5JmZrLFDaKu/vHNadHPTlVwbLhobOUc7JR&#10;vuTxV3PbuWJd27sFi2goRMlJkeqwEEhTYDJVFSohzgner5xbCwfCgLX2lK7fq9aUphRyngtIxZ4u&#10;OZaq0PmGEurYsynu4AfF3Ls9qqfjMlHRb3t5yfDRXZ6dspidSoOaC8DfmxDp0HSg1rBKKN9z8p/9&#10;ye7vf3MxldDbBEDbQBxRoQn9AptTqK5goS4GKvsv60ypbj+dpSb9yFVE5jX9Wjbys+N6q7N7PRXD&#10;fR6ZDXIJrmh4EYqKqw0qW0VxZEt8fVdHO24FaaY+Khqg/3HY+/B7+zs39+OpcNXHzE6FkOtDSc5Z&#10;ktUVVu5UhPv1t6el8zPCDb/VtRHOSu6PAHqysk01NFztD/a6sZDH9nsmzyfDkz5J1mXF8E34j/Id&#10;u+jwc9Nen4E6R5NpqKgQJH33QT2dNtEcwz3DRtFmZcD22qhrF2hDZXm4g0gcAW2Eg/wDxdnbdGpV&#10;GQ/rC3OOJBEzAzzaMvwQFHXjjLi9Ke9rTiAbYurm3butyXNhv07FoNuvSsWibKAajnln4lL59b2c&#10;xtxOBX8n7entdwu7Nf+KHyusesh2r0b8nBODMDXEn5/yhb2tQAImbvZmzt5t6Ctr7LX/6fm3PjiA&#10;Yd8TsddLZiIhrczbT1+eKavUzU3l9ffaN1bCWclzwdc8rOgnPPfJZpsWeMVpoeLmZOdcik+EkfUt&#10;VHpUUaYePWzNnQ1LfsZbN7qQ32YomAgebnbzRR33VinqCcfFia69PO3sUM7SU2klSvsV27csTk5G&#10;9g6a2VLXEuhpjntQ783NxZi20bh/CFzz/1Lhvr7MrXmor85yzyC4TNXTCTxA/edToYqhxmP0taCw&#10;UzTDyfBbj+q9va5zOeKZ8cwFDAIasOggg56KeTnFWRKzL7K3Tece4sE2ZR7Bi37uufP+CHicloHb&#10;+WxGYC0FtvCpWGTx2em/+OHttz+oBmb8K3OphNcX4CpdXv921EfyhDJUsdIplORfHNu/eORbmJMW&#10;0tQCryOMNs5jq+ODKR4MTNnuPrEcYTyBkCcU86VED4YD5je+k77/aZ3rNCNB74Uza7oo8kgeDwUI&#10;0oNjE4lwLy+eVLtI3EBzwQuBtu2EgBRAWoaHaytKhGNkrQfeFVZ5sE8NuNzwFMOS4vXiU2DF9SKg&#10;BX6VfpEBnxfuStLe5A2PGozQ3W0duFE/krxDAqblqWiwLMv1eiVPs2sxpKWpkKKUHrV++Mb2u6+u&#10;Xb8au2H5z8YnvxSf//G7P/2oWbjyZHgxw4KA6vc0CvmHJ2ZxA5YLAWK6lCjAWh5AT+83Kmk+JSAP&#10;TKfjhtFfO5v6L8rfPQ2IGKczf+53jFKH/n/5tNQA4EqPTKIOPZatdCradkaTSXpYzThjfmNnOPl7&#10;7LOMpMcjqrQzClscjAr6et9TIjRFDwyn9CglZxSX5NDOY80AdzZgj02+6aGLlT6t0vowTmokBh78&#10;5Dhp2/X6kbr78TTmxybprtW2n3ByOlnuXy320Lzc33wOE4pOq9rRFHZgzR0Mvp3PSNDpMe/uSEh8&#10;qi8fQcf658WtXMa03KcEKWeEbu53aoa0Zvc4OJRj/39NhKaGcSfU6QCc+odLl51TttR/md1gPFb4&#10;i16N80djkPthrKT02hOpUL0KbaGWjEdVVUN2DkqrvVwZPkvMMWNxxMNQcqmdz1NM0l6bDngI2Y9M&#10;zWJhD3hAosi2u5qs07CM3N3V/LzdqbeeuBbYqyBi1wDThUYMiIfxh4VwJIoKA5t5oBSykCJx4JkA&#10;t2szAfqw3vIzdDImQbiWzQaPjlv1bh4r5l6uhVoXj7rioex3SLAhg8xGA8kfPDbFmmPgoZIA8haS&#10;szymMaYhiOj3JqUUlV0WehsIDoDMGPUWYgEEKQUZpRdFVLlw0Kt9/IO/lZERzPvsAY/AHprvT1Ur&#10;hL3g3kl9OC9DqhREPOroWaIhim0vNnsoFpA3rWhEUcaQqRvPihIOTpjgZ4MknNQwYX8B66avCeUw&#10;eoNjkiI6W1nudOQmxmVx1JaqLJqd+UxiIy8ju/I4X5yclZpHwP37dSUnUgG/NRvg4vXCyY3nrn5y&#10;/8O3D3/YMCpCWPL6Trxe/8FRodF0lGNq7RzGYQ6c0I/KWlXl5S5PdY1nlm7EvJ3VWePhfTXghShb&#10;QH2ia72RyIN1VyiOlFUUMmFZ1ssRojLXz/VhXZGw20cjJR9HnLGozRxgvVdW1wqFfK1WRYWjwmBE&#10;DgA6IPzAUdn3LeC7SdlpMi5DmNCOidsTx8/BdDcUks5cOtds5FuNutsBEODbPNjfxWqRzmQgRiCg&#10;Js7TqDYxFPcHAtnZOZwLgFU7nc7MwvLG5nqjDdqrdzI7+8kH71698dTamYsffPQhR6DuBFzvnlg3&#10;ttey+5QDUh2RHB1ngOh2G7HDO9/pT937PTW3w9e399sk/We4eLqWJbZPaXA1xgRm6FLjGWswAaWs&#10;Pg2LEDysHhol2JtqJJQIJ51k1cLYDeIlsFI6Aja7KNV8olg8OUHZCCkztg0RKLc9PHJlAE/uKYCZ&#10;E7xcKASZM7JOmXAogfMChbw/FPKJvmq52Ot1cJ2GIv6u3OjKdU2D+UpDzNjlJ9Z++P03nn7mWrFY&#10;unhxOYIGP2PBnNZsAcPj01SSK92nKffFKMypPYfYhbHFYl29t1uP224cF8no6rORKWoAyieXkMvT&#10;JwU557Gsbv/hiOp2MO/ta7+JPps8QhinL/+GooMkQApeYrFGI4M0U21O9IAp3fMC7AIDQSiidFV0&#10;lEYPImbQhx1FLNuDhieKUELNYiWP1yCpG9iTUWQyQIijltbpcCLHC0JNacsBqXtYqtx5GDStjuXE&#10;HKoa5DwzE1ttq1l2TNlKpZw6xTwoOj+ostd56iuzXMinX2SdBVG41US57zwRm3KizZraLvcYSBaT&#10;TL1FORlaz7ekquwYDbZ13EKIsndCjII5Xqhu3D4KryRCi2FaEHZ26rFMMBgT9+ttvN8pnsGpm03M&#10;GXQoQJlSIv3Bg+1aq7Z6JrEBp8RSdHo1nkWBv0ulVhJtQgoMVdVGlxWfXryEKHuKRkROCAdl+UqM&#10;5uGVoJakAPg2Bm/6GA3pqyliM1YgaklFo7n9Dc3jzwXVM2nJz3c4FMYSrCNU1gOqZjMteqdZEXdn&#10;roHFKQNGEMkEDvrSc1OU6uwWy/saM+dLCLTesVuNSj3i4a8tZZNC8PZ7d3bhEletE6uZmk1//bWr&#10;Ol/elu03ZeEqz+39fGet6dFK8v5JUbqc7CUlCs8Lu2vC2evlBwBLMmx1rqxdRP5DrtaosW0BO5Ye&#10;BxgimhYexwC7qVPTiwe9rXxXORutprmVr2ZyXWotxIVs6tM6LiNzOiHwaNghVfT1Tebi1NyrM+fF&#10;5OGEVXzndjIbqtQUSOT/6v+8Z6akmXPR157BYlRGr+FOB8hZOwNnSNvaQRqwRr2hO28UrP/hknUu&#10;YOqwSNjOk0nhx1tdxy7PhNPnFnzIX+QImB2obN+HmyotcLVOr92jdo/UdT93dVXIcJLlT535ZlbK&#10;RO68veltqhna3jnpQrX80KbSyFnEardXtwPMxo1F4ayY9CCnB2fWc6KbHo6dl9hU0OeJme2e/aWF&#10;lePtfPFhtVdXy1sNT9J37ffm8yfK+3fLr96IQlDtD7LROGtVzQkQkqvKRApgbQfym42OcT3pffHJ&#10;tM/fw1hec0g7F/b6OQQFmOim2s+eidZ7ZkXn1I6JqC7OZ4dR68kO8he8SWE+LBqyWi+hjUa/d6/x&#10;3Gq8eNiI14xiz1xYjm8Z9h6Q1quJiTPhyTSN5SeZEutNZGh7vesFuk0pza4/SHUZ7sRw3vzb41cu&#10;JV550teAeVa3j+pejwgFbGXhTKBtIrVIr8meRzsNdNeePxP1B6ysl96pWv/2+3sTU8EXJmP11287&#10;1zK7MeG5BfFR3cyKPPwBkO+m/H4GthuTXszqjhP47v3Ob92IbK87lUpvWkzaggoPE0LIfvKDjcQT&#10;00zM1xOZ3w2yv/W7M+/tq2h5TSSsLEU3LqV7v9Tyb+5HlmM1x77+1blslv27dXVl7cx8RthpGmEv&#10;/7Bh3m5ZZxJ0U6XLNh/xWHk0r9pYRq0H63XHx01MCzcmRXaBe/9E+bsqtXiGfzrqKOiIWE4WE0iH&#10;/em+uQGkcpbkcs/4+Ts3K7dk/V413RDYf/lS8IM94/8u00/E+esJteV0FgX9W1/Kvmpw3/3ZVp5x&#10;ckdOJBRpt9pnFoVJH6RYfDpi/zffiPzivlbC4xjNeoUtWOy5GLRDah3WcjqU8vrn/BzSzatyq2lU&#10;Ks22X0hPS2HG1FefynaPiscP6b3tSlyKTcQTRcqEMSCRjBODKArqWKze6yEHFG8e3SBQnbG9Qaeb&#10;bjUUyeegTc9zEuHyIzLZxFwY/mc8oGFMgqjJNsjEAn9Y15xCnoYO6UQCSukNMZmZ8P5WVa+1OMSg&#10;Os1yuguyIN8xne+fhP/ld1YjnZZTFa5FrswEi83eB3+y2XsusyWIyYXF5KVX4r389tYdybv6pbXJ&#10;fHnn3OLKvBZ9ikrdzG3e7pwEvQIEfEjDmJ341m+s3LWHw8G+4pYeMZDoMV7SWA7qr6T8/Ocxe0Zz&#10;1F9VHozIQ6NK9R+Uc/qFalAXzurGdnKjabA9Noajx5zKzMAoO3B2DghG4wlIY5rp/lsYzsHpxyZ7&#10;pxPTode3/2cETaHHyrtTPfdASn1qNRuAn8ZjoxzKGQ0Vx4alp/Ne5/HxaT/Zlj6V/w6LeWqM8HSK&#10;4Br4a/tozqGy262t+1NWxx66Jp3B+xtKmofF3pBc5e6wqdO8EPqxaelj5ubRCPY0C3mEvPriUvJU&#10;At/PmKTsATN8NBl3fk2/xHl8bOt8gS2cfhxA/bnJ7Re9/qkV/h/saX+sZqYfjwIeo2ON9M/s5euX&#10;QuEE5j+bj7YRHydAE+mPLC6u4HtKtXq5WKDtTrmwG4nEpifPsUKiXC/MzYv1tiH6pNt3wG3iAkFm&#10;YgLyHwvbtu0DOZz15qsImodcCoxffmtHoXUHcfcSduHYAjv0VDqu9mAb6dZavWAkuLNZgGwyEYpU&#10;S/VIzNtoKEhHQop0MOhtyT3Rx+7twpMrphK+SlFlNZAbPLJtTCcw9gRnwZpMCghTzxVVf1X+xuKy&#10;5A0YyKprNgG3xP0qeiQUWVqzEtE0VvLBYar7Qz64QKsnSrUFXL7BcM//3j+yokm+K89cvSb3ul7i&#10;8eTIRBBLvIHiFoZhz87uNphZsVgE7CDYJTmwgznWIXxYWiVQYOSrEhElGu1kjkR0JaS5y7gpRmTY&#10;hMcA6gkH21AeyiEUGHhvQCf5g2Fi8QXsV5Swlcc/HYS4T021UkkmPo2NPjoRoTRX6eRS6SjsdqXe&#10;ERZ+ry9e1dd73Emjd2IjuYjhggGRt4VSrw6qYTHf7fX4dJJLhXx+Hl9Pvvfm8Xxm9tF7x79/7fef&#10;vvrN/B7rYRZvfrQRoALPP/My5/Gmsxm4qVHdNttN9Gax0+IEAVlQt27eZJDg4s7N+sz1kTMe5mWo&#10;mqORGM8j60Z47tWvNDoNXygcTCagQ0fSLFxl2OfjM7l6bbdQol28McOO7hLUWAQJgH2XYdbq1Zdf&#10;fjUcDTXrDcA9kmlAdjKF3GGxXHz9//kBrIqReBzuOnTsgsFQZiKLpCf8tlAI3ulep9vJHR1lJ2c+&#10;/OC98+cugcV19tJln4hDLWxvPMK75shDl3UNKYNGVz8xaBibxA68uyTtB/UqSxDIiKyiaWpE/HdR&#10;Uuhbo1Ztt1udTrvVajQa9WoVVPBSqXhSKJwc545yJ8fHx4f7B7sbW9sHB3uHh/uH+L/9nePjo3w+&#10;h45AuVLCf0GfxiFCD2SA+SfDc/7c2bPghuD3P3HtyU67kwBASfRPT02jXvWheY5ULhjAOEGSIJwH&#10;l4eJhCM4gBihv/za12xHA+ULtw3GvNVqXhTB7qE5r5E72kpNTuRy6z4/s7SywHuclTOTkWhkfnGm&#10;Vi2HQsH8SQXTnFg0AveWjJRe6KfhYyQLcr9gx1YHmoZh4O1gFaFcKQARnjrufJpgHQakNmcYWUSe&#10;Lf3ALhxPFPPk7mBcfTlLoNeC4I0EQl967WuomnED4YvNZvPNN98IBUITE9lwOETWJsJgMQmrmVRq&#10;CGCGvM7EPbK6dr4vB/LQyL/tNDXZdRb3GxZEmo03xdltg27igIDmBlgBOmIex0yZDQSg0W532MQp&#10;LOboqL/RUJO0ibMNHIBmOKnnFl/PKximX10NMT4j4EcMlF04cZDF+vUlZzrgKCZzoLLrKuWlKLlD&#10;tVWZZZDhJIdhibT0R6TApzYrVtmYkW9WNm6uL18Mry6KosfRWhaJqaSsgqwCfFXZrZ1Ji3umowYQ&#10;esRChJFQBaOLILd5TWusbz08KJXSMzMnlWq1pz2bnD1qyZUeBCvdi2djd8sK3BsEV6MnZlAFezoO&#10;Bknw0aF3ZJqy3W4YdTijBS9V03RRp4Oi/2d3NlMYb3kCR3t7797+RAFctd0otFqlrrrXVLbKIL86&#10;Z1KRttNTaRMj5xRYyMHJuBi8s3lcFZJT4TmcT0SmN9UWzr7csWgD+e1ysZT/py8+s7Vz9GcPNh4U&#10;9m9vnZQDvpWzmYW1s1dWL6xNBB1W5ZmUp0EdfP+hlKO5DvjWghP1lq9FSfwBLruAyKE5ClI2+My4&#10;HWRtJqfMsMKd996qdGrNrQb4q1ZL7txpld6pPnrvaOOD3MGuHJqPtD2essgGkqzHzxp+bo/ifbw5&#10;FWahcc3wNA/uFfC3vLd2IjcOml6VD9aY7fuHrGxNzQZSX5q7eCO5NB+q2ZToFxKCDvfJHGO/+7/e&#10;lXvc7k1Ank3AwKBSoKbFDxvWca+XpHU/r3mc5lwSsVMQ53cI5I6nD4rM2/vUGw/lXN2qqk5St8oF&#10;xcjhyjDyuv/62rNhEkbmX1xGQE5DQAm626p5vZOTXviNr2TSWZbf2zi2us4TNzKRBAUFbLfHzMeM&#10;qGBn0s7CNA+U8d2aHtKcTovOxqY9TSEVT+BByPmZ1YVgPOsJx3yItJpM0BUTAe+i2mVOdhqr5xIm&#10;a4kRrtwyjfuVfcWaX/SfNLU/f+ToZYtRaQTAPfq0MZ+CZgSVmwekqgTCl6vqwae1rXt1eIvAC4cC&#10;3R/gqh1zIiZwIttD82NChAWlUNcKmrVwMaW1lFZNuTgbPPNkYG3aW/+4ebjbldbCILnV653IQoxP&#10;Yv0XEwk65rcWoix4SHs1HSCP+Ql7Jcmi+K626Q8PnRbL1xEFzDLHt2rFN/aTivP23SL4lgeGU1Dt&#10;xbi/qhr7H5809itWSZ1cTOodY4mzNh61Lq4EAXyrdikYqVo55W8+gILd97Xz0t6e+sTVYDjo1Sh2&#10;KuzNxAKBkJ1eDMUz0gqOSc8IRTzTKXY2gXcKCR97fxf7Am7umWnciWIm4F2KbzjUK4tC0KI+8Xuy&#10;YWqWp3IqE7bt2agt63aU+Ht4tU2vxgMAK2miGUt7V+YDcJBjD5DwsZcXPMUWMryEZT9uTVSfzLtN&#10;NiwwT8+z8Pqgwbmc5s+dCTz1dPTyleD8pJAJA4ppXp3hfQ19x2ahaglzNKIcJT4EPkMwpvIBViH9&#10;ZnWvbB6pjMLCw4zuG10v6eW8jnN05YwHdPCTKtUlZCA25RMiHpvIdgCp17WIkJiIZJJiIhNKQq+G&#10;EIQG6IDQXOwerp2/Bo4HEn6byHsPhsHgzjh65ySfq9Va7U5H68G4D60OcKF2MQ9LMjLTQ0E/UuMZ&#10;bEQSUVwanKqSvAmfmD/KYeOEjKtwNE6oGZrclBtLy1MeiP7wx4NcqF6hXn7nWG60tMmFyWDKB2qI&#10;qmjeiD9zOcMkPOsHB6FsNhGYhpJaZKMziTm4snb2jibmYvTJscIh2Vm4fO5iiAdzW0atvXXnQWdv&#10;56P1/UsXXoh1PWrP+mireMRwX1/9g99QxVuoNxhCQySkE2zkDMIqIU6tEXaIcWEWtn3K6qGHf/4z&#10;fYv0WFHRx4XYY9LRz416+6GsfSgoDESfhzU7v+J3QI9O4if6hE4O3TBEqFQ31+8j6xXb3f5k0u5X&#10;+kMp7GMFzOBDuiE8A7TUYzPA07JnRJxySc/UgA41Ajwx1IBITNFjythh1CvV5zj1f9f4YfnC6Fin&#10;D10ecoMp+jOO1rHZ6mm1PaJs9X8F3dfqDj/fwEs8ojqPAFqjiI3TA+OMfLr9gfcgHnMY5dSvme3T&#10;90PTztiwbUTPGnMjP3YKh+NdevQ/esRHHrCzRj670QdwqIGv7zSi1yZBldHZhaVQKISNLpxWGGJh&#10;Z4Z9J3CMX9iqObUVD/+iPyhmXLoLMx7S+0VX3eO3w2PHjf5cHu9/Oq13cFLoL5Zff+a+QzfORBV3&#10;kjuC9PLM8rxDeRFX/vM336VNdWkmG41FStXuZHru2hOv5PLVptawaYQC8pMpH7Ion3llxh80EXd7&#10;lNcLecPoyS+8FEWDFjyMch7cKFhP6KToL5faNm+plBGZy4oeoQsas2Z4JN6oyUpHnpoI7W7m1Mle&#10;LOEXfczaWriMDMO2qno4tBiBv1y5MI3NVKVKwTkTEv3drowC4N7dZrWphCO+ja3W3GIglpXSPABW&#10;rkQUMmOlK5SbwFOBMxjlTC4kWtj5CoghJempBuZuPJ7g2HkbkkEHQnGjsk8Gev3IWaLDYVz1wkAw&#10;QDMDjzf5S57rl7G8ex1gOofSyLZGeTbkfBMOJjyX0D/i2PO8K/uEqNbs84ApEvZIODqYM7k9B9bn&#10;D6HyY4Nxhqgy0V1VvT4ZmcUcxQZoodMphLElUz1JiZZWRYBsC+3vTSRDCZ1DUgE2zGeWziOTW6fY&#10;Uns336hMZyY9ixhmUT3FLJVbR9tbi9HQhcUnb/38fu6k+uTlKNFNchm/E/axfqWjSZG+oWLQuesT&#10;+Tg3LognQWY21Q/tImZj9pTURFyUbjQ20VdZrWqhJ7cr9UZidi6VzRSPDnm3uMVxYFwbKLmniP2j&#10;Lzwls3b8IgCWXNsq5TKSrDMXzjaaRUVuQwqNZAVUnZquo6T0+wOP1h/gm6cXlqJRmO6YbqMKAmnx&#10;oAlHWygaj4ak82cvoLj85//iv/dAQ2voOLoSsKRUPR6NI4PWoQcIQZ34q8kbQfWKMtsgQEsyfSfe&#10;WasPzLZGrVRC0+rHFzn9t067bOf+PxkX28S4TwL80+PzckFsSNx0K6Zferk/yQxWTKeP3HdGyHbX&#10;gEpMsNg2Q8GrKYVC9clrL+RO9nDtpNMpd+hKLS2t1MAAs83FxaVStVqkmiyhYZN8bEn049rE3ghz&#10;Yhw+zFSOD3a9UqBeKwDNDWttKDkBhHajXmy0yvOLWRSWZy8sQoler9cA/1pZnalVOtVqHXgj3FBX&#10;n7iC1Q3Vb7vdYxkPUVWTJCfAymB9bRULJYA53SG27R4WcjH0Y2/duS2OnwvcIlJwEmmAD4hFE8Uz&#10;/ufFNt8BJprYd3FOCSUb0gbMWEkiMXnaQfCGr/dnvAiDDAQCxBrdP2SkggUaAIsKTPRtXJis67f/&#10;TIvTTVAgZ4hyadX4jw+jcNwSiBv10rxXA0uIUYAjh54TahbMvYRAKBCPRg+P6wmf3xeWCq02LgFh&#10;KXrXUJfmeW+cuXPYJGuUxafEgAqXQdeoigk56wPQFW97xUttNuw6frVuL3lARsVnIcJvjaF+kLeS&#10;urDzwSe1fG11NVJg+caRnvQwk9kZJeYkLrQmOtre3U4r3yh7GChTFifFTtNJMvzmo9zXv/3t3OEh&#10;zTaOq4V2C4k/KiVBROG8t7uHGQ4+W3QpfthRhdkI+NFHvfrDB5vX1i7wFNBH7UCI7VIMzn3AYxuk&#10;X8tgI2qX5MN6j54jC8/Pj3bThj0tSulkIp2dz8lOSda3C3XqqEZ1ZO5qcm06mhKUstLpGWbdQZ+u&#10;dFigP8k1XkyHNdWZDE9TOiBY1XrvWESCOUumPBW1ffPhg4/0BrUUOrHs3127pBqe0ubxW3/3i9zT&#10;N163Ks+sReNO66zZ1m1fNJ7CQujRTH/SKuBaSggzMb5xq+7Dg+JckjyviDfEtteZ7cK2wnSsnVYh&#10;V21FAtHrE91CB7Nf3VYi6WA1Dp49o/mFE9z+DkEDnqGMKd55mLeXI7BNomHp6KwT9Onh5xM7SSlR&#10;6N3+mw9shVp7be38C75kzEEmj2G79vCemOs5KxTzaAu5d4w2Gc0HeSqanPLyxw6FtfLVKaSGOqLD&#10;/s93lJkQ/YcrQGXTYEpAJpIU+Q9K7NtHGs4L4nEoxYSyIB8JyR9trCxO9GLCsWpUD3f9s1M1zSvZ&#10;zkvPvPKXB/9RN1rTjDQfWRFsDSJMZtI58yI8K1x62nMuocHs/DdvN17fE750A20t4l+dDXZXnhIb&#10;myxT9Z5LpDcqyi8f3l6aCX1ye+8v/rR9+bXZ6ZXA938MT2NocsGrihQfowUtxBPAgbXdpFDSq2cz&#10;c4qyFrUBRV4WkdDrOUEHqGpv7jZ8Cf+dZifO9aoYPuOBpFi6YkopaaOgLK1AAksFvGYClYef7ra4&#10;2RmuolApj1NXxStzfmTA+GKhBKbEiImuaAfbarVmhdJRxsfOXg4+8XT8+Lh3ciK/v17ervivXQGE&#10;koomaEqK3KqpPZ65lJbOxux3NmUxIl2eoBYl+e0jb2AmkLk60Un5oYEHg/HCQlCDcdRmu58qTzyb&#10;QTpQcFo6UO2PHrarTVPpGK2V0JcusZs1/S9/VL50Pn72PF1XrDfvq5fP+nNNdSJBmIC5bu9MJC2F&#10;wrj07jxsOX7+22uxzWN5j7Ovz7CXYorIeuRMMNdTDg+M51/K3txt5dPCUxEAnPVcV6OKvV9eCP2L&#10;uD3RUeoG/91/s6NMJ9oJYTXmlerqX/7x5lpCCr4ACQe1Kpobm+33Xi8sXkneMpmnrwTSAWu7w6xv&#10;dH0cJzZ7/z4iPbPqeyniXArTGy3jYU2Z9aMvSVQxtsk+xPpnW7MLfEiD1R3+/96qRJfVOuxI/iAJ&#10;oM5w4FGxF6Y897fUn5aY5UmPPWWhvGB9kE1R9zcsf5iNehkZ0FCNNpuaFUbvV4a6SYfCyzrSG0Y8&#10;mE7bzpToh62s0aqmg/G4pb/71rvT8/Mkxg1iOR0jhOTidHRjJ4c83a6CiDaYttDj9yDQSHDoeqMT&#10;ik8ZmOlasFbjFCB/Keam0dukgU0kVxQSePGEwNcEd3uD/3IDgCRhWtYLvcRC6Ny3ltDFQFL4M5NR&#10;hCwBj4egpUTY11X0Tuf+JzIb8cQvpxag6WLoyI3lRCISvxAU1re3OqYFovhEaBKBvyJr5LaO2Ikn&#10;IlJMt5JVzb54HjuEsOUzf6OSZuKSciEWLhtEpcY0tX0XITXM6/lClCxNDWd8n5n6jrN8HksKsodW&#10;0cE8lO07gelTVu6IoNQXpp6StcjudQRlPU1JdQYTxtPAmlGV57qrYIKz3VEFQ2iaJIWR6kdO9Gkl&#10;zmkc74jCOyjLRpNThuo/xEcI5v5YnB6yPSnnsWLTGSt3xypX+jHgE9EE2+6OdORsPT1mp0LjUzyw&#10;WwyRDQFpr9Ij+y1NjcOc+x/IGZWizLCUPmXZEvzxqZS8PwoZQKGGAuVBGrEzPBmPRz0NbbMDBCrj&#10;FhXDkp8Zhg6PDacphj4tzulxOT014qB+RhP8mcJyEA09ik4e8JmdoYScGjUfyDWETp1FP24YH8nj&#10;GWpQBtD0OBtrTNfQFzwOoompvg37sXLVeUxmTD+ucX8MyTbUkA+H9vRn7w3nsxPiQZLy+KB4aDk8&#10;/UUja3rPNIonDUORUW7evbdx6dI1IIhfeuWFt37yk8OTk1zpUBRJRsu9Ox9K/mQglYpl4q221msb&#10;0SiiOYzN+z3k+OJqMoHHrLR6NewrLLULSj197xEGTq1XXrwYC0m0SafSwVq1U6c6XtKLBK/YSaRg&#10;kJJ2H+VvPJH1hNA8k3d3nLlpsVO3mop65lw8DuiKj7H1WjbpkZsattiVcssXFgpFWa72stkAIM+g&#10;gHZNTA0QB2dLKGkxPvKyVI81211b6TIekBVMHyy6SKWH6RUeNEx58T2+QA9ZhEi5M2zwFREZADkg&#10;RahY2LZ6yDJBnKuOe4+T+gbDSIukkKC1C46HM8h9JsEzpLwlsaAWoTDxAk925IgYxQ7eXXYI3tbo&#10;o8PJocf3YLOP0adpwpwJw7+b/UrqBCK0hXYYbwJ461AgQwqqQAQOxEZDhmuLUrVOr5oIilByz0Un&#10;it0tKEZDPsBdKZFCcLyjU0WMNSaCYZEPNLo5tGkkb6ywW7h8ZjHhj77zszdSwYCF2HmjCjfPzZvr&#10;pm5zfi5fOolmkoYrTsXa5noQCGgIjQFuEN5MHqmOm8ozuDvJRBSVBwTmvONSK3K5w0//6P84s7KS&#10;mJ472t7Y3thCoSF5fMTG6UZweygSXM8ME7gBhOyvenhNko5rkedjOITAQIeMGG0zEYzhRCi4DiwT&#10;gGI8cL2Sf2NjXQwEY7EwWh4HO5um2p6ZnsCg3VDqFOuHxvfylSfQzYDml/WLGJkiQsa2yiiu3/vw&#10;FySTFQ9PV2LtRhBxrMvMQtuZTHPdP174jdGJwBjU7XHg73gIsMcdCSMigDNCFpD+hUsqJsU/O7gR&#10;B3lC9kD+5Din+Eanj7kiGT6uxwLXE84//FE8aFiG9uDh+vz8NOjoly9d/av/8BchfxRizkgsWm+0&#10;gpEwiC+ksMbWQyTlNJomwGPC04rWDcV5m42iB7E3Ozcxud0/3AXolfF2Gd7qKCfJbNDhtFqjsLA0&#10;hbN67tJcuyn7/UlB9Lz61a8e7+e7zc7e3g6u+cPDE4PY0FloGAgoYug5sd28adK1gISTTA3QILBI&#10;ywC4Mrfvg9Qu17JL7Oo4oG5bgJUkEUWXKcHzrjVbCnH5M0SZjujvFMW5QY1w9yOTDE5d4u7Fj/gl&#10;aO0lk8io+l0k2320cW5CMWKreXf9xUUDPT0hc5BnqmUyRDuC2xeXg+WKMnDqGz6fr9Wp7lb3YhHj&#10;4GDf+riz+sx1wTChcgehHipVMZ4Sik3Fgs/ehzOncSyqlIlsWua6D8vdaJCGPhnHSKCi6xb3ytVE&#10;eiZkUFBE0gWVylvOXMSetFjQexQDIGJDDQlBDx9lbCL2dvQnrweVXqSgKlzHYjpaYiUWTohUrZKO&#10;ZP7s371ebpirq9HsmZloJg1Ve0ero8Y9f3at2sbgotk1FahdPDxd7CrTsUSJZjVc5PgzFa0bRh2t&#10;MIE0VKGQTya8he1tq0W1fMqF59dQr+i6fLsuX8kkemDg8+FFn75ba3yk5ahZLAASpytlWUlMZymF&#10;jcO1wGgeScL/F0Pc2xVV+cX6N54Gv8FbM+RjuffhQevRZgc4aL3T8EjRXKE4FZtIx6JPn0vevX8f&#10;GsaTg0KM603MhRPHnigeAF3qva2t7HJGFLh/9o9/+8O9o19uF2/tQyxpz4Bqk2v0HFlngXUSNHTB&#10;xMDEUYfJqTNyEPLpUv+hiDOu6lIkGYGQIyE+2Nx34hF49H01IyIKSkMWHAGGUmr7sJJaPXHFImWd&#10;yfqdEHocpvnRVucm3OD13pefnJta8KOCmAouJCYOOxnl07YCjfv1r4jIAUIoHfzcGo3zyP5SpWst&#10;+9MNi0Ler0Z7vzONiB1cdHWKnqDZ67qW4hCJh2ZW8Gc/2TpcCss2H+RNL2m9WJigIZVqccG7Y9Fz&#10;qD48QhlhL5y1+LX5X/75o3Q0dCkysb2xriyV5l9+vqJC3BtaXl744MPDxBVrwp9WFT3I+WROrPs8&#10;h6VuCMdw0h/yZnzW7fs/Oyruxb/8cjg7geVCOmkpiZnASdn489d/4o0HpJXkdq/JZwOepvro9f0k&#10;u3TtiTgSmZ2u57DRg+zGG2R2ymjh0MWaFvBxlqxbOBq2NRnjE7D12srHe058ng76lg7KyqWoZyXj&#10;bVU8u/draoh78dsTIHh16/Sdux2UF0sJX9TLJgO0rmiTaT5pCKWmEmgYn7S1K1dDsTgfwFhIMOCt&#10;P+4Yy6thGfNMIqV2dEZPRFi1I2gqtXsnV9dT/+TVCUprHW9VumXlzTtOacW8/gSfTXDrh523y1Rj&#10;Sjgb9py0nOiV+KTALFT1uWW21FLKZdsTMP/gW8m33mml/N4f/Lj4j/7riZnJ8Ec/rZWa6t8e9K6d&#10;X45N5p9/KQn61yeHTLsswzpl1L1npuhUQMDTyt9VVKoGVzH2LUFcKhEsnl08b3EBfK/K6YfStQh9&#10;IW76cV3azmQCD27pYgRjVrrWs758jdfeF2TW2OvQVzPesKzqzyff2NapRDDKGiXHePLl2fubtYpp&#10;PY2Ei54xORd+6UXu9qNuetL/wR15ZS0oRdjrU9IdTDUtZtp23i/pS15+TtQX49hUWB0dIExc8rbX&#10;tAWN7TJUE+YI1pkWmSDHKBrbbuiSR5id9K2kEBDIPjw68SbQreG37itaDBJ6Dwgd5xJGtsPYLKWQ&#10;qF8rgg67RqsW7OpqgqDxcEFTrNkDya5hVDnHI4EoR/OryzOS4zv79JmeqBXzDTh+RZ8fphKt1yyW&#10;1R5JjwOqF75dHxqgiqGrtQqUeUTYTNMCKnSeVXRFVXDCAeaDR5rtteqKqWFhhqoY38aje8qTbTse&#10;HTQU8RhJe4UoQxWr1Gahc6BRoNmFu8oH7x+b2WjgTOwM7sdHNYDBcdilGJwAaNs16JYmq9bM5Fwq&#10;EKbFWAzp0o3iu2/9vAl0wsriE0sxtEHfvfXATsbebb39wgsvvHm/Cmhcyp6kfuN/+pM++zO7775z&#10;sj/soh/7ukNRw28eODFHZkP685LjsZQb6rRu6UfvPab+7fefKWdUPPTBTPQo72jM7UqNW2rHiI80&#10;9YVRRn3f16BqHM6omQG4pF//uL+MHpKV6PEMHmYAEDoVHA8+CT2IUxhQuoaYYvqxSeXn0oSdoU+Y&#10;occgYvQoGNkZN3IO1dVDxfEIIjVm8xwm+JLD13/LY9yW8UKaGhfnOo9PxYe13rAIGww1xny27gvS&#10;Yypuxv19Y/2Jx9JsR60Jelhc0kPm9aAeHCGdh5+rbw4eu5Ieu3yc8dLYsZ3PDZ8t13RHj3k4nXFn&#10;8T+sBzSs0odcLvqxlOrPNy/GnNyPz4EH1eppCBQ9LHpPteP0MAVp7M4Z/OCgN3H61yOf/agnxcXi&#10;yAvyPLizD8Qo3vbGxgP/SQ55mBCRIi4Su9d84RiyvYPjrXOLvpiYxL6+2dIKwERM+ZMRRqtr6zcr&#10;V1+cbpvtxHz4/npHbSrT6dDWdi0Q5IXpyHGlEQ7w5Qo0oPXl1cn94/LUVBI3kk5SWK2H9/YvrKby&#10;+XrSE0AIoQ9wxfcL80spJ+LtyErhqFUooB1MzU2GaZL6QGcmYxt7+XBcSoY5sAiVao8PIQqTahS6&#10;fBciokCPwf4NQzPiP6UMGdpHhiy4Gj44mc5jFSYFh4GIAMCWUYRhFKs0KwYey6Y11v4gFSrbP3Mu&#10;lw6HUun1auUyQixRUaDeA2zJ6gejgjlkgryPEBBCGyKABuSzm0TATFLaXVAvpKHEq0kqY7LPR83W&#10;N5T2qy63/CEaFBAPXaIT+qImbZucjb/q+ThNRFYEHhrdSqNe4bRntj7K+8/md44/yCbnIkGPxgYY&#10;b0xuVwUn9ODOpxYXmVwIKHYN4b7nVrK5/e7Gwx2qrTxz5ptfeuU11BYaE9raw0ifjEFRKkM0Bd+d&#10;K6xlB1J+d51DEUOOOSlRWNekSa4cd40h6CKUhoxLHkKxgwQpH01PRSLPvvTybqFwtLEHMyYARALJ&#10;3cGMDh1rE8drkD9GUltxMOBlxcAV+QeAa+rgQq6trMGACj0zvgFnCiUXONsyhpWN+traeU1RyoUT&#10;zisBhVgu5CemJu7+ci8ZE2KxQE+u+0Jwk2MPyohebH0tzifuINJ+c+P8ZeB90lNTMwLvI/G1vECi&#10;d/umYjfVtn+zuElFfRkGqcfo/qjfDc1lxgVJfdaiu0YwzCAdyO0PDEra/irfX9dIRe0+Dt1oInrk&#10;qHARAZYrJSDtSjLGdUg3AHNa1wrMQCRdhy1U1557/oX1hw8cWr/x9FM/+Psf6IYt+f3dtobZmtt7&#10;gGxcg6oc1lbMMdq1MorG4v6+4HNqlcNwLHSYO6o3bYyWSsWDTqfc09mFhXM9TWl06p1OFVr0H/39&#10;e+FQZmvr8MrlCzdv3alV22jBR8PRarUGFQQETrhQ4R92+52MO7Ue6LU4cnexOLl+iPD7w96h8Kqf&#10;xNs/WPhxn88r97Aj5kPhCKpZ2Naxo0KXwUNE2l58xSaSEo9ATIXkZ3F2REmkye2jY/CLwsQ5df2A&#10;GWWl4wmG9F7YocqHTJexiGFjhvupb8i2aYw42+h2+QMeWW56RaPabL/xg7vLJc3/7IuK3oCwAJmZ&#10;NJikvEQHOSR79OoGsrYML20ieFJKt2qF9nZl8VLMgcda53/6zu3fe25+OWtqRkP0cIeoJDj6kp8I&#10;13pEm0FX2noqltpsVRO2LrL0kxG6LDvbXR4G1AlA4VBrhTyRiNsw56c/vqsnz57PP7yfWowHp8Ry&#10;PYzfkggH59Kz9w8KpXLB0TjKP3uo5akwBu7KpJgRTf7I45mI25Mx3yfthgy6NkjNHD0X4g4f1A/u&#10;n1AG9cTXzqElho9x9HBHCvnjs5Ndg727nVuwObUhU8nEKtyYFJ+NhjsCMuWEGAutDZZQLt+sdngC&#10;IMP29GOaTh91biykQehCIf9Cxtvblw8Fdvf9txvoYbLUvXgCfawE37s0H+Z73Z1P12dX4xyjnuuo&#10;lY/zd1WLXUzBMojV4Obm5t1i49Ubk0nb98aP7tZ5JpSQnDZk5W2urWo3Wc8jxuoK4PCpRrlT1Cbm&#10;s/mEAHEqGHUbanmjewJoE1zdVCqGr5Q4e5qBvVbxmd7SYU4IhnyAI4eIQGC9bE54HMgdQz5zEXSG&#10;nv7gYfkt3ckYmbPJ0APlETB66cTM5S8FM6FixGN4OXTWOMNWLWKRUK/Izs92oQNlL855r6aMPyky&#10;gar5fBaiPhpIvEmeQWAxuBO1BvohdLxl31q3Ly5gqgx4s11WnPMR9VnWaTnsnsI/gH9ZgsbYicxw&#10;1//1eZTKwqbyd//mbuUWWyk3L/zO04VabXoh/hFIWfkWBcW83fWLyUAgmQnVVtOTdze3a2djO3t5&#10;CgwL22rdzf/7e4Xltcl41r55K5eeCyUyMcOPYJ1aYsovcoGulwn4vXKh85O/37r89FTEch68mXvq&#10;2wuFQlcKef2aJW82zvGevUdFNhFkZEcF09swj7vG2Zj5lfP+E1U5Acero3XWm62PHOOkmzOtM9+a&#10;VxFKjPJ/gsk1uN86g+4Ts5mzf3KnYXaNcLnbrraXVxKtR3XPK4u/3De5HfUrV2KfvF/LJkKKbgOv&#10;hZ4GDYE8no8+7mC/tX63kkkGoeIQ9ut/9D3tGy9OGZTcrOtNCMhP5HdV37963v9c1HnnkfNvf1r7&#10;w68kX5qxd7bYowfVT0t6ZnF6LmyLDLuz3/vQoLJrwfbD2ozIvP2zxo3fyzz7bTZTSb51YB52y1ck&#10;cV+uBjPeSa2bWAw0PM5f75e/xUm5E4oRmXBQ2MoZV6bouZR/v9gJm9aHRftGxrNbVM6kHFGy4eLx&#10;wwHPMc9eDKEgzEbtakOv62gKcX9zR0tHpYfvl5lnEp+uW185y/ifkzJXpQjE5zVWWE3Jpp5ciu8b&#10;7CwPES/zekW7vuz92iLTOtbfvtPZhEG9QjHTnq8+4T1RSIbu72Lt4oRGiwF305OE1ZY6l+bPB9TE&#10;ZPioZd4rmwgNhmH8wxNNaeoAnARN+od726tXs7+zFs0Ijl9n7v68DoDZv3qRBV3S8UEu5gDPB8So&#10;z9v1+nlvNghdD8WineLpaHqlQ+FCCIXZuXC00uwo0I9xJFrx9ju5MoxgibCze1TNG41qAxIhh4fZ&#10;mSWeFp4NRqNMDDCtE9FhZEwUBD41ES7eM8BRg0hGswS0weHNDfjQ3fJoWOId86RQ7BczZAND2r9u&#10;XxtPBCL1UR3I5x0Dcqu1Jb6djpSasJXouJEkha4dyvEL2XKxsraaLC0mliLCUsTsVNTmiZmdXTQZ&#10;A8+bcKBbLORPGkcdmxOmgzGwpJ199Nf4sI6ZjXPvsKsYP7CVs888le4xv7j51ref/h9/czNexz4t&#10;Wb/AjjjkLZ8WGn2a7nBQOxTvDuNgvtji+/mKY7QTOS0UBkrQ4ay3vwvp149uqpA9rDYdephzOzZz&#10;HfdXOs4YrOnxatP5TJCvO8HrIyiHuOIBdNmt6EafjRrO8B6TqtJj7N9Bye5Q4zXi48PLMUZX/8PR&#10;X1R+/iqi8EBRN1BNj8adp4fhsUQf6pSyNVbOPkZ9Gs2TR6UqPfaz/ynE9xhS+7HWw+k7e9z6Pa5P&#10;HjsiY8PMsbdEjfdX6PHj4FD24+izwWdyhq2GYfQv7YwN5J3+UPhX+L0/r1Ims72++o+Mzfr7XXrs&#10;cA7m6iMxxLiVd1jjDoe64zrp08QvajxHeSiU/OwdM3SUj/eD6NOZlXstwulEOZJ/dma626wVcqVY&#10;gJ6ZmYtGE0Ci1jtN3uuLxe1Oq5xJYrJ6TPdaGH2rGnXh3MT9OycTCd/canhrt1E6bsd4IgSeWklt&#10;3s8ftS1PPIjBzFRS2n5U9XtIHQJVk9LWJuJTHs6rmt2To2q91L50FkMn2+uHDlrc2602qnLjRF7/&#10;ML9wZnp2zdeFXWc6piC1r4WwACuVlTYeHEE22+q2I4nAznZ1IhvfPSh5ORZwyGsRibB0iGOTBk2I&#10;9mAvKlAQ9CA2gpYdolnGIBoSH4ifid6RIg5DVLz6x794o0n7qGB0MPh2U1ecQTL4QJ+O40bmWMDb&#10;VKqlYhH1TmoiAxIhcIUekqxreHk3+5SGwRV1AkmPIVQf0n1zZa6Mi2p2iysUisNeCKl+XVWt2Rc1&#10;kFmaA405j5/0sJQMo5zV0m2Nt/26GX7/461rTyz1GgUzdhjzLvvn5pvd3WgoypqSDmRyA9qmK16j&#10;uno5iD1/vjrds6rw2vZyuVauG0t4K8rO7QfxSrUDVkoxX1YsDNw8hXwRnl3QcRGl6LiTPKIL9yDv&#10;xCKjMxdHgPcDwQfJ03MjfFCn4k3jscmRKBvydMN0FF7e3AnsqfrRzr5EUmjo23dueegBL64f6eYa&#10;ehk3/+bUIothLEaGzWabZPlSDpyk0Eq2GrV0aqIlt1TQsGUZyDEk8e1sbmJI0qrsoWOwv7nfabZ9&#10;wgIqM78YVBQV0maU4YWT3M7mo2KtjLm0qWkc4ROhzvIJggQ6GqnWyPjRXadYkvwzahG6pRxpVtij&#10;KTZJIGDGFEekPTE09Q/SfJ2+Y2YkF7H6Lg33Vof21bWWwszt2l4dewBsggSaIUfXNX5jFopOAq4M&#10;QQrgBSu1sqKpYSlQqZQuX78Cay0+V7PZWliahupkfn4OiU1ufq09Nzt3eHLQ7jR9vAgVN6hOrWYh&#10;GgtVmxUZWWIWlc6EYJI/PmpOzc515JYkecql6tQMwmzhm+rBOvXs8091O9bU9CImxBOT8WarwVM+&#10;vKcnr189OoJGgOCj3URivFtz9Ey0+5jDMUjC8BliuUojAjOzTfIxB+Id6Ao5D/KAOdcXhBYO/maQ&#10;+AWNg0XckriDGDcZDOcAQ350OtC8QMcIXye0ExLmiMEpkOGWFAzait5HyBHBOIl3Ij0lqLBNR8et&#10;j4mzajRsp+TjJJuB/E3U5fpf/+mbjkJf+M6X5IAjqj4L9COHR9xrHVjx52YL768jW4bzMnYqlF29&#10;0Kbp/fV8BhSYHj8TjO/sVDdl3ay1t/fkV88GwTaKCfZkEJ7fHma3pGnhsCcawyF1GOBYyowwmAh2&#10;7aCxq9l1xY5oZjYIGowP4uh7G9Ufv/dQEn1yS6Ym4nnKTLBqMqSCNdAzOjBX5mkHuu1pTpAbudWk&#10;VKV9YhjZaqlJ8OBVLuBz5Gr5y6FQzZLf+fAABaH/hVR5s+pTGNiC722UtHtH8bk0vMhemmtUrE/W&#10;tyhL1vJtRrEm/Z6N3fy5pYm25tzJN67PzbMc0MK9UFSqy9RMwPNgJ09lIkkz8PfvHJgK3ajLHx63&#10;oYif7GloMpXQ83IIgY3SGrAxh7JTP9svRBpyczp+s22vv1lRHIli/L40q5S6xZtHvKxNPHmlsZ87&#10;SU7LgBsf1nnD4RKpdggdAdHTDsxxIQZvE0G2kgSxuaSqXvgTUkxC8m5uFjFjjBpqHUMrRPJiHMvR&#10;jab6S8cJzoJuz5VztVDU1/jwIBELVp6dohTjrRr3e1lPyhKTjNwFGZEVuFuFYkuzvr1cPJBvzMSq&#10;neIvutqiZj476ZvzxFjZqHWcLbCvit2DOzkqIFEhYb8qv/YHk/9tuvfHFfZHRyQtjbpVSn4nq4hU&#10;3Op8cL9tqlaxLhdtz4d5WttufPUbE3st+sKSZ5oyoTy45FeTK9zfPdRmMuDeAqPI1++13vrjzcR0&#10;ojHpXa/md//mZzdeWYzaneRKslpqgy3BCmqnc/TB+sfp2amjg73ZbPIvvnfC98x6ud4RICyAwRS5&#10;2Y2Dagu85oMqotiEl6avn8kmtnYfVFpl0h3jmBqiaCi2vNloCJzcVj78i42Z57K17ZZ/wh8P+o43&#10;yqzhXAgLXh/z849bT1+NSmxv85Cup0z0mVamOLsj3MuzRV0WlkN8VHrm6aSX7+Q07rAM9DVZ6gIc&#10;lNUE9XxxKXJc6xCAo9enRrz1ncpTL03lC/IWcqVzbSXAzi5Et49aa/AnS956V8aCGwoLL70wiyEf&#10;K/GtrrKQgKRLnTiLeF6rWWh+eTkZy8ATC4CE843LgHiF38tbqzz3/FlmbSYl7mkJnxMNeB5uddJJ&#10;H+T3VrF3bsZ/lIblnY9i9ZZgcAbdnLt/olcla23JCzv85Kupj3bAhPa9Aio6Z/10vbswITJF47bM&#10;1DV6Lqp//WLk49tVX8/5+Z7xtae8xRL1sEyXWHrCa8/EzIsB89a96vGRms+382Hpn34t6/dbt1Rc&#10;pV62ZU7HkTVF1bswTTuPVOb9O83fve4JcPpqxgEQOYzoHcm5Ou377p/ttik2yTPPvpx+9GHp0WHr&#10;06XkpxcS/3zenBBECyEXH1dVxaFnPesPFS7Kt01hyi8xjY6Xpmb83FKSLFBXKEHreLd21Lc+OUxO&#10;xtZN6397VP7DOd/ltTjEPR+fKIUyOzvJJGkKII2YhOB65bDhXYgKESHk56AO6ViCvGewLV73RREU&#10;TYf5TCYzazgAqgeDnFSPiNWcJx2bYkv1Qnsf81/gAlE1Q9yFTCMhEhWmBKOjJTNOsVKHq6RpyZEp&#10;RpEUtk4cVOjHAymBx4PfR1Q8FOfxA4dvmgE/6Cqk4ia2L1Cs8G9EAWwSwSQeg1gwqcDOx7X3ewWg&#10;QrVJ/+JaVOKZRzd30bC8fiX14z/6FKFZQUncTgQu3Fg4f1byR3yz4dVJMQEsN+e0teVp1ehuFxr7&#10;5ZzpaN0mLmYVXsNq2vv11y4WDg7CFsjqXmmK+42imkeyzMe32KMaihAyR2E8fR2cu6Mc8nTpU9nX&#10;FxlPR9XIY3VZf5I28LKOwLrD6Z/tDAbL7vDE1acbuiu2op0hJZgaL50+b8T9Ar5zP+6+/5LuTGQk&#10;buvvk4d6V2dIbXJrHCJ7G06/h7mxzmlR6AzcqvQQjnxaXZ/OGB+XXA+Hfv0wSMYZqaX7UudxnvFp&#10;fdr/FsY5leQNZrzMcMZoj87RmEv2M5U5PVaiDcpjZ9QvOJ2TjzyozkhT+5nGxekMnqbHuwj0eKzj&#10;2DvoM7YGFl97bHZND7W9fQboOCh89K5Oh8CnKu6BKKH/XplB48bVPLoSVOczgoJfzxx3HnvLeCFI&#10;+WTQJlzgK4nIGrfy0qfqemekIOifCHr0Bod5wM4gZHhk4x7qAPpZWCPDOEU9rqQYbL9Hv7H/lVPp&#10;APkBbmf9/uzZVRRpWMLI5MXvY2394OBgZXn17IVrst472gekqDE7tQAwsy369mrtR+vbpWI7EPfW&#10;2xpv2VevZZA8gvAe7JE3NotXzmWh0tm8f9Jra/7JmCmbQNLGouFcrmjAFeOUHM4DpJXW0ZYXpgqH&#10;jVhUqNX0vfslVIJnlia3neL8cqJWbjGaGBC4Vl1ulpoz2eDLL5x9tL6rVLsbZTka8hwed85dmulo&#10;GlCW7XJrJhWWUTgGRc4lDBP+L+8aRjGPcdCN5MnMiYSqQvFD6kwE7ujEDOkWKoo8uzBH6fYpyHvQ&#10;xBtYJeDVxFwSW/mZ+Vnb78f2H2LOOgLh9g4kfwD0QoysgsFAOBLGpBEbX0XVXPAZNu2w4rr3p+3O&#10;R136kUX3AcHEwUqYmcBgib7RfMwmQH8ktUApidq3pSvHTaVuw4dI89OLlmaeNNgfAd5faz3V0bYx&#10;39483t65dTwdS0fEuVq9sbaw0CmWvBFjNhVoq542pdaC8tQCilAjmUmiortx/erWFqiZHtAgHm5u&#10;LGSnUbyBmuxmxPX5Q4CaGKBMoxLttlsne4foIRs2oSujWB/4R0jMqa72el4OsF8gsyFuUo6r9bvf&#10;/Q+219s+3EXdODuZZb1+1r1I/1/a3jNIkvtM80tbWVneu/a+Z6bHYwww8AANCIDk0qyhNqRbE3va&#10;U2glhT7chSL0RaHQh4sLRShCutMqqD3dLWNvuUfu0hMESZDwGMxg/Ex7W13V5W1WZlZaPf/Mqu4e&#10;cO++cRgEMN0z1VVp/vl/3/d5fg9RC5OImkH/d0hOdwZ3hH2NrCieTOAxt9SMeDJWyu/NzS+W6+VG&#10;s4G5oNRu6pyWSWXRKsYVGgpD1OubGr3gnD0tv7sazyyaznj6Rz/4+2QmlxkZb1brfq8fzxaTYKs8&#10;juLYSeJ1Fltyk7tBbU7+DjVAEzvT+aGGh2Fo61gjEp/d7cAxzuchKnTLLfGGzVtSCDt9Etcy4dTE&#10;h0l07k9gKCfEyLnKWDIFRs/DJvZRhDrILfhcFxcXWu0GjyQugb1//5MLVy6CBZJIJZKZzOrDR5FY&#10;ZHQsk98t4T0IPiYYxrDX8PmwtvQAKNH6HcFrVBH3GhAPirX5pcXVlfVsLgUrwdziid31gj/A3nj/&#10;5snTZyWNO3PhSnGvgsxj0cftbOy/8JkXT59Z2lzerdc7gJVYxCxjumof2gkxPlypTPLoc8kVpJIf&#10;qGiYo6x1x3PEuvoFcoWz5GNb7gLnFPxu09UBe5CDrWnqAAxBwSTWWl9fbzbqCIMkAgBA0Z3HLBmO&#10;4lbiWWDALi6dc56zjsQaQrhWcbu6jKAwiDcgVm7r+7L5UETsps7EAosCI6oYmfj9r/1Xn9HrFVlq&#10;BhmUAGjgwEuvtMfNm7qWTgdCfnVfo5Pnznj8kQ+W79Yakqwzk3wAIeLAi1WDvmq3fx4/NZroN/NT&#10;UUbSjbWqMBqmwyIQPnxDtou12pl5Dlo7RKGIXj9ntDM81YMW1CMe1HqBPvedtx68MDp15eT0RqnS&#10;IyYLy+vBRhoC/p7RFXtVlefDeqMf8guImqWD7NSEmJTi2M01pRayUAxfUNQ87R7mnO2NahsHPQSa&#10;V9P0oL41TbgGANAbifi2diuItAlS8ibXoeotL8rf/YrH0OtvatRs4oG8Q01GQEU2um1JsP0R6DjE&#10;EXpG6dVygi1vH4xNSvNe9vatnQNoIqO+MQkuWQbzdz7Ir/ZNRJeEglyBCpVonyLwEYE3SwjHRQuC&#10;cOspJqbkq1Svg1MHY8HP79xOTCRWfrLF1SVRYDR4arlWgA6ErCQcCFazD6xx027v7j0MjyTinFDZ&#10;bnlEf4yNBh9Kpy9Nx06k9ur11WoFeENytkP+tm60m/2u3/ZfGevstSisGmNYMywdDTnF/uiG8mwy&#10;u/FOfvZCJhrmDCQ3s7T67p7Q6b+3UgT/mgpxE7lQradKvcJ37ilUQSF3Z6E2Mx6r9bWrF+JCwAR6&#10;dz4cW4K7J97dMtS3twRZslJBbndXv/OoRaFVGvacQkmIFFoLYXzmzq3ew44vtOTNBNDzoFIi98VZ&#10;fY9l25pnCnnmY8HQc73CVJRAsDr9fl16+29ung2J65sF2xDffe/DJ19eBKu6oytjVIv3Cd6YD+XR&#10;qBiZPn3a++hRFVcCgF5IyIUgKByhQqMQU//bd97NjE382ZMvfHl25vYn72+W7qYDcqHVJnZ7PIlT&#10;QWWzu/7TTXk0MhIRmrjLEn4gr/Jl6fxUsKtSnZaehnGas2JepFFB9GSeX0KdlXqwq7YayvRo0O8D&#10;vo6OYr7ts1ewbwYY26anx2hKFgE+9BEEOtd6sC+jXO6qH96qXrsct6tqdib8MZTj88Hzi0Q0hHZa&#10;zMfCxAtDJ5pue9WmHeR6AH546bBijafp1LTYNYw3397CuvDq50fPnuRhy0lmmBjP71T0//Wucn5a&#10;PHGCywqIUlZTPm55rVtTtJZs5/vq6In0lQlOtLsVlQdt61yWGwtTv9g06z1mJsz2/crVSRHV0W6A&#10;+clqZzzCX5kMUpbMrMpv31et6VC9JCH0aoKjNvLqykNjNMaUy7InLkZHfZMBrB36wpIvNOljPuGK&#10;ihXxUTMRblRlP6hQv3yvHHouNe1jx2NsVdFSFjP/Qqwue/L5zvrbWnQqED7jwaaiWNeuPpdtNvVK&#10;Uf759frE2SQVD5De3HrnL++o/ory1IXwo00tk+PLRWNf0i9E/Q925fiSN+TnopY4k4liq4A8ZHSm&#10;2rqUzPp+93PzlsbFRoWDWrVTMB+2u2+8dRAbDyJK8Bd9Xy4FwTk1R/mmOSUX00stoFRwxAI818Qi&#10;E/TFgXXkFCGBVqjPH4Cs2RCxvyCeEDYaDqo9FTy0hkoClFgND2JeTwK1YFNKtdXazsMWW2/0dHTc&#10;KY2nPabtw6OXpdo9FdG9Okwlfp9fJ5wOgUz4PAgnEjFWkPvSoCSwKDd2z0lNdYL9PFzA4lK0Fx40&#10;lVZy0aDZNbo5cZEd75Yab/5tefqzU7ZqqQ/Kvb3K9z5cvv7khH0mNh2/d3IkPJXMnE6c9DMhTX6g&#10;WvttjfaxUThpJD+rJNlrE7F8ozk6Pctp3Y+bq6Dg/fZ+WU7r2nSzHYbzPnfLQKLqLWKgQse2J3VU&#10;uffYgNbZXQzqRhKEaQ4DcQbT0WPjX5r6NFz38LdHIzvT8UORoYk1qKCdnSY64uSVwSURsaLGEtzx&#10;4c2wVKePi5yHFQEzUP0Ofhbx6jnjGWdvygxrWnfISx7pJu1QTY+jf53vmy5n+Mgzah+Kku1DYe6g&#10;iqWPGVVp+7GhHnkB5lgKkzWwt1pH4TP2YU1nOcFAg7IQLZchrWig8B4MEEkZxgxzdGx37moNBoH0&#10;b8jLHfOi/Zgw2PWqMQxj/yPz6MNYpsPC2B5+nRqqbo8NIAfoKjcdxk0yYeijnCb7+JzfHupz6WOZ&#10;zAPV5JF2e6BgJy4GajjWHgQjHZaZAynzYb9lGFnkViBH0nM31XkwYx5W+O6O91hJfRjl5PzTgm+y&#10;SwQeznDrU4Xx41c0/fj8e3gEH5OSW4flN3N8gk0fNQ4+TbGij5zBNP3YNPrw5HKhcPDuzVuihxZJ&#10;xQsN8wGiULFyXQpdlrodyJs7HSWcBIWiEE2mlJYiWBqcGbMTGVnp7u928eGUrpZI+mMZXzSJZEfz&#10;/V+u8DTba8kXLsyGBfbS2cl3fn0vkY7OTo9IbXl9JR8IejmBTSSC925ugmmsdXyi4BtLeSS5X92v&#10;BVg25BGnziZbjdZ4GBtULnZ6rt5QN7a76dz83Lw/QKyMaEsg3UOA5Rg82wSKG4ENaLqH9dq7e9is&#10;07ZOZooIHRR5DHXRl8aQklynqJywVzZNQeQ6RDts+gUq7oEObULZyZskbYRUnLx7g5sEqY8JGPSm&#10;8NBwBFCsUX1wXH26QaBDSMcZGR/vayouhG6zpVn25qNlHNtgyI9KGANJgSijSW2LwFmW1OBkkIiN&#10;hFP3kBMB0TixRdq6UwKRphdo2XjbKHZFkQfi2o/JMWVt5gsnp0YkK5rf73fpyc39+5vyt3KT0bUP&#10;a9lAJpxJ0AnW9nz48f29QCOJdAEwl3v93sRstIU4TqODaNCxlG99/ea2UZ0aP+8TE2PjQqutiiA7&#10;+0JOcgBp84A/CHaw4KTHYjJnAKzi86VSCcEm0SCcI8p0orwJhZeIwVFhw79oGnK3g2fpdCD2xy++&#10;xKI6Y+31WtUMhGXdXVidPBvbZd1zzqCQAJssIgLHB2d7qqpbjCIDVgUlKMl1wn+Aj41vy41m1O+f&#10;mphJZ0eAmcIbxHETgY+LBJEygz9aLNcxe0ZRl8iBukK7LlIsDChySNcZ5udOi7h2OebQPE+k2NAB&#10;k54z7WbqOMht1iUEopCCN5bMtAFvcNZAJzDFBXod3vqmmz7rOF3dwa7tgojd5YiU9Txz6KTBNYRh&#10;Jo4wscJiOogsas2xQMGgrcgWkTZrzz7z/G5+861334Sgd35hLpVG5pCNeKFaIz9/ag6ma4jOvH7i&#10;kUMSB14DWWILJydhRmNtTuP7B3vrFN1TuzW48TfXt0+dOSF3pMnpcYCl93ZW+ivaSC4TDEROLp4R&#10;eTE7PdY4qCDsWJPVdqsteNi333rrzLmTsWzi3sNV22CjgTiQXixxXdOOxfsx9xKc5s4T05nTks2M&#10;dfRUcFLgycpMOmv4LuNkMeO2oolPneUNcheSZ7bbfqAJmldDxjBHtP3Egw2aazaTxqWmkZtGPmxm&#10;k6PLk9ALk7wDHDI068RbGx/9/M5fN715JNd0yeszTjPDTqoxLx+S+vdTITN/oC89M7Wh3dMflV87&#10;EVE9YLFzcA9IAWY7kBCt3szJk5/88jaDKI4owlXkGgilFK14uYf5EnaBAcwbGasBbz9r3Xiwd3qe&#10;V7QxmRoxqN2m3kLOdh3WNY8VIwgBpkn1O5oeE1O02kl6jDySKQVhbCqS3636aLtULHMd3V+Roxw1&#10;fiY6d3aCYio8V0mmkx+9s3ny3LUr05O3gPuGiy/R1/s9CBfQEOpJOkKqwO6+XtmfyUHHCOpeAOrf&#10;gMG+h/mUFxwoAKxhHbaaqGl6RsDQJVFr1DYpvQmwMrkskcQLZ0g6SNW708vNrTh/616eSoWRZD7u&#10;G5nMzah+6pMHZhgc6/qBGEo+f3H8Ya+BBmQ0EpoVYoKsdlo7kwEWeoF4crLg9VelDk5+46O9eEPt&#10;Rb0Q3fgjY8WtB7VeWYcmG8JwsBRornZ3H1RjjxjmIzabZILRgF5Sup1q1TyIjyUOaq1St5FOiXi/&#10;Xbt39dr51eUCpQpz6ekObcH3cW91B2No99ayiXWZDVWVFklzs0bGw/J+OyypAYQCTws6KER3yjWj&#10;6Bd5Zacd7GqSrlczAQM0KfCWPQQISPW0U2EvbJXw0syej/77zk6xrqRHI1/4ndnrHxYevrl78ZmM&#10;nDPKFBa03sUwP2OZ9aS/si1BfPS3391LjPovXUwmRwSNNpBi5Z8VLLCBJBAPDx7dZi6+Ov78uJnx&#10;KLEot79npKJpJJLGInRmqXwuLv54r0c2iB2YzPulqsz7Quh47L33aGTedxtg9WzkbdV8KjvKm51z&#10;Z8c3tuSwJfjNoLJaCSfCrY7iKr0ptbmOGy2bLdnmN9/4cXHupIXZb1/YWK42VAuJqSHeH4uLe3Ul&#10;kQmnQt5A1NNFLpXkKfcVlDHdnjY+6rXo/sMtq9gxcTYn0yb8QH2eXprjqRBI6V5wrW6s9K6d8DS7&#10;ZljgRgNMOIyaXy/UzViEubCQ+tWbWyAhyE3dSHGRuUy01lv/RcnsaGgqv/Tlqd1qP5rllL4NX0K1&#10;bfUk68a96nNXfTPTUbEqhXRTgWSlbQg5ERFXfQkUWV62rR9/VAvEM8mQFy7c9aIqbKv+n6wus+In&#10;k/6LT6Refja2uNhRulTaxOSSmhhJwCq00TEyjBfopNWeB8Lsy1PiF09I0IlvNZiEh60Z5mq3H+K4&#10;6ZTnvbvSHbv2xafZboaR+uSMJANMrdUNxyAIZ1KjfFe3v/Z0ZL8FDQdiu7iSzML+5BHNqVlf4U77&#10;wUr30ikEJtqvPuWTa/0fraoXPL64rJ0IGH/1/6wuPXtiubjzxd9JnF0KvfGx9N4G9eoSHUAutpdZ&#10;fljXRoJaXa3tdj97Lb4jWUthy697qXbi7b99ZHpDW35KbHWvXE1dr6g+lvnuO+0vX4rB1frT2+22&#10;RM1OBkFCH00FM/i0lLn1sLr8dqHWsVb2mpeeHzt5NfvrD8qnZyKN9zfLoDA+NdlJ8lrWM6Yz2MVV&#10;evQPb1UPOtrlifDt+v5Ts+FT6T6vlbCGdSCGQRXsSbAQK5capZKe9fJKC4R5ELlh0uCRi6WRFqzO&#10;qL3yDrpKdl1CLwWCGI71+fLFmmhhveH6pEdOkQcaD3+IgR6c18IrhP2JFKzS2O4IxORkkqQGltJb&#10;JpHB4M+TJx/X4IRiIJjwhIIL/ewMsAyh8Vy2FSiZ2XqhqRp9/8XZUUgMkCaAIGuQEnuAABxw/D5b&#10;9PbyvvsJr53IdJer+vjUNEWJSLlIp83VWrvWbAVsgdV1yZBJXzga/O1VvC7bkj6sMa3BZNRyRFvu&#10;UNd08ucxNj+yU9KHTlaapDbikLLscUfqYR7MIYSZPrLF0kf5qUdbefKTCWnTDT+03RraZQiTlESd&#10;QDrtTxskj7yl1ONq3EEZdUz2jJ0reqkwKECDxjjTQebIXEpKPpfw5EpgHebHUKRNDwa/ZP7G2PRR&#10;0Wu7KQ/uH7APnZhulWIdIycfTl3toxgg67DMsR0w0rE4GqeIHRSWFn08qsaZZ9BD2JRbhg25oQOz&#10;LEu5eYmW/bjEnHx/UBi6Uu2jw+MUh8Ma66hMP2RYMbR9bE5L2/RxHtOwdB9+TLJ9ZAchTKb9G9zt&#10;Q/Wuc24pazg/OW6VpQd141GUE9HiORMF0xp8AHcYTg+vIWtYBbpiPIogiRjbUbMO45Zo+zejgw7N&#10;zo9BowdvEJtvIDGdyE83++SQ1n34gYdl95Gbd1DlHnZhjsztNH3cJ0zTj+vGj8HKjqbTw8bJ8CcP&#10;Aen2UbIUFwmHMaAs7ueX17Zmp3KoTTjWE/SHYH5Lwy/hjQGvsPLoZiyGirKpKJ2pDNeo+B9cXwF+&#10;JjWaKm7sR4IeuoMmYGij0Av6hCcvLMCPqSCzsE/pMhf0hV964RoPhRpctjOxp5/8DB7/Pp+AvI6Q&#10;P4xYHa/g8QpBUhk60yQiPWVAKgJd2UDkgOmExTjHAtMGzsmJJc1nsl6Q+ZHHMcTyhIcEv2hpnSkU&#10;EHZOtKTkfHtAFEaQGEbKxCeJfTPENsgiIFgqxiZDNgrTKKXdTXq9LWyi3dPsMMecu8VmhoYH2kkZ&#10;xTWBRF1YT5GJh8UGg0sIRFFP4QMI3ozU6SAkdubECYxEK8g8LdVQ03hFkiuLtSieTDAETWyQahpv&#10;igbigYeXlUD73XYI+RH4LHC4aj5PABm5NKd5uLgfPjJaWF/v9UVAZvfq3S6C2wPstfJdDL7ueJJV&#10;qal5G5FgfO7lZ5cqZdObaFmU/9H7y8XGHpKYVI9Hl+mby9LCaKhX2d3YWZeg4RSYYJxCR8O0vBap&#10;PvGgZy1HxUK5QgfTdG8kdBV8hE5qkaYR/Iu0u6yz+DYCUomAHGNqjx+tTeRAbJcrFOawfq/ahdIc&#10;wakWTQ0JBxRzyHBH5UzG3TpZk6GJkh0CxvjENM4467S5ODJUJ+Teq9eeBYEKdy3SojECRRiRjIQa&#10;O4BIGiylJnZVthAMIcdnmuIFRNFCtYwWCRKEwAeOxRN4k51m043FJcW2aTnMKo5MIWnWHlhUbZc5&#10;RZYMVLmkzrPJ85lwxkiKryuL4NlB19LJ42VJaedwlYBewv/lPsmoAp0Y8UUok3DBKKqsOU5lcxDE&#10;awz6aISARhYE4njBBUR6AbgS2O//8DtTUxOfefmF9c3ltfUNWemdvbCwu7369PNXYbsCyXl6biIz&#10;mioV9qFA3tvZf+/Dt19LfQ5HXUR819p7hA9uKb0ubKvedDbpPEwJgEft9aORZCQSjEVy0H4bFnZQ&#10;JFjDg5AtFrnZPsA1SwfN2dnp8kHFwwfm52aWH+50Meixieifst3+rmPQcJ5iR3ZlexCB4Oi9ybLC&#10;OkFEZJhP6lvdpbXRTs2MUh/fwE0Ccjm5oYkqHMQt4htHEWvxzkiZ6KhJEzzgR2c6htdCNwx0LDzR&#10;iZ2AeMex84dwLoD3wzEGiqDFyVMd49XVxl3aknsASNESELqaXE9xs4WDusm2EmF7o8IsnE3lO1vS&#10;o4Y5i6e3QuciewlqU8lXTDHCitfvLHMLCya2ab7gR+//LB4y31DJdf0k65ENBv7+KZRspjkbFOK0&#10;ffce7NTyQkbD9f2gII9nhbKBMSNTqfYXIgjs7BL7M7zKDC/6jXjQb3gSzWrvzq186mR2aiTxs7du&#10;L57P9HjqHd186872a3MiH1FFentkyi/3ysVu25emz86gKtNMGSxSD3irDO3FyBIlJLXXCJ4cq2gQ&#10;Vvap+8XGbiuJlKqxUB41IAY9ES/lZeY/LnfL3RJi031eaioZ2O/YCaO9lKEKXYhwIAAubJb8S9ke&#10;HM9tqdREp63b2SpytgbgQfViInWjgG7f7fsbZ144P+ET24USyOl7Kzs9RvfD8anbkVNYKKizyRzf&#10;93qejT/64Kbd6/T3yiOtYFILdflpX9CL/S1PAfptiGOzmqVvtSoALEewY671iCRhzFdoW3tmI5jg&#10;RoMACSFyO3bq9Piv/u4XXlTKPmNTaQTiiR2pJE7GW6UmQGboEXZsajQqyneK41HvnmYWPHY6G6p/&#10;skts5kJ2f18KjEfEnVavpuwZWiIWZeqU9dP13JMTxRORv3g6Nx+dWC/tRwX4ddN+NjwxYp4fPyjK&#10;1viZtEb3n3jK968/4ep/vfKrv6FzIymFNoQz4ZdfCH3uEqvqAOWyX/nSlBAHGgsbAi1oMyKwZw0O&#10;Eec5jh4JidV695O7ndu9wO/FgpNp686Pd7/6J+eRLo3aoNUzsvHM78T3PxSQVaOaDbuM0wQ0G1QB&#10;lnHn395Ck2Li90/uBoRUlNvahHq+D7YhElHXx5vxsFm8s8P22KCv3wUuHAMt9QDTP8ovlOvK/3v7&#10;TtDiVbUdn8+gncGrVvF+LVNXmE6HEriw7Nn81sPM0giH3CYPV6ToCzmu17faLWu/2N+lkPPSf+fn&#10;rWjS+5kX45m0Md1jfvGjwngivD0qpgQqkWY0Gaom9tbDztI0vzTO7Fco74z3yRdzq3fqbYONZcJS&#10;X6/bBON2di5bMY1SR5saC6D7g07A8iYGvawsGWLGr3DW+k69W1cQnrW915Zobmk0O5EyIz7/dsVb&#10;UO1JD/1xxV6kjThnAzvZCtMmuIOKFo54311uvHv94MmXc+dOB+5/Ij1clt+9x5waF69diGA+2dUR&#10;6IW1lvn2zU6zy3hZPR6mPUHPbktdnGDVnr40hr4ixo521zJScc5fp97+uPHaqRjvQWwEUHXsoz10&#10;1PiptHUyo++VPO+VqKsJBuZxPIPHstardOib63osFTo/IimGcX7as/rd3WZ64TpHSPZf/+qp/+9v&#10;7kWn4z/9Xt0fFs4/HUEI843b2r1bFcZH+0xaMqiJ53J2z37zjeoLVxO3Ns1UhF3KeV//g/m//pc3&#10;xchk0UDONT1KmZfOBko71C+X21eXwthcKVXuk93uuakg6Ot7gEtS4ujJ0FpFAcvjope/96v9K388&#10;+9Ll+PWf7qGtmvVw0o0SczndHA3iMYkD4vexT53wGoq4dq/doLj3FDNfM+a9XNIHMYjBUJVsiBrl&#10;JiYWMmy/wbMa6kRE2TUUVZc7YiKdisR9PAJtbB/swSTTgcGDjeK92E9duHJ27c51wtonab0GerU6&#10;TA5eIYVoQ5ou1+qZRKLZkUg0BehwpqHaKuPFko7xBEdcPLpJhmPpiT/6H/6spsjBbBY5iqs7eSM3&#10;+vzrX6cPqgd7tT1Jj89nx7/0u76D6t2N1dipWS9v8X7RKFRXNpt5Dt4po3tAt3tcJnz6ykTUVu9d&#10;3z3wizNnsyMPth75vEwyOzkeG/XT7G+v4sVej2BcrCMLpFtluERMYgpzQvngpwJx87gBc1CJOHkD&#10;pOCF5NgeMHrd4EfbPvSN0p+adx1ym6ij+RYp+/DYd6bneNiT+SXBWji1GIYqJI/emV/axzDOhwhb&#10;+5ju9TdzTd3ZADZBOpmXklkuNFZutWgN5Mqs7Y47h0E9lBPGcejYHIwwj8aYx32ktluY2kNh7sBs&#10;OyxM3HGrfaxWog/HwwxtU/SnkoiOF4ouk9kNRxyUtYcsJ4amj3KM3K8xzutaQw4LPfCaDvXdw5Gq&#10;27CwjkhRwxL3MQX0oBZ8DN1MP+69tY8KRHsQVzw4gNaw42Afkb+twdG27cNPY38qE+joHTADmDVl&#10;W8MmCz0MCB58GmtI7rKGr0APX5xsxLAdJ/7K/1wmkG1TjxWe9EDoMKiD6eGk2knweKzIpR/z/R6y&#10;cQbpSNYRF3oA0TkeIUUfph3Z/5lo68OS2D7WRhn2PA7DmOH4aktA4cdTaSBzyI3KRS5cOF+tVorl&#10;imJY3V5jb3cd003MQ7uS3OtWvX31v3z22fGLlwwWdHjG9oaxKolePHU9QcyIOUI0Qgw4dsvY2WKf&#10;yjMCWnweXIgc18fViOaDaWCqaxHMa9+5MknODeug3cj2FsRVJ/ATdSsyMhFnTqA0JkKAwHRFOWgS&#10;FBTrxOWyA1UCz2HOgZ+Hxi7axmaIcQDgpJZwj7yDtsGA0CAJKmSir6pI1rDJukwu81qv18/n/aS9&#10;wdiu5JImig5cQ+xA3eHUQ+S3mB0TJD2EJKTvBU1Jr4dPaGrgFhqyRMJUAaxCbe+Z9JOyDbPfdmNj&#10;+VE4HNnd2kZJhGvY6/MFQqF4Av5bjJpFnWSDEkEmmfsSIjxt9E3UV9jkKkZNMYtSh0uPmbWqn+5Y&#10;hhSZSpfvNYrdh0mP4pFC1QPf3vJGayFUu76/MZv8RnLUn5iSevvpoBTR/TcblU4uHl7uNcf9nFKs&#10;nzt90iO2eUVJ5ILjC+M33rWKK11SeHGCQUTeDnmPpDRhzGyxTkGC/0R2D/ZhjrmVHpD3adoLfpKH&#10;jP/6KGbI1cgC9fiTndWvXv7dk9nU2vd+YJF2geEqeQ77Wc4VSdoIiAbC74hp2AIqt/v5z7+umR1C&#10;b2ZYSKTR/sdFkkqlsbAipBirLcBgQGugJFZVAqAKxTM9SbKNtuAPJHKz4XgO43L8nIXFExok9TbV&#10;bTUvXLhSr5aRZoq/zJAwpcFNg/8DwkyxLnuKzAWdbCmSmozTqhMAMRhFSGLWicEaScsYd+JfkA8R&#10;5hYeKBbcxU7d6/bniODWecaRpi5JbSKXgCcYCNr+oONahhyaVPdOWhM7fMK5FgzaZX07g2Kq3VEg&#10;Kp6ZWbjwxHmwhR88eHTx8tnN9eVcLgtx2vTclCQp6Iqj25LJxYhzVdOefelafg+9JxbRk3u7jUQ6&#10;0W0r5y6er5driVwGny4Zz+R39gJ+1P9hjyeJC3ZvO7+33YYHIZ0F2DvW62pPPfNkt90u7OUbdSmV&#10;im9u7MMGhLGr7cianecc56wepgMbJ88JnWRS4YgYDqqANELxO5L8RObwFkFPmUQnj+hpHFJcVaXy&#10;AabcwGXhNGKeEAkTZyFHQk09RNLunBZCSnPSnlDxhoMBtGFo5EDqzpnA4BulJIYEDOtGJKCVBe0W&#10;TKEToXnTFuH5NQVTNaWeBA93RSP3r/zj75T/5L871yxvpz3U7Q9qPdlYzphzCym80ftatSIXM/ao&#10;sb1ljcx2vWxNlkYBROahSg7OB1ROjAS5+Pz00t72fTGn3N+rdHpGLOQbg+zQm0rEM4WKqXV3i6Za&#10;bGkbB+rSmB/lMbI82xTSVFpoqPU0CvFSIcNSBPXl33sFy9SHKw8+8wdj8QhA5tZLBMpl57v0//kT&#10;+YlE6cQ0aKit5+dzYT4MkeDNdeUfHu4+f2J67WBFaVdPnzqX8MZ3930oqIvrjQSORqGL4NCqrYFA&#10;KwS9WeAYtiSm55XhzH92Elpm0v/DrjTK9TNxNJCoM0nyz416H9vPnpabgmYC82Lr1sF+XTCyDfST&#10;iNegF/NULAmj+CD2Y7pU3C2t1rtEI4W4pIl4kqcS2RNfic4qal02jM4Yu/Anv2/uFDZ/fhMXfUCI&#10;hbmwpgMeD0Gd6gUS2MTSWihVd6Ht0xCVNRn8Z3/6ezfvrd2+uyZZ9NdfuQRmfrPcK+n6e7tr8ZcR&#10;fYSyrVTnLcfNAg1Jd2QxJTzodGpt6gT22VSvrdnJAPTM+JNw65oKRXcU6ZMy5eMkSUMoE3V1jD7o&#10;1l8cn1At616liJrgvf3/u6P986/LFycz3X6c5lQRXUvTvHxm8cd3rmfZmAjRJ0V97YXo9/+qjjV/&#10;DeCopN+6qXhlGklN0dP8Ka81O+f7WFJqGrfg1TMe/Z1H7M8/bFwZZUdH+K3bEqdSOcouxvn/0DFm&#10;f1yq/+j+W8nsZ794uXvQzdWEnUc3m5LWgHM7LtDzadRypqTKcS/flJoRb6AkCbvK/ESS80wFvFU6&#10;TeU5/aPtj2ayU+rMBARMpZ880A56fE/on81qhCDoBbRsqkqHR6KNWt3iqfBsHNV1kedj6WDjk91A&#10;NgwjZW2jw4LtpfWRhVylqHQCLRiB9fR7bapRlQPFzugTEys1WD9bv/7Ee+XZKO/TwtPhtD9wf795&#10;b9M6/3QyM2okz3APNvhH+9bT83w4YN7fNlMWH+AoD8DOjCmr1PlzGQjDIl5tKi7g3s3v905N+yVW&#10;FeNCodYvYeuf9d3r9qgdCQFZUO5YApUNsD/6YekLX87xrHUCsUwmt9a1R/3cxrr8SDPOnBZGx8On&#10;Fxf3trTdrVY2E1dk48NbrQ/15L94OpSK+Fd6Rm2r83/8q3vPfXb88pNen0CH/VRKYGoWd+Oh0jNE&#10;GStQgGv0rIyPXOkzKaqKuAYrUmC6kRDpfH1c6OgPK94zmfFxsQMFhqZ/sMvys/6pVB/pZVm/AV1W&#10;0BvQW30qxFzKUn97t7nRFS5HPM8+IZTVqY9s6xpG5Sw1OkP995NX/uEX+7WtVv12dUM2U8+lnmip&#10;6brmPZGszYmZnfruvjqX81ydC/7qAWzb+k4o+LGm/NdT/gvPzt0yzOjzyZBq3yopwi3rhXOhE1k6&#10;meS3G70Qo1da5jdvwREtfHnGg1vHovmXXswhB97uJnfuFH/9d8UvvZKCfMMzHasGRVPt19tmekeP&#10;TACVYoc4jQlT3bYn+FTgqbCNRIj9NoTHhJxBGufUeJQNM7wxM58jrA6TXb9lFIulxMRUF4TvcARN&#10;WtMKqHgUIk3RZPq2CRkYoYz0+5vL2ziJFKgi5JmFs4uHAqODAUiSgRFNpAE6WCFBeZDKGdgQGprp&#10;9YEIxiMXiscWC9Ysnu7j7VYbSk/3BWJcbvpUbhK7u4dv3mlhD8dxkUi0nq/R5bbgC5x68jJ4hP5w&#10;tGdQYia788kP23ZN8YC2Hbo2+0Qm4O/J1T5VS6ZqzYJULCt0u3ijVNrp733jVBsKrrHx31bFC/8y&#10;PTBTOlwP5jCgxT4aIrriMSeQ8Ahe5Wyt3D9GNpkksZIeJj4cJQ8dop4+ZfM9tv8/hj0aVn/u+3HJ&#10;yQM/L9ER2o+Ncx9PTz1e7g4zS4e24aEmF7uptbV1bEcJb9N50DvyRNs+pBAdko8egy4NxpiDKbDz&#10;AYcDW8seomGP0m/to6LoqCA9NnUmk9jhYPAQqnSYUjyYcbuzX4yUnIPv0mCPPuQwE2k4MHQdfO7s&#10;1jribB/zRzvcVoYe2nUtpwB1S243D5ke8MKGh9Sih3ppeuBOHVhOmeEsezA1ZZyf7mz4jzTfg1gp&#10;epBx5E6mqUMN86CaZg4Fz67/l6EH2Z+DKo/sS91zzFDHfiJ9nNt8OD91JnkOqJVsTXkY5Ib4cfof&#10;T3o+PtH9DQKafcxITAprkz4uPT5+IdqU/SlI17EqeEhYpg5DugZMNJs6dpEejdeHDt7DThE10La7&#10;H/OQFTeYCNucEAxi81yuNbE8ObWB9vbb7wYDAhER9pBJbQBPn0tmRMAnWkoqMTLq8b3+3BfDS3My&#10;pbPQbcMy5bEhjOz3SQ8EtwapcQD+0MnHRpeLXJAGDXWd1TcweMWqhwENAstxZjAXdkaAYF6RnhRy&#10;fDiSckQuBNQJGrE44t8odFF9Yd5CSE+gv9oEtAr1Ke0O67A7R3WG8SnybmnMivEJSBqjEytkDmyI&#10;lhOLTDlpufg5JB0HIbpkzkR+vNxTGrt7s/Ek5ZKK6EGXyXSE/sezq0hdxAwuVdx5UOiCSWygOAO7&#10;H0BCAy14RWq3MeEh+0vYpFBc91UEkcYzGWTJumxfWZabtVpbVuplNMcN2IOjkUgoEgWfiRhAMNJB&#10;urpa0z2SpO9VoS5kAg+XS2uru2dPLnSLi5375ig/Jin+2TOxXuLUprp1daaw8evyK6+/QolyLgwE&#10;bn+9VEctUm/DCW0bPgQqxj1W0zsZ78XZ713/QS4yITa9mslu3Nv1WZgdyI4hFgcSWz6HpYSpI6nw&#10;XUKARbuy/KPr0vGyonahRNrhJdBO2A+DBizDbhYPlL6CI0E7PlVqkNIz5K2TVyV9EDRESH8eEHBd&#10;v3b1ysnzi//b//Iv/jyRwM2nKuTPddtNDPqd/CAPysGd9dW7t2/u7O588ctfSaUzti5EwiEmlsWB&#10;D4SjvOAHNgwM7fmFxcL2bqlWSyZSvW7noFiUJImFJh0Mn57iYMJMJwKXMJMsAufSHeQS5fhFBzYb&#10;aJ7x4dDXIGxnhoEEwYsCK0QGky59wknKsVj3+TbQAxD5JTV8AecGHCCLXZS/01BknUWTdp4ZTnoz&#10;1mfdcPLv0Fsz8WPz+aJXnPBD4xfwn8rMq2orFPaKfm84EpakbjAYmpwZnz8xDw9jqVQUaDoYQJq0&#10;CABnt0sgX8sP90m3hTdnF+YKO6VPPr47MTE+ia53IgwaNvDZ1VLH74+rKrjX9a3N8utfeQ39mQ/e&#10;/ejCxbPBYGB7sxCLJs6dPfnhR3ewy0HJ75K03SE55qzk+BHzOesm6joVu0004iwMEeCfeclBJCJ5&#10;ksiF4xzABKwCLjRiJZKo+YFoxrpKMs3xyzE7uQ8rckooQslyjjbJ6cVLodHgtI1th2pNDq9JfLsU&#10;aS6Qm4+k7WIOYcC/bEDPLikKJge1rt6SaKnUqkVS9mc/Ny3XjYmI5+HtHUXrP/mN2VKkUmt2gZSD&#10;XnnEf1ZSrUrQGxTEotLj7Hadzn7+2gudRjvS1foBP53DrLXaVOu0xo0FQhPpUKEhP6pIZ3P9arX4&#10;xvd/3a60SqUmi2kqZYvxpeV9KRsApM+QkEgEgFaf2esoCl380uSJCB//3ltvvvp82BbUiqYj7kM2&#10;QX229qqqVzNiQT8w9AedBraclaZ8+8b23XKJCvveenDTbFSoAPtgfxnDm3Oh6Cf/4cOQj5cpzoDa&#10;MAFXbTgpAXfW2nu4xvRVQGD5UcglxyjEmeKeE5jkycy+pFGwaso4dkZ4Ktb2cFOjmaAYY81+LMBN&#10;xib3m+W+6Am35Omsf+JU+ru/XK94+Tdv3KFiAQoEe9EBEqLcJBjtkO1NLhcLI0gSM8TtwsNQODOX&#10;mZ17eaxw447pIemaBrkNSK4o3IhYonusbARENBO7Zr/W4jtN+59+/Z/ar3c3q4VUci7jDR0UKv/s&#10;X/3P1pOptsWs/XhZaPSzJ3Jsr29I8sxYRL9TBp+5FRKXJqK97QYT45q17ngyqMY9V8OBdz2b7Z1W&#10;bgEq+GAemiLwELaa01P+rRgzITIVI6oAs3gqhj14WzUUuGDFsNznkGPMmf2Qzz4bE1qNpjgNCpJw&#10;/qzxs6wAs+NnPzsZG0XoC31/u/3ebutsLHZyjoTG0RB/1nrxUwj0Fn+xA0NBYGEGgybr3LVAV2Hb&#10;Ft2i+Tebeti2doOB+1uFs7Xm++98sr1XDgb93tGQdjpxaXzUp7NUWVptb5UEU0+HKL/X1zXX7uw+&#10;87mLeHwEQ7Ft5eDCZNbwx5Yf7LQM87XXXlicGvv1X76ReW42PxOkehbZ4JalP/2Tb8TaXKVTMzjl&#10;TuEhJ7eKwKTRVvLpGVv0+Nq9WqundpRMhY3S4gJvhad9zarao+10UqhMhooCm9+oTCW9eta/t1aT&#10;uv0XX0w99dmoKjGhsfh+Xn3nXje5bF+9En9yAcwKti/1FQ87McGbaQHPE6nYm52IHWDjH6QxiD4x&#10;HmZNrdJVfXBUSuponEpwxuWMkN/gNzHazSL6PaWdjoQp4NC0nSLqFPXbv6w9/0zyw209Z1vlYm9T&#10;NUUogbdbjzb9qbBnaV4MTXtmR1PxqBCnqGv14DffqW6PQtdM+xl65HyYD/nyLe3R99pXn4wiN7vp&#10;sHVmw5DN21FBWK10Z6Y9forb7rNF3YNW+FsbvRfmfd2A+qSg7/fYjxs99YPyvXfli18/hUb18n73&#10;r+Tga3PCTNhG8PJchFH0XjKKZqXR521RM6sV7V+X2D/3+pBUdLqp32+o0RRX69sKrz35fPL2XADo&#10;LKzx4Y4O//76zU02wZtLGGX7PC3lapyXkMT2qF72++CHoh72/h0TvvC55DWvkdO4X35767lLuY+3&#10;O9+8IYXSvtd5ZjYQKsoSUax19OUig67FCIRSgLdj0irpPl2++srIG78srW0GY5lofa1EA1yZDRxo&#10;xseb3Y/54OdTVNZnxTkrEfIkWR5k5PWuKlNs2PDEIqEQg5FtoI2bkNcbhT5Ggo1u3x+Nnj0bRW1K&#10;HVSwASPkE0bgAmLfg8eLLwb8Fy/KMJvziNYA6yUIoha2Qw5cE50xnjiPqlVdV3Mj6d3dfKnZwjYQ&#10;bA/MRQCMxJMTz1cbsX/o1GJPSLFBCNrGJ6zdIhuMQPi+to0cEIieOB0NdJ+/rSrTqVFgDts9bfVn&#10;7yJVKpCIZibGYxApPX3lK/PjPrtWL6FfqzULraqhR71jLYuJC636XutRXt/uWTta/9/lb6SS/Fde&#10;+W1VvCyJJmZJ+LBjv3wsSofAP4ZEXiJzdt1S7t5nMDFw9wMunce0h1O+w5nbQDD1eGQN9VhYjWUf&#10;S3h17EXWYEJoDaZ1lmvoJRzSIdXJPlSrHjfdHlW5tvVY5o9TsJKQDpZPJNKBMNn92IdRp0PgEHMI&#10;0iK7KcMlag0qf6fgd8Z1zvTJsUg5oFZSkhGuJb5OtpUksJDwUilC3WFduxQ9bCSwmE2wTvnqVJsu&#10;B4RxwNDEZeqKzkgtNBgUc7wzYGfdLAyKTDD6bu1tWS6m1H1fFDP8zMMZIO1KrpkBB8t2TFcM8kYg&#10;GDQt+zBMyZlPmc6og3VPCKkFnE/HkD2hfSx4lyR/sCTtkvyGGUYw0YPXYlwntjU4YdawUeLQVYFp&#10;c4YJtou/dcIa3ZnvQJM80HK7s1tXuT0wJ5tuyepyrRlXYE479TNzWOq6O7pDejQBG/XVVDaHzTY5&#10;4FACOkN752hYbjixeWyY/Tjv7AhkZTiTCezgjrvRD2e5R+JkpzwdvE+nSMblYTkqSIfkejzU+HBg&#10;y7hv26aOMGXMQFXvHFlrGCzshik7FyLjtoDcyhgn14mUxYrGAi0Vg5cuGun11Uan/YWXPuOPZwCy&#10;Wl9eURVpajwHkExX6h4UD6qWlMuMeWgNoT4cTRoSPpbMfnQV7kdSWBKPKkLRSSqt0zwxSBALRMU4&#10;VQ661Qlhdd4F60RtOt0FAj5h3LAxi2yuBu58wplDrgEqEOfoYENHgmE58nvS8qGdz8hazLAbQHtY&#10;MWKipYu/zrsZVa5W1dkzU5wjyTWRB6kNCLQEjAznaq+nsqA3k8wdQlhyVwW3G0duY+eT4N7xBEQS&#10;mkvmdFjt8TkJLnaguHDvMGIjRdnCehESS8BOCm4VpdsjGbwOqNlDpJxeHs2UgL/ZqGHCNTE/j0us&#10;1awfFPcVScJ78Ab9I6PjmAzhoXJQFDy+0Y66ZlhyZkbMl26gEECUXa24SFWUXrusZNZ32msiMJF9&#10;6uabpRL/q4lUJu2/2pDKifH980sLSr+xk5e92AOtNsPpGezRozT/jc/92bd/8tedfiGR4uW8isUK&#10;n945YGSQ666XmDzTLmnKyY13lzCsUNRgvWYIHwHJewYZd+LroD2ju9FodrZWNl/84mt3b9+F/xhJ&#10;BvgDLAFeeRxmgMMrcu2zFpkidqV+PJ1+9jMvfvPf/CupK/38zTd+53e/gXgjn5erVMvTs4uYav78&#10;Rz/QVY3xYnDKn794+Qc/+sHrr355cnIamuFwMGx77AcPlzdXfvSlP/hjntGimEGMjuGuy42P4l3+&#10;7Cc/LpXLTrY4+QhEf4CLEQ9g1NGA3gBwRr7oYV3KFDOEOHNknu1i9pmBQsM9AAMgv3OrOYfJopyw&#10;nEE3AIeHrOAOSxA7ByeqnXIMNpbLu0DBSL5JM4raQ00dDgSJLtpCpSBAJIaZKSZAj1ZWljzzT794&#10;9eBgB4APdHgweyOuHJBFQGet7U9PTUXjfp4PNmpdIeiB1Hk/v21q2JJQnXZ34fRspVaOROK4zSZn&#10;xubmT9YqlU6nAlpJKJzGZmJ1ZffshTPvvn1nbn723u0HuCKn52fee/fDz37h5evX7+7ly6FAUJbb&#10;UCU77UPSzCCGLJYbKCCcXo81BHBbzkOOeJRV8vh2ht2s88ggtzEG+bg+nAm5E8pk0EgEwkOAoA0Q&#10;coTTQVsBXwDRy0SvTDhVRGKHah8nCIRP23T7m6bTlTAdXoblREOR7GhywEn/DJ0aCU9SBNP0zARq&#10;rJx3dHYqvXFn5T9+929eeGnm7Pzs939x+5U/HFP0/qrasmWkN4ORg0VqyuM1S370C6SP0CKhNKg+&#10;WZXTyvqfvjj3/u2H3gAw4Wh9QKLNPH/2zIONtXv7tXgowPB6tXzjqecC91cZ70xoR4GpWitpUqgn&#10;VqutxLg4noDYll1GyJRtv5qOreZ3gkYV3tKgT6xj3GIw3ZZQpZl4VD2dDeXfLyWCSUNj9FaiHW2q&#10;cvduozo/n1qr98xeDahcLIOxsHcylNPubaUMrt3WVAODSlrLRDs4sYKY9TLQnuXGksX1QoKLcGGP&#10;4fQGkOCzD2evjtKXvpbyHmy1t27u46J+0OlTlUeLV6djYhArV8NiglY/G+TPJkbjdPSlWfPDTr0W&#10;9ksKM3J+pnDvEXEw4NCXOnOnzmwdlBDnwtI+Oxrt1PPN+lrnxrK/hYm2iT4V8VYj6Q7NLARTRbjN&#10;g3xH0PomwDt+gSMP4L954835sVOTubmdvXvvXL9/4czV7/30zalzp8VwbL1/MLuYqX24r7e6s5Oj&#10;cb9Wv9ko71VCZ5O44uqGflDvUYtZKuyV12DZ5T4wdciGu6YRGU8UVQ1KlRxrIn78ytNLIZHeU6zX&#10;5qPfu1/X8WF59v4ePbogJm2fxZrb7QJPlfHQ+8rrwXbPiIqGbJptXfvzf76AB4zPVrE6xAL9uVH6&#10;1WuZjbbRR6gc7U+mmVRK4hhtuWL8k2uhiSAwjVArkTs6EbTHGP+d+9ITBt/qqvPPTT6Mit964wPK&#10;x0efnXs5s1DY3/cWdqsPH/Yb7UpbGx0Nhr10G1gk2BSzov9Bl7nfao+qKi/JxN/CnphakG9V6HZD&#10;BbNgyXfmK0/cGGPRHqZixAzyJB0bi8RRZqTh7ua4paWoiCidXYUNhDZlrOMs4ohDJs33mdpKxQj1&#10;L12+urGypZ6Pwg4c9VJXTgilSX9zpZ2v66CfL41Hd1fKbyPMaS4ATtJojo/kGHHP/PB2d+Xd6h99&#10;YbQiyWNRXFVcV9FZLxOdi8Cq3qv0ojMR3KAHW2q3bi6M+jMxVoBhwmJQJ/lFMI54YcYQE77bD7pn&#10;z4f7fr540G/VlHDIc3ousNMxY15vBZGxIS4KW8En9VFGJOyprtb2MGsVMXUiWXxQq+r20uno609l&#10;/vQJ40AyopQp3W1mz0YuXxJrELuAFlHUi/uUoeiLJ4TxEf4XbzVy6cBy3wwHBTpjInzg4V4/kuIn&#10;/PxGw3hyLP6zd0vrvypIsWBvPk115OurrayfgRw+IPV/9D7yAqmvnfbnoQGwxLfWeyERCYm0kBKU&#10;R50R3vNvPm79j9dScznMw2vFjh0Pez+425IzvpmUJy54fl1QtLZV7TMwqLc26lg1tTPoYVN//WZz&#10;aiHy5a+O5zeUjbom+T1FjW0CA8DbH20o0xdTek8L2dRnnwpBKAZb0Z3dLu6Vl57yXqMoEOssH5/2&#10;+b0M+oEcp+sr640d23vpy+M3t+T0pUQAsT0SatcOX1ZwdfA77fXFWH4uNJ6gYqaeoJS4n53OUlOa&#10;8LO7jQdb7SvT0YmUFfMlK4+UiOnb294KJcPdVne/0PQnEzoU/EGKYNlUvd1D4qOIhUNVLU2RHMCg&#10;jlg0D4phxHL5RJKF7pQ7PCB1FAWdl9brlQq72PU4QyZLbrdaetVHxhO6W8RgvRYsstkCHyIWipb3&#10;S+loxBcMFTY2d0qlkROLi2MTGtYzTuhuFxqwRqXGzmagh+nCSlBslKNnLtqsaFPZsWScw8YoKrSU&#10;Wzc2VnYarT7UHn06GBRCjOFfl6uUkZgO/PZUzegBs27Z9Di6aCBCtWwH0mnJ3TaZZ3AeJ8KSsodW&#10;0uGYlflUkugw1cIeGBEHnMdD++Kg7HV/hIuLshxZsTWsM223nU9a01Coqkh2xE9Jp7LUfyJjZpgw&#10;cVRXW49H4ZBNN0NHQ34wZUQY5w/TaujDEN1D3bWHHiq3iQrOQWlRbi6Ha1VinL2lUxy7f5lsywde&#10;T7K9Ny3reNaQ5c4iGceBSB9ik0iXgPwVyw3QcfddrHMITItyoVR4ZcNVIxOpN8cOPywKC+YI1uR4&#10;zRgnCZSmh7pcQmA58miTGsHQELTp4FoG7wrfF13QMeWG8Qxm1s420WYGHQHXQEvcXYzZf1wHTLml&#10;6YBO4lSiHHnT9mDUTGiuJM3T9VcO5LwMdTjEpoh+za1aDUfzPMjCPcq7coXQbq1oHrHBse8eTJ6c&#10;DghjD1OUKZKSOSgXHSTZoaXc/k/zmX/jYrIc84LZ67Qx4sP/3IQaR2SPEop1DqaBFhiWCrcJ4hS6&#10;jDsSI/0U8luOmCNdtfmwH2M59mqWYQ9HwPawdjcP/czHwq6OG34Hm/ZDBbjpVLwH+8WQwERDYSiv&#10;BK9P7cnLjx7K5iMiDe11uvXGzORYYiTdV+RMJqqrVDgehVURBQMpCJw8Fye1x2RIgwRvjPg4iFiU&#10;XOpuVwt7Uqcp4nRrHEm8K9TG+xEH75ZEcTrvmT2W7UW5tz05mk6DiSidibKYiIuJ35ogYgd8M3I0&#10;AQiC0xPBuM7O3LlJiASScftyhK5HtsiYv5Lds3MosasnazFo+E994QvFm3fpYf/Auaeci3AwWXdu&#10;D9b9grPskPvLdMobynGqDGQtFhn39h22rMeBHqOTSuSdCO/F2FOCucsXRItIRTgMEuoAWfV4QniA&#10;+MTJqWmdvC8DXkyd4T65fj2R9suS3erAbRWCd7G2f2s2d/Je/WNmqS6xm3ZgQenNhBCo2fIB97PV&#10;WPGCdpmKz0eeYDthrwBNJb17q4j9sKebXPSipH04GnnlfmB9dedGsdBeX23VO22hb8XZqGn0rUF7&#10;aXBtse7JIKZik8TQOzcD54w6hmYIwiMkvg3ggwBTQiATywe8PvzF/b29RqV26erTH779K5rx+v1B&#10;p4/l1rm0C9BXSPlm9XUTHuev/t5Xf/T337pz+w4qnQ8/un7tmecr5fL4WKZSLqXTuRZ4YKqytrXz&#10;uVe/eFDc3snvnj97GapwvIg/FFlZWf7hD78H7lUmmfnZD77zmc+/im50bnwimkp1Wq3Vh6tKX8tm&#10;R0lBiquPZofeDcYBJw0vTgsoLHGgS3IYy2RtILcUsdo4LS5yWbt3punyvAdR7GTFQieDdiKYabcn&#10;57RZmcEjzV06cQkc2T6IygB9DV+ARFKTGg9dEj9pZnIhX9ATDAd9IUG3yg/u3V46t9CVysv372ZH&#10;kjMLk2sbayktMToeCYQZP5Fx8qlsoLi/gVMhBn1SoxuNpbvIkhFFCBzwqoGQr16Xa5V6OBztYwRU&#10;11FK4m6dnBpFdOMLLz3vFVHZyiBgKZJ84tQJHK7FEws3r9/Hh7l4/tz9e4844p/HVopxYpeOUppc&#10;vqFDg6TcrjRpbTkybZStuBdpt12L49G3nLvZcTC4dymuct5FSJBeJuushX1VwviXIlB0HpnDJCqX&#10;IxoJLBvoPWJcTA8USgPipTUAIJK+lUVSukO4bG2DjwV8aZCm0I9jEAH9gBXMDz9Ye/a5xXYP/DYh&#10;ynmuxmcVo9DXi3WDafbWZ6InOV7caR/4OabLMJJity3z7kEr98GjVFhstqjplM/DpHKRuK6qj1YK&#10;l6eSuXg0EdKsWAqBLHaTTPO/Oh4UAzL0gozGhITsdrP6YLt2ZmQEIb+XUqGDOzu4lG5yzFPn46D+&#10;CBqvqGJrTV3L7/3ZHz8lS9LXXp+fzoX+/u8eWQx0pKEdHLGEvw08AZg1uLYg4qfYusrUe9Uns5nC&#10;xr5XatmipeEgop2QCpw5fUYDsjkR1HZr5164tNep+KP+tm0ssHyX5pHf+yiPCp99v09dnk9ttTWq&#10;giJLaIwguIleLdZW+8ZCWGhIemIsqfiCLcWOTE0+Iy40dOOjKoLBNCqcQbZnxmOWN8tbW+tbDJ+Y&#10;PjmLc9vsMNVmq9M5cXGkfbPSJfhoLKxaC0U2rOFxNhyOF/x97JImL462ykrU5NiocDcl/tX73/7D&#10;518QQv7NO9pHP/wxxfSjnlBUTJzEQnMy8B9/uhqUjJvrd5Fag6soPZls9i0xIfZw9cwmMXA+xdj5&#10;uoZtBNLGqVL3ia+dXEWX1jSyCKpqmpia9uigT9ae9PHTSeP0NXTVYrsNebOsfevdla89heTV/l4f&#10;mlx7NsSj+vUh2YlqQcnZwc6ENSIoWWm7pdEzIidYdtTqLQL0yxMgfIj1JflGXLBJBAM6NzyDFBcs&#10;JMTTiNEFZ22WjPe2apmyql6JUiOAhMlUU2uKzL3dlebfr7RX9voe7tx/+8yBpu2WuqnFKCLz4J5k&#10;oAS/VVr57tu+vzgHRFk8yhQ6tQnBFurt5u1N/5fzht+IvRihtnvofTwnBrqV7rmZGVlpVqnydm3P&#10;SjI6K8fC/JxHv7fdOTkTfYTrZz7Z0U1utxUUbC8j3LxzUzwfTwSosQjvM1TOy8ZtXR7xvnTCrxSk&#10;wgElBgO9ooyH38uZQF4yqjo7l/VOFdX2gXL9jXLHz+zEPNDKnpumife1DqiRxItia6d96kQ8L+s1&#10;it5SOr9/xjMS1ZZ3+F/fUibHhUzM8SuGKD4t/vSRHAqyT096PT52d1kKGZy43bjT0zOzQSZAjyVA&#10;90mEWaaf95pBf0Szdvc7G13Nj0ig2agx6S+rjdvXq4WScvnyqLzeulWQ2nHf556JaTL92TM+wGrf&#10;/LX27W8XX7yYmhsNrO12OiPx7xTk/ynjgZF4MuE1YNqlzGiAqcrlSNDQxqO9EMCZdjYiqO9sV5+Y&#10;/MorvrSurnb8har2Xl6f6zPJlJFKCqN+1WNzvYKRnQ5yMTay1f/316vzOX/aMBamPet56QDu+oYW&#10;ytJTo566wd836IuTwqh3IbPWeNjUZsY8e2hEWd7toOcvN5Q/yuDgU9//+ebstfFHjAAFVG+vhYV1&#10;djLQMtnld1sTWX51tXL6dOZbn5SWnku+mjIYHwLMgdnrZ8RoWjC39lrJJBsctzOs9cRE5H6LklIT&#10;Wxtd5NJSAT5sGL16vw7h/q7000faS9NBEWU6CyWz4eGlp07x+xK71m0HEYRA+eLesFGCxzQeAMEl&#10;nQUCHQA1nQT4cT6gRpAQGOGDkZjWQgPWUkgyHIcJb6NcT9M8GgLYzcJ21EYCB4IwAA0NoP+mQ7qG&#10;/jftdCmh/4E3qdNuy90w4Qkbple3CK4FT9FuFwxUxeI00oPmrJ4ylc5MZ7OyZfdWN+BpwRUOcVEm&#10;lsCLyWW1A6eM3OnlfCCoJoDSDGUZurxbeK/dh+1u75MHOudPMWwdY6kdJBJi+FtsLcwnV+/Vf3sV&#10;L32oljwmCD7Ung7MuuQByA/klUfa3OEA0T4ydg4Nis7rHhqvBjUH2Y0wDjXqWBLMIGHClY6yw9pp&#10;CFSyXGyIbnopss9hXQbr45LUwescknDp4VT6U9UMab8RPTNIlc5A1Xl3Tr1xLA6VfiwA1vEDkndn&#10;2oN0igFRini4LZJlQdroljvrcgfd7pFhGfooVdepAwaUJXugHHbBRA48i8wjDk3P5DvwKzs8lMFI&#10;gqIO+cyMo1g0qeGkz+Va0e5I1JkiMwP1oeUKpofKc7KTIz9tsOd3Pybr7v/x+U2n4e56rAZjbZod&#10;Fl62W2mSbeEgh+qIqDScqz6erXzIinKHmW4UFeWEWtPUcONjDS22xmCYxwwifAbE68GuyB3sUoNB&#10;5zDGyHbfqbNnHzqlnVEQ7U7mnc2vOVSS04de5n+0wv1UC8W9ZjF1wEgpEIm6qZwuBItsnIdaf9bJ&#10;ykKNaTq0Xvejkz32ML3XuTjYYxJoN0BlgLI+FIQPWwGOtty9IY599zgXmv7UL2dGw778yvMhkfRv&#10;oP9E3OX23i5qNqCfoD29ePH8qTNL6dxIX9EC2UwsO1Zrt6GanQUrc2oGd6PpWOooy51iCqSqIOgg&#10;EknjQfcP4xyHzYOFlHHUxg6TCBZfiEXh/hcGRa1TCwzhXk6vZJizddhocKsUQqJyZmjkTNvsIOnE&#10;vR4dzyEGrPW9h16pxhI5h3t2XR3IkP7mNMXQn0eQbrl4oEpyTTHEUDx67pJca46cPGX0ewLBobDO&#10;2YCNEOZDMp4ghUc0HIKfiZxOIAk7JAQUObSYwTkvCvUyzJrg9kfjMY51tK9OawhfwQKEP0baHqTP&#10;5fZmSKgPlqaAD5sQFUWPYy5FMq5HU8hURFHqC6cnognLF2YnJxbLnbuo53duR0vtoml08sslIdr1&#10;jG2dfj4Qiqc0IzR7kfHEvAEv2uz1mtoFjYjt506fvzSyEKu1C3q7Mj5tdqnWjrS7l9/NBuL1qtKp&#10;9rAcpoPRa8+/EIyGyW3AcjC+8s4Zc5ppzEcffwSBBelScuQEk36b09VwmhnkuJMSxtCdRXkgqIEI&#10;pFGtXrz6VLtevre2UjwoVg6K5WJ+a3cnX8jn9/G8yzcatXyxAA3VH/6TP/3o3Z/89I2foqXsjFap&#10;ntxLpVMY/nVbLRRviJmNJ1O3bt2qVcpnz57DyPetn//89S9+hSwDDL+9vZ1ERTsxggkjCr+NlYeZ&#10;7Ei1fOAPxf6v//1fxqKZg1IpAGYzfhGxLGF7C+S/fSCNkbRXPLeRHMwQjzAGyGTu604gSSGGrwku&#10;i8JhpDHD6DJSKLvabFc8Qwpk+sh6MASku0R4ZyZJxCFOn44+VBHh0NIOwgwNDkVWDDRAAMRV+lK5&#10;UqzVK40mHPVIJGGCIejLoplMemcrjwUwncng4sTDJIA5bCiqqC2kRO1s7XgEf61Unpmd2Vp/gHsi&#10;lxtfebA2OzebTI3A/SX6o2CqBaPBFng5tuHxAN4tb21u47q++fF1nM9H91fGx8dJZWvZqysbZ8+c&#10;KRaKlWoVIcGEJ0cmt+i92Y6Mi3JWK0fBhPrG6jvNWTKKhQjCbQ1B2EI5Ja4TTUThQg+IIqalpDNA&#10;tMw42jjMcPgKo9nME5cv45BTzhHe2d5aXlmZm5tPpVIgTjtGaxL34KjQneYl0QzRAB1NT8+i1nZa&#10;bnS5We+QMDARm0uOHFdatrtrlXfn5jO5kVBftTw++rVXnilutE7PXMC1qjONgtJHfolB1VE0drpS&#10;NCxollrpMWna7DSsYhMZatzZk7PXt0snMovAmSNuDPmW5xfnm53O9kpD6tJ395qbbbXaty+Mx3kT&#10;gnKvJAtthV7d775dt0KUeSpFLSZNge5XOCo56UfZjodLBtJOhs8Xm36PDTC2L5hWeMliWmsyIIHB&#10;+53e4pSo6nAYG42D7qlEyNKDtBiHGHw+FPOL3qiHN5LR0oM13mbDSbGHq7gtFXYOgI5peoRujCsl&#10;BXoEBS+DHMamZLHBALSI0k79hEmP+oUgb/oks1royo2Otdv2go12vzTlDep7LYmlZqcnAVmuch5J&#10;RAIr0kRFs88HveKBjmiSvlRrZmTVmxIbHkMuFvoc83Elr6Bd2YepBfO6gE8OioSCLcYCSYit6RPR&#10;fUNGz0gYi1bC3pkzucmx+NhSYiwSuDz7hGH4/uGHP2x2m3nkacLDwNBiNG6wQfg68ptriYmwHhf7&#10;06lLv7PELoX3Wipqy4mRYAM8asseKavVezsBSOgjfrWjn/3S2ZKO/Lv+uCBs7LaA78qEg8lcLunL&#10;pLzwInZVKziRGD+fSy6OxMrNPeg5Ibfv9ZlW3woBjoyjr2G+jggmu6cyP3pg/WxZvdNgbjRZuUsr&#10;CusROeKy5/A479+o2EmOQPoh+1EMHvkxhS5zoLPwoy8Ec7OTHl+C7ZTkfTQjzoXnxoRG3aTuVBoh&#10;duRKEtr6yOWx2lxIHRGphPhEJABHz3QiWtQUI+qV9rpWQ61PRmSdLu8rdzEjn/dJiUgsihxS8Nwo&#10;+Fueifu9NiMz5rqK4Jv1NaFRTZneoNFhjErF2l5tAFRbDgrokIf6Rr/QsoIi31MpLxcIc5hZf+Hy&#10;RF9W3n4oP7zVbtXt1Y6RC3lOzYoy5DeTwfHZ6J5mT8a4fEkfj7BhzmwfmKykrdzdDUtmCyFVE36N&#10;9XQ5Jj4hXHsqe+JsMp7mT8x60jnBL7LPLcY7ilpowtFsQ9LTU+xQhL+z1kNcE4bgU2l+NsN++Ehp&#10;tK1AXb77/VUu7T/xdAJL+OambDNCMkT0Xqt7PXSjD1aLC9NJDh29qPeZZ9NnU/1I0BdLsgeW+H5Z&#10;Rhb8BIwcDeivPXfWOm9fb7RU7tnnkoERHwqlskGfTLHUI8TCGIEYHw3D8W2EOfr+nnEmS5f6zHSa&#10;ZSK+ZNqTo707TeXSE5nVmtLxiosZsmXOjlBPTzE1XNxeNuUHjc72mhYGdUtjXj/ifKAsbpq9im2U&#10;eu99Z3c/Hr6yKK439N0atZAS6Z4OIl6TpZNRNooTutLolAzwNC+ejwim+YVJGgCP7hYGCMaeCK42&#10;32SopWlRrxu3b5epcm/7Jysy7d1kPdV1UK29FY/Q8nouBoWkKPHAcfaaPYuVdc8eJBseti0jP5nn&#10;/cx8xuTD4sioPw3rckQMj/szSU+SsSYi3nanv7qj3N/Vm4ynaEMvzGb9/fk4cKABqcbRDbpbLSH7&#10;PRZP9/aLCAzoA7lCMXjc8hjhit7RZAzGKpD8scwiD8NCBIdtnD4xx0HEAqOGhzAY0LaH+iGVyWQS&#10;cTj3iYTNiechFXLA5/GJECsHsimpWTu5MO2XFfIgRVJ1W2ag+gEGzh9Ebjvfbuuy3NUJ7yOMxzHD&#10;JkMkmL5dazVNOXMh0w30YZhrFPJbUslOJf02F/X3LOGO5t/oyAGtFz53+sK1iRnAF/fknj8oYqAG&#10;eVq91Ptv/ou/+C1VvM2u5GQMG4CYhoIhxyVls0MyjxsISgiO2ABjRQSsEV4enlCsyDYDWZT4b47s&#10;9Ya/iHiNJfQbzkFaspwzciD7EYcP4m4yGOcRORiacpwbDEF+ke0Y2a/8/7y9Z5Ak55kmlj6zsrw3&#10;7e10z/RYYAYeBECHxZJLcMk93u2ddKfdC10oQhH6pfuvUMRF6I8i9EcRp9DtHVd3Jy5vl8ddkiCX&#10;BAlDYGYwA4y37V1VdXmXVZWVVs+XmVVdM3QbitgdYBCDnu4yWZlffs/7OKf7wPkzdOMYF+NPAnle&#10;kYTtUE+kHg1jjewn/cH4L2RkJL3FYWhJowUCySqVhzdvcO7mzw0A8gjYUffOMGDLhbaus9T1sjKM&#10;S5gOUa23BXeDYMiekRr9O+wF9bZQtmf+Zdz4ELcvYxQ+5DX6uiyo7YSnet8wjFT2NJfOM5nONsKr&#10;LHb6aK1hQBJ1/DgEKboBVq67jeAEr93H1fYxbkKye9yIr9gtsvTqqcjujnVDg44HGKM6XJoehg/b&#10;HkylLQ//ukFcjOWlS9NuJrU9BIAuj+0Zwl3MTo8E7p50eQR66WEl0vBb6DHDNm2N9eIeFzG5Jb1O&#10;uDf6TZZW10CQYEvX7/d5krNrwmKGqDb6V/neXzsMciYc5DznXOLMcbw5ITekjMOJj3UF4d4vjnXK&#10;ayxPTenI393kGJfKZJxtnrsDH6ZiMZ4s2puCMKMpDuN1i9LjxmDqaVMyQaHw4gsbO9tI7kVwH7D5&#10;8mJuZ/8IfUKsIG+vb6czKYzt0WSOGS2q3CK+CI4OrlG3V5QQt8hacYKtzSEZ7aQEoUPFuQDgqgXr&#10;5GWP2ySj3qX1Le/8ds91cKjHeezQC5MvW8PiMGy7MWnnqGENt/P+TG9K4Pw8afQx++TbMEKgTN4V&#10;/ZOn9lAzeXW0F4DNkF4cxKGS6wDpXGGGOcznCSjnEfvAuilGrJPI7s05nMEZjidRMxuGm34FGpcI&#10;NaFzZofThZFp3dFgD5vCLeJrdkTztldoioWFBPzg6fCtSBUm9wlNY3iyDrbbLeRY+3Q5yE2G+amg&#10;DymXraXZWTTxtjql5Qx9sD5YCb94UHm8sqIPKo2wnC35jG4zmw0chvksxvaSvkhlIqpZu/H+nekl&#10;c1lQLKpg3tuhagPFTwHhf/bgms2ni9UjydJjjESYbttTilDOq3W08MQcAhg/gAYLJjNrgCsG4VaO&#10;bMbTtOJiwE9gV6Gin8m0cWGgVBILdburpK9efulzb4C729raB9WOw5Dw6FECnOApXTl58q23v3Hr&#10;kw8++ODDkD9kkGGB6mJm54BYmBOjDRifqyD5v/HNb/3NX373vb9954VXf/+ffGsJFyi4YyQ8bz68&#10;hxnR/NLy1NTCj975UdgfzGYmYGdV2v2Z6aW79+75fLgh0a6YmSWhSG5LmaMGIjcScsUICI52tcvD&#10;Ll5n/SXLOhEwOAS1c3WOJpA428jE0l3BvGPhrDdunoGb5+zEwzsiCkS2mKpzcqP1iHXOAnQ7kamH&#10;SVKbzL4CyNRNZJOq2gmjSxSNDxQTTwe2tx6A937uwgs3b95IZhK56SnAV3KdwVtvoFWoRsaKnA9a&#10;gWgoNHUh228aZ9bO7ew/KhXKM3NTkEnXSkfhWLhV7zBc4NGD+0snTt66fi2ZDEtSGFfL7s4BXhKK&#10;sn/5wdVPLl///Bdf397cSSQiEGGikzebzhweVpyJFXKqVHI+ELhrOUy2Y1Eix8j0+umdK5N1LCEs&#10;kRmTcRHeLn6ub5j1TgebHOIJInIQmHagbjOctiGecafXtleaVyqVH9y7X87ncSkw2DCg1oiUu2G4&#10;RNLAaGd95Bz1BCmposnkgLwCDN5sneacSxsXFDYaYr3Qvh+ZzL71jz4Xj0SrSv302udwFR6ZhSO0&#10;f3CyZUXaeGW0TiJJ21qWp6bTiXqX+S/vP+TCYjRhKsbhMyexN92kTAkaozg3+cH1jW/f2kZRTKrI&#10;Lp+Jdwf0XMYXjDDlOg0TI5yfcZ6t1rvnwuIzy5j9ITraQttkxg+6Qz8zk6gOuozgr7aOclPUnAx3&#10;dkyzlf2jEuaEIZ6fD5qRE/6jqgIy6vQJbN+l+5jhGMFL0ZTeLMMGd3XjfqtWb6F1AwTNgCvt1qi0&#10;RAUCMzNJDbZUOP369GwoIXd61N0GturVGL/A+zB8KCr6ZhWmwCq93xBxPFfTYYvpVXrFI4WURT7K&#10;46uT0UTUh+29LuGKp41AKCFYWpjVGYNekmjNDvr38tX9lhYKU6ei0CbudXdAPqeleI+lu221vlOf&#10;UDOS6LfhxR5Y8FAeIgVoanJZiJRYdKt17pU794qtzyVfXp45efegRlOHkdWVX16/St5CuWs2jRle&#10;ly2pY5qRiWT9YTF4aWry4pIFmaXeQzZyhzH9csquVOdkvthoMJrQCIhhUsMTLVlGgB6gROeg1qcQ&#10;SV1obFQbC8zSesU8rCgLSXBYJgsZON3HqTaR9FcHsHXAlgzanNpnBJ+I2jp4tc07Rfu2TU/muDPT&#10;4YxoIZKvXKP+7I4CxIhT6quLgwsTeibE1S0hIuo/LbAbLdrSmWSICcn0FI1GYhLQOJsJht6efvRR&#10;kxpQ2Ri19EKo5LMfXS3k4+G5L811BbrIDEDtog1vMpGWDrsb2wV/IJyeEUAz7xYb1EakV+5QZxGD&#10;xR5hzzofu1JpMhlZs6i+jxX9sVbnKBkBhOMPa1SCZ4EYZNm2OnS9b3CaMb2QxJXZNqiBD/JlP9Pq&#10;QydQNdX5N8+Lulprl4N+6/VVfzvr//n14itn0wtpptMZnFuwb69Tn10rLyT8Ac14+RT/w580An0N&#10;sVmJGQwLZzs9vXzU+nJwORpAergxYKyeiRIBLpAkndiE7kMqpNHGJYnutG7DXklxnY6t1rRV8HKm&#10;fdSy9Y6RNIXTJ8MbB10rT0OMfumZCD421i/km7a60756BArfPn8p1zqCkj+6A+VL35B16533i996&#10;O1PqaJNp+Y0XtXMl/uZ9uti2iq1u6Ia2+MqU0hzMJvmrH9VZwV5ZlMoN6+b9vuSzZ5JSQ+AvBen6&#10;bn+PZ9FFnB/0G1Xzrs2ezdrzAvVA116ckfYKqpH1N+63/8Nt/aU3Uq1da1OnV1Yw4e2nsY/gpWJZ&#10;77a5awX1zBT/xTR/IWL823/zACeabymazMmRgHYpTWq/LHOA5qRHDfXZtD8qG1c+UdhcIBzkBvi7&#10;vok8kl6XXwkPDlZCczIHO8pWkKjnQ1EmedZ//lyw96jRXK8UPz1Y+9Yac9J/dLlERUXdZ/+vh/pX&#10;JsWEPDgZDCZ9cJYwi6lQZ9BFv4KfE2SBPWg0z6W0aktEaN8Sa6N9yFTt+sDezPcg9f7KF7IDm75X&#10;05DTEoEi3YdrFcl0jYWV6eiZaauUO9hq6zRyLmdKzbpNQj3hxYIWTU0nY2gzU8kI0+obmGCTnUlb&#10;H3BQ34iYq4t1x2aCUSRtYm0zqp1WBI2RthxPxh892oDrEdFwyKkCtgtLcsNBBrgJEu8vI1qScdSs&#10;HO4WDUE+MT2RL5WBsAG2EwDrGOXiTtOuNRQlGImabOewdYVO1vUMK82Hk33FULebyGuobgjydC7+&#10;/PJLce2Mfrhx9/Inv9gIcdbp2W+unbSPausbe41Sh/r7/OUCGa/bhiaMn+0oj5wdHjG+ueTb0Pzo&#10;kbvWWHTtePQPZdtPx846NOgT1Ox4yM9xFJNLW1q2K/F1K3uczS5eFclKIeFYRCFFahts2h6L+rFH&#10;kcRPJFc5nB6p7SRZDLQTWwJJC6YX2PY6EUduK6HLwDH0cE/v8oKMu/uhrWFasbOtdFy2rKuhpgkL&#10;5bKWluWqbV0VnKOkI3ss7+1Zx2G9Nu2l7nqwi7bcPT1jeclQbq7V2PEjWxSLHWYIO029pCLYDaNy&#10;taSeGphlXY7dTZ12Z/eurM8ei/myvXSrJ3j9UfSS5w0mhl7K/ZBdXa27OaKHvbijAGiPyHV+zKXi&#10;vJhm14xKH6c9OSHSx/2+lnfaPVFfPMryZkbRycOf9OKbPMWAKzwci0Uj0N/LWCYb3SHlT65XzWJG&#10;R5+ixs5E+zepHkYnsOm2CzM0/eQpja9iHz5WNUR54WHAbMOvjxPIowYkc9Qw5A00huXU9PFJe+wo&#10;t6nxfq/hWMBNivUqRbhQKGz2W9CmqKraazazqeT69hEOdCyRggzy/AsvQVYoQsq0v4uRUUfp6tit&#10;STJMg0B8NC+xZJ9vwWkJsy4J8XOe1EETkL6Z3uu0XQm96Tr/KFJ26hh1ncvVhRs4PQiscK4QAicp&#10;rznGndSQwlgvgI3AUZtk6lrDMxanGn4DzgiE6I0mVbT9sjCnEnyjE4c7oCwZYZIUaB55vwjSwnca&#10;rE6OJonmQFJr4WgeuSw2ScKRRJYUmTmstEDkGWT05UB1ss1nSWwOYfk0h+cyHdSL7HbsT11vgO2M&#10;mExH9kAk9Zab2s46Tn1ARoY0X1mEO3NigEwHbjrCdKJ/tm10gPggTQMIIqGIAGW8OGN30KAotjL3&#10;E31zRXi1Qz2XTKaD5kPzbnMxtBDor+3sVqjw7U47ztbZVIhv7PS7NT4SDE9EtFjKrvWPlBgLM1V5&#10;o+kLYGrae+HShU6338wfkE+FeG/QV8STZQLJzAjHJliP6MCxlCPhiSZyBRJN5HeEG0TCyxGZvpNI&#10;ZdvDN0Jqcjnk0BJd9IM7t0EOv/6FL83MIKn6YblCkrScHlcrlY4+e/HliZnc3/7w+48eb0q8bBmO&#10;44LqOy8GLzj1ve/9xdfe/L1q/pAkgJt2MOD75h/907/+6+/8l+/+x1cuvnTh2VN4EiQpY1qKY331&#10;ow8qlerJlbWXPvcaToJ+W3n/Fz/HV9CZxJBwDQfmkqvWMGlXqu0ZZFypriNWp90MeM4NtR/57ckn&#10;yQ4d8+4i7a7mOBvdB+OcwRLnCPMNJ6zCJOHOmtZVOsD2qgZhNbotwOgjzJvUMalIeDNJ0Ddp25IE&#10;wAwksq6tnQzHAonEfGZm0h8Sur0iSH5dZSOR5O5OYXYKtc+zhdJeq9NAktnJ1VXcygr5IsiIqZml&#10;6VyuWWvSsjU1tVQ46Pt9gVa1NjM1DRkCHNEfXT388ptfD7DcFoVm2oNXXrpUrNaUVndiMv3TH398&#10;/vzZwUBfnp++/2Dz9Np5FrQ2xx0UyqIkhoPBvf0jDOHI5eJo2x2HiO2aeUm9Irm4DNwbKdJ4RMK4&#10;cKEN9H4gKAPtgjkLyLzs42Jp7P7C9VoDugVMRgzi6yantdoLOFp5yTJUp6uJtCKLEtkWYfFtdDpG&#10;HcB+4A6VnOoiMhwN+OUkEuYwbUEHlW2R74XejkBs0XGRQmgNxbyfEZdr3cdBCQxqneolHu4+TmfP&#10;bLf2UE0UBtxl/L26/+tr3/zhJ/9OhEUDWmxbgK7gw9uFkwHmH30JQ3FiO4bwXhk0wzzzcYn/7vsf&#10;M4VWPOyrGVZ2LVfXtKl4eCYVz5eKxb4do0RbtS4tzn+y9/D2VqnUwH7NwOq41ewvJEK3t2vUrPr1&#10;M3K3U1xf711Y9rHo9uF93e7BQdP4ZH9ApXzzPtbHmJW29XJYmp+gLl+HL1WEsPlaaysHtbuO0Bq7&#10;i7DbZp3rI9tPoxcT4DPVVEZIpUNWNAd1J1psuvzNn34kUXY3IXBnJ2qcFBb9FOJ75iYpnznN52v3&#10;9oV8x4wKGNrhk7NlX3e9bDYQgODfWaMnI8JAa8H9lY3kHm4g16wdzCwl6Oigrdz45YOpVALGUqoz&#10;QFhfMj6RnUGu18DMxK9VD5SAEN03ggcST0uaSPX0znOZM5PJ2dtXPl5ezW0EG81+jZoKK1Sn01Gm&#10;5s9iF93TS2++qn96tFsF/KbsiOyzVLBWPJPw1V+dXDyVaFA9JHFpO61Of4Cryu6pz4A2qgw+KrdD&#10;STnU0BD8GxaF6UagdXMjdmr2/IXTB7XiZRFsdJ9ut2GZ2Okb7/3Xvc9fiGdXtQ6PDC4jKloRweLI&#10;ZW/GfL7NhtFQkW1L+ztUqKv/yWpwtzS4vd2vJNlXF9iJGPPNC9JK3G7RYr5rQev7Qri3NxAe1IQv&#10;Zqw5Cc3NpIGkBtk5SC0+VGw1C91uOmP96ediJsmNR6ohEz+DK0nY22vt/MUNCAkik/HJtZwYirQY&#10;7uTCySAfenBYlZL+iYu+rX//8cKRYXa53e/fob5yksr50DWFxtGP17XkjLwsm7xRY3n7HdQ0Kfo3&#10;YuFXZuZqu5sVvsX7uVRO7NeDuEqTAtNAO0C+TVV7QkXRuvrC66fEoNaraI+L4vlFOpGiq03t5edz&#10;qmVUGvZkimv1zbVZe/czemunrrdldV96/mTg8l9t3a32oEZNzCW6urGWjX3vP1zpyuKFNxdQqP3C&#10;SoASVDQ0yZyv3oJvx673qIBAC7y/U1W2t7uyxtx79zHnQ9pbIP1MKhjF2JL6rDBIB/jCbFgOCZGT&#10;Mu7nCGM6Ldkgdms8e+lktKQaHfBfcT+u9KkEP70YbLRsraBPzyJKyhRRIBwy5+eCV2/r519afbDV&#10;jaWF1ZO+xSR7VIBhWEAw+XKCWY3HdrcGP7uFs0Ru8fyZFekHt3u3YBvOMnyPfGQ/s+1MkI2F7Xgy&#10;PDPHLlTpO4p9+LP1dwX2peeSV25AF2w/M8fvaTYtGY+vNKAKeuWZ8PsfdX4u8//ts5Hp6dj9u2V/&#10;2+xs96togbJC3d4A3OYrS+JqlP3e7R7lY9+4GPrs/9lr0Xbw89Pthnpmjg3w5pU8C1ft68/Hus1e&#10;UWOEgBn3aZ9c6/z0YfelF+OLby21Ovq9/c5KVzhxLv2YZdcrBiWz7Zb2Ujwu0QYsFF2ISWBa4UkI&#10;QqPXz7eoT3epS4u+Zyf13SYoBSsToKHLMRjxQpgvrOt//s7RRFb2z/lF2qrp9KQYygQzWmOweasS&#10;DzBKSTEURvZh9STuLSzcSB+1BFEOhzB7Vroi4vJ7Sk+t1BF/HQGLy9AqDdkTSGAFgh+NxAxSJNQQ&#10;Gi+ajsYT3Tr49gH+HAkESOQKy9cBlhmS6KL2SU8GZcEowAUQyWGZl956o7lb2Xy8Hlyem4jFy5vb&#10;he3dqsRHEeMvi3qndlApWSkDJ+u121r3frN2NOiGk7Mn25lwD3utUHyt3to5f9q3NheL1PSuZETC&#10;fvGo9e2r77x2abHW7Fph6e8T8A5RhmVTv9nYeIwkvX6e/z/IegwV/7q/o+lRlq091lvjYXJriB4d&#10;dGANadYREPjNL8lL0hr1CzlsBTlPiLyUsd0SHO/9j+mbvW2SS70OYeKortZ0g47t8dDpYQQR7eUS&#10;jeTijD3WIzTqex0BPuKMtKkR3n7i8LokhG26WtFhqjORkdBj1caeodcaIrrjwGhrKE6nnxCdU55Q&#10;2nZQKH08uWDsp6K0hy+JGnYYPZG6TR6Y+L6cYCXL8+5SQ/RLU2OFQs7zjCVGOZZA+7il2Ro+73Dm&#10;wAxj0MaKrLxUZ48/9gpCRyB7bIBC2eO52yP68akUtd90uoze+LBr6td+z9i85ckmXYdyH8O6Yw7x&#10;8Srq49alX/OIf8eLiuu12jCyptI8NDcw+CGW4vXXXmk1O+l0MhAIt1ExyhgP1+/rlQKHXAhJINwX&#10;GGqkqnKkfIz4dol8jXFSwpwmaiLQZx3CmXXV+qY3BWGdkmLn5CYXD3EHEsJQcwJbySqK0GBIhXEH&#10;wWJqukUv2HNbnvbAuepchShp7xFHB4TETdkcHNECtDKIL2VFiNTQ8mNQvDvZAmUMc4lB8qNNeFCw&#10;RXFHUgCtgFuNvl4+PFheO0eyc1yiz+kzpZ0iMs4h8vA6B+DW8EXSaURwN4F9JLhNI+1nBukNJYlz&#10;rgffnce4xnrXDu5oQQngQyivY2KwnONjktEZ7eAF/I3pSO/xIiUS20ViuizS8KPUc9GQlFiW0nty&#10;LUFTYt0oBFED0oCtK6/sXD73YjxEbSl1XakoZ1+YKleucfuFc9MLiNr1K5YmhBHtUEH5D5lgyNMp&#10;yddkU9FIn4waSM0SrFB4a0Qt7rBnjsXSm5hg3hMIRUDaOIYGVnDBisPkO8JWe1jBxXhjKzwGzDmE&#10;vmbu3LnbqbcWViZ/7/e/iFYmtNnQrmCHoR4+uPPhn/+4jcYOFAfLQfxst9smJCzPAxBCXPFoY72c&#10;L77x3Av4aKOJhCijpCDxT//Zf3Pr5uOZySl8jrAXtevVW7fvTOUm52YW3vjCV2fmJ+vlCo7qj9/5&#10;656iuyXHZKTnhN6RAGZIc2naM+V6sgh6CH5ZJ8LAjVr2PjucCfhYMFoB0a1hc09G3tCuD9CxDBM2&#10;PnCNuJEJNCKlPOTUIme/I4PmnApu5x/niOHFBIJEy+Re6OTkIbJ8UukAKnvlxImj0uGn1x9evCR3&#10;B49v3rr2+heflWXm1No5nOiMxSUTcejOIpHwB798940vvKb1KaT9aiqTmswm4mm0+ii9TjThu3v7&#10;9vzSyn7+YHZqAoFsSNHazxcyucj3vvPn/+P/8CeY7dy5cW82jRQ6M5ZIoC05Cg8hT7wVeA0482/e&#10;vHX63KrSxRZXy05OAqJDh4WGCZPo1jXnXuXG8Q2IwVngaaIHoSOxJJmvOs5vbIhI5yIZ6XAyEp8w&#10;J8akCaMpjplZmm03WyTR29AQTSyTtGasJaQ4m0QDUiRWEocTBxNXAcp4ZwOTgYDf1jG+UFp4e90u&#10;iZVz/CHQaaGvQ3SCXnBnNGzMaARMbjUK5GGB4VrIAwpAMEdbqgEcaqv8Ni3TVaUAm9yli9PYp9Fq&#10;HyHKdwqPUYSTYIMFvSWbatGsVbpKECbQnm/jkb1Trf7xl5/VqB1c6rsd/fPPxYV+HOKRnzxqr+vq&#10;isivppabqgKmN2rTr516Lhaco43+2T8+/fHW9V31ALVFz075X45DWtFOxzNLaXYpqsLBfP9Oo1aj&#10;LuT0eGpbC2h7sJHazJen+B5j4Nrr89xhXTsPtuNe9cXz4U6/tn9U9Rf4haWLrfW6lmHru5UAG1ST&#10;nBnxQW1ClSsbjW6GT4SQi7Xz+KDRsTsKGw2amjklBrd+dP/1V86RJahdoO60OgctNDGjhMzu0xSK&#10;fPAIKPhdSHTuFlMrMz40eFfbUzFfMhR7sLmzu3VEs4EkG/2weBDYfJiIxxpaj2X9k3IE1VUYBrKt&#10;SjSc2Xm475fpLi/emjPPy2hiVXwDMm5UP9rY6NzC1je9kMpNr+w0tza6hXo1f6daKu3cP7v2cphG&#10;qP5scjZeT5R+dO8hVuApf4LR6QpF+5YTbZrZULopTS+jGynmp7p6Y2snwYYv//R2MhLkYzwyAJWK&#10;vf1ot1Kq1outt944XzM4naEzEEY/rN/49idLX1+KGFrtfuln9wt1vI4Xpqg4962ZYDDC3jtQvl/W&#10;vnVeOp81CiorYHEI0/v3qcKR8cJC4FSY/qTYQvfafGAw6yMSFlaz2py4c2idXBR+sS/84nZnMSb4&#10;M8xcxN6tqUi/xarZIxp+4UzQNxkYmEEsH4KPDUPGXlNDSakSDT7ayQabqBE+Uuf4BbvE7e4WH7x7&#10;763fv9DPiVcG/RTeuezbLRWgFxJDvsG1A+rNRSoBYgYxVFSlqr4eF/Yf1ndV+vcz8a89/+KSGHvv&#10;xz9ZV8vbQT4zQff93NyLUaug3ble76HvNxeEoTwq0sHqIH95vR1ffH5W/sGOLoTFtaweSdo90v8n&#10;VNpGq0iFeKrRt3/vKzmIx4OSfadgbRfNIKqP++ZkLnpQU6o0UzJMfjYBu2T+Xr1eaqnroYuvh5IR&#10;XpDtWNgExoNc2cfak8EenSXtqbfu98VMitWN9pFa/7Su8dQzF7IxTluNieeTVLUhZFldlKw2Q7dC&#10;/C1UzFD0tevFEy/kfBz96MBITQZXLwYO2vanunX9kTavSX2dykSZE37uTJS7CLxtikpj8PIKNLhq&#10;GPUMs9TtfTUV9PtENhBpW376C1+aTiaYhyXMldilSfnBbj9sSgFfv3SnUpuN+xO2VWM++eFmKBya&#10;OQvHcrNOMa1W/53rNUo3DyqIp6duGtbn5sXChlLcq5TR4wwZBsdffdhdeD2xi3N/o7z3s77on6vd&#10;2qv4fVNz4TslrlNVzTDCNPj3C5qcRMu9BX9Avaj9pytH3/rK4qvpwd097d8cmn+6LD4D+4SFCZdw&#10;8q3Y50/VNyuGuhg6OcOd7NJ4xhv77dkLWWLfTaGd2r5e6Sz5hemof7tWbKoY9FKnpyIkLdjiT6Tp&#10;9x83F6bZjMiqFTNf7m/26EiGD2DDg8mUYuSlKLXXnw4H4jKFrBa717c7fqYb73f9vI61oC+aJHg2&#10;MZnDRqHSHYSQz6whcIGHVR2utFA4nO4Otg/z7V5flkS9r8bCkVK5DHrBL/t7qi7oAySOhiQedQ8Q&#10;UEHxlUona+0OS7Jq+Eg47I8n6lvE/EWqjDD8Z/i+aSsD44NrtyJyKLAwy0fj+wyfXFxJ0TY0hmVM&#10;Y62BSgfYTNSIMWy5cxEFjqcj3cnWXrX66F69EA4ISdkSe2tnF2IZuVWrRlMTM/H0xq39fo/JZkOk&#10;aWkqdjLu+3vleD316VMQ4XcB19+5QX+qB3Wcgf2VZziGt0M3K31s5x35im0vy9gBak+gc/t3YRhH&#10;dsu4YaXU0DZrO9lOronwiRhpih415NoesPJIN8daS3vWQjeflzqOj6aPKW969IPDXCyaPn6lrmLO&#10;qz72fLge+/v0QGAI+izmuDbJHmdoPYjopCtbXhnsE22z1jCgi7KpUdr1CGSO2XK9GcKwT9gLYrbH&#10;GoaPwTh9/Oq9D8LyDMBuJZCLfumnydEhvzkqCiZon3IDcZ46i2zT/hUoOOx5GpOgez9pDUnzoYnb&#10;6Uh2/LdP1wc7cu7fNbOxHWGCw2ja9tMns/0rjzdO6lL03wVSj0Hv0UthxjDz30GaQY42RILQovUA&#10;fCZyE7mpeYlIlKmJSBwEZ5/jNXpw9/o1rVOOwXlk6YjNsVgSdUvqTykDLgUgNaK7tsnO1SC6RRQQ&#10;saS5FBCnP8B+2VFtU64lEr/B8zgpU4yTgko4MifKDptmn4M0GYcJZUUfESlif20jEMY5N8ichsQm&#10;2x61zdFPVDkxjo4Aka2heDWAO3bX0rqEknKud5OkvpEMPWJDNFzzNjZ+dBellaZ18vTpyYVVtaES&#10;Bo90GOEtEOMiQZuOPAVRLHB9ttoKXSgAu/lkP217/CZWBMLcQayJY0IsJJ4ufjijIRiXRFuRFw9x&#10;r+HoYIi6FTSyQLA3edEA8E5EFPkZQCzLdqPsnRI0SD9pJB5D8NPPATWpAcY/CKhbyU7fl5o6MgSr&#10;2uiVH0QtPcs39dmq2SggVzOziDjtbfCzPiPICKgapPSqfnDEp3IJaM4ycjQTDTPdBsnHRe6i3493&#10;C3IVd6ahBsJ2/eGE4eQp5zMB/yKwQ1+0s/aM/o8YYVlCa5sOKeoSfqgk4A6Lu9v7j+FVRtEfkBVw&#10;YbvTaTSayGuEAhqnBiGK4e1meUdpThAiXK04frFoVK21fvD9v1k+tfr6Ky/lpiag4EpPzLz66guE&#10;sCfInNTY/uNv/RM8MszUAGy9Vn93Y/+XH74Hjyj80LLP59rlgfRYAtAEckihGCbKFTfSkIwecADw&#10;BQi3kOAEZGuR5lwCXwcA1c7b8cIkyBILdp4hTbuktoHoe2RfgAtxrvPcUfETMf+w7ZwZM84zXpQF&#10;48gh3EYDiIU0IkLo9RUo6hvN2sqJRTztweOD+fn5aCQKarteaaJz+Nz55/B65GDg4aOHyXS6jUyU&#10;ubny0SbOm1ZDOWLLiUSu3XwsSPH1rfdnFpajkRjU5kqnH0tNnDtzrtXuzS4K7135bGb6RA/llpev&#10;rJw6X6sim9Y4/+yZy7+8Nj0z1WwpmGs9eLg+vzCbTafLpXXYp4tH1ZbSDsInnibaUAbvGuVfMHTh&#10;v6IPW3PgWwjRgT/7/W48HELed7ut4BJD0hiJNrcsWUDmMoguImQXeWpmKoUI7rAPrTz4UZG2eTRF&#10;QxIB+RTnLFxETUATqbws+RLxOJKNs9nlVrsD9yyKwCuVOi4MADbW0dJzJFQMDZVQ5ON67mt0uU3f&#10;5ayC31Kg0miY7ShrBxlcX4qPTzeF/Q828kGTLbxXePa1pQdUfuDrfdr6JBNOqCYKYEmZ98amEmSo&#10;iGz91Y/zW23j7BzInM3ZpfCng2o2xodoqcEN0CL+qj/04e1eM2rVkSvbt8pH5srsdJBFM08JLwVL&#10;Cr7ntdylD49ugkWNsNaJBWlSpeI+zASTA031PZM6kvhDlr5d7JxZFkKNnn69cPkmPfvF6eCkdCnK&#10;PP6odf99NnDQ3BX3Zmlx8JMHexCqrnUGxRI9CMwsz9XXD0NWpIOdJuBQs0/lAuxWfuOjG+JELHY6&#10;0Q6kewr+GsVcZXwKd97/dH4QaPTqc/O5B6W2GvaHUTKHRbRvRD4rGMHg3MlzgVg2GLQPfv6BEvIf&#10;pWBZ0TdaGjgd1Nk82v/PGD1KbHfpudRVWqKQwxyanENQHicsxcNUi6bXaydTzPUccdjeTKsLcZne&#10;hfyg4+thCcXm2arVjqKnspFgPG7VdwYaSfur7PzZD6/Mn1zV1pICZ+Si6S9deI7k3vNIde2FAmxY&#10;QK+yMTWgDm7V0at01i/u3CiVav1WsJBby1UfF4LpeG2vIdTh4Zukcn7fdrBVavDZDB7izYnwd7dv&#10;VXuGmkUcnUzVOzRS3Tod7t3N9mr8Lz7BhllqxUXxtYxBazEyQLHyWJ5FKxiXf7LVOzSoP1yOfSHq&#10;O9JrU/ATQv3CUxpgQtF+cKvFGXExwL90NvhciEIGEoL1T0QAvVmSlUbtIfMZSxkqhRjb19S02/c2&#10;Hu09XjpzstjcUSTaPxtU8h0qIbc6xRwfz/kjf/uXf/vDh4epPzpRD9DFikpbPV+Ft4LCQARzDEQt&#10;NkGL4ZPKCEjCzRe7xa32USr0o3L95js/RDgYBmxrS367bfzgaiuekk8nQamKFy8m71476kk+DBOL&#10;PB9eDU4Y+tI0ySb8KljrrNlW2aMO1embiLYCJioU2roCGbTBLkVeTPErE+zSFNMMMo/MeL6uLU8E&#10;kwjEaGjKo1Iu5a+C9ZTFP3h7pVXrfrJrf/WCr2/A7GopZXtaECaUQbGnJTI82RxcDPDnfNkgA0NM&#10;qUMGjnJ0cFKCqVoNSFQMi7fENcD58cZk3C7ssgmJvfWorZ6Ira6gDZcJSPRB1UIb4hRrSmFGP1Bz&#10;WH5wNUXDSETfKmrFSuftF2dZBpII1aB0TggtRdgP9hEXbp1d4J4/y2zusf3SIB7mbz9Wp6b5eIxC&#10;i/Odj9t8xLffGewfil9Lcs+8mf3k/Xrzk37vToFrU4k2GHgWxdpzS5HNnYY/F4Qh1v/y5H6i9akl&#10;fWueSVH6z39czZ6J/MHbGXU3dPXdSunDytl/PPXzdVXw0xi1XnwmMB3RG21rgxMvqxErLKZk7uWX&#10;rRk7+PHPtpU3Z2B8per6v7tnvpVFGjQ34bMEqj89HToVNII1NQ/vUZg7/ZrvQtd/a3fwacfeHOhf&#10;mZFmgzQc5ViRnklhgNK6W+h92mgjUC0tMyeTwVNZs2c1dipiq8fNLnBIwXrYgTqF/tIX59N3y/db&#10;fS4g5huwe7HLIhePxTKTJ+h6DJXJWr/XqZQrh4eQAnVMO5bNToVw0wmgt6CwA76/Bmt9FL7YFJuC&#10;DRiBUpam9JRINBKKxzUI/bBz80nxKArdYxh6Gnrfz1uIquqrfewFKKfur9Jpx5ztuUbqJcktHkY4&#10;lPZmZ6Y4ZVDtaSGf3+50U5kUPbBrtRoG76lU2pYk8BTx5QU5EEjmUuWNXbPRNjKJJXo1Bz/PoIMV&#10;e3Pz5rff+1FoeeIPv/zll5dO/Xf/Yu3VB7eVUuOdj987cemi8nDv/ffu/POvU3/fv6xRoA792zbZ&#10;lNe08rtZ3l+BwfZvFZMO+U/7iR845oVHEPSYtv31iPopoD2yb9lukY6TuUy77UTOY7ju0lF0s8s7&#10;2h4odYEZ5UZUuTypo/DGDtein8Q2rsTWpRqZ4wobjxl2UpcpzwbsphPbxwW8jDWU51JPID8XMbJD&#10;7Svt2SOPaXZrhP2OhwJjBVDH0uPxucIwE9gLFDnuKx2LNXbJV9cUO2YbdRXOo/wq2vPyun1BlMPh&#10;WYSBd1XfIwX18VzA0T0P6WyvatgFyRY1/KnRq6GfeLnUMdU8eseuiNo6HhN4B8KttLKtcZXycVzp&#10;7zx9R33L1FjTLj128v068PnUmUyPxbCNQ+InzlL6+PCMv7xR0/Jvh74klQYozcdIRh/Ze53bNz4V&#10;RemFl1+CzxAUFDMgVpRkMj4QtcOdg7PpycEASVWCUq3yCBEyMXvFQoaKFwpCNYTWI0GnRyLRnc/A&#10;JntTJNS4BmUHkjolN5wwrISCWhh8EYaDJMNLt1yRKUEFRD5sD1hycrrqYMY9+QkeJd9GORlphou2&#10;3I8GHCJKcHWtiUUR5XKIWwJEhNiRdWLILKchjEgdHHm76iQ+46/BYOFBZ0+sPCS2ZG/cQphejndH&#10;IxCqco52GRdRJJnMzE71e0qnBzIGZDFXara6g0EEvYGi2Ok5AJsQURw97EAeikpsB0URbY/zXin3&#10;5MJLcuA3EYviG7DRIbJYV4JBjpeJysMejJHIuENAAcgsEgoN6fUALDiL3l1JRJNBH0GNfl8PmdA9&#10;Gh0grMRDKYpyLVrG/bQHSIf+KaSLhHrBV+i3d2vpdu+dH37y8dkzb9eVrs85enqvL8pBtd+ij4uw&#10;McWQKNMNfHNXN/e3G9BgDZUF9NCGzngGAOBL6Dk5QXfl3QRk+mqtXqnaJKca59T+MIGgn8HuH+iR&#10;JPuiZh4QFhkPaIZhODjm0S2EfKkO1RBkeXt3f3tv/+yptYvPXcQsoLi/G46nhYUl4C0Z8lkZNl2j&#10;VMzfv3t7a3sDxWmyL0h4RB3bmjJDDq/ucpRuM5BB7EemW7nmGD8wpoDnE40MvBOnBHEBwwdYL+Te&#10;9sITGceOD4DtnMZk1uGcPiSjAueh5QB1L+2PGlPAEDeJYQ8PmmMOx/THcrrzyKgTjDfwNqpnofa9&#10;9OyLW7v3C6UiIPnZCytQJoLwRLTb7Nxs4eDg1NrqlY8/nl5O3Lhz8+ypS5Fo9s6Ny2DEZ2bmSwf5&#10;hYX5zT6c1rocCF3/5NqFi+cPth9nsklOEloKWhX5Wzc/XVk5c3Lt/OxM/+rHVwJBrlTs4TwESX1i&#10;Zf7Rg92pyaliAcW/EXRhTYBCN1k0E62cPJUEf8SjM1TGm4AlDwcIrlcdUFXwIXrczQUkDBdE7+g8&#10;1btzqQRtqOAORA4lMr6AQPY+gqkJFDTHpFESJjFSgsyR5uwBSaayMCnRDKSNcI4FiGgK3LwODCFM&#10;h3ePhCNkoIQgUDTDqJpTfIdFx0RUGSvR+7v3d1p3uBDjt+FqWAqy51Gi0ad7WvODg4E5LU9gOAWs&#10;tNfkUVA7Gzb8DNs1EQPUF+SwYdb6Zqdr9QOIqNHYtQW5OhHYznefuRhZqRuT6Ymf/eJhM2Bls5yl&#10;cZ91u0lUJrEDtmtQjd6jHnd+Sb99/f6rF5/DQ9y6W7x0aQlh7Lrew0693a1eurTQb2/yQqfT5FIh&#10;iW7Tfb3zkyvtfjZARakAxOM6deeBxnZMmWOQ1HIX5j2OuSzx8QOlcWULQuZz53M3392XVK5F65uf&#10;3o+8vBrJBoubB0yCz0dZCg71nSKvM92EpYqt7PkZmMHB24Cl0SI6m0jUMBycirDrterDg16jdave&#10;5pMSJdOtsBDEfMAndExr4cUT/ML88mwm5NMT0bn3Prxu1wq7qHf2CcWmQmF190NZTdc1rij4UBAa&#10;Ebm1SLJLSkLM7WY3GRTWnp3avrH9ghhdj1s1kd5CfPSqMXFCpPLdQMVE8VGzVFllrD0aHW2D+VgE&#10;6xfXVXwBttHYN/PtdC5aqTbS4VRIDvODZqG05QuQ0VrbthVqwJ6LJ5JSszNo56MLa9HTL81+/z/f&#10;iWXDlQls3GP9x0f2RDaCDB25EoQGhPcfmcyNGw06DuevuXoqcnLVJyjLN/7r3ZQcsnIyfS6ZM8z8&#10;3Srl8z8jQeTDf/eDtj8i5uathG1/bmJwKuJrm+aDckmTyZCxonFVjd/d79yqYLkzYmnfuQnLlruI&#10;XlgMhnEmb0IMwQgqVA0+c7doP8YzB4R0GMSXf0ALVUO5fXP37uNyZCVR93PkZI/JVMDY3ikecrXs&#10;UcPI+ehEZPOdjYuvLXTrihiP0k0V9kfoF2KLoaitBWgSd1RFHrrFfIw83tUUFWfhEC5gsoKlWsEt&#10;lxJN49mU2O3Y71/fA0BN+NkTC2mE5SdSftXmarvlhaXkVIrpiqLVNXaPqLai7Rd1zDB3+oO4zC2d&#10;ivpt+vpnZaxhv6xbE1kuKRvhHD2T9F/ZFFDAtHEjL8WCCBzbvJ1PZeKJxfSRbk7PC8sM/cEjJcLa&#10;r50VZhKDVT1yVgxcr1Vgl8iFbCTpP84b1zYMjbbPnA/Jllmpm5cfDubiXHpabir9O4+Ms1NyJjII&#10;IUF6VuCWpcCk71CjHx6pM0nuXA51S8ZhwwgxNgAzLpbZSX88qOf3Wpk0PT/BTObE+6Ui8rD9AQFW&#10;1BxUz0H+teXg/pFdPuiGFn0IHjns8Ih5YgSzXLbjCX4qgdInoXhEvdinjip6O8YtJdgXXon6fX51&#10;OXz/g8r2owqmG7MLkfu1QROpI+VeMRRMBailST8M7/d2+DMzwoUvJVhWmvAzdUV4+WtcEcFoXSuX&#10;EWYQg8jBhwRLDuvnjOjAPI1Pp2NeqxoSLaH2ycz3bv1fd6vlVuzMZPArUxZ6jxgd9+cJUvkiREK8&#10;7LfWH/cl+F0QQiCanz8nv2WKm1X1oDa41qDPz/syft/AkHZ2jjAkwouodRhDVozuIOtP+rRQYmpg&#10;pHHHYOb8Nr/f7AiCKpjgmV8PCPvlbqVMpTPRckfTCkd2biErBZETiaw+GKMYEKO07bdojeZNDDJl&#10;idH6YQlKK4xgzFAoIIWDjD2A/cZsVtFhqRJ+A2mrAlHiJGOZRAS3MbXTDAURJYIdnFGuVDVSgWHi&#10;dupD4DUNARSGM8gCQMAp3RvojiqHhkyaaUOHjufprZePpIE5YJhoItZq1LFHgPKorNTAeuyhEhmK&#10;duwPfFwkHZ1KZNCnjYjo+y1hJjNbEkJXH+zV9vYl1GuX26U7m/d2Cj+5kWdCLPLa/z4JXrfTwQ2h&#10;MV0V3wjKWS7ys2z6GFU+teEfo6qOyasn3b1D3DhMcrJGwbljbSxDfEtcqc6zuu6rYWGOkwc1tJZS&#10;9NPM7pNAeVwRbTgNQl79kQutHOUix7LDdCkXmgyDhYd4x3HtUp56zvlfcFzUkNllKEfL64I9ym2+&#10;pc0hOWTYXgqRp+alPXTqul69NiePr3afwvuCG85jDcXOIxzKDDWWjMd9euSt66B1tdQWdcyADtOv&#10;vTcy9qmMeZWfVJkP6VfXSU3+ccSRNuNtnF2LsVPpQXm5yeOJ2W7IEGFZ7JGw+Nh9Ooap7aGeezyF&#10;18WEow7W4+TnY5MxPaLHhyMEVxXttTJb1DBIe5hXRAC4TdoHvHBwa6gJd6cM9HEu91NTkuETOtJJ&#10;xvuAqHFcPRppuKEtFD2GuI9xx9AE4P71UySxw7ePGr6OryN7nOSnf6VH6Vi+7ama4Qb0+SUfEanS&#10;3X5VVTobj9aBERqV6tLyPAmQbWHT0Q+E/LVaVVEGJ5bmkbyacoPgELvMoZ7IcDpySZ42AjbcY0cS&#10;nRi3LdokLg5vOGF7SVWOwQPaKpcuH5CLzIZWZ0BaTLzwMOJ1Zj0/vhuQ5nCkRA8MMObEKQ9l7rRT&#10;OY3zDW0UXCyYnWuUCxHc7hz4TK4zJOoiQZ/AHwOxCjpeMmcwxDRqI3cwOneicf9OkuQMkPdiwx2K&#10;mH2DRLDAv0tCsCxCRzJoJaPoQAodAWCqjeJhnhFFnWGLxRJJ4qEpWfbDlukkGJEncS2ezriTnP1k&#10;GTGxR3LaMp1RC+0YfwmYAvIDQ24idAdo2WIdbzQOGGpZJFJ1rruB6FAKGZzFQnmNiBgMFNB1BELe&#10;h/ciWIihsUkLODKSNHMAqTlIaWjtcBTDJmAPVMFsL38nOQjkN27S3dZn733cJz5hFjYw+LTBfcPF&#10;7SdlK24FFk18EM5HxzofJmmpYdxIfM9CYTOus9WzlBPG3llROKeOVSAUHFkrcWvkAoIXRW55icb4&#10;Kc3USYygT7JIGReSnOAICgCpdlWEJFjhcFhX+iLFkU9MU+/dv3f3/h2EYOcyWcnnw4Fsocl3QJzU&#10;XeIORXKl06nrhOA5QgACZTFB4JzeXQdOO0U4sMg78mWG1Do7YVKuAtnpZPP6tFg3Uo9ymVtXPeKK&#10;0537nHPVEcLe9WBYo2g09wSFB9V0VrBhZbkTY2wYzvTQ6evzBmqOkQOHx1JXV059dvMq5OCTkGhP&#10;x1Gs0+23s9nczuM9TNQ5A95XNTM1gzyB1ZMrqWQGrNP84tKPf/zR6vLzfuyQIDeXfEq7c/rMs+/+&#10;+Bevff73BP4+DMzwVOf3CyfPrD73/KVf/PwKinlx6LLpVH43jxBsRdGgHuhBqBaL8lI4mcngeKmk&#10;Dojy+yP9njE1N2Oxkk40IL4BbadsNogPrluHeNAnon+ZYE/ObWWyWZn3EQGxrkHGQPpaMNXXVFon&#10;eVPEWYs3jRERTeTTPFnfiUMeK4bs9+FOxzvthTwvq+oAEdrofPeTmmKSTwGJSNTvN8Mwy3XDftkp&#10;QSOGBqdvjJQdNvUuFYAYWk3ICUH1H5V6h8o6GypgizUnx9aPqk0ln5O0uIW2YCqlyZmgqBZrYYHa&#10;6XSeh0JXSMDcW1ToGCWk/ckPNna3FHNzT1sO4iTYvfBKrGaZcyz/N3+JP6+mY2JEDHyCdGvVwKm1&#10;X9lpp9gfbN2JY6ICkjm8nksGZVjh2H6l3y+0uc9lte2G8N0dlql19F9uJWNhNiJ9fiEI3y2uFS0u&#10;3DjopEK+9GKiVeqS0QmUeAxXW5V9EwHtQUUVqSqGR1CT1I3oiUmgjmqljK4XoUNZ92uBQFOpYFDF&#10;qyjp9XPl/YYvKMBJ18mlT0xGcGnUaD7a1cr7VX8MINiHq5VG+YhtRUXhMBmkVFNMhgOnT2AmUjX0&#10;CS6FYxFdnC7fuisOmt1chMJ+PBYi53Rbtf3C3gF6ffvBZKJSR9NQ79Lccn33MdVV9h+sE/PlRnep&#10;RM3l5EGMvmvoedSHzvuorM7sd+P7pTsb65GVuW8snQLf30OlzEwlMR2+Wa/VuvrhgwIKqaio+rmZ&#10;DiSgSrfMBNmSRSf8TCwko+e4C3rQ57vwzQW1AEd1+I//5Zfe/e5HmRaKj+leQWfaexXihLE2ypHV&#10;mWm0k25/ciirVqXVRhRSV2Re/GcpeebV3ev5M/9i5R2aCvitCyx743ale41RwjyWzNXTUkawZ2Tw&#10;s91g0OxjIGbTzb5eN7n1ap/1+R6q3AZPDwxSiPr8gC9sD4p5FToULS09rg0QHvVcUpic5OOS9cos&#10;bjIkpTwpk276qTW6W05ebZr1xxXiTRloSxOxespX87NTEVmA+TUo7KDrMha5/tEmBerzRJJqqVSz&#10;S03FSipV+l6B+uwAyIQ5lXrxG9PhCf4Xt1v9feSwAzYLRIssMHc3ulSji3rQzFyMno2i8239RtUe&#10;aMmotHWj+q/+9de5F7KqqHVZcHImFooga0TDPDrId/LqUgz16Yxk2vE4d/pivNQwy4Z9ZV0Xu7Dt&#10;668/m8r5B7BxJlbSkbB0/aebU0tJ4XRajkjnU8TQOTvNBwT9l+vU//bvy289E0tFlR9/drhd788t&#10;pvooxvPZC3FOorirO+rlDzoKhAwBGFPEBmAhgwXHiqr8v/15+WyGf/tV6sKsVetyaprZvdtDIlfu&#10;NGKTutgqJIPMdIDbOzJ7feavPypnZf7VU5FEDKnZfUmkliJWzxBvlQxdNeUp4FDUkVPpmLWY4jbz&#10;arHLPNhVtJ720kvhXk96sN78cF/91rM+wc8GdnpStbezQ+cgQYnBQQ8PanDtUrBcnWpY9rc/g9HG&#10;+KM3UjfutAtt4+L58OkZNuDrwvm/s9VEOh2f1X6yY745L5yTpx4XCxgfCCrVUPSrCpL0pOUkOx9n&#10;In7m1Re5//v/uDP74tKH/+/6ubfn3/py4sb9YL6WGOy16r+svvb1RIRBDKR9UFVPJkWZxPVGng1p&#10;bIQpqGZZw7JqBulukufCCZ/CmYVGXw5TKgTjydigXg9J0oe3Oxo426QVRNBzi0qHqVRIiIaCe0dN&#10;yY95oJkv9CenIvAG//EL55RKsVLtZf0prSsfPtgW4gjjC3SbHexv0RkLLXFHM7ENkkkoJ9QA2PC1&#10;kS4clNl+t0lqOm0TER9wE7SJG8cSAzJtoIlQRMWggLsuWc+xp9LLjRZkS7g7qLbTmgHWAQNPA3sM&#10;ijRsWibu7ACziESv5issVesbdAhibFMP+qVoUpZCQT4ez4kQdNzwabSq2dGEYPaBso0Arg7sY2D5&#10;z9cj0BVaxovJLC7V7b69euKZlRR0G9T+e+9tUvdf/pMvlvcrRk87zJepf8BfHjHpZhiPnIbjFan0&#10;sfTW29eP4Sf7KVLXNbUOd/yukNgr16F/BQaMFMDUCGC4oME8BufUWAzTeDHsr9eOHicn4TuwSXA1&#10;zJYbfcUMU55cgMK4BlQvZpb2RL3eI5OvjGMe2vOZOo9kU0Px3JB3dZyto0egj6G4251p0U94lemh&#10;i9UTLB+7W90ndf80om+HmM9NJHV6hi0HrhNwQA0jsKhjRtxF7cNPbsRl2Pbxns+F/m7N6shgOyq5&#10;HXlsh0MOL4CLHkVP2a6p7hi3DdOsqWGnkT0aHgyl1PZYmfJTvuzRaXcsKfaah44/U9ttNnZLnOhj&#10;Gppye5DsYcHN2OTltwuNR+jXC9B29c+/IjSnn7ADPKnafuJMHAsLo38Dq2yP5ax5o6DjGiWvR5P5&#10;La5eMn5GQiwjSkelsmWX08mUABNJtyOJDFQkyWgE0TJSzP/wzq0e34LN7+66ubCGgljZ1LskjBC0&#10;L4GhZPMLRo1yAs/wxAwrIrzVmaY4JlDy4XqZcsNMKidUysmlJtwakgKdYBsCkzm3ZpkjeJAl7VtO&#10;I67hhH0xThS4cwnQY2Mh252aAD1S/uRkmZNkrkPsKHhVeBTnoBoOZ4vTHfdJlDzrHUhkdH8qw6fS&#10;xZ/kJ+NTlBeyRznFKrALsk5mHCAYjoRG4CSggN4jUmZBQEJDJJUFmkepZrfXQ+E9oBXbaqMRB7v8&#10;eCpJXiBQFkXoQbd6F++PTGJZjvF6tMjRInDL1G1vwOQJK9wCa49UHC6q2P+YHPauYKZ1UaBJj65p&#10;BIJx1JAAYyht4qJFERu+H7MIlARA+mmCi9M0oOlARGDrd7iqdSJk3e1Zl2/da9Ub4UgM1z065ftw&#10;BXshct4HYntjMtorvaaclHyvcsxylhLWk2gMzQtknkeivlnLG9eMpjW0W+ENWtIirmEVxSiA9pj1&#10;ktBqBDojrbiN3t0eajUwTIFESpYkhYSkAfKThwVwAmBVlPbDxw2OJrpiCUlr/iD0r3gLtrPmOg5w&#10;kleB2j8nO4ylh2H+rggWzDP+x3Ja4BjC8XJkasKxnjuFcWUIJIDKacemnX+JIdktoXN7hkaLj5sM&#10;gdN2mANg0p7HgiKZxOSLpsstuyyxSfzbllvlTJrpSByTDn1uOJx48PhWOpuMJaPTcxPpnK+r5OFt&#10;zh9WMhOTW4+2v/aNr61vPUxksqX8RjI5gYevVGtdBT3DGWD5mfmZjqLUK61EMgr6Ohj2o0gMMxOE&#10;0LWbtUgksv14N5XFyYgqIwXHePXUqfffff+rf/j12589xKErH1XSmRjUCQvzi00ExZgGOp3bjf0Q&#10;qo+w08Qlg0mEM7tSeUnvKjbKq2ReMVEcGgD0jIV8PmASkSe9WBLkxYI73tJ0yY87CmqryJFnHXeH&#10;Uy5HevRo1bRVcpkJjOtmwBWKsQhB/0T/D4RDrnkGp4fdbbZiMrzn2C2LPRZJ4BxSrfH9zlVOvPD4&#10;/jATaWpHyKKD7DrffdxntyeRJCakyipcA8oi52ugp9FSA0lE+c5wHf0Gv90DXkACsNpkBsoP3+3e&#10;aun/+qtLiOCDUOJkBJeKv9rQ9pvW82kurtpK1y7s1F/9fWYf3cbtWr6n+bEPY2khGAyz4iTHn89S&#10;QZAepkKzg47GGSg7ZfifK8zLhpCvYS/JhlPCubeWyAYkJv38YBAzxNeSCBBGe+SgHJXsaf90yLf/&#10;7gOqE6fOp3C5+OcSqxeij/+mwEC3EoT+O5JZnDz4bFPkxDbeP2/LEo0XQC3EmvV23M9V4O+02L5P&#10;UM9lE+lAn+JlkcnwzITkuw+VOIQfGbbZaARZLpkODNZryaCv8vLU65mlRwe7E+lFW9Mh7xHo6MTE&#10;aqehMJ0C1dMoSSBzLYDOeouaSc4GrYOjrsp2Dx5/OpuB6deeMYI/+d//yo9LU4BhGwkK4iKziBQa&#10;FKPtSugKtgFlrYsp80Tk06M8VdXe4q2F5KrPH0JzcThJrcbl0qCz0RuQVbBnfFBpCgN2IFMPmzbV&#10;1RoTwpLExGhmngtHoEKSuNB8dNBrtqzOyaWpD7/9Ibz50eemtYRobTTt6WDsrDC/sF0N90+/mqjf&#10;bOsCtU7xp3m+C3PtBd/K+eWqZL6sUZOMlTsXBnfdY5kGCvJmhCPkUffZAJLzbbPe1YsH1vo9xcr4&#10;xAVOD9GIy1KAA1Cip3DTXe2Tn1aURr8bRGYTlVkKQ+QDbz/afdBldQgByIC+FNQXZIN4F6iWLJnf&#10;fCtyel/Lb/t/+oP1sEFV97caS0nqC5haLWZPT59oH+0Wtg+UWnYmXGyolGr8wdvT0Kx8p8lRNxpU&#10;1g8OFktM5EtZOWjlooHXgL3X64Vf7vUYNjsdSaTF8DxsJv5bB92eMjgnC22JzV7A2JbLF9tf/e8v&#10;HdkF2i9EeCMgW5GQpXRI3XQ8YctBAF2z8KhqROUF4MgY9dwM34Y0vqW1e7YWZJM+6X5HVYrd/StF&#10;LHq9WGb1q0uovMNKgHqzhw+MQn2Qq0cxPr6wxJ5kgj/6jw8erOVCPqawVf/eD7ZAhn/9Xz43mw3Q&#10;dnmqrDK5AFqq4GBptfvtqpVKRLI5JheyTk/6+rp9aw9VrkYmSKVk+vRy0LjXerzduriYElGlp6PS&#10;2XouzNQhBo+G9vcH/+lnh4tR9o++ke0rlh/FERx9OmHdq7JXqvbzSRx2OxeFG7S/e7+6aQuwIiud&#10;wUdXW1/7Mg2Dr8gj8IhpUfbcWfFCwE8PxGK9l0WBldaqUDB3+wHVe5r+P78mwYk1UPsLSfGgZ21V&#10;+xNE2WJvHbSWp6JSF9W5/E65905l8NIZKui3Z5cD87b1f/7Hwgquuxi13tXC8YAoqWhCOvvN1da9&#10;9nMvTHzyQc3+vdTbrzMT+5JwPlHoajiPOZESJLqg09VKdzokReluOBtutLvoy8q3zU/3qdeWhQCj&#10;S6acRVi6qMcEKebjcUbUBG6r0Z3Mcjt1+8FDLTqHAl0z7BN6MEopnelMHN4z5NHfK7RrlrEQTtV7&#10;ibkTJ+Y7ZbmjoDxKhuo4/0C34Ly1oPNREautaT6Gj0XRdxdFQChypVBaTe5n8AJ31SDHzeWSxVIF&#10;izMvS+ReyTNYj3WM2VE2B26g18dtFLVRuAt01D6yN2GE4SDywcAdQElFmjuN7VOlq5LBOXr1GA7R&#10;oEjHxD2wbZulbjsbzyLpPKAah3fuKmGkULMt1Sg0lIOOIWOXAzhNEkkt0v8k+ruGlTq1FI74BdHI&#10;Kc17D27du1YdYFfarR6emvlX5y9++SLFB8L0YPcfEvF6W/7j6pExPeqTqk5PsWuPAaIxd+0xL0yP&#10;xLe2iwgZeoyxsu0nkpupsZSnIWU3LFCwhqDraa553KhpP+EPHCPVLO+RGKchiXKCaYnbiwSjkCdi&#10;LGoYQe1hEHvIs3qpULQ1lhV1HGjkvWKXnh2CeQcq2x5XaR2bT10fo+X1AQ/fquUh0WFukzdGGNXR&#10;WCNt9ngWNu2SSbbD2HimvDF19fB4kB2g58L1Ap+fZBDHdNljRThuYjU1Cj4dMefWaCc8Rt567C1z&#10;LPB+8rNw8paH22/q+FUcu5vdI0UfH353a+qIDYee57GGEe+pnzQJ055Q28Whw5LkMUP4bzCZPwFI&#10;aS+QzHrKUH1cgEQNZzxEoE0/HVb+K1iapugn/+54JuGKC44rsWjqV+DyU0Lop9Av11Fah3vawNbr&#10;jSbUYehODbRqiJRF9G6j3cpMTqenJgvlfCBdApsr2HxyMod2GQNoEpQOP2orJacYL4iuu5t2HLhE&#10;7Mq4qdC220cMrAciknHUEfgKicZxxkfuWeEqTuEDIbMjB1ZaTgUoTTbNBJKRfS5N6nOcpi9xNIRw&#10;8IaLgcFtsr4wgkxTiq7QGqkXMx1gjStkQLS2pGJFBcDs9ztgfVHeTnHNo3y32bCT08BfQCkgu9yU&#10;ecI8axqBjrgATMLQkq8it5km1D/eg1IpgUyUcNTCEby1dhOhgiWQYhZjFotHwKWE1+JJJBMuPyLv&#10;wXqEJEpCMbIOguWMPmyPPVLg5FUoObIUchyIqR4spoQAVJbx8q99EsKjCHAnydCgkw2ClfE2B8Rq&#10;jJYddIOQeRxJ08NW1AbLDK0RdrTQP/s43sQmFiK2HovI5c3795AGG52eDWPfjoBlfTCKpHMM0cRe&#10;7K4ebuOsE1xkOxIVN6CKJBQ5QNHpT3ZnEpbT1QpSFgdtABGr5kSFUSTfCa0Dqko4aKcnmejWAXJI&#10;4jMSQQj8A8SNENcn0++0qsX9TrM6PT0rOKny5Prl6KHGxjkvSFUN/J7oW3AK1h3dPFAwunycWQpL&#10;qESKceTY3hzOKyEj1hCSs+RUt0PHbjq1b7SbledKPYjpmmYtj8D1ItTdaDXKK9q2GNf64KzBbpW2&#10;u6w665PlyvK9c9I5mES87dQf2UQaRLsjFYxH4HUvV0pkEeKMpZVJpdsoHdVjiQg+1o2NA4jos7ns&#10;fqEA5cTjBw/R44iOEkGS4D5AUE4oEMYMAh5aYAukp4EsxfPKAZ/SaohCsNNqV6vK3Gzq/V9cRg46&#10;Dsn25vbkxCRkxQgd2d1Ei62K3kh40tu9bqfdDQTQ9irgSm7UmiJpJeZwJUg+2Sbiao5173jRsJCK&#10;MeTt6IfgArSBUOmKho1wYJyVoGcBmIM+MSAiohl9Oqh+4WB0QDIcFOMQuyMVhrimTUNGzDJ20uBN&#10;ZNm9k4HtR8oaHtYHa0QggJOCIF5Lh38Xcm04zaEFEPhmyC+qyBUG8oUjTANqpieSi3S1o1FKu9eY&#10;D8rnZlfyDTsW9OEAcUYHqW0hTcsG9Ac26lrsilmoQILtCzXr1sNijwoy89MBPqpThX67VcFeSjFo&#10;sc8+4ChjEs489QscsL2CC5paSX8fFkibnlKZc6cmNu8W/vTtVzQrj0Iohu4j5VQD+kFuPT5xjJjg&#10;9KCki6py41M6Ps8Hmjoa2S9vtnKpgE6pzy2IWkf/3o/qFLb5UBE+rmXXkt0c8/JXz938zg3pqJF+&#10;c+mBhEyDoNJU+A5adaAC1KlaR9DMYNbPxkVkgLcyYVMdJGZDYoDpl6B0aFHzYS0G27Qkbrb2o2wg&#10;i8qTioG+11zyqI5ea84+otu3jrDL1jq9DgLL5uOfcPtJOaZYO81ub2+7/sz510K7req7180pP3V+&#10;5vyJtZuPHlEAalSMKjU6deAAs4ZVN0jt9oryPq4czlhLC2EBTnYFJ7MsHDK91kMF1m4oabeCIlVS&#10;qKRcx9meEKhG853mNereTYoT09OhEpl4aGRiFuPJpkljwof9n+10p07E0jNmaXsw+MnhvUxgiizo&#10;nUeWVaD14MCYDsuZ2UBmTZ4+P6VEgyUBtmkjg4oakbu+0z+74PMnuMUvhfUvxO7V7XuHZrlBB2Qx&#10;yZvbJfNEjF+K2QNORr/ay29Ea6rx6BCpS2yKtRXV+HBL27rXzN8rYFrQ1/VTX56/MElk/BjJAUit&#10;2XaAY77zne3JSznR4s16b6BY+3fYN7+YanI217Pe+UGerBQJfzXO/ekbc0fV4qXpaM2mlUHj1Eyw&#10;11blZ3K1mA9m7qxOLfO+yfisTzcDGGOY0jq3l2ebKFe++/7mB3/Tb52InTsXpM8Eb/7ZI62lpt46&#10;eX4yfjrI+Sy7YbVEifOHZaxqLzwfGWD0qdtGVQ9vlPSWYcbD8TnZjEJfC99LMDqFMia1ULG2deqF&#10;JQ7iUpO30e5qWIMTGXRXhfIhDLTtRmfwg5+3n10IvnhOmATeYdmBYlz/RaPe16NLYXkmsnw6orUN&#10;NCZbmIGoxlSM361rCk3nNGN7ryd2JNRKvfWl6cfbnTL6lCcCSDmfTAaD9W4sNzMRDUw/U8wz/alw&#10;ZKepRtv62omoYXWaOFsTZupZrkfxeOGbe/TNaz3kyZ25BCF6MAbDCxC8aV++2dmoaf/T27OM1Jqf&#10;sCOxwNl538aBelgzokG0b2vFPJ0KBfx69/KWvkCHMhn7ZrF5Lu5PTwclzT5s61ajn2e5a3mOKysF&#10;1HJNiS/M0KU6vVkyWs1+0y9c2e2lk6wPLgC9vhoxEwJ99Wetuo//wudCi3jfd6yrd7uXTjHb21aM&#10;p68dNk9Osz5qcGFOuFuyv7/RPznJ8yFqmrX/+R+m37vWfXS/vroSu36z+ZUzAbIF0ClhJRSf5Bdt&#10;5vZj5QxyriLM337cTEGIHKHAdje6DDTNJNsfo37KlulmOCGcTsqvsfKn6+1ru+rsJJsTeo+2bCrC&#10;ViWFoRqL8fTZaKrTLlyzWJCnMFxkwuiGZrAJgIIDdz1MBpvlRqHcWT4hdbS+TjfzsAfkayuZibCQ&#10;HpR2bb2L4UUoNzU3nakdFKClkhnq7HPP7u3koXxLJMOWiSMtKYaB2CpTG8CDu7OxGUXHXSLWxJ1F&#10;MzBtVXl+bm1FCobSPHP0eP2wUg2Fg/xEBk13ioKxIRWMRyrNehjtxGgRX5nTa9WmbtKa6cc9aqAX&#10;Dg5lv18CfSH7wqIcsPluo7oP4O3z4ZyHhk6QzWenZ+CXadZamL30WQY5E1MLS01FR4JYo1A/qlbp&#10;yaQQktOJri/QyW+2dkzqy+fePJs+zSuN4p3HH1y/vPa//IOSvG4e0MjvSB8bacdVw0+Rs7/OG2yP&#10;LKJewZEDfmlrzHNrP4FKPejEjGA2YZbsoTXThSH0CA7QxyZIhh5HI0PMY49+QXwnkGRLp22RbJ6h&#10;28NmwKm3tZzAZocXdIhbZ6gNeZdNsig996yHwQmzO7TU2vR4t8/o5XuKZa9vZmSNdQ8bcxzdO0bw&#10;jSKIR6JehvJQLG17hPNxYvIItbqoz3AOC3sMpkZ5ysf0pkfWDY29tofmPPWe/QTKOiaRreOkYssr&#10;D3aCYDwJsQfqvWe1hi5vZshO20NS1R4ypkPr7pj8/DitmaZGeNymxmKzR8Spsz9/wiQ7zrgfs6tO&#10;gw6xExMI5gi/n8iV+u3mXcpLRxuOY57AyeNxac5kgxnmG429jPGnGitbop9E195/xkzW4/1a9Ihh&#10;9462u3X/dRyvpfXg7AnHYgBk+7v7tepRSdPS0Dqy9KM79x7dfDA1O6MJTDiR1jvliWzMHGhcwFF+&#10;crjdQwJM5KCW2+pEs65wnpxP/LDalFgaTFfKj72z+f/x9l5BkqXnmd7xLr3PrCxfXV2mvRnvB8QQ&#10;BAiCC4AgSMVyKVJcaW+kUGyELhQhbeydYi+kUMRGSKJ2sSFxGSTFEEgABECMxZge9HTPtO/qri5f&#10;WVmV3rvj9f7/ycyqBrmXUGOiZ1DdVZl5zH/+7/ve93lH6gvUP5bRpR0jhhpBIVexicuV3Duo94gS&#10;mU7J4H5ULVI8gp4jEIUoxI0DW5SG9RnVR5AikhsGIKEU5qPp2XJxP4QfR3hCeP5wZJxIVL8wUcLh&#10;228O9B6J5HWmFufFeOLcM9ij2vRHsBSiY5MRnSISIq85IG+bJMzA+euIhMuF8hVft1UYarHtaLWM&#10;ZtOh6d+T09OxVBIv1Gw04PWi+FkyJ2viUTDoJyJRqGy9U0nBSOSoIY+OaHo9/wWt/x3HS1cjHwtl&#10;AoyoPDE/Y7wnkHBZG/pn1GTA+JKtNh6Yg1bD7jVsveEwNFGMUKx5RE26tuQMHLrmYZJLuGJorGLZ&#10;wsY1nUi0KngQNaLBOLi5gqcO94ZxdMbrjKpZjgZLofxAEUt4RxYRP1mE76wTXhcZ/nrycshUBWpi&#10;QeODlEw04JZkUMMfRG884nmxSAvD9i7NoYCYsXFkms0GTw2v6HaUBmZL1VJwYzOkOU+G5PyQek8b&#10;Kw4JX6YdR84dWjLgxVW0oEiD3T3+GfVCcx5h2KWqAy9+F/BnlxkS6KnKhiySRObsjoD0oy97wDmo&#10;00dvmFzE9POBpm0Ou43ke4kWGjcDHQJbdGwPKouBsT+0uIMBAXHRDgD5RdOJsN0n2cV4nzAtpyfj&#10;2clMdjJZKu0GwshvsCqlgV+V09nU7s7um6+8emftXmoSkwYebDE0VgxzQE3fht8XPDo4wAUViqZi&#10;sQQ+eq/a0/xKmzT3ITjtQcl29uILkfCDg/2Dqalst6NXK5VIWJuZn4ci+8Kl8/s7u/1uHwU2zhYS&#10;eg9yBzE+Sg4dO+h1mhjHkXxqgpsjxw4zeZqaJ3rmGA0zh1CYxedySL+XHA6Rw7y+SyzrhtTlZN0W&#10;GN02aiKE96hyER8K5RpoOnBcwmwuy2F0hhTFo69TnxDhhPmAWg+HyXWDoT6s6yyLG0eQMAiPt3oD&#10;FlHVfgiiu6iemw5XKT7JdR7vttdqvaLu6s3OxFL6Qrcf6dqINe2WujWMcc/OnP704da6a6zyPugt&#10;06HEoM2WasWMqaeiqCIbL5xFsJB2/1APKvyfXEp0uk7ri0LGLzyKiwWEHjv8tXzv1HwIUmcmxEFm&#10;mpriv3vlHGB/UQEwWqkL+zTKKJuRCbUM2zn5Tt5eiTu5e7Vrhc53V2aenUfridGCmYFtfzXpfrht&#10;3L/TQSh26my8CEXDZru5xatzyam5+SfpnRqirN7bWro41V6WkkG5HA52bIPts4/vbrsiWgJ896gy&#10;++qZakwSDq2KwC1mQ8WdHXklJQQVIyij3NTL5YnJ+cOjDgO58uc7KBnVpL8b1SCnSNgydi3xl7LB&#10;mXCehRSTyWraQOdikeSe1PBbViW/G4gmWoPeBIK467V0KACxihSeMAIFZcqciGuH8PH5fbhN14pH&#10;MUm7+MrZ7TvbjE9o+qQBvr4HO6i7+Pz8BozZbXiARXJze32jnsnge3HhxLQuGpU8mwV1Cyeyjz+W&#10;mHy7uVZhmv2DVMCVRXnZr6dkpu/kDDu312ZyTfLgkNmHh00mMPGeJix8Yy6AG6/vTIjsowHqXvxA&#10;6d890v/by4gWZ2qWmw05MZ98UDEWeWC5nZv7/QsRXE99HlZLhqT4xBRrLsmVabR0ys+m5tmJVKi2&#10;pIBpgVQsdibgF2x4pWFktrDD7lsf/TDn67pYgpHGG1flj28fvvVmxh8ZJEy0O51PFDKMxaT6kU/+&#10;Vx/k/s2b6TsISk2cy/qn95pHgYxzToj4/KJGYIvarXt5V3z82tJz3Xo1ko75u/WVQHpqOWTdK+Ur&#10;LebawVFs/uq80Pnqwv5nhd/6xuUJf79vFT/6rPH3H5UWVhJvvJKqVQf1gwE3S3qYbtfNfbIXUkID&#10;V8JiY4Tl2aiUgbW4GWmg1Sswjx40ZMP33Cr6R265bhy1UT3ZUwmt1x60SCAuLPDi59CB39IvzCil&#10;lpMM8H20pwQVtogL84FeTRdjvmrLgFAAkKpUSm5aBETH+7n5tMpbTAD6atE5lQ3s1s1sEnURv5RM&#10;h432/i/uq0E5Z3bvmKbvtHtmxm61hEa7TZAHPPdZjl3JOH4yvmNjElv0EUlwFw9ZhdutWS1Hmoq4&#10;r11WviJrxVptNuG0GXGCMX9R5l54DkNAzGL9paP+X/2o8LvfDbiatDIrvn29PD+tHvj5oOJmZ5AL&#10;bDx/RmwEbGGnn1aAQec++7Swf1N4vBh4+WI4FrMDQUFtIrvY/WhbvzzNpUNOocUpQf7KOf9n+1a1&#10;ZIF+eG5Rq2/lVUNJJkQ8YLHu3rxnXViWU2mIONjyB9Vrt5nEuWg9zl7JMN/9TWXuC2mz2DvtF1od&#10;HD/2/CokvVKjoP9nVzX0Z/+3v9g9cybwG88Hrh3Yn++5y5BdIB2Mw7rBwOc8E5BayC5uW66KKxCW&#10;fklsm7VtZnpFtR08SXg0AvCQXi9XDovMuTk186St+HmE/sz7OF/IaZkCCHMwvurOQIjJK/5Esd2u&#10;HdqgNy5kZ1cigY7uaPF09JRPqQEd36P0FFEVIcrrtyHJfu8DtEGtgds9BLnFgNENOqo++GIUqX/x&#10;wrkn61v7e7WFuWlIRdKpDGfqxTsPQ5MZUBb8sdiFTKq0l+sXCrG52VA40inX0OJfunqFrZYQfek7&#10;f3l/fz++uAS1i0bmK63IwkG7UDA7LcyH8ezP7eYmFudTmrr/ZCcQ8tcrVQnNXcwVwJ+U+Zn0XKfT&#10;BiEGT4IQtDqD1hHM6LIQh6w618lOZ3qdhuV3ghHJrq7/9Z9+tL+3mz9CgkX/v/tVFrjDTb63YR/l&#10;HQ79tCe4SKP9/DgGZpT7Ms4IHQmPR3+G3RHBV2BXB6AFrYmwR6LJlww/tHES1ZjHcKKhD9iZmg6l&#10;ZwrU8GtRxxTjlanEcDPUyY6yY8ZjSnckMR1Wk+zxFssrjInuF7t0k6BeHKdUKvuREhnwtWqNRq2K&#10;P5J9QRl+SEXBG4ZsDxvaSMgf9uEBTVI/jyvwsU7YHTvAhhX3uAAbDlbHptpxUT/0e1I18nDgOm4I&#10;nJivuuOCmf4/z8bMjiek7DgH1/V21d5GezRPPq64RrUTR0ti5/jdjnsKpH71NunskN08tNl685QT&#10;cObRqNsZmm/HUCi6GfbSb8knJqXR8QT4qQ7J8GjQYRMzMjCPqv3ROxmF044DmtlhA2H4R+wY5U2L&#10;XroLHrrNj7FP9MrDDJNsnOkgZ+gSHllMR+rPk5ZY9oQN12VHCGi6QeeH1zXH/pKF3GVOhFONsWMn&#10;IeLj4vc4u2qYaOywx3SxsWibPTEP9vzB7glg1tOSheF/CvXeIOZTG+VaJBrbZw5kxWdzwlG5+fri&#10;qmMerCwuzK9eNCT+0ZN769slH2v7MCk4M0EpRQIVGpDdLnFv2ja24yS4yDQxpeHG6leb5qDSaRgM&#10;TTimUC8T3xomttBfQvyGsSeGchYpS3iSl0PQPnBg2gZkzNj7angBcusSky2WApvzIEE0QZlk2zLk&#10;1enuamTU5oVoeqqwEzFaOvzJgGpaPQTMGL1aE4npmPA2BkZnYFa6ZpUVpi+eO3x8323UfXIQ+jyU&#10;mH0G9BBCBIb4tm/12q3Wez/6YbNSycaCvobP8ZFuKtGzIqjJGtCZIzV8gveD1YFjjw5ymgbQrBYK&#10;BfFpIXmuFEuYYkGDWm40MFDTNIJKEsjqRHycBmF2wd5oeJA5QrTDyIjAm/Gk5qH0VajzlIFU2jEF&#10;OlgUyGTExNxZwioHzyTmSmaHB/TEJp5RFkuQg+/yO8KgBw+aRXpJqJRNQndlyEjesrOJeI2XAImi&#10;GcOOV31781fa3qIVIyM2wFVuNASSvQokFspYEhaFEasMi5useLUeXQbQE6DFkWem9eh+3HBWP0re&#10;Fmj2DKnW8BtJsCGKVpxkGwk8Moc4BzRe2LIv+NOrbwIhwn/82ayFlKXc6uwiKYWhgkYbAsnMZKBJ&#10;LLkktorcZGR1RVFNEM2ok4gKmaf2abKUeC09lojhaZq6ww69DJx7zHpnhxgFjvXoix4GYgh+EGlc&#10;FQ2j4m0SeEOiiHq9tkFCd0lqEco8nQbw4gLTyaicrCm4IlDQESE3LYhxuolXHiU8XZBw2nE96KYV&#10;F5gzZ+YTqXAs5c8f7PFaEEU8gnAx1G0Ui2hFKtCru2yzXvL5/BiF4v0MeuR18JpJnEEoTlEXSn7M&#10;RR1HwYA2EAgigzeTzOB+0fu9Qu4gEIoXqnV8BhSiAh/Y296LJyfazX6zkYMWeWv7BkrMu3fXVlZW&#10;8dNCoUitXgO9Gee520PAMgynArG90wYXGF94/8CvKZAFQsaJI6f40IuQyHSBZJQ5KkGa0w6II4Li&#10;Tslz8Bg7JIMRWY1OSe/vVTqyqvY6Nc3vW5QT7CiKjRNkXH3FUvHRwzWGSsjxnnHFqXjToRBCpFGW&#10;g7aiM2DFR7eLj3+x+5OG+RAXgk+BBY2Ee5a7e0wBJU2LV6yI0um58KfJnz3cPmjpEKYuc9iI23du&#10;76KBlC/r585iy9QlKdqM/uoLKgpdn4DGRKfctBZSQlgl9B1t4PvJ+tErSMhlBRgePq9b7bz+eYzz&#10;sfUr6T4JHOOgXyb6A3JhCvzaurXXGSixcCT48lz255pUxD2dktVrj9vRoP31eSEpOsgg2Syr/Wpr&#10;PkDg5weBmfbDSv4Ht/V43ukjR9hVOKHR7DceF9Ddk+JgyMCM3kCqp6/PWWJn9Utnaz67W9XRuQgH&#10;5P1bBWs1QxgJEhfGUNQvAyy8navhPfGqSIiCqtg/avpsQOlBaw3rZ2I7WJjh4IOixY8Brx/o7WK1&#10;zjT0I8eKv/JC9Fz97sYNOyT3zH5hbRupx0Z0wETj+cIu42AbimvQZCBaTkM9b1e/KE8fBtpHrcF5&#10;nouKzgzIrM4G8oSIrQLOVZdBTitCZTvEe30unnnjyiuPWwebUr1jN/KGMC2HzxjmF+/dtatdJqiS&#10;Kfy9EvNc8kzAfxsG07DAdJ3TWe2imZQOegjFOSrrm+/vXHh5zjzqdpEV7Jd6yIFGzJIqLAbEcJX5&#10;7Jr+tdfjL6N2Mu26boBcd2e/lze5UwonkeobgXpSWIt16/We0VYRn2Uyfs4J4wL3QzHPJTIaBxEC&#10;q92ucXEBjT0M6aT9dfOdH+YyyB72CWyhGeedLsOtvj55NoPSmGMUt9d2zqs8Ymk6Kf/ewOyWjR/f&#10;Kn/5cni7cxhXEzFlYjUZ2qxvghU27VNb3cZzlxOb79zaY5wzq+JhoSv7BR+vRvjuf/Nfv/T99+6s&#10;H1lvzad1rraWkL77h0sBdbuhW92+/bgAUSlMLWypNGi2jNu7zedi0yg7QTOYnkpCvtsatGuuBP/z&#10;R3+/MzGX0sVqctkfS7JzCaXbw3NG8svO4x5ze28AGFTCqIUSkgHKN1Z13lyMa/jT+4fWyoyYiboL&#10;XwmiVMZ5Nhrc332/FFnhMgm5wXPPzUbyhbYEp1FhkF2MPXMlVX60Xyv1p05lWKb38KCQSM2cjcZn&#10;I/EQwOLt0qOdvZv5Rn423vqgVGO5Vy9FIO1KZwRFNQt5N5cXE2EDvifocDd598xSmNfspu1qUb7b&#10;tcu48cF1SIHJSBCaRo/p1ty4yWxs63YZDlW53HCVVOA//OzgN16L5nf6PZO7VXNmIiA996J+A+zG&#10;sMqGz8jRJR9oSeo8/1UmXhxIn98tGm174myk3jDOx5jJkLLe0Ztt6O3hiEdn3Z04Ff8WLOhWs9Lt&#10;D1w9MQ33liTDooWVt8dC5vD2jc4zZ5WpOHflD6Zx1yHCuIkHNEO6IXMLWqnWgVm+ZQvNnt3q41lp&#10;+hXuX3//6JnzkTMvJg622u/cri9dSWMdv7duXTyNVpkRUJjKwPhkxyg3nNU0bCr8VCQJFcFCFgue&#10;OGjbl1eC4Dr0BEQsAz7PwsyTK7bnJ6QDHSUqLlMzLLkRrIFsQhFkiIDwSG5LnalA6mwM8Ldo3+La&#10;1cNobKLebJ6fXwbVXcADjLeL5RrWXujH5ibiOMqxgFotFvuAYWGhkGS413qVfiCVwEOzr3NhRcpE&#10;w2jiqzJQd5P1YrllYE5iu1iOJa60exCVxHy5itQrNRDOJtL1Zq1XbyMMfP3uWh/A9nKx+9nnyZWz&#10;yeQkyVTzR2NzgYDA1vf2koFmtd9Hc3tqeTkqK7m9HDrcPsZB7jqIDiLhUwKD73J9p9+tQBlVQ3ac&#10;Is9lJlsNfVC32EFqirt8KsawgT7Ad+/cWd/tNmIvXvm9TOr/Dy0zM97bjEydwzJgJC0e0liPWURe&#10;TefQaNgRxZkdViY0v5Pqz2x0PCAbxy7PA4lgfzUcoNFCC3IuEl7qjXMdJFPAGyJQ4xgmdKpu9yWa&#10;e8MMDabHZSTzNKyKHRXDzIkq47hGOQ6RpaI+29rY3MJEx0ALDkMv6BPRF6+VUGlHkinEbcRiUZTH&#10;Q5aSe8KqO5TdMkMYjzf8oN7H8csfh82wT/tevSPrjo6qdwRY9mRoz3FB4+UZjfDRw5/KHRtwx+wl&#10;WnW6x6ykpxytI/f1kLLkDPV77FC9fTy0HJqHufELewfaI0uNZcy0CnROqm3pCHCUouyOCWX/SHKU&#10;ewxJdo6vH28ADDqRw9Ih2ZDYxQ5B0e5J4fKwpeKMApaH0KpxBTgE1gzHP78MVDvOGzkW6P+DdCvX&#10;/U/nc50Q4I97C09FKrlPe5HHA1xSODgjBTRzsongjtNijk/EUMruXdP0f0+N309eKgSgi+bFwAB6&#10;RUfa+IVLzz15eB/q3K9/9ZVHdx90+r0d8Jl8wd3C4dHhI1kkbkQID1G5YD9tOlA1yxg9IOIH/4Eu&#10;OkoiolsZDFB8ILaU+Fop2BxdYQ+y6pAkUkrixpvBsNQkmUYczelCHeQJoinU1vTuBcckQ1YAjjBe&#10;olUYLytISeGJQRn3PT1n3NAwSqXOZHhKfoiKjJZI2mpU2qbZaEP72W60QdcfIEQONW+fFxCsZM4g&#10;flJ7Z3cvVKjIgfDsVHI3t9Oq12xauoCH1AW4vwksJvfSi1cxfUKNFYjGRc1PQi17Lbvf4UnoK+ob&#10;QmlCvU8WIKrhhOMRqkudXqN4fgRUNZCNoxLqdzr+cGjQQygSIyEZHp1UjOQaDX8giCElKZgJd0kg&#10;g1DI/rCssBItp2mrCEvOADBHmx4xwkdCiWgOgKnSkRjr9HUiSqDiWcIlRgQUBmj0Qh7B3Jhh+Ukm&#10;7SJ5AVLEqgSNKpDBHY/wIZStBFNKWmAcHd1HwmE88UUicIZMVaJuXpa6eTnPZeBdSDxPS2EBWzLe&#10;HuaWkyrGk6uP/LEMmRGynqsB7x+rO1l44Kh0cDZ4KNBJQJOIzOPcLqPhUkNRjIZ3HfNA7GxxdaGU&#10;wnSfk5BFRGKtyMtRDThPmsFQvcrUt0tCW0mBznpUJc/RQWiBJBLZ5dkRigBVMMHUoEPDSzaRBNuk&#10;FCecLAMRC3ARo4jFNWBAvTsAAoxU6XTezVFJAiZ69EUlWQLKQyP5TN4K7YmZKfLKGupRvGwj2tUb&#10;cqsIkdvWGIK6mV+YB7Dtkw9vrKyeykxMd3sNpKoA+dtqNs6fv1itlHx+BcQ4TFzxqbG1FZG2SjDY&#10;jj8o93osBsn1er3TsTq9Gseh3jO63ebkzMuO0328vlMu5V0blvwWw6U0n3J4dIT3PbuwYhudft/c&#10;WN+cnZ1FLlE6ncax8gcCgIDhOscomhno/lDUC9OGj5bML+kJJfRysDpJIYpLH1BmFbW3Al4uxvuG&#10;QQl9hHUBuBRKbpUo15h6vQmNrm2rOJwu0i80W4Eg3Y+gHBG7N5JzNgI5sjSLOxAIQCIArX+/1yWn&#10;oG9Xm03iCHBsCDb6giNFKk6n2JZ6sdApKGKbAwBv6mmVS8VXDavLWGXe6cAtgezK/eogbqux6WR9&#10;53DQGDhswGhzhWavmdM/7FWYmPxkp93kxX/xa6HFuPW37xmRNBfP8Hj9u0Wms1H/0lzCd9ROi8Gi&#10;7eYsC0GnakYqtZ0PW/0nN2oQleua9PWrwRAr7BS6P/xxYWf9CIWFFlaFN+zT076mJQd9DqaVyir/&#10;bov/nx/ZZyT1IQJbCEU5ghHNKVU7aDfmzobv1jpYMyuCff71KT4uS3WTd8UnLbMfl65eCIvVKa6M&#10;/s/D1/7okpRmG9/bkHId89dPR0wXFlL9bApycTgHEJU+GY7u8q0IEoxDCLkRmIAKZQeEpPxaWYpr&#10;haVwVmDzA+e5aNqV3BtHJV9US0TSDVRumtjroKz2Z7UYb/LFtSLDlkJhtYkVSTQwow9GJyJ85wki&#10;kcjwz04CLotVJO0Eqn3AZlsDu97tMZ0eE/WT0DjYgGsD0tpsmsLprMUi7lS8nF28NH9u47NijMPt&#10;LE/q/s4H+7evfRGNh8oJoNA4MAkYPIeuH5XSyDOSDyflWpCtdK32Aff+9z5fSAem08n5qelou5VJ&#10;px/JTGMxsM6IS1gWd/TK2zuVXJs7l34DB1CMBLkAgGenYsbFdOPm5uZ22SoV9Ok4FtiBy+VA8X9Q&#10;5+UWAEw2m2DB/MaCqZCeCXmu4xKf9vk+/6y5f9C/dwQ+rZ0Ois1Kx6+J2LuDd43NaCQbX/RP7He3&#10;ILV5tIdZsZ5p2JXrG2/87lw7FaiALN7nU8FMvtsamNWUEvqN2dnrdx+3dRkS6r32YO/97Va1M7sU&#10;iUaFo4J8cTaSEnM71d12TEpF/AkVRl3j92YlmcfzyrRFoSNwz3459KoeRm4salpmoGRPR7t4YDqC&#10;nVKmvjQFR2yjZYJq2xw4Ky/Nq9kgzAgxzGR1N5uSu7arsBIrDCaS/GlHwQm88faGxKW1eeHclMiA&#10;Wo27yJFCQQOUdVFnS3mAe4Unm4PeHnz7nUdPajMvTk8+E5JVZn5SbBtuw2f/h/d2hWf1hUAs5QK8&#10;HZiNq/0VxscVItPBPpcLu8EF/xI4wKVmv7xWzTf6wdXU35fN5ydC/nYfUbVnULCVwfNWBcs8NcnP&#10;JsTyUYsNiqtpJ6o55T56Zsz7a/ZfXStNhoGPV95aEnSZv/aDA3U+HOpYa3cLL34zJeWYAVK6D/nF&#10;mADrwnu7nU8fdJCUzEekYkc/aDEhTSKxCyK/deAKKF15/TTitO7kuLOR6QXtySaYUPq5KDh5HJgY&#10;AOMDuYHFU5OQsRxgJD0gGFcX5Q+2u18651MyvJxwi2VnWtOeVMFWZOCA3SyaiwsYh+JBwOXblqRY&#10;wYy4sQcNjxtluIQfARjO6Tn2f/njSTxlCx29PB18fuB73ODrXfJ83T0YGA2rNh8O2oNfm/dVG/Zf&#10;bTTlkLK1X2t0zSewhg+6z5+LZGT4mdV7ZdMfYSIGA1nEUd0x0kxQAj3dRZhxVOYnIHLmABzo2jBz&#10;CHh+QSDsV1WdMQ4kNR6G18doykLINTvZ+ez+vYeBWBz6BYmXmvUmRBA2Z7fsLnrfeCYGBQVPvnBQ&#10;w35NBIHf4Zpdc3IiY3Y6KLYkVc2vbxZbHX88Hp2cOn9m5TB/IKXjhfX1CJKKYhEuGOvYzsry6hef&#10;fLKhKYl4ErC01KX5xm4+/+hBbmf7yhtvJjS1hsy5numbnk82qtb+Qa3aePDZ5xAOwtkEkx1Srwat&#10;uthikBNgttHvrWJjCagMJHYRv4YOXU7fRYM75vMLepsARfiQ3fEtZM9Nfv3FciO31qoG2PCvdsTr&#10;baf+gU3QPZF/6rgnRKRDxM7QqXnsGB1SitiRv5QFrSOZPYWxAK18sUPAnMB0h4m23vadp69g0+0N&#10;Bf2SiSw2xEztcPMwv7Ny9cssBcbSvbGnjjtZw7hPp8lwJytObw44fn/uyJpJH+yMRTIT+tjTl0sl&#10;koBBzFt2IBz1BYIICXCI+MMiQQoMhUENa05u6Ckb1200y3RY8LujavjYODpM2HWPp4BDvsxQlc1x&#10;Q/nqSP88Hpa746H5caLQsVB55H8+mZsztLo9FdQ0dsCObbDusAwb/2yOG/tH2ROV1UjVfkzTGvU+&#10;jpN+TsT+juTbQ3A0My6BfwmsfcxxGlqLR0p259gm/lQc8okx6lA/7ozTmY9H1uxo9O2dW3It0cLc&#10;o02PhsP/2HXvnrR9/wPdsPufSNpyRx0BlzlpLXaHCNwRcctrS7DDoKunLOau4z6VajWmUQ9ZXe5I&#10;LzGW0LPeRTMSiw+n7oLGAjev+cPhQqFsgUrv2gun5j786COEv8I32uzUvrh1I4BkBdOORlPpdMYo&#10;VrEdJUhh1svI5cmbJgZZxyMSY0+AQoEQmAcEfoPrA6ZLIu2FiRGTW5uCrTAs0gcYFqFaQ/0IAzBF&#10;n1NdMtLZBVJvYesMm0u/18Kd5WX5UkQ5tdTipaAcwo8hJlMRgSknb2QgAWEinlq8kuMV4I6ATwBf&#10;J4jCCrwpNaiGY5oPhiPOoVNxFCEmIFaw+qLe0UnSOgcoFyQ9oApFogR3RG4yTLGIhZJUSi6UPwMn&#10;GMdLmd1mF01eBAsRpaZCnKNIr6csaW9ISGb82OfzXK9RJWM+nxoKB/HBBvgR7W4X23lkDRlmfXcP&#10;6wkmdSgzPNI9ikOR1MAGT1TQpETC2yA+XbqWkrEbaTzjOGBy3QbkB2mzBCftWUUJfQnzXotkltpk&#10;dGkNbQTktKMLh2UJHE6CGRMI0omEBiGTUvVTwBYG/ILHLcYHgH9yYDqKBDm0IFBy1XAJoo6JEdCY&#10;TvB5Kkmm+OMRO37IKh6jFcbqD28MS1t9nt6Y3PWkpMQzlaW0MIxUwa2tlyOhsIVPSgBRHHHAEgqY&#10;TbOueMZbVsm0n9jICVpDJH/NJnp4GvPM8fRep48Om1Cj++iWo+lB8GMmuhmwqhL479Cuz1DxBkNO&#10;Janr8ZuoqkrAp3FcfOyFGOITUYHzaHZIVPhNfxEzO0eh1o4nLLGHaWmUx+1YrmfSpnHmJKSacPnN&#10;q1evQmz/0UfXE6lEMBiCjh7f1BtY25s7EAKk09lavczxti/gM6Am4AhECxVmqXCkqBj8k8sJvfhG&#10;s4yvIxckOznRL9f9QVxgkNrGUf2GEZrKG7EIGhex4gDPqTpJGoMmAJxQhm02m/OLi+FgNByJ4vNm&#10;MtM4xui84OaFzwqfVfMFYOXFnSsjN4v6p32BAKbypNkChzueeTBfxaIgt6H451SN9JhtjK9x+5Ne&#10;kN3DtcRiS4lpNieqA9zXKm/2exBoszIk0AYRjeOPKFiSSBtYFz0EHJ9YPA49HYpdg4ZL4Y8TyURQ&#10;EavVxq6xw6bqPh7ixgno0x9VPznqQVrKV11Br65N+mbUwMJm+WG1bpWrjttUGkh+1Pvwu2/zXPzU&#10;YCEtTutzn/W3oYrbQVXWHiQm1UzCbwyk9qC0PM1VLLZus4Oj9pSm/vTntybPx1HBoRHVMvjqQS8Z&#10;FUjJV3UGTyq4qbhXs52m9b3/+GTnTi6WifhI3qT97f/ybCqUfdjc8K/4mn1MXlxov94K9dZM/hcN&#10;0hRgNIKt/mCt9/oy+0xQDEvCs1+Z++xG8VtfWXCD9uaGCWnN3xb04Lk4bs5WjIf3dvV5/p+8ermv&#10;8fs3YNLrxpfTFRhAtpuOX8N0l0QeG2RrBJO/Pyl1Dhk9GybQqa7BaDzm/syTtVPhpeaf3uDmJqYi&#10;kU0WglqH8aksqNNG2+8bSIycCmh7RwBpZeaWTr0ZE3ZLxbzENH3KGTWESdbtGzfL0xEmrMI/EHJY&#10;696BFIrDrXh79waCTwJt2KG5UjQMxh/K3VS+yx71EBatu/yzvsVCOvKd1WdfP/MsvJrfevZ1QJ+L&#10;hcqf/Q//ptZvQqxs5DrYI1tQWPYxnx6kvnn5gLEPHlalTuwbF+YjMQ3ptMHM4zbDrB01B/e33zy7&#10;Egp2kGD90HSaMzGIn5kQz3xj+Xy3d/FqKF+vWe0mzOZBuMT5WFCbevPi68ul/N/fe7Tdcv0qOi0O&#10;BunPx5i64T48cIQAH5TRREPMjw00WqXHVerWXxcbBC8bDQga8GxWgaRmQ0dvzIWltj5Y7zJXtPDA&#10;0cHz/uQBAoQCM3Oh3c/X+jZYwUpaRrS9cDdffU1W43KkzkHe3c+oM8GiEKo5rKnqFVO4kv3odPiw&#10;o02q5nJGSiqFw171UUeUDfOxa97vsugD4Qk2C0o7J+8UeL/kJhWpUuuKii1FeZQh+bu9UzOBI8dU&#10;QoIeC8dNOxPCR3OhBcX9V7hdAoDqBzdLL1+MQBq1n+stxIVACHnKbkLj3o/KzEuzO8XOa5ITUXXF&#10;lXAjtmzzwQZsMfa1EmTLMGQPAgDmW048HGq3KqGBZDzqfbrenr8QWzgFLap11JP+7OP9//xbFxan&#10;E7tPCvHo/OpsWF2A5jmn17nbufWQIZxPJCdSspbvuIqYWfJNH/V3tmpGVNvJM+fnnOUkutf9SgOS&#10;TSk95Xvvk3osZDzS1ZVZZfvQfLLX+8qzWiIkgLF+GeGzQm86I138zexEWshKUhkVrd+dPqXhSXxv&#10;rbzb0q+8nD4b5D69XQ29GPu02J9T2GqVe7IziAa4oN89PRu696CxuijOq5ne2xZ3YB3ozD+5FGlW&#10;9cc1Ix6AygxrtL62Z00n2bXDfjwtZDj4ZENqtPUtZGozBvYBf7+m44NA3zkfZz9b651J+W61mOtP&#10;+C+f4iAHgH4HHpaIBruQIsWU6bgZ5HFRswneaeq9TwosnMDJMDsVk9IBC8znBqEQcJ/V2eJu+/yc&#10;+sMNrAbMPxOVXTzxg3baJ1mC+WFV/POWyZWdl+PyC0nMMSHtsSQ5YU9nHad6fbNscLYcELuGW5Et&#10;H5ZNGTFo0KjJwZB61EMjGM8QrgEDvhwULEnfeXCj+eDM7OkWrCd1RFEI8NgAQiAiQcYHrxkbjMY5&#10;ywG9H9F0ik9TLLbcRuK2i/Fvs9lGJ0hSNeTpgZ6xnJyq1Zu9rUd3KiUYxbQgcr3nIXKtFgr4CXh2&#10;bm5Uk7OJEkiovQq2P13TgKfXhPlGDefvP+ikMrOnFhU/QXt0J6YC/gAgY+16XQZzuQduJbK9BMjg&#10;WOwM0aeR1Eh2EhPGQc+SbDzXlNPJpKuFWpU2NkTYemH0ogQs2eFySAMrHtX0zuRlBBVLv9KClz1Z&#10;V52w0w79r8QR5RzzcYco59E3jWC8NBoGmzkLhwGtBLTe4eC7cf2d199KQY6+v3uTZ9WJmTMCERkQ&#10;trD3c2wy1cPkaQCpfLN2uHb3xvkrb2i+MHgyh/tra3feWVy64vjDRH3H2aS8HLJdnV+uX46zKEdz&#10;0BNArGEl5Zwg59INEjZOgy6JPET7WZN8XgXgmB6pRWeZ0TzUHfoth3s+iDvdIZrLS6t1nLFCecRk&#10;Gh1Jzku9YJlRog83/jmUAu6Oy0336U80xiePonFPFJke15bjTubSDseX7DEAelzueqGv3rDRs3EN&#10;R2snqVTDRFwvV3coFuS4X3pd1mVOQJiGjK5RDc+xT8UlD6s99wRZeyzuPpGI5PHRhg2DkWL9mE/G&#10;sizzy8k/43HxybxcdhQuSmTeLk2E/cdIUsde2V9ObDpR4rrsyXPh/iMj32Pg2tPRT8cXHntiDjsE&#10;hnHssXz6GNI2dJ27JyTM7snPOmpcDFN6neMeA/3EJL9lMpuEzxTQoA/fvX9m6bSmSgE/GCdN5MFC&#10;33JYqqa64UTMXygdHVVLEdfpKOjHuZhvYS5HChFS9JK6ghgYiZlN96wEAqmjVDIyI/NeMgTzBmV0&#10;hEiyjfT+gOSgIqXGp1k6of0Qx6BMIoKgdqU3Le/zaUTHi7Yvxb+jsYSnE77FJTM0x0toGvZ9xv0b&#10;C0BTMxoKJa4+Z7M08ovYBS3UQ1gibbIxIBW6RCFCJv5U5CYEH8KRBJYgkniv5oQnDNYICIF5bId0&#10;pNIIxK9BSFuKBsQSMm8tLhj1xxKYC7brtWarCYwU7HwwNguigjdFChii9DY4OhPkMT5sws3noqpA&#10;8Yz5IFFxp9OhYMCIQCrSxcGpV6sMleNi2IpiQBYp3QnULjLWZejZwudgiKmSVr4mAWV7hCSW4Lmw&#10;sHj9BMwzBzraCgKxJpMoNc+e4YzYd61eD8lMAvxM+FH4NvJzeU8TgeWLcuJh+R3G6TjsWEfAjYN7&#10;XMoJox0qlp4CwVtQnBPn4ziDm0yeaW0DHbMj0Mg3mmHmkrdNkoIgZuJoTBO+iq4BKWqdw1Lh2aWz&#10;ZM1D2Ydvp2lPZIWlECkqoBZxPskJxy/DQhsaFSyOcFfv9WlZ6xLaMCEtERg4BLcQ3Qokdxf1aiqV&#10;HbcVBcrEdkhbgZKVaaIyeYfUiHCsdKHHgPfgzXRlJpYb2kywaIMWlwedqdsk1Ymnjz3Si8Vf5UgY&#10;MKFAe5lteJ/Gc888ky9st9tN6A6mp7PRWKDeLIZj4aODmiBpKDKRNpzPbztsH8+8TrcRjIR7vRr6&#10;LvgWTdNItQnhLLR6CrTQNoy7mPeijwTiSL1axu2CYlWSNLQL0slMvT7gRS0cicOK02i0MEwFs2Th&#10;1AKutFA0FozEsAoQbSxCykiAF3wFdiQeRysEBxKfBKJsGrIEz7pDdPC2FcKspd0EQRqIrFAAj1up&#10;j+d2qw3qO2Z70HaYuitiJ2IQ3LaCmlc3UUU7yM5CVwKpYzKEVw6qa9eLxSPeJPJLpqgMKgWHER13&#10;Eog7hPGmSUI6nQqB0FnrzoYvzU2ezTUrP374Z7CurcTm8elLzcZk/FTCF0PTKsifT6V6d/byHbbM&#10;JcPIdj0ymSTXyfCnKnbs7bXHrYB6OhW+83iT7CP6g607xhFSPcIybPJIc/7BuiG0YVEYxOZDz74Q&#10;fVLv3645xn6Lkd2LZ7T1h51uuddmrNiLk5tZ317NOcDxOTdbNnrBsj0V9sNQl+utt0vsJx8UfvPX&#10;E1II8ClGEjzEPMeAztaxEIqCIt9gnUDa985u69uLot1N/b+u+zr6hNcP4WLNmPzatfz5q3C3qXmD&#10;mYONGg5ui5ma15b+ZOVvdizm091+eaA+M400bnIRIy+K99cdKZFS7pebM3XNXuu2a3X/N88ojwuH&#10;Lr/9+boYBDRLh4sFO6ivPn/qi11smJlms5OIRi/OnWo06tkkDKGyZAd74HIrdjYcqG5tPyyDZRtJ&#10;LV7obD7obhaZ5ax1dimtd7bevtXpNM7/9pXO4vSF6fNhFqkkjUG31Dk40utywTQV3QeSXPv6/dPf&#10;vvI//fg/tgql1y5emYomcc/LA+l3/os/+PH3v1/IHbYw9G501LjGaj7MewugN1+MMxOqsdH5wZ++&#10;e+GVc+kom/nOgq0yqzKzFHw5/0n++zcedeZimGcyOQzysEs2Fqf4X38x1TA6613hWpNJHpi/vsTG&#10;xEOrX8NiEQhEnlmZ+9m97TNzrBbCA4tDWzeq2lcXOJW1QyLcII7Gu4dVu+TKN7f7y4vRHc28OnA+&#10;z5sAGqMJR+TcDEb61u2SmhQcNWA0Or6/+Unzo7K5Mt3zd5XkbPLeMpBQy0Y/F/TVyxr3wXbhrQVW&#10;7+iWipDWejVk8FP+/O184nxwaW4SpKInFWt61okJDdttRCRrNSmcTTOv2vJ219RcLsgBVcHFhP5s&#10;FtFfQTRwwyoEB91ihU2F2Nk0t77RmFj0T0bQZLANmWkbA0Qx5/rcnjGYuxJLC8zWXheQ8J2cddC3&#10;t0tuGpi3AL+gsrEwV03H3r+DNUmOkiSDNh/EyeOqYf72TvPSM9muax5t9zBmbNa7Vl0vx5WXX46G&#10;fXaraZqFnjvBP3tR/cJ2L68my71WoKZdv1+Mqb1v/8bLHIGVDdiIJSvmF1v2B5/fu7CS3u+Xv/xS&#10;PBsyfb7gk8Puu2vVS6vhn64PRIv5zkvC2aRw7XZ7z+Qis77OdvuLjZIazy5P8QdVbuNIFsyezgn4&#10;rnno5X3G1Sn+w4fmrVobttQLq4kLE/ZyLFpu8GLFVImnAgBi65Pr5XMr2lGD//jnud96Zf69m7mF&#10;57JOCSov64stNh5kf+ObU9trvWtb+uOA2LMcJS4FFXMKOg3OzS4BCGfuOt0v1uqnp3yIaUSq8LkV&#10;FW++0DXTaTAxYfjq7BWYZ5ZC19dqkQl/OCbldDOoMHG203A46D6Yov5gq5OR1a7GKzZ/vy5fncVw&#10;2/l3d4ykLV2B0arBdICjE91+h3ttSQQ9sD7Qf1I2RZu/MKHsrbdevOjPJKTlhPmaiVaW2BjoP831&#10;Q3LfzzCnkM1nViJKVLTYl1fSj/OFjap544idmQBCz0n73LiktvoVWwxM+1MpNUy9SlCKcSGfHL68&#10;WrqxfnD/HkPQFIoPyEpJA5wjVwSLyhX9YDl36qUG1mFodrJTqdphIRYMYclq93QxjJrZbJbLRBCN&#10;7VuvAvgdOuwP7z/ko+FsLD6xijm4EmDdVqddOCw+yuXnV07FwoFGpaIlE5nFxSCCLbq4EUAV9H36&#10;19//6OHDC1/9ejQYAO78CLxCfzCRSvHInui2k9FwHZBo5CX5AuFQCPZRghO1rKnFJTRfi/UGHidR&#10;FmYWsAHQ8Xfw0fYPdreKuY3ythgNTK+uaumIBPPBr3jGy3KjjQ3hULrCiMpr0+02T11T3hySGqWO&#10;4bZ0uw4qNgxQ8qO71wq5X3CyNjl/NRqfwhZhd+PD/yd/F/Wv4xazky9B24bTFEnPWQ5hQgGJ+vCz&#10;nx0evCuHYrycPty7VcofmoPaKoAdsZn0RKpwGO/2t4yWtLe3E83MRoIzkLL1yNaQx0AGpl4W3jiB&#10;jBtsL0WCjGNd5wR+yfVcpQzZ7JJITLr7I35EKtsjEErHxnQkkcrYdFKBCGVi8eO5oX6TxC7yZERD&#10;LIqsTUc1NGGURl2MNLwjqBWZQtOtl+NJjrnRUHRYwJGvUKfZWCoM9Rzrqa+d0WCcapQ9+NIoe5Y7&#10;IWX1imvHK+ioutSbXIyyX8nZoW4+OlAjb5zxxjjeuyLbWgoX8mKimHH2smfjdcZJtCMWNxUxM+zI&#10;VeoyzrgCpIQe6vB0uWP5Nue6Q0emh2Y95i6foHOP68XR0NJrTNjMMGGY82a+T4UmMUN1OccMLbxD&#10;0bXXlKCbLuzqDLLpRhfF4cke1esLeN/inSPib3S8o39yGP/UQHqUEjQajzvHxbl7PJEeNUFGGVtj&#10;+7KXPXusVKZtGN5rjNC5s3sSVM1yx7nNw8n3MFTGPUlOH0eBjWuQoY8XCJ0Pf/4J6gCMbCAUzR8e&#10;7R/kGo3G3Ey62+peWJ13OSsWUlGQwVkhYP9muJj9OsDLAnKAO4i8UTIYJNt8Uq0dK7VRMFjeV+kh&#10;oGnUZP5GR5/Y4fiIUxeZPToyaXpU/4tRsEUDilAQ8yiU6fnBgFckdQ5OCcoikk8+/G/Hi6Omwab0&#10;oNlUFo2cUJIoC4Mj3h2JwMXbE71mC2wuEhnTsuJxfLdrU2jasHYj75S00dD4l8lP42Hc79P+FvHD&#10;QsuKDQYmrWRujWBYalnAIQzFUqF42jJ02yTw5XYLzkkeSCq8EupVlwCiAV0YiHQrjyoIT1OeCsEV&#10;P0JDxDBmu1wCTCNMpGHURL2PfT8SVmsGbDVsGGE18ShJvCHZtTwG5SwtzSxqk0beDuKWSN4wclEY&#10;i1ANHJIKALcrIm6RWYAxGWSmfQpYIF0C+rnxeMMEjljDyDRbRnFeKeeTk2mXVNdQ+TokFoA0MFyP&#10;I+cOm1cUXkylzXTh4GgmG09Nv15olBc7NWyhOUPTheu19GjVRyhlDnUTw3uNQR8heNk4JjA3iRil&#10;kIWi2YSeqdhqpBCYEImhhEBcMHoeyA1uw1Td6aC4ohc9+YFoe9Nqlrpl0UuQffjl1wJBtDmpz5in&#10;UVeegIW8NtF2j3QzdMl26NLMDMFUx0FwOLYG/Sict7S4Q28MXf29OS5LhMt0QaDafI6sf5QnTo32&#10;hAVmMV5mukN9xER9RHKVeWZ5+cy9Bzcy0xOdfH8imZhbnCrVdtB4yu8Xu7V+NIGRALJAapBaDwwd&#10;JjNoq9kISadC9FJfJ1CsgdKNpkPtppH1cfmDI6iDm41qPBoFthgJT4FgYnsnv7JaFyFcF+Qu/p7u&#10;hMMhUzdazc6ZM+fxQqriRxwo5Pd+XIREGS6DS4EeDQpdiDhwm6LREyDyNtBTEdMJoInEOkhjEf1B&#10;vG4Tx5F3LFjdUUFBGBH0A4UC7jf82DibOlwFrKlDfpCKc76A/3C/SehrFjQQhhfmRNDjiMUAPcVy&#10;oOgAkxmXCwpeaJ79mgpuXB+oc5p2hTWl1+2jfYRGnKSkWCvESIH1/Ie81vAxGdGKI9/kyiw2+b0+&#10;Ok7dbJCxVKWSjpUrbcvHWRs1QjDP7de2LKPehhehX2z2ff6arkjzQTX3uPjhbscJ8d/45uJ+tffx&#10;dpfpuSsxafN+O56Qf3S9AUPpb81I/flQtevcPrAAXoYJk7kyH02LMx8Vvqh2obdkIkrI8bVrFTGO&#10;aTcgvWy5Zn/nS6dTMSff6SVlJNqqay0S32pjzMswVxaAqXZxSh1DfyXN1+qQRHJzljj4tNJ/XN/c&#10;5J+0rS99cyEZdMIZQ+xwbsOA5xKT59qj3kbX0SP+lVfmcUls9xxY92AuzzCsTyCZZzh5oIz4Debh&#10;vV0VUSo/Otra2Zq5knUWw6AGgevMTATh2u2+uxcJRpcuZdcPj24f7sdLB2DQ2O32o7XtpfOXoMtU&#10;/TFDEl+7sPL2+zcRElvU+JlwUs7v1m7vBNZr+WY39nyyU/ZVTqVAB2zXGpzCILR2t9M3YgE5Fpl4&#10;dr61nqvf2/fV+xtvf/Qvf+etVy/M5Y7WWiVxu1Bj5MBP3n23hTlzJhuU5juuGew4+c1iEEDjDrK1&#10;rFkMmZUgk9Lu9lp3S54rmG9yUpkk1cid5YmSbviSgW6rjwzb564GVifcRr/X6HBO29p40puaUimD&#10;u+QHD5gTAW3ApbewID0uuPcLbiwiJ8NWUDShXMngQhsIB3VrMckkHPvOz0vV97bbyfCX/+lcbILT&#10;VZK2VR8Ie1U9EZP7ItcWnUxYK7ON1l7tIzRDT4WqtwrbT/Z1X/DMN6/uPshZTu3sanQqZGxx+kcP&#10;9k8lNIHvVZTDEusuz2vxpUTTxRi5H7DBUAALWkA/i6SgMm5KdkGCKpvW3q7gs5S0JpQl8wjqfJnD&#10;HG7rcQvazxYenmH17YL+4kXf6y/KA9OqgWvWxnXvoIZaq3RqTePCQsAvI/vUff1ytGv0JhJitCR9&#10;8unh735tpgvggOvEFA7N1NeWfR8+rGbk8OkZCW4axcdMJZidiIyuiB/PjNNqxlXlgS+RFF8TCUEn&#10;FIBSlkWsE8QfQHNfXA3+6OfldEqr7bVcTS70uo29hiiBLiDWBUMTjYUF4TAQ3eu5f/Avngmog2ID&#10;Bmdjbob/TiKpM3Y8IeJMVlgpX+pPLEqNvAtOmC4ErD5380cH/tcSX78ofpbvKqrEG05ItkUNpblZ&#10;rlm+ALu7Yz24V+4wypSkbJpMUEdSkTCFfDDsJpzk2uHg5vXmay8kXn85+emHm6+8kWVC7qDrgqfz&#10;wY3y3NlYsdt/eTk0xwj3883sYgBulZ113UiJQfQG23Uc58BCRAixXxzaMd5RBO56k7kky5NEqGPL&#10;wOS34Dky1o9633gmCv9Wzeyhn92x+DslfiLiJiVz6rL8os3nqnaQc2/e7nzy6PDoq9NXYsY/v8T9&#10;fNf683X+pWluOmiTDO2aHvDjUWAHfPx//wpWOt/dfb3vCJsVJqFqMyENYp+wGmoO2G47t92wHvfc&#10;hsBHND6u1+IyRrTCVDx5VGpc22iWTcUfFQ+7/flIf0EJJgJRVNE7xlZcTYdEf8uwONVpNCuhVHBz&#10;d9+H2CNNbNbK24WGS5RtDlAt6MHi+Xz67HL+oAAZTuMoB9hKrdbFcwvBFlEwxXzhzNQM3CqdVsvy&#10;Ymd6g6XTp6EDrOXzG+++E0aYomWENTU+P7u8stxAhl5HD09MQypY2cy72QyoDKX80cTpxTf++J9u&#10;ffrZO3/5f8XOnofKKeAD4kTudztqJMFHY263k5z2Jyem8puPG8XCzMqZarFSa3cPDyvQNQdnFvAE&#10;JehSKc6xWqdX6pptMxB7dnb2N+Nfg8i90+wpu63D/H3md39VBS+JQqSlg00RKcxIl0rrFoL8YF3v&#10;H3eYL3EyjXf4b+jvEGjnnF693G/uvPP+n19sXwsEnz/7wrcVKby3t6nhScuy0Vhr++EHq8svbu91&#10;JFtPLDxf3rp3eHDt1ucPUgktEJFz+Q76/p9e/8HGxs+y6VOlaqfZKG09voNsdoSBoa/x2hvfLO0q&#10;0AsmowvxmRlB1myO8EuxVeZGmcDWMSGISKP5cSlC6whC5WDGclm4JUzYy/HFWr2E3Q52XPhHElUC&#10;zkLCBIngsIkVmf5lyn/F5EUnZkgyECPOvPE+aiQ75oYj31FJxR57nk/kJ7nHds0TgGrX80R6gUPu&#10;STLXSIfseHWwV9aOZMrenJYbllsUzeRNATn2ZGCTO3LlnjCgjl2yxwPfcTnqTYQomdmz147K6nGE&#10;EnM84KUTbGfYBDiRBUxnLuxImexxmtyhYHo40/XU4N4R8bjKdCfLs9jghYJBdvTLOTYLD6ejzskQ&#10;aLLjtcYfjTl5CsZzLS8Xaoi1+UeShMZx08zT9ORxeemOwdOMMw4rPukod09amElPBgNUQJ0gJERi&#10;pU0gYnRC5DL8sTraGcmUHW6kXz42E7NP5xoN2wPuaMqLijcajVVqjVgyeHBYCAQj0Ffmcnm/prS7&#10;hkiCXgSUai3BnpybyRXL6BRhg9fDVgPDNeQSEikG+TFQ6eJHCmREg0qGmBppxA6DzTmKNy3gt8ks&#10;jiFhNNiY4SGKmSmwP7gZ8NzApBffiGcaqX9IN50eapak71LDJ5XvI5UEE0/x2IfOj1JjScFqMlQV&#10;6dCgIjqno10g7CkItUihcojROcDx4h2vm8XQIS8JoSaIWrChTHpbkePoDG9MifaQnJFMAkWV6h1l&#10;m9pJ8T+a2CrgeGCqxvv92CTFEhmEiJh6T+93MZ4hnliUiY6KKS+WAdiXBSLkJNhkvdfmGSzcLWKv&#10;lTWMy9LpYL1W6XWbAuZ8eOTiJur3G0eFoGSK9ErkSK077GWRGSNFAnjodH6soMC5wByVdICoQtom&#10;/9gk6oconHHiuv121yJngjpeeTL3lDECJbJkQldWUIxj6+wVdmO2vdf+Gd6r7Khx4xCUMUdDZj0g&#10;gDVUCdPem7fY0UBmh/X6Cng5QYJxEYNOoo5GN0Bv2wO4UasmDXRiupinzU3FMv1a5/GTJ6DLOGTK&#10;qKI5glOGuD8k8Qp02aXge44MqJE1RHzIAm1DYowrk7Kc45lhABhHq3HOGfEPmKGgmpxrm7qLPSvN&#10;yeWOZAZ5SGe68LHMsOanf9ceRvLS5xtJM4IlGI8SxvKk8iMTD/EIkvAlqk/AV6kem4NEGU5d9FAa&#10;NahTB6+9+ebjtS8WltLFoxI+Tijki0aD3VanXkPECddotlFGwTkr8hpuRDwxcJs062WA1nyGj5hp&#10;CGRHh/QBt4MQd1qN+urKactSGjCstjq4FTWfunuwj45yIpHY39vnWti0dGdOLahaEO8OayTKS0pB&#10;R8cfTzRcllwoFjX7XVyBDE2ZF4MBkzqhA3D59lqW2fX5/YSxrA8SMXC2yGPRMjsIh/KpQK7Bim2E&#10;VbtvCTGkSdrbKNFBtYkE4kClIN1SwTCV3NZouPiIXB+oZ4dwxKGqQB9bk3ksPlC44i6x0HXUEY+E&#10;5hcKfyKawhmBR4AzulFBnU5/O6TE1rd3WoY8KLVYRIUYDrLEwHBr19uBqb762Bb1gWq5IdY9jAn/&#10;tnyXafTbtjsZVuoDmPnZHsoRPDXrnX/1R39oh5sfXL8/qYmTKllRryxEPr9XuHh5fjZu9Tv2k461&#10;AXoMw4qT4lvzE2//zUG/IuR/vg3D3PRyZL/Sakri/MXJZ357tWaWwGq9sCyGGa3QRkYK81w6sVaC&#10;FqxH/H+7HUCMv3DcFdDxLPeM38JYplC0LimGH3VKTJKWkoVHxTd/+9SH9yvcxz1EOS2/Ndd42Hjw&#10;/k5A4lKK3GCMyEvz/WCQJE7qgy/FEB1X2INDwulPuEyZJZvi3mEXKdy2Xzx6so11rdM1wjPRRqnL&#10;+GD+GyzPTznN/pPDarBX22ruAfNa0bvuevOoUOFTyeBzMnyGLK+x8JOY7fPnJ+5ttRmfP5ROIijr&#10;jVeXd56Ughez/MI8s7up15qPmPqjWC00UC4KCeh4IQH9oll4xPaYeZbJZpf39WVD09rMzv2bL7x6&#10;7u/eu/a//83PxWjodCS2udvTJSS0Sbjp6wA6BAQdN5DtIsIEdGs+KGXR43CN+k47BFW66C69GJtN&#10;idce9soxH9PC3eZMZsMHlfbhvl59t4e0q3zQRVQSauDJlXiEF1QNHC8sTTDY8PW2aA9cZEivH9pK&#10;v2vXmILp1CrOT253yoxRWIl+d8kn6u7Hmwex2TACn3767x9+61+ew0oYYKzQfmfvRvWb/2yhU+21&#10;Pjlqr8Snz4rN3c5FhSs+KvQ2iph4+NFNODwsms4zS+c6B0kt2AkIaAtAcNprQNYjtL58BYGw3QiX&#10;1Fydj5dPsw4yWbEANkgLFcoiF8xz6ATfPmCrOntadWbC/HzQRXejWGZ+/L0b3f02IugGsnDht5d9&#10;MQkqmf0G0grEOlqTogOfPShcF1KSFhfrID11hLCf2y30k3HWH9RfvBD4kSo8yrdfvYAZpNEzHOgw&#10;INe4OuPbKAK+7Q+pfJjT52Iuf9a/uzOodaFdEu2wrAZ9VyajB50yEmcQO4JRm4Ci3IW4Fhk/etAv&#10;s8V+JBnYZeyJlLa59ySpOQ9zg0LS98KpELhXwTBT462/2Cy+EGRmkmxSgmhLPiwYcKJOTkg7batY&#10;cEE1b7Zd0ZVy9xpac9C4jXMb+tH/vf/Cf7Vwfsppd+yjjpuKcqj6D8rudkvY7DjPLfh2Q5MaPmyQ&#10;/TVe2M8Z7zxq9H3iK69GY103VdB9MnNzt//yafWtX5t/+/OCEpRn5nwXLounTk8AALRdEK59VHiy&#10;1YjOR4GGfm3Ff79qbBTtu+Xey5nw7nrTqriRS4GXl5ite7ap8/yH+aPz8XaQh6p2OaHOZmFuh3zG&#10;abJoCZhZKPsthVecPGQmLXGNkSdU/rTgbNguNisoxdEveftm2XwpctE2l6JsOug+ONTRVLCg1JKg&#10;NXD8MG2zfNyxM37f7KJbzUhbQFniorDhKBEHRFzWPjXD+tuMIqhATeAxDfg0b3f8MkoeIaLZq1l5&#10;z2Lm/XyYha5BaiB7o9We9ftqhnPYrU75GYX3F0v17jYSqQLBmWT3sCfrejSk1SoAigmsyR4dHuEp&#10;1TP6DSD6RRUhuLniUSoaCoY1EiLY6pUPDgahbiqZxq0qg6Yx0DsDXWK5w8Ih/F4yRGrIUZyakUM+&#10;c/0JWJuYHAG8gBwbG+NaWTGanb3KlhaPWz6lb+p2MKYuz7w1nyk93r72wx8uv/hCSNSNTq/Q7knB&#10;8Hwq2zo4eP9HfxuemEDlfPDwYblQ1oIhPqDglYLgmTZyR3alL1sw1LMCjlIoMjmJTdfDQmFyQQVt&#10;pV+o3itu/UqRVR5edrSFOJaV0rALWuXyXnOccY75PceuRJv68sgERhDjmTNTM5larVZv7VyQI7/3&#10;h//j23/3f/pl6+2Prq09vHXpmTf219/ttfaQKvh6MgVey8HWXexwOgP+VMRt15mdI2RbAsXCP1h/&#10;aLa6z3/t97c+/qnb6iHTYL/Z/vCDv5jPqiur35o8c743YHbvfeifupCO+i0CPaIRnyNtLDvaGLnH&#10;MUDHau2hfJdu5FQNGVgyigKyK+d5EmFI4a34h2RVjMaIZLqLYVG/nzvIA/Ft09mpe6LmOpkI7AwT&#10;d7ixvdM9AbfmjuFSowqRGSabKJSfClG1PcwZccfe39EId+jXdUcTVG9aeyIedzRHHVtq3SFrhjmu&#10;So/rROeYI02nva4X7TOEZLleNMqw5OTc0dz2pD14+DeHB8MdW3O9OnPoZh0Og08Ilk+mAD+NivLG&#10;nhjyxKLRp7BQo4rXGXHI2OP4XPcE2/g4IWqk9+ZGybo06WqscPwlc+5TuK2xiX3YWThWyrsjjvKJ&#10;GKVxUNXJsGrPIAloNK5ozEQINg8HyUTSh8gMU7Xc41caT/Hpx2GP3dGsyz7VXxpBvofvXnj86PHi&#10;yjwmri4jdToAa7rVRms+nVSDkWat0KXTV8Pg9vZzsiZBLWuQxg9WSJPUWjYByhE+MFJ2/H7sSukV&#10;b3mv7tAEGhtYP0yPUbACxoEmoUFm6EC94VskIAY5NhAMkDkPzbMRCfcZUlWDMMRJViuZ1pIFggKE&#10;HRqx5BXA5CbxNPbkFXkKZ/c4cBYN6LWcYSg1zwxrFdub3NH+CT9sk+ALGDN5cFjqH2aOuz82DRzz&#10;tA7DaCfyFWrSIKgngT8+Z4jkEXl6BRN7MBYgH2IbGOD0bdh1oarFswqJo6QnQOJ2UO1Dzo1iz8Sp&#10;RSgrTaml75r4eyuQh2SRsRAIQxTebTYkDRl3fdFqDy8iYpXh3TEpkBb+3pJD1aEsPVREhoEpuA1v&#10;HwmnZag4GaLb4RXTa/VYOUzRYvyYpkyFvA7lP3nx3PQMUtj5EOXGPo3Ro99FWYKmF6lEHfC0xCMd&#10;PZe4o2DmHgwgMCZZTQAIk0wji8Yem14LTUHLEWcdaQQMsxNS6tNTzOWLTDJ7/2BzTh+kJufDmLRA&#10;hwNzuI0Kq+c1BUdOGI7mH0Egj0ajItDgWAjBaYnrdV85qrEZtq5wwMeqB6KmGQLsXWa4JpK/RTsD&#10;o+RulkqSSevWOSnpcNyxGYGl+egsmUKzZHpJIqjJLJdMQF2qDICitwt1o06827jQUFMisuHtd+/6&#10;/b61D9b+5E/+6ObNT5fPZFt1aJUjpcPi5PRks96Ok8XLKpcqttsrHG0urZzXe/VauZXKZrLZicOd&#10;fSsBjASuKLaNGFmoWlG+cU4p30im4si0Mmw5Hg9Xm3VoDmYX0u1Wp1IpAsZer7fi8Yn8Qa5YaERj&#10;0/D/4GbFPiYMwIgohX3oHQRIEeK4fYHvtJowDOP2JnJ6kfP5K5Kw61hJpPiKEry7vh66JCZYzTYB&#10;GTk6BBE9BxstrlDZFJRUx9zbO2TnUvOAntn9/f7gQJUiHGBBboBl44AidTsNLQB7go4eCEMuAVMm&#10;vySa4W0zI+MztAnoHTdb7UhAo6J0WP/CL1z4Ct65wFtr60ftfjMIW5huFlsVSxt0hBKCn0JMYCbe&#10;mE6uXuUSn+7cvMeg1ORrUKns97TCAOZ+N6JtV7uBuDZxPnNkPTbKPUdF+08c9OxVR12/UQp2Byrj&#10;+8W95l678dLLkSTYOZvNhQk1hvizevfRAMmnPq6FtMvOha8vNnvM9lp59qgSTLJ1wdpBTGa/jM/2&#10;fFC9vVVVJebrIe7n+4Mq78amlWlgBSzz3r7ZH1idB4cTl+JSSsFecvYSrz4XuPlZ6M5aQ/eL8XTq&#10;hTl/vm1e/U58f6fJbpW7kjT/O6vrfcfJd5+fDFy3nJ/ceUy0LrqjKzxC3CaBA2P53a186sw0m/XL&#10;jNN+VM6k473tCpMKEsaVIpe78GKrk5mZQd05FZnGDrfrPAEWFiHKS+emBq4BiE2r3dN8Zp0bbFVx&#10;3IxsCOc5ePnllxrVxy/95tXPi3YU/QedqTY7DD75kdRcjG3G/LJu1WxjIaioKEX6PRmxK7Nht1i/&#10;l3t8+HEpOKEk5rngUmLPZEvlI+bZCSamoFrr1AfYnVm1nh9p0o6zULccv3qKtfysiwiu514/v7e/&#10;/8Xtje/OPOO6BxHwYMm1LnTznVDIWEB7CIbecr+9XeHcrunzS3EVdeb1opFv8qQVp2gdgwXp98qM&#10;Oh/qTMf5J58b+Z2eKnC4Xfui0wbxecr3l0dmAGaKhI/EbmTCwPRPhyLhZufaT1sPv9jNfmWBVSZk&#10;rsV1c2s/fDzHn5Ma+rTtPv4sByphrzqYXpqp3TpwwglzTpEDiPPphaNa+goiUd1OS/GjScWydaBl&#10;QxAEwIrob5mAfbnf+z92hanYygvBl2bdRZ9vryeG5G4YUSs28+cfN772muLjHH/K+s7vT/+v//ph&#10;SHcmI352v4XsOQeNiZQLYFjx0BoYTlzlV7L+cJQH621QNO7l9JkImFiGtM1lYkw0xsEIem+nff9x&#10;c07j3nouqEWYyQii/9zdIvOXt5tfWw1hmimFnHjcjEYVpPS9c2dQaTnLy9z1QkF1CJgBEd+sC2iA&#10;MZ1W2g0DIe4IFtstAVYGUh23fGlyZ6u40zQfcNKzYUDPEZltMKIZSHBf87Nw+Oig6nUJWxT317Sf&#10;xXv+8iXx07u6LCqXJviQPGhtM1sbxsKVyY2NQuZUZuNhPy+yMTiQRPZWTTi3Ggz5elei9pW+ilbp&#10;5VU/Cu9HDXejTCRk2ZngemUg3+raxVYu13zuKwvzGRas9o/+bkdH2z3pf7+CpCuMuVyw8asVEzSP&#10;AWO0/OLu7TrXZ3fuVM+fi7w15Zs7LcX805sPWmsfV0/LiYUV6dGtHqzUBz/ax8Msnwl8lNIuzRqT&#10;EbSQmEe3m4+2276o9NYLkXrNwdM/O22HFZhP7QoSbsH9FvvalPrH/3zm4Set1of1n0lueyaSUpwv&#10;T4tvPzJatrySYLpF507PjqY4NagdmB2NGKcjud36Rq8tZI2wzWeUJCLYkU+2WQeJ3uoLNib7GjLQ&#10;HX7VN1CY9FsXLr5pD8oD3OWHSMqKiKGoCsw8ApLAFgkNBp3H9aJP6MrNFgcihhhNxwOD/LrR6zd1&#10;t95xVDyKQnbuqDg3MwFBF8S4Msk6Z4KZOLCBkFTlC6VoJByHoURR8wc7eBZaRETGZxIpvdNKpmIq&#10;7FkKyUUr725j4IEwJYwIqu2ugJwiPBjQ+NcJiCysInjP6dY6naPqIIhgo5lKLsdHoqbo7ORurV58&#10;WUEdZbJ6q7G5p0PtfOrsme37939495YSCvsikczcHO7qnVtfbPB8OowcvG5HaOx1H3R9IlKu1cJD&#10;Vk5GJqf2DGdCk4zJ6Iu/M/Wr5jR7Hq4Rk/eY7GuTatel+RgURzwqYtzj2RdJJEGfH3uO0uET3SxD&#10;I1gvlQ6P7s1e//GbX/omZOA3b/zt2ZUgguivf/zjqI+oATGD39p7WDrYrdQH4AbCJviznxcQrYwt&#10;TCSslvebWCw4TTvYuH1YbYYDQkjjoyG52TSrNesw97jz9vcOtx87/b0Xf//fsiSUQ6Q1L+/NELlR&#10;QirPHPs+vemiTZRvEHORjyaRhzP5DTkO7S6WaiccS8BiB6cTZlHAvXqiS++QCITAasmaNjs3d6vR&#10;QGTJ2DXroY3ZY7T1U6PXYQ7uyaJqNARlh+rh8b8ootXTEo4LIHY0kDw27JIN3PBbTqhbPb7qkAbl&#10;HiN9Oe4Eh2r0mwe58pjM7MkhJsWUMqPqdBiRNHoVlnnqrw73zMcIprGFdUgGdeh0eBwjxQ2xvOxJ&#10;k6o3kxmpiMkvg04Ko7GIgjSN0YB3jH4aK9aPUVDe4WBH9SElhzOjdE6ixBwPzEfwsnEy0T8sd91R&#10;EDHDjhOMTkDCRsQqWoVxrvsPivfjbTVpJAHru7t10+cPJFOLuHgObr4fiaWVxUvcyW8cu5tdd4Rm&#10;ZkdjZG7UOPgH3uBxHu/FC8v4a932IJvOIi0tXy5LMqBQmEHC9cq02jpYtP8fbe8ZJEl+pvelN5WZ&#10;5X13te/xfmZ31mEtFsABOJg7HC7I41FBmSMVF5KCEVIEgxH6pk8KRUgfqKAURyNR1JEEqMMd9u52&#10;ASx2gbUzO36mvTflva+sSqfnn1nd07PEV2zMzs62m6o0//y/7/s8vycS9de7DR8ZZkIEBacuacYD&#10;AoXqDlJC3NmY7SKu1gNZCRJPCFWkDCYyUlcibrgkJOJw9C5zlgCBLQ+ki0KISCLcS4pEtpIxL/H6&#10;ujpc3JcmS0ZjsNQSx6lrGiVaElSRXtlM3hfrXiUYpRme7N6hx3A7kplEhBueoJRUg8dz8BMnjzCB&#10;GLf+YVz5g+X2eLyDZrm/aPd3j99ujTtibjQT9RRRYHhH2LtwyewUajye8QcVG31NYo+Eub+v9zqQ&#10;qmJ2ToaiJP0Kol0MW938YdIhI+pRtIcpUzdbmKhjhw7Xb1hkMKfYRJgQuR8sEvaEdQjaHlI32mNF&#10;Bjlc5G92DfGk3eDajtFxoLjxLeLOeDHEQ9MhFo/UXX62J09mPBuGm8TjeXSPArHQwyX+V8xiOPqY&#10;zkyuYEzdRqSOhU0bGli8NINQr7xUujEbDgUJKYBJLhMZISPQSHV8riiIIuyj8WJBOiQmtLbFTnb0&#10;8jeoaIBCMM/a8qzsuxhOwXKLt0nISe6NT/g8wDW73G8i43DZUUS87Nbttsc0pHiv2KVcswpLuRcH&#10;mcq6w9hjW7w74feY+W6XjvES4xh3smt7amQSfeQFmtNHqHTHtROLXqeWHG6cXWRfwfCKLoLeI9G7&#10;oz4OCZzZGPHjMoE9nBmnhaEtgjwcK5M53+0rqPq/9fbXYf+GMgijbdDjep2+369trm2fPnsWTxnL&#10;7udy2ZnFyUrpUJZ9BjBD5rBSLuFTaG0C0czLKo46pPQQeoPxg0t9a2v3jW+8QsBXaiYzlczlswJp&#10;ws75JEUfNvB68bjC+QWzSlEkosugS4jC7LSa+RxhNQPBjrMoysQ5H/T7g+Ew7jk1EKTg/CJBx1Wa&#10;xkgYwQ8Y10BJ3mX6FTE4Ca56qbnJ8cNibmNo1yUFvYnefn0v6J9sOLX99fdPZ66NesVaq0YLPrCP&#10;UlpiJvVKsVRttjdkYeHsubcIjBsWZLCgRDkQicNQwCDADKYleODRTcENAhlVu4O0YdTGOI4SzIs4&#10;s1hkHJYIqsgiASOAhCaChTBHXuyY5a3dYt/QN+tP/H4+EvC92eehrwhP8f6Js/vbjSfdco2iQwJz&#10;ZS70l7v6ebsn2vSZMLxJps8vIhVIeyPRvT3c3tYPLPMPbqrYIbzzoEvttRauqaXlFtJ04NyOija4&#10;pmcX5sygkEhTrz23KMszxV7WhrjW4nQbvBamA/DoyGHKekpyXkqK7+StmoHxpyN12ZmBLu0P+Gvh&#10;zDXBblj/7l8fJlkqfTMJxlIHiuK5YPbT7C3LqSSk59DEC3LqhL9T7xagCp1QWJ26d9hWgOQO+qgG&#10;GN1Un2cqMJdU6y14Kb5/veQDhpfMkaIvTep/tbtz7/Dyn7zySDO5Dqb1uKF8IL7IwN1YoF/bYMjv&#10;WF0qpT3ePXx+7tT99buUFpkXgwfDEmUMkVFkGNXVbH4WSa2HjQ1uK3buTJTWbsydulvYo+owb1rU&#10;g1xOaL527urZQHy9ur6iDb1Yw69K3Ne+8bbZHvyP/+zPl6obN89PvL6gfQJydiZZQ0+QYySkXiGj&#10;ecaXHNqN+ug52lR2QKyTJ19Kv1dqUIeFRO9AS6nXb2R6dgu7cQUVZq5OFuqgFMas66DdKY7yj3dt&#10;CHOxTNBcMyDmZGGnbUR81GyItrr0x4/aK0v15Nup+SBaM5x6mf/rL/oW3n5Mzofk/lTcZYk580GN&#10;CvGdqrWNXN4969f/8qD4ZK+AZfzNqdlTCcZWQmIeJVNbEH76txs+hf/ai/Ef/PD65x9tYza/fWs1&#10;ejFJh633cyvPgazNjebDIQWOOZH9y6XO9Ul5Jq3OhbimXtdBYLaEVtMI+vmv/uFsHwRhh2qOfMuj&#10;Xgn8NJmK8CpaQavv7NVv+17/XiKxKCdnrAuL4c27pf2t3WwlKJ+OSm/E8IhSFW5+gnm4rUP41QJ8&#10;3bQCfsy8qAgQ/7aTCgv31xrIAbpyKvz5Xv0bN6OHq0xhvfF//PXW9IWJ8IJfiSq97ijcHjWKiJGm&#10;sofGfBqaSov2cX/y6uKdzzd3K8MrydhStlUpDq3G3u9/O4OWo8QYAZExRSuWFm02vg1hiEO9wAyC&#10;8/xhgUU+8Pr28Ivd2s2v+BNxRTK7QOiUO/CRsuWmhSJKVvj8hmFB4W+zMyHp1s8LxSnft95IvP22&#10;feF53/qm5asrJj2YXVSRnfyr21VqtyafTwZj8vUk92BlsL1b3tPtYM88NanFn5cvz4GUIcS6cBXQ&#10;xSxpnKFpvfT+wfyCP3029NoPM3tPevcb+tduBqCPqJIkQ2duXikILP3YThjO29+cKGZ7L3w90Tno&#10;fvBnT25cmJq8HAbaYkFQ/ur9wtevRkMqo30vrnTDf7M0eDmF7aQdCMHxii2KM5MQT5/ml2pMtmuH&#10;kwAa02t5G7m+O48H5b3Oja/EFieoCFIROW7qorrxYa203Kgx3OGUdrfCfe+CIA3M5ZwRlJmpgIB8&#10;rKKO7CWa8cUha1mYEBow3OtmT/IdjiqtgZHiuDdOTTYHpQ+XOzmKjqcZfB0eKIejPXo0Cbjx/Xxd&#10;9vONfqvcAw3OGVl0Qg4s+gMReQIqMcnCPlit7hdLhzVaDsdS8XZpcFCoqqEA3AsTmQlBC8sihUUX&#10;1Sv+3iHJS8TvFmwqp87Og1eSL5SwmfYHiQPLrXog2WZkMQCx0EBHH6SNFjaCJ4YGvDEStjWUyKOv&#10;UzvMAmAADosFwDg+q48kQy9sbeZ3d/EIRqgOsvQSkSRd7ev7q5UBJ4VSEgRLNFttt6Ezil24lMYW&#10;kSW5AM0DdAeH2E012v1UajGazgiUlWQLbfOwdNjo8gPWOChtflJV6cziuYvxC73Rb7HiJQMbmvWY&#10;nYzjjQmIZY9orWyPlMJ6qaae/M3db2BrJA2NNs+iH4HWMNRqsHSZv/jF/767uw0/F0hU0Kf8/K/+&#10;nysv/y6vRZG/YWIaojg3LocerrSQxMFJ0tb23Y9+8cF0XAwlVAiYQ34/QrCyhzj+zijIqrYUCoqN&#10;eg4MmXJ7xAckbEARxCAHzjRH1v76x81sLaIGOSQg03HyehzWhS0Rs9yIuIRdPy2YNoS0Yh2PxLBG&#10;42pHKwR6PDiSsFWDbBPEHxs7P9NCdKUrerY5Fe0a2yVUuUfEVVoyJGCEyLoymYw4NwtYD4G9uMOj&#10;o8HyceVFn+QijR2xT9nHpEJj3Y29V7+dYFY5xyPEsSbZM4x6jluGZk4Esh7jgp8G4TC0c6KAHVfb&#10;J/55ql+mjgJiT3zYdp5+3AOAuXFQ9kmJrXOUxHsCn3ycH3yE7x6/rGPH6bNRPcf4V+fLRacXlgs7&#10;KjQCRCHrpmmOi9CjKfHYXXz8H+fknI46oeAcS38Z2oW5HlG+XAkk7YHDPXX28Qs6WfkzHoeNXAAE&#10;YOtNv49qBW9qSB0XojjqqFtMpEYCUIqJ5gi4BpIFQ5LeJfHJpz8bNdZe+vp/m7r6Wq+12kXW3dA6&#10;d+EajjQAdu7e2/1JlkV7Ebmu4Xxc9DpfjlZyw1Vsb7jlMdI4QoeS5cGwixQQ8IEK8ATyXLXRnokk&#10;/VoABWOxWNPh4BEdjKgQCIOkTRQ4TL9vgL5AC0gmIVoHloSjYtqGa5wmxQxhQ9EE3oPpEAT+sA6N&#10;yPiLFLYEteKmQJMyD3kkY0s5NvIs59Uy1DhTh/wc+F1JvWJZnmwEhQxKBRL4SUTLlu3lWpNSiPPe&#10;r03yU1zrJSlxLe/UE7c76l4Sm+cN7U6IKiiWfprSbI9d04zXjbBPeMS9L8f2XjjqG9lk1aDGjk20&#10;gVF6EUgSKe5xmHmy6NmodckQEAeBF3HkkFMEbr7dh+Z5gN3y0NXfI7jVJGgqL87LJBk5RK2L1ijc&#10;iyiDScyeQrLZaDcZl/ghkMMHsvTISwayyDSR2HkpN8sY024yZCfAT1iaeeKCJQNeCIzJHNblf9GX&#10;FhdXqhDS1EL+KI46pnwup4kdo43RQqfJh7CaDsC9Bd4XbQlSaRMqMkvi64GwdtWsxFXN+tWA9wAg&#10;U3qBPyY7WO6RJHACMlNlvWBzT2LtDvHcjCK4cw1ETvYQphh870eDSHix1Z0Ft5EE3gxH8CjjUYxn&#10;gls9E/yyB+cnHQXOXRJI8eVJjvFq0KYmUb9kFD++jCwyfaXHyHNiHyUmcLeed47sCsT7jKYMTwjh&#10;ZFXgyXEgXREcBx0pU5AuwAsIi7UOkiQqfPAsB6jzcURYATgT1pP0cC5dHMoEjGpVNeJBs90VcSwK&#10;QssT+mtMoYgJVwLpw/EFA6srK3/3j79fLh/4/TGkYUGwzbNNWBkOD/fT03EIBPAAAsYZDyPZp9Wq&#10;rUCQZLwHQ7FOB68LRNwmDr6MoRryoWEtF5y9tXVEUGDfgoyf7Z2NKxcv9QdD5EbEWjo6WUiABL5L&#10;lFyNEc/F0uhKUIIv06wU0LYg8U2S0NK7BHfBYKNzaNNSNBqiqCYmfv7QPijOApCvVK/WrIV9QcTQ&#10;dLP3D8qPBnRFU+O4hg/L+QtnJnHTbxbLSlXfaJVmk+p+5X6h1kG53oRRwgzMxTuFGpzXvmQ0FFLk&#10;27f/spirou2dLW4XqqVmOScQhzuKY6hGMEyGuF/EHYFVY2QxPrTZJMUk15VInmc2wQgQQ7hNqO5o&#10;zhhkhRi2zfr9en1+IbBvDi6qox4koHV4WC1MOtNiLh6hv57SXucRwQvWCaPW9nym1RnS4HILTPi9&#10;H7/79lupO7dyyPEFlZkqI2lVXcdNIBN6UtFgN3BRXo1RS7Ua7gjwpyXpgJE6wmiGHsqN5vpPtw2O&#10;8vn4S0nVH5UbdXr7sBIIyeoU0sLMqQB/sN/debd00NJv/MH8r36cuzIxleDFT+oWlVKbH2wpI6vz&#10;XJpK+n+dbfE9/Uw04aw3/vLn2eacImUiTCy63x9dNv02Ty3OaXTLzD8uBHBnBuTDru9QZA9hPb8x&#10;QRIiDHKLIIGkWus1+t1gKLTxH5fOf3txm6Wbq+vx9ITpU/xBdGBCw0EXhyyZChVrXaPXv7O5hmES&#10;1a5tC/YVaCA1c3Nnf6RBHYxqjZ1KBcuN1mlRQixavT+gcmVqMKRILSCla4O9H/0i4A9Jcxz1fIho&#10;5jjm/+p2RstP4MY8+8bZtVwjFHUebbaGPhEy2QkyZbVRk6MfuYPbQ8VRk9qjYX21uXrQ+cb19CzL&#10;tBdCcra7tVlRor4h3cTCVCj2wyF1alZKh8i2Cl5IHIuJe9Ff/4tbGNeP+MEP37yEhq0MsUZltPr5&#10;4NOPD9WEn4n5/jprLpwLhjm9UzEUik9k4tVC+/wpfomzXvDzBcu4FIZQV+6G9Uiz0851tzd2aehB&#10;Q752JpTwYSbTd8To9sGdUjJAnY/0WeZnDv1fPC9cOzePBWDt143lYjcVVwBI2GzZF8KiKk74uVS5&#10;0jms1P0i9x/y9a9kxNm4iOCgVGggh0BK6s5M87CQJ3xw7XFBYSoeJDZJmlGLDXp2JrD0aW5ruTj/&#10;0tRz52IyK4MSd/GVqO+S/CDbzx7oc4s+iTZDsn1tGmwbCSHxzWG7MSQ3w/Nn/cmAU+riFPkfH/Q+&#10;f1i6Mq8A27Dc7F+dQ/hODCXNYXuYwuzPsBbnkO88+mh3mFaYn6/qf3ppMl0bzZ5LB3zOjz78eOeg&#10;6z8fMoD8DSif36130ASvtF68qVgS6wvQV6LSVFv4vDwot0bRoDWZ4kpP9I1PC8NaV5zVlh81/uRm&#10;bCJiiqBZOCNFpuoDcWunD8lEq2OEuib2aEJa++xeFYPFa+dkoz2cSgh788FMjJsOMZgen1rQIFPS&#10;Icuojm4m+XRGjMXFmaalGPaDj0s7eujsZSURclTOmp0WEcC7t0edvZjolntbu81li/m9t5M3XneS&#10;e05+3/h5rqmklFdOS3NxKqCJUm3ug5XK6pr8lTMAG+tMIPSK//LHD9p38t05rPH7LWpSW7pVze/X&#10;nG+cem6W/zuvSTs55oNbtbdfS7231Bm0zcsZ32KcnpEQzsigEYeAv1LJqfXo0+eVUWFw653cjx3z&#10;4puTfIJNM1aAcnaLLWpLS077inVrd8SmAtRcRoKYTbD5J3ujK/O+1oBJSjRemzGQa13kejO7rUGQ&#10;1SNIVxpQfqqljuxhz95cb/wyr6SD4g/mpAtRpqLbk2roG+dS2Vq+YXIrB1U5QocV5E5LuGN104ZQ&#10;uaV3MuHp+KWzp9EQO4CTRhdjYIFrshhVleBedi8TjSCcDDHgs+Gk5YDz0CM+IZ5udnqsyIcB4VYy&#10;2Os0O/1QJADrldFqNypVfzDIKJwfndNun6jHSMQTr4ZCxFVk2emA1q+WSi0IEXCx8JGpKGdVNQgR&#10;ZAExcSA9Qz7dbnar9ZLADQv7xVqzn5mej0/DayMF/So40hFVw66xk802y2UoAClVSYHo1azDGZov&#10;ta0gthrdbi2LzwT4iDBgIqxMbZZ+9tEH7e8Kr5+b+W3Od+nj8uRETqzj4krIo55sBR1vA+kNEmwX&#10;HTqEQbHVze+srFy++bVuN7/04Cd7u7gZBsViIxLm00lfrlR6fOvDeCzaQbO25CB0EiMIm3Ak0eSk&#10;du98WqvoC4sxxtSTAdoaUFxSHulUpT5ENlx0GhlkmG04TUR4287BQQsrca9jPnq47M/AHWKxw9GV&#10;b31/f2/fXl+9+fq3quUSMJYkkAoCBZLzaDDUlxm6ZFvr2MemVvTwEdeJ5zKesxj1ApaAUw1MpivS&#10;NIhCnvEqnWPcCdkD4v+A4wb821VQPi0uT1aVY9Gv/XSweRxTe8IOegKSTVPPeqOPd/D/SSrOiZkk&#10;fcJQTR9NYsfzVPop2XgcgXSUOESfIDa52JoTJSn1zMtzjqBRT3HSx3gs5+iHH1lOn5Uf20cgZfpL&#10;gbzOSc/rs8myx3nDBG8LEyLmYcfV9dGk/gRm2fmNcbnHoGP6mA6FB7dpU8/+nU+R2sc+6WOu9rPT&#10;alf47ekwnWdIUrSF3btJzHecO1pksvtrO+url69cDU+faVerGLnQPo2jRt/7O//4w5/8Uzlm92s7&#10;Dx9+IfC9cCZ76cJ1mDEhY0NVZLkKXsY7TZCxEjSSR0Onf9N7PD6tXuiSgy0AuPoDQfU/efAIZIZB&#10;F4AM58zCDFp3QCn5NT/G5aLP7jZbWsI3gsTRHrX7dVjl5AiS7BDWQd4glC3eoXbha4wnhMCf4dHF&#10;q8MWGwuZRYzIDgnFwYaVIwQrz2eJCS7KB5ROKKtciSz5B8JmMgQmV97As4+6EdsuGcl2KXG85DVy&#10;PKiud526QmPyERK1SmpRojFmOU9pSmbB7rmwKObEobFdPB05RR7uzB4T3ixPt4xa23A5sqiCMHSy&#10;aN4eBwsTtrB1fJXi9Jou+oinXNkzqk73GMOebHlkYoKdwkknlREOh89HKEFYKZDSNOo3QbUFvxlX&#10;LuwvRAJtEGCuAqUiXgDVg3gDlCCcbPT+3OEyOblkBSGv1/TudihlaNIXYDxhCAlHFlnMwGy3dWe6&#10;VHiL0IRJVwpJAzTTcjOf3HdOlMBH3SCcQWK2Hps7iFUDHlqfQiBQRDKMX9BCc4RKSI4a42HS3IrX&#10;WyjIF3keBmcsLPbQzaxHCSCqCYS3jsgRJlWnhPRXC+2AYCB41Qk8D219IAqpuUX04WgDkLrdPfiU&#10;68u13OGt11313qqbJERaKdQ4yR1dbvsIguC6uz0Qn6tQJnRugTwYKA8VbXgVLGDiPVLFYmg9cs8I&#10;wMemO7LGASPvmwTuktoWonQtENICAcrLI3KjkVlXUe91/Nw4APLWmfHw3cXxW6TqxhQY10AyFV9a&#10;XsFPu3b18s/ff+/1115r1XtIdTRHfXhu9/YOA4EQWGL9dg+kUoiVa/WKzyfrIxMtMGQSBfxqvVQc&#10;NHvNVi81E+v0Kpq22Kj1AnwIXS9sIDr9anQCwklkTUGVNkhMJIfGiJwUXtzdPcwVaotn0TxhUcTX&#10;WrkLz80CopbPm5IWQUBEbCJZL5U02U5PROYmZlc2NqrQRdmdQGSQift0Q0U73hpu3137VTo8vw+M&#10;zzAbiASHKlUo8Ipiwtzb2kHq2Gh1JZ/IJB/mqorqRH1mZ1gFg66ahydNKre6YFyZ1KbTtW89sK5f&#10;Oz/q5F579QcCG3jrja8gj8gc4Uk/QMxjpVoGfoN0GEWhVCxs72zhbAa10GtvColkilxJoyGZI4K3&#10;Re5zBm24Gr6nV4hfYJ6UN78QbKs3WPALbF9aulNfTCWqgZIZlgeOMShiVq5rgaHPx/maRmI6nhLM&#10;rmO/v73htOziYfFHf9OemAjVR0av3qJi0Oqq6/0mNYM+gPMudv0JuDst6nL8tMJt/mwHeLwMjM0D&#10;avv9ysqjZSj3wxy7vVtdxU0WYi1ZOv3c5LkXAm195JO4m23q4G67RrEvvJVJn+WV6XC/YD55ZH3R&#10;cqj5oB4+X/3l9uInFQxBY2/M7AUyT2xnbmBhzkPNBItYPkWaGjgb721cfv30SOD2QROcCvcP2qN7&#10;uVeD2keFFnlthPNkkciinkkVOsxazbqaatLOqWx/60fL1IWJ5NXFhXgGqZfYhiyvP4Yap9zpLUaS&#10;RWtETUcRQ07BSB2dgsHYGTgxVYwuCJ///LbIU5oS2C82bFW8vb8xNTmRl9qXziXWP+gkYPTVkZOC&#10;oZ+JFszZzI0ldkgZA5LV5VB/Ds15x+Afluu1uq5cbz+XzO4NAqUBVR7GZ9Sexkw4KH2xcOE+slEd&#10;Xf+DUy/Juo9vnw46eVDkz4esz2D9GI1sp45Gq8q8claoO/YWUmZ0pm+b1/Pd4i+3sL5DM0nV6Xf/&#10;+W0uDVx5R0XwrsgIc9H6NI4Jen9sqQBu9+inf76jTQRnppSNDzcys8GBJkyieusYOu9H/IwzqksI&#10;cV6IVirdWpC7ejbW9KE11O2OcGOByGpxlc7CJAosZoAMI0NYf1g7fT185nuh2Vzg9qcVPFuaA0tx&#10;WDjMRSdsmlvnZgNKZ/gKZX98QH28pWNA+MOXQbHGXoGTTczMjfsbhbd+dx6+FUxphk4PcIxPHlX9&#10;aRnwGmRc9la7XxT9vC4PaWdpp3Lp6rmr5xlVER6uDxIJkH6x6x/mu93FaTyWmN6Qaradtt3fvN+d&#10;ezE4PcfoPm4xEA0EnVbLuXg53EXAcHoYjSi7rrBtJqN0sTSo9JxFg28T4MzBSpVvtpeWsgvnryeY&#10;4N/c2nvzfKplthIKrmbhRpoC7epnD7tT074bsxgmD+gJLqSyNg9LLFUbEQDXjR9MR5A3GxFNRujT&#10;5pMKyXO+jEMqC+jfpqL+bVXodAxwm+iRlZwIRE7puZ6Z+7RltAa+jtHsD41e9M6DNvDAU4sBeUa7&#10;/7AKC/o7VvjmWa3YGi6kAwj1+92/x/E+GUIa4h7BwkiNECRlg3zI8yXbns34e43e9uNWLMH3+qY0&#10;Ms9FfSsWfdi2ZhUCdp59Sfn2eT9j0CvL9UZalgPUwqL431+OtQ+MW7ebuYDA1tpMKuw/aKi/2n18&#10;S757M/5HL8j/5HuJkjH8wwsCxaroCKNFE47be4fM8u1Ouzacfj6Oq7HD0Psz2vmXQjdo+94mddDu&#10;LZ7z5+JK8Hq6hRwqkMibvbWBpAW1BD3QYG/qO6/O+ZGsvFLuWRIvNwtRn2+3w66WqcsTwJMQ3840&#10;jAeCkOsNUqeEtybVrb2uMsE2GX2rbYaUXqkrBiW/LBii3Qcdbb86wvOPcwbYL4TRQjJFmPBNKow6&#10;1hEtdUaJY8VodxKnYvd/uQUCMz8wy/kqkCKBECQkDSBJo/FUd9iynR50su1GHQJa3D7pSFBwmOxe&#10;HoparKzw6GRzOV9QTUajpGSS/Kiu0Y1u12tkO2Ka7VwWC3I4FIpGwoV8CaHwkA4tbW0ACYEIeyKk&#10;FWGkaGnhQDA1+do3LxiH+x/+6tOstXn9lbf6fR1U/j7gptgsxeNwEffg0V2YB82k2WjCXnz+4iVk&#10;Wg47mhTVt+1CFea68LBaRVNSuzTpb+6tfGA0vn/5t0mucne6R+xT+ji4xXKRRRAesG6+BRkiMC64&#10;2La31m/trH1WzOe+/0f/A4Bbv/74XxaKS5qfKRccTeXTaQ3yqmhKG5jNd9/9ZDBger0BxBfY8tHE&#10;JMjPxJVai4Bj+t0BqJaSDwxI5EtRgspGOP+o1cE8AA4m7IYA4mh3h36Wn54KYH9Sqw31ah9g7qnz&#10;od3c417nDnA1rU4L1apPFU9felUQ/fgrvKyJsT6bop+G5DpHaFiibgMdAi8J432ZIXY5OaD6mqjC&#10;+zScWuDMefPAo2miO7NyR91jEo8XVunqW5ljD+xJoTjLnKyIT+avnAjXOeozjMerzyQQ0U/BRU8h&#10;Vs8WeEdU5SPFq1uWnyycnWMprHOcJESfJCQ7X05EOnLS/oay8mh6fTK99zgH+RgZc2SfdJ6avk9I&#10;h0+CtE6mAB3Vzy6/imY9+hflPDW5Or8pL/doOjyuX8dlumv2tY/esXMikYg+oU4+/t4v+7Dpo5H1&#10;mFLsUE9fqSddh4ieIdUHJqxojtCERzV96nL1cPnTX/wvp6++UMqXKCf43Nv/AI0RX3xi4Ggf/cU/&#10;X1hYOD/jX1qr7K7fym0/Si5chlUcI45auSyC4YqpWzBBaMgU9RuhWif6EczJJB8OlQa2RoZr2FRF&#10;cSp5ujvoFavtUNCPjrHPr7AtUQXKkBVpWfJzfpCIYckB798H0KQ+VHgy2RoNRiTYFZp+GxUYue89&#10;OQHqLtzuyFMh01syaIRyRnKzZAyPHuQVaybpTwBIq0s+HzQ1GHTih9IkfRvzQBa9K1JzkENIpgKW&#10;dwMeOd09thl9hHCDnY+4MTHf5zjHncF6BgHCFnLvMldPa9PMievwiOvmEoAZr02CxdYk5lJi7kVN&#10;xBOLPJkkQ0lMfj401eRVcd4K6C4H5Kol9n3bs7Ib3mTTrfFIHwLdMpJUTDKDIByViRwBphccDp9K&#10;R1KjQbvXRkEB7A4GvMBUEME3yBkMIVNTRH/Ms27ZDIi0QEHhSt490NU2MTB7NbADvD9aaiTJidSl&#10;PA9QkkOWTMYbDBMun6sGxxDZAfAYDGd3QuvGiLneV7d5QHTbpNgj9S1xUsNggzk7Q34O4UWR88Ac&#10;4eXcU0CTSCS3rmWPxSHUGOzkrjvu8T92k7vCD97FP7v9UIdBfIiJvCvLHiOhSPacRZyzKOIRxuS4&#10;cmv3aKIhgOwkYpVxnzdHoG6H0K1pEnXjgtQsd0Rve921IYprOJJI+lYPpRRAxgZprECeY45TjshP&#10;J5U88QKDECUC9ByIEa20W8eSNo0ngWa8vw/NGsKUI+0a0oqBmIE9Lu/JQ44cY8btw7gxRSTnDPtk&#10;EKbIRFyyB3obV2VyIv5k+UE6mU6nYsV8PhaPwqGMw9vtdhKpOG4PjPmR+jzo9yQ+nE7Fe60+tul+&#10;LdLrINWAzuV3FBW5O8NyuQCLW3oyub+1MZ2ZGNmiKkjEoUzenGiRWT8SldFRMhsNJL8M1YCKVngh&#10;l7v28sVao7G5U0ECbnpC2ds8AGVKC3bq+nAne+/cuZs71c368CCaiQEoWmpUbu2s6qaQjIWXs7dr&#10;EiUNhlHJyeudKJcuZpfWCyNouGmxkq3r4UL5YLN77/66EZHCKj0Z5c0B/9HPsrOZTLlQTWb84RR9&#10;79bjuJoy6NYHX2z98Kt/vLOzefXGVyGW9FMCTjA04anEJKQcLNEcMBixo61suDcpMhqhjfjFr34x&#10;1HEDiigvn6w9yOXz2cODFpR1Knf9u9fu53cqQG7FhLtlp1NzJkqtS9KV0VbbDpVLtU7AzwuKk0BH&#10;nAGiHEmw9mZP/2BLl3T6TIzS25bylenU5XAtN1Q7EhXyhSd8VbMDT/08VuyOtYdbroSalqkvVdd0&#10;49LLmViYerfuaDkjU7TEUt/kjSGHUbTmeAFN89HtM0GqB+gX0Xmci2uhS2ZjtZ6IiJpul81hpMlu&#10;fFGjLsSgZz0T5YK+q0t/9qF5bbKyVqUuTuDirmWLrfOTqF0p4qSS5HwTgLtboz6JohWBUZCoKQfS&#10;4gijC++sahdh3/XZI8L3gsXt0C/Yr2SQXYNd6W6vxt/I9INscT/fBAO+Z7x++ULl7vK5cxOKlkAD&#10;IqnKRcWHMLa4IM5Gk9FAdH9nJxDU4tPRxT+O/OKz2zvwVcb8b79+VXagmVMjjPJB7mFyYB+uHYS1&#10;YNEZaFem/JMTM/NX/jQY2W/myt397cqOkKsX1suKLdIp9VGYCtnW6RC7/uG+yvKF91qwV6oXJnQF&#10;hZOcd4bffz6+6DdaRr9HS1ja4rRdbVtnzqkWvLk6DW5t/ILatjjYRA5H9ovFfu1effMuwsxlMs/G&#10;i+KE5kZ5MR5Ghwlwne/8wSsro8aWyoNljEVr7W7nL376GAPeKUV+9ycbIdyNa525FyDe1BTZDDga&#10;xvUm2NsblexKx+oMqDOT0nzoapwddk2gozfvNoAEM99YBAZ+TjU6UEa3GAzBfvpZ9b/6zqQ4q0fj&#10;8WHJ3u3TCmyugPc0SneWcrEZX2aKlfZaN7BmB9jAQtJSungjjSELWbKEKPiGPsAIxjBUMYRJTKnZ&#10;Sk/xppZa/IoxqpqHu4dKwKc7/mg4preLbN5Szqgi35+ZYKo1gxtSQZ/Y7Qw+/qz1+sswUtttyzrI&#10;6YOqecaggiqe2LAlYCE31Sg16aMVBOm0ZYXhFyJ0R+KTfiZXGg6G7OqDfFT1YSe9arSngr5JNlLZ&#10;X1dUfdoX/uWt/Es3I7fvV1Q/eHJCfJK7sCgVKkhJD+V1mCOciQme2G6bYU7sf/c0cWjk+vSEYscD&#10;EDQaPGVulbl/8YFxKcMibF4VR5EzdLbjOyfIOB7ZkomB6+kU12o7Dx+z240aFZDTc/LVdLBTNn55&#10;r/zWlcjklJrdbd/+ov3iJeX0hFnodu5sG9WWlRQHoCS/8VawWDeQ7AAa1LXzSm9oaVFtKWcGod3t&#10;6qbutDe7ek7PdZvTryyurHX7m9T8Kf9MxrmaMZOcPMFIqw6fCtiAIDzYpBGqfO17sVDe6ueh468O&#10;fELLxyRYqv3R7s9r8fKk/x9dl9p9q1bvT85IuxUrS3FnUkxtx97+OAd2wu7L6R9I9gun5L3Vbqmm&#10;X78e+mqIfWer97Xn5eycrAEC5TixWR/EYBFLLzQoOQx5FLuSG0CV0GzY2WztubPxzzbrsuJcCTmf&#10;rNAQT1xNmm3N2NkpAy6Yjktco/vKaXaXNqE6uFNgFyMQRfMPn+ThGw7GfbvVDh/kqyOHhmibbzBG&#10;nJM00aRltOF5um+Dr9yPyZwSCqD7evrl0/t3DtDfxV5H4pAnp0u0CM19uUWjj9mqG+CMk9EFohRM&#10;bnu/OjM5iQuri1k2tgYAnfuE9mik53M+mh10BqVqm1X9k+gk4ZkIm43AJ1NJtD9BWowlApCqoZ08&#10;d+Y0RGsNRKVTluTjNR8ip7uPH2VzpWI0IJ+9tnjn03u/+uC9qzdfNft9uweJtiUr6oWXX95//BBT&#10;30vXbyCqYXN7d/nuY1yt0A6ywmRaC0z6WdrkhSvpUnmv1zjgA76auf9bVTU7nlOMOkHfcccsZLvq&#10;kqvGKCbarRTJ/kR/cOcvdjafZCbPrz65s775q0J2HZol7PubbRDIOUHjqzmCcf23/+p/xRYDkPJk&#10;XCkXe622kY7LSMDezwPLDImls7XagHxseip+8fLNtV/+NAx2mcr0WL6Sa0HB2Ohaakicn4klIny9&#10;gTkWv5DwPfg8P+wY+GwocYAmitEzN6o/BhgT/pbVhz+79MIPzl99zY1Vck7kv44pLc7Y4enG8JCd&#10;fBu7FB6lQDQtKECs2N3Vx13YsQb67NwC+vjYiXGuro1sI710H0KeIQMXxkvEGMvAjyyq9Ako83g+&#10;SY8njvR4zEs7xxzjY+jRidL0SGtMPWUZnwyoeVrVHVXH9IlOBf005eaoPj12oZ5AEB+Tk59BRh1V&#10;s/SRDtQ5mdJMnaBOHfPAvCkp43mYHfrpNx2Jm4/2ytQzOc/UcWbysebUfsoldrxiwj6uZOijIexv&#10;ysY9pmUdRQzZY8k0/RRcdqKZ8+Xy8ZgXNXaujz/ojNOBnKdzaufErJcssP0+1enlOEq5/eGPo+EU&#10;q8aee+3bP/vR50tfvFNtDGdmTv2z/+m/DCe0qTjT1juF/fbcVLnaDACagD3s3Vt//Z1TZ6B0REbX&#10;yu1f8P3HKJ4XX/zPkjNn3fqFwIOY31zuHnPQxieeffWNlw6yWXTgq5WiAwvisEuqfeRhypLTa4d9&#10;KlYZa9TDkggKIIixaDotRtIXLr2gpZKkimNZF1gFtCekMS3XtYudep9oPxGbYBEUM00mlaZXL0El&#10;ivm7uzAQdasrbyZEKnhIXE6Xw7k8Z7fiIPJZ3nVjU8QRAS4lKi9SZ2Ln56KpxvQpDyLgLTZYvmkX&#10;EezmqgpHMV4uidtlCKMuc0W+40J5jHU+us8tj6FuEj+86xcl6usxB47ygFXkZ+Ar3FqRfMpyZbp4&#10;m1if9EEfJTFJ0wW0xEZWCDKfSDksiCqiiNCrY4kemPYCyd1RoLsuUCSOCKgqnxYWRA3hSZgHY/4P&#10;YbsrBSZARNvqA3TgDHV8hHg38aAi2bskoXc80USUrutIpUkiD0KBObhobF6ysbOHza/dGjXb8Pk3&#10;uuaGYUcXz2wXSrFAKBKKvvLGK5wkYMLp86ul7CGeMYTnBewEzX788ce8m9VLql/ENdHMWMDrkZDJ&#10;8SSHlD0x1PWCtTyZhlenHqd2HylJPJ8w4SfjrbMuWR3vn8zikfsKFTyOsSCZkIWzJDiX8WhU6F94&#10;wHfy9ljyYkh9y3kBwqiRWh2E/5Vy+cODg729/W2MBHd2t/cP9kulQrVaxcWIKwgXk6aC344w2lAk&#10;nACSIxyOQvAbjsQjwVhAC0NULPn8mJBCAAzZzhjVQCjhIsfKGJPi7yVTbzxt0QQgvQVckYLLMxtr&#10;E5hxHJOnVLHd2tgi0nSKkAwnM4n9gx1RVZPJ6M7W1qXz53DFoiaPhIOwY8Hoks1XQiFAMSdQyiJS&#10;pdPtzM1MJuLRWgmcHl+r0arXWiiAV5eX4b/qI+HEGc5MTSJIYntzB65mNaQCD17Mt6LRya2d9Ugk&#10;Uqp0ELUaiYFMx86fDb72jdlISqcDSHLJFbsHcphrDIp4N6cvyJxUQzUuyeLCYqJZ5lBR1ofFilF9&#10;crj+uLgPRz8tWvl+rtweIJigX+5LWrraJok865utlj16vAK/Ho3xcqusl0ojx/DZndHpzOyoH8nt&#10;ddDR3y/U6AgmEbB0gWfmNMtOUELCohAUg89fewsM2XZnUK6WhqbZbCEWku61WqoWwCEETB43fq/V&#10;Bb65ixlivQKvrj8cxPhf8YNrHclkpmfnk2deuHb2K2dXe/sDBKhS/VMsOilOUKDODhe5toiHbl0q&#10;Pn9BeHlx1hh2GyPqzr5ZLJoZlG4Ku9KmlvrWw6LhiwoXrvJ+lnn3b/e0TDAd8fP9wJ1/83j4UcP6&#10;pLb/7vKpcLi22xgEZcovyGciemtIxkpRRV2UJq4rfk2t3isapo6YF20qcfYfnXYuRoYKd2DaN/0y&#10;kNHn1bm4v3PwcV5whM+XO72QfP3m/N2NwjdenEEPKhWU4xNT+mHb7Oht/BWAElsUqGcY7UpIekPs&#10;DM8OL8W78wFixSAdcUtpjNSlUlTz8TNq8PRkBwkeaIr1h9VWR0sFO6JEHkSDEa7BREJtMIQSQIk+&#10;s9+xaqXtVoWSmEpvtHDj8qkLVwRNVn1KJhJhOt29x8u8bS7OT4EoY2CvwtuTCX8mgcwyqlmDcfEU&#10;1adkOb22sd0VjXAs2Ko2EloiNfSx2e7Sncc7dx5vfna3tLXfLLfYSs83okEi4DUxcTleHdqqn61y&#10;Sne3xSY0sztoWyYEDQfZcheDTsrYXG08+mRwiPm9whd1Pluz76Gh0DUXZB6jv3vLveFSvffLrP7h&#10;4eY7a/WtcmAuUvM7YcXfCNCaxFE9h5HU6bPp2RuJZpyqcLTICZOcPb3U2ntvHR1mrNulfjs4F2pU&#10;+4hg0VPaqbkJqJQEIRzAmR8J//b/fa96PiwNHD3btdLq8ueVGorY8mD99n50LlG5GX816YQ5qrJu&#10;7G4yQ0zKYwL2nX7RgDRj636jtq8HJrl2Nddv11JxxND7LkWTzdXCpDrzwftLO1v9cFicjDjDLmMy&#10;dgU5S4JyZiESl9NYVRU2PBVanErGJtLBF16fmX+Rmn8xNeyMqrnOsAFelLOWPai3dYS3AVAmCbSM&#10;B9QI0Olhtop+gHOY60ej8n51CPT53fXusE8HGRokqXTQCslOT2fWSnazNBgslSIWPRsTs0ut2moV&#10;snJAbtBdZjShDus3rhBz9P7Wrnk+uaXJB0BRICSpg1QB8/Fqrbw1unReCU1gWzt0JVl8qQeAjdQa&#10;9FMTUqEGYBITVXBtjrAPyTapfoO697h78WzYYI1qhw4FGWwKIINFime7PPIr1HyGJxwQ3gkEuIEk&#10;tQ36aibQZ81zM86rlzRcjLOgsQm+4k5tJhnE9qNu2mnIXREqq1NPSr39HX2gKo/39A9+shdEPK5o&#10;zUaE+QR9MTo4E6cPDtGadxAk5o/7Swr73BSqiMGTte56n5lPcb2GwQRQNVEJwUpKdgLNAx8YV/R8&#10;lH35tCpEuIoif+WVmK7KTU1kJ/3fvO5r9ijow5EXJwyGszF/rT3a6lL+KfnqQvCD25XFU8He7mB6&#10;RpxNc5kA/8sHnXKfvRrlfTqd+6jI98zrU4KZ11+cFHbW9Vt/XdjuCBWGngk7mZgT09h60/jz5WYw&#10;LFQOh4VHvSRUWDI9VNg48uVo7rMcgiQQRGf+Kuvo4BQrTBpKI8pQeSjG5b2csVrpRuOSw0EkToss&#10;orUEgUabHEqLtm1V+kYHPAFsJVgL1HgDD7KgqkJM6FMFTlY0An4GaSMSj0aCAaVUqVoDBHcDvqFg&#10;l+HjORAUoP6r1Cu0wABNEI+HIINCjCG2c4RFiXksnDPBULfZQWOe4JoRKFAB2aw7so2uTnwTUDhT&#10;nCoLKvCRfYS0y0E85qCP7TabKL0WZycZ2/RJvvzaOqQ6SjyJnA9RU9FCRikeTU9k5uad0ehwa0PT&#10;fGTnhbEBOiqMPELjtrS7ZeZHsnBq8aWpGLdf/qLNjd4+88e/pYq31Oq6sS1oIrcjYUirgLmGphez&#10;K8jDyLCUbA/cEFfXUweqKgfhzJ2P/lwSwH/NYoRwsLMkkihDGgKNYn6IfbFBrGwWtjtt3LxDql7D&#10;DhqmcZFX5MmZgChz4Ons7nYBCkyEyL52iCxpq2EhGySATQk6Fmy3CUQmVagaxHZrGpVCF5ssjkyA&#10;7Nxhj5dAnyVqtT4aDzrIcnIgGQupwWahEIvPxdKniV+MIQEkvGvoQ5+ezJwwIm7UH33xOaFpjIxy&#10;tYppMHYprE+NZhZDsRTS0Lc3VvHGdb3faNRVRdIIAdf1B7vxKG7lz0CxCGGdmwRJOSfTa46Dd8Z4&#10;ZeaEzPf4k8fCWoemnxnqHgXP0tTTAFpSYzFHyGXPx0uPi8xjqNPTIOVxZe05eOln4mw9jx7DPP3J&#10;NHWsW3YhFSe+4mRVeZzrQ48hVp6l1aGPZLVHBaXtTY2PcpTIK2S9Q+DqZumnZSdNHc+lT0yZvZrW&#10;ZVZbMNkBCgvICq6lp8As57hsPxIuP030dY5frVsJEQciiqvzV58PhQNYkPHjsOf2ZkKAyIzr82dK&#10;8eN4JjeI9Eg3jCECqZ28jgaZ21udLoSBrd39HYTa/n//6p8moulmbjUYi+ztbT65+/76xtrc1AWU&#10;kHcfbln0KBpzmjVkRwxCqmSjCy3GYF1KpYRLl7+7vb1c3Nsob7/nl4qHB+vYEEKAQrSPslDaXoG8&#10;AI5RoMxMUpQZ1JFCFQJtngTawDqKRiBH7J5f/wYKHhG8HZS86MSNyGCT1UKRVr3ZLlVSsVi926sW&#10;S4lUBLtGpETgZtBG9OnT5xDYCOcGOd6gHHBErEvU1ahbgGyCD4/oZkl1wpPE3ZHt+oxxb4C1SMjG&#10;pHYA1Q+ZnSP31iKkVvzBlQ+zrmTVxkccjyNFBpnE/UvIbEQgSvJtWI+yhIxQL3vGY1URH6xByFik&#10;WKVd3JJ7pj25hfevGy/tJVeTjAt3lk+YsG5ONSl0ccQQumtRRz52WJcF0qqyoaPErd2F5pXIXKHz&#10;ox3kyIHyQJGSFQG8kkJGOSQsB0NTV0KLfi7CWHj3DrZcgpoXIYQLjIywvNxkqKe96wMvnBex7OMR&#10;r8APClQD+oCGgQSdEQljqpWMfodwuzHbJ6pn17IN8zBFuKM2AWqYxNDo8oNhzkClZiOJmPeR6JhW&#10;T2/VUY9ndXO7Z4jpSTwpIDqKBKIvvw5SooCaUFaVYu7Qp2gs+XYOdpDPPvscohwR3lcy/nY9uTRz&#10;1Cgbo+/c4faY7Ux7AWvOWDriubHHd4praHdHsqQdRaAOhGjsQrZQ8ZKlEXZim0ybce5YMrPBRhvS&#10;YlyQeKS2O0j9bJRrtXK1XK5WSpUSfq/Wavlirt1pI8oYamQU+jgD6NRA+BSNoI4NR6N4hEf94bCK&#10;zB8FD3ZQ2ECdVCVJEzDTxRYVQUyYs/OEroUymwUsAkeM8aLZHReOxY5XI2Z8kzPuUPyonedR7w2G&#10;OQI2el1dEmvstrggy4QUEpgK3HgybrwBVHbJRHJ/b4cXnItXU0idrVbKoXio2eqC8rp/kI/HJvDA&#10;ROgzpO+lcn5qJlytFvHKTROCv+HB1uH0YrpQ2IavWPEhDyKjaIFPP/1gcmZ2yHYmzyVmTycfPllm&#10;ZAelaSBKabHA+voaBpWvvXV99tRpvPHDaimZybDQ4ianQQHF7poVqaZu5qqVx6u3HQkJQ8JwxOwU&#10;C7fX74gB+7DWqvebWjic7/RWDgdJfqp8WN9cq6ytbK1tlku5Ujjui8ZR7vhg/UqFJew+Dg/awQCh&#10;fpJHb7Wztlc82KmaMCi7jPHdrcH2oxog0JDGGQPELvn7LWNgDorlUjZ7UC4Wq/U63ipivVqddiSS&#10;QNsLDRiaEyAJq9aqaOXA0ox2RLuJL6wA8oY2hpgUgcHtWN1acxu3B1xfAVMLHJjJHT+bF2rVmjap&#10;GYFCeIGvd+t5k4HiFgPSmRigtbjghFsHIww4/vCa7PiZ+oE5ag6+/c048MRY8Wp7pUZncO07GT7E&#10;Ri8nA9fDtZg6PynKGX424JgPGlLa1wgK0wE7CJVNSoD2FYIQv8C/8g8Xsz42wpo1ljrtMOcCwYfd&#10;blpJdMzCmfORh1vt6bT2zbdPgUmw0hlCihCJimSaQhlixlffqSUAYYr5SO8EG9u9uhbR9KRCBaFR&#10;dNkBI/vyZoP55V7v3j4fD5YvRw85tikh/sRXLLYMgQ/GkOQh1pEDpxPXAEAx3UKbYhT0srR2d1Qu&#10;Q0KMlYUKh9589c2gGq8PbC0Y8rMCUkBbjKQzmCrsrfYKfaNtO3qusq/rgHtj6ytOJaabIH6H4sXd&#10;3CQiltd3a08OuBEHb8xEOOnDZWubQsroXgojlNw/Mts8DbYSLfGdEUrBsKQgEcru+AWqPhzVu8hT&#10;7RtmACbZmxMQKhWGto/WVndKb35z0hRsBSb2EAsbe4Km22ut7QKc9LZvrdrLdy04ysEAb/TYkDIQ&#10;2Zik9ioNEYS9mP/3/7v/PHIq0pGaSPFB53PWMXt/ub30s1XOr7Y1Xz8qi+cS/NBsLlfJJgaK03TA&#10;r8RIFDSrWH0jx1fbc8GvLCrmZkeMqMOYr1ofND/aTTOyIluzHLd4XkGozMpKa6fZZ5zRHqpKHgUk&#10;4mhHISn03ocbTVaEmndpW98pm618u7tVYToJLZycXfDxSQQW2fd/UaoejLg5PxPko3FfQlYEwbSN&#10;pmUNyCMAAm9Bhs66TSF6WTi3qK7frXKQXPuHtGnW20Y4GYKQCrHPnYZVaxnsYBSP+dC5AAWkvlaP&#10;mE5IpLM0Vek4Bx/tdguGbSiVnf70nDIRc5IagrKlvZ1yW4HcAy0MG4OgdFKNxBXTL2Rm/fB9vl9u&#10;n/v2eSGGE8AmJK70UYHt2r5prQzmeKV753FzYioQD4BWQ60XobuwwhEal2q2bt85xKMGzw4agbGI&#10;CAa+LKlJh1VTt42FNB5UoBDZ6KkVtgeHm61O19ZZLqTQImyGBos0I03jh2273gHLmYGZaWVF39vX&#10;b63qkylR0qSf/d+PdFa+clpxBGdr30hEuLDs26gNL1/WUIgmBGF5pTg1Fbn9YeGnH5VZLYzn1Xya&#10;O1hq7rXsxLnA9UVhIsgtpn07jVEXtPMicoO5kQ0KnhEIkjQK+ACiGjPJjeIyq7DdES8GktAZc7PT&#10;XFVnr09yTZtJKByitgM+bqdpteujDz+paEnlw7L14gIePdJGg+rDwqE7CQ2aMvZxnS5iEkBRrfXW&#10;NMPl7+ee7A62a+ad9w+bFJu5maiNYBmm75dsXHzsgfXpu7u/94dzOGv+MKzP9K8bJpoHbyZIGlDJ&#10;pBUEKfvZuRk5yjM5kMk0LiQMJ3xsTJCjEh6VVhFJ3RKXDPPwFccEv8RSNRSpQLcxI8gIasNeAf+1&#10;IWMHQtIPNAg0/6cXJpqI3yWPYqKp6Pb1g9zB5l4unoyHIv4AejNw7GO/OjQOKjU2oMH2AiXzCJo8&#10;Io8hW7TtfBEbpWK1iSXbpZBCqcU024iE7+C5AQ0jUAJ+H0d6+KjaWaHV14neGp0JbGcqGGI20a6u&#10;NBqTiWlWDEf8MQTvbG2u951h6ux5AYmPiLMDUpETEIeDkrjTaMyfv2C0mpKsHfY7I4BNUEEOg2oX&#10;N0KuVntcrt2vcMZOm/qDK3//t1TxFhptL8yiUaknElFsWiDXx4aHgDxHRD+HzSdPdqekoU9yMYYD&#10;7O2f3H+/1e93+rYWQIdwbmV5xx6CgwGYIxrZeq3Yc2sotlzT0cnCLki3bL9KnzkTaLRHB9uN9CSa&#10;9NLBLhy/vnobPQc7fUHDYghON5gQ7ZquqHI0JhzkB+GoAg8HxEqj3rBYGBSy6NDYuKnRs8BO9IWv&#10;/d0vPrpVrLTrGKvV6n/vv/6f5699FftukkfjSue86RHqZnSZ8adqrf74i1uu1JEFVhPgbuzbsfec&#10;SKU1CbJPY29nW9PUVAoT/biKHQkwLm60D8OMIabYI+GwuFMsink6aaWP1ZX0s3bdIwDyuOg8UlhT&#10;XuFIPUVePTUUjhHIT8FMT0e0Rz7Y45Qlh6apZ8NrjiDKzpdeA/2sKNg5GQv0zPj36NczYucTicLH&#10;hluGpp59v+Mi301gGrOCjlXN41xMh34qsz7iTTknzLzubtMeuCVvwI9wrnHpzhx1B57GLx0HK4+F&#10;0vbR0NgjaRGO0oWrz4cjAVSJuN1QQbhTc8BTlC/nIx0d52PjnmsqJLRjtH0wj2IJo4xM89aXV+1R&#10;efX2T5LJ+N/8+H/rtLo3XvhGNDX1/of/AdEbu7ubkkgnJ64c7C+nQmGHC3HqJNRTk6JQaw7QZ8O1&#10;S1sN6L+6ze4nH/08EuUO9u9vrq6HVb7ZoLb2Nu7f/Xnn8BE8FOefew2FwahbtmmxkM12O+1QOOSi&#10;42z0/dCbxStyhQw0++bXXjSJ/0VElYfCIRSOAQejKArSTaxeL54MbxxkAT6R1KBOQjlNHj6YauO1&#10;F18VkpMsqS2JHhSlLPhGqAXcQovkpqJedZE+UKDpmAjKsC65n0VZddRhcXlTpD4EmVWH4pfccoLg&#10;Zt3aXnI0+gXofrnhr5TtxiUTsLIkkqBrd8aLQhqiVdOtivC/SMNGEUs+SSJVSG6SW2qhM2V6HGK3&#10;RsX8GfR+kydf7PL03LvDISlLJCMYP2cEYNGgPei1UTL3kMaAD5IfabhZw6hJfWiJ4ee4XGjsxgV0&#10;FryOFCnlABOGNZnwk9zWEhnFmB4Tj1C1CPuJhPV4qUBkbuxBzUiXBK/EJPRikhOAWSdvSxFOCTOy&#10;5sAvbXTt8j41HBDGnwvN8/KcCZCZzNVdGjRqSRJyS4be5EhyIHfB34VYP7PbrI9abcQcZbujw54Z&#10;nJpu1GqxSDwUCL/85muoshFD5UOuRimHepsmJ4aF/vqzzz7F0s66cUwunZAnE3SWmKdogsdxg4uP&#10;EqZp+ukN7OXuUk+1EUTSy9Ke3ppzx8JEu4yKAqcefYROu4nqpdaolZC+Vy+DGV6owP6Tx7hvAG6W&#10;e0ehWFWQ7Az6RTgewVODNJWjkUgMbyEYCKMmRC8K+aiQJqpaUJYV0I9lCUsAtI6Y1CLnXiacKRKF&#10;RBZedpwh514VYG0QAzexDbuSE+i2HJd/5oqTicAaV4lxxHQniznehut7IafVCwzHNei+WYjyYckW&#10;OdLuwZMaDz20YHDHDTCqnDsVWN9ZrxXK7XrTZrt/+k++1ugdHuxvf/Xb10tVTEzb6IrgYSnKElSO&#10;ezs78RSEzMz0KW1iyt/qNsH5wV4Qo7h2o4RXGopHd7OH6elkMM3feGlBjVGU1qKU9rUbC4GkMnU6&#10;HE6aZ0+ffemF05PTYUccAXc87PZUmQuK1WznENDw0qAKjvB6aWu3vGsyTUfmi7UB9Ky1fvWdD379&#10;/laxDrxsrXluNnJQrQNJV9npiZRcKdVkVYhP+OcuhoFHBjB7IZPp12uN/cG9T7MH29V0QhuxIoxJ&#10;gYR/q1SCw4eo28BYpmnsGmeTfHOvd3HuHMa59UYtBX4VlMGwdsO7DPNSowO9SaFQKEKDEAyCp1Wp&#10;VHe2d9aWHkJUK6uhXh/CdhEka4glSFLCoLVRP8wOy8jF7lRGrbWetclQO3Th03J1rVfa69RLla38&#10;1vy5iWK5EfYHCI2ZFfu5XvZ+PcMJrbb5RX6kWOYPLqB0NaplulwemTx2jfSlOUOWmbNnlWrJ3pG5&#10;6Fl/fFLM950JyZnz0wnKmTapj//NWtinFMs9ULIQqolkp0QgDOBN7e+fWtLY6/DJQZJj8N3dHsZT&#10;GIdmIHZlAAmmUVpoQbTaYRb2P+nALzyMh/0KL+ossEPzEO/nP93UcQMl/ZTGzzFs4a9W5M36q/OZ&#10;aahvHtb0Hz84vHs4xLD58kzthSRcEBSh3NMwyU3YzsXnFvtlxCFDeRgeVmqUj03hurq3H7WodqWC&#10;zWxbkwlPr977wbe+o3IRTG1kLQTZSKtvGrISF4IXUnPAyacSsfUGJAKtxVQM993WVj4cDmzsH+6X&#10;84zY+mJ9pbG9XwkLsXjQaHXRl8XAFlUjWlUjSojJ0RA0K7OZWDTmT8XLuFMQg7zf1Gb9foatgLGk&#10;SaE1lLyCshjTHyK91pzXArPhxF6389LrIB1jpE3ihQiUvkUVl9sd3d7C3hx30lIZKxz+K02FB+Ue&#10;vLrA1eH/u0tlhNa/8d+8JYZCpVatx49og51XZf2TzpO/eYygZz6lUgnJmQ5dSUXqt3P9LGSfVDqh&#10;Vmzz/Px0z7BDavxwbY2yqpcM8Yv/825yMVU/6CSvTlRAWhBFZ6084Knt1bLOhdWI+mgPpHK0ToCS&#10;B0vBuDybhjteoIYfU75vwca5yH22heaBme3BsGLsLxWoUOPW49zd1eaTz3MhjsbT2X8JpgFTEax8&#10;sf3r5epBHW9vIDI1gR2JHNSHdd4YrHxauf1uadRQGEUIxYV+q9+sDuJBfyjNo6Wsss5UUq41zdiU&#10;jHSyUtcumpSebduFnoQdg2EmFKmdb+3tN9fKQ+PQ6O4PaFmYmpGq671kRjPiciDGByeUfMtAEymi&#10;sNMBqVzoPffyQtcZIFU7MyV0WujbU23LzvJ0HHnXh50z81HQqfI5I6LI0ESxwL7qdo9ilppcnwN3&#10;wADwIOXHdcD4JSPCY0TKQYiOnVFAMO8+0Bs9i+ubj+6VIKXlIwpECLEgv7xtBHy8H1zYobhdH57P&#10;BDA5rPbt7ICqGfRG0w4meK0lNCu993JWCBTbIDefZiJhcsEX9vtXZzkt5tvc7JQKPZWsv3IvyE0m&#10;1P2twYXL8VRGPLNAxyF7chwZaLue0z1o1Zery/eqI9UXDggfPxis61zJpBIK9Pomnpq5Ov/Jgy4u&#10;j431oQ39/yX18XI34RcB4Ls+K+/n9YVpLiJS5n4HG4iplJqJEoXVRsm4dj6wXhymotpuVlfi3KVJ&#10;aZq1Zxnu1XNKJiqsdK3Mjdhc0Lfz2V6vYvoi4lcvqWWd6tr86YyEoKyVgrG0XP/9F4KXpkjgfEtm&#10;oA+/EPQLdH8iAi09HaHNYs+qdOFmgBCaV0H2piHhwDEM9lqj7NAK80xcsZI+OJn1ene40RjhoVIa&#10;WG0ECCPMtm8BrOxDKiFNlF+wDWl4mMYD1UKxnG9BZsxgEONTJ2YWyqVm0Cc3qvUO+uPwzIFMODnh&#10;D4RsfSAKLJ6u/nAgEI/OLE4nErFYKAgdbbfXxiMGFd/kbGZiMomWpS8YQqO5WK8u7+2EJ4KtZrva&#10;bMzMp9Ozk6AgTS3OIcDj/OJsLBWmBXHj4eO79x8AMqxhIez3CpVyJDOlI9amj1DrPqmdFcyanFr2&#10;YPXh0vb2dg/mDbi/BF+bZhKpeavKBkfRaS6+d2sbwVH/4Dv/8LdV8dYBQCH8zFqpmopHsVftoT8L&#10;qSMK3iEhsBCSEE/AKPoIOzGH7D8Ip1gvlncBsRkNjN/74398auFMbm/bwvPYYGA0iwQ4Bq4h22wB&#10;vGwSCgPGdWemtcEAlfyQzGNoKhIW45nAxEwkmFSwBVPDErYVzUofLTPsAieQHEDUi5jK4kEKYKod&#10;S/iwI8FWEfuV6fkgjPGRYDhXsbM7W8ORk0gEL119ZeHKm48/+XfpuRvQqbthomRjh1sVGgpIBPCN&#10;rVb70RefYVuJjRt2VhgSoKRv1VvAjrQbQIM3y5WyirR2DRAPH0FgjTfT4+klibNARDsqXrTBxmxk&#10;6ikB6Vi/Sx0XwOP56rNxs19GOD0r1PWsc85R7pH9n7CtXEzpM6pc58ijPHahUk+pXc6XqEcO9aVy&#10;7xhYPC6zT2CdneM8YfrZApoZ17THtCjKoZ8RGR/Vpfb4hdFPw27pp+X3kYzS/RbnOO8WqorBAMM4&#10;yBeJBNZLcvrSMTqBsTqKCzrh43WnvtifX7j2XDgSxLQPAl3CISYzNUqWfF8qdY8qZrfcdYfplrdR&#10;pih0x7BaYKCClwCcXX7t/V+9+2eK0Ckc7PTqFYhBBpW1fm1X70FwOkCnrAH2ql+Da88fmH71u3/6&#10;ybvv6NYIFQgcYfXeECqOUrYuqslSZVuVxFYhr1e7qgah0EiVRaQDIeE2Jsn0yFx88e3y/vav//bf&#10;X7h8/d5H7+m9Znz2DE3Y4zQUJxjUmijd3Kk6u3B6qlSuYE+/t7eHugkVDYpS5JCXsvlEKBCNRTZ2&#10;itduvJSeTlVq1bAm9w3L3zdeufHSKBQBsQrorAHGsxwHHj1WN9IYsMeHA7UuNu4MsRvjd5qMRnFQ&#10;TIJr8nKMvLPCuqGqBLvlXj3ERQ/xHXHPolRm4VzD8I2wrEA2hoqVKC9I0I8nWSC1qGMD7YNFxo30&#10;tF0eNKm7sAtBhenpGchPZtB/7bjnnEiIURkRfTUpErHT09uNGoGjDHsoxLC+YCeN2hyjJGytfD4V&#10;30K0I+Qfzo1QIk0swLrGKmkis0UmE8bWPAEkQ0mEhY3QcJ1xojYmMrB3WkQtQrsyV8LI5mTIclEv&#10;4ye5v/AH/C9HnCC244XfssQRCg8wGmwg71L9vSeY9Dv6AAfAnVrbnqTbdlFhDpnow7AHj7hNCm5S&#10;siEVQMavLt4YrrZODx4kUDqrYsAfCRWbzUwsqamhF1//iiiQcCmf6qtVSmjrupAqjLjoTz79hIx3&#10;ScQ4eZM0mZoTm7Cr4fVoXhB1E/YXibF1CEvZFZPzxObqLgN4L5AcdzodEJiq9UoRptXCYTZ/mC/k&#10;ypUSJKroTQHp5ALDFRSukXAcdawKjKAfiqG46g+qiNZW/JAZ4zJwg6vwCgTKDUYmYQkCqOZYiVFQ&#10;oL5VcNZwYN0XgJcnOB7jititXYygSXmByfhWcvAIRJp8AeF9MZ6jBH4D1vXuOq69l1T1pNQnJnSU&#10;y65aydZxponVnHFwUSgiR/TN4F2buNobUPd0WtV67bBWO9g/2FzdXALltWNWDgs7aoT61g/PL61u&#10;7u1kke919vri5sba279z9dWXz4qivbJ5gGclw9awUvijgVI+m56MVeqNzHkWmtSoAq21wEYCl05l&#10;ACw1ue61G7NaQlu8fCqYCrJSBxovNO9D6gRGBF1LaeNZ02/y4oQoRJtmty80i+18vZ+NJfAwBkWG&#10;9FUiciQYjK+t7/Y7RkCABZB+sFZdztXFYc3S+5F0BEZy1RDaxdbdT/ehIs7uDtKqBKHv9auv5/cO&#10;VreK+w8apZ1GxzJWlwsbS8X4+Vi+MfBDFqnxVr9XXKvRopQHCW8AS5jYyHemLqeyfUOtmH/09u98&#10;+vFnssz+zlvfZZxhWz8wfFsCxMRWjLe96CjgLtmOrgfjsWathG5Gc6CXK9UqgPJtpJkOO0N4sgcR&#10;TTU42uBGrWZ9+9HavV9+sb+8Z3X1zeVVsMoRWOwYPSy/1VYzOKN02NaTag/JS5VfW08+3EGDfXJe&#10;DkxwmMeD1pQS7Pm41SmY6xVqhIFI05ybZxSFBg7pg4/qL76aoCSqAKwLZz8XCoXoIbwOmx+38is1&#10;yOuZWt9Xc9KLkUnfdE+XopcRIWeckZGVRmdbtFTV9ezwUV1/fWaS5hXRgloNGYtmk2r2Te5RsV23&#10;KaybqaZ9ee5Vrtdz5EQ6ET346HFvOgojdFhiz5+d7xdaFnY/e7WdpSzsc1ZKEzGUi/g6L01CX00R&#10;bzkVynebP1kG5FpMRpXJRaiIDx+uBHU9Nql2tqqtmQhzI6NEInQ0OoKyHHaLycjB443eTq5cyvsn&#10;JjBsQchudYQqhe+Nhnd3tkq7e1S+MsqVJmemcZ1s75a0RLwwYOOQ6bZaMjat2QKgag0k2CE+Cd5l&#10;xgeyOVww1e39w8e7jfvb+n6lul3qrBxAumpOIj2jxzaoizNzG/Xm6TDCbJjm/b1om202etG02s02&#10;iu8uR0R28fUAzBs6op4ZelCiVt/JZT/fm86E+uUuf9CPXE5VX0pT5xNJKKZ0Q8L2v44Lts8D/XJ5&#10;buq1c4g+gEoaRLlpLd3//2l7z99I8jzNL3yGSe8dPVlkWZavajvd0z3TY3Z31s1Kt6Nd6e6gk4CT&#10;gIMA/Qd6o3d6IQiQIAFanPZudbt7N7c7rs20Ld9dLMsqejLJ9D4zMjIiMzIi9PwiSRb79HpqGjPT&#10;3VU0yYyI3/f7PM/naZQe/IdVBHGFmQCSyoOIApXzbN/z5DcrJJyB0xveSNlAOuvzs5EoDIcbj/Zb&#10;rU6ru3RzRrrok5fAvWUKJqFHCBt1Bq1g06H4jQweElKM3S/2FzMBRAMONPtsSIp5paaucjVLVO3H&#10;Py+YDT26HLWjciUktROeN6Z8t369RRj4HnFX5HrX0m9eliYYlEBbnJ/1x9A6zj1bhwbodLTBi43q&#10;iwPAeIy1L6uPPtpVaxUvL26v5tqVLmDluHW9eFqiNR7dy8W2GZtQ+sNRCC1cHjo04WWT/r2wpHk9&#10;Zznh5Seb8VS8DvvAZFAxnZdf7A4rtliz9x/n3nzr5qlTcAVhHKIabVQuw286aOSgNVnPVqs9ANlU&#10;6tZHhSVg8KLSOtSkTADCJ+AB+f36lSvpsmb2MGlTQmWns1+2tqvWuTS76OOMzqjeRscNPRS53Qb1&#10;dZ5sT9+fFZN+q6U7dFgQveKnxdHrFyPBuLLbGs6m5Fhk2K3TO6WRruNIYgZYdvNZ9fxZJZng4klx&#10;MsUHTHS8Cf6g0B6OcLLfuVV40YZ4z6dQtmLRz3d7LCM/+yInIoGT9vtnfZlZqZwb+QdGMir+v1+U&#10;omgwprmtKsVjO8La5b1+e62d8UmNaq8IwdnvvTjLp7HAinM4pnRJbyjuCcyXn1X9irT20d7es/rA&#10;Yq9cDP/680p2Dh4iOxNmNqu0J8JMn/IWFCmt0FMhcz5lIQwzHNJ6CUIef2mRWvKMFn30lE9MD6wX&#10;96uXr6auLFJr25aeUSYWo7WmXt9rr3m81+Y9EYHUjl+8EAg5dppi/vrnu52imUwrDu90KLrWMWK+&#10;4Deb2mabarH89QwrDKkvKqNAgO/ZOla4vS7paghHObJiCMDrjparwecPWi1BsNCQZpEcL56chR6H&#10;R0kQ0gkbFxmBoEMss61VseeF5Umvt3ptDdESta2ZgN03ept7FdnjLxTKXmhHNFUtVRG0ioTwnGWp&#10;gWapQO4D56yCfKoElEa9K/AKARj4/OSGUqsgbo+G8J7dDYLw7JFD/lBE8SPR1ug1oOUo8XRycurU&#10;7MyLLz/1hvyBeHxh+cLMhTMXLy6fzsTrj1YOCvslvT89OQ1wA45yAAWDwxFNxLEGNI1WIOpPxaLa&#10;9j4eNEGwxzf3Qjgn0P37jx/uGoBeMT/7yX/9O5p4i62Om2ijO402Jl6MU6pu4GYyIK0O+P5MFwjC&#10;j8OnGBuGI9UatXMbf40+R3LmNbRAYuHt9/4QJ+Ha3otio4dlMOA15xZhZGHxXMNqThs6UwllakLS&#10;dacPhIHNBCIiHjlEreqSJ1qnbeC6w4oEYy2sVQI8+CJTbxpqz0R2bSIWiMV5xDnQNQjaJU6FwSAS&#10;40J/aG1vbuMcM4koVHTqB3/2r1ZW/kbmlUYrH0mkgK2FrYxxmzJxqONdH2Wz2YarGXM8OR6RwkYG&#10;fE+10+1hqtZ1PAVwLMeEg7YI0eMh8hU5D7sxQPdM5Q68mLpHAj8exY78tM4Rgsp5NbY6R1LpOEx6&#10;1PFz7AR2XiVnjwXPVzLtGO58XDt67Hs+QiUfwqeccW6VPokc/tZweAJW/Z/4lY8Nyc5/WslLfQtt&#10;TH8LcHU0f4/BQYcmwGO49JH6Nx4dnVcc3ENF+9A07B5O7aOv9VWP8ThYTjReovLC1Uy0dNpl7VAn&#10;rMvOuIDz+MVwjspnXintJE/KsGcuHU68QN5wrsaLj4ZZ6XgyPoRoO+OfymFzJwnHwpVg6O1WrXCw&#10;hY2PIkcwlNz95G/u3/23HjA1Oq3szPzKw8eZiNSv5eulHvouJ08t8yE8cofrazvgQO0WqrbVyedf&#10;tNqaN+K/cPpcqd5C1glLH5W24AcOMSLI7zSQKhwsrkhvjSLpbKuqpgP45+35i9/zR2L/7t/+X6+/&#10;9weLl66BArX98CE2N8F4yhhqd//xX08snhsDhtj3f/hardZCO9JwoGO71oURhrgzTKQqoz4F9FTX&#10;mo/NnYUIItovWSGEC2oyno4szBAmht5HlyhkS7zwWruFFw7xXWJRFniXbeshQwk0KyTaibzHjv/C&#10;JUI8t/b4B2a5E6w7nlAk0MuR2CqRS/GiYwHm5jhZZ/wzA8oImCKS9eUJycplx8HSTdKmAGWQjpI+&#10;0YrHgF1U3BIaMn4XacTFzZkwfSDvDkldJEtyxUjYko+Dcd0j40fjCOSzCwRWTMZbxp2MbKIHIjGL&#10;DCe5pIjeia8Hkzk+OO+2Kx1nVQmkinE7xl0+NCG2Y0h2a11BcSYYI4e4uyGLu1Au66iMe3wXwJ8k&#10;KeVxpTARqk3NNT7gU0qoorKKq6xhwHBAYEj2mDFNjARENXYlaNMyMe7SZG2Bdzy8wYzJegwaGd2+&#10;0a5bHaPVNcvq0A4n0MSCxPZEJAkA0uvvvImdLy4ZaLytWgUavTvx4lDv3Lp9m7izycTLj4FYsKtD&#10;6XVbkYiFHOEBTe8jgwo0FMQgmE4xx5YrpXwxj+EW/x/0XBiSyfsBLyvvUaDTKr5wENqgH7nZYDDm&#10;ATFQJK+++/ISwje5XY7N5QRBRz4dKcsl0jJvuR4PNzzMErMrPa7j5dzeIjJuu1wzvEmE8ULEZWS7&#10;BCycCCgiBuGfj8g6hrzk2AfQ5NUmuWDXtkwK5WxSFUY0csYtYHeZXvhxYo/Qb7eKutYYDTq12na3&#10;WywW13d2nq6//GZtY+X5y9vd7v6z7cf6qNlWa7V2IZLm/+X/+OOna1uhrHfxWvLcpdPf/cF5xFfP&#10;nI2fv5R+84eX1gvFN9+eHdqAT0po3h5ww+++dnp5Gb0r9OySf/6U3GrnwqnE5eVTHl8IbkDVVNEN&#10;MJnwre4/X5g/7ZU9Qy6vmv1ytQEFG727DuvPVbfZYScRCRcq9enU4nDUGthGc6BXy/setJDoWkBE&#10;p2pfYDz7iKANa5VS5cWWlo6ku13q3mYTFzKw0UxNtznfkxd7lVxr/cn+1ddOX397oqYik2WWCmo4&#10;Kbx8+VQMO3DcEe8+WFI0k8n633v7rUL+QG3oaE9Ks0pht61WeshKeIPiXCz25Jv1EIzIMjomPGGK&#10;/bd/9dnp04tn5y989/XfK+UL166dK+09ToSm0sklVR0iNmCSh6swULuSDxhpvFe7iHqaIzeqD+cH&#10;ZkkKjdA6VN+Vx4+++IcPX9x5rNe7Ws+Ao6bT66FDjSJBFB4/ibX1dcxDlK1xsM8WdbNjPfzlMxji&#10;//n/cDq4IGia0MnpLYv7TX64UsY7XWxVOj/5IPLGRbvVYz7/xHp+T3v97fhUGqAo7No4pzpckGYS&#10;YUktN9afg5k9cliIJ8LOSnHjo72tT3dWvnrywR+/N0JhLm3mK84Q1Ze/3L98ZhqjVrtONfPdeqf7&#10;f/76cURmPAFEKqy4j3krw2L8++jz0vz0hOCPcySJr9jtbunB8/5MWELmmw6AYVi0e/aUvz8XMTNB&#10;zLpmym8rArUQJb27UNREfkHmTt+8ml5eeA7CHzMCkpxtao3dmtN3IOqGJmPtnm5JwmlUqYrY3eAM&#10;pIQIE1XHi8YnZzCHP93dw7EFlO+vKy+pxr4AKm6jPTkZL1XqlVr76tXLJdNTNYYCBb5xqvp0lwMT&#10;DrefkGQgAo8Qrq5FPIhq+pFrjgciEV9McSS5P2JCXOe7MxT6S9oDtFZvyKREJ6XAb86zue5ovw4b&#10;II0IIhiFIFP42JtXZ0AqhmX30Urvzmq3nQhmOS7U7oFdn3t9EnqnP6QYMtNOeuemQsM9aHGAPSNa&#10;YH/nz292fXrHbGz3jflonB4Jdz563F2vejGL+DgpJHqmIpMyu/Pxdr8EfDhAXB4qFYxEvBXbOD2Z&#10;xDbM1A4efVOauBHXfQwbEb1+OhTyXc9OFg1NCXkLL8vs75398fwFjja8qEDuWqvPysmWGSkZ5Vwz&#10;EuM++T92Dn699eTzg/CV7EBiuvcKaYeenvaioIgf2KUh00wETL+QeXfuJ+c9y9GgTAsPH+m+EI2q&#10;oZhizWWF9SIgZwIlwxBLHjapeS+QrY29JhIccMOM9JHaUPsdPeqFKi9+s1mdX45Wu6PZmKjVjG7H&#10;8tSN5v1cIObzBbw6lEqs/4eD+JCC7dvAwVSzrYP+qEXjedgb9TPn8WWBvOdcmvOW6sPN/KDQNkgy&#10;JOBJz4W6hU5vu72yUk5N+BJJCaPGtQCnVnuSIj97XkoGpKsLPrPQ0iu9YXuAh4tWG/hCghxAeQr3&#10;Yq1d2NGf36uA43xrS8uvdRDlZuG2DdsIoAaq+vOcJqdkHNkTUS4kQgJGpbD1+pIYCHr28tpPPkh3&#10;1GFQYKsPW+J+L7cFgzrT65uLi0GlOWwDE78YZvrO9pBORbjJCIcCUmSBmz2zo5m+ueB5ydN6Xn5Y&#10;6EeS3u/fDO81qU++rucET8jH6YYTyfiQNdpuDLkRQGdYw1NDli9u9T65U/cGIu0OKJosjJu1tgVi&#10;0A/+LMv45IPd3l6PXrwR+OzjysxkRMNAgO3yiIHMdiNBxf2EUovFql6y/u7LyrvvxzIyVR3RSZ5/&#10;ujkq7gHvhxIw58sPd9YKzoFJ3bzhFX3MuXP+WEoJTQRa/eFB2YJuXKOE1BT0V7wNuQ7P3a4Z+SGT&#10;8XvSgI6LZlDBCYSaDVkKPQgG2IwMOh02ZQBIsdrQXm+Y0HInwt4wwwK0jP6k3YJRHTEIIEdgeG5S&#10;9bYzq8hxMQh+IRbwgKbFAogyNZB6Z3m/IjDrq9sItmeTCUgWiNjgGDM/EYOiAXMgShWlABJBykGl&#10;BV5JsdrE67yTbzqSL5VJk2U9lP4hkBxUvdWuNlq029OBGR68Tsh+HknBiEUTYAu8XC3s7sl5Q+uN&#10;1Ganlk8vJDnbaFXqqC6XOKlRrOfXdsLTs7M3Xnt+62sklmJT0yMHPyJU6lk4ZMDYE4xGVbWeSocm&#10;o35NG/pjoRHsMrIHJuxBV03Hpq4kLlx8693fmau5Q+JwLANwdDwRhwEYGFeYAQc6pBMLnjXo1TgW&#10;gviFPezqyt/d/vx/p4w90BVbUEZN69Kl0G9/9aCh9QvlhuDlGL/QrLc9isQazHQa2QKUk6lab4Dm&#10;ahJ9ZbndvOb1iUpE2N/qeGUmInkefl10XAep34/VNUGrosRrdlLJV4YDmzt1asmPOHqxPdQJAL+n&#10;0bpux2KC1+vxh+AZh2c+tHR6/sL19xvNwr1b/25z62mj8aKnNnkpilOEjOpCgpse8a5s0Ov1Vu58&#10;ZRMLu9vy6epNkN05onJTfXIWdTxEcyCh77EVeczqHcdIxzwoFPkCi8K6I69DH0dZSbXo0XznHGFt&#10;jqTXYxnVnR5pokC6TsgjK7F77B03vZImKPe/D1GmzLddyIe8YGecAnxlTKZOaLZjzfKIkHVMZzrO&#10;5L0q5j3RBewcxVjHsd5DHzFzhIUa/zvmRNew7U6t9CtjNE2dqMV1j6CvBvkjVvPJ6qMTAOQT9cI2&#10;0XiRFkCO14elw5Gpm/xua8zVpaljqtbhJ7Wdk13IY8Ispo7zV6/7Q1EaNBC8pcnWhrw6eCDQh2Wt&#10;h3/MOuo6OebRwsOntUpf/cf/udJtfvUP/2bq1JnO6q82Hv79frmVmT7nZWteCRZ+HrwJiovLop7N&#10;sl+twLjV6HY6rDMCAhn5dcaLqq1Ws6RLCqtwTc0UUxMLaEebAGdRYy8tnqu3ayZtbm5WkPdsmxSA&#10;NQEODitVikjtXi8anaoX1wOe/sbDb7KzC33DZmWx3djOPfsKqnI0cwbbVqJexeIgU7BNshDE4R5X&#10;iOHzigFUYQLGwSP4Pmg0OpLMITkJ3zCofOcvv+YFX0UUQjPzKBPxEqsJBWLT2MQryF6ovRhRyQWD&#10;WREVgyYZOfHKwm+KBMnYGo6jK4Zq2q01graKFxtXDOlssl0lFEQE98BKose8CK2YJEQGBt4RcCwT&#10;uBQpq+Etl7iL2QTyLN4vaJ4jNmYYqkmBKlR+fYyF8wYUdxzmFSTrYRgVJVfYY9w9Hbl1mCTtzLpf&#10;LTvOpWL9RqqJ3HcL/i3PuVlgEp3F52Qcd9jEB+HIv3C5WiThfdj4jN/FuQZe92MSqXn8XsF3TAIe&#10;YDKBV0gNxpXaJA/itvTg+3YxT6ZbKzUiNoyx8k20RtSi4AA9GlV2KB3hJ8MFApMbBtzPDtlb4PvG&#10;lgQNRuQeZ7s9AURhxkDikTVOtAyI2FW7N2z1zQN1sHDjDV82AzMxDGleyf/Gu29Liqghx+sTYQHl&#10;IG9DH8NPguHu3PqKIdW8FophQSbAr2qthlGv2WzUGkSzheCGFYNb4otXAwhqGRlalw4VCodjiAn7&#10;/NjfwnIcJPwnt2eVJ7VSZLCn3c4hN3HAuolZzi3Z8hBJlmFcpD0ZZclqw3EbsR23h8tl1OF95TLZ&#10;Gfdl5N2rlbYOe8/JrdUZd8EfrgUZsmSgCT/c43b1IkQkMA4evQBy41OJIHxxsCXDAgDlsF5rFuot&#10;tONsVSvbB7tPD3LPWp0CnmtySEgnA7sHL7vd3PWLmWcrqxzb98rDaDjy4z/+XizF//iPrl57a44V&#10;Bj/92Wvf/8N5MWLbQXr5YvzapeTNawsBsM+ZGsxFoUS0pBdSs5FTMwoAufiit5q7k+lgCitwdohW&#10;FJoHP7PnKOLU7CIeKggCeYThRrFsjEyvRFeMbioUs50OwHce0F7Z7oBiyu3yo4OnW6N+NIyiiArH&#10;t3F6qFv7+/UatlKKEvTw00j7hHwR1EPsHOx1wKweZD78cNMriWcXl3/71UrxZbXxjICjooqnVG9L&#10;cEm1DAULP3GETmRuQKeCE0/uPZ+aCpy9kEQfieVBt7D44Ku9194/Y1DmeiE/PZ3ae5hvl4z8euXs&#10;ZHZiRoHYk8wGcltV0CRZj4UqyEjQP+oPa/XOBIzWmp6ZSXz68S9ArprKXA76pltlDX45DSWDppvp&#10;xjIC32FQxCkIx1BiEcY+xx4he41/iZ0ibgT1enVnO6epQKOTvjPBYtZxJ6000E7YyucG1RpsDDFZ&#10;qmyVNlbLlVwzG4oV9kpTi+l3/0lmrzDS1rUQM8oPqXSEn6Wcp5/shQXhzUvhrZL10QvnxaNyp6L+&#10;4Ht+LNo3Vards1s7xn6jdmYq/et/vfX8zi7ePwK4pLrJQoMLeNiANPAJ56+f3stvx0L8b7+qt55X&#10;uc7g8mspfzhK98VbK8+vXZbeuilCBQJiygIGVmcBl8O9ytwYlnd2w1MJEdRxx24i5HrrZRQ3yAVP&#10;rVOzZarsYYdTYcrnIXkC7LRaIJwYVEpCUg4mEvl+MVqh4pOpluqglbiIfzLqAQVe368J3V5wPtMJ&#10;ihY6oGm+ZgxA3kfTRVnXW5SleoatXu/M4sWANbpXzbXsoQ/du7gvCZ7UVKYb9qmy1xJ8yGUi/XfQ&#10;KmHLKIcS04gVDtq7deg/CvKjlIpFI/K6NMBuEudHdzXubbiQq1q9IQ/8VxKdOR/Vh7yuUfXu6WvT&#10;dcfMiOyBQ/lpzmwSAy2dDHQDkh7yDGC4f1L/rEWt76hNoFESXsrLtoAgpz07cFacCy07o/JvdlJF&#10;c0KkIwEeuclGuTU3G7UF+bWfXWn1axumibHWU+49/dVK17EjsWCLs8QzKSas4Ge0+6zixz3ZdMJT&#10;AX4+pHnoAcdOzPkgxfS6eU8EL4I5l1LKK7WdjfbMdISykMoGT9VqhWXUNX33/asxFG6z/EEZdz/z&#10;wtlsFJuGpOCZxs6Oyd1vVPea8bfn9q5H+yw/hFzTMTovGgGbuuP36Ekf5cO6gB3u1g2VXnnY/uiL&#10;wu2CMXs6EBNRy+X3cnr5Qau2YwWjqPsi/EHMBQGfoFdxc8IVQTr88KxBDYneMQaslDkf3XlSS8QD&#10;Gxst5DeKL5sH27WZZEBTjYOAMIhKpLfatLr7HZ2l5pYTo0k5cjZSidKeuJy+FJPDlCij8wxi9wgK&#10;UjAkXDw7ycuD6Qk4IQboTlVbo5E2vDI/vfZNXtSp/c1GIB1o4ow7GSni7o1kZsecSyr0yGlWtVDY&#10;z08IoSCyiHYfMaKIZMe9lsIsYnEQlR6sdipr6lBF3JeOpD1zs4oi0LEI1wJrh/FEQ444cg7yuuLl&#10;pib5VmfY1ZhaTv/sb9aL+wbngwjpEQKeQa5p90aVjWaEk6yMiL14LOgRUbccESoN0zBtf8QHw0WC&#10;ErQe3q78SteciXBWb+DJ+q5N8H5QY0nEzMLZfuZ0IHs2yIl8Ybt5Ne0/KKBHKNHRjamwWIEXvW5e&#10;uSBNL2R4ZZieZH0B6evKgB9w31sOrK404WeeDHm3XjSrHf5ufpQO8UMdflSA0/jcN80HtnI+zVF1&#10;yxtwzKbR3xid9mXmwlFjVN+pDFDL9NnDjm6zi0upoTRaDluvxawZWJQBAwnCqjw8kxbm55xsWp6a&#10;9t2YYlIeZNXhsgb6hJn2syEBhUN4gKGYCqczPsBQPSDhWTDUybqWGdjbBWPlhbpWhhzqQVEWKiKw&#10;QwGeeyrOYwGZa/VSYTkpBSQiBaHY3A9MMNLuIBudOn0K3PSRMUjGE1PZJI68xUqpVKkC8AHv3rP1&#10;bWz6A7LkU3w2EmGwD03NIiEn81IqlmhDblT75LmL4A1SX1hne/3oz9vcLfd6FO4Gqy+34JtTu4ga&#10;SvVapw7KocVAs0WCCSV6+LGIOIIIYn+ACjdwzzxgqXIh/xtnl2796sPCyAxNTNnlag91cSZJsOFs&#10;EI75t18839nOG46N7c50FmEOmIGl0+cue1utQqN6/YM/+B1NvIVWm3MlAVAU47EIRj6o3JAC+ii+&#10;h3cLxQwMaoolZEw2Xv7y9md/o7Y7lXJxIus9KPZ8sgdbzVq1+/jZSru5m03a2QyHfRxCbIBj//6P&#10;30Xx4dpuHdcGBk/agObhrO50cKpUwEEo6SiF9EtSbg9BYiqc8kYnZaToy7stnKVg2Vx5qXp9YGwO&#10;O7CX10aAVCHRG4j4ep1+KCxks97crrax3mo01b5R33j5zcqDLyWBadY1a4Cof2Fz9Wva5qfnz49B&#10;K8SizLCQK1bu3cIR3nYO/wNbJPLeMGLiiA2dBWdfzLoKjtXE88jQx+lZd+iy3CkS5394FJkjP/Gx&#10;3fgoUnsoljInWEgnHMLHiugY/DueGMdpXheK45zI5b5iQR2roM5Yj3Sok7FW2jkxER/2i9AnflHO&#10;Ub/lSaXWOeJEv2K4vGqiPZqWD6d3mqIp+tujNXVU0XRMvzr+HeTTveqwpalXSva3zNwnbc4OfYyR&#10;JvOXPp54+TFZ132t3GjoKx/ySVcz/W2f9nFR0/krNyLRCKYRfDzODXLjYI06meO63aMPRZ/4sKiA&#10;YR59+YkvLO89+YdGqzhUe4ns/JOvfy37M4x34uLFKwc7T7rqMIF4biggBibbah1dFtt7AP0Ch88S&#10;PBLgUCFftYo7g44impmJsI0ePTSfUdxQbWYDYsIr4thW67dot2dcRRIEPa4OomdTe+WC7uhoBd9e&#10;e0QPq+tP71j9kt5u3PrtP26uP4FWUN198nv/5f8kKX7KtRKz03OpaCSA+TOMaVokdTkwvCEQiR8P&#10;FDzA9cqFAp6I4VgCPY3DXj0RDBR2csvxePjUEmzB8ATTY8M3g+JWGeQruE/IvGFTY1GWdBGRohEk&#10;70gZLz4RwTe54xHJaJEI7pBMO5Yb/eU4emxyRjURabuFE4knLwj5KETiwdfWRzmiMSB7BUgQ+Ii4&#10;/3Kcm6dFhRDasXkZ9FWoqLI4hlaPSO4V0yaJEkHtBVSBJ2ljfvypXdlSIJ/dlYshIOPHiDwzHoxj&#10;HwcEb3Ilu+Cv8dcGc6vjipxu/xhJ0o41z5P1XEeXrU3GK45U+JAjPFwprHBUWWaSdlncpsnIbbhN&#10;s9B1QTzCaQGz+oikRSHWEgcvVK0BPohRzQFkRpNXcNwjRMwEZCCF/XQcZYZ7nAaskeIOu5ExyckD&#10;JCp1HbdAHIPq/eF+3/zhX/7zvSb2GKoP3QVK4M133+ZFHoOr7BUbtSp2EGNTusXwv/rFLzDadtto&#10;SRzgPg5uMfKxABrjF8CM7mQbDGCgVXxIt2OVADmfFA4TNZ/H74asS1j2+G+i7J/IzeLO7Q7Jbl21&#10;uywiTGxyeZG2IrcwiXIEopWz49vK+M7GjFz0v6vrujhAQrgin87VZ7GwkIinm7bR1uU2mXME6sy6&#10;UXGWYLJJVRYF0UPr9cr9TrlW32u2Cvv7Lze3HnXalXxpDztvFDCEwPSfDD9/fpsa9VCVfHpu5o03&#10;3lq+8RYQGumJzNWrFzvt/Okri3/0F3/64OHXSkg8d2Nh6Vr67R9On7uQAKRy4fWryaQ3DnoMUp1R&#10;HOASAt/inAGRGQXONJhuT6UU+OaMMB+fCmUkgZA8RE42LQwxPcBdhxxbNw7qVpuw0J22xeK9Sd78&#10;2P5sl4vDUcfD6eSdJHi3SjlOHJYatU4PlFQgx6TtUhUMIVzerU51owRlGIaIhNoN1ppbi1lFkoW/&#10;/eUTH+OrtdgX63tXLsdB5F59vmdkMFZRQYdKTgXPnA9ga5+cEH/wndRud3j+4tTe5mBCyXz0dx9L&#10;DO+Liognf/xpscdyoGgszgbKB93W827jSSe/UYPhGPQlp2/24IsFoGhkeSfld74zkd/GE5gS4lI4&#10;6UHzsS8ZaJZLssJt7O0sXT1dqXbioYRfJBBt1cZmBg1MxBgfDkVxg2nrqsEOu62OD72ZIzsYhCXY&#10;vaejMduiGoWDT357a29zF6f7CN4lfSPAs+GA3FNbM4nk+blpPGWmkyl8PbjiFF7Z3NqjWPH1Pzmv&#10;K2FgpcF/3bdg8RAqLxu7lSEzEdvnnK26mYmKkwFn+nRAPhdNJLiHu44sexajIz2ngWe7DQJ1lu/N&#10;R2enw54CnIej1mKsj8XQXHjk4y9PejwBHcPl49tV0FreejerROKOEHmxtvpHfzAVCPSx9lr7TFNz&#10;vYUZ+c5TY79uvjxwkl1uf704+cYZ1g7Dtd0wd9VmT91sOCW9FhCqXoFSeHIdWK6/Q6OiTwujlfws&#10;L6Fv9syB1vrVM62q+ifiDl40qpejpDqcLINufTji6k1E9aqUNSsGmYEe4LjuEHdPmL57aINChSsl&#10;CSChtda+0T1WBk+Bqpqp61Qk1ejhXKpMewLXQlOdR898Ep+ZPQVPN7QU3CXB6kecEo1TlDEMcFKi&#10;0p8DwokywMXxi17ck4f2QBVVU6KTi0loFDTaMooabq3dABo1hJDA1A3rVEXPfw0+vOhNKj3TSqs0&#10;LzLed6aaIQ8Me33cIwM8FeKpGF9HVwAr2Lp1dTF8LZS+//dfqw/L+e02HeLhIGrWnfi5yeBpYWTo&#10;Sr6/8292qrvNvkR1LLZV6wjTkX7SP6NIWzCpB2W7pctYPiVlHQB9hklEpeQUuvYGbWYUlcy1MtWt&#10;97pbDbaibj+phVLyQEGqdZT2Cs+DyjtTF1GqAjID7pOTC6cScT9DdVJZKRHxxSWzu6bnnxVPzSSW&#10;FTvl5VTdFHbVfq6p7rRDGz07yIMnETFHy8TXTld4Jj8ZorLBmmFdiYL7qIOrXN4ePvkwV3zUlHkU&#10;k+N65Vp73agn4Zc82DOieY0lpX3O7OXTV/50ysn3jHKPxpqga3KmU1grzU2nXtzbTkAi6g/ns0ox&#10;1wlcTGeWU32Zb2+12MpAVbhKwruYkvbrfU9IBt4SJTQ8bcpoIRw4t582zkTEZnsEQk2hZWkxOWZY&#10;W18Wu/k6HkeNwVCZDOIuo9f7mZjnzFkpAEcZKpX8nnxjIMfl1Iw8MOjaRscBOZbCE4ACO+2180Is&#10;QqO7t9IYlHSEckcvdgaBIUhvTgyN1pu62qem0yyt8x9+VsIby4++HYXxiQ6m11JxNHUj1Yj6rZ12&#10;B6/isxqMx9E3JtIJLhEWNMNCCHYosEE/09CckTpqrFY6q+V6oUv7mAM8UL1ikGe2tgG6l4ySXr/b&#10;HGlOIi3IPm5tZyACipaUYrTn1ouaGpCpSfn1KQ+NQPqQytcHfh+cmINHT/poaFR56p0lqWZym6Ts&#10;V/zVvTZUc9Tn5kLcxEQgJaEKkd7u0RGfmYp6IXc/FKWQZqyuj+Lz0pTorN7e+fXna8Ng7L23F+1h&#10;a+piBEeIn6+3I0F5yJIHNoJEEsBZyLOMBMQ4YT7ixVHCM4yJFvrFcAXvdshC3EAhN4CXlOGXmKzP&#10;G4YRArkIivomN9Lw2WUl90TdX+uCLxI4HwXvqZFDEzrdgjzOkF3UvJ+Zj/lK1YHh9HF/NfSmNarA&#10;MibIIrr7EKkeNbrVfKVabRXKFYh9SiicTSXLhdKj56vTUylkBRGth0qL3krAHQgJhWNK+erjx2t4&#10;roTiSbh81Y6Gcyl6uR2CLKFikWC3Qxbi+H4g4gZDYV0b6RpAKZwDL4Hgn5zIov6ypRkGK/RMu9tp&#10;x6bSqP1obaxt7a7XQCGvNB68XMO549zFS5ipogG/iIM4AHpSYOnMRcTH/MFIs9N7ubmNh7qmdSsd&#10;jQ+HU4o8c+Pt39HEe9BouX43FhNvJBrG8aXTVXFM7SNwDKXNpasG/F74RX7+t//LfrEBamu3N9rZ&#10;U7HaOSig85gEays1fM94JI1k3pmIMoVCZ3I6+vLZXmJy5u23b6DvtlJvxAM+HAPb6rDVHJRyPfhY&#10;BNLPNzizFEDu0B/BTpsT/IIvNWEMuU5Dz1d6kZAHh0mIyaB6ITsYkJnMhHT6fCg+4d/daVWKBg5R&#10;OGFbUHol0vRbzHdRDS7h+jep3/vRf7t840dYG5NDEjAZ5NjGtrqYeG+P1aPxyRYHVtQKELjrAI1R&#10;wNeCe4skDRF5mSOJ86jeh3Kbmgi5CvsZ5jDHOpZp7VejI32yvvbIaHxoWHZOaJ409a06XOcYTkUd&#10;FsAefTj3+Hqcsz2ebknAzXk1qZ2oFxo7gE94lelv1QydQFWdmELpV5Mp86oE6cjbTNMnCnEOPy5D&#10;0ceDNH1UYEukX+pb8KvDD+Sc4E0drgnooyol8h+38+XwF35A+nji5bgjEJczRgfRR5Rm+qgp6dXH&#10;p05K1+Qgvnz1ZjQSxVmTgOLcBQYJy0EjPPz66KMw8eEAfPRPRx6eXn/4UFKi60/v+zxWOf9CB1l9&#10;b0sb4qlSRXhxqGlPV+Fwolq9chvPiLoOlxlOraph5fN9xQ8DLDZH+LSw2fJ+v3BQ6Z85zUT41qhr&#10;am3K6+E0U12vdLF/npyc0y30s3ENlHFRgxI+FMvLLMSqUsinWKaeL3YRU7359u+fuf7e/S8+lngx&#10;vbQMNQ4qKUEQvfP+FWuk1esdlhFQ3OJCoiiU9EaiMR2cG1Gql6rnTy2JiWS1euAYJiezw2ZjKZYN&#10;nlrC5ocsgnAAggucDJleHjh724F5laCbyTQKcPlg/FNFzBdzIQFOjV844uolGGRJVly7LDfWdTFh&#10;4uY1cgUdjKpwvzjuOI0/gsIY2EWgFPtDQXdQ5YlJ1ut1JXnGpSKBDouxmSWyskEuSJIvwBKbzDqO&#10;O3ARX8OYHY0PNd4fkSLZo34jgqEySUwfwwmxKJPlGW+PO3VhGHBz4gzJDw+JW5Y+bMoa89Dtw1C+&#10;u2E5nOPGuXnmFa3tcJcE+7LbZ0NmYQyXuH3o+B/BNU4TciL+PU3mcGIdhplSIPxoAJepBroCEetw&#10;rb8k8kve+niVYKYBAwovGtYGhGDjxqF1cFAd3qA9NnLiCC2pcJ+ZqLH44L/4p5u7u2pbxVvB61He&#10;eOcNQEQGfbCaRYRtSVcwvkdwLB3m3v17igd0Rr8bpgXiGCw+iaDJCNUAcySogjypQzrSbMd/ucVF&#10;7nc6vgWOXxyLCPLj14dApYlWbx0Wn7vcbFePH1+LDPyr4/9zWPlDVFxn7NAY4j7tGpVpFndYyOMQ&#10;PRiBh70HKMKRx0MZNh4KOkTpWgMhwv1iZa9cXgO9aH3nm1v3P362+tVo1I3GwoZdUaL0+7//HUUJ&#10;w9rwT376s5mF+alUbHZ2LoB1j1HJBOTrl5dZ3jg7ExpqCCfmXn9rQU46n936eO5s5Oo736m1yuGo&#10;kzqVeu8nZ2mnEo149zv7LypF+JMc25vXCmismowCvKznqgPR47OpHthwPjns5fiw5J0LRZrtutfn&#10;1LrtwaCOYEIOQduONqRbeHE7Ha7SGIZ9YlXv1UoVTLNPN7YhpXVg/RAiDB+qdwf/+NnL/W4fxkuH&#10;9d37pgqfMt7pL580FdZjqqON7S5yc0VwTvpiNVdhEbG0m/0+SiOEzfWiWlY/+MH1cq26WdCaNKVQ&#10;lKbawUk5GObPn/UsZH39hvPzOxUzLNWeNXfWi3tGFYm7D36c+fh2bTQtFWExbxp2U4OfuvJxvpIr&#10;z17N5lcL/bIWjcfSyRQ7GOLO0LQHyclw7nn1vR9NrBcHMiBMp2J9lgUbNxgjDCpW4q9cPac2DNDG&#10;FTzAOXanuKX2e/VyC10ZcMojseFLSjpbx6hEmaChg0Bs2jzun0NcQIqHun33wcMnK6dms9mIvHhm&#10;whBGvqj30lsZISlu7XdNxjMI0A8evFB7mj+EtBqHeft7f/7+6TeuYBGkstrj5mhx/gzAOwFvbHL6&#10;Yr5RhmT13/w4mZabMMHOxeI+8Eds9u7/s40VYGKKt33eOypZdD1VHS3Ip+OeLZw344FRJpgaMvZO&#10;zUwHalZ/cYZ/to8zj/UXf5TIphO9bh8v9cZu/Y3l6dx+87Mv2s82VGNfa2yOaB8/PzUXC4bMfXXz&#10;7uq1Ny4arhW6zRqoAK94WKGgD54UZyv6kiVOddnJnDV6kO99/EwvIsRnGuX+u3L26S/vmQZ95oPv&#10;CAvzByPV37cygjxl0cqIDQMJd1BHPgT7KFH0A+8dC0Lm8e9BmUUEmbPcUnPIRgNLM8wvXlydPmXn&#10;6s8++lLUGmKxGZle4jf29n/1WXfQ6njMeCbul6JOp4U2MMlmxBGbg9076TXC4qnhyNv2oaXW4XWZ&#10;g7xFq05Xi9q9iDgXiXaelDuPioPuEPZOp9E/vRB7STszmJUMo7BVFSnei+FkxBfubGmF1pmbM/s8&#10;20ezp8yeibBZkQK5b7HWl8uD1y6lPv355rPVPZR6hUWYAnGvwF5WlqOe6Kkg7JQP7hbxbCxtNYY7&#10;nVTGh7psnbZmljNTXm8ijjQFHzYH5W3AfS0ZzczoFpM9C5ezsMRFg3DEEEB892XPftoMX4xjlLMj&#10;0uaWWn3RMnkuluY3BWaJ01hHRJYjFssik1tsbrOiFVQmfaN46XHn3j8+S0enTYOtPm69+M2GlVO9&#10;AhNJoiHZ0pqGVFGnJduL24DEmVEkEZwkTaU7w3oVM4wwn2L7Pd9vPi0PRLZf1Upf5gr3avmHZYws&#10;sJeBa9brGXj6Ya8biwX2Dw72HpQvLC03+43UuRguHtByZ5ZS8CXn11vNXKd70MDbA3OHheVDwsPL&#10;UvtF2RP1LpwP9B9Wkkm/N4ZedzsBxis/pAaODE65ApOwmIh59jY6MV+gCmLzkk+Iy1h8Y/PAL8Zg&#10;Hd+5nZe66MkzdxsmunDiaYELCih3DUAAZ+3TSxwBTXKe+3dKw91mKhPKQ4DqM5iNMjNCjRMXZ8Vr&#10;Qa5+t4Ku0SLNmwIzm/LAV3BQHqX9IGfwlY5zf7e/HPRVH6l3Py8qfkST5XjE45nBz883eSUxuRzG&#10;CQN8YbUAfzUXj4uSaWZCtOITonEokJ6hItdFFiHYP/xeJihYyPBmpwKSYHltGpGKeDhY3O6V9wzs&#10;4Ne2NbgeWC/9zplUo6vPpsTFuA25KhWl0PKxc4DdmR3k2JWv65UhGWjfnfNMBMG25q6dkWswKnup&#10;cxE+bAxBQkCe9EyGlT2YTvn6bn934Ly27N38opzMeGfB1IVHVPAoIk67XuRKRtV2ZML75jxI4+ad&#10;lQ5cM6wxellwPOhnUGzWpAbY2gI5ydnNih3CYOjYpxJsSLQ9mI2BCeMEdcTltH633e+O7B2NjolM&#10;GYDumHgpk9hDwjgm5cNMnKUvT8OPaLdzWnGvCw9KGzts2vTxwxzgws4IAOWQGIZOB5In2jYojS28&#10;KJT36nC/8kMHSahCtYGj28RkZm56umsM52amsWdut9vlWmsqncIBE70JeG/g8V6sVcE1mkilm60O&#10;5mFFDlZqra6mYykLNA3j4RFhTQf9lWJRH5qwAcqBQCwc13WSiMJpBY54HJVCIX82Gd55/rxYLuHk&#10;11N7oJcJEIUF+fnGVqXbDaezCI6Sow0KHJBisGxJUcqlGmoDJ7KpydmJbHaqgMFOreSG2uvf+eHv&#10;aOLNNVqIeOFU0+2ogGdi1Gp12qCfaJqGmbuyv/H43senr7yG5MZXH/8tktHeEKExT074a03AQG3k&#10;6+CW1zoOoIk4NuMJgi1wo2EW6r16qylmaXQr5PP5ZtOstnWkWwQvq9nEmYbKFTRW4jQJuade09VG&#10;H/dvCROzEncMXEsajleLp6I9A+gZkVOY995JQoX1go8YkbC5RPQXQCycta5dJLcenBMbXQtW8EhQ&#10;mJ/wjSjv1OIboVgEPBS38IZMvDjJtbvqw7u3gMxwQS2OS5WlIM53O13OFXlweh3zQnm3zYgYFyn6&#10;WL8di7LQaHBmJC49d1aiTyi5J2Ze+pVM67qineMunVcT6quJ99XM+v+jCNuvxkebGjunafoEXdl5&#10;1aNLvWompb8VJ341PJ/40MwrmXNcQHssw34rOnzUfnQY1aVYdw5gjuZz5khifQW9csZ9ntTxF374&#10;1b8ag4/pVjT9quGJ/CGXB+4QibevB2EHcoca5whONf6iTwaLHeeErHsYLT5cMeAne/HaTeBzMPGC&#10;g8WQxlDyM4OURY/lyxNT7lEKmxRQ4WyP89zEwpmdp7cK+y9dqO4gKPB+X+bitR8eFLZpfmQgUwff&#10;mSyqPevxs3rY65lIcG10x5Rgd0VUmM6kY1ffvNCvV4cWcBk89kH4xnCExTs8nog83Mt7ffTTrVap&#10;3a5Uqm3EGzAf90eaBW3bjviliSRCWyMRUA2aDXnhOxC9ibThiH/65//C0Ivlg93J+eUR8cbT7KXr&#10;87nd8sLcHF68Ni5NtFnATzEgy7OBqgX88v7O+sDSu8MeiCToG9FHwzAkIDEyc/M1CLWwwDqkkhe6&#10;FIcgKVYNtMv1xcAp+/yUW54rkGw7QCcG7CgYa8dV3TAz4zXtdeEl6yEK39dUfJVkJ4T5lgzP0vit&#10;OQ7lEm8r8qWoVzIhCNNjgzHRSYemy0CH/MUTbwBD93uqa8rADKjjb0UiVtNuCTgJzbKuKDhmRJOG&#10;XvdTgMw8tjXgH5IELz1OHJBJjSFCLmFEE+0RCC4UCLtXyZB8GUgJW+474Qjp5r75xgsV+6i8Cp9x&#10;nCYl3wWhR4/o8ah8lMunXJoX3m/4DhmApnBUZN3vySI9Z8Q47a6G8LpAn6YruwBoEyq1W9FFPNno&#10;CYACONCRqcVr6mK9LKICk2gvoD6SyStau6I2sQk1W6CfBWKX/+BPXrx80e32sSJUPMpb331LUHCG&#10;68NQih4XvPLEno6FBW7ZX33pwT5jnHRl3fZdwnvhxiYI240+uGDyw84zF9182Eh2aPIeF2oTgjV0&#10;V3iLSevyGPJGtg/kLshSLu3Ajcuy44ax8YjLMaI7EROPN0eCh/AxUzLP+ggkARRC1GniqV9qtnKl&#10;0upBYXV/77GqFVee3h2i5wjtW07v+rWLi6fnQilPbDGjLCjhJanf7L5x5Y1rN6/PL2Q++JMFnI1n&#10;Zi5wAyoV9TfVmtFrPf78PzY27qEIKr+3OzB6salgvrU/EtpSorv8+tnmSJcDbCwRhm88mRSCCTkz&#10;42/oTfxMwBepttGmENScVr5ZX6sbe9jWGM1SpVWutv0K5mhYKUcyuCEER4bhy4OibdSZwKqxVzZC&#10;8vSjzTI4NJbHu7nXLdc0i7eLVW3jQF152slOJSuVzsu1djwQUtHowNQH8AhY1lxC6Q7Z3XUdICXY&#10;liplbSYGgnoomeRqugHisNfHfvTRy3QUWW4NaQPMxg29tbnW6ZvO5yu7+eowV+7BRbay30LVQdzL&#10;n1kMPj4YlLvDf/hwf8/jSaPwsTLs5NpT2YCyFJiYEPe/btjglz46UFcber0XDgqk5QNWZMeSJrxU&#10;ewjGsqX3a/sd5B3mFtK6ZaRnQttlnTUBFEVq1EHCIcUELmTn/uyPfgAblQ8IzpFz6fI1uNUA08Yh&#10;CIuATHaiXNu1OZCDlb7ZH7A93Mo7xbqMPZDIaNXc85UH5fzOw/vf/PCH7/7lP/uTd94/1x/0Qin/&#10;1OXzn3748OuvNkwqcPrS7FSQmlRGoGVOz8/H4rHXzibPXsie/ck7WMnbnhrw8wGf3+xSag2MnLPF&#10;lgan5U/evOYMzBIiyGBqDduMSHVNK5zwXrzpfaExsP5ODqid/d7PXkvMYl1nD72KdPaUD1zeYRDM&#10;egfKdijum0/TULW/d01OyzGtx3/1dB/n19SM39CNv79Va8V9lsjoX271yyo62uL+xICGPNGuPM0H&#10;FVH1FATJVPqWXqTC9bZwJaHF/JDG9jeKe0+3Dx7v6qSGBwwTbOZgcuBLB/vvfvd9R/F07A5Hq2sH&#10;B4Wheioa//rjWyW12gCFApFtjurRdqvfbZqDQhdiTD3GmKqHncaV9CS/GEzHenL700fodzUq9Xyh&#10;gO9XCYr1cvnCtZvNrfV6cQ9vWjkb2Ib2bPVYiPiV7Z2Vp2qjMmDsmMCnFU9MAqgXJSJWF9oRzu0c&#10;pYtGDbs+RdCcQXE0is+S8YpV/Bj/gIaSMyDQUr2dfreLZwcsjrbqGNnpdPRcPHzBfz0iz8KzvdZd&#10;XorisBdjTfqgv3Kv4M/6Y6e9vuVkdjmJgU7tdDRZMqNSzycWZX5LG/RDCm40p0M+lC05vFXpDsNh&#10;5QBWJT8dZ+i1D9f6z6pmzxSSiokwcH94/fXZDu7tGh0NCgHBhmf30a933/vTuZWYBBbptetpf1w4&#10;YNGFYG5WRz+KyRejSbrTxvexU3jaHezzDjTr6LNnhf1CTvAJ6oFWerkPnI+UUpSbmcjrKetsjFhy&#10;LaeW9sZ+bxZAg9KTAp8OCacj+7Aqdyn6GS7s8uNVNeJNP75DTrpcfdTaKSmcFysdlDEFFWwcZdqt&#10;E8cJB9tkkPyiQcxiwotn26FYbD4Z9AXoKb9/98t9Bu0+bX3kmB6vErsQufmzU1MzHsQ+Y7jSDL61&#10;UfV1idtpflZCgRYYcPslrYnYu4fbzDt+lvZ67J0CqmjMhqoPe8OIKDQLPcSxPV70XUmST6JFrlSC&#10;OMxfOh0NRWSshDmZmkZlrp8bCMyte2AE8ME4tXQ6qNZHpUrvwnLmSV7bPjCiEf9UlDweInHh+ne8&#10;y+eCaPTEoyC/P7AD0OyY/Zft5+ttsz2cnAt1ysZeSQ0uhJq1/kIWbyzq/qO6k/YtTCs+zs6t9mmD&#10;2sMuby78yKDVLiLQWGybaMlFIloIA1/MpGa9YMunw04qAh8bnhvMbIaLzgmwPTXaxvOX7clF78Xz&#10;/rhoqlAr6dHUnDwVRT8e0zPM3B5kVtsfl5616asz3sV5ASbkSeSY8X7tO9A7kL2flixAS2pls4/O&#10;B+CfbXvPYacRW1fofokBwzo2IaQzkd/88qD4RJ1ekK+/B8F0bmbuzNunpr8/JyWo4cNtdRCVozh0&#10;qVados6l2CtxnDTNUIiCG/np3nBQp6bmpL29wWqRHXB0rkLqFv/XHRvPw+sxaVqUoXV++rT3TcM6&#10;M+M5nxQ1tVeltSkkZYKcotpeLxUOjBJx7vr5gF03y+0hJp9G2/xsRTUYqTa0kEsI+6IRXyQmogMY&#10;Am/fKnW1Wg8Xb6OO9nMmgpujKCLyHUmlkPzuNZs4FsHhhRJ7WG9wSQm8mEmFvVjiovTBG662UAed&#10;bDVadYSG0fLn8TIeLwRXmfZgw6uTlmhklKFBKK16C5tqIGrwRrY5MZXMDFAAVqjnt/cbhRZkjmA8&#10;OJ/ObOyW2Uzm3R///nevv/7g089wBpqfX4TzUAnFCF6M4wC2TE1Otva2P/z4YwT8BmZnRJUHQu5g&#10;WPjgnf/qdzTxbhQr6IHAmaXTrIRDEdNhMIfjdIooLKaOzz//9xsvHtTLhS+//JuBjiI8Tu9BEbUP&#10;dkAzsVMZZXrSB8kL+1spHAB10tQH1aLWwtms2Z/KeDlLDzLDte1OqdQVsDhMilj+Q78lqE7GEsFz&#10;1QwY5M4sR3EBo7ho7SVEd62Uq8gCigxYtcfCchmJo8mYFfw4JNHVogo8eaWigh/DwyVnYllnlxtG&#10;HcETR4zH08W9AvQfbIQF1nfq0vdFFgdKclTmXB8d+Bn373yFZBXxJ9O0NS7YZVHZ3gOUhcxFDPiO&#10;KMkQSY6XZcfNsczRyOemZwm/FzwfhnmFizo5Kx6jlU/ghY8EUucQ3MQ69OFo5owFUeco8EvZh5Kj&#10;O+jSR+iqI6WZdhsy3TH7cOA+2S00nt8OrcHOkUX4aOx91WvrHJKnDusn3aGdOfyNRJQ6Tg67JsYT&#10;6ClXYT4BZj5EcI3Dt26y2KaPym2ZcYHz0W84NlJTr5Bd1NG34Byq0uPMNOQKDFd9I4zIHMbUsZrr&#10;fPuTOoc/i2NgtXPMtBp/EPKLgcYbj4YwPQx1+J940hOLEJkojs/39ni+HQ/nDH38RYzP+zi4g4XU&#10;LD6q1HqAvILOU6o1vnm8WmuqgRB6A7Bt5GdmZTGdrRU6MtHYRoFENDmTFFA6oMihAKagftBLoQEg&#10;mpJR/jB0qNUd1R/1KmFpdX0fPZaxbJxU4eDpJvvL5R7qf2Jxsa8hxIrqVePlbh1VGDjxjtDsaPTr&#10;zUqrst3X6/fv/jK39nQ41Nv1TnJyjr18bUbvDwnwaIS8H7rd0cmBVnIxGQ7qXdUny6VqNZ1ODih+&#10;oHcSMd8IF0J/sBhOZS9e76EhFA4H3MhAGMJfmM2BVuZ5bP4g10CVJM08yCRjUiSVZfBODAFMho6K&#10;UIer9TKkNJZQqDjRq+AIB88saSpC9zGOBlDKKSK6unFZZvxTgb8THwuvrpt6JdjkQ1cCcTzb8L2M&#10;V03Qk8ngTShSaPE1sQcgsi1PmuvJEOomBC3r8G2F6ZDMue6aYzyykr0MoZxDjbTcxK57zbj6LPk7&#10;ZnxVE6Idvk3HIq1FrgebmJwhMo+Io9PiCbPOcouqWPdfjRuVXDMzRjsyQrtvRoL1JrBfV0OGYDtA&#10;57p7KVsYwMkoS+DWI4F8WqdTzLH9Nt5iPHm74UuDSkoEYsdGZ+2A8FfRHsyxBtF68fdoXpRBDOs2&#10;ShZKlVFBqVrpCxenly+sb22hKsDD8kFZgVwJrACyGWiaAWvKbd/C8wrAQPPO7dtjErRN8rI49Lov&#10;k9vV4+IEcD0w9Pg6Z471WHa84uJI46d96PgYE+JdOQlfLkFuEQA0UalJ4NnlQZMQLokBAqMtEBgV&#10;IVqjyxBeqjYJ5jT2ioXdUnF3f3/t4ePPdaPWUYtbucfhuGd+YbI/wGsy+OmffX+vVDr/2nfZIJ5E&#10;ETAYguHg1OIsnbY/2r2n9huNJ4XpQGL53FWgjwJxh/GVvVH+7//vv3/rndOqtnn/o18naH3BL0RQ&#10;YcFZ04tTmZtz3/+LH1Gx/oU3Z2fPzPT10lplC4nfmJcDkVKUB+1hHRtqfWiXe/0KbCXArsGGKFgT&#10;kZRn4Lf4UY0ATthsHKpM3GS1dk+F06Cja/nKQb7WSAYZ8Oh+8dsicE263UYUzQ74Cj0twDlvXZp5&#10;8GEuIhHzZygqTGb8sDHLaLWZnISRHCCycqOXDUhTE8p9FMj0zKW5SCIC0yuzsrI3MUHhuwN496t7&#10;FbyLZ1JKtdK9ejW18nUHDTKsLKw/L7/5/kzLFkAn8CfRm22dmw9dAs24YfgE5to5EWzh9a8qhsKX&#10;co0rS2FQH8GJ6hW0dr5fReb4UQG4E9EvaaXB2hc5QZQrYGrVh4GZQL2s3bhxsyeP/PO+CZ9/73Fh&#10;QA8ic8l0kvZSga8+25iZD3hQGdYfffD+TR1HKDCoNFi8pclQCCtymP16RofACdbWY1ExGKFl2ZAD&#10;nnKjvrd1xyt1CgeoZFXzm8/TYbm8tjk/mbz14BuHy9/6+v6VNy7n1gt/+1e/GrZ7wHi2Ovp//y//&#10;1b1f/fa9xYVTSQCPmbnXTj05WL/5o3dplNv6GT+71TP7sEKgm1QOzx60NVarXpqcMrtNS2/MpQIh&#10;oc8DFjAw0AEzHUPPlNnT+fmYdyrtuXE2KFDtZNipGaML57nZJO8PilfPiLPXArNnfETd5mEy5GKm&#10;p1jXqlR3cYmnwtJnG72OMZo7GyiLApXXMpNx/w8nzi4mP/3fPgbDve7gE3Ev19YDl6fu433f6od7&#10;zurPH/G6Z3I6ZLV7ZNOHC0ozCYddIqmBqCzdPD8pYaUYCwymg6iQ37n77Nz5rPZoF+YzqEHhhUgj&#10;IgfaGrTducunTV9MMCCW9+ATWchk4raiPdmp3nne36vhCdfZKQ/R9Bj2xN6ezn3vUoezTMHZs1Q0&#10;jxJQFkyVXo8TgdKoef3S9m9ezkh+PdeV0a8kOP0XdT2vbm8fgOlbxUnWQalGuTsa4AkJFQ2sHJBy&#10;+FAynDgNTchAXQ0Ys6a1HAxUdqpAO/Qda/qd+f6PJrpX49W4tFs1umvNrz/d+u5bVxbmLtnDRoQd&#10;fP6LSnouPn81CmIToEOOyKyDKz0fc66mqekAhZd0hNs4G/QwPOJrvcHWWo71CVC1EX9Hj+olmn7x&#10;0Q7JDGN5HFL6k0GbY6N+jxLxPK71CwL1vGkssbbXBAZbiZ2d9THw5XPff/2KX7H8XiqbFW7M8Fl5&#10;4KBEbajfN5p5DXZx6+uPSlsvS4FkcNfjPBpZc7VBeb0SOJ9uX41GMQCJ4pTHCarGkyfVK3+55Ewq&#10;w82uXdSLnX55Jjg9KZ+a9ShTYSTxwo79INcwK2bp9pYOqC4cSXgkynEPrj2Gj2C1pngB0+52ethS&#10;ksSwiecrmAiKqTJa0aQ6dm2vlX9RpUcMGo2Hok15hcR3ZwJJtgNiiM0OeMbwIxhDV9rawuVEMqv0&#10;WuBi0AAg52B8t+iAT8RdKJukAwo/PcVaHrEGE2ZRa/NCbEKamPSgCQcRrb3npeGltK8/Onsl8WS/&#10;c3E5zlmjVo/SCQWDeHJ+e7ea9nmnF1jvvL+xq41KPSCJqBvJGI+KB+QmzL/6692du51a1b6300fR&#10;oTAEixjd4EIMfHOdqnb6akDc2+8A3fH6W2kx6qnWzPZWR5kIZpO8pY7iju3RbVW3hACni9ykjz8d&#10;5H7xSb7ZZ/1hqdO11xoDoGvxcFVhFBtwhV1jMh14sd1/mcfTmsFI7BeF2dnAw7yFdvGLk2JDo7dV&#10;ymNi6YlnEAzaXK5p3VMdZGj5wnDrbuP2rVpwDrcMGIntuA/+OrPQoFAeEws6yQggCVahMrh8TklI&#10;dFOjiyp76QwbFLkIP5pIDycCvu0HtZXb1U+faPGEtJQErml9PV/78FH1oO3stpxniG2haDcKBwan&#10;cDQqTYs1CqTrixPSykbv717gJMCmMmgtdna2QIHn3kzTGa+1rZmVwRCcpqmkkPDThuP4PWJC9Fca&#10;fYADawfW5m43Putba6LR3vHydDoRjEf5XmsYi0ol3RG9YIMzfpnx0kwIYCmLAWKytFULcvBUAwKC&#10;vbSEqBIK8zDIeCWlUqqKePpgHalq1baK+qLRsLe3v9/q6q1Ot1Jt+kXlxcZWs9GESVDxSD5eyBVK&#10;kGFJ/YTjoCez3x+Ad2WZWMyyHrh0TDObSFTwwBvatWq9VWrgSMHAwyPRYPKXC8VhIFKnxasXLkU5&#10;IX9wAKftxVj61mefIhYthMLFza0GMsbVutoGf6bFetA+LG08W/VBDxJjtZXCxpP8T//Zf/c7mnj3&#10;G03OLR2pFvZjiQSORhA8cYxVuwSdCKPZsyeP1Eb17R/8cWV7e2O9MDMbQ2yg3QRx2gmFJVQv1ao9&#10;nBijcaVRUw9ycHhR8YhQLRvQRrB3Awo7V9BQybh4NuILkP6PbhswGdsflHwYYk17alJpYR7ALVDi&#10;ez2rB5QK7lUI5Un09mYTmpOqGu1GH6iNSlHD8bmHkHkL2BYcg000J+Dkcv4iAkRirabWGm0cfdEr&#10;BBEXDUTl5k4yMUHqhEHeIr+Eble9d/sL1HmSo9qRKRmqCgzcpM4Dd3OKwrkR/QDEMEO0GvrYfDwe&#10;ayH24IuDNcWVf4/hyrRzkiBFv5rD6FdKJM0cf7RDPfRY2nW+XZPrvCIlv5p3D1XUExP0oZo5Vjft&#10;I0nVPh77iFX4VZ/vSe3YOWrtpU98okNLs+vpZI7jtycKf+hvydfOof7snBy96ZNRWvtb5Uj0t/7u&#10;yFF8/PXTY7yz+8/0oxwvBKmjWqUTH+UQVjUGXx3K7Kzr5T7ZMIxT/8VrN6LRMIYKODhcjhL5Y5hd&#10;x6sG++grP35pnaMlAUwjeNsc7G7nNr/p9brZNDocdJ1QiWDGQrKd8fvD1Xo7HBZRoqa11FMX5mfm&#10;p8KjtqZ2eNKb00NL3NpqBXYhjEvIvkYCwk6ui9d1OpOIhVI9vbZzAEJxPx71BL08CG/hKBQ6ig4I&#10;hKGg2Ti4tkFMtkczs0kJ7HgsZykbjZ77+6W44te77XIBMu+1BOodszMxTFTw/jYaTfi31a6Jrx2f&#10;Erqxh7PlSLDSqMEnAdYlvKKwm4J/xRnmufjk1PXXEVkA0Bz3LygwGNng6kBMFn91mk1CO2ZYF2tO&#10;1DzycoMpREqM5HFFNRmMwXl2aVWYe8nOwyY2Zg8qHRliTsbjExIuyM94QfGbcVlbliuQMiQbPM4V&#10;QA12g8cmrjeMfvhE+IMOgcBBAIMZmGCiSaAT5bRuFhfVwfg90KUJSGpAwsAwSroEaMYtpyZvBhIS&#10;dsMEBArtJoHJ1OqCdNyKKvJ1Yr3p6pM2GQQxlw5H44tg3OvjBkcRCSaNxKQhyd00YdwlbCaoxfgm&#10;AfQjnhCXpkaGQDLVWgSIR96OFqkFJhA8zK5wZ5NGIDTrkiAqo1f3OLVGak/GX6xbXYxzMKlZIjoq&#10;kJVjDhYBZrUNCw73PgiJTfB6Daz+653h+z/9z3Dv3MwdwKcrk7Cz9Po7bwuSBwdZlMY12w1sDfAB&#10;8XbHPferW7cQuCG4aoqYmMcLPPflgq2H4BLGl+oYlOy4377j/rgpMsIScdqNG7vXmLtgOBTBifeZ&#10;vHQQyQwDpMMWxlo4kOvN3XZnv9nO7ew97fZLnGeIQfL+13dSmWi1lgdM7eaVa6+9ef3Nt9+6dOXm&#10;4rmlc68tBGP042erS0uLsWw4dSrUtulyH7KZceaif/Gs79RE3BMFAmK48c0zVm1dngxpdbWcL0uB&#10;npMu61aOM0Zb67l3vjfVZg7ErNWWbB14GhAmw0ExFZk+NyEoTjQaU429bHCJYz0Hzfp8/FxQITnl&#10;/cK2arfJ5oYT14s1U3KqHaCOxfnwjdsPnn65ma9ao6+ed4Msi81bo93Md1q5Kkr5huWGBov4yBhV&#10;S4PHzzpDi/aM2C9uleo0VyobCMxdmRWNbu3Xn9fKdbAnh5dPhbsHvU9+s44GFrCx79xbTygxNDhF&#10;48G1WvPuE7XdGOxvNgEh+eLX2zXIuBOSEqJ213q7G40r12MAoqaC0p27xdmJQHaK12C8nQ5JFpdf&#10;KVO9EYpnZzLe6RiTDgu/+Q9b6GnEj6xQHBX3u3PwX681tlbr4USgW4OLzkguRaxMvBgVBxcTi2Hf&#10;7lY+gVEvzL3z00XR51ldq4Y6JjbfkfcmNng+a9pPv3n5nQ9ueEPOQuziD16/Lsojs98DHekv/vMb&#10;uIJfrmxeXF5OhCIvv3l09+NPSvu5B48eBbIBxydq9TbWy6uPbtvD4vNnL1F5sbFWb252kwK3/2h7&#10;b3X/8ZdPObuPLo1gIkKLnUwyXtyqedXB5an0maVTP/oX/zR2fkavV2NmRxCpMtU/+53vPe1XJ65d&#10;CE8vDzut5s5KT28HkCrps2oFTbATiaqqra6Aj49d2fIFGN219V3t579tAeI3Evkv7+qc7L13MLj3&#10;oFkv9beKeqfroFi0YVAbdzr//jfAwtGrOl3eMvRP262nnaVTYqXttPtmJstGfLYMwbM+yvp93igN&#10;vIAfZTkBz+mL/rCPCzPC9t2qXeuKyWApLk0GlNZqySvw4HspuU5zH9XI7frzwrCNxh0DC6GoTS8F&#10;/TMePiMKCRwJ1A7VMzeKBXFxpm4MOxw1SPrns746NZi9kng6JCYUb3fUr2FN75zJTCAUrmFhiD1/&#10;39hefdENc1Gd88l8YAb+OUpBDHExNXn5UtcZXvPJ/unImVOJ2IQ3iNxkOqqypN6OEuSeh8ucSTSf&#10;lBr7VWQVxPaI6zjFYh33U8McOFibIuQi0IjVRS9la0EhxFDNlh5uo7xW90Z8AMqiExiJzX6d2i0h&#10;Tkq98f2zk9cmIn19a2hP+DkgrLoRBWHGa0uIDPvg2DjYGrystQPnI4vxeJwJUEZP3e4X1QG1FF6O&#10;cUs+WgnxrF/s7qEoxNQY6vT0/0fbez5Jlp5XftfmdXnT+yzvq7qrq910T5uZnhkQwGDgSC65hERq&#10;uWIodkMhhRRaKaTVF/4DilBov8nESitxDSl6EGYADsb0tJn2pryvyqz0Pm+am5nX6LyZVdU1u/qK&#10;YBPAANVlsm7e+z7POed3IN2TJ0u6qoOUN2Zy2z9eiTtonNIVv7e7FOn5RDyNwKDcAfeN4qhaawiR&#10;37VyZa2+/rw4e+s6PEBYPl6Pz1NtBWUseMTkE52VR7WvHhXWXxaHg9Kkk8rsaLBYaHul2nY+bFCT&#10;Pq60WrBdjua1sBlwTrq8TpGXOszGp4fhKyOOC6qLZsRyZ/f5ITgIXUXoeEV4IqOKna5SOSCmDprN&#10;x0kHFqjkUcGIaJADe5PwL/Ckgl9Sa+BOifpOVkDLGu7nwNrgOwftGYNvsV1uebueMQ9Mp4JbjC6E&#10;G0H3u7ejTtEst0CaMfEkcIBT5BFBIgbI3OVhUPSABbXfCw4aXagaUzEEFNmP71bOT6D4kBr2mnMR&#10;OwA6tsIFwpTHQRssU3eI8ZBY2Wu6rkf8XjsHfEiuGQhwtII1JqsKzjAk7fPu1VQH+OMFvw0H9UaL&#10;uvmt6DU3Nekyl1tMyMPdueLPJXvZgwJ6v19/ulN7mSvuFnzDIUlmTY9jdNwFSdzvFFFUmqob6CIF&#10;w+lZHRZctrJZ2f4yyRX0l8slh1fGHWlIEosv0qtPC5ziCI254NKcCrAevHSCYzIA/wAKEc39lrW9&#10;VhkbEjwuXjPoZsn8+MdJIOhkJxOZh8hPHWbaAZGH96Sg0QHeUDr2fMQoPq9DjgwK4Lofor52H2uA&#10;KvX8biXnIAQ0VeBep8x0zR5y0bMxa2ZMzCbR0WVMBrnMslYHKxKyJiMfJXrckBiYcEY83jCv+F3K&#10;PugHNjO/NOqMadWgiws73pkRfD4azG7JBIjBLNQNFaW7nN3MWWsFcKfdQ0E4UG1nFxQPs5JoB0YF&#10;nojJ8jg4dLbcbHQDLkexgecz73SYMck1G4x6ZOPSfEivNrDgRz8BbkTpXBNl9BIHyq7lFqhYiA5I&#10;lg+qOGXHXMMBGTxydWRiCO9u2HQl0AINu6E10QyI45MqiLnDDAZzuJRbVQ3d9ji/yhwd9DoDHpjf&#10;/dBsi7l8xOftm86so3SGdnAhF15bEH1xE2i4ZQWnnGg0jr8F+CVmqUKpDGcvjrnNZi0cCpRQWZgt&#10;WIo7V4WFyrcwd0mEbxv7RSArkAEslTON6k4prxBo9h5yep7JGQPpUxrds2Wc9Iv1Woc4pLWdjdcr&#10;T+5//nz7y93cH//xH/+aJt58qUToMIbhDwYxWWCwx1FKUhx4xdB3CSh8o1462N3t9Urp5CEvOnKZ&#10;GhYHtUrL7eQR7O+iF5pD+ye0EQN3QafHiRIyHN3wC4KbtK71mk1mZlRutvC27+HOrFXajSp+PiMQ&#10;EfD2B7sGwy54L/VCd3+/jVsAjvlY8Xk8DriSOm3D6ZUQsA27GLPZLcC+1DHh8cE+oVU3SyVE8+jx&#10;ccQCqGCQH59B9RQ0EaTZrKm5ucN0olHZyR+tYm4JBwJuXwi/Ta2hP7r3OYyTRp+qM5hwBpE0fM84&#10;tuLug4EXrOY+fOd4RLXPjJ048EEAw3zADby1Jybls51Db/pvqTeds/Qxp8o+raj9D6tx6RPnMX3G&#10;6Hw62J0Or2dt0fTX+mntszVCzMkHvgFK2296ec9qrKdj8ECbpU+Lf0/oyvbp93/8PX69wvfNJDyw&#10;Kx8HdK2TBPLXUFX2KTjr2KxMn3yxwYka/4cYLzLkHjTU9dVB+g0Z6/hvW7ZNfb3D+NTofBJFJvPv&#10;hatk4jUJyajd76ohVVWE9dvfUJgnknLf3XkshPenX+zXyZkf5PZK6qtEIgsDDi65dqcX8CgoDYMv&#10;M+hXksksjCmb6wXETWfQlofmwUL1IKfn8x2/iwNojYxTvHdrrxwIouath+kX5bOjUU9A4ZDZyxYR&#10;4qI18Ou6ZhrnGZ1ycsaQz+HxI48ELAlTb0PdA8SzBa6NGlB7rTqu9qgn2Kpl8ESdmr669M73FbQQ&#10;zs0Mu32eBmkf6Y7FJt++dbNULgb8nui5pUKpMhEI5crVkeFhNH1BzpRUR7lWVrFVqxjnb9+qAPup&#10;qDh4KrKMyZ7Yh2HipiwQ7dFhgCMDkXNRWw1xqq+T9n3+ROtEpKyDTKHeIVgjh4BfWLfdglZBtOAu&#10;aVtCOhczYD8jTMqgMNaRGta+hMsRljBLLMx9hBGJjfKEfI/bQN//TIZSkn3FgEJA0EZfiUVVH6m6&#10;Jcl70uNj4GsR8RY1qr0uM+i64R2kz4ZEi4X+OgqU5u7Aktu3GdNMvw6HFDX1PQc4mKDZbACHI/Ak&#10;gkc+AY5bfJ931yUDOGEO2YSghEJg3Mzg9iW9Pv1kMtWXrMmIbsEeDhIAsUladqtR58iUy8GwgpeL&#10;WPMxXHebeC1a2TRTKtr9QuP+u4iIyBB2MSsj/4x4bKcfOcaND4E6/DPGZEzPxDSuG1gbVrvs7/+3&#10;/+NRIbd7mEBHLnK8uN3d+eB9WCvABAaRqoJWewexK0Chxebjsy/uOtCJQBMveP9tyffLk3jSrnRs&#10;9SD/0MdPDfIXx/4UEurGG0UktSMW1dNaoDkWs8VkrnBYrB2lc4fJTKJYKfRMGHSr1XoBfrJzF2Y8&#10;wcBbt67Nn1/ERXjp4sXJ8QWY7XHWuXLl1tLFixeWrigep+zEPhzAQhV9eL4RW3SDLtz+wW99a/qc&#10;m+L0jdX9IX/shz+cCQ4XcnTioFhCjLfntLVK3ahWP/itq44wdfO9W5ffWvC6DNHpe7WWnLkxnumU&#10;4d2KDYcTnfZHH9waXZxVZt3zV2NON13Ryx7ZCbtjy27tl5JMx/Q65d38/svDvVyD/nIj7w7zdx+l&#10;Wg0DXnAnCsBpM+SMfwIjcqMjG3xccDZKbd7mEpl6Mt/VcjCDYe1hAFD35G6eg8LkceL3DzaJXtWG&#10;Y84Jv3wrTJUPrf/1/9z46M4lymV6vNIv/27viz9fczjFtMhkVoq5w+L5ifF0Aivuluijw8AwOyhM&#10;3+BAPnhw+IN/NK0D/rzSWf0yJbnE9a8ysoMOzPtKIs7weBCKT/9u66u/3bJ0q7LfKmXzSx8s7tdq&#10;tS53kG7ZhQ44ncuv85ffnWygRyalKU4Bh6rqfhWy3kffPf9X//PnYk2woxweveNTzmvvT5VrbaaO&#10;fZkDIOhmqvH2dybx7ks9zS7yQq3QQdtMI1f/5tK7H737zdWtjdHp+Ygv+N43ZsCetQqt5n5l9eEK&#10;nskf/+VPpW67hLSZlo9dm/vVsyfnzo0/+eRzlXMnjlCF4AD4ub6f3ni2uf5kx4Q7juN84cCNaxcW&#10;p6dUn90NmvBUHjzcdveMNs4dghS+8b6pG/Xt17af8y+MH+brZdpWw2Njs1eAs28kViVmzwH3oIMt&#10;bHfCaSmYqVuFIwtdypwwfOldvef6l//i053X1YVpeWaJhkmnlGl/9leHvZSWh57gwrmfDU7zURnO&#10;RgHz/623A8nVcvdFvlfuk6XMzuU51WVSwSEENbqNkl0pAhai+N2ShjAWLXTL7VmXsFI39yxyYmre&#10;P8ztVcfDAdfSmM/vnBqKbv/Jo9GjlqfRnEK3rlMcdnumw4FJSZ0XHd+fG0JTeVh1uJl2QEbZNmeM&#10;B/3fupNnZFyc9VZ5bNpvifZezBUQTGG3Wktp7Qk/CpGDlXK3XnMGAgUbVY3yjNMZHw6WsjkzgcCn&#10;0RpyW9fHh67NLC5cE5qUj1VsVvBISpD3B1nv7sudo44eHwsgFDbmn3axJgi7M4vT3lF/K98qprPw&#10;8eDuKJAlFuKBIPUxeqsZuz6dCsmAt/rzXX69yldM8zBfPcjy7Z7V6SG3C90Q4GLN7iYKlYCGZiLf&#10;AsfEYP2o6xPZenOjEotGnRKVXt26e3/74m+MzccUrdNFTQpY33dXStSw59sBdgLcJvgoTBTN02Ki&#10;HlwuufZq6SdHxa1SHf/Yak9PBaitAl00G0Ouid9b9H8jMjfhHMXf4m2kc9tdvGG50Rwm3kozp5d0&#10;K1tp3vyd7/Gq2miVRsPDkGAQwu3SCoL9aNkzz3kPR7ydUmf33+0d/mKvlGnxbhFtHtkXR8a6hrKR&#10;83cWFK98PjqOyhRHRi9/lclt5Sb+wWTLQ8u8VT9sMR2unq5Ys0GsujxANPHWbsseDqrTk+7Metpo&#10;mP27KKvKTgc2kbxEoAmkBhO3dvQdoDCTRmYOG0S4sogxiCc8P46W0dIQmFLA98JWWFTFxWtRZ0hE&#10;uFcgMD97xOuI+MyVRJt1sneux7weHVv5o4IxP4pDiFWrGNsAuLU61xaVpxvtIScDZRu8eBPTl4p0&#10;sVVYa6U2GrtPciAP4Yl5bQyEOTpXNNceH0mh4ExMzLSNh2vNFrqsu9Z4QEoXu4/T5oVRbnZYiEtG&#10;O2t+/rg5jm+xaRxoTHQK0C//ASc562CT2XbM63YLT9EjqsBfQzNNw2EaGeCaddPrU7xu7rs3XCKN&#10;qLBYadDAa2M31HXY4oS7lG6JddvjdlRDMlAHlsgMKfz9Le3gs/3Mulas6IiWzKCtwqAaTbg0bSFv&#10;rD3OXXo3eu6iS8dIatlxhxUeV7x+GkiTdId6vNFs0/xIDMcC5svNJh1W3/p2aPG6byHgwCN8bEZI&#10;Giy6z4Y8xqgk1TPmv/ykHJxQcg3K76K3U9aDlHX1kuRBW+/T+t98lrSiPruoX5xF1Jmq9uyxUNhY&#10;SdR69uXFWbtWrlIGSvkkypI6ve3Nzvkhae0AxVT8iNqEfTrf5A5Zdn6EQ3BYYc3yYfdXW5VDn/K6&#10;QYH70iUOXm59S9ut0V80aRVaOdrHEcznYQDpoabHL4ujAFELVr7ec3oFTDyGQA62zSaGaktU5Vmf&#10;w8/jlNkt1Ukq1SlBHm9W8uW1V9tm28BDv9E1FIlHCgP+dqcgYZMCYTMaQRkPUim2gE06FEPkTYwe&#10;mNE+YM8Q4KlWcaBpdtrQF3DRiUhMeZSFc7N+nwdHAwhQOIChGgBRXszJIUWAUghUAcxp7pCXFZXk&#10;YbqZK7148fqLx89xKT7dXH15lFjf3d2tlNB0b9capYrm0Hv7K2uGU3C73F0NX87sViEl4exZlZGm&#10;ODqKxUM+L31hzPfDf/xf/bpczckkBIke6QrDGdBuNIm0BIJNHSZjiEJ1DZlFnz8AwGq52rl0+VYu&#10;eVgqoMqEo3pEGfD7hGpBL1cM5K61OpBOTNciEE4FkGXTwuEOcUSvmy3XreExdWbOfWnJ2WsjPg0Y&#10;JEoK6PFRCOos8relYhsnZxAVRAcTDPo4VNZrnUa1hdMXIGh4nfexeOIAYTfmx4Iw5xVyYOXbi0te&#10;1PwWcu1cpglFk6dRJtrrNtARH/aJQrNW8AVHsdKQ7E5oaL5HMXDLPrz7aROVpaZJn5TkwtOOmyJB&#10;7fSPuyrKXYil+dToR524ZAf/iom3S0o/Wdo+q1a+4RjbXy+2Pa56fRMY7au99skQR59J/A7+jTn5&#10;pF8rD6LOqKj9w+kZvZacnAd+aYY+DhWfTq3UG6SzfabM6IwX+2vf69fgz9RAp6XfzOBnFVv6ZHw/&#10;bSY67ril3xCx+tWcZ2TuY7Tym5HXPjOv9r3c5B9hp8fEi8JPtq/xHseOB0jlk+7Tr1UKk/F18Hn7&#10;jtYBk8yiFqGQhAh+vNvP8TJEsUP7lER/bco9/s2cGr8ZCsuaDmBBKy8f7Kx9gSScfyhSymLgtC+e&#10;d8N8lUmX/J4u+PCru5VyyZDg1mu0kIfjRQpJzcRhqdbqBvCmdnPR8elUrq6X65xtwRSDKxY3Ia1c&#10;Osi0jnJ4BuLgQMDh9UavXzllpTKI/Vr1ZgeZ0EjUjS0a5iyvT8X/vreJpnEm4gJeoRkfjd3+0R87&#10;3T5CnLt5+0oqV8FUhmkG5deRaET1BuEOiYwMbT57EfW6kU9Akn447tEgbOhtmbH8qjdkiuffvdMl&#10;LVx43nexwaEGIirHwtGP16pvyzVIHy+BUYGPQGBSuOVx5MOOrzNSVwNtFsoBxFiZTLMEPsUSRVXp&#10;m5wBnWJJPyQ+D0/6ZjvdQdqW1CUT9nJ/FCaMK5IvANKD7rOkyOc0yAIKmQe8UWXM2+QNdHxVExx0&#10;/1eOvRl+aeRrkg4rpl9AZEENJiO3RZqK4DTq71FI90/fVs10cU4wiAJMsOw0Dfs4BmXCxGLYvmPZ&#10;JkxiKNtd+IxQJwAMHqZFKMBmn33VYfuQWdwrm3WSSyQ0ph4ixDbgXnCA9zt+EcTu9Q2+xB1NWs5E&#10;h0nqizCTS4hBd/U6ZF58i/2KMtJ9BHinRcLSHG5CyB72SHu4jXMJjM04WAJmDb8zkiSVdhd1pKzo&#10;i5y/kDjaO8rmYL1WRJihpDvv3cHvDskS9FFV62XixUZzFmr9TOazu18KaPDpu5qJlosXvZ+nxR/8&#10;WgnICr9/BywwxL0OHFu+iD6DZDZ/tHewsb758jC9nc4mcqU0NAlv2D0xPXnxyqWlyxfPXbzy9s3b&#10;cwuXxqeHZyenZibOzU7Oq5IUQjrNyQ7FfOGg6AvwXb2YSa1B5Q9EQrJLqunll+v3yr29RHr70Vd3&#10;L1yJxsKWN6BOTkdkEY4go8sVfXE+EJIhOfmxMempcV8kEnM27c2paXnhAniwsi06draOpuenjsqF&#10;F5sHBaFXN7vxYMwv+30qekohPVulWqlIXEKwCSkHRzAgSA/WdtYy6a193SW7gpHA1kGy0uqsbZRw&#10;q6g1jI2VWliVGwUoG+bBrr69nzM8TEvgk+iutLrTY6HUfiWxXwLPtrFXUCUBidkc1leCjP5M5PmD&#10;AXhllcx+Gc8/q9z7yRepLuhAMefaaqJZ6WSe5Iw8Vih2vdf5rQ/HU3sA6HLRsIz+ed+U6FKtw8NO&#10;cqsWDihInF54O6w17Vqus/soH3LwIYeVbeqayepH7dyTzOqDw9hkYG9dc3RYv8MZ8QpT347l+Q78&#10;3aLeDfip0Su+e3+/Dk/82lFl36KkllGmrZu/t9TN1iRKCA/Lr+4lcQ/68D8Zi1D883+3Fod1sKjz&#10;piO9WwyKaEzqylU9swIhu1tN5nrF5jfuvDUyLQRn1FqzKslWCsYST4Dr9P7l//Rnm/f3RlXfnYWx&#10;rUcv/uNv3JiaGY+EQzjY+L1qYnl9/ekrfzwwe/3C2t7+7/7uN1/efSBwveGpGPZ475wfncRBCgSl&#10;WtZqVCevzTmjUqOUkXgpMhL1To97LyxZaB5NbZaP1lWnoOVTcoB3RqJTsxdw4NvZftGjiuMLRrkD&#10;vBJX/Cr76McrdE97dZACeTY4Pef0DkPBb5b3mnXt4q0AYBBHW61f/PgADaXn34m+Pan88KodjzCH&#10;B2ZPd/zFL5JvX/VPKK23FkL5vH7jtyJwvk7z0vfPnXc29RIQqAy3tqkjU+n2ReyOEeZ9f/k6OT+k&#10;pPaqO5oJ6ounaqQ+28Tcmy/UJqbkjArwls2XbDZbc3WsYYU7H1JisKTWqsMqj87aXCHv6d/n3NB0&#10;AP659VZ5/vy2TomcRJEmXytapZvpxpiTiwrM9hfJuelArmmirbee15RotAIAEM258QwDP0xyVf9+&#10;FasB71vjb337tsc7yVEy/IcOqlEz89keeiHB94VLdz8+hA1nr1zTLwfiqDhrVqq5ajndrMnQW3C9&#10;pWqoLEfxOhpxexZpCDOrTVHmRs9HGYREl8t6pcGFZdbNNMD5hMqTzOBohdtksZvPMToFwKTAlY6K&#10;6S9XU89TiXRTCYurLTMwqlZ4o93N1/fbmWx77FYoh6w2QHW9epsyXUFniaG3LRoAtYjITAG1aEqL&#10;nujDe8s9iTWng/L5YCzsG416cWvLC4Ly/ZnOjaDh4QU0w6ONtkO5ZdYTEscnAJjkM0+LfK1njvnM&#10;tyJ0vR2+GIoIEq21XP5ova2JPIVF24Tb+ejjtVanBzLz1fPS2JiaSbRJhAWMru1cPBrNHWXrhfrW&#10;653aer72NJl+vKenUN6Nu0l1/nfOj4t2tGPvPS4coaJQ9cJx3Y4o+f26oplSSLacLGjVs67g3otD&#10;gMox6/rwToB6gpA8Zw98NGTvaQ1scURfGbTT4+4EoiC2nqJb5Hwcyn7vvD0bjcgMpYui4XdKr15r&#10;+Zzp8JFm+fkpKRbik9sa1oiFhg3w5HiUgQ4MwPLergZu0vQsNxyRn2z2sgW6kOmBPymzNGI0z1Od&#10;+JTLGxJn5/3Do15TJk5a0PzbifJuuVMr9oJB0aEygKll8r2Had3lF2b8zJ/erd3b6d1LUwB02YVW&#10;eq9x79Nk7m93shsN4Vbk5gw7cwmN41htU2ul1vuLwUyhXS8ayy8yQyE3vGIu4KoFdiXXLmj2U82O&#10;jYgtiAUxYatjIf48dd61RdOjl7zrquOtOXddN/xex2TQGooK0qTfoUoV3br9drhuWsER9eIwvfuT&#10;xM52yz/lqgeB/EXPra3QbHq5fqgzUwGbTXXYdvfGgqrtansaHrb0N94KpBtm+UB3Zhq1o9bsBF4M&#10;gy9ZRdte5RweGajmHhAmY8O8B6AsoR0LssjjUCDS9zpzM3ww7G7n289WykpQWRziFNbKV9A/2/70&#10;wYGj03p0L/NIUUuF3s/+xdNKVXkO6zrY/gpq2FDAw2Kl125Zk2B/a/pUkIr7qDhQ3aqAn3fcxbsl&#10;dtrDTzilc8PO5UcFnOHGIrzPQDEv04KzjeJU0dlulzSqjbAZRGzESHlidKPG/BLUkrE4uNlmIqlr&#10;XVpyMlW9zTjgH6GwdfX5wqOx2MHGIU5dAb/f4hlfAKvFAKAy4LmQkCaFlH4Tl+DKxj7pYyS8Shv3&#10;yYN0Ds20iBHC/KSq8nA4iBU8EFY4zWSTR7i88LFgOJHeUK1ktitWp7abPQyFPdAAurVqqVFzxeLx&#10;YFhRxIvhSCedTQv20I1LOBfg0vZBgc/nVw/2RsfGSg3t8CiRyWaCPh8lSyR71kUV9vbO1na+3dzM&#10;H3Vdso9D0YbxvX/03/yaJl78sCQaB1dhP7aKlRlUJyg0GkqK2m0cBRcv3oC0svLskcft/e3f/6P8&#10;3lN/CO2ebVKwJnJAueLY29QMJHsbddiV0RZvon6krZNJErf0arEJhaFc0WPDaiBGJkXg0TfWa7kc&#10;jKKU16OqAn+Uqwa96uSo+yhTh7AsKMLs4iwmjWK2ivkG308VeDyWXVgcDoW9m1u5hm4Eom6YqNGL&#10;Uq50FIlwYJKHtYVZ77fe88O7kzjMopbiw+uzvuELr1Dvl92fufVDGTneVuvh3S8A2bEs++zspmkN&#10;3IOI2MOwal/j5UicjTmFUvWnQ9BzyNkRKFGiVfUn3oEySZ/mdt8gmeljCizxB542/xxLuacKqX1m&#10;nn0z+50RfRnqTNq3P4ielWTfZHXPDJmDz8pQb9TnU/f0QKEdMFiZ00LgkxrbEyTUKUULNW32SbEQ&#10;+WTMcdetPRjaBxK5faqD2yf9vvZgzLXPWLRP8NInL4X1hhxtM4Mg58kvwyBnfLiA2h4PiBE8eavb&#10;J7hc+njKPvm7J7nlfmNnP2w9KAEm3wN+V1ev3UR3JrapqH5kiKuZSICYwsxTRffkBcVXQG4SfxOC&#10;DYRCgYxyXGhoYnt9I320H47HxyK2qrLZUmdls+7xIqEDmClCanLLMkdmvImDRjjIFgpgt0j1NpRb&#10;ExWybpG+/9VuLqPNzQUCYSmd68xPedGtAoaVQ+Ky4L+iq6GF0Ys4stFmi41MptBR3IjDGGAqf/id&#10;+QiwDU3djUCQx7O7V9ZrrXKqrplQlrwIHY5OLGJJw956F8yYLopVPeish/e10sBkioTEwdo6CK6Y&#10;9Yv5bBc6Kct0zRbqbtGsjbhLxOYuvf8Ng1fsXpvtY3r7T2FjoKKbpBMFGyiRmG7B0uXYk1GWpEyh&#10;/pHFDAmGYlTj4Ssm+i1OGGSkJLgpfPCAXkbS8wSL1bH7G6Z+rSrpMTJQIGaZZL9N9FKL/C2awUhN&#10;WmE5HkwsKL6YrFlSpyPimmnBxWcQA4ZJJsR+cycpzjX67TkcWeKDREUmW7MPiO7AxK33vwQ+hqxA&#10;eHZw8fAkf0+uSczwEJvRAwyRFkMv0WxZwsfqX+3E+ExAxL2BRNzPdNvEIA3SA57hZD7GD+aAqbuN&#10;26ao4HQCnoMEnQT9QmgbxwuFlwUxZoq8gUymr2fbJBID6dWqZPcxM9C4PIHaJKwNfBQZRmE4xynE&#10;hA6Mn75HAst4J0DN7pFgsdVo43fau3L71uLtd8vNYiKVSWXy+FE8Ls/td29TJD/ZhoWmWiqgpZa8&#10;AXkR8be7X94V+94GgSObAqPXrKExul7M51DtkyuWsw8ef/F65fnm7nq2mC5WU+jfDYT90wuz55Yu&#10;XL9288rlqzffe//9b//mxOw8fPwqoITwOemdUrlC9Zzbzx/+7o9uTMRb45NO3d67vBSanXc4PElf&#10;AAVymyZ7OLs09PeffAKe1bVvXk7k1ovN7be/LYUmukNj7nhMjU7C8Ig1RK3c6CjycLaSPUxvSU4+&#10;FItRGL0cvhZVals7NlNAw4+D9zWpbptRyr0a5cLwD/qotZlMTkVdV4cmwk41Xck+3zgI48bMKkM+&#10;F8LwsOmggfjV1v5OMnVY6RwWjKNkUwHDRaZCATriF+EYRV1AQ+stTbkbxebRflXrMTWKyUk9T0Di&#10;Bert6eC43/NoJc3p7I2LS+DBvfPh4lYdPlvgKoWtso7UlEqZP/3F/qg3jKqDofDc0VpZ1xstYBs3&#10;GhrAe16XdlgLTarf+oPJ7ojfF2Vh1WvvdxbPn7v/aK0hyc9e1m8s+LcfZdq53szbHqfqeHGvlHtV&#10;srpYlLRxjV66OYQVUabSGYuF0SU2NhNjNLq4m5085/3+f7RUZbTCevOLf/tULxtP7xUSq1oHpHjY&#10;Orz0lKiAdT1xYwLPtupqPbOZX3267xYkIlB3hK37R1dmRrYOUHeF0hiAneBNqNldFmOQE1odz8/O&#10;jd/6jau+4cD8pcvaQS73+PXrB5tODkDLbigSRs3fO9NToNHnO/Y7v/vRk2fLjWJ9ay8tM6zLMEWP&#10;+/0PPxy68hYKd4vrO0y+RmXLXk65c/WiUCmFedsLoUs3RyOuLh7uTQprnVjci1JtP2Y/EDNxWyVI&#10;DX1sZubi7e87Y+Mdb1xwRS1aRqf0l5/8bXzEu7Hc8DjntdfJnS8SWOMheDoSjFSAuYxEouOzpYPU&#10;L//k5+9dfOf+l9sti/vFp1lXQPnuH8SOCubiHItup+efl//0/1hLflEy0jWnXw76haAnsvKq+Em6&#10;f2DdKw15I5mEsbNW38m3b2JKllCc1IOJ/+/uLmu4U8PFX+5qPdvV6FgP08194LVF1PY0ivCkUeJu&#10;0bFx+N6E9/q47JAdsZnp5a3EudFAwEmIB0MRf75mpiDvW1RYlRLJdG0zo+TaK+srVJAxd7Laq0wj&#10;WaR2cBn1juJqju53y0v09LDPH3OFLSe1W6xuHzhHwjjo7L5cWXh3KrkY7zRswUI7SaHdzNQaefiO&#10;UHcTCQSjnIq7tl+NBWXPkA8bL2t9c72Ox0tYxEM4yFFlXAP1HnGw4B6ItmiMr6qAAvue1svv5Brb&#10;ldEr4+478VpQYYadzrnY+OwIFZZi35u3zvmPfALl4pGM5OsdvtTkQAGKyNN/MP1S5C9OS3JY1N3s&#10;uMit/jwxeiWYEzmkKHEnVgULjwxAtqKStRim3g6JZpGtNOxoZApp4btbe50PJ37z28GPrk/OXh/L&#10;jTCJkDT7th/UnY7NzPD09cCs2pMYQ4/HA6qsRCSvp9BIPUglX+fgRl04N1NaK3qmI+CyNM1uyOVB&#10;b4AkqyiA5urZL++tHxpsYbNmZQE1620FXMbl+OS8P+wVKjmt3dQRG0Z7gN/lK6RR6lbOZNOaTm42&#10;Cz9cGOLF5GphZ69KIWqJKQSRxIu+a8UutaJzWzXjeYGtN6kWvNMlkkaC7lJHQhLdnwgbleCA6pIG&#10;O3I8gcmGJy2CZFlM9s0y2II8g67mpqmldRwrRDcdjqMVqru/13YqVNjLZgsdrNXKNWr1lbb3qop7&#10;l8vLAe+BTpjddNfBoAaJmRoT2iCFpK25YTsSx7MGqwV7eVlbx0TWZQNxmVwGceGwgC60Ns65KApG&#10;pLyHnWzXPOxaPpm/MCHPxND8xYWdYOr04FryB6Xhcem9OQ55UQiGyY0K4jh8xzYaRlkzM2gzVPHc&#10;p1DljLV3i6cnxxyLs/LcWGAows4viONzktfFIKYeV7moygY5dsYL/wT1u1fdl4dtlbdHXWQDG8Ia&#10;Jd2iNcPXoek2BYb5lRmxoZtph8Ov6ZnXVdsr2BJ75WqQjatDM3JYsAXdFjS0YXT3d9rJpK4EpZ/8&#10;1f6hx9eQmUmQ7gwayeiGQN0ImE/+JpFti3DmP0q2Hj0slhTeoQpGxjyq9MYCjoVpATJjBFipHTPX&#10;cGA70Sk1PRxzkLPCI+rShHsu4kxtV3DkSOWtRy8LgWvhVpd9ltUTBr0hcSGeBoh4E28kv1Ou6OOC&#10;MRplfTLXbFro4NUlGuwWjnF8/LgFo/tm2frBBecYaxbKsM5ZB1hKHdZRyfaSYV/K7CWYlZt2psLD&#10;+IO4NoYiOLzyFWy6bVIR5+E7DUNlWNR/KLDU8nbUo1YAW5E4IuTqmoPWFUH1wafRtoejQ81io1Kt&#10;M5KKORRPRMQ4A2EfyXSJkNxRFMLHhyKBQMBCwUO3izcj/MZAHtj9Ugls9dd3d6JYAIB9DlK4SNJp&#10;YIHwIiJUVDaXUzBLK2gVp2tFZILYstZNZJE+1W3gXLvdyeF4YvegaOmMCuUAKXIpna299+3vXZm/&#10;iPI8QCvfv30Ltt1cIqnIDhStF5afpdJrvEOfmgyOhdTrs+dym8W19cJ/+t//818Xqzmbx9mLmAv7&#10;elq3f8BSgVKvNyC1Ab8jS45QbNSn4Oa8ntz93ME04UnG0X/mnG/xsh/Sd3jCD9h4PoGUADuCumqJ&#10;6bQscCNwWESuHjg9N/b1Fn14oM2OiqVMV1T4ldc1VAbiY+bPh3H3rdehZSF6aJbLbQj6kWGn1+dG&#10;sgkYQFBQ0GmEzRhIr7WaXswRAzk+uF7HrwtHThMHufFptVq1qthWwzJvqKl8TfXi/E39g+++a7XT&#10;qHuZnJievfQehA+AZR/c/QxoWcs6HsIsAkU1YQkcsJzw/y4Q0sHcOfHS2sfIqBMAFODSpJ0IncO0&#10;ZX8Nm0xRZ9p4T+3BbwZr+iQPexz7PRtzHdTwnoChj4t4TzXiM7VCJ11C9Nc/85sy2+NR9jTxap/k&#10;i+kzwq51zImi7BMyzZtu32NLcj9oeKKa9id4+4x3ecDdsqzTXl/77LdznBC2TgfT08LffoenbZ8Z&#10;+U8H2UG4uV+7C30GBx+324UTAnOSy6XP1DoNOp++7m0edCNTp7Bm/HQXrt5Aj4lFlhQ6qYMnrl0T&#10;c9ypD3zwSQbVRxi/8LV/8df/WnXBQgsbgWPl0Wfpw+V6OetVLL/TbOvmxjbcyB3BJ2weNAr59tS4&#10;F2hllndianHyVCalVSpYzfC4X+F+snpQEZ1+XqbhiZiZCZybimIQSuwUbIcaCquxsHj7mge24GK1&#10;Q5PQkY2xhAXSnkGzDIuqr2Id9QF+cIhxTAFbvqs3Ax5266ibA2lH11RVD4au7K4+YePjQRhBgLvC&#10;4IoJy61gs2PBkdFpN4YAiVSUo2w2FA6LKAFiiGNPhOsVe522ceXtdzocaYiBXIkTZn9RQyzG5MaI&#10;9CxLbgdkcutHYTH/4eUTCYGZQoyuX35L7hl4C2KoJgRjkvnE18dGQSAKp4GKIMJAgkjZj9GSFAF+&#10;EoNgiCl8HqzBySyNmJNBeoaIKxnVNJDmsSaD8ggsP3haNlnOkOmUvN1Y0zxBsPWjsuTL8xx8O7gl&#10;E/t7HyRFBNV+d3O72eqzhIlxGn5jAJBJ2RD58TBl2aIsthpolKLwlW3iKSZTJ76NfsABozKARR2q&#10;L9XimmHJPA9jOnwENPLl/dfJga8ByZoM8P09mEl+lv51idsVS2ZcGGcwe3PoeEc9PA0dl1T3wZ9W&#10;yOwLBuhW5DU1CcKLhvnb6F+wNMzGxIgCdDM+wiRzPzZAlN0wTACstabxoz/6J0MTYwFEMbN51LTg&#10;GoVe++4H7/IOVFC0ZVmtVWAwBjIOUifMt9ZPf/YTXUM0Dvsj/Bt2tD3segNB/8jY6LnzC5MzM61u&#10;++adO+/ceefazTszs0tjkxe94RGH4EaHA175yfFRpxekXK3aTPlVKjaEFyj/mx9dC3gNrZs0+NbO&#10;/pcj5zu5xp6Ejjct6/D1Xq7uOr0zmlFx+LR0sSj4RTkS3io+D0/A9ItHiQJkCECno+N8s6N1rGah&#10;lWtaeqFaPTzaicTGGcsR9oxxTK/ZKa1mkmuJMjBzSCK1mtTrrcJBruLw2C2rt70DfE11KB6kTHe5&#10;1Ky3qn4n7K704mjkRfbg2f5h3kImB81LCi0KyD+vJmqtlu2l7bcuhGTVxDa9Wum8eJZDqPHW5diP&#10;Pz7YBL9UVTazdd9YRPSxr/brUr51IRL8179YxR4sItqpzf2tw6zWaTbWq/f+fBUV9eFR8fnHh4nl&#10;4sVLo/ExpYGmnwi9XSpxvCu5nZ1cIIpPLyq16i2F/GYdm/m2m/UtXlKXX2VDPmq70hZC0uKCd+Vh&#10;ZvXLfU7HhWE+Wy+igv5wIzW94Lz6w2l5TgZZwjnmlFGFNKsAJsxVHC9/8hzXeomGqZt9/KL4/keR&#10;wETwg9+eaNS6pdXy5JXw1O2g/ihX3S7EPpwcCwauh24/+MXnb81OexV+ajiMnx2CJHQMqtWI+3Hi&#10;dv3hf/nDqkF/6/vfjIaUvc2DaZySxgKziwtT1y7hMqptHbUSxf2VvTtXLotB39LiQnr7qJGsxxmH&#10;Vi/j1fzsJ5+ECQWQUaKhUDxcbLQdo8PW+DQASPmV1VC54MEdoGuEvS4YYgSs9yS3c+qcORxNuxst&#10;rFDsbms3rdbJqTqvdZRgbHtnzxDQgVpuGJ39+4+WHz/ZLB69TGzUCrvPH3zOw/iB+x8sXHIgvbIL&#10;Uu13f/SjWmHfRJtGz7jy/Y9Ej+fpZ1/Uj7J4h3mm1Y9Zuhf2tcMQGqiv9rvbD0tPfn608aIE52rP&#10;7oUvRuY/CH65i2CC3KWRQ2Tpx7nU49TBUXlzK7ufKLrhmYnOC7AN2uL6o03Uf/hqvcrDQ7FhhFt6&#10;EEu1tWKUUhZjygRwha2etZlZtOwlnyvi5gqc49wPflDgmE6j41f8qRLY361asVat1eEOGQmp6EXM&#10;FJvwwZrVKkos/C5v7dGWjWmj13FFPfZFX0nl4bqhRHbW4cA06LRDL/7kZ6lHLyNeNTQTT71aRuWq&#10;e2HE09YjvN8wmj2+5fZgvsOuRQ7IblB+Nn/8qLB8kC3XNtezog0m84Rba+Se778zojqr3eZe6WIk&#10;kNxN47bYQ4QXDTdOp44bCOw2jR6BKYBomi9L5DBDYayt0MZRiGNG3TnTzFPWNbjxYVzBreqoYmML&#10;0DO137+QBIfe5M75zbJJTytM4n7J1jrZcV846pjiaaftWE3q+0etUQ8dY+3CV7Xlv0h8/qvNiYuR&#10;oSBOi3BPlKQbnjHBznVANa37ncZSlBnzWiN494LH9pcHaz97VUyW5+ZmfMEZzoY0Yzz7m+c7qyn/&#10;mA/74MPXCTSVdl3C6EisZ5TQjFOvVMNebza/++rnr4sNSosrVMRT3K9oxXYHS8mQVFIdhYXAyJDq&#10;9Qbzeo0LOdt00xVQYWv0qeHR0QnJLzZCTG2vvJusiVEnH5CCsHgkK9duxg5+stvYqpST9Ua9KXoB&#10;NegV98p9vIk1OFqQCA6cooig1AHwK5VKxXKllM2kc9l0LpctFvP4U0FTLdQiSE16NxqNSV5nG05e&#10;nmkCalVoj/mDHQOZCUR57SHOXH6QtimHiqlbtArgKNWNksUXS2bDor0q65fp9HKzXKLDYcbjZebm&#10;FAWZ8GxvaVIJ+LAFNpL7Xa/IN1M1FYxdie5JhDFhTHoBiH/9GsBsIRKko25zyMMIMhfxWy6L0fKG&#10;z8PsaLbhkfMWDcvWcMB9tJaqx7xHFB13sMl0B9Qmj08yZNbZtdBmvf4gMxRzlhoG02Fr2fbDlRo2&#10;vrBkvVjXNipWumHUdA4Fti2dDjph/2YepbsRt/A638gXO9vPi+gHNWXe5XaM97pP/2p7dDLsCDpg&#10;Yo94ySN046Bb6LGrL0oP7mVGzwcTL7LKxdC5y/59B4ux/mKEqkCZX667vA48WEfmg7ybibm5G1f9&#10;o1NKKdVxO9jFcebzZ41n23rU60g81u5+VlNj7p1MA0cBZ4tiQHrX7I9f1T5+Vnp/yTPSbT192mqz&#10;/MVr4We6PT0jxRedowuy1y+NqGy91s0hNIXupeXK/fvZJwU+odsBL+91Uy6nFRUNNwwTOebRav2Q&#10;517Y3HkvfRVXmiS87RNWHuZePkC63O6GXbJh+hy8XqpjJ/uk1CnVe1NI+4d8soOvGuA6EvpaS7dz&#10;JfsggwJjRnYT9AgSYBHFG5GjkhgJi74uCrLLsA0fRJxuNH8orhAA8jhalqu1fLFGzHOiU6tWUbGD&#10;Exm6rSJhH85miHz68R33mzMg9cGqHYv4cYaEvgBNpmGQHoE+fpQ8lRWeB8gqDJQwxwQ8Kgg5eCTO&#10;z8/SLrj6J52IKlUrk3MTC2NR2OoB2RsZi4ETU0vntMThzvJq1uyYwcDO5laP7Vrpgwd371lwz3jV&#10;bVC0bKVcMP7s47ttlFgr4h/+F//1r4tclcv3N09EJCPDBtzNPQMzfw19KWBGtdGVJrn8oenZ87n8&#10;ztrWKq4i8FMUH/o9ZYTJSqXW2GSwkG2Wa0gGeS8uqqGA9M3vTvjCUjAKuzeZe2FpgV1P1w23IBaL&#10;7XzD2N/D64+RFSsmpHYpQNRhvlhLtkJxz4ffibhc6MpyrazswmsYjuA9hCMpg+OhyFmAmgAay7tE&#10;raBhG4FIjswb0AIraJ0WSMNJXWsOjyk4nQJNw0qule3s/I3fu/29f6xpHTS3Yd997/NPUQ9hDIY1&#10;clcilGHELEnIk4ypmHjxO+eP5dBj1fM0I0vO23qfXMUQhqv1pvGWfqPUvkEhD4phzyR9j4XZfsZ1&#10;UG1CUadu5z4q9Wvjc/++eaz+2mc7i/5/HMnUm7DrWYLxCeqJPhVFLeoUoHw8mb/5zm2KPoObtk8n&#10;4YGUewyLOlaSB9+b/Sa+eyZZbJ+KxfaJbkydfox1SrU+M7K+GUEtouo3Gi2XC8WXPHM66n4tuntC&#10;ZD5OGtunKvmpWRqffuHKDXCicGeAxsv1tS5S4ypIp6jnwbRLTNFk0DYBtnPKjhcP/2r5xb/ZW/si&#10;sfs8dbSZzel4ZtUbYDw56k3Q743YkLOQ66GJjKx/sT8rt3FR4jv1heVsrRcaxUTiBCQf7ymnDHgr&#10;yEE9rayNh6lmqwtsCg45LoUQiDMlg5HkowyoBHQ0JtZbFpRWUNUwaGEDjIelV4XDodVuNg8PEdBE&#10;6J1BkREcqNhL7h0W1l5/lTtaZy/fvAZLO5jyWKZifYz6NQPMhtGRZF5zGIYnHGzpIMF1UKqC9AgI&#10;FWjYRcF4wKSXlq4hZQh0KkmxYugy4M9W+/Sp3oAdT5pv2+1BJRTBMvWbbNEngf8VZUWE1ETEWLh/&#10;kdWVSGWRZQzapcguu68AA1sFmZ7r79IAEERyAHZtkmvCFKojDe/oz8jk0oVubPTZV4SG3CVvT5iN&#10;iQSLgnWCWiBJ3f67Y2ARwIAKPzNB7iG+S9zqFoEbD2ZOhLYx98ILjXGdXHKQmvnjWmfMrgOsG+Zk&#10;iYSTZVC4EaTuS8d0/zNQkIvByMbXGCS/GbZPceu3zaKfmPCOeQduSHz/u4ITgFiFTPKlbVIRzA5a&#10;jgZXmOp2DlZrJB6Ne1IHmrqnUs6x9bxgoO4EwywCM2grYMz+V4AsDR8lEF+4IcHDrKOix8C2xmx1&#10;kTbRfZNzv/GjPzKwCub5zb3kQSaN6HbALd26cwfYMfxmoUHVy0ewvZNciiJjzt/e2phDpcLE5Ozs&#10;+amZ2fmFpVhs+u07SxCWZSVEEWGZltWww+EEWRRGA4zNZLXRq4+NhM4vDbtDbZtfN5Tsgfb3jNiO&#10;RxydZhWJM6S8HU5c/0d4sHKytZ9rRnwTFh88LOYpqcsqyrOd5Wy1ozonA0rg4uwCUMfF0pFH9SJg&#10;tJk9QGiv0GiEcLhmXdWWJ5nr5Kolv5d1+ly1dqWkIY6Ue7C6mWwBEqf0ygbTVVZX0wjZGC0L0Mp6&#10;padw/ly3hZT7eqJwX2tlmnWXWkoAOcpahweFUo/aLXSRHLN06cGzjcMjLTrkGw8LH1wfi0VFwJl7&#10;RiuVFuOjjqULClRWQCmocm8hFOe7LYh1r8oNM6pEdTr5xaFRrGupyoXJIA7945eDlUILxJ1qQnO6&#10;wScGPo3tVBuUE9lYS/LJXpl79HA/jEz/RKzkE3B0DqPvq9DSs83Xn+0EKRE/08LNyLnbEaR1Ep1u&#10;qtF7a1bc/TLvi3jHL3k1JIQjzsnLwUsX5tBF5Z9DJ7BNa71OC60kpa1PEt6apLLOrZXN3/j2xTpn&#10;5fdro4pndz2PdoKqZjg75EhTr7UE2gW+Om46QslqNfinn3zpwVNda8DFl0pkBI+vVK2NxiKKKFfB&#10;xBqP3v7md6bmLuZKKV7RoUBev3puJDYyMTb18E//mimWR2Kj5yamcMsZHo1Mj8baidLh0xW+UIZJ&#10;wSM5F6ZncJNAXzRy3vC0oDVaxtteFFuy3BZMrqt5xuKeCcwvOrcweeHDD1KN7vD1awlk6Xwupxev&#10;oucAHTYh2TEUR9ZSbDDtYjW0eLFNq9VCrpvL+2LK5GKknM+3am0h12T2ckt+/83IuGe/cPB0/dI7&#10;S3udhjwV8Ue9LcB2ZNfI3GzLlj/5V/9Wr1TGrk9kJ5ByYKNOblLizLTBv8par0tirnE14sI+qxr1&#10;jU1JUxOOjf9lTe7Jkl/Y/X+e13ZKHYGtF6qdVvs7P7gieQ2wmrrdKkapT/7080De0l4l1ZqllHrO&#10;cjdS6lxxygvY8ne6EYGOKNT3z49ALJm6MLvdoS+/8+3HXzzZ++p1K1vJp+uA1yfwKrmUIS/2PuLU&#10;aDyd17q8oJG9FlssaUy+HgBhEB4zwZq7HNvB5tXNj8Glj5vzJwfmWr13kG1gaDNJaEG0e6nUoZ3r&#10;Kdlu8qer+CpLb18Etg3H0iAbgsembNTctq2YQjlbtqIB77OECFe2z8tVmdKr1yGd9bZtX6bT3Cv4&#10;KSYucuO+AFVtgg1r6G10n4JeJZHuchsRn9J+SUuVY/PD0Wk1xfKw8cyLtqrbK93+ajtdF6qwBoji&#10;hfjQjFK27ZmeNSkz55z+F19kwzoz7hAK2foG6uPz1pPXGPB67npn5avCxtNyRqOT7Sa4xIhcKo1c&#10;1Fd1zssu0UbBc5BHh1xP4smaVrNAGjYnIswnP04yUeWH/93vO91RPCAgu6fXkq9+/Bj2pPrNceel&#10;UO+orKtOlbECI/auVp5zRcrtGukL7eW/+Dcv7DbTnAvg8QGxCZYcKqNhC+uPOufhhvLzo0vBqfhQ&#10;fjdjx92M2xFEu+xhrlIrNRVuYcFfzjTTz3Kha/GIzJktO71WKH+ZsjqC6vHLTmebNyJxpbBSqOZb&#10;fYw/SxrhCZCbQFPpfn/bICWHByVLtsmkio+U8KHIu01u+uVioQqQT6m5urJ1/r0FvOSw+BxsN0Je&#10;H0xQKCopbZT3nmYmZkN6u1tM1nGajgfEdqaDxtqjVMuHKHwLhGYWt/DtfCfZYOs2u53szg6LFXhb&#10;XGxbsNNQUC0uVWmBwDQz5VYAh9LNjMNxSbPufnbgmgmuJpvD+LRBs93E9p3Uf+oV8/Xzaq7Mbtd6&#10;npjK9UxAiUdHQrbDxApC6lGtkj4zIgV8PORNL246NrOdaCQAjHBQn+52h4OOCRito7IQUHT0r7Tt&#10;kIsfMXvZ7fq9Za3nlI5SusyxQS+fSzY6kmNhEfxC12rdCsiAW9lbyzXImFvLR8hVUwXd7Wc0i/WD&#10;+cxRGAbTeGiDWGta4x7H/Bgz6+IrEA90c0phm5nG2qfJWtl+eKDFJ5xrpd72tjYcFNGvtPXTg68+&#10;T3304eh7VxQY+7Qmu5JqvvYrRtOYjPCxKXgW+OlR53euKN++7CxVmi9y9rnLI3/+yf7UtOejWSOm&#10;0sWDrk9gnLb11U7vnbd8zXRrvNFbS9WosdD4kjMYEp5vNOZiCiKYAZHyCOZsxKmYzM5WtefgFBfk&#10;8G5UYVO5huTkAhE1gwsmqoQUCniyrQLW53QDv3gnU8AwaZKoLQKkfglnDNrtBF3XTJXMKssmUUmF&#10;Yw9aKwET5dwe0SkBqZ1nhDrtga7KUIJLQiRM5jiXIKBgDwhQhMoRLZ+YA22fyWVSlMjgpI1qJnjN&#10;QKsCwAKbLojECLfisEGQN8hBYA4FztemtKrGdDsIYMlgQDslZEV4CNsuBbXQBa2FpmzWMGBqUELh&#10;QBjM7m5SazhHRsZCo0yrHZ+Zmp0/NxSLTp6fm4ZIxLNLSxenpyaG6/p6IlnzecYXLsWcuBWPocbH&#10;Y5upbCGj9f7ZP/8ffl2uZmi81mDaIedNkmg1TVQ0abUGaDjI7qE/DMXQGPA2N1+lEyvIutVrSEXC&#10;9A6EDwP8q0gsJjgto0YFdkWr3sJRzSxmGkYL3Md2No0qIBOVHVg61GtGud6Oj3qyR02cqTEYhod8&#10;IoPgtCtZauWrRjAi8CqfK3T2d/K+gOxCxdmoHBtSsXKEBdrtAZsMZaeOq/OecknHkujaIrrzBCB0&#10;QM3FMh3KQxfSRwdAb1Z181/c26pWG37vyNjU+UoxA90HAty9z36FnDRRnvC5BpUmFqlrtvqOSNyS&#10;VFWBhHvS1MFQ1Ncqcgc5XtJd9B/yk6h/v87WPqnAOZ0xT4ayM/1Fb3zJ9JlCo9MB7s0wR78RM0/S&#10;u2/+HLuSmePxkj5DNraPC35OuMonDUP0YE5l6LMx4uMpv294HnSTDkb1M0XBg5akN6Hkfu/p12jK&#10;/z57+bTalz3+3IOh9w1uyn6DsoJKN5h4my6XSjTePoTo7Pd4rAbbJ9rwsQQ+0M5t+nTrQNELV9+O&#10;BP1d/MraLa5vy8VMhkVXf662T+qDBwAfWIT0zZdP9zYfLz99kNg7Kpewl2z1UNPIOQqVzhHOX9We&#10;7KC4HgVAE7lmsFHnbL8byioVCgrNjgNcBvDeG5XG2Pj47nYe+DqPi6qhOhNBcZi2Ap5XGyW3T52f&#10;85aLiDN0Gm1KdgipdNnjx2e0NQSCBAe+H2DM/eDv+UinbQO7W46JBtVcvuOwO16FYIgcimN2IcKi&#10;+gtdQ0vXLwETx1rwaQi1lokOcVjuNciwLX3K7YLqUijlmi0tOhxpGcBL6WD1IUogVjpD3pg6HFMw&#10;knOEQYxYJ4RQnFvwQg2qVg1iMyYdPBaRcMlrhZGVyMCE8wSZFeIw0A0Snt8gT/Zl0kEPsmkPhNa+&#10;rgvfb/8EwJABleUI09joy60wahgEKUyTiiNoxZ1+ipjvT8B2X9TFjgEraBbTKf5ARcX+A79YjLjo&#10;5+DJjAdolIFvGMMz/gPNHJc7E+2ZwKhQO0RuacSBTCp8B//K9K8xenBhkwYmSLIQYDkCJcaqD240&#10;svMmoGl4z+R+2pYIyJDYcTiBIt6PBaOIGVgvsF7YAXSaGJbxhZiBVaF/tCFXOrmvYjOPuRs/oYFS&#10;ZYdk2viDap5DGrZcvNx9Ot4gg46McbZU0lsaTRRerOMRG7TR1A6oZ71rJOr6rdvf8M+cK9Ub6MjK&#10;VHAJlf/wP7vld5vT829hYwHBTVY9zXoaiosqiSQQZFqbG+sR/5AquRmbd3rgKaxr1a2pc+phKglT&#10;cxUdrqAu2LibY+JuBsN4tYu3b8QmZigx2K1QyXr7K4/iy2kFWF5KtbwkBCm2/uTFo1wNlgIHVPOZ&#10;mXG8UtVWtVA6pDkvvqsyvgOU11NMoWYXAWHUUrKHcTqaFl3yKMEKIZ3QLqewV2iVWs1MPb9eyPoB&#10;oWoDBRlAZhh1v6aBGGM5ke/5XY6YRy6nKoh97xwVEci8eG0ulc1gAySywPob9786ep5pgGuCMKrU&#10;4qbiwLOxdQOPFgMTLCBCqVQG4Kid59luxfZJXLOO9bbGycZewny9U56cUXLp9v2HGXjrnJL8GAfN&#10;xQk91/X22oCyxl3c/JK31rUvX5n8/N7O5IXIc3QzsNzhch6qPRwEkXF/+vmRottOBolx/NYBJHJ5&#10;PMJ6UbNV5vd+OzAR6v71z7OXJgO4ejlDzG0kRQvVVNZRpvvZL9fmz0WvXVlYeVzYW04F3M7ESqWU&#10;Ls4uxcej9uFyLb9bXLqohgX+k/93d2ZoyFVj1n/8JM+iWTfjZ1Qx7utWakaF+erTZbDAYTh9/+K5&#10;Wp4NDnsRi52Znvrh9z7kbZlq0v/5P/1nermQTiZcMf93f+87r/f2Ft6Z+ugf3rx89S1ela6/c2F8&#10;evLFi3XFywquLlb7by+MP/7Zfb9DSO/vQmUM+ySFQdttZTIgN1JZOlNoZPJRxTHqckd9ShvdgFrJ&#10;CdHYpF1BX+T6eXYqlseqbshlSGoqU90tJPYMcFnZ8OQwFfCXGKUCTIFbLlKtZCbrDwytrm7NTU2G&#10;3VGATrnQFBsZ4QNhUM5dPr9W3+l4erliPn1vc8ZSZhjPbGh0Nhxi8rnU2n67rM8oytqT7aGIL7O+&#10;7IcBcmZKngiVk5Xi2opxsDfkc954/3IoOBzN12Zyev3LJI6uw7YwLUOPsVhgWv1Cp9wYURQHziKZ&#10;TtHRc99QvLAfZLrzM2rZ756I+3/nvasg2eMBUUyV17966W/bN1WPs9W9FI38YG58WuTPxYPTMyPj&#10;Y3EfGnHgDXNJBWzRZsemP/ze6xfbH//FT/R0cUT0RFRfuV6OulDCwYc5BnpGGAsehq4ZxqVrF66c&#10;m9zYPRiWVRxDEoVSXmvnGgBJiReuLvSepX1dGqFK5aCVf7mvlavoxWP7O7nDzf2lkZHEdt6q1QA+&#10;BcMkfj4EzvGoxq/+9KXb5PAAcctetmFtf3p/Cbu3fJnJZTtb+65SkWsaGG7dldYkb8+4+FszJDca&#10;JyZDxwjtiKkeq0OJSFVQFCSfhq7HFmPx37lQHlPyLOMWGZx9Dm1iZ67hJtO0qQYeJaInJE24lSuB&#10;cSFRCdS5CdfYL//vh9KMa3RSONrIRxf8naB4EOSbU65ODJ1+0jdve6PX/eJ5l2E5QAxu6vZ3Zl2J&#10;vWajp4z0Gpl1eDuZSJBFDgcYXtIeRxJH3NPX9dvfuy4FxvBwEfFft5uv793fW0uHJ4ads2qBpqdZ&#10;pfhst2Pa3kXXeq3nhfXEKDVL6Sd/sZN+kdbylUvuuFCu1Sbc4bGg9Trl13uFfLPaps/5vaLkXggv&#10;PvnZlxxG5ESjnQFYmfMsBlGVWzuq13aqKCTlgxJ4ZrBMjUwML7880ArluoYS9II75g5FpMRmsaeb&#10;g/MJjhXoekEuB+csPC/AASSt6ILY7/PrQ/JJPzxZ95K0K3k+oRxQwLHbYK3heGQ45kJMSIel1w1H&#10;jzbmHWmmtZtvLbnCvBCgV9fy127G9SYcuebyz7bxSB6H80Zhq7oxP8fPzTigk3nhZ29Z6TTiAvTs&#10;ApqBDTAx63ldtblwQH6ZacXAVw7Km8lGIludj7ogeheXM4zJ7u0AXCE8uZ/jIPS6eUklGaLoqDQc&#10;YLDsMMs6Nr9UB6wLJomYtyS9+CpXXi++/Mlhcc92hIR4nAlGeWeQ8Ut4eNtrh10Bx429RnsX2URr&#10;b6ecel2SHQ59xrPk42ER0Hmm07VuXxQDBi31zHJe59COm2lXlstjc76G6Iifi/Ve5w5qxty0x89R&#10;XpHutsxC1qA3NRxE4rKw+knyddsRiYivkvqVEeGL+yXKZKv1XspmpyY96X3t7Xk5HlaKZd0IQ7mk&#10;0TDzpN57vqMjFPXeNTFkWbnDZuSiD4tzpUWjzAxNpc0qVzpoOWxuZl5aw850wvXsVeXH20Y05CxU&#10;6FTTLjHcLsyxijUyrszOyWG/bIVFTeTmXRZKhX/5sCQoqs06qnVYNFjSYm6zub36QdFYsYVhlt95&#10;UqwXjO1G7wffmzgnM1rXgkcJh7p5+JVNc8THhAQm6vQPIaVtQWuFjxCgKDukOmZgnrZNt8CfxzsO&#10;eXIK7mBXXIYTCKMmJ8KrAn9guXlUbkB58agCucg6uopOZxyZwBGpFuFIhJUQtUXh4aCiInkj9doQ&#10;OYiEwPUDWSA/g19n9VhJcLUAg9B6SLmDrQOvUqNW5w0TR9pcTatg0Y8yQlWVIkEfMuuSPDw0lD86&#10;RLXi5FA4BHxpq45TYCqdYwyzsbP/v/9v/9fnDx4+fv7S7sHYoiUsCp5sJPLxTkjXdTixnd5A0O1h&#10;QOD0qH/4T/7pr8vVnMn1Czv6jFAbebEO3q7A8AOm3kB5QL/lEcfaXKHy+cd/2Q+B4UEHnahHsB2o&#10;IaxjYd7j+qHXdKJJ3sc8jTZRH8aFartSbGeSEA4wTpowAqNN0NDt0JTq8mPDrsILTds9xcWwhlCp&#10;16OjMkgiqb0ajROE7KqUqjfuRINhPnnQSuyUGxXYCW3QoW+9G/XJDBgZ127615bLAReXO8Jvwx4K&#10;y4VSJ1cERxbHZdRmugV1dHR4PhAbjU2ef/arPxsdXWjb9L1Pf9XUqhbpBD0m89p9fYhIVKQLkyHS&#10;4uDnOcYE0ycuWbvvi+SIxouxgWXOZFyPPc8DdZQ5hifRgxmPOR4i6VNv9ClL+XSQG3wda2DsPanK&#10;PY3U0m9iutQpNujYJnwCuToeX7+eGbbfOJVp+8QefHayPfUsM/0/NHVG0z41PNNnuo1Oy3SPX5l+&#10;TPi0RenNUGoNxtkzRUdkHj+Rhd/U857kl4+t2oPZFdgqoKs8brckCGTmok8Lm6g3CV7qTCXvYG49&#10;o6jTJIRMLV297g+G8bpiJiJJVLSbIQ0qiZZ5LLHb/Q8b/IRP7v60tL8iqo6d9fux4SiwR6zZwW6n&#10;XkUVFu6BdKNBJpRYgEHv2tC4G5tbKegDtSgQBGmjVyzpe0m45el2VY8ODW/vJpqajo0ennrIvmHL&#10;06jruIgkkcaWELLWQUqbn3HHQ1ym3IVTtq3ZsosrFzTiYkVsswLgbxvpQuyM0jkdw7Zp6u9eD87O&#10;wE3jxD/ivelXsNyU2Wu3rsMGDgvs7Xc+OH/12mE6c5Q+hOhcrWo+PGDdAPN3kumCQ0HYEvRG0n+D&#10;Tya1zcsz57wzU4BKd+DIRUAXoySgyXgqw2EskPQs4TbbNjE8gyuJwbcf0IUwiMmQLLAxnTKW3m6S&#10;9G8/c9unXjnovm8AszDZDGH0YgaRcoxgZMnEElYHvgIK90j1EZkMWfQJtXoAV7Ok04hUyToIYwEU&#10;5AFJG58NmVi89frTMimwPcYwYQ9Gk7w9LMikXaH/VsPfwAf3fcUW0wcm233vSt9BzVjWccsX6SVi&#10;8M2AII+fBtBmzLz4XBzugfgpeqRMGA9TwpomH8zYfZw9moTx30B/NfDFAdnHeAyNH3sAkhDm6D6A&#10;GvFdwerjn2kS9ZVBR6BJghx/ZAa8GTxI7GY1v2cBdgVJnzaaFIuQT7uJEaaEn9kAERzXW9dodcBI&#10;xsvbw+05zVJZm/VPjf7dJz+9//jJbjLNyl3ftOn12l893Lh85ZsOXmmTGmQZEm1Fq7CMy4nKgVrt&#10;YH+H1PH2SMvj0GhLDSRRFI+6vUC4WUC/c76JtNelK6Pjcz5W1qIjzPAI7D14hau7xe2N/btQyyPe&#10;4UYzNRudaRfpmakrr9d2vMNTj58+LTUrIVXN1iobKURtDbc/ajHBUh7Ro2K2VEjBr4ZK0kYrPoy+&#10;xmKlWeBVavPwIKs3MBM+OKi+SHQX/UPAWWUKLXRoHRZK2VTD7/aWUdZCmU2GyzetkYCKFipY09KH&#10;JVVic+X2RiK/We2idQVLG0Vy+2RrbMJ5bd7jYOyxoVijUPNKruROZeVp4faFqWq5jkdRKOA80jru&#10;oDQ2GquVAWqWPvus+Bc/3w/FfXAFb4JNs1V7+8rs2vaRe8KXgDTc1NrFTuHp0dhoYDWjN3ZaL361&#10;Gg0H42N+QWsUn+ftWqda14SAD/DXaqpYSuaXluI85fjlL5fbpp0qFLDHOX85FAmha565vOAJ+gTU&#10;pWByuP7BuxrM1GhX9iryxXBX4h8nct+85B6O+i7NX3nyZAuqwcgCpj+ukmxFQ/LR61r9SP3tf/ib&#10;G/qOX4JUIH/zW3dwZRxtJTo5je9J1aN02MN2GxqyZPsbWRN8IRaB2NH/j7b3/JHkzs88w2dkRGRE&#10;eu/KV3VVe8dusmmGnOGMRjOaGZnV6bBYHKAF9oB7d3fAvTncf3EvDjhgtZKwMquVl8hxHA6bppvt&#10;y/vKSu8j0psw90SW6aLu9XA4YLFYXVWZGfmLr3mez5NORv/k//5/WvnSt7774RhMTYURQ8SN374X&#10;X5m98u6V8FwsGFx8+vAZnI2deivodSUvJR2g9w7JzGpx89NX76amRbvLEgL3FnxvXmX7/flEoNSo&#10;Kg4aSacSAs0xcmNhxXTKMhdwC7IDYbbKCNYLt6R7eadPep7b/7RwmADL0qTRZATdylF3LHhC24dH&#10;4J20yGG+UU1dmuqCJwRxsixguNgBCSFXgNK458DUreuQOV6RS0e11r727bt31WzlRjyeX191QGnL&#10;CMW2JuujTE0NK6JR1PxdM/OyuLWWcxJ6iKd2Pv0MctkbHt4s5OVKhzvIBZvtoAEM8sDrkW5cXfIG&#10;Qm6nY6Og3nvz+sOfH/TzZF8b/9Z/uP+oM4pG2PF+Lfsq/8as/P7laQwYqAC9sVp/9aLwu3/4fnHz&#10;mGsbC5KMY/eomPcqUnA6mak2kYo47PZrpjF36/L137rPCKFhpavtHmMUh6yxDC5/imnjvWxRSKQp&#10;VLuxcARnWrvXS6bioEttvtxiaWdVU2fCPixnEF8Xk11trd85UOuPDka55m23t3pQwTJBdnARipCB&#10;FhyTXpZHoyhRJqj6GMYtppNXUoEI+P7ZytHXO2ZN62wc3ErPgtJMl5vjess1MqICG6epax5+KRYO&#10;K3xakXCohb3YbzrcWBCwlpM0RGuEd6gLtpbBcCYV8nLE4u1E6vtzPReWoOw+Qp90cwm1+N6o+dVB&#10;NyhjrMY1kW+b671o5DcqmaPjva1Sr95+sbafJcapN0OWA1oJtfSqedkt+AnLSzBvez08Pd7qEzmL&#10;3jHpVtB5acknN/s3HOzf/+mr7S/K+w/LBejMHXzfQXMYDGr6KDsq73QPj0f5EXHnnTsOC32k2+qT&#10;P/2zv1zNFLyEyxvwpy95YyZ7JX5168VuFwTyBjMudk2fjSYtrTc3/mUTxzmGr6W9LOJ/xpf9mkgl&#10;m3qn0UE8LpISduuwux8f/NPLwZHazKuI1XQLjh5vvPMf7+texhuVcf3wS/6WbjTqI2JIJ0LYirs3&#10;X+Ys25pCKjGZ97G0xjWrmn1nwZmPOxzN2ob0SZobzMDQQqFs4Sa8RxtpCEcNZ0fb21AIOInQ78L/&#10;gkOcFxrFZq80zhxV3nrzDdxSoeYds0Y46SLdA9MDMD1l1IeHWxpYx0dPS3QXhijHIMgvJWx+SqcD&#10;ApoDYO+wTGKli5q737UQcqwoYCuyHolBK1jvjp08c1zu+zny7QTHFEfaNkLBx/H302WBK3XHHmQm&#10;4zqZ87WNMXDNqbApwb4+JDiD9PvF/Uxres77artMu6Wrl+S5Jd+6IOgrofiU+HWu/3K9I7o8hcYo&#10;otgheAgjfVLTh42Bigo7Irln3agb8urYG3G2cG/tmcWWcdw0CjvdV/vt7JFmcysZaiGh6EglpRlN&#10;4rHeH+X7iCQttCCQt4A6gwVXV/XMk7zjuAeVXSsswiKz16Xenpc+W+28fz8kRJjEXe+Du+6wh09E&#10;2IfPWpCkHpeHMQ/51jUn1yVCPBekra+HVMawWYmXlp0h3pgPEPk88a8vm5zfddQ1/vSx2kab2jfR&#10;V6KamF5C+jObDFvtUn/7aU1yO9+d4TAtNRwW5lD9Ee41QoAyJacx7yejblFFiQBuE8c9ORwgc86h&#10;cMm068Agr8xwQctIyI793dbzHvWIZBZ9+s2wEHVihG8cYk/tpMGUySJKcjh8so7xDCaNQzcrKLTD&#10;KwvtXkdxAaKM6oIPcrQIpgRJC4aj/goTh1o5X0M1Vq614+lZKNvaWsMrQkHLoexGyRaPR8BryhfL&#10;MM4l55KjbpeddCpeH9Z8zv6wD7sZivTjfMW+SiepD1hkwAYFd5wODzGKPQPmCq9JclhHLs1PE7bw&#10;Ds50LGEEXdPKhcLKyhJ2SuNas9bu7FZqjbG5PDvb3NhB/Mit+blIIgazzIP5NJB4brcHct5pxVWu&#10;1hdWLge8QWgIOdEViARSMfe3vv+7v6GON1su263axP0JFSHaOVR4kkvqYMWrqZAlSpA/4d9FvlM9&#10;3tpeRa8HhTBK1vEAFaxxktyB8q0P5hSc+53huG+i4xQZSkRwnciVyj144OGN7EG0if18UAzFRXSk&#10;ag0RjnDkGO64Uu+2Mc/CGx6gwCrIaqqRy5SmFny4jLpdKxxBKhqslVSz3oflH4aWRmt4+56P5pEN&#10;AyyH4RM52KdBvTJIvqqiu/AMLQuiEGAS/ug//V8OnI69fiCUDKbm0Fd//stf4oHptvnuVMKLDyC6&#10;Pok+QbnrkiCmZSZNEDWB7VCTjui07cKfmex4WeqM0ES+7grJixgo6xsBta93lK8FwNZZpzbpGs2z&#10;pS55kYZMkN+IITozC5+vgSffy+5zJ4vWya6VvNiBvt4lv24+L3S65/roi/xk4jWf2X6Itgz0jGs8&#10;WRBb5oVF9qk1+Dwb9xx8dcZhfp2YZJ2H95590roobT5rfi2bfdvr9RVUVNiPEdZrS7NlXdA/W+fd&#10;Mkmcb3xfB0ThS67evh8KhfDKDgcntlOg1EesveM9dftOHpG9ysfV8Ot//vP9vccoJji9gcfr8c9W&#10;K6WGih0KPOTsdMw1NRW8dHup2Tf2D5tjgwjPhA9wc9etVMLdHZLIRsDKzJbyWmShVna5aZCf8JuV&#10;StjQwfs9hkdXREyNiTvmAGWbSxHcvLFz0KrUgBwGVZbGjg2/1vVLftFJo28CwnduKpbFGHVglCsd&#10;y07PgRp3HPM5a7UuhqSig6wgjvK9d95sVGuQW1xaXC4MRrXSITgd4WAQd9mEx8M5RMgie4Necmq2&#10;3IDFqAvQEuJ9uZ6OUNDYjZsY0WEDC6YkrnAB6hs0neOxrftHMKM9bLCcIoZ3Ap4ytK8TtDAzSTK2&#10;e0g0vRO5MgNBL7hTk36VsMHOhs2XQpeIOzvaHvx83PvtFGx7rGSvUlEH4EaFp5W2fbyQCmPlC1sR&#10;cF8OuzEm7TyhiY0Wvetk1TyZ5tCTjf+JY+B01gEN83AwSdy1s2Ft36+9r6ft0Q8SHyzKOneln6Q2&#10;T5re09/ZTr61d724E5ycgHiKsa7D64aZAzXJbrZsfoBw4i63JcxId7VMW+9tf6Vt0eJFkTj1RxAT&#10;JTa+jGcIJ+0QKQP2Yoxj0b07caRC9IxKSB9h0XjcruYHbeS4trVB245wbqn5UkUDcKamlTp6eaQX&#10;BnrJJHIUXxVZeS5+5/c+YHze+XeuUuJ4Np2Aieyt7yy6/BA7y+0WUy9nYonpbH77+cZH9e4LrbP1&#10;+MvPGs2XG7s/D06TyXnRHbeqjf1LC3zDrGFn7A0hJfig0e6/dfvDu28uukM9tbPuB8QG3KJ6cecY&#10;KPJ+tQ5JfcIXWn6y/akvFD6u7rc1q6EVy/Usi3EjrUGdNJdOE4w5IuuCYoFTTA3IYdeBLKeJhpxB&#10;rkZb6wUC1AC225pBjZjLMQIlXbnQSfmopYC09rzwcL+hDiAKGnQ6lkwq8VgKUOpKx1zb74xtesoI&#10;CUuUvUgciyIb9PnqnYEqUnC6ra8f1lU1V+/sF7orU4ktRAnpvdJea/dZiR4R3/3w1sba1sPVktMl&#10;bH551O8Ml1PiDsJvHMEXXxcONsoQj1y5H6ijeC0PriaXBM56AaXvtBLgmIOdGsLLhlq3ftjKvch4&#10;CMQ2DHvlZnatXNzXXBa8TSznUwCOk0g9IEqILcP8ZvtVGXbf+cWIIDFuiMZ0818+KvU61uwsU8pg&#10;A8bWay1CHPzg30Xyz9tBnp+dnausZ966nNhS+x/cf5DN7rXyLXo4rhXai67Q2298+Gd/+utWswtB&#10;5a3335YEfja9sHD17a8+ebQ4my4f526lgtgKJMKyjxbiETE9H5pd8VxZTj57VH3r7TfrVfUHP/7d&#10;2am5S7fvPXn62Sxo2nMpGLkRUsJLSZFxalp/ZnFWrVVll8OhBISosrG26nO4uE7X1Wq4IARRG/yo&#10;nSsXus36/sGhtDLLTkU8Mt8pVIETdMn8EPo3lEMW5jIjeMQhw2P8iuf64l4Or0mPYOSNg+yr/R2i&#10;mp12p318otfVry1NbRwfYqa/c3QIJmhI9o27NYel8xSOMiggzL2N3UahBr9j6s7ikO4U8q9GL4+X&#10;dEvbPogwTpAo2bj8yZNnIscgI2tXHYmJVL5Q6raGgNbB0Ii3fUKkOut772Hdh6lmzJlt92MLqQ21&#10;3sZy9VI4tui+8c4y4j+OMwWSHMHd8ni9cCUcFyajvK3VUtxweoeuznZlMTrj7joigjCWRNYXdaWW&#10;/bPzFM1FgJHVDexecsUiHn9ep/7j//G/f/X1i3KhgoUaNpFPtzMbz148+fjh9uP1kMtLEUDWS/Fg&#10;eGj25pIxQZHjosjYUQTj45aG9g8EYjg4BppeVcew3YAAhZLKREJlR0u4JUdvMOVmLknM0Vpe6Q+m&#10;vK6wk5n1CkGeiEp0OuAzR62loHAzLgU4Squ0teOiW61GjB5tWBGBlQDwq5T5Su5mQJiWHZfjitsj&#10;pmIhNMVuEUtFIuwPheJJ1M6I/Ub9BvEORHCRiM8Tj928fg0BG3SvaXJm8MHKuot7SoyKhnUVANLn&#10;jcpHR9lPd31uMTEtl80Jew/OXwC4350ux91mXG7HFWZKGratn9y/2npcXP3F3rjXza1Vqnhu5+av&#10;Jle8fHhBEJWRGjRH3r5l7WnDPW1/q+yYCnAfJJ13o71bgYMAhHQUmMKNBvXqVeNVrtfsmKmQJ4xp&#10;tCFg4PHRf/kvFb3tCcr9guZxKWq2vf7x8+1n66aI25mo7VTM+mAmfRnT865XbK2X4AvWJ1hFqEVv&#10;3UmZrHF80LRS3pCbr5a1hbjLF5eNXCu3W0J8vG711Xp/7vKCY4YmMXw8ahefFJx341GfA1i7MEF/&#10;/P9+3cx1cde3g+IpxhcLSH7K6pJAXk1Am3bFZfMoeOeJnwqDMNZGJNo1BwAPmDXgFojIU3vVZO9b&#10;bEMQbQvu4GsfdJuDfKaanltKzl+NeryGoYFRKTh1ZGPtPskHJHH32XE87G4hUzTo5YHfowiIZt2S&#10;5HCLKBUaI715OCw9RWx1r1CEZNoYN/qhKY/ADrHdRyDWoGdORWWz2Z+iqONfF7mGNZ+KOq1RNMj1&#10;ZMedaWEuaaYCVK+NOayR2et/8qvm0A7j5QHBQBSw4HP40QYvB2eW3Kkw8/RJ2xnjp1Ngb1jQ9lM9&#10;KyxAHEsh1wGK2HCQejfJW50RM6J4dTCXdNa8/NSSvOhhDzUdLaVfN9xOMpgUbiJGm2YWZl3weJa1&#10;sTMlTqddiAXrm2SFohR4VGtdz7RbUliCNzFebtT0UaVbznXjfgWYKD0ojXvjG3PO//ZEA4rPi1NX&#10;M6M+NqKIyQDf1YeMi8n12a+Px9MJfv9lfWO76TyoTteIr77INjh+OunEvXw6qq8siiTl0CljIS7Y&#10;sDma9Mh0rk+8qo5LWyrRNj64I0TnJJNjcNdZ9hs+ODJthSgPpMlyCOgoqjIkfArRblm/wM9yECJn&#10;tTRsTDGLJ+NRR1qkg9S4nhu9qg5vveXP9cZBP3DbnU6fgjI6KNoQOZ4xeJ50OYypuLs/GkLwsNuB&#10;VtHaPdaqHbgHUoik6vTHtR4vY6eBRrzb7B82p0IRJ9xrDgeGes1uD2oMGAOgKihjnZhOQfNhjBB+&#10;Y0ylogGfF7ZV0x7Zg2YAQ59dSwmSgEWKxy3JAg8XVr2pArfSasHFhoVCj7MFkkQ8HlI8LsHFw8mL&#10;dhqLZ7xYlSL0XzyGK/hgq1DwuL25YpV0ub0EUS/XJI8Heba1egOHXCQR6mdym0/XS0iIRSyPYW3u&#10;7ocd3HH+mEpGEMWslvKZva3s/s4f/c+/KVbzAUBwtm0OyoIhNMyVchmlpcfvw2Mv5rJwGEhY8sry&#10;wdaLrz7/y6vXEBJlD256bdM2vqLFRIQUCl2CRlmPoA+40FGfqI0+isyuDUK1ZHsZZkVCPBBlNg6Q&#10;ZfKFJvpWvUfXSgDhGa1aD4GliAt1MnLIjUyLPjbtOsurlZbLw2Op9eyp9up5FT8kPoU2gup1xkEP&#10;m8108c4tZNtArJO046jUYgUHYk5x1iDpF3Zp1FGIFC1sf9kovorPX41MX0VZq7XbX/zyl210vLYt&#10;8XybihCy8UlJjHEbOl5c5Set1RnVmDiz6aLYJ5Eq48CkxFbbWucNJXnBQnsBATXZRr42xNp1+8kq&#10;lXrdk34zf+jihyT52gV7IbPXuhDlS5KvTbr0BbyV9RojddaaWt+EaZGk9U3FNnluBj5hKp93oqb1&#10;bxhZ5PmXnnejZ4rt0wU2eR79e/YP8uLm2rKI8476QpN/tvRFPQlQONKJuAlGlyS/keY7AU3Z613z&#10;bKZw/gRdsCfbOQDX7twL+AP4Qgwp7HaJBj1ubO8vrdPkJFuAZPfLJvJ4kJIFW1I5f6w1m3qf/Z3/&#10;6f/sjNjd9ZdYIKFgk1xipdE9Oqpl9sptDLW7ei5XQ/fGOuiZ+eD0ouLmHBBYgiA70UpgCE3b+Hck&#10;nyEkoTUiTSbgZZemJI+bL7VNTpH8PkddHedq0G8PsBlGzyhSY4Wjlqed2WIfglY01TLPVNR+akrR&#10;VESgUT3w4Srd2oAWFUcIWxnSqjeHNIhYzVYHBgoQnXPA0TbqKBRwU80VCmGvAhcHWDX5ahHbx2g8&#10;hUWlLbPQDUCil92R4O038OYcjieCfvCruqDSoTtFv+acPJPmJP8Wxi6sHYc2wNnmDmM1apOZB92e&#10;3Qkb9muBdFzJJWNyYLd8dqQuc2KdBSwZA4aJEtg+UzE5MydJtnajaIfZYscLySpWm3Z6EGaFpjkZ&#10;jAOD3O1jWwqYpTUZ59h5vPa61bT11agvcAJNGFQT4669XJ3MpvAZBzHZGmMNTLMTBTUsrTZ1a7Lg&#10;tVXQQxvrDeynnY4IgTtrx3FjRWwrtKXJdAfweW3ytrP/K/Rm43EXSmP8cPwi+PPYKxM26I+fuLEm&#10;e2AGGmzOHgRQ+JuwH5B9ZcLhjI+wTa+R9rIc6pE+poMkoM6ix5++RvnCXde0CufTjNByTTXYqBWa&#10;G6evOVZuBe/cTL/xTurOb11977tz1699+/cu80z77q0bKFsSEdI/M3ZGSrLXAs2R6MnoXi7dcNXA&#10;UxpUhmyJENqv1l7QlHb1ji8cc/SNQaf/vKNnuuM26xrtltciIbozhEg7lgxeslzifvk5oTewNC1p&#10;lWJjTxZNLOLosXtuKtkcFeHjGuryi+eP4C9r1ZuKKwT1d7NK/OiD/xURjGqrvFM9UK1uQe0eatZx&#10;FnXjoUG1Qy7y3srlrtpQ612zPc6X9PmkayWm/PQr7aMvsR81c6taQxv9I6CQYQHrNQfBHq3V8dqX&#10;a831rUYNqAYPN+4bUZCF9cH+YTfgjQhU5J03fhSLRVix+7Pd+kJUfvNKIj3tyw96XldQaJnb5dZq&#10;vZuMSbndwqjdBRB8bUuF0xdXaioR/PS/rWt1aBHIYrcXCs9k1/amYrHyYAgBwNXU7ezGbsjv2bPG&#10;TEzwuqXpOble7SuxQOJuUHIzIZf85o+XOC8LTVob1HHRXLk/JTjMtU83qSDbVhweWQrHXUgguved&#10;6OW7SiM7urwi+STwm8Tt9bbL7YT+FXi1VBIELudPd+ryUvKg1v/3P/7DZrVW77WXo3zIxSxOzf7k&#10;J79TrVXvP/jQz1Hf+/73L7074wozU7G547X1Sl3LPHzVqVe7zn70xhRp9la/2OvR/Hf++EdFq/39&#10;//HbW/vH9Xbthz98jx2Z8UCYI1glGn368tfTSd943PJ6ghJIW+FIKVfBOyDfzJM4tmYu4YasGp1R&#10;u9ffXJPZPh+LoAgZa+2FpVmt1QHOXU4k+smkPxpXX62xO1kJ7nCvp9rQgLrAULLZ7iEFnLXfoGy9&#10;krd4a8g558OBg1IRUQYhg9OeHTlKuaOD/bn37jx6+TLbLqx+tNrfKw+Oap1MzuX0OBRHudnw+tzN&#10;EXnl/beypRoEdZuvDh1OF09Kc+kE3nyxqdiv9w9jy3FVILxpl3s+vp5vSnMRI4DmnQT2DL4rs4ei&#10;2TPjDw8QIicILX3keftB4nsfMEspR9x36Vs3+KnIET0qOWrbzfrtH3x/p1Y4fnEc1B3F4hEQTm7Z&#10;Qwx1qWm4W5Bw18Hz2gbsqTW+tTj3t//5n/ghPbV8ffurdWfHItUha1gSoEAUW2z3Kzu7omCRy37m&#10;hrvt7YevrCx+78cMIcIZj6el0R2UtB7M7W/MzhXVzubOruAVrl1ZKpSb3mAQJ8Zho7VZ7cajyc1K&#10;NuwSu0MDtvHpoGdk6veXptMKSw5HCPy8GvdhugHKDgoTh2V6XZwbNoNxPwEjtMS6YEgYDxaTimyN&#10;Iw4HuHvobEApCwKPQxo302G3XwH4RA4HXTzCI+lk2O+UUFZDq2M4eUwfUasRfi9Yn7zic3OiCOde&#10;7TDDAhZnmlV9PJBFhTJvjciVgwHzrOnpUfMiG8O2X8DXe2qjQaygBuLupQcJXwBbIbLhc74BN1qV&#10;VjfKI3V08PWuEBaNFOxnfOFAq2VrL54+KzzaLj8uHD7NlzaagLizPQo5a/WxVdYGmsNR8Ak9DC0l&#10;EnNcmac5FxMLS/CflAodd8A97YkXf/bqZ3/9D8rtYM4rSG6xt1PDnqU11ByCY4QnngeaaSSxMEu7&#10;1758kk6lJS9TP6gBLI6jG1X2uDN0zwQWFC7/X19NIfBJJPz7Wv9lJ+GR0xF5/ckRznHcE3CHcodl&#10;97Q0Wi/vf5bTcmqCd4hpJRW0EYdin9t6nDXsWEibh0lwVnLG3W/plUzTmhAXURzi63ArQMd74uM9&#10;GfVTk5vXxFZjZ/PZcQKGHcWHv4EF6cNeDMPQeIik+Fwhf/3euwEeqc1ITGxrhTzblbKZ9kxy2ei0&#10;118dtwq9S8iIS3pagw4ZENea5kyaRWZhCKKk+ghfiUB5t5uR8Lp9tOuXPA0HU6sZrTKCdhEIbBYO&#10;2lxz+PbSzI30jAgS4aj3ONf3ktyTxyUgBkU/A101coDiCbpR0l9lupwBhmE/HubiQUJ0kS5gAXH3&#10;JIjZJaDOWR9hAPTAjAi9a+ysN/oMEUvxaNThCS1m+k8flp0Y9Bw09bahKFwHpFgHeXeeCSmIZCJ3&#10;ntVh92iNDLeP1+sDVEXYAO8/r20MiFkPE3dzcwtOJiDyXuSfU58e9GIOejFBF/OGHWMssLmN4nzE&#10;7fVzudIQ95eOx5FtGA18AOo8MI4da6PQdYdoRPsMV5trv84n7gQPCoMrb0awif3ik73F2eA2xbyo&#10;6i/zhN4hArrpUwdGRV+KUY9+1fz1asP0ykvTpGRYsxH2kwqxYyFRmBbsLh6YbQtydZEhZr1UyDH8&#10;719DI0JSWIYTBMI1E14a2nKYt3i8ldvk44NWOOL08+TGs+5Wyxz4wf2l05RJivQ0tjsGl/JiT2hE&#10;RTktOr1O0+eU7ZRs9Mle5/VYIgl3pzE+yLR2spWdGlaR2BiMwO7DxeR3T1td08LWpdEi7cBGh9eJ&#10;7knq21MeIIJd7U4XV1UISCq0ub1+o9J0IE0eibs4AkBjMeyASVyGtn7NJNR6D+UeGqFOD64+DBNJ&#10;bB3QFEGn14B4YAjeZRcXt8crA0BPI70z7IXRzAawWICcQYLYVLxuLIYx+2V4oAY7D588MwBt1tSn&#10;Xz3hQ/7L33rPJft9oqJ1OxYLKqDQbgLsVk8sXWKx5JD8fGjqhz/+0W+o4/3zP/mTg63Nw82NrRfP&#10;Np8/qZVyHq/PIUFWoyLWBHZKaAx5yc9QxotHDwvFlgAguY2RGw06Q5ShkHnHZlyhuBNySZBP3Yq3&#10;Y6v1YQBhcXftjwlZpIGUwtyi2hrZkkg7xZKdmYk2qx0oNh0CumsJ3wQCtP0jbe+4nit3eTeuVCs9&#10;O9XR2geHnWLJniJ3ml0JSUZu+3dWCzgb8DpR3caopvZzKuYqVKcHxyUM2hg+AzRq4udWCo16pd5p&#10;VXSdCoXDssuvgtX8i1+g4z3JyDxpvWxc81g/2Rdif2PveG2jInFm+DuBE58E6uBwQz/WR59/kktK&#10;nliBz8y11unG0zpvf03yVGRLn+5/L4bXnnaG5nls7+sW1Tr13X5j9XoeIXzW+JIXdNWv5dWnEKp/&#10;0zyT5zDpC1StM1sw+XrzfBa9e64fJs/2w9TprzeRQJMk+Tq29yyZ9zxl95TQZZ2G9p5Lq88FyacK&#10;79cW5ZM/ckJyxrCs27fJVZiwEf/GLG2dsqZPVvQnN44LP484cw7bP+3K7Xs2gx1jU9jvbacMBKQ2&#10;q9kwzxp0W/FqThDZ+q//+T/Du99o5uqlLqLXmlpm7cWG1lYBI0K7NIbrqgGVfgcEAFthPLQUv+Tz&#10;g5pHqUVNcRLbu1UY2j2pkM+llMsaNDhOgVU8rD4kYbeJJ11+DxNUWGgWIFFB4VyqdOBz9HtpNxwW&#10;At/v9kMuxK7R2dp457jDOulGrae1e+jba9hn8ITTYSuL7U0vDKZ21KAOfKPs5ei7HzzIlMvTId/2&#10;/pHfI9t9/GAYT6b7LA9VEWomr0s4KFX8oaji9deaZfvgGhiSQ5hxeNJvvokOUZ9cNvilsFbFUNoG&#10;VkHA0uva++qJLRV3YzR/sNHaL7j9sd3RnmTe4rhE9C6+DJtK2w9sY6Igjoaztz+RbqFjtK9SdvKG&#10;sTnwo7Ft0+UdkGFjowsPBNp9dIHwMWAyNiFC4wdiAEBxDpmyU211mxI4aWmZye+APhSFgq2koezR&#10;qi3EPhVOn0YxQ5xM2r9YBwM301Yv41s57J0zOh50pDQAWlBl05NQIhQc8Hj30NkOhz07p3dSfKCw&#10;t5Vqp+8INNh24cJOdGgE5gNIyUHZgvUzM0Fp2Stg1C7USSaZbsep1QbDAxM+ZMZJGQgH5ClrjDvN&#10;xCmBh4iYCifAHmn0EkHe4w74PfPXrr99+41vzy7FglE2EOmFQqLiDg+GJSWM2e+W4WxlitlEgpsQ&#10;mI3jRrPWKuKXL3QKoThEdVnL0AagbRkdycl4AkMlRtTbhaExWD2ssEBlUGYqFs5VAavgaWsMo1ip&#10;3t3LbRj6EdRm8ejCq71nogvBlAPkUPOMp9rUKLG3UdtbrSB4s8BJjNLz3p5+cGX6zatTN68v3EBK&#10;bdg/V1NrW9mdUrFh9IhaBxpy8+0bU4FosNNpluo5XqRgl8I9Wid0EA4dEl5wPZF0FyvDFzsq5MV5&#10;ZEHoBIJU9vLa/KwXIM1irRmNOdkg+wjrM3W0NC3nyyPeJUIfpcISwI2+yH6d0Qc+Dr78IXTah2U1&#10;lqJRQ2c2SupmLSpzkdtuj0/c+brkpz1HO4eegOLyScWMpgSjKquPBb2vddmg894fPHj45Squpx89&#10;ePfF86cV3M9HHQfsYfURi1C+moW9jAp0ntuB1pcCGgYqwnwXSbSi38XIEtbmzd5oIRlNL4IE5Ktu&#10;ZXGxX/4w3HYwXxeGV65LDDiKB9T6p9ntXLt/2F4KTz3+5f72TiM9Nbe4eCk1s+L2KK1mSRKlldRi&#10;oaDldjKPv9h649773/vetwDAgsbl04efdFqq4gqHgTgG0beRq+5l8b6sWQiJbSgCP3/lVmQ5mro+&#10;0xlWDzd3eacMcX08NVsZqwUtj0j5L7/4RXegGRCa5Qr4v1sUfvZXfwcpXKPX4QHW66us0SgdlRza&#10;uPT4eXN9r7Ka6VYaqKSjsQCVDuyUK2wD2cD6CGqV7X3nUZYfI8RZ0NpDQLwaWqfe0JBsEvFIiLU1&#10;hsD3tf2pyIv9/f3jnKB4c483lxjnLZF2M8b7P/6D5482+rmd2aXUtZVwf7u0DLRVtvXi0auw6O61&#10;gS9u7G5m3Knky8yxU4Krs7H1aq+ntfyRADbIolexBqZeM8nyeNga9hFPbDn++D/9cataFIRReMoV&#10;9rt39lBrDAOKwJjjublkr9F/ubMnBcTSQeNgN1fsa8iZqSFT2GK806G92mDj1e6Ky1HNqolIqNke&#10;oCxZTM88W90CPKxvjrK5TCIaDc1Nff9btykdwWhEO1fLffmyvbtPqJqHZEq11gLWJAHEe4w29g5e&#10;1Mr01bAWQT4sU8zvlF+temFTqWkwGrT7Q9XQvzrOjt0eyeuZScUkWCi3dtTBoDkYSYpv6doMiuaI&#10;IuNfVYJ4//5tLMPdgp0ZP2534S7zuT35BrbUdKPVdZAs/H4sI3iDXlZwYV1noxBkcfnmLZxaAdJ2&#10;hciirY5FaFnE71KwUkakWDI9szDnoKjZUBhnkwOAd4czHPWObXsLkgZYqBTcXqWHGlewk0qAWUB5&#10;xdkyGAK702lLXNFF/lBdGDPL/mA8BDSb39GHX79WXj2iX+boDnnzu28EZW6rNpyWGGm9tr+udjSd&#10;ALun07JuJc2oWAsKMd2qvDjWKz0O+bfIgA9zzjlv3S2oAt+86tFj4iDl7WhD8le7sbWBL+4EiXGG&#10;NDFRFiSDaVsHvyokSar5NPP8rx5uPlmbvrs8WPFD2JlghfKLQ9dsoJaQB24nPkU22jA897Rut6FC&#10;j3S8V/CY7ELEf3yYxTof9AEAynlS7m20ykfVKHyTcAZgS2xKnEYcbFYbTZzY1OQ256yUq550CLLn&#10;zUdlbGmrh6pfYBdXPNjJ8wqz+VnGBlXgeTKNfrufmE2A8V84rJ7VZ+SEHcHZlYmtbtJNWxFph39i&#10;AG9z/IeTjIOzKA58NWnf1yB01OkJ9wLD4bvvfqiwAhgEDkGUeEe/XWvrqHytIdEMJz2phKcq9D+v&#10;NsGmvPleXPI7YjLgfTq0ZNg1DQ3aPn8lx4A3b3x3br/Vu3ODn09QzcLw8His9cxgTJiLu6rZzuxs&#10;+lUtuz6iTSdbBwbHzrMnS0f9xlH/4ec1b1RJpRSQogHlWv+6XDgejQRxv265UNzolkxjom8dlvTq&#10;mBw2rYO15u5h8/L1kOq0lcCMRYmiGXPTzoRSha18xaem3H2BdUlEWEIyAXTXJN6tRr6jblTMrDmA&#10;zjTiYkVmvU/OLsu12hByWahJA7DEYt9vEhEvu+jnm2PIVSgonOsYXKODDAij3giK6DAcQF8efv96&#10;JO6i9vMIqqUXoizRHFQ6RjDMvtjXFWS/LHmO+ka/rverg2vvuP1guj0+xs15DnXicbM9pt9OJ5RC&#10;0+cRWqPR/FWZHVJf1aDEYGJeNh4iLsXFKG82mmbcKUCr1oCi2bC9qIhdCricIYyNRJN0kJsFAzOk&#10;pbADe/E0dqbjLhhdu2MqEubcTnMqQX1rKUrWBvXGMLPazO12PyH5S14p6WRcHE4MYjAm4c5t2lOn&#10;IXikDkYEugJLFLQ3/rDQgGKKp+qw2zlYEOLdjAhB/ZQ/ZnZB+MY6QTjYy6P5BAbJpIxet1OrNgAX&#10;xYWKWzwqMGRDov6BihLMRlyMIOdg0l+sNiDYgSwOC1zKtLROF1M7VHdwxfXw1xAhtKxpyx2hkhtL&#10;mKwZfRwpUEE2VQwCKUmWMc/HgtTmtOFQQt01HjZR/Llkr9s7n0jOpFKp9NRiPIb5Tq5UhHoaCHtV&#10;bUQBYmiogNxsb26Wx31/JMhIEmhv3/6t7/2GOt6OPk7PTs8tzV+6dm35xq3p5SvoBfc21qulMmIy&#10;Dw734D3wBCOaWvjVz/4VkygA3dvaGOJ8rCt9fuRsOzxuloY5Gk8xyabT8R7C1ut9dLAoADG1jPiQ&#10;SQGINQspJnBR8KkNuqAMqt3uEKuz5GxI9HFdddjXhmWEE3T0aEqZXlam5j2F4wpkodi3YYGCIhFw&#10;LATUgUuGyrKnjQQXW8p3XW6m2kACMM4QlLF4oYjpRTdeP1CgYUQK+uTZuSuZ7FE1s9Wo5hevv9ft&#10;GV988pGqnex4TZx8CGLB3srOEQZ0Fv5wSfR4PKDP4kZgV8uT+vskUYck6BPiDVQi2NKfyivPzbbW&#10;aUgPvpY6V9iSp5Rm82S3eUqBOvvkpEOmJhGy32g3T1rrUyLyJFyXIs8AyxcWvcR5O37CozLPfLbW&#10;RT0zeZIJfJF8ddYeoLGgzwhbE2fjmbPZbsLNC7rl8yXwaxn0xWTg807+rIs8b8TJ143l6YMmX6uR&#10;idPHSJGkdeEb4sf3BsNOzyZXwRtKTABj5Gk+0TnK61wifR5rRLyGgk3+RiewfPvNcMiPLgyVAGHv&#10;Ahm8hRkbT3f65ZjSqNX9h7/880xm/fLtD1Vsb9XM4XFzMMZauH14WIhERHAE+wYle6URBsm90eLl&#10;sDnQsb6CEBoNp0+kZ+II5WQevdKO8v12o5dB5F3P9PpdeMhwR5k24Yi8cSsKJrPZ13FlFhtjxJmV&#10;qwPI6NEbFitd8IHnZ+C3IGuqmSn1G037AsMUVifMUhNMKNLngX4YUX3AGBEQBDtkHILc7raKzHZ6&#10;5q27lWKh12whDrbT0qKxODm2wtFYBwHfECerLVAzmoM+L7nqdSByQarX0HbyBDPl9My+9RaIyH3C&#10;NqHazCndzt+dXKaYCAE3MCYnYl17Twt+tCSe3Kq7QG7ZLzLawwHaUeiW0T7iLWSbpO2p9kl0ECAH&#10;sMuTguiiaVv1jEUr9MYQTuMyQB+LNtEOJcJfNPIO9FMQuJ34a7ATExT+C/4Maw/L0Pdi+g1qhu06&#10;QNlgo5uxfoQyAyUbml5gJWGusNFk5ORRwD4H3QpsEnZA0gRchSMdjSpotuwknWgIc6utLsNszrSD&#10;avFJVHjYd6B3VpxOyHwoW41iW3RxLtB2QpOFSEWcACyJzlxCeZLNH8KDCNADYbu0eNtITeoscYIH&#10;sJAUg3wduDlsOjYBsIAA8DCeaq211zcaG/v/BDVoe4Q24cWr3Yfl2uru0dcD5iiX+8LkcwflZ+Nx&#10;0aR6gqtXaR8OmALQKs93GuXeyMmziuxXaCcMHn6vwhB10mEVuxTyIagRFwxJIE+3+uNSTa83TYdA&#10;9LDEdCAeemzW8YbwO2TEqXi2S/We0WPgNHFLFdzlmN4vto4aw54i6VAxvdyqgNeGMr3H6QcHHUxj&#10;MvuNqOyVHb656SUnGN1EZz9/+PTrJ/H5K4/XfzU/FQvIzhLUfbqVjnrW1w6hkzRZC68twuVuLk8Z&#10;w+aNG7N43XbzA2MwevaiZg1NMiw1hmbCIu5O+5HBfpjvrq1WfTziWvtHLSLNmG6WPVqtZutDBGZI&#10;fSYs85F4G5Ay1DGJkNjug6Q1PB4ZPMw2IuMNOmMhhysk8T5u1KS2vzqW7UBuEjL5mQXP5naJueeL&#10;zPuyPz+kUB1NO8P+sTuo7LyqKCT6cgfe1+2jaowLlJ7ugB0gIFem0Hax1HQqxQeIaw8WGWbUt8YD&#10;nmnke9phtX6sgjIsKORub7iYUh79fCvo4yGUgHq5WxulY5Sz5/zyZ4c7a7mxNvRG/GwydFBp3H7n&#10;yuzK/YMnu4vJ6f3M1g/fuP/l3/0a5wgchz5X+HsPvr80PcvBg6Wrv/ryH4MB7s7itWGZ+PgXv0Tu&#10;QHOj3FXzN2/5V5bmHyzFzBF154MP3fDJWT1I4XdWD3/4/VuJqZA7IKnN0kp6nqy1BGow7nQUSyxn&#10;c9/54I3Nf/o0/3JNNrlEIFYuZmulncSUPL08A0onTEFe3VzwRRKyR+gO1LK69tWqQnGumWka0tyd&#10;Q32vQBss1ASVYhOOpsN8Rea5vq0MoxDB9fnLfVXrVofEi3INWkZ1vzSXmrmUSgB6AOHHzlHu5dNn&#10;8Wn+rd9/fy6WkCV/q5B7d3EFmrkf3lyEten33//ucnTKj2AetTGzEOcl/ur1udnlUHpxGia81eev&#10;bt278/FffJFk3NghhhxKlBPCFvc3f/HPC4In++Sosdco7raupufBhnE7OVUbuDzyXqW5X2ivLK98&#10;/fFX5bVjS9PzVe3yW/engu52qY04hsBS7Ghz3zuEDFPngdYOBda2d9/+4C6SQ1c+vHVwvPe//S9/&#10;EAonPvnl405VPdw+Lq4fmO2hR5Evz0xtHOYPkS0DAQFobO3e7ZVU/M78MBJWW71Zf9jtcczOuivZ&#10;KsSmboG5t5LGGuf3Pnjwgxszaj7/9s3ZrlGc+eCy3u14x3QgHGBgl0n5OvvHTkFaSUdarVq+Vpn3&#10;BxrN7tRsHDBt2sl5nCxwiDg8RV6KACpjIqcZy0/BJcr3Zmckiqzm8kieCbpsNpLg5L0ul9ejIDYv&#10;EokMOqMmvC+gkWujTKHaQukKyp1FAFhYaTQT8ZDTJaOrtnETbne13tHGY8UtzSUjQHo1hmBUeEhU&#10;fICLcpxiGb2hZvNdx2O8u5fCrvcuz6YEF0DcTb6lBblUn9n5y02q5br15rvLqenmV+tulmpfVaB/&#10;QsKYfNCurJdRTuloqYBoZ6TKbt1j0SmBCUZ5EQo/LxsCAatqFV5kq09zywH3cE7qkbacBmGiwohb&#10;/9mmdTywhVSUOfejD52e0BV30sh0M589d8wGuynFEXB6CkZzp2qO7BoA4m0stQBmbBXbCXd4ASem&#10;rAzGfZ/kaBeznUoLQJrklcBK3LP2eTZXaXAiKQHQLOOfBhZ6uJUhW2Bc7txcmHn5eMtWLpFUPqNK&#10;tAhVabvS23tcwOFvMwJtBDOy6E3YoUvHZbtggRbwxA1HUpOAADthHasiqIRGYN7CSmNDE6GspOwE&#10;hJNKcvKvzEkcwWSdgt7i5oMHbqdCj2lzQG8938O7o1zTphMLpXwhEPBDyF3L1mms3O9HtOM2srUe&#10;P9XqHWirKPyMKzcFbEp7fcMdFbMWkoMYgBGaLSMWdRT2+7uVwdyCMFLNJ4+PBmy3RJmx2z7C65QV&#10;PjUrjyi6OKZm530HPUSDs7EQBO8WpI2IZLBqfW21yY4gpB/BwZMM0nAxBfA7juzgHGCugjF5rdC9&#10;tuhdiBOKBAQSvZ0ZNoqja0lG5sgrQdoc6nG/46cvW5BHYLTvj9DVAZPvEJw5CtwI1f3s1Tjv5Yk4&#10;JkEogwzdp5CV6jgRYuuqzoAlPja9XuSmkS7ZMTuPWGvKG5PaHsGXkgUPx7mkcrX/ar0OuFCniVs2&#10;NxtEuo7DJZGH+WFgFtZw9kaUfG+RGhP844oRD7CX7/hj8/KLnx2vLPmB+O8f11IRpd7ucAovcZKX&#10;taCjRtYiOvP//lGl0yVuJCmzOQbAyE8Tb015D7LdSpfSOaqM56pnlPPDj55oQQ/mgQg9HsikhUBX&#10;t8xgVa6wzOYeIs2gq0eQeuew0BsGRRjsOy8K/Yb+vNz9uG3EgbCnQcjG3EkKuvxgE9R71OODxma+&#10;XuuAww2kZYcnzXRIdvNUz0RerjIHmjwiwVTDodPD4RguVCD3SSdT0+q0pSt+N7j4qJ/cXoQXIqHQ&#10;gigXugLUUGBe2To6HlGRvM/lUsCgQvEzGtcbbc7JpqejIEDjPCFtd4YT7S7p4OKJAAA30A1CBARD&#10;FoxayKxARWfYwkCHR+DVljqCOMIlQYIIQRBWGvOXlpPTM5Io9MF1xVaaMuen0oiLjESC/pCf8ciQ&#10;FkqCwLX61Rp2RZgLp2DAuP/gnd9Qx1sHSNKGznB2IC9cdaaFBTiiw2xOMbY745Gs+ECX2H7x00p+&#10;DyVl5qDbbplwBsI8h5iOaIwHuq3TGPXq40qlU22oU0kF2uYrl+RR3wCbEIWeGPSsbdWQ2onvZq9M&#10;KBr1Bo9gImMcTHhrwJ9UukC8A8JsOtj5y6AQsJotcoYl0KxXh8DLYEsGCIzL64Sv0+/hZah6UNEM&#10;zZAsN+ody/79MR+DKBXfACeqAf1PLCKtvSh3q9Ww1+H2hd5488fh5NLjT/7i6OBRp2c7RSF4CAaZ&#10;eNR+4OjhUZkCphoIBF2ynYtthzSNR7YhkDrtL887qh6STeyO9xsBtCfa53OAsXXS7pKk9Xpp+npv&#10;a550vOQZYPgiw+nEO3u+8iUvEKMI66IUmnz9+dde4ovi4zNL8TdyjMgLYb6nlCvyom2YOEv7PV8b&#10;kxdwVWcb59MF8kkELnmW82RN5Dzk+b74rOU/fQKoM3TXyYrXeq16/oau27R3vIiG6Cl2x8tNFnfU&#10;uSn4wj73tV/3XCX9Tew0yFX3QiGf/R4f2bJZTDFOOt6TnTOOSvx+nWZl/cWnq6ufbq4+MYcQBGQZ&#10;W1lLYIiGgRe6xts3fGprmC0N8Cew2gU4M5GWGqre71iSh/K5haU0whcG+UaPsGWzOBW4YX/kkpHY&#10;ShSzoOESgZCImXNPHXgcDHzmokeEjrBY7JC05fFxEBz4/RzYnTTrLNR6SoAP+GFIGWKd5PJzTc10&#10;o49xMLAIg68UDSM12AITCw/KJUHvZdCuWMRpDOIBP/J4nE5e8OC2r/TNcaVc6hYLYcG5OJM8rFa3&#10;ENaO76p3ODtpHDs214zTO/vWu20dQgwMtcnJm9N+XnQM5hQf7uXQuNjLTBoqaQqnZLdlb3ExKQRL&#10;D20taQuczYkyGR5ayG10p4Blr51hi1YWLSnGficoqYk+GttjxwRNaV+X+Jg+udlTNvQZcBHTvqjs&#10;sCEozbF2tnHPRhefn/js0RvTttkPz+5EXmAviu2mHE83ePr26peacOT6A8Spte3p4gAAKhE1BM4q&#10;y25ZUWogOogHHwR6Y3uoMpm84BnFeQ+J8rAH3p3LlnDbumXAc7AnBqHKThLmbJ6WBTsWznaK5cfj&#10;/ki3StWDn3/yl9NpGfNXE9RGs4OBE2VPUGz6H2eyQ4h/W6/G42ZPz0DPaJrtvLqutVfV/nD18JlB&#10;w7jaWT/+R51TCzVVB8pD0bONVc7NtIY1DYQzOjACxGCcHZL6cb3RxVhs5JiPhSrdIxSdQODUx5hw&#10;DBGZN9DpgxwwUUwVRXbAyFbyWAILtvXEYQ/F8aJiY4On2eFtWtpHzzLZSsspjqA/vTmz3KxXkoHp&#10;vf3MblmlRc+nz6p4d2RrAyj4EQaF2i5Musm+Um3WL11eGJDVta1fYzLx9OCzl6Wne63655//Sq31&#10;4mEn4n4bzUHLIsPYKMgSgnOfbrfQPI8oYmS1AHytDdXHLzSM/yXCM6y0uy0MPyD90p3Z1vYnuyGP&#10;GIgLgXlfPasVvyr6BBQtXOaTfLGqRTj6O3fvg0Htj9LH9frfvsTm2tpvDKuIutf60zx9d0aCKx9O&#10;yLTfnWv1n61qoBIhg7F90Pn3f/TGyr1wvaY9eO+9X63v+8cW17N81yImJBK00Cd6Tp5+9uJQYdpr&#10;+xUc5leuzWqDQWLBXypjvTpAYnZXa5V1/ZNxFxl7xa2ay6RrmSbhdKYAdAFwJd8OJT2HuabXK+gO&#10;RwV+/Qo7OFSZKvnlx+scMEOKcPeHd+R0+Eff+8M37y5zkvvnn/2cCyn7m3mU2Vvbe8XsHqjactQL&#10;s+J8YDrq5crFp1qn5Pf4CnvZvdXc3/zZX3H06M77K7xVuT4XR5qB0qeiEEsMoTRRcls7sHq6UNoM&#10;zCACFakxXANuhso93tNWi7Bs11GB7ubmFRcBPI9qzvvCS4r/4NkzrlK5Fko+e7I9HLejM1Ecepm1&#10;DDYLeNM2mz1fMBZz+ZG/ovVGxVxVPapZOpHRehiZwRsGpRSUb7l6eydXQnRLpdnB2zgQDrOK+413&#10;b3/6+XMvyV9Ozw/V+r9+9HDI8dAuKDPTvKzcXr7/6vEGtLDJZPBXP3votahWW78/N/vP//VvDzf3&#10;wQN4+tkXabeb7o0xJRtZjo//6qcZhDkhwuegXNsvvjU39WQNRKLB4XGJs8YxRcwdFoDU7AwhNYzI&#10;AYVHuJzsRdKlNegdFjs43yq7R9jPYJMGE8bVmzf3X+6Q7ebdhZlf/PzhbDJd+XL1vcV5BSPVfi+J&#10;3FVkTGu9w0px8cHi1HUfDyZ+h9xZzzdyKnitdbVjM0vavd1SGd3MD965Y88C4f7y+RAigaEb4HlK&#10;wv38l8+XF5J0AEry3ubLHQq67o7pF0XwDz57/MzldUGsHboRP9TVUrXFCPR+Ne9zu/vjEWznyKM6&#10;0Ap3/sP3jnaP2TbK03CpqjaqVQVnnaFLHAvkCfweQ0zvMHdj7aMM2SGgEvVGXY/I+CUn1vhY0cpO&#10;CGYE8PRYyYWqORIMAAFI9PXtRjk1m3C4lcB06s4PvlOHQh8Ef6TI2uG9LETKsHRB07+8sgTNTqFU&#10;Vxyc2+dlPF4E3dGDgRdRmwAuiT6RF7G2Qoof1IjIvI7EYpwngIGFY7ftOCJcDf3GVFzQiXC2qRSO&#10;eEWYvZkgmf5VJzV4WFjipLsJwWZkMaToizbVsdlqHOSaV+5FNJghnUSeY1KEVW125YjYKneM0hDi&#10;HEpmSY5cxjudc7W2S1Bo6bTj9k++rTDOac751d99xGkDCNMjt2P3BaH4cCsEDQBuYRQjQ7CHlW8P&#10;4lZiYzcDy6JEGfM+YUG0UiHBJzrhRxDHbWe+M+WTfud/+E4wEbhyKapNySM3k+iOr4Xd796Y5+uN&#10;/FYORzpqBXh7YJvZX8u3K5Zr7Bxg9Yd5qwMHiggucrWOcK6WPVw/pUfAT43xLMRSHdNGSLBQUZmI&#10;lsLdDbFztpRUB8fCmCAx7CrJDoSx/5rMko2Jc4e+9e63XMgM5J3gnum9PuYeQ0O8NXfzZ//wT/A7&#10;RIRoKqSUC8XmmKgftvd26hrI116xVMFRgCOOyJftKS49GLlIZHHj/mxi5ax2WDiZr69IrB1JZ7aG&#10;jDAnBJbgEUCaIjMVdrz8ZdFoDqaSErZSMBBeWcbTaYGRCcr6Dt5LgrO7V209zZrwZeKGSNKKl8sc&#10;jloDBlp6p5fpj6lirjWWGGS3grEpOq0QYFUWubfTf/ZJpt2EIIgUeNrD8E+qA3JA5rPd2Suu6XlX&#10;MyBnFOaWH4DjoYcwH/9ttrzexDNXquvrpb7VI57vtEuaVdD0o4ZxPSYcHvR8HAsaZHqKC8jMfIqB&#10;pg5s0O3aIJKQVm6HoNw8KPTvrzDrhyO/Qma/Utd2ujeuIo6CVpvImQTnmfzVFxWQJxYWxBUf/D50&#10;4opyvKahiU0tBbqUz2ibwyOtVOz2GebmZYdjyLzcUx9prCMg1Tr6q83OVqYLx1SFJfsGOYBRFyt2&#10;EvG/jjoy533WXADNvPm0wraxAgZ+o6HLY+LRv+w3tkZmTPLOiWUCgXRsrdQfiw7DwxOt0bN8N+4T&#10;L3lhbmX63SqmWEEnXKUOqPnWM62uQYW9SLCgQDVPhXDRGYrgmpECbEfvHqked4hDwiGoSiAf0YNY&#10;3I2rPOxH042tYNeu1eAdH2JtK4miqIGG1IPTyo6BBMcX1UKz2lTrmp2s7ocoKoA1AHQFaHl9Nsac&#10;x2kg+xRWdLh8ciDkhUwJB1EoFmz1ByTPylAX4s0wGoM7JcpSeiZpw2JQaA5HwFnlj47KhRJyyCEL&#10;TMajkEXPv/tB2umsF6ohfyzk8YfSqZjfEwzImOdjpAVi8+03f1Mdb7FWIyfuAmtiMrWDYRC9DWny&#10;cID+FpptpHyijlYrmWL+ENhW/A23BkpQWHDjcfdMWiLtXTtXb7WCUS/KcjwrySg2usPNLQ2SCtmj&#10;dAfmqDus1bu2744gXH7x5ptXmvVetVAb9e13PUrducvhemeIoD0c7xC+Q9IJec7WWktA9KJXKJXw&#10;a4AnY2CH4vY6ptKunVegN5t3bgb2863grBueP7UxxLfC0h2hzQbUST1z3B+4E6F8SYvOz9965/d4&#10;MfDss7/rNHaLZcg2ADo10ilmZoYrl0c1++yyg4ghb8RJhRVPp9u144tI4gyMfNqQGrbLdIDBB33W&#10;YJ62eOc85vP82Ncd6euI2rMVL3lGFyYubDtfJ86eNMznRCbrG47fCxLmi6Qri3gdI0S+Tui50AF/&#10;IxTpvCU+XdiefURedAx/w+J7blm2LjyiCwJp67VCmSTOY3Ff/4mTZN1vPDWWdaGnPn38OPMRFAQ/&#10;qexyYc931ie/zjoizhXMZ4isM4j1GSjr7Lm7cvNuOBSY5C2PJjZPyDrGkx3v6TYZg1ZeCrTblcdf&#10;PhyoWjVXIDFnxNADF5RgzzAog/V6MQ0E7Z6S3Bzo4pivIRUT96W2NhQQkKZbUZHerw0haoAGBZop&#10;WyFPkK0WNAwWHgEqf1h2GzVIOGBOhQecQh5h5rjDweDQ18FExLPlkrBOJAolpGeRqbR3dobHHs/n&#10;R0Vhe0yRydpqjxIpqJNJcNEn4gn7XtpCwJBPot+9eyXkCyVjqWh8+o13PyB5Lps5HMORmy/MBCM2&#10;cJ62CtWC2jdcWEA4IbMGB8hpGXSS4qcf3BvZvaXlEjACpmxNL3IJYJ+0CVXocqEZQrMnnMX52P4i&#10;dKWwDqDZnFyWtrAZTz4sEIovMMmdRWOJsSx4CU5IRECpwixtcjFh3oDG0w6Gsq1L9pQRaHvMfyEr&#10;RwYENMoM/kfZT7X9IsJXa9moZBPPOILQoI4BuRhpQIg5w+9pA5tR9sCtArQEQ9oOB+jE7SZcYFjJ&#10;JkKzIqTbeEuDDcNLHtAc8TNt2y3o0pP5vznBNWP5j0Mfwh6MOmlgHkDtB3eaYdHdYreLCgRUWmi3&#10;EYuHtTRwWsNuEYZekhW3t1dDyYUnm38/YA7yxZcM40EwIW22tjNZvD4QnG8dPwN9I6tm8q3VVn+z&#10;o1dbg9ZmZh+mLrW0T1DwG67bToqBHHBfgqfa0Nsij7rT0QJhCLnJWtdievmKvlEoH6h2yiJYjyOj&#10;1h2Ps9VhtjjYPu6iLc/kB9XCuNkm6t0Rgt3GPeBnmOOOhS7/uA619ohzYvYg/+3DRl7t+EV3p9mf&#10;TolByeKGyi8fbm00m8829wu5liIJ7UFXkfiDJ4XCWrWrGp9vFjFpuBONIAJ3xHbaoloyhy8qsP/s&#10;Na1xQzPUfOvRy+PfvT/FEPqfPa8cD4m7cff6Uf3J83w0BJQhZTTpwqY6BPuk2FVEem+7s76Lqr4D&#10;OyEkUytXo0Mve9jREybz7vvTT16WlJ4ZSMhd6B+GvfyX5Vl3yJlwuhYDL9e2RrO4hw/2drRKZxTk&#10;uWiYB+zNTxK/dVcMuYeZbb1VIV9+tocXTluvJig5dUsKBu0M9yqn/8O/7O8cZyMx5Xmtk7zmlSRs&#10;gPO20RoFfZiHsG0wMgNp92//5B6gSyo/PC63B7WegLd3ubtwPewJUnJfX//rvZV46mCvnrocuffb&#10;kQZBu+LC3teF6ytxIcj1K/3Mq9zbP3m77rfSicj85bnbb91udMbTl6cR7yCaXCoi7h/sT80tF0tb&#10;EF2PG/VP/+bvjfbwW9/5kd6yLk+lW8XyVCLiV4huKwuUGSa240EHiS+L0fj9KzdmLiUgEm2sqkqH&#10;d/mDyRSYLyJSxaleK+Fx9vK5tCyDGl3dzWWfHhXXu94eT5e1oORJT80mWKWZ71cyDRJIyUG31ami&#10;36D7eq+sCs3OINewKnUXSULfO+Xzt8fEUUXNFwpFrYbRVunwuFJSs7V6Jl+oIICXZXGZbR3lG4gB&#10;tKjZmTjqd5wkreGo1RqiEl9/vqGg4OsaRzvZa3PR7Z1jnyC+fLn15jtvQK9eqlRwmv3jX39Ec+KD&#10;t25kS80b777TqDZjPs/mTgFhXVeikfZxo3RY3tzJZHcLV6emg5E4Di+sbVAwDsBGa7d4BZmy1lGp&#10;Wde6EY/o8oXaIMyAxqaPRHfII7szpZrT6QGNE7P2AI4pjrl2bdYXcMRYdvPzVS/reoXhx8ucelh9&#10;482bT168cFDy5UuLx6p6UKjHZlPpG/PlkaaSXK9/3G0dZbZzQBgNB3okGoHZiePFSCiGEWGzM3IF&#10;Y6gqcZ/6emvP0bNyHdU/4wq4Xa92iu5gwjcb52JSJq/uH+SSC9Mb9fKVH7112FY3t3dZSWlyJLcQ&#10;JS+H49cCgzEdX4TCD4OAGXE+SJoaAfWyQ9yolBP3ljaPM0CnN6FgpAleFkZoacOeVquJKd3N2zeg&#10;1RlxuqGYykp65JYh3xmKIHCTdqA7R3vD4RE2umobOZLxmZTfLaMehR+h3yy1Ksg0avLgWxCW7PGS&#10;fUh/ys1OXW9Wj48OEQGPgHichBhtsHbQwbDeaPDQvJGk7ELXBHCoJmKdFpCh/pEpHav1tOwL9qwU&#10;TV6KB1y9EZ0ttY8OvvfelY21g7d+8PtQLjh3Cs794k2kmNIkGLkBwlnIFD9866abcNa3s1PXghUP&#10;t8SZXsuMEUz3RYtqDFBhEc0ee9yqb9fjs4ATKbfT12uv1rkRgTX9g3dv4zOu0fCmm190c0D9r8xP&#10;e9Vhut9/Oyy9EVV8TjCHW4F0umWObiz6jUaHtkZLQblYRbTwyIuS+pJ/OiAtxWLzKOUKdWevyRxk&#10;zWwp3unL7U6cp6OY5dZa16a804p071L6xzeBLpZ+fHtu1iONK/29nXIZyBowqEwSbO1kyAfaBUyJ&#10;gMdAH5YIBnFbQeGOlvLyynIRESLGALcbW9c8yQHFvBiLJvtj3UbfoTqB5tl2zRCTktOuUBDZgB3v&#10;OxBmMwayInDtBUp1FbMJZqju5jYTc9MK7TrIbpeHHf912NRpGDtjHr45Mut9I7tVXYori2l23Bzo&#10;xYGeaT76OIf7QdDP4DP7L1V8d6iEi0cdMS52igME2Wr5gVNydJo6InZR3zS7lpbXNne7Opa9CV5y&#10;6COKTIQ4DNXIpLsGWq9pYG/1PNPxyGKtPABXLeK3JARiYKUalq7hyqgOYwE6LGP1bfIeOjLFByJu&#10;NIhHtV4iJY0ZlODM5SCd2+1/vaEtLwHjDbY0gasIt+mRQGWh4Y/h8uQ8UebOVVcwTF9KC9GAAwyy&#10;u1flw5q+XtCfbTZ4xvFit1c96r181AyQOGwdd685IYLO1UdRQwdJXm2BUcLAlQTxZetJbjdv7nhc&#10;t0P0i71eRWTDDLkHm3G2//aNlF8iZMUKRKWKbu7kekvhyALrvRWRdEpzRhhHc5yeF3sEl4jxW0ed&#10;yzx1+xogVPC/U5zB1h20DoWqhPGfGfLSzYb5okNcktmUZAScJuigHz/qq6LwVc9YxvCgNd5+VnTO&#10;B743w874ibl7kUsJxTm0Onh3BLjDHgj0nYTIYoyFuwHqpFa3DbtAWFIKO+UatotoaRVm97ib65uQ&#10;qcbEkGBxeI4ttYeoP5sogrBejivV1CG6GWg62i3OtpWh3CIgG24huhJtnM1MszGiiK+GkM6ugihO&#10;cDhhcMDS1cnYfAYkXOKShXIEVzW+IZiOhqoakDOhsHAIHhd2mTJ8Amigba0mx3hjIQ6xR5KAShdu&#10;MxydqtpEshjA4L1uDzV8KB5JJJNYkVDlciVfUAjq159/rqELpAzZtMUjUF0GvYGALC7dffAb6ng1&#10;TcMlhsYCSYhgruq9tmG7ZluIHkK0NfwAOAC14ssiPEm5BpA8vADqshWNuqIRsZjTDo/aAwPg1zGc&#10;Jy1UYfCJtyG+I0C4FGRx/loa0yrcNyHnTC0G4rPeDkorbdwoqeV8E882cAY2/oXEzKLhDSrY2dM2&#10;FZUu5AFUHqHvRW2C3wU3NShwsfnGETG75NZJS1H45RVldR8qG0LgqUYFmUmGKIOPyyPyt1VHPUin&#10;ZrysW9BquCGrxztfwXatNY5GoybWCwKH2S/RqNtKE3TmUGTAcIHq3aZY2Sp3xh4kTjg91AU77ESm&#10;a3OVBDuFlKQukI7PTb/k69bRutBuTnox6kxnfBoWNPkzZ0rdi1Ap64QddWEHeyZFPs85Ov0GE14z&#10;RVz4/OtQIuJiNNHJvpU860jJ81/Xet2Vn0UeXSBoka/jiSbf6DSvibrApPr/hRFbk6Riu0d93RlD&#10;ufPaZGtd6FrJs6fvLKYJQtMBTJXdnozZJrZ3k0dq2uLa0+Shk0GAdfb0Eq+jk86a7rMn/NqtN0Jh&#10;dLzEpOO1nZsje4fHm5OUGjuQlSSPAaf68mNrWMWGvzUiPAGJERCiZkNvyhjtDcaUU4IUd9ztVbN9&#10;XCM25lInF8Ii+AsGCSWsWamNyohhX/StJPkC4k36uh0wj8ACj+PeWxFFweQUrZ0tf11IKa0OrmV7&#10;Hwg4M2Y7/x9tbxbkxp3n+WUmkEgAiSNx3wXUfbBIVhVZPCRKotRS39fM9Mx6Z2dsj72xYfvBEbYf&#10;HA77yS8O+9UOR+yLYzfC4+2xZ2d2+phutaTWTYk3WcU6UQdQuG8k8gQykelvVrFIat67Q8Fmq6Wq&#10;IpDI/P9+3+/388V1BGzTULVj9VtvAgSj1WtwtqGQFeADTFhDOBq0kbUoGgzkPvC+Y5AY0KV4SrQe&#10;IN5it03OT/c73XA0iiMpPhhffvZJ4eAQL6LEi2GPx+9mdUXl1WE4noxnUtU6mm4gxoLWa4aH9qU3&#10;3vT5UAHlgtMFPGeMpRhHFdkSNPAuuz0uHI9dLjfS/Lg7AobssMqHLAncKrY9LeDFFgGtufhnsEDE&#10;v+K0XDEY0lHJAOnVWmbBOTa2umgZeJPRHHTWcK2NVNtpXZRqJVWQ9JVxheAdRrYJ2VzTZhHFHn71&#10;Wxr3YGBX3R7NmrSt27OVv7eiuXYLOWZDHa45tIj5+hkLxEpXjKBKq4Qh2u0eLNFhXcFdGo5HODps&#10;1sLN8gsg2GvZL6ydFThUaCQyLCkbqTVjdJpqpvJ7G2iKK1ceDaQ+grvHJ/dbreNIdELBsUUnDk+e&#10;1rEFbp8U27WjdnOrWTtpnVT7JWQ37x7dKXeORkqp1W3vHQMzViNcYGxCsHXvnJyMCE9XECutjkYP&#10;C91Rs+tauZQ5ON5CwkOQJdx7TQ2BOUjSDp/fV2gO7u10nhVV+GdF1LgNUYtjAj7ZkUjsd4vHUrcq&#10;BWmX1lPSmSCuuQAL3y2ZP1TKTRPr8FZ7iBV74VjezAtyU9X50cajKnoK+oPR5oOmixxhAvJF6CZJ&#10;16WRKWpHHx0V7+J8j5O1l03HjUvYVbqiHuqLo0I4F8twGRCcERThdF/GO38hdlFrDyNsYCHGXphJ&#10;3X1c47wkKEzQjXx+10lBQGVnYb9eP4Bz33HcV/uE42FNSnkZqTu8cS1ZwpLf58Cp0bZdx7OGvcRO&#10;ZYPditpXh+VribUwm/EGp29ntqNkgCbeuxjF9qL2oBl1MlJf9kkGcu+xILM+j0e71m+zv/n7XQbo&#10;8boEyrOjLh89LNTLo6WVcH6rG0ywlQPY04xb70bbjwe1uzWXn128nT7uK/NBZnWW29hu+xdir9+a&#10;9HDhR/njuNf57u15eB+x8YXh69HnW6OeNIbgSDn+6//pr7xh1c7hjCWCWEr19IjpAV05E8GG1wsx&#10;JH1hbmxz/dm7P2XQfMxx6YVZxLdjrD0acOxWn1TbJ/n378frxMFvtgCXWZ6bYwz6vVvXPfFhZjId&#10;xivT7pDK4PH23kcPdj2R+N17h9dvfyuYjnRV0eNHWjZy6cLSfrWcW1w8fLyJtNDJwbFarFZ3i/Xd&#10;qt4UvYQrQvojNPgs7NPHz1AIdFjCrMqHvW7s7Y2gfeAy/ZMTZBQrDFmWcGjRg/74dr6BIDbFj+on&#10;3b6o9DSUG2Vi4VCIQ00pemiGuUwGTHmk7kFL9/mCAMzXed7H+QbKsN7qJgLc1nEZsCKcimqCxLmg&#10;OkIijsN+/PnTvelYLBj0ytpoIumXx8MvvnqM1tqj+ztSfeD3xTZ2DnIXFjBxtUrtuWQCB5C9Qvuw&#10;3K/z0vUfvNUZyK3tfaPawIXqiAUOC+2HWwXsJgDMw6ovFAgNVNXrdVdb7dcvLjWhyA+USquLUsNK&#10;uQO7Hc5wcHFsnVS5RHCcdsduLf79z3+3nphuVgeVcjsIsdXnfvsvs7RLDlOJwl7VbjHnXJVaqYj2&#10;RVFwyKNf/t93N550Lr41a49o2cyFtbnpLt+2tDdNTNyI4yT78eePumUQXlFBGVtIJ052jypfFDE5&#10;sEl7LMWdHLSQa4/PeUyXmb40v3RxRvUQ3UF/ZiKWP67Ora13T5Qvf/4lQrXZ11dsfuPZl1s4aiy/&#10;ubJ3XG831a6kL69e4JbQGzMWXWTy+zdz375ah9fgwsTCd69XGyUmHhpESCWhB1aDo7i/7wkUoQCH&#10;fMlvrathcuRxloaD2JVLO0eVABDQDkcHOYexguMHlq5YDibDId9EyggE17777sHmdtwJ5DqSBmRw&#10;Imb5bmB+shxETlkegaXhRtGZjcJfUHRx9AkEcEHgfAx3pea3m4ogIHUGEdVrPfOIyUwMu9Kwh037&#10;XaJiIg8k9zrkfsO+311xuAnFxMzjd3mXJuOILGIqTsGlgxrrIE2CwWsD7o9IDuSJ1pDlR4RqIJtw&#10;PeaeBp/ssEMI1NzMQqNbXA45whTV7tSE/LPx1iOyXJzw2i9EfIFG014XglaOBaOZnozQy5ORab8D&#10;IdVUNnUpN5XNhPHQhKV5aipJyf2oyz6SdfiuYTVEenZheRFR8Cx8nIZrPRgzhXHY54JkiKeZiShE&#10;NAhmMEzw0DpmI9zFhG89572Wgj4Vu7AwI8ryYbWC7WLSzw17bTx0gqGA1+MeY4pAKBeHYlglnUwS&#10;5i2H3Qsb4ngEeRnPXaygGLfrjEpCnXYUUejmQYTYesLiDGpee/MtD+twUaMW3+j1eYf1RaJBH9kG&#10;wSGYANctMkXMvJkYAW/DOFpVdCcbF+YDKpZaDHW826EOx7sfHqFCyTDdldEoMB8+PEBbEQVZZ/PX&#10;R5MuT4jSYWy/96CO56HcG3250S4XBxziIVGXK8ZwEbcnzO62ZaFtsCY5F8cOaWi3ygqoCHDMGe6w&#10;Kc5fjbqwDO6ocIjMTFGVEx0VW66B9tWddvuw/+WTnoRAKAn6gZUNBN2yKZKpuHsqRnidqM0z/W5U&#10;Y9HHQ2qvqr4944QX/6O81pU1mNmcQ2Mh5fa6gTCxqz0KiPLf/LoZQBIXX8dDX4qTmQg1teDBzS0S&#10;ZUJ+T6My6A5Gd07k9YTLyY9Qm/zb4jAUdwxsDidFlHr66pLD5Bku6UFZmm1ozC0xSTeJ3wB2JTnt&#10;9x63hRLv1M2Rg0oEnfNxR237ZPfhs0zC0yXHZcMhOalIYBy0AiwGOlEPZaIqE1/UDEEYLySotAuj&#10;EbjzppskO+IYhh2/rrewhCeJ5snoTlW/vswelpR3L1gvRDPAXPpBAov7pE+3yBwGAjjDSNgVJbEN&#10;NhriSKmoH/YVL6CYDKqkRDRgIwOF8htzZLIuD0j5hZJcU4g9O50OuGImy8gjDmZ/NE1KIg7MYytZ&#10;pkcjIVCnwbJiA0GgSSx+Jv7ueBQK4WK0n4kE4JE0YCbp96E0yljbIx0K5g1pE5EwlUbAEEA2tGgn&#10;OKvCv0+QHewacWDQbfDf8h2+VutQDqcnhAiz0+tirFDaCNA1BRwmmz4irR5tq5YWh75sDu8l8mJj&#10;hRc6LaAY+7zdrng9Ya8vEI9hA7Vx78n20bE76G0UihvbOz/6i7/6A028x/lnitCT+Y4q9kGjgjnY&#10;xdB4rVDrl86kJ6enkpOT209/2+lUxZHlKdStDIhjdcm3fgPeSdLtD/kBSA8Cwko3qz0vtl2IpSAx&#10;BzqtAyZ6M7/XbNcHLhQEwOqv6268OYLOwxhtQh8iAx7UF4nQy50eYEwMUFXGsgKgOuzfODBg9kVD&#10;ZQAgB0AhAgieOYQBqurx8HUN+2KrM2rUZUwaHtYOFnQs4qvVBMZlSybc+sjAERJC9fSkXxLG+MEM&#10;i6LVKBWOQak0wQsgXJXqWMLQO8CZ1wIcEla/J0yKVhkPDbKB1W5yOrVac57tRf8QdiYSKNBOh+1F&#10;Je1L6tMrsOXnqiNpvjQkP8/TkufdPGfWXosIRX5jqj7TdannkqVxxsc6k6RepmafS7/mc/351FaN&#10;p/z4rGz0ZW8QSb4KYj5jZVkIaPOsn/f53PjSeX0Gp35h5H7e4vtc3CVeQSK/BGq96B8iX+KxzG/C&#10;nV/hThmm+dKH/DyybFLP+VjWr3D04GMnyZbGayEvSeq0dvdlI/DZ2Hz2SlqB49P2JMN4CX3G37b2&#10;hAZ58epr8QSii9hiWDXXlsaLt96y8JKnmjH+ZS0QSSDLsLfzhQ2OpwuBeDIsDW29ehcHj14P5VyG&#10;lfwktQtZZyKEgXYoDeAFU67MhAfoVRkCRCEDY4HWT3yWEWEtN2Qu4vT4/IA5Y8gKBGw+7LdsBopk&#10;dBVjKKwHekfAn896ZUMR2KEohnZXKzCYjGCl8PoxJ7uxkMRTD8ZfrIgvLPjXF5NhzgZcMj56HYDm&#10;JWtN7GIQU7Xj9GGLpFEcEpAA2Oy24YJDk+WP//RnqcUltIsNBQm1YtjeIWKxX6oUT6oI0dMMQAiG&#10;x+m8GpvM3riOV8OwetBovHnQSvETccEQBlPG8v5Q4OxZzbKwh/l9tNUti+QO/gtvlEVfhqXC6vux&#10;bpIjSwbHhGptLKzeP9IaLIH4w+xqOnCPtlnBFLtFVQYeGdY8u/UJgtKGJAOhW3/eUzA6dbrywDAK&#10;YtjO0aauD2ZnVkRQvTTgAQHWJ7AFAdsaZh4Lq44Aw0i1vo0JUyRo/s4RElQ0uHMOKO8U48WWnECf&#10;q4lnirVBt95xJH7xMLCqTMBzgvSvoogXmDpsIO49/uDg+JnbG3q09f/li3cjydRnD/5OGMJ4wvfE&#10;3Uq3YBLMB5//9ePdX1W6W63BrmJ0HbRiiR4eHWo7+sk7wy5KgbfKTV3SCmVehlI7pHb2FS+ASZoB&#10;kb3W6gMg+nCrIsAiLBpuhvTSgDibTUw1gfiXG/3iwITVCB+Io7pQrMvFvODz+erlfqOllWsymiUO&#10;29ZqHlKvy2WF0Q/K/cnlREcfHvEgoNgxbSJKXjjiK3UllgKq1CbpJG6pIQdVzjdv3JyanfY+flIz&#10;UWlrYw3JfHCn5pvwUV67Y2Bemot/7wfLlXJD1YegB2YoRyrJNVU+u+g7yveFCl9p9NevZnyUfzGw&#10;jLQ6DL8B6D1s7F//zW/ogItiaZTclU6kC/5QcaflT1qbZr8/BPQRUl7XlpY6R2Usg5tHggTD8By3&#10;cSjaZGhO5g/+1awUYj7Z5Ev3q7qTXprySGNSDBmuDD4AVEAkL4cvtw86MZaVgfaRh92miCMgZwdz&#10;1ayWtEf3G3xTtskq0gLBMMOmucRs8MbPMpWyFJt3NTuKUh/HXXRloK2sTu29vxfW6ccfHX37u2t1&#10;Su30R9eWsxP+eHoiUsHXGhNXlq5FPMlggIpOxnefFv7zv/jn9+5s4U/53/yP/129W/rFbx4srC7e&#10;f/9J4U6V6IxTHDx03vxmg9SZ9ZuX0vOxLNIEvZHN4Rr0u4ImCoMarkVVa6AqzIVa4Pt7ngE5leZg&#10;9E0tzvuDhMeH5u4wCI6o2FHFDhCy0/MLADOhpCeHwTGRJaD2Ax9fF1KpRSB1b87kWlv58rNjStDQ&#10;Z41kFSL4AS6cjWaw08+XOp0BXgc+FQ/DXDGRimEmUeTeiU1587/8czKTzN58595TDEEniPGMWMod&#10;9hcalfXLc/C74dRi54JLczkk0gkEA/gOemJJl18aoXVQicVjCDFh+DluNHPplAXtNDW0MeN4xLLu&#10;vmw97cOcHzVf4Fm2eLFhji/dXjs5RmdtfTKZvvt056BYfe8H39rfyjsEBRnB473CNBe69/V9wTTu&#10;YfY9qe+XGjBb+IPBQ6GdWluIRAO7D3eBCGkW2199te1lWGzu0M/daPV8LJivOjxdhUYbnU/PDgt4&#10;dPd5GUVLiiLdXIJB1WlttFz2az98Lf3uEruYKJeqjAVNYKlA5NrtG1zW9s73JhWzUdvrH280BsOB&#10;7lejs3GFki7dujw3f6G3WXDrjrdvrHKT9sV1r5czjpXu8veWbblE2IKyENHrkzAdwAoXcBFhJ9Po&#10;9o2QWxIQjyXe+LPbx4+LWlW6//lDLuGeiwf5Y+H3v/7Kys52xoc75SwbuvsPn5LlVpakldbAwv6M&#10;jLWZWbPRHbeaNkGbDaSi3kD+2Y401JzowRqNZb53srGZC4bGyDeMiRVUCk9F73zxqJ6vlKsdj93X&#10;PxF9YMb0hH7pBIZpsSOwDocwJBI+PykjzT1MB7lmrxvzwTvkdlmagNqsd4DbLm8+c+gKRnEeSOYY&#10;2r9krFq9Pj/SHbVmB9SA0/CY1m22VE3lfO6JTNxmRVGHoMS67QDl2t34RyyHDQKGlicQkgeDpZnd&#10;eiYjFgSLNUeYk4wzhpap0ahvM6LRpJdxAziBBlMP5wRVH/GRgTrOXQ4lghOTpk/69Mhebi9P+pEZ&#10;uZiLwSnkGVI3wlx383C0cxwck+hwWosEJkT+movIWV/ACPs5K/mqyq1KC/oqWKY4mvuDsOgaAXOk&#10;dvtROzmonPhpCg7A1QTuE9BPxhPrazdfX6scFITDZrcrQoRBegUuTQC92nzfYT3K9M4YMoodkZag&#10;0yn0RL8HsyeFSd6N1G5bcjGOUCQwz3E5mnx7eY4N+P+Lf/lXATdO+Ig5tSVlAIMjRgxAcvFUgzMZ&#10;khc2rKhqAZgVLV/9Lk9ZfiKbkxxbACVMwE4I6bZcMABQmdfjC8djSOulcxnIrH1tCB9pACMj7JgG&#10;/fDufi6bBZ7hYbEwdJELC1aTU1swB9WBx+2CWDoZcIajnr2dOqYjlLSFY3RuNfH6Oy6ItA9FfHv7&#10;Yox9/+ePK4fC5t1m9GIUGKSZhIcv8bkJP6pruYwjk7b/46b0w2veiSRba+n7pdFJcwSt51AygiGa&#10;CzFjJ0WzLgUr15Q77rZvPGo/3RBWrvvz5TFPU4jsshE/js5wmX12JIa8Huy8Ga89FrJzDJnPD8Fi&#10;IhmigT4ezrYy7fK7YPCmYl7zQsZChdoNCuelUgOtwnQy4jjhh3ePh+/cDqGbhVfMp4/a6oCa8lMY&#10;f9MhaoqxANTTix426o5HmHvPlM3+0GezXXRTO5t9Cil1BGyQBSHo127a9rblazknDLaHA+JGhgyG&#10;bQtT7mzGwySdEF8L+4OAnw3azIu5tJc1Izl3W+IlYVgfU5iQ222jlFeCPiqVIpDxRSn7aoKKuRi4&#10;sUI+0us2Q7j1KOOaRge9ZtBpbpZGuw/5XgWMB3cyYOIo+sGxJje1gmIcyrYSNHOSRhNOW5adBB31&#10;M5iGS6KWzjohpKNcYBckFZ1AvRu0gJg3YJHpDHHowAVvAx0CYpyLJd328UI44CcYkh87dUsvcDgw&#10;x9NDjcCYqwxwkNZLxTLUCnVkjaDZidzJQREQTr/Xx3p89rGG9wFLLpjyXCxS3F6UhGCDAT4qCwpk&#10;KDhCawqiU3DNORmLBRICoMBp+eFR1EEjf+QnHE4HSQ16PO5+DhdqZEloOz63G4kxnMQxXVufBwaD&#10;d5cxNKPfb9eq/UanVm8wnG8KkDAUbhaLjzef4caBLzxQRoiBTIe5tR/+7A808ZbrdaCpUSvsYH2I&#10;YdEYPZ0eG4NfWQImRLSXjbSn9z8Gc5SxW0N+XxyjwuAKaPyiJVaDrO2NBikYUSXkgeDyMTC+S6J1&#10;gEXJULkqR5LM7EKIsKGmiPE4AaMZK4Ydkd2J6bgykDGluHwuA3GUEXR4O1qlIFcIqEwYQDAAURU0&#10;OPSGQH4x01kuO+NyuJijvQ5jjPmBVmlKI90RTDhCQUe9LIO6aoEbGCMUYsMRB8byWtlyZ3exlBDh&#10;XhyLOJeKaACG9cRsDzSAKXHURzQQj1p8F9bnjyUS4uljC0QrK+V3WuN5amymyDMOgaXxkrgE3Div&#10;k68ynE4Lb8lXumnPkr0vmEyvgI/Nc7H2XHEljTNR1yRfcI/JV8Ot5y0+Z+bQF1jj89qeV+t3zdNv&#10;S1Kv6MUvUU/E8wnefMWQ/MpA+rKp9xU788t4L/mK4/rFry/CxuSrxUgvJObn0vK5qfqFKZk8/fO+&#10;HNafdzWddQ7By2OhU0XJ77M0RuvP8qIeyXwl8my+mLvP6pPMF+HeM585fnvp+cRLWrSIU1ERbtrT&#10;vlXrH7YRQHJQoBkJohqPJk+KG1hSdTsS6CcKD8aOeeoIQXqJik2E8GOoEOLksTTQMa8tTYdw8EN9&#10;JPzFmNE7PAYNPLfJiSSqq22WEdg2zk65h4pxdNCDCNysg/kECZEa8Mgoaxjt8CzDZ2RiKixiqVfm&#10;4aXAd8JiHahFy5ZisyzGqDg6LIitluihsUCm7HCV0I4umjwIMhDGU4yt1wTbf/Xf/7dgO3qCHFzE&#10;7UbdVIeder14eFQpnGR9XtZquTdRyLR5WEGRJpxMblQ4wDuij68ksplr12UgilygpeMxCKXW7WZd&#10;cLyQFoKSwtuA2+BpETUW8YDZusanThjLd65YNT+QXCwkh6biJx4qOPGAA+dGXIo+Xeud1ebi7GOz&#10;eJUASVgPa7QBAW1vNZudlkjjvcGiCS4ZvNYWC/q0mdewPmMCyAwgmLG0Q1bV9z/4h6CPjoRjGDvB&#10;FHY4bTqO5nijNZhAkAoGzw7XkwH2IyAt9dq2jQCOqPPhJ3/rdRBHhztJQEqpETD/FoUfo67FypLE&#10;PrDV+L19ZLo38/fubHzURUqsvdclj21sb6f6BPoj7ZZFpQ7uacA1J8lMj+jbPM3ZiVtDnUwkF0ZE&#10;F4SujQ3+4sK6KJUcbvv+gQyOdk8ZtgUFkD1giGAYRvyt19FQXwmBHo7QRlc53u2GAuzcjHMsKXjn&#10;GZ/32WbHTvuA3CIpHdWt8I3uPerhdlbMtybCbtQDp8E9djtLXXUsjQYF3o1iZSh7QZc/7AWswgCX&#10;U9b2Nto4RDZOBnafc0RTvDCullQgJdEYkUuHAHctFJv+se/pBwfdipKdhoXSQLsfAnRg/jnT9D4A&#10;RB0d4TQI64XdruAkv9aoWxncn21ciPMlqYEq7D8t3bp4o90v/TJ/9+vN/atvrX/0ycOdzXqEdrcL&#10;/Zzh2fp4j5cVHtcDw/CFJhd2R2mm8qi5fCV48LCFVorcYsSmka0vKth0xNazGsz9NnsywCT9rtff&#10;joZIZvegG0q5al/3Jhx0QFdrJ0Kv0UOv/YEweMJLyLpMJtyaoO/crckCkVjwGkVFF7XMhVBeMy/d&#10;SK3eSJfHw9lFZrdJ+fwUKRIbHx/NXUmUxuKEl1MFQx8K6Rsx7KAGZXVuegoOsTCbQAFSb9DVgYmT&#10;9Afbxez01EIOOHNWkoff+clbkylfq3tw+9tvezVa2W8tBmNqr0MoxFBQa81Ss934s7/8c1COH338&#10;cbNaa+IjPmoLfFMdiMGMezKdffDx5syyT5TUbnMkM8YP/9MfSmpt6dosXBuodkct4tbBDkwQhlUk&#10;4UPX6JvXb1J9waGMNu48liods6MkXa787z9/8ruvCRkqWQoMz3g0LigjH0PhiIBLH1t6LKYqveb1&#10;N1bYdAzdOks3rr729tXH5YJrdS40P330dBcezPRF1jXVqenq5bdft6WmZtKzMEnuHxxopBmNcIfQ&#10;IGABZO2+mZA7F8xXimgGwmnMlFS7jcHxh3UwYbSCWsFQo9howUJM2x3Tk2nW54X3zhMNXP7OjSNV&#10;+N5/8qMvTzb3nh2gOhNU3hvfv557fUljDTWEM+HYI8P4QcLVgMbMb/+rP6oUapMYpp3wjAUDGd+l&#10;714eeYW9nfvZy1HBR3gp6mJkVoEt1uEEJTgd4lp898bSLH6EVDJ5UmtNZ9K4E20WCgvT2Van2+NF&#10;3UolOa4uLX9y7wkKrqeurR6V6za0P9pdgI1wQSN9jXSkh4JTubq89vigsPjO0u0/veKb4aQoOaS0&#10;tNMRDnh//LN3WifHnpRPiXMqSLCJ4eGg8+h9zIeOvk0T/PrkO3OTr/u5dGB7t95q9Ge/c3scdNVK&#10;JUMxEAkOitQsF3cb3t3P67X9lgeFxWjTVMwMwyJoDSfaejbr8nKzETBwuQuh+cF+e1TGqUf09RXU&#10;raD2aTUaS9BO32CYpDw5OkCjAZ4ftsp1ot0SpQ496dbK8utUzjX2hqjIosMbG5vxEZWEn9Sk0XtN&#10;9lRbV/bAPYjeHDcrjvUk5wFWVQHlfKxz0Tg60IFq5TttxUtzszGC8zIuT9YXgmUHiUTE/OBOdTOo&#10;d6VHImbVcRT4IOs5YOKwZJmmFJU5ReVj9eg8peej+Qgc2AG2ACwDhi2sMbguA/E4Y1pRNMwwMGde&#10;urCMzno2FBANDdVB6kBFygZWxqOuunglnYzeorfazH510ud0heNvvfVuNBmqHFY4iikWa5GgL4WM&#10;AeB3gpyIebEXx61chSnL58EQDC6/Q1HDfmSPkZW2haZSN3/244DP3SiW0d6KiKqGikBDW5jMomDM&#10;zTgHspEJRh5/fL+PG7WTSWM9pGEcJSV0NmlUOBaxjMaBoC2UWbuwtnvUwkNDEaR2F7juMqaIwXDc&#10;N0DP9YCcHqBMltb4VhPX6rOD4pXXrvzoZ98JCR1KGrishrwxiIlA2mDBKsD8RFAKCkOg62CBjUrP&#10;oTqTS0O0RJWbG2VRhK2nCI7xKMm6I5wnx2HxsVU+yNePi3qna/D9MJxWkopP+m/f/12Qsx/0D5u0&#10;s9bXBYGaCNrnZhw+zq3qZiLAtHY7TkiIOa/UlaXByBlxPa5KsCnM+O2LKYhC9lyS0RvG3k4DbtXA&#10;hWC/q/XKgl0Yl45b8QQnO+iebFyfZ2tNYysvtsZjKuIMxJzyYOhRQXuW0xEPEDtrS9R8xoNr22RM&#10;ROkLJUnaHmKBnbvgoWrq4S925afozCOV6ZgiaV8W1WzAMekHs9oE/vGTez1dNaYyrCRqQZ8R8xDy&#10;mNo7Hj7JKxcmmZTLwBDvom3SGBVi0hxHBJy2Vh03J5MJsnTSDT1xd1/44sjw40odUvcedZwRDxXG&#10;TYWIhpmWaiIGvn0gXlkPpELoptZgnFD9joO27fYlpnQwVJz2lYz9pEWOdKDXxw9/VVLaauyif2mZ&#10;c1FEBOtxWUAhpCM89iadZpgOcR43qfAN59Mj8bOH3YfbCnZrfZVAjWPETYTdjme1EcqgJnz22ZDP&#10;a+r5tu7wkRcijgj4knbq64a+EGXFirJ5orw25dYflvv7XVTDbNmZ1kFvpzdOet3DgThsY+wZF/Dk&#10;sSP3QE0wVNCFalx5GkKok8NxtY7T3dBMRSEc6in4+YMwQaIDASyDbCaYRjfXEJmmHvrtNThi+E5f&#10;ttx5RiwQPD5CloeKxlPdcg0l4f0eqCzWPhVWPXj6rIsUNh5YN61qC4sSjlScNOgrgx74g8nZBZxo&#10;nWOrBATWDiuSJg6s0UjXhZ6ABJjTol95YGe2Ob047gWD4bNmF4subej4jFs9kYTm87MuP7aX7lQi&#10;gVYRxsW0q8i7tAYWaFQfVBrYOlUHfGx+Co0cV7/z4z/QxFttdXHqhK4OBQnllZrluTwTFw1r0hgb&#10;CJZ99ukn5XIDo76KoKsDCLQhbAH9FhqIkQAZV/ZrAQbFjVIkjXJ7AnwynEUvLHs7LcBuVJ+XRt1u&#10;o6KUCnIcC1HGHooFW5V+p8FDPUPh0xiHXysrZ2bmM37OV6/2rJPs2OSiLIe2d+vwbKyvIrSBdR42&#10;oorHbeN7UAcQGLSjLhG8W6DG9vfaIsqsEeJ1nWpOIvJJitePI7qmKARY0KmJqZWLS3y1IA0QEdUj&#10;HM7XNDzppwotXCa6PxRKZibarRbeeIZGnsK0nZ7YyVekUvzWeDnxkucTL2l+cyA0/4nL9zzLSr4M&#10;ypIv+oOe/+3nSGPirOOE/AYL+VUqMkG8aMolzVdoVc/5zeQrZbjEczDyyx/i1ZSuSb6S+33F1/wi&#10;MEx+o87XfLVg93kx0Dcn5m/4qF9glb+hCz+f/Mlzf/g3DNjP/09rRBppY+DTkJxiwIk8+9ko6nzE&#10;Nc/aks5/DOIl0cp8Pm0/n+3RtXn1Zvy5q/m0nQgTLyzrtMOicFv7ApQJjPvNyi9//r/s7d9Fgvuk&#10;JsPeevXmItKlmE1AloeNCIYEVZQP8qi2MPsC0e6puK4GVtk0KWDKQ2+gx9aXkWhFStQIMmBTkPtH&#10;PGaWYJDpd9A7ZwOWGcTg2bkI2tE8NMwOTpwGQK7AbN9qKTKewaNTV73Hjk8+nFa20876iM8mSjqW&#10;QmBTYhTcPOhxQaeLc/LCaGGZw+vUbMmw2NiCiVQ2Euc7HbgRe93OGJIpQ7ebTcZuc1Mo08tYhwT8&#10;KdvdJOJQ8xftvqjQKoeAu6R96YsrlA+nB0ygOkovADnHPIqPOKDl+AxaiVzkkq3wEelnkVmGKdwa&#10;F7FRsdhUVukgPBgK2AZIfKFhCJMnRHFM6tRZZBsRWKvYGkOy9cnE4gJxTPCkLVMUiaA8zDOUVQ5s&#10;qhBlIHZiRB4ArSBW9/MPBLUuwozdr+Pmi/cAfuPJuRWroghwXQveCRELsQTJwXhAZqZp1gFOFYzn&#10;lP3Te7887m7cfXrnq/zHVbAemg/q/ZPNZ5+cHO7NTK+Iglbv1J48u3/c2N44/E2f74yGWKq19nYe&#10;J9IJxexh5x4LLonmsKO3cPIrt+S2pm3mTyga8P4erFOIaYNfQjg71qijj8otJeqIEpJTkuT9fX5u&#10;Lr2z1y02tM4xP5Plar1hIc9D/4AVoNERD4/4AAeXNgG+zsxC+NnjlptFHmP08F7/aKczOclgvur1&#10;yb09vnEih2JuDas5jcjvNJycc2rKCXga3AEqfCz4OHiARzN0cXy8VX/v+xHeRnzx6zLgFpDk567N&#10;a6g0KonY803Mshhrm+A8kfru08qjr04aR41YLhL97sJnB7VuvhpQTQ1L7KHutLnzW/zB4xNGHAvF&#10;vkaMVt6acfbFlCeCJkssgFAvDTI0p3HLczf/7vO/xZl17dIC+njtcaZT7v/kzW/ztSM9TFUVVW4q&#10;t771Gr9Tt8qds5wnxHBTyNSZpmigx8aHVY03LoptQwWQI4Kkia0ioSsCfMK4k9ztjLaT3uZHJ9Mc&#10;m152yqT7k62ydDJYu7Dy1WeP8YLjg5vzuiMTjqAvQqh6fILJpELbx51b780UCrxHRcM13LgMa45C&#10;Plu9Zxx9WPHFmR0KnUtaOmcf+qnlN6Y/+Df3aY0MeylGcPloRzY2ieJkkxQuzywTqk0QSMjXNKFO&#10;zcGQmhmNin2yow2dkeDMv/vf/019pzIB46/fOUJDHzn61l98/z/7H/5lv3Nw54vPo7HM7IWZpel0&#10;Jb+llDvJMX3v/fvNk8Hl5exQNBjScft7t1dvrroDdL5QOdzeRedSe7PYfHSsdcdvXL2WQDSZYJaW&#10;1n7369+V9ov/4qd/VDvcYVUtbWP6pfLatRUXCgqAGAhwJyfV0UB2IeUF3CIeVDYbynQG+ngiM0kF&#10;/Vd++G61Urzy5vpxv5F9e1UBQNMcu2AzcxpjaVwt9q689xYO3V2pu7F7X7GJDYmPzidv/cXtnUoR&#10;zonM3NzAoaPMafn7N2U/u/HV4/XZ2Xv5o3DUiiRBN27hIQ8wmpfLzMwyXl8LqDUV5TtBXmjW6dHl&#10;77698+jB5LVQ25CMmH3x7bRKyofaIJRIbD3Y7uSrXtLT4gGk0RZWl5yZ3P1P7+GmLOO+rY1iHuPe&#10;dj64vgYMsVLjk+7Q4LBZrvcwcfXanU6vj1u41a7gYdvtDudxXVxePqq1cN9PJhMz2YwiyrjxFOut&#10;UCDw9KjY7LZQa+gNc7/6699KRx0wqOM++3AweHi/kp1doahY/hkP7W5uNTH0abwudEijL0DO0be3&#10;9vfuH7UwOkyYqns8RHyfF6LAh4SmcLZxXU05JwGq6QLVpmHcEYeMxo7s1NJ7a1dvr+w/LZzs1q6v&#10;X/jyNx9jgealXVKHz8QjfUlMhUOFSl1UtanJyWf5miiMG3snATfYErgfH6E+fRpBMZbDYyEWCCAr&#10;5x0axWpv+fKVnWqvW27zcBFfmXes51QX6c+mKZ23YrSQaEQFfDrOjZUe2RzCdDrGstTO+m0oPKUo&#10;TzzaaXWROQEiAUe3YCCojtCQZvqR9zMNWHzpMYnmJrjcV15b23+8BTasn3UIQh/9PNhtgjBvZ1y4&#10;vfZ5gbA0JuiVlCgAV0bAoUHBh2ShJkkrFuKEVRbYRrsFZyIJ79x08uKSWq5AO8A3QtoQ1gyssyNB&#10;j+4gfCHLSRSKRVgbm42n0eZ++8oPPF3dtlNcjfkRa8YTobCdrx3VZFB1XI74/IwrlmDCfs9UJpCJ&#10;4vKDr76CZzAqQ0dEvy+6/Z4ejh2A49vQ9+aDvFx8vMFXW16AWVA15nTBYgN/vlVh5fPXq10ZDk87&#10;gdhUNsaZqobyMwRGw4l4uykywRiUyXKtCzR3bf+wXQAkl8c2ptzgKcOeSUZwOwU/Iob+BDyPFKnW&#10;bZGwW7H+XDSC7NHx/nH+qBi2m1gnXJ6MX4mGLse8adaWDbkvxnyrMDXCVGh3uOzanJ9F94IMsog+&#10;5JD3p+zgZMahWloFfo5BZwCNHQQKu6QOOg2hWdXBtfvi87v37n3xxWfqUDvYP8lMheJJZ8LrLlSl&#10;T7f5Xk2/MOMpo/ywComHHO4LjTtlNAwEM17TSZ+e+agn5dHukerqYGMIyqzqCrIAjkzNRqYTzMhu&#10;CwTcEwnv1EXLeXtQHoUCdCJKxUNoTGXQopVl7GJJ5+K2bIRu97RMksC2NOoa9fvGIW96g/Zxd7RT&#10;6mevxqM2zd4w0NvT66o3f7hwYcExG7cPJYPRqK++5kH+jQZMg6ee1hTK51qJ0zqv8QNzJmJOR20g&#10;CMPlNijIITuAZQZVlw7//eH2g/pg6OigbImBDmxM+4EXoYJh1yFL9ynbhTgxkXbPBo3CjnUaCbNj&#10;xuve1Ynbs4HysdDe5b/u6fG4NyNrl6LE334ury3DA0Fko3ZtMBYIIhEi/BHfTm/UbGopm90FRFfY&#10;ZbbHrb3R//F/Pt0fsoe87dne4OebQ7Cirt3k3pgN1Z80Hp3IR6S9Z3cGQKVStC9PNJTqoJnV6baV&#10;G6NCdUgCne4w3CyJaLGnPHxaGc1d5MD9229p3uupUYQdcp4LGSrJMsOBYR0ZBbPQIb7eaPJJLoBp&#10;Xx0uR+02japIxDYvuxkpxnIZLrEQ9THk0OtmOI+VcU6wmckg0Mzk/t3N0gEPFBFSeGC1R0O4ft1A&#10;k5yUKodHBXxM230BYX4YioeQNEhU2aXRxIcPNMv5Mfowp1DScAQ7LxtePYymuOFD2yQdKAG395GS&#10;ghEEbb0UGBMqZTFeLQGo08b2VRIQF+0JuuWkIzEu8q2OOdJFXoR+gVFYFKBcWIm2Lo5QvOL2c4hC&#10;AKiDJJ2bpvGWDnsDNJFcW7/qS0SnLwOdHsjkZrIr63+gibdYrpzG6S1n6Lnr9bSa5hSSigFYlviH&#10;D75UxQHrgD8RzhAfODLYBGFlgFeudNJL5/wuj3Nq1tNuDQd9ef1qLBymtp/1G00JgpjDDcodyaNU&#10;UBwXjgeIEPqZUTITABcNg/1IGEeSAdpKBaK2FH2nAq5y3KgNJIPRroCNkpdCxcuZp9eLXZpuQrOo&#10;V0TDjnOvUSpI7SrYHQhmQyWC3wamFkMVzKCXjGcT82uXe90+yzkGfT076YsnRKwl8b6hLgnvgKxS&#10;A3wZhxPTCEir8Xg8Go62mg1MXLAAnJqN8ZdxFl6lzvp9rFITi1zFuiz/M3X613OyFPm8J5Z4ORw+&#10;r8ulzrXQsxivaZ45is3nYxv5oonX0pNt53qpcQ6Tetmc+3wiPf+yrwC1XrT8vizoeTFGnoOvXpYM&#10;WV1BL5zP5kvX9blM/Aq2yvwnYy1JftOsfDYvv+Azv+rOfk7dOmdMmS9QVubzTcE5hYo0Xw6vlsUZ&#10;aOWxAY3XC2SrhXI47yImXvQfvXA3P3/pxqeG71dg189H3svrr+FdfTHx2s9ZzdZYffo1gG3CoJdL&#10;Jj/66FOsATEMdyviiJfKhR7tdUQCDhwOcJ2XKjiv23wRZ62uIqaO8QzWYhCGLDoVnA4O14WpFPwn&#10;eF2RcQCE3O1xJOKshzGiESdohYRVQmRz++zROM4hw+KJyoORiSytbmDthYeXho0PKGshwALQhmsd&#10;D9A6jpGy3xuBQY6rs9wYbGNcirGIFIaDjNCROY+j39MmEk7b7W+9UzrehyiK9sdOp4nYJ5h4+NNO&#10;zc3ubG4tzM4KKPeuV6HDzM1fAoyj02u2SgWEsXwUu/D623AkjoeG200ir4hpFsaqfruF6xoNQUPV&#10;8qsxLjfeBrnXtQz/0MVplwU1AfEHD2ZY/2k7yNTgYCHLi5ePsFjNsNYTp722utUuBbP0ULMKinAv&#10;wdxrV3Hwgpr78N7HmId9gbA5to/tAYQURLmJEm3K4bf5E3uHX3ekjzCEwCuHFtD5+TWoOg4r1Q1I&#10;iQAZGBgspIpRa6miiwkbK1RDgMitq5B/RW1Q7T7V/Qoos1iMzeaM/L44EYlHQxN7J1tPDn5ZaW2G&#10;4hMOp5e2u4Lx3C/e/7dM0tg+3mDDmKJ5DxfQzOHBYQsNZdLIViypJE0MSLXBt0N+5GlHpQ4/Mkbb&#10;e0KjTthV/frC6z5H5vGTh3jDJyZmukLPFQQel9o9aqP4RO6hCckGMTAUcgFKCQUKuDNeg4cRwV2b&#10;z5843m+DD4Nw295Oz+Ohh8R450ljMsLlLqUHxKhcE9CSdOWtGUjx0Zlg8ajXrQ5x5CrCZw6hoK9K&#10;6ujqG2kbQBZDctQeLl/IVQ8qkqqsry80DDWWcgpWazMztxxp9BUI/u1S3x9mQ2/7uMVIta4ZDUUc&#10;SHVAsHiRHptCsZJMhCp9JTcX6+CEret7By3BTuJ5GNHo8HD6u7f/+O/+w98ZNv7a61lUyN66dPX+&#10;Z49JdEyfHJ80urH1iQJJREzz8OiAS7pzN5K93ujNOW9mmTm0mjlIDUNwXVmYmNt6tjO3kOFJIf+k&#10;Xvm8Vry3v7SSUOMh7MXrOvGXc7nLixHKK0gi5UTQqarV+ijx6gK/EI5y3e0y7t0fPi2dHLRzicjD&#10;L/bDIc7QhnuPGjjtY2KpDOR3lp3Hedludx3tdhMR/z/77oXffLLpS6BjjKsfdt+5cbu4ue8YO//u&#10;377/kz/5Syyr8fRJpSYQZf/67pcz05NBnxePvuLO5icffhjkkmjbCUU4UJlOHm5U9g/f++lrktNM&#10;xSeu3rp29Z3JZuOoJxowIf/kR28FQ1Gx286kw9cur9z97dfoPrr9+uuXrlwK48DF2bCIl+H+FIbP&#10;7j5VTuS1+IUP//b3+GOtXLlh9wJcY0vMTX5297MRTcZCwc8//nLj8WNGVia8Aa/DvVMowbi/cXiM&#10;AtiJEAwdYirkefeNtW6v1+wO7j7ZBm/T62ZbnZbDRx1Xj+GhyC1MS05X04qBkQyLdFnxH//mg/FA&#10;D6QmNX1A2xzJhXBi2YhPhd/4o+9WVHn26goslANU8Ibt2SvzrJ9Fv6JR59sVnnPAVGzUa3WURyfC&#10;2LM5opFgqVLCvaUvik7ODyp4UxcSNy57EtGtvcemf5BdD0QnEyPasbVZkbGlVlu2jjjh9pcq3fVL&#10;k0i659YWRk7H9tb2xFQ6dWlq/yCPKBkRDHiyM5t3tgnFPhGb2XyMaqAGBMYuqs5Mot8e4N44uzyP&#10;iZdv9w/KDS4YxI0Ail+hgFLNIehryVhwu3YyszobnQ0fS43Lb0+NUD2lMbduXik2+f/5f/3ffv2P&#10;H88tzO0/Of7qV/eWl2ZzVxYU2o0uamC3cFzAbwIeCrCr2ghuT99OTZmio09+k7987davfv5xr9a8&#10;9trq490iipRHev/e0+ZUkrn34dadRw8urF6I+vy9UnnvuHz57Xf+8e9/tTg1FUvBouw9KJYiLgco&#10;qQp2nL0e5/OAF0+5nYKmgq6wtrKKWBVW+j42sLFTRmxmt1hFIGOv0bH7EXJxIkB32KgfCN3wjYWJ&#10;1YlkJlbu4N6/NLO4TMCsxsPljSPlePVbb73+5z+tHBaEVoehGTTxYUBF3jbm8yBcwNpp9K6hUwrJ&#10;DhAX6u0e/g5D4xY3mpuZlYbE0pW1xpNtiG+IcUs9weWwWwmkMQ5M6FZxxyIcePpgLEVCHEZI+Nqx&#10;uEQcqCepUHADQW5s0RVs8VRExgLVZi/3O9xk5Fl+H9UZeHSjnQv2OiRuoGe6VBkIyH5DAIGHIeyW&#10;s0vXSrvbbK8zqFT4Vt+Az7HRAgasS9C3f/q95Z/8NHPl6uzaFbyq3uS8F4uWm29Mr1yKTmWimQRI&#10;ssirPTispGdyTR5x7t5RvVOv9cQxPLSB7aZYgr9YGyE+A/iONBr2ROlBseZlXUhMAyARdro2DuuJ&#10;VHIiHNvc2gchsVTvwOBN9OXrb14fW03gCKInPt/cW7+8wNEMEBeL8QhOKWAu+mEGtRENZSiISqfV&#10;xwgA3xGmn3qnefNffAf+I6nWkkScSLUez7MMfBviVrWMeZeBMmg3IZPCa0WofZqBJR45AxJJ5sV0&#10;FHGifqvmYeyK2HWZhH9Ml1rNgRWdHCUAhh5D2R7Bd9MUhMh0BAuLjfuFH/wo63KBvQwowxgHlygL&#10;KIm9u9mQjnqeTJC2qYOq0KVgnGXpkJPuqf18n9Ko1kDDaDd1dW7ianA0UHQ3zUWYpqBnL/vUsdVk&#10;wGtWSWHISXrcjurAQHXV558Vsa24vkhLQ7LQR/idAsQtFCSmIuOQH+BHHK2I/G437XX8/b/+PBqI&#10;Nrp8vTHgkl5ECnJJ+uGuXGwqx4Szca+1kLRPTbN3mjrdR5KRynd0WbLtH492+1o4SL8Xs/MPembA&#10;XqXsvZ7y5nen7xX5b18PP9wabBzKQ5meT9o39obTMbQGISlNzSQdzTKq3YcQ+eOcsbs3RJFCsysP&#10;NCoTpk9YBkLZPq9vP2jPTwaeFJT1jB+VjVvvV/O/rW5HfLM5Knq6IXpSVuUhKZ+aGmAJLenMszGB&#10;s5pzT8hE2U8PBHhuFqfMkUjVW5KxGIYWvRQ0fCjQ5nU4p6NpChrh5SQgCFRJIyecOoMqYpadYsmH&#10;T+EEtC/Bd2GM7zmZ78+6F1xjv6wht7Dzcanuc1XHCEK7bQrR76pTSdfVaS8OSyv+0OWAHTphCXRA&#10;Q40ztoyfbiIcP+jBNOJikJ83caF5fKGJQMoNxxTqCsdKuXTSbdQKJ8WBwF9emU/Ewo3uAKb5cqUR&#10;CMcD4VBuagLCINwHoExh+OvzYjIV11W13WyMYVukCDRRN+tNFTt4fQwiTCQQgMuwXGtCjOECPidM&#10;drqOakAPTIkIzpMWowXp306jM5QFQFYQUO91eRxwcf3zA6ggFOPy4voAzgoGWtinEYXBGd3ptjby&#10;cWRS/V7BGAejkdnLaw6QQknb1MqVP5SruVY3TjN0p8qgcaZo4ndIOcNpCCULu4c7n3xWrrZYr51l&#10;aaQkMC+hSA/hN13VfEFXPOMBSxYIsYDPPzcTQw8j2Inw92F44wKA/qCSFEoQmgNHwNgDGwQuTRdR&#10;CzjeDb3fkjLZOFw8qAuiPTbNKhyx+qLwK7hhumKwfmZm0tcoC3CuQbXCZqB8JOBXaMIWN0ixIhK4&#10;RegWDIgAjxUeGgxMSPwWy4NCocbQaF70oObX4xzC+zi7tgZe6sFRp9JC3ybwPVZPrNW3S5GRWBzj&#10;a7PRsJ0HWc9czRZTANZ0ijwDMeFOgFM2phqKIs+juGcMqeeEYuJcYT0jRb2Qdp9LrudzInXeyntW&#10;xWaexYHPOn7MV5TUV+3FL9VX8lVk8flXxXV6Pmq/Wpv0fHA9z+2+Ykg+F3HJVwHQ1nelXkrHhmme&#10;e5OfM5Nf4UWfjd5n/w7xqlnafKkCE98AO5/tU8zneOpzwfdlea8VrTUtzDnPC0AxIjpKPF+/UKcv&#10;07lN2jx9zU7d4KePZePl4G6em56h8V65GcPES0CJHFlgIweDggDMZdb6hCRHp4le9HA/fPBo+fJ6&#10;o77bq/P4mpCWYYCCscTngV/AxOHCqssxSNDWcdkHfPRUxjszHURMAQZjVH6CTPHHb2exZz9Aka+O&#10;Zco4wMHcMcRJBZ4S4MovrWaPj7piX3M7NFkeV6qIPNgQOEeXBIzDsekA68Z3IINx4DZFq/4MitMY&#10;haOyi4OFEHYeAlHhWMzJhdEQiOvPaJbldlexitBwxUcSYVyR8BmiKjedTKIzLxgMRJIJbEFNSYnF&#10;ohi3OazXEWImaEkUUOUHjBRoM1kuvr52zZkIO6yTjzWWMy5fvXnECyW8RENRRXshjLVYCOHTCGUV&#10;Xgy8hKecDyvijhCnZUuG7EZQ6IbEPoHSz2ZaHIwYrKBO3xPTenQS8GzarPeKwmuCzZoDXJxaq5Kb&#10;mmKsfTe9ffzVg+1/4DulbOySLKGssWqYDbd/qOjkAFOs3C0cHo34biKZBjdVN4S7dz7NpLLgCD7Y&#10;+Kza2N/ZveNiXLI4PM5vtoSaNGqHksTdje5+QUZBRco/tThxdW3tTScbP2hXioMNQW3hjow4/m5+&#10;A6JnTz5hgzCkACkGh7bWQnNUp98daOAE7BaUgxOBcQOEQYqdUdBrf/K0jft1fyDyVjPlKMM5R22C&#10;7/V8ERbOkGbZ+P2nGz3Jyv6iHpABMainzU4GwgE3RTj3dnvo1EvkAgMN3m4SEJlyUYRTNJFmZman&#10;eh3J56b8QSaX9RgyCZEpOONdmA4srPqkkdIRyIGsXpoPbj7p/OhPlxIxGiV7GKaTl+M4yhzW1Hx1&#10;oIhKfrsAa1/Cqqb0iXYy4XfIKGuygULaH7qdoJK4JM3HRe8ZxrKTOPys6NJpBD+Udn92LkbImkOC&#10;bwEly4jPgw3oG3SRBB/dvBGVioOju7X3br67vftku7Th8Xvk+jjEejcf7PicLKLwwrAXiqebaLUb&#10;m4B9kS5aLvK6gmf0+ODjMkm6vqao1vHAW5HTHqcmmOC63H+yk0n7bv50tjbSswsTJZ89j+YTRqeq&#10;6kpuWG31mz1i824dtjPEwVWfceuHqVDCB1s8v81HIrCZB/shd5qzEGnpeYRSnc1838qIE/qP307c&#10;WIwzhOP4mIcZ/vXVlcl0xhtCSaBDHvT/4x/9i09+8WGpWJ3KpleX5wFPbjbKM3PzXiZcabQTMV+M&#10;S2AYRrYxFXN3WwO0caAKvtjeffT5152tytqFychkxhV0L8xNJufjA6JlGqKbdWKNQKn29//h7+PJ&#10;Ga/bc7hVdoyQ44/kD2v5h9sJxtlpdEdW0Zb/F3/zi5XFOVZw5h8dULyE/sXUpezs1RjW5KVavd49&#10;Tk3EoTqVy7WbV5dxC6E1ew24CRs1CzKMpsEcj1gmMGyb+aN+u1eotgRtGJ5N0GkPkOyRVGzpvddb&#10;Gq+SuisR2i4UYa3vtdtcMOEPZQNBJxNH17PgYgLWasxQSIbLTKztQUwTzcpu9egwn0PdZNANTytp&#10;D+R//6izU6XEsSfgrymCArKj3dbqDQJeb75enV2bl9x0MBXfyRdg3srdWjXTmYO9J4klr+6BfEVH&#10;Oe/HH++vzM4hXHFw1EaXLEt7V9eWvvrqHkydV793C3lUN+sYsSC7HL599dLjp/lINLH79dPZbOTa&#10;O2tRl/vG6vIPvv3ah188unBhlo2GYZ0BVL1RbYgQlmXFGw7j3tzr8bKsRNLhlfVFNsIBtXDrJzfG&#10;0/7A5VBsJYLDXPdJad4bOpFbgVzAH4188f7HMKMX9/IJlv6jf76qUAKAuZ9/+CDEENWHJf8YoxFX&#10;7vKzr83qY/ed/+dpUHRdx8cTumgyNJSwXPJ1yrWQM2iovn6hQun2bCp24/u3SKdWPyy89e56Zjbl&#10;obmrq5cBayFM+IphZnDRwICOjbmpTDiVmE7Gqu3uQiYZRkclII2KgiRYs6d+uHXUU3CNWGVvJu7R&#10;QDYzzObhMWABhVad5pjofPDg2dNWd4hNn3BQ4b98qp60e7WWZYUy0Fnaf/ZwIxP0EYKMg6wHh1/S&#10;7kjGmHAAkxtcdG14moH/GyIEbgY9rAWxQWYPWzAByjDV2cyTqqW1g5CEG6EkyiNVwwkVo5cGEqAk&#10;w0oAclWz3ccxGKaggSjjQBaIRyKpeKsJDX4A9rxiAL0jYw0B2zP8QG/85Mf1QgvM+5mJZNTvRrQd&#10;T3KwH4A98HIIMHpQAI9TYAgDuqwSihhGRXjYJ2ij6FSqRjgvf+tNKpaVxJEKs/qYRHUKo8O0J7ca&#10;PQL0JTYIbS4+kcjMTc+tXIjPTsWTmWQuCaO1TjkEmp5/49bS+loyyKHkExbriiC6Qr4x533vJ+80&#10;ZSUQ4PDphmS9ujhvCSymiel9KhpGhrxdqUuieFwpZYKoYmK66jCdyx4WqjvlZoD1wXEAV9ZJpYkl&#10;VGs4iqfS8aAHLDTUsVRKrbHDFg+xxWZj8uqKcNK2oWhBkTkkH83RzET02pWlVJidT3huLqbTbmcK&#10;3QImPRV0TaU4PPbBsUTAL8DYYJjGU9lJu3l15IfH22kP2KyIYX08Ri8V6rbQrIDEL/CsQHxGZpLE&#10;jEfy0Iab6LYUpqfoNQALm6EoFwyzWPK1c5x3MkKFXd+6HG4ddrWKqBT6nZrcbfMz8XRXGcTSiFaD&#10;PSFBFwIvB+Ssyt7AIoUCPAiiB21sPhmwJlVGa2zIy7qZmYQr4gdr345o7IefNxZn7M0W+eCxmkzi&#10;2egg0O72tL+cDGe8TmTDKI9dNZ2TUy5vwAxwzstTrsUE7epoj35dqpYwq7nFBr/THBKMBd9AxDkQ&#10;chGCphxLKBqbSLiAjXZkA70hsbDsa9fk6xe5+SjNsuTmE/GgLiLyowvjiTDdLMlBhixUtS8UYi2L&#10;DYLVb5iO04OyNJLGtoiTU/X1NfbytPPZ417SPr777w9F1fHGG9H8JxXuZJRcjw17muKiX1tjOK+z&#10;Uh15QBTPUrkVl0o7B1v8oCXtbzcDrb681zk+GtHYwQ11BXKon0nQhEMbL2ZTpFO1242ch7UZjjCH&#10;JNkIyK4Q+uWG5uM9vtlQT7pSwuF6utkQOVRjWeI50NMRL1MtDVfm/bM+olQbDgcj4aiP5ThyScrY&#10;tlcyhiN4MlCUqqPkaojKBgNbf9XGYDuo9QUYUYbgRCLR1Tvmu/kONvLEEDW96J5Bg6MB4x1uj3gg&#10;hyPhZDrl8yBaGsQBGhyOoQRzHLhpDkgTvgDHotnO5wYkSRmqQJZGI0iWc3j3MdTagfeSIfWINquZ&#10;0qMqcsdqr6UC8Lx5WRx2gTXCURAHaxAfkvEwc0oLRdH32Dq8DRNQf1AFQqKbBEz9UQkSK0kmoD+K&#10;VkkFju9IQ3QHOHfoDVV1R5MwYiAxMXF57Q858Z6RhV+ghsnTDmyYYyxdpj/obT1+gEcxMgQIPONw&#10;rKE+eIgSF3duFjBYeiCOaDtkVRo9i4IkoSsbRkz0ZMpY/yl6qyHOzoQxJ+M1x1XYqovAt4JsYNFP&#10;OhqUfxt2HiDM6FpsNowzvYg3dEwBKIkMJZgysKsg8k8g/jvU/UE2EmeLBQEpE76ji33FKjWh6VAY&#10;RCIDUnASED4bkJdDCqtKG91vKX6w+HRDaUleBgEa19FRs1TGVWWqI5ss6fCOgm02kkQX+mFCAZTq&#10;NU+KIt9TVRmxFAQ1qRe23tNGcEsdNQw0zJxNvOcT5fOJjzxXesnz2dZ8oWF+w+J8Xs1DvGz6NYlv&#10;SLP/xGD8T8zD537iF6Pt+ZaCeKWniPgn/+L5SEu+Oqx+Ay31zYrfFwDlc2bXy9pe4pWCIdN8tafo&#10;xbj7ak/w+c9pvvKdTOIbrK+XeWhrgrUGvsEA1B60ENpPI7mnGvuLSl7i1G5/uow490ob55Zo49w5&#10;jf/YLl+5EUsAP0ki+4n/Dd8GVinAeZ9KvNZLpuNuYhBf/PL/glkODEO338Z5PDXob3ik09hA2Xrt&#10;cb06AJ8FORTICqmUOxGhF+dDeGRbvSYB/8RUIEKPYGiOBwzsskTYPaB4YUGjkMinNHvD2aUwlBKg&#10;8yQF3WS4flBcNMJRZm4liDsZ7gNeFlAVUF/AudPQQxtB6sQNlrv1czaaKjq3wPJD+yFuGUASp0J2&#10;YKdPajzULMCmIJ3a1tev5DJpJ+OMxxKoe8cQ72HxqaIsedYwseBH+KIt9A/Lza38wRiLIxPrWF8w&#10;kPR7Az1xpzrcb+0+8XGRSvukp/CPDv7ffOXDXmcPju4ACrwQu1dwuBzU+fre3hduALWC2bEu4SOL&#10;Jy6CHVj8W4QCYLnATYZ5FxtCDftvXVWgu4p4FXEfgZH4oLDlcLvxCEdCA2xqCFM46gS4RK20iw3/&#10;nXu/Jzw9QiHjvmS9V3x68Nf97uN2k+8IHYlo62ZV5evzC2ucPylrww+++nUPi3t8kJtH2+UPKEej&#10;3zxmmeCz7YNi7/BJ/o4mC7QUvXXtj/ul4wuJ3PWLPzwqHHzx8MPHTz5HDLPDN0TJIfWVTq/j8KFT&#10;sA2crKr65J7q8TEATkvKcP9oUK3phc4IIRhsVTsHfM4VUhrdSMyGO1sqiK5lx0Lu5s6Dki6xc9PX&#10;dnf3JJWvFCvx6NzWo82pbHIpl9NYpdochRj7oCZMpFKPt6qlE0HqiEB1eigzSDNRP9Fqinv7fA5v&#10;hYN88FVxBHgNcLGdoT/noZNsT9SPCiLiNs2eXn/SOvq6zmj00qqPdxhSZxzz2UXLnmgHKOZhvh+2&#10;U6EoG42G9/ZbLd1kEywM5Whlwkfhdx8dRxAN4ZW3rqTrFWnsZ1aveO819Umbu711HJyMT31/vtqR&#10;R7zGJr2eSZ9dU8NuTyhD56YR76MxA5ZrWN3Yvt7dGHtGLttwOntZQQXu5OSttatxT/gv/tlfTSdS&#10;V9ZWnxztJNdiVRv17bcmFm3BagGQMXu1K4UngiMw+Y95e19Ad8Fur7b6s8zct7IfFAaByWBPVgEK&#10;xkt9Led4I8dqFSlfGO5LRKOpoQ7EG3K2i1oixMGDgHqmcX3ULAqiLMyshuYnvakgjSJ4pa8Xd9tX&#10;lhe8vuFUxg900vdeuyyN+jBKry7NX1m7XjysXV6/pNPDKwuX0FL75psT7/44Xmsi2NhOZ6I6JeAM&#10;1e6357M57MXvfHkvv/fs2tXLgWB0e/ME9JCZtfTdLzavLmWvr7+LpKKmyzQwSeQwOBUckmq73IpF&#10;Ys8+23ANmcZx7d6dO4zR2vx0IzZ0KB3VMyaQUGqftNrl9tFWJawZm+/fRZtlr9wBrWQ0Vn7253+y&#10;uZs//PJxvdr20a4AF4h5opv3n87fmK31u+1Wt9Dtt/piNhTZ2N6rHZ7Q8DOMxzwCAbThC3mCyxOa&#10;z7nynbei62kjrEJuw4TTMgQ95SsN2ja3K3+wjwWeMmiPJMkL4YJSG+NxpdKHV0OjhtO5qw8ePBlo&#10;gwk//ez+3fhciInZQaQM+GNPP7i7//kTxMQymYQQdkysz0+8dX3t9SvdTu+gWl781ppzIfLt77/W&#10;Pq4h/cvjfGX3f/WrXwcM+c6Hu6uvrx4do+hHj8bjzUIn7KfSUU+Mi4t8Zzd/Egp5UC/qzwUrp6Ie&#10;G3DWhd6t717HwQ7XCev1BUOZfpvffPqkHXU965Z4kb/41msG6+wUa4jyo5YBUFrPqVBQ6vFXLi4D&#10;xrvXqU2+uXivWLzyJ99rBx1da1fY28qf5CKzjiEZn5xc+NnbrkvccXGP7AuAoGaCnoVAsrq/3ztq&#10;5h/0QlD4pWGQ9F2YmBg2e1EPp7lRNyL2n7Yn2dijp/m5lZW6sK+zxqfHxzCi3PsPG4ooYTpcyUzT&#10;3nGIi6iHQ5T6OBOBZ7/f/Pivf23j0c8OdLkb/sJLry8ANwgPjN1jj0V9T3a3li/P6+Cro9xYwGnG&#10;+QgFKeo4Hk+pVvMEXRv0JQyfho5GXkuNPC5yNiIxEb+yNvvR33yQIB25aJK494wp933QC6ENOyms&#10;QHDfk+t14MGifo+C+a3Tx6e33xsQgDMszdY7vVa15Ucs0Bjj5UMKA15cfxDdnMio9xkKt3ApEPBi&#10;7QwnCJiEyEzgOIx1p0XD0a3CPZh6ENl1nJJd8Ji1RGB4ugVJFxQDg5nbCcmXs+CrHhoXtjAKM+69&#10;J7ugCzoMfcCjcEMHVgLOybYkA3ilygj9Di3qOSyRfQkfBDyYfAE8rfCBVjseT/r1m55EDtW7OG1C&#10;sgRvpgIDHkRim705GMBq7XNb22EuFKZYH9QZ9LIzODKkEvM3rl799tthCzOOp7m7OhAqqvjaT77z&#10;7n/0fXfcw0ZiMkGnAoGDJ4f/P21v+uXGnZ/7oaqAKlQVUIV9Bxq9b2x2cxNJidQ+mk0z47E9177H&#10;Tpzkxjcvbv6H5B9Izj0n5+ScJPfk5jiJY8fOXI/sGUkz0ox2iaLIJrvZezf2fQcKhQIKhao81ewm&#10;W/br4YxGI7HZ3WgAVb/v93mezxNyeBQ4FbVJC9+BrEwnwg+PskD/m30qeLw2qisP2pLCOgH3s19b&#10;XaTGhkNwlroSth4Or3cuHokkwlfA9AgGwFLog+PPMmsLMyg9B3UarZihWBSDv8hybtEBi4ToclWq&#10;rWqxLnVMQuxJrlprtDnwZtp4N49EerwY5JwMhQ3IKS2Lqw2HHRiDFZDlDLN1yoJuJxolS6TAFztY&#10;8qDodwz0s++mrydYExHLlFO3OZiBiy26WG7Bs76B+5m6tVd96aVo1E24wvxvMv2Xl9yxANspAcOr&#10;eG3swf0TULyssFI3VR4eidZEruH2rdZTvcxhA9pupTH0eR0nj5v790qoeX/9dU+nr77zaUNTaK/b&#10;wiJD1dUP00NnEOkKy0iDi9XwuGiHIW4sRTDv2DwsMrepk64/IfayQzgPUHME3/utFepKkJ/06cuv&#10;+6I++ua8oLPkYpSXtDEvEJEIfNS29z5pNguK08Uew3oHRApPfvhVA08zTvJBP2kX6VjQUelN9kda&#10;zG2CZMmBRjpRnmRbdhMRJxUljFnbRE71mJEmlPr536StE7wyLbNBx42kv5eqpj/N7qa0N38S2/y0&#10;cHTUvfHWVHuieYgJRNgXlhiAoY7SMvxZq4vW1SiTzqrff2PuZbdXs6llO1PGUgZYAxE3Ryue60Jl&#10;AqIyqNu2seWDrQEcfXEBfsLxdkWrSpNjvGy89vUlcWnGDVg62JTQKypDKgcVhdbcnL66FnGS1KNH&#10;tZMAd/MFcWFabMh6WiWPDaps0YpNhcHP2aDiLmRTtEfH9U92+uZBC8c/koceow9JdkSzEk10Ifnh&#10;3WqwqHkX3ZFQ1OPyDSSkHiY9ICM7PRhozIA6fPNotpnoLre7Ua2azBgLAQbBoNvFv8QSTDVHL8xR&#10;sja0iC6P2WzEcV1cdrGTAIxUGzlgeMbWAedudKe1YczHa9sNDAyMfv16VW63YJzGLCvg6bZj6zFu&#10;dnowhFA0g4xwIh5FYkKRUdbOheJxfG/w83tDYY8/BLMKx/IOEzg6jq9f/z1NvMVK9Smj19TRSOoZ&#10;cvdpOw5+ddrNrQdfj1SZsZkpVoym6AUYqYhu4MxrGqIhLYxQaWS2ocsOll3fuFZrdaoNuVbomE0b&#10;NNHuqNrI2m2AOSihTRfSmdfHAcMGOTYY8ggeV7vfR89lIGKfmxOGLY3XDEw6Mg79WIyazwdsi6g2&#10;pZvNQbOMGKDFNJeaPzHatICy1KCDbhUEkYnZ+WhyMXJyUEDMtt5Qu31sBkkzsjkhXn/jx7h9bW0d&#10;4gl0eVioF2aIE25yHBpPZ0AYsvvgOPS6p3OuYSauT2dey3O+kin+4nk0J164mp+V9Zx5is8HQ+JZ&#10;nY85o5HPRd9n/UDngvAFrNRFgNTzxqALsdhnaGTibF40vk2cemaNfjbGniV1nyOtLN/iKZ81Dn3r&#10;8zybcy+Yj5/V9p5/9m/bpp8N78/rlc4//EwSvmiaNs5dx8/mfMsZ54o4dykTZl0rymYlCXcrMDGI&#10;89Il4wIm+tR4b/rwn47T+tPh97mPG69k85m5fA053oBJA1JNbynuiXA1Q4ycnM7E1OkTiFNTPBHo&#10;5B/J9Rqj4ZiNVNpE6sDCYNTLuPkM8W7vdQfIbmKx4hJtXVnPF/pqH01jBloJGJJcnuMfH7Xvb/fg&#10;hUGMoteFtw4sS3AffaGEF5n/zEm1WVFIE21sSc6FkdUGK8vOiXaGsPNm/YE2JqqFPqBNNEN4Ayxe&#10;3g6zHt6o10aYdSEjw9LrcdnKnUmlpdZbKg6XY7O5HiqAlfrzv/zLrtSHPotX83H6EEjfo1SqWa22&#10;i5WAQwB8D7u3njrM1Gq42AWR3HJasbCr4m7SqNUt6RFf9LP+mdkryBDeP/imYewajKyPuo2yXK8W&#10;Zb219eBj2Jff++LntfYe2RvFYov4gY+wa9eJw+N952RUaVTdTu8EP07sElDaZwEdFEiDMlB/I91W&#10;aVQeHn5xkn9EIjKdz2Ep0VXkx09+iWQBmIAffPi30IYpzpdNZcCccnC8zpHZxslhTc7VdA9lW5jn&#10;ByR1vNcSbaGRzDw+xGB7TxR5eQQVtttTWzaCZ0fOl1/5k1SpY+Etw0mt2+jfvvQGAGBKdxyPLv+n&#10;f/ybB8VD1a3mWo3DVBbuJivtAIW+WEw5/LgWhOFyz6WlF1ZvVbNV9O7CMJ0tKvW2Ggg4AQRGVQlV&#10;kafFuBiMlZs9Sh7Dp9IqtnOHaq8if/9HL/78Nz/PlKuFfPXmC2vIX2PZ8G//s383G48ebj1G8GJ1&#10;ao5nuVQ1T7pYR8j+xs0Eis8P9rof/Oogs9vkUSasoO5SrmfaOBfqA72VGRM008D+nLNbRkal1r9z&#10;J1BGX2LPENABkZG8i7FMY4Rwb3GvCaecJygW9porQb8dVPEQb0Sp2Wtem4DbzGQsW2qV3lfplvhy&#10;MlMcVBOilZjwAbZeaufvVWa8jlqM9bpcazfcd14OnBy0Zy4HF2+5b14N7H3eSCYXAZWQZMXokuXD&#10;9lGjHVzzPOgpUCxvTF+6NLf2wtX18ZCcnVlfXL0K66SNcarj/j+88wGw3D98IRLXeV9gqTzJN5nJ&#10;zT+cGTGE2p3EeYzdTLHd1mP+cqozLqlLKz6dwY9IHErDYnN8a9bx6/8rDUrkQDc8PL0yB6nMMlA1&#10;j+LqpgYf/eP98k4bG/0bd+YnxLC8I42Kg052OKhIyMb82//iZ7FpH0CjG5c2sHj2OCO1ehn7GoEP&#10;S6ghntQAbOOdPnLSm1/amNANJFfCSerK9UgwFhcCMO3Ce98kLQrOzPG4sLqxSLGOTK7mDbtwk+Yc&#10;zvWF2XYRb8hmdMa1sLKxcOky62ar7SaqsELemNbTHSr92a9+7Rlbs3vl1snAxzjKhdpyfAr3SYRF&#10;3XbMNiNetR3uHN9aWEmEZrwgtduJxPRsuVnc/O2nSkGSKtI3H23JJ438Ud4ZEAKrsaPtw2Q8uXpt&#10;/fGDnXanjzUTmklkLMJdzpGfTdycq0z68Rt+Mqj86hcfDkcGHRQdAX+32Wp2u6i7hJqGPXrcE6Tt&#10;2k75sJrNqWBTlTo2q+71W4MR/1Rg2qq2dFpP+NzWQd/ts9kTYJDxYae3W2t9/P5HoXjAv7xIwrl7&#10;NeKY8jl9wb//67+VhtKEs7z5p38kKfQwm3/wu499U574lWjqm4fjSkvUnNmtFFmjU18eywN16moE&#10;JRexGY+AKhSG2f3q4MaVBUcyNKKpaCJwki8lFmPyePDyC6sf/eobT3AuODNLhzjHtI+NcOQKXzSK&#10;il2PLM7YvYHe3iN7qcWzznK3g9GrCqCBzQYB+fH2XqFeufL2yz2RiS3GdSct9xWp3KynM9du3tY0&#10;fu/LnU4F7ush62VHlZyULU/TzlFLKSOFj/CGw4XZT7dwqJieWruc10Cn19KZAqTM7GdHHpUSvK6r&#10;r699/tn2yccnhfvHt5em+sf1ykH17sp6aqf2h2/84Kt/3Pz8/YfLl5cRiyo/aSC3Fff66plqwoPJ&#10;3Yua9/54VB8MuenIJBnXnDRibHO3rrQbnUq+VB712YhnL5tDGQ+sbl6HAxZlUHlGknT32iXcoBCG&#10;ROdIEvUf2uB4c38RNS8taVHwOfpjCdjzAETOKHBU6MGATgm4XcTF9/sDBEBwc8RNUNV128QC8lNw&#10;fmFqbdmViFdxn8Isgk+NfbKB05tEwNFEnVYvgYBPWwFaAjOSxtFTRLjVPUHvEUZ8LGBplJMDVDgx&#10;Oz9Js9wNZEUG1GMAXiaTNoQPTcext5Cv15vtaMAN+XEiSZQicaY/y0B4R0ELqGa40DMAUigIGbqO&#10;RhOTnm/oDLLCNjDX4UBvUU4+MzCWr173CX7skpVuE/nDcjGLfA+Gd97KDHE44ME1HKQzmXanVysU&#10;sZwFkAYLVo539FEwBVI+VHXGDoP10vo6gqQ87yzvn3z6zkfH93fbB2lYFSVzzAbpV6z1+0GfKJto&#10;SX0mFGhJAzPu2B86nKa82uoMQG6wAPihKPMLyYODlMAw4bBfHoJgSYOdinm9Wq6jkjTi5DttNGPx&#10;U1OxaDiCgdsx1KZiMRDIrTY77/UAf+W2c24zFs202n0wIcdWy5Ur66tRn1lGOjQGZv0guLwQmjCR&#10;wChqYE/IGra+ZpU0vYfpd6RygoAVOIoYkhE/DkrhtajDa220dQ885bodEp8IaVRgECTmLTq2EG3E&#10;nXMdrTASA7zeVVOPYCO2zdzBW81fgKvIKYBzvnB5amGRphQifdI+eFR6lBqE1mOAJa4sO51+2umk&#10;gHt1TIzUbnVo42LTzGxMPGyO8gMqk5ZlK4VyoECEdvuxHLOUFIuNp8acniMU2wIPXHgTW2SB1u22&#10;RksTQ6zLYaCA7/HvOuW0jM4G3xyFxsN+F0QG9jA/oJEWpC1e2qjVNcnpYAXC7WcCQWrGRXQ72s2r&#10;PpA0q5IN4cqp4ATWOEwI319gCUWLe4kHv2vSInN1ia1kB+nj0SVgsSskQGTF1pA37HG7Ud5vAn2c&#10;vl+GerAxP5VNVVsE8c2vTyyA7LvYz09k+n4ZefMIZXv0oG3CUIrDd79pfER5lsLcGy85pDLxTx/u&#10;1ULBwEv+1xaxr7NeiTkWw3pA0II+LtNBfSP2ehDPLH2rgUfsYbgIsHK8JcBTol3hcMXz0i7g7ETa&#10;HxVSpDXhgwJsRcFkUsTPib57LbTKSDGoqL6hfdY5E7HdDREv+qy3Eiw61f8pNXS66biDuhSL3pyL&#10;CYwzlWkngAr3BoJ0cFgaikNGlcaBQFBRxpwTTgRTQVEVjLswtCFSS4GgiYMs+iDN3QlFeQI4UMmQ&#10;7PUx6mRtHpcImBXcrnYG/npLv9N3CG5MxvtHKQsOKerIG4w4RTeiY1az2BcB4qhNsyCmhB+UYdZx&#10;WhSpD1O1KSOd6kiCywlDHv6ZNs8yNJy77oDfIbgIOKawrlHQN+HAtwennt3j5d1efTT2M3YsTtFJ&#10;apHakWsv/r4m3mr91MhKPpPm8HdZwqhe3nm8+fEHvznY3Xmy/RBdIHYadBmLy+O22nSHG1dUY9CG&#10;VIsDO9Kw1nypWy2ZvZnfvXP9sy+/7srjVgseUtN1jL/wLhgMTOe2LGvBkCMx7UAVH6pZMGMjEzds&#10;KqFpp99hk5uDgB1F3IiZqPpTpZSwQVaxqOY1uVYbgRd9dGyG+9D+goHI7URUi27WFPDYnbiqwJxj&#10;Q7rYDFsCtK+jm2NoAp9Bfds7PCgWEIAzXGDTa+gcJSan1ltEUuBGxGndVK2whcQvuGkduIBxCKqY&#10;s9PpIHfWIYS+0qcT7ym5yvJ0srKQzyFWF2p5ns2/z0ZK/dwZbJx7oc/Trs8RVWdy6vN5lDD+Wd8t&#10;cY4+vlCGRJw7pZ/JwgbxXLZ9pjufK8bEaYr425Sri2bpp0Pls2AuQfxLQtVTPfaZ5PvUNv3s81Dn&#10;M/9ZN+8Fxdk4V3NP88zGGT3rTKU1Hz+u+XgmoPE6zyde8nnX7tNeIuPUbn1OrDoLCZ99hqdf7nTi&#10;pTDxBsN+rB1gpsDnwehnTrw22HaMsxImEo0qqX/43/+H3b3tdrsH25TXzTRaA9r07RrTswKWI4Cz&#10;ewOw+I3n5z1eF0wi40ZjmIz6k0EeSQXkg1w87M36Tro71G2KPOA5O6RjpJAACsXOZDLuhuNOmPgn&#10;xtjrs1fyrU5LnZ7l21WpUcW91QaSZbs+Ao4XBmDkfjE7MHa0nalmcF2wIgcg9Yb+oDuf74OAVWsp&#10;yTmR4yxjxaRJyziNvP0nf4Ld9v7e1khFgSL279jxmV33QNpH/X5vwAurEGwwAHU0Wq0QHG4EcFh9&#10;2Hfx+DkP6/U5w5HgV48/qfazJZhJ+y1s4hDhQqcFIzBH9WxrkO8oBMjGC67lu2/+BT4PMUahF/co&#10;vfu/vf/vpdaXFmtqhIBfaBZFNCzjqA/U//MX/1M5/Xhxeh4rsobS3j/ZnJkLE+o4mVjCu+6b4wek&#10;S/5m+73NB5/MzcVDkdUqWjVyOytrSwfVo+3svVIfdRtkIT0Iwd1nkDspuatjkgQklN5NP4JnJ1M4&#10;RL9PTx2g+pgcO5PhKwzv/ft3/w/NaA17bdhsNNX20e8+ePOt74JM2pjUDPvA7Q/WoGRpBtxuqVyD&#10;t499057D4zYaXTJ5aSrmaBaaS4vR9qi9k4JAYjQbw1YJrSA9FDbYRK7q16q0vHev2E614UTDVUNG&#10;eel88Kiwy3DEW6/81Dag/N54JvvIHaB3H+/Wu7uoLiBHDIrI60pjRFgryhjh781vIFT0U60B7F9A&#10;+KyF5m7fvA2kDdAiYziXGAP2AgOj0KIArwuSQjChyYpFCSJiZXP6mOiyq+GyDDkqydOTymhtxbW/&#10;2Yi4XQO3kW1I1q763Su+bmUwqBqZdCdf619e9G2sYa1roK3Hke+SI12qDli8zhJem1/YmOd8U85o&#10;Mrj3sIDgdtvQYyH743dzxgBZ5eZi0jWsj8byOFsp//hP50XOYGvEf/9f/jffffV7Qa9fECKGYP3F&#10;h38HcyxtFWCLEs32QEhKcrHQ3dvMi+5RTiOzVSmT64uUVd6uH/xmj2zpk8EoHmItlWFuMzdsKKwL&#10;ZbcWJsrnT7rjI7Wdqbr9HLgLlvRwnOs397ssBjRJT2dTb3znGvBkd7//ihjuTyUC21+efO+NpT/4&#10;k+sv3p198eVrYS/enC5AyVtSvQWDbuHJ6opfDMSwQc7Vj0pSo9EutAsZHL47oyLyZvV22YGqZDt2&#10;Chi7cihSicQc1X6ZsQYruS6H/gBSh6keVaSNWs5mdA8fbmb3My/duk2ArO1xtiq1J19sZr85lFNd&#10;4Kgfffh1bq95Y+HSVCByY2llN5Vbm0nAGR+LJb0CV6vWABbm0VE41l9Zv3ySLkGkjnk9nBmRJ2AK&#10;cDtc4XCkJcmIjsOmMZZH9UrLbXVmtws+krXrtoBTgLuvIfesLq41HuGEcVSp3Li+msrkrtx9xcYB&#10;u5wUAh6sRa5ee5nAYEIaAfQjjmTsbMrdfEupK+rwzuXVL/7p61Sqink+OrtoZ8Iu2mVRB/ube6kv&#10;n4TtwJwKkElaXVhPbPlCCouMlTeudGB0QaDP6K7NhvAIInO++I2ptgPPslwvl1FMJXhxjCfKLOOE&#10;YZ0XDjNVRB065aaHJquFtod3vHx7Houd9MO8XmwFnFFCdG7v788vz+3d3zt4lIvMzoFSmH+0+80v&#10;H2q1Difa2CjCLNpgwuY6cgQ2sSKyI2DFtx2SpNRA6sXUhWJe8EEIL2yT8GR6uBm/a2d7x+8JgGx5&#10;8unn68kwmJi2kEMCDYiKkwpx9GiXh4nGqfhnxBVvcFBSg/4pHGUmrMdK82F3qPAwmz8pcglXX+TQ&#10;+Dy9fjmZWPaLSVRbL756aRyD06/PKT27NNn76NhFCT9986XfvftBMua2aoOES1hxurRC7uvPvkIE&#10;3BvmBb9jt5wVPALWmKxP2H506KXIg61tqVzJ5Ap8wE34BGMEfjQlXl+SfdbZVZfNTqBkZDYcnEqE&#10;EugNgclTGYKgVu92rs3GBkjHaaOEIK7NzKwlZ3qFhptxiCIngaLJc7CnmqUX4aA3FEXQBXoOjjiQ&#10;IUFdn5ihL9qc2UDyzxWr+Uri8hofDYkBn9vr6labASeDWdfBQD/A7AnWIPq0EO6YtAeDstSFlk6M&#10;xuCBQ+bFoRntvGjJo8wgzwSHI7ODnbT2ccjDMhU3fZqW3S7PfBK+x1atiZsta7XA8Yix0G7+PmkO&#10;uk6zZgwiExw53Y7U7SFeAmYHuj/xcCedjoz743a2kpibm9m4in9TrZZxO8OCtVorM3YGLZ746Oh0&#10;EoDZbqsBz+FgMNTRKVpvuZxOMRBGxY8PJGrddIWBRYVdsiTr7c6QxugmBq+++tbS9evumanmBK8M&#10;1NdrRSDQ3K5mty83gGKVCx0p6PflKrVEJOi0US2IsPIwEQ/OJMKHqQIsylM+N1YhD3cPI2D6UsRs&#10;wNMsVMq1Rn8yrhTRSdSGTQH2chxHGp2OCiAYHizKC1h+KhEZYlmtad3ByIdBE0ursQ6JvdXsoYQa&#10;0/6IszndAkpNQAVj4ZOyGdgGOFi4NPCbGs8YMQ+Ha8Zo0Jt1iUE75RgruDpduh63OXXKZ68OLY+3&#10;m2gsO9qT9PYkCiO9pN6/X+9NjG5eag4pPs67SSBbOTnT/+w32Ze+FwrPQBs3cFVqGVgsGWgpWV4P&#10;u2aEEGbdmBAjNJ+s0ChgHFI+NwWKfAdHbTS3l5BJIr5zwwlnG7Z2AYr+7L1MtWWsL6AhZZCIom/J&#10;MiFZ2WKVSJJ16fiDioOWNePaDd6wmbBl3kYsrdnsXn4o2hGVZBz0flNvNkdNSS+q+n5FBazb59Lh&#10;30H1r0gTMqradXqnOPzsQUNtj9evOW2GWj4aa211c0d20VSvOvxyZ8R6ufvlEYdmpyYGP4Qi3WFG&#10;XELfJEuKNlPeenLS9PmSS3NhW4XY/+IQp7yin5ld9GMFEWQYgUYE18K3laNPsvfeyxx/nN53YaVM&#10;qqVON8QB4OP3ji+9GG/q+kZYl3LDrc0GLyJOaRn1YOgdB/zQ1chcU/NYJg4rfPXUSXHwxeGwpsFk&#10;OraZDY9gqHGCXXv4VfOLT8ob857tnQ7GUMHN4P2CtT9QBayNeOeDRraF2i3msKpNu0xYkZehvCLD&#10;TcDp1z0CH+HN/g0UO4ucdShVKBiWaX9SiLQPa06nB6qJGTdDdYVlgseF5h3UQQIVirMvY+eDkSha&#10;F+ymVcNmBycNtZ2wJE7Q81fq1hoI5sHtBiYAcDQa0ucjFTqky4XWLQFJhHFfrpcqiKVjAVzK12CK&#10;biDfAligyXY57Wo1J7Qy3skEbcccBigx5iXw6TCWAPUCFQssK2DSpU5vMNHBxoCBHl8dWzDazgKa&#10;3G80sdoDUqwDoWcymXnhzu+rjzefxdVDljot3JgrheO9rXsff/jh+78Ce3Lr0Wa7WU8mfLVGHl2P&#10;IHthb1jKtXpdDd4p6FSUHcRGbGWAG9RBDMQgwXDUk72T0WklCX4I3ognMReiuYk/xKD8AVwr9Oti&#10;S1hFWYuMlZ8GfpsY9I9l9BIP3fYJypvKXTVXxbrAxOIYCPbjvjsYOTHpaiaHWRkY5TrEYR2GHY/I&#10;ImCC830s4hzCbOgV8+VmvtBGjSrA174A7fLxiOLDLwrYGMD8WNQJbhpTeKsBVzZgVaZFGe5nU9o2&#10;Ob5Ir+EkCxem6RawmUDZM6XTbPy0mGuRU1ezAd0PqSVc9s0PNS5ylZ+OsoRhWC70ARHERWsycZ6S&#10;PZdNL1qeyQsEKuICovmflwmdg44vCrbkecfP2UD7DC/9vE33qSpNks/U2PO59ULU1hykyfNvmbig&#10;Ap99KeP5FK2f1/kaF/t6L2Kiz8qCng/+hvEtstUpw/wpgouwnHuR8UfxCpEkGXILLPSneWniQhD4&#10;DLulnzblkMTzr/TUc24Kv3jzAT5sgcZ7MxIMmx6JsXpax2sDXR3XHnwOCuRlCyrAYECoP/zoPyGo&#10;bXfYi3WYLbRQ3Jmc81vIiT/Ao7mw00XaXHUHWGxgIwEH7kR4mcC/NlSGoZgPfk8cUKHT9kxLgk2W&#10;NKxX0NogjyY1eIl7MPyTMITCGjE1E0LgOOYOTOBlRBqHmjicHP4gdiuImnNuGp2Y8In1e3g8Iwmz&#10;GZIFJiZt4nRxQQ/p9rG+iCB1ATAeozwCJ6YALpUjnfo3/+2/w4dajZHH4ZidX55JzgG412y2XCDh&#10;wiHpckEErZycAMpksU1wDx5jjWahE4lLHOO8fj3pT6iELV03+mWi0p10HTyTryilqjHqqtUyWMa0&#10;YQsfp3Zhml0KrjvDsb/+u/+1KeceH22BIFtqpqoTlKTD87x/sn2v3cqhlrZLAIFh+/Frf6JbhQnt&#10;YFixXamOJur2k/tWS3tiqTb0T0fWVl/zW3VYVdFSe79QLC6svXB8kknDHsQ5Ko3+SDWm7WC5G59s&#10;1u0INjjZiJAM2EEoRYfNT3aOD3Dqt4lCDXVm41Yud6QQrWKvgyY4JKGngvMBMfGd137Mkh6XKwCK&#10;ktPOacBASShUZHRzBlVnY34go6o91evnUhnJBiikPCk3amhHKKYkKBwLG46F694hScNj6o8IVUPH&#10;Ca+Yai2HPRuXZgjOeHRUpIJgNg2G1dE41/3ZG9+NzV7O5J/wToUOxR8+zj7YLfcH41Smk071vv40&#10;rxZ7clWOhByXYq5rifnoDN3sjZr5zje/3dzbyz/e3ppfcKNCs2EQQz99UB9jCK9UB+t+1pFwP6lN&#10;WhW53FS4GQcwpk9yQyv8oA9qAOGMDFL02RDimlsTO7QtVe43yuorGyugFXc6JkMinZLsefUGv8AM&#10;+pN6T6oohJ3wiO7sg9zckr+DdNCpkRuo7sO9VvmbUuOgh/3fxk8Sapw7qSr+BU+GsSs+VFdZRUtk&#10;NrGUP0k5BcdnD957mHtfd0jZ/WIiEZUGWdLCzU6vbX7+RTnV+PMf/7TXa36VqwQ9rFtkOukW1VTB&#10;oRv31JVLl/poeai1dRUFhnzIzfWPcURg5oOOkw8zWqU7HQz94LVrN1dXdx/uJr3R0v4BWCAvfXd6&#10;yGlrd+e809TiwiyOfWvry/Gkyy6gPRuJFxJdl/FQcje9KY+lkULZDSaTylsdjlRxS6NVxarzXqOf&#10;I99+4zVsSXjTfQlSpS17OEwE4/XKmPciiuvSFFRp86zDxzv8jSraj9pTUYTRuGvrt7Bx2bj6cumg&#10;UE5tkf3q8f2cC9gXwcsSdDfbURvjqN13kqrmKi3c1eJuF8OyU/4gujH7na6uYrgx0uWal+NAbYcX&#10;Eleuk2wOLlQABpZXFqsglGsaOLpBjz8AwqYVA49rIuEdAtcb8pndnqYhH4UbEAAgP/rZTxY3rl6+&#10;tPbo8/tXL10qlGBXso0pC9QTt9c/KGtf/PYjXAMvR2furqyc3P+m2S8H465QZBqtQzEvEE361dtX&#10;cBQfy4Wo6MycZBB9d8c8Q3riT06Z9BXatpnO5ItFBMS4WEBhdacLgWR4OFDh3BkQVRiyGdEysMsB&#10;H791f1e36flGH82NaAwcDLrGSF8ORV66thFOhgx2El9I/j9/9WFiOoZ1WOO4jm7Z1TsbsyuJv/mr&#10;X4JR9PKd9aDHNyMKOOvM3Jp+kC7Nry1otKMxUjeL+yhFcHNusH5hZtZ7ncxe0Rf0NHtqs9khRUb3&#10;8/HrC8mXlqE0NMqVeac7s3UQsBo+0ibyvtdeu1MmUORRTm3vUXaeHHTjLtvVm+tIvomt4eAYrglE&#10;4MgyjqVd6eFXOwlfvE+Qsxtr3UYFqBb4Bw8+fYyxL7keqhO1waTp8KhT8+LhTud6dGM6NMXwjlfe&#10;unbnpy/aI7M48oZZl4sTVqfn4EsfHpVLhyeLkejs+spQnzQVLbq2eNSVVq/OKf160OsMRIVcPvV4&#10;79DGG31FaRzlbJI+7Y0Myu1p0VEpIARaX4r54dyJBgGMMblBHqcDkpHZSz7UpbbSrsDeiZkO1EQK&#10;dxKcmLGfx6mrVqz2qm3cyXCJb0N+AROYQj8nek81pdMC0wY58HG93gVxIpX3wIhkdrybO2bdpDCP&#10;EcGVOgOAWnsIpTit4YQ/ny+CsxU2U32eIZCrqgaXNeJqqKLFIQS17dqpcADfjMmCMa3FVqKvBHze&#10;F372I/C45VIduTOXC1lg7BsM3Bca6tjmABGDpvHOwUIYjd4BN47MsUQMMyHUZ1CMp0LBo24faQQ0&#10;GMm4agFqYaUUWEooAxVZTlR8CmK9WqHMAzvK2kB3ROsCGts1SFs9wO4NolGp4gGJPn+jiZZdgCwI&#10;lnbig3E29AXgWA/EZ5fn1i8HF6ZvvX73lZ/8UK7WiukCzn8IswHdoQxlYKlRKn9SqoT9rk6vt7OL&#10;JzQ8HFuOc1U4vK+sL7YHPQaBT9ALob9wPBg2GNojs3FfyId2EZbAJQicBw2jNFgISGtXm12Ao5GV&#10;xPljbmEeaAyeExB79IlOjqLLQ3Xj+tVIJLSwHF9amVGNscDS6IvxwQZOaskAP81STgpCruX6lK9X&#10;bdjHEwfKZuxUrd2fux5WWchHNm7GqeCcrJLY0iJZijqrYqlnJ0lOIdD7FZ5mcj2i57bPB0G/oruG&#10;Ixi1xuJ2RE4IztawIi5lqRzXh+3xD26uanhL5zq8TmEqwvm72dWYEBDaoMjamSn3whSNcOywr6Hv&#10;vdge+SP8iWE5KCP/RH70UMJ5O1NR8J0EYzBZg1mNg7bhZq2uCXNvR9ptUw+PRl9/3UPSFWCsQJB9&#10;fKxMz9oEAS8oWAYY2G1amvHhV90bc06nRcHoi4J0VaA8PmAArGiy3UyPnLol6aI+uNeOrwdBZZkP&#10;kYYD3cjYk+m5rmHTyIOd1vpNzgA4ih2mHhUOP608yNZD16cPHx7qdv9ydBEHwqEwohc8k8ZwhhHs&#10;zU7pqLP2ymxur4ZdupiMCXaRCzDakhdDL8U6K2mpYoFMpyaDNC6N5e7IENnNlgaCJgYIzYZ4JMGg&#10;8FfgUMzrZ6hqWpEaI8yNvJ+SdO4X93tOVCjC32UTV+bEk4/L6d32iKEaDLuj6nfCDuRWyhrVacDo&#10;jIoQO8WMPSxTrSroT7ZQ1oAgrCaFhOAAUAX1EqKV9jG63Yp+HcFHCoLKdE/a9jFaBlT4mXELk6Ue&#10;pKMhZqzJBIOZbuJxQVnRWg0EZrvYYWBR2AFNGHs0yuoWRYzAdpg4KPQo4dZkdo7B8GGyayxmTUi3&#10;DfwLqOJDgLJxnYeTIp6ccrIclk0gejgcuCDggA31F5VnhNvlshpwaUC6top4UknTRUna6InFJMd2&#10;sYxDRh2WjGAIwBtzTyeKuVQWdH1EPIqVMpj2uN1V2+0bb37/9zTx/vrdX+Dm3u+1gDRAtTyItbVa&#10;tVytIsE7HsHbOcIwjAp3eLgxyeMHB5ZhD5XMEnY/hC9Aejx2l5uhnbzUHUHuFr2sas5MaBZlgT9h&#10;ObLTNDMLANkCfIECZV9AwMiFBiPIbKjt7XeHzUIL1yugceYj9s4AgUBLvT60wx5PIjKCWIuJ24fX&#10;MOjENZ7qyDp6X6xWAy56K0NevRmMxrmd3Sa+Lk4Ze0ctDDZo3m40YH4meBfl9vHAC61ciY6GBAdd&#10;x8+qCtylGJcsQ9mcl8zWKHPQMCdBjEmnv8x5iTh30xLPZU7zn88mXjS3ng5i5DM5ljwv+zltGLJc&#10;gE59y398Ti22PA+l/jMZlXjmBH7a00s88wQ/jVgbxPloajktkDLO4FIXY7jEv8zuEgZxNlGT57Pr&#10;sy9JPvdin31B4kI1L2EYF1K8F9qVLj6oC5nkc9n2OVvrGU7q2dT7zIB9/u2dQqtOP8PEjN3r0Hgd&#10;UI+QVT399ozzn5dJFIdujDckHBMmXYw803qJM0P2U3/z6dNIrl27GY5E8NSYy2hso8EVmIwH2LQo&#10;SrtepZ1i5ujkP/z7/66Cgi6LJRimsf/oDsy07e42GLZaJiUp8gSl2iJ2eWNLuSjj2wHxEZeFdmeE&#10;76XZGlQriPUZ2cIgPO2BK9BmlsoiA48wCA6noEiRHBZ+Q71blZ0+B0Kt2zulenWAQR7XyVZN4hiU&#10;bZBAoKO0DOIflEXA/x0BDtM8jS76mKdWhjPCsFsthaKELMBoNJmbFaeSARxyRMYKNwr12ne/c7C7&#10;jW1xGAyr6LwsywcHhx2Y+OQBmsEr5SrrFmAb8gk00mLAzQHyBFNGGGUhR3ttKwzUBhoMVTAFR2YR&#10;brqA9hHi4YksV0c+e2D/SRUMnrjbe/eF73DCDDh9O9nHKyEvI8b+7/f/Nm6lCc2N8C2qHzdu3P7i&#10;IF1ENU8hn9ndKm595BLpQv4QP2uBD2Ld3SLqpfQRWCyd8bDcHVcyvWyjPrb1MWB4wgtP0jtjatzo&#10;Sqj6dYuU4GMLJcnhtLm9tN7lFzxXJJlrD5SaXP7F+399kMpMzdHlYssrOErgcChqR64r+OYP65cX&#10;Qtfm316cvcILPpfLpwwB82hfX7p+aerKtcW1q3PXX1h85frqba8wFfSYrQGGjLQJm8/CiCfh7WQ3&#10;RFK11UsdPDFo3xhYLN4YYE8TsPfHMgKNiFlpB/sgUGjQDGAi60mW6kFPpCmplf3lN7+WOo27a289&#10;Ojw0TLWOPKy0Af/EfhNn1tC0W+qonYpsoxw//7tPYE5LrIhffrSvjHqoMqfd3vRxGywyQbBMWuP1&#10;gChVBvJ2FSVNOTer2iwbUYcR4dMjqtyaRLHD7U8Wp71wDmgx53apcznhaQOq5mW+rql1Tf9q1DvU&#10;9dtTwdFJE7FYD2pNZevmF5sBa7DVaic2vIe1zqAyKjypLK/7GuS4oxixhLVQI+yKVsk1XvrecnFW&#10;hDwVEdBcrF+76p2GW2uMTb322ecfV8rHFk6tNQoeB4LDi2+98pN33nnn0ckn9x89rtVqm/uHpN3q&#10;p4ntr4rXLq1glLOw1gWvGE+6I4veUlHBeejWtdu1VsUbpMEXlw4kvjXY+3RfbVE2VbkUCSvtMeYQ&#10;Yex68e5KZNF3+YXkwpXFl3/yU5XCMhhhb5kn7UHPLK4SoQhu1ai36mgak/RPV+vd9+993pCkq3NX&#10;sUMhGD0UDQEZMx+Ys6D4eSTThn0hAenG98kXH326+ZhwSe12i2eCu/eKr975vtMe++aTh4Q2cHBx&#10;sNYMtTU/N18sH/CiW1H7ip4GXMBOu5ZiK0bDRmh03zASN1aoqHCYLnI6BxPxsI9x3Q2Zm7XbYa0E&#10;fn04GtU6XZxobRzrpG14JaCfoNbucnYWqQygyDBKVLs9gHDxekPrl9PM7jewD8ccARwaEpcAaQ41&#10;1W5Da7TOuYXk2lIhdXz48JtCOZsvIvPdIVgjMJ94svn43m++HPfHmPD++A/XC/mj4Oxcpl7ce7R3&#10;Z2Wtjfi0wCH02MwVV+cj29uPAegS6EDlRFHqPXeAbxutw3ybpocuPyquBGBNVIO6cu12S7Ee5GtR&#10;gXNa+rzNYAgFdYYWHXrIUiqVGevD/FEFVrUB+l22ckqmHZ9d8E4HDvPF457U5plX/+xVNFtdf3F+&#10;u1F3z07NTocLCGPWey7R/8Z3XkquzWILiIRFamu/2x1ZHLaZa5GTkxS2HoLoCzq8T975enjcahRH&#10;l+aX+9nc2//6bVsi8Hh3d351Pnj70tRdpKd6wER//uBJo4dlEZFcmEMH0uPDbfe0e+9gs3h05JrX&#10;2QDOHI7puQDjDYIEo7YG/lAQMHM+6vNdW9i8vxVKxLlY0EZaBFh0Dqr1nVS/UI6uLwYXoj2ifpRO&#10;f/S7rctLC91t6Zv3Mi8uraDhyaGoleNUMZ1l28qnf//JuInnWeW9PtHjQ5cMDEW0Yqap8LoZVFq8&#10;la4engjExBf1Vi26A2AJltur1W794Qtc0Gl3Wq+9sHr86b58XHLZUAvUR8Xl8spspTeIzUy1+4oD&#10;V2UcxBQ0sVFhl0NWh25sZwSciS043eIwC7IoFJhqvQPi4qkRBjtIytzbmB0wTnjggdyHcwi/iXpY&#10;IFZJfcyabCSdBnJBHSLcC0EYAEHwQNEv5/QIhCkLWXSY9Bq9kANLVsU8IUEcIM16OOz5h4pmikZw&#10;AlEw7oBFQcGMC08wXmIBmlGq7Wqn9+gwtbS+Us8WAwidDOC3Mw8R+F+HxagXOjhidRQJKKm5pZne&#10;ALtaD34XupJq1YSoLz8ZeZLTgeQi5vNqtWIHTtZMOqEZBc6jAf5vuVjAWRMBKCz1zDyhhQhFwrVq&#10;A9N4NDFdL1fMwwRpPHm8iYMCHGc2UwoeSL0uULSY7fEfePocops2A07W3XRxpAPaYa+2mke5Qijs&#10;94fcoFyLCN6Q+jWUP1PUOtKcuoGkMuPiIiDzgg1eadx95Taeg065PRipi2uLAEyxg2Gv3Ih4xVSt&#10;CTa11U5fWpxvtXuim6/hfiYrkHyCPj8gV51mTz8NvdXz1UobbK4h0VXsE+rh54/2nqRRgmU4zWEC&#10;VWdQfZhTYxvgWi6XoA8t0EsTCSdKpGBE61Gazc018hLZRZrTGmBQj2zp4/wNjHatj3jLqDOS0s3s&#10;Vjnm9y1BHWUt9o56cq8keJnxiEod9XCrHaNkKMxFnRQBLMEAJ/s+LdjIOZ6Ms8FFjz/J6Eg2c1Sj&#10;Md5vKlMh1s+a9aEjE6o5ub5AuQiylh5cnRVK282xzzEbdZDDca0y6gwmES8mMEslr6k9jWSJoB8B&#10;EZPtUZW1o+oYuVGdsS3GrdXdfk6yXlmiYWNDjsvNW+JRh6elTL5usAY5Rt2QoRc7k6TL6kZpr9XQ&#10;aObJ5zVHyHnQH8ew8J1YrGE6yVlG1XGRsU0vMOsLTD6LnMB41LZ3RvSTXGsn3UsuTIcFmybL6VE5&#10;FHQU8hWpqs68mdyIUuqelLy7rMvq0tp88bBeGBKX/uCy3a64WDotjdYYIz5Se+VeX2DNG/SY+Kqr&#10;0xxqUYlxWfvk6yJjZXJPutntNvoR93oArljgUenWjQfv5ltp9VF9uLwk7Mu60jOOs010wQpOq25n&#10;1CVBifJeFxEjhm74Y4aW2Yh7I2qpFXr79cl00hYIGh6KZMGvyjVRRZZtSrU+0HkkQu+nnkCkpAOd&#10;g9akOHRqnC5rjXbX43U0m1Wn0w7AGFIzOAyTEyva4yDq4o7DYy9CqcjxUpR5QvX7XJzT3mo3h+oQ&#10;0jCS+YoERgTBIgBv/hdPFbwyqsvrQUDX6XLC9q9gKaWMui2UCcOGANTTGB+DUL2Z/LVa4VbGVg5+&#10;fAyIQEEjz9zv904hpqTbHYCVmebsTrcI/yJMnB0Mml3Jh1uR1yfVsRrDRswKuQ0Ojvj0bHTx0u+r&#10;nSibZhFygJDkdNtQ1UPacNWtAX4C2g+mW01BEcCpUxR5JnNEwWoUFwes51BmNrcorF0WwPeCn7hW&#10;Q0LZQD0UHG/oNcBWTjbxWyPUQgFBB+bXwsK0L+wHRMMseMJDg04OFLPALkS9S1EBQxvqG5CuDydd&#10;ISQ9bCSutLQfPHiMBOBo0NGgAyVqAxxKBTCt2VCAxQZibho92MNWcxiIiGbVUVddmHcGI0iyYEMH&#10;5CGJhhvQbwbdEWXTkjGR46lyvocLRSLpqpYVNKMR5u7RIM9/PVV0zybe55in8xgv5hQCOjNYzQxJ&#10;Ph8mz9K8F1t7iAtAqfOJ8HyAvKDNntqBz4qLntGcLjKjvsU7fmYMJp7Fgs95xxfHzOcfTD6Vf59m&#10;ek9/j/znCCrjIq35IuvqDGN2QWk+83g/H4+JpyLtxT97/lN4Htd9zk7+drswccFHrZ+Sl5/+7uQ0&#10;K4QXISZe8xj4tIfpQsURcRqznphlWuaewji34+vGqcBr/jBN0R7f7Bo2IpEI/jiQyObEa0P3qg7k&#10;0dcf/IexMmYcsPSG+oO23C3jKowvavqn4XtF3cNoHA4BWAHiJQ2fh+i1QRpBqD+CLAysH2DoYBFs&#10;nmpQymONJoTkAjIOVKuhXr3pRues3ekMJUXdDtg5sToTm47wwGYWSwouCInZgNlvhHWaYa6Q4Fwg&#10;1EnhWKoWIELqNN5kdtMpABdYuzyslBGe1200eg3UgW4tV3vQf4KirQ1koIKrPlWpD6m3/vSPW6Xi&#10;sNfJZk4ODp4cpvbNLfI8VtKhXqt9Y30NBXeNbAq2KNrrwxIF7z1QK45TO+1Bh5kSUgpRzqql6rDb&#10;VRuVIYI2c8u3CJK7/7tHo9ro7q27sBTvHexlqgeHJ1/8zc/fcY7UeGA2PHu1mE2tTq/m0kfLkSW8&#10;FhVFP0I9KDnaf7y7sDa7WzjZLzzIdeW91P26vJ+qfdHH3dliVaqS1ztfL+miw7WFtWtcAPa40Ja2&#10;dsubJ42h097oqd3yAFRGp8sNssjuV8Uf3PquWmom5pO/e/KbMlsB/yBb6ePSWTiRikeNVg3FPy6U&#10;o2CVCF8HGhEdlNsfWDhK14YoBRp0oZlpkDIAxrcwg47Rq9XhyfMIATcbplQmHplbnr8a9cWi8QRy&#10;UGOZ+uD9L+6+/sqXv35cOmi6ORrEn6NUH6RKvdxPfZaKooEEwolGIhrtSfB7j+tSafDam7ff/eJT&#10;EZp7ZyLaxahr9c9/9m+mMNLhTRciSJGH9lGW5Jm18EJcWHghfkJbDcYyaGuLCXcb5paQ6+2/uJJt&#10;d19fnwvxY1wtM8fd5Q20PjjR1zybFIp4n+BmzEGTrCddjF+flNA8UegP8i22N767ESGUwQS4/Ca8&#10;i5M5uO0l9Qpudh3lZLM6G5p12VxHW4eDlpTNZC7NLXRKUiDuXL+ZGOIKq2HWJgHGLwz0YWf08t0Z&#10;NiqyEZue7RY+qfY2W61dWa7ol8WZiMeJjr1YaGYmdhngkzde+8/jvstR9wxugcfFDLa72Bl//WQH&#10;svIA6ZRODx49lxDsdctKfzTpM3Kto1RlLHdmYpF+LfvD16+d7NVrmYaXF30UeX12nrWxhXTWzbHT&#10;fgzG5QkWU1r1zo/na0brSfrI7vRCzmoUG3dvvEIqbNAtSuqJ0w39R5ZHOLYGBQR3u43Z6Qhgk0Nb&#10;zye6X731o90nT0TnzNLU5V6vPm6OO6XOdHjh88/uv//53nf+KBBGJ+mYvf/Rzn/9X/1ls4xa2dw/&#10;/O07Tt4FAOfUTBC5lt39x+12cSoRLtR3LZQ7GI5kTvbQ3Lp1VLv5B68otOKZ54vKfuKSu4AC3sHA&#10;7mEK3TpYuGj6As0N1xEk7qFvEVZmaipuJ7BDAYO5l6tgmaEgOoBd/kk+BwRVPpNxUuRqIpoulLF6&#10;KbTaYb8H9zO/21Gq1WfDoWK9gYX8Gz/7Hs9Yuo2SSvbu/uga57H3WOuNH7wJx4mDkA+20nMzkaXr&#10;/GH+cGbpcndIddVWtV6FEQ55deybdNMU58oe50AN7RYm2e3KoFZpV8r37x34om6NhufFEg5G8+lm&#10;syQllxaHulputFDQ6uNspVyFwxtStOXyvbHK9RsoVZEaxMS7HLG6fNu/vO/syH6L/clB0T8bXf3O&#10;tem3NvTgOBKeIqRm/SC3cHm5fJDB0iOxNocm1pNc6bOvH62uL7WNYZfoR1cvYR2eDCFV7mnlWp3H&#10;hWmXuPXeZwHDGhMFrV/f+N66Newej2zgWkVC9nF/gHgVCkEmUrde3w9c9d39oxvcfDLy4ppsbQG9&#10;sXp5Dvo5mJxU0KZIZFxItlsTzhlknfzm3n2bmyk+yufStfjq4hebO6Oe4rRbs7lUrVwNelytRscH&#10;bCklmqlRVn/lleWlZGj73cy9949uXnohGZ1qV1u1cn2oW27OzDKDccIvWBrIksK+n7U0Go0OhOXx&#10;8vKUCkGE5xOJuBuNPnGv4REHmopd4SRTqtw77B40e0dy86jj0qBgV5Raf25qYenaNdzapkLubKH6&#10;wz/4roJYLMwpw4FZngVnLwlKvxZ0O1mW5jB0If8ItcVioH9ItDvcgsP0KdltyakwuhMjaJHyeEc8&#10;j62LHRznsVZFGycYVzxo+eaGlTZL/TSQmYD0n52JY3jG+GU2rMN4hTgYtAnD6nWC0jBGZleHKQmQ&#10;xFOH2HhsVsmbBi0cnCcYhcwDFDJvUHsRENZh+EGZLJpxu73WcdppZ9UhjlkWlO4RKgQuygKL5Ezy&#10;SbWevDYz++bs0EVmjqrlfLteqZfzRUmRvs6XiWD0jT/6V7ahxtihZWJM1igzOYj7N4x1MDLTUJwi&#10;8RioMDAJ40xmOxUrxuoI50L8whECpVngOnEOzuML4KEM0BBEQj2h0LUDpzRiU8pogGM6RkrKyvjC&#10;0cTUVGJ2funW1YWNZey0MSeDlQViPxA1BkU4bPZcGVVGGDhh2iB69UYKLSzapFxrzizO+YJAiHe/&#10;2jtWxpor4FZ6YCCOGKhvorOGylLgvqwUpl9C0zgRqUnus292IgE/PiY+hQ54X6pUvb6+xBKTcraq&#10;0Ez80qLg9yVMqHcQXjTsKEAfWp6Ow3qKzjtsyqDgBRxOdD5AfNMhzQX4+M2pgNcKvOIwqzYKY6to&#10;o0vDSmeE4ioBsVKDaSIjZCEKqabWYOaiaJrty0UVFqflS+FgnB9i0wbCAnZris7YyXx9UFHJ2aQL&#10;sxHlIaEPoZqRCZJDg1iZtopW+72MvJGkkUHFKyUisg/eKde35fpxC08vwOSYhu0OSkBGGb4BxTIl&#10;ki7aAlnsg8N+qqJoHfWgo95ZZVfmYdeGWsxIo0k4YP3mw+Z+QRoYttWENSFaMofQNpkIMYGnK5Wd&#10;dHQbJMOIoLGU9ejzJkpfxDknKdKBCL8cZdot9doiS2bkSbb/+OPi5dVQLEQ2DtV8XvY0h7GqpVqk&#10;AoLrytLiSgL51yGMV/mRDKhHl7RgDOSCdqI7CjeUR005Ghe++Pn+9bs3V18NL6zghiMzEJA9DI5c&#10;R182tx8UQpci8PBDALnksoouOtfWXt0Q+/VheWgJ8Wxmr5neb9bxNHnsYFofjrQ//WmoOSRQGwRJ&#10;pSJNXpyxXZl1+QXWHSbyPWPKTV/x6QssjHwAUOL51LaPwYGyDFGKHuewEekpFofVJvAuvG/ulXos&#10;8BykKuljOL3dnJeCjN6YBCY8WglRxq1IaCpUkEyA/VRT1B54NDKKzlW815GDQWYdax4v+hXNvke8&#10;miwD7HF7g04H41Eflw+OtgO7ACycWcVDUZqJYIJc7JIkYBqx4RnzYNy5fE6PDzoUyk/wb0QzVEph&#10;paabyyA4FCmsYVwuJHwjzUYTUXMEAouVOra3mKjgdWKcDtXGiImpWCTR3t/PpTNof8bGihyp9ERr&#10;Sj33bBROE8DroQdPXbry+2I1V2qwdJsaE+KDAKkCvgXuRbuFzitcLVHtiY3ztY0b6Uz2NHRpCopY&#10;LOJVh8UZOMeoJIO7AZyEenfECjbchhwCQH0Qb5X4YqBZkXDGtgt8o9yulswMBiDYA4AcUJkeduMZ&#10;8cc8Mb/wZz95sdzIuKecgG2jsxpKQLEoOWz01QWx2xqh470vaZXmYDCmzHJSm4UXSOg6pJ0Ab7lU&#10;lCCyoQTESqJlnYwH7SdHbSwEMVGjzhRrC+y2aVwJea5e7ggCetKtIk8dpyDSn6Y/TUXO3F2ejrvm&#10;0GualUmTWEUQF2e/UwwVfDUGvvSQZZmnqC/iFOJ8LvE+R1I9G5ifDr3Ec76T5bl4anlmc37OQn46&#10;+J21AZ//6/O/TrVM4plN2jgNEhPPdNwzE/FZzJe4EOI9U1GJ89Dw8+mcuDjsGhe/N+JbIWSLcRFK&#10;deEDyOewZYO8UMr7VIq+WGZ0kURNPuMzn43Ez2HV0K1hlUIWCQwIm0mWI8+Dusa5Pmw8//bPErz6&#10;Gfv69IdwOufjGSEvXb0VMCdeAyt43MzxioWdQ/QFRLd/88GHFbTuDvpffPSPeMpbTVPhQ4QmMY3m&#10;bV4ZWWLT3sWriZFpocYEy2ojxSngpG2tlYdu0d6TsDonvCLgxUSlNTw8agAdips7Phox3X5PA5Nc&#10;FKhhdwBVB+n2uZvLR49KzeY4NGX3BznwyQMeNLNhK2TefO1uXAzov/zjOx6fWJf6oHvAYiOy1mJj&#10;sDTNIzmMozNOy7Rp8TYnt8HYglt4Lo9LikFdffGFdqV4ff3qrVd/sHz55ur6TSuJfkfkuARcRyKB&#10;QA/XJgTc9fFWJg+jC65PIKpDWsR5CX4JysV2mkOclUY9LSaGwHLrNruFYgmemD++/SrRpd68/frr&#10;P3y7QBOZcub2nfVxOr106bXdk+39+x/jAshxIpwaOEbfuvadKf/iqy/9KB6/0m31lSG5OH/3zvrr&#10;IFK2B91qh8jJlhKqoLRBO1/kB7Lb6dP5Ec1bf/tVXa51qd5IsNiWwgnGMj7ZqSutwWoi9u5vDk4K&#10;reP9k+mV+Y8e3rP52PcrvZPqyFaoj4fE9mYxEfbOzc9iHPCKdr/DGvVGb175aTyxRvNYgEntRhFP&#10;nxMLT5ZrthrA6wPF4sIYIdgrhQKe/nqr2Ww2SrmC6BATsSRhOIBqQmHml5uP4OHgOb6QbVA8jTuZ&#10;2uyiXBdUsfv3ip18G90Q3kW/f9qVL/anlrz3T7LhNZ8bR2m7fwzCiFU5qebypS3GbTsYtevFTj/d&#10;mpoOnhw1pEyvlqpRkhFlrbEEVx2onnlfPtNxesj4C8Ev3j0oF+Q3/3UicsUvwcjCUEurgaNsN0FS&#10;G8HAJ/fScwlhxmKN2In2w6azp4fs2hwY4S29Wmyuvhz1JLnDxy0ScIoJYPSW2l5DRPEmyqTbveOT&#10;I2wEwsnYwCIz8070gTijtJ23HX1UePC3W9dvxDxxKhK2Z9MtvIM+/Ztd6V7FG8MxwXNjbjGAYCXN&#10;jRrGizffWpu6tpy8Mh2ZYUBnGHfdLm+5VlHVwUJ8tocATDTBjBgcXpamkhur67zgPSrVCF7v6/Lq&#10;ayHgPRoH1Te/c+vqlZleq+PEytlCLcxOHxaz8E1E3LCRIYCtirxtZip67c7q93/2xmefPWnWmnde&#10;WfAJ4pTPQ/UHM74EWDEc7Nq612rFRA1kYZizhtLpJ/c/+/zSzHXWNXbwsavJFwvVouAM5A8KJ3sP&#10;ITX89v3d61du261yfIZfviIIVidZYnZ+W/nxT/6M9URZD/P1409uvTrvi8w63ejJHNa6HQi9O1up&#10;jUuXNEM7OtgFGqhaaK0u3/7dbz9ZeHGG9BrFVgEmMIeV1zXSExcDi1HAgQZaL75Cy5YOhkOlj7kd&#10;0jTZlCXTodDtwt+J4zuyl9gTH5TzsJugohjXKuBncbuttxErYEf6BH075XYn4vGbCp+iLMWD+Wop&#10;tXuA9A0rMGLUObMeD8Z8bNBfHylff37P73bNXVrHTbpS6SQTUGd4ijZ2nuw746HN3W0LrVu8jrpU&#10;x2ppKuZFKw6kSGRBaQc1dTmZXAhj65cMepfmElK1WSp1JiCuWsfhSHRr6yEi07lG7/5h4dFBeQQH&#10;zNihDHVniNZ5IxJMan0a3JTdD79eDPnrjRaUn7nVpb/6n/9qUq2vXU6OKOgd8tEWCimqwKSGx5RD&#10;c6X2qlhXuT281pEka08hBwhhfvmLBycP8tPReGdrN8DTWGZK2SrKupfferFrKGW5//DguNJql78q&#10;9HIaQQntUn3//kOKsy3ettoiOowEDrftqP1gNG5CReiXBrwnGr8y66TZzselg9+kVhcW/T4UwRaq&#10;Twr9r/NKsZ/Kt44PClfwmEHFHKrgcmPT4cYBgVC++/ZryaBPa7X/4398f1gU0183YB1cmpoOO4S9&#10;zf3bd98s1pqQKI4yOYivAdi9cOOwkeguT84mYonwXMhvFkugAa7VZUltYB1/+ejh2pUFuzr+5P/9&#10;ddywEU1EIXo+kl5Hl2yuscpwtEYdHxZgQAQ0OOphFxeSpVy+kS/iXYaNLpw8uBEijedyOc17Icon&#10;+kpHGnShAPNcpdlFhr4ly9GAB30EOFsBuYmIXU2Sk2uX4VoHlR4RLdwzEaltd6CHYTjUXD4ftAtl&#10;YvhEdEsil6PhIAvklNWsy2ShKoOcDACYU3QqYwCx0MFuTEyHJFqlcGcYmwiryVg6RbOcQvoN9O1O&#10;DALwLfx5u4G4JtEbqqV6DyldyM4I+aCnBuKX0h+kU1UMmmVN9s0HOYGpbhcLB4VLK3i1kPfrzbf+&#10;4s/XrtwO++NWy6RUKDlcAvqbOOxrLRpYx25PGIKEriPb08XimeXwXUPAmDRrZW8AwSAKjx1nbwJI&#10;HbkP0aPTapsoKLxkSJvXH8CZgeM4fLe2U1AHjLn4431AbDtdWjDtmnBNT89NT6+ueGam51cXEtPx&#10;iqlog2FjRcsUMrqJoBeLBtbQU7XG2kx0bwdECeONf/XD7714o5LKd9vdRlsyEwoBL34sWLIvz00h&#10;Su0NB3H/LlUaMG/ZObrbRWHJ+DidP0wXGIPMVZohF4+TNRZ40/GEFabqdkeXFTTgwc1WLSJGqPBo&#10;m7Li50q0e2rIj9FbcLtB+0IZm4UTeGmo6G3taKeI/jbSQXSOBz4PBxv3kpvB1QMwJbi7UVjWLrcr&#10;6T6smhOS5BMuNMIgJyoVlQhvlR70Pv27fYcCNLc2t+B58G5mZ7NKu5zRGK7TfS9HYHC1j8Zfv1e9&#10;mnTs/lNJH1qZIJ3LyL2ikq1ITj9/9e1gYpGHRRqlFKEAgR9YpzT8+P87OdzsjL3cnauCBxENnJYA&#10;rESrD0FFvJZsYfgwI4MkeeMllwxnMLzrXaNWxqJtUhgZroBtaLcdNLDuVrlpNi9RMY9q4ZhoTKhm&#10;5JtT9OGOFLVY3aqiFdWtXxbe/ceT+dWwDv9Gz0B8X7XaOgddqWZcn7/ikIkPvnlMCdwLGy/evDSb&#10;f7zFxF3F7CAa9Gge29FhuyBaZZDMcuOTSt8DSCjVQ/0wiuj5qMMlEgx8NDMcoBhoW/Ch2odmBkf9&#10;vW8aRFRsj7X1q/z0EntEW5c3PNgT8BFQrEYLDn1tmt4vjGZc7KTQRwPPxpJQHFl8lrF9OPbbLWpt&#10;+N4vUiV4AAP2JUHfeq/er8F4wk76k1xB2/4Krn1bwUbPunS0bgBkNO3nmg055CHBn/SCHoNWD85H&#10;tqni4+JQGgsO3uuALAMXEXILOCMypG5F7yBmllang8Mi0OKMnUW/rulmRd2OZr4pcCwGYxnvGMDb&#10;M0fYoI9Ej8uK+itlAAc5llAYClGNZjbiUCS22K1aHXIPrkI6dN4hpmX4kLoUaTVbv2WAFVGhZHSb&#10;7VbLJLAFg75A0I/zPGog4d7AqRyWahy+q+WKXVNIoNlI07yYEJx2HLEdjtD6Wqlex+t8anoGFzzf&#10;zNLvaeLNV2omaQhWTXApzBXYsNWoFfPZRrUyACQA52/UbNMUWiQxpirSCHhYGLYAohdc9mZjFPAz&#10;6lAFeToU400GMtYSFsvOoyLE02qhaYa5aXJmI1jLwGfZxbarmK2hoQOhHhi1UG8ChQCp/8e7WYtl&#10;jJwknqxKTcmf9EQeNLshT3K1StflMIMYGHxoh33QUhwup+hxNCsyCDIIZKIxDCsEA8YcGDbR3zyG&#10;Qkg22gCUgYA9DMfQek6x1snUvG8oD+3WQLFYwUoSlXOnm0rLOXfKHJHM8lGSfDqpPv37U9X3dKKl&#10;TsctuOMmQHBxJpr/TH0kno18F8KwhuX5GKefD3PkmauZsHyLKmU8h1JdoEU9jbg+i99+y2NtIS60&#10;BlmeDsynxl6DPFORz0hVxrMB9ikC+unjtDwfmc86f5+Rps8Cuf9CWz7vKD4bZJ/OzOdhYpOW/M8K&#10;ip5/0HMgtelYfhp1PlW+jWdEqzMt+OzzGabGawBowdpNXzCs2+TpozvjMD/DQ+vG0wHX9HXrZ6P8&#10;06nYlHOxDTaoxas3Q8EgXjlgceBzoBnHDPQCVeJwu4Twz//+f2m102MgUdxxqStPxUVjMoLl2CzC&#10;I3X49imUaJb7sERjZqrkZPQ8FwtKV0ErO0Zo0Bth6TIcHtNviDc0qiicLFWujxxWqgfYsTyUuhPR&#10;gaoh1BEyUnNUQEahAYK91qiNjnbbJFZojIH3izciuLyO/Se1qeSc3SU0pFoo4urUTZodLGQ+px0+&#10;uWZniCW1MoDXCuYIy8ySK4xac5ezUpaol1+6MQIpBGDlYkbqd7KpPSz36vVaPp2xTaBKB0bYECp9&#10;lG7t5IrAYFB2ttPve9zOmTgUFNofsS6siwfbnTmb/erSyq+2j5r1il0gk36vqAIP3XpYePSLe+/0&#10;9dpS2K9I6h+8/ZMPDw7/7td/v7qU2AjOROJXtspFONtECz8XnYEB4sMPfz4/M3dt/cWjcuuvf/4/&#10;Jnj7y0tv/PjN/5+2N31y5L7PPDOBBJA4Ekcm7huou6qrq/o+KbJ5iCJ1U2PL8njWY+84HN7YmNnd&#10;2X2/+z/sG68jNmbGDo8s25Ksm6R4N7vZd3dVdd0oFO47kYkjkYkEkPNkdVd3UzNvpWBQVKtYBwr5&#10;+32P5/k83wl54z/d2D9APptRi9mIeqmEAX8RYABkkQlDvorTU4ITZXX+fL0zLg77Qq9TLreS/sC1&#10;s2cIiq5q9bVx15DtsZuV/+3Pvj23GB73CK+HNlgs5VIZtcnVM29cPv1dxh5DaFyjWuq2G96AH2wg&#10;/R2DksUGAphYKhatGpr6IRtAdsK4i9O50RoMgA3oG0kaIROqNgpD5YhdO0PRIer0eR/G4daeFvW5&#10;gJgUlfFMyEVTzvaEsKYcJWxtBoQtTHvgaOspTqMfycbpcPjb3/mLn1z/l3udYkFooGE2NqW3vpLI&#10;ltuTwaRLTGCm7A+wB0X2dw+MtvVf7DIk+dLX406j1q6Qfnfw8+t56P+mEtTWIURGmh96xHr3zi+2&#10;UZdMuc3ZHSEYBYR30tptpqYTgfkQzZj3a/3gvK/SGdRLXSNhTLhN86uusM/5+tIruZ0q3qAezrMw&#10;O1Pl6+/8xRX7NLd7Kw+4hBSy10t9P2P1eGFNMZU6hvUfH5yIOoa1sVAS0XxOqoPZ0MIXn9746iuv&#10;r66cog2Y+ZM2I92VgATCvMYkYrvBt1hoYZ0Ae149swA5dhDGo2qt26kLwEfNTs0BjCkXKyNxKO+3&#10;w3aPPzjMZTevzC45pWGtWsBMlbM5Xl6dR7YBqmIIgiLppC3MvvpHr//NX/+Xe59tmwn3bHpu1KRa&#10;W5Vhg9y8vnbj+s3PPnsQ9kUaxUk6seSw2u7e/Cga9N69vgkGxoho2yc0IjMf1x988vPP3v/Rp06T&#10;p7xf+ss/+S4AyHu5dQjqpxKL25/t5jcUzP3HTmo7c//Tj949eX4aEOuDYiEUDXx+4yb6Utrmxtgo&#10;loD9UqCMttMrL3WaTauJ8EXYETOsCJtOllUMSqPSDkWmQWo53N3nEP7ZbhKcsSb3ZwMr6cQiYign&#10;hrHDzVmcrunp6bXtLeR+5YplVKt2gH0owyzwR15n1M+hBom6GPDzzs6nqw28qs7Dci0SD1vclk8y&#10;29/5s3c2DktiqdlpNrwJyN2QZUpgnLu3fRseNMhNAkmjmZmszp+9eWsj2ykOOnynI0FN7kXKd71j&#10;5eyFTu/mTs/imCB1Defq4vKc2emqIO4Sp9tePhKi797aHfR78VlmwihA7gHXG/Qze41DNpA+s7zs&#10;NZn7eck8tOBcMnuT1x/WvZ54oV02jsQpO3vt9EWvw3lYKb905XRgOnrpa5eqg5qiCYCEhnzRMcZ6&#10;mfoirUmFbrc95kzMvRtrRpsBuWkARYm5clDR0oGwTuLVJvMXTo3AUxmO5xcStz66OZ9OPbi+dmVp&#10;4eDdh4XbGaHaXbt/P+Kzv/JGOp9vuVw+2hj88IdfdIvlueVIxMuu3c5YNTlzWAgnwlpn5CNcH/3m&#10;VqPUWJpNxGmaKDfJziA8HfPE06snlnu5QwhhkAy7vp1FydCVpKaiebmQTelWNrcdsiVfba8k4yBn&#10;GZBCK49tCrGeLyC2DIGzZxengWe5sbWzdG0FRywHqr7ZmD88kAxDV9AFhwoEuJHFJPKBI3Huzgc3&#10;A10pRdsivkAoEjo/Ex3KnTgqQk3D1nIm6g/5MAUxylCnITzNQsG/iwIW7H6UkrBH41rzHWEtbHps&#10;okmPC3FYIdpHOCf8YG4HhTMNwl8UpjaLRVJgXaWwXRzUAbjSEzYcbjfrcuInwEhFBzpQwE0N8WEo&#10;lLH5wcIHkHyL3labulLPhAnxiOTw7qStqZkUIGqYKGP8DF0fWl8zOHO6i43BUgjtIm5bVLRCF2JL&#10;sxt6Pq/H7ASjFblXCgDsAQ8L1TpE/fHppMnn3d3MYBusuwRH48J+oVUVi5vVoA43JQFdBLNq8eLZ&#10;5fPXYLA2Y2Q7xm5WRoUNwhaKKFIXw1KQdyMp5Je/+CXLokWEE5jC8gHXMzbQ2DgdraDVRq0GdeJQ&#10;6TeaFUiD0ScPurrbGGbEqZkprIJVPSZ0gFlVV4LnRvUi6gmJNNBcYaRMUViMWXQNp3NCGTAG7+MJ&#10;PbUiQVNsGpOMY6/MQxUKs/HIAOaQCw03xMWVvYOde5u4scqVhh85auMxfhbdBzhShXbfD+/uWPHb&#10;6P2dHFoSrNPxm7I5Halo2E9buwNlNhlB/01Dhm62tASB4hyvvna5lMmC8GRz0PBBgH9TabRBtkHv&#10;EXDZVBnJWXa8Yi4owHqqQyU9IxMcVkan2WInaZMzFg7EQBpEJw/jPAA0MTMMIGNQe5ExIcgMSy9f&#10;9QdYlEGUyU5Xmv3HX1SNAzmfqZsJSgSmTG8FJqUsDzU1n+uErczO9UZmvVfMD7fAhjocNDLtbKZp&#10;mfWdmAOThJ5wjo4RATw2BBOi2Ol0YH8wWAid1RGd8mTEsclpSQTN7Zb6YEcw4o1GEofl3vI0N6LH&#10;JhcYjjhqiajPCATo9m7vzLJn4iALKuC0KimTe/Wh2lTETbJX6wITlGYs08y4sd33pWzxtF1C3O5+&#10;V9gXMPs4kWSreb4ij5sj0oUdqaqzSCTRLAn9Kugt3jhuoiU/EaRlRERlGOql0+z7nxQcK0Gfy3Tf&#10;7Q6kXUpP+/Y3v2mvPBp7RxU444EG7eLtZ/LQkKSRHuf40U0x+7CVXApAU/Z4p9EzU+BnIsQJCOW3&#10;0lTEbQyGgKi2zAYQbE9Ap3ombNUUqt6GhYhEFvUr87ZWF4GOtvdvtCysDRxKTFPurYtTIVsgaPnt&#10;f87V+oj31j6/U2UXw5m6NBu0D1Fljg1Rh6Enqpk2pqeUDbIOEEp7EtnTWBp5mYHFSFQVu+VyBc+n&#10;C+Na3blOcZwHQyKoT0ATBC7Z5mbhFfR7WRDUcVLgBAHtZWHxBNTXnXoXsCNMi/RZlYWWegOcIXCU&#10;oq3F0GWsDMR2B/wbtMr4ALPVgnUipAqw/iJzW5cym3EaIJsKGRd4rgG8GnX6QMY8FWfiOQYFGhbe&#10;ZruDDF4ILLu1CswQkirZPMiQ1fp86zCXx8hG7XcphWS9AeCOW+VqYuXM763jrR2hmg169A6oWriE&#10;6rV8HpmHOkIHxw68R9h7s24rKsNee2g0k4wHNmcT35IQFGSBF8JkgFKgWBRZXwACCWiO2s0OUFJj&#10;BAABOjAhppcCmU3QqLAQnmA64Q97gBpTelDt6A1Mm4cGpR/kTIeHPYgre329Q+S8uEyIOh5ZHpnn&#10;EpbQ86cjZpcNIVTA3/XafeimsWFDy01gL62MPYDpGrRmS23x2LrhVSfwtXWFDuLlLAafk3Kz1Gzi&#10;ZW/gtDzpgJ3WrI9UALCeLAOP3a1H/a3e6z55NcgX9p0Gw/MlJY5h6xGr+ZgOpT2DLj/LHHpqhj3q&#10;LQ3HfdpzfTTxuwZf7WjBqv1u8s/TnpL4UkrusybxuJ88Ttg9DgjWSO3F1vVLq2oDcaw4ft6QHn/X&#10;L5htX0Q3E+Tv7ntfSCXSnn3AsxSjpwJq7YVc3uN04on2/H88beW15w3yk3/Q83gR19zt2e14mU1H&#10;QvPnpK5nvwXd0KuH9z5L5X3KAXsaLK3/wogFkKsiYdSuiBLEr/So41XbrebNTz5Ar4EgXCTxuVmY&#10;ZM2dcssKki0idsdULtvEeAOjrgk1NusRWComK41KBy0uWlArY3F56Gat76Apmx6Ja0aMNqoGLGPg&#10;Oz7yIlNwnQCyCG4y54RZ2JIpjrfWcwiic6CrUfUIacZBw8GOKrgtYuRugrCTbwHttP94LxNKsF4f&#10;yMFA1I4vnGIhjdzOwWKlczH1n9NIqgA8UNTMlMugqWJzZJyeTet08l4Xh84Xt24XCgW4EzGvcjus&#10;YAWxwGP5/cMO36qWD/Uy2oWBPgre7qANQUux1A4nvEBq1or9fpFfnF/IZApWnJhGzV4X/vCdPzsg&#10;Rz8rPXDPsn1etopES+l9svZwY2f7T6++QbSZ6u07U3Ppi2df8TP+kycvuj1RykJfPP0q0ikRyJ09&#10;OKBJly+QKFeKHAmb0NRrV157sL/1aCsrVifDrrGljaigp9jFLqDL+pykZt3Zq/XMwm6t6mJp0Khj&#10;ziBGXDCOQN1Gs6MyLEYN+UwolEoE1x9l3rjw9ve+92/S6dOXzq6eO/2ak06gMmg36uj9YUFhPVxH&#10;4CFW6YhiMZfrCAIQ++SElMA1MlGZ7S1UujD+Ib8hGo34AwEgvBHIaaXdYrMzDUo3ywCfcOP2IZ8R&#10;bPqwzQudjiJ2W2XYR5mOAw5e2SYq0AJGrNEb//hoyun7j//uryKxFQdhFij1+u7NxpbwxxffAmoY&#10;rM67OwX+QELe0MJLYclKwZCRz/aoGTdhs7uMk1gawCIMbp3NfbXfbEqCUi+IqZh753EDkTY+M5Xf&#10;6BULLSBcD7JdLkTD5TUaUIuzC2AXPNrcg4jx2teubZV2gfbbU0lOxYVkVBukG40LqL98ibYN+FrX&#10;4/IXq/nNB3mrMlwKMZ286HdYqaRdgnlUVmtr0uDz/ByyvHoybIJORHBQznMnz/zkb3+EV+fta1/F&#10;5BBXICLpVHmApSVaccDNxxbV4dUJrqFgDP5DfZZkp5Op2QsXLwjFncrO7qTeAQXi0mri7HTQ30PO&#10;kGo3uwv7dadMvnXhZd1PZ7JMJ2fiqVnEs9vdZjrEfvuv/sgVcGT3D0u5ytTCiVR0cedW5uav78Bt&#10;dmYqkT8UXnnzDV9qqlDt4UkMejiHfehw43G3zp/wzi6cFETBw/kHna4fm1CrTRWlS2dn/+0ffy+7&#10;ka3vFNceZy6cOn/vlw/sUHH4vBAuFioHRoO4vLCMqPlg1G8Le3cP1uMhH3YErUqd9VgsFqs0bsCv&#10;FLR6m8Xizn4xNYUCPvboYG9oETAfx9dGufmVS2mvTwYn5/FH+/PmGKR8Dx5vUX76wcFaq1iHe3Ao&#10;dh7du+0APLktcqB0tJs6DG1iWJ1KfXb7ITZ1cAli7C1gMlCrQcuELdZCMgLjZdvQf/1PX4EBGvHa&#10;VnGIdI+NStae0OVUhxv7rWLujbfmBgopNgHmEUjaoAw6J+cTfDkv8fJMOoV93czsHGQdEq/A++dn&#10;PPc/zWILYAvZaM64V6wl5mf9iYTBy/imENY1AgDWbvM3awoSVpqNbNJF0mPz/gP8Klut/eqwJS2f&#10;XhSLjewHa71CIxUJ7X+8Hhhb//7vf7G1V5iPx/brJTpse7S2Fgz4rv9qE3EvDz/dK35aGVfFZc7+&#10;4/fuDAVid3OnVCgH3Tj2Ju3Nrhlsm6q8uZlPRkIeRJwGI62dClSP1fXDTkXIPDpgFAO/U1kNRlQN&#10;eMDR0lL07e+d8gUTN36z1dhutjf7O7cPaHEImd+99zbRVe7fOgwQllMzScggkbS8FE/SI/Pp2ML2&#10;jU233Xfh7T/wsPPXP7xd2N2djCHUd+7X+e+8dgm+CPCHwPK/tb4lt5of3d4wwZ5id/YHoxPJ1E4m&#10;ixPz8qUVfXx+Ot0fixVIxoVu1TCYfue1n/36A0VCZs7QuxwUAnbu5FSB77uCbKVaT/o5WqNB66eV&#10;CcpQNhGDDnB7Y9fjMKOHxQ2HyaPZZAXUhnU5WMYSCTprdd6M+TvuCSuUhbQgdse6ag0hFhYI0Mq1&#10;5hHfglT7MjjpUJ8i/fJoYo90H9D2m5jfgVcPFcFYVgrlOgJ7kYWOnCrcnSGvx6570ijOxWBXjA4W&#10;Q2X0efWWCDBGkxdgBkIap8vlxm2KRS+SkTQ92ABFD5RKQzCrAH0EbBVr5yEy7gkDTRC45/AyIZoP&#10;b+auPHH4g0hUxvIH3GeZQMxgf79YA5/ZZGNQMqO2zpea0dmk0Uaz2uRkKIqi3GujYX3AvKBcaIFw&#10;gWQz5GeYHXbQqtSRDlnTEwXHYyvochYr9hgw9y6emGmgCRyNMZMShTauaVyQUFwjUghbGpB7GAY+&#10;CZjQCJ8/kkikUOUTR0Qrl9uFb28gDdp8C3weSJwb1apOJcW6QN95AF5lQ+wQ/gmmWRiDY7FoIBJN&#10;Tk/bcaOkZpNnzvlT0QkE1kai3e1ido9xM3IU83U+FPYhcgGWvxG4DKQBrmb8plBTF6o8woYdGolO&#10;ABz9FhDuiXA6Hg4GvQfZkjQmBLGPiKBKtVVuiyGMPDlnbWef0JXYGFUwkECHAOEwGoNeFoAcakTU&#10;EZ1HgLrsPuJ/mfQIGCQXmQwnr62GQ67Ht7ZDXqp0ozjoEUYHidcQE4CplDs5wwxkjOSbK+cS9Ux7&#10;0ieCKQdWTKQXbRNT2oIPhYbgxOQwk3G4XSETwu98grdll+9ni+LA6nwojQIxT+mg7Uiz3fHQcSIs&#10;jQgvY/C4kBoFlpIBCn5shCB+A3C2uIduiZCs5pcvMAGvudMHgM1w9gQD7DP4GdgYmEyTFJbuCiEb&#10;CEB5ukMtggUmC8jaiMWQ0qBlC1KprsYg6WxK+S/2lf5w4yHfJkDYNn/+fnb/dkOpqNM+y5XV6bmQ&#10;7+pCbMVPqUN0wq4hY6m1kRhkTmJlqsJQNhyLiMuVWH9yf+fBAVj9J32OBB1JUejrCj3t5DnQh4ao&#10;A5vaiDU3VS/RCNopaRRStQef5IBTcLgsQcryxS/r9mkfzuzP12uzL4dfveC19MY+N62u127u9UoK&#10;puoGPK8YPiW81KrLAjm9TEh+wOfdFoRxWP3Ub3f7to5WWqssB10dJ/kuTb+eNF6OmvdygwI/OROx&#10;ZlVt5pzX7rQUR4RdHGotaTMruez0QQfOeSKK+T6p2Gkq6KYD2FV4fUjNNvUmUrNDY9pJm4AgBtQ3&#10;mYy0+2qp2kQyLLgGDn84yHmGiOBibM1SEeHd2DW6Xa5auSnqbjld5Oz1u0lSD1qApxDLIrwsiCKD&#10;TwdvbKfb1en2QKbQK3DoFoiniaC6Q03q40Mx99FkrHyHMBiw0TAQVQCoAIMPc9YQpH0JZa5bmwwR&#10;gYObFD58PH9mCzjGoMjxYM14UzGdm6XbGRVt0L9363a9WhsaTEsXfl/pRIVKbXysWUVFjQGBCOoN&#10;EuWBkcQ4DP283Yr1QCFfhGUD/pbTpzjGRaGt7PfHEMsgfbTR1Hm2zZoai8WwOW8WazBDskG3AVgb&#10;GWagiVxrNut9rGKjgGzTFFxmJuPEZKNcAC2gJx5pwRBeBBKHa4uXjUYTLJH+IAY/E0WeoJuFqHt6&#10;jj13IVY7qEqCfP6kSx+Tkcb+UEN+GDy6SOcKckgoNWCAgN3D9PzM2299rZgr+Dgz6IJYI4+kIRb8&#10;y6ffDKeWPnzvJzgSVcUiQ/h3JBI2PPXo6n83HnduT8NrjrXGhqf9JHp2HEUqbgmj3hiTBlJ73v0R&#10;L5hen4bhPg0BeqJGfrLe/e+4UUcMquPV6fMW+Jk99zkH+VkKknb8F/F0cfvMsks+bbufbJgNX+54&#10;v6SmJskXtMq/+674H3W4T5vj38kQ1p535c/ctk+7XfJL1l3tuXH4yQv0pV6XODb04pnTQ6nB4wDE&#10;+OhlJonnKU7HP9oRwkrTF726GPmpv1d7Rs0+2txrJDpexILgUwx1chUJVjMuRaie0nNL0eTUwsK5&#10;ROpsfifbzBdxG4Oyip4Y+gy4h0IpP+dj+JoAblrCZ79zv0LoMggT5l+4X5wuotkYxac9UPUjwxCm&#10;PEBDuhKoy5h2GfPFDnRPzYbsYelwQhcfZfcFXB64RW0OgCEMZaTeNGBTtTrdRKWAkAWlVZPcHjNp&#10;IhCmINSRfmWoNbD/GyHwJatnxWMIj3E2UFhGt8+WmnZBagBpCqDVPqTLvvOH34aVCE9XPJ66dPnq&#10;HExs8wssx+pUL0UJs6zmsApY25qJXL2JgG/VAAuKjzDRePZcblvsBHcz3+uWB9Rg+C//fHvvgEeZ&#10;CHwzqAK9IX9969bJK1zPaKxu8px9OOWm//hb3x8T/n/+4Uc//9Vv+/ZxtvxolNsNRk9gzv7wcPfv&#10;/uH/5YufVkuARI5q1f2IL/zZvevKeJCrlza2v1DVvT6FOaZt67CV2Svh2vPSDpPQC6cdYlVOez2v&#10;fnXBHQnt3T8c7DUsKuFnfVVJOWiUTDYoY8bfPvfqxp1HVpcRVD1CZbxOt4NhtAk4dHjzW9st9BWk&#10;ywNgrbdWLkjI81YVzu+HVUPTB5AWbHKgesOT1qzUQVaIp1Pwq3QFwev1Ih1DVlQkZEaigZHSRK9F&#10;4s2gmmSdxNwLsA5VHLz6jRl6MplNJu836/6kM/OgBCTD1TPJKd+lk0vTolAzWphb9z9RJsL9B7fV&#10;Vvt/fvMPkOt4kCuMTAPWHzYpcLEZIB3C7oXE/WWHENau7XRzH+cQ3r56lgX1e2+rjHGexeICCOnh&#10;vuBnHEmOLR/gtBq//YMTzEk3QGUWUZtzWpaj8Z/9/NMHDx8FlhPjmBEJGWeWjHXkKlUkvw1Fns3e&#10;NP/Fv/5fEDtv91h3d4uJRKBVFebT6W+99fWzJy/trDdFXkSmuNbU4I8ESwVMQJc8unppPlfh33pn&#10;EQAjLKNKD9ZeW/YL1cb2vYf/9Hc/eohM0i8+v/HJx1BKIzJy6dTsSBNkoqqM8rnM/khW+Uoevxik&#10;tw9aLWRv+dmh1T1+7Z1X7+7uLZxdKhYFzC5kiXrzylWf07XxcCcWSObKDcXl8p5ZnP3KjDlhT52c&#10;RQlertdUQl69sPrhx7fivuDhZmYlHh3Jg1oZGU9jl81JYlxS6puwiTQCUdkzTywz05eu39oQ+NZU&#10;KoAybja2iNj7hMt37drrtVrjcOPx+if3Dx4esGamvd/0G529WrPb4h202SANo5bY3Y+3pqfmUaXj&#10;toOzPl8WoSCUOm2k/ULxGIm6GYR9ScNqtev1RRCL4XMgCQBAZkRKTWDUxYDKzrh8nHfz8ECodx7f&#10;yMFh/uZbL/lXAmdfW2TNzmaxc5ApxlifvoOh8R8zFs5jsDostlv3HkP/2cEya6h6QGEPc7GF6cNi&#10;uc2LOnjWZnb4me1CJhhx3X3vM7nVf5AtnH7zCgYflf29g7u5QXlga2iPfrNJ5MXNuwepucRv//H6&#10;2vvrAZ8PwYeaWgIVezF94vEntzY/3IvbLT4GVfCoW+Q9TkuTnGSR8K12Md85bGX57ijqi974eC82&#10;M4UTqlYTc4d1LFhmAnFRkzuE9vW3Ljz49O6JxZluvW2Xh5fnkw8/un/CP21Vxq9fWUWrkD0onLm4&#10;RCESZNbf2C/XH7c2f7vX2ysbpXE6EN/e42G4YL1OUexegBmhxFf2+XYJrggCa3lQ1k9y/sxh7fTS&#10;8p3f3ISbmRDVSquPk9PvwUFnDa1E/GdT/+rbFwMxoHTMv/6n6wkPV8nn/FYHzKmnIswgJ8w6WJbx&#10;n106FbR7C6UGMmLTiZlhb/T2tav5vV2WGG5vb9WyB+U9aKTrGKvHU8H0184LVtUC75PV0Z1QmPSE&#10;zeZCtZWIzxptnq3tTcQE1ar1UDSq2MimCd/OQIF2xO+B60uxk0aHdS6ZhPrUsxT3zqVUwrDzYN9S&#10;bJvrfQfMI3XeT9v5UovWuaQaZkNije+3hKAb0HUL7jl0RB2wyyEvtNGIkcDKFn4yhPfoDa06AVoG&#10;Jh2nA5okF+y1yPIwo9KkDKlEuNoSsrlSm2/jogMTGLeh5ShtAvsZgGow6NSdtsTIZrMidXYgq/py&#10;liBRDwmdvtPlKJUbED7B6IEHitJVuyYUrZhXIaUICxx0woMjUx/WGdjKwmWND4bYr9kUO32pDXyU&#10;LnLW/WAwuMIwVuO7RzpVtt0SMjt77UYLftpYJIgrqD8Y+mxmLEAqgoQkE8VqRa/nQLUeCQu9QbYt&#10;rU4l3v/0AWTVHqcdeZ1bh4d4qaExVnDZyj3gSput5vTcAtjLqKvBfIJy2B/wi0Lf62Mhy/QHgvSR&#10;7BvhKx4WKkoKCxRclmDo4JqEtAfxoB7wUhk3umVYoOuVqtXOmCgzfh9Sv4ctDegajRpCeaGqQvUJ&#10;cSLiZ4e1chmQJfyGMfruInOB77VKjZAv6HSg6Bu5wqHll19PrCw6wwGIHWGM1VtmyOJpOKhdS3NT&#10;iH+BwtXtdeGNFIyFsBKDYUkvbSzmk6eXoETMHuJCPMBeHy/sysl5Q1dCheIEfxKZMUMlMhXx+jwk&#10;vh8NjCgColMcGRzr0gkzBhLb/sxhZT+DxHR80+NwPOKxu5BXyAUDjNHkNBIwRCkFAXCg5VkO/mWe&#10;72Y2m6pMqdYRTTvbzWG/oWR2G2jsOx05EnMMBLmzw6MNdvicmKvPJG2WDiUJRnNExx9BeT52MSV5&#10;GEg76bRLtlKheXfThB0TeTph89tVs2J69HE5t99xgifuw7iEYh0asE65W3V7WwUwbzFJeQIakEuM&#10;aexwkFhqIbCBHBJlXofHSjX1g8II0DcTwqhkolwZ5+GLVSbnFt2YWZR7k3NxK0cbZIdDjDDNalcb&#10;EfCQhRMQNmgGeXjri+z6VqkqC7udIcWac3kZsUN4NRdjVo4cuyO0e8lB2PuAKWh97JLJB2qrHrSj&#10;189VDckzjvHYvFsesIq6916OH4xmknHzUN7caUemOBPfh21y6HfaXJb+5iAet/TdWIRSDdrc8js4&#10;TQ1FbI6gwRV2qJzz9JQx7SQ8QA2YyN3KJMcPJ4OxeWR7WOjZOCrJmtpdbcpr9rIW4WC09k9brT2p&#10;HXT0xgao7M8l7fHR5NNDyRGwnEu5IUxOMQap3NsnjKqPyRbEhYC1B8+pBVsazY9zirA0+0K30+XA&#10;NzNQ/UZP6iiM/qiSGJbxQm84QDMWMVPGcq0BYx7mRhgnoQiE8gHSw5EEUfHIYbUbSaQZ2CHlRRWE&#10;ZgG9LhZBqIARnofZx5NkGkD5ABbuivhqfSCqdCasyYLzgMSsBGunsapLP5CHZERiNzT7T5JujPgM&#10;zXoTGGc9GgRbRxteZzxwmGgg7AiReCOchFBToz2029loLNkSxEA83BG7kYi/rwwCyWhy4fTvr+Md&#10;TZ7IXSFvweGpQIbdrNcRV6TIA7R2drulIwo4L/H/u/EsIcgWNkudGa/zg8D6QqsBbBsIIiBH0lZ1&#10;TFJIMUPZPNBVxMaVmJNz0Plaf3U2FmWZu9tVPGWMHaQzCnMC3SVtopxQqBDwgKhWG2aAmtTXQ4Mi&#10;IWu2KEOG6QtYOQbhC6QsDjm7wesy7RZE5P1aLbZmow/XBtCxHGOC6dFit2HgeObCVVXr8I2cx2kG&#10;JQfvAYievWE/DiFs43qTMuKUi4edo+ZoYiCf9byE8bjXNTz7s2NSMvkE/2ugjljNKpRFlNHwTA/9&#10;jFF1/MFPIFJPlMLa7zaTRy3hM26T9tyWqh2vR583guQLpCriaTqvvtgktBe8rMcyavzd8JzY/KQf&#10;/nL2kPYMKE0eM6Nf9Cs/i1EitRc40r/rt/3SEvj4sxz9oE9zgnTqsvYUCk0epRC/qOt+Er+rvSDv&#10;1p6+Ss9aWdzfQgc7XrhnjEc+3hfjmZ6G7k50cfHzAN7jfKLjoGN9yUsunEbHG0HHi4te/+VRJlSV&#10;SFM9eucqFIDgtI2LL2U27+VzRXwmlwtDYRDyHIje1XUXLWg6SExz9CKEgHwWBiKIq+CHsg56w0DC&#10;Wi5L0YATtQCImDC8i101EocHcBzy0L3h0M4YOcbR4gduJ5plQ7nQh9p65Zw3GmfzGRETT2xSe12k&#10;piFd0ur2QvUFviYAznKx0AYsBLQQBBOAtTY1zUFiDdYrQtqDMQeEkKOh1ix3GuUhFmdgNb+KbQyy&#10;KJFDiBO6gzJd7vJ8I7OXEavVuUhwbKE0GaK/SrnRSkZiXCSKLXO13oIhv9DkScZ+b705PctsrdWs&#10;hPHC7IIZSTWs+06bB2YYI30qzhzkBsoOUogJlGhr6xs//cl1ta6dmT/dH3rLRXkxMvXya69ZPR6C&#10;cps4268efkCp9TdPXTl7/hrJRCS+8Mff+fOhg9wbrle0ht8JZ7V5/VZ+Js1t368snoiDT7JR78H3&#10;Y7cb26Puzm5JlggzQ1WBlKxVJ+Yhz/eXFgJT4eCP/+42pGinTkROn7z6+td+4IFgndaLAD2wEbnb&#10;RsJus3I+dtDvgjmmI8uA3IU/WZb1d6OBsoODX8zlc7mg35tIxminFU1FIVeA+RB+iA7ysPoyFvDo&#10;fiHWRWHZa3aTkQgAfUin2767x5qDe+tFRF7W81WDw+gNOE+eSZYf5m9/dnu3uhmK4g2mn+cKaPOq&#10;/eLZK4zLhcOz0KrBBLxXKJImKZKM9gkpNcXxzW6zLTsJQ269JIs9jANNbg9CgXoC2h6qWKtefHu6&#10;C/8ZOkQI0McjT9TijBuFmnp1LrU8ZZk9GXq4VWO9CT0ny6S2D7vLUyxjD5f2BakupUPJQZ2c8iWX&#10;586FI2kTiVunT4yor1y56uIis/MLbiuzuDI/NPQY0vLdc2c33r9pzDRnPZ6TC0uuVGQzkzVhnk/Z&#10;T5093allgLOIuV1lEdgJ9AKQGGCBbMBk+Ovfu/b3f/vXmd3H8Rn2Rz/6eW8gIWApNo9l0a2rr6YM&#10;FD23El84MxOFcJRUz19MxYLco43q9PQFQFjdYfpRJgvDWDoSM9scs6+/nK+uJaP2iW3Y1ZDJAcIL&#10;fiHWTz6+PRVNz4bT6BI39/ZZxpVOz9TL7dX0jH8qjc0H4wx8fvtmLBjaur51cO/RwsKi1+sGrEnq&#10;N7xeBjLB37734a/f/Wh/P+dGI2Og0qHATiaf8PmlLuL1AtOrZ1ypFKmZo1auWcjevPnwjW+8TbuZ&#10;cr0yF4ogv3QmlmiXpKtXX3ZaZI3ulJslbzxeg/KVJptKp9Erl2sQc7pgrAwwXsgHvri1Bs2tl3PK&#10;Y3MsxP3L+x9JfY2zeX74j7+AUdIa9pb4uhk1oZ+D5wkb3aAHY462A8LpWJSiIYEcKkby8usv9Q3G&#10;aDIpymqjWju/uiTUWmafxxgJ2A3jLt+ZjUYO1rbufvjIObG19jv9Svdw7dAz1g4y1TlfCC7xfpXn&#10;EHJpN6xeXjl58YKViTWz/Oc/ff8sFqgu1x997w8DPubaV0785L9+PM52Gnu18Dx+WGwFCWjWRnIn&#10;Go65LCGGHtkZddQ19BqDG7+8BTLH6qurxexG8XFZyLbTsaWtBzulg4JzOBSr9alErF3pFkpVlxNG&#10;ii6SNrhgMDAX6ZfLXkGd5fwzkShBWMLRGIJ7IiEEhhVkCcGkUHjaQSQCzBZzoIjf62ABcWN++P/9&#10;EGi+WrvbGY8xGYGyPMg683w1dNaH0R8yXbpUwxoMupeil984Z7carIxzemWe7Q0CFtBkrCmPp797&#10;GLNYAybjoCkU1/PdcruRLV28eLoBUHStHfRzuVw+BCAM6h4G4CZ2Erc2fdLDVuHcW6cQV9Yu51Op&#10;OPQ9Uo93cY7VU3O53OFuNkfazfBbbu/uBgLc3qePxgbz8jcusmG/vLavtbt2mAcy5dra/iLj8ANg&#10;agWIS0cdAToFzDXchagf0VMhjQbgGGU8wYCfNGG3iZR21wBcb2VQrDbsuoPaOjcVa4uYyfD5Yhnp&#10;Ng5ghOv8VCyID4LkqCdJxXLL7XRFw16UKXh9xkcFHDiLkMsCW4B8naFejmKHgCmsHbWMkzaHQ6Gh&#10;olBmCtti7E2xvQRmGclDUShgo8FKtemgTShiAx6PqqdxdMAzQiIJy3mQoonqzMkwoD5ajlCReOs6&#10;HUwEUfEWCoSUoToOIKeAc9ustMuKeNe+xw5EAGJ+1GqlhV3TQjox1oyI/AXFMcLYtx7vUdqY7/Rn&#10;z57yxcOba5vwtIdDHl7sCeow4rLfu782vTyPu9lB25qtBhSYsUgUW1k0qLjl4YHHrBauJRiKddax&#10;zhEYcF62K3SxvBLa3WzmkLaCEgcEzwQFJSQwGAEEA1GoCmGYajZavU4X9wHMLbDDQXuMthkWXyh5&#10;4WFuNhqoIhDi5/X78Ad6TaFz01Gq6IVpbu/97cxva8LjQmlNFFvIIbc7w1zYF5yeWzx/Jn1iMeDy&#10;yN0OsE1Kp1OXJB8y2VErdzr4ycZSv9hoXVycbVdAgkXjRB+FuunRRbAwuFgXtsZgcWn63ztocWvV&#10;hsdhFwYqvt9wBFM24McmgGKgZJUmxpdOn8DPCJgcylKIJKExRwndL9ZxeppVyq84WIPVq1G9umKB&#10;qLirXFmKZh7tX7ucxBobPXup0DQYLBBCovQIJmm+oULQz5wLs6velSRz45/3mvlWrdAI+Rnu5YDE&#10;2rxOIy+NsXr3DlWX0ej3W6OcdWxC0T+GjP0w0+O8mDdAxECwHiwjR+j6ME3F+kvpKplHrdu32wpS&#10;zrCbsFJ7mfEhj83SuMePNrMdq93CGoyQtaYX7F49DGYSCUA4R/fqw61t3h+wpOP2mkJgxEguuuEE&#10;Dtsowm1BK+5JgOptrGb7lZoysJu1OEeYCFDW7u20qhOyJikm1saX+xHOyXEEGaGmvRZvR/nth3cO&#10;+5NNn+1KzC4WRSRkXzrvhFHJGzPFZ72Ehdorti0uM4HXlpd3PioPOoDES9gP3PrV4+mlZV9Yxog+&#10;e6/uIY0H7bHmMvlN2MOTeGpTrEYpxmwd0ncDRB1ybYxgrKwyqQLRnJXdJi0dtVfzg5/f78wt2itr&#10;rU5O4BKeot3o0kybN5rbh4PYtCcccf/jJ8V4FII4arswEMOuEwv0lQBdKmPgD/I0AS9BQJuEDdh8&#10;GGHO7TUntf0aOyExeWt3BzaXA70Z9rFjZARUG5jjtPt90OznV080ygXsEB2wDwD+oosgYGtQIWoD&#10;XgoqXSTJqkeEOQTCoTiG2QGdqlGnUskYoiEjFwcL5+Mw/oHkCYJqpxs2JvsQHR5ST3jArRQkwOoj&#10;JL6Nea7ANzEMg3cdUUfgYyGuD749LFDx+wdwTu8Lxqrug9BNwm6oQsCtARtKEkRkUWOLMDuT1oR2&#10;6OTF31vHW33af2i6UhTuLaFVz+WKg76I9SgUJS4HkIGqk3XAAY2lFkiUeC9jNz4cQcuABgNJjZZ+&#10;V8ZRePbSnD8akseA0/RDcxGjeZLwMn/+h5fuPjpEliRhMmyXW5hqWs2EB1taRMVQiJg2SB3JDAWK&#10;kxofrcyHIwLiT+jBAYq2mAjObwmFIKjW5PZQxHODitBswnei6kzBEZIRUtgrWwxgYYNU5GeNZhuQ&#10;tkWLqSd3FIdu4fW0hBrY+n7O2apnblz/BEaGRnGIg47Q1Trohp4qhI+Mu0di5qO/jrejeg95tMs1&#10;HLVUBhx/2Aah4zU+Wag+N/E+g0Q97VINmvYCtvmF3Sn5JSzUsZRYO47APfrqxAsMqCMn8OS4QdS0&#10;Y5Wx4Wm273PD7pOoHnLyVKR9HNt79K8YXkjW/fK3RWrElxe32gs/FPmCVpk4jud9jqc6tuses5mf&#10;CJnJFwzM2vHK90lysf5HOlH56LMYj6hUk6c5xkfWXJ3LoeMZ+5IEUfPRLv0YL/30cz9pecfHPf5x&#10;1NPR93TEaj7ud7HjPXU+Foqga5b1EFoSojD4gjCjOtobG/MH2webD2+++2MTJbNgCZBjqQtNwSgW&#10;djvdofIhqiMMwHUhtgR3+IgIcrDsGGxWE5hnEK/Ax94oDgCWwbFPGsfgudislqUFBvwWEIuceGaG&#10;k35nyIZ9vri9xw8w0AHxQ2yg8jG2GiKmh5I0xoctn/AjVBaze6UHFwOOUqrbkkDWCfoBvyNx3fsD&#10;NPBsdvQb41Gvo6LtHKG/AwCyrz7abRjnV5eK2awo9HierzUr5XL2k48+xEJjOuwfSwrQuLAMYZHc&#10;BLS+3sIWFEmSm3uHCKf1+rmS2MdcDbuGxAKXnGOVJk5DA4gsgWColq0jZvfiazOiYdRrDk/Muq+t&#10;Whdc0y+//R/+5qcfBOOuTKd4+a20hzHE43HEgX7+aPO//vN/Gin7AZtrau5UPlt8VNy58eC373/2&#10;RbF0WzVv8B5DvTQ0TUYP9+tpK0dI9q3bm0PRsLuZ+9Z358WxemIl8sWnh+CDSOIgshxwRxD6Q43a&#10;0sn5iFEdb24IqXjyL/7sjxcXX4clqd1sMB6OhqG1zRt1AgLSeV3IR1YVkAb0EHOUR5C6STCZDaBV&#10;tmHrnM0dgBSvvxv1mk/CvlQjKWQ2wh3NeH0CL+iEbz1y3Sn3By4342U9GNVjGW4PeLtW0+HOLqCp&#10;baNsnXWhJSNKxBc/f0hrDn40MPlo58j4f/3v/7fd4s8VCn/1l/8+7k2AWRSOxUwks7p6SSi3T6eW&#10;vv32D+599jAWCF4EbgupkpYJl3bAuTv/avKexQi1kXwA2eyAddiktpL02Q63BGANlWEvNO2Sq+M/&#10;eesVp0oqtbLLubx65dsPN3exffUYvN+5fJGSqfXHMG43AkH32aUTX//a21iEetkgOTTkN3cunHrJ&#10;NDIvLZ1cnpmx2b02l+3dd38uZbLjQsHR47vN4czUCYPZntve8WqjR49L5VxreXUl18xGp7hH21XN&#10;5OpAz0ySINmk0ykYhf/t//qnP3/31ww3omyYOCKCi146eyZ5ytyetOEbV4eeaktxeLA4awzNTLMj&#10;BHzGXquAcFCODYfiUeT7piI2sdJ+sJsNpROTkIu3ibvNx/leyWiyy2Jj596DXnkEJ+m4T2QfbdOq&#10;PpjkwoFIOmRwE5+s3fC7J3/z1/+ZGEhXTi/lNjLlfF2sgBJNNXjBxdCeWABolmx+H/zLr751DW47&#10;nXoLmK3TlkomYBq7du4MkJaI3kauOtidGOxwAR+3nBDMekx7pVJ1mTisgqd8qQ/fvb37+JE/zFXQ&#10;lnXHgB/iOvF7o7dvPUynPR0Ycpr16YgTakzOF1DbQ4vmlDsSIrBaHfnVty4NNeQlj974+itOtx2r&#10;wcVwkFC0Uq2GpsVqtLSbSCezB/0hB2Nxoi43ISLS1kLyTSYvCd385u5SMgEvLgxaV79yYvvBo8nA&#10;nNnKzTosw2YjaCIy2wVtoF47dypXaaE9cJkd0pBMuD0X4z5snOJTiR4xqpSbzY1KL1cFT+D//H/+&#10;o8HDECT1qx+/N7966uD2tr3YnaZp4LQPPts1FJVBoQ91HOSYe9nNtft5RyhipCW3d7i8mKwXhGSC&#10;dQWCkXQc0HpbwFWX+dd/8KYGcjNCKiGeLxZno2ijtAvfOGWK280GENwUxkj4hloPiHmLKRlwN5rQ&#10;zJjgqig3+EQ4lsWUcShHvR6s6CAJ/taFxQT4Mapyen4KJ7iLYQJ2x3I6bqPIg/2DV8+mPEHPz/72&#10;V26zI5gMi/IgK8q8TMjZvLZfNPFSSAMM0M1QkGTaLUO1tFvotVoDscOAYDwaYEMKrLPb6UGOiEEe&#10;1zt9GMySyPqcDLi5SM9BdS0K1RGr2/mQh+EP+aDZifRDodM9Px1biASuLcxZhkNs/9Vig5QGUasd&#10;ZU7QbPzo1x8HLcbS+t5SNLA8M9tsCJzFAtg4EMNire3HYtZA9hUJvRSWp2CWoW4AGhQEXszmhb4y&#10;HQ9iqolaAt2b2+GIBzwDqEkNxoNCDawXMEpiIS9uoE67DS3C2n4OnwN1Ki55OGgxwEXTCOtpudpi&#10;nTZcjAqWuXpDimhM0qL/B048XBYEkMV4fCoVpBo3vCyMNciJVV1YVpoMEvbIuJPaHXyfkD0zFitC&#10;2gBwFgdIkhy5kdDW6WLnA8UzIrjbYh/dY3cw9HIIScZDg8SfoSoPwZdUjyI/0eZgvwSCFDIxBpIi&#10;doS5ZACaTIwGWA/gierO9h4grl7OBabLUhLTmcP8o8dLc7HZ6agFjfR4HPZ6MDAmuwjxsFjiSZfd&#10;A1AAWlyMPXBmw9EcS8XBpkIdikUuRv/4udycMxoLQVUEHy8Ud7SNSc/M1mplWNesNiBL4UoG0EVy&#10;OlxYVuUOi1gmPxmhk3q6rBfrXAfjRAHicLKQbTMMinkEdKECH8Fgiq8Cb47NgUm42eXUHm59AaMr&#10;tu9WJ8H5TJiAt6tCfO4CZWUGhEHRTIgiwzGVw3C53YQlC18fqy09xNhhA+wL48xcoZHPNwkTJNPu&#10;QqvtxNaZtjI2Bzx4SOxEf4WPgTMiHYuAqwMfDRoLmwFerHEFAgySmp2bReoJ0hsKzRaok3aLDejr&#10;aqPNuZ1A1VF9CUMrAlUFQbs10mlnElHEhfniY8Jnd8+6vJ1cWVBNOwfF1HzIO+/uTQi/nSznu1Mr&#10;niB4zz5zuC0/+EnGqGgi7kTKKvKCXaEvTeNtMQE/Yu4qouN0C9dnt5F1ZPXG4KA24MWai8Hko959&#10;t7C93XZTVgdDNSQENJtiYS1fmdjCdjbmffjRYWG7bU4EZmfIlJ9QoaDilXYJcTuj9AmPn7PcLCox&#10;v9VFaod5GeeAcTKqiKNNIE8I49y8jYsaE3aq9ZifXnDBKgLOCLaN+6XBZkUOxBzJeQ6U2oY65u3m&#10;qZdjHYwisG8f6m60Ox8eyGXli/fLphhWb918fpDpCcEQW9SI4JxjkJF740mrphZrcjiNPG0DHbYr&#10;HWVUlxYjzo1bpUp7cObleEuUzl+d//TmliHOut1krzzM79SdJ5NdBLpCXwZhgJlIAJaiKB/f7MV8&#10;HsyvWq3Je9Xh7KzbzcvVB7V33y86wo6B1YRx0rrZ+M1rgYMH9dbdKlrYMkuP3RZ3gs4JCl/qXFp0&#10;UgNA6CdrCGEHx8VuPhdW5zz07l5/Aj0y/OrISc+0OAT7oTUHbly2wuwLgZU8IirwkXckEXMxvPdo&#10;U9BOO7SJUK0VNrcwz8LDgjEKCQcFHMYm0snYQHtHh4moVRAMxqp8tJPCzhkTIkXo9hAlgv1eFwwZ&#10;rAhHcPyp+PqwNxgAVmwiBFBEbY73GJwO6kAB8skX4DTQkfoSwswlCaoHE1pIvDSox5A1ipENXAMg&#10;VpopoNlkbxA+MjOwlBBOY8+M8hdPC4paYQCzqRG+gOjpS7+njjdfqU6OA1f1YBhVxUiqXtETejET&#10;JHX3I7bWtgE224BKGg0WNwMhSb1cFYUBIGaME0i4CZp9+BoCMX8wHtnf2O93lYWVE4X9PFj6L11Y&#10;uXlnt8QPxJ5OTIBpRPftmynWzwrYhsg6oYBhzLqHuYNoEZXF5NACQTfaj5EV0HbwZdpgDaiI6tjZ&#10;5aNxDzwCYn1Qq0ghvx0mYejn0EsAvY2zGYM4KBd7OpVAhWlzpFj0soeaRGKugMexuVHUjGOnDXQa&#10;DcS7J7Qn4qhLfBJMdKRTJo63vobnAudnyTsGvAdw1CN5ADeVvhN+akQlycmxF/dZyBBBvtAME1/6&#10;52fWVvKFIN6nTtRjofBRx0i+EFakPcvmeSZPfvLHz1a9T6jQT/5gQn5pU/yk29SOQ3OfqY1J8nda&#10;8i/pmckXm+Onn5t89hUN5AsKbe1/ZAB+ZjZ+4dNqz3TQxwLtF9OLngTqosvEGAoNJCqE45yoZ27i&#10;J5lMT6hj5DPrNPmCqPwotUgfCegdbySKseZATyfCGtGEhR+Gufp+GCTNRnVz7e7L33jHG07CstTo&#10;tKWuKiFSawI4npEXu3tZaOoAeYahaRwM2uWBDEM/fvpaSUTFAWsS35DgTTCZxsj7wELaBd7TNLu5&#10;2YyGXQG/bRsg/vGkXu9Fw/YWj6kv2JiQqYz5Sg9XM0oRPEFYBFpsk05juLji393gm40u56P0zt9I&#10;MW5Dh9cBmS19uapxjMVmM4EEL/ITvi5pQw3Y15moy7hy4VTQ601OpXuD7s1bX+Bna+t2LKSimjDG&#10;XpybgwEAc717WzvhcBjELtrFIJtwpPZGmlRE9CUEm9SYHhL59YZYHHgCjvZA2d3YMcmEg6CnV5yN&#10;zjhmNUe8pv17olARbt2/S9rG6RVacxrCoZHbQe8LtY9vfND29Pf4wqvp1P/0nf/DH1pIzJ4/kOX1&#10;/lqvLoEnI9tooTeyoESZGFXZAIFHLtN868/ekkzC1756uT6ZlFtd47CHWPbmDt8rCq+/HjKzlnZp&#10;bOyrrItNx9N/8AffuXL1TbSvvW6T84ViU1NoTjCqjMUTwXAY5R3UJhC8GY1mud/3sB74chEy0ajX&#10;BwPQqQmd/9LtoImFhhlJQ0CI6i6sCY48LEotw64ELTRMbWDX2Rk7DVuSyYJTe3ZumoW43uSJJ+OW&#10;oK3db64uucsNydA31HZqL507O9ZGVy6fV7vdf/POt0jFVMjmvvq1bwCceXftxq8++7t7a9cZH3v3&#10;4S16gnlz88HaumqWzX6FtfrmEwvwKW2X21go7N8tLiTc82y4utESSvyU1xSzus2a5+LyGTP8OeOJ&#10;U3X0y6NTK7P1g7vmrtlh4X72kw/OvbTA0bzVMKx3avKEfOO734ssDF79Ko6mqIeMBTgkWPSJsWHQ&#10;6+c2Hsd9npmZ8J0PPyw//GL/vV/3Nh7Tcocaq4i7X738xsJLr2DX5lPkYqZs9lp/8JevhZOcKSBV&#10;hbrLPRUKB8+dOoMJdxDzGI/lm3/+xqP1u0KXf+cHl1JT8xPIntDOVvbdLGimkPgm7689IKl2KuVH&#10;dB+y/lAj5vkDB+fmQoZmsYkohbDZcf1fPrShBZjiZM/4QelzyV6iAw4v7eM3y9u/uetsGUyV/kjs&#10;eAyUgGTdQWfYk/LlsmoZsTOumZXIJ+99+pVUiukrlf18sVBLpFIYHg/Go0ZdAIhlYvIAUWmhe4nw&#10;ykAa3fn4U727NSisjwX5KRGOZgvFZr0Bodad+/ehTwKyInDxlHsJMbyE7oeiRxJRLRf2cMt/5doi&#10;ogfOnr4CtrRQqr989lRpt7j2+cNOqekcmziLAxZltduJhAKNcnXts0MMbNOLU6Jc9E1RlmhItRHp&#10;1UixXpTELh75uw82/HZHTwbMBkExzi4kGf0edPLr8LWWayaX/ft/8f13f/orU0eJBUIMMqjasJ8p&#10;37l66mDrkUlUD9cyFgIUZB6mx/6QOL20yAsKLBIwXRV5LLgs5xdTIl9DiZ3vtwKLMVskBEh6/pN7&#10;jDz+wV/+0U6ueef+o5MzoZ//w3uGrB7c3IGWs94e8oNll71bGJKi1Gl1uakAaZKjPotBHVsIU63R&#10;abUlrKA/fv+ey++pNLshiBSnOMiam90GX2jxLazNWiPzxBcJra1nK8W63cc8+PVW9r37qSnfvYfZ&#10;UXew4HdtbO7BYh1FW2Kc6MJ+ygC1oGHcN6HVMZBTYS6zk+mLnephcWt9H+/nEA48SktFOXi9oCEv&#10;Hpb9JHUpEhKaLViXQtHYhz/88PR0Ak8s3RxMwU5iMBRgX5uQXbCAIBbmmMBsHMPOekNAXCL4wqyF&#10;LmEfhPKt3+eQ2ORx+AMezB27xUYv3+Iks7bbv+SZLV3PGHrq1eV5oSE40TQid7TZreYaR6G4QxRA&#10;foetka9jKMs3236fm2iLSdafjsW7lboq9AEDgmMaqM2BcdIbjY1jXf0Lf3UDybFobqy0hOpxNDKb&#10;kCuEqHda0SMsJZMZDDNznRdJ3T7qUrs9/Ja9cN4Hw6CS4Dbyef24Pup8DzG/LRGKARVzB+SOoD3F&#10;TuagUIXQCG0PvLjoZh0uF7xgmJVgZYGJPb4ghKCKqgR9Hl09hRQYTJ3VCbKgiBEubkRzQpIMC658&#10;cmWpXm9OR/3YA6PjAq0pX22wnBu11HQsXC7VN3chzcBUWMEWCHInrHiw5JH011QB+FceTSJBbmt9&#10;p9HV4VuIUcIeGxnFaPk4jxMuHZjcoj4P3p/468ajx5DDLC9PQ70NLhPcyB2hW+NFJ2st1+sVUZjF&#10;M9Uow0ZshwDSTIE5Oeh30HhjiAnhpNNB1UtlPEaIS4E4c2p23s1yehBob4jL34LpoTKAVFvqSTYr&#10;iErj/EFeF/vosSvwyOPcHwFWALU2rgkA4CDlVlRk8+gNKOpvbKdxjeLNA9ViOI4Gi8A9DSqPy+WI&#10;ROKttpI9RJYKIF8FwA1asODXGkCmyWL7xKkTyBYJzy4unjsnVOu1QhXSsIWFBV8oEOK8hrEeF6Ea&#10;tSJ+kfLQx8BM4EBzsrFzgMYD5Q0eYbS8c9FILlcT6t16ExQPpcZ3Ej73YaaAV+/x9kEfRTn8eKoS&#10;4VyQtdN2B8dCTC4WWq2DZqva63nTMfTwTpuT78h22A9RKkF2ObJ7THSS8UZ89OXV6EIszPSlFJq3&#10;qoTqBEAGWpLztyrFe/y4I+Pf8VBmRNFyY6NSbmfutz//cPfs5bDbSy1GjAj49ULYig/cE5dWmEam&#10;34Xzqku+/cbpuRhz89OtUgPDD4tMjgfimLXoIHuz0xBMsgxpvJfvXF4NoT/To+YGWnWvbVfG0Sm3&#10;+Hm5/ai5rV+1BFKPfvXzw0xZ7nsdcAYvBoyyQtzfG6Q5imZtP77TnplhGCPspkQgQM8l7OYRYXSZ&#10;07PWUNpaRtI0NiZdVasMqnfKSkedRDy+JC1mlY3Ps7HVtGhSGA9zmG1bfA6+Oji9ZMveFvJ3Crv9&#10;yVLK9fEnLWvcemXKGnWa7m23oqf8zKKf5sxGD817zNjB9sDI1UaXL3Mrs/FmoQGFCKR4j7e667Lu&#10;GPdiaG0y/LCo+P2OSGxyMWU3Sop1ZDwo9mTOkZe0tNtWrSE1y7rRUF7/bnLYHxscFlSAQNJN6vK5&#10;lG0qzT7uqDNTZizJGc58etG87DM7x32fGdPpkcHr8NonnBVxRtaQP9QFVwaYGLOD367cP6iGkikd&#10;PwV3jQvQSv30xIVIeRzuCBdOx4CCATV9gqWtrmgzj9HI0XrejK5Z1WOM0NKqMjBLtE7FQ92Ic0Gv&#10;gUw6oNcOPYnHA1UCojNhzC3k85AQQkYH2QUUwmarOT6VBmEWbl5UXHgnQ42BehpHMZzAJh3xq/v3&#10;0TSiycK2sFKotEQcNgp1hDiCXwLKlxZubqB7Bhg/uVSETfS66Ysv/7463mp1PHm2qsNJAJX3oFHS&#10;vYagWGHfBswn2nCL1QnjD1xaaCsKBxXsgicqpofghA7LFeQewyKudttyZjPXaYroBnvtHgbi6FfT&#10;EWcy4k8m09lK2YZca0wNOgrkk4OeXG6I2HUjKwRNLI1jaARVOqxzKl56+CewgDVZ9C4HBCy8lbDt&#10;KxQHIwJR5yNVgrYFnaxaLoPPb2JDVohBwGo3mshqsY8SHoJCX8hXq3er1V7S70jYrBE2AOM1zhk9&#10;igrJqsiTwBxprCct4Wx/0kMem3Wf9rtP3bHPUFH6slfveGW94zUbj8Npn2b/HEOEX9BB//f8KfIZ&#10;akrTXiBUkcf/U3tOg9KexR0RL8ba/g4M+YlV+MUs3qet6jN78eSJglo77pWfmXeJLzGyXgwT/l0f&#10;74vbX+05S/rZopd48Wd5nhqsaV/ugbVj0TPxRIB87ALWjjfRz/4b70f4eGF+eUquIp+0tE9fgsnx&#10;p3n6Lx3rqp+Krp+SrdGoGhdPnYtC3Eqh44UxCvA8QM4U/Zd4ZKtmoICNJPd370DeQVqcW/fuAnLE&#10;OBEJbkukPIcHiLOR8DbBYcA4kW9DYW8IaCbepXipAz7kwE3CYcbNYhRmop04d8d4SkYmY7s1ajS6&#10;+rtMRV73aCjjtgUjAEwszJQp3cmnGYD7Ru+KNg3f1Wg4hne31cbsXqPtZHyWxQ4SyKGptLMKW4vO&#10;qTKJCDwwaYzPsnraCzoOVCghv9nvBC2SNp6+cBok5q2dzWa7gbA+eBLQ2etcciPt93oDgUBNFDWz&#10;Ac5AKA03t3fgbu1KCE3U6ewDzNOMY0jpDu+Uu6Wh1+nd3sxgMtpvDwwI1iCH5phnZ7PlBygJL4XN&#10;XjIOQ8FRyOM/2KumFrwW5KioA0Sbf/9b72QnvCWoWXplS1lJL5/qkeJWZm8sVBa56Of31wfKaDkB&#10;45Ys1sWXUktKvQMC58jaCE4hdaBtmgxame793U54ymMzmKZiXugvJmP71dNn/uib33zlpa8hQcXG&#10;hEr5HE4DrzeEXQcQwThbMTkYDfsdoYVffqVQqJTqVhvT7/fbyMVsI0FEBDhB1dU7EvRSUH4HfWy/&#10;XcMxDtcXjBG8OBhOQGBq16tlWFiSU3D2kmKnh5cGTW96eupgd6crtqMRnwMZ9xNbKhyp7hyc5Ayz&#10;EWooUfFE+q03X4sn4piOP9pey1d2NtY3l2eWGx1hs3SIIyfTzNzZewh1MsuYKs3S6uzK7PLiQS2n&#10;9oWDtf13vvvvNF4Iu/xys/aDr37r8NPdeTOR9iCVyIz5N2RCL33r4vvvfvDWy69g6BqzG2IJ1mGN&#10;RhPp2w+38dRf+spLh3trMwvGqZe8K1evICHY6oqahkxhvzw9485s3v74lx/ktzbESgmDlO99751G&#10;+bDw+GEzW2gJ7fOvrITP+Ga+MmcPLzp8odzampTPwsHWpK1vfO/VkQtt+XBorM5MRRZOnR4qTZZx&#10;8/laQ2jPnz+7vp+bjke7rQpya1TNtL+XN/Ynb3/zLRn84gELtsxgIIR9qdxu1WTgpuJzDzbWebNc&#10;73WxhLIo5p/+p48e3HyMwXHwzOwdoeSfZ8U6b52EZYHd2igETk5zgciP/suPkQ/Z6fCDet0IDrpG&#10;As6CCBaOQUhM2tA1+mh/oy3z/UGppQ+FzUMpu78PUUWnUBGKxVMr03ynLLQGnSYf8tLtRgWKxOXZ&#10;aQTesIMJ7tazX3uNCvhwwUdjcayf/KnA++99sP7BR+XdPXQ1jz64V9sEZWbIAes1qhtJ6+5WOz59&#10;BW6IYuERaR/Pz3J/+idXjaR0amnh7///T7Why8OGD7bbEI5aQeNhOqaEoatIcKHZHYjUG1QK0vzJ&#10;pbkzCfBY/PPxUDyCVc/eThbUbwzUP7t/PxEJg4vp97HbO/tkp1Mt1COR8AMM5sHN0KDstQFcfH+v&#10;2CfIsy9fiXHekIuZm05vY+8jKbPpqbCTXgoC2COaRpMKNj7GoYmxLJ5brFYExAA9vrM57fXkWq3F&#10;hRSalYM7axHSdPvmfr3ZRBArIJmoPSiLScDwRjHtZqobj/Lfefu1G+9vffqzjHgwJBVjaik1sQz/&#10;1fevAevxwT/cu/XBw0uXl/2MwJhGYNhOn4nJ9OT7/+FbbULdK+Quf38e4Whypu3HzmG9gDhqL9iR&#10;wA7Zcd7C+zpI+QBDccYC3qmABxfx6kwq5gsIdQHLklQ0MLbbzp9bTmOGBxpQpRl1uyEtDUGIjxDI&#10;vuK0QW9P+0Jhc39oa/C5u1sR1TLn4ABNsQbCF99+E9eGOFEsnB1JOaQM5jC1MJeyYj+Jc0AeZot6&#10;Lg7KO7fDnvKBrWKcnpnFEMQPxZcwgPJi3JtY4SqHDbLXhu6VYO1swp/NZEFXaoi9uWgQN8F+pern&#10;uKXl2VQ8dOFffys2G0Np2cJJgjvWYovEQj2hLwxGy+dWQuEwBqigSelweBeD8oF2MvAhmKG1BQlG&#10;rzexY4CwlHI6rN5IGJvbUqUFK2y+UEWi2khFXqhV92+hjjSQmYPKy5dOIY6I5zvAO0EDjMSdLkyq&#10;rAvmc9x4XrcDA1ndW1trBVnY81XIZXXCAapYi/5OQwmL/ULIy2E6i6+LZhvZ8tJQRjIWVNYjvTkC&#10;h2kA3hKYwJoeSYJdMWC8QERSIx3pos7HvOjNl6bjuI9VXGBmkxtf22LBIBWGT7ToODwBmUYCXDTo&#10;w/II7bQJbaRhNB72IY+MxMIDXXdtBT8Lq7B40Attd7fdiyRC1bbo9DjSQTe2nTNzaYPY6+7uKq3q&#10;QBtPL87ZGAckWG4Wznk8U65eu/r+b35RqhVgA/VySC5zo+2mTDZFQYjCCCM4jGGwbNKvfMh8pH6r&#10;0Ub6rqKzHxHdZEwmwpyXQ6vuC0ahWcZJK3b7JhqoIXnQ68owxWAc5XGjLPT6fLvb6/hFbT/a9oeS&#10;EvLcRy1i0vT5JqB3gHKlGUdCLSc3WxBzFPP5e7dvQZcybJa7QsMXhvrW0uiId9Y38WDajIYgy2Yq&#10;+HPfQjoJ1heQIAJYOQN5yu8t1GGjF1gvgnFMBZ4PeNzljqRDbk2ULowH2sFhw/snGvLPhHxYS+GV&#10;59vd7WwZLw4YHwXMSvDbIikwtA+qgtVg2t2tYVPeLgnbexVtSA7FUU8hBkONao4NUHrlhdDQ7O5a&#10;Ygats1MzN5X9+20P5Uoa1RMuetrt8rnhTxhZDZTDMLFNJuGgv5nvGVtK90AJ2C39A/Huxzmx1uvx&#10;pD9k379XrT82tEuG6RTlQB4S4uptpoTfmoz6mtgiiNpSPNjjx6mkjZblf/mkMrPAeQF5orSY13FY&#10;l8T2sMur4TjbchhKE3NBHM7M+TpB28vL9LyP7JSG1JCIcf+NtvcIsiS/7/xeZj7vvTflTXdXtZ8e&#10;7zEDAggS4JICKR0Y0ko6KLSh0IYO0lXXPUi7JwVDEYrYVZAhiosVSMLPYDB+2lZ3dXV58+p5771L&#10;fbK6qrqG5BUkAxzM9Lx69V7mP3/m+/18pa34kOiw5ai13Ro5LDIdh04lpndbX3+Vnl9ydYvdXrbr&#10;9RmdVqGvUj8ud4MrXqYbpcc5jaB3z5vEpnzvi6Ox0yhFbVcXnJSIzzbLssM6c8n4+vthp1q1/XU2&#10;m+0cG5lDqFUG2Rkw5uoyHY7dI/U6MkvImqAa5Vsff54PzzgjkdGyH0CIkgSGx3i/Mwk7zScBreol&#10;m6oyEAI2yaOGUioN4a7P2SPg7DWiwyw92qyo/Ph99bt94f3XzP70MP4ft1gqlJz6TY12xjJ5PapH&#10;N04UiNqitYlDr6bvNk5UfFo6TVc1cTkFopNGA407MjVotAu7yXamqRro5q9cJW27mES8Qt6BvVqq&#10;5ku1oShhNGC/U8ojbzEGw14nQCmiGXx20gFwC08kBe3LhtEF3Crg4ZfFxs7Mq4uTgvxVRfIL8E2l&#10;41X0OgJJxnCuWoCdRe5l/hsDYodRi8gun82w8mWR2x/0WS4rohW1Btc6cBkK54ZiN4DUXaTq1xtN&#10;HB0Wh4MSPFcolgjLACnWH8BOB7GaSGZNxPlGo7HZaXN47vfU8R5ncs+dkKoTRSggKep6xmeVCtuR&#10;DtbehfklTjNscEjAWKLUqvXRUNGKMxVQi+o3V8PHtLisvIYsadvtepMThFwLPp9Wq09uHNOqrUxx&#10;DHsMFLtdQ2hQvw3rWxMIWcmas8FO9BqFoQq0FIIcwuDQGtL8Y2luNnsmq4EYsmZtxNqbyS1qcbbj&#10;na6AZEwgIN1gwDEE3gjfISIK5cuhF1Cr8N4BPDfYXfV6v4SiyqR65darh43B8vJCrZJ0mHCHWFv9&#10;ntEsNTknxHMxsSCe/z/xnKosXFxWEqWosJoVVbP2JLH3lFIsnrfFwrluWLiYpnNx/3gBcCVf6BgF&#10;1XMG1Rlz+FtW1wuRRGdW1tM2WnyOp3rR612UK5/wn5XsqXN09HlWrnCaIHwBKXXe9MryP0omOjX+&#10;qp5Lk1UvApnO1s7/BHN14TcUnnfzkxOo8im76xQJJk/kF23v2RuhoeWkgg+ndLy4vE5/8ukLKMCq&#10;k/jd5/7dF/8nn7l8T/Xd6JrFpau3ImF2vAALOXxQAGh4woBjPOdMI/34+//4VztrDz77xc/BKypT&#10;GwVgMdYbVPF4lUUr3jqek9F5kh1kTmZWjHa7jgvRRLZZt88MiKEVOdw4PakZKBncQI6YgOuVr8Xu&#10;1vZByNf73P4en554XN6F12vinkrnGpxiii+S36hPXSCMe2OVUmXI7WqbfyXksxwfKMsKm9u4fMmW&#10;y5LZyR+QLA7t4pQ1n2lqZHkuEPxyPStdvXUNRhyztJECnaszWedj4sF/aWmpWq5OR2M9prxq4e69&#10;B4RHTIYDAtI1NmOjTUI5Fh9Ddjch9tDDFHn7lIuqCU68gZIq3us7YkFzULOwZJtaNn/680wVH9RQ&#10;JAwE7PFBpVFN1hr59jjb+l/+m3/9pNB9em+n+rQ6O+WZIZ7CEy00O4ni4ZNnT83q8RsffjBCx1bv&#10;qQkbJ3Og0UQgEr2iT5Q7e/eKifXczqPCsD1cuqQQRvvZ3kxo6oN3P/yjt3+4SLyqwQp5Qac3oxRD&#10;IWLEGtTtkUvMOJMlSamQBcpOEYSDHUwMxSRGrJNri5kW8qtJs9VKp9Io9BjYE6ncaTUMWvkkw1pF&#10;nVTv9E7k/6pgyOdxu2vITOsM4ZhOinyXkAbN0DpxXlrM+WI5lUgyRKmM9etP9tuZzr/88z9v9Sbh&#10;mPWrjS+KuupAM3Qahn/ywR8brVNGu561xvbD3Xy6+u5rb3l0MSr8QVu8fGf1V7sf7w2bw0pTrg/u&#10;fvbrN19/p5Q6fveD+Q7O62ROUIAdmn6jc+PG6ts/fqtm76xcnbp+550QPMD4UdTj0UAKD3h/tfFs&#10;+c7K47V7oraPA9oRjOEd9hp86WSNQsAY6j188On+Rj3qngETWyruxmYCR+lc/Gi7N6pMfCrvNZvs&#10;GOlspr2niZAh8rtffrR2/3G11L780q3ld64Yp/Udsm26Fbt62WzzlGu7Xr/12Xo8GAqv3lpEJQsR&#10;WFXv8YgMzcwe5YqlQm0uOCNiD9SUP/34q3o1D4/17qcbCBHFceXoSVyjlxpS22bR9us9QeqHo7Gb&#10;r13XxvqFSWn1xjLJERYNeidtoVTTDSfZJ6XjJ5sxh8kw0gUgtegE9pmCyWq0mJ5u7TTK5dROcv/p&#10;ERGMUM0QYEGB8PtZRYxDPsdEJ5KxIgraaqFc2M8dbmaUFE2jduXOjbnlaPswt3tvp1ZsJw7T33zz&#10;6PYrt/7+J7/A4ZnKFga9VqlU5ipaefklg6j96tNvbr+6eOeDl+PVXGek7k+i3qWblQF5dnW0nOE5&#10;fz0zWP+iqpWtU87wxz//0mcyjRryR7/4LJ/Pz1+3u+fVMKiFJq7O8WwkanB77L7AUGFkdHpKkqkG&#10;xUg+Edeyhm42fvSH77FMMbFsbLbSmcL1mbmYxwki8vHmtkWtBoZBpX5QqJa7w+VYkKKHYm5/nxTf&#10;yTebOzTlMISMKoUh8mg/KagNlUFHP+Ne/NFNy1zQ7PJ/89OP+vHcksm6Wah97y/+5LdfrqHp/fzL&#10;h5In+OofvGxxiIJl0tPJmWzZLOgUHetY/Z9/+J7Las2sJ/a/2V9xWQ0deWvtqJTs155l2tihTdb5&#10;W4vhlYgHvM5OPhsvzL00ZXWj1etCk/3tbx5ff3UWD2t2vx0hMvegNheJDFv9gNs+liSz1U7PREd0&#10;mCtp1fonz3ZVrW5/PLbrjalC1RHwMuAm4+3a3Pzu9vER0sbuSJE397rFMpoOlLAQieqFYgsGcuIg&#10;69EbuG1Xp2dHgOfVaovLsZ+pOpGnSqrGpL/y3itFkrVrbZ/ZXKrVGAjijXHRwwgScTIIQHhKkC8I&#10;KBDU1pzHbIe4TTapxIjCYOXv08eAJBuP66gXMtkI3H2GIz5wrVI1X5yO+XCRakFpjUaP1zd915b3&#10;1regWKEdCrtdQzarbBRxrXSGoMJ5zNiBEeGO0GiU/aHRAPWJFlGBA6OkJeQGb6NJz7Du6fouj5/l&#10;2TDrHWrFUqPFRO84WVAbTeTO5bKcJUiDJJalR4kMoBc6NcaIPpddWb1osZkR9UGoGXWsTMVJXmax&#10;1oZrECI/FrAzGzGmC6MxUsYWoJp2r1zDl162WBimtd0Oa8jnVp9YW1H2gq/yuG0ncjeZkGh2OwGP&#10;s9PBb6eq4vPrDYpldJ+KAM1mtbPToFiBkMHjGAcJHWZrOPI4rHBuypUaYZ5WMzG/JaSDsAERVMNw&#10;xreMlJGzNJktIQLMFMpD4r9I8h2NOKay7fHKy7dSe0fVfvP2K6tMlScGEylw0HVcXk8hm2e1zvCu&#10;1uktrl65fP2qWWtgoElyL6uqeq3BA57jmh/HuttisWF2hVYlCVosr+GZ6djMVMDvAVaNfSU8PW+2&#10;ugIIkFD+MI8AJ2tmY6rr9/At48nmalVKUlTORNQ4nZ52szYze7mV71fzLVTTkQjBmwIcOuPQVDhI&#10;a0fNSSMbsQ9ELXv1qqwvcmzmcrlLN+bgb99bW9PpRSPxqsFIsdIcIgfFLChNFoK+com2tO7H8a3B&#10;KWW4fWN5zBJbI65cWmSGQs/ZVyYXCNtbXJNqZesmQVwliATLD4vlg+1jwq6NQa8rHIKh7dIbuQK7&#10;DZKIxjaH/ajS/uG7rx4jZh6PXE53uz3oSBNvwOvxO21I/D12m9k+7XIt+8KXQ6GXp1zInwhNcLlN&#10;PrXsVMloMOiXdMLYhzp82K/GK73k6Nndw25LkyrV3QFHttCQ6hNCtaWBoVEbBAKX8YyvrkZ9Rouq&#10;I6JgsBhGk/5k82EWth9IHivcFIxQNm3QrXMaBjqrRrIYmx0V3bn9hsskie8tidNezYxbUAwODdXe&#10;ZtdIllW9bxZlj018sFYTCM5qDte3GTiIaEEIfZ9ash/ut7/8dXwvPUqkOl4yxiPq2WkTrG8/hthF&#10;eyXXzm1X4DBbFjy6ebvFoHqU69x41Xl9zpxLtjg/UphBwmJ02VkQdGabxuhUmdUqouw9eqGRpGER&#10;nBHdnF0Y18d6NrxD1eeE2molTOVeL52wkEz2Cdz1GuSv9zpgqHXtSdQh5Epya6iCR5TNDtQmCe/D&#10;tEfQQJdqTtKZtipmvOMWBkVGajyt6k2NxnUr0K71aFKF3tilU318t6UBEGpXwjzGnJDNEeOjebfE&#10;fsWtAdps6zQmHp3DPzLaVQ671ob+vN1sww4MT0XNHDfjgdvrxHlLHapkcY1wwalIgaZrIi2EKogR&#10;JA+gTqOF3RoGHidJpYbABG1HnyIsFIlQXgO8wVdINchpySAYu/to0KFoRvSL8tjO2EzHfrIPIENg&#10;r4OKUhL4m2wq2s2OeGIF7fbGigYEqxxalL4S78b/mnlckrczGPiCfpAWsflZTxBsxRQ9nMtk6gwV&#10;aO2g3Qyt3P59dby5wkmSq6ImRYEzVKQnw2w6UVECfIaELYXCwadPN+7fe9QeNJkb+q2KtdLgsjlc&#10;Nr3NeHiMVolJo2AyKkMmk0MLTV7uo7oYEeqxNOvTByzg5obUKmSH9lTHx6VJb/TStQUi0zI5sgXb&#10;9UqXaCIrQXwTDWA/u0mXLY5yRaBZkstvZIQ0YAXeU1UguPCG+tjjwOCrOOZHJ/gP2vRKiQk5Ggrk&#10;G6Lba8EGH5wKoG0spCsGzQSSXbZQrXfbRrNbFirxbB8UHHek1QP0Sos3mDb2pEXCqa00r+JJ5/vc&#10;u3tOsJKed3qi0izxJk/8pSpREF5oeL8dw3MKajptRZ93mcILONTF9veM+iScA4lV54lHwnkX9600&#10;oAuts/zcB3vqhFWd74cnZ/23YgmWJ8Jzz+vp/5y6ccXzJl8lqL6FX1Zd9CaftuEnV8iJP/nMw3v2&#10;W8jyi/cmn76lF6vqsy3sCZH6eQSU6lRjfbr4Pf89T37yCShCpRDRmZ8pHzOzJuVHCxcRXspvdNLY&#10;nHbLz4HVJ39x0oEzi+GlllZuRqIR/v5AyUFhYq7tKzemdMaFFp58/vNnD35DpxPwBBcWL/WGoD0M&#10;Xr8vlyrXqx0a75OgehmHYLPcZN0MShHlFEh2XL89dkuSmM01wS+7UNTWuzaXCaAUP3gmZq7A6lNJ&#10;8IJBjdgcBJcObl7zH+0WqTtMTqlSwGuliOiJxzWzFeuM9Xbt4qqNH9auDnsNEgHVvQnsGO3CZVe9&#10;Ocpmm5EpO2APJYt8zPmjyPih+YYis9Kb33lbCUFD3IY9wGyFRcmHgSgcqZnPaYtFo0zpeAjiR+Kz&#10;ajQbioNLq+OYJeje5QpmtzMaFexTjZGjyEKAOvM7sdXsOuc9t38w52YslGw0SYQ/bOA8jG9l25ne&#10;966+Iups93cPvSrhf/qLPzPPvfm//9//52EBV6FcLuXnY5RY3gf5nZ3u196poSMweXy4Xxu0rJOx&#10;1OqrJz29S9CG1VVcVRv9o8/23r8Ve+sHEU+MLCV1WOP90z/+0zdefcVpDzKClPu9upJ6QTmlMVtJ&#10;HxRDoRAkTxcz9skQLxd4QgdiWWaZJkX5BpuK+uwEjOlCPwaJtJAvWMzgHCYUQ1UiILpdeJpI1kRF&#10;/mPSqMa9NteZ3ul0c2Xyr9hBRqrVnIA6AyxDM27yfLFkszmtHh9Kt0KmgE9V7wuW4Y7W6++99VJl&#10;Us+Udvi4r85OG7UUyliGfU/WH7C9++Dt777zxochx7yqq9OPDa3Mfmr94bTXa+0Mcw8O9ZLuv/tX&#10;/2p/e+8777zvs/rzx4V33v1gZiZWyNdWL9/QOcYNVWFuxtPp6pNrh8V8Jhr1W31Tv/riy4FpUicw&#10;5fgwJNlvv/bO/KVb21uJv//rT371n35350akVt1CbeN2ROaWbjQqbPon0/OLPl+EdbfFNW6aa7aI&#10;zmWUOkfV5HZW09M2Es1Q0OF0m26/fWPu/SvxwoOulPvoZ4+ffZ64dWXmWeJAYy1TZNWr+nShlDjY&#10;f/zZfaFay+SqyzevemIAGGtvv/p6rZOf6Hs8Ke9cv4RvbCiVQ+HAwuVYIZVvZpvUEGSqaCq21emI&#10;QdOLJ/v3H2/d+sHr3llzrV1OHtfS+5Wvf7v14x9/8Iv/6x+WNMGoI1rrCL7gNIioWrGiXOryhMjl&#10;JZfLbjBAqCSHBGFq+ui4nM42aqQJNt57+w1obdw8xVyNjAO9ZI6Akqp0e8Xm9v39UW1g9Tp/9ssv&#10;Xr2+1MANN5Dff+n6X//kp/PYETFVtju2yajaan/wR9//5c9/F46GLl+dbTWLnV5penqhcdRtp8ZS&#10;x7if3j9KbotETzL+17obJclgGB2WMqu35xtcQ0L/+z/+F6FgTJQHyXwrYHVVD3u5Z+OjRO3R4VGf&#10;DA7knZLeyj9wa7FKXL6yMrcyHyQ7yOncSaV8s6GPP/nicmzm0fYeEFoolvML4blYeC4agj8ybrWX&#10;o1MfP96EHK4ZqDQDyaIV3ruxEAx5sW8xhctWS9GgL91rL703a7pEoIovagv8+i//ZkYWjSNVIpEN&#10;2E3Hm9sRl+Xu3fU7hDVdi929+8ntV64VmhVsd8MCPDX5+vX563P+r+7fF+GYZ9AFNLR6K4mWIbtp&#10;0Gjc8Xo0DfGn/+/nu18cPv344byaGYRaY9X3m8LDnz6DAjezEOvWOiETrj1jr9LPJIoIcCW9xmXl&#10;6zfOxfxI4EbDftBj70xUb9xa2UmmlmdDQBGWLi0olRPRhzhC9ZYv7j9GetHojlqdAchuLREmQHJs&#10;Nh78RGZ5vO65kCdKE5KtmccTHKJTwYBOkp483fUZ9fX+yDo7MywWpHxNQqQ6GkBS6srD/f1EtdZC&#10;M3yQzq8sz7CI8DpM+FcYilHQ42HJlipWvZ6gSnCFCCaZcpFhhpN/xuWCdUtwLTZJHLFWAkAMuqjX&#10;g/+2XW/tPtkDkHrjrTsPP74b8Xt4Wu1u7dfzpUKr7fM7lAwQ2sH+ACqyw2WhXOSBAxuPMod8DhSG&#10;jGO6gxGSZtwWGpMBhrbNZMyWqjzxoASrMaKn8ozz9XrJ7naybWC/TBLXbiKFTjCdL0s6HR11jfJQ&#10;wcyP/SiTTDqkvwTWeB3Wbn/IYN/jMishipLaiIK3i4wQ9MlJzi1hOUbjdCSIkNbr9VAi0EBki2wc&#10;QacIBPFyQrJwNioZvJS8pPRx2HZp2jlIWRpReDmtJrROrHPQPiMOSOPH0+nYc3AgK3WgAtoYs3Om&#10;nsb8z8YHxTMP7C40DAWHAwy2R4oP9kM0OjqdQMpw1O8ZC6LXbqm3u66AI7N1YHTb6Jm9iwsGm7Va&#10;r6AJYjFLjBymuCdPtnsq7Zvf+T5p7DazgUcfpdZEwTMMec+g4BQxlqxDIkF/2O+1GVCwV+cf0ASO&#10;FLOuRVlgayj+WlSQKGGVRRizExEFtYHqPRyF/6w1WYAtkVzKutfBRuWL332iloeZRIppgMNh2twt&#10;MhYmgnNUHL7knT4ubDmmJxUZYkNB7pOFl2+mQVhJG8m7Y2tl6bJdlA3Dlry+n4wEfAQU3bo0A08z&#10;FU/NRkMK1EYQG60OeNVgEDMJEU3qvWQamadTp2M6wKPQgPuRpobQYIsB5TzkMOooE+JyqyEc8Vo8&#10;jiuvvfLGrWt3P/6c+YzNoB+oJR52RE0cp7Ps/au90X66sHecRjQGX0SDhKrfo+dh4WMU0UmphMEQ&#10;BBkagRGE64naAExzPLboxHnwelZ8xj0Hzi4Tx9tAzTjfpY7dCHoXLCqf5WgtZW4LLodu1C5ri9XU&#10;RkXf8bSORsMinkSXJE0Iq2D6xI9KHNWQGxtsqjaxWKi4NWOGRjarWuvQzAZMhCLsHzd6DZFtlZGG&#10;ntQkmxgKSD4XYAEBlnAkJvXshuRYHT/GOyAZI8aiqL9/0AmF9bNz+rSs6804BnYD+b1riWHEqTcN&#10;+rl03x/VB8NG3YxTI2kLueaSCxKvOLtsjx91fQ6dz6svNwbApR1uTac+vnLFTGuqqg3NOpXPzIBd&#10;Xc33BmTU6qT+QRve4PySZe6mZWDV6Cyi1kiQn5pP99KC2of9oTLy0jjdrx0nW88G6o0WFHZhzjl2&#10;m4XNg4F2qP3r32QKssbHePJ+sibq0m7jex4Rv0610s/1h22r7oeXjLub9XquT3PDBfHVRnVzp/dV&#10;jw23mugEmnC3Vjtl8EDGLsTbo/JwXO5NavK4POTi4U40SQoOrVVvjFlYtFupcl7LNd1un8jvu6M2&#10;YqOBx+FiFlZmalSqj7uDj756mK82mPXj80Q5W603lGUSdxGiKm4nhM1GSMSkjElsMbRmK9K4EVPK&#10;IdBghpyg4SZMl2jH9DouIsFKZcVEl/ZvpIR+QQAlilZQOqYBKSO4hZ0Wy5iueTQhMhR1hisQpOHU&#10;28kukvpthXCFfldJPKKNNJqDKzd/bz7eggI7Uja8k+dtEaEMR7ubzWaRYT1leTadLpeznL2kMMpY&#10;R3RSrQ5CtKehG1APNEpTIjJH4D60cqdZ9OFokAPN6bL88ZtXsIDUVeperYEW9DjLAA4sg/rKYtRj&#10;I4+3xys2eGD3WMaIPjc9w8DvMNd7gKA5JEWdSc+iWDn6ZWKx+wyw5uadva7sDpNIQi4yJ7fq0uUw&#10;qrZstorD324xtzoA9pXpbzHH+NIYCS6PwDHoVZ1+Y3bhhlbvD8QWk3FcNfXBQLWw7C0X8HDhVeax&#10;wHqNNo3R61ku7ym0+XRf+zyaiNKangoZmE7xl54m4KrOhNBnubjnxt1TkfTkpBk9WR7Lwj8TaXu2&#10;Cj5blcoXtqvyt//wxaQh1QVt8mkg7plq+uxfFCZnWmhBVsnfljJfDED6ZxKTLnqPT5raU5TXBWDz&#10;83d+ajM+dwY/zyUS/hl99OnWXD5lTZ+LnM+Q0aevqQi9JriQmgZF1KwWhQvBwMLpQnysRBOdkbGe&#10;973nPuCTpbPCu5KVjjccDfOd9pWti6B9rmpGuXE6LkB2oQLcGAhMvf8v/jRzfIzybfXqdR4yvXEH&#10;SYFeq1ckGKSE0ozp1BiaBFBA+Ez4eXptvdmPBEy8DtsIn9OA9gtvkWrEYGsAHYXOkapDEmU4iAgP&#10;uEN2t+pUEBaLqtuj22WC2VEzsjdp7DqluW20h7GIYyiToSZOz9tjM5bOYBIJW3UEw7WVMEbS9zgs&#10;qCao5WILfs3YMOyqXnvne9L1WzcZrg+VnlfQEiDp9SUSR8RL0Pb7XS5kCbzkQSr13HyFAq7VqPJj&#10;2GFydLFAa5FTU6go/g1RS5mruMra3fnXF3pOjU6Qtz7PxLfKAYv65urLv/m7NauGCFhnqZ4k7qvu&#10;0H3nNVJYJ4nDnP+SWx2pzSzpl1/F6yInE3ltDPZQeWSSKGp0kstpnDKMDbv7x+S4Gh1qU1CPtygV&#10;791csU+tGHgQk+j7xu0PF+dvOiyQPs0cK2wVWt2u1mjgi2QFwHM5GokiFYeknzw8QKvGHF+ZUoki&#10;gzCKHU5nmPLcshBVavhH83my5JoNMBY0uRQM+LXY68LQkVCmo/yplwhudbLpNaG0EVRAFICREmTP&#10;8oKAI66tfKHAUQ84nEcXfC9OcrZpL62uLkxFrl+/0RXU6URuZ+c4vpFedkxpiqr0TmVnfXf/2cal&#10;yDRilNrOgdhp/eInf9PPJGtHO5puRSJGINUK9gzTNv+br3+3El+PhCP9fP3eT37Z30lVdg5tlkCt&#10;UP3s62/Wn8abiZYXDsGDAzA7GD54GKSSBU7p4419oTIa7tdiFv83Dx89/Pzng1ZmKTjt1NuvvLK8&#10;9iz52V8+6j6roYGyBg3+qE+vs+xtxNFxmxy2bKGoJNi3tZOmLuy8lM21hhrRfdUVvBqcmPsH2ac2&#10;u/Phr594NL6ZmZWZy8v/9t/9p+kZcyjo/vqj1Cd/92j/6Z6GusdJBoX12s2r33z1jdy3fPzb++vH&#10;zxLx3C9/tTG3fHlrJ//0aeGrz7be/c5VeNe/+Yenbo/tys05KsuPf72mqlnfWH6nX5Nc3jAI3gzM&#10;/WcZT986qcu0MZNaVlvJ7x6m7rzxch6xYzHvl9Wq4dBi1AettoDVSo/i8/v9Xm+/O6w3a6g0/XYr&#10;K9bPPvm8UqwbZbKnZFb/VHhDnqWTIbfWpNldsDufPNi++dbLst+ZSpRkmRH1qIEBSaEB7VPRp3PV&#10;2WCg0Sh/74fvr9y5/OmvfxMwQkrszganK3upwsa+ptO/cfXK/c8+WwrOJg4379y6c//egcGt0XmG&#10;FRIW69pqtTMelSMLvi9+sz7OgWcd/+Rv1/rV2mefPFq6snjt6tX4/c3sQdKrs25v77GE8QbCW5lN&#10;vdfcB+9hMExfmiYlnCXkytJCrVYhHWWRCEC77qMHD1L5EquqQrXw9qov6tHSudl0areNwC3akzFp&#10;qwhi7UZ+abE+npj8umqjHpDkb/7qy7empxP7yVZ75HJblmIkbho3v3kMizN1mLy14Mb6Cwr4V/+w&#10;Qc7T3mHypZdXmy2AYRvc4E6PnbEgEzn67XqhQD1OX51HM1irmARN1Kj/H3/wAZpx0Mzpg+IkXr8T&#10;CAc8HtYZh/f35yaqX/3NNzNWz8LVQOCt2NLSVO0o7TfZPrq3NeN1VOv1zaNMrlBFcgdJhbW8OBjF&#10;M/nPnuw6TdZCvpxnAN4bvHT1MsBQ7BJhlz0WDelMNobLoIPhITV6/VwGd2Ql5HEyj8TFkEznQ25b&#10;r9EY9UcOjPiNOqlKrVrTbzKVCuVku9YZ9eY99nZvFAsF9EYD2vhms2nTskTtMOLjQGig1XGwfIKI&#10;bPD4iN0uq3m+wEnqDvQKI0rHCM3utHXGw5jfWWl0SBfqAb5SjZaWYla7Y1Jq+DTMQQUj75AhPa2k&#10;yYDUl8MEGtnGUcpDuigyldHk2WHK77AAA2Uhg+aQurB1sm81G00eX5DKUMPK0Kin9YdFTKFl1CiJ&#10;QdqJtPbsMJnOVrBo+h28TSAx0347rBKTwpjpWMwGxmflChqEIR8UJWsqV7IrXBoymzDMwrPi+Bjq&#10;lawizFwjjeLalbxu2+AkOAQzOUtQjU4b8EEZtxo0PBjHytJipDyHfS4H52dboV8Q9svwkbExeUxa&#10;+nZlD4ACT2+EX0VsmkruY3XTodxWHF+IlWR2O0roG89eAhJEAUATThrLSRdN81xvdU1AZScTaM/t&#10;bi+Vq3gDro2D4ytRX7U36NWbMyEHNR/rYPBT+HNcVqMKdXh/aHI4cOQuLC5y+5vUAh0yQtSTymOM&#10;RgkZMJh3jstisQBrmbwVh9vEs1mn03u9/nymYDRa0SK26s08w+omOZw1MFjZTEqrncACHg87Cl/b&#10;qOPV+OZPyhUe8YPE7qZa6AOJX74y30ylpXZd6LXRiAttg7Vnr+ZyaqN0iFeJDNioQ2q06Ku1AlMD&#10;9dTs1LPjotGnH/RKHODVan80FKdDvr14vFKH76TtjGRcg+zYqWddvPNWJ1dFMSa/fnPFpNDCOzVm&#10;P5Px7Ey0CTuPYY3btbubjhfKZEcwDcSiiS9KN+xVjhOp9c1Kg2R7S3EwvHH76nQsEPCRrGO+em0B&#10;K/uUi42uqVRtOg3G3f1kJl+jxmGGQ7oJI0Tm3wBD+UFm5g8SHyBlhshFIhrMjMhNapE/RP3r96Px&#10;0sUCDlWu2niaC0uidjB8OeAfFppBmiLma0dxN6ieXIl3WybBvk+6smv5KgHndNlqZ4gRPFILPh71&#10;Nwdts8bMVWM2GJrtSbXcr1m0r92wCJ1xro0WTP50rbbblBdCeqdB9fW9Mgbrq7OqMImEGpDBUqlB&#10;wOnkzRnj0VGf4sUa0r8RkmxE1o0n778e8vsE5u/Y10wWdTKlKh2W/SHz0XGl9ri58elRc6S985Zd&#10;PZI9usmNeXXMqmsfND/528P85lhdUR09yB6stx58yjR7srxgujSvD9qIKpZ2NvL1oVjTalY9JC9S&#10;E6vTT2urc5qPHg/n7UKlPMqWkZGN61wuI9FsEGot+SA9xlFgsIlkodc6E5NDl892C+vZyVEngkxE&#10;L4Hs7XYn3ilPyKULudWrYfNecRhwk7Slmp+12JwGelt0jjSijBsMI42+Z9HkHFOGGXVdHNaQeERI&#10;ZaWFQ1iBI91CyCb5FAaNw+NBUIJhllEPXACCm2l7Seio054iiSak3GqGGzsbChCFSxAIIzD8pRyA&#10;eGjR8WKW0QnSqDvkH7S4CQk/6tDEdaAN67glkIpYzYrNodPhr81MXxTgKtt3sq+0ZhYMkwl5XkhR&#10;ksUiDxrM8XaXC486KkpOJ+43qjU8pWyNq/kCEIAI7pqZGUAJrMR8AX8gGGhXm8Frt39/6UTP94hD&#10;0ssPdz/62X/89ONf5LIZlB21RpkacnVlmSUhRyu6Jz34uu4YLjbDQiJGVWOVEzkSh4Nei9GfYVh/&#10;qAp4XBpD74PrVyPBwO/20go4ZqxJZhsYXWbn5oO+KFM4diz9MSEXZMHolRq71TPBF0CHqNaifAOq&#10;36z1olMOo07Vb9LUEK7Wp5xZuBIZCj1RJ/h9prkpi041aVXwOOOO1nlCXjbNnVabu/qkRfF9+If/&#10;dTmFMibrMhGc4lLpTB9+/8+CUzcfPXrUp0RcNrOxBkHE5aGXJAVvSBeibHtVZwgrUThnFZ+6dU/Q&#10;/CC4lbGP9nTHK5yigS9GGZ0vcJ9rib+9ln3RCMovWMhn/+oFzNVZpq+g+qcW2QuvcKHvPaMqX2iE&#10;5dMco3OHsXCxfzz7YSfMK/nFzxcu9NPCi79QPpHJWRrQWajut1fVwrfV3bLqIq1KOF9nT8760zPf&#10;8vOP+Hm2tTIfIvacjhfa4Yl4/ALq6+Q/aHfHk7ONsmpy2oRfaLZPcdeqxZUb4WiUrggf/cWO93Qr&#10;TDOj1f/i7/79oF1/8NXHs8uLr77x3tb6U6QW1UZVqQeEcXBav3LV7XBDjJlAU8aCbqdJNViK5QHr&#10;2WCQh5KIxkuv1vttRsznEwkvF9FvdFUqNIxayQK8vZrvsvgFlRKKmSKBCCoYFIhUWXRhTr1gUItp&#10;JaJxgNoYhIBeL3pmLK06KTBE6EpwWHBUEH2EktFpIyqOVaa0v5669sqHmXQ2nliT/s3/8ZfLi5ev&#10;33ppefXG7PJqMpPjUY2bi5vBzVoEALzbnc4rQg7EwEDK4Rhzkeus9taoR2ee3E263O4GmwYoHX6f&#10;1+/OV2sTdNuilN6ruPwMsqRqpv/1b+/Nzc93i9l//S//K8nue/eDP3xt9bJd73n5xvuCJ5Ie7Qv2&#10;4nJUbKnGB03IuPjlsyZl8hseEQ6XGC3rr454roUHurBRSZUai7JJRebne2/H1NrYfPSVm1fe1AmO&#10;wZAYPw3SNUbCWMD4IMHA9FogK20+lxNVMl8h0RF6JdREx8FKxcnnwWgT+TG1Dnsk5a6YyOGpaSj5&#10;8fhx/DA+PKG8FIoVrgqiIx0wB8x4fUHgFk/mNcr9zkyRywJVaq1aczgcJeIZ26Sr6+H7I5njygfX&#10;SehFqzPMxPfdVnM6marmGzqNMTyzbHNHB11OEAFaXiGTj2j7qaebpd34+v21g/WnS3ZLESUkbAGd&#10;+g/+4g8T1WZiLznsyfG97cROMrN5GN/cQWaHmWU+OvXg3sPjRHY64Heb7T/64Y/3Erk2tMxeP50u&#10;rG/H1RScPUGsDlb8Ux69me+3z8ayrZHqUj/Zejk6Nxnqe11NWGO0i5NAWD5M7id3j6r7qVmfmw9h&#10;dnEx6J9Ox2vR0EwyXUukCqyye+N26LKp3O7aHZ4vP33qN04NKgafOYZSbnMnleD4Lqji++3dx4mb&#10;M/O5RBbwWG8s1sulR189XAxOl2vCD/+zPyc+a+nGEnoqrydsMJivrS5fX5lpNauba3vi0MrAZWp5&#10;PodrdCnaHrQPdtaWX/c3kbM5PQeP7n/20296mc6PXn/96sKlqzMLG1u7b9++Grq6bAr5kkfpYrky&#10;Mzcl6wy5UnUnmYP1gEzqydYuT0cmsISFVjqdkN+DP4DlUrlWaw+6hGTEyfypN2+8duvSKyuSSf3l&#10;3aczZlun2TfaDKFL0w/Wnu1vJcGUMdOi21EkH8DaByMIaFOvLQ+E9mTSil5fOo7Xy9l2rdgI+d2Z&#10;fEbbbbp1WsRC73z3zae/250SgoSnkaI3N+8xmKuJZPLKwqLWqw5HbI2DwkzIbwZVgZKrLrdznebh&#10;gabfkku9462j6esx/H4E7YWm3Edb+xqtwJ/1eCwWtJ4+l4Z4AYNR43UHFmfv547e+rNXt/eTAZ/L&#10;t2gtNSrLH15bO0g0i22PCRvVgALdYbZQsZPwwaOz0WGh4ZpaNt79daK537ixNO8M+uZ8dqZ2Mbfz&#10;uFhGX4ZA98ZC9NEn6xZG+aJuZmrOQ8D3vDP84fWjdLVfbhv1xl67w0fLcNdv1oU8Novbxoj6etS3&#10;EPaxmRnU2tl6Y3pxSsas1emoiuX6oPf9773x0//w96wDYlOh7b3ErdlYXxyl2yoyxR9/sy01e6tT&#10;YRqzVK4MNmBhJqpj1o1fMV+l3qp3e2w3WQMOJgNlg6QxlLpjwLH0bpdmIjQcLOeqOQ4EQWeksB+I&#10;I8X/wToREJTJasGZT6OoIrrW58QcgiXDbET3JdsdTtR2JBL7r0Qz6RzjEhxQToeVxaNOuYyQD5Ke&#10;QsA2M3gGkhMFf6BIiiRGLaJNZ/UZKZ0nCqdg3FPoyshJNRwFQZ9LxUSTKYPX5ZuJ1Ykjv7+ey5Ur&#10;zRaGka+e7lNNHuXLnEJ0O7l8WZFtm033nu6hBOYQm6g0uVIFbBFdLad0olRVK7WDlEiXiSMiLERv&#10;4ugWdo+y4ZAPtXMs5CLawmUx6HDPLs8B6IWtH7IZ7H6X32qpFGv0p9B9j7IF1JZUaI82DuKZEuvi&#10;rcP0fiJDNicSZeoqBXUOgn4wYpIIcpkzlYaYe4R18ViZGxITyaKPz0SFlPG5UUtSno9j5U9aTKwg&#10;OANDQS8kDE5vFqd4+TCMjAeTcrGMKJAjVGFx4ftCINNXJHB0UCgYeSHEj2Ru4/DjfIapw++bzZdl&#10;haUCsNRIb0xDp+R5AmidqCJTYQVvKml4t6CwIJx3i9CBhzq3U2O28K64cAiTo4quJJPgfLefbR3G&#10;k6QVU70SKUeXWwIIXsO1Ta/VHANpbtXoFngKUq1i0bXa3JVilUOMha8dP7NVDweRtZrZxtMEXy5O&#10;FmXnzlXB0EJWoNYDCKp4p+0uxV6YP3qy8c3PAFLbWqJlaNMNWKxpu6V2zBOwSza3Vp8q0ZV26v2x&#10;0a9Hxw31TFQbl8JsgkSHz2HTDEZDPg2o4U3AX/yegF7juWLIYec7YftNJtj60/3ZSGjYGTzdje9D&#10;JYBAoVIVyrVSr+uxW3K1Gll8MRuSZLNGK/F5Uj3Q6BvMurkp4LdidCowMxu2GsFTGvXjAbMz/Fd8&#10;jzrljoYHCwp9nEY1LWp6UL4gCTFNNxqnpoJhDzoCDRza3ngM9ZmHGTksI4HcVpkk5zAZP7SaNgtV&#10;ThRrRKnprssuPtmO/PbSS9ph36saHx9liTen8klmQNCVjzMZJKGNdjdTrwFo7w4a/rD46a/34hmW&#10;qdQiE7dd/+kui43xb57WBwBL9Gp01Jsfp4vfpO5c8myn2rl45Y++E+IttwfCVMyKh5JkJqdhBH4t&#10;uVYWrWD11F6tLldspQ+bW9VxMGSeChrrm7WPPk09LIy1TlN5IqTr4yeifGXJ7Paru5WxzDOTCY1Z&#10;/3CzMaqNfvtFXtdl39pU98dL7OH02oNu0zSDEcD/wdX3vMyDE+3Pfn5w/175qNAlxixn1K4PeJ3h&#10;nZCBpSnat5+ttX70nnv9UT2fbCScekPMHLCT9tTkQCbX7fKUYw9njEa0WfU+nxYoqtekHiZabpRG&#10;je5uc5Cp4T/XPkZ1bjMljttTPvWUD1xFz2kRR+1RvjxanbeFbZPLLtjUeqfNbRX1prp6CL5IxS1j&#10;HI4Yymlis3Mwxk3oAuH/SuNqs1XHoQ8VC3Q+Yn0ZfmcZbz89DiFYDKCU2BIjUgw16jaDzuB02PVm&#10;FG8m0uDp1mo1oCdMHPqU1QroajDEPlOqNNH+W9lAQXYaKuYULih46gzalAZZ2SN3WAqpFPI8Ay1c&#10;z3LMgyLDIavVUKBQ8rM65lxhk8y6Ukn4AWJfr3sctkG7VSgWGsx5h30ifInYwCrsdjjsy6u/p453&#10;e3+vVS9XCumdxw8efvVlIn7ID1VYsnILCX6j2QPRx6dktJooAhHpkMbEErtV7zo8ULUGkZg3nSii&#10;DgM+C3F6jKN3MLaYdFAk7z3ZRUcIbB57Dnl71FcGxm+gvTg32YJp9SMG1W3l+KWTNOgY5UmAgWTl&#10;xuSQRsoNcYYRPROGMR/mGNu2R7u4ZILq53ISHW9UD4RUvg+4kku41wHcUXMHvO9+9+1KE36YzR1Y&#10;Ptx6fHl6+s4f/bduXwhJ3uH+ztzN13fW7uXyxz4fGyxdt95xmcXXLztzVbmn2JLRUpwYQM87WOEF&#10;G/m58llWLoMBOgf1aYKR0pGJ5wk637KVyme7VVl84a89M74KL/axwj9paF9wiV+8hfMeVfhWXyy8&#10;wDELFyN6Ty2+KtVzm/HzJN8LIOWTvfTpi79w3X47OekFmevkpSfyuXX2uSlYfD4gEFQXgNYXNden&#10;0b7/iLX1An91jnEWTlruyeRUEX3Cam692PGqLnTzJ1yrMzHzCcXqzAl9HtKkUlTNipp7aRVVc5Qt&#10;58WOVxKf+3hVDPHLx4dLy1fc/sidlz+8+8lHj+9+Ohh1YjPLCyu3y6UjQjNsaAzkcSZLgjTmKxUZ&#10;E6lkKxKxVFPcrfrd41ap3Kk3kC6rbyy6KMVMHr07CifRyMAqm2rFDyqIEdQaDMOG0II3PGtFLyih&#10;qHUYR31RmeX04S6KnIQWg0RTFFh0ZRN1TO9qvdpsVT9ZK8J0N5klq4Wpn8HnMT5dBwtP4A6aCc3/&#10;/L/+W8bT0p/8+Z+x1YS9BMApk4iHAgHKf/yoFgX7hU5fZk2aLdeOjuIeqkDEPaox1Zsr5E/1Rrjd&#10;Wtm6H2EZMFtiWzT8cXVt2KVNKZfazIF8PqdmKGR3SnppfGc28uM//ZONTHH12vW//dVPnjy+++Wv&#10;P1V362aHBweZS+5Ffeq2AuxSlvBMpuy6a/2u47iQ/HQ9uRFfN4d7hRTtxEQP+0Kjqh0ObhNjGH0z&#10;7L3msodZpPLd4Nym9GSpxUieu2pEHTAeM+YfdTs+rxcTGRAXp8cN7gOFJGRH1ik0uGYlkRKkdUlx&#10;eVPeiWI6kUgC8U2meB0O4NgMzKkw64Z8oejw+BXLWZtyyo77JJlII1qjJEIfAvmZI55EcoVuJ5GB&#10;VgPqMLOwQK1WhRPSahEbCmbQaXehM+QZg4IO9Tg2X0JxnP7IyhtvGxzqnQp8XGjZreWZ6c3tPS2T&#10;e7f3Z5/fLZH9u5cNWTDpGOqlVszhYtWCQIykzUwm168246kC0L7VsG/G4z5JmxzffvnVer1yKRBc&#10;mp2djU5RsqdSmZDNoer12forke8j6s5R1BuZ8QdEldZnMB/eexLmclNr7JL36cOMUBQjOl+lTIBn&#10;fu3euk1t85idZBcvLM+bbH4mN3feuLL06pW1B3tBa8SsscfjaZs99MtPvsgeHbFk95r0YbY8NrPY&#10;FbY2dtldzc1H4Vcxj1icif793fuRK07VoPz46yf1XpMYva2d3f/t3/11qZR1+I3MeOr5/m9+ueZz&#10;+IsHBYfeubC8As5SdKs62lJbGCnjSYdF1xkSm0Eo08effLL/dKfW7hVzxe27T9FSzqxcDYf8aBot&#10;6K6Q+V5e0lhtVMrAb0mOOsyXw5FgsoQHaWjUSMoY1mcM/eCGNO2tJTIBzKvbh+TZShRhBuP9tY34&#10;fnrz6d4b339l63B7yuheikRYtS1M0dvOkeo152M6ZIosxT77+v5vf/GVujXaX9vC+p2rdb/7zvvH&#10;++nVy0t2m2MoiL/76NGk3zXadSO3bjJI5Pe3AEXffuV1RjWFTJmBfp4AG7X16uVbZpvPxsvK7TA9&#10;ZKPtI3kPWUVn8Pb77znDga2HW97qYFQaJRJ5n8scYRBjFHOD+trdtavBAI78lYivl09f4VroVSWr&#10;YT/bDoVn+OJvLV82j8gz7Fo04v3H28BI5vzmvqKXHc3ciPVIuFivTZtdqO7JjRDlDkxH+jFhMI7h&#10;vRB1rVrHb7PsH2eT+znkrXW1ELi1rPVYRBvSzvEC17VWV6q0MTfki9U/eP99qmehSaxjNX6c4ktV&#10;TLPo08zkq1hfeuuOWeEta3aexi0d2W+0Mg655HFpNQOdu7vxLD3K9Uf1Hncyu7THRxkSIyHrLC/N&#10;PTlIg/PlLABXe58VOtOKtsIfjucry1PTz/YOWPKtTEdY5X3+8JnXrCtW6w47kF6sS+xjbSydmIpy&#10;i+kkbdTvSmZKzAnoWyGBwUBpc4R3ujpFzStOlKmpGpGuy8g6Ej0m/XK/XK/T1nFWKMmE8hjrmc2s&#10;d1hNNJ2ZElb+hj1k7nsJ0qh69bZavdUm+K1YhZTpc9n6FHpUKmZDI1v9/KsniFn0VmOm3pr2utOl&#10;KvP8Uq+PjY6Dl7qyXGp4Xc40mBOaGZdjJ10iJpdzwKjTuV2uLqBOFOC97uOd+FLU2+JEQlKLpnSg&#10;IvoCNzA/uVyu8EOhmKK1VMNHtFuWpzy5Lu2BBSmR22FhKYxO2h/ytEejYqvLOoX1cl+ZKaoMBs3l&#10;6ZAVUwc2lpNEtgkzALWGyCXuFx6sTlS745HNYpooigjFZe5x2WvsJ8fPHVAcpWME00aT3uNyKR++&#10;EkwD7RPxBG5foiQlpOAOG4StEfdpOl9DdIBRnU632yejhOEj8kw1y2b8DqxNEW6Rf47OOeRzslHi&#10;PXDU8yCmx6Yrg5DMD6s2Gvydg804Itv7O/HjQmkx4lUUj6oJKz4wizAW0OKaWtVnn3yS3XxWSaVn&#10;Z8OOaIg9NvNjDnB+isfvhubACod91/TcNM24Pxi12j3AAnBoB6M4BrVKxBFpgEgwBw2P32rAQioB&#10;te7aldvQNGATDtvQYCS6zGpz0h4LhL2KJqFQahwdmEaWTrlBreiwuJT7QGNEJ0aZkKiW7R6LukEj&#10;1C2VB5S6PRmBMdwDwkfbDMha3fbswpxRbR+NRewzA3no0KvdJmO1Uqmh5G+0jgp5QlwOk1mrnZSy&#10;9kzEj3WQ65euA27Fcb6ysjCLuYKxSJKpNEqM8QhgUDDgYrbBXpo1lEESS8VqV7FjqaqFQq/bJj05&#10;RoKnRtOq1rghjGZFYLq0uGh14vR0+NHBctl4XDT+NL2i8m2wAVIHiY026BDL8MXp1VKpWqeFEiRt&#10;Q8lFwZ3Kthaxl9msBKK0Q27HuN/06sRivcajFE+xbcyjbIhxNJFJWRzO2Su+cqcl6IWpWUuyBPNR&#10;M26N8kf1oN880QhTM6ZWZ3S8TVc1vGnXXDdoUhuZAaZ8p4HnP2zJmShDIbLHhFqWjLGhSa25dNMk&#10;mbVcgpVi76XrerBMzfagkO0d5nqvv+linRuIGfVuKegQ7EYpZlY1Ba2ok+b8Wi7E7kQ7WvH7rBJ6&#10;XNOK76Cl6iQbPao7n3qr0A7ecXvtgj3Zaz542u4mJjFNTS2ObKZHduOhQR2J6N71yOVU/7A1XgoL&#10;V5YNSbWuUBm9dtO2PGsu5Ees7ZqNgeMSKXym1UXL7h6QC4usERlQhn3Sda12//OETrJnDrKo+toq&#10;aemdGVEva22G9GjSQJZsMM6Hx0BEQLRFHfoIaavcmOU+o8ZyuyNOQE1r3MTwVtrFalvtcPAEZJSD&#10;7LjBQJPqSFE/Qtuyen2B6dkZksAq1SpHIPmUU+Ews92JgmY/+TZZ0DY7x9lCrlBudXtaI8WtUChX&#10;aYNJokbuoic0y2JS67W1gYrELr+D9SOWckCfbCLUJ700HlKtnQgdlDWCEouGdVB14v4HR2+iNOKE&#10;mqggoiM2wcjAgcNAEWNwwO+l+kKbp2TRyiRtUa4KGmHSrdYNGkkxn1UY8JTn3nz/99Xxbm2oT5hJ&#10;CGyQ4tXB0hAFJwpWBSuo9rk9gnpisT43MNPVwhznZOqSSIlIO5uuMq3kgOM5WChUFy8tdxq943jC&#10;5Q/LJiMvh0KHqaon4CYHtFIu200ws0WLllE2cyH2DiOlxOwM1CfmSzQjUNcVs5JRN+qQ2N1XjLZa&#10;8lyY/U5oNpU83t4QwkIm1xoPhb2tznGpYTRhzhw53JbbLweanXa+lLe7pr7+5RcHGw9DVs4/zUtv&#10;f3/51lvFRnv+yss8C/qTVL+X7jY7e/u9Sn2i7JN7UM/kEyShkuP63Mf7vBdUJrBnut+TECM1JTUS&#10;UhpezanRV3Wx1z0xxyqpRerTDax8yns+RzGf6pvF8wiis7976pg9/14mZ8vR0zb3+asJL8J9VBfS&#10;bk/6W1FQfQsr9bw5Fs93r8+l1xewVOft67mq+EV877nZWL7IybrQDJ93n+fxSf+UsXXWql/ow08e&#10;pSf/4olR4AX2Sml3J6eNMK+KB1OnDItOWM2qM7bXc7TV8zjf8xHCSZ9z/qHIp3Jt5d5bWLkVikaY&#10;b9LFKG2wRjfs9zjTlfgfEHRatcPrdftD4elFG8CZ63fS2Uynm6u3i/lauVEt1XPlbJ4Z1KBeGwLp&#10;xJh1bdlEM/3Kin1ju4UsGYesyawJe21Tfqs8Vq1tJcNA+K2WBrKppvrgMA9/Dh2iXa91h8yXbzvK&#10;2Q6TO09IF4iix9KTugqtE+kuvw+yMhTFM4uuQq6TTlU9PsfsrOXxkzIbhnQKHF4fHqHfbd89KICz&#10;oOltNcrpw+M33v6B9Pa7b/Vo0gASQBxKHsf3twnTzCaPkZ2EoMf6/QgkgKk0lQwVf2s0mAn5lEFa&#10;bzA3u1Qq5if5qlsnRXz6W5fC7tnA7tq+a8xF00MM6fZbOEFLmZpd0P4P/+V////de+Sz2RPFxOOt&#10;LwqVgmZi/9G7H6ysrprNgR6RC/raWFtZv9ewD6adOm80fOXxYfHBwSOLfvy96y+p7OF+seAVvR4L&#10;cutx7mn7tenXry28Dh6i3ejx41B+M9qn6nJ4A9w/bBGZizksBpKE+V09mM2UQQVrB1hiXdJ03T43&#10;lAUEh3zdrAuUHdFggH2K7185eVWi1eFid222mNOpzMHB0Reff81pCz+LiTWvTx/M5COXKTAu58PZ&#10;3t6lviOvmdUQB1+lXA3HYoFQmBkJsUbpdBqooA8DcTBUyBcxqNBKNTrVtcdPuC4P4sc6jR7XTymd&#10;nJ6+8srb73gXVu2RyG48SZ4GpK5MIum1GlwWM26K5P5hLpGJuDkDRchYqWLZ53KjYuSoBfPDVYAO&#10;bzuZkBuDKzNTwK7Xnz4Dan/v8QY0txj2ZYT2ZoM3GEpVGsdHmSLDRb0pmy/xfaIW5WQkJlzsDX73&#10;aHPQE6JBYAbDOspAG8hfsZ6vN9MFfW90sHVw/+7jZqlCJLDRY9Z7gr/86UfFndTu2vb3378DI2c+&#10;FCG3YwqPZUihQ7ESz8cLcH2sNPl4Ke1E7aoJl37l3RveoKPcHMwtri4uzChfjVzkE740M4+Di2N9&#10;amou4PHFor5nT/ednmD00swnz74YOgZN+DrjeqaRafZzXpuz29LNXIrq3d5isRe2e7P5Ar6DXCFT&#10;jWdVovFwY6vEHuc4RRzYk6/vg3pgUBp0e1jGMIAM+QKoATELZUvlRK165Q+WWrWUtYEqaJhLFVrF&#10;yvrmQVWByslAhObDUaLur78xT6pHKYNcq31lOtgfj9jty8pzustsVq7U9RW+8vYf/RcfhF+fdflc&#10;//7f/AfzgOfEsE++EfV9vf3D73/3i7tr+cyxyVq/9soNvRhqlTpJMkaexN2eiClm73Vq27sHCzdm&#10;h5W4dTgg4YruqtEZep1WdWeobY5NsXB8fVNHVmV0AUSyXUdT2n6yu5nYP7od9B49Oxh1u2ZZ9fC3&#10;G61Mf2O7MuQQYYvbGMV8waMHj4AYoA3Gj8r3TelAB96ssjhCEjzaWsuPCn3U3ZGg028n8snAYeQw&#10;YQUcre8mCDAAPWk0SC6X16tTZ5K5PsswOr37D62D1tSVQF4aGiNeAEKQYY2yuLH21MBsmlg0YgW1&#10;2oVw+HLEncsVWukSZotJpjKptlGzXQ5Ru5oCZlxkdR6nCi93KLlHcD8bL8eCxWqHnQ72LYfZCvGY&#10;j1qvN0XslqNUptRkQW3KQ5AUxFevXuvKMAC7BkmY87sSmVzEabm2EFGcRlrtoE32Lo5+3KXErKIZ&#10;K9JXYrZEY2O0G50hn4ouRlImnXhBqcHYZzJiJ2doWOnqVRJNJooeZoA8NIJsFsxM8I2k9qDRpenB&#10;WDiSxWg4xOuRCErLrfOQKiEZ23IiXTRZjBwxdMWsDzNMCeEF+zEUPLZwMRH81p1MR8NHXFB5dMcd&#10;NGZoedlTstHodwfpSoMneYk4JgRDTOVqNUacmQplpEyfP4ap1WwSw7t1nI340bCMuMURvDkMpIub&#10;iYcp5UteB3mMaGJUcMucRu3WbpwZRztf9zjNSMRhUxFc7IFxoAILZADGOx3yonqITQfcNpMGvdx4&#10;zGdCE1MoVVLZMtBFi0GLtaPW7vJwVUqw4Yi4UXazpVJFQUGctKBWE81Gizmxw25C9kynyntg04tg&#10;CW0iphym0Q6Xu9btomoGOUZL1mpXOYhA16DRhTNmRmut0TBLJJap11WaH5aENNsUMs1mmwRgRqM0&#10;VXywfCmVBiG3aKjGjCe09BdW3b2D47lpH2cPD91Rs1NN5zEows94+PiZDeJvNdnKp8H66wi0S2Tc&#10;U2G9nSAz1iZqJeFkOPB4wU3xc5W84UBoSq+3pOIJDh3Yj0xJCVthI17Mp/jmUVSISrmmGiqexzZ6&#10;Qx6WuMr5XphpKtmVaglLC72CWRbWf/f1tFOLaknUsRzFpNdps3ttcZAPjGatxWfDkEPWgH6kqle7&#10;NJm9audot0ywi5IsIpNdxZ9tTU+Hus0+HN92sW7RKtnIPt5tmy9dp8hNsSV5HIl8AUQZdHwC3pS8&#10;0CYNs5KZB8mzqYzINbDM0fDzTCdjrajEKYvoyUm0SpF0PR+DNNZjrqGTnA4TTL4c4U96LTNiohwM&#10;JzwiVoCgwnxoalVyirQltRS1Wh4/3ts8zk3FfES3ip1+k5rbZp6ORlhYMQ7AFzNoDR1eJygwBn/M&#10;5DFCh8Je+F74IcFoMaXhilVptZcXZxi+M/LRmSZ2qyG3Xzjer1mtNFpDLMHTSw6kcI3RxEw2t1p8&#10;+KzW0GLKNc3NYtPWd47qLpMIivZutS8HbJP+KJ7vIkoThpJGqdk4b+SvP07tHvaIGAb0NBbVZZ6C&#10;atVUxNAaiWQLFYbCVFB06OVJeayA88eitava26mGwyYJQ49ZI4fN4YjmnZfsTrVYzvTu3DTAodr4&#10;OjMRdXNvOu0GIdSzWoXB1/lyEixBwFBTqZyX3PtG4eWA4ZZLHFbGIBJfv+rTjMftyfiSjVyr/kZX&#10;dkjSHfTPOvNxvX9k4lcfLgZonZS61uthYTfmAP/4r3bq+618tTVwaAZmzez1Wee0fjWKV2W4PGOd&#10;8cg8KMplRpOsDQkwG7h0PYde7Hble0e9ZEdcCTrEnLa92/bqDJ7IlNHnlfotekUOQIQtBmWWoR8N&#10;EfAbKYe3n+3irZ2KTWm5Q9UKiRN9DScvIysdPavCihe8yuge9AmuBg1zSe6Bk6EV3lpbB0seoNfR&#10;cO7GS9FQeMRkfaJEmVGzY6Rn3T5UIOdkho0VzSQqWfxEGiSIfflEIMLxq6hmNVwVA/TtTgcBTBKm&#10;XwSc3GaoWSj9oflxQZ4sBSe00ORrcNNxHoViOGm0wZuv/5463myhRJXFIYboqc7UrVajPUBtZNSa&#10;7XbAxpag1x8JhBjwoddWzILyCDF/KVchS5BOlc2HaqzpDbqIAam6U6m01+9yhz37m4eE5TIZrFca&#10;JZD7+ZIG4YukYZyHy5ryloMF7h/o/q5CiSSpWPD4LFw8Rp/d7HNWMpyBQihsBs7cbI1B+ISjdmaL&#10;drPocOkSCWxT41yxjzgqOG3r1Id2r2VxxZwixKuHjmMc9gfdajnmAwLaSeeOdzZ2n979Xb6W2914&#10;lD5aJ86EyUizoaz++K5BF9SaI2XBexJAdKZjPmvvhDMa84nNl9+/e6JqVp8IZ4XzoNgXQUb/RIV8&#10;wR8rfxvTrHquwD1r3k5WnfI/DrW98OeF8470gjRZYUufdLynAmDhzBp7Abks/+NQXOHiwld4EQms&#10;/LV4tk+9aMeVzxOBX7hyTz6Ti5FHqrP3L8iqb+1xzwFVF/lYp97gyYWX5S/xD6EY4JDnQz7JA5NV&#10;Z9Aq+aTdPVdEy2eqaPmc1Hz2MUon3f3iyq1wNMKiWJEoo6DnDh1ATlaf/nnhOW36ZNKhVmNfR9q1&#10;vLLitDmKxWSDFQJAA5+nmKsy30VrVir0W22h2QXnxjNNsDpNnpA1ZDG7dLLfLj3cq1Qb6PxHjEQL&#10;qUa/NSjkGU5DghsDOrS7jejze12D0w+KlZ6L854dQGtIaoOeqmkAQAGdEaxQYu3lsabV7Oezfaas&#10;Gj3qD/A0Y6/LhAmR7VrQxepN/8br766u3r60el166703EqnjzfUnmxtPs9n0QfyAxSClg91k0IpA&#10;on3KiBn9IQdcwA+Qi37fqhHg/Dx58Bh+y6jVZqPr1hoWF2cePdnHwcNy2CZpxd44l8xeWwjW24Nc&#10;EvtPfihNjpIFjcWxcZgzdCc3YjHM+v7ZMGGTfW1WYztqdoZ2MXBl6Y1qdXL3F78dlVJYAGs75exW&#10;XK6VXSEShCe5eG3GNXs9+NLM1HXcSrSfaM/USnAUcmbUcJQSbb4ftnrcFsSCUy/abI7JSUJxo1pB&#10;fGJUtu08SbCdcKBICrqlSZ6QVAW3y3QzGEKQw9eJF421BlMTZmonGubc/v7h9773ISuKtbUnmzu7&#10;+4fHoBogw3Bk5/LFpxvPiqWK1+tD0gn4iqEIqXB2RvGBAKcYr0BHTd47VzZxc1wx/X739u07wQjL&#10;Ws/O1jObx5kt5oa99tHGxnQoVO12Z1auWKcjyVLFoRbtnJQcGMOR1WjqE4DUVJQ8xXp9AZjtcDA/&#10;G2NMK4uKAoGFwuxUxOFzP9jcUiuWc9bnJNb1adB3948Qcy4sLO7m8xvbuyMlT0SVLleCTgdI1XZX&#10;kfvu5Qpm4nacHpr+jcNjoJ3LCzONyfje4ydMKMHB7SaT+WJx2Orm0hkebn6H//gg//Evfqcmh7re&#10;0kuGUr2ha5Jd3EwcESM4brbHpVyNz2RuIdoipxbTWBMVn2uarNdCq3rcGDZG7CAYAdRHSYtHeonf&#10;Ws8ms7c4P7X++NgEPG12dmSshOZX9hLPqpMDWRyiqRfb6nypw9z/2uxK4lm6mAEMMWIZ+8nDu7aw&#10;Y/rNoOzS7jw6fHnl5WKrYZVliniAj6ur002Kxn4PvCHBoyXAr40OdT3LE7a8Ho+vQrbQbx/L6QGY&#10;IkkYcnw4DXoXGao28+qlhemg/3D7AIHl+x++ohuZQUja7HZWgT6b9crCLLNbdaN9uJ9V9YVmpZPK&#10;t4IBd2LrQCw0X/X5iYRlXtDMlFcDodz23tXI/KN7T+CtOYJLh8/y8bW4DXV5Mcu3pbZqg9OYFgjE&#10;Fn7x/3xuYrE6F+q7LdGbC2xkICYmcvVrLy8PqwUNARKZomnQSe4dTdtdKjJSEulmsUnIzOJcmBVf&#10;2GkghRXGfMBmeunD744yhVYy/tLq7JePduhzKGejQXfIYZZHtIpGfGLSCAezyPqfr2kVXDNMvH5H&#10;SRnVAm8fL08HRe2ESTvzY+buHED0MIshX0TUrGhNo/qglod1OxZNpmShpDUAEK786I8/9Lqt3Xpz&#10;ORpATz4SNIVqMzAV1liNpK3UMFsGPR6T8XAvHvXaTrJbbW1lfGOUBjoCRZnaPDvMcbod5MqordaO&#10;U3ORcGc8YVvlCnp5jgaDATjy0gQrlPvZ3pHEYrNe97rtmAtuzUXrPKWp07nx+nhExzytDQpqGD0X&#10;YaQsfY08KNDUxXMlX8CTzGTgXXMw1EgfGqokJVRDj9YX3jVu2FqzBVqpfcIaMpv0DLkqrBPB9+u0&#10;nNFaQWW3WLqdAfsxnw3xtAqvtRGK61jrc3mwheA7I/H4OFPZ3E306w2zRUeyIsmWiUKR65C0d4fD&#10;TEdK68LmpFmpQyhmh0aQbKZc99qsPGWgAk5FQptHiWjYT0vz0rUlBITo63UTwYidWKsnN9hqsSwv&#10;z+3vxRU3ptOaSua4IrbicG0AByOMtPHoojlMpvIsPZ8cJgqlllVteLybZAaUPi7QGhVqcP4HbovJ&#10;bdCTbcsokCW8Ul0ppPoB+HQrITdMBpuIWWX2OOw82Z1ykObyJYfbblJMyyAPpPFAaXMsRv7dsUJq&#10;pS4bYpPmH2ozmQJ9MYs+NjE08Xy21B35fBEdIgW0hp4TkbPM4XliIIZZOlZQzowaCO7QntSATCf5&#10;mTzKqa+pepU3ZjIi9DZajFzV2FaxlRo1QqXZLBXrbrbhqCl73XQ6I3EqVcqHe/uPHuKPpvzr7h5n&#10;Yg4nNB2qdnjGWAuZZVBb81+VhL9eB/IwrSLmDeoBnz9Eb4vDEHYMLYKk0EcB0kq8SbY24glaFCdw&#10;j6kAJKF2o5BP08j3mcj2kH/31HL/YPdhdXDw9V68r+t1NOQoDRnHDg1DVrtmvcgi1+227R6lhu0+&#10;tvPjQtPtgqQuVdqjUmWUPK67zex5GA6oo2432+WZmcjhcTGbK+HQYVDClphMFD0IVxbrna7Fbrh5&#10;aY7pwNwUaROaPj465hTlciyI1bxGtBifGIAxn8fJhXd1cTqdLWE7pqVldkbKC3MNtYExU9+GXXA0&#10;5tDb2E1wpT47zISnAlqD7LMwqmDsMEb5gMARWTViU3hfqTJ7WhOFea7Zdno97XJDHirkIbMCdOw0&#10;BoNb15bt0HLkHiMNQdYSKQwUg2rLS7yTjDCUSENdwKpl8AEuES8oD2KzU4IPKxo05oAW05PHr5sN&#10;WxA2c0EYPMZcAe/oyI+4QStsZXtbJvPcLb91itMLyIDUt2hjPrS040SyW63JO/XR25ecDw5qAbv5&#10;8YO0I2LbeVZ0DdRHT6qWsMlnFcIWGCmyWBnHP82mn7SePso/2mH1NlYlewd7HZPPjh3KPJE31ls3&#10;l4xf/fWB2W4O+nXXp827a3kS9NY+SfsHU/l8cvrdoByzLHolnMZPEp1Vr9o3mBys1eLV4ZcdAY3w&#10;UtCOEPf+Vjs8hdEX/cT/T9t7PkmS32d+mVnee++62pvxMzuzswa7WDgCIOgQd3xxF9QbKSS90CtJ&#10;r/Q/6L1enRQK3oUiSEo88kgCxOLA9djZ2bHd076ry3vvq7JSn6w200O8xi6wsZjBdFdXZf7ya57n&#10;82gmvWk53RY1AnbaDTTvPcVjFLqiFu9EoyHXJ9ChhL7D2Ag5PBv+Pri+vdzJx4etlnblrh0b3b24&#10;JWmdLnhNlER26jBZYzGSuGrYO+iEPIYHi1apPohO/cGpcdpoY+v3hWMus2VQLE1mIxgA7bHs9XM5&#10;uG0WUyZ1AnWGCnUyVd0FXD/4g/CiUsbiE0QJwtyQupe21Oywq3A8LSvNKQdns9t1ufFhWOgImQvT&#10;s9YbUEd7qm9fw/E89+RzJSjzTkUUXV73eDytEZ6DxNfNVNDQRKjO1JKThKWuUU/djuqjqzLeafTg&#10;UtGgQWlSOTI8PniUEy8y718Et89NOij+crUfa7VX3//R76njBY0xnZsh0RC1UOM1GhOVyi4iB2K4&#10;7/NHY5FINpdlkB5PJLGxdGpFt1PPnpM0IFAOuLqmCnfxeGMtmstVENHQA7XrXWr38GoE2SZvEYlD&#10;4JrVGataraoLc7oz9C8tYHQqnqbLUeN12qH0oroJLoU6dfQ8PQzbSEmYpXHHOYFzqKLLmceuS2X6&#10;VAGRBefCsrdS6oIXaJR70bCxXe87LTrsKDadZmHpOsKiTL6ml0b9Tia2dG3t+nfbncbjrz/uN8u1&#10;4lAUDHB+IA9QNZLILqpIMbo3Nc1u3vLN3X0XgtoL9a9KRJqp5Kox4zjN61b1wiB7Rla6bFAv15tX&#10;kmmF16E+rxXN4hWN8lkz9/oLiW8ogs/6WEl8nSV0vr1VXqudldfN69Wd6+9ECIlXG+DL/7MiXuni&#10;rxhxr2YBv17YXvlzr1tz8YoB+BwRfYXcfJW8dfa9zpzB53JnRd3Yqapmdrzs3PTa8w3vmWdaEV7j&#10;roSrJuGrr0R9fWef4+rW3UgsSh9F0aR2vDrdmx3v2Q/DZpnLYOp0OILxZb3eVs5kq+SzSlqEHcUy&#10;g28pHAufZIrt7qQv6Kmd6g0FmtRicunt+x8e7e/ZLIy9hGJ7kKn1m41Brz40QmibThDaAERG1ACF&#10;vV5EDWQJJPxW5xCTTLUiwI9icMpKrFQf8ExUExN1Wkx5oYCpP5TrOLYmIrktAx4aIwUoRDZHuOz0&#10;zrV773/0k/c+/OG9D/4kvnmNl6jZuLm+e3BQKhbw9mDTpRT0Om1k/SGfQ/cTDAepPOxWKz4xFGuU&#10;+M1KLcN2pVYrVstBrbhqNcSDrkKpREqjSrYU1b4IIsVCwKmxO7MnFT3vpskmWRywXNbXF0Meywcf&#10;vM+U7r0HSya7cTZQyFnQTo8X3AA8eHy6gMf98j//U/7xjmUiDEqkPfY379x2xaOHzzMnj2u0xBsL&#10;N2PuKOhAnHnTHnWjBhO/VkVQIVIqeby+AQxN9qH1xhlfk3+iq+E0ZP7t9nmY3A8GvVq1wjOBofz8&#10;IB1Qo0xU5TqBY22QJKgArA4HF1L6NJ1OA4/xXrt2LRoJZ3MF4ub4wH3BICcSpQ2bIRTg9MZoJWOx&#10;qIoV5VjmhEZzJIqQDsF+QksC78lqZfv50xv37rlcbgbbkXCY18goYXfv1Vtv3fO4Pbdu3tIbtc16&#10;ldEKw7lKuQxjSZtYOcbRVC4HyFVi6REMdOsdu0FvDNgZxbM/czud9DbgtpThOORyVFqNNDHMgyGw&#10;ofXN5LevXlLlbG6u94yacrdL4sjL/aN8oYjMW1FleIj8pFK1yqskCg53883VDZ3d83JvB/MzQhoz&#10;1wR78n6P9KWtZALVWZjpZSTE2/bwxlbI4VBag2y2rGa6kheiyMiWaDByGZTejsJI3s4QSTU8SGcR&#10;b/cbjZVkGJOcy+3+xb889Tm9I1kpHJ2ueP2sunZPDjR2zT/9zROhrU29ag8K8pPHe3az+9effb38&#10;cH1olk+/3a6e8jIVHslW3TTm1gHXXY/fr1XS6ePCz3/80WbStnbN47kfCdxKiMZRs1rPHzUru8WN&#10;G9efHx28sxKaDdtv31/R2A3w5lhqk/6ynIy3xhMItuFlP7fo02cnw6OinkYF8xwlMzJEbk2GtzoR&#10;Xz6XRDpXDrGbslhHJCmK+oTTgX4UES/xDGRWg31O0YzWEbP3/PhgHJ7OUTksGoMMuLgxJgPI4Q8T&#10;kXqtJLbZihZub60QstjPdDrFBsfE2z9+N347bI96SjtZuai0corLEliKB1fv3cCVU89UO+VWZjdd&#10;zdRZzmCN8tjMY6FjMYp3IpFetabtD8qpglNR1lBVjUfkHBLAQ+PFpnIp4AjZrNn0IZ1wJGivVhuL&#10;0QCZoktRN49FynYEHhKOs1LXZdEOep3NROiPf3R/fy9VKVRbM2Xpznq+XOiNQfWaUQ8iVAB1AbsL&#10;ListDWpX5nKjMWk9lkqufdfm/OfPnt+9d3svlUtYzEztapVSo1ofNlvU6BgHJI0+FAmRxID2JcQa&#10;qtNlfYHxg3H+kDUpMcLbufZA1eUKNBayQGUWD4XJUKXnIIcXR0ahoebiIE0MOJ0FPALqfpJql4Kr&#10;D5BpLRzAr9ifySjeH1xbpJ/E7EGpuBDxo9WlSwEmSzszHPUYnRPwqzcakssxncdx4+HdXrNNZ8/j&#10;f9AGccWaAR2vCKuPZYWR7Rl0A+AuVnOj0QaOy6qSg4RNJMM0kx1CoJobqVcjAhWb0+e0sK+yChMJ&#10;gfdetlwhP5obTBJ8AQ9R3w6tcTXoTWdySY/daLNGHBb04fhf2C3DPl2M+VDJTGh9e8MHNzf20PsO&#10;xxG/hwP5xupiazIiOuDZwQlnV8JrZS14mCnRpfGIWvC5jo5yE0VyGXSPD9LxoB8m/HIswLjR6bIy&#10;dDtN5Vj9HuXbotkU8LprCH2wi+lUKdQh8sTpZHU5/r2Ht0adTrk9UMfFM9llt9HwqFsdScRmiQOM&#10;7Q3daRsOjdmCl+TwpIDcg44W3XehVuUp64BRP5yq9RajRUmlXaB2htUMI4pyTZhr2FTIhF5H3i+o&#10;ZB7SNhPi2DGXour7BdCqN+JSZT/Au3H79i2HzwOJbMB0asjjzaOSoBgDkwmsqAFVlFPsqZBF8vky&#10;my2XK26XjT2sx+sOJcI0bkxSkFqwOWkXa3DLIUIlKeYNOq9qZphs72CHTxVzBeT3PpzGOBPZdDEC&#10;E8b1JuIgcnY0VqtNdZhqDAxtOnwPvEAIivgKXn81n/3V3//tl5/8ilKUM8TsYHPjpiWwOezoLanT&#10;gSZOxv1GNc3mNxKVPn/0NEtOEAnTMyHiDZWRCpsIgCbRSBWPOfTWfLVQkgXPQoCq2ue2FAudenuq&#10;USFi0nggBEKMyH0mnSV3Wtp5dhAJRnp0jSC4jLpWoWx1klTqQLHKRlVdm2rQJpiA5aA9DfnJHbZZ&#10;NZCux3ZUNg4rSlHYZvwUzcHw1WE26PPk6y0mGYtrS+IU3h8nnMoIo/4yahXU0TMtCAzZ6aDdIbuh&#10;H4zC4RzZXWYor22oaVrNXrEc97nXE2EKE74FN8t1wE3YoHBh2R24B51eh8dha1aaGNqxY5bKTQZL&#10;dHr8x+N1GkShlK7jzAlEQlO2zwXky2OaXG/Q6FmyMF5qppuDvLKxrNP09c2jViffX1kzTCURMPb0&#10;aeXonzO+LZffYZMa/VGRyQNZubrloG4pigla9pEaRdjyVFlNWCrt8bvvuYSBSO4B8h0PAEGL9vlB&#10;zb3qx1sxqow24vrhUOlVpJdPM1qTqaFTbFMFr+hIkA4KcN+UwquWxmbI9JX1NbesFx+lBm6XMbpO&#10;IoNtfcFBv+GJaDhBDE6doJ/VJ5LTZ23qNGGD5q57aVRqGGyal5Lw+Em5WJykBT2u/elQCZhnDjD5&#10;YUbhWticDkBdE7G4PzrKtJHQf/WoamqOg2artj508iSSucuFWNRrELUMe48/Kw4KvcxB79Vuv92c&#10;4oUun07/8bNWX0CujGBEMtu4RYSEPxK1x12S3QqYWtHBNsRCpkN0K8pI+knacticgJqRlXHpYL9q&#10;dNuqemEmuPweXzRC5AHduDgP3sYV73AyNLTOi2+Uqxqv12t3MaZzIwYRyaZkGu7zqkOxoUq0Qv7A&#10;qcKXwmzPNadqX2dcZRI3kyqnJP7LqM7rR/2h3YNzxcZpxhfG1U65DDWBc3g4nbCCoSTj6MCoxNiR&#10;lF+WUcp8acwh0Oj0kG9E4mFqDTqc5fd++PvL46V0VJv30bhD2G6jRleghrgiMMGwa2FGZlG5J8mk&#10;zWbFeIIVzuKwlUuIquRYPLq2vkmiKEEsLjdjYR1x6fzIzNGQQbExP9k+mbS4CsdalUg01QF+g9iD&#10;WoQNyphZGpl38gS+Gf00SHth6g9bB6yFcnXWAGiCyBuhAGNOxNcnUyoatZNmPh6JtfKgnOm1KpzA&#10;fYYR1M7Yc1w+W60BfQCfB7eG/Gd/8b8Rm/Ry92Q4E93u2MMf/uzLf/gPRm0DVsh4BnqBLsLaajJu&#10;0KlbPoUH8lzecsF20swP9rONp0Y4j74RVXIVhc/EoCY9CtLV1a5y1gCLwpuoKvFNYLF0BXB1gXe6&#10;zOd5sye9kBkrwtV+7koq7+Um9qL/VcQ3ulzxX6mML7/gm0zmN6TH8x9UvGAxX5h4f3fPfCUq6FxT&#10;/RpDLV5ukBXxcsGrvLmuPmtfz3esyuu8o3ORsoLGHn4KE2A18mpOuT6HZl+SmS/f38sG+EI3rkr0&#10;NfMIotU5q5mOl3uRP88sFVXzZcd7/mKkM706xsnZeND5u7/6P6AULS0uFYutP/rz/wYmOGOddC5j&#10;5Tiw2tbWN3q9CgvGZrEjyFp44RoU+g5zj/neRNdqIqITW/0RDaqKQ5PF1lhFpTod7JZxuJtCxLOY&#10;gFni9lM5krOJ0OREIPGepa2epxJDWopHudMaBzwqwSS67GvXezrdDKiEOwqNQhcJLW6+/Ycvvvj1&#10;9ud/d+vtH/ADaN56/22X188t5PZ7S9UGTLwh+3ErQe2jkMuFrZcaosaet911e73cbSS/oi4jVs4e&#10;CpEy/7Pbt+hmH373A4fBvBULuELgq8Lvv3MvsQDvxn9jeQnd6Y9vXnt3c/32WuzOPTjFvskka1LG&#10;hy/Tv/zrX2a/fSU1+83cgKABh3s9le+1Rvlyunz/2nds8UCrkQvFnCtb9z7+u09Qbd3ZvP29j35k&#10;sPvx2k5VjTKhvxCxNRYLZiWp3WxA5EBVi6jKBkPZ6w/F4sFIhC0ce1QaWhKB9reftxoNSY0ptZIm&#10;RPUP58DhcqM0xIJF1TJT5xfoZ+xYudrt9ueffZErlCjmGChSn33+9TfsV2OJJE6M6XR89871XYJP&#10;rZZavRaNRpBBcsQD66NLZlqKdxeYc7eNZUsMBPwUdlYVB40xxgBZt1Iqrd+4+eTJ0+XFZa7Z4/3D&#10;o4NDtsQ2pwujB3SrxZVFNm8RnNDRcGc8wO8CaOL5zj7y6z/4wUO9z8WH0phOKNNNw2G5mr+eDKfZ&#10;e3aaVpXvrnTr9f39lBdFstUCDiK1n0LyOQ5Y2IFgcewKCrpUTygomHX1Sb06am++swhegL0QFo3N&#10;m5uC1fQqW6BSqRaLyC+7YzQtvb3DYyL3RHw7ZI0OByTNl8rwcavhRHh7b5/92qDf4SQFAJTKlbjK&#10;eSi5rCbkESTmDkdyodhU47Y8+oHIXKf9g3fe9YQDH3/x9bA7PkplDSPLut6n77C0sSuT9rs/2cJ6&#10;9PBH393Z3f74P34KeOpkP82O6KPvBgmgxTtJ7qNTb8Ut8OEHD493dz/94mukaK1S0WaP3L71g56s&#10;SR+U7dh72sOlrc2//od/WvN53AYNKQG19mBrbe3lwemrV0fvbK73zdrY9288L77kOTQstZwiuko9&#10;HddIMo5NpqWbN65/8M77P3k/SCEY8BTG42IqP8zVwgYtfcvhyQnUVr8baJTl8bc7ybA3mfRzOoSi&#10;MbpJTG6E90pjfI4zUVZgExUK+VF34vO6O/R+g8HpSQadFsam5L11wS0c507Z4X/8n/7r8W/3e9Vu&#10;efdUrNTbR9nmcXF1IWFw2m/eXkN0TpkyUPrLP15z3Y+MB+3nR3TDfbsoW9SEQ4ISZZ/ZdHRScvMm&#10;6SU+NVnRk/YX9dAIOFnDnajhCjOTIFBaN4v1g5MyzBJabozmvL1quDRpqI3OcbkMNikWDRyVK2sf&#10;3OjpxvywhWIbg7RVZ7BYNAM1QlYbctn8NgMmIZRWlMd7h/nv3txCrRnSa5wa7ZLXRpcSjnkVVSc8&#10;4xWCmW3W2z6HU5bH+PjgrLJL8PicYDk4DZvVNvwkumesoKe1DqEknLa5ZgdFAMA9/H77qm3ezp6F&#10;7TxpFrlCkZkRsaDSdPpvfvCwjtLe71kI+Vfj2DE8/XrTij3doIc5T6Cjw+VwQ/qdqv5M/h3CikGr&#10;KWYrp6nsi2fbvXSFutauJw8DoKiC/haENIMNUDkOiwMp/PZxIRIKkP2L1aRcrr/cS+OZ7KF8ZhJq&#10;JEB73Gu2cC+rixCr2RUItLoEOQz7U3l5KcxJQg/g8yPS1E16/VoDbLW8EPL2WZPBYLCa3B47O0li&#10;Gdx6A8KdyGL8OJMd9wbVRpNDnTfqMJMm0gZ8E1UG7BckvteXY8waHB6A4rqZzrgSi6OeXQrYZJ0C&#10;mNlsM+1nShhxvjnJsPxstLsI5U5qbQNDTrLlmu0hoM6Z7HO5lldXmfpRXS0Ggwtux87zV5lMPhIL&#10;08cCgs6xTrfj7pJJmNUpsxzU7+4AOHm9DjdUDSIhhL7EbS0LgYCPIo2mCTkN6a/NZvsgVWh2B6g0&#10;cpUGCwSerOxwXC5bKOyjEuLEduMQ1miYBs5HjUi34drP9lNFIL1g/xGELwa8rKmtDmspX6IJo3ka&#10;qbInWTUaT9UpB9jnjqr0G8wNTQSfNfG80LaxIgIAg3AFzhgJn4gpWcevJKOUyy4mIJKAQYARCdZF&#10;v8emtrOziRVXLlLmdgsptUFSHv32a0Fn9IVQqpvkYZ8OF7Mw6gOGNZjVECXSavPgH3Rb//SLfxiN&#10;W8Vmg6Gm2xPWYC2dCkzcqIDJAXa6gixNuMC+efLb3OnB/nHz24NafwoEWphUJk49e5X2SWU40Au1&#10;YTdVKCgOmyvo5c1C1kNRTfy8wSQCn2GgGDZbqaQ1M0jUI28g2M7Vvto+emtzuV2u43aWdcKg1aVv&#10;RKi8uBI1MhcYqhRlhjKthgqR3TlKM9sird1qQPotGwR1a4oPYzaYQOmtKQJP7fRxetzo1kkWGE7Q&#10;lqsyfsr5oYyuHu2lj7jyKVl52mtLCSyfIz3e4wZBX3ajYW0lfmt5ATAVdADSNKDEsZYrdbmdeXaN&#10;m1Np5fr6uFg5+vagPBgsL0Z0QLOomSCfsZrWCBAEQWXB/l5aW6CtCbpMCC6QiDJCamv6vptB1Cfl&#10;vX7hSfbkZW0xZhnme9uf5AeZSetwFF7EVK1LLNhG5ZG+Oz606y01pfU4pxw2a3u93reV2n63Uh3e&#10;essq07uj+vOAGkEqTBmnyb6oM4pq5tgWC9AN/LNZrtA1e811aWaLmzbueDgsGhpth8y8oHPkNZm9&#10;lo6sDDRSyG8YZ4c3tyzamXJ901g7RWg6DYRsDPeSN3Wt4XBq1HSn2nJrFvRo3BHNhtc0Knc62Y7Z&#10;PgWARb5tdwQOc0C5Ew6Z2h0lXZ0dNKeMY6o9pShLiyG5U5+IKqSdZGLtuk/XeVF9+lcvp/1BrjzW&#10;bPkwYqFJkNacprAtuBJkPd5A0yILx33pk51O124aVNmGzg7qs0FvKslKwI4AHy2yRgIKelwVDaZM&#10;Nofkn5HnaMY8dtIqYwQDRdZSOxYTUZJ6/dzQi2uGfHp+6uTmdZ/bYTAZgqGg1myiX2cbSd3IiIf5&#10;SKdP+hUGODkcDAOuR+NBz0pLwf8H9jv3Ox57guVqA1WvPMRo0IcxrDWrDF+NGvADnFyv5wiAq0Hx&#10;ptodpzJiYCwoWlXmrMEsNlMpaLpai2g2lEDYiaa5El9ZNKunLnJ4RmBSvT1AAdwfjNc/+H3teNNq&#10;x6s2EciLQbU3Ww2GR6rKWrXJ4F5Wm3H+yb9DL2evUExnFclQrlRNVjPzVvzXoWjQ6nUTcEa6FVtT&#10;QDAsPxpltleVerFmgYpHcwkshmWvFViYQ3VazlRsPpsZupu4ywSmG4MPxhzD3PfaJTxoMvXHnLmT&#10;Ktj0ubGWg4QFsKE/pZjhzbHV8qRxqeYPzL1AsegrPH5nsyN7XY6QP2h1RSILN5a37jLbZbiTL9R4&#10;OC6tb5wcZlOpMgaFaNxC79NuToSzKNf5wlY7B1Cd5ehKl/vTs/3ieTOnbuNRYs8/Z7XDlM7JTK9T&#10;c6U3430us3ouzcBn5tWrzKl/JXh+7aG92vEKFxCri38/U/Re+aUzktYFLOvSJyye24sV8cL6ewHM&#10;ksQrWUXzbax4xV385jb4vNt8LVS+6JvPs3qvRCVdtQefO40vqcxnP/pFKvB8m3tOz7qMNuJ18ctq&#10;x2tQE7BVXzQPvZlwFpJ8Rnmcvx5JmGcEn+GjL/v52dlkgge0qGxs3Y0n4iipkMbx5kCRgx+J/eRq&#10;M3/mWuaQkOYTA8LXNq4/3H22/eA7H3nDkd0njzZuvhVWwzET+9sv29W2wWJCKtJDwFJhTVp45/0/&#10;GI5VX9Lebpq30OUAZzO1Ow1mhCJYcwdDUn+Mek4strgOircB0TAj1ElTjFyMXMnHnajPf9wQGr3N&#10;JI9mDq+x1yaskaHZzOqxMHDkqo4nFxCQuR24w0b9prJ07UF8/ZbZZAOvoXnnww/pzQKhMGATGZ0W&#10;zxu3Sw0/7PZy2VxSJTbhoWNuK5DrwnQOr69IhWBGudSRgGfoTWGzr1JvedSHHUJoTVivV3r9vb0j&#10;83js0ABG93zx+Onho6+HtUKzVv/iN189+fKFWJ0YBXvAHRy06w6tpdad/vNnXzoComiDv96Ytkh+&#10;NH7xq098sqFRmvzmX56EHK579x4kr71Fp8khoMzUWGQe/bztGOoYT8wFFRL0UU6ZlfVNl9fHEHKC&#10;QA4ApaRFmEeIeadZB9Dq8flZWfCZBwJhFUtkUhOitHoDeyQTWQQ6PRvfk6Pj1PEJ3Ab0dNh5r999&#10;wBl3ms1+9wc/zBNLAypBIC+ui3wL5goTR64XAAqra+vcE7h2l1eSiOmSS0tM/Oi72QU1axi2BqCy&#10;GJlw6UWjcZIteCLBG6GIOU6l0FBKBnMmcwrwZiES3lpbabcbqIUQSFdq1fxgkGm3avnCasAn6rWH&#10;+ye+6fQPfvAu4Jd0Me8LB7ROc6rUVAfmLvsQibfFAFwAEXit0xW0pr1KVeORrn3onPA2NadML3yR&#10;CCw/MJu5TvnP/ucPxNUZ2rSjbzOj5jBgt2aK1UypytQjvLxSrFShwNKiDNVXLq0sJmagIz3Oe999&#10;/9oH7yL2Hpbrqgh5c5mUvhvrqwSNTql4CDUyW6vt1rVEMleu3Lx2fSEUxHnIOOTuDze8a6ZyddxI&#10;V8fVJlt4ojyCroDf7H65tx+36mbEZg2bB9vHL78+MjQrS0HPwfbhYizwg59e//m//3ktPfnkV882&#10;NzbtBt9nT7/2ejb/v//nl09evoivhSfR0NNS4+hfdj7/m892vvpWbA3cAefYLDTkyZ/9yfefHhw8&#10;O84/f3bIoGjnKMspjAaQfU007hnOBpls8d07W/v7RdCvZKKoWZzR8Iff/1A7miLl6RTLzeM0RKPb&#10;925svXO/UK6fnJZyhGI1WdDS52i/erVvR2LRQIo7QO8Ir+ubL5+FXdCMmEn1YuEgiv23rq/R1cR8&#10;LkiV/rDPthGmm5lpB1TujUq2Vjhwuoz5vVJvv7hpchimQ9J+u+W+TdasBEKnp6VhuTHM1wHiLoQX&#10;bQnHNCB8+uVx9RkFmuHazx6U9tIMIRSXTvBYkA6EQh7EU0Riepy2SMjDDBeoktug7Xca10nwDAVo&#10;cSlQyIwl4fbRwel7d284rIbNmDvosXMuPnp+eD0a4gltFkXG/rs7mWsfPBgIMxO+uFTZbLdB6sHF&#10;zZw+V2nSVi3HIhy1i0kvnT+zao9Rl7CYnuylnx+kN5fj1FqoJb0uq8fhQLKGbI4FknYeS+iwWABk&#10;sz4jXSYcDe0dpq1qHjBbZHN/NEPDzLXXHPYzZQQKNLDtsSqLmzy4eR2mLQGSsXAgEPIgtbBCZpoR&#10;88i6xqIZIQoFmtm1SAIzdqzK/dHUbGJdb6iUapNGRzI5ukMyw7sz4rV1WmyBvqA76vVMVbu1qtPr&#10;g+dTjSoaonQLjU4kEjhiQk/1iaYb+ZzDwizfhsrZZBR0egcD+CHL7IrPZtbKs1J3CJk2c5xFpoEL&#10;yzGfT64vxjGRwvZqV+oeo4GcF26ZHIE6HicTfSad7HNZzIIzhYzKnMhuMNU6rWqrhzGHQ6OrjOl5&#10;ZJoQC0Z9IRL3dhUZu+SL7UPyKWHqGKzGWNB7lC3RxvM8cmDsHA+wWxBBjuZ5awUbgQtxxHoowrED&#10;HPvBtY2JVre1seF2OAv5sjSbbiVwUqvDqbDXuroS7TR7drQ3OozuPj5iPqt6tYlckOUgkHPmIhGw&#10;r8TP8jHRDVrtDVkpV1lFCxieT5k56iVaIYfNYbS5Jyaz1epC1sB5Ew/7eJhw6ynYhGbqc7Y4FzT6&#10;3U5OKsY7c76RLltsrCxFWWeQcMyzr8OAACMsSEM96Zt2RLtG9dGuxnTzNdhvLy9FB2RBQbUJuGDX&#10;wS3sNlpeO0FNA+aEPBmsVoNq32XLrte47SaXzSqOhqCDmQJtrq9G3fZCKjvud5VaQxX5nBzvPHsh&#10;eN1TBsVaLUgMVlIMi6CTA6PBKwsEkoAQNRylXMR0zugZnkIwFrh99wGNqkk7/Zv/9H/X67XF5CLK&#10;bHIBNFQggmVl/cbxUbo1GSDYpT3r96ePUyWT00rHRWmLhsxsw6GvjEUxzzJblkvoAsBBMq506I9T&#10;bS5wvI9kAJitAtNsAEJMOpo1gKlYG1XteK7aVIsweUoGydMne2bmUMO+ms3ksm6ooWVdshY2YaRL&#10;wlGhOFKmjfGA7C5Ymql8+Z13bpOMrOXZOZlWW51qo94l14DhjUzca/t5puIL+ZGW1qs1ih3sLXuH&#10;R7x7YGlBY8VWYp1BL+GwjgqV9nTsjgVM4owrihbI7LPnR3jG26Nqv/zqZCyPs93W0moMGCaP5s2N&#10;Rcagq+uLDQTVuIqafe4ROjKhhlCmBd2EpX6T1bDLqN/wlouDxqvG3QDRurNmCUOv1mwzfvnxAcMF&#10;fcCay7Ph7o4V7YFN/xZzKqs2N8MgJpdkAu61YLuO6+z2TRGzFLEY6a4QFPsdmvST+vY3Gf1IoYGC&#10;r11ujxkn8vnJWjYD6mxKZ5VWA/ra0+qK27i1BMDJuGBQ6pm24DLdlOXCZ7njVPfBO8n9nfZGElMv&#10;sOAu+Ym+sOnwm8Y3vypgYwvEuTl1v9oeITUeVwcnu+1n0IvdqEu0H2xY16MWHJoysUOVQfnjU3Nf&#10;8/GzZnjdpoZ3TbWRICI2jStkErCwasVEwOzyY1VoGq0aX9KeCIPSE9hj+2z6WEjnt2pobkbNkdtj&#10;WI/Z0s3Jn96OHX9y7Nhy30T2w8bvuLXqTrZflTV9qVIoscCgRGGHsbN9zFoSIZ7DaapUCvPc1nEd&#10;Od71LTWPGglbo0KqGTEVtUqdhzUXEtZuQqeRzmEowXlAFpHJ7g7Eom4vdyegO4cee7msboSRbKgh&#10;vyYTynkvGJlY3KfiTGKkWzNYpKbCn4/smRKIuguZj8vjYk9KCaFVd0gSbggcKQzj1BxsWV0KqptV&#10;2E4283ResCPF5M/yaBj2R9T1JHVJegoPRr/6+IMPfm/pRGUmgCqJHZk+52m9iieMvm7ucAehx1MT&#10;ABz7MYpMrsFpu9UOhEKra6vcFDn0eu2uos5ItTWyHo3mvcMsDohxXw4FQiSfgQ2DkxqIxZkXwL3D&#10;0IHWhTdDnvfYHJhAUqf9TsKthYLO/tRtNYLtQugIa7lyWozFXfxBT8BBr6RS1vqU++NyrtZjlYXa&#10;wmQYdIZOt4HYKoYpDo8XOKVJ1IQjMcFAirzJ6Qo/+M73CCq/9fZ3+PJAA09Pno4mIFc1xcK4WR+f&#10;20gZLcw7Lulswzk382rmWbzSRdbuZeYNr5sTG7ulJF6woK6EDF2IkC8XseLrbejvyIov8nrFM9+s&#10;dLHovQwRuoBWMXSTriCULw22ivgGJeqs654zoS5x0eJVSNWZJlp5M3PonG71rwzDivLaFju7aF6l&#10;S5iW8sYXEd5Y4L5eSF/6bGevU3fPtrCz1yvhi5GAorxO5+VypLIyqOHwevHNnfc8rfesTz4LJppd&#10;SpyvLNIFzdzUvH79HjIEjepcUz9rLNs85hCAqPRsSbzEb51/cvM9P0MxABcrG+vuYIi5C4spv59B&#10;ccQZia0uuv1OY7uCirSFYI7LhG2xYNIOp/2vPt/mzqZvsppZJOMOkrh5fISI+ogsQv0p8QXAlQxH&#10;2tkYY4gKfpjNg7qJz1SfZZLq2ERfMB1MdYLstZvaI/Vn4jxZX10byJNoJDbt1EJQLn22oCv+1//x&#10;P6C3Wb95m3NG89GPf0RTSiI2SiC6OMZT2dQJOUrUlGij0N8DDGDlBcfDw+KiWmQBU+62dUArRLUk&#10;4M02yMJ2Jv3yeLtwSh5N8aun29Q3GCAzxVIhXzw6OAqrMdn478R2c+AgQFim0p9C8ijVC4wDR069&#10;bc0duucx+uW9VP7gSSVo9L18ftKjP85kzAare8H+4z/+Xq4wCAdjiMZQQfXVv8CLjo0qvo/jWuFU&#10;ZXlL10qABDYSiALqz2K14ItrspSulnlfzUTx6RlaDFXd2kR2uX3onR0Oj90BRcU3Hk0xZbCgTx0f&#10;T6fKjTt3yargaOJ2rVXr6NPcHj9zhMTiUiQSefzNI049DG9s/1lm8uSoVOocx/v7+/fu39nZ2eEw&#10;wlBNHh2H3kIyyU55f2eHBRTYBbDPxLpj8QZmBB6L36Kqnaq+lMbG+jrnvtthf/bs2cr6WqVU5EWT&#10;64u2PJhc7GEfevqC2Xxbq3l5mvNrdYeHJ//jf//vXmZK6LS3D7JttmStlrrLbnRLxfJ6PPH2WxsZ&#10;obb6oce+JHjv+j77+BAU2Uf/3Z9nys0nz/Zwzrz14G15LDz558enn5c3jGGObIfPT2vxwZ27sbVN&#10;s8u3/eKZ02Ss8OLa7WgwtEswUad7kkp/8+zFt599dpI+PSiUWO9k01mAtE+OctHFhc2VJBAaVnYd&#10;mf2VGaNLwmYfToc+lxmAU67VvP/+/Wamwk6pMxGy9MwEQpqMjSEOTC/Ww0a1TVIorqBqvoXr9e6t&#10;hTsPQXT4Qgs3xU7t7//LL+7fe3/YofMB5N+odJobNzjCNaZEolJpcZtuHxVWbsdu/nytbTQvvrWV&#10;Lbfe+sE7lVzGpjX8yXt3SR4q1HD+6INOm8dhiqL2rHfSOxmxPPn601dvX9tinhwOB/Byg+LQDHpM&#10;sn0G0a0THAZ9QC/hWM692J3Risiz9qAbCzua/WGKVS1WV9WvOCX7k9uYtB+tRnl8mCLECMQEOy4H&#10;e12VETUibsBjM9Tp6glTfmvjxSffzDLNFZ/DvRRH2vVPv3i6ZLdAbwK4vbkci+PTFqZsUxjYRG3m&#10;W1vLwriPyChPd9urKSk4msG7t5cMXmtL0jY0on9raaz61Tvm9YUG9MZh3xhxzwz6XKXChFUn6rt9&#10;dHxUEiDe+tGI3+52kaCwGkEpKq8vJQyqJVM+TBfq7aEfii68geHk+Li45HW3Tqqb3//hp18+rZXa&#10;gYDn6CTfqbUY9ywvRSgtOVbxXzEjw61kczmHre6X3+71Z9MHW4usdn12cHMSZq2pROgC+ilhL1XQ&#10;i+LOqxO3Gjs+5szhNGTPaNSIBpWaMD5KF9aXQjzOoQ3fWI5ipeWk1RINurY06A32MznUsNupFIeu&#10;26jxYleiC7JbMWfGvC5mNLvZ/GEJaCCyaIF+GI4xPkNH2INHtMwagufwdCRQV5r0ldk0vBCQNUoD&#10;1sFs2mOcGLQD/AVvXyjVmQBKLmu501WgFAY9A1GCjgLUuirQ+/RAB/jhBk+nehNHtpxp1vsGTWgh&#10;eFJmi66YnBaNRT/BqDke7x2lKqUCt2SjP2hMVAus3mUR9aLPogtG/Iwqs50205m+TgonE5lyy6nV&#10;RlwMK/SK2XDz9s3CsOWLeW5vLpbqNdmrd6yGvAvhciG/sblgi3rCSX+q2zAH3N6YT3KavsplFb+D&#10;MT4Ck55m5qbuabSNanCBvi3KNo/dwsNKnvbrAFLKQZ+lDyJYI9eAZqkHKav30dNXx0OAez0mdSPN&#10;SLZAky6xWQFf0nE4LJVWm5VKdTyEQ3p4Uuoq4nG5Uao11pK+t2+sIiFujaZdDCmT8WmpSQDU7s4x&#10;T2Sm0yiQ8yXeObKCVUwGogCEBgxPMOlSsvrpeu1k5SKWdEHGHfX6mMy7ghqTDq+IwxZ3H7JG0KNs&#10;fZo1ltZ9sNJtpjZke8pMHuCOSSfZcigAO2w2H6TzoSGZVQmT6tISFIUsl2s8F/o0VlNFY7I7Bv0h&#10;AsKjk6zXBp5MRD1CSJGZR9V0xDpLMppDAV8kHCWmvltvY5pjFlEmqa9YwtnIfsXmJSZG8gQDd+7f&#10;9oeTVsg1Kq9V9TA8fbm7sLzs9EbH3Q48G7szPJHNrXo1XTzVGSVyjW3gGZ3GL7czstUwRbgF27zY&#10;b3RVe1KNRRjIDr2EhZ+NPPkwWz43ypRKq+d1oVEYA1Doy2KnOxlhXdLz+EWeMr19Z91uQXzDnSJr&#10;YDh7nVGfg9B4wWQErsv/bGJdGQ4WgPX5XAC6FJZt48FeNhdPBsgrgcdRqFQXl6P+oHshEVleimGN&#10;yRaq7TGaal005J0Ox9GwF+cVT5ASlnuHgwUUB0W1XLdppHS2uMMzV56SgMAhDxTdKOJjn9lm2oDB&#10;1qp3s50m8/zvfe/90mkFQhgRrBZ1Dz/jzDAISh3IhVaXKjfWNxbRP5IghpQALjQKUYPHbLSLLrcu&#10;iEux3vXb9GsOy8tXueRdz2yss3OsaYSw33TNb3/0692H16LVE7zKlsUVO0bG6KKzT4Hlt5PJW+uN&#10;j0+6L77It3MDIqEbOGlvmANBwuGN4Hp4Q9edejLN7sedLA5IemawkzsefX0yEEOuaq6XkbQtjbDA&#10;gKEjukbj/OeFrbc2IstmnmvwW66tWGwzpmjIw7R/838eHKSw/YvMfrf3WoaI486S9mVDSpikR/+S&#10;Lw1Gjbi/OBN45fn0oPmiOWirwWr5Y7aFTXElmBrMElbtZ7tdWTQX6uo0w8girj3Y/rzCkNrvtJbL&#10;A7sf+NBwMWr2zGYRo4RX02yT/UZXfqeUKQ8gs/tDlris++FKwtUcJG30wMsR56qzaXB3kaKitACy&#10;kP92/8TtxTiTZELKp8AKwWp30nAiie1MhZPDtKzCkkVKo8lQwvTt8fgQNEUjcY7oQRdVhZ4/EgiG&#10;SDngwuq0GuNem5QgjL8wHXEzMTH3BgJmt1vN8QKLxY2B4tfuymcLRgo1F6x3k+o8NJtp0riPZlpd&#10;m/Q4RWFiDxlV77AzsaLQJ9wI0sEMVT9YrP7g098+HcOxsduRn6i5b4KCGQTlCjY0BD2YUeCy2i22&#10;6P13f38d7zwBFUnYCANbo1HFyMb/RBeKfhtWC0ISnhucSJxaHHS8h/5A4NXOztHxCU86NE2VSi19&#10;mGu3eja3s9cZMmrsdyZbm2uxhSU0TWivltfWeRrmTtNQEqQ5lZdmg2+KaQ74nKof0SE8Jg3KgMa5&#10;3RrAgmRG/AffjTn8mvGckq/XmBQTJE25WSZqfmLSksylYexOtQxNcCEZkBWe1H7y0Y/3WbVpwwvJ&#10;ci59685DyFt0N6VMis2zzuIOx1aZdeZAVA7nW0EAuwiv1P2eeAE3nu9tRfFKVO0VkpVEFcwRO1Hx&#10;ZvOWSfOabjVfoirKVWqTIr6hL74CGL6SQnTVUPuGaVY8Rw+/Fi+LV//8RaqQeJkjdL7vnDtZlSv9&#10;8+sIIPENz/CZtli68gKu7pPPX4aivFYlK286kpU30VoXf4uXW96LtvryV4WrFtwL0vSZX/jyN+iG&#10;zzpe7HNqR3axcr5oi88a3nNKlpppNP/lyyhiaY5pVpOT2fFeuxeJxdQdL2pjtJlqxzvUzFOX56ON&#10;11lM6tSDa3s2n2pwOVJSqdIqQzGToWl69e1vR/XjSuYxy9xRG+284PPGjCbCH4elWmFMqHaLmZWg&#10;Et2qDXbI6B3YI3Y7Y1XnPBAbla5O0iJOxOAA7IEnOyWEoHIjRLpU2Cxa7UyNHlZU6CzPrgWfmcJF&#10;vQw1Ur5MIPbqq72da/djsdC17//0f40u3Lxx70Fi6wZGHTX57Gd/+rP0aUo7X9nDJsmfplhIMj9W&#10;NEq70WBGbnOYU+msTW92+P2tVo1I00A04KVeXlj0hdhVshFNK+KAs745mAwanZuhYAtW73jkDHoz&#10;rSZvS7nfNDttFlbHesOL49PRoOXzWrHb3Lxzb+XDh95b/vasZDOMnb5AsSeXtxvbT49im8EeeYA6&#10;w+0PlpYf8ryO+bwbesXId++rGC0oszOzaofnp1b39yj6ANLwCXGWAmrGKEtbO8RFVa/y6bi8YGBs&#10;/C4fPmwb3Bd8Nmx3dToT9iozxFKAhIw59IbjvV12wgzSOJIZVwZCsdXN64wWyFLgG+GMwqaJDK9a&#10;LTHSQ7nX7hKdJ8dDwWK9dXh05PexwjHYHYArXywQXLuQ4NKgccWUS5rR0e7e0so6REEmDdAwaGUb&#10;rRZSPfA5fKhh/L7hULPTwixdrZaPU6eLS0smUiN0gH5YaBlfQSiuVlUlZY8U2XA6U6Qo/PiTr6rH&#10;J9Z+m/1aJOrS9Qf+QFjr922sJZ6lD+XIMPyuPoUqxa3V+eOo6Nfurzx6vLP96bfEaDzfeWoLjoN3&#10;ZpqF5f1n+DwQ0s+S0ehBp/GCp/ZpavXOrW+2n43HoLB1nA68JI/HSSYjurgFv+f929f8Hg/HGdwE&#10;Ri8m1TbtyJWrVKtsqMhfxRaO4B4t93I8ZHepiVHUiYTuRnwRzN6ffvOUESmBn8OZ4rCwkB8RxjsC&#10;amo0JxfiX+6mk9EIla3H7v7b//fXikVc3fIPGpm9nfw7D+4nE758/SVw5Hy2tp5YeJXKCYaOJWCx&#10;Rgw374WNgZ7LZ1yIrncnjYg/MN7Off7L396MLyKKODjJGnkiAVZky9FuI5Mq1dqZYo38yZvLC0wN&#10;mJ1KeBgUZQH3oKDEWMOZdAPsxxY0isOliCfstpH4wiHgsrPynFjt7NIEPE7Tyczudm8sRK9vLkJ+&#10;Xlkhn9GK7ApLsN9lOam2vvfDD16dnlB/18ajRDjYSpf2Hj2f1bpqAIPToQxnvc70/Y/ex9vGzb8Q&#10;8J+U6lyT8mBQg7wKEROFSX/MFaORdV7WvIH1caFt6jTStYoxFJqUqtpipV9u6yfKXapGn1NrM7LD&#10;Wn5rqzUSlpYTlUJtMRJmjMU6hfwSzixgtIjeBXUXMkXkCawLtBALH4qG5bCv2esAN/L6nEV00WZT&#10;vTv59OOvsK9G7Xaa+bAd0OsgDG4qV8MmCp0VcSiP+WTI1xlNC+0OqZJvby3KssHldqCexu/DLaQL&#10;gZXEdG9S94SyetrgTUDTW6uxmRu/ypWBbOVTGbfVBNQIJTZbhUWvU7WNGLXg+hhIP3q+y5nuAXs2&#10;nYC5Wru2PJmxbdCTRkzIkMNF7JR9qtOEeB1RL5gpBk4Ol4nYdGfIsV2uHNRb4Oe3MznmHmLIcTiF&#10;vEcodW9kUgwBK6wmR8B9PKg/LWa0oFgVjdlri64v2kOub7InLaOstWslu1Hx2fp+q38j1GEN4bCX&#10;ZtOKZlJURo6guwpM2Guq66dTdncuS3vc1vHCRsPV9UTAa9tJZQWLrmVUxi5L6NbqyKgbMPRijRsN&#10;EacpWPTlybA6nSb9nn00CFP4JBPJY2oMmp6QrQOiCQf7gtd/MwIbLYvrFoO903SoDPJCr60ZlvWT&#10;mddUkLt1HisBY7rWMHo9XaNktZvIiE5TgrLs9tu90ZBIis9sfPfuKnglb9ixc3pyWG8UBv1wyA8+&#10;lbgLkmncFlO10RvrSXGMnTZ7lWYbccP2YWak5q6xLUOrMmN8iIzqOF9dW4qqCuHeQEd4eKXBOlaN&#10;KRooa0uxdCq1vOBn3vH88ASjybVkArUSXiP1qcvTCmQLPafIoNeoxv21eyXQ1VQUM1WJhTFvazlu&#10;VB3E6ooDiDKbFZUWRjYl8lSMa3oa4DGFFDgEleiiTqMVZtKsf0Fww34nKU49uhFOGWgFZQSZAa+T&#10;vVFrMAMXDD92HvwgJhbiGoMh6HeDz8Cona/W5X5Xi/eM9ga9ptkaiy3bTI6hrGEzT1uiHguJBQ6R&#10;YrEg8chVMGLoApEV1rD9RpsHcCC6+dH3v4fVCLkI5QEsMp4a0IIScfxJAw6fUBjXNhFmU7/fqQ5M&#10;XYZqa0x2gy9m5Ue8uexHc95uoZumWJWPd3qvtgvRmK3YHVU61KyQxkmimWIGkaaGTKP9Rz/9PjRB&#10;KupyvmjG/e93RgiOUoQQPDeXg/8yTSBYKup3Mf7AUEKOMU/jO1vLNpclHPLht8Ke7SfP2waja1Ao&#10;VaS5ggkSGXMlf8AT9LmgbQMtY7DuJFmX9BS7DfgZ26VuudkpN4GNBFcXQJepmn74JRrJQHKe3U5c&#10;xfP9LMr2+PqiGU5bujYbz4ARwbcF89YYTjCtAvOHqIZDBdn8tc1ljP9MDRAskF7ETF1hAMCrVSbI&#10;3zH1zLoM9MiXAlpmaBSHQYwzCMR7M7E7Sr+sa9w2XWOQ+81Rc7s9ybNkxPIE8FvUdCeOWtcuCxOr&#10;LhYye0LWWEIHUWu7Kq2sGJfjnDq6paRVKvejTtU0AHDFt2mtjIShUUyumD02OLw6ptZLfl1CmX75&#10;ly+iDlc5XaxW6j6zdWDRLZAf1J8xu87VJx2ztnHQt0umVKM5jPuEgLkoSgEjLH3Z79cXe4IJD9th&#10;2WfRI+ogYzVo0+dyo/KCxfZOIJrwlqgwlmzdQ+ZNk3p7/HDNELDolfrg0X8uHHxxfG8rdPDoZGYR&#10;SwYdMXXFb/LWtvD012lhqOw9q2f36vVKD2dCHFsLIy39jPHQCphlJnDb5dST43qqiT+rKxEzPWCc&#10;iPKIcb3CRsHjYTMRi8VJ2EVaaHZ5H/7BHyYSiVapxG1NLcqSBo8q4h0g+fRj/XYL/4sv6KGn1aq+&#10;IUYBM5PZhnfU6gpKejuC7UA4RoZXF4uKzhhfWZ3DQXVYRWhiWfDa3B52HjCqiNtlbGRSBdcmyh5q&#10;NgaIjGMV1dQ366MKAJEHRBCFMO5U+PBa7c2tVSp3hnFslEHfSTDzFVXrAUpAr2YWqbtWmPYbH/3o&#10;99bxllg7U9eN1Sy7frNZQ/Gheo1h2kN1twElYMerUVXNsroMZu07HQ68ThdzV0hbsWSSCSxNMdBm&#10;ymTCSb1+/9a1rZ3dfW4xii5EiPjyD3dfNLodnY523op+UF15q2xkKg0R9Q9EWr3Tn8uXgeZNkXoi&#10;8YYx6RK6GOssbKNm5UKXzGKrTS93EJiLzDlnKjZeZIf8o5/+ucvhcdls3//JX5CAiHbmcO/V4soN&#10;XzCgE3QBnx90/FdffLG2dZvwzpnG9OybV/l8hoN03mtq5qv1uVNUuppWOw8CUj28F3Gz85QiteMl&#10;nWgw5gTmF1Svr3Bu3J1dMJMuAc6vzbnKFcnvJXLqchF6uX2dO1vnGT3KTHiNsRKvdLfKRfqOeN5J&#10;XraVknKpi37tvH0zNkh53QlfIS6fv8jLNvuKnff8y0hzV7Nqu/zX9uTXP4J4xUJ8hpK6WHlfNLJX&#10;mtrzPlxRLtXbb7h5qeHA13f6GP5RP525gi+Tks4a3LPWf6ZcDf69zCQ+o47R8Qp0vOFolJZkou54&#10;1UIUkQXTXfHKX2fvq1b9ZKeMYJi5zCHc3LKSuvko5vVWK7GdcrOCiEo0B1nRhpau3br/zsrGtZ0X&#10;23okuTqp1xqreX4wdfsyzWCbjWh7iOccYoYvYIVbifVI1KkB1NAJ+UunN3KPs1/skjbd7/lCNszi&#10;mLE8HtgHjpjPR/gOs16wKTwxcqeF5JJnOXkPdMj1Oz9Vw1ZdXqZRvHQEZ5q37j/gvjSyZbNY1RSd&#10;ajUWDbv84XzqyMvss1CBh9Ut11b8gWTYg+wif5z1a40eitapvP/kWWnvgEzCSBgetS7ij6t7AZDo&#10;Pi98YjVVglmBSQeZGjeRnRxOpx3/kMEnBaNhoPl9ebK39+Tlp9+8+ipbzjbufyc0tetPXpb/h//p&#10;e557EBsddx4kjPZhv4DZYNNi9qruKTJgBBGbiRqNPpshlF1c22CLiF/Rjf7MrYKpmLT7Al4oCRxM&#10;/V4bnUmj1ijm01a7rdtuZdNpEh8ZRUNoOD3cLRby8yRnNScSDUi9VuEjB1WSS5+SOFjM5zi1SGQ5&#10;PtiDEUULqhqlx6MolNhQGDUajpd0KhNwuRZWlpk9bFzfBGwNy2rzxrXTdObTTz+32Kz1eh1mLEAs&#10;1gV05rJat2kRA+Dmx4V9cnKK4Xwy6JfYQ6rQ0T4dsiqMmV9wXr+3Vq/vbL96sv1qJRIZSFJHC16I&#10;x9mMdt+ZiJqXEgwS2bv+23//x+nigWmmW/7Bj2zv3v77T35x5+2t5Q+Xi7XxT3/yM/if2WwpwrwX&#10;+HS5Z56aMpni4r1Q4v1AVe7S2+8/LayFk8T/HlWL3//5e1LU/N4H32nODEs3Fgonxx6DkdlRzO/L&#10;VErY3vgoOe6PmPypJNwhnJbVxVimVCo2atx8oWAgU6tN5soDuJHCaIpZ3Z/wfvLimdasZLONX/3j&#10;57VCjRGRSh00YGhFP1/EdaajGCLAdDg8ODwJOGy331rffDf5v/9ff3X/7Y2P/vCD46924Nvcvvlg&#10;/2hPHpXzhYoiGq9fvzkZWwMxXFlyNLystGeL/qTTjDBS3k3nWqZRN5t78em+1FFj6//yl7/pU8Yb&#10;iJ6QsZ4SeB/zeEAi8zBH0Qp+6ebaMtJHdGft0YDSVuJRBr9XtRTNMEhPhZnqKkSQpBFICcSVCS+R&#10;BTisJM4ItKPxEJ2juZIvLgecqOS5USMhL1csXFOQhcmtpbsfvbt87yYStfR+ytQbergpnPYaKjv2&#10;/OS7jsfpgyPGG4HkYmco85WRQ/JywwgsVWzMjHQRdOlA1IvV2uq9W6X0Cas6k8cdWU7WXqVGnZGF&#10;aVuz2yjW86lCOV21jzX57SPrUO6W6roRGl4sxVM0JPGAh5uIYlcyW9iVA/rhCMSTpVLWTYaIz00D&#10;nwg6+t1xIuCmVbh77+ar/SO2Swt2624qE/XiwlXI2Xx2mLeZbRxgBDOelhqo3rGyo5dGfJuvdSLB&#10;APqHzHG6A+vI4+k5PeSi9E5yn//Lt6teW7rc0JJ1YtAX89VnR5m9auNnH72tOs/ESUORLAGPbBSS&#10;K0G4shRGrA88cR/RyvfWl11OMzwlg9dy/Xoctp53w+9Y8VTaZVkznZmFk0Y5fD1a1o6Px93cdKCN&#10;mk+Vxr44UiIuXcwv+O0Gt0ljt3yyvy+yuX4b7YAnPWqIK968dtzRCt6taEXqa5wG1r8aK5t9TU0a&#10;5fSjtkdRYgZzzAjRqGvXdEOGvlXf1chTm2YYNCkxS8tvyWsmGo85ZxlXsXIvB4s2uWnsgcY/aZTS&#10;7cpepTJ1GIxJnxj3ODYTTYswdWsHVsEQ553Rjy2iyWecuXQGj/Hb7Z07d9e6FtF6I9HwmWdBi4bu&#10;3WkIXksWNMOiNDptFckhqVs1NbuQ0Q47Vrnj1E689jK1D3SpiHdsGBjIC10IlKnAw7aeSaYJ1yPU&#10;jDoJhbVaxdSw0xbkvjiZeE09MqqZRjl19fFAdtlO+607t5YP9o4xYAHBp0MG5UWvo5i1U+NsO5eZ&#10;aEVnLJgfDvbLFW/A6fM5/BH2gkhDfKVcqdPoVLlzpoNb1xddNjtRKpCrNpYXbmxEPH7vSSaHJhbp&#10;FVMVZrTpWrPQ7CCsLRbrXUL9Wp1ElIjsNhhtGlmWQzxa9XOtHOWy3+tSjX/EXtssrO7BuRQrDZ/b&#10;RltrMVMYckJJKPMmLIzoWrC9DSeqYgpMPHHozU58KRlaTqZP8yxf1ja3CNbJZAo8j+hqe70xyWuo&#10;4ntYdGXRZtSBGkRM1SjDojtFjElb7gpEGKeg1YRLSP3N9QxO+cmT50wqo/EFry9UTh3h1+dng6Jf&#10;Lp7gd3j0xefHx69CcTLqoMXTClpefvX8q6+/wWq4trLEPurG8qJ1ONrfLuULfY8XIdUo5jUFXfrH&#10;LwoRt71exVsBCcjaLCABnxqCOonJjtu2m21NNJq3byeaxf72bvG9+3c6tSY9td1hNgWdrGdp/Uni&#10;I+eJE5j5AQMDtlLSZMjSGMAV6cY6ULtmvRrFIIlocLjBCVVWQdsmPcJUCp2Y146x3OtxQpTg3WeY&#10;4IPxhsJbr6LfCADt9NXjkgJffaROuXilSqYsDCf+WISy1qmRGuwMAXHZLPRFRJoTGo9k3RlyTmZj&#10;m0mNENtPlywhXzNT9K2uHO2mAaRzEgIBB95N81BqEajY4vUNNMK9a6ujclPpKm4zUBF0mHIiEd9Y&#10;Dq/hxR8rEatoHYziwmxSaV6/H8FNc/oiJ44k9tn33ouaDOKi12Cu9YtfVlqHbS939EQzwMCrM4ac&#10;otWp382MHBZtOMYqQ95cdBf2OHeFz3riUUPWdKaFwqQB+Gkw2v0vJ68+L4UBue90a+lO6qRqNlo0&#10;Ns1pvgku3LFgGk6E7dxolHAEPfrC02653ATDn/jJgmnZ3rRqCZPtiuJpc3rnlvXOEoHXkjRRjtvy&#10;aszkDesf3DUkE/oVp1Yuj97ZsjtHo7WEIeYzNfPj8nG3Wxvv7TW/929igmKC/keu7VGP/C3j0pZH&#10;Gsvp7arRacg1uvmJENnwyTag4KNeHTfMLC9qfREjOrY1jMVTze1bt60aU75a8fppTZVINFgoN8aQ&#10;ongEdFuxeBiXBuOGbquZz2ZTh0el4xT8QNJdVf4CBMeZAM+FwDGLukjAwToslivseBk+MLWbiTA7&#10;NMRt8x+KE4vZDj4dt4bd5pQUqUP2xmSKdlqF4kBilRSKIpM6weymi0USwNTR52wG/1n18as7RM1U&#10;fR5N8KbFY1F+rQ9uzWGj8iKgi9QjoGwzFRWlRc881ZFL6FfZTiM1rp7oDar8xaWF4K0Hvz8fr5o4&#10;zuiObmDAToUo495UTXOR6NhZnzD4p/xXE1nIelKNlMz2tDTvxXyG3qRaRrXfYJKmVXsTRTOnDOXz&#10;VWRlR4cnUFUpn06O9iG90NIgKFVdwSYV9MexozOYKKoGjWq+UkLQhGpG9dex+ibvG4QmEikkD9gC&#10;Sl1fxMa6fcaJRpEkKnC5+3Ok78N3P3rn+39azuzSYK3f/jCysLZ2/e6o0yJAZPPaw06jGF3e4COL&#10;Jxd1qj5WanS7+9sv8lQa8pSjQHO24VTbRVUfK50H7CoXtGLpAuerhh3M+0qIAVhYuEuQZ4tztJUk&#10;nPthlSsW1vP4n7NO+CyCV5TOcnzOyM+vu7+LDFy10T33l17An88bO+EMJiWehfFeNomiciaEnm80&#10;L3TOs/l3nL/y82931nyeC6fngb7SRWuriP/Kc/tan31mkz37wSXhNYp6joU+Eyq/7javdr/ni2tJ&#10;M/+Jzvtd6Qw3pWqJpbOF6rzDfW3eldTfUJtPOhecTUhEMdHPN5jaM7W5cIGPni95r8jGr0YSn//A&#10;809M/T7S+tbtWHKBAAISEPhd+kwksVzJah7vOWNM/YrSBaFMnTgQTD1iksllyN+z7OmpQelWX/6G&#10;Xsqf3NKFlirVoiucfPTFL/LlAxpPEoY4gHvz0TZRCONBn2BF9A78aWRDBiuUeWk54dha8eXq6rWm&#10;IiI1IsvLvgoeIai9h/DQbBPDEXO/L+tJ8zNpW1Pvz//b/yWV4lFam0PeSXkYrt582+tf1trCqj9N&#10;o16p3J7qB/Td996DEadV1UF0IEMfJ/hkOCP3slHXV8sgI3v1MjSOZreZPto7PT6u50vdfBYPU+Vk&#10;zy6NICEwpzQOZwbB9vzFATOna7EYLKlgKLy0lHzv/fsLCxGofiFPpFxrd8djZLcaESIgNBE1DdWu&#10;7sSH93+QsCwQ9adUqpIrIVmXeqk+wqGiYT9f2Bt8/50/Nzni3LtQdKG2zJfaKNTo/4VIIlnI0JQq&#10;bl+IM6ZcyEGmaNUqwEIYeIKJYgIBv56IOX/IW6+q6l+GiOrVSdcCNUMjWF0uE3GjKKQFpZzPskrz&#10;BvwTeYoDs5jPIssG2oIE9Ovf/pasYlzH3WbN6XKM1IMpBJnTHQw+fvyt1WKlH0Z7TLXz8X/9hGRO&#10;l8/jCfiZhrEXpewKh8KAy1rNOqDaXrvlYu4egLzIeDXwznsfqFTaQR+JDw28NxgiRWkpucBIgQRO&#10;lr2Udy929i12m8flYdhndLtXNrcODvfaBcDC8t7u0aMnLze88Wyl8+yrHX6mlrar2Rp6rAZTx/K3&#10;f/lJcvlhZ+LYPX0RXnUeHBUy39S0DchAuu/87L7F34dlWt7rKP1pvy3gd9JbzYu3N23XF8auxrPU&#10;id/twaTrN1u2nz2HGWMIBvGLwzZARIjyjyXLy5MT3nb8k2QWkT3D9DYY8BNc73e6+jJ0wTENsN1o&#10;fnywP9EI7pAV8SfHtNOqKxSq07GuqcJBNQzLmWRghy5XKiQGFcslejC87I9Tpz/6iwf53KkvmEhu&#10;rc56TYW8ZJOGtaLPF6I0WV1Yzpbzv/r6G7htj748iAeS0dB6On366PNH6aN+2GL54h9ZCWpr2eYP&#10;1zdf5QoAq/K1ZhSpQqe34HHH/Z6TdA4TAlOkRmdwY30JdC2PfChbGyT2um2kIIGQq5I0Y9T3R0Oo&#10;QYV6K+DzAJfm+CZcBKVAIBY+PcnpUJe57d+82JcRgYgKj15QHGpEn97gs1lgWUR8nnKuevjb54NX&#10;qUE+rQXbrs4AJVhrLJN5kmGfk3td23gC7ErHHsfrbRGSAybKAIDKFHa5ONq4+MqF5ou902qnde/h&#10;tXylYFfGs3avvpeyaAw3f/RB1WLey5zymT57chKWjEsetziAbdbzEFqmzJwWCyU+ymOYpdkyAoVB&#10;xOshHsZhMXrc7j5lhTyx0I4TTIqywGSdjmbJJAkWxkK+ms1Xrkf97IP/6L3bcDfZzqULZdZvnf7s&#10;xvIC5LYKQccabR3bLbym3nR1Ifro5WG1TdfQEtgEFmp5khjcDlmncYQ8I57BMY/eaT4sF3tIbF2W&#10;5fsb27nicaEU21wqagl01YounSlqkgmnMAgyyolEILIYRTNSVcaBtbBr2VOXa1VQZaOK7GL7M3Bs&#10;hBzLXt+Kq++RajbReyM69Wg67pm8YKBTL5q1VYPSIAzVLPTN0sq7G9OEcW9UL0jDjDRuubU1s2SK&#10;6rNij8NO3VZ5nX2Ltgf51SpVLXLdMm5r+y0teRGaqUXabufzQrcMS17onWo6r6aNnNDNjNtSyHxi&#10;HDUs06ZWSg3KZcO4yVA+YG059OOwVUl6p3Fv32vZlWt7cictYswVjpX+Ae55j5QV+xkd2dJsvQ1d&#10;j7EXtzaDSsE4KOuABJoOx/XTUaMwrqeGzaIyLGsmFc3wZa9REXhh05J21hDHZRhEJk1LMy5B3wya&#10;KwahbBJqQBUsBiHqafkMRb7FpFGV+rakR+vUjMxKzy01zAOZTarXavSa2y7D0I/hWRy34c+Pr99a&#10;ojfm5jqpFp92i13z1BKxOpP+ljQW3c5Sp7OXTgcjvp3TU4qkRNxzsne0kIw5nOakz1cqVK1ay1CY&#10;QjI6SqVb5YpdEOqlNHgKVmpteIudsdthXkxEEE3xAEW76PS4nuym/u0f//DRbx8nI24VoyCp0yjG&#10;Ijwldg6yLY6LKT0nSIQehbPKapXUJwJ1JhAvRqwT1fSHOlKPYpcyazeVQwLNZAcJQanarJfrBkrP&#10;8XRnex9RdCRKla/dPzim2YPHvroWH/W68WgAeb6K4p5pHx9kP7y3VsuXWdR6ltd7jQ6ktImi4H+j&#10;yWSWqwNV7LSIRjM1Q6OU+frrx/GVZWwD7DhZM8N1rnUqaxs3pmMwQBKPjlmz/tk3366sLPd6M4cj&#10;3Ct3lEEdSTaCw3S+txpfwE8goOu3GAgmfPfhddDlmUxNMxl2NdPoBk5kPdlqeF7CMc/Lg9q769fu&#10;rizS1zodFrj9DKMJUwDPt7KxbFeHBTiS9DaHdcKDVmTB6wRkga6K+RTMc9UoqhavOI1mnFexgLun&#10;0ncEMgvcdhuCNmTPtWbX63VXK020Z/jnh1OZ+6KDzHmg/juHP4mypxAK+WkNuhrnyWQGACLqcmZP&#10;80NFRqDRmcx47t5+71303B5SEV0WF/XgRC51uu/dvY4oZvvl4VCnr5VbqNutfMbtdqk7QD0WDHjH&#10;s6mJp4DD2qrUcM43WizIJtQVTF1HzV6t1KIUCq+EtIjTWfnr8bVI7AQ9w+kiEUvy2KfXDHPjg09O&#10;Brv93JNS0uGadDqFVKuwXwgrtm9/uSu7HVjLvC6awIl1qtSeDGWr/ni39unnmbUtV+YZ8UWGHnNS&#10;vRjwm+Jxs0NnePmrk2efpPxL4XHCQoo4c4Kw34grcyFmvjbWHpNOqNeVs+PMfon6Y+Wt0Mva6C2n&#10;Zt2qXdQICe14M6YlXwNLRTihdTk0Sr735KC797I/zvXCPqPSUQ6f1A4yQzjgv60yudKsJQ0YUsNx&#10;g8Wp33vZUpasjgde+7rjrbvIjHQgwOuKwOWNoLG+7BVWQyVxdvdtz+0lL04EcoEtXoPVY1yx+yz5&#10;oVvR1wHvD4e+1QgfzbWbN4u1UXRx5da1rRms4XpF0CBlsBGbg1ZJbzaAFYBph6UdQUUqjY6/7bQ5&#10;eEZH4lEER4h6kLqLkh4imtMb5iHv9Pr4d5PNHl9cNegMLoLQ2IISUT0Y0ZChmJuMRplUqt9pc0Gy&#10;iEVk1++Bblbw+5HKw+WESFGNlmXi32yjBOOigpJNY4LempuLDpnQOwpW+j2b1QrTkOU0H7tT/coT&#10;qKI47RE8j2ci3wt+HB1A7K13fm8db3nePNLrjxEcqjtegJx0vKKIZVnd8arsAJX8Rcc7Owfz0i9o&#10;06ksbQGseyLTmC/DTaYUZ7jcIdN+MGx3uzpSB3BcD3qFQpEVDoeIyvMbDWu1GqUUjQaovRFY53oZ&#10;Ejg2aX6Rr2M0aReWnO6gsdOZ9htDm1nf7s2cPjfadQ4rOil8wXp/KHWYQ9UJtJV9fq096Q00qaN0&#10;o44cUmFgZzLapiKzHdlhJ/6b7bT6AdMJsSXbf/EylzmZwOU/D6o909yKZ33P6xXneWt3DoeiEZLn&#10;vRdfHxmgSv6X5qGvwuVuVLz6z6tk5cvdsfi7ST9XVr7ClV5X/J0F7eXXmTfZ58rr12m3lxrki8b0&#10;rDU+V2OfNbkX0UCKeOWbXmx1lUuY87mZVrnQNp9/mdlFV3zWqYpXvoR4wd0SX9uTLxTRl63168Dd&#10;uY9XEH83uvismeWr8BChruMc1qlv82u/szSHNisX6+fzMcFcCH3VojwXNqv6nNXN27GFuFYNJZr7&#10;ePVstkBJ6dU37MymPV97Xzb5akYXEWuffrbz5NH+iydHuy8b1aI0LOjHRbfL/Le/fvHl19u5bO00&#10;k+o168NeG0dPMOrNHtUCQTSvxn6jh6qkzA0ECFhWXwPWhGwGDdDIH3C0+0ByEearnKpapUxl3m3D&#10;PSSXTSQ0odsYmefzuImaMSnD1DRoit0hmgi/3hpg09mtH2hk9GDeHn6Rer3b7qhGYmYC/fQedILG&#10;0f9P23s9SZbm53nH5jnpva/K8q59T483ixksCGBJABQIOhEMRigUuua/ojvxmhEKhihKoEQCXHBh&#10;drGzu+Onp211+aqs9N6etOfo+aq6q3oWul0ELmZ7pqsqs05+38+87/M+ae4+HB+9sEpnOlEyxTrY&#10;2zgEQ/ou2PEIOEdDud95/95yT+pHU0o4oS9vBEIpT2rJP2IBEPRUW43ljfDtO0mSJVRGn7bz1cn5&#10;X/3krxcxOTDV6liOi/w5u1/tYHFNhpOCywogYwSO1XN8VMWp7POZ6ZxvGlRqzdmjv2i0Pj21T8f/&#10;05/8aT2YQZ9Nm06zD6MPpRJnDe9QKBrDKNEns2bMiMFpVKvsu1msWXjt4KmwOMWbi4XA60PfDUa4&#10;VDhnXkBUEaN6Gmd4y7xZjJ5KhZIYVIx6HNY8QkBogKmQ2XCez5seE4YH40wQDuFI+PneixYXRLv5&#10;xVdfo3G9ubYCGIYjmOcjl1tk9omYXoxrVGN9bYvAH6C2eDFx87L15Up467138Q3TJtH0KjgyR4Nv&#10;vvgV+FgChFCpHB0dffTBB35fwOq20fIRfsnhjbeQPTB673ajE48kW3XyZftP9/akUIguRRlPiJsc&#10;2fNMPLZ7duYJJTicHvzoHd1sD866+y8aP/zdDz57+GVoKezBp6z19v97Jf9Vx+45t7c2rH6jXGz5&#10;R+azTw87J6wx7Pf/+APJ1dcSnoGr/eyXD9/OZpZigRefPz97uHt3ZYkbkWKVcRNjSMyreKR5IaTy&#10;YLyjqkXsT2aJI00ZC5HyRP7tH37yHjf2rx4/IxMGgRMkVJfuKRU7Q9Ea6cMJ0mxs2ES/mOTuba2u&#10;kAlEPiSOFy6Neze2Cs0WFV4Md2LCHYllzHSgrY7kYFTPKCpevWxiIg2+29/df1bIBANrK6tB8i1c&#10;nl8++XlDKgdMrfJ01DtuN76tJpXkQiqwf17WbZL0mquAr4ciobfV6wV8boLtE7EIGB6yEzC5Pc8X&#10;o8HwJ2/dJVFkNRMjhKjSahM2gDCo2+uhP10DEmJomBwrlSq1eKtvsfgAeh0O+ZnmoHaGakNoA7um&#10;L3dP1nMQnRWPTmrTtAr8QZXjfrPTayDVjvv9Y3GHzU/PitSpRHaWahVHuGT0G0uZ8/NSIh12om5k&#10;CLNSGQnps/2zg0pre2Xx4dOj7GqG67NSru/cutltDNKmZ9zogal5+N2z2+/fhdG0eWM1qEP7jIHn&#10;ZUBMbEIbLRkEWUeBOewPBKj+ee2LiXCj0cnEgpi4xPiIOR6dPOyc4RRyEnLKaMA/7PYZxy9l4ovg&#10;U906Rj6qETCruSyGesRoBuOsvdMTcCk82Oy639zOnuTPiIBC/P24XCGGmIlAIpvM5JLJbHRg2FrC&#10;aA56qsc1DyizqPGiU7HT5ozJnzYKxHxa2K0uhmdxY+i0+nh+Y6q5Hquok05cbwcVOabX5L62EnAt&#10;u/vmsK105KRr7lfLpGx59Ko+OpXGakzp66O2MSuPunOvQcBudTpUvf6WZDfloaXODqyO7FUHXvlg&#10;3LU9rjy1XSxw2LdIMQNE23c5remgr7qBtbJALs075WmvOqWsHfWmlo4B0W0U+22L3XLIbM8HdJtE&#10;jDI447fsMiRLmc5dItgONV/pwrLcmkkNx5r5tYGh5qHzakpt5qAv4AtaDnP+2QjIv1uh9WnYs4Ym&#10;oXltGc7YPcnbg/y034FJSDa4NMqPh6ewFByCseCVKgxVJ2SuuLUwa38SPyZ2wE0GjMnyivVaB7yL&#10;KlUtUEBaYTSMJjxdyeoakh7y1pAyu+WBR+24GRLI1bA89DvDiKtJwG1Eqnpns4hhBk2LtUHCVUQK&#10;tJXUMmZZs1RsJjGl7leaftcsZJClrXuViW63PLPgrTQBsMVRo+KjjF4bTGan1rijyUPFiaQ9w4mF&#10;OKjH6EWSTa+JhnwouFVE1/nhJ0OhEIxTFpK6Qh7njdXs3sNnhM5SKbEs4c8hNWAdYSvIlgOv2mmp&#10;wbiW1raCN97vPSnUsNqCdkGhQ9/c41ZgYhsNnRYam0up9RykBS9Relx0NEUhP2R0mfbW5yZyjFIc&#10;2ecwhNoJhcd4fHre5jafTDnfOMBcEPLXcompNYCrD8esXa9Is1k6Fh6i6SydNU9OR91m8exoMRNb&#10;CPg0enBAvHvPTvafor3OLiyhmYKwCAOShCqX6uEKANV/eJCHshqMESq08ubb73FRlOpF5Fr+hG91&#10;yUulGw2HM+v3aDgTMZKr24W9Myy/Ab+5vJZW3aGNWMSqDm8ub0e0QNrttzqjdDTWqXVSROw2W8Sg&#10;LkXJ19Q67W4kHkfhzGU3F0ABkr01QooxDTLwElJSXMReUwQ5Ttju9JFfMSNDrcMajfcQEyZlchiM&#10;2QRUmM6yjmwtBnPUIxXoDNMZd6LAeCoSP+fKYnopGpxUG3yXyqD/yft3WhWmlh0qeyzowYCXXD2L&#10;fW2zlVlZ9OmuhRAmEIVE7orwJbf4jQficRf5z2G/OZ9ZnSHfDv0sCWTJRExUbHRBQXMkGze318Er&#10;pMOhqTUi4ohRhTWz/KisOY6nzOzg7hk+xBuyB9NuMuxN6JI5HGVMEzqlj1DnXoNk2pBjJxQZlo8b&#10;r/LvpUN+JezMTv/qvPd09OnPD5mhPPvZyeRHW1tJXzKs1o56nNqIolS3/F1pbvrNTMbbRZn0Xqyf&#10;CaY8Op780mkruxJ+J2s+elS+81G261KKU2UBIfJMKZx35ZLVOO49siTimP0u19P8tDqUPGw4PVLb&#10;kqOLwTcypjaYnp32vzgc+Vci65vGIODeGylSTHsra+TIpW/Pf/55iytxgSIp6h22CbTQ9+vTI2u+&#10;mVYS2QARgtmMv2DqG4vujYyHFxozJum4L0pYnB/piSfmeCOu+BgsWjIWXcys3tmKxyPDOfAz8Uv/&#10;+ptvbA2bAXiz2Nl5aYway2P6sdwtLkqEtDNDIEZxcS2FEZfAMJ0Wbr7Ks62ZmN0kAQhUG42eLxTj&#10;iuQTWinW6KtR6gpgEsCCTof1A0A4Id+l8pOcozxJ7U3JMBxyu0PQsHzDidhgkO7GmIq5VTi9kN7Y&#10;LFbryOAMwbJSBeAQF42qscGl4A6FQlR03mAknooLxbBI+SVKEEbqlAARmClQ8TErAV65+/t/8BtU&#10;NV/QgGhoURS2W02W1RNxm8OthWjou1A1IyVx8aNesnA5rb/4/Ivj4xPkJITx0cfOCTnXZC5ZIccI&#10;epD50zPzYrFmUIkQkTa2poZQqGpZEc7n543QQPWp0qjb0MnQY+NDn8J7ig9lOl3IhRrtcf2sP+rM&#10;O70xNH5H9pztl5ypdHs5Ad5+bzfPmIKRdr3ePMFPfHh4uL9/dnq8ub7MugXUBVybZrt3elQkTBjf&#10;Ncs0RTC0IUsP9589LZwdCUC+dNW3yc7luk9+teF9uby95CqLleUF6FjgrJhmMEfj9NZU5bL5vKY1&#10;v9bvya/5da8CgOSX3KZfZy29ZraVvpcF9Io/LF3Dmi/ZyNeRRFekKflVS6tcc6MvVsAvV9Cyc7VQ&#10;fi0X9/sd58sG9yo013kloH4JoLqiOr8GmL4mY71KGH4NvOxcDg5s5zo19yWx+TU89dVa+cKlK/6E&#10;N3lgsQhkOIwvw1FeBT9dfVnnyhR80SM73181v/rtqes37i6tLKmvdbzoYekSL96uq5zki6WwolyE&#10;bGt8gs9P8rxWQrNIYyXR8O2b7n5fJtr0q8fnJyKalHVv16Mpm7eSOOn2ntO7zuML3sSyu5Rndk1I&#10;mZRIBWiXsN7oBLWPBOKc9War1YHlhpgUO2rASzsUgogHAI0rW+xm0HSp5mAW6FPrKHqxUh20Zo2B&#10;3Ke3rdXRo5BgXyixYB0oAgKNKJbdJ+G/A/VfvblsD7pxfRoc9SMofMKefr/PkxoPB7c2c2YqmkiH&#10;4I7eWcxQPUy1UWbTE1jw6tnAKcWLNa3me6CfHMffbw+zfj9EF3sivgVvOVsyALZYoUKZOIkO+XIR&#10;LXZmMfvu/Xu7h6ekuXLHb+/seBdXkcP0jsvVfCO57pnLxuFDa1qYBobyOx/8IPTeu2O2MkQ04F12&#10;ZhdxiSJA0h+I+IOR/PEJTo9AOMyhwz4tGIqwAUCYjbAEtgElBWJtjtz82Vm1XOK3HQgG2WUhKaFR&#10;dZHI6Q/CJ2LBC3kSBWvpvMBfR3hMetHei+excIiEWU559DyMDt557x1NcZCuZnKLKJZV8pCaDZTl&#10;HEalYuWzX/2KJyHInoJyIxpnRpRdXPZ6A/l8/vwsv76xGgz6MEft7e7SrrsuqGpMYERkooDR0y6k&#10;ioU8zRG/LSC2N27ffvFiNxqL+QN+w+05y593Wh1e4MLy4sSZlZvNaCjW5bzUJCSE3qGlUeIq85pl&#10;Ld66rave08+f+R1QZP27v7OUvKPvlY/dqvvH/9vDDTN+f/XGOzurVrX58PHhhzt3x5AmyBmZqLHs&#10;aqc7KR7kg+sJLZNNqqH3s6u+wUQCp8HRrus3dtYRN4ZlpzadLO9sMwigngoHg5VGc+Fm7t7HO+fV&#10;Ex4VltLxUCjpMv76b34K6GJ5NXecL2VjsTZbHWt2/85tvz+wvLCRCMZ+76N3OBI5htcTCTorMn6h&#10;47CB+Z0P3v306a7p9f/Tf/lHvkVt/+RZbmEJvghAWtYpxWqxkq/9h//1P8wLw7Bu7j4p3NhYBz7U&#10;6BbxyFvQss4Huz+vPP6bvVmtEQvrctL70T+5e/7iAAblWirsVWcz2QEne3t1cT0VimIZJc7LmpyU&#10;S9vZBKMyLp6Tap2Hh5KAtIZb6Rgx8S8OjjcXEgR3KaiMcJxPETASuOOGdslLQMdbbQFTFRmirEH6&#10;Y/Yw7CildCzIzr9Wb9TKdWhyxVJ11O0FPPB6WMZNOqRNGq5wRJjIvW7v14+OUGPoJB5hAh7NGILk&#10;Hz3OpKLe9eyXL/asTmcl7j+ttuBIo4ZyK3Z+r/DfP/su4vcjqldMgSPZXEx+9tNfZRYyX373WA6a&#10;hXbnu2/3P3tyjA0tCioZ5hBgHLIXVZcvle2MZtj5WPKgdrCnWNcGVLFIu/ngI3TEkUUoN1NdTkfm&#10;0OTTImlC27aSS1I0x9JJIxiOrW0sr67xGQcxhU+eDyUVSKXWGKv24lICJOWdH9zab1T92Uix045s&#10;ZhsRt74UVCMG1L3sTqKTU0vqfOzTpKSpLkUsfYZ/2g3vOB2Ssr4qJVDG0/A7Twd9L1ElhtQLGoV5&#10;vxeV2wHnjBqaPScVu4bVVQ4mMzSN7H61iNGaTwgdsgz3AL7UYIYPkFCoqD8EsAiUHGNsSiT05iCg&#10;KBo8dCU+H0tIv4g3gyg17dp2e8JyzGiPuyN7KLudwhjvIBkhc13RmcdbVDoux3CLm6bORhFUjUvx&#10;MamhS8TVRXKULXd6eDJRBEjoXlTgUx51MBk482mD4FWXAienA3ZYVvnF9+eDqSKZHmO32GVrAYuQ&#10;3EMClxTPvGmPNUPrTZ3RlIphVAfSzSLDYQxCU2CS+tJFZME8xTSE5a83A4IlPDwAYLgNbJtJPwl2&#10;cJtwY4q3whqF3WZIhrhlzVXbUuZNZDD2sKtMSZouTeyyqpblad+t1cn60af9oGKlzUrCdSr3W+YU&#10;vUTbK6PC7/uNWdDbd3vCrLcSRs830m8sjP2unXtrvbCubqYak1FiJzuOunM3chNj2g4ZXdNsaDLZ&#10;ZXLMO1OlljPyL6fUSBzcdCib4Mg6b7cjUO8NYz2XYtrIcb2QiLAnwSg76w5hBiZTCS5keI8Ire5u&#10;r5ab7SwQPIwV3T5rQKa8eH2GuGARRABkFlG6cz/yk+f7iGMhfoeY0GhQXkdszDApnBarDC/cmlzp&#10;DFcX4uToDElUmsnUefyOWGQBT0JfPbX6e/snwGlIKHCN5la9+uwhO7i9s729093nNyL+o6+/6VdL&#10;nbOzr//rjyt7L6q7L+bEC52dj+rt3uHR6aPnrrmciWWpQFBhIQI6OTg97/dXNtZu7NyJR9PSBPIz&#10;XYf/1tYNoHrl5/kn353VOxYpzjc2o+MWaDpbmUphRf/uqIL4hrD3texCdb+6TJqhrQSI843GlNEM&#10;vC1nloiSQn82nUEXY+9HW8uX5jHmfkEYCcGyK6jRbgQY7N3s6YSyiFs+FglRgDOCRNhMqDv4dko2&#10;Q2zVNcaX+O0ZrgjDv2UBjsZxk8okaFCyC2mRauioYajmfeu81PAkotnlrDGdfvGLh8TTvfXuncJJ&#10;if55585O67zQqjUIu6Jw6ZbrXz0++O606PYFUN/z/ero0hx1NZfq5osMJl7sFw9OS9++OCRiQ3Eb&#10;IHkRVHcRWY2ddpVP9oxfTwRrGR8J/AQ6QaOc5RhZhgwXXMGgB+YnbRh1EDGmxLtoejqdIKYjLsh4&#10;TtxkZDFngSXc1fVe62SycjOyRtf3l6XzfM0X8dXPOu6FwO2biaf/8YnXH4qlXSvGvNefL76F5VVt&#10;7nZL37Vm/pl6I6PpsjfhQX7DhME7JQ3OMcPgOJ1MSo+HOZGY9quHvzwJmlptYvveWVilOapZE+Aj&#10;hv7NOcHsWjqoPmvOV+Jq7ekwGtFLiKTCRtdSDmqjjVX3e0GHQorM05DLPnsxOCrPpNao8Fmx+F29&#10;VZ54Fzxv7ph7FVuPue+lgR7Nb+ZMr1dJeOZx3DolBzF/rTVouvRMyrf31QkNo+RxnhWP2/Ph17sv&#10;UNzUh1YwZPzqFz/n9O9i/ZxKHtXY3FyngwRTivOrUMg7ulJpFByPPVds1HdhTxB2t5eQoVpJmo0N&#10;RYqG2Pt6Y0uZSqMcjIeZgkAbDio00NNab6R64MQbblWXiASJJhk5cXotLmai8bgfR4DXj4uB1Z/I&#10;1AUfk0wsLCykYonz45NKvfvGxx8vb21ikJcmE43gt7nt8otxu3TRaBn+AGXdCe5nlNLwTTSXfRHJ&#10;y4YK6ZybZE/dhQ5i9cNPflM73pLY8YpcXM4UMQBrcaqMRiNuBkT13suQQBGGTaao6NLhM//sZz+v&#10;l0oulTAwGSk0dyCsw26f8aa6uRYslZBX2YmUl/m4zaM9Fso4mlvil8QUIJyEh0WqSqvXQoGGAq47&#10;HRF+HPWb3Epkf9iSNmESqikQ3ilM2NAyIJgRomYNHixmQqb2y13Gg5Zw2Au8EJ8eUsvG+OZ+65Pf&#10;1j0wU3FBM/BWsPuVzs4//u2PvGIyyM120fEOB/tPn9HxzoWq+dVa9SpdR361vrzMtr1snS7/78Lp&#10;SzlBhwWfX5wq6sUfvmxmr9uw15e61ypfWXo9qNd5HTklS/L3F71XPlzn9RTcq475+8woWbrcvjpX&#10;LbDyan96GSJMI3eh1lavvsfLBe5VSpHkfE+S/GrF/bKTf+2FONfrUOeKF/1rvfOrlt5+vbW2r7/d&#10;dUbRKzHyJQ5aCJ0ZaF6CpgnsEZhJXbjtlYum/dLke9E8C1zz1Zzguvt9ZS8WNuAL6Th/a23nbm55&#10;ka0VT+mrjhcVjnEJ5r7KiHpF3JYugv9sJqFs5pDKMpahSZEc46ClVrrg5UJsRoadqkedsVfAsnv0&#10;qKTbFKcKUbooGNtV3JxMVudU7m5dDPORHPGc8OTn8y2i6zp94D5ekj0MYnQgDOjKP3hnZWsly4wc&#10;00TMq99lAhdxL/vN97YXUl7KdV8upMoMkKB4IE+GKFQ8P91/XsqfukwIwSJnUd3yyFThPI+gRMLh&#10;6LOjKsjOpM9IeQx2xwyDe+3e8+dHhte48eB+bTBvF9rzkffhz47kk4E5UKJ9NkfS4W4+Znv6vely&#10;cuXFaYMnneVYu4bTQ84uLVrTOYEu6M2Xk2RkhL94+LTTbCwFI7//o9/9lLnf8VH5+CQZjXVrlm4G&#10;iO/6Rx++5QsvO/3JP/yjPypYM6/qusChziCI8q7P6DKt6crG9vHBIdmMEN4pv5kVMEmmLWyKLG+9&#10;2+4wtAb7yW1WLpVF8wI73kOqxIg0jhCyLrgWjNO6vQJKZpeRPznFs8QoGrEd52ajUeUl1OlRylWA&#10;Csl4jKHl3/3N35D1ZAvjCjk1w7fevA+9++jo+NmTpx6DEKMIYDHkKCvrG59//sujwwNqjkaDO32Y&#10;y+XSC9keeXQDcnCFkqcLsb4nXksoFOFHarXau0+frKyukkVUPMvfvHc3f3bKU5WMx30ebNzDlfV1&#10;DiDAS5gnl1cWUKYxBin2emXLisUSUFWL1UrSH46nBfvq87/6qTEcgk8Nupz7D1LQQ3/87z53ncnr&#10;uW2Cjn/6s19AP/vsl9/86K0Hf/mLL3YfPl+OJw6Oz9OAFpodtvq6q6SEnKgZ3f2bz41iM5oO5aeN&#10;zJ219qT7fO/b1Gbi43/+I7bQKPTOSjUz6Vt8JxjbApQ6+oN/80H6ngeGlT2e91uTZn92b3Pt3nu3&#10;WzS+w7Yv7P/9H/0ApJA17D795huACifHJVrNG5trT4+OAB26PF4uqgSRsV73Wx+8nVxdWNiKtDun&#10;fnMts/KgNSQMaB/NEqLZL3/2uWckPf3m1G+kNu5sHuw/+bP/41PD48psaN/95fnT/2f/7mr8D//t&#10;H2+/s9Ky+n/6r/+xXbTwLCIrIGxmIxMr1Vp//PH7ATd385AMCjZkS4tZPeAHHxqJhTfu3MhurHBr&#10;jkZzbTo+KZbjiwkmN/ly68ZqmkGRz+9HI8DHKU8RZgttMxJgDhr6KCBteKtgX7WbbU4wsBYuqJIe&#10;Q/MQeTV0iDxdTtsaoDJ2w+M0pOxQuFFtNhqDv/h2/9Za7pd7J7xjikvKJmJc80tez8PDYs/W//E/&#10;+33DZ3AKrGcSy2u5TDRQbDdi8QAVXL2MtrRTgLyla6SPCgZzrb68vXz/h+/lG817t9c2lxJgqMYw&#10;X4Qftp+vNkaDwUIu+/aHbxN9Zga8/Kspt+x0jAnkIr5tdnJcZJZxflIVo1mVhBvBe6MhScUjdbJk&#10;5grkW4mEPbDOwMiHfVfER45kEOrvdORK+M/kqZwLdd32NKE2ws4oNI2thvPqpEnjEFIb85E7Hmm5&#10;pmd8y4Cr75m0gmodci8AM7S4AV9DmZdGraFOPIfKeNDC2mXodGJA8SAqI1zFEU1qLoqPHtJKRLM6&#10;bEmVJSAqd1PMlFV6H7ZThnrxYlCeg36TRGYuilZGXYbHYYI2tMcYyIH98TNPxwTZCVETskm+ZH8M&#10;R01Df4GrZCg0InNDMENkgAuwD1gPwoYVfjNVC5IKZBgWBZmuezURlUv9DiDErfPtHI8XZQnuVxkz&#10;qanaPcGs9uFUjweCmKbYzSI8BGNJHJ2HPBmaVFlQkUGMBDwap4zOsn005w65xCumEyFiw8R3gaM4&#10;h/WG/lzvIWDRHcSiaQ60iejYfW5GLezfZLiI9a44bXyEyOPhRCUoKUzvunQJigw0iNfQ6DHI17je&#10;qx3YBE6IhmEuxU2dWgqfGXpEsBRTeT5iMCGN+1Q/LO4UjSeTS2g4mw30+RAVPlaUQfdRp1zUrA5S&#10;Uo8MsmuIJ9EZuTPBrjprzUfmUmiWNl+M2nbUsCOeY8ne67bcSV9bs1fe2nnz47f28wXCi/OnZy6/&#10;pnlkEr9odzEr8uHCss7FSoGJw0cylCEDbFPLLmWwotZRSSWC9cGw32jBbY8tLxFMjUqKHk8hX0px&#10;btxYza2vMhjELUHGG/0/SXuRSACqYsMaP/gffl9kq5arhu7eKza8PiEdYnVZLteJYPr0l0/wn2NM&#10;AOdGnC07C1TNrLo2kMuYyvnesU+dw5Vb4swy2NKYlVrZp+lLhNJl4tPz4tnhCZ3Z3tPdJ599vff1&#10;t/3DA/+w40UdUCy0XjwvP39y/NVn5SdP1Fb3s59+OSxVs7Iald1rC0tff7MbdQFxCEbVcETzTvvS&#10;jexCr94jOijocieBXzsKvEvo2czCu9YskUqzfuEYARCYW0wKVRuf2QsCdquFdmTCzU6Xh1CYSHAy&#10;gVi1qAKCIwNMABfH/4glIkyQ2R9lFmll+UgDI6fqxpfIQokZ5Fhgc1QF4CMpo71m5zxfAsyBj/qC&#10;IgL3GMANiYjdQR3kZe9kZN1843ZIU5/une4d5YMRBtMB6i+73/d7jImmYC/io8ieWQ24+63+xOSj&#10;bSeDQWwdyVtrnEbgdyqV5ul5BboVz/sidOBMFN0E5iymGjRsndFE83o2b65n4ZAh75I1fBnIi2iR&#10;MGeh3xoI+Rb/zOdO82NM0dUE31MhtZqxlcJngQdYUSfFF6VHn0Eh7/kTiVKvmYz7y4OZXe3LdUDI&#10;sxK8C8P9SNecaOBuWpJHBou8znC6dj8VHIxHXlcobhIOtOKHITZvNBEDuyaQDCzpRX28+cCTxUUP&#10;iyHtNRPe54/rIY+7KEuBsLqa9CDfOX3Y3m3PzKDulIfPf3KamEmrAXVnwe0R4kF5mRjJzgx5b3zR&#10;k8F2HTD6qhzCSPLlmX84rz2uT89t+4CMa/3weaP2rFjvSru6kU6YW6kQIpydaOpBbi3hN2fYrdlp&#10;B+ddz1iKmfOIPQjYDbtcGR6eNKruUMhFAJ2hRGLu0bxTqJ93nE5iOcqTbpsz222ZEVuJTTwJ3lbA&#10;qqOT0z1UKehvM4lwq1o43NsfjbrVdtEdMbrDLlC0EcyLPrdMc4yNYjqlGaX5swSAatqFNqrIuHuI&#10;86hhW4c+0+rQMk+6zUG1WsW5lD8rnBwyw3R55XajSswtUlviEiQNuRAfDkiC0Z7w42AB0Ad9a2Vz&#10;g0AUihXObMonnnYkDEwUsmub6YWlbqW+8uEPflMdb7l2kRVkCxuvZXXgcfUFkYs+SqiaUdq4PUzG&#10;2WgiHel26o+fPKfnYFH+YCl2WumYiN1UiewuN8M2Qx1a5GtMMnFQmorgBZhm3OuejYaAmGckqHl9&#10;pCJLYlKJ8GXS77ZocYWzVFH79K3TC6ufW04uBAhl7zenkSAYEAWRKJuDKMWNqh4Umy3EyiAGgIHN&#10;BEuLDoNEk+2bt6OpNB9sm0uUNNfe4MXevuEyf/DJJwDKLpKQmJQ4zD8P9p8XjveFj/e6sZRfhdle&#10;gZGvSUjS67RjRYZAhgYLVbMiMsaVy67Nlq/Sbl/5cF/Jky+tp9Jr0bh/b6n7anl71ZG+agVfop4v&#10;lLffA1fJVzvVi2Wl81pM0au1sfJKAq1eWpMvDcVXnbZz7bB9Td981fY6r0mmX8YIXy7BlStSlHOp&#10;nH7NzXtFvpJf/pXL1vaqJ3bk778N8ve00C9zlZwLVrNtc1oKpqOhyy+DeH89tVh0v/wV+Xrhq7yy&#10;8YpXDU5KVla2b66trckuF882f47ogOAMyhvhKL5KkZKvpgyi2546aqfRYCoJ40HoWzWjOya+NOkN&#10;J90o/RAxZ8C5z0gOK1Q6GPyIeeeboQ9iQTTqES5hYqBg5YNwh3c+RhYPqg2qecwRwUS93mbh53J7&#10;AzEh+QHeRJm6fvf9BVyhoejKzg1GRCHTXz9v4St8+8FNBmTiR3DrzNAjqGW5WhRQQqJlZAmM3VJA&#10;AP74wzcZ7FGE04tyoC/FY8yh9/KlJRLrNPR8jCQnH9/aIhS4eFJ++733jWCmWu5Vyu130osEzhNq&#10;ffvuToPIBFvY5ik0yNfe2F4+q5RBIa+mkyA3mbID6ty+c6sxnp7Wyl6yEwydV1jt9ErNht6s/8mP&#10;PgYLePu9t3/19b5uzbbe3DgqIB0ZL925h+uWyzSbCGEC4W3HUc16dH3nNi07MuZIIhFLJJlI0fGz&#10;N/UFUTm55yMrlU4vrCyxaY9z1zHrNo3hYMgul6bYdwFtpsIkfYM/pHjleOXiD4Qx9kwv+Mmtw8Nj&#10;UApfffsYfRddKCviUrnCl+J1HByekqTMrxotNDt7UPT88r97/NQUa2Xvd48fgxzILGTfee/Dx989&#10;ZA3I9+YX6RHI66AfQAgDTheuinR2KcfkF24z0mXTG+x3BCk3lkphDUmkgCiOUqnUL376t6QNHx4e&#10;ULg/evSMJDpsoszty6USo0S8MQznOfRcoQgAgs3bt3HdHDGNG4/evH3nvNryKtrpXtVpzJ0uFg15&#10;79kuwuzcUtoZNjZiSUaUi5nw1NYenxYwQ4FAbJQrP7i3VuYZSq/oQ3f+6WlX02e3EupW5Mv/9mWy&#10;NXJNPd3u6Ouff5kzXfVaL99t/ta//ZcnEdXwhj+8f/fLF6d//axYbExCprtXbr934/aYvJw3NxNv&#10;b5eGvX/+r/+0UxrkIrH23gutJ7YOTEZBM52WG3/4h3+4vLzIm8w1iY+XhMxup1M9P/3qJ58+/8Vz&#10;92As+eyOShGjUz5VRntKDMqFd311mZXOMROa581hubO1tNAs9TT092iv+JCO2lpodvPdj0eF1n//&#10;P39c+u6I7GP/eKCN+2BSCc7FZlCv1ZlfUHv1rcGf/O5HnXIjGzCN+Ugjy7Ve7nca5BTGIh4Sa6vl&#10;FjNmR54dF6ucGEzF/QI5jEleJAfVGi2U5+xCB53uqI/RX2sOhuFQAGM8yyJxNtBdtDor2bhIWFXm&#10;gGHB/OSWMweFaoz2wu/58MFNeLSbucxUcpJhj9elJInxdJTVSOTdna3nDw9u/s7vnO+eRm35qEgd&#10;xbrGTEcYMFlgVFOEanroz6c7q7kN5nMzhwTbWXtw841b7sVs8fhEYIJGNj581n23tnK8kJllnZ0V&#10;ej0AvmPGctPhwEX/aTGI5ch0EWeSXM4ZJlSV5Mil1Eb9voSvzP3k6HQi2XVppsV9hfnwYN5v+KZ7&#10;80rJZ1V8ci9ktL12Ue+ZtyPDRY+z7C843YI87wfkmjovynxurd6k1572J4Z2il151CY/aahKlQk6&#10;FpyO2gRagMdszbrNcVdEexl6CwSlphCnTBAjcgZx4I7tNRLWjBTK0ykTcfD4LojZkwE2fBj3hoED&#10;n0891QgfEHs2Yt3SQlo2t4mEtQDf2iOkZA1SdxUc626L2SIT94CPg5GUVgIwGMEI7dVsGqTpcDgw&#10;BJWF2Qf/KxRwTZUZ0AWKbwbg3B8uib2sbTky/50irhNFCIxVGJkMTYVP0i1sIwrfzbJnZD25JS3u&#10;j3T6HTS4TOTxVksTh9SGVtdqCjqpQ4161oGUZrNCTkUzfCMGthxbLqacikiS57nyB4xGr8tAlnE+&#10;O13SQwOGSnwu1xfKTk5CfoP0vRytWLepcCiL2FuGCPKVZJjqACJYRrQmEsG6g4lDVDIM5O6MCReR&#10;BDYLZyzffaCCigh9QSGMoIbqTvTJOLsQmc6mdQZsk8FUH5+MOl3DOK4Nf2XZfbfeIuAxFJA8vmcY&#10;ZqVxWzPOgQPo87I2Kjjt0/moyLOkSw8Hw7OgPoordLwzhq0Rz7cHhyOvIQeNtjap6ZOBe2KmY21e&#10;X8p3FtCN1agvRlSkOlJmlqkHcrGTZv1zJEKruXHQ05iTYxlF5MrOQuMspuOxScUaqlzYzvioyMOl&#10;wt3HVSLIkNyZVATcn2JgQu2i6F1r2h50x6PcYozri8/s8WmZjRYwAqQo67nsV8+PAEErc/vpQbFN&#10;qnPA9+Lo5OzozO1znxDeOx7Q9TXaDUOaIAhmFqs6RLR0CKY1xfhjthj2eWZ0xT5Tmo77nWKheDeb&#10;PH1xMul1N9PxkEu2Wq2wy3h3YwspsBeGAhqU7rhbbiuOuewmK8nOJBLJQPDjmzeCtmvc6rLDnOum&#10;z4u6MyCUix4PdiFqkKjfTUd6cnTO1KsjTI4SYbaxMDMSE89CmRVto83wBtMNi9kLyCefKDubjmOv&#10;m4KcFUoyyHboH2dEqoYiETyclEQcR6CoKTI4aRMA7SwrEkdQmgj6PIQUYKFiFDQawCynbkKFbhJu&#10;xE1Ed+dWpK2VNKndwB39PpNW22eyThyYQYI59WQ6RiG1FA3PelZrBI1Revp0fwna33CYMg3GGUO8&#10;IQsLK6u5frN9sHtECrkLQzKuofGUMJtsNERFD40MYDfo9zhrQwSwF30AEzqKz5jQYDu5bCKYzki+&#10;IIwGqu1Stx/1exI+XAfKStw3brWk/uQHD7bN0cBpDdK4LrZD5mga9PjmMW9lI7CRCdQK7dVF8qAQ&#10;XOjNQsfnNlJ3sww0zx6WlpbCK3GnetB78qvCsDbDufVktznwmM/P8PZrvbPxasgYBQx7JfJGWs34&#10;9W8eV5Ob8f2JczsmJYNKvz4noIhJwbv3mYaZ3Iz7nVkk523uts32VFjc41rpm3ZH00LmvDtUcndJ&#10;3PYZLbl51pdNCdDpoNGr7DZoaanwCl7PZCfYd8trAWcj5HUazUoeYEVXl8dNQA8prcQ/uKWZ6ZhE&#10;ZPscPexyRxXV6xjBaCLjl0MTd0aPb8ejW3FPTPMnXLG1SGQxGE6H9KgpeXCEiz9c3M4orK0D7sa4&#10;2pN7yw9WvbngwG0NzeFQH5YGtalfmymjuV9xR71BhlPdBssQNsZEb9mm5kuCdQwwAl7dWGU7Cl11&#10;MBsyB59YVp28QBM1u8kIczghBhKMtVXL709HMyS+zFyYzUBx9YYEcBXdPkY45MKo94nBIjwSJgsV&#10;PtvdVCLNKHKAqH48XXr/N5VOdFqszC5a3hlY6cGwXq/heBId73xOBhziAoardBO0o81qdTkd8Jjs&#10;XH3tvg39vm+17yyG/Dp3rJu/AkKScxn/xSdv5FCDp0FYT8dRQ12LhyJeQ4SuifTvEBvsqdVWrDrc&#10;Kma+M/li5CqJVRgfZA9Y0AR8V6fbAAU7d+mYGHTqAZJFSOx7Y3s5FXOflBlKiJ6cOy0WjX30w3+Q&#10;WlyGKwYOi8uxUathqaMT9hjmb/3wE5eQgIphKFcGW7KD3afnx4ec/9fM4Stt7WXP9CqJ6BqXdB30&#10;KkKVxI5X4IeUy9DXK7zxS1SU9Ip3ddGoXTWZV1rnq+jd18y739vvXjl05e8bbqXvtWcv16TXobhX&#10;X/06Hkm+CgN+2SvK0vcMtLJ0td++TlG6xDn9ulT4stF+1V2/3q7KvxbGK/99B7L0MrXoNb329xTR&#10;zuv7YQYW7OiHwwl4MGGX5u1SLmFbYnE8v2iMX26G7YtU59ds0Ffw6UvE9tr2nXW2axeGUP4d2126&#10;DNol6VU00evK8ssfEIhpq1FDNYCNVDwD4h4Z1Zvti+AwGRvd1PBHM6vJ3Nbqjbcym2+EVu4kNu4u&#10;bLyfXLy/uP1BaGUntHwzvHI7sXE/vfN2YPFWfPWNxOZbi9sPEsvbm/feXdq6t7h2A5RyKLnsTa4o&#10;8ZXKxNO0vUpqdRpa1jJbamY9sLZj5m6WtGTDSE/Dq0piPbB6L7Z8c+P++1sPPti489by9u3ownI8&#10;s8ysVv3tB3eZRPXa/d1zkrVlze/9+TePksjD6LravYWAl5A03k0Vq2o6el6ueWLxZr18OwaYnlqM&#10;jPr5yVnlzRtbscUEh1Iu7AsSqm7P05GI7kxIIMyGfQDfUDWf1dl4jgQgB7uBpORRe3a7mI5zK7m9&#10;fRwFQNtb1B/cfDNfSw/Pbj/wcHcM6+NMfAUPAccfLmp2nonMgicYOT8+ZoWLHJgZW61aRjxBb4no&#10;nCEjYlEQxxg/GpVCB/h7MtnAvkD+ZHewtLyMcA55qicYbLRaAuBhO+FQkAFHq93h9gDyzHGM0Ivu&#10;mot/MBoVSyVmKLi38TpU6k0RJKNpJ6fnDBex1JL88GwfG6BFx//s+bPV1cWt7dXj47P9/UMgxix+&#10;T49PWB3AP0zE8ZuJhCvRV5CN2Wz6w1F/OFY4y0+En6q7sLiYP9rnIVrf3Op3WhygNNi3HtxHwc4e&#10;5udffoNDisGePxZvNOu9euPN+/f6bRp4z1TXnu7ts6BcunV76jMfvPO+sbCxfP8NLRwvFK3EPCR3&#10;xl7VDYWo2mt98qdvKilXJhrDet2xu+VB7733duKL/pOjPLKX+x+ue5OLhaP5X/7ff87ZufV7Hx2W&#10;S8//37+76fMdEXJwmvfK6v2dnWcH53uHp9mFXGOvUP/li1Kt4yRjh5ZjhNYzjqdfbMZVrQVBVBpY&#10;oUl6K7u1tvqf/92/z+jyYfn8p7/6knXnD/7n94utxk5mgcDhpfVlVRqnsLMAQU2k3v/kd8v16j/6&#10;4YcRVf3hR588+Pi3tYBHds1z2ZWgOa82e6nQ7ZtbH9dKnfreodJpvbO9/N5HWwsPCE6a3b61qJkd&#10;o1DN9pVeuV85KhdO2quriX61dn9tqTvqGNIMHD/bzoAhY2SNJGO4/pDrHxfLIVOtkQXca8dWs8Fs&#10;et4d4INifnx6Xt5ezjF+ppS8f3uj0OgHxZpXouk9KRQhMrNDUwWlkjYIHorgxooIFTKNpuNYwCci&#10;VaQZmc9Yavm/uaIDOcPW0u4M8f2KDOyBVSiUB91htdrJRgOKoZ6dF5mtMuVl74EPxmOrPF3OVKT/&#10;LUd8qk2UdBi7Uge4BdxySc2SNhAM0G6NJrP19TV12FOayOCaHlkLKapPMwKBIJwPYZmmddCNOjQp&#10;cS1q3qCXcFH0t2oyxvlE0LeeDpd0UFJm3UYfNzxRh+3ApBmQByHTVgeztH++mqgG5VrKWwvp/ZBU&#10;1PtFFxNpvYuw1Dtn0VdzTVH1DqRRH2IuQFsv31DyuxWvodOFUE9jip4KBB8vSfP7QtawH/cEO502&#10;mnBOCRxOkiIgl+S8TNmskcvmEudm2AzKfSmHZmw6a4jYcHen25KhDTtjVpOkZ8E4kAluEiFjEhNl&#10;5koelyBc8lsDD6xpblvEXgxI+xyOJDemPsGqVd0XbMYZNgcDvfuM96QyGOcQzlFXEo04GhFI5Izp&#10;DHkVNKVsY8VNzRoREhj9fwPDK0t+IB2y07EmaGVYQ4AuvAgedFCcUaxQhOPHCph+ppqFVrM0GfgQ&#10;4EW85VGPnQ5sRRxW1tTBziJyQR0p7HOzPWzDfJ8x4pr3JxDEKHDm3GWUDKyX2takPZ4mw+j95vTt&#10;hRZQn3k0YlIs0h6T2u01QuzmsMHTbOND5KYbIw9xG63RyGOKS5u4npAnwAmG6pB0nAByOgnRKDNd&#10;xqtuAAsgxwVMQraRbPf7M8CqmEfwhFYHY4DhltBMzQXDUjHYCC5oyo0Yhhh2gVpr0GYIFCQo0mZL&#10;OGXUBWC2Qf6Qz8eUuDYYp7JJ+mrCzghfro17j1pnp/qoNW9PsHYnPKfyYJrztUJKMeIUY04+POuk&#10;tIo2krIBOReouLVp0idD2075xyHbsxTzp4OST2sGjBEdwqiOT7syGTZnfdWnjL2SJxausdU11L4y&#10;Dq8vHgw6N966ifyLgCuiTrKJyHSqlFqNhVjw8+9eJONhRrSMBuLpWJ92kB6KI9ix775xAxPK5nKC&#10;vL9gyP/bH7zFZh8fCsR2j89Ebbi6klreWb3wrBEMG5NG89s7zJ7SMKiZjmzmkgdH56elFkNVvlxD&#10;AH7ct7ZXMNDOEOA7c+bb9S6kZe/O5sp07Pg0F36bzWQcqgHta5BHWJInPesQ1hw9tOmJLC+yopTH&#10;kh4I0tUsJaLxsJ8nm+1SbmmBNSzbV/6fZS+/d9HKMixicU6r4YjuyO8RKbhcQlTkGISY3uLA5L8R&#10;wtDZnDx7Sl3B/uF7kwKOakSYgJghj5C3iRTArjiv/KEQDiti2UY9S3yUme6zLR/NHh0VgGAbTITE&#10;e4eGXQ6GA2AOBIBjLjpWbismMu1Kg0zYeq2jGNrOUhq2M6Ta2EoGJ8h5rWrNKcqT925tzEktY5go&#10;yGaacP/Go0AQ+WlZGxE2FVCUYrlWQrHT7fA+CIWnLBI22Q64vOzaTOygKP2UQKAHICQevbu9lQiH&#10;x2RMme7AQpbK/s72jcKTp4DpA3z50XRrJZhIKbVif+12bHEjeCOpx/rK8ElDtRxPWPFMlL/9r88b&#10;+41QVL/7TqqX77z4VdMl4VXWamWrWOpNouYpQqW0fyurGWeDn/yXfbwbb+XkQWX0xZ+d9GPBzXt+&#10;uNg3gVRJk6Vl92bSlfXMv/wvDZpbZS1cinnOXa77PvnFf3pafdxUu/opmD5Sb2Szut/Lf9PZiCsr&#10;S75ua9YO+8z3kuSqWX5X5oMl391odSHwlle+45VyoM07KbHIidp8LojrqJIe5HLaLsJzxTiG+cUM&#10;gPfU4mmgd4SnPdBHM9+kL+4MjufpeNau9Aotu/vs/PisfVrD59TczY+KxfG4hDTCmCsRZ+K3pAXj&#10;AEmYMZUixsQDOFRGZT72yYpf6rrsHvICu9bzW/lRfhrQQ4vZKDEaATbFo0Dc3+nUYWgD+2Z4r0fj&#10;937wUW51MRCKmhSfggmr4SHoMjcAdEIwhyrwS4yxQS3R/PJY1fKnAyIeNBlcSzQRXVxbBxFqEL0x&#10;GkOFYWTDdAP2RPLeg98YuYp0IpHICx231YLgWgXSQl0rOl63uON5AMXu1J7Hk0ARPMMpw4Uw3StX&#10;x7vv3PAT7+CLBmOZ5Y2tbI5MqBUU9P2pl01SIE5IShbXkDee9iQWfPFsOJX1Z5dCiVQCLUdywRNL&#10;J5Y3Fte3YwurqcXVxbXNxdXNzPJaNL3qCS0urG5lV9ZTS1vppe3MwnZu41Z28YZqxB1v2pda29ja&#10;WVjb3Lh559bdN32RNJwBnhMBWJHsZ08fX+SvQm73k9DBZk9omIUaXqalP36xmz86mNr29VLyulu8&#10;WrVeBQjJ8rW7Vvw3rB8nk4thuipfdryXO0blMhTn1dbWeS2O6PvhtbL8WkTvdbyt/Hoj/IrifNHU&#10;XjaH8itPr/Pyi79Ox5KvqFevN8evGmfn+zm7L22+zksktfy9xfP3gMsv997y9dJXeo1H/Yo1fcWR&#10;+nv65u/RqK+Zyq/Rra7X39dWYOeilUXlxpl/0fG+BGg7zvUXVV4CvEQsjSNdrZQvf3zl0r3MtGF1&#10;57bIo6HjHY+kC1Xzr3e8yss04ivOFnVBr9thFC5I3rhNphNUq7VWR3P79ECU7A3CskdM0A2fzM0g&#10;1sXUQS4wt2L/Kr6mSta2YfqwJdgCPS1aJCi9yE+o7XgKKQfZeAjDvqrCO54K576JHQNP11isWV2D&#10;CV4ztT1GNkpk2xQB9GhOAiNwXlxjOPa4mPCxUIwLZDG8AHWRe8nqc3fvrKX0ucWCglk1k5mJpjUb&#10;Pb/LPRe0TIM9D+/mpD8MjEakGro1LZdIhLNZPRQhfbHTaKKxxplE/kQy5O/a8pO9I4/k9NkJkJyW&#10;SPBK8gdnWBgbk/mjs9OMP7SRSm2/cbNYq29lkiTNHx2dfPX182/38pqtBau9r746x06AWgmLnM+b&#10;bPebmjTrNbsb2zvhOCIgqXKeF6Pobg+DLlNqakFg8VZ/wDI5tbjAbqJwdjZlbIXys1Z5/vwFRIF4&#10;PFHIF3BAx8FipFJ0wpAGfB4PK+9avS5k65pr2BfHJhxAALws4kSQo3D/+uPpOHoAVoucUZQFNJ8L&#10;C9l0duGbx09r7Q7hdfFEWqzLBL6vL8ZvaIPg9A+HHIjlcoXn4Nmz5xT9FBYsnPnksz2mG+eJwYty&#10;enwcFOmF1Ru3bjJcaTdbSPO++/ab7bu3UcMy0Wx3O2fF0trqKqNxhuui6hgAUtLv3r03ng7YSPCq&#10;f/KzT9lWBcKhdqN7XnxRrRdnit4Z2mdUxNT4mHVwncw77nXDvEMuvNTsVRqDCXa+H/wvb1dH5d5J&#10;P236Xxwd/e1//tkoX2QcuPHg9nRQO/zZF/3K+LNnFfb5b72drhI3We8SwvH+7c1s0ls9eIGMMru2&#10;eAQuZdwc7D4eP9+TuzO/ZSPf335re+nuuuLWvnz0cDLrLb1hGO9GpYBdbo+Xf+/eRB129qtvb6wf&#10;He4d7+1a1vjjf/LP2ErEdPP99963Bv3FVLretA/o5j//eloeQWt8DiV/Otdn82+//MqTDKU2si57&#10;QoYWL+bki+Pqi27jqFv7ppnTPLlULp2OSr1Bcb9wcFR+e2XBNe0Pmj12iV4m/WFcXoawUEMd6/e8&#10;AYTzOjt/n2JDAurqfSmsxWXg6WHT60qInEm5NhzwvBN8F46ikEPZIO+fnkdp0mGNElsd8KD4pWtF&#10;9XtSgJLiWD1CiYe2QOFrrMXYqvErJmUWMAybFtoPdCCdOhkcghwTZ0/lNZLJGKwOWuZ0NLy9ujIa&#10;jpezKVR3QfSy7W6hXPGj0xV9KnqBAOEimmoTFgx3WgyUVYnAp1qlzQ8kVIi6nk3Gj/dwh7mQcnIM&#10;Im6Es1GvYz4duZCtOtJ5t6uYlD/DcTAwjkXHmvQLzAU3s2XXoJ9y2u7J+XwYuJuys2bFp1heZ4AI&#10;JRLs+dQS1GJjrvq9XQm+pDVzTYGvHsMjYCGq0etL8Eht4XN24Uxi66LJYL211liUxqJzZ5hk6Cx/&#10;RCOoiCOo0GgLHK9mDqVZA6PhRGTShN2e3kyY2S7zHTJUzRxL/LiTcQmtJ9lsIq9b8bN1AG+En9Yj&#10;YER8Wi9I9MLp4tK94ykWl5nfQCTtTBxITnxlU5kDmkIhMy6T4T2ZUE9z9vrpwea4JaYDALNIsAh0&#10;pap2G25bohWim2uLDRPDJdpSW5gpWDk6dmMgBdDyTMT9xmgco/RIsIJh/0l+NYiYzOvm8LU5Qcdz&#10;iYUtPyh4TqLHRvaEMQmdvRvgmWJ49Qt9kmYWe7NE0EOTUWeMoijRkC/o5nWJOS6aJdKDaXElkVAs&#10;PDzozpB9Dyay7iE2YioAoaaHG8LFO033jwZRlREWcuzTG6NN6sL7w2JIlIW4tzQIQARbkG3g4Sbi&#10;LlLgGznqhQ6NKUObLLgZKUjJXn8CPKnZg8Btx/xIqeeKW6bb8RI7Q36j14/PP+z1CJb4dCxiOtDz&#10;CzFKDx4mZjy044rmPW8NmD4IpkMo3qNlCnuOWRpcCGQaFKlB8xniZK9SUWYvxsOGV84r4wrqXWdY&#10;IN3brR5bg7w6s7zyWbdetofDkHQw7b7o118MiqfzWiUwK3KBhjU57rLJKwpK2IZ7Sc93leLYr+bH&#10;g67f7MV0fzqhO/oezFh7VBp1DiFcnFYVh2tz7PcbLdE1sdrWGP8SGzbut0UPJbxoCGldWCDChgoL&#10;Hv0VhFhnPCU36+69HVCKu48OGQnP6i2fNMc6sJSO/MVff96uN/nl0hU/fPpMlrQ3bm03hv2wT9wA&#10;jUazmC+zMV9IxrE3cNLeWI3j5e93LWT4IlmYcRpFgaKn0gmCJxi5NAZdTzQYv3f/o//xX8nNhoo6&#10;o45PU4VPy7/lECFsj/zbLnL5wQj9jFDYM11VGTO5LvRo8sk5gFaE+j5CDL9+eqBgOAz40VYwpObf&#10;0ohSheGdRg6Oiur04JRBAauzeIRiO47nlr63i09MCCOFAJ/eYz5GMAW1p81wiRUc1SwfgPX1Zb8m&#10;DJh8hk2RgzeMgPzt9rm70c/CTGJNmoH8THMyALmpjAeD2hAW1XxlaVEFkmNZy6k4A9O98xL8ChIQ&#10;T84rqqSyQeNO/PTb5yjtU8uLNTJtOCPo33UNHwqNOkFKsJRA7iMcY7/RGTmRZNzDWGo8ImQ4PBt3&#10;z89KhXKH7DSQpkC1bLl0WJq0hupMCfvCa9HgmiEe1sySH8300adHCEIEv8vllA4AiFnts+69T3A9&#10;+2cda+72YwRPmlqvPKjUesXKSF8OAJNPbMc6jnwb4VVr5lnyRcPeJ89qX/6iTFhaD93vjOGRthFT&#10;/9P/vp//etzpsPFDbaH1v6wf/bLIma2nzXsgdQ1lKxwYdZXjs1o/ERi3CVk1P1hxt79q/uzff7v/&#10;ol+rjt1jhzYluhAYTki1aaxsRJOTWXww5XZw92e9szqDsnqvr7ldpebAHTQpSWeEZ3L+II6lqb2o&#10;fTVHLrebtXkf1crAFkhlhAETwauRLEflqPZ4YyAPWRAxc+zbCIBgGQ2b43ZjZFUnjdqs1p02Z+qc&#10;3AaxIJh3ukBd7M5IHtaJxPFMW0a3bLbs2AQKV0+qzhAIFp+U24fnXeT4bSMALstS3bNWvTBsV8+e&#10;P5v1qlyYTtBk+8DtTBrExhtvaS4vepLFzRVlbPnUCcTXKGldQBaG/XRuUVic2u3zUnHChJbMLdYX&#10;PPDhYA9Nu+ws33vzN9jxog2ewogGkdWAkoNkbWohtcAyQzATgWfK3lmp2OjX+7DPpMpAbiPGo533&#10;RDrkU6hx5Gcjd8xyxaozb832VMfG2BXtOvpED/QUv6VHLFd0aEaGitc2AkQ4g9cA7TA2IzMzrBik&#10;P/t0T0Iz4LVlHJd/InvHRPmh3zcituSfw8mbu4YSDj650hwVe3MUATwaE+w9ZnDm6HwKmCPh12NW&#10;JKvuk6MDcN3C6oAFwBt8+4MPaE6Fokfk3MikjZ7s7Z7R8V76eF81sq83i9dbV/lamnwlUWbMd7Hj&#10;ZeQmiiH5ZVSP87LLesmWeokOFjCky4bqVcN53dxdbWhfrWwvocZXZCvntTZZvg7KfangfW2N+/KH&#10;kF8L+72OAn49P1e+bi3l7683v98nv1povxRNX2q1nWvxsiBXX8KoXkdqyd/3J0tXvaxz1atK18MA&#10;+Qpt9dqW9ypOWKiaLQwsCLV0RX59Hfvqa1/8kyCMi3f45fviXEOzXy7sV7dvr66uyYJcNf7/6Xjl&#10;q/mD9HKTjElYUjrdLuNR/pXI4JmOucHYcfpI8APv4kWr6FhwNmfCGY4oiRAtXQQOiX6NtbDp9gnJ&#10;ND+6Jigk+BcYpZPOzRkF2UdIKRjSCSPpfH6xnODRgZ7If8knTnDv+PBTxHDTjNEj89HH3mpx4+BM&#10;77O3HA44nthvcpYLc7aw86jq74L5o9wW8L0JpYyXayMcore+sb4KNonBKjLBhUxCpixiz4D7nroi&#10;5J+79cGgj+tsIn6OWcTtGvA9Kbl8bpycuIiCkUBv2DfQVINEV/V8b5hJJlji3bl3c20p11ckxN+I&#10;S/NlckNUCv4Xpc4avqt0tFOrYobcWlk5fFZbss2F9TtdIl0Z3g0sGstkOksNUqlWLvhVRq1SQQHL&#10;T8CqkN8NdI2NW7dp5mkR6V3RM/PLabaaVHXU4LwbtKn8rUAwwPNYrVRYwfA5vIi0sGMEIfP7IfA7&#10;Ejmvt4TWcUBWpL66vLAADzQRuZikSHQyCD6ZZaSTid29fR4f0uT4ynRiNLhiTWToy4uLqdyS6tIO&#10;Dg74hWEy4YnMF0jkqT/ffcHuhY77JJ8/PTpmewCID3Qedw0Uh0a1xFcYWRQi/pX1ZR6nhcXcoN+L&#10;JVOMG5qoyTudmzduohlAII1y+/jgGP9piiW135/I5qC2DOjq2ie1ytNSNf/k6cOZwt3Ay5oHgvNy&#10;uUSxffbsXJXHc/dk/1k7/7yLsG3j/XR+tzgr2yf5k9zCClgsgKJ/8G/+xcPnR639gw+3F3LryU9+&#10;+O76TsK/4Hy918y5UYeZlFxuZ8J8oD9Tbr759i/+r7+Ol+s6LtvGuNAY44BGxNsa0Pp6xpqV10pq&#10;3Kz2BoePSjffeWv3ydFGdmE8lA6+fBpdjNjqOGLCEwrnbtwu7j3u18pPv/js67/5RaVYsIPamz+8&#10;cfj1z6KzcafbzN5J6IGuN6hH0wAvrP5Jvrd7PD6vh2b0MdK238caOTlXeMAt1uHE9lSbuaD/o5sr&#10;RAjQerEa3c6lSbvnAN5aX01ksiiUwm6tVKmi4NxYzraVyRDM6k3dE5QPPjta8nrREDUIhwRmhgS9&#10;Q3oLBEYbfS9q9Uwqwaed7CJAGvDAYz73X3394s7ONpeHJKPaSpwUa6IurPdJ5fF73PliqdPteFgW&#10;miIlFO1Hod5Cn0Szi4+OyhfDAwiMaR8GDenBBP+MAcMoIvKY5kYWWCJ7XCk3EQg3K1WiqYPBMDEF&#10;K0hAB4MssaEEa6XC8JPQnvJ5qVebBHYUy8iQ5yxAqH7wp55PrDpg7YjXu74gk0OTcc9y/kFMa6tW&#10;A9FGVNYXvcOw3XCT0qsr+GxJ9KFjdhkjddr167IvCKOA5gllLBdkbdQZY4jVNHsiCxij6fJ6SLEF&#10;zOgTsYvSnJ5O3GmK2uhOZAFrpPfmCJpfeIdsIfYYW0LEiw3e7Q5xo08HAN3D5IWa8PcAitpBt4wV&#10;FlQlsyT1gvE797hsDRP+ZCGOtU336AR5oHTjUJ7SMPBWiY5aFvACUyyHWWSimXVdLEvHE0dhnyzN&#10;xIa5ALBHFxU8JbxfNRCfsfCkl2wMpm2hZWZ5NfWr4i8KMoQkDcZsxqgL5oIEIRP+C9LF4avpcyUM&#10;V432Y2yDQFKEGdYJGP6YJ9W1+vT+QQwISJBnJJNIPqQiwxFWVXBibuAwjeE2evh8B6k5szmDqRI6&#10;NuE1sev9WcRrcqTTPC5EA8hCiu0hFxZMJ69Q0886/SljAr9bCnuQBrttsdr1oLkWIArWcXOHE9AT&#10;EOl0OFmEnG2qiDxHoVtXexO8IbTQYm7KVcyYAm2922U2+/2AhyU5F7RDMmndklJedyTgZjJjYmkF&#10;cKzNm4hZcSNjQp5LQD5Z2nPNsJ/HEC5S6kY0BdN4KHre6yEPJubHo7oiUIhUFzFXQS+WahunRsXq&#10;5i0IWYLHBQyM7bSNQ1tTyp2Bi+aTaYDmQJ/wyc4tjy+p6ewHkdydNxtd2yKUuKuMWK45Xmpq/nnc&#10;pAc25bGpdBxLirjryni6EmwGAh1WSQFzFEJE7SqiUPDIjANGUb0XUpqeSW0+NdAira3Y0QAhaWmf&#10;tyX43lgGPWxt3KSXxoO+WOjhixPo64bNAsRt9drtHsTHXmIls5SIVHeP/CE8e0AcYnysD6pt9iAM&#10;qHfWcmg0dtayoDNgRty+tS4Ds+61cTHRb+yswVSGuyRvb66DVvLhUbfmhXoHBTQ9n5i+KS4/dqYL&#10;hOjiQoqxjiYqQanOPvPp03Gp1CnXzysV/iLLkwio5BFjULFiIqll/+jcmkC9MAdoBCgZRmPS7vkZ&#10;qu1ONhMLxKOVYvm4UHWHA56Afy5KB2RodqnW5OrjAkKa7RLPnw4LF5sPeni2u/PRVDTUoQDlBZUr&#10;QUJ8DOiBDY1xrQGoD1M0Ncz4gkxLtCebVSZEmAjRI3D1A1djrIDcnyqHiDLAXuQLxFMxOMzHL44D&#10;xI+v5mBy91vtZq/HepnnLJoKE56GSbQ/nrfGdhfwMo8nz9ZwfPLw4OiknLy5QdaDJxTQwFV6SDM3&#10;yKMivQCBO18qHglQVDEqwoTe60+R0vDgrazl0slwKhF6c2c16fd3a21QigQ5EBZlCvyR4h7L9lk3&#10;Z/g+2l5LDaWzrw/DmaCeDXUKo3m77WiBnY98E9lTRwk/l44Pm2QV55b9M37/ES87Z1DUty3ni//4&#10;0OdyFQ8H096ge9a+tZU5b1h3H/jXibVGB1QZrQko9fTpfq10I5mczDf8euG74tF3hW487GRC7F63&#10;7plLW55snFghLb0aSvVGkzOE6X1OSgRc47klNwets2Yt4V15ENvKgjCZr9kK2jobfcU+c5XZ51+f&#10;1ST9CHA5ZHjLaQztKpEUhkTMGKtHdnkuYeo3sOj3xSRtTj3KmH+uzEWgOqehI2SzKHaZqomlHE/f&#10;FH4BUIMypL2Z3G9P+lg2DLFpmTM/HcvcV5w4bB1cxEb0sRU4OjPEwZRNjI3MxVaNiW6NfIyWJcs3&#10;qaNv84zqRqOj153grDyud5Rq2TppaYPGjJNpRD7PeFAvNApMzjyaMx+0seqUK30OGWJywELxKTZC&#10;QWJ7wxRSmZSHyd1wwOwpEPJRGK/cvp9aWvNG47+hjvccVbPNLN3qNOh4ES4C22sh0+PSAd6DG4KO&#10;oM1b6fbzykkwZoPCoHF8EVQ0uTgzudH5ZOGRHzIZQvwwnYkP6sRGVqOIWQSOg/lF6gxTYOPyEyqJ&#10;SHLh0afAhx5H/YlbmEqC16td7M1YIE8EZlVwgKZCEsS9xW9XaFpl0efM+SqTi8bhEnZ0WYYgdewD&#10;xALLwrZX1RE8v/f+2wzV+W9EXA229H4ftvPh/rNX7Zb9KtrWkX5tvXuFWVaulcZ0WjxhTIqFykq9&#10;XmyqV63Yy9ig6xb35d9+tai83vs613vaq5btJYhZvhZcy78GuLq21l7/S+dVju/Fa5Sv8Mff3yFf&#10;a5+v2M7Ky7bPeSXofpXTKzmvQ7Yuv9f8pYf4KrVIfhWHdPXar5vgq07deWUZtq+/mnyJZHZetelX&#10;++mLZfGlVFkSO16UbNQE12lKV62vc2lKnl8UM86rLyu/tqC+IFfJqzfurq6s0nbylPEXCGcRHa9Y&#10;8FyttJ1LitXFSlj8ui4sxKgxOLokAV7HtD3muuYii0TTC3wzF7Z2HmuSVBDouYUvAYbiZWIUKxBN&#10;uH9ZA2iXCcS8FnpSTLyOeH6dSy/VhUjbuRxTXP4O+LJ8RuhzBawFtOGEmXOfNwLSm0CL0lAjseYL&#10;8XWxZV1EK4lSh7qc3dA/XUu+++H9F9XmAoJktynhcopkihOlB0YUFAMBiJyciNwgyAgtnxSMhhsW&#10;cLgxP79jjT2yKIBo5miY4wuZ2sjae7YfEfsKuQBG+GIdUe12I17fWbPLd/3bT3/VqdQDAJa97vfv&#10;38RlR8BYod6GuvTtk92YpsVjsc1Meu+4VCu1nn51+PH77wNEBnfJahSjloiKoUzCKVqv+4MhGkX6&#10;e6KdBINLkm7fu//1V18W8me84wI9VSp7iWHxmExnEV/B3EfKidwxvbAwuwDMc3zAmuInxAzMj1wo&#10;0T+3GSiwjqtVSqCFVnILsKyA/SCVZCHo8fjIlsFH5Q0Gv334iE2rT+QIypVymXK+Wqtg7ozEQgf7&#10;x9Fk/OzsLBaNeHwegAv8etBLGz5/NMbEeUzzz0ie4+cMYsPJyaNHjyOh4PLq8mjYCcUSpyTc16sx&#10;Lmq//9njRzxqGI75ac+OTzc3t6D/tptNHsoGtUO3XyxVeEU8xGyUBWTT0PcOdkuFht+0l5ZIkfRH&#10;ErNAbOaOSNG1wGGxnQulzMzt/PPO6cPzbDDCuLDvHv/47/LN0x7qgW8fHSe8IQQAnU6tUj/duZ3Z&#10;3T0blwbZdOjP/+Jvh4ej29nlZyeFXDhY6rXo/F8UG+jZis93lbl1a3nl5KwRDycIZf8XP3jrvD94&#10;dnRiZLyuGyyyem4WbDX1DVe0UqkFM8BtLFr9Dz7cufd7b+19912StdJM/fGPf4IjwRMmn6m8k/Ji&#10;aI945D//s/+WNMxq8Ww47s4TViSr1oZy7bDpc4zvHh1BQ/HL+JK88UgQnwwTlnKXvBimBgN2Del4&#10;OJldPh9O7qyvZJIpOIU6qRuKTCIRqycc5sj/GC4xh4yGY4939837Ked+YjRo5//ucFkJT4dij0Y7&#10;xQePK59fMSswVnUJ5HVuVLXo72j45LWFXHfilKp1vo7sUnkGGPx8+fQARcUvnuzvnpcgjmLfpRYz&#10;3N5kMjUeoakcIbUNQplARKDrJ9W2M5pvJJKEN7i5yIMiXxSBAwMrOmRwwGQvMfgot1pLSR93VwLC&#10;WaMH/z0SjaE+jLkgx1h6ILD88dv+9ezD588TmUiPFJaFJCExkYUUAkrvYrzglvt+RVuOH00GymLU&#10;zvoLvnHTN5kHpaHXPh/2ElvpqmvMwGmgTOvzEcFK9fm4guJDd51YgyqvzpAjgRAE3BGmUtadTo/N&#10;D9w7ANCLQUxWBrcqPSGVLsQl7nmaGXoJWewPFczJYwFCwhPgujjcpoo98xkXqcQIC02R2+ICu+pi&#10;iESi5BjdLERQIVEmlMLtbfQnoQDBVeZgNECQQu3gYx3XxoUbujjEWWSwjYDqJMKQcQvSUSCc06lk&#10;2bdTgumEl2gINhiFWjOph05TkdpThyQRuLw+QTmkEh23+kP2UNCkqK6Y7hFRhnxGeFXmdn+K+tHl&#10;xe2Ku1ZsSekvVdpDXGVMK3k0dCEJBvkyZyNIfwh/pUnM9WxO0hiBNy6hTnUNIOpg4tINELQutnvk&#10;x0G9HYA3i3ZmzogVoymxsmO/F0HWY7iPKi16WkvId8TZ3kecrLjGKE5HE/arraGNpMcP1NbwcUSE&#10;vSEylkU1RN06udh1u+QGjS+7m7mcjqYCLhotg40Ze2I3Qk7BgWEVhATWb7o81tjSuREmTr0zTwSD&#10;whA9B8uK89fi5qPmakPWlez/j7b3apJkT8/70pXP8rarvRl7ZubYdcBidwERAAUBIoEIBgUqJN3o&#10;Wh9Gn0AXCkVIgQhBlBhLQiBAYBfYxZrjxtv23eV9ZlVlVmbq92a1m13qcpcA9+BMT3d1VeY/X/M8&#10;vwf4JwmohHHwLjD4Z65BTY5OmNqtEEl2BgNJSqAG1jQ6lDv1DfqceX+wkqcQ9BzFNaMqtnMmcxm2&#10;6DL5dSI6P87kgBv7iw26fE0tJ+O2x242KPJ+u9FuAyu/8QplS0xvq4uGIRUL85OppxyOxkczD1qz&#10;G/HPSf80fEsV7eUwWEwotnAWmJB5KgvTPDecA3cyjS3mmQhEIjSfsXSifO/WSdydrGScfELLGQeo&#10;n4qxhj/Pb1TPqUYZ0JaLG9vr41GfdEseBGfHR2AtWtPZIY+H81YUxFkhzRbUGkyI/MiakSqeBnbp&#10;rQHHxct2N1otf/TwQ1yejaOjVTwU7HgVHZj2WjnjL+aimXYcyLpc8ZVigbQ2I570guiHH9yi4qiU&#10;MoN2n1qAXAdoNy54dy4zHuoJ6NzW/Tt7PARhtr8+bMDMQzn84t0JkeZr1RK4Nx7NtNysXvH1EVp8&#10;2u5XKoU++UOItjHMuwuxGpKGykFmJrlMIO4IEHzupMnrDltlZClMsGNCZMwxfPfExofEccYOAcgN&#10;5QhtOKNeBoLIqajO4NJT/5iiqTYRFxDZy4yZrahkI08m5BLwDIeVhXOVNV23g75+jpudSc6Tt/uw&#10;3CuVHEF0u7d3ddQf7lwWwrr6+dN9F2DB1sadzfo3PrhdUTVmCg9//7fwJ7vjWYYYwvG0aKafPX1n&#10;SJAVGI3k+cH52XHzpN0gsxmtyYAzrZQFex01NKYJ/FCBH7E2pxqKGBO4WwNwSLZnOQnwHhgbMFQE&#10;OvjMlDtdRWY/XiRtrxyJ3t4qPf/yoDnS7nxcHjenq5sZoobrdTPhq/FbOVNgVAmNJEcC8J4ieYVW&#10;p7Q7U6deNNL6UcduTo2X/9fb7/xWbdZd/OSHr2O1dKGQUL7oby0WP/m3L2q5pA/hfuTUN8x0b5Y8&#10;cN7+9cmbX5yxgoeUuDK0lS6xbjGbmTiWF07anVq5in1ien+71P/ypP91Y3Huz7p+Pp7u9i1g716E&#10;9hxPRzQrFBF8nRpaCkj5hrSuVLvoV1zxf8YSWB5MOcPYu3BgogpBosRNCmU8CjMP3h88m0QEphtz&#10;swxFuMS5gm1GFYN+kXGCOwF55ZC2Fjhq4CQhR3FuarMpJ10kRV2Kqx4lDyxSxxuNXEdqUn3gqozu&#10;rEFACpZtseaPOGo+5pcCOwOpCYm16+QW/VR3Gp2dDXt4v3lqAx2NZLj0qDG56YPiWg0pkYx1yD3B&#10;CY8IMpcV9wkAj0T6FGDay1e7n33zN5ZO1KLlBD3aOG922u1Bv4+sT2TA5PEmcBNnKM4hp9OsygF6&#10;QVMSPSn3EKsXBlP0o1eKU0/iRv0lsmiJG/IkP0ZMBvyHRpr7ksmUJ3hJLxSNMuCai2tGN1B383+C&#10;orsg97qC0oI5GJKkveVCjG/gh80qtX7g+1dJPzyPEBJSQvc757PxkD6EvmqlXv/GNz/h5qA1ptgP&#10;d7z2/ps3B69feFeq5uBXo3Hfs++ql5jly3ZKVF0YKMKg2FCFrF0obKWRuxDWLvuZS0n0ewtK9b2d&#10;62XizrUE+KorDa4CjZRfa1pvhABpN7nOqvqf+dIbu0zlVzFV6k0b8Hvya/Wq4b90+l691Btff/0G&#10;XoGbL/bTl3G+NxKI1RsXzzV2Wr1M6A3Ui+AhP/z4Kcr4yGLSQC7fRu1G+vAN369yUxauXGUraWFa&#10;8nLHq4dR0oF0vFGuH2Kx3ueIXQw2li+ICwPxG+tPPl5cpVx7PIep/eBfVNe2aHV5eRIaGJFDRhzC&#10;iojIiJflbJnLAlkkics4JV4n/RlfJr0u0Qtil1+oWti5aqGVTBfHPk0cV+9yWqGGcxm+XgBXDMO4&#10;B2Ni2FOvPkr5Eo2vj8gr4KtS+p/c3rDipqPFXr4WoRmn5GlvpBYLT94ercUZ7M1X12uZ7Q0twkiZ&#10;wzKBERElJ8i+k4G132DeKEni0NmpfU1o6wQUhfMBwoA5LdlP58pFii+2Fzzn7PH4Ox/cPuz10FbT&#10;DX7+4g0cNxSeMSZjZvzeemXU6+hm/Olxs7qyHl1bY3H9re9+48TxiYOrr666sivxQGewv5aoJHdB&#10;CcKQCD8ScYj83jSubhgsNR7289IGO7lKkbeXvKL1Ddx5aYZwaJW5y3D/MmpLEUITi2HDoJMmYJbM&#10;IcKKkwkgCqjBWbDQ7ssdi8OW7Tvv2XgwXNvYxCZO5JAcCqq6vrGKuIWPBs8g76+8rdEYnzh24qjw&#10;AxhyC3OmWqvx0/lUERk6tlUtFgQ4PUd7N3n2/FWtAqIsj3eXOioN8ZkURyYXs1l9tV6olJkijifI&#10;Btz1zY3a+ioSlAcPHwLaHfDAtmcbq/VkrpjJV5nJvzuguVP73TNW7znG2gmDbEzucVwvM/4rq2fr&#10;icevBtHEyk//w1/pY+XF2+bLZvub318tf5A7fdbfiedBAyZyJGwmOorz7T//6Ec/fW00EKUoP/3H&#10;Z9v5MjoaN6kjIp8MJr/98YdUVDurNZTboAXrhezPn+8XUqQX+Zvp1LTR/IMfPByBTi2V/vGHj9/9&#10;x+P46XxuETQa/b1//uif/vFr0o/LO9lYLdKGs/T67PRlsypTMhd4Q6Ze++rJ4zXsee7w1esnMXeG&#10;MWwmoyYZ+J61rdf71k/+3ZOiHvuDf/3HbixovDnOqDqhkUN7TvzQ83ctdgPwQ1c2avF46ui09a1v&#10;Pfjyq6d5UqMjBgp8CztZ3EDC1caVHZNyczQdvTzf97fztQ833/77n3tfd80WK8mEIBFjQEr7FENA&#10;JwI9DvkDDiLyP+QbDGYhLvbwpOmMcifdIeSv/nQ2bQ9HbyX4t0qRB/z849u3+JwqwONy+VQUa60i&#10;nkydKyEynIy7zS7zzo8+ul+v10gNwKFtqPj3EKRH6JAJx/IVLD7am36nemudc6Ixkdg1uBfcxG17&#10;fvvD24z7z8ddV5krqcizfnf1tz/uWD2kAl5l9cQanS7s6K3Vd/7YxvpYTY2iTqycmvERm0T4zE8W&#10;jaghxy00HDOXptQ56rdngkkCy4SwLbXEQSKiYwdQoqTEjEGDGvOnrAc0mlk6qYBziG/BKNf1nd7U&#10;brFBZbPpKVx6CJUZ9qBfTiVI8NHYw0hhIBI7ji6FaCUVj6HOLhAilcCKYVHRes1dnS+kzp6KPcCI&#10;GzEPSwWocnopdHkK6h3DmvFzWczmFR2twLA3HXEqwoIJRFLNhInExwTxg5gLxjPEbhHI9JRyDBrm&#10;4glhjs4JhBQxRkZoKRlhuZRIOiyk2RHjNCQ4SpOZObtkBWZPjGcBNiwdXDNfQfHvI91El0i/baYy&#10;tPB9cFMMTiJR7LjD6SyRMN6ejnkDOZVRAuMcpgNn1G7NoMi67MQ0Vz/pWcwEXV3vkM6tGLW12vlk&#10;Muag1zyyTRIRGYQSm8xThXfKkacbdSovXadOLaTKqheFbEeQLNrrNN3yyOLd4R2mEwaLurOyilgF&#10;qDS1vu7LX8dLkyFmV2MXRexLnM03y7GoQVUKOctkLEsUk+M5lXzJtV0UquQOB0guLVpnj01we8gG&#10;NzBjKbQyzcGsliYJJvP6rFs2Ta7Hg8kMC7uYNqOp2XzMw6g1WZgRfSeX6w0tPtwX3T4cKUwvPA0x&#10;tCOmZTIHFxfiA0t4avKJQweqHQ9ntHVMgt6dj3gNxJsgaz9w/LGi2dFoAxstF5uiwO2lL9QXeoEx&#10;coK4KxlucFCzZufpN3QW53Ocz7y7aikJUxrFJomAQwxHTFpAmfWnLDg8nfYmmz3Ros1g0jamc4Jw&#10;KBZqxchmZZFLTrgQTT21ViTy6lnrLL5SNOJu2x3ufLI9SyUnpuGU4g5L8kxcKaV7vjtTWfRHBobS&#10;U1QSwNiHVnLpzQ93Vx7eV6fTyVmbcDIC5CiLpfBcOJFkdGt7m1YZoz4DODa6uXxhY2uV2pdD+/Tk&#10;DPscmWc8OyrZNCXsS1S+IJXoP4k0qFWIRj1uAnpwzs5PS+WKLqWGA6hcABHMaTQN9XIJRBVdXDo9&#10;tOVd3dqoz1jbzeCYe3sYPnAMkfmJ1TpMJ2KcQk0BDavXxLo+544mQfXO3b1A0lcIGRi2ugOJ8ePB&#10;NncJHM0hc5fNrcBXqUI2tzZCbetUFBPw4iYWI13H9grVaraQmw66xydnyJupctAAQazgfmo1ehw7&#10;zV4/ncuukT6s6yAj+UVcBNJZE3PRlz/7ekRobLlUTSR/+g+/OMFog4CNCnDu3t3ZZB5WWKlu5nLn&#10;w7E/meET2K2UyK1D8FXbqiXzKdX1GQ/FkZUlze1KmRUbzmFuJaQcxUKOpydVDE/dGmoXd4aRm5j4&#10;BWkOObb5CRoIQiKrWzu3trf24oUES+vT2Sefba6skrFEYrAyG872NlL20fDlz47urRdNUzOzaj4d&#10;2VhNFP3Eiy9Pbv/2xnk1O1tP3/tGlR7wjz4x4466/7yL5mTrgwoTuK1AzVj2y1eju7vp+cj95l36&#10;+an7tps4Hrd/eUba2J2V2n2m4B3n8HBcLm/cKeVy+vzD71YJyPv929t73iztzpBJZM1EvZZXohyz&#10;xsaDB/lK8fbDXW0RKVXXHj89ot6LQjmr5JpDC2ket2Q2EqtETFW6r5moNjQTbvDc5zTlsE54PmOr&#10;kSvSbU6DxYhwDExMEnbG9EymeKoq2gQ6XiQ4knlEIUmFqQvkHdcGEiCUnZNpV/IxgaXTLjlj27PR&#10;Jy180uA53hg78N2Q52WBJkXDIltHNwK7kGxsfrq+mGi9d26vZ7BWdo1sZJqdKnlEsXAXyqnKTmll&#10;vVjmDWe4EcfDPbcm2bg+ajcw96pwGnwlX66Sc0fBUHv4yW8unYgBZL/faYIU77Xt8WAuY0HpeJFJ&#10;oLUWnMFECi9qDG0pR5VdZniPhd9BjD4X2KZw4Sm6IFnLKuHdRPcSjTJe10NJMAcbjx4OV3UhEzLU&#10;RZqsfGX9RTvgygMavCLDMHz2ZJtC7Au/z7Kf5CsZStLZyjNXbPzCjhKYvdDsdVzHTL76nQb1G48D&#10;mu/t7d0Hj4BoAtII/1aAB8J+9+btwZvn8tMD5VfCaa/tu9eZQZd96QUuWfxNnDNhONG11PmCZnwj&#10;HvdyRay9T0EO1BtO2uWf+Jdd2g2Y04WE+PLnXrWHwXVzd93sBZe5wcFl0lLwK0To5RcsNdRXTuOL&#10;9ewlfvnqRQfBjZ9xsw2+tu2qlw1r8Ctfcs16vmEjvrnwvYI7B9fG3WWPHFw5fZfWXLoB6XjlrlKu&#10;vttFb3xJzwqubcE3+ufwv+ROpOO990g6XuCmzEfkOmTHOwvzeG/Ivi/mGsv3iHQiPCwzELz8G7Yy&#10;NMAzQQzOFmIS2fPDeYciYRnUNCYlHMIjlsBcrwKLZiQmcc2MaZyLDlZRlq0psxted+jPk2ZVet2L&#10;kGeERRTyUX4vXZbEiD1RMQrJRQ93ukaYqhXGY6lhLEGImZC2medjTCR0f/ThHssPAkjjxKu4/tl5&#10;NwXATTPW19b4Xt/67mf5Ncg4eS+Z/uVho5gvsmydi/1O/komk/7q9WGtXl2w2mJCF03C5WOOqws6&#10;JrJZBW8v/zBo9X62fzxk6z0ePW0QXtrdzeaNYvrZwTF6xbWdzXS10hiyuWxx0+5srFcI/czkqGAS&#10;TKrHVrRUQkvohaHYkDYJHZCBU6C8fPqY34h7CRUMMefsuxhZHZ2djvrdW7duDdrNUjmPXY635M7d&#10;W5XVuhYmKY97vcrq2mQ0LpaJo2eYieC8wI3daDRs8bNQv8wNKR0IJuV5wJ4bE7SCfPonP/rJ3d0d&#10;wjn6w1GukKfpzRFRWKuxC4HnzFMEgi6NBg0zH/IHD+7XVmokoZcqZdpdOZLQvSCPZGSiq7V6rQB1&#10;oVoVwnzgkwOMLxeF2Nl5A67S7vYaDzvUc8z2stksjwY+WiS+62uCb7XGo3S+gCL3HFwGS8CJhUPp&#10;7au37H3QtWPo3djYngzcZy8PACRhSjxuOrPRPJOPM3XHwtQfuV99sb+Tr3Q7jbXNNZRkk25UGzDA&#10;116+eFdYL3zyZw/Vu7Hkw8I//PSk+7ODB+nESky5vVNYuVPL39+rfO8zK4XmN3j8/E3rvHM8HLcn&#10;0Hb0R3f3bq+vHB9BXxrVi/l8udzujteTkTQBV7M5Itk//52HKd0txpTX//GXSX929/ur81wSACdp&#10;dedfdb+9ucP5ulFJ9887QEdhOwzOOiiuqcQLhTKtI4cmCRb+eLp/OLl/d4M4pkXXRtx58PWr3UAI&#10;M2e9MaFEJwStSAZpcqWSHwxnOQ/FFZBXe4Wg0dGYudV0YgNn9hXn5eHxei52cHg6sIYvjhvFnVJq&#10;LfvFv/3x4nBQ1COd7iSTTzBiZSONRuDkfHTYHnIv/dPPX6AdPTkh35RYm8VJu/di/4QemM8XItu9&#10;nbVapcC2kAqmb9m/QA+ZSX15dOAvIItaBOERYjzsML+wDd5vPq+Zc2t7FUGBZ7t/+59++vnz15J4&#10;XC0BEJ8xshtSIoiAYszEqpg5bvdK66tKubL96O4JoFJVT2/Un/X7ainThxAWC9xMygNYU0jdfnAr&#10;xbynVk1W8zNT1Xfrw3xsmtZJKT2KqC0WeXg7Y+rB6HyqLmjq6DE8T7cddLuOiBvJ3YklC3FTF1WV&#10;PB/LiQwq1nwSJKpiuVjS6Oy4KWiCUOzrcmOqKpJ17CToiYeOwrniC9kevwInF+LbhKpFUVtFomlg&#10;SET+SEcn00hyUtkVOWd9CiHijnioI2eYoVKMMs6nV57pJd0sJdMMraIi6mLqhMaa14wECwCVV8hn&#10;m6M26uAeLGEVjfA4LcJjZTiVheRYtn+04owCMHnJOUhdq5LVCRQBPC9rTIeOUUNskk2KvXYRilpK&#10;WQkMQ4ZJfNwKRFzgVr7aHdngcDne0wK/dfn1CLzFKQxXZgywjXOUIgJK/EIdseGgFtTiJp7aaJh0&#10;II8b4HFzltWxgNjM5FhMzF7A5BTRLz+gmAerh/INxztSXhi8jc60SCycPUsnktVCSXF9+F8jawY4&#10;C0g01SdKexpF1nA2VC0IZ4M+s4RiNs/mhQhamWSSyshClS/SBN4INyuXLHZ6XV4MyxEeJYS9s92l&#10;oJpYQ/ZdQxHF6HhWBt1JOV88OB8kYinHm1Uz8G1Qz3o8pLQgjHfSg5yZZFwHBuDueu1NY7CaJQAG&#10;K3GilEyyaChmze1yVv6ZIXFEOx328rmkozKzZZ8pUQGM6hA2tyezgojBdW4lBHV0+C04SdKca0c9&#10;h2DPnVIBdk8uZlQYiTjzSkQ/7lpoSLOJTNteoCrEL9y1p0hqZdyMxpxry5faYUqQjaoTkBOjiFej&#10;pI0Hag7/Nht3YKZgwEnH+aLXFzDs3InzW7F38MltsmJm3taU1nRilNIj3e/rwTmyvpzayUS9XOTN&#10;fNzAwFtIrj/cGnmjzEoB1bRXirX8wcCYjbIxcolJNzJLmSp5YLhdCtlha/D22evpBFtAXI/pLDkh&#10;aaVWyoh1D/ePXzx+vXF7p7KxfnIKJSFxcnSG64HFG2MUIu7v7272h4PzXp/uBJs0Cs9Bnx4wYo8p&#10;MOY7u+vj8ajTH8pVRo4CwjB+eT1g44qUhMdEX4LxpoiZCUJ0Ah8XDJqhjdUSdxUzHMY2GprLsC6m&#10;BiBSgDgolq4ySo+TmsLwQD87PMVhgRoRaw9z9VwBfmwyFFU5rU6fv8JnGQu1bVCgmdYhqOMokEND&#10;04EIzcfEFcG8pz1YxFNJRki8MDbMpEyDTVqHQEB0jWSogqs3gY0jd8YrgRUITFo+jbzDT0WiZN2c&#10;9Xq37qx/sLPOnby2Uunb85N3J/CLWyeNw2cHUa4NSNiKdt4aZKKxt8S1+wHxB4jyx1DcxhM6Bnts&#10;efz+2XQ1n5H23l2AGuH3MgsZxkhmJm7ran5jFTplsVSBgx9hUoDac2TpveGbp88W0UilVsxGgRlo&#10;n316N1dUgAn3n3Z2q6Vv7VRPf34Ci/zRCkFJsdwkpY6Nh7vYkdwHj7IfrCVmrdnv3M5+/b+/nB1M&#10;AKO9XMl8dzf7DU1t/d3bXCTy8XZJm7pgzG5lfNOyPtwkuDZ+u27WkdPHoil2+7pWrq/mkvCh52jr&#10;3CgDaRzXyWK5jq17HkT2Prm1yEManGdyMSevZOqZ5tGZWYqODPf2p/dz1Wx5paDqLoKvHBpYZiJK&#10;QKq9wSGKYpkpGs1SMKPmQUmER4MKkQQshoN0YQsVtYew63xxl2iilJmxzl3ERPDiiCzWYDaQkGOE&#10;DSwoQI1g8qioX/BISCU7E5w8bbwghTGo88xBDhiRoQxFOcx0TX4px19adrjvbVBVyD0GQjVUM3oc&#10;XdIY/HDgW1p0EUdnMpqD509wNp44Yuyzyb7YuXMX3laslC/WV1qHJ3DD8SbLpeN7tQe/QXIV8792&#10;qw1Zg/UDbD6qMAQSijjh4+gAWdkScedL0L0satms2FNOfFfKBPdCcQzbloWt2Bf1kGActlfU8Szl&#10;UYZKvc47HrbBerjj4k8dkVmg7RN7Ld2upO9pgmtm70uDyn/JONkP/xMsGzN9ueBSLoXG8kPEr8sD&#10;BMZRTNKM0Ul1mwyrlPDrdnbv3H9wLwTw8nNFhYxfbx/Ezqtn3qWP90YXthTrBu+Df69wyBebXk/y&#10;eF1Z8YZNyOVXB1eO3OCiYQ4uIm2XqtsrHPHFIlJVbhh6LwJqr1nLl93l1ar2cm0ayoGv+8WL8KLr&#10;vu8iueha4ntlDL7sJ38l7Ve9QksvW8mb2bbqTV7zckMrcmL114BcVxruq2+oXi1jg/fa4OAGMnr5&#10;xl9yly8+0DCbV75A8nh1+AxR9QoiFr7CZZ979dmF75x6ZQa+EqAvI5R37jzcDclVrHb5yxzY/IMo&#10;hIMr3/NVCtXyl6Pmk8+XDSJ3HWMXgWwSluLIBrS2sSNPh4WIGuT767TEuDOEiciXhb7UKCcQUESu&#10;6qjUdFjDZkE4mlkubJkO+xKPHNqvlptr5mcxGsCFzJggtCdNfpiEblH6yPAotOqG22B+XHjjaMtb&#10;QP6Zr+FP//Q7D7kDEFVyU4JdQT+2US2/OW9v7OzR6T5/e8jQ+mcv9pvHzYmnWpkcBtciyNDhuGYm&#10;Tw6PNmplgsLZ7B01OpvrK9h+8EbSlxeTMcuxEDc/f73fbjW//+iDaAnUcyOYLj64fas7HpA4zkv9&#10;w9/6tDkc8ii9/dHDeim7Wiv3W/31ajaWirZPzgv1lfs/+D09W2I8zJ5EknjiJicCAW6vXzyLy8ot&#10;g0AOhD2JPsVKDYtVr9uuVMl2QTkYefL1V63TxkeffMyNnkpnT07O+D644NibIErj4Z0WXlSXt2c0&#10;6DEejkhC1IidM5V0TOwuQGqCg3d0LJ48rCF5ZrJhjpRBnwk9EkwUDS0RRPxcRyYZco0hdV6EYhRy&#10;CollYmULAh57Egdcrw9j1eVpSkAaC3ZWhWaW5oLGTdnZ3eChDAgBbfrdvR2+OMnfyVcoL5DA0MwX&#10;SgU+SGSx4AAXImxxa+ub7/YPqFVWq9Xf/8M/ev7mJWpHpvCvXr9B3X33g72jw5NTbKaUV7ZbKJs8&#10;7qIZI1NJWuN598xaGJjK44QXtlt95di6m84gzXl+dpj/dLVpua9+/O6TTwpUn7rt17IlY6/U/bg6&#10;qEZOrMlGZbW6tnf09M1qyiznzKkyvfPt3S9ODp8/2ye/kuZzDekc94FlnZ63+Q6f3t6kWAE9Mjwf&#10;P3tykE1o6c2s+nCzWkz9qNEBf7uipQg1eHl8jCk4yR3kqbntWzEV51t/00xm8ukh1OtU5Oiwc7dC&#10;dk/Mt8kZmhVYQ8FlyZGXnCWHiXiPVntE70FsbLlUCCkmKUZKZCFjeDt8esC8aIEgcOIQZ9KcTbGl&#10;nzX6zCk6/REEL1yeoxdHe8l0pz+n3uO5jJluvz189uY0y8A6XeDafvpqH7s2W3vqKlbruXIJHSB6&#10;/s1y8VuP7mHUf3l0mpRXMv7hz59u1leG1qySoXkLiqlkF0ptKQ8ts9EbIYx4dGs7QgkAMZXrhvNi&#10;xupIL1eSPB7Ke6vHi0l1r0REKZ7dxNbqvtOf5zUtp391dvThH3zzdes4yLrHs0n2Vm2izlXyZEpa&#10;W3Ezn9xVN8pNb3w4Hj05Oz0Zd/Ra4XHnzdAQFCfANE5Wxiu0LKCQGI2d9LvFdJZGROADBgHf6kIN&#10;IoqUNLQfHIFjLjNaVdimyCqhJ+scVKNABmqUJrCoSBmTYAimfMxds+gkSQeJGKV4JBRs4iZG+CYe&#10;Xck1QOsGRk/3Rzh3HZ/VEYMqjsy5axOBDQCAlBGLUBw8pTqCY+RpFBX6ZqHsyTABEAkdZloPqKsQ&#10;QnPD0EL7yBDnC4tNKktXdAbpSCwt0+vkfBH0hmwUCftB2Khm2POTgihjQmMys/k/kzH4w0CboTFN&#10;QnMRWpuE6yh9nL2Q21N52M2MpqGUZbKc9fBYHFGned5wxqAgMrB5DQnM1q66EDWgEmd8jvfDFhsV&#10;VWOQSyQr5Tp3biaZdBcBtgqSmWuZXFIlwdatZvAsR8dTWNwJzVMTcbNn42OHBp1A9S5jzNmCkpGj&#10;RhcLNP9C6F8oMk0S6lKxdCxN7ikrE1Xym1Kk+/LC6Crh9GBk7g14FxegZ9ujvrCv5yq9JENWFoS4&#10;3wQUQcgWkmAptZgpYKml0h4ggo1I44CGIqDN4E2MigkTv+KcF0nXzaxyq1bjbEe8mqdDmNtmIroC&#10;Po2ZxsKlk0EDSZAQaz/WLxYsuOkwwgMLa3qWfVsUVeyYDzGq8hSD6CsNmaoWTTJRDQJLgH3x0OZJ&#10;lYkbM8fBS0onnE4nzibDLLtpEaIRkmqjBs8KJDn9pDsijHclE+sE066vkCPEzDGqkCFpjJhw+BrD&#10;GriQXKdMZbozZ+xOueC5VD0iglwQzErPckYSyO5uZHIs0vNmmdEE7eXAmU3mCyL0ju1JZ2rB2Tjo&#10;988WMyhiLaTixRgW4nf2vKPO29qcHfQ8HzmctccZZZgzCJsilGUcWPOS2vItv1Y4GLbb1jDOzGCz&#10;6MU8myci05SNMrxsRfKaNSKR9vePJ2KOVaxerxwjKAftywg6BrGnnbNjVNAg8VKlPCdGMp1iVMYg&#10;wyyVaJ/ZmmIEYGBEN0qRls+m+M3J90Q3hCyZG7Lf68Btrq9WgMmV0lDdlOEQxY+P1gQIuRQUiMv1&#10;sP30/JikFySmAuOZSMcKrDGVkns8LuJYmdgzZ5JnDqxorqAokwLecz1OPbTIpc12q4snEL8iI8J+&#10;u+cZrM9TkjE9c3hhtD5440VTzF+XMTsPMZNoNA5efqgsqHG4RLX1Ek8GBRraRIKUnFQxS1NNPMTO&#10;Vg0W80oh/+rV4RtymwnFxUySSfDAB0C3Vi+8fPzq3JoVSiV8FLlqFZ5VzJqfHzZLJLDXQNurrAMO&#10;j88Aodgjm+EXMi5+wcmgT4wNQhTuBwzI6E8SVHC2LXvs0ZigVHKVuUkL+RxNYy6dViynVqsow1nn&#10;eeO2kd+aKOteItmZ76Sy1Wh68Lo5ejfuvB2aeryWrWyb+cGrUWwQ3SB9OJld9dLf37qd7M/+dOuW&#10;0ejPxt6qmU5iWo5Edys1TrYYPAyywlKJj7br2LQRE+UMDS+VmS2YiNIb/amhb+2tO1GfoaeDpQOn&#10;KIYGuOwoVyomnheXjLn4rKvMOws7Vkq5iUguizHZ8pV53x4GsaXnAgGhN/WsMEuWwG/GHpQXdLnk&#10;vWH74hzu8yQQwIuPlksP09F8XRWfhCq4PkuV8RBzc+HpayIYoZpbhJQ1jg7kIkqI24+CnADRhwSa&#10;HM6EHCYyMmE4AlssQjgfsTkK07TxFPetj9QZJxOzaB5CIPB4/DO1EmcLMSDc+lHo9YFu+VbP6fTd&#10;Rnv+YmC07GRTM+1p0DrqftVxHp9MnzTtwyAKot2eRxi+TKiGNz787m8qnei8hTOXFGGWvKwfKFMo&#10;Cpi6M1jkYYehEJ3XQsdxzduGw4VKRHyMRN1KC8ZBJ8JvXfTd8vRk9QlVkekDrSw7dzz8+lLVzIFM&#10;NUeFz76Xc9KTPTtDXzGu0e6zMOWf/aUt05eMVTWUtkp/pQoTObLUgPIzLjdd0iyIK1FG0bJvxYEZ&#10;+KlUetJposqmb+KPP3r0MSYO2fHyIwxZC9vTxdH+2zfPn4Sv6kp9e+HovGz/biTMqssW7gLnu+x4&#10;OUDCPd3NLaY04doFWtlXrnq76270su+82maGvetSuKxd0KcC9T2dsbrM4fVDmbh2LU++3iVfNMsh&#10;JFq7EaOkXoOLb/CRL026F+rikJMVhB2mf7VcviE8vvwegXq1Y76AJKsX2K3lglYGEpp6uTEWR5a8&#10;4NCSKz5pP3yTtSV5+iLn6NLdu1zv3+zal403ywfbpuah45WKJnzzL95N7WJzvnzt4XdY/j3/Ehd2&#10;8Tolr2/v7ofbu7uYE+hf+HuIZxHKUzYE71HJrt9NmRWLaNkfdLtMXXhQUM4GEp2lnNPHbd7m6hMx&#10;vq+IL0aEA1zOqM+YuOjhboWNivh42epGZO/iUXgvG1tdVrU4TEIttMQcYI5jag6sVNT4tmXxG3BZ&#10;861s8RT4ctiEv5dsRUUpfaH5phUNM5Zl4CJ3B9+4bKaOhvbzdl+3Uf+OUPMeH57d3lirbqwdvD2g&#10;Vztj2LlYPH17srV3h5vp8POvKxH5EFu9DlURXd9RG/2VXgMTSl1szzarJQJ1Or1hb+Z+cdDodltA&#10;fWY+sNNp15ptkDWaNEDqYXmm7DrrdYCj3Lq/86Mf/VP79X5NUf7kT36w+/GHb1++g3p353e+l6rv&#10;WCM4nxEAx9XVDbRV2IwYE44GfVnDk4LTadOG7927zxQK4Sit7/nxgRpKG8HR3b53t1ytuyHcmio8&#10;lyvmcwXmc0cHR5Dlafrz2TSXAYcXrv3NjQ2YjyiFkPoJZWQ+Z8b85s07VrVkGv3851/wDlYqZYgD&#10;rJR5u//673588HZ/fW0FlwXtK/xJ2dHLImEB/JlgGzreCGjBwUDcM4bG+nd9bZUWzRA8DWdg4v/+&#10;y79E0713a2dtrc41yF/kO2dzxRK8qXzt3bMX7UaTRzCI3Z/87JePnz3/8uuvT07PqvnSnXsf7L95&#10;yxwlZ6aPTk8gjHz4yccwC9i15HPVd8fHq7UtarzBpLuZM+7XzePmOFtMNXviCjHrqflktJEgc8H9&#10;Z99/9NlHu+eN7tlZ61v39lAtbf1gpfHsNHvo+i9GSgv/kErl9GT/bHpGaGjyzaujn//Ff/r7v/jr&#10;+BxTzWQ9F51n5w/+2/q8kj78uvFolbh6pVyMUcTS3H/7wQ4F74hHc8R0ZZ2u7H28oZXi5t2VSDF1&#10;NugMdDfxzo6eEO+ZuPv9veJH66eTSWs8iyUyMauvFfyRM+G87DYHFLhEhlCM58z4oDOrGiltuuhO&#10;rfuf3nv7+gj4xUY1T+dFgQ9Kh86hlE2TQilG7UDpAS+K0e5GMWIPx3Y8l8uvVDutLnft6tpaNZcq&#10;JknBZlUCh5bThyY6zeibfX8pV9zcqiKFJfRySIJUf8K5zcC2xxUwnn757C3Ej8EU86fFuHr/7LwM&#10;gRlUnWXz6IrGkne30XcncYqtFsuxdNb2vMHU3t5Y+fT+zsQaw2wj+bnhAp5N0IGvbq6czSaFWib1&#10;wep5FD+3ntgw/Sxw0tw4Pp4VHCfr7/7WzovRWU8d+XV/XootStF5MlCK0UVGz+5VMHu5+oTGYB6Z&#10;a/k4DrwptwGnF5QkmqeAqoluRsUOyX51bI+Y8JuJCNcDOAFwrXPIa9MBodCahCI604AZP4gmmmTg&#10;Rtw/LBpx9rmSw6SKLQdDbBYkGtH2ZPxwjKQyjeGIJOB0PIaPFDGwNZPbgSI2dA0ZQt6TBS2diMLP&#10;9ULbEb6mkSuHL/f3TAi/Hj80JRUSDIKsZQ+sENfMNNDwpXTwPPbeaDpAxM0S8TTDQPQwHMApLLyB&#10;Vs2sq0bSdmwCfjLJGB0o9yJKbHvqMXmCmDWw3VIaQxiZoCT3eHiA0VyzZWWhfoJxcSEMZ5iSbHmY&#10;U5g4mww6cCTQusjAmJqlWHdxYEclIT2RZkhG2I9oulVFkt81D1Qsj3jKC+ilAOqa/UHWzIgdygt2&#10;i2uKCMuQTrNUx3ZezkTJdxGLjC6KZZp5mhZ2jTDV3RzCzkgcrGytXBFZmjLjFefSNYvdgRKlSs2n&#10;syLdVgMcpDys6MhjerTVJceU3ciUCx7ZIbjCXAzenmFGsawmR0MeDAxcQSla4BJpr4EMwShANzoe&#10;c6egELTqxRUAvGxxJbadKag9X+EqmloFVtuwYrLmcDyKafz6EZzDDh8hLY2Jp1cQDwy/WHnY8wl8&#10;NhAsjidaO7ZPLKKRllD40s+oAqaIO1MahwVV14i/GOBbHvGOFc0kL6w7cemQz0ZTtnxnU2fbTObj&#10;8eZ4HDe59RW2UeIvchZYLJHlhWg0LR9NNm2nmjSPusN8Wm/PFpFAR0z59cAyKRSRr7tBMZkaj+bt&#10;CQ28ia73eLa4i0Rbj56gQNEVYG+MDMaBQk+Xy5bjuXxrPnYQrttOg4sY1wOtnido2R6fIE5rtLcR&#10;98Cd9d3x0cI/8/1e4LUse2R4ZLEMTfUx507WGALmKideLfoNfXiuT9yaOcilO1Z/HvESZPGmEy2r&#10;l6hkvaIJUNozo3PdwPls+JwS0x7kMPZiro94idL6/t76aOFixYQNMiBulGZ+wf3AcApZssvdFDgz&#10;jprFVMoCYV4GHhIKHOgchqMB84fBGEurNVtfLX399UtKjVK1jM2cLwQNjVUP1VLrvMmYVmRfLEVH&#10;IMAZ8gL8Rrch/gKeiND3BFwtU7Ng794t3A1OJEG9Mmp33Kkkg8lI3nWgjkO8Lm6sYWhEI/3107eJ&#10;HBLoJKtmuhmoT9R7hN8y76X4yrCR8H1K4UjgNVu97nBoR2J3PvvYJ2KQCY1PbxRBuFTNZoZMDNfK&#10;Hz/c2UzGEcAyTmmcNZKJKGwLgp063XFjOOm2Bk1ripT96eMX8Pk6ALdIHdN8RoKYlUMrPJ5S3xX1&#10;DNp9jfyFdJ7DwQqpWoa4qTdqVIypIDgi94jcxFrZ5slugmpME56LeCPeG1RpYlw4dc60N8wUC+X6&#10;Cvh0xp+VdIoJcdR3U9SfXSuvp+ILPQlq7e3EANSpJqL5QrvRqJc2N1MljsTb9+4fnQ4Y2pNfiwd1&#10;rM6Kd+pzlMPJOESPWq4UF8NbQGRirorMJV5YK1jq3I3Ooqvp1G6ptJGUUVtFa0cn+kYpWc5wYZJG&#10;X6sT6j4de5PGrDtwqVb9qbJoukxVQl8uQRxCrctAU6BJgtkcA9QdQ/Niz5BDKQx+OSynEpRGr4wd&#10;GzmPh1BMUPTCr5eSF3qg2H04XtgFzTgDMPFqIv3gJllIRc4R76N4Z6wG14B4d1Qs/F3MKYa4VLEa&#10;xoVk5jNbceRo9PUuoIEA9B3eFoBnaJnhHsLY54mjEJnOMecGk4mLaRVBhzU1PEDaxFkBsYuX+Pb4&#10;OjDjLZjsLSKDRXIOHpDDd3fvN5XHe9xoM2OF3ImLybIku5OjDsMRJ2q5VExROKYyIxBeGLulZI+E&#10;mbTYYuXaC+RqZ70qVkORBRkyh/Wlmhf1Jnb6MD/Gk8ZY59E2lyQ8XQ+rGOkx+CvL1SsrXfwLy0Cu&#10;ZS/Ecyq0OBphg0sIeU6IhWLrudj4GfKJh11oqJfW1NAPGYl2Gsdgb1VplhIfffTJysaKfMY86EV6&#10;rSC5Otx/++7FU2HlXu9StV+L9rnoD7WLgB7toq8VMbbPYkB8lNJ4LxXNF39dU96DF193rzf9te9D&#10;oa+b5vfNtBeJOxf/oyyjeK7ZVTczflT1UtWsqu9ZU28yopX33cA3N6+/ZuK9Bi9fUJ/VS/32ZZt4&#10;LVYOo2+1m9bg4ELTvPyHZeuvqdeS5gvQdHCxU75afQfXHObwT5BK8QZTKGlX7K8bOOoLs7BEPATv&#10;GZfVC5CzFv6/3TuPtnZ3aEsZLF52vDBZosoNBPfNsCQlfKTTcBLJy7U9l90n4yua3qDVHW7u3dWW&#10;5FJdUDgMPhiyIKe10c+gjLChKY/Z9/LzSe2mGJSsI6BRhhA1+bJwuxuubOVeYUWC0oujRkUoQem4&#10;DInkGqbqHI8H4nhdboOJG0A9oS0nKrLzFau8Is2zTIH4in/xu7/9gz/709fNc/fkdG2tYm5uMmtC&#10;OdwVwcasvrVFZ7hTKW4WiHXtN8/PVoAwCqEnbgmaIYN479ZGvcuMEhdlJvb66DxbLPYsMAUi0wWh&#10;vF7I3FmrvSXoSAtAMTHFYyS4W1/pj6y9tdXa3ka3198/3k9OZ7t0crUS1eH/+pd//bbR++N/8+dO&#10;ujhnPW6Rpa7s7d0p11YJO4U53G21+B2yEq/Hzj0Sl4WCQiyvbDBUBRoHpl8zk13d3o1HY0jM07kC&#10;n0GPMMReD6pYq91JZrKkm1bLJXxHk+FwY3ObYurN8+eGRow4o0mXmvjp42e80xVZrmqb6+t379zm&#10;vk2aJmakr548wyK1Xl9Z4J6YTMgHgiZyjo8TsRzjMU1bXa3v7myDrcrk0kHog+Gjra7UcN7Kera+&#10;mjAzMBJJc93Z2KTFYk+NOfPO/fuInfNZVL3pH/7whzC6qvV6PJng3R2NRjyhOSQ4Ab988vTg3Ws6&#10;fxskjesY0QQlO7UgUSbExjI4f3V8zJlaK5WNhHf6+qjfZetFkoUI5wcj6epAaj9+fLSmxU8PupPm&#10;IG94H9/fOvKstTvZtY8y81Ewem3Pj3q7lSLRHqh2D0+atypbzbfnh2z/D09+e2enoM3+6AefPO3Z&#10;Z6pXZDda8VfIxtwsr94vzs5bhA9871ufHjZPT96xZp5vbu+SITNTgs5JFw103Ave/PhlBo/h027z&#10;R0c7Gnwhz7if3Tdmx53pt/7LH4y+fBJMxpnVHIwKIvm0ZJzRe61cSuRLuBA9dlOZFPKIOPGbfYtt&#10;AMEl7143MJpiG5NNGZgZy0rnTC0RlfsR7vFwOukMrSFQ3Mh3f+/7WFPz2Sh5JKy7eFgJX3Rod7o2&#10;7Uy9Wm12JTWKsBJZRkX0N0etj+7eenJwMpxMQSedtQfxQnptayWb0MeeQweLGS9HHRZAA2JJBQSr&#10;AAT08FzIzM9fvwN11p25ZP7ulLKj0eQ7jz5o9kb9/pCeYx6PZBKQk5ODqFF/sNGLu8OFFd3Kt1PO&#10;rKKNE5MhkMuCGinPQfTGy7kWf078bj56Ph/l83GSe2lE2cxNoICoDnZqSL19ojgg/CpM6WYl6Mvp&#10;bOB0Fasv3AjDb086NpVKzNu3+sgsTU2wnf2xpFkya2aZGdHjJAQ7qmcLOkP+h/E1VbBAjyGVMMSX&#10;KFXGzNK7cYpwgLC6A9VFpYh2omxmVJmyiSoSLDMBtrhgeYjTNmInlECoeEwUqBqfIek+mi3UKoEy&#10;jQgdcgNcBGk2yguFHOyDzoAKK500aYIpuMFYDqbjzqQPysedSvocyyJ2+JGoSY1KiTZbzBBrsa7B&#10;XRxIImiAomJke5V8BaUkiEB2YWvlMk+HLvkztkUBQL3N/hAzNr3xhL1RxPz6dT8NGyohllDEoY4k&#10;kYpejFaVYm4MeMrxxLJKRaeJsxdrLh050hhgp3R2M0GMzEG/cms79B8sulmGBVo2XTjvd7C8dWHT&#10;Ldxh16KFpGTiTcJ0t1ZcxxyNrpvc5QQAXD7hUp0xfSCRSybfmLxehHyJGPDPyNgaM+8jhYmDiI+I&#10;A7BYyAei52GqkCwV83rEyZg5M5qcjZWYlvLURavZqGYKpXSpNxkk4iKWpnvkGmHnBXwAoQ8+tAIy&#10;zv6EYFIuVEOYi6JP2i7k1rKrbHumC0rnyOHJMTrVGjOnaB7YP0JyNnjUX2PLwnzuOdP1HHofpWzG&#10;CNoBh0tDogrFgBo+Q54GGVU2ptyZe9CelYDlsj7g4Th1u4NpNZeg6cI7uFMtwUWbC9LL2UzGxrPF&#10;hMcjou6IFOw5kN0L79h2IyktLmMOWGcB2mxktXxUm0U2zv6R7cWD6GYuP7eHPOAwA8GASBgp/NUI&#10;xdEGmBGTj7WaSqLUHroW5d9xb4xiT8fOvRC5/GG3qcH4pxtn7KIn2foWGXJ7iyEV+VTLG0GvTxmg&#10;YBrkomeznVE03CxjZAGkRBkRRPsTVluR4Gg46jjWGfzwpGFpHuJmKxpMkHrmI+cL+zRq9fP+sGzO&#10;a+lZWm0qiMvdaUJXiqQracpGXmKHk+jglUTVPHb7XkzpWBPc2GqemyRRXi9rMTUTDSxSrEIFV0Si&#10;v9wm/Ly4CJERqgx7/eNeMwkrPMW7bZP1R/deIR5CCSAhF80ERwRzHnBT4jAIECPEWe7QQufKBXQt&#10;7AGFIIL+cjQ6P20K+JmnC0OMmTtswwSeDfsD6ixGg6VC8s3RuZlPF8s5Ek4ov/Ai8WXkoWHPRuFx&#10;2iAa1xa7SprZlMaBQyI6inYcQ2giwFNDSehZGFq9MUv1t/tsmzsWDTWTNL2Wz4LOJjgdDumg1SXI&#10;q7CSzyNtzyRoMyrVTP+gQYmWX6kRWNYG5xE1znDb1suf3N7uHDZfAXIYWR16w3IF0ANmXTYFfV0Z&#10;xvR0KW/3B/RhBBpLTPHMOT46Z88YjSO3yVPtMbvMROOCL8yYL06b1XoFlU77+GRAII01SVcKtVLR&#10;7rZU2UbM4p6dM/yqmcgnIyVTwUWwmQgOnr7YWKt8sL2KxqmYjhbTsTXCr4edM38Rvb2J2JglKo8N&#10;P61oxZgbDZroubKpg/2jICEeAsQU+bu1+jduJXOBVfK9gkZGcjMyfad0oznDTQZWYjHkKRjYo4WD&#10;vD2lx5CPU3wFEVrPOdB7DDVURILoQ6gRQhCCECLL/cVRSeHECMpyoJSO6MuwYSckRAA8A82oQEA4&#10;ywkVQX3roaFQIkCFu84U3ypTRp5xnLdEz4PcH82ApAHs90IhtOyVAAQvFEYoWMQj6QgDbBPcCqHm&#10;CZFMM/pAbCHqWzPKNjuRjnI+yASUcovxnMxUw41TWOkvhBUJ38FQkE9nYkT5osb3JkQZ+CARWLLQ&#10;bCv8OmT1DpXBTJ1YQb9pHX3z7n/zm+p4TxvU5WeNRrt5Nu62qImxLzJMr9frpVJlid7pjsE9kkm+&#10;YJ7CxNAPXb7LtlMai7Df0i7zaWR/C5Ur7EuQKMsMVxayYrNZRgTJP/A8A0KL2zZscASVEzKcw72v&#10;NCTMhtQQnCv7LLnFmd/NlIvWU3BRy5Y4XPqpYRKndAs0AaNOc87TEF5bLPbpZ5+Wq2WJfnHc5S7a&#10;mtjHR/t0vLJGe6/XU0Peb3BlZ1WvUFOXXeXyX9NicamFebzasknTlkG6V27ey97phjD5vejcZUum&#10;3sBBv5/Ue+mnveq6JSk+uA7T/bXI3UC5wUi+fqXX//I6zPdX2t0bLe9N2+4FRvgqT+hXXL2XMu3g&#10;ShKsXLt/1cuAomX+0MXbGGKplCtG82Vy0ZWR9qoFDTf7sq+1p85yx2toV2vtQLlUI4cL8iAMvPV/&#10;Db110YfzBXS8u7f2eNiG/ed1xyt7+5ARpao30qeWq2Kx8gaomrlgWEXI5YoOUtMbre769g53gxdC&#10;2ER3zwUszCleYjgM0sMLzJqEUgWyU/kPlRizIk/c7CKPFi20zIOkaZa9Ln8a7tgvLjJZHBLSO7Uj&#10;Qr1JE1PP7pPXI+16eAcJXIVVqS7SBlaSAmjkliFddHR6jkKRsVutVsegy3B+6HujwfA7n31E+Rt3&#10;52eHB06nfX+NgirJVnkG+zQZP94/rGUzz18fQlZCccfatu9M82R5qcqroxN2BVgbV7LpF/v7r/dP&#10;wMWw9uFwL6zUAwqIVJ67fGGTTzR4/OZgpZBmmH5vo/LutH3S7GdX1//8f/wfxj6mYATDQ07y1dUN&#10;ukecB+dnp0M0xJ2OIZqreNjE6/TY/BtmByx4Wyck+nokQZkmLp0E+1V8CFgrTw8Peq0202Uzja9J&#10;a7daP/vpzxlg85WcMT/5+x/ThXz08QOe8HTFP/3p54fUdydnDx/eI5EZxTlvFprkSrX8t3/3D3jE&#10;w3yg9Beff7GxtlosFXltBweHrI7hcyAv2d5ar5aKNL1RIRmkEa+zqMGiwciWdRFUSSZ6SIHYaxVz&#10;eWpQzLe0yhwub9+8PTtp3H34iM0w48OT8yYHEN8cj/Gb/f1cNsMIg00I9e4WP6JSevjB/RWEa/VN&#10;zitiHsEFU6qamfQiJGwzsC+v3SKMc9BrDjou7xBwnuYxTJR+MptL5aPtNhbRGK3XfoNGwqiuxQu/&#10;V/iK/Dg1vX866PYG4IFSpSIpAR///jcPWk0nuvhX/9Pvbq5m95LR7crqyJp++M/Wtv6L9VHEK2eV&#10;g8/tyMC0zyY5LX522r0Pj4RIwM6oWC4r25X89+504t36XrWwiBWc+DfWd4z+4n6mulMAMpX62cuz&#10;lUd3Dpvje6srb376uX3UzPAAnyx+/qOnnjWD4YTR8uRtE0U9mucsWT607xEVL+uD7zyCc9o+Prub&#10;z43HzmqxMCC7ucc2JdHuY4WekN6ElK5qxtqT0YNbOyAwXh+e4e2Mut7jl2/nNE6J9MRX20Obv8Lb&#10;zlybGRKvXGoyaC7FHJmtz46aafbGlULbmUfNOASx/cMTggEfbG+WKlSUOKT0zd3tmdxtPnfbh9s1&#10;TEtI9AHPoDOt1StmIfvVyze3Ktm/e/xSR1yNvsg0yfXz1lcYVGx/sNcad786Prz32VZjMR2Qd2pm&#10;Fsg04jFiDrRU0HOjmEcJ907Ek5J4CpuWTlNsOcYcrBTjeJQlYvXx+r5rSSvKmYDCkXF+0nFGPX94&#10;PLG7mHKUBQP0Pt+HMXA8hfCQBrhng2ClY0qNxuyOaG7DUoJhG7LUMK404sdoR3E8Yw+l85NmkEkA&#10;YbPUJx6/DYeaQuWPAI6DGskbRRULBBkl64htnD5omXA8yaBOUlYoh6i6dOlY+AtsUagBcMOu5mKM&#10;6QzaYOm/6T1imFvzyVwqnqKK4u8Mpb522OXSXDOQgn9OceFS3AU86XmEQ0Fj7yhzPsJuHA81C69I&#10;EU30QkVyKRQovFJyADICT/YnI6xShJTy3iWFms9IW+Sa0It6MxHrgW5CgosgZ0pWkaKzV+6OZ0wI&#10;WP2hggfFiegRtjOtPv0vHi3aeDwoEA5a4JoMtTuwSrnsq/NONZ9nrf281QCYxA6bgdp+f4xikxnU&#10;cD6mK8a0lonFWt0zCtyUmZwt8HvPuqSYxvCTt+icHX5FhRWBhmi3M+pz1r9pdDXJJQCLDflIHTm4&#10;E4NMLtvsd/lgOhNrs7rZaAxo9jZXyqxv0+ks01hcy6Shseg1MzFGZaxq2DL0hl3OIjJdsvEEVACE&#10;ynH6YMA+cTYVdj6RA/dZyJcZeymGW0agkoLKy8wedx/EGjpnfzCZ4OzFxDGZDFEdm5E0isvVSk2K&#10;MIPwbEX8fFNfJIuei1UEyHYhnWSDsZ4FdCe2HxKVT3vjsPzx10qZ7WKuZ42LybRwHg3CepOseCnR&#10;E+I30EieWc8kqZALCQ1PCHdcicFiPEUEEoslhrV4EQfWiNaNchDEUcKItfsWqbKAJJF+0cmhNsck&#10;N5yzOecCFLoYHWMxE5tKUYi1R+65tPifeaKm0Iojt+o6CjG+usciXmuPmTwFNrnLgZbUk/bcGzhe&#10;mmbUiBRgMWC/RyQdeCeS0qIhDmsMXbwNE823jaCvMtMynljjc4W4r0TL5wpwOupimPA7+qwfWxxr&#10;9rAcfafN+ozkksqgoO4b9iAZvLGsYVpxS8k2OW1cxLnkizf7gHEGhrfgEVLMq7mERTeZS07ZDiUh&#10;YDjEdvfU4BzRxOo6yAaufyMPV8Fm6B1XFVTFRtq0YfYSZMAtLTv2WULTJjACc0lweRwUJAbHmaQj&#10;t4YNTrkc0ZFFIIahhKlvrnI0cEStrlU8i82/VMjdyUiFmRmPuSiWzVRIw0qTnX37/u0C1u5SnraZ&#10;aq6SERVVCX8KOwGEKZCQjFi5UGKHD2mylDWxSJTzIk63Z7POSau2tsE2uNNsVVZLXDCjPoG7AagL&#10;asB6tbRRLcazacZMa3e3+EVWq4WPP759O214/cGd7S2LCBl7btQqKJfn43mxXEJ3bWzW7v/h93g0&#10;08mzsvv6NTiH8cp6vXPSJurGxngaqOedyd76yqTDgxm4OeVNihaCGK213bX0eqlQL7jYj635GORC&#10;Krb1yR0tbnRtJ1WtwBjrtc45nVlV7Nar2ZWCl41YScFGdUbNsTbzE2zQHLOI9WduKrwkM3+7uiiR&#10;qpTMba6R5V6tpLW9rLce0Vaji0rg1Y2O3j1RBxNupphCaByZrEzW/Yg6EaOnIJHpY7JwOKWxtGAg&#10;o9ShT4Ibzh2XQ0wS4bCFkO8PJ+Dr5RgxRA9ojNkiamLopXplumTNWcLTNSpLQGpI2WXfFF04TCn5&#10;VE18ECOHuaqgqSTXcyGpIDjoaaM54lUxgUn4qiHpBr40vbJkjLLaYYsOZ2QEdkDUsZKbg35AlHdK&#10;Ah1KBo0jOEFZT/EtiDuIyCRSoYPGTUqpHQ1RruynOQN5/jBvRK/Hvcra1B8403PiwpT5Oa7tgM48&#10;GkTVnjv6wa3//jeVTgS5yl0cv3v9/MkXzdMjPNtUh+x1s5Ap0QJwl7F3YhdBEc98NFQ7h4hlR4Jb&#10;5N8swv84y/wgNexD2JazZUHkx1MvXPP6oX5Vyno3HD0bobBTlMwIAR0nxFyJXllWtrxnYg2W/13q&#10;QUUoG06r1dDSuLRz+pIJJFku2nLBGyKyRMg/6CBL5JlIU/qtb38b1wp/zs8MY+11dIunxwdvnj0N&#10;fbzXNtNQ4+xfoZavyFU3oL4XKljpeGE1h+iqK6GvGtxgU12sJIMbaKT3GMrKe0bhi1igK9TyFVPp&#10;KqJIC5aJQ1fZtdev8CqD9ka/fKOPvBJRX7+Cy7Y4uMI3qzfMuv8/e+D3Jcc3O8+L733tEFavU50U&#10;9ZrSHChXeKqLd1293nHfnBGECbvCrpKOl4M0Jqv0G/G9gXKjPRcF+UU7v5y6XE0Ylj5uZffuo62d&#10;nch/Zserqu/HGamXHXUQ4pqHvZ5I22xblAUgP1Tt8OS8troOdyDUOMt/jFBqrIYDm8l4JD5hBP+6&#10;jiISr2a4xo2G5mR6F0EgUofroWSA14aVVaJXrYl8Vfh66PuSdFLhS+GLw1lSuOEP3+swrpKDEW0J&#10;CYmyNBY7gOR2LfR/9Wf/dTWbwjyTRXP7zW8SivLLrx87R6d3V2otQACt1r//0Y8/3FoFXOEYyvHZ&#10;2Vql+K4zap+dIhaKZLLV1dqIeJjtbSSn/lByNIBFHHUk0vLkvEOCfL1UqVWxMMZKeGJ0fcWI4PP5&#10;6cv9n33xBQNCwsyL6ThhMphCqRvIBvv40YPPfvC7ld09myOAD8gzEpFkubpChY/ujpler9NRwzwh&#10;koSSqYy8d6oOtPnW3Xu8p+zxqrUq4mXcQu9evuJRTYdJNwuNAhUKAUXMlxmCPX/27NbdO2zhnz59&#10;2Wg08SZxE+fyOeoc3mhkRQAzayvVe3fvSP8fLoHPTs+XOWFmLldgWaSqhK+NJ5NKtUIq2+s3b3ia&#10;Ns8bfH8omWjIoO82u128brToXGchIg+xNI8N2cizA0Kx5kxn4PWb581nT19QX7E2ofhe3977m7/6&#10;67PTxn/1J/+iUCy225hAZ/sHR2jTeh1ZjaCl8mWZ5FSLlUgi/fc//vHro2MURTgB89mS6NmDBSsg&#10;jDPEJp0cv5uN+tlMZOc29WGkR/NEkdebA5Lg8xiNFCB9W+lEbzh8fNyoP0g/+0n38//jKebjk7M+&#10;aIbFeLyXLz99ddrsw+WNs1G4lcyPj/s4jH7x8vk//uJFYj1bqautI+dv/7dnja9Ot9O5nWqFzT/p&#10;NfCr3p6c5VcKzlb0UD8o1pP+8/PU+Sifzr89aQXNDnmb7cYw7qtl4jrV4N0v3i1enUwHkzRHds9h&#10;2c1oKIeM1PXAFNVXKiCGXOmp0LXhDBG56Y/+4cvbO6uGUCKCbCwBnF+Uso5bKhXKlRJTlXaPNY4O&#10;9JUauQVQDuss7JzOcP+ssVrCEY0fUmfsBZKyUig0OpB91VtbGzKFUjVYsCNLxJkYHTfXaiAx3rXa&#10;n37r4fO3J9+4ez+azHd64xev9oNoZLtWhc+EzzUbNSqF9LPjJsdFrFa31UiqmK/f3RFNdSnZ9KeJ&#10;itmlatmsxDZL3nphvFc575xEyiYtrbmSizGOySSGcSfuGYT+cClmEjmJuwdYBJCWsVGsgNaL4dWU&#10;MJ5o0g2MMZirMHiP5x+9ZSDYZKZirmzdFrhxJOiVZ9pYjTIkGBH1nEyQj7CeKhGaPULAFgDhjASS&#10;NROlt0F8hqqcrSbyQ3C2EnGA5A8fr0c0Ls9blI6M2CVzzJl7z79sKi6wtLTtgvv02tNJn56aQRWK&#10;WXIr/Ag6lgHJlFOkXBo8UOA44jHCHabjuPJT9BcKvjJInUFkgZYYXwXWNLyX7Ad8Ob115MVA1MUa&#10;irQVGBiJuRQORIyAX0J6vaAJ88k2nAmPTNEbuD1RAnK+GGlnLgJGzt9mb5ItJI5bze54OCEpZca1&#10;QN0htC0GUcCTyabELGlLrI8XLhjwlaHhMwa2Q4ow2SUrpRpxTMJ2JnlC5YBO0CyBPgD8DHqJqCTb&#10;CaXIKYNZXiqSYUnSs6ftPqMMJNKUGBR/kH2mJO+whWS9weefipsMJcy4JAvM5zb1RzxkQlNWPDk6&#10;x2eXS4lX2SVrB1m/AjA5ymrajGu000zzGP3zZi6vTMQOiADJjEGtoIvYF/H2PJ9MsUlBwzIdjRaK&#10;q8XM7qSNxYxi2Zrxe8uNkkuXAWXTyECgpmFA7q7GVS/CveBQv+KllQWFz/tipWW9jLe032tO6rkC&#10;KU6uM66mJcC8O+zk80mfmayqDd0JDrVBf0KuGuEEQAUZCqjCEGaV7FYLpAprQ4uNbproch7BhIke&#10;tBobFcLsBFnx8e09CPXQdOmCEbjbcxV9KRLcerEGvA99ctel0zaK0fRaIicWbd/pDxf5bJbUFWJy&#10;CZGTPCqqaA9RfczybJ6iKAxQQddTZnMwkBE4kHad39chnJmBDAieZIi25EjJRhAN6tHAN7EJcYHF&#10;E2dEbaNChFIzGp9b80/ANprpw86AB5KZjHaH/CzOHcN2PUTh2DHB0QA6Q55lkxqQjBK/hC8aiQTn&#10;cZYJmljUKfKN8RjUuZ/Opo9b0J0d8ArMsLrw7/mYUiRgq10jOGWXB/E1pp9q9nlM6eNduF1/MW6B&#10;/vOjRr5emkT9yt7K3IwOSNJKJ/S86ZS0YVoDIj0vRJhSu8loslIamXo37g8YZJmRI9+eVOMjolIN&#10;mSPwwh43u7VPHwSl1C+ff9WYDzmosSBGSinQAF0aacU7ePnOnk5ORuP63maz28/UCj95/vzIxubE&#10;jG3m6Hoyb540Tx1F1koLA2muk65k5zP4cIbEHFCnzAiEi6OeJEmPiz9DnRKP9Ee9FgnpzTYwtBbQ&#10;Kk3p2jaBNs3J8FV/AIaXyoxpBKV6CpqaYTAtsgkWi/lg80fDkYbBJMCcXFDAvMXiR9C5sIuXslAq&#10;8VvZnU7v4Oi822Ns9P/+w+f7o143EkQqOa4qw51xzKEZA2w9mdvVVMxIGrFCkvarr3ibj247g9HT&#10;N4x/x++mU3O99LZ/NI4SFaA977XTG0Www0hrvWSMyLfTUTtVTikkqVdzei378vzsoNlKlDLp+xsv&#10;u924iZbNGSQ9YzWj1OO9tDfLklqhTzGRgFQoxs6wvRUSA0S7kXl0h+xotaUNnbyazCfPO+exnQIe&#10;s9eNVmQtOc+jiXZHvpvNy8QfHokZy2wkC2n6QtLRYIvEcYwZtUSqEGUczNR3sjCY9gSrZhlPHTKg&#10;WITs3IUImIE1iOY9YHQxXNbHUp4i7EcEYeDvYE4ZM8jNZsAUIZ09Em6aRETLqJ6xYFQ6Tw4rPCY8&#10;Y2KqYfJA0BcjYBNGOp/ML0FobEQWaFIk+lVt9SwZxMaMmQdNZNTxhmiFltGk3Gq0dPTeria0VceH&#10;Kc6TOovfgmadxQMvmCcCpTj7RuSE3NvMQxnFMtEklJj2LWaAPOeqiSHzCxH90kT2JjPObUaU//zO&#10;f/cb6nifP3/5T//4959/8UtYqyKO0EKRsC4+OBoKwG7UeVjm6b3DbjY0X7oyb126K5esJrYsS/Gp&#10;JyI0d9kJUCLyR4swiOjCtSkOSIFXqSGRl7NUGllfOFWX6TBCsVqmEynih4xchP2EHY+2BPYIKCzu&#10;yUxWXmcI+MEkHUg9GjH63ZY3tfnW+Uz2008/SgIF18k2doTVrCIuteCqvn76VchAusx+DVunX1sT&#10;vhdVpF0uIjn+qMeM0DusLcOJwt5bufpC5ZJfRa+qKr+CTb4KLbqR8BMoV//yykYbXPe9N7lTl0rg&#10;i39/1fpeiY2Xflrp98L9p69eU5CvBNQ3vuu1EviynVzG9AQ3NsqBevliLlDJyw2qerm2vTYoX4iY&#10;Ly3MF52hJ/zjK7Hze532EtPsL0HT4VLZC5cJWK6QxXGxxIViKDOFq1d3tVH2xee03BkveWPBTT23&#10;Hn5kW7cf7N7eQ1/PiIYPm8tmLtK8+M1lsLJUXV/itrzw5WIy5doQOQMKQF3yGnHt5UtrsWRqLs0z&#10;Z/ZcUgoEGyPp0CGnKhJe0qxBcasJBYlW1hCFQjSki6PQjgoxQDArycmEQJxFaIkXvLNwnmW+5oU3&#10;gtiAl1qJZVS1dL+cEvO5JkhnsQAsbytdvGlsn9kqHh7OTpvfvLWumJF/9x/+anDerm9uxNdr3NvW&#10;aPInv/Vtjpx41iRum63XaX8MduD2Sn1la8uzp7lo9INvfPyjX37x93/zN75UKV5jMORJT6ALN/r9&#10;rRWMhT9/+26w8N92e0hv5wnlRad7p1rZKBVu31ohy+x3vv8dO5Hd3tyggewOrVq+eP+zbzScxajf&#10;grghd0s0AtCRrp93n7dmPBpkybgo5OWwoCKJcOxEIFbXSTOajIlE27q17UnmNXl9diKVIvjBEBy/&#10;t3fnDsm95VodwTNFGBF8r1+9/uLrp3hoWV5zrciEkuiaTPbN63cRwW9k0e8QaIRsmt8dgSIj6keP&#10;HuAwQR8Nq/npkye85U+fPKX3R76ZR52cSq+vrLDnKHBwGJGzVhuZ0NrGhiEzBr0IFNq2iqUyExQu&#10;F5OgOzJmur2D/f1vf+/7MhpHKJhJN9s91Dr0zJ3TYwaHXKa/+OUXDz/+8PXLt+yyEon0MfrpNksg&#10;GgSS2SF8Ndjnc4amU+bp8SHq+GK5ykdP3Em5UGVKblntJJXxVLJGuLSgcXJ397vDWdeD/oT4kAwW&#10;LhHqP0NdPfzFmz/+4B6JB+xIqqtVEjkr7J2s6WcP7uQ3CpFC+q/+4v+5jRs6laEVOSc7dB4pzmIH&#10;Pz57lFn/7ocfd7qnRT94fXCWB2rjORYTh/ubo7RfjJV2V+4d/vJdnSyrkQWrkYEQsx3C7MlgZDPA&#10;QxNl3l4MEwzEW//W7RUxtKj+rfUaXMlyLksEJ7KwRRQa7RT3Nc9qhsvs+rqKl7+77o/GzdNBJpWd&#10;hSidI4KCacZy5pcvDjaq1XKt+urV0QoBkvY8EYFZ46KwfXWOXlLrj0Z8BBQNKCJO22P08I/3G4fn&#10;/X0ipqPJF2+PgPQUCybZOSTGEPhxeNL603/5p//z//J/8vAl+OHx05d3Prj77O3BViH/+NkrJJ9z&#10;zN6lldzKilEoM+4u7qznNyvPm2fnzsioxp1CYp4y3NXc68apsZ2z4paXmw/8gcLfZDbDUE1x8Mvi&#10;nDztHimukslUKQtmZA0GlO8ZUyv6AEy4FyStZ2F56sB1hs6QJmdEEssinInrQq6dSvKtejjuN/CD&#10;8jBFy8wzhz/wcZjRafF3Zz1sOmyCvUU6EZP08OmY1BcoRtweMocK/Fj4BPVlwuAApFRntLxRGiEG&#10;xCBjI2lanhhCbprwLtZVGO6eAZaeMVN/4qWSxMOCOAKuizTLi2FaNbxl6hozNw4wlmStEcgGDGjx&#10;fCTBFY2W0ounzgcOP1ZCMRaSysNhNZ6PmX8NxwvGt+y36NuRE7Pf7mA4JN4syafD703jjHCeYMuA&#10;LmIE09YJcun8YGZBb1slosNiQx4V7W9MMIBh1AnOSXHDcntiCOvhMsaWBg5rIv8/v/7XvflWzAT4&#10;mk4ARtLJEGtbY0wZsLuQwoAhQDQ+HM6A4W2W68zjemIbjtMnljMJkqoK2ZiESRE3teBrDCxfVI2j&#10;obuWLmEjng1kMzazAZDGYbOxrcXZcjJEWMEOPQJiByMjRXYqI0Ilpp4EaY0nTmO0QHfN3qZnWyc9&#10;G04tjoazFnoEoEkOpy4HXVzjY4HzhwZ10Rx2S+UM3uSnb9/okjrjjGYjlKoD3p35RKTYLGlnNgOv&#10;0/4kmlDaMzQNc1ZA9MCq6Isx4dpUntAXJ9MhEtUSslWUmCkkp0hWWfuRtjlkIwNUK6nHkF9DbE2K&#10;C9No9vsEqPOJQybjwcFlhtu6lsFTSdRbvJYrU157chWIiRefOFqPeMTnrGaik9Qd8kWTiTioG3IA&#10;eiTkLIJ8guSRoJYp8VUZHn4GO/kFgdwkWKOkH9mjQiZ1PJqQlAZTDeQ+9zt7pnqhkBaSNp7sOQu4&#10;GItY3Kn44tE6R/UaYXBmkoSqaiaJhr2A5ZROlRdLKhY2nIhhIpVX/G9ubE4HiF9YPMmiqpyK10yj&#10;bym7xQr8W4rtxoJmEz04KlKvmgwIsuJDo1SIo8zHPhBldIHagGSFrOJopQzif7rlSLWQd4kgYEIf&#10;zBZRbYTvOYLJeV7O5agNqOzPBgP8vZ4ZH/v258JvzPgJZaDNXrrDYSLoGJ6TjhEfezwbtcz5eUYd&#10;Rp1ufNSEGZxLNZVxN6cMK/lIOYOXdF8b+xWzrTuQ4ucZ060Usvc2xp71+uRAq5pWVm9yqNTMaTHW&#10;iQdWzAO7Vbq1EVSSh7NJU10M4CsVEm5BnxdhN0BGyrSNBRM+jhUHlz4w3pppJX2wuulKGsacjyaW&#10;94X1tTvvAk6ORiuV7HQ6anJqr6atTMzFtFjPuQl1ljYSJbPr2uAuC9t5fKQW3U4xhVXSjeutqO6Q&#10;J7heZLB90u1NsdCqLgcXui18p0olw5hDnVu9kbW2VipU8i48vKjRjkQyjOlr2WQtZVZT1b1Cfa+e&#10;wlMfIbVomF8z4+sF1mazVhMLazxloNtXKqZayUxxysDVW8tNc/6z9lHxgypZdi/Pmqv3t1p2ezzr&#10;Z+6sOGsxOz3rLSYNuZlz46zqpvziWi4oRJ9N22o125+5qx/svDGm7azRi077Kd+CHEf1mFC63jS1&#10;UsxU83raUCqxaDXaS1r9iMUHNw6mApWKehPSrxOx3EqVTCFHdTnkudqZ+zOdkjpUlwIX+yrg+lSc&#10;Cd8UqRvI6sDn8hnOpE7li4neTpJbmImKFRvSUiDzMaB64N6nGL9d0U/q+Xi2Gi8ZYj6YZ6UI1Uhr&#10;gryeF9y3ArNQeEuhJU76JI493CgyNdDok7k7KPBaozFFWJaNgZrAYS8H9RyB+liLcqcoxGkPAuKB&#10;Pbh6EDhjKANhEriTMEkNZ7Xg1m13yIPLEKqqPnWnYWgrgb50sPK8koUwW2iDrhnbRoKvYfGMbJ8a&#10;tj+Z9yZuZ+J0LaiBjLEiTL1ZJuA751n5x3f+zW+o4/3JP/0CwZ1w2oDQhnJN2dcJoJYzHZmIZIYi&#10;U2LWHfauCynDJUH3SoiqLrdSl72eeEjC9SwTt4gU6GH1v+yrfEnuFUKP0MTClmjZB4e5mWpwGeSr&#10;XAJ5lzzkC02ubOGXICktZFexFzDCjk+oTXwXik/2QINO02HWaRgsqR99+lE6lxdDvuOGO14p0s5P&#10;zl49+UJ8vMFSHKtcrFCVQP2VuFtVfc9tuwwToqieOyK+1rWrX/8yOOdmqO91Fu7lKlhTrxrb6173&#10;SlF7LZ2++nFX31O5GfZz8eWa8r4aWlXfM+LehGa9F/N7o/dW/j/a3vQ5lvu89+vume6epWdfsR/g&#10;ADg7N4m0ZEterm3d8r1O4sp9k61SSVUq/0X+nlTlRaryIlVJ5ca6lm0tJCWSInl4dgAHwAww+94z&#10;09Pd+Ty/AQY4tPNSEi2Th8As3b/+/Z7n+W63fZuuPuSN49U1U1tfZiyFSzK2stRetbu3YWv91qdZ&#10;uTQH2rIpvWnsw5v/XIG1St1qXLlPXRtGY1vLv46hFdFvpUfd+ipXtOZbsPmVVbNKYIqq1bh78Hhv&#10;/65QHYXVHNLxCsZr2bdNqvVbscnKi401qsG7FWnHRMS3sEfgJ+PnH3OymgD7VOKSdTQXRgg4BQch&#10;j6maVeGNOqfYgwYyk/gAda349LCX+TFYuuoaimUbijHV+poT0aOB4FrK9kxT3szi7qbcxUUdTz+Y&#10;SmWNpSf5lYBAPSlq2CKOWP/DTz7ezqddb9wgI6c/yuvaH9/d+eTf/5svf/v7om3hWsRrM7omnxQb&#10;PgDrk/NGvdler5Rg4b6kOWs0T4/f6KPeg/USuibycgqU7UKzCbc30fGbMK/WqsXtcvFv/uTjBvET&#10;7uR9GkMj3F0rbd25+7f/+d/u3L2bKRRPiY5//epuMX308u1P/uavXveGMY0JpTmd05OBSyUGA1E8&#10;U/6SYMQsABOI/lD0QGy2BayMC4XT16/f++EnaSyChj1mVycvX9FC72wjRhNNTrFEpr3+7Msvh50u&#10;Q4thj9lWk5Deg3v3aqdnWxvrJIlTxWVymdp5DbCXOzcccHGj3EV0R83LJsNmUFwyZiFL9/uDVy9e&#10;fvDRBzSRbFTnFw3SSD01YHj16gVOGYV8YS6S/ZkveFJQqa6piOWAvhqVKfcYahA20czSer2uyFGC&#10;4KJ+8flnn/XarQ8++iFLbevOHXKTjFji6OgY8xLiiLjNjC9JfxJyzMJLJFIvX76CG8lshBKc8ECu&#10;BjeX9htG9M7OdqdzycLa2N7u9BuVzcpFvYsvGlEWGBUl01Yyldt/8rFvxAhzWiOVxPMupt63355O&#10;++D0OphYKRb5cL20UyxRHBdTucPdnS++QueciEH7G3TNjFnh4y2iZLBWvORuijzgorlfaCKoHpAx&#10;1IT92x32ntzb3Nit2tPg9NuuMcuOn5+mNUwdY+ha8FiAXN1CBkZU1dy7wEm70Tl7ec7UdB3KNvMD&#10;8fW0G7gXaVgjdvCLSmSdYae5gLzqyWQJITx8q1k64mSjT//pu/era7bpN1rYBVlTQ08erh+F409+&#10;+sF06H762e/tCAxewRt5JL99fYF/Nhp1LJLGg57YQSB/RJ/WH704qxUzaRoARhUcLUR/9cdjsjFq&#10;7dGvv3wxHs8fHdx9/fyIGKKp5z77+ptHB7tDLfpnP/7w57/6rFDIGOl4awJ3bAIrVMuZc2t+1Lsg&#10;eDRRirfDoX0nD3UtVox90Wtntkp48jKJqA36k6jKLAjCRDKF0xC9bDKaHE/Hm2v3J54BL5orwBZB&#10;8ZDVot2L3kmvK3K1Fn40rqwlCepD0kPlI2IFdz4SxcMiAsuOBz6OPRXSIHrgKRMqDG/lGDpr9ThZ&#10;mxMflSZYrhj9IuJiPp8Qh+CYkXp60twoUrd7a0lcsIwBGw2lZyDpO3yU5hi+mzWaYkUF7y3Sxgd1&#10;7uGmzhk/IhaIWd9CKv5efwyA7E0WJTjn3qLDhF8CSEwA5DLxORMCcqE343VDJLKHP9BwhhAueXY5&#10;IqEkhOQ18wkIIzOId1c2npoYc5Cu5NF64yuWkVAoLyjkkjT08rgFfq1P7KmXT+s4z5czMLpdEaGQ&#10;ETqHrYfdNEM++jFkTuEELxyM5YixSSSlLkHTUczQ6nTH3lYqKWlrgX8nE9vNF5k8D0YtBh8XrcYi&#10;nNtRejAo54GDLiGKBaxLKGhKgOL4mzak8jmeX5Q9CAZBQvMxm460kI51J2LBD7+LFqE7GV/2BuzO&#10;ta5bLZbpbQLBUQKAPgyN86nYVJLYiAS3z3uDwQxa86LZIw0rxN6Ufp7wOCpCMSIekj8Uwfs69NAV&#10;h5Kja0KtdFkDKJWbIzrVSHcGnMkDIyAIWDGRqaFYOYT9xayUjBTS1QTkl36bo5b3NQ2poeGApBK5&#10;NjL0+URPRkCrKDjJoerNhkjk0epxFFC/JpMFpJ31fpt0q2KcAR/NfHvku1hnDSbTNmb1STvjpGI6&#10;YVN2xpTUuqRhpGg76HGhAoprMsnD+PlhfBCs4U2fLvIkjsT5j4qLiC50K/SMfi5eBtmrplOMdTA/&#10;tyVhJc3Xrbe6UFqiOs7gkqWaS8UZ69BLI4njOkhLaWFcEMKYxbGHZieN+5dpQ8QHH8vGJVLW1PEC&#10;iFMLMI9AwwozgqdAXAWNRY4856nLHHQrT2sk3mkTTxw3c44BtV+LYOmzkMMcsbqFtDBKgFoSIa0e&#10;VFIyrsGG26EhIalF87OIen2NhKFiMgs6BXo8nHKJZuTEinCW0E6E9cwSdNGHl81sXMfzig6YaYIJ&#10;uwe/5ObQRTaejolskhkEOdtDDOrYE+L2xNdG3qKbCM6iyJHBb62zaXeAJt9tnS16DVubRB1iTofG&#10;qGYspqLJ1MxCcRA33+qTcXze9kcDiBNr1WwuNoosxnnrMhbOSBtO6ZOE1o9HLyOz117DXbN7eXNY&#10;Nmnezk1viIC4YDWcoB+dspt1tMEoH+lkg7o9ODV7J2H3zO9jkk6wEhbWD/7sY6MYfTO8jG7lGrHp&#10;t0brODV/S8x6OXaZMWdpbRBfTJKLQc7spKe9LENf49LCkNkdGf552mtUw8vYQkvp7UQke3/DKsSc&#10;vcIobxvrTr9gNFIhv65tOP10pLuYNgbQqfXq493N/bJnzqr3C8Rw9Wedl4t+OxXvarOva2eJTefV&#10;vPt1q8bIYB7XwXj1bGKIydVB4WTSiJSTqbV44UluGiftfAdFWrpc3NguzyyGPcYsOW9G59/NO934&#10;/Midw0X3M4s3o7YGfcGJ4yf8BiZELEpso5kzzsz+TIYzASn07XGv6Y0i6VzAKkFIky+5+jSWyeNh&#10;NGJUpQtbGYtcRoMUIYjxFuFgOGuhY2ABJ5l3kSatyya20CEhs//4U92F1MAWyeSPLFx2d0sz8k4J&#10;x98kllG0yqHLkxIT42QMsNk1mSXxLDDpg2EQCDMaqICJFVZk4K4sUI30xCXb2VZuIWgbkjCTxF5V&#10;/By9hT4ZBaRt+2glUDQwLYOgm4inSpky1PeZ+NWA3xIYDs8pgI7OvgS7BDiYqhTzBegkxBWjdwmj&#10;QSrC3JK2IFA+aB68HsykY1GkS+zWMPvwFgB+QGNM4TtVLGgG8Oh1o0Qs8ZhyEMTEiYCZt5gRy4Fl&#10;c1wnXJWFhBUCBIu/3vsPf6CO9/mbU2AGNN5zABiPbnGEjpevGwgGFQOKsfGOmczjKRJGOEN8ER+q&#10;UNylYezSvilUdryrnB9DbKLErvmaEiuo4xJQNVS7q1pHbRnPK3CWH1xBiyp2dBlRI9EsyqH5KvVH&#10;ZdKs5KLcRgHBEOovaclLPS0HxGWdkhqAB7fzh+8/yqg4EppwQxlcQSSFgfjdV5/76sOEN6Tg255T&#10;+q1WdgX2Lu2JRWiqnKuiCuRd/ZAersSr2hX2uor0uWWs9K+4SK1ScvR3U5Fut3G3Ppa2vJg3EUHv&#10;NNU37fb3vpj+jjT4lhw4vBWdq/9rn/Ea611BrO9GB3/v0n2fCP1O/M/SFzpc+U7dIlpLxSc5mys8&#10;myeO9pogiqixelP9Bo9eUaxvve3ySxjqOkSWHe/hk72DA1pcT4BZyboDAjSvO96VQPvW3EIozRSu&#10;w16P9Q8kGag5C30pMJJ4zsE3xmINjgPAr2T8Qj82faXUVUnUkVWEkrCOFfbrST0kOoCY2G4YiiEx&#10;X94s0QBToypuP7F8wsTUJJsUhZRKp+YXw4gK31qqfMU5VQxOLBkbLd+R/xyaYRbzhnUsbi0iStgx&#10;o8XSBfmTmvaTTz48q9W1Yf+019GH41LCfjMa37+78/De7umb04Jlfvi3f3FyUWNw9/vXJwUrsVVc&#10;21hb46M82t3GzoYvnMBVyYpBBuNB/KdffLaXSa1vbjw9OlkvZkulAs3wpNf+v/+3/713/OzF0+db&#10;cau6tREOvJ2tYjST5onDICuXLxERR/5FByuh8RAYlfk8e3WgyAipLFNLMj8nuDTfubvfazXR/AiR&#10;jTAPcOBS0RsOMGemOsS0CmMq7hUZG7lCiQ2our45AhsjuJkgluGIZCdmB/1uFyVD4/Ky1e7HJYoh&#10;hviRLbXX6V+2MNeYvX5bo499+fI1uUT4cKxtlButFlYoUNpYc5SSxOW4KnIKwS0SX3FRw9OLZgxy&#10;vOtC2YKOTAWGjYewUFDVRPTt3V3W1unbt2ubG5Vi6d7hIcFLhfVt3ADxQEs58Y8++qhRP+d3y9Wy&#10;k0pRbibSKdUmLyzMAdMZNk/aaOYitO6Qxx8/ecJOyxom1mhnb6eULW9uHrI47+w+Jsrv7sH7uwcf&#10;5kubm5s75Tt32vVLLuxBoegOx+Sg/GB38/2deOCOPznc92z9vNVHMMwE5uXr46plztyw2R79aO+g&#10;3Rn3azVrNl7H2RjPj/Pas6fPT58/33LsDz55/ORHT4hVzRzcsTe3yZCcvT6KXp7/+j/9xmsPEYLv&#10;3t0mhg9ea3mt8qzZDXF9GvcP1ksO8aepeCrtAKX2Jy4Ztly07fUyXhEbxBLFI3UypUazjUyKWhCb&#10;W2yQif1kmPRka6dzOgCGG4uzyuK01cLF9Qf/4Sfpe4Xf/vqLzmkDB41UWny63/bdf/769cKF/pgg&#10;tjFpaDiJIsSlN2u1aC3V4aT5ccR/dvTeZqmYjWfTid+/PO2NyGUG9gMb77x4W4f5XN0soCtgegVX&#10;wqDaZoJdzVub+aCUfNVuWGvJFhE/lYRRjbv2ohGQiRxZpKINZlpONJ9zYA4AYWEnLPNWz8fLx5KE&#10;VSRj/LlDbiQv2B/gvo3N60SyaBA2IAQiSEA3QSHGC4Pu3YKkKfiZCZWb5TCnCwWEjFp0OLiS0DNS&#10;WGTicNFJO8AteQZjE94EscRsiTRITjSWR2fuThM28RwzOGfYTbH99IfeBpaT6BKT0NtJCKS+n4g7&#10;wgxrE4ydozNJqMDqyVau7aKtEjqNFhkM3Yu+m4xrMLwyTpTBTAVZXowZjZgw80sTbJylH1tUk8V6&#10;u+vCIEbJRyKrk4ZYHguj2xnirKcgwwmwWNw/4pKYRCEDI5mOJJ0Ui95yDgIBLe58NPPWAP5iPmRH&#10;zlQQCcxp1imjfejNiNBgroJ7zxLLFHN4eKZNZw5eAY49JTwFbe4MJi/zJd2FL2CJPRVXIAt+qSeZ&#10;3GHHBzY3mo3NWHg5HqUjfgbj0Si9rl+OZdJ2AkI1RnA43fHsMwXn8qJQFW2dZYDu2lIGWxlCcek0&#10;QlruxUkXs7oI0cz4LLBQS0lcFDI8PoSVXIxHjWAKf4iN2eQK4pOJr7JkV4ksNGsloOvvVXIzb7aW&#10;TzJwZzyRjdlYKMERz2XRBwR3N9dAfzq9kWwmgxF+2oGEhAskSyX6tH6Zz8T51twzuNxACwDRIvwe&#10;dDv9UTEVS1HeEt0kRqkmyPl5t5dOkZ8Vc0cuREqOFHrIZCzDftvsNNmWIewyrV1gDLsYtccjkjpm&#10;UQzJhAbfQxEILd+yoGNEhNKssdSZ4EjxJoMbmvAmwybfw92QAdcU4Tegqjxh/gz+dm84TsHKjtjc&#10;8akc5EGFPOp6q8ybzvG7YyXCAEcFiOXOGMQ+VDa8VO0QKJGbTmHVhj55Vw7TjYjoT+n3OQNB9Lte&#10;a+D3hBgYauRh68Q38ZsMipAkL1yV1pPgDgAiBT4R14u8k1eICgTmaBa5fnS8npUBMpA33cLFBNGh&#10;xjVCT5EM567OHwbZqHBxY3jtGGGMESfdr2mD/FINe3Ocbynfg8tmr0wgbYj6uktFT4YnS4KDnpCD&#10;lC4ipSaANRcj6kEtreNc7TCCAdz1IVvhdUcrkYwJ8wvhN2nSodGbR4ckT8dJWvbnZ70uQhBI7nAH&#10;MLHLkaEAZVxnrY93C/mYZhPHBreni/KLUInZQM8lO8GszgMVDdyofsp4fo5z9QhlRdsbevEQTe80&#10;oc0Sk6EhZYieTMwi85Ng2ImHZ4v+MKGdThpvwlErEzYw8M6la7qHnRKO5G46+XY2uFyMuohdU/qp&#10;Pb105qNMlGNmwCfNmkOQQNt/M+/ULc8rxOqxSS0KRj1vOnqilMV5HD56K+Y2Z/NEKXnsnvQ56q1x&#10;J+F3El5H74/S3iQ970DAKk3GHPJ5fZg3utXwyGCMGunak4vI0N7JRyv55Fa6N+/Za9lu1k7sViqH&#10;pQj9OQBpLjG0giN9MFyLvx51uO04kuu54BWgO3pxdsBs2oMUndIm9rjOdMvRerrXgA7FzgIGmo8S&#10;yuHaxhgJiR4cTyddWwfWjmeijenFhT5roBxHeAFux0jRCgfI/xnIGIYbRlC0L0JBZJnRTYMp7npI&#10;KU0Bh1zLIGoeJDdouwGbe8qkqmTYKL67BFpbskPTYU5hjhsSOu1IiDJbBvCiHqdsCmDEG1LkARky&#10;8uNxsSJwQWycn8SK0dAlpZvuNxJJgY0wvArHor6DYB+59tcVTzko/UzJUPsrN4NQFBMwaCAiV9gE&#10;+AcL23I7HU3EGKV5Ix+YXMB1mxDspCYPAsJ6enhmgrSGE2/CUDXDCAr7t4WHBw0lKDsJJdxcwE4g&#10;YR3Pwrhv5bC4NGi5oftEGPtQtEgSD2IJXbi+XBRIRsLgkOkNnxMdAAHUYosE4MDwEewHR2iIjz/b&#10;/6//QB3v09cn9VoNP9ThoEsYL4liAF1i0UfVzhwBCQ3DMvBryGsq5J1RZhiodlTXr5muMqMWUe1V&#10;TG64tNMVI0ppIWSAvUL5DJXHq2z+WQG+cseVJmjpJCR+VNw2pRbVjStrW11hj8veSH5gSYQVME5i&#10;kJRK2F/CkfTk2LCR6sv8ATjnwZMHhAtcO1eJSJiOl5iS7778TJTDq+AefSWPDW/aXeOaLXzLImrZ&#10;2VIMLwNpVj3xCi28ztkJ3wFcr12MVzrY8F2nqpWx1FU67zVavBK56je9saFfR95qt5XDN22bvnJb&#10;XrWVt+Bh7frl9HfdrJbJTFe9qnHNe74Vb3RlK7V0itKv0pJuXKPfaeCvY32DK9T0Gg9WaVNL6yp9&#10;xa2+/r9bIPAVxsvfk4+1vPArTrO84HJa8X2b5SVav7ojhup4H+8e7IMILlTHKzpeZCk3Ha92fUFv&#10;VL2STiS0zT4rRLyUFXWfShVfITIocO5Vo5yosmSjI55IfaAypgVmUjT+QDm8LFSKr6905oG/pCdo&#10;S88rNd8xJNNetbKaMhBQj4BIHJdDnEACsOGJyNBMCOpLvbKadPCyvBkfTxI3eN/dijNs9m2miOxh&#10;HJWF4pBKeY62M/m//h//56LZPtwsYq2foNgMw/c/eHDS7Lz85Rf7W1Wa+k9//XmEqOKpd69aQS/S&#10;mY2h0CB2rzXbMaHOLuSpNCNk25y3uxQWdzYqDOcRWJJUy48Sfv2LT78eieRP+5Of/PF/+vLZFAc+&#10;3zv/5mXWMogkIsANFvJcMUZ6o26lXPZJVQGpI2ADvhzcyG6HbXg06PLdh902ZsixuE3UkAknjdIN&#10;qka22EPuS9TQgiDcHDvT1sF9LHnJpqcMwP6LFEZ6ITJy37w+4UoR0lMUi/kEfE/gECCpZ2+Ozs4v&#10;AGTA+jZ3t9mjv/7y662NtUeP7rUarVrtgpHCqD98/Ogha448JGpg3FPZaPBqzmTTgGB8jBRYRyzW&#10;arZS6RSRwcdHx+VKlc9zfn6Gfwb3g12SDwOUQcPsS7ynzqfCCZBCHYIBttKkfT59+s3+/q5o53qd&#10;VrdH6iWat4O9u64Y9uBtYI2GfY6Hg8P7XI3jo1c7d/aG/TZujWKly3RXM3f290hVSaSyZJ8YMhBK&#10;Trrtu3d3fv3ds5O3Z7R+OS6FbRDcksKLVdyHMcOI5Sz7w/fvvaxf8mtPXx3df/Lw86++eXV2ul9a&#10;B4MiRv7J3Y3TRgNjsyeb5e1CtvnyuP7sGI5gEoeU8ZgxUfeszWo4qOYP93c4ylptWR57OxuNbv/+&#10;k92Xb99mEW3NtIA8iVQC7iio/tAFHoxAW6Vcu2gMdvc2OhNkX6w14Xwy1VloxsgHQ8MzfIZdImmi&#10;GDhn8+sUuMRuFqqFPpD1p8/t0KqddtfzRXySuiN3PZvMZ/M79/a4U+dnZyQ9bq9XeRQwEcYJ0cmk&#10;4bWCL+5V8s+PubdNMGTmHhGRWUbWMhiKj9cKzqPDPR6UuD853Kh23Gl1KztF2rddSVRTdz/cs8q5&#10;wPLWH+92LStZyXQWw+xOrokdFcMZym8QgES85DiVFP2RhpeTAFzpTH80KCTJmoYFEGkR7AWQCUaK&#10;st0TtTcFQLc3pCNAYHrc6udyRNECtTEFS7PdchYt5BFHW+uNJQia7iigAyVrxxCKSJBJgyzHwQVL&#10;mQzHzlzRhWkt8vEMukq2kITEaU6zTjL09OHQy6ViS2uDqefVOjjTIY6iLTe2CxVGBNoikkNRLU62&#10;IAeocJlnc4l0zPJaVKGOmcNnRv5rFbNE0UDljVMydUZjEIwy4ALiXb4I4mHcp0Q445dTWNrAVQvW&#10;Con2qB9K7rQ1IlUm4hfySdBL7KUwiMrhygz6JrEZYPUz+b5AZ2mL4p44HKSebHyidUbXYchxQeo1&#10;SjBoJmnDRrZw2evrIkrWCaJCqAmbmxBIt+92+/1ECh0xlxAUJUgkGEmSDEGlBZJg9cmepeIXbJa2&#10;M4pJHbMJcstww80k0owFoJ7ii0ahguT4/voWImcZUhJEDFla514T7YmLNeGHWkP4z9BTgrwRWUvn&#10;XWJj5phvRQiMHS0IKA5jWnDRm3cmwhjEfRTLD1QqIAQ7ZebuZoZRBYx2km+dVGdIcNOMjwS3HIk+&#10;U8y5gIV4gIkvBLAwXlDIhttDTDhtXJ1AKcs5CzkcF2mzGM8I7M+HxGfV643GxUyBjY6RJ8R4Ajjx&#10;6yYmg7dLWQmmFNlkgk0MyiNDEg4a9BaEKjuJTIARAfCMNnVBWWkTcez2w+HQv+yg4vNNENqE1WJ1&#10;iXzVF9dWYBl/potC2JoMB3i94P4Fg6/FFix2NxoZwhi4MPdJ2WjM7QHGj1EZUnBaDSd9zSJGziPY&#10;E6Aboct8QZDtmH2MO0owA7Y3gSwNzJwJ1pp1piO6fZdUc8wD2UuthNAmkbYQrIVfRlTICE5cTCO5&#10;Xmwn5NDjbIS7VjwiNhd0n1NtzhXAd2cQunE7TPOgEWKldWDMCwk3lR7PJpu5HLJyRi6TKWat5JAs&#10;cGosmBJpKhQU/AGEMA83QVAXHNCAtgdcCHQ6eFpB/F4siCtjuBaV0kjDMxwm8JgGCqw6BBNOwf/E&#10;HTBNF4Hw29RgbvBUiXA9YoFX1/vjQioJ57w57rhRzGxjfSQK8PGFomZyeVl6/UlfnjMzhlpdeK/a&#10;ZCR5zYQtwhoYSqnOfSVP3h2FKjHzrN1rzMWv7qzbITJoLlbCMDJ95ulm1BNDZ32WsOdGFE9OF2Cv&#10;3u8zv4syXUhaU3/aY2yki6eRGc8tIKxisZ/URhYZUPYEnFMf19x+FOwwGoPgjmEe9uOh7p6SHBUj&#10;YRdfMFQZ9ESBqy8os5AU4hnMA4sMg+EESPUsQmYdMvS5lcB2YCaOFEg5TVLCkfTzXbBJCIB2GdRO&#10;rGCMGVBCm1Bvw+nAbdP2u4tFBTF2OtZyR3VOVX0xcpHqh4T6DEieguVROsRQfBxlWAB/fno+7k1o&#10;QKIw9UfjyISJBgojjK2NmJ41Yzkb6ywGA1opQ88lQvSOp2+KhIPtaLwQfaVYClGrpiAN+8pWGMBB&#10;R+/MIQaKNpgEuLXpRGJA0bANXg44eMC3mC3g0iOkRXNDbLOkYbNjs6RMdm6NqQlWykLUoJchBRBp&#10;QJa8nwA+wxiz7gzW5SRPY7lhpoSTF0y4gJZEepumFLViGSVR3JqEnlMZ49FgSTOGpIn3hYPC0SHq&#10;FIpFKaL4VaQHEvIgRXQ+gYo4FZO6k2dp4aAjFtNABrITClAPc2AV947dAPeRPhz1L4bnlBBKywld&#10;zxN9hj7jqYiLyRYZvx5cTEZLJIRB4uHho0blb8bYLyLE8wVrZpAFFB2KHhUIRHV+gVhv8TVSpngQ&#10;YyuOJgKPxYitSTK4nHreX+39d3+gjvfVMXGQx3AEqfKps3kwRF4rLGWepESpXLFQlMznrb6ryxdX&#10;meqqf1VmYIBOck6JHk8iPEylSxTloXhTiz8jhvBQu9n3zGVvFqg/XPZaEqsbigZ4KT9d/skyiOVa&#10;1ioBbgp1C5VwMbpSosrB4EsDIb9OPaFsfvgUs37bV/LH7Y3tR48fI+LjFemEBQ2LYIM2FZeZL36z&#10;FMRe4bGqi7vR065ax6te6lqXqsSesmXQ8XKZVFNlXAOkxnWMkC7C8tvgY7gCasN3qb+3elF91QeH&#10;q2buKoQ2uGIUX322K0eqZSO56vVUy33VqAbBu6LXW7D1CjwO9atWWb+WKBtLb2bVpF733yvR8E1v&#10;q98QssN3Eom0q+jg1QVbIbjG0sTrOol41XXfxrKv2uGrflUUQ0qfpamONzRuBRdpVwJyWV0ytlh+&#10;4nClEb5u/tWN2T24v3t4D27lXDxAya2U+s1W+RraVa7UitF8BagrpXo46PdDZSrOYuZnoDy02z0M&#10;VBNqgMI6j6hcXAbolmQKMJ4iEmuskNirAF6mQBGFz6q0aiRjFBtCdYbvtZwp8KmBbcSiTVmUX+P5&#10;Eom37Jx5H2zSQ9G6yiMgkyPZLaR7ZEnz2ZZc88g9J7ZbLd9/cH/t3uEwnf7NN89/8etfts7OT5st&#10;yGF38+m0E8ehnlaECCIYHQQP3NvfpIcSOy+JjwzWijgTYyQcp62niDi9bBeKua07Wxzu0/Fks1JG&#10;kEUE0X4pizHg1y+OMH5Fg5UyvGav7RDTkUze290ekiMcMaBavm61T1/XKuM5AZDZ7Z1YeS0i4yYf&#10;DSV96bDVmIzwxmLwOK+f1ze2ybCwcPvFqYhcH1YhXSxgXipTgB7MBgT/tdO+dEcD9HU0eFN2E6hi&#10;3uL87QlsFIjhbMxcpnqNeL/LRCL5/kcfwVEZjzFTJV4Yek2EbWwuFrwS8w0qAUZ0+vZUDNfn3mdf&#10;foX4Exw1k0kTClUul7GARsQbFzLAtNlqsvF0oBQ3UdLSicwevP8Rd/Hs7CwP9usJn/PFi5egH6VC&#10;kYtQrq5laX8TTiybqdXPayfnn376ecLJvD2v9cbTF0fHwyFWqMA7c8IMgaazTgHJZ7VadEV06Nm2&#10;TQTi/sGBO+o//fqrbC5TBhOplN+8PiLZKJkpldfLrDY8Y7BtyacyaH04tliKlG73f/SjLz7/8vyy&#10;DuQ06V7e394cD9yPPn6ysbfTbLU5pOtvXq2VMsxyPtjb0QEDR2OMYhhUPNnd6QymXx+dfPzkXrWQ&#10;tZPwvd1kqWwSQ+W6P9jf8oZjMMFcNt0Yjh7dvUOY9HqeUzPadadOKv62Vv/5zz/bc4gExGpoTjAJ&#10;4ZwkZggEg1RSCx4d7NCC7m4WTi/a+PJQMmwWnN5ocnzWzOQzTE/PT89pgPc3KtCdjMBkFnDZ6kFY&#10;XWC/NIEd7By9adcvOvCBUqa2s5nndbq9iWMHmUTyoMpgQtuu5EcDyHcWjaIUst6sUik+O6nnE/HA&#10;isBoeHlSj8y884vmw71NGPKOk8RZCQfOerP2ptnBWWtga1YpE2TtBjVVZBEvZJ98eI+W7IJmIBm2&#10;NfdyCpGeM4zoFoTHajumnNHc9rDDcJpyY+y7QDuo9RFXSpbSdGLiYUNFT4Klx9xLR8bKwH0mmwlA&#10;AyW04dgCa7EyYw7NJlpKUljiebEgWZCByAUHRUc5Oxy7bDfg/41Ot0R9PCO4lUE5g30G/9R1GLaJ&#10;MaOm5s1UH+hokeNSSw3B9AC6wNRIrnBFZSS1mxjoMWmZ5DC2ToKXTuXMtsTkhDhS+GmFVBxMNSn2&#10;CTH6c3c0afbn2TgNGwXjDDod2mN2ZvEeYyzh6clo3BK9EUaRQEeYOqEkDvmHqa/ELHFABnYFCieq&#10;GWM0D/h7atuBG9APEp7cGeLIHF50PbAFloEKhJTdnO+FPzTQaCGT6I+nDBfavR62Lxhp8wp0TH0U&#10;roz1FLOLChigBLcuR1S+Vm00Xstlx4Q9aZKWQaEnZO9AH2FzyuVZgAeyipkBcjAxOMAmasQXT5jJ&#10;O2t7VIgE0NqiBQWkiRVgzpq0zRFmBljWEcxSLWSwGY8uojulbV7hrNun8CNmcxZKfi3FO9+Od6xk&#10;VUA0DMSFPhz5ymQgPhfuDle4MFTJdfRLtowtKaFIuzX7PI5zQRPWS0jc+W4UXTx8bhZOBb6F/Bvd&#10;Q8YMAwTzpsGkR3wNYzhKYdYbrALWNYfLeOZjk9sZDMVXFFwQRsPYbY1Goi1fwJ/0LjDjBfrBgZkj&#10;KiJCU5y7KeBzZqLo5FS7Od0uZsGV8Nqhu6bxRvmXhMSM483chYPNxcQxmi+JZcNM7OSZMXnn43Fc&#10;KW2gTuJ+SC8NPlLHZBeL+4WeTWfPGh3xaUbDCeIdz7S4KMRika8VxSlqyHyDFQyGTBo6hjdD0aYv&#10;MGIh25S5SGfaGcw6nj8YAytFEI9G81gAWQnBo6SElEUNijU3bOps4oGAez0ph2Kc3rLza2MDB4nA&#10;mBBTzRhF+pkphwjZy1DjEQSl404o48RFQg8zjM5YLD7NymKGc1ogfNCZsM8EninEU93pAn4FtHAy&#10;mRozZLkJOpuo8pLBqknmVmZMppueyMhThsBYa9n1SrpkhNZlf1wuFqB1p5k/MypDQIQTRERooHhH&#10;0T+glab6SUYSRTC4GSSDLjD/wHVTSfDQkSxyzXM1ck0XY4bahE4xSqVHpuuYSq/CQzFWcIAthY0n&#10;GdiSKTHSI1PNmDHqSMXTgv8xBQmVggrnKoKQiCgPpqAASMIZf7bmLt8ulkhNtN7JjFy8eTOYv2SE&#10;F5kTKYwZxgWD/KiLf4eJmkCz5+EkEnND4FbNiymMkUuni3GJJqN0oAt/Oph2icyCtmFHxtRN0MZF&#10;lmBIIDTqIGzVaPlKVga+D0p+HBPlo4HhByPC3kyhBLjtxWgWMTJi+xTjzsABIaIAkxDaqo4YFUyS&#10;oKMIEKboPODnLTqkSBByoGtdkW0g82F/5ZKFjhnPCHdiiqA2ZacBH2kZuONYBWSSeGGwg+EiAbof&#10;SEQ79bDvl7mvQJgSX8uH01REDA3GkNKJVs6dDaEVacysgti2cydlOkSqoc6AtYsLkkmBEo0HAmCE&#10;0hkxrJTdMowJB16DHQCVltVrCj1wYhp4PhFpRtNoQbZlh4AToJIw4QZDoh/7i3HIC/Ascr8EF/SH&#10;wdwxyCPP6KGqcThCZVizkFQPXdg+kp7mYfoYUbDfkB0I9JWplScW0RYbO/wexLMzcWYyxZtTgkCC&#10;WbDUoNBk23krVbIzKbh+EcnahS0UQIWIQi8SmxoF8gl6iFx5EniD+Xzodsj06i2QBIv/FvUkZwfz&#10;L8jdtMISA+xL25SMxLPRGGcXWhauNBAiuze67rmiRDK7+cud//YPhfF+95zcL7E+xtFBj0qWsEJc&#10;JXclFs/n0ALCWGCSOLUk3F58HgPleW1I1JCyJlrIMaWroFHVv0uTFiin5VABvPLn19mwS4BOv4pT&#10;VX5W1yTVK34ph5C0uFKg6jfZOiq7SDGTWXH0up6U6vIf5VwlqQr0BxQfw+6lnMdaeGdr596DQ86p&#10;JcYrW6MhebztRvubL369bJaWTlCrdvdGtXvdky1zYq/Ut+FVr8V2LBivZKjpVyE3t6WmusRR3erA&#10;ltZL3w++ve2oHL7b/a5Mj68v1Kp5fZchfU1hvmqSb7GWl8rk63Dc8DbL+crZ+CouN7yBg2/cqm6w&#10;ZRVVbHw/E+m6vVzh9rdyejX9Kob3xsjqdtZv+E7DrL/zmjcdv2ChbFT8a4kzWGUThTf+0+GqfV56&#10;hl1fpeCqn1dGKLqxd/jwzsEB00ZBlCAo0fEuWc26mq7csJpvPqHK4/VhO0KIU2WJcDGoHogbhL5B&#10;b0bSAreddUNNwUux7EOZ+6iUXlOG9apn9pe/xTOh1pgM1KT60ZZgMCwEf7n62YI0xfPWZOsL1FoX&#10;yzdN/lYE00x0REqvTL3CpVO6ipfUrm985H/+u3+DsWexVHjeaDXPa/549Hh97dFH0GL993Y3iTtM&#10;peIUmNNu/48+fg8EZ9Bq5MhEmSNG13Ah2a+sE7D79PWbX/3mqwxmUOnM/u42X4dRor+YOJrfvmhf&#10;XnRK1bV4qdzuj376Fz8y1grM4U5evab6wcz54Uap0ek7pn/ncA8zJjyFgJxO3zb++t/91fpHH7x6&#10;8wbLmqhQK/0ezOZuB6/m7YND4tCoofP5PPsm+t717W0JQksQPAEkmeTiJlKJkzdP+53L+vkZQyY7&#10;5rx9+5ZoIJysjo+PkM5m8vnLWk237I2tO8k0otYPdDuJy1+j3ao3m6VyKVfCC3kNFnQ2X2i3uvDr&#10;Hty7i40WU0kaTjuZ2FrfeHD/4dbOHW4VPl7EI5GvC6/4st6AgcwVButgc/vRj360fecOxOnRcJRK&#10;c+ymvv3m6UX9cu/g3sbWdiIex8IMIJoxCZrhTCrN2LLb6X366ackJV7WzrcgK4bzbCFNAyEOrsEi&#10;mkg22+S8DmqnJ0dvjtI5yq4sMPjZ2cmg06pWSoDM9LrseehbhiOpCGESCLRrx6dBlBiSTv2c38EZ&#10;Fa+F4WD06j/+vJqME8Twfmntp3/0wxcXTRynoLZ99/WL9zYqZCPxMxTcMdt4Wz+fDjt39zZ++uSe&#10;A4wVDC4a9f/p3/5ZtZrrj4a6FI/uRraIgvnVS5w7psDOxazgXOv5NJsubQkrEAH2g93tVrt7sFeF&#10;y5tPJgDcybE43N3KZBx8GH/w4SPcGkGosF/8+uWpZIoY2g4U6Le1QQ8J3FiCb7hZRuS74/om18cP&#10;xiJ4RAjc+eLF6Xhm/OrpCfFMx68aP/yTn/3kZ/9lAqZANNpqj47rrbuFOOBhrzdsoHXrTYrpJBzh&#10;mOTzRGjmKFZa3T4AJaDHw7070AGIs8TalClGrT3ADeq01vrw7rqWjRwH/dzDSvXHHwxis9L+Wny9&#10;iNYLy9eBxkRgQlpmHzVdSJx0X+Q+PKqUppRfEY+uVBNm54C9AvFVDq8QTWJ7JEgWEhfoD5qHYECB&#10;Dxl1NMfKlNYbvmYURS7mwDiXWNImsW0EYn/LUYenr+8TysJZm+CDAxUAmmHUSRetGRu59QWwoR8A&#10;LFshdAMH2Ra9CYx9QyOtE+CazNEZzQdZ0cA40LnftgYQ78kEYs5P61jABwmpFnd7AaYaJ/O42W24&#10;s0GSNQ6MBgrHGa0nM8k8SIGoMwOcpUC0wG1EByaSSiNMOvEksTXUX6F+OZbYGXYpuuAhRQsWxVY4&#10;9AiSpR5lYM/1Rs6Kc70BS5nNrusBZYhjKJxQUeIShDvDMxXm8AIX3EoBm3kL52RQI/qvONMEjxHA&#10;oswCpR0TN+YQeQukMeSHoFadWVjKOli5jD0a1yjx3YwAqFBBPVgFIjMG0bFC7hokGJoKktsI82La&#10;sJbP8H10c5GMi6/KYNpzdbc396APeGIkw7kdZXEilMfpDd0URqSAbPQKwOj5VBERPkMKOlB6bssw&#10;L1otumvGCrBJGaj1x8wggzgWTlFtPRc7uRhSOCeNuFgcSxiUNcCodL5goHbZHzBkgIMynC1IZxkw&#10;y9ei+FtFTD8dj+KCDEQsmKYQ2qSfg1XbHPTpYTBAhq97ftnGAoajZToDiGH2Hr6+aIDCMmvJAllP&#10;ZxPfxzgVjIGZCOpbuDKslDGxZ5C05Y+iTLWoKckcpnAqmLChad4tujLCNmm9mNlxF0xkh6FQr7H5&#10;Pm72iMMFtY7IlCCYoNnG7zfgzgQMRXujAc4TGPKZ4vrCGobbD1laIqA57JIMKHneBcwhAnSRdgqo&#10;wrJJq9XrbOTKkF/a8xG6XDKxWYL8OiD/bOJhhI1xdinm9MZNhJQOSciEtuh6yU6SSgX8wcaHFleg&#10;qoC43AyRTBEcpWgZmQHqNqCxhASoyAY+L3MRsnHngC/0iXpQtU3kAEwQjOjU8uGjopGeFiPobLVI&#10;6IrIjhlWGNbHgGZk0UQ64IyKlQaG3ANdFXkTj4BfcCyizSTIGDCXx2kMOitFKZsSDxETFdQN9b5L&#10;vhr7yUa+DKLF5DdhJgqxfIQV5IunFcxPihVgNHLXnNAqOllcgW1tiusuhUHJqaZsmYMnY1lRPHGI&#10;BtThEI7EBZk6gukggkwEwMkUXmUglT6KdOY8QES4/IL90JfCY87EUia7CpdAOJxM5sl1mtE0Acwi&#10;9J64Q+WIJqGjMDPWkom0CbsCcJjn0RQ3zag2XZgFLLbgf/r8dxGPOqFH1zSA2mDpjG6CkTR0kRZz&#10;bwIOPQPdBE3eZXekKeautFWhCzHJROwgUkgqchNHqqREg7MXsktMwU9H5DtLezg3hezgkaoMrj6b&#10;SUA4mw1allk47uEQR38ShTvF/IRShUKGjQ0knMUWqvC0OfspFTrW4hRfpKxrkn5Bmi2wPZHLEVpV&#10;hAMxweV4Ny1nc+F0gG+b/VJqYvh1BGz7nCgM1fKwA5iHwBpmGrZg8BrhOqdsH4qeE7UgbDOogL/L&#10;yTAat93FEFA1beU0IzvxSUdYSMiqLkgFb4R3Pi/JbibhrboM+3Bu4Gqwz/iwHCI4dBIjTawBi47+&#10;B7KfqbqdKaB/KBlEIpFlskB7MxMrGSYvMjYyJK6o72OPDRNdwtUXaNXTsYz0RWJOMuWOASyD/CPG&#10;p0oFb0B0kiMMjGecGa3wCWlkGdIwqJJSVReCoa2K47nAO4Ih8wDTkTs8aAwRFyJDSIrmLmAoFuXz&#10;cwsiAhjxZCA2ZrKAoQTnhgBAAjlSFZoWHoiAWamYnbedXExQghjiExzvLQnZRvPHrMmRN5b3+7Pt&#10;P5RzVXfoUl3xcfp4ukwmol8Wt1oqLIlXAQCxpYgPOj0xVxPejfQYYbDME1IzVmlxWb6WEFAVWzhU&#10;SbxSoHvK1EdZWwkge+VxtTJDWpruBsqwSmG/XFVQMtmnFBF6JTCVRhrQTEl8Fb02WBpiqZ+X2QQ1&#10;BjRJ6Fb9Vp25Fh3Iwd3Dnd0twjslnUispI1lx9ttdb/+7a8w4Lo2Pg7/ZTTtrdSam8ibqwaS5Cqa&#10;BXlXhUZfO04F112uPDA3L2jcxAz9/zW94TviWv06SjdcKW/1lV74tjr3qn1VPZ78gJp26v+ilwzf&#10;URNfC5P18F1L6lsN/40H1g1OG95AsuFKrnz9W7e+xDLXePniwb/oePVri+YgXHW41187vBp5LN+N&#10;VTQTmgublaVcwY0b/vn1ywbXMLpCpm/JgpcGVso2au/ewzv7h1S/Nx3vbOnarV9pxq873mtbak0Z&#10;hWsIORGEyjRPKPPSrcIOAB1EkQpLy5Cbr5aAcNujMyF2SG50RPLF5LngaOUZV+ZtPDSUDLShKBRn&#10;Sw22nP3qQl85jQsr2hA2syfraoo6ST0mfBNPmmR52IzbSLT6+tci+SDy3/zkg17g/f1X350fn6H/&#10;q9iR/axTzib2tyr0tRlfWMqM/7Moq3QrGeh2tXJ52Xm0WX09Hr367uj/+vTb1nlzv5DeLpcwXfj4&#10;h09+8+KIwImnz5+/bfRfvbmYDIbpVHwjFr+3vUkC8e/+/ldbafvFy9cYujBiTWWyZ/35P3z16qtX&#10;jcary4Ni7m6ZVMnB4eYGypSvP/0U9s7e3l5gO5Rdnf7g+MULvmS+slYorwu2OXXJvitUCu1mm67V&#10;tBPf/u4LDCHr52845mldcSWNJx1hCpgxrKFy5QqExjjlValM17q/f5gplESSMXGJ03DSBWg9uWJ5&#10;++4BdtuctXSSKSddWt/ACDqYzx49esAk+3fPXjUo4TCkyeZevHgN5kOU0dIHDKD42YuXKBVZHNVK&#10;hdtKCzcdjx88vE+/LXYOk0m72WJFEkWFPoX+PZ5Icu9yuUKluj7o9V69es28ZDqdsZ82Om3SR/AO&#10;hTSaB0pI2ugGsUwgdIScYTCc/cPDD374iZPJMWikSUDTVSmVGDUiMVlb3+bFQbzpqCnviK5iUAqJ&#10;cXBRn3lBnalBpSA6jVH/8ttXX3/5FIPwzNrW758+/+LVm8d37oxn7sd/9P7r2iWUbrYHiGSdzgB8&#10;4UefvPe20T6sFlu9fjVLheCTz+hHg1G31+2PMHccD8Yvn8Niv8RIZntvqz8Y4KMEbNvsdgmZhkvc&#10;6fYdTD4o31mxABHzYH939zffvrDt+EWzT1+RTMQvLkhXHjMBaveGP37v8M1pE3X50WW3kE01hn1W&#10;LcEeSNtoq9byWTxHPRjhPreVq517XR91cAYlwZeMmrj99rTWeP4GWYpT3s2t76VSyTcnr7Tx/KPH&#10;Bxh/D/uDdUnRI2sQcRCEOySm1PPjapIG05xNpie1Bs79iepae9hN5ZJbH+xl13MT0hs2I5H7aS9n&#10;xUu2U8xJzoPtteY4ykxHBuyuSD+cNOakj4QUYST3UljTwBLzypYQh3FmmGTAFBIZMdohgBCbEClN&#10;0ATDy5VyjQqN5dcddQDiQesySZueLcMxqeoegFaAXiZv3giWphmf24zRkpbgBxOYumA1ws9dxGHV&#10;cqyR4mBEd/IlGLWUryi7+uMuvjsRwXARTmJ0lJYaUpuSuUL560nxEWVNskGBQTG/p3FkkM5EKW4l&#10;086GR+tEZDExpYC0eGVRsHrgh0AdjOKt9RJxm4lC0oTfl7DI1aS8pq+nD0fcaIqQk7gapsw+8IKe&#10;d5KiBDU8jDbFvk+3QdCoWhjsi+YiiJZhyBmeLdoM9lyaEEkwSNl2MSX53DPVQ+Jq1RpOsg4qOAUY&#10;BMIiTUs9wQGATQKcyjjG4jGpnYyxeANCwMZHYQFfl24bcxcxBjWx1PczjsNuCa2A6fwIv3dmPAAL&#10;Bo6gPdq7YjJ9OepipgQa3nM9I7aQFCXUd3wz7iu25hrI81AmjdSFMJYlRxejGL89WdBxXwyGU8oj&#10;H1pAUugMi3GunJA2j+hkLKloNuLgk/hC47SgdfpTvuN5bYQUVjk4ahBAjurdfCZxORxIR+TLWLaM&#10;Zz0Ruy5eWRC/pS5qDxfrxXRkKecJ9GoBmZ+G/yBU89MeMymfHhaIAWNqaOpAAyN3JFlHYF6UmJ7f&#10;m02fdccwb5j7QixgijLXPDpV+MwOPFMnNRkM7hRK1Ha2EqKz+xVgQ7gTCDL4tLBuYa2C8IipdRhk&#10;JckctkJ4f2uN/CCoJQNyOwxJ9SS/lv127A4QApZz1e54yqVYLMQjlnKMYOHxPMTsGh9ZiLg8ONSO&#10;c4V6peIZZtpwfRPiHBbpuC58FYQY0CbPOz2WyUgM9i1ik88GTSTfhWgybzgwqyuJRN5M8fVxFeMm&#10;ux4qSoTHREDjKs9HmiUUuZSLCA3WE4RPxPwIBAuxVMpwvPEEFq0lsL/QKuPMkMjwiLBApJyE6qws&#10;WbEm9sYQq7XYsI/a1iJ/Zji+YiD20dkrlibUaMj9XBwmszwQ/ZnQGvuuBFO7UhkJ7wNKoWPneOIw&#10;SIKnimjdlyNG5f5MRjjXKuefsZQjZMfMhXVPE5LULIlIBVhmG4nGUpG8ZXikjsd4HGkZiAUJEpLW&#10;4IeMdWgS8BGgIGlM/JITZf62USiPh43JYkThMKI7nLqZVBbHOxxD6HwmfohmAeujFhm0krUcxWGc&#10;CQ4mm5qY8eKOE8efAJRBYbSyQeHChSoeK4GC6ZBbKF4+Yo0XpJkjUgVpzIIiaatICzb3bZ6Uox5D&#10;QGDbuCjBXPEuBlpNyk2A16KjbsdiTFi+SOsFTbeYiU4gZnIbIzGiC4QpEaKDTUjZZ8DSIjkZE19q&#10;K7zu4ClMBRUwQBoFIoWdjClaAitjDb4Ins1chLUZn5LOEIRTwfLSdAjRRApT8AJGbPxRVB5saMYo&#10;KOZJ0aRJ3Dc8F8dCnE/cFBPmgP6fk5fE5lzSmcyWXovgDwZjIwaNhKsGtMhYlEk8K7l6JmmKEpoW&#10;gdeDMwBPLuMPiNC4M84E7tAEB1ws9W1Ct+HP9USEEAmi/Wy+EmwThjNA7hO+S0AJuODqQuMQNa8M&#10;vAUwEKWpICPcfPpebpFYMgjyPOvgiaBaU24csKo0HolImnafQHX+omfRJPGOJRYXJYsvsZ70t76O&#10;qbI4OQgZAksRhL5+qKiJcPhZksx2oGWxAY648sQHw0UWr8a4o0lhLPC7QH8I9KTLBeZAf5FyRKvH&#10;/InRYlwcJZcpmxwagUcPzKgrYdi4fdjCyzUQtmGTlYDDj3d71OZY4vlNRQhqSn+w/l/8gTreeqcn&#10;lhZT76J2DtbiiYMDoL2Me+DZ5dBkxYDljUYHn78ElacKyvWEwMlCUVTBULEthaYQMVZhOCrFTFxz&#10;+dK8WnAtRfWVF7SyKvKX3a8ynr0Rjq5Qt+vGToJ21LRCKaRVcxeRkF5pWA1FzVhmqHLke2AsfQzm&#10;5OPdu/dg88421bJYqOFcJRUt1K1pu9n5+re/VOypYMnive1Zpd1Ew14hs6sWeBkKFIiOV0iqkYih&#10;3fSH+u3GT6Gixm0fqusm8V1u87Ul1orCvVL2htdvd92T6rf0v6sMoCu+9XVrbYS3nabDG1nyLfj6&#10;doLPTSOtQpVWSUz69+ymboDiWzRm7Xtt9bXx9NI4Krx2215BwrelxOGtYcLVYllymrUr329heszF&#10;IoLT9sqY+l0vreDaEe32lZGfDJYq54jqePW7Bw9hNXPsLW4wXul4l8j8v9LxXhliMRkBNuIwitC4&#10;Utfzr3CgbA+G8VSWHjaeSBkqxGtpIyaoBmeweBgtLVsBqN3liuYc5GiEc8TeL59tmWWlhABClxDZ&#10;mvCOVKajOPDJnzCMkzGz4j8r0Feg4IX0z8H1PCNcuXcBOX28kWvULx/ePziderVGC5KSmGLELEBI&#10;fHt6QXDW7UIkvji+DAajdC4zzRaefffNHKZu4OHM8eBwD9Lk5y9f4ojL7LNLDGW7/9XxiTdDKeRy&#10;VKBFKRScy87QTMf/4Xe/39oqff70yMGxgPA0qIkjtxe1qfbcIKSJgtt01B2hwdq5u/Xq9Yv2s9c/&#10;/dlfZO8cpPLlIArpyGWvZooGJRHnJ4CsuTuBTg0Qf+fw4bNvvq2dnXCazucjkTQyjybibTTC1ArS&#10;xkW9SYRvu9mk5ySQY9zrrm1s0RSp6kSj7yX/goN5OhrQ2TIQ3t6Hzm7Xzs8PHr734uk3mWzh9OhN&#10;tVq9wDZ5a/vu7h2YLchu6T+zeRpOr9dqAdBvbG022sTlBOVyEfrsRbPF0A5b6d2tdcx7ZU6GAZpt&#10;1esXrU4PwkCpVGaHY6rhJOixLCglfBJ6LiZtd+8/OK9fNBpNmNLfffPdhx+8X97cwOpqsSzo05nt&#10;3T1ygaPxJGU0/TkfIJVKE3784tUrYm4uL+pMEV11xR7dP+TVs1llCRUHB4+U93f6w4E97Jy/eNFp&#10;jhGsUsd9+/p1qpj78yf36a7Pz+r0RnfulGh1dnY3i5XSv/+7nyUciHfTo9ol+qBRvzvs9ipYY8e4&#10;sVS/yerOLqAZTlfd3sBy4h988GQ09XpcoekMU4RslkytEas1m3F8yTvVa0CuvTG/yrdMk6hAaiNt&#10;SSQEwwcMP2t053qk3en/41evttZKGMfCFOTJe1PrVvLFSgEuKl0J+HCs0etQTDTb/nevm7/8+uyk&#10;3qZg6crzNpqrtPfj1nnj7RvTm37x1ZffPHv6cBPYDAw+NhxN1so5hklcU4hkXz19/e3LY8jb0L/P&#10;2/0nB9vH3fbMNDDVXXv/PSuVSBdTzlpsYutf1d+a1VlQtPALHo56jGY6i/7EH9LcxigAFQAxCSYx&#10;cjcMKXF5Ch1bnFhj0J/jeeSLFOgLcbtAG8/WQNYg7YTZ6HaxUKYkYmYH198T4u4AR2IQF3oZtOuX&#10;b0e//dVZxA3K+EvQz5PUQx8SWl89PbNLianQ2cwJZkuyr0BKtAp2lsKM9pr9gN0CK4059LFQ5y0o&#10;q7gC0l9D3vUCnJzYQ4R670uWN/ZE/CNbTEyP7hRyJEIg3SxkMlAMObQlSWc6z7KO7CzlhTj74MNi&#10;BnGsSISpFtBXs5zg2FNZeqE0KjSiaP2Y8cchYDAeB31KWuVKib6pnCUsI8SqKuKFpUSBHqeQzMAw&#10;F9EXzh9TfUJLk0y0xK5WaI6FJIV7lOdlMJ6kHVEFMtQvyLhfMiL4f7AFkQzkhUSsizZSfEW4jfhj&#10;gR8pNlnUp7qDC4yMlu2ODPGoYDtoxXTs2fmm6K1iEXgt/hhQbjSGn5aOMQycI2irtwbFtGTmjBg4&#10;yVlOgU4qp5T4PNtjmIYBie2U19huxyFUU9WSotF3g3gy0hrL/F4moKBbMeDmQNUmgtEMJvNEPIpr&#10;9MVgVk0x2orX+6M1qOMAWsScz/0evhSRoDubpaVfnQOT7haIyDEQY5Jqa2lECIAN+iix4zaLedYe&#10;jXjwqbKziSjMGHjNfOguktsgwAqu1h2kbIuQJ8Y8QmhbhM0R85dEKZ2EG81oFpkB/QSeScP5rADg&#10;EobpKK1iKm5YOUSJns+OhXsEAwgimbBbwJy8NRlIno6HQXTYWYghWdYUnR8c2sPKWi6WBeITQ6xO&#10;F1gPmIlry2pIObjio57JunOc/Dx4s6xYxgBZolgCXajzKOaZR4RhjubXiDApyCRSRD1DhaDqZoPn&#10;7tA1SdSB2FcLegLrm+clS2y6RSixKY18OMwniF9JQbZwmA6FJu0x5yBObHk73iWCDwl3CIBlVews&#10;+gMwYEbNlgqxxEovY1CIxwtOjs2Tbj6i3NGTAFNECdBUgSUCxjE7wGRLRErRlO1USEyNGgMI4YEO&#10;ype0RLiHrwXYGiYRyJshMrBC8JvFyZlxFhOE7nAKfVzguCCyWyqB6BaZxWEOR3C02225WFnNxPAS&#10;821OS98jqBpXRJ6uEiFsHCpRIhUIbU3Tn02F2KuLgZouVUM+tck/t8kpmy2QphfsjIsHRCbFUBJk&#10;DpTvbqWaE/trBk0Ie/lGU8hBG/lSNcWwVQpWshLYhYgLF1chFoOFJyVJxkCbNMAs4mFgMM6X7gVx&#10;P4CjF5KT45VSBcKyRSwARxw5sR4T5qoWEEKFyTpMEGzfkrxyVFRLqXghOsPoSxOPAB3L7oEdl5Tn&#10;HBczlktZtOcmk0ldelbI/Cku22R2Af5Jp84jBFNXnH8MC7SXTjgqzr7ke0nUlSGWPZhFhY5osLmk&#10;MYgUklpABFcUje2UfoyR6HC+aEw6nNFzqWwDUEcRtJP5yuAAoo+JdHwuO5zIvOGpEIuFXtaPSyuB&#10;pJZnedoauYaJ9BSOCfyYCBN9fhrwGf6uMFV8gqHgHLNH0b/iOhbhdeNR3OBMTCbZ5bBwY44FiXwe&#10;Ybw2hVoRiBrhxjmWvYs2zxRkVJJoJP1JY1gDYSgirODFACd5LNB8TRoYKAvw9lHE0f2iNpWgIXHL&#10;hU/IfDKI4wEhmfMcxTSuXCS6TqBehAw0J0JNhALiB/BvRthsMajga6LIpYuykZlISi75iuOhO9BI&#10;+oVUK9ZNoXxr1dNh0Yx+mDkQNAHJRhIWdxBdWvHQHPsSU8JogKY5Cp+b4zMq9whGtck4V0eNNJtw&#10;MLGXwicPxImei0ZDyyqBWT0V62YXqc1UW9ji0gTfgL0tLeVyBOoCXJEkdOv94l//gTpehuDMKyCn&#10;1M7OIOYBMdExUmgw+kAKT3UKT4VGl9rQZ44rNbjqDZRlndjg+RJJKg49V1FCEeEBQgddWkMJQcD0&#10;l5RO6Rd91b5e9xvKutlXsBjdggyulqTWhQzLJNzIV4GyykjCUP+4VD/y83Pllwv32lMjDxmh4Nhn&#10;moPmxXKBPXj4mPIVhRmdrsBr0m0AvnmtVuOrT3+prIED7TpmVr9hF19ZSenvxhItk5IUaQXfjQXv&#10;LPFEhv4uJfm667sFyBpLfFJfimavuNw3rk/h90i1t7BcQ78RECuZc6ikwsvJr0rJVaMDlTi0nCEs&#10;+cpBuCIU68F147m0dw5X76LdNHgr1HSFL4c3vOXvQcR6eOsy/Qv/6avfXL5pqH/P12rFw1Uvod+8&#10;wrWv1ZLSqxjBgSRuiiBFrGKWsU5X1Hd1MZZ+yHpwG1vWru/jdTfPXdi79wR8ERsVYBZeEzSOmQgE&#10;LOUZfhPPtEoqClUerwyOCc3GqAVnFgzMF+yHURCwTk86XtYh5rrKwk28dsVazbTU2jCuQnQZSrKt&#10;oR0THBgPOzgdfJsZP8bSlRhfvh3sHCEpLVTQ0TLBS1co7+xKxq2uFG2vLSFrzHR4COaKxa8gbZQt&#10;OL/IuxuRP9rN38sW8qVCORn/659+1PMXvzs5P7vs7OTBad9gnbFfykeSZGpYmPe5F5f6tFfKpCvF&#10;okz/cvnTs+4XzcHLRltPpr+sNS7AYXuDh+8//uc3tcFo8HCLmHfCcu1Hjw8ZOR4cbB43mwS97GMg&#10;QQhupVy7qFvDycHB9tb7D2gqaqfH/+6Pfwg2+Oy7p29Pjh5tbz7+0z8F0gWys5zc+dlRrlhE0sKu&#10;enxyIkAT7XQWMnWK7ncw7CdFWyWDKy4xcwWesJ39A8x1e73+8Zuj6toafwJRGSaz2+8Vy8hNs6+P&#10;X1Ia0B4cH70+P3rZazcq1aroH5hbjEdkAl1eNmgmMdEFIkaGCIxJ3NPlae3Bg/sArbCkf/fF75lJ&#10;1C7rdLBRFcl83mwwUgXE5gJ/9Ojx1sZmLO5Q3AiFCmvduMiGi8UyoH65UqG5RTLH3cRB+uTNa7jT&#10;33z1e6gFFOJ4D+YKxVqt9uTRo1SR2ASHURl4AlCRQ5mLvdPY7dEep9OseaZ1cxXsRoQv1L61jc3C&#10;2lrjokZLWaCExliIzkIBKNTZvd//tvtPf3/22eenr7AJO85CzIv6H+7t0exG/UncCPfvbNQvG42z&#10;OqLLbzudl6dnaeYLg742nv30T/9o6GNJGt1cr9hJhwX+/OQClOjw4aPK1iZpHHzK+ztbyVQaeU45&#10;bVcRACtODMvgrNkrpVPTWVi/bCJ3KyQTMqFhxuNCCo18+fYCvJ3EG1DK9VIGWJ7JO9GUXJ1ef1Rr&#10;9wu5tBfoGxtFxGmYJCmlSvSLs9Yvvr1I2MWLMc6ncz5VqeiMNC27VmWnpz/YKRfro2Gt1VjHD8R3&#10;y4lYtZRrX7ZyJJpkiyBqCSSgZuTosomqFHZraW2dHpp04+7c/fO/+OHGvZ2TfvfeR/en/nAQtNc+&#10;ups4LHiFySTio2g1E3kSpsigRVcItxe9JeRKFSXrFiJmIVlAFsU8B94XNmzkDqO2GoazSyyXDXMm&#10;djVjptjwGoFVHZy3HBiHCQTnUbWTRgTqjbKQ8ECmqGCjqKynkTOzdwAu0uk93NvdW69sryddXxqG&#10;XCRcz5OkCxtPDK8SVAnUJlOYKeIiMVXNJ9MZJ8JaIBHUV9we+AhMkGhUrFKSjQDnnRjhu8AYSVuh&#10;ddOAkoKjlwEQ64pBPlZVJBMHQlWGHQcDZOjkC8PxvJwvGIAWEOu0sSKWUGXCbZlODe+8T65Y2J+i&#10;9fVpphw4lHbuvFvvTgdQrzO2g1ISwRMdENsFflrC6MIWFNNmO4sqE/vgmCi1ROUElM0GRidI9T1w&#10;RzT/lPsxCbyBQkjwox5VfgjUCKR/89AhNIC0bGixTDJ71h3LPBKvaqYpmrwQ+wasVHoq5BQEXNMz&#10;8XhgVUa7yLXrujRjoRhk+iFGY3BBdnNONhV15eO5EiEJD4/MqIgS5wU+FrsqGBOgRy716w4N9wLS&#10;GU/eWIQkrHHodxbxO1hPF1IJ8Z8BZLbNjVKuN54U887F2E1aZMOmeu6wnEufXg7chU/zxXk9mGGU&#10;a7xpudC9k1EDf2D6A+jHWcdodHvA0XGVfEbpDXq5kEKHUCXSSTEJIgYWVgFU8NlWhfFfgHkSt34s&#10;LkpzZj8Upgk1q8ARGMq4K3XlDDM5iKXZmPwYlFaNcGot2kb2sliwg4E1jLoMB4U12gk0UtFwRMSS&#10;Cj8t8r7x/EubWmPkFgt5TBhLgB1WUh29eNIQWyIbFRNPlJMLsfRh8CgS6tls2B/1+diFDDhJkj8h&#10;mIean/sLt7ycKZCTjEYXxgog20Wnx1Y2xY47ig4ZcyGMgFgneJDFiqm8UGfFXcyCspF0eB4lR7Q2&#10;7HnahK8I/o2MAp4TzFPSyKGBOk4R0DgaWmtO1VH8akgQnC+qVrIxwgUvlWllhNGV+GhnsHkw5QuJ&#10;Zo/0Geya42n63iTluwHrssSsrT3pR5NJACDKA0JKxyg/k9ini8cG1z1ukduHpxczAj8utN7IGYze&#10;QN/JZaoJEm0dqO5MUibDUSlfotdizIKzYSEZzdoMu5gPirc2YxnunikSYLyLonA70VWgjMVpjpOC&#10;K8XpT+2asJ3+oN0aj0ynMB/OgVtH7U4MifuwiX2Bk8hxUW1hjVJu8HwJF32nsMHQIW2h353kY9n1&#10;RJmIqTTM7XgGPK2YyKOeoCGjp8VfOpMoKVrdTIS4mH3ZrJmpOCWFQTpaRHLAtK0zFdI2QQNM6unH&#10;YY7w76m8gf9AcR0T118ksk4hk0LSzuh57A6JagNd33CqcY0M8C4VDtsAZwWTA8uswhIZzbCrX0jQ&#10;o0hd0XhTO4Hx+qbyRpXpHtQu4f2WyHpAW1BIrAEsi0c3MU8YGVhMxpC39hl4jmZGDzVxTCjdEsvB&#10;qF5QxKhguTCB2YjIZpPg1BDcXjWii7Qpvb3UWBExvWWYxKwRyZglmRtsLmQyS68N0Ebry47M1AN6&#10;QShwn2bZDt2nO5t0B/gk+I2hx+SwNRenBokIogg2IA97S92jsPqEhCJPPauUHUYs3GhclTcLfuML&#10;hcACsYsRvYkZBEg4eGNc3JC4B5ztcI3YiELhegsCj6JWGALQTbBi4QAWHSAqFrQzMcoTK6Mr8Fny&#10;vXQxj1chRirhJkou/FBaWZEnzKccBfyvjLeiZFljxc/0Q6LWIGILZsddmUUF0hcLashKEO9RBaCQ&#10;U9tJBS09hnAoihkwCYIuJlQ8VhZKHfRX9N30xHj3yVYOaVuTHD3eYkigMpLwYK7GW3JIChbE75N3&#10;kMwmDTnyeOP90s/+UB1vvSnCxYmL8+Vw0JspAkogvtYc0Db4h5jK4ik4hg3ODCaiRIZS14cqXFe/&#10;ylzl4kZ15Tul2gBjZc+jLfkEqgVZsjRNRSu9MqSVCXpw1c6g+jfNZROmOLpcyZnqFqT5YTCnXfWB&#10;0s8sQTBVn3q8sXBM4ZkEPoavC1mTxpMn7+P8iojHEB3vXNk+6zhKgkB8+dk/B8GNwdM1XfnGPnkF&#10;994Cea/+VShcBXFvjRrGLRBUv5HRXmuStWu7qZW+9xbN+N0snysHqlUUbhjcBOLe5AuFK+pvuJLk&#10;XlGgbwJ/9NsGzlcE41t5RbdQ2VUy0G197rIX1fVVltHKWDq8peDV/kW7u4SoBasNwmvbK22V0nTb&#10;jXnZXocrG6ubHKOrO6G8mjQ2GW5QTLwpVrZYV3Rx9Wr6LXusd17mKh9LcGFj9/Dh3YND8WqWpJ8g&#10;BvAwdVkoy954ZVGm3yKYBwpupiMlG5W5hqfsplhC5Cp2BqNsvgzLkJGQWudS1hnG9YwgVGtqqWz3&#10;F8sPzVIE3xUTcg5W2VH85VcwJdzq6mHhl5ZpXuJ2riZHEQnitaLKm3Gpk5c5wDWNX6Z/YuxJxcGu&#10;FkT+5vFeolhJ5dJQlE5eveR7s9nDRTxvNDaQqm5tTUwLS8aTWpPdbn2j1ItHvvj6aCPuxEvZ//fF&#10;cWM4PqpfAsuUivjmxHMYYGaS+LJ+tLvz8MEuPMmDw7scQs++fto/Pj2rNch/hImK092g1++2epuF&#10;zN27mwdVJzL38MjaymMdMvvs98+GnaEzCf78Tz+pPryXKG0m02mcKrvNGhG1bCWnb0+cTGYxhX0X&#10;39jczhepCTxCfRu1MyYFWEtkMhlkscNBP5VOvz055fLiwEQXW1AHdDpX2NjY4to/e/kcSAi4g3zE&#10;xsV5u1G7rJ0u3BFNIyhEsVLlFdjR/v4X/yBJymRFum61soaZs6T5XpIbxPA3dXJ+jkSXkzWRST99&#10;8fxw7w4XmyHf7u7euN/nRO50e7lC4c7hPo5YESGg+2CYlHiFQm7vYP/pV19ib9htNnnFahWTnfjd&#10;w33manzy+tnb0Xi8v7dLvN7Gzi7jT7h9E3fBV0AOjunIeDyh47Ud5+z0THgFdM6LaSYW3dlaB+zJ&#10;4PWFRa9p8u6c7IxfYRp47cvIsPn1z/8Bj9rPj+vDiRx8/+Nf/njUbacW4RopKOZi2CcfZNgG1ttc&#10;33u89/FffgCTbXDWyNhEc5oXl718JjOV9WQ8+uMfmrEYwacpDIiAfc8ucU0cwWyeedVMkojlcC6s&#10;cnCSXMJ8W2s+2NsUyZ6TqJYrOMeSe3p01oYvb1N4UsWkmQvMu8PxRjFLu4sTrqXJrBEGeCJtv3d/&#10;iyludS03G0+ev72o5lMnPZc9Kk315aROLpr0AzvrGdcjrNEiCIFQKJjT+UIezfOPn9z7r/7uL/+f&#10;f/zNJw/u1gcjiGrPTmqgF3h6WQyOyLeJmPlCegzTspKrjd3K7vrmB3vpUk5z4l7a1EvRaNnq+MNo&#10;JT2NO6f9ni/hYEUQkTY0YM9L6HiZl9eTKUlNIdITuyNdnMZRlb3ttWFsEKna6I+lPUJsjJQMlEqz&#10;dHXiQQ1lcDUcgGFamYQgugwmEFgFogNfRAM4fmTGxMu5EvYgC9M34lKDpHMONsItXtxFUh4DwKoS&#10;iRyPtTscYBJcJGFFM9hiBCjDPKVciGFaRvVgBGM1eqQqC8aT0Xwy0yRby89lKr0hHjYkQpF9PY2o&#10;YaGvXJ0LObFOYmIFRRXTo75YzIPu6NKt0OlJuoyXwzcc6Zhk783FCN4QCRjZX36UuMlZEiCHsgkx&#10;vZlCSUOe7ozsWX2WSXK+0qt6XQkxFgkeNFf8PzHaAaAqxJPMz0BPk0mos7gpENMSyxHfFAnTQJDh&#10;wrHEQAkrcsF14Q9PxYIIliZVgSX/S32FdCwls88o/jpIsKa4VWMHi60vLQi5l4zoiT6jRiPqspRK&#10;wMsljOpyOE2o8OHG2D9M2xDm2HoRKBdQQyRMcfKSdFtuZSDZh+BTnkjtyLEE8s3FxfGYLldODBA9&#10;gda1ke83yc6VIGL0sajZMWIxQO/Pu3gLSfYIvaI7ntIaIMolBGfQH9KrfH7SL6Uddm8E5wm8smjt&#10;+Gu+2C1lu4MJmU1Mo1rzICMDWapcosuhr9LO+6bQX0MerhQMeLH+16GBILFDks3fjyVtBME1DAEa&#10;D1aIWUg7tc6wmnNmkzFFGom+1Rz7e3SAUYKDka3ZBg4WH0ZODTS0GRofutSMk6XhzObTneFQGIbS&#10;2JA+CsN6itoW/UVt5qKpLiVIok2haW0OO/Kp4iThOkA8jNhypJUwpkAT4Y8LlhCreRB8jE7URYO/&#10;w8iM67wQfARM1CbnHPoHlz6F8t9tV4t59il6b64n0ptCClAZpj0res6IL2EChY8QsHBvcMOSdKjJ&#10;rJBK6bijjV0y0KILrZLMsY6ZoYDjubhuMXcBnILDIAA/OHZSuggxOGM67Ut3zRRGQMsU23tj0tQM&#10;7g7jIgAo5oppYs7p0icesgtsk+YSkXV1QoP14SAM8ThezpSxeM2khPiRtXNpcTRCspNAr17OpirQ&#10;b6CvM/KStDAyr11JUR73QcIzMYKMA5zmyaKKEccKshQRY3a01QuhcnkwQgM5dkDxeE3asBSYMQMq&#10;qMgjryfbDck1RhJnBbpvV5tqEvtNpuuQDk7kVGi7lSQA+aiuplmQmj3hqDGwF60yQ3b6LsKWJ7Oh&#10;wNBgSsS6x4pxSVfrAw/iPB6JOH6g5n1iMLSIGU45UTHDCcb/iskJEd9GfpKPMUmbk2YD9MtjXJ8M&#10;krpJilJnDnbH6nTZeXgwG2OvmoLRDLGkB4jKLkZj54fiT2ZFk+IWgBuZ5K5B8LcFQmO5BCgSBWPn&#10;sJtKs4TTkoDDkFTgruEugQYkDcTLbSTabDrkIzHTo9YiHrzIHsXcUZ+R60YHPmV7McVGi6bOEicC&#10;2gJf/MoZTkSEmI5yAB3vXNXJrHO+IBK6nMXggGeU9KIwhY2CuIXDTrdFBoyqDZlJnOdOxISS5Y3B&#10;22yRzxFb5zEBmUBvtghLY7Exd2KDDpXtERigZMxQYMDmYxwJWoZjxcgXES93FYiWzSdusJnBepg5&#10;zNRkgwygkU5ge6CjBt+Yk4sEC1py0qaBqGimHg4CkhmOGgeZAe0teGlcvKDAJ02lwdXFV96IixsV&#10;g4ZA4m/h+5tSRQsxiM1fGjtDbPLgmROvTVCmpTQasWhctkWlpw3kCBIvaCwwPGaYIdMKbjopXD6b&#10;IDeN6cwwEMdGcbwJ4Wm4fEGLgR4YCwOmKMNf5jBwpbAesPDEmvojphsCk2r4O2AOANeG0N4pjvct&#10;8UFHtI2h1+RB+T/7Q3W8F00eacbQYLzQ8aZkz/vLjpcAcCuby1HhcL/YZsUKjCEBU4+FOOio2lu1&#10;u0r7CLFTHH0YHcjMR1JFly28gqwCXTE5RcrLrqp6V9UwCFE5UHa1S3Krr5pbpo2KsMlIRu3TwmcW&#10;lWSoEkiD8CrXdyG55dxUU0mOUegjuBtN8GpWZtEf/eATwi8TCdy2rjteqGpTr9Ppfvnrf/QVlndl&#10;lhSEmvZ9yemN6la/iatdNsa04BGZ2hj6FdtWfyf/53YkrWodg+tfDlZU5CXv97rNDd8xcNbfYS1f&#10;i2VDbQVfLrHWW1zrdxrWW5rcG/MqbcWD1W4ygVamWCs35ltpTdo1qHorBOn6JW7Y1e+G6mqrZnZ5&#10;11cQeXjFXL56y+AmWvn2G1y9oegUePK9ZcdrRYwrxvvqui2bxiC8rd0N35klKC49N2jn4P6dXcxr&#10;EtLxhj5192zZ8V6vXv3ac2upTr/qeEE+8JwbDJjQcf4CsVB7DYYDIl4h54I+KvY+WpS5MkyWVxCw&#10;VnWkQktmL4GYY8cU7k7TKwwHPmFM4j5s+ZWlAZsmEbvshwtlB6080sTYivcXdoMMB4V9jfSD4nLp&#10;Buep4CJlYgWiJpHQAGyR/+W//zsSVqDOIoV1LOtw/461s75wEo2LVjWXmkY1t9kqkmlbyK8Vkr+7&#10;aByfdzA4dt3Rm1evPtgsH+TTP/jwMUw5ghXRNKR0owrHajbZi5lruxuNOaWeaH7o3Ha2S7RfGMUc&#10;nbZj0ugvcIrkKKDS+fTbI8ixHVw6fP9tg3Tv8enc2ynmf3Rnu/LDH5vFdfbR+sW5KRomDaQlmcoQ&#10;uVsq5bly8JbRs3AYENnDX/AAL2q1VquF1odr0Ol0srk8JgHQfnFIRueZTCSknVDWObCWoPrWj1+f&#10;nb7uDokJ6Pf7XQRqkJgkvGQhM/6L2tv3Hr+/ubZGoOLG3bsIVjvtpkT+zibtVk+Y1YAYaxUiNrhG&#10;nVa7VKCf71O01RttIuaQs+zu7D568p46XvQuflNcECclaUnp1PHRG+7oKTrg+gWezI4Dd09E3uub&#10;29wpClACjUa9PnmMd+7uuHCUIUJXNqBTNxqtS8y0eUWcGiIy1O60mpI7Khm8ucuLiyygDsd/GJar&#10;VbFXiSeYMsZ978Wv/ukX//Efv/n25QwfikicUOFy1s5G5xgaU7Xd386Rb0FY6J/9+AnNRDb0J91+&#10;5W71+XcvH97b1KNJWwRlQwa7qHFw+qud1Wqn56M2fs6cVlNUu6MOHetka7Nspc0vn59yc1swL/uj&#10;t/XWQhLnDaS5g8kU9IY6++uXR2mLBtgRBYJp1C877MB06cfNAa62R6c1qLwGU6tYfD3nkIcs0xr0&#10;Z5TCRphOWXga19odolboDk/OWuziD3a3+p0+MxF01y9qjVQiEbiD/e3K/0fbez25kqdnepkJJHzC&#10;m/L+uPaGPYZkz45WXAZXUqykC0YoFHsn3SikC/1BupFCoVXEigoFl5QUK624JGeG49ue7j62fBVQ&#10;8EACyEyk0fP9AFTVGV4PgzOcaZ5TBZP5y8+87/M2+4P/6//8d4wniEdyprOR4z3YXLNDb/toF/kj&#10;WSb+3sbPTs4aa/lhHOtVYQ3KNBQly3Ay5oAyoJZp+t1Lz2mOMSTxvGAZlr/AT+mKDY9cpbSZn04i&#10;5aBhuq+pGHBkdsbAsal6WB2y7yc3YSSFqlCCGV+jpfPVeI+V6etmF7JHl+s/Y9GEE1VFEYtEYsag&#10;wo+ymaIZougDxsx1i1VJoxFCvmIVLdlTYSPv9Vl8IfsnMxYNOWsbCirWmDRWdAItwcSz8HE5G9KI&#10;R4JUvz9DNiy4o1SOYoFVJ9P35k3vZDjGrDuZ+fDFWGOyB0NxJ+UKRrX5nEaCAvhq6HCIUOHqMReT&#10;J9RbWzycCZhOQEpZ+cJCoVpjhDR2Jhlsn3ObtX89Q1lXZ4OSMHOusD7GQlz3WVOQS+GNSNk0RVYh&#10;pBxDYkthksd8qi1aXYaXLGZpP9KkuOL2JCZYSVlQIkr421QiimcFMCo+EnpekgBuMUINnRDTnR7G&#10;CA2CgEapR3giO3MRdMV0FIydmQ/vmp27r0aGMKTZ5TWHRPiCMg4ZpfUlxCk6qlC/BmS+JmK+aICh&#10;moZEZ2hELjnyIcjZn1Lx0LJ1Z3eTyqI+YJHbHc9h/rEFYh2N/hvdpBQ+YcRqGlsvP5odCNY6Qc0T&#10;ywy2N5u57g7zmThhJ5zrru7Rr+YyqVo5R7GN7LXOa1KM7lKxgBzR1twC6T4ok5MRmxFePMsSEf5F&#10;Yb2YZ81coXwWpqs8CPBxCCVb1DFhe0omsHFpU39z7eH3o9/XJuP5Vr3+9OwanBI+FEYzndFEMLxz&#10;r1bIjG2uczppMjaz27Xtk5vO5aCPSX40Y4uM7BkQT4RClfqL8FzkrKhrMFZAxeZWz8cyHdBGQMp0&#10;Z4RvPxijLqI05LJCmo6NkCkMy9gc9P+EkFkN5ZJl9DEgLX3EOig2mc4LacsejgDl+oLoIeQAc+pU&#10;MMWBX0csw/sKUOanm50RM1ZeMGNTZz7dru9DdhhMu1dTJoykSZV1P9bI5ZHgN/s94puRbgGjEup5&#10;lPYj0wVrEEzn4oUeoISn4afJmeJmDWHdykZ85iF6JyQtJBpOj6XGHre1b6XypJbic0bD0R91kMhS&#10;bDqSnoaMND2a8RfEJMkVOMUnTOEf08+nk1oJ0TWXSfyqP2YnxtaLBojH4wyX7KBPUitpx/wzUIuc&#10;w1mzynas7wwhvCWEZsnNSJoAZABCXHHPYzcHHsY8RXJOKbE9VSLRyAv8GYwWgCG2PzCKPRvwH0hb&#10;8UDHSAWrQonisYcc1mYCZbDbn0l0EpJvM+zM+ghJU4nsPECc3R85RF5nB3xghgfWiA8nNIEJEF7g&#10;iLleSK6QIoq+4LFo2SJhE8ek3Zq64gqm7JgFKAJoMeXmZVxLM9exHQQLBRK/Mluz+XhI2PqcLwT4&#10;sD9AxhKZa1AwgmGXca1IWkSGwP0qUwKqnFgSdTEfMe5hBouSS8pkxwsWTQSdz0DyvbScWRSC+hzd&#10;tQCbssk4KEfM6lgwBqSpw6rlFohIlU0ysNnCUCBrWFzenojFIhKJmbkmMjFpsNnI0OPh+SJVFsmJ&#10;lcQKIgcyIw8K+oiDPgyVFZaOMcKnIzTBVLyI11acFoEpPlWU2uh1QT9DIqZj9/til9NYLcD25+mI&#10;uopXK+A39sMRqvhw4IaTQBl7ZZGn0i95fEhZKGtCriuZFuuS7s7/U5X4eNgLhGQMUFKRIyc8tlAt&#10;AKlUQHSPRQGLFpkp0mL/h1IaBb8pOFRTVrm8KNDciE/mKvaOfzE3nkX6Apfkoy8IhWrG+penERdw&#10;VkYAcSZTJq2+JiBlcb6MRGci2UJGLKt6JcGX8cRJkA2G6lcXjrMmompWUw6JSMxVeYQ5ZClBokAi&#10;T6SN2vll4yXOdj5tW4rXDOc5Wl4eW4QD0i7zQJL5J0KuuXz0Yr3meYo9x5t8uPnnv8cdLxaG6RQk&#10;KruBKR0vVwsXuiGRQuUSix8E/8ZkwviGIa9kmWJt89XeKVqoLFXvYagyfREjpNpVng6+6iViSnC7&#10;VI5KiRcTbraEVrINlmViuGgO1VEZLFanrHYVxnmBs4oZapguw5CFjXeBFIqEYmiohlX841wCvj/u&#10;83akH/jok08o8hkR8odd1fFyhsyk4+19RscrD8Pormm7Y1VFS2DxvSDe28iiRR+4UDXHY0pvu9jN&#10;3f87K1/usr9kSrjscpcJTOrX6st/ckcwvl3nLhvbew2drt1tmLVFyxfd363eGYZXwuM7v6v+xiJ0&#10;iTWO3mjLFwSkWy/svUTgu779fov7Rl9799NvQ4SN1ep02Yje/cbozRb1Xk+/gF0tg5blWEA0zD8h&#10;9TNmLDt7fZXHe/vXolu59S2wamVMjqngqN2HTw4PjxKZjIqRxsebRr3Pw1o+e7WbNVZc6qWRfLXj&#10;pd1mkqtSznwUr9wItGmtTr+6thVTPmCR87MiAGsnl3d0+/mJtlkxxOV6kx1wwKwc0auhqyhphIsC&#10;lDEFXhCIHUI5I/zbHGboIXTYVK0L2TNXvjxokJHNpUznt3BhC4kNlQ0/JCZm4Nh/8emHU8CqidgX&#10;L4/ZFNGna43ioNereOHe5trEGaMSfu/xIecZDti3Hx8+f37yzuZaW9NgqPBmT15dbaTSMH7QXyOF&#10;RZ4yIXKDzbqZGE3nG7VS/6Y5HoyiVOGrF9doQeww/u+/OmZmz0Dqw/e2h7xzd/bh4wdPbyavXp4U&#10;Y+HWXo2T4r/68SfgmsannUcfvMdOEw8A+6IYnqt+P51Jz0aD9bUa75yXxEStUmv06TW7V8gwEfea&#10;aVobi4ceprx8ochiiiZVDqNanaUrE/3L02OubcauKGDQ6YA2xtQS6Azvk5sba/TD/SFRQzXmc19+&#10;8ZtOv3367BnZfocHDxIZ65e//iW0refPvqvWiqQxvfXkEcFI0ETZssB0qZeLlZLFeI+pQ7VS4TzC&#10;tTXow5DqppOp8hppsYmRkuNy3lBAra9v/vSnPz98+JDWhS00GU4EBT99+i14ZHpd0awbBqvaYg6j&#10;r5krl0GQI3nNVeBIr/EgIvcIdRZLfOmXWk2aef4zrJZMsUbzTwBPnW2wPLWCm8vm1edf/n//y7/e&#10;i3ujzvWjzY2dUsrSvR8dVh9uWYE9fO/BHlU1C5CSlQH30r7uMhihxynn0hub2433322fnmWpR5AN&#10;72zDbzvaW2/22qWEVs4SY5siOo/Ymw4uaAGI02avf3d5wbXMT+C+wAT25K0jbpcXFzcsytYaFXDN&#10;Y3sEp5GHB4saVJ2UM4wsAfX0Ji6uX8i5F73Z+2+/BTaSfvgXn39XAeucTnbHUyufeXbV3V4r88w7&#10;2FsHZ/Xt8cX6Wp095HjqEGSyvbGOhaBYq/Jk9WBLRPNyNgnC/D/48Q/gbHVv2mjaPnj3qEKKUi7f&#10;nA4/O31tPaxvPt4kkauwUcrvbRfWKg5jhFLQw2IZ93qT4beXVzxI6yUAwGzNTRBkcJzoSOJRHOcU&#10;phnHiJqDm+vR+NKeAjI+6XcSqRytWm9oY6fMZ0qdgZdKxKEUMw6fUvVz//nyfIK6tNWo8O/I8FDo&#10;IqAfzmYXzQ75sdgYufXJm+WRz2MUBin7SToNul9mAWymBiPIZDigNUnTEWcEbWISnlt3bOPb4riA&#10;QsqkjBuHq4XF0Gw0I8RKglid0eVVR0ZFeowqj8YICClhrGmRynuX/S5zf4yDHBk3Y9yn0cAGhCNt&#10;GycfuzJuNHBdbISE9TUa6fLopFJFQUn0FS9ZwJ6eKTN7nMBFdljES+dqiKWpO8ljZLUCrKparMEz&#10;s0EiaxBfU1QKbOsb+RLDbdyGpUxKeUf4FdjHyT11iAoERMUMka0so2+ewFQawwEhJoE9wsunAQ7J&#10;JIoSdD6X6q8gHxS7aXTJ0dB1mjOpO3ruvAOTOSF1GVwgZhb0G2wvOe8BIKARtd1gC1xcJs2qk8oV&#10;OLqnkKws3qdz/bTrspyJpG2JL55gdOrTuew5wBnQhAtUOCnayMEU0qghJV6CcyZOZReTKpbdjjBg&#10;ZUwfaZaVobFkgEmSE3Vnpz9h44pGM5fNw5ybYQqeh6VsiuqRnpBFEe2fvFSs1KHkhGwX8kUWH5lY&#10;n7HqXMhVUhhp5KbEMB7LnJT6NBG/GXsDJ2TsWMlalMqYHteLTPJ1mfgBJYuHkJY7fVtEIn5QBeoF&#10;75TU36Swv8dTcpJhBCWzCm3VyNUde/qidV0poTcmB8uADjB0XeRE58zhZtx/bFzZ8HjZeJJ8gpET&#10;VcrVS4h8VNuQvXC7CROLAkvxTZNJMAq84mKCbF5zNGlNXAklYerHlTOSG8GFpZRMkmFn4ekkohyR&#10;FXPNgiWSA74kAduwRTKI005imsXhPxz1rUSeI2U6d/gxwGz4Dyy3s9IOuZV8AR/vWfMc5zkltaCr&#10;9AjHHeOXSqnabp8HgulCzI9T1ucDZ/zXmYijkmc9KxiCmgBvnQ3tDFqFZKk5bjKFsZj6YFqRMGT5&#10;UvOpIp86skTQcgIaRETA6zSAeM9xC7Mr5ZmLyaAUT2YB/Przrdp2hgMTcTHrNm6biG2tRG3RTDIK&#10;wRY6nLSgL0vOrayTo8n4Gu848O54aDYyVWbcPHydCUtC7WbEbCsY4ZFg4BE6iNVZGXJ0sDTTBUBM&#10;rDHZwsmdeqOak+mJXNpi4xTxM+IOHqf8WRpVaHbYK4T/KhZD3MVBH01w4OJ9NWI52vxUjLgGRhUs&#10;NVNKrZgToliuQIb2y4tLEbMS001SMH5MxNaSkQjYfMpHIiIlZEiKWOsp1jcS28Q8Vkilhv6ISkO2&#10;+yD3knFqln2imMRCTsOPbIt7EWGJT6oNCnP41vxuGmPm0ry8bFwSlZK4iGneZLUlDR2BMDw2JVKW&#10;EwAlv28z73KiaRcYz1jWCENR7kprQY8KMoqXRlgagyFX5zuS/YMrWhAMwfwEDSN2UsHC+OcMqSTw&#10;EdAA8UyUZNJixIUlp5JTyVlL8ZolehLpMqgnS5j83GwBFxaqVI4y4GV0IiI7R/Oe0hPlVB5PbDwp&#10;nQ1tIYYCU8CmYl+ZcToIcRlwV4h+QzBWsi+VV8UUylNEcdwMciYwjIC/a2ZLyA2YYpo07Qzp0kAu&#10;BuC9JCuLGjKBGZtxbTym9JSiOqbv5IDiV3iC9hNsNU2+QXIVb5CDeuoz8ZlLApZYcPm/Qusj7DcD&#10;QIp2m8NOYtFBdENdxG6PImJKDhLDGC48dL30sZDqQtEnyygSRKQm8UgMdWSzA1maH8e3z5vkGSSZ&#10;wEHBNMrQXeVb0yXriL1RnD0oLmy6eaq4FCcZGb9FvjWWxck4NINsAXEhIGkDOVNWWkY9enftP/+9&#10;dbw3FK08ZM7PMOsw0VJBU6pZZePAfiWd4jVoE945TboRE3EmD0a1v5XV05J8FJO+01hGmIrfSOlb&#10;FYhIUFVKzm4qWs/CbaqozjL0kOlRsNCsqv42ul05qkxgXfjMahtmioufBbsSakk/s1CCKjW4LqAF&#10;hftx+rhS2JIl/+APPiyVCBOG8xZnjaNYxjr2sXGv+/nPfxIoDWqoBj/RfazxEuIULVhQ+p2yeNl2&#10;CmUNsf2S2W2sQm6XoublvlSl/ty+j1tp8a04euk4Xa2Qjbtt7aIRu/UDr0jQ+iKqdtWBGioVSb+l&#10;Od8HQS33v+L8VK3YAihtrJrBZTbusi9d9Z/qL4cLk+yybVbi6ki77cy1e92yelW37127l6Ck3xse&#10;RLdJSFF4twTWVynH+l0Y0oo+pb4KSmiuP08lPCeEGyifhB+E2qrbX/TSS0X6AtB1h7ZaQrYWmvPt&#10;B08ePHxISyWGsDCEKwTIXyKF1F9YqcL12zAp2dwuGlaVlqKQUcqCGzchbjbb3cbGbqDemBhOwBYq&#10;rYHM4NUEJFJCUXWRQ9R3RHcv059gsaEWH5iKsKYD5ncKViOQMY3EXweS3c3lyD+ZCt9Qk6l1GC4M&#10;z5SIkShxVPqXQLkkdcETPJvcHbH//p/9IbgGvK+PDrcS2WTloPHKDJovXxU7g68vO+gjdw82hhct&#10;j01jNvPly3OKoEcfvX0zmDI0JmCG2wjZA17jasXi8dDuD7vtwcb29tYnn8RqZZq9+cztjvzPXl3h&#10;p13b3PzVea89m1tm4vtHe6Bczq6HRTMzmrCnDbdKIAdSya3NX337onfZ7sLZSBrtV2e1rQ3GrOly&#10;ndwgblJMjcLCoHzCrwt7t1DirfEIGfRv6Nh4GtR39mgm+Sxq6xA7oIehisxeXV8RKIDpz7IK2DXb&#10;zXNq5s9++ZOTr7/onZ/XSvnxeECdsb65LgEOySRmUFR04iSJvN98/uV0yD5jlC2Vdx+9Zdv96+sL&#10;z3Fq4Kla7Y8//piP+PWLl2yz+SYrSNDy+Z31tZ2N9ebV9cbOFkuM3Z3tn/7s5zwXXzx/iTGYPvzl&#10;y9c37e75+eWnf/xPXj9/zvsq445uIJ81H77zzuXVJcEtBcmxQz1JxWubEsAOJ2b6+ZdfXVw3Z47D&#10;f6b5NTUByaDfo2TKqkRcphWNYml03fqbv/qr1tfffPWTf3j+9dOnn9O8/5bwjbwRvLturVlmw9LX&#10;SpRSiVqpEAp70jvYQlnGOMfIZCgpgo8/+cAxzLKV/81n34LM7XaGYIkZrY+IhSxajj1Ef3XR7qKX&#10;nXjzer2Cs4ViBGFnJpUtlQo3V9dblQxFfKNSpE/qjaftyWx/veqJw9njfTW7PcSGIlHg5Pb8k1bn&#10;tNnfXq+wjh5P5kT6vPXgKJ3Lo3RD/r5Rt6iwTAxrEIPZRW/XgTwTnEuqZ7lc++669/H7R09fnE6m&#10;3uHRARTwy8smVXCRsiOXo56SsiKPDtwZ9nprG+W2b5PDkLKyn19eDNEKvrXXTwc3k271wa61vQ6G&#10;eByOe7rdwhsOrs0fU9JybWzXy1DHY3w20VQ+tLlHiUJJM5pN65UqNU9rNmTfLrLCAJEJKVCZq95g&#10;oifnaCMDnXc7FJ8N5YWIvnhak70hzx0pX2NIYYuVpO1PR7jv0Bgl4cOSoION1t2qrnEZi4FqPsKO&#10;iFibnmkqmBAqco8mYUQ1grjPSKP2ECY8G0gKrZiP5EvCwaFCBxH31k2zz87QDUiKgSCrEZ55PRjH&#10;MzqeOkpkOm0OCMd1uKVoA1gbQXeVkjAMurbXGoL8Qd06BtqK1hz3LMY9zJtguugtWDDxwbC3pcjq&#10;0/LOp2MwO6LC0+rpUja5Bgfb8QbUPPac7c6YQkWgeXExDHNaQgBuZHKEajKuyiZlNUD7yKMVGzDX&#10;R0KCLgKoQtTHlH3AwLihkOmasjFI1FJoWUlsSsxNX5Zpwj4BwUK9RpgWRoSQ7qA1GIFQAcrFQ3eX&#10;PFqOctOo5eOeuEpIWBF6BZFdU8zkdCMuBRaV5byCaoV3EGDw80ehcTnVkQ6LHSkUoil9LS0bQGBJ&#10;SlH5ARQIrhBEtAEft466dc4+FpkZ8CJXvh7Bpfpi38JEGkBkmjjC8u2MPeHBIMeVWGYUBIL9Ebsd&#10;uGxHP9zZ4SFhYmRkqZEVEizTVCA3Qm6Pm+HMQcxoMwQxQxpSxUQJGgXxT4oGMJYZkgkZixPqI/2C&#10;G25W6yOJ40qO+mgAwdEy3DNkBuEHjaI5JSIb7HRE7pF/0R6ddxDgUD0B2TbFFQmNdm7U83WWKqxi&#10;eCgi0YRD+/L0nIcsTlrMAmzwqczPbkbnaLgdh/71JRTdCCWzRKDzYEZ17yOo9ZAguiR9MfxiNCMK&#10;68hvAz4UR8MUwu0ILrAHx9tC2zsgPg1JspFgmY9snkKRZgXpHVFvBbTTMGd5+3GVRSO8WizTKTDP&#10;lXy5a48atbLoEjwnZ2IORYLui6sxZCIq5GGimbLxXDh1kSLjmuBL7/Q6U7aCQPETaZcvIVQqDLb3&#10;2PTZjjlOpZDnLoPmwnXFNIE7cSZja0/M6lOQ0QU6JGpXWA28GBcniNPNWHDWC71+Z60IximQiTOy&#10;iSDYK5S5Dn0X7nuajIGEZLaa5IGnDa1RkoqfcSNZAbkEWmUHVH6W4ZxJm50dTCYIjJiYoPFmNywd&#10;AWC2RHB2fU6NO9f9PkaSVILjAakUAipsoqJJngaVQq0CbZtnYBzlhibO8wBkEm5azqK0BXMqgUaA&#10;hJ6A7q2InoT6Ji7WqrbjDgKJDy2ISYyhEF1uxma5i3iFF0dcjsZQAFTJyBNBQYoxEwE53KulpKSk&#10;Yy9IqYgynOqiEInpiEcsMWpKR5cSuDehpiN0bu0hOnbstciQScdFJY8ed8KFlghEhByX/GX2pfz/&#10;sZ2ziXWQDQcqChVPezEFvzdZzBSzcaync6anFDvYr6ntDQlotRT+jChvl7y53XLVBRMtTVaMCQjT&#10;HGZLLMfRpw7nY96sKvhZoIOFD9KGb4r2XIYe/B/ZV0OKCnFJSMdIjdVhmxlGHF85CfuhK2NIRc45&#10;G0iOCxKr0qxJ6cZZgc4DhCOcYvgJKP5pdFOQLKoWY9gsRSZNKwpsEppNsWXI2obGm4EE7xVXvLAE&#10;la1XPLtSW0vVy8wREdBceM445LEuEIglJgsvIhhZtqRQp2DOj+ZsxuPlVD0Xgx6cklYptFWbQt8u&#10;sgMECUztCBbnvc/EIMJgTMhGctfKThHttMTF8u1mwU/LGh1Di/xmIqn5GzhZbZ9Wn8mkMLFdX6YO&#10;8uTg8oiYNci/C4k9glTaG7uYXxF72EiRlaOG+9acShyK5FMxpE5yrktErC99fCSh357mYl2BpBXq&#10;jmgUuTf1uKIXz/qCqWciEZs4tgSfSPJsgLvgUeM/+T11vGfXbc5k0jQuzs5Ho4HDEkcEyaJqRoRZ&#10;Uh2vsuASwyY6ZJ7YYhdYUGoFOrXcTIZSlLPOZ4aLXYIjwRcvIhlZgllWqVnyn6SNkkaR6l7Fviyo&#10;y4KlZbYCfE1tc8H7UTeKM1fwZNIkqJ7aCJbIIvmklIhKwZ+V5nnRvXCn2/0OhxaF0ic/+H6+wNg5&#10;ISM5YlTUQpYE0IHseH8SKhPyCoV0f2d6i0427gfvGCstMX9eFm5GbJFOtGqZFq/lzoh7z4S77DCj&#10;e8vO+zLmaBUSdD9vN3oz8efuX6rPM+7RnvVbA2yk3Wtg3wBh6W9k2N7+yeVLX0Kb1LJ+8ZoXKOPf&#10;YVLdy9HVfnd3+ya1OVpua1WqcnTLxroVTi9bufsLX13NGBY/L1T8p7nSugtUU40dROUjnqt7b0ep&#10;NG53tNG9za9SEsh3w473AT7eVNYXb1rIc1Y2iMnkffu1fqfrXvalC2EzwbFynUlnq0IHZu71TbtY&#10;bcylrRU33wJLRo8gx4Ir7nfZ/7syrPeUXk/o2SpEmoZOJnTKHxdTuuXldSKpCHIrGfLW5CLmmspm&#10;oTgJEzS2kCOqsQu3EvvCTDqrrAEyCFACfyGGx/Y179Pvv9dywBKN+dQCAXjE2IY8P72omfGDzZ3M&#10;5vrNRbPr+ZsHOwyn19eqiKW+fXmSEZRhHEMm+0erWv7tZfvXr6/2Hz7803/xZ60g6pweX/32y83D&#10;7Z98+1ziebXgjz9+9zcXnUKtRlmws72dyOXX19cxP5XBQcbiu+ubaL8OrPL7B7vWwU6z32Xsv1Eu&#10;VrOZd7/3IU7FoWtj7xh2bnicT+wR/cBCsE4wLz9qNpsy93+4t5PK12KZkkHvns6ykORU6ve6EvRk&#10;MrianT77eu6Pn33zJSdSv99CGsz+qdfpJfM5jmDmm9Vqgy/t6uI15zYxtxwptTWEvpz//t524+Bg&#10;i6X9z37y01K53O+PqI+BLZfW1v/9z37OR4edUXLZAs0eja+uW6BA3n7ng729HZjR+XyZ4omiot8f&#10;4CVutpo/+MH3I0klmT379umnn/7RWr3CCDOfz2M+ttmyOVJ9vvv4EbQnFErIJZkCxkSivH560aLn&#10;HMo2eAwri8EDE1iKjO2DfQP1cj4/Hox//f/+zTe/+U2vecNhyO6mnkyt8U1ZKaTg1RQIq0SjVuBx&#10;c9mekc5KC7pZLVHBnzeRt9MzaG2yf3St1b5B5t1uthU0ZUYikZXNkTtFlMJls3t+3QTLWefnMGJo&#10;NF5fXCVloggtkae5Pp4h7Ix1p8H+Rg0qNYsjjoStzQYzeNrRRqNEqYTnEqMxp9EXr5oMk8Z+tL9R&#10;fnHZrecL7zx5ZM9Ghj9+/fqVlTIrgEvZOGXTEoKIGUxo5TEcP7C4edCgKdvf2Xl1fO76IVcLxuaH&#10;+7usq394UGOKQVrAD999wveSXitTVDaHQ6Oe6ycDYGx5tsSHNauWyuzWXo2vSkf1IUJ4C3Lm0Cj4&#10;w4Dvl3RAUCV5mgf8Y2YM/+qEaRHhkbpklOi8ImZbPNqQr6PTEkdwTOWsx4RRyOfASIKKjA7ZIvgH&#10;eo4e7RWsy97M4q2IX8tgAU0tSauG/o31HyuRaqFRzlYJaKD54ViigVUeLY6JeS1DNGusJwBiMjpo&#10;bBijI08UAbMkYXoTKgEmuckUEl8gFt5QQnGSlWKFTWQom0OLZQ+uHzC1FJh26EqHGieQxgOoC5Tl&#10;ajhVe/QE4aX8dmZvhPpAkaEOxmW7VQGshcUjPhfKblmNNijaUemFQtLC24bpIBAdFOhJ6k9CVfWA&#10;S47po9McXfd8O58EsDxBGZhHoy2h5Gwd0KkEdNZUeEmhoWpsZ0cE28CBZZPDWRWPsFuwwWOPPvLH&#10;jP9qhV3MfizDCkneToaCMmUVklnLntoTSYmITm4G2Klp/oiyMIUK5mExho9FS7RPavRkXM4RnBnS&#10;YOkm6yP2KpIEZSVTpPWQMkQcDjsxwMSAeU/aEz7mEq0z6llU6TDeHaHD0tLCeiPiaSgdKL9LB5Dq&#10;C7HUaPbdoQuKhllORHYxPiiKfaGsRNBopT9BuTrCpMzsfy7xcQURjktK5s14CnCGCW0+Yw4nM7jg&#10;VE6X7V61kmNjSTAyTRXKBWY9HDMD+QMZ5msM72LS8jF/gBhFa6rXM0WREUo2MLI29uEpVN/VDC0q&#10;m2pJECEWk/6qni+xLa6xq6T5wfycgCUPaDxFNVktF1mJrxez3F98+zwXuWeZx7KNdwIujDGrMzF+&#10;kh5M7KeMXRDwk88lrkNI4Zl4gqBKXgJHMFJNceOFCgOka+CV4A+XcnUEo3nMaaC8of3FkOPivhY2&#10;D5Pfi75TzFocgSy6WR4hyGddDPOB6iweg0SNYyDDl8L3xmyDUx2IdCFb4mVBkGK8UCpu8UVPJ6P1&#10;ggVYLgu3SqX50XhD/2ajyFKdE4yphaEXOh0hrBHj0ukMBfDLdT7zmboyTkYk2nfH54wM8H/OyfYp&#10;9Fkiu/NLh347jWeV+4W6Hyos7S4xTwMpEr0ewmPJqhlJbDvDmkS2h3MHy6IGA7WIR73rutcjFy0V&#10;pvoOUz3dGDpe0+5OghlhTaKSFoJlKMzmVJGjjvu1lCvB4+HTZW1LRnE6VWZBj8QDj2nJqkxnHbl1&#10;SYeW6J04gTQyYwgQLMRYsYJ9pRrDvMryHbIZMER01AxsWAnQ1tAtChHWTBB7IDHvJjSm0lqmCpKJ&#10;e1qLK/yHVBigDARwnjHxBo9p5VxZ/9HXMOKh4we7jGRF+GpKgIBzvsiYNi3oSMY6Uy1w2QZyfXGR&#10;0rwRJUXpVUAXFBNRgh5XCSxi1dbSLPOJrkFb7jplYr9T2PbzIpQV0QH4H5MFghTpUvEkm80hfWwm&#10;jaY9tai9WCMwgcTpyRVHiw3uPhmJxm8YiDy9lK6xZ3I1mmqGPMEscMT/LMJe09OVYlSwxfxkbm0p&#10;ByXdgrRSuMkR/nlmjzIl4LlDoiwa4DSC5thcHuCBNhTVigGBiTRZV9YUki1ED4kLLa6PDX+I1gbt&#10;t6usm+Ra++I2wkJP12KYQUK6T7+PW5i/rrYdlH0jyMdjhII0osCrhdokk1GZl/Gq/DAl5H9A3DIy&#10;gMZGW8oP6zjSjfPa+R4n3nAi16fpi7w8gvediyP15yAiyDxBq+lpEzbCY19j6EqjyP62484H42go&#10;6VgkaGb5qEmJJ4c5qePqUVeLkiMOvWgSBQQ4T8IAr/U4YHQVAMjjXFzKUCPBqFJ+RmJ+1ph3cKEE&#10;AtiWHGdEBMw65NZIllABiGU3TNM1etpsikwpJDmDBph7mbKGzQ5mbOKanO4MoVR/iN2FKDseJ6HT&#10;n46ECR1KdE8HTzKXJ7pxCG3Q5UkP1sKP1v/T32fHq9HxKnLVEJuVmB4lhJu3l6AyJLJNxAChNhhj&#10;8hBIMiW7bGUUZUdkJYsGKYoUUN1fUZgWsagLxrAWU+bFRUOk7NDSBwUqSUFNIuaLst4UsHOQFvec&#10;t8A7SwsULGHOsgQWe3F8we41Vm2gsWy5pMmaDrrcffQGf/SjT6mZUfsrGYLk8fJD8NEhPETVrFjT&#10;0Qou9WZmrH7n3o1uXbqrhaqyGUu/HVfNiLHiCOva73KJ34zdvc3Wvft5twGzSuUc6XdIp+gNttN9&#10;1JTaGOuLl73UKa9GDtHd37rVaq968FC7ixd6Qxa8BEnd8ZtW8vNlWnF0++d/N15X/Tf1Z8J7Zt2l&#10;X1ip3cPFRCHUloww/S4MSV/to/V74Kol4GrV8cphzTZo0RbdTy++/2N07faTuPu89GUfr+89fHL0&#10;4AGqnEXHi6pOOl52vKsu937Hu/gBgdJU87/kxYjKQJdxmWLETC9bN7l8SY5YZjQeT1KeYnIyMx+W&#10;elMwu/4idFriqWOMoWXLLi+Fg5LpD72uYtMK+03IzP6i1efK5iVJorRqYEXNoy6zRcby7YcNoTAu&#10;9ANjgctZbLO5X2L/7b/445tWp9KoIaREaUTw5GAWWpa1cbhBbMksiNPKbuwfvPvPPv3q6xcwNLmv&#10;T1vd779/1BoOG8XC1+etB0cPo0Lp4JMPNp48atmT/+lf/W/Z3vDhTtXn2E4lnMEwMxkcNQpQNTG/&#10;fe+dR+TFPyoTm+a+PHk2IvUvUby87G3Wc3/77Pxf/exXx5+9+ACEUQFS9AlBmVk4DL7z7Vdfbz95&#10;hBR2RNUg30ECaTZwqVqVbi5VW9/+9ovPeSDV1nd8WedlsIMKKxI7nIOFNTkYwRD1zq+vy1YWJXQy&#10;ldg62rHtEdhlimSrBMS1T1IB+bqS5OJN6XW3NrfWtrb46ymRE+rbO+sMHGf2qN1qc6itwcvaP/jq&#10;62/4vzwqJb8+k3l12WQ3RcfaUX7IKQEL3d7rVy8r1cpls4l/t3PTRA1L8D3eruPXx7vbu+yc19bq&#10;CB2RB1VKhX63Q34QRenu7h6U0dfffQfDpFwtcVl0uXoINswXqKxGg/F6o7FWrx8dHo4GvVqjjsUc&#10;fChJRGbgdS+vf/O3P41se3Nng9a507piOV9LRPVa5oN3DgGSsbvDy1wtZAtFq1xK//a7Yx437sTm&#10;4qqW8lc3vfPrQa1RydfIK8nub21s721yWH337HTW64277PkQCc4rtfwAuO1o8t3x9fbWOqsvYORA&#10;F0PZkMf7vSEyUDC+tNZgrIjW3N/fZXDAnq4/HoH2ZSGdVknSbEgOGhWcrnxiD/bxbpfwS3M3OERY&#10;s2/MSNOCigoLGtkgKKFEi8s0Poj6o9GXz8+gW9FqYqZhL0oQUiGfrRbhdQfbjcJFq10oF+zBCNM5&#10;kqftd56Yhpcp59Y+emBWU/FaLsrHnCqNrwGiJF000UakK5Vh2NHic+bQU38GdEdG9jHmLXHHxTU8&#10;y+ezfjCSBx5LcEpo5tfsN7gn5LZN+Bp/Vn816Ix4wkFJFTScfzWwUctDmRqL50bs87/sT/tqVcAi&#10;oWULXzufxUdHbiF9MgZftiAmuTBUAGj8UNnxJZL+gmOZPBJG/lxAHBzIv8kKog7LZvK/Pb5ktyAO&#10;XiMJvHcyYZSAsHPIpctxw59HEeBM/FKxcon5e0gpJYAAGFsIzqjdEAOz25cigzxIXKlpZsNsBrTT&#10;9qSQjvVxIsznW1VlG2S5gXofMzNoMtftjejisgifsilIOH6fKhLwbDLpzo2ueM6jF1cOGbORIXoV&#10;/IaU2YxyWBI0ipUR7BVNmEDgfBjuaITyCl+0TF2Lv2DojMnHRmIdYyFCRhF2NG+MTHEicZ587oBT&#10;NK7i63EH1NMMmyUCDES5chIHB+ulq/40oxmblYpE3WSsAdvUXHKEbCbyQc7ans/edSGxEgUZG1Az&#10;PRxNAAJjvYKjxvdLt9Yc2KynWSq2R15O8lPYIQNcFSRWypDtN2QjIe3rrL7n5HLxAXVkBkWSsHk9&#10;CY7qBXcGXwbPsN53aPJDPpwcIuMIqZ4+diSrli+3mgcsHEPVjBNto1wlcRd0ME5UpHAUzBftHke9&#10;WjASs+QDlEoSwkEpiRZ37IlS0g9BIgJxnU7moQo8LImSJ+oJT8Ut4dN25wVT2ymXLifjknDsNGBl&#10;OJzhWuUtyEMxezDmoVNJ1bdr+9c3nVxK8lpJUqXhTsWFIdxHbo/QFdMkeqF4hPsdLjGy6CFekSmL&#10;mhgmAhHwxUB85di2MM3dKBUJecoQnpnknCkMbVGFeAwZ5mwjUzzmuGwySnRHoFqzO9WV+hp/vj1z&#10;87kU7RmXDcuMi06PGxzWbT5tQQNrD9ss7WKSUpOBVuNHExSVqCW8KAaOHtwKvDYEL3Y4oxdNxTIk&#10;0+biYPIsnpWMNjiIWKWRWcYaMAWHOM5gyIRi1m7zqI6GLI3zZUKewaeLJgruOj+W6RFgat6bBg0o&#10;gtvHxI/OgxbOCAirmm9W1rmmsV3254LzacOtcgSn0x2NuK3SqRLPWRyzFMETF+ag05/5ddo6dNcw&#10;CNmq+fGsVW6y9MT95KLv4PNkDBTyGrA2JA06MGbg45jkco3bCh5lcNtNJrlclrYVQScv24wDw0TK&#10;hQjXtGK5WqE8IYoglKym2YxGYUoJNRMBgG/TS7rTHpupCf8LagRVBi0QJLOZkJU1kbQyfcfiRLUM&#10;fonSguaEMZt00Sx241lBS+Ohln0B1Cs2TvgIslPfVSwAg2xPnN40jazQ8RgzECQ9tZTFfsI/miL2&#10;BUQFW407qCgxRtQDHAYGb1wcChEkgDyqciJ2uAV0sT26DPgoD2du05E0KTSrXJyuJKrJyhSzQ6EA&#10;bJuDQ3LXOLEYOtF9jCmMUJJQoRNaxRE64cYNPKQ3TOT4GMVBGeckYb+tc41TXDGwY6pIQ8jcgd2+&#10;ZQgrH+0RldNEiC1GTpc4sxRNNL828uld44CghRqkScgVcwmxpHpyhGqhclCzq2SvkJc0HywMmjkP&#10;PUW881C7iA/ZACaSlCIVHDQ/MUAsT3QRByTqDI2VPjUee1JXDdCF/MzC2ZDBGS8DuKdQCQO4yjIp&#10;68812OJ0031PG9p07tyqrlTDXrKSRiyweM4oLRGa5ngmFy+GCkbAEJNh680ImAAycmD4TP04Xbh5&#10;yLyCns30JCWXBDtpzVUpE4tSl4lnXJzLeoJKc4CImckhqdRIJhRziKkl+1gROmlSxSZQWoP40ubK&#10;oy97lrmskJEFJXNGIh8n484qpStC2TMVlEu07iKnBwENwwwBON8s1xvntBcl2GyCimO810ckElKp&#10;oiqAZYVsIin5wIHWnnQnBklpk3+6/1/+vjreZof6HovE5fkF3kVkn4Eok+ljkR+QAcmAVOKW8PXC&#10;bBHsrXxZc1E5rLpN/dZkqYBUMTH0ColAAnvlvQcLFa2U7wuXqepTqBOkqJctFiMBtZxCtSIuFWPR&#10;6y7CS5e5uwtGtOoQfcHFaws8FVeBqTKOFQUX8wO+iz5XLKXFH376KT2JdLwM1+Zz1Z6S6eJgtvv8&#10;Fz/RxEQcreS2q51ndE9rvOp5V93ZoqeU5TR4jtjKW7zsxFbRsLdN7JuQ59vOfJkzpN9L99GjW33v&#10;GwCr3+2hl5G7t77iN9y2q9XyPaSUfusp1lc75/ut8Js9+f2Na7iES0X3Uo6WP3LVrN5//SvAlX6L&#10;rlrFCUf3hN2LT2Vh0430N8J+1Y5Xv7cB5g6n4/VVx5sWQIaxAoNFK/pXeJdIe/8lLGcLxkpzvU/H&#10;e3QUS2UClQmkdrwTUwrcN1nN9z79YNF142wnyUVR36kMudLwkBHIkpIti6m6+FD2rhyQ+GxnzLao&#10;mFUikdiOJTta6Zkj7iAuEgZZU9qnKSmzkYSfK9W0LGnljhAegy7TQ67j5ZWMMlEFrccWgDd1gQnO&#10;ih8eqICuUPRaInjkpoi9l9G2S9lXN/2zZ8fQkDbC8EdP9tCuMTcAUfTJp997+N4D2MUvjs/WdjYh&#10;ul4gYT3a1zY2ikcPytt77zx5nGw08uXi1tHuy/PTytra5u62fXr6zgeP5wyPWzz6WXCZb21vvDy+&#10;eoS9LB6QBNi6bFXSZnlnA1rP3zw7vmx3NrIZaAWHmxt//mc/+j++PPn8s88P8slPPji0CrkXz555&#10;g8F2rYi9hI5KU+ywQjyGgQeiVr5eg1OFvJm7nJP6unndvb5q1MtE9DUvTuku+doePn4rt751Q3S4&#10;G37vhz8i2+Hf/eu/sJ8/b2RTO1vbDz76Qb83WNvZ/uUvfg3teb1Rq61tg8YcsFuxHUklTWUwM1Sq&#10;pWQ2j2uXDplPEPevVa7y8ZcrNfKBzq6bdFx8aJBIYWkggs3z8E8nt/YPp4HwNF6/Pv7gnUfrm/Vq&#10;rYT1EsYThwEbmPf/4A+Q6CCC7950dnb3uVa2d3dPTk8I23jng/fxJxPtS9XD0oCkinKxBGiaZKNq&#10;pVgkJ0Kf16sF7Cy4N1ECGVGic3L2d3/9Vx+sN/67/+iP3t+yiA//p28/fFDPPd4qiSTN0Ao4HTnz&#10;gFXOwJ8ERjJbLpe3Nqrn132gkeUyT70EDenu7vrVDYm7Y+poWp5hu1PDu1MUbx5wLJiPpIPQIa1V&#10;mU3k6MdonjlSKVh12S4R/plYW6/xe7ieobO+fXioZI1QNmGHsDSJn1+2WQ+w1Or07CJNUjy2USkh&#10;kqOpoKI5bCD0Y4UTaw8mjw83L85IF7KfnVwScl0rlo9vcJ7IAwYPELLGk+sOlnLuHW6YgpV1JgQb&#10;EhDvffzRB66RKYCMDibVhxs0phbKwlLSS4c3cVxu7g2M2GTCy8QgytCKJ6xUb9JJJwCrgl6lhYxY&#10;KHGKYB7lEZOJJaulbfq8qWxPSYnkVYOuAXJE3gcapFR33GfPN5b5VdideX/bc1DzYPNjWySOSFlG&#10;oStL9ZFzkESFnjIhdydbs708wZB+z9MbvHhH9Ge1itUe9rK5OCt3pjMA4fAu5XNCEmZ0T5fL/UuH&#10;XKuvD8dTngq8DCuX4tOzkhYvRbnlXNYqbIwZL49noGp45okIE0VArZKVhiky6lWLemLkYQJHysrn&#10;6TXKFrp4FkGgQxBpN8jGTVLHaU17nk9zok0AJDljSEVCK0lIXLj4XXFLYsVDdE8BpccSqK6HLmwg&#10;dtHRhpUOVLHVbbETio1d6UmLBUqukOUAunJQnGXk5knQZa5tO6Vslb6SLSpoMdb+gWwFU/3x+NoZ&#10;Uz9yatNwMjXDBMGACWJMezyk/+NMlPjCQKQuaclz0qUpNVmAkNVBJqf+7U2XISP7wjFApBFQKxoJ&#10;40bc9ESMJpWVj5VJDNgMwvmBO0H6iESww3cZyt/CXUwy7pDmQfY+ESpVuF8jV2JEgIO22ng7oyph&#10;NRITF+xXq8dtu5SMsYNF+ckKkUIlJ5ki4LS0AYg0ArftKfwkCsFqLs8hn4rnwbfkrQyFO1i2t7cZ&#10;MJH2wfuh3PXFeJoyuxNBX2WF3SMrHeYxRNnS/qBPL/MXdXzSGQqcnJCv6WA8ibwiL9dMdnveTo2V&#10;6fikOyfQrG7Vuegw+bqAkWLRVXtAXbFZ37SMdK1Unjr2GlnVtNp8a0K9Nr982Vwv59ujSQ7zAoY8&#10;jb7RBxZ82emhNwKJ2JvNeVjM7KmZs5qtG8y8SY4+C3mFTXPviRKT7V6crx5nJgO+yTzWGoPck4kR&#10;K4pez3520dtfR76boSumY0bEisqdxyY7bdYleW4ASmE0jSjFYy4x10R8E0bEbmjko4ieSYrtbIQo&#10;3crl0RUyoUhImaNfD0bbkmhMvBQwBdn18RTMg4UXPxu4tzTEC9p+Nqpr1erY7qLgLQN9QMxDzMxs&#10;CjAvH8tVcoXpdGgi5feCnKzjs5VEwRL3oCezC0YDGAFQcc0ThWxOxwEa4gVgIUqYNrRwmQ4zA+OK&#10;nM275BegeZXNVySgZpYpCdlZZxmAwsMs8GAE5a07HXJV2amxB0TRi7uJ5ieZbMNY8rXmFL38jCv2&#10;mqyvmMngkeMUATCMXDplos0QrOaz+avWOQM7cXrTy9KXaXz4rCIZ8UhXbNN7SYCYUcwXX50P0Z8x&#10;RSrliwhKqHLpNmfhhPuB7jyhc2ylpI6GGKSZHGxMZ5CVMRSWOsWw8iaCX1ATQOZhGpB/RbQs4yS0&#10;nJPOqJvNgk+bFdNFNBHM/NnwjjybMRa2ZzyueGEsSXEB6uQikEkKygwZ9eym17eS/FjgmJQPjNcY&#10;3PgTV1wh7E6TArVhDSgcrkoWk2+Ssxa1RDaJcYabhd1aDqkMnx+NdKirrFq2zUi30SUbplhO6ZxF&#10;ZyTjIdGuiC8xkCJLN1VdK7leHMfZWBa9DQJhzGHcXVmWCmKPZGPG8ATOkjQcEJq5VFPAnxMsfuHz&#10;y3reE7mtVk5ZLF09f4AKZBYCz7epKik1aT1zsh6OSzWZLBtzuArMTz1+Pj/TVe2BRbK5YYAGZKnN&#10;1QlEQNbw8Mm5pWXZp5GbPNfFKGGPw4s2Xb4xGPDkjaCWV9MmZ3YPIJdpEsvAeGMcet15CBuNXjod&#10;pcuMYDxxa3OFI4uAeb5GQBCzZ2Tz7AIlRShgkIr7OS3GMbBnKL3hk6XorxFIj4OIK6bvykoGUwOP&#10;ISb1WR4VoWR9JuUFU4hKypSpnB8GNC9NZIqiyJb8HUqOUMzLYux1EkkPesdeppSL+ZIrIi0YD2SA&#10;EhFzblMW+xrCGujZxCcnQmaYPGLY/QbynBHNiIn0FvgCvTRzhZ4LX88eR0orqUV/sv8vf08d73mr&#10;LfGnrnd1cTke9p3JOFDQKbEnmmaxVAGcwZKK+rvVHTLKw6yxyE4VUpdgmYPlglM1M6qIX+Suhkr2&#10;LPGkyiMTM1aZp1w5QbSEDcusWoWYKmfporsxbvlHKrNUMc1kxUt6lq+oWr5oSsMF2ExlqEqXJAtn&#10;xiyOPeIfkl/y0fe+x4QqKbJoXP3Cp6Sipkwcdvuf/eKnC3JVeBfoc2sfXnXxqo9f7gqX7tDly/fE&#10;x2so6Peih112/aqRNFZ/cPkz7/DB8sYifcV7WlpY1Z+J3abC3smJ31jw6reLXOXjXKUdLdeb/MtQ&#10;Sll91Z7eNwmvVtW3q92lNvu2c9aXsGj1aagxgDCZ7oX93AULrT6BpUJbu3XT6nfvd/Ghrrr/xY/U&#10;wkj7R+iq2wZ4JeFeCJ7DRaptIDdQSAkjD5kwuqV26dH91fPt/ny1hV+9XUNNTPYOHx08eEzIoQT8&#10;kFaQyShSUmahe7595fKxLz8ZfeGv4AawbXvxgkRjzJPLoTTq4MWKJVJi3BOorr7IFlrYcSVuiCtN&#10;2mPRKSj1vowJJd2X7Ghd5A+LMGqR7iFBUulEhtis4qrN19WCVwRtynKhgPamCC2pfPh1AsPA7bPk&#10;nyuvskr2iv3Hb9Wvxs7V6fX2wUb9yd7T18fhTY9bhaDts9Pr10+/mVycvT476x1f7L71sHl8ntPD&#10;V89eVWLxk29fnf3m65KuX375xezb5yfH51gx2Um9fbQbbzVTwfx1q/PbL75BkHq0v/P09OKH7z+s&#10;vL3/zcUlSla2Omft1tl5+2B/72I4+cPD/fVS+nGREBP91988K+QSP3jnUbICSBYL67g/GtRysYvn&#10;L/cf7WdyqZtXr08+/+rx2+IlZhXMZGDCk3zuAYbl88erCei1Wi7cXJ6+/e77tMSbW7vcrTSrxdo6&#10;kpoXL1+WGvW/+Mt/8/L5i2dfPOXxzRLjYH//4vrqm2+/Xq/V93cPmRIUigV0koB/69UidOFSXiRW&#10;7IiYPIJl5pYdAx3uD5AlE5iEG+309JSdcong3VQC5AatFyovvlUMpfGk9er1cR6GVdps1CGbpkuV&#10;Apbd3k0HcdrJ8QnS0euL82+//fbw8AEIrNevzs/PrnY21xlAAxXjBjdzuWfPnjfqDZTnbMlon55+&#10;9ts12FpyeHjMcYkcbl+cfPZv/7rz9IsjK/mne2vD7kWzeblLBZQIHzWyYvNgCylDr0DJ0eVERj9J&#10;iT+ECDl32xMHllmnH7z/5OPW0EFPwIVVW69et5pfvzxvQJhF3lnNf/G6tVav+kb8kw/fOr5pp+TJ&#10;pmeTydevT/FvP9jf/uDjj3iRlrhbAyE3RHI3dDoDGrw2T4DRFD/dCaru7ujh2trnT48P93baffum&#10;b3P9TwYjHmvIvq67o2ffntTq1rPr1ovn51wEU0Tdmt5oVIBCbZCGlMl+9aq9u7v77kcfTkP9xdm5&#10;3enzjOQyf4UCf+5VtmrY18gZKuPLPWgkHq79za9+vvl4Z57Wb/TpNK312ZrkEl1W01N8ju40sluT&#10;Lj1AlTUY7V8ENFIXvgOFkwwZkVZa1FkTnxUR7bGBShIBLCo0bkZdiB2CZhlNZ0zuWR+OPI+iED0l&#10;YgWqYE+oH5BcKbvGnBBc5BtWrIgtdjg/KJTWS3l2LBAjZP048qs5tuLD8/EEeAzMuc0SicGwKWPA&#10;aeQBp2GUxZ6bAIY5EwT0HEaPSl6MEVxMCDWGTzRvSEpkmmtmkaPZtLmeVitXxJNqcrO4l1xVSGo1&#10;eJio+8jPoLuJEKD2pg7AGtCZZAbBCKWkT8ly1WiP3INqRhfSI2hTbyayZcYRKC048vxJ6NGo0IpT&#10;MWO04zBhWMHPL0Ks0ViQzohKAnWOAAFFqpgrcmnbdypmETmrPycpZdQf9Tn8kia5QXrbvtFFq1sS&#10;vwe+O3d2MRrS+qKtY0pA0cZ6jafk5bAPigAmEAYkR2ScxrOLIRvL4cgDTbpRqcwCmwkgq0PQIsgp&#10;aRpHY28zX3jdsVlnIY5n9VVIxoaTuS2rchmFcgqjGIclqlIUaerBdceQnXNQc59cj+dEFTNTIzW3&#10;y4cVhf2JLWc5XkT2tnGYtFQXbLricEpoZ6nDWEAQKVTJJtknottlFoS2oZa1uAuKRFHGTTKQhpNJ&#10;wargiHPmzKAcGWAzDrBxhpc4TkvZRDFr9sa2oBg43RAYYNOeRwC00lkUh9SoQmuRTFN64TkfUYae&#10;EX4YwmmZ0M/nDzcfQgEI4vNBf+6NUVKkx8FsJITuSHJEaAPM1HaRF8D4yBXQrjYiXwYfJls1OE17&#10;m3WKe8SoEGcf7Wzwj+Et8QjiVTTKFX/q0gxNQ3EQIZ8Zu2M0KdizxU9MZGgyMbBnuqDrxAeI3ZqI&#10;JcDmRS5Rk2DRGEx7+BXkR3NG3Az6RYYnCkqRlBpZX6tu5bINZworMslGjgkGC/5KrlSzClRiPaYi&#10;gc8Wq5zJ55SnGntzRgYiGYIAcKGPZsNJjH4Jq/y8O+6SB4t7kmfjwLbLORMpMnU/YEuM8AAIIihC&#10;DHHkggSwJEnOVCDsEvmMGNWoqTEd1RycILFNU3axiAEn/RR8nXSJi6+cK/MfQ88uoEymmzWyrZvh&#10;en2T5Z6sTSFEY4DMWGDJMW8zJOwOhyxXWCRDMWsPO/Dj+Hz6U5eY6tmch2OZ3diUqV3k0HFGoqVn&#10;8uhN51qeTj2RaE+m+GxwK2DnTQh6KMIxEeHGTVXbnRsESlyZjQJ0QCB/SeGfhQJJd8SqimiLLS40&#10;uISUaMDq1+tQFehbELKATYcXGAqinOrAKqSKwLRYsxlhrJYr580i+3vJQhNdSIotcRptcTzNjDIQ&#10;CDNlFjvG3kQQ6eQbFyjz4bf3x+326NLxpmc866BuIh2XMA2ea1PglbwSOgLJr4YkL2We1E78e94q&#10;0hdiS+V1cdmMggkHCxxldL+Eog8kHwEefj4QLcOIi3kuoE5keJ5EsvCok6UFVCX4DTkRv6Fpd1Ss&#10;tZFCesLCF7NkJJYvYstFXce/RhidxaZaoNuWMNu4qL0m8ykAcKzUGRmI0UhzBcp2QjwrTKdiaStm&#10;KfSFqNkYjokgWMKhEykdwDIyDvGzmVLhw+5WJFUtadGT4uyVMQGaZglDz4m8X59Jn7MQOIrqnK23&#10;ITOymKOWODG1duKMkjJRloD0lvzB1LML/lzM9g2GlLlcfNRnB+8Juy5jEE2LaD3Pk59AIKK2mejK&#10;GYvA2GGJy/yF2Sjk/LxQA2USxCLB84EehDCpDDHv+lIwsoen+oBNaZo5MXjPFXxGtN+4IZiqGJKj&#10;K87idSB4ukQHpCSBJxTxC1a2GCnWDHhdgfZJsSxcQD5mwpytTKGE4EkPj6dNmA++BM0ypgSVjueX&#10;j1Ig88LcDMMJAnsOYPKHdbo3Wncisti3J9O6iLGH7LSpcUmmw+arY0IWoCwf0p/+Hne80vHSxdHx&#10;ouScTQV/vVh+UnHnizz30mrFmrjpDbH2aqohEaaFsiUvOEpSqLOzipsLie8CarXwl6oanasrthCO&#10;IkdRuuhoFSirL1oiiR8SvYC25OjeLi7VAlD5K0XwQHsRX3o3ld5ZLctkYkCtExPaz6Tf5fsixOST&#10;H/4gIfmDVC6i5FpIkGl4BgNRNYvdOrrX1r35Pyu17P20XW0BkRYfr3S8khyjkqq1O7LVP1ZHr2ym&#10;xhs5tvotFfneVvReH6dr0e/E595JoDXFEtbvqMkrL20oxfCKiazfozffiqlvBcCLHtG4/SF3v30F&#10;7zL05dgi0m6jirU3go/+cZaTput3Qul74UOrvbMe3V96ryy7d+9sQf7WFt7sSO148TswLIqtFufR&#10;mwjrFR15AdkK7wU1yexA+sn9oycHR0dJxWrmSkkrH29C+JYrwNjqm70dMyxOLS5vJEMKhiefdiix&#10;Wf5ls4XEit0hBwmXlib+c8bDggEX2TKsFih2ghuQ5W2gnrIx6X4FosA9JQ2tuH+ZdXqLW8aT/B1R&#10;battMCZ2NA7zRXjvYrXLD2ZLI4w3NXuh7ZVf6BMhFyVFVGSKJuKj9QLCk/5w+PbOGgPejz540jhY&#10;/8XFdcmyGoc7D548tsdkhxgQn64+/+7P3n+MbHTW6+ZREnbaH7+1B3vgZuZYO2s8oQja/eaXvzGu&#10;LtGe0ZIPaMeN2D//8AmxsGub65pCX5ycnH/x9GXn8uaPvv/u0XsPczGtGPnkHp30ER4jM85aGevx&#10;0X5ti/6ujlbqmxfHViaH0nPkzAaXrS9++ovuVXPW7Lz1+KEH3LVUoJPDpkfezxS3WxDt72zzpSNA&#10;ffT2+ygPs9kCil0rX+LJt1Ff39w9YFt+ennOjbCzt+Oncz/68Y9333r3m2+enl2du5BekODyOrpd&#10;9E0jpz9ptf7yf/yf64F9tLc2mo5mtrBEoVhxKvDD+gNau3RlffP5xcWrl68l62I6a9QaKLMe7O2g&#10;LmJDy1qs3+6tFYtrhNYWi8evjsk3wubkuUhkC9sImwv5f/jlzykGHz54mLFIDz4rV+v81z/+9Aft&#10;Lhrqbr/d7bRaKK1+9avPHj95dH15WSoX9reJBbbOzk/l/YfB9RdfxF59/V//+feG7fajUrUrUKj5&#10;4d4GT5WNSu64JYE32JgJNS2BngBXIIPwtO0QMjUm8ZCF1YcffGRZpb21jcEN2Q2j19fX7GquO71o&#10;Ot+p4MkkrjI8b9sfvP3waoTAuJjIptuddrvV38qma9Xs0e721tqapic6l5fX7XZSDJTUuHKPsELh&#10;0gM0xZKKnGSSh3j7x1dddkecoQSX8AiAtPTlyTU+7ayVGjqTk0H/8YPNrWIJanRlrXx6M3S9EKvT&#10;16+uUD7R+33x4nri43hM/j9//6uyLI6CeDo1nc2fPn8Na3pvs/bkyU4bMTFRongbkbn6Y+OwMqbl&#10;K+XO3L5jwmbwCKntjnhiOZV8ai6pQvi1wnySaJ+4QvMj3yJLFjGcydfKPvKidzYX2q6ZNVOD0Swm&#10;t5xApvhRiJzpr1iMtGjvhMoZrucZL3hWWgfNlE+lOhPvi+E4k9Y6tsa3wrVO+QWEmRaIrdxAola4&#10;Z4znL3vM2q0iklIEyfjNHLoDtiUwO0lJ7AF4mbpSh7D2GeI89DBoERNFPqqwECmfFNHkpkuOSOJ6&#10;MIVxxwCI6QsFKLqG9oiP0IdjVS4kOrZ3sFE7F6STiRySJ+fZcH7lRaWMsJlsyUuNimnSUWJXwzkI&#10;p6KwdeJDylSuNpZgLlZJcU4Cqz6fiOiXzrCezVLYdYOwkgVGTWsBhDneHzrSi/lOj0ZdnId0lMyy&#10;tjEZno4u+oCX03k3HtFmyxaae5WVkCQ7FkGzyYnGnI+dBvtG5Ag6W9gcNCCYdiR2ELRA2y+kBAmV&#10;TYNSQZAFBIYd09Ae5jLEG6En1DnxADARBYWbl4mAIGrEAG3kiBvyxfeM0JRVG9ckLxX9NlUB6zbQ&#10;yqT4cFBWLROCHgssTlHSHni01EmNFvRUmgkHBfh6ocxEAzgPlSI8WtwTpYwosQduUMyY5YzFn5m5&#10;XkJ8rLwFtma06eCX3TZsdx8qrC7hIXG+2SHmazW3hu3kxgUJRkavL25kWZbKBIpoXOr5NvpNQz8d&#10;OWlRaUo1pEvSL9ZXl10br9GGBUWBm0is50rzGQmyQ25H7keQReUau2czT9rHLNwGOp+yEDT0RJ7g&#10;iV8GkjykLQpHx4c/h305V8i/um5DWsDCOugOq+ATUF9kMRknc0kL46NjhgO+i7g0xWxx6SFdUbQA&#10;XYetjWwCdWzsrGtDZZcQ4Hm4lisj7wNTM2Ufg34JwFhC7w1sxOIsvaExs+oYOkMedcJNAeKFK4+O&#10;XQpFr5ov0RohnEFziteECZEQ1lhkm/KJI46lxgYnj21+Do4t8nhkcOmhHR048649r+fzaE3Jwsml&#10;CYfj9s2KMW7uWqj9h82klZywQZ5PWJ/ChaR1KKbBs5ElhsNhVqfm1zFh8hZxB4Vo2xk6c2/aHtu4&#10;0ZyrlotE/G80AbzykLaW+x+s+3w+uRn1AfMAmWcT0Civ05U7M8Yu5OzQ5xCMNiNZymYdaRDLzJNf&#10;qwFaBJ5n94QVJBzBPFcLz1A6dqqa/nSCNrVerHNn8CEgREU0eNrplIr5k/OXm5WasEu0CWpj6hJm&#10;48hVdOlhJVxH0q0S2b1qDedrrZBj54xO9MHmA28KhE9afK6uiecPR6Rh5dYKZRHdpqu53E4qSvrB&#10;NK2XMlmoFirOyhmbwpBDOCyNI+5cKgvHtS8HDv8Yr7UrxgE+qSzYEEdYXWxiGSjwiI6v5at0mB0e&#10;sBw1kxmmdLF+xtM2QQXk4ZFnHhMEWI94eWhHkJytCsMrZlCarNY06E9WtlpiBOkN+zNHPVxmPQKw&#10;CJQCjDQZ8lEyDspK7iEZs2xf5UAnbaeUzqMDJ00NyS5rw7S4ShmrxcfiPyHe2h/TrYcLv6oreUNo&#10;TLREMVHmJuHOx9Yyl+aTxxQKEjQUs0QItGosZjM27UbGYoYlhiuOstGE1abB2LtcSVUlTtZQHBkI&#10;S4JRncvUjuWzILT5lPQcP1/g8XNJjUac7AE6ZgUdT8WJXob2wHxVZXIqm5xDbBL7HI2owBS6fpJk&#10;MhlQ0tFuVdBY3DGVPKgKaF58iFyTSFdCksALzJ8IiZzOKumMzyUOZZv2NyZsPyeCDxfQi6LHkd8Z&#10;ieWfLDueNTZ2VX2ORXwq34XBpIFpBZ+qHEdQMSS/iJMBgFWc5yaCYxa7egwYPn2tI1JvqAX8GfwQ&#10;YpuXzSfJ1VYSozgw2MGMwGpy7DyBRHMo80137Q4foXLfUTtw7mW5pUjeyyRKTLEYQPDjC3HRBaBz&#10;HiteDX09VwttNx7suLD4VCcQhf/88F/+/lTNgXjZveuLK8jwaC/VDiqQS9g0C8VyUgJ+kOnE2IlI&#10;tKnaQy12sKFayi2bDtVSyhZz2fIu5mqaaoYXilORa4m5cUk/WjKNFj9BTXK0hefTUI+NBaJq0d6I&#10;e1eGtgRbBQsU0OqvKQGMSjKVRXAwt3sd/h6r6Y9/+D2O0qR0vMai4+XHTmYzyFWf/8Pf44mIboOV&#10;fqdbXTRlhnbrbb11h4ZLVrOvmpzYXVKvob3BcIq0e3956dVdKo1XC+Xojll1t34NV9vR6E1hs37L&#10;trqzFuv3o4wWVl3jd7bDyx+1bDW1+2/1Dqt19/JuIdJLjvO9NfRta37Xo9/+1xXFasVkju42ttFd&#10;9tKqtV6pnCM9ukNhqVcQ3ll6qdZ8ZaYVMaGx/BTC6I1BwPL3affNy/dGDYpzvXf4eP+QjjerhPr/&#10;qONdzTJiMUO/1/EuwrIg6Qp/XYYqQpgiQKB50yEEnqkw3Wmo4qQZOMo0Wy3V5RmqaFsLP7Wx5Jwt&#10;Rj/IkQi+EOuv+nuBWqSL0EElcknFJDFalE1zuVBlwK5obabKMVp8F6KVELG0q3KshUoTCfs5Hvtv&#10;/rN/0umPjvY2shvrpUKRTIibzgB6ffuqmR9OcqxdM5nm2dVevURQJqrun//8s2mnf7BVpyYYXbaY&#10;Cr/19iPC3+LTYcJ1srnUXqW48eCgxKTUmSDwePrVN0yKntB9VYonF9dS6g2Gf/L+Q54Z583WZinp&#10;T0a2Frw+Z83Zce24S9LIvH/14mTQbvPr9g92GfwjUn3v0QE7h1KJuBDQSp1Rj5SZJo1soVIj83TK&#10;0NgeIznmOZ8Gg5kr/OpXv+LpNRyOF3HcmRwBrglmuigdKzuHn/3613u7e29//MmEIYEeffPixRdf&#10;f7NTX4eoQZwMbTm/5Ytf/eIv/+J/J+6zfXltBsOLy4tKoTqKjG+fnz/95lUmaZYKJZesMSO+uXs0&#10;G9tbG7uvLy6rjU3WbiixOXzZHyINz9qDaNzPV0svLppX3cHH773Pg6EM84lqu09kQuzHP/iECPut&#10;nY3huL+5vbOxvdlqXdxcX4x7w431dSzWj956iGR6a3OtXMzXLGtrvcpCGKkQoW8TOuCnXxe84X/4&#10;OE8n8j/89WffvTgHtrtby5cY+o5okMxKAdeXcdMdsFRujaadAUSqGShUdAbsXH0j8+jBY6rvl2eX&#10;L89Pvj59yctmbbu3XqfZw6XJIhGdw+5aFRxHvZBk2cCH3btpnZ63NjcquCKfPTu/uenzMZ52+uir&#10;WYSj9gTuYuXIsxFeZRuDEbvxMabayVl78GRvu4XflLKXJKx6datagNDzAd/veDwbDtfLPPNwkyZ+&#10;/uV3jWLunNDGeKonOjVzd70O9e+z46t0qfrR9z4uli3yAV5cEQk0ZdCAH7GwWX/0w/cah9v0tPlH&#10;u999983WW7taPjvS3ZNJixKXYn6qGG7cxZCoMAs3CpKSCLVEbb9TJDKLCWEmWwv2JsOJP3ZtafCm&#10;eOCET4G/jcALtr4UlrYjqiYsixzmuI6rhSL4CFSvaXFxadl0gm5EolBlCG5s5BL0Z6/sqJJAzEfQ&#10;hpRvQI9ZjHIRYiAjt7KWxUqc5fbFTgORmGc+2gIgXmRZYBhiXE6erMiODEkt4/pB8CkiSSxlgHaz&#10;+T5eismoJ1gjIjE0yCJggYtWpjueUcjQn1VL0mC7elDLJm4mtI1YaXWRrhOXYtGfKMYAxWmobxVR&#10;skXXwsPRUaUSEEKN9NsXZD4bVgGLcpQnKyiRyudT4HgRhzLEo5LrElzEGsEjpDRdyWTpVrd5g1Cj&#10;mXboBoUQFeU3x52dUvm7ziXsOWCo6FhkqzZ3mPpxinEmsdGkUOCz4gTEzMEdxp4HMC+y+vZo0KVd&#10;CIVPzi6Xl01OqMBc8eumoAfYxGvPZmHByhCmAv0Xexwsm5dNuyrGUOEm8LlZKaFq0Ui2B+6uVRiP&#10;nc1ajhieiz7JQxQqWEfiZ70Zl7oj6lmDwx+VKQsLmmTwy9y8BPPiDvAdZ7tawY0/j+j35RdtVnJ1&#10;FksBA0hJw6qh8phGRatIP2hGiu1F2aibMOjakw4Zrq2ZS8uCJ3pgD3AlQo7CUsmaFOlIKOG6em8E&#10;/SAiPpe9zH6jDP8Qcy2b23IRk6zx6wuH3dKEzWHgxpMG0JkeJG6oNHLUhxUrw4jDlUhnFqRmxSqb&#10;GYg3QZlYEdyAuYpIjcjIMZN2IPQZysVsCkpWHztGKpaoWFUWbJjAUd9CD54O3aLE5zIN8c77fZhp&#10;UrnbMzOTZUpQzpTiiSzXHlQfDlSeMK2uDSmAWwNG7k6p4okbgLAXncUxWonN2pbHVVoEROwLQoxX&#10;r5nlfBHKXW8yRpwglbiwfHEvoNRKlbM8T2IeZnTPFUGVpKDKaoezBY8B9CZR6TEm5kkT2r1p30VJ&#10;h/fYC/IpiG4R4cyNvEWth4xWlraMUFhXurNQFLOQZufN6SSVwzhAB4sVKo+99LjVCaWBRcVPOMAs&#10;E+pApLEw0KBKnMgcslqOSQpD0LSVornLpxNY6xmdMEgBMsyGh71PZ9Ceo3SRKDzCFJK++ObpWplr&#10;GJ0h/o40imiOTQETLjYiov7l2eyP+SSTiTZ98Fy0A2NAX7qAXN259FiqeyVqaHLR66VM88VZJ2UB&#10;HivqBj+PA59BsUAuNJ0YoQSaI4J5ZOtJURHixU1RO/BV4oW2xAsrelJyoEoWavZ8OVsYdHtFK6v7&#10;Caz8GIYhlyO+doZsp2Ng2s6vX7EwZ3iFc5IYHi5R7Px9KcvxDbswsqr5AjbPoTvikMJGk9b9dOST&#10;KM0hkI7nsQTXQFFoKfKgAOjXMmWiyyixM6yWknFszOQgz0K6Gkkj6zj051YNdDzPYNuOKe8hAdsi&#10;FSA/27W7dhvxb3dMjx21Z2RH+fDBsBszgUhrSOETs+lQnCVs7OmjCK+RzA6HKWUGRA9UcnwR3J9m&#10;vJ4twlFj2kaXwMcieU6aNGP0e7Vc0YyYnflS5aE7N4jtRUqNpgzVOggJoO9Z+jrEt2xB6Wv4Q/y7&#10;J+BAcoMixq30ljnkrnFjvghcNYC+efwKbDO0vQlp6RELzwRSqocKDU6vi/3XUMJgaSk9GQFQkUrA&#10;MaOskctOmVU5E5P5djVfyceKaZlclM3YdoUiC2X+1BT9L9OgFOMhNugUxBC76c8ZsyRMofXlOK+x&#10;R0TOjGh0GIeCdYhkhRKS0AYWgG0MYx2UyyKHpmilyDmB4c7sgKUv3ylZ2xSkZD7xIzT5yrjdWPgz&#10;PgOWwMQNtxEzbraLbHYkPVjymnniaUWJRybH2WVwZgjLmuhuo56ugGydhcQaeaMAlLejgjf5gSXm&#10;C6hDOL40+S0AHPBbG6LUJd3aJ+dPeiLacI6g1EKH4aFfICBd/5O932vHK1fA9dXVYCCsZgkvFQCV&#10;LuFPgNY5PlXHe33TY1MvvYmoOHFLRNLg8gBRHcZiFxitFrPC0FMbOZUBJFV7oBqCFQpY7YdDRaIS&#10;Yo8s+5cYX+mdpYMUsaiQ5Pi0FctXZfwyIo0Un1l+ua6QyaLQj6nmRyiWNjte1HP19Xc/+gAhQ1pS&#10;HlYdryEjEqLl6Hg9ycdeaXJXDelyf7jUNRv3+rzlvnaBY1LhqEqmrRolY9XVrjrTULvLI7r7/4Wr&#10;Dedtjq36rJYmW95UZKzgU/f2t7eEp/vcpqV6QvaiC73wIk9JVASRvuoh9cVGehkUeycDXv157X68&#10;bfRGSK62sk9H2hso68X3G616uRUpa9nyLnzR0b0Gfklzvo0djlafQaTrb6zDl4irhVWaP7Rod0PB&#10;f8bji35+udm+2y5HK1Z0dA+IfaevVn9r7+jx/sFRCjWNr+IA0gxn/1HHe09MfrvjZQpK9c6zePHu&#10;hLbgec2bLs4YM5lZDEFod7mm+JkSGyQ0LLkw1EXqy90fiZLPUI9BDiJfnoza4r8uumKJVqOsUl+O&#10;DOeN2CLFlxWugNxwKiXEtykoLFE/xxbOXpkHqfslUh5jCUT/kw8fnZ5eHFrW6dkVadMWONknD748&#10;a15f3eztbPciD15UVCxf9/ouCof+4Mlbhxu7W8hxx+JeYiodr6TSXxJS8eqclNfs3jaqnv/73/6D&#10;ReoACweYOe4sLuF787/76lk06HMCsLgBR7y13eDZfnnTr683eFtEV+5urn//k/fqh5vtwWDv6Ci/&#10;sVk82v1f/+rvLk6vjzar9OFMi9Ml6+SyKXzTRMy5PP/8Z7/sX53H7RFYo+rGBrN5cg3c2RTesVmu&#10;8vC+aV4jKGF18OzLzzd2dqgI+DolIcLKk45LTEB75nz52ef7dPu1+mW7z/Pgotu/vLrxBv2XT78K&#10;Ha07liyIn//yNY6yjc1D4l53H791cdVcb9QFtYhTrj+8Pjlhivny2fNaudZqtoDF451gbkthOu0P&#10;7Jv2oN95+PghvcJlH8xM8qbZWt/aeH58enrZsbJFdzI+PT4+oJEtZkql3IsXr65b3aubNjSp9Xr9&#10;unlZKmTIDl2v5hNzh1aA7fGLL7764m/+9unf/+RjUK6Xl3up+HotdfrqcjO/8fY+iUgVEmKwtezU&#10;1q76w9eXN+dXXbQO4KMf7W0/J7knbtQ3q81BH/8t6F+mDEO7+2CjzFX+6GCLONzDNYJ/hpyPDw42&#10;N7c3meP36Vd7dq/ZnzseInSYtw28uwLJZ8xv4NdGbYn86+xVG0VnvVYvlKpi2pl5/+Ynv54M7bVq&#10;jpsA9fJ2vUKSwcHOBs+xSi7Rm/hfvjxmGskKjhYKVEkum8V6jFqVmflFp4O573oyO+sO9jYazPJJ&#10;v3hydLi+t/H5+elg7hztbLyzs/7+wcZZp5Nr5Lbf3tSKydLjnePhILlTnVfJdU0OGKCLPBc9Xpgx&#10;xfM+j5zOaMS9tpZPquRrJu3k2fjHrSmwJE+InSnG5TxYiUrq2WN0WEkdXDPzWmpNr8P2klIbCCki&#10;LDln9FI2TwHD3yLY6XIAtAYCJ8QU43xKtUfEhaSbDicuvV0Nwi7COVOChSjA8ikTSR4rg4ye3K+s&#10;zTy3G85YN1QLkppL3iOr5+EU0a8kNWAVLWXy7AzbvRFMZX4jVx00Ij8Y68q+g1uyNZ0i6WScQKyr&#10;YFjjRmsw7fOrWX/5fi6burEF6sJFRA13xjfBrplEFkWApKScTSTss5JKtkbotuPYAVlD5EViiFIO&#10;RaXBQiCdRWcaY5xx3QMVZkw1GQdeD+lLdTStiIQ38+InZZnPVqNcyFpZVNcazdsGm69Mcnej3JmO&#10;sYuGtK28ZhoWFl2myL5YlAmNEogRMs5Aqh7eUZ/PEOAwvgWRnLLMZ/MWFOOJ59fDMrvGuDnkJNVI&#10;PJb6G18xj20wMA6CC1EGwiRF2a1DFcbPzCdgTyQgiuofZh5vum7laaJsfwITiLfJtIU9KptevmJe&#10;G+uLugUFNMwlk62eg94O5jNvU2nsWLBDP+ZVuaVMpj+aUJ8CneM9NUoVVKoFkrVSViNfdGfuzcSJ&#10;z/XNUp1TjrWoHaC/Na2EUUsZhZwscQFS4QtlkDIiiQPUOSliwnUSoi4bmxrmagGcSailmTK4UMnX&#10;oYNvMA7JJJEPUF9iQx34Grm7JROHpNlkb6XNs7kCawfCfowEe+zilFerobguMcSBDIcCEdMoiseL&#10;TqvCqCCzdn51gZyB8p8LEsEzyLRkioISGwVmxQztp0P3UsoJtkk3ACCViqUMPFdW1pOxK1BdPu1p&#10;jvYLeWjK5ANPCAxvjTm/JSEwqSxnL0KEdAqKMlJzeW32LCObt5ogyyMsBjY7JS4eUhZ4iqICTWfg&#10;e4+Uy41HiZ2BHomJMxCqNxrdiZCuCs3eBRnAWCJbVKAESDpzU+3LGC5T/xFLTu9LT8VNB6opntDY&#10;LtLB9WY2WgHWpJpCv8gySnMwntC1au6MgWbEP47YsWfo+/Dj2p5XLFSoU2hXpH5lrcu/m0n+0GRi&#10;t4fjRj0na6kUUdJoRf1p5DAu9CUHFXozwle6dwbb8hGNJkB3SB0rwksDeSDYMrEV+FQBM6pQuNsi&#10;k2XpisIZlEBoJDj/S7JDg6El4bSo90cDkNB+yPHIEVYqmYVMlReEdoyEs+mckmRaSGdLmQ13ct1H&#10;/kCTR5oRy0/8Jg5YxxjbG13CtELkXiQO0RYuXOKoqHU9s7fxYDaktR1EEqaU4IHFEKGFF5vvKZlt&#10;Cv4pzQorX0z3JwOGAkX5fDHEMqwDTSexsbRnXJbZZD2ZKM68DrMtcJAZwwUsiUOERCAGGbwDypjh&#10;eHLZ4t/Y9okxRQaQEtQbQioUayje2LjkhhIZkIxlEBtxgvbtYZNhCsK4bDZS7QO0JxDWmBSuek6K&#10;nOaEMkiKyT+FkQalDuoWAoFZHXNkJwSUZuEmtmcDvNjVDEtv3cqAyJpwN3IBJtkP8yPEFw54z+dA&#10;EHt3hF801bDKcXFk0JZy8IGFSwqZVLDDdHQixyO5hr+SoBmmR9el0cEq7Ev+rmACMjLcgQLEaSyw&#10;AKYTwiqSxEgx68ZUXmtBaNEofAwX8HQQLLAyc+EiphT0jnfMvl8rIhfkCDODilWvl2tg+SkvmWfy&#10;z1w5/OOSe0nlp4tkGO20gBEZ20k4JV/Q2MX5K+G6rK9jc4MtqiWRUYwl1aNDtQoxkXJGei1T5WXa&#10;AY20QZbkQCY7aY4mkHYMrRFU2GQ9Cb6bK9UYT/0xMgFXv5lovD7kfoM5wQcs0eWz+P9pe7NnR/Lz&#10;TC8X7EACie3g7FvtXV29iS1RpDQaUZqxQh47RjM33ubaEf6nxnbYF5ZtXYxDHodG25CixKXVZG+s&#10;9VTV2bFviQQSmchMP18mgHOKHIev2OzoYFdVn4MDZP7yW973eVMp4BE6j6NCaps1uQQcMf6Yzbvz&#10;6QhQsxTGRFImzGytktuf8pHxU6dzM288dEdRgZ1AFjFFVCKOYeHD496ZyywVhQSbLgQRLIWEfvbr&#10;3PH2BI3res3Ly9FoyDBmIe2BbGipuSvVChc2bzwzjWab8M5k3BgwuxLvzSo6hjsxEhkvVtu+IOqC&#10;tWWjpy37YFXWVqkwjueVXVZMpUrEtCrJ8pXfkt1yrIcWQtViETllJb83YiurUb6LMHu0SPIfk28F&#10;Hy3RnTNr0AfltrOz8/5HH0EXT4moWdKJ4m4IFSDOvs/+/vuyRgtvKWRvtXu3urFbOOSlc1mIaTJy&#10;UuShGffc603v7eSftZL49sZ35YBVb0OhV/reuBlWb1TS77CdVl9mnVIU/QK3qh6uF7OSbRZ3hup6&#10;wXhLbn3TB0cvLIjAbPJRrUTVt3anyipkSFmn4Ebe9uj/rDTQK+zWO1jqMLxt7o3NC9F/Eqxh1Otu&#10;f9VhKjedehDl8fLZLCL6cSYKDVejqytcLopXjKuVJPrWNGBpT1ZX8cMHd947IBM0J+Qq/gvZ8c7g&#10;BGdi1lq8ydZiX/RKB76M4yWmjIAPlCByGXLckcIw7bT7EtmWycn1L8r/Zepv3MFG5lv5gm60huWr&#10;cfFFIxyMYqLw4g7SIrWzEJ0Fyi57YMSx8fCCq5TbbRFFH8nemMqQNjqdjY29HIwRzk2WIpGDXbwF&#10;8otIHp5sV755fZacOEYl3WoNMaGwp7rqDP7Z735bzRa2CzkKCMkhRD409x4/vLO9vf3s7XnBJDMh&#10;9/ju8fV42nacu4d7tXLl2//8D3/6i5eTZhv/J3FIuIOytRJlIkXwgyeP1ELOta3qZq153f3XHz2e&#10;GoZqIo4mKC5bgRfkQ7tJ9NuXOHH/8A9//9nL0+D8PJ3PEa/xwcEmNzxzP6ZP4+EYOU6ZV0WOvG19&#10;+PG99uX55Rdfz67PKcjD0ubf/fVfMfssVyscA5fnZ5WNTXZRvK3nr1/5DlDZpDcZgWaplWusobAF&#10;JRu7bJfnFxePHn9A16RlCjx8qbwlxrP7FqFrf9Q/3GVynYWPxcajWG7cv3+Xi98s18NcsXndXMiE&#10;Qfv8iy9bnY74DdOZcrXONjyruMRa4eV4ftnhmWYPh8iVjVqN3fU2SbKbjYur68fv//YiTD4/OaG6&#10;/+qLbzbrNTZ2z19fvD09pzRpbDVKot/Kh9NxHUXsYv7lD3/05//uL370tz9AWPl+JfPJUe2q2TnY&#10;rACAweFHTBQdFH9T3JWKaYPzzfcEfEomLaa+uYvUDcUQjjvaTnyGTOG5ePY268yaaeDfNDufPXtd&#10;KeR5Cj1/e16u5CBMNwnV6rS+/uZEQFZTm9Gfkc/0UCQiFBxOD7fqJxc9ZIDf+uhRvlSEtPSK3nce&#10;VBrbfU/NlQhPTX3nw0csT2aB6IQ7Y+eT9+5i+WKuXEhTcU1N4iED6Kk64RyYLXlwvX5zdX7RRouD&#10;oRfhKaBX9qq/+f69atWsIORKprixvmpe1R/uqEaSeNda0cBJ+dnV6d1/8ih5XM0emF13VDveuiCP&#10;NuiDyXJVN+PPtstbZoZ+xoDxMRg3X3XmFOYFGYnJKrUDShXlvEvuDiYrJiGlVq9PDBnPaOhT5ULd&#10;mrJTTFxPRjC9s7mSnigiE5tJujwPepzMBk/7RLqIkrjPFgxSHDxnhd0RP4K6LUBjUVdSFuwX84Kj&#10;FMeXyrCL6B/E1+j1QkFkFd90eu2ALZygQhl150vGaDomdMUsbM7BbIF6UZEL+sh62UWIbz8k/IYw&#10;w4CxLdOejo3JjTIBsGyiP3IGjjCcuNe5llCl0sb40Vk/WgQglDCpsmfgRChqet+WRVQ1m6LcJcei&#10;Wi52kFXAEHaDSjZpJFXgYghHgZWMeVWYZyVqAFUeDgmqIwXoCsYiKK5AUzibEdpCE6Ux4j+SbBMv&#10;hJLyYLfBToxGaDgcGYUafwLbFrsgQXiqEucIM4ZTDmsAVynm39ZYgK00nkZe6kBiiuulMmmdbcuC&#10;qpeMHv+sszSpFGWi2RvTxXF5AvdiBeVgM26PYfNiToNvl6UkoQrkS4KdoQNnfWw5/okTbjJEIqmI&#10;mQfacuJSVYEqoODGLVwSObFCS4fPm2OzPWF7z6mm0X7zvuMapD7gzOHTzGcq5QL0tFwWqbMzy+qy&#10;42fwBwbHwzPOr2dzkIRZmbLsAWpMi82Q0iiUON9x2dHIIcG9HtupFD06L0/OcbbNTCuA5XGBkbbI&#10;y+aRWzWKl+Mpwpkc1BfEAxDBEynQ6zhhER+w2WDOWMsnr4Zu3SxK9eST/VZGgzmZD7MpYDwCYctq&#10;INBmeCOriWyjWGXgRaGLppgG0yyzK9RRDwIOssYWn6TtTnM5eFr4gmdE45JHBaEdswz7LtmTpw0i&#10;3RiccbYYhjmazOplM0qQX4ASjGFytUqj2R/I0zsB+yooVuoea1J/osNCCySxnq5bgkRVlz1PWsj4&#10;aXbFPDFpolxZu/Fs43lqA7WNbDyUKST62Pl8aipqSd22bMal8HhZHE0kCzeEdD0YzznFIQQL/k6m&#10;yyRgJUczrLziJ+xDdQ5VmELFDGoPg5FoSfB02kRSrxxVYNSl0dgqGWlMRyyoODVRmYM8pp2hAaJ5&#10;7FkjFSgGLl/Pk+woykcUsIQGOZDkGPNhGx3Qw04sgYdRlQh0mUvOBYrLVjAJEREUD8T5eVSVRsGb&#10;KrxaeNBJoXdowm/P5IAzMd560xxD1e7Z01DoU9rloI/WJh5QRWY7XzrjYGagB8mZXBesGXFzcLuq&#10;4TgpLKvaaNxm5VTP5pGFUyUIiws4GRhdNVPLF/PEebK5DBC5IEWzKQAUtKJYpqsVXOHMKZz54LR1&#10;VdvYpRPKpBEgTMKsdIMyq1qgRkCVALZa5/+MA689dsxsWVJ/c/T+wMbEYC6aHY0nBnr8Jnw71Mh9&#10;qz8TOq0yDqdty+liB1joWUGmJUTii/qZ/AId5Txi6WlSqn5+ZKb4GYNyP53pTO3unOy3LE5gVTbq&#10;TNE9uFlUQZ5A+DiV0LxObYtWvCJ7BDEIYz3htoK8LQgT4Y25M0oA7iLcufRITAT4BBaS6ww7ipGl&#10;Us2VGGPNcZqx+8LXIKsFMYmlcHNw5YheFwqUOnbt0Vw01YJVm3MCe0PWsPREKlgl9g++JfhSSLy8&#10;50yDMrKPYSDBNgAkPmwIN66EXVEEJxEmS1eQThZkb6IqsS12JEw0nOLi7+Dgp3r0RVKsRsJyISws&#10;xMIKrJvrNIhAvZzQKd497pk49BXjOlBrbCFMjSckSkfBvTPxy0qK90Sgd+CgNcj8xP/g9phIdDwS&#10;JckbwPHDBH/kOeSCVzLmZReXAc9hGlEc5nwhrWMR/KuJIQRL+XTecjRsaBzfR5Xy28v+EI89g5Ok&#10;xGl3LPLaB7CcbQiVoAQZRTBhBlmGdwBqI7F5Cll9kmMEonohpa2MEoQdgeJJl7BaWWFFBS6HBi8g&#10;EW3GESIkJSFcCIQARHgg/suHv66O95R0IllM+dGOF5OBJdDuKCWZV1EqlyXcQziy+nWzJ2ne0q1G&#10;DswomiiM9loCh1CWUbFLe6SqLVeFa5DSSi0b9cKyIY0CaHy5lhcSMx6Hl6rKSvwaLvu3CAnEvEe2&#10;iDHzmTcGb1Qc1hJH6WgSxqstQA7aY778zvbOwyePeUKl5SZKsqCKWz1URaPB8PMffT8M/Nuq29uG&#10;XnW1h7zVtd6k4ARSAEgGRDJ6rStS0ioY9l1l9C+lFK3b1mXXFrOS1NvN738i3nYdvBPe2pwKrSp6&#10;mdoNDVpZk4dXTbF6e2e7XspG7WccmRveFnbHCCv13Xgl9dYYYCVzVm+/XzcN802sUrheGt/0qGuX&#10;8Bp/FYZLh3C0a147jWMYseCavQWYx2iVrirhLQG4ejNFWIO5lPVls1Js86g8uvfo4M4xctgI1ezj&#10;SBdylfALb96p9Xo4Vnf7kXeXf05trA8zodZHVyl7xz5hHqzDJBQXu4RMXKQZlt/k8vXiXbEw7KJf&#10;k2WXrGSZ1s1FMhTBnCXflz8p+RTRD+1Hra+A8X2ppqLiVlr9aF0e+X4XUTocWjQ9VjVHd6W4FHnF&#10;BcOUG+k3t8mtnfGacNR8dP/O5oNHrcDPuc797UZ71P37H3+OGvPs4moj4e9Xi8PeMLWYs3hcTKmI&#10;7IkdwFlsVM12u7+9s/2//sXfnDx7wWa11e01Nspvhv32WTOAbIo3lwF6JlXN5De2NvSZvVMp77//&#10;EEOVBLh3ui9OXhP8SHoKjhmqaWTPX5+8ZQaLIoxx7RT4xdB6/4MnFNF10yCgqLxRRZKU9r2vT84a&#10;wJlQz44mpHmWd3aRRFe2NvvdERjkfKXGXuDZzz5D/It4bffo6Pri4gd/9Zck+jj94e7uAd89V639&#10;+Y9/bJ1f/cF3/2Bza/f4wf0LAnBaXRYUhE50B7NKXWA+7YEIkGs7GxTNb8+uf/KPX5KUUK5vXlw3&#10;iwXzFbgvARSzpCS1PtVptbJGvtm6fPP0WbXMBLkyn05AGuBS6ozGoeBUVcDL4ElPXrfevG3OCC51&#10;FWKYsMK2rEGrdf2dJw8+uHf0yYOj3Wopx+U8c774+Tf//s/+fYquNZn66O5RTvP3QEl480fHm/ig&#10;+DwfPb4LTYSAOAGNck3b0yarQDY2Rn6jVrvq9Q428IMpfRRsGLN58gVBr2/Xy2UoRi9eXWzvbFw2&#10;r+81SqTXEIe4s1NjEL3Z4PjO7GxXirXCvUeHd492mUFg7yPi2MK9ksqQsXHatcjqKZVLX51c0k+/&#10;//Berd54e9ljJH9x3WJ5yxVtZPg0Ulh9N8r4M2mPQpwudCOEl1DNDmfTVt/+5P7xP3zxnC4UuiMP&#10;9EatzCKh2e+fDixAIh1CaLTg5dUlFN/f/u2PxtmEU8pVDqu24uibpVfjwdanR1ZZh1bsEH8Jp3tu&#10;w0rOo8aSSgfLK342GnICCMfDKabKjGmkehTOM9ZBCXrKiA0Cw8kn8ZG+hDSy6O4jgqTAMTOnPnIo&#10;hbEiMV0OqwWqMuydQ8+fAlDi19kGX1Jie8F5f3Btz/fMnGTh0IxRyLsaRe6LEbigYJObn5xPYgzl&#10;hgcKqlBQKsIVZSacZHbuAF9Jq5UCPjuNd5opTyCTKoWIkXzSQGHEoTCjstLE44vUC5X7xBFMqTUm&#10;24JVr09pOZWwAZ1GiJ5V6G6YfXXEHPpGLQ+fzNHoIVMcB0x6gWwwGseeNpcgCCHHsHhkaIhm76Q/&#10;2zdRIaYqheyVjWw7wZ/qTybDGfUGiUcefSYSUF+AkMJBpm9nm8ru8cVgAeEtTkpgiVGmw/dEvM3n&#10;PrRmWfH6ekg826MW5xiLX9J4LF8pp4r0S14CrJeOypQWqjVT4HV1JqJ2Ad9q6DmmG2UAztwMuCKn&#10;ztH2Bi04xz31LnMzAtXYXRMZfdpicZSgj0V1h3ivCGU7S4byohE1Y5IlxgQxgRWQM1EpQxpNyHPG&#10;dkJKpaQgasBNybg8l458Ur6G7ZOLOJNSJObX5UJBqJznykdPAsKHwCHaWntmy/PcT1ZANbAD1HU2&#10;rjj3WbXQHlpWRxqMlDYg9BulIxwr1UfDyU96ac3CKOg5MuYpoiVSNNbSGHIYnBAAw3E9kwKLr1ag&#10;ajwdyPCEN5PiFdE4vkEErFNfgh9zMhChmqfjCgiV5XjG6E4vSrYI05GxzcY1jSSRgTAjPeKjwCdj&#10;GAZNzq+QNiSJtgFTJksV4FbJn0uQIxtserI8DUzemIkRm3jqJFR6CVlSknBeHSzVtAKgy8a9Uj6P&#10;GgkkOLnibDJpj0fTKes89skcY+1+x8jqo1kfbyvFeXc2JwsIEyGYBksSNd0WZ7hkEytYIYER0vfI&#10;rDIh9oMFaSAL1cwXyKBKCIR8QYNqSZhRwK6+79u8S2gwh5OwksnaHss3UDbBliF+SAYhfVtowoog&#10;2fVqtjQZT4xUpj2Yb5t5VsXcVmzPucDGARQ8JKmINhOFXLItIhfZu/C2UL+mxASrIh5ByIBlNZ1G&#10;QQl8G+S1BhZpu5adevQVbEcWTKFnomYOh9T1jk+GH+Xn1WjSGfARKB0QTlGWCe7eUj7ryRMb+C7q&#10;a9nRSPI61lIWb642g9smv+pL1o0u+z6GyAvFPkM9omh8FfwVPPRtLxzYUiqz751MLrCukymSz0Oi&#10;nyNqSGsTCIoblV1wyqTJhiIeC42MCUU3LXmuIWNcbCqVYiXCXQoYhCea6or3NlTpQshvwqYOvKg8&#10;m6DnlE0pUIBed7hRNS96fWlryX+K2Jl89DhnkfsAH0BbyWKQecoCrhUXEntMccYGF6NpBwEHvVkK&#10;ck8uED9CbqOY2AMUX6LUXuTSSJPzMoQB+oWsgP1jGCKywM/YHTNzle0A7GHGDOWEbpEcViCnFzpx&#10;SMJQlgW0joImxBjDIAP8s6/OmNoQeIapIC1quhRw7+mMxRxBtDJio25CR5zJ1JAcU6cRpu0B/FRR&#10;k5CTDJjcRqML7B7XIyhGe9GfzFt9rPG4ozTEzCTh8elDMGQ4hokDzbmPTIytuy0WAx6MCPklTysh&#10;HF8um7l8nLyD0dqOnlksJBr9nlg4AD1adOrMDtXY1ym8dvwiGWlUdJloZERcwOSOzwnZMy0om22M&#10;CSQI8DrRdIjVN9I6in9T7L6ypVZD7EuMWQmtKOqgsNCEp7iJU7TGbKH5vjnJyJRsOAhwrDWEHpM0&#10;othmqVNpq3OaBhy+JR8hb7KkEg4mizIJ8qyyWclyPjAg45slxEHAfYrDl/u2NwuqutxPA/QYQFld&#10;YIlk13EjheJHoPZaCM+aS9+ac2EXBDnuiYxF+K8YiRcgF4GScStx/0r+QiC0sUTUGkqgsJmWD5kH&#10;cV4X9G5WMgxyPdFuqX1X+e/e/zWqmqXBWCyaUcfLWAsJaLykElZzTK6SdapOyjcdrySjCLgqYgML&#10;VNeP+9jYFSuPN32pB14hcKXDjaNHtciTKS1rtBqVh4MSNRhRHJEWg6yiLkjaBpFDL5WrssePmiTR&#10;QItfnSz5IN5YhrEzEn0BSv7JkI6XMcLB/gHIHiHcSiq6kKviTg035mg4+tk/fN+PO94wVH5pSblG&#10;Equ3e9G4TVfjbJ0onYix1zIEJ1wGLinLN+FWo7he4q4JULd+fem+Xe9tw5VbOLxJA76RH98mOK/T&#10;jIJITR6qq19Xl5vS2wSudUztuv2MO9NVwM9y0a2902eHobomTt0k+d6eDCwXtqvgotuRwTfNerjq&#10;aKMxyA29WVnJt8NbbX1MYo53yxE7imsSdWEiijxeU6puttHhOqNJWX6bW7FHsYjg8N7D/ePjPMI3&#10;T0wY0Y4XGVQ2Wu0qN/3xUmt+408OhBwpoQN8vvJAEz7GrNcfcTcnBPUsgOVoBBNvdxdxgxr1tGFs&#10;SaZAEuMDR6TsT5SY2RbKGRUJE4T3HkQzIMFsc4lmZOUjg1/R6y/fsTCeAWnC1VfjRpotET9aJpuP&#10;kFqiW9H/5MkB4Pvt3Vq+UrY74/sIBY/3/u7vPx+eNSeTfrWYx2w2vOxuVovt+aJYM6+dGUFkZjo7&#10;15Pddoex7PM3F5/eOeAUAwwIrOVgyyylk+enV492Nz/84CE+Eva/sKpn41Fn1Ot1O4xVUX9ardGb&#10;128J8Pni7elWTq9lyFxdFBqN9MamjRSN0bOvAoU+3q5ZiotoAwtcz7J5IrMyYQH18vUZU1xObmZm&#10;5xdNzAaoBbE53f/0tyAj0feJzzCbedO8Yiy9Vaswse72Oj/7/LPG1iYRSp//9LOXn39eCgJgVl8/&#10;f57HWzIaff6jH9JDsu27OnsLM4G8IqNWxgNJLwDZFckRrojX3VEinbvoDtnu0eB+9vOfH+wdX1w2&#10;i0WTDwaZCeJ1VM2GAQysH3b6j+4dL5LJOaJHono1BuShqxsEn8xaTbfdZBAM9CWwR9n5MGG3ravX&#10;ADHrhVSW0NPLy6dfPf3T/+3P/u8/+7+6Z63r16eNfG7LyB4TilTMlPi4ScqZQnAQbPDxVoUNMy1H&#10;ztww944l9ArY6tQhcBND4TXGK847uP+S1qXtbTcghBGsAfGYscxwYhUgPFmT/Q3zst2FeGKWirBc&#10;o0EyotbgzWUzkNiA1MvLXrfdnrAh7dqVrY1vfee3fvizp1uGMWYvhzHVD2olg6ieL19e/vjrp0eb&#10;G2/fvC6ldBLMGdfOJs6DuwdfvXxjlsjJtLlwtysVtsSeGkKmpVYvmeJdPR06H3/rY7NQQKzX7o8P&#10;7+6li8XtB3e8oqFvFoq7jZ5tv+n1996/X9qqsN4yD8sQdUsHW1B6rr1mIstJ7fbxHmRVKRV4giTE&#10;0x8m4FpNUNrRLkLJSiiZrjUmRpXLjBfPIwvwDlmn9JKDgcMqssB+yfdJYggUYW3O5V2aiD6RVpxF&#10;WDpzegG2YpDK66hY2SDJYjCZftsbbpmxoF0G3pwEaN54Njlzt2JI1gzedm53kmwIYKBwYatjCXeU&#10;wivF9fSsP6BT7U5ddqcEt9AWUF/WsnkcwpM5PNX0ZM4TlGUIrZwvVyVNb0JCTnH2ou8lcXLgu6wX&#10;UR6yeegjXZ0tnmybFKOsEy8Ho1xa6XkekiuKWKKqKLIv+yy6RSFXEoytWARZDG1WCl17Cl8vqyd3&#10;69XxaARtqNkBdSzccK6JCm5IqMUKCBkJXQwFpiJ5gqgtm7g9k+hLg51yAT0n7wPLYRrdC6KK2BRk&#10;U0N7et6fDJwpw44LYFazRUaEeTofyhXDpID6e9GxPTinWZEeJltjtkZwQnwca7h8qWfolkfuLB8x&#10;CS/aA7BcAJZfti2GFJTauJvpwxkecRlw9FG3UWBJGqdPL5Qb2U69lL8azqF9s8DYNmFfScoQSdJg&#10;WB9slkuEbSCA9xOtERoE2NCyrZVpuOpDPQKeiwFS0BAam35MkUgb/UKQorQMUxTFLLSyXYwbmsYO&#10;ENMjLsG56vTtIRctFQuz/fFiOpiNprCUeR7MkOKFZ1MWyxQWCzPJtp9edzGaySKa3QZZNLR/+Uxu&#10;iioVD2Ei9aY1oIRMR9EPA4uFoyRhcnOzKuQi4ozqT7yMVMxwShKwvkf2iH/WCxsQhnEV4pUIIyDP&#10;xHVOumMuEokmDjyOCHZ1lgfGdooqikEJnhGJH2GHrpJ9RkCxSpAZeFU2KjOwXRhfLbeKwHg2K2aU&#10;3nzGT1fUtVLKkIU9BnIQzTgtfZhP03q1hEsF6TMZyoSI0RTRrvM4Rehr5gr4tGEotrDD+wuI3+Rv&#10;w3On78J/TCEoxvVEAm0Jhe7AdoyECCDp6Oh56S37grRJkN40j+44Hml4kpGlv+pP6mb2uGYmpA+j&#10;OA4os+HmsQOkKvbmSIUhJNulfJImASwuZkekmNsblcEEzbOIYenFRP+sa0RSUQi0naA7xIaqg3Uu&#10;5GS9yUfJ5BlgDkUDCl4MRJS7KOGjFBEVDVGS/gH1LhBgx6sUDbJNGSuj00HMzG1C28ZbwZ/lW2RE&#10;7Yn5EGdpQizwFAv4cSWchuIsed2zxUkOCGTmmkTwAnAmEWqhMg1JpFTT0BlZKVFBxFlHeja9QFIG&#10;QHMWQG7kCGThzhiIngluFL89oltBSa5pNCw4SOmZVfkaiSy+US3BZG9ss9sPJ+zDszl8FUNxBQBS&#10;QHsmYXCoFoo5so9TpaLBewu9iSUmDlCeTY1CiT14PV/mTOAXeXOMfIUqiLsbRSe6+EK6Jor2bLlu&#10;bgCu5zTNZ0uGgimDH3eKfljgZfxYOuF95OPQOOS5UkJRiZcUhb4ulOg1Jc1CtjexYdSB48ORg5h5&#10;YIF6DnkwSmWkL4SCHWLBECI1KdDc4ChumLG6Yjae4QxF45xKBO1ZACjLFTcvMz6GemSn8XXETUCT&#10;zAcHPIJxDm8jDS56c2FEKxzsacwurECZ/5BFHMgy0yZLSRYRkjWTMDQ6biR5vpGSLo4WFaUYfDV4&#10;GNzPPKzpgnlL4TlJCDEACFdk0AwSKNZcCZjmIlJlyCLBk5hRkly3XCGsBFxc6oDUuGrB7LtCVeQn&#10;tXn+C9JDqkkqPclHAIVgTxG/yyfHLEAF6i7dqcwdxJ/HZw74cKAg0caShn2edGRlUclUy5mydI8a&#10;0gPgyUFSKMwMfxO25zDAxWyf0grooNFyCzyRFpNiIkjjAE+Gjh/VrdL0Rns0hvrVbGIzircAFiyM&#10;OlHjJgZY4WWVK700/wXqACVy33QneN/SeyXWK/DV5sTsZfSyGgkROc443D2Rg8h6V3oLzYNxmQg5&#10;vXHhKGzmJQTc9XYxHfg2JEcjpfyLe//tr2/HK7QLb8GOdzAg+DzqeBlJqmGUTlTmumVoQMfLeevH&#10;Zt3IU6utcL78VhRkGsTZNjGfOYyAQJG/VCpz0XwqS6tphHSOvbhBlPesRt1CbASN+w8+KT8mV7Gh&#10;jZBYWky34n3GoyXOq6hlkQ5bZJ9B1IqG414LRzJ/6sH9Rwd37wjvBlI3d4rrxlZT4JfW0PrHv/++&#10;BPAE4bsNmhquonHj7k9bybGXAKflTlTGuPzsCdGFLRXb8drzXXxSuE79uYFWhTfBv/HfcbrRqu+8&#10;oVrdBByt4FThzX9804QHy8jgle12tf5dd6O3FNDh7a2x8g5pS11mBa9YYiuK8hIFvfbnBmui83p1&#10;G9za/aq/TK0O11Ls5etSFeU2/lm+qr/STgfx2j36A0E0gllIHm86ucShBbdwX+pqab0yXofLVONV&#10;aFMYg7UP7z/aO7qbL9DxzpfkqtksFflj1XXociQ5WMZDrTzS1Nhg/JFAxwG58R631e6xjckYJXXl&#10;kY7FydGlLkvfeLwQA5a1lS/dF2GCIkM4rlshRFAMA7VEM5eK/ww/H06cQr4QLvHmMipKiWopIWBm&#10;+cuNjb7sexEteBLTCC4GHbHoqHVD9+GlbFdKw2SG9darZ6enbUl/vHN3x5E4Avo64tVIZ8mUaht8&#10;Y2SUBNCRtvq209tk8ZQER1g5bXZITKX+AuMhEnA/MMpGbXu3PXXetK/PTy4fHt/NHRzf+ehJl8Kc&#10;KgFdX2IhcrRE6sH9g59+9RL3Fa6wOwf72ZJ53hr+H3/549M3F4yuTi+bO4UcnuDG/lYqV+hT3S0W&#10;J68vahIbSazcvM9rjVwUI2+26I83iuYsY+RqZhTHnGUrZQ16416Xh8jXP/3J73z3u6Bv4Tl++ewp&#10;VdrZq5dvn7+oFEsffPQxm7H69kbz/JzNzbOTE4ZbaOoqDJyzmZPTKz77esU0t/fre/t3jg5ZAbd6&#10;vWG3pxeMk5M33d4QOd6o32WZzHUHqtK2R1dv3pqMfrNmsog8qopghNExK5adsrGr+zVlWh6f3dP6&#10;hdll1Wtu+L3D9OKDRv71q1evv/xS7/fvmLneiJc/3qlV7jQqoTX8nQe7J+eXo173W8cNapj+cLSH&#10;G9I02QOQhMmTm2yMUjnnTYad0xa+pdp2rX58+A/PT3OKD5i3VDEl8C6S1zSqlV53gMkvG8zxupmZ&#10;zNH2zjn0KT/oWDMSetE9Udn3mm3sSuT1oWj+4N7+q7dXyXAx9AqXln93o/LVs4vT8yZoJpp/Rt8U&#10;XfVafeQHCNsKxfL93R3RjWuparnUHI4oU/AK3zvY4mFJwClqrxenVxzi7Pce3dmn6Hj57Cybyz5+&#10;/GAws5+evRq1ewgAsJw97YyGurLz6NgrhJX9LSVfuvPhI/POMTGLdo5R+mSRKTq61g8mFz6B7yF2&#10;czxQKJty2RJ3/dRDN2ti1CTbgD3ngguZuFdAw1KugV1bVAR2Iqh/HMRbpT2sR0zOKdajhRZmQqo8&#10;h4j4ICmTZHxOlWJZInXmI5xenC/kAdEikcaE4I0FDht4Lsc6Oy7fq6VFZwVJaIvloPwZOJhwOGGW&#10;osFjs82SVns2nL+ZuMxjWVrJPloLR5a/KyVlSHfE7p8zujl1alQ9PIxySUBZ7AOrZvaHl6NyFkQH&#10;Gx65/JNsMXiWJaVU4RoDHyU0TyDY/DjuolarNkzJ9uBHRrosmkX+DMEYIsKnFsEXqh1vmK6UDWzS&#10;qHTReAfdsVMrYHWbb2cq/YHlqourWVhKhO/tVJENcziA92zkErLVYlGQgOsYAHl+sFMoc2LkUhSR&#10;DFhghtORsffMG1l0EjkRzfq1oj6jaUyq1OilrIyV8eLyIK7wmhJxcDxOQ4X2hjr1vY3KHi+e4i3U&#10;2WnoEeY+VgdZwtD3BtMZ/rX+VNyb+APlR6cJZ7JgZodTcfGSaFrgt9JsIH0sstQn0FZxDTY7cMuy&#10;vMelFD5VSTaR9bXjZcH9JDnJ0n0iaIaz3cbuFYYFKGulBgfmaDImZwxOni48FScZWSFVUTojZfTR&#10;LcyEruS3B32qvb4jaes87q8GtsEgyUPBPGM7pwmylSTJ5HYe6h6wa6isSqGQFqCxTFngkGdcCWVX&#10;Jac0KofY6J6NZibNlJ94fWmVzXwTSH6K3kxGJvR+TAzGIJoIGglCdrI4lqvFHO9Qz+6D6SYbk6LT&#10;0dIdIshcr2+5G/lsszWql0qiVvf9ptXPkCsaBtBYfN2HjsYE4fIapT+zLwjI7GmQ49qQG8QiK5d7&#10;ioKTprhaIrvNMHKo5vT+aMg/ufBIuQENxQOW85M7AikvMlciiMA2MqGgDaubOapn5i7DOURljTnF&#10;8U59LDNNxTSMl22QfhoQ380SrK4M61xdWn1KyjTB15IQw9oimZrQvyJ+9LUKwbuw2cikcmQawuwB&#10;uS1bTaHjCqKIHWyVaQv7p6IsMyPAawqpwrxPCleYANI/mY/rZYEScSdX82V0LuiNSvTWfgScWiDs&#10;zzIf2SwSnGzORY3JVycUF7Y1kl6lN6Lry9ArcFnSYHeHFltiUQjwlCG5S4Dcvu2hCqbvWuyWiQ4O&#10;LZ9DRS2zdZx6FeJ8QHAxyskmWpZP8w9PjhOBDGCET7T0zB5oFjCS0u2wRKa3rWZZdQdEXgOTqyOW&#10;TQm40kjlGdAg9+UMxKKQEKAXHweqYwwaQRGcu85GFFkP0yas3gzOpnrkDOCxJWz3hUd4no1EDTvJ&#10;XIAG6TT9HmA22dOKM5RZSCjwKOKpEM4ye124bNNDNo9UWpyG7DrF0Alha+7gwLScMc89plGzyYDN&#10;sD0dZ5hE6hFjHsK8KoEufYdALLrfjXyqwROJqoeOHTmtKyYtDvA5HRqpY2j5iWCQ9BnRvgNHR8HH&#10;JMHkRWXT/gZnrRD3xjj/4SSXc1gxZEDAAWpkuLmTErWisMTHp8o7z05MH4koXmq2Dhp3OXd4A0lI&#10;5ppJ0DEydMIbYc8RGCVGI+ZoOptios2pccwcdEZSHUC19Cy3P1d5uoRICXz5+rTWOBc4aWZJQfTy&#10;9vNDiIMRj4fk+RKlLjhxOl+0zdkIXs0ygtkTH6siUDPixFn/8j7wLyADNEbPbk8ClYWxmRCVrN62&#10;6MARXedZVQ95oQFDBzXCFtHPsk/TCDqjMuT2ISzcYgEcIAwBwDi1pLdfAPBvg2FEE8H4KXSnYWJO&#10;HB8SHGI5SED28O0jC4cC5ds2LIDiyJnjsEPAUs3V4Isza0exTss+ni1ADJIcBlCRobmsJZKSfQS8&#10;z8xIjSycCQTpNLzMCIOUJGXy89PeL5AKCFaQWq4KvFnT3g7HxUK2pOEu4C1gmoqThZm9Ho2b3SF3&#10;2ZxsvMycPTubX5KjRCqjNSEJS+qTWslzb3oTezJchNcskBLav7r76+t4u+KnZcfbbA36fVTNi0gC&#10;Kq2s7Hjx8XI6Snpfn354Lp5d6Z8i3my8IYv0seKH9IRILxV/hJ9Cb0BYuBLl6QYrUNAS4xQ1qSsn&#10;pqx39YhXpUehvJKgK4ksyo3+OabSRn1mMu4Qg6WdNFw2KvTnaPgxgsx4t9X3n3zU2NllMMNOjCPd&#10;EZKQtCUWvG578tkP/jqKwomb8Nuxt6ts11/6K1zCkNVo1cz7E7GaNW2t11VvlrfhLSjzirC8bPAi&#10;vFQY3uozo8W2vhJEa7eye2+ct9EfWu9Yg9VidYlxWmmI1fjLrwKP43W5ulQw31LwrpalN5Jr9bYY&#10;+1YTHL/cd3zFa0CZsqRTh+q7wutVk778b1evPFitpsNbO/B4z7teta479mjBG5GMA3FayRhK/Ezh&#10;O9vmYO09Vlcu3zhROf7OEgzEz310//HB4YFh5KO+McjiKpUdb0ZE8sshx3oprK7W1bGPV6FhAuxM&#10;FeULPY0Hwrzd7TmCfSjKBEYuzBQVDeKvILq8NRHeL2cg/Fu0VZa/tCiVNyE1N0F6cC3kqS9Y8Tj3&#10;KDL1MjeFUcKVGZnVJeso+sHg1rvsfkXUIP2tpy0nQeR7pyIlvyRY63/y6d3jnQ2+z36gHz68s/vo&#10;UbFqfOfB3s9+ceJMbAk4L0KA97Zyhe3tTTLpEWi/vUaIaoFGYl3TGVrlEqkf2Rq5kxnETj0GvIM2&#10;TqE0yB97MmFevbO96UxGr54+bb0930hkFzP7xVWLNr7c2Gx2Rq8+//qj3e0nj45JifiLv/57q3v9&#10;w69e1Ks1rMdPHhxeUD864ZPjo4CcJWdWy6SuuoOjnQYury+/frVFKGGtwsFx7+CAFL8XL07qaurJ&#10;P/sXpEDyn8EaIQRIaDyJRPPy4ic//PF2qVTd3hFSwqDHyb55uP/Jd769tX/Ew6o3n//vf/qnv/et&#10;j3B2DVE+8XNlyeBgUpw9Pj4IIkfN7//Tf4rWDw1oulBCyvh7v/d7Q9c9v2pyUJDdyxNY0lkJ+lBo&#10;AmdHjU3qMLq+qD2gHsjuJN3f3dIOg+ts68wMhqi2CtnUdt1A01XPgJTgweAebZnlYuHhZuWnP//6&#10;/VLivQbpxSFj/q1yetTp36lVPniwgzu3NxhyoN3f3zrr9DERst4XY1Yyw5yFkQPNMON81N4+EG9G&#10;+Z57ID1TikydQiHPNWBbU5bYVD4nVy38OpQJfbS4G+ZgPDncrFIHUK31eu2z6y7QLODDCJB+8fKM&#10;cubtKPjxN5C0CgRKfPH87MMPHqWN4kmrVzZKmGqevbksuCFZI9B9Ty+vhMY2B1VVQCRztF3+0WfP&#10;0+4CJ+fPnp9QUVXLhZ2tyuu3LbJzMgVzEug7O1tp0/h/Pv+Jm3N+1p2OuHhLyblZOPz2+/3U4mzS&#10;RALglTJ+0X877Y+Tg/aEenwi+jPdn5M0y2Zj7iNQY8KfEBoT2znPCUCcp1rTLt1JAfCJOtFUbJwB&#10;Qx/wJLu1Brsh2dYls/Q2454geFgNWBYp0A59cA0PtCS+QKtOX3UnXOPwj9MIuRIeSwRE4xJG6SLK&#10;oij3GDOhwWDdtltvIMuD89+zZ/Rf5XwaSTOxseVUfqD75AtzQ/54vDB1EXDyzG76iDzdprvYL2S+&#10;7Hnf3dt/0ewk0+ooUFFYZARVydAcbZwK8+ly6uUF3OYbuQSG3oTEXjDiJ9so7EgSDwFLaEeDA7O0&#10;Vaoy40ctwvqIsgj6i8E14kOvIfjbrRpp8loqleqr5pDIGppydqHIj+NkM0cUQMiJwZv73dFgf3cz&#10;mZ730FUmCZCEWYJWDZE2341SKTTzxH7SI7ETNtukx/KaE5KiiOiCtm27lmct0J/MKlkqyMVWJT+J&#10;ELUIIvYrJluWluMzSWnkNHasVG5QnTBsMyAwE8lNqkstSTtDYWgaRVTVKDDZ/voSFkIuMdUN6gO6&#10;OaWWE0Ymx2FrRE2mUFRh52XiuVEqvb6WGKHxeEpO9hcX40YR4auUXtgKU4noWaUpRiY1mSJSMKlN&#10;zntDCjjbsSklkWDksmKDx+anC+RLI1cJn3wBN3DIm+G1sBxLpThmO9qfjtCfY39lpEJtblIs0vAv&#10;fJJmJdEliiIAWy04sYkEI7KChi3WsaErpa+xRcpKC68otR17ZL0lGOrEcOYBmadBASJND4JGh0Rv&#10;ju58Pj1aAEDy6AIoT6n5uAzENBbijhZDJg9a6NaXY+vcmvHcIMmjNwtZg+xWqgNWZLwkqv4F5Sko&#10;Gl4tFJk5B4Uvjrs8Yt0xs4FA745pnBklchUJ9ocrUZTQrh89jrVKSZLFaTmR7kBGak2HIagwl10Z&#10;UbNsU10RJpLCKiNkXYSWumeWswxPaM5r5ex1B224iJLA1CBp5rlKL6zLHgeMUILgGQ4eGMsUOLiT&#10;kHjy0fdBwBMZpApLFglDpSB5tFDfVRkfM2vjfhceDHcKwLY2x10+L3tJPzwf00yi8KSTmjPD4m+i&#10;8ipiw1buVRsbQCVw6gIO0OLxPJ4LEmTSAO2NXA4taTVb3MYVoDNekfkxm2C21hJCCCWKZ7Iu0yX6&#10;QDamXJE4/K/JuQtk0cqJwFdmNINtHv4ve1oieiVAKKVv1YzW0GaoWi+leeNBWME9ouNloIARcauU&#10;ue5MqyJVopnVuX0U2bgjrwg3QFZC3SvT0oINz7A8Y6zGqhDlM6brqTh+NXKntKDEzkY6roUsURGc&#10;iuWGRj8FW4hP3G9P8EGqdHdoL6VLVeXaw+dJ4+h6fOyiAHCBf0NbKFacKQ5/DrNQ7NmSB6GWSmAu&#10;PRbIRiJHtDtZWjwb4cNzbXCuTCBj6XC20ff4xTyXcIV+DL4verRQXAO+6KATia49smj1cEdreWcq&#10;uaMT4l5gBKSytjNmGoLZGCsWkGQowYVctmcPlUiruSAwyWOLz4c/YyJeKuxwjCMYoS9k96sj4Qhk&#10;Mztxo9Ns4aGA4ifhESuOAt6xBbdMPq+EEoDDH1VCpmMca3MF376D2wPtuiTbJtEKy8QJ4wY4fVwV&#10;zaYFY37AVChQeMJyhmBKQtCO9aDp+K25UBhcdzrBWBsQv4PAJMHYjhuCGmPBGELVegxO2J5r2QK6&#10;6JQZSA+IWgRYGyZKKQ1RHrC3FKALVxOYz2iElsb76omgj2ZcYvzYpqLpGPts12diZsZkITm2fuRy&#10;Y0ZFs8McR8/mgd21CRVwAcoHnhg1TZrXUh6MmQqRa8gl6mlGphyH0vdCRB9hOQ2IUY4go2iwlclE&#10;lHtKTcConH7sUXC1KOLKE+CapzhSc9PeIpl2cKprRlY4kPOoRcuSQQIjyQcOn9dEHrIgNgpyPz4U&#10;Xin3MnnpVKMIf3lvEWpwJDKJuRySyYQUwmuOaNtFrcPBCBSZ5yBd/5RmDI4AR4uK6SMUuEVC4u4l&#10;8CmfxQeQSyb/yzv/9a+14+UHuW62hv3ebDIWgpSsZDnMUyWznJahiSjF+3D05pKkIoLsOD1omfCz&#10;giLF+cuxQjeSKcufiHtjQTdrkqAjgSsRmFJw0ErUKUiqlhLJlTWhLoeRWFOL1l9aLGNWl0u5mI8V&#10;hOtoWVmfyZ+J7OHBdNzDIcMO+ckHHze2NyU3VXZluiPcCLoDinfK/OlPv/9X0e4tuAWQWumH44Wk&#10;usxTin8tXC9LI8Np1MZoUVbCullS183YqvtV39mjqjdK6VvpvOH620ddk7JGQYUrC+wtoNYvdeBr&#10;z616g5tWb8KJ1uG30W+qN796u71dfQv1VuBQjGIObtKFlJsUoVV7vdz5qjeBv8otTXL8AoNbGUW/&#10;kv/0Toyvdrv9jj4BmkE/MtPSK0Zm6Ru5eCzIXq3ntfWPr94COaurPvr4wXv7R/h4SxF+PIATiR03&#10;9vHGOc/rD/mGD7YCiXHNMP3hsiNBMDL3hp0uMizakIqYe6NO1ROJiRdtZaX3jJjKMpFxpVOT4HiY&#10;VXSrq05eelmmsZT0qhKHEmnxzx0sc4xjabSixWZ+sAqOE08J6HllOYzni9AGAb6k5AVE+z79O5vF&#10;h3sHw2zi1bO320WTF92+bv78i6dkQX748WPhiFizs1afzefZmPKHofBMYJlMsrXUgyOE33dZK21u&#10;QECZPyPT9uLaGaKX0+5ulZ++uUDpi78XLNDFYPgQ412lwuOX5McP7h2y4Xl2cf3XXz4l1RwkXMey&#10;fvzFL+7u5enK9hu1bh90sImr5e4262eGDukfffl0MBw2r1osLniA/e1nT4FjsFGFktoghwM6B5X2&#10;eLIYWSCOmFJ3m829ra1B93oy7iOaHPYHu/v7EKefPntx9+joztHxt37j0ycffABg5H/6t//jg6O7&#10;z64urJn9/LOfPX3+koOKg4hRHaoafLEOTVIy3CkWj+8cZ6sN+knKPlYYlFndqU3digarc32BEhc5&#10;aBWgJz5PgMXNNw9S9s5iZFidyrR9V7cbwVjpthqonTJatUKqh3h3TFxqs/nptdUdzagnpiNyLAvf&#10;/+YNIk5G9flC7mi3vl2XFMSj/QaPjtenTdbLjw53LAalJNZQqko0qscCc4sEqWKZZzx6+nrNxPW3&#10;6I3gr6C4Om/2m+ShU7MnUhVBRCFlC3lK8O9legvCqLqDJqFT23UtnZkMR8ibsTl++t4+cU0jRbRm&#10;j442sS49vx5zXm6a+Yv+gK0xqVcwtDGlsdt80WoLyQzMaVa3Rr1GAQBS4fHDPT48kBVnrV6tYlaq&#10;JjkMtWrxwfF+2TS+en3+9fm1nlc/Oz9NbRhv7JG+UxsrzuZeoXFQLz/YDI6qyXv702z4cnrVUV2E&#10;950weDa8SBXz59abLswR+nY1dPAuzmcbSZFzlDOMo0NDpumgZd2k4lqB8cYZ72XrLBAnTLTlqAx5&#10;C6DLEnggOl2NTjwznor3ibx7uFz1OqjdFAVS2SyRujF1nReSIyW6nQvUqItZgulO1uD2obED5MRM&#10;nQBS9izoMFJyf1N7uKM5IBw9l4DJJLvIah50qsE8KOMLF21T0zHylZP4kVCyBXfJ28S+D0YLT6we&#10;dnEYR8YfySLxEHoBcSmA96RY5LY1iQgiABZlHpirXBL3U1ZG/4TMBPBiOWvghEJepT64Hk88KaOT&#10;XWvEl8MJSRkdjdxlds6QmcZfE1ehwhp/EQmeEOwl9TQSvoNqZiKrVzp6BUAvG6CRiH+1iTXfEJU2&#10;6yZMtxCIZOqKQJqrUBOrUXC8URnObHYyYSRC4/KiwmWzWTQyZ32ouewwFOJqwQ5A6OK1IVjN5GXS&#10;CLgn4yMHTbAsIZwjD58WoDwzI7bqALl8SfWczefNoYO3jeWfmcFmDJGIJF5Gmyopx2yFHu9ucnIS&#10;koVqsVHKAT3uDuzdcn44nZuljOW5rwdOj9yavMBJd+iodTaEBbzcfiiAezRpGRUMbEizynnNPYoX&#10;kRfJXmk4HgKsZpaGxbrdGUBiuBx3NRH0Q+0CK+2Opn40p01FuTg40smdcvlx8QDzLu5WN4bDsWmQ&#10;L0JNlsKzR+vLChX09dnA4VjokGyMLVIT5inQZnoYqh6IWZtGho4XFWFGT4LT4otPhM8A0lelW07I&#10;KEcVKEBvssWADUuE+GTErEV1Q7cUMYpdRoRpouVVdTgW+B87dJZSmBY50DsLF8qNhakkxYKacijN&#10;KGfM7oZQdcYYenKr3GBkQOYqItVSoQKdixFKuQi6Rr77YDSwJT0P9Bv/Y8PHHHfGf4fXFDM5Kz5E&#10;7Lwp5JfMXEEMcLLVSgxiscRT8SdBCleqWwt6sAWWgaoWJYUW85IGvMmKM2WIuRqznzMrYJrW0/2p&#10;S6rzmz7tJFLbEHkFkgwCefGik8WdEUkpYwV86aEsugJmw4IJxdKMY5xZMZqgMsFsvJPpAvL1aqEk&#10;82UafT9sdSyzmMdmT7NaTmPvMaj3sBRij8lx51Kgu/Z2yRR6DnNowYcRJI6MQzMLaVj6HBlyXDhT&#10;pNOqfFhcFmxfKyKqke6ArWmYEZ8w/lTRpnEqcJPDU0Ji0BxY3CXVKmcDeHu2xMlcivZWtGrIJRhr&#10;pBTh3vGgkcEowTncPsIoSbXHEo7COzDxfSoNpi0M8EilIVAsK1JS59qyug67XyF52B4xVDZ/KJMu&#10;ErZGiwXweCExELTgLOuYRDDDgzEAcV0+Tda8nCrU29h46b9CocAifhmPvDF3DfMgniN5YD0GodMO&#10;QPwJPqMs+VV4/QFvI7hJlAwUszonpObZAHEE+5nIOTaz8kufYPUJigBc04JE5sP0eW/CBb4AoeSD&#10;/Rv1EMt5MzEyehJFC9APdW6IU36KxD1dYJiSltehdrENLLqBULJSzFOSaYN6DW0LQGlwKshjGNkM&#10;HKb3OqHGofCfuEbUYiJbTEuAKztIPhHaBTDjWWmvVchn1kwATvwmsmbURuzsuPuQjm9UStc9qAnK&#10;VNUZr5Br3epRrJLSlSlybqaQ27gTTn8eDTxt1WSVXyb2lM+FXwglJRUj7WaO74zVh26Nc5pPVC6M&#10;lHQFPAoCSbYRbTPqFKmVoa/lhLdFewmMmngEnhdabxSmkeK4/ka5aOYSSNIYH5CItJjr7IPz+cyI&#10;oLgscESmI7y9wiyljIGtl1ckJC8hhGhRLvLD86AZTdkD8yyEpyUNZIY+W7J6uVIpQJE8S84QJSM+&#10;XlWsNDLW6Q4Q1uOgYaYjZDIq7t6IMQmJAiLaZeoirOm5UitsFpIlxZUND4OmYehzLJeTuQ0AgPDz&#10;mc3JiCo9sclNICAv3e13p2LUwsU751jjimZNxLSGZ688bHnlUMUS0g/ybTjbCfosZWSxxUSEfLKR&#10;60DCPDRS3937r37NHa/Pjnc46AG08SIfr9xF0vFKHq8U9LqYIDhFZc8ZhEsxbSSn9eVi1mI+89qJ&#10;Gsb9ZCDDoDisV0JKZYamyYRNBMlBzDqWdlcIvdIALBe30aJYWe0AZc0bNcmCAooaAHkNkaQ36nXj&#10;/0VTSAQaUyh6qU9+49NqvYJ+lf9xrnjCdBD1NYonQPSf/ce/FEXoDVJYUddi4VC54Rmpv7z+VCJY&#10;rhd3vHHUjLraXN94bJXb7t9fbfCWEKxQWfGY1LXu+VfI0etl700OT6gov7qGDldfN1yl576DwnrX&#10;aqveNKmhqrzj173NQ14qo6P+PFYkaysM8ur7qWt/8Dv+YXW19Q1jU6uyFm6veujbbbK6NIAH6/ZY&#10;iS5IQSSjL4hV47c14ze0qfWqek3CVuP4pKUp/Oj+e3uHh3gKYy/usuMlSUi9lfm0XmPfNNXSSrLb&#10;sMcjNSoBo4QshfUnyFKzuhlryUWcL6eCFi94o4t0+Rczo3gEw0Uu7IAomVJizFOwQiPLuqbFg05N&#10;ltuSPxTp/EPJHYrw41HorgDxo1xfGf2IuoFHNrodSA3JVNzfi/Lhf/iDjy87w15v9JBup2w0ySNN&#10;qrh237+zP546f/mTL+7X6//5H/++bRR3zRypPJRIx/tbOzuky/C0SbAMI+tyPMd65+VTdH+auCeF&#10;h+mZlQLGOcSVEKl4om6UyyfX/W6/f9yovL3qFAuFhw/vfHj/MIcTzJm/fXvFO/LszLpb2QDcivCH&#10;ANjzi07ozDc2K1M5zYNRb7hXL5O81+v1H2xuHDSq07kN5rc7ckhK4IHd7PZ3N+qgj48fPDp472OZ&#10;zPpOvV4dWJIq9tGTJ7AX7j18BHHq8OAIIfjzp89y1Q2mhne2d+p7B912E17jm6sm7yPk4Y9+43EG&#10;6AO9SrUkJLLZ4s7RvXav/8XX35TrdYSOKBm/90d/jOOLjcr3fvfbD558sFWv5NxxyZu8Vwi3F/1N&#10;f2am1Y2sWk2ptYL2wXF5Op2R5ElEPeyWhHAVw1I5S7/08HD70cODra1itUE2kIHCh9oUR2Wn1c8h&#10;oR1bbP/eXjQtwKRaSHwohqU7h7uSZYJbHZ8Qg2pmrzOpIRTZ1Bkk1hrV2mXziovtxXkf+vzW5kZS&#10;QlVAmfkkGzd7vf2NKhs5PprPvnntTe3yZoPzukpDLHzaOePSU9jdYr/Qz8/b/d5QIDTeIg6d/ujO&#10;vZPTC3b4j4/2zJTeGfYBAqPU/M6T+8eHkJtyXD/gr6i2W4Q2K8r7+7sP9+qsNAvkIY3Gm1u1b16c&#10;gG9sByHBsJ883A73TT8bzBKeuVcjEXhuBN6O+pRcC4w/ldSpZwHP5en6Clmv65b1zJxFdLqAkclP&#10;kGa4sKf4bPXyQpmMvWReKwisMieSPtH30Bqyoke+DefGNgoQwucpLde0x62Zw5t33rEnEZiSST/K&#10;4XIZMSP6WtpPgDfk4jBtCOv5CBlM1Cr7tKrkzwKdlP4vGghWS+ZBbZvkBohuvF89T9x3tnjc2L/R&#10;V7BU0IQ4InBLl1JiJP9k54bQODAwg6IxRqM7YevLjthvokALwo1snq1EOpvoWz5gaGGphQuLSRp2&#10;+lSYlJxMHSw0XVkyOnOjSS6rEsFbUNl3WCZimnU8mkl+TLzx5WxmOPGyyZyX8m13ztYfZSCuHR7M&#10;iMl4qYWiHBc0RvXStj0esp7hgcfR+XLoZTM+fBGaN0ItoIZU2HsaCXJuqazZqCR9iazcq6HmgiUb&#10;0ITQHvMe9kbzvXLRYTniS5sXSCxHSJ/JyomgYEktVEI+zgovGnqqrxiqbLM5ySWMkrFc4HAccR1G&#10;5kZWZ5scW/k0EVPp/U1Wxbhuk7KZiKZ8mh7PEZVGGTTRHOdhMUvP6bOLM1IS0hhpDv1qKbVdSjfg&#10;mGcU1jLgT6k9UXliaeuPQO3OqUEJsGRmhcR0ErIIolxPSk0lCcpMENUxsw1H3GywsjpEJYsggjwk&#10;GvgE+1Cs7ER0cqXYDoylcOSJcwWjdVd0njP08ugsh46KrpVVZSlPKxd2xgsaEpyhG+XSyxaeQGUe&#10;wLBRsJA2x942ZCdKdtunyQH5s5nLAa9C2szCD/McNslHjXpr5ABP4IXRiu1tYPan4fBHiKUzafp2&#10;ujJWKvVCQdBT9FC81bITSAKxw8YqTJ4UqKpUlj4ryDAi0aUa0wRUrSVrZqWUMdgZldKZAeeczEn5&#10;Ir4EXgTeUOhThMmIWYy7gPYUrCCyUdaqqUVwd2dTON2kfIXhXn2bmLbtcum6PykWON8MLmO+Tz6V&#10;tQAa60wQ+nS2Rt4QhCu7TtktOGDVCsUcS0jLnlUL+RnrNFEHimNcFBBEK9FWJQRATTKCSKM92dv7&#10;srOPAgC9sD8hTzh5ScJVsMDcy9aXHgfkLz9JJJpgZa5Y4zYhV0xV+DjmYoakWdeFyO1NZXbFU5MG&#10;TAuG07Gk3aSSoptI0pYAAxtypAB74ULF1lktYiOk5qCFlC3uhlHYr9V5b8jt4SWitk8LDURlQW4W&#10;NEn1JQQ7jzMCA0pgRz13NkergAAkzU9R5KmRTcNsYyVdAlVQ0Jg6UfkyD2GcGkarGsZcFipILyyI&#10;EkKCGviRYTfwSQHTc7wxwzumkXzG03kSYybjL6zN0IgDl5WcaQ0YPybKpToelorAxmyuVUhFENKA&#10;XuFO4kEgHaHkZFArJHHwcg0zJeSorWJSDt20sqjmTZ6tTOXSuQJG34mg/zjFOASy5IPpDARJN4Zp&#10;zH6dt3rGLeAIhyykO0ICB2KNWG7kR0ls5I5Q3vFDMqbJcZTZjjS7HcvNGzkMuAzCIMCBxx/YRGhz&#10;vHASM5gWrBtq2pbjsgttMThQA25D+gVXdn3CPmH+MiCtFxQXO3ZGVzwEBUuh88b6Ampm4i5pMhDS&#10;OFD6M9JxRSNAW1WQRauErqHRYvkLAhDdNG8rmqTB3JUEbFLE8ok3Lb6Vii0aEwrdbTWT46Zuo1sB&#10;LyxeAr4+CFOhF8kKGyGGltnLG9EsI8fcEfnC1O/5EfCFp/MMY7+G3h7rKg8XEe9n5W/QXzTskqnM&#10;BUnnycYY7jiTzbErUwnewXbPZR7ELUZVmJQrRB4IDkoYbkgm5YRpeeLrkci6pLTT8NVswQCGFptw&#10;ENA6HyigY5h5pCS4A0+MPZHRGL8P+hcUMwDSOLmZWxF4DkCUPS5SKQlf4otwMjLQmYDJE94eIE6i&#10;y9MQ77A603IjtWN+cWVh8tVA7tFXObiayVbOSMwQg33kzkQuE0O9YP0+m0OPlwAnUHALYAqgCfBm&#10;49LXNswcE1ieSpEqWGURBYCNsRxxBr7860ze8xT8G/d7R//m16tq9tnxNlE12xOkNlHHK7OSpMGO&#10;lzGMkMpw8RN27ErXJ/s3yTwUro8vp4Ak5UQ6ZM4pX8JlROSsxhLRGN2siR8jSq+NTL9xjKy6ZFtF&#10;ATC+YOsilFMkWvZj8JUew72ibwpPIFytlUX/KcMU0QTLn+GplMnN7REdLwfOtz79zbJZ5PHLacbJ&#10;L6he+VLUMI5tTdjxyn4szv5dBen+UjzRTQe82sQuNdzrjle/6Xh/VQh9G4elvstMvsWUWqOxbpKH&#10;bruBb357JV1eRRupym0A8jrlVlNWCbtruPTS5BuxqJbjiLVI+lYH/g52avWrcVu+/Leo043D45cZ&#10;v3GT6cc97bpfj1/vO4ip8IbfFd7yEYc3e25lJdQOV3/50ecjeBPtlyYQ6s3nE71tqyttLVDW1qhw&#10;WM37h4fkLESl1LrjzcQd8rrjVW+BtmNDtIwm8U6M+qJHUETHzm93Owzq52ZtM4gl91EXS3MbWc1j&#10;ifvyA9FX98jS8RtdzIKtIr6CY4I+U/DjyfiVA+ETiXQiGbnNI/m+nhBJtMRhSNEuYV2RZNoXe7MX&#10;bZKhBlJYyLJX/y++/V55d7PKmDYIr4cDgkP5jxDlmdk8p+VHd/eyAkUIXz9/Mbvq0rs26pV2hzNN&#10;qdSr5e06NTfHcd8aPn/5jH6LmVyrLSllm2aZIemjzRq5qpu7DR7L3cGAeSk5h89fvqll083rHs6u&#10;z09Or9+cP9zZcphAVUrVSsVWbVY3Q2/6xYsTHpCfPjyirep0hl++OANcPBxPR2Gi3QfmOv/69JoH&#10;ZNeBY+GmRIOjffzhI7yCR406z7RMEu3yybR7RtYDKN4t2lbDeO+992uNLcZy15fn4OwZyjG/x6t0&#10;df6WfuD4+PjVxTm13pPD3b1qgbOAQI6zy6vpsH+0v3c68X7yxS9o57/3L/+k2e+Zu3vX3evTN896&#10;7Yu67r9XK55+/2/8518kr85Hb19bV1cb2cR2hfIDjyK7Ei1fKly37XICXIqPUnp3d4MLjSUrnwZ6&#10;tsVkBmyJR7A9nbL0ljnxZOLy8wdBtgyBZv51s18GXZog7Z4lDyYXcS1KUoOU47rQkuRjDUDjsqS9&#10;mgDIWlx1+zyccIOWQImF2pdfnVB1sX9Bq93qDXmwMcuvVky027v14v07e/lCQSFEiyZ7MtwhoCaf&#10;rxdy5EwKNdKdV2uFf/jy9aZppjBCj52fvzyrbtSPDnZxB7HzAZADTNIRXmHiq89/0aU57/cGg+H5&#10;cNzY22JwaEk2uvrNeVvDXWey1kr2J6NZPtx4//7O3lZ/PAw3MuxAnS3jpWdpley1ob0O/IKR2djY&#10;OJ9Oegv3xXhOEYnb6W+m0/fy4ESTL51OISHFCbEL4fnst5MPPyz8HqLModLLUc0CcdSTZ/0RaGLd&#10;06UYTeWvriBoMo5yTq+H7JoYh7N1rKRzu+Ua+08+pkjXCScZd5HEkGVSGeyITEorYGknFnW8M0Ba&#10;z+8kmVOIDtTzikUiNGgJDEAl7JqyGaa8gae51YLJOzOYQ+ghYwZzGnzlsCieXp1BEF5G1lH1XAbJ&#10;BBo0CRil3nSkbTMLqSbBqhnFCDMlgzhQl5Um45G+Q4CN3rW8SkI/b083y+azq/EpnupqDlTmkPG/&#10;g/9TTPsOAjMlQaYuyBLUZExs8U7PaeTAaM7904nFdIJ0m8k0ZKOJYRVFHfrP7hzgEDU3V84M+bEw&#10;zJLZSob4FpetWIk1WVKxBM3r10rZKewsT9Av1OBmNjcLpsikh2PvH4fefj5huTOCbRHHYgHQaJWT&#10;iZyRedmdEdG8U00hLywJO1fOJZRZlHH0TfmEvCFudAlRQfSsOXcuK81KupRwZZjnybQFVjm7FvQq&#10;+oAIT9sGAgfhmZaenpN1Ne0Nwz5OrHKlQAwQxypimXye+wZRoi9cGz2oABmj6wuRRbB8oaJNnPZ4&#10;M/M8MpCws19hNIElngDqQp7zW2d5izrUms+7U4eLAqU6/yxm0+cjvNiShbeIoibPu3OSnN62LO4d&#10;BiawwWiDzGIWKFMll+tjPeXF+OHAVRq5NDQyfkZ+dMSHg5Frsm7j3lTCy7HXKKXoKL4cyMK/64Tl&#10;pIpIr1rIdcdePZtqD207Ip6Q+suN787xsyeI/K3kkWuSuozdFHOpFfnGgiGCSxJ6pIEJGoUynbov&#10;uxYap5QQ08CtZVI8B4Zj8YFj6MV9iomwRs42G7fFnElKUfacYn8mGoW7m2EQnC7mhqYhz1ak+86C&#10;8hRyeAhpvNuzQAmixOYpSA9GtSTvfzAf2l7DrOP/LBeKKZEb+YPhCH4SCDl2g4xJCKy6u79Fx1WE&#10;mREErbFVFuyWMwIEaA17kzm7qdFwAs2Jz4IKd4J5VFYOaJvRfPL6sF4n2lN3sggG4M5dMn6gywqw&#10;KmbAsIOaRjSePAnAM8k4hT/FjCzwZu3pAJ8Ft8Y0nFusBRHi6nojxzsg6dSsu8mqgXgHXahjj0Fa&#10;DYgyDuYqidEzVxAvvkhtONR57Iv9IZRURHEioaDhXpJmSmJK2ePhtIX1hXGSRGWAPRQUuPH7Eh3H&#10;szkcTGH80rgp06mESPOwZo5pMNCRQCDy2KZdvi2B4NmkrNrIl4ZpkWLwxPoQ70DAehw0WSpywQeS&#10;tE0FPmdDyOC0Kstq6k0wVdMk+z2XZOgF5cKGsUXoN5ehi+WaHwbPA2wq+iDwyPBu5z6vIi0yx3RU&#10;m8nVQiycqGxpXamJ55LLzRIOKhLcJjSl3BSovLms+sKv9pllEKOaR7qbUGYLqz8htxcrlNOboRJS&#10;ZmR65bJskXI6I4/h2J22ZwRhOFGMS5gWAgKDpAyJY2iQK5nKQeVYjBnoZXwUTT68CjayoKa7EzzS&#10;YEKpZ+gvFIt0L1G0EXvD109PkGdEHQRp0cz50c4C6WJqgwIhUvrRPSb5/MixIgynINtMry+Giygz&#10;JpC9LtMNzLdVGdmLQB2XL+jGegkOIncDOADUaRJLi4jAxK6MSId3lud5GmqAFnlWfRkqkU2gMt9L&#10;oh1gM+4Dn1JRvFOCaYYEnDFHHjO6Zu7DrYmKXuhRwLrDAMkChstMhoeGqQUe007WCXnop/SuFOIJ&#10;0XYizcHFyw+/hak6kcJuhnSYypD1+7A/B6KhZ5OW620anOSJ/sDm+BpNpZcdobiYy95EOk89TY4G&#10;Mdd8wPY8JNKAY7hh7hKUzQXSGY8YF7K/pPpEkoiOnXkI6mVKkbHD4ldj0Y20gDe5lpWg+Sbp5uQI&#10;pBC6u1Hw76g348ngSZC0jwWdI1boYgNbOBp0gLxl3MhMsXzJHxF/Vj6dx7qAAwtNPFoZBitg9Oti&#10;MIJgz0/IKFshh5w6QlTraWW8wDwS5CRDmTkpeVHBH9/9N79GcpUiWMJOC1ZDbzoZy00v7tsAFyzk&#10;KuRfmhgxknijLlrthORR+bEGV8ZcArHy1NX6bhX7osY5pVL0x9xcVTr5MO6Ko3lu3DlL06kL+NuX&#10;5ZW0rzhvhUMrCNxAi3XRQmP2YtNl3O/G3ZgeXdfqcrmm0dyOui0kgkhYfuvbv2mUq9RLjOd4Tsm4&#10;JVoc+yJVnf3oB38diULDG+pwqNyYVW/jp9aC7VUDGuWhyjZbjySqv7prXQXYRnDicK3DDW9svTeW&#10;15tW9ldQx+98yTXHOGqUb+J/VeWdxlq5ifvRlJsF9s0mOZ4wxMiuMKY9LYXN6k0/uZIKr5reVUpt&#10;1NlGcuXwZpOrrBpOZYmOivjqtxKK1gvq2wnF0SuLtOnamkt8A5OOVsdiS+EukdTjNcZ6DWZWY9rV&#10;8uVHxC311lp6qZTWtOMHj/f29/NmVdgd/gLbB5JeXTig8Xr19qJYWQc/RVZpDRWbPR6rEVSdpEF+&#10;fpi1ndEkWyhFMusl0Uq9RYeOrxUMAkwYpJJ2RdJMYSExnKjshMGJJtLVY/4yTzXphAVHz7NG0p2j&#10;eRDtbmxPD1ZW9RyUI1nq8jWdyGAvL9QTLoQnX/m//963mE+ftzvIctj69Do9hq3cQeQrNOq1AQ/8&#10;XPblVQtK9aMHd/LVSt919/a29nd3mBn2e6OhPWHK3rV9Ifxn0i/eXF20mpVcoVySeLxOCxmLaof+&#10;yYsTZ0iG+AL71sHd47ft0Ue/88mzsXP1zaucVKXux+8fF9QEfL+Hn3wCR38xh0aTfLi7d94VNeaz&#10;y+uP7x20RzS83of3j/EQb+dTVPzfur+lLFR2Ixv71cfvHV1eNncPt2x3yOzt+vk3f/5//rsvf/ST&#10;dOfi3v5uefcQ4eLV2dkXP/3RncPDO+89rlaroPZAQ+XKle//5EfXJy9gSqaM8qtvvmmene3t70C8&#10;aXWBnRay3H+j6duLFhiJP/rOby1cTKOa3e+i6d4/OJzb9tFW7eQ//lVx1NvNcHl7SaMYaOlP724K&#10;kMIJKqh1WGTrcukz4G5UjVmg1EtF5rj5KDyLFeWmka5vmBftUb1e2zzYenrWrPPZJEQWmI2q8Chi&#10;DzQIj1RWUg4FBi1pp9tBrdYZjE+bo7P2uNOeiewlmeExlsoldxuV6+6MPp9zUUm5jR0zTBWO7u8y&#10;qT1sVAhThPCjLmQP/vk3J/yfh3f3vnh2cvegzqN10BvRnjGjOTzY5H043DDeXvSpK3imIPz87MWp&#10;aWBACq463XIu3+2wv7Fp5R8c7u1sIQjWSKGtVvN/+L3v/mf//J9sbzUgYzFdZuP3yYfvNUBq7pSL&#10;5eLmR/dbexuXqj9I+MOSyp7xIqWdZRfXSbeT0C4C73PgMuwGVe0XFokDgcH8RqdnmH1aTH3oF3MX&#10;GLtLC3daVROP/cbhbDMcBc/dbzr+W7MAtDMNxaY57p2wb1qoLEhh8JT0FMyQqQowUwZCEv6L+nGh&#10;bBcrrq270wXIHKNijGzLELhKopQS4x9aUHbs+AstZhAwSEKIH7JXaTToXBB+ISGTINaERAhCTsIQ&#10;iuJ31nFsRuNKtJws5AqE/WznBW3FQhfpRJV05VD5x46LL/3aWbRmAmjNaVg3vR0jHSTVETLrRLBd&#10;3BiASJr54zkUKL9siOyvN2bdoZOiwQl1vRBrU4UFJfRavH/s59N5/s9bi8gfPx8t/8GQkJAgo3d7&#10;sVUSUDUl/oWUkvQPcDO111dDA5wV4ZaLOWziBJUygjY6JU0ydbfNctXMYPB2RLTM0JpTCUG1DPKH&#10;tNDEQaaV/sKRKAsfy7+CpY3aea+WoJiZYFXl55SAjvAaiWSYfO347+8Wz3pTBkw0jei66aubEq8y&#10;r7AXU31s2QxeqH4zql4rVGClsICsCfwg7FgtRWdJKcGUjNiojYq53NPrQaWslw19g5AbWSOH1H1O&#10;whWgUeizaNLFY4YSj+etCugtLXEdaYimMyot398tceqkJJAmm30zmOCuGywcoHiUrdTfKM1ZflJU&#10;uDCKAMkk6HAAC+HNlvn3iHmJuAzVoqTgUbBAG3J3qjmOcPoHVUJ98vkCH7TbE86XYibSvYFbK6QA&#10;QVHM0DPCCWPNHkotSzkhyw38kJTRnL0Fqg03uFcpfNWZdj2GCJmFTdvhE3P7zaVFZbxjlN70BnTv&#10;fNToR5nmU2VS6kIC4/siL2ATwKgFQhszEIzyxVTRE06zSkwRS3JM0J5wllAfJKHyNIrICBLP+r1G&#10;LgWPDToTN0iRBFeDOUeaTCkCZVxge4VUGcwBGWmpkN13FKHHcx0fG3+Hu6wLzaJQJ1hSJVSzWn3W&#10;6vEO4unFq4J2hYVRd9iWLZEMlrwhAyGRQUjy09iyjHwJrSKmcd40GqSmKDWlFukJ+NdFvt62+QzQ&#10;gYsrTh6obsDFQwGNpsB23VwWznbqauIfgSxLpjC/MEphNCPkLd4LidKVSorOEV73dC49HmMOtJw9&#10;ltYJoOuLtIy62G8QgAxHDAdsKNcwYB6x1i0kAxA7KbDehCBwwTubBXMRTmRPLO59ONsz1tSSqcAU&#10;gFmGnzLw3cws/LfcdOAfCGmjvyyXCwzKkF9zydAZBmLWQ7DL8kdcSZS46bQiaTZy8iADQU6w0CVK&#10;JiHcceH1cO3BODOQgYtGAhYZfIVEWC/Q/xLGnhnZUz4qZitphKA25wPqbjjV+QSsIri/hLEBgkbE&#10;pKcw/vAGpnNFBpqAf3lF46klGzUJF4MKlc3kQTCI/5kkduhkXfK7lKBQFCI0Qg/aHCHuIbHx+bQV&#10;2WKiK5uTXZREo4Onhl9nYsgLbg57MCxhJ3eGc7QeHFPUv7BrUwEaY6czHflwpDNochTOAcZMwJXQ&#10;OCkSOwEEIbWwbYNQaGdoW32hBCdQn+AkqrBU5zLSkEoT+iiyYR69RL8GEicbsMICjywfGVo2vMLc&#10;cezbsolkbxKcWyqXCKZx2OeoUQmDwxsjO07qNrJDBa2cFoa/XDgMotHMoj930oL4YpLiVCo1ZP8y&#10;+WPBCIy0QNipvl9IVVPZsYfqA2eAm2JMEiASRm7DRgP+uaQA87kLKJ9miS2fusC4gNvdl7WuKxLI&#10;QEwsSRGBC+lw7DrCGRNzu4tYZW5PqYj0IFU3a6J9J3NvLkoQ1rVlI9oakQ4dkJfBODTDPCKVQHDB&#10;+lcSuQ5qdfI4LEZ4RcBvbgHOkxBHZLXCpDXpJXZKNQpGBl4onBEVwxZjaKfI9QVZmnHMJH5AQXkc&#10;TGZ4OqgyeLIRWMHsJOLJhDU+giTAwjzaNGahoOwZMIAk5OhzeZjg7EiCYm6Q3QOshE5OjlU6XJ50&#10;ntKy3K2SyeOzbzm8DaZ0XbBYy0h/bHfClYDO1pryZnKkL1jqksmXEFcFg2OXoDghQIVY31XCMs8H&#10;kgqG3+eP7v43v05WM9K6RVs63v7UGgn+QJK0UCGl8fEikqKqY5OOb6jTt9Akx7JPNeJpRwmiXtSj&#10;LrvDSIQcjWCi3KC1szVcpqkkIt+jHrfEEa9JWuKI1qpE5OekI+Z5JW5jIo6ReCZX3WbkChZJiB6l&#10;HGlLKK60yunJoANuKJsr/PbvfJe+l2ekxNvwmBNVs9SSBElDh/3x3/6HNat5BSxSbjdM7wTrqisK&#10;sbpsj6OXKnrTG+Tvyjf7n9z03vLxqv8/H8bqDwQxnmq1bA3fWTv/f36bd6W/y83lesOqvhv6G/+R&#10;m5zedX7uqi0PV615GNyAoG8cr/G+e7kjDW++7PKLrT21qnr7PVz9mVt773CdY7RKS4pUzcJuJtU2&#10;6nhXzfBqD6uG625evb08X8Oio2+maZCr9vb3CqYZWdMX+CqpxBApKctF8FIP/e5Li9t1UG6hFama&#10;o2Rgwan2R6PrbrdYrQt+IIrFin89ljBEEdbyfjpCiY0wnTJ/WyZGScMT4dyjza0o+eO3MBL/M2EU&#10;NpXcOAxpMKpE85QgtgOIiEVuwEgGIZMoP15/y38oxmD9PiiaEmc2xrcAwLT8QQ/dVLJULZ2ctw92&#10;GuxHRuMBgBrJmhjZmYX/4ZNH33z1LMv6o5J3rJE/GGBw7fcm37w83WuU+erYrY73Nl52BhjD3rt/&#10;TJ1JshritB2j0BrO7cHk2MhrReMHP/m5YtsPt6vw9758cZkiJC6VYaf0Vz/4oRollzy76tAw0yJW&#10;6kK4ZmNUMUig0Ea9Pk8F+KCvz64Zwv/W73z68qr99tl5w8g0X15Rho1c9efPXzMQQIv09bPzeccS&#10;77KavG53v/PJJ1kIEVAlgBRNLME9pfPJ7f3/5X/+t493d66Hw8sXL/YyiUrS//kP/640s94vak77&#10;EmCXUS4x/+DRjnlr3L6evH5uTHvW+dvafJq+elPXvJ1ypjO1P3qwA27kk/s7/WG7kUteD2bXbN8C&#10;eEJ4DtP0pVSKvkT5oLCdCeIyk0QoJYv4VOrunb3y9taIhW2W7WvedqWO/MXrFpNTuoF7uzVKgG2e&#10;eMUCleXFNc7lSW/gAB7tjXyWsgy/2QNncskHj+81L1pvztpYZ/eI4Z2NqpjOEmkwRc+++IWZSb9p&#10;dq8H1najwhUIk4lxM9W/XjeZpR7ub1/2cEklB9NpcwTAaTqaTZr9MfN1BLFkoeKB6swFafCHv/kE&#10;WRX8kk8/ea85GACO/uDJvU7vctyf7NVqO3Wz07ft4bDfaj979YZ13MZOZeiO/8NXX41z6s86V01T&#10;Oc/62DqZri9yKuycYVH7uS14DgegZTLsKupD0xhOR89m/nFOYglfsRkiCiN0TTrQQSk7Sb1vbFYD&#10;/eLyrb3lP810X+fHb7rOg63Gq97l0/H4mwEli4ZhkoKRpmRkWW/YpefBhKSuZj5bskk4a8086i8K&#10;kBR9YxJZnl2n7NVdng8sQyjqrXlw0u0Xc1k2/kWz2OwMeXg9PDzIG2XuW8ZgJJ2QvkFN08MyN7yy&#10;vEnTsbozr0wp6dH2JMbehOc0u0TmXIYoy4OkEGhQPSH38aoFujUkdkFZTX16dJjRXQjaFAsoOPfz&#10;xavhiLl+JR8Vw3jYPGUnn80aXDMLpGjsAyrJ5NvR/0vbezZLkqbneWmrKk1leXdcd5/2Y3ewFgQg&#10;LgkESQUVkgiGPihIfuEf059QhESCCC4kAot1MzszOzvtu48v7yvLpNP1ZNU5fWbFrzsYbMxMH1Mm&#10;K9/H3Pd1L4E2L0U5zPOVp8zaCxXGAdG+ZoZDkruLqWfejILDfIYhDi0w3jbWIRA1xyNkdfQkEnlA&#10;4zTDIOfkkYiAcBdfL7kYmJ3ZVUmoBucIQwGbVSsXNuIVSYyAREW0US6EpVWS3ekKQft4tMJ6CkdD&#10;pmqhQswN8ntK8DutPLTo4xpoFvYKCtJcqnfUGkBaI1Flixu5QFbNMszm3KrjIvlkakDFL3Ax3VjB&#10;34XZNl0STGIJU9Ih0IrK1STNS9OPsMbleKG8kpWHQ1ti4J+I9ZFGoktjr8VTanrDqLkluveT0YSF&#10;2EGh5FgeJTjkrViM1lluOsh0IW+JUJaHDOUvkAuU6w6fqrbGH+7VTIvwSz01QZnce+HIm2gU8QvA&#10;QQ3yLAzDeECQLh5XE37SZHtEcB4gjG8P/EbaxPLwuJHRmwCVgVWK3AxvHsu53nSFeYTl6mKhIJt/&#10;2spTNhU8o2FoVRz163ki6M/o44PaZXdEs6GIlpJeG4spoKGEuQsxV5Ag8lZBaE/iGNUapSbr8c64&#10;PY6V8+GAX01hBlFmulx0/KWHBloJiaJholHLKqVyg3AiPoIY3bkiMDESFcO0AzGJGENVUftjDmBN&#10;jMaBoYBsbRQxVjABRn/o6FY9z20KTn6xP5ky4rtTL6Qy6bhUKLGku/LHjF8vJgHtB5rJ0QZhpEED&#10;zxiiN4a5DrdG2KdXTB8SdS9fuJjOuTx4M1Gykr3EiS5b9YAlreRIOWLf1kCjo2U5Ha4kfXVOru+K&#10;XS7nIj8EYDLiDSJZOe72PUdyVAVknRswuiZbWzc683WrDPXcLBlWwyohNmbrdtUfu7aKVoldV2+y&#10;yltmd7yUzFLEt6s0DTYAvU4TwX5srRnWeQ8UkLnhtc7Q1Kv8WJ4bvQc6HZLX1+x7GX9QSsLg1S1+&#10;jKWIs53/yOtGbYE6nVaWfS2VMM8U/WrBsoBHs4Ibxgl0LmC5iIdhDnPDoNfiEqBdxocxgqGYyRRd&#10;dAAK61KMmRZbUIDPRraUyaNuaHcX9Bjg61niM1wg+wr5Lq4VFohFp86eeLmZZpx8MVfK6ZiEseTj&#10;3KUU1mv5IvU1RtDpfCw74Yw+X6wZH4miW+d7uRx01BXMCIxIhqChTD0QhOe73ZnMfxSxrPbF1ORL&#10;Shrw4lVqh0GKpqVwJRnqMy9DayBTD4HKAqgTj7qY4ekJB/NguhRTMYx3XkMyDnOO7eOuxYGQQEBC&#10;QICUYcEsmXnTcjWlt+P2Tb9azRp5GUDGTCzQnuQ0s1IqdntTiULXtNkS/R0trB4tJVG8t0jIfZYp&#10;jzhoUf9IwDE7U481JvdmU+F6rnnFxXrKkxotSOWRfHJ2v+P5GFJSVvaiTABZ7zP2kgoN6jkjP/bg&#10;3HGo7OToUcSuz8QNpQQQlVxq8bzygS1JFByxaBx8iK24KtB9EJuOMAESGhFevLLI4SMR44W4mQaj&#10;YKlGnSlqMAqxwGf4yDCVlCmmco65ICHCRAYctAcL1h9A1Mm0cDyGWQi/kS0YsDglbEaWjFjZ+ZlE&#10;WEkTwn2saiFHA/s8zBdKeoiROGov8dgLghGZBexrwGM9P6zkSd5TyShOJF1JGGDs2MuScRUhVTvv&#10;YC+BnaZ5OVKr2fAz+pA0P2Q7sAlIhC5lZHqP5YpxAktwAS4mMg7AkgSwgJeHe069DGnBTaN6WGCu&#10;e8P+WgyzSA6TOZ4XlGGoCmKOTnPCQgnOnKI0vBwodu7zXAHbpdyC48KI//rRv//jdbwpJifudbsQ&#10;++aomkMZ2wkghw+jqJrZ8RKsnZG7bn9kiFZMjbZtTJruvS3NpZtN7YjXzsxtz5ty81IAlSY+/CTa&#10;IqzSbvg6j2jbmO22k7ijNW27z9SuCUOaDCPFIBXtmiJ1x3BWdy2FtGTY0meDLjYFr1D807/4c1HL&#10;YYHg7THExxsJkA8pgkSC//xnfyMJB9ft3fsN4W1S8e6B/UG3pm4Ft+mOUNvGCyvvm+HkD/tS9bsN&#10;qvqH/yn57zGdkj+U+t5+aLs/vP2NN2Dn9xLn5A8AVcnNf7kRFt+oodUbQ/JNLm5y0/PebGdFWL7b&#10;cifvo33T5jTZtm07CFMS3yQI3bLr3l4L73DYN/7f98m917iuKHWHb8lV2xd5K0C/zt9V1T/wSr/v&#10;1b+jBr/3+MOjO0duoZiSq5hdOhLHgMwnXadeO8C/8wanL6wMdLilTyaTRGgX6yj18U2mU1ZitcY+&#10;ridNttPaTU9vpNp7wfJTESKrSZ3J3EC5biVIyCQ0Id5G+zKNzYinTGzg0sRRacXb3hWxGMFB4Goy&#10;6YEi6C6+OpOS3rawt+32ePuOSSi15Ppq+n/85595OhwjFRYRqrzReGajLSuWoGI+aDbyBefnv/4t&#10;SRj5/Tpkwnq11Gv3gGqsUhWHVi2+fHOeU1e//OUX0Xx0WC+huOK+5OTcvYO9erO1MpSzq05/vh5v&#10;1hzbneG0VvbWGfXN+envn72skBarhbLeCLWPn9wpt6qd4bhSoU+Y1+pl7tAfPrwTQjxZ+8fVluaU&#10;ikUiFIPLTu9JpfjZ9z5aGJmjVhmk1hdfPGuVC9zHX78+gzZl5y0iyxGOkCf1ajC3iHfIKm644Sdv&#10;5tPxxemic9U+ef36818ux/3nv/nibrN20u+9PHkDfejNl795nNe1zukDbW0txrVo7qyGij8Jp6NV&#10;r1NeTG1/GHXeLt5++9jYuPNewe9o4+59jJULhpE4XrSrk0HRy45B/S58GEp23r5/VOkwu4YWu4l7&#10;42W1VPzk8REpuKyeQONShBUKVqFUKJfpoJA4zuaDyf/zD1+POhMYRGTTH7aKCNZ7o+XBXlVidZPk&#10;7Kr/25fnlYLNjgY15LvBDKETTuSvL3oIzo/dzG9++/zFSf/f/Pmnn794c3F5CSAUMgUad6Jb4DAx&#10;0dBTqcls4u/dab4ZTWl9G02CVGPXUJ+/uyCXlJ3VaB3cO9rz8k7dKbYHPcARTBCmK/WLlydkZf7k&#10;yePXr05osPMhNGWclsF45e83ykCnW7iQ887vB6MPfvT9L67O3kxG1lGjpwerhv03z755s5zPi1m9&#10;lZ3koisTvSqV5dirlC83i58n/rtEKWagHGd/T7thKnVNfzFaPfKYhWjIwF4vw++5KHNd34gv3fGZ&#10;drVWB7Ps5p2z6OcmIyPorYKqpVAsnyir3y7kU92eJfc9tn9hq5YfKXCr2Ojal+MFqXnv+tMKsi2e&#10;YLG2JDMiWpaYbG9WrVKFvRDP11Ic+C292ZRQMtQWWZtw3aAEJ4SW03OH/pwdY04M8mF3NBBHk2QL&#10;xuzkB8sZcYH0kF+3JxXXpMoYz0R5WHT189HGENlG5vVg6hJqk5OPPsCjXJo4Ta+yIriLpCuSMmFy&#10;ZIzziV8vIECSPEY+9ydjsD3Wi86sahnjMKLod3VzkcTYyTqz8MUkaImrUSnlzHpOewLDLecyduB8&#10;Kxc82g6mXmIGVINKIUdo6lHNWs7Catmjmso5WbTlEmoRJK+v5p6jtlOjEN4/UoUpypbr1WGxxISu&#10;aDN7osgg6REoUMYxU6hkpNSLXMCAOlD0KayQqUjuN+zJWs3zgHurMQY7WzuoYnNc4S/ivGPCkKfy&#10;0ZgCSMSRl0c+SiwKRkMT67LEC0bGfDn2Q34SmFNtuGAfAP+AEq1ggjFR1x574pz8fqKZEUOr2MAl&#10;szOmrGQ/KXQnTe8u10Ub7GriaAbBnrogFtDrJtOFELOZEyZ8aOPofECAFm5GeT9oVwESMxJwbPei&#10;PaTwhQM9RWgQspj1uv3J3b1DpHXkrJTz9mQ0r1UqkbT27P2YByn79SpySjRkqIGGeE3NTHuGgpom&#10;J8GLiB6AjzNVKY5NSEuAlDAti8nWh6cq9WgNLAJmTo2ITjKiKcvVkimg41++7T3cE/tcoaCTQDRE&#10;gAj8RkWvbpFJ68HP0xlass3D4wB62sLiXXBKXpa3LOovhpNwecK9RgK2ETms/dWIGcwwXBfytCBh&#10;LV/gygMxDZcxlOhI+PIs/PkXXvgkJyCcfhAhLTFF8rZe2xl3Mp1zwpB0S+WCVTgjVsW46ZC5qgna&#10;TQi1yWQ+y4nBmowCpI9TJhS483LCfVYF7KXRjVs8BQrlsge9wGmPh0baEWH243VgyoNtHeFDzc1R&#10;PrLL7M43DS+7X3RK2QwGRSoBQu7Rc0ERZw/FsgwFITcxKPmnwzF6S45Bwp+2U3WOPCpN9lJrcTUy&#10;cEYjYF3N2KtnPTT3GnMuhYGh5PFmjMFwCi+XNOZa3kOeyqeGjG6W0lUs73E29ANE2vxe8kRE6Yn3&#10;JEPoq3y46DVQTGjyaiAgp50PGNNkef6KyLlNw6GvJaFXk65ACgEmFohCedH4JBihsUmdyrhbgWmj&#10;qQFVVeSVVGiYITWoAC2lZlYluIc7P+BGlMaugYs3SzcZh0s6QCM98ZWNXnSKk+mSZOlcBbhd7Fpu&#10;02moQLUiIne4Y1OCbOAfYweuOBruCVVBsd3PuqChCrR9nkPKzmKtKDDDhacGBY14PRDrXGNZ2VTS&#10;u1c9IB4lNTTZhNNjORZgiGXJcsL1WrwmajIMSbWlIzKwlmCjgF3HBAdGNDC8mgNUsSDS9RVPU+Ao&#10;gdR+UnNPUtc60gOxJeQQR5SJGoxVr2Q3ihmbgkBSlEzADk6zgJA215n2UMxWCg5aALptPongCSqW&#10;WzQQWRRhW5BwtYaALONqOIIJXzOeQTJH76FWvGwZBVICCVkICNxkxwzM/BWYBFaLnukJ+G3Bbbwg&#10;+e9ib0eNITnfBEox3fNBVxLDwF6YmZqkv+Es1S7nKBHEyuGlAezblRNYPQ47piIsJNYyLqSIgxUh&#10;zxrYMWHHvLjMk1cJLoCQOHo21gsGDNh1WcJm+QxS2DGqN+SUMLUFagJLrN266LQkTCiQ3QncKHF/&#10;IAVnoIkWhrsOi1ZqjzeDBR8HJj/DiYj8EQZjgoNLiOxZlaADLloOBrR1iqgKQQSGZinfBFEFcN7L&#10;ks+pTpdDLua5NMrc7CWmmCk0uh2uXiQzdVcrp0xCTdbXQuKeb7A25Jgq8mFBSUWKli9RWPCcCbzB&#10;bhXMRIei0Q43c9Q5VOvc3MNilmmm5FdOA18o5QJpT/jMoXhqFkUiz+1htsS2EW3giapJy6khcx+j&#10;0JCUbDR17KIxEqj/+wd/xDxeaUS5qZI3OiSQhB3vWmh06AEyWel4ZcWkohlmYnzVGyLOk8yhtGWV&#10;Mj3YpPu4ZJcytBOLXofLpvtY4XXvcMISL5TcbOXSgJabFemWc7SD8OrbdkK2wcLyEaukntwECMl3&#10;SZTRNdpKmjEe4WzYC1aUPZUf/PhH0pLK7JF7vM4JFaW8K2447Hh//l//M7PrXbaRciuB95YT9X3n&#10;9N2OVyJk43gLH9J2dtDv7CzfrxkV5Tv4qdugZPU7Mmj1etOs3mZcvW/okvd4K+UWoTl5/8ivZb/q&#10;dVN6a+mq3v7vt6BXtxaxt3vb3fThhqb1/1sL735M2u7G2wRm9VbbfRNadeNrvVndpt93zbC6Tia+&#10;WY4nNxHA20mJTBbEp6ptn3pK/t49zOsHcds4fKNLv5Zk8xuOH390SMcLqzn9K8dI1CfZO6teX5O3&#10;RPjf0aWny1QVzeyWwRYK/VCD73DZ6bpeOQ0H2jG3tt/PeFJN07nEXps+NHRKbEw4/WhMOfRjMQch&#10;fJCUOwlHELCOfFq2wGc5/sgfwheWyW71CzLDEXd7oG4fp0iaqWFW6g4QDvfElNAkxpmfepINDxUe&#10;bfMAk9gmfPLkAYaETrvPSYsN72GjcXh4h56jc9V/c9mhPPz82zfzwbRQ8FTbGcyGMyj4GUS5ZdLq&#10;0R1/cGfvwX4diVbz8CgoOx+1KnfvHwPpZVVVp9zDDY9ZytQe7++vY1iRSwJ89vcrF1eDjw7qB/v1&#10;88tLll9Ql7lzf/jxk7XtocFCepHHPVh0Z0myt9fgwEBdQ0zR19+8ujy7IiLi6N7+i/YIgygqPAEU&#10;keu4XP/ww+MPq/a/eNz8p5/dA7vx7s2r17/8RTI4C6bd09ffXn3ztb0eXF5dvv3il7Ovf13Hw9o5&#10;O4oXlXB6vy7KFEiO5CtwcFdqFdATGVYVCdmqqhcuDxwNtwztCcESDI37ZOVkdIAWvK3cMihnvvfZ&#10;JyOagtWCrIfhLHj6+AG7+UcHLU4LCnROiP7UP9irnbeHBcuEkmU61qu3l69OLjHuMF55em/fLTgo&#10;bBF2tUiGd+y9ZpURBzcPlk0QZI6bpErqjWZ9sVjWi96j42Z7GX75oqeZhaspw90ch+XVYFErW7Ta&#10;Ts7m7SgUiGzekDjFSjkjavjk8LDZH87+9U9/4pSqr56fsKPr+LBY86xuOGNIJlBiXDnGeDb98s0V&#10;kNxGtf6zZ5f7h3f/4k8/+79/8zkLJlJ5wnCFB7Soq//yTz8lBIVxR5tFrIkoawlV7NXi0m0Vrf3q&#10;mbJcNMv1R/u1x614v8BkPVutXKyjkc8cPLK8wrfLCTAqZvOPnNyrEaW0ONZahvEWWk9OOwkFTruf&#10;yVxGBuJI6pvX0eqLOB6TymBhyM10EdZm2WyYE8N44/ulrI2y7s/rdkOTtqZVyCOru0A8GigtErZU&#10;vaSrFXY9Bmo/NK7z8XzUKIFjDaqlPB42NgYUN55qftu9JMehSl2bJSgwaUFFEt5JYCEwNqA1kTTK&#10;ZmBdBnqjU3hie16VyhXcWwhTZ6in1QTCbeir/CpEQxS4V4l0QRx5BNEwYGK9Q+HLfpg6m/RBzveM&#10;ZU795F6hCjCzt+SVjAs2/VtWQFTLYL+Qm4+UP2scjiB9MKHQdUGX87MSKbwLCNg8u+TmMGGykIEp&#10;ddUeKsIpidBRE0N9VMwBGkcDTPPM2IGSFP+87QgjCkIeJSlbVu470J6WJJWE2gelPKMBZBDEilSt&#10;uO4UpFM1V1eLeEKBqycLboRsUHXNEiaHOiS7SSb7SB9zFAGIOSmZ6yRXLdb7JZMlAP0zgzJaggH9&#10;HpePwmJ8OUiNl2ifV3py5icVOXGDy7XIoz0nt8BBZ+TmoItBdXJoaBSeBTJcJhs/b1hrfGfruWtk&#10;z/yBofJZm8MWw6eKrhWcCSgXK8cch72+wSIHpE1aWLN91SnxCQHWlc0A5zxh64aBcg/36RgGkmZC&#10;1X5+MXRt/eV4rsnCP9OfYN8Qps5Ff0B1KIqJUrU3lT6QyR3eLIJ8uGsThMvRcTGZsRr2vEwqNS+m&#10;RH5jMd8cNLzOxGe7UXfzSLtJN+r4QRrKru6V7AGfviwUFig7wUd3K4JDUSPabxTgaOZ5zhP68Jxa&#10;cIyexIWSQMPTpO2lUyOJfLVv12gCmdwflpu+xLpwCqJn36CS6As8Wbb/1Zx9WK2c9ts1J7NRmVKF&#10;d3H+h0Bl1RIYHHI1oY2Lfg3bAFtJmEN0ubLe9zcTVRpILjQfegAXNiSnomfzaGfL2LFBDTEOYM2I&#10;gtFgs0wHOvLH/mZdKzNssbmp8dY4BWHYMBFGLF0ShDuymzgN98AtwP4Oxi22F4ekNCrjNkeAEXpZ&#10;CLoZ+Mz0xgyVUGmiwAiToMfPJhE6Ym+PJDl5NQsf1QoPK840Crj2iJtmU3rYcGkjwIwxBeIIVQUU&#10;maxF56/drxWqeeeiP9uXnGqRGBIw68c+b3GqMtb3XEDRpTQ+gqtuBZiat7i78BtWtpgtlFFuqKlM&#10;kQMbUYYhQHIETazo8JmvJY5Atrjs4MqGDfjKzhUFykYzoLmKsZyvQGnRcgbCQMuYTZfRlpLP5I4q&#10;B0rk04QgZuBk5I49myxqVoEcBCa5BacIBalashngc4yuYtHGS9Cvlk1E25G1gtLkYtEeDtdagNKX&#10;LfRB67DgVb0MCl8VHW7VrhEuiGVhZTqMGCAv5jJewXCi9Wzkj5ClBoikmV3EORazBtRljM1CAZNA&#10;orJb5i4oqSgZscISMc8eM5O2bf1Zn06NgBx/OcmYcdUrV8uN6WSGDRZtcw88OxEylg2DKitbU50h&#10;Fp8O3KxEv40WU4kvcrOTpX8yDgV5zcI1UY/LJeF5a/G79loVZNmaOF+SuMkEI6aK0FgUtqZRhM21&#10;WC+nwQLPNF9MvtoIQaaG44q5m+RvATcgH5fVK+Z/NoEsfwmBQs1B6WWmmzOh4FJdqcbb3ko8+YIQ&#10;U0BLFmwdeHGVRMpg5jgGN2rMKmSAMZ6HXm5nAA7iDPYRaMBgcmh6ARcbBnNT3Bl0xDkm74ZZotWm&#10;P4xSSaqqjpZy7Mp3qhJABXK/Ko40BkuAvy0bFy77bjUBH0Vgd8wELWRAw7mnIAkmwKjmMn+mg+Xp&#10;8FxAgiUgjhmbsBgX467s4fFdJg4y13WAuWC0IPKKKKBk5YubFoMyD4ZhBZ9i7oMOfvKMynDNzQLD&#10;WuO+tnNgKIpSngZj3k3omrFEjPMu2BDsLC6bJOSDwGKW0RkcAio614FbAS8drJdCuBfixFW4odv3&#10;8sydhK5niaI3IJ3eR80QssCHV2KKYCYJR8Koky1XzXXQJ0vmAoF2Kzj0HLHBiqx4XmHORWWDaxW7&#10;DVNSEPOIH5k24eRlEMmlSuzVZL7mPjdecZKavTlWajmJ/sPHf6yO97Q9SLOCom531/Gm9zTpPNlN&#10;FUtlIVfJsAuUXHjZGyGPSjHKXFrsBSQjVO436eZWNnNpM8qqKgrDbSCrlnpKd9taZbcolBRaWYpL&#10;vyJhP7q+IxulK8N0Vyyds+QSCYIoDUAVTnKa8hJJlnOazis/zBD9i4SYY1tY9K442UuV2o/oeFOV&#10;BPtzXVTN3O1kdsBhMJ37v/i7v2Wku5O17sJs37eIN4vVbS90TW96z00WRTcNNnjDXULS7pGoNzRm&#10;VbsmXSk7TfK1pjm51ZimYbDadQ+vvMdj3cIma9ffo+563lu7U/UP++zrucOOr3zTUCfX7WHyXe20&#10;eut/BZ6u3lo7v6dOvbc4J4lyC3C9S9xVb55ACshKBwHaDZZqByjbrfHVP3jU1w34zau/a5fThjNJ&#10;d7xiKdoueFMr8zW763ZDr9xeWKs3PS+/9P6jDw/u3PMKnuAo4ihnW5gfmYykjyFV09/KjFKvVeup&#10;/1z2zOPRaPuyhinnzJ/NTk/P3UJdvlmu2G3bL525HMaprVd6YyEQGVGq+Ofhcw1z8Un8OzUTyUgZ&#10;K83qSuQnSLxzCmZIxfnylXJpc/ih81inrpp4+9FYsuIjUmiz0bYg6FTjkKZk6fpffXz09t0li6rL&#10;+aqWtf7ZT37IPu1Xv/265Frvzq9YhmAaSozcf/rZP96plFoHDQGhOPbRwR7e1Hm/QzmDZ+gHT592&#10;Jsy6/M1sddmdNCtlZs97zcq7NyfPfvWcKLrJcMw7AQF4zOahVHFL9uffvFr2hh/crZNi0unPnn70&#10;6MVo9Ntfft2sVcbcKuPwuORlsvbjh/em/f7rl2/RRY4nE4wggHZEaD5Z/PCf/+TtePjo0R6+1nfP&#10;Tv/y+x84ngUdqlYullr1Msu4cuEd29wXp/3n5+3Ty/5g6JVdfD4v352Y0QoF42I+awFXXozv5NT9&#10;unXUcte9XtWWMEYYp9SOsCGKonjiOJwc1wqScTL12V6BhCFelZtHh4ok75BD0GxVeqTekdaYqIR1&#10;ELvSR4fE8ckZg5Fag98YvznDuGqd9YaFvFsulYejKQSpSj6znAX96YLXB+vZAub0gmBOxhwb0E75&#10;XO53LwlaDz58fAfI5mV3gN36sNHgIO2O5uWSd/zg0QcfPHl5dfGyvXj97oJa8E8+ePibN6853X/6&#10;2ceM5elpSduwKYsyioAWwxA349Vg9hc/fEKsS9F2zt61/eH83t2jb08v9krFxTJ5e9a9HIDslloT&#10;1IqX99BIyvjEdGhKq4Xsu8vTu606t06OwFbJvue5MVwgJTxnGM70+xDK18iA2YMy7oF9znrfzm5a&#10;1bGeGRLummDTTV5s/LGaLOLNSehfrYJKPreIfGYBz6ebuklBHxaNRLLsZW7KUoJ+U6dx5Za5J2Rv&#10;ol/ssq4/ZAvhL9j8xDn1nPBr2t1ohSb2TibXHvlVyB+M8B1iSwhxUETiEAU9GrAs9CtCrRhwh99e&#10;DfHatgdjfkvFpUlUJ5N5pVLH+dbtt9erYWJpEFnbEzpPkdpyBwE1rJmU9OF0OZ9EzA/WCOVOOpPz&#10;/tRm82RlZPNGIajouKEQVUCGQmo43pABQCBnVDN1jD583OdzChfpDdhJDricQmURgTiSg4msm/Z4&#10;/Rb8m4v8OPZS/jLNPIXYfSf7tPI4qyanyOoMvenmzkYwO6RyaFrWvm03y5Ba52cjkkhzHKcMySHt&#10;FS32UUmL7gHyU86K0bBjECjanMDDmFJ4SRXNLU44Ujz4jTEYrzB+3cUCjoeONRv3E56Iw1bIn0lD&#10;hFjErEgoV4biA4b1JiW0eCVzgkwfM6QuKnFmd3k9e9eTFcFB1S4jgBflIJpPNpA85XjPLk5Rf/hK&#10;H3u/k2Vkw/DcVvXLRQiSpAaCSdcYDiDYA4xEIQWjG6HVIlZc9LayzbCCcI7eDQkJB2aGPkg1KKzH&#10;/kLoltz9jGws3bjK8IJFC7fU7mQtSwKykZabwXzVnW6qTBBWvBjRZLFpUE5insxYvKTUp2xKWQrq&#10;4qeNMMFSBlLtZyFwWVk2wLqIZ7BSTpHVVAtVJADMniaboAgBLJfrz2eoJLBxsjJnwUVjRNgG+mp6&#10;48VCAp9JU9kvFi/5CLum5ANv5L5P8DUXIWNPIlgEwxvEdKEOQsNQYoLAy5EZQ12LlR/AVdXKHZTL&#10;VO6uKAYk5xNbI0lnU/p8lt2BlMIULpfjLkqQqdCupWRnOUUFwn2YK7W3WBXAnzrVooG6lQocxwC3&#10;O8/lNoptGBsPbl2WsZYVCHYtbUuZaEk9RPO+YM9zNlqnBbfI8fhpDcvlS1hWnXbaVp606jlSAggY&#10;6/U4b0rsHkoG6mgkmbzgdrYFsxeOLD3GeM4QVBrIPEgnidoNU35pIn0RG2AzW3OyIhvnXcnIOzNd&#10;ykKLtZpnMYPQ0uA+jRiclb+49LkZKy97i4ZrAuumuWJ/6IN+pw9RBYvKgvn+XmU5Z4Ntc4LW3Fp/&#10;OOJj1yhVATRksy4WYl0mguyv1l+dv8PEFEbiKmfxjze3hGtTyQgaXRVSmtQXaU4uu2JpbmKDznm8&#10;8EFIM3TDHbCfb6B8Bp5FFFRGkN+5wap/tmAuo3JEUrijC6jDPcaHzI9JlVNX3ZHQnQ3jcoRnMgdl&#10;iCafaE/gB7aF1xVXcIYGnmkCShAuMHzq08lyMlyUFDNe+4VGmYhcDPQS0x3FaE3AJgxGQ2ptgGFu&#10;QTIWQs0uaI6n53lDITAzkLmatNm76UZOU2B6rzHWTsV7ygqRl01hZ9sqw2cMKEHQlEv9EZhwyEB4&#10;hMHiYjiHbr9eqUCYoE9KUIbCo2ULri6nS+RjjSrTVGDCs6EvEFjQtoFQSTC8It+IJOQX/yzOe1WC&#10;VUl4K7q53kz2dnvFMhoK7krVfEnXbUEFhkh38GAV6O5WkvaKExu+HRQDsg/wlIpHUU4qU2vDx2MY&#10;IaN8Nn+hOH63O/85Dmes1qGY/9hdkGPLe8mek/WvgOi1lJJCXxGTuiTJcejEBUeGAA/NHvqUDE+W&#10;iVuQcGyOeEOwpcB/XoRBF1UG/LBslJWaWZDhcMiF4q6KFVMXMlmGidJ4FgJ08KykiHRHxESkPWct&#10;FGn0eLDsYtGJDEMx47CvwedVMEUBxAR4sZrT/nGIB9K1KhKiwI/m+g8iUfbQoSiQkCUqjx9BFzzy&#10;Y/lUqfqdep2KkK0sX89sBelLDbOsGQNCG0zx5GfIbwclRdYfjfVqMeGayjoECqwV1OvZChuN1Wya&#10;tyqxqNNXF/0FPfkRvA726jn4Aj4VO1cijTsjH6TtU67YbLbiwcjn0pcjEmdLIMiupO9L78rnAVYi&#10;Fn462PaYDTYfDBL4+Cq4GBqea6zgwCCEZYMfVUwbiQTZcQPidkha+GIpk09DsNUxVl8EQFy2kTih&#10;m8Le4J2K/t0n//6P1vHCauZ9k44XHy+qQXa8idTwCRvSQspqph6n46X+7g05E6QjTVIX7radiVMJ&#10;aoprUpItyui9p3TXDqWBRmmLkYqdb9yPys6vu5MER8m1uVZUtPq24YoEb5sy1tMEoyQNfdnybqWt&#10;1baKaNnxTroXXBi1WvP7P/yBlq6Fc6mPl8I1llfb4E/BnEnHGwbvaUk3veYtCnJys91V1RuSE/9D&#10;fyIBM+K41LdPaNvS7jTA1x3Ue1aT8oe737SLVW5U3Mn1fja5ASBfPwY1jt9DqtRbQUbvPa+7jelO&#10;LrwLErpGOr1HJCvvvbI3GUq3YoLUa7mxeqPvVt8nCG9fiC0u7L1HeNeqp37mdNSj7RjQ2wehXfuA&#10;t9+cDjBuOuTkdhhQonxns37zZ6IBzki21HXwcnJb8K38d3Ogds7cLYBL0+4//ujg7p2854lMHx6k&#10;ba+3He/1xZdOU5RrAFlyjTFLUvm9wlI32VHBgd3SIgUv3r61C+zqMtuOeSv+puxMN/9b63HEdRmm&#10;8ns+IFh2RcgckOlIJBwnK1FqQQrHSq4/JZQTq625XQQl3KZ3EvEkTJ3AKZhZZkNrlEDyi5KtB16I&#10;j2w7okD/j//2X9i12vGdPS0KGdSft7uTxSInkkzdK9gxOEHPI77oAVUCMJ5NUHABMYFqJB1R++r5&#10;2xKWyO44GAwJi1/NfdR09w6avF3gkYmvfP3u9Mf37xm16sXlOY4UJ2vvNRpg6ztXl9z+mwetpT9n&#10;VPujp8e1euHkYsjs38PWy2yJP5ivsI9eXZ4PugMEvR99cGgQJifrbsxjwXIOeVKf967UxYgV0NOP&#10;H3YGo+9/+miy9qHRgG7FDt2BqNQZNBqlfs4a8chzlucVCnfvQXV6ddpFQnavtcfSYN/LdHsTfzx7&#10;86pNKj0xu4Bfy06eoJHueNrtw30M95oezDpAV1ihkFLWKoX6fj2LGzlccyt2i+5eA9IdOzqjlrc/&#10;fnpgFZ07d/Z4LyiOuP+iSO2ORth0X5536w5bBR0+JDDbg3r+TXcE0LVZrzaqlc4Yww4cRFb2mpW3&#10;nGJRBtHr9ZNmWXY6JB4SQFryLq5gaMXlfIaH1BlNv3n5jhOxgm3UNpuOhgj2f/jBo6d3D8lMmpLV&#10;u978/qJdK9owTEd96P+sioGYgDszC8UKqcKoE1kZDAbjSX+oMQVHvofQyxZKPSUv3/781UmjUX76&#10;+Phs1P/4wVFv4d/lLZ76/8tnj3Otwnm8HF523LuVjh4UjvaW5XxQLg3DkXm0P60ZF4XMkEWcZeWK&#10;hTZdRjaaqfNRsl4Y0UxZj9bLGsRs+hklmornMznO5Trh5nIVlJLoY8umx3oO1NTA1qp7qlETCoQk&#10;nqBpKudy9JytXFKWvldYEMYK1XL8icfBjCcetWeO8CA8PjM6hlgDKUTYPbUFps1GwdorYg+Lz6cb&#10;Sm1/Ez9olOGV2xnOUeAcvfao65Wt16PJJamVKVkCxVoPb6USTKG4rAPHZIVi95dr9LfgY9vT9WfH&#10;+9RLOB/xIOFAE1YvojgciCJ5k5CWqSA0BdncnoYS9IrPwQ8bTk52QTFupqSs6ZyWQKroaXKStRvW&#10;S8AwiT9R6xnnfsb7870jO8z+7e+/fa1PM3Z0MtoQ58vnuCPtU5YT/x+vJp5JwFL2JchaPRzNZEd6&#10;PoXcy+ef9atY+WEi14oINuHrxoK4IMNDFtGC3i2Z7CepTLQCwRtJ9GYKV5ZjeaMHBsFUsbB1QopH&#10;oDbzOATJVLSwqOG+ow/MsjUh15RDjSoeYTk3PQjleIhJeVFSWCssXz48jYKoV7mbI67H64VXke3L&#10;J81Kk91NHMDztHWDzAzm5Jj6eLdfTEnrQYUYCX+MIQjoN1S3qiQcUy/MIsKWyQxE1O3ysBPVxkDL&#10;IY14GPWKn6C41gX9Qw4HMVfQexWDt2w848MkXr6TCV5rIluk473XKAEOYAVxOV7xH0mvqXuiBy65&#10;Lvmi++Uqd1sSgIr5iifE0AxXbFZCkAGoFOi0lyKJxN9IoyIFd80jk4Xjh6yrLCpoycJlNOBK2K+H&#10;+SGWNGwyMGkmcU1JZjHqcRHp4ZvajAjSzOoXC8HaM4BgYyqFrAQWJxBulTRyDjDvehPU7VyNwG4j&#10;w51Wmgw2g4oo0efrFWxnFh3YuoVHbSg4PhDoYiaj4aR5zYrvBSc1HwoSKXgPWdQYPpFYivyK7oIQ&#10;G7lULNHfezAlhuOeNDc5fvKcwaqYYUWWnK0jLQX7LKK+KI85OJeXzBHiRhzwsxLRS0PLqBaUtJRv&#10;enotAXRC5oewE7EjO0Yd3QQJRHCSON7ACjs4ORBHxmn2LGNcDhTEzVCvnl2NxKkYirJvuIj7G4Xu&#10;6HK0mUrrLcG8hRzW4pD6F2YxhHymBlmpR7L/6c3wfiHXGS+5GHhXoIs1UX7rkqGAXJ8Wlx12wcuP&#10;JPiNtpkkGJ2xoKKxoR5bLsRys+IVadQidk2wWE2PAD4OfZa4LFjozpkDcrXoaA9DrpaquJJNQdeW&#10;jLyfMGoO8ChDCh5FE9gajLJZ347WzFBAItHdZSo6C1UIRpkRA0iFxikpCgo4kHgkdGXEqcaCESZe&#10;lrPktD/wLHc6ExyfyPelzEZ5rrnQ9aJgMp+amIsZoeKMinwIQzh7mUj0hqO8yCIAVuRWixXtvADW&#10;11xg2mg+hJgr4J8V6u8IiVRMdCzySy2UBDYN5hkboRjBP2JwwuclZtfI4wrhSfHOrHBlZ91975Dp&#10;hEWoRQZDu1ktl6U24TZBwJbBpMzk6AG2h/MCckUoZTkQeGFYjxGYGDle4Yvhpr8EkG7pQgsIOgtx&#10;8KI74yCqu8VMsiaHDBwAS16icCFOmSY5bsV6sZkVbBXWkqDLljBhKU3xJKMvxBpIWKic8GKRjgZc&#10;gY9OnHbweL97o0CcOJJGroG74zXnAoNuWChBeovuNxrcvOQWZ4R9f6MDIENYDmIrZv8YS70OCjqa&#10;MtaDOyU8ZmWzlF04UHeuQ44ntq8MZ3FrkxycY1iQlekYFmUM3SFCeqpbsqeZb4AnHBEURY76il55&#10;JTdYRfb2CA2KOgAvyHPwrEFmLOlTOXR8DemEuohRyWF6kMkOD4tIQE4L+Q2MtGgdpQcOx358MQgZ&#10;lCBmoSuCUsYqj9sfChuiN9bathuC1Z+SgRMZHxUdioFVj7gdgTOvJfR7qbaKVRKjiCs/Ob/g/q0a&#10;WcK1qGcRkBdMDz06UGWwEsjLcwq8dIUdpoeSGbOTDt3QgmIX8N6ZUv3bJieymzB7YPTDXAChiCEj&#10;NA4V8q4Yr9P1gqHmPjlahpQfJTWL95vT1M1LKJRmbnnEIUaYzmTKABLCH4RrOl8+6oTMtaAwLIHt&#10;CRILLPv/9vF/+CN2vOLjjXq93mAwWMyYMa53QB1z1/EKZ5QmPopGEwGcS5N5a/lJXb6R1ZaeuhOF&#10;0bMlHcUppEHdtYXXK7itZlWyiLStLHnr1E22NKB0D5y2u9tecktOipRroq/k9KYcoC3mR08Tj7YU&#10;H4c8gqszGoxWc/97f/I9UUEDGkg7XrnBiwabaesG3cEvyONNfbypGvsG6fQdx+177FNyw6XatbK7&#10;VCThTd/sYW8Mtzt9cnLjuX2/kXy/Wr1ZdibX8KfrP79uOVX1PVJr11oqu7TZ9z/vRpasvlcgqzf0&#10;rT+kP2/X69KW3gQI3ZJKx7c4Ut8JKdr+yDQ0SrseCGjq9cY37fITZff3zqC7QzfL3+rO/Lz7kXHa&#10;CN5kMV2/8um3J+93wlG6+JQIZTFjq1sN9M0i+NaWWP1u3PD7/fk2eugYctXde24+L850TmeLjtfP&#10;CKv5eiev3coQTrYTjTStFDUI0trxKN4+4pS9zOTz7elZuXGwdXHvrmtVliuikWDOKsvbaEuW0mWx&#10;JWMgiSZK04e20xNhuXEayexma9bls8PtQsT3mtCqZJxkivKfGd869YrLFc5/QdtppEJRvpG5nXKN&#10;+Nb/5+8/1aZzSo7zwVjWx5Kmre0d3yGtkalhvljo9PubKT7cDbe2qfhMwj7MCJgci0XGzf7nXz0D&#10;5cnsjxFpvVbhHC9Um4SuHh3VfvvtSxa43MtYrpJUQ1D4w4P6+UVnHa5HvbGXy//8m7f7RXu0Wn/7&#10;/HQ+mR2WivVWnanvotOtAZf08q2jfchEg9kcMgl3+juPH9gFRgYFvAXL2WLc7330+K5p2tVS6aji&#10;vbi4fPvi9fiq26XR9alOjHq9MJnMGnk8UflP/+yz193e3ZL766+e88h5ib//cG9qJO2zjrJBxKS8&#10;uxrYGJOKJQjt1YOjBx8+vvTD/lXvYL9y5/HxRo0IJKBg/fDJPeYopE4u5n77ggxy/85BcyXYMWVK&#10;G7MB+pq5vBr2hlMQI/CiytUaKZ/c7h+1KoBoab9K5VKpXsTAKHPBjPHTn/7w0Y++t3LzL9o90oj2&#10;DxvwpRyv3KwfHBzfO7hTGzNzzYqIisxJNkjz1SL0lwBX91rNyUqp1HLdTk82hNMhwa/tzugpocCF&#10;/JuTt9RFI8JM5v5ffHiP+U/dZXNjHrUAluQKnrgf/cmcWQbq3zcQwihVNGUyW3Kh1fIiz2YvxFHd&#10;7vWskvfhjz6pHTBJgCuhrjLhuxnVGWtYrXp88NVoxPIrd69Se3TYRhiPENLLvZ10ZmU3quW/HU6L&#10;pSZhffNo3g9HRIAAYqTEpDMgj9FlVoGeVIuGacRWAV0dEUecV+l9HSB2lZYgXDeygH8xZ4rq5nKG&#10;ujUWYirnzNTfy2dIUf38yr9cMSQRTOGeh/2Mhg2VJqnFMctJ3Fc0kBaRUKrenS9H/oYxMDmrPX+J&#10;J/BOs7BfyYLlYANOTPGSbTWCO2ErrZBeO5pJdZl39GlqN+AIPptxr6NIUNjaITz3Mnkx1G2WGI2U&#10;DOEoM77OkCg90Wuhb4RnRG2EbUraOUMFDYwKtIzZPZul065Z+bwDn5dU2NhNZ1l4y1h60wkRdQsv&#10;57DowHqnYCKe6vPu+MuzQaZqVEVDbYxRyCsSQg+UljevSzWT1QbTkFkFBRie9y3O3g+lDSjZcmdg&#10;00WeIeys/moFOzkry0QdIgstMJWRlEekDTt1DuJnhBRxiTJ6ipQSv4yunZwrxHixzNWRatF3TeYy&#10;P6FQO1mFwuHiJiwuX2gxMJ7zbFZ5VVW5E8GKQgzOTZHSTHJdUGGT1DJcz8hSulf1khA1KeJoPrPc&#10;4XR4WiNfYStE7gY9wVSYONEgFC00cZxQrl142UgzQ0pii2IdifFoNh36fqzB8GClbg9nvm0VSRfN&#10;iIUKf4gpwGqJKWd1o/GqtooucS9ME/KmSmZSI+/ydW+uxpZotEVIDArrcrKkPGUXdFip8btU0ny5&#10;p2Tt0/75EClmRj/vD/br9e5wXitxnVqT1SInLHXtcjjarxak1CROE7grUWESSEKryTqLuHKyNlBX&#10;Wift8Wy+bA+W+3V7FKy7y3DP5vFqbgYHncVYkIt2FvK5iPNGlo8E9hUuFMYHmMLoqym6eCnIl2aU&#10;wEeVd/zx3hEzDrAIqJNZ6LASZ+wbSfEjbGEWUS4Fpprsl9krG7zacM7uNFosK06GHVborIiYAcle&#10;W04m3gUH5k4o8w2GLyQEWOIwDTeFHM8NCWfg2BWqVmQRY9+HmGprWez79HYsCrGcbCJY5WL0JhYc&#10;stQigFwWsvbEW0M3g+2Qhk8SU4EaK2LzuhyK7tpEr0iQe55fDWks5F2TFB9XGk5ZFSA0AMJOpKdh&#10;oCZHAc7K2hBAEVr9NRc4skbqSyyRD5tWLD0Iyw5130JtIccgAIB6sUwzNcA8GgMTVhpu3pZGnlxQ&#10;F6WSayuSrKQITY+b7AjtJV5fqFqS3AtizfdFha1WMVCq6858EIhXH5cKFGiS7qWxSZj5UJ3TmscS&#10;bbuhr5S5tdSdcqoHvmSWyzyfN1KrOgXYMi2vOU8Wad2a0aWty7DJ58ZCjcrjZPIzmk/YpI6FzIzi&#10;PGLurMpklbdKGExA5eE2Iz2l4SSoB/k+zju8lxQEwZpfDZQ7zrrQrzIUGvSMoLwkBSKIK3aJtaWe&#10;iQETZpyixCeyAXaYeXE+OEngJ5IkgZRqjoeK+/GYIzdWGvk6txCsFlrCQH1tmEyCTIvzvlAeLdow&#10;lGCHIWLlVtqetZlY5UAFMyqI11yKszn3GbsugiAWeCFTkDwWdMu67E5560NZeVhFPUP+5xg4Ia21&#10;UNRZxm7o9dC3v213A205Wvgc90tCf5GMcJ+nVdRoK7rFUgN2ZrNU1+IMJx3uKqEhLDf7BBlDY9Kx&#10;V8TNSkFSm9idovFehcC3UBKztmC0UnS8+VwCtGnReWWL+XK8nhg293MpBYnLRkUuNRMuXWaoCo+O&#10;HQUgAzHS88/cFJmGoOAlmiYrWMpNFY+x7VYtGxUVu9x2d5AvZYf4zKEPWhaSHs9zISUXNbHVkEEO&#10;a0FmeDiQdYWPasHIedANDRHJG1LzwsfSemtdQm7QLmXhQgnzJlTT0lr2gQmBHsC6UYZRDPJkaenR&#10;jCQCyAzIGwRCxl8surMySIpHC+GcT/zksNRoeWxj0SHhBWDEIUxzzmuIcvV8BdzZaEA40ZhuZaMh&#10;a4rOO+x3ESHhRgGhxnQvJIXLzbjEmGnpCIimnfRsURgyXc3muoMJtG1eBA5E4UGsoEnLLATXBV9A&#10;cp6d471m65vImbaOwVbDWmPKU3dqumQhJXJrSUix0lkF8GFnYMd2Gv8y97IcJ63Yn+M06plBOMpq&#10;dshwUuO//ujf/TE7XqnTe93+cOvjFdthlKqatx0vb8V2xxvBqF+hS08bc3HFbWXIkiUTbjveFElr&#10;7hBTUkYmu6ZCbJlB2onIknaHyk1DVNPllqx+ZX+75UWlBDIl3RzGQtXWbiOG1J2PNNVLK9vdmizi&#10;arXG4PIdFcrBwdHH3/sExaI40nfkqtSXiWCHq30l5CpuGvHOSPydBeuthuoaMqyp37HX8snHXWNh&#10;t8+lW+6tglZXblaw7/XR2i1W0/td5DbTJ12Zyjud/sP1unH7D9vUIXaQmnqNa5Ypo5J2kPKCSo+t&#10;b78y2Uq+Nf06qnbXKifx7VTfrdBaT3+RfGO6c2Xcl8KutzG+8uB5MHo6yhVrqpI6peVPNbnjS5dn&#10;CpxB1vtS2UlQLZ/kMNpF4d7aTaf9s7rTom/75e3DTrbzD11+5nYPK6tWTdsJw7cNHkWY7Fdgg5NS&#10;bt7o4ZNdUNLNkvh9AFPyXZt0CkuTt+7B04+PHz60XXcj+bbR9Y43t6Wp7RTV13HK24DkbUBRkl5X&#10;k9FI2OCxsg0iQlX84tWrCgym9EoIUsDbVsrMj0AmoW+vo/Qd3bKp0kRqJokZLR3NhLIlkie7Ezzs&#10;hO6AHvm/bAo2l68xJCqD5dZaUt3SIQVfs07nUNfXpPTGG/kC3Xj+/DWiIHM1f8oGo1zsS5uujsfj&#10;MvBE5qMKjOkZZ4sElCKgyRjDyQBZUb5WevbyFInxD3/8Cef0CM4qJprlhindg1rlbDT98otvFtMZ&#10;NKbnr0+9kiP8etf9b7/9lmQI23bPxwuYNj/54G77/LRZLNx/0FoRaHl6+cTKLkbTO43K799etIre&#10;6M1Z1sl/8uPPJm/OPv3k003F+/wX/xhN5qxrvn3x5uOS+ysi4L2yXjBfffO6zOuBkqZcudOsvLno&#10;tvvjF89e7hXzLEJrzdL5i3eUaeS8f/LoAGEMa78vf/c7pvEEeLDsev62U2XlSqyOSvDJZmOI3ni/&#10;Vv3eTz4bvT7JzlZ1AMmlGo/8t7/93Z8cNN1qBW7Bj+7us9vG5b9XLJz1p3fuHb276DDefXJc+ubd&#10;5YO7zc7b82i4IhsWQ9TfvX1TKdKcU9XSFVgvJ4tWyXv75vwfzn8OhvPe0+O//OGHeJ/+23/51WIZ&#10;AdNKMkvdn/ba43CEES151hketypnnQ43nvU8fHRQpw8qN/ct6vPlplWzTyX/Pdyr1/i4seLoLdYf&#10;PLz77fKS6pYDP7Ty//XV5U8eHrShwYYh/FIe91lvfFyvrgvGlKzarMRjPTqoXDDg1V2yPjac70X3&#10;ew+PHjx88Mtvvvo//s+foW/70Z9+0FktlIJ+/5MPJ76v2EGuomSetBZebgC9s5Idq1Ffm5c/ezBf&#10;+efYrWK2UitwwMiaQtH0uvlYNoSnkyUqXchPCBQZnMtnVtVGK2HYcqmMN/GHxdyX0xVZWJ+BWl1B&#10;ltxYpezftidywW/4Ock/qRogVr/8apypOrmicdbfFJwMV/IYDZuSQff09+POoa20Cg73k3d9/5Mc&#10;rZjacFl8qYKWNSzSediuL4K5ZI8QRZOzJjS8ufBsKTPRuqnuO4XQ1n8+6+QiiZu0Y7U9XX5Uq1z1&#10;Zq8H48+e7JE3SAi962SBcDL1cHS7HfhNM6lbznQ6dUSqzTFNpY5SKyzZVE653DrzgzuQmRCJFeuE&#10;ViAyRyqQBK+m/t0CQo4ENg9xmOZmWbVNZMMETtKpw37dK1t4X2tu5Zt+n41c3Sm/NPsn49VnBacf&#10;UT4mb1bhX9WdeSak63kxEW9XpQj3eHknT7MqdUGgxSdsCmLlfg35mCw5e0EwQoxh6oRSIqw0UZUa&#10;GW4u8/Xonp1ZKJDAMDEo7BaykST0xakHEtOaE4gV45Wv31M2dXY0bOxo8hPJjAmkvuQzRzmS2dDW&#10;04UqetE+qhLyFvUuez03LyRX2ElEu1oa21RoPMlpZ3jUKL4ZTvadxBffWqxIywgmOpZIJ5qnUF/5&#10;DPJz04A8FmOepio3Ml56M6aeRkwerVRyySZQjkDLoFsmR+6k34XdReeBapczg4Dxo3KdLT1jQnqn&#10;vLbBMSfRrEgzZ+tqMVfPF4PBpOaZLnDgDqyXhIp/L1slgQxOMo9ogjmfV4rZ1nqOPzImC4NUSyC4&#10;EYxr811/+KTVAnN+NRzwuFo1ixDyVsVlqlTBG6NS2qFF8HnxGW6FOcyfesMwT6ZzgKstyMWSqm3g&#10;PyT7F3PAEIeVmwX3AjKr7tosTfNZq7OcIZckAostMtY8IKfkUlYLBWZg5AfJYjYrzetkyfVsdqey&#10;Qqcv3EPsB4rGcX9/cR65CZ08wzVGkLj9tVSU1OFy5XhW1LqXY2xHM4BoPJIzSV5fzLmFvDdbQsBO&#10;SEl1JSUHiliGbJL2rAOiOe96HC2jJZiFCCFMq96Y+dDNIkh2gzHk61DUqnzYiY5FL4sq01SHE4js&#10;gA5iGUYQyMMIiVRh1yBga5FG3dY9wSXh6M5koBbThcYIpiVNRzcvurN7QM9Vgr4gRWCCWN2vIV3G&#10;iBvV8yL5RaArJHMWT1FIlHTZskfhxBavo/rh0eGAiadBfxFMoGKESyDSiLDIurnqn60dQxCzK2Le&#10;WW1lbbXAu8YMlqgvpN40c2t9OQpGnIkB8t41PApaoDUxrZFPVG9gOAmPGu08W6zueoQtiaXhu2mI&#10;8OGoVsbnuQgERu/YeZlx0zBovAAgjWCD6+V8xRT8Lat1lvwWO3woxLZmKzazooU47FEg025qAQvP&#10;1WbG4wSBDpWIhFYf1Blue1sxkX/P/GGvD+qAN3EtWWIWuPPx2k+VudqCLCudCCt6P33FKARSAySd&#10;YQ9rtuvq08VQEUKni7SdeGTW0cz0EI9TIEzHCwkcF7u+BNehBdG59UvVZG9Uf9A+6a/nc26rxGI7&#10;NmSNCUqb1fq4cMilNOm9Jsva0G2S1lit4gvojwKgaqrgozf7NW+6WGCOECm+7QIpJhob0QJdput6&#10;X/z+bbGVRS2APZvnDNJptpySTxuFY6fUms2YPfE+LvPmsFnBkDxolgjaCULHIvms4ji+7P0gODGC&#10;iG1xPVgu88BIWUqAWYz4ljeC+ctiMaI9RI1l59GlL0uJV2XWFsSEhJnqpg0s2GAikMiwNZsYG50N&#10;gbwV7KhRpwfSdXJXYAjoWMzUkODihVjy4YFWgR+NYcNBCwXSspY1iuJbCXPM1YGUBUqqv+PB6URa&#10;oZ5ZS1GOXyOaKj7fzdhmEs4TIgMkq5sPJHtXvA8MbANXE9QzQnryufgkcL70+qtK0/VXCmjlJ3ym&#10;TI7CYDxeIQ1wi1mmbiyEy0WLsbCNiJwbdpQUspDEhzV7X3Aldhaan2ZV1vNhCblyuY5Fl1yNcqHh&#10;r4Kr3pSORSY6roD9NVBsgK42ISIykPr95cTmWYpDm50LVSqtNUfSQgt0uCq6SmiUQiz5Gqs+250N&#10;6IWogA4HH+lahkqSraQJDBVTVeBDWiSiXp+a41iPETuQZc+HvpgpLP0hporBZCHgO3jpS6WaL18N&#10;uyzuY2kTEpkTQV5h2DdbKH/Uv9Iy3dBT/+xOF5ukkbPathHcBeeKSFimYrzTkrwnG1JhOPF9aDfS&#10;VR4nqoicBVxNf7ttaOMb8rCWZvAmkn6W8qa2DbPQq6WPg7cYpy2CtFBbHJQuQHltm2xLsyqRp9HW&#10;5ymSnlT6mWxZw6nRktkmV6qJUS6Jt72BLmpT6eIk9dTUdrSstImK1Gtv6k6Lq+6iXt9nEr2Pvdmu&#10;H3kuYZImLEF5K1brkIS0m+CgnX44uVFBK2kbHCVbFJSkN8mFId3+VhGtbV/YJH0NZVmX9lsiR9ni&#10;uHb/m3Zf6fBguyLfNsc3wutt55wqbxkISjsVX4OPr03T6RY9Sba6Yu36sW6V5MEWtJ1u42WjuG3O&#10;U2n5VrUbbxu4bSCVEu/a+0Sc2xKTd93jaUJEUOOUMHwDp9q+6RILlW6y5b1mky9/FG95Y9+RW6eb&#10;ejXlyyMs2ohFZqxuTd3pixztwNJKOhFL97Hv2VXbdy65jilWt+0vvzFNutpOHLayefnSVE2wa5/l&#10;hrXVF1y/T6l1NxY0Gk8q7UK3sxVBq6fZkERecsbxhSy0ttdzmFoWVFnU6lTIW5RaurONr3UPhoCo&#10;WBIIPh9LfJCOQ0S5LZd4+lLwz2AQ+M+IzMTKm+rsdIG2pXGuqi5UgTTuK05/VCjvnaL/T/eaT54+&#10;VMslPLFnr965SXI5HpVz+nS6uHPU+vLlO5aE9w/3uJ0vJGJUXSeIlKvv2h19ttzPl0ASU4sdVaqC&#10;Y9BAP9qvLy6oQ5lttfaqncUKPyHLor166aI9ePT4mCn0N8/Pyq7z/Y/vTcIZ8eioxxCOuvncKr2E&#10;Ts5PF8Nps1GO3Hy1SeaOdViv/P53L0bnbaDvh/uN84vuX/6rP3s7mNZx2Qn0P2zc2eNPj+uNb9+0&#10;P91rvr3o9eYTdJZ5ZKrs33C5GDrQBxKCeZO4U3e7w8l4UsobGGZB0NZrzgd3mgL3YAwJJApwZy1/&#10;eXbxsJD/2c9+s1dy301mLI5izGCmWizZ/f7o4rynrJAAzX777C3dCPeeR3vNiw7rWP/0pK3q0VGj&#10;/PyU+aZPj5RvVC+6hPRMwD6OZ2zO47PLfoVf0qxbebtccaPJJCM7xfDZ64tcofDgwVG327m8vJiM&#10;+sT51krFRh3yF55WwvtgIOUJ+GWNvQqW/UH3qjdBGNU+H7ASPDyo+JPVUdO7GEwpI+TdR/Olqc1S&#10;2dtvWaWijIPiEFeVk9VH8zUiKKykSLJ/8OGd3riH/zDvFZqHdwCcHdVbBweNWsXDD/n8xesv3r2o&#10;7Tce/fmPr8jkbAlJaZLT/IrxsnsxpyO5UxwgN2Wy7urvoBmp61nid8luQbe8mQ+Xk4atTcmm4+Xe&#10;ELNh/exycBLGR455xVqSzoaljZnzaJg3K9KDIlaiul7QWC1G5az++TK6WgaOoqJ0LQRRXtEfmO5e&#10;xhyPFufDoGDb5xyzFu5WxvVRyzLAwBBS2l77GlGn3FX4xAUSLGEZG05s9JoEovBGsNRk1YhTlfYF&#10;aVwRygkVFwzPjTKMwJbgDDJs1WkvV38/899O1k/KWQSgByVs9HyHflQvkJeI226vXB8tl/W8TdAN&#10;G8+10NMT1r7sTjfprRAYiAx3IZ9JrotO0ZgzUe9REkcNyzpgywEWJoGmS1q22A4o7FukngLp1SI4&#10;LrwCNT5UVPlD1LY2lc/JeG6RlGsoDA4CeV5o1SKxIG+i+yUieCn0M2DejjyZ5VOfuBhKbZkmvx4C&#10;5mXuyMMxEFUiXGK11ERc58v9i9WiK1NKYXoPSa4qeF36f3am2P9Yx+CgpM/cKKiMW8IcAkLDJRQe&#10;OfpBoQrVDDQUGDAsZKNp4FlV7jmY4dldIOoD7YNjczGf9s9B6pCN0uxcEbmUiVaZvF5ZswgzXNiu&#10;PHYGlIhF8V6K+ZbjiIWDdLw6MS0FBs9wYqOAKg2pABkqbE2Ry+Loo9us5pvoh5lK2ywTWH0nhmvb&#10;dFDs3oEMQWwZ44IQTrF2OZnjxmdKBa+Ll1icY1wgqRHay0EoTu42G0CDmHw5WYhihPRoq2AF+Nd1&#10;Mphsl5IRKxpp1ixI+0QKyhY4Ds4GPQ5r7sMMNWTDzHuArhQjXBIS6IVhgTX3aLkCBUWBzXXRXs7y&#10;BZF5ESLKJU9Hyl2b2yA5OtzokZAUBAzOQJgMG1QQKIdpIFjtcsagbgDwxnIjymp0pwFZRi9GpMqR&#10;FLUAf4UGnu0uoz+kq1gkDqqSCXQxWDw92J/O5sC6OD3hyi6SVZEIFlk/rPqzRSxzJNAvWSoO2cxL&#10;lZN0eoN0PI2wMdrM+4iNAmUljIqQCNFJubhPy6mYsI4L+GM7iyktN8ZjSllpg0w4YZgegSuuJZJG&#10;lTwtWhrEpyDrSaaF2WSbEW1PIBgV6DVZzF4kIbP945xkQnM6WMHyZ2dBf8fgbODHsh0ySSSyfKHs&#10;sOUMBVGVCKuW2QMhP/So9PD0GPB4DwoOtm0uA1aVrHATgU+v4S9WivUShw3CWgo9mSiN17EwCFZr&#10;EmNsSQnlg58jbMhyReuNWpgDmeB0tDvaYs3cJB4E6uli7blGLctVmaXQSAHjFPrJEpwbwxpO8Tia&#10;ibmCCxiUA7t/a7Bi+baNbJHVAIUCeONAD3EDySmux04G8qF8WsH9CD5GSWAF1V1kKCCI/fMBBCZ4&#10;76LdJ/2EORS9ImMmPhW9ARlIgQUVLPHBsAEc46OH0Ro/9kq8TH5ag5u4QNcJzELXsokxF2DsnN19&#10;orDSRVg6mQ1hs7F5RXqPJLg3bIN7k8IPpe4c1XdxjUw6p/rxBtIihcNh5ZhgmVyuANWAoup172yG&#10;y3/li685WA39Be3gCkD9cnPZHbIB7o5ojpLeHIaz7pNivAwl6xxrTzYzGi2QfpCGtZgtTZnWq4eV&#10;YrSM2AshJcN/LRR73LTwjkLtToXbDzdFTvOyJ4gopmrQ4vS3IyYvBlZ6nu8CK3s2V6H/CQME9mHa&#10;QqDzF8oeoGB/VXCFL8+w2089qHIEkcDEQDy18NqKUhI0KA6DZDKLJWsJCShbeV0KzbIja2CyjXAJ&#10;8KlEzgMUShjW0s/Qn/Cr9dEsYpU68pdzeI0BB/RyIW5epZXPpIOOFdE/gOREgiTI4Zh48yKFnWYj&#10;/2FLgVMahtsGcBYxVDCZSEsGIq3LMGW+MoZrvefLl0nWbmIUciW2rWjNuWBIYyLBEQEfjgBh7AYr&#10;wq64DwCvVsS+S35vyJfFK4W5kMc+P9bzlgfNBNsCACoqCu6ETlbCp4b9ISmGkEZRsy9oYXUeOTUl&#10;L1jEw0Y2xWimwMuVUWbhCpWHovL+LCBsI03hIieEgy0s449FCAhQXHyQyRbkLS9TZ6nUqzKW4oPH&#10;G8SKU7bKENGNGPxY1SH0O4McjhKnykca5ZfOc+JlkYh1WGD0xsg68tn8eLquFNAvIHbJlE2yFbVp&#10;b1K1ndVi+W8++6P6eKXtHA7kr/l0u+PdsZqxzaXkKiRFRG3EHAF9roYkvsblpttAqnEt7Y7STKOt&#10;djVlWalb0XIqQhYA0XUEqrrV8soHJtqKi0VuE0qMc7Ldhm17gLR52TWVaZjQLrCINbJcIFvncPpD&#10;6IpK1erV6Wv++fj4weOnTxTpwfBtm6mXUlZ8jB2J++L8+sXf/Q3zVmVHD07e4452/tVbBF9VVW+7&#10;RaUl1C2vhAsExx5aeebbS/yPiOyFVCMprNL64DnYiNOcLSX/mho5ZVMQh9tloXhKWdBtv0qyoCS1&#10;Jv0+6ETi9Ra0SJguEOU/y79ysXAsc2oix5ZvEIA5sgN+JtfZRkgRsm4NhJwk/xwKeWn7/XHqYU1/&#10;Gt8bBLsfK79W/gXTQpiSmmIJBdqyl+S38zVR+pM44OXr0vcplE4rliCHIP2jOLlhL6e5yRwOqVZH&#10;xgyRnCFJKhvftprbqyXd6krbKm31DnV8LbjeDQuEycR3I7ZhMyBB7ml4hrJtwq/5yrds1tfEqZ0W&#10;fLuWl00qPt4P9w6P8oVC+rQDC3fSUna8mnrjw1VTKcHtt1ndDWKYx82maSCQzCVS3XL0/MXLcvNA&#10;LlhOIJw/Yk2QLl9yNNLJRdqHxlspshR8jCEQfqYm3tR+LoMJ2fRKkpkhr/vO0J7mWKc+7LRrlglD&#10;nBKqTPnw6KllXVsLrdmXEV36i/hQMSzW//pPHzFZxPYyHE+KFQyp+4UykcEqdxS6NUqbR/uNtr+2&#10;qEWotlbho+PjN1cXnEaiqIk3Dx8eMbdjUHzvoEU8Gd6zkuf0hmPmAvlS6QL689RvoeXC15hz6LcZ&#10;57t5p9oocijO2/0c+Bn4mSQAZyzeY9SJ1DDFfKE/Wd7fb4BFvXh28u7Fuwd3GqW9Ax71m9dvcUqx&#10;fVjOR2/7Ex7n0d4+8+CLt5e/e9shMJg8VRLSYGFK4qSu79WrzWpZAMq8JIFcTF+/Pf35189l8U1e&#10;YcbA3wsCSjOJqQiPD6oko1Oe0gx89eKExApeBAyuJSNXP2z93d9/EY3GX357MhsFs+kU6QpjBV5r&#10;bL7UMDCqvnlzeq9ENo3ZKBcxwhB6cdmZfnD/kB1QzcsXIc9Ui1ydqMFqVY8QIKo0bEK/+f0JSfC9&#10;8fzt26veef+gSDbJmj1t3o5MVBGJxppIrKsiRVMOGo11opxe9ch374P8nC8Om1B+XJr6zojBQtQd&#10;zzDp4ektWxKlWs+iOKKjUvrdXgG252a5t48OE2ovp4/OEGAj2QkBAwAlsT968gGUsq9OLxn/no/a&#10;r2adK4xxwTRTcnvaBuJz8U4zqjvfXp3nKzmok117pTa8NWlS1KUmaue4m9AsxzhGwZPyyXs3mRdl&#10;NcOSL/nZSPIA61bmJdIuTexqn+YtnNDLTdJdTqmS+KJQRamYXPkRGZA9XWnaxks/9KBiTIWg+cAp&#10;NnA227lLErQ24vyhWCjmgTuZAy3aN81a1mx5xel0NYbxa2dQLz+2cw009yYyYGZqieewOWG1Jhn3&#10;3ECQ2KlRQOt7JLDi5Hy+XGA05Axmfk+og8Gwf33m+/c9ojzishJXC85gNeupSc3Kcef19fi8M3Ns&#10;HQUyRQVexIvpdLKOJivU3AUu74VQnUXeAsGVno9jsZHLroHerqa0J0hVGV1TE78d9karVSPPUkIK&#10;FD68tXxpMFtjvOMWOJ8SB1qazmYlq4DLppEvZlkuRTSOWcTPD0sFlHvIiCX5kDdUPtARUUxNwXDx&#10;e+OmC3KXm0Cc1joKZCxabltUPiq/9A5hJqaKj9cl2jRrSnYLvh02ADKbpaaKG9IxoKJRztBnh1Tz&#10;Gr2zoKf4YhyESeRA61aMMpqlbH7hKxUPvT5RqXymJa4SNBwbPi0sX/3OHn5bGf3eHp0o4zdLY2yV&#10;4ofnr8KCUSOuIzFC16utgoS9EDPpsS98IMe0WcVSR4Ax2/M8mteTlSBzXEnbVtapWals2mwX0UiS&#10;PIIEEtIn5+TFaN4s7PUvuuw6mBpwrHIPZJu3ioCQsVWDNJPlMthI5wbRzUD0QImGQ40XgVeK/na8&#10;piaGaMU+N0ZlGAuFO8OVNmdtiWGVOZqpnc3k/R0sVw47I7ZApDYr2q8vpnt5LW9nl3JdocwxxnPJ&#10;pqtWa5jqN7K9YctPMa3nHUYaTGRU0jhounnJNyv2q07ezJ1OZvsFm4aZhJ56vo4HktceHSAVBy+V&#10;o2UbXg3BJ205gTfTeQh1Bnmhl9VBf8/9zXxDm6UCredTWPfs8WKDrPqA/dh8xaYFwG3NK436Q/F1&#10;wKYy2X5LWBQVAv6T1wO/VXLENacIsWgCKSeMyQThLEEziPMs0eEzkeBCVysJFthSCSNhuzxaTCiT&#10;DhnfmLibQeFk8SyYssCiS/FRA3e5TJdrENNqChPFwl2XCVECyghrYiFvLtdrgMVkbjH6aXg8BmYO&#10;UY1+ShGYDVgtQ5hAag8QfQZxB2xp+DaEkaj0Y0cSzsQnRz8json0TsE5KUJfsyzguniA2D4CCcoX&#10;iu9ICwPYhrXSggiFBgwYU7iA3EYykhCCOOVpAyUMq8qPZBkXQ/OOMgIWYSXne1nqS7aCqKDRZ8rr&#10;mUE2rAIGW6EG5MyvIY5djlnMcuzRU3JO59lTivWX1IMFw66lAH5Q+fBWUhihVVcXoo5weQ839LAx&#10;FgqVj04QTWUyoWVwJFArdGdTA8auLsBK7nvkTjE5pcnhLgpQiiqhUbbnk2kewr6iQ5mjtmCIwe2H&#10;FdNgOvFcl0ogYPW1XOfdCuIgqV9lfiQF23QyQKQgZQwXZzYzn4NYx5k8Crle1wl8/kK+gLsPYV1G&#10;Sgf9TuG4mEGRHqcT/o34MOFTLQmI1QpFd41hfuKbLAzDGETwYLUEWwwAFk0BplYuDehMzKl5zLh2&#10;0wxGlLqAdpkOmCIniSPaBcy1da9IUc4kcblcG/Lrwof7DUZ5PBpRiMZG0XVlgWQQIX4GRkAl6JW5&#10;ueONGGGE8pkhMWvmz0jzGQMcDzaMruZ4ijC6Czw5VLHZY5JH3h9Fgk0CPYeSRvoW+k+uLoAhSwAN&#10;+7QFTt4IdfQROW6wuBqUENlUxa7ZkoPEBRzNuAglDkhdrUENKLyAZPhVXYsY4qmsnwAKcJpIt7EI&#10;0rUXK9pkK/CkaU3Y7umyh8JBEKfA+1gS72c0qrzhbJJzPllfOmJ+0FdZrue9nEEaYiUjm3fm13Tr&#10;mKV4LlzBTLTRG+GRB22N6ofoA9sumgnEULbXQroCnnVQOqqhAFyQt+fdrR0zNGWOVirn+5MR4CXb&#10;shazgLfkqFmlxOyPh0tu/ABEMqTZzbljFhE+kOlAPHVGG4abjLw1ErpDs08fx0UxXImXg9s4U4Ms&#10;QU1IOdDWm4jg6TO4gPRAxBd01zxYsP+YkzZiV8ABQsqIBWpQpj+4oDMmVASuIr4NAo6cIxgWmKjK&#10;5kcs8yL8dGVChXmYom/Bf+7Ce1TCZRI06vW/uv+//pFVzfEANumu413t8nizoM85oLOSiGtm0oJd&#10;afcGaT6VvlOwCnZZ20KPhbuTdldU6+r2T0TknLlmCSnbhF7BVafgKIp8uqeURCW8221lTzfLgcIv&#10;QIe2jS+SLiLZ6WEJHdnqRiW2NM1oESqJUJ0N28l3zt7QRNx/8Pj+owepblbWcuyJty2feDHIi4Zc&#10;9bP/Ql0Qx8mNe/Z2Fu57I+37MNkd6ogHj/rUK5Y5C3KStSrBk/QzkPm4ovhHjgs9IyZ9XJdQOiWY&#10;PW2nxEclz8yUDFUjTVI1ZBwutz9dTMHIjCSqK5N+Y0YIv0QJiKyYDaBkM6XMX1MSxtJvF1sn486s&#10;sH/5LvG3872UYGIIvfmbXycGUP7i8jMtuR3iwdt+F6FZEAfkH3iXeYv5fyN1ipqpwpZ/5ZHwnEzM&#10;SDzTnA0ilIfIH/FcDXnS/AD+FyA6XHZLzDTcD5mp8ncufSnSH4L3LmfBOxJmKf+F7xF7k/xtyTOV&#10;yQXojKwwFuhA5DUUEog8iKxAKbhnBixpU0HzjiW2hUsptxlc2xFL8p184/Qde/Dk4+bBEddw2rOT&#10;TsTtd8mz2Lbd2xZ8tzm/Nv/eZFBxwcxns4ANx3YLnX5IXr56ky1W+OwKZE9R0qhe+eXhFoQmfXK4&#10;JWVfO9XlV/CGhekIKRBDn7oVIKQ7/zhlXMXp+2ekbbbElATp/GPnsiZzLw34ZXrL8aanr9iW6eXa&#10;1no1N/b29phvv3j2+i8+fbrJMWXWIRgx14FAcHV1Hs4Wp2H0eL/VXS7vN+uDyfzzz7/ENNaoFXIe&#10;ifCbZ2/O8KO4Re/y/GwzADnMgMuc9ad3j/aahWLjX93/h5/9PQVCJWvV9hp4g9tXnWar1scdcnr+&#10;eK9VO777j7/+9YfHD2er6MCz3p6dErOBneSnP/hJlyiadvvensf9m5pwenGCMWW1WEBg/r9+8TuW&#10;Of/2X/+PnfHYdXP/8He/prZCAvrD4webErPVuDRd9Hv9xkHFtF2PHN8o+tnPv/wnn34ImNIa9v/l&#10;Zx8VCxYYvdPB9Pjw8KBVCUfz7316t9s+Gw9Q9+XesY5+cPd8MEIyXC8UB/4me97+sx9/yJv+4qvL&#10;z5+d/LOHR41qHtXOi6u3P7nXYobG8XJQd6kRCb3o9adno0WtBRQ52+8Mm/tENcz97iBbqzy9f+/r&#10;l28Hqw2v/ny2YNrxJ0+Ozi/bDJOoYJ7+yYffPHv1+N6d4+P7z58/syT5D3FAQidWA4PDhW6og8ns&#10;8d3GbK0e8Ivap796Nvj25CprU5Q7HzQaL7rDE1o+PYEeS/l4Pt9kck6nP2kdNr8azzNM3E+elavZ&#10;MWWmFZ+23+yVS/PJ5ncXA/RC/+9Xr59+cNRDBJVzwtloPF4/PnK/OB1WSK3Yr3YXC0TWWsMblN18&#10;kTTaybpsnRL2aMYlSaEXXs5Aj5oYcZWQdi5HYCxnv58clfN0JI85rnHc0cJno0pk/Nl+BQKZJg1I&#10;gH1xFkZn/uzjamm2mX4Grkk+/PEvegKyRuHWbEAUiXuT2Uf7xeV09kmr3p9MJdU6K9UtStxjkuit&#10;7NliDAyYsx3RA83sPfYyOSTPzmC+lFItCS6HU3i8ubzZHY9ykYJnG6sbN4t55D9rT2eRNE28yFPB&#10;9rovu1PXYvKfnMyjT2s2mYNXs3mMpM3E20Z6YU7mDVE4C0Arieu3jIiCYsiAnatTv5YljhJUjt2b&#10;jqkkYWJhSeMqdajDwnC8WlL+NMqqeGoTgEmbWsU+UOg9CTVREHjXXDSo2dF4xMoHd3gV7K/jnV8N&#10;oNQxgG9UclSQTYONooIDG3s2oJU7VWgu8csrPJSJZVIpryrsqemUVmvoGcjrynmDoxnC5nCOjASN&#10;IwVbkBr3UTeK0LRDktYmsTdzj7ZKKn7h5nk5o78J97HhsPWIYskFitacpAz8sWJyC0qtVfQDWOtg&#10;lU/wBpiqQ+tgZnmuuf7o7PTs3ebMr2cauaCsRGXG8IGl+hfdyCy97C5jc2TfDWv3FcN11muyK9SF&#10;P7cIkUmyX5wD+yUxV51gDWBcHAE4RT+tsm3rbqK9rEtEKAW3Kr251mPLqjMHsVvFIs5W7nYEX41C&#10;Xoy4ArkqiJt418Mg5+jniNcjUD3/H23v+SNJnp/5hUsTGZGRPrOyfPsev7Mza2ZIikfieJIoUYIO&#10;B3kIEAQI0Dv9SRIOeiVBAgVQOhzN8XbJ5e3uzM6O65meNlXVZdP7yIwMp883MrOqeqi3ix2QvbPd&#10;XWki4vc1z/N5wkYGaQvw2/h8QhyXfjRaFjKMdOQ4ownuTFggmBjW9WiRh4NPLyLhKCb2W8yQ6E2p&#10;0Au6tGoctex7q7n8i9FiwqUAmxj2XYGsjyyt62V/1huOO9N50TK/uZps52VbCGO2kMP1Cq18tl/I&#10;Q7A/1sLtUCkWncKcSBpvp+54EnouRhZb1tce34dnSL6mIh5m5NSSASlgzjB+UHT4gS2yQedsP3Jk&#10;WVHj05+wteO3VIvmYaNJz3DcvWTDmEq7k5iZAp5jlns8y32bmh4CGccwhQRHMsZGVvop7YP9uzkC&#10;aJT4m2EH9Q5gAh7uEiESz9tkzXPxiveUoLbFQS49NVit43rNkXMTSdgeFasZLolPiSp2+Qd20511&#10;jqc99N9IfSEFOJn61dkJ0qtdnsnsspxIFkypuJJlsTbjHC4WMnxo3OWyEFEBawWgcUoW0cpLU89N&#10;QKhxr/Fooj+aeXvVMqVZdhkNGSKnNXbdU38OqowLk+yyqRuDxIE968Z+a9RpWAUe/mJd9BaNColG&#10;1qA9SWcndOM4ZjFraJLywRunDQXeRh+2cCXNNYRKRrWthxRPTpRmfKsOApc/tJ9xBp5bMpxmttb3&#10;GTc4qXTE7ouYpSTgZUm3QJsXyfYGKQDvMwAd4UkjJMmu+ZSJ3p55ziB08yktH3DLjvDCzwEOcAPa&#10;FrxgO2/AFCJBIIMaF6G3hOyQUTy9HI4Odg5EXputgltib0SkxHDMPlnqyiSbl+0K5uVBwTGmaF9H&#10;IztN1m/mvHUFZIOBp6+KQFrVRUxOC1Wv1snj9WOLy4+DQDMyECkxdyKZwqfK5bScTlh4gNNgTzNb&#10;XGD3Rq+RmZmk6Algu5h/EVxw3W7Z5Yk6we40pRzp96p2muKA/AMBMzEP02jqZiCRcKKoKi4WCg2s&#10;tbGAmyEvjf3Ti1njsNJ1ezzTYIagpThatnYbh3qQCucILuoz3FUazCcmC7C2rlDJgpXNpEs0rvwr&#10;V7a7S+gX43jMM45HNNJ3Hl85wSsZlDfY4dkQBwEjAHaS0Lx8suWKmZIIF1mAQwdgx58x5mN5ujK9&#10;w+flMZoplmiw+oimAREuZxSfuRQcAWMM4CqQNg/wQD6vi3DIE68OT6feNBYs3JwHL+0wnl2aTWo7&#10;FTVOTtMZm47RniAzmQlgGe0BMGfBI4iKUycDi6k3nmyB72k2Q0tQI6o4wfVimv9Kr00w7bRWhGQO&#10;UZp3Jb3VWHTCAiFnjRanLBafBBYcTyS2B0Q81eZI9MKAxecnrc8xAlmEOqYKy4xSrJaJgeLn0FTA&#10;EXh5dpJm8Od6EfyKVFgrUf5Cg1NFtBwAI8SDoQv7IQjLYLl5azRIZIHJZovTRgzh0wkrEBXsGfIZ&#10;T44abDOp4RSanYZ0ki+e6yVZ4cvSRqzpGPu1VG+4LOSRLy74pCpVilRCvAJOOk8y2I22y6CKOVhE&#10;1IapM5WMCOUgMJzg8Vp5CwP41ah3Pmz9rlXNyiZTVtsQhVb05HWa6koArMSC0UevIlCojX9SWgE1&#10;oRElqHA6gVhWXomFU1oz0dQIiFPWW7546ZGtStuWFP3RilDFRUBjLDQ32f/RBq9UnUK1ldQEMQzL&#10;i+BsmCe7MnkBidxUepNoxb5SJM884VBlsms0UXwd8rrG/eqrd6Fusn9uuXhvpdXGt+Jqlc0eUHbJ&#10;ibp/6XUuT0UBvgYfXWcG3YTMrv7+hOGcxFUxD1wbRG+lD1/zseL1z10mndsK37X5ofL/vQ1OeuUL&#10;XUm+rxN4lWvW8xoStvqJ63e0mjJsQE5avAGFxcnidKWdXnG0rzek6+Yxvt53ro3J6mYYsNK6i8xY&#10;qI5rbbai3kowUm5st+oGWLVSG0fxbVLU5hPbJANHyXRBridtNSgQFv0Kbh1F678zkcknb2oddqRu&#10;VPkrabO6slavJQbJj4hu5ROv31z8PZD2zReurWzisZhQ6Mnda4F78uEyBFgkaGXKjEi0XLGePNpW&#10;oupQFOKiaBABuBKvhjj0ye58Jl0u3PjlouiUxKkLRyHp5KMk2zlpgxNfbgKpYivs637CxGJMY4gS&#10;BXastg4KXhVJ/FePzgRw+n/0w8fEYB5uV5f9KWiXyRAgTlTYrjOb7SzmhJQWHbuFg/HkMh3G7TB4&#10;eXFZSZnvf/xh+Y3H1YOD7tGrUhCNNaVFVMJ8LnRlJl+jqfiuvcCRJnkcdDunVz0y6L99eVKvlV6e&#10;Xx6fnltG1GmPX704/fH7j1IZ2UQxznh0b6cMWmM8tT3u9jidd5qHO188edGwYCuYw+m4tNWkiviD&#10;99/YK9UGXX547//9my9QpO5sWZ9+e3522WHb9fPfHo3cxe5+ddKZEFnZcudffvndTz54/NXp+ZfP&#10;XyHBefrVSwxFIJD2ioWGbf3dr77e26v0Ts7rzfL5abvSrL3/zsNhr2uVSr95dtryo0bVouF/8s3J&#10;v31yVK/X8Ta3huMHJYvgn0d395B7MpjkQXN+2qcsYzaj5+3Dw/0uG+r+6H6z/PPfvmgPhuxGuAeI&#10;Pc1YufNXV29Wq1kHciZSIERYJAY5B83tmYcwKb1ta5fnr6BJtfuTq57rFOCxmufd8clZmwBPBvmv&#10;Li9G/XancznsTbbvNOZqWEXcU8y3u90y2TN588N3H706u6LoaR4eMNQmQsa07f/sf/jv4P6zVzqe&#10;S33TvLd94l4Z2fJfffmC9IDKvb1sMV/bbwb75Y4xWaaj48ky9bDGtvQi8Ea4Ie9Uu8iliFfB/JWO&#10;hzqiRPRNqLyMkc+vJVYHVVxvGon3RBU3Zt0sjNmsgUNIkx2qSIJAFCLXRKjn+ssns0kB7aiiS+yi&#10;Itxw1vIMzWhNqzi9YqXkh3Ut9UatarK3mS+Q+AIcHhG4GiwfNXd3Co16qfji5OzuVrXmWJiFsEjx&#10;I3YrZeRuppCKKNs1VPcpkTCkx5HXXlCUs6XU2NCwiJy7y8HEf3I1+hZxlSFpEFQS205pMpY44rZL&#10;HG6Iv4kHD8ucRay1PMEm8TDyQshAwfEcU2gGCyhLUPx1opCBpcmhTkKj6jFuzfjBXGZO6BUpBUJi&#10;CviMWsQyBcy2dRbpY99TA3KALJDR3J5MPVNRqpRyYD6XymhezTQ1OO0jnSNdNAd8zlyI5kbAyw1m&#10;NohMyT+YzjuT4I2tClBfdLxgkg7KRf7lFQ4ovhGMfKQUziUPg33+wmenFKDqPB0v2gpMWqjI9AL2&#10;CQmwWoxYDiZPyVB3nGJJSiWtNWU1vySLsgyGSrJn9JwujJAwQfJIfprQdBYXc2yFKPHofFVRCAWE&#10;9yzbgw5TzsifpCzNs1Pz1PLbz894ptYqbMjULTxYSLdF4FoiYejSvaSTkcUjX5oSnY9g/GBhXbAH&#10;38k784ls/NjpUdfyddiyJUpZ1KGBD1A3B103Sr9oUVtGgYvHBAvdrFDMjjH26gEPFko9uC9IMoAw&#10;i6xfi+caWU3pU366oVOQMUoiIcZU2ORkyDQBnseiHgUpW8e0DCaRl6fYJAM9dn3ZDCPRRwJ2PvIP&#10;ynkJNBKficg08lkMk9EbjQoLWNZWtDcwbyhVAFMx1WY+eVjLXw5JW9Hwq/f7Q3H7cZFbxVNoWimj&#10;gDXSSMPO5QlsZh34dVlJ7w4YZqUEUyoWJ1sS5rXOYMwTRybdmlIFN2Q6LBSEhyjVQrhbKx5ddFkD&#10;UjFTQZFXMBl54t1dThAIsjE5bDZqxSo9P1tYwMtoKRGh9MVObMrQOjIg1afkLFE641Zn2RtEnmiz&#10;CWDXlEa2nIoY2cyouKjmZlPl/YMfP6jcv+pf0b3ZaR6VyH6Jc46aplPEJE1x63slqN8Gdn69YRbg&#10;wM2F40i3sKwX9Jpj02MZKteMjsehjh+a9QjCTrbz9NahhG+3CBNKC5gqFEl5cN6eoetdysQXBhSl&#10;XgysGBcf0lmuVR5KO8hX9Ox2pSotfCYP1Jf7ZuCOiDKmtIaixSQdQyE3KPYWbiKe53pWdrKvWi6d&#10;OzUN93WXnT7RzaycYtKnwfEKlIrpCgFkPFpRv3VQJGmZfWuLW2PuTag0C4zqzPwYba0XZ7M5ej0G&#10;Lq4kxLKBYQwgGDGwC8h/5hJ4qUgTtgzy2ZwNShvqW6ZE6GlOIN2qR5J7HI3pQIRUlIZcBbMSMBr8&#10;QUv4ybwQBSlsWuwYCFO4lzmxs7OpRHOxC4BQQJWLDIE8Q0/keB6ESK5IVGqyniUJRnptGON8wlNe&#10;zJh4cGCStgRFDLqt047woGXWTqR2AL1mCsOO0RsLCC+aEaFM5TZ2ERCAwwfIKMvL5dx10H4z3JO0&#10;OHZ+RgEbeopFrsyGKigbDbbni60yBnMY5qq0k3NJ0cGxzLwGscxMAqdS9xqs/1MzdOZ6jBipPVmi&#10;12TVSTZVzUkkIeqChQlt19wfEcrNhtEhoohGlIddsKSnIkBLTaA1vkApISQLAgb9tghqI/G+UtO1&#10;SZab+yxaiJZhMEDjTyuIeMFKwfXwSOkRskpMM8DcQRjMoAcnwZLcKeZ9M/mE5U7jRDdEiIeEkkGG&#10;4uAMQf9MardO/4mWh9zptBhbKMK41SOMOTy+wnlSPvM1XS3jMddcwJzIEPNHOllshcJqFtuLuA0X&#10;fOgUr0gXFkn0dELOEUn0POHxyrY8FqaQqCOxn7Btj2UJgoBbZNJEjDNTTuSSSykhI+BawvRwdMR8&#10;fOn4IqhJeBrTW5kQ0HSBjxNqBv2Nl53Jp/h66EjFmMbaRJFJj0f0kfS0OCA0DAMEAvPJpvkGfQXl&#10;FTMLJZ30Y3oasT3vgJNOQq6AdJHQLQ52NYkzkM4B+QVPNGbv86XKR4o92Y4UC3Mv01PKKWhneOgC&#10;/s7I4ujxFWDmniKWjFyGb00W47TWTCe4QwCFo1LqDvps1+bYEzLRnz38XZGrTi7biSA2GJDG2x9M&#10;J6jOXQnvkasiDQxHYO08i9kehZK+e/TqIpKGVXKz2EaF3H4M4rg5E+lnsoLkiM6sMcaJY/cmMDXp&#10;aGWlpq1cq4m1lRkg8/60zLPpFiIhPws6S9Aaax/pSgy7EkIriex5076ssEaJptqGK9Y641V8+MEH&#10;W7vbQlrCHkIDwQ2cBFNLfYcGZLb85c/+NbdpkoQabzhVkRq/Fnmj3uTvXjeAq+ik5Gcm/tsVSHpl&#10;alVX7Uu8irNZSbWjJNVVfkPSl6/+CdeE4/VvT/54vGnNkizY1e+8/iMbTlPS7CbtavJCVr8hVOP4&#10;OpR2/XdGK8NtIi+/zsWNV8E+652mtkFKrzy+ylo3vvJva8kfizc8r3j9Fysr0Nf6Za8oSpt4pJsP&#10;azU0UROYt6be9MurXnMdNbz6scoN3/nazauqN2bjhMAeb971JpRppRNYR/jc9ObK5rvcsL6lS773&#10;+N3m7l6xVBIheBiwkU5UzWYSV6Ik2nx1ncW8ct4mrygSSba8SdRcoMuTp2xiY46V4+Nj3DFobDOy&#10;fdcT6JgWJSbr1RJ4FQSciPil1+XFJTEckmg1X8wl8UvSCuQbWl1+vFBZ22uoigUqmBDFV3ZsnnMY&#10;LkSVYIiyO0E6GysFhLw1WBqoisXo+z9+9Lbiz0+Oz7/99iRnZwMtnfXVEYGt3Q4tK1O4YRidPn/1&#10;o8MmXeK9Bi6JTDmb4dD71T98+dmvP++2u8QAIAPmcf3srFXdKu7VAA1CINSqTh47ypNnx0h+QTEx&#10;VazVyv3zK4pXy8pR4TmVwqN7ByAqBLXa7v3yZ5+6V11u3Fq9kbVSk/PO/TsPPn95gSlFwtyru+//&#10;x3+yEHyn+vlnn//iiyf/+7/5NVODt3bzb79xR81X3nlrHy2kZlnvvPPw4cHOs+OzB7s1LL7Pn72g&#10;RB5ddVpTlyzFluuXDg6iLIeYWynmQbLwtFCDZaXqfAs7GsxxPvfi6VEjnysWCiy666UsW2AUXY/v&#10;7ry5v5ue93dt7Y9+8k577koGRc5ifXR82maGuX3QfPTGHWrG41OAVpOnvT55k/PRrFBxHt7fIre1&#10;iBuYaQcuL3fhVJwvvj2C0I8G9fG9vXQuj5YOJ/GLV6enZy07l93e37dKdsEpoBJHI800HA0kNwfh&#10;QVfjKVrmMUIT5n985VG0tb33+MO3FpZ+CXYK2VucKm8VTmfB18+u+t+ek1iBfPGTX34GW/rvj8/1&#10;vd2Or3/6/ClL4c+PJtX9/YvF9Ce/987cVNNv7b1yvJfBtG8Zbs0O64UjkD9Fa+lkFlSjok1asEpF&#10;ODPQQlu4pkzUlKeTBbJuhKOcwp+3qU3RD2fYIzI+pnkwpdWHREL7ofbFeqa3F9NIeA1KlfVIeSdj&#10;cFiz8vS38nYy/0QAtUDElVeMCjSWXKE/Qg6JcRSoEgY7s24azUIBPxJdLkAsy0Aoxy233MraewXw&#10;SO5oOeBoLBDgEwTfufNiioPTm8bGi3FQRQmSJllp8WwUtWbx2Tz+NNKggMQSfYgjTQ+mHlmarbnb&#10;WUSVdIoVMazjMgxMPyRzgeFCj9M4wmLHpB3yFloTUdPADBMLBZMbHRlBFp5lgQ4/m3kBn6xgUZhf&#10;Tpe/6bH2YzogZjyGs3ZGO5vBvqFoZ5atihQ11Ao5HK3geQnb6OM4wzbJ8Hw8Y34keExeA9uH8XxG&#10;/cYwG9wLdzuMUwpuEWDGIRmzeB0JL3XpZjCaUtYH8SRiPUn+kByyKMxwuxXSEGejX08iPu79HFBo&#10;y3c5M0mPyPvT5S4ziYRSSGA1XjJ5FC0RWmOOJl+YylZjjUlEkE/BrRtuLFZFxJZDobhrwzk6Yfpi&#10;qsngqCdGmudX3ljVOwBVo7AVwYGN9XL0yemXoT3uzs52H+5ezS7+zbPfxMXM58PJGUM+V9kq5CGs&#10;nvamWOZiAdsq9ZzTLJZ441SUmsxMFQYlM8ndFehtEBMhY/cnE/YtSKkrJYtyHXHZ0WBWzxkOvSke&#10;YPpcsebqxMZC8EJnxFvs4joztNORx68NIeNrLEJFZ8sKW4NYbpJUxPJwEfrkrkzihOPEGC7GRqt1&#10;3QAVsWTsBpK+gwh3p4IUGpqSV7MkIhY3weWcvKygUbT5mZVykVFdwdK703nGNIrCckNqvtwpVnvT&#10;GaMyzY+NxCLLU57Snc1kzbBHl8NGuQHeRI+NHbwS7gRFgDthAY5ah+4K+pLSLO/xdZt0lKpOJjr5&#10;W+BeIR6jioJeU3SyNdPJ5ywvEkwQLFwWu3QoZtoeT8dsi4EfcYYayU1BswAEfh9ZDH+3ePRCmcaG&#10;kNjKGCuahRIf9Xa+iPeQzecEe2faKmBMmA6n3TaOqr1GxYagqHKBs5Sbbzk5ErFCbMWCo2CZTKpc&#10;qpAtM8Md+dPRbFggL45NV6zgm037i4ZllVJ4L4KMnIfTik0yU0hW3GAm/thm0VITJS5JLpzANKNs&#10;PhkI3S2WAINxRtIhtzpTZhPIOO/Uasx+mtUtpGPT4SAliw/it33bBDOXy5rY2SU8zxc/TUA+WrLo&#10;yHN6w23sT5eVokBbUGRk08m+Be03x7mv0ZZINY/nmsIfsyjxcpmao9s8EiYsKRXe6YRWhycDjGXY&#10;v6GEV8sfsaTVYSBFgHPcH0aE8I1nstLOMhMiHdpbgOfNyioA9YQOb2wm/ElywyNsmGROkdlDP8RP&#10;dmekczvTybJeRhnD8NNmLlZM5woS4ItKQ8H3SGwswmwqqJNOu1jIwbng8SvECkOfqjG0A7y9OaLd&#10;wIgFsVUsnI96IA8YoNG0MbBimsakjXuY3qJUKgyX80TPhoPEZ8s5mDBIEcw1IvXxfGI51tDlSR9j&#10;D0eCZgoVnT5NrToVRRMvG727bfJlzZk60SYI9w6TTZS2U5jnZ5Qj6azsrulFUTWjy6gS/1pyEBaQ&#10;GYSljwKkVMjSU+7vNd3IqxVqvEh30XIZjikyc8Ma2GGXP5tbgJVB4/KEoxnLpVk/I4+SlKaI14MK&#10;IJ7OUMWT5cP4haYOd67UbXpC1SehOxTML5fecuyOsbzSRkUC0GalmSFo42KywBjn5FGUhCLbBxUf&#10;JVo7elE8vURa5DJjN8Q4AQrBNKAhsn4FZk6CHXt2SedlUQmnoU5GetJ7p/ldxGCJcpSnOiM8yrhk&#10;FAulTaHP5OhCoZieJCubUASvUteLYyiIKR546My5Hn2GIBKFzmslrIcilvnJgsFXlCqbBa43rLt0&#10;7dlcE3ZXDhCmmqoVmpRPPPQwUxoWSWDpmln2/Zlq4MxiMhWh3e70zvlC4TeHzOehIufEKjODhJ/U&#10;x6hJEck3S6I5L6U03q8DuYDOOsMfsZn3YV7i+OgjU4hBSeUqOUvSjMX+De0aPzFbYbKF2dEqEk2E&#10;mz2SaGakPMUM7fSSFGY8UDzv3CWjFraEFFbSI4C58SVUi/GilNeCqwlULOnARGf4CwxIWQto6pPl&#10;dCoe0ehfvP3f/s46XlE189X16Hh7vclowC2TJH9GKCdRhKIJYJNFHQiSAYnty9NLTinpD8RpuLze&#10;ryUFvLKCNa+hRxuXo7JOxFFW4aKGvo6cSUyeSrIJzkjYT9KGeVjFiTlI4n/XMN1kb3kdtZr0dNEq&#10;y3fNKZa/wigUCleXr+j1fvj+D7e2mwnFiqWc/LzEwwoZ2xDXg+v96ud/5SUbthvy0Y2yeRNWpN5C&#10;K99qfW82kpvt+HWCUfx6vtFmAbsJzo1vQo9ei9WJb+1rb6HErjNxNwtJddNdKvHmtairhjF+jV28&#10;Sa9VbxjUsRLf9Iebl3I9Nkiwzut3oW6yi+Lb+OqNv3kTybvGmym3t6bxxk27ebtRYr3evLtbn/X3&#10;03hvxSLftLGreKsVCXz1U6P4evoQbyYS6ubn33zk63178kHff+Pd5t4eAT0cYlzippVbSsebWSUL&#10;3QaUrQTICRVL2cwbBDMJFECu9CRyiIfqxfk5LgtSjtR4PV/ICCJBOvQo8UcnMx19hXpOnB5xomdO&#10;vLuivReptoj4A0nzUje2ZolNoWKNhdzGlSwah2QghLYmlPPu5muSFls3kpB20U2Iiv6NnWLnxSl8&#10;xb395t27B8jInp2f41+CikTrzm4h36g/evfxV0+O3n338RnBCZViOwiPLluz0eCgkq43Slmep45F&#10;sMujvSZPpwHjPkNyGu/c3SeYVLDkBYcpMSKKUX90uNv86Pc//PG7P/jBu288ONzNybPKf3p0/uLF&#10;6Vv3thu7dTp8JgVfHb+yVO1Rs9lAn9a6wLD3R//1f/7dV1+1vv3iqDvM0waZzgdv3q0CvsixIwyz&#10;kXvy9FUujJtbjf7S/7/+n3/99tZWdbv+5KunRrHQbfd9PdssFx/vbb159/5jVqDHRxXVCaazg+3K&#10;lyfn1Wzq6cszkkXL+dzlYHLe689kXBkfVCy33TnYa1yetvrnbW8+7o/dB/uFXrv//Lurx/e2ZZCg&#10;q1nLLtRq9Czt8zZmICzNpYa97WTvNOvNvTpfCyGcKIy264R5ZroXnTsP7zGwJV6HGNi397ePW50X&#10;J5fkHVFI2ZBD8rnGTrNZryMISWsLjnyGrlwh6JrDVLZORa+HRyfd/XsPn3S87mmXk7/OJcXia686&#10;gLqnZu3dA1KSLr356WhC/1YoFaBR/G13+JyeBUef5hf3S0fjlv64Ohr6Bz+538ZMXVUnhuduhcfa&#10;bEo063YeQS0WWFr9BZhHOz1RlozFmZpQx33jA1xBfwiCgsRCBFnAkxR0U0yeD53c2ZLrOLwE8yKV&#10;2xICMSmglDVoVUjfZQ3FR4FMfSuVKVlVJr9D/LPCcgAxbYHGZdNAzDz1TtEpvxoMqlhJM1ZnNKY4&#10;xrOQx56aIxidDwSLJmu3iMRU5kGpbEygCNPnqxFlfzDg2iUzkUpUeD/6GXRIRf24TLmlz1liBNE/&#10;tCTm68V4+bBgDKN4z9a3sEAFS8IeMSPiWNq3c7++nL0JYTVc/mKy2CKFU0Bz6ngijlzaZi8xFrAH&#10;JjxQCqGU0ZshowRmmyEzg0G1a+DbJNs2ezmewMoCLAMOmqv9DioGLHIsMyOwTBRM8VkvfLRVRnaH&#10;B6RaLD8/u6DQou9MVkwys+eFEek5x34QUEsRWBoxAJHEiDBEIZ8txORNGoB3UmKQqxGMmcmAaCLg&#10;hzfei4CUxvVClr+ouyQAky1HiGWxrhPAS5/PdoQCXawlEk7ArKRQRmDJt4pmg1G6FhIUUZQeTsyy&#10;/jmeqnBJiAtLxUGgjnyql7QQOH3E7SkAuhAJuBAul9Sdea6K3ULGmytft2fvHJro4tyi/21q3nir&#10;9pxytK4+cU/6zuijH95FYormfMsxD/NsSvKNys5wOC3btvCHeSKEsWMW2NfN6TUWwnTA5098aD6d&#10;eTlZEDupqzBxI/gmBKfMmG5EsDFD2dkHUZ0+WAU7SVyT7BQookRfSorv3K/mjEsElTHaVMJyUxQo&#10;BKXCTypk9Z4XVnMZ4NgP6lVqVbA6kId5fpYYFgRha7xEPdnzFdpjFoLs3Hh68xvyEi8k+VIJNDhv&#10;olULlGzO4paZLCZgSzkiaFfukqLLzo94sMWCschCDJ1cMGHZzErwJO7cmZvh9SNEZBtWsiajYXdM&#10;nojE7XJWoCXdKvFpiN06nxUlE899AjIH/TaSnIvBpIbKz5Tug+VfOjFKIhMin7nVm+yWGrQrLN4w&#10;KnWHiMZL5KtwddGogLJn/VUxsRArsGSokvNpcqCUQia3U6i6EidC0yAKR666LrzBYMEKD1Jufzbk&#10;wClt1RglABvIYzEKvRETRRacQtLIcWCx06MC57TCdkAJD4aAjV9ZyzZzhEjR5rFB9cQSromTm08x&#10;L/faIq+lS2l7p+DcKbNL88WnmIZVm5L9mxG/chXIe9WsNZ66pGczbyjlLWLfSC67u7NLub9Yztjw&#10;c4bOvLFCDBq9SMam95OWBoqYDnptPkFZulDJWIaSheuHG4Lmn9VonKQ+IKmgHxbzSRL7waAh0WIx&#10;PyYomEIV2i3b3fHYZ3yDeILRCjnXKU/MuJp4yTI6TbBY+JLCQ3hmiHQyxF3n0aTL5yR0MTTKGkMT&#10;oC3n/RlpZUs59bE56qC5RxMQ9HnG2eA46WeA+WaFT8EsYtEddBHv8MEyvGWW1Z8OoRzhYmVrK5k2&#10;XNXAllmAZZBfL7YKFh4ruLnzBLFCEu/QneDOpemoOazFeHog6dCqhRJuVWgJEm9mlzBSLoUENRux&#10;OjaUl+2Z5CTnLJm1pznRgMkId4s9nyQLp6CEBxB5J96cgC7NDHlVZEiPQsaVcYEdt0KzlEtCj6ZA&#10;uLG64HUrpuxyTrcMpV7I7Tollpp8GIhj8ccK/B3SNBdzTu8jUwuWzRLMLZb/w7PZfBqkEIIHrtjj&#10;B5G4QbL4gUOC7pgAVicTZCHy5Jz7xnxKmI34ARRJW2F8JD05YhyJaWCCy6IVz9SSJS89Oo2tTJAj&#10;CalVxBPgM+7zSZyD8oh+AVwiL45nlCKuPz2rBC6Q4YC0OfYgkPdDMJlQJFwIdmxMVWWEGkS0pqzc&#10;6f1KSW24xAy+nasW046WkHFJMygJNROYLlcsxwKy96A98zEGkRDmCEgfm3CMuZM1LwRyjL4uVDBJ&#10;iCanh3NTN40S7HZ6QEaN/IUkXAFdExtPpFrEbsXjgoF8KmWZkn9l6mbTagJBhDhBlBG9eQP7tSGj&#10;gIA07ghvM18bsVU8NEbE/CJQACXA0Yvygm+f0oseCd8EpcFS4qj9DEi/rdJeqU6QSTGfhySUU7Vd&#10;ngIqqP1AS4WY8DmsuF0qKOMFyo5XDAQBS2nh8TPecjh5QklXmqMv52tjGuXCz8PNzmtSpMVdxMNI&#10;2F94lfkigDWkxc4ZQ0jhIOWDMPkm+aC1yMnrsurJpf/TB//V767jDRMKEXm83U5rOOgvuDZlMSWm&#10;dMviZKYOVbhNBiPoBso51BVMz8neDTaTnmCpJNgmsdqKkJevTeatcbIoTnoPw1iFl67tsAl0KtGd&#10;rli+8SqYl/Z4OafMmkmTmnS8bJBDgdtn1kAiTRoNP4n3W/3NuqavewYmLKbVOj9mIfajD39Ua9QY&#10;e7JRWTlneYPIQmiLQ7EbeL/+2V8t5ovbbaiyWbxet3fKrUb3tdCijc/3Vlu76TPX//tG/rsR3F5r&#10;jjfJtOrt2F/tBo91swpXNyLlTROnbraYr7XhiZhWuw4BXv8Vydew2n6vMori15vJWw1mvFGtX0fk&#10;Kq/3nvFmCrAWRifyZlW51cPetLLxWs8d36yGN+3uplGPbqy28e244Ph1bvj1n4pvxQLf0iavk6pu&#10;Ou01wUq9/t2r/07Hu7W7my+ufLx+LiFXyYJWu/mIb3e86uoqTAzeSfBSSK0SrhOkpYVtXbZZkqBh&#10;Ekl3LCIbHM40TUkUl3g1UkmAZJIzpCaEZhn7J/vzKLlQpelNlPv6KsFoFe1LW4v6Y/WJ4NGVxS/X&#10;P6Cx5XLl900AgbKMF50zAITkUxATuJHW396rPz7Yuf/wLmfbYOI+fXnMgpFFA1pox0hX61V6yK9+&#10;++TRfnMiS5VodtlpnV6hdMIguHt/m3beHU7q9cqM1IKxkIq4J+9sV6adPjY0SCqN7QZzI25aGpmt&#10;Wnl0dnH+7cvffvbtP/zsV198/s2f/9Uvzk9aVi67v1eX+LWYZ1bh4Ttv7t+7czqZtrvtX3/21W46&#10;9aN/9ieX0/5f/MWfV/T0zlbj28uzz77+7uxyYGqZs+HkHz5/NRwEi/n0IF/46E9+P0WzmEndP6h8&#10;/tXRhz9+v/Rg//isjRwps3Dbp+2yUzjpthhZj329lE9xxMuT2tCbFWdvp/q067758M6o3YLNo0hU&#10;6aIMsQKqhJFF2BcPxjwQWFCigttqFFHEMWqokw2Sy9YcyIW6Vce/qaBmvjhro9NVxLeZos/io6+U&#10;ahwpSip7cO8OkQnt44uDnfrFYPz0yUmT4tLKAGhFEfbm3g5wKSRNX3zz3cV5a3evetqdAU0ed4ZI&#10;l0Voetn7v3/+ZeCGP/7RGz//6ptqrdjqufhmbV1/8bLdn40++g9/fxykkIK/d3/XG09eYYJk9+vN&#10;iu/sZe/b2/vWzsN6Lz/JNHNqKTOY+/tvVnfuVV4Ar6lpqao9YB6dUa84/dC0wBD2sPkZnhZ+Pnar&#10;mXRZRwdgtlnXxAToqRejZctXm8hjvKCeyj5vLX64tUUBX8oaB3lddoQ+qTxYxlEzCbERojAnUyWr&#10;lzVzt0IZPcGZg56d4WfJ1I57A0cgyRmytDqEYbAd1cUizE4UWQFquMF83GDEoRADmukNZdWcLLTY&#10;DzOPD7ro930UthTm6os5tkYfAhV7PG4W9GPCKvPl7QwkHk7CeRxDfauWqRMWlYlZS/UmgYzkc5Ss&#10;sg/Cc3Y5Cn9v7yAXaeeT8d2y87OrcTWVvkwIexjDkE7AGHkyCGgH5wgHcSlFirS7MGlJgqVwSKsT&#10;X3TCOXbRKRSzaBIllvMul12svHSjBnFAtvG0TxArXTbXCyYIFlehRaxlxPRemUyDqmVe9gAj+UU7&#10;P+V0k1lXtFvNgj0cTJeY+So5gLaUvspxzz0d0GPI1vgVKk2aWUXDhlAR/zefAQOZ1MuZD1SdGkzs&#10;r4YoQk/GbLBSlwMXjcaY7VaJYpEls3c8mZKKxUIAEC1PGujIwzDoTJcSnkR6kGZM58pfdsRJus3C&#10;VM8Sh1NQ0s1CrTOWPofyv5zLPW9TsWOGDN7btztR+NPdbW0+ee9Og6ZJlGH17KyS4T1fLRZvNyqs&#10;R+nnoEcRYExBddq9ur9XZXn7qjWoiAyAAg3VM2FIRXZfL0ZsOzRYZVyipjBdCOBxOrMJ2z9WHwdF&#10;azRdVE1bWri8xh8zBTQnXAvaKkD3ROyQmkPtNppGb26VWCeypSX5ZjefYz2KdGK/YDMywNNblGWn&#10;WDSMZGRLqgdMCUxuPL9LNuk+/n7RQcVpiHRfl9iV6VTJKRcLz4qV7aJjGVnKMpKE2ZZbIiDHhLmA&#10;N3HZxywKfM5Dl8ygyxRgmVJ2ythccVdSDw2XNO0IUAhR0k/b5wGqwKyEMKL1262iPZEWsotohZZT&#10;FdxXNed47uRqMgZivIgwHDp8wDS01MSVsgMwORBVVVgrYxCx26MLeEImNbxmoV+Korlo7mRnFWw5&#10;hbaA7gszdwCw5nSAd3x02ruK01z32nA2W4q1NTMJPdOkGWbQsOANooInL4cIVvhKxKUo1MyaT3Rz&#10;DiVIigYP9zVhp46DhRcfvC/pTlXgwiIy40BkV0VPR/8eDf3xIoGJEsptMyxC0KJBFSK6xaWo5T1b&#10;Khp2yaSgSC5RvyNgLtQmPlJkZmgEzxJ+SEuulitVuPmdURfvTK1cHUz7DI8Q43DoLxYzAT56PjZ+&#10;OBpcOcaSLi47hG3rBWeDCWoIsE5nA2lEeWj0pwrpQKrgFWGb0TNzQnuOVfISohhlO3fSPF7Q/VZM&#10;LoU8Sy201cxjGKx0YSj6oovWxMvHfYTh35c8DRlciMCKg4+rnj+L4pj16NU4sOUiMYAnsfTkLCc6&#10;LGNwHZuyEQsB+3GjTYFvdbuXGvKOlDEhTyheWrmMz8xE9RIRe8A0ZUwOb0otMD6KU5irWa3x9QLH&#10;rRfK8RK0Owgmw+Xf6staOecU5f6S1XyowLP57lVnu8Stlzo+OwOCwWXHdEMCfqQqwayl04pM3Smy&#10;I+LeQUIUHNDQfCb1GaW/El31tV+0Zo1KghkJUPeoB85OLdc0U+SEzQXegpV8MWZi6KQLcodlAF1J&#10;4i1HpwMHnrVe4rxF20oAch1dhErLM5eyn0kWzQOy9GBphnkCRRfLKUqSQsE8Hy6g6JFADLaXKRAJ&#10;bbxaBsVogqDE6AnOJ5Dqn89b5Xgdsa5nSQAuDIOsk1oScOYTGWBiFcCxwhU2motrEhs/z/CpPIpD&#10;Zi7MrOaSBcO/Wwpz1kNJoSeZGJq4slLilFbz6gABjOC7aRVXKSisf+elrM7mHbU88Yfg3FmS8w/l&#10;N9g2PiUyxvQEpxwkAj1VaIiyA+XvJsIHyikvNi3BJRhoETkz6QBDSN6Qzk5UbLFJ3FACYjRwG5F5&#10;DtQ7QwPDxRFOZRGC/loGpIDSF5wAiLVYSKI0MVM5GmyWx4aEHnKR+ySFTf0p/SRiK00y4CTg3Rfw&#10;ajwWRBargEVn0R+TspYKAGpx3878JQoFrji+GwKC4MP3BmJEAZzPyUgaPHg/xCPMvBeC+JLymbe5&#10;lBgchbNwVVB7YmgRRrkupwAmDqDoVKkSE1tGHMd1DSzDMtGzoL7g/6COpHOEql8j/93UeosIxQjC&#10;bIwonM9/dv93pmq+kB0vHUG3SyJvazQgRQ4ZEFZ0WnLVZi1G9z2bmnn7q1//u1H7Qnp4qVnYaqN1&#10;91a4I321MkuaEbpVSQ5T1WSRJQ2whBVt2qDVmnclKOB/DBPYD1U/fayU9YHQJWhxFWmbhQCGC12g&#10;uInCVdg/aG9Yz0IFM0TjKZjoVSdGaZrJXZ0fMxL9+KOPi+WC7NMZReIORiovGz5GTvyCsDPv1z//&#10;a28+33S4qvLaejG+1d+q1y2WtjIBrzKFrgHB64De20viW6vLDQVaXacEqTer2w1cWHl9j3rzs6/b&#10;3ZXI91Yjqt7sgtVrlfJK76tuttSqchOotAmdVV//mfGtd72BYCfZua/921X7futV3TSg10vd9Vr4&#10;1tJ1Hch0s1jebKVv/9zbXe5N76xe9/ubWcTKUa7emjSsPnJV2yilrz/km0X0eoxw/813Gzs7kI8C&#10;AU8D/zO9uZsWkp+MT+L4H3W81wLuRF9OKcEASNk4n5mytK/aOG7QVSoJZXwFCmP3KdaMQCDbXOoy&#10;xFuHEyXdrDSr0UqwLdMr6XiNROLAPH25zuml3GaAKXMeGPJM0EUyyv8aCdsRduNC/mXyFfPWEMOt&#10;dNSGSAR1/X/693+vWKu9ODpniLi7VamVna+PLrJ+eHbUIhudMas3mRTymYvegCXQt0+POBbv3tnH&#10;n3WH380AmSB1CZEfgDa8c9ic6PrFy7NBq0sNt7O/jdULGGj39IyIAG5rWJFaLf+MssnQnEJmb7uy&#10;f7B9uFMHJXhxdlkrWlvbjWw22+8D74UsOeXeY6W5s3Ww98EP/rd/+b/8e2886E4n0XiEvJX+oEYs&#10;RsnZunNwsFfxJoPJKHp4uP3i5dGLL5+6IwSA4zs7tT/84z/4t5999tmn3xw+OByNBj98sF9pFJ9+&#10;d/TRYYPsHw5Anq1UqweNKo3Kk68ufvzwHiJMZ3uLWiS7CC5eXhFmQJKymuzZR75vJpJaG6i/xWg8&#10;2K6WCddlOpfPanNhdVqtyVwogplMrUa5qXW6IyBijuMga+IY261VX5xeWsHy2atLf+bmbQJdmIQi&#10;iBEfLG3/d0cnTCqY9DeajXrN6bchZATUr2edDgIWGobeYHSwVz4fjk38XWkInAS+L6tNzHDFr7+6&#10;aHU6ha3ILJf//pef773RNMvmrJga1wtzlGp3twfV1Ngm2UZbaEuXw6nZIHRSMWWYN6M5VF0J2ktp&#10;z1gMBmgalfY82EP4rSvH0/krN3ybgk9TW4Nhm0gnAdakPrvw6pUcliE1JWu0bdB2YUQ+p9jQwyXL&#10;90f1Zs6UsSGfH+jhipXDDlnLleH2sxthksRAOpsiUQYlQ8BbxSblpIOiCfA3TZ7NDE4l/wZRu0x9&#10;ArL+kuh2rdVtvyDQk+OY0T7MmXAxpI+RGY5y4sYDj5wDDRIVsGL0ixdeyBLqjpm6VOKnbthZsvOU&#10;h4KlK2yEuC3oV8iwaU0YXUPFC1tT8W0i7DykXIyU//PTFz/Zdi6n3gHpViwACRyOwjtlxFRezbTV&#10;JYsmBbwdU3pKDRK6nvcnyEDQRbbA/gIBZk2UEtgshqdL8n7ou/05bu2TEUIvZQ9NdqjZBuoyfIng&#10;4A3ZQCiAsdOIDssCtiFiERBTRO9jElJrRI08BTF3MWcewHedX6dCGCdsAyUIpWiq0zj+JXGhqgbD&#10;/FFJaWJTiPwuwUIUgFQ98xCP7nSJ2lmI9r4ncj4eNUxt+iMJwaGkDiQiN4MlOAuKdk7Fk3k28vqL&#10;CAUEtkFysIZiXNIf2xaC8DrJSAoPDDo6iiiyJhzqJurBqpmpy+YglthvK2xzOvu40hTcfSTvUPPX&#10;89mqZfRh4qeMvUoJYXWhZI6I7GPkpy973rhqxRiqPXe8hXzWomuai7/RFxIPrQ0qzw6ps2a64dhk&#10;obGQKiRwVzvNap0kVV0QjpoknQM6kkGKIkv4SrZAgDUoPBam+8ViET1n1gBMhU68aKYIFGFZTUKV&#10;ITHqAhhhG9YazQg+ZXyFuBFB+AV5s9VSycq5gVc0STDCyypg7UalQHlBYcNKC/4Q9QimRhbPyNtc&#10;hMhK1Jou8DfiyoiYNZD9nRG4hMBj5eTEXpvwPtl1sl52ikXTUiUFnZ6A+FuBytqG7KYDZPzZ9Hwq&#10;iSgFzCPpLE9zu1CC0Fgob03cMfRkym7s1oiQmYliIR+Ourmc6dhlHG4MsgArcMkIGBZjHpJLnUUQ&#10;PTYKXgPkLpxt1gS2WSCwZLfaPOtesU1dJARd26nSoM0XQ6qqvXLd0SWegTxyno25PNe/OujPtshh&#10;WvZawbSSLbNNCgP0xlE7Eegz6k4nwZA0APyRrUxpJPvAGUMK8ZPnbCxxJx7OQFZ3bi9kNFNGUqtK&#10;S5KO2Nvyj5IqEGgVzu08hm5LdKJBtF2qXXU7oXStaaawPK3pnKSi19Ii3ktDLR5apqyWBFqvLsHt&#10;ogRg4c9iE6BqjfGSDsTbRaiNXaFWyfZhQMDWntNixe0R6kqNrD6szmqIKd0voVyYciIscL+IWpUW&#10;DsM5OgtcDaEQr5i+DTx5RtEAYc+g6BcUh8dwSh+L0lO1MsRvT2cs6lIm79WV5GST6wKHiu96Egsf&#10;sxDLU3L0R/PxKDg5n3DWcNFWkD/gH1aWlskTIGGIyxKUsGu0HcCm2S1zHfJuuIh8VxOTDE/Xsllq&#10;OlWetwNvxgyMCQlCo8F0WqqWceQCUp+SMazySUpNTHk9Hs1gjCJbpdadSZRS3JtMaiWHZeXKTEc8&#10;CLUzPpECnTKhf9k0YjLs5fwnn6W40Vm2l7NwjiNufGiktm6YkhfFVpUv0ZXFIzlfaMC0jGUAcQWn&#10;h40AiRLqZU9qGoNnqow/tmw+zKBZ2GNCOo8Qy2k4Y7HpoqyuV+qNXDX03YC9ZYY1IC2fT7VeYneq&#10;pghsQGFEPG9/irvaT1p1fA0gEaLJVEM5Qrobh8l4QjMWpc1ULW3PGSnmssRuX43IjpYulsEdTfNc&#10;2EJQpoydksNMxNfCwZTdJr4kdKWAvTDX0M0umR7RJORTAgojS6wi6XfgA3V88Vlbno1MJcdLH60v&#10;eb0FAs11sseWOAugXsFTG3PXqykJQuVj4MtnChzi3uc1I27Gtco3SVoTWERW2WgkKCAlgYZZBqvB&#10;keRastlgbaKLIDjS0fWKyh9PpnQ5KsaTRewK0oiNh4I/QCjOuKHdYKYGwOd7zGsYXJoZfP44ddNo&#10;e3DDM5mqmJJ2Qsc7gYXsLwX0beFfU8Zs1lV1LE9HHhqa2KJll0sEcpHFdimj4W4tCoeCB76X9A5S&#10;1CJMwHsLLR+VfgkrTazPFsDqsOBqmJyRCVAmyZRCD+2Mwk6Yg5DlCQYRnOrcQfWsPR7SdEn4Cb1u&#10;WnywHNz07gqcdmnMfAWjUFoX0zIF+J/e/52pmq86iQORBc94OOChNeJtBuKh1QQ2bGit0xfFWt2w&#10;CoE3Kde2mPnGKUCZNLTMP3wjsR0qa9tlEpHL4CzpUoJkPKIk9CTqBU5RMaCvQFYr0o90afEqOYen&#10;LyJBXNEIDJMlMNF67P6jFYh5leOStMrSh+ftfNJKr1JthV7FL7D6X56d0VH89Kcf28Wikrwq0S7I&#10;GSBpOvJpRtp4MvvN3/8NGotENZ2gkq63ipvkm+smbuVw1a7Xt9dtvXLNlrpewN78r3G86UQ3Mb2b&#10;xaW6afyU64idG3Hx2umqvrbsXGfVqjdrzteb0ugWXCy+cR0r133sCnOdBMyqyWpR2ehjr9+HvnoR&#10;0UZFfP2ubveo68ZyvdTe/M5VIHDyj7ZZ8d5uZqPbr1i5LQ7fRAWveFHadVyQdmOlVleBw/E6hkr0&#10;7Rs62C1il3qzjd9ozOULEDH8vcdvNnfuFEtlMZzzgLJt3EkpjqfVz0o4VavhwmpNrqkr9zMnp/xc&#10;Dvdeuy1VcOKb5je1221OS65PyQWAsUweKpcfF7wYPQDKpvxEbEzlvvoMxQAhN4JEHCUGXX3VCK/s&#10;1kzn9STHSIhuSRhymGDJo1Vus/xC0qJ4edw7KYm8XrvIk9GLBFKLWek/2WdBW+ZHlZxcezSGicIQ&#10;6vnx6ZuH1ak058ZJf2TmMhXH/Obisl5E8eRMF2G9Yj95hsdz0Wxs8dBhqvf++497kfbLr1667WHz&#10;4T5wjOloii/lk+cvEDwVKvmRPGypPrVaA9Fis312NW4Dm1h89vSkP5g92q7Yece07BdnLeQ3zA2J&#10;dMhli0XiASqVf/jlvzNN6ATpkQ+10Ru6XsHJv3nYMOUD0E46ncePDn70wdvx3btRIcvCdj6Z5kBr&#10;TGbdZy/5uKrZ3N5288P3Hv/V598tRuPTV+cXncGHjw8ZItS2av3JlH8uu0Pe4+n5FeK24+P25Xn7&#10;m/NLvneDYPbRdKuUenXagbpxOZ6dt3oiyktn37p7yIJsNHN/+dkzXFtknNL23NuvF/NlgMBAiX77&#10;zfnhViXPWL3eXFbL80Hv73/+SefVFSdVwVYo22SurZL2nv/0qFWx7cvOYIc0CKfQbFZ/9cvfEMZ+&#10;1hoWi5brBv/qi5OLXuh2l/cOmhM1evPBzpcn8EX6W3uNjz9+px+O/ubo7IJclrvltz46/Ors8u6H&#10;b8yC1tmrswnWqXuV7G41RxJlJUMPcTYeD8JgZ7vqp2zooGTnDpmnG35XEb4FhsxGDlKEiAS2887P&#10;z4esPvDYUIFVs+ElOdeIiwQAn76YLEd+eLeUQfHIs5oVbjGjQNt6uFUFIUMt3qzalPQQ4L9rdygC&#10;ciqrWYYnmONYY6Que0OTZ6uyfEYu1pLm30Q/UyOqPBUPe24I69fgKAmp/VmPFG3EjAwywxN38gVQ&#10;FY5sJt6qejIhLoW9kjqilnfRqVojkoRyqV3H3kJrKlRhTeY7IXYjZeQhBouKiWvmRZcjStkrmqfj&#10;+WG52u67qM76Aa5qFqDsz1Blu1nDO527XS/2UtpePkOLSDYG+5P5wmuh6kbLpxj1TIHI+6XPqk0n&#10;DBPt3lDcfvyg8PkivC+5KWp7DCqMgj1pGySmEHQ0rnYBk25TXPmKyeYilzpqzRBIjyCp4PwKNOZN&#10;DNkNAeCJZKpYSBUZZmeQRrPt4Zb3k/U2QinGBlSESMelaNuxchcsZxWVJpklz6Gp7OYKk3D5fBnV&#10;MTXqaiOXr7PCM3Pn7BpYSOg6oTjgrJk6IUVgncUKm5y/hmUDHnUsh5Bp4m1ZA5iAZ9A5oEnDXhip&#10;b1ZKsxDIU1hI5aYzV+S+GtmMsOktljMENTUKubOO+6ji/PXFeLvKQ5OEJ8o0DdAIv61sslGJX/UX&#10;SKDfoukUoRr/q1oE04xvNpf9pjesswCx6OsiwGD8hzqQehmTRGswvl9lbxmzCft2EdTyyZMxpiNh&#10;7B9cjphK2o6ZJT+cv4qdMLd/ViHR0edWrTiVZTg/X0xhtTpwwsDoqCw2sWZkxhE7HJjncAqMhGUm&#10;pyM7q5NZ8IRvMENZRqEY9d3gbOoSd8s1/HQAq25pE9Uk0/AlOjEqIEckirCyEFmTnylcnJY7KTkS&#10;xUx4WV42NTzxifFcOJRoKeNy5FVQ+zPll58G/sDZKhVtLWU7aDqoPmdpkTjDOBfzGnZirntybmiS&#10;aXjsXJnH+XetS/a+fJt0WUUWZynjwHGIICra2eF0CiORs4NOpiernwUYGDQliogIpt0R3ZTDhpVS&#10;x4VTWDRROFfzWZSWedE9LlxhJ7GwD2vFyngytHOKSOJ1rWwC1ibiOHg5nCNGZiOH42bJ9cDglvuR&#10;C8aXbUTetIfu8tvpAg4/xk70uqQZ0njzbfH5cGMSxE1v6vmzas6GpvubftSA0iXhGzQkBNNIaAdL&#10;vxTAV9ESqx147Lp3deVC9bqcLfiMGXHQExAhijOTnoT1cVWiijQmZWa22Ce3xJ+SMMxIqD+dMKj1&#10;F6jWGVykiW16OaDIZ54ZwkPu9NhskxCDb42exEJ+CTKCPWdRUmiEDLlf3cFV4ID98cGeSxhFTs8k&#10;HwLhAupMAhFIrY7J3fWk3eCBuRQ7fRwjGUWsOsbRTBOC8t+C0k9mbEw+M8oUuf58Zhk4dkVYbuWd&#10;yWw8QpGUE4q4ZdUJIwX1NiMejm8d8P6wzTfIlDBP4jyiL2lsTN8jPkmhI4f9R7tLkY2pG2MFEB0m&#10;iyJhUWZsBHFnMX1DKTKR5eOiaiuoNnjlPM8hIKRF0gh1HD8mEzm0xS7YAvopJ8vSVAWvxcdAf1LI&#10;5yauv1veARvu4Psk5o2PCQW3oedYDy5daMmVTDRnroBnGD+Yhjx/BlQZGJwbjBjsM44he9vQGOKx&#10;PYhkL6esFYUyzzd4EC0VweRnwHRhdUHBfzWEUQCtl4sI0rE+cVmNkk4E+HFEHQRGgWsAazxLUzMD&#10;B4orHj0sl33Ul++FsQWrMNWQ57/ok+v5wnAwZs6HXIVBia1zXdBeMYri2obFSLKraHFndLsSxx1j&#10;qClKZBT8uXSV/HrgCsRKLeYEFCNbpg/gjohY3zFpS3Gbw4OnD2YPEQ48H/MFVR7NxtlCtN+KaEWY&#10;hsiTpl6sM2DGi8vWGdc9aWRlk6xBxCJ8LIS4ErXDl5umtUQ2JRmDoB48pRcAEQDlyOaTMbkIVVmX&#10;s+yVjSw/nxUncv2l35vJaU5l6PpzSUAKtcQjxwOe90QTTnwuJhoWkrEu6VmIogm7GpD6VyrdZb/O&#10;1cjjk2gUum6DR28Wpy+nCuorn1R4xjMyzuFpi/0aoYUegRwDjzWdDVNin45M7NYI/HgwsHDkCvfi&#10;PcgiSPJRUOkoa4L9qiRyT2QEhPSKhAUxNrG7LmTVmS/Kd9YFgDlwUQiVnvEJEUpMN3UDsR5x9uDu&#10;AFOy3idanAU7p22V6DyKDaBfCEPSzj/Z/+e/M1VzZ+XjHSRGXjpenDZIHeloya0hthOhWKnexKGO&#10;dd0qlrqDMV9wks7qJ1gd4e6swUpRkjWb5MWuxJzqRusq/xEbfEZLFmlRojNOEEQr6q+/CuNN9rac&#10;VJhlRPct4weoOlhzlLUXOIm8Yk/OZZYMfmTVLE0OL3O70Tx6/tQ0cz/56Uc5207WyUKuknQi2fDh&#10;uCbWhb3M/NNf/K0racrXzKZrUeyGHLzpR2/Evuotl+imt7wdY/Q98K963bdd86I2f/x1XPM1t/ha&#10;Fn0jrlaU24bi77G1b3TRt5vwVUzU+lW+xpxe7YpX60ZlFVl7I9iOv/fjbuKJlesAJ3WlZ77meSlr&#10;kfONPXfDoFKuO/3v2ZpvvdLXN+zXEuiNZ3W9Ib7ZEicg8Dhab8s1Rdt8pOr1R3RNYN6MLcjjfbu5&#10;s1soC7mKuTaQxDkBDdlEI6hejy1uvn01ySVa/5NI54e9XuJYlw6VX3S7/dFsgfyFAYww94Bdcmkl&#10;CcyR/JtV3ypy5RV2e6VTWDXvFHVMX1SR56xJV5RYcaJxSHBlQjyTYZCk9crsKMEy84loAk+NwiTr&#10;i/yprEyQ5GdJ8ywIuP/5v/nTZxdniKC65ALNPLT827Xa7p19Rt1beefBwV6hVsFUiYnozv5+vlp6&#10;eXYxG/ZPXlw83N/OFYvtyzYSMqlSyQZZeHTuH3/wdvn+oydffksxsr/XAIvFrg+sMZVFMactIyya&#10;TDXZ4ir1ndrJcHq3Xn0AGiprMd5m5piy7NreYTrPuVNq7jRCw/hf/+X/8WC3uv/g4effPCtkUuQY&#10;7dVKr1qd9myMvhqz4h/909//xW+/Gjx5jp6YVddff/JFTCwtWKFqiYrj4uqSZzKP6l988jUzLUKM&#10;WB1TC748uWIR3brsN0oWUDAKG46uxn7pdDDgFIfav7VTxkbMkoWP997+jqzQ806mUsRyaRXysJHZ&#10;7c67gyffnR3ul/d2KjhO2RRl/CXqrBdnlyJS11OH1SILjvvvv2fkzItnR//sDz8oN4uAf6yt6qen&#10;nZ89efXls3Z9t/lqNEpnctPxcvdOk3T13tGrZ6cdJW1cdmZPT1onEmlvEQrBFj0mkyNrHHmzbxbz&#10;blYr1O2ckz7udZz9xk9+8qC0Y1cO93Ye3ZMdgh0UatVUI+0zBajklpAj1El/Mb7yPAZ7O5X61F90&#10;ZwMuDbRzKLBS4vDMovXtTxYcVixgi2mdENRSSr3jUNbKVcOZDaYCRhXahaqh3k0bb0HzzvAScoVU&#10;GvDvfq0MjRBrEKrZyWLMHfGyQ7njZ7E/VWsjl1/OeqMe1jDOzkbZrllb0HPJ9zR1h0zdiqEd5B80&#10;iw3sw1hiditbUIr7WNyAbeBZWUpQBqDDWip91vcIyqUXai3m48USR64hOaKQtELmzbhZ5CrX9ct5&#10;8M0kQtea0+NySjBLd5wc1GUKih8UAIfBI1VYdFyNPWipYJY7fCjTGKUBbQ8xiGXyilLau/UiQEs2&#10;D88H07MxoF81q+pbOYxkiwe1CmZh7pr+3BPC88RjCpAA1DXsSQXiQRStTxOtGYCcko0jB7TG/JZt&#10;yyiMYNjq4n1d9r0FJalksusKRDma6qrJ/p85SW67kCf8ccgCx85yaNF3DUiuJktWpxvMcQpB7kEJ&#10;m0vHFfaeeDv1eC8f388ZD8qygihm8hgQ8+pSm4XNvM0egwcI/lxwX/ROKJnRjJUs67Q9xjBt6/TR&#10;wNUkf8WIdMyBz+fzBlI5Sut0cDYJEPlfLaKrebBbMM+moHDksYohAoIXHjb2QFndhl2JpzrQo6tJ&#10;RPOBafOKvSXuPYpI9IGL0KFGCRT8t9j4S4iSl0ivOdyNlzOX4Qe/QrMNjvODRw/OLrtlM9dwKvNw&#10;jj+w702rVqbClUG3IdTicNvh/wCRyvV6vaJtTf0ZKlOuxjAW4ihSPwddgk5HKoI6RhRRYk9iW3Po&#10;FA8hFCkGom+WYd1g2FnODqzyDhOBPE0fSLkFOULsv9qLMGeoW5Y+kWQarH/01UxPfPiiI8oCVWV9&#10;xyHDe6EFkZLOiM0kmc91/SvXReUiLE5pUmOCTVnqybqQWjUiINSHYAMECbUedSmrTmZqnWkyvYkW&#10;hWzaWwzbYJ6WOOuZmBgsshDuO2mjaJUpgAh/dtKAquERi/uFuK/ZbDoYu4eMjbitMrnRskuCNBno&#10;BG+tku7JerrqT+kJW9yKs0WvRz8DTg9oTgRUjMqSWRZL3slU3DtYRgduW03k5tksdsy5dGVsXEUq&#10;53qKzxyimMfPKdkYbKSJXWdtgy63zMWS1ii7m8wi+DQ0Lo/oyl1APGhYTSYRdPa+0KSQ7XJwLBEH&#10;T32iZWgytbyOvT87lJxXQTg+PZtSRjISmQs7dNnx4kK60KhuzWAPq3EZi2fMmt0FlCDmYBi24nRN&#10;eRGbrQiPJ+MGejxS4SOdJBsuuhAhOunWxJtpAKgi0lPJ7uJb0AfDKQfm1WQJFJBjCFUlWKkgmeSz&#10;atl1ylxUXjjJYMGGLBd4Kzcd5PiKQ/KOKSliVKgZWgPDSdNhF6aTfloHc0AtbubIpp7yjrk21OF0&#10;gnBdUTMEhlNHGfInuXLs/phhnTJaTjIEdMmUG8HwXIT5YsfwgFOWnLxLwIIWEKqDHZfYMzz5ieiL&#10;O4bHAEKP0mzeGcymiYGN/he9AM0QkacBdQdamJJdm7NeDiREmuDIGU9KRW/g9TShbkMYo4Dw8LxT&#10;2rnzIfBnLncS2Tkr28ORLQgGCAyypAfeZkgNv+Cxg/Qxk7EI7dTTQt0DNJA2IBbxKSkFGi1f5vHZ&#10;FAJmOEkUHMzmTc5U6NfMCeVIUeaS48osIebzpyyXv4/odJa8iB7QezIP4Cal8wI+jcUaIQkZOWXL&#10;mo4GLkG7tItS+0sykJ4SwVaFWIeMNJtzEbHj+FIqts7ymXuUU5QH6KPd3dF4PsWKTeSSIdEWnd6M&#10;RPEJrQtWdrzWKGxJk8Zl7QcYViXxAyEv7ClU4rliBYcNkeY8DYQgvxBwCoOmjEUqzzwki5Y3CO0P&#10;/EVaAtV10fZjuIB9aKXC3iRy+YBl0cNX701ng6vBGLwWlZgtF47KuRurcv/xsQmBWSJdFhSFUMrR&#10;x6sGrl756LdymXKGhxK7Wj5bNYlxXeFgJJWdJpAPPBDoafjqjOAphU+KagjR0AAGAZHYwC1Ds2o1&#10;cjzB5jyPkZWwZgSlh/QDINaYCnc6neAlnobApDxeb2/ikystU8VMIgYPklIbfZIuGhXqPiwh3SHf&#10;jNKm30rz9E8YTSkecYqUmYpByMLcn3uir03j9qBXK5l5Hmp0rf2IcIhYituEqu0nibUC/0vBCEQy&#10;wCM+NfZRoTFwUSskjyN+UZFlIX3QrJSVUWW7XslWGGcxd8Z1wD+/t/8vfqcdLxJNITXT8Y6JluO+&#10;dNHIbO/uSIwqCVVOCQExtwPBqmMgdUvBIrLa4lMR1bDYEZUVwleQ7WLijbSV/lcR6o+0RjxzZWls&#10;yv8aJZ5GRWC+IpIRKhAeJUFDq4kWmm7Ak89eMQCFyDIMtwKYCG21vsvgMedGEldKkqqa/OCU6J+i&#10;i7MTkPI/+einJlumJDlHMmyZRSYwan5BO86r//Tv/hbdRNJfxeqN1le5hTVWVn5V9ZpTtUY1qSvk&#10;8epXqnojMb694L0t2r1ZC2963li9WcJet4VrQNPtFe/3xNb/qCm9+VmJRvZGt6y+Lpa+XhB/zwm7&#10;NhW/Fs5za4f9/UZ1zeC6YWkptxbjN9Bm5VarGr9+pb3WRa+50LcU3WsqsxJtKFrXLt6bzjvWVOUf&#10;Dxg05XXi1xoLruj3Hr0lrOZyMRnOIFCyMLcSCKxr2vc73s07WUUZJU2vDHqH/f7qmk60ztFgMB5M&#10;ZpCMxejOINxIJzc3Z6UkUSsrYJVkayvJXbC+Ka7fo4gUlFWs9frVhuKJ8lYk6GiltQjDBNLABD/Q&#10;E5e8RDpKsFO0/q+yBo4T/zpUgqX+8W6Vm6HAExq4C9rYcrHdGhqUlHb+4tUletPjr1426lVEKfFk&#10;/PLFCUtgzrH7jSpcI86vtx7uT5azr3/zdQqPF1M3R/AM/+ov/vJBrVyqFL959vLV6RWJyglEKyoV&#10;Clalyi764ui00xvXsulKLre7v3Mymuad7G8/e/b4/t0//S/+Oe//6OsXV0+edU+PfvXpF+893jfz&#10;xX7vqt6o5Uplb+b2L9oH95sIauhPyD84O28R6dGejIdXw4f79VyDhaJaqJVs0+x1BvceHFx0J8S4&#10;bW01fv/H77EHOnh013LMq/7orTvNhU5ujZpaxoe7O/cePiJNj9aOdJxiwQaE1Or2C9Wiv2ADErz1&#10;zuP6wf4nn3w9uxz9wR9/8Pe/+QYGFU68w+2SO4EXuXh63FpMOUqXAwgTnOBAXErWzz8/Zqfz9Zff&#10;fPer39wHCqPGv3lxluO7G7lvHexlnfLZVfvPfvxOueRw5LGmgCDyd58+wT/80XsPGJ53l+4P3yQU&#10;ulnnUIVHsWW3fVctmd9Np8237iEjIs1jbmtjLag/uNudTZjAVw4f4HeljKLNZYI9zXDIEctD6OFy&#10;iumOSkKNMPBREE3Dccm0hkyjIwEfyUotk/lqIskEBya+Za9hi46SWp/6czufw1DkSB0gdcN2LoVZ&#10;upqxADLhuuQJLel/EUs5Fl4RFi8Re8NT8ZZHw8VOWoXRNSWsNArSpCv1hwzv66UqZjzSL3dKlbyS&#10;3QGJls2VqBdTuRfnLxcgRcgSSqIKsYnOg+XZZNKw6aaw2AZ3Go06EMg5nUN85nkVx2IIXMtkOpPF&#10;peiiESRSN+kUmfQVdTQ/UVwFo6wrnaVaN/S7WeVNm0wLoh0CiXePjP1iYeIJCRmQa8f1EHT1Pdik&#10;wfk0eFAyCV/gM0LLfelHD8TEGNdlrQGVWC2bquVI6jvnN8Izhs1CbtfVw4olHrBF0MyaYKuO3MVO&#10;1iixxUzrpCgyQCKp88rTKkQ1Ltwe9etStmfMXMaBOpip9RypnmkpOtUFxDJAyMxbtKXHDoGlGU01&#10;KinyK1nt/s3F4p26s2XZQIkHHopk8nj4ctXdUgk8Dw+CmRhTdaYzFRtvwmzbKVxMxgRINosYoKgY&#10;WFlHw7HXnTF9D7bK5YvOjDsrn3YWEr3IZokNhrrTKF+ORuwfeITMFvH9Eu9Odlkp8RypLiJASDxG&#10;6rzrbpdKx50rtsk8b37bX76/VWy5i8EyPJ6FpbTG5L7M/kiwPgFgZ5pP6hseWxe9OWpOmt9mNl/D&#10;0i0TCnOnvMWIG0P9dD5k34G6mCMeb3iibBwZ4pWjqIsc4sBBHVEM6LjZUMqJoEsRAXy4Slngwd0Z&#10;zyKDAYLw6KgWtu1ixS5MBwOWbIiTfbTey9mWYRa5khVZgqEYR9xoSIJ5bAQSc8WmgucuD9tahrwc&#10;9RsaUENhMAOr5416FS6fxOMyJIgx9aag8qJQLJimYJx0GZha4t8St0l3LNwvhoAUZx7YsyKJIUpn&#10;4N3f34d+xVqsD2+JJF8oRBSj7DUJAMuxwywxOGUBtWtbILVRHpaLdcyAxVwBJfQEPJkCEgnWEUJJ&#10;S750Bj5p7XzYGYX+YbGqLXR0h2w/SlmcnVnmXEfD+YPyjkNylKawqbgUADsJxvMaWVDofWlF6bHF&#10;JcdBlZ2BXIdgxiNjyY4d16SI6G1EqawyY0B7OV4kivoZebA6Iw9kMXwp1NggD2YWsF6sNSEXMKJa&#10;VZZ6fPUYuRlHRFgHeTbBmCO5JKySKo0VUNcQ6ZCnTOAuwz8sr6QTy8xWIs/9y7mcvfpy3Kflpm5Y&#10;BiX2s1lx9oYi0mdVynAGYhfa+AQOQ750RuK+UTRgVGkPxUcn8Vn4zCv57ixEieAnXjiYgmFiBoaK&#10;x+rQRS/KvKnotNsjnhw4NVBb5DRRXtBikeTi+mM8TlulZpZgUchkEyZRvomUSjXbdNgLNlUgd1Ej&#10;89P8skWIm/Te7K15AtChcpo7KEhhOqG8jtXJ1LPyWSw0jB+67hLNMrd4l+5dFXddvbLFzeXJ3pzE&#10;l6xtOFxdMMJHi1kSv6gt/QHrGfbOy9CTusEnHd2zJcQlJrrsWQcQFUPeApc/3w1mVT6pfK6G2r+Z&#10;LwIYBO8ny0a8NRmV6TZffn/m2g7KXIosCmU2cTB709NwPggVEGsP6mWWPwioeeajdGHHRLXMMont&#10;PYZ5iQIKuJ2JOrIquQZpwwgS6JGwqDCIj2Xst0CSwuMWyygmbRlBLCfcYHyF9AsMNhmDpMiLh3yk&#10;EAB/B8Rbl9xdkV1k5VrylGa16s7HnooQSAPEDSSKWdtcNvAGbeQIWrUezeBfYXMomLbIi+hTCyT+&#10;5CXuLSTmsR+HLTo6N8jSnKbUso1GQRmQPzRnBhqtkj57Lok7UbNmjYeg/hF5ZOBDs/8ful2Ge0IA&#10;E+8sqDy40h7OG05SbgSOQcBhYw47VpuRaMSgIKfUJD6D5k9skgqUJZrxHqZ9dtPk8CWrXZoKDBEA&#10;vgLBSmBx1yTCBXkQdyCDEpzuKpQJnYOWllzkl0CqdNw3NUBsyKBEs8wWRBEsDPUgG8aZS2pzhtdm&#10;F9JziYLQYTtNprDBpdibzvud+YSsKlqlQBiqjAbzPvQvLitQVaQkEWI8V8bSdsM41YQDFko7Si9V&#10;FOJ2PER6JDkIakZq6wigBC8bVZIik500IiOsDKRepWVBG6I7GFAEsz9MRJk8z01NRNpDlOdB3ISX&#10;EAelDCdqnITAot2NBHrA1CEOLgdTDMMpSf2Flx9wImUkmIm+b0nJBN4cC1omYTnxSOHU4i/5eP+/&#10;/N3ueMEcDob9XnfS700GfdoDkDccNHwOdJssx9BLwNHh85+CxxNhZyqQgB8wDdlVVo0IONcle7Dq&#10;IyJRcspDizGWwOGMJNBIjnolYfMIjltItpoqkfHcaAgcpTWlBcDfiC0jFyvrtF5Zmq3SXCS3NxNG&#10;6yDf1ZJWupEE7NzpXBTypZ/+3kc8O6QTYU5myI43CXfxJSgVAYXrffKLpONlVHPT8cav96iJyPY1&#10;TlW8XnXeBPUqrzW86v9P23yz0d0oj+PbcCr1Bjl8q49Urm2/6s2PVDdRt8rt5NtNxK96DaRSvwed&#10;2qT7XreD6i0c1+sS6etkpmuw1Cq4+LXF8orrvOmdN03uajl7+19vwo3W84FbXulNL7xyRWubT0i9&#10;Rlxd/3NL+b1ODk7eafT6Lv16Yb6282527uKhvffonebOfqlcFtkBquZcbjFz02S4JTteqWzVm9X4&#10;2hG9glet6NBRPOgPkj3tamogHW9nONIlYWj1bRInxoNMdrOr7zOQJGpt8xUqSTyvsfpME45VKvEJ&#10;h8ksJVrBxuPk98jsRoQP8EbJNeBBmBZ/u8R6i4ohiWKWLn7VaSub4GX5+//7P/5RxrS+fPK8rGtQ&#10;HmBRIMS5PGt9/dUzAIPAmSnTjLzdhbGuBs2d+vYhjKsozdM2nb733ttfPzs+Oj5ixdsfLN556+Hz&#10;i+6L757/Bz9i9VVB9QcwFAAzbzifJ1M2S9QOOURkCCHi2Tto+oX85Ulb09MHpNpG3gHeDz/69d99&#10;ev7iaWs8RBWCm4SO5N79+2RXWlhny87LszOv1zrYqT27bHPabBWdQqO8fbCNvJlqlxXKvcNtpJec&#10;bS+PL5ad/m69GI3cf/qDN3/08Q8BRXz622+cgQdq57zT36/kKedyhWKjSvcuwXxhv4W1sjMcI2Mm&#10;INfPisJoMhgXNJHsnJ1e/vlf/l2Vh31Kf/XiTBfnXqmA/5B8gJn/gwe7EDkaLKAqOFjSwm0UOJiO&#10;W2v/D3+KTPNOzfrk6avmD95+/Ic/BQo1nIwHfRfz1Xv36phv28ctdzrCVogx5N29arWEwnn89sHe&#10;e+++8WmrP8jYT16eFvca597Sfu/N7wgPKmXffP/NwMqaB9UrM57ksxM80zvN0/E4tggB6rWm3eFy&#10;ejS8GASMqw1Ggt+2Xcq4eslGUYAsCeIu20tKTAhPKG1f+dFuKtWdchiit4ya2YgHc7losqjE9ngf&#10;aTbqaMRMfrCXzx9KSgSnGtcf5RtUFcRsU6S5VatG6OUC954HbJZFhJdRovtOHoX/r08H5OXmBC2Z&#10;cZPRIa0xI3MikSW6Nq0PZ3iTL+CCDGdjF9uSFg2WlN7zWcARS6elQVODWmla6QaOU6JIhGsZCdtC&#10;k8c8iqd8itCL9EtmEML7ZRoyx8iKx6VD+6HBwxQ4Knu5cgbmDTeMyjjdJfATKxGnCSPYUDkd0RAW&#10;GVuU0mRpBkwZvuh79xGgp2TJCRaFZRmT5CMf35oEZzPgQqtMGAgibO46ILKcUaeu9+FhpTOdsZzZ&#10;h9XDqe/OAS+jwbpfAKHM0Fu7U7RRS/LqUXIWcvE8pu+N7hAh6wZN6LwaFZhMsUSbGIleFw4TLByq&#10;cxmRIfrN6L2lwueGNrimM5+1MhLSnRl6S+I0kGfHAUromKVZKG3/HImvJmKnJVivglUczqb8DRgm&#10;c1myhMCcBDN3yZoRPCZDDUb1gTvntkVm23UnRKCyeQOB9OxqyHFow3gzc/3pVHA7vlRydJ6G7DzV&#10;qp1FNjkIx5z/nTA+hmoaRA09slPGoZM/xwjNeJ7vd7FURd0Xfd4Nty3rYjxvONlPOgsszYMhiLTw&#10;eDjsThYH+SIPsW9eHjFqw/DJgo89fNHKHLUXJvCoLHKD7AyJnZmvg8wBEbhYMGxnDTSYkdCT7mFF&#10;RmtI6xOGdlbIbiO360CNzxaoF4kiHHiLV712Ps8+MJxGbjZOV51Gf97vLWbP2v1GvpAx0r3huGSl&#10;+aHARzp+hNP6copGEWuZAUts15LgEQxS0FuQyVrs/NMhct5S3gHh0yZkGy21DgZ2WRNkE58zyVJ+&#10;1rZtEAEsdlQ2uZCKMAQKIRm7S6T6ZjZVs3Mufk7bRr5JljikKSpILUxLyjFjeV/0Zlu1ndgnRSYa&#10;zmVQA0OLxRx/J48ilvwoKwS3RELQUrXxHBHKyq3t0k6rx61uqVAjWKaSSheMEqu1i25/Fi+biEGw&#10;3c6n7EEXbJeMqF4tA/sVFRyCdmohPXs2oANkEcONzxJ0Qb76MhyxfhvMkaqi3zFxCbImZc1piqwY&#10;1JXLsAMysyJhMBLexSrCJSgnWPYRxMcGGo0gGeBy35Qz8ke4p9qYfIIgBfFLMms0rnmmwV+fu1nY&#10;fq6G/5yqj6nkiH4iTFUsU3phQVhjjSaEgGc7uDimIrCmZdM3pk3UGWrEULWrSDiiJKZSN/AHsoux&#10;0hkYQlCC8dk66HOTUXYM+MoEOSsxSJWMGePhEQQqCsO87onibzjr+lLMY/ygh6dh8U+HLRbiaIMx&#10;5lCQUsOzGeP6zFuJ8zFJz5qT2xl7TK/q5SpEI1xSgM1VYXQJnQh7ERxyhlrUtVfCDyeFxUjABXGj&#10;WOyNB4rIxg1Z/SC35ZtiRy57TS0tC6H/j7Y3fXIkv8/88kICyAM3UKi7u6d7unsODkmRoiitpV3t&#10;WorY9a7XjrAdYf8Nfuc/ya8cDkc4HOGwV7RFiRqR1HBEcjhX30edQOFGIhOJvPz5JupAzdAvSero&#10;ma6uRgGZv/wez/N5+Kp44s+4oHBlVKz2bu0uXO66C30Kfwo/Tg1X/2iMiEPKbn5YQ6rpQkWTQCMR&#10;j6sZ+HBWeICQ88TjhQ5mTderhumJ0QoSDqD4YCLbDw3tiUvIg2nyEcIhp1BaibQ4kFaH4RBPZVRo&#10;RtyfjT3SsoMJG+CZWCyAOJbpEaki5nTkhsmkA7s/l2ygyOMpYcTJQpH/jaFaEasLgYEWWtsp71f0&#10;7GQ8qVRaTBNYkjfdBoX4aAZPnUsRAAETRqoeYZpR5Q8XAZtrrjeZPdJFxYAedHGr462m7yICHQRa&#10;SQdvTew1ndLD3XcDjzTG0cgnbkq8o1xQYvhIAC+BDNe4W3WRiRZ4c4EPHo+Yk6AO4BIluDblegxo&#10;4nThONJwyd+D4EVPw0QS6SVzSZcEtRGdaCaZuIxh+Dec46wE2fxxPSLVtYwyo10G1ib+MaTrppNX&#10;h7L2qJbrQOBOhUpM6ws5QrAYS42+zpSBo6Z13MNwBYdLpqXA+ehOCX5H6TsdJV+/iDBqcaJ1Gg4x&#10;TvRHJQgU4Nk9H78YUiak6PwVkVhqY57XVKhiM+LJgz3cBNkhdaxbNbGLnntrw4v4jFFTuDhFuUNS&#10;2cuzj9ZkGCHaANFqaQqD9wmgf+KtylpJuiQkHgbKAz4sUYckJMAxw0IUKAwqGfnB3uOyyVKoCpo4&#10;A/KCvCANPy8AAIpjM+bggatKQmwqIHTkALgtuP1k7pCR3Ew6IUdRaZnJdIwe70/3/9s/UMf7lgRN&#10;Cd5KJ5PJaNB7++qpv5ghEnYB8/HRBDKbttEA4JsIfLZPFDE4lnG5pDlririVMC/3ZfK6HtTlQSw5&#10;m1ksi3kqr77+NTcf5XueJZ9v0GQzjDuXnRmOecGj0AuzjMubATnW1pV9lguUJXwrjzWSrjqVFiTN&#10;g4vWhF1JHyKZYjpu1Vs/+pMfsnZT8y+mqs/DXyRpRqBZGjKW5ac/+1vCTC8hRcqNOva6Hb1Mi90Q&#10;DN+goq51vKqmbsYV3SZXXbVeG39UvSWOvjS9plfZtFfd8+UfzK6BT9mtSKENKNXGNjnbXKJmt4nP&#10;2bX7M/+BtUtotrZ2Xq8RU8ot2nR24/K9yuu9Wu5er6Q3IFaXL3QzKOhGEJ4pG5iuqx/k2iO8/qPp&#10;pSA5u+5Zr0TKuTVEvYYzaze6882l7tUbfU3a1i5DfbV7j97b2t6u1FxKCSYplltZ+tLxKutkoKup&#10;xbWs+fqdyBta6XMn4yEX7ZXZV5lNZv3htGS5nMw5irmw3tNeJi1fhkUr+TJWohwE82eIuVcYHJyb&#10;+UvENSBbXBLY5TvLXy0duPQilLRsFlfcD2vXbiwgFbl3cnWzJvFasnAWn3As9ndxoun/41/+sA/z&#10;s2Q0G3XSXPveYvu9R4nrfPCdd4dnpx/sd51W/YvesHd2+mh36zyIKBaR7DUIO/HZ/5R/8tvPmiXb&#10;brQfvv9ovgpxwDzcbQkJiapJN9ij6qsEbyprku0tNiGLVeAJpShBIFRml0hy2b//j3/95ZfPeVNf&#10;Tac8k848nzqRRIXWVtfp7Owf7BE3A92BHbWPw2k+K1lFljIPHjwI3dZ5oo7P+l/++gtiJk8vGLqv&#10;trbqT96c7O9sqawYNP3RYXdhqPSMLz7/DJZVqWp9/Oxk/6A1DMI3Z2OYXlOP6We2JHMmDMZTok/9&#10;HVzG7RYMH47ve9tbz169bZhp+2AHU9rLwYgkFAyl++/snV+MzEj58Z//8KeffLkr0XbaaDA9A2Ub&#10;p18/OdppVVoP7yMI0cLV4f27z796vYtWfHf7wZ27AtxqOcz+u2WeeUuUcDt3u7FTVvd3PH6j01lp&#10;6cvZ7KJi4XymXLAeHn4xH3z3R49I52je334yGk/S+M6PH/Wg6DoJXebRfFxqWHPNPw9mRPi+Cnrz&#10;NCi71afz8YVi0Ow0SArQtc8HC9dUC8KjitYFgUvcSxzvWua5F/2QzCPF9FbK3Vo5HwAm+02R6iGX&#10;a7kaA1Q8Y6Zagn/re4lVbp4sJjj8ZlSwEKfIoOKkNFzKhCMIZ2aZCqxsoYgKWq4tl0tRBwSC3JF8&#10;Ak76IF01LYOJqOi3gxGzGmYj3MbICLG3Ee57PpmyZJDFLJSRcpGvxzT1i7F3qsbtgtIf+oK1QIpq&#10;GO1ahcUUEXjk02JJJRgAzIzKnD3CIJqhv60KFCtBX4YGDGkZl97JKur7yY5VfDvBY0zZrU2pXJKs&#10;VTLvYrm22aeUydJCAL3tts9GBPpE3YrzZr64U+MTKyD0OnBxrGGmCodL0W4NVmgXJeiS59GbmX+3&#10;yspBO/WX2KyoK/HQg4+k+WTt5kh6jk4PZjOQosAtsl5WK0V1aRhbhaxtVhUJN4LIivp0ybsN+bSs&#10;OVSgdrFIxu9Oq8o9zeIi1BV03d+BmsYoXheDKKMBdOj4/dqlpoOAvqgvV5MGa/CInVJGLS9r/JUw&#10;lnGbtxz2LqiV0MuVvn7Z51Xi1wJZdwTTKEmZthPR6pbZyeFTCEBq8yNAjaJdLedrLt783tRD4UGZ&#10;wTl1EYgn4wzpL2UoPaieEth1EWfvuUXUrX4eFymr+0Us2aPl4nkcwz5ZxtrZJGKQtMXWL8H3G3PZ&#10;vRmH99oEU7OOLnDV/W7Q58lu2eXnvcUy7/OTPEq9F8enMybbyYAOKxXB7siblh0GMPqYxsZ2cB0M&#10;GNUpUGokKIJui5hU5u4EyTpmpTc8ZwIyXS2R3mMdt0pU1BQd5pPxSS8CxWwgJTg6H7LSvAjDc1Yk&#10;wlGIH+ApS41X49XdJkWncTRc3nXNYSBEZQsCj2vPA3R3AnJl/8n2tQJWmBwSCFY5ZpNC8nSO5BqX&#10;K5OX4pxWUNx9rJEZjxkLiEsJh24BUHar0UDQee6FB/XuLvLsMGy4HTY048WCQqdSbvG0kKdEikN1&#10;tkjYr6/26ncotANuLD02ICSXnFD0wlmdeYBjTqJoEnPCF4JkwUlAwMdWtc15ywjxF598Rt4X8S8M&#10;dKajVSGnVnIXM+MolI3nPbYvKXtWu1BDjMr4UfjBKScHj33Cq0VlPQqmxBuxjtIlaofQAGSWZUI4&#10;FgkG4qSC3NZgvecXhKljAo1diG9NkKE0Y0wfBFysMo0qiWlaRVFUpGNhhkUTczIUiw3bb4JwM1lR&#10;2n4gUnWei6SYDAMitcQfa4j7u8xIiNOyAHtsgWcVZyBvsjL3uSxjhhp00h2hxfpsalEBs/WdBqhy&#10;VuQnJxK0G8l6k90GcwHcpqHC4CLPuzTudPYO29uqNJvosotsbn19NQjmCOHrdt1SS/VaY7gYwjAi&#10;8p2oYXQx/fmQexFsb7tRCxaeZROvGpkkFVjyBGc/55bdJA7akhYWY4XICxntbMoumNGMHGuG+Db5&#10;uZS7TXcy8e2S4jOEVng7k1q5MxsPjJJyMp3x7RrsUWngkO5jw8v8rGyRlgsICkcolDgRA6t2o9TC&#10;iYD8m89YpE82Myv27zzwEdhPWSyPph66ZWhVhsyY0TErbzCucBAZVs1qwY4q4LjXSqcjChdtq1zq&#10;2rbEWydeTnOl7uFpTJnCUZb0Z3PmPyRCESD/DDw2ay6p61cADrrNWkDxRAYt4pRQBJcMKBJZ6OkY&#10;hqUbVCWBjNU3DRuKJE34ZpCEzbZTr1lNDhuGBYXcWs+sVVJeDCHDYTH3hTUsBQ7SdXputuZbrp0l&#10;K/S27KhlTUb/ydY5gcWNmQOaMwrh1ZAUYe4UFualCq0LzagvvZ9aE1EcjKWUBxaZAbWKdtEDKVIA&#10;0EUiWqvTGHgYZOUDQnnOzYwDgS0jUWTwq/CucNSI2iGvtzq20yrbdNCEvKUiO1Yk/oXeQtLfuRLw&#10;YhispgWgi2MAOTHtModrarjFtjCfNGGWEjfOAfRiSbNHbG8qeHB22ipyGCE1EjUOh41184hU5Iw5&#10;kynpwkhFiMIqYL2yUMI3HPTKqKjlbwpl/Wlgm4iKOErYBYSsr0WWUJZ9tMORpdWr1jYYPI0cK1Uy&#10;Q1DLepCymR6IsyCTFwUC2oCzRTgQDT9IQB7Emq2mFUkZ4XMtACgkmHclQTri9E1FWICHhu3+SgwQ&#10;6mVGlC9HlISLSGuvCqc6EDcva0ysSRopW3Uhr0thTDfP5BENBQNg3papxA5zCKUladRI2hOUm52n&#10;SHOQIxJpFCvf2/mPf7COd5gri9Pzk5Pf/PoT6FXIvZBXKHkbyTwTK774+CWoDh++zeEymCJ/1CGS&#10;KnnEaLbudBOp+/PU0vWeUrttC5WvzKt0ITPTqnI2y8HLQ0jSWaJ1QO6628n7BY4reT5ioMmTjDJt&#10;HerCjA7ZSx6oetWgyW+BF4JEMB0P6Xj/6Iffl96YBz4L/MJ6x4tUIMqBWDwig1/9w98GomrOrvef&#10;mfoNr6nAmbPNf7XhjVXXiUDXiKvrbBz198TtqLdXp9c2VvWbn8O1g3VjP3sFg75R4H4D67wRnHRN&#10;jM6u3cjKNVvrcjG7zi3aCDpSNxTWinKzdN7YR1/Zmm8WyupVmm120yJvhAmrV43vZVLvuv1dv2dZ&#10;dqv/v92x3+QZqxt2YHUNwLrkZaXZTWqwenu9fgOqvtQqK+q9h+91tnerddKJqPkwvziYsEzhOOja&#10;hqD5psu+WoSneUQR/4PsQTRC66U6UIy5/+bkBG0/v0kukexdYImISl9bm9PljV2rDygsZU/LiGHd&#10;Axvrj1NydGW3nBPXRK5vaPkA6NIIH4tkWVLdZY0sEVxrAXYebZ1d/8H1pEYyc+mWD3HpvD2GadAf&#10;TAG1tbTyvXZ9cnTy6S8/JYmYG5faeV4qoIOdnY8e7nf1cpnwHsovCsFXr968Q7ZHpfLoYBe0kDBl&#10;eRQxEqDXfXsMNOTdve7ZcV8HoldQMTyATqAKMWCNYAohvd2fv9Pd+pu/+2WRA5lIhloF7VnDLFW6&#10;W2Buua2Pjy8qRvbi2evvPLxDH7+cT9vbe7CQt5tNstL/6ZNfv/jkt9//7mPng0f/9LunoRfc7WI9&#10;hvgi+Qf3tpusx1CLEXr55PXbxEedaDx5evzo7s5H7+yezuc90DitBu9htVrDpsaeDNnf4Xbr+cng&#10;7r07v/ryqRuHg/MBFqBBqL54dQwjd3dv/97hHSITOPaDIRmBwdOvX8DZnEzm5BWRvcOB94tX5+/u&#10;15FWMe4bDgdE7PW/fHbHNek9zofDcD794mcfj18dbW23Z83upFTCGM6Mwtm7U777kA1FudHa+eDh&#10;aq/pfrR/jjVtb2taU73iqrDfNhoVT00aezvOnrMqZWExOfWm8yRgy3qOl1VZoY5nuc2o30vjXhS9&#10;moLpg2TII1LFU4cAjsDPn50HU0OvCOk3cfkmSoq2FSsXGTxEWj4fje/YGUUf0juuPsgjJCTg7+FR&#10;jReEEQ5j9fEkoI2jpMa95nIxBAFaYtYrVcuerRYQpHFJYYKaq0voHOfj5YUXwnbAfmkZ2sQj+UY/&#10;8YJdfKKlyjH4EERpq4QqnIx78KroghmFFMW5ptwBWVZr8MArSYhCcQdaC/NOSvPpEnxtzUFnx9KA&#10;slWjyqPxJuYesgWbwd+dY3SVApz9kmTJsGfNYpjGVb1A2rGTpU1FJ2U0ErWqeL2mXnbukwLK2h7Q&#10;5QWvYaVFyAeGweSEEbKJlSzYtku8wppD2AZZVpSMJTpALuutKtZ4LILptq0/HYaHdaviaughAdXs&#10;4TIqqiMZ7dIeKD8/Ik+SVS9LsAxXMDcqIEsnz2Y4XjAF13dpIpX4nCGxirQBiWzh1WxJ4wSqjUpx&#10;HEcCSqaslLggVm0834rShKYLOnbHQNSIBYwZrQWCdbIYla0KTmwqUzYcGTgPlVWkhtUcNxSh0swa&#10;cOP53nJ/r4XLsGK73HHAxnl7WY6JaTljtlcYzmcd4LEqVwg2YWZ87HSBduLYFW7SQaPx1ls9JbhE&#10;VbqWgV73YacpvC1DBsu0MRerVbdqvQ0ii1kbT/6SdhIJVp6NGS2OYM3SrOs6jJ9cIV3rqGxZ1R0t&#10;lntV52QAXicWxpei/may7LIwJWVqmTBrI++o5ZT/ebK836gQCcqgS0QVSfTZIGQE4BpCo8VrRkXL&#10;4UjDfTFnr6hO/TnHZZmuZjQqFZliJsNQ9OEYLgYXEk6CW3k+y6j8KLK5tubL5TjUfzUOd4rF3Qpi&#10;hQQZarOgdBA+ZzF9L4vTYBkdzVb7dZHW4TyjJsNEVpStO/JzMDEqjGJ2cpSXHNx10QELEY4LitEH&#10;Szz+GmrFql3nOCZ9OgiXjO248AA0cNFqoWaZyIrmTadFXxDTWnBapaqDNtkifVdystx6B4km1GJv&#10;udAMuGYlCLutagciFMZhUyhfxKqHdsneclpQ3908HPtZr49VH3v7ykguBv69gxaWMxotXifMV9e2&#10;+jPPsRWW28CECygJWVgFkEvoelkKYbrELFhAilw1nUUC09iUjRb3cUgtrlfKDtktkTgDRffJLwJC&#10;nVUaTj72FPwRjx02x5KhrBTryPN04V4psublilWggimSWoQKRpTV7L6QEtglvdWoEMaMFY4lRKEk&#10;JVsxNfHWksx54c1Oxh6vh/MOSwLgIlMISAobdUmV4paZhActIc/yiMZijveY5yJ9r8AsDMnY5VWc&#10;TnAgmzM/ur+9ZxXLh1s7nU5X+DSj4Va3yxJ5MZ0IC495DsvXlD0yktAAePlqOT+s3qfHN4oNWAMQ&#10;wRCg9CYkBpVgg1M5sPKGAaVRiUZRo1pBUcFKkGfyuRf0iFQxdTbJwL3rFmanmERoSBNcYm0XG39E&#10;9o9ZUkR8WypRhRA9owrqko6a3CaSkCqD4YUqnDxGtQGldLlQRlp7POrDW/eT5dQHHB2gr+LARufP&#10;rjgmmlhhsBKyk2eSNfcn1OgFrYjCaMnhrpK9UN+r1rBSe8FyFqjo65GzTDzGDwgQsAqA5IVUlhAH&#10;h28kWEmrluYEWd6ZpZTjVa5GVeDMSROMFvSAZQwpAIfLJPTZcIptH2aEZq64YkLMFJFdrrKwYxpA&#10;/QIcHui+mH7RYWu13WonWklVweRoGg1N1uwMmOBkpJLJQ11XJIpJy6VuaVbONOwtXAVoZpn/ce9w&#10;dYHNxwHLydUpE8TF/Q6PSvEJU1CV80XGnGGvajYaTtkiP1waAcGbJCE0AQM+WDH1gnS3UW3bNWQN&#10;KBQomfDA04cVczVvb5HyFOAJ0mSKDVWYyFnis8mCKkikDNUXxymBUixM8OWi4aAxRx2M1ZboaAa2&#10;ZaMC0cE17CSUtAOAAhm6qDRuiNKZZxcnLucVsb241CAcc9VJNhJtHYNULx8+YcLHsUv/GS4XPB75&#10;FEBG5DI+uWs5QpCNIKMFzQXYSi2U2mWYYuS2F8lY9mXypGyBQ8RxSqyRQyhUNFhM9cLKLQGKN5Dc&#10;w1FF/sSQsYOYiCObUQ3zLWmIMo4Po2Dfq7YqaOUTxs1ZMAZ1WeNh7DgM+9Q7jt0q4iFPgMqVBTuX&#10;4lPgowplqkuChzKepoGvnI/AS4JcVsUOxMRLhAZiTGYUxAxTflx+d2k4cvyjP+PWp5LR/Bysmwo5&#10;Qg5cTm8/9iAzFmTHztSy+t2df/8HzONVlNFg+A9/+5PZdCxrJaKY8btDyLecRqvDyURxxTyOOltC&#10;jFPlpD/iRxNnrCpnnyLc5kiczrJJlKmxoRvXOljZyuZL2kJOoRP0lK7lZF9tvcZb204j6XkDMxdz&#10;rvuN9aZN+hxxLYhDEskJ1X+UjxhL0IOkJLr0cLITo+kdD3qd5tZH3/tQ3vHcFUz3Lto1RrSibKes&#10;S8E9fPqPf+v7Xnrd7l7aaNVNEfN1pJC6KXW+bLc2Orbr5vUbi8db7fMtxtX1v9igVV0uNLNbX37Z&#10;u272o9/CHv/+/2Q3PWimqrdTczfEz9/MAVZU5bZ5+DY765vO5Ozb4UI3Yuksu4k4unQ9K1f74Bsw&#10;1gae6pu9vHprYb7xZbfii9dXz3WC0SZ1i1OUjre9TTpRPREvzsohXjsIUCWo+nXHu7FV3vh48itQ&#10;ZInQy7lm1avmHqYpEXdlp5LLB0r5gjcW9AF1ZCjOcz1vX7PrNW+OZZaFsKZfopfzZF2OOM6xtYTB&#10;yEOz2PemkjeXGRKoZa6Di/nzYg9eq6CVtSNA+mT+CtYMsihmSfNv/vh9HskkqLfv3Xk5mvmDYavj&#10;vhqP7t89fPy979KPbTUpRMKXL4///AcfelQI8nzD22Ei8yOawBv5deL8oN0kydHFgGqmrmc/+/jX&#10;3DbvHXZ//vWre93me4/vv+kP2bYh5dntggKrcQ+/ev0GV+lRf0AxDAWKcqh/2ncZq7/38OWz15xh&#10;AGHaTecfP/2iXiiALED1V2uQWFF6++L5dtX69OuvR+cXB+1Wc3+bkcJ+t+Og6xvP58NBJcZ4q378&#10;8Wd45+p3dwxUskn8Oin/X7/9gsDeP3q4T5YnBraT0xkrk8P33oVkHK2Caq3he7AGPZ6adFmWUwlL&#10;5Te9C47dP/vzPy7UqvgWZ4PxV0/ecoIMzi6Oz4eAlzpt52CvxTPf2tlS0KN2WhAMqcK2t6uTeVCt&#10;lrbePZiSPCeMSLt6uLuc+9sVfRgvP3nT/85f/uvtR++Wdlu1g/0S4ZA0PTCRi+pMXfbMxGrYWbeq&#10;1WvTwqq4VehhoOJgLYRaTUfbdUGqJHmPwWLGqJvnsKLMIVeyrAbcSu0niTtGz0/u1CSaYRQlH0Nz&#10;RvEjy4L4PiGumrBTJAZL0vHSgRcjTSZwJc1mQHAY2eJHTWUKg6+VSD1Rv8/la1KprqO02ewgP3t9&#10;MmdXCJyWzCFk0gzduQ5J4UP5SFShjQYwwbVImI3erRLoJA4krj2M0gyhR/AxAm+37jSKIF7mg9n4&#10;y/MxCkZ2z1kUNItVLgDc41y+aO2YCZtiY9UdNGCQhhLcAl6nVpvM5x7qUB4JpAgWSuRrgF1lIf16&#10;TEBxuSvBrWq7bAIEv9eqIRimlB8uVoA3aQGdgusnKAfCJ8PVk+NwHGa7rjZaCi3ZKpZYkhMRROOJ&#10;VxXybYPg3ILD3OZkMt6xXTSNnEJDP6KjE46/lu1C4jXU30zTjsVSP30xi1iv7KFsyiGkBIYQQtQu&#10;GadLQi8USb4NDB8yqKHlKCA+x6yLshOioybvOiEYCNSQZlI4sh/gPp2H0cmC+icR3YjsEFIgYZWi&#10;i77uyJtCnaBqn0kUBCN/fxh6dBDpUjkdT7erED0rkgNNCUmkK+8eU/6lt1vdY9Fx2NonzyYKfPZQ&#10;bQtvVlCvVEBTqyacW/pcutCsaVeKieFqpbpdQ9957mG6i3ZriHllBYHC7HiRbrMP0tR9Ig6c6tls&#10;GuZTbIQP4GEoS1gY8nJAEHMddmxRdLb0wiHBm6CPNJEpqVF6wseewPoynw/nW03rxXTByXeIQLNi&#10;jUNRGAL7lc0folkcAR7Xg7aNLHAZDvwYHh5L4wYpIxRMipxrXNKhpHahk4wbZBctSbhRSTGFr3MK&#10;pOAkHD4ftXfdF2eLorRfpDsmBYfkjPjB9h46Dvp9ymnyeE9BkdcKsEJxhnvzZX/BzIIfCqVKJoLJ&#10;NKHzoijrugUCfmg5qqXCyyHCAYGDQ+0cSaaN8Hr4XNo21a1O9CmAK3abRdnPKJ3qbjFSyTqjVqHe&#10;oDG3DKQlZtVqES0JRmg0G+CZBflrmPFwNpEM5VS5GIJEKkBOhpRLGI8fhgwJFVGXK/TkZcm8LSKw&#10;n3v+0XyoQbgxka8a0SLi3ygFTL9hk4NJ9iPIGhWgbFWz2Glsjb0Bl3Sb3FvUpKzqeXgosnVsOzV4&#10;fasFSb9l4qhoNyiGcFVClqJlZAc4mfHDGmzPMA+QmAKtzZVtAeUnY9eIzOdgpR9Noeby8SnDRea6&#10;VIErseGhxVQ0rAq6bIDhn828NPx6BMxZY9vbqIAAIj8JaXy2VTHJBFJT9qjOJFi9nUTIOcqZ2ai1&#10;Xvf62DXGPkCc0jkJKnzwsdRtI67rJcs0Oem4UqHTc5+eCu6Kmhj1e4r/l6kxdw0yDfKNXdhpIMHK&#10;WCp5Mwlh8mTEkIy3OyyEvfP5WFBbOgslCbokrIWchSST/A+6r66zNZH0DhTMy6PRCDUHSyru1VAW&#10;NKofJJCoy0qR3hLP6iKcs0ihKw5kW6bAq6fzZN+F3aPTZPcuWi4UFlxgWKCLiEtZSutGC6xukGeC&#10;FTQA4dSrqA3BXwltKluxr2bDMx2HtumOKVEzMTsC+ZN4Z6l0+dDHy8RHYAJroIoKBJG95ky8aUoD&#10;glyfvV/EjlEUKL3hsOGQpzoWULZWmAfQm4zZbIiTk8aQH563mMoCOwbHO5MbDiiBJCMxIHmYoQLG&#10;a0FAEsmWMmylDnIsVGqBQWPFNEhDzhBzGRx7ymkEjrw49EnzCgRlgjdkZdTcbqXIMc+jibugibd4&#10;5C9GKVDNCd56yTOOmV02cXAsMXpDv4eYbZRh2u2U2rhP2foC06YPV3Lak/jx6eVKNMbghKXKonij&#10;6+Z/6MbZy7F457JlfTaaTicyM4mDnH/CIprpCjcUhyASdyZzC2+IChrLblG4xFxSKZ2gncOWegG/&#10;TrD/UF/xu1hJ6TnNVI9ylKi4/xWhVDOFyWNWqTXBPlML8gbC5TSY9tasLa7zVUxiIE1diQ17rBWn&#10;ni+HM6VdzISXiZLix5KxJJbpRGKj2CoyPGXjzEiIi5wnJIy7dUYlT0Pin6kD2aYnkVM3avjl63rx&#10;ATyHiSdIaqfm2sj12PTDTM5sCRQJcUmMQow2EjSN/Ag+mWjDuEY5KAidop3k+V2Q6W2nXCC8YJf1&#10;QqrkAX9J23X+aPfdx4a5p0Tns7EEJ3L2LakfpByVxXeqkteIdqLuotFjBmdyovP6i0ICUOX1M0NJ&#10;5Ukh/xWNu/xL3ixGCi6lkURb8ZDRsWnwpjAPgfAswjKd9G8mL1DipVQIwkVADHO2+tP9P5SP99Xp&#10;xXAw+PzXn84mQmlmFbZggERMg2wJeONtntF8juicqdbFfKtp8BdxBrA1W+9C8+Go1OuSSqqsdchZ&#10;jqq67CdyCWhBUMlJvlLPo1P1XBUsEmiJMBWBtJpvvdZdyHqpJRIjsQoXJcYoFzCL9ysThhDfHF+x&#10;ljs3uGi5+pm6jQcXu1vb3/nu+6KkZk2R+3h1CTxXVqFcS7wu6Xg/htU8FzSRegOjuhLq3iwv1cvm&#10;6nIPmG20rlcROOpmvNDVQvKqa7oFmbpFpdpI7VWvuu4bW+4tItYG6elbfe3tyB/11p/YXPBmNxwp&#10;deM3cyJwdkPkut313oiJr1hYt77NFY/pKj9ps2vefBdE/qIqtxjOV717drNtzhT1W4jrm023um6Y&#10;L+cNcvFkv6/Z3+xb1+JtVM3IamuNZpyTpRzXCRb5jlcUKop2PePYaHYvtdQycZEzfDadCiNt/QYQ&#10;5O4v2fGW7aqASUVjLBr+NQWLszHXGphrgQOHliRG67AhAvXqbWaBquWKBtkAC6NRxMxiL6eFAJ8b&#10;59gqOe9KcsjKfliVMF5xRRXydz+PCs4/OC2HNYsp4H/66z87P+rhY2RWT5q2judmMn93q9vc2gF1&#10;//LLJ7/8f34Ode5Pv//B6fHF6WD6n/7hE2O0PGzWW1vt6Xj+eKdDfuK7e1sv3574w+nrt1iA+0Sy&#10;dLda56P5NkwXDklF5qBUALJguRic9/pkd0NMmM3QVep7nfYq0XfZu07nGAsb2zuT+fidWl3uzdA/&#10;PNzb7nb/7C9+jIoY4v9kskAeevy81wObkOiP39l99dUT1oSfP33ljadNSEIUEEVjkRksUX/04eO/&#10;/+r5L37+ux/cPfzo8Z379w+RPlLg/ObzV897s/1Hj9ud9i9/+U/TJy8rNCexwAr7FyMq/+OTvtPa&#10;i6wqoSmMtE9evTk+Ojqf+mXWwXY2mIEqmP3JRw9Y552xH/Si8wv/T/7FnzBvo+f/8ovn//a/+OvP&#10;j45Zt5I9EiKu4wCv1luPDwvG8uL0/LykvNXS7//bvzCqzlKZHy0Gcwb0rFWbpLz0e8GZ2iiElsaC&#10;9WIxvoi9l97JBXAHlTQ/vwYMp2icQVxGxAY4frWsCQOFvY1yMgvPI5XAzJaGhDhhhl02ss+9FKXr&#10;p+OV0g/vN5z363YnS7/Xbdd1E8Y1IkY7K+e8n7hVZFocsMlDFQiCjEDaOQPeSMWyBS9ETyVpliXM&#10;bDwDSAY8mYZkhqoJCVIWdYglBc269NCVt2lt0cQW5bAkkJGxP1cxdik8vVzKrlURA09BqQHptZjy&#10;BmITNAs4CbnMDxr1OWuZRNtuHg5nAx6tg/nEkGc5AUhUY0X8wQQXcd9wPZFQ1cADXC7/7nW/qbAS&#10;qTHm5e/ted6OW91ttIXfwA0RIAssnI0XKJAd2/5PF/OEK4CYijA6Xfi02FTANaOwgxaLO5WApYLL&#10;FuHNYl4tF84XwuI6xBQsg3VRiuSuQOOU9UeYHAfpVMnuOYVhjGBbgXP2PMi2HQ0XNOTFV6v0az/B&#10;99soll4SABImW7b2An0nM9tMJ4mYRyEWZQmCN41xrHbhg4uiDz8kYCGkZDSU2khi7UXPxBkyWir3&#10;6pUACWFBQj84AChQPH/qK4mlm6CSlpJQmEmqCO1NwjJcdyzAowWWUTwIkdz5fBfCEr1Fq9Jgsoyq&#10;IZVUM+AgAY898qiRnHBRaUUSFDAtx2/Plgf1NtZoimYB33HzDkdRfpzhh4jyVDUvST5sNHdsyMbh&#10;frVBaYcKGNtfRwYlq7u1CtysopCMwYm5A+RxWmSxhoUzAn4TPyfiK1MWeW/T7HstlvCsC9i0KyRE&#10;Votmu+YIcSpJCAPLoa15xmCaHS/TnXJhi9BYJmiYhyGIatlerWalSs1BHi86VXoASwhSwu/B4Aeq&#10;hWk5eulgGp191vuz7z2YeBffu79TdxymDGybphnsca4ULLsBlALSm6Sq1dKqKbpZ+lSpUFStajde&#10;Tj2K97nIMGU88Xhni4QK2l+u/CWmDxKDlRjZIB4rwCzPJzFsMFSmuCdBtX3+/C26YqhqXuIDgiZ7&#10;kpUFwsz+bHixlGUd/yDlLON7zJHBhLqm7hJXvsLCdiGdDGkxVFHyBMO5iy+Efybvl0QWEMclckHC&#10;OSAevAagg3TLDaIZIsFi7HLVvj7qH261j8bTwRKVAZP8jGw0fsxFGlSd2sybu7a+3+7sdhFC4iqf&#10;swiCOosPFf9+id0aD7mC7KbRnEqUEsVcUT+DR4y1As8fqzSkLkvq6hSaHqWVKfNaSeiR+gzHHttd&#10;Wcxq9IWheFFZKtAhx7MUV+eqLhAWQr5AVEVYJxvlfEpSYC+W1KQLhTW1QsON15078eGdA2Y3mNsw&#10;pNCeHE18YEKxoHx0pqJeSPAp2eAq5P8JR1gsKlgAxxgpAUfVy+So28sUr132dIBIU9DeWFaZkbhA&#10;p7nqBLWaZ+Ag9MjEbcuz+mQywFyC3bICgxlpfZjui+2ZSVbJLTrc0UHK2pbOdsl5NVkREQSsiUsS&#10;rixhQqTAqI6ZbDXaAyA3LE7xruLqAXzM4UQUdkoijuRGE9VD17Vds7ZblRktJjJnstnI1WJ+Kxm1&#10;MLswkgsZSKS85KlrjL6IDyzQe5qma5YxW4aQ0r2FR/eLEiqR+E/s3ivUCAjxOVS2WjVaPuyFFnN7&#10;Q0Z4oJJQunZb7YyRhSEFNcsq3XKQXJaLhGAjGOF2TomfrktWuKjf/YUEouniOS8S0ibWVUFOIwkW&#10;YNxoRmgqCyW3pJpBojdNkpMt8OCo2bFc0aFgDMZx2WQMk662bL2JbqJYbbmoX1J8IkUFAXajPxrO&#10;lt4iJEHcW6CLVmYYlFgZYogBaYScFo8nDLaL8RkNWMtqM3lpWi5DB9DBBWE4aXkrzu4QTzVyJA2w&#10;ONcWzhwka9xfvN/A8wlbpyzib+LEYAKQiQZXtLt9YVhjV5ZWBLUFTRUj/mHIHBAbqgrnhAeCsEgx&#10;fBeywQILtLlTc5n+cezEhPgwqOH2iOQhRb+RFPBGx+tmlecL8c4cHQk9i4qjiuQdRYAS6XyynI/h&#10;gEXkBdiMWrAfkWi9W90NFTlooDhSuhGJJanPYinHGo8US+NAkNRKxfBBXa8kq4BrGJ0vPDCW7vRd&#10;fNbYuaGdI/xh1BvNo4fvPWbaMstCm9E2y9dIaxNQJjUt+3nqwhSgOWuURrnYAuJd5GPljgdhBW1b&#10;Ewwb+bc2I60C44wxjw7wwHh7eeJ5i9np+euz3oCOlzW+IVOklnwos1CT69etw1Xim4sDQtiKGhe/&#10;WFKxPU2nK6xIFRiQZY06Fk0R3mnu3JnEfCGLzsYeZCb9FMcBqe9mMX9jZZGJToeVsPCV2D7DlSBj&#10;gNpXGsjCf3bwh/LxPntFmibUKgx2nJokPY5EXAJHivtEUVmLlcGrMXCxLMpr4CoyExmRuJxKrb/u&#10;b7iu6IbzLiSRB7yoLteZujlByMgjSGWrloe4SB2fg2mT9RpNy3tigVdq1xE+0qVR0POmoGqmc4ik&#10;VdDXMCnxRqfZmmUlE7o827eI2y1e+dPZ/uHB4w8/4BsgOk1lKV2QjiIV80n+R7KpRx7vTxdrH++6&#10;iVMv04Qvo3evsFXXOuFr+u8NGOmGTLXuJ3OLdk5VSq9AU8qNhTVTbwDFVyvQ7NqgewVqVq9FxTf7&#10;8Q3S780i+vKFq1cZQeom//nylX2rv76BHt/mZG0uaW81rupNp7qBfr4mTiu3FrlXS231luA6u/7r&#10;1Kv1snLZr2ZXMmtVzTa+9fo9zLJLHXem3PyQyu1P5JaxeeM31svkte793qMPut2dVqed5f5X4IW+&#10;dLyUGPql/jm/fG+9WZfYLxndUBzOZySg08qqa8kyncXL129tF1dUQQDjOV+Z6yqWAokaQXKPpFmV&#10;pa4o7dM8dGgtfOA05XvmHOY0Hw4zpinlBggt1+6JTGK985VxT74TlpmPJKVwzYvzhis0T/O6xGKJ&#10;nI+R8YFODbFDEfrTX3xiR6Io2TvcfX0+6bbqvfHoV59/+d7hllOtqNSSnY7W7dz/4AF7MHySM3/e&#10;bFXfvD1ZjOdviArwvSpFRpoctKsmZyV4F7NITAYVRpMe8rQXL4PfffnClZ1dNhrg9tT3uqSWlT/4&#10;8x9X3r3/m1/+837V3d7dgTLC2hAW7pOvX7ebDRNtT5z949//qlO1n79+TtzTcRT/9OjM86Yfbldf&#10;9XuGt/wPf/rBzl7zxWl/xm6zgeDUfvfxuwSVvnz+grflzl4Xkd3LN2+L/tgpFD9+1q926oc7zUCN&#10;T1+++i9//F235hw0q1hYGN41wClTs/oB9oa3Qfz6yetf/+4FVePBXs0sl7WV3yxZe53G/v29Agkh&#10;7eaq7g6z7C9+/JGz25lz5rXs4elw7+H9n3711b0P79V2G4mVRbp6b2970jSOlKFnx+a+y3DhyWDQ&#10;S6dfT948906+ePMaSMgXr38XJ4OsWiCH4c307NW0x2Op5w/hEGOtrFtN8qBH4WQRh1hJJ5nyf/Yn&#10;HzbQBKoTJeqt0pdLpcMzKUovfDYMaZcFd7F4vojrOuKr5Af7lVZJwYJlSrge8QWy3iExr+tUA43V&#10;n/pOs306G6mmDenECDCMOVjyqtCbTZYeLmk5BRlUp81OByo1saKktNWrLvtAwRZyeeuZNCuxulUE&#10;k+RwE/bGSyjLrm23agBr7aPZQiisNtF/RtUovh7M4TaSV+A4eL3YazDuVcKFuEN5ZiViaopI76hW&#10;6kBxEEQg7sOqN0fASl4wHNcgJgh6iTKN+FMlKUlDmrUd3NTkBYfUgQArZx5fHVTLNTyBzy7mvIfs&#10;stjy3XNKW8h2yWylEtSUYQAEOPz+TpOG8XRMdUgkz3KtnRhkCdchmrqCbrVd++1wQuEus9iScbSI&#10;egTgzJPdKqxOsLiIybTjOPPhlMgdmc1mSkNTz8KkqRqPi9Yhtj3WSxn8EOOZl42okbkbkfKKmkmd&#10;CBWX9gmBYHy+xJmGFprsIuW1x9A9rZswqIy+l+yXQSCb8TLlxQiuS1N8BT9Y1iYiXI6kFA4Vc2NW&#10;/HTLWDyxPtImLJjWpvEZO0GA06jMRJEKS2YCCmiVeEzWMj16dXHxs2fDvd3OcX9CJkS1WB2vFr0h&#10;ntUKfwnUalYVp/3hwfYeVXrvYn4+Wx1sdUKxjSHnbnLgXczI4cQYNkHJxwajnC8iuCRYD1C28Ayl&#10;Y6GLWYnCBAjZajQPT5bAToR9ggXrYhFtq3pVXETo2YBdlX7xcoqQmuoawQorVnjgNMDUOihOXSTc&#10;TArKReTQfHfhmiaJSemtFGb+gjEfe4VUPiUGAQFwcdFYSu4hFyvfSrl7r6tXAAWt3pyPXww9hINU&#10;YeQFNw1k+LCUgE6lEGLI6OYksUFPeclCcL4S2NmtVFcLb68udXNvlFRyqDKrCXgsdBHPel69aFDz&#10;eCiaIxpp5g6FdsmB4801y0Jot+Vi5qVdIeyJ9Gx0C0NvQsb4DBNHAb4RxYlodEYkXmD1rNW88QpC&#10;LMMR0fPSK9KWUMxnGdHaCqHj+PZJDhDxT8TNrpPqWbanS7BJczZIxUIV4a4S+sSGzZcBkb87te7p&#10;DB9ENgUFUTDm0ynBQ1+Pwjdzv2pGRpgddg4oeaf+KcQkl969yJifaQKPD73ssLstUkAjgJQQUNjv&#10;hNzA718pOzVSjS3adFmaKlCXQ9D5IocLBU5KQ8i4DoAt2yJkzR0L7bROBxIKApizNuZDLeYRHLVC&#10;uWXWvDCg3j3qgwZQ25Zpswi0ihC20NHf3WkivWYZzkmsSG9G74jp3ULpQTgRkHxHkC8mkCoacENa&#10;A8EWJEJkkLDniiKq/v4Q+wkiSUkuZZ1Fe4QNXpfSLQE0xXQm8OcKj0tiZQDKGtEUboEmTiGat12S&#10;6shsY2tpANgOB/OIEHWr5OKq4FTixXBLEkLGHIVpIIpTvNOu5A8Z6MJRdjhi8JfMZeTpLBhZ/jHc&#10;4e3Fkvmgs1fSiDhmO7tkTM3IgtYawXPdVmEc9n2U0oh0UuBP1A0SsbuuwnjTQ59QGLDwxLcaMloq&#10;9hc+lrtJqjboxDo2G/VkuaS/ZfOPUJ7+sSQebdMbE5yIJIyLLZqt14n4DEUrDACI+MQYtLTQwiEs&#10;EpxlMC8oMcFkyENeL1fyYsrVrQkwAOcojpJMQPdioBLuLItQAqfIIYvbNXc6mlZdsWnEolHCn8J5&#10;jCyUmZ3CghesIFpckr4hfkOYI3LGn5wTDoR3mwu1583JPKY/4pkibxMWdcTDoGo1uWqqdhs/lJ5y&#10;02mLYAg+iSNABvb+6hwuR0aMAENyZqMK3SaL0DSv1KYYNvLKuIrPI6SHTjzZkwv0cx5qYBtIFcbj&#10;KjZHhC2ONQ+8gbgiVNs0yVpGN6uUUybOwA6oyNgr4CbBz8SPPsRhQSeN51cCgNBZ0FMnAmoird3Q&#10;sYFJgJKpDmd5spWkb5GOjoyGvze+EBK3Xi46iUh9CWyG24zuzWfylcU6yUgM7hYzL8r7JDQvs4iw&#10;OWZRjLk4Nsss57h6Uf4ej4Ia2wJNOrCSReeDOcVYRAsUDG+YxljlCQ8GgrsIekvpMwsN8m+iCeTE&#10;6RLjPQIoshLoTyMjFVJVSL66yicLdl4t5tK5UGKQGHvh6MUzjzwcuDRRf77HLrlSPIOLXkb2rKIB&#10;IpTnnAD0OO1BvYoxJhjLYC78+5SxLEc2o3Cl3UA1QB+o4+SuVK3eOBJFRoxzmDKGt04aKVKZIkmy&#10;h0/NGYIzprDk09A0GmPuEcYyHE+rPD+Zk587gvUnG+V/ee+//0PteE8gUeBXHA/7LLNHTPS4x3J4&#10;D5OIQo0pvFCUNSvveAvCxIQjMxMzosDF1tDgTPwvOS0530DJPpZyOV9v567ItZlTEFL5/i3/T5bv&#10;anNsj9Tx4ksUzYBi5Azn6+AdcTnmKanylciSJbO3kK+8xNOZhxxJ9c/iDm1X4Hn37r3z4OEDvpzx&#10;ByWEpHVJoyuya/bM/HEOh0//4e98yTxLsw3xrpo3IZf8pStO8m2p74ZT99Zm8IYPfBO9m6cOK7dc&#10;srczdtd73OxGLqzeaJ/Va7ryDX0quyYSX37t2vZ82xH87dWn+s3f+31m4+y2THj9dTlyLUs3RMfq&#10;hoo724gC2iAkbzbV3wzhvd5iX6uX1avW9yZv6XJUcEPlUq/hUleG8Ju2/rJbvolf0q58xuvpxP2H&#10;73dopdotoZFjYLHL7HiZjspzdaONVr4palbWSUlMcWaTyZpcJYpiRaD0z56/IFU970gzETWIFDkV&#10;YnOaXV/hTHbY1HKzYNgRuf9qZVk2l2CaP05ygloe2Kvr19FH+U0Ui8rDAERPPSMpbTLoyWOIOF8k&#10;qle5TDBayx9Eg8ry4L/66P5vf/eUGMcfvHu31K67zcZqOH337n4/Wf3vH3/yELSrbv6LP/1RZ/+O&#10;E6bvPrz/v/wffzN8dfyjg53Ou3deH/d4yVtbbVJiXh/356N5k1AigZauTKv86P4dXA5fvn4zOe/3&#10;h4PJaLLdqtY6tR5gQEU9rFmKwcM4wQSGgRCXGGhedxU9+vDxZ89fHr85Q3Vm12sX/d7R21OGjfOL&#10;kVGrvHh+0q4X60b8sIFw1RJWJE+UkwFpioc723/1r/6sff8+u+4vfvu71y9e23k699fP3iAibDoW&#10;A+lXx4N/92jvr//Df25sH8hM9OTYv7jY3mpXmvWv3xw1Kvbz87FChMNyxcbof/7ZZ+P+xfcO6u8/&#10;JAnJ6fvz3tuR4Wce0amHlVmBNMvh/v3D5WRK8//m+bOz4RIl5K++fmrsbbd2yisj+Go8nLroD5f1&#10;d/ZfFXxzy2Gviyaz0W0v9UitF8vdxsIxSc0tVZo+e9AK41pgGMnZYrYA91+WjPWKTRgQirBkHi/o&#10;4UhThIbm5Xst7G1LLb5YMe41MMw8JrCVGCFsmagH/eS3k+i7TQv88ntUO2y/7TLifCR9KB7DcNEt&#10;us1ysc0BDaFRqBJIdVd45CjpMLjxxG6W3abNbzOLDxHl0UBPkQ5lIHDsi96yU68C7Kw61nA8oR3Y&#10;w2UXpOEiFVyYlntUCayD4EI9QCVK9JGpo4ik/MDEyqw6XMwoCIg9rTr1yYCVp7jOQ8bjsTpkVs8+&#10;gAwk3KtmcYXo0bQJsbQsEf3X3Do4GVJgPn97GpV5Vi8TCcgo+aoy6Y/Z+Q4Wq5aNjkr9ejxHrxYD&#10;13VZEQfHi2XbNkiFkeoGZxf9mW4WEv10sdxioF422ejcqdYvVv521eGJMVh4dYnVIBuGEgZtO7BN&#10;Hv8p8Kq/H0r2iGsX3nXpi+nuSNBJpzGo81KnqJCq2ixhj1crofLvDppbqfrVaHGOZbak/mwODyaj&#10;cb0Ikqas/tagIIUcSZcVKujsOHvpp22xhNHkZHakPKiarsoHXW4otL7qnlvfsutF00UofzwZS1p3&#10;LLQenrUgtZl/EarJcwP6KutKShaPObgfeeOArErESuTi5HVYwbZdgofJ+aJGMAW4ol5Ml7sWJYgN&#10;s5Q0CCx7e5UilTCD5iCNPX+JO35wMaY1lw0eBjMDu2ZKji6yS4pl5CtO0akLF0cfTXxCgIn/ORpN&#10;ORznKQTUrDeNW64+9KSyY640DADKJO/UzDvYFxf+e0Xjo729ltVYSue/YsS/VS/7WsL73gaxmzP3&#10;qkXMYvoRbOEVsWE+Fv0ayBJWXgKujfvj8NHWHleDIsM+zWVbJFss9MYF1lgeDDDdYGcEq+8t2Zq2&#10;CD4XAMWcIsxhW8OPJ6sDhiqAiSNiToSGqWy7LT+cQ4RlFcsZisAYcelOrQrebyyxvJKY7uhU7bEM&#10;mTAulNmoM8nH8YtCm5Cc9KDGPco2fOmtEtz69IsluRcLYrgNSUKmngakzK/j/UZnPCc4rETBilSZ&#10;9T/iBgYzqzQi2xfbBXtOLt9Y1vhUWfyI6SxYNCqMG9LRYoxEmcnF1BvSyvkChY3m4UIpmv7S40ny&#10;djZrVly2fMz10Ixy0lbLJVamC3ZYhhZMwwc7loCgi9HQGxBoijovNUQZvhIneDxZ+CU2QqClTNn2&#10;9z2a6oitLqtR+HOGtgqiBSgh0pXkua8yPnUJ5CC9eWnqJxIyJsOdNTkS4QvJYTlNlAcVVa9srsqS&#10;KAyBCemAiznWLuIj1ZmNIu6dhUvuC8TGtl2KVwu1sJyGZF1Bp43YU7PjccvVIJzxDD8lsCjRu5UC&#10;ODHuSraj/anAdQGlMiTGiowuiaO6IPleUdsqV9iOzpZ1TkNKcGMdc5/KFJgBFgOmkce1jJCEzng0&#10;JrOXKegC1DFmf6Tp9G7EOwuwulRlPbviCSZRlkxxOaJYsxRgq3OIIjnBPf5w6wDFKq4U4n4gwM1p&#10;j0Nlq4rRAQJtxK6y4TbRHTereDsLXTxFRYJt09F83qiXYWUxr5wCYggA2iP/x+OA074kepOEIwKZ&#10;zBIcF0dlgM/fKl6MYiJ/qpbWgkjMr1Iu+wR5/xLfJFMhPiNiajOGYkmhIhHReId42SyPKSgkIVop&#10;SFmQpfwkPGTIG5qsEmRNSNAXaHTC1Tz2GFihcZGIFNAXxJIDhIsiQqZFFycu9gKibnQuJyy7GflH&#10;C2wb9E88cwRVlRZqKM5j8M60i6XeTIJGCYRlOFXSzOGwH2reGfahLJ0sTQzVdKy0rlgAGN/EIZOo&#10;3K2tzvre2XkwKNO9o2lh/at3prhAkoB+6sJLz3wNMiKNN1de1+YH1bfJsKJwE9m/aDdKZlpUCCQH&#10;qibLNqKCuE64LsFSsD2kcgXl7So6G3nJyEXi60ifgPOL6UWWa+Nkv5VmSHfvd7YgXLJulJS2VByw&#10;FiTjeAXsHQ43uotysVpGHJ2kKNSZwyIDQTXB1gRsETcCdvCpT0yumHOrFZvHfbjyuFjn5AhospoG&#10;acalroqNPLyYSzYBoCnGsqRQUV8yUmTWgR5htIC3XSgZONRN7FTiWI9Xg/EcPhUI6IVABNzhYoEW&#10;wzYtsN7rlTM75WnM/tFDYwUQkSAirMJ58AezVF6ykqNTlTktct6e5EFFiVuQo3uZRpzcjHIYdjTI&#10;XZCAimK30ihGBBPkUSDMQkyDYvB4ggsdW7SgJ9pWFQpjJBnXkdDBBVdWwgtzyJNbYfiQ0OBHIhlg&#10;VoURhqelZJdtV2m3RY4tJFoOYtbRCuhTS000D01BCh3eQpvgGujLDBFV6tlf3v0f/kAd79HZBSGl&#10;o8HF3JtJZDlZo9T1VNJClzXcymXHi6o5XqsrYRZegEZbd7w5J1lmlHHeZ1wCq/KyXl83CZyNrFjF&#10;2yvbrZzRfClSzZsgCYnK24kc+SP6abE+SsSR/CIP282DTGUkni+4Lvtk8bejBpSPRdoGOoSlh6Uj&#10;fPz4vYPDfaZBJlx6sTsWJN+Fp5l0vLLZY4D0z//49xsd72U/pmW3qMfX/+daLby5i7zaJKobeOVv&#10;yGNvYm9+rwD3GnmVa2C1dUiSuukavgzXvbGlbubZZplyk6hzAz6+7kbzsKDrCODbLK3s9/XHm2ba&#10;a2Ny9k3Y1uVP+Q1R8Wa7q6hq9i038M033HjH5UdW1Q2jsHorf/iGia1cCcrVWznA6rc6+2sIVf4P&#10;nHH3Hr3f3SEttJlvQ7lDLdnxyvRMv/Wy1W9Km+WokO2sIj7eHA0uGQz5vvbJ108Yl2frVCFN4Gq8&#10;oBXVrZInZuUmdv4lY1axAEi+tHiFCuIhz1VDsrA1RAKdn7trMLgQzhmVkZAHgEEWwky24TKSWLLS&#10;8oTqXMbMaV245HrncCw9Bz7r/+rhnQft6uF2m6dXaBT6s+liNOGPmDW3kqbf+f779uE+QqbFCaF+&#10;yZv+xRcvX72302CJIRz4RXCw21Uw2Y5nzZ02Tnxac4iRDG1bW4TuTHd2u/BnvKVvFvMfmMVLtRrm&#10;XPvpPKy6rru7k9qV6vpm9gOigHjiUgwg7+xUnLcnfW5Saufz097+ndbf/eZLztJWu/nFs9NYcoiL&#10;52djRv6H+w08Z9t7u2M/LTKRLKT90/Nd+td2cwZIENwrHpgo6e4fQhwaTaZHv3kKJnjcO+fz3HFK&#10;RPZ98eylP/OevjrrtCvP3p5juTkfzmpwnw92DNU/upg87U8b9ztP2fuk2aNHe9OqOYoWfCz92eLT&#10;8/MZnN+H7/zsydHew7vbDw5qe9XxtEdoonuvY9xtbdWr8OyPkjlqAZ/rgLl4rao1LItSAvFyEnYr&#10;NeJ84ElSMIY59b8FzaNIGSWOTvg6nhJTMbPXLpedUE9+E8RNSrpi9sLPRqkmMQCZCtIEF+vr5cot&#10;E0Jgfnq0eOwQB4rhs3DgVF70oR+D/0V5EOGC2rbsB527lu6G6RStp59oc9aqCQNsY5wTwB2lvFVt&#10;RSlJD+wG8FGN4azYwGR1azYObAbvevzmrEd5j84W92DVtlw54tNAZEuclojppBFhO3fYadsSdlCO&#10;/QW1LzZAGcTigTQMVr7UUXw2nVoFyxXtC89iTFgEFlTc9vF4ABWKlQNS83He7POYNZZa/5jKiKxj&#10;PFjBSZrtO/bdamNQcLm+zi+mLkVcrXIazM5wmGnJ/VYVlDRxRwyuu2jaw5jrnE1pxbEAYnetsiIa&#10;RftoPNljh+hWQSg3bXs89W3VOF6u3i7ArMRFvF6q9na4+qQfPGoWny5la7mjqj1U3BaxpdixlPFK&#10;K6UxE/snK303ih9Wy91C6Xdnk/8tXK1s9WuPGgKNWdKmtKdD1pS7dgFhPsIwHmt1sQqbJ3lpc7LK&#10;HkkrnAZecr8qMq8dR2KPXI2tC7hSBihzkROLW0yzqdts64m/YOfbrtaXoUYcC9QZKm/WPmgFoV4L&#10;qTFWWEZRjfkRwZJozktQVRcp4UZlgjTYT+EZRvMGlZcYnIuL1R8fdpnuU3pwRTm0NErFXyyZbrx4&#10;2yMCdR+ST71LfEgtj0sJRWkJjjjxReqO7rd2PPVohFlpwIzpFk2EJDDGDFkLCAga8CmLC7dUOiBR&#10;Kk2hsDasMv0JTXtvOCgW06pb6rFZY1dWKW7R+xfUNhEZLE3wGS8DPr69NrMYtVMHAhTyDGdtjLHC&#10;Sgrd/N8QuEo6rujEFHsuQmDKRNikvNshi6emWw7DBEcxnlF2InzP0+lijOjQyF4zOVDT01W44xQv&#10;loFllqoFdzqf12F3SQirnMVFzUS3g3193627hDBbDmJpLABltVCTX0fHA585Djt/hpngX3lJiDL5&#10;s+iyWVzzU3MWV3TiGosJqrLVsmkCxaIZL8wmjFMhnEvcS6KQ7KrzOaNRvLOzQ48wmV0QTRUJvV/t&#10;Vh0P3PUqFU6LipiG+c90jEIt5aelbcyqdhUPSbPSBNu7VFmPrkCtQslnijqaL9rIN8AppYUXXAJ8&#10;i6L6oMbr0c5mi2Nw0KbS96S7rkqHgDAhgpcubawCprtE9gZRtYsMuE7lXq2OggBdi6IJqwkEEY8n&#10;6ld/kWKnhGLOOgvhUiTMMqU/4QnI+ktH076SABTd1q2pzyIaS5tsDqF69YPpJOEuSQQ1F0beaOkN&#10;lnbdlCmGKs0nNRz9Gn12IOHuRn8eIzImrkzBAUoQQpg1q6WLhb9bKS/DFCU7r9opqkAK7rQaiOxF&#10;KlE03o6Jv4YOTS+AHEXjExl75EBRAmqI3hFV0gjxHC1KqxPTjFXL5mQmab0AZ9mD1SybdS5leEEp&#10;dWr1JOJ5OZ4vJdEFxfRstiBhnu2g7wedWhWtZslCk5qgc0amCzIJzStf26iUJOIbJXORRWWdroud&#10;eQhSkDQxFcEINOMV55uXkvyi1F2XlrsLfKyMfgSDKExyrSSjHMCBNoYYxzFzD5TITZkqooSgh0P7&#10;U7RKLOSZffDbTOzx/VasSrPlDIgmtsXuzeRvuWTiJnUU224+HWYlvAlsGpmXSVBrFkpUVS5QxALN&#10;VSGlhSK88Va1zaeWxJ4wavUyHRe9HaEzSHUY6HBqs4dnzUU2KkNPq1BGUpaK5Tmh46wjwi+UuJKE&#10;OIQKycKKErIgnUqekI5qHkGAQyshgg4JxpAxSkoLFiIIR7GBgcPUyge1+0RSTLEvJEv8qn1MADTA&#10;1EkREnoV+RsqfTvT62YsmeEKkHar7rQqvIvKgklypWAyA0DsveNY45m4nBms9EeiuCbsBmlsyVJo&#10;jJHLEjlvFq2KhDAp2MhNsaex5EwxREgkGJ80UgZFA0nBO0Yecu9itlVxuJJG/hQFiAidSg5bVmQy&#10;fJSGpPJkAx/ZCAgyMeXy9ledLdo2tMpQ6ABKVYuY2ymWzB1rD+lBj/k0iQA4JfhbqkLHnkwgkAun&#10;eC0onPNB6AI64mRruLIMZ+HBI0oaGnE/JYKeicmYsCIk6xnx5iFCDCB482gFvisV8QrQDRlL8fCn&#10;T0LdzDtGxhiFIo8ALDZJPrVklkhWxSSQxFsqWItpJoWoblqpsWURRMATg1kIHxIAueg8yC7AmjFP&#10;L3GXSbShwLdCKNHUoORZYbSRkaGOOJy/lpMEG06heL9RG828AkkBOu+2xInVLJlHCaJC507n/6WE&#10;kM+hY5LaDRp9iqVLhYcKTmO71iLckXuW+/df3/3v/lAd72mP5wt9N2QPRhfEhyznE4HlsLLHJ1Kv&#10;ScfLfMSyWMXLAlbNzgdTJtFCEsj7mzjvWnXh96yDb9Tc3yirq7X2mIJ+rfAU7UuePKTl8TDyRSJy&#10;1q7dosa6Mbik1F5GvIjKmsWuCQkiEj6tCN8NiYBeNysQODhwqLXmU56dH333+50t+P8MsCwhWhWM&#10;tVGcFV/e52Tsc379j3/37Y5XzZRNsJSaZdepuLf4Td+EMKubCuLsVuuo3mhu1avt722f6y1g1WUo&#10;j3obdaVmN7pk9TqL56rXXveBl/+9WQdvvKjNpKDsG9G46v/vVXG5qc6uIo42GtUr0Ne1XFnZDNG9&#10;DuTdaJezjTfnMjp48/Wpm7lKG59Itt7Z3n7Ts+wGKi3GViW7SVBWtatgo8tJAeSq7d19Ol4RtUcx&#10;i65gsSygI5P4hCtxsLLRris3JLO8483Q+yc5qzkHqsn3ffLkCaWiLmJ7QSVLQK4EC62yfOyt53Kb&#10;RMI1dVHjS3CXlvfL6VrHL4Wc3CCSWqSKvEVeWiaJmIbMZrM17ZnBW2Lk06Xc0y5e3/wP6kKwzO8x&#10;WpD1qET/kx99n965QJxgrVppN4aD/nuN2rsfvv/V2WCLxZcfYXD66uLi+O0rI6H+ie8dbN97cPd8&#10;OKAxtlqN7XfuffXbrxSpS/WqY//go/f7sVpqNAb+cq/Z5H5j60urg6yw1Wrdfe8RuUbHxyeujdGn&#10;/OZV76MPHnzy9bO//9ufN7XsqNc/2NsaQqkYT/d3t6mjt3e3E81q7e+TauyACV3FHavolo37d3fc&#10;7SrtwHfvtKuNMtP+ySJsVFw5T9Xo6euTD945rB3unfbGRJViNfl/f/FZp2zxMNhqNWE77d+7u5wt&#10;fvnpZ5OZx8bm82dvtVqpXbMLLGCj5P77d573h+Ac3n94Z0ZOeug3H+7U7lbt/drd93do+l7PJl5J&#10;ufeDd94e9XqM2N9tNPat0ChW3dStrNq71nh8Xus25lpS3uukEucCQ5fDL+UUPPfGhA9IqoPKBByS&#10;jDhR/NR7PR8y1WRQPCJHpJzJgZMuydUESDKBc6ir/zyKZQWgJ8czsnDSNz1qGr1tFp7M48dIvZDz&#10;Sp9sIJhyixad7aFZfHzYVZI5E4BFmB1PlndrPPCW71QblQLrcVYfACn9i2A08pBwt4k3hBFKj4gG&#10;lme9BMGqUc/rL9I+RZBbarDlbiHyMqt0SIcHW296p/O8qaXCYy44nS7IEaLgHvhk0MV15HcFk7ul&#10;7haYnEhUPAskJa1UOv6KczZDw8YClRyjNBF1GKUO0PItlsZm6XB7xylXXp2eNojnK2hI1IJg4Yqk&#10;PAb3uddsnIyGP4n8DxqOMVu9HgSQoJkR3S0UEILVqTtqNotfqd6Wq+80WzCoxnwLwb2pO7aJELJN&#10;lJSiMqrwtahRiGzRHrPPwenHrDuk04A9gyxtPFm2G8UBPklVP6iwi5vDmCMKghaGtc75JBnPovvV&#10;gq/Tr0h6wGqV3nMoFTJvnH5Yd9Hi/9PxrLVVIntYDAv8/Ym0+8gr0Sc/rkp82JT9Hbe3kt4lHoZP&#10;ECJnnO6auP40gEBSD0irkTSrZQYffElKRgitP1ozDXRQ1C4BBoW9om/rUhIoYoQwBOgaF0CH8kHU&#10;Nb2LatxUSG3hsAB2N6FAM4xkuqiC7zJNqm6eeSuoczyrqQ4rmKrKzZIh/jDicxbJ3UazVXR2KrtU&#10;n9PJqN0sNbtuEqFmdDOT9VfUG48xTVJFriRIIe3PkSITEYS3Sp0S8bRMihRwjv03L89R+TbL5dfn&#10;AfMFJCdtp4T9krKhN11I9iIknjhg+sK6bUb2TBh1HONutbZnVeYrjxCfBkQQPTqfjNkHItwl5Qrc&#10;K6oEZPqHdvOP9g/vdTqMusbz6cDzzUJGrBWrNK5PSnazKuN2FnPkMyN1p0c/CVJ+SrjBozCG9QQq&#10;BlfkmpgPkQXsJnsZ3v0p+cZGySpr0/nCTEv3icl2mt5iSp3WKFVPTs8ryOMjbbhY7tZq86nfrloU&#10;PEPwhjpbowLzKYqc3iSoWLUhFydDSB4cDC84LOOoF8442fdbe/Cp+z4pxauz3pyHgR8zSlOx6Df5&#10;T511uPHq9JhxRaNUORmMtptOkR0GFX0UjoE56VEg6j/8ghSCFniXouxacU2ygXEZ9q3wgqWCNIP/&#10;JnN/CLq2hd+AwsY0knEQ1UqUTWwA2ONpZ34CEpulSdFMMbc75bpgaYR5qHiiiwjJIuInXgbKQX2L&#10;RQJU82JJKFVSl0nXpDAtEoBqImlM5bxEdTV5/OSC2LRSRmJnMAehhKMdxnY2nUFGoVRGGyn7/yGQ&#10;alMQXIMel6Dp2E1q7zOynpYKjlHYSHznvCtjQ8jcJMP2z6wQ5yEpaK0Kio3VwEu2HItSv2qXJrPV&#10;Vs3qOk0gTE1U2rrjVExZfIHrIckTTaqR0rDILitLmXpgYKyVSoOJB3JZVuWIj1Yxy78ScxGA5zRU&#10;RVFyDvw+XTdv4CyYjedj5s41q23LBjFgQcUGGI2AJTBlhy1aIoziJbPH8XQunDoB7CWm0Ib5B256&#10;pCLAf1GR1MOFKMbLtnCeLNt5cnQcG5LwVyvjKpE1EuVDpVjyx6vTeTChrl+tIJBxmWFYnfk+mlZe&#10;LqtpDhnapVFIA4B2IZIBAX27be92moAy0aJTIcDV5z4CbzT3uORolxy81mTVoGxECsnOuCBAIobr&#10;suWvuzacbYGCKGJfJ4gLeYLNfEewmPD0WEWiPMIyLJmfkLcxqrccDZ18s1jpljokogMnL5lkraHl&#10;wkOrCCMfJrxtAbAAXz6ccQrCMpBNO2cbflEG/Hw7uEBAvi2AfqA6eS4hG0oLrAsIhOaYKuIWR0fM&#10;pS6XJ6pYoRkxfUSO0SipAkkDeAbWgkegLNiVUlFY3cv5kqETMTfDWcZUHQksHSDzr1g86ko5U/Fk&#10;/WBvn0XlBDJ/1Y0hIetZxUBZT0Qxxooa1OMlzvMGGc4iukMRDWOsoJcMuG2MKRFGGNrZiE8QTZmQ&#10;SgYkNWF2kdgI2BHwGrGIs142m6imTCzuMcg0XA+so0WKj54+Y8mrrWRHS73AVax5c48UYuzxCJBR&#10;jDCPQs8MWVGUq3FK5zv3c2EpoiVph1eJhNNoXE2cOVQM2GWxN5SLCGIaFtG/BkBy0qxlXYJlk6Fn&#10;lWyfsjwHQEkU5JKD21EwcpAQYW9TsR7IpVDBi1s0IJnxzSXkSxephqy6gceYaZbXuTJblY9YL+Ny&#10;Lyi4tck87BS1NpNCtEx0UtLhExq/RMUrAbEyl8TqA9ksFaky4QXQt2PuPjB+TCQLU58ZOKOQdO7H&#10;uzVJ2GLyxXiU2pZWXDHxjyiTIGKqxQwx8PyTqc+Pikfqr+7/N3+gjve4d0FtXrIrVNGj0Wg+HjM4&#10;Ii1o7RFgx2vmKlCut/ywF+ExWxZE6kmO6rlcU+a0qjTvCtZMHaaflwtMWZklbK25WQxZ4WqXWl4p&#10;9+MsFzmvl5BrLWqOv43XKSx8J+ls884kJ2qDC4f6wPxwdRXzK32LpJebJqBWvuK73/ug0+zS9BRL&#10;Nq/IEHyQlquaxWkpLKK5/+uPfxos5tJ9rFeJl3m4l3Tm9DK0aG0xvWyetHWHqKrfSBe6jsa5+vor&#10;sfH6B7/8LU256XgvA1+v+MBKnlSs3Qhs1dsYpeuopOwWifiaBn0JnFavBL0btuPLd/WGQfUNptRN&#10;mJDyjU5YuaJRXb4a7XY3mGk3gOrsJtJHvYwy3mA3X/qkr7rcq8Z/82+7fjuzVFWuGvj1T30FsLpx&#10;Nm809tnVX7qx8L2F3GZgc/+9D1qdrUarRT3A/M52KovFooBCI+edrUOJtY2AKbGxXP7wEsKI3vii&#10;15ehDCxxelBFwJ1Pv35mV5q8pkKeFy0ABLlgc6qjmHi5/ZeqxEcTx2Vq+SqYSX8OCZMQoyTJCany&#10;xVquak7WGDZqXW6ZSMjMQlTJo8HkObK+JC696HkAL0P59exDtCv81nv16kVvSB66zzrDCwYX06fP&#10;SDcYSdTFyeiHf/Xjyt726dPn5PEytH5wiCHRjgz92VdPdhru9p2Dn/z8Nx2XSXOwv93lm8LRJdsB&#10;Lns4GjLdhsY8RNk7X5Rth+oNOtCrFy/3qlTWFns7Opp+rz/rn713r30+W2yDO6ZEjZTaVotl+sGd&#10;vQpSmOVQW4xGk9GXT161LDLx5q9PB4hNK7y5g2lzu2N37wLkOD672GnVP3t9fnR85uI6zuTJ0eFY&#10;qjb/1//7Zw92tvceHEA/OHn6tqsBFx0w7KTV77y714dBWi5vffDe8cuzTqt1r13FB/PPn7+pA/ls&#10;uegUmUKbe7Ue6A3V9/W4uFdBjVy6U3vrjTnFuh89GHUqQ28Bdae5Vz4OpmojViuNlNiAPfe17L2y&#10;CZYfykrHPlrCxhRhLeOJc0bAVCg8cUEuex5TZSAuZ5D9Uddm8RGQUGo7mA+ZOWKPmqmn03SvnFWL&#10;kj4VLBQ8N2A5Dt0yZrP9smPKGYGwHd+dMg0SR5g7zMUJREyRNxMKZ6npo50WTyziz9GxZiX91fx4&#10;vBqhsGE6jLy1QySjBo6ivFupiq6lZHE8H/Un6NydQrnOQrokVx+dGUIeOt2qVarL4LbQqjWh+HYb&#10;radvTvebDcyb5DUu2MKsUuYSjsgg2bPDHJlleOQSJG8ZfQMqOxp8uo6Xx4TaSAbBxXlYWgllASLn&#10;gL4EZ1fJpEg/6s+Jvxr15rh5SDV4MxkVGvpu3b0bZh82dj+quFU2VtXKx0cnvAMVtcCQGhGc49ph&#10;stQkoY/QYOI1DSqGTOasNGigd8wXo+mcSgq96ywcrJRuDfVXNJqvxMGF+k6KQnMYLauYBjODMWep&#10;ZH8xWJz58T7OIaKYhE+SwaQ9BpNj6FsmnV3C471TyB46tZcz7xUNLpAbDb0/+GmoSCxpjXaZ4kB/&#10;O0/uI7SO6SjjN17aoTuiCiSngkiANIN0LbMwBVV23LIZ6hcJGolYFC1DutQJekdCcYuWREVlwWwl&#10;IV7f6d6HC0VjQ/BJ3Sm3yy3eROTO9TI4shLvJHlDfeyIqmSrEGswgycs4Z+sGg2aQMBIIc5tu9x0&#10;W/PhjKNgPPdq9UYPm5YpMzZ8phA69g+6iQjP9XrRLhWtRTw/Hl3wuD4NPBZ1tDGjILBEHZryzemT&#10;cb+90ywScTHxg0PoQ4r0XkC9u3VM4AQPLY9H4U++vsB7hegO6WAFxHlRm+VXSAOKOiqXLG5VHGYW&#10;BL3CSuFUIxxdjVccMNO5j0uQUBmspJ1SjYIDSlNvhrQ5utcmDAVS6SJSVhdTBH44D92GUYAsSjrG&#10;KT5RXblD5jIGOPzMuC9XMdFKEJLYv3RtE90d8pEmKJcswz/J7plqjfMbZjXIeihgbFzGwYpKS0KF&#10;F0simggj4gqBH0C9euFxKqQwViowyosug6PhjBNGJ+sk4Gzj7GZOJE+hwvl0Dh0bXpGEbhD+UW8A&#10;vbetsuzxpQVlFSrPJuZJ+DS3292u1Y6CMRqKUsZaVboDxBSUmEXJzNEA8nbKsFOxy+letmAagDlg&#10;KWsZlg/MoOThE0bxft2mAQFWB3JVsiupVwTYowGBosZWRHsptTC8MhS+zAZQpY5JaVry0fGoIeTK&#10;jX31TpPeKUSde97zHAm0UIiGGq8EOUMgMb3cBKhbEJYNlRuNAwZ3CdvUhiMDOwxtPN1o+HoT+kAj&#10;DLQzLyLZtunaiBp2Gl0xQLMwZ6LpNImMnsUZWvSLOceFEqsyCEaMPVyQnEQshzpdxNhlOxXUSBr9&#10;P7vgpScah1RGxdlOo4ohen/3XoRChFWnUR6Nz/CNsHOug5oLpdxkbKcLF13hAiC6hmRvDOc8PhGc&#10;92YLrklOaxanBTyfmYY0Fv55p8bGP+Rlgh+Lw8JO+yDD6q+G86A/wzapAxl2xAuwhAyMbpwRkyNe&#10;I3rF+hbxfBAv2OpXADBjASG9hthUtdZx4AhEtWZztJhKw8K1qQu1BwwyJL9Oo7LIhAC8irWdzt7L&#10;s+FBHaFtYSWFs0qD/WoccmZsV7uYGl+ecVFz+ekHtXbLqUK1RHdwp7MlSrMM/GaDDzYT6aggPei6&#10;uIToGStWfbn0EckzhkCDXyfiD+jd0mM0z3AKcHsk1DhtqUlxIZEShGwVNfwBFNF1FEHMcoCT0VMW&#10;tJWEnNFCKm1sSGXkw0EgOCSk77FtFZcyuaAw4RkRYnHgtEcJwNZuu+goC3/ii08DMCBegnat5LHV&#10;XdEw63JXULtngjFjMssWfB72matIHy5tN88+rAdMeCR6lwwnSOS8Ig4ZPmKe3CD3mTlC6qLLG3gT&#10;8tjPcFUUYflT42v0cCCxqXeallBwveUApweeKaDFuHvIbuI4QaqAHj4SSRPW9UhiH9l8QnREy2yI&#10;tAFupZn6UoJlOr0wMC2+19wHeo/nGjV6kudQqiCXUeo0JGgO4SCCbclCXxDhkHmUj/M5zM0ECLes&#10;j1kGRqgn0L2Xmtxa6RJPEW29DGpMCcRmRAXhkBHtwk+rtsa380UVQlxfhaOHUUgkSXK47rWqVS0p&#10;EsVdLVeZpIcmow2VWoDRO4tJLkJWv6aBn51dMD9bLJRlyFgYhRizGDnbWspUxApiECCHT8ftoMim&#10;l0moLWWpxgBTlQUj1QV6GglwE1o+RiAJnCbkKevNIS0pEx8FR4ZFn5hC7D/8WIgNRCSkiPB/KQ5l&#10;tI7MR5gi0RJDMiS1Xqyre4w8dTCcZREQM5QTUpV9Ogjz6SQnDD9jaQLxnFNdl4HOv7n3X/+BOt6L&#10;MaMrU4KjZ7OLiz5W3hVxfYgDeJsM47LjhX7J4yARfSbP8snEYyWTV+o5FAEYQyTBbbq0oCJNzjlV&#10;V82wLkElukikc2ej2BFzzWneCOlStuczSJkeyBiR9yMv8bW8N2aagyVS8LV8MaJrqn6UPpmwVgj+&#10;M/V8V8yFWHWrsN/58j/64R9XCBCmdC8x5WX6qeWy50QobOAw0hTC/68/zne8aboRAXvZXWbZNc9Y&#10;3ew5N2NyNh2+N5pb9Zo8db08/GYk78av8zQq7arLvs7bvYJjbQCjVfVKKK5eL41vYE5rN/A6yOiq&#10;UdSuPcC3oE6b++xveYqvFq2XGbzqhhr5W52yukGgviZL3YCUs43f2xwNKOtV/v9H25s0S5Je6Xk+&#10;xODh4eExR9w5p6qsGUAVJgHdTVqTZiQ3pImmjX6DFtI/0O/QQivJtNFCC5m0ISUzklAPbKAbBdSU&#10;WVU53SFv3BujD+Hu4aOe4xH35k2guUShrABk3SHCw/37vnPO+z6vPOq7n7mrWP9AdP1HWuX/opn6&#10;LlL6TTfgNjJY0955/+PB3kFvSMXLfbVpWi0E/OiNtzPeOyLyW6fwrX9c7g7ulqvLidxgSpmxXX7Z&#10;s++fG1ZbB5UoSV25EO0L8eLmZUHLWyurWZnwZhJrpK7FSSdmddFEMMUpNfZaicrm93G3862o1aRR&#10;UrqLK4J3jpRyyCyU8t0tpRU3N1pp61UkWKDsFun/w1/+8p//k5/MsujVdPrvf/07z/Hu7w9/+csf&#10;UFl/NOiSvvc//y//BySY9z5573y+On/6kuPm9dUV81KOXUfj4cL3prMV29hwb8BULQ2CLz7/hlHP&#10;+dn15HIO7cSgJrE7ddv4j3/1a6HrVPU5nkZPIj2Zf9N/ZZzVa5HFy1ywhWOk0+uN9trff/+dfnVN&#10;atHnl5d/9fmXyco9woJi1FrdxscfEtQ6APZw0Bv87JOPaF89f3JO/katYRAH/8n7D/FpDmvK5dXk&#10;77/4/snF9bhZ+5c///D+T372v/0/fxPOV4gn0fmMa1b3ZF+McC3mZkHtaC9aLvcPBrh5yYebApEg&#10;58QscpRAxy333gCl2PXFotI1FqCcxvZvJ6t6v0GZEhnmFUUR6CDTfOWtULXCHGK1gz+81ENicrOY&#10;FDpUaPosW2MAJvx0k5IsBDo4Q/QllowipbnXNzS65a+i4qcdg+Hv2Ua9jjRS7C7mcdfSu5W8BXYF&#10;M0zVJNqxVVeP27V3OCdyOIADXa1x/VmkXnokNwixBbzwHhJdfEcKDFL6rdnI4o4IuI3NRnPchWbF&#10;gHHTauVNxTwaHNCYJ86XxZMRYCaIUjiKXg0lcFDsDbiewTxAI+zltHX15pxpRTKX3D/mkJnE3gss&#10;OovNTkfIwM6CoIIszJfX4Xt7ffycGEMYAnjUCkqxcHzuQIZaaEGBDAG3wM9JjRqC3qlVh3a3N+i7&#10;ZF3ytkg9Wfl4Gc9n4XG3xwReLXs+/2kZHSBJdLyPdWPoe87kknIR7cU7h0eRu+kPBgksDIhxG5fI&#10;xNPVZoRnmBdoaGJ53aSDRi0RCKE6z5OXgXJcNb9fRCNk2QBFsK0ViN9qCPxiGQqrZz71YYbObN8y&#10;Z2EAvslJioO2sdeph3ga65qtV8gb4SIcNmqvVvFrP9szKl9c+GmdOZ6sApw2Pp+mJnlSubreJANb&#10;Pp0u/eki+zySff6XZsUJSaWQzZCPcL9FjyLHvMpQ5Qdje2jWs03CJm6KKBf4cLLKsqmzOaySj80x&#10;VKNmuIRim/p1el7cG7HfqJotnnspBe1YwKZifPPWOAVM2CzcEmR94YzgxSHp4EjHaYEjGBPsPucU&#10;MivMxunsfCHrWEQ4Kx8Us/ENqc7IH9wVoHCWmzpBCzqEnnTm+S2rzf5CxKMIjIlttPuOF47osm/V&#10;wnHSk0uH7E/Etb1mZeqGDBxQRCOe5FbrtysPRy2AQHTjgpgBCPeUDLZb0laEUMK9kDL+Y4E0VTFs&#10;WGod9nUYBQDVIetQyfU5UdYML3MDFQ3sZtTRN2pW2XCQK1yCGevN90cnfCEL6zKAJkZwMUG4uaFg&#10;nK51GbMVQNr04z44gIzVi8RRASNTZ1ZJG+H3rhUh5TBPFk7gIpi/nIfDfpc/Y3Xf6+OWYPBVLMMQ&#10;TifJ3zMn7FtQwTb3h11mg6CyeKI43DJDjyXvp+BgHCPlrdcBaHPTcZhZrgL68GwPFARl9kcmgsdN&#10;gdycawCOt9fstkSiBky8sj864Th00O0TBsQkjJV9v94zlRqtk6NOX1JEiDZJ1xJ+gWCBNCBuPAY5&#10;AvfCNwaq1mo1WlnF4gQuBkPQPFqB63XcNqAco9jsYEiR7QQumKRt057DWEgDApRrLGko3CE1MZ6H&#10;jPyyy5VLeCwzLnwrOAgloa0uea2U6/Ap3EiBJlUm7Yr2XYJv+UgUAS0iY1yhOjeqPYk6AgTV2G+P&#10;hVgdbrrWWJjuESJFDlsi7oj1dLJAqQ5GQHu+lDQCYcgXCjf9cs2Mrjjpt1b0PzbpOhZx/vvjEcKB&#10;/ZHlB2suOK+NoRGK/cXSO+wBE0jbLXBHMoBCjcjpmjIEfyy68KmXClxfKiWM80S+j7A9U61ApWL3&#10;domeAtTHuoSyV7yxhFXTU2GzViSZCQjtBgrMBmIy9/p0fo3e2+q2wxAPe67VDCq4XmsgmFQ4fISm&#10;p5WDweHY7ngxygBn1Opiakkr8KbRPRIspxB5wKePOJzntIFfgy4V/exKxnscNLvUUkAZuNnmBVsJ&#10;6pmCjOADGJFV/XhvcDLsvrM3oOriovOCSWwjD5BCpmoUqw1KHIS5FLOsWwIixv5JexMZJuAE1PG8&#10;F8PAIoN72yW2x252iYDl0caxazUbptiipIIhcvYAIqVGh8sAfI1yde5nTashU2JgvxHmYAk3g0l+&#10;5byOtXgNbYtohlCOOZylaCssifolgbnFkLpVYdNHGkA2r+Nh9DBNsWXhcIFgQPtxfzji3ueHGthX&#10;5SYyQ4aeaYSptxw6AMLSCHbEhmvJzUmjlbFtykPBIBBRLdQoXjEKIfjKKJhoN8epx9qNk4K7Gj8s&#10;wln4e5jGiYni+AzSgjKMKpRUVcqqTlXHL0pHtmMA05apHfU1+wdMezl1gSFRRVNH0UZj0QFOqOEL&#10;S4neGrVavFX8M+OuTZMNBQEiCtK5meMKy5SJMPIM6iIMKBrYheT1UgqYqlTs2P/pDTGTNbUcmRS/&#10;Qp+tQoYEPESI45hay3JUhv3RT7IwjbODbJQOOgHTCKBuxPCZ8VPrzUpK0iKe4XrV2je7S9LGVVKR&#10;ZoVkEqZCn6vQEkW8rJL226kRSRJNlms4c1SOiORZmegt4DqxSBEXbIwWJAI8p9KGpBDQ/qSGEsgq&#10;XQPuGJZPys+EXgOmj0GdqUNxwQheYGhEEInqnvMs79A0yBACB8Hgm1aigtro2ste0blV1V4FWMM2&#10;iJOSO63IoJJ1AvUbZx4uJ0RJGOw24cZIKsCYQfaCG7IPVgtx2RJsAV1ATr06MW//9sM/lY/3EuPz&#10;Rjix4AGJKXJXS05NNI2LkqzTIrFTKoQKZ0IeTHnbirJy1nNCPWQsJ7TkRAjMspTxCBiiDVF2TsPy&#10;3C+nfV0AtiUBSN0Opsp/SnnFPaDfyeIpbbvFrRMzKyeY9PUpbjkgiCd/E5V6YxkU89PLCou+SUIx&#10;7C1n/Khf/NmflakdGjgF8TqWoGhRNXNMkrwBmfH+g8x4/fxObO12qiv/Q7v1hKqF8rbmVf2jcusW&#10;13wH6fSPOHf/oAC+KYzLUvatcN8dhumu3fVOYanehA/fkK3Uu8XejZlYLe5ol+8mAOfKf8FZ/CaC&#10;6A7LaSdQ18oJ/M5y+xY+Srkzj1ZvX4Ombkez5XRXe+vf3ylc/zh4qVBuBNtvRy4VdzKNlOIfubp/&#10;WPG+mdbyn3c+/MFo7wBylcTgQjtpNQNffLwSJnAjnb4rbS7h2PJHZRa0+GwvT0/ppOU7py1tss13&#10;3z1jB5Q8B6A8iQydsjIpN5fU3FLXvFUNiExyQ99QMjHKFK5UYJ1Z6YSXlyl7bbHjfJcWd5H0ixoo&#10;F0PvFv9GZ3nLgr55t9rtBcxLLpqkE/2rhwfO5ZV7NfHX6w+PDn/x6UdM9dhvMOZ7K2JwovvHh+22&#10;jTgQIsI/+ef/1d9/+yxeeffvnUCMuJpcEQ5pNIyfffIepTKP6H/4zVfVjv3lNQWFtte37x8NF0uX&#10;F3rhh//0xx8fffrBxeSqX8D3Nx7s779/7+gXP/7EGA4chsx6/WwZPD45GQy7f/vb3x+wv/WtL745&#10;OzDbH3346CWpLS1sHZjoCKSP7496q43mvJ6/fP7qq9cXbbtONCuGindHbQBaEI7+/a+fBEkEV31v&#10;2KbvibPnuxennb7+6PFebcw4wSID4/n55WvPm0SRdXjg4Oys5b//+tlPP3u4blVtout6jUcfvrOo&#10;FvNWnpmiqXsxC/SBOaOUJfxQ00kVpizWycvVM2eFSq+WmvG6mtfs2sWaQFSia4AqZ33bIDSVM8SE&#10;9Yv2dZBOaXLUUgdaaUj5Iykja44shf4S/5uqDmoK+6GzKb7xikO9+qjGQTcdVtWRWXG9lPbo11P/&#10;o77J6WYdB+WNVYiEnW4rU0RF9oaHXSslx0g8mYw7GXMS2UDZQqcwofDmtowCn7HUntWjDdszWut1&#10;BBzr6eqaVwdp43IFhlNC5JkYj6GwcnzQpe5h9WZQJAezamXuu7ocXc2W1cNDPPUW6HnqJTEJeC0J&#10;SoyFHx1x9AymiwXdeVg+gjDGcqkwJ2ldsPwzlWN+G6bs9OzNgRz2816zPfd9tuWz6eLpInTRwaIU&#10;1wuMPdRor/y1pyroHp1FfGS3/u7l9WnHmg37v2ZW1jOXUWERVoMcWUa49TUH0FS2jO+D9MCugfzA&#10;MHRs1EEZ8QVXfjBXKgyI3uuz66sndoO3dukkz31BRwD0WkWCHh32ofKoe63Gi8XapcMkSRg60Fzm&#10;1hIiH2f4b+UIlafjPvEPwlK2rfbLVfRhj5G/YurFi1lODC+oDwa4/N5OBxcfAZWEUmYtroauvk6L&#10;04gAQRBHdQRvfGhWTeiUKxjYzLrgLYGzWmcD1MuQzKShq7tOfthvc+QAApxKIktI9UuIFIety+Da&#10;rhqTFfqJ1WFr+OTylFk5nXugkqjIoe+0GnXPC8fdQzKE6qZ1NllJYnCKNpjBYgJdnuDfTTVkbcKv&#10;OPM2uJ0HzWEkGj9/GUBdobI65FRx4Z9e85OZRlcFOk8TmdPhxIkPO12IwvQa2FApQz5+cEi1y5AK&#10;WjSdoKMBiHAUgBKh8fVkdTgCCZtVyhw3/kNtzFmcGodFMZLjAwcY1TBARRfdxpDWgyERsdKS4PwN&#10;fpWa2aqglOYjtVUpPCxGsB1W5wRCMigBDNs127CcNXko0SrzJkCA4ajW6j0OJExKmRFUZWY1B5yr&#10;JAyX6KcshJvC8p1I7k0m8b9MMmnoeJEwALkCsS6jERSWpmAv0YymzEo8SMs6Jy2hW50MDuGzdUwb&#10;VaFWy+TtM+fNdUpN4oH7VocakMwSAtu4mlTOFoFplQpS26kfMlftdYZboc6rlQMRDRHm0B4y1ubl&#10;ELtiSuSNfu1eeplTS4uD7l6XeyBLIjXu1HqyS5AsGswiWd4rJkBquA+ZjmzhDNRUpljEkxDsGbg2&#10;h0qNhHPXgS0nIlKmSXwuFCrMWimoKrLdRWUcND6RmrEJcrSRlARMClCg/H7ONdGny81RB4QrxAhZ&#10;xxA+lV4yJMe01ejcap1ac8pXyg8BI0wJJsL3h7ydzGAmzNwBWBZFFCbGgXlgSeeMEx53IkAaDJyY&#10;V+cssxgl5svkcDS6nDsxcFoiTGqgp/KuWdujUUqHIlwjaJzMgw8fjudL+ErR66k36hrBZk3fhXk6&#10;HxZ/aIpsM0SBvXSBOm+Q9zea9F7BTYuMCs0kfRzasDRVu619kNi0dJFSUdLKAZrAHVYwASbgU9Up&#10;tnk6prNFA+0ltgBdW9Hm61h2BWUxYUUkVxK6raMv4JqgAmWfVUW70efiLEGLVUx8JcxRlEhgvBT3&#10;fkz/l9LGx6RA3Q8hoz/ur5FHrVwmYMyKmW5C225oRHCzA/oNs/H6anHpkXyDOhG0G5r3Rt+Err9U&#10;hYGchZHTbXUMk00AcqB2r/uQCSFdF8J8ubmoRfVEH7cPge7hls0zX2BALJACrdFMnJPQlmDUey5F&#10;PiQzjPwzV6jWUL5EfSLs8wIDx3ztxTkaUhUCBJNG5urNqkyh+7DUc4zo/HJFxk0ouUkCEmyeiBGK&#10;VGa1SEXoMoIGJOQBUxebDIYUyDvAGmfrFKS22NFbHW6o6yXs7ZCU3a49lhhnJngSlsGdDt1KTke7&#10;uQ85gjrVq6h62Pca9Kk4n5DIrHJ/avVc1AcSfw7EXY1keipEUHL4xFAJhhDf0bABKAmvB7wxu1Wj&#10;D9bAyn7YtkmiZldSKpzDhK3CfM7QDFs3wHhBDAuoW8RaDJgd+RC88dqe3bpaR8gCOMlSNWORp0WC&#10;cAA+E9Dpg+7AbNAdC69Q60LUp+lIbwLOSC7lXVjmbKDN8d2YbZR56cKPcSrB9RTjQZgtnc2obSYS&#10;3AHTmCdLuN+UIpCzaVBzaqSVjMdJRLICfU4Qm+TlYAM832p5TQVqtnplUGV5KpDobHKMKG54rtkr&#10;HKaXFqFUlQrWBhr6Is3JNuz19BX4QFGs18thWC4RWUKnHNBFw9WdSsoAV5f+mlEAUctsXHv0u1iy&#10;aEqSfS0BlcJopEQmkZ6tn322V2E/Fa8wCvvSjMeAlgIeQifLFGfWjN1QdA0M9IUjIGF4vHHY9QiX&#10;EC/CljF7+GukIblYRfj/8Y+zNyG7thrav3nvT8VqfnWJkwqJMp60suJdLiI2LWB0IiHWbchVhpB+&#10;SC+nvyUZa3w6yD9W3naKW5PYW3Xrvy1HWNUy6VTGUFtZsgCwwCiWWWEi+9R2sKaSYpXtZLnb2N7y&#10;qsmtkQuucovDVUTSw+ie9RbpllDJSzHzbnS8RUNTIfBb1r5DbORPPvsxwG8usFS8wkSUl1CmEwkk&#10;j9eGQvMf/r//CAA+vxsku63ZtFvt762I+G4k7c1I9a2qbMs0voNf/qPJ8JusIvUtOXFZnb5RRSt/&#10;RJQq3jhgd5ft7Sno7UxT/nVZH8o/8zdU55v6tYz8eVOcv1Vz3qbdvuFR3dSe6k1Jdvftqm/nAN8K&#10;mFX1hq51K3jejazvfPPdInanWX57bP3HkcPqWxflzcT6TSTSze/cRkrdLf7f/eCHg7393qDHDYVm&#10;uCl5vMx465LMfGshvrFr71KXizuBTHl+cXqqb3Oky3Rc7rXnz57rGC3Bb1YqHJ5TKYRpPtIh2oZ1&#10;KVty1RZIDnuZATAHNjo1YuZl/KvvEGTbbOpK2VLYct1YDbYS6KIkt5XJ1Xr5FwV6STUvPb07Ybk8&#10;fhxEI/2/+Ve/lPkXpAXHe9Tt9cYjxBDVtp03ENN0upXq8MEx7/4h8SBq5beff8vyOqCdbNRnUXS9&#10;WEAOabUJY1iTxPbl9y/eQfrYZDapHI8631+v2JgmlxMQGp3+8Iuvnq+ePpteTj96fG9G57xhfvv1&#10;d3S/aS6tksB3vR+cnDx49IgOsD+dn317dur4X768mM8WocTULvAlvno9ezQanfz049PziyUZni/P&#10;Hx0MH/3yZ6+n18T/cpQHE43x8nS2+vZ8Mhz2Tg67jx69Rzre12eXL84mBwfmKlPbPQgT8el8vnfU&#10;3//xR42TvS9mi1pfO1+sOnvdycY9T9BXt+u9Dinw1X3jHAgu6IVBD68WiKElKRctREwmOU4uHftq&#10;+sT1pq7/7lErQLJEpC/IFsYKOHyE4ckmJVQBOhKBxLIoX80kAIBj0sRTJw4gfTrrLJQowZCo6Q+a&#10;+qbEk7V1fWDoD8zmiDxMwj/LT3vctpGz4pTZJ31TvAHqNEyOm2QJURxRSnAwTvahTeZwPoH3KgJi&#10;xdkU04+GPWt2TbIwQPyGIHb4u0K4SN0SB46AoLHBkHYCswRpqfhn6MpQi8dq6m98DlFgclGVOQES&#10;KQImwKt2D1p7g84IOjG/gZuR5ECY3qtwwcmX89brKXwrx9XWbioKBJ4EKgkWcYCOUyc45xAHimPD&#10;dEXCOpgisTS1WtZyhkkHqhCgLJygKslGZJvSXp4jbkScLGGPRbeifB9LIqEGyEep3RvuFXKzJ8cj&#10;m/roIvKAonDC/Oba79g6SksbGbEqQKlS9AO/J1mBPm9UXnnpZ8MqgZA0bFuyJ6DTTCdBTrwQf/jl&#10;miJQ4mieuMlxS7uO0/vMwdJiYGiHDTZ7XGHaUdsqwsSpVj2McGgksdrG+YGh/+SQ15gTwcuo4pmf&#10;zGvKuKE+c/P3OuTgZHMec96srj3AyGwoX2fFj1DSNgqzXN44xznC5qkFsk9xZbKFF3VapLlGx72B&#10;1RizNIC/Mu3aVrRPSwWm6EGjxxXwwqmnEY5KSKbfwWgQrPe6QxnKWzYBxdTrhTDDMoquGiEf9YYv&#10;AN6a2cRzpbTtd5xgVoqfQyeOxi1jA7oJxLka04PX0WQmsd1uIariXBgmEUfJFahkBLcbcoYohTff&#10;TaP3uHC6jHZ5FzCUwAgJWkmrjNodehy4vqjEaF53DVy1ynHXJGsDTW2VP6sjItGwOiSZytz4eGAy&#10;lSwkDqRx7XmIUcn2ZJyySdbEX3M3LSKPczRZskzEuWiBiCTg786jPOSiDRstNm3cuZImEm8uQgex&#10;Y5Kj2kUlAWCbLE0EdEJMRWjDmo/TjBsenXbfbtvVet9sKhIZzUwG9o9NO8BPpD1OtQ/hiDgwLLip&#10;sqHlyJBVUmTBBUMlgDhVSnkkgDrRBoM+ZyLgqDxb3AmU2YNmB8GYj2A0IjYUWDKS/rrnwDwfXk0J&#10;0taWeGIrIta7cF2gvtgyOsJPwlofRNHabhEYsFpHM61hRXkwl2y42NbrPrlhgl0tGhK0iOsfVQ8D&#10;G0XoRkWF7CI6rehsGPtDV6acYMYOvRZCSo2fkywQteIdoOCxGw1GrDmZQTorRlQkZJewLuGbZTXC&#10;pKIxt2hsIasiDtKh+djVih8kxLT2zDbXluBlcl/YVcirZ79EbNJv9Lk6gUKJw/0gtEKIuHalyy/P&#10;FBeH5ajVMzRLskY3AbahTntMCzEMXGZs7HwOva+CfdIOnegh7hUjBzHFzjeSNGd4ThjGdeFYxOnS&#10;JUfXYOXjElBpkAHIWHy+2tCKnfvRcbfD4wOLKJP6gUUuOg9jJBClYl8XllJNDJRtq1UTvaig1xyC&#10;p70rtlYC21dMF2k7MlHkx3JCxChNIVdTqQ947GfzWFx8nFc3im0Pyd69XC0QPPP3fIOIl8tW9WJK&#10;QWNs94G7ednSNpuClo0dViQXCDTzIUBlDW2xDnvN/tybToPlZOV3u9ggRIu1EQJaTJcHUDYDtsnS&#10;of2Ik2TUaVIbj6mxakAx2I+CQbvuSEgSCnUxzPabA+aAUJDpubVM8SMrhHkl+rC9r4psOgWSY4oK&#10;VOb3lPqgPEiI1lKfuSN3DVEJrECwsmnMgUimVUecDEdufKdUFtOV/yriIsQtyUJHto/mV0y8lMSM&#10;sW2T+X0Pxysvg7MOyTWI5wlI5GACkopzJmgsqTpJtGmCgKN6pJsA4qhi1JVxswH8h3fFbgVZCiER&#10;6nS6iqmcQv1lwkzN86KANbZZkfmf6IlZZhgwACthhVEAZUjHZeZAJOaGUqUXKM73BgJkqFccYOiz&#10;oBFjtt21CfLh9MRXyJ5XBXGPm6s8VJWBRcDS0GnTwON0Jf5HYUpA1RAKaMtkBiEEgsqAAp+vLec6&#10;on3XpcNBzYLW1SdFmSV7o/ab7VFnMGzbQisqKFyJRDYwsdSkZ0GZTYwYHzUOYZUY4FbVJFYtylKa&#10;sGQsUaCPQatrql3v0vRHbsDPmHqSjB7RxqKhBQccVFsVdnc8tk1ZhdLieoGqBo494m2pZyhrwcaj&#10;JM9z+Hnc6wCkopJIR8/CLql5ntAoYBy2W9wR6EtIosYPz6KQqQzMDdpdZlmekW3O1aY/xc3DtzAj&#10;tgQOJqS4rtlBpsHhxM/9b+jMRczGgRYaXolTR2eEd4fsvZg0+Gp1JEZ+mQsTIGdJKjtTXYo3UREE&#10;Gwl9YBWXzF61MFkRqLbxcpSH11TI9ZHgposM+QARRWC5x2Rggm9ocoZhH1X/9Xt/qhkvM5WsjD3h&#10;g1jO5uvVEq9jOeMVdk67LUsRZw3DNFktUSZz8o+jcDJ36mLUruilCTUTO2Kx9daWyJ98a4m9AQnJ&#10;f/Pn/Nit+1cq3hLls6XOlj7VYkurKv1sRWmiB+RRE720opR6abUc6urlMJnmdKX8XXl50CgIayBK&#10;GB/Npz/6kdh3UUg2DGHaSy6jnNegkFZ12dMkj/ev/xMp39t0pDthuW8xp+5m2O5KvzeDVSmJtBLj&#10;nKtvDSS3IOo3fCaluDPeVN/E+twyh0tS0W0w8Ns13s3/Ke7UpupOrqzeKKzv5B/dpNFuA3t3HKct&#10;CmnL0FbzXRms7b6yeEO2Km7L1rdMscpbQb3Fbc1b3LqUt1wsbRulm+dv2gdl/2D76vItkenOzyzu&#10;jrCLf4wovbtMt7xqbeeRvlPwl8yzW79xmcIrigG9tDULpeydD344Go8Ho4F0BImksVroabiTS+TT&#10;lpB9Z4qvajcfuUDBS35advrsjK1K/m+xdZ4X337/1LQ7VaNZDmm3xmVALnEJT9bLMGq53qz42yG5&#10;TJdjsI54mKplRb11LsvKUN7/8pq3znFpGJE8QvsvCiDO8ob1UhCRFvk2B6y8uGJAIV5eZIeC71f0&#10;P/uLn/z26yctzAZT79GjY63RAhfQG0OEaocL6LEJaAvMsb/58vtXy+U7jx/0B3sV8nUnry+vpoNO&#10;9xe//BkDLLhD50vnvXsjOkMnpjE0jKPjg001v3JXw3YfFhy2u9hZInA5GtmXL64f7/W6RNPvDb0o&#10;ml4tzl5c+AsHfc+m3f78q68gv3faBB02f/zpY1qkZ9fuJz/8YHy8N5lOrWjjXl0+ff56vlqZlfoP&#10;332HMumL3z87biN75Wxcu2Z8Vs/g44/N1vDxu/MqfsLJP/vFBz//84+cuvLxx+8nDIDGneH94cuC&#10;UPbG8+ns8c8/Pr/47uRkr7o/mA71vFNrd5v1w0cvE+95sbpgOVUzyHuhVlwkm1Wl8ny25tH/xlvv&#10;9YxVGjwYEEyKMNW7DBGT1HGqdKu1ySq+FEys0qspU19ZrCV1jokhpwRTbjG1rjWeOpv3+7Tz5HOu&#10;o31je9aKUVl8cSkI2TNkpFBnuTqLNmxpMAmQMI3ttkgWWWWjjQA30bNqnC9BqiQGGkta3XUdTslS&#10;/Gm1awZNak6p3iFeEEV5tgGb2ZOEBuFXTv3Xq9CpG1Yc+gTwjkzA1MyIFr2mKTNXjj8E2IhqWgEb&#10;RnKkXm3IATOXbjpaO1qCm2DZqrETW2NjgLj1OnUunGsazd1uDxoGKi+kcK0Kx/2enuHJQZyOVYxD&#10;KTSjSl0sQJjxGF9k06hgT+etS9+bI1S3yUwPS25bvOyipqEqrha1ttY49zfvNY1jpG65+dN79+an&#10;l7Cs9prmapEAczzz5mCuw5SKWTQ+FDRsmWNbbzCZYZQnaY0pGZJ+ko4gWvMUBUx6k+eL+LBLWmmV&#10;XYurSQ/ih0MLxyzrPU+LqHmi7JGNO0pxge4QZMpJU0JwtDMngL9C1ceJfZNUfD9dV7Rvrh09Lt5t&#10;dfab2ie92kcGiTJKM1UfdOsbRgmxCv2F/jcav3olfVBVjlsi32KkFgl6RaecvpwndIBNUigYG2bK&#10;gVWFFuxsiPSs+kWI8nRQ1a2a7QDNVdZ8rJyMfRreFDYk6VZMJuwOwdophVyznupMgFBhRVEM2o3Y&#10;TY7bCE0JHaVTxSHXEJF/yGCzIf0IiyRM1mFovWCXIlxwFARiDhIfHRDtABtz/9jfuDN/zRmK0m3Y&#10;7XYN018RJUUWdAKamzjYB/a4KRDdqp9VmDNgxmMR29/n9A9qCJ2V1tZQFDLelAb/g+EeE91rJKE5&#10;R3V+JZQAyaDgmwhYPieVJSapiFjTaL2h4wL/exOqEQSXjt7ExDeLVis5vObXUfzCZXZWfTl1OTfP&#10;XEaCQaiBmGpwMdHK0fhhK49F25/jyqbXiD/RUooDFmgUuTWTvOk9ol/jqG1S4SAnjxtynKhdejxK&#10;GqIcsEawcACPC/WSEWW9Ml2tOdOsJVQk6AmIS6ec4eyP9AXwm/BbmDmBeq0JJYtRuVYTVEtcZrEj&#10;GhAXvU4BQBwOn7uU6zQJgPpyOmmTW5qWuxQiD6bbicZMMlarLG9ahAFC7h9GSEhTKWg5/DJbRQ7J&#10;iC4KXdaWTR4hBncC+Oo2vTmgvrwdeh+IBYcWqWgjmXsHSw6XDKBxFiOMwCOHPaUBo5djb6oe9Pfp&#10;AtDkegWEkBEG+BMygUi+i7MRZv5KBWgfnbiu0eIPX2OhU/VJkEnZwxRbPKjiHA744EWdV8w3ksdr&#10;yChDJ+YN2Wq9qJpqfe64DTLDatqVt+LFGxrnWPDHHop4Q6odHkAi84wwWDpr8s4ZU5PMXAENzUkQ&#10;+wUHhrFt7w9Pep3G5OqaKSU9QcQC1G/PXi2JSgG9c/+gJT9wGdOGOHPWg0GHG4JSih13vWBWX185&#10;m2HXni0TBKhMwWuIWSJyomJiNuc+AuV1BT+50drr9FarEME5N9zUl+Rc9K7ksqDiRg/yzSV5BEDO&#10;mH0K9IlhM7cB5Rc3Ols4zzaPATNOB/w+BJ9KxqxMOOK4ZOUhl7Mp1iA3YX4ruup1iQGiHxHQviBc&#10;F4bWJl7GERUQCmQmpniWLUuGpWh2kB6QIALZjlKfgSHXH8AVsHx6eJzJWccxCPAcYxqi/MaUA6K4&#10;1mxMvJcQdBEDryOmbqkbhjjVmdf6iXtNWwY8nZC2G4qUuxGvgbKYQwnu5AbtwwzxrdquVhjys54w&#10;+XeRAWgSt8gMnrgcAtVZOrj4s9gjkvnUFeQ9NU0menvy0nO6LPTRMIw6zpLeDJp/VkOSh6GGUTHw&#10;zlBYolKmvYu2S+KoNzFXG0AeLDZfht41icsjSRvTfBZDdI4ky5h1TipeQAZablZRW1Wb0KNYxVCS&#10;RNyFGW8BXSh1HfJmE8Ax5QF/AlvrtQdKA3y3jR6pbQIYJxOrYkmBgJWa845wx+HdurErVqwsdpPw&#10;vcHjOFuZdXtsSuIyoj58BKxcXpE6eG3FtGyuZTEhOLwh2cCUyoSnamj/eXeJ56WP9ke5EstpM6/c&#10;bx/0ibqqyXyEDtsawAQ7I/eSocqgFSxWUet3R5RWHEA9TgNYb8FxVTDQEtZO0zIGzMVIDjY48w2Y&#10;Aqq4qQvJGUoTqBpNCcFG4dztAKBMKDL5WH0cMMQywO9oyF3B7Vb3EunjUBr1qtyX6sIhwa0hFLCc&#10;r2vy9BNTVybDpHUtw1/txGqgSONe8MT8Rmq8gg+OrkbSa1T72DcgP4gWWmo6BADie8ikrqalFog3&#10;Ws2UkidOMyMukJcLuVrPeg04dmTF4U9mp8sZdrN68DjJ0FEnQpluk3Sd5MIhnEjZKaQjVOC/KSKu&#10;Lx6If/Hwv/1TzXhfz8oaFXlGuJgz46XiBXrNr+aWrlg2AIoGF7DMTUHVXBOqTwLi0WOIWi2zcxnr&#10;52W20BbaJJioEs+zlShnW5Je6VoUDRW66LzkMZeoZPXGp6rsCD2VbTFX2nvReVbvGGhlKJKVdsdM&#10;RBWVMkYm38qDSb8GRQlV9LPPPqVBWeOpZn4vhY84B8qKN5NhC2Bw1//tX/9qLYi7P5ja3lEtF3eM&#10;qrssoj9M6C1ui3n1TeW3Gw/u/lmOCXcBvzc18JtknR1vqvxn6dJU72QClVPZ/LYaV97EzxbbgKc7&#10;lKnbOWtxW6vfyUu6De0pdtrtXaFbvFWH76rJ/E5tq955u8VtMnD5299gme+wke+ou99gum7LZOU2&#10;fqm4MwO/kW/nxc11u/vXW5FJu4r5dub8JrX4NqZJFUtGydWQ38UN9K5UvHtbVXMioaQW/u267Ena&#10;bZiUele3rt5eyK2wOT99/qrO019+JAzveBCefvvUoN1fKghKxzr3NLwAfSc734rty5uzUnZ/OLpS&#10;bm9v5rIHoZUU8zK8d2fR1XdXrfTxomSIBGDAMyUld0USeqs3jaES80ahK05GupbwPRX9f/of//vn&#10;//BbvuJo0Du6fzK7XrBCP/zo4ZcvX4XeijxHKq1e0/roIUku1qjNKaIYdbsBTp4H9ylmEHYEa4f6&#10;99PHJ5PrxXivffr8/H2jfvjgsNZqX14tU98nv/Dp1fX3T5+N7dZ3S5/9FZcvddeD9x+eXl8vXO+n&#10;P/nRZ//sL376s4+rrNRm9eW3z5XV+keffPT189fNeu0HHzxmhOv43ovnr7CnNnsWp4Cf/sWnJyeH&#10;FwJMTH70l5/+7sUrWn+ekTnN4vCDg9Vyca/TVE4OHXd2cNy5qOXPN+7UW/VO+i+WjjK2rwiyHTaI&#10;2GH8YY2aqeKwgIYN1svYr+RXKHS1NOzYLzOP6s+uN9hfZ0FY7TT/ehbcs1sQcPFcMUXE7Y+RkQmF&#10;WkvbELjFSFFcrJW/mycDWDh1DrJ532pg5WXhok1OMMx+G9leum8bwxrn4yohdIO6ydskmYDQS6NS&#10;BCocoLSaq5fsP2r6PA5eevlkCTFC4vZgZ7BsQRFjI6SKDZWEfIGNULk1byNBr0yhqFjG7bq79voV&#10;aBwGUaDTRdBp9lB78SQuNwLzX4aer8jq2qpZNOCX/kJiThSfhggGNsiUbWPA1jU06gin1ghGaUIL&#10;B5LRD4MUs0doZEz0PGejGAEhwa1+tnLCFad4MqcMpg653mNKjN2JDq5qrMLNLImdlctAtQtMFRVd&#10;ko4bbU5/jGzaLQ1sNWOfbqd1TblKBpXdmyebbg+lcpPYzJFpdTmmketr8MaH97r39jvd6eoMOzFi&#10;NEJOlxIAzwAK14F2FYRn7oYhLYKrVyvMSDB3JCLyGNSWqn7rEBGEfIJGMnPPogemX0oOIBzSF8Pb&#10;eR4ioKUY5gNVZ2H2oGtsnyUGZVyib/2kQqpqAXQH9V1lUK02FRWyjlgWVIVuGHuzZdf//mrBp9Cq&#10;Nbt40DYM5chaoC5LxW5QkNaDLJP9RNJ9ieFxYmWSMPRWzsVGrRy261fr5DHCTSYVcT6AIlPHacns&#10;lPFq2Nb0QXPALglYy6H7UMGuxuOetGq9k/ZjX2bYkQSyynBIH0AB1ZRn11eYr227xaAKiBdV8Wtn&#10;QUOdHzjzZmskdZzA8V5zVDJsbgqQKrHAlWq5sO8QO+POYl7LbCslvBGMFnavh4MOb4X+EaOD+40e&#10;Wbnccpy8qO8fdsYzf4nckSia49ZoGno1k+Mj+cP1vz7361F23GtOlksYzuC44OXkUv8jDGTbz0et&#10;Gn5WjtgcTOngUAh/dNT3giVwXGwfgzanUECvyAjTHpo2oFpJClK4BKWkTU24wc46hndDEdjrVOBa&#10;1zKUzNV2BVCXHEuDJAar1mR3zxKmajOxvpP5vLHrcFmJj6KYBLZCvY3DU7BGPBptrXofeX9NZ2Ks&#10;iz1ATifRAuEiahzlYhWO95rkt416+3HWYOc9nV4zFgPt4mS8ttawM5RXFQiFh7tIBO3k4jABKJU4&#10;NnoLs7VG9q3pJ92e1RgkfsCC3TSMaeDNwoioS7I32w3k4uB/RNqnCrwUV7AuXj66MpmoRku2lCJ+&#10;xqqs+ZSnPei4AfpbopspC8JBA0V1bdzqoBLA702jhJMhPlhidzgnNxs29j+Ehxw/pXuqV+OSvn00&#10;2Ec3jKSQsyVDnv1Oh/El0nfxaRYqdvl+n7e8QbhxyNTRVIVWhb8D1Jjo/hG31ybUMDW6d+CIKxqD&#10;UALJYgDvnRbmWUqdlDS1KiMpZjb9zmCxup76zsTzi4Z6Tn5dnp1dz+mU0E7t79nYNXtt24UsVang&#10;iscqjfm5RtOvjirWWyFaULLHo/3vXlwiYfE28V63NerQI/U4FbPwdjpjcEFsYWs3BBG8cJKHo71B&#10;G2MDhvCmKuZJXne+mPr4p5cQ/hQdATQfNoWlO4s4CMwczBMYJemPVNZUEjzyoISqCrNGSFqFpOnw&#10;52Lsz8tEKrp61Ods5Liol05MJHIkVvMugoXX6+SkDVxfIsFRgIHxZg5LY4oEU5qDXYvVyMhjF189&#10;P3Mj93OFCgGJxKgLnUHa6fCQUMEUUuSCAtKHTWgzKY8Y6muuSasiTUMk/3QHquLrrxIf6hFhla7p&#10;xURrFDZYS8GqzagfSCZBwkSpDLQJSdQKsl2NtvBeX6WJE1+uVtQVdHJYz8FmE19HA4hx96hB85SR&#10;JNHWK3YHWpVM7OkcUYCB5pov1kaLFwwiXsFKSHsa/ZPMqkRRCPKKK0wZHwV0GOGhNeoLf70ICGCr&#10;o/O36jYqCEEqhkChTSkk8OKDjvQkIomqWgYYUiflFrKSKiPJqtytquH4jPiwVRfX62uuT79qdiUw&#10;malsBjsSjy9ubTqYVOEtsAU696Tpr0MJ0mUyxlRBIzy36jqzGecKekD1+GLNFN+jFJkSNJlF6IzA&#10;07UwOxcI8pE45CjREM9dQaogEon+LE8jogitiQKCkx++8apO+lQ2XdPzoddGnwRrQxO69isnHLXg&#10;4tPx4q7uvl7NCfFmSn21XOM1KIeBkv5bSFkrR0I8B5w+cYzLbIRQt7oeSe9EQpQpUXm2RPYHTW0t&#10;s3COdnEpgGWPJ6CY82NFqAHgu0isUV5cX2ayvEtme5UoZebWvPkwWqxcBqtIuyloW+SUEz9RxUjB&#10;oSYlXi6Ttw98xAIyRRySmwo6grYWsCnYYDK20WmLYCSKXq2dKfAxpt0VrV/Rek0WPEKJWASoixOz&#10;zovX1sKj5gflglgQZ02FQ3GfD5o+kVi12InkXuEKRLLg6htK4oKmKr2ATP5FXlJoxPlSwTxPiXk2&#10;Xw4tCZFj8SGJ+i/v/anSiU4n8zI5BVBkNJvNVqslHOO0rHgpFql4aXCwOBtmMytdu8KzTfPTyQy1&#10;cl5OP0s+s77lQm21ymUKkVTR26ihLZsqK6WhqSwzya1XVS/TVnY1W1nO5GU9LFm7eXnKLMvabVmV&#10;l4z3TEi3mbCstsFH5aunuxH4DrD3T37wMRVGw25LnVASsO5UvAIjWTr+53/zqzVOveLt0Nk/gCQV&#10;d+JuldsEnUJ5K6ZH3WUavSXH1d7S5W5rxUIp/hEuUymj3daAd7Nht4VXWZEVt4inrZJ3V/JtXdDK&#10;7ntvRdJbY7B2Jwlp91O3A97iTnn7R2m5Nz/wrvq6uKvwvu093AC3tJtXWdx5F1tl+K443/2h9ub9&#10;Fnf8xTeXtihuP4mbovcNnOvtPCdNvWuF3nGv1LvRx/ICtiQv/vHeR58O0TWNqXjRqjLjhUlMxWts&#10;hfG3JuO7Yby3FupyKp2/evYSqU4hWHZp3HCfP336rV5DU0hfUZjJEkYt0Vfpdpi+E6uXA2j6O8BL&#10;MYJx/Chd5cLM026Sm7gb9a34v/yVFYncEvICpTnj6Eyi3sglwBHQkOFwmfpb3hblHc/pHBWORJ02&#10;9H/atYKV92d//rOXUwcB3CxJl0svXCItU1kBfW893h9B6n/+9Oz9Rw+fvp6+fHU6OZ8NSbKZO/cO&#10;9pOq9u13zykG1gHszRo1xsuZA7Du28nk97/79vHecHg4fDmbP27bf/4v/iLvtJez5bvDQf8Hjz2l&#10;+O1//iLF57kKD6z205enf/X//vU3v33CkQ2mik4qgh+gBPKDDMzdfL6kT4YZ5nQO2nk5shoHRwfn&#10;S5dU8vbAvGxARGS0kjsHmttV19fuB0cH5sGw8c6IU8CUXeHd9rmV33vYmrJ2cCjY63/vzY1ei4X2&#10;+BES62WgMmWvxqY+jQI2vRdJAmXyVcyMKB1Iyo6MzIy2+btrZ12obpAcNFW+G3BxuGbtaDpFcB0W&#10;XfA8dB8V7VtCF8kPSPPHNtGRGrhFUB+rMG6YMGaQA+XdGifTGDGkxIfqUlAtozXyW+yjdKSvNuKJ&#10;ebFKnKi4321TKyIY/kGXmNKKG0SIOdm41gzyU0iqqO30r6Li92s8REo7r4wk/zHhAl65wbhVRZ5q&#10;6o1+zerDBpGblvchKC0UbhdLljDmZ7AT0fdJQsVV5Cw2Hgo3j/QGOqmbpRssJBOaMXJFyLSyk8rt&#10;sRHlPcqlZFMzNYBGCLOezS7XTI2c6LPDk44xYpKBxEgPiv3OQehdX8ymIRxeMhgj11brw+4ewbDX&#10;wG0QLSvSpSRgA2bIbMP0gcgMetPFsNNFRjho29zw8+Xy6emqC98IckxMmhFKPdWLTk+95RrzmG0z&#10;0oQmIwZFqzLhVIdROsvHpQaLoaxtKAPiGciQpMZMKmtRV+RYo/HW2kzzlHRvUGU60KxXuwZw8axf&#10;aXQazLE1lI/3KJQ05VeLhC2XYx8UYDfaDIoKcY5Abfd7DKZB7TII1GZJcdQxmeRThPBUj+sawJx/&#10;dxb4Xiju+6pGQO4qKvaMWq9RB/TFsua4GLoYrRriKyNRGRltpj2wqtM4tuGRBIndyJikNysN5G5k&#10;tnpK2JYXSX5H42zFDlrZxFC3+XY1VHhfQb1oXEeeKZgBnvKNQeBozTqdQ8MlkBXqiUW5J6OKgiMT&#10;RUtlsVpW7LYbe0xMOSeGSUifhXvVEMVdXUIFyVGhDw+5x10aZguvGo8CwJ5OtxuG7p4NvQ2MSNBo&#10;9V4vphSqSN9ty4a8+syZCNmrbrpEWEchUo5lEmOeX7vxj44PJ84C6ylWsx75Mx2DLNmZHw85Q7eM&#10;RAaVqDXUEhDLEVkkLgRfocniCVdj5ldEY+KfBFmstGtWUARoxXzYrmreYsFTaljNSa2k5iEnlj4G&#10;BykkNXBxh51xV1rZVHciOgXhBjaGpdgj/FDT+1WmvtDLAtEWRvrrVbTfF1PxyGodmW34m1EcLNZx&#10;FWUw8G3EnFxGOgpk2OTc7EhhONMzgA35WJ/P/P2D/u8vF2PMgKpKSU9lHkriehZ6CcbjYWvEVA8s&#10;AlLCveGe43jtFlwZv1Ya7tgszq+uV8Q4pyHTHfEsbIphqzMNpqTXcOv6BFNDntlwKDR5bHlYa3U7&#10;3axto4s8zQsXdKbY6nAfgt7FPYOFEa+LJksZbgjaNbOcyKvWUYS30OxoUMcYrMcuyotAwnjoDFBR&#10;ktWEjKHuB1SR1FEINNKrRYoiF2Ms/knGvkwMhx0gyVRH2CYLgaKIZyIZdEisTTmYMrgTDR/nMDov&#10;wMo0o2/BdzcpQARQBhcMIB9RnRXrynWHg7Gz8gH7Wxb3QyhMLIhZxImlKQR1OH8gJFl9cX7SigK7&#10;Q6l5fzRk26T7qBHYWwjSmWtFvjQ0R0pcaoBhm3JXylLkErnkrZptFmtNXzgYmBOjCpiaE3Wdsyub&#10;b7NpEPLZQQmsQnxhiEd7iaMnIznQ7cpBZ8zM043cZhdNx+bh0QGpbnSjiGYjtXZFvRXlDDKrlZSm&#10;ydfP3eNRX4JekPhqcvyUeDKxmhdtu6+TLSZTxirLcuQ5UjML0AcftSYcaVTWmkE4L5CPjUxWU2kf&#10;kGhdbvgDm8kkBULG0sRTQOuCCoFnHbloR9JedCmWqhloXEEGG5WNIhEuqAx8V/Jf2TV4QsNsQVSe&#10;3Rhx9xPsTDQ3y1hbZTxuhUV6vXRpAHJvQ0AiHZoeG5IinDieZDsTOwddmBI9ESK5RsNhLbE+nGyw&#10;xMfSpaLwsfAAWYO9Vou8my5sKNLAUpmjxqUzvKZbvWp9GSUvWAJUPKuw380wTJCsUxRjZOWGlbEt&#10;Ezum55XK0kFnkF4tp+DcYYsktHhUlggdqjkjZxmsoaGghVgFnInQaU3VGCtxr6aTO+AQAKahp8+E&#10;PVdwrhA9MhcOETKykyKOEHASSqVLx4TZOOcxKjafFgydGlBWVNeEHlBS8zAQA0t/uSraBY0eGdgn&#10;blp2Q5wac2pBVYGgZ4hgQwy/favVbXJYdFhuIOa2TRs8AgsUW0iUuKvAIU0bmUmTelytEWfFoY3O&#10;BqtKkKxJFUY/znSkJk8UNUxVDO9FDfI68zd6IuSEs1DAxCNM3ccykYleq9saAGXnSYSQQs+FTZu2&#10;FzlS57O1xuyXPVWRQfnF0uXMYHXG8HshjQepT8sVqSBtW2BUg06bnhTOA27VK3fe4mhS6yG5trC5&#10;SdwlAkG44JDbxfzMS2cfZZuhG4u/AMngmmE66AERKlMma9cOYc80/uBdJVMHnrSoFemnc7Cm1yUw&#10;rJyLzwNSa6pCMwEVbQg4Gm2KFH4InqRFnIkUkucZoQqdHTY27vxCQIDgtbQubXc/cNbir9lrkUvY&#10;pVUa0FRqjH9x8m/+VBWvzHhl4sps6Zq8kNUq8oGVbUpWs261mK+jlwI719xCdNQywAlqTJWIZ0GL&#10;izJlm6DLm1O39KnS07tV0pYS5fyWyFROdm91uTIj2wbSbEs5bTfl21Vj/AgBgqsEqhmSu5sIYp9v&#10;4/+KcrqcI289vYygUVScHB2999474jexO6XElHcgv+HNjFclmc//3d/IjDffTiuLt6JjlVuR7W25&#10;+IZt9DZXSbsDj7pJhNW25ab6pqS7CRPKtTchu2pxa5ZVb5OAizvjxh0nqrjN8ylubKcyS1fL8eDN&#10;12yv441/lUuW3wnEvYU+39pod+X3jXX31sR6+wNvpsR/RJm6EyF8J6voVhl9Wy3fzJN3n6TydqZx&#10;8abULG6Uzze/8QZ4fcOgunlhtxBm7a1KufzvnSj+Bk99O+wtr9oHn/y41+2N98eCEsd42iwr3rLn&#10;+Ie17lvwsF1mFZ/ay2cvsKTc3LtUDen333/PFKdqWGI4Z3sASlLyqyR3F/FNGRZdFzgWjTuVu07m&#10;CpyXK4Kw2sqwhacmmVklq1weqDLiqHToShobBrzAF0ygLg+dIlrFiqT+ypMjk2qJvxZzVgnl5t7/&#10;r48P+yOiPZv3Hhx9/+S7hy3rZDzcbNL9w4PuaLjfxrNqYAs8ePAIiVpI0Mhw1LBBeHlN+KKmGTNO&#10;WLnQY/AZnE/mql6//879uedcTqYH3XZ71D/Yo/VWb49Gr84mr56d0pY/hvvv+AtvfnxvtJbMMmCO&#10;MdJNWrv3Pv7w//zNV89fnSIuJsWh3ah9+PMfEhHw3HH/wz98OTg4bHbs9++POEOviEL57H2uAGJT&#10;0kX3j8efv3hhvN+ow/NxydqxQHM+SSjGjLhWrEx1XS8812v1kGH2USlzfEava9nd58sZwQ5Zo1nr&#10;jiZI32o1PEjIjx2hEQLCQRBmkr19inynVv/GTT6xjUmcoFiRgXqiWmZvGoQv46hGC9lXekjC0xpF&#10;5zsN7dO+NTA5jUlXmMC9IgnHUODzWNKJwMlWgQbTPEUz3L0MfCLm+dN/WDIcwkshvYqXATPJ6rE9&#10;xCLKPBAnUaUuDy73B71i7KaTdYS9igEyrcK+iPBzevCMiaRGqVWf0bvnINVoXLjrC3KnSHvMAiTz&#10;qLVICXho9/dJcqX7LmmHOVt5JKYgjm3ZPGA+hMMIZXgjJLIWk6DRnFw4TWEj0U8ns6lDyCSnH+5Z&#10;RSSUnAbalvSzGw4G4iCuKfXrq0tDTJKIrWIq0kUGB79gdMxWfdLZx1rFuwD2STf/6fX8Xn9If4MT&#10;HfVrLWMAkbTZtvnJovfZLIIVB/xhr2uIcpvbDTcbab+15Wp6MVv/6P49fvFkOe3V1aezeYbeD+wF&#10;CZm61jca5B4Bhu4KrLroSdoBI6MNzVhg1xzFKIZJTGD+wKW5XhEkBU2K05Mqskf8bkp2v2HRq9Ya&#10;+tRPG8ioVFqmUb+BzooIymSMj45RebqZR+SIZmdB1qkqTEIY6kToqkPO0OJNejljqqIc2drLqNAb&#10;xsU0pNc+d9llVD9Wx2i/1ykBkj0aK3j7Ah5YjrnFw14XAae036Qew/DMHQE0KwX5BQ+F5sgyCfig&#10;AauKwJAxk6qDpUXru15j4W5iqAwCD+E3n80y9lmCoF7jo0sKjzGRZjQ5XLH5vZw74+7RwnOwY3WM&#10;PlaH09kcKiyzjlH3OC/Cy8WcDhSySPDqiwVls3l/cASaMqDloke1DDMnTuDqZUgUrdWX3NCCgnJN&#10;icC0HHbrJoAlyw1PyBBnYo5r7w6Z8YNCUwE24dq+N+q+mgku6p1upyeBmdqAK4gkEZcls6Mk6dsV&#10;yRNnaiL6d8KA1ujCngJNylI4MIyVkFBi1dsI/CuXWQfHUvIqyu5OTSFP1uiZA0VwoEshMCnahYfA&#10;EtuYOTJAyrGvb3CJp0nFrjXzGF79irv825eSJzRs14N1ch8DbYZF2EMIAAebkzVnlmATiy0aEY4u&#10;AtSKBDXDU8WpVRAOiY4RJ3+4CQeWwaSPwnrmrlGYMyV/ceUj6j+9ni3Wa4ZXttmazmaL1YoDXr/b&#10;RodK0+G1cwXdGocDGWycJl8EKVbJfqtxhYAC9nKlwZi63WhFbtTmdFUDKmBBRcD312v1qOomLvp+&#10;6mRlr8/EuM1AldxrxJlujk8YCIUpgwCidBMEI9CNKPSQzGNfWKBZxQ3RKNMrMEtz670gnanIpqT+&#10;Ypy3mZ/rUwLa6CJUOTAJbp02hCNpuJxdtZINLHgqhmyMmxKBfGMFNIi12WsNQe7pSPsTQtxXg/aY&#10;s9Sz6zO2Ijjr6KB9BJeyU1F0SMQ3imPHJ14YGgLxXgXpOOSAo34ES+YsnXtD4WocDtoRGDdegO9z&#10;KObIzXNXkS1U7bd7igztye1KucYrspThxOTCkRZVBVfMNs+vVkOeZEqfjbrZsF/WbaunC30pFTaS&#10;3XI2UUPiwKuXU5dj2X6/ez2dsm6BcmSgynYLUJcLh2d3HuaUn0EoInQaEejMW4QDt1oghRnqT1yq&#10;Mo0CFg8FQ3luPESK+CVqoOwqDUwlHs8lc07+XUZCmMT70NSibqKuRk1Pv5yJaU1vwarFuVwTjLGG&#10;0idL13yWXAe2eRZyKEjoaCpaw2VKrGl9u4/51xUxMhtdEyjFoIUOgr0IYRO/ImPwWxMoDr1vD61J&#10;QwaKNVnwEYiaNtGADaEUpThmCYqDiMHgmLCrpVKQGztZ0L0k64bCRHLbMb37qToLZOhMvYipmcMA&#10;EH1SgnAIk/Q7tt6htkScybODQBq4T5leHixiyc7ar1cIappcuaCGmZYlItbgY2X4zxkE0vUGpfrA&#10;7AFgs5rjpsGCJg5eo96mRnU21Ic0f4SdYVXjE3vwAAlYhT6cydyR21PlzsemgkesIjZT6i6eUE5B&#10;JN/4saTBoVYoNX1CQrEbSLISP4xAubNTUHfP/AX3MSQ2dxNiRq6WtkPIFBG7GvoEUF9gJjP6HUpL&#10;+NYSJkQV3uCiiO+B+X9M45hcvigSEiK9KpRE6HGJcGd97rdaG9Z7+s9IONC2WIeUGG7okAx/scol&#10;ykItEVEVopv2l4tVv9XeCKcqaBi2z3kBUlMOhBmnTjEcjbWSVETjhSHgi+u1YVaBK7E/o1wTNwSD&#10;cVo+pHCxSDatrkjplOv1EqkXqLfTi7lEShQCIbBtinNmJMSTVJiaO5vrS/8K2AiXlZYcHlvGp0zw&#10;CyH2I+ZGVMxppUodzOrMlsdWwcF1IMHjIourEp/GgsnKKQ+nLp5UWgzyTNcOWyAzNwI6AZ9JK1MV&#10;aTQvX4YmOEGqWKrLkHmkF9LSESQenyKfENW/IvgFjmf62Oq50/BqDTa/V+UYp2/OLq8ZCdDZ/Mmf&#10;ruK9nJUj3owldwW/zoWAjqBERJXcRrAg4B3wPxqmRaGLx1wUQVrl9OxCcqm34UCZnPhFQlOC14Q7&#10;tfWOliGiUpTuBKhFmWSkbStdoTGVSUZbIPBufHmTLivfJRlH8vPLFCI53TMQKeORtNL8KtWDIWSg&#10;XNy/BCMn0cFo9PDxIyjbLSpeaWnkNzNeZTfjpZPoRZ//7a9QiOyyXkpN6Q1deldwFW9Uszuzp/Zm&#10;3rid4koamratcG8ze9WtP3QbYLsrL7eBw1oJLFJv2EpbYLX8K6ERqUUZbLMFepWqkTKZeDvBLK/R&#10;Lf9JpOPbPsJ2urwdJt6FNb0Z92o3b+imeBaheFkeyt/61sq6vf5lyawVinrzGrZZQmWBqe4+oO3b&#10;EF+BfO9NMX/jC87L/729mLdEMFGeb0fc/Ecvv025aQio25e3/S3bYltTdv9XPuLy9W0zrrQ74UFb&#10;++3238vfyk3nZHcjlbfC9l1yA33yyU/6w57k8dLCxcfbansetqNWebUL9Q7U+uZllkZsRSt1Bcjf&#10;8otnz7CrCBpBSlIOAvH5y5dy2EXJo8uQVnzpwm+rIyW8CSAuyvtCQo127gBNVm3RqO/eoyicVQFc&#10;FVs7gDiE02T7kXCKkMabAPArdbNVNo9YoKOSe0V5vZFFhHteXi+vivLaNg+PD4ic+c+///LJkyeV&#10;w+PBwxOzacH4+eLJkxZT4gr+RqXfCX0OF1PwljHl5fDB/bXj94fd//X/+r+HcTYTZ5T+zskI/P7n&#10;X31Xi1bjRvOHD+/17t2bect7Jwevpgsf5MRieR0Hnrv++MOT2ka5fPHq63PY7ipHzsOD4X6v9eWz&#10;Xx0c7n3vz6ihH9UsJdL+9jdfnKebsFI9eHzvsx+9Y0abL7/45uh4oLUNLIxodttGqh/1ziLvvK1l&#10;XckPMO41vRCRrgjGs1H39WT5cP+9Xz998q7dTeqtZ8twhRw0dtRKcRn7zFHpYFwsQgJZETx/tN9Z&#10;+dkyza4DjJH02FV0mzhXItrAWoVQjdDbwCdkV3vhpphT3q8CCfQ6BLQyYmoguLVfeJeDuordBen1&#10;oGGTYBIDykzXrNstBmL8l8TbaTMHniHJEwZOpFGjvc5d8AyPTe0qyQYKclDl0w7uNXkl9NY6MttR&#10;HCn9WGdTiTU3a69XyXGjhth1vwEBWIF4dL0OWyGetXXTNkhmREUG86YQW46CkBikIo1VthN8aS/9&#10;ecA0AghkEC80ZemugTLjrSUbdC2RQwVi4qtLr5przS6kVn9/35K7TWUwwh7LSIsWcxpkwnRh8+9b&#10;Ksa3imI+Ot7/FmvL4uyjw3t73X00z3RsANOQKHBxvWw1YcSiJzV4XhFNzSenNoLdFlEHQE0hW2Y2&#10;uCOLVJ26mwScbVzsUhTQpHS2951lOI/WkGm7CGgbGI/d/e4+IbQGcRmhd9Rrfnl+Rf4KI5t9IZAw&#10;565+h9muQoAQn0UmAYBRCn0LMwpM0IaowRU4Vcd948Uq/HCgH9l1+g/0YL1sM9s4VwlDPw6TzaGR&#10;X+bxuy0SJAoQpE30oowW8cGB8AqiRRaj/ObJPuQnr6X05NCG+LtZER7oeiWxKCQsMwFjwuKoSCeV&#10;FYuaJ/EQiI3OOZKmHqnTzar6lHAUnHiJ+rs4/2lHfeK5+0XtHdv2tPh3c+e4iyc1bVBl5vqpu3i3&#10;T2WcMvJrNtKG+Hibo7oVEalTSFccVeuzp6cn+JIhMJPS2W2/mM/XKV32yDT4Lh+ipkMsipd3bWO+&#10;uOK+mMxXnILJiXkdbg4t62rjOlcRjB+moCRsFQ75TF0wZQxLNitifnuJ/5K5HmqpnAkCpWU8xbqV&#10;h+zlsjaBwz1pdwGp+VzmmgouZa9pGS5p4MyzonUY93pmCoiklxJw2vSg9ZqTiUtzrd1tcGuBZ3HI&#10;JVIxsBHIUXTN4tJx943BubMgT4vCj6M7o0jEejiK2+Q00ctGUkhvCruewowRmxxTicEmneOJpMB1&#10;wUcTC4TR1Fvw0RDmwTK1QMSoErKj1sAX6dGLyeUHB8eDqtvpNt9rNk6nDKdhsbP9g6PhU2RCgtY9&#10;FhtaKunBc5n7WZHPsLxocXupGi7uJ2e+JqE7SV+tDIRY3mG8xdiTgE3yj2BT9feMp547gjCc585y&#10;ii70dOJ0jHrqzmuEsmi1+WpGgU3CJKehVYFHpQCaDl1IY+wEPwxfMn2IdYa2+95hH5JL3+pxJl8s&#10;zoz24HR6wQbT7HXA/nbx3vONei54LvZew55c4ckDnMVtiM4UV1yI1Zrz/9Kb5ckVxv5+YzB3rwSI&#10;zZRFwb7OtpSd2C1PXaOfVwWoxqRONlvGzyd7vZfnUPw2PvVaXmCyIIoUkSMUmSUuefzY1E7txtpP&#10;aSX4qwgLYsWw587qauO1ssBfueDwwURE9RkB6d2mXatZV1evg2DNE75w13R06R0wJN9v1JgWM0V6&#10;McO5rA8NbRpyyo2saI18HRxCXNUfH1ioqOECeF7SrbWx7mOaDMI1mu8HnYP63gmLHKIahbnQGtUO&#10;TdL+vQGZJkpMUzP1zUpOzUAziAAyVmcmYouVjGFwS1IKMi4/naOteC0FtlpzuOXR2izYfAR+Sg/p&#10;2Lb8kBg76qIYay6HgX4zXQVzalhM8eqmwrJwb9RHXl7EnhKEll3lqK9XaYSmTbsRJT5YAMSkkcsO&#10;eU2CMeYPAmjZZxEGM3wDIbLfbuHecEMPkhy/HUOk+MuZS9ep8elvkNUlUzy4uyii2kYPFQT7fr+z&#10;T7t7tQbRr7nughshjr0r2o0sUEZ15p4hxqal2DRa1DgtozefXcaVuGcd/fQ9+8uLJyAYAB3i+rle&#10;OgeWdUziKoWMmvd7TSb//PoTE5iece2dhpLApEYhds2K0MOqih+EDM6hHQUetZkoohuV1kq6KqwX&#10;0XTNjFr5yNAmfoZJvlFJjw4P4mhJRBB8RdqUasXiysYZnAIw/yQUZ5TLi/UlW1O/SSI3yKXKtb+I&#10;Mr1hsbTGWqRPGVFqM0sTAAEiZ7xYMNSofv3EITaMyTCzReJmC12s5hRaY6NJixDxHqYCmlwzfzPf&#10;RASxCd/H6Ljx3IsWdh2hAY1gLAm8w1RymcoTOyZvu6YOrQrzA4QQlGvUmvir4aHjmaX4rZecQFKp&#10;TTZcnYQeyk2I1hy45CHq1UQsinCNPDLWjbmvkFloY8Rtmu2UZZL9HTyknqh0rhGIZfH6EvgUM1gQ&#10;cWfwS1wHzUsmtboh8d5pMHdmKz847LUlmlhEQ/VgU4lEp82DY6bCgobCSe4axwcsCGGlmVFCQ/jn&#10;V3h+7KnVvtWH2DdbnFZyXy399mNL8SEL6hlUPubYaMMQf1xttF4WYn13N9pzL3jQRmUjU325KFVO&#10;F/ArMIuQZ0XXAMiIgat3g25Ik0oYVT+AQCQNNAPo2IhAzFBHAl6in0tzGx2OHL0xU1/7AC9Drc7/&#10;poclwMtUII5UjnTnubEJhRchgC4zuA2dLz1abFQYMcyk+/cPP7bMjsGo+k/3167e2BV9b8S4N6ih&#10;21yam2KOI1ghrSFullJYzHvJy+O+ZJxvi6Cbn7Md6m51vtt533aoJdZN8fbfKJZLEWlZ9+4mXXpZ&#10;GOwyTjUtu8k7LUNZtmBh5ArVsqzWJSEmFVcNkZDi7N2Rdu+E4txUjLnoQVPqdsMw5UeVFdiWrCtR&#10;a6JP2fo3t+XkLWeo2AXW3jH47lhWt2Wwqt5BUinajf9XfZNWu6U97Wam+W4IK1NtrUTvqrflfunt&#10;3M2ft4XkzTBavQM5Lm5ygDVt97vzN+rwN6ZfZYdQLkvz7TWUCFlFvTv/Ve6qo99MhdVCeZsfXeyk&#10;yzsrcPGGlXXXBr17FYIN43Mrf7Pytin3bQGxWtyFWd34kXeq5fxuTFRxR4n+xqh88yKkf1AqW8p7&#10;VWLq0AIUWxH4rTy6uEkA3mmyd72Ju8iwO59TLuHjzB7KUpvdNJdIal0aKfr2wvK1MqFF5CjKZJpf&#10;eflxyXdJemFpBOCaJ5JRVJK0SwOPfFlWJjJvK2xVJrnlnS4if0iQDHP5uo2EMOYx8kjmw6UNXr6f&#10;4+FW2gAwg3niv/3JhxwrISHnXvjzjx6b4xGsgsXSaXY70GkW51dd2z55cHw1v16tfRbWB4d70CXX&#10;i4V7MdFBfZjmZ8cDKs35xayzPzh14++enbVNEMg9gIQ8phy6n52+Dj337795drTfG3fqYzEEd8GY&#10;huSE6uoHn35MWu8He6Nar/nuxwd7I/O9Dx9Uu9bl5fT+/khBsNU1KXfffXz4+gIu0vRw3Cv6HIVa&#10;8dC4Xp5+//p1eGB+p63r6BdNbRmnjln7Rql/y5xhswnUdEkPNQ/Z1zE4TvHohOsJOquKNiX2FoBh&#10;RWTJM87hSSIUYlichsSQXGwY5PLTFEvTZGBYJ54yH5l1BkIchxhGjHCPGPiCNtJO06rHLeYQnC2J&#10;JnJWedqtS8AjwNKsll0GzhSSWK6OrLwUFldfLBDrUZhpSPJezZ1qA6VLLIhPRejb/L1YA2GmzKoK&#10;60gLoRIi9EYawD+ZTyfCnyweNK0vluuBRZnBfDIH2NBkl6UlrShHaGuEnsk9QoSpMjLYcWimJi6b&#10;INBj9Mogi7OEk20U03VWqNYQ77EGYkFxAqZlQok4FKMmqyzntjXjBYLIo3pGhcyyx6yVU2iSclDg&#10;YsPWksjBesXCBBxXNgjCO2Z34S5Y6JGmorFkdQf+jLhPnqsGVkbM3AlBvJkozGDSWiuPmT/fjdMy&#10;g2dbb+pPZw5DNPo503XSq5J40UO/9fpy8uiwf4GCGm8VJsP+IAnXCBDQmEFEYr/sNmuQQH7zKvxy&#10;BqO13mYwIrw3wE5S9tNKXiA+t2SAb0goT8GUhkygAZzSquHBWfE3X/gEOzDwZEqsT5xgv2PRWXi1&#10;ynp4VsndHcL0Snp1+9WVh5TalNoha5aaMX9NUg59aRSl4C8p4YGaVi6dvIYUjFI8V79bZ5M0x9Mp&#10;CcDgkqv6++QmFeLMyvWU1CRGY4bQf4sTC8p0QYoKubtk+2DgvwrwK+ohzsNWl2MWPQuica/8TPow&#10;CkKCZl2xW62ej20Vcb+WN5s1hzsMEXKM7dF3GSxASRULlkY3XjDI9fw14gZ0j5xYyrQycD4rZH4Y&#10;Alv0W3Sw4MNWlwEkfJCx1QpjSYDkFpLJXn2Midi09gEYMcgK8ZPhztII5akyrWVUSPAtDsPX8/nr&#10;pYd3jHSgfsMeW20aeDwafIFtWefukjMWGxVoX+JkR31G2hAjqe1YhVkVcgal63XAmV46z+KoTDgk&#10;davaXqNFJUyNURPaLlLN6iTFDIgCNad1ZeK+ayAJNxnkYp/G3KYVCeMYgKZSxW2WEIlNDXGpNd0s&#10;6YQDHcJdecYNraRNleGYjfYPicTDYRfFL1iyKEbpOkwDKE2x5IpASihbkjwvVTkd07RirbLmnssK&#10;DESmZ1Tu9ciwZElrgbLv2rUX0yvil/ftKgUbp/n7thEzkZMpdIp8nBEpZzvkM9OldzTuT4lu3Gzu&#10;7XUu5+GDke24oZBOimJy7UuyopxyCMuJqO5RwFPhSyOEPgKfuBQvCV5iUtp6Fp2sMJfQr02jqJD0&#10;g/GZ+5ajJ8wkiRulllUIEoOXFtDRy8W0kHHs7vHo1riJAa5g2I4FV6PXgAj6GWL4qmDcCUmSm4de&#10;YIZalKZ0i1N5rpOTfG80xMc4dZY2wGspfeCugeDmzarz9ZLEUl03vnrxEvexodUPR/sEPGLeXqXK&#10;0GgBOvYdCkYAcnv7/UMWNO5DFMIAqIaNHjxU00ThaPZs4qNQOxYQroRaL1gv5TKF24doHKKAmGNN&#10;9Ngintp4mDUJoCqSted5WkAXzPcjtjYA5v12g56nLmhfVgcEmPrh3tH8+rtUoZ8pOUyu4yC1xPrJ&#10;wZBhpZTucboIGe7pHLzPvXSPHCFE/olQcY/H+2ioic5jHNo2K0jN5fAgqV0a8o3DrkUH+nA4mi68&#10;d/YOJPON2kkRq28awaLDXUm5S9VQ8AGL1SHWpq+XfPvrhYsOYtQbJ5DtNz6nEY6XbYTrtGFTF+mk&#10;Lrg1eFdUAOTGMZMkwFZfRg4PDCUcll0ouR1csawb9B21cL3xAAdrsv5DnY8pgJnlVxQxj6JYqcis&#10;KV4XIYPiZlE9869oMCiI+PX2qNkbmhYIa5epc7Im2Y5uDlEz+EHwuUMtZtwKPRvnRBPnPZM2rUr8&#10;GHcImwJbjEcsdxZ1jD1ugyWD61IbxDdakhVnEUpL9Juw99B5Ad6P1+xzeUR+Mp7ZTGzBDXuNwELV&#10;Xl0vPXGSk7Vcd5cTly4/V8knP0wlAa4niKBsFrqbOrYL0tRy1GxYCmin4pE36RdBldNR3+SSnMAG&#10;CiQJW20qupcaoDaiccB+ZhhWO3XhlydimQfrRC4uQholpXeBfzyRgzPPh9Iow14EWCc6OY0JNxFH&#10;DFQ5Z0l9yR6ZCuvLZRlPFCK6sHhIQcKv5OZg7swCVxH0BnPRfrfFWSzJZ/PAEcE15w1SgFVGFqyB&#10;bLVSX1QldEnitbR8A46uO9zDPFMhOktTJq5LR448LEKz8PsgMPn44YNsE456LTGHiZA4dwm/jcQP&#10;RO6Uu4j3+nurecDbhHAKCgCjCi+uJfftOq2i8MEWRkN8hRJceuS6OWr2c7p8BVAridDk7qUpdgAN&#10;AgeSnEATfD10n/hFCEGQVu2RgNTosJVz4yFzQK7DZW41dRQM5KuDlmTznXgknGkcxLoGBvRiGXAU&#10;xKMrXTOfvG9hOnCRVaEFZJLAtCnRrBXJSeLZgdAp9jDsDGyyoeAMhcXFR8B01V1cc7/9/N6//lOR&#10;qyaLrUAYmtpivsAZxIyXxXmnarbBxqERqzA04ovoPpfc3fzs7LVUhQIXU0VJgi6lrEi2U9xC2JwS&#10;rF3iq/LtMHE3eFR3Q0uZONyRC99k29wofkWQrG+toHxDKrEueJckXD0X9y+dT9qbkrmzrVeFUuau&#10;Hj96dHh0gI7P6vR2eGdJTpIfz06PjoNX4PnhF3/3N7PpNUHpQpCTvPQyMp2iPZczNuuWyKezMtKI&#10;6kLK6bSsqZPtIDvf+ofL/5dvp9tJ+TX8q7T8Oyv/t/yd7KrxpJyAi9+z/CmxYN7lIMBKmUhjqfx1&#10;27/4kli+EkIiPDT5vrj8ZYm0FsqfsP2C8l+l25e3/Sspv6B8Jdn2y7Lt6y/fC++UtOSkTLcTN6h8&#10;eby1Vadl47vsGqTb7yr/mW5fRvn25Ovl3Sflb9++uvKtlH+ebL9FvjiR1ylfJtFthVr+Jq5w+eKS&#10;3V9x+WOF6ZTcvtntO9j+/GT3Zm6/Q76m/C75FRmMj2T7N3UG6AyoLxikNqzbihh2N1IuJvKaPvzo&#10;R108p8OBfHcUNhl8MuM1LV1uLeXtCCf1jZn6JkWJ6uLs+QtuIKIWtn51Pt3Li0v6bE27WxHjbaVp&#10;ShwjckJOqrS6+DNhsykl37G0/pbkvmKrVsjKZ0ES7sp5eEXSqrXt6H4bRl3Ou7nJjVL4zCFFyHB8&#10;dELfr1S2T5ZexvYiqi3lA7r+3/38h6dnlzErIosf1hw/AKGBYAUsL7Phht06ORxDd4BSfdLr33/3&#10;/vnkqt2o91u1y9nswWhgBd6Tr76fZbl5sO8QXrnZfPbRw8Oj/e+unZ5ZPWk3fv3Nc6z9F4H30w8f&#10;okbmRdkje3hw0Bscvjx/9bMPTzTWdVi1OmdKAtaMf/d3X48+Gj9JHLB7bOPJuE7f3r538PLytVVV&#10;7sPOPhl7o8akEc7rNCQTdc9W7u3Po2g87BG5uYeVszH83+f+xE8f9Xu/wfpDFkJLPirm6r+fe2Bn&#10;Yy3hHIJ4lRkbk3I3z56s4o/HBnSaV/PUrsb3x6MuMj1F2W9UH9mgXzaRRALSYKdDqflhYjM1xZNT&#10;JHstE/Mb49xhndxzLJsG3EQOMU1ph2PlzV7nwflaTG5G2QObBcn3kxBT1kl3wBSeJ8kTv2XBhww4&#10;tW9Z+SZm1UYDOluQ6yEhhl4MWDfpSKwzTfqkZzYmoEfjeJ+QAUTOIHCSjPhWGeTWCd2Q7ADpiNEk&#10;zlKZThW5r6TIbiebbJrlT6KcsQwRRn1CEbTaV/MEXGOnWSXilUMlFBQS0TuE1MqIpolC3qVhzrkM&#10;1xlKuQIip5z3e6YZLAp36sd1yryG0Rqer2azNfqHBihdNGkwkomu8Lw5DE06V5cbv5bosEMYcV+G&#10;y29RZXF1YYMlyewK6Wg024RrTbvfaXLRxh17k21eODGG2+MODDESDtA5Kn//8vyDQ/twrxszpTEN&#10;hsdIsUB+MV9wg/zMdR/vU8tk38zCM1W716j1LIE5gAfnQTzutlBkIami8oQUhTmWz5FzOQUZFiza&#10;/GfXSI9Vzp60KpA3Ww2+jAOlkpV0ENaSx/tdhPQcyjnmki00B+1ULYZNrfv/8/ZeTZJk2Z2fywj3&#10;cA8PnbIyq6q7Wo7EDEjAFjRwgaWwtV0ansgXmvGZX4oPfOcLjVwaSRAGGkgDMANgBDCN6ZnqLpmV&#10;KrSHh2vB37keWd34AMNGTaIqMzKEi3vPOX9lexJ6JPxJtIwy+KSNpV5BPx+X1bpgUF3jXnrWE1XP&#10;jAa5qP7zZ4/4PAw14BrA88AjBy6pyJWApCbjmVWqrbw8deyzwZSjGgT+2+X+rO9+PU94BvGNr7R1&#10;rm/QkcLD1HBhIesVCDdf5vmKvBPAKKOlgfW2WbTYJcPukDEHi7hQ0zmLjCDqmjgWTGhuBZigDq+X&#10;Mfm6xtlYpI8t42gXNzeb6HwSYITJssOiqModTG08TrDfnWF9g6IKD28flypU5XV1s9+gGT12fSKm&#10;r6MNQ3qW16Njn8pqbHWhvAaee0ziayNpE4XItinWgAdoX8u6U1E4iMIZlrZcwxh7iucHzRI6TdkO&#10;NHyYOji3odB7s4xB7OmZ93XyNhFlFBTG485o7Ey44q4JSdzHfbHQ6ZClKdEf8PoMN4nisWuhg4Wn&#10;uy3iXdKsUnQMHVb0kwHtLbVUTtovpHl8R7FMM2RRrRn1AEBQoNLdYWlD68tSzBunekbBC92cgoua&#10;ZLFJYAXjQL9Oo/FwyARnBJ8b5reUHDiEA+Az2azPx2OSHmxyfTtCskG/R2WPZW6fi0CT6FqojKeT&#10;ab2vCeCJohhD+F1t4E/LMBY3mJ7lMIW638W4oyECRMSXc4zT6MztnY3OuGz28ZZ8RWpMAloDGPkN&#10;YUGlUjMV99EONSXMU5EFbrbMdDfoHhm81ebjMenZ0DtAqne2oPcyBRGTWYM9iXwUOhRx9lH5APRv&#10;AQgkJdvNvpoFnrggwp1GPV7B+AUiFvoiEllh0GnmDRV6mUGzBPqdTkYn41NTSUuxEL9aLs7GR1Ze&#10;7TaL0Tj4cPrBwOj/9Iu/Rx0pHGkmILp77J6u7rcWgR8WyhNjrZgI2B88Pj7a7veuj3U2EwOUCAPe&#10;MFbYHaHDka9mQfamw6dcIctHrHHE+5FW2JIeCqQ+icb+EPDIcf0k3mL/JdU879mBcdHfFzG2B5jV&#10;0uEs0+bI7cwG/Xm4Pz/3KfAwYaZ9gCk1G2JwbRMkwzbtir9Qg+XE2WTErroNUzAuKBJiLCTxD/jz&#10;BdxmRC5BRSXiPEzLIwhAZmeAwAnnP+5CPIokL1cYtdxSZxfHtqtPeycIRpbx8nq+GQb+8egyChel&#10;Ld5RzICYgkLzPPaPT/snlrm7jXaLonbsHMUyGwJclfUaKalLxnlp5esS5fhu2OvuiH6zVQBHCfv6&#10;0WZ11xsEXOBvbpZIRNGkYLMO84ohGGIm7I6xOtuEC8ftZ8XGMBJSk4UPhOMaoty6M/LHMDFg9TNO&#10;8RgsiRiLD2zKiBlhs9zcwhcQPy2nEhMdlJomzVPTFb/GHrE9TK2ghPuoHA1PnP0a/XR23OmgRhbE&#10;NWZaWRJvMYMqQQIVODkZXUwV0flt0+rUt05dUeHOGVQ0IgftssbDUXeP4LAgauYQ46PI+IQ7iFUK&#10;4FpVVVKDMi6BtII9hPL0pNE2SzpGVP4lM170LhbO3OeTE7YK8tfuicKzD4Y6eEJJanKt2B+NVIx9&#10;l95STJJ1cZJiGsD9x+uyCNfk+jAEYO2FkA7/JxGASkk40dyzsxAsRP2QIThmIdWxPALBj4kJENMm&#10;URZUEspukIQ8ECo90Qllr+9K5EYDagqmsENOv8u0WYDZmRND6dKq27vF06dPyYBlwQz3+D3RSWpv&#10;I6jC3dPJLI2asT/ijGrihlAtogiRwmQwwnM4zdaJllMvJYiBHHwuachRy2ZS/9QxHw+JsqiiGfDg&#10;Xom2Bqs3PMhJpoUPwuyEUUctbgU7iuo6gffSB6u3cD0E4SanDJi6lDyGQmGeLlVyDbiLjpiR8Iyg&#10;MstG/p9KIJbcTbLXEPfsdBiock+zSjGCY8jGEe4IiUu8jBMJIM9vdjIiY2HEfTrNcTGAk+/8waM/&#10;+511vEvFQoZAl6+Xq+V6BW0RDr6sP6aJhovoStAGNPBczIbsGwK93lzfNUJUtVQnKPzub9kdCzTa&#10;+tO24TvGAwqq8K6DU1GL2bY8X+PB66il+IopNPUfrugxs4JKWM24CCi5MIuzIMkPGTyaJMFI3Q+a&#10;h3PVdz797OgE3/5qMJ60HS9Pb4lSmIy6nIwBnnqzjX79s79breZioCUYHheUgHi8XkcCJ0WNKfsk&#10;7YpsDrW8RKN8gxq51hU8LfIh8ftuedjq8dwCLKF6+/fWiLp1qxaT0LJp/6KeR55QgeQQ1nhF+al6&#10;NpWGU6nHVy0aqPBq9s9GPzyn8F3FEewwS5A+Vr4qAJyfGhJnpv5oB+209j4RSJHDmQu03WujnJDa&#10;rwf/5Yfv6O3XWgXy1K2outaV0PS9f5L+3qxZPpEgjSJGl6/tMalUaiy1Kt+W5l+JVGv18ev247eu&#10;zwc36zZBWOYX8gwKW64fXKjVyENesX7AyR/suvSDmXM7QVFE5W9HFcv9+B10vNMJKlcxekrTfp9p&#10;Y4jyiWuj+XbiU/Nte2nBXNvDx/u7+voFrjVWtx30SNT37bsb/jKA3iZGB6bkVMBTy5BZ7mREIUYh&#10;DOetA2XgcBmU7cUvy6bqk1mv27euIrK0livRGkJz5VetqFe8r9D/2aVkCQrtmhMnfG5Fiedkclcy&#10;OTGnptaZTAkcANSQI6hXXz1/yZqL2c/p+ezrm9tqvvKCXlTV27eLYDra4reSxL/6+jXS018/f/ny&#10;69vHF+ejR0dZHM7vFydel5HP7PLCosvMK2wzT89mxz/8qHsy+O3L++h28Wg41gL3l2+ub7N9X88T&#10;zTh++mj2nQ9ir3pVbO/c5ujj0U2BfZDRx37mMtgeGxg93SyXOCJz4EvcD0fdX19/TX45CFd/FvRO&#10;jm53dzMaDtP6TbofuN4idFfNHio2xxiFVdBlIzTebASd3DHUEGCgOgpMZle/vaV+JbqjgZsMj2oG&#10;DdH2hySUGhjwNuQbjbtyqldELICCNMW21PHO+HxMLh7ts7DxhwqDIn+X4v+XL2MG4ctkB6h57A07&#10;tvXbRcSc7XZVniOFDfG4rOl1fzrPn/p9ibGlEJZTSxsrGzgRnCPHIY8H4wxCGoFEnxxPjnwxiV1u&#10;97hZ5mLkXfmes4gSuG0Sqykx8vQAxWZXSCJFJRsLMA1SzC3bBRxH0TMRdmTsMX7ImxHGQjWhshTY&#10;zfWOJqESAZfwFMX1x0e9ORxx6u8j8iGRamni4NtIuGeI5RTaIfGMolvR7lYRWDguomQpkicy9AZ3&#10;0QJhF5peimSsIzCDgSTGsBHlFQNk4uxjOK5JiJ0QXcLn/fEjr0drw/w6ogfsdr6OM7SMz4Z+uE8Z&#10;HV9twtAyjz2b1leIgWkuhbhjDKkh7R4+IlTiOHmt0j2hOts6fxeiN9tUnZyPhFvyBwQnE4Og1V9u&#10;qzMih8US2VQGT9AKysuhhz6RCZegEaazw3okTJMl1y9jav24B5VVxtg7hsZlfbXOMbvGMjNpxPFy&#10;A5xJhAL3X9UMRGeob7a4XlMuy8yfBJaEmCXLYGSAL3teVOeedTIwyK8a+wPkPq6wArkGxBIC+IJg&#10;EuS6GDQpFbYJbglSlOT7kedEu+IS3+qecxsBRtm03BNHrkUs1oiuejoaXoXJ1zHflDDnexzdGNrn&#10;O7dj/3q5OeapWSSYJQu0XIZhOd8kp6cjZNqurEb6RtaRDqFQ6yxHkP5sOmAhkBKvqqcSStQwegt0&#10;3kOM5nYw8GzJVau3xY68a1qsm8V1tw8FG3asBeniLRAaV4aNVXguUJzGrRF8+fbuyRk3B5oJOtVs&#10;0p/2dLExShFmL5ZSJ9JVIdnGD1DcpKR+3amAU3iPEBLBiGiFAf/JnAiTcEwjAu+PFFyxTKvFT6jX&#10;gVjPyrpIY1e2L2Txht8dRBBbtZSwz3EH+zafqhZC4nqfdpwBdwdzgHUY9obu3RotHshPZ5GUI8K1&#10;TH3ijLMGomGkMs7pP4B/IIck+Cpd40TepNTNLI47kBQp6WqKRfZNaPYwaLEagoVIxX95fJpUWdC3&#10;BILQ6i/uMayWPQ2gAwxj1icUN8VwB5EUrTEXA6BNgZS1xnY4QMvKsgx8CjGFN4Yt+D6JjycjXILo&#10;RtZJyjW0XBWPJsP1BrEhmDxjm7LjjW83qzMfdVYXXZx430ghgtmSDN9lXNDtLvd3uhvcr+8aMWNn&#10;hsrQwhv1ycVF5+8whZoxcyQIulxaQIJ4cWU7yJCyr5nlpIfmHWCiYhZGZswo8IBiWBRiYXZbx0N/&#10;x22Nzg/5dEfHxYVrFXCes0zPKf2+2Q28oezTEBUs0ZWJxWlC41TeL5ZiZst6An5m11085JJsMh4m&#10;xu7s9IhZ/TEJZw1K7KABWOSokq1k9D8azo77g/l6U2GtBzzedMc9T4KiSz3Zx6DQIGvH0/M31/PZ&#10;JFhuIJl3rB5lOtLuYLEISXGaesESZ23OL/QGOAlmTnrrPNrdMTSqBPQM091wGpyPGGc1HEw4Ek9m&#10;/dPJEWG6HR1CCp+EA4hBMVVXtuVMsNvqZSwu3/jK1swcEU538SMsxCDaZ44iaa1AnaJr/er2Dp78&#10;2JuOg0GEm1uV+V0M3eCYBByY6djZZthfD67u1rmRQ5anVShoW5hvwqPiUSTqJdESV21il8lJI8rF&#10;Kta7cNI/W6xeXstn6px6PjRe8RvsgEiTblQgbuXuI5hdrP4xdbcntHwU3deb/VGAUxcOWHtqAswt&#10;fKdzPj72mEhk2bjnn3h99lAE9Zsqox+C5EFDAnsZyzqxGMJol4yxLn0f0xpwd4/5lM83KF8USgLA&#10;6/kuogYKIvLmBTViok/nxQshjqmJEIs7nQLCEFWeXNNizMuNI2YmaRbxOEzLgK5g+3KvFVXYEesp&#10;AgJyzXLXq0KQZtS16ELL5nbbzPe0vGTdAcWWAHCYX8zoV8WlM1uGO4FHawkdo8jGPMwRRJd2VOwN&#10;RIEsOE9mCcuT2d2eoT+qa9xtuWEBQiN8rSBkdRgX4fIkTmbcSBhMoSTqO9QPTLmb4/5k2OnvpIGU&#10;gVHf5WAzbK2XO7IPSkKqxl0PYXdHkmsV7xOfy0o4XSJzRXivdIDDbk8lnhhJVrZKP3ZtlKsswciE&#10;6S2LHuEOdbqLtvsow72esPeB/5zwecdZbbdkBY+nY2pCmM8Q9smKtaF64VhRSRp1LSnWnYELgcl6&#10;efuGlIfZySPWSQEZLeG7BAOk7Tr9N3VtkWpE6dJtsUKu8zwS5It8gcF8n0JHcm1zJyFUacHREstD&#10;ggYRfSAYZqOkCMVGTuao9E1Qk+DwM+VRfFbOlVhhkvwK7CSNr7ImJiCArPqOYi+KRwWaJJBhHD1K&#10;8hREEMSBCiwJ22EcROAF2zF6btxSOWexuKYhI6LLZLAJh4WXgOGS/umz31U60aubuXI7RiJYLZcI&#10;NZa4+2TiFiveObDrENhbouP1WmWv9DOacX3HbFn+SSfJgEZXIbFV60rVykZrQdtacjMomWpT4MR3&#10;Dha/amapckYPIFejAC5B2FEq6t9EzoilptESftFGFwocFtzQ1A/IsWhH4ZB0IcbHn3/62Wg8oi2h&#10;423JvnxRJkFQHFjVXd4hQZhf/uynq9WqxZ+FmyqhfQIpg5tlCpgzzAchrehmW4mpcnkyHkSnSmQq&#10;I5zWvFhB1622VnT4qilUT2A0h2zcg6q2jZF97wpdNQeecHOwZVZqW4m6UX1m64StS/PzYG3Uco5b&#10;deuDL/ODGLd5CKUVLrEmIebNQ0+ugHmyPwBL87b5rN+7dukPqObhvR362LZnVqOYQ0DRt7J2ddW6&#10;Ng+pVKppbT+23pozt3Zapjr1xiGK6uBV1no9y1uuD25TbeaO8Y1jtVLwGg+2Ws2D6ZWh1ppKHYcH&#10;W6/36UdKFiBvwFSiYTFY/u4Pfm84nkxnM44AOLPK4w2dB4zX+BdWZN9YY7efUOJBqub6zUsuNoSH&#10;pcRJSLru/fU12y33A4IGSdvOMxkloMn3+qUKDRKKrOQ7iJdbKZCiqU6KWi/axlZNHw5zQnXUuOZN&#10;MRWSyReXsvxiBSXBEcq0sEM0YRPIgmeoK0qNfriaPYbOtfXf/dl/9ldfv3n18+fHZ9Pl1X136g87&#10;zu/94Q/+4h9++eFyvlpsSOSosbbH3PUUUT6mnVwdzSc//JRr4auvvx49O18m2lPLepUk3//xU2wV&#10;5vNtuVhqoBCnx0gnachKvZyXyNLKD55MB5czsDJ/aP/w35zf/6wen5+Tf/vzd79+u1t/8KNzbCJh&#10;54yISbC6W5xMhtVVXJAedAU4YxvxLjt7OvjV7bvLH32yh6djxrRkCSxjnVkpPhLDJltxCP765u1n&#10;w87ZR2McTz+dHjdW2tXynUza8b4vVqqgfL3Sb2PtJqr/+LK/324/w7S3LJDjlj3QBc4M+zZh8Uaq&#10;YzdYBaa9KXJKp+V8P+lY2FDRAyQEGsEgJxOnO8br9Ga3xYO/B5ktzCwZZTOtL49AcaPistb7BCcI&#10;UJItnZL3VvazPkNO4fbEfZekO/oc3HPQ1LG36hCzz3skMWLniLPEjWywSp2PaOh47O626IPqy45o&#10;NdgWIzr5pHoE1FHaGNncbOcQHdkSjh2Lqe6bbQp/8akGN5tOBDwBo1FS2s3lZvkk6ONA4VqAzPmz&#10;U5hVVh7jPh2ceCQjRkGHnoIQWUyPU1hnrtgEIUMpkU7jVXMzLz9/RAwjrDMcuUgfXc2gSNUhfRCR&#10;o5CmGf+CP6229SpbAf7g4RUW2yCv//DJx+fDk67KQ1zFzSJEHH88T/Z/+fyv/2lzsymSn23jPxh1&#10;ip7+hismKSd9E4ArsHG90k4GAzATGTrGWH2lYze4iZLupPOc0tk2PzzrJr3OS2iEVgnJLZFsGA3Q&#10;l7oMHzL4laso92yT/ExGFzOTkoJsjHI89V4rovZ/9PiIPGp8Ml/cZ48mvVwsNJprlMSZ5izQW8mt&#10;uMJjw8OnVBIun3j+fbjntOw7Ynn5sTeDelVkySnwILroWlg3l70Bc4fXq2RZb457xXWUryz9+679&#10;brH+YOpswuTT85NchG8yDgfzA1uGiOs7Mp+7HPWZLdI+CQ6QV+dBnxXERxeHv7RD2mpz4huQM7nc&#10;8DCuOp64guHOVacfDVANazeL9Wg6odTakLvr9EZ9+024Puk7iUqso0y0S/N2H52MnAvHnRP94ltf&#10;7eoPoO26fZjuUx9bleLobHq7p6plMcFOBwpD7hHdiQ8nTrLFaqOlzZ6JST0mHUrvXCdVFNXEH/X9&#10;7st7KAjV23dLBkdPzs5Wt881Jgq2DRKeCd/X05zOPFoOHJta6m5DhDJ7FuY4XOHM/KqLwUzKG1NE&#10;lqmazLq+Od/vlcMBiCCsfta4lOgXTJ4bNIgNisP6NtzzfKytR30KKlR23lfzdUpVXkV42K53m14/&#10;WBPeG5dnjsdL5BpQhPZJvztCz8aEnVKqZhUeEn2tNYUnBPgcSVhBFrHT26QbTY+5KcC/PdQLlrYE&#10;SLf1IDjaVXj6ZCfHJ7MhDrdIwQ2GKSO/u9tt+oEFN5g9kbH/cotYvfFdbREvoWq/Wy1Ohe5qSBoH&#10;gdUDrPoQcPR3aTQiV4x7n4BWoCVKnI7G4kQuSWhl5yMW+Ww87J1YxGE7FNbI+qciXGzu07VWGJif&#10;IYL0QBetKaECmOzsmnCja/vkrjMcOqjjdNunS8ehrgNtfkVlBg4DaRwOJmB4QEYuDGWZrOlCa6vz&#10;ZL/tIpY0nEePLuhKpMHTmEEsmEfQcOLp//TMu1ugMSxe7/b0grSdHQ8WFbIBh5p8PByE63joD2+j&#10;uU3VLQQ46fAhcb5aR7MAtWEEQRf1Q5RH7zK8dZmSufNoT1w7Jnm+8KirJ0+ePr/5GsbKpEeF7v3s&#10;q3866s8IjD1iOevA00yvNtSg3nJTfggnpEfzsqUf5rqF1wwF79HYvUnMftI4yuZ0jxsTzgTxnjEl&#10;iGBXr5grsauyRz4+HXOF6E7pCteeiHWOZfOING9HgxfwaHIkLtl1xtguV2omBkeTHlwoiZK628yB&#10;EM9GNt200wsGvSETQ0JoshgqBvTUQU8jN42GCX4m49HM03D5Jt00BnVkRDgZXIpsoZzv85h76vwJ&#10;2tqCsV2uRbtcos+SJjULCJ/A2t2TuseglCYOe9o0u91o5tvNi5sUdjdsdSantAOIPKHwYGOADBVr&#10;4PxycHIxmEBPWCVzn1xQA3nrAqIFZxB7YASu9GX3cQlX++Xr5x+fXby8eTE48+arq4F/ivdOgVOw&#10;VYo+kOxb0KFqz6oU4fq21c6KwfHwGGwfOXS+WlNfcDzJohF+IbzutBwPmNsOb9Z3luuAF6FooJLH&#10;LHIZAceJuwktqedpd/Cc6z2bUpFBts9h9Q8nHfpq4LvtPsS8SzCAXHHRhBKWTAMQx5Ixcd8NbjcR&#10;wzSIK2CUE5RHOXVjFxp5nMRdriHk5fAnpPyRUB6mHmlm9vFZd0W6hokbHvxUYEwM95UgZY7nUyEN&#10;uoRI7G4ienKTO06skoUw1zDOxYdt5HuZVFX5fSKEqXEP9+1yYE8umFyRAFci1rUZW2/28mz9TuUa&#10;2cDo+hPtHq8yoDKCuioDFAEjcMlK0DW/aYTJKPHajNwyCQiSspfOGZ5wf4cAXa8WEqPEhKwZD5GC&#10;11gDJBGMZBKD8DvuIAYf+gOk6aPAf337boRZOKKJvCHIHfHZsWuJj/F2BaaKOEVyY6dTnCaP/Y4o&#10;2gh4KmpM+888b2qNWCNe3FzfhrRSTcJgh1nIsPMylLkzlWZKgUOZbJEMR/0gcxcSdBn+pmJYSBi1&#10;jTRAjLwkzl7Y4XcIu+P6EvOMSqyzJLKpwr9Kk1QwlNiupB/dpnMWf7RAOC/3fQHX8qIZcsGAaiP6&#10;qwySAGgTmQGNLFYzbRJ0GOdzqSA75qPjPL039tPBtKlZnQCK49+hjrd532qpLuMb71z9X6TSfBMs&#10;I+1Iz3XwuGL+2HoxC/8WYFZlCre4bmvp23ZElnrqtv1qk3VbXWwtUKd0sI0ChA2RQFXfSuiVxkC1&#10;uC0AqDS+4tWsKcmjfgjr4XSqXBcZvAuMVjfvbXhVr/lAXgUqJFtLuhpOgeP1TeFFq95J/WeptpaL&#10;t9MqSdu41IOS9sH+V3WVD3ZPxiG658Fb+iAwVq/dWkgf1KitNXKLJSp/aL39DK2K9z362ebbtF6+&#10;0viKHXWlwneN92dEvRNpfhpFAm8fT+toqOb4IeS3fYn2+dumuDkopPUDfbe1zD6grA8ht7p+ODNt&#10;ApJhHN5a22bXzXs9bovDa/IhTBW60xx6XeXTrR1SiJuHBCOt7eu+HQhsHHKGWpBX6abV3ME4nLWW&#10;3K5/20a7bZrbDvihGVaf31DS2oPqWeyUZcaitN/IB5B0Cafuwee5+ca5+kHHe/jE37S/zTfW2O0l&#10;8BAEzJvjVsbeGBMd7G/8gSb4Xto28UkKZVISHQQJEWCxbo+q4MnU2LYtTyH9sHy0Svz2NcXPN7WH&#10;q1SOEhZLeSLUZXkSQ8oj+Sd5foqOZsombSg+NI/H0pn/Z344Hrz78jlXDxwGKoIf/uAjTE19DLvO&#10;Jv/7X/3kk8lkbRqvbu4+Pj5CTfT11y8/+dEPXs+Xg06GycTlbPLDP/6DL1abn/zqn374+xglBtto&#10;e++Wb3FlIdPOipbV1oco/fHw9IkHeyuYkrySXdvlbze73ohBqbWcOv/3zasrltBRJ7H1a26/jn58&#10;fnoNOa9r36BOqYytXNIM75rQ08OB9SLCUdAFCsjNPIzL+yLG+LYjWRCjm/0eNvGiLJ/ic6+Rn1lL&#10;Og1UNr0+GRx3GAQ6WpWWt5sSlOYJGUF1/b0z5ou4r1Yfno7ZeZD6EK964g33+RZlK4XQm832xRXb&#10;lf/q5e7R0PrukR8wH2ZhaXaAgUFvijNNjxBF7qI4ogdBynsxHCGCwgtxZHYm3fFpz9Myc1B2jm3/&#10;e0+fwHVEtOXmGlY9jPzYyAe9HqA9s9Ln8/RsYOHLSnE28U2kuV+t9r9dJeeBeeIG5D1QNbq6uNHO&#10;xj38XU7B33JjHAzBUYl4pWPC4n/s0fNUhDcyrx2xLxHj7nb7vleK6691OhqLzqysJsSAelgwci0U&#10;+zAKXJcxrtuxwtv10TiYuYy/9eUCd6fq9j4c+j1GHvf3WPKOXryKsP2o9HToFxYtMHimsmxDA0aN&#10;xRB2FYWkt16FhS3LQKdSI6VebPzrZz98NHz0zy+/+quf//xvv/ji737zq/t4fjIdLeY31+Erwl9f&#10;7qrHI/CaDAT8+Sp/DGNt7NzlxVK5aQ1lMMRGWrxZhxDi/vF2SzlEqT30bUqFmYgLy4FBFgLWp/oG&#10;RKAQPRXFHffDXmiS+mpfrpN6viqw6j8aBXDMKMLhlYVRRUjLOe01Wl+tmgTYTBqvovyrqOpIzIP+&#10;y7j4bGA96uO7jgEJr0L0BROlni+Adorrta7GT3QyMN6JuwgVj4hKpdbQylIdcEcS3ou2th51DcY+&#10;juOgKIUCtE1zS03BuSkHjoR0kwTPaEErzZfzLZUoPV9M1JMK0R5BPsRomsqR0a+EyBgSSZmmU2fw&#10;1B+4qNOs6qsNNAeimCGJg3l6L+MYhhxoPcKsvt1HqJxgKFpVI4HcaJHEvonF9T7NNnnzhIa3Y15O&#10;xn2UeFW9IefGbr5c7RrpkFJq9hnREBb9dvouSs9wpJWpeiEYTkW0Egat2SgY7YivCGMPdr+H5WmH&#10;16PPBeMiZg2zeS7gnt3n4cfdYIRARISMmdBrk1LtKoCowAZlxFG0mBrUdxSYQpUzVikzPGBziLdA&#10;GyW+LGRQk3DLiUAlfQ46Bn2u4xF1PIaannVQ5b9dzWHl2ZjTDKZ3S+LWRJL0vScfwiheb4D7UmB/&#10;siI55zh2X0dLIxfzuV+8nmPSg0x3TrhO7aDCHWIpQxAK6gO7/+VdiGDQFakTMBI+MTvAvBWnzzaV&#10;BfcqLEKJhtKQxJMVAjCC8xanFfYEqwxR1e6KItRo3m2rox5wIvgYM0axbsAPFgnoP7542xPyhgGY&#10;PB50V2ECqXwexragoLo35DsRSn1Kg75pI5rtc0XAfgFd73anwTSOoo5TY9HsecMN4niM34ScTzIQ&#10;79gpUS1nDY7TWJppDbZw6CehI/oTZ4T7+328ijQhtu2KvYOopaF4xR/whPgPV5ZC0kGqjoR81agM&#10;ijh+dHICPSEq0lnghtvshM9p6yS3s8iWjdW3Obm8KS+MJNWMC5ZFc09yN0MN8TeT+ubNKsPHn4xl&#10;LiRi8MY++klnOh7F5Q6k5+393TbZSdpKhj6g9Pxxv+eusuW6IcKtRMXb5NHJZLq6vb3P8r9bZ48G&#10;rJeyEWKAbAr/hYFGQ1dD8Y3hHIZ4GC8SQQxPMha3cTZ1ezQ94+1MRqN9Fk0mwyKL6PhdCIk2FuKL&#10;62iPsoOgGK7v+30IyVnrjG/ClSX+09qbFbR8tGE5kP3ZdBJuo2M/gAS7htnM3Dbf05nchPe20D0y&#10;LDAmwRTOPOyVqUzdMAjEjdEkcG/QG+/Ke1jSjohLHe4g+rJ9tipYVi1mQGucAkzuJfwLxYMdm9s6&#10;EbODLcL7YW+CghSlKGA5VvxHfYxiCYFg6ihlyXx7fxelqDMi0VwwskwNSRjA2wIlcAonHvzQo31N&#10;1ifTgLvU6Xpk88AIxZEBCQqqRLc3zMqM49YJLKBFgNyZ55PFA9XHswOmgQN/xDpDLBRVSlHHmD+n&#10;+T21BvwPYbRJumzEYkUeGp2p4ppBMIdYzgJs+AHjV0i5fVWlCjsxYd/iYsaQyu4h3un7wiMe9Xwa&#10;OQi08FeZ53gdn3WG7GO/02fnBTjGNKEg5FqHzEl0jfAzziYzKA+cRxbkkBQeXSDHTATgEhIAMwuG&#10;FsgAdU4CiJvR6XI9gDQnJbHtMA5quUPhmbMazDc7QFAUfSDX0NNBEZgoCuBQEVlY+NKddmZkMvCz&#10;ctcVMUFElDqkT8jJapyBcCD1ukwGG1eDLGQg3aKYCeDE6HITwPAlEI3RM9oQcAjilx2DU53B8QDs&#10;YYm3JfjHY0XljHhNTVJaTzdKOwPbxpmfO07csJjKa7UlSQEIpEo+soOLU7fGLQT82bdt+IOrHccK&#10;ki3z4kS3kUEhMPFMyHTUhGaxzTmDYK1OyWLYCKM1xf9eHJRNdszTgQC/sUw4+cMMQrvDECyT0HIJ&#10;PcOmq0Yrrkc8kaT8agyQeBGRcjNYYXstxMdrarFNk8DV9MReRJeZMnNxQvU2+fObOEETzhW7pzoj&#10;/6JL2RzGwmLecNmR5sUVzCbRwRqN92du92x6Bagw+ztGnmT5blMyoGiHsZCnounyu//lx78rjPf1&#10;9UJ1MHStFXyl9XpFTjLEHBWHKzpeNvcW420EgLIlMrRuwm2IKT/LD/BUumeoilfCN5ZIhtjJVorT&#10;W6sOrDUKPiCbtarslUOUVPaN4nMe3LFU5GnbGynU96DpNZWC8fCwFuHk3As96sCRZpIerReff/Z5&#10;v8/EUx+OZ8oPWTGclD0bfBzuEJoLVrbnv/xZGEd1C9Wq0F5LiNOSp2YIoZrmmXMp34FXair6qAr2&#10;FUGnslzkq/zhQZaQfSCx2qb6qTQdYoch3+BYgSVg9UbTxR/xyVDEYqQWxHTz1ZTf5jIA+cYggpsY&#10;NmRHFnRXzLGZE/BN5rzqOdXzC/HedqRutAylIgUW5El48o6t/sWTiStXV94Y77DTvsn2B6Z4STDc&#10;7srj+Sl/hNVmq9AwheoKbq3evKmezZTOm9dR3lqiiFZ2UMZ7g23BxlVOgqG11sdCET+YS4muQlDu&#10;5n1qUaOUZQf3aONhEKAynpTct+VRPzDDG7ktFUe6Vkzylq1dGapXr0UGXdQP2mMl3IVdt+cPCEMB&#10;iyUH62E4nJyfP7p8/AyMV1wm0sT1WGxFx2soFF3Xvv1/3zicNQcdr/Tv7968LsVEHiNYpq6StoDU&#10;HQHOaHLCYxlBtjMOsNrdbi0ZuVSQ6K7pTuXY2JVSfctVLSH2wqMTHN2Ug8yAsZ2YqM3ikO+lC4pc&#10;tfZs7Ztqxb2l6pB1XW/FvWo+IIZtYpfzd188/9Hp6eUH529u77/z2ccdcUxlOJ3+8te/JS0ttd1n&#10;x+N94L24vQZfG3R7I4lJj1+E5me77e/9uz/6eXzz9fb1VbH9g4vmq+TunThpaPqsCSaj7kUfYdWr&#10;eeh1NqSNXpnJ7NSdYF+wSZ794Q/xTfpV/i53kuojn9XVcLW7wlprojwIsJmf9K/y4ouw+JOxh22f&#10;kaQB06Sxc5ukRLxvdUkmgG/H0dvW+pzkm/2+t32HPPS3O+06TH7/I+f6Jpt0Bx89vXizvXqVZmNt&#10;g5vA19fhPy/zPzyejmk6OvungVAL4ep1Azi6zjq6p6eh7wfN2CThXWyOuKFq65Op8+Z2P+s4n56w&#10;JcEVXN+nTJUwGDW/vkue3y3/5PMLKry9D3KWSlKH5qzu5kdH3naekqqDLwyE8QmoHAu2GVN1Gfjy&#10;4moqLB6olZjaNpYoG61JY5x6kzfh4ul4UMk1nI6HxkV/Aq1ru19OLQKNHAarlwO2wETyRvEQryq3&#10;2EEAu8mSWZcVFkMpGiRz1PNG/hT70Vifk712s4jYKqlCwEN4m1JFsaPGOalXaZJejqHYEdNTsSy/&#10;fnlH2mySx0RTRCLL4BavCWu92cUisCiz11+F3/mTx/erK+Q5VM5zRGIYWcb1LQilbFfm21392Elo&#10;9La4XIbpj8+Gm3n6H3/yY3KF/se//F+jXrmn5bHr3c58V2S/+Ns/x49rZTdB39luUhCVZZg9HvX+&#10;1ajLfaCVNHjml0X9r2dD7HNHmEua9t+HtbmnByAS2f56nx+X5Q9OAmDYe6rIptxIoKHm47hS14kl&#10;0X+VCKLE1ogO0Q6st8QSbuoX8/Wzy9EyiQFTfrEvL2EdbndPLqens979ejMdD6cJkjxkmYimEAdu&#10;PZJ5AGHSin6SZotsC6RFpBh/ND3C1Uhw3SzBFhUMELfto7FJcO4VOqs8NwGMbGOZMhHXjrsd4N8A&#10;IXLRzLklINZ63WWYsDrSbe8SQXyZTqBZxBvxE056HXoDbwdtMa8upkOQFkZDmEKhYGYA8XYRMR++&#10;6JsUE4iB32K43dMTcUPJKBRcr/rVnEPCLIVqunvu9ajgb+L0yGo+OyZZqWdt5+umeLuLLzznzCJL&#10;IYOayqD9ze0dJOY7hF62dXnUvwi8f17vzztEqorXygLtdNf5Lp2WjegUhwD9pOdRcAwM+3h28tN3&#10;t9PAecvZ2VXf6Y4A4V7dL5+ej3N6ehJKOs2bxfax1k220emHn1zPr3KTnqzwCIxhUaGDYbCvQdLG&#10;uSbHzgWFOqOcsaYzF3izb04hGrKFaNlvF/nFeGDLGaFzgS3MgAnaXe2YGLruXy1X6W/2f/idp8mX&#10;qw9++GSJ0QvpYEeye1z4A992tiVwMfUcbk8ilwNhgx6P/ODE71GDPBlTbZ8Sv0QAb9fdXE6xMHMp&#10;bjD9XuyiszHqLCE293UiKrUNeW2s3qa2ThjrDWAjslZncQbg9vGgqxVdZIHQgNmFYlYwiNPCSrFo&#10;4D7DS12PH8+GYBj8OqX72RQzpx1/p2RAMQETUgh+ljC5ICnAlQEeQL6LhxNd45AI3F7vzEYt6d6v&#10;58NBny6O0zMbTXIrVeGoEQ0AYx7YJefBWZTtw0KmUk5XF5uMKhMUwBA/2HW8YjYKK7fvDnfZ7l1B&#10;2wsFlXuX0LjKZFBmlrdxNg0YIsC/WeNzN+vh0dvH2RiDEAj0MJU/Pj3rdOMwDslXBvCtqh0AVxw7&#10;F48C3Km6fQf7aFRo6GQxDLpZ7RmsoIm4QOYhoSblYrUcBF26l3V0t0yXL293n5xPpwM8sAkA7rMI&#10;cYyPh+PX8+frJL44efZ68xtoHhzuc1wrSPKsrceBaLARlceYN1s9Wlrfxz9JtJ225jBKAO9DxnAN&#10;jAfHIS0YtSz3+0mN316PAROcbGoA3KBnlswAl/MlLm6iwgSxHHpcCh/MHFKQML8/xoGnY7ydh9wN&#10;kwA6fsO4Ddz440cnoIKG5U9xfaevCKPRZOqlDLmywO3NBhz2lPN70e8NrQ6Yf5Qv68qtRW+PYv8o&#10;jisaac/u48AWBF5t4cvfoWJhZqAVttcZ9lm+YfzsQgxW3YYo5hNKyorRgJ6N7YpsNrNAJ0tWPHOl&#10;LYYPXYvxWEA4D3HuDE9p6QG9wQLFt6lKqTo3sURz38I4cGECZx2OgWXiUEzptq0FSFXC5BqEeYud&#10;VQG7hANrjvGysrtxktik/PlDapM4S3DXu2fIBb2l09tCgNb24XqfpFjcSSVJS6kxhNVkraATHAbj&#10;cr8ZOZMw2XA73+7mpCOhX4adzOTf0SFg4VVOGefU1R5nJGgs0Olpw1xU+v1uoHk/X+5nJ0fxave9&#10;y2ev5m8p1ByfeVM1hdkACQRPNmjIJaOOLi4kz+drujGv78LVHZglTXMqbOT4wxGuBcTvLSqhNHBM&#10;HYlKZZIhTHkaLZZin+6KmnafVMM+DoKUZ1iRm1BplsoZZdwTvK7Gm6Tadft9duNtEu0l25aHkMCw&#10;53jAJR9JWrhgMJHBls1I3fSoHQjKYnjIOMzw4MLiEoKZJEry62rDJLprKrBJsM2GXRce1cnQw/oy&#10;1SoidmmxKPHQp6xWBTmKqcAy6OJimQsWja/Vo6F7G+7gf9E2awoNYQ5AwtQ6LjBEnHNuvWLXFNbm&#10;hl4HT0wmsmeB8BduSKbr5AEgPqJkMggMNpwKpuA60yWgmMw/QsWWWdMRmy6cjjIIKNDEDe0mE0s0&#10;XaLja3QvjmMObKqBRhKpgYOpDxw7rPSrKPN6NG+c6K7UocJ1tlD2Y9wRZns/cInPWnEUSdhizcXO&#10;WxzsuF+tdwuo+DVCGlKlHVcf+fbrRXm1Ty6P8UgwFwx1dOPNHR9+k3kyBEbapv0uQd5vBLiClpmq&#10;HX2P6jbvbZa/ychhqxJvHFPBj4akgwoiqaiyujj0SrujnJAbFdTTiChGetVKKWaVf48q8ZsH3aRy&#10;c1bsXAG++IUW8qpUGC9CFRXx27QGuYeMXwF3a0HXlP8tD8fLSsrbh5zbVk7ccmNbWFZRXg2hb2fR&#10;6vq1KDBb719FsZbWQoxwK4Ugm61BV5tzW7dg4MFx+WCFrMyV/6UjdBvi+s0/WpS7brnC7Qds6cEH&#10;8FB/AD3fx8kqxFsmAodoIE07ALlK2apybg9myQ9Wx4c3Vrctq3GYKcAiUNDig7206kLVf63t1gNR&#10;/AFiPoCYWnus2vhZdTa0lvj98PaMFgdubbQbSVJ7gIIPjGT9PYrftIzsFpRW4uNWrl0LnV9/SPZt&#10;Wrsy4QI84OTN+/ekPRCX1QcWdzTxSrP0hzBg9boHVLZ9Y8ZDxC4XJ7WXLVFZqciWFJr+Tfru4aA0&#10;yoS7+bbHdPNttPfhr7UyMWPc0GL+lTI2k45foFh6HV3C5okbwK1BtbUC9ipRABp3Q1KIYM9wzRti&#10;WYZ/Ox1sXr3nF7SOWSrR15KvhjIqkYNLV6zk8QZRdr4IYbBZsSTUXdZGdS0x/jD/+//ijz7/7hO8&#10;gN0kBDtAmYA2N10sgvHox9/7zrJn/0//4c8vLLg5Dunak2eP/4f/8y9eRnedkX30qP+PqzdfRu+2&#10;6/DzHxyZMxICSoJfNm59/qHbP3I3lrZ1jPq0u3Htt/vq8tl0DqFyYvXGbt33MyKw7YRpJzOgBIst&#10;o/s314jc2KEVXcW2XkbpR4CnfRyIrau73Y8/+hR56h26mgQ//UogfU1Yam/iap40gdaw82Dn8JNf&#10;3jxlbtxtTK/z+dFss5vf4Tpo0SYbBG/SKfxwdAKISjJQGoZHfbAO8ADUW5aK7WP9NOKyeLvBHJJd&#10;DEGk+3gwOhpMgS5HJ8CVq3d4cyXGsXe534sf2LyMedDdZo3S8yYqu2zODpVV1ZVCy8KA73gw+OXX&#10;ryhbHLdeFbeWxSAcDyXkWFkHNysiCuFNgeGj+cZCM9efnRw1VtxnVWzKVb5HbXjamdyGm2W1w4cl&#10;ROlRpnRi3Fyk197s0mDQ/Xw2JfxB7+D0y40rY51Bt/vyJRkGgwQvx5KE9HTQ6eFLTId6RTplBykJ&#10;bHfUklJWQQx1a1jcUPxsggF8Kelgq4hkl4WRbjFlK/F97I5ORuDAyUfHFyjQXJ+onk6YLl8voBQx&#10;orVm4867LcUhOI+JxoYUTT7msxFKMPcHF58GtvO//MPfkHuwyGoJ2TA792JXrRGCiGj2RUImk3GC&#10;ok5ygOn9EPCUb+dp37XXWwjiiJWZ/lZwt38Wpd9BPdklMxNaq46h56xrl0AZSCUto5AQVxmnjezu&#10;ElsqWNmo1AomygaNed/rrNbJbpMF2Dj3u39xHZGgyxYxM7SLEZC2vq/1NeQpXSS+I8CHsrjebBcR&#10;KC6Rgw3Q/v06OcK1aw8pvesNh+/mt2GZ3e+iybgncaLCwai3rDSWhQJcKDmm/npXs5Seuc5lv4/m&#10;iWgr3+IzSkaO11hYMWF8iDab8JWJ5w589JYRGfd0ShCURCplyXpKW0iFyrcA/zsQyHmVffo6TOZR&#10;/XQ2c9zuVRreIDTcQwlmrC+jRiZscB/Wu/wi6N7uQJL1xT4JOtrFUd8zfBKaOfIIPxfbggL6yegI&#10;YgCVnwuVnWZaK58dTUfe+Nlk1qE2qhNGMCnSR0Pqj7HjDsjcwL/EwvPJH/bHiGJPg8lwMBlR7enl&#10;SdCFsVyIp6b1f724eTaE6gc/F0deanijp5lP/BGWQX//9pUYgZcF8jYG41ySUZyDP369Lo48Owyh&#10;kmsjPjO0dtdb7cXeiQMKaprtCXhk6KggA6oux5tHGyygWM/vtyEzEhy6IaSfXxwj78b4h6mu0S1A&#10;2jFgEzUpN5JVwE9A+szYlpknYyM8veBS4q7sUbdbUp1T1uPRTbYUusBlSOgL9aFMItF5nPQ9riCk&#10;bnDz8IVkKPPR7KIyRGoHesaOISAwKiAssnMMma377ZY7k1p73IeZ3niUBymZ7NCi4SKKXmIeRtOe&#10;ifT9NiKAFAaHmAKxvXi+5G/zEqi90Q1SMSOspW1eriN63X6XrK8uehs2AAHLMQzPsy1dsQ4SBLRj&#10;D4YTPJxZLPGu25ZriNb4BFOjvt2s2X2YU22g0rDbxBHEyA02ZrSFPNoWC3V0zOsUaKVOiQ3NC1y9&#10;UNtcb1YQZdnSUeSg8zwKfLAx9qbLyalYn+PtyiLCNVBuENwfTT9jGJQbu5Bhj0zY8eOF1Y4VQn4U&#10;BCxAMBcw8vmndxuOOL7ELwGyJPNbUqmgBUAdnvaPoI7czN8h6OBIv9zeBmIGZZOixEJ9EszEnrcg&#10;aZnmT388IDWHuGrRrDGUwYOYcUgmGBZ6TPNuF2I4Q97r8cBbRSmr04TD1wN23qkwJhFyreCU7wsf&#10;gYuWM6jUBLRhNIKrbjl0Bym+u9vNbOTzQaEwWOI6hNC0/ujRjK104veSdIddmUWnhv0jVjp0Z9mW&#10;YNt+5zhLYV+CzdcXx7Bu6XfIVMKSEpftKl5vHo8ZOU7yIqVvFLPeArvBato/9rEeR//hHtk6bN6U&#10;gd4WqjXqYnFm6KCHZs2n3Op3XK0iBxxzQ7b2zET6AUSW1JDwp975kM2WZC5AQJGlWAIZNmCmvSJj&#10;ii6SWnFLoT6sqvky9PusnzjGgZlAyoiSJrvfx1JocJchnAYaqHg2v9ut5jcL+NIlwCYAHnLKvRre&#10;897FLaQUv2xNjDi5o8VUFgfd/aoSUjB+b9gelJgnSWSzpK0yeyXYHs2mfoTQqjuGyWHxefPU7fow&#10;t1naTckUiBkNCI6DCxo9OpMqAxH8DjgG8m4oYDsRNhakeUQ3ANDcv17PA9UEpqBqwhGd3ZqFDRkO&#10;pT50aCEPV2KaKMVdA4OOmD3c12z6PRYrxjHc63txpMWeoMJDjs/FdU4sUNCVPh5dMq+72qsm2MGL&#10;y+vbY8QFuE5gQdXH70u2D4smswASFl/1cofLPTOnJAdfYgiG5bt0frXG0sc7PxoO0X0usMNW/quS&#10;qZboCD/pbPui7seOi+0Jjjp24imaVXL9QEKJUN4J0ZiANFYLA2zTkGh2lM9uJRZ1sKYFA4GZwSFi&#10;IVruAWzxVuiucbsymi3YTxqLBRkKaJ4Kj2Qcj7N87EEnRrZt4FLOCvbVlkw4kCJd4/m7sgeEjchl&#10;SRoYsgto6EOwOzNoSnkxStSQoQI+/iRWssrb0jHAEwJiATKsLbGSxPIQpB28iQMP7YPYKkt2fizt&#10;91Kdili9hJQAKEMlwLlgBATAo9BMiQbEEwGiP6AvXI+SkPuOiTaEFcOFVw9rSeM413/64X/zO8N4&#10;lwpUwkmLED8cO5fY45dprJJsTOwGyErRGVm7wvwyVYgofQVzn/vVDvc8igpsYCn8EdyKMrGR1aBR&#10;3OLWRdmUQZOAiHWboavwQfl5Jf56tjhRlQdqqxjB0BwgfjbrVvMooSyKJKxUkQ/dntFqgFvetaSg&#10;Y5nrurPA//STj4RpoNvD8dRSdGZhgKp4GPx76Ye5mPbR7p9/+XdX6DNpJ0QSDHpXtmzeRtkFqQ5d&#10;UoeFBywqykYZHWeq62mdosQeOctTsRRSzkytr7K4PGMmrGyLVZp00To285NKfQN1NIh4LpHYOf+i&#10;TeKfhXwzaX/UfhWzYn6Uy8PkWzxGXiuTr7kEe/NEDNzFvFj9nAdLgN57G+eiaJNb5SVaN2b5jK3d&#10;sXgml+o9tybSDw7P8puVqP+L1pa6qZXFtLRvlbLGE9xS/qLMn1s/arG2Lgrlz1QrM2q5R+UE1uqI&#10;SFiaZLrX6jUU1EkJkXEVYSKlqwGY6r75UwhWL9FWupD9tYOoW1goysxJmZBpyuVYbJBNhflzXpX2&#10;WrF/gT5twdBNhTkz+1DccOOzz75/+fTjYEjPxVwYjLcfhVsZOsvZNh+479+Q1xU63WYVtcZa+ru3&#10;bzjKjriAFur9NBvczHfxYDQVPwtWaQWlN0LJsUQN335SuYbkU7ewrfIRU5eT1o7sRJEurvpKUy2P&#10;lcNQqwQjTZmI1YKzszyoCYUKzZK3XDfKHb+9hSyRAIiU4Njt3r54/ddfvHjmOsff/+CvX7y6X21+&#10;dP4Uqedd9uvLP/7+7/3XfxLTCTWdi08e/4evvjz6/Q+/h4rUdd7W5bpbWlgHJlVw0iXWwD+bvH63&#10;Mi/9l40+1bBTIgHP8qbodvTYNf5fYjMs636dH/etLFuTUkEQpGtCnMBeUvtybV5zNjTd86yl2cxD&#10;It00LEduiohRwcU4iJC61vmXSfY9xqSMYB3nzSqe4E4B4W9H96rBaiv1yX/ykXa7xfq35+uwr8iz&#10;1Qe9CUynaXcwbsBZsFzuP799i8sEsnSnMbbh1umPMQ8TH98CWoQHonk56EoqiWtjbhkz2tUzHGtZ&#10;NVZ52qmMvnH6qHseJl+xVaPUNf3yqxtM/K2zCQVIuU2LbZE8Hh7/7O7+KRGudQoX8avNFgOlo/OA&#10;DBXq+7lYa5TXi5uzo75QJzRxPpoFzm8BKIHDKG7Ynzv6hoKc8gYGK5qwHSV4uW7yi577/M2dO8Lc&#10;sLOF/GpXa2hZprXfE+Jn4JGP5Kew8ntEp8ny7X7X68MeqQcDB5YjJF6ZoqQIaDQqCUCbYp6P+wja&#10;yl203xLe6feIU0p0DITsWjRkBa3X0bS/L2NcVamRk2Qx7TcvNtSmDOa9W9IwkvLSc6eYj3eTy4k+&#10;JN0EAxLZ+bIjt/t0dNZDllWu321fvNLj3z+5+MmvXn42Cl4AOtAYK5II+SUf9J3fvov/+IP+bxek&#10;vDS/uE1UplA13hVX2/QRJ5woDk9F6bCh5vobmcnp/36I26noZ+821WenHg6b3JXAX6B/7IUTvxPj&#10;blk0GHDcx9UXd/l/atkfTpxZz/qb+/yzR8afPgv+8j7+r45AA3CcZIhUn4yCn+821S67JOIxjQE9&#10;14RvAFPUBQ0P1BZ8Q3DohW0Hv86k8a3F1IS4wl/crNjGH40DqQgdYzYc0fhQR2BT+cSng4C3Bgs2&#10;6Vb5SZfxMwyx/YAB/B6ONu67NvLL75ydQKQMeu4Q+1mLymaPg654/dTExrhcfATVsgYsOJTlPSqM&#10;X9zsz4fdBJ5vXa6ipVnnM1u/SuoiqccnU4qKbVGOcRJDZ13XRBhTdl34DNgF8ynr61Gnt1zsMBth&#10;2MP6yEbk+UN0Zxm6Psy9Li+WN/NBMGRk0zedD7zxxILWx/GEuWcREIn0nEoVYu2kdxrmMWFLoCca&#10;lj0djng+8/3baiM+6Jbz7z9+Sht2PJhQxL1N4sAznsxO0/to8fKrp+NgmSwZfY8H1HOA87SOoCoo&#10;8fRJ3xl15FaCgUwJDTH2A38EUnK1WB6jeysrFGhBQCUtmBXb16/n6SfH4jEsfHSIgh1Ma/Wr3Xo0&#10;qoco4XBNT3DfdREkirAMUmeFpTVTAGubxeNuL1rknz6a/vM17msW6CWLsgZCpVGUcEg3UIKBWBMt&#10;wpDEzCV+inwfVentHw3GUX6D5ASQZtOsx04zashETTxLDFfpumgmWO7PJ7Pr+YoBahaTxQyEZXnB&#10;+A72dyNTDLrvQZdglZtd0Qur5qnPVCihu2UHnHGYiZgCJWG1kqg7a79OLyfBWz5zTYBsWNlDty9Z&#10;Avd3y8EUbodJdX42OWYniGWrrwuBVFKIjmm6YRwjG19HD7BpzehDG/In2PN2hTnQJKdkKFN/LxbT&#10;ZtYnihr4w/se0Ttd4uv2j2BnEmdXQ8vJseGBuwCwn+DbTXeShKY1yhLScdZHkq47oHHalSmxn1td&#10;X+6S8+PRfUiuKqBmdQqzH0yIdYg32TDx7BwFbrxn3GmwU3FdnWKmkqSY9FK13N7PtzWxvoXXRMgI&#10;9uR83L6gc/oAgyW7czW/cYbWIix2URWgDmjKbt3FGppCfw9p3eliuEVXd7VcE4qNwt4LBLY7PfbX&#10;i+ijk0fo09f1zTrcoTRBB4GHFMvLu3XEvGYvUUbdXZT1B3ZhM1vEnd28IoygRn1qHc2YSZaSaC55&#10;ldWQ3Ox9+vxuc3n64cClsu+eTegFqo1GnecGxI/Sw1SJ5Q7xRPAA1fT6apmc+51zf4JN4uvbt2dn&#10;F2AzPvNdwDSaJBBNcRKGTYJa1brZvdK6HuBppmEplYhyxtZnAXFQJLxho+VTYUJKImam0kq4nRy5&#10;nixVcLMk0mZXha49RGavdfZ9eyQ+oRqe4Y8odigPrlcvV2nY0bunR+OmWZHmatk9VKWgu5WQT61j&#10;hyELPmUQdLO4m3iGiJzBnFG0UF15FgQNOKnkJ0nXwbQil6kFIG3uYfWZFn3XZVqHF1rXG3MVM99n&#10;EjHfXJvEtpHNMzyDBr9J79nLSNsh6DrLQxQRwP+4WA37k0V6/TJcEbLk5SS9JYuyGpgB4XkLqKSu&#10;3s3sR8eXUSQUcZgyNE1uD2NPMATyxkMbBwDfPx6P7+ZzghWjrjFwe1N61AgqFoy6BBo95913Hcjf&#10;LuvAPi57IBJmGpcQwulQmGLCzu1vyT8j64u2mR63hnqQSFoPKbVMJFiDunhfjljWmViXsfIhJOIQ&#10;mo63RVbbIFfBRaJGNlLjZlHrT7vYZLKWa7ebZhYQFRxGsOlkSuV+0vM2wvELQzYSg2u4GYztu3Bz&#10;jpVunvVoT6uGw+XBlWU7APTVimfnkIwiqdTT9MjvhIhfcJZyHFXxEXGEzCfFpFB6c/RifR0ZNSw2&#10;rp/cqLt9A9eIGLMSSN+KYAKFgQ5iFPTDOUahTNgyuM/fQ63UUM41t5U2wA+kK9KbSnTL5IQxCVGr&#10;h1E7VKqSdtVjAsBYOyoq3KOhk3HuUAS4yvCrEjUupBiuZYEnKVXACJkp6dKmavgUMiypNZT/YsBL&#10;W3s8ZejDNYgguaAHZloioO6mngbNJq0WOwzDFChpiaIUOQKRv4xEmRdo/z/895Ad27oK6fXBMLgF&#10;xwz9AelVbSdsW+H/S+RbjfmtgGwK70KtVCV5iM0EaZTKXEr8gUuJxmnaduKAjGptS1lKo3PAWQXX&#10;Evam2P62Pre1SogxlIKU8l9+WeAtWm5EAYDJQg3VjRaaZUMuANlo33RxLfomLlexbVtDKOmTt6sF&#10;nc/F5QcYmOdihfVtj98Dutg8RPIqk+CqBRnr1uqqVua6B0TRUN+s3uPk3xBkWx+ng/r0kMvbHOi9&#10;h7Tj5kHW+k2u7Puc2gN6rB8eozr9B4n1AYps/iUO+S/DdQ+g7oPjVNOSeJtDju5DWq9+cFw+mBUf&#10;UPbmAaRVgbEKpG+1xHXzPgT4Qd0sIbEyYxCXDDXTeH8d1Q/6cIX5G+9BaWlf2zOjROP1weq9UkHN&#10;RvvTw+WhjqdQ39tfF3zBbGcorTvzwWn5Ieu37VwpAVtDcC6vzfLegnchEz1Ne/AEb8cm30C5h4zf&#10;5uHa1h6uzwd/tfZsPkD5VFkqmgo2FlR/IazTrpPUspeJRNEacVFEt/nWMgpISSKw3t9fPC1lW0vb&#10;b+kHQo2t6gfkXPzvBIu3gVjEN19XN8ZDHLKhRj1i0o1TTvsJTHaLL796/S7cDwe96vHZyWcfup+e&#10;/2+/+CXdzXf/3Xdf7e6ffTgmrAPyifnhuTuxTj49D8P749GRPewt+s29GTsj5x1uS+xJJ/3Krdae&#10;8auEFkWGt0dDF0tAklU3ORaz9jX2BEhZGD+Dd9F/YiDUoNmr5SroaLNO/cW8wGiXmFCakEsgpBwT&#10;AwaWLNMMLUKCO/Ao2O9Kwvfg8mCYwnhzxa0e6Z+OLzoMWbebaWCcTTuPJ+B5NBQpoRDrTTwdncBq&#10;Y5TBsii5VDZurpXY/UFgQ/c4nO4zEg5RGLK8ajS6uCNC0GcD21b7BYRdjVhfYld9C0vjfEgqbIav&#10;DfLBbvAPv32LoTMOD7+4TohiYoe4K2gw7DucapLyYnDU6w+xc/rw1LsYHiP79AmzwZU3TBGfnXm2&#10;z/ASL1aKXkZBev359OjSn63z7HWW0b2MTXto2RhTwed5sd7/aHrBMAefxE2Jc2aJ21TGYFpUUPXz&#10;iCk3si7nywiBEccTbYIJWuV1engzvp1DWUpInI+hKTXmNiqh3jElIRiTnX7UH4SsSgRZGeIogu1s&#10;I9GjMrGlr0EYJoPDsjj2p+ihf/LiympQH+rYLNHybotm0HFOhmMKjpCYJ4lfFs9Yan0sT0VGtQ93&#10;RHuWWQgTDLUZM6msgih7NqCbKmmffrWn/yhnyKA2KZ3DrqpeJzlwNDo9djssgxG3wYxCAgULewIx&#10;tGN9GWYXfetJABzPrASIwxBSn2UlIB30Y1X9Kq9/E1XfHYmnzm1ez6S+EF3DRGxyxcFNU7yNqaP/&#10;IBgQ6iPmQRKaQFBEPnGt20Z7tS0vjeaeg6o3PEOPOwjLJsfaVYl0QhYi2912H6N4ZWwN+4FLGHCb&#10;uOMnND0k/ezjBY7lvvNmnWCF6Tr2TYjDCMVHyfj3bHSK7SrKldFwALjHlUlVS3c18YHuWQgyrNFR&#10;+ZKi8nYZ8s73+yqOiv/jKvx4PPnF/Wboarfr/ecnpGVpZ2OWBgbbnNXmn26KF1HTA3yjZO1azxer&#10;17sI06+gS1MLLYScFaTiFNPabp0NHQ9F6GDUC6yKsqfH2lfqHOS7OEI3c7te38PK8+ur25XT65PF&#10;8mQ0Qz26lYllDChB+Y5yiZvLtRxmqnq3udvPGy0KmXWgPQSoDwhM4tbXMULGcxijoJPxlKuI0NWC&#10;DJuysAfd69V8POgp1WuJw+rRYEx/woaxZT7lu8R/g1ZPHActLvVjFJVjd7CchyjQagchWTMa+Fv8&#10;l4o8gWQQFsd9iK3F/XyP/z23BGXtJBhCzqeFe30fjoYG3b1k0JjdMetukz8eoNVvcEfHYRXjU7dn&#10;vrpPPpo9Ous/ItGHzgyqMwxHoG/lG2rDuHZ0nzYD1J8kLzafq7vFm/XaDeA32psdkTBcYB6QKfML&#10;7i8WV2KBC1EmGqCJg66DbplnjqNkvUmenF7QKyVC/XCQEu4pO7A/DbM/uDjBz5syEPb1sAuBHua2&#10;JdZOGkMT+/4uJ1om8O3pkGmDt9qtbWnqZPK930aTEWe+y3WOJGfg9Rfru32+RlS2IqnNkBxQElN7&#10;nRHpngxGOIlCoGtMFHGPBhjTGUziGCEw6loBxYIbYOQOsRlAQNcx9zIEISAJgJRpfHDcGZ5eDaIc&#10;4XsNvbHYods9cDyun1PcGoTAWu132yezKVtdLG8xh2fpy7phnh9NUREhRt/u0rHfCbBVb1i7eoDW&#10;Om9QKDDotIkJrUhYeXlzN54ObsMIke+FN3NZs02yTLh7OJ8MKC0EZuu4fDIe328jOPAyiGYD6djg&#10;tWPffrdCRYylQvl0wi+yoIlkEjwfjiFEYURM5BTtQa1qnQ5iGvQYB5DwibAf9eA0IKkLm36hEkVw&#10;OU0dcikhXpDMBx5VaQLOyAyMnSaL2T0HJ64/cifwppgJBc50uf6awJoB15e4kduPgulpnyhZ9sE+&#10;/OSBOzntEzUwgkzz9OTo9frqbnX3/Yvv3oavF/kcEIvJyjqL2FB43SUygCQfMkcx+IiUBfw/eils&#10;yXsepnzsCaztUJz3K+KmYK9kwgXD2DyTuFkZgoHOGOuwWEKwMUhqjlYRkgamyjAXXLT7qyJ0TOwd&#10;wMpBQUeOzgiadgmhLu+zj8hrOA4wyph5LuxrqOmPfA8a6r5JMYH3un343xQaFCbHznC1XS5xEUY7&#10;3sXLqsGW8dHwiBy64RDbZHuEcKJMjvr9SBctB2FVHELmAU6XdcARlxKzguUeE4nN1K9hoJBvxXzZ&#10;xETaM3E+EkSWPQ9Wi9j3VNhYk3pn3kU7rkyUuMfBBJzmNBhzTznwVSj4XBcLq9Mpsp2IFZjZ0KPh&#10;9GJ0DPeHkQ6dOUA2rBkG00QBoHcHOiB3V0LSDV5M24vhtiWPUfQ5TQgXeANr8x3s2+IczoZuH6FY&#10;N3mvvE+tW0uXgFx+DasFq2+oMITEdnDUro+CMaaDmJ6zdi23ZGBbJzDv0bYYkgmfYztCVt8Wg8ts&#10;0MUXrAy6tiduqzBRCUGwj/pBVmcLgTfpLUTjios2nv+0D2ORXqO6r5G1czAtUoj3e5K91ndbVEVx&#10;Kb1I1oD+4/2rj/kIcYbBOkjLqNPFUwbugcxNG6RALCd+H/oWjtaEHXoOziCMIJnYoCNfQFZy0IcY&#10;Nxv0I9aFa0a7CudyhPqORAfpZCAzph+YXZYsNKqSzMbMSiLNmLDb3F/rTWELCxfvaOpDqda5OpEi&#10;S0Om18R0Bl3m1TRnLOk5nwlcBlPoPpwv8ookcrgWxUeNBVc+8C2ijKEs9CRbHE1GMWddQ4vOiVQc&#10;x3/7O/Nqfn2zUEa7AvARDbAkLpySlEG4aBF1NEc9ZvN2572Ot+2sOBBv390KcIU9mXFwbDrIbLnV&#10;0lQoiwx8a5GbCfFViXpVfmhrRKwaP0jLpoByB4GooshqylazNQrWD/Th9qt+yN1pA3MUxitMV0X6&#10;5Yww5//4o48qEYY4wXhykIyybQkSyEQFMbmcgq+++KfffPEF8BgOjiS3OYDX2PHLDF0sqeEWYb7g&#10;SKyZI+id+h8jP6jxPJL72kVNjy0GWlu2M/kfVmUUgsxW5e88hu/yYH5iERfZEaJ1q+dVz9QRJNI6&#10;/JFvqu/wol15PUl17T48on1oKwFWX21LodUiDDbbB7A0U+Ga7d/VbwnOacnlKt9UCKik4civq38e&#10;nrkNdLUO+uP2t9qXkCeUp1B/570oljuThY4SKbfvUL6jXqsVE4siWR0m+dQd9RymfC5H/sNFwRWp&#10;s8TJduRwcQzlgXJs2/RaOW6OxCBYSsTclRe122Ng6OqV2pfgQ4hhU3vQuqKd5qSqkFvzPXFdN5SA&#10;9nAt8Q45H7//r/7I6UvNDxkH07042vEu9AM9/kDmP7iPHTKNDpODNk7q9u1bcGkiqWsBWtk6je1m&#10;d72Yk8drSCShzwp8d3/D6IRLi8e0VH/w/5Z4TQfLu5UPoZBeCakWJ3D5D8hHDBRELG2194jR+lqp&#10;Vp/fqhS6C21fpStznesK6zaUQVilBACNqM3/7Y++l5OJctz9/LtHSww8693qVKxQP3rsnGGnnCeW&#10;CMfi6ecfvk13Vjc3h0534hD8OU/nr6Fv9YznKa5XxnjihLmMWl+n2l9XfBjMchtS7lke3hVaVlVH&#10;kgCmnVDkOpLMc5+ki6qRJdvQAdhuqnqRGWTBHdHusmSlQhnvQOKAegd/S8vR42kiISGksHM6GBMb&#10;xbycCmbquNFd9sNPfvTTV79m6v2bF3csnc9f4qpQz7CzMeFIM0+k7kpW0Y7wwOvlVm4sbJYJhAA9&#10;LaEV9XxfIpM7uAn0/A1DcYr3ZKtWDTPOqzeheKVcreK//c0NzhbMWndSKNZY4+/iCGrc2OsOTd0h&#10;N2ifTmAlMjdh5iCY4ZTqfxPd0/7Cb9rc89wp95Hf9y+ns3+4ul1S2jpEArpoVyRCwxTjFxjY85yY&#10;FGMkcwmxDcUexmOhwyMXfmuzP/PMpnLzRn+xSxKtIaR+0O+hV12SucEIY1+xLx5PMGpO2HOnLqrs&#10;fOy6o0EvhaMv05XimDqnsT3bmnps6FQPXDEWaQog/8tEQnQsxKe2s6B8CXOu+9c3K0DbdbL6YpcD&#10;4QhUXOH8DGYDdUEnN+PV4l73hGiaRBnMQ1laIaE1RMLadxkUde3VBuS5ZnPC7BIHKNDRu0ykfb+O&#10;yo8H5kAkPc3tBj8K46bU6Bv3YEmefhzU0usSGEhZifbJqF7HZUQyEIVpxzqhVCFvgyIC1LLAmckQ&#10;2R4ZGkX9UY+lqbmOqwBnHgwebcPTTRyGME5ZSx6vgFunZP0R4KdV7/ISH+azcYBe8Xw4eJOk1+vi&#10;3NCm+F1r2jviFuEgMlUyjVyi3GWajPj/2RlNZwAYhTp4FWVw5a+r7MMREAZBO/XRCCePEq60OFGa&#10;nahofnIV3e3KH55MEk1b7bNR16M1wiGpR5/b8YaDM1GylhDtolQrY2EQUWfXWIjdznfU9o/6LgHF&#10;XKd+r/f/fB1+Mj4auP7tKn4TZyljEfqcStxBnk5dHAniIrsnn8O1JXmIa8LQ8T9jRiYUG9y0CNW1&#10;u6GW34aJMPL0DiZHvnJkw/oWamFWxrNxm08jiWpcDCwqt+GqMnPuPhm62zoyLd/tL+K5J8uTtc/h&#10;CCRMjeBwMyCDdL1OwigqHh0NtuH68dHMkjz7ZheGVJKrZMcchD6LgeLLFU6huqv2J56YB0H414X9&#10;wdk2rtcRLdCk39tsUmD2cX8I+ZCuD9I1hhVfL0IE9JyOMXt2F1ArpkN9HuIHBHKOE4UjYbE6wZhM&#10;cbAoP8IInmhxQrVQnPa6EwkDQk9qONMhqgjzCJSwTNBtO+70V6+/Wtc5FGRgUs75OkzPA3JHDdX/&#10;Jkwpd3FYSgIpmxtv36AMwJQrcEdvw3uuFkaZ3C+LOIUqzJRxBJcS6S+uPxnKTHfY9xUPjKYO6qCo&#10;c6E4bjOsiUy6YmJaQrprsztANbDbA1TirkwlPCDgdJUHggRUNFoR5Maes9gsgVCEf9ifQeBR+w6n&#10;F69iVpUB11IhySLp2zDqkXc9OmcGwVaYVxER1q/nCTjJbUJNz6ZRXhPgAi862S2k8zUIdaPcZZeG&#10;HtzT8EJLCVfFHYZMUzrAcUfGE3HJ3I+WGG/zjA0XB1YYG4+HH2wx8U3joDeoYPd2urRh3CD0n56y&#10;/GIAZKpcNhy95ntIlfa4A6jYYd7ETGbi9xmLkNTNIo06gLVb8beVO11v1MhmseOUL8KI7RZz+w3t&#10;HT5A4G9komjNxPOXW0jppdcjVaWgKoMSdep7dDMw2ZiaEeMMJXjqD9YkkJY7ejOirSYdJ5DILG4j&#10;jALEowTN4cSG+dzHiZvJCGFLmJDfrHdA6H3HHQlXlpu3Iz7vNaZ03Rh3AkfvSgFaxPmWetiHraQ7&#10;k2CAqywmQ5vdkrqFWee4f17lc5ilWbKAGQqrMEm3usRbJtwyYnSv43FBBuw8NghsZyK2oqlD4WAL&#10;flNg4uQDK5KYzqTLQMBKZpsvqQ+yhtPuMKOQrXMLnRgGv93dSaqtgzV9m85Fw9bTR/3+Me56iErW&#10;u63Iti2Y5CM4Bait+3ZAKjJ+FVBzrzcLOpbT8XC7JxCKwWWJazF91ma3LUz9htGUjElxPEs8Z5KF&#10;u6MxQ1prOn2Maz1pdmLFTKXP/b5LqM6oPqL9PaCzDh2IaOpKPGkFYsSvRENehBbAjVJBGlmmupbL&#10;0rMI99QoJWpNEWjp65iDLfKHxSasVEIK8AB8RujxyJCkcaq0LcaWXRHAR3lKIGCZIoI9xnGPLQPU&#10;62zYGyGpqMrVZmf7fpqKXp2ZFzH2N8sNnNs9MC9aXXzjc5p/lP7EronrD0h1Jg5hDpwZ2O9QJ1Az&#10;cfGPegb22tgYxyUm2zbzZb8XsFVtuZaxOqfn7TiT3sgzhF6YYIZHRDmktq4BT5i+AUcQt+MOx34t&#10;pl+FxKgajSfMCz1Oi1HfhWlJtqWjW5DJHUljcBPsOekVjVptdmT5WWRj3yFmIPiLHGm8HS2hNeL4&#10;dTabCv5nVne7GriazagnfikOWwN5Veixt3OoDNrl6RSypaYyZliBPTfAAn5FZSdGVvkaKa9tkuau&#10;iyJOZzi6zXVyLLDbu9tW4N58MkzasG9ADlBBnIHzURLtbkIVI1l3WULiAFUEEJYmYh8btyvsU1mH&#10;uOLrnqhMkKtiSUU3DdmNr6WQORvc5tDeZzfAHEaFY1bQ6avervnqzQ6J+WrNto8kXe4+z+/eIduR&#10;bFhytopSiA/1n33y3/7O0okWKuNVdtJdGC0WRJuFzM3EOZarwmO5Io+X0HpPUmTFNadpI2uu3t3V&#10;QoTNlXBTKvFaaU1r2XF6FBg8WKV6tQCWppyHRYsrV4MiqQp70zKNQw+staG1iudatzGptXpGpUA9&#10;IKam2OJqbXipEvEKpkZDQqeS7yNsvf3x0JQrcKJSeE3VYtNu2evlfLta37+7+tU//HS9mEMPbTsN&#10;U7V+YtCkGhFp/1TfZ6n2ysE+n9hVaYS7qjcE51I9mvo+/1RNl/xma0ylAofVvyTdmT+q3TZb1i3d&#10;YNdWplK461CxYILVUT2kah87bY9qqjek3pRqP9v/VGNs221P3D204MJgUu1p20DbrVOVMslSPbDT&#10;9q1tE/zwUQ9/bb22DOl+Hxpg+9AEq2b58KD2M6vPpppt3rKj3ok6Iqo9lyMg/Nv2wfJ8nA4uAIYC&#10;khkr5loySWifjxdQYw0YuQL2KrDYUK9qKWtu+c94aKnbj8+D+dyGSldWvTQFfkfaRNtu7bs4qu8n&#10;AOJnVos8zVIWa+CnvZ6Lnuvu3VuupenxqXS8OKoqkfM3sl4FdD8wnLX3ymiuvturt8pNEHfUSpkw&#10;E6ievLubE18gF2uFbRDeQntphiH805lkSavTRpUmfH4FVsslbkgfbwnY2yYOK/RbrMhbU/TmYOul&#10;XtpU9uaFMmhWBloigFC51W2CtUQNC/pdM9zhEnMAcJv+jwcJjnxeOvtk2p8ehb++vV1H5o+cUMcc&#10;pYtU0Jz5EPcwyXkNfNWN5/puG+DKJ9OCtcFgT2ewhf0j1Bn0Or7VzJE2dfWJ2TAOf53Wl8g/qPQb&#10;MdhjUB1V2pKC3lAmg42+rPSfFcamNC4DhKvaXViNAVRRb2oVGXTw6xi3//m7OGhKycgdjYgvzvQ9&#10;2trLYHhhU61qcJxGg/h/vgo/8d3PHg+vNnug6UKAcJZq7ZY42V32GOVZd9CUxuOTp3WSjPpDltsZ&#10;gSS+vczvyR1YhxHc8ACCl0gJ1qPB8H4d36TVF/cl9y9tOQNYoPFwnWPI17dEWnpy5OWJSAbwJH65&#10;SsAamQSEu/yXt+mzgY3HUK3HzEgwhlzr6XybfHByNPBY2+vt4m4yHHkdG00g/PQbFDKWjhXKK9C1&#10;Onu7jD9kwhpnp33UWF6a7D4YjZgIIQPBKdZ1zzU9eLPbbKvi2LaGAqvmsj5CIATbxFc5wf/ZneNX&#10;vM/sMnlyHHhoomJ02o1PJ5nXn1ye39yTTdI01A9aARVZJAsV/sbQ9uokBswxSK18lWTjQR/6ATNo&#10;7oT/j7c33ZEky/L7bF/cFt9jj8ysrKVrepnpZnMkESAFSNAXAYQkEBJEkU+gJxP0BoQACRAhkRJn&#10;Yc/UdFd3bbnF7qu5m7mZuW36nWuRNfMCrUFOdVVkhIe72bV7zzn/DbcY5Dr4XuIRDcORLptD2CP4&#10;QXf2u0Q8+TgyczJUCGJ1yBd92uLnPKRbeihgAZOmKnqxLteW+3Iw8XDt/u2h/nUIT5+wLOsrUovH&#10;/u9A/DGhzY+oiW/27WdDK0ZupOunOC1p9Ulsww27AL7XuqE84V2SHihqQe4SiXSVpL4doK6QRlqM&#10;hMU1IyXWkqffImXhbAA91YqBM7BDwfBsX7sB8T4tHASCa6kiKWvYozBnPXPtPREiFc49Fu/oc5iN&#10;uvbVMp/zDOrifMdzeTUeZYS3HEsIih+So4wQ0FBZROYYSa4B+HM8fbPJ8QL2xXSDBqL59XSaiZON&#10;udtBiyOSZEQdcXvYDIYhSDNbEBUixEmYYMu96NXxYuHgZ78JB97//sPDNcRca0AsCIjLLj3+Yb2C&#10;e3A18uTidtjPAI/jo4tTKvaYYlRLzSqeAIWBvRBZSsgTGRx8fjonzxkH5vnQXaDMK4m1tumjoE8S&#10;r6UzKOpIzArGoOyUxK5D5YppUC0jdlRzBQMG3x2xUTJ1aesUsutAtFpBq2AHhouQObk4j2mO85CI&#10;MRHapAXLha0HgYCnG2Js2xaz8/ARd56uYaZJ8Tf0PUSXb++zQAUpA55MxOkaOi/Ma3vij767WZGt&#10;wnR4Hke398mX11d85O1my7AJt1v2tuFoQHbxviV9V3LZf/LZjG2QHn+bZizLsT+iFUnyhCRt3h+A&#10;rZQX1QGRqyP9g8ipaF5dN6JgrKmW24LBDeUiNsIZcSmH6jKyoEh0dbEuc6Ct2QyjAxpAbLdgIQA4&#10;lJjhIuUmpRkcMeuquRczKARRAUEVAwwddwKSiszb1eMgtjf5dhTFYjOkMYICejfebtvXk3CTrcXt&#10;gpEuOkWAW+K1A4AgJ0NRqHX4jZWCyTSU1YiDAhmH8uWGAYon9YTMdYH0WCZgNqQIM80RBl0LfCQa&#10;akyzKLcoughi+Zsn3L98EQgaTC6wT5UTaMYMfxDiwDYNPKpGFGniY0kbGdKzj9Gf2DJ7llgKBjXM&#10;hAVSxrSO0ZVT4VXE8hnQrhDJ2VA3j2zArSBapIkNcaERTewIPYApuiFUXbePGXz+J9wBJsMAS3V3&#10;uEphV6DTm4j8HVLF8cjHo1sYY8JG89CUeEhuD+lTuicAHCdeaKi0Ya3kComFKZPU15NzFtvrizMi&#10;S9F/Y97J5yPocxzTzxqgcBosEszqTPcinDKVK0hLYUe1tXkU8QZz3O7NTkFeObx6tLUuMvtyjQcU&#10;tSKlpmuikQFpNVdrJt/edr0z5EbZfBCSnGk5EGwzXNmhQ6P5V0QbS/x9UTibTzlyAkJ0SJcpcahK&#10;YOoGALQQqMH/cGTnTNwuDkkrmUJcIoJ5N3RUMrMUMZghqWcOOg/2aa2SHELm23Q4SeiGsBhTYYXh&#10;38MY14o0oH52iS0HDVoV6IsYMxBJDfaL0IOnibPg8XFxMfPBug8ILKqSpVPmh2l0chpdwVOg8qPf&#10;Q31aSBhCRbeG/b2lDdgDix3Zfn7FPiFiuPY0Co1CslJ8mS/PHzertvbz5JG5CN7iDLIOKRluXGfq&#10;dSXtI6swb72Q7Q4Su5Met0DZDCi5uVg9bTIuUm7RbtbiXs4kmqQZppPE6OF1vIDiG4TVHqkPqiYh&#10;cSYVCtto4s/PQzwfO2wo8VFmrvS4WvH9GLkjz7kazjAuyMuFmFqJUbC93D6g44XWEUWxJoFP8G5A&#10;MJxttpeAXDHNBbyXi7lnioC3W9WS5yelW1lLY8Yrc5bY3HmDNF8GCnuZcIs416Q66OTKqOoWBhvD&#10;iDEt2Wa/fGI20+Eb10An5mhjDg8CctSd60mIlxbLhqgEoPtoQPUh1pmMw7gEjpg/N+LxJGMmEmhR&#10;5xbjgEU4EHkPaGjDPNd5t92Wtp5UOpc94VnEgxqcHMdml3k+cC29ilhjTGBFGDoNLSgo4/N1ws2v&#10;WAS8AeRkTAlo9jmaQyfANsTxGIw2KetAgmHoNDXeOS7yuEJ2rj6WVUrAUnMxEtAm8CT0gO9l2E9B&#10;mNHOSfK8JpCxJ7GrXE1KCOhsQx40xnncUEdXya3S9XEA6QSbYeiAjyHq6mOVMEwscd7GMY2xYMtG&#10;JoxpgfHbhJflubH1bdpMxzEk6Xvk5IoQSb0XsPDEY8L4F1/8qz9Sx/vmbtFTl9Fh7qC1LJ7Q5R6w&#10;Mm4lByXgqEOYLUkOMjKmRukZnoh8b+7u666XvYovlXKZUs7Hyu2XllSwxl5w+xxK22f8aH2grvTG&#10;itDXs1ufs3/atlc2CtirOt5na2bV8jaqef4xBtZUfGbVUVBzMRk9XF9djIGqBmE8kjNdXK9k8wGo&#10;MP7uN3/31//h/717926zWlENVyIMllYVMERopXx4CFMcsbatfqnYNfNBWl1ZCH+Mbmqf/aSVgbT4&#10;7hh90I4SC0uLzY88GzRpP/6/8WMYb5+d+2xVrD3/nd6n6xrPCHmfAyxNoWF+7IE+/qgyjuoxTPWa&#10;ZvccbKP3aKe8EYVeGir6qAfG++Sb5yRc47lpMhT8q17J7P4BXVq9Qv9Tz8Rl1cFLZ9n39j3Buk8q&#10;lgmdEIzNfrKgzLH7DyRi1B+xU5X0ZPyY4qvekfmcYCU/ifxV9OE9yUVZRKs4Z71/NbOnQwuBXNGm&#10;ed89ybd3SG77uyiCBTGaofWVxCCVgqvaY2+xeFo8Pb5983YYj69efXJIE6J71Bton+/DcySxqT5W&#10;95FkLnedF799/55KQxzx+1BdAu13+9uHxyCaiPqdCWQhpQgLqO/UnxXgnF49T6H3HBfZettfUr5B&#10;gAb1at0zjxymKEG+htLpivKZT6Fk26Ujsb29IVn/OS3l24yHiyVJWjJtbMx/+T/86S/+bOa9du8n&#10;rjZn8Zf2tpyPRvFPx4tBm+0pgBtziKZ0fQPLyd535MxVB6qYv6okMYiBzraU2/X+0A697g5FGTQb&#10;2/jcBHKpRy45MRjh6Jdu+Fc/7Dy3Dkf0JKx95z3pb4bEyzBz/7+S9tLSXrikvyLPEI+EpGi22ZFQ&#10;P9LtGIiOA/sOWpcyRwxdKtpyLfPTFv7Wq9B/KNoPq9WJZfzq/BOrotiCDNVMh4OjXWaMkjWLNmlz&#10;6Gbid+oqbUODO0marE/GEBpXu2qxbHHeOFJDbNkG2mpfgvBiMoEmB6oqCKJ+Rqe+O45r94Uf/fon&#10;P108YXHpvt3sgoH2uGWk4WIKQq008YUx7xvWWKwdqBDbpKwmfgikgaUkYUBzPxhhqg7xznfK1QJD&#10;oJArzsFra3tGI1YB5fsur9dZ97PpDB3meXwNurDZ3ac61S+4WbExjhvyGXSyc7JTnJ8ozzOZCnA5&#10;wHQHDciw92efvGRBbI/t26z6xWQYB3PYh1j4IJ4dRREhH2QvtZIQ0RTqI/Pn6Gg3FDi1FJszd4Bw&#10;cSvBNhrkuVGMVhvvxMF9mo0wYvH12D8iHKaHZa8tyw64+2SEcAjhIHB8CXWvLrW3D1tngBVWPg29&#10;h+QAg5ewYZ7439/lIs7Xm03ZDuvuJPBwq6WkBBXCg5EVQc4Bw46fT/2XyKOMjmycnBlKxzgg4F7w&#10;0G+pQ6h1BBaEA0DUH7nz1l/gt+zB2GveHPDFbafEIWY1QVPgVyhmkUd+9ZDjub0qsDKAf1Wu6/aH&#10;Q3U+Dmlj5BESZ4HuJB5SUTL2EMoZ3hNSxtCPlT8d2Xu9HXvGOUNpUD5Dx7wlbzFjKR6LesdEv2yG&#10;jgnr/rta39Tdy8FwqPkfdthv2ERkfTnG+Lmm/3x9cjliyFHj+gOqbUHopowVvIuGCwHDEagPp+Zg&#10;QWt4qHBsOgnHwAkDx1wmuwsffw4snTF+qr7dpLjWvjhx/5C3P4lj2GK8BszqmW/eFQ3r59u8u3YR&#10;5BHOxbgdx2DOpQpjGBI1yOmh9PlkKobPKIEJxfrT61NITJ4lsJvrxaBMVFRY8yA42Ol1HF9iByOe&#10;KdgoUBhacslZSNiHLSuSn40N6r0OeFBcx4sGagJaNzb1JtkcA4MMXu0zuHYaZLNCzOHCkPK/PGbU&#10;CENIruBZbXO/b8qcUA3iMexhEJM3wYdhV5+PYrZBXaxe43V9gDDCmIDGohETnjoej3/z/uGz2QQh&#10;Nwxq5rNfJ8lnU5p3axRSYGUUVYRSfXebf/Li5fGwjAOH3wqBHV4CmyK7c1ltB2IPVj5m+MHsUyiU&#10;h4JGf12sIGGRRUPcmqNRtJlDEkpgJwrXRrx5fHiKUUAF7xgtmButJQcHxwa9AgUOdBI8w86CmUS8&#10;RmNCqmilFtkO5h4LVQx2wCZMmfYjjRaSSOCQl8YmQ2s7cFH11bd42zMdUCcXgb5MlRDBUhEyPMf+&#10;OyAb0Q+//vZxJERMZ5cd4uGwIpNGB9zo4mC0TwvkzIdyDyGc0fDAHbYC8NGdYhvLeArqJY7QBis2&#10;wvA8NJEwMCFh8S0WewwIkAPHEVBzDW9zlZRIzfh1oRmdDkZwJGWoAfbqNlAjWacbTgPJ4SwQanqG&#10;db/bblv6/PB89KLYLpbpGoeKlHkA9BwZfge7gkS3KQXiodBIfYaKGfkDAjZFG1mSHe01R+T9A3aS&#10;bUqCO21SBh8HV3B0MSPH9NyRB5ne8Oh1ybzVRexZepL34I792ciKzoYwY47QLB2LMYfoeHnNWhLN&#10;MbBiMIH/lO5rit7clthTHSuIRzLCmgZni/2CQt8RB+zBUMBkDuf8IHb4MjXmjIMaMkXiS1dGe1AW&#10;iOoLZVV9Eo/gVcoUudEfSLdGDMlmiBrzkK53D+sdCUNGFJ1XhxVeu67G7aM9j+rWAtWkrV3mkkWU&#10;AhJ6gSYGaKA9kQdVmCk+n8UCpsNJmiBfzgntUOnABqiSR965USH+qJihcO2ZN0o5QGpxdLnb75dZ&#10;AhIz9IfjcL5O09EgBGRjf2V2Rv1Azh0Li54TH6YAxg3dCqHfoxMSB/JiS1XG8BenCBUs4kDd3ufF&#10;6Qif8uEcQ3KS28V+ivhzMhWaP7n+BQ8+W0S6L4iVHgxmZfNhkyeWgZDn3IOIyhSDYGvRzwJjiEyG&#10;23esmLbRUTZiuyVOtEShjDrTQbnQiUunLjG6Hk7CJcPLC4fhl4YulHlKKME/UmQxlIKhhZqWORKc&#10;i5Hv4MZPHhujH4TTxMVQUwL4Uz09LO/I0mPjH7ohmOSqriMXb8dginqpNnkwEtgFx+5yfsX+o9Tr&#10;ndjuQAOmlqoMwEvicHF3YtyDd1ArLsMkTgkTOEYGnHa+SXq3lKRvH7Lz6UVDTHG+xizANuxz7wKX&#10;9F1TIibnt1EghhbhlB1yKWiwLFE2PprFUonccCvAVi72HUkn4jvp7JG0kHVXQMbDJy+ttB21C85H&#10;sNp5rmG3MJNKDgfNKEF7UXRDdlzVUhUyE8bhFCIV5SAPcgYfB/IqDy4Fn94S+sDzRwQiZxB1L6S9&#10;2ThcJEKXTgtCAc7yA5w2YXpA6hb7apLJarjcQuCRsD8mp4yCQOm7hnS3oUeExJFjS/4MvGSXP/Cm&#10;qc2o1moTjkxkhyM2UVuav5SFA2RtSX9BwepJfGwHzwp/rJyG1WAA0ZKYtGl1pGEDASVLUHT+l4AJ&#10;8pCSUj+bDI6iYQbi1fFDuS2hQxtTyEWKeolTXamGd//9F//TH8+5qm8/2LLTfboiEAHmhmC8Eo2L&#10;J7OvWM2gdiIaFFRB+hjO+PuHR65kb4CkKXMp6R4VOxSUFnRRYRaG9tHvV1cJQwKEqk5O8ajrvpgX&#10;L+fn9qhXLD9Hv/bu0apHM/uX7UNrpQXrXYJboXzqsrFIPOEnL1/Fw3gQRvxTJhuCCsJqtpi4/u4v&#10;/ypLVowndhxR0K6Uc4SYJpEQCIsIDzIFcyoOr/zrM/Km/s9UTZ8kw1BDMZ0QKERlrvL2IFMaRp+8&#10;qn9UDMsf87mdMn7M831uWP9ef9r23s/PlsRGD+L9g2b5ufNkpqp6SvMZ4HsGAnWlsFU8caVt7ZvZ&#10;/m8UmOq0fT/88c31YcJ6r6p9brp6SbK6NX1TrH98c73QV8z5OtWuPVt56yowr+17Vd34yGPX1Ss8&#10;//JesKrGE63+8a+UllXuRw8Gc4FaFQulPpnVI+Mqulbes4A/ysyMvwW3FhaANPqm+rQC7VoSHGVp&#10;KgZKU+tKDJ8kN0vrI5UkkR7ikExqyCLkyWWwaHz25U+3m3U4jNVnVRHFIvfQVSjwx0jhzni2nBZ1&#10;sX5/c1PLwlb0Hfm8zZ6O9/6RqDgVo9WZHycvfFR6UXxxKLnF7lDlbzXK90v8zMXbq1JE6bbv0fvA&#10;oX4BS9yUGgApD+3n9l4T82e3n3r0i0HGE+qmwBfvfy8UevO/+h9/9W2R7PmUU19MpEIPxvXBOy7t&#10;CkEGYe7zefwDUQOB9V1urMm1o/g1zE1t3DTGkFZQkve6mW+cDUz0L789ml8djVeKXgfdTjPrJXUW&#10;R0h6fFd3lxPnTa79n0/1JbY0aUNW6i1WE4Z5x/nJflcabw+0nuiFgrt3aLjan57NlsfqZy/OAaoC&#10;5EYdlqqaR5FukTHI6BgnhgCznbQ5zAY+I96JQ8gfsbv6yTD03GhR7hZpXWT6t9v6lxNcjU0IvsCP&#10;Fg4Q2YZB4TGr7rdgcsAsljieyUPB3MaEXFOZ1poOsG2XtHPMNitt6FjT4fj+wxNln+abC4xXIjvD&#10;RnUwLKByIlXdH0+Gw3VRoOu7HGL0HKiFbFAvJlk+Q/3AweXJ+KNWGyYGyzh7iadflzHiHFCIOOZv&#10;7+vzkfWTiT8dEPTTbTDLrJcT4jVN+sFo7GP9g3+rJTsoDRanJtcwaydhgED4L7eSGI78Br4Aw5+n&#10;Q0rxek2SiOXeoFcusaliNq6PpBYvKT7+3dsDWkMZsRcgaRR1DDdI46RdOYIhMAPAb+NX15fUMu/2&#10;2Q/74jrARxmz6RobxlSwBx/4HZVaJNm9bGcwJDNwfrwnvrlJhqOAf/mwLQ+Hajry7peHS1pWhgiY&#10;FQv9r+PFqpzRAzJIghmbs2CYHXI+3hvEZsf2NRYrviG2b0T77NqQyq7T/rf9UYoLExNIc2hQ7tAm&#10;IN/Rb3fHBwJyOv0PCcew7FmnQyYIMnxc7BrIs3AjaaKuZsFdktOpT2JwFRJQ2ysZPlRya2xcOv1H&#10;0g/UngMNb+4Mrkfzh0P6Vuip9RmPCrZP1RHu1tOW+A+LR4F6ETwWzvYVDq669mpMHgW9jDy3aDJ/&#10;dnpJJ8XTdjYckjyE6xJm2zC5j2b73Wo1GrqrDMqugz6coOCReyoGQLR05Za1Qwl5MR4ts8OihPN6&#10;GHmUqPhRtkEcvodd3GqbQ/v5JKYewSTsq8WBMhaNIyuf6/EBu2y9exGSDyXpiBxhoSsGy1fTWcLI&#10;w7dAd6mx8IUCA/wiDst9Nh6dOmZMmwEKQQLnU5oOg7E8ZjwxWIaD2WY4erXv9mKxWIsaYrAX+zxq&#10;LyhtVHx+gEkvjsGGSekM6FfkNUxm1tVnp8Dz4GDa6XSGDRKeJW8e7k8ng6ekYOUUMm9uX5DRhOw2&#10;kmmULyafzWqb42/0uEtezz+7mr7AxNjVG9YJ/EzEsQz+Qlc8srj8GNjOIj9F9oy2MEnPfJ9nEFI3&#10;Vqt4AAAPvp6/dJv1lsvYMKwc7RE7bsT40owjOH1gM0Qg491MEOYqTcCrsWcngJcWXQx+6hIbYaMs&#10;r0bMbQbnAZGvDuU7UUATaDoU2ZJEAkRrjqiCGXkV7at4TNHFZGFsTKpqDRZELhUVHcUKczGuH05T&#10;WBKu6JsN2Ar+1w9JHNjbDP6CB8VeaF0AMkX9qxeXQBWBUhxgOA5EJLBGWV/Np2BB/DbA+8lYWggv&#10;cCTIjMGNQ4VLPp3JBOCQ79iIss44jUbI67gfpYT6GkIGEPmL9ZgwPtLiUczoYZvWU3/EUQLfDrSG&#10;Eis51KdjwrARzwoxA/3fLqGDCjLtQAfDybHOoIC6assk34JqFQo/nK3gcIRIgtc79lGteKFpmIqv&#10;48CaiNZRWyepuEVQRpXZ6ZCF4YtTqUQFSrFIT8LbBFLOkyXjtskshg5NgmoKoRqeK4LIlkUWYLHH&#10;J2Ami17vt+/fYo1w4U/HDmcRCNUjW58ENJsw2JBQSP7ewJv6kudeByYuV+48mERY+YFWVvmS6RcU&#10;Lw5C3YH2DD+fXlITQ50UFihpVfj6IHSkCmygocCF8Q3aqoS5GuJG2ml2A9uYOi6ufWLN2dTfL1G/&#10;Q61kuENaafPDkv4aUgxHAHsQ2xHPAZFyHazg5LB+m6xMscKGEEt+i83QIUDw4jtMUogoi1EsNlxW&#10;dgCAvhj/eMQFgC00CS6HsY31ov1ydBm5g522l0qioT8p96RqFQw7mFlj/TvkKUbU7YqSDY6JETjD&#10;bQHcm8HR4cAgpZx8U0PcbjncrKfFXZK9z9vlFmIMIlTuUrMnDJW01bE3OhySrmG2sz0yIABbrGnI&#10;8NWFWQ1nJxlFBKKTtlbI7I0YBDE87TbJlnqKN1GA/8N9d2fr9U0rigoaxQXLla0ENroc2LTRtqCc&#10;lLUi7EXLTTouuKLpMITC/oqFXucIGhq0F4QbM0aifGUUwjWXXD0rZytAJJJK2CxOZoLi8pgwDBn6&#10;onrDvpUZHPMOcTJo3FN/CL1NrMegCOlEIeHuHMFUbxkeH4+RBwt5At8hNJxBI64W+M/DVRbKusYj&#10;ziPEfZDcO34EHh4ODgTc40U5HOECGVnNrqnzx4MAQGfhqQrI4+caLAMogHfHLrT9L0/OOtHDWOu8&#10;lPMKHqnGU4+2zaDu4dQjBTeDASgyeQGHHNE4dtsmRcrB7y/EM02UYti8MPmFP8KFY3qUI+ggQLWR&#10;OEqkITALkFEKmmiYn81POhJ1G3E15e1wqHAOnsxmpxh6Vg0tjRjHc2foUzTYxXbeZbMxE1TrkjFD&#10;JyKl89HMVlwDftYT/xkdXB7rEDaEgY2zd77F/5n5JM9zg1+gIEueKfomxBqcnRz92DLygWqjcoRT&#10;0mKwDD8Coyl2WrLoToIhGwD8VU20eN3cCjHiTSX9hmrBOg1OKd/gSXC10YKzXYQBM9ruYhLdb4uz&#10;GQcg7AngEG6ljB3/2z9axwurWTDevuNN89XiER0vPnuCcRgSGocYE0am6nglnrb7GLrz+LQspTYQ&#10;w98+B0hhxZqC4p75or0vklgl09wqkMyRKy3VusoeavqgGuUO1Ysqjb7LVfhu+wxJqmK//ej0JNRK&#10;61lOLAlD0hu0SijZTiaj8XQeDscy0uz7RIN59u7h5t39e6xpWWKw69kM9Eb1marFasV0RqX+dsoC&#10;V+SxuDqzxdripyK4L+YCjuIwQ8rtmdKG+dwHCzFVVxCv9Zzr04OYfQdnPOszFadXWjvp08Azf/xd&#10;dG7GcyPc20Q9t8TPmbd9L6v8nJ5R4h78NbWPOKzZR+M+pwqpK2RIAIT6QNbzT6vkXEMRjKHSmsIH&#10;lg/ynLIkWLGm4mMdeYdKPSvfL20eU315z3y90/tY5R7xFZep7kfIuseZlShX/ZWuyMnGj5MO9XOW&#10;yjS2VQ6RNLXqXhsfw297ibd8mmcMWdlQ9V/se1Gjb6rVNalljUnWVM9NVsFY8nZq5ROmum75XYqX&#10;jjCYJ6kjo5x4zaen1YvXX/K2YKcrU2j5Fa16EQFQ/z6IS8Yv8ADef/v7x7v30XgozAL8ayln15vH&#10;5TIkH8Ub9NcBu2plryUgs6Iuy83vUftajOyE7NCPbKS9FSqB+fx49EMK8XWWQvS5C29F6Cvtsfr8&#10;f+9vpqvZkMKKJdz8uZfWzX/6z79op8b55/HXwBygaxzV3fED9IvaPHU9XIoSSFcYh+rNU6Hjqv59&#10;KrfqqWy+T/SgkNrx0LQ0J+ymW8Bqy7s5iJ7MrTtPl56e5JpOZXZ5kf5YNKe+/Tqk7KgWB+0q8r46&#10;tnd194LMt3UDqebXQ2/GMLRzSwrNY/PLK2yW0d2RVYuVDIdju25gJLanlv19WsXIDiPzbre7GBoE&#10;bSLbaw1UScJs+uHxTTAcU6bDNEMNFhu4K42QhZQNMQ+AIuzwXCUX8WFmoDt18ZGkFYVIisD1hKCM&#10;rqVxxmOWmp9JJVxJws5pOZLNgVNrdyzDmZ27tLwdsMPZcCahz7RatXE6m0H/Aoo6DccPywO4x8wb&#10;tUBwrTWbjNM6McncMGuQ564qNnWKoLE8JByFdDUsd6ym8PId+wjcGPfuqO+OkrFnirGN2SVZtoMB&#10;b0KBS94/FccMTZE2Ph86vnWf5SvuXC33/5ORB+Hsu2x3NQzebzJQjI1IMaEdNYxZ5uEIFmrnHL9e&#10;7DzxqWIE6yBepe4hj4Sm9ymXvcVuEUb6V5OzzXILFEykxQqR0AZlUQDzjAlAhGTJECsOsdLHOoLB&#10;NgU2MjmsXzvnzYZaChKjG4OJEeICUanRLuZ0qWUQWacogMm1oFKu9NDSGS6jFYSCltAo6Pha+f/s&#10;kzM6GlYnjp2Lqvv9QzMfmDeH8poL0jbnfvtNTTBHR9YJq46TYYWFTmeO2Go67cz2Fph+2rLLP6YN&#10;bnBgaNtjRS99FMp8d6coCed+SBM4sMRWBw1cVgLVth/yciYSX3GXPvO9xnAbqyA7AzMwMmowHpNe&#10;wXW/XReXvifD9kOFqc/6WP01RUBrTOGdk7aKPSyaHM++nM7ogXg9Inz+8uu312fjuxpVPFUcOl6m&#10;pqJHBa9j7QwsRvBeIUVI9cNmexEKbEjUBNQNLmzedBhEVY2OBQvRvNezATnB365TdMjM4thWllV3&#10;NgwwYb6KzPu0+UezCT6MFzDfxNWd6p9TEyx9rHRBxUUcvnncMt2/TwtazHRfc9VPyX1GVmZ1T7u1&#10;PohSqjFCM/m9Ou7f1bu0RM931LQ74avibgS7tf13jzl37Ztt8zJwqVQI/FqttgCATLdg+MMHnwKQ&#10;OogKakf8CQc/3L07dOWHdBt6yjV0NHz7tEMEOw5dsjaJkxl5wxi3TUnjcE9jxo06biiIlr95+/0Y&#10;rnZebVMg2852g8s5T7sIN/ZlGtruRTQTGLA7hIbYzGiiEYOfj702UVD2sdigAQ5D+AQlGkbQrPFw&#10;gusYLgFg2moHHQlni7fclPAvpGiT8E/KSnxQbAJkINrBSagqsQ8miAIawlAWCRngBScnshQKsoME&#10;ySEaB5bip7jj1I7utlpuSISDWs7PMhGpZVh7PCYrkPYcMTDbQkEnwIcaiPu34vloGhRKYEMMphcb&#10;ttbaEkqngDkpWUddO0JUv0jCoCPilF9DJwxAtcT8DPNVBK3C8oGyke7gsiMKwklGM6GlubJwO6Z7&#10;vG9K0g9Pa5mYHXV0B+bAHEVssRr2BaKdsRzQ2E16vIrPi3LLZnVsbLYfEGBDcKQ9PSdIIXAyRZ20&#10;EOVR0rN4cHHeyiXfnmuYsSHwZtGrFwm8dyLPl0mJBdqdkhO/jE/Px+O0MtJiu87wHNIZ+iBoZzfm&#10;Yp9Nh4vl0iQG3feTuooYcXUiAzuZjp7WOYZWxALNx+ccSJvNzh3oG3Qodvzl+av73X2SF3CIB4xt&#10;dN1nmZKn1R1jO1Sx54QhUJwF0ENgCUHOhPUqvtWYzmvwvdkoYDiDw0HjRlUhxwOW6RIP0baLgmwn&#10;QHu+Eb0ADrJaLg4wbHrwvcMJbvjiOA2STItSyu4qmlsi5PX7Qj+PQrH1hQUBb4jgHCfu80iTAvhb&#10;xLV4PN0tIaAiDDkkiwP+WyLXj+KagSam99Vx7PqvnPNX0SUE5rTKHrNqHkyRK0KvnXpjqm04Dgi3&#10;6YkOVbIuyKaKB3p0EV/T3FScyTjhWe756CJ2I3RbDCo5ylkD5HLh3RiLmSIFEQ2vmevFlsgYQhEN&#10;3oKOq11V7VbFhryc0J1kuwXzTlZ8mhMDG0fBTMhppsh0OZxn3vj72zfoTMXK6ICTcwRp936XCZe1&#10;RQsDn6L9sLwZBP7j0w6Emmab0hC7ZfTamDuK1dM+2ZUQvMglUuGLhkIRDH2XStQstCmu1a6GGVTT&#10;IGPyNBBJOR9OaJ5UT7y++AUzI842hL1jKQ5R3jPwqt4BfsM95+yHiSPUcKyQ0xWy6lyn5dZPJ+f7&#10;VSLJFdVhv8fTO+hhDIbCw+ELF1xfjNW0s/HcxGRC3BKAoy30EFNsWAZBW8LLGBhoFpBVS6hw97C5&#10;Q0ZCzjZhW2jv83SD2OF6einaBaHdUlPgGellxFUPRBMEds1DCr2DSTOP03wce7DSWkodzXd1+gPA&#10;5IixlmF34vuJsRbJ0JJ8gsSYdkhQWFA7KR60GZQz5LXAnl4HMwVhMrHY4PncEca+I0c/g9ru4thf&#10;Peyg/TvZrrl7XJOnCFq73Fej2IcpFtsRb6XEXJwLJdp+XruTQl7DcOsAssssSewvaOdcsQfaH4oH&#10;woSxvisxH3PPp0Ossxh4cDOyHSbfoPnHxUFs45/SCicqmzOBbbM1JzRFbJUovuT0L62WsSxjBUjs&#10;EGzE0IvGhNKbG0dFIt62RXU+wufOtHxBwyAwh5oWGyZjKUyyePpS4WZKh0bN/sfueFXeKSbyByig&#10;CuNNO0Xu9cV7iAQSca4yFKu5t7alHVkut+wA0l2oTheFdo/oPjPppUEQc93euEia2x7oExWuYnj+&#10;6BGkwmCeI17bjxbHCvLtwb/eZ7jVntvoRn2PoGfKwqePS5WmWtijnGIluB7wbg4PHjw3yz68+/DV&#10;V1+tN3sR6TNBleAkU1BhOjCGVUhhwG5EnK2EsogXeCAZx1PZ8O+2/FP0t/JHiVRFUis0b2VGZfeY&#10;bi8ZluUrCLbZN5eiuHVFYtr3v8//VPierTyrVBtsK82mpQyfhDlsPFOJlVxGms7n7+l6lNP60eFL&#10;XqYn9OrCYrZ6JydTQa/0DvKjquVWf8SgqheTyi2Q77F6XyhDiW8N9bO9pFeUt5bqeEXx44p0Wal/&#10;BWxWxNre/UopkD1beVYpFyrl3YWDoghojWeWtSJPK9K3tNlMELq+E3UcxUWX77DV8jD7f+o9cq6g&#10;Y+NjOpHyi9LV3KR91rUqOnyPXWvPMwZVtlfax7BfLhLFmy4VAJ8Opw8Et0fW63a3C8Iw2aye7m7X&#10;y8Xi4cNmvdislps1ObbL1dPD6uF+/bhYPT093t0+3N68+8PXf/sf/4ri9v37mx9++OH3v/+79/Cc&#10;od3NzihIOpU+Jf6nYurmKEvqjgGfpT5+nxisLD/dHq3t338P11di5fDs3yYj8k416pLFhrcxY/S6&#10;jyn+B3HPxo+B2IIGs4vokodk3X13P/vPL75bHGc6pCBG2fqGYCA4GmU7PYvvkzty1l5gh1Pvfj5y&#10;3+X1d1X3SicDRgdEi8fOpu1m1PTu5A93uJOUn4/1fx7paqBan3hOZ7qgH1/drZyRviNLHZRsU5wP&#10;UW10WCbBA/3C1p4qaMDGC3xNZHXhw2psl+mfn8Y5wSrl8uefXn3z7v7V6WxPzbunI5Uc16oz/vx0&#10;vD2WOEGNBy7lC5lub9Pl9RiGHjBOsoLDgwPL0USW+gl8F90HtHcG0eP2aeRXxP2Mhmfb3VpgZVPb&#10;7CT1huhLEfO0/g+3fCZUfHJ6cW7NfDuIRAk+CWZ/+fjtLz97sT/sx6dxtTvONC2wBrvV6iHJGY0y&#10;+4KtiZA1rO3Dpvjk8vpmfXe3SP6Ln/7y3/7Nb5qZGD9sMMLCVKOlCsTdEfdogHHcqiGxYtAi84nR&#10;0GfUiyyXKgZfjawysPk9DZ1FKjh2LVtescjw/dKKbfrTiymd06ZD/dj+ZlnDPEVgsz8CB2EaQ8lV&#10;/upsxFraUze39dk42C7S88Gk1A7v1ilV9FlwANLAwHPLYQ0lDFC6Tk/gRIn9E2419dN+8Zfv1p+e&#10;sb/ZL0G0Bj5HMmFdjJSxMTWc4xpS+D67PIuXVMeEqbiMqFtMbuHqcUE4SLOtMEnnoTOOzeUiiRD3&#10;me3v77LpwHw4iEUqqh3UqniisktR0IwRZJIP0aUJMUskDFF+lDhImX/YVq8984soSPEvtZprFCIE&#10;cgKO5fWZ7dKh/fLUw+V4atuXYXR5MH6TZoTQ/mpg7yzt+6r5Weh/yHKhbtj6q2HwH1ZZWKVfL4+/&#10;OLX3QL7E4GKvnaRQQwiLxEFyQi+p16VZsKSxPDmH8E8SrFY97MvXjg/sTx/5tG1/djXlIgN2/Tog&#10;8UWMFygqGeGSufDpdErjUdotcm8QnF9/cRUMRsFxzAQbo1T4luDSsEahtUIHh6tMfkSjZe83xIBp&#10;t0BhTrCAtzyJdo8p7NNkk10if0UY6HSLveRYviYDKR7cfthfR+FJfQwZhJNdfKiQ8S62u5/Mxr6p&#10;f3O/eTUZiHcMJFbb/HBzB1rITZlLjmv3KWCvOyLxmVnbwNYRJLlhHPqztMxCyKVgEFATyeDBEU2M&#10;7zqoCK9DJMqCjz5UEk2BDQno1pt9OaXQOq5azyE8guxWNlG8g3Dher9NSP18PRiW2ZH6HvJChtMp&#10;DkOHwxRoTGuHmIHtyygWmiuhaIQQgz387MUr3JcZ7VDiV21yf0yuzcnp2Xl+cyunCN5voRUFMZbj&#10;XSURCgT/wNAjjEQqjPGExkEM3tuA9K9LnMR1m7iguRWtn1ImOsI2tFm0+VU0AqPA4nRR3PHevpyh&#10;58fsOEzrbFOBlZCtPcOS5nQ8+u7ppsOCGA93pzJ9i2RUCOMPm8UyE17i6dB6v84qEEyrmwzaPyS7&#10;Pxmd0lN8ffd9E9KxK89BJr42qR0++BpeOyhQX4AbGi1hY1QHAMkinTK13z+VV7A2VXLJtiq/Px5f&#10;RHTC5cPicKFsHaYDIkCTl5ejxX5F35knFfvSMimQ/nEfr6lttW5f75OO0DjyYDEZ0+52Swy3oDYT&#10;PUpYLZMtiTmGM4m2wrC+v11x0MHz/iGtYSiEDpnDzIMlKrJsdg85Sgr8mQDKYsa1qE3p+5kXHVAk&#10;UoIe95tjSvxa5A1pBipwJ2jARyOomdDlkieO4xMTqqJLBJqAl4tloCZzf2uwT0k1FroBpimEuMD6&#10;JPqU8poZwC0B2D6pV9BYjlfD6Wa/GSFFlgbIvjpnnexVsKRR1HA4cspoiKxBPLzdJuz2V2dXwEJP&#10;61R0xsM5zol1dxCpMpzhsrQk4J6p0halRnoAmIrtikh6F+7x0cEtfI9Z/JUdcfC9Cjj4VjuD+Egh&#10;0VwbDuHQiFMen7Z26MziCH9yeBAzXM8Ai8tyB8zouLTjTK1vl+WnJ8E9fmylRjI8LuhQVaPp+HG7&#10;bjD2eXrEaIwBVjAdDo9WYAZ0/tFwJNMM2m/X2DBAcc3vH5cRPE0LpWcAp/l2x6NxAmaPLfUMb2h6&#10;+A7Zu5UxZyG6zD7l+N/g33+sZ9HcJ2fHsFP4MzrtIbSjKaPvdPnIhH1dJcy0UdTCXyPRb0y2Ml5t&#10;x6e2C/CM40Jx1xtJWjXVnQKsJpLde6wQHiejyQRV7dFyiIS9X+/OxD4LDgI4fSzk5+54fnlSiard&#10;n82iI6ojY39xaqeZxWPaFhKe2wQNJm1UJ9xo0LiBFZAoD0siS8hrBrtGvyp5PAOWIZ0CATboSziX&#10;8HyW7OijPwQZbiUx2qR+0DwXd7rpaNAm+w1bXCopFbQ9Rzy52a6gnlDQ81gkNdbUHReE5ko5Cxxx&#10;7cGn4mFxdLXkLBwS+XRBdNZqsYfZDXooplYIImhPW/z1jdw4GY8pWfEPno5iwgOXj2wjFgRpV3hD&#10;FXRQA3Y116yLWsODW4GHFkMocpd11ACehLE/rGGH5mL3g+xf0ziztu0GYJ1wKRgxZ9Fgv80xSR96&#10;DGXlNt5sDtifz0M+tqT5UioQ99q4cWyKQToEg1SwcIn1hs9w1Hwmi8C0POX0J7GhXVktahUGr5S+&#10;O0aEWYUoHTuZtCBC4yiaHLcJhoYYAZjO9XjA9D2tce9vtqsd5ILjMU92O4iGa1BZzz5U5hbburob&#10;jo5rYIaGiwEro41D98Nq/7jLIacMhwM8rwjX5TMiQmLAypgeCtBiV4VDFpyRHXB/5A50tzvKGMYq&#10;Yg07FG8RiTOlHYuYkTgTM2eUgXsarojlxgDbN85GUrmJtE7PXRonncuG/MhgZkoNP4IWVIIEHE/B&#10;NKxuldJyM5zU72Cg/fH+r+sx216ISzcEPE+it3SYxsccHVP1o8A8reo+qTsaUZOQTrjuMSxKqFoU&#10;ua3q0+RLki+lImfqPmVUnJpFutxbRrXKjQc3dZHkqZBbu9esPpOfJWVXPI14J8J4lp6Yjgi4XVKQ&#10;em6nCKvpbHh9fABs2UL32xs8ih5XwLlhTFEOmKxLTlSr/LWZYyo6Kc8bwB/7uYH8WvFOFRCtUoSk&#10;J6aZb0VNSnumZL6qj2KmgQFv2fshK3gRXxW8J9CL2ZKp21QKqZNQVaBrW5kFKuBca3rvrWczJA2p&#10;F5/YE98qS/5TxECVij7m0ui18uZFZKQM3hxJmOwUeNsJiskmwttlLANMIVEFfDd0B3AhZtsMtKC4&#10;PePAHd1nnxgkNkh9+I26zzSlccxT7ENX2atwpp6WrNS37EK0ynDNmGYWIiltO9WIaj21W2XMivxK&#10;tfdyn3WJBJc8OzHW477YtkQA42xsy/czVlLCb2n+RNAqQ2q7lTw/Ud2QrOcoZrrYYKgiU8X6SEAy&#10;36NQUB7BWqK+RScOyIgbvCmYqaK+87Ar+FhvFbjL/arEVcRTxt2iyuai8zZYxdCvEGF1SjdepNIq&#10;/5v/9X9pRRxLta548vLNfd9syu2omNSzNCR8qxAVaUl8ycPtgxByJGMLAtNxMObkRRcBmbRQccdN&#10;LzYWuoD6TzUHMTQ1j2BN0AP3OnYY2rV4azVy22sVEK1+0FR4Om9b5jt6K/Zc7UDikFkbQixvZQCh&#10;WNOW8j+XZcHrwEOTADV3bvmn//77dz9n0HPonNhMG4M5ndtUN8XWm2jhlJm9HDQ0ARO7/SW4T1Vz&#10;4EX1cRg4yNm4Ksl+9bOZ16S65bsJ+pe22wmyhJPHgc4KcQghhQOzffNUYT40a8Q166GoXkfdha2f&#10;gsPU+h8O2WlcB5Z5xsC0xuqnhreJqwRT7UWVT5r0aDKnNF/YxssQ304srOI0uwGg+N0a71+a5N0A&#10;iIdFyAwUq/cWz0YEB1Tl3eNu/+I0QFL4dFhSqOHHczKeMRoHxmmaQaOjwqU+jN+tb/nmOE4qqwNl&#10;XRB/BI0PXxPNG3KIduU6e5zMrdpNTkKi7RuCHxPiITxtmZYAA9yLGepM4i2swC6gaA6/fbydnGED&#10;4T2lNzsKUVx7SBx1IuxiW09svBDg7Jt2OsJG0ollrR1wLH6TLDjmUA1xax8EEsdUpCUUCWUgtqTn&#10;Y5re9kNav7iKlt4e7c9eVMYaorjriLAHhGEaC3Cb5ydOtC3y364RDXWvRwbw6/0RQWx5l91R/53F&#10;8btl4uBrmmcclSCinJcQ6rHSO4ekXW6IM2Iasy67X35+UR7FSILOjljlsYBoJhLcuad/ffd0ehG8&#10;AVzOskUm6dl53l2MtUieSe8mJa6J/iuP0IQPnM1hOxUbQ+3D4/Z6DONOvyLslNRlaG9RlBcp2QMX&#10;Y+fixIeGx0nP/nc5hmKbfWY5F7EBBZNIA8I0Q2eQaMUvA4fQ49wsptg7VsV/cuZvjgWNsZA3qgx+&#10;/Rex+QUGy8AZvvX9ofun8+g3ywJu1RlKNdu73mVnY6hYDmrwSMZy9HUcmQwttB82OZTWn4YQrcVG&#10;ii2YtmhdHz8P3A0ZO2ntnrqfht7/8fXDL1+O/3p5uEnSnyDjY1hJYWIdt5QmJqxfmb/xqC2BDfZ6&#10;HJ4sd0seH0Khd9s0soLHcg2I8PnUn0yGX7+7/XTg7Nk8bOBEka2+3dQnRvrT0+v75Wpomr+72/9n&#10;L18lm+I33z38l392/dWHx0/PJ9fT8XKTfwEdeTxFSsjMiDwT6kXs2RiZobopikJAb9NYrDOAJqAY&#10;BAsYMmMOy0EMWvjy5Pw6vPi7h68ZzCKIfnnyet/sFwXJk4B8XlZtYPAyjWfsNGzwGeY4IY5Ss2uZ&#10;vgNrQ2C6DBnhhn+9XFLEU2tutvhmMTbz3j9hJ0oScBqFMtD/kC49CztSfEjK80GMMRCqwsVy+8lk&#10;TioYp5TLvlgenrLms/mEnjjLHtlRqYUmPgSF7Cwm4dN5XC2YpMCMMesu2W6zbj8IYlxmGT1sq/zN&#10;igBn49NxsE+aRVK8vJ7m6TayBjHaZ6N5OaJMrwbiPsy84Fh21YurU+xbYN1RHhWo1jiXhN4Jjwje&#10;RDb3yO0YblsNgdM23xPvxGpEhX4m9Fj2CyqwNsE/xTOIs8FD/l1h/Hw0hLXeYhlV4MfV/sU3ixfX&#10;IaJRNPNcGY7cxbboxgkiYhyf/M5a691TWowdszLxKXVI6yEa9MtT424Jo5Xjud3mRwkaPx4Beylj&#10;cr2ZAqzzYHT6/XY1DUj4aEditkjxAuYM8E58ZQYZA9hKXgCLphaGcJtjp2x7hLjy3HLOQfEUPl4M&#10;XiIF1quTcINZUACW7dW1b0fDZLu8mkty2PvlO3xSoyHsAzihW4GjvIAxHD587+7fAVUC85TII6n1&#10;sy00HjngqGiIceHoFshahiW820vPfnH9p29vvgIHoBSiwf3D8o03oPxKLXuKkvluuQHyInT6en6+&#10;Qnvcki7eZavy05kHDkLwb7LD5cvdHiA9oG5wCcarG7Jftrp10JFSKw4ZCCGDedpaBlWn4ZDnNqM0&#10;t0f6sbhbPI3HUxwEZaLMdJkzncPQRb6R2Z03kvI/RsELS5lUpnflZkLKnuk/0TMTKKU5pC+fey7s&#10;YmJXwrNZ0Vmh6eftPoykXc8OUmmBfO3amt4Ekuc4FFMPxM0vhijK28MuH5DWm+efTk92hxXbNesW&#10;I4ynzWIWxuTI0UAeDjs/hC8FUFhj41Xo2OA5aMF910uTfDQPO+SaDEV1TInwCXTZYJCtOm3MuC0B&#10;lKkV9I13UdFJ+IfwFKjmVptsGfkyZ73Z3Jh2/XSonlaFF6HgiAlNHTHirQ4EqkHtSfIN1GakMa/G&#10;L8piz8StdvK76oPvjwLNuaAOq9tM6ndnbDMLO5ydniF/54KT6wROJ5x5NvqiI4oZA1joyOJ00vqU&#10;b5Dn6b9xBiaRS0iE4qIgF9bhIeDwhbQ+tDnB+AI9LDAGVgBUhZBp1itS4ShthOVPvVdAoLC6i9jb&#10;OzVQYTTG/IwSkwVlJpnQCYJYtJKj0IfsU3VpaMkKW+4z5DphAInZhwKxzYo4tOBbNMg5HIk8lsxe&#10;SMJpOQaUbozt+uAE3CBrneSoqFbJ+heXn20fEi/MN0yA8ifM6immhsFkHo2z5J567Wn3MJvMWcaR&#10;4xEsxFTikvg4o0SlNY/whFlB5vJw3MJ0KocQzmMxgwOGeIuzEJsoid0t8ZaiRWRzG8/O5ty6tPgO&#10;XiwdP8FCuUXkrFOjKB/AXW6x77vbC1DPeRMMHa4qYxcieiRU6Zjiuog12UvWpR8+1QctIn29DoSQ&#10;Epw50cbafbcklKCCcQg3C+qQ5cNMzhf7DPjh1Xzy3fsFpAY/9Bhb57bAcjeLdBYeY0w093Sh5n12&#10;fF/UJw7O3uxU+dTzmVvcP22wObiMxRC/1XKyqaBJUJWyGikaOSa+mA5vbla0gxtMqFyYg+InPkFt&#10;2OjEZwicaXSjztklG0zcdjXsG2MY+9QTj4fmbx9Sk4eYmjdBR1CzmyEVAzbFTfAoadLiBYQtpJwi&#10;lXaN2FfDYRsg0fr/IY63U14++rOr0ke7pJ5r/COUpjioisgqfZ1AskJP1VR3an9Ma1XcHiHpI9yQ&#10;Dqb3IJbe8llZKg9UHwij+MO8hOoXRNYr7a40ucSpq3av632tRAHZ6D/mpirHI36Ncq4SmiztQsWo&#10;iKvvlnf37zCm7BN0xO+8h7B5N/QZQu1xVAJtqz1rhikqLKFVt4I6Kh8u7CdDxG2m8g1qVOfRXxhh&#10;6vIQ23YfGyPSZTUKaBXh1VLKTboUXb0m7bMIGaSvFh8j0RX12teu2/YpvsLVlQ/bi3CfE3ZA0XRp&#10;jFVv0/ZOYPwSOmRBvtuGeRhnVu+t3efV0v/Ru3Z9b6r43oWeaY0yAJNus+6hQrqvQ7tbPyzw/xGX&#10;FZJSVFIOl/qo7IX5567vsFVoMle2Vg5JomhVWKXcmlqhVEbf9kpyopDPtWeJcC10FuG5q0+q9++o&#10;Z+oqdy1iL1k2whHnk5SC1YtfGhpxmXHAq+qjgPt7Ki/+3IoyOkQHJORzcYgRYbaMiVvx6DHVez0q&#10;5F/pYLV+gXEli7Z9TkIWiaLgpUKZVqtZsQ8MBcDKRa2V3xRPXqNICsq8S0B5ulA+ETnw1lBioBX7&#10;WCT3PO+wPjpIDUrSLKpvhSozYWhEz6uJzFjI1kK6E0NyZT7NHEEGY0DBqmd3lHE3Xy8Z+ondu7Ch&#10;ARlZ8dvtRpEp9GfLNnGd79+tvAlXgfyd8lrj6TP/2f/8i9yscNYFoTo78XXR20DgPcIrQwznDHRI&#10;jzA23u71v1s116F2c9DOO/Pc18ayRDmcGKJwMNG1F5CgyUTFj/73GAhlOgNjrtd70tuc9mLo4Wqo&#10;V9Z4YH6zOF5NrK8PxlnbXiBArbrT8dDRypOAhDdxNYAXxs7Lxb2OQZvModuATYHjXbnOXMgSHjXr&#10;RHKM8TAk2aIlxOV04J8NHaSJDMFGcQi9ehwMZ/EJrkVU00yeLd9c5VvmcZzr97erkKhZenCMLsU8&#10;jHOHADhcMeyLSUh7cBZA6OoYYaLzxMeYq1tQOsJ0Qoddi6vxwME6pSTngGfWVqyL2lQuK4cMTIyJ&#10;3Ml0yomK8RbROCiNIUUS1Hg1IffJSfI9tCtKEkY6BKlLOgbTUSUNp37di5YvmEd+KQZM4gwMRQdg&#10;GN71KIjuthv2qjcFQQ68bPMCifDAo9T4Zq8/avqroLu0gv/79vApl9OGI1gBA65zLKk44sFI2rUM&#10;B0WDkabtJPC3xMrTuptU4QCzJJnIiod3sylzW/lMrNLqHLNm2wamwKblajSMPCC1/ZqKgaK4aOFK&#10;MT3a180l3EFbJt0IgbCb3ENsiy2WGuxcnF9m40HRwpRjskerZRANwtHEtnaKFwpmPNvDPLY2EH3x&#10;o4pR+YoDLXY4lcRTVZce9DnyqML/uEn+yXB+Gcbfb9csvXNiQnQ3ycuBIw+lJ3N2Kbrxg61lkKMT&#10;7jl2HDKf5qL6R62Mf7WoIQ5Z+5qhScsQhdK3+/z0FAMeZPK/W+w+J7axrC/4kGr++G/uU1c3Nvhd&#10;V5LcaHXO6/n0gQi+tk0D+5+czKlLZmiGpwNilzD4gFizLauzmKBXzDIZ3ZnfHWDkEb0Ci3UH3kP9&#10;tydYVm8WwsbDr8tnNyIsebPKr05P3uxWuOeSIEkJ+P0mY8GQOE2ROzGcL1+8gvv2s/P56+sL7Dop&#10;Xs8ALEgjMbqHJKFeoZUiTfRhi72TAdKLITPuK5BFpkOSe8zYhMnGht5ASWCf+OZuOQ3pX7y7Qz4d&#10;BBeTOYQmQlhgA62gxLI2W6xrjn/zSKYIuL1FVqrEiLcQycinYXcYPAJF4TiiGauqyI32kcLSdg5A&#10;iJ4N6fOeIFvTPPVdSLmRkLp1BmY8r0RjLPfdLeoFrOekOg+EQ2tIatGqEI3d5YTmmomTMR5ORfSL&#10;rlzTr+IT7IUqnKsMfeIFZ5PpJCbulxqBGa/+7fvFbAz/VKPSYrA8dqS0haQHsM1U8Wp8Blz8AM2A&#10;tCoTKT4pIIapOGcknJquEt2YFhDMGLpvgxef8Wb1AM//LJorYmRMZAxeoCjjYcSPPLA41N9Fuik/&#10;mVykyUFQGUrW/PgJcaykSCOmdLu3dxsCiNDcktrFBAqLI6WkbugNSsh8sL8Me3EowCg51qFEPm5k&#10;B1rlQhLFcQZZrys8wxYBnSsHvmRgQiqeYmcNE74lfpO4Pc7CGns5qlmOCSyxYaFA7BTWPhB6gQQD&#10;k1ZwY1pyTeJqoO7gcFuXUD37segjZMSuno6Gc/wNGHF0JVZ8vjvFva/INwc2MkzusbByI3oeELIU&#10;5FbAVfobw4+imw3JOiLqy3Y0YtzfdjzyhbPA+WoSLlIlWXk11BkvIB4J/GidLkl0+cmLnzBdcg1w&#10;42ml7Ykudez4FpF1fiSDKq9R7CLGZPCgjT3AHPx5aow0ACrptMMI/Tbcjz0iFDpGGBIHquqyuZqO&#10;8OadxJErz0uCFYKLO2625WbgZc3ZmMPDlNJANhS2pBVNOmlbUiPqYkKql5bgaAA1ELhRSVgkzfoS&#10;UBDSwLCpeN1BYAjDY+BDwc2gfe7E/ABg8iYTdhCdA7ExSbI+6hJVNA/Dx316PZ1cDOcP9w8bMclr&#10;4NecDubjcHSTruC2zZDjO8TkRIWkDmSy9fMLLIevi7MdhW/F6PAEJga13IFvMC28o6C3UC/HEQoP&#10;n7REcA/ROGGpwITXlThxuK9YEDPzo54CBwEcDQzv/eqeyndLWgH78GTExu0HwT7FmTG/3ayIlCd8&#10;IjfJKI5NwZVg0A0IUkZ3DFmY4ewwPME3XbeKNC1p57fJGuT0kKFfIHE9gS5M5GomGfA1SS0cVwwu&#10;l9g+2kRSwb2tGIGx/NCgnE2YX0GzZ3kTMo05M2hPFEfj+eSE6aroRWzhAxQ4H1MdMemEBI6wObTZ&#10;xpCcCMZP8DiLQ+h7NN/alnDwTs4zhnG+h/7fwGR7Wwi7+CghjhrEaSWvQ6LSYuQAO4H4nwSUHdRS&#10;bNscVejRXgM4df7Aw6CHUousJkpCCq5SUn+xbNjihpyWuyAOxAKTmbGkCs9gv1NC2U6crGH8YC4Y&#10;BZ252XyfkK+goVkCXap9ZYVD+8n2xSPhO5a4hcO30TgHj5myXl0nNdHZIOr8+7JIuAKofL2Bx7k5&#10;GMRP2wNP5kCSuisItJxAPH+Xk9PLYYzT0xm2wBCUBe3H7oxyqEOPhmGyhVu8NRq5EOYr4CmuCxPM&#10;RbIwvZoY2/MhwuqRTyUJV0dja2oD5OMe9W51MmHrYeyqYfYWhxGZTjgHDqA6F+LMtzrUq215PQng&#10;1Ut61g7/Cy9Lj0QiA4x9IH+PWshxVtibamYO97rsHiU4uss2wrNgZoeLIVEkEVW0JR5vnuFgNUKX&#10;xMPHsAlnQeTlEDLISUQ8SckEbzkriVrA6rGFScphHYL1Gc67J1QAUGNw+cLqhPtAaKAopMSHHACZ&#10;i3vU/8Wf/Ms/nldzp8J+KunajssFbA8Oq1T0VcYzq1novoNBLyj92B4z2To+PC1RUiia6UemaR8a&#10;9CzHFWmrAne7vu6XJDppLvquGcRYGqZOMocs7Zmu/NFbuNc9ivdV/+sEMGUAI2xYU4JnpM/sDZUo&#10;lnz4hCAoS5GuEmR6PDCXEZprowSeYq4l9NNWeQVVknYHWkbF0qhWrlG9hMC2neClAqfzaZU6uCMY&#10;EX8PGh3lsMRAUiwtpZii3qV9bqSP7XW6MnyUBAGc5iXFjD6yTyhWvRnqrkqmdqK9bFT/Lop/Xb6z&#10;d7tWbZ6igvd5Ns/2XUpL6igwtBUzRrBK+SIHiHgoHfHx5DTg91Z9jI2psFYupWQr80XZquRvRZwj&#10;fWglWVLs0VxG0Y0WtK/KpJpvqdRFki+i/FfX56ir28EvlX/vPwtNaSsBJQrwlYZT/pPerxYU3ZKO&#10;UBIcxOVbWVdpkpYsBmX8i3JYpgKxJbQWPBMzvao0VUy6/K1KYWaZqUZRrpIyJasVhCu7Xy0XXPKB&#10;NMmXrOVaqevPTaXbZ+WQodF36ZUIuqi326N4L8gUp/7o711L98+HrHsjZQGK5eNobR9VZCgjcbkR&#10;8oa5OHwerhY0DdIaeTU1eZD3w38GIyZ9iqWsIoL6Nyl0BbGtqpTdmtInq4lAr7RWYL6MeEw17rFV&#10;HLH4gStOvkrwEl+3Rvj/6qnR2h6L1j66l/ecf2WUxaD7qOTduvnqX3/5m4fdOWdG6BVQbYvW7yCq&#10;YbSh9UMjhuWcyW8zEz/iL2cmqTCe4RPBF0Uevh98evZLBoBg/2tqhFJ7t+m+29TXnv63q+YHOPB1&#10;exVyTlMx6qQj4Ivzy3MTE+CHkiid9sJzmSNa8uu41pwh+jebOn86CpGJRPuB+7u3K/Y18OK7rCAQ&#10;nan4aDBHjsQnIGMdosw84I1L3BdWDtSC9HV4sfDXecKEALK/T6LLsd1vDjnAFNob9MmLAv8hi+Jq&#10;OAiRX55FQ8s53kIOlEzHHAAeA8VFgrMR7o7gT/oiS/CSYawIO4KiRioDxGOevytKCIpUna3A5eb9&#10;UzanFXbxdmepo2hm+25JOj0dncH9CvDEITamSHB4/vyE8jjkZhHXuaGaa47vOTCoyYqaoFlsTCG0&#10;3XNiGNR8EMMlp+n3320pb+6FzG5soAl1zcjWV8RpZhVvezJw7zIYkqadurPO+67C66MB3nqTVu+J&#10;M06an51G+GURHfrZfPbNYhe65iuikOBXY+mhsqnf4GKpET9A0F+Hmwd7LyuJItuW4TEILLGidDtw&#10;4LQpeITZwlKGa3O/ZmirEbF6QRkvLkpw0gjUBSyHiqbfbIv5yKQ6Z7KPecZ7SiBmNhpWVdH58JxG&#10;h7vEkXZoOkjRKfia0c5CyMQ8n/i0yNM0NsnCZvnJLPKL2fzYEvwYwgDEUomMIbhqTLhnHNemTeGI&#10;hQbmvzYWN+aRB+JVNBkFc0ouAmyISPVZqlR7UK2z4wnduWcxYoeVOo/i2816mRxe4tust9cherwc&#10;UffQi09EtIto1vzNh/R6IMQdmoqhywfVn8r6XNe/OLuoGdEbeAUfLlFaNi0DC1cmZAgMecwOtqKq&#10;/NuHzQXiJOjQ++Nit7s8Gf5ukfzs4uRtsvUteBDFu/R4ORxehKOz4fTDPYax7iY/TgbepgBScz+5&#10;OmdXdeQxNtcbCg98cTQ8meJhhFMuDefbdMdd+I5uEswI+IqiHPcybt84gsU2Gg9hiTwdmGsRHAPh&#10;FBItnSGG21ZZpKfDKVt70myf0kfolPui+O1q7wzgK/pvkzzymb4PsFIhEwcRXCWm4M1i1yL8RKx8&#10;e6Qx0yJLn/iEr9S+bLSYObsPRan88ptxGMKcIfRjlR5hcdqD8G9v1jAqYnt0tz8gST3gcAX2sk8v&#10;TyfsTzxEWXkYBXRFw8NxxW51FqDhnd0m7wr6a6lP2xhHeNK58/0jXkq68/Cw+vT68h4oSVEVElym&#10;5hflrorD4CndREIvs/bALJ6BjJ8db5lgcmPI52i7+WiG2xfZIdNADymmzPbpgGMz/gIjOitXgEDU&#10;OAybEI+REUYPxWabcXaApZ9G52fj6S5fo0B9SVaZJ8cUE8onJMJshrG/yIsghrZEo+spLVHFQfyw&#10;agoWzzYjIZ7TBfvuYODdL3jg7DBQ0uSSbhAZIM+CPA7Y2n4Sn83FfkbqHqqSRvR0sK2QytVU+Zx3&#10;v71JcuHM8SxLeofQHX0ZpJ9EQzBWeA2eO8CJDbj4+035cu4D2uP193ZTRgN6WQdhx+dnr2X7ZP8R&#10;DuaB0zjGY4a1ZOlXPs7rI/SYHGPbqlhtDq9Pru83G04T5npY0uAdGMchDi4DD0Y0IDcTPVx8GVyK&#10;p67ty96CMf0qeyJclGGgKJnoKppqme5wCdb0gQSIoYc/Cbdw/g5YuPnXszFNwPvHDdMInuvhkJEq&#10;UWFg/og2DJRF9O+5WO8GZ+GIs3+dooc4BsDRphyiPHFYW5dNEYl4l+0N8y11XbQOQ4RdgZhwFhsO&#10;fOla8iE7jIVh/gCqQ5AWN92u/Xz+SYOpBf7bByaDJ/SZExtSyOA2ubPIjOUTiriSibWB0INhcuy5&#10;6+12HPg464CLPCZ1k6EJ9y4mEz7ut9tDZAhbcxhNIe9xYLDjTwZjaAh5mVku4bdx7Isue+zFSOIf&#10;nzbyFDNpZZQh1nESMQJ9bpvs0JtxqZnSLBNM4tP79ZqdXtTIYO8eTkC2EP0NYzyYpnwcbwJ3b1sR&#10;aYtgTGA3Uu4wnCC5hn2dfqPz4NyT/1IxTh0Opkcsyl1d0QHoUSWBzXMDLLqo0x4en949bOdDW/n2&#10;R+fBbDpAoZrhNIdFRVpt0WihVQNvxo8KkRqhsAEmSw7O0vSZ1Ha8MwMmR4i6FObIkR3MYcRWq+SJ&#10;8TjMMvA9eaix7oN1vM2gOwGkaOQAoRMnLCgXdoDs4GLZyhEIguzB1qKwazh5IDVwg9lnoPTh7MTM&#10;AMct2NTIWZOUks08Gw03aUo0w7pAtchUR6p5fAvEpLFp4jhg5gQdirPPURzMIQMUdkODOU6Mfp66&#10;lQQHAAgaLgK9RhiG47pHlBTRP9wRdLPuJIajm+4j5q011oQaSlfm7Ir1oFWK50lVOqK7MIirFQIw&#10;jxfuq1wcysnJcIAlBA4k4KQgaxUtHBFp5gEwCZU5XH+MxugMKKu5lfw1bljQmPHMImyeChNddF0V&#10;4hZeC+gF7cKBZshSR2eAKZ8FQNNKRbE+CFjYGRlVSJ4FUPK5utwq2uZWKCfgFjfLw9X0PHaGfIX1&#10;T1A5Lc32UEzHwS6DVQgq3H1TtmNXPx94T2JHwfTSICwD4SGkD2TtmWhaafCNJ2b6LgRs6cbWEmAM&#10;NV16O4pTCOxL7lArc19Of4lwVIasnNdstJTSjhj52McOn8dG6JCEXLq2DDXS3ANsYC9jsAcOAvlI&#10;eJhAg8TIeQA+hmizNQD5f/XzP1oe792yj73luWRx0/ESzZgTaiL2exodr4pgFY3ms+NUL+Slo6ia&#10;u/snGlwwE4lkVDzlru3TR/tv65q+FVYOVUJRVnkt/etoStYr7s2qQ1Zmu8prVeY6WPsfJUdW8UtV&#10;om+rAlKbj5pSeY0+NrZTmwnr5QByoJJyxO6cKZL57IFUqzehK7ugZ7NixX3lhyXRVF5Bek7VY4iR&#10;roWbmkIFFY+0EU84Mam25aXo6OCzoi3sM2akR8xVx04jd5R4ZQEZFfYKGmcKZNEJjCmGNMpcWXHF&#10;n029ut7ruFExxKrh0lR2ryhauz6BR8GYXY9HKzfEVjXm6rNoYhjW+0IpMyum3oClQo+1FRdObc2d&#10;MtPqBbrPHlEKjlSDCeVKLQloouOtlWGSvG3DeGY6y9TOMRQthRgCnlle21VO264KBB6CszHvZP7E&#10;9uuJVJCfZbcMKAKY11Jr8jOhKHslHFhWkaiETYlRl8srrn6K9izOLPI5G9pLXlYmZ2pVQOTl9Vl+&#10;Em7InXYclc8DWFOrnN9n/LnPzu3tqPlfBajaCjMX+FoTLkDv4GUpFbKjxMMiflZxykbvMiUpxGrl&#10;2b2aVrlKVwLSgtRWJrI4iVAx1cLvxJYwnnKnfiQ18Ag8N7xoutR9BEOvpfl/ZstzRPZxW4aS5CnX&#10;6l4Ejtao6BSZu48qEiK0gOS9U5XqeNVdk2HN8djbdIlyuFGECNZh8998ctNof3ouCj/owTFe8iFj&#10;YzlruXC7Qv+bdbs96mTwzIvmz8650+QGlefTaIrgxrVXeCMIw9ugzSxzGEjw2dq7sh2UzctZNEZ7&#10;xh5p6bcMCEvtw+54Bl+a8gLLIqPDZIhO45MT2Fn4uNSxhslHhfUReYKngUHvisbtw6oJHDOEEsnJ&#10;ZNmz0QhSEAki/BbxzJAFgQRCY4J4bA/VvlonFdDHGwLqco2cSbHqpifB8zJX8i/0qWjUQE61gkQW&#10;DAbvb9dFU6zqCiYzgl6OeirKXQey3Xy3g2N3RKiPAGYSEFXCW8ewE/DZAImgYeP4F6tnHHiz7Hwc&#10;XUT26QwrdskYQADDYR2pGIlI3MmK/bHGaYgzLvD9mR8BU5OBBIt81YDkaCLtbztqps4iH4O6t73Z&#10;NScjE/sImt7bTQ0N6d+/260M445JkKMRgv7LkCQb9w9Z/YdV/rPIeYHJGmJU+HPZ4U3dnEjLQ1yN&#10;S5Tyf3o9kYkJjQ0OwBLYSrvOEYJzD5o18OFK7GEr1KSSWMiGSZBvoDeEE048J8Ega0DxQbBQczL0&#10;8ExisyApg0flJqt2GqFHAm4CGGFpA3A3QP0uEjxUyBC2XShza9D5ylhmAGX2bz+kxNRMBgSEEmjT&#10;8F5Z+a9O59gU7zXkmSAkoLDikQ4TnvX5YnCF+rG26bdbwMX3xyUxrTHtK3IU5LvVlid8aNilWZNU&#10;yRNt4oTV2XmLqRJsRW2xJfrF3xfwnCVVgdV1MQwIpEHYDKkezwwqJzB/QBI0IhfT4W2Om1czhuSr&#10;WTIFp7+iXfCcy9CYk+qhBmsw+L6YzxGd/uMrUfeC8N0We3acE8IUDCuiOIOw3pDwGX4gEatgzNY+&#10;le3LOFikFZ5Gs+mMrZUUq6/WybqqzwfBxI0x9vji7DwlCaatsHcGTuVhYX8iy+HPX1zfZ8nvHu8v&#10;PefF1TUG0ViFI0sZQUOoy7s1tcTxHPlrTVCEyzb9sCtpcvIsH7q+VGBB9M1iwyyCoKdtCrJSfX51&#10;udzu6ceE2FnusMPdESNT7QtQEQx7JMPWECUFgZ4pUxUIZuH6eIDr8X5b0784gSkho3ZLJtM6Rzeu&#10;j0DQzS52mHFgeqdtD9Dx6si0Aks8NssCW3yHhfT9ci3zz2N9OZruk/Ly/AzDHPbiJtvjY0SpezL1&#10;nzbZ1Qla7Ea4My29HwEoYnlRmliPMk85MtMvkS1QJx31fVYyR//kxSUpjrxpC8wAY5uCMLNoaA7e&#10;r1dMofakd9r+zWYzjn34/VQhkIcbkTzwRsiz9TnM3ydkxphf36bAoSu+2hivhxOCTXFsrqT28jQJ&#10;FaapouWuNNnMYzYmyVzxic9djIOx6BBbumCZEX/7WJzMZG8ceOYbCbYlPwYPvIxHi0VYF3izmxEp&#10;bQxoNZ2smj3+0mE8H02BNLfpbk5oahQy5iLIF3tuBuYTh2YQm+s9BwttHpq9fYr5lsN+wun0lGDs&#10;Z6caflEciJY4FpBCRNtKhjDDiU4WA7sW5HDaD56pF6SQ25GGX5Uo9wm/nWW7lOoe92nc6dTZVd5s&#10;k4krFq8Is7CiXu32wAQYO+3qPevdbqpvb2+iwQD7ZbZTJIvrPcII09XcWejnxD5b8rDAkggGBKeL&#10;N4alQbXYj8KQsQ+1IXfzIXkcIQGBig3tOKNx0jF8x+uV8NUDGvCWFiIQaUyOzzCzKU2qbSn3rJMR&#10;TSNCkuzVbE746cPTE1AkRmYpTCoH19xsOMCch4Fed5PgfJ5ZQu7IH6UoLtF63PB25ZHtQLgJqsNE&#10;bubNmYzQ8cpAnxCpQzHxzxiRmv6Aofw8OtMk5wj/YDKWHjKIHoYPbWUP0/tYDuzB2B57nZ3sVuMQ&#10;UcsIW3w6TOJeuEdMpmi1QTvZChyOGgNZ4+b1+BQ929320SR2iCEYkDfdBW4HGT7h+Pnp5CLRN3LC&#10;Un5x0TiCoRoggwc4Ym7IZphlGQg+2OHTZoXGjEZJDNgk7k08dTtR8lC/eMKm42yEPUuJxt93tJnd&#10;OMK9iysCo8E5c8cn4gOrQfJN2Upq3DO2miBs4mxPLDcliaMNJkTg2ObpeHI5mZ6ORhTaJKvsdpgx&#10;o9k6EN3FWeBAZ20p0bCzConJ42EMiSXbrxmS0dOTuXA5JOAZFKjAr4tIa+ygGgkRhDhrZgCbVWGJ&#10;Pxs8o4KqI4PezbriVIYzMnBHvsuyTxodV/+5L0Q42IQRpSrWAyWYppwvbNULNpCBfzWMajHDIpRO&#10;aglNMnJEkgxCercn5otKnLb/yDLHcQCGHPsDOXNMwRhc7DIh2MWxA9VoLz72naQKN+3p5AIDEbpJ&#10;H2T9WDgcWzSchnmzvpdgvsa8GM7w0n94/K4bYLlNH80dnz3tcn6cLQtlFnQCmljK2rE7hPcGOwb5&#10;Pf06JVPIdaGHc/3JKAaudaSJs/CKpj5nQKHcfNE2i8baE+sp9ISF70nTMoDcIQY1lAugHOUGFhdp&#10;3EehvWJtHiuJF5YQK+kvBEEmIYyukwca6BvjsiWdKjUBVUhlMsrZEePL4eVPlhs8CH1Cdywc7mCp&#10;Gna+W/kji3KU3YOQQrqhM99U+3M7nQSvsdSH79Cg05IniPIX0RsX8AesSlptCF1Bw56jPUGkO3BW&#10;EnAssRhU8NT9nZi2Q2g0MCVB0t9Iq88FFpqHaCmrA85wi6yj8p8O7BMP1iyDa8gj+I52q7yeMoDH&#10;TVzTb8ENDCkwcHMAAxFzSa/77z7/13/EdCLFngUgEz0/GO8+OcJyaCqVgyIdL+2AL8pGSn1pFQQu&#10;kxa0feAs7pSllAwCRa0qcaM9lit5LQJS8rOcvnQXfapNqwJs+9ChPh7H6ttfXQXhKFBLBcVIyq7i&#10;7ygMVYjHnfoKba6joo9a5evbNQoVrXLxl5YOSsjhlfIztrTeF1g5HCli6bMRsxAsmLZ4TMbGJgvW&#10;F1YAfwB1vBA/eHK+4IxJG6f8lmzViDpiN2WJCFP6f+ZYuuwtCoYFtBSMVrk9q8RZfrXyIpa3pqyc&#10;NQXiKVmDiqJVf6U40qohUrC2MHuFwOrgpyX+4mJuzL2XgB2hTdNmK79r6bJEQ253Amh7gv3ZgihL&#10;+rH8EccCTmVaJ9UDCo+CBYRvohugSRxI7jsiE+Ik0LFAK6SdDNFMDMAcpVsd4Dw4kOkG26wjlupB&#10;FFUyOsZcph91odEkJJJmGyte+ZeDYKz8VSf2/tLZM/gy+ata3WmJ0WtJZdN62LpVEw42sWeTdRhT&#10;6hfBdYHcPBhNdM4pkfGDxotvGdafLt6wREhoHfaH3A7efIBNjeP3ZlfinhVIpQ8s7+LDxFvnWA6G&#10;Ld8wiEySBjyIgLFOwUc4KKZ20M5stGquOHGLmTtaFQ5DvoLZAn4mPsaDuqS841MsQ08Wnxx6ALOk&#10;GJp9LC9kMScczzsVsMTSJAGWHR7jBiwDWA+mZOrVylhZyd6VhtxS7fHHnCFD5RWBd4juV+Wa9eR/&#10;6zlAWbU34m7dN/OKc67o640lrbA8QbU4kAggZP3jUXsYYghfkUGNxRbfx45jK4vx1a7+sKO0NR6W&#10;x//6s4mxO2K7h/CM3Lf36eHcS2NscD3jIQcbFeOtV1g7HFoEK3+CtPoxf2E1ph//brM7GzH4rDhE&#10;F53+eWP9xVP95xfeoiheju1VU3GKQkjekt8TDqa6f3ezBbZaQYcL9I3ZYcFDDTSs0WNS0ka3kGk0&#10;MjP1cUzFb95vEkYco9l0uctlZR863hCeQKydD1sGkyD1u9V+yZz4xHaiUDL12J/xigBMYBq/R/IY&#10;GYnd3B6aT3XtcmxaR/fF9OzD5p4q8c+v4m9vE9vmHdLphXJWFdV6nc+GMeXIHg/KdTL03MfsMA5R&#10;Oaa4dUJD5fJmQgChhQQwt1/F0dPmCdLX6ek8JTnTCQF3sX7JmQ+QelAZU+SCwqI8cYS6cVjX+xKC&#10;X0pYYZ1koCPMR7W/zpt/PDSj8wEJptPAWGErLxQMeoDynA98qB/S/G8X5RdXLqKXD137Z0N3bEo+&#10;+IeVjFHPRiCp7eUstHa7bb6JqTigYbMUbOiw7SchpH8S7LWL0DkcunVWvvA7HEW5ipJo2gAj50R2&#10;nDEv3+wr97At6q83NeRhOGonooZi9Wn/z7L6LDpArJwd/Vd0rgE8sfgHOnTT++0q5QP9dO7ebvaf&#10;Tb2XuDFx6erku/v9PzodCZcul7HdZxS7WMI2FhyqWeCs6i6qbGhbUA5R9miOv6t31ARmznKaf1g/&#10;ktlBDMyahV7+f7S9WbMs6Xmdl2Nl5VRz1R7P3BMaoDiIYpimfGmHIuygI2yFHKbse1/53j/K16Yo&#10;M6wIO0TZFAlSBNBgd58+wx5r15xVOU9+3i9P4x8ABEng9D57167KzO8d1nqWzTYBJyPvZy5pueBT&#10;hEOAEoWNQUVp22da394/nV5f+N+jd5QxonYRUCnmF3O/15aslTir2X4SiMof89zg8GE5ERKnlCWX&#10;wWJqpDhVtnm0jarX3LpN+S++uKAmhOUz6feHcVOw+KW4jutz92I2Np8Ot2w1Kfy4Irn3vxhBxWHA&#10;DyhY+3d3y39+NuIV/Gw++cu395IS1Rt8Pm5/+faHMdem7hInw63NUfHhsJ2htXCt6Cn6cjp4nx69&#10;3fp6NudRCOJvfVwzL6DPfDqh1rBnfYdinWtBF8KrOQvC9Snj++F/ZsN45bpgUMeT2SHZ7bL0+nx6&#10;SvY8a7YlERHVgK5Od7HJLhYTFIGuLJSB1+ovxoK+2LDbsxsgqsjIaT+odNdMELxeJUM/SlKONEi2&#10;LTa6Uc/CqIWkDqboHA62XTA54J6lNm60go3Ct2vAkJDL1hfhJE93kukaJ+c8NHn3m/pxt6VvBZsw&#10;JQRXZr/ukYgSlBZlNuoNeXqwJCQFhJMRJDDHoHiGUF/n9Wq/7bXWZ8/+CfEqw4YI4SoxiTgy4ro3&#10;nU05AjdP2ixpeNIvl3s2RVSJSP/AU797uh+PB4y3cq2XpBm+TDOPB/3+7XYr0+VByToayhch2Mv4&#10;IEo1e/BxH2FjRoWxPu6ta4v1C8A+jplInuKIg0kP6tFUM8CiIf9yGBLGOhoP9rk2ZlhQG19cX33Y&#10;vo9ODdiMSehmkUAiLHH/QqgHyNwbwLrhoYWCehjsD4asTKONZ/VDCkQ5hexDztOPKLQCR3NgUWeK&#10;FnqQy0CUbzVVsYp3UYMUcJWki9A6SpOcjAfs7prPZ3SjTHxgnelCMaqOwqb2weTVq+Nh7oWiBafl&#10;FSUZLjmGiEg7MAdn0am+kTwhO0rLH9ZLTlIqicFoFue0Ea28YOKmqxpGzYQFuhyMfSmlGIch66Zr&#10;rqv5cChrdSuGOLuvdjrzkZ7PMPIYP/FDrxeX8KvGM6ZCcLgwLbOwshEB6zKshGis4dZZ72JnVi9p&#10;N3juU13mySo9NoFJTs5qs3N967DdsNuyBbvCgW+/Hg1vTjt4c0AEqJ1zU85PcqmgJ+aC1uuxYexX&#10;TdTkya5BAyoCsCZhKk6owM9v3l3PPIfUVs0c++YyunssH1pRPftmfiIHGK0ywgFe2bMpB1pCYjI7&#10;z8fNWjL5WuuOW49fEG0q3WldzSbXvKuP8fbF9QLEEmovpoIkCZFr5qidAR1noVXRaQ+Dmpzh2WBK&#10;AhZXHZQ7ER9mMZbrLeRf2yXdnRZBJumtXacG0H9mOBQdgJGE1tv2xkP/7ukjV+P1xTm1FfomIVzV&#10;FbTexWiWM6JkF0SgdhUfQGvDabT6i9HZD5ubQxmxl9/hzG6KOwK+ycw1LfpH2k+ilCggMROghWFe&#10;f0xS9hB8DJQiMs2yiKvNAn/C6L1iBEhd2h/w0Y97M6wIiLm4oqky8/IQDgb5oV6zNycDdjBHani7&#10;OcAmZLi2GMyzko1lrXcJmZqI1dBkazBBamRExrOQs0AqXqVTEd07ckJ+uGxCJCK3H1raqO89rnc9&#10;TrGyAOGAReJmtZ3NcBj4SXRgVf1tUpx7/AwuEGwGurxe0gqIoCK4r6yR3oCZxGd8LCiz8GoJRZl/&#10;ii7+fHx1ylh/HulakfRc0p1W7evJsGpAVcYX/oWOea2v3ZxOeGuxBdDHLEKFheYl0k1oYIQpuwOO&#10;TuYqbK/NQii+g/Ph4cR7aKbJQSsRP2ch7Eg2CIFbSJfjgLEDCxUR/a6XsAAQNo18wpAJmyieXb5A&#10;p3SMVoqdVoxmeNFzd2yS5g0lgXvqEVkbOLHJcySrLSg+jJpmCw/cs4xTrEv1V1gNGzjdXEUJY3sK&#10;uZ42HNs5zoJp6B2i1VDndBhilAeLghBzNmHczx8Z+1362bn3dx+Txsnck7bZxo2yLkzAlTJWNPVV&#10;gsq6xsySFkI1R1pDkcwQFdmXJLgyWDxi8pJ2CN5fnLO3MBiuYXZIs6MpvN7Jw3o3nlWo97+aL4DV&#10;BeYAo6nfHxHXhTA78INnFL6WuWurp6x6IB7PtG8OQr+kanoua+n2twyu+pQJ2+Xh/EiE1T/l4nZf&#10;pRSdqq/romOk7AbQaPR9UwXp8GszYYFWJ1ebCHmFSesIuaeyVfPZKaLVOk6QVFrH11UyB12lv1ry&#10;HTqrsBS/Ahm2rKbVfpNQK1gt5QmWDa1ktOqV+m5cMBIEB29JJeLoksBAZECanA4qYVb2eBL0IDJ1&#10;6bVYzYi7JkOC7iqhtZCf+MaVJKPaghOWJbT04xL2K3rbypCtoGzd+EE9AUtISy8qXrXvFXewyr9t&#10;tK7JNT79po3Kj2HlQHGbpYrE22XedlCwpouiUf+1UQjDLphHk+bassl2pCE1FJaJn4T2WNa8yr0p&#10;whPJC1O/r2JdmyrxqOuIpdVUO8dP2U7KIEuXzm5W/Wa6AjZ1lDVdmD3IhZhXCciq66Ctziot4lvL&#10;zrJERMQ0rsg95BeQQUUXxiNcJdEYi0pavW2CwpYF8o+NnQQnG2ovLRtuQ5TTlcTbdkZordvSqvwd&#10;UxnCSzmy2YIa/L7KOS3tuiiycyaqTq3Q3NKF8id8QWcp56MR+hTNbI+ZkwxFiAv7jTva6D79thPM&#10;K9Nz0WU1m8r2LOsI9sZq0d9lOgkpSk1wamUt9lg5en05o1Buy4thnVY16keLLkFM56wVNTGfiPsY&#10;k4ckZqloXxmC8Cu3zW/CsCyZFrHNgs7A87oquIxrZdjtOMzy94wu1Bmdizw1meIqhLnosWWsIgyW&#10;pnvLWrkLDOvcNh9rDQQrYlAeFKxuzn2ctAZ0FjoTRuI/8fU/nLhhEr1eTCAEn3LjZ8Hk5yrWnRW6&#10;a2bPXY3cxSWKaCO5x29kGOemNX3uj9kOGf03bfrNKZ1JElP7bGjM0D4GNhvu8YDPMPdCSj0/qdLx&#10;eGSV+59cfPmz88//6tu/HY2mZCEcjMNdUe5b/aLVyD5dr4kGRWNcEJD7zXoXieywuXLMdL97TIr7&#10;XXGZ4sku3QlbYns6G5SajdSHVXR2Otwm8evpZLc/DS98LtcpM9Ne+KjFSV9fH04/HYx5RxezUVJa&#10;v3h48IYSxOHYJRtNwnh+MseaSk5FaVRa9FT8gWBvym0VMXC9DEKW2BK6sF07tkZmLu/YYhGS7rPd&#10;J79anWw/8+l12t77iM4aGAmmlOpjtjckUU3QC8HAp/4hSQMa8LZkVlhfTp7fGu8vBxQc4/XhYJf6&#10;n565/7hm8NrKkKyu/3DgMlxsFQyQxxbd6j2fXF8iZ2EFJaiF8/q7U/3TSzCm7bXL2kEYZZvDEcEE&#10;OlTk2zWUMouoJCa4JcUxolyEm01ufvv96uo8JD90NvCfNnscqkl+AnUiAX+m8f6JOMgq46JxxSr0&#10;ETFgUf3u9Xhbxpe2AU42N4tlnX9caq+H7mYF8xsrd07hgjfql4fi67OA+I1pOCn2aLGzr2b2u93+&#10;9XDwiMeVDMa88T0kprRE9baKCZwhkfJ6Md/Ex8fjZtgLkT18Pb2gZkBhialPzH2Iw7SGzQJ3TJFZ&#10;pF6dciu3cyppIrW2GDMc7bgn468dsib0e9/cx2eTITk/eZo985yNSGpBa7DwR3TASowhgMVzCJnU&#10;2AlwHvzd4y1bklctJ2zAPJdai38KlY+iVSZ3mJXS6tJEi2Xe5mjV8seIoOnmfrVGnb+YTavT4f/8&#10;x5V25qIVZ2d+eTZcZ8lzYJIV/Y3h296fLC4YIeZ4mWqwtB6EZ0s8tyZMzc+GI7tKnSC/29ydjRyy&#10;i2t5LHLvHz6ub99cXjIcaJ3mcCphlc88fwU6m7rBMt+MBlrO4noeHe+ZeZfHeKo5602C/Xv1uEMg&#10;WlIst+ZieJbVCRoCCcIqaxbdrMY4pxAcUKG+PcRkXuClHAy9DXszhk0aUBnQmokhE0cTSaViq2mP&#10;6IfRbBAKkmpD0x2q6HOWObFgd0VjDWVqMPA+RqzBGRgiE5Bh4DBwNuX2ls3Wtnjz+eubDyuSrNzB&#10;pM5k3sA6gfG1549w4NGis9q67k85s8Aa8rihu2KxEtq4y3kaWnl8Yi+GYC49PWF1/Pr5yxMiVU1s&#10;gqgu4QUjDv7qnEDvViLYUb9j9XcIWT32tinbly2+R7JntsnnY64ovd8dzK6GCxHi8LxPURwuySQq&#10;GvY3p6Y8X5x/t3s6HJPL4WDPt7KcRLbRDCn7pUWlmzD7YwkBUSuRsS08WK1PTptGoAmzHfGg4EZ5&#10;d39EvZjsZfh9NpgcY7TUq7Hm3+xSoYq1hPrgwcsHACdohATCbxxYUDbNfOgVp3wxNrGnIthh8I70&#10;g8hxjqqe3pNMRQZV2S5kDmUTkayd0mwy9QEkUiSgr/aMPtaPXYSe/Gw+X5gRi2di2FgK6kM6/4zC&#10;n8Bzf2p5G8QRgQlhdxJMAEG9/+57DHLbKEfizPPnYVPwYFmfnpa7/dkwTFgotxpOyd0B/1JJvG+L&#10;CsNnZsiqlvg2kcgSIbur4mUdmzIYnz6slk69BAn2ev78Vlvx/N/Cu4cYYWJ+tpwK2lC43h0ipKeM&#10;WQyiud1tssdbnlvFZ9MpFF8s4hhFd6dqNsVKygPAeL8vr87dm9WGmGI8T1xvah2AKdC/8D3kDffH&#10;07Rnc9NDwF/4wQkRNQnqV2jP+/NBuMeo2npXPE0M52evXi23j8KzAFrM407kmPa7zfFyZjP33BwP&#10;PKzBSaD9huiUI9DmMVKfQq/dPe2fLT4rih8Y8k1DO2HJq5EfXWPQ/Kk/8gDIYy1oJGyMncXx8NSb&#10;Drh8jnrKfBy1MCXYZORuj9tfPixni1GNKwIURN18/urz9w83Pk5jPIqNaCOCfnj2+Wy7X3K0p/lp&#10;7HtDxyMxggRbDjY+hu1+RVVBJgPmVSYNA3+AzmKJ8rEfJmlMYwcUqWYWX+73pK6T1NUOt+sttiP6&#10;arH59EG1lWtkHr4ZulMJl+S014F8TR1tiwqBitKxEOR4SbqUeE0DJEG+i2/IXD2cwFKnw35/S5Ag&#10;k8qD7EXRBp/Z5bPRdFaPPm63+2J5Fr78ydkoJ+2o2K9XN5IRx/ZScUlzMJUIHh2pEMWyjkT5oKHa&#10;LsGMgL/T9MvBvNgvmXIOgglrmkO0Rvvw/n5ryEiumks4KB0WAmnr5nHTjIvb7YnFjC3m3mIouHWi&#10;bnSgA2mcBQNtEPbpkRAWzoP61w/x+dzn0eFQr1JxVWgZBkadnTRtnenPR0HFuAt1CbELxE7UAu/8&#10;/unDYjDNrGqBWML1swSnsM5+so1R+vDPg6JIcOKHpjNByJAvn6qIxy2jm9XmyNN2Es42+4zS2uzL&#10;N3clcPjRMgLcwlG63x45MWcNQOJ8j4CYAwLDS7Dwsgq6JONoCE7aKtcHp4wTnEkR+cyBgr3B/mQZ&#10;tIue+oaTMnmBaNd3kFTRZEp2Ay6PtAQldywy0LHshmFSgDwQ5XAp2SFXg0UaR/sK5XIxWwwfjke/&#10;ryNYeXdPjBrii+qrixF39vVo8vH9nmg+F5uNZaesYFm4o5NteSr3Hg7I3NQjrZJqm7MBJftL0Pw2&#10;futq81QhXjs767HoeYzri5GEeINiGfunfZXziZ8PNCwMILKJZ6eU7p9u4yh+dfmaRDZs/5tjdMzz&#10;Z2N75AN0sX4n6EHX+kWkzwLzzeTqt0qs+pR+otJgVUNjfMIXKYjxp87s05e1PwakaIKM55wAg6SW&#10;Woqxo3XbV1kGUr0xQxfYctVl7Xbf58eYGXg/wm7Q1F5XlJxKJyxdlnSJVP0i61Rya2kiTRWe03Za&#10;3C7w1lJqXqkhpCEQkpXVbZd1JvtMs/m5N+9P0o8ZCurbCAnkEO1UqJHimiieE6NJECD8zTxF5pIx&#10;gW1UH6h3ol+6TcD1yuarlnaNqVJ/6EbETlmLRVM027y29KQy7ztwUhcuLL3UJ7Kwan66fGLFPZZv&#10;rySvjepSte4NFniRLrc8f5ddLM8hcTSy/1TsLfy3ak9t4IgCsCMNEtMxQECWsngoej9fQGesixZX&#10;9Nc/Isg+4cdq5QqmdRSgmETRfsrA7QBlrQCiSI+UUtxWmnIZLtADW0KfAjqAZ5CSkmUm+kvpOGkv&#10;eX9YGip0UyffbRRuWd7irpnXZCnPz6gUyVphjeXF8Epr4X7pHei4GwGonX+jgFhINJjIqotKOV15&#10;hfR+6p0Rb8VvOmWl9G7U/EWp1lsBquHNsaVd1z51+4aCbylZuKjG5avktTWfiFXsFJpuECHcKaXM&#10;/9RLq4/dCRehP04rWcjLx0mpwyvDyWLJ9ES+WAmSK/WfEULr6iNWWdOGGifJYIc7QsT4rSxU5OUq&#10;w7AYx2utg5QrbbzRdtHY6gqSsGgxG1edSfuTl10xz5QPXlcXqGV+8d9/BuvgmIlM+92h/GLSCywD&#10;ot+WBaRljJxeui858WakumWckb0TWJ2bA6Eal+wrIdvwJNIEm/EXuxoGNSszioxnoSghuIkedglt&#10;1cAsL72B18IEas767u+MXzARp2S5OSWHY70lMocNmmGMrAl2tG/vfjWfY1Rs4VFs9pKm4PoCv6EP&#10;2R1QKunzIQIJEgeILDdC0nIL0dWzBtHISnFHN5CKQgMwrE72Ay6jWmfd1vN7BAgTYMG0HAciI8a5&#10;r5OdxEj5tIt+ZzI/ny7mA6J3YvwYTB8Obf2rdf5izDaEESyIyDEZJ3C2kcoOXW049YiB3SD4di1Y&#10;K+wxDrS+87HC6jNcan1PxhjrmNK7dQIdrTSH9IcjxNmGBNENayzTmaKpYiXUitFioHtIiP7fX34I&#10;wh6YktALPmYRi1hmb9Upfz2b/sDwmNlNqU9dZ0dOAYyKovnFpryi0OnpD0TF2vZXgTvpNxMH8FE7&#10;7XnPBiwxCMWtA8nLBqAbbo9MSuqGkMAw2CcM3gxhTsgVzZITJ3b9zU38R68nA7f3sC2EmgPlSyjK&#10;bDKYrGh5ZawyQin7gF1/ERUMKO6K5i5rgdvuNe1zn0tFjFXyFLFaRq2P+xKUEf5J3Nqsiymgf0kL&#10;wUYL2WRV/mQ8Rr1N9ea4ktw37lFDB4ZW/MOmPNq9d3XzvNV+OgyiuPnrtx9Y8ruM7to8sIizAQlo&#10;vN3dRRVlIjiscg/BkQdSW7tGCqZR1FUyNcIA104Z/nvuv3uCCMycm6uiz7l/7k/JQyLwFc85IINX&#10;i0tm3Dybz8YOcm60FM/6Q1C9ZGU+kwaxvh4Ab26YIFNDWyVNXSArYYOPIPu3RwOlAUCW/3BsaGjG&#10;mr1ZHZCRUNU//HC/Xx+XMIAD58Ls/f7z+d9+fABFzuT0bORvI6zC7q+XS7h2H9bb3311BjWIW9I3&#10;vWfz66fNhoyc78s9oHfufLYG/HoWRSjrIZ1UlhJ1KARm4m6+iZLPPMlTSSSXsmap8tn4YtYHAuI/&#10;JTF4HIZ414tz3p9jgR87f3U14SEzphXWKGSZtZjiPnEZ7KP3vmBX/dd3S0SbbDPJ98qNpi8ekIr7&#10;rW95yw3jfmT24H+sm5i5WE+ipjRqpho3RJ1gOrcugvPV0xabPRXVLfG5SAdZNw5Htd0nGLc+QCf2&#10;L8aTX7/7wRR/muDllssoGA76/hBJBAHR7AAg5nAEx6k8/zZRhEKv54R5fcSDgFA34dF0bBB1Q8Lj&#10;YTmjNUyKsU28SgZ3Bdt4RXkO5ZdZi8jigDEQ4OICxkLznufV2WwsSW5tFYbmsZKgTpTWjPrOx0Me&#10;o4ibOAmQTuxjmVaSDMThxZ58G5OLi1ZggKgEQMp04GWwiFvzlJB8opMeNA7tTZqwiYVtwyKIWfhT&#10;lLFlzUpq7mzgOsDDbHvCwhZAO4oayYXeFMiAkZkYCrkBb48OGZ8CySDfrdPZrL87HCTYpUDpqIfg&#10;YhOMuiVHpyoCTLE1gdIpmxNXfKP9+jabI0rq4+2pJuzgWCCiLBV9IMWNvYtY2tFqotBO9kmsRu0p&#10;qT6ZgN9cC8WzVqLD1UUEY56hRiYZRE8rixMA3+yJUdRDlA37QvwPfQfPIXEVlQTp1dhNsPkNA/yl&#10;udsPdkfUxex4Q15kkfLwx+bKcVc9bPbbKHt59uyQnhjrwklD5ymhTpIzpJ0FAYN3JGLLtBhYYG9H&#10;ahCtXQxG1BkrxN6Dkdt4wXB8iKMUDhlaHFyRIvDC46MfOJDJUwT9JBsO7dDkt0S7AkRSyjzoeEWu&#10;4faQULuayZr+bDQUeXar3eygD5oiImCkBTahoVxmuEkTtpn7RH8GtSWEKlBCij+S7pFqFE5+qoc+&#10;cU2NnEbaaRvvMoNZAO/AFnzadHAeyMLYCCwHgc3V6AIJ8TwYN+8fz7n5vfqpKj+f8x9tGLmpRj8a&#10;4bxH4AsrXgeKlsU7AIhtOUUpa3nPL6/xlPaJgocL1esTmTT3g7EHlEHyM00xmmvICplcnNKTlJtF&#10;fiIeVAyx6cNmy5UMHKriKW3ZW1jqmnAlBHnayGIem6CUt5bLpGPohFeDCRJf/MkP6+MgnIwHk3GP&#10;sE24+q2PNLgsVOtrBy5EE0Er0OXSOB6Tp8djxjg7LbZRIZnDWwl2MJKcnaQolaipKPAZ2FK0TsKr&#10;OqX28GbTl3x2lyPYXZkuvJ4+uQAYZuXuF3Gnrqocom5ZxJB4x4wAbIO9IQXQcAZD5l+stcsZmdeU&#10;U6fTfDonHjIM3bebFBSICGtBMlZNcpQNCMwFbKIzv1+loh1kxTwfD8nSgpF1NgGljnCIUTJqP36q&#10;eMa4rFEWeWozxasgmmu3eSD6/UG+JclkiLcKHLdRXssGjFXueELeE4p6UCYevhbd2jCUVd/KERI7&#10;egLum5KFEe/DnmE3G+9DhvCILNoYZgfnf1vs83yfNK/mr2MpDd2wP+EOi+LHTKtQ+3OL4o4Qt40p&#10;SZTCvTEQbTMyI5oF/5fsMdDyyK8ifmE2uCWHYixVJD+3BiH+bDT/gSPZ0GdIJ3B9yshWHo5jPs5W&#10;yn2Um3MQCZVqvDLsPJMT0o4aLQLjYIDPRqAQhi6lY89EtEb8XhEVd+stsxZgRCC9XJaCpvk+Fs0W&#10;xfPFACylTmTG+ZCUlHa3r0+8WbZBECDa9lHfwGQchj2GiZRYGO7vt8Uqrj5kGl0XzyQ6iPU2heJN&#10;VBbslcvhMDruWBpdLl6A/kAejH06nKCQMoay59dgnSEzZCZISYXL/r/64l/+tshVd08dd6cWVmlB&#10;ePgpIqKBVy3ANE9yooUoi7zZVpmuynPYKkdu/f27j2hENeVf/ER11hVUVuKgOepLtcKV3kT5SAXj&#10;qzJa7Q7D88niqCBXjewgDNUgyP5QeDrKZ9steGUNC5hTFM1iOqUbkKaaV+V5pVqFVSmlaKR6B+PV&#10;q5ej0ZBHBxJAeRJJkq6pRlx4csWwKf9fFoG2g1snHFmOhy2SZqiVBtgVLTcYAuTNwzEv0Q98qsqO&#10;+iskvuHU9YfK46oylvisudVMZwCCQdC7utoTmkpx7AWjsRsOcdjyA7sOihffZ8w2QaMpampLcKid&#10;edMeDEceAl0V1qsaUFpfjYmeF6DT8iUsGI2ijLCJKUK27AfhSIy7JgQfGFRCxOJV8ecMh00F0+o6&#10;XekVQVu6ntzNAuxs1Wek2k7lblUwLOn6BLYJHEck21RSkmFbqQ1mxpC+khXqaDjlfeOVCe5WhfKY&#10;IhN3Oti2tKkSt2hIcg9PNKp/YmNkyc+zjclqK3L0nsD3Oyo4a9tuAd9TQb78VE05b0tJY5MnFcRL&#10;fkkZZ6jdr3S2ImPm42S/19fVfltQ22iLPNwUAWYKPk5hhss6tOlGOXJJqLa5Y4jb0q67svUnTReJ&#10;XSe9BiwuxuP+p9WpNJNy7KOno0waz2aj2RmkPUNaa3njUHH3+lRxfSVOqE3VWLOrU4v7phvxaN39&#10;oFKvdPVfuvQtXlrnvFb6hkpJ0c3OsmtLRJHeqQNEGWErQhvtvcDVFNFc6z47rYt0ptVhvm/+9F9/&#10;MfNs2TEa5Mq0VYJLlGLXQOjCfz0e615tPTsb7et42AehOX/I0mdnaHONzCzu4uKX2+JjIpabm1UV&#10;GrSmDE8p06tNUg561du7ZG4EZ+hRiEah/arzK3fgaUSi7zd5ga3ls1n4bDx4PmRIF+C3XDXH98Qy&#10;kHsU2FFJVKo+DwZEU3L57PcsTHpCZXAY7QN01TjPiEqnsOO62xyzb2+PZpbdVfhF9UG/9+dv13Z+&#10;2kaH1qnn5zVKns2+eAPTM6CYgoFF1iDgIuurUShl92nTFkQYNq8WL59PL0WRb8Zi3eTsREDYk8kO&#10;GI9lFA9DmKVUdQZ2OLlLNdHX8eeXCw//FQcRQ01MplxBnHoDLG19JztWvmE9D4aYyBBlnY8GhCW8&#10;vTvIil+gKlrQn/3533942OW/8+qSuifS2ClBVwpgC5OEx4T83yzzr4fa1JFHxgvaMM9eF/UtvlA8&#10;vfC+svILKCVM110eIS0ApI/Lw8w3TgVBHTwS+igoAn8EEoNjxgBp6LjfPu78gfPrdToIdHo5AL7y&#10;oBaxA/GZ2SyQhwCWJ0MrJYGiQWnVPJZghLSZLVnduxQpLMdc+yUqqLJ+LbMP7jFjmYmYY9hr8HCy&#10;JrhbFewwxp72bCzBdON+D/7GrslfTgIGH5RH6yZFxx5aYVxoDMZvk5zl4h8MvD8eOHyxZ2t/8+5+&#10;d6p/58V1hBqwbh4PCMgJXN2ejKwn01AaWedRppHNBQ66ugAqDvOWMR85xnlCJe3/Aqtlrm+fst+9&#10;HPP1eN0m/rxMTmwLSGCYjge//vDhajh6OVmQGDpjz2JpE0lYZ0JtjnGE4hrmExIROCMC+3p0iSeN&#10;YV9BXEKRfTlw//JDeuFbb+Pqud/fk9pksK8nkzZhLN0fOL//2TUd4x+8uFofszczdlMppEwkIbdJ&#10;9v0x+mwRcCAKWS0v58RqWr373Y7qA1vyfbrZO9q9bvyz6Qy3Grrrj6vj+SiIqxiCGS4K4g155Jz3&#10;XCjrPF85FhCAsq8iSxlPydN6Q2NOCAkv0nNDfMXMdKriMAlpnNgGo31gi4vgTFOUA/aufQqdU3O4&#10;LShACVkxxOZqocUNEIszs0TzwkIbixWEfiRrPEYmrptwb1TaFaTUtLpAPMhMhuy1vrs67m3P4hmC&#10;GW/Mvsi276PdlxczjHY7dHWArEHysFqE4VcDFXOg6+KVIVOKogokDIUYSu+6YtLF8VbdbbdIjPcJ&#10;zOwcnDgjF0Yaw8BnVf/dZnMxDGe288aYjiox+45AXj+93Tfcer0iRfCt4U9GcUHO8eVYGM/8Bk9P&#10;B/yWsHx+8X6P0I52lIMsHPnfPaxZYjA4loc/ystG3yblNosQQbAPtkJkuD7gvQ/HI/fmIU0Aa29Y&#10;aZDbVOAcROhF5YFO1a4V0PEdybn7EkQtGTWoZ7kHvcFkf3zC3jV1vHk//PrZ9Zgb/Ih3d8Yc+Ql8&#10;WpxdjD2BUkhoJgHipuh/yirsD3qFg2rgMYk4nhjjaDJTtmjAFN1CREBkuV2Psa+WWG04L1dR6rps&#10;y0XJxKTmdg2YkU+Q6A5ExUhkT7bMsKQOcdkNnvYMVel4BR0G4RPJe5Fi52FPjxgSJcr3SzGU0p9z&#10;y8MsxGxMpbk9cLfW8GRiGY3L7IBTEJsoSWkvrl5jUuRXYL0MTR6TT2B7T2wMm3jsjyjMGe9wGm1T&#10;vbIq7gFPD7B2nQ8IOG/3++TF2eXHx9thn/XalAcHDKp5MOtnorEHtzZGE0QlpHIOn18/3y23zyZT&#10;aWoYCJcS7EGCi6zsIP4L9ZgYOSk4SY+9P2S4KFyp+nzqP+pVQr0kHghmdchqrpTl3hEsFokDGXej&#10;kddYfGH/MnGlPcEmD4xacnVqfTEA7ZOhXkHPvDue+uJBQxtCinIFLm9/XM/HfLbgjMgT9barzWg4&#10;nM7H5mRgxmsMOIXuXRK83jhvLl6brT3xL1E7ocsgjVSi0Ns+qndLL8bjGWgc/FGE3DJmg30A44Sp&#10;yibarzcrTj4hK5u9t99/vzs9+ZNzlA773V3noaNCQVCKFoa26PnkkvVdYaE9T9+vCdWt+KQGg0Vm&#10;cFzzoOsdjqvqmEZHEpSTdbwHuoKpMzlEz0fT/eZAsnuhJ6vdCt4BK+vV7u79cnki3tzv7ZMV7wup&#10;yFF8SLUcBQj2WsGf1Ob12U/y4ynNIzw7475FspugRfsk4gJeSgDXJ+V9Wq+F812AhuaZO/T1gmNI&#10;THzMt1nakLAgBZ69ORaj0FhH6DXEcjfGYJbJMIstPtB3NFO7Q8zZuDqmPsadE94tPzpUX795iXOI&#10;a4ECicwCfJXiY8nrbam9mswel1uGPeJnZMXDO+56DQ5kymqTVhLhh4bzn7+Q1gg7KscNN6c9y1OE&#10;RX3k0LgKTtnUm6fgAGp97PszpnK2waiCc2Hkn4FKvAwnrFs1YTjyKjEGE62QgpbbMxTHOhsOnqLE&#10;UUFNE3duwCAH9ttz4mS7322oKdC5H+JdYwBaAxbZyFyyqqIiyXX+byuBrEoIybvB78RcsxU1ublP&#10;NTgaLCDYuexOIjBA559JamWLhypwrSEePSJ203wZCxd+NhRkDQCLPdPJtoQMtkbIcI4vfshBRk+C&#10;EgSlawo2ud9LjpVHWjUmoMBduMHcC8SAyLO/KN/Mz/Qi52N6e4803UDQDa6ZagT/uiFW7SY6tZu4&#10;BrT56tx9u4pZC8EGzqR1b4CtMBjdKXDm2czDPo2QHp56wtC3Eg+GLnaC2pVFqqSQ0hESGs3q7Pub&#10;AyYL9FdVLpU8d0nZ6yHHIS3S7ld/+uWf/RbJVdLPyWYOB9Zq9YiPt+t4TSUeptm1xBVK313IGkqF&#10;5bZi5a3vbh6oLfHUqwVf28l62dmlEF2QbirFtKG0x0qKjGu96v6DbADlGWN9giQpWJE0xsqpy/5Q&#10;DWcw07tqidp2mCvl+FXmYFl9CUpXHLD8Gef0cVcTIiD7aQM1JQ6pUwSqlY1NKXLcUmGfPkGb2u7q&#10;4nDTSIKiJRPfNDk0tVIUt7I4U+2oYhLpSiMMJ0nKChftJJtGQhBUIy6OWj6nvu/BMVIJrrSTNELc&#10;5aqfpgal/uV+EQaB3RltARiEQ5uFCesGkeCKmpfvT73AH/JvYU036kHIkISwRCw3Uqn1JKwVPpYu&#10;MchiHaFNDwdiMihleG2qtikYjJFC2RAd2m5LLdAo0D/oJHhSSafB+WsJnVfSQCDkYiEJhhK/rEJ7&#10;hATGz6UxlmY9FECW0LZNuRp5knCDOAJqVFnNSnHOK+Sh0ifpz+v+QMmGZc/fJxLNkSLIUMQsHuGy&#10;vjdE+63J8Kcv0nFL7M09KYrkV+WHyg5WCdeFz6hgafyvHOrKQ6vaeFMWa+K/7Qt31+krfrhcnuI2&#10;ByKpS6SwqRhpnVOcbt+Tg83o0qX4DD1pjwVSw1+RjAPogIwDfE6JoHPbynhXuqghFwxXIB8wPSZD&#10;bdYpmVxOMqvhSuj1h6UIE7rUqEbFKglBsHPrqtjqWiVdS+qVtOZqIqIpCLggncWpKzMdQxKLdeYR&#10;VVV1U6Ba3SYKdyXw5+6b/yiNVhMjlUHFu0QQhvnP/tWbWriOSCZaT+7T9myIWYUcSKYWTbUmkbjy&#10;Bw0XD8TmI8TMlHiret80e5h4RfseirxpDKzmdic0w4WrsXJ8PLUz12aoRIzc63GQnyShOStSJrKS&#10;kDdc3G+WoCpeTuaoNGk+cTCj7Lrd77lgPqw5EoyzwRSHN6gdUhP+/eOOW229LblOmeyJ14Tov8GI&#10;R/kBBWJgYP1iNvmzywmGQz4o4l4hx84QLw74/PRe5X68jb/+LMD9+/r8LEsxpInCm/eBSVQGxqYi&#10;6fYEk3vBMkqThUccrbG7UItTDXFCAOeATcW6idQx0KwmzGea4aa+f4pk6+HUL8BDWTX9M1pD3mZk&#10;DNxlE9dZEE+v5Z9PJywruAhI6TzvB7NwFGXRQymEz55hYfgE83Q2CD5bALRCFsqilNYUbRdVcvV3&#10;hzLvGXd36c8mME4QYvX4CHrk2STAJ5j2Gtd0AGgMCDWFoMLjppIxE8Ppk1jUmNIhoTxMXVxzGpGn&#10;BBqzfrjbpk8ZOwRkVPoKBSwlYA/4J9wSUKtOIcgZgb5yRbNhKoUiT5PMR8eDmnfNgAiMqnxq6dM+&#10;JxOtBQJT6lIN6CIz4UiyOvTA1n/YF797NmHMjVTvPJgg/SSv5eWwl5pkAMIn00fe7CfO2ZeD8wtn&#10;dDY8f8WIKyv/eDj9fBYwcmEs/i5NkEZ+eX71dz/cEeBZGw6PFiqqbbaFiXrem+BjHHrnK6YyZYmo&#10;jw+rsfpvk5LV40Pe+2WUz3rm32yK14b5h8yZzfb9GvRMvY+OAnclgallXTBaAzGuuZyYmJlTZ0RA&#10;K5Rgt1cxdSAOBPsoofaHNNsViDcTSohNvF9lx3+Mdu+Kan8qtmn71ch9e6xv4vrxPkvhbTr09sHP&#10;V/F00EePgEosqeHHhICaJwRD9DyAwLFeY4m7QrnL9CGK/+jF681mR68zCsxvt/c7FG+VpCZOK3jC&#10;EzYzILheDiZWDydhGgqdr3o4YF7VuZb6YimnChn7NhY2axoMZ+MF0mWoWTcgqElmHg5Ru0DcnBFM&#10;2R8jK4VwxNz8cfUY4bGfTMC/bJ82bDTi9rQGiM/By5EDJpqEJyMkWuts5MIBIpdoRkYl9ZrVsu6j&#10;WYH3+/V4psMrbYztOtnvI2j9HG5EN8sztNYTSZosNsf9m+kMsx9ZFbv2NJ672wp0UPP5+dwhJNix&#10;1hkboOS4TTyxOtPZmL4/Aq21wzeATkKXkR2ZUjwKJ2FPoRkNYHKI5Bglc9SS+jDaMBKawYIBqrTX&#10;sx27jYZYeYjiwwnUhGBw2CcBu3dd254O13MuSx5l2YvpiBltLCspVDulxNC1zdCTSaG45jQDOhTi&#10;wg1Zf0yKkuJ0ygD18Yxa7dIRPZwAFR3mxYPAIUDl3SaZ9CUPESEgmWscKDCYHKZ1SfJscYUH5T/d&#10;fEA3AwoN2zeucopwnu6sIoecRm25yU90fn3pZ1LUj6xMOe/B4wUSZM5qXf+wXZO3RuUTJyj5h/yH&#10;iFOlAOzHnBxDpo4YmKuBE1PkjtS4tGqS81a/e2D7TUI44PKBfECE2dsN0K8YabohawjeSXy8GUrV&#10;tnGgYe0Tw5EN/PagRq5SdrOA7U3DvoJUASAUQCtTgMU82ILVBRUsviooQegS89HIzU7RxWiuzFK0&#10;4pmkyOjt1Wx+4Z87/RBOBIy9ps4Y0L3fZX/47OUJNBge2ozvoGR+Wfry6pIOerM/CgraDheTCxgp&#10;7z5+N+IpDkGDOV5dLSVVewpKcdqfyfpL580kJUvi3IlegwR6HlqnvBzi6E7pkMD1CUbSkP2mSW1H&#10;kDFbN4C0bByQ5zGIYUzNmhoJA/4FBtNEAAj32Pfv7j+OxhPiAVmIQWLiaHu4vRGQMvMSRoKUUYrn&#10;oYNMCnuyn6yyKAcqa7F3FYAG4+NofRcto2Lz/QFOl/ti8nwqAbLF9vA9PVuR1oHLacPskquau2w6&#10;7LvYmRnfMxClj8ehPXDc2WCswM01TamJ8INH6HjOYJ9xNRqdU1yNwznrJgTrlED7XTwY9QBDIgOi&#10;8RQ1lpHsJB0NJerMjNvxIGQyN++jcnrYpvnTsVxiy2bDZ0jmNuipHhRNfojTsn7cpAV9+sD3+G77&#10;CJmDA8Xmdrk3SG9j2APhb+BzyNMznTLNF9pWPemPzkbPCC2SuCDaUk3gS3gFR8FkSvWDh1Q3P+5P&#10;FHVcouDwRs5A4CLS7+SSXMccQuSapJpxS0mZy36dZR77R2IRT4e97VsPJGQacr8AWmetQoI81xWI&#10;Smw0uFe20d5gomHy3hosQhkPiX8FXzRDZ7e/XJ8STvaynnqWwDdQqxj4J2XWW0Ni0jCR8vvT1TBI&#10;MyFpQ/vrGf4jTpjaPBsMnw3GTmsPPJ/n1jzkfqrX0eYJS5JW40zmGqVl9zRphmkk2R4XBiyRQmzI&#10;5CxKqApilmA6nHKqGii+WGjh/rX7peFez97sjhs6i6fDgVYcJyGbZcoN4gY50PkdCFphHAC7C8f6&#10;yMFxQp3FSNaw1KaGb3dMhYJjCcHMlph7XQjmh4QAMNklMuuJsRm0kBolpUw+Bmq7WgsCynz3iMWC&#10;HSAzbvDZu/2WAK6ahl+KazbH1B6UsNRUvuFh2zjCbLcayt7Xw3N6JCYOi3mI6WjGGb1OGBciCpPR&#10;XaHT0JrI8Aj58DRCEyi5V0k79In8KM8mzoZuUZdwEKR0C6vhvx40dtE2I55QgMUGq9RlhOmgpOMo&#10;G4tm+Or8mrHsGXiVPhNTEI/ZR9I4DD5rnYhUVnv/3df/+reXTtTJTWvR/ZabFc/OA4FekoWjfl1Z&#10;sRYittjvnu5vP/rIwbv+oa3ubwGPonbKpBlTolmeMIh3lBNRFL51xyCW6txSjWqtVnayY/uNhbiL&#10;NuoSadtPitC2W99JDqPq3n6TIsOTTbJ9VBgt/WQj3YImAX5H6nWQ4LSHThztklNE683hCmSYJk1c&#10;r2IoNdTLkaAcClsbPbMX6EpgXCtUUheUStdMs0prVDVll23U4aVoqNRG00FPpAKEZCOoOlvOwEBM&#10;yCpNpwPrSlvS9x3ptUwkrZ2ZU36fnjOZnxmCw7KlY287k7QcE9LI0B5LqlCjffqJ0tbaau2sPiE0&#10;yT3ZSso3h+AUNj9qXZUY2BZCFZe2aXbqV4UG0wXRhCeHJSoeVDkv1O8rEdYSbkmzx3JSfSBdvrG8&#10;q/KPuOXrblMq4md+a/WPeooLbanPSmYHQoG2ZYEsTl1BcVmfOlP1p/w6uqnoZbKUtNWOFXIW0d2u&#10;kv6a3b9pKfn68WRKgyCbTPWH3Tej4XQ9vxO3m0qoLE24+nbS6Kr5CO2frjTwXMYBQGlafM/j46Z9&#10;lEgthuBhOBxN1IeioGNMEQYjfKas6oRNxV+ndyaxJQiBUbI7XywuF2eX/BHtJiO8Msk4ZhiEpQwz&#10;2T8LNbG0kIJg5ehWuYq2rf0oOpa33OyozhIY0chO3pZQ5U7SoP/mwlfgcAXDkr8ik/5ODW90f4Wz&#10;Ud04ZtXlVCu3tvjp1ZpXpi22M7Br8z/7s5+QAMeDkYp22gsZSAm1p4XwjigURHNzNuOpy1MTDQ8N&#10;tzbw1UuumG3r99vy90akLsYzNK61+TOvmQrTtb2wrSm62EpqSFtPcfqZnvbdGj1mfTZ0qAb8vnY5&#10;YF/orsv1QywaSKpJhyawNcLB8GpkT337PksQBdFEPTQ1Q5vvt+nzaQiECvLt8+Hg49PBlsDAimBd&#10;7oz/5+3py3P/l3k2NdszgjHTNmh684mHmO0ch6IMQxFgMPbh/HFPjYCbnUYLHTCqiKm0EDROBleB&#10;sNnVFTQqkS7xjqPZc8dWwHotkTgik3bh+exy4A7e3j/8mukrpU1Z+hP3wzbJiDBg6GMQ2klg0sRS&#10;QVS4VfKm2u4jWPpPxwNYkfE45CIgnh4d3eMeDFd+w86lKl5fItvgQI6OjHeNAjkaih48LX2/B+Hk&#10;oaAl5ppu11F5v8ngSK+q9ouFR4RoHGc/uRjdPJHBThPrPm0zOQKEz9iwVkdeVe2Kl5cjCcrSITc2&#10;DDmQZRDAmxq6zw4QVSae5STbFxCqjYUDXRkoHz5GeCEykGL1mojvgOOnuaBo6ds3cXYjgas6Y0mG&#10;McQsHo7CSduDAA3sIy41Wx7n6uasSMlx9d64N0ZsdnOKQ7ajPfcvV+l/wVOstM8HeIDhPeNHSkgo&#10;fDmEv6if2uSHHJSHfnvIMba+i5irVGdjbqfmh0M+7pn7Kg4de2xNYDuBtr5NEgbpTsVMmhwdrnUe&#10;mObI9GNCgasSHUxALutkujlEfJORhxFRnp7HvrkYndc5OI0eGlpQDse48jy57075kaf9hu/K0IEq&#10;QbKV9G9jJKZYM4pvl0+QJ1HSPht7f7VJORC+RKCdlltipmb9M/gbmfYMxCn0tTIb9CsmfSuIZW6f&#10;3gbN5CmJ/n59uiSFdbn7auRdgeHdH4e2/ZgnXzx/xTm217KtBMAR12xdeOMw9HAvAnW7moz+YfXw&#10;XV6EpHyFozXxkXQXPuThagtazHGPBdWk/utvPvJJofDcp8vNMf18PqcxtEXwJql6MitrCnawYkSP&#10;09dXVx+jHUIDzrIUX6kbHI7NM79PW0tNC8nzPAz32/0QMBtm1F7/+5vt2QTnIaApNoie37YgnimH&#10;VptIUJr4NDR0TyHbA5y110P/qh/wCADtN+3TZAZJsgUoKyzFykWWhpbEkIEde9Rkk+Vfzq5VRAXK&#10;b4no462m9CbCm6lZctRezBYxkTYp6z7JgEkFfsYKy91udnLm6/WvHr6PNEnd8ObeRzoE6gBLckWw&#10;B5LoyToFsM36YfnZFVHi7T6NniS5Vt9DaNWby/EYpN10OEZ/tDlllmDw+cwbJMrUVYdGe4rquWUz&#10;0+F+hKcFXB37FJmtPFCZODDH/7Bhl8WGy9oSw+u764QOoVogfs71q3PwvMH3yzuaK0YmWGaSY0oR&#10;2aJtZNpiWx95i7Nk7LNqrumyJHMCAb87jPcNc73Nbr1lQgKgOGGgwKKdjtUi0pgnWpmSYDxXyVHl&#10;N6vmvOdTiyM9krZWjDc6vTE8rGnQR9DOMpApRhg4tYyFgcekdCZcYzuCTbXqKc5Go/5ml9PZPh3y&#10;Udhnfc++hSYCFcAuKSDy8CwDYIPw6vEky9HriRenOcpXyFc8RTlsmHTcMjskfhSHM20kIhe4kSTN&#10;hoOFf/F4t62wq8oU2X5YP13MZtEqZp2Uno5oKoZSB/WJJHXRsEhITsFIgUjgSQi3lviMAnWAHwYK&#10;H0JHRHNCp6pJoIQBQXOw4lGgi36aFR+mRBZxSlssM2CKkdlwZLlieEN1BThZshB5UlcaWDIcXsBJ&#10;oG0P0d/1XMS9bcOpQkIPal5NJePYmUXOcG0Kp6hYH2M0+DqcZ3zvtCumqKeQ8pLA5rpBKtFPG8TL&#10;61TiECGaiDafsQ9XspnSq4/GZ9eL6y9GXnlYIfv9dvd41NzPZl88HTaNybZ/EXqDzdNqPp/TUY/7&#10;E4O9kQx+mRGhSPKG5EhvPm4BhnFvTqZ6kTA2+bhcL0/JDOWfx1zV4LhBbYA+gJZPEoYIz2M0fIwf&#10;DjvdcT4/fz7rLzi4aiMHK8zbeb/dm+FQrIQq9WqbaM8Xl8DsIF3jneYaQHz+fH5FvNBhB/fIlbwd&#10;g1yrRqKGekSLxYQGbB6h+6ItredB/8IBG+9K6LGWbJIlIceEz/UcnyEuR9OYoVuR3zx8hwKRBQM7&#10;GNq/h6c1vlP2k6XMrvkf+jR9wKin0bnYkH1whzPNmaGCJcwqKx+hiXjgyovOdsHInNZ4l5UEm50H&#10;qE1QvkQIwTCs4uzgrI/iag/IjjTmEw054hfG8SliNmCOcIRo8iLubT5iW39YR6wbOclTibmiRiDw&#10;w2bQzWVPUidbW5y3BDAhIotiENfaS+IZDOZo294QMSXiX+0U6V644OhgPSPKPdRiqQnpjBaXEQ8N&#10;CNXV0IMZy3Y7l9+TDKKKBAeuUzQWABBRxqS2SEzEPL1ASo7WC04Y3Gli59iP4fExydkC1+yM7DHu&#10;gIJIRaFdOyDocFtwBnILELXE7pMDik5RRuGIV3RyNGSHOBv1RsQH2zrB3YyQsT6KB5G5GaJt8CV9&#10;alY8vCIDeTqeHng5TByz8mHJVKg9GHokChTgKSeM7PcZFgmcDt56t4XT8A83J2KQ9nE1n/rM3PEa&#10;8EswPTkeUZsbGwFuazC9oOhd+TpRY3VKSIAmKE3HmIa9KCn3RYPCmfRATB5XKJZotCTzBn1Ak7QW&#10;OMY4PloMAfKyH5hPR0zN+eM2XuM2YEUhEjaMYxiX3P/my//ht9Tx/nD3pDpe+rUaXevyHtAbqost&#10;oUx4RXTVwmXx8dtf//Jp+XD78T2Jzevl3c0P3928/369WpneqO5iWXg+kBuiyXSYh59Ap6THMxTM&#10;uOqwWDROKgeoCwlS/tFWBcmqtFvlUPzR5ipLWKa0ksgsGFs0AXLcqxXxp1wdCn5HVpbsP5O4iLcC&#10;u5BUag22X08yb0yRvzL1c0QWw6fgCpxU1K2yUUaP4Ie0WN3mWfGuWkZZYgQWLhTuAJlstZ9IuXKO&#10;k7nGMlP2z2oj3Slg5YuZlqHUVYG3qstp1N6xFxCRgKtWZEniau1yd5no0cXxKGbIpRbVpUqg4cud&#10;4WjcaYO19tN3l15TVp1+Le9u1aW7SovI9nMwNNSvU0ggheoqeSdgU/nkhAacLx0FWu3FZT8LqFlm&#10;GvKbimKLr5WmnIPJECOutIu8QgFh89Hx4B/Ialccth2FS7bZojxm8Ss9nKQ4qDGFKLgtFW6kgMPC&#10;UG2FcNaKMFt1uc0n767WRTBbsuYUialEJX+iosnn2RMoNDzfupuAaB0zTfpYQtj9joalIqn0ruUW&#10;oBXTpg7+3DaqJ9RVcy75Tzw3VBdpDEZjvq0fDIfjKYJnOl8PDhVobouUJRjPY0m7GE74Gj5ZtqwM&#10;BSYzUCSQZMLmx6RlQ9DT4hiV5TMvXmG3+4OJO5h1ac9ClVIBUl0Yl+gRVHxUo7ayXcPfXfAKVi4B&#10;RZZSNcs1apjd7aBgzJ2fWVG85S01PnXDqh82FVPmU5Os7h7qnf3Hb8w//V/+aWsGBDNwAbJBb9lT&#10;CjpbF8hRZR6eSjZptmhXxHSObPP2SGQioX7Wa7g79I8MxpmIltXnJNNCGanrt8tyCKCyb//qMWWE&#10;q/k64hl+4GqVvTkfwJrBLCZp6UXyqx8QmmWEF0aqTQc39PrsnEzUAyoIYgYNe5mXtyTbEHVR1u/Z&#10;ZC2P1+j7CuHojnQUMiOuk9Rst0W1PNavJvpFACvC+4fl6evJeLePIUkLZqHOWY3MWUqyYjoiS8O4&#10;hUrH46DgfWL7TPMpAyRR/aVDytgeYAYW2Cm5iGgp8GVFUUa4JRc6jiMO+IQkwaLmCKQI2unYdBF1&#10;t7lk9vAEbPEmUZhWddYTSopM8TaVADo5PsU6Sl6I229TScfiu9E0smNhNdGUyWBICusO9C41633C&#10;ioYVE6PZUqzRLfZ6edY8AtksSSYEH9R7McLHSkkDtrqHxxFa1rqsfrUqxq6TlNmvHrJzKrNKnqEs&#10;Xn6+K5n8wHBMAJKV7fORT483D+0sQg9jTHv9RzEO2DyCHpC12wQAmmlF0kwBlxLulFgjiXrjraQ7&#10;cnrrsnn3KeKZ5lnHX8jVwyGOpvkeQjAZO615R+UEX4p8NougogO/Ak+gv/jIO1t93tOu+hY97r+/&#10;+/X/vWGRB59jd7uOfthF3+y3H4hXAsVJf5ZJvNyfH5OJTkRqb0vaOz5bivWkwIrIKJJDDm1jUkg8&#10;FkpR9HJ1w2HpsN/EyRqaxdSyXwy51VzmEe92UR9qVdV+XMX4PxAFPx9dVnFzdX5FYrGF58gN71fv&#10;xuEZs0+Ef09IUod9hq/LA8hXbUXV2jd/2OezYfB4On1+frk5Ht8i6s2IOhSL5KPsuUFk6Yzmv5wz&#10;qm4uRvZdGq9w+xnmwmeCbmyiNSOboWY/HJNXoY3QPeA1kb9q1dskCm2PUIzQ0b7bJZeO9bMzqgKS&#10;xdn79dDiUnS8PUSzkctOJclJYphI/jGsCyoYnCGmLLWIpe3R7kNIa/PFbI4IOcuKiT/BIE3OLeO3&#10;FRm2jvYYJ9T3gPI54SL2yT3tw2YPkUSkAqn+Ynb2GEcPSZUk2iVMlzRTjgixsrARW0wu0bWyr515&#10;M7ZemDN5oLC4wLTtaWwt5gyVsVgTZuPazm7JZAAj3HDmT9/efDxkMfBhtkyL8fXhYTOQdFV9EyXT&#10;acCUeTycwJlDshsgcNb1zWb9zf3y+ux8f0jORyNcS5hmw9B5v4lnWHvDEE0bpwJt+avL86dj9v8x&#10;YR/q/7gqmURdzj00z/RsA8vPiopjfbM80v9OYLfIRL0uHX2XopNOGfQwNZiM/S3seEzmrrWJ2Wb3&#10;ueJ5BKuATBmun1n9+WwRIf1igxEgIqQANaC9747JYOzeLDfcJgg67rBmHsXJj6JRxIUt1ADMZSiI&#10;sPSwFhOnIt8w7JlJkx+1nIiseWAHEglVi/EcCj7q361kTmIKw3pHu07aAdU4pwfVPm/MalueoTU9&#10;Jpaw61FnBHjRLwfTaHtAF0BbPh1OnpI9ESkohCCnno3OyO2jnnKsEEzXATEqnBeRyckYnXUrW2Lx&#10;GVoMuYo1PPQUBSnIBaSD+C+N/aEkiBZBCyWxRCyLRLpNxFeuXQ5l9L3Gy0rXIRsM/fX8bLc9XE5J&#10;gWZul8jGqW5p4ajskURdnF8SF3u7fGArOBsPRQxh9YiD5gsoCBhwswzK+EAbWe/RyRNYUQuRC2cy&#10;GyLzfrNbzC9kyJhL/hX4JkmkJ9YVD3pLRSLV4f3m6GvAF7DwVwjXY9nrssdrTklJyUOKCCIspvVH&#10;2SMWc89b7g6iEudA4taj1IZOhHimPVEgAGwiTBEzuNqzIK5CAwtGHrqtVsBI5sNvG6Rp+wMc8naz&#10;jzGBjjGbHA4gu+92eGuDhevH0dFD84YU2KKfgbNIK+7ZDQZXhw0ZmkzMTgXXW88Lg3mcrW4ff3BB&#10;nFQJR7zTlJP+cD66Nq0AGG2Wp4cdY0CkOsXZbP76CuJCWOS7e6Y4SX65eEZXSI7u4fQEMhvcLrUM&#10;3Ys8ByYD/Dr8gpsdGMXBWXj5cPdwsKKb6Cg2wEawIsPFdIaryxCL+GwCsrsMRhiIoCzoJHTM+ucj&#10;wz0Ve2KHEDWwRuLaJ68DHhLnNktul+LTnwdEwzSkYWniYTU5O5Kq2XBwcUTVyn8mKSiiQcqwN3nj&#10;eV7GyGJhMAs2ti25QI/5jlsawwOFD7yARLQB2tjp4aDh9PHgWpGxzCqdp3HEpJtgRrKynYd1Phs7&#10;H5YJghr4HciLtseIt+9xhx64DdE+NTzDSwGuoIWzDJLhKhkIFZy/Y+y4JzECCFzVxIDHYwNPx1D8&#10;94KipdDro+unCl6TcgD3qlF2S8Ds2QGHYCoZB/SSXJEJ1GemAEiRCM1Os+3uuEy05H7P8JS6mrcN&#10;JDduYe4sb44wh01mSvNoVTIywerOEcuYnRmO0IbiFB0HXipmOi3sAdaFzF5ZgUrkREi0Mx8uTxIU&#10;rWQt+JjBGfK4eojeKujXhfgrGchJoUj3m7RmIh+AkEQQDKxjcu9gv0AwtUpc9rTFGHbKmuTeBls+&#10;UwDGo/xbr3mKAVMibopDpBXpI4RkR1wqkxA4C1hR2lVUBqifiPtCmwDRfTCiWPYOwMAd44E4MV/0&#10;nA+rfIG8WbZK7YdSGxkaxaBIlLXmehJejKCKpnOYbkQ1Ig9CMd4zzhybTCfi3wmz5uN7XEfsW3hA&#10;bQvecCIbEWa05L0d6cvFslzD1paGsafxYObRTXLWcZf/2R/+z7+tjvfmkambanjJ4y2l491xdWxR&#10;0IOTVfs96w6c1/qJjlEshSzVD/vN0+NuQxGh9abXtEi0WNKg2cpqaKp2VRN3vUIx6UpNLHxgSR+V&#10;trDt4FOike46YNVdqAWppvZ5QJV76g+7nkNRgFU/JjAkU1akhrL+GmqpmB4PZXIQVXMrVwrRGCZd&#10;j2gNG+EKK4WURF3XHOQCqMLvjU7XUDtV4Twx0qOXhs6r2hdpHamN5PsX2icqrvxS7JNbYXSVKme1&#10;bhVQiK6OASV5XNxEtfyIWsXMCPDZDQc8KOhITeWL1GQuKdpdQ3TO9NO53vVrXfprzylkbCC9t6bG&#10;BI1AmMRTK2tp3qSy6FjKfDGaY25C/kpyOlqddbSWbBtidXoqY0824SoKWPQ/LOJCJDW+tMcZ1AFJ&#10;gVKttyw7Jc2Ig6qQrJRWEZjUdtr9lDEronvhddGls7SlK5UUHSLUul2x5NPySTlY27rY5VJoqbL7&#10;ZTzdk2wnRz5Q2Yt22UxC+UHp1Sl+ZU/fUYklRZmJRk3DWYiIt+5oUyKbtq2u05XTXd4I4xOLS0YB&#10;PSFPIadQ2gBl9lYRSCIMraRqIfPclUBf1ieGvAs0tiwqYN6AdAAOM0ZKHoK4HI5UBJc7HY+HoW+K&#10;9lt2/lyc7HvhEDPOAIl4ShJTbcI7Gjafru74ddvxGeru8+qg058gbfK2dTr5T2t88f3yFlAUAN3o&#10;iVdLbnJNXm1HZetCobv3QwKxFHj70y+s3qnOJK91gnq5i7RkdWP+0b/8jPU2vftyG0OG8CAZs3mp&#10;7AkT9Mr641c/S+/rj3dPbGfALWZW71ZuRg3+NpSNfVRA+JxiaDP1lxP/HzcRiOOfXk6flqd/8nzO&#10;c+ps4LD08Ft96kzi3Wk47t+n2eFYftzF5aD91b68HjqTETtMrWamemwvz2zoQd8ckw+HrDicZucO&#10;c1wyXs7xPtTNHyzmnzHZHnqH0/GLxaCI27PphEsM9P+bsMfEuS/88OYBuksaP5877HoR81yfD6hX&#10;eEOVWsTYHHIGa/1+IBKdRoRUs4G73+yoRDPqldOJshJuP2ftIWFdib95iX8PkiHtHNVibZesmBbj&#10;KfCfFW1pnwVp/TxwiFTBzoRwFJHRU55qNv+MK1ECsfgkIjollaSAKwcD+sQICqO3LdKPexJxmFK3&#10;F1ObJ8fjKb7yUfL6ZHTYVutzOeT6mWf9zWP2jNGB2U8QcHrOmQjEevT7yS5/c3b+6+WKOGPSwkj0&#10;ObXtWUjlUuN220BxhUIU6L9nt//bm6/+19//z//r55/9yeL60iLsuIIo9PN1CqSPhSJjVGqiv12l&#10;zx3zH55SpaNs1GpCyCoPp+LdJsNgscEJqmlv0+qx0qYE1DftBAkEUwNRE8kcj0EQKt9Jz/q/NvXv&#10;j+2pTDbIkqnvigL36t8/prOe9tPQHoSoO8hwalDTvSANEKdsU2KTlDU1cz7DxC9HqRpIskX/P60S&#10;mrlRz4hsEdAdsmqZS6EmeXMczNTZo3l0OFXKeoIYRdYEEl/ZiyLJegyFk67fRHsOReyd+BguQz47&#10;60WI0a43Hs1u1w98H85OTi06gsXogh6Hlf79Y4qMA+MBntuHrPrbbXlBWkhl7As2ot4/rve4bVcE&#10;dTbGXSpJTzNUSLm2fMzxXT/3vL/47v7Z2KXQ2tT1c5Txlkk+KBbRez7/DHuPvtSNN2xQT8dIi+8P&#10;+xyVZ52x63u/2n99PuXCPCUVRdc2TYa+Twih7OXi/NXEP2yy54PRgUYHhfYpezUj58PYJqdxEFyE&#10;s1cvn+lazGOZ5IF9Hp+DMrOsOI9OBW5DZ0+7Z4J7ZeNFDlC+AmMjAiFzy4wBLbqj91vhGIIMp40h&#10;/pFdxA7NXy0KE12eK8yLsLhTs+PutGbBkMCuu+2BxiskeJGZVQQ/k97Vuc/JO+2PByNL8fcpp+93&#10;yyhJyXZ+vpiyOrq4nj6mh9ls8O2HNQfjqxnGSCPaRwSzqKBCHr90TeViNmM0A4lpFVNw5wSY/nAo&#10;p6GTq2z7nt2sWCeamcqss8eh+XFXnCMlJLLaaD8/ex6fcnDT6K76KBkYlMlcyf+3391hJRz1cEUa&#10;z6YS60hNco9hN8+RkwqVXFlACCmcu1M5XHXM8xenor4/HrgzUFYzabANFY0ukfTUl7ojNGTEmb3X&#10;M54Bg30c8W6wicUHK0cR2ddathPtAP2ATroI3CQOCzQXE7SsXO0eLs2CKBSeqDGGR/q05MSoK4pS&#10;OBCE3yosp7XcJx7lYkP1zzOMgNAeFQnKdl5M6LeTkffV1UuawPfHB05eitLQHcFKQGNMeN/V7Mq0&#10;ibwsX4wuqWcx3zIN5JjriZWPE9pYRqQZkXxtoI2APgyMPTrW8xEuqRLw1XcrlpbVxSSUUE3E2Wzo&#10;zBq3UKkcZi6XBsUclMKWHRq/BULuEQAbbxDuTtHbzX5IPWqb3338eH4xooqnEWLGWrHE14Rko/WI&#10;b4mGNlJxG94YoevbNbqaI7hdKCcsUCC6OOxj8xOVN9b6kTsQWxxVsGlF8T6VgoRzkOxl/c3laLmL&#10;2FnQyQt/RUU70N/g1i4RvLYErnj35Gux9a5yhXuDz8cjPxxA391teW6Iqabkuc6p7uJTpdhwDT+P&#10;o82BM7BhB85rOESoiHkTtc2pxFtLaotAJdN2MXt+B6gYl3vfm7qMKHwwEVBB56PLgYPiRqa9iz61&#10;GvFj1LcluIRgFOxPa2/gYNeP2/wpOjJ6QXP74vmr27sPjfA16AaiITRgxpMYfOk9UCeWGdXRzeae&#10;dtMnIK0/A3KXNkgupN0F+NRK7o4NsjvdZ7jNW5FaiKDuEQr0+flqv2JYTK0ktjMLQ2wZnU7Qdl9d&#10;vtqsliscsyagMsw4QV0dAOqxxsRWytyQtCccSRuuKGhLhY58/omM3SyHkbfdroBOYLVhVGrKigaZ&#10;Cr+ijM9pHClKUT+doOPUMSH2vnNVpNtS50as4VOOx6Q3+CgvKkuWGUjTqfCQCFPgPB/K/As7DTUd&#10;nHaSmVHpLeDj6wb2aSC+XL/s7UUG3UqxyHOADCeJX8fpI9EUle+Ze5Jv+wJCHeLa0wt4h/xKEs2M&#10;P180hjyfcMS1BEQjshgyATdKYnJ1iRNlfKut1jtZVIiJshfiLCR8FBInU2t+qinQdBdAJb5NfiLw&#10;waaXgIHtEeqc4ZWAs0EUMr4iaYx58vYBasCcSrZlylv3uM+HTBXF2XXcRgiBJZoYqSGqHF4Gmmxe&#10;RSGbNWHMsniXGOQy5ZL2uQYYuzPxK8SPzwwQDw4uzkPCZ2riTBHUtIGnXcoeD3h1Q3oTWGNWdwbz&#10;4vSETt5Ab7vaQ/EE7gAVUBKYuVum/T5oH2pw8XQ4YXo4JZI+AgSeIAnisipSHjc7sT/LvKOpn18M&#10;b1eHEqOM7T6sDn4fPzIEhwYTBBK4n5Lj7NuhK8fNF2iWXOYeLbvlWJSEBQ8Kfiaztvkk5JFOsAjT&#10;Hh5t5ELxbm8iduDafEJae8FPAHbJrYrShP+KYIWpB+NejqKxL2hHnia+yM0K3hlm3//jH/xPv62O&#10;91Z2vApdRbBx8bRiwLLGJw9alQ6Qun+/wXawpXQJSGAO2ZGhLNEH5LmCruDvB1NdheXK5lDxctUW&#10;ypDBmrSKjcpkwbVdqs2tgJd+ZCapmbpqhXK1OFV65q5pMTpebrccU8pcW+0CJb5IOABijjfVClR6&#10;KgT7bXrgpqKepW2V2DWabUEhaqpBFSWN7DYLweXQlaU1f88tBeItouVudcwghvfAkbmlI4cBrZdQ&#10;1UTnTN3Ko88bjDoRKh1LqbbBsoljvCotnAHSWTU9EkkrqeXonHkkSZcnnbZ8t0o2qz4qZVsAnkUu&#10;A+5aNfl0hhI3pJpVSQhXLSJ/VzpyR9KeUEXrIiG2FMtXmky+nkd3I81npVKL5FvRqIOzUr2njLJa&#10;xYjmK3mFhuwNeBnyL03Zs/vynTldAQ4znZbNvJLa6h39k99L7MeKEixd5Y+dG80SbbOEKjGjZZRg&#10;dgpmiVak5zc+wanlQ6clFT05odqo2oQDTZFeyR8p1bQQiz+Rhz9dD8wO5JuanxahnZS9UstkxXoy&#10;1CvXleC9Q2QrwtmP6Vrqr6hLSP2VT9tjYjsX89FozE80RT4tacSL6QQRRxgG2O74eJC18rJdeaTz&#10;fLJVsJMsbHm1urwznMR0/locJ7xvtvr+QuFyAmM01ZWMv1UoaaU6F5WoqSJzZdDdKIi09qlh7dKn&#10;RAggZgG9C5qCdGiqi4qFLX/eEzCb0fG++X35bOuO46Us4jJ+oo8Ss7Bg5rimP/dK8/f+289QZ30E&#10;7SpkAsaOiGkp4PqQUAPT+N//j28/Jod3tf6rm5jBBx00vDyYb++WFN8BjerEBVzp8XxMouNXsxms&#10;h8ZOL8YE2HoU2S9G+hucG0QyApv22h/w5pI+QotngrAla454SEYNZEnVa550nCn9+j98d1x+iC9n&#10;wb9ZFX806stjIOtfDQOqLDYSPUksNtg04lkydWd1v7lazLNj2ZAY5mD0it7Men9Fe2nrA4J7cinp&#10;cHXgzWIPzGWMia2VECYd8g2DCTy+hpAh4Rw6x2OzmPjX53OOapa4UWkWcshxJlIqkG63QrNy8xAL&#10;HdHqIfQ6GSWE34mpXfYZcoBLlJRIJLLpKXNdSS5B7L9D4IeQqKjPOcR4NOB4k0BgmjKqMT/O2t3p&#10;OJUc2hLrwZ4DoGyRl8XHHDAj1QBn/kBICB62QG4Mnj6YEr5aQPhoqOp5JZwr55C9KmLaDSRWEO4w&#10;OjHpD23mwdX36xKI52JsE9RzznP5YZ2uHvtJ/Lnb/y9fffZ7g0Wz3kGTwW/0tpHKG7Xzi4XHmFra&#10;5oDUAy03tZuyfcTaV7Q3dYv++GPcxkwy8uafA2hJCrYcV4PhB7RiBl4p8VdTQc577eeO+cx3AfPK&#10;fsZqjjXljscG8dUYcSmSMPox4VSBpUBL9d0hBxjCjF2ihvwJqwm5gGv7dn+KGzy79QtXx6O1Y5lU&#10;42QWPM4PEYHAmvKY8bag4Lb+4+MGjToqMlesC1iLR4wcHHeAYp6zlgsbBS9BTiSg2oVBL9cP+4fT&#10;hjInyva3j49YjJZb1s/lE/JIDnV8aY59rO0Pq93Qc0ACfT31eBKdDxD1NWA9KHD/Ji8ZA+px/SfD&#10;gNSTG6KES/2fnp/PPaCUxnMMDp7+13fRV0OHLS8qAHKbV0R0BNa7dTYcuDvbGDYFLCKWhAhHfsgK&#10;LIT/8RTvSkFv4k+qTZynNri4IZO1wDvkzOu5JvLfDT//4uLFKn5Pws2Fz4wf8T9frr/dPjiSte7v&#10;oiPeS44q+uwPCRGJ2cgzuRJYN7GTZAroiMjCwK/VF3ydjeeCRBYusKk3oxcr27SnHhcLpvoIdXVr&#10;LqYOmTIywMHIL5DQEjN27OWVoCQYXiTxYR0/bKJn1/MTfaln4mXlg7gcBWBjASxPpwtgy3g+ibKm&#10;tnq82YDKgeBIoWUU7YvRCMqLsgE237x9D7UusHsfbu+OcYw8WxQ1jp0UW6tvLg/FF4sppPt1miBp&#10;Jkz14UB/2KPlpY/iEJ5JsY/YojnDHRGM4dMSrrmJDm7f+bg6MC08G3hzn8AvILUNCszH9QEsFw58&#10;nv2+SAmp4JMpcm2D3MvmxfTiFB91fAINbQE4now2jcm1KJ5rAxc3v6Znk9wuoS677ZHFaEqsaQ8p&#10;8uZ6ehZF5RBPoRAMvbqlkYnZYT2jt+caMmTOyd9ab3PR9Nh0s9yyzT4vLybsSEDJcmpqq8PJRgxB&#10;c4oNHid0UScwh2WSZvDUXUc7XG4UXOyG6Dvw1pXHA1w3Mp4uwjO8baE/aRN9EYTYHPanHVN1WmXY&#10;S8zPn/Z8Z2sSBNtT9mwxeTzs+XGU1yQEU/4+Pwtud/nP4+YycH7xmCAd5pUPXEF2UE9Hhzo0fbwi&#10;A9c98ZoKyK4slLRamF9M+HrccQEhqDBV0ySRWW8VDEcoVoBrUtujMN2lCOvpaPR9nft2u8k3yOom&#10;9gyRK7MJHvRMBk8lXWUKYklQFirrkeaWuQA9JJ/Cer8LPF9WRYbwI2k+PAR6ZskT1fHQ8Zo8cvcn&#10;QqRwsFLo96EowRGQvXFahL12ldXT+dAWNoEQ9fri9CSotqoOCQGurIUZwO7jI3p7MqzyiMNbtHzT&#10;qffIg3SbPbs4R+rzcV9AM0IBdzHlHOipVJca3DEIT7iGI1DPYJ/zik0dj+5juvFd1NWSCn+IHzAK&#10;b+J7NuEuWAciC7IjTHvBNvX0cRCyaqws6WRcqSzMzYkOg9xAdqHJ6oSB+sQG1LRlVWkTfwxL2R3f&#10;Lm/dEXJ3blPrfH6WZlCZMV3LXJ/4Z4bu3OkyGoeidMhfn13XxYYLaTYIz89GTNwo2Cgt7z+s8agT&#10;njb0el+dv0SotU/Wf/e0JvTneny2TciHSk9Sh8F+z21pFp3SEm1nCauDpwJMgbi+GszA+92t14iZ&#10;lxEDYa7XepMK3jRku1VmqWVcDKc8ZLCL8yY/bZjeUSTHHPUSlpbXsgMSGTP1e0vz8xRDwZM0tD2Q&#10;K1aq2IyxToiuTsJ5ELgwyuK2YuaKXDIRVRdjPWtOKL3rsXukgqVYBfXM+4XwhCKbGR69CdUvQ13P&#10;CXfJUXpLvU8GKEcsD0CsLIzbUhytyNorBFU2+A4GAxCnmEzT5zN4mfTosHD/0/Dj0ppAEj4B2SaY&#10;GsUcsxQjB7qBAw9iK/XXYbel9KHQrkzxGLK/3eVpMGSrQ8dcjgaD7SGR9HkBuNAM0XAwNyDrNybx&#10;TKxzcgOQ7BgyQQP75/LGVNoIzDq9kynraEqqHQtGxOaGNrAHZzQbgCeySqyUFP6FVKKe0qvQI1Iv&#10;kItO2w+BkpKZhzwtN6PJY9W+vDjDj7E9pjDMuXKQZiTCC2oR8NEHscpHOUPJ+W1SMyU4nwVJxtgU&#10;5zQ2emPSD0FEq1gHylYzzguUVLRS6/XRFSmgxQPh/Tqv1VoSaC4Set2WFiLK5M8ow7Ch2YVg8DLU&#10;RC5aGNbd6umo9nhcwbSUE/yAXPQ2+HQjQhbuyP7GEwG5hs+OyXEwwJ7W/Kvfmo+XjleQOSpZlM/u&#10;ablKIp7BYMF5SOcRaQ2bJV3uaOirQBrh6EgPqcJmEBwbPkmdkrSn1mIdicdQm85apY+KXlJXmbd8&#10;Q10FDvFYMZQ4WXYo0tiwW04VvbZRQb/yry6hR226VOOqtL5CkHJEiGsoOLAwn6X31ctob1cnVBI8&#10;GBkFXgzsNwQ3X8wB9MEcDeWRo3XtEG1IWhE4MpB1q2V2ElOVFCMtsalkt9LxShEtv0MrfQo/iIY3&#10;oGui2asll0hXQyu52JAMw7iqFXeXl8SITHatDNUQBuviL66kkVZtGnMWwUh5ajmnC4RRqZFp5tgi&#10;8tv6IE4qMWp1eVCt0vuCgJJNsqXwWgoeJpcNrkp4h8DhJHFH62jGYj9mwEmxYqEWkeWXWpe3Srzs&#10;WsrEq9atdQcZU+tWmRDyHWhWm27qoekdLotjvhIjUN6NHmolhFbvj52rXl2aQvk/mnwK0vQ67IRr&#10;RVXs3Khi4pWQpEr7RB9GzygiZ+XClX917a7q/WR20flgkZDw+0oOk/H/0/Zmv5Kk+Xle7JEZEbmv&#10;Z606Vb33LE0OKZGCBUuE4FXSAAJsw4IM+Mo3/l98bd8Ztq58Y8GEANm0bNkiaWnI4Qzds3RX1372&#10;3CMjIzL29PP7ssb/wYBNoll96pw8mRFf/Jb3fV4ZjcmXKXIYocHqy+tj5y0XlZqe0CHzZfLZydcL&#10;XvqYb3wMAVY7f200HOjH9F3eItuJeWJLWpBsDZkncmlYwo0X5ggzblkCso3DzNZuA7RChG6JyoAT&#10;b6MoWaYaLlCre15vzMkm716pNOQSI1TpH9Tux6Vvpavm9jeLaYaqaSFKBEESHGOW+EQseeofd8WS&#10;UqVCgCULq5ZZiejk1ejHUiZ5XX3zWvQLpXzny2Zp/v3/+vsY51/c7Per7GTY4uYoBJzWfIzSN6me&#10;N6yrLzp/Sf1MUOO+wKt31mHxzSSVRWhFwA9zLVSsSDBGrtkC1BzFrqDq0NkCOdFEdamXS7AtWuYE&#10;Mi99Tyy6YZ627ZHEj+uM9xiJvIEbtyfnutqU5k/m+dOD8dVHU/q5j/r4ARsR16kdceO9fMwwzre7&#10;Iqx6d7eUsTw5s6Kr0tt9/SdvNz2ZxNQICr67Tb837odJFnSY8xee5YkexLR5AEMUvBoHECvZUQrB&#10;OyOBnX2UcT1DAwj5uOJRRxH99n14Pjhf7kI34MlornP3u8fs47NuM7B4vNN7kIHBtB4+N5ZL9Eme&#10;RRZCjTtGDGmBlWKcQ3KgZ4y5HLlZXKSzLHhMHodl9ZiE4J3QHwFD8oilwJOD6KmUvSpRnCIYsvQ3&#10;sXY9K572Ohsq107wdr0Ly1qkXAex0dQOxubtt1lJiN4qIdLDLnLtCVwH5NMUC6V0hn23+XgfDfru&#10;H28PPJP+73CzaNX/+7ubn87utVXYLw5fffxkBsukefjTHeE62lMeUK7z/yTpD5vG0BAsC2sUfFwe&#10;0mXH2oZKiCPTGO2Thv2ElCezuikQUhpr9jXq7kIEy6DlqtU6YcpgSN4HCvlFhucQIRuclBQfAKUk&#10;79hWYbd2e3JYmX5DBDbp+1pAw0z5cJdxjMsIyTsPzqt2k2yJvucrU56GDKgD0ZclALwWFEM5+FkK&#10;AO9Zl9wsSpGaYJKzfu9utuIhc3H51JFZcopHGtgeoQyTXjdoT0Gwopi42y7AOyGoG3Z7D4/zq4sz&#10;xtx38Kj2+7eP22YLVnaTbJdupxsrYirua6asHbA5FNAykCqH4Fgb1hRwjNn4eV39ABm9ae7wyJX6&#10;aS/4ZjkfetAYjFVRfxMXA1+/LQ4nLsu04tOxz40DdfM63P9oOrzd5m+jdNpw75H4yva7vPI9Cghk&#10;glTapBzwntlm9e0Oe6H+o5PnCHJ/sX2EQ4XjV8qyOqdmerncdfBy2fYy2VG/4myyq9o37Yc1rjBt&#10;LSHGHUaH8LQoQmmheAHTQf96FZqFftIdM6qYzTfxvmq1LFEZ7q224yJZhfrDwgWGEBaqaBv3PK4U&#10;YpO38ErXafb6btnQD097AFpAkjQvT09rONkZ37l1PQvPBuO7MNxCfmKjpeWRCb2sosnttwNsiuOh&#10;j2Ju4pF24va64+t312TeUBiBgOj1gldvbux+E8Pkd8uQkNSZ9IA1ABX6cF47RyNEv70sc4QMC5Ej&#10;Ey9BOY9K3P7gjW4XSb/Tf1gvLs+GKq7Q4jZnx4dMbrfLH9P8gnxSw0op3YRwKJPqLrFCBunKkmb/&#10;gJyJgDRaPbtKmN/nCebJDWbvqMKfxukbMKhCrn4Q9mVUi/kN8VfHd8cBMSjt5fKuHQBZ0WGhU5HD&#10;5kzRl1NK07LkNaISPOHkRVHaoPF+0od/k1BKMBqgsZx2qCBM1hfIVFnD9vr+PbUrc7+06sCrZI8q&#10;EgxzETICKmQxA1PBUqyzOmNwEFL1IsVMqe/ZLLkD1799+5Je6GbP7CPC2UG21sNsdTW6lJKIRxFQ&#10;4HLPVUQWa53ivu4Y+Z7BQRWXn7W9VkP7eIwmwk4j0o9EQQ2v63I68ZG7YnUA3mscyNwaB2htaMio&#10;eCQSVUq/qjofjKln0X1ejIc1KOg8egwRJXDFsnFsoOEzJE/icOqPeMCnaZLFDFVbusiG6X9MvCKX&#10;w5Gm2I6ddjdas/vt7/BcyodOVhx9EztGHgtspFMeeYEp3d23S9QzNPzgJkj2NQIHh9VBhvOcG5wU&#10;NXA4X3cbF+1+S3dG3R5FZpbFlYRsZ27gQU8A+x/uMgq2WRwpxZTVavTuluE9AqiOCJtfzPNup1Wm&#10;6flJE7Afw7I83Z3wDVssKrHwdEg7G/YaGU45qWgls4Ia8mZ7RwFDErgmFRiKd0h4Ra/TZYqMzQS5&#10;7GmLF8zMBJZohnTEb5z5VgcG9WJ9t9flw+MtRThsBdDaoCtzvVMHg7GDzAaUGz0I4WQxMeJM125v&#10;5ow+Qx5kdKqjLm/asM2GDzNSUTYrsMDT0YkmpgZsMZzDmSxLyddhXcjdW2tPThEpxFM/QPBM9XTS&#10;GhAEhb68z9qR96Lln/b7j6gAmvQ/MQ0UqEW2VcN+F12ELrAaaxHNV1wOEBrEnGqw2u66LJy1DjsV&#10;h7BCchw6kuRHFLHZ+GjyrNXiKY5PnRGrOWA35HXxQwtvjDS9mieRi3qixB5e1aCqT3pYZ9Ev0DIX&#10;qGolboPEZozXLhmzrCHxMRATiNbAenjcrGn5Gsr/yMDC89C6RMQTA67bI+b0mVcwJJUgTd06n1xl&#10;En6VsMlndBumFSt1dtcnwTgKY0Zmr+cb9BSUksxN6Typ84gvx4bgNYO8Wh5QxIn0xcHEAZiLId0m&#10;24DDaNQelqgaIIlO5C/aBCwh20eKb1OXcLeSFSVY7OxkcsJFjyyJzfw82RQs+RCqsPixhUvEjUX9&#10;zvVAQYhImYUdSdQEC1Q7aXyI5nFZAtPnQaJB7KK7kAJoTSlFIRGgf8JXR1PM2T6PCiZc8C0oP8iI&#10;hlAAJgooEcQQ/NT0R/hj34W8CH2ekwhF4jtLakRVvHZ9vhJ5NxUup6jPfIp0Orfi8ToZtGdJOsEJ&#10;UuL25ZAzbsLi+ckgjwCv+IhWeKNQI/MP786kj3OnJAyi2/JJ66W0JUaJ3dHAa8L1xtQAOneRVNQw&#10;kIAkSmp3mOfFZNh6+7BxdDjwGSUfScTcsmyx0a9RL0SlTmg5zv7MIIXLWiSkYGo//uS31fG+fP+g&#10;KhHZSqH3XcwgMy6BLadpTBB1tJqjAGCfeMxNOag0F9SjssrUVBau3abpkTii+mhHVJEwiuhTqRWd&#10;JBKJYkbIO8oRKhs0OsUjp0rYzsjZ8lRRbQ+/Ke7LD/G/Rw8k+yc2QLILtY+SafM3kGdpEAAvZZms&#10;pgSIzuepTbHIN4Rt1GmR0MnikbEmWxNuWDj8WihsM1M5URX/9nB0paolqrQ2IqOlgT/2LIcPKmKk&#10;rR76ZOTuCkdHsZB9IE6JuhgyLn+eywNI9W9yt/CPJRC7w2/iiDl40dXadKQS51scJwKKRSS/F15T&#10;pfwW07Nkt8K7EhOC+Ez56TKgpKNQxtpawnKFaIVkl3FNqfrYUhbIjtinWYBrkjbMGF3JazWJNSLI&#10;gdhkSejNRKGtuNhysIHMZ8x65HUxvVJNKdpNR6TUso2UDlkg3txuggRDPHLcWf4mxUdTomJTBRp5&#10;4mdVUuqjVLv+EEfUOOKX5FoQtjaPSFhxMJ9tmZuI2FvcyYXgymEetfnmvAYBFKsBh2zg6fREqy7f&#10;VRKGNfV5KU+aXCql9LpqpHAQy+1xnap6TMHeadou2knZY+rHWYwIYFqsPvEqmiIeZ4cIdR/nggzh&#10;xMvNZW4qIrimHS9UUSNwscbR7hhaUSnxND24HXR12QSz798rzLJyBkhM1zE0tzy+E/oxcEgFJgmW&#10;7Ch1kFdObyHRE4b2YejCuyFbzSJXTW2thkpcP8pDI7+0COP5K5oKZz6uw88aqfmH//mzVZF3yILQ&#10;i+mQ8AABKqDEpZRAV8k7R3n2jOT02+QPIO0a5bRn81pea+av88PEOizCA21Yp1HhL1wn2yH+JQK7&#10;LONVnP55WIPPSyr9ca+jRF0AxLcaL/caGSYDIo+IF9odSLxaRMxZzauBFxWamRb9k+Z9UZ/7gK1R&#10;CRV3YcSWj7uKhyHLny6pI6YEYbFRkHhbkYhyB3N/s70hBVgEI5QXnwTWuDPY5gW5gXSBPK43BwSQ&#10;CGwPJ00TM2HCR1dVfWpLWRGZHVC/TXJKEGnUNIwgKBitQMAawnu2O2UWrlIhFX9+Ngn3keNp26oK&#10;Me7HRBQ62UEeTrwc5tP7taCOTJfTjbNB4nZ5u+URBVvTKtkWUtC8IWaBZ5bG7NkhKeKyO07KFMXY&#10;lpGzfXi3qlsycUEGYO7oWgrqYGi12q/v4i3ZgMxpRcLkLpP0LkpPWu632+wHA69r+9/eR+dEXpna&#10;PVdRLRd5lQiXkkCCBo8zQR5a8GH/nFTUgYPA0s+2VxdP3oXr/3O7vTetC5TftNK8uYbe0w26HQ7P&#10;91EFbeIxPTzFTrOjSal9x/gRw12SmphU2Yw5Dp4mkqemiGds7E8/wAVo9Fk9vN1tHqvsYafPVkUf&#10;YZk4eQzUUqSIpKU+0p0+S/2KhAsmzDU8cMbSmEKXeHjZ5Ap/HhGe9WfX8VdApS0njOVZig4NltLj&#10;IsEQ+KyHOnm4XMMDa/K3tjkmPeQ5NtE5CMPvSELRylG3Bc3lzcPj7W53OZ6SwnK7WrcaosfAZqE2&#10;WjkhUsCRrpchxiVmDrdJegKJ2u/sKWriHQlwrx5WP53HFyTbuPbjIjrr9V4uV392vf2c9r1hnLty&#10;qOlWI6itZ53Oq/my1XDebtLn4/4jWTRQAbT6i3ZA7sqo5eAUgMzJOcO+4TosvhgNvxj0mHzsZttP&#10;ekNmIl+OOhQgrX0ZHPRPTk8tDCPo2qlmbLYTB5mki2lqHdUwaNkzuNtwP+ZVuMxtyN8yzkcdFrws&#10;QIAZgdgBnWCX5tCBKWpjLHctFkYeB1SYF7TWDEpNR9mFSmO7jjyllHl7v2a/0goGY6/z7RsYOcgT&#10;mDqVo94pUbQHKcIsmhYh/vIEclxqERTpeLFwfxly9nKpZieDUdPCFM04K/56ue21nKrYUwRgB02j&#10;vRkdiEripYXE4FB1bfNBD2JaYzLqh6s1KwWZf6c8mljgmMRkb5JsENhgXU9IluG2QUlhEZlbo7KT&#10;Ezg54J/U7II45cw2X0aEnba/e6DUrJASMN7guPvLmxl21VG3uRGFDDJIBAXa1XAwC3foYyOs7Oy6&#10;GxbyabJb+x7bSAizbPz09zQ5DWNLc7Mv4bEhwVjFB7nla9gz7jrMLsejx1U6Bu1FMhPZWqjG51ue&#10;FvCYCaygZLhf7/rd1hzqsVk8bHNGxygziVpFoN7n46zrpwN20cgldjzweU4le9mm+46IxwuRyR9a&#10;7caCXCaMGMCgTIPTFWU+1yf7wJM2AxYmdIwV65Mg8A9sHH1osqLmoVVII+Zxk047ZFiAEx73iE3N&#10;qgkHs9SmXkAqE6WZjGSoxWzSn/NptyVWMWJ/9zCCmSXRm1TPugN2pjwyxu3ePs4uxmMUpRT6vW77&#10;5n5Ovm078Aet032O5kPoGpnSRL4LeTOJgwFA1RDOjJbQl04HZxAPNEGVUGk5vWZvvdxe9hia1SxK&#10;Bj42ZGEk8lBl89Yn5YV8GGgSWSIJpT4bR7c/6G+325PxCYKL7S7klAM6EMuBx9OAocFhHZXjfoui&#10;/mx4GW13rWDIZ+2I4trELsJ4jcc6VPNJ0KePQoPPpwwrOc4BuWX3UYGCPJE327jeRGbDyhktmuLg&#10;QjRRYXh0BfjRs038h7so4pHJscR9wzkNUW+7xfORrUCW7/GAsBzbL6OQ2NXZem27PD2o0hFq0yh2&#10;NAn8gYA1QcPBznDIIyDe422O1psHAkxV6mpHZ8k5pocMizWaDfKcWIm6/pg6gO9PSC/Fhg9+nLL1&#10;UPMzmfPGEFexz2I1B9fMEVMjqZJEZTSGdMhMZGZi3mFFmnPKf3LyKRu12eoBGhy6e2a/kP+kelOm&#10;WRpLBpCbdN02fUz4iAgkrETSUGSn4xgNeBlCFE/mss5DKHsQ0y//0m4aXK6/eIhPesRy1V1XGxJ7&#10;gD6IbrWEJN9mq8e6lVuk1Zqg90p2SRA0szKN8+2DEqrjcbXrvRRRppiCWEMwz8JXxwEICmEhNcmB&#10;3ARUJpUMQ0yBWkiIqCROMhsEVBxK1WQM+wzpqaZpSmmYraZwuRqP4X7UD6D6s4whlrxDQceq2GEp&#10;iaukXs8Rktj4sFBcJpmQNzmDBmRp80JMUThW5n7N5pxFUYNqmiFRm5Q72VrXIYjNpDiMgq6RG14T&#10;Ep6HLH/Qf9608CRw18eVCeuAlAcfq+81c23TGjZZATMQ17sB9AamI0yWKe5ImGfqqs82lG0uMzKc&#10;sqy8aZI2KcHIASIWxBGUjYgWG4J+AO2RiOUAHDIHOoJtRo/I7oiqylKyfzhQBuSzlYeQTW9DBJt+&#10;Ux+B5nHcm6R6wq9H2JirEUKx2PD11tX5gAS727XcBTMkCoeDkK7jooVI3mGSKyqnJKtAilwvlZCV&#10;yMmuk4Tpi+ttq+PONznCPGKaqfCpGdA/+yxuQdd4EtUCaQy7NRsyYJ+/A7aOjbOp7eOC2wfIJluh&#10;jTIic9LjtKK04ANEkISsYCSxbzpOKK60XuBf9toB1nmb5F4ha9tKYwqdVPAKhXQj/9kXv72O97FS&#10;ekvecXqQ2WyxDcli38Hqfri/9lDDoyggnJ56RXKiZK1CKSsyCGk/ILW1xTKurLC1tLUffIzMagR8&#10;pcJQ1cpK+qpckPLyy6nwIbVvkBaPS1P9XWVc5G+p8NIPNGAlcZWeTiX6ynejnxSZBY8l+SvS1PGz&#10;892Sw1mXzT+5e/z0LAqT9UYGaTyBlTJaZ+lFRoOsBWmi+SZ88AqspDaQgk2mFTmoBkTpnC3VNwJW&#10;FDyW9Md8KVtE6Y5LtW2rpdmT6FqrPDKu1JeoTaCsPWWtzQhXnjW6Ci5iTC2hO9IqC+YK6ZZanJqm&#10;al8s6bDlga6UxLK8RS4Aa59dsWzO5UeXauMn0UcO7mo2xkKNV1t3acuZdKN+QvCMX5e7Sebh9ZGS&#10;rSuoldiMJVkXoaz4TiU6SMIHHflcaLQUaJp/aLNcFQqlau6iPlKjeDCLw1m2XZKblYviXVoBTdKS&#10;JGhKLd75uZrSVyvTtRDALAkQMqUvRGpuSJgz3e9BPy56LaX6Fmk0nyyvJBdnr6naxSPv6igp146j&#10;AcU2qxQ4Swm81XxBENkItURHr0tgVX3MwZIP0VH4a14t9vJOt3OEnZVqa8pbwXdLoi0gmgTFHKUj&#10;i4mDztXCfBHPkRTRqTz5mUSngntHU8UXRh+g29I8O2hlhLEpV5H0uvI5IkQkNdpQsx6htanGWzfU&#10;dXFEW0E4EFO3aMLlEhCraKVMyNI5c6UWylMvSnJZQ4s4Rta/tXonpN02dZXyxb+Iqp2Ivwfz2b//&#10;3PUPDwBR8Fg4h/vlvt1p7RNGQPhvSDPk6eaAKu460rTt5TmTZqb9q5T5n37V1gKeT+YBbiy8ZdiU&#10;IU034mM9X+KRqVn0iXQv4Ly19ReJtqIMdbQnvnm3qte4uFJWu/pfzfMnPSfVU6I1X83Sj6ZdkuS4&#10;fC5OWncxA1ihTl+4LiNnjhG5mBks54e23CMGlz8MSVrTx1jmaJ02Az8pqU58atNk0BYP7WpLvlgt&#10;lPSmjgv/6UiuKEp9Lka6owdCCFk/VhnVE8tp6lcRkCMjtNA15bdp/H4X37NMMDlnTcC4S3w0nAUk&#10;NpYHurVNUgq0vDwsIrzKLh4StIN+B5c/2ieWGPUGnu3hcL1OA94vu2AkPsNChmXIMEmAJFHhst9F&#10;kYgaxwX9ERBMWY8dga1t9lnHMt/HZeAL8OyukhS1ZYU4trrADFMcAqR4bEc1fV3lD/vMbIgmk2Ph&#10;xpI1bNux3y7yd7k80rgwEZZ3Bt2UCGKjwtr5M06BzX5qFOLOsFK42nebQ9e1NEd2NKB9kGUgFaeC&#10;4zLcrsqHuPwbEyFGPGmYMGdeJskjcZTaYeTK0Zbti4967Uhi4OoV84kUO5RFjgu3IJLjeJlftDul&#10;aLkNOlsWLeBeLvq92/lGrOQ5UTfGbJ71ut7dA8kxvfvViiwf2/C4hbuG/st5+Pn5GWUVe4aWe4AH&#10;873x1fzmFkMg0GCSujOwo5pJ+dPxgmn3/Em/N9utmEsVphxMESMrh0AxtKWHn81Wkl9MfuDkWeD4&#10;3P8BsZS+92+/ux4IjhiShNEx4J9Rr7S3YXZ1/uTd4mFfSwgnnioG2HwSOH4fk/xvX14gFEJ0d94e&#10;fzMjki8ZO02+ObPpIQgyzRx1Bijav4+0zq5lPbMnJcWRQSCKOk3rteyPArIuV39+Nz8P3KedTotA&#10;Noyqmkxr0SV8PB1vtssMSkmWLrP0bhtvk7TBwjE/LEPRftNGnPdPm3UCQ+t+HaESv2ghc8PBvmPb&#10;gXcM/xdFIMc+S4wXtxvSLCQOm8dZafTaNINIRhjq15Lp7gTjduvmYX55esbgfDRA4xqPB2Oi7oa+&#10;d2Z5p3pn2JmsSd+A2GQbf/Fm+eXp5Ul3Ouz1rjkBRSVTjcfUIC08ZsQhcyjFG23Y6pCt8mKTCKqY&#10;a9U2r++3nw46F8MT+s/BqPt6+cAjk26Vw5DxBFXsYHqalgmC/feP6/OLCTtDqPjLRQQ6Pd5k057M&#10;GsM4o9G7XafKO6LjVPQCD4niuzAbSTgQTTGR4Fq/jZooWyHSJe2wzOhSWL3PILEF3qTfhVnFMcvp&#10;0Wl0WCu9Xi4jTP0oU3nGZHVm5YQ6Ip5/v+VnAdSjtjQFRZEXP12Wn3Va0E3pyGliiF29n2+ejHq8&#10;ewy+Pj5DTI1C3LwN57ANSmzYW1J1wVyzLyqQ3jHNGbQ0LgQEUGD+0FHfrPZw1PCnzONq1LbDuLzC&#10;UaADkd4DTObJdbvZPe+6tPdiJzKFSc51NWwPGGYaUrJAYwZyVF6RIn7AoXpHuiGyZGYczNHoFsFa&#10;mwGdL2HaGGk5QsjAbVx0p/PZbYsFrvBvzEG7db9YI4M5a7djKZ5rGI1gaakOGLx17UYCYsFrIEoE&#10;V+s0OUvZv3Kzm8Ih1urH9b7X8xmiMY/mMX6O2IyeNcMDbBPGlQB+wzXsaEBZzcyWaXZVQgtjWdhr&#10;DkeI6gz0wCxrC3hmW9aR9XadhXS5fqO3idZo4kXhnCYAqwHjxCm5eEXAQWlz5M5vl/GnV+eIlkhz&#10;ZdgCKYHnIDmij/NwxMOAc74RsA/pWiYmA3bLtoki0ski8D07ziZ0tVfjM6YVlrD1CzhyVNGyC21S&#10;TMD9KpgwgtDhg3PF/QLnTpMIXvrrrFzt8tG4DxD+9rFoCmSYjn+PjCDkDs70mzu2eLJDuYH9TeZz&#10;B0ivsBJgAzd0/NcY5F3YbOIRF3J2Las80522J3/j9Lnd6Cx3EQhRforvth9XM8w/gdOzgRMnO1Zf&#10;4TZjwg6akecUumJKLwqi+Q5w7b4LBbo+YLJEpSGmR1D9u7wVdPu9Mbwc2G+LDVZ25FW0ncEuXCC/&#10;TyRUmKWMTXYdn6frU6mbZ6MRFw3knYYmyurl7oHgDwqpFLwAslc9ARmJPA1bEEbFsX91hkCCfZKB&#10;WdHnmoM39vk56areFDNzyQSH29ImMH6+5Y5c4yuSNN06Rh2In4VbPgCrsVvpMi9j1SxZxFmKntBo&#10;ex5KYxzvtkBf6BLNNc8yPiVbm3OVE7jAbLUkYLxS8B8JBaSRo4DqS8x4vsoyNfxlr4ol1Xq9iinx&#10;kGYA1aIIH4j6HdkUE+Z4Q0uS5+O28MtTelbTmkXlpAnvwByKPD6kDGbsVTKSr8yW1wMXhf7CRgWi&#10;A55cLlZEiPM+nIazlSulCYfPAqUCakMmzLPZDOId3jEo0AcBQjPb4oNnrlsS4CHVncyLTSlWhd1S&#10;ITLiNaPdIc05FfekYMnB3d1vcwExlOkskn4qE99gge9QprWuTcekUXsRAFXFyjppcZGRHF7HcVNY&#10;J+QQaRI+uZc5PM58OhO65RNP4xaDWA+U0u+g+heZ8OpuiyWeO0H8kmx0A1VpcXqk5bjjpCmqei13&#10;7fu06lO02EK1TDPoIdKXPel3vrzoOxX3fP1TnqEot9FP1vWKj5XymjH6LZ171WmJTxFTKdgFFmpg&#10;CPlw9my5E7CarqDpSq3nyAaRT5g+qOv6dZSfAl3Qi7HfWMOTjLHPCPaLoDt06kQpsjJBJXHaBC6g&#10;/adf/LbyeF9ePyjno34ENi8Wsyha37377vbNCybKMvQ98qMQUGjaB0yvcIcQ/csSyuT6ILpWdWmq&#10;aCccI90nW/LRDhLLg7A3U8tblVIqjZBqkGSVL//D8Undj+arZNEjnUimmtBa0oyk5xE+0l7CQOvf&#10;ZKWKnvnYnvEsoICRvmePm34tPDBNtPEcfzzLPjCBpN+mrtE5cu8QNUlzYar1pDTY+gf/pyxz+SUJ&#10;wrFFbkrhU6lVofTpx9wgoUDTaeT50aLMewD9uEk+eKtdKo8uYvtSxF/i7YUsRf8pnXhVHHekygJL&#10;uCt1XEt1PShJbeVbFrsnVyUNtPAXa5XGqTaf0pcr6rX0csiO4x3lN9tOjhSk3YaSU5dCRaxUsydu&#10;YV2tD+UXT9XO+bgk5xcWj3BLFozKsypfqTaZ0kOQA0w/rz5Ufro0k+S4YfRwGkXxoVdXLajCcX2I&#10;CELrLbMKtSU/SAkq+1ZJCSqFJSCq5mNUka4ihfkhGMT5V1EHqZ+hVvTGkfOkTgv9+J4rMJVGWK4U&#10;AzLROAqihdlkyP7BUa3sh1GIQjmZxxhhGt8P14ZCRUrIk4qYLpXnFb0Cnp1uDyecjmxhxzx1vWbD&#10;6mPgYUzAmA46LPgeVmQlFFWaWLFXy+9SCihE2nhDtD6MCwq5MAzpSZkUsCr80MELFKZUjnAVRCXD&#10;RGVQPghi+yAhV+JzVlp/9YHLn4ujWuAtclgKK5sTS5i1+lG6zPdBnsBFzt9KRS+uTARqsCJ8bKfR&#10;ph7gTVjcmp1/90nL1wNf+OTgot7tapZnnjeGJnqzz3AAPkYZXEJIC5zTq12ZWDrRmB0bdF59CveV&#10;THQa6UQ+TR6VKEyoi99j2qkscog55Tne0A0gFES8/1XL6Ooeupc/CysKfQgPTV2CVjt9m6s2wE87&#10;RAee9Cz7JPDvIxLwlLDGsE6c4KPREyasusCNbVjOjlJ9UKL0mkHXGz9uI92uNhVPUTTr2sO6ggiF&#10;96Ttau+39RmMbb3NMvY+YiXM1hrUCg8eh5MRaV6/6cDHpy23TTdmvwOuvSEjXAAc+b4+a3rCGuE9&#10;PNTLo1dBs4hwQNg0btg8ZdZSSWt/cZ/TomF0EfcvRaWD6DFrCdaVd117y5AACpRez6IMrSrfnFvc&#10;F461cTJktt4UQkPQoN6zmnKwvHyIETJcdXs/f7shEPYlArFtNhkJq34XV5dd79eLhI+XZ+fUc7ZG&#10;udS194dDzyIdCiaR9vOFeA+4SRcl7zNUD/vZyfS+SgHavIKcVGgv6DQqLarz+3z3Fk2dZfz17hCw&#10;/+FUNuFRHdglY0Bmv8GLxPI4cRGklZcNFKyQojGxah+b7qUViDrJ7XJXswRZF8mwYT4jfwmJIxI0&#10;me5UWI5RSI57Y+I9+ZmIY9FAurIOdDaMCRvEL3JyGQhGPzm5xA7K0cd9cr/eT1qDv3p922xbuOz4&#10;0CnNKYLvwl2QJ887Q9iH20Ce77Qo4Wr/dHKZ4x/dc1wixMX8lDTN5jyLXy62Z902ruPRsLvheVrV&#10;lO8X/Uu2NrPF8hFts2Mv4PMwC9TZInnrvP7Jdfik23tzs+l1Bhg3id7ZZrsZ/K5UOISI1tiBZ2KZ&#10;BjjY/fp2jsDu2fjCqsjepBBv7YtEIRPw3/qw+fc8Vxrmizz5rNeH3eA6zbfLkDxwPmSmofMo/d7Q&#10;4/Zkg82wyfecf/nq7suTkyiKrpcbgBJo9ijBuCD63eCWEQjLYcsgAuhUSAINMlH6LS1O4IUH623K&#10;G0VMAgMpsqyVUFP2dJxoyEpb3WB90LdVhoeQ9VffaRPTzvabcXTO1KnQ59sd2TzbzQ6bYq/rz1m8&#10;OG18Yelm87E3+kd/6z969e2LfcXoiKwIOkSHt4xy6GY218WTzriOvZwBVZiLfHfIGY49mZweSihx&#10;axwE2Mla+P2ytAHTqUkL2aAcX2wfuoSrmubDCp6tiViDO585OMpKBNQUhP3xcFXuHtZJQHCoDkK2&#10;7zl4ZTdN9kWJWL3ptZ4M2qCzKYJXCqTe0atvloXuSjbSjAwhUnzzYtRxOIa7jlCXLcEHiL4LVz2P&#10;DOymVKV0vw8kO6ErGeC8YmSZ5dae0p9JOkMkCuFaSKGUfPrQa556AR34J+cjJKm4zliU/up+HTRL&#10;agNG1kjvqR4o0aDIYK/EglhKwg1eBgm2nmIHJ6mRpsISnxVCQiT1q7gWLypOOapLA6pwCSWPdojJ&#10;AXPUOSGnKDsaGK48kUATc4VkdBW5/Dcfv6hk36AdYBzJxY+jcse3pOESxSn0SG22TlR2Eqvi5GG9&#10;viCQGV5RbASWRQIjCP4WBgyRReEU8K86Ew/nFCfSxEef+LiOW4JFCgZNclfQXad+w+a1gStiDkix&#10;bapnFU3mItrrVh7JnBYABMWFSKJ8A8avTyTYw46sdR1qi2+5p8OzdoPs9iYDHgbX46BTp0m3QZab&#10;3e2QmUJOGF7sZJasUV2Smc1IiN0QkXIMEKkwuQm3aUhzSKg1pKuo2LYITODyyMipmt7MF/y/xLty&#10;3k4AR9lNxMa4ABoadOsAhSwNITl8DRZDgLy4mAx7jK614RUllCodZThE2/ttSTgTp/0IgZ+YxDhj&#10;xVy6WqSTcYsrOZEw5L4f9B9XlIzWcpVd9keDrkfa06pg2yxhMGNmIvus2cFURlqN9ZO3yUk/YJmJ&#10;7mTYGgQmM0xWcLuDA2+WrUoKAZqAp6QqraKCC+bpSK8ZysSj3oS+CI98S4Iu2vc3s07r1K2bSRRS&#10;T7K9EFRPHH+7WNcWkWOZ6ZH6it4Mh6S7YuNMFyKRJ+T4NJjr0SpwtxaOmOBoWDCuod67nW3GY+DM&#10;dVuwIrvVLobDj0+/C1EjLZpkNSHFYh6hpVRD4htQCv1NDqmAIR5XAdpX3jwo1Ggy2PNtNAPUuT3u&#10;tgKIAjrUZSvHOCatEK0mdntacVY9XD2UOCCpyx14pEbbrelfCuKOAbtN0CvSSksMJXRIVvhlWuMs&#10;Zh9S4EGHCwGCmC6LqS+uG85Y+O0Qx0OG2bXQhtuoevEndxhsIiBH7KoJaLuudzV8KZMfMWj7y0Xy&#10;dDJwpFkzoxh+ecq8mzgxOHz4abe8LEOn/ycnmR443HEMZyAzakFQe5hn4QIojacVbSu10xIaRZEy&#10;fDeDvv92DRWsEoGgbm/CEJAUpP0FIX+16JDZhzgGgYpCZ51t9lS4JA5yTIUZvldCIvJHgqS41Wuj&#10;pTfHnlD6hZDFPQw1S5KiDyTe72vzPhI/AnpyZDuEJDNrAU5AGBg2Ou4WrhNf4L2sllGg9AmfJzaH&#10;x2PXwd8oyyf8PKWp40pGuMSRN0WzsMs2aXULaYI8pJ6LkIY+97LTOukwmw4hSQFEINyBWnYPos8y&#10;cFj4FpYuIxG3qPP6doce+3zogtN5d7OikeET/eKsv1hCOhCLYoLbvAELMAAQiXWYLpomnJO1TIpX&#10;b8Pcsv2u14NpbdZth10yobtEzdURcdWHA93+oMmzozkkXxD53SEHnNroAjgR9BOGGgZolC50vF3L&#10;uegQfZD/x5/+Njveuj62L2R2rFfrxd2bn/3kzxAaiBCBTkV4y4YCFqtVqdCSJbtV2WK5IRrMT2nJ&#10;CpnzJTS7EpcribmVEg/LelYXs4mtlqLQ0Rnq2keA89HJyW72oBZihpKlNhrgRKzyGGgkYaSylKPh&#10;lm5BEYkkQ8iUL1BIJzqXfLdeCLdDMxQI0BMvH12u5HqD2uuRMChi5hTQAM8+hUlQy0xdSUkVIigX&#10;KLC0kFiCPEUmOsqN1UsQ1a6jhLrUvplKnWGiJ8Am2tGj41dBA1V6ELdDQ5KZxGWqXJqlgg8r/yrH&#10;Mid6K5e2sOKN0lWAjVB8OVgD4DyurBYT0W/zWwkwmluhJX5g3gFUzSo0WHpQ+rROfyCdHhoxIigU&#10;yYi3DywWvCg+MfxaSjQu+Ud8WS1rRiQhLjh6xVgqjx2s+tFoSmwlsM2U9FpaR1kXq/bySKVWq/eD&#10;CtN1jpQpTeX0ysWgsEwqLoopntreH72myvrLZy17XiKCUQcUH3bRSuoroCyqR7XAl2grWYWqtb/a&#10;dgqrSWyrSqJ8/G5HubICU6kQH13BQGXjrTTqArsxlUheph4yejBF6WUpXbX4nzNKCNiXDhIYGESe&#10;JwFWfK6WZEU1JTL6+KZjoJMjyCDNm0GkXLwMMZXfmSVOJerJ7IPYnbku2IGjUl/p+dkIC5zMNBXD&#10;+6BuGfmtFJpNOwLAqmNsEpi0sjj+akoOYCowm/ziivXFjKAhYGdGMMCB1Y2jRjDKk6RSiPllg3an&#10;3sd9dCSXP/58dOLAxVjvKlrMWpocRgDe7Xrek7hpGw5KWNkj19ksY0TvrT6a3QrZP90nsSsvgPyT&#10;qIYo3LN3pf7H7/Aa67+ItNfzqtPQHx7zP3w6WCzz4cFuOcUzp3nZaby5303BWZnVy8S89IrPTscH&#10;M8LcMPYGnG/M6p+3BnAAfdcag+gFOkrKX9dcZqs1iWc6S4YmBbTdrBlXyRNN5tKy/6an3oXK2Nm0&#10;V0l1NkFfkrdQSQnZwf2Tn7yOq7zfpuUgMlePQ7o8iavF0zLq9W/m0c2m7LgIyXxBJlg+dRglyHKd&#10;to3DoCtOCZw3e/aGHPE5+EdMfobPaNkizUzw5e++3vYHBCGUvY6F+CoqmQjkIneVA1nW7CBvGsbh&#10;F2ttEVZjZIEWoX9wPpn9r95udj/7dn0J5QYSVM5uwdzsyydow3P720W895ufwmGOcqflXPYai7zu&#10;yDCGFrgWGGOS0RPBj30EeOsxWpWpz3WmbXiWpMVVQ293MQsxgrJiXaoc6lEeF10bxLFP07509HeU&#10;q7X2edNYGyar+6FrDhEaUdiKWEh/E9UTxybaiYqpDXjLInw4Gzna97wxcq5f3t5hxHEL6jqD62RA&#10;ZZpXMzzXOoromNAlcTpx3tfVapXAOMcYhkZr1Pazsl5IGEL91O+Amv5kfHLam8x2GGLimzD53efP&#10;V8slLLphx+fOdz33YR+DmaHbPCXJYB/f7mKa2PcPK6ai3MU3K4kjHrV5AHoHk91X2bK6Stafj2rn&#10;R5/8EDTLq3TDnTkSDCapxUvOKOEHmdrN/JGfguSbSu8uLc5142w4WhAqv12dnp4TTOI7JIhWyFla&#10;duOj0yckrBXRHogIH2zbqeCTGnkDAvLzk/M8XY76KIhyUJ4si5Cjo8762SJidM5Jvw23F90uc7AQ&#10;mzV75tNLQnuJBw5876fE2/QtGhhGkUR3OsKnwM1YXYx6xHdR7/Qdj7CRnuN13cZ2uZnilzZqxsLc&#10;ilIpMzPqmLxvJwOfWdd8s1eaxux1LO6Xq3GXj4KVAWUWARiI3/bZFoLxXnT9Ok7CxXbOR0SjSN42&#10;ZwWyWS4VBNUDMLPa4fvji8v+4H/83/6ZczF6tVgi7n7eO+85znwPSHjLaqTNpKaWSExArDjwqGPG&#10;XjvbbWE14pBgtGfWtsQolvXn58PlZlWUWb8/+Be/eluSEKWVkIGRYOJxIHSHNo/nCY9hDtuV2IAy&#10;ngdPx+39fsdWMAFLZhnsEGAdvwjLz8et92E08J31HiMi1x16FIuUsqFjEreASoRrzLf1UVtybq8G&#10;Z4i6YQUMAu9uRXauheaahwCbKcysJwNRATAzBLf/68fwss8EzCKY53zQwaM7aGjPexdjbL8iwuGx&#10;RKwpvFyDgVF25HM2JL+EJg2m9DePa7w+gIZ5P/F7Mw5jWzgOyBqvAKUC+J22UXCIS2gZ12g1BTMg&#10;0ixd0kR4azQdnCyFELQjxiJkgX63TSe+/e6WmEmWq2IdvOwPtwJ0lhYE98NqE/KkoTNdUPYSpGwq&#10;whhVcpVvWfYGwoxAB5vK080c+IOT3gXjLksvJ4MTXdIBUe7sDrKzAfG1fAjRx3JQoc+U47dntr4Y&#10;fHraHNEJfzx68qRzURU7HmlRXOMOYPoR71Ieh4Umb92hcBi81iaR20YcFiejkzez+dmwN0Jmj+sg&#10;A8hXku80aY/S7UPNlpUleJ0wI/j1i1+7nrGcL8i1X7FEzGXgjhXg+vaOMygrI56Sbb9bCwUyV/42&#10;HDcrCUe1W6POiVFHPKdxE8DryjPGJSyrzyXVpssZPqcyf/n2dS6YSGgQYbRb8l+o73AjsQFFYioy&#10;REKtQyndp+3htOnd369wq54P+qNee7PZ7WQxRx1ghgh4OCulxOMsRc9svX9MR13cNkimOfbRMhW9&#10;NsvQRgvlvV7ez9MhcgqcqM0KTb5tFsDGeaJzrjIdnu+Wd5C9DMnAZI2tSVidZCUGnrcM31DI3qwf&#10;EOz3ul0aK3bT96vZJk1P+r3T6SfwwG4Xm9OL/i18Bd0adj2gSSc+GdrYH4DBZYgfUiSjjn45FIww&#10;qXjb3QYf7xeXg3S34yfCaem1J1zTQF42cQYqchkv9CaPNYN0xX6zxTHL7pD1R0EG7iH3zcO2ROPI&#10;M9dGWAOKCO2C6+R7cSlr4X65yHZzHhns3FL0GgTZ8FfcndwjW4IUOKYkB6uhM/YFc59UatnP/r1m&#10;4kbFhYOdHSTEh6rjtHlYcEcxtbedgDoO2TnbY6YvDpnFcd4hFpLNV8EMhTxE3lUhyENjxhvF7ZFQ&#10;+4rogX0kNZzRw47IBpJ8PNgWjL/vMxluabrkciU5jmCe4NQHpphwDcaE9FVIi5FIRAy+dGPU6RG0&#10;9mR8TgAlS5jLk4/j7WPLr5nnsooxJTJAVhSA7mi3PMseNrpUW8uUhHiMr/uL0zNT6niI7SbKZeTZ&#10;4SZ3jSbSI/yUi4gnuMd65pT6hgu7EmVvbiBLdnn4YghHBTiDhSXyIgmuwcTaEUYKCw4WwrXsNmt9&#10;TfitH8B7Pxv2w0VUSXALPVDbNBl8JVEi+z+U7nxxGJYogHlPQMEgn4kZGzoGUBqqPG7Os0mXKSzk&#10;esg/I14rW42GjIcams3CnV12A6VDw3jYk35nEDzFTUoBu0trnm58kCcdlyuBSGRe6bjTw57NF3SI&#10;bNeti8mAPN7bOD9HCo/MvNberUhR0AihyLY5ggoSKHemfjUdIyBcgkfDr60LMoMlKfxwEHYIdiBM&#10;7PI9mQXgHMgfozWjUWHPy3100fE/7pwGaezhOzt5Fq7X7J1+/OU/+a12vJRZmSgq6/n77/7Vn/wx&#10;p60I5PH0ywKNOYZ4RCnHJapDqXB11YVI1wpqyGkd1ZimQH6EoqxoutJC8tdZ8EhDDSF5Hx8pRFLd&#10;SvOmZLPcK7QKSmQrnHVxwFIRB6qrkbJBRJ7i/pXdIc2A0vzWCkLEfZSJrJdvgRCMg8gwe4Nu0Gm1&#10;+tD6ev5gahECnwl6hw+RXEzM/Gr1KIlGvPRCFp6GgkiLyRbWlPwW4qXMj/Cho3aaN0HBn1zpUQ/H&#10;yUAtcDWxtqKZYGN8IOaPdwQRlmwyYQRh3ZE8akOkHbKfK9Vym114h60JvwoWEvXthTvF5c23J61E&#10;OEU8J6Tf/sCplnxdeVuYEu4kX6sUl+yx01ZQX5NdgqiL1SoSZyz3Al9/fIty5ePVVAKSh0UIwTN2&#10;FaTORxC0itFhokFijyZrdn71TC3YK5WvI9lCfFh5miphswpt+gCRMg7q7VJtc33s2CUDSVKCBfuc&#10;KtyrrkhUErCE68CQS0GlB5UfQMoKzSUIb1uB2lRSkRCnNXV22WLqkFhvGQ38ZvKgUFjCe2s0xLJr&#10;GL8JslLITNdVa9TjRaOpxaq6SI7IZvmUxXl0dXXR7yOd9GT6yNyUIlh6VnouxnYVM2Ky4sjKZLHX&#10;8qmJYFsSjohJxFDLWoTQ8kIBmPDr8ygyvQ4/S2Tu3Da6+jEM8xRCXCUJSSOrQOW2il86ZuoK4ouf&#10;rYhsMiZwFHZb4cwFu0r7zZhDopS8QEZMakLE1zGNb7fwrPhttqlKblCru++LE9d89g8+v99lcNA2&#10;tdLkmxpkF7r3d7v9Oj/wDPD0w5uwer/YXw0oLA9gcr2mCy0TysyDaXPkZCExKdmk2ybDM7yJ/2Da&#10;wZGKLu0rAvQCN1xjwOtsXYbBmhhkTLS8TPtshGIwjkdeDbCS4RfJKAMP/ElOYiKhkNy3T4enj/ES&#10;v9otGZKsFpyUFCJEEo9JQaqNTH0kyItSsXzP4p3InFlBMOk8z3vuwdfQj2EAIae3btb229lucNY8&#10;GWA3Ks964kB8Nhk13R6bRhJTeHxAYXc8ep4qIp20IRwVFvi3+w0wLk1QuyI9/2kseoVP4Z96Tswf&#10;lcJv2EmMNL+a/bISB/yTbpPkFPrcVxHsVIOoAIZFkdDXmAHLpO4XK+2jZv20ZT7ru4jTWJJuRDKp&#10;U9AMep4sup3gzTz12+5Zz6LKHTcb/86zPuuju6IGjr3L0wFQ0VKD54Gb7lWYo7i7z8QfQJEACAoA&#10;Kitrbg5SgkdV/Rx6lV0RsXu3y4cd7124v2qabBTZwTMqqRYx6yMuJvoExunw5gBVocly2QeyauDk&#10;FQ92NdTNM88eOE4EduhgTP0BRd+fs1HxzPeb1KshJNdUn+I8LLVfLXcv5jH14tt1eCYxcPY3DzHB&#10;D5+OTltAgvMD9fF3dzOOH9Qn5f5wFvTGaAparYf143K/AoQ+X0ZXo/7rx8fkUEgKhYYqnk2+oAlZ&#10;IEOYvEviZYYCbTBkFdLyv35cobyECwo7jY8x0ZP728XjTdRj22yVp/1p0+pFwrIjNbEgDqHrt+H0&#10;rBJ42/E226JkZqLJkfB6F9N/9Cjf6uIh2o2JIUX2n6UvV4/oAZ63p2jNuNWuZwtSmtmfbzLCqtMR&#10;+Kjtvt1CFL0s9R1ELWaqCIiTKn8VLskOfL2NPglsvPqfTQdQ/OlksCfCEe9KvGfabEAwKlkVvlom&#10;DEZ/ekelWPPXH3bZWduOcHvCEAUt7gfAdQEYnXX7eVR4ZoCm8HqzKnl+4TTU612VvN7kPexgmg1T&#10;j1HzbbgjbGZAODNrP1126c3KGTWJjtJt37xna1FqL989TrvOcjOjO8XK+LDe0FL4bF4djfVkxyy/&#10;eXj8qn9R7qI/efPXc0bacfa8N/rqo08rYn9KKkKYtH5Ts9jq9HsBykBKkVpScKGGG1+/eHlxMYIV&#10;Ac7jo1PW0gFF6JT1XsN7PbsZ9YFbGAbdzCanPug00FV45HNgUJ5OJqzWLwbyUk8HXSUHKjCbHR2q&#10;rIURjVxOOpJl54jjhS4ikKGMhT2RicC/DdOpdUB5M/UbcZrZYo6lumUpexh2229BlE0H9MzktQ5a&#10;TY48HrDtwKH14PYEq4Yfb+S7qxR8ug1Dm+fLiYcK3EcCRXI0tYUu902E+5a7nkcSMkLmntfEd7nG&#10;lmzJRqPdhXdD3lJ/FUcE83L69wILER8OFxdKHfVOg+Rt+eTwt1LB3qkDIvBbW+FX8XpYEsM1GCRE&#10;6NRUzxUiKh4iAf0xOx1dQ9gP9BOxKU849o0c2WyprncRVl5mJWDw32z2TbEyiBGo3yNJNWQnj6Dz&#10;u5sYx10ahzixugGaJTSa2Zq+RgbqCLBD5re0NyhQV9GO9cWWtgEFq7CUw3kuawGAQ1BJe51pvFsh&#10;wWQciWnu/OQUJYFY7/m+ZGwZFSswdi8UFqijOVSn7UG/M2WzuskiRopaEreYagCyBZ+zZ6O6r+wc&#10;gdyc9CGJ4iFIpgMrDtJt18cNgTeY6C5zs0ppRFEroCbdbHmM7hk406+R/QG0h/+Xcq7nBmGxmUcb&#10;tCd5DpbceAyXr+5np1xLeBucHhhvZpDT7pQ58K6QVEoduJUm6Tm/ur3Ft+MBuCLdrSJ9z8JGEWcx&#10;hO8ngw4VSwLhdp8Ng4B0+FL0uPbDPEFTinz64d2Do/IVLDEdFV+/CEFYM8qxRZRher5EVFAiUAFF&#10;XN91db+GjXyI9tA9cmhQkhPF86G2O2JWxaixRG2HQ5irmjkVh/nt/B3iFXbAYJ/uH248v5iHGFoP&#10;ehPFXuUU+imOXt/mObDlisJ+XBBM6pqSEsTulcukGPYmZKXwfCOxDbAb9xqDYuIVAgBrDYsI7lX4&#10;AAHQUqCbvt1i/WRL5BQqIm6fDWtF4IXCkOIyZNhXsrZvUDVg1OEUl9FLJdOZqddrkwYhPSdw7xzR&#10;1MAJwIvNo6jb5sCDQ5AdC1SmL7HAd0TegE1p0BoxkKAEB+a829K7OjxTNKH+UpyytK/C/WEVsUU1&#10;0B03dLHMnRBoRMSxZZIOTpfrWJxOGnD+2zUkCAQUKuW+1il9236w3uxPh/CQ8e8wWCyfT6fmnreI&#10;foMVxP4xzqYDMnRIBi7eLxKPkRbDdEG5OnwycqA13LEXoC9Y7SPYSEVmwS9F+rlBoM1osGJWhXOW&#10;NrHj2D1BDVe0izx9vO3sXnYv1Ba6BQUbJbzjNZmSkVwjskPXHnZBHjAVh/JK0obP0430sQEDU9Ml&#10;rfndcs+QC6HAeo9sBJqgODCFmApIv9Ml3IiHd6fdWC1BkY3j7abb6nOqEBrJWj4zDyx2p/gN2L60&#10;e6QLfHb1LN1wREFlMwn3ZpTAuceUk/RqkHUMCIEoAOOOlwlbHeSl5BLTNPsCYGUpW25rWVwzzUfd&#10;Q1k0lE0m3m9LRiA8CTAoVYdT1CYVwGRG1eiwcP3D+Co34Zar7B6WFmt8Q/jGtLQe62KCrLKa+2uh&#10;wZIz0TB3DOdhsckd8Rv8ztXnY6vPlzJZXsQ5CwpwJkRsLfbVTtSXIgim+GTCj8v363d414pm3/32&#10;ZkNdzr73x9/77Xa8VNf87367/p//6X9XZTEaDPFDqmncUdyrsDzyzxHLI1e6Je0J7ajbPeOzp/0j&#10;8scUtj2FC+ZJl3/Y5DFcU57YQg5Y7i4VFFTJWk8/fktLAt7xsnhiN5UoHdkr80OF2iasI+O4e9SE&#10;C1gefZKlwv4USr8KfY69EJl6KPjOxn1kbizGlNgWAwFzM2pbboqKCSDmCNHN8mJksyiU5v9/a8qL&#10;VwtPV9oXEZoKt8k4btVUw19LxmGhK+DzcYEpoQXI0HUTUYvqhMV3yhZR2tem4JqEg3CkGQmRWLo+&#10;L+jwzaCCGSop9xjPw38BH4VuwDgubJkRqrWw/Mp0RE3kmehyZZHL2017pauGikgxZbhMwCZVqk/W&#10;lTah4QfK85spTbj4RmVmoRu+L/IWdtS6rIuzY8dLF+ZKPy/kdJlHyBCZ005wx3y9eucPxVFJq8Jy&#10;FMRLZMBsIaUFhDemooAl7kikAJYsg46dvLwhfNAiHxf7syyhC2U5ro5MZv4i3Z2lro1CYaWPzSqv&#10;hNcEUkup5MsP4bvSt8seTvpDMR4flLhafQoyJpF+8bhcVeRq+a9HsbRsWiXnWX4VDBkMJp6eDuCn&#10;wvrALwA6DnUaJS5HPM8pS7a7kq3AhckAHYq8wIe5KWFTH6pEPgK0k9o6lKwx8ni9wSmreTbz4uhn&#10;0M5bGXR0GQuxvRa9tKCzGWziiibEXijjrq1ev8pYFpoXl64jwgJf8beNNjEnvq+ypi35vNTu3vfb&#10;B0l8EBSb+LflcjQFh8ZZn0S/R+v1+//kd28jJsz8BEYs2uO2Yjq+K6t3URG0GzGiI3RuJt1XDsSc&#10;JMT3WfWuPAAbJUD+Y8/+QccqSE5w9Ndh+tQ2t6u027HKoTXjQ620P+if/ldf/fiHk6/+zfKX6F22&#10;Zf16o09bViCQ7HziG8jVkQ+DWqeevnQFgc2HkWuN1S6a9CCmhpizd7pDuDc5rbkkGYEw1aOEDXDN&#10;8pzIa5hI11FNaPt8lXX04nLsAAN5NoKJshcMumXDf6alJqSeKnNtmU9djZOUszg3rJ++vjsbentG&#10;wACuHC1JtZt10W2ydiMhg+ccWy9q8nKGUtLVsSpzP/ga4/Ym4IwVKDLNoLtFJYRySk8KqrgohNCD&#10;8JpSgwGH8aeb8vtd+3gBrjbF5SgowuT753xP3JU1sZPsmLn2J82gkIg5rIbZap9PO1wPGDEFxtIz&#10;wRQbIHxe3u/6REDzHhaHtua8fozhZXNHfDTwqDiuOkQW6dd60TJQETuYR7nvWWH0GmYf96Bt/QWd&#10;sGOsDhUaP75gEdM1MTPm8jWAGr/b64FmTq16CvRJodin7fbXD7szADKGMV8DYjk8rvP7ZTEkEjAX&#10;8TBjQmZorg6psv9+t20yzHXt/+M+XBD0ZxrdUdCGgIKsdJM+6bY4ILt+87DbX06erJcbquE2S4Zd&#10;vpnHn15cUrAgrX3IFrnCiTEm64rvwgozVLvNN3chQlYSwTgIn42m4HEm/Mpka4To6xEWeHAbGRxg&#10;QeR8/6uX9589AaJTXPZPYJHNtrOHMAIQukzWrD7ebTbc9tB6UIe+R8UlI1OGGJJr9s0setpzH+Oc&#10;SpDHbb/ZfNikDHFYZYwE+4RxhuDEVqWnj8l2Mhj2+pP7aBZhKdEsUDG3WcS9zZIZ99mg3ad5wDAY&#10;1wWpyNiaeRoETnO3i102xl7jcRue+Q1iOVLCttz018v0xTrfAGTy9ZWm9XW915R5ObWFD3S3qGgX&#10;YJCsGCpWJWuNXquDd6TUM6yndOqzGPVl3g3w4jZ7jeD17ZLzeL7dIsvs2jaiyXdYUjtNgjqeD6dy&#10;WgNMF5yqBf2IBNHJoJsktP1WojvbWNoGE3gQw4u0glPAWOezzvRxeX/XRNEpA8IuNOA4WyShFRDv&#10;xJZ3f3HC6KEvUBykcHTcFHQ5DqsOtsZ+z/vrmxlgImpBVjkds/l3Pv6dLycnbQaDxf7tfXTaGvFk&#10;gCsjPHZUl1UCU8d3dTzBSFkZwPLUfFiuRr1OTBRzjACskrQYgyozGzbFljNDwesZjDCGbTJ70/u6&#10;ArmCSIHMTYY45FJikCY1khjCwGeJIaNzpC/LdfT8bCpeIJtnp9Sj376eu4KelPR6ZGQMbohAi6Lk&#10;85MpmZ0/ffMGwSxtGAJuvJpr0egfKEzXqy3/wu29XqdXPBoMvAneu+WqHwDNsR8wKZAWxgpyk5/2&#10;SdFmA1fcYdkvUGnKI9DTsLsXI2nmiWcDUqI9nbZR6wJGWkVR0LLxCxOIxToA5TMz6cWSvTVr/b3v&#10;NxkKdlstnJmP610T1yLWj8aEhQmiXdYPiAt4wJWyRXAkfIHlOVsBrVpuuexFAccJAaaOf7+Zs3Vn&#10;61ht0f1u2C+xIi7x8F/jYwxora0VbWJtNAv9fvVIrM5Duhu1pwOfrOzWuHeKVWu+XCD2X4SRIDiY&#10;7LrmVlbWeBQpmMXkA0GDpJdCSiAq+xxcOs52HoNU2bInRWmPws1tIswmc6XlttA/wwxhVdEJhvP1&#10;QgVCNMFQnZ+Pd1H86tV8Mhh8cvVxQ7Z3DOUi/ppQ5Qv+rjlP5qukRIzSbAdFvXXdDjvSQTCwDhas&#10;+k4XuXfXq22Uk3GGghh9LTUZg4iORfCAQY7XiOUkUq6e14VU/Wp5fz7stAAwHCSbgbUmJmFyACkT&#10;8SO9vk+/uBj3fOf1/RKVLflwiw31fcHTCqMPDmm6Ed6AZZhyQ6EFhTaHrBwJ4b7OWcUD3T8dDFjI&#10;gi6L0QlrTXy3GVtzlLhG+rjZn4DipP6i562iWYz2Vh930KywG5R4gsHQx3DBaT3wG3WWv1pgH1J1&#10;HOGfTWfcckdEjjtNZADMbkjhMKUKWTPFxvYSbfcD0nbRTRS5x1xaE7RXQ0IMJZCzF/RyUFKZxCoQ&#10;8eXYTFVccU+VSmZJy1cBibMT4ca0OE7wMwVAqYQukm52ondnzY62OpO0DJgGPD2Zr8E4TxmiQnrH&#10;Ua9oPboAgGh9D8Z3j1svN3548tQtSezbwlXFyYJdkTuSGoctC3UScdkcEK4MEbBOMMfD8pkCAEOr&#10;kos/FWK2bELfrFNwvvOdBF9PkZezhJS5FalAsrZS7urDxahv1SVt4GrL7lnGHjKBKqon/elHZ/1v&#10;52sM215Jbnm1LWQdxCQY+BUEsmtQZ25j1D/Fo3EynMAwoS+AK3c6Pm0yv82LdjCO14tVuPNAZaFR&#10;ydf4VzFhWXR3cYotZAtmao89u8skB+nN3SPor9Kg78zsYf8JDW+LXx6nsOBLYpyaF2MP3gfxJgxg&#10;+UgQGsQKJfX6OqHVxBfbMkUQge0fg5bT7E4GHbzZlcTKsSuBXELu1SaW+VibIJI02rUGTQ6gvJQo&#10;S7LQLlklE69iN5ertAXosd9nw395/ixJmBR0d4AGSYZL4PmntSPlMVAESY0xK1KeikryONGa8WdI&#10;oD+ZDqh1mgdTGnzePABjuPId7WrcEnOGdfjktEXYB0sKTiiWWNtdEQSCoxcKnyk58cvZFgII6zu+&#10;eSNrfv/ZD98/3t3uI8p16mGJaFNuQ9DitLzY8vFGIydBpCMzHEY/FnyBQobv5uEffPrbIld9946E&#10;CpGK4v3/p//tf7OYPwQBhrxaJdVLApgU6ZTgMNQRabN9ciVg2VVyUJo0nrG6w1SZAD5XNoGGeBDo&#10;TI5mS+n0ZPHLsstuKpGu/KEm6SyGwIdq5Xu1paxX2ae8neLBpzxVLj/FZTYkzU9txwTOTF9K26D2&#10;jUBEpCeh0eNHlTy4J0A8mZXJC2AaxfnL9rgo+Ms8OGbLkCvoGKVztEqqvJijmFbkrzyPBOlUKciQ&#10;ImYpTLRomtUWFM1coTjBEsFKa9kfTeX9obzPhGJ39MfKddiQFyCteUxOtDTDKt2nJN9IEzow4Q5E&#10;JmZHQTB/TlN0FELnQq3NZPlHawXhHkEICBWHzOpcal/56VqliNC8P6byOYPTVnZa6S2FyyQbQk+2&#10;3xhAVOt8UC29qTTbPMyQphViilbvP6MK8hpF3wtPTgaJCiysspT5brLSd9VIQhzCvAOutHLyqaNH&#10;EHGvsqvKufcBVcYTj1/EVUrqUq3Hdem3FS9aLf9tJf/OlRFVU+r04jfC9VI7SoVFnCxWVmYf9VFD&#10;IBWtxPGqpCLjOKHg/c/yI8xZV7BoaXsP0kmR8iFpt5rwS6mD+YkHXcU462o9ncTJ0zPCDdmRIt5B&#10;Qi+hPLxRupKsHzX2uvTWwqZE7scAgmDBfUoqYSbHnro8uFmiJDu9eIYqwGgI6ojfDSI2D1GkOrQh&#10;XMC2MgLYlvowhf6sKyIXPg4J1Tta2pGy09Dx0YtVG2w2l70jyR7HTCOaL1e+s7JHWyA5iZCvBUnJ&#10;uIQHECqYukSm+mmfG+vfexIrCu6J1/jXbxAmw5xEDlfM6sN5Q+t3rJ88FrerjBrky3Fwj6ukaWxc&#10;/aTS/vBCYNO/13n25eT5P398JALlDdEdnvOmKH/olj8yg3/8+R/9lz/4D32tTWTcv3j1V78o8/tE&#10;A1j1l7G+4rOFTwU5JSv/5vj7lX2+yx++6trQ0xZEkqZ7SHw3y5CGAVSOpDelkiSJqB+MIaXczx/z&#10;T9rsSHMa/AE3hs7imGk2p4726YQbHWldCd1nEVcslBhNfrfdPe3zSOdC1rpV87I9fszQ+wg6qtNn&#10;6Q9XS8NmDubmZ7Nq0mZXcaCsh8gF4HxbyrXBo7lKiTA9LJkkcBcZ2stNxXYrN+1btkI5u0r3tOP+&#10;/B4mcHNGAKn0rGVbxkJsPSAsYS2zvn6IfzACEnBgV4XS4t/cR76vAw99/3r/5cnTf/XX19PzFjOo&#10;SU8mZL+Ka3Y7XKELluquc0MhwubK1V8s63xdPB8FqKypfe4Ng3UuC1ivwUIdxjVDQjEhoI187lnt&#10;BrQMjjjjoT68iaTMArKCI75LGoMDYefABc/be16QoJJ2AzPkx4UZKA+kFaLa2FevVtnDXXI6COZJ&#10;8fLrxfcuL1Gyvpqtfp3pJ3iQ7pOr8YQRzAOZyLj1dPP3Rxd5SLwAghFGCiaD36vRgAHzRmb4DLjc&#10;n3z9TROUAH9Ua4uH6Ieffjm/eYT9dh0vYN4y8Xg6Ohl1RvgB4zKbdDpzXGrQJrt0wcGB7By/I+6B&#10;/Y5o1rNBS7hZtXbeHZDUieSv0u0RoVUuzVg86AfrfYg/nfMkAauNllgv6eG45X5xPT9rea835UeD&#10;M0k8wkFB9HaHxwvCUQsSTzdo9APv/c3Mqt2L6QV0lCYGY4YvKRHL+DfMX9/ccRbjZv/lKvnyRLbX&#10;4v2G9VaDY9P/2fvH8xaievRxXku0GTo9yYw6KE4XVYwkggb+dpP92YvHy7MOwjBOjU7DfrctrwKX&#10;BpaQpR/SUxjWOzjmNMWcRCQhkyxx0J8NB5wJ381viXCPJFT7sMxFJAJaM+O0iVOO/JMhOF99LNP9&#10;PocbmbfsWxr78tkQ+4Cx2IWsZ3ugiXe7gLmEDrOmUdQk3HI8pD2PLYqJyYbN13ae/e7F8+e99kN8&#10;fecWyzwjAylaRn/38x9+fN7/069/4nZdVFGGlb19WA57eNJTnqC0ysByDbM9Hk0e5/dEWN3fbFs2&#10;BmAbsDZm7LPRyZrd2YG9QYCL8tezu9EUY2n9Nyef/PgHf/fpeBKFd+RpYEzQhaMLRk1yM9mMYdAa&#10;NgU6uKzIG8P13NzsthCHt3nG1pzp6oOO+U0b14dTkhyLMlFITRbLZ5OBXRMz2K4wTbScNMmR6sBh&#10;okYhzmSfpzSukIkuJz3il7hmgRLjBWeoCUOA5zoJNICseOLc7UrZZrMVw/xhEqGhXy+ScWBMus4Y&#10;Y7QlOs2QlGZP8IBEaJD8wWScXfCaGBA2oDVAe3vkOcrcxMAd4rYB342NHE+SeSFVIw9qql+At6wi&#10;I/Ffof4AopNyks8RAxTGs8HoVjaEeht1hyhIkWlwXFQnzWFZO6vNfDLygNcI98OQmW+72U/jEvso&#10;5eHt/f7yrMUw9ts3IVaIt3d3uKSQ+Q56jEVxqEhKMagA5iyovKeIVVLtbsU0UPtsPH379jrmXPE1&#10;4VXVvP9Ya+z1YiH0KmEH7eXAhPgEsU+hxVmLMT0E50tZhnx6MQPcvsdwRsY228h1ltysqLcFwAPg&#10;ehtn612MPqYF+Qg/i0Ugcm1T40YhBAjsw+s1LGsd7TSSpn7QpdBBtA7iKNxviyoNI7ij1IU6OgLq&#10;RnqsjsPt55ElKwsUPTgwWDT0TbrU7cQSB3R/vWaOt6I5w1TJM4gBXZbP1hGhqSm/WVNzLronXB4w&#10;etq+jameiPJcdCXBsNM9H0x5pEM1jnc4DxiTs3DX5vwfi8lSwBP+ss/qFFIX6p+63SapTt/tJWDG&#10;b5DcjFGHzGif6sUhYJqlVoSbpOq30RF00StmFleGLjLiIn27WqI/DVwpXbPd3gn8b+9ua7PGx8C0&#10;FEUYjCrUgiFo3NpiYTkC8YS/BMOUc4DZLOh0G2gEkVoRtj7eH47Tcl/2Bz1kzIzB4Wqixjzo++v7&#10;heMXcU4srTftPwOtsctj0BMguAn2y/JFWWNo6kbpilOUFQl0XJHBHSQenNEQcehPO0/fvr5JPf2b&#10;NVcNwgS2rAR6s7djsiw5lSCUaTopM1DdYiCH04ZZE4Uz09NzV+8Y9ftF+s3dPEXJ3DTAcSO830SY&#10;9yiKD+TSdwR4IzntQDQhJ3Gx1oIj1eA+7TJ477gBGeFgPG6iqipUa3Da8bpOyy3TDnsFYcUVCOtG&#10;vfGz6UVZrOwWOIBolh42hc4pSz7tuN1ZrJarJYHc9bTXR4CDLle6GEonvYrTWNy9urVOE4LWKVQC&#10;txWRYyzoU1wICNIJeeQp34cwzJOLZuW7m1vQg9jzWXsGfm+xXjlNF1L21SmVQqNMowHzDhveEkV8&#10;QNRjuKra7QHW5fsZ+2wEpaVbFSvuegzbrFeKGv3RqyU2fIBe7vUiGw0seMUygIiLfg+hbM4Se7MN&#10;N0V2gm7KbjGb3vK0QXtMLtkeleyBQS2TF8A0cGmHQ18KWewx+4Lt88nZCZ/rs5Mnjhgttd1qM+i0&#10;CwGxolbYhdF+kdWy/KJc2RaDvtXmPY3z0dClvoE/R3Iol2i3Hcxn2JBpcAGGM4OWCr4rLO4cPhVP&#10;h5P2ZBfmO9RobNRMY7YnYLwicZUMGk4zttkPySGW8qFmedy2/f/3/VutTXYctzZuQ3SBJqcl6Li0&#10;NFXKqwZyBo0IWVPswJGXZCo3nvL9H33xX/yWOt5X5PGiYTnU//x/+u9vr0mPb3GS0+5wsEhAKd0d&#10;y0nPvTg/+fTZ5WTYnY76E6jUHrJGUYBIO242om0oeB5plioRubAYFNKsejBIrvKxk8HSQRtAJyKZ&#10;yiJfpkuTRk2qfEslsPCgEd+pokl5OLYQzsvaj7G+bE19IUc7akErC8xkvdDKDLQUrd0waF6d47Bp&#10;MlxmXspnLsRZtZ/kt+MKFEg3ZSr7NtG5yzZTUXIVVZg8UtY8EOwVY1csvgrsxKRChcoakpdTFh/k&#10;sirTVRho0naCa6XKgCVDByjYJ74J6hTetHQXHfOBjqEyooBwBB8lkTyIh1U6kXoBlaA2aaqVODiO&#10;NrpaMqv2khA9pg12vIsQVGvH6FpRYBuyJWyK35jOjP+kekRN4FqK1M5T6CDRyTS9VA2ldJumRfOc&#10;S9ucH1u7ox33oDak6Gb5EbipcznqxLoqSlo+dB8gGcLm/XHJX0iuMm0tj0xGfmi895XCbB0tz7yH&#10;B/kd3cOHeGOVBixcJ2bUELvax9gkJsiii1Y5Q/zWutIA890KBbI8LoRF/quEvjKMkPAh4yjO1iQl&#10;RtHk1NpXRVgJ+UsNJtgMu7rq7CvBiRfH4FohnahVtjLAmlIbm9Z00jclLqs4AsyEsS3ttrTlojBH&#10;qtCQGYTKnRLJMS+G767JrMRRr43uygh3Ce09sSIiO8jBZ+aOeHcPYuMQATbFk4BvxR8ua38Z+4j3&#10;W5exXpnF9NwIRfe7zW6zMMqU7CmogBST+3iT7sJwPUMxspk/MKctk8iW2MMijSnqCBJJXFEG8bAs&#10;GAw/HzfML/7hcwouFEw0BXdJ+bTToENjrPO0y+WgXyMKauH+0y+K+iNPqA/vtAzq5g9s46pj9K3O&#10;748/HTaHvzeYss79W4H/h83g75+d/Qcf/9E//PTvnZrBcnn9v3zzJ//DX/yvNGzbnTybyZo/1fVJ&#10;3/1pWH2vpf3A7/4nn//jN+v5Xn/bqdyH7f6bUE5JCl1Rosl0o4DmyrP98wlAC+O6KN8mZDtgf6m5&#10;hFLi2lbps7P+//Wvbz57OsZUyuWxzmoUsRGRZFr2iMTRb0y7FqJN6DqsJlrSy5m/hDvCu2kYyIaR&#10;i7EwyVXNNLDMTo/yhU7N4Pa9zupUM9rMSGAiMkIvzGeBsAiSUvvFovisbz/re0VSyLHUqJ1mFXj2&#10;dYFb0mSbM2m6F0LtLeaJ9v7b+JOpx4qGCCPIE7hx7jf50NLoVBFiMGqj7rgvY8rNj2B+uObXu+LF&#10;FqkDVTLU1nzYAN3Ma2vcC9oEOk3BVmv5zfyr709Off/+bvt87D9ke9yVC4mWrs98GGMF0rqW05jl&#10;Mj6a2sbtqvijYcAslTx6bgq7Yc73B2oZTIasFT6/OrtLUwiSZ62AxzdCljdsElLt7zw5h33FzX5b&#10;FH/7akz+EL8CtfgnA59BTttpfffy7ouPnzMzefe4/7LVZen2O5OLNrOCPBHBTNNbrHeSVt1o3iBm&#10;dsgNb714t+wjhw0aLJmfPX0GiKUzaK6LneU5v3wHKASPbpBrWOfBUGGRkhiegQ2W6PB0PNjsaXWj&#10;WMtDPJ78slAH2ICDFszi2T6ddv1B0yHP8D5cs6n4JUd8jfzQ+W6xwAnL11GSvwB6hdHOaQ5cHhUw&#10;MBvvV9FpwPjZO5mcRQR8REyDrId59NEZT3IWGkkYrxEsDLsDbh6hLjCVN4xnE8AiQgbm4eAosw00&#10;3y5kjYbHxd4VuLTHXuce6HPMXWe9IR3CdkNRyHMa6C83aUwCnlt9Nhn85ZvNqGF/1g/Q2JsHMdic&#10;sGuu2ZQK4JuxL3qynz+Gz9G1UsdnyaJK2dwRY8KYsJIu2zzriueex0IqAj93PBpdzx56ra54N83q&#10;ctC2yIPMDk7gzeMZPTjoWk4r2glYhvh4WBXerXlBLJ25PnQ0uqdu46zVGcquI/0uXsSQiPRq7Nqf&#10;9KZMp+8e34B3os64jqABsTlM+hJuEfN2RFBYdkUD9bFm8WYGAMx972GzRe/o9TqPsP9iGsD8+2fn&#10;T9ptkkQv2o2LzvAH04++nDyx9TyJo+vHm3ueS5ZLrcUaU05rW99yqx9sCSVCLePpQp5MRXKIphQl&#10;1jBADSuDg7Zl+ZJGh96pRCILxQdEUs8VOz9eQc7LwCERzZ6HxAiTioEJ2YaZzBwjBgPW9nn9VxdT&#10;njswT1HUv5vHUzy98lE696s4zOpeA7633A6QxnbxnsFvUpgIFqIUS5IO7DcVJ8gh5JmeH8aeBfyD&#10;Y/9fvk0/7QKqpdKrmVW+WSYn3SYSNGYYYN2nQYDnm8tzFpZN9ZAmoYbtq0ihimrSC4hUiWox8mVR&#10;ddo3JwNARAhZiHfKW3brfHDyfr4cTnogqxaY4KjsAW6VjjyALIm7RP+1FUj84XzKt2LPZg26rA5q&#10;uiExwSMQpELyW1G8H/T61A09t91nBXE4rJbR58+eF3XME4AcnSZxM3aJLZrfabWbb7I1W2Nm3uQt&#10;YKjG2MyCn3OUDRsKOVJVvI5whwSyWu4vx+OL0RlB0KskQoTf8rxXNxFavEHHv5nvMOHApkV3w6h6&#10;u1vjn00EYotK37sLVzxuLy/PdNlCl14DrgKzxI3uGrf34clouI4WNo5xFrwEsUjgZHDW52ZqIAHa&#10;pxs2jWT2MBpa7EnHE33pbpPzm2zjtdfBxO2zo6bxZMclC+ia1yDeNP3g7MvENT0ahj1AHBHtamyi&#10;mDDXGQ1rY70JdRjhFQk9PCVgPbbRpWLgJYoGqTZbZY79dkucn5CvHVnTVi0EwnwgNqw/4rpa4T6Z&#10;b5aoPTueLIbgQvvNgKzpRp1sV5u2yLoaRA/zegCxS018cNvBJI4ZpHCKHEisZeJN77mStFXmTBbU&#10;JxYCtLL0Npi4U8GASC1DMUttA9cp8DvcVfEhEaUZtGI78ylLDJf8cMnjcBmFHFR8zGqz3ynYjify&#10;PF3gwKTXhMmCPT0qLQxEUDQA9fEZoY3sez0qwTBe6v7/x96ZB0lWlvn61JK1Z2XW3lW90t3Y3ayN&#10;rILoHRmFS4wwMyqKf4h3QL0xxI2BEWKMmQCxiTFmAhiIuIFxVdTBiCuCy4jeIBoFZkakhXZApJXu&#10;trux11q69lxqX+7vy4RjdmaeUycrl8rMep7o0KIql3O+823v977v77WiC1IWkPNfSjASgW/eGuwJ&#10;q5zw9IS8S4p8HJrRNsMUZtckrHm1xRfLGa6tHJ6uOj0lcYe67s7GSVPhQiIekhGWJ1AypL5YqYvK&#10;gaHIacl4RE1cQ2ugo1mSggqumVDtBjNdrqkLqIsq6lX1d2orTB6vVDRNBpV86ao0IXU+SU5pY1Yp&#10;OSUlFdeMRkYlIWBNV42EZpUTopCsxqoqNejw2GhUtaJlWyiooNoUBdGAVYpVU51KNi766/S4pLc0&#10;bUIDpfs4NtZoRASmaurlvZBsxLzKDWjmOdHfpwlc41/6VRUy3XTAPKNimhLN0hFHQ1C1eZXkpjMp&#10;hYxWK8tZ5xHTRhRHJv6cNRkeDY0MtXT5tTM132PqYFQ0tbR2NKiwd1UorCoVVkeL2R5qSWhU/k2s&#10;ylEwGNCBkdaGaSVoyXlXPa9B11nlGxgZVBZYVV1gQqERs/J1LCiJQHmOyjSRbzFoAt9ruwNrVEtH&#10;MWeVtQ1Kquho7ZSnZjSsUjUKKppq8genzNmMDluaJc/RqKJbCj5SWWHpsMwrUVkOo/l2vzHlZD0r&#10;VKSuyafzDXU8HXWdOjXyrvVr6ueVaTUlT/hibYX06jcoMkEb94Upf11d7+nI2WvblE+sWa5Om985&#10;Vams7TttSn0oi0P14aT0qBrgdTGpDr1Ip51jOo6vrZUnwwjVyyGnetOmDrulnA35vWVdqZ65oppl&#10;DeSxOtGxPvXb55/+bu+xwy0NRoFCCgKq5qWzdSM8X2E2V/ID6qRPObOKolV/lu6h7AQ9yvqaBjnU&#10;dI6gsy6FHmgw6HxGPodpadhNm5TROVPHQ34xFYiY1uJVrwAHE4wbURUviQ+rT8idpTpZKirebOrY&#10;6/RSlXVlE2o/UG38ofJIRsNKr48p/5iUGV2M8uF1Yqx5QPNMl0ruzk4rfOyKiy/oNolbRi9Rpa+n&#10;TUV2HXQbH7Isq8PHehdNQWSVR26S/ToTi/U1+a4mclAqR0qbbHzbA6ztdKwOUExJy+QVV5syYZpW&#10;Z2MSyiavuCpmxcnqNLXr5DI1Ls1YFVZ9vsnHVs+tjwUbK4DbyDIbR6bPqBZrDjOZZbHQZZOyGwt6&#10;Nv7w2FeZsqQx8atYBLBCi6Vc1WBuQR3dnJDHIsD1zfI2yFcoe7ja2Nv6lspYFWCT56yDJ1PMRqKn&#10;E7Fg6vm4TJQRt6g2bSjz1UQqx4symah+HSjqVmpiIcfmWSg1utIIRFWZum61UiqNWLEPnDOBIRVx&#10;hSqJbJnyvzIKzIFCTFHW6I3VmepOxiVpbqQylnurezTjtb5BbmIdRuuqFufjKvTayfj8fr+JWjdh&#10;P775t6vXGkWxWBUh7bKUEdJg6tOaWGgju61Rac4gTGUmcxxTZQ6pZ+OCVkb725xc+IznWYfLxoNt&#10;GUXlWNFkI21t5ACMVpU0Ytcr863CVPg1ar/m2ah5zNNUbHltg4IXGyW7ohmwVsnYyvUKBJtbWqV/&#10;plkrIJGYpqb2lrZOxdRYJiqxbiHqm4m01lcrAlRRMV31sr8WVaq2djZcr+i90FDN/GT9wlTs30Rz&#10;9XT9fDTok4Xia62TatJsa33VutZGlXVUtbXZyIhCVgI+k0lxVod+WSldvdqZ8dbqmY7KiabZUelv&#10;rle1iJq5xejo9OigjuYu2tbT3dlcrfuZ6586PTjeGai7oK1ubHJWa4Ge8xvDE+cqhtWq6vZXRPQ8&#10;Z63f9Y1f2HbWmsmw9IEVUKmh2roYHTh9VGlu62bm16/bGq5e6JF8akfn68dO/t89j/1+vF9VGIYr&#10;Zvobq45LfkFagfJQV1V2Vcz3LFb01lee2zz7Ll9XQ2W01jdzdKhiUGFnk4ujVdaOQJXCK7orFScs&#10;ndWZwGKt5JiHdfYl2aoFNVBFU/3CQEj+luqwVkcFYk0tvuus5pbOprPG54/qbFbugSolZM5FJY88&#10;s3haYiaxkMztLSpuoWKii0NjQ32Tc9vag91NCllU0RUVNq4ySfjTC5s6W/4wPLa/plKO7w1BXyS0&#10;aDL9FUKmpVoqzFNTtS2VUmbWIPhgu2pvGH0YbWW09dQDMSOjyjoysNDaqfN7VUSY7mis74+aMMOw&#10;jEzpDbZWNel4pU5xXIvtLcpbDr7228Grzm1R/ol2+pduaVXaYUN1oD883F09p3DtYO3iqUjFkE6I&#10;ek3ZybYGM/UstGgd9AXnZgfWBw6PhzfV67Rj7rXB8bWKpKyReuRke1X1YaXQRCt1XHxqWImMPu1Z&#10;AlI8D4d7+6e2rmtQuTXVRRmQBGZlxfGZhc6q6k099YqWbKmqazZFkq3fHRptbdI5pfKLKqUs3d7U&#10;9qsDR84Nyj1ceda67hcPHd7c6t8/EpbXvLstuL65VXOtZvPtnS0KfZDRPnj4D82tWlxnmlpqozUz&#10;R0MTF/iam2rrtJE9PHAiNO278JJto+FTHcGGd7e0DYYG69oCyixuMCpglrGEF5S/qlLEWvAXm5pa&#10;5Jk5Mhje1LomEh2Xb3au0RcxcS++s1oahibDTTIph6I1rfNDmrbrfHtDIR1faLu2rqulf2IgUFs5&#10;oNRnK9TRpqDmCiVnKpZFzlVrJLTxws2SfvEtRBW9f9GOc3775qGeloZQJKSMX507HR0cV57p6ORE&#10;i9y7EenUTklfVTG3Q2NjgebmgXBIqZia5hXgatLMjF6LDmjq+0NjDZWSkNFOy6pvrlXI74DKbPob&#10;xytm+sanLlnboz31S719KgojO74j4LtknQQn5sORycvWtSi9WeeTawJVBwakCmQNyvqcWZiIVqzp&#10;DA5OTcnmkX5+h1SmppRRqRw7q1EPsar+5/2R7YFGHfUO6ri9ue70UHhde/tJaS4vGD2eQyf+0N3R&#10;IYPmhMo+1Roxp9Mjo1osj42G+0cnd2zcoHg0pcBNSmC9oiZQVdXZ2tQaqFMcaqUVmqqunR6b7miu&#10;eeP0yZGaaR3lScBzqDc639l1YLS/f2pswNIqPqfMG2ngRKt8KiAjCb+x0GxnW7uKyh7vH1Y9Gg2o&#10;c7duPu47Faqo8Qd8RnF/tmqgcryzqnl2uPfibWf3Doa7t1yivJYDvSde2vfzcav69OAp4/3xK5Es&#10;GpmdDMjn7K8cUQLlzOLhcOhdEiiZUhqFYi9ngrUm00NWmUSrrJmqoeF5HVooxk1BlmHFxxoBHgWm&#10;mMyWqEL0ZqUUt9AXjo5EKzobFTupKVyFguqqKyQFaXW2K4dQxa7bKv3m2Fiz9JauLkUMbmqXP99U&#10;/axfrD076J+sXFC1aRXRGFDpoHrpPC1saK+MRCp0Ahg14jUK55wZm5sfn61YF/QfPR3SMa4pXbZY&#10;ec369kEdI1VZqvI1UzPd46873hdt12mHTlFn58dGJta2tcnTKe/WeHSmVYdEKgaq8Omwyp9UKCD5&#10;gvWdv+4b7JKBJmlcbZ4Xp8ZHx1trlW9dHQx06gBFNnNIRcBmKwYic5oeNJBlJg1F5noCsvOnDwxE&#10;Nq6tUWxW78jkYHh+S4evLdgcGQs3+5vGo5E2iVtWNuhYSYu5Si43SVGwcup4dLKlo7GhrS4aGeiQ&#10;wMxMZFP3VsWPR02Yp9yD8sO2hlSBSvVUp/vlwWqp8wUb/arLJCezkcwyOjwVfpmGldXNFSrEtnhi&#10;oHfjmvXrOtco+qg/OqAz/h1+df6qukXf+WdtVJjDtPw3vvnh6YhCAfuifTLFIhNhIyYe0+YwB+3z&#10;1lk9G6PRcFVT/Z49k+9uaVG1bXlCO1o6ToVGNH60MT4xfHrHhs3KW9VZiMreTkTnwqFB7QPmfL6J&#10;eRWcW+wfqrige/PQyCnVeBobmQw0NppSmaoHPjHX2aTyawu1/vkTfYP9M+GersqOJlnRdaGqKoVE&#10;15kaH3IUK7TAH52RkqPkYWtVdVW2y4QpINq41q+oYQWONx0Lj1T6JlWEORxTDVL6tPJd17aYwywV&#10;p52bjcgzXNPo72xWoJBq3Q0oRXx+uro70K4qefNN8lBWBhtqIyPRWrWnr16S2tIubFBlM2XPhEZ0&#10;iqQ01NrGSoUmyDyoq/Kvl1KW5HPGQoNh7bLmlcqts92T0QXpYgyHdZwkxVOzrZax2j/Sr3V7ulru&#10;KUlgKPNZKdtSLZLndE6684pJ1tCYNitY5eBsyDdXq5oxWi7ranWmM69vUo0Dxe5MaaqvionV16kk&#10;dJVKHiiHa7ZOKowSPZ5SqTOVYNQav6mjWZXvZARp0zQ7Ia3wqknl7Elyc9FIaczMmpphZoO+oLzQ&#10;pkDNQnV74GjvxEgorM5ocsBl8ywsjivqfWqusdKnjW1obm5td1CZ8FoaqhfnlI2q3BPJ4MtSVDyJ&#10;rNbxUdWBlUdMCbRVs3I766BJagmVM6qm3B+drdAxgbXYUqd0PuvE8ClNClOjkhto6WmoUc3k887e&#10;KM1cJbT7g77QlFGoMXnOs9Iwqdra3dPff2Jhcr6+tkluGL1Mw00p0Ho22ohq797hb20K1BvxldmF&#10;obEBX3vVQlNliyTsTBaGKYGr0Gwdos0rvGV2ZmB4XGHe523ZOth3Ym4+evJ0qKelRYbRb4+NXqJI&#10;ofrqgWPHVDtp6rRM0oUt69aqTvCx0yek5m32HuE5VfPe1CqDQhtTHfnI8VuvDcPQ+Gxb1UyTBIo1&#10;h/uqFYfc2aRJonlSKdPGk6LWkT6PL+iTe1wH9QuRuagqFc+OTQ4OTbQ2N42ND1bJ1JTk3qmT79m+&#10;s2+gTzpB45Gw9Lu06g2HjyqKIKh009mJnoC8VdUj4YHObr+OYubrGzdtbpmdHx2LzGjtaqg0Ilej&#10;oxoui73jixNz05vXdGhTJU9Oz4Y1dWODp+dUEL7yxHCv1nfZQlI9/+8XbDanG3UVA4tVZ3V1DI1G&#10;D/bJeyAPl8JKa8ZkA1VoAz8fDU01NVcqx1jSkepueq9M9MiUqcwWbKlR2lSdserm58cX1vYEVGbu&#10;aHRGuVhW3pBp/vLPnjl84A2dieh8R6ec2jqqrebNScZCowklNJrAckCZqTIm/DQVk2aWRSWvYnfQ&#10;391ivHtG3N/Eh5pM19lY4UCJJysMNlaGZTYW3KtIq5nGZh0PtcSVr+RWk49YGgG1xqCWKyYYz9tU&#10;EKTMF52eqIpidWVrTHM4lnlrzCGZYFJH00Qlw1uBoNVzlYHurWdrRCtPM2bLqcC1TlYk/G7KZMuy&#10;G9ZI1oa21igDyUBtrFFpcPlpFXAwUxWrtKN41VjFeGPBWnLi6Oht3gTESjLaFKUxBdiNcnJlLLPU&#10;2KbGcWnUmGUpzaqYvUa48Q0by9PoQsW0kuQbMcITpuGMsFONOdtXsFGdyQuu8Sm12IS0aEBWV8W8&#10;i7KHqxcmY0rDsVqy8SLGMTemzP7ZWLlg43019XJjudW6LvMKmXMxc1EWqynUZMKe594p4yT5eFMk&#10;1lxeTAfYJNya0J7puJiwMZtVaLu11eQtx4SKTXZQTEHYBNvNzkbCIVNcSvH/RpjJGMpaufz+JisW&#10;v70YK3EU00s2drscnTLpdTYkLYf5mBCWyXmOhe8aWTLdcjRsvt24uJWYYty00g7QYYCOGdRbLJOA&#10;Ys4M1LDm/1QLNhqV18aKJU4vGG+tSe2OBynXN/gj46PGc24s8OqYm1c5IFM+U1p5IV7QyIrpL8vv&#10;HS9TpFZVd9L8rAysP5wcuXxnm/Ejm+D5+IvNJ1sxez4ux1YRq54bF+jW89CBpo4kdZA+Z2RxJNZV&#10;v66rWfuCylhAtdH8M5oOJr48rh09Z4qxVMSLX1lGTrPaSDfrBFZBubFsZQ0uZfXqUS/EBKKNT0PJ&#10;EbPzsegE1XGJhRwZz3anKbchf4UpbLJoJKu0r6hW/pni16VG1qQHXPGRr/3V4Mlhqbz6pPIfmTYl&#10;bH01ks1o6FCISlXfiRE5OaTvqv6s7Mct67qkXjQa0oQzpzITAyPzVceGO5tqzt26vs4UGVMVNUU8&#10;1RybHKhorNa2bXxUqjyWKv1pwmtvqVPxVUUEqVibdOenFis0X169/pzWtvN//PqzodrQHw5OvOuc&#10;VjlCOpoqdXJQXyHpe0lHTHc1dil5Ugmcqhw2LmkmzeSVJnY3EJAuou5tJtjcMTo1roz7dU3BEdUv&#10;DUdqTfiuEikl2GLUi9Xz22pVOKBpaGpQ8lc6vuwI1rb7a9a29BwbOz5XtXB6VHFldbHQfN+pwYi/&#10;vU7G5cbOWukqax9jqmKH5ySeqZlU+XCRiQW/kqPmTHKM1A5NoJa8UcrhaaweG5XupeKjzFxcoXot&#10;ddVHVOjWV92mzYH28eaQSjoXizqYDyoMQC6tsNmjaLQp+Vehr3PW/Kn+kej0/Nb1gUNDkWB9s4IB&#10;Roajcodq9pLZppMlJQ+HQjWVE+G+0zpdXuxWIHRkobVVqTLTdfI/m5qxvpDCNCI6DVXmXLUubLHW&#10;xMe3NDT19w71tDaERqI9G9aNTke0w1bZ3tBgRHkmWklM/MpixZTq+owriVoeBgnH6bRcbqnZ8bFw&#10;jYnsr1Val5KLTg+MtHcF+wZ6fap71LVuJDQkdR2pwjX4a8aO9FUOzl94YcfBSLh3aLqxpUYDZ/Pa&#10;7vHxsEqWGIUL5UQ0NMmLpr2vjqh1jjsXyw+x5pVhokBzZbW1KkpCwp6qqaBt1fB4r+RhIyNz6zZ0&#10;D42fVkk3uWF0nKUcYL15fn5i05pzTp4+seCbk4yjQi+ki6DUlFP9oY2bgsoeUwirJjplAckJo73m&#10;uk3rT53UGW21gp/fOnyiUQetTXIatErJXt5HDUtZT2PhkGR36psb9ASl2TERUXZtjY6u/EHJBU/X&#10;NtTJ7aBT25HQsKJQZQ9pW6ZB3iLhMXkcphZaAu0qX1GprPiZGdXgVuLf1Ey0wVSJtGRmjJha5FIX&#10;ss7e0i25IGXoDA2Nyu3TOzK4ed1Z45FhFbGQno1RjppUVdXm+eqppmAgpEyI0emOzo46v7aq8sjO&#10;dAVbFSGl1FYzmS7Mr+tZp0lQ276WoHLwlEk2WlsbnJ0ca21bMzY22dbebNRUZqaP9g5s3tCjhUnh&#10;TiEdySyYlHPVelEg6vETb2nalb0qNfqDh49osCjMTwqGKv8SmR6d0+pQ5QuNTimmVEKIOlI6OTgu&#10;FT9tsFpa24/3D5yzcW10YlwCXT09W04PD3W2BjUdamerGMsj/b83qkFN2tlrfxBUfpxZcKaHNgQ6&#10;FHDU4W/77cHD8411SidubAycGhoxope1RsBOES11Osybn4rNNxr0VS0d8sNMabctN0VjXaPU4yPj&#10;U9IVmjMVOxY3bepUypkWxJDq6DapxIJWi5m2xnptUzXj6TgyYrQYprTsj49H5HKTBNzano2ayI+d&#10;OFTnb1bKW3fPGq2vOsiW0SS33qQJatURhlINfC2BhvDEsE6+NdsaOc4aWYNRpRJXVtSNh9R9JX1q&#10;BaTb45PkjCngOz4mr696gaZOBWUoYthqblb5aK2FysGsDik5uaNdO6FRpe1KfbTWZwycqmqNwUhE&#10;nkmF2WjL3qDmlSypVFEGh07Lu7ypZ71E+hqba4YGxk2mnvYozX7J7JkSjZYceMr8m1WQnYRY1TcU&#10;GyRdN6k9aSFUscBp88uFWLCYlCfk363V8YdMHUWDrevaqNVldLxfcnuqj+qvMWFsKh0gj8TY6bGg&#10;BkizvlMBC7JLF+U4qlOgt5bRGn840ivzRLnMmj0CgVYjEOLzy8mksqVTpkiGsj+rJXKrxh8YG5G2&#10;Z8DEoivXYDgq5bBqv5RWleWmQnnh4ZExjU6Zz/NSgZ3vae+S0aIYO0nmqFyGVlb1mOkJSbvVq0SW&#10;CYoeVjGJOm1Ggi1BX03j0Fjf9MTUmo61cvLr4VaaQMcpZbVrc68qaUNDA82B9qHhU6pVq4NmVVM7&#10;PdSrYD4Nyej4SHWjX5VKVaS3xpJmUkjPaGBovKYxsCbYqfCJ2kDtmESsKqYVUhmZVDXv+tbmzt6h&#10;U80tXYoKWNe+aaB/sHt91/TU7Gh4THNJX+/gotJOjTzPxER4LtjqVz02LSGd3V3RyIQyFQZGBmKi&#10;l4rwqxxRumiFyY3tau1sqayTlP3vj765ft26weFeHYLrlFZlj8ZGhgdHQlL5Uy6nTni0RWmsV+2x&#10;kDwU5mi/rk5R1spWUpHb6eoaJUfLnaEyQTqD09GPCuooH1RiSkpP0coyNTMfVA/UwX9Fw8i4FB0l&#10;GiuhRAnZqeKntN+ajRyX2dQqAmJIHfH0sVCwvkbJ5Dop0Ayt4wzVx1El1ZmFcIvUtsPKiPO1BJvn&#10;JMuuAN2moFHuUviUpbJYkkK3jEa7CgnFHHTDk6OqnKsXKK5EU32lZJGUwDWrgz850k09nTqfSjQE&#10;JhZDw+EhaYspPTl+d6pzoJtR2rCi+bSVGx6JBlpUYNlkjSksq7HRqJM01dS26mBiXBnKirSsjdkk&#10;krmaUaShdpcK79RWXguMJmHV0lX310wY2yArzqVN+RvKj1a6iRLjp+RkqDSb3kh0btvZW6ZVH1ha&#10;HHPVo8Mn5ZXXyZ6Rap8NqYq3dk86xVb9uWgoKsECf1uLqclRNS2pc8Utz8nYlntXQ92alWiTcms7&#10;W1tGRnX4qSJHc/5goG6+vqu9c9/+3ykIU1FCKkhWp2Dmal+wtnpkaFiVEk+P980YqQsV31EA73Rt&#10;UGphDRLqjoVpKtBUW96p0ehET3unLMLRyLiJnGqos4wCa110bKTSGAWSPolIdaxKVbYVd1BVG3Oh&#10;yX6RxpIyimqkVC/XmmRfZL10t/ZI33gsPLm2a/2pvqFAe2N0fFyC2BKjkYKDtgXrO7uVD3z0ZK92&#10;Oi0tzQqCkgBqY0vX7Jh0CqaGIxJubDY1cCZ17q8CDrOBnvUqtjUXiZgSvtaCyWVtbAxHQzOmcrIi&#10;AOpr5qrUreWM37hh/cnjx+qaW5UEODYxXNFsycd79qYua746FB5ViXpNYzpfkPdAhcQXTG9sUGT8&#10;+MhEsC1gCtQ3agFe7G5tVSzDyOC4Ms2Vyi0BpdoG31c+8vU8WbxPfe+ptw7+tv/ESWWRK7JJu3wV&#10;1oplYGqjV236huar6elYlfpYsmVFTI7IGANG88Xs7OWfnDPFgWI2g+IFTKjwfMz4lJFpTFMVaTJ+&#10;TEu1N/S26djnW7Fs0nlTtcVYcHEvZUwKyzhflTK8bl23Nvsx4aPZmPLvQqwEq6k9uxCzxrW0+QPB&#10;QFePTnVkGFQbNaBK4400tXBMWK8+SCEWKlPxi32/l/5vU6BNCaimrqaWA1MIetaKm0NKUtUa3ehX&#10;pK7RPTaBqfFKOZLUqjfSzjKVdUKvUsOmNOeCDpB0VigZKhO9rEleGjbyTmuqiNmudSYVRYZNtaRh&#10;dJKyGIv7lQ+5PhA0cspKJZOeiBE0XohrDRvBYnmepUWuYg4aZSbu2UiMaJn0xUSPwqExhRwvxCvm&#10;GjMvVqe7Op5dLKa0DddT0QreoLzfxkYZSEpPMIcCZitlLMbqmD6S3j5tQpSN3S77rrklaOLWTRlh&#10;HcZHdOguHay4gRrT2dJgboplUck/PxPTXV6o04amRctiVbyKkqmebFSdYkcdJt/ZVPc18tmK6JJT&#10;2hwBVMZ80XKhN0yEjfJerDCU9szG/W8K7VTHwkn08KQGb6KATbC5vlylMOXM1YdPm5pJizGz35yo&#10;VMRUqpRMHCsIpdM6k8obK1wcsx5NBvFcrIeaisGLseJPRkNIXUXnAsaUUE24mbVdre+/7DxtFOQE&#10;M4JhZn5ZjBu9JhjYRJWajm2KRhuTdT52NmNeodnZ9OmFeOC2ce2rJ5oSwpqTTFMaSeZ4/a5YOSJ1&#10;axNmWxVTJzMZLAuL8Qxm41X2GSNY23J90ExMPTt2emAqdZmc35jgWayQ86yvKp7ZrSoDJjfbXIZO&#10;oBRoJ0nzpub4ArRoAQAAAAAAAJQdlTQBAAAAAAAAYPECAAAAAAAAYPECAAAAAAAAYPECAAAAAAAA&#10;YPECAAAAAAAAYPECAAAAAAAAFi8AAAAAAAAAFi8AAAAAAAAAFi8AAAAAAAAAFi8AAAAAAAAAFi8A&#10;AAAAAAAAFi8AAAAAAABg8QIAAAAAAABg8QIAAAAAAABg8QIAAAAAAABg8QIAAAAAAABg8QIAAAAA&#10;AABg8QIAAAAAAAAWLwAAAAAAAAAWLwAAAAAAAAAWLwAAAAAAAAAWLwAAAAAAAAAWLwAAAAAAAAAW&#10;LwAAAAAAAGDxAgAAAAAAAGDxAgAAAAAAAGDxAgAAAAAAAGDxAgAAAAAAACyb6unBXloBAAAAAEqd&#10;2rY1efrk6ZEBa3GRFgYoSYt395ZraAUAAAAAAACwiGoGAAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAA&#10;wOIFAAAAAAAAwOIFAAAAAAAALF4AAAAAAAAALF4AAAAAAAAALF4AAAAAAAAALF4AAAAAAAAALF4A&#10;AAAAAAAALF4AAAAAAADA4gUAAAAAAADA4gUAAAAAAADA4gUAAAAAAADA4gUAAAAAAADA4gUAAAAA&#10;AADA4gUAAAAAAAAsXgAAAAAAAAAsXgAAAAAAAAAsXgCAkuT8B269MbRf/6499DNfd31G7912z8fs&#10;92b6vYnv1fc2nNMa/0/923LHdTwXKKfB9YG9T6R9Ad0eAACweAEA8svQr16N/1DXta796m0Zvbfz&#10;6v9mv7f5yrUZvXfTpz4b/2Hw33fP9k3yIAAAAACweAEAcm3xvnhwauBk/OfmbWd7f6Mcs61XfMD+&#10;z47Lzvf+XpnHMpLjP/c99zxPAQAAAACLFwAg98i/Ki+rdabf1QtJDuHAOed6f2+ieSyTm6cAAAAA&#10;gMULAJAXhl55xco8ODnJIdzxJxlkIfZc/+H4Dye++xghzQAAAABYvAAA+aLvmVeXEZxsJ/Fmai0n&#10;hkOPv/k72h8AAABgGVTTBAAAlrfA5v7d319z3UetmPf1yCO7M03ita3l0J5TS753w8ffb/98/Mn/&#10;jP8w8ebI0807eBawqqDbAwCAhY8XAKAADO15Kf6D7FgvNYoSk3hlLVuZpPLaLxt5+QVCmgEAAAAs&#10;fLwAAHml76d7z9tl2T7YJd28dhKvrFZZy3H/cCyV9yFrKefw+k/cFv+595mfLONS9Qm6wo2fvMW/&#10;fad9DfoouYsztZ/jFVDP2/Vw4i+lXH340Ydmw5Hj3/hFAVpe16AjALWJDg5euemeFbzg7pt2NvSs&#10;SWxY+8Mnevv7nno9m3us9vu3370r8ZdK4VZMuzqe/JxFMgo23Ppen78pbQvoBy+xDwUjf02aw26Q&#10;w6EKAABpqfiRfzutAADgkat/+mg8UFn75tc++5DHFx944N6+5/f8ye7n4r//9+v+1D2wWfvpyx57&#10;IvXFDee0fvDlt/3Mv733TifrQjbJRQ9/3enD9952s5cdufKNt376E7bh7YLLlSyDxHv82RVXBc7b&#10;cME/PmBXaXKxeHN7wYmX8es7PyM7Wa264wtftK8kLbJ59v/TlzIyqmXwbL7tz5KsslRkBR1+7Otp&#10;H1z7dWdf9dSP4z+/9dUH9939jUzb/AN7n4ibW7r+F2/8eFpT0ON1xnv7wfu/Z9uc9tGDHZl8Y2i/&#10;xwt76aYbhnYf8tjtc9ikBesGORmqAABgEdUMAJArbI+rLCv3wObEJN7QwUOyWu2KvksKX7VfenH8&#10;h/CB170k/Vpn+rVc9tBCtrT22e4fcv4Dt8o+92I9WjFvqkwm7/rVGdzL//gLXa27dVGYC778qfvV&#10;qkteiV6gl737a5+3PLsKP/DzH3sxI9WX1BT65NReJ5tQxlv8554//4SXePskg9n2Lvb+6LtpzV3v&#10;1yn0smsP/UwfuyIjNCdNWphukJOhCgAAFlHNAAA5ZHDvvsQ0XRcPTGISb7yarir6xk2yWI6um59K&#10;dkv8h1M/+aGVYcSp7VJLdGEleb3kpBr6paMr74rHH0wU3JJbVSHZSTGWSfGiMplkcMY9cjls7c2f&#10;u8u2/I9953FFos6OThb+gpPMErkZxw8cSXyjmj2wfZt9teY0JBj0En2dGHodj2VNirbVaxrWrk38&#10;5ODOS/7rjruSzkH0xngLyNbqvv7ijJzM3de8z/657/mfp75g2z0fSzIg1QJJsbt22Llt8sntLKeo&#10;VfAw5lw1ab67QfZDFQAALKKaAQDygfxXcSePewSpbSdoO/vih25P3I7L2fvs2R+0nH1udpBqkkm2&#10;ZHinfW360pdvuSspDzAxhDIx9NTJepSd+ca997rbhEnmUPZGb+I9ulxqvi849TKsWCj7vi9+xSm7&#10;Uk7jSx550PaXusffJl6G+sMb/3C3y+mJbnP7337SNqX0+l/e8ulEC00vuP7ga0sGfqf9ZPuNdke1&#10;znSe29+75E2pBXbc8T/j+er2Z9pPx0lv2f4KPb4XLrvZ/Vm4XEBumzTf3SDLoQoAABZRzQAAeeLo&#10;t79mnemJtVwr8Z5+8T+sM/3D7lV52y7dae/CM7IeFc9px1vu/5dHUnfkcv3ZktGbPvXZNLbHl/7a&#10;tk/0SpkfS16A9uIyGu3/vPh/f0VGQg5bW8cKLtv9Ql6wrkSZ2y5iQrKXXv707Xbs+tbbHcNldfZh&#10;22YyeF543w3u6Zr6Up2tKKvT7j+yqRIvWy/Q5cV/lsHpPWA7sQjWsSefSL3ORJtQKeXuObRqARnb&#10;9pVYschhq1De3dw2aV67QfZDFQAAsHgBAPKFknKXNFyTknjtrbCXVF7bVFZSZUYXZktDu5jKdoEl&#10;XXzSRlw2gx2VmpGfUN+VaDmcf9+dOWztI9/6Nxcjp2AXLCPKiyKUok8lWWR/cqI9megDTAxnTfXv&#10;OSETzrbV5UJMuuzEgOTua6702BSSCLb7TN8zrzpdp5MLNC1qKLklCzkk89Sk+esGWQ5VAADA4gUA&#10;yCPaJduGq5NpkZrEG0epvJZrVV7t3W1TeehXr2Z0YTXNzfEfZkeHnF6jzEP758CF6xJNdDmj7F34&#10;a3/z5UzbxDZy5GPMlWqRDAynDMYCX7AccV4/+ZlX7e6R9ikr7te+7FfvuCejCjSyjhQla192oqyR&#10;/qSoYOsdr6CnetEJmlWKXEi6Evs6hSKEM1JQkyNdob8FG5J5atL8dYNshioAAGDxAgDkHdtwtf2x&#10;LpV4E/ffKgQa/yFWlTcNib7fRFPZCzOh0NvWYEu7y/5e6ZTxf2eI7nz8/X8Ms/ynLy2jEOhbj/0/&#10;e4u/5a8+lZN2tgPCrXThuAW7YFmS3sPLdSV290h9yjIy7TRXU7s1c0UixRXblu3Wz52RditxL+sd&#10;r6D0q6zMNKv2OF2n4niXUSPnwCPfsps3r+S1SfPUDbIZqgAAgMULAJB3+p573nonTTFt7l9qEq/H&#10;VN72K6+y3lHHydSKmwuH7Q/P1Mvac/2HrXe8ZBkp/SZu8WVvWO/4ynKSzWvf0cpe8OB/PpfRJ9vn&#10;GqllbDb85Q32ZS+7iPHhrz5qvROIq4zQP3bLn+79ozV77bXWkkVr38nRVUx4kgvXvk73wHLLNbLX&#10;bt68ktcmzVM3yGaoAgAAFi8AQN5J9L52f+gyL0m8XlJ59UbbW2VvlzOwwxMMHgkyeZcvSrxgW5dr&#10;GaggkEuzLMcoDUeK4YInTp1a9mUnGdK2uy+ry/7GL+xeZEcTxI1MO5Z4yUOHxOTSvmefTfqrfZ36&#10;wGWXxknskPkjr02ap26w7KEKAABYvAAAhUDuQdu0sL2y1lJJvNZSqbyJkaiJxpjl2atmy+TKd6R6&#10;s6rX4imfM+GCk0z0TJtFUdzuico5ocAX7GR4O1vIA5ZDkrbt7svmsl3i6u3oA7H+I9dY3jSrkpzk&#10;ide5jJOXxA5pN6+VN82qfDdpzrtBNkMVAACweAEACoRtCciZlrRVdUriXTKVt/3yy13e6IUD//Id&#10;u6iJUL0WVVt999c+L1ljl/10Q8+aZScPJ9H7zE/iPzRu2py/xi+hC27Y0Gb/HNxxVq4u2+5FSeV/&#10;EmXVXKraJGlWJf21cV1Hahz+8hj7zWt5HYYFaNKcd4NshioAACyDapoAAMBaVkDsebv+6HJMlPZx&#10;SuJNm8qbmD9p28C2GWZl7rRUkZ4td7xkF2sRKuGz3rJ0tdphH//+D1JViKr9fvtnbbtz0j55LcRa&#10;chccx+dvSnxSOfvY7vrET5MFG69Ma+ri3PretEnOiZpVJ37wvMt1Tv5hJJtryzQSuDib1MpPnMgy&#10;hioAAFj4eAEArEIFNtsRm91/eo2XJF73VF7p5djxmVk61qTfI31X1VxJEsuVO/qyx564/Kn7k5xI&#10;dq2UUqHkLjj33S8hwtbXcsbTTLRg0+pXJWlWpabp5smMLN0mzR+ZDlUAAMDiBQAoHLYnNjE+2T2J&#10;1yWVNzEWOqPapy6b6WfP/uDe2262MwbtzfQVjz+YuJPOkyMuJ3LNVgE9h/m7YCufvs0kk1X/aYfL&#10;ptWvStSskiNxSW+nlSNvfOk2aQHsXo9DFQAAiGoGACgcifHJSoyM18x0T+K13skYXP9HU/mhpKxL&#10;lyK0y0CBkfqnpMHtf/tJ27MnL7T+c9/d30h6sRxN2nmX0CMouQvOVdysbUmmrXkr7WVb9Fsa1Efe&#10;3J1Ws0oFZtPGzSZ5O7O5zsb1G8qjSQtARkMVAAAsfLwAAPlGnljZDPGf2y7d6SWJ16kqb6Lk7PCv&#10;Xs9HDLY2zS/d9Mciq9pS296/id5++3pKwqFUchf89knHgSNWuliAbCzJsV+/nMZ2euZV22zbevvn&#10;LQfNqmPfeTzth4/t/4P9c+C8DTkpHVTqTWoVMF3CZagCAAAWLwBAQTn1kx8mGrpLJvE6pfLaCb36&#10;fdxXnA/0ycoYtFIq0CZGX2dpNlgFr4dcEhf8tnn2m5OpQezWspyZtiU5tu+NtFaTrcCsQwGliKfV&#10;rHKql5vYP9svvdjKRemgUm/SQvdwh6EKAABYvAAABcX2x8rQ1f7eSxKvdWYqbzyWsuf6D8f/s/dH&#10;313elUjk5sbQfv1TgRPLVWLaNmYa1q61DSQ78zNRhcsqYtmw0rrg1DLOLqWDlkR1m21Lsu/5PWlf&#10;k/j7DR/9SKpmla7EJVvV7p89f/6JZXvRN/7FdeXUpLkim6EKAABYvAAAVoFdMYneWi9JvNaZxT/l&#10;HE70DA/96tVlbv3Hxt62aoJBdwth4g+/T7O9fkfBSPVRlh1CqVKi8a38tYd+lu84zJK74Letqeee&#10;t12v+vblfcjWz91uvaO07CRypt/bWuK2ftUZmlU//LHH60x8l5WJDJhtXZdHk+bMSs9uqAIAABYv&#10;AEBBsb2y7Vde5SWJ1zozlVe2rm1RmJBmV8+wC9ETx+M/BC+6wv2VM2Nve/Z8gWCiao5tIJ1/353W&#10;skJY7cqihx99KN9qtyV3wamXrQzbZZjZMursRNwj3/y2Fy1x652w2ETNKvfgeV2nnaOuVopnm2fE&#10;xY/cbxVK8KlgTZoTshyqAACAxQsAUFBsr6w8aV6SeFNTJW1tIYWSLlts1v7GpLzNVOx9tr3zjvOb&#10;+75s38i2ez5mZZgGeckjD9rWlKqtFKDlS+6Cky5bT0pmYUYxw3qytpWuaF53qzUxLFa2rhfNqkTe&#10;uPde+2e1VUaW5PkP3GqPhXJq0pyQ/VAFAAAsXgCAgqoopZYz8eKqtVMl7QTCoVdesbLwdP3RhL7t&#10;M04v23Dre+2vSzLLZYTbYjnb797l3YaULXT109+0ran/uuMuq1Ba2aV1wamXLbNQBVc9GpOyji57&#10;7AnbSt/3xa9YS+W42gEIutkLdu1KNIa9ROwfeOBe++1X/OujHj29Sk8tTDxz4ZvUypFTOsuhCgAA&#10;WLwAAFYh5Yhs29XylsRrnZnKm1hUJpsrUWiuvemXk81KF8e74wtfdKnFKlfnW1990LYhr/7po3IM&#10;WktFhH7w5Zds6/HXd34m32mQJX3BqZeth3X100+6+/rktNQDtW0z2Uuy0r30sb7nf27/bN+yvtpj&#10;KMHB+79n60Lp7X+y+zmZYZZroLgegTKr7d/Yby+bJs0J2Q9VAADwTjVNAACQJfLNJu7yo0ff8vIu&#10;O5U3IzvZco1i3fjJ1+OGjanhuXGTkhLjUZra3ytb2I7etM6MWU1EtUBnQiFZj/Ht+FVPfUBaPkN7&#10;XlIlm8RMV5kTDT1rEj8wbj0e/8YvCtz4JXfBqZctV55Mr/BdryvYWL0i0QKXhVnf0x1/mW3/yDbz&#10;aKXr6ev1tq2bagYvyWuffSguDxb/z4se/vqOL5yUwaZCuIkBwDpHCJxzbuIoEHtvu1ltvr68mjQn&#10;5GSoAgAAFi8AQIGQb/aih92ct5ZzKq8duJioM2Qt19usjft7Hv/X+Gcqu1X/0r5Slp5LvqI8e4qi&#10;tN1f8c85b5fbV8tm0L68ADmQ5XHBaS9b9s95u3a6v0XG/Gt/8+WMTkZk8iV+rA5WMr1rGb3q0rYN&#10;pt6VdHDg0rzLFk8u5ia1chEYkpOhCgAAFlHNAAAFLg9rpThvLQ+pvBm9y92K/uUtn7ala9OaIi/d&#10;dMOSjk1FUT6z7d12GqcLMtqVQvnCZTev7L685C448bLtcFx3G1Iu01duuidT2ywpZXd5ByuKGf7Z&#10;FVd5uc4Vb94CNKmVo9zjnAxVAACw8PECABQAhdHGvTTa8XsPj5TrbP07nrdcBVXqc1780O0K3Qxs&#10;35YoICQbYOLUKe+ixDID5DHTv7ibLsmtp+24nIcTvf3Fk2FYchdsX7bCcfUv7WWrY8hGTQohzvTz&#10;lUwbjzdW5/SiWZUWhYgveZ1F0rz5btIcGr05GaoAAOBOxY/822kFAAAAAAAAsIhqBgAAAAAAAMDi&#10;BQAAAAAAAMDiBQAAAAAAAMDiBQAAAAAAAMDiBQAAAAAAACxeAAAAAAAAACxeAAAAAAAAACxeAAAA&#10;AAAAACxeAAAAAAAAACxeAAAAAAAAACxeAAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAA&#10;wOIFAAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAALF4AAAAAAAAALF4AAAAAAAAALF4AAAAAAAAALF4A&#10;AAAAAAAALF4AAAAAAACAJKppgqLixtD+tL/v3/39V266h/bhcQAAI3c1P0TxdPMO2qecuPyp+9dc&#10;99GSftbMOTQUWPh4AQAAAAAAALB4AQAAAAAAALB4AQAAAAAAALB4AQAAAAAAAIsXAAAAAAAAAIsX&#10;AAAAAAAAAIsXAAAAAAAAwKIeLwAAAKxaVJ/T/tmpWCsAAAAW76qm4ZzW7g9dFjjnXF8waG8XtIeY&#10;HRsbf/N3fT/dO/HmSOGvytdd3371tvZLL27YuCl40RV1Xev0y5GXX5gZGxna89Lg3n2hPady+F0b&#10;Pv7+9iuvsr8o/l2nX/yP4V+9PrT7UE6+ZcOt722//PLgzkv823faXzH2m9eGfvVq31OvZ3Px3ddf&#10;HNi+TQ0Vf3xTAyfHfv3y2L43QgcPZfPJK9hozVeu7bjsfH14TbC19YoP2Dc1cezo+IGDQ798M/s+&#10;WcgOxhjPOeoh3ddcGTz/At3Ob++988gju/P3XXkauQV+LvGJQjfSuGlz4phSbz/+5H/O9k26XGHS&#10;MNcVanrpe35PNmMkhwPwlZvusX++MfTRZUyewQvfHW8TET7wevToYV3DioyLonpMK7W4FHJ0s0zk&#10;qtMWvp8Uz+3TScqMih/5t9MKK0j7dWdf9dSPM33X08073HdyGz9+s73SO6Ghe+zJJ45/4xcF251v&#10;+R9/0fPnn7BX7rRoX3L4q496uaobQ/vT/v6lm26QYbbljuu23v55l+/SF71x773uJpzTV2jPod1Y&#10;9007d9z1d/Z2Oe1X7H/wnzNdGOINtflzd7m3kv3J7hdZ+EZz6pNbP3e7S1vZ13zkm99enl2d8w7m&#10;kcufut/JAbXkrk4Nft6uh9P+6a2vPrjv7m8Ucoxn1JG83H7qNOXe/bbd87Htd+/y3nrFNnLz8Vzc&#10;W0w3csE/PuDU4bU9PfzoQ0ltqG3c5tv+LLGd07bSvvseztQszOsATGoHpxUwfmDnPonFb3D/I/8n&#10;hxvWUnlMK7i4uI/ujKYRoSa97LEnXMbXy7fclfYcIYe9NB+bt7Rce+hnTlfr/mm62Q++/JJTE734&#10;oduLqp9k/+Jld6ci2UuARR4vWJmcoV7900cvevjrS265hF6jV+r1ele+L0w7+6ufflITqPsMIrQN&#10;1VV9YO8TWk6W/XXnP3CrDAn379IXabnShVnLdRBpxXU34fRXvUYXs4yGWrKV9MnaQ+TwGeWp0ew+&#10;uaS5a8ViF/X5Wq605BRzB0uk79lnnf7Uc/2H3d/r8gJ5GktrjGff/dz391buXLv5GLmFfy66PF2k&#10;S4fXnzSiE+/CXOTT31yynTUMNZpkVBTJAJT5Z3k7PtbdLTmJxW/wT3Y/t+zJv0Qf08ouLjkc3Vod&#10;dILg9FedIPzmvi+nNXdXcJnIht4ffdfpT+5PXwECTn/SiVsR9pNioEQ7CWDxri60k9Mq7mW/lbT3&#10;0rv0XitvkSEyYLzsQnJljnZf874lJ2sbXdgyvqVx01bNdB5frIvx8hVqqHd/7fMZNZT2ELnatOWp&#10;0ZbXJ+M7OY99svAdLNnifeZV7bGcBpeL6a4/ObWMDo/TOhiLc4wXuPtlQz5G7oo8l7ZLd3psMb0s&#10;viuVHfWex//Vy8FT3AyTUeHFIM/3ANQwOf9Lf51k0qR9BPpAj3dnz2P53q8XyWMqocXFCxc/cr/L&#10;jfzylk+neu9XfJnIhmP/5hjqophba1knqlq2iq2fWEUQxly6nQSweFcROkP1vpNLRe/NyKHhfQa5&#10;4vEHly06knTy7X2fmum3ZOppyWhfFf+KJU8B1VDrP3HbMpooJ08qH42WTZ/UkqP3LmkMrEgHS0LO&#10;BLczeOdTdpc/nfrJD0tljK9I91s2+Ri5K/JcMvKY6cW6iwvv+/uMdnJ68SWPPLiCA1ABjfqnsMyk&#10;iXHw33enOth3fOGLy7gAtUxGruwSfUyltbi4o3MBl6OlX9/5mbTm7oovE9mgO9IZaNo/dbz/T13G&#10;plNDnfjuY2l94CvbT1bc3C3pTgJYvKsFHS9lv6h4d2h4RzNIpn6P1KsqgG9qxx3/M+/P6K8+5b5p&#10;zrKhCo97o+mpZd8nlzR6i6SDuZzBu5yyux3AP7+nVMZ4+c+uriO3VJ6LvBDLGCk6ICjCAdj33POp&#10;c1FGVuIZ773r74qns+XjMZXi4uKyrLgcIig3OG1SZansQ1xIewYaf/ROR88SnXL6tKFXXinvflLG&#10;m1XA4rVWufZVrs7YvDg0rBydxWZk9uQ7C1EHe5kmjubwK+RkKJiPqzB3pOeVjdfrjP3oF77o9PSL&#10;p4O5nME7BTa7hDRLUyTJTVG0Y3w14NLPV8NzkeBcUc3wUqxJCvjXe7OpXSSbIa9u3pV9TCW6uDgt&#10;Ky6efEn9pRW6K6F9iAsnfvC85Rg0fmX62enyyy2HPOfUc4Fy6iflvVkFi+pEpcvE8WEdTC4ZH6L9&#10;9LHvPJ72TxfsyqXciz7thd0358QOdzmL1ZyrQFAVpJk4NaD/DGzfIn+Xy4yjQC8XXcGcoBDTI2/u&#10;LvxXKJamqJwMOWk0Pa9cfYVcN3LgvLLnniLvYBqe5+3a6b2VXEKae5/5SUmM8dWDUz9fDc9FBqEM&#10;/lRB4BUZgDoMeu1vvpz0SxU8c7QTvvvYgUe+pYuPazg7La/N287us0q71Erax1TSi0vqQukS762O&#10;kVbZPq+9NPvNWwYbxTdHdI9pr63z6v920Ppe6u+d4pNTc3DKqZ+shs0qYPGWrMX75kjiXspp0lQh&#10;wbTnlwqicM9Mi5fBiFc61YrY/p5z3ItnxOOjstdbdwkF1C5k3xe/kphGotIFujuXEg664EyvSvPU&#10;0W9/TSVk4/+peWrjJ29xaSsVz7SszCze1K9wr4qR9iu0D3N/gvH10i7+plaSWEWejmNz0mh6Uu7H&#10;pcZL8+yzUs5QH7BL3rnckRw47dcllyxa8Q6WhIpqnrfLMXo5dfC6hDTro0pijOePeM3D2XAkT5+f&#10;m5FbHM/lwAP32jcinaRNn/rskvG9Sbe/5Lt05cff/EXhZ3hNFH9cKGMlu9M2TuzppMe+DP2vLsBp&#10;q6oKsVY6myGHrMhjKqrFJcvRvf1vP+mi86daRIXfh2S5ecsUnYSmbYF4GFHSYYdL2ELf8z8v5k2I&#10;VUx5KyuylwAsXrAyDTmzUkreaU7Uiqih6FIFNP6ZWQ5XnZk5hZm5VBlVrFr05KclU5l2HtFm0ftV&#10;aa+QJNioeUqGhEuqRuOmzZlumlO/QkuC0/ULXzCY5r4+eYvLt6Q2l1pJ/45869+kV5nbrJtcNZp7&#10;n5SySOJz1FoSvyMtwxf/7684NZ3WpKHd9xRPB7PS6Vfpq9NuAlJ3JC4hzamaIsU5xvNBvLxh/Cgk&#10;f9+Sq5G74s8l7Y0oA1z6z7l9l8/ftCIzvEu9zSWfTlpUtKam+ZHU38+EJgrc3wrzmIpncclydLuo&#10;Qqih/uuO9KV3i3CZyAaXQ9XUIBQnDWc9hdRy90XVT6yCO3jLqZOARR6vVb7Vd11O5pK2XIno94nR&#10;OJZnLQTLczUCp9nWaQax3smH3P9PX7IyL/SShD4kVbBRi+Lhx77uUikko3tM+xUu12/FfJUZPUG5&#10;BZyaSxtonWrrsDyH3SknjeZ+R0nmbiJahrXD85hLueIdLKMKumL9R65J8sZY3lR5inaMW3nw/Lx4&#10;41+pe+TV3C3MyC3Mczn86ENpb0QbtWXcvmYby83FXVwz/BmT4bGjlrMaTeJn6ts1z6T+S22QHLJS&#10;j6moFpdsRre7KsSr/+uvnR5fcS4TVhaHqjoPTW+2XXmV5U3DOVUBq6j6ibUShfHKqZMAFm/Z4pK/&#10;pHgw90Aa/TUxZsz7J3u6MIfZ1ks2ixZFJxEgl9TH1A9xOpnLVeM7fsUzr+bkCaoRDt7/Pff179U7&#10;7slhd8pJo7n3SfeDTy0hLsZA4tNf8Q7m1FBOn7z2w3/pUVMkqbWLdoznHHXmfNu6hRm5BXsuSdHv&#10;LlGLXm7fjp61PDhRi2oAKtrZcj6SU3EjidCuoDbVSj2molpcshndLrWXdISa6rEs8mUiG9JqLFux&#10;IznlB3kxYlOrABRVP1mBXXTZdRKwiGouS1zyl45//wdLD9fv/8ApnENHhsvOPNHhltNsqzSq1MPI&#10;NCt3S3s2qbYuu8n4X7MR9lzyK7QGOClMeDmatVEAmOUhCdwpkjaHd5RRo7nckac++eR/jh+4wUnj&#10;rUg6mJW5flXcdxf3RWhr4qQporS9khjjVh7imVO1kfJBrkbuij8XtZiTCeFiA7jc/vhvTpbKDJ96&#10;VLHjCyddElw1Q27+nGU9Zm5/aM9LfT/dW5jOtrKPqXgWlyxHt1Nnk/vR5Qi1mJeJZePS1VWLyG4N&#10;J/Xm1CoARdVPCk9ZdhLA4i1PXFJPvfjlzGvSx8hYNcHlh2Q0bGizchQ5vOx8rZVFshweX+nSzh7z&#10;QOQoKKrFxuWOvPRJ7Q6H+g6VbgfTZtox1eqaK0N7vudeJjH1AL44x3jOkbhLaY3cFX8uOW8x7y64&#10;YhuAunKFF3oph6ZTBv3TCI2L5xUg124FH1PxLC75GN2K73V3P5blPkRPX7rBaR9KYPs2y/qFrd5s&#10;easCUJabEDarYBHVXH44jUl3f52XV2Yz2iV8auWtMCZP0PLsKCjROyrpDqYDb6c7tQObnUKa5QlJ&#10;PYAvzjEOq/m5FOEA1NZcAa4ZfZEs5Kt/+mgZF88sv8UlkeDOSxLjeFfPPsRJLaLnzz+xpCyiDmRX&#10;Wz9hswpYvAAAeUG+I8tZlMglpDn7mo0AqxYZvS/ddINTWp2TTSjpY+kA03pWCdYf3nzbn63G9eWp&#10;1yX3YKUrXB9PVnfKIJVXvGDB/ABYvAAA5b/zTrsjiQc2u4U0pzuABwDLs6/phctulrM3I7tXzt4V&#10;1LUCy0MAc9rfb797l0rLrMIGSZV7iNO87WyXvFwn1SsALF4oAZx04b0HVDi9MpsY1PEDRwp8v+X3&#10;BIMXXWF5riZXZndUBh3MaUeiwGankGanA/jiHOOwmp9LkQ9AHTnJ7t17280S1HE6e0pix11/t3q6&#10;aMktLgce+ZbTc7xg1y6n2OYy3oekyj3Y64taw2licdKiL79NCJtVsFCuKj+iR99yysHQofWSAiou&#10;B9uzY2PLvqqZ0ITTnxR1VropH1YBlXLiEUpeJHDaLt1ZEn3S+x2VQQfTjmT73VbaSDwnZUinA/ji&#10;HOOwmp9LSczwegT6p4qaaur2Sy9WlqOLmLNGZa5mJxaXnKOjQNU0Pm/Xw06xzWklrMp4HyK5B0Ux&#10;pC4lLpHeOv1x0jwrv00Im1Ww8PGWH+Nv/s7pTxs++pEl3+7yGpdP9jIdO53I5k8noERRqYxsnqA0&#10;KhTZVU59cssd190Y2p/237Z7PlYqHUxXmNERr27HSRWzGMa4y2G/i0uBubfwc2/BuncJzfBxu/eF&#10;993gUuvbzKU9a1hcinZxUdU6p0h1XWRa+bHy3oc4iT44PTInvavS7Sc5WZXYrGLxQskwuHef5Rwy&#10;J+PB3bRwmRRcPtkLEtBP+/utt3/eXV9x1e2bnYNq9HRsG8+Jix+5v+j2l87JqLojd5EYbVzUQ7yE&#10;chV/Bzv25BPZj5cCj3GntV+H/U5xay5pycy9KzL3FoaSm+Hl4FKVYxej10vtTRaXFXx8+x/8Z6e/&#10;Xnjf36+2fUhGog+a2F1ctUXeT/K9KrFZxeIFq4SCW5z+qiggp42Xfp82RshyLlOeYVTnz50mqfO/&#10;9Ncub5RF5OTie/fXPm+Vo9SKS6aZjk7Pf+DWtNOuDlZVWqMIC5m4lOexYiIxTn1S5u57Hv9Xp8jD&#10;pMo9xd/BnJKm0pvH/7a7GMb42K9fdnr9jr+9I7Uf6pHt+MIXmXuLau4tVNx+EQ1ANWnaf6mh4zJ6&#10;rdWk41VOi4tsNpeCXmmHWxnvQ7TOeg8jcjlRLf5+ku9Vic0qFi+UDIe/+qjLX7W10pSkkam5KT5D&#10;6efLn7rfZcuVqXvKaQ51WpxUmkUXEL+e1I2LLCLLWb6iPJ/gow+5/FWF3a9++ptqGTtwS+eaOna9&#10;+ukni7Zup1N5HrtPqgPYfVIrlu5Ia6rKhLgk2iX18+LvYHJKKHXKyyvTluFdkTE+ceyo5VzHRf0w&#10;8VvUmC4nFMy9KzX3FsyaKp4BKG+MWjX1n/SokjbEaa9qyc7P4lIk7LvvYZfhlhrbXN77kN5nfmJl&#10;faJa/P0k36sSm1UL5SqwSqcUytbPve4khxOfFDKalbT/dkopzIgj3/y2U+Sefq9/sgfGDxycODVg&#10;xVImeq7/sMt1Hnjg3nItJacMpa23n3RXVTlv187S6pPd137fJW4z3gGy7JPF38F0eKy9wrIzsgo/&#10;xtVclmsBTJc1nrm3eObewlA8A1AurLQDTY9GXhrtPuOfrG26nEKOG+tTp1hcihw9R/UTp6xRxTa/&#10;+KHbV88+RA/3vF05OFEt8n5SgFWJzSoWL5QMb9x771VP/TiHn2blyAngsjhZsYND7xvBtx77f+X6&#10;+OQMdBKiLF32P/J/JCyRKwfgf91xVyl2MF1hWkXNZWRkFWaMKxJ7xxdOrma3bXnMvVah3LxFMgCl&#10;yrP5c5aTl0b/rFwnRrK4rBTqJ5s+9dm0c1Q8tjkpcL2M9yF6uKppt2T3XvJEtcj7SQFWJTarFlHN&#10;UEI7D3cVSu/oc3IoyK6Rn31RMmWYyOBxEtYvD7RIl1lxVB0q7/+nL+Xko35952ecjqiLv4MtudvQ&#10;c/dyHlyYMa5GcKokDKU19xbM/CiGAagMzywvQz6ccnXLlNniYiSsnFcWxbenxqCW8T7EqabdMo5y&#10;irafFGZVYrOKxQultKp5TBp0X/VzK+yhkf/yLXdlOY+88Q93l4SUS5a89jdfLrOS5YrPlLGafZ90&#10;ifMs/g625G7DPee58GNcC7+LigmUytxbsM1okQzA39z35Wz2qQf+5TssLiW0sjjdjlEbuu/O1bMP&#10;kf/TfbrWXXs/yinaflKAVYnNKhYvlBIqOZiNt0Hv1SfkaR5Z3tmh5ri9t93spQC6VRZH18ubcHPl&#10;Ysqf0bvstUrvXbJPFnkH025DgWduRSMykXQuwBhXe/7ylk9n9Miyt/eYe/Mx9xZy4lrxAaiN5vLO&#10;13QN6vDl7ZYpv8Vl/788YmVSG6xc9yG6L3cdZu/qVsXcTwqzKrFZxeIFq7S8DS/ddINLzQzL4RTw&#10;36/70/x5GDSPvHLTPZoTM5qwNO+8eOPHV9UMEp9wlU9STq4hGb1aqzJdRfR69UmPKj5F3sH6nnve&#10;RXEn0612Aca4jAfv2wv1QKfqDsy9Kz73FmziKoYBqOlCm86MrkHtr66+GtwyZba4KP7fxaRJG9tc&#10;rvsQJbG7S1KVRz8pzKrEZhWLF6zSyit74bKbddrt5aBOr9ErJW9YgCVfc6ImBc2kS04l2jXqqjTv&#10;rEK9O024B+//nrbOLo5B650zRS8uUKs4cnr1ND32SS0e8aefaZ8s2g7W0LMm00qAKz7G9eIX3nfD&#10;ksfkau3SdU6unrm3YDb/ig9AbTq99Nv4/Kl9bTm1/2pbXBSI7tTT0sY2l+s+RH3e6V70oJcRvFC0&#10;/aRgqxKb1TKm4kf+7bRCWaLiaR2XnR8451xfMGhrr8uimB0bG3/zd8owXKlR2n3TzuZtZwfPv8CW&#10;89XEET16eGjPS4N795EIYZeO7P7QZXp8jZs221L4Rujo2FEJ5ZdQFZO0N2X3SS0qKjGvm1J1kFz1&#10;yaLqYNce+llanUldkgykIh/jKmfaff3F7Zdfbn++3ZIrOIEw9xY5Kz4A7X6bOHnGp5qxfW+EDh5a&#10;5Q6Zslxc2Ieskn5SyFWJToLFCwAAS7Ph1vc6VQvUEbKO0mkiAAAAAIuoZgCAUqT72mud/nTiB8/T&#10;PgAAAABYvAAAVomGhNkRrVYWRSMAAAAAAIsXAKC4WP+Ra5z+dOzJJ2gfAAAAACxeAIBSZdOnPuv0&#10;p4zK8AIAAAAAFi8AgFVUmlVpJZqtWLXAZRSNAAAAAAAsXgCAomDjxx0rDw39CgcvAAAAABYvAIBV&#10;quVY7eqFVkoZ3lVeCxQAAAAAixcAoITZ+BfXOf3p1E9+SPsAAAAAFJKKH/m30woAAAAAAABg4eMF&#10;AAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAAwOIFAAAAAAAALF4AAAAAAAAALF4AAAAA&#10;AAAALF4AAAAAAAAALF4AAAAAAAAALF4AAAAAAAAALF4AAAAAAADA4gUAAAAAAADA4gUAAAAAAADA&#10;4gUAAAAAAAAoKBWLi4u0AgAAAAAAAFj4eAEAAAAAAACweAEAAAAAAACweAEAAAAAAACweAEAAAAA&#10;AACweAEAAAAAAACLFwAAAAAAAACLFwAAAAAAAKDI+f8CDADjtj1q1hycMAAAAABJRU5ErkJgglBL&#10;AwQUAAYACAAAACEANnamr+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnB&#10;i7SbRo0lZlNEKIIiaNuLt0l2zAazuzG7bVN/vZOTnuYN7/Hmm2I12k4caAitdwoW8wQEudrr1jUK&#10;dtv1bAkiRHQaO+9IwYkCrMrzswJz7Y/unQ6b2AgucSFHBSbGPpcy1IYshrnvybH36QeLkdehkXrA&#10;I5fbTqZJkkmLreMLBnt6NFR/bfZWwdXduDbL3bc+vWxfP27enqsn/KmUurwYH+5BRBrjXxgmfEaH&#10;kpkqv3c6iE7BbHHLyWlmLKZAmqasKgXZNXuyLOT/H8pfAAAA//8DAFBLAwQUAAYACAAAACEAqiYO&#10;vrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjF&#10;sjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SD&#10;a2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhh&#10;iskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBL&#10;AQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAG6lqBKmAgAAzwUAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhALQ5SsFqcxAAanMQABQAAAAAAAAAAAAAAAAADAUAAGRy&#10;cy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhADZ2pq/hAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAqHgQAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAA&#10;AAAAAAAAALZ5EABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAKl6EAAA&#10;AA==&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="0082054F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1124332D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C9E2424"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13FC6B82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37B8F164"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2095,51 +2172,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14AD72C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CABC2FD6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2208,51 +2285,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A170D34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D542956"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2321,51 +2398,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B70577D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AA07054"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E8E5750"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCB037CA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2434,51 +2624,426 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E32806"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F660566"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46E86E12"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EB2CA3BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59F66919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A7EDEF2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64C47116"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BE2B65C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2547,51 +3112,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B2E0354"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D44AA250"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75C132AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F96EA39C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2660,524 +3374,654 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E4854B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A156CD86"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1056389842">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="266932987">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1624537088">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="2129547396">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="551114631">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="6" w16cid:durableId="120611912">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="7" w16cid:durableId="1767461302">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1157770951">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2126382843">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2025011717">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="11" w16cid:durableId="575824737">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="12" w16cid:durableId="1787889479">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1660234901">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="75"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0082054F"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="00326A6D"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="0040120D"/>
     <w:rsid w:val="004B5FD4"/>
     <w:rsid w:val="0082054F"/>
     <w:rsid w:val="00A15355"/>
     <w:rsid w:val="00C07A8D"/>
+    <w:rsid w:val="00D33C3F"/>
+    <w:rsid w:val="00E7184E"/>
+    <w:rsid w:val="00F106C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="791EB096"/>
+  <w15:docId w15:val="{BCACC239-B965-4504-81CC-15E3F345C59E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...387 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C07A8D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -3231,58 +4075,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B5FD4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3528,51 +4372,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>8</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>