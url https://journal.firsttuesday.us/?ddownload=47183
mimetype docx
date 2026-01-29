--- v0 (2025-10-21)
+++ v1 (2026-01-29)
@@ -1,1409 +1,1367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00AF0A15">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="211D39C4" w14:textId="251A42B1" w:rsidR="006D0F30" w:rsidRDefault="00100951">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="147ABA56" wp14:editId="63A866E7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>1190624</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>8394086</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="923925" cy="1343639"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Picture 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="yourimagehere.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="923925" cy="1343639"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="38100" cap="sq">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:miter lim="800000"/>
+                    </a:ln>
+                    <a:effectLst/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="793DC67F" wp14:editId="375E09B2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2273300</wp:posOffset>
+                  <wp:posOffset>2276475</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>8521700</wp:posOffset>
+                  <wp:posOffset>8296275</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2933700" cy="1231900"/>
-                <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                <wp:extent cx="2933700" cy="1571625"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Text Box 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2933700" cy="1231900"/>
+                          <a:ext cx="2933700" cy="1571625"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00AF0A15" w:rsidRPr="00B45EBC" w:rsidRDefault="00AF0A15">
+                          <w:p w14:paraId="5A78815C" w14:textId="77777777" w:rsidR="00AF0A15" w:rsidRPr="00B45EBC" w:rsidRDefault="00AF0A15">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00B45EBC">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00AF0A15" w:rsidRDefault="00AF0A15">
-[...2 lines deleted...]
-                              <w:t>CalBRE</w:t>
+                          <w:p w14:paraId="5C078C19" w14:textId="4649E62C" w:rsidR="00AF0A15" w:rsidRPr="00100951" w:rsidRDefault="00100951">
+                            <w:r w:rsidRPr="00100951">
+                              <w:t>D</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-                              <w:t xml:space="preserve"> </w:t>
+                            <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                              <w:t>RE Lic #</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-                              <w:t>Lic</w:t>
+                            <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                              <w:br/>
+                              <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-                              <w:t xml:space="preserve"> #</w:t>
+                            <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                              <w:br/>
+                              <w:t>youremail@mail.com</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidR="00B45EBC" w:rsidRPr="00100951">
+                              <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00100951">
+                              <w:br/>
+                              <w:t>Broker Name</w:t>
                             </w:r>
                             <w:r>
                               <w:br/>
-                              <w:t>555.555.5555</w:t>
-[...9 lines deleted...]
-                              <w:t>yourwebsite.com</w:t>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="793DC67F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:179pt;margin-top:671pt;width:231pt;height:97pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClUgpNgAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sHkBKxQSmIqhIC&#10;VKg4O16brGp7XHuS3fTXM/buhoj2QtXL7njm83jmm8f5RWsN26oQa3AlHx+NOFNOQlW755L/eLz+&#10;9JmziMJVwoBTJd+pyC8WHz+cN36uJrAGU6nAyImL88aXfI3o50UR5VpZEY/AK0dGDcEKpGN4Lqog&#10;GvJuTTEZjU6LBkLlA0gVI2mvOiNfZP9aK4l3WkeFzJScYsP8Dfm7St9icS7mz0H4dS37MMQ/RGFF&#10;7ejRvasrgYJtQv2HK1vLABE0HkmwBWhdS5VzoGzGozfZPKyFVzkXIif6PU3x/7mVt9v7wOqq5DPO&#10;nLBUokfVIvsCLZsldhof5wR68ATDltRU5UEfSZmSbnWw6U/pMLITz7s9t8mZJOXkbDqdjcgkyTae&#10;TMdndCD/xet1HyJ+VWBZEkoeqHiZU7G9idhBB0h6zcF1bUwuoHGsKfnp9GSUL+wt5Ny4hFW5FXo3&#10;KaUu9CzhzqiEMe670kRFziApchOqSxPYVlD7CCmVw5x89kvohNIUxHsu9vjXqN5zuctjeBkc7i/b&#10;2kHI2b8Ju/o5hKw7PHF+kHcSsV21uQf2lV1BtaOCB+gGJnp5XVNRbkTEexFoQqiQNPV4Rx9tgMiH&#10;XuJsDeH33/QJT41LVs4amriSx18bERRn5pujlj4bHx+nEc2H45PZhA7h0LI6tLiNvQSqypj2i5dZ&#10;THg0g6gD2CdaDsv0KpmEk/R2yXEQL7HbA7RcpFouM4iG0gu8cQ9eJtepSKnlHtsnEXzfl0gtfQvD&#10;bIr5m/bssOmmg+UGQde5dxPPHas9/zTQufv75ZM2xuE5o15X5OIFAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkQkMQ4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT4NAEL2b+B82Y+LNLgVpCLI0DUlj&#10;YvTQ2ou3gd0CKTuL7LZFf73jSW/z5r28j2I920FczOR7RwqWiwiEocbpnloFh/ftQwbCBySNgyOj&#10;4Mt4WJe3NwXm2l1pZy770Ao2IZ+jgi6EMZfSN52x6BduNMTc0U0WA8OplXrCK5vbQcZRtJIWe+KE&#10;DkdTdaY57c9WwUu1fcNdHdvse6ieX4+b8fPwkSp1fzdvnkAEM4c/MfzW5+pQcqfanUl7MShI0oy3&#10;BCaSx5gvlmScCKLmV5qsIpBlIf+vKH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApVIK&#10;TYACAABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;ZEJDEOEAAAANAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:179.25pt;margin-top:653.25pt;width:231pt;height:123.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAheOS4aAIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm/U7jeV15CZyVSlK&#10;oiZVzpgFe1WWoTD2rvvrM7Drh9JeUvUCA/PNxzyZXTeVYTvlQwk25/2LHmfKSihKu875j+flp8+c&#10;BRS2EAasyvleBX49//hhVrupGsAGTKE8IxIbprXL+QbRTbMsyI2qRLgApywpNfhKIB39Oiu8qIm9&#10;Mtmg15tkNfjCeZAqBLq9bZV8nvi1VhIftA4Kmck5+YZp9WldxTWbz8R07YXblLJzQ/yDF5UoLT16&#10;pLoVKNjWl39QVaX0EEDjhYQqA61LqVIMFE2/9yaap41wKsVCyQnumKbw/2jl/e7JPXqGzRdoqIAx&#10;IbUL00CXMZ5G+yru5CkjPaVwf0ybapBJuhxcDYeXPVJJ0vXHl/3JYBx5spO58wG/KqhYFHLuqS4p&#10;XWJ3F7CFHiDxNQvL0phUG2NZnfPJcNxLBkcNkRsbsSpVuaM5uZ4k3BsVMcZ+V5qVRYogXqT+UjfG&#10;s52gzhBSKosp+MRL6IjS5MR7DDv8yav3GLdxHF4Gi0fjqrTgU/Rv3C5+HlzWLZ5yfhZ3FLFZNV1J&#10;V1DsqdIe2iEITi5LqsadCPgoPHU9VZAmGR9o0QYo69BJnG3A//7bfcRTM5KWs5qmKOfh11Z4xZn5&#10;ZqlNr/qjURy7dBiNLwd08Oea1bnGbqsboHL06c9wMokRj+Ygag/VCw38Ir5KKmElvZ1zPIg32M42&#10;fRhSLRYJRIPmBN7ZJycjdaxO7LXn5kV41zUkUi/fw2HexPRNX7bYaGlhsUXQZWramOA2q13iaUhT&#10;23cfSvwFzs8Jdfr25q8AAAD//wMAUEsDBBQABgAIAAAAIQDkvkM04gAAAA0BAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqE2KqyjEqapIFRKCQ0sv3Jx4m0T4J8RuG3h6lhPcZndG&#10;s9+W69lZdsYpDsEruF8IYOjbYAbfKTi8be9yYDFpb7QNHhV8YYR1dX1V6sKEi9/heZ86RiU+FlpB&#10;n9JYcB7bHp2OizCiJ+8YJqcTjVPHzaQvVO4sz4RYcacHTxd6PWLdY/uxPzkFz/X2Ve+azOXftn56&#10;OW7Gz8O7VOr2Zt48Aks4p78w/OITOlTE1ISTN5FZBUuZS4qSsRQrUhTJM0GioZWUDwJ4VfL/X1Q/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACF45LhoAgAAPgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOS+QzTiAAAADQEAAA8AAAAAAAAAAAAA&#10;AAAAwgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00AF0A15" w:rsidRPr="00B45EBC" w:rsidRDefault="00AF0A15">
+                    <w:p w14:paraId="5A78815C" w14:textId="77777777" w:rsidR="00AF0A15" w:rsidRPr="00B45EBC" w:rsidRDefault="00AF0A15">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00B45EBC">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00AF0A15" w:rsidRDefault="00AF0A15">
-[...2 lines deleted...]
-                        <w:t>CalBRE</w:t>
+                    <w:p w14:paraId="5C078C19" w14:textId="4649E62C" w:rsidR="00AF0A15" w:rsidRPr="00100951" w:rsidRDefault="00100951">
+                      <w:r w:rsidRPr="00100951">
+                        <w:t>D</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-                        <w:t xml:space="preserve"> </w:t>
+                      <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                        <w:t>RE Lic #</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-                        <w:t>Lic</w:t>
+                      <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                        <w:br/>
+                        <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-                        <w:t xml:space="preserve"> #</w:t>
+                      <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                        <w:br/>
+                        <w:t>youremail@mail.com</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AF0A15" w:rsidRPr="00100951">
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidR="00B45EBC" w:rsidRPr="00100951">
+                        <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00100951">
+                        <w:br/>
+                        <w:t>Broker Name</w:t>
                       </w:r>
                       <w:r>
                         <w:br/>
-                        <w:t>555.555.5555</w:t>
-[...9 lines deleted...]
-                        <w:t>yourwebsite.com</w:t>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0296F1D0" wp14:editId="73C766A4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38E96B88" wp14:editId="32C6D315">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1041400</wp:posOffset>
+                  <wp:posOffset>4333875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4064000</wp:posOffset>
+                  <wp:posOffset>4067175</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3187700" cy="4445000"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="3187700" cy="4014583"/>
+                <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Text Box 2"/>
+                <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3187700" cy="4445000"/>
+                          <a:ext cx="3187700" cy="4014583"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx id="1">
-[...500 lines deleted...]
-                      </wps:txbx>
+                      <wps:linkedTxbx id="2" seq="1"/>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:82pt;margin-top:320pt;width:251pt;height:350pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAYQTAfgIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+2k6WNBnSJr0WFA&#10;sRZrh54VWWqMSaImMbGzXz9KttOg26XDLjZFfqLIj4+Ly84atlUhNuAqPjkqOVNOQt2454p/f7z5&#10;cM5ZROFqYcCpiu9U5JeL9+8uWj9XU1iDqVVg5MTFeesrvkb086KIcq2siEfglSOjhmAF0jE8F3UQ&#10;LXm3ppiW5WnRQqh9AKliJO11b+SL7F9rJfFO66iQmYpTbJi/IX9X6VssLsT8OQi/buQQhviHKKxo&#10;HD26d3UtULBNaP5wZRsZIILGIwm2AK0bqXIOlM2kfJXNw1p4lXMhcqLf0xT/n1v5dXsfWFNXfMqZ&#10;E5ZK9Kg6ZJ+gY9PETuvjnEAPnmDYkZqqPOojKVPSnQ42/SkdRnbiebfnNjmTpDyenJ+dlWSSZJvN&#10;ZiclHch/8XLdh4ifFViWhIoHKl7mVGxvI/bQEZJec3DTGJMLaBxrK356fFLmC3sLOTcuYVVuhcFN&#10;SqkPPUu4MyphjPumNFGRM0iK3ITqygS2FdQ+QkrlMCef/RI6oTQF8ZaLA/4lqrdc7vMYXwaH+8u2&#10;cRBy9q/Crn+MIeseT5wf5J1E7FbdUOoV1DuqdIB+UqKXNw1V41ZEvBeBRoMqSOOOd/TRBoh1GCTO&#10;1hB+/U2f8NSxZOWspVGrePy5EUFxZr446uWPk9kszWY+zE7OpnQIh5bVocVt7BVQOSa0WLzMYsKj&#10;GUUdwD7RVlimV8kknKS3K46jeIX9AqCtItVymUE0jV7grXvwMrlO1Um99tg9ieCHhkTq5a8wDqWY&#10;v+rLHptuOlhuEHSTmzYR3LM6EE+TnNt+2DppVRyeM+plNy5+AwAA//8DAFBLAwQUAAYACAAAACEA&#10;qOPist4AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbExPQU7DMBC8I/EHa5G4UYcCVhXiVFWkCgnB&#10;oaUXbk68TSLsdYjdNvB6tid62tmd0exMsZy8E0ccYx9Iw/0sA4HUBNtTq2H3sb5bgIjJkDUuEGr4&#10;wQjL8vqqMLkNJ9rgcZtawSYUc6OhS2nIpYxNh97EWRiQmNuH0ZvE69hKO5oTm3sn51mmpDc98YfO&#10;DFh12HxtD17Da7V+N5t67he/rnp526+G793nk9a3N9PqGUTCKf2L4Ryfo0PJmepwIBuF4109cpek&#10;gScDViilGNRMPZxPsizkZYnyDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAABhBMB+AgAA&#10;YwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKjj4rLe&#10;AAAADAEAAA8AAAAAAAAAAAAAAAAA2AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
-[...500 lines deleted...]
-                  </w:txbxContent>
+              <v:shape w14:anchorId="38E96B88" id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:341.25pt;margin-top:320.25pt;width:251pt;height:316.1pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAROTOtdQIAAFMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9vGyEMfp+0/wHxvt7lR9ssyqXKWnWa&#10;VLXV2qnPhIMElcMUSO6yv76Gu0uibC+d9gIGfza2P5vZVVNpshXOKzAFHZzllAjDoVRmVdBfz7df&#10;JpT4wEzJNBhR0J3w9Gr++dOstlMxhDXoUjiCToyf1rag6xDsNMs8X4uK+TOwwqBSgqtYwKNbZaVj&#10;NXqvdDbM84usBldaB1x4j7c3rZLOk38pBQ8PUnoRiC4oxhbS6tK6jGs2n7HpyjG7VrwLg/1DFBVT&#10;Bh/du7phgZGNU3+4qhR34EGGMw5VBlIqLlIOmM0gP8nmac2sSLlgcbzdl8n/P7f8fvtkHx0JzTdo&#10;kMBYkNr6qcfLmE8jXRV3jJSgHku425dNNIFwvBwNJpeXOao46sb5YHw+GUU/2cHcOh++C6hIFArq&#10;kJdULra986GF9pD4moFbpXXiRhtSF/RidJ4ng70GnWsTsSKx3Lk5hJ6ksNMiYrT5KSRRZcogXqT+&#10;EtfakS3DzmCcCxNS8skvoiNKYhAfMezwh6g+Ytzm0b8MJuyNK2XApexPwi5f+5Bli8eaH+UdRa3M&#10;qyifm2WD6Ud+iRdvRzwvodwh/Q7ayfCW3yqk6I758MgcjgLSiuMdHnCRGpAK6CRK1uB+/+0+4rFD&#10;UUtJjaNVUP+2YU5Qon8Y7N2vg/E4zmI6jM8vh3hwx5rlscZsqmtAjmLolicx4oPuRemgesFfYBFf&#10;RRUzHN8uaOjF69AOPP4iXCwWCYTTZ1m4M0+WR9eRstiAz80Lc7br0oANfg/9ELLpSbO22GhpYLEJ&#10;IFXq5Fj1tqodGzi5aRa6XyZ+DcfnhDr8hfN3AAAA//8DAFBLAwQUAAYACAAAACEAZ0ZI5uEAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy2rDMBBF94X8g5hAd40ckYdxLYdgCIXSLpJm051sTWxT&#10;PVxLSdx+fSerZneGudw5k29Ga9gFh9B5J2E+S4Chq73uXCPh+LF7SoGFqJxWxjuU8IMBNsXkIVeZ&#10;9le3x8shNoxKXMiUhDbGPuM81C1aFWa+R0e7kx+sijQODdeDulK5NVwkyYpb1Tm60Koeyxbrr8PZ&#10;Sngtd+9qXwmb/pry5e207b+Pn0spH6fj9hlYxDH+h+GmT+pQkFPlz04HZiSsUrGkKMEiIbgl5umC&#10;qCISa7EGXuT8/oviDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABE5M611AgAAUwUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGdGSObhAAAADQEA&#10;AA8AAAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent/>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AF0A15">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="236B75CA" wp14:editId="6C9294FB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BBE0ED2" wp14:editId="06C0F014">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>4330700</wp:posOffset>
+                  <wp:posOffset>1038225</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>4064000</wp:posOffset>
+                  <wp:posOffset>4067175</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3187700" cy="3987800"/>
+                <wp:extent cx="3187700" cy="4210050"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name="Text Box 3"/>
+                <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3187700" cy="3987800"/>
+                          <a:ext cx="3187700" cy="4210050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:linkedTxbx id="1" seq="1"/>
+                      <wps:txbx id="2">
+                        <w:txbxContent>
+                          <w:p w14:paraId="69841E2C" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Many nearby native insects and vermin find shelter in the hidden or neglected areas of your home. You can prevent </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>a majority of</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> invasions by doing maintenance checks and adopting precautionary habits.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0C86762C" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">One common denominator is easy access to food. </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>In order to</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> avoid attracting flies, cockroaches, ants, bees and rodents:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1D7036F3" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">keep pet food off the ground in raised </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>dishes;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="74F8CE42" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">store leftovers and ingredients in tightly sealed containers or plastic </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>bags;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="080DACD8" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">keep ripening fruits and vegetables off the counter and in the </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>refrigerator;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="0FAC9F7B" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">clean out trash cans with a water hose </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>frequently;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="6C6EF052" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>make sure all food stored in the pantry is sealed and thrown out once it expires; and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7706744B" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="7"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>place a cinnamon stick or bay leaf in containers with rice or grain (the scent deters beetles and moths).</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4DA860D9" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Keep small pests from entering through wall and floor cracks, utility openings and under doors by:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4F984B8F" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">installing door sweeps or thresholds at the base of every </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>doorway;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="209787EA" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">sealing utility accesses where wires and pipes enter from the </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>outside;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="7045E31D" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>using silicone or acrylic latex caulk to repair cracks around doors and windows; and</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4426B7D6" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="8"/>
+                              </w:numPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>installing wire mesh over vents in the attic, roof and crawl spaces.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1C676097" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>You might also consider planting native flowers and shrubs which repel pests. Large trees encourage birds and bats which prey on insects around your home.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="44F13E26" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00100951">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">To hear more about protecting your home or finding an even better fit for you, give me a call today! </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2F1D4739" w14:textId="460C862C" w:rsidR="00125D7D" w:rsidRPr="00AF0A15" w:rsidRDefault="00125D7D" w:rsidP="00100951">
+                            <w:pPr>
+                              <w:spacing w:line="216" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:341pt;margin-top:320pt;width:251pt;height:314pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQG/PmiAIAAHgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5sQICHKBqUgqkoI&#10;UEnF2fHaxML2GNvJbvrrO/buJhHthaqXXXvmzfN8z64ao8lW+KDAlnR4MqBEWA6Vsi8l/bm8/TKh&#10;JERmK6bBipLuRKBX88+fZrWbilNYg66EJ0hiw7R2JV3H6KZFEfhaGBZOwAmLSgnesIhX/1JUntXI&#10;bnRxOhhcFDX4ynngIgSU3rRKOs/8UgoeH6QMIhJdUvQt5q/P31X6FvMZm7545taKd26wf/DCMGXx&#10;0T3VDYuMbLz6g8oo7iGAjCccTAFSKi5yDBjNcPAumqc1cyLHgskJbp+m8P9o+f320RNVlXREiWUG&#10;S7QUTSRfoSGjlJ3ahSmCnhzCYoNirHIvDyhMQTfSm/THcAjqMc+7fW4TGUfhaDgZjweo4qgbXU7G&#10;E7wgf3Ewdz7EbwIMSYeSeixezinb3oXYQntIes3CrdI6F1BbUpf0YnQ+yAZ7DZJrm7Ait0JHk0Jq&#10;Xc+nuNMiYbT9ISSmIkeQBLkJxbX2ZMuwfRjnwsYcfOZFdEJJdOIjhh3+4NVHjNs4+pfBxr2xURZ8&#10;jv6d29Vr77Js8Zjzo7jTUSv7Kqpls2pyJ2CRgng7qvMKqh2W30M7PsHxW4UlumMhPjKP84IWuAPi&#10;A36kBiwFdCdK1uB//U2e8NjGqKWkxvkraXjbMC8o0d8tNvjl8OwMaWO+nJ2PT/HijzWrY43dmGvA&#10;Gg3RdcfzMeGj7o/Sg3nGVbFIr6KKWY5vlzT2x+vYbgVcNVwsFhmEI+pYvLNPjifqVLLUgMvmmXnX&#10;dWnEBr+HflLZ9F2ztthkaWGxiSBV7uSU9TarXTVwvPMsdKso7Y/je0YdFub8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJkpejThAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;3ahEVohTVZEqJASHll64ObGbRNjrELtt4OvZnuD2RjuanSnXs3fsbKc4BFSwXAhgFttgBuwUHN63&#10;DxJYTBqNdgGtgm8bYV3d3pS6MOGCO3vep45RCMZCK+hTGgvOY9tbr+MijBbpdgyT14nk1HEz6QuF&#10;e8czIXLu9YD0odejrXvbfu5PXsFLvX3Tuybz8sfVz6/Hzfh1+HhU6v5u3jwBS3ZOf2a41qfqUFGn&#10;JpzQROYU5DKjLYlgJQiujqVcETVEWS4F8Krk/1dUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBQG/PmiAIAAHgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCZKXo04QAAAA0BAAAPAAAAAAAAAAAAAAAAAOIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
-[...1 lines deleted...]
-                  <w:txbxContent/>
+              <v:shape w14:anchorId="3BBE0ED2" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:81.75pt;margin-top:320.25pt;width:251pt;height:331.5pt;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5AfyWawIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+yk6WNBnSJr0WFA&#10;0BZLh54VWWqMyaImMbGzXz9Kdh7Ldumwi02JH18fSV3ftLVhG+VDBbbgw0HOmbISysq+Fvzb8/2H&#10;K84CClsKA1YVfKsCv5m+f3fduIkawQpMqTwjJzZMGlfwFaKbZFmQK1WLMACnLCk1+FogHf1rVnrR&#10;kPfaZKM8v8ga8KXzIFUIdHvXKfk0+ddaSXzUOihkpuCUG6avT99l/GbTazF59cKtKtmnIf4hi1pU&#10;loLuXd0JFGztqz9c1ZX0EEDjQEKdgdaVVKkGqmaYn1SzWAmnUi1ETnB7msL/cysfNgv35Bm2n6Cl&#10;BkZCGhcmgS5jPa32dfxTpoz0ROF2T5tqkUm6PBteXV7mpJKkG4+GeX6eiM0O5s4H/KygZlEouKe+&#10;JLrEZh6QQhJ0B4nRLNxXxqTeGMuagl+ckcvfNGRhbLxRqcu9m0PqScKtURFj7FelWVWmCuJFmi91&#10;azzbCJoMIaWymIpPfgkdUZqSeIthjz9k9Rbjro5dZLC4N64rCz5Vf5J2+X2Xsu7wRORR3VHEdtlS&#10;4UedXUK5pYZ76HYhOHlfUVPmIuCT8DT81EhaaHykjzZA5EMvcbYC//Nv9xFPM0lazhpapoKHH2vh&#10;FWfmi6Vp/Tgcj+P2pcP4/HJEB3+sWR5r7Lq+BerKkJ4OJ5MY8Wh2ovZQv9Dez2JUUgkrKXbBcSfe&#10;Yrfi9G5INZslEO2bEzi3Cyej69ikOHLP7Yvwrp9LpJF+gN3aicnJeHbYaGlhtkbQVZrdyHPHas8/&#10;7Woa6f5diY/B8TmhDq/f9BcAAAD//wMAUEsDBBQABgAIAAAAIQCDHzEw4AAAAAwBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqN2WWFWIU1WRKiQEh5ZeuDnxNonqnxC7beDpWU5w&#10;m9GMZr8t1pOz7IJj7INXMJ8JYOibYHrfKji8bx9WwGLS3mgbPCr4wgjr8vam0LkJV7/Dyz61jEZ8&#10;zLWCLqUh5zw2HTodZ2FAT9kxjE4nsmPLzaivNO4sXwghudO9pwudHrDqsDntz07BS7V907t64Vbf&#10;tnp+PW6Gz8NHptT93bR5ApZwSn9l+MUndCiJqQ5nbyKz5OUyo6oC+ShIUEPKjERN0VJQxsuC/3+i&#10;/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5AfyWawIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCDHzEw4AAAAAwBAAAPAAAAAAAAAAAA&#10;AAAAAMUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox style="mso-next-textbox:#Text Box 3">
+                  <w:txbxContent>
+                    <w:p w14:paraId="69841E2C" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Many nearby native insects and vermin find shelter in the hidden or neglected areas of your home. You can prevent </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>a majority of</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> invasions by doing maintenance checks and adopting precautionary habits.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0C86762C" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">One common denominator is easy access to food. </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>In order to</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> avoid attracting flies, cockroaches, ants, bees and rodents:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1D7036F3" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">keep pet food off the ground in raised </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>dishes;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="74F8CE42" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">store leftovers and ingredients in tightly sealed containers or plastic </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>bags;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="080DACD8" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">keep ripening fruits and vegetables off the counter and in the </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>refrigerator;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="0FAC9F7B" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">clean out trash cans with a water hose </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>frequently;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="6C6EF052" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>make sure all food stored in the pantry is sealed and thrown out once it expires; and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7706744B" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="7"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>place a cinnamon stick or bay leaf in containers with rice or grain (the scent deters beetles and moths).</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4DA860D9" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Keep small pests from entering through wall and floor cracks, utility openings and under doors by:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4F984B8F" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">installing door sweeps or thresholds at the base of every </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>doorway;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="209787EA" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">sealing utility accesses where wires and pipes enter from the </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>outside;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="7045E31D" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>using silicone or acrylic latex caulk to repair cracks around doors and windows; and</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4426B7D6" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="8"/>
+                        </w:numPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>installing wire mesh over vents in the attic, roof and crawl spaces.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1C676097" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>You might also consider planting native flowers and shrubs which repel pests. Large trees encourage birds and bats which prey on insects around your home.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="44F13E26" w14:textId="77777777" w:rsidR="00100951" w:rsidRPr="00100951" w:rsidRDefault="00100951" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00100951">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">To hear more about protecting your home or finding an even better fit for you, give me a call today! </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2F1D4739" w14:textId="460C862C" w:rsidR="00125D7D" w:rsidRPr="00AF0A15" w:rsidRDefault="00125D7D" w:rsidP="00100951">
+                      <w:pPr>
+                        <w:spacing w:line="216" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AF0A15">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E6A4FC7" wp14:editId="5F836307">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7F5C73" wp14:editId="4E809EEF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5600700</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>9074785</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1816100" cy="666115"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1414,158 +1372,84 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1816100" cy="666115"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...72 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00125D7D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="361DE43D" wp14:editId="696D3C10">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-88900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-63500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7937500" cy="10134600"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7937500" cy="10134600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1573,140 +1457,141 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-7pt;margin-top:-5pt;width:625pt;height:798pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAIZFQUJwMAANAGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV1P2zAUfZ+0/2D5&#10;vSQpgdKKFHUtTEgVIGDi2XWcxpJje7b7tWn/fdd2kiJAmzTtJb32vb4fx8enl1f7RqAtM5YrWeDs&#10;JMWISapKLtcF/vZ8M7jAyDoiSyKUZAU+MIuvpp8/Xe70hA1VrUTJDIIk0k52usC1c3qSJJbWrCH2&#10;RGkmwVkp0xAHS7NOSkN2kL0RyTBNz5OdMqU2ijJrYXcRnXga8lcVo+6+qixzSBQYenPha8J35b/J&#10;9JJM1obomtO2DfIPXTSESyjap1oQR9DG8HepGk6NsqpyJ1Q1iaoqTlmYAabJ0jfTPNVEszALgGN1&#10;D5P9f2np3fbBIF7C3WEkSQNX9AigEbkWDGUenp22E4h60g+mXVkw/az7yjT+F6ZA+wDpoYeU7R2i&#10;sDkan47OUkCegi9Ls9P8HFaQKDme18a6r0w1yBsFNlA/YEm2S+tiaBfiy60E1zdcCFRqwBdSG+Ve&#10;uKsDWn6OLqjFC27776yKN7FQdNMw6SK1DBPEAa9tzbWFMhPWrBggZW7LWASGhA59OT9uuO6fw4tZ&#10;mo6HXwbzs3Q+yNPR9WA2zkeDUXo9ytP8Iptn81++xSyfbCxbKkrEQvOOe1n+rtsPKdO+gsiawD60&#10;JYHjETBoKGDctQhwe9x8r9ZQf8UQB7YzzNHamxVA2u5DcO9oD3rAfZSQ/iuVX8dKfifxJIm0CJY7&#10;CBajH1kF7AIiDMO1hHfN5sLEbgmlgHYE09akZHEbCNOTpD8RxhESEh67bXO3CbxmvM8du4zThaMs&#10;yELfWPqnxlowuxOhspKuP9xwqcxHCQRM1VaO8R1IERqP0kqVB3h7wN7AYqvpDYcHsCTWPRADKgTU&#10;BmV19/CphNoVWLUWRrUyPz7a9/FAIPBitANVK7D9viGGYSRuJcjGOMtzL4NhkZ+Nhv75vPasXnvk&#10;ppkrIBVIA3QXTB/vRGdWRjUvIMAzXxVcRFKoXWDqTLeYu6i2IOGUzWYhDKRPE7eUT5p279U/8Of9&#10;CzG6VQEHzL1TnQKSyRsxiLGRi7ONUxUPSnHEtcUbZDMQp5V4r8uv1yHq+Ec0/Q0AAP//AwBQSwME&#10;FAAGAAgAAAAhADedwRi6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIw&#10;EEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0oJuOdgKaqgZGTXhmn&#10;BVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO50gw+WszljJoHlDfU&#10;xNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCSMvgOm+oaNPCu5V+P&#10;dS8AAAD//wMAUEsDBBQABgAIAAAAIQBLyEoL3gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcWqcplCjEqSoE4gJClIrzJjZOwD+R7Tbp27M5we0b7Wh2ptpO1rCTCrH3TsBq&#10;mQFTrvWyd1rA4eNpUQCLCZ1E450ScFYRtvXlRYWl9KN7V6d90oxCXCxRQJfSUHIe205ZjEs/KEe3&#10;Lx8sJpJBcxlwpHBreJ5lG26xd/Shw0E9dKr92R+tAH1unsPLWOy+3/Jg7vT6ET9fD0JcX027e2BJ&#10;TenPDHN9qg41dWr80cnIjIDF6oa2pBkygtmRrzdEDdFtQcTriv9fUf8CAAD//wMAUEsDBAoAAAAA&#10;AAAAIQBuMhHuHwUOAB8FDgAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/hDPpFeGlmAABNTQAq&#10;AAAACAAHARIAAwAAAAEAAQAAARoABQAAAAEAAABiARsABQAAAAEAAABqASgAAwAAAAEAAgAAATEA&#10;AgAAACIAAAByATIAAgAAABQAAACUh2kABAAAAAEAAACoAAAA1AAW42AAACcQABbjYAAAJxBBZG9i&#10;ZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykAMjAxNTowODoxMiAxMDowNjowMAAAA6ABAAMA&#10;AAAB//8AAKACAAQAAAABAAAE+6ADAAQAAAABAAAGcgAAAAAAAAAGAQMAAwAAAAEABgAAARoABQAA&#10;AAEAAAEiARsABQAAAAEAAAEqASgAAwAAAAEAAgAAAgEABAAAAAEAAAEyAgIABAAAAAEAAAvAAAAA&#10;AAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSAAAAAAf/bAIQADAgI&#10;CAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwM/8AAEQgAoAB8AwEiAAIRAQMRAf/dAAQACP/EAT8AAAEFAQEBAQEBAAAAAAAA&#10;AAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcGCAUD&#10;DDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZEk1Rk&#10;RcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5ent8fX&#10;5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKSQ1MV&#10;Y3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2hpam&#10;tsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8AzEkklsvKMqqrLrWU1DdZY4NY3iSdAupxcWrD&#10;oFFUHvZZ3e/9/wDqN/wLPzGf8I+1Zv1fxgBZmu51pq+JH6d3/bbmVf8AXnrX1JgCSdABzK5L/jN8&#10;RlLIOSxn0xqWav05y9UMf92Hz/8Aoj0fwTkxHH95mPXOxjv9GH73+Gkx8ezJtFVY15ceQB+8YW5j&#10;YdOO3bWDP5zy07j8dP8AoKpjMuxm7GVOJn3vY5vuP+d9Bn5itNyMocsyB8if+pcmfDuRhgiJzjea&#10;W9j+b/qR/wC6dPJInYivNshrB3P+aVKK/wB78Cqv26xv0jc3+sx3/kU46mO98fEEflatLij3YuGX&#10;ZsxX+9+BSiv9/wDAoLeog8XtP3KYzXni1p/zUbHdHDJkRV++PuP9yYir/SD7j/cm+13fvNPyCX2q&#10;/wAG/wCajoqisRV/pG/j/coltf8ApG/j/cnOZb3aw/JROY7vWw/JDRVFiW1/6Rv4qG1k/TapOzB3&#10;qYofbGz/ADLUk6v/0MxIpK10ukX9QorcAWB294PdrB6rx/msWvOcYRlOWkYAyl/dj6pPLY4Gc4wj&#10;vMiI85PRY9H2bHqxuDUwB/8AXPvt/wDBXvVzCZ7zafzNGf1j3/sN/wC+KuSSSTydSVfqrNbG1xBA&#10;l39Z3ud/31n9hef8mJc1zs8+TX1HNL+/OXoi9xGAx4444/LECI/uxbVfCI1CrRgugixSSB7hw4j5&#10;lZPXfrbidDY7199z2ND7GhwaGNP0d73iz9I/8ytrFqN1I815P/jHssMku0uyXl/ntnb/AJu5Os2A&#10;DVooVKRF0Nn0f6vfWbpf1kw3ZeBzUQ3Ix7mM9StxnZv27murs2u9K1q0jXQeaKz/AGY/6mF45/ir&#10;zLaPrbXjsP6PMouqtHkxjsph/s2Y7F7GnyFFjibDA0Yh/wAA0f1XOH8VA4uJ2Fjf6tn94RXKMptD&#10;sPsX2e5+1EcWr82+9vzBUHYzvzct4/rNn8iMVElKh2VZ7td2Plfm5VZ/rNI/goeh1Cf52iPGUdxQ&#10;51SoeP2lNnw+wP8A/9HMWr9Xq5vvuI0rr2g+DnuH/otlqylvfV+vbhW2f6S0N/7bb/78Kx8ay+18&#10;O5iXWUfb/wDDpRxH/mzcL4Vj4+dxD90mf+JHij/znTBa2XvG5lYL3N4kNG7ZP8v6CvY/1iosH65X&#10;6ZPO8SP89m9qysy30sVxEzY5rNPAfpX/APUMVau9p5I+ehXK/DSceLiH+UNnyj6YvZDDGcblfhT2&#10;FNnT8lu6pwA/eYZH/fkYYYcJreHLj2vx53B7Wv8AFsh3+fSrOP1HPYYpvDo/NuG4f9uM9O7/ADlr&#10;QzA7x+xhny8h8sv8Z6b7Lc1w9siRwvHP8YtgcMaPzrrnf9R/evROpdXz7enPx7KtbC0OdVYC1zeS&#10;zdZ6bm7v7a8++tXS+pdT9DZSKvR3mHPBkO2fu/1E8ZcfHH1V5rPZyHHLSya28Gn/AIrmbvrjjO/0&#10;dWQ7/wABsZ/39ezrg/8AFV9T3Y1lvXM6z07gbMbHoEEFsNFt73a/vbK2L0Y4ZOrXAqY+rUahrj02&#10;JaHxaZUSVYfi3N/Nn4aoLmkdk1eCjKg4qTlApJYOKHOqm4oc6oKf/9LMXSdIZs6ZT/whfZ97vS/9&#10;Erm11OC3Z0/Gb4VA/wCcXW/+jFH/AMZ58PIAfv5YR/5s5/8AcOX8BjfNSP7uM/aZQaHXLb/Vpoo3&#10;HbWbHhs8vds90fyaq1lF+SPc7cCY9xnvxqVudQ6B9YcjOsyMfEs9NwY1j2vYJaxrGtd/Obvc5m9V&#10;z9W/rSWFhxbdh5ZvZtPB+j6m36TVc5HBy+PlMECMZlHHDj4uHi4+Hin/AM9ZzeTnJcxlMDnjHilw&#10;cHucHCPTFzt+eHFn6QOEy33SNp2u/wA1ykbepNaXF1rWtAJJLhAO2P8Aq2LRb9XfrUz6OJZMFs7q&#10;+DH8v6XsZ70n/V361vEPxrTPM2M10A/0n8lTmOPi9McHB41xeLGDzPDqea4v8Lhc913Vdu1779o1&#10;IJfGn/nSg92c0tD94c4S0GZiXN4/rMctR3QPra5xd9mtBPg+sRru9u2z2f2VE/Vz61FznHEsl4DS&#10;d9f0QQ8N/nPa3c1CMYEjjjy/jXq/xeJUvvAB4DzXhfEP8bhaFOb1esCui/IrAcGhjHPaA530W7Wn&#10;6T0VvU/rAdG5eYY8LLO2nirJ+rP1oIAOJYQCCBvr5aIb/hPzW/RTH6s/WgjacSyNNN9fYbG/4T81&#10;h2KUHCNvbH+KwmHNE2Y5j/jpeh9d6nR1bHfnZOVbjlry6pxss3Asfsd6Xu3+9db/AM6OluEPqyD/&#10;AOg1n/kFg/VzofX6Ov4uXnY9jaqxYHWve10A12Nb9F7nfTcu8VPmuEzHCRXCPl23k6nw8ZY4pCfF&#10;E8Zr3AeKuGLzr+u9Edw3Jb8Me3/yCrv6v0s/ROR88a3/AMguqSVbh8m6JT/e/B49/VcLsMg/+g9v&#10;/kEL9qYs/Qv/AO2LP/ILtUkuBdxz7j7P/Qn/08xddjV76caocuqpaP7TKx/FcgeCu56XXuzMOsfm&#10;+n/0Gtd/3xQf8ZRx4uVx/v5wPw4f+7c74DpPNLtAfm9eAAIHA4TpJKd0VJJJJKUkkkkpSSSSSlJJ&#10;JJKUkkkkpSSSSSn/1Ms8FegdEZPVKv5DXH/o7P8Avy8/PBXov1eE9Qc7wpn7zWm/HI8WXkB/rif8&#10;UcTnfAzQ5n+7H/unpEkkk50VJJJJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn//1cs8Fej/AFX91rn+&#10;NFR/zmtcvOV6N9Uta93/AHXx/wDqFJ8WjeTkz2yy/wDSOSX/AHDl/BTrnH9SP/SeiSSSUbqKSSSS&#10;UpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9bMXoX1Jduww496ax/muuq/74vPV3n1Ct3Yhb+4Cz7n&#10;us/9Hq18SjccB/czA/42LNj/AO7cb4RKs2QfvYz+E4SesSSSVV2VJJJJKUkkkkpSSSSSlJJJJKUk&#10;kkkpSSSSSn//18xdl/i9tl+TV+57v8/Z/wCkVxq6T6hX+n1p1JMC6p0Dxc3Uf9Fz1o87DiwS8DCX&#10;+JOMpf8ANcD4dPh5qH9YSj/jR0/5z6Ikkks531JJJJKUkkkkpSSSSSlJJJJKUkkkkpSSSSSn/9DM&#10;V/oGX9j61hZBIDW2ta8ngNs/Qvd/ZbYqCYiRHitiQEokHqK+15aEjCcZDeJEv8V9pSVDofUB1HpO&#10;NmTL7GAW9v0jfZd/4I1yvrIIIJB6aPURkJREhtIWPqpJJJBKkkkklKSSSSUpJJJJSkkkklKSSSSU&#10;/wD/2f/tFLpQaG90b3Nob3AgMy4wADhCSU0EJQAAAAAAEAAAAAAAAAAAAAAAAAAAAAA4QklNBDoA&#10;AAAAAOUAAAAQAAAAAQAAAAAAC3ByaW50T3V0cHV0AAAABQAAAABQc3RTYm9vbAEAAAAASW50ZWVu&#10;dW0AAAAASW50ZQAAAABDbHJtAAAAD3ByaW50U2l4dGVlbkJpdGJvb2wAAAAAC3ByaW50ZXJOYW1l&#10;VEVYVAAAAAEAAAAAAA9wcmludFByb29mU2V0dXBPYmpjAAAADABQAHIAbwBvAGYAIABTAGUAdAB1&#10;AHAAAAAAAApwcm9vZlNldHVwAAAAAQAAAABCbHRuZW51bQAAAAxidWlsdGluUHJvb2YAAAAJcHJv&#10;b2ZDTVlLADhCSU0EOwAAAAACLQAAABAAAAABAAAAAAAScHJpbnRPdXRwdXRPcHRpb25zAAAAFwAA&#10;AABDcHRuYm9vbAAAAAAAQ2xicmJvb2wAAAAAAFJnc01ib29sAAAAAABDcm5DYm9vbAAAAAAAQ250&#10;Q2Jvb2wAAAAAAExibHNib29sAAAAAABOZ3R2Ym9vbAAAAAAARW1sRGJvb2wAAAAAAEludHJib29s&#10;AAAAAABCY2tnT2JqYwAAAAEAAAAAAABSR0JDAAAAAwAAAABSZCAgZG91YkBv4AAAAAAAAAAAAEdy&#10;biBkb3ViQG/gAAAAAAAAAAAAQmwgIGRvdWJAb+AAAAAAAAAAAABCcmRUVW50RiNSbHQAAAAAAAAA&#10;AAAAAABCbGQgVW50RiNSbHQAAAAAAAAAAAAAAABSc2x0VW50RiNQeGxAYsAAAAAAAAAAAAp2ZWN0&#10;b3JEYXRhYm9vbAEAAAAAUGdQc2VudW0AAAAAUGdQcwAAAABQZ1BDAAAAAExlZnRVbnRGI1JsdAAA&#10;AAAAAAAAAAAAAFRvcCBVbnRGI1JsdAAAAAAAAAAAAAAAAFNjbCBVbnRGI1ByY0BZAAAAAAAAAAAA&#10;EGNyb3BXaGVuUHJpbnRpbmdib29sAAAAAA5jcm9wUmVjdEJvdHRvbWxvbmcAAAAAAAAADGNyb3BS&#10;ZWN0TGVmdGxvbmcAAAAAAAAADWNyb3BSZWN0UmlnaHRsb25nAAAAAAAAAAtjcm9wUmVjdFRvcGxv&#10;bmcAAAAAADhCSU0D7QAAAAAAEACWAAAAAQABAJYAAAABAAE4QklNBCYAAAAAAA4AAAAAAAAAAAAA&#10;P4AAADhCSU0EDQAAAAAABAAAAFo4QklNBBkAAAAAAAQAAAAeOEJJTQPzAAAAAAAJAAAAAAAAAAAB&#10;ADhCSU0nEAAAAAAACgABAAAAAAAAAAE4QklNA/UAAAAAAEgAL2ZmAAEAbGZmAAYAAAAAAAEAL2Zm&#10;AAEAoZmaAAYAAAAAAAEAMgAAAAEAWgAAAAYAAAAAAAEANQAAAAEALQAAAAYAAAAAAAE4QklNA/gA&#10;AAAAAHAAAP////////////////////////////8D6AAAAAD/////////////////////////////&#10;A+gAAAAA/////////////////////////////wPoAAAAAP////////////////////////////8D&#10;6AAAOEJJTQQIAAAAAAAQAAAAAQAAAkAAAAJAAAAAADhCSU0EHgAAAAAABAAAAAA4QklNBBoAAAAA&#10;A0kAAAAGAAAAAAAAAAAAAAZyAAAE+wAAAAoAVQBuAHQAaQB0AGwAZQBkAC0AMQAAAAEAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAE+wAABnIAAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAQAAAAAQAAAAAAAG51bGwAAAACAAAABmJvdW5kc09iamMAAAABAAAAAAAAUmN0MQAA&#10;AAQAAAAAVG9wIGxvbmcAAAAAAAAAAExlZnRsb25nAAAAAAAAAABCdG9tbG9uZwAABnIAAAAAUmdo&#10;dGxvbmcAAAT7AAAABnNsaWNlc1ZsTHMAAAABT2JqYwAAAAEAAAAAAAVzbGljZQAAABIAAAAHc2xp&#10;Y2VJRGxvbmcAAAAAAAAAB2dyb3VwSURsb25nAAAAAAAAAAZvcmlnaW5lbnVtAAAADEVTbGljZU9y&#10;aWdpbgAAAA1hdXRvR2VuZXJhdGVkAAAAAFR5cGVlbnVtAAAACkVTbGljZVR5cGUAAAAASW1nIAAA&#10;AAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9u&#10;ZwAAAAAAAAAAQnRvbWxvbmcAAAZyAAAAAFJnaHRsb25nAAAE+wAAAAN1cmxURVhUAAAAAQAAAAAA&#10;AG51bGxURVhUAAAAAQAAAAAAAE1zZ2VURVhUAAAAAQAAAAAABmFsdFRhZ1RFWFQAAAABAAAAAAAO&#10;Y2VsbFRleHRJc0hUTUxib29sAQAAAAhjZWxsVGV4dFRFWFQAAAABAAAAAAAJaG9yekFsaWduZW51&#10;bQAAAA9FU2xpY2VIb3J6QWxpZ24AAAAHZGVmYXVsdAAAAAl2ZXJ0QWxpZ25lbnVtAAAAD0VTbGlj&#10;ZVZlcnRBbGlnbgAAAAdkZWZhdWx0AAAAC2JnQ29sb3JUeXBlZW51bQAAABFFU2xpY2VCR0NvbG9y&#10;VHlwZQAAAABOb25lAAAACXRvcE91dHNldGxvbmcAAAAAAAAACmxlZnRPdXRzZXRsb25nAAAAAAAA&#10;AAxib3R0b21PdXRzZXRsb25nAAAAAAAAAAtyaWdodE91dHNldGxvbmcAAAAAADhCSU0EKAAAAAAA&#10;DAAAAAI/8AAAAAAAADhCSU0EFAAAAAAABAAAAAQ4QklNBAwAAAAAC9wAAAABAAAAfAAAAKAAAAF0&#10;AADogAAAC8AAGAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAAAAH/2wCEAAwICAgJCAwJ&#10;CQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwB&#10;DQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDP/AABEIAKAAfAMBIgACEQEDEQH/3QAEAAj/xAE/AAABBQEBAQEBAQAAAAAAAAADAAEC&#10;BAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQBAwIEAgUHBggFAwwzAQAC&#10;EQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNzNRaisoMmRJNUZEXCo3Q2&#10;F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3R1dnd4eXp7fH1+f3EQAC&#10;AgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHwMyRi4XKCkkNTFWNzNPEl&#10;BhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2&#10;JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AMxJJJbLyjKqqy61lNQ3WWODWN4knQLqcXFqw6BRVB72&#10;Wd3v/f8A6jf8Cz8xn/CPtWb9X8YAWZrudaaviR+nd/225lX/AF5619SYAknQAcyuS/4zfEZSyDks&#10;Z9Malmr9OcvVDH/dh8//AKI9H8E5MRx/eZj1zsY7/Rh+9/hpMfHsybRVWNeXHkAfvGFuY2HTjt21&#10;gz+c8tO4/HT/AKCqYzLsZuxlTiZ972Ob7j/nfQZ+YrTcjKHLMgfIn/qXJnw7kYYIic43mlvY/m/6&#10;kf8AunTySJ2IrzbIawdz/mlSiv8Ae/Aqr9usb9I3N/rMd/5FOOpjvfHxBH5WrS4o92Lhl2bMV/vf&#10;gUor/f8AwKC3qIPF7T9ymM154taf81Gx3RwyZEVfvj7j/cmIq/0g+4/3Jvtd37zT8gl9qv8ABv8A&#10;mo6KorEVf6Rv4/3KJbX/AKRv4/3JzmW92sPyUTmO71sPyQ0VRYltf+kb+KhtZP02qTswd6mKH2xs&#10;/wAy1JOr/9DMSKStdLpF/UKK3AFgdveD3aweq8f5rFrznGEZTlpGAMpf3Y+qTy2OBnOMI7zIiPOT&#10;0WPR9mx6sbg1MAf/AFz77f8AwV71cwme82n8zRn9Y9/7Df8Avirkkkk8nUlX6qzWxtcQQJd/Wd7n&#10;f99Z/YXn/JiXNc7PPk19RzS/vzl6IvcRgMeOOOPyxAiP7sW1XwiNQq0YLoIsUkge4cOI+ZWT1362&#10;4nQ2O9ffc9jQ+xocGhjT9He94s/SP/MraxajdSPNeT/4x7LDJLtLsl5f57Z2/wCbuTrNgA1aKFSk&#10;RdDZ9H+r31m6X9ZMN2Xgc1ENyMe5jPUrcZ2b9u5rq7NrvStatI10Hmis/wBmP+pheOf4q8y2j621&#10;47D+jzKLqrR5MY7KYf7NmOxexp8hRY4mwwNGIf8AANH9Vzh/FQOLidhY3+rZ/eEVyjKbQ7D7F9nu&#10;ftRHFq/Nvvb8wVB2M783LeP6zZ/IjFRJSodlWe7Xdj5X5uVWf6zSP4KHodQn+dojxlHcUOdUqHj9&#10;pTZ8PsD/AP/RzFq/V6ub77iNK69oPg57h/6LZaspb31fr24Vtn+ktDf+22/+/CsfGsvtfDuYl1lH&#10;2/8Aw6UcR/5s3C+FY+PncQ/dJn/iR4o/850wWtl7xuZWC9zeJDRu2T/L+gr2P9YqLB+uV+mTzvEj&#10;/PZvasrMt9LFcRM2OazTwH6V/wD1DFWrvaeSPnoVyvw0nHi4h/lDZ8o+mL2QwxnG5X4U9hTZ0/Jb&#10;uqcAP3mGR/35GGGHCa3hy49r8edwe1r/ABbId/n0qzj9Rz2GKbw6PzbhuH/bjPTu/wA5a0MwO8fs&#10;YZ8vIfLL/Gem+y3NcPbIkcLxz/GLYHDGj86653/Uf3r0TqXV8+3pz8eyrWwtDnVWAtc3ks3Wem5u&#10;7+2vPvrV0vqXU/Q2Uir0d5hzwZDtn7v9RPGXHxx9Veaz2chxy0smtvBp/wCK5m7644zv9HVkO/8A&#10;AbGf9/Xs64P/ABVfU92NZb1zOs9O4GzGx6BBBbDRbe92v72yti9GOGTq1wKmPq1Goa49NiWh8WmV&#10;ElWH4tzfzZ+GqC5pHZNXgoyoOKk5QKSWDihzqpuKHOqCn//SzF0nSGbOmU/8IX2fe70v/RK5tdTg&#10;t2dPxm+FQP8AnF1v/oxR/wDGefDyAH7+WEf+bOf/AHDl/AY3zUj+7jP2mUGh1y2/1aaKNx21mx4b&#10;PL3bPdH8mqtZRfkj3O3AmPcZ78albnUOgfWHIzrMjHxLPTcGNY9r2CWsaxrXfzm73OZvVc/Vv60l&#10;hYcW3YeWb2bTwfo+pt+k1XORwcvj5TBAjGZRxw4+Lh4uPh4p/wDPWc3k5yXMZTA54x4pcHB7nBwj&#10;0xc7fnhxZ+kDhMt90jadrv8ANcpG3qTWlxda1rQCSS4QDtj/AKti0W/V361M+jiWTBbO6vgx/L+l&#10;7Ge9J/1d+tbxD8a0zzNjNdAP9J/JU5jj4vTHBweNcXixg8zw6nmuL/C4XPdd1Xbte+/aNSCXxp/5&#10;0oPdnNLQ/eHOEtBmYlzeP6zHLUd0D62ucXfZrQT4PrEa7vbts9n9lRP1c+tRc5xxLJeA0nfX9EEP&#10;Df5z2t3NQjGBI448v416v8XiVL7wAeA814XxD/G4WhTm9XrArovyKwHBoYxz2gOd9Fu1p+k9Fb1P&#10;6wHRuXmGPCyztp4qyfqz9aCADiWEAggb6+WiG/4T81v0Ux+rP1oI2nEsjTTfX2Gxv+E/NYdilBwj&#10;b2x/isJhzRNmOY/46XofXep0dWx352TlW45a8uqcbLNwLH7Hel7t/vXW/wDOjpbhD6sg/wDoNZ/5&#10;BYP1c6H1+jr+Ll52PY2qsWB1r3tdANdjW/Re5303LvFT5rhMxwkVwj5dt5Op8PGWOKQnxRPGa9wH&#10;irhi86/rvRHcNyW/DHt/8gq7+r9LP0TkfPGt/wDILqklW4fJuiU/3vwePf1XC7DIP/oPb/5BC/am&#10;LP0L/wDtiz/yC7VJLgXcc+4+z/0J/9PMXXY1e+nGqHLqqWj+0ysfxXIHgruel17szDrH5vp/9BrX&#10;f98UH/GUceLlcf7+cD8OH/u3O+A6TzS7QH5vXgACBwOE6SSndFSSSSSlJJJJKUkkkkpSSSSSlJJJ&#10;JKUkkkkp/9TLPBXoHRGT1Sr+Q1x/6Oz/AL8vPzwV6L9XhPUHO8KZ+81pvxyPFl5Af64n/FHE53wM&#10;0OZ/ux/7p6RJJJOdFSSSSSlJJJJKUkkkkpSSSSSlJJJJKUkkkkp//9XLPBXo/wBV/da5/jRUf85r&#10;XLzlejfVLWvd/wB18f8A6hSfFo3k5M9ssv8A0jkl/wBw5fwU65x/Uj/0nokkklG6ikkkklKSSSSU&#10;pJJJJSkkkklKSSSSUpJJJJT/AP/WzF6F9SXbsMOPemsf5rrqv++Lz1d59Qrd2IW/uAs+57rP/R6t&#10;fEo3HAf3MwP+NizY/wDu3G+ESrNkH72M/hOEnrEkklVdlSSSSSlJJJJKUkkkkpSSSSSlJJJJKUkk&#10;kkp//9fMXZf4vbZfk1fue7/P2f8ApFcauk+oV/p9adSTAuqdA8XN1H/Rc9aPOw4sEvAwl/iTjKX/&#10;ADXA+HT4eah/WEo/40dP+c+iJJJLOd9SSSSSlJJJJKUkkkkpSSSSSlJJJJKUkkkkp//QzFf6Bl/Y&#10;+tYWQSA1trWvJ4DbP0L3f2W2KgmIkR4rYkBKJB6ivteWhIwnGQ3iRL/FfaUlQ6H1AdR6TjZky+xg&#10;Fvb9I32Xf+CNcr6yCCCQemj1EZCURIbSFj6qSSSQSpJJJJSkkkklKSSSSUpJJJJSkkkklP8A/9k4&#10;QklNBCEAAAAAAF0AAAABAQAAAA8AQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAAAAXAEEA&#10;ZABvAGIAZQAgAFAAaABvAHQAbwBzAGgAbwBwACAAQwBDACAAMgAwADEANQAAAAEAOEJJTQQGAAAA&#10;AAAHAAcAAAABAQD/4Q0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLwA8P3hwYWNrZXQgYmVn&#10;aW49Iu+7vyIgaWQ9Ilc1TTBNcENlaGlIenJlU3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5z&#10;Ong9ImFkb2JlOm5zOm1ldGEvIiB4OnhtcHRrPSJBZG9iZSBYTVAgQ29yZSA1LjYtYzA2NyA3OS4x&#10;NTc3NDcsIDIwMTUvMDMvMzAtMjM6NDA6NDIgICAgICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0i&#10;aHR0cDovL3d3dy53My5vcmcvMTk5OS8wMi8yMi1yZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3Jp&#10;cHRpb24gcmRmOmFib3V0PSIiIHhtbG5zOnhtcD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4w&#10;LyIgeG1sbnM6ZGM9Imh0dHA6Ly9wdXJsLm9yZy9kYy9lbGVtZW50cy8xLjEvIiB4bWxuczp4bXBN&#10;TT0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL21tLyIgeG1sbnM6c3RFdnQ9Imh0dHA6Ly9u&#10;cy5hZG9iZS5jb20veGFwLzEuMC9zVHlwZS9SZXNvdXJjZUV2ZW50IyIgeG1sbnM6cGhvdG9zaG9w&#10;PSJodHRwOi8vbnMuYWRvYmUuY29tL3Bob3Rvc2hvcC8xLjAvIiB4bXA6Q3JlYXRvclRvb2w9IkFk&#10;b2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIgeG1wOkNyZWF0ZURhdGU9IjIwMTUtMDgt&#10;MTJUMTA6MDYtMDc6MDAiIHhtcDpNZXRhZGF0YURhdGU9IjIwMTUtMDgtMTJUMTA6MDYtMDc6MDAi&#10;IHhtcDpNb2RpZnlEYXRlPSIyMDE1LTA4LTEyVDEwOjA2LTA3OjAwIiBkYzpmb3JtYXQ9ImltYWdl&#10;L2pwZWciIHhtcE1NOkluc3RhbmNlSUQ9InhtcC5paWQ6Njk3ZmI3ODAtNjdjOS05ZDRlLTgxYmYt&#10;ZGRmYTE0NzMxZGZiIiB4bXBNTTpEb2N1bWVudElEPSJ4bXAuZGlkOjY5N2ZiNzgwLTY3YzktOWQ0&#10;ZS04MWJmLWRkZmExNDczMWRmYiIgeG1wTU06T3JpZ2luYWxEb2N1bWVudElEPSJ4bXAuZGlkOjY5&#10;N2ZiNzgwLTY3YzktOWQ0ZS04MWJmLWRkZmExNDczMWRmYiIgcGhvdG9zaG9wOkNvbG9yTW9kZT0i&#10;NCIgcGhvdG9zaG9wOklDQ1Byb2ZpbGU9IlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIiPiA8eG1w&#10;TU06SGlzdG9yeT4gPHJkZjpTZXE+IDxyZGY6bGkgc3RFdnQ6YWN0aW9uPSJjcmVhdGVkIiBzdEV2&#10;dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjY5N2ZiNzgwLTY3YzktOWQ0ZS04MWJmLWRkZmExNDczMWRm&#10;YiIgc3RFdnQ6d2hlbj0iMjAxNS0wOC0xMlQxMDowNi0wNzowMCIgc3RFdnQ6c29mdHdhcmVBZ2Vu&#10;dD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpIi8+IDwvcmRmOlNlcT4gPC94bXBN&#10;TTpIaXN0b3J5PiA8L3JkZjpEZXNjcmlwdGlvbj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0YT4gICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICA8P3hwYWNr&#10;ZXQgZW5kPSJ3Ij8+/+L/4klDQ19QUk9GSUxFAAEJAAiAcEFEQkUCEAAAcHJ0ckNNWUtMYWIgB9AA&#10;BwAaAAUAKQA1YWNzcEFQUEwAAAAAQURCRQAAAAAAAAAAAAAAAAAAAAEAAPbWAAEAAAAA0y1BREJF&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKZGVzYwAAAPwA&#10;AAB0Y3BydAAAAXAAAAArd3RwdAAAAZwAAAAUQTJCMAAAAbAAAKIGQTJCMgAAAbAAAKIGQTJCMQAA&#10;o7gAAKIGQjJBMAABRcAAAji0QjJBMQADfnQAAji0QjJBMgAFtygAAji0Z2FtdAAH79wAAJCRZGVz&#10;YwAAAAAAAAAaVS5TLiBXZWIgQ29hdGVkIChTV09QKSB2MgAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAB0&#10;ZXh0AAAAAENvcHlyaWdodCAyMDAwIEFkb2JlIFN5c3RlbXMsIEluYy4AAFhZWiAAAAAAAAC1WgAA&#10;vGcAAJIwbWZ0MgAAAAAEAwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAA&#10;AgAAAiQEHQXaB2kI2Qo2C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLa&#10;I/8lIyZEJ2YohimnKscr6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilD&#10;QkRcRXVGj0epSMNJ3Ur3TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+&#10;Ys9j4GTxZgJnEmgjaTNqQmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/&#10;y4DJgceCxYPChL+Fu4a3h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prk&#10;m9acyJ27nq2fn6COoXyiaqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC1&#10;7bbat8i4tbmjupC7frxrvVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V&#10;0L7Rp9KQ03nUYdVJ1jHXGNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHp&#10;mupx60jsHezw7cPulu928FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//&#10;AAAB6AOnBSwGhAe/COcKBAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e&#10;2x/WINEhyyLEI74kuCWzJq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/&#10;O348fD18Pnw/fUB/QYJChUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX&#10;21jeWeBa41vnXOpd7V7xX/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPW&#10;dM11w3a5d694pXmbepB7hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCP&#10;TpA9kSySG5MKk/qU6ZXZlsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mR&#10;qoerf6x3rW+uZ69gsFqxVLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrG&#10;kMeWyJ3Jpcqty7bMv83IztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt&#10;5LLltua6573owOnD6tTr5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8A&#10;AAIFA9gFaAbGCAYJMgpSC2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80&#10;ICwhIyIZIw8kBCT5Je4m4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA6&#10;9jvtPOM92z7TP8tAxEG9QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJ&#10;V4pYi1mNWo9bkVyTXZZemF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVz&#10;o3SgdZ12mXeVeJF5jHqHe4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7N&#10;j8OQuZGvkqWTnJSSlYmWgJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKr&#10;jqycrauuu6/MsN+x87MJtCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqm&#10;y8rM7c4QzzLQVNF00pTTstTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTp&#10;uuqs65vsh+1v7ljvXPBb8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAA&#10;AdkDjQUJBlQHfwiWCaEKpAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEe&#10;LB8XIAAg6iHTIr0jpiSQJXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgB&#10;OPE54jrTO8Q8tT2mPpg/ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVT&#10;iFR6VW1WX1dRWENZNVomWxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+&#10;bqpvlnCCcWxyVnNAdCl1EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCI&#10;BYjqic+Ks4uYjH2NYo5Hjy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFf&#10;ok+jP6QwpSKmFacIp/2o86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+&#10;BL8RwCDBMMJAw1LEZsV6xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a&#10;3kbfc+Ch4c/jAuRN5Znm5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCA&#10;AIAA5bR/zX9UzD9/pX7Dsox/lH5pmH9/nn5MfeN/wX5jYkF//n6SRGGAf38FH2SB/oAc/Lh+dIt5&#10;5A9+V4myytt+T4gUsT5+XIa0ly9+goWbfJN+voS6YOl/D4P0QwB/loN4HaKA5IPf+qN9JZcI4kh9&#10;HJQxyVh9JZF6r859S48eldZ9ho0Ne05914s8X7R+N4mJQct+wIgtHAR/z4gR+L98F6Kw4IJ8F57J&#10;x7J8K5sUrkV8W5ejlHN8q5Smeg59DJHmXpV9d49PQLZ9/40tGox+xIvJ9wl7R6513tp7RKl6xht7&#10;XaTErNJ7lqBmkxB76pxaeNp8W5i7XYh8z5VNP7l9UpKLGTx9xo7w9YV6qrpd3Vl6n7RIxKd6s66L&#10;q3x68Kk9keJ7TKROd7J7wJ+6XIt8PZuPPtN8vJh2GBd825BJ9Dh6L8Zy3A16G787w2J6J7hzqk16&#10;ZLI2kN96yaxxdtJ7RKcQW657wKIwPgx8O58PFxx8B4+g8x150dLI2vF5tMphwkl5uMKNqT958Lth&#10;j+d6WbTOdgZ63a7GWwZ7XqmHPWN70KTTFkl7Uo8R8ip5jN+E2f15ZtXTwVV5YMzuqFZ5lMTijxN5&#10;/r2SdUt6hrcHWml7DLHcPNp7eqklFZ56yI6d7e2JE34r1n6IAH2xvs2HBX1XprWGMH0zjhqFhH1I&#10;dNCE/H2MWmuEm33oPY6En36LGIuGeoAB68mHrokI1QCGo4d9vY2FuYYhpX6E+IUDjNCEZIQqc32D&#10;9IOIWQ+DqIMHPDmDuILgFvmFd4QD6fuGcJP401OFd5F1vBCEnI8ZpBSD9Y0Ti4mDdYtWclWDF4nV&#10;V/+C2Ih8OyyC64eUFYiEe4eo6FKFc5740bKEg5uBun+Dspg7oqGDDpU6ijiCoJKhcSmCUJBDVveC&#10;G44cOjSCLoyWFDiDiYrJ5siEqqoY0DKDu6WtuQaC8aGCoT+CVZ2kiO6B45oScAuBo5bnVgKBdZP/&#10;OVOBhpIMExWCmozn5WOEDLViztaDHbADt7WCUqrqoAWBuaYuh9WBTqHGbv2BCZ28VR+A45ozOImA&#10;85g4Eh+BvIxB5C+Di8DazayCnLqCtpKBzrR6nvSBNq7fhuiA06mwbjGAk6TtVFyAZaDYN92AdJ5Y&#10;EVSBA4u34ymDJMyVzK+CNsU7tZiBZb5DngOAyrfLhgmAabHdbXeAM6yNU8aACKhWN02ACqNcEK6A&#10;bItH4k6C0Ni7y9qB5tBOtMSBE8hhnTWAdMEUhU6AErp6bNV/37TNUzx/urBINtF/vKUQECp/9Iru&#10;3TySYXyYx2uQenxDsVaOsnwQmseNGnwRg5eLt3xJa56KgnyxUnWJiH0yNo6JJ34BETKL1n/e20aR&#10;LYbLxgWPQoWEsCqNg4RvmbKL/IOQgoOKrYLyaoyJjYKIUV6Io4JANXqISYJgEASKmIOG2bOQAJEk&#10;xJ2OIo7trv2MY4zfmICK8YsmgVWJs4myaWqIpoh8UEqHy4d2NHaHeYcFDvqJVoa72EePCJuSwy6N&#10;Mph7rYGLhpWXlx6KE5L9gBeI6JC+aFOH5o68T1uHE4z/M52GwowdDhSIKImE1umOSqYVwdGMeKIm&#10;rCSK1J5zldKJaJsKfuaIMpfqZ0uHPpUtTn2Gb5LMMtmGHJHBDU6HJYj/1aeNsbDHwJuL4qwAqvaK&#10;Pqd3lLSI1qNBfeKHpJ9cZliGp5vaTbWF3Zj5MiyFipfyDKiGS4iP1JCNM7ulv5KLZ7YFqfKJwrCm&#10;k76IW6ukfQqHMKcIZZ6GNqLnTQyFX5+vMZ2FC50/DB6Fl4gx06OMy8bHvrOLA8BJqRaJXroUkueH&#10;9LRJfEKGzK8EZPaF3Kp3TIeFBadlMSSEoqE6C66FBIfm0uCMctJXvfuKsMrxqF2JDcPhkjGHo71T&#10;e52Gerd8ZGmFi7LHTA2Eva5nMLeEXKDwC1WEjoepzPub8ntbuJOZR3sho/aWuHsJjt6UYHsmeRWS&#10;RXt4YmmQZXv5SnKO2nyTL2OONX1+Cn6QH3/Ayzqa4oT9t2aYI4PnowGVmYL8jfqTTYJLeCuRQ4HY&#10;YXyPdYGaSX6N94GBLnmNV4HjCc+Om4MIydOZ346tthyXJYzCoeWUmIr4jOGSW4mJdyGQXohUYIOO&#10;nodeSJiNKoagLaeMjIadCTWNR4XoyKiY55iOtOOWPZXOoKeTvZM0i7uRcpDtdgOPho7/X3+N0o1S&#10;R7GMZov7LN6LzIvNCK+MH4Xfx3yYLKKGs8aVhJ76n3uTC5usioSQ0piqdOyO2ZX0Xo+NMZOgRu6L&#10;xZHELDuLJ5G+CDyLIYWRxl+Xm6ylsrKU9ahZnmySfqRKiYSQSqCNdAGOU50jXbiMnZonRkGLNJf3&#10;K66KlJc7B9uKTIVQxWaXJrbsscmUgLHenYmSCK0OiKqP1aiac0CN5aSPXROMMKETRbGKtJ7TKzqK&#10;EpvIB4uJm4UaxJKWw8F4sQeUHrulnMmRp7YWh+6PcrDuco+NhaxVXH2L2qiZRT6KXKZBKtmJqJz5&#10;B0qJC4Tuw+KWbsx5sGeTysXYnCiRVr+Fh06PI7mzcf6NNrSqXAOLjbETRNWKGqxCKnyJaZy6BxaI&#10;mYTLvT+l0Hp6qhyiaHpNltGfHHpFgxScCHpybp2ZOHrUWSyWsntkQlOUonwKJ/OT83z9BKqTf3+m&#10;u7Ok4oOUqSqhWoKclhWeCoHQgmCa/YE+bduYOoDrWGOVwoDOQYKTvIDbJzSTC4F1BGiSA4Kauoij&#10;64zCqBegaIsBlSSdFYlugWuaF4gpbPGXXYcnV4qU74ZmQLyS7oXoJo6SOIZbBC+QtILUuXyjG5X1&#10;pv2fo5N6k/+cWZE5gF+ZTo8za/WWnY2RVq2UNIwxQAKSNIs5JfmRd4vZA/2PkoKyuJaiVZ9opgqe&#10;6Zwzkv6bqpk/f1aYppaLawSV2JQuVdmTfJI/P1KRfpDsJW6Qv5FWA9OOmYKWt6OhyKkCpTWeVaUV&#10;ki6bEaFrfoKYEZ4ZajmVVpsiVSKS65isPsOQ7Jc/JQGQJ5YLA6+NyIJ9tsuhV7K9pG2d4a4ekWya&#10;nanGfcqXoKXRaZaU66JSVJaSgJ+DPk+QbJ5UJKyPoJjMA5GNGoJptg+g/ry2o8adgrdhkMqaPbJc&#10;fSyXP63MaQGUjqngVBeSLacNPe+QEqTDJGWPMJibA3mMjYJZtXGgr8csozydLcEXkEGZ6rtffKWW&#10;8LY/aIiUQLISU7OR4K9HPZuP0qmoJB+O9JhsA2WMHYJMrh6v/nnknCmr3nm2ihCn3nmyd4qkF3nm&#10;ZEegmHpQT/mdc3rmOh+a9nuNICmamHxxAACV03/KrM6vKIKDm2iq5IGZiX6m2oDgdvujE4BjY6if&#10;m4AmT1Ocf4AjOXSaBYBMH6GZloEXAACUjoAAq9+uPYsumoqp/omNiL2l7YgadjGiMIb7YuSevIYg&#10;Tp+bpoWOONWZLIVLHy6Yq4ZGAACTcIAAqxKtapPnmaqpN5Gah8ylMI+EdVChaI29YhKd/IxRTeia&#10;6Is4OEGYaoqiHsqX14uzAACSeIAAqkGsypy0mNqomJnChvOklJcXdHWgz5TAYU2dS5KwTUKaPZEo&#10;N7+XuJBrHnWXFJBhAAuRkoAHqZCsLKXMmC+n/KIxhkij+Z7ic8qgNZvvYKqcsplcTK+Zj5drN02X&#10;CpblHiiWX5RYABuQxIASqOKrua8Dl6Knfaq4hcKjcqbDc0CfrKNDYCmcNqBPTEGZHJ47NvaWgJ19&#10;HfOVyJRAACiQGYAbqEKrYbh0lxmnG7N7hUOjDa7ncsifSKrkX7ub1qepS+GYxaXjNrCWI6LrHcyV&#10;T5QmADOPj4Aip7mrFcJelqamxLyrhNaitrdxcmKe9rL6X2Obhq+6S5yYda0fNnuV3aTWHaeVCZQN&#10;ADyPIIAon7C6hHl0jtW1q3k6fdGw/HkybGSsi3lnWjioZHnURu+krnpqMeuh5nsHF/Cicnu+AACR&#10;KIAAnqa5toGkjkK0woC9fWKwBYANa/OrjH+eWbinZH9yRmyjrn+DMWyg3n/BF7ChO4C6AACQboAA&#10;nfe4y4nVjZqz3ohJfM+vGobua1Wqo4XtWR6meoU0ReGixoTMMPqf7ITEF4GgHIYEAACPy4AAnWi3&#10;85IQjPizD4/nfBquUo37aqqpzoxjWH2lq4stRVmh9opXMJWfE4osF1yfHIqwAACPPoAAnNW3Rppp&#10;jGKyYZeme3utppU0agapJJMYV+2k8JFdROGhP5A1MD6eUpAqFz6eNo64AACOxIAAnDu2v6Lui9mx&#10;0Z+SevqtD5yPaYuoj5n4V3mkWpfWRH2gkpZwL/idnpakFyedZ4+oAACOXoAAm8i2Nqugi3CxRKel&#10;episgqQTaS+oBKEFVyWj1J6XRDmgCJ1JL8Sc8JwnFxWcqI+bAACOCoAAm0q117SMiyKw1K/beles&#10;A6uraOmneagxVt+jS6WwQ/yflaSeL5ychqAxFxWcF4+bAACNxYAAmtm1hr3risuwdLiDeg6robO2&#10;aKynG6/jVrKi762gQ9+fOKqnL5GcL6ApFx+bto+iAACNjoAAkfPFY3kYgh+/0njLcha6fHi5YaO1&#10;aXjqUHGwp3lTPgusc3nkKaaplnpqD2arWXsLAACNQ4AAkTfEi4Dmgba+83/4ccK5kH9KYUq0bX7i&#10;UA2vnn7EPa2rX37lKV2oZn8yD4Wpw4BEAACM/oAAkM3DkoiogUe+CIcncV64noXcYNuzdYTzT6Gu&#10;n4RZPVKqWoQZKSOnSoROD6+oT4TuAACMwYAAkIHCqZBrgOi9I45fcOm3vIyVYGuyhosmTzqtsool&#10;PQCpaomTKPamSInjD9qnBIkCAACMjIAAkCzB6JhPgJS8W5W1cJK28JN0YAuxu5GVTuis1pAmPMOo&#10;ko9pKNelY5AbEASl4YrUAACMXoAAj8fBUKBigEK7tZ03cE22QJpzX8+xCZgsTq6sJpZxPJWn0JWy&#10;KMKklpW8ECuk44ruAACMOIAAj2bA1aiUf/y7KqTQcBa1qqGHX6Kwb57fTomrk50HPH2nOpysKLij&#10;4JpuEE6kBosGAACMGYAAjybAUbD1f8y6oayTb/a1H6jLX42v46XYTnerCaQaPG+mvKL/KLOjU5uF&#10;EGyjRIsbAACL/4AAjtS/8LnJf666LbSbb+20m7AtX4evUaz6TnuqcKtcPICmIKf1KNyiyJugELCi&#10;uItIAACL64AAhLTQn3jzddfKWXiDZq7Eb3hbVxG+1nh9RrO5k3jaNQe1CHlYIPayd3muB+uy2XtF&#10;AACJ+YAAhGLPn4BudZvJfn9nZnDDjH6tVs691n5ERnG4dH4pNNmzzH5QIPaw/n6fCGew6n/nAACK&#10;FoAAhErOhYfFdW/IfIZBZkPChYT6Vpm8vYQhRj+3S4OeNL6ykYOBIQuvlYP4COavKIP+AACKL4AA&#10;hEbNfI8WdV/HbI0ZZiDBcotnVna7m4oaRiS2KIlINLWxZoj+ISyuSYnkCV2tm4ZVAACKRYAAhDnM&#10;mJaFdVjGeJQHZh3AcJHwVmq6l5BJRiG1FY8kNMSwVY7fIVqtII97CcysQoagAACKWIAAhB3L1J4h&#10;dVDFpJsaZii/jpiQVoO5r5aZRji0L5VLNOOvXZVKIZKsGJRACjSrG4bmAACKaIAAg/7LLKXPdUrE&#10;76I5Zje+zJ87VqG46Zz9Rlyzbpu5NQ6umputIc2rMpbbCpGqH4clAACKdYAAg9zKmq2mdUXEVKl2&#10;Zkq+KKYBVsK4PaOORoSywqKhNT2t+KDpIgqqgpcECuepT4dfAACKgIAAg77KErXFdUXDxbDqZmS9&#10;k6zyVvK3o6pmRsKyJajfNYitVqQyImWp25dBC0eosIegAACKiIAA8oZ7RnmK2vd7nHmlwv179nnR&#10;qn18WHockXB8w3qKd7t9O3sWXPZ9w3uqP9Z+eHxcGxZ/0X0P8Fx5kITv2Tp6B4PowXF6gIMEqRV6&#10;/oJOkB17hYHIdnl8F4FkW7p8soEKPpd9Z4DUGXV+X4Db7mp4JpB012h4rI5Rv9d5N4xRp5J5zIqf&#10;jrx6aYkldTd7EYfVWpF7uoaVPXZ8a4WJF/Z874UY7Jh2+JwG1Z93hZjTviB4GpXRpgF4vJMNjVJ5&#10;b5Cmc/V6J45rWXV624xNPGx7hYqCFpp7iIjf6vB2Baej1AB2k6NsvIp3LZ9vpIV315u5i+94kZhG&#10;cr55WpUsWGd6F5I5O3V6t4/VFWR6V4wU6YJ1S7NS0pl11a4iuyl2bKkoozV3GaR+ir132qAicZh4&#10;p5wTV2x5a5hmOpZ6ApWuFFZ5Z43A6FB0ub8d0W11Pbj0uf51zrL/ohN2eq1kibl3Q6gscLN4FqNO&#10;VpF42J7rOdZ5ZpwqE3J4po0m51d0TMsL0Hl0ysPquQZ1Ur0AoRl1+bZ2iMx2xLBob+h3nqrhVed4&#10;ZKYcOTN446HRErl4CIyo5pF0A9cpz7h0ec8MuDp09scxoEV1lL/Ih/92XLj3by93OLLoVUZ4AK4t&#10;OKZ4d6ZNEiV3i4xE4eOELnflzDODo3g7tfKDLniYnv6C0XkMh1qCi3mdbvCCXXpLVWCCT3sCOSaC&#10;mXvTE9+EnXyO4B+CoIK9yveCKYH3tN2BxYFNnd+BeYDMhiOBQ4B0bbOBKYBAVB6BMIAeN+6Bg4As&#10;EniDIICm3oSBSo2ryU6A4Yves1GAh4ovnGeAUYjDhNSAMoeMbIaALoaBUwyAQIWONueAjYTiETyB&#10;soRz3OeAKpiXx6R/xZXVsap/dpM6mup/RpDUg3x/PI7Ca1h/SIzeUgh/ZIskNfp/rInhECuAdYfB&#10;22B/PaOSxiR+2J/qsDJ+kJxrmYF+aZkkgi9+YZYXajp+fpNoURV+o5DzNSF+4o9KD0B/ZYpQ2g1+&#10;ha6txNp+IKokru191aW9mEt9saGPgRV9sJ2paTJ9y5obUDh9+ZcLNF5+MpVfDnt+gInK2PN987nq&#10;w8h9jrSBrdp9Pq8xlzx9GKoggCN9HqVvaGF9P6EnT3x9Z52MM7h9mZtmDdh9w4lc2BB9hcVZwut9&#10;H78OrPJ8yLjXllB8mbLjf0R8oK1tZ518y6iVTtp896TZMyx9G6BYDVN9KIkC12R9NdEXwjx80Mnn&#10;rDB8bsLGlYJ8NLv3foR8OLXNZvd8ZbCXTlR8l6yWMrp8t6JMDOh8rYi60cGNUXaSvbWL63cGqQOK&#10;qXd+k36JjngJfTGIl3iyZgWHxXl6TZ6HKHpJMjiHJXsxDNaJJHx50DyL8YDHvHyKmYA+p9qJY3/O&#10;kmiIVX9+fB+Hbn9XZPuGrn9RTJSGHn9cMTWGGn+YC+yHi4BazuKKqYsbuyGJX4mcpqyIK4g3kS+H&#10;MIcNevKGWIYTY+KFqYVGS4+FJoSWMESFIYRECx6GJIPCzX6Jj5V1ubGISZMXpSaHJZDaj82GLo7P&#10;ebGFbI0LYseEzIt2SpyEUYoVL26ERolZCmuE7Ia3zCaIsJ/auFeHbJyro86GTpmejoGFXZbCeISE&#10;mJQeYcKECJHRScCDk4/QLq+Dfo7xCdKD4YakyvaIAKpoty+GvaZqoqqFnqKIjWiEsJ7ad4KD75tv&#10;YNODWJheSPuC6pXjLgeC0JUNCVGDAIZMyfmHcrUZtjeGMbBOobGFD6uXjHWEIKcadqeDZqL3YBeC&#10;0p9HSFWCWJx1LXuCOJpJCOaCRoYEySyHA7//tW2FxbpnoN+En7Tei6GDqa+Sdd6C76rCX2eCZqak&#10;R8eB7aP5LQSBup5wCI+BroXJyJGGrss9tM2FdMTYoC+ESb56iuqDS7hodTWCjrMAXtWCBq61R0qB&#10;k6rWLJeBXp4mCEqBNYWbwgeWvXWEr1mUinYLnA2Sg3aXh/CQrnc2cviPB3fzXQaNlHjLRbmMcnmm&#10;KwOMTnqMBqmM/3ycwLyVfX8srlOTUH7LmxSRU35+hwGPiH5TcgmN7X5PXByMiH5tRM6Lb36ZKieL&#10;Q376BiyLbIAXv46UV4jYrRiSNIedmfuQNoZ1heSOeIWJcP+M6oTGWyiLkoQvQ/GKgYO6KWOKTYO5&#10;Bb6KCoMmvm+TQZKnq+SRKJCZmLmPN46hhMiNcIzjb+uL9ItmWjCKqIocQxmJnokRKKqJZYjnBV+I&#10;14OhvUeSZ5yFqs+QTpmyl5mOYZcDg5WMqpSFbtmLKJJBWUCJ65BSQlOI5I7HKAiIoI7KBQ2H0INq&#10;vDyRv6aGqcWPqaL4lpCNvJ+HgpeMB5xKbfCKh5lRWG2JQJa7QaeIPJTfJ3yH8JQ7BMiG84M8u1uR&#10;ObCnqOmPJaxflbSNNagsgcCLfqQ0bSyKBKCYV8aIvZ2DQRmHqZuVJwuHVZi+BI+GPIMVuqSQz7sB&#10;qDaOvbYAlPmMyrEPgQSLDqxebHmJlKgwVyiIV6TXQJ2HQKLcJqqG1pokBGCFpoL2uhqQfMW6p6eO&#10;bcADlFuMeLpSgGCKtrTya+KJN7BOVqeH+60SQC2G7KjEJkiGgZniBDuFL4LdssOgenTDoUidiHVO&#10;jzyax3XifGiYPXaMaLGV6XdTU+iT2ngyPaGSRXkMI2eSSXnUAUqQWXy6sbCfYH3moH2ca32YjnyZ&#10;rH1je6qXJH1RZ+yU2H1mUySS0n2dPNuRQH3hIrmRM35UASyOzH/dsLueRocOn3mbXIX0jY+Ym4T5&#10;eraWIIQzZwWT3YOcUlCR4YMxPB2QU4LuIh6QNYM7ARGNb4C5r7ydU5AxnmiabY5gjG6XtIy2ebeV&#10;MIszZhOS+on6UX6RBYjzO26PeIg5IZWPSoizAPqMQICprtWccJmKnXaZk5cEi3KW4pSneLOUZZJz&#10;ZTGSG5CCULaQM47uOsqOp43cIReObY4vAOaLPYCcrfObzKMInKyY7p/RiqmWOJy+d+CTvJnlZGOR&#10;fZdXT/+PipU9OjiN/pQSIKmNt5LgANaKY4CRrTKbTaygm+yYb6jBieiVt6T+dyWTOqF+Y7qQ/55m&#10;T26PCpvxOcKNapsCIFWNFpXcAMiJroCHrJCa67Zqm1CYDbHjiUiVUa11doWSzqlWYyCQk6XLTuaO&#10;p6NKOVmNAKFbIAyMkJWrAL2JG4CArBSanMCdmtOXvrtviL6VALZWdfeSeLGiYp+QOa3NTnqOTKtd&#10;OPyMrqZlH76MPpV2ALSIpYB6pAmqkXQ5k5+m7HS8grGjfHVPcQWgRXX8XnOdSnbFSryaqHeiNVeY&#10;vnhrG0CZa3jsAACNnn8RozCplnzjkwul53ybgiSicHxzcHafNHxwXdqcOXyXSiKZm3zeNL+XrX0t&#10;GtCYNX2YAACMbIAAonOoioWIkj+k5ISFgWyhZoOkb7KeMYL+XR+bPIKISXmYo4JENCyWsoIrGm2X&#10;GYLGAACLYIAAobCnlY4vkWOj9oyDgH2ggIr+btudRImyXFWaWYirSMuXxYfhM6GV0Yd4GhOWGog4&#10;AACKd4AAoOOm1JbmkJejNZSaf6mfwpJ/bgKciJCfW5yZiY72SCyW/Y2/MyaVAo0vGciVLYztAACJ&#10;r4AAoDqmIp/ej+2iiZzzfvyfFpo1bVab2pe2WviY2pWGR6CWOZPlMruUO5OJGYSUVpDqAACJB4AA&#10;n52loajyj2eiBaVnfneeiqIGbMibRp7zWm6YTpxbRyqVspqTMmKTnZoQGVCTopEdAACIfIAAnxal&#10;Q7I0juahpK4QffSeI6oVbEia2qZ6WfWX4KOURr6VTKIOMhGTLp90GSaTEJEBAACIC4AAnqqk+bve&#10;jn2hVLchfYSd0LKLa9eag656WZCXhquDRmyU76lCMc6S2KGsGPeStZDhAACHsIAAlfG1CHPEhn2w&#10;uHQ3dpCsonTCZe+oxXVsVGelK3YxQaKiCHcDLPCf+HesEm6iHHesAACJfoAAlVW0InwBhh+vxXu0&#10;djSrnnuQZY6nsnuWU/ukEXvIQTig6XwaLI+eyXxpElSgnXyvAACIxIAAlNWzGYQshYyuw4M0dbCq&#10;k4JlZPymqYHYU2+jB4F/QL2f4IFbLC+dtIFnEj+fP4IJAACIIYAAlE6yH4xThOytz4rCdPuppIlg&#10;ZFmlsYg/UtaiGIdoQD2e8obYK9KcuobBEiueBobKAACHk4AAk7uxU5SShFStBJJwdFmo3JCIY7Kk&#10;6Y7fUkqhQI2EP8ieH4yhK4Gb24yoEhuc7oriAACHGYAAkyqwt5z5g8usZppLc9SoOJfVYy+kQZWt&#10;Uc6glJPlP2adWZLDK0CbC5MTEhCb8ow2AACGs4AAkr6wJaWFg2Cr1aJLc2inpZ9KYsajrZynUW6g&#10;AZqOPxucv5l6KxCaRpiUEgmbDIwyAACGXoAAklOvxa5FgxurbKp4cyanLKbjYnijH6PJUR2fbaGN&#10;Ps6cPaC6KtqZypz5EgeaXYwxAACGGYAAkfuverdsgsqrF7MRctWm0K7xYiqiv6t8UNyfCalzPp6b&#10;1KbNKryZZJzlEgaZ5owwAACF4oAAiHa/5XNReeG69XOtatm2Q3QrWyexynTMSoqtnnWHOJOqFHZG&#10;JFKoK3a3CliqB3cXAACGDIAAiB6/BXsuebm6CHrUaq61PHqsWvSwq3q2Sk+sbnruOF+o1XtDJDSm&#10;x3uBCp+oLnxiAACFtoAAh9698oLpeWK4/YH0al60JoEuWpavj4C1SfarTIB0OBqnrIBsJBOlgYCU&#10;Ct+mg4EmAACFa4AAh5e854qYeQG39YkbaeezIofUWiyugYbXSZSqQYYtN8+mnYXVI/KkW4YYCxel&#10;B4VRAACFKYAAhz68CpJgeKW3FpBiaYSyQY6mWcCtno0zST+pTowcN4+lrIuWI9ejVow+C0qjuYei&#10;AACE8YAAht+7YppTeFC2Z5fWaTWxiJWcWXWs35O9SPmojJJVN12k05HGI8Oia5HoC3SilIe/AACE&#10;woAAhoe63qJfeAm12p9kaPWw75yuWTmsPpprSMKn7JjbNzmkLJiqI7qhmJajC5yhlIfZAACEmoAA&#10;hk26YqqVd9W1WqceaMawa6P2WQ+rs6FlSJqnXp/lNxSjpp8KI6qg/JgdC8CgtIfyAACEe4AAhg26&#10;EbM+d8C0+K85aLev86uDWPWrI6ioSIimvac5NxOi/aQPI8KgYJgtC/GgHYgTAACEYYAAe27LMXL9&#10;bZnFtnM3X1jAf3OaUHO7gnQnQJ6233TLL0WzIXVkGwax+HVrA2+wTXeJAACDJIAAe2jKQHqIbavE&#10;wnoRX16/a3nZUHC6SXnaQJm1h3oNL1KxqHpWG0ewMXpfBAuuL3xGAACDIoAAe3LJEoHZbZfDnoDY&#10;X0e+PYAPUE65C3+gQH20On9tL1CwR393G32ukn+rBJesSYB1AACDIYAAe3DH6IkUbX3Cc4eeXxe9&#10;EYZnUCW31IWFQF6zAYUCL0qvAoTfG62tHYWEBRKqm4NuAACDH4AAe1vG7JBlbWXBcI6AXv68BIzo&#10;UAK2woulQE+x34rPL1Ct3IqsG9+r0IswBYGpJIO5AACDHoAAeznGJZfkbVTAmpWQXve7H5OOUAO1&#10;1ZH2QE+w7pDsL2Gs0pEBHBWqppALBeSn4YP7AACDHYAAexfFhJ91bUe/6pyzXve6YJpHUAq1DJhm&#10;QFuwJZddL3msAJd5HEupo5MhBjumzoQ3AACDHYAAevbFBqcwbT+/W6P9Xvy5waEsUBa0YZ8UQGev&#10;dZ5ZL42rVpzTHHio4JNABoel64RqAACDHIAAetzEna8+bT6+4auTXwm5OKhbUCqzzKYzQIWu16TO&#10;L7mqsKBFHLOoMZNnBsilRoSWAACDHIAA5h92cHMY0Bt3S3PxuYB4H3TMoip46nWviiR5snahcWN6&#10;f3ejV4Z7T3ifOy98MXmWFp19IXno5A90h35ozmt1iX4bt/p2fH3loMt3ZX3KiN14S33NcC55M33k&#10;Vlt6FX35Ogd6734SFSB7VH3B4jFy8InSzJp0Aohktl91CocSn0Z2CoX9h353CIURbvN4BoRCVT54&#10;9oN5OPl5xILEE8R51YIL4Glxk5U4ys1yrpK/tJxzwJBsnbF00Y5MhhF15ox2bbJ29orCVCp38okh&#10;N/54soe3EpR4i4Xs3slwdaCdyTJxkp0vswJyq5nnnCtzxZbVhK505ZP4bHx2B5FpUyN3C476NxV3&#10;u4z+EY93cYk/3WxvmKwNx9lwtKe6sapxy6N/mtty6J96g3d0D5u0a1h1NZgzUi52QZUPNkJ24ZLF&#10;ELR2hItL3E5u67eMxsFwBLJbsItxFa0xmb5yMKg8gnJzXaOaanJ0ip9MUVp1lJt1NY92JZklD/51&#10;v4rQ229ubcMexeVvgb0Vr6NwiLcEmMtxm7EjgYVyyausaaRz/aa2UK91CaJ7NPR1hZ61D2p1H4ps&#10;2stuG87GxURvKcfkrutwIcDzl/9xJ7o2gLtyT7P8aOtzg659UAp0jqpJNGN0/aMoDvR0n4oc1hV/&#10;DnG2weV/EHLKrPR/HXPPlx9/NXTRgHV/VnXdaO5/iHb2UDF/z3gINJqAWXkHD1iB8nk81Ix9UXx/&#10;wLJ9c3x6q859l3x8lf59wHyPf1N983y5Z9N+N3z3Tx5+jX00M5B/En1yDkGASH2D0wB70odQvwd8&#10;AoZCqkF8M4VElIF8cYRvff58u4O9ZqJ9FYMmTgt9doKYMpN97YIlDUx+0oGD0W56hpIYvWV6vJAZ&#10;qKF6944wkw17QIxpfKp7oYrdZXh8DIlyTQl8doghMa183oceDHh9jYT8z/N5cpzpu+95qpoLpy15&#10;7ZdBkaR6P5SYe2Z6pZIcZFt7Io/nTBl7k43hMNx76ox/C8J8d4fzzrN4m6fSurN41KQfpfJ5FaBx&#10;kHJ5apzmekp51pmRY1Z6U5aESz56zJPmMCF7FZKCCyl7jYeLza538bLTubB4Kq5OpOp4Zam/j2x4&#10;uaVUeVp5LKE0YoV5rp1xSoR6IZpLL4N6XJhyCqp6y4c2zOR3c73xuON3qrigpBB33LM1jot4J63r&#10;eIF4m6kJYcR5J6S3SeV5nKFrLvx5wZ1OCkJ6LYbwzFV3Hsk+uEp3UcMjo193d7zgjct3tbbCd8h4&#10;JLEvYSB4sKx7SVR5J6jyLn15QZ9vCfB5r4a4xn6IGHCKs/yHM3G+oJKGcnLajBuF0XPudreFR3UL&#10;YFyE3HY1SLSEnndVLcWE9HhSCNyGT3lgxUaGgHq4suqFu3rqn3OFDHsbiweEdXtXdaqD+XunX1uD&#10;nHwJR7qDaHxpLNiDsnzACC+Eqn11xBKFDoT5saiEXIQxnl+Ds4NyidmDLILSdIeCuoJUXlGCa4Hz&#10;RseCRIGfK/uChYFuB5iDOYELwq2Dx48qsDGDFo2NnMmCfIv3iHGCAIp8c0KBqIk2XTWBa4gSRdWB&#10;SocTKyyBeIZ+BxSB+IQowVSCvZlhrtiCDZb9m3WBepSdhymBBZJRchuAsJAtXDWAhI5URQCAaIy8&#10;KniAhIwJBqOA5oR9wDCB7aO+rbiBQKCWmleAq51khhSAOJpFcRx/55daW1F/tpTCRER/oZK0Kdd/&#10;sJITBkR//oQ9v0SBSa43rMuAn6pOmWSABaZLhSB/jqJbcD1/RJ64WpJ/GJuCQ6Z+9pkiKVF++JdC&#10;BfZ/P4QIvpCAzrjarBCAJrQymJl/hK9ghE5/Aqqfb3N+t6ZOWdh+laKpQwx+d6BwKN9+XpuCBbZ+&#10;o4PcvhSAeMPBq4J/075jl+x/JLjBg5N+k7M1bsZ+QK5JWUV+IKpzQpN+B6cwKHl95pteBYN+JoO6&#10;t1yRV2+xpjWPnnDtlCGOHHISgPSMyXMubMuLmHRUV5OKlXWGQO+J4HakJoGKO3eBAyqKJHm9tliP&#10;4XlTpUOOR3mekx6M1Hnpf/mLh3o/a9aKX3qpVqqJZnskQAqItXuYJbKI+nv0AtuIhH1ptUmOi4Lq&#10;pAyNAoJdkgOLkoHTfteKU4FpasyJN4EZVbuISoDjPzaHnoC6JPqHzoC4ApWHFoCitCyNTYyVotSL&#10;y4s+kLaKaonofbmJKoi0ab2IH4esVM6HPobHPmuGmIYNJFCGtoXmAlmF2YGWswWMS5ZJocKKy5Q4&#10;j5yJb5ItfIuIOpA3aLCHMY5rU9+GYYzlPaWFvYuvI7OFxIu5AiWEyoFzsgaLhaAfoL6KCZ1ZjpiI&#10;rJqPe5KHeZfaZ8qGcZVbUxKFmJMxPP6E95GuIyyE7JEhAfmD5YFWsTWK6aoOn+uJcaaWjcCID6MN&#10;eryG2Z+dZwWF1Zx7UmqE/ZnUPHWESpg+IsCEMJWdAdWDJ4E9sJKKcrQnn0CI/rACjQmHlqu+egKG&#10;VqeXZlGFUKPhUcaEg6D0O/CDzp9fImGDlJc/AbiCjYEpsCCKGr6LnryIqrnCjG6HO7TGeV2F76/u&#10;ZbmE4qvAUUSEE6jmO3+DZKUxIf+DIpb8AaCCEoEZqJua6W8ImI6Yc3BBh6WWPHFpdbCUPHKMYrWS&#10;aHO3TpKQ1XTnONSPwnX0HqOQhnaEAACKcntFp8qZnXgnl9KXPXiAhteVDnjddOSTDXlHYeuRO3nF&#10;TdCPrHpQOBmOlXrMHgaPNXsLAACI2X6Tpu+YV4E7ltGWCYDKhemT24Blc+2R5YAcYQWQHX/xTQGO&#10;mH/fN2ONgX/WHXeN/n/zAACHcoAApfWXNopAlcKU6okfhMaSx4gNcvaQzYcPYBuPE4ZBTDmNloWV&#10;NsCMfoUbHPyM3YVmAACGO4AApQuWLpNxlM6T7JGjg8uR0I/icfaP3I4zX0aOFoyzS36MpYt9NiqL&#10;jIquHI+L0IrjAACFMIAApDSVb5zGlA2TL5pRgwqRDpfecSSPGpWGXneNWpNoSsqL35GuNZiKxZDH&#10;HCOK8o+RAACET4AAo4GU2qYuk1KSnqMZgkqQep/6cGiOgZz8XcmMw5pTSjaLRpg/NSWKFpeUG9GK&#10;LJLPAACDlYAAovGUaa+7kr2SMawLgauQB6hGb8eOBKSnXS2MRKGKSaaKz59kNLSJmJ3ZG4uJh5Kf&#10;AACC/YAAooqUFrmakkiR4LVbgSOPrrDzbziNoay/XKqL2KlSSTeKYKdINFKJMKLXGzeJGJJnAACC&#10;hIAAmlKk226Eizyhum+ve1me3XDSanucOHH0WJWZxnMbRW6Xr3Q/MHKWZXUoFf+YTXUoAACGIH5p&#10;mbKju3cuirSgpHeFesOdwXfpaeSbEXheV/yYm3jnRN2Wgnl6L+qVKnntFaaW1HncAACFAIAAmQui&#10;hn/BieqffX9eegqcln8NaR+Z7X7gV0aXen7QRDuVZn7ZL2KUB37oFVSVeH8IAACEBIAAmEqhZYhK&#10;iQ2eY4dEeRibhoZTaE6Y2YWEVoCWc4TjQ5OUZIRqLt6S/4QrFQeUPoSAAACDKIAAl36gfJDdiEOd&#10;fI9CeEeaoY29Z3SX94xYVdGVgYsaQvyTe4o1LmySDInRFMqTG4lAAACCbIAAltefsJmrh5ecuZd6&#10;d5eZ35VXZsmXL5NTVS+Ut5GNQnuSm5BALgyRJ5AOFJKSFI1GAACBzoAAlkafHKKPhxicKJ/PdxWZ&#10;RJ0NZjmWipp0VJ2UFZhBQf+R/JbJLbSQbZaFFGGROI3IAACBS4AAlc6esauXhp2bvahOdpKY0qT5&#10;ZbaWDqHXVB6TlZ9RQYeRgp4QLViP6ZvgFDmQhI2sAACA4IAAlXWeYrTwhjuba7EpdiKYeK1GZUGV&#10;qqmuU7STKqcOQS+REqU6LQ6PfZ52FAKQDI2HAACAi4AAjJyvNG4Aflere28Xb12oA3AvX3mkwHFL&#10;Toyhu3JoPEGfN3N3J82d93QkDS+guHPFAACCf4AAjCyuOXZBfgaqenaObwCm7XbyXxqjlXdsTiug&#10;g3f7O+id9HiMJ4ScmXjkDTqe4njRAACBxYAAi7qtDX5dfXOpWH3/bnylwn27XouiaX2iTaefVn2o&#10;O3mcx33GJzObV33eDT+dNn47AACBIYAAizCr6oZnfM+oOoV3bcOkq4SiXeuhTYP5TRGeQ4OBOwCb&#10;tIM2JuCaNYMtDT+btYMRAACAk4AAipuq+Y6DfDSnTY0NbR6jwYu0XUGgYoqBTImdTImJOo2awYjs&#10;JpSZMYj/DT+aXIc9AACAGoAAihCqQZbEe66mlpTNbJijBZLsXLqfoZE5TAmchY/ROjKZ3Y70JluY&#10;P49bDUKZJ4j3AACAAIAAiaipnp8ge0Cl+JyrbCaiZJpGXEie/ZgYS6Gb3pZcOeOZLpWGJjaXXpTc&#10;DUqYEYj8AACAAIAAiUupNKenewWliqS9a+eh5KHOW/ieYp8jS0qbOZ05OYqYmZysJfOWy5lyDUqX&#10;OYj8AACAAIAAiQOo6LCCerylM60qa5WhgqnAW6Od9qa9Sv+axaT6OU6YH6LEJciWUZmMDUOWoIj3&#10;AACAAIAAf3K5/21sceG1wG5pY7GxvW9xVKut6XCARJmqYHGNMwGnk3J4Hrum0XLBBb2nP3NtAACA&#10;AIAAfzO5H3VQcce0yXWMY5GwnnXpVIqsqXZiRHapCXbwMuumJnd1HsSlMHeSBiClIXjFAACAAIAA&#10;fvm38Xz+cW+zn3ydY0WvZ3xeVDOraHxURCqnwnxrMrak1XyWHrmjtXyhBnKjNn2jAACAAIAAfqq2&#10;v4SScQWycYOwYsauPYLxU8qqOIJmQ8mmloIUMnKjpIHwHqSiYoIWBrahf4HkAACAAIAAfky1v4w4&#10;cKSxcorhYlutPomwU1WpN4itQ3SlhofwMjGik4eeHpChNIgrBvGf+oSxAACAAIAAffC0/pQGcE+w&#10;rZJAYgiscZCXUwKoYo8mQyWkqo4SMf6hnY21HoGgI43gByGeo4TSAACAAIAAfZ+0aZvmcAuwEpm2&#10;YcaryZeZUr6nr5XEQuKj9pSCMdKg3pR6Hn6fLpKnB06deITxAACAAIAAfWqz6aPlb9ivjqFQYZCr&#10;PZ7NUoanG5ypQqyjXJtwMZygSpriHmaefJSNB3mcdoUOAACAAIAAfTazm6xHb9CvK6lWYYSqwaZd&#10;UmSmgqPrQpCiraLDMZSfj5/zHnadyZSZB6CbxYUoAACAAIAAcq/FSGzeZaXArG20WB28OW6fSdO3&#10;7G+VOnW0AXCBKVOxNHEtFJax6XC4AACrKXR7AACAAIAAcqLEd3RwZcO/sXSLWDq7BHTVSfG2hnVA&#10;OpaydnW/KY2vf3YhFRWvxHW7AA+p6XjnAACAAIAAcqPDOnu4Zaq+cntFWCa5tXr9Sda1JHr3Ooix&#10;A3sSKZ6t8ns4FW6t3nsEAKOn030uAACAAIAAcpXB7YLaZYC9JoH4V+e4aoFCSaiz0oDMOmavrYCW&#10;KZysioCQFa+sMIDMASGl+IDEAACAAIAAcnbA0ooLZV+8B4jIV8C3RYe2SXWyqIbaOlGuc4ZRKZ6r&#10;R4ZJFe2qr4aQAZGkVYEPAACAAIAAclG/+ZFoZUq7H4/LV7K2To5USWexqI0iOkGtbIxeKaiqIYyF&#10;FiepWIuDAfGi6oFQAACAAIAAcjC/UJjTZT+6YpbgV661f5UKSWOwz5ONOj+skJLCKbapOJMHFmCo&#10;LY8hAkehtIGKAACAAIAAchO+06BgZT25zJ4aV7G01ZvuSWSwFpo6Ojqr0pm2KbeofZh5FoWnTY86&#10;Ao2gs4G6AACAAIAAcf6+dqg2ZUO5UKWiV7u0Q6MoSWuvd6FrOkWrKaBRKdCnypxFFqimj49SArqf&#10;84HYAACAAIAA2bVxgWyqxQ5y1243r790G2+3mZt1SXEtgqx2a3Kjaut3inQbUgV4oHWCNnp5oHbA&#10;EgJ6eXat17dvV3few3Bw3HhHrklyQXi3mEtzj3k0gXR00nm+acd2DnpRUOt3NHrWNWh4IXs+EM54&#10;wnqt1eJthIMdwaRvG4JnrLVwmYHClsxyAIFJgBxzXoDqaJN0soCcT9l15YBKNGx2vH/vD8B3QX8i&#10;1Blr6o5Kv9VtjoyQqu5vGYrwlTpwl4l1frByDogxZ1dzdocETsx0tIXiM4B1coTbDtZ184Mw0npq&#10;lJlvvjtsQJbMqVRt1pQ/k65vXpHVfVJw4o+UZiVyXo2RTc5zpIuoMqV0R4oYDg501Iao0SZpiqSd&#10;vOtrOKEjqAJsz52qkmFuXJpRfBxv6JcqZQpxaJQ/TONytpGmMeBzP4/ODWVz44kO0BVoua/Uu91q&#10;Z6uKputr+acrkUlthaLnexhvGJ7mZCZwn5szTBlx6JfvMTpyWpYUDNlzG4iwz0doH7sVuxBpy7YB&#10;pgxrU7DDkF5s1quYei9uaqbGY1dv+KJtS3BxQ57IMKpxl5uQDGdyeYhizrlnvMZguoBpYcB9pWFq&#10;2rpjj5xsTbRgeW1t2q7PYqdvaKnvSs5wrqZQMBpw65/uDAxx94glylp55GuLt316ZG1Lo8F65m7r&#10;jwJ7aHB0eVV77nH6YrV8fHN/StJ9FXTuL+F90HYeCzl/ZHY3yOl36HY8tld4kXbkoqR5LXeDjex5&#10;xHgieEJ6XXjKYa96/3l6Sdl7onoaLvV8SXqQCmt9sXqox2V2KoDktK525oCHoRx3lYAsjHN4Q3/o&#10;dvJ49X+5YIV5rX+YSM96Wn9zLgd65X9ACbZ8M37WxdN0pYt6swt1a4ozn3h2J4jyiwN25IfEdaJ3&#10;roa/X194eIXQR9V5LYTvLTB5nIQ0CRl66IJ3xFtzXZYTsZd0KpP2ngR08JHZiZd1t4/NdGV2iY3h&#10;Xkh3ZowtRu14IIqdLGx4comKCJN5zIWTwyRyW6DCsGJzLJ3XnM5z8preiGh0vpf0c0p1l5UzXUt2&#10;dJKuRht3NJCLK713a496CCJ43YWAwitxj6t+r2ZyYafMm81zI6P5h2hz7qAzcl10z5ysXH11sZl2&#10;RWp2aZbRKyx2h5VXB8R4F4VAwW5w+LZNrqRxx7HZmvpyga0xho5zRKiTcYd0JqRNW711EaCMRM51&#10;yZ3AKq51x5ojB3h3doUNwPBwlME2rhdxXrwDmlJyCbaJhdZyvrEecNVzmawrWx50hKgIRDt1O6UQ&#10;Kip1I5yCBzt29oTku26ClGqcqjGCOGx4l+uB+W4qhHmB0W+/b/yBuXFNWnCBuHLZQ4CB3XRHKQSC&#10;gXVTBTyDu3aNukyAvXSzqRCAjXWNlrOAZXZWg0+AS3cXbuWAQnfdWXCAUHimQpOAeHlaKC6A/HnI&#10;BMiCDHrSuRx/Dn7Np8J++X63lZh+336cgiR+2H6Gbc9+3H6DWHl++H6NQbp/J36SJ25/jn58BGKA&#10;kX6St7x9lIjVplx9hofulA59fIb+gMl9gYYVbJB9n4VMV2F9zISYQMx9/4P2Jqh+RIOEBAl/SIHU&#10;tm18WZLhpQt8UJE4kr98UI9/f4R8XY3Ia3d8gIwtVmh8vorHP/589ImQJf99GIkGA75+L4KItVV7&#10;Yp0Mo/N7Xpqjkah7XpgefnV7bpWbanl7lZM8VYp7z5EeP0Z8CY91JWh8D48AA359QYJctHV6nqdJ&#10;ow16naQmkLx6maDVfYp6p52IaaB61Jp1VM57Epe/Pqx7PpXGJOx7KpQgA0l8fYI5s8x6C7Ggolh6&#10;DK3Gj/h5/6mvfMJ6BKWZaNx6MaHdVBp6eZ66Phl6o5zkJH96aphSAx573YIcs1x5p7wgodJ5p7eY&#10;j1Z5jbK+fBR5g63paDl5qKmXU4x57qZBPZd6GqN8JAt5zZhfAvx7XoIErNiLvWnanPmKgGu7i/2J&#10;fm1wecCIqW8IZmmH8XCYUeyHYnIkO+iHIHOFIbGH9XROAACHgXckq/OKAnNlnAeI+HRViu6IDHUy&#10;eLmHP3YIZXGGjXbiUQeGBne8OxGFwHh4IPaGanjHAACFlXsVqvCIanzbmtWHe3z5idmGmH0Ld52F&#10;2n0hZHGFNH1GUCmEuH11OlGEcn2ZIFWE9H2QAACD5n6KqdGG9oZamaSGD4W3iJCFPoUAdouEhoRT&#10;Y3mD7YPDT1yDeYNJOaaDOILjH8aDmIK4AACCb4AAqKWFw4/bmJiE4I6Kh4OEF40idWKDZ4u2Ym+C&#10;1opkTmuCdYlKOOGCMohuHzKCZoh7AACBLoAAp6uE15l+l5aD+pd+hoGDMJVcdG+CgJMzYYyB8ZEw&#10;TaqBho94OEWBRY5SHrWBWI3dAACAIIAApuKEHKMylsiDRaCIha2Cdp2sc5mBwprKYMSBN5gmTQCA&#10;zZXyN8eAdpS6HlGAbJJXAACAAIAApkqDj60IliOCvqm6hPiB56YmcuGBJqKMYBKAl59WTFOAOZzZ&#10;Nzd/35u1Hfh/p5REAACAAIAApeODLbcalaSCYLMzhF6BfK7rcjyAqaqgX3yAEKbvS9d/r6R6Ns1/&#10;WKF5HZ5/DZQHAACAAIAAnqaVHmlOj9STJmsjf+6ReWzUbsyQA25qXI2OsG/2SQ+NnXF0M9aNEHKy&#10;GYeOonL2AACDFnq8neyTlHJajxaRyHNNfxSQJ3QzbfqOrHUUW8SNWHX5SFWMRXbZMyiLrXeKGP2N&#10;AHeDAACBoX4fnRiSE3tOjhCQYnt9fiGOxnunbQCNWHvYWuCMDXwYR46LAXxfMn6KY3yRGH6LfHxs&#10;AACAWoAAnBmQt4QrjP2PC4OzfPaNfoM1bAmMEIK4WfqK1oJYRs6J04IJMeWJMIHNGBGKEoHZAACA&#10;AIAAmyaPhI0sjACN4owQe/iMXorpawiK9om/WS2JtYiyRhyIvofcMVmIF4dQF7CIxodYAACAAIAA&#10;mlKOoJZRiz+NBpSYezeLfpLEajWKFJDwWF6I1Y9GRW2H1I3xMMuHKY1NF0mHrIwFAACAAIAAmaSN&#10;75+CioeMWp0wenmKzZq1aXqJXpg9V62IIZYKRNWHHJRbMF6GV5P0Fv+Gso+NAACAAIAAmRyNaKjM&#10;ifWL2KXpedyKRKLNaNyIyZ+3VxKHiJ0PRECGi5tJL+aFvZopFr6F4Y9hAACAAIAAmL2NCLJWiYSL&#10;e67xeVaJ3Ks5aE6IUqeQVpGHBqSUQ9WGBKL2L4aFOJ8dFmuFSI8oAACAAIAAkNie4WjMgtecTGqN&#10;c9+aAmw0Y8SX723FUoeWC29JP+yUhnCxK0qT6HGzEGyW3nEvAACAAH3QkECdjXFjgkibEHJRczyY&#10;w3M6YyaWo3QiUfCUtnUMP2WTKnXpKtOSdXZ6EDiU9XXyAACAAIAAj5icIXnZgXWZunoScn2XbXpN&#10;YmCVU3qVUT2TanrpPsuR4XtAKlmRHHtxEAaTL3slAACAAIAAjs+azII9gJKYboHbcYSWLYF5YZCU&#10;E4EmUHuSN4DqPiqQs4DCKd6P4oCpD9KRkoCqAACAAIAAjgCZtIqof8aXWYm5cLSVHYjHYLSTB4fe&#10;T9aRHIcMPZuPoIZ6KXeOwYY+D62QFoV7AACAAIAAjVWYxpNHfxeWeJHLcAGUPJBAYAqSH466TzOQ&#10;M41gPSWOn4xqKSKNtoxdD4uOwImRAACAAIAAjMaYGJv3fpqVz5n4b4KTiZfUX3qRYJW5Tp6PdZPx&#10;PKWN4pLNKM+M2JLFD2mNnYprAACAAIAAjFWXmaS/fiKVUqJDbwCTA5+TXvaQzZzxTh2O3JrUPCaN&#10;T5ncKGuMOJgaD0uMrIpXAACAAIAAjAGXPa3EfcOU9KrcbpGSmqeoXoKQVqSRTbSOW6JRO8+MxqD1&#10;KB+Lr5shDxyL+Yo3AACAAIAAg4mpE2g3djyl9mngaBWjHmt4WOKgeGz+SIueDm5yNrKcNW+3Il6b&#10;43BaCFidr3AgAACAAIAAgxKn8nBndd6k1nFHZ62h53IsWIGfJ3MWSDCcq3P+Nmeaw3TLIiuaR3Ue&#10;CICbdHUxAACAAIAAgpamlnhodT+jiHiiZyKgk3jlV++d0nk9R7CbVHmgNgCZZ3n+IeuYzHoVCJ2Z&#10;Z3qnAACAAIAAggClQoBQdJCiOoAAZl+fTn+2V06cjH+CRxyaGH9pNYuYKX9fIaGXdX9YCK6Xi3+T&#10;AACAAIAAgWSkJYhHc/ChJId4ZbWePIatVp+beYXxRpaY+oVcNRuXD4UCIVqWQoUUCLyV34PRAACA&#10;AIAAgNijS5Bfc2igTo8ZZS6dYY3LVhWamIyPRhOYEouINMiWB4rxISuVJItiCMyUYIXzAACAAIAA&#10;gG2ikJiHcvefmZbOZLicqJUCVZ2Z2pNNRaaXUZHyNHeVPJFbIRWUHpDoCOKTDoYCAACAAIAAgBSi&#10;FKDTcsOfG565ZH6cF5xtVVGZLJo4RVCWlZimNBeUjphhIMaTb5V/COiSAIYGAACAAIAAf9GhvKlc&#10;cn2et6bsZC6bpqQyVPqYraGlRQKWDaAtM9mT/J58IJmS2JYKCOORO4YCAACAAIAAdrSzwWd/afWw&#10;OGkIXICs5WqMThipvGwCPoem4m1cLT2k625rGLmll25sAYmiqnACAACAAIAAdlqy0G9SacqvKHAd&#10;XFerpnD5TfmoVHHdPnClXnK8LTqjSXNqGOOjp3NGAf6gN3VhAACAAIAAdgyxfHboaWCt2HcbXAKq&#10;R3dgTaCm63fDPiij7HgtLRChx3iEGO6h6XhUAl6d+XpYAACAAIAAdaywHX5daOmsfX4WW3eo833d&#10;TTSllH3DPceimX3GLNCgan3RGOegWn28Aqyb+n6vAACAAIAAdUSu9IXhaH+rWIUuWwWnz4SHTLek&#10;bYPzPXKhZIOPLJCfMoNrGNme94O/Au2aO4H7AACAAIAAdOSuE42KaCiqdYxyWq+m44tYTF+jeYpY&#10;PR6gaImaLF+eGIloGNKdtomDAyOYtoIfAACAAIAAdJStZZU9Z+apwZPKWm6mI5JDTBiirZDePNSf&#10;mo/uLDCdO5AHGNqclY5ZA1aXaoJCAACAAIAAdF2s150CZ7GpLZs7WjKlhplWS9iiBpejPJSe7Ja1&#10;K+uck5Z2GLubxpC5A4mWU4JkAACAAIAAdC6sfqUXZ7SovqMZWi6k/KDQS7ihXZ7JPHueKZ3zK+ub&#10;vpuTGNGa8pDIA6yVjIJ8AACAAIAAajK/A2a0Xc67QGgOUOO3lmlwQyO0BWrGNCqw6Gv0Ix+vPmyi&#10;DiGxSGvjAACfBHOwAACAAIAAae2+PW4yXc+6OW7YUPW2Qm+cQ0Wyd3BuNFuvLnExI3OtSnGcDrWu&#10;6HDmAACdwHgpAACAAIAAac2853VkXZ242nWAUNW0z3W4Qyaw7XYZNFGtkHZ8I5GriHauDxysyHYm&#10;AACciXwiAACAAIAAaai7cnxrXWG3ZnweUIezXXvpQvKvd3veNC2sFHvwI5Op8nv4D2eq4nvYAACb&#10;aH+hAACAAIAAaXq6MYN/XTW2I4LaUFayFYJLQrSuK4HXNBSqt4GaI5SohYGeD6mpMIGuAACabIAA&#10;AACAAIAAaU65PIq7XR61HInJUESxAIjcQp6tDYgQM/ypkYeSI52nOofAD+anq4a4AACZkIAAAACA&#10;AIAAaSm4f5H+XRS0R5DIUD+wGI+CQpSsG45sM/Gom43hI6emMo5FECKmWYrpAACY34AAAACAAIAA&#10;aQ2385lZXReznpfmUESvWZZVQpKrTZUIM+Snx5S2I5ylXpPMED+lWYr8AACYSIAAAACAAIAAaPq3&#10;j6DrXSOzE59JUFGutZ18Qpaqm5wlM+mnC5tuI7GklJgiEFakg4sMAACXsoAAAACAAIAAzVBsbWZE&#10;ueduMGh1pdNv2GqQkOBxY2yUew5y326NZFV0T3B9TGx1pHJQMa12qXPWDcd4MXO2y1xp7nFUuFhr&#10;53JnpG1ttnN3j59vZ3SGeeNxBnWXYz5ylnalS2Fz+nebMLF03HhVDOZ2dHflyYhnyXxgtpFp3Hxc&#10;ouFry3xfjiZtmXx9eJFvVnyqYhJw/3zeSllyb30EL8ZzK30EDCF07nyDx7tl4odQtMJoCoZQoRtq&#10;C4VgjJpr8oSHdyptzYPTYNtvjIMvSVRxBYKNLulxmYHrC3Zzm4C4xhhkRpI0sylmfJBUn4NojY5+&#10;iw9qg4y7dddsbosXX7JuQ4miSGBvwohBLh5wK4cfCuRyeIRSxMVjAJ0hsd1lP5pwnjhnVZe1icpp&#10;U5UKdKZrR5KFXqVtIZAzR4Jupo4pLWlu5ozFCmhxhIcJw7Zh/agTsNRkQKSXnSpmVaD6iLtoVJ1r&#10;c6lqUpoTXchsM5b/RsdtsZRULNJty5LzCgJwuYbEwu1hPLMJsA1jf67EnFNljapMh9tnhaXbcspp&#10;hKG4XP9rbZ4FRiRs6pr9LE9s2ZhcCa9wFIaMwmpgu73+r4Vi+rjnm7Jk+LOThyVm4q5Ochdo2qlz&#10;XF1qwqU+RYtsN6I+K8ZsAJyoCW1wEoZfvq90jmVgrQR1gme+mmx2cWnvhr53Wmv9cg94Qm37XFp5&#10;LG/uRVN6D3G7KwN633MZB4B9FnN9vUZyPW/wq+lzZnE7mVp0dXJwhbZ1dnOYcQ52c3S9W2p3cXXf&#10;RHZ4XXbkKjh5BXeQBvV7W3gUu8BwLnprqj5xcnq2l9Nymnr5hD9ztntCb8F0z3uVWkR15HvsQ3N2&#10;1nwyKVh3Tnw/Bnp51nxsuiluXYTKqJpvsoQzljFw7IOWgtdyG4L+bnhzT4KAWSd0eIIOQoV1boGf&#10;KJF1t4EuBg94hYAxuK5s0Y8ppyduMo3DlL9vfIxQgWxwuIrfbUZx94mEWBpzNIhSQah0LYc7J950&#10;RIZ5BbR3ZINst3hrlpmapfRs/5dtk49uTZUjgENvkZLabDBw2ZCvVylyFo63QOJzE40SJz5y+4xW&#10;BWd23oOntoJqm6QUpPxsCKEkkpJtVJ4Ff0lumprma0dv65f5VmBxLpVWQD5yH5M4Jrxx3pIjBSd3&#10;SoN8tctp366XpD5rTKrnkcVskab4fnZtz6MGandvIp9hVaNwbpw3P6ZxXZnzJklw6pbiBPR3oYNZ&#10;tVZpYrkko7hqybS3kSNr/q/4fcZtL6s+ac9ueqbyVQ9vxaNnPxhwrqENJcdwFZmLBMp354M9sHB8&#10;/2SsoE19HWcdjxF9VGlXfJZ9nGtnaP598W1lVER+Vm9TPhF+1XEPJAB/q3ImAfeBZ3QBr1N60W6g&#10;nzN7J3ATjd97enFoe3V71XKpZ/N8OnPjU1N8r3UUPTh9LHYdI0N9yXafAbZ/rnhxrh141XiRneB5&#10;TXkZjL55tnmRekt6JnoAZuR6nHp2UmZ7H3rtPHB7nXtMIpx8AntUAX1+K3xXrLh3EIJnnHN3mIIl&#10;izd4FoHPePp4loFyZa55J4EmUVp5vIDlO496OoCjIeZ6ZIBWAUt90X+6q2Z1l4xAmyB2KotAieV2&#10;tIold7F3P4kAZJx314frUGZ4fYb7Osd4+oYrIUl46IXMASB+GIDDqk90aZYymgl1A5R4iNF1kZKW&#10;dqR2I5CpY6F2wY7WT5J3Y403Ohl334v5IL93mIu2AP1+VYCrqXBzeKAvmSV0F52+h+p0o5sWdcF1&#10;NZhlYsx12pXiTtt2gJOxOYp265IoIFF2c5DMAN9+h4CXqMpywao5mHNzYqcWhytz6KOsdP90cqA5&#10;Yg51GJ0TTit1x5p4OP12LJkQH+91epT0AMd+sICGqFxyRLRYl/By4rCKho9zW6xidFpz16g4YXN0&#10;dqSBTaV1IqGwOHx1g5+GH3d0qJVGALR+0YB5on+FxWQZk6CFFmaJg5eEnGjCcj+ER2rRX7iEC2zK&#10;S/GD8m6sNoGEIHBIHGWFYXDmAACATHa6oZiDuG2DkqeDRW8JgoCC6HBtcTWCn3G+XsOCa3MESxeC&#10;WnQ7NcCCfXU4G8iDb3VmAACAAHq5oIuB2XbVkWaBiHeLgV2BO3grcBKBA3jAXcCA3nlVSjiA13nk&#10;NQWA83pPGzeBmnosAACAAH46n2aAGYAlkDN/3YAigBd/p4ADbxN/eX/eXNt/ZH/CSYB/Zn+tNHh/&#10;fn+UGsp/4X9XAACAAIAAnjt+sIl9jyR+fYjPfwd+UIf/beR+K4cdW9Z+HoZKSJF+MoWZM7J+QoUN&#10;Gjl+WYUMAACAAIAAnUR9kJLujiR9ZZGVfgp9OpAPbPJ9GY53WvV9Doz4R9d9GYuxMxx9JIrdGcd8&#10;+4pmAACAAIAAnH18qpxnjVl8hpppfT18V5gubCZ8NJXkWjR8LpPJRzR8OJIKMqV8K5EmGXF7x47Z&#10;AACAAIAAm+V7+6XzjLZ73KNVfI57p6Bra3d7eZ1yWYl7cZrJRo97g5jDMh97bZf5GSB6xJD9AACA&#10;AIAAm317f6+fjDl7Yqxue/x7IajZat565KU8WP560qIdRhl64KAaMa96xp2fGLh58pC3AACAAIAA&#10;lNGPDGOShvKNnWXxd/CMeWggZ5+LiWonVhuKu2wVQz2KKm3hLnaKKW9HE8iMm28UAACAAHpAlBCN&#10;LWx6hiuL923+dw6K5W9oZsuJ9HDAVVmJJXILQpGIk3M/Ld+IfXQeE2KKfXOsAACAAH22kzGLX3VH&#10;hRyKTXYOdhiJSHbEZdSIZHdwVH2Hn3gaQdeHE3i5LUmG7nkfEwOIf3iaAACAAIAAkiyJuH37hAuI&#10;sn4kdPKHwX41ZOqG4n47U6mGLn5HQS6FqX5VLMuFdn5UErmGoH4GAACAAIAAkTCITIbMgw+HU4ZX&#10;c/yGa4XDY/WFkoUdUvWE2YSBQJyEXIQMLFuEIIO/EneE6IOGAACAAIAAkFeHO4++glSGSo6yc0OF&#10;YI13YyKEhYwnUiSDzIrwP/KDRIoAK9KC/YmeEh+DZ4g6AACAAIAAj6iGYpi1gZqFeJcXcoWEiZU5&#10;YmeDqZNGUW2C8pGKP1WCZZBCK2+B+5AdEeWCHowZAACAAIAAjyCFvKG+gQmE2Z+WcemD4Z0bYcyC&#10;9JqLUNWCN5haPrmBspb0KvCBOpZGEbKBEYv3AACAAIAAjr6FRar3gJeEZahXcWODYqVFYT+CYqIh&#10;UFiBl5+YPlaBCp5lKpuAjps1EXGARYvLAACAAIAAh3yYnWMVemmWmGVZbESU42d4XOGTZGlyTEmS&#10;D2tNOjaRIGz1JdmROG4BCzyTlW10AACAAH1GhtWW/WuKec+VH20Ca5mTaW5nXEWR22+/S7yQe3EG&#10;Ob6PgXInJXiPdnLICy6RGHJFAACAAIAAhiCVSHPbeO6TiHSlatKR2XVkW3uQUXYeSwyO9XbUOS6N&#10;+nd0JQ6N1He7CxyOyHd9AACAAIAAhUiTsHwWd/6R/HxMacyQXXxzWqaO2nyXSkuNjHzAOJGMlHzl&#10;JJyMWHzmCwGMvH0MAACAAIAAhG+SXYRZdyqQsYQHaPiPGIOhWcaNmoMxSaiMQYLJOAWLUYKHJDiK&#10;/oJnCu2K8YHuAACAAIAAg7qRR4zIdnKPqIvvaD+OD4r0WRiMiYnrSQaLLoj9N5yKJYhbI+uJwIhr&#10;CtmJZ4YUAACAAIAAgyaQdJVEdfGO3ZPwZ7yNO5JiWIaLqJDFSGuKTY9oNxSJQo6YI56Iso7GCsaI&#10;HYdJAACAAIAAgrGP1p3OdXaOQpwFZzqMl5nvWASK9pfMR+qJk5YaNo+IjJVrIzSH6ZQVCraHEIc+&#10;AACAAIAAglqPZKaEdRaNzqRbZsuMF6HHV5GKZ58vR4SI951SNjyH5ZxwIu6HOZeeCpWGRocoAACA&#10;AIAAepCipWJwbhOgJmSVYKud7magUiCb52iKQliaHmpOMOKY/mvDHIGZwWw/A9+YoWy+AACAAH/Q&#10;efyhQWp7baCezGviYDScf21BUbmaXW6VQgGYgG/SMKOXSnDUHGaXz3EHBCCWEHHSAACAAIAAeWuf&#10;onJYbO6dQnMhX52a9HPmUSGY0XSsQYKW8nVoMESVsXX+HDaWBXX7BFKTxXdNAACAAIAAeMSeEHod&#10;bDKbu3phXs2ZeHqcUHyXWHrcQOyVgXsdL9OUPHtPG/eUZ3sxBHSRwHxMAACAAIAAeBucv4Hva4ia&#10;coG5Xh6YNYF2T8iWE4EtQGiUNID4L2SS74DcG7WS9YDYBI6P/YCdAACAAIAAd4abuonfavqZc4k4&#10;XZOXMIh1TzqVCYetP+KTIocHLxmRuYaxG4+RnYcWBKiOdoMmAACAAIAAdxGa3ZHXaoCYnpDEXRWW&#10;WI+GTrqUK45IP22SQI1OLsSQyoz0G4aQZYykBMeNKYM7AACAAIAAdrOaRZnrakuYBpiDXN2VrpbL&#10;TnOTYZUMPx6RZZPWLmOP+5PSGzCPjJE9BNWMHINFAACAAIAAdmuZ1qIragKXjaB7XIuVJ55cThyS&#10;zJxEPtKQxJsZLiePS5nwGweOzZJGBNiLUoNGAACAAIAAbgatOWGTYgOqXWOSVTqnt2WDR2mlO2dX&#10;OE2jHWj3JzaiF2obEiqkf2mnAACY025iAACAAIAAbYOsEGk/YbqpG2qPVP2mRmvhR0CjoG0qODeh&#10;YG5TJz+gMW8bEnGiLW6KAACXLXNpAACAAIAAbReqgXCzYTmnk3FzVJiktHI3Rt6iA3MBN+2fuXO6&#10;JxuecnQuEpKgE3OYAACVoHgwAACAAIAAbKGo6ngIYK+mA3hTU/2jLHicRmqgenjvN4meM3lBJt2c&#10;3HlsEpeeMnj1AACUMHxjAACAAIAAbCinkH9sYDikr39QU4Gh2X8rReOfJn8ENzGc0H70Jp2bcH7y&#10;EpKchn7jAACS6IAAAACAAIAAa72mh4byX9mjpYZ3UyWgx4XkRYWeC4VQNtibq4TlJm+aKITVEpKb&#10;A4S4AACRxoAAAACAAIAAa2Slt459X5Gi0o2vUt+f54yyRTqdHou7NoaavIsbJjuZJYtKEqWZqImh&#10;AACQ24AAAACAAIAAaySlD5YQX1SiJpT1UpyfM5OfRPOcX5JZNkCZ9JGzJemYYZG8EoKYrYyDAACQ&#10;J4AAAACAAIAAavCkoZ3jX1ahpJyoUpmemJr3RNiboplWNjOZF5jPJfyXapbnEqqXqYyeAAuPioAI&#10;AACAAIAAYbO4fGCJVfS1fGJSSaGykGQYPGGvw2XDLbutjGclHJKtRGe4CFyupGdrAACTWHLYAACA&#10;AIAAYTC3kWfbVce0T2kCSZKxFWo4PG+uC2tmLeWrn2xkHPCrCmy6CPGsCWxpAACSF3duAACAAIAA&#10;YOq2C27sVXeyv2+SSV2vcnBFPEOsUXEHLdapznGnHRSpBXHJCVyppXGdAACQ4XuAAACAAIAAYKq0&#10;ZHXYVSWxGnYZSP2t0HZhPASqq3a6LaqoIHcLHRenMncGCainenc4AACPv38WAACAAIAAYGiy9XzS&#10;VOmvrHy/SL6sXXytO7mpNHycLY6mlXyiHRmljnyZCeqliH0ZAACOwYAAAACAAIAAYC6x2oPxVMeu&#10;gYOXSKOrJIMqO5un8YLBLW+lSIKDHSWkEIKgCiejzII5AACN44AAAACAAIAAX/2w/IsUVLWtjYp9&#10;SJiqH4m8O4um4YkILV2kMYi2HSui3okgCmWiSoaIAACNM4AAAACAAIAAX9mwV5JGVLKsy5F+SJip&#10;SJB2O4Wl+Y+JLUujQY9lHRih7I68CnyhH4cXAACMnIAAAACAAIAAX8Gv3ZmgVLusLJi9SKOokZeB&#10;O4elNJaELVKibZYtHTOhAZNOCpKgIocmAACMAIAAAACAAIAAwRNnFV/trtNpOWK0m+1rPmVgiCJt&#10;JGfuc2lu+GppXbdwuWzRRsdyRW8QLM9zJnDdCgR2KnEUvyBkJWrRrUtmimyFmo5ov24shuhq0m/L&#10;ckZsz3FgXKhusXLrRclwSXRTK+hw8XVdCW10aHVrvUlhlXWnq4ZkIHZOmQdmfXbzhXNos3elcPhq&#10;0nhcW4Fs0HkRRMpucHmvKw9u2XoKCOly3Hotu3dfS4Bdqbhh9YAPl0NkbH/Ig+5mwX+Nb5dpAX9p&#10;WlJrGH9NQ89svn8pKkJs5H7tCHZxs36GucxdVYsEqCBgF4nclbJipoi1gmllDIeXblJnYoaOWTVp&#10;kIWnQudrOYTNKYlrGYQaCBRyWYI/uHFbwJWzptRekpO7lHBhLZG1gTFjoo+2bS1mA43UWDxoN4wd&#10;Qhpp44qgKOVpfomxB8Fy5YU+t1xaeaBjpcxdVp2ek2pf9Zq6gDFicJfebD1k3pUxV2pnGpLAQXFo&#10;u5CvKGBoF4/KB3xzWYUQto5Zf6sOpQVcYqd8kpxe/qO+f19hdqAIa25j55yZVq1mLJmPQNZnyZcn&#10;J+xm4pUiB0RzuITqtgpY1LWspH5btbE/kgNeRKylfrpgsaghas9jHaQDVh9lYKB+QE1m8J4fJ25l&#10;yJlfBxh0A4TMszdu7F9HoplwT2IxkQ5xp2Tpfmhy9md3arR0P2ntVel1gWxNP7x2pG53JgJ3Wm/8&#10;BDJ7CXESscJsLGmroXttz2uMkABvUG1QfWtwvW7/acNyIHCfVQ5zeHIyPvh0oHOaJVd1D3R4A+F5&#10;cnXJsDFptXP0n81rfnTfjnttIHW4e/ZurXaMaHpwMHdgU+1xoXguPf5yyXjcJIdy5nkmA5l563pG&#10;rpJngn4fniZpZn4tjNprIX4uepVsx34pZzhuaX4wUtlv7n47PRxxF348I9Jw4X4QA1t6U34rrRBl&#10;n4hHnLNnmIeLi2xpaYa6eS5rIIXhZhNs0YUVUddubIRnPEtvkoPHIzBvBoNTAyZ6rYGCq9ZkGJJ9&#10;m4BmH5D8ikFn+o9ZeA5pv42vZQVreowaUPZtFoqvO5RuOomIIqBtXYkfAvp6+YIDqtxi3Jy1molk&#10;7JpyiUtmy5f+dx9olZWFZCVqXJM1UDZr/pEmOv9tEo+PIi9r6o7cAtV7N4HqqiNh7Kbtmcxj/qPp&#10;iIRl2aCodlZnn51iY2BpapphT4BrFJfROm5sIZYWIclqqpOQArd7aoHWqa1hRbEfmUZjVK1bh+hl&#10;IqlNdbFm3KVFYsVooqGkTvpqSp62OetrSpz6IU9pipaFAp97k4HFpaR3FV7Dlnp3r2G6hjR4XGR0&#10;dKd5FGb7YfB502lnTgZ6m2u3OIt7Zm2/Hst8O27TAACAAHJgpHh0eWiNlVp1VGqOhQF2JWxpc4t2&#10;9m4nYO53y2/VTSJ4o3FsN8N5ZnLHHih52HNRAACAAHcFozZyF3JQlAJzH3Nug+R0DnR0cmh0+HVm&#10;X+x14HZTTEZ2x3c2NxF3hXftHZ13kngHAACAAHsYocRv9Xv3ko1xF3xPglhyH3yMcRlzHny5Xrh0&#10;JXzpSzx1Hn0YNjV11X02HPN1d30DAACAAH6ioGxuJoWckThvWoU7gQhwdYS3b9Rxg4QfXbRylIOQ&#10;SlVzn4MXNXx0TYKtHGpzhYJvAACAAIAAn1Bsr49WkCBt744+f/hvE4z3bs1wLIudXL1xRYpVSY1y&#10;TIk2NNty8ohjG+9xy4hLAACAAIAAnm1rgJkTjzxsyJdHfxRt7pU/bfBvC5MnW+5wLpE0SNxxN4+I&#10;NFlxxY5xG5BwXY1YAACAAIAAncRqlqLTjopr46BXflhtBZ2RbTVuHZq8WzZvQpgrSDBwUpYZM9Fw&#10;1JUfGzpvNZF6AACAAIAAnVRp8ayXjghrPalyfcFsVKXybJdtX6JrWqVufZ9NR7Vvip0DM1Zv/5t4&#10;GsRuR5IZAACAAIAAmFB/l15aikl/cGFGexh/eGP4apZ/nmZ2WNh/12jVRcaALmsNMOWAvmzeFrWC&#10;PW00AACAAHZcl1N9G2eYiUZ9OWmkegF9ZGuHaZF9nG1NV+19427+RPt+QXCPMDl+vXHJFjZ/s3G7&#10;AACAAHpnljl613C+iAF7IHIBeOV7YnMnaHh7sHQ3Vvp8CHU6RC98cHYpL5d823bYFcV9SHaFAACA&#10;AH3zlQV4xHnnhrx5Knpyd5d5hXrbZ3l54Xs5VhB6TnuOQ3F6wHvcLwl7G3wKFWZ7HXumAACAAIAA&#10;k9N3B4MOha53f4LzdoR36oKwZk14UoJSVR94x4H7QpZ5SIG0Lld5koF2FOl5TYFTAACAAIAAktR1&#10;pIxLhKl2JouHdYR2l4qRZVh3BomDVDp3foiDQeB39oeuLcZ4MIctFIF3xoamAACAAIAAkgd0gpWJ&#10;g9t1DJQjdLd1fZJ8ZJF17pDBU312bI8pQUF24o3hLVp2/I1TFDl2fosWAACAAIAAkWpzoJ7Mgzd0&#10;MJzKdAt0npp4Y+d1CJgTUtd1hpXzQKF2AJRmLNp2B5P+E/V1d41+AACAAIAAkP1y/agcgrpzj6WK&#10;c31z9KKTY1V0UZ+PUlN0xpz9QDN1OZtqLGx1M5mME4t0tI03AACAAIAAiyyIfl3wfhGHrWDHb9OH&#10;HWNqYEeGuGXbT3SGcWgnPSuGZmo7KLyG7Wu5DgaI/mtHAACAAHnTilGGNGatfTqFpGi1buyFLWqa&#10;X3OEzmxiTrqEim4PPI+EfG+PKECE33CPDdeGSW/1AACAAH1YiV6EB29TfB2DpHCjbe2DQnHbXneC&#10;83L6Td+Cu3QLO9iCsXT6J7OC93WHDZ6D53TvAACAAIAAiE+CFHfoevqBxXiXbLiBeHkqXYSBMnmo&#10;TQCBDXoeOyOBB3qBJyyBMnqrDWaB0XpdAACAAIAAh0qAVoCLef2AG4Cja8J/34CWXIt/poBuTGd/&#10;e4BJOqh/fYAtJtx/joAQDVJ//n/oAACAAIAAhmh/B4lPeTZ+2IjTawJ+m4gjW8J+XodWS41+N4aX&#10;Of1+LIYJJlF+JIXZDQ1+eoSjAACAAIAAhbF985IReHl9zJEGakd9jY+3Ww19To5QStx9KY0POWZ9&#10;FowsJfV844w6DOp9MoiWAACAAIAAhSJ9HZrVd+d8+5lEabB8t5dfWnl8b5ViSkl8RpOyONN8NJKx&#10;JYJ75pJKDMt8J4imAACAAIAAhLh8f6Oxd3R8YKGsaS98E584WfZ7vJyxSdZ7h5qsOHZ7a5ngJSZ7&#10;DJcjDIp7X4h6AACAAIAAfkOR+V1mcdqQkWAaZGmPcWKmVbqOg2UHRb6Nw2c5NB+NcmkbH9KOVmoX&#10;Bk6OmWoUAACAAHzLfXuP6GWocSqOsGegY7KNmWl/VRmMpGtDRTaL3GzlM7WLfW5FH46MJ27gBmqL&#10;9m7wAACAAH/efK6N123RcDqMxW8jYuSLvHBiVE6K0HGORIuKDXKjMy6JqXOGHzaKI3PMBneJn3Qr&#10;AACAAIAAe8mL7XXpb0SK7naqYd6J+XdUU4WJE3fxQ9eIXXh7MqOH9njnHt2IRnjtBnyHknm/AACA&#10;AIAAeumKSn4FbniJWH5EYRmIa35kUrCHjn5qQ1GGy35tMjaGZ353Hp2GjH5jBoyFxn6vAACAAIAA&#10;eiKI+oZEbbmIFoX7YF6HKoWHUguGQoT4QrqFfIRxMfKE94QgHm6E+YQ7BpGEPILbAACAAIAAeYOH&#10;9I6MbTqHGo3OX+OGJ4zKUXeFMIunQhmEaYqyMWCD3ooyHimDo4qJBouC84RsAACAAIAAeQSHKpbd&#10;bLmGVJWxX12FWZQnUPWEVZJ8QZqDg5ExMNSC+JDIHbiCm4/WBomB5YRrAACAAIAAeKKGkp9NbFKF&#10;vp3LXuqEuJvGUIKDpZmiQTaCwpglMIaCJpe2HYGBr5PzBn2BFIRjAACAAIAAca+b2FyyZfGZ919C&#10;WTuYYGG0S06W/GP7PAqV2mYHKuKVfWeeFi6XhWfHAACTDWm/AACAAH9KcPeaDmSMZWeYR2ZvWLSW&#10;omhASuGVI2n4O7aT6muDKq+TbmyrFjCVF2yUAC+Qvm62AACAAIAAcE+YE2xCZKKWam2OWA6Uy27M&#10;Sj+TTW/7OzSSEXEJKlaRgnHKFhWS3HGFAHOOcHQzAACAAIAAb5OWMXPjY9GUlnStVyuTB3VlSY2R&#10;j3YSOpmQW3aoKeWPwXcJFd6Q2XatAKKMa3lEAACAAIAAbteUm3uQYxeTDHviVnGRgnwdSNCQCXxD&#10;OhKOz3xnKXWOMXx8FZyPDnw6AMOKqn2mAACAAIAAbjKTW4NaYnyR1oM+VdyQSIL7SDuOyoKhOYSN&#10;hoJWKTCMvoI3FXaNZIJoAOCJJ4CXAACAAIAAbayST4snYfWQ1YqhVVSPRYnkR7ONv4kVOQaMdoh2&#10;KM+LnYhRFXWL44gEAQOH34CvAACAAIAAbUKRi5MKYbGQF5I1VRKOeZEBR2mM04+xOLyLdI7TKHCK&#10;no8EFRmKx4ygARqG0YC+AACAAIAAbO+Q+JsOYV+PfZn4VLmN1JhfRxCMIJaxOHKKsZXRKDmJxZUn&#10;FPyJyY4wASeGA4DIAACAAIAAZWKmV1uwWhKkH14VTfCiI2BlQKugW2KNMfKfBWRoIOefE2WKC/uh&#10;u2UaAACNlG3SAACAAIAAZLOkzGMnWaaijmTxTZOgbWawQGyee2hWMdKc/2m/IPOc1WqKDE+e+mn9&#10;AACL+3LMAACAAIAAZCui6Gp1WQyguGu4TRmelGzxP/icmm4eMX+bEW8aINCawW+VDH2cbG8GAACK&#10;e3eiAACAAIAAY52hB3GrWGue4nJ6TGicyXM8P3Wa0XP1MRGZSHSNIJCY3nTDDI6aGXRVAACJFHvl&#10;AACAAIAAYw6fbnjwV+GdU3lYS96bO3mtPuOZP3nsMLSXqXonIE2XLXoxDI6YAXoqAACH0X+cAACA&#10;AIAAYpCeLIBWV3GcFoBhS3WZ+IBIPnyX84AaMFWWTn/6ICWVon/4DJWWHoARAACGtIAAAACAAIAA&#10;YiadLYe/VxmbGId5SySY8Ib4PiiW3IZmL/qVMoYOH+aUbYZEDKyUdIUNAACFzoAAAACAAIAAYdWc&#10;Xo8rVsyaSo6bStOYHI2+PdiV/YzbL66URIx2H4uTfoyvDImTJYh6AACFIYAAAACAAIAAYZWby5bN&#10;Vr+ZrpYkSsWXbJTvPb2VKJOsL6uTSpNnH7GSW5HvDL+R7IifAACEnIAAAACAAIAAWSOxrVpkThqv&#10;UlyNQmStGV6qNZyrGGCeJyyp42IjFZOrYWJoA0WptmNaAACI53H9AACAAIAAWHCwZ2F9Tbqt4mMb&#10;QiOramS5NX+pLmY6JzqnvWdgFeqoz2dwA9Kmv2hRAACHoHayAACAAIAAWAiukmhoTUqsC2mQQdCp&#10;iWq0NTinOGvOJxilrGyaFgqmc2x8BDmj8214AACGZ3rdAACAAIAAV66sp286TN+qJm/9QVenqHC5&#10;NOelVXFtJt+jvHHsFgqkTnGrBIShXHL8AACFQX6KAACAAIAAV1Kq/XYcTIqognaKQQSl/3bqNIqj&#10;pnczJrqh9XdtFgmiXXcpBMKfBnjhAACEPoAAAACAAIAAVv+prX0jTFCnKn1KQNWknX1ONF6iN30/&#10;JpKgdH0zFhugl30WBP+c734WAACDXoAAAACAAIAAVrqooIQtTCmmEoQWQLmjdYPHNEGhAoNsJnSf&#10;NINHFh2fLYOHBT6bIYJ6AACCrYAAAACAAIAAVoWn0otDTBOlMor9QKqig4pnNDKf/onPJl2eIYnK&#10;Ff+eEYk2BU2Zq4OWAACCFoAAAACAAIAAVmKnNJJ+TAykepIiQKehupFVNC6fI5CkJmedL5CZFiac&#10;9o3kBWqYcIOpAACBgIAAAACAAIAAtSZhU1myo/5j0V0DkjZmL2A3f4ZocWNMa95qn2ZGVyhsrmkl&#10;QSpuYmvPJ+tu2m3dBrl0o27FsypdzmRhonFgmmaskNRjNmjmfktlrmsQarpoDW0oVh5qQG8uQDVr&#10;/HEGJxhsEnJeBmN1NXNBsU5asW8BoKpds3BKj01gg3GMfNZjJnLOaW5lrHQNVPtn/nVDPz5pu3ZW&#10;JlFpZXcKBhd1tXgir3RX5XmBnt1bFnncjYxeCXo5e1lg0nqXaBRjf3sBU9Rl6ntrPk5nqHvEJZdm&#10;3XvrBdV2JHyarb5VeIPynUZYzoN1jARb44L2ed5exYJ5ZuJhjIIIUshkEYGvPXZlyoFYJPJkhIER&#10;BZ12g4BtrFJTdo5mm/dW6Y0YisxaFIvAeLhdDYpqZc5f5IkoUedicIgKPL5kJYcZJGJidYadBW52&#10;04Omqy1Rz5jVmupVWJa2idBYkZSDd8pbmJJZZO9egJBUUSRhFI6FPCliuI0MI/BgyIyiBUZ3FoOR&#10;qlBQhKM2mh5UG6BDiQpXWp03dwxaZJo7ZDddVJeAUHhf8ZUeO5xhipNWI45fbJHsBSZ3TIN7qcFP&#10;mK11mZJTNKmgiHhWbKW5dnlZcKH4Y7BcXp6ZUARe+pvFOyhgf5oFIyJeRZYeBQ13d4NqqBdo21lJ&#10;mGNqqVyvh89sa1/mdiVuH2LwY2VvymXcT39xX2inOiJyr2sqIOhy8WzMAUx9z27zpoFliGN3lzRn&#10;pWXkhr1pmmgxdS1rdmpjYoBtQmx9TrNu8W5/OXRwPnBFIFtwAnFMAS5+AXPHpN5iiG2OlX9k2W8O&#10;hTdm+3B4c7ho/3HUYThq73MmTZZsuHRpOIFt/XV8H51tLnX5ARR+LXhlozRf13eIk9ViUHgwg5Zk&#10;lHjHcl9muHlRX/5ozXncTIxqqnpjN6tr5nrPHvpqnXrhAP1+VHxmoahdf4F9kmBgGYFdgi1ifIEm&#10;cP5kuIDiXuhm4YCkS5do1IB3NuhqA4BLHmtodIAdAOp+dX/UoGNbkIt7kSteQoqWgQlguImSb+lj&#10;CYiDXeZlQIeCSslnNYajNkNoWIX4He5mq4XaANl+kYCTn19Z+ZV0kDJcvJPMgBpfPpH7bwZhm5Ak&#10;XRFj4o5vShNl3IzzNb9m5YvhHY9lM4uMAMx+qICKnp1Yu59hj3NbiJz3f1leDZpbbkpgbJe/XFpi&#10;uJVhSWhkuZNpNTdlspI3HTpkBJA2AMF+uoCCnh1X2Kk2jupapaYMfsNdI6KnbbJfe59OW9BhxJxY&#10;SPVjwpoHNMNkopjlHMtjDZN4ALh+yYB8mzZwslj3jNVxzFxgfWdy8V+QbLx0G2KMWuF1RGVkR8F2&#10;Z2gTMvJ3aGpgGV53zWtaAACAAHIdmeFth2KNi6Nu7mUPfDFwQWdpa6NxjGmhWeVy0Wu+RuZ0B226&#10;Mjh09W9gGNJ0yW/cAACAAHbImIVqoWwgij9sQG3HexFtvW9VaoVvJnDGWO5wg3IoRhhxyXN0MZly&#10;pXR8GGNyJnSTAACAAHrilwRoBXWZiMFpy3Z+eYNrZ3dGaTps7Hf5V75ubHijRRZvwnlBMMdwiXm3&#10;F8pv7HmMAACAAH5xlaBlxn8Oh2dnpn88eDNpXn9GZ/hq+X85VsZsiH8sRDlt7X8oMBpunn8eF1Ju&#10;Bn7wAACAAIAAlHtj6oiShkxl34gKdyZnpodWZvdpU4aMVdZq7YXMQ39sToUrL4hs54S/FulscoTA&#10;AACAAIAAk49iYpIShWVkZpDYdkZmNo9mZiFn7Y3iVQ1pkox9QtZq9ItWLxVraoqsFp1rI4nHAACA&#10;AIAAkt5hLpuJhLJjO5mhdY5lDpd1ZW5mw5U6VF5obZM9Qi9p0pGyLpNqLpElFlZqFY3lAACAAIAA&#10;kmZgTaTzhC5iXaJndPtkKZ+EZNll1pycU9hnepoXQcFo2ZhTLiJpGJdgFeVpTI7OAACAAIAAjnx4&#10;51ixgSd5UlwJcrd54V8oYv56hGITUgF7MWTUP51772deKzx8xWlbEN5+UGlgAACAAHYJjVJ14WG6&#10;gBB2mWRAcZx3UmabYf14D2jTUR94z2rrPt15lWzTKp96R25AEIh7hW32AACAAHofjB1zG2q1fr10&#10;CWx5cHt0424dYOV1u2+iUDJ2j3ESPhp3XXJdKgt37XNFED15EHLLAACAAH21itVwk3OyfWtxqHTA&#10;bylyoXWtX+hzjXaHT090endLPWd1T3f7KY51vXhpEAN27HfwAACAAIAAiZNua3yufFBvmX0Wbgtw&#10;qX1XXrhxpX16Tl1ynn2aPIpzfX26KN1zxn3DD6F1JX2eAACAAIAAiIlspIW2e0dt44V6bQ5u/4UM&#10;XcdwCYSCTX9xB4P/O+Nx24OZKFtx/4NlD1pzoYL6AACAAIAAh7JrLI66enVseY3ebEFtnIzDXQJu&#10;q4uRTMZvsIp7O0hwfommJ/pwcIlpDy5yWYdwAACAAIAAhwxqApe5ec1rWJZEa5VsfJSBXF1tiZKp&#10;TCNujpEPOqpvW4/2J4BvJ4/sDwBxUIolAACAAIAAhpdpJKCzeU9qf560awprnpxRW9BsoZneS6dt&#10;nZfSOkVuX5auJxVuCZVlDqdwkYnoAACAAIAAgdeBi1hddViBWFuXZ8aBWl6hWOyBfWF3SMGBuGQb&#10;NwOCJ2ZxItGDHWf4COeEpGffAACAAHlzgMt+tmDidGh+ymNfZtR+7WW1WBd/HmfnSAt/YGnyNnB/&#10;ymu5ImeAhGzJCN+B6WyaAACAAH0Gf7p8DWldczl8VmspZc18l2zYVxl83G5mRzJ9LW/YNb59lnET&#10;IeZ+GHG2CMV/hnGbAACAAIAAfph5pnHKcg56DXL3ZJZ6aHQFVi56u3T3Rlt7IHXTNRd7h3aIIXR7&#10;1HbQCLJ9cHcLAACAAIAAfYB3iXpLcPl4C3rcY4x4eXtJVSx42nuZRbR5P3vhNIt5qXwbIRl5wHwg&#10;CKp7oXyWAACAAIAAfI9114LecCx2a4LfYs124YKtVF93RoJcROV3rIIQM/J4AoHfIJ9344HVCIN6&#10;H4FcAACAAIAAe8t0cYtqb2Z1EIreYgx1iYoQU6V18YkoRDR2WIhdM1x2oIfZIEp2O4gPCHJ42IVV&#10;AACAAIAAezFzUpPwbs5z+5LgYXN0c5F/UxN01ZAEQ6N1OY7MMst1eo4rH9x04I4NCGN3zoWrAACA&#10;AIAAer5yeJx8bldzJ5r9YPNzm5kQUpNz8pcOQzV0SZWBMnR0epUSH4FztpLWCCx3CoWGAACAAIAA&#10;dU6Kt1faaYCJ+1rwXLKJfF3eTqSJJ2CbPzSI/mMbLfOJSmUpGX+K+WXzAfWKFGcYAACAAHxfdFiI&#10;G1/naLOHmWJTW+iHLmSeTfiG2WbFPqmGq2i5LY6G4mpLGU+IMGq7AiyHbGv6AACAAH+Dc2qFkWfn&#10;Z6yFPmmzWwuE6WtmTSOEoWz5PfiEeG5kLQeEoW99GQCFmW+gAk6FE3E2AACAAIAAcnCDP2/fZqGD&#10;CHEZWfaCx3I4TEqCjHM+PTSCcHQjLG2CjnTKGJyDNnSyAl2DCnbNAACAAIAAcX2BQnfgZbmBHXiR&#10;WQ6A6nkiS12At3mYPJmAk3n8K+iAqXpCGEiA/3oTAm6BRHvAAACAAIAAcKZ/kH/yZO9/f4AjWFJ/&#10;VYAnSrV/IYAMPAd++H/wK7N+6X/lGDN+83/oAo1/vX/4AACAAIAAb/Z+OYgLZGF+OofGV89+DYc9&#10;Sit9yoaUO3J9m4YLKyl9fYXUF/d9KoYdApZ+doHAAACAAIAAb2l9JpAkY9d9L49yV0V9AI5nSap8&#10;tY08OvV8fIxgKqR8UYw8F5B7tItbAp99aoHGAACAAIAAbv18U5hLY2p8YJdCVtN8LJW/STt71pQi&#10;Opd7jZMSKlt7SZL/F1F6dY+PApB8oIG8AACAAIAAaQOUf1cKXdCTSFn3Ua6SVVzFRFGRlV9iNXmR&#10;JWGwJHKRomNVD0+UjGMnAACICWmaAACAAH7UaB2SI16oXR+RFGD9UQmQIWM4Q8yPUWVONReOzGcf&#10;JD6PHGhbD2mRbWf6AACGIm5kAACAAIAAZ1GPtmY3XECOzGf9UFCN52mtQxyNG2s9NI2MkWyVI+KM&#10;wm1uD16OgmzpAACEXnOnAACAAIAAZn6NcW28W16Mnm7/T2KLyXAqQmWLBXE8M+yKgHIgI2+KmHKd&#10;DzeLz3IOAACCvHiaAACAAIAAZa+LfXVMWpaKvHYVTpuJ8XbCQZ6JLndQM2aIn3fIIwOIonf9DwyJ&#10;U3eUAACBTnzlAACAAIAAZPeJ4nzwWe6JMH1LTgCIZ317QQmHn32NMt6HBH2ZItmGzH2jDwuHEn21&#10;AACAG4AAAACAAIAAZFqIiISLWVKH5oR3TWiHIIQvQHaGVIPQMlqFsIOKIoCFWIOJDzOFIYNHAACA&#10;AIAAAACAAIAAY96HgIxFWQ2G74vlTS+GH4skQD+FLIo7Mi+EZ4mwIjaEBooBDuWDoIfyAACAAIAA&#10;AACAAIAAY3yGsZQZWK2GIZN8TMuFTZJTP+GET5EGMeODc5BuIgKC7ZAqDtuCXYoLAACAAIAAAACA&#10;AIAAXOCe8VXfUkKdWVifRsCcCFtFOfma+124K4mafV++GkmbzWC4BoScSmEEAACDo21JAACAAIAA&#10;XAac3V0dUaybWV9VRjeZ9GF5OZWYwGNyK1GYFGUMGlCZEWW0Bt+Y3WXjAACCEHIxAACAAIAAW1+a&#10;hWRDUPWZG2X8RZ+XvWeiOQWWhGkmKuqVxWpWGiaWh2q1BxeVnGrkAACAl3cUAACAAIAAWraYQGta&#10;UDiW52yeRNGVl23OOGqUYW7jKmqTn2+xGd2UM2/OBy6SsXAjAACAAHtlAACAAIAAWgyWTHKBT5KV&#10;BHNbRDCTt3QcN8aSfHS3KgKRq3UtGZSSHHUhBzGQKnXeAACAAH8uAACAAIAAWXOUt3nITwaTfXpD&#10;Q7GSLnqVN1GQ6XrDKZiQBHrfGXGQLXrMBzuN+HvRAACAAIAAAACAAIAAWPCTa4ETTpaSPoE7Q0yQ&#10;6oEjNu2Pl4DsKS6OpYDOGSCOqYDrB1CMHIDgAACAAIAAAACAAIAAWIiSXIhgTi+ROog7QueP5ofE&#10;NpCOhoc2KNyNfocGGLeNc4dHByuKo4TZAACAAIAAAACAAIAAWDeRjo/lTgmQco+jQsOPFY7ONm+N&#10;kI3bKOKMV43CGPmMCIyhB3KJVIUJAACAAIAAAACAAIAAUKaqYVRNRmKomFbSO02nDVk9Luyl5Ftp&#10;IIal2Vz3Dpeoo10IAACgCGB8AACAAHEuAACAAIAAT8aolFsqRcSmzF03Or+lHl8yLoWjwWD3IFuj&#10;bWIrDselsmIHAACdbGUVAACAAHX4AACAAIAATz2mU2HvRS2klmOOOkGi62UYLhGhfmZ5IBOhB2dW&#10;DtGi4WcKAACa3mnuAACAAHo8AACAAIAATsekC2inRKOiWWneOaSgtmsBLaGfSWwAH8Cev2yRDsag&#10;P2woAACYd28rAACAAH3/AACAAIAATkuiC29xRCuga3BOOTOexXERLSudTHGkH4ycpXH2DsCd2XGO&#10;ADWWAHUJAACAAIAAAACAAIAATdeganZgQ8qe03bwOOSdKHdVLOubnneRH1ia13ecDtibqXdeAHGT&#10;2npUAACAAIAAAACAAIAATXOfE31VQ3+dg32iOKubz32wLLeaN32eHyaZXX2MDtGZ5X21ALCSCX7O&#10;AACAAIAAAACAAIAATSSeA4RZQ0qcc4RxOIGatoQyLJmZCIPfHwqYEoPkDqqYd4N7ALWQmYB7AACA&#10;AIAAAACAAIAATPGdKYuPQyiblIuGOGSZ0IsILIaYEIqOHxOW84qvDtmXHohEAN2PZ4CWAACAAIAA&#10;AACAAIAAqc5a6lOpma1dx1d8iPNghls1d1BjLF7MZKhlumJDUOFoFWWVO8Jp3WijIyVpcGrpA+d5&#10;Z2zLp8JWo14gmBRZ4GD+h4dc7mPGdg1f2GZ4Y4Bin2kQT9ZlImuNOtNm523QImVl2G9sA8h5nHFn&#10;pdxSzGiNlkdWVWpzhftZp2xMdJVcxm4cYjJfu2/fTrZiXnGQOeVkGHMVIbFisXQZA615ynZio/lP&#10;U3LdlHpTIHPahDxWoXTUcx9Z8XXIYOFdFHa7TZlf0HeoOQFhfHh4IQpgBHj5A5V58nr1ojJMQH0d&#10;kuBQSH1Egr5T/H1oca9XbX2GX8Ras32qTJ5diH3YODpfIX4BIHpdyX4dA4F6FH7foLBJpIdZkYtN&#10;3YawgZFRuYX/cJ1VToVOXsNYqYSpS9hbiYQeN5hdDYOzIAFb9IOgA3B6MIIrn3ZHcZGKkHhL05AN&#10;gJ5Pz46Hb8RTf40KXfdW8YuqSydZ2Ip2NxpbQImPH6RadYmWA2J6SIJJnoRFrJukj6NKLplMf+BO&#10;P5bwbxpR/5SrXVdVf5KfSo5YbJDfNptZuY+wH1VZQI7VA1Z6XIJCneJEX6WGjw9I8KJJf1VNCZ8V&#10;bptQzpwWXOtUU5lySjVXP5dINkBYaZYgHv5YRJL/A016a4I8nYdiJlOAjqRkZVdYfvZmlVsGbjpo&#10;t16IXGFqxWHmSVFsqWUXNLNuBmftG9dtgmmbAACAAG3wm8ReEF10jV5gsWBkfdpjJ2M1bUJlfmXm&#10;W4Rnt2h3SJJptmrkNBdrA20BG2dqTW4gAACAAHLTmgtaWmdZi55dQ2lmfE9f9Wtca8xifm08Wjxk&#10;4m8JR3dm+3C8MytoLXIuGrpnkXLPAACAAHeDmFJW/XEmie5aInJfeq5dA3OHanhftnSdWQhiRXWn&#10;RnVkcXakMmFlhXd2GitlO3e2AACAAHuWlrhUBXrsiHVXXXtfeUlaanu9aR5dPnwKWAJf6nxWRY5i&#10;KHykMa1jG3zlGbBjRHzuAACAAH8SlWRRgoS1hzxVAYRkeCtYMYP6aBVbJYOCVwxd44MSRNVgJIK5&#10;MRpg9IKBGUhhpYKhAACAAIAAlFFPaI5zhj9TBo1fd0NWT4wrZz9ZWoryVkJcK4nURCtebojmMKlf&#10;FIhSGPxgTYhJAACAAIAAk4FNuJgahXtRbZZEdohUxZRJZpFX25JSVZ1at5CTQ4xc+o8tMCxdeI58&#10;GLlfOYztAACAAIAAkvRMd6GXhO1QN58EdfdTk5xEZgdWq5mZVSVZiJdJQyxbxpWNL8lcE5T7GFle&#10;ZpB2AACAAIAAkVhprFNig55rTFcvdPNs8FrMZRtukF43VBBwI2F4QaxxmGSALXVypWcJE9FzxmfH&#10;AACAAHHkj8plw1y+glNnwF+3c7ZpoWKJZANrb2U3UxltJ2fAQNhurmoaLMdvkmwCE2Fw52xSAACA&#10;AHaVjktiKmYggN1kcmhJco9mjGpXYuhogWxDUilqVm4XQBZr62/FLDlspXEVExJuXXEPAACAAHqz&#10;jLde6G9uf1NhaHDXcP5jq3IlYaFlxnNYUP5nw3R4PxtpY3WAK3Fp63ZFEpJsR3YMAACAAH5Hi0Vc&#10;DHi4ffJetXlpb61hIHn8YGBjWXp1UBBlbHrmPkdnF3tRKtBnaHudEjRqentvAACAAIAAihFZoIII&#10;fNJcaoIHbqJe8oHfX2VhRoGgTydjZ4FkPZ1lC4E7Kk1lJIEsEeZo94E7AACAAIAAiRlXmYtPe+da&#10;fYqebcVdGIm8XpZff4jITmRhroftPPpjS4dCKeljJ4b/EbNnsIZDAACAAIAAiFxV9pSCezFY7ZMn&#10;bRFblZGOXexeAo/qTb9gNo57PFthzo1xKW9hbo1JEYJmqopiAACAAIAAh9lUup2ZeqpXvZufbIJa&#10;Z5lWXV5c0pcITUVfA5UWO/pgj5PTKQlf75NoESRl74uXAACAAIAAhTBxklNAeGpyllbzaqVzs1p4&#10;W6V02F3JS15192DnOZd3DmO7JZl3+WXXC7p6xGYCAACAAHXCg8dt0lwOdzdvMF8DaYFwhGHOWqVx&#10;zWRzSoJzBmbtOOF0ImkkJQt0yGq2C41392qqAACAAHnhgnBqXWTdddJsAWcXaFhtg2kyWY1u7msp&#10;SZhwQGz/OCNxXm6eJIJxvG+yC2V1gm+KAACAAH2AgQ5nM22wdHBpDG83ZwBqtnChWJVsQHHySL1t&#10;rnMiN31uzHQrJBdu4XTLC05zXnSzAACAAIAAf7pkcnaAc0hmc3djZdxoPngiV2Bp3XjBR89rWnlU&#10;NqRseHnTI21sOXoVCwpxm3plAACAAIAAfqBiHX9ZcjdkOX+aZNxmG3+tVnBn0H+jRvRpVH+YNgZq&#10;X3+YIvdpyn+jCt9wGH/HAACAAIAAfbxgKIgmcV5iWofKZA9kTIc0Va5mDYaGRj1nmIXrNXBok4WC&#10;IqRnpIWKCstuz4RDAACAAIAAfQpekZDlcLNg1I/2Y2Ri0I67VQxklI1rRZ9mHoxQNNRnCoulIi5l&#10;2IvpCrNt6oc8AACAAIAAfItdV5mScDJfqJggYtthpZZKVIRjZJRhRSlk5ZLWNHhlvpIbIclkYpFR&#10;CmtuZIcLAACAAIAAeP157lL+bQR6YlaPYA17AFn2Udd7sF0pQkd8aGAfMP99QWKuHOJ+bGQjBISA&#10;6WTtAACAAHkgd7N2YFtIa/V3KF4vXw538mDvUP94uGOFQZR5fWXmMHR6R2fqHIh7BWjxBJt+KWmy&#10;AACAAHzAdn1zDWOXarB0F2XUXfx1CWfzT/x16mnrQLl2v2u4L8V3fW01HBB3y23WBJx7xW65AACA&#10;AH/vdURwBWvfaXNxOm19XLpyT27+TxBzRXBgP+J0LnGaLyF033KWG6Z0unLiBJ95sXQoAACAAIAA&#10;dBNtV3Q3aEtusHU6W6Jv3nYdTgVw53bePzxx1neMLplye3gSG1hx7ngiBK14GXmzAACAAIAAcw5r&#10;GHyeZ29sj30TWtptz31aTTJu4n1+Pmpvzn2cLgBwUn29GuFviH3CBJh4PH6CAACAAIAAcjppM4T5&#10;ZqFqvoTkWhZsCoSRTHhtJYQiPbpuEIPELW5udYOXGphtiIPeBJp4OIKDAACAAIAAcZJnp41GZgBp&#10;Q4yxWXhqlovNS+RrsIrOPShsk4oGLNxs34m6Gitr9onMBJl4OoMcAACAAIAAcRVmcZWNZYRoGpSO&#10;WPdpcJMiS2Vqg5GePL1rWJCALIprhZBfGdBqtI6IBGx4h4L9AACAAIAAbMWC2VJ7YYKCzVXnVUiC&#10;9FksR8uDOVw9ONaDoV8BJ9mEeGEsEvSGu2GVAACDOmWuAACAAHwDa5Z/hFpOYJB/wV0hVGaAB1/Q&#10;RxCAVWJTOEOAuWSQJ3SBa2ZEEteC+2ZfAACBCWpiAACAAH82aoR8U2IjX298y2ReU3Z9MmZ8Ri59&#10;kGhuN4t9+GonJup+imtnEpR/iWs/AACAAG96AACAAIAAaW15Zmn4Xk56BGuhUlF6hW0tRUt6926Y&#10;Nr97aG/OJkx723ChEjl8j3BIAACAAHT+AACAAIAAaGN21XHTXVR3kHL1UV14JXP1RFF4onTRNiN5&#10;C3WNJch5YHYDEfV5+HWeAACAAHniAACAAIAAZ3N0oHnFXHB1eHpiUIh2HnrVQ5p2nXslNX92/3tk&#10;JX13H3uSEdd3uXtgAACAAH4JAACAAIAAZq5yyIGzW8tzvYHbT/Z0a4HFQwt044GMNOl1OYFjJPd1&#10;L4FkEal12oGJAACAAIAAAACAAIAAZhJxSYmaWzRyTYlVT2JzAYi9QoJzdIgFNGdzu4eLJHJziYeb&#10;EUt0aobBAACAAIAAAACAAIAAZZhwFpGGWr5xKJDqTutx4I/bQhNyS46zNAtyfo4CJC9yIY42ERFz&#10;P4rwAACAAIAAAACAAIAAYKaMb1GYVgeL7VTcSneLqVf9PZyLlVrkLxqL111lHgiNKV76CYCOal8p&#10;AACAAGlpAACAAH5wX4+JUlj+VSuJEVu7SaqI3l5VPPWIxGC8LqGI7mLGHcmJ+WP4CaSKqGP9AACA&#10;AG4pAACAAIAAXp+GQWBjVC2GMWKYSNeGF2SvPC+GBGaWLgWGJGgpHWKG9Wj9CaOHUWjrAACAAHNk&#10;AACAAIAAXbCDaGfJUzKDd2l6R9WDcWsNO2eDamx6LVWDiW2cHOOEJG4YCYaEZ24MAACAAHhbAACA&#10;AIAAXMaA6G89Uk6BEnBxRvSBHHGFOouBFXJvLMCBJ3MtHGeBjnNjCWGB43OKAACAAHysAACAAIAA&#10;W/R+x3bEUYh/CneFRj1/H3gcOd1/F3iOLCN/FHjiHCV/KHjxCVp/tHmZAACAAIAAAACAAIAAWzx8&#10;8H49UNd9T36SRZl9b360OUd9ZH63K5t9T366G9F9JH7ECY190n8zAACAAIAAAACAAIAAWqx7eYXL&#10;UHR7+YXORUZ8G4V4OQZ78YT9K297toTDG417WoUbCVJ8XIPfAACAAIAAAACAAIAAWjt6So1sUAV6&#10;140rRNl6/4xtOKd6zYuSKyd6dYtIG2J52YsyCUx7KoZJAACAAIAAAACAAIAAVKWW3FA9SoyV8VNV&#10;P4mVT1ZKMyaVAlj6JM+Vd1sWEu+YUluoAYKUpV2NAACAAG0UAACAAIAAU56T/Vc/SbyTRFngPsWS&#10;p1xdMoiSRF6bJGeSiGBPEtiU52CZAdSRCmJpAACAAHH4AACAAIAAUsuRDF4/SNyQeWBnPgqP7GJt&#10;MdiPh2Q5I+SPr2WHEpuRpGWOAgaNy2dnAACAAHbkAACAAIAAUgCOQmVASAaNyGbxPSiNS2iBMS+M&#10;6WnhI1SNAWrQEkqOk2qdAh+K8GykAACAAHs8AACAAIAAUTmLyGxVR0SLaW2WPGuK9261MHSKj2+e&#10;IuOKinA9Ef6Lvm/mAi2IeHJaAACAAH8GAACAAIAAUIKJq3OARpmJZ3RcO9KI/XUNL+qIjHWPImmI&#10;aHXXEeKJH3WIAkWGVXhKAACAAIAAAACAAIAAT+KH4nqpRgyHuHstO1iHVHt1L4CG1XuXIgSGk3um&#10;EaiG5XuLAnCEgn1XAACAAIAAAACAAIAAT2CGY4HERYiGUoHwOtiF9oHXLwyFcIGnIZuFEYGmES+F&#10;GIHDAmGDEYF1AACAAIAAAACAAIAATviFNIkzRVqFRolAOrmE84i9LxCEOIgUIe2Dg4gaEeSDHYck&#10;AteBtIHsAACAAIAAAACAAIAASFiicU5fPt+hPFFCNGmgZ1P2KFmgKFZOGcOhc1e/CKOjG1hlAACR&#10;lF/kAACAAHB6AACAAIAAR0ef5lT+Pfie7Fd3M3ieGlnFJ4+dr1u8GUWeoVzYCKefc11ZAACO3GR+&#10;AACAAHVRAACAAIAARpudDVudPTScLV2sMsKbb1+OJtua+WEkGMObvWHqCJebzmJQAACMQ2lRAACA&#10;AHmpAACAAIAARgeaPGI6PISZb2PcMfaYvGVWJkCYR2aLGEeY7WcGCICYTGdfAACJ3m58AACAAH2A&#10;AACAAIAARWSXuGjoO92XDGopMV6WWGtAJaiV0mwKF/uWTGxLCHWVD2yvAACHxnQvAACAAIAAAACA&#10;AIAARMWVk2++O0qVCnCnMOSUW3FfJUyTvnHTF7iUAHHQCJKSKXJkAACGEHlnAACAAIAAAACAAIAA&#10;RDuTwnacOs+TWnc5MIKSrneWJPiSAXe8F2iSHneZCIKP0nibAACEsn3KAACAAIAAAACAAIAAQ8mS&#10;QX2QOm2R9n3tMDKRT334JMOQiH3aF0KQc33ICFKN8H54AACDRYAAAACAAIAAAACAAIAAQ4CRBITG&#10;OiWQzoT0L/GQMoSzJJmPWYRlF0qPBYSHCIWMWYNYAACCcYAAAACAAIAAAACAAIAAnvtT1U3Vj8hX&#10;CFIdgARaIlZQb1xdLFpjXaVgGV5RSr9itWIRNnFkY2WBHl9jlmf0AXt9gGsZnNFOhVgIjhRSLltv&#10;foRVsl6+bghZEWHyXG9cQ2UGSatfB2f2NYBgmGqfHa1gMmx2AYt9ZG/PmtpJrGI+jDtNwGS5fO9R&#10;nGcibIpVQWl7WyBYqGu+SI1bim3oNJpc82/aHQ5dSnEkAZp9S3TimOhFPGxkimtJs235ezJN1G+I&#10;ax9RuXENWdpVVnKFR35YTnPwM8hZhXU0HH9a2nYGAaZ9NnmLlwpBNnZ4iMtGCnc4eb5KeXf1ab1O&#10;j3iqWNhSXHleRpxVaHoQMxdWZnqzHApY03sqAbF9JH2IlWc9qYB+h2tC1IBseJtHi4BcaMNL3IBL&#10;V+9PxoA+RfdS3oBDMpFToIBYG6tXKYCoAbp9FIDllAo6lopxhkpAD4mId7FFBoinaAFJiYfUVztN&#10;k4cVRVxQrYZ7Mi5RNYYhG2dVyoaSAcJ9CIEwkvU4BpQ/hWU9wJJ2dvlC7ZDEZ25HmI81VrlLu43W&#10;RNxO1Iy2McNPGIwbGzFUr4vLAch8/YE0kjM2D520hL478psHdnFBQpiGZwRGCZZLVmxKP5RjRKVN&#10;WZLjMYlNXpJQGvdTz4/wAc189YE4k4Navk3uhUNdYVIgdltf/VY5Zn1iilovVYFk+V37Qz1nF2GP&#10;L09oQGSxFqppdWZUAACAAG3SkXlVmVeZg9VYu1r+dS1btl5KZX9ejWF2VKNhMWR4QoBjamdKLrlk&#10;XWm3Fk5mYGraAACAAHKwj5pQ5GFJggJUbWPXc5lXuWZQZAJaz2ivU1ZdpWryQWNf8W0QLdFgnW7a&#10;FbFj4G+KAACAAHdijcpMk2rrgEdQc2yncfVUAW5WYrRXUm/yUilaWXF4QGpcr3LnLRNdCnQYFThh&#10;uHRzAACAAHt2jBxIrnSGfsVM23V7cJJQrXZjYWBULHc8UTRXXHgNP5RZu3jULHFZunl7FNVf53ms&#10;AACAAH7zirFFSH4bfYRJuH5Nb3pNxH5yYGZRdn6MUE5Uv36pPvRXHX7UK/VWwH8JFIdeZH9YAACA&#10;AIAAiYhCW4eefH5HBocNbpdLRIZtX55PHoXNT5RSfoVDPlhU1ITfK5tUTITEFFVdooT6AACAAIAA&#10;iKE/8JD/e7JEyo+tbeJJMI5KXwFNJozzTwNQlYvQPctS3Ir5Ky1SR4rGFCpd64mbAACAAIAAh/8+&#10;EZoeexxDDJgWbVZHipX1XoZLkpPyTqBPCpJFPYJRRZEdKuFQrZETE99eaY1AAACAAIAAiB1h7E4M&#10;esNkB1IdbLFmJlYXXZtoOVnsTVZqLl2RO6Rr2mDvJ/JsmGOpDpNw62RoAACAAHG0hidc+VcbeUhf&#10;i1p3a2Nh/l22XHtkUWDTTFlmcmPDOsxoKWZ1J0Joh2iUDkNuEWj/AACAAHZohG5YYmBGd7RbW2Lf&#10;ai1eHGVjW1xgo2fFS2li6GoDOgtkoWwNJrlkkm2ZDhNrh23FAACAAHqLgrtUMGlpdhdXeWtCaJVa&#10;dG0LWhRdMG66Sj9foHBKORRhVXG0JflgyHK9DbhpeHLPAACAAH4jgTJQa3KIdKpT9HOqZ0FXKXS5&#10;WNRaD3WySVxcn3adOExeS3dxJWddg3gJDX5pMXg6AACAAIAAf+tNIXunc4BQ4XwXZjZUR3xvV99X&#10;Vny1SHtZ9nz5N7JbkH1DJPZazH2JDVJpfH4JAACAAIAAfuFKTYS0co5OPIR4ZVtRyoQZVxhU+IOw&#10;R8BXpYNZNxlZJoMpJKZYkYNEDTxpoYMTAACAAIAAfhNH9Y2lcdJMCozDZKpPtouyVndS+IqcRydV&#10;qom4NoRXCokrJDdWwoliDSVpyIc2AACAAIAAfYJGIJZncUhKU5TyZB9OEZM2VfNRW5F6RrpUC5AX&#10;NjFVT49RI99VUI9kDOFqPIi1AACAAIAAfJVpc04TcAZrDVH8Yrpst1XSVGFuWFmDRMZv3Vz7M49x&#10;K2ATH9RxrGI5BzN3tmMQAACAAHWGerNkslaRbpxmt1ncYYNoqV0LU1hqfWAVQ+JsIWLqMtJtZWVo&#10;H0RtT2cKBx906me/AACAAHmteR1gRV8rbRdipmHJYElk2mROUjdm2mavQvFomWjkMhBpymrOHrpp&#10;TWv3Bw10FWylAACAAH1Sd5JcLmfTa5pe2mm+XuRhRGuXUTtjcm1YQhdlS27rMW1mZXBFHlhl3nEB&#10;Bw50E3HOAACAAIAAdiNYh3B4al5bb3G9XbVeCXLtUAJgVHQBQS1iQXUAMJpjO3XWHbhi+3Y9Bud0&#10;VXeEAACAAIAAdPNVU3khaUJYaXnHXLBbK3pOTxFdlnq8QFRfiXsiMAdgWHuDHU9giXu7BtZ0cnzq&#10;AACAAIAAc/1SkYG5aGBVz4HGW+FYsYGmTlBbMoFzP6BdJoFPL3VdxIFLHQxefoGIBth0b4FpAACA&#10;AIAAcz1QQ4o5Z69To4m5WzZWnoj4TbNZKognPwdbFoeGLt5bfIdBHJ1c5IfFBtN0eISdAACAAIAA&#10;crNOcJKaZy1R7ZGiWrBU9ZBLTS9Xgo7iPphZYY3SLopZlI15HEBbno0ZBp1004R5AACAAIAAcNFx&#10;c03iZQZyk1GkWHhzzVVVStF1BljeO812LVwgKud3Q17ZFp14MGAWAKd+5mJaAACAAHjabw9s61Xc&#10;Y7tualkTV19v3FwuSelxNl8hOw1yamHQKlJzWmQDFkN0CWTXAM5+pGchAACAAHyEbZZop133YlJq&#10;eGCRVjZsI2MRSNhtnWVpOiZu3WeIKZpvn2k3FcdwfWmtAOB+hmwqAACAAH+8bDVktGYXYPhmxGgS&#10;VOJonGn3R95qNmu9OUZrhG1NKPBsEW6CFV1tbm6pAPN+ZXGWAACAAIAAauNhI25GX7hjZm+kU7tl&#10;ZHDtRspnF3IWOKNobnMiKG1ow3PnFRtqyXPaARN+LnceAACAAIAAacVeA3aAXshgdndQUudilnf/&#10;RfRkXHiQN81lo3kRJ9llqnl4FK5omnlnARJ+MHv0AACAAIAAaNxbS36rXe1d4370UhtgH38MRTZh&#10;8n8LNxtjK38TJ0di3n8vFHFmu39mASR+E3/6AACAAIAAaCVZA4bAXURbu4aPUXleC4YXRKBf44WJ&#10;NolhCIUpJrRgYYUmFAZlVIVEATB9/oDOAACAAIAAZ55XLY7GXMVaAI4zUPdcXo02RCJeMowiNiBf&#10;P4tqJmdeYYuJE7BkOInzAQ9+NYC4AACAAIAAZON6DE1aWdx6uFD4Tgd7iFSCQQN8ZFfdMnR9TFrb&#10;IZR+gF0NDMyAoF14AACAAGWdAACAAHu0Y0V1wlTfWKh2wVgCTP13ulsFQCp4pF3YMch5gmBTIRx6&#10;Z2IRDLR8rGI9AACAAGpIAACAAH70YfFxp1yDV11y7l8XS+50EmGQPy91D2PXMPp15mXQIIF2eGce&#10;DHx5QWcaAACAAG9WAACAAIAAYLBt1WQyVhtvUWY0SrBwl2gdPjdxrGnfMB5yfmtZH9Vys2w/DDB2&#10;WGwgAACAAHTRAACAAIAAX4RqXGvoVQNsBG1fSaRtaW68PSxui2/zL3hvT3D5H0tvHXGIC/5z0HFu&#10;AACAAHmyAACAAIAAXnZnRnOyVAZpGXSkSL5qnHV0PGprx3YiLs9sdHawHwNr23b9C/RxmXcfAACA&#10;AH3TAACAAIAAXZhkk3t4U0tmlXvzSBtoM3w6O9JpX3xiLjNp6HyLHnppHXysC9dvwn09AACAAIAA&#10;AACAAIAAXOdiSoMyUqRkbYNBR31mIYMHO0NnTIKzLatns4KKHexm6oK3C4puXIJ7AACAAIAAAACA&#10;AIAAXGJgbYrsUiZiqoqlRv9kbon1OsxllYktLUtl2IjMHahlJokqC1ltPoaqAACAAIAAAACAAIAA&#10;WPODXExgTquDlk/dQ4SEBFM+NwqEmlZhKLyFgFkCF1aHiVpcBHGH1VuiAACAAGk1AACAAH4aV3h/&#10;TlN8TYR/1VaKQnmAYFlxNiyA8VwbKBOBsV5JFvGDM19DBI2ECGBuAACAAG3xAACAAIAAVkh7Wlqz&#10;TFR8H11AQXt8yV+qNT59X2HXJ1N+AmORFmt++2QvBIqAtmVWAACAAHMkAACAAIAAVSt3omH1SzF4&#10;kmP9QFZ5VWXkNFh592eaJoh6f2jmFdN6+GkvBHN93GpvAACAAHggAACAAIAAVBp0OWlHSil1UmrO&#10;P1V2L2w2M2J20G1sJeJ3N25YFUd3hG5eBFp7aW/jAACAAHxyAACAAIAAUyZxLHCrSUNyb3G7PoRz&#10;ZHKmMqF0BnNnJTd0PXPrFQV0h3PTBGJ5Q3XfAACAAIAAAACAAIAAUlFud3gKSHNv53ipPcRw9nka&#10;MfVxlnlrJKFxm3mfFKJyJnmABJB4SntzAACAAIAAAACAAIAAUaZsJ390R+9tzH+4PVhu93+xMahv&#10;iX+NJGVvUn+JFEJwOn+wBFx4ooAnAACAAIAAAACAAIAAUSVqP4byR29sAYbpPNxtQYZ4MTltzoXz&#10;JBFtZIXbFBBupIW4BFF4tYLrAACAAIAAAACAAIAATO+NoErXQ2CNak42ONWNg1FpLL2N/1REHlWP&#10;X1ZXDICR3Vb2AACJilw0AACAAGytAACAAIAAS5OJy1GUQjiJ5lSLN7WKF1dQK8WKf1m+HZmLmFts&#10;DDmNFVvWAACGTmDfAACAAHGOAACAAIAASoWF+lhnQRyGS1rpNryGlF08KteG8187HNyH1GCEC+SI&#10;nmC/AACDVGW6AACAAHaIAACAAIAASY2CVF9HQBeCyGFPNauDI2MrKgGDgWS/HCCEMWWrC4iEt2XC&#10;AACAqmreAACAAHrrAACAAIAASJt+8WY8Pyd/j2fONMJ//mk3KR6AT2pXG5WAwWr4CzuBYGr9AACA&#10;AHB5AACAAH6+AACAAIAAR7p74m1MPk18sG5wM/59Nm9oKHF9fXAiGvt9pnBsCxN+hnCHAACAAHZV&#10;AACAAIAAAACAAIAARvh5MXRdPZV6LXUdM1x6y3WnJ+Z7BXYDGnJ653YTCtR8NnZsAACAAHtHAACA&#10;AIAAAACAAIAARk920HtsPOt4A3vQMr14vHv4J1147XwAGfp4hHv7Cm16b3ytAACAAH94AACAAIAA&#10;AACAAIAARdN024K8PId2RILgMm93IIKfJzp3OYJLGiR2coJbCs54tYIGAACAAIAAAACAAIAAAACA&#10;AIAAQJmZRUirN7KYrUvlLaOYlE7UIaqZUVE7EnmcMlJTA1KZvlRgAACEsl+KAACAAHANAACAAIAA&#10;PzeVvE8ENlSVjlHZLCyVmVRiIEuWQFZmEW6YoVcvAwmVFVk/AACBrmRAAACAAHUBAACAAIAAPkGS&#10;FlV4NTqSGVfhKx6SPloCHzqS11ugEKCUw1wfAtKQz14uAACAAGkjAACAAHl0AACAAIAAPW+OfVv9&#10;NFCOn132KhiO1V+pHmePZGDoD/+Q12EqAqqNBmM6AACAAG5WAACAAH1YAACAAIAAPJqLFGKaM3SL&#10;aWQmKUSLrWV0HZmMImZLD6eNEGZnApmJxWiHAACAAHQEAACAAIAAAACAAIAAO8uH8mldMqaIh2qB&#10;KJCI5WtrHQaJQmvxDz+JpGvWAqaHA24wAACAAHk7AACAAIAAAACAAIAAOxWFKXApMfSF/nDvJ/iG&#10;d3F5HI2Gv3G0DueGrnGGApaExXRTAACAAH2YAACAAIAAAACAAIAAOnyCu3cKMV2Dz3d8J3aEZXeu&#10;HC6El3eoDqOESXeSAm6DAnorAACAAIAAAACAAIAAAACAAIAAOg2Aqn4nMOeB9n5PJwuCrH4xG+OC&#10;zH4BDpGCXH4uAomBiH7/AACAAIAAAACAAIAAAACAAIAAAAD//wAA//8AAP//AABtZnQyAAAAAAQD&#10;CQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAABAAACAAACJAQdBdoHaQjZCjYL&#10;hQzHDf8PMRBeEYsStxPiFQsWMhdXGHkZmBq1G9Ic7x4lH1kghyGyItoj/yUjJkQnZiiGKacqxyvo&#10;LQguKC9IMGkxiTKmM8I03jX7Nxg4NTlROm07iTylPcI+3j/4QRFCKUNCRFxFdUaPR6lIw0ndSvdM&#10;Ek0sTkNPWVBvUYZSnFOyVMlV31b2WA1ZI1o6W1FcZl14Xopfm2CtYb5iz2PgZPFmAmcSaCNpM2pC&#10;a1JsXm1nbnFvenCDcYxylHOcdKN1qnaxd7d4vXnDesh7zXzOfc1+zH/LgMmBx4LFg8KEv4W7hreH&#10;s4iuiamKpIuejJiNkY6Gj3uQcJFkkliTTJRAlTOWJpcZmAyY/5nymuSb1pzInbuerZ+foI6hfKJq&#10;o1ekRaUzpiCnDqf8qOqp16rFq7Osoa2Prn2va7BZsUeyNrMktBK1ALXtttq3yLi1uaO6kLt+vGu9&#10;Wb5HvzXAIsEQwf7C7MPaxMfFtcajx5HIfslsylnLRMwuzRjOAc7rz9XQvtGn0pDTedRh1UnWMdcY&#10;2ADY5tnN2rLbmNx93WLeR98s4BDg9OHY4rvjnuR75VfmM+cO5+jowema6nHrSOwd7PDtw+6W73bw&#10;VfEz8g/y6vPD9Jz1c/ZJ9x738/jG+ZX6Yfsp++v8p/1c/gv+tP9a//8AAAHoA6cFLAaEB78I5woE&#10;CxYMHA0eDhwPGRAXERQSEBMLFAQU/BXzFuYX2BjMGdYa3hvhHOEd3x7bH9Yg0SHLIsQjviS4JbMm&#10;rieqKKYpoiqgK54snS2aLpUvkTCNMYkyhjODNIE1fzZ/N384gDmCOn87fjx8PXw+fD99QH9BgkKF&#10;Q4lEjUWSRphHmkibSZ1Kn0ujTKZNqk6vT7RQulHAUsdTzlTVVddW2VfbWN5Z4FrjW+dc6l3tXvFf&#10;9WD4YfxjAGQDZQFl/2b8Z/po+Gn1avNr8Gzubetu6G/lcOFx3nLac9Z0zXXDdrl3r3ileZt6kHuF&#10;fHp9b35kf1iATYFBgjWDKYQchRCF/obth9uIyom4iqaLlYyDjXGOYI9OkD2RLJIbkwqT+pTpldmW&#10;yZe6mKeZk5qAm22cWp1InjafJaAUoQSh9aLmo9ikyqW9prGnpqibqZGqh6t/rHetb65nr2CwWrFU&#10;sk+zTLRJtUa2RbdEuEW5RrpIu0q8Tr1Svle/XcBjwWrCcsN7xITFisaQx5bIncmlyq3Ltsy/zcjO&#10;0s/c0ObR8dL71AbVEtYe1yrYN9lE2lHbXtxr3Xneht+U4JzhouKo463ksuW25rrnvejA6cPq1Ovl&#10;7PXuBO8S8CDxLPI480P0TvVZ9mP3avhu+W/6bPtk/Fb9RP4v/xf//wAAAgUD2AVoBsYIBgkyClIL&#10;ZQxyDXgOeg96EHoReRJ1E3AUaBVeFlIXRRg3GSkaNBs9HEAdPx46HzQgLCEjIhkjDyQEJPkl7ibj&#10;J9gozCnBKrYrqyyfLZMuhy98MHAxZDJZM000QTU2Nis3ITgWOQs6ADr2O+084z3bPtM/y0DEQb1C&#10;t0OyRKxFpkahR5xIl0mUSpBLjkyLTYpOiU+IUIhRiVKIU4hUiFWIVolXiliLWY1aj1uRXJNdll6Y&#10;X5tgnWGfYqBjoWSjZaRmpmenaKhpqWqqa6psq22rbqtvq3CpcahypXOjdKB1nXaZd5V4kXmMeod7&#10;gnx8fXZ+b39pgGGBWoJRg0iEPoU1hiuHIYgXiQyKAor3i+2M4o3Yjs2Pw5C5ka+SpZOclJKViZaA&#10;l3iYcJlqmmObXpxZnVWeUp9QoE+hT6JQo1KkVaVZpl+nZqhuqXiqgquOrJytq667r8yw37Hzswm0&#10;ILU4tlG3bLiHuaS6wrvhvQG+Ib9DwGXBh8Kqw87E8cYVxznIXsmCyqbLysztzhDPMtBU0XTSlNOy&#10;1M/V69cG2B7ZNtpM22HcdN2H3pjfp+Cz4b7ix+PN5NHl0ubQ58zoxOm66qzrm+yH7W/uWO9c8Fvx&#10;VvJM8z30KvUS9fb21vez+I35Yvov+vT7sfxm/RH9s/5N/uH/cf//AAAB2QONBQkGVAd/CJYJoQqk&#10;C58Mkw2CDnAPXxBMETcSIRMJE/AU1hW7Fp8XgxiBGX0adBtmHFUdQR4sHxcgACDqIdMivSOmJJAl&#10;eiZkJ04oOSklKhAq/SvqLNctxC6xL54wjDF5MmczVTRENTI2IjcROAE48TniOtM7xDy1PaY+mD+K&#10;QH1Bb0JiQ1VESUU8RjBHI0gXSQtJ/0rzS+hM3E3QTsVPuVCtUaFSlVOIVHpVbVZfV1FYQ1k1WiZb&#10;GFwJXPpd617cX8xgvWGsYptjiWR4ZWZmVGdCaDBpHmoLavhr5WzSbb5uqm+WcIJxbHJWc0B0KXUS&#10;dft25HfNeLZ5nnqGe258Vn0+fiV/DX/0gNuBwoKog42EcoVXhjuHIIgFiOqJz4qzi5iMfY1ijkeP&#10;LZASkPiR3pLEk6qUkZV4lmCXR5gvmRiaAZrqm9Scv52qnpafg6BxoV+iT6M/pDClIqYVpwin/ajz&#10;qeqq4qvbrNWt0K7Lr8ewxLHCssGzwbTCtcW2yLfNuNO527rju+28+L4EvxHAIMEwwkDDUsRmxXrG&#10;j8emyL7J1srxzAzNKs5Hz2PQgNGf0r/T4NUD1ifXTNhz2ZvaxNvv3RreRt9z4KHhz+MC5E3lmebn&#10;6DbphurY7CvtgO7X8DHxkPLv9E31qvcE+Fr5q/r2/Dr9e/67////AIAAgADmT3/Of1jNmX+ofs20&#10;2n+ZfnmcFH+jfmWDTH/GfoVqhX/+fsBRv4Bjfz05AIESgA/8xX58izTktX5jiWzMQH5dh8yzmn5u&#10;hmaa2H6YhUOCGH7ZhE9pWn8vg2dQrn+vgqE4FIB2geb6vH02lnHi+30wk5LKy30+kM+yOn1pjl6Z&#10;k32sjCyA734HiiJoTn51iBNPwX8MhgA3QX/og6z443wuobfhQXwznb/JM3xNmfCwwnyFlleYRXzf&#10;kxp/y31Pj/NnVn3RjLVO7358iU02h39nhVz3N3tjrQPfpXtmp+vHqnuHowqvYHvJnmmW+Hwrmfh+&#10;snyvlbdmbn1DkUFOLn39jHs15X70hu/1vHrKuFXeL3rHshTGQ3rkrBSuGXsspmGV3HuZoNp9pHwk&#10;m1lllXzIlahNgn2Rj4E1W36RiF/0d3pSw6rc7HpGvDLFCXpdtQqs+XqnrjuU6Xsfp5t82Xu2oOhk&#10;2Hxgmd1M7X01klA06H49iafzY3n3zwHb2HnjxkDD+nnyveSr93o6teyUAnq4riR8IHtbpkBkSHwQ&#10;neVMb3zqlOM0iX33isXydXm02lra63mX0DLDD3mfxpSrGHnjvWqTO3pktGp7d3sNq0BjwnvMoZZM&#10;CXyvlzM0PX2+i7buU4jbfjbXhofEfcLAn4bDfXCpjIXmfVWSUoUqfXV7B4SGfcZjxIPxfjVMj4N4&#10;fuk1koMogADsPYd9iMvWFIZwh0C/a4WDheOoY4S7hMGRHoQbg9951IOUgy1inIMdgo1LkoLDghY0&#10;2IKQgcHqeoZHk2XUdIVNkNq9/IRvjnOnC4PEjFiP7YM5ind4yoLKiL1htoJphwNKzYImhUw0M4IH&#10;g2/o24VPnf7S4IRfmnS8eoOOlxSlq4Lnk+iOtIJykQt3u4IVjkFg1oHHi2RKGIGXiGgzooGLhQTn&#10;XISLqKDRbIOdpBW7EILUn7qkW4I3m5SNgIHCl5V2uoF4k7tgCIE5j7JJdYEai2UzJIEfhnvmAIPx&#10;s0vQG4MErbq5zYI6qFijMoGjoy2Me4E2niB1yIDumRRfSoC+k9tI5ICvjjoyuYDBh8/k1YNzvfjO&#10;+oKHt1a4tYG8sOKiL4EmqqiLn4DEpIp1EYCDnlVep4BUl9FIaYBTkNkyYIByiPvj1oMOyKXOBYIk&#10;wOK3xoFXuVOhSoC/sfqK0IBhqrt0a4Auo1xeKYAHm5VIAoAHkzsyF4Awif7jAIK901TNN4HWylm2&#10;+oEHwZqgiIBuuROKI4ARsKJz2n/iqAZdt3/Gnv1Hq3/QlVYx3H/7itfeEpHifLDI7o/xfGOzsY4Y&#10;fDqeO4xofEeIjYrefI9yxYlpfQpdEYf8fahHe4aZfpMyUYU5f/HcKpC0hpfHlI7BhVKykoz0hDyd&#10;NotXg1uHjonkgrZx0oiIgj1cK4czgdhGuYXpgaIxy4SigZ3ao4+OkJXGOY2ojlexcovdjD6cFYpX&#10;inCGeIj4iNlw0Ie1h2hbSIZ3hfxGBYVGhJ8xVIQZgzTZQo6bmpfE2Iy/l2ywB4sHlGuayImCkaSF&#10;Uog5jx1v2YcFjKhag4XYiiZFb4S6h48w7IOghK/X7o3hpJTDh4wJoIGuuopbnJuZj4jemOSEOoeN&#10;lU9u8IZrkdVZzoVKjjRE6IQ9ilswkYM1hgvWtY1LrpzCXIt3qZ2tmYnKpMSYgohSoBeDTIcIm35u&#10;GoXhluJZK4TOkh1Ec4PQjP8wRYLah0TVp4zQuKPBXIr/srCsoYlRrNqXm4fdpyqChoaboYptd4V6&#10;m9BYoYRildBEEoNzj2wwBYKNiFbUwoxqwqbAhoqdu7Krz4jxtNSW0Yd7rhKBzoY9p1ts44UpoIJY&#10;NoQWmU5DwYMnkZwv0YJOiUHUBIwTzKm/1YpNxKCrH4ijvKWWJ4cttL6BN4XxrN5sZ4TgpNVX1IPZ&#10;nG1DeIL0k4Uvp4IbigXOT5sbe4C6ophZe1Gm75Wse0aTCpMne3N+6JDGe9pqqI51fHdWiIwifTlC&#10;lonCflAvQodCf+LMnZoPhNK5gZc8g76mBpSXgtWSNJIggiR+E4/Tga1p2o2YgWNVxotZgTFB/IkR&#10;gTcu74amgXrLQpkRjiG4RJZFjC6k+ZOdilqRLpE3iNV9II76h31pAozRhkpVDoqlhR9BdIhwhAou&#10;pYYbgvrKIZgel463GJVjlLmjy5LJkgGQG5BXj4x8HY4tjVFoIIwUiylUWIn5iPlA8ofbhsEuZYWf&#10;hF7I/5dmoPa2B5StnUSir5Ibmb+O+o+9lml7II2JkzNnUYt/kBFTvoltjM1AioddiWEuLoU0haHH&#10;7JbYqmC0/pQipdehrpGSoXCOC485nTF6TI0JmQJml4r4lM5TNojwkHRAMIbvi9Mt/4TYhsHG+5Zk&#10;s7+0IJOurlag15EfqQWNQY7Io9F5noyhnqdmCoqTmWNSxoiCk+I/54aPjg0t2ISMh7vGLpYDvRmz&#10;ZZNOtsSgIZDAsHyMko5pqkR4/oxGpBFliYpEnbpSa4g2lxY/qoZBkAstuIRMiJDFhZWvxnGyzZL8&#10;vxyfiZByt8aL/o4dsHd4e4v7qShlIIn+obJSGof9mew/cIYRkcItn4QaiUC/IKSHeq2syaD6eo2a&#10;f518epaIFJofeth1cpbee1ZitJOlfAxQKpBbfOk94YzufiAsaok7f9O9oqOcg3Cr4p/ygnyZzpxz&#10;gbWHbpkfgSV0xZXvgNJiCpLHgK5PiY+PgKY9bow1gNwsSYiXgVm8g6KpjDaq3J8Gim6Y7JuFiM+G&#10;jJhBh3Vz85UchlBhUpIDhVBO847ZhFs9CouQg4UsLIgFgsS7gqHdlOyp0J5EkluX2ZrMj/mFlZd+&#10;jcJzE5Rki81gmJFUieZOZo40h/o8sor7hhAsE4eEhBG6paEancOo6Z2OmmWW55ohlzSEoZbalCZy&#10;PJOpkT9f5pCpjmtN4Y2Ui308YYpviHYr/YcVhT25vKCPppqoHpz9ommWJJmMnmCD35ZJmn9xiJMr&#10;lq9fTZAiktpNdo0VjuM8Ion+ircr6oa3hkW47aAgr1qnYJyKqliVbpkapXGDNZXboKpw95LEm+te&#10;14+/lxVNHoynkgs78ImbjMAr24Zohyq4N5/HuAmmwZwtsieU1pi8rFiCpZV+ppxwc5JroORebY9w&#10;mwxM14xZlPM7x4lLjowrz4Yoh+u3oJ95wLSmPpvZud6UVphqsw6CKZUwrEpwCJIgpYleGo8qnqRM&#10;mYwgl4E7n4kckBQrxYX0iImwna4oeiafiqnNegmOjqV+eht9gKFIempsSp0hevhbBZjwe8BKCZSg&#10;fLE5apARff8p0Iscf8SvXK1Sgmae1KjZgYKOBqSEgNB8/qBQgFprv5wygCJafZgPgB1JjZPKgDY5&#10;IY9LgJMp4IprgTmud6xrip+eAqf3iPeNUqOdh3t8R59zhkdrE5tdhUhZ6ZdFhHNJGpMLg6445I6b&#10;gxAp7onPgpGttKubks+dLqc0kGqMc6LjjjJ7e56xjDVqXJqjinBZVJaSiMFIsJJghxI4r43+hW4p&#10;+olHg8ms7ar9mvWcaqaWl9SLqqJJlOd6tJ4ZkixpsJn5j4NYzZXyjPhIVJHFilY4go1xh6UqBIjR&#10;hOCsRKpiozebyaX9n1KLC6Gwm5l6Gp2EmAhpI5lmlIVYVpVRkQVIApEwjWs4Wozwia8qDYhuhdSr&#10;nqnvq16bRKWApqiKjqEtohh5nZ0Ana9os5jvmVRX/ZTmlOVHxZC7kE04PoyIi4cqFIgchqWrBqmX&#10;s2iaw6UfrdqKGaDKqGx5MZyeox9oVJiTndtXsJSVmHxHk5Bqkuw4Kow1jSUqGYfYh1Sqg6lMu2Sa&#10;V6TJtOiJtKB1roV41ZxNqEFoB5hGoglXeJRLm7VHbpAvlTM4F4wDjoIqHoejh+Oi4bf8eceTAbLM&#10;eaODPK2qebhzdaiWehFjmaN9eqxTv55Ie4NERpjffIY1SpMcfecnf4zZf7ah5LctgY2Sd7HogLCC&#10;1qy8gAxzEaejf6hjK6KMf4dTWJ1df55D8Zf6f9Y1LJJEgFUnvIwZgRyhP7ZGiUKR27EJh7CCT6vY&#10;hk1yhKbChTliqKGuhFxS65yGg65DpZcqgxQ1FpGDgqgn8otwgmKgt7VykOaRRLA+jqWBqasSjJVx&#10;7KXyisRiIKDniS1SgZvGh7FDYJZxhjo1BZDZhNooIYreg4igLLTHmIeQt6+SlZSBGappktlxW6VM&#10;kE9hpqAzjelSI5sci5tDJ5XOiUA0+JBDhuQoSIphhI2fm7RCoCWQN68EnHmAo6nWmQJw7qS6lbxh&#10;RJ+kkolR1Zp+j1VC+ZU4jBQ07Y+/iMEoaYn3hW6fLrO6p7CP1q56o0CASalMnwNwnKQ1mvJg/Z8l&#10;lu5RoZoCkttC1pSrjqo05Y9GimYohYmghi+et7NcrxmPja4Mqc2ADqjSpLRwXqOxn81gwp6lmvpR&#10;cZmalhFCvJRUkQU05Y7ui9oom4lZhs+eTbMKtmePPK2usDR/y6hzqjBwKKNXpGRgnJ5QnrRRW5lI&#10;mO9CtJQQkw006o62jRIorYkgh1GV7MH9eX+HMrvyeVB4kbX4eWJp/K//ecJbZ6nremhM7KOhe08+&#10;650OfGIxhZYFfdMldI5vf6mVPMEmgNiG0bsYf/l4RbUUf1xprq8PfwdbFajzfvxMpqKnfyw+vZwT&#10;f4Axk5UWgB8l3I2dgQGU2cAyiA+Ga7ozhot367QrhTtpTa4ihEFavKgDg4RMYqG8gvo+mpstgokx&#10;pZRAgksmNozmgjiUkb9Qjy6GFLlUjQh3grNPixlo7a08iW1aaKcliAJMJaDlhrU+fppfhXQxuJOE&#10;hFMmhIxIg06UQr6TlkiFxriSk3l3M7KKkOpomax6jpNaJaZYjGVL+KAnilQ+a5msiDwxy5LihjMm&#10;x4vChEKT5L39nV2Fe7fwmdx29bHhlptoZqvSk5JZ9qW1kKVL1p99jcE+X5kNitMx3ZJVh+Ym/otS&#10;hRWTib2DpE6FOrdooA92xLFRnBBoP6tBmEtZ2KUvlKJLxJ78kPE+WJiDjS0x7JHciWUnLIr1hcaT&#10;Tb0BqxOFDrblpgp2p7DNoUZoLKq/nL9ZyaSzmFJLup6Rk9U+VZgZj0Qx+pFxiq8nUYqphlqTALyi&#10;sbWE8rZ0q792n7BRphJoJ6o5oLlZzKQsm45Lx54Sllc+bpe6kREyGJEwi8Ynb4puhtGJlcwkeXB7&#10;9cU2eShuZr5oeS9g7LeOeY9TkLB4ejxGaakJey452qE3fEwuBpjUfckjpI/hf5yJScsqgGV7v8Ri&#10;f3ZuL72OftVgtLacfohTW69wfotGSaf2ftE52aAdfzwuQ5fHf/QkM478gOmJM8oahyJ7l8NqhaBu&#10;CLyThFdgh7WVg3BTNK5hgstGNqbqgmA55Z8XghIugJbWgfwksI42ghOJL8kdjb57icJni6dt6LuQ&#10;ic9garSIiEBTH61chvpGMKXwhdc5954shMUuuZYFg90lG42NgxqJI8hClFB7gsGAkZpt5rqfjy5g&#10;X7OajQJTHaxqiwVGOqUSiSo6EZ1gh1Eu7pVRhZUldYz9hACJCceEmth7e8C2l3dt8LnNlGRgdbLJ&#10;kZVTL6ukjudGUKRNjEk6L5yviasvH5S5hyAlwYyFhMWI7MbhoS97dsAKnRht/bkamVRgjrIYldpT&#10;S6sAkn9GbqO1jyc6UJwZi8gvS5Q5iHkl/4wihWqIzcZUp1B7cb93onZuDbiCnfhgqrGAmcpTa6pw&#10;lcJGj6M5kbY6cpuqjaQvdJPRiaEmMovShfOIscXQrTJ7cb7xp4duJbf6oj1g0rD5nVdTm6nwmKNG&#10;w6LFk+46pJtLjzcvoZOHipYmWouThmHyz3tjebDb3Xu8edLEqHwcegetJXyDel6VcXz3et19rX18&#10;e4Jl8H4VfD5ORH7ZfTQ2y3/pfn3wsnm5hM/aLXo0g8rDKnqzguirz3s7gjKUNHvQgap8iHx2gUJk&#10;4X0ugONNVX4QgJ82AX86gGjuzHhZkALYanjljdrBn3l4i9KqXnoZihCS6nrJiH17ZHuLhwVj5Hxf&#10;hYZMfX1bg/41TH6bgj/tBnczmzHWrnfIl++/+HholNio4HkZkfKRmHnhj1R6QXq7jMNi8nunihpL&#10;uHy5h0c0rX4Mg/3raXZHplXVG3beogO+cneFnd6nd3hBmeyQTXkWlh15KHoGknJiDXsGjpZLAnws&#10;im80JH2NhZ3qBHWTsW/Tv3YnrBG9HnbNptemN3ePoc+PL3hunOZ4H3lpl/1hOXp8kutKX3uyjW0z&#10;r30fhxfo2nUFvHvSnXWVtg67/3Y3r7qlJHb7qZSOPXfko413UXjqnXNggXoGlwxJ1HtLkDMzTXzC&#10;iGjn53Scx3HRsHUnv+67EHXCuHukN3aCsSuNYHdxqfh2m3iDoq5f8nmqmvxJXnr2krsy/Hx0iYzn&#10;J3RV0kHQ9nTZyZu6THVqwP+jbnYkuICMoncTsBV19Hgrp4hfanlbno5I+XqxlPoyvHw2ioHimYQR&#10;eBvNjYOFeHi4HIMOeOGiOIKreWSMCYJcegx1vIIfetlfgIHwe8NJVYHifOwzfIIEfnXg4YKOgqnM&#10;XIIXgea3EoGzgT+hKIFlgMGK6YErgGt0oIEJgDlec4D+gBlIdYEVgB8y4IFagEnfUYFBjUHKwYDZ&#10;i261loCCibifxYBNiD6JsoAuhvBzlIAphb5dj4A1hIpHuoBkg1gyVoC/ggfdv4Aol8XJJX/HlPS0&#10;AX98kkKeXH9Qj7mIdH9LjW5yh39cizFct39/iONHE3/FhnQx3YA0g6zcRH9CokHHs37innuymn6g&#10;mtKdB36Al0qHQX6Ck91xiX6qkJNb737gjSBGe385iW0xdH+6hTDa+n6QrL7GdH4xqASxY33uo1ib&#10;433TnsWGPX3fmkhwnn4MldBbOX5WkTZF9H7CjDsxG39Rho7Z6H4CtzLFbH2ksX6wXH1eq8ea5H1D&#10;piGFXn1aoJFv5n2SmvJann3hlRdFgX5cjtEw0H75h8PZDX2XwZjEln06uuKvf3zttBaaBnzNrU2E&#10;kXznpptvOX0tn9daGn2HmMNFIX4IkSswk36viM7YZn1Ky+7D7nzuxCeuxXyYvDWZRHxvtDuD4HyI&#10;rFhupnzVpGBZrH07nBRE033Ikz0wY350ia3S74zrdtm/kot8d1ervYotd92XX4j+eHyCqYfmeUNt&#10;0YbeejRZGIXee0ZEe4TxfKEwWoQafmvRdYuUgMG+ZIo1gDyqo4j0f9GWWofVf4aBr4bSf2Vs6IXj&#10;f2dYQIT9f3tDzIQsf7ov7oNugCrQJopUirm9FokFiTWpg4fJh8qVNIa/hpOAm4XQhYNr8YT5hJFX&#10;bYQsg6JDK4N3gr8vjYLUgdLOzolClKW7tIf4kjeoEIbOj+KT6YXLjbN/doT1i7Rq+oQzicJWqoN8&#10;h8NCnYLbha8vOYJLg13NgYhpnoS6aIcimzSmyYYAl/qSsoUGlNl+ZIQxkc5qFoOFjtpV+oLei8RC&#10;H4JQiHku8YHThMbMW4e+qGm5TIZ6pDaltIVXoAmRrIRim+19eYOVl99pR4Lpk85VXYJUj5xBsoHY&#10;ixcus4FshgvLZoczskS4XoXyrSekx4TOp/+QyYPaot98soMXncpopIJzmKBU2YHdkz1BV4FyjX4u&#10;gIEWhyfKoIbHvA+3nIWKtgGkAIRjr9WQBINqqaF7/IKqo3doC4IUnTJUaYGHlqVBC4Eej6cuVoDO&#10;iBrKCoZ1xc23A4U8vsCjWYQQt32PWYMSsCV7YoJRqNRnjYHAoWhUBoE/mbBAxYDhkYguNICViOTD&#10;u5X4dd6xypOydnKfb5GQdxCMlI+Rd8l5XI2peKpl/ovLebhSy4nreuo/xIgNfGstaYYkfmDCfJTB&#10;fzSw0JKDftiehJBtfpOLto56fnJ4hYyifnllNYrZfqVSFIkPfuc/O4dHf1stK4V0gAzBWZOiiH+v&#10;opFvh0Cde49ahhKKr413hRt3louwhERkZYn8g4pRaIhGgtc+wYaUgjYs9ITXgZ3ARZKTkdiufJBs&#10;j7qcS45ljaqJp4x9i8d2norMig1jkYkpiGJQwoeHhq8+UIXvhPIsxYRLgxC/J5G+myatdI+YmDGb&#10;PI2XlVGIi4vAkol1qIoOj9dixYiAjTVQKYbtinY97YVkh5AsnIPShGK+J5EbpHOsdo74oKuaQoz4&#10;nOiHoYslmTV014l4lYtiEofnkdxPpoZijg49mYTrif4seYNrhY69TpCYra6rpY54qQ2Zc4x2pGCG&#10;2oqkn7Z0KIj+mxJhhYdzllhPOYXpkWw9VYSCjDUsXIMVhpK8n5Axttmq+o4TsVeYw4wQq7WGLYo5&#10;pgdziIiWoFpg/4cXmpRO24WUlI49G4Qsji4sRYLOh3C8GY/fv/eqco3GuYaYLovAstuFlonlrBdz&#10;AYhBpVNgk4bGnnROhoVPl1U84YPzj98sMoKViCe1Dp89dTKkY5wodc6TYpk3dnqB8ZZld0VwLJOj&#10;eDpeRpDheV5MnY4Reqg7NossfEQqrYgeflS0B54pffyjo5sUfbeSrpgnfY6BRJVbfYpvfpKkfbJd&#10;o4/yfgFMCo0yfmo61IpgfwsqnYdlf+6zHZ0XhryirZoNhaCR0ZcghKCAZJRig9FuspG5gylc848Z&#10;gp9Lfoxpgh86fYmpgbsqj4bBgWuyKZwpj2KhqpkljX+QwpZBi7x/e5N+ihRt3ZDkiJxcRY5Rhy1K&#10;/Yuxhbw6MYkEhEoqg4YxgsixTJtLmB+gxZhRlXSP15V2kuJ+j5K7kGJtF5AUjftboI2Ui6VKhYsD&#10;iTg57IhshrIqeYW0hAOwdJqroNqgBpewnWWPHZTSmfp9zpIZlqFsYo+Ak1JbCoz8j/9KG4p3jJE5&#10;sIfviPIqcIVKhRivu5ouqXmfUZc1pTqOaZRVoPN9JZGdnLJrzo8JmHVak4yJlCZJxYn9j6w5goeE&#10;ivkqaYTyhgivIZnOsf6evZbUrOuN1JPyp758k5E2oohrSI6knVRaI4wumAdJeomlkoc5W4crjMQq&#10;Y4SqhtKuqpmBunaeRpaItIGNVJOjrll8EpDjqBxq145QoeFZy4vdm45JNolhlQo5MIbyjkkqXoRw&#10;h3inAai6dMGXfqTcdVuHuKEedgx3m511duJnOZnOd+ZWxJYZeRxGoZJFeng24I5EfCooL4n+fkim&#10;MqfEfQqW86PgfM+HNqAdfLd3GpxzfMlmtZjRfQtWSZUnfXhGN5FefgE2qI1tfsgoS4k4f9Glf6a/&#10;hT2WM6LkhDqGjZ8eg1h2apt8gqxmFJfjgipVwZRHgcpF0ZCMgXo2eIyrgUwoZIiKgTukxqXPjVuV&#10;ZqH8i56FsZ4+igB1qpqZiI5lZ5cOh0ZVN5N9hhBFcY/QhNs2TIv/g68oeofygoWkBKURlWqUpqE/&#10;kviE7p2FkKV055njjnFkyJZKjEpUuZLIijtFHY8liBg2KItkheoojYdwg6ujY6RjnY+UB6CYmmCE&#10;T5zel0N0Tpk8lDlkPJWmkTdUSpIZjjhE1I6Diyc2CIrZh/UonIcBhKyiz6PlpZaTiqAXoaSD1JxW&#10;nbRzz5ivmc5jxpUilfJT7ZGfkglEl44CjgA174pnic8oqYamhYmiTqOIrXqTEZ+3qMCDXZvyo/Vz&#10;XZhGnytjX5S6mmdTmJFBlZBEYI2nkJY124oLi24otIZbhkKh6KM/tUiSrp9qr7iC9puhqf9y+Jfy&#10;pD5jCZRlnodTV5DumL9EM41fktc1xInPjMoovIYfhtmZrLJsdGmLPK3HdPp8nak6da1tvqSzdoxe&#10;sKAad51PoptgeOJA/pZ2ek8y3JFEfBQl9ou3fjyZGrGLfDyK5azcfAF8SqhCe/RtaaOxfBheVp8X&#10;fHJPUZpjfPtAv5WAfaMy0ZBbfowmPIrjf7aYobCJg+qKXavigvZ70qdCgips6KK0gZ1d4Z4ggT5O&#10;85l3gQZAgpSfgOIyx4+KgOcmeoopgRCYIq+Wi3uJyar0idt7LqZaiGJsWaHHhxtdYp0/hgNOkpih&#10;hQFAR5PUhAYyv47Sgx8mr4mIgkeXmK7OkwOJPKovkLp6nKWXjpdrx6EGjJZc7Zx1irFOOpfkiOFA&#10;E5MhhwcyuI4uhS8m3Ij+g1uXEK41moaIvqmTl5B6I6T3lLRrVaBlkfRch5vUj0JN8Jc1jJE/6pJ9&#10;idgys42ehxAnAoiKhEuWq62lofCIWqkGnkV5wqRqmqhq+Z/Ylx1cOJtKk5lNuJaukAs/zZHmjGoy&#10;sI0ciLonIYgqhReWR61GqTeIGqigpMx5hqP1oFlqtZ9Rm/Fb9ZrCl5lNfpY6kzg/q5GDjsEyr4y7&#10;ijInO4fchcKV9Kz8sGGH0KhNqyl5PaOcpdRqcZ71oIZbv5plm1FNWpXelhQ/mJE0kMcyr4x5i2wn&#10;T4edhkyNEbxSdBx/orbjdKByFrGEdVFkZKwXdjdWnKZ/d1RI66CueKs7vJqYeiovMJQjfAIkAY1J&#10;fjCMv7t4e4J/fbYBe0Jx8LCNeztkOasNe29WbaVse99Ixp+dfIU7q5mLfUwvUpMjflckboxkf56M&#10;hLpugrJ/LrT/gcdxqa+EgQxj6aoCgJpWJqRjgF1IlJ6cgE07mJiVgFQvcJI/gIwkzYudgOmMQbls&#10;ib5+1bQBiDVxP66KhtpjjqkChbpV16NuhNBIX52yhAE7hZe3gz8vipF1gpwlH4rxghGL77iVkL5+&#10;grMqjphw562yjKBjMqgritJVlKKQiShIMZzjh5g7dpb0hgYvopDGhIMlZIpfgxWLl7fxl7h+NLJ/&#10;lPBwoa0Bkkti86d4j8lVW6HejV5IDpwpiv87apZHiJwvtpAthjwln4nkg/aLRbdwnox987H3mxtw&#10;aaxvl75iv6bglH9VMKFMkVZH9Jucjis7ZZWvivcvyI+oh8Mlzol/hLSLELb2pTJ9xbF8oQ9wP6vx&#10;nPZim6ZfmPNVEKDNlQNH2pspkQ07XJU8jRAv2Y81iRMl9YkthVKK1Lamq719sbEeptNwMauBodpi&#10;haXbnPpVAqA/mENH2Zqhk5A7apTTjt4v8I7rii8mFIjrhdGBDcZkc/Z0isA0dGRn/roFdQtbabOs&#10;dfNO3K0HdxpCgqYLeH82w560eg4rypble/UiRY62fiWBB8V/evl0mb9PeqdoBLkGep5bZ7KRettO&#10;2Kvce15Ci6TcfB02452HfQAsGpXJfioi143Af4eBEMRggbB0h747gMFn8LfsgA1bSrFtf7FOw6q2&#10;f5BCiaO+f6U2/px0f9YsYJTNgDsjVYzqgMWBD8NEiDd0cL0ghrpnxrbShXRbKbBQhHROrKmig7RC&#10;haK3gxU3Fpt9goosnpPwgiUjwIwzgd+A+8JTjq90W7wqjKNnsLXXis9bDK9WiS1OoKimh7lCiaHN&#10;hmU3L5qkhRgs1pMwg+YkHIuYgtaA3MGUlR90S7tgkn5nqrUEkAlbDa6BjcJOoKfWi5hClKD8iYM3&#10;Spnmh3UtB5KMhXskaIsWg6qAvcD5m2J0QLq6mCNnqrRTlQVbE63OkhBOqacrjzVCpKBajGQ3ZZlD&#10;iZctM5IBht0kp4qshFyAn8B+oXJ0OboznYxnr7PCmbtbHK01lg5Os6aXkoFCsp/Xjvo3fJjKi3kt&#10;WJGQiA4k2opVhO+Ah8AZp1B0OLnAorNnurNEnh5bLayymbROyaYVlXJCz59dkT03mphjjRMteJE9&#10;iQglAooRhWXmt3axc2jRVXeTdEu7hnhwdTSlOnlIdiqOoXokdzl373sPeGVhT3wPeapKz309eyg0&#10;r367fP/ktXTXfnPPs3Xhfiu6D3bgffqj7XfbfeeNcHjbffR22nnqfhpgU3sOfkpJ93xffpY0Bn37&#10;fvzi5XNNiYrN8XRpiBq4hXV/hsSifXaVhaiMK3ezhK91v3jig8tfZHomguJJNHuVgfUzcH1MgOTh&#10;KHH8lI3MM3Mjkgi21HRGj6Wg/XVxjWuK2Hasi2p0oHf3iXNefXlXh2lIgHrhhTwy7HyvgrLflHDo&#10;n3rKpnITm/O1S3NBmIifjHR4lUKJj3XEkhdzi3cqjwpdoniii9VH23pDiF8yenwkhF7eQXATqlXJ&#10;WXE/pde0AnJuoWGeTnOsnQaIcHUEmMByh3Z3lHxc13gGkBhHRnm8i1YyGXuthePdK29ttRnISnCY&#10;r6Wy73HCqiCdQXMCpKmHf3Rln0dxu3XmmdVcJ3eBlCVGyHlKjhUxyXtHhzvcUm7zv7rHdnAbuU2y&#10;EXE+sracXHJ5rBmGpHPhpY5xA3VwnvJbmncYmABGXHjrkJQxhnrziGbbs26lyiPG2m/GwrKxYXDd&#10;uwKbnHIOszuF6nN1q35wYHUKo6dbE3a9m3dF93icksYxUXqviWHXIH8VchrDmn8ZczmvgH8odE6a&#10;yX9AdWiFqn9kdpdwYn+Wd+VbM3/YeU5GHoA+evUxfoDefP3Vo31mfJnCcn2LfJquaH2zfKOZuH3i&#10;fMGEnn4efPtvaX5tfU9aUX7RfbJFZn9dfjcxAIAhfuTUI3vzhxTA13wohgSs7XxghQKYUnyphCiD&#10;ZX0Bg2tuXH1wgsJZcX3xghhEuH6YgXAwkX91gLTSnnqykXS/RHrvj2mrYHs1jW6W9XuMi4yCLnwB&#10;idRtVXyJiCVYn30lhmZEHX3nhIswL37cgmfRLnmom8a93XnqmM2p/no5ld2VonqdkvyBBXsdkC1s&#10;W3vAjXRX3XxzipdDkH1Mh4Ev2n5Vg/fP+XjZphK8rHkdojCo0nltnkKUg3nYmlqAAnpkln1rd3sQ&#10;kpxXLXvZjp5DE3zIikkvkn3ihWHO/Xg1sEy7s3h6q32n13jHpoyTjnk0oZR/J3nLnKZqwXqEl6VW&#10;mHtWkm1Cq3xXjNkvV32Bhp/OOXe8umi673gAtKqnCHhHrq6SvHivqJt+YXlLoo5qGXoTnG1WGHrx&#10;lgRCUnv6jykvJn0wh7HNr3dqxF66XHesvaamX3fotpSSCHhFr1p9uXjgqCRpiXmvoNZVpHqamTxB&#10;/3uwkS4u/3zviJXICYfScQW2Oobockajt4Yfc3aQdoVvdKd8wYTOdfBo34Q7d1xVJYOxeOpBh4ND&#10;erwue4L5fPnG3IZHeuW1NIV+ex+ip4TJe1qPdIQpe6V7zYObfApoAYMhfItUX4K0fSBA7oJmfdwu&#10;J4I6fsvFs4ThhMq0AIQthAKhooOBg0KOWoL1gp56xYJ5ghpnG4IXgaxTn4HKgURAYYGdgOYt3oGO&#10;gIPEWoOljo6ymYL0jOSgIoJZizyNDIHciad5n4F/iDZmJ4E4hs5S4oEDhV4/3oDug9gtnYD2gh7D&#10;DoKkmECxToH2lb6e4IFlkzaL24DykLB4lYCejjZlS4Bxi9NSO4BRiVI/bYBThqAtZoBxg5XB9YHb&#10;ofWwO4Eynpud0oCimySK24A0l6R3sH/plClkiH/AkK5RqX+3jRs/CX/OiTotN3//hOTBEoE9q5uv&#10;WYCYp2Kc7YAEovaJ+X+XnnF2539XmfJj5X86lWVRLn8zkK0+t39ei50tEH+ghgnAZIDGtSqupoAl&#10;sA2cLX+LqqGJNn8WpQl2Mn7Zn3hjR37MmddQuH7SlAA+cH8CjcIs8H9RhwS/7YB0vqGuHn/VuJib&#10;in8xshqIiX6vq191ln5vpK9iyn5pnfJQW359lvw+Mn67j50s138Sh9W5d5CucEapEo7mcZKX+I1M&#10;ctCGHovUdBFz0YppdW5hWokHdvJPGYeleJs9A4ZQeo8rpoUHfPO4fo9EeZWoLI2ceeqXBYwUekOF&#10;N4qneq5y94lKezZglYf8e91ObIawfJo8iYV1fYgrfoRDfrK3eo35gsunBIxjgj+V+4rhgbaELImF&#10;gUtyC4g7gPlfzYcEgL5NzIXQgIw8HYSugGorWoOTgFS2aIzFjACl24s5ip2Uw4nIiTaDJohwh+lx&#10;Goc9hrZfBoYahY9NNIT/hGI7u4P5gywrOoL5gde1TovMlSak14pDkvaTu4jZkMGCEoePjo9wLIZk&#10;jGhePoVbik9MoIRSiB07YYNehcgrIIJzgza0WosNnkmj4ImJm02SyIggmDmBLYbblRxvYIW2kgFd&#10;lIStjuFMJIO3i6k7FYLZiDQrCYIAhG2zkop2p1WjGIj3o4eR/4eMn4yAaoZGm3xusoUpl2pdCYQp&#10;k0ZLv4Myjvo62IJmimgq9oGhhXyy9ooCsEiid4iIq6SRVIcZprl/wIXMoaZuFISxnJFcgIPAl2dL&#10;XYLSkgs6ooIIjF4q54FShmKyiImuuSGh+og4s5+QwobCrbN/KYVsp49tjoROoWpcFoNhmzBLCYKB&#10;lMQ6a4HEjgsq2oEThx+rWpnAb7ucI5crcQqMTpTHclF70pKBc6Jq65BDdRFZ344CdqlJGou2eGY4&#10;molkenMpBocDfOyqk5h/eIGbcZYBeOeLj5OneVh7GpFled5qOo8veoRZQYz+e0tIlIrCfCw4SIiE&#10;fUIpB4Y1fpmpw5dDgSyaf5TYgL6KspKCgF56OpBPgBppco4pf/NYmYwLf+VIEonjf+I3/oe6f/kp&#10;CIV/gCeo1ZYribSZgJPFiIeJpZF6h2V5W49Ihk9op402hVlX94sqhGtHnokWg303v4cDgo4pCYTf&#10;gZOn9pUrkkuYm5LQkF2IvZCPjnF4dI5mjIRn74xPiqZXYIpZiNVHNYhYhvI3iIZdhPkpCoRVgtyn&#10;KpRymt+X5ZIamDGIC4/XlXB3t42wkqlnPIujj+RW0ImtjR1Gz4e8ikE3UYXUhzgpCoPgg/6mf5Ph&#10;o1OXNpGPn+OHWo9JnEl3Do0gmJ1mp4sZlO5WWIkpkTFGfoc1jVI3KIVeiT4pC4N/hPel95N0q6WW&#10;qpElp2yGx47bovJ2fYyrnlRmIIqmmbJV5YjBlPxGL4bSkCA3BYT9iwgpC4MvhcqllZMjs96WPJDX&#10;rtaGSY6HqWp1/IxOo8plr4pEnidVjYhimHNF64aBkpk224S5jIspC4LvhnedzaMLb1uPpZ+1cKOA&#10;+ZyLce5xwplzc0piNJZTdMdSkZMjdnBDSo/YeD40aIxxel8moojhfOSdNqH0d6OPJ56qeA6AcJt9&#10;eI1xPJhgeSdhs5VCeeZSH5IcestC747de8w0QYuGfQYmy4gIfoCcmaDJf8SOap2Of2l/x5pgfyJw&#10;jpdMfwBhGZQ6fv9RopEkfxpClY32f0Y0HYqyf5Im8IdIf/ub4p+yh8aNnZx+hrd+6plbhbhv1ZZJ&#10;hNRgc5NIhA5RIJBDg1hCPo0mgqQz+4n1gfsnD4ahgVSbIp7Pj7SM4Zuejfl+LJiAjEhvFJVziqNf&#10;35JriQRQq494h3hB9Ixphd4z4IlMhDknKoYRgomahZ4Il7GMQprilUR9jZfGks5ufpS3kFRfV5Gy&#10;jd1QSI64i2hBtYu6iOczyYi1hkgnQIWYg5eZ/J15n4+LzJpWnG59FpcymSlt/5QcldRe3ZEekoNP&#10;6Y4ujylBfIssi7gztIg5iCMnU4UzhH6ZjJ0Rp0SLWpnvo2l8n5bFn1Bti5Ommxlec5ColuRPjo3C&#10;kqJBQYrFjkczoofUicQnYoThhUCZOJzErtqK/5mfqjx8OZZupUBtJJNIoBleGpBGmvVPSo1hlcZB&#10;EIpxkIIzi4eOiyEnboSghd+Q7qyObwWDt6h+cEJ2HqSNcY5oG6CacvRZ2pyKdH9LmJhXdjk9ypP5&#10;eBowg49lek4kgYqZfNuQhaubdtqDbKeJd0N1yqOHd8tnyZ+FeHhZiptxeVBLV5dEelI9nZLve3Iw&#10;iI5qfNAk0ImxfmiQG6p5fnmC5qZyfil1VaJrffZnTZ5sffNZH5pgfhVLBZZBflo9bZH6frIwi42I&#10;fzMlFYjmf9OPmqlghfCCUKVehPt0r6FfhB1mxJ1hg2RYppllgs9KrJVUgk09O5EdgdUwioy/gXEl&#10;UYg2gRuPD6h2jViBwqR5i8N0G6B/ij9mMZyDiM1YN5iDh3FKWZSDhiU9DpBZhNQwiowOg4YlhIef&#10;gj2OjqfDlLmBR6PJkoNzpJ/LkEtlvZvNjhtX0JfNi/JKFpPCicw87I+mh6MwjItyhWwlrochgzqO&#10;Lackm/uA4qMwmR5zPp8xlitlW5sykzJXfJc1kDpJ3ZMtjTw8148EijMwj4rnhxwl0oa4hBGN16a9&#10;oxmAraLHn5FzBp64m9JlF5qil/tXN5aglC5JnZKskF88r46VjIYwkIp8iJgl7oZjhMWNk6ZyqhKA&#10;aqJypdVyvp5ZoT9kzpo9nIdW+pY3l99JcZJEkzc8lo46joowjIoxidQmBYYfhVeEu7ZGbqp4YbGD&#10;b9prxqzIcSZe6afvcpZR66LfdDFFBJ2Tdf84p5gMd/Us9JI4ej0ioownfNKEgbVudhZ4SrCZdnhr&#10;q6u+dwhezabNd8dR0KGzeLhE9Zxredk4rJbrexstJZEnfJ0jFYswflOETLRNfTt3+q99fPFraKqa&#10;fM5ehaWlfOhRlKCQfS9E0JtVfZ44ppXifiYtTpAzftsjeIpYf6+EA7MohC53m65cg01q+al+go1e&#10;LaSLgfxRSp+DgZhEoppWgU04m5T0gREtb49bgPIjzYmegOeDrbIwixF3Q61oiZ5qnKiNiEZdzKOa&#10;hwZRCJ6QhedEdpl0hN44kJQgg9gtjI6eguAkFoj/gfuDWbF1kex296yrj+ZqU6fKjeVdhqLUi/NQ&#10;y53LihNEU5ipiEA4iJNkhm8tpI34hKEkUoh6guiDD7DlmJ52uqwWlgBqGqcrk1BdTqIvkKJQl50q&#10;jgNENpgNi2g4h5K/iMwtuo1phi8khIgNg7KC3rBpnx52jKuYm+Fp66anmHxdIKGmlQ1QbpygkapE&#10;EZeQjkY4epJCiuYtz4zvh4ckrYe0hFmCrrAcpYJ2has7oaBp4KY1nWldA6EbmRlQWJwJlOtEDJb9&#10;kMo4g5HPjLUt4oybiKYkzYdthOF5GsAwbmVtfbrLb4BhzrVKcMdWCq+Acj1KR6lcc+Y+uKLhdckz&#10;ypwXd9QpqJTtejEg+o2RfMl5Dr9pdW9tl7nkdcFh57QzdlFWIq5Hdx5KX6gUeCc+26GbeWc0AZrY&#10;essqBpPCfHEhjYyIfj55EL4+fB5tgbi5e89h1rL/e7VWDK0Je+lKVabYfFI+5qBqfOw0KJm1faMq&#10;VZK5fosiDIujf455A70DgpBtXLeBgblhobHJgQ9V56vXgKJKPKWxgG0+5Z9SgFg0RZiwgFkqmJHP&#10;gH4ieYrfgLl457v1iO1tP7Zzh5VhgLC6hmFVv6rJhVFKLaSlhGs+5p5Zg6Y0YJfJguoq0pECgkgi&#10;1oo4gb94xrsmj0RtLbWZjWdhdK/Yi5lVtKnlieNKIqPFiEc+7J15hsM0epb9hUsrBZBSg+UjI4ms&#10;gqB4qLqFlWxtJLTpkwZhcK8ckJZVsKkljjJKIKMNi+U+9JzKiaY0k5ZOh3ErMo+9hVEjYok6g114&#10;jroNm2FtIrRdmGphc66BlVBVsaiDkjZKHKJujzQ+9Zw7jD80pJXJiVkrVo9ChokjlYjdg/p4e7m0&#10;oSZtJ7PqnZFhfK3+mcBVtqf4lehKJKHjki8/BZu4jok0tJVZivcrbY7oh4kjvoiThHnapXHwbSrG&#10;pnNRbsSyK3SkcFedIHXqcemHtHcwc4lyJniFdUJctXnzdxVHbXuUeSMyrX2Ke5PYtm/beBnFF3Fr&#10;eImwxnLjeQWb5HRPeZKGlHW+ejRxInc9eutbzHjUe69GrXqefJQyJXy5faTW724YgwXDW2+/glGv&#10;RHFUga6ae3LegTWFV3RvgNdwEnYUgIpa6nfRgD1F/Xm/f/QxrXv7f53VNGyPjc/BnW5FjA2tkm/s&#10;imOZAHGRiNaECXNDh3Vu+3UKhhxaD3bphLZFWnj4gzgxRHtRgXrTomtHmH3AEm0IlcWsCm69kxuX&#10;jHBykIWCyHI7jgVt7XQhi5xZP3YeiRRExXhKhlgw6Xq8gzLSWGpJoxi+z2wPn3aqyG3Jm8iWVG+I&#10;mCOBq3FflIxs9HNWkPZYgHVvjUdEP3e1iUownHo7hMHRUGmBrZe9y2tJqQ2pv20CpFiVTW7Fn52A&#10;vnCqmu5sLXKyljJX3XTakUNDz3c2jAQwW3nPhiLQiGjvt+y9Bmq2sneo62xorLmUcW4npt5/6XAU&#10;oQ1reHIrmy1XVXRklQhDb3bOjnswJ3l1h1PP/miQwgO8fGpTu5SoSGv3tMSTu22trcd/OG+Yps1q&#10;3nG4n79W0nP9mGdDD3Z2kKIv/XksiFPLxHoZbCS5l3qebfKmvXsob6iTLHu2cVR/InxMcwxq6nzx&#10;dN9W1n2rdtBC6X6PeQAvmn+3e5jKYHgvdou4fXjgdzylrXmId+mSJ3oweJ1+KHrieWRqBnupekJW&#10;DnyJezJCTn2XfEkvOX7nfZPI6HaCgN225XdJgIGkOXgHgCqQx3jMf+p89nmff79pA3qLf6ZVOnuN&#10;f5BBsny8f4Mu434rf3PHZHUNiwu1U3Xhibyiq3awiHCPcHeJhzB7xXh9hhBoBHmHhPZUdHqpg9NB&#10;Jnv5gp0umH2EgTXF+XPTlSez8HSwkvKhS3WOkLaOHnZ3jn16pnd7jE9nFHikijFTvXnhh/dAqXtN&#10;hZAuWHzygtLEznLcnzmyx3O/nCSgJnShmPGNBHWUlbZ5p3ankn5mOnfdj0NTGHk1i/BAOnq6iFUu&#10;IXx1hEbD3XIaqTKx13MApTqfM3PhoQuMFnTYnMd40XX4mIRliXc+lDBSjniij64/3no+iuAt9HwL&#10;hY3DJ3GJswWxHXJvriiea3NLqPiLTHQ/o594EHVmnkZk5Xa9mNpSFHgxkzE/j3nYjSotznu0hqbC&#10;rnEqvKWwlnIMttmdzXLcsJyKoXPGqid3b3Tto65kXXZMnSFRonfOllM/PXmFjyQtsXtuh5C9YIJ7&#10;a1Ks3YIebT+biYHcbwuJXoGucMh2rYGMcpRjyIF4dH9REYFydos+h4GNeN0ss4HYe5u8SYC2dRur&#10;yYCHdgCaY4BfdtqIS4BGd7Z1soA7eKJi7oBEeadQW4BdesE+BICafAQseYEGfYC7Jn8XftmqjH8G&#10;fsaZWH7xfrCHNn7vfqN0uX77fqtiHH8gfsVPtH9afuY9kH+8fxQsRoBJf0m5032tiHSpNn2lh4WX&#10;5n2khoqF9320hZFznX3hhK9hMH4lg9RO/357gvQ9Gn76ggQsGX+igPK4knx/kfyn9nx/kDmWq3yL&#10;jmCEzHyqjHtyonzkipxgXn1FiMhOYn21ht48tn5PhMwr8n8Rgna3hnuTm4Gm7HuamOqVpnuplieD&#10;0nvQk09xwXwWkHNfo3yAjZJN2H0Kips8XX28h2Mr0n6Vg9C2r3rYpO6mEnrkoX+UyXrync2C+3sb&#10;mfdxAHtulh1fBnvmkjFNZXx4jh48FX1AicIrt34thP62DHpLrjilZnpaqe2UEXpkpUSCQ3qIoGZw&#10;U3rhm4JecHtrlopM9nwKkWA71nzbi+AroH3XhgG1oXnst1ek5nn8siqTenn6rH2BpHoUpoxvwnpr&#10;oJRd+Xr7mohMlnuqlEY7k3yLjbErj32ThtevZos7arKgTon0bKiQWYjgbn5/g4fucEduKYcHciNc&#10;oIYpdCNLV4VRdkk6QISQeLsp+4Pse5yuiomSc+qfaoh/dOmPXYeEddx+lIafdtRtT4XId+Fb44UA&#10;eQlKuYRBeko52YOde7sp54MTfW2tk4gKfP+eSIcTfSOOW4YlfT59kYVWfWJsb4SUfZlbLIPmfeVK&#10;LYNEfjs5goK/fqQp1oJSfyCsgoalhgudKIW6hWCNKYThhKF8mIQeg+drloNxg0RahILbgqlJsYJY&#10;gg05NYH2gWkpxoGogLGrY4V/jv6cLISajZSML4PNjAt7jIMWinFqrYJ6iNxZv4IDh1VJI4GWhbw4&#10;5oFKhAQpuYEWghyqdoSdl/GbOYPAlcCLP4L1k156r4JDkN1p6IGxjlhZIoE+i9NIs4DpiT04pIC2&#10;hm8proCYg1+ptoPqoMeadoMVnc2Ke4JImop57oGXlxlpOYEOk6NYmICnkCJIWYBUjIM4b4A4iKIp&#10;pYAwhHepJYNkqYCZ24KVpbiJ1IHDoYp5SIEJnRxon4CDmKpYDIAulChH83/pj4Y4QX/Sipcpnn/b&#10;hWWoxIMGsheZZII8rX2JRYFgqFV4s4CYotxoHoAOnWJXqH++l91HqH+JkjQ4En+DjEMpmH+Whimh&#10;5ZQUak6T75ICbD+FLZAtbhh1nI52b+xll4zBcdVVbYsJc+ZFlolMdh42CYeXeKYndoXpe5uhNZKa&#10;cwGTPpC1dAiEZY7udQt04I06dhlk6ouNdz9U2onmeIVFH4g9eeY1x4afe34niIUIfVmgbJEpe42S&#10;SY9ge8WDho2je/50AYv/fEVkKIpkfKNUPIjVfRhEqodEfZw1jIXAfjwnl4RAfvefeo/bg++RSI4Z&#10;g3KCdIxugu5zJIrSgmpjZIlQgftTpYfYgZZEQ4ZfgTQ1WYT3gNUnpIORgHKelY60jFiQXIz/iyOB&#10;i4tfidtyQInPiIVitYhQhzZTGYbxhfND5IWRhKQ1LIRDg0MnsIL6gcidzY3alL+PqIwuktOA2oqO&#10;kL1xhYkAjo5iBYeLjFxSkIYwiipDhYTkh+o0/YOshYInuoJ6gvWdKY0vnQKO/IuKmluALYnol3Jw&#10;3ohZlGJhcIbskUxSGoWZjitDPIRNivI024Mrh4knwoIQg/icqYyvpRyOdYsQobZ/nYlonfRwUofR&#10;mflg7YZmlfVRpoUikeJC7IPfjbY0voLBiVMnyIG5hNOcT4xTrROODIq3qOx/I4kHpEFv1Ydln0xg&#10;gYX0mlFRU4S0lUlCrYOAkCY0mIJzitYnzYFzhYeU450kaf2H25pda+R6LZfIbb9r15VDb55dIJKy&#10;cZZOVZAQc7g/8Y1bdgEx+YqZeJslK4fJe5eUVZvdcjOHWJkwcz15mZacdE5rTZQSdXBcpJGDdq9N&#10;747teBI/poxGeZIx4omXe0wlYYbbfUWTt5qBejiGlZfreoJ47pVbetNqoJLceztcEJBbe75NfI3Z&#10;fFw/WotHfQwxzIivfd8lkIYKftCS+5k6gheFxJaugbV4DZQtgVNp65G1gP9bcI9KgMBNA4zdgJE/&#10;DYphgGgxtYfggEwluYVUgDiSOpgsieCFCZWmiNp3UpMth8ppLJC9hrZa6I5QhaZMmIv5hKY+zYmR&#10;g54xpIcogo8l24S3gXmRmpdIkbOEZ5TQkAN2sZJZjjRomI/pjFBaY42BimtMQYsniIo+mYjUhqIx&#10;lYaGhKIl+YQzgpORFZahmWOD9ZQwlwt2P5GylHRoHI86kblZ6YzZjv1L4oqLjD0+Z4g4iW8xhoX+&#10;hoAmEYPGg4SQq5YnoOaDhpO4nd91ypE0mnxnqo6yluRZgIxSk0pLhIoQj6c+KYfEi/YxeYWQiCIm&#10;JINshE+QXZXOqD+DL5NepIZ1Z5DRoEtnRo5Fm8tZKovgl0lLRImhksE9+4djji0xY4VAiYAmNIMl&#10;hPSIgKZsaad8UaL4a4Fvo5+lbV1idpxJb0dVBZjKcVBHlZUpc4U6oZFmdeIuO41/eJAjIYmAe5OI&#10;EqVXcWx7/KHocnNvR56Cc41iI5sWdMNUvJeUdhxHX5P7d506hJBDeT4uT4xvexwjeYiEfTGHoKQK&#10;ePJ7a6CqeUVuzJ1EeathqJndejJUV5ZmetlHF5Lee6I6YI84fIAuXIt6fYcjxoeofqyHFqLEgEp6&#10;zZ9sgABuIJwSf79hIJiyf5ZT4pVNf4hGxpHYf486N45Hf6MuZYqgf8skCIbpgAKGhaGzh5F6PJ5j&#10;hq9ti5sQhctgjJezhOtTeZRRhB5Gd5Dwg146EI1xgqAubInggeYkQIZGgTKGBaDhjs55wp2XjVRt&#10;FZpBi8NgGJbkiihTEpODiJBGPZAchv4594yvhW0uc4k4g9Ikb4W8gjuFoqAtleZ5XJzrk89srJmU&#10;kYlfs5Y2jypSvJLZjMlGBY94imU56owCh/0ufoilhYgkloVLgxyFUJ+2nNd5LJx0milsepkOlyBf&#10;dJWYk+VSepI2kLBFw47pjX85v4uFik0ugYgwhwgktYTvg9mFEp9ho5x47pwVoEtsNJijnHdfK5Uk&#10;mGJSPZG+lFdFmI5zkFI5p4sfjE8ufofbiEYkzoSlhHJ8vq/raT9xS6vXawtli6fCbOhZfKOCbt9N&#10;SJ8EcPxBL5pMc0k1p5Vjdb8qzpBEeIQhV4sMe418ba8DcJ1xJarYcZ1laKadcsFZYqJCdAtNN527&#10;dYFBLZkKdyU1u5QseOsrC48feu4hzooBfR98Ja2/d6xwyKmZeAVlH6VYeHxZGqD8eSRNApx9efJB&#10;Epfceug1wJMPe/krPY4afTUiNokZfot7zqxxfoRwXqhRfk1kqKQZfipYwp/EfixMuZtVflNA6ZbG&#10;fpM1vZINfuUrZo0yf1Qij4hQf9J7cKtVhUlwAKc8hIpkR6MIg9NYXZ62gydMeppKgphAwJXPgh81&#10;t5Epgawrh4xngUki24elgPN7Gap+jAZvs6Zlir5j/qIsiWRYFp3YiAlMO5lvhrtAoZTyhX01s5Be&#10;hEUro4u2gxEjGocWge160KnXkpZveaW7kMNjxqF6jsFX3J0fjK1MBJi7iqNAg5RFiKI1t4+shqUr&#10;vYsdhKYjToahgsF6n6lPmO9vS6Uvlopjk6Dok91XqZyIkQxL1ZgkjkJAV5O8i3w1qI8liMAr14qc&#10;hgUjeIZBg3F6dKj5nyZvTaTJnDljj6BsmMdXjpvylRdLw5eCkYJAVpMfjgA1s46oipEr6YpAhykj&#10;moX1hABxgbmjaNxmq7UEapJbxbAxbG1Qyqr/bnBF0KVpcKI7DZ+Bcwsw8plYdZwno5LpeHofwoxy&#10;e4dxRLjkb9dmq7QScMhb1K8CcfFQ5Kmqc05F8aQIdOM7PZ4ldqwxNZgGeJkoCpGuesQgV4tXfQ1x&#10;KLeidnNmgLLKdslbuq2wd0xQzKhPeBNF66KzeQo7TpzeejExY5bSe3YoX5CVfOgg14pifm1xB7ZD&#10;fM9mTLFvfKJbeaxbfJlQo6cDfMNF0qF0fR87T5uyfZsxhZW8fi8opo+dfuQhRYmQf6dw3rUUgxRm&#10;JrBCgnBbUasvgeBQdKXbgWdFwaBTgRg7UJqmgOgxo5TGgMMo447EgLcho4jegLpwuLQsiVJmE69P&#10;iDZbQqo1hxFQY6ThhfVFsJ9ghPA7VZm3hAUxvpPrgyopF44Igl4h8IhIgadwl7N5j2BmC66Ljchb&#10;PqlmjAlQW6QQikFFqZ6XiIw7Wpj4hukx2ZMwhVUpRo1qg9IiMIfOgm9wfrL1lTdmDa3wkyFbQqi8&#10;kMBQWaNfjkVFn53pi9w7VJhciYUx5pKgh0Mpa4znhRIiZIdqgxVwbbKWmtlmF61ymD1bTagslTFQ&#10;XKLHkfxFo51Tjtw7YJfQi9Qx8JIniOUpfYyEhhcijYccg5vOoW0YZvq76G7saT2otXCta3GU6nJe&#10;bZyAtXQSb85sVnXachdYIHe/dH9EHXnfdycwyXxZej7Mvmq0ccW6amzBcuSnYG6tdAaTvnCLdTB/&#10;pHJudmdrYnRnd7NXSXZ+eRJDdHjPepswYnt4fGLK+WinfH64tGrSfIGl6GzkfI2SXm7mfLZ+cHDy&#10;fPNqXHMXfUFWdHVbfZZC13faffswB3qsfmzJO2bXhw22+GkbhgqkOWtEhRaQ621ohDV9KW+cg3Zp&#10;TnHqgr9VpXRYggNCRXb/gT0vt3n3gFbHp2VQkXu1cWemj4uitmnljZ6PfGwei7t79W5viehoTHDj&#10;iChU4nN1hlNBwXZAhFovcnlYghvGX2Qcm9a0MmZ9mQOhfWjGlhqOTWsQky964W10kExnZG/+jWpU&#10;M3KyinhBS3Wch0kvOHjPg7TFW2MmphKzNWWPolugfWfcnnKNUWoumnh5/WylloZmpW9EkohTn3IM&#10;jmRA6nUSif4vCHhchR3EmWJwsCCydmTcq4GfsmclppSMgGl3oYR5M2v4nHll+G6sl2JTH3GJkhNA&#10;l3SgjG8u4Hf9hlXEGmH3ueux9GRgtFKfGWafrleL2GjoqC14kWtrogdlbW4pm9BSp3EVlVxAP3RA&#10;jowuwHewh1rAgnT/ZjSvj3X+aKad5Xb/avWLeHgBbTB4inkOb3Nla3oucdBSfHtpdFA/xHzWdxQt&#10;036Qeku/J3LIcHuugXP/cdSc43Ujcx6KhHZGdGd3o3d0db1knXi+dypRz3oleK4/RXvEemItjn2v&#10;fFi9r3DRep+s6nInevKbc3Nqe0CJKHSve5l2eHYFfANjo3d5fH9RB3kKfQQ+unrTfZwtUnzkfki8&#10;KG8XhJmrWXCCg/6Z6XHdg16H23M9gsF1UHS6gjtisHZTgbxQUHgLgTw+QXn7gLYtHXwwgBi6u22f&#10;jnup+G8bjQSYjXCLi3qGjXIAieh0P3OTiF5hzHVRhuJPpncrhVQ91Hk+g6gs73uTgcK5kmx1mFOo&#10;1G38lgCXb291k4aFe3D6kPlzR3KgjmxhAXRxi91PEHZriT89dHidhmosyXsNg0C4pmuIogun6G0W&#10;ntyWgm6Sm2yElnAfl91yeHHYlE1gV3O8kK9Ok3XIjO89JngViPEsqXqdhI+392rXq5inNGxnp4iV&#10;wW3hoxyD1G9tnoJxv3EwmeVfuXMqlTlOIHVJkF884nelizYsj3pAha+3hmphtOims2vtr+2VKW1c&#10;qnyDMm7gpM9xKXClnyBfPHKqmWBNtnTak2w8lXdKjSksenn1hp6y1X0hZaSjdX1EaCyTOX2BaomC&#10;HH3QbM9wcH4ubx9ekn6dcY5M8H8hdCI7jX/PdwErCIC6elWxxHsMb0uiantpcM+SG3vHcj6BE3wy&#10;c6dvhHytdR1dyn1AdqxMT33qeFQ7In7Cei0q5n/VfEywnHkoeOGhKnmreXKRDXokefmAAnqren5u&#10;lXtEexRdBXv6e7xLunzLfHI6w33NfT8qyH8JfiWvRnd6gkuf0HgRggePoXilga5+z3lEgVFthXoD&#10;gQJcJ3rdgLxLFXvSgHc6Xnz4gDAqrn5Uf9uuBHYVi6Gej3a6io6OZndgiVx9pHgSiBdslXjkhtVb&#10;XnnhhZxKg3r1hFY6B3w8gvYql323gWus+nT4lPCdiHWokw6NZnZWkPh8sHcWjsZruHf4jI5asHkF&#10;ilJKBHo3iAc5vHubhYwqhH0xgtCsJnQUnh+csXTMm2uMj3V9mGx74XZElUVq/nc3khZaGnhVjthJ&#10;nXmUi3w5gHsTh+cqdXzBhAerh3NopyScCXQko5mL3XTTn6t7MnWZm4VqWXaWl1ZZi3fJkxVJN3kZ&#10;jq45S3qkigEqaHxlhRCrH3Lyr/GbjnOuq4mLTXRUpqJ6nHURoXVp0nYPnD5ZHndLlvZI23itkYI5&#10;C3pMi8wqXnwcheyli4V8ZTuXf4TIZ8iIjYREaix4toPebHtoUYODbthXvYMzcVdHcoLwc/43coLM&#10;dvQoaoLUelykr4OIblOWlYMSb++HjIKvcXR3xoJccvZnfoIYdIhXDYHldjRG6oHBd/w3I4HAefko&#10;a4HofD6jsIHAd0WVaIFweAmGf4EjeLt2wIDpeW9mn4C/ei9WWoCtewNGaICqe+Y224DNfOQoa4EW&#10;fgGim4AYgCOUSH/fgCCFU3+ugAN13H+Hf+Jl2n96f8tVx3+Gf75GBX+mf7U2pn/xf6woa4Bef6Ch&#10;f37CiO+TS36WiC+EWX5zh0l0zH5dhkpk+n5khU1VCX6ShFhFfX7Pg1k2X381gkcoa3+/gRigln2y&#10;kbOSXH2RkDGDcX11jnZz9H1qjJdkOX1+irFUdn23iMdFFn4PhtE2KH6ThLEoa384gmWf2XzZmlKR&#10;nnzCmAyCtXynlXZzPnygkrFjlXzCj+BT9X0KjQFExX1rigs1/n4JhuIoa37Hg4afSnw0osiRBnwk&#10;n7uCFHwGnENyonv8mIxjA3wklMhTc3yAkPJEanzxjQA12H2YiNQoa35rhHue6HvAqwyQkXuzpzSB&#10;jnuNotFyGnt5nh5ijXuhmV9TF3wElI5EHnyHj541p31Cinkoa34hhUWYnY4xZOmLqYyuZ2x93Yto&#10;adBvOopBbChgHYkcbpFQ3of5cSBB+obXc9kzcoXJduYl/4TVemGX6IxqbXmK8Ishbxp9EInycK5u&#10;f4jTckVfeoe8c+9QWYavdblBmIWod6EzRoS4ecUmIYPgfDCXF4q0dd+J9YmSdrl8MYh0d4ptpodr&#10;eF9ew4ZreUZPy4V6ekRBNoSRe1UzHYPBfIcmPoMHfd2WIokjfhqI+YgQfkd7JocMfl9s2YYQfnFe&#10;EoUufo9PSoRbfrhA5oORfuoy/YLjfyUmWIJJf2aVNYfLhleIEIbIhdJ6R4XShStsAoTlhG5dfIQM&#10;g7FO24NWgwNAnoKrglAy4IIfgZMmboGmgMiUa4bJjo+HY4XRjVp5oITei+xrSYP2ilZcz4MpiLxO&#10;WoJ8hylAR4HqhY4yuYF5g9QmgIEcggCTx4X7lp+Gt4UNlLZ49YQZknpqpoMzkApcN4JxjZNN44HQ&#10;ixhACIFDiJAyoIDshd0mj4CpgwyTR4VfnoGGMoR5m+J4aIOBmNNqH4KTlX5buYHUkiFNboFGjrw/&#10;uIDGi0oyioB4h6kmnIBLg++S7ITvpjqFyYQOouV374MNnvdppYITmq9bU4FPlmRNI4DHkhQ/g4BZ&#10;jbUybYAeiS0mpoAAhKmMKJcDZK2AHpTQZyBzWZLUaYNl35Doa+NYBI7rbldKGYzhcPY8oIrNc8Av&#10;nIi8dt8jzIa3emOLjpV4bMJ/kZNubmBywZF3b/1lWY+HcaZXko2Pc2dJwouXdUw8Z4mYd1MvlYeh&#10;eZkkDoW1fCGK5pPadKR+xJHwdYlyEJAGdm9krI4ld2FXBYxAeGtJWopheZA8KYh9es0vjYajfDIk&#10;SITTfbuKHpJXfF196ZB8fJ5xJ46nfNVj9ozUfRJWaYsLfV5I6olGfbw754d+fiYvgIXCfqUkeYQO&#10;fzGJVZEWhAJ9KY9Hg6Vwa417gzFjN4u1grFV54nygjNIhYhJgcc7rYabgVgvd4T6gOwkpINlgH6I&#10;rZAPi6p8go5OiqlvyIyJiX1ipIrDiDJVZokJhuRIO4djhZ87gYXOhFovbYRNgwMkyILWgaKIJY9H&#10;ky18DI2SkYxvVIvHj55iJ4n7jYFU64hKi2JH2oa0iUU7VYUjhyMvZIO6hOQk5YJggp2HuY6zmn57&#10;no0BmDhu4YsxlYVhuolekpFUhYevj5pHfIYnjKE7GYSiiaUvXYNChokk/YIAg2+HaI5GoZ57RoyV&#10;nrJuf4q8mzJhWYjfl11UNIcsk4dHQoWpj7E68YQzi9gvTYLnh+olEIGzhBuAQqAMZFt09p04Zr9p&#10;JJqCaSFcy5fCa41QLZTdbhVDlJHbcMs3gI6/c6ssA4uVdt4h2IhuemR/up66a/10kJv0bZlovZky&#10;b0FcdpZkcP9P65N/ctxDapCKdOI3c42AdwosJIpteXMiOIdffBJ/Np0yc2Nz8ZqDdFNoOpfHdU5b&#10;+JUCdmFPiZIsd5FDK49NeOM3W4xbek4sPolje+UijIZyfZx+npu1eptzSZkTevNnh5Zoe0xbcJOw&#10;e7VPF5DyfDRC4I4rfMk3O4tTfW8sT4h4fjAi1YWkfv9+BJp2gcFysZfggYhm75U9gUJa3JKNgPZO&#10;s4/ZgLtClo0qgJA3GoppgGosXIepgFAjEoT1gDt9fZl+iN1yNJbxiBJmeJRPhyJaaJGghh9OTY7w&#10;hR5CZYxAhCg3B4mXgzgsaYb1gkEjRoRhgU59Epiuj85xx5YqjmxmC5OJjM1aAJDbiwxN9Y4yiUhC&#10;LYuMh4Y3AojfhccseYZZg/0jcIPngjl8vZgdlpVxl5WelKhl25Lvkk5ZxpAqj7VNuo19jSJB7ort&#10;ipg22IhViBUsgIXbhYEjkoOEgv18fJe0nShxV5UsmqZllZJzl4xZf4+mlCFNgYz2kL5Bx4pqjWU2&#10;w4fiihcsgYV9hsMjroM1g51066lQY+hqT6XjZj1fYKJyaKFUH57Qax5IuZrubb49b5bZcJAyvpKf&#10;c4wowI5IdtkgIon4emJ0dag1ayNqEKS4bLpfLaEkbm5T/51qcERIqZmDckI9dJV5dG4y3ZFPdr0p&#10;B40OeUwgnojbfAN0Faa8chRpn6NJcw1e2Z+1dBxTsZv9dVNIdJgjdq09X5QueDAy65Aaec4pQov2&#10;e5shCofifX5zrKU8eNFpJ6HUeT9eV55MeblTVpqiek9ILZbcewU9OpL+e9Yy7o8EfLwpcIr9fcEh&#10;Z4cLftNzQKP2f3xowKCXf2dd8J0Wf09S7ZlyfzpH7pW2f0E9FJHvf14y7I4Of4Uplookf74htYZV&#10;f/9y4aL7hh5obp+ghYVdo5wdhM9So5h5hA5Hr5TCg1o8+JD/grgy7I0zgiAptIlogY4h94W8gQRy&#10;kqI3jI9oL57bi3VdaptSihxSaJeqiKZHdpP6hzo82ZBBhdky9Ix2hIMp0ojGgyoiLYU9geFyWaGZ&#10;ksVn+548kSJdMpqvjyRSMZcCjPZHRJNUis88qY+riK8y5YvkhqEp8Ig/hJAiWYTXgplyK6EwmNVn&#10;/Z3Ilr1dL5omlARSHJZgkPxHO5Kmjgw8tI8DizQy9oteiHUqBIfahbkifISFgy9qCbLXY2pf/K7o&#10;ZalV4aq5aA1LsKYkaptBgKErbVg3iZvocE0uPZZ0c2slvZDZdtMeoItcemBpmLHyakBf163Sa8tV&#10;1qlpbYlLuqSxb3hBnJ+ucZs3uZp0c/MuhZUP/+L/4klDQ19QUk9GSUxFAAIJdnAmKI+NeSgfNoow&#10;e/VpW7CEcMJfk6xgcbtVrKfycttLmaM1dDdBkp48dcE3y5kVd3ouuJPHeVEmgo5je1Yft4krfWRp&#10;JK75dwhfT6rbd4NVX6Z2eBpLa6HIeN9BdpzhedA3zZfSeuMu3ZKffA4mzI1cfVsgJ4hLfqpo6q2i&#10;fTlfHKmLfUFVLaUpfVRLNKCBfXdBZJuofcQ3zpawfi4u/JGXfqcnC4x2fzYghYeNf8pot6yZg2Nf&#10;AKh6gvlVF6QVgntLHp9vgf5BT5qfgZc31JWwgUwvGZCwgRMnQYuwgOYg04bugMJojqvKiVte8aee&#10;iH5VDqMwh2pLEp6LhkVBQ5nEhTE315TihDEvN4/pg0QncosJgmIhFIZrgZNobqsvjxte76bwjclV&#10;D6J1jBtLDZ3KikVBOJkIiIE3zZQ5htAvQY9PhTcnmIp/g6shSIYBgkFoWqq+lKFe9qZiktlVF6HY&#10;kIhLD50njf1BPJhni4M325OjiSQvTI7Nht8nqooUhLYhcoWtgs3Cz2gOYOCxSmpOY7+fUWx5ZoyM&#10;wm6ZaU15w3DDbBNmlnMIbvBTn3VycfJA6HggdTwvCHsseQLA7mVFa3+v02fIbUWeBmoqbweLn2yA&#10;cMx4vG7jcpplrnFkdH9S2HQKdnxAVXb1eLEuwXo9ezm/KWLYdgSuImWGdreclWgYd2yKRWqbeDZ3&#10;j20weRBksW/mefxSEXLEevc/zHXnfBEugXllfVO9aWCwgFmsamODgA6a6mY2f8yI3Wjjf5Z2Umup&#10;f3ljrm6Qf2dRTnGhf1k/S3T4f1MuSnilf0y7z17Zioyq5mHJiVmZcWSbiCWHdmdmhvR1L2pPhc5i&#10;vG1mhLtQm3Clg50+2XQogm8uGnf+gRy6gV1elKupqWBjkpeYQ2NIkGyGVmYrjjt0KWkwjA9h6Gxk&#10;iedP/m/Mh7U+dHN3hVst8ndugr+5d1wtnqaorl9Bm66XTWIwmImFa2UjlVNzU2hBkiFhN2uRjudP&#10;fG8Ui5I+I3LhiAst0Hb2hDC4sVtEqG6n8F5hpIyWi2FToGiEqmRMnCVym2d7l+dgmGrlk59PB26C&#10;jy093HJminYttXaShW24M1qkseqncF3CrQuV+2Cup9yEEmOkoo1yDWbYnUNgIGpSl+tOn24CkmI9&#10;kXH+jI4tn3ZChne1fm+uYF6lo3EmY2OVFnKdZkKDx3QYaQtx9XWja9pf9HdJbsVOMXkRcdg8uHsW&#10;dTgsLX1weRe0GG0TanmklG7ObHCUGXB0blKC3nIYcC9xH3PPchVfO3WodBRNnnendjI8VHnpeIks&#10;BHx+ezaymWq/dG6i/GymdWaSrW50dlSBiXBFd0Zv/HIreEZeSnQ4eVpM4nZren8723jge8Ur4Hum&#10;fTaxDGivfjShbGq2fkaRKGymfkyARm6ZflFu33CwfmVdZXLqfoZMOnVNfq07c3f0ft8rwHrmfxSv&#10;m2bqh+GgDWkMhxqP0msZhjx+/20qhVJt3m9fhG5cj3HHg5hLoHRVgro7F3cmgc8rpXpAgMmub2V+&#10;kX+e6meyj+COvGnRjhh9+Gv5jDps8G5Iiltb1XDKiH5LGXOAhpk6xnZ3hI8rjnmyglGtgWRYmvme&#10;AWaamH+N12jClcd9H2r5kvBsLG1hkBZbN2/+jTRKrHLKijo6hnXjhxMre3k7g6is0GN4pECdT2XA&#10;oOeNHWfsnTl8aGoomWBrgGyglYVaoW9YkZ9KQnI9jZg6TnVpiVQra3jZhM6sX2LerT+c0GUmqP6M&#10;jWdKpFJ70mmDn3Jq+GwCmpNaNG7HladJ43HCkJQ6CnUHi0ErX3iKhcOoh3eIYAaaLngwYxuK+Hjv&#10;ZgN64nnCaNFqP3qma6dZbXujbp5I5Xy9ccA4sH4NdTUpfX+keSmnanURaYSZH3X+a56J3HbobZ55&#10;4Xffb5RpXnjscZVYs3oWc7JIVntgde04WnzkeGUpcn6tezGmOHLTcu2X23PxdByI1HUCdTt423Yd&#10;dlNof3dOd3lYAXileLVH2HofegU4EnvXe3gpaH3SfRmk2nDTfCqWfXIRfIiHZnNDfM53rXR+fQpn&#10;dHXffVFXK3djfaRHPXkKfgE3u3rufmopYH0Qft2jkm8jhU6VPXB4hOKGMXHFhFN2iXMbg65mlHSW&#10;gwtWcnZFgnJGu3gUgdY3dHohgTApWXxpgHiihW3HjmeUN28tjS+FNnCJi8N1nXH1ijZlwHOIiKVV&#10;0nVNhxNGS3dAhXw3N3lyg8UpU3vageahr2ytl1uTYW4glVWEZW+FkwV013D+kIxlDnKojgtVRXSF&#10;i4FF8HaMiOQ3CHjehh4pTntjgyWhD2vUoB2Su21PnUSDuG63mgt0MHA0lpxkcXHtkyVUvHPkj6NF&#10;knYCjAY23XhkiDUpSnsBhDagpWs8qJySQmy5pO2DLW4boMNzo2+VnFdj9XFTl+ZUW3NXk2hFPnWK&#10;jss2o3gEifwpR3qzhReb6H+dX9GOw396YuOAvn+DZcxx2n+paJ9ibX/ea35S1oAkboFDl4B/cbE0&#10;uYEGdTcm+IHEeTea+n1HaL+N031raul/v32fbPpw833ibwVhpn44cR5SN36lc1RDI38qdas0gH/e&#10;eEEnDIDGeyqZ8HsmcYeMpHt7cuB+vHvOdCZv+nwydWdg2XyrdrRRmH1BeBZCuH3xeY80Tn7Sey4n&#10;HX/lfPuYz3k2ej+Ld3mtetN9jHohe0xvGHqfe8FgFHs/fDlRBXv8fMBCWnzVfVI0JX3jffUnLH8f&#10;fqaXr3eYgt2KfHglgrp8knixgm5uEHlIgglfSnoAgaZQXXrmgUxB5nvlgPEz7n0XgJInOX51gCmW&#10;v3ZOi2+Ji3bqio17qneDiXFtOXgriDJeinj4huxP0nnxhadBiHsRhF4zwXxmgvwnQ33kgYCV/3VB&#10;k9iIzHXqkjV68XaKkEVsinc+jiZd7Xgei/1PWHksicxBQnpch40zo3vQhSsnTH1sgqmVbHRxnA+I&#10;NXUjmal6VXXFlt5r9nZ7k9ddY3dokMVO3niPjaZA8HnSinYzhXtVhxsnU30Jg6WVBnPapAaHwXSS&#10;oN551HUwnTFrdnXimTpc9nbSlThOi3gEkSpAqXlcjQYzV3r3iL0nWXy6hHWPl4fvX6mDd4cRYq92&#10;iIZpZZZozYXbaG9amIVSa1hMRYTPbmk+W4RXcaYw5YP9dTwkpYPLeUKOy4XJaBCCsoUuakB1uISm&#10;bF5oFoQsbntZ/4O6cKpL0YNYcvo+D4MDdWww0ILReCAk1oLDeyGN6YPAcFGBrINWccB01YLrcyFn&#10;PIKNdIFZTYI7dfFLS4H9d3k9uoHPeRowtoHEeuUlAYHafNyM7YHveHCAooGeeS5zwYFQedhmaoEI&#10;enlYmIDaeyVKxoDBe949aYC4fKYwnIDUfYMlJ4EOfnKL+oBQgIF/u4AZgJRy5X/igIVllX+zgF5Y&#10;HH+UgDtKbX+ggCE9OX+8gAowk3//f/UlRoBff9+LKH8ZiI9/Bn7yh/VyOn7DhyNk6X6bhitXbH6R&#10;hS5J8H6uhDg85n7og0Awc39MgjYlYX/LgSCKf34akG5+Wn3/jyVxlH3UjYtkTn21i8FW3X27ie5J&#10;g33piBc8sH4xhjkwY36yhD8ld39QgjWJ+n1UmBZ91X1ClhxxDn0Yk7hj0Hz4kRJWaH0IjmJJGX1M&#10;i6o8bX2kiOowVX40hgkliX7sgx6JmHzDn4R9bHy2nNxwnHyImaVjYHxjlhxWDHxzkohI1nzBju48&#10;N30ti0gwN33Uh4oll36cg96DpZCcX3N4Wo8KYmNsZ42rZUZfy4xaaClS0Ir9ayFFyImabkQ5O4g3&#10;cZQtPIbldT4iiYWveUuC7Y6tZ1h3vI1PaYRrx4wBa61fRYq4bd9SZYlrcCdFf4gkcpQ5F4bfdSYt&#10;SoWwd/0i1oSbexeCMYy+bxV25YuLcJBrE4pUcglem4khc4lR4IfvdR5FIobIds846IWmeJ0tUISb&#10;epojGoOofL+BYIr2dq52CInbd4hqL4i+eFZd9IegeSdRVIaPegJExIWKevE4uYSMe/ItU4OmfRAj&#10;VYLVfkGAk4lxfjB1UYhofnJpg4dcfpldQoZSfq5Q7YVNfsdEeoRrfvI4l4OOfyItWoLMf1wjh4Ig&#10;f5l/3og5ha10podDhUxo4YY/hL1cuoU4hA1QeYRCg1hES4NogrU4f4KsghgtXYIPgXIjsIGIgMd/&#10;TIdGjQV0NYZejApod4Vair9cP4RPiUBP/YNnh8FD6YKhhk44WoHvhN8tWoFxg1cj04EKgcp+2IaM&#10;lCdzwYWrkpBoAoSlkIVb1IOXjjRPnIKzi+ZDi4IBiZ44IIFeh14tWYDuhQEj74CjgqN+f4YBmxRz&#10;ZYUimORnn4QXlhJbdYMDkuZPT4Icj8FDV4FxjKU4A4DgiY8tU4CIhmYkBYBRg1V4M5lmXyltv5cy&#10;YghiwZUhZOlXOpMFZ9ZLb5DEat4/r45sbhc0fYwIcX0p6YmqdT0gqodoeVB3jpe4Zp9tRpWlaMVi&#10;TpOQavdW4pFtbTxLMo8zb58/kIzxciw0foqndN8qF4hpd9ohEoZGew1295XhbeFsmZPvb2VhwpHr&#10;cPBWYI/WcpFK042zdEo/WIuOdig0colleCMqPIdKelMhbYVIfKR2TpQgdPlr4pJBdelhApBUdthV&#10;0o5Wd9NKYYxReOA/EopLegc0WYhEe0MqVYZMfKMhu4RtfhN1ppKnfABrQJDZfGFgZY75fLNVO40H&#10;fP1J/4sUfVc+zYkvfcQ0PIdGfj0qZoVufsgh/oOxf1p1E5F+gvxquY++gs9f6Y3jgntUxYv2ghBJ&#10;mYoOgao+oogvgVU0K4ZkgQsqdYSugMAiNYMUgHd0m5CGicpqQ47UiQtfd4z9iAxUWYsUhudJPYk2&#10;hcM+Z4dnhKo0K4Wfg5sqiIQJgoEiY4KSgWp0PI/RkGxqCI4pjyhfP4xKjXRUHopPi31JCYhviZI+&#10;LYa3h7Y0A4UGhekqlIOBhAsiiIIogjVz8o9JltZpwY2elQhe9Yu5kppT2Ym5j9dI04fYjSI+C4Yl&#10;in8z9oSGh+wqm4MZhVIipoHTgtttQqJvXrBjeJ+kYYBZWpzWZGNO5pnaZ2JETJaiaoc50ZNBbeIv&#10;9Y/JcWkmz4xLdUIfB4jyeVRsqaD8Zb1jHJ40Z+JZD5tQaiNOtphEbINENpUMbwo52JG8ccEwHI5b&#10;dJ4nH4r7d74fiIfCewJsMZ86bI1imZyFbh1YrJmsb8JOXpapcYlD/pOFc3A5xZBPdYEwMY0Md7En&#10;YYnPehQf94a5fIprtZ18czBiEZrYdDlYHZgRdUxN/JUidndDtJIZd745oo8BeSMwOYveeqAnlYjF&#10;fEEgV4XVfeprOJwAecNhnJlsekpXrZavesxNjZPLe1BDdpDTe+45fo3afKUwOYrVfWonvYfefkUg&#10;qYUTfyJqyprWgEthPZhMgFJXWJWSgDpNQJKygBRDNo/Ef/w5aIzTf/wwPInrgAgn3ocWgBsg7YRw&#10;gDBqbZnphqRg85dmhixXF5SqhXRNAZHJhJ5C+Y7lg9M5RowDgxkwR4khgm4n/oZrgb8hJYPpgRVq&#10;J5kqjL9gspasi8NW1pPwimlMxpENiN9Cx44th145FYtdheswN4iEhI4oHoXdgyshUoN8gdRp75ii&#10;krJgp5YikUlWy5NZjztMspBgjNxCxY11ipk5KoqtiHMwUIf0hmcoNoVvhFohdoMlgnBirKvKXhpZ&#10;fahzYNdQN6TjY71G0aDxZtA9aZylahk0OJgdbZ0rtZN3cU0j+o7HdUUdlYpUeVViFaqQZMFZL6ci&#10;ZuFQBKNnaTBGvZ9ca689cZsKbmI0X5aOcUsr/JH7dFokaI1od6MeLYkWevhhvajeayRY1KV0bLxP&#10;xaHAbnhGi524cGo9XZl3coc0bZUTdNUsMZCcd0AkxYwsedkesIgCfHNhcKcacVZYfaO8cnNPaaAV&#10;c6lGU5wjdQk9O5f6dpI0bZO1eD0sV49fegElEYsVe+YfIIcVfcVhI6WSd3hYOKJBeCFPKZ6ieNNG&#10;E5q5eZQ9JZalen40bJJ9e4Ysdo5HfJ0lUYojfcoff4ZLfu9g3aRdfZJYCqEOfcpPBp1xfe1F9JmN&#10;fhA9DZWEfko0dZFpfqQslY1Rfw4liIlSf4Ifz4Wjf/Bgo6Nmg3pX6qAVg0FO8Jx1gtFF4JiUgk88&#10;+5SWgeE0dZCLgYkstIx+gUUluYiigQYgEIUYgMpgdqKoiSpX2J9PiIBO5Zuoh3hF1pfEhko87pPM&#10;hS80aI/XhCosvIvbgz4l4IgRglcgRISogX9gWaIYjqRX056vjYdO4pr/i+FF05cXigA885MhiDQ0&#10;eY83hoMsyotQhO0l9Yefg2kgboROghG3WWK3Wumm92VeXliWK2f2YbmEzmqNZQ1y/m06aGdhAHAN&#10;a9tPRnMNb3k93HZbc2gtcXoKd+O1cl9qZVSlfmJkZ7mU4GVDaheDrGgebHVx+2sRbttgH24tcVtO&#10;jHF4c/s9XXUTduAtRnkOeiyzqVyBb6Sjzl+5cQGTcWLVclyCVmXrc8Vw02kbdTxfK2x6dshN0nAK&#10;eGw853PtekAtIXgrfFWx5FnpecaiGV1WeiuRzWChepWA+WPrewdvomdae41eNmr2fCNNHm7GfMU8&#10;eXLpfYItAHdjfluwQVerg8Sgl1tFg0SQYF68gsF/n2IvgkBulGXMgcldVmmkgWRMfW2tgP48GXII&#10;gJ0s5Ha0gDeu5VXTjamfW1mPjEiPPV0mitZ+k2C+iV1toWSBh+hcnGh/hntL9Gy9hQs7xXFJg4cs&#10;zHYfgeOtzlRPl2aeXVgnlR+OU1vUkrd9u1+HkENs3WNtjdNb+2eQi19LhmvxiNo7hHCohjQsuXWi&#10;g1us+1MhoOednFcLnbKNmlrGmk99DV6IlttsPGKHk21bbWbNj/ZLHmtQjGM7THAjiJssqXU7hJ6s&#10;c1JJqgydGFY8pdiNE1n4oXN8iF2/nQFrxWHLmJhbDWYmlCJKymrDj4Y7D2+1iq0snHTohayq3GoM&#10;Wqyb+mv9XjWMdm3xYZ58PG/uZPNrhHIEaFBaoXQ/a8tKC3akb3Q50nlTc3UqrnxaeACpWmbwZJOa&#10;3Wk0ZxyLd2tkaZN7W22ZbAJqvG/obnpZ+nJkcQ5JjHUPc8Y5hXgKdscqn3taejCnzGQlblaZQWam&#10;b+uKDWkNcXV6Cmt6cv9pn24GdJdZEnDCdkRI3nOueAw5H3bpegUqkXp2fD+mN2God+2XsWRZeKGI&#10;jWbueUl40mmKee1ojmxRep9YOm9Ie2FIRXJxfDI4yHXpfR8qhXmsfimkv1+BgWmWU2JagUeHP2UZ&#10;gQ93lWfdgMtnnmrPgI5XdG3+gGBHu3FegDU4fXULgA8qenj9f+mjil28itGVMWCzidiGMmOQiLt2&#10;nGZ3h4tmv2mNhltWz2zhhTJHRnBxhAg4PHRNgs4qcnhogXqilFxJlA+USF9YkjuFVmJJkDR10GVK&#10;jhNmCGiCi/JWPWv5ic1G6m+oh504CnOthU8qa3frgtih3FsonRGTlV5Fml+EpGFCl2h1KGRSlFBl&#10;a2ejkTlVtGs7jhxGi28Liuo33nMqh4wqZXeFhAShY1pZpb2TFV18oiiEGmB6njt0oGOOmilk9Wbs&#10;lhxVWGqZkgdGOm6DjdY3pnLAiXUqYHczhP6epXGYWo6RInLNXh+C23QYYYpzxHV3ZN9kKHbuaD1U&#10;ZHiHa79E+XpGb3I19XxJc4EoFn6ZeBqdYm6lY9qQBnAsZn6Bv3GvaQpyyXNBa4xjUnTubhpTuHbD&#10;cMdEe3jAc5k1s3sFdrQoIX2TejGcGmv1bRWOuW28bteAt29ycIpxzHEzcjRigHMSc+xTFnUhdb1E&#10;D3dbd6k1f3ngecgoK3yqfCeasGmPdiaNVmuEdxp/TG1nd/lwpm9TeM5hf3FteaxSTHO0epxDgnYo&#10;e501OHjkfLsoM3vdffeZYWeAfxyMFWmZf0p+Gmuif1dviW21f1BgrW/1f01RoHJxf1hDD3UYf2k1&#10;AXgGf4EoOnssf52YTGXPiAKLDmgDh2Z9JmomhptupmxahbRf4268hMpREXFZg+ZCrnQtgwQ00XdI&#10;ghUoQHqVgRWXb2RskL2KOWa0j1V8Wmjrjaxt6ms2i99fO224ig5QjnB1iDtCYnNlhmE0r3anhG0o&#10;RXoYgluWyWNVmTyJk2Wslwd7s2fulHxtTWpGkcFeqGzfjwVQDm+9jERCDXLKiXU0j3YkhoEoSXmx&#10;g3GWWWKKoW6JGWTpnmt7LmcsmvdsyWmJl0xeOWwtk6BPum8ej/BBw3JGjCw0XXW9iEUoTXlfhFiS&#10;rnlhWoiGTXncXhB5Inp/YXdrKns7ZMxcsnwLaC9OGnz1a7o/6H39b3YyLH9Ac5IlqYDCeC+Rl3aU&#10;Y0SFTXdhZfN4I3g5aItqSXkhax5b93ofbb9NiXs+cIE/hnx/c2syBn38dp8lz3+zejCQeHQGa+OE&#10;FXUQbcd3HnYUb5tpVncocWhbM3hWc0NM93mrdTc/KXsjd0kx5XzZeY8l8H7DfA+PRXG0dHKC3nLt&#10;dZV173QbdqFoe3VVd6haeXa1eLNMcng8edE+3HnpewMxy3vWfFUmDH3xfcaOGm+9fOeB23EYfVN0&#10;8HJofZ1ndHPEfdBZs3VIfghLzncDfk0+b3jgfpoxn3r5fvMmJX09f1SNIm4hhUiA6W+ThPp0DXD8&#10;hHlmpHJ1g9hY/3QXgzRLU3Xugpg+IHf1gf8xf3o6gV4mOXyjgLOMWmzOjXyAKW5UjHJzVm/NiyFl&#10;+3FaiadYaXMZiChK4XUOhqc95XcthSQxa3mXg40mSnwkgeSLwWvClXZ/kG1Xk69yvW7akYplbXBy&#10;jy9X5XJGjM9KbnRZimw9m3aSiAIxV3kRhXsmWHu8guaLVGr6nSZ/HWyZmqZyQW4fl6hk9G+7lGdX&#10;gXGXkSJKJHO8jdo9W3YQioYxL3ishxsmY3tpg7uG8IFtWoR7goE4XfxvXIEyYVxifoFEZLVVL4Fe&#10;aCBHzoGIa7Y64YHHb34ugIIyc6YjbILPeEGF+X7QYrh6qX7oZWluh38OaAthyX9Baq5Un3+CbWNH&#10;Zn/acD06poBKc0AufIDqdo4jrIG1ei6E/nxgatJ5l3yzbMhtoH0CbrRg831ccJ1T833IcplG6X5R&#10;dLE6Xn70dugucH/FeVUj44C9e/aD83oucst4iXqodBRsj3sedU1gLnuYdn5TS3w0d7pGdHzseQo6&#10;H32/em4uZ37Be/UkE3/kfZeC8nhEer13kHjge1lrpnl1e9hfVXoPfEVSyHrHfLpGE3uufTs57Xyt&#10;fcguY33dfmYkPH8qfw6CFXa8gp522HdxgpFrAHgZglNeqXjJgfVSJnmcgZhFqXqdgUY5qnvDgPku&#10;UH0bgKokX36NgFiBYXV6ik52JnZBiZVqV3b2iJReD3e4h2pRnHijhjxFQnm+hRI5fHr5g+ouSHx1&#10;grMke34LgXSA1XR5kcB1nnVPkFtp0XYNjpVdlHbXjJhRLHfUipZE33kKiJQ5QHpchpIuQXvthHwk&#10;kn2hgmSAbHO3mO91NHSXluRpYnVZlFRdK3YlkXxQ13cpjqBEpHhui8U5EHnaiOcuJnuGhfwkpH1M&#10;gyl7eYnBWmlw5IjmXc1ltog0YSlZ7YeOZIhNyobgaAFBpYY1a6k2BYWUb4IrB4USc7khZIS3eE96&#10;m4dcYh5wLobBZM5lCoYvZ3pZYoWfai9NYoUQbP1BY4SMb/M17oQWcxIrI4PCdnwhvYOReil5xIUL&#10;abdvRoSla7xkTIQ2bb9YtIPHb8dM3oNdceZBDIMGdCU1yYK9doUrNYKWeRwiCoKPe9144YLvcTRu&#10;W4KscphjYIJfc/JYBIIRdU5MTIHSdrlAqoGleDw1moGJedUrPYGPe5UiTYGufWp4B4EieJ1tjoD6&#10;eWRim4DHehZXRYCTer1L2YBse21AVYBsfC81coB4fP4rRoCnfeEihoDufsx3Rn+bf/Rs3X+PgB5h&#10;+39wgCFWvn9NgApLbX8+f/RAM39Qf+81aX+Ef/UrVX/df/witYBNgAN2p35ohyJsYX5zhrRhjX5b&#10;hgBWUH48hSJLAH5BhEc/3H5vg3k1TH61grMrWn8zgeEi3H/HgQ12KX1yjhdr6H2LjQ9hGH16i6JV&#10;6X1iifpKpX10iFc/iX26hr01HX4VhSwrX36ng4si/H9agex1yHy2lMtriHzXky9guHzKkQRVkHy0&#10;jo1KYHzLjBs/W30dibQ1AH2Oh1UrV347hO4jFX8DgqNwdZJeWh5mrJDaXXBcbY9zYMpRs44EZDZG&#10;uYx6Z8Q7z4rja4YxeolNb3gn2YfLc8UfmYZxeFpvqZA0YWBmFI7gZA1b5I2JZsZRTIwkaZJGdIqu&#10;bH07sYk5b5cxhofIctkoFIZwdmUgCYU+eiNu9o3+aIBlVYzXapJbTIucbKxQxIpRbthGFIj9cR87&#10;fIevc4wxgYZndhsoQoU7eOIgaoQxe8ZuO4vwb4Jkk4rmcQBaiYnJcn9QN4iddApFpYdvdak7OoZK&#10;d2Qxb4UteTkoYoQrezUgvoNIfUBthYosdnBj6Ik9d15Z5og2eEFPn4cfeSBFSYYNehI6/YUPexkx&#10;XIQYfDAofYM9fV8hBYKBfpFs5Ii6fU1jWYfifa9ZaIbpfe9PLYXhfh5E7IThflU65oPxfqIxXIMf&#10;fvwol4Juf1ohQIHaf7ZsWoeFg/Ji1IbCg8BY7IXXg1lOvYTagtZEkoPsglg6s4MQgeYxboJGgYMo&#10;soG9gRwhcYFRgLBr7oaYinVimoXsicRYvoUBiKpOlIP0h1VEdYMGhhM6ioJJhOcxS4Geg9Iow4Eq&#10;gqshmYDggYJrmIXhkL9iSYU5j4pYbYRTjbpOTYNIi5xEQYJbiZg6bYGmh60xRoEPhdco0YC4g/Yh&#10;uICHgi1l3psxWaFc55kIXOVTmZbnYEFJ7ZSfY79AGZIiZ2g2Zo+Ja0wtV4znb18lA4pXc8ceB4f8&#10;eGJlIplHYH1ca5c/YylTLpUaZfFJpZLMaNo/9ZBYa+k2ao3ZbysthItXcpclW4judkoejIa7eh1k&#10;lJcnZyxb1JU/aUxSt5Mza4BJPZD5bdY/tI6hcEo2VoxEcuotn4npdawlpIeseKYfAIWje7BkBJUa&#10;bbdbOJNLb1BSFpFZcPdIzY89crU/ZI0KdI42MorVdoctqoikeJol3IaRetgfY4SyfRtjc5NXdDNa&#10;sJGidUlRmo/AdmBIWI22d3o/JIugeLA2D4mRegItrIeHe2QmB4WcfOIft4Pkflti8JHqeqVaPZBL&#10;ezpRN451e7hIBYx3fCs+4opwfLA1/4hyfVQtsIaLfgUmKITIfr8f/YM4f3JigpDBgOlZ4o81gQBQ&#10;6Y1ngN9HvottgKY+oYl2gH412IeNgG4tu4WzgG4mSIQUgGkgN4KpgF9iKo/PhvBZjo5ThoRQm4yO&#10;hcFHfYqYhNc+boiohAA1pobVgz0tqYUJgpImaIN9gd0gZoI2gSRh5Y8YjNNZb42ni/hQf4vjioRH&#10;ZondiMs+cofkhzg1xoYYhcctzIRshHEmhYMGgxEgi4HagcVbk6RcWPlTUKGUXDFK5Z6mX5FCSJtp&#10;YyY5nJfgZvgxJ5QsawspX5Brb0wiXoy9c9McpYleeGha2qKsX3BS1J/0Yh5KfZz2ZPpCBJmraAY5&#10;hZYga0cxPZJ8bsAppI7TcmAiz4tHdjodPogPehZaa6CiZbVSXp39Z+ZKIZsUajhBuJfWbL45XpRk&#10;b20xQZDgck0p141adUsjLYn4eHcdwobse5xaCp6Wa9VR85wEbYtJr5kxb1tBcJYTcVI5MZLCc3Ex&#10;PI9jdbQp/IwHeA4jeojReoseNIXyfPhZpZzLcehRlZpTcyZJXpeOdHJBI5R/dc05FpFMd1QxOo4S&#10;ePoqG4rdeq0ju4fSfHYelIUefixZRptUd/RRS5jxeL5JJZY4eXxA+pMzejw4+pAPexgxRYzofBcq&#10;OonYfSMj8Yb3fjYe5IRsfzVY9poifdBREZfPfidI/JUdflFA2ZIhfnE4348MfqkxQov6fvsqXIj4&#10;f2AkIoY+f8IfJoPZgBZYtZkvg3pQ55bng1tI3pQ4gu5AxZE9gmU40I4xgfUxMIs4gZ4qX4hLgV8k&#10;SoWlgRofW4NjgNFYi5hviPVQzZYpiGFIyZN+h1NAuZCFhhk41o16hPwxRYqNg/0qdIe2gxUkY4Us&#10;gjQfhYMEgWmsf1zjVSudMl/9WSaNhWMRXRV9TGYwYPtsn2l0ZOdbxGzqaO9LO3CVbSg7EHSZcbss&#10;B3j6duWqi1jtX2GbsFxvYmCMM1/fZVd8J2NXaExrnGb0a0la6GrGbmFKjG7QcaI6pXM0dTQr93fy&#10;eT6ovVVnaYCZ/Vk+a4CKxFz/bX560WDDb4NqeGSvcZZZ/GjVc8FJ3m03dgw6QHH1eJYr6ncHe3am&#10;8lI9c3OYS1ZjdIKJJlpkdZR5gF5sdqtpU2Kmd9JZFGcbeQ1JOmvOel055XDee9kr3nY3fYilQk93&#10;fUKWy1PgfW6HxVgifZl4NFxkfcRoW2DcffhYSWWbfj5Iq2qWfo45lm/sfvQr03WDf26j1E0ghvGV&#10;i1HChj2Gr1Y4hX93PVqxhLtnfV9dg/tXqGRRg0VIOGmNgpI5VG8ggd0rynTpgSKiqUspkHOUiU/7&#10;jteFz1SbjSp2ellAi3VmzV4eicRXGmNDiBFH3mithlY5Im50hIcrw3RpgqGhxEmXmbCTwk6OlySF&#10;IVNNlIJ14lgQkdpmRF0TjzdWn2JljI1HhGf7ic84+W3mhusrvXQAg+mhK0hwooGTN017nveEoFJL&#10;m1x1cFchl8Vl51w7lDhWWGGqkJ1HRGdijOQ4ym1yiPoruXOrhPug1WPzVTWS1GZpWTqESWjnXSd1&#10;GWt4YQZlcW4sZO5VonEQaPlGL3QobTc3K3eVcdYpW3tYdwqfK2AwXuWRo2MPYfuDRWXgZQJ0PGi8&#10;aAJktGu9awpVCm71bjFFw3JlcYI283YvdSopY3pLeUmdilzOaHmQAWAAaqWB22MbbMdy7mZBbudj&#10;m2mPcRNUKm0Zc1pFIXDddcI2nnT4eGspanlbe2Wb6lnEceWOb109czSAXWCXdHpxwGP9dbtilmeY&#10;dwdTX2tteGhEl29+eeE2WHPle4Ypb3iJfVuaaFcbezWND1rQe69/F15nfBlwjWIFfHlhuGXbfN9S&#10;qmn4fVhEHW5Ofdw2HXL2fnYpdHfTfyWZKFTfhGqL7VjEhA9+E1yLg5pvo2BegxVg6GRmgpFSGWi2&#10;ghhDum1JgaY163IrgTQpeXc4gL6YJlMBjXCLAlcPjDx9P1r7iuJu5V73iXRgPmMwiAhRlWeuhp1D&#10;bmxshTA1x3GAg7MpfHa3giOXYlGFljGKTVWwlCJ8lVm3kd5uTV3Qj4Nfs2IsjSxRGmbWitNDG2u9&#10;iHA1p3Dzhe4pf3ZNg1WW3VBqno+JylSnm6N8Eli9mHNt01znlSpfT2FakepQ0GYhjqZC2Wspi081&#10;enCDh9QpgXX5hFKVW2s1VVaIlG0EWVZ7J27qXT1tBHDnYRZeZ3MDZPtPqXVMaQdBU3fEbUkzdnqN&#10;cfEm2X2idyuT5mejXmqHYmnXYZB6CGwJZKNsDm5MZ7BdmXCxaslPCHNJbgRA43YTcWszRnkvdScm&#10;+HyNeVGSgWRhZ3iGCWbqacZ4/mlhbAdrF2vkbkJc026NcIpOdXFwcu5AiHSIdXQzI3fyeDwnE3uY&#10;e1ORB2F0cGGEn2RAceN3lGb0c1dp+Wm0dMJb3GyodjVNt2/Td79ACXM0eWIy63bjezEnKnrBfS6P&#10;rV7peS6DW2Hqeet2ZmTVepBo42fMeyVbGGr3e8BNGW5nfGw/pHIJfSYyw3X1ffgnPnoIft6Oj1zG&#10;geSCUl/ygdt1d2MJgaxoCWYxgWdaWWmMgSJMmW0rgOk/UnEGgLkyoHUpgIsnT3lrgF2NqVr+immB&#10;e15NiZh0sWGGiJFnV2TUh21ZumhdhklMIWwohSk/FHAqhAwyinR9guInXXjogauM+VmQkqyA1Fz6&#10;kRJ0EGBMjy9mxGO1jSdZM2dgiyFLq2tViRw+yW99hxQydHPvhPUnaXh9gsaMf1h8mpWAWVv5mDdz&#10;kF9ZlXZmSmLSkoZY0GaSj5tLZGqijLI+im7sicAyS3OChrYncngng7GKB3K2VYB+THPeWXFx53Up&#10;XU9k0HaOYSNXRngLZQhJpnmsaRk8ent1bWEv132FchEkgX/Ud0eIuW9PXgV9NXDZYS9w5XJsZEpj&#10;9XQOZ2JWlnXNaopJI3e3bdc8J3nLcVIvwnwmdSIkt361eVaHfWw0Znt78G4OaONv3m/eaz9jB3G+&#10;bZdV2nO+b/1Im3XucoI72HhKdSovr3rseBMk5n24e0CGNmlibuN6sGt9cI1urm2IcidiNG+ec75V&#10;LHHfdVpIJXRRdw47mnbxeN0vpHnVetolD3zcfQKE/Wb1dzF5pGlCeCVtrWt/eP9hL23GeclUcHA8&#10;eplHi3Lwe3w7OXXMfG4vhHjofXolMnwdfpmD+mTqf2d4rmdef6RszGnCf7dgZGw3f7JTw27Zf65H&#10;HHG3f7c69nTKf8svcHgbf+UlT3t9gACDKWM2h2l362XKhu9sGWhNhjhfwmrkhV9TM22vhIdGsnC3&#10;g7Q6yHPtgugvZ3dsghQlaHr3gTeChmHVjyt3UWSEjftrg2cejHZfOmnNisRSt2y4iRNGRm/nh2Y6&#10;hnNAhb0vW3bchAEle3qKgj+CEWDHlpt23WOKlLxrC2YykmdeyGjvj9dSW2vtjUpGBm82isI6TnKw&#10;iDgvOXZvhaAli3ozgxh+0np8VZ90BHsBWX1om3uwXVFcj3xzYSVQIH1DZRBDqH4saSo3sX80bXss&#10;V4B1cjQiWIHnd199pndKXZ1zE3grYMdnv3kWY+hb3XoNZw1Pl3sWakdDS3xAbak3hH2LcTosYn8R&#10;dR8ipIC9eVh8jHRSZY9x8nWAaAZm0namandbCHfTbOhO8HkYb21C1nqEchM3R3wRdN4sY33Vd+ki&#10;53+3eyx7cHGkbWdw2HMKbzNlvXRlcPRaRnXDcrJOTXdIdHxCanjxdl83Enq+eF4sZHy+eoojIX7T&#10;fNd6XG9MdTVv0nDidlRkznJqd2BZbHP2eF5N0HWoeWdCEXeNeoM263mSe7EsbHvJfPsjU34Pfld5&#10;cW1ZfO9vEG8XfWhkI3DBfbpYwHJzffNNM3RNfjFBrXZafoE2sXiQft0sYXr6f0IjfH1qf6h4sWu3&#10;hHRuWm2ThEVjfG9ag9lYKnEsg0tMr3MpgsBBT3VcgkA2jXeygcgsYnpIgUwjnnzhgMt4Gmpki7Vt&#10;zWxaiuFi9W42ibVXsnAdiFtMQ3I3hwNA8HSOhbI2WHcEhGosYnm1gxYjunxygcF3qWlckq5tYGtm&#10;kTtih21Rj01XTG9FjSBL83FwivVAvHPeiNQ2LHZ1hrcsS3lHhJUjz3wZgopzzIKMVZpp34JxWWdf&#10;bIJ7XTRUbIKPYQ1JG4KhZQQ90YK/aTAzFoLxbZEpC4NPclQgY4PUd3Nyvn+SXRxpDH/KYEZer4AG&#10;Y29T2YBDZqVIsoCEafY9lIDbbXQzCoFJcR8pNIHjdRsgxoKdeVlxyny+ZJBoEn08ZxZd532saZ1T&#10;J34ZbCxILn6QbtI9QX8icZ4y7X/MdJApUICgd78hG4GNexhw03ota+5nGXrebdVc9Ht9b7dSdXwb&#10;cZ5HnnzLc5Y8432XdasyxX57d9wpYH+GejohZYChfK5v6HfyczhmQXjNdINcKnmUdcBRs3pbdvZH&#10;MHszeDk8lnw3eZQyp31QewEpcn6OfIkhpH/WfhlvFHYLenNlfXcOeyFbe3f3e7BRJnjefCxGvXnb&#10;fLA8aXsAfUsymnxIffMphH24fqUh2X8sf1duZnR4gX5k8HWggZVbAnaigXJQt3edgS9GVHi6gPU8&#10;HHoDgMwyhntogK8pkH0CgI0iBH6fgGht3HMyiEpkb3Rzh8laiXWKhvFQTnaXhexF+nfMhPE7z3k2&#10;hAMyXHq2gyIpmXxsgjgiJ34tgU1tcnIwjtJkCnOFjcBaJ3SsjDBP+HXGimNFuncJiKE7qHiHhu0y&#10;Q3olhUUpk3v7g5siQ33RgghpIIrkVVxgDIojWRxWjYl9XOlMmYjQYM1CZYgPZNo4SYdNaSAuyYaW&#10;bZsmCYX/cm8eqIWRd4NoLoggXG1fVIeqX5lV6YcqYtFMHYabZh5CFoYBaY44KYVvbS8u24TrcP0m&#10;TYSKdRUfH4RNeVhnX4VsY2tef4UzZgNVQYTiaKNLi4R9a1dBsYQSbiY384O2cSAu2oNpdD0mgYM/&#10;d5UfhoMyewRmkYLwalNdr4LkbFhUdIK9bmBK+IKFcHdBPoJPcqM3soIpdPAuzIISd1kmp4Iceewf&#10;34I9fIhlx4DHcSxc8YDjcqBTwoDgdA1KV4DKdXpA34C+dwA3c4DLeJ4uu4Dmek4mxYEgfBkgKoFs&#10;feFlE371d/JcTX81eNZTM39PeaNJ2X9YemZAe39qezc3Un+UfB8ut3/cfRUm4YBFfhYgaYC8fw1k&#10;dn1kfn1bu33LftJSsn4BfvtJbX4hfxFAJH5QfzA3KH6Yf18u0H70f58nBH+Jf9wgnYArgA5j+3wo&#10;hN9bany0hK9ScXz7hCpJPn0cg3tACH1VguE3Bn2/glsutH49geonF37vgWsgx3+1gOVjmnsqiwVb&#10;D3vKik9SHXwjiRpI+XxRh6w/23yVhlU28H0OhRYusX2mg+onJH54grcg6H9XgZRe45OIVNlWnpIV&#10;WJNOCpCqXGZFHY8lYGE8BI1+ZI4zFIvIaPoqy4oWbZgjTYh/coUdJoccd5BeCJD7W4NV94/GXrdN&#10;d452YgNEsY0GZXA7yIt5aQkzConqbNgq9ohkcNIjqob+dQwdr4XLeVVdWI5nYhVVRY1kZMNM64w9&#10;Z4NEOorvamI7fYmNbWQy8IgucJUrEIbZc+cj9YWnd2weJoSlevJcsYv7aJJUm4sgarhMQ4oebOtD&#10;yIj7bzY7K4fIcaEyzIabdC4rHYV6dtYkMIR7eaMejYOofGVcDYnabwNUAokmcKJLt4hFckVDS4dB&#10;c/E664Y1db4yq4U4d6crJIRGeaAkYYN3e7Ae44LQfa5bdYgLdWFTe4d+dnxLR4a6d4hC74XQeJU6&#10;poTgebYyn4P/evYrMYM3fEAkiYKXfZAfK4Ibfsxa8oaHe41TDYYffCdK7YVzfJhCqYSbfP46boPD&#10;fXcyhYL+fggrR4JNfqcksIHYfzwfZ4GFf79ah4VGgXBSpYT9gYFKj4RogVRCXIOigRI6NILdgOUy&#10;UII3gMorP4GTgMQk24EygLAfl4EMgIpaM4RIh0hSgYQnhutKeYOmhglCX4LPhPQ6YoH7hA4yoIFa&#10;g00rfIDfgqUk/YCygeofvYCsgS9U3JyGVCNNi5paV9dF+5ggW68+H5WuX8A2JpL+ZBYuYJA1aLEn&#10;RY1tbXwg74rMcoob0oh+d5pUBJo8WmpM3phTXadFVZYqYQo9pJO5ZJ416ZEPaGguYY5dbGwnhYu1&#10;cJUhYYk/dPccbYcgeVJTfZe/YJRMTJX8Y1pE2ZP9Zj09OZGnaVI1rI8hbI0uWoyZb/snt4ofc4Uh&#10;wofcdzsc8oXveuFTCJVSZqNLyZOvaOxETpHQa1E83I+obdo1co1QcIsuTor6c18n24izdkoiEIam&#10;eVUdZITpfEZSiZMpbKVLTpGzbnRD54/ucFM8g43eckU1TouzdGQuSYmLdqIn94d3eOsiUIWae0Yd&#10;xYQKfYFSDZFUcqNK4pALc/hDlo5jdUo8TYxpdqY1L4pUeB8uV4hJeb0oGIZhe2QihYS0fQ0eFoNQ&#10;fpJRoY/KeHVKiI6seVFDVI0behA8HIs0es81C4k2e6ouUIdGfKEoO4VzfaYitYPyfqAeWIK3f3lR&#10;So6HfhlKQY2NfnpDH4wSfqE7/Yo1fro0+YhFfvQuOIZ1f0UoOIS6f6oi3YNQf/8ejoI6gDlREY1/&#10;g5tKDYygg31C9Is9gwA75Ylrgms0/Yd/gfwuUYW8gakoVIQbgWki/YLRgSAeuYHXgNWiNVabT6qT&#10;5FopVCOFQl2/WJh2HWF4XQtmh2VoYYdWxmmaZiNHZm4KavY4d3LacC0qx3f7dgSgKFHKWZ+STVXa&#10;XTCD4VnsYLp07F4YZENlfWJ8Z9RV6mcja4VGvmwNb2c4GnFYc6cqz3bqeGyeTU1xY4uQk1H5ZiiC&#10;bVZ3aMNzl1sLa2JkXl/Vbg5VBmTqcNhGHWpEc8o3yHAAdwsq13X4erGcd0mDbVWO4k58bwWA1lNY&#10;cLpyVFhIcnJjSF15dDhUL2LydhdFjGizeBU3gG7Uek8q3nUifM6atEX+dvuNYEtgd8l/glCceJtx&#10;GlXgeW1ibVtmektTfWE/ezxFE2dbfD83RG3TfWoq43Rqfr2ZKkLugHaMGUivgGV+eE5AgFRwPFPX&#10;gEJhqFmngDRS/F/JgDREt2Y3gDw3FWz6gFMq6HPNgHmX4kBMib2LDUZhiMJ9pEw+h8lvkVIbhtFh&#10;D1gxhdxSg16VhOpEdGVBg/c282xDgvwq7HNKgf6W3z4fkrOKOUR6kMZ8/UqWjuBvD1CrjQNgolb6&#10;iytSH12ZiUxELGR9h2I22GuthV4q73Leg0uWKDx1myGJnkMAmDt8gUlHlWpusk+GkrJgYVX+kANR&#10;9FzHjUNEBGPXims2u2s0h2oq8nKIhGGXZF1lT/6KGWBhVGl8bWNzWNFuO2apXTdfnGoQYatQ3W22&#10;ZkVCiXGZaxg0tHXccFYoL3pndjCVeljHWWqIx1xJXP97W1/NYI9tW2NrZB5e4mc7Z7VQTGtOa25C&#10;Jm+hb1g0i3RYc6goTHlPeH2TulSaYsyHGFiSZYN57lx8aDZsDWB9aupdzGSzbapPcmkxcIpBj23w&#10;c5I0RnMNduwoZXhXeqaSCFDSbBCFf1Uybex4c1l3b8hq6V3RcaRc0mJrc4pOtWdLdYtBFGxtd6s0&#10;EHHmeggoe3d9fKaQdk11dTeEHFIwdj93M1bOd0NpwVt7eENcCGBoeU1OE2WkemxArGsee58z5nDo&#10;fPkojnbBfnmPI0qOfjyC9U+XfnF2OFSDfppo6Fl+fr1bSl61fuVNmmQ4fx1AXWn/f2IzxHAQf7co&#10;nnYhgBmOD0gUhwuCBk1jhmh1bVKQhbJoO1fNhPVasV1HhD1NJmMKg41AJGkMguMzrm9ZgjUoq3Wd&#10;gYSNOUYMj4uBS0uTjhB0y1D2jHlns1ZnithaO1wWiUBMvGIUh6s/32hKhhYznG7DhG4otXUwgruM&#10;okR6l5aAwUorlUh0Tk+0ks9nSVVLkE5Z61shjdtMhmFHi2Y/r2eqiOkzfG5OhlEovnTZg7yMvmRd&#10;UGOAcGbJVLdzumlUWQ5mfmwBXWhY3m7YYdVLJXHoZm094HUxaz8xJXjXcIAlwHy9dliK7F/4WTJ/&#10;F2LlXMhykWXbYFplh2joY+5YEGwkZ5FKhm+ea1s9dnNSb1gxAXdfc7Yl8XubeIuJVFvxYg19p19T&#10;ZNhxfWKpZ6BkkWYRamhXT2mobT9J+m2EcDY9JHGdc1cw63YLdsomHHqcepmHwlhRas58L1wUbM9w&#10;E1/Abs9jemN9cM1WYGd3ctVJSGuydPo8s3Aodz8wwnTrecEmQXm8fH6GWFUac3R65FktdLBu510r&#10;deNiamE6dxFVqmWDeEpIuGoXeZg8XW7gevwwqHPtfIkmYXj8fjaFKlJTe/x511atfHRt/FryfNhh&#10;ml9KfTJU+GPafZJISmixfgU8G23Dfogwk3MUfx0me3hZf72ENk/3hE14/VSMhAJtPFkNg5Ng8l2k&#10;gxRUZGJ0gp1H3WeIgjI77WzQgdIwiXJbgXImkXfRgRCDeU4GjFR4VFLNi0ZsoFd/igJga1xFiKdT&#10;62FJh1dHdGaWhhA7rWwQhNAwf3HEg4Mmo3digjCC9EyCk/R311FykjBsJ1ZGkBZf/Fsvjd1TlWBX&#10;i7JHOmXLiZA7emtyh3AwX3FRhUImsXcKgx+CG2uOUMN2tm1tVP5q7m9wWUNeq3GPXZRSDnPOYf5F&#10;ZXY+Zpc5PHjfa2otrXvScK8je374dnuAYmdhWQB1cWm4XJJp32wbYCVdzm6TY79RXXEvZ25E5HQC&#10;a0c473cHb1Mto3pZc8AjwH3MeJZ+72OLYUh0FWZOZCNoz2kKZv5c3mvXadxQo27MbM5EYHH9b+M4&#10;pnVgcyMtmnkJdrEj/HzDeot9iGANaYlywmMta6hnmmY7bcdcDmlWb+pP+2ykchZD8nArdGA4c3Pk&#10;dswtm3ffeXYkMXvdfFZ8Olz8cbFxqWBncxlmlWPAdHpbDGcmddZPSWrAdz9DZG6deMA4H3Kkelgt&#10;iHbkfBkkXXsWffV7J1pTebtwrV39enBltWGYew5aRmVEe6BOpGkhfDxDAm08fO036nGJfa8tf3YI&#10;foUkgnpvf2N6SFgOgY5v5VvwgZBlA1/CgWhZqWOogS1OHGfAgPtComwWgNg3x3CVgMQtgHVMgLQk&#10;oXnkgKB5m1YuiRlvSVpAiG5kcV4/h35ZKWJRhnBNqWabhW5CPmsnhHk3j2/Ug5AtfXSygqAkunlz&#10;ga15HlS0kEpu1ljtjv1j/l0OjUVYvmFAi2BNVWWriYlCB2pdh8E3YG83hgItY3RAhD4kznkYgop3&#10;bHMGUQVs8XRXVStiHHXMWWRW1XdVXbFLQnjwYh0/snqxZr00r3yYa5gqV37EcOAhZIETdpl12G8Y&#10;WL1rz3DVXExhLnKeX+JWG3RzY4VKtnZiZ0M/Vnh+azA0hnrBb08qbH1Ec8shvX/aeJ10h2txYIJq&#10;lG2SY2pgNG+tZlZVQXHRaUtKDnQTbFg+43aGb4w0T3khcuwqdXvydpYiCn7IentzTGgeaDlpZ2qS&#10;anVfF2z5bLVUfG9kbvtJbHH8cVM+e3TCc8s0IXeudmUqf3rJeTgiTX3ZfC9yH2Upb+NoUmflcXNe&#10;IGqQcwBTom1CdItI9nAedik+KnMyd+E0BHZmebAqkHnEe6kihX0MfbdxIWKcd3ZngmWXeGFdcGh/&#10;eTdS+mtwegRIXm6Jet490XHYe9Iz1XVLfNgqkHjmffIitXxgfw9wU2BrftJmxWOcfxlcx2a5fzVS&#10;ZWngf0BH320xf1c9eXC1f4IzunRXf70qmXgof/0i3HvRgDhvsF6ZheVmNGH3hY1cQWVBhO9R8GiT&#10;hDNHeGwRg4Q9IW/JguczjXOVglkqoHeKgcci/HtdgTJvOV0kjKplx2Cqi79b1mQWimVRjmeIiNtH&#10;Lmslh2A8828AhfkzZ3L4hJ8qjncXg0YjFXsAgf9s0nrNURVjSnuHVS5ZbXxiWWBPKX1FXa9EpH4t&#10;YiU6MH8tZtUwVYBKa74nOIGacQ4fgIMEdrJraHcfWFViRHg8W+VYlXleX4NOhHqCYzVEL3uzZwk5&#10;7n0Eaw8wSn5yb0cnaIASc9Yf7IG/eKJqQHOnX6BhLXUfYpdXu3aLZZhNxnf0aKhDpXlwa9Y5mnsS&#10;by8wMHzQcrInin65dnsgSYChemtpKHB6Zt9gHXI9aThWu3Pta5dNDXWebgRDEXdocIk5PXlXczEw&#10;DXthdfonoX2NePggmX+qfApoJG2kbgtfM2+pb8ZV5HGZcYJMRnOMc0NCpHWVdRg483fOdw4v9nob&#10;eRknunyGe0gg3n7XfXxnO2sqdSZeX21tdkRVLW+Zd1RLt3HEeGFCNXQHeX04zXZyerkv8nj6fAYn&#10;1HugfWYhF34lfsFmfGkHfBFdw2uHfJhUq23nfPhLRnBBfUtBznK1fbA4hHVUfi4v5HgFfr4n53re&#10;f08hRn2Sf9dl5Gc9grldOWnugqxUL2x8glxK3m7+gfJBdnGcgZw4OnRqgVwvwHdCgS4n9Xo/gPsh&#10;bH0agMFlcmXLiRxc0GikiINTy2tYh4BKh237hlNBOHC3hTs4F3OlhDsvqXalg0wn8XnIgl8hi3y6&#10;gYBihILcUOFZ9ILxVPdRFIMgWSpH04NLXYM+W4NuYg01A4ObZtYsTYPba9gkYoRDcTUd1YTEdsdh&#10;Q39qV7dZA3/dW09QR4BKXvtHNoCqYsQ99IEIZrY01YF7at8sW4ICbzgkqoKxc94eUoNxeKVgQ3wd&#10;XpBYDHzhYZ5PhH2QZLlGj34uZ+w9gH7Qa0M0mH+MbsksWoBccnYk4oFPdmEevoJJeltfVHkOZV5X&#10;InoXZ9lOpXsDal9F8HvkbPo9B3zOb7I0VH3ScpEsTn7pdY8lDYAceLsfHIFJe+decHZPbB9WTneY&#10;bgZN43jBb/NFRnncceo8pXsGdAA0F3xOdjYsQn2jeIElMH8Reuofa4BufUddpXPkcstVl3VsdCFN&#10;R3bOdW5EwnghdsE8QXl+eCgz+nr0ea4sRXyBe0YlU34ofOkfrX+3fnpc9HHJeURU8nOPeghMt3Uo&#10;erJETnare1k76ng1fBQz0HnYfOYsXXuFfcoleX1ffq8f438ff4BcZnACf4xUiHIHf8dMZ3PRf8ZE&#10;GXVzf7I7x3ccf7szpnjsf90sQnrBgBQlj3y8gEAgD36kgFxb/G6QhZpUJHC/hUxMC3K0hJ5Dz3R4&#10;g9E7l3Y8gyMzkXgpgo8sPXoigg8lm3xCgYwgMn5CgQ9Yios6UGFQ+IqUVIFJGooAWL5A3YleXSs4&#10;cYinYdMwMofuZsEonYdCa+Qh2Ia2cVUcYIZRdtlXcYf9VtdQFYe4WoFITIdaXkVAPobiYi44EIZY&#10;ZkgwEoXXap4ov4VmbyAiNYUbc+Ic7YTxeKdWmITVXUlPO4TYYHVHnIS4Y7M/qIR2ZxM3r4Qoapwv&#10;6oPoblgo1YO5cjYigYOvdkYdZ4O+ekxV0oHdY69OdoIdZlNG3II3aQc/I4I0a9g3UIIobs8vv4Is&#10;cewo4II/dSUivoJyeIEd0IK2e8dVEX8pag1NwX+rbCZGOX/+bkw+l4AxcII3CoBhcuEvm4CkdV8o&#10;6ID0d+4i8YFgepEeKYHUfRdUX3zEcFtNHX2KcepFsX4Xc3o+LX58dRU2vn7cds0viH9NeKco83/S&#10;eosjHIB0fHQec4EXfjtTxXqzdnlMlHu4d4BFQnx7eHQ92X0MeW42e32XeoMva34ye7IpCH7WfO4j&#10;RH+qfiEesIB7fzNTQXjnfFlMFnovfNZE1XsmfS09hnvgfYI2QHyMffIvOn1SfngpA34Pfw4jb37/&#10;f5Ye4X/9gANS4Hdxgh5LzHj2ghdEoHofgb89cXrtgVg2VXujgRovaHx8gPgpJ31jgOgjin5+gM4f&#10;CH+YgKxO2JP9T6NISpKEU9JBcZERWB06PY+FXKQy4Y3ZYXYru4wjZpMlQYp6a+QflIj2cW8bGYe0&#10;dudNzJD6VblHUo/tWX1AgI6vXV85fY0/YXEybIutZcErloodak8lbIifbwMgAIdSc+UbtYZHeKdN&#10;FI34W8tGjI0sXxw/1YwpYoQ46oroZhwyEYmJaeMreYgxbeAlkIbtcfcgW4Xddi8cO4UJej5MeIsR&#10;YdBF6op8ZKQ/MYmvZ484e4isap8xyYeJbeArZYZvcUYlr4VqdMAgqISXeE0cr4P4e6pL2oheZ85F&#10;U4gQaiE+rod7bIg4EIaobwgxooW/cbkrXITidIolz4QXd2Ig7IN9ekEdEIMQfOxLQYXvbcdExoXx&#10;b5U+QIWZcW43xIT2c14xc4Q5dXArY4OJd6Ql8ILxedohJoKMfAkdYYJOfgNKvIPQc5NETIQgdNw9&#10;5IQCdiI3hoOLd3sxTIL1ePIrWoJteoImEoH3fBchW4HAfZwdpIGufu9KTIIAeS9D54KXefI9lYKv&#10;ep83VoJee1gxLYHqfDIrRYGLfSAmGoEyfhYhhIEZfvkd2oEsf7RJ+4B8fqVDl4FSfts9VYGdfuY3&#10;MYFsfvkxJIEPfzArVIDKf3wmKICWf9EhmoCegBseBYDEgFQAAP//AAD//wAA//8AAG1mdDEAAAAA&#10;AwQhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8Q&#10;ERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJ&#10;SktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGC&#10;g4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7&#10;vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP0&#10;9fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRka&#10;GhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpM&#10;TU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7&#10;vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp&#10;6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJ&#10;CgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0u&#10;LzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJ&#10;i46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW&#10;19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5&#10;+vv7/Pz9/f7+//+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWH&#10;xrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabH&#10;pWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBN&#10;YPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxraj&#10;h8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSx&#10;xKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGk&#10;THLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uz&#10;oIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdv&#10;tsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLm&#10;p0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQ&#10;r52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGn&#10;eLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE&#10;2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+m&#10;OTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I&#10;1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9&#10;p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQ&#10;ls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/&#10;okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1qua&#10;i92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HA&#10;uqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okVK/aFMYPKlS3HmqUqD2qpNlc+p&#10;VqXIqGGwxaprtcKsdbq+q32/uqqDxbaoh8qypofQq6KH1qSeidyamo/hmpqP4Zqaj+Gamo/hmpqP&#10;4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4f+mODL/o0VK&#10;/aJLYPKmSXHmqkiC261Kk9CsUqPJrF2vxq9ns8Oxcbi/s3m9uK+BxLKqh8uspobQpaOG1Z2fhtqT&#10;nYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOd&#10;i96TnYvek52L3v+nODL/o0VK/aJKX/KnSHDnrEaB3K9HktKwTqHKsVetyLZisMW6bLW6s3i+sq6B&#10;xa2qh8unp4XPoKSE05ihhdePn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja&#10;j5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2v+nODL/o0RL/qNJX/OpRm/orkSA3bNDkNO2SJ/M&#10;t1GqysBcrL24bLezsnjAra6BxqmqhsqiqITOm6WE0ZSjhNSMoYfXjKGH14yhh9eMoYfXjKGH14yh&#10;h9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH1/+nNzL/o0RL/qVH&#10;XvOqRG7psUF/37g+jta9QpvPw0qkwr5cr7a3bLmusXjBqa6BxqWrhcmeqYTMmKeDz5GlhNKKo4bU&#10;iqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSK&#10;o4bUiqOG1P+oNzL/pERL/qZGXvStQm3qtD594b07i9rGPJbKxkikubxcsq+2bbupsXnBpa6CxaGs&#10;hMibqoPLlamDzY+nhM+JpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG&#10;0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0f+oNzL/pENL/6hDXfWvP2zsuDp65MM3h93TNZDBxEmn&#10;sbpetam1bryksXrAoq+CxJ2thMeYrITJkqqEy42phc2IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6I&#10;qIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzv+pNjL/pUJL/6pBXPay&#10;O2ruvTZ36MszgNDSM5O4w0uoqrlgtqS1cLyhsnvAnrCDw5quhMWVrYTHkKyEyYurhcqHqobMh6qG&#10;zIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobM&#10;h6qGzP+pNTL/pUJL/6w9Wvi3N2fxxDFx39cse8XQNZWwwk6ppLhjt5+1cryds3y/m7GDwZevhMOS&#10;roTFjq2FxoqshsiHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYes&#10;h8mHrIfJh6yHyYesh8mHrIfJh6yHyf+qNDL/pkBL/7A5WPm9MWLnzi1p0OAkf7nPN5enwlKpnrpm&#10;tZq1c7uYs32+l7KDwJSxhcGQsIXDja+FxImuhsWGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG&#10;hq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxv+rMzL/qjtJ/7YyU/DHKlrY&#10;3iFmwt8kgq3OPJifw1anmbxospa3dbiUtH29k7ODvpGyhb+OsobAi7GGwYiwh8KGsIjDhrCIw4aw&#10;iMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCI&#10;w/+tMTL/sDNF+MApTN/WI03H6CBqs94mhKHPQZaXxlmkk8BqrJC8dbKPuX22j7eDuIy2hLqKtYW8&#10;iLSGvYazh76Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+E&#10;s4i/hLOIv4SziL+Es4i/hLOIv/+vLzL/uSk/6M4eP8zmG1K37iFtpd4sg5fSRZKQy1udjMVrpYvC&#10;daqKv3yth75/sIS8gLGDvIKygbuDs3+6hLR+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqG&#10;tX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtf+yKjLxxhwz0eIUOrzzG1ao7iZt&#10;mOE1f47YSoyI0F2Vhsxrm4TJdKCBx3ijfsV7pXzEfaZ7xH6necOAqHjCgql3woOqd8KDqnfCg6p3&#10;woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqvq+&#10;HCjW3Q4jwPAUP6z9Hlec8C1qj+U+eYbeToOB2F+Lf9RrkHrRcJR3z3SXdc53mHPNeZpyzXubccx9&#10;m3DLf5xvy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cd&#10;b8uAnW/LgJ1vy4Cdb8uAndnSCxjE7Q4psP0WQZ//JFWR9DVlh+tGcH/lVHl74WF/dt1ohHLbbodv&#10;2XGJbdh0i2vYd4xq1nmNadZ6jmjVfI5n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fV&#10;fo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j/+jOSr/n0ZA/51QVfqgUGXvo1F15KRT&#10;htqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/&#10;n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaI&#10;ksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5&#10;v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqi&#10;W5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA&#10;/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyz&#10;hJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJ&#10;vryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQ&#10;oGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51Q&#10;VfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfP&#10;soGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryV&#10;i8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWk&#10;yJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqg&#10;UGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf&#10;0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6&#10;kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1w&#10;sMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/55PVPqhTmTv&#10;pE915aZRhdqlWJXRomKjyZ9tr8Wfd7XCnoC5v52IvryZicO5lIvHto+Ny7OKkM+xhpbUroOg16eB&#10;odWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh&#10;1f+jOSr/oEZA/55OVPqiTWTwpU505ahPhNunVZTSpV+hyqNprcWidLTCoX25v6CFvrudiMO4mInI&#10;tZOLzbGOjtOuiZbYp4Wd2qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNah&#10;haDWoYWg1qGFoNahhaDWoYWg1v+jOSr/oEZA/59NVPujTGTwp0x05qlOg9yqU5LSqVugy6Zmq8al&#10;cLPDpXq4v6SCvbuih8O4nYfJs5iJz7CUjtWrkpfaoIqc3JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf&#10;2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2P+jOCr/oEVA/6BMVPukS2PxqEtz&#10;5qtMg92tUJHUrFiezKpiqceqbLHEqna2wKp+vLyohMK4pIbJs6GIz6ycjdWjlpTampGc3JaOntiW&#10;jp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2P+k&#10;OCr/oEVA/6BLU/ulSmPxqUly561Kgd6wTZDVsFWczrBep8mwaK/GsnOzw7J8uL2wgMG2rILJrqeF&#10;z6WhitWcnJHalZmc3JGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7Z&#10;kZSe2ZGUntmRlJ7ZkZSe2f+kOCr/oEVA/6FKU/umSGLyq0hx6K9IgN+zSo7WtVGa0LZapMy4ZavK&#10;vXGuwbl7treygMCurITIpqiFzp2kh9SUoI7Yjp+Z24ybntmMm57ZjJue2YybntmMm57ZjJue2Yyb&#10;ntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2f+kOCr/oUVA/6JJU/ynR2HyrUZw6bJG&#10;f+C3R4zZu06X079Xn9DFY6TFwHCturh5t7CygMCprYXHoKiEzZelhdKOoYnXh6CS2YehnNiHoZzY&#10;h6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2P+kNyr/&#10;oURA/6NIUvypRWHzrkRv6rVDfeK8RIncwkqT2MpUmcrGYqS8vW6wsrZ4uaqxgMGkrYXHm6mEzJOm&#10;hNCKo4fUg6KO1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW&#10;1oKiltaCopbWgqKW1v+lNyr/oURB/6RGUv2qRGD0sUJu67hBe+TBQobfzEaN089Sl8HEYaezu22z&#10;q7V4u6WxgMGfroTGmKuEypCohM6IpobRgqSM04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOA&#10;pJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS0/+lNyr/oURB/6VFUf6sQl/1tD9s7bw+eOfH&#10;QIHg1kaHyc1RmrjCYKqsum21pbV4vKCxgMGbroTFlayEyI6qhMuHqIbOgqeLz3+mj9B/po/Qf6aP&#10;0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0P+lNir/okNB&#10;/6dDUP+uP133tzxp8MI7c+bQP3nT2T+KvstRna/AYayluW62oLV5vJyygcCYr4TDkq6ExoyshciH&#10;qofKgqmKzH+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+p&#10;js1/qY7Nf6mOzf+mNir/okJB/6lAT/+yO1v5vThl7Ms4bdzcNXjH1j6Os8lSoKfAY62fuXC2mrV6&#10;vJiygb+UsYXCj6+FxIuuhsWGrYfHgqyKyH+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J&#10;f6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyf+nNSr/o0JB/6w8Tf+3NlfyxTNf4dY2Y83jMXy6&#10;0z+RqchUoZ/AZa2ZunK1lrZ7upSzgr6SsoXAjbGGwYmwh8OGr4jEgq6KxYCujMWArozFgK6MxYCu&#10;jMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6Mxf+oNCr/pj4//7E3&#10;Svm+MFLnzy9V0eIsaMDhMH+t0kKToMhXoZjBZ6uUvHOykrh8t5C2grqOtIW8i7OGvoiyh8CFsYnB&#10;g7GKwYGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKB&#10;sIzCgbCMwv+pMir/qzg9/7gvRe7IKUjW3yVSw+wpbLHfMYKh0kWSl8pan5HDaaeOv3Stjbx8sYu6&#10;gbSIuYO2hbiEuIO3hrmBtoe6f7WJu361i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWL&#10;vH61i7x+tYu8frWLvH61i7x+tYu8frWLvP+rMCr/sS849sImPNzaHzvG6yNXs+wqb6PfNYKW1EqQ&#10;j81dmovIa6GJxHWmhsJ7qoPAfqyBv4Cuf76CsH29g7F7vIWyeruHs3m7iLN5u4izebuIs3m7iLN5&#10;u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs/+tLir+uyUw49IaLcno&#10;G0G29yNapewub5bhPH+M2E+Lh9Jfk4TNbJmBynSefsh4oXvHe6N5xn2keMV/pXbEgaZ1w4OndMOE&#10;qHPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoap&#10;c8KGqf+0JCXsyhYjzeUTLLn2G0an+iZbmO41bIzlRHqE3lODgNliinzVbI940nGTddB1lXPPeJdx&#10;znqYcM18mW/NfppuzICbbcyCnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzL&#10;hJxsy4ScbMuEnGzLhJxsy4ScbMuEnPXBFRnR3wwYvPMTMar/Hkea/CxZjvI8Z4TqS3J95Vh6eeBj&#10;gHTeaoRw22+HbdpziWvZdopq2HiLadd6jGjWfI1n1n6OZtWAjmXVgY9l1YGPZdWBj2XVgY9l1YGP&#10;ZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj9LSCgm/6A0drf8VM53/I0WQ&#10;/zNUhfdDX37xUWh37FxvcOlidGvnZ3do5W15ZuRwe2Xjc31j4nZ9YuF4fmLheX9h4Xt/YOB9gF/g&#10;f4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/&#10;gf+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8&#10;voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyW&#10;e6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp&#10;7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+g&#10;OSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeV&#10;v72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vG&#10;lISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBX&#10;eOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/&#10;nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72D&#10;mMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISz&#10;xJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOf&#10;XIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2&#10;/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8&#10;gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxv+gOSH/nUY2/5pQSv+eUVn3oFJo7aFWeOShWobbnmSU0ptuoMyYeKrGlYGyxJWJ&#10;tsGRjrq/jJC9vYiTwLyEl8O6gZvFuX6gx7h8p8iye6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI&#10;sHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyP+gOCL/nUY3/5tPSv+fT1n4olBo7qNTd+WkV4Xc&#10;omCT055qn82bdKnHmH2xxJeGtsGUjLq/j46+vIqSwrqGlcW4gprIt3+gy7R8p8ysfKnKqn2pyqp9&#10;qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyv+gOCL/nUU3/5xO&#10;Sv+gTlj4o09n76VRduWmVYTdpV2R1KJmnc2fcKjInHqwxJqCtsGYirq+koy/u42PxLiIk8i2g5nM&#10;tIChz6x9pc+mfqfMpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMuk&#10;f6jLpH+oy/+hOCL/nUU3/51NSf+hTFj5pU1m76dPdeapU4PeqFqQ1aZinM+jbKbJoHauxZ5/tcGc&#10;h7q+l4rAupCNxraLksu0iJrOsoak0aaApNGggafNn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4Gn&#10;zJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzP+hOCL/nkU3/55MSf+iS1f5pkxm8KlOdOerUYLfq1eO&#10;16pfmtCoaaTLpXOsxqN8s8KghLm+nIjAuZaMxrWRksuvjZjPqoqh0qCEo9ObhKbOmoSnzZqEp82a&#10;hKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzf+hOCL/nkU3/55LSf+j&#10;Slf6p0tl8KtMc+itT4Dgr1SN2a5cmNKtZqHNq3CpyKp5sMOngbe+oYTAtZuJxq6Vj8yokZXPoo6e&#10;0pqJotOWh6XPlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bO&#10;lYemzv+hNyL/nkQ3/59KSf+kSVb6qElk8axLcumwTX/hs1GL2rNaldSzY57Ps26ly7N4q8OsfLe4&#10;pYG/r56GxqiZjMuhlZLQm5Kb05WOotSRjKXQkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGL&#10;ps6Ri6bOkYumzpGLps6Ri6bOkYumzv+hNyL/nkQ3/6BJSP+lSFb7qkhk8q5JceqyTH3itk+J3LhX&#10;kta6YZrTvW2gybh1q76werazqX+/qqKExqKdisubmpDPlZeZ0pCVotSNkKXQjJCmz4yQps+MkKbP&#10;jJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz/+hNyL/nkQ3/6BJSP+mR1X7&#10;q0dj87BIcOu1Snzkuk6G3r9Vj9rDYJXSxG2cxbtzqrmzeLaurX2/paeCxZ2iiMuWn47Pj5yW0ouc&#10;otOIlaTQiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSl&#10;z/+iNyL/n0Q3/6FISP+nRlX8rEVi9LJGbuy4SHrmv0yD4cdTitzNYo7OyGybwL9xqrS3d7WpsXy+&#10;n6yBxZenhsqQpIzOiqKV0YaiodKEm6XQhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+F&#10;mqXPhZqlz4Wapc+FmqXPhZqlz/+iNiL/n0M3/6JGR/+oRFT9rkNh9bVEbO68RnfpxEt/489UhNnU&#10;ZYjIy2uausJwqa66d7SjtHy9mq+Bw5KshciLqYrMhKeSz4CmnNCAo6XPgKGmzoChps6AoabOgKGm&#10;zoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzv+iNiL/n0M3/6NFR/+qQlP+sUFf&#10;9rhBavHBRHPqzEt54NpWfM/VXo3AzGmbs8NyqKe7ebOetX+7l7GDwo6thcaHq4jKgamNzXyols57&#10;qKLNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzf+j&#10;NiL/n0M3/6VDRv+sQFL/tD5d+b0/Zu7IQ23j1k1v1d1OgcTTWZG1yWafqcFxq6C7ebOZtoC6lLKF&#10;wIyvhsSGrYjHgKuMyXyqksp6q5zKeaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/K&#10;eaufynmrn8p5q5/Keaufyv+jNSL/oEI3/6ZBRf+vPVD+uDtZ88Q8YebRQ2TZ30NzyNxKhbfQV5Wq&#10;x2WioMBwrJm6ebSUtoC6kbOFvouxhsGFsIjDga6LxX2tkMZ6rZfGeq2axnqtmsZ6rZrGeq2axnqt&#10;msZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axv+kNCL/oUE3/6k9Q/+zOU35vjdV6sw6&#10;WdvdO2LL5T93u9lIiavOV5igxmWkmMBxrJO7erOQuIG4jLWEu4izhr6FsonAgbGLwX6wj8J7sJTD&#10;erCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw/+kNCL/&#10;oz42/605Qf+4NEjwxjNN39k2UM3lNme+5Dt7rddIjKDNWJmXxmekksFyq469e7CMuoG0iLiDt4S3&#10;hbmCtYi7f7SKvXyzjb56s5G/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOT&#10;v3qzk796s5O/erOTv/+mMiL/pjo0/7IzPffALkLk0i9Bz+QuVb/vM2uv4Tt+oNZKjZbOW5mQyGmh&#10;jMNzqInAe6yGvn+vgryBsoC7hLN9uoa1e7mItnm4i7d3t4+4d7eQuXe3kLl3t5C5d7eQuXe3kLl3&#10;t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuf+nMSL/rDMx/7krNurMJjbS4SZBwe8sWrDt&#10;M26h4T1/lddNjI3QXpaJy2udhsd0ooPEeqZ/w32pfMGAq3rAgqx5v4Std76Gr3W+ibBzvYyxc72N&#10;sXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72Nsf+pLiH/syor&#10;8sUiLNbeHC3D7SNHsvkrXaLsNm+V4kJ9i9pSiIXUYJCC0GyWfsxzm3vKd554yXugdsh+onTHgKNz&#10;xoKkccWEpXDEh6ZuxIqnbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27D&#10;i6duw4unbsOLp/+sKiD6vR8i3NkSG8XrGjO0+iNKo/kuXpXuPG2K5Ul5g99Wgn7aZIl61myOdtNx&#10;kXPSdZRx0HmVb897l23OfphszoCZa82CmmrNhJtpzIecaMyInGjMiJxozIicaMyInGjMiJxozIic&#10;aMyInGjMiJxozIicaMyInGjMiJxozIicaMyInP+2Hhjk0A4TyOkRILX5Gzel/yZLl/o0XIvxQmiC&#10;6k9yfOVbenfhZH9y3mqDbtxwhmzbdIhq2XeJaNl5i2fYfItm136MZdaAjWTWgo5j1YWPYtWFj2LV&#10;hY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj+nHDQzK2gsPt/cS&#10;JKf/HTmY/ytJjP46V4P2SWF88FVpdexeb27pY3Rq52l3Z+VueWXkcntj43V8YuJ3fWHieX5g4Xt/&#10;X+F9f1/gf4Be4IKBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd&#10;34OBXd+DgcvQCQO64gsTqP8UJpr/ITeN/zFFhP9AUHz8Tlh0+FdfbfRdZGfyYmdj8GhqYe5sbF/t&#10;cG1d7XJvXOx1b1vsd3Ba63lxWut6cVnqfHJY6n9yWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/&#10;c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c/+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH&#10;3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+a&#10;U0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2i&#10;u8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDF&#10;h5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZx&#10;ktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+&#10;nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7&#10;przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0&#10;w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWT&#10;e5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe&#10;9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przA&#10;eau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+d&#10;OBr/mkUu/5dQQf+bUU//nVRd9Z5Ya+ydXXnkm2SG3JhuktWVeJzQkoGky4+Jq8eNj7HFiZO1w4WX&#10;uMKCmrrBf567wH2ivb97p76/ea2+u3ixvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+&#10;tnmyvrZ5sr62ebK+tnmyvv+dOBr/mkUu/5hPQP+dUE7/n1Jc9qBVau2gWnjln2CF3ZxqkdaYc5vQ&#10;lX2ky5KFq8ePjbHEjJG2woeVucGDmbu/f52+vn2iv716qMC8ea/BtHmwwbB6sMCwerDAsHqwwLB6&#10;sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwP+dNxr/m0Uu/5lOQP+eTk7/oVBb96JT&#10;ae6jV3fmol2D3p9mj9ecb5rRmHmjy5WCq8eSibHEjo+2womTur+EmL29gJ3AvH2jwrt7qsS0eq3E&#10;rXuuw6p7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwf+eNxr/&#10;m0Qu/5pNQP+fTU3/ok5b96RRaO+lVXXnpVqC36Nijdiga5jSnHWhzJl+qciVhrDEko22wYyRu76G&#10;lr+8gZzDun6kxbd8q8ete6vGp3ytxKR9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2u&#10;w6R9rsOkfa7DpH2uw/+eNxr/m0Qu/5tMQP+gTE3/pE1a+KZPZ/CoU3ToqFeA4KdejNqkaJbToXGf&#10;zp16p8mZg6/FlYq1wY+Pu72JlcG6hZ3EtoKkx7CAqsinfarIon6sxZ9/rsOff67Dn3+uw59/rsOf&#10;f67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw/+eNxr/m0Qu/5xLP/+hSkz/pUtZ+ahOZvGq&#10;UXPpq1V/4qtbitupZZTVpm6dz6N3pcqfgKzFmYa0v5OMvLiNk8GyiZnFroahyKqEqcmhgKnKnIGs&#10;xpuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxP+eNhr/nEQu&#10;/5xKP/+iSUz/pkpZ+alMZfGsT3HqrlR9469ZiN2uYpHWrWua0ap1osulfavBnYO0uZaJvLKRkMGs&#10;jJbGp4mdyKOHpsqbg6jLmIOrx5aErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaE&#10;rcWWhK3FloStxf+eNhr/nEMu/51JP/+jSEv/p0lY+qtLZPKuTnDrsVJ75LNXhd+0YI7Zs2qW0bF1&#10;nsaoe6u8oIG0s5qHvKyUjcKmkJTGoI2byZyLpMuWh6jLk4eryJKHrMWSh6zFkoesxZKHrMWSh6zF&#10;koesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxf+fNhr/nEMu/55IP/+jR0v/qEhX+61JY/OwTG/s&#10;tFB55rhWg+G7Xovau2qSzbRznsGreaq3pH+0rp2EvKaYisGglJHGmpGYyZaPocuRjKjMj4qqyI6K&#10;rMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxv+fNhr/nEMu/55H&#10;Pv+kRkr/qkZW/K5IYvSzS23uuE936L1Vf+HBXobWwGyOyLdxnb2ud6qyp320qaGCu6GciMGamI/G&#10;lJaWyZCUn8uMkqjMio+qyYqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaK&#10;jqzGio6sxv+fNhr/nEMu/59GPv+lRUr/q0VV/LBGYfa2SWvwvE5058JVe9/IYYDRw2qNxLpwnbiy&#10;damtq3uzo6WAu5uhhsGUnY3FjpuUyIqZncqGmajLhpSqyYaSq8aGkqvGhpKrxoaSq8aGkqvGhpKr&#10;xoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxv+fNRr/nUIu/6BFPf+nREn/rUNU/rNEX/e6R2jvwU1w&#10;5clWddzOZHrMxmmNvr5unLK2dKinsHmynqt+upWmhMCOo4vEiKGSx4SfmsmAn6fKgZqqyIKYq8aC&#10;mKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxv+gNRr/nUIu/6FEPf+o&#10;Qkj/r0FT/7ZCXfe+RmXsx01r49JYbdbTYXrHymeMucJtm6y8cqehtnexmLF9uY+tgr6IqonDgqiQ&#10;xn2nmch6p6XJe6KryH2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzG&#10;fZ6sxv+gNRr/nUIu/6JCPP+qQEf/sj5R/bpAWfPDRGDoz05j39xZZ8/YYHnAz2aKsshrmqbCcKab&#10;vHavkbh7t4m1gbyCsofAfbCOw3iulsV2raHGdaysxnemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXem&#10;rcV3pq3Fd6atxXemrcV3pq3Fd6atxf+gNBr/nkEu/6RAO/+sPUX/tTtO978+VezLRFnh2k9a1N9R&#10;bMbaWn2402KLq85pmJ/GcaSVwHetjrt+tIe3g7mBtIe9fLKMv3mxk8F2sJvCdLCmwnKwrcJysK3C&#10;crCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwv+hMxr/nkEv/6c9Ov+wOkP9&#10;ujhK8MY7T+PVRU7V4UZfyOJLcbrdUoGs1VuPn8xmm5bGcKSPwHirirx/sYS5g7WAt4e4fLaLu3m0&#10;kLx3tJe9drShvXSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOl&#10;vv+iMxr/oD4u/6o5N/+0NT/2wDVE5885RdffPFDJ50Fku+VGdqzcToWf01qSlcxnnI7GcaSKwnmq&#10;hb9+roC8grJ9uoa0ermKtne4jrh1t5O5c7eauXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlz&#10;t6C5c7eguXO3oLlzt6C5c7eguf+jMhr/ozos/640NP66MTrtyjA72t0yP8rnOFW87D1preVEeZ/b&#10;ToeU01ySjcxom4jIcqGExHmmgMJ9qnzAga15voWvd72IsHS8i7Jyu5CzcLuVtG+6mrRvupq0b7qa&#10;tG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatP+kMBr/pzUq/7QvMPTDKjHe2Cst&#10;zOYuRb3yNVqt7jtsn+REe5PbUYeL1F6Qhs9qmILLc51+yHihesZ8pHfEgKZ1w4Ooc8KGqXHBiatv&#10;wI2sbcCSrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+Vrf+l&#10;Lxr/rS0l/LwnKOXQISTO5CQzvvEsSq74M12g7T1tk+RHeordVIWD12GMf9JsknvPcpd3zXeadMt7&#10;nHLKfp5wyYGgbsiEoW3Hh6JrxoqjacaOpGjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGl&#10;aMWRpWjFkaVoxZGlaMWRpf+nLBr/tSUf7MkaHNDiGSG/8CI4r/0rTaD4NV6T7kFsieZNd4HgWIB9&#10;3GSGeNhri3PVcY5w03WRbtJ5k2zRfJRq0H+Wac+Cl2jPhZhmzoiZZc2MmmTNjppkzY6aZM2OmmTN&#10;jppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2Omv+uJBb1wRcU1N8OEMDvGCaw/SM8of8t&#10;TpT5Ol2J8UdogetScXrmXXh04mR9cN9rgW3dcIRq3HSGaNt4iGbae4ll2X2KZNiAi2LYg4xh1oWN&#10;YNaJjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjv65Fg3U&#10;0gsGwu4OFrH8GSqi/yU9lP8yTIn8QFmB9k1ievBYaXPsX29s6WRzaOdqdmblb3lk5HN6YuN2fGHj&#10;eX1g4nt+X+F+fl7hgH9d4IOAXOCFgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+I&#10;gVvfiIFb34iBW9+IgdTICQPE1woHsvsQGaP/HCuV/yg7iv84SIH/RVJ6/FJacvdZYGv0XmRm8mRo&#10;YvBpamDubWxe7XFtXO10blvsdm9a7HlwWet7cVjrfXFY6n9yV+qCc1bphHNW6YRzVumEc1bphHNW&#10;6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc8TNCAG03QgLpP8SGpf/HyqL/y42gf89QXn/&#10;Sklx/1JQaf9YVWP9XVhf+2NbXPlnXVr4a19Y925gV/dxYVb2dGFV9nZiVPV3Y1P1eWNT9HxkUvR+&#10;ZFH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZf+WMxT/lUMl&#10;/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvK&#10;eaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1&#10;u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeL&#10;nNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3t&#10;lWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZz&#10;urLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JR&#10;N/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGt&#10;yXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LB&#10;dbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGD&#10;kKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh5&#10;5ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5NRN/+X&#10;U0X/mVZS/ZlbYPWYYG3tlmd55ZNxhN+Qe47ajYSW1YiKnNGEkKLPgJWmzH2Zqct7nazJeaGuyHel&#10;r8h2qrHHdK6yx3O0ssR0urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqy&#10;v3W6sv+WMxT/lkMl/5VQN/+ZUUT/m1RS/pxYX/WbXWztmWR45pZsg9+Tdo3aj4CW1IyIndGHjqPN&#10;g5Ooy4CYq8l9nK7IeqGxxnilssZ3qrTFdbC1xXS4tb13uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3&#10;uLW4d7i1uHe4tbh3uLW4d7i1uHe4tf+XMxT/lkMl/5ZON/+aT0T/nVJR/p5VXvaeWmrunGB255pn&#10;guCWcozaknuV1I6EndCKi6PNhpGpyoKWrch+m7DGe6CzxXmmtcR3rLbDdrO3vne3t7d4triyeba4&#10;snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uP+YMxT/l0Ml/5dNN/+bTUP/&#10;n1BQ/6BTXfegWGnvn1116J1kgOGabovblneU1ZGAnNCOiaPMiY+pyYSVrseAmrLFfaC1w3qnt8J4&#10;rrnAd7W5uHi1ubF5tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1&#10;uf+YMxT/mEMl/5hMNv+cTEP/oE5P/6JRXPijVWjwolt06aFhf+KeaoncmnOT1pV8m9GRhaPMjIyp&#10;yYeTr8aCmbPDfqC3wnqoucF4sbu5eLO8sXmzu6t6tLune7W6p3u1uqd7tbqne7W6p3u1uqd7tbqn&#10;e7W6p3u1uqd7tbqne7W6p3u1uv+ZMxT/mEMl/5lLNv+eS0L/oUxO/6RPW/mlU2bxpVhy6qRefeOi&#10;ZofdnnCR15l4mdKVgaHNj4mpyYqRr8WDmLTCf5+4vXynu7p6sL2yerK+q3uyvaZ8s7yjfbS6o320&#10;uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uv+ZMxT/mEMm/5lKNv+fSkL/o0tO&#10;/6ZOWfqoUWXyqFZw66hce+WnYoXfo2yO2Z91l9Oafp/Nk4aoxY2Nr7+HlLW5g5y5tX+jvLF9rL6s&#10;fLG/pXyxv6F+s72efrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u/+Z&#10;MxT/mUMm/5pJNf+gSEH/pElN/6dMWPqqUGTzq1Ru7axaeeasYILgqmmL2qZzlM+ffJ3Gl4OovpCK&#10;sLiLkbayhpi6rYOgvamBqL+lgLDAn3+wwJyAsr2agbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7&#10;moGzu5qBs7uagbO7moGzu/+aMxT/mUMm/5tINf+hR0H/pUhM/6lKV/usTmL1r1Js7rBYduixXn/f&#10;sGiI1ax0kMqjep3Am4GouJSHsLGPjraripW7poedvqKFpcCfhK/BmYGvwZeCsr6Vg7O8lYOzvJWD&#10;s7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvP+aMxT/mUMm/5xHNf+iRkD/p0dL/6tJ&#10;Vv2vTGD2slFq7rRXc+W3XnzdtmqDz69ykMWmeJ27nn6nspiFsKuTi7aljpO7n4uavpuJosGYiKzC&#10;k4WvwpKGsb+RhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvP+aMxT/&#10;mUIm/5xGNP+jRUD/qEVK/61HVf6xSl/1tVBo67lWcOO9XnfZu2qAy7JwkMCpdp22onynrZyCr6WX&#10;ibaek5C7mY+YvpSNoMGRjKnCjYquwo2Jsb+NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmy&#10;vY2Jsr2NibK9jYmyvf+bMxT/mkIm/51FNP+kRD//qkRJ/69FU/y0SV3yuU9l6b5WbOHDYHLTvmmA&#10;xrVuj7utdJywpnqnp6CAr5+bhrWYl467k5WVvo6SncGKkqfCiJCuwoiOsMCIjbK9iI2yvYiNsr2I&#10;jbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvf+bMxT/mkIm/55EM/+lQj7/q0JI/7FEUvq3&#10;SFrwvU5h5sRWZ97JYm3OwWd/wbltjraxcpurqnimoqV+rpmghLWSnYu6jJqTvoeYm8CEl6TCgpav&#10;woOTsMCEkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvv+bMxT/mkEm&#10;/59CM/+mQD3/rUBH/7RCT/e7R1ftw01d5MxYYNnNYGzJxWZ+vL1rjbC1cZqlr3alnKp8rZOmgrSM&#10;oom5hqCQvYGemb99nqLBe56vwX2ZsMB/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+W&#10;sr5/lrK+f5ayvv+cMxT/mkEm/6BBMv+oPzz/sD5F/7dBTfTARVPqyU5W4tVaV9LRXmvEyWR9tsFq&#10;jKq7b5mftXSklrB6rI2sgLKGqYe3f6eOu3qmlr53paC/dKatv3ehsb96nbK+ep2yvnqdsr56nbK+&#10;ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvv+dMxT/m0Em/6I/Mf+qPDr/szxC+7s+SfDGRE3m&#10;0k9N3NxXVszVXWq+zWN7sMdoi6TBbZeZvHOij7h4qoa0frB/soW1ebCMuHSvlbtxrp+8bq+rvXGq&#10;s7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvP+dMxT/m0Am/6Q8&#10;MP+tOTj/tjk/9cE8Q+nORETe3U1H0uBTWMXbXGi302F6qc1miZzIa5WRxHGfiMB2p3+9fa14u4Sx&#10;c7qLtG+4lLdst524areouWm2trhtr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtblt&#10;r7W5ba+1uf+eMhT/nT4l/6c5Lv+xNjX7vDY67ck6PODaRDrS4kdMx+JNXrneVG6s2Vt8n9RiiJTQ&#10;aJOKzG+bgsd3onzDfqh2wISscr6Kr2+8kbFtvJiya7uhs2q7rbJnura0Z7q2tGe6trRnura0Z7q2&#10;tGe6trRnura0Z7q2tGe6trRnura0Z7q2tP+fMhT/oDok/6o0LP+1MjHzwzIz49Q4MNPhPD/G6EJS&#10;ueVIY6ziTXKf31R/k9ldionSZ5ODzXCafcl3n3jGfaR0xIOncMKIqW7BjqtswJSsar+brWm/pa1o&#10;v66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urf+gMBT/ozYi/68wKPu8&#10;LSvozSwo1eAwMMfpOES57D5XrOlFZ57nS3WS4FOAidleiYLUaJF80HGWeMx3m3TKfZ5wyIKhbseH&#10;o2vFi6VpxJCmaMSWp2bDnqhlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6Wo&#10;ZcOlqP+hLxT/qC8f/7UqIvDGJCHY3SMgyOktNbryNUms8TxanvBDaZLoTHWI4VV/gdthh3vXao12&#10;03GRctF3lW/PfJdszYCaasyFm2jLiZ1myo2eZcmSn2PJmKBiyJ6hYsieoWLInqFiyJ6hYsieoWLI&#10;nqFiyJ6hYsieoWLInqFiyJ6hYsieof+jLRT/rika+L8gGt7WGBPJ6CIluvQrOqz4NE2e9zxckvFG&#10;aYjpUHN/41l7et9kgnTca4Zw2XGKbdZ2jWrVe49o03+RZtKDkmTRh5Rj0YqVYdCPlmDPlJdez5mY&#10;Xs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmP+nKBL/tx8S5s4RDcvmFRa7&#10;9CEqrP4rPp7/NE6S+j9ciPJKZn/sVW956F51cuRke27ha35q33CBaN51hGXceYVj232HYtqBiGDa&#10;hIlf2YeKXdiLi1zXkIxb1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aU&#10;jf+wHgvtxg4IzdsLCLvzFRqs/yEunv8sP5L/N02H/URYf/ZPYXjxWWhx7V9tautkcWfoanRk5293&#10;YuV0eWDkeHpf43t7XeN+fFzigX1b4YR+WuGIf1ngjIBY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY&#10;4I+BWOCPgVjgj4FY4I+BWOCPgfO9DQTMzwkBveUMDKz/Fx6e/yQvkv8vPYf/PUl//0lSePxUWnD4&#10;Wl9p9F9kZPJlZ2Hwamle725rXO5ybVvtdm5a7HlvWOx8cFfrfnBW64FxVeqEclTqiHNT6Yt0U+mL&#10;dFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdMzGCAC91AgDrfUOD5//Gh+T/yct&#10;iP80OX7/QkN3/01Kbv9TUGf/WVVi/F5YXvtkW1v5aF1Z+GxeV/dwYFb3c2FV9nZiVPV4YlP1e2NS&#10;9H1kUfSAZFDzg2VP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZr3L&#10;BgCu2wYEn/8QEJP/HR2I/yoofv84Mnb/RDpt/0tBZf9RRl//V0lb/11MWP9iTlX/ZlBT/2pRUv9t&#10;UlD/cFNP/3JUTv91VE3/d1VN/3lVTP57Vkv+fldK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFX&#10;Sv2BV0r9gVdK/YFXSv2BV/+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/k&#10;hYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7Goshu&#10;xqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5Vc&#10;VP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh&#10;0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/&#10;jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVz&#10;oJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG&#10;4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2T&#10;YmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5&#10;otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jT4d&#10;/4xMLv+UUzv/lVZH/5ZbVP2VYWD2kmhr749wdemLen/kh4OH34KKjdx+kJLZepaX1nebmtV0oJ3T&#10;cqWf0nCpodFurqLQbbSj0Gy6pNBswqTKbsSkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRv&#10;xKTEb8SkxG/EpP+OLQ7/jj4d/45LLv+VUTr/mFRH/5hYU/6YXl/2lWRq75JsdemOdn7kioCH34WH&#10;jtuAjpTYfJSY1XmanNN2n5/Rc6Si0HGqpM9vr6XObramzm29p8puwqfDcMKnvXHCp71xwqe9ccKn&#10;vXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp/+PLQ7/jj4e/5BKLf+XTzr/mVFG/5tWUv6aW173&#10;mGFp8JVodOqRcX7kjnyG34mEjtuDi5TXf5Ka1HuYntJ3nqHQdKSkznKqps1wsajNb7mpy2/BqcNx&#10;wam8csCqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqv+PLQ7/jz4e/5JK&#10;Lf+YTTn/m09F/51TUf+dWFz4m15o8ZllcuqVbXzkkXeG34yBjtuHiZXWgZCa032Wn9B5naPOdaOm&#10;zXKrqcxws6rLb72rxXK/q71zv6y2dL6ssXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2x&#10;db6tsXW+rf+QLQ7/kD4e/5NJLf+ZTDn/nU5E/59RUP+fVlv5nlxm8pxiceuYaXvllHOE4I99jduK&#10;hpTWhI2b0n+VoM96nKXNdqOoy3Orq8pxta3Gcb6tvnS9rrZ1va6wdr2urHe9rqx3va6sd72urHe9&#10;rqx3va6sd72urHe9rqx3va6sd72urHe9rv+QLQ7/kD4e/5VJLP+bSjj/nkxD/6FPT/+iVFr6oVll&#10;86Bfb+ydZnnmmG+D4JN5jNuOgpPWh4qb0oGSoc98mqbKeKKqx3WrrcNztK+/c7ywt3W8sLB3u7Cq&#10;eLuwp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sP+RLQ7/kT4e/5ZILP+c&#10;SDf/oEpC/6NNTf+kUlj7pVdj9KRdbe6hY3fonmuA4ph1idySfpLTjIeazIaPocaAl6fBfJ6svXmm&#10;r7l2r7G3drqyr3e6sqp5urKlerqyonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7ux&#10;onu7sf+RLQ7/kT4e/5hHLP+dRzf/oUhB/6VLTP+nUFb8qFVh9ahba+2nYXTlpGl+3p9zh9SYfZDL&#10;kYSaxIqMor6Ek6i4gJqttHyisLB6q7OtebW0qHq5tKR7ubSgfbmznX26s519urOdfbqznX26s519&#10;urOdfbqznX26s519urOdfbqznX26s/+SLQ7/kj4e/5hGK/+eRjb/o0dB/6dJS/+qTlX6q1Ne8qxZ&#10;aOmsYHHiqWh62aVzg82ceo/FlYGavY6IoreIkKmxhJeurICfsah+p7SlfbG1oX24tp1+uLWaf7m0&#10;mYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s/+SLQ7/kj4e/5lFK/+fRDX/&#10;pEVA/6lISf+sTFP4rlJc77BYZeaxX23esGl20qlxgsigeI+/mH6at5KForCMjKmqiJSupIWcsqCC&#10;pLWdga62moC3t5eBt7aVgrm0lIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5&#10;s/+TLQ7/kj0e/5pEKv+gQzX/pkQ+/6tGSP+uS1H1slBZ7LVXYeS3XmnatGlzzaxvgsKkdo+5nHyZ&#10;sZaDoqqRiqmjjJGunomZspmHobWWhau3k4W2t5GEt7eQhbi1kIW5tJCFubSQhbm0kIW5tJCFubSQ&#10;hbm0kIW5tJCFubSQhbm0kIW5tP+TLQ7/kz0e/5tDKv+iQjT/qEI9/61FRvyxSk/ytU9W6bpWXeG9&#10;YGTUuGdyyK9tgb2ndI60oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqi3jIqzuIuJt7eLiLi1i4i5&#10;tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tP+TLQ7/kz0e/5xBKv+jQDP/qUE8&#10;/69ERfq0SEzwuk5T579WWd7CYGDPu2Zxw7Nsgbirco6upHiYpZ5+oZ6ahKiXloyukZOUsoyRnLWI&#10;j6a3hY+xuIWOtreGjbi2h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tf+U&#10;LA7/lD0e/51AKf+kPjL/qz87/7FCQvi4R0ntvk5P5cZXU9rGXl/LvmRxvrZqgLOvcI2pqXaYoKN8&#10;oZifgqiRm4mtipmSsoWWmrWBlaS3f5Wut36Ut7eBkbe2gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1&#10;gpC4tYKQuLWCkLi1gpC4tf+ULA7/lD0e/54/KP+mPTH/rT45/7RBQPS8RkXrxE1J4s5YS9PKXF7G&#10;wmNwubpof660boyjrnSXmql6n5KlgKeKoYeshJ+PsX+dl7R7nKG2eJust3ebt7Z6l7i1fJW5tHyV&#10;ubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tP+VLA7/lT0e/6A9J/+oOzD/sDw3/bg/&#10;PPHBREDoy05C3tNVSs7NW13AxmFutL9nfqi5bYqdtHKVlK94nourfqWEqIWqfaaMr3iklbJ0o5+0&#10;caOqtXCjuLVznrm0dpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s/+WLA7/&#10;lzwe/6I6Jv+qOS7/szo0+b08OO7IQznj1VA319pSSMjSWVy6y19trcVlfKHAa4mXunCTjbZ2nISz&#10;fKJ9sIOod66KrHKtk69urJ2xa6yosmmttrJsqLuxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7&#10;sW+ju7Fvo7uxb6O7sf+XLA7/mjsd/6Q3Jf+tNiv/tzcw88M6MebQQzDc30o1z99SR8HYWFqz0V5r&#10;pstjeprHaYaPwm6Qhr90mH28ep92uoGkcLiJqGu3kqtot5ytZbenrmS3tK5ls72uaK29rmitva5o&#10;rb2uaK29rmitva5orb2uaK29rmitva5orb2uaK29rv+YLA7/nTkc/6c0I/+xMyj5vTIq6ss3Kdzd&#10;PinQ40Y6xeJNS7jeVVqs2VxontNid5LPZ4KIy22MfslzlHbHeZpwxYGfasSJombDkqViw5ynYMOm&#10;qF/DtKhfwcKoYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqf+ZLA7/oDUa&#10;/6oxIP+2LiPwxS0i39gzHNDjOi7E6EJAuOVJUKvhTl+e3lVskttcd4fYY4F+1WqJdtRxj2/ReZRr&#10;zoCYZ8yIm2TKkJ1iyZifYMmhoF/Jq6BfybmfXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzI&#10;w6JcyMOiXMjDov+bLA7/pDAY/68sG/i+Jxvk0SYX0eItIMTrNzO36z5FqulFVJ7nTGKS5VJuhuNY&#10;eH3gYH923GmGcNhxi2vVeI9o03+SZdGGlGLPjZZgzpSYXs6bmV3No5pcza2aW823mlvNt5pbzbea&#10;W823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mv+dLA7/qCsU/7ckFevKHBHT4B4TxOsrJrfxNDiq&#10;8DxJne9EV5HuS2OG7VJtfehbdXXjYnxw4GuBa91yhWjaeIhk2X6LYteEjV/Vio5e1JCQXNOVkVrT&#10;nJJZ0qSTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk/+hKw3/ryMP9MIX&#10;DNbdEAfF6x4Yt/YpK6n3Mzyd9jxLkfdEWIb2TWJ98FZqdutecW7nZHZq5Gt6ZuJyfWTgd4Bh332C&#10;X96ChF3dh4Vb3IyGWtuRh1jalohX2Z2JVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW&#10;2aOKVtmjiv+oIwn9uRYH1tELA8bqEAu29x4dqf0pLpz+ND6Q/z5Lhv5HVn34UV5281llbvBfamjt&#10;ZW5k6mtyYelxdF/ndnZd5nt4W+V/eVnkhHpY44h8V+OMfVbikX5U4Zd/U+Gcf1PhnH9T4Zx/U+Gc&#10;f1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf/+xFQPUxwkBxtYKA7b3Eg+o/x8gm/8rMJD/Nj2F/0BI&#10;ff9LUXX9VFht+VpdZ/ZgYmPzZmVf8mtnXPBwaVrvdGtY7nhsV+18blXsgG9U7IRwU+uIcVLrjHFR&#10;6pFyUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc9a+BwDFywgAt9sJBaj/&#10;FBKb/yIhkP8uLoX/OTp8/0RDdP9OSmz/VFBl/1pUYP1fWF37ZVpa+mpcV/luXlX4cl9U93ZgUvZ5&#10;YVH2fWJQ9YBjT/SEZE70h2RN84xlTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85Bm&#10;TPOQZsTCBgC20QcAqO0LBpv/FxOQ/yUfhf8xKnz/PDRz/0Y7av9MQWP/U0Ze/1lJWv9eTFb/Y05U&#10;/2hQUv9sUVD/b1JP/3JTTv92VEz/eVVL/3xVSv5/Vkn+gldI/YZYR/2KWEf9ilhH/YpYR/2KWEf9&#10;ilhH/YpYR/2KWEf9ilhH/YpYR/2KWLbJBACo2QQBm/8OB4//GhGF/ycbe/8zJHH/PCxo/0MyYf9K&#10;N1v/UDtW/1Y9U/9cQFD/YEFO/2RDTP9oREr/a0VJ/25GSP9xRkf/dEdG/3ZIRf95SET/fElD/4BJ&#10;Qv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSv+CKAn/gjkW/4FIJf+KTzH/&#10;jlY9/49cSf+OY1T+impe+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5o&#10;sZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jS&#10;kv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKAenDufIN36niLfed0koLkcZiF&#10;4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLP&#10;aNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKA&#10;enDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbR&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gjkW/4FIJf+KTzH/jlY9&#10;/49cSf+OY1T+impe+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDd&#10;Z7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+C&#10;KAn/gzkW/4NHJf+MTjH/kFU9/5FbSP+QYVP+jWhe+IhvaPKDeHDtfoJ46XqKfuZ2kYPkc5eH4nCd&#10;iuBuoozfa6eO3WqskN1ospHcZ7iT22a/k9tmx5TZZtCUz2jQk8tp0JTLadCUy2nQlMtp0JTLadCU&#10;y2nQlMtp0JTLadCUy2nQlP+DKAn/gzkX/4ZGJP+OTTD/k1Q8/5RYR/+SXlP/kGVd+IxtZ/KGdXDt&#10;gX946X2HfuV5j4TidZWI4HKbjN5voY/dbKeR3Gusk9tps5TaaLqW2WfDltlmzZfQac6WyGrOl8Rr&#10;zZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl/+EKAn/hDkX/4hFJP+RTDD/lVE7/5ZW&#10;R/+VXFL/k2Jc+Y9qZvOKcnDthXt46YCEf+V7jIXid5OK33Oajt1woJHbbaaU2mutltlptJfYaL2Y&#10;2GfImdFpzJnJa8yZwmzMmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmv+FKAn/&#10;hTkX/4pEJP+TSy//l086/5hURv+XWVD/lmBb+ZJnZfOOb2/uiXh36YOBf+R+ioXheZGL3nWYj9xx&#10;n5PabqaW2GyumNdqtprWaMGb02nLm8pry5vCbcqcu27Knbhvyp24b8qduG/Knbhvyp24b8qduG/K&#10;nbhvyp24b8qduG/Knf+FKAn/hjkX/4xEI/+VSi//mU06/5pRRP+aVk//mV1a+pZkZPSSa27ujXR2&#10;6Yd+fuSBh4XgfI+L3XeXkNtznpXYb6aY1myvmtVquZzUacady2zJncNtyZ68b8iftXDIn7JxyJ+y&#10;ccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn/+GJwn/hjkX/45DI/+XSS7/mks5/5xPQ/+d&#10;VE7/nFpY+5pgYvWWaGzvkW916ot5fuWFg4Xgf4yM3XmVkdl0nZbUcKWa0G6unc1st5/La8Ogw27H&#10;oLtvx6G1ccahr3LGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGof+HJwn/hzkX&#10;/5BCI/+YRy3/nEk4/59MQv+gUUz/oFdW+55eYPSbZWrtlmxz55B2fOGKgITbhImL036Rks54mZjJ&#10;dKGcxnGpn8JwsqLAb72junDFo7NyxaSuc8WkqXTFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1&#10;xaOmdcWjpnXFo/+HJwn/iDgX/5FBIv+aRSz/nkc2/6FKQP+jUEr+o1VU9qJcXe+gYmfonGlw4ZZ0&#10;edqQfYLRiYaLyoKNk8V9lZnAeZ2evHalobhzraS1crilsnLDpqx0w6andsOmo3fEpaF4xKWheMSl&#10;oXjEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpf+IJwn/iDgX/5NBIv+bRCz/oEU1/6NJP/+lTkj7&#10;p1RR86ZaW+ulYGTjomht3J1zdtGVeoLJjYKLwoeKk7yCkZq3fZmfsnqho693qaardrOnqXbAqKR3&#10;wqihecKnnXrDp5t6w6abesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDpv+IJwn/iTgX/5VA&#10;If+dQiv/okQ0/6VIPf+oTEb4qlJP76tYV+erX2DgqGlp1KFwdcuZeIHCkn+Lu4uGlLWGjpqvgpWg&#10;qn6dpKZ7pqejerCpoHm8qp16wamafMGpmH3CqJZ9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeW&#10;fcKnln3Cp/+JJwn/iTgX/5Y/If+eQSr/o0Iz/6dGO/6rS0T1rlFM7LBXVOSxXlzbrWhmz6VudcWd&#10;dYG8lnyLtZCDlK6Ki5uohpKgo4KapZ6AoqibfqyqmH64q5Z+wKuUf8Cqk4DBqJKAwqiSgMKokoDC&#10;qJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqP+JJwn/ijgX/5g/IP+fPyn/pUEy/6pFOvyuSUHysU9J&#10;6bVWUOG3X1fVsWVlyqhsdMChc4C3mnqLr5SBlKiPiJuiio+gnIeXpZeEoKiUgqmqkYK1q4+Cv6uO&#10;g8CqjYPBqY2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqP+KJwn/izgX/5k+IP+h&#10;Pij/pkAw/6xDOPmxSD/wtU5F57pVS967XlTQtGRlxaxrc7ukcYCxnniKqZh+k6KThZqbj42gloyV&#10;pZGJnaiNh6erioeyrIiHv6yIh8CriIbAqYiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGo&#10;iIbBqP+KJwn/jDcX/5s9H/+iPSf/qD8v/65CNve0Rzztuk1B5MBWRtm/XFPLt2NkwK9pc7aob3+s&#10;onWKpJx8k5yYg5qVlIqgj5GSpYqOm6iGjaSrg4yvrIGNvayCjL+rg4rAqYOKwamDisGpg4rBqYOK&#10;wamDisGpg4rBqYOKwamDisGpg4rBqf+LJwn/jjcX/5w8H/+jOyb/qj0t/7FAM/S4RTjqv0w84sdV&#10;QNPCWlLHumFju7NncrCtbX6np3OJnqF6kpadgJmPmoifiZeQpISUmKh/k6KqfJKtq3qSuqx7kcCr&#10;fY/BqX6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqP+MJwn/jzYW/506Hv+lOiX/&#10;rTsr/LQ+MPG8QzTnxUw23stSP87GWVHCvmBitrhmcKuxbH2hrHKImKd4kZCjfpiJoIWegp2No32b&#10;lqd4mZ+pdZiqqnOZt6t0mMCqd5TBqXiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPC&#10;qP+MJwn/kTUW/584Hf+nOCP/rzko+bg8LO7CQi7lzUwt2NBPPcnJV1C8w15gsLxkb6W3anybsnCG&#10;kq12j4qpfJaCpoOcfKSLoXaik6VyoZ2nb6CoqW2gtaltoMGocJvCp3KZwqdymcKncpnCp3KZwqdy&#10;mcKncpnCp3KZwqdymcKncpnCp/+NJgn/lDQV/6E2G/+qNiH/szYl9b45J+rJQCbg1kko0dVOPMPO&#10;Vk62yFxfqsJjbZ+9aHqUuG6Ei7R0jYOxepR8roGadayInnCrkaJrqZukaKmmpmaps6ZmqsOlaaTE&#10;pWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpf+OJgn/lzMU/6M0Gv+tMx7+uDIg&#10;8MU1IOPTPxzY3kUmyttNOr3TVEywzltdo8lha5jEZ3eNwGyBhL1yiXy6eJB1uH+Wb7aHmmq1kJ1l&#10;tJqgYrOloWG0saJgtcKhYq/GomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGov+Q&#10;Jgn/mzES/6YxF/+xLhr3vi0a584xF9neORnN40QowuBNOLXbU0qo1VlanNBfaJDMZXOGyWt9fcZx&#10;hXXEd4tuw36QacGGlGTAj5dgwJqaXcClm1vAsZtawcGbW7zKnF23yp1dt8qdXbfKnV23yp1dt8qd&#10;XbfKnV23yp1dt8qdXbfKnf+RJgn/ny8R/6otFP+3KBXtyCYS2twpDszkNh3B5kAutuNIPqrgTkye&#10;3VZZktpdZYjWY29+1Gp4dtJwf27Qd4Voz3+JY86HjV/OkJBbzZqSWc2lk1fOspNWz8KTVsvQlFfF&#10;z5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlf+TJgn/oywO/7AmD/XAHw3f1RsHzeQn&#10;E8HrNCO16j0zqedFQp3lS1CR41JchuJYZnzgX25032Z1bN5tembedX9h3X2CXdyGhVrbj4hY2ZiK&#10;Vtihi1TYrItU2LeMU9jJi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi/+XJAn/&#10;qSYK/rgcCebOEQXO4xcIwO4mF7TwMiio7js4nO1DRpHsS1KG7FJcfOtZZHPrXmtq6mRwZehsdWHm&#10;dHhe5Hx7W+KDfVngi39W35KBVd6ag1PeooNS3aqEUd22hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/&#10;hFHdv4RR3b+EUd2/hP+fIQb/sBsF6cUNA9DZCwLA7hgMs/YmHKf1MSyb9Ts6kPVER4X1TFF89VNa&#10;c/VZYGvzX2Zl8GZqYe1tbV3rdHBa6npzWOiBdFbnh3ZU5o14U+WUeVHkm3pQ5KF7T+OqfE7jsHxO&#10;47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfP+oHALrvAwBzcwJAMHgDASy+hkQpfwnIJr9&#10;Mi6P/T07hf5FRXv/TU5y/1RVa/taWmT4YF9g9mdiXPRtZVnycmdX8XhpVfB+alPvg2xR7oltUO2P&#10;bk7slG9N65pwTOuhcUvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmcvezDQDMwwgA&#10;v9EIALHvDgak/xsTmf8pIY7/NC6E/z85e/9HQXH/Tkhq/1ROY/9aUl7+YFZa/GZYV/tsWlX6cVxT&#10;+XZeUfh6X0/3f2BO9oRhTPWJYkv1jmNK9JRkSfOaZUjznmZI855mSPOeZkjznmZI855mSPOeZkjz&#10;nmZI855mSPOeZs27BQC9xwYAsdgHAaP/EAiY/x8Ujf8sIIP/Nyt6/0E0cP9HO2j/TUFh/1RFXP9a&#10;SVj/X0tV/2VNUv9qT1D/blFO/3JSTP93U0v/e1RJ/39VSP6EVkf+iFdG/Y1XRP2TWET8lllE/JZZ&#10;RPyWWUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWb2/BACwzgQAouAGApf/EwiM/yITg/8uHXn/OCVu&#10;/z4tZv9FMl//TDdZ/1I7Vf9YPlH/XUBP/2JCTP9mQ0r/akRJ/25FR/9yRkb/dkdF/3pIQ/9+SEL/&#10;gklB/4ZKQP+LSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PS6/GAgCi1gIAlvcK&#10;Aov/FgeC/yQPd/8tF2z/Mx5j/zokXP9CKFb/SSxR/08vTv9VMUv/WjNI/141Rv9iNkT/ZjdD/2k4&#10;Qf9sOED/cDk//3M6Pv93Oj3/ezs8/348Ov+DPDr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06&#10;/4Y9Ov+GPf91JAb/djUQ/3dDHP+ASif/hVIz/4ZZPv+FYEj/gWhS/3xvWvx3eWL3c4No9G+MbvFs&#10;k3Lvapp17WegeOxlpXrrZKp86mKvfelhtX7oYLt/6F/DgOdfy4HmXtWB4GDbgddi3oHUY9+B1GPf&#10;gdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgf91JAb/djUQ/3dDHP+ASif/hVIz/4ZZPv+FYEj/gWhS&#10;/3xvWvx3eWL3c4No9G+MbvFsk3Lvapp17WegeOxlpXrrZKp86mKvfelhtX7oYLt/6F/DgOdfy4Hm&#10;XtWB4GDbgddi3oHUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgf91JAb/djUQ/3dDHP+A&#10;Sif/hVIz/4ZZPv+FYEj/gWhS/3xvWvx3eWL3c4No9G+MbvFsk3Lvapp17WegeOxlpXrrZKp86mKv&#10;felhtX7oYLt/6F/DgOdfy4HmXtWB4GDbgddi3oHUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B&#10;1GPfgf92JAb/dzUQ/3lCHP+CSSf/h1Ey/4hYPf+HX0j/g2ZR/35uWvt5d2L3dYJp9HGKbvFtknPu&#10;a5l27GifeetmpHvqZKp96WOvf+hitYDnYbyB52DEguZfzoLjX9eD3GHbg9Jj3YPPZN2Dz2Tdg89k&#10;3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg/93JAb/eDUQ/3xBHP+FSCf/ik8y/4xWPf+LXUf/h2RR/4Js&#10;Wvt8dGL3eH9p83SIb/BwkHTtbJd462qee+lnpH7oZqqA52SwguZitoPlYb6E5WDHheVg04XdYtmF&#10;02Tchcxl24bJZduGyWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhv94JAb/eDUQ/35AG/+IRyb/&#10;jU4x/49VPP+OW0b/i2JQ/4ZpWfyAcWL3e3tp83aFcO9yjnXsbpV56mucfehpo4DnZqmC5WWwhORj&#10;t4XkYsCH42HLh99i1YfVZNqHzWXZiMZn2YnEZ9iJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfY&#10;if95Iwb/eTQQ/4A/G/+KRib/kE0w/5JTO/+RWkX/j2BP/4pnWfyEbmH3fnhp8nmCcO90i3brcJN7&#10;6W2bf+dqooLlZ6mE5GWwhuNkuYjiYsOJ4mLQithk2IrOZtiKx2fXi8Bo1oy+adaMvmnWjL5p1oy+&#10;adaMvmnWjL5p1oy+adaMvmnWjP95Iwb/ejQQ/4M+G/+NRSX/k0wv/5VROv+UV0T/kl1O/45lWPyI&#10;a2H3gnRp8nx/cO53iHbrc5F86G+ZgOZroYTkaKmH4maxieFku4vgY8eM3GPUjM9m1ozHaNWNwGnU&#10;jrpq1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjv96Iwb/ezQQ/4U9Gv+PRCT/lkou&#10;/5dOOP+XVEL/lVpM/5JhVvyOaV/2h3Bo8oF6cO17hXfqdo585nGXgeNtn4bgaqiJ3WewjNpmu43W&#10;ZceO0WbUj8do04+/atOQuWvSkbNs0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3Skf97&#10;Iwb/fDQR/4g8Gv+SQyT/mEgt/5pMN/+aUkH/mVhK/JdfVPaTZl3wjW5m64d3b+aAgXbhe4t93HWT&#10;g9dxnIfSbqSLz2usjsxptZHJaMCSx2jPk79r0ZO4bNCTsm3QlK1v0JOrb9GTq2/Rk6tv0ZOrb9GT&#10;q2/Rk6tv0ZOrb9GTq2/Rk/98Iwb/fTQR/4o7Gf+UQSP/mkYs/5xLNf+dUD//nVZI+JtdUfGYY1vr&#10;k2tk5I11bd6GfnXYgId80XqPg8x2l4nHcp+NxG+nkcBtsJO+bLuVu2vIlrZtz5awb86Wq3DPlqZx&#10;z5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlf98Iwb/fTQR/4w6Gf+XQCL/nEUr/59J&#10;NP+gTjz7oVRF9KBaTuydYVjlmWlh3pNzatWMe3TOhYN9yH+LhMJ6k4q+dpuPunOjk7Zxq5azb7aY&#10;sW/CmK1wzZiocs2YpHPNmKB0zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl/99Iwb/&#10;fzMR/445GP+ZPyH/nkMp/6FHMv+jTDr4pVJD8KRYS+ijX1Thn2hd15hwaM6ReHTGioB9wISIhbp/&#10;j4u1e5eQsXeflK11p5eqc7GZp3O9m6Vzy5ugdcuanXbMmpp3zZmZd82YmXfNmJl3zZiZd82YmXfN&#10;mJl3zZiZd82YmXfNmP9+Igb/gDIQ/5A4GP+bPyD/oEIo/6RGMP6mSzj0qFBA7KlXR+SpXVDcpWZa&#10;0J1uaMeVdXO/jn19uYmEhbODjIytf5ORqXyblaR5pJmhd62bnne5nJx3yJyZeMqcl3nLm5V6zJqU&#10;esyZlHrMmZR6zJmUesyZlHrMmZR6zJmUesyZlHrMmf9+Igb/gjIQ/5I3F/+cPR//oUAn/6ZELvup&#10;STXxrE886a5VQ+GvXUvVqGRZy6FrZ8KZc3O5k3p9so2BhayIiYymhJCRoYCYlp19oJqZfKqclnu2&#10;nZR7xJ6SfMqdkX3KnI99y5uPfcyaj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmv9/Igb/hDEQ&#10;/5M2F/+ePB7/oz8l/6hCLPitRzLvsE055rRUP92zW0nQrGJZxqRqZrydcXK0l3d8rJF+haaMhoyg&#10;iI2RmoWVlpaCnpqSgKedj3+yno2AwZ6MgMmei4DKnYqAy5uKgMubioDLm4qAy5uKgMubioDLm4qA&#10;y5uKgMubioDLm/9/Igb/hTAP/5U2Fv+fOx3/pT0k/6tBKvWwRS/stUw047pUOdi3WUjLr2FYwaho&#10;Zrehb3Kvm3V8p5V8hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4aEvp+FhcmehYTJnYWEypyFhMub&#10;hYTLm4WEy5uFhMubhYTLm4WEy5uFhMubhYTLm/+AIgb/hy8P/5c1Fv+gOhz/pzwi/q0/J/OzRCzp&#10;uksw4b9SNdO6WEfHs19XvKxmZbKlbXGpn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqKdgYqtn3+K&#10;u59+isief4nJnYCIypyAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm/+BIgb/iS4P/5k1&#10;Ff+iOBv/qTog+7A9JPC4Qijmv0oq3cNPNM69VkbCtl5Wt7BlZK2pa3CkpHF6nJ94g5SbfoqOl4aQ&#10;iJWOlYKSlpl+kKCceo+rnniPuJ93kMmeeY7KnXqMy5t7jMube4zLm3uMy5t7jMube4zLm3uMy5t7&#10;jMube4zLm/+BIgb/iy0O/5s0FP+kNxn/rDge+LQ6Ie29QCPkxkkj18dMM8nBVUW9ulxVsrRjY6iu&#10;aW+fqW95lqV2go6hfImHnYOPgZuLlHyYlJh3l52bc5aonXGWtZ5wlsadcpTKnHSSy5t1kcuadZHL&#10;mnWRy5p1kcuadZHLmnWRy5p1kcuadZHLmv+CIgb/jSwN/500E/+mNBj/rzUb9Lg3HOnDPhzgzUUf&#10;0ctLMsTFVEO4v1tTrblhYaK0aG2Zr253kKt0gIineoeBpIGNe6KJknWgkZZwnpuZbZ2mm2qds5xp&#10;nsOca5zLm26YzJpvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmf+DIQb/kCsN/6AzEf+p&#10;MhX9szEX8L40F+XLOxXa1D8dy89JML7JUkKyxFlRp79gX5y6ZmuStmx1ibJyfoGveIV6rH+LdKqH&#10;kG+oj5Nqp5mWZ6akmGSmsZljp8GZZKXNmGegzZhon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82X&#10;aJ/Nl/+EIQb/kykL/6IwD/+tLhL4uCwS68YvEODVOAvS2j0cxdRILrjPUECsylhPoMVeXZXBZGiL&#10;vWpyg7pwenu3doF0tX2HbrOFi2iyjo9ksZiSYbCjlF6wsJVdsb+VXbHQlGCq0JRhqNCUYajQlGGo&#10;0JRhqNCUYajQlGGo0JRhqNCUYajQlP+GIQb/lygK/6YsDf+xKA7ywCYM49AoB9TfMgvJ3z4ZvdtH&#10;LLHWTz2k0VZMmc1cWY7JYmWExmhue8RvdnTBdXxtwHyCaL6EhmO9jYlfvJeMW7yijlm8r49Yvb6O&#10;V77Ujlm2049atNOQWrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkP+IIQb/nCcI/6onCvy4IQnp&#10;yhsF1d4gBMnlMA++4z0dtOFGLKjeTjqc2lVIkdZbVYbTYWB80GdpdM5ucG3NdXZny3x7YsuEfl7K&#10;jYJaypeEV8qjhlXKr4ZUy76GU8zVhlTE2YhVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZ&#10;if+NHQX/oiUG/7AfBfLCFAPZ2w4ByeYgB73oLxSy5zoip+VDMZvjSj6Q4VBKht9XVHzeXl103WVk&#10;bNtsambbdG9h2nxzXNmEdlnZjnlV2Zh7U9qjfFHasH1Q2759UNzTfFDU4H5R0OB/UdDgf1HQ4H9R&#10;0OB/UdDgf1HQ4H9R0OB/UdDgf/+VGgP/qR8D+7oSAtTNCwDJ5g8CvO0gC7DtLhml7DknmutCNY/q&#10;SUGF6VBLe+hXU3LoXVpq52NgZOdqZV/ncmlb53psV+eCblPni3FQ55VyTuifdEzoqnVL6LV2SufD&#10;dkro3XZL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1S+Tgdf+dFgH/sRIB08MJAMfRCgC78hEE&#10;r/MhD6PzLh2Z8zkqjvNCNoTzSkF781JJcvNXUGnzXFZj82NaXfNpXlnzcGFV83djUvN/Zk/yh2dN&#10;8I9pS++Ya0rvoGxJ7qltSO6zbUftwG5G7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbv+n&#10;DwDTugcAxccHALrWCQCt+hMGovoiEpf6Lx+N+zorg/xDNXr9TD5x/VFFaP1WS2H+W09c/mJTV/5o&#10;VlT9b1hR+3VaTvp8XEz5g11K+IpfSPeRYEf2mWFG9qBiRfWnY0T0sWRD9LVkQ/S1ZEP0tWRD9LVk&#10;Q/S1ZEP0tWRD9LVkQ/S1ZNayBADEvgYAt8wGAKzcCQGg/xYIlf8lFIv/Mh+C/zwpef9FMm//Sjln&#10;/08/X/9VQ1r/W0dV/2FKUv9nTE//bE5N/3JPS/94UUn/flJH/4RTRf+LVEP/kVVC/phWQf2eV0D9&#10;plhA/KlYQPypWED8qVhA/KlYQPypWED8qVhA/KlYQPypWMa4BAC2xAQAqtMFAJ7yDQKU/xoJiv8o&#10;E4H/NB13/zwlbf9CLGX/RzJd/002V/9TOlP/WT1P/18/TP9kQUr/aUNI/25ERv9zRUT/eUZC/35H&#10;Qf+ESD//ikk+/5BKPf+VSzz/nEw8/59MPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTLe8AwCp&#10;ywIAnNsDAJL/EAKJ/x0IgP8qEHX/MRhr/zgfYv8+JFv/RClU/0osUP9RL0z/VzJJ/1wzRv9gNUT/&#10;ZTZC/2k3Qf9uOD//czk9/3c6PP98Ozv/gjw5/4c9OP+MPTf/kz42/5U+Nv+VPjb/lT42/5U+Nv+V&#10;Pjb/lT42/5U+Nv+VPqrEAACc0gAAj+cCAIb/EQJ8/xsFcf8kC2j/KxFf/zIXV/85G1H/Px5M/0Yh&#10;SP9NI0X/UiVC/1cnQP9bKD7/Xyk8/2MqOv9nKzn/ayw3/28sNv90LTX/eC40/30uMv+CLzH/iDAx&#10;/4owMf+KMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMP9qJAT/aTIK/2w+FP92Rh7/e00p/3xVM/96&#10;XT3/dmZG/3FuTf9teVT/aoRa/maNX/tjlWL5YZxl+F+iaPdeqGr2XK1r9VuzbPRauW7zWcFu81jJ&#10;b/JY1HDvWOBw6VnkcONa5nDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocP9qJAT/aTIK&#10;/2w+FP92Rh7/e00p/3xVM/96XT3/dmZG/3FuTf9teVT/aoRa/maNX/tjlWL5YZxl+F+iaPdeqGr2&#10;XK1r9VuzbPRauW7zWcFu81jJb/JY1HDvWOBw6VnkcONa5nDcXehw3F3ocNxd6HDcXehw3F3ocNxd&#10;6HDcXehw3F3ocP9qIwT/aTEK/24+FP93RR7/fE0o/35UM/98XDz/eWRF/3NtTv9veFX/a4Ja/WiL&#10;X/tllGP5Yptm92ChafZep2v1Xa1s9FyzbvNaum/yWcFw8lnKcfFY2HHsWeFx5lrkceBc53HYXehx&#10;2F7ocdhe6HHYXuhx2F7ocdhe6HHYXuhx2F7ocf9rIwT/ajEK/3E8FP96Qx3/gEso/4FTMv+AWjz/&#10;fGJF/3dqTv9xdFX/bn9b/WqJYPpmkmT4ZJlo9mGga/Vfp23zXq1v8lyzcPJbunHxWsNy8FnNc+5Z&#10;3XPoWuJ04Vzlc9le5nPQX+d00F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndP9sIwT/azEK/3M7&#10;FP99Qh3/gkon/4RRMv+DWTv/gGBF/3toTf90cVX/cHxb/GyHYflokGb3ZZhp9WOfbPNhpm/yX6xx&#10;8V2zcvBcu3TvW8V171rQdepa33biXOJ221/lddFg5nbKYeV3ymHld8ph5XfKYeV3ymHld8ph5XfK&#10;YeV3ymHld/9tIgT/bDEL/3Y6FP+AQR3/hUgn/4hPMf+HVzv/hF5E/39mTf94blX/c3lc/G6EYvlq&#10;jWf2Z5Zr9GSebvJipXHxYKxz7160de5dvHbuW8d37VvWeOVc4HjcX+N40mDkeMth5HnEY+N6xGPj&#10;esRj43rEY+N6xGPjesRj43rEY+N6xGPjev9uIgT/bTEL/3g4E/+DPxz/iUcm/4tOMP+LVTn/iFxD&#10;/4NjTP99a1T/dnVc/HKAYvhtimf1aZRs82accPFjpHPvYax17l+0d+1dvnnsXMt66Fzcet5f4XrS&#10;YeN7ymLifMRj4n2+ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhff9uIgT/bjAL/3s3E/+G&#10;Phz/jEUl/49MLv+PUzj/jVpB/4hhS/+DaVP6fHFb93Z8YvNxh2jwbZBt7WmZcepmoXXoY6l45mGy&#10;euRgu3viX8d84F/afdRi4X3KY+B+w2Tgf71m34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+A&#10;t2ffgP9vIQT/bzAL/342Ev+JPBv/kEQk/5NMLf+TUjb/kllA/45gSfmIZlL0gm5a73x5Yet3g2jn&#10;coxu5G2Vc+BqnXfdZ6Z62mWufNZjuH7TYsOA0WLTgcpk34HBZd6Cu2fdgrVo3YOwad2DsGndg7Bp&#10;3YOwad2DsGndg7Bp3YOwad2DsGndg/9wIQT/ci8L/4E0Ev+MOxr/k0Mi/5dLK/+XUTT/llc9+pNd&#10;RvOOZE/uiGtY6IJ1YON8f2jed4lu2XKRdNNumXnQa6F9zGipgMlmsoLHZb2DxWXLhMFm3IS5aNuF&#10;s2nbha5r24WpbNuFqWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhf9xIQT/dC4K/4QzEf+POhn/&#10;lkMh/5pJKf+aTjL8mlQ79ZhbRO6UYk3nj2lV4YlzXtuCfGbTfIVvzXeNdclylXrFb51/wWylgr5q&#10;rYW7abiHuWnEiLdp2Iiwa9mIq2zZiKdt2Yijb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/a&#10;h/9xIAT/diwK/4YyEf+SOhj/mUIg/5xHJ/+eTC/4nlI48J1YQOmaX0nilWdS2o9wXNGHeGbKgYFv&#10;xXyJdsB3kHy7dJiAt3GghLRvqYexbbOJrmy/iqxsz4uobteLpG/YiqBw2IqdcdmJnXHZiZ1x2Ymd&#10;cdmJnXHZiZ1x2YmdcdmJnXHZif9yIAT/eCsK/4gwEP+UORf/m0Ee/59FJf2hSi30olA07KJWPOSg&#10;XEXcm2VP0pNtXMqMdWbDhn1vvYGFdrd8jX2zeJSBrnWchqtzpYmnca6LpXC6jaNwyY2gcdWNnHPW&#10;jJp01ouXdNiKl3TYipd02IqXdNiKl3TYipd02IqXdNiKl3TYiv9zIAT/eioJ/4svD/+WORb/nT8c&#10;/6FDI/qkSCrxpk4x6KdUOOGnXEDVn2JOy5hrW8ORcma8i3pvtoWCd7CBiX2rfZGCpnmZhqJ3oYqf&#10;dauNnHS2jpp0xY+YddSOlXbVjZN31Y2Sd9aLknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi/9z&#10;IAT/fCkJ/40vD/+YOBX/nz0b/6RBIfeoRiftq0wt5a1SM9yqWT/Qo2FNxpxpWr6VcGW2j3dvr4p/&#10;dqmFhn2kgY6Cn36Wh5t7nouXeaiOlHizj5J4wZCQedOQj3rUj4561Y2Me9aMjHvWjIx71oyMe9aM&#10;jHvWjIx71oyMe9aMjHvWjP90HwT/figJ/44uDv+bOBT/oTwZ/6c/H/SrRCTqr0op4rNRLtauVz7L&#10;p19NwaBnWrmZbmWxk3Vuqo58dqOKg32ehouCmYOTh5SAm4uQfqWOjX2wkIp9vZGJftCRiH7Tj4h+&#10;1I6HftWNh37VjYd+1Y2HftWNh37VjYd+1Y2HftWNh37Vjf90HwT/gCcI/5AuDv+dNxP/ozoY/Kk9&#10;HPGvQiDntEgk37dOLNGxVT3Hql5MvaNlWbSdbGSrl3NupJN6dp6OgXyYi4iCkoeQh46FmYuJg6KO&#10;hoKtkIOCu5GCgsyRgoLTkIKC1I+CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjf91HwT/&#10;giYI/5ItDf+fNhL/pTgW+aw7Gu6zPx3luUYf2rtLK820VDzCrlxLuKdjWK+hamOmnHFtn5d3dZiT&#10;fnySkIaCjI2Oh4eKlouDiKCOf4erkH2HuJF7h8mRfIfTkHyG1I99hdWNfYXVjX2F1Y19hdWNfYXV&#10;jX2F1Y19hdWNfYXVjf91HwT/hCUI/5QtDP+gNRD/qDYU9q84F+u3PRjiv0UZ1b5JKsi4Uzu9sVtK&#10;s6tiV6qmaGKhoW9smZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeY2okHaMtZF0jcaRdY3TkHaL1I94&#10;idWNeInVjXiJ1Y14idWNeInVjXiJ1Y14idWNeInVjf92HgP/hiQH/5csC/+iMg//qzMR8rM1E+i8&#10;OhPexT8X0MFIKcS7UTm5tVlIrrBgVaWqZ2Gcpm1rlKJ0c42eenqGm4GAgJiJhXuWkol2lJuNcpOm&#10;j2+Ts5Buk8OQbpPTj3CR1I5yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7Vjf93HgP/iSIH&#10;/5ksCv+lMA38ri8O77gxDuTDNw3ZyjsWy8VGJ7+/UDizulhHqbVfVJ+wZV+WrGtpjqhycYaleHiA&#10;on9+ep+Hg3Sdj4hvm5mLbJqkjWmasI5nm8COZ5vVjmmY1Y1slNaMbJTWjGyU1oxslNaMbJTWjGyU&#10;1oxslNaMbJTWjP94HgP/jCEG/50rCP+oLAr4syoL6r8rCeDMMgbRzjkVxclFJbnETjauv1ZFo7td&#10;Upm2Y12Qsmlnh69wb4CsdnZ5qX18c6eEgW6ljYVppJeIZaOiimOjroxho76MYKTSi2Og14tlnNiK&#10;ZZzYimWc2IplnNiKZZzYimWc2IplnNiKZZzYiv96HQP/jyAF/6ApB/+sJwfyuCQG5cckBNnVJwXL&#10;0zcTv85DI7PKTDSnxVRCnMFbT5K9YlqJumhkgbdubHm0dHJzsnt4bbCDfWivi4FjrpWEX62ghl2t&#10;rYdbrbyHWq7Qh1yq2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah/9+GgP/lB8E/6Um&#10;Bf2xIATswRoD39MXAdDcJQTE2TUQuNVBIazQSzGgzFI/lclZTIvFYFeCw2ZgesBsZ3O+c21svHpz&#10;Z7uCd2K6inteuZR+WrifgFi4rIFWubuBVbrPgVa23oJYsN2CWK/dgliv3YJYr92CWK/dgliv3YJY&#10;r92CWK/dgv+EFwL/mRwC/6ofA/W5FQLezQwA0N8SAMXgJgW73zYOsN1AHaTZSS2Y1VE7jdFYSIPP&#10;XlJ7zGVac8trYWzJcmdmyHlsYceBcF3GinRZxpR2VsWfeFPGrHlSxrt6UcfPeVHE43pTvOJ8U7zi&#10;fFO84nxTvOJ8U7zifFO84nxTvOJ8U7zifP+KFAH/nxgB/7AUAdjDCgDO0QoAxOUUAbnkJgiu5DQT&#10;pOI/IJngRy2P3k85hdxWRHvaXUxz2WRUbNdrWmbWcl9h1XlkXNSCZ1jUi2pV1JVtUtSgblDUrW9O&#10;1bxwTdbQb03V6HBOzOlyTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpcv+SEQH/pxEA2LkJAMvG&#10;CADC1QoAt+oWA6zqJwyi6TQYmOg+JI3nRzCD5k46euVUQ3HkWkpp5GFQZONoVV/jcFla43hcVuOA&#10;X1PjiWJQ45NkTeSdZUvkqWdK5bZnSeXGZ0jm32dK4OxnSt/sZ0rf7GdK3+xnSt/sZ0rf7GdK3+xn&#10;St/sZ/+cDQDbsQYAyr0HAL/KBwC12goAqu8ZBaDwKA+W8DUbjPA/JoLwRzF58E45cO9UQGjvWkZh&#10;72BLXe9nT1jvblJU73VVUfB9V07whVlL8I9bSPGZXEbxo15E8q9fQ/K7X0LzzGBB8+dgQfPoYEHz&#10;6GBB8+hgQfPoYEHz6GBB8+hgQfPoYN6nAgDLtgUAvcEFALLPBwCn6g0BnfccB5T4KxKK+DYcgflA&#10;Jnj6SC9v+k02Z/pTPGD6WEBb+19EVvtlR1L7bElP/HJLS/x5TUj8gU9F/YpRQ/2TUkH+nFM//qZU&#10;Pf+xVT3+vFY8/s1WPP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVs6wAgC9ugQAsccEAKXWBwCb&#10;/RACkf8gCYj/LRKA/zkbdv8/I23/RSpl/0swXv9RNVj/VzhT/107T/9jPkz/aEBJ/25BRv91Q0P/&#10;fERA/4RGPf+MRzz/lEg7/51JOv+lSjn/rUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5&#10;S761AgCwwAIApM4DAJfeBQCP/xQChv8jCH3/LhBz/zUYav88HmL/QiRb/0goVf9OLFD/VC9M/1ox&#10;SP9fM0X/ZDVC/2o2P/9wNz3/djk7/3w6Of+DOzj/izw2/5M9Nf+aPjT/oT4z/6o/M/+qPzP/qj8z&#10;/6o/M/+qPzP/qj8z/6o/M/+qP7G6AQCjyAAAltYAAIv0CQGD/xYCef8gBm//KAxn/zASX/83F1j/&#10;PhtS/0QfTP9KIkj/UCRE/1UmQf9aJz7/Xyk7/2QqOv9pKzj/biw2/3QtNP96LjP/gS8x/4gwMP+P&#10;MC7/ljEt/54yLf+eMi3/njIt/54yLf+eMi3/njIt/54yLf+eMqTCAACWzwAAiN8AAID/DAF1/xIC&#10;av8YA2L/IQda/ykLU/8xD03/OBJI/z4VQ/9EFz//Shk8/08aOf9TGzf/WBw1/1wdM/9hHjH/ZR8w&#10;/2ogLv9wIC3/diEr/3wiKv+CIyj/iCMn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJP9g&#10;JQT/WzAG/2E6Df9qQRb/b0of/3FSKf9vWzL/a2Q6/2duQf9kekf/YIRM/12OUP9allP/WJ5W/1el&#10;WP9Vq1r/VLFb/1O3XP9Svl3+Ucde/FHRX/tQ4F/4UOlf81HtX+5T8F/oVPFf5FbyX+RW8l/kVvJf&#10;5FbyX+RW8l/kVvJf5FbyX/9gJQT/WzAG/2I5Df9sQBb/cUkf/3JRKf9xWjL/bWM6/2htQf9leEf/&#10;YYNN/16NUf9bllT/WZ1X/1ekWf9Wqlv/VbFc/1S3Xf5Tv179Usdf/FHTYPpQ4mD2Uelg8VLuYOtU&#10;72DlVvFg4VfyYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYP9hJQT/XDAG/2U4Df9uPxX/dEcf/3VQ&#10;KP90WDH/cGE6/2tqQf9ndkj/Y4FN/2CLUv9dlFX/WpxY/1ijWv9Xqlz+VrBe/VS3X/1Tv2D8U8lh&#10;+lLWYvhR5GLzUupi7VTuYuZW72LgWPBi21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj21jxY/9iJQT/&#10;XS8G/2c2Df9xPhX/d0Ye/3hOKP93VjH/dF86/25oQf9qc0j/Zn5O/2KJU/9fklb/XJta/1qiXP5Y&#10;qV79V7Bg/FW3YftUwGL7U8pj+VPaZPVS5mTvVOtk6FbuZOFY72TZWfBl01rwZtNa8GbTWvBm01rw&#10;ZtNa8GbTWvBm01rwZv9iJAT/Xi8G/2o1Df90PBX/ekQe/3xMJ/97VDD/d1w5/3JlQf9sb0j/aHtO&#10;/2SGU/9gkFj/XZlb/luhXv1ZqGD8WLBi+1a4Y/pVwWT5VM1l91PeZvJU52bqVutm4lnuZtpa7mfR&#10;W+9ozFzwaMxc8GjMXPBozFzwaMxc8GjMXPBozFzwaP9jJAT/Xy4G/20zDP93OhT/fUId/4BKJv9/&#10;UjD/fFs4/3djQf9wbEj/bHdP/2eCVP9jjVn9YJZc/F2fX/pbp2L4Wa5k91i2ZvVXwGf0Vsto8VXd&#10;aO1W6WnjWexo2lvtadBc7mrJXe5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua/9kIwT/YS0G&#10;/3AyDP97OBT/gUAc/4RJJf+EUS7/gVk3/3xhQP92aUj/cHNP+2x/VfhoiVr2ZJJe82GbYfFfo2Tw&#10;Xatm7luzaOxavGrqWcdr6FnYa+RZ6GvaW+tsz13tbche7G7CX+xuvmDsb75g7G++YOxvvmDsb75g&#10;7G++YOxvvmDsb/9lIwT/ZCsG/3MwDP9+NhP/hT8b/4lIJP+JTy3/hlc2/4JePvx8Zkb4dnBO9HF7&#10;VfBthVrtaY5f6mWXY+hin2bmYKdp416va+FduWzgXMRt3lzTbtld5m7OXutvxl/qcb9h6nG6Yuly&#10;tmPpcrZj6XK2Y+lytmPpcrZj6XK2Y+lytmPpcv9mIwT/ZykG/3cuC/+CNRL/iT4a/41HIv+NTiv/&#10;jFUz/IhcPPaDZEXxfGxN7Hd3VOhygVrkbopg4WqTZN1mm2jaZKNr1mKsbtNgtXDQX79xzl/Ncstf&#10;4nPEYehzvWLodLdk53SyZed0r2bndK9m53SvZud0r2bndK9m53SvZud0r2bndP9nIgT/aicF/3os&#10;Cv+GNBH/jT0Z/5FFIP+STSj9kVMx9o5aOvCJYULqg2lL5X50U+B4fVrac4Zg1G6PZtBrl2rMaJ9u&#10;yWanccdkr3PEY7l1wmLGdsBi2ne6ZOZ3s2Xld65m5XeqaOV3qGjmd6ho5neoaOZ3qGjmd6ho5neo&#10;aOZ3qGjmd/9nIgT/bSYF/30qCv+JNBD/kTwX/5VEHv+XSyb4llIu8ZRYNuqQXj/kimdI3YRxUNV9&#10;eVrPeIJhynOKZ8ZvkmzCbJpwv2qic7xoqna5Z7R4tmbAebRm0HqxZ+N6q2jjeqdq43qja+R5oWvk&#10;eaFr5Hmha+R5oWvkeaFr5Hmha+R5oWvkef9oIQT/byQF/4ApCf+MMw//lDsW/5lDHP2bSSP0m08q&#10;7JlVM+WWXDvekWVF1IltUMyDdlrHfX5hwXiGaL10jm24cZZytW6ddbFspniua697rGq7fKppyn2o&#10;auF9o2zifJ9t4nycbuJ7mm7je5pu43uabuN7mm7je5pu43uabuN7mm7je/9pIQP/cSMF/4IoCf+P&#10;Mg7/lzsU/5xCGvmeRiDwn0wn6J9SLuCdWjbWlWFEzY5qT8aIclm/gnpiuX2CaLR5im6wdpJzrHOa&#10;d6hwonqlb6t9om62fqBtxX+ebtt/m2/gfphw4X6WceF9lHHifJRx4nyUceJ8lHHifJRx4nyUceJ8&#10;lHHifP9pIQP/dCIE/4UoCP+RMQ3/mjoS/58/F/WiRB3spEoj5KRQKduhVzXPml9Dx5NoT7+McFm4&#10;h3dhsoJ/aK1+hm6peo5zpHeWeKB1nnudc6h+mnKzgJdxwIGWctOBk3PfgJF04H+QdOB+j3ThfY90&#10;4X2PdOF9j3ThfY904X2PdOF9j3Thff9qIQP/diAE/4cnB/+UMAz/nTkR/aI9FfKlQRrpqEcf4KpN&#10;JdSkVDTKnV1CwZdlTrqRbViyi3VhrIZ8aKeCg26if4t0nXyTeJl5m3yVd6V/knavgZB2vYKOds6C&#10;jXfegYt334CKeOB/injgfop44H6KeOB+injgfop44H6KeOB+injgfv9qIAP/eB8E/4kmB/+WMAv/&#10;nzcP+qQ6E++pPxfmrUUa3K5KJM+oUzPGoVxBvZtkTbSVa1itj3Jgp4t5aKGHgW6bg4h0l4CQeJJ+&#10;mXyOfKJ/i3qtgoh6uoOHesuDhnvegoV73oGFe9+AhXvgf4V74H+Fe+B/hXvgf4V74H+Fe+B/hXvg&#10;f/9rIAP/eh4E/4smBv+YLwr/oTUN96c4EOytPBPjskIW17FHI8urUjLBpVpAuJ9iTLCZaVeolHBg&#10;oY93Z5uLfm6WiIZzkYWOeIyClnyIgJ+AhH+qgoF/t4OAf8iEf4Ddg39/3oF/f9+AgH7gf4B+4H+A&#10;fuB/gH7gf4B+4H+AfuB/gH7gf/9sIAP/fBwD/40lBv+aLgn/ozML9Ko0DemxOQ/ftz8S0rRGIseu&#10;UDG9qFk/s6JgS6udZ1ajmG5fnJR1Z5aQfG2QjYNzi4qLeIaIlHyBhp2AfoSognuEtYN5hMWEeIXd&#10;g3mE3oF6g9+AeoLgf3qC4H96guB/eoLgf3qC4H96guB/eoLgf/9tHwP/fhsD/48kBf+dLAf+pjAJ&#10;8K4xC+W2NQvbvDkRzrdFIMOyTzC4rFc+r6dfSqahZVWenWxel5lzZpCVemyKkoFyhZCJd4CNkXx7&#10;i5t/d4qlgnSJsoNyicKDcorag3OJ3oF0h9+AdYbgf3WG4H91huB/dYbgf3WG4H91huB/dYbgf/9v&#10;HgP/gBsD/5IjBP+gKwb6qSwH7bIsB+K8MQfVwDYQybtDH762TS60sFY8qqtdSaGmZFSZompdkZ5x&#10;ZYqbeGuEmH9xf5aGdnmTj3p1kZh+cZCjgW6Qr4JskL+Da5HVgm2P3oFvjd+AcIvgf3CL4H9wi+B/&#10;cIvgf3CL4H9wi+B/cIvgf/9xHAP/gxkC/5UhA/+jKQX2rScF6LcmBN7DKgPQwzUOxL9BHbm6TC2u&#10;tVQ7pbBbR5usYlKTqGlbi6VvY4Widmp+n3xveJyEdHOajHlvmZZ8a5ehf2iXrYBml7yBZZjRgGaW&#10;339ok+B+apHhfmqR4X5qkeF+apHhfmqR4X5qkeF+apHhfv91GgL/hxgC/5ggA/+mJQPysiAD5L4e&#10;AtfJIgLKxzMNvsNAHLO/SiupulM5n7ZaRZayYVCNr2dZhaxtYH6pdGd4pnptcqSCcm2iinZooZR5&#10;ZKCffGGfq35foLp+X6DOfl+f4X1im+F9Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifP94GAL/&#10;ixcB/50dAv2rHgLsuBcB3sgRAM/NHwLEzDALuMg+Ga3FSCijwVE2mL1YQo+5X02GtmVWf7NrXXix&#10;cmRyr3lpbK2AbmesiXJiqpJ1X6mdeFypqnpaqbl6WarMelip5HpbpOR6XaHkeV2h5HldoeR5XaHk&#10;eV2h5HldoeR5XaHkef99FQL/kBQB/6EYAfaxFADZwQsA0s8LAMjSHAG80S4Jsc47F6bLRiWcyE8z&#10;kcRWP4jBXUmAv2NSeLxqWXG6cF9ruXdkZrd/aWG2h21dtZFwWbWccla0qXRUtLh0U7XLdFO15HRU&#10;sOd1VqzndVas53VWrOd1VqzndVas53VWrOd1Vqzndf+DEgH/lhEA/6gRANm4CgDOxAkAx9IKAL/Z&#10;GQG02CsHqdY5FJ/TRCKU0E0vis1UO4HKW0R4yGJNccdpU2vFb1llxHZeYMN+YlzCh2ZYwZFoVcGc&#10;a1LBqGxQwbdtT8LKbU/C5GxPvexuULnsb1C57G9QuexvULnsb1C57G9QuexvULnsb/+JEAH/nQ4A&#10;2q8IAM27CADExwcAvNYLALPfGgGq3ysHoN45EpbdQx6M2ksqgthTNXnVWj9x02FGatJoTGXRb1Jg&#10;0HZWW9B+WlfPh11Tz5FfUM+cYU7PqWNMz7hjS9DLY0zQ5WJKzvJlS8jyZkvI8mZLyPJmS8jyZkvI&#10;8mZLyPJmS8jyZv+SDQDepgQAzrQGAMK/BgC5zAgAsN0MAKflHQOe5S0LlOU5ForkQiCB40oqd+JQ&#10;M2/hWDtp4F9BY+BmRl7fbkpa33VOVt99UVLfhlNP35BWTd+bV0vgp1hJ4LVZSOHGWUjh31lH3/BZ&#10;Rtz1W0bc9VtG3PVbRtz1W0bc9VtG3PVbRtz1W+2cBADRrQQAwrgFALfDBQCt0QgApO0QAZvtIAWS&#10;7S4Oiew6GIDsQyF27EoqbuxQMWbrVjdg61w8W+tkQFfra0NT63JGUOt6SU3sg0tK7IxNSOyWTkXt&#10;oVBD7a5RQu68UUHvzFJB7+VSQO3xUUDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUdSlAADEsgMAtrwD&#10;AKvJBQCg2AgAl/QTAY/1JAeH9TEPfvY7GHT2QiBs9kgnZfZPLV73VTFZ91s1VfdiOFH3aDtN+G89&#10;Svh2P0f4fkFE+YdDQvmRRUD6m0Y++qZHPPuxSDv7vkk6/M9JOfzjSTn840k5/ONJOfzjSTn840k5&#10;/ONJOfzjScetAAC3twIAqsMCAJ7QBACT4wkAjP0YAoT+Jwd7/zEPcv84Fmn/QBxi/0YiXP9NJlb/&#10;UypS/1ktTv9fMEr/ZTJH/2s0RP9xNUH/eTc//4E4PP+KOjr/kzs4/508Nv+nPTX/sT40/74+M//K&#10;PzP/yj8z/8o/M//KPzP/yj8z/8o/M//KP7iyAACqvQAAncoAAJHYAgCI+w0Bf/8ZAnb/JAZu/y0M&#10;Zv81El//PBdY/0MbU/9JHk7/TyFK/1UkRv9bJkP/YCdA/2YpPv9rKjv/cis5/3ktNv+BLjT/ii8x&#10;/5QwMP+cMS7/pTIt/68zLP+3Myz/tzMs/7czLP+3Myz/tzMs/7czLP+3M6u4AACexQAAkNIAAIPg&#10;AAB9/w8Bcv8WAmj/HgRh/ycIWv8vDFT/NxBO/z4TSf9EFkX/ShhB/08ZPv9VGzv/WRw5/18dNv9k&#10;HjT/aR8y/3AgL/93IS3/fyIr/4cjKP+QJCf/mSUm/6EmJf+nJiX/pyYl/6cmJf+nJiX/pyYl/6cm&#10;Jf+nJp/AAACRzQAAg9sAAHj2AgBv/w0BZP8SAlz/GQNU/yAETv8nBkj/LwhD/zYKP/88DDz/Qg44&#10;/0cPNf9MEDP/UREw/1YSLv9aEyz/XxQq/2UUKP9rFSb/cRYj/3kXIv+BGCD/iRge/5EZHf+XGR3/&#10;lxkd/5cZHf+XGR3/lxkd/5cZHf+XGf9WJwT/UTIF/1Y1B/9fPQ7/ZEUW/2ZOH/9kWCf/YWIv/15u&#10;Nf9aeTv/V4Q//1SPQ/9RmEb/T6BI/06nSv9Nrkv/TLVM/0u8Tf9KxE7/Sc5P/0neT/9I6VD/SPJQ&#10;/En2UPdL+VDxTPpP6077UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UP9WJwT/UTIF/1g0B/9iOw7/&#10;Z0QW/2lNH/9nVif/Y2Av/2BrNf9cdzv/WIJA/1WNRP9Tlkf/UJ9J/0+mS/9OrU3/TbRO/0y8T/9L&#10;xVD/Ss9R/0ngUf9J61H+SfJS+Uv3UvNN+VHtT/pR5lD6UuVQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6&#10;Uv9XJwP/UjEF/1oyB/9kOg7/akIW/2xLH/9qVCf/Z14v/2JoNv9edDz/WoBB/1eLRf9UlUj/Up1K&#10;/1ClTP9PrU7/TrRP/028Uf9MxVH/S9FS/0riU/9J7VP7S/NT9Uz3U+5P+FPoUPlT4VL6VOBS+lXg&#10;UvpV4FL6VeBS+lXgUvpV4FL6Vf9YJgP/VDAF/10xB/9nOA7/bUAW/29JHv9uUif/alwv/2VmNv9h&#10;cTz/XX1B/1mIRv9Wkkn/VJxM/1KkTv9Qq1D/T7NR/067Uv9NxFP/Tc9U/kzgVftM61X4TPRV8E/3&#10;VelR+FXiUvhW21T5V9lU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V/9ZJgP/Vy4F/2AvB/9qNg3/cT4V&#10;/3NIHv9yUSb/b1ou/2pjNv9lbjz/YXpC/12FR/9aj0r/V5hN/1WgUP9UqFL+Uq9T/VG3VfxQwFb6&#10;T8tW+E/cV/VP6VfyT/NX6lL2V+FT91jaVfhZ0Vb4Ws9W+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Wv9Z&#10;JgP/WiwF/2QtB/9uMw3/dT0V/3hGHf93TyX/dFgt/3BgNf9qajz/ZnZC/2KBR/5ei0v7W5RP+Vmd&#10;UvhXpFT2VqxW9VS0V/NTvFjyU8dZ8FLVWuxS5lrpU/JZ4VT1W9dW9lzPV/ddyFn4XcdZ+F3HWfhd&#10;x1n4XcdZ+F3HWfhdx1n4Xf9aJQP/XSoF/2cqBv9yMgz/eTsU/3xFHP98TST/elUs/3VeNP9vZzz8&#10;anJC+WZ9SPZjh0zzX5BQ8V2ZU+9boVbtWahY61iwWupXuVvoVsNc5lbRXONW5FzfVvBd1Vf1X8xZ&#10;9mDGWvZgwFv2Yb5c9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yf9bJQP/YCgF/2soBv93MAv/fjoT/4FD&#10;Gv+CSyL/f1Mq/3tbM/l2ZDr1cG5B8Wx5SO1og03qZIxR52GVVeVfnVjjXaVa4VutXN5atl7cWcBf&#10;2lnOYNVZ4mDRWe9hylr0YsJc9GO8XfRkt17zZLZf82S2X/Nktl/zZLZf82S2X/Nktl/zZP9cJAP/&#10;YyYE/28mBf97Lwv/gjkR/4ZBGP+HSSD/hVEo+IJZMPJ9YDjtd2pA6HJ1R+Ruf03haYhS3WaRV9lj&#10;mVrVYKFd0l+oYM9dsWLNXLtjy1zHZMlc22XFXetlv13yZrhf8WezYPFnr2HxZ65i8WeuYvFnrmLx&#10;Z65i8WeuYvFnrmLxZ/9dJAP/ZiQE/3IkBf9+Lgr/hzcQ/4s/Fv+MRx35i08l8ohWLeyDXTbmfmc+&#10;4HhxRttze03VboNT0GqMWMxnlF3JZZxgxmOjY8NhrGXBYLVnv1/BaL1f0Gm6YOZptWHvaq9i72qr&#10;Y+9qp2TvaaZl8GmmZfBppmXwaaZl8GmmZfBppmXwaf9eIwP/aSIE/3YjBP+CLAn/izYO/48+FP2R&#10;RRv0kUwi7Y5TKuaKWjLfhWU7135tRdB4dk3LdH9UxnCHWsJsj16/aZdiu2efZbhlp2i2ZLBqs2O7&#10;a7FjymyvY+Fsq2TtbaZm7WyjZ+1soGjua59o7mufaO5rn2jua59o7mufaO5rn2jua/9fIwP/ayAD&#10;/3kiBP+FKwj/jjQM/5M8EviWQxjvlkoe55VQJuCRWC7XimE6zoRqRch+c03CeXtVvnWDW7lxi2C1&#10;bpJksmyaZ69qo2qsaKxsqWe2bqdnxG+lZ9pvomjrb55p7G+bauxumWvtbZhr7W2Ya+1tmGvtbZhr&#10;7W2Ya+1tmGvtbf9fIwP/bh4D/3shBP+IKgf/kTIL/5c6D/SaQRXrm0ca45tNIdqWVS3Pj145yIln&#10;RMGDb027fndVtnl/W7F2h2Ctc49lqXCWaKZun2yjbKhuoGuycJ1rwHGca9JymmzpcZdt6nCUbetw&#10;km7sb5Ju7G6Sbuxukm7sbpJu7G6Sbuxukm7sbv9hIQP/cB0D/34gA/+LKQb/lTEJ+5s4DfCePhHn&#10;oEQW36BKHdOaUivKk1w4wo1kQ7uHbU20gnRUr358W6p6hGGmd4tlonSTaZ5ym22acKRwl2+vcpVv&#10;vHOTb81zknDmc5Bw6XKOcepxjXHrcIxx63CMcetwjHHrcIxx63CMcetwjHHrcP9jIAP/chsD/4Af&#10;A/+OJwX/ly8I+J42C+2iOw7kpUAS2qRGHM6eUSrFl1o3vZFiQrWMakyvh3JUqYJ5W6R/gGCffIhl&#10;m3mQapd3mG2TdaFwkHOsc41zuHSLc8l1inTidIl06HOIdelyh3XqcYd16nCHdepwh3XqcId16nCH&#10;depwh3XqcP9lHwP/dBoC/4MeAv+QJgT/mi0G9KE0CemmNwvgqj0O1KdEG8mhTynAm1g2uJVgQrCQ&#10;aEupi29To4d2Wp6DfmCZgIVllH2NapB7lm6MeZ9xiXipc4Z3tXWEd8V2g3jfdYN46HSCeOlzgnjq&#10;cYJ46nGCeOpxgnjqcYJ46nGCeOpxgnjqcf9nHQP/dxkC/4UcAv+TJAP/nSsF8aQwBuaqMwjcrjcM&#10;z6pDGsWlTii8n1c1s5lfQauUZkqkkG1Tnot0WpiIe2CThYNljoKLaoqAk26Gfpxxgn2ndH98s3V9&#10;fMN2fH3bdnx96HR9fOhzfXzpcn186nF9fOpxfXzqcX186nF9fOpxfXzqcf9pHAL/eRgC/4cbAv+V&#10;IwP7oCkE7qgsBOOvLwXXsjQLy61BGcGoTCe3o1U0r51dQKeZZEmflGtSmZByWZONeV+OioBkiYeI&#10;aYSFkW2Ag5pxfIKkdHmBsXZ3gcB2doHWdnaB53R3gehzeIDpcnh/6nF4f+pxeH/qcXh/6nF4f+px&#10;eH/qcf9rGwL/excC/4oaAf+YIQL4oyYD6qwnA9+0KQPStTIKx7BAGLysSyazp1MzqqJbPqKdY0ia&#10;mWlRlJVwWI6Sd16Ij35kg42GaX6Kjm16iZhxdoeic3OGrnVxhr12b4fSdnCH6HRxhehzcoTpcnOE&#10;6nFzhOpxc4TqcXOE6nFzhOpxc4Tqcf9tGQL/fhYB/40YAf+bHgH0pyIC5rAgAdq6IQHNuDEJwrQ+&#10;F7iwSSSuq1IxpaZaPZ2iYUeVnmhPjptuV4iYdV2ClXxjfZOEaHiQjGx0j5VwcI2gcm2MrHRqjLt1&#10;aY3OdWmN6HRri+lzbYnqcW2I6nFtiOpxbYjqcW2I6nFtiOpxbYjqcf9wFwL/gRUB/5AWAf+eGgHw&#10;qxsB4rYWANO9HQHIuy8Ivbg8FbO0RyOpsFAwoKtYO5ioX0WQpGZOiaFsVYKec1t9nHphd5mBZnKX&#10;impulpNuapSecWaUqnNkk7hzY5TLc2OU5nJlkupxZ4/qcGeO6nBnjupwZ47qcGeO6nBnjupwZ47q&#10;cP9zFQL/hRMB/5QUAPyjFQDqsBIA2b4MAM3BGwHCwC0HuL06E665RiGktU8tmrFWOZKuXkOKq2RM&#10;g6hqU3ylcVl2o3hfcaF/Y2yfh2honpFrZJ2cbmCcqHBenLZxXZzJcV2c5HBemutwYJbrb2GV7G9h&#10;lexvYZXsb2GV7G9hlexvYZXsb/93EgH/iREB/5kRAPOoDgDXtQoAz8EKAMbFGAC8xCoFssI4Eae/&#10;RB6eu00rlLhVNou1XECEsmJJfK9pUHatb1Zwq3Zba6p9YGaohmRip49nXqaaalulpmxYpbVtV6bH&#10;bVem4mxXpO1sWp/tbFqe7Wxanu1sWp7tbFqe7Wxanu1sWp7tbP98EAH/jhAA9p4NANitCQDNuAkA&#10;x8QIAL7KFAC1yicEq8g2D6HFQRuXwksojb9TM4W9Wjx9umFFdrhnS3C3bVFqtXRWZbR8W2CyhF9c&#10;sY5iWLGZZVWwpWZTsLNnUrHGZ1Kx4WdRr/FoU6rwaFSp8GhUqfBoVKnwaFSp8GhUqfBoVKnwaP+C&#10;DgD/lAwA26UGAM6xBwDFuwcAvccHALXQEACs0CMDo88zDJnNPxiPykgk/+L/4klDQ19QUk9GSUxF&#10;AAMJhshRLn3GWDh2xF8/b8JmRmnBbEtkwHNQX797VFu+hFhXvY1bVL2YXVG8pF9PvLNgTb3FYE29&#10;4F9MvPBhTbf1Yk229WJNtvViTbb1Yk229WJNtvViTbb1Yv+JCwDhnAMA0KoFAMW1BQC7vwQAsssI&#10;AKvYDQCj2SACmtgvCZDWPBSH1EYfftJPKXbQVjJvz145aM1kP2PMa0RezHNJWst6TFbKg09Syo1S&#10;T8qYVE3KpVZLyrNXSsvFV0nL4FZJyfBYR8f6WUjF+1pIxftaSMX7WkjF+1pIxftaSMX7WveRBADU&#10;ogIAx68EALq5AwCwxAUAp9AJAJ/hEACY4SEDj+AwCYbgOxJ930Qbdd5NJG7dVStn3FwyYttkN13b&#10;aztZ2nI/Vdp6Q1Lag0VO2o1ITNqYSknapUtI27NMR9zETEbc3kxG2u1MRNj5T0PY+09D2PtPQ9j7&#10;T0PY+09D2PtPQ9j7T9uaAADKqQIAu7MCALC9AwClyQUAm9YJAJToFAGM6SUEhOgzC3voPBRz6EQb&#10;a+hLImTnUihe51ktWedgMlXnaDVS5284T+d3O0zngD1J54k/R+iUQUTon0JC6axDQem6REDqzURA&#10;6uREQOj1REDn+ENA5/hDQOf4Q0Dn+ENA5/hDQOf4Q82jAAC9rgEAsLgBAKTEAgCZ0AUAj+EKAInx&#10;GgGB8SgFePIyDHDyOxNp8kMZYvJKH1zzUCNW81cnUvNeK0/zZS1M9GwwSfRzMkb0ezRD9IQ2QfWO&#10;Nz71mTk99qQ6O/awOzr3vzw5+M88OPfoPDj37Dw49+w8OPfsPDj37Dw49+w8OPfsPL+qAACxswAA&#10;pL8AAJjKAQCM2AQAhPoOAHz7GwJ0+yYFbPwwCmX8OBBe/UAVWP5HGVP+TR1P/1QgS/9aIkj/YSVF&#10;/2cmQv9tKED/dSo9/30rOv+GLTj/kS42/5svNP+mMDP/sjEy/74yMf/QMjH/1jIx/9YyMf/WMjH/&#10;1jIx/9YyMf/WMrKvAAClugAAmMYAAIvSAAB/3wIAef8RAW//GQJn/yIEYP8sB1r/NAxU/zwPT/9D&#10;E0r/SRVH/08XQ/9VGUD/Wxs+/2EcO/9mHjn/bR82/3QgNP99ITH/hiMv/5EkLf+bJSz/pSYr/68m&#10;Kv+7Jyn/vicp/74nKf++Jyn/vicp/74nKf++J6a2AACYwgAAi84AAH7bAAB1+QcAa/8PAWL/FgJb&#10;/x4DVP8mBU7/LgZJ/zUIRf88C0H/Qw0+/0gOO/9OEDj/UxE1/1gSM/9eEzH/ZBQu/2oVLP9yFir/&#10;ehcn/4MYJf+OGST/mBoj/6AaIv+qGyH/rRsh/60bIf+tGyH/rRsh/60bIf+tG5q+AACLygAAftcA&#10;AHDjAABn/wQAXv8NAFb/EgFP/xkCSf8gA0P/JwQ//y4FOv80Bjf/Ogcz/z8HMP9ECC7/SQks/04J&#10;Kf9TCif/WAol/14LI/9kCyH/bAwf/3QNHf99Dhv/hw4Z/48PGP+ZDxj/mxAY/5sQGP+bEBj/mxAY&#10;/5sQGP+bEP9MKgP/SDMF/080Bv9UNwj/WkEO/1xKFv9aVB3/V2Ak/1RrKv9QeC//TYQz/0qPNv9H&#10;mTn/RqE7/0WpPP9EsD7/Q7c//0LAP/9CyUD/QdVB/0HkQf9B7kL/QfZC/0H9Qv9C/0H5RP9B9Eb/&#10;Qu9H/0LvR/9C70f/Qu9H/0LvR/9C70f/Qv9NKQP/SjIE/1EyBv9XNgj/XD8O/15JFv9dUx3/Wl4k&#10;/1dpKv9TdS//UIE0/02NN/9Klzr/SJ88/0enPf9Grj//RbVA/0S9Qf9ExkL/Q9FC/0PiQ/9D7EP/&#10;Q/VD/0P8Q/xE/0P1R/9D70j/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E60n/RP9NKQP/TDAE/1QxBf9Z&#10;NAj/Xz0O/2FHFv9gUh3/XVwk/1pnK/9WczD/U380/0+KOP9NlDv/S509/0qkP/9IrED/SLNB/0e7&#10;Qv9Gw0P/Rs5E/0XfRP9F6kX9RfNF+0X7RfdG/0TwSf9F6kr/RuVL/0flS/9H5Uv/R+VL/0flS/9H&#10;5Uv/R/9OKQP/Ty4E/1cuBf9dMgf/YzsO/2VGFv9lUB3/YVkk/11kK/9acDD/Vnw1/1OHOf9QkTz/&#10;Tpo//02iQP9LqUL/SrBD/0q3RP9JwEX/SMpG/UjbRvpI50f4SPJH9Uj6RvFJ/0fqS/9I40z/Sd5N&#10;/0reTf9K3k3/St5N/0reTf9K3k3/Sv9PKAP/UiwE/1osBf9hLwf/ZzoO/2pEFf9qThz/Z1ck/2Jh&#10;K/9ebTH/W3g2/1eDOv9UjT3/UpZA/1CeQv5PpUT8Tq1F+020R/pMvEj5TMdI9kvUSfNL5UnwS/BJ&#10;7Uz5SOlM/0rhTv9L2k//TNNQ/03TUP9N01D/TdNQ/03TUP9N01D/Tf9QKAP/VSoE/10pBf9lLQf/&#10;bDgN/29CFP9vSxz/bFUj/2heKv9jaTH/X3Q2/Vx/O/tZiT/5VpJC91SaRPVTokb0UqlI8lGxSfFQ&#10;uUrvT8NL7k/PS+tP4kvnT+5L5E/4Td9P/k7VUf9PzlL/UMlT/1DJU/9QyVP/UMlT/1DJU/9QyVP/&#10;UP9RJwP/WCcE/2EnBP9qLAb/cTYM/3RAE/90SRr/clIi/25bKf1oZDD5ZXA29mF7O/NehUDwW45D&#10;7lmWRuxXnkjqVaZK6FStTOdTtU3lU79O41PMTuFT307dU+1P2FL3UdFT/VLKVP5TxFb/U79X/1O/&#10;V/9Tv1f/U79X/1O/V/9Tv1f/U/9SJwP/WyUD/2UkBP9uKgb/djQL/3o9Ef96Rhj/eE8g+3RYKPZv&#10;YS/xa2w27Wd2POljgEDmYIpF5F2SSOFbmkrfWaJN3ViqT9pXslDYVrxR1VXIUtJV21POVutTy1b2&#10;VcZW/Va/WP1Wuln9V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V/9TJgP/XyID/2khA/9zKAX/ezIK&#10;/387EP+ARBb7fkwe9HtUJe52XS3pcWg05G1yO+BpfEHcZYVG2GKOStRflk3RXZ1QzlylUsxarVTJ&#10;WbZWx1nCV8ZZ0FfCWeZYv1nzWbta+1m1W/tasF37Wq1d+1mtXftZrV37Wa1d+1mtXftZrV37Wf9W&#10;JAP/YiAD/20gA/93JgT/fzAI/4Q5Df2GQRT1hUkb7oJRIud9WirheGQy3HNuOtRud0HQaoBHzGaJ&#10;TMhkkVDFYphTw2CgVcBeqFi+XbFZu128W7lcyVy3XOBctF3vXLBe+V2rX/ldqGD5XKVh+VylYflc&#10;pWH5XKVh+VylYflcpWH5XP9YIgP/ZR4D/3EfA/97JAP/hC4H/4k2C/iLPhHvi0YX6IhOHuGEVybZ&#10;fmEx0XhqOstzc0LGb3xIwmyETb5pjFG7ZpNVuGSbWLVjo1qzYaxcsGC3Xq5gxF+sYNhfqWHrX6dh&#10;91+iY/dfn2T3X51k+F6dZPhenWT4Xp1k+F6dZPhenWT4Xv9bIAL/aBwC/3QdAv9+IwP/iCsF/Y00&#10;CfOQOw7qkEMU4o9KGtqKVCXQg10wyX5nOsN4b0K+dHhIuXGATrVuiFKya49Wr2mXWqxnn1ypZahf&#10;pmSyYaRkv2KiZNBioGTnYp5l9WKaZvVhmGf2YJZo9mCWaPZglmj2YJZo9mCWaPZglmj2YP9dHwL/&#10;ahoC/3ccAv+CIQL/iykE+ZExB++VOAvmlj8Q3ZRHF9KOUSTKiFsvwoNkObx+bEG3eXRIsnV8Tq5y&#10;hFOqb4tXpm2TW6Nrm16gaqRgnWiuY5toumSZaMtll2jjZJVp82STavRjkWv1YpBr9WGQa/VhkGv1&#10;YZBr9WGQa/VhkGv1Yf9fHQL/bRgC/3obAv+FHwL/jicD9ZUuBeuZNQjhnDsM1phDFsyTTyLEjVgu&#10;vYdhOLaCaUGwfnFIq3p5Tqd3gFOjdIhYn3GQW5tvmF+YbqFilW2rZJJst2aQbMZmj2zfZo5t8WWM&#10;bvNki270Y4pu9GKKbvRiim70Yopu9GKKbvRiim70Yv9hHAL/bxYC/3waAf+IHgH/kSQC8pkrBOee&#10;MQXdoDYJ0ZxBFceXTSG/kVYtt4xfN7GHZ0Crgm5IpX52TqB7fVOceIVYmHaNXJR0lV+Rcp5ijnGo&#10;ZYtwtGeJcMNoh3DbZ4Zx7maGcvJlhXLzZIRy9GOEcvRjhHL0Y4Ry9GOEcvRjhHL0Y/9jGgL/cRUB&#10;/38YAf+KHAH8lCEC7pwnAuOiLAPYpDIIzJ9AFMOaSyC6lVUss5BdN6yLZT+lh2xHoINzTZuAe1OW&#10;fYJXknqKXI54kmCKdptjh3WlZoR0sWeCdMBogHTVaIB17Gd/dvJmf3XzZX9182R/dfNkf3XzZH91&#10;82R/dfNkf3XzZP9lGQL/dBQB/4EXAf+NGgH5lx4B66AjAd+mJgLSpzAHyKM+E7+eSR+2mVMrrpRb&#10;NqePYz+gi2pGm4dxTZWEeFKQgX9XjH+HXIh9kGCEe5ljgHqjZn55r2h7eb1pennRaXl66mh6evJm&#10;ennyZXp582R6efNkennzZHp582R6efNkennzZP9nFwL/dhQB/4QWAf+QFwH1mxoB56QdAdurHwHO&#10;qi8GxKY9ErqhSB6ynVEqqphZNKKUYT6ckGhFloxvTJCJdlKLhn1XhoSFW4KCjV9+gJdjen+hZnd+&#10;rGh1fbtpc37OaXN+6Gh0fvFmdH3yZXV882R1fPNkdXzzZHV882R1fPNkdXzzZP9pFgH/eBMB/4cU&#10;AP+TFQDxnhUA46gWANWuGwHKrS0GwKk7EbalRh2toVAppZxYM56YXzyXlGZEkJFtS4uOdFGGjHtW&#10;gYmDW3yHi194hpRidISfZXGDqmdvg7hpbYPLaW2D5mhug/Jmb4LyZXCB82RwgfNkcIHzZHCB82Rw&#10;gfNkcIHzZP9rFAH/exIB/4oSAP+WEgDtohAA3q0OANCxGQDFsCsFu605D7KpRBuppU4noKFWMpmd&#10;XjuSmmRDi5drSoaUclCAknlVe4+AWneNiV5yjJJhboqcZGuJqGdpibZoZ4nIaGeJ42doifJmaYfz&#10;ZWqG82RqhvNkaobzZGqG82RqhvNkaobzZP9uEgH/fhAA/40QAPeaDgDbpwoA07ALAMq0FgDAtCkE&#10;trE3Dq2uQxqkqkwlm6ZVMJOjXDmMoGNBhp1pSICacE57mHdTdpZ+WHGUhlxskpBgaJGaY2WQpmVj&#10;kLRmYZDGZmGQ4WZhkPJlY47zZGSM9GNkjPRjZIz0Y2SM9GNkjPRjZIz0Y/9xEAH/gg8A/5ENAN6f&#10;CQDTqgkAzLMJAMS4EwC6uCYDsbY1DKezQRier0ojlqxTLo6pWjeHpmE/gKRnRnqhbkx1n3VRcJ18&#10;VWuchFpmmo5dY5mYYF+YpGJdmLJkW5jDZFuY3mNbmPBjXJX1Yl6T9WJek/ViXpP1Yl6T9WJek/Vi&#10;XpP1Yv91DgD/hg0A65YIANWjBwDMrQgAxbYHAL28EQC0vSMCq7syCqG5PxWYtkggkLNRK4iwWDSA&#10;rl88eqtmQ3SpbEhvqHNOaqZ6UmWlglZho4xaXaKWXFqiol9XobBgVqHBYFWi3GBVoe9gVp/3X1ec&#10;919XnPdfV5z3X1ec919XnPdfV5z3X/96DAD9iwkA2psEAM6nBgDEsAYAvLkEALXBDgCswiABpMEw&#10;CJq/PBORvUYdibpPJ4G4VjB6tl04c7RkP26yakRosXFJZLB5TV+ugVFbrYpUWK2VV1SsoVlSrK9b&#10;UKzAW1Cs2lpPq+5bT6r6W1Gm+ltRpvpbUab6W1Gm+ltRpvpbUab6W/+ACQDhkgEA0aAEAMarBQC8&#10;tAQAs70DAKvHCwCkyRwBnMgsBpPHOQ+KxUQZgcNNI3rBVCxzv1szbb5iOWe8aT5iu3BDXrp3R1q5&#10;gEtWuYlOU7iUUFC4oFJNuK5UTLi/VEu52FRLt+1USrb5VUqz/lZKs/5WSrP+Vkqz/lZKs/5WSrP+&#10;VvqHAgDWmAAAyaUDAL2vAwCzuAEAqcIEAKHNCACa0BYAktAoBIrPNgyBzkEVecxKHnLLUiZsylot&#10;ZslhMmHIaDdcx288WMZ2P1XGf0NRxYlFTsWUSEvFoEpJxa5LSMW/S0fG2EtHxe1LRsP5TUXC/05F&#10;wv9ORcL/TkXC/05Fwv9ORcL/Tt+QAADMnwAAv6oBALOzAQCpvQIAn8cFAJbSCQCO2hIAiNskAoDa&#10;Mgh42T4QcdhIGGrXUB9k1lglX9VfKlvUZy9X1G4zU9N2NlDTfzlM04g7StOUPkfToD9F1K5ARNS/&#10;QUPV2EBE0+xAQtL2QkHR/kRB0f5EQdH+REHR/kRB0f5EQdH+RNGYAADDpQAAta4AAKm4AACewwIA&#10;lM0GAIrZCgCE4xgBfeQmA3XkMghu4zwPZ+NFFWHjTRtc41UgV+NdJFTjZCdQ4msqTeJzLUrjfDBI&#10;44YyReOQNEPjnDVB5Kk2QOS4Nz/lyzc/5eQ3P+PzNj3i+zg94vs4PeL7OD3i+zg94vs4PeL7OMah&#10;AAC3qwAAqrQAAJ6+AACTyQIAiNQGAH/uDgB57RsBce0nA2ruMghk7jsNXu5DE1juSxdT7lIaUO9Z&#10;HkzvYCBJ72cjR+9vJUTwdydB8IApP/CKKj3xlSw78aEtOfKuLjjyvi8389AvN/PnLzbx8y828fMv&#10;NvHzLzbx8y828fMvNvHzL7mnAACrsAAAn7sAAJLGAACG0AEAe90FAHT3EQBt9xwBZvgmA1/4LwZa&#10;+TgKVPlADlD6RxFM+k4USPtVFkX7WxhC+2IaQPxoHD38cB06/XgfOP2CIDb9jSI0/pgjMv6kJDH/&#10;sSUw/78mL//PJi7/4yYu/+MmLv/jJi7/4yYu/+MmLv/jJq2tAACftwAAksIAAIbNAAB52gAAcPII&#10;AGj/EQBh/xoBWv8jA1T/KwRP/zMGSv87CEb/QgtD/0kNQP9PDj3/VRA6/1sROP9hEzX/aBQz/28V&#10;MP94Fi7/ghcs/40ZKv+ZGin/pBoo/68bJ/+6HCb/xxwm/8ccJv/HHCb/xxwm/8ccJv/HHKG0AACT&#10;vwAAhsoAAHjWAABs4gAAY/wHAFz/DwBV/xYBT/8eAkn/JgNE/y4EQP80BTz/OwY5/0EHNv9GCDP/&#10;TAgx/1EJLv9XCiz/XQoq/2QLKP9sDCX/dQ0j/38OIf+KDyD/lRAe/6AQHv+oER3/sREd/7ERHf+x&#10;ER3/sREd/7ERHf+xEZW8AACGxwAAedMAAGvgAABe7QAAVv8DAE//DABJ/xIBQ/8ZAT7/IAI5/ycD&#10;Nf8tAzL/MwQu/zgEK/89BSj/QgUm/0cFJP9MBiL/UQYg/1cGHf9eBxv/ZQcZ/24IF/94CBX/gwgT&#10;/40JE/+WCRL/ngkS/54JEv+eCRL/ngkS/54JEv+eCf9CLQP/QjIE/0gyBP9MNgb/TjwI/1BHDv9Q&#10;UhX/Tl8a/0trH/9IdyT/RYMn/0KOKv9Blyz/P6Au/z+nL/8+rjD/PbUx/z28Mv88xTL/PM4z/zvf&#10;M/876jT/O/M0/zv7NP88/zP+PP8z/D3/NPY//zX1P/819T//NfU//zX1P/819T//Nf9DLAP/RDAE&#10;/0owBP9ONAb/UToI/1NGDv9SURX/UV0a/05pIP9LdCT/SIAo/0WLK/9DlS3/Qp0v/0GlMP9ArDH/&#10;P7My/z+6M/8+wjT/Psw0/z7cNf896DX/PfE1/z76Nf0+/zX7P/80+D//NvJB/zfwQf838EH/N/BB&#10;/zfwQf838EH/N/9ELAP/Ry4D/00uBP9RMgX/VDkI/1dEDv9WTxX/VFob/1FmIP9OciX/S30p/0iI&#10;LP9Gki7/RZsw/0SiMv9DqTP/QrA0/0K3Nf9Bvzb/Qck2/0DXN/9A5Tf9QPA3+kD4N/dB/zb2Qf83&#10;8kH/OOxD/znqRP856kT/OepE/znqRP856kT/Of9FKwP/SSwD/1AsBP9VLwX/WTcI/1xCDv9bTRX/&#10;WFcb/1ZjIP9SbyX/T3oq/0yFLf9KjzD/SJgy/0efNP9GpjX/Ra02/0W0N/9EvDj+RMY4/ETSOflD&#10;4jn2RO4580T3OfFE/znvRP8660X/O+RG/zzjRv8840b/PONG/zzjRv8840b/PP9GKwP/TSkD/1Qp&#10;BP9ZLAX/XjUH/2FADf9hShT/XlQa/1pfIP9Xayb/VHYq/1GBLv9OizH+TJQ0/EucNftKozf6Sao4&#10;+EixOfdIuTr2R8I79UfNO/JH3zvuR+w760j2O+lH/z3nR/8+4Uj/P9pK/0DYSv9A2Er/QNhK/0DY&#10;Sv9A2Er/QP9HKgP/UCcD/1gmA/9eKgT/YzMH/2Y9Df9mRxP/ZFEa/2BbIP9cZyb9WXIr+lZ9L/hT&#10;hzP2UZA19FCYN/JOnznxTaY770ytPO5MtT3sS74960vKPulL3D7lTOo94kv1P99L/kHcSv9C1Ez/&#10;Q81N/0PLTv9Dy07/Q8tO/0PLTv9Dy07/Q/9KKAP/VCQD/1wjA/9jKAT/aDAG/2w7C/9sRBL/ak4Z&#10;/mZYH/lhYiX1Xm0r8lt4MO9YgjTsVos36lSUOehTmzvmUaM95VGqPuNQsj/hT7tA4E/HQN5P2EHZ&#10;T+hB1E/0Q9BO/kXOTv9GyFD/RsJR/0fAUf9HwFH/R8BR/0fAUf9HwFH/R/9NJQL/VyEC/2AgA/9o&#10;JgP/bi4F/3I4Cv9yQRD9cEsX921UHfJoXiTtZGkq6WF0MOVefjTiW4c44FmPO91Xlz7bVZ9A2FSm&#10;QtVTrkPSUrdE0FLCRc5S0EbLUuVGyFLySMVS/UnCUv9KvFT/SrdV/0q2Vf9KtlX/SrZV/0q2Vf9K&#10;tlX/Sv9QIwL/Wx4C/2QeAv9tJAP/cysE/3c1CP54Pg72d0cU8HRQG+pvWiLka2Up4GdvL9tjeTXW&#10;YII60l2KPs9bkkHMWZpDylihRchXqUfGVrJJxFa8SsJVyUu/Vd9LvFbuTLlW+k23Vv9Nslj/Ta5Z&#10;/02sWf9NrFn/TaxZ/02sWf9NrFn/Tf9TIAL/XhwC/2gcAv9xIgL/eCgD/3wxB/h+OgvwfUMR6XpM&#10;GOJ2Vx/ccmEo1G1rL89pdDbLZX07x2KFQMRgjUPBXpVGv12cSLxbpEu6Wq1MuFm3TrZZw0+0WdVP&#10;sVrqUK5a91CsWv9QqFv/UKRc/1CkXf9PpF3/T6Rd/0+kXf9PpF3/T/9WHgL/YRkC/2waAv91IAL/&#10;fCUD/YEuBfOENwnqhD8O4oFIFdt9Ux3Rd10ny3JnMMZucDfCang8vmeAQbpliEW3Y5BItGGYS7Jf&#10;n02vXqhPrV2yUatdvlKpXc5Tpl3lU6Re9FOiXv9Tn1//Upxg/1KbYP9Sm2D/Uptg/1KbYP9Sm2D/&#10;Uv9YHAL/ZBcB/3AZAf95HQH/gCMC+IYqA+2JMgbkijsK3IhFEtGCUBzKfVomxHhjL75zbDe5b3Q9&#10;tWx8QrJqhEauZ4xKq2WTTahkm0+lYqRSo2GuVKFhuVWfYchWnWHhVpti8VWZYv1Vl2P/VJVk/1SU&#10;ZP9TlGT/U5Rk/1OUZP9TlGT/U/9aGgL/ZxUB/3MXAf99GwH/hCAB84omAuiOLgTfkDYH1IxBEcuH&#10;TRvEglcmvX1gL7d4aTaydHE9rnF4QqpugEembIhKo2qPTqBomFGdZ6BTmmaqVZhltVeVZcRYlGXb&#10;WJJm71eRZvxXj2f+Vo5n/lWNaP5VjWj+VY1o/lWNaP5VjWj+Vf9cGAH/aRMB/3YWAf+AGQH9iB0B&#10;744iAeSTKQLalDEGzpA/D8aLSxq+hlUlt4FeLrF9ZjaseW48p3Z1QqNzfUefcIRLnG6MTphslFKV&#10;a51UkmqnV5BpslmNacBajGnVWopq7FmKavpYiWv9V4dr/VaHa/5Wh2v+Vodr/laHa/5Wh2v+Vv9e&#10;FwH/bBIB/3gUAf+DFwD5ixoA65IdAeCYIwHTmC8FypQ9DsGPSRm5ilMksoZbLayBZDWmfms8oXpy&#10;Qp13ekeZdYFLlXOJT5FxkVKOb5pVi26kWIhtr1qGbb1bhG3QW4Nu6VqDbvhZgm/8WIJv/VeCb/1X&#10;gm/9V4Jv/VeCb/1Xgm/9V/9gFQH/bhEB/3sTAP+GFAD2jxYA55YYANucHADPmy0ExZc7DbyTRxi0&#10;jlEjrYpZLKeGYTShgmk7nH9wQZd8d0aTeX5Lj3eGT4t1jlKIc5dVhHKhWIJxrFp/cbpcfnHMXH1y&#10;51t9cvZafHL8WXxy/Fd8cv1XfHL9V3xy/Vd8cv1XfHL9V/9iFAH/cREB/30RAP+IEgDykhIA45oS&#10;ANWfGQDKnisEwZs5DLiXRRewkk8iqY5YK6KKXzOchmc6l4NuQJKAdUWNfnxKiXyEToV6jFKCeJVW&#10;fnefWHt2qlt5dbhcd3XKXHd25Vx3d/Vad3b7WXd2/Fh3dvxXd3b8V3d2/Fd3dvxXd3b8V/9kEgH/&#10;cxAA/4AQAP+LEADvlQ4A354NANCiFwDGoSkDvZ43C7SaQxaslk0gpJJWKp2OXjKXi2U5kohsQI2F&#10;c0WIg3pKhICBToB/ilJ8fZNVeHydWHV7qFtzerZccXrHXHF64lxxe/NacXv7WXJ6/FhyevxYcnr8&#10;WHJ6/FhyevxYcnr8WP9nEQH/dQ8A/4MOAPSODQDbmQoA1KELAMykFQDCpCcDuKI2CrCeQhWnmkwf&#10;oJdUKZmTXDGTkGM4jY1qP4iKcUSDiHhJfoZ/TXqEiFF2gpFVc4GbWG+Aplptf7Rca3/FXGuA31xr&#10;gPJaa4D7WWx+/FhtfvxYbX78WG1+/FhtfvxYbX78WP9pEAH/eA4A/4UMAOKSCADVmwkAzqMJAMeo&#10;EgC9qCUCtKY0CauiQBOjn0oem5tSJ5SYWjCOlWE3iJJoPYKQb0N+jnZIeYx9THWKhVBxiI5UbYeZ&#10;V2qGpFlnhbFbZYXCW2WF3FtlhfBaZoX7WWeD/Fhng/xXZ4P8V2eD/Fdng/xXZ4P8V/9sDgD/ewwA&#10;8okJANmVBgDPnggAyaYIAMGrEAC4qyICr6oyCKanPhKepEgclqFRJY+eWC6Im181gplmPH2WbUF4&#10;lHRGc5J7S2+Qg09rj4xSZ46WVWSNolhhjK9ZX4zAWl+M2VlfjO5ZX4z7WGGK/Vdhif1XYYn9V2GJ&#10;/Vdhif1XYYn9V/9vDAD/fwkA340DANKYBgDKogYAwqkGALqvDgCysCABqa4vBqGsPBCYqUYakadP&#10;I4mkViyDol0zfZ9kOXedaz9ym3FEbpp5SGmYgUxll4pQYZWUU16VoFVblK1XWpS9WFmU1FdZlOxX&#10;WZP5VluR/lVbkP5VW5D+VVuQ/lVbkP5VW5D+Vf9zCQD1hAQA2JEDAMycBQDDpQUAu60EALOzDACr&#10;tRwBo7QsBZuyOQ6SsEQXiq1NIIOrVCl9qVwwd6diNnGlaTxspG9BaKJ3RWShf0lfn4hMXJ6ST1ie&#10;nlJWnatTVJ28VFOd0VRTnetTU5z4U1Sa/1NUmf9TVJn/U1SZ/1NUmf9TVJn/U/94BgDhiQAA0JYC&#10;AMahAwC8qQMAs7ABAKu4CACkuhgAnLopA5S5NguMt0EUhLVKHXyzUiV2sVoscK9gMmuuZzhmrW48&#10;Yqt1QF6qfURaqYZIVqiRSlOonU1Rp6pOT6i6T06oz09Op+lPTab3T02l/09OpP9PTqT/T06k/09O&#10;pP9PTqT/T/p/AADYjgAAyZsBAL6lAgC0rQEAq7UAAKG/BACbwRQAlMElAozAMwiEvz4RfL1IGXW8&#10;UCFvulgnarlfLWW4ZTJgt2w2XLZ0Oli1fD5VtIVBUbSQRE6znEZMs6lISrO5SEm0zkhJs+lISLH2&#10;SUiw/0pIsP9KSLD/Skiw/0pIsP9KSLD/SuKGAADOlAAAwqEAALapAACrsQAAoboBAJjDBQCQyRAA&#10;iskgAYPJLwV7yDsNdMdFFG7GThtoxVYhY8RdJ17DZCtawmsvVsFyM1PBezZPwIQ5TMCPPErAmz5H&#10;wKg/RsC4QEXAzUBFwOg/RL72QUO9/0JDvP9DQ7z/Q0O8/0NDvP9DQ7z/Q9aNAADGmwAAuKUAAK2u&#10;AACitgAAmL8CAI3IBgCD0QsAf9IaAHnSKgNy0jcIbNFCD2bRSxVh0FMaXM9bH1jPYiNUzmknUc5x&#10;Kk3Oei1KzoMwSM6OMkXOmjRDzqg1Qs64NkHPzTVBzug1QM31Nz/L/jk+y/85Psv/OT7L/zk+y/85&#10;Psv/OcqWAAC8ogAAr6oAAKOzAACYvAAAjcYDAILPBwB42QsAc94YAG7eJgJo3jMFYt4+Cl3eSA9Z&#10;3lAUVd5YF1HeYBtO3mceS91vIEjeeCNG3oElQ96MJ0HemCk/3qYqPt+1Kj3gyCo93+MqPN3xKzvc&#10;+y063P0uOtz9Ljrc/S463P0uOtz9LsCfAACxpwAApLAAAJi6AACNwwAAgc0CAHbXBwBu6A8Aaegb&#10;AWPoJwJe6TIFWOk7CFTpRAxP6kwPTOpTEknqWxVG6mIXROtqGUHrchs/63sdPOuGHjrskSA47J4h&#10;N+2sIjbtuyM17s8jNO7mIzTr9SM06/gjNOv4IzTr+CM06/gjNOv4I7OlAACmrQAAmbcAAI3BAACA&#10;ywAAddUBAGnhBgBk8xEAXvMcAVn0JgJU9DAET/U4Bkv1QAhH9kcKRPZODEH3VQ4/91wPPPdjETr4&#10;ahM3+HMUNfh9FjP5iBcx+ZQYL/qhGS76rxot+74aLPvPGyv75xsr++sbK/vrGyv76xsr++sbK/vr&#10;G6iqAACatAAAjb8AAIDJAAB00wAAZ94AAF7yCABZ/hEAU/8aAU7/IwJJ/ysDRf8zBEH/OgU+/0EG&#10;O/9HBzj/Tgg1/1QJM/9aCTH/YQov/2kLLP9yDCr/fQ0o/4gOJv+VDyX/oRAk/64RI/+6EiL/yhIi&#10;/9ASIv/QEiL/0BIi/9ASIv/QEpyyAACOvAAAgccAAHPRAABn3QAAWeMAAFP9BgBN/w4ASP8WAEP/&#10;HgE//yYCOv8tAjf/MwMz/zkDMP8/BC7/RAQr/0oFKf9QBSf/VgYk/10GIv9lByD/bgcd/3kIG/+F&#10;CBr/kgkZ/54JGP+oCRf/swkX/7cJF/+3CRf/twkX/7cJF/+3CZC6AACCxQAAdNAAAGfcAABY4wAA&#10;TfAAAEf/AgBC/wwAPP8RADj/GAE0/x8BMP8lASz/KwIp/zACJf81AiP/OgIg/z8DHv9EAxz/SQMZ&#10;/08DF/9WBBX/XgQS/2gEEf9yBQ//fgUO/4oFDv+UBQ3/ngUN/6IFDf+iBQ3/ogUN/6IFDf+iBf85&#10;LwL/PDAD/0ExA/9ENAT/RDoG/0RFCP9FUQz/Q10R/0FpFv8+dhn/PIEc/zqMHv85liD/OJ4h/zel&#10;I/83qyP/NrIk/za5Jf82wCX/Ncom/zXXJv815Sb/Ne8m/zX4Jv82/yb+Nv8m/Db/Jvw2/yf6Nv8o&#10;+jb/KPo2/yj6Nv8o+jb/KP85LwL/Pi8D/0QvA/9GMgT/SDgG/0hDCP9ITw3/R1sS/0RnFv9Ccxr/&#10;P38d/z2KH/88kyH/O5sj/zqiJP85qSX/ObAm/zi2Jv84vif/OMcn/zjTKP844yj/OO0o/jj3KPs4&#10;/if5Of8n+Dj/Kfg4/yr2OP8q9jj/KvY4/yr2OP8q9jj/Kv86LwL/QSwD/0YsA/9KLwT/TDcF/01B&#10;CP9MTA3/S1gS/0hkF/9GcBv/Q3we/0GHIP8/kCP/Ppgk/z2gJf89pib/PK0n/zy0KP87uyn/O8Qp&#10;/zvPKf474Cr7O+sq+Dv1KfY8/in0PP8q8zv/K/I7/yzvO/8t7zv/Le87/y3vO/8t7zv/Lf88LQL/&#10;RCkC/0opA/9OLAT/UTQF/1I+CP9SSg3/UFUS/01hF/9KbRv/SHgf/0WDIv9DjST/QpUm/0GdJ/9A&#10;oyj/QKop/j+xKv0/uCv8P8Er+j/LK/c/3Cz1P+ks8T/0K+8//SztP/8t7D7/L+s+/zDnP/8w5z//&#10;MOc//zDnP/8w5z//MP9AKgL/SCYC/04mA/9SKQP/VjIF/1c8B/9XRwz/VVES/1JdF/9QaRz/TXQg&#10;/0p/I/1IiSb7R5Eo+kaZKfhFoCr3RKcr9UStLPRDtS3zQ70t8kPILvBD1y7sQ+cu6UTzLeZD/DDk&#10;Qv8x40L/MuFC/zPcQ/803EP/NNxD/zTcQ/803EP/NP9DJwL/SyMC/1IiAv9YJwP/XC8E/105B/9e&#10;Qwz/W04R/1hYF/5VZBz6Um8g91B6JPRNhCfyTI0p8EqVK+9JnC3tSaMu7EiqL+pHsS/pR7ow50fF&#10;MOZH0jDiSOUw30fyMttH+zTYRv811Ub/NtJG/zfNSP83zUj/N81I/zfNSP83zUj/N/9GJAL/TyAC&#10;/1YfAv9dJAP/YSwE/2M1Bv9kQAv/YkoQ+l5UFvVbXxzxWGsg7lV1JetTfyjoUYgr5k+RLeROmC/i&#10;TaAw4UynMd9MrjLdS7cz20vCNNlKzzXVS+Q10EvwNs1K+zjKSv86yEr/OsZL/zvBTP87wUz/O8FM&#10;/zvBTP87wUz/O/9KIQL/Ux0C/1scAv9iIgL/ZykD/2kyBf9qPAn5aEYP8mVQFe1hWxroXmYg5Ftx&#10;JeFYeyneVoQs21SML9hSlDLUUZs00lCjNdBPqjfOTrI4zE68OcpOyTrITt06xE/tO8FO+T2+Tv89&#10;vE7/PrpP/z62UP8+tlD/PrZQ/z62UP8+tlD/Pv9NHgL/VhoB/18aAf9nIAL/bCYC/28uBPlwOAfy&#10;b0IM62xLEuVpVxnfZWIf2mFsJdRddirQW34vzVmHMspXjzXIVpY3xlSdOcRTpTvBU608v1K3Pr1S&#10;wz+8UtM/uVLoP7VS9kGzUv9BsVP/Qa9T/0GsVP9BrFT/QaxU/0GsVP9BrFT/Qf9QHAH/WhcB/2QY&#10;Af9sHQH/cSMC/XUqA/N2MwXrdj0K43NHD9xvUxfUa14fzmZnJspjcSvGYHkwwl6BNL9ciTe9WpE6&#10;ulmYPLhYoD62V6hAtFayQrJWvUOwVcxDrVbjRKtW80SoV/5Ep1f/RKVY/0SiWP9Eolj/RKJY/0Si&#10;WP9Eolj/RP9TGQH/XRQB/2gWAf9wGgH/diAB93omAu18LgPkfDgH3HpEDdJ1TxbLcFoexmxjJsFo&#10;bCy9ZnUxuWN9NbZhhDmzX4w8sF2UP65cm0GrW6RDqVqtRadauEalWcdHo1reR6Fa70efW/xHnVv/&#10;R5tc/0aaXP9Gmlz/Rppc/0aaXP9Gmlz/Rv9VFwH/YBIB/2sUAf90FwD/ehwB8n8iAeeBKQLegjME&#10;039ADMt6TBXEdlYevnFgJbluaCy0a3EysWh5Nq1mgDqqZIg9p2KPQKVgl0OiX6BFn16pR51etEmb&#10;XcJKmV3WSpde7EqWX/pJlV//SZNg/0iSYP9HkmD/R5Jg/0eSYP9HkmD/R/9YFQH/YxEB/24SAP93&#10;FQD7fhgA7YMdAOKHIwHWhy4DzIM9C8V/SRS9e1Mdt3ZdJbJzZSytb20yqW11N6ZqfDuiaIQ+n2aM&#10;QZxllESZY5xHl2KmSZRisEuSYb5MkGHQTI9i6EyOY/hLjWP/Soxk/0mLZP9Ji2T/SYtk/0mLZP9J&#10;i2T/Sf9aEwH/ZhAA/3ERAP96EgD3ghQA6IcXAN2LHADQiywDx4g7Cr+ERxO4f1EcsXtaJKx3Yiun&#10;dGoxo3FyNp9veTubbYA/mGuIQpVpkEWSaJlIj2aiSoxmrUyKZbpNiGXMTodm5k6GZ/ZMhmf/S4Vo&#10;/0uEaP9KhGj/SoRo/0qEaP9KhGj/Sv9cEgH/aA8A/3QQAP99EADzhRAA5IsRANaPFwDLjioCwow4&#10;CbqIRBKzhE8brH9YI6d8YCuheGgxnXVvNplzdjuVcX0/km+FQo5tjUWLbJZIiGugS4Vqqk2DabdO&#10;gWnIT4Bq40+Aa/ROf2v/TH9r/0t/a/9Lf2v/S39r/0t/a/9Lf2v/S/9eEAH/aw4A/3YOAPuADQDq&#10;iA0A248MANCSFQDHkicCvo82CLaMQhGuiE0aqIRWIqKAXiqcfWUwl3psNZN3czqPdXs+jHOCQohy&#10;i0aFcJNJgm+dTH9uqE59brVPe23GUHpu4FB5b/JOeW/+TXlv/0x5b/9LeW//S3lv/0t5b/9LeW//&#10;S/9gDwD/bQ0A/3kMAO6DCwDbiwkA1JEKAMyVEwDClSUCuZM0B7GPQRCqjEsZo4hUIZ2EXCmXgWMv&#10;kn5qNY58cTmKeng9hniAQoN2iEV/dZFJfHObTHlypk52crNQdXLDUHNy3VB0c/BPdHP9TXRz/0x0&#10;c/9MdHP/THRz/0x0c/9MdHP/TP9iDgD/bwwA/HsKAN6GBgDVjggAz5QJAMeYEQC+mCMBtZYyBq2T&#10;Pw+mkEkYn4xSIJiJWiiThmEujoNoNImBbzmFf3Y9gX1+QX17hkV6eY9JdniZTHN3pE5xd7FQb3bB&#10;UG532VBud+9Pbnf8Tm53/01vd/9Mb3f/TG93/0xvd/9Mb3f/TP9kDQD/cgoA8H4GANqIBQDQkAcA&#10;ypcIAMKbEAC5myEBsZowBqmXPQ6hlEcXmpFQH5SNWCeOi18tiYhmM4SGbTiAhHQ9e4J7QXiAhEV0&#10;f41IcX2XS218ok5rfK9PaXu+UGh81VBofO1PaXz7Tml8/01qe/9Manv/TGp7/0xqe/9Manv/TP9m&#10;CgD/dQgA4YECANSLBQDLkwYAxJoGAL2eDgC1nx8BrJ4uBaSbOwydmEUVlpVOHo+TViWJkF0shI5k&#10;Mn+Lazd6inI8doh5QHKGgURvhYpHa4OVSmiCoE1lgaxOY4G8T2KB0U9igetOY4H5TWOB/0xkgP9L&#10;ZID/S2SA/0tkgP9LZID/S/9pCAD7eAQA3IQBAM+PBADGlwUAv50FALehDACvoxwAp6IsBJ+gOQuY&#10;nkMUkZtMHIqYVCOEllwqf5RiMHqSaTV1kHA6cY53Pm2Nf0Jpi4hGZYqSSWKJnktfiKpNXoi6TlyI&#10;zk5diOlNXYf4TF2H/0tehv9LXob/S16G/0tehv9LXob/S/9tBQDqfAAA1YgAAMqSAwDBmgMAuaAD&#10;ALGmCQCppxkAoqcpA5qlNgmSo0ESi6FKGoSfUiF+nVooeZtgLnSZZzNvl244a5Z1PGeUfUBjk4ZD&#10;YJGQRlyRnElakKlLWJC4TFeQzExXkOdLV4/3SleO/0pYjv9JWI7/SViO/0lYjv9JWI7/Sf9xAQDg&#10;gAAAz4wAAMSWAgC7ngIAsqQAAKmqBQCirBUAm6wmApSrNAeMqj8PhahIF36mUB54pFglc6JeK26h&#10;ZTBqn2w0ZZ5zOWGdezxem4RAWpqOQ1eZmkVUmadHUpm2SFGZykhRmOZIUZf1SFGX/0dRlv9HUZb/&#10;R1GW/0dRlv9HUZb/R/Z3AADYhQAAyZEAAL+bAQC0ogAAq6gAAKGwAACashEAlLMiAY2yMAWFsTwM&#10;fq9GFHiuThtyrFYhbatcJ2ipYyxkqGowYKdxNFymeThYpYI7VaSMPlGjmEBPo6VCTaO0Q0yjyENM&#10;o+RDS6H0Q0ug/0RLoP9ES6D/REug/0RLoP9ES6D/RON9AADPiwAAwpYAALefAACtpgAAo60AAJm1&#10;AACQuQ4Ai7oeAYS6LQN9uTkJd7hDEHG2TBdrtVMdZrRaImKzYSZesmgrWrFvLlawdzJTsIE1T6+L&#10;OEyvlzpKrqQ8SK6zPUeuxz1HruM8Rq3zPUar/j5Fq/8/Rav/P0Wr/z9Fq/8/Rav/P9qDAADHkQAA&#10;u5wAAK+kAAClqwAAmrIAAJC6AQCGwQkAgcIYAHvCKAJ1wjUGb8FADGnASRJkv1EXX75YHFu+XyBX&#10;vWYkVLxuJ1G8dipNu38tSruKMEi7ljJFu6M0Q7uyNEK7xTVDu+I0QrnzNUG4/TdAt/83QLf/N0C3&#10;/zdAt/83QLf/N86LAAC/mAAAsqEAAKepAACcsAAAkbgAAIbAAgB7yAcAdMsSAHDMIgFryzADZss8&#10;B2HLRQxcyk4RWMpWFVTKXRlRyWQcTslsH0vJdCJIyH4kRciIJ0PIlShByKIqP8ixKz7JxCs+yeEq&#10;PsfyKz3G/C08xf8uPMX/LjzF/y48xf8uPMX/LsSTAAC2nwAAqaYAAJ2uAACStwAAhr8AAHvHAwBw&#10;zwcAZ9YNAGTXGgBg2CoBXNg2A1jYQQZU2EoKUNhSDU3YWhBK12ITR9dpFkXXchhC13waQNiHHD3Y&#10;kx482KEfOtmwIDnZwyA52d8gOdfvIDjV+SI31P8jN9T/IzfU/yM31P8jN9T/I7mcAACrpAAAn6wA&#10;AJO1AACHvgAAe8YAAHDOAwBl1gcAXeMOAFrjGwBW4ycBUuQyAk7kPARK5EQGR+VNCEXlVQpC5VwM&#10;QOVkDj7mbBA75nYSOeaAFDfnjBU155kWNOeoFzLouBgy6MwYMejlGDHm9Bgx5fwYMeX8GDHl/Bgx&#10;5fwYMeX8GK6iAAChqgAAlLMAAIi9AAB7xgAAb84AAGPWAQBY3gUAVO4QAFHvGwBN7yYBSfAvAkXw&#10;OANB8T8EPvFHBTzyTgY68lUHN/JcCDXzZAkz820KMfR3DC/0gg0t9I8OK/WdDyr2qxAp9rwQKPbO&#10;ESf35hEn9fERJ/XxESf18REn9fERJ/XxEaOoAACWsgAAiLsAAHvFAABvzgAAYtcAAFbeAABO8AcA&#10;SvoQAEb7GQBC+yIBP/wqATv9MgI4/TkCNf4/AzL+RgMw/0wELv9TBSv/WgUp/2IGJ/9rBiT/dgcj&#10;/4IIIf+QCCD/nQkf/6sJHv+6CR3/yQkc/90JHP/dCRz/3Qkc/90JHP/dCZiwAACKugAAfMQAAG/N&#10;AABi2AAAVd4AAEnkAABE+wUAP/8OADv/FQA4/xwANP8kATH/KwEt/zEBKv82Aif/PAIl/0ICI/9I&#10;AiD/TgMe/1UDHP9dAxn/ZwQX/3IEFf9/BBT/jAUT/5oFEv+mBRH/sgUR/7wFEf+8BRH/vAUR/7wF&#10;Ef+8BYy4AAB9wgAAb8wAAGLYAABU3wAAR+UAAD7xAAA5/wEANP8LADD/EAAs/xYAKf8cACb/IgAi&#10;/ycBH/8sARz/MQEa/zYBGP88ARX/QQET/0gCEf9PAhD/VwIN/2ECDP9sAgr/eQIJ/4YDCP+SAwf/&#10;nQMG/6UDBv+lAwb/pQMG/6UDBv+lA/8xMQL/Ni4C/zovAv87MgP/OzkE/ztDBf85Twf/OFwK/zZo&#10;Df80dBD/MoAS/zGLFP8wlBb/MJsX/y+iF/8vqBj/Lq8Z/y61Gf8uvBn/LsUa/y7PGv8u4Br/Lusa&#10;/y70Gv8u/Br8L/8Z+y//Gvou/xv6Lv8c+i7/HPou/xz6Lv8c+i7/HP8zLwL/OSwC/z0tAv8+MAP/&#10;PzYE/z9BBf89TQf/PFkK/zplDv84chH/Nn0T/zWIFf80kRf/M5kY/zOgGf8yphn/Mqwa/zGzGv8x&#10;uhv/McIb/zHMG/8x3Rv/Mekb/THzG/oy+xv4Mv8b9zL/HPYx/x31Mf8e9TH/HvUx/x71Mf8e9TH/&#10;Hv81LAL/PCoC/0AqAv9CLQP/QzQE/0Q/Bf9CSgf/QVYK/z9iDv89bhH/O3oU/zmEFv84jhj/N5YZ&#10;/zadGv82pBv/Naoc/zWwHP81tx3/Nb8d/zXJHfw12B36Necd9zXxHfQ1+h3yNf8e8TX/H/A1/yDv&#10;NP8h7zT/Ie80/yHvNP8h7zT/If84KgL/PycC/0MmAv9GKQL/STID/0k8Bf9IRwf/RlML/0RfD/9C&#10;ahL/QHYV/z6AGP88ihn/PJIb/zuaHP06oB38Oqcd+zmtHvo5tB/5Obwf+DnGH/Y50x/yOeQf7znw&#10;H+w6+h/qOf8h6Tn/I+g5/yTnOf8k5zn/Jec5/yXnOf8l5zn/Jf88JwL/QyMC/0giAv9MJgL/Ty8D&#10;/1A5Bf9OQwf/TE8L/0pbD/9IZhP/RXEW/EN8GfpChhv4QY4c9kCWHvU/nR/zP6Mg8j6qIPE+sSHw&#10;Prkh7j7DIe0+zyHqPuIh5j/vIeM++SPhPf8l3z3/J949/yjcPf8o3D3/KNw9/yjcPf8o3D3/KP8/&#10;IwH/RyAB/0weAf9RJAL/VSwD/1Y1BP9VPwb/U0oK/lBWD/pOYhP2S20X80l3GvBHgRzuRooe7EWS&#10;IOtEmSHpQ6Ai6EOnI+ZDriPlQrYk5ELAJOJDzCTfQ+Ak20PtJdZC+CjTQv8q0UL/K89B/yvOQf8s&#10;zkH/LM5B/yzOQf8szkH/LP9DIAH/ShwB/1AbAf9XIQH/WygC/1wyA/9bOwb8WUYJ9lZRDvFUXRPt&#10;UWgX6U9yGuZNfB3kS4Ug4kqOIeBJlSPeSJwk3EejJtpHqyfYRrMo1Ua8KNNGyCnRRtwqzUfsKslG&#10;9yzHRv8uxEb/L8NG/y/CRv8vwUb/L8FG/y/BRv8vwUb/L/9GHQH/ThgB/1YYAf9cHgH/YCUC/2It&#10;A/xiNwX0YEEI7l1MDehaWBLjWGMX31VuG9tSdx/YUIAi1E+JJNFNkCfPTJcozUyeKstLpivJSq0s&#10;x0q3LcZKwi7EStEvwUvnL71K9DG7Sv8yuEr/MrdL/zO2S/8ztkv/M7ZL/zO2S/8ztkv/M/9KGgH/&#10;UhUB/1oWAf9hGwH/ZiEB/mgpAvRoMgPsZzwG5WRIC99hVBDZXl4X0ltpHM5YciDLVnskyFSDJ8VS&#10;iyrDUZIswVCZLr9PoS+9T6gxu06xMrlOvDO3Tso0tU7hNLJO8TWvT/02rU//NqxP/zarT/82q0//&#10;NqtP/zarT/82q0//Nv9NFwH/VRIB/18UAP9mGAD/ax0B+G0kAe1uLALlbTYE3WtDCNRnTxDNZFoX&#10;yGBkHcRdbSLBW3YmvVl+KbtXhSy4Vo0vtlWUMbRUnDOyU6Q0sFKtNq1StzesUsU4qlLaOKdS7Tml&#10;U/o5o1P/OaJT/zmhVP84oVT/OKFU/zihVP84oVT/OP9PFAH/WRAA/2MSAP9qFAD/bxkA8nIfAOZ0&#10;JgHddDEC03E/CMttSw/FaVYXwGZgHbtjaSK3YHEntF55K7FcgC6uW4gxrFmPM6pYlzWnV583pVeo&#10;OaNWszqhVsA7n1bSPJ1W6TybV/g8mlf/PJlY/zuYWP87mFj/OphY/zqYWP86mFj/Ov9SEgH/XA4A&#10;/2YQAP9tEQD6cxQA63cYAOB5HwDUeS0Cy3Y8B8RySA6+b1MWuGtcHbNoZSKvZW0nrGN1K6lhfC+m&#10;X4Qyo16LNaFdkzeeXJs5nFukO5larz2XWrs+llrMP5Ra5T+SW/U+kVv/PpBc/z2QXP88j1z/PI9c&#10;/zyPXP88j1z/PP9VEQD/Xw0A/2kOAP9xDgD1dxAA5nsRANl9GADOfSoCxXs5Br53RQ63dFAVsXBZ&#10;HK1tYiKoamknpWhxLKFmeC+eZIAzm2KHNphhjziWYJg7k1+hPZFeqz+PXrhAjV7IQYte4UGKX/NA&#10;iV//P4lg/z6IYP8+iGD/PYhg/z2IYP89iGD/Pf9XDwD/YgwA/2wMAPh0DADpegwA3n4MANKBFQDI&#10;gScBwH82Brh8Qg2yeE0VrHVWG6dyXyKib2YnnmxuLJtqdTCXaHwzlGeENpFljDmOZJU8jGOePoli&#10;qECHYrVChWLFQoRi3kODY/FCgmP9QYJk/0CCZP8/gmT/P4Jk/z+CZP8/gmT/P/9ZDgD/ZAsA/24K&#10;AOp3CADbfQgA1IIKAMyEEgDDhSQBu4M0BbOAQAytfEsUpnlUG6F2XCGcc2QmmHFrK5Rvci+RbXkz&#10;jmuBNotqiTmIaJI8hWebP4JmpkGAZrJDfmbBRH1m2UR8Z+9DfGf8QXxo/0B8aP9AfGj/P3xo/z98&#10;aP8/fGj/P/9bDAD/ZwkA93EHAN56BQDUgAcAzoUJAMeHEQC+iCIBtocxBK+EPguogUkTon1SGpx6&#10;WiCXd2Emk3VoK49zby+LcXcziG9+NoVuhjqCbY89f2uZP3xro0J5arBDeGq/RHZq1EV2a+1Ddmv7&#10;QnZr/0F2bP9Admz/QHZs/0B2bP9Admz/QP9dCgD/aQcA7HQDANp8BADQgwYAyYgHAMOKDwC6iyAB&#10;soovBKuIPAqkhUcSnYFQGZh+WB+TfF8ljnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCWQHZvoUJ0&#10;bq5Ecm69RXBu0UVwb+tEcG/6Q3Fv/0Fxb/9AcXD/QHFw/0BxcP9AcXD/QP9fCAD/awQA4XYAANR/&#10;AwDLhgUAxYsGAL6NDQC1jx4Aro4tA6aMOgmfiUURmYZOGJODVh6OgF0kiX5kKYV8ay2BenIyfXh5&#10;NXp3gjl3dos8c3WVP3F0n0Juc6xEbHO7RWtzzkVrc+lEa3P4Q2tz/0Jsc/9BbHP/QGxz/0Bsc/9A&#10;bHP/QP9hBQD6bgEA3XkAANCCAgDHiQQAwI4EALmRDACxkhsAqZIrA6KQOAibjUMPlIpMF46IVB2J&#10;hVsjhINiKICBaS18f3AxeH53NXV8fzhxe4g8bnqSP2t5nUFoeKpDZni4RGV4zEVleOdEZXj3Q2Z4&#10;/0JmeP9BZnj/QGZ4/0BmeP9AZnj/QP9kAwDucQAA2HwAAMuFAgDDjAMAu5EDALOUCQCslhgApZYo&#10;Ap2UNgeWkkEOkI9KFYqNUhyEi1oif4lgJ3uHZyx3hW4wc4N1NG+CfTdsgYY7aX+QPmZ+m0FjfqhD&#10;YX22RGB9yURffeVDYH32QmB9/0Fhff9AYX3/QGF9/0Bhff9AYX3/QP9nAADjdAAA0n8AAMeIAQC+&#10;jwIAtpUBAK6YBgCmmhUAn5omApiZMwaRlz8Mi5VIFIWTUBp/kVggeo9fJXaNZSpyi2wubopzMmqI&#10;ezZmh4Q5Y4aOPGCFmT9dhKZBW4S0QlqEx0NahONCWoP0QVuD/0Bbg/9AW4P/P1uD/z9bg/8/W4P/&#10;P/9qAADeeAAAzYMAAMKMAAC5kwAAsJgAAKedAgCgnxIAmZ8jAZOeMQWMnTwLhZtGEn+ZThh6l1Ye&#10;dZZdI3CUYyhskmosaJFxMGWQeTRhjoI3Xo2MOlqMlz1YjKQ/VouyQFSLxUBUi+FAVIrzP1WK/j9V&#10;if8+VYn/PlWJ/z5Vif8+VYn/Pu9vAADWfAAAyIcAAL2RAAC0mAAAqpwAAKCiAACZpBAAk6UgAYyk&#10;LgOFozkJf6JDD3mgTBZ0n1Mbb51aIGqcYSVmmmgpY5lvLV+YdzBbl4A0WJaKN1WVlTlSlaI7UJSw&#10;PU+Uwz1PlN88T5PyPE+S/TxPkv88T5H/PE+R/zxPkf88T5H/POR0AADPgQAAwowAALiWAACtnAAA&#10;o6EAAJioAACQqg0Ai6sbAIWrKgJ+qjYGeKlBDHKoSRJtp1EYaaZYHGSkXyFgo2YlXaJtKVmhdSxW&#10;oX4vU6CIMk+fkzVNn6A3S56vOEqewThJnt04SZ3wOEmc/DhJm/85SZv/OUmb/zlJm/85SZv/Odt6&#10;AADIhwAAvJIAALGaAACmoAAAnKYAAJGsAACHsQgAgbIWAHyzJgF2sjMEcbI9CWuxRw5msE8TYq9W&#10;GF6uXRxarWQgV6xrI1SscyZQq3wpTaqGLEqqki9IqZ8wRqmtMkWpvzJEqtoyRKjvMkOn+zNDpv8z&#10;Q6X/NEOl/zRDpf80Q6X/NNCBAADBjgAAtZgAAKmfAACepQAAk6wAAIiyAAB8uQIAdroRAHK7IQBu&#10;uy4CaLs6BmS6QwpfukwOW7lTEle4WhZUuGEZUbdpHE63cR9LtnoiSLaEJUW2kCdDtZ0pQbWsKkC2&#10;vio/ttgqP7TuKj6z+iw9sv8tPbH/LT2x/y09sf8tPbH/LceJAAC5lQAArJ0AAKGkAACWqwAAirIA&#10;AH+4AABzvwMAasQMAGfFGgBjxSgBX8U1A1vFPwVXxUgJVMRQDFDEWA9NxF8SSsNmFUjDbhdFw3ga&#10;QsOCHEDDjh4+w5wfPMOrIDvDvCE6w9UhO8LuITnA+SI4v/8kOL//JDi//yQ4v/8kOL//JL2RAACw&#10;mwAApKIAAJiqAACMsQAAgLkAAHW/AABqxgQAXswIAFnPEgBX0CEAVdAuAVHQOQJO0EMES9BMBknQ&#10;UwhG0FsLQ9BjDUHQaw8+0HURPNGAEzrRjBQ40ZoWNtGpFzXRuxc00tIXNdDsFjTP9xgzzv8aM87/&#10;GjPO/xozzv8aM87/GrOZAACmoQAAmqkAAI6xAACBuQAAdcAAAGrHAABezQMAVNQIAEzdDQBK3RgA&#10;SN4mAEbeMgFE3zwCQt9FAz/fTQQ94FUFO+BdBjngZgg34G8JNeF6CjPhhgwx4ZQNMOKjDi7isw4u&#10;48cOLePjDi3g8g4s3/sPLN/9ECzf/RAs3/0QLN/9EKigAACcpwAAj7AAAIO4AAB2wQAAaskAAF7P&#10;AABT1QEASdwGAEXpDwBC6RkAQOokAD3qLgA66zYBOOw+ATbsRgIz7U0DMe1VAy/uXQQt7mUFK+5w&#10;BSnvewYo74kHJvCXByXwpwgk8bgII/HMCCLy5Qgi8PMIIu/1CCLv9Qgi7/UIIu/1CJ6mAACRrwAA&#10;hLgAAHfBAABqyQAAXdAAAFHXAABG3QAAP+oFADz2DgA59hcANvcgADP3KAAx+DAALvk2ASv5PQEp&#10;+kQBJ/pKAiX7UgIj+1oCIPxjAx78bgMc/XsDG/6JBBn+mAQY/6gEF/+3BBb/yAQW/+AEFv/kBBb/&#10;5AQW/+QEFv/kBJOuAACFtwAAeMAAAGrJAABd0gAAUNkAAETfAAA65AAANfcDADL/DAAu/xIAK/8a&#10;ACj/IQAm/ycAI/8tACD/MwAe/zkBHP8/ARn/RQEX/00BFf9VARP/XwER/2oCEP94Ag7/hwIO/5YC&#10;Df+kAgz/sAIM/74CDP/CAgz/wgIM/8ICDP/CAoe2AAB5vwAAa8kAAF7TAABQ2wAAQ+AAADjlAAAv&#10;8AAAK/8AACf/CAAk/w4AIf8TAB7/GQAb/x4AGP8jABX/KAAT/y0AEf8yABD/OAAO/z8ADP9GAQr/&#10;TwEH/1kBBP9lAQH/cgEA/4EBAP+PAQD/mwEA/6cBAP+pAQD/qQEA/6kBAP+pAf8sLwH/MCwB/zIs&#10;Av8zMAL/MTYD/zBBA/8vTQT/LVoG/ytmB/8pcwj/KH4K/yeIC/8nkQz/J5kN/yafDf8mpQ7/JqsO&#10;/yaxD/8muA//JsAP/ybJD/8m1w//JuYP/ybwD/4m+Q/7J/8P+Sf/D/km/xH4Jv8R+Cb/Evgm/xL4&#10;Jv8S+Cb/Ev8uLAH/MykB/zUqAv82LQL/NjQC/zU/A/8zSwT/MlcG/zBkB/8ucAn/LHsK/yyFDP8r&#10;jg3/K5YO/yqdD/8qow//KqkQ/yqvEP8pthD/Kb0R/ynHEf8p0xH+KeMR+yrvEfgq+BD2K/8Q9Cr/&#10;EvQq/xPzKv8U8yn/FPMp/xTzKf8U8yn/FP8xKQH/NiYB/zkmAf86KQL/OzIC/zs9A/85SAX/N1QG&#10;/zVgB/8zbAn/MncM/zCCDf8wiw7/L5MP/y+aEP8uoBH/LqYR/y6sEv8usxL+LroS/S7EEvsuzxP4&#10;LuES9S7tEvEv9xLvL/8T7i7/Fe0u/xbsLv8X7C7/F+wu/xfsLv8X7C7/F/80JgH/OSMB/z0jAf8+&#10;JgL/QS8C/0E5A/8/RQT/PVAG/ztcCP85aAr/N3MN/zZ+Dv81hxD9NI8R/DSWEvoznRP5M6MT+DOp&#10;FPczsBT2M7cU9DPAFPMzzBTwM94U7TPrFOk09hXnM/8X5jP/GOQy/xnkM/8a4zL/GuMy/xrjMv8a&#10;4zL/Gv84IwH/PSAB/0EfAf9FIwH/RywC/0c2A/9GQAT/REwG/0FYCP8/ZAv7Pm8O+Tx5EPY7gxH0&#10;OosT8zmTFPE5mRTwOKAV7jimFu04rRbsOLQW6ji9Fuk4yRbnONsW4znqFuA49RjdOP8a2zf/HNk3&#10;/x3XN/8d1jf/HtY3/x7WN/8e1jf/Hv87IAH/QRwB/0UaAf9LIAH/TSgB/04yAv9NPAT/SkcG+khT&#10;CPZGXwvyRGoO70J0EexBfhPqQIcU6D+OFeY+lhblPpwX4z2jGOI9qhjgPbIY3z27Gd09xhnbPdga&#10;1j3pGtI99R3OPf4fzDz/IMs8/yHJPP8hyTz/Ick8/yHJPP8hyTz/If8/HAH/RRcB/0sXAf9QHQH/&#10;UyQB/1QtAv9TNwP3UUIF8U5NCOxMWgvoSmUP5UhvEeJHeRTfRYIW3USKF9pDkRnYQpka1UKfG9NB&#10;phzRQa4dz0G3Hs5BwR7MQdAfyULlH8VC8yHCQf4jwEH/JL5B/yS9Qf8lvUH/Jb1B/yW9Qf8lvUH/&#10;Jf9CGAH/SRMA/1AUAP9WGQD/WSAB/1ooAfdaMgLvWD0E6FVJB+NTVQreUWAO2U5qEtRMdBbQS3wY&#10;zkmEG8xIjBzKR5MeyEeaH8ZGoSHERqkiwkWxI8FFvCO/RckkvUbfJblG7ya2RvsntEb/KLNG/yiy&#10;Rv8osUb/KLFG/yixRv8osUb/KP9GFQD/TREA/1USAP9bFgD/XhsA+WAjAe9gLAHmXjYD31xEBdhZ&#10;UArRV1sPzFRlFMhSbhjFUHcbw09/HcBOhh++TY4hvEyVI7pLnCS4SqQmtkqsJ7RKtiizScMpsUnW&#10;Ka5K6iqrSvgrqUr/K6hL/yunS/8rp0v/K6dL/yunS/8rp0v/K/9JEgD/UA4A/1kQAP9fEgD/YxYA&#10;8mUdAOdlJQDeZDEB1GI/Bc1gSwrHXVYPwlpgFb5YaRm7VnEcuFR5H7ZTgSKzUogksVCQJq9Qlyit&#10;T58pq06oK6lOsiynTr4tpk7OLqNO5i6hT/Uun0//Lp5P/y6dT/8unVD/Lp1Q/y6dUP8unVD/Lv9M&#10;EAD/VA0A/10OAP9jDwD5ZxEA62kVAN9qHADTaiwBy2g7BMVlRwm/YlIPumBcFbZdZRmyW20dr1l1&#10;IaxYfCOqVoMmp1WLKKVUkyqjU5ssoVOjLp9SrS+dUrkwm1LJMZlS4jGXU/IxllP/MZVU/zGUVP8w&#10;lFT/MJRU/zCUVP8wlFT/MP9PDgD/WAsA/2ALAPtmDADwaw0A5G0OANZuFgDMbygBxG03BL1rRAm3&#10;aE8PsmVYFa5iYRqqYGkep15wIaRdeCWhW38nn1qHKpxZjiyaWJcumFegMJVWqjKTVrUzkVbFNJBW&#10;3TSOV/A0jVf9M4xY/zOMWP8yjFj/MYxY/zGMWP8xjFj/Mf9RDAD/WwkA/2MIAOtqBwDdbggA2HEK&#10;AM9yEwDGcyUBvnI0A7dwQQixbUwOrGpVFKdnXhmjZWUeoGNtIpxhdCWaYHsol16DK5Rdiy2SXJMw&#10;j1ucMo1apjSLWrI1iVrBNoda1jaGW+02hVv7NYVc/zSEXP8zhFz/M4Rc/zOEXP8zhFz/M/9TCgD/&#10;XQYA9WYEAN9tAwDVcgYA0HUJAMl2EQDAdyIAuHYxA7F0PgercUkOpm5SFKFsWxmdaWIdmWdqIpZm&#10;cSWTZHgokGN/K41hhy6KYJAwiF+ZM4VfozWDXq82gV6+OIBe0Th/X+o3fl/6Nn5g/zV+YP80fmD/&#10;NH5g/zR+YP80fmD/NP9VCAD/YAQA6GkAANpwAwDQdQUAyngHAMN6DwC7ex8As3ovAqx4PAemdUYN&#10;oXNQE5xwWBiXbmAdk2tnIZBqbiWNaHUoimd8K4dmhC6EZI0xgWOWNH9joTZ8Yq03emK7OXlizjl4&#10;Y+g4eGP4N3hk/zZ4ZP81eGT/NXhk/zV4ZP81eGT/Nf9XBQD/YgEA4WwAANRzAgDLeAQAxXsFAL59&#10;DQC2fh0Ar34sAqh8OQaheUQMnHdOEpd0VhiScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYoxe2iU&#10;NHhnnzZ2Zqo4dGa5OXNmyzpyZuY5cmf3OHJn/zdyaP82cmj/NXJo/zVyaP81cmj/Nf9ZAgD2ZQAA&#10;3W4AAM92AQDHewMAwH8EALmADACxghoAqoIqAqOANwWdfUILl3tLEZJ4VBeNdlsbiXRiIIVyaSSB&#10;cXAnfm93K3tufy54bYgxdmySNHNrnDZwaqg4bmq3Om1qyTpsauQ6bWv1OG1r/zdta/82bWv/Nm1r&#10;/zZta/82bWv/Nv9bAADrZwAA2XEAAMx5AADDfgIAu4IDALSECQCthRgApoUoAZ+ENQWZgkAKk39J&#10;EI19UhaJe1kbhHlgH4B3ZyN8dW4neXR1KnZzfS5zcoYxcHGQNG1wmzZrb6c4aW+1Omhvxzpnb+I6&#10;Z2/0OGhv/zdob/82aG//Nmhv/zZob/82aG//Nv9eAADkagAA03QAAMh8AAC/gQEAt4UBAK+HBwCo&#10;iRUAoYklAZuIMwSUhj4JjoRHD4mBUBWEf1caf35eHnt8ZSJ4emwmdHlzKnF4ey1ud4Qwa3aOM2h1&#10;mTZmdKU4ZHOzOWJzxDpic+A6YnPzOGNz/zdjc/82Y3P/NmNz/zZjc/82Y3P/Nv9hAADgbQAAz3cA&#10;AMR/AAC7hQAAs4kAAKqLAwCjjBMAnI0jAZaMMAOQizwIiolFDoSHThN/hVUYe4NcHXeCYyFzgGol&#10;b39xKWx9eSxpfIIvZnuLMmN6lzVgeaM3XnmxOF15wjlced05XXnxOF14/jdeeP82Xnj/NV54/zVe&#10;eP81Xnj/NfVkAADccAAAynoAAMCDAAC2iQAAro0AAKSPAACdkRAAl5IgAJGRLgOKkDkHhI5DDH+N&#10;TBJ6i1MXdYlaG3GIYSBuhmgjaoVvJ2eEdytjg38uYIKJMV2BlDNbgKE2WX+vN1d/wDhXf9o3V3/w&#10;N1h+/TZYfv81WH7/NVh+/zVYfv81WH7/NeloAADUdAAAxn4AALuHAACyjQAAqJEAAJ6UAACWlg4A&#10;kZccAIuXKwKFljcFf5RBCnmTSRB0klEVcJBYGWyPXx1ojmYhZYxtJWGLdChein0sW4mHL1iIkjFV&#10;h58zU4etNVKHvjVRh9Y1UYbuNVKF+zRShf80UoX/M1KF/zNShf8zUoX/M+NsAADOeQAAwYMAALaL&#10;AACskQAAopUAAJeZAACPmwsAip0YAISdJwF+nDQEeZs+CHOaRw1vmU8SaphWF2aXXRtjlWMeX5Rq&#10;IlyTciVZknsoVZGFK1KRkC5QkJ0wTpCrMUyQvDJMkNMyTI/tMkyO+jJMjf8xTIz/MUyM/zFMjP8x&#10;TIz/MdxxAADIfgAAu4gAALGRAACmlgAAnJoAAJCfAACHogYAgaMUAHykIwF3pDADcqM7Bm2iRAto&#10;oUwPZKBUE2CfWhddnmEbWZ1oHladcCFTnHkkUJuDJ02ajilKmpssSJqpLUeZui1GmtAtRpjrLUaX&#10;+S5Glv8uRpb/LkaW/y5Glv8uRpb/LtF3AADBhAAAto4AAKqVAACgmwAAlZ8AAIqkAAB9qQAAd6sQ&#10;AHOrHgBvrCwBaqs3BGWrQQdhqkkLXalRD1qpWBNXqF8WU6dmGVCnbhxNpnYfSqWBIUiljCRFpZkm&#10;Q6SoJ0KkuChBpM4nQaPqJ0Ci+ChAof8pQKD/KUCg/ylAoP8pQKD/Kcl+AAC6iwAAr5QAAKOaAACY&#10;oAAAjaUAAIKqAAB1sAAAbLMMAGm0GABltCcBYbQzAl60PQRatEYHVrNOClOzVQ1Qs1wQTbJjE0qy&#10;axZHsXQYRbF+GkKwih1AsJcePrCmIDywtyA8sMwgPK/oIDuu9yE6rf8iOqz/Izqs/yM6rP8jOqz/&#10;I8CGAACzkgAAp5kAAJyfAACQpgAAhKwAAHmxAABttwAAYbwFAF29EgBaviAAWL4tAVS+OAJRvkIE&#10;Tr5KBky+UghJvlkKRr5gDES+aA5BvXERP718Ezy9iBU6vZUWOL2kFze9tRg2vcoYN7znFzW79hk1&#10;uv8aNLn/GzS5/xs0uf8bNLn/G7iPAACqmAAAn58AAJOmAACHrAAAe7MAAG+5AABjvgAAWMQEAFDI&#10;DABNyBcATMklAErKMQBHyjsBRcpEAkPKTANBylQEPspcBjzKZAc6y24JOMt4CjbLhQw0y5INMsui&#10;DjHLsg8wzMcPMMvlDi/J9Q8uyP0RLsf/Ei7H/xIux/8SLsf/Eq6XAAChngAAlaUAAImtAAB8tAAA&#10;cLsAAGTBAABZxgAATssDAEXQCAA+1Q4APdUaADzWJgA71zEAOdg7ADjZRQE22U0BNdlWAjPaXgIx&#10;2mgDMNtzBC7bfwUs240FKtydBincrQYo3cEGKN3eBifb7wcm2fkIJtj+CSbY/gkm2P4JJtj+CaSd&#10;AACYpQAAi60AAH60AABxvAAAZcMAAFnJAABNzQAAQ9MBADrZBgA15A0AM+QWADHkIAAw5SoALuYz&#10;AC3mPAAr50QAKudMASjoVAEn6F0BJelnAiPpcwIi6oECIOqRAx/roQMd67IDHOzHAxzs4QMb6vED&#10;G+n5Axvp+QMb6fkDG+n5A5qkAACNrAAAf7UAAHK9AABlxQAAWcsAAEzQAABB1QAAONwAAC/hAgAt&#10;8Q0AK/ETACjyHAAm8iQAJPMrACL0MgAh9DkAH/VBAB31SQAb9lEAGfdaARf3ZQEV+HIBFPmBARP5&#10;kgES+qICEfqzAhD7xgIQ+90CEPvpAhD76QIQ++kCEPvpAo+rAACBtAAAc70AAGbGAABZzQAAS9MA&#10;AEDZAAA13gAALOMAACbxAAAk/goAIf8QAB//FgAc/xwAGf8iABf/KAAV/y4AE/81ABL/PAAQ/0MA&#10;Dv9MAA3/VgAL/2IACf9vAAj/fwEH/5ABBf+gAQT/rgEE/7wBA//HAQP/xwED/8cBA//HAYO0AAB1&#10;vQAAZ8YAAFrPAABL1QAAP9wAADPhAAAp5QAAIewAAB79AAAa/wUAF/8MABX/EAAS/xQAEP8ZAA7/&#10;HgAN/yMAC/8oAAj/LgAG/zUAA/89AAD/RgAA/1EAAP9dAAD/awAA/3sAAP+LAAD/mQAA/6UAAP+s&#10;AAD/rAAA/6wAAP+sAP8nLAH/KioB/ysqAf8qLgH/JjQC/yU/Av8jSwP/IVgD/yBkBP8ecAT/HXsE&#10;/x2FBf8djgX/HZYF/x2cBv8dogb/HKgG/xyuB/8ctAf/HLsH/xzDB/8czgf/Hd8H/x3rB/wd9Qf5&#10;Hf4G9x7/B/cd/wj2Hf8J9h3/CfYd/wn2Hf8J9h3/Cf8pKgH/LCcB/y4nAf8tKgH/LDIB/ys9Av8p&#10;SQP/J1UD/yVhBP8jbQT/IngF/yKCBf8hiwb/IZMG/yGaB/8hoAf/IaUH/yGrCP8hsQj/IbgI/yHB&#10;CP8hywj8IdwI+SHpCPYh9AjzIv0H8iL/CfEi/wrxIf8L8CH/C/Ah/wvwIf8L8CH/C/8sJgH/MCQB&#10;/zEjAf8xJgH/Mi8B/zE6Av8vRgP/LVID/yteBP8paQX/KHUF/yd/Bv8niAf/JpAH/yaWCP8mnQj+&#10;JqMJ/SapCfwmrwn7JrYJ+ia+CfgmyAn2JtkJ8iboCe8n8wntJ/0K6yb/C+om/w3pJv8N6Cb/Dugm&#10;/w7oJv8O6Cb/Dv8vIwH/MyAB/zUfAf83IwH/OCwB/zg3Av82QgL/NE4D/zJaBP8wZQX/LnAG/i17&#10;B/wthAj6LIwJ+CyTCfcsmQr2K6AK9CumCvMrrAvyK7ML8Su7C+8rxgvuLNQL6izmC+Ys8gvkLPwN&#10;4iz/D+Es/xDgLP8Q3yz/Ed8s/xHfLP8R3yz/Ef8zHwH/NxsB/zoaAf89IAH/PygB/z8yAf89PgL/&#10;O0kD/zlVBPs3YQb3NWwH9TR2CPIzfwnwMocK7zKPC+0ylgvsMZwM6jGiDOkxqQzoMbAN5jG5DeUx&#10;ww3jMtEN3zLlDNwy8Q/YMfwR1TH/EtIx/xPRMf8U0DH/FNAx/xTQMf8U0DH/FP83GwH/OxcA/z8W&#10;AP9DHAD/RiQB/0YuAf9EOQL8QkQD9j9QBPE9XAbtPGcH6jtxCeg6egrlOYML4ziLDOI4kg3gN5kN&#10;3zefDt03pg7bN60P2Ta2ENc2wRDVNs4Q0TfjEc038RPKN/sVyDf/FsY3/xfFN/8YxDf/GMQ3/xjE&#10;N/8YxDf/GP87FwD/QBMA/0UTAP9JGAD/TCAA/0wpAfpLMwHySD4C7EZKBOdEVgbjQ2II30FsCtxA&#10;dQzZP34N1T6GD9M9jRDRPZQRzzybEs08ohPMPKkUyjuxFMg7uxXHO8gWxTzcFsE87Re+PPkZuzz/&#10;Gro8/xu5PP8buDz/G7g8/xu4PP8buDz/G/8+FAD/RBAA/0oRAP9PFAD/URsA+1IjAPFRLQHpTzgB&#10;4k1FA9xLUQXWSVwI0UdmC85GcA7LRXgQyESAEsZDhxTEQo4Vw0KVFsFBnBe/QaQYvUCsGbxAthq6&#10;QMIauEDSG7VB6BuyQfYdsEH/Hq5B/x6tQf8erEH/HqxB/x6sQf8erEH/Hv9CEQD/Rw0A/08OAP9T&#10;EQD/VhUA81ccAOhWJQDgVTEB11M/As9STAXKUFcJxk5hDcNMahDASnISvUl6FbtIgha5R4kYt0eQ&#10;GbVGlxuzRp8csUWnHbBFsR6uRbwfrEXMH6pF4yCnRvMhpUb/IaNG/yKiRv8hokb/IaJG/yGiRv8h&#10;okb/If9FDgD/SwoA/1MMAP9XDQD5WhAA61sUAN9aHADUWisAzFo7AsZYSAXBVlMJvFRcDblSZRG1&#10;UG0Us091F7BOfBmuTYQarEyLHKpLkh6oSpofpkqjIaRJrCKjSbgjoUnGJJ9K3iSdSvAkm0r9JZlL&#10;/ySZS/8kmEv/JJhL/ySYS/8kmEv/JP9IDAD/TwgA/1YIAPVbCQDpXgoA5F4NANVfFQDLYCcAxF82&#10;Ar5eQwW4W04JtFlYDrBXYRKsVWkVqlRwGKdTeBqlUn8colGGHqBQjiCeT5YinE6fI5pOqCWYTrMm&#10;l07CJ5VO1ieTTuwnkU/7J5BP/yeQUP8mj1D/Jo9Q/yaPUP8mj1D/Jv9KCQD/UwUA+FoEAOJfAwDa&#10;YgYA1GMJAM1jEgDEZSMAvGUyArZjQAWxYUsJrF5UDqhcXRKlW2UWoVlsGJ9YcxucVnoemlWCIJhU&#10;iiKVVJIkk1ObJpFSpSePUrApjVK+KoxS0CqKU+kqiVP5KYhU/ymHVP8oh1T/KIdU/yiHVP8oh1T/&#10;KP9MBQD/VgEA6V0AANxjAgDRZwUAzGgHAMZoEAC9aiAAtmkvAbBoPASqZUcJpWNRDaFhWhKdX2EW&#10;ml5pGZdccByVW3ceklp+IZBZhiONWI4li1eXJ4lXoSmGVq0rhVa6LINWzCyCV+YsgVf3K4BY/yqA&#10;WP8qgFj/KYBY/ymAWP8pgFj/Kf9PAgD9WQAA4mAAANVnAADMagMAxmwFAMBsDgC3bR0AsG4sAaps&#10;OQSlakQIoGhODZtmVxGXZF4VlGJlGZFgbByOX3Mei157IYldgiSGXIsmhFuUKIFbnip/WqosfVq3&#10;LXxayS56WuMuelv1LXpc/yx5XP8relz/Knpc/yp6XP8qelz/Kv9RAADyWwAA3mQAAM9qAADHbgIA&#10;wHAEALpwDACycRoAq3EpAaVwNwOfbkIHmmxLDJZqVBGSaFwVjmZjGItlaRuIY3AehWJ4IYJhfySA&#10;YIgmfV+RKXtfnCt4Xqctdl61LnVexi90XuEvdF/zLnRf/yx0YP8rdGD/K3Rg/yt0YP8rdGD/K/9T&#10;AADoXgAA2WcAAMttAADDcQEAu3MCALVzCQCtdRcAp3UnAaF0NAObcj8HlXBJC5FuUhCMbFkUiWpg&#10;GIVpZxuCaG4ef2Z1IX1lfSR6ZIUmd2SPKXVjmityYqUtcGKzL29ixC9uYt4vbmPyLm5j/i1uY/8s&#10;bmP/K25j/ytuY/8rbmP/K/9VAADlYAAA02kAAMhwAAC/dAAAt3cBALB3BwCoeBUAonkkAJx4MgKW&#10;dj0GkXRHC4xyTw+IcFcThG9eF4BtZBp9bGsdemtzIHdqeiN0aYMmcmiNKW9nlyxtZ6Mua2axL2lm&#10;wTBpZtswaWfwL2ln/S1pZ/8samf/K2pn/ytqZ/8ramf/K/5YAADhYwAAz2wAAMRzAAC7eAAAs3oA&#10;AKt6BACkexIAnnwiAJh8LwKSejsFjHhFCod3TQ6DdVUSf3NcFntyYhp4cGkddW9wIHJueCNvbYEm&#10;bWyLKWpslitoa6EuZmuvL2RqvzBja9gwY2vvL2Rr/C1ka/8tZWv/LGVr/yxla/8sZWv/LPRbAADd&#10;ZgAAy28AAMB2AAC3ewAAr34AAKZ+AQCffxAAmYAfAJOALQKNfzkFiH1DCYN7Sw1+elMSenhaFnZ3&#10;YRlzdWcccHRuH21zdiJqcn8maHGJKGVwlCticKAtYG+tL19vvS9eb9QvXm/tL19v+y1fb/8sYG//&#10;LGBv/yxgb/8sYG//LOteAADYaQAAx3IAALx5AACzfwAAq4IAAKGCAACZgw4AlIQdAI6EKwGIgzYE&#10;g4JACH6ASQx5f1EQdX1YFHJ8Xxhue2Uba3psHmh5dCJleH0lYneHJ2B2kipddZ4sW3WrLlp0uy9Z&#10;ddEvWXTsLll0+i1adP8sWnT/K1p0/ytadP8rWnT/K+ZhAADRbQAAw3YAALl9AACvgwAApoYAAJyG&#10;AACUiAwAjokZAImJKAGDiTQDfoc+B3mGRwt0hU8PcIRWE22CXRdpgWMaZoBqHWN/ciBgfnojXX2E&#10;Jlp8jylYe5wrVnupLFR7uS1Te84tVHrqLVR6+SxUef8rVXn/KlV5/ypVef8qVXn/KuFlAADMcQAA&#10;v3oAALSCAACrhwAAoYoAAJWLAACNjQkAh44WAIKPJAF9jzECeI47BXONRAlvjEwNa4pUEWeJWhVk&#10;iGEYYYdoG16GcB5bhXghWISCJFWEjSZSg5opUIKnKk+CtytOgswrToLoK06B+CpPgP8qT4D/KU+A&#10;/ylPgP8pT4D/KdtqAADHdQAAun8AALCHAACmjAAAnI8AAI+RAACGkwUAgJQSAHuVIQB3lS0BcpU4&#10;BG2UQgdpk0oLZZJRDmKRWBJekF8VW49mGFiObRtVjnYeUo2AIU+MiyNNi5glS4ulJ0mLtShIi8oo&#10;SIrnJ0mJ9yhJiP8nSYf/J0mH/ydJh/8nSYf/J9FvAADBewAAtYQAAKuMAACgkAAAlZQAAImXAAB+&#10;mgAAd5sOAHOcHABvnSkBa5w1AmacPwVim0cIX5pPC1yaVg9YmVwSVZhjFVOYaxdQl3MaTZZ9HUqV&#10;iR9HlZUhRZWkI0SUsyNDlMgjQ5TlI0OS9SRDkf8kQ5D/JEOQ/yRDkP8kQ5D/JMp1AAC7gQAAsIsA&#10;AKSRAACalQAAj5kAAIOdAAB0ogAAbqMLAGqkFwBmpSUAY6UxAV+kOwNbpEQFWKRLCFWjUwtSo1oN&#10;T6JhEE2iaBNKoXEVR6B7GESghhpCn5McQJ+iHT6fsh49n8YePZ/jHT2d9B49nP8fPJv/Hzyb/yA8&#10;m/8gPJv/IMJ8AAC1iAAAqZAAAJ6WAACTmwAAh58AAHukAABvqAAAY6wEAF+tEQBcrR8AWq4rAFeu&#10;NgFUrkADUa1IBU6tTwdLrVcJSa1eC0asZg1ErG4PQax4ET+rhBM8q5EVOqugFjmrsBc4q8MXOKrh&#10;Fzep8xg3p/4ZNqb/Gjam/xo2pv8aNqb/GrqEAACujwAAopYAAJebAACLoQAAf6YAAHOrAABnrwAA&#10;WrQAAFO2DABRtxcAT7ckAE24MABKuDoBSLhDAka4SwNEuFIEQbhaBj+4Ygc9uGsJOrh1Czi3gQw2&#10;t44ONLedDzO3rQ8yt8EPMbfeDzG28hAwtPwRMLP/EjCz/xMws/8TMLP/E7KOAACllQAAmpsAAI6i&#10;AACCqAAAda0AAGmzAABetwAAU7sAAEfABQBDwhAAQsIbAEDDJwA/wzIAPsQ8ADzERAE6xE0BOMRV&#10;AjbEXQM1xGYEM8VwBDHFfAYvxYoGLcWaByvFqggqxb4IKsXaCCrE8AgpwvsJKMH/CijB/wsowf8L&#10;KMH/C6iVAACdmwAAkaIAAISpAAB4rwAAa7UAAF+7AABUvwAAScMAAD/IBAA2zQkAM84RADLPHAAx&#10;zycAMNAxAC/QOgAu0UMALdFMACvSVQAq0l8BKNNpASfTdgEl04QCJNSUAiLUpgIh1bkCIdXSAiDT&#10;6wIg0vYDH9H/BB/R/wQf0f8EH9H/BJ+bAACUogAAh6kAAHmxAABtuAAAYL4AAFTDAABJxwAAPssA&#10;ADXQAQAt1QYAJdsLACTeEgAj3hwAIt8lACHgLgAg4DcAH+FAAB7hSgAd4lMAHONeABvjagAa5HgA&#10;GOSIARflmgEW5qwBFebAARTn3QET5e8BE+P6ARPj+gET4/oBE+P6AZaiAACJqQAAe7EAAG65AABh&#10;wAAAVMYAAEjKAAA9zwAAM9MAACrZAAAi3gIAHusKABzsEAAb7RcAGe0fABfuJgAV7i0AFO81ABPw&#10;PQAR8EYAEPFQAA/yWwAO8mkADfN4AAz0igAL9ZwACvWuAAn2wgAJ9tkACPXtAAj17QAI9e0ACPXt&#10;AIupAAB9sgAAb7oAAGLCAABVyQAAR84AADvSAAAx2AAAJ90AAB/hAAAZ6AAAFvgGABT6DQAS+xIA&#10;EPwXAA78HQAN/SMADP0pAAr+MAAI/zgABv9BAAP/TAAA/1gAAP9mAAD/dwAA/4kAAP+bAAD/qwAA&#10;/7sAAP/OAAD/zwAA/88AAP/PAH+yAABxugAAY8MAAFbLAABI0QAAOtYAAC/dAAAl4QAAHOUAABTp&#10;AAAR9wAAD/8BAA3/CQAL/w0ACP8QAAb/FAAD/xgAAP8eAAD/IwAA/yoAAP8yAAD/PAAA/0cAAP9U&#10;AAD/YwAA/3MAAP+FAAD/lwAA/6QAAP+yAAD/sgAA/7IAAP+yAP8iKQH/IycB/yMoAf8gKwH/HDEB&#10;/xo9Af8YSQH/FlYC/xRiAv8TbgL/EngC/xKCAv8SiwL/EpIC/xKZAv8SngL/EqQC/xKpAv8SrwL/&#10;ErYC/xK9Av8SxwL/EtQC/RLlAvoS8QL3EvoC9RP/AvQT/wP0E/8D9BP/A/QT/wP0E/8D9BP/A/8k&#10;JwH/JiQB/yYkAf8kJwH/Ii8B/yA6Af8eRgH/HFMC/xpfAv8YagL/F3UC/xd/Av8XiAL/F48C/xeW&#10;Av8XnAL/F6EC/xenAv8XrQL/F7MD/he7A/0XxQP6F9ED9xfkAvQX7wLxGPoC7xj/A+4Y/wTuGP8E&#10;7Rj/Be0Y/wXtGP8F7Rj/Bf8nIwH/KSAA/ykgAP8oIwD/KS0B/yc3Af8lQwH/I08C/yFbAv8fZgL/&#10;HXEC/x17A/8dhAP/HYwD/h2TA/wcmQP7HJ8D+hykA/kcqgP3HLED9hy5A/UdwgPzHc4D8B3hA+wd&#10;7gPpHvkE6B7/BeYe/wblHv8G5R7/B+Ue/wflHv8H5R7/B/8rHwD/LRwA/y0bAP8uIAD/LykA/y80&#10;Af8sPwH/KksC/yhXAv8mYgL9JW0D+iR3A/gjgAP2I4gD9SOPA/MjlQTyI5sE8SOhBO8jqATuI64E&#10;7SO2BOsjvwTqI8wE5yPgBOMk7QTgJPkG3iT/B9wk/wjbJP8J2iT/Cdok/wnaJP8J2iT/Cf8uGwD/&#10;MRcA/zIWAP81HAD/NiUA/zYvAf80OgH/MUYB+y9SAvctXQLzLGgD8CtyA+4qewTsKoQE6iqLBOgq&#10;kgXnKZgF5imeBeQppQXjKawF4Sm0BeAqvQXeKsoF2yreBdYq7QfSKvgJzyv/Cs0q/wvMKv8Myyr/&#10;DMsq/wzLKv8Myyr/DP8yFwD/NRIA/zgSAP87GAD/PSAA/zwqAP47NQH3OUEB8TZNAuw0WALoM2MD&#10;5TJtBOMydgTgMX8F3jGHBdwwjgbaMJUG2DCbB9YvogfUL6kI0i+xCNAvugnPMMYJzTDYCckx6grG&#10;MfcMwzH/DsEx/w/AMf8PvzH/D78x/xC/Mf8QvzH/EP82EwD/OQ8A/z4QAP9BFAD/QxoA/0IjAPVB&#10;LgDtPjoB5z1GAeE8UwLdOl4D2TloBNQ4cQbROHoHzzeBCM03iAnLNo8KyjaWCsg2nQvGNaQMxTWs&#10;DMM1tQ3BNcANwDbPDr025g65NvQQtzb/EbU2/xK0Nv8Tszb/E7M2/xOzNv8Tszb/E/85EAD/PQsA&#10;/0MNAP9HEAD/SBQA9UccAOtGJgDjRDIA3ERBAdRDTQLPQVgEy0BiBsg/awjFPnQJwz17C8E9gwy/&#10;PIoNvTyQDrs8lw+6O58QuDunELY7sBG1O7sSszvJErE74BOuPPEUqzz9Fak8/xaoPP8WqDz/Fqc8&#10;/xanPP8Wpzz/Fv89DQD/QggA/0gKAP9LDAD6TA8A7EwUAOFKHQDWSiwAzks7AclKSALESFMEwEdd&#10;B7xGZgm6RG4Lt0N2DbVDfQ6zQoQQsUGLEbBBkhKuQJoTrECiFKpAqxWpQLYWp0DEF6ZA2RejQe0Y&#10;oEH7GJ9B/xmeQf8ZnUH/GZ1C/xidQv8YnUL/GP9ACQD/RgUA/0wFAPFPBwDmUAkA408NANVPFQDM&#10;UScAxVE2Ab9QQwK6T04Ftk1YCLNMYQqwSmkNrUlwD6tIeBGpR38Sp0eGFKVGjRWjRpUWoUWeGJ9F&#10;pxmeRbIanEW/GppF0RuYRekblkb4HJVG/xuURv8bk0b/G5NH/xuTR/8bk0f/G/9CBQD/SgEA8lAA&#10;AOFUAQDZVgUA01UJAMxVEgDDViIAvFcyAbdWPwKyVEoFrVNUCKpRXQunUGQOpE5sEKJNcxKfTHoU&#10;nUyBFptLiReZSpEZl0qZGpVJoxuTSa4dkkm7HpBJzB6OSuUejUr2HotL/x6LS/8dikv/HYpL/x2K&#10;S/8dikv/Hf9FAAD/TQAA5VQAANlZAADPWwMAylsGAMRaDwC7Wx4AtVwuAa9bOwKqWkYFplhQCKJW&#10;WQufVWAOnFNoEZlSbxOXUXYVlVB9F5NQhBmQT40ajk6WHIxOnx6KTqofiE63IIdOyCGFTuIhhE/z&#10;IINP/yCDT/8fglD/H4JQ/x6CUP8eglD/Hv9HAADzUQAA31gAANFdAADJYAIAw2AEAL1eDQC1YBoA&#10;rmEqAKlgNwKkXkMEn11NCJtbVQuYWV0OlVhkEZJXaxOPVnIWjVV5GItUgRqIU4kchlOSHoRSnB+C&#10;UqchgFK0In9SxCN9Ut4jfFPxInxT/iF7VP8he1T/IHtU/yB7VP8ge1T/IP9KAADpVAAA2lwAAMxh&#10;AADDZAAAvGQCALZjCgCvZBcAqWUnAKNkNAKeY0AEmWFKB5VfUguRXloOjl1hEYtbaBOJWm8Whll2&#10;GIRYfRqBWIYcf1ePHn1WmSB7VqQieVaxI3dWwSR2VtokdVfvJHVX/SN1WP8idVj/IXVY/yF1WP8h&#10;dVj/If9NAADlVwAA018AAMhkAAC/ZwAAt2gAALFnBwCpaBQAo2kkAJ5oMgGZZz0ElGVHB5BkTwqM&#10;YlcNiGFeEIVfZRODXmwWgF1zGH1dehp7XIMdeVuMH3ZblyF0WqIjclqvJHFavyVwWtUlb1vtJW9b&#10;/CNvW/8ib1v/Im9b/yFvW/8hb1v/IfpPAADhWgAAz2IAAMRnAAC7awAAs2wAAKxqBACkaxIAnmwh&#10;AJlsLwGUazoDj2lEBopoTQmGZlUNg2VcEIBkYhN9YmkVemJwGHhheBp1YIAdc1+KH3BflCFuXqAj&#10;bF6tJWtevCZqXtEmaV7sJWpf+yRqX/8jal//Impf/yJqX/8ial//IvBSAADdXQAAy2UAAMBrAAC3&#10;bgAAr28AAKduAQCgbxAAmnAfAJRwLAGPbzgDim1CBoZsSwmCalIMfmlZD3toYBJ3ZmYUdWZuF3Jl&#10;dRpwZH4dbWOIH2tjkiJpYp4kZ2KrJWViuiZkYs8mZGLqJmVi+iRlY/8jZWP/ImVj/yJlY/8iZWP/&#10;IutVAADYYAAAyGgAALxuAACzcQAAq3MAAKJxAACbcg4AlXMcAJB0KgGKczYChXJABYFwSAh9b1AL&#10;eW1XDnZsXhFza2QUcGpsF21pcxpraXwcaGiGH2ZnkCFkZ5wjYmapJWBmuSZfZs0mX2boJmBm+SRg&#10;Zv8jYGb/I2Fm/yJhZv8iYWb/IuhYAADTYwAAxGsAALlxAACwdQAAp3cAAJ51AACWdg0AkHcZAIt4&#10;JwCGdzMCgXY9BHx1Rgd4c04LdXJVDnFxXBFucGMUa29qFmlucRlmbnocY22DHmFsjiFfa5ojXWun&#10;JVtrtyZaa8omWmvnJVtr9yRbav8jXGr/Ilxq/yJcav8iXGr/IuNbAADOZgAAwG4AALZ0AACseQAA&#10;o3sAAJh5AACQegsAinsWAIV8JACBfDEBfHs7BHd6RAZzeUwKcHhTDWx3WhBpdmETZ3VoFmR0bxhh&#10;c3gbXnKBHVxxjCBacZgiWHCmJFZwtSVVcMglVXDlJVVw9iRWb/8jVm//Ildv/yJXb/8iV2//It9f&#10;AADKaQAAvHIAALJ4AACpfQAAn38AAJJ+AACKfwcAhIATAICBIQB7gS4Bd4A5A3KAQgVuf0oIa35R&#10;C2h9WA5kfF8RYntmFF96bRdceXUZWXh/HFd4ih5Ud5YhUnakIlF2syNQdsYkUHbjI1B19SNRdf8i&#10;UXT/IVF0/yFRdP8hUXT/IdhjAADFbQAAuHYAAK59AAClggAAmoMAAI2DAACEhAMAfYUQAHmGHgB1&#10;hysBcYc2Am2GPwRphUcHZYRPCmKDVg1fg1wPXIJjElqBaxVXgHMYVH99GlF/iBxPfpQfTX6iIEt9&#10;sSFKfcQiSn3hIUt89CFLe/8gS3v/IEt7/yBLe/8gS3v/INBnAADAcgAAtHsAAKqCAACghgAAlYgA&#10;AIeIAAB8igAAdowOAHKNGgBujicAao4yAWaNPANjjUQFYIxMCFyLUwpai1oNV4phEFSJaBJRiHEV&#10;T4h6F0yHhRpKhpIcSIagHUaGrx5FhcIeRYXfHkWE8h5Fg/4eRYL/HkWC/x5Fgv8eRYL/HsptAAC6&#10;eAAAr4EAAKWHAACaiwAAj40AAIGOAAB0kQAAbpMKAGmUFQBmlSIAY5UuAWCVOAJclUEEWZRJBlaU&#10;UAhUk1cKUZNeDE6SZg9Mkm4RSZF4FEaQgxZEkJAYQo+eGUCPrRo/j8AaP4/cGj+N8Ro/jP0bP4v/&#10;Gz+L/xs/i/8bP4v/G8JzAAC1fgAAqocAAJ+MAACUkAAAiJMAAHuVAABsmQAAZZsEAGCcEABdnR0A&#10;W54pAFieNAFVnj0CUp1FA1CdTQVNnVQHS5xbCUicYwtGnGsNQ5t1D0GbgBE+mo0TPJqbFDqaqxU5&#10;mr0VOZrZFTmY7xY5l/wWOJb/FziV/xc4lf8XOJX/F7t6AACvhQAApIwAAJiRAACNlQAAgZoAAHWd&#10;AABooAAAW6QAAFalDABTphcAUacjAE+nLwBMpzgBSqdBAUinSQJGp1AEQ6dYBUGnXwY/pmgIPaZy&#10;CjqmfQs4pooNNqWZDjSlqQ8zpbsPM6XUDzOk7g8yovsQMqH/ETKh/xEyof8RMqH/EbSCAACojAAA&#10;nZIAAJKXAACGnAAAeaEAAG2lAABhqQAAVawAAEuvBQBHsBAARbAcAESxJwBCsTIAQbI7AD+yQwE9&#10;sksBO7JTAjmyWwM3smQENbJuBTOyeQYxsocHL7GWCC6ypggtsrgJLLLQCCyw7Akrr/kKK67/Cyqt&#10;/wsqrf8LKq3/C62LAACgkgAAlZgAAImdAAB9owAAcagAAGStAABZsQAATbQAAEK4AAA7ugoAOLsT&#10;ADe8HgA1vCkANL0yADO9OwAyvUQAMb5MAC++VQEuvl4BLL5oASq+dAIpvoICJ7+RAya/ogMkv7QD&#10;I7/LAyO+6AMjvPcEIrv/BSK7/wUiu/8FIrv/BaSSAACYmAAAjJ4AAIClAABzqwAAZ7AAAFu1AABP&#10;uQAARLwAADrAAAAwxAQAKscLACjIEwAnyR0AJsknACXJMAAkyjkAI8pCACLLSwAhy1UAIMxfAB/M&#10;bAAdzXoAHM2KABvNnAAZzq4BGM7FABjN5AAYzPQBGMr8ARjK/wIYyv8CGMr/ApuZAACPnwAAgqYA&#10;AHWtAABoswAAXLkAAFC9AABEwQAAOcQAADDIAAAozAEAINAGABnVCwAW1xAAFdgZABXZIgAU2SsA&#10;E9o0ABPaPQAS20gAEdxTABHdXwAQ3W0AEN5+AA7fkQAO4KQADeC4AAzg0gAL3+0ADN73AAzd+wAM&#10;3fsADN37AJKfAACFpwAAd64AAGq1AABdvAAAUMEAAETFAAA4yQAALs0AACXRAAAe1QAAFtoBABHe&#10;BgAQ5w0ADucSAA3oGQAM6CEAC+kpAArqMQAJ6jsAB+tFAAXrUQAE614AA+tuAAHrgAAA6pQAAOqn&#10;AADrvAAA69IAAOvpAADs7wAA7O8AAOzvAIenAAB5rwAAa7cAAF6+AABRxQAAQ8kAADfNAAAt0QAA&#10;I9YAABvbAAAT3wAADuMAAAzuAgAK9goAB/YOAAX2EgAD9hgAAPUeAAD1JQAA9S4AAPU3AAD2QgAA&#10;9k4AAPZdAAD2bgAA9oEAAPaVAAD3pwAA97cAAPjHAAD40AAA+NAAAPjQAHuvAABtuAAAYMAAAFLI&#10;AABEzQAAN9EAACvXAAAh3AAAGOAAABHkAAAM5wAAB+8AAAT6AAAB/wMAAP8IAAD/DQAA/hAAAP4U&#10;AAD/GgAA/yEAAP8pAAD/MwAA/z4AAP9LAAD/WwAA/2wAAP+AAAD/kgAA/6EAAP+tAAD/swAA/7MA&#10;AP+zAP8cJgD/HCQA/xolAP8VJwD/ES4A/xA6AP8ORwH/DVMB/wtfAf8KawH/CnUB/wp/Af8KhwH/&#10;Co4B/wqVAf8KmwH/CaAB/wmlAP8JqwD/CbEA/wm4AP8JwQD+CcwA/AneAPkJ6wD1CfYA8wn/APIK&#10;/wDxCv8B8Qv/AfEL/wHxC/8B8Qv/Af8fIwD/HyEA/x4hAP8ZJAD/FywA/xU3AP8TRAD/EVAB/xBc&#10;Af8OZwH/DnIB/w57Af8OhAH/DosB/w6SAf8OmAH/Dp0B/w6jAf4OqAH8Dq4B+w61APoOvgD4DskA&#10;9Q7bAPIO6gDuDvUA7A7/AesP/wHqD/8B6hD/AekQ/wHpEP8B6RD/Af8iHwD/IhwA/yEcAP8fIAD/&#10;HykA/xw0AP8aQAD/F0wB/xVYAf8UYwH/E24B/xN3Af4TgAH8E4gB+hKOAfkSlQH4EpoB9hKgAfUS&#10;pgH0EqwB8xKzAfESvAHwEscB7RLYAekT6AHmE/UB5BT/AeIU/wLhFf8C4RX/AuAV/wLgFf8C4BX/&#10;Av8lGwD/JhcA/yQWAP8lHAD/JiUA/yQwAP8hOwD/H0gA/x1UAf0bXwH5GmkB9xpzAfQZfAHyGYQB&#10;8RmLAe8ZkQHuGZcB7BmdAesZowHpGaoB6BmxAecZugHlGcUB4xnVAd8a6AHcG/UC2Bv/AtUc/wPU&#10;HP8D0xz/BNIc/wTSHP8E0hz/BP8pFwD/KhMA/ykSAP8sGAD/LCEA/ywrAP8pNwD9J0MA9yVPAfMj&#10;WgHvImQB7CFuAekhdwHnIX8B5SGGAeQhjQHiIJQB4SCaAd8goAHeIKcB3CGvAdohuALYIcMC1SHT&#10;AtEi5wLNIvQDyiP/BMgj/wXHI/8GxiP/BsYj/wbGI/8GxiP/Bv8sEgD/Lg8A/zAQAP8zFAD/MxsA&#10;/zIlAPowMADyLjwA7CxJAOcqVQHjKl8B4ClpAd0pcgHaKHoB1yiCAtUoiQLTKJAC0SiWA88onAPO&#10;KKMDzCirA8ooswPJKL4ExyjMBMUp4gTBKvEGvir+B7wq/wi6Kv8Iuir/CLkq/wm5Kv8JuSr/Cf8w&#10;DwD/MgsA/zYNAP84EAD/ORUA+TceAO81KADnMzUA4DJCANsyTwDVMVoB0DFkAs0wbQLLMHUDyTB8&#10;A8cvgwTFL4oExC+RBcIvlwXBL54Gvy+mBr0vrwa8L7kHui/HB7gw3Qe1MO4JsjD7CrAw/wuuMP8L&#10;rjD/C60w/wutMP8LrTD/C/8zDAD/NgYA/zwJAP8+DAD9PRAA7zwVAOQ5HwDbOS0A0jo8AM06SQHI&#10;OVQBxDleAsE4ZwO/N28EvTd2Bbs2fQa5NoQHtzaLB7Y1kgi0NZoJszWhCbE1qgqvNbQLrjXBC6w1&#10;1AupNuoMpjb4DaU2/w6jN/8Oojf/DqI3/w6iN/8Oojf/Dv83BwD/OwIA/0ADAPJCBQDpQgkA5T8O&#10;ANg+FgDOQCcAx0E2AMJBRAG9QU8CuUBZA7Y/YQS0PmkGsT1xB689eAiuPH8JrDyGCqo7jQupO5UM&#10;pzudDaU7pg2jOrAOoju8D6A7zQ+eO+YQmzz1EZo8/xGZPP8RmDz/EZg8/xGYPP8RmDz/Ef86AQD/&#10;QAAA70UAAOFIAADZSAUA00YJAMxFEgDERyIAvUgxALhIPwGzR0oCsEZUBKxFXQWqRGQHp0NsCKVC&#10;cwqjQnoLoUGBDKBBiA2eQJAPnECYEJpAoRGYQKwSl0C4EpVAyBOTQOETkUHzFJBB/xSPQf8UjkL/&#10;E45C/xOOQv8TjkL/E/88AAD5RAAA5EoAANhOAADOTwIAyU0GAMNLDwC7TR0AtU4tAK9OOgGrTUYC&#10;p0xPBKRLWAahSmAInklnCZxIbguaR3UNmEZ8DpZGgw+URYsRkkWUEpBFnROORagUjEW0FYtFxBaK&#10;RdwWiEbwFoZG/RaGRv8WhUf/FYVH/xWFR/8VhUf/Ff8/AADsSAAA3U8AAM9TAADGVQAAwFMDALtR&#10;DACzUhkArVMpAKhTNgGjUkICn1FLBJxQVAaZT1wIlk5jCpRNagyRTHEOj0t4D41LfxGLSocSiUqQ&#10;FIdJmhWFSaUXg0mxGIJJwBiBStYZf0rtGH5L/Bh+S/8XfUv/F31L/xZ9S/8WfUv/Fv9DAADmTAAA&#10;1lMAAMlYAADAWQAAulgBALRWCQCsVxYAplglAKFYMgGdVz4CmFZIBJVVUQaSVFgIj1JfCoxSZgyK&#10;UW0OiFB0EIVPexKDT4QTgU6NFX9Olxd9TqEYe02uGXpOvRp4TtEad07rGndP+hl2T/8Zdk//GHZP&#10;/xd2T/8Xdk//F/hGAADiUAAA0FcAAMRcAAC7XgAAtF0AAK5aBgCmWxMAoFwiAJtcLwCXWzsCklpF&#10;A49ZTQaLWFUIiFdcCoZWYwyDVWoOgVRxEH5UeBJ8U4AUelKJFnhSlBh2Up8ZdFKrGnJSuhtxUs0c&#10;cFLoG3BT+RpwU/8acFP/GXBT/xhwU/8YcFP/GO9JAADdUwAAy1oAAMBfAAC3YgAAr2EAAKheAgCh&#10;XxAAm2AeAJZgLACRYDgBjV5CA4ldSwWFXFIHgltZCoBaYAx9WWcOe1huEHhYdRJ2V30UdFeHFnJW&#10;kRhvVpwablapG2xWuBxrVssdalbmHGpX9xtqV/8aalf/GWtX/xlrV/8Za1f/GetMAADYVgAAyF4A&#10;ALxiAACzZQAAq2UAAKNiAACcYg4AlmMcAJFkKQCMYzUBiGI/A4RhSAWAYFAHfV9XCXpeXQt3XWQN&#10;dVxrEHNcchJwW3sUbluEF2xajxhqWpoaaFqnHGZath1lWsgdZVrkHWVa9hxlWv8bZVr/GmVa/xll&#10;Wv8ZZVr/GehPAADTWQAAxGEAALlmAACwaAAAp2kAAJ5lAACXZg0AkWcZAIxoJwCHZzIBg2Y9An9l&#10;RgR7ZE0GeGNUCXViWwtyYWENcGFpD21gcBJrX3kUaV+CFmdejRllXpgaY16lHGFetB1gXscdYF7j&#10;HWBe9RxgXv8bYF7/GmFe/xphXv8aYV7/GuRSAADPXAAAwGQAALZpAACsbAAAo2wAAJlpAACSagsA&#10;jGoWAIdrJACCazABfmo6AnppQwR2aEsGc2dSCHBnWQptZmANa2VmD2hkbhFmZHYUZGOAFmJjixhg&#10;YpcaXmKkHFxish1bYsUdW2LhHVti9BxbYv8bXGL/Glxi/xpcYv8aXGL/GuBVAADLXwAAvWcAALJs&#10;AACpcAAAn28AAJRsAACMbQgAhm4TAIJvIQB9by0BeW84AnVuQQNybUkFbmxQB2trVwppa14MZmpl&#10;DmRpbBFhaXQTX2h+Fl1niRhbZ5UaWWaiG1dmsBxWZsMdVmbfHVZm8xxXZv8bV2b/Gldm/xpXZv8a&#10;V2b/GttZAADHYgAAumoAAK9wAACmcwAAmnMAAI9wAACHcQUAgXIRAHxzHgB4cyoAdHM1AXBzPwNt&#10;ckcFanFOB2dxVQlkcFwLYm9jDl9vahBdbnISWm18FVhthhdWbJMZVGygG1JrrxxRa8EcUWvcHFFr&#10;8RtSa/4aUmr/GlJq/xlSav8ZUmr/GdRcAADDZgAAtm4AAKx0AACidwAAlnYAAIl1AACBdgEAencP&#10;AHZ4GwByeScAb3kyAWt4PAJoeEQEZXdMBmJ3UwhfdloKXXVhDFp1aA9YdHARVXN5E1NzhBZRcpAY&#10;T3KeGU1xrRpMcb8bS3HZG0xx8BpMcP0aTXD/GU1v/xlNb/8ZTW//Gc5gAAC+agAAsnIAAKh4AACd&#10;ewAAkHoAAIR6AAB6ewAAdHwMAG9+FwBsfiQAaX8vAWZ/OQJif0IDX35JBV19UAdafVcJV3xeC1V8&#10;ZQ1Se24PUHp3Ek56ghRLeY4WSXmcF0h4qxhGeL0ZRnjVGUZ37xhHdvwYR3b/GEd1/xdHdf8XR3X/&#10;F8llAAC6bwAArncAAKR9AACYfwAAi38AAH5/AABzgQAAbIMJAGiEEwBlhSAAYoYsAF+GNgFchj8C&#10;WYVGA1eFTgVUhVUHUoRcCU+DYwtNg2sNS4J0D0iCfxFGgYwTRIGaFUKAqRZBgLoWQIDSFkF/7RZB&#10;fvsWQX3/FkF9/xZBff8WQX3/FsJqAAC1dQAAqn0AAJ+CAACSgwAAhYQAAHmFAABqiQAAZIoDAGCM&#10;EABdjRsAW44nAFiOMgBVjjsBU45DAlCOSgNOjVIFTI1ZBkmMYAhHjGgKRYtyDEKLfQ5AiokPPoqY&#10;ETyKpxI7irgSOorPEjuI6xI7h/oTO4b/EzuG/xM7hv8TO4b/E7xxAACvewAApYMAAJmHAACMiAAA&#10;f4kAAHOMAABlkAAAXJMAAFeVDABUlhYAUpYiAFCXLQBNlzYAS5c/AUmXRwJHl04DRZZVBEOWXQVB&#10;lmUGPpVvCDyVegk6lYcLOJWVDDaUpQ01lLYONJTMDTST6Q00kvgONJD/DzSQ/w80kP8PNJD/D7V4&#10;AACqggAAnogAAJONAACGjgAAeZAAAG2TAABhlwAAVZsAAE2eBgBJnxAAR58bAEagJgBEoDAAQ6E6&#10;AEGhQgE/oUkBPaFRAjuhWQI5oWEDN6BrBDWgdgUzoIMGMaCSBzCgogguoLMILqDJCC6f5wgtnfcJ&#10;LZz/Ci2b/wotm/8KLZv/Cq+AAACjiQAAl44AAI2TAAB/lQAAcpgAAGacAABboAAAT6QAAEWnAAA+&#10;qQwAPKoUADqqHwA5qikAOKsyADerOwA1q0MANKxLADKsUwExrFwBL6xmAi2scQIrrH8DKqyOAyis&#10;ngQnrLAEJqzFBCar5AMlqfUEJaj/BSWn/wUlp/8FJaf/BaeJAACbjwAAkZQAAISZAAB4ngAAa6IA&#10;AF+mAABTqgAASK0AAD2wAAA0swMAL7UOAC21FgAstSAAK7YpACq2MgAptzoAKLdDACe3TAAmuFUA&#10;JLhfACO4awAiuHgBILiIAR+4mQEduasBHLnAARy43wEctvIBG7X8Ahu0/wIbtP8CG7T/Ap+PAACU&#10;lQAAiJsAAHuhAABupgAAYqsAAFawAABKswAAP7YAADW5AAAsvAAAJL8GAB/CDQAdwhQAHMIeABvD&#10;JgAawy8AGcQ4ABjEQQAXxEoAFsVVABXFYQAUxm8AE8Z/ABLGkQARx6QAEMe5AA/H1AAQxu4AEMT6&#10;ABDD/wAQw/8AEMP/AJeWAACLnAAAfqIAAHGpAABkrwAAWLQAAEu4AABAuwAANb4AACvBAAAjxQAA&#10;G8kBABTMBgAQ0AsADtERAA3RGQAN0SEADNEqAAzRNAAL0j4ACtJJAAnTVQAJ02IACNNyAAbUhAAF&#10;1JgABNSrAAPVwAAB1dwAAdXtAAHV9gAB1fYAAdX2AI6dAACApAAAc6sAAGaxAABZuAAATL0AAD/A&#10;AAA0wwAAKscAACHKAAAZzgAAEtIAAA3WAQAJ2wUABtwNAATcEQAD3RgAAd4gAADeKAAA3zEAAOA8&#10;AADhRwAA4lQAAONjAADjdAAA5IgAAOSbAADlrgAA5cEAAOXVAADm5wAA5ucAAObnAIOkAAB1rAAA&#10;aLMAAFq7AABNwQAAQMQAADPIAAAozAAAH9AAABfUAAAQ2QAAC90AAAXhAAAA5AAAAOUHAADmDQAA&#10;5xEAAOgWAADpHQAA6iUAAOsuAADtOQAA70UAAPBTAADxZAAA8XYAAPKKAADznAAA860AAPS7AAD0&#10;yAAA9MgAAPTIAHetAABqtQAAXL0AAE/EAABAyQAAM80AACfRAAAd1gAAFNwAAA7gAAAI4wAAAeYA&#10;AADqAAAA7gAAAO4AAADvBAAA8AoAAPEOAADzEgAA9BgAAPYgAAD4KgAA+jUAAP1DAAD+UgAA/2MA&#10;AP92AAD/iQAA/5oAAP+mAAD/sAAA/7AAAP+wAP8WIwD/FSEA/xEhAP8NJAD/CSsA/wY3AP8DRAD/&#10;AFEA/wBdAP8AaAD/AHIA/wB7AP8AgwD/AIoA/wCRAP8AlgD/AJwA/wChAP0ApgD7AKwA+QCzAPcA&#10;uwD1AMUA8wDRAPIA5ADxAPEA7wD6AO4A/wDuAP8A7QD/AO0A/wDtAP8A7QD/AP8ZIAD/GB0A/xUd&#10;AP8QHwD/DikA/ww0AP8KQQD/B00A/wVZAP8EZAD/BG4A/wN3AP8DgAD/A4cA/wONAP0CkwD7ApkA&#10;+QKeAPcCpAD1AqoA8wGwAPEBuADvAcIA7QHPAOsB4wDqAe8A6AL7AOcE/wDmBf8A5gb/AOYG/wDm&#10;Bv8A5gb/AP8cGwD/GxkA/xcYAP8VHQD/EyUA/xEwAP8QPQD/DkkA/wxVAP8LYAD/C2oA/QtzAPsL&#10;fAD5CoMA9wqKAPUKkAD0CpYA8wqbAPEKoQDvCacA7QmuAOsJtgDoCcAA5gnNAOQJ4gDiCvAA3wv7&#10;AN4M/wDcDf8A3A3/ANsN/wHbDf8B2w3/Af8fFwD/HhMA/xsSAP8cGQD/GyIA/xgsAP8VOAD/E0QA&#10;/hJQAPkRWwD1EGYA8xBvAPAQdwDuEH8A7BCGAOoQjADpEJIA6BCYAOYPngDlD6UA4w+sAOEPtADg&#10;D74A3g/MANoQ4QDVEfAA0hL7AM8S/wHOE/8BzRP/Ac0T/wHME/8BzBP/Af8iEgD/Ig8A/yEPAP8i&#10;FAD/IhwA/yAnAP8dMgD4Gz4A8hlLAO4YVgDqF2AA5xZqAOQWcgDiFnoA4BaCAN4WiADcFo8A2xaV&#10;ANkWmwDWFqIA1BapANIWsQDQF7sAzhfJAMwY3gDIGe4BxRr7AcMa/wLBG/8CwBv/AsAb/wLAG/8C&#10;wBv/Av8mDgD/JQsA/ygMAP8pEAD/KBYA/iYgAPQkKwDsITgA5iBEAOEfUADdH1sA2R5lANUebQDS&#10;H3UA0B99AM4fgwDMH4oByx+QAckflwHIH54Bxh+lAcUgrQHDILcBwSDEAcAh1gG8IuoCuSL4A7Yi&#10;/wO1I/8DtCP/BLMj/wSzI/8EsyP/BP8pCwD/KgUA/y4IAP8vDAD/LRAA8ysXAOgoIgDgJi8A2SY9&#10;ANInSgDNJ1UAyihfAMcoaAHFKG8Bwyd3AcEnfgG/J4QBvieLArwnkgK7J5kCuSegArcnqQO2KLMD&#10;tCi/A7MozwOwKeYErSn2BKsq/wWpKv8GqCr/Bqgq/waoKv8GqCr/Bv8tBQD/MAAA/zMCAPY0BgDv&#10;MgoA6C4QANwsGADRLigAyy83AMYwRADBME8AvjBZAbswYgG4MGoCti9xArUveAKzL38DsS+GA7Av&#10;jQOuLpQErS6cBKsupAWpL64FqC+6BaYvygakMOIGoTDzB58w/wieMf8InTH/CJwx/wicMf8InDH/&#10;CP8wAAD/NQAA7zgAAOI6AADbOQQA1jUJAM40EwDGNiIAvzgxALo4PwC2OEoBszhUAbA3XQKtN2QC&#10;qzZsA6k2cwSoNnkEpjWABaQ1hwWjNY8GoTWXB581oAeeNaoInDW2CJs1xQmZNd0JljbvCpQ2/QqT&#10;N/8Kkjf/CpI3/wqSN/8Kkjf/Cv8zAAD2OgAA5D8AANhCAADOQgEAyT4GAMQ7DwC7Ph0AtT8sALE/&#10;OgCtP0UBqT9PAaY+WAKjPV8DoT1nBJ88bQWdPHQGnDt7Bpo7ggeYO4oIljuTCZU6nAqTOqYLkTqy&#10;C5A7wAyOO9UMjDzsDYo8+w2JPP8NiTz/DIg8/wyIPP8MiDz/DP83AADqPwAA3EUAAM5JAADFSQAA&#10;v0YCALpDDACzRBkArUUnAKhGNQCkRUEBoEVLAp1EUwKaQ1sDmENiBZZCaQaUQXAHkkF2CJBAfgmO&#10;QIYKjUCOC4tAmAyJQKINh0CuDoVAvA+EQM8PgkHpD4FB+Q+AQf8PgEL/DoBC/w6AQv8OgEL/Dvo7&#10;AADlRAAA00sAAMdOAAC+TwAAuEwAALJJCQCrSRUApUsjAKBLMQCcSz0BmEpHApVJTwOSSVcEkEhe&#10;BY5HZQaLR2sHiUZyCYhGeQqGRYILhEWKDYJFlA6ARJ8PfkSrEHxFuRF7RcsRekXmEXlG9xF4Rv8Q&#10;eEb/EHhG/w94Rv8PeEb/D/A/AADfSQAAzU8AAMFTAAC4VAAAsVIAAKtOBQCkThEAnk8gAJlQLQCV&#10;UDkBkk9DAY5OTAOLTVMEiU1aBYZMYQaES2gIgktuCYBKdgt+Sn4MfEmHDnpJkQ94SZwQdkmoEnRJ&#10;thJzScgTckrjE3FK9RJxSv8RcUv/EXFL/xBxS/8QcUv/EOxDAADZTAAAyFMAAL1XAAC0WAAArFcA&#10;AKVSAQCeUw8AmFQcAJNUKQCPVDUAi1NAAYhTSAKFUlAEglFXBX9QXgZ9UGQIe09rCXlPcgt3TnsN&#10;dU6EDnNNjhBxTZkRb02lE21NsxRsTcUUa07hFGtO9BNrTv8Sa07/EmtO/xFrTv8Ra07/EehGAADT&#10;UAAAxFYAALlaAACwXAAAploAAJ9WAACYVg0AklcZAI5YJgCJWDIAhlg9AYJXRQJ/Vk0DfFVUBXlU&#10;WwZ3VGEIdVNoCXNTcAtxUngNb1KBD21SixBrUZcSaVGjE2dRsRRmUcMVZVLeFWVS8hRlUv8TZVL/&#10;EmVS/xJlUv8SZVL/EuRKAADPUwAAwFoAALVeAACsYAAAol4AAJpZAACSWgsAjVsWAIhcIwCEXC8A&#10;gFs6AX1bQwJ5WksDdllSBHRYWAZxWF8Hb1dmCW1XbQtrVnUNaVZ+D2dWiRFlVZUSY1WhFGJVrxVh&#10;VcEWYFXbFmBW8RVgVv4UYFb/E2FW/xJhVv8SYVb/EuBNAADLVgAAvV0AALJhAACoYwAAnWEAAJVd&#10;AACNXgkAh14TAINfIAB/XywAe183AXdeQAJ0XkgDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp8&#10;D2JahxFgWZMSXlmgFF1ZrhVbWb8WW1nYFltZ7xVbWf0UXFn/E1xZ/xJcWf8SXFn/EtxQAADHWQAA&#10;umAAAK9kAACkZQAAmWQAAJBgAACIYQYAgmIRAH5jHQB6YyoAdmM0AXNiPQFvYkYCbGFNBGphVAVn&#10;YFoHZWBhCGNfaQphX3EMX156Dl1ehRBbXpESWV2eFFhdrBVXXb0WVl3VFlZd7hVXXfwUV13/E1dd&#10;/xJXXf8SV13/EtZTAADEXAAAt2MAAKxoAACgaAAAlWcAAIpjAACDZQIAfWYPAHhmGgB0ZycAcWcy&#10;AG5nOwFrZkMCaGZLA2VlUgVjZVkGYWRfCF5kZwpcY28MWmN4DlhjgxBWYo8SVGKcE1NiqhVSYrsV&#10;UWLSFVFh7RVSYfsUUmH/E1Nh/xJTYf8SU2H/EtFWAADAXwAAs2YAAKlrAACcawAAkGoAAIVnAAB9&#10;aQAAd2oNAHNrFwBvayQAbGwvAGlsOAFma0ECY2tJA2FrUARealcGXGpdB1ppZQlYaW0LVWh2DVNo&#10;gQ9RZ40RT2eaEk5nqRRNZ7kUTGfPFExm6xRNZvsTTWb/Ek5l/xJOZf8STmX/EsxaAAC8YwAAsGoA&#10;AKVvAACYbgAAjG0AAIBsAAB3bQAAcW4LAG1vFABpcCEAZnEsAGRxNgFhcT4BXnFGAlxwTQNZcFQF&#10;V3BbBlVvYghTb2oKUG5zDE5ufg5MbYoQSm2YEUlspxJIbLgTR2zNE0ds6hNIa/oSSGv/Ekhq/xFI&#10;av8RSGr/EcdeAAC4ZwAArG4AAKFyAACTcgAAh3EAAHpxAABxcgAAa3QHAGZ1EQBjdh0AYHcoAF53&#10;MwBbeDwBWXdDAlZ3SwNUd1IEUnZZBVB2YAdOdWgIS3VxCkl0fAxHdIgORXOWD0NzpRBCc7YRQXPL&#10;EUJy6BFCcvgRQnH/EENw/xBDcP8QQ3D/EMFjAACzbAAAqHMAAJt2AACOdQAAgXYAAHV2AABpeAAA&#10;Y3oCAF58DgBcfRkAWX4kAFd/LwBVfzgBU39AAVB/SAJOfk8DTH5WBEp+XQVIfWUGRn1uCEN8eQpB&#10;fIYLP3uUDT57ow48e7MOPHvIDjx65g48efcOPHj/Djx4/w49d/8OPXf/DrxoAACvcgAApHkAAJZ6&#10;AACIegAAfHoAAHB8AABjfwAAXIIAAFeECwBThRQAUYYgAE+GKgBOhzQATIc8AUqHRAFIh0sCRodT&#10;AkSGWgNChmIEQIZsBj6Fdgc7hYMIOYWRCjiEoAs2hLELNoTGCzaD5As2gvYLNoH/DDaA/ww2gP8M&#10;NoD/DLZvAACqeAAAn38AAJB+AACDfwAAd4AAAGuCAABehwAAVYoAAE6MBgBKjhAASI8aAEePJQBF&#10;kC8ARJA4AEKQQABAkEcBP5BPAT2QVgI7kF8COZBoAzePcwQ1j4AFM4+OBjGPngcwjq8HL47DBy+O&#10;4QcvjPQIL4v/CC+K/wgviv8JL4r/CbB2AAClfwAAmIQAAIqEAAB9hQAAcIcAAGWKAABajgAAT5IA&#10;AEaVAABBmAwAPpgUAD2ZHwA7mSgAOpoxADmaOgA3mkIANppKADWaUgEzmloBMZpkAS+abwItmnsC&#10;LJqKAyqamgMpmqwEKJrABCeZ3gMnl/IEJ5b9BSeV/wUnlf8FJ5X/Bal+AACehQAAkokAAISKAAB2&#10;jAAAao8AAF6TAABUlwAASZsAAECfAAA3ogQAMqMOADGjFwAwpCEALqQqAC2kMgAspToAK6VDACql&#10;SwAppVQAKKVeACalaQAlpXYBI6WFASKllgEgpqgBH6W7AR6l1wEepO8BHqL7Ah6h/wIeof8CHqH/&#10;AqKGAACXjAAAi48AAH2RAABvlAAAY5gAAFedAABNoQAAQ6UAADioAAAwqwAAKK4HACSvEAAjrxcA&#10;Ia8hACCwKQAfsDEAHrA6AB2xQgAcsUwAG7FWABqxYQAZsm8AGLJ+ABaykAAVsqIAFLK2ABOyzgAT&#10;sesAE6/5ABOu/wETrv8BE67/AZqNAACQkgAAhJcAAHWaAABonwAAW6MAAFCoAABFrAAAO7AAADGy&#10;AAAntQAAILgAABi6BwAUvA4AE7wVABK8HgARvSYAEb0uABC9NwAQvkEADr5MAA6+VwANvmUADL90&#10;AAu/hgAKvpkACL6sAAe+wgAHvt8ACL7wAAi9+gAIvfwACL38AJOUAACHmQAAep8AAGylAABgqgAA&#10;U68AAEezAAA8tgAAMbgAACe7AAAfvgAAF8EAABHEAQAMyAgACMkOAAfJFAAGyRwABckkAATKLAAD&#10;yjYAAspAAADLTAAAy1kAAMtoAADLeQAAzIwAAMufAADLswAAy8gAAMziAADM7wAAzPEAAMzxAIqa&#10;AAB8oQAAb6cAAGKtAABVswAASLgAADu7AAAwvgAAJsEAAB3EAAAVyAAAD8sAAArOAAAE0gIAANMK&#10;AADTDwAA1BQAANUaAADWIgAA1yoAANk0AADaPwAA3EsAANxaAADdagAA3X0AAN2RAADdpAAA3rYA&#10;AN7IAADe3gAA3uIAAN7iAH+iAABxqQAAZLAAAFa3AABJvAAAPMAAAC/EAAAkxwAAG8sAABPPAAAN&#10;0gAAB9YAAADbAAAA3gAAAN8DAADgCQAA4Q4AAOISAADjFwAA5R4AAOYnAADoMQAA6j0AAOxLAADs&#10;WgAA7WwAAO6AAADulAAA7qUAAO60AADuwgAA7sYAAO7GAHSqAABmsgAAWLkAAEvAAAA9xQAAL8kA&#10;ACTNAAAZ0QAAEdYAAAvbAAAD3gAAAOEAAADlAAAA6AAAAOkAAADqAAAA6wYAAO0LAADvDwAA8BMA&#10;APIaAAD0IwAA9y4AAPk7AAD7SgAA/FsAAP1tAAD9gAAA/pMAAP6iAAD+rQAA/q8AAP6vAP8QHwD/&#10;Dh0A/wodAP8BIAD/ACgA/wA1AP8AQQD/AE4A/wBaAP8AZQD/AG4A/wB3AP8AfwD+AIYA/ACMAPsA&#10;kgD5AJcA+ACcAPcAogD2AKcA9QCtAPMAtQDyAL0A8QDJAO8A3ADuAOsA7QD3AOwA/wDrAP8A6gD/&#10;AOoA/wDqAP8A6gD/AP8THAD/ERkA/w0ZAP8GHAD/AyUA/wAxAP8APgD/AEoA/wBWAP8AYQD/AGsA&#10;/QBzAPoAewD3AIMA9QCJAPQAjwDyAJQA8QCZAPAAnwDuAKQA7QCrAOwAsgDqALoA6ADGAOcA1gDl&#10;AOgA5AD1AOMA/gDiAP8A4QD/AOEA/wDhAP8A4QD/AP8VGAD/ExQA/w8UAP8NGQD/CyIA/wgtAP8E&#10;OQD/AUYA/wBRAP4AXAD6AGYA9gBvAPIAdwDvAH4A7QCFAOsAiwDqAJEA6ACWAOcAnADmAKEA5ACo&#10;AOMArwDhALgA3wDDAN0A0QDbAOYA2QDzANcA/QDVAv8A1AL/ANQD/wDUA/8A1AP/AP8YEwD/FRAA&#10;/xIPAP8SFQD/ER0A/w4oAP8MNAD/CkEA+QhMAPUGVwDxBmEA7QZqAOkFcgDmBXoA5AWBAOIFhwDg&#10;Bo0A3waSAN0GmADbBp4A2QalANcGrQDUBrUA0gbAANAHzwDOCOUAzAn0AMoL/wDIDP8Axwz/AMcM&#10;/wDGDP8Axgz/AP8bDgD/GQwA/xgNAP8YEQD/FxgA/xQiAPsRLgDzEDoA7Q5GAOgNUgDlDVwA4Q1l&#10;AN4NbQDbDXUA2A18ANUNggDTDYkA0Q2PANANlQDODZwAzQ6jAMsOqwDJDrQAyA7AAMYOzwDDEOYA&#10;wBH1AL0S/wC8Ev8AuxL/ALoS/wG6Ev8BuhL/Af8fCgD/HAQA/x8IAP8fDQD/HRIA+BobAO4WJgDm&#10;FDMA4BM/ANoTSwDUE1YA0BNfAM4UaADLFG8AyRR3AMcVfQDGFYQAxBWKAMMVkQDBFpgAwBafAL4W&#10;pwC8F7AAuxe8ALkXywC3GOIAsxnyAbEa/wGvG/8Brhv/Aa4b/wGtG/8BrRv/Af8iBAD/IgAA/yUC&#10;APwkBwD3IQwA7B0SAOEaHADYGioA0Bs4AMsdRQDHHVAAwx5aAMAeYgC+HmoAvB9xALofeAC5H34A&#10;tx+FALYfjAC0H5MAsx+aAbEgowGwIKwBriC3AawhxgGrId0BpyLvAqUi/QKjI/8CoiP/AqIj/wKh&#10;I/8CoSP/Av8lAAD/KAAA8ioAAOUrAADfKAUA3CELANIhFADJJCQAwyUyAL4mPwC6J0oAtydUALQn&#10;XQCyJ2QAsCdsAK4ncgGtJ3kBqyd/AaonhgGoJ44BpyeWAqUnngKjKKgCoiizAqAowQKfKNUCnCns&#10;A5oq+gOYKv8Elyr/BJcq/wSWKv8Elir/BP8oAAD1LgAA5TMAANo1AADQMwEAzC0GAMYqEAC+LR4A&#10;uC4sALMvOgCvL0UArDBPAKkvWACnL18BpS9mAaMvbQGhL3MCoC56Ap4ugQKdLokCmy6RA5kumgOY&#10;LqQEli+vBJUvvQSTL88EkTDoBY8w+AWNMf8FjTH/BYwx/wWMMf8FjDH/Bf8tAADqNQAA3DoAAM49&#10;AADGPAAAwDcCALszDQCzNBkArjYnAKk3NAClN0AAojdKAJ83UwGdNloBmzZhAZk2aAKXNW8ClTV1&#10;A5Q1fAOSNYQEkDWNBI81lgWNNaAFizWrBoo1uQaINcoHhzblB4U29geEN/8Hgzf/B4M3/weCN/8H&#10;gjf/B/QyAADjOwAA0kEAAMZEAAC9QwAAtz8AALE7CQCqOxQApTwiAKA9MACdPTsAmT1FAJY9TgGU&#10;PFYBkjxdApA8YwKOO2oDjDtxBIo7eASIOoAFhzqIBoU6kgaDOpwHgTqoCIA6tQl+O8YJfTvhCXs8&#10;8wl7PP8Jejz/CHo8/wh6PP8Iejz/CO43AADdQQAAy0YAAL9JAAC2SQAArkYAAKlBBACjQREAnUIe&#10;AJhDKwCVQzcAkUNBAI5CSgGMQlIBiUFZAodBXwOFQWYDg0BtBIFAdAWAQHsGfj+EB3w/jgh6P5kJ&#10;eD+lCndAsgp1QMMLdEDdC3NB8QtyQf8KckH/CnJB/wlyQf8JckH/Cek8AADVRQAAxUsAALpOAACw&#10;TgAAp0sAAKJGAACbRg4AlkcaAJFIJwCOSDMAikg9AIdHRgGER04BgkZVAoBGXAN+RWIEfEVpBHpF&#10;cAV4RHgGdkSBCHREiwlyRJYKcESiC29ErwxuRMAMbUXZDWxF7wxrRf0La0b/C2tG/wprRv8Ka0b/&#10;CuVAAADPSQAAwU8AALVSAACrUgAAoU8AAJtKAACUSgwAj0sXAItMJACHTC8AhEw6AIFMQwF+S0sB&#10;e0tSAnlKWAN3Sl8EdUlmBXNJbQZxSXUHb0l+CG1IiAlrSJMLakifDGhIrQ1nSb0NZknUDmVJ7Q1l&#10;SvwMZUr/C2VK/wtlSv8LZUr/C+BEAADLTQAAvVIAALJWAACmVQAAnFIAAJVOAACOTgkAiU8UAIVQ&#10;IACBUCwAflA3AHtQQAF4UEgBdU9PAnNOVQNxTlwEb05jBW1NagZrTXIHaU17CGdNhQplTZELZEyd&#10;DGJNqw1hTbsOYE3RDmBN7A5gTfsNYE3/DGBN/wtgTf8LYE3/C9xHAADHUAAAuVYAAK5ZAACiWAAA&#10;mFYAAJBRAACJUgYAg1MRAH9THQB7VCkAeFQ0AHVUPQFyU0UBcFNMAm1SUwJrUlkDaVJgBGdRZwZl&#10;UW8HY1F4CGJRgwpgUY8LXlCbDV1QqQ5bUbkOW1HOD1pR6g5bUfoNW1H/DFtR/wxbUf8LW1H/C9ZK&#10;AADDUwAAtlkAAKtcAACeWgAAk1kAAItUAACEVgMAflYQAHpXGgB2VyYAc1gxAHBXOgBtV0IBaldJ&#10;AmhWUAJmVlcDZFZeBGJVZQVgVW0HXlV2CF1VgQpbVY0LWVSaDVhUpw5WVbgPVlXMD1ZV6Q5WVfkN&#10;VlX/DVdU/wxXVP8MV1T/DNFNAADAVgAAs1wAAKdeAACaXQAAj1wAAIZYAAB/WQAAeVoNAHRbFwBx&#10;WyMAblsuAGtbNwBoW0ABZVtHAWNaTgJhWlUDX1pcBF1aYwVcWmsGWll0CFhZfwpWWYsLVFmYDVNY&#10;pg5SWbYOUVnKD1FZ5w5RWPgNUlj/DVJY/wxSWP8MUlj/DM1RAAC8WQAAsF8AAKNhAACWYAAAi18A&#10;AIFbAAB5XQAAc14MAG9eFQBrXyAAaF8rAGZgNQBjYD0BYV9FAV9fTAJdX1MDW19aBFleYQVXXmkG&#10;VV5yCFNefQlRXYkLUF2WDE5dpA1NXbQOTF3IDkxd5g5NXfcNTVz/DE1c/wxOXP8MTlz/DMlUAAC5&#10;XAAArWMAAJ9jAACSYwAAh2IAAHxgAAB0YQAAbmIJAGljEgBmYx0AY2QoAGFkMgBeZDsAXGRDAVpk&#10;SgJYZFECVmRYA1RkXwRSY2cFUGNwB05jeghMYoYKS2KUC0liogxIYrINR2LHDUdi5A1IYfYMSGH/&#10;DEhg/wtJYP8LSWD/C8RYAAC1YAAAqmYAAJtmAACNZgAAgmUAAHZkAABuZQAAaGYFAGNnEABgaBoA&#10;XWklAFtqLwBZajgAV2pAAVVqRwFTak4CUWpVA09pXQRNaWQFS2ltBkloeAdHaIQJRmiSCkRnoQtD&#10;Z7EMQmfFDEJn4gxCZvUMQ2b/C0Nl/wtDZf8LQ2X/C79cAACxZAAApmoAAJZpAACJaQAAfWkAAHFp&#10;AABnagAAYmwBAF1tDQBZbhYAV28hAFVwKwBTcDUAUXA9AFBwRQFOcEwBTHBTAkpwWgNIcGIERm9r&#10;BURvdQZCb4IHQG6PCT9ungo9bq8KPW7CCjxu4Ao9bfQKPWz/Cj1r/wo+a/8KPmv/CrpgAACtaQAA&#10;oG4AAJFtAACEbQAAeG0AAGxuAABhcAAAW3IAAFZ0CgBSdRIAUHYdAE53JwBMdzEAS3g5AEl4QQBI&#10;eEkBRnhQAUR3VwJCd18DQHdoAz53cwQ8dn8GOnaNBzl2nAg3da0IN3XACDZ13gg3dPIIN3P+CDdy&#10;/wg3cv8IN3L/CLVmAACpbwAAmnEAAItxAAB+cQAAc3IAAGhzAABcdgAAVHkAAE57BQBKfQ8ASH4Y&#10;AEZ/IwBFfywAQ4A1AEKAPQBBgEUAP4BMAT2AVAE8gFwCOn9lAjh/bwM2f3wENH+KBDJ/mgUxfqoG&#10;MH69BjB+2gYwffAGMHv9BjB7/wYwev8GMHr/BrBsAACkdQAAlHUAAIZ1AAB5dgAAbncAAGN5AABX&#10;fQAAT4EAAEeEAABChgwAP4cTAD2IHQA8iCcAO4kwADqJOAA4iUAAN4lIADaJTwA0iVgBM4lhATGJ&#10;bAEviXgCLYmHAiyJlwMqiKcDKYi6AymI1AMphu4DKYX8BCmE/wQphP8EKYT/BKp0AACeewAAjnoA&#10;AIB6AAB0ewAAaH4AAF2BAABShQAASYkAAEGMAAA5kAUANZEPADOSFwAykiEAMZIpADCTMgAukzoA&#10;LZNBACyTSgArlFIAKpRcACiUZwAnlHMBJZSCASSUkwEik6QBIZO3ASCTzwEhkuwBIJD6AiCP/wIg&#10;j/8CII//AqR8AACXgAAAh38AAHuAAABuggAAYoUAAFeJAABNjgAAQpIAADqWAAAymQAAKpwJACid&#10;EQAmnRkAJZ0iACSeKgAjnjIAIp46ACGeQgAgnksAH59VAB6fYAAcn20AG598ABqfjQAYn58AF5+y&#10;ABafyQAWnugAFpz3ABab/wEXm/8BF5v/AZ2DAACPhgAAgoYAAHSHAABniwAAW48AAFCTAABGmAAA&#10;PJwAADOgAAArowAAI6YAAByoCwAaqREAGKkYABepIQAWqikAFaoxABSqOQATqkMAE6tNABKrWAAR&#10;q2UAEKt0AA6rhgAOq5kADausAAyrwQAMqt8ADKnyAA2o/AANqP8ADaj/AJaKAACJjAAAeo0AAGyR&#10;AABglQAAVJoAAEmfAAA/owAANacAACuqAAAjrgAAG7AAABSzAQAPtQoADbYQAAy2FgALth8ACrYn&#10;AAm2LwAItjkAB7dDAAa3TwAEt1sAA7dqAAK3ewAAt44AALehAAC2tAAAtssAALblAAC18QAAtfcA&#10;ALX3AI+RAACBlAAAcpcAAGWcAABYoQAATKYAAEGrAAA3rwAALLIAACO1AAAauAAAE7sAAA69AAAJ&#10;wAUAA8ENAADBEQAAwRcAAMIeAADCJgAAwi8AAMM5AADERAAAxFAAAMReAADFbwAAxYEAAMWVAADF&#10;qAAAxbwAAMTRAADE5gAAxO4AAMTuAIaYAAB5ngAAa6MAAF2pAABQrgAARLMAADe2AAAsuQAAIrwA&#10;ABm/AAARwgAADMUAAAbIAAAAywAAAMwHAADMDQAAzREAAM0WAADOHQAAzyQAANAtAADSOAAA1EQA&#10;ANRSAADVYQAA1XMAANaHAADWmwAA1q0AANe/AADYzgAA2N0AANjdAHugAABupgAAYK0AAFOzAABF&#10;uAAAOLwAACu/AAAhwgAAF8YAABDJAAAKzAAAAtAAAADUAAAA1wAAANgAAADaBQAA2wsAANwOAADe&#10;EwAA3xkAAOEhAADjKgAA5TYAAOdDAADnUwAA6GQAAOl3AADpjAAA6p8AAOquAADqugAA6sMAAOrD&#10;AHCoAABirwAAVbYAAEe8AAA5wAAALMQAACDIAAAWzAAADtAAAAfUAAAA2QAAAN0AAADhAAAA4wAA&#10;AOQAAADmAAAA5wEAAOkHAADrDAAA7BAAAO4VAADwHQAA8ycAAPYzAAD3QwAA+FQAAPlmAAD5egAA&#10;+o4AAPqeAAD7qQAA+7AAAPuwAP8LGwD/BxkA/wAZAP8AHAD/ACUA/wAyAP8APwD/AEsA/wBXAP8A&#10;YgD/AGsA/wBzAP0AewD7AIIA+gCIAPgAjQD3AJIA9gCYAPUAnQD0AKIA8wCpAPEAsADvALgA7gDD&#10;AOwA0QDrAOYA6QDzAOgA/gDoAP8A6AD/AOgA/wDoAP8A6AD/AP8OGAD/ChUA/wEUAP8AGAD/ACIA&#10;/wAuAP8AOwD/AEcA/wBTAP0AXgD6AGcA9wBvAPUAdwDzAH4A8gCEAPAAiQDvAI8A7gCUAOwAmgDr&#10;AJ8A6QClAOgArADmALQA5AC/AOMAzADhAOIA3wDwAN4A+wDeAP8A3QD/AN0A/wDcAP8A3AD/AP8Q&#10;EwD/DREA/wYQAP8CFQD/AB4A/wApAP8ANgD/AEIA+gBOAPQAWQDxAGIA7gBrAOwAcgDqAHkA6AB/&#10;AOcAhQDlAIsA5ACQAOIAlgDhAJwA3wCiAN0AqQDaALEA2AC7ANUAyADSAN0A0QDtANAA+QDPAP8A&#10;zgD/AM0A/wDNAP8AzQD/AP8RDwD/Dg0A/wwNAP8LEgD/BxkA/wIkAP8AMAD2ADwA7wBJAOoAUwDn&#10;AF0A5ABmAOEAbQDfAHQA3QB7ANsAgQDZAIYA1gCMANQAkgDSAJgA0ACeAM4ApgDMAK4AygC4AMgA&#10;xADGANcAxQDqAMMA9wDCAP8AwQH/AMAC/wDAAv8AwAL/AP8UCwD/EAYA/xAJAP8QDgD/DhQA/woe&#10;APUGKQDrBDYA4wNCAN8DTgDbBFcA1gRgANMEaADQBG8AzgV2AMwFfADKBYIAyQWIAMcFjgDGBZQA&#10;xAWbAMIFowDABqsAvga1AL0GwgC7CNQAugnpALcL+AC1DP8AtAz/ALQM/wC0DP8AtAz/AP8XBAD/&#10;FAAA/xYDAP8UCQD/EQ4A8g4VAOgMIQDeCi4A1gs7ANAMRwDMDFEAyQxaAMYNYgDEDWoAwg1xAMAN&#10;dwC/DX0AvQ6DALwOigC6DpEAuQ6YALcOoAC2DqkAtA+0ALIPwQCxENQArhHrAKsS+gCpEv8AqBP/&#10;AKcT/wCnE/8ApxP/AP8aAAD/GwAA+RsAAOsZAADlFAYA5RAOANkOFwDPESYAyBI0AMQTQAC/FEsA&#10;vBRUALkVXQC3FWQAtRVrALQVcQCyFXgAsRZ+AK8WhQCuFowArBaUAKsXnACpF6YApxiwAKYYvQCk&#10;GM8AohrnAJ8a9wCdG/8BnBv/AZwb/wGbG/8Bmxv/Af8dAAD3IQAA6CQAAN0lAADUIQEAzxsIAMoX&#10;EQDCGiAAvBwtALcdOgCzHkUAsB5PAK0eVwCrHl8AqR9mAKgfbACmH3MApR95AKMfgACiH4cAoCCP&#10;AJ8gmACdIKIAmyCsAZohuQGYIcoBliLkAZQj9QGSI/8BkSP/AZAj/wGQI/8BkCP/Af8iAADrKQAA&#10;3S4AAM8vAADHLQAAwScDAL0iDQC2IxoAsCUoAKwmNACoJkAApSdJAKInUgCgJ1oAnidhAJwnZwCb&#10;J20AmSd0AJgnewGWJ4IBlSeLAZMnlAGRKJ4BkCipAY4otQKNKcYCiynfAokq8gKHKv8Chir/AoYq&#10;/wKGKv8Chir/AvQoAADjMQAA0TYAAMU4AAC8NgAAtjAAALIrCQCrLBQApi0iAKIuLwCeLjoAmy5E&#10;AJgvTQCWL1UAlC5cAJIuYgCQLmkBjy5vAY0udgGMLn4Bii6GAogujwKHLpoChS+lA4MvsgOCL8ID&#10;gTDaA38w7wN9Mf4DfTH/A3wx/wN8Mf8DfDH/A+0vAADbNwAAyT0AAL4+AACzPAAArDgAAKczBACi&#10;MhEAnTQdAJk1KgCVNTUAkjVAAI81SQCNNVAAizVXAIk1XgGHNWQBhTRrAYQ0cgKCNHkCgDSCAn40&#10;iwN9NJYDezWhBHk1rgR4Nb4FdzbUBXY27QV0N/wFdDf/BHQ3/wR0N/8EdDf/BOc1AADSPQAAw0IA&#10;ALhEAACsQgAApD4AAJ85AACaOA4AlDoZAJA6JgCNOzEAijs7AIc7RACEO0wAgjtTAYA6WgF+OmAB&#10;fTpnAns6bgJ5OnUCdzp+A3Y6iAR0OpMEcjqeBXE6qwVvO7sGbjvPBm076gZtPPoGbDz/BWw8/wVs&#10;PP8FbDz/BeI5AADMQgAAvkcAALFIAAClRgAAnUMAAJc/AACSPgsAjT8VAIk/IQCFQC0AgkA3AH9A&#10;QAB9QEgAe0BPAXlAVgF3P10BdT9jAnM/agJxP3IDcD96A24/hARsP5AFaz+cBmk/qQZoP7gHZ0DM&#10;B2ZA6AdmQPkGZUD/BmVA/wZlQP8FZUD/Bdw+AADHRgAAuUsAAKxMAACgSgAAl0cAAJFDAACLQwgA&#10;hkMSAIJEHgB+RCkAe0U0AHlFPQB2RUUAdERMAXJEUwFwRFkBbkRgAmxDZwJrQ28DaUN3BGdDgQVm&#10;Q40GZEOZBmJDpwdhRLYIYETKCGBE5ghfRfgHX0X/B2BF/wZgRP8GYET/BtZBAADDSQAAtk4AAKdP&#10;AACbTQAAkksAAIxHAACFRwQAgEcQAHxIGgB4SCYAdUkwAHNJOgBwSUIAbklJAWxIUAFqSFYBaEhd&#10;AmZIZAJlSGwDY0h1BGFHfwVgR4oGXkiXB11IpQhbSLQIW0jHCVpI5AhaSfYIWkn/B1pI/wZaSP8G&#10;Wkj/BtFFAAC/TAAAslIAAKNRAACXUAAAjU4AAIZKAACASgEAeksOAHZMFwByTCMAb0wtAG1NNgBq&#10;TD8AaExGAGZMTQFkTFMBYkxaAmFMYQJfTGkDXkxyBFxMfAVaTIgGWUyVB1dMowhWTLIIVUzGCVVM&#10;4glVTPUIVUz/B1VM/wdWTP8GVkz/BsxIAAC8UAAAr1UAAKBUAACTUwAAiVEAAIFNAAB6TgAAdU8M&#10;AHBPFQBtUCAAalAqAGdQMwBlUDwAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWVBwBFdQegVVUIYG&#10;VFCTB1JQoQhRULEJUFDECVBQ4QlQUPQIUVD/B1FP/wdRT/8GUU//BslLAAC5UwAAq1cAAJxWAACP&#10;VQAAhVQAAHxQAAB1UQAAcFIJAGtTEgBoVB0AZVQnAGJUMQBgVDkAXlRBAFxUSAFaVE8BWVRWAVdU&#10;XQJWVGUDVFRuBFJUeAVRVIQGT1SRB05UoAhMVK8ITFTCCUtU3wlMVPMITFP/B0xT/wdNU/8GTVP/&#10;BsVOAAC2VgAAp1oAAJhZAACLWAAAgVcAAHdUAABwVQAAalYGAGZXEABiVxoAYFgkAF1YLgBbWTcA&#10;WVk/AFdZRgBWWU0BVFlUAVNZWwJRWWMCT1hsA05YdgRMWIIFSliPBklYngdIWK4IR1jACEdY3QhH&#10;WPIIR1f/B0hX/wdIV/8GSFf/BsFRAACyWQAAo1wAAJRbAACHWwAAfVoAAHJYAABrWQAAZVoDAGBb&#10;DgBdXBcAWlwhAFhdKwBWXTQAVF48AFNeRABRXksBUF5SAU5eWQJMXmECS11qA0lddARHXYAFRV2N&#10;BkRdnAdDXawHQl2+CEJd2ghCXPEHQlz+B0Nb/wZDW/8GQ1v/Br1VAACvXQAAn18AAJBeAACDXgAA&#10;eF0AAG1cAABlXQAAX18AAFpgDABXYRQAVWIeAFJiKABRYzEAT2M5AE5jQQBMY0gAS2NPAUljVgFH&#10;Y14CRWNnAkRjcQNCY30EQGKLBT9imgY+YqoGPWK8Bzxi1gc9Ye8GPWH9Bj5g/wY+YP8GPmD/BrlZ&#10;AACrYQAAmmEAAIthAAB/YQAAdGEAAGlhAABfYgAAWWQAAFRmCQBRZxEATmcaAExoJABLaS0ASWk2&#10;AEhpPgBGakUARWpMAENqVAFCalwBQGllAj5pbwI8aXsDO2mJBDlpmAU4aKgFN2i6BTdp0wU3aO4F&#10;N2f8BThm/wU4Zv8FOGb/BbReAACnZQAAlWUAAIZkAAB6ZQAAb2UAAGRmAABZaAAAUmoAAE1sBABJ&#10;bg4AR24WAEVvIABEcCkAQnAyAEFwOgBAcUIAP3FJAD1xUQA8cVkBOnFiAThxbAI2cHgCNXCGAzNw&#10;lQMycKYEMXC4BDBw0AQxb+wEMW77BDFt/wQxbP8EMWz/BK9kAAChaQAAj2gAAIFoAAB1aQAAa2kA&#10;AGBrAABVbgAATXEAAEZzAABCdQsAP3YSAD13HAA8dyUAOngtADl4NQA4eT0AN3lFADZ5TQA1eVUA&#10;M3leADF5aAEweXQBLnmDAi15kgIreKMCKni1Aip4zAIqd+oCKnb5Ayp1/wMqdP8DKnT/A6pqAACa&#10;bQAAiWwAAHxtAABwbQAAZm4AAFtxAABQdQAASHgAAEF7AAA6fgUANn8OADSAFgAzgSAAMoEoADCB&#10;MAAvgjgALoJAAC2CSAAsglAAK4JaACqCZAAognAAJoJ/ASWCjwEkgqABI4KyASKCyQEigecBIn/3&#10;ASJ+/wIiff8CIn3/AqVxAACTcQAAg3EAAHZxAABscgAAYHUAAFZ4AABMfAAAQ4AAADuDAAAzhgAA&#10;LYkKACqKEQApixkAJ4siACaLKgAljDEAJIw5ACOMQgAijUoAIY1UACCNXgAfjWsAHY15AByNigAb&#10;jZwAGY2uABiMxAAYjOMAGYr1ABmJ/wEZiP8BGYj/AZ13AACMdgAAfXYAAHJ3AABleQAAWnwAAFCA&#10;AABGhAAAPIkAADSMAAAtkAAAJZMCAB+VDAAdlhIAHJYaABuXIgAalyoAGZcyABiYOgAXmEMAFphN&#10;ABWYWAAUmGQAE5hzABGYhAAQmJYAEJipAA6YvwAOl90AD5byABCV/AAQlP8AEJT/AJV9AACFfAAA&#10;eHwAAGt+AABfgQAAVIYAAEqKAABAjwAANpMAAC2XAAAmmgAAHp0AABegAwASogwAEKMSABCjGQAP&#10;oyEADqQpAA6kMQANpDoADKRFAAukUAAKpFwACaRqAAekewAGo44ABKOhAAKjtAADossAA6LmAAOh&#10;8wADofsAA6H7AI2DAAB/ggAAcYQAAGSHAABYjAAATZEAAEKWAAA4mgAAL54AACaiAAAepQAAF6gA&#10;ABGrAAAMrgcAB68NAAOvEgACrxkAAa8hAACvKQAAsDIAALA8AACwRwAAsFMAALBhAACwcQAAsIMA&#10;AK+XAACvqgAAr78AAK7ZAACu6wAArvQAAK70AIeJAAB4igAAao4AAF2TAABRmAAARZ0AADuiAAAw&#10;pgAAJ6oAAB6uAAAWsQAAELQAAAu2AAAFuQMAALoKAAC6DgAAuhMAALsZAAC7IQAAvCgAALwxAAC9&#10;PAAAvkgAAL5WAAC+ZQAAvncAAL6MAAC+nwAAvbMAAL7HAAC+3gAAvesAAL3rAH+SAABwlQAAYpoA&#10;AFWfAABJpQAAPasAADKvAAAotAAAHrYAABW5AAAOvAAACb8AAALCAAAAxAAAAMUEAADGCgAAxg4A&#10;AMcSAADIGAAAyR8AAMonAADMMAAAzjwAAM5JAADPWQAAz2oAAM9+AADPkwAAz6YAAM+4AADPyAAA&#10;z9sAAM/bAHecAABooQAAW6cAAE6uAABBtAAANLcAACi6AAAdvQAAE8AAAA3EAAAGxwAAAMoAAADO&#10;AAAA0AAAANEAAADSAgAA0wgAANUMAADWEAAA2RUAANscAADdJAAA4C8AAOI8AADjSwAA5FwAAORv&#10;AADlgwAA5ZgAAOWpAADltgAA5cMAAOXDAGylAABfrAAAUbIAAES5AAA1vAAAKMAAABzEAAASyAAA&#10;DMsAAAPPAAAA0wAAANgAAADcAAAA3wAAAN8AAADhAAAA4wAAAOQDAADmCAAA6A0AAOkRAADsGAAA&#10;7iIAAPEuAADzPAAA9E0AAPVfAAD2cwAA94cAAPeZAAD4pQAA+LAAAPiwAP8DFwD/ABUA/wAVAP8A&#10;GAD/ACMA/wAvAP8APAD/AEgA/wBUAP8AXgD/AGcA/QBvAPsAdgD5AH0A+ACDAPYAiAD1AI4A9ACT&#10;APIAmADxAJ4A8ACkAO4AqwDtALMA6wC9AOoAywDoAOEA5wDxAOYA/QDlAP8A5AD/AOQA/wDkAP8A&#10;5AD/AP8HEwD/ABEA/wARAP8AFQD/AB8A/wArAP8ANwD/AEQA/gBPAPoAWgD3AGMA9ABrAPIAcgDw&#10;AHkA7wB/AO0AhADrAIoA6gCPAOgAlADnAJoA5QCgAOQApwDiAK8A4AC5AN4AxgDcANoA2gDsANgA&#10;+QDWAP8A1gD/ANcA/wDYAP8A2AD/AP8KEAD/Aw4A/wANAP8AEgD/ABoA/wAmAPwAMgD3AD8A9ABK&#10;APEAVQDtAF4A6gBmAOgAbgDlAHQA4wB6AOIAgADgAIUA3gCLANwAkADbAJYA2ACcANUAowDTAKsA&#10;0QC1AM4AwQDMANEAywDnAMkA9QDIAP8AyAD/AMgA/wDIAP8AyAD/AP8MDAD/BggA/wIKAP8ADwD/&#10;ABUA/AAgAPEALADsADkA6QBFAOUATwDhAFkA3gBhANsAaADXAG8A1AB1ANIAewDQAIAAzgCGAMwA&#10;jADLAJIAyQCYAMcAoADFAKgAwwCxAMEAvAC/AMsAvQDjALwA8gC7AP0AuwD/ALoA/wC6AP8AugD/&#10;AP8OBQD/CQAA/wkFAP8GCwD/ARAA8AAZAOYAJQDhADIA3AA/ANYASQDRAFMAzgBbAMsAYwDIAGoA&#10;xgBwAMUAdgDDAHsAwQCBAMAAhwC+AI4AvACUALsAnAC5AKQAtwCuALUAuQCzAMgAsQDfALAB7wCv&#10;AfsArgL/AK0D/wCtA/8ArQP/AP8QAAD/DgAA/w0AAPYLAwDyBwoA4gERANsCHQDSAysAzAM3AMgE&#10;QwDEBE0AwQRWAL4FXQC8BWQAugVrALgFcQC3BXYAtQV8ALMGgwCyBokAsAaRAK8HmQCtB6EAqwer&#10;AKkItwCoCcYApgrdAKUL8ACjDP0Aog3/AKEN/wChDf8AoA3/AP8RAAD8EgAA7BMAAOITAADbDwMA&#10;1gkLAM4IFADGCiIAwAwwALwNPAC4DUYAtQ1PALIOVwCwDl8Arg5lAK0OawCrDnEAqg54AKgOfgCn&#10;D4UApQ+NAKQPlgCiEJ8AoBCpAJ8QtQCdEcUAmxHeAJkS8QCXE/8AlhT/AJUU/wCVFP8AlBT/AP8V&#10;AADtGwAA4B8AANIfAADJGwAAxBQFAMEQDgC6EhsAtBMpALAUNQCsFUAAqRVJAKYVUgCkFlkAohZg&#10;AKEWZgCfFmwAnhZyAJwWeQCbF4AAmReIAJgXkQCWGJsAlBimAJMZsgCRGcEAkBrYAI0b7gCLHP0A&#10;ihz/AIoc/wCJHP8AiRz/APQdAADkJQAA0ykAAMcqAAC8JgAAtiAAALQZCwCuGhUAqBwjAKQdLwCh&#10;HjoAnh5EAJseTACZHlQAlx9bAJUfYQCUH2cAkh9tAJEfdACPIHwAjiCEAIwgjQCKIJcAiSGiAIch&#10;rgCGIr0AhSLRAYIj6wGBJPsBgCT/AX8k/wF/JP8BfyT/AewlAADbLQAAyTEAALwxAACxLgAAqykA&#10;AKckBQCjIxEAniQdAJolKgCWJjUAkyY/AJEmRwCPJk8AjSZWAIsnXACJJ2IAiCdpAIYnbwCFJ3cA&#10;gyd/AIEniQGAKJMBfiieAX0pqwF7KbkBeinNAXgq6AF3K/kBdiv/AXYr/wF1K/8BdSr/AeUsAADQ&#10;NAAAwTgAALM4AACoNQAAojEAAJ0tAACZKg4AlCsYAJAsJACNLTAAii06AIctQwCFLUoAgy1RAIEu&#10;WACALl4Afi5kAH0uawB7LnMBeS57AXguhQF2Lo8BdC+bAXMvqAJxL7YCcDDJAm8w5QJuMfcCbTH/&#10;Am0x/wJtMf8CbTH/At8yAADJOQAAuz4AAKw9AAChOgAAmjcAAJUzAACQMQoAjDEUAIcyIACEMysA&#10;gTM1AH8zPgB9M0YAezNNAHkzVAB3M1oAdjNhAHQzZwFyNG8BcTR3AW80gQFuNIwCbDSYAmo1pQJp&#10;NbMDaDXGA2c24gNmNvUDZjb/AmY2/wJmNv8CZjb/Atg3AADEPgAAtUIAAKZBAACbPwAAkzwAAI04&#10;AACINgcAhDcRAIA3HAB8OCcAejgxAHc5OgB1OUIAczlJAHE5UABwOVcAbjldAGw5ZAFrOWsBaTl0&#10;AWg5fgJmOYkCZDmVA2M6ogNiOrEDYTrDA2A74ARfO/MDXzv/A187/wNfO/8CXzv/AtE7AADAQgAA&#10;sEUAAKFEAACVQwAAjUAAAIc9AACCOwIAfTsOAHk8GAB1PSMAcz0tAHA9NgBuPT8AbD1GAGs9TQBp&#10;PVMAZz1aAGY9YQFkPWgBYz1xAWE+ewJfPoYCXj6TA1w+oANbP68EWj/BBFo/3QRZP/IEWT//A1k/&#10;/wNZP/8DWT//A8w/AAC8RgAAq0gAAJxHAACRRgAAiEQAAIJAAAB8PwAAd0AMAHNAFQBvQSAAbEEq&#10;AGpBMwBoQTsAZkJDAGRCSgBjQVAAYUFXAGBCXgFeQmUBXUJuAltCeAJaQoQDWEKQA1dCngRWQ60E&#10;VUO/BFRD2gRUQ/EEVEP+A1RD/wNUQ/8DVEP/A8hCAAC4SQAAp0sAAJhKAACNSQAAg0cAAH1DAAB2&#10;QwAAcUQKAG1EEgBqRR0AZ0UnAGRFMABiRTgAYEU/AF9FRwBdRU0AW0VUAFpGWwFZRmMBV0ZsAVZG&#10;dgJURoEDU0aOA1JHnARQR6sEUEe9BE9H1gVPR+8ET0f9BE9H/wNPR/8DUEf/A8RFAAC1TQAAo00A&#10;AJVMAACJSwAAf0oAAHhGAABxRwAAbEcHAGhIEABkSBoAYUkkAF9JLQBdSTUAW0k9AFlJRABXSUoA&#10;VklRAFVKWQFUSmEBUkppAVFKdAJPSn8DTkqMA01KmwRMS6oES0u8BEpL0wVKS+4ES0v9BEtK/wNL&#10;Sv8DS0r/A8FIAACyUAAAoE8AAJFPAACFTgAAe00AAHNJAABsSgAAZ0sEAGJMDgBfTBcAXE0hAFpN&#10;KgBYTTIAVk06AFRNQQBTTkgAUk5PAFBOVwFPTl8BTk5nAUxOcgJLTn0CSU6LA0hOmQRHT6gERk+6&#10;BEZP0QRGT+0ERk78BEZO/wNHTv8DR07/A71MAACuUgAAnFEAAI1RAACBUQAAd1AAAG5MAABnTgAA&#10;Yk8AAF1QDQBaUBQAV1EeAFVRJwBTUTAAUVI4AFBSPwBOUkYATVJNAExTVQBKU10BSVNlAUhTbwJG&#10;U3sCRVOJA0NTlwNCU6cEQVO4BEFTzwRBU+wEQVL7A0JS/wNCUv8DQlH/A7pPAACqVAAAmFQAAIlU&#10;AAB9UwAAc1MAAGlRAABiUgAAXFMAAFhUCgBUVRIAUlUbAE9WJABOVi0ATFc1AEtXPABKV0QASFdL&#10;AEdYUgBGWFoBRFhjAUNYbQFBWHkCQFiGAj5YlQM9WKUDPFi3BDxYzQQ8V+oDPFf6Az1W/wM9Vv8D&#10;PVb/A7ZTAAClVwAAlFcAAIVWAAB5VgAAb1YAAGVVAABcVgAAV1gAAFJZBwBOWhAATFoYAEpbIQBI&#10;XCoAR1wyAEVcOgBEXUEAQ11IAEJdUABAXVgAP11hAT1dawE8XXYCOl2EAjldkwI4XaMDN121AzZd&#10;ywM2XOgDN1z5Azdb/wM4W/8DOFr/A7JXAACgWgAAj1kAAIFZAAB1WQAAa1kAAGBaAABWWwAAUV0A&#10;AExeAgBIYA0ARWAUAERhHgBCYiYAQGIuAD9iNgA+Yz4APWNFADxjTQA7Y1UAOWNeADhjaAE2Y3QB&#10;NWOBATNjkQIyY6ECMWOzAjFjyAIxYucCMWH4AjFh/wIyYP8CMmD/Aq5cAACbXQAAil0AAHxdAABw&#10;XQAAZl0AAFxeAABSYAAATGIAAEVlAABBZgoAPmcRADxoGgA7aCIAOWkrADhpMgA3ajoANmpBADVq&#10;SQA0alIAM2pbADFqZQAwanABLmp+AS1qjgEsap8BK2qwASpqxgEqaeUBKmj2Aitn/wIrZ/8CK2f/&#10;AqlhAACVYAAAhGAAAHdgAABsYQAAYmEAAFhjAABOZgAAR2gAAEBrAAA6bgUANm8OADRwFQAzcB4A&#10;MnEmADBxLgAvcTUALnI9AC1yRQAsck0AK3JXACpyYQApcm0AJ3J7ACZyiwAkcpwBI3KuASNywwEj&#10;ceIBI3D0ASNv/wEjbv8BI27/AaFlAACOZAAAf2QAAHJkAABoZQAAXmYAAFRpAABJbAAAQm8AADty&#10;AAA0dQAALngKACt5EQAqeRgAKXohACd6KAAmejAAJXs4ACR7QAAje0gAIntSACF7XAAge2gAH3x2&#10;AB18hgAce5gAG3uqABp7vwAae94AGnnyABt4/gAbd/8BG3f/AZlpAACIaQAAeWkAAG1pAABjagAA&#10;WWwAAE9vAABFcwAAPXcAADV6AAAufQAAJ4EDACKDDQAghBIAH4QaAB2EIgAchSoAG4UxABqFOQAZ&#10;hUIAGIZMABeGVgAWhmMAFYZxABSGgQAShpMAEYamABGFuwAQhdYAEYPvABGC+wASgv8AEoH/AJFu&#10;AACBbQAAdG4AAGluAABdcAAAU3MAAEl3AABAfAAAN4AAAC+DAAAnhwAAIYoAABqNBgAVjw0AE5AT&#10;ABKQGgASkCIAEZAqABCRMgAQkTsAD5FEAA6RTwANkVwADJFqAAuRegAKkY0ACJCfAAeQswAHj8kA&#10;B4/mAAeO9AAIjfwACI3/AIlzAAB7cwAAb3MAAGN1AABXeAAATX0AAEOBAAA5hgAAMIoAACiOAAAh&#10;kQAAGpUAABOXAAAOmggAC5wOAAmcEwAInBoAB5wiAAacKgAEnDMAA5w9AAKdSAAAnVQAAJ1iAACc&#10;cgAAnIQAAJyXAACbqgAAm78AAJrbAACa7AAAmvUAAJn4AIJ5AAB2eQAAaHoAAFx+AABRggAARocA&#10;ADyMAAAykQAAKZUAACGZAAAZnQAAEqAAAA6jAAAJpgUAA6cMAACnEAAApxUAAKgcAACoIwAAqCsA&#10;AKk0AACpPwAAqUsAAKlZAACpaAAAqXoAAKmOAACpoQAAqLUAAKjLAACn5AAAp+8AAKfzAH2AAABv&#10;gQAAYYQAAFWJAABJjgAAPpQAADSZAAAqngAAIaIAABmmAAASqQAADawAAAevAAAAsgAAALMHAACz&#10;DAAAsxAAALQVAAC0GwAAtSIAALYrAAC3NQAAt0AAALhOAAC4XQAAuG4AALiCAAC4lwAAuKoAALe+&#10;AAC30gAAt+YAALfqAHaIAABniwAAWpAAAE6WAABCnAAAN6IAACynAAAiqwAAGa8AABGzAAALtgAA&#10;BLkAAAC8AAAAvgAAAL4AAAC/BgAAwAsAAMEPAADCEwAAwxkAAMQgAADFKQAAxzQAAMhCAADJUQAA&#10;yWIAAMl1AADJigAAyZ8AAMqxAADKwQAAydEAAMnZAG6TAABgmAAAU54AAEakAAA6qwAAL7AAACS1&#10;AAAZuAAAELwAAAq/AAABwQAAAMQAAADIAAAAygAAAMoAAADMAAAAzQMAAM4IAADQDQAA0RAAANMW&#10;AADWHgAA2igAAN00AADeQwAA31QAAN9nAADgfAAA4JEAAOCkAADgsgAA4L4AAODDAGafAABZpgAA&#10;TK0AAD+0AAAyuAAAJLwAABi/AAAQwwAACMcAAADKAAAAzQAAANEAAADVAAAA2AAAANkAAADbAAAA&#10;3QAAAN8AAADhBAAA4woAAOUOAADnEwAA6hwAAO0nAADwNQAA8UYAAPJYAADzawAA84AAAPSUAAD0&#10;owAA9K4AAPSyAP8AEwD/ABEA/wARAP8AFQD/AB8A/wAsAP8AOQD/AEUA/wBQAP8AWgD+AGMA+wBr&#10;APkAcgD3AHgA9QB+APQAhADyAIkA8QCOAPAAkwDuAJkA7QCfAOwApgDqAK4A6AC4AOYAxQDlANsA&#10;4wDtAOIA+wDiAP8A4QD/AOEA/wDhAP8A4QD/AP8AEAD/AA4A/wANAP8AEgD/ABsA/wAoAP8ANAD+&#10;AEEA+wBMAPcAVgD0AF8A8QBmAO8AbQDsAHQA6gB6AOkAfwDnAIUA5gCKAOUAjwDjAJUA4QCbAOAA&#10;ogDeAKoA2wC0ANkAwADWANAA0wDoANIA9wDRAP8A0QD/ANAA/wDQAP8A0AD/AP8ADQD/AAkA/wAK&#10;AP8ADwD/ABYA+wAiAPcALwD0ADsA8ABHAO0AUQDpAFoA5QBiAOIAaQDgAG8A3gB1ANwAegDaAIAA&#10;2ACFANUAiwDTAJEA0QCXAM8AngDNAKYAywCvAMkAugDHAMkAxQDiAMQA8gDDAP4AwgD/AMEA/wDC&#10;AP8AwgD/AP8DBgD/AAEA/wAGAP8ADAD5ABEA8QAdAOsAKQDnADYA4wBBAN8ASwDbAFQA1QBcANIA&#10;YwDPAGoAzQBwAMsAdQDJAHsAyACAAMYAhgDFAIwAwwCTAMEAmgC/AKIAvQCrALsAtgC5AMQAtwDa&#10;ALYA7QC0APoAtAD/ALQA/wC0AP8AtAD/AP8EAAD/AAAA/wAAAP8ABgDsAA0A5QAWAN4AIgDXAC8A&#10;0QA7AM0ARQDKAE4AxgBXAMQAXgDBAGQAvwBqAL0AcAC8AHUAugB7ALkAgQC3AIcAtQCOALMAlQCy&#10;AJ4AsACnAK4AsgCsAL8AqgDRAKgA6ACoAPcApwD/AKcA/wCmAP8ApgD/AP8GAAD/BQAA8QMAAOgA&#10;AADhAAcA1QAQAM0AGwDHACcAwwAzAL8APgC8AEgAuQBRALYAWAC0AF8AsgBlALAAagCvAHAArQB2&#10;AKwAfACqAIIAqQCJAKcAkQClAJoAowCkAKEArgCgALsAngHNAJ0C5gCcBPQAmwT/AJoF/wCaBf8A&#10;mQX/AP8KAADxDgAA5BAAANkPAADOCwAAyAMLAMIAEwC8Ah8AtwMsALMENwCwBUIArQZKAKoGUgCo&#10;B1kApgdfAKUHZQCjB2sAoghxAKAIdwCfCH4AnQiFAJsJjgCaCZcAmAqhAJYKrACVC7oAkwvMAJIM&#10;5QCQDfYAjw7/AI4O/wCODv8AjQ7/APYRAADmFwAA1hsAAMcZAAC+FQAAuRAAALcKDQCxCxcArA0k&#10;AKgOMAClDjsAog5EAJ8PTACdD1MAmw9aAJoPYACYEGYAlxBsAJUQcgCTEHkAkhCBAJAQigCPEZQA&#10;jRGfAIsRqgCKErgAiBLLAIYT5gCFFPcAgxX/AIMV/wCCFf8AghX/AO0aAADcIQAAyiUAALsiAACx&#10;HwAAqxoAAKkUBgClEhEAoBQeAJwVKgCZFTUAlhY+AJQWRwCSFk4AkBZVAI4XWwCMF2EAixdnAIkX&#10;bQCIF3QAhhh8AIUYhgCDGZAAgRmbAIAapwB+GrUAfRvHAHwc4gB6HfUAeR3/AHgd/wB4Hf8AeB3/&#10;AOUiAADQKQAAvywAALAqAACnJwAAoCMAAJ0fAACaGg4AlRwYAJEdJACOHi8AjB45AIkeQQCHH0kA&#10;hR9QAIMfVgCCH1wAgB9iAH8faQB9IHAAfCB4AHoggQB5IYwAdyGXAHUipAB0IrIAcyPDAHIj3wBw&#10;JPMAbyT/AG8k/wBuJP8AbiT/AN0pAADIMAAAtzIAAKgwAACeLgAAlyoAAJMnAACQIwoAjCMTAIgk&#10;HwCEJSoAgiU0AIAmPQB9JkQAfCZLAHomUgB4JlgAdyZeAHUmZQB0J2wAcid0AHEnfQBvKIgAbiiU&#10;AGwooQBrKa8BainAAWkq2wFnKvEBZyv/AWYr/wFmKv8BZir/AdQvAADCNgAArzYAAKE1AACWNAAA&#10;kDAAAIotAACHKgYAgykQAH8qGgB8KyUAeSsvAHcsOAB1LEAAcyxHAHEsTQBwLFQAbixaAG0sYQBr&#10;LWgAai1wAGgtegBnLoUAZS6RAWQungFiL6wBYS+9AWEw1QFgMO8BXzD9AV8w/wFfMP8BXzD/Ac00&#10;AAC8OwAAqToAAJs6AACQOAAAiTUAAIMyAAB/MAEAey8OAHcwFgB0MCEAcTErAG8xNABtMTwAazFD&#10;AGoxSgBoMlAAZzJXAGUyXQBkMmUAYjJtAGEzdwBfM4IBXjOOAV00nAFbNKoBWjW7AVo10gFZNe0B&#10;WTX8AVg1/wFYNf8BWTX/Acg4AAC3PgAApD4AAJY9AACLPAAAgzoAAH03AAB4NAAAdDQLAHA1EwBt&#10;NR0AajUnAGg2MABmNjgAZDY/AGM2RgBhNk0AYDZTAF43WgBdN2IAXDdqAFo4dAFZOH8BVziMAVY5&#10;mQFVOagCVDm5AlM6zwJTOusCUzr7AVM6/wFTOf8BUzn/AcQ8AACyQQAAoEAAAJJAAACGPwAAfj0A&#10;AHg6AABzOAAAbjkIAGo5EQBnORoAZDokAGI6LABgOjQAXjo8AF07QwBbO0oAWjtQAFg7VwBXO18A&#10;VjxnAFQ8cQFTPHwBUj2JAVE9lwFPPaYCTj63Ak4+zQJOPukCTT76Ak4+/wFOPf8BTj3/AcA/AACu&#10;QwAAnEMAAI5DAACCQgAAekAAAHM9AABtPAAAaD0FAGQ9DgBhPhcAXj4hAFw+KQBaPjEAWD45AFc+&#10;QABVP0YAVD9NAFM/VQBSQFwAUEBlAE9AbwFOQXoBTUGHAUtBlgFKQaUCSUK1AklCywJJQugCSUL5&#10;AklB/wJJQf8BSUH/Ab1DAACqRQAAmEUAAIpFAAB/RQAAdkMAAG9AAABoQAAAY0EBAF9BDQBcQRQA&#10;WUIdAFdCJgBVQi4AU0I2AFFCPQBPQkMAT0NLAE5DUgBNRFoATERjAEpEbQFJRXgBSEWFAUdFlAFF&#10;RaMCRUa0AkRGyQJERucCREX4AkRF/wJFRf8CRUX/AbpGAACmSAAAlEgAAIZIAAB7RwAAckYAAGpC&#10;AABjQwAAXkQAAFpFCwBWRRIAVEYbAFFGIwBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hh&#10;AEZJawBESXYBQ0mDAUJJkgFBSaICQEmzAj9KxwI/SuUCP0n3AkBJ/wJASP8CQEj/AbZJAACiSgAA&#10;kUoAAINKAAB3SgAAbkkAAGVFAABeRwAAWUgAAFVJCABRShAAT0oYAExKIQBKSykASUsxAEdLOABG&#10;TD8ARUxGAERMTgBDTVYAQk1fAEFNaABATXQBPk2BAT1NkAE8TaABO06xAjpOxgI6TuQCO032AjtN&#10;/wE7TP8BPEz/AbNNAACeTAAAjUwAAH9MAAB0TAAAakwAAGBKAABZSwAAVEwAAFBNBQBMTg4ASU8V&#10;AEdPHgBFTyYARFAuAEJQNQBBUD0AQFFEAD9RSwA+UVMAPVJcADxSZgA6UnIAOVJ/AThSjgE3Up4B&#10;NlKvATVSxAE1UuIBNlL1ATZR/wE2UP8BN1D/Aa5PAACZTwAAiU8AAHtPAABwTwAAZk8AAFxOAABU&#10;TwAAT1EAAEpSAQBGUwwAQ1QSAEFUGwBAVSMAPlUrAD1WMgA8VjoAO1ZBADpWSQA5V1EAOFdaADZX&#10;YwA1V28ANFd8ATNXjAExV5wBMFetATBXwgEwV+ABMFb0ATFW/wExVf8BMVX/AahSAACVUgAAhFIA&#10;AHdSAABsUgAAYlIAAFhTAABPVAAASVYAAERXAABAWQgAPVoQADtaFwA5WyAAOFsnADdcLwA2XDYA&#10;NVw+ADRcRgAzXU4AMV1XADBdYQAvXWwALl16ACxdiQArXZoBKl2rASpdvwEpXd4BKlzyASpb/gEr&#10;W/8BK1r/AaNVAACPVQAAf1UAAHJVAABnVgAAXlYAAFRXAABMWQAARVsAAD9dAAA6XwQANmANADRh&#10;EwAyYhwAMWIjADBiKwAvYzIALmM6AC1jQgAsY0oAKmRTAClkXQAoZGkAJ2R2ACZkhgAlZJcAJGSp&#10;ACNkvQAiZNoAI2PxACNi/QEkYf8BJGH/AZxYAACJWAAAelkAAG5ZAABjWQAAWloAAFBcAABIXgAA&#10;QWAAADpjAAA0ZgAAL2gKACxpEAAqaRcAKWofAChqJgAnai4AJms1ACVrPQAka0YAI2tPACJsWQAg&#10;bGUAH2xyAB5sggAdbJQAHGymABtrugAaa9QAG2ruABxp/AAcaP8AHGj/AJVcAACDXAAAdVwAAGld&#10;AABfXQAAVl4AAExhAABDZAAAPGcAADVqAAAvbQAAKHAEACNyDQAhchIAIHMaAB9zIQAecygAHXQw&#10;ABx0OAAbdEAAGnRKABl0VAAXdWAAFnVuABV1fgAUdZAAE3SiABJ0tgARdM8AEnPsABJy+gATcf8A&#10;E3H/AI5gAAB9YAAAb2EAAGVhAABbYgAAUWQAAEhnAAA+awAAN24AADBxAAApdQAAIngAABx7BwAX&#10;fQ4AFn0TABV9GwAUfiIAE34qABJ+MQARfjoAEX5EABB/TgAPf1oADn9oAA1/eAAMf4oAC36dAAp+&#10;sAAJfcYACn3kAAp89AALe/0AC3r/AIZlAAB3ZQAAamUAAGFmAABWaAAATGsAAEJvAAA5cwAAMXcA&#10;ACp6AAAjfgAAHIEAABWEAAAQhwgADYkOAAyJFAAMiRsAC4kjAAqJKwAJiTMACIk9AAaJSAAFiVQA&#10;BIlhAAKJcQABiYMAAImWAACIqQAAh74AAIfaAACG7AAAhvUAAIb6AH5qAABxagAAZ2sAAFtsAABQ&#10;cAAARnQAADx4AAAzfQAAKoEAACOFAAAciAAAFYwAABCPAAAMkgYABpMMAAKTEQAAlBYAAJQdAACU&#10;JAAAlSwAAJU1AACVQAAAlUwAAJZZAACWaQAAlXoAAJWOAACUoQAAlLUAAJPMAACS5gAAkvIAAJL3&#10;AHhwAABtcAAAYHIAAFR1AABJeQAAP34AADWDAAAsiAAAI40AABuRAAAUlAAAD5cAAAqaAAAEnQMA&#10;AJ4JAACfDgAAnxIAAKAXAACgHQAAoSUAAKItAACiNwAAo0MAAKNQAACjXwAAo3EAAKOEAACimQAA&#10;oq0AAKHCAACh3AAAoesAAKDyAHN2AABmdwAAWXsAAE2AAABChQAAOIsAAC6QAAAklQAAG5oAABSe&#10;AAAOoQAACaQAAAKnAAAAqgAAAKsEAACrCgAArA0AAK0RAACtFgAArhwAAK8kAACwLQAAsTkAALFG&#10;AACyVQAAsmYAALJ5AACyjgAAsaMAALK3AACxygAAseAAALHpAGx+AABfggAAUocAAEaNAAA7kwAA&#10;MJkAACaeAAAcowAAE6cAAA2rAAAHrgAAALIAAAC1AAAAtwAAALgAAAC5AgAAuQgAALoMAAC7EAAA&#10;vBQAAL0bAAC/IwAAwS0AAMI6AADCSQAAw1oAAMNsAADEggAAxJcAAMSrAADEvAAAxMsAAMTaAGWJ&#10;AABYjgAAS5UAAD+bAAAzogAAKKgAAB2tAAAUsQAADbYAAAa5AAAAvAAAAL8AAADDAAAAxAAAAMUA&#10;AADGAAAAxwAAAMkEAADKCQAAyw0AAM0RAADPGAAA0iEAANUtAADWPAAA2E0AANlfAADacwAA2ooA&#10;ANueAADbrgAA27oAANzDAF6WAABRnAAARKMAADiqAAAssQAAILcAABW7AAANvgAABMIAAADFAAAA&#10;yQAAAM0AAADQAAAA0gAAANIAAADVAAAA1gAAANkAAADbAAAA3gUAAOAKAADiDwAA5RYAAOggAADs&#10;LQAA7T4AAO1RAADuZQAA73oAAO+PAADwnwAA8KsAAPCzAP8AEAD/AA4A/wAOAP8AEgD/AB0A/wAp&#10;AP8ANQD/AEEA/wBNAP4AVgD7AF8A+ABmAPYAbQD0AHQA8gB5APEAfwDwAIQA7gCJAO0AjwDrAJUA&#10;6gCbAOgAogDmAKoA5QCzAOMAwADhANIA4ADqAN8A+QDdAP8A3QD/AN0A/wDeAP8A3gD/AP8ADQD/&#10;AAoA/wAJAP8ADwD/ABgA/wAkAP4AMQD7AD0A+ABIAPQAUgDwAFoA7QBiAOsAaQDpAG8A5wB1AOUA&#10;egDjAH8A4gCFAOAAigDeAJAA3ACWANoAnQDYAKUA1QCvANIAugDQAMoAzgDjAM0A9ADLAP8AywD/&#10;AMsA/wDLAP8AywD/AP8ACAD/AAMA/wAFAP8ADAD8ABQA9wAfAPIAKwDvADcA6wBCAOcATADkAFUA&#10;4ABdAN0AZADaAGoA2ABwANUAdQDSAHoA0ACAAM8AhQDNAIsAywCSAMkAmQDHAKEAxQCqAMMAtQDB&#10;AMMAvwDaAL4A7gC9APwAvAD/ALwA/wC8AP8AvAD/AP8AAAD/AAAA/wAAAPkABwDxABAA6gAaAOQA&#10;JQDfADEA2wA8ANcARwDSAFAAzgBXAMsAXgDJAGUAxgBqAMUAcADDAHUAwQB6AMAAgAC+AIYAvACN&#10;ALoAlAC5AJwAtwClALUAsACzAL0AsQDPAK8A6ACuAPgArgD/AK0A/wCtAP8ArQD/AP8AAAD/AAAA&#10;/QAAAO4AAQDjAAwA2gAUANEAHwDMACsAyAA2AMUAQADCAEoAvwBSALwAWQC6AF8AuABlALYAagC0&#10;AG8AswB1ALEAegCwAIEArgCIAK0AjwCrAJgAqQChAKcAqwClALgAowDIAKIA4gChAPMAoAD+AKAA&#10;/wCgAP8AoAD/AP8AAAD2AAAA6gAAAOAAAADTAAYAyQAPAMIAGAC9ACQAuQAvALYAOgC0AEMAsQBM&#10;AK4AUwCsAFkAqgBfAKkAZACnAGoApgBvAKQAdQCjAHsAoQCCAKAAigCeAJMAnACdAJoApwCYALQA&#10;lgDDAJUA3ACUAO8AkwD7AJMA/wCTAP8AkgD/APkFAADqCwAA3A0AAMsKAADCBQAAvAAKALYAEQCx&#10;ABwArgAoAKoAMwCnAD0ApABFAKIATQCgAFMAngBZAJwAXwCbAGQAmgBqAJgAcACXAHYAlQB+AJMA&#10;hgCSAY8AkAGZAI4CpACMArEAiwPAAIkF1gCIBu0AiAf6AIcI/wCGCP8Ahgj/AO8PAADeFAAAyhUA&#10;ALwSAACzEAAArgwAAKsGDQCnAxUAogUgAJ8HLACcCDYAmQg/AJcJRwCVCU4AkwlUAJEKWgCQCl8A&#10;jgplAI0KawCLCnIAigt5AIgLggCHC4wAhQyXAIMMogCBDbAAgA3AAH8N2AB9Du8AfA/9AHsP/wB7&#10;EP8AexD/AOYXAADRHgAAvR0AAK8cAACmGQAAoRUAAJ4QBACdDQ8AmA4ZAJQOJQCRDy8AjxA5AIwQ&#10;QQCKEEgAiBBPAIcQVQCFEFsAhBFhAIIRZwCAEW4AfxF1AH0RfgB8EogAehKUAHgSoAB3E64AdRO+&#10;AHQU1QBzFe4AcRb9AHEW/wBxFv8AcBb/ANwfAADGJQAAsyUAAKUjAACcIQAAlh4AAJIZAACRFAsA&#10;jRQUAIkVHwCGFikAgxYzAIEXPACAF0MAfhdKAHwXUAB6F1YAeRhcAHcYYgB2GGkAdBhxAHMZegBx&#10;GYQAbxqQAG4anQBsG6sAaxy7AGoc0ABpHewAaB77AGge/wBnHv8AZx7/ANEmAAC9KgAAqyoAAJ0q&#10;AACTKAAAjSUAAIgiAACGHQYAgxsQAH8cGgB8HSQAeh0uAHceNgB2Hj4AdB5FAHIfSwBxH1EAbx9Y&#10;AG4fXgBsH2UAayBtAGkgdgBoIYEAZiGNAGUimgBjIqgAYiO4AGEjzQBgJOkAYCT6AF8k/wBfJP8A&#10;XyT/AMosAAC2LwAApC8AAJYvAACMLQAAhSoAAIAoAAB9JAAAeiINAHYjFQBzIyAAcSQpAG8kMgBt&#10;JDoAayVBAGolRwBoJU0AZiVUAGUlWgBkJmEAYiZpAGEmcgBfJ30AXieKAF0olwBbKaUAWim1AFoq&#10;ygBZKucAWCr4AFgq/wBYKv8AWCr/AMUxAACvMwAAnjMAAJAzAACGMgAAfy8AAHktAAB1KgAAcigK&#10;AG8oEgBrKRsAaSklAGcqLQBlKjUAYyo9AGIqQwBgKkoAXytQAF4rVwBcK14AWyxmAFksbwBYLXoA&#10;Vy2HAFYulQBULqMAUy+zAFMvxwBSL+UAUi/3AFIv/wBSL/8AUi//AME2AACqNgAAmTYAAIs2AACB&#10;NQAAeTMAAHMxAABvLwAAay4GAGgtEABkLhgAYi4hAGAvKgBeLzEAXC85AFsvQABZL0YAWC9NAFcw&#10;UwBWMFsAVDFjAFMxbABSMncAUTKEAE8zkgBOM6EATTOxAE00xQFMNOMBTDT2AEw0/wBMNP8ATDP/&#10;ALs5AACmOQAAlTkAAIc5AAB8OQAAdDcAAG40AABpMwAAZTICAGEyDQBeMhQAXDMeAFozJgBYMy4A&#10;VjM1AFU0PABTNEMAUjRKAFE0UABQNVgATjVgAE02agBMNnUASzeCAEo3kABJOJ8ASDiwAUc4wwFH&#10;OOEBRzj1AUc4/wFHOP8BRzj/Abc7AACiPAAAkTwAAIM8AAB4PAAAcDoAAGo3AABkNgAAYDYAAFw2&#10;CwBZNxIAVjcaAFQ3IwBSNysAUDcyAE84OQBNOEAATDhHAEs4TgBKOVUASTleAEg6aABHOnMARjuA&#10;AEU7jgBEPJ4AQzyuAUI8wgFCPd8BQjzzAUI8/wFCPP8BQjv/AbM9AACePgAAjT4AAH8+AAB1PgAA&#10;bD0AAGY6AABgOQAAWzoAAFc6CABTOxAAUTsYAE47IABMOygASzsvAEk8NgBHPD0ARzxEAEY9SwBF&#10;PVMARD5cAEM+ZgBCP3EAQT9+AEA/jQA/QJwAPkCtAT1AwAE9QN0BPUDyAT1A/wE+P/8BPj//Aa5A&#10;AACaQAAAiUEAAHxBAABxQQAAaEAAAGE8AABbPQAAVj4AAFI+BQBOPw4ATD8VAEk/HQBHQCUARkAs&#10;AERAMwBDQDoAQkFCAEFBSQBAQVEAP0JaAD5CYwA9Q28APEN8ADtDiwA6RJsAOUSrATlEvgE4RNsB&#10;OUTxATlD/gE5Q/8BOUP/AapCAACWQwAAhkMAAHhDAABuQwAAZUMAAF1AAABWQAAAUUIAAE1CAgBJ&#10;QwwARkMSAEREGgBCRCIAQUQqAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkZXADlHYQA4R2wAN0d6ADZI&#10;iQA1SJkANEiqADRIvQAzSNkANEjwADRH/QA0R/8ANUb/AKZEAACSRQAAgkYAAHVGAABqRgAAYUUA&#10;AFlEAABRRAAATEYAAEhHAABERwoAQUgQAD9JGAA9SSAAPEknADpKLgA5SjYAOEo9ADdLRAA2S0wA&#10;NUtVADRMXwAzTGoAMkx3ADFMhgAwTJcAL02oAC5NuwAuTdUALkzvAC9M/QAvS/8AMEv/AKFHAACO&#10;SAAAfkgAAHFIAABmSQAAXUgAAFVIAABMSQAAR0oAAEJLAAA/TAYAO00OADlOFQA3Th0ANk8kADVP&#10;KwAzTzMAMlA6ADFQQgAwUEoAL1FSAC5RXAAtUWcALFF1ACtRhAAqUpUAKVKmAClSuQAoUtIAKVHu&#10;AClQ/AAqUP8AKk//AJxKAACJSgAAeksAAG1LAABjTAAAWkwAAFFMAABITQAAQ08AAD1QAAA5UgIA&#10;NVMMADNUEgAxVBkAMFUhAC5VKAAtVS8ALFY3ACtWPgAqVkYAKVZPAChXWQAnV2QAJldyACVXgQAk&#10;V5IAI1ekACJXtwAiV88AIlfsACNW+gAjVf8AJFX/AJZNAACETgAAdU4AAGlOAABfTwAAVk8AAE1Q&#10;AABFUgAAP1MAADlWAAAzWAAAL1oIACtbDwAqWxUAKFwdACdcJAAmXCsAJVwzACRdOgAjXUMAIl1M&#10;ACFdVgAgXmEAH15uAB5efgAdXo8AHF6hABtetAAaXcwAG13pABtc+QAcW/8AHFv/AJBRAAB+UQAA&#10;cFEAAGRSAABbUgAAUlMAAEpUAABBVwAAO1kAADVbAAAuXgAAKGADACRiDAAiYxEAIWMYAB9kIAAe&#10;ZCcAHWQuABxkNgAbZT4AGmVHABllUQAYZV0AF2VqABZlegAVZYsAFGWeABNlsQASZcgAEmTnABNj&#10;9wAUYv8AFGL/AIlUAAB4VQAAa1UAAGBWAABXVgAAT1cAAEZZAAA9XAAANl8AADBiAAApZAAAI2cA&#10;AB1qBwAZbA4AGGwTABZtGgAVbSEAFG0pABRtMAATbTkAEm5CABFuTAAQblgAD25lAA5udQANbocA&#10;DW6aAAxtrQALbcIAC2zgAAxr8wANa/0ADWr/AIJZAAByWQAAZlkAAFxaAABUWgAASlwAAEFfAAA5&#10;YwAAMWYAACppAAAkbAAAHW8AABdyAAASdQkAD3cPAA53FAAOdxsADXcjAAx3KgALdzMACnc8AAl3&#10;RwAId1IAB3dfAAV3bwAEd4AAA3eUAAF2pwAAdrsAAXXVAAF06wACdPYAAnT8AHtdAABtXQAAYl4A&#10;AFleAABOYAAARWMAADxnAAAzawAAK24AACRyAAAedQAAF3kAABJ8AAANfwYACYEMAAWBEQADgRYA&#10;AoEdAAGBJAAAgS0AAII2AACCQAAAgkwAAIJZAACCaAAAgnkAAIKNAACBoAAAgLQAAIDLAAB/5wAA&#10;fvIAAH75AHRiAABoYgAAXmIAAFNkAABJZwAAP2sAADZwAAAtdAAAJXgAAB58AAAXgAAAEYMAAA2G&#10;AAAIiQQAAosKAACLDgAAixMAAIwYAACMHwAAjSYAAI0vAACOOQAAjkQAAI5RAACOYAAAjnEAAI6F&#10;AACOmQAAja0AAIzDAACM3wAAi+4AAIv2AG5oAABkZwAAWGkAAE1sAABCcQAAOHYAAC97AAAmfwAA&#10;HoQAABaIAAAQjAAADI8AAAaSAAAAlQAAAJYHAACXDAAAlw8AAJgTAACZGAAAmh8AAJsmAACbMAAA&#10;nDsAAJxIAACcVwAAnGgAAJx7AACckAAAm6UAAJu6AACa0AAAmucAAJrxAGptAABebwAAUXIAAEZ3&#10;AAA7fAAAMYIAACeHAAAejAAAFpEAABCVAAAKmQAABJwAAACgAAAAogAAAKMBAACjBgAApAsAAKUO&#10;AACmEgAApxcAAKgeAACqJgAAqzEAAKs+AACsTQAArF0AAKxwAACshQAArJsAAKuvAACrwwAAq9kA&#10;AKroAGR1AABXeQAAS34AAD+EAAA0igAAKZAAAB+WAAAWmwAAEJ8AAAmjAAABpwAAAKoAAACuAAAA&#10;sAAAALAAAACxAAAAsgMAALQIAAC1DQAAthAAALcVAAC5HQAAuyYAALwzAAC9QQAAvVIAAL1kAAC+&#10;eQAAvpAAAL2kAAC9twAAvcYAAL3XAFx/AABQhQAARIsAADiSAAAsmQAAIZ8AABekAAAQqQAACa4A&#10;AACyAAAAtgAAALkAAAC9AAAAvwAAAL8AAADAAAAAwQAAAMMAAADEBQAAxgoAAMcOAADJEwAAyxwA&#10;AM4mAADQNQAA0UUAANJXAADSawAA04IAANOXAADTqQAA0rgAANLEAFWMAABJkwAAPZoAADCiAAAl&#10;qAAAGq4AABG0AAAJuQAAAL0AAADBAAAAxAAAAMgAAADLAAAAzQAAAM0AAADPAAAA0AAAANIAAADU&#10;AAAA2AAAANoGAADdDAAA4BEAAOMaAADmJwAA5zgAAOhKAADpXQAA6nIAAOuIAADrmwAA7KgAAOyy&#10;AP8ADQD/AAsA/wALAP8AEAD/ABoA/wAmAP8AMgD/AD0A/wBIAPsAUgD4AFoA9gBiAPMAaQDxAG8A&#10;8AB1AO4AegDsAH8A6wCEAOkAigDoAJAA5gCWAOQAnQDiAKUA4QCvAN8AuwDdAMsA2wDmANkA9wDY&#10;AP8A2AD/ANcA/wDXAP8A1AD/AP8ACAD/AAQA/wAEAP8ADQD/ABUA/gAhAPoALAD3ADgA9ABDAPAA&#10;TQDtAFUA6gBdAOcAZADkAGoA4gBwAOAAdQDeAHoA3QB/ANsAhQDZAIsA1QCRANMAmQDRAKAAzwCq&#10;AM0AtQDLAMQAyQDdAMgA8QDHAP8AxgD/AMYA/wDGAP8AxwD/AP8AAAD/AAAA/wAAAP8ACgD4ABEA&#10;8QAcAOwAJwDpADIA5gA9AOIARwDdAFAA2QBYANUAXwDSAGUA0ABqAM4AcADMAHUAygB6AMkAfwDH&#10;AIUAxQCMAMMAlADBAJwAvwClAL0AsAC7AL0AugDQALgA6wC3APsAtgD/ALYA/wC2AP8AtgD/AP8A&#10;AAD/AAAA/QAAAPMABQDpAA4A4QAWANsAIQDVAC0A0QA3AM4AQQDKAEoAxwBSAMQAWQDCAF8AwABl&#10;AL4AagC8AG8AuwB0ALkAegC3AIAAtgCHALQAjgCyAJcAsACgAK4AqgCtALcAqwDIAKkA4wCoAPUA&#10;pwD/AKcA/wCnAP8ApgD/AP8AAAD+AAAA8QAAAOUAAADXAAoAzQARAMcAHADCACYAvwAxALwAOwC6&#10;AEQAtwBMALQAUwCyAFkAsQBfAK8AZACtAGkArABvAKoAdACpAHoApwCBAKYAiQCkAJEAogCbAKAA&#10;pQCeALIAnQDBAJsA2gCaAO8AmQD9AJgA/wCYAP8AmAD/AP0AAADwAAAA4QAAANEAAADGAAQAvQAN&#10;ALcAFQCzACAAsAArAK0ANQCrAD4AqABGAKYATQCkAFQAowBZAKEAXwCgAGQAngBpAJ0AbgCbAHUA&#10;mgB7AJgAgwCWAIwAlQCWAJMAoQCRAK0AjwC7AI0AzwCMAOkAiwD4AIwA/wCMAP8AjAD/APMCAADi&#10;BwAAzAcAAL8EAAC3AAAAsQAIAKsAEACnABkApAAkAKAALgCeADcAnABAAJoARwCYAE4AlgBUAJUA&#10;WQCTAF4AkgBkAJAAaQCPAG8AjQB2AIsAfgCKAIgAiACSAIYAnQCFAKkAgwC4AIEAygCAAOUAgAD1&#10;AH8A/wB/AP8AfwD/AOgNAADQEAAAvhAAALEOAACoDQAAowgAAKACDACcABMAmAAdAJUAJwCSADEA&#10;kAA5AI4BQQCMAUgAigJOAIkCVACHAlkAhgJfAIQDZACDA2sAgQNyAIAEegB+BIQAfQWOAHsFmgB5&#10;BqcAeAa1AHYHyAB1COMAdQn0AHQK/wBzCv8Acwr/AN0VAADEFwAAsRcAAKUWAACcEwAAlhEAAJQN&#10;BACTCA0AjgcVAIsJIACICSoAhQozAIMLOwCBC0IAgAtJAH4LTwB9DFQAewxaAHoMYAB4DGcAdwxu&#10;AHUNdgB0DYAAcg2MAHANmQBvDqYAbQ61AGwOyQBrD+YAahD3AGkQ/wBpEP8AaRD/ANAdAAC5HgAA&#10;qB4AAJsdAACSGwAAixkAAIgVAACHEQcAhQ4QAIEPGgB+ECQAexAtAHkQNgB3ET0AdhFEAHQRSgBz&#10;EVAAcRFWAHARXABuEmIAbRJqAGsScwBpE30AaBOJAGYTlgBlFKMAYxWzAGIVxgBiFuMAYRb2AGAX&#10;/wBgF/8AYBf/AMciAACwIwAAnyQAAJIjAACJIgAAgiAAAH4dAAB8GQAAehUNAHcVFQB0Fh8AcRYo&#10;AG8XMABuFzgAbBc/AGsXRQBpGEsAaBhRAGYYWABlGF4AYxlmAGIZbwBgGXkAXxqFAF0bkgBcG6EA&#10;WxywAFocwwBZHeAAWB70AFge/wBYHv8AWB7/AL8nAACpKAAAmSgAAIsoAACCJwAAeyUAAHYjAABz&#10;IAAAcRwJAG4cEQBrHBoAaR0jAGcdLABlHTMAYx46AGIeQQBgHkcAXx5NAF4eVABcH1sAWx9iAFkg&#10;awBYIHYAViGCAFUhkABUIp4AUyKuAFIjwABRI90AUSTyAFEk/wBRJP8AUSP/ALkrAACjLAAAkywA&#10;AIYtAAB8LAAAdCoAAG8oAABrJQAAaSIFAGYhDgBjIhYAYSIfAF8jJwBdIy8AXCM2AFojPQBZJEMA&#10;VyRKAFYkUABVJFcAUyVfAFIlaABRJnMATyZ/AE4njQBNKJwATCisAEspvgBLKdoASinxAEop/wBL&#10;Kf8ASyn/ALMuAACeLwAAjjAAAIEwAAB3LwAAby4AAGorAABlKgAAYycBAF8nDABcJxMAWicbAFgo&#10;JABWKCsAVSgyAFMoOQBSKUAAUClGAE8pTQBOKVQATSpcAEwqZQBKK3AASSt8AEgsiwBHLZoARi2q&#10;AEUuvABFLtYARS7vAEUu/gBFLv8ARS3/AK4xAACaMgAAiTMAAHwzAAByMwAAazEAAGUvAABgLQAA&#10;XSwAAFksCQBWLBAAVCwYAFIsIABQLCgATi0vAE0tNgBMLTwASi1DAEktSgBILlEARy5ZAEYvYwBF&#10;MG0AQzB6AEIxiQBBMZgAQTKoAEAyuwA/MtMAPzLuAEAy/QBAMv8AQDL/AKozAACWNQAAhjUAAHk2&#10;AABuNQAAZjUAAGEyAABcMAAAVzAAAFQwBgBRMA4ATjAVAEwxHQBKMSUASDEsAEcxMgBGMTkARDFA&#10;AEMyRwBCMk8AQTNXAEAzYAA/NGsAPjV4AD01hwA8NpYAOzanADs2uQA6NtEAOjbtADs2/AA7Nv8A&#10;Ozb/AKY2AACSNwAAgjgAAHU4AABrOAAAYzcAAF02AABXMwAAUzQAAE80AwBLNAwASTQSAEY1GgBF&#10;NSIAQzUpAEE1LwBANTYAPzY9AD42RAA9N0wAPDdVADs4XgA6OGkAOTl2ADg5hQA3OpUANzqlADY6&#10;uAA1Os8ANjrsADY6+wA2Of8ANzn/AKI4AACOOQAAfjoAAHI7AABoOwAAXzoAAFk5AABTNgAATjcA&#10;AEo4AABGOAoARDkQAEE5FwA/OR8APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANztTADY8XAA1PGcA&#10;ND10ADM9gwAzPpMAMj6kADE+tgAxPs0AMT7qADE++gAyPf8AMj3/AJ47AACLPAAAezwAAG49AABk&#10;PQAAXD0AAFU8AABOOgAASTsAAEU8AABBPQcAPj0OADw9FQA6PhwAOT4jADc+KgA2PzEANT84ADQ/&#10;QAAzQEgAMkBQADFAWgAwQWUAL0FyAC5CgQAtQpEALUKiACxCtQArQssALELpACxC+QAtQf8ALUH/&#10;AJk9AACHPgAAdz8AAGs/AABhQAAAWT8AAFI/AABJPgAARD8AAEBAAAA8QQQAOUINADdCEgA1QxkA&#10;M0MhADJDKAAxRC8AMEQ2AC9EPQAuRUUALUVOACxFWAArRmMAKkZvAClGfgAoRo8AJ0ehACZHswAm&#10;R8kAJkbnACdG+AAoRf8AKEX/AJVAAACCQQAAc0IAAGdCAABeQgAAVUIAAE5CAABFQgAAP0QAADtF&#10;AAA3RgAANEcKADFIEAAvSBYALkkeACxJJQArSSwAKkkzAClKOgAoSkIAJ0pLACZLVQAlS2AAJEtt&#10;ACNLfAAiS40AIUyfACFMsQAgTMcAIEvmACFL9wAiSv8AIkr/AJBDAAB+RAAAb0QAAGRFAABaRQAA&#10;UkUAAEpGAABBRwAAPEgAADdJAAAySwAALk0HACtODgApThMAJ08aACZPIQAlTygAJE8wACNQNwAi&#10;UD8AIVBIACBQUgAfUV0AHlFqAB1ReQAcUYoAG1GcABpRrwAZUcUAGVHkABpQ9gAbT/8AHE//AIpG&#10;AAB5RwAAa0cAAGBIAABWSAAATkgAAEdJAAA+SwAAOUwAADNOAAAuUAAAKFMCACRUCwAiVRAAIFUW&#10;AB9WHgAeViQAHVYsABxWMwAbVzsAGldEABlXTgAYV1kAF1hmABVYdQAUWIcAFFiaABNXrAASV8IA&#10;ElfhABNW9AAUVf8AFFX/AIRJAAB0SgAAZksAAFxLAABTSwAAS0wAAERNAAA8TwAANVEAAC9UAAAp&#10;VgAAJFkAAB5bBwAaXQ0AGF0SABddGQAWXiAAFV4nABReLgATXjcAEl5AABFfSgARX1UAEF9iAA9f&#10;cQAOX4MADV+WAA1fqQAMXr4ADF7aAA1d8AANXPwADlz/AH5NAABuTgAAYk4AAFhPAABPTwAASFAA&#10;AEBSAAA4VAAAMFcAACpaAAAkXQAAH18AABliAQATZQkAEWYPABBmFAAPZhsADmciAA1nKQANZzIA&#10;DGc7AAtnRQAKZ1AACWddAAdnbAAGZ30ABWeQAARmowACZrcAA2XPAARl6QAEZPUABGT8AHdRAABp&#10;UgAAXVIAAFRSAABMUwAAQ1UAADtYAAAzWwAAK14AACVhAAAfZAAAGWcAABNqAAAPbQYAC3AMAAhw&#10;/+L/4klDQ19QUk9GSUxFAAQJEQAHcBYABXAdAARwJAADcCwAAnA1AABwPwAAcEoAAHBXAABwZQAA&#10;cHYAAHCKAABvngAAb7IAAG7IAABt5QAAbfIAAG35AHBWAABjVgAAWVYAAFFXAABHWAAAPlsAADZf&#10;AAAuYgAAJmYAAB9qAAAZbQAAE3AAAA5zAAALdgQABXgLAAF4DwAAeRMAAHkZAAB5HwAAeiYAAHov&#10;AAB6OQAAekQAAHpQAAB6XwAAenAAAHqDAAB6mAAAeqwAAHnCAAB43wAAeO8AAHf3AGpbAABfWwAA&#10;VlsAAExcAABCYAAAOWMAADBoAAAobAAAIHAAABl0AAATdwAADnsAAAl+AAAEgQIAAIIIAACDDQAA&#10;gxAAAIQUAACFGQAAhiAAAIYoAACHMQAAhzwAAIdJAACHVwAAh2gAAId7AACHkAAAhqUAAIW6AACF&#10;0wAAhOoAAIT0AGVgAABcYAAAUWEAAEZkAAA8aQAAMm0AAClyAAAhdwAAGXsAABKAAAANgwAACIcA&#10;AAKKAAAAjQAAAI4EAACOCQAAjw0AAJAQAACRFAAAkhkAAJMgAACUKQAAlTMAAJVAAACWTgAAll8A&#10;AJVyAACViAAAlZ0AAJSyAACUyAAAk+IAAJPuAGFlAABWZgAASmoAAD9uAAA1dAAAK3kAACF/AAAZ&#10;hAAAEYkAAAyNAAAGkQAAAJQAAACYAAAAmgAAAJsAAACcAgAAnQcAAJ4LAACfDgAAoRIAAKIYAACj&#10;IAAApSkAAKY2AACmRAAAplUAAKZoAACmfQAAppQAAKWpAACkvQAApNEAAKTkAFtsAABPcAAAQ3UA&#10;ADh7AAAtgQAAI4cAABmNAAARkgAAC5cAAAScAAAAoAAAAKMAAACmAAAAqAAAAKkAAACqAAAArAAA&#10;AK0EAACuCQAAsA0AALERAACzFwAAtSAAALYrAAC3OgAAt0sAALhcAAC4cQAAuIgAALidAAC4sQAA&#10;t8IAALfQAFR2AABIfAAAPIIAADGJAAAmkAAAG5cAABKdAAAMogAAA6cAAACrAAAArgAAALIAAAC2&#10;AAAAuAAAALgAAAC6AAAAuwAAAL0AAAC+AAAAwAUAAMELAADDEAAAxhYAAMkgAADKLgAAyz4AAMxQ&#10;AADMZAAAzXoAAM2RAADNpAAAzbQAAM3AAE2DAABBigAANZEAACmZAAAeoAAAE6YAAAysAAADsQAA&#10;ALYAAAC6AAAAvgAAAMIAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADOAAAA0AAAANIBAADVCAAA&#10;2Q4AAN0VAADhIQAA4jEAAORDAADlVgAA5msAAOaCAADnlgAA56UAAOawAP8ACQD/AAUA/wAGAP8A&#10;DgD/ABYA/wAhAP8ALQD/ADgA/QBDAPkATQD1AFUA8gBdAPAAYwDuAGkA7ABvAOoAdADpAHoA5wB/&#10;AOYAhQDkAIsA4wCRAOEAmQDfAKEA3ACqANoAtgDXAMYA1QDhANMA9ADSAP8A0QD/ANEA/wDPAP8A&#10;ygD/AP8AAQD/AAAA/wABAP8ADAD/ABIA+gAdAPYAKADzADMA8AA+AOwASADoAFAA5QBYAOIAXgDf&#10;AGQA3QBqANsAbwDZAHQA1gB6ANQAfwDSAIUA0ACMAM4AkwDMAJwAyQClAMcAsADGAL4AxADUAMIA&#10;7gDBAP4AwAD/AMAA/wC/AP8AvgD/AP8AAAD/AAAA/wAAAPoABwDxAA8A6wAYAOYAIwDiAC4A4AA4&#10;ANsAQgDVAEsA0QBSAM4AWQDLAF8AyQBlAMcAagDGAG8AxAB0AMIAegDBAIAAvwCGAL0AjgC7AJYA&#10;uQCgALcAqgC2ALcAtADKALIA5gCxAPgAsAD/AK8A/wCvAP8AsAD/AP8AAAD/AAAA9wAAAOoAAgDh&#10;AAwA1wATANAAHQDMACgAyQAyAMYAPADCAEUAvwBNALwAUwC6AFkAuABfALcAZAC1AGkAtABuALIA&#10;dACxAHoArwCAAK0AiACsAJEAqgCaAKgApQCmALEApADBAKMA3AChAPIAoQD/AKAA/wCgAP8AoQD/&#10;AP8AAAD3AAAA6AAAANkAAADLAAgAwwAQAL0AGAC5ACIAtgAsALQANgCyAD8ArwBHAKwATQCrAFQA&#10;qQBZAKcAXgCmAGMApQBoAKMAbgCiAHQAoAB6AJ4AggCcAIsAmwCVAJkAnwCYAKwAlgC6AJQAzwCT&#10;AOsAkgD7AJIA/wCSAP8AkQD/APcAAADnAAAA0wAAAMYAAAC7AAIAswAMAK0AEgCqABwApwAmAKQA&#10;MACjADgAoABAAJ4ARwCcAE4AmgBTAJkAWACXAF0AlgBjAJUAaACTAG4AkgB0AJAAfACPAIUAjQCP&#10;AIsAmgCKAKcAiAC1AIYAxwCFAOQAhAD1AIQA/wCDAP8AgwD/AOwAAADTAAAAwQEAALQAAACsAAAA&#10;pgAHAKAADgCdABYAmgAgAJcAKQCVADIAkwA6AJEAQQCPAEgAjQBNAIwAUwCLAFgAiQBdAIgAYwCH&#10;AGkAhQBvAIMAdwCCAIAAgACKAH4AlgB9AKMAewCwAHoAwgB5AN0AeADxAHcA/QB4AP8AeAD/AN4K&#10;AADECwAAsgwAAKYLAACdCAAAmQQAAJUACgCRABEAjgAZAIsAIwCJACwAhwA0AIUAOwCDAEIAggBI&#10;AIAATgB/AFMAfQBYAHwAXgB7AGQAeQBqAHgAcgB2AHsAdACGAHMAkgBxAJ8AcACtAG4AvgBtAdYA&#10;bQLtAGwD+gBsA/8AbAP/AM4QAAC3EQAAphIAAJoRAACREAAAiw4AAIkLAwCHBQwAhAETAIEBHAB+&#10;AiUAfAMuAHoDNgB4BDwAdwRDAHUFSAB0BU4AcwVUAHEFWQBwBl8AbgZmAG0GbgBrB3gAageDAGgI&#10;kABnCZ0AZQmsAGQJvABjCtQAYwvsAGIM+gBiDP8AYgz/AMMWAACtFwAAnRgAAJAYAACHFgAAgRQA&#10;AH0RAAB8DgYAfAoOAHgKFgB1Cx8AcgsoAHAMMABvDDcAbQw+AGwMRABrDUoAaQ1PAGgNVQBnDVwA&#10;ZQ1jAGMOawBiDnUAYA6BAF8OjgBdD5wAXBCrAFsQvQBaENYAWRHwAFkR/QBZEf8AWRH/ALkbAACl&#10;HQAAlB4AAIgeAAB+HQAAeBsAAHQYAABxFQAAcREJAG8QEQBsEBkAaRAiAGcRKgBmETIAZBE5AGMR&#10;PwBiEUUAYBJLAF8SUQBdElgAXBJfAFoTaABZE3IAVxR9AFYUiwBUFZkAUxWpAFIWugBRFtIAURft&#10;AFEX/QBRF/8AURf/ALIgAACeIgAAjiIAAIEjAAB3IgAAcCEAAGweAABpGwAAZxgEAGYVDgBjFhUA&#10;YRYeAF8WJgBdFi0AXBc0AFoXOwBZF0EAWBhHAFYYTQBVGFQAUxhcAFIZZABRGW4ATxp6AE4biABN&#10;G5cASxymAEocuABKHc8ASR3rAEkd+wBJHf8ASh3/AKwkAACYJQAAiCYAAHsnAABxJgAAaiUAAGYj&#10;AABiIQAAYB4AAF4cCwBbGxIAWRwaAFccIgBVHCkAVBwwAFMdNwBRHT0AUB1DAE8dSgBNHlEATB5Y&#10;AEsfYQBJH2sASCB3AEcghQBGIZQARCKkAEQitgBDIswAQyPpAEMj+gBDI/8AQyL/AKYnAACTKQAA&#10;gyoAAHYqAABtKgAAZSkAAGAnAABcJQAAWSMAAFchBwBVIQ8AUiEWAFAhHgBOISUATSIsAEwiMwBK&#10;IjkASSJAAEgiRgBHI00ARSNVAEQkXgBDJGkAQiV1AEAmgwA/JpIAPiejAD4ntAA9J8oAPSjoAD0o&#10;+QA9J/8APif/AKIqAACOKwAAfy0AAHItAABoLQAAYSwAAFwrAABYKAAAVCYAAFEmBABOJQ0ATCUT&#10;AEomGgBIJiIARyYpAEUmLwBEJjYAQyc8AEEnQwBAJ0sAPyhTAD4pXAA9KWYAPCpyADsqgQA6K5AA&#10;OSuhADgssgA3LMgANyzmADgs+AA4LP8AOCz/AJ0sAACKLgAAey8AAG8wAABlMAAAXS8AAFguAABT&#10;KwAAUCoAAEwqAABJKgsARioRAEQqFwBCKh8AQSolAD8qLAA+KzMAPSs5ADwrQAA7LEgAOixQADkt&#10;WQA4LmQANy5wADYvfwA1L48ANDCfADMwsQAyMMcAMjDlADMw9wAzMP8ANC//AJkvAACHMQAAdzIA&#10;AGsyAABiMgAAWjIAAFQxAABPLwAASy0AAEcuAABELggAQS4OAD8uFAA9LhwAOy4iADkvKQA4Ly8A&#10;Ny82ADYwPgA1MEYANTFOADQxVwAzMmIAMjJuADEzfQAwM40ALzSeAC40sAAtNMUALTTjAC409gAv&#10;M/8ALzP/AJUxAACDMwAAdDQAAGg1AABeNQAAVzQAAFE0AABLMgAARjEAAEIyAAA/MgUAPDINADkz&#10;EgA4MxkANjMgADQzJgAzMy0AMjQ0ADE0OwAwNUMAMDVMAC82VQAuNmAALTdsACw3ewArN4sAKjic&#10;ACk4rgAoOMMAKDjiACk49QAqN/8AKjf/AJI0AAB/NQAAcTYAAGU3AABbNwAAVDcAAE02AABHNgAA&#10;QjUAAD02AAA6NgIANzcLADQ3EAAyNxYAMTgdAC84JAAuOCsALTkyACw5OQArOUEAKjpJACo6UwAp&#10;O14AKDtqACc7eQAmPIkAJTybACQ8rQAjPMIAIzzgACQ89AAlO/8AJTv/AI02AAB8OAAAbTkAAGI5&#10;AABYOgAAUTkAAEo5AABEOQAAPTkAADk6AAA1OwAAMjsIAC88DgAtPRQALD0aACo9IQApPSgAKD4v&#10;ACc+NgAmPj4AJT9HACQ/UAAjQFsAIkBoACFAdgAgQIcAH0GZAB9BqwAeQcAAHkHeAB9A8wAfQP4A&#10;ID//AIk5AAB4OgAAaTsAAF48AABVPAAATTwAAEc8AABAPAAAOD0AADQ+AAAwQAAALUEFACpCDAAn&#10;QhEAJkMYACRDHgAjQyUAIkMsACFEMwAgRDsAH0REAB5FTgAdRVkAHEVlABtFdAAaRYUAGUaXABlG&#10;qQAYRr4AF0XcABhF8QAZRP0AGkT/AIQ8AABzPQAAZj4AAFs/AABSPwAASj8AAEQ/AAA9QAAANkEA&#10;ADFDAAAsRAAAJ0YBACRHCgAhSA8AIEkUAB5JGwAdSSIAHEkpABtKMAAaSjgAGUpBABhKSwAXS1UA&#10;FktiABVLcQAUS4IAE0uUABJLpwASS7wAEUvZABJK8AATSvwAFEn/AH8/AABvQAAAYUEAAFdCAABO&#10;QgAAR0IAAEFCAAA6QwAAMkUAAC1HAAAoSQAAI0sAAB5NBgAbTw0AGFARABdQFwAWUB4AFVAlABRQ&#10;LAATUTQAElE9ABFRRwARUVIAEFFfAA9SbQAOUn4ADVGRAA1RpAAMUbgADFHRAA1Q7AANUPoADk//&#10;AHlDAABqRAAAXUQAAFNFAABLRQAAREUAAD5GAAA2SAAAL0oAAClMAAAkTwAAH1EAABpTAAAUVgkA&#10;EVcOABBYEwAQWBkAD1ggAA5YKAANWDAADVg5AAxYQwALWE4AClhaAAhYaAAHWHkABliMAAVYnwAE&#10;WLMABFfKAAVX5gAFV/MABlb8AHNGAABkRwAAWUgAAFBIAABISAAAQUkAADpKAAAyTQAAK1AAACVS&#10;AAAgVQAAGlgAABVaAAAQXQYADGAMAApgEAAJYBUACGAcAAdgIwAFYCsABGA0AANgPQABYEkAAGBV&#10;AABgYwAAYHMAAGCGAABfmgAAX64AAF/EAABe4gAAXvAAAF74AGxKAABfSwAAVUsAAExMAABFTAAA&#10;PU4AADVQAAAuUwAAJ1YAACBZAAAaXAAAFV8AABBiAAANZQQACGcLAANnDgAAaBMAAGgYAABoHwAA&#10;aSYAAGkuAABpOAAAaUMAAGlPAABpXQAAaW0AAGmAAABplAAAaKkAAGi/AABn3AAAZu4AAGb3AGZP&#10;AABaTwAAUU8AAEpPAABBUQAAOFQAADBXAAAoWwAAIV4AABpiAAAUZQAAEGgAAAxrAAAHbgMAAXAJ&#10;AABwDQAAcRAAAHEUAAByGgAAcyEAAHMoAABzMQAAczwAAHRIAABzVgAAc2YAAHN5AABzjgAAc6MA&#10;AHK5AABx0gAAcesAAHD0AGFTAABWUwAAT1MAAEVVAAA7WAAAMlwAACpgAAAiZAAAG2gAABRsAAAP&#10;bwAAC3IAAAZ2AAAAeQAAAHoGAAB6CgAAew4AAHwRAAB9FQAAfhsAAH8iAACAKgAAgDUAAIBBAACA&#10;TwAAgF8AAIBxAACAhgAAgJ0AAH+yAAB+ygAAfuUAAH3xAFxYAABUWAAASVoAAD9dAAA1YQAALGUA&#10;ACNqAAAbbwAAFHMAAA53AAAJewAAA38AAACCAAAAhAAAAIYBAACGBgAAiAoAAIkNAACKEAAAixUA&#10;AIwbAACOIgAAjywAAI84AACPRgAAj1YAAI9oAACPfgAAj5UAAI6rAACNwQAAjdwAAIzrAFldAABO&#10;XwAAQ2IAADhmAAAubAAAJHEAABx3AAAUfAAADoEAAAiFAAAAiQAAAI0AAACQAAAAkgAAAJMAAACU&#10;AAAAlgMAAJcIAACYDAAAmg8AAJsTAACdGgAAnyMAAKAuAACgPAAAoEwAAKBeAACgdAAAn4wAAJ+i&#10;AACftwAAnssAAJ7gAFNkAABHaAAAPG0AADFzAAAneQAAHX8AABSFAAANiwAABpAAAACUAAAAmAAA&#10;AJwAAACfAAAAoQAAAKIAAACkAAAApQAAAKcAAACoBAAAqgkAAKwNAACtEgAAsBkAALIjAACyMQAA&#10;skIAALJUAACyaQAAsoAAALKYAACxrAAAsr8AALHOAExuAABAcwAANXoAACqBAAAfiAAAFY4AAA6V&#10;AAAGmgAAAJ8AAACkAAAAqAAAAKwAAACvAAAAsQAAALEAAACzAAAAtQAAALYAAAC4AAAAugAAALwG&#10;AAC+DAAAwBEAAMMZAADFJgAAxTcAAMZJAADGXQAAx3IAAMeKAADInwAAyK8AAMi8AEZ6AAA5gQAA&#10;LokAACKQAAAXmAAAD58AAAelAAAAqgAAAK8AAACzAAAAtwAAALwAAAC/AAAAwQAAAMIAAADEAAAA&#10;xQAAAMcAAADJAAAAywAAAM0AAADPAwAA0goAANYQAADcGgAA3SoAAN48AADfUAAA4GUAAOF7AADh&#10;kQAA4qIAAOKtAP8AAgD/AAAA/wADAP8ADAD/ABMA/wAdAP8AKAD+ADMA+wA+APcASADzAFAA8ABX&#10;AO0AXgDrAGQA6ABpAOcAbwDlAHQA4wB5AOIAfwDgAIUA3gCMANwAkwDZAJwA1gCmANMAsQDRAMAA&#10;zwDaAM4A8QDMAP8AywD/AMsA/wDGAP8AwQD/AP8AAAD/AAAA/wAAAP8ACAD7ABAA9gAZAPIAJADv&#10;AC4A7QA5AOgAQgDjAEsA4ABSAN0AWQDZAF8A1gBkANMAaQDRAG4AzwB0AM4AeQDMAH8AygCGAMgA&#10;jgDGAJYAxACgAMIAqwDAALkAvgDNALwA6gC7APwAugD/ALoA/wC6AP8AtgD/AP8AAAD/AAAA/gAA&#10;APQABADrAA0A5AAUAN8AHwDbACkA2AAzANMAPQDOAEUAygBNAMcAUwDFAFkAwwBfAMEAZAC/AGkA&#10;vQBuALsAcwC6AHkAuACAALYAiAC0AJAAsgCaALEApQCvALIArQDEAKwA4QCrAPYAqgD/AKoA/wCq&#10;AP8AqgD/AP8AAAD9AAAA7gAAAOIAAADVAAoAzQARAMcAGQDEACMAwQAtAL8ANwC7AD8AtwBHALUA&#10;TgCyAFMAsABZAK8AXgCtAGMArABoAKsAbQCpAHMAqAB6AKYAgQCkAIoAowCUAKEAnwCfAKwAngC7&#10;AJwA0gCbAO4AmgD/AJoA/wCZAP8AmQD/AP4AAADuAAAA3gAAAMsAAADBAAUAuQANALQAFACxAB4A&#10;rgAnAKsAMACqADkApwBBAKQASACiAE0AoQBTAJ8AWACeAF0AnQBiAJsAZwCaAG0AmABzAJcAewCV&#10;AIQAlACOAJIAmQCQAKYAjgC0AI0AyACMAOYAiwD5AIoA/wCKAP8AiwD/APAAAADbAAAAxwAAALoA&#10;AACwAAAAqAAKAKQAEACgABgAnQAhAJsAKgCaADMAmAA7AJYAQQCUAEgAkgBNAJEAUgCPAFcAjgBc&#10;AIwAYQCLAGcAigBuAIgAdQCHAH4AhQCIAIMAlACCAKAAgACvAH8AwAB+AN0AfQDyAH0A/wB9AP8A&#10;fQD/AOAAAADGAAAAtQAAAKoAAACiAAAAmwAFAJUADQCSABMAkAAcAI0AJACLAC0AigA0AIgAOwCG&#10;AEIAhQBHAIMATQCCAFIAgQBXAH8AXAB+AGIAfQBoAHsAcAB6AHkAeACDAHYAjwB1AJwAdACqAHIA&#10;ugBxANEAcADsAHAA+wBwAP8AcAD/AM0EAAC3BgAApwcAAJsGAACTBAAAjgAAAIoACACGAA8AhAAW&#10;AIEAHgB/ACcAfQAuAHwANgB6ADwAeQBCAHcARwB2AEwAdQBSAHMAVwByAF0AcQBjAG8AawBuAHQA&#10;bAB+AGsAigBpAJgAaACmAGcAtgBmAMsAZQDnAGUA9wBlAP8AZQD/AMAMAACrDQAAmw4AAI8OAACG&#10;DQAAgQsAAH4HAQB8AQsAeQARAHcAGAB1ACEAcwApAHEAMABvADYAbgA8AGwAQgBrAEcAagBNAGkA&#10;UgBoAFgAZgBfAGUAZwBjAHAAYgF6AGABhwBfApUAXgKjAFwDswBcA8cAWwTkAFsF9ABbBv4AWwb/&#10;ALUQAAChEgAAkRMAAIUTAAB8EgAAdhEAAHMOAAByDAQAcQcNAG4EEgBsBBsAaQUjAGcFKgBmBjEA&#10;ZAY3AGMGPQBiB0MAYQdJAF8HTgBeCFUAXQhcAFsJYwBaCW0AWAp4AFcKhQBWC5MAVAuiAFMLswBS&#10;DMcAUgzkAFEN9QBRDf8AUQ3/AK0VAACZFwAAiRgAAH0ZAAB0GAAAbRcAAGoUAABnEQAAZw4HAGYM&#10;DgBjDBUAYQwdAF8MJQBdDSwAXA0zAFsNOQBaDT8AWA1FAFcNSwBWDlEAVQ5ZAFMOYQBSDmsAUA92&#10;AE4QgwBNEJIATBCiAEsQsgBKEcgASRHlAEkR9wBJEv8ASRH/AKUZAACSHAAAgx0AAHYeAABtHQAA&#10;ZhwAAGIaAABfFwAAXhQBAF4RCgBbEBEAWREYAFcRIABVEScAVBEuAFMRNABRETsAUBJBAE8SRwBO&#10;Ek4ATBJVAEsTXgBJE2cASBRzAEYUgABFFY8ARBWfAEMWsABCFsUAQhfjAEIX9gBCF/8AQhf/AJ8d&#10;AACMIAAAfSEAAHEiAABoIgAAYSEAAFwfAABZHAAAVxkAAFUWBgBUFQ4AURUUAE8WHABOFiMATBYq&#10;AEsWMABKFjcASRc9AEcXQwBGF0oARRhSAEMYWgBCGWQAQRlwAD8afQA+G40APRudADwcrgA7HMMA&#10;OxzhADsd9QA7HP8APBz/AJohAACHIwAAeCQAAGwlAABjJQAAXCQAAFcjAABTIAAAUR4AAE8cAgBN&#10;GwwASxoRAEgbGABHGyAARRsmAEQbLQBDHDMAQhw5AEAcQAA/HUcAPh1PAD0eWAA8HmIAOh9tADkf&#10;ewA4IIsANyGbADYhrQA1IcEANSHfADUh8wA2If8ANiH/AJYjAACDJgAAdCcAAGgoAABfKAAAWCcA&#10;AFMmAABPJAAATCIAAEkgAABHIAkARB8PAEIfFQBAIBwAPyAjAD4gKQA8IC8AOyE2ADohPQA5IUQA&#10;OCJMADciVQA2I18ANCNrADMkeQAyJYkAMSWaADAlqwAwJr8ALybcADAm8gAwJv8AMSX/AJEmAAB/&#10;KAAAcSoAAGUqAABcKgAAVSoAAE8pAABLKAAASCUAAEQkAABBJAUAPyQNAD0kEgA7JBkAOSQfADck&#10;JgA2JCwANSUzADQlOgAzJkEAMiZKADEnUwAwJ10ALyhpAC4pdwAtKYcALCmYACsqqgAqKr0AKira&#10;ACsq8QArKv4ALCn/AI0oAAB8KgAAbSwAAGItAABZLQAAUS0AAEwsAABHKwAAQygAAD8oAAA8KAIA&#10;OSgLADcoEAA1KBYAMygcADIoIwAwKCkALykwAC8qNwAuKj8ALStHACwrUQArLFsAKixnACktdQAo&#10;LYUAJy2XACYuqAAlLrwAJS7YACYu8AAmLv0AJy3/AIorAAB4LQAAai4AAF8vAABWLwAATi8AAEgu&#10;AABDLQAAPywAADssAAA3LAAANCwJADIsDgAwLRMALi0aAC0tIAArLScAKi4tACouNQApLz0AKC9F&#10;ACcwTgAmMFkAJTFlACQxcwAjMYMAIjKVACEypwAhMrsAIDLUACEy7wAiMfwAIjH/AIYtAAB1LwAA&#10;ZzAAAFwxAABTMQAASzEAAEUxAABAMAAAOzAAADYwAAAzMAAAMDEGAC0xDQArMREAKTIXACgyHgAn&#10;MiQAJTMrACUzMgAkMzoAIzRDACI0TAAhNVcAIDVjAB81cQAeNoEAHTaTABw2pQAbNrkAGzbSABw2&#10;7QAdNvsAHTX/AIIwAABxMgAAYzMAAFk0AABQNAAASTQAAEIzAAA9MwAANzMAADE0AAAuNQAAKzUC&#10;ACg2CwAlNxAAJDcVACI3GwAhOCIAIDgoAB84MAAeODcAHTlAABw5SQAbOlQAGjpgABk6bgAYOn8A&#10;FzuRABc7pAAWO7cAFTvQABY67AAXOvoAGDn/AH0yAABtNAAAYDUAAFU2AABNNgAARjYAAEA2AAA6&#10;NgAANDYAAC44AAAqOQAAJjoAACM7CAAgPA4AHj0SAB09GAAcPR8AGz4lABo+LQAZPjQAFz49ABY/&#10;RwAVP1EAFD9eABQ/bAATQHwAEkCPABFAogARQLYAEEDOABE/6wASP/kAEj7/AHk1AABpNwAAXDgA&#10;AFI5AABKOQAAQzkAAD05AAA3OQAAMToAACs8AAAnPQAAIj8AAB5BBAAaQgsAGEMQABdDFQAVRBsA&#10;FEQiABNEKQATRDEAEkQ6ABFFQwAQRU4AEEVbAA5FaQAORXkADUWMAA1FnwAMRbIAC0XJAAxF5QAN&#10;RPYADUT/AHQ5AABlOgAAWDsAAE87AABHPAAAQDwAADo8AAA0PAAALj4AAChAAAAjQgAAH0QAABpG&#10;AAAVSAgAEkoNABFKEgAQShgAD0seAA5LJQANSy0ADUs2AAxLQAALS0oACktWAAlLZAAIS3QAB0uH&#10;AAVLmgAES64ABErEAAVK4AAFSvAABkn6AG48AABgPQAAVD4AAEs+AABEPgAAPT4AADc/AAAxQAAA&#10;KkIAACRFAAAfRwAAGkkAABVMAAARTgUADlELAAtREAAKURQACVEbAAhRIgAHUSkABVEyAARSOwAD&#10;UkYAAVJSAABSXwAAUm8AAFKBAABRlgAAUakAAFG/AABQ3AAAUO4AAFD3AGhAAABbQQAAUEEAAEhB&#10;AABBQQAAO0IAADRDAAAtRQAAJkgAACBLAAAbTQAAFlAAABFTAAAOVQQAClgKAAZYDgACWBIAAFkX&#10;AABZHQAAWSUAAFktAABZNgAAWUEAAFlNAABaWgAAWmkAAFl8AABZkAAAWaUAAFi6AABY1QAAV+wA&#10;AFf2AGNEAABWRQAATUUAAEVFAAA/RQAAN0cAAC9JAAAoTAAAIk8AABtSAAAWVQAAEVgAAA1aAAAJ&#10;XQMABF8JAABgDQAAYBAAAGEUAABhGQAAYiAAAGInAABiMQAAYjsAAGJHAABiVQAAY2QAAGJ2AABi&#10;iwAAYqAAAGG2AABhzwAAYOoAAGD1AF1IAABSSQAASkgAAENIAAA6SgAAMk0AACpQAAAjUwAAHFcA&#10;ABZaAAARXQAADWAAAAhjAAADZgEAAGcGAABoCwAAaQ4AAGoRAABrFQAAbBsAAG0iAABtKgAAbTQA&#10;AG1AAABtTgAAbV0AAG1vAABthAAAbJoAAGywAABryAAAa+YAAGrzAFhNAABOTQAASEwAAD5OAAA1&#10;UQAALFQAACRYAAAdXAAAFmAAABBkAAAMZwAAB2sAAAFuAAAAcAAAAHIDAAByBwAAcwsAAHUOAAB2&#10;EQAAdxYAAHgcAAB5IwAAei0AAHo5AAB6RwAAelYAAHloAAB6fAAAeZQAAHiqAAB4wQAAd98AAHfv&#10;AFRRAABMUQAAQlIAADhVAAAvWQAAJl4AAB5iAAAWZwAAEGsAAAtvAAAFcwAAAHcAAAB6AAAAfAAA&#10;AH4AAAB/AgAAgAYAAIEKAACDDQAAhBEAAIYVAACIHAAAiSUAAIowAACKPgAAiU0AAIlfAACJcwAA&#10;iIsAAIiiAACHuQAAh9EAAIboAFJWAABHVwAAPFoAADJfAAAoZAAAH2kAABZvAAAQdAAACnkAAAJ9&#10;AAAAgQAAAIUAAACIAAAAigAAAIwAAACNAAAAjwAAAJAEAACSCAAAkwwAAJUQAACXFQAAmR0AAJsn&#10;AACbNAAAm0QAAJpWAACaagAAmYIAAJqaAACYsAAAmMcAAJfeAEtcAABAYAAANWUAACtqAAAhcQAA&#10;F3cAABB9AAAJgwAAAYgAAACMAAAAkQAAAJUAAACYAAAAmgAAAJsAAACdAAAAnwAAAKAAAACiAAAA&#10;pAUAAKYKAACoDgAAqhQAAK0dAACtKgAArTkAAK1LAACtXwAArXcAAKyQAACrpwAAq7oAAKvLAEVm&#10;AAA5awAALnEAACN4AAAZfwAAEIYAAAmNAAAAkwAAAJgAAACdAAAAoQAAAKUAAACoAAAAqwAAAKsA&#10;AACuAAAArwAAALEAAACzAAAAtQAAALcBAAC5BwAAvA0AAL8TAADCHwAAwi4AAMJAAADCVAAAwWsA&#10;AMGDAADAmwAAwa0AAMG8AD5yAAAyeAAAJ4AAAByIAAASkAAACpcAAACdAAAAowAAAKgAAACtAAAA&#10;sgAAALYAAAC5AAAAuwAAALwAAAC+AAAAwAAAAMIAAADEAAAAxgAAAMgAAADLAAAAzgUAANENAADW&#10;FAAA1yMAANg1AADZSQAA2l4AANt1AADbjAAA3J8AANyrAP8AAAD/AAAA/wAAAP8ACQD/ABAA/wAZ&#10;AP4AJAD8AC8A+QA5APQAQwDwAEsA7QBSAOoAWQDnAF8A5ABkAOIAaQDgAG4A3gBzANwAeQDaAH8A&#10;1wCGANQAjgDRAJYAzwChAMwArADKALsAyADSAMYA7gDGAP8AxQD/AMUA/wC/AP8AugD/AP8AAAD/&#10;AAAA/wAAAP4ABQD3AA4A8gAVAO4AHwDrACoA6QA0AOMAPQDeAEUA2QBNANQAUwDRAFkAzgBeAMwA&#10;YwDKAGgAyQBtAMcAcwDFAHkAwwCAAMEAiAC/AJAAvQCbALsApgC5ALQAtwDIALYA5gC1APsAtAD/&#10;ALQA/wCzAP8ArgD/AP8AAAD/AAAA+AAAAO0AAADlAAsA3QARANcAGgDSACQAzwAuAMsANwDHAEAA&#10;wwBHAMAATgC+AFMAvABZALoAXgC4AGMAtgBoALUAbQCzAHMAsQB5AK8AgQCtAIoAqwCUAKkAoACo&#10;AK0ApgC+AKUA2wCkAPQApAD/AKMA/wCjAP8AogD/AP8AAAD2AAAA5gAAANcAAADLAAYAxAAOAL4A&#10;FQC7AB8AuQAoALcAMQC0ADoAsABBAK0ASACrAE4AqQBTAKcAWACmAFwApABhAKMAZwChAGwAoABz&#10;AJ4AegCdAIMAmwCOAJkAmQCXAKYAlgC2AJUAzACUAOsAkwD9AJMA/wCTAP8AkwD/APcAAADkAAAA&#10;0AAAAMEAAAC3AAIArwALAKsAEQCnABkApQAiAKMAKwCiADMAnwA7AJwAQgCbAEgAmQBNAJcAUgCW&#10;AFcAlQBbAJMAYQCSAGYAkABtAI8AdACNAH0AjACHAIoAkwCIAKAAhwCvAIUAwgCFAOIAhAD3AIQA&#10;/wCEAP8AhAD/AOUAAADNAAAAvAAAAK8AAACmAAAAngAHAJoADgCWABQAlAAdAJIAJQCRAC0AkAA1&#10;AI0APACMAEIAigBHAIgATACHAFEAhgBWAIQAWwCDAGAAgQBnAIAAbgB+AHcAfQCBAHsAjQB6AJoA&#10;eACpAHcAugB2ANMAdgDvAHYA/gB1AP8AdQD/ANAAAAC7AAAAqwAAAJ8AAACXAAAAkAACAIsACwCI&#10;ABAAhgAXAIQAIACCACcAgQAvAH8ANQB9ADwAfABBAHsARgB5AEsAeABQAHcAVQB2AFsAdABhAHMA&#10;aQBxAHEAcAB7AG4AhwBtAJUAawCjAGoAtABqAMkAaQDoAGkA+QBpAP8AaQD/AMAAAACsAAAAnAIA&#10;AJACAACIAAAAgwAAAH8ABgB7AA0AeQASAHcAGgB2ACIAdAApAHMAMABxADYAcAA8AG8AQQBtAEYA&#10;bABLAGsAUABqAFYAaABcAGcAZABlAGwAZAB2AGMAggBhAJAAYACfAF8ArwBeAMMAXgDhAF4A9ABd&#10;AP8AXQD/ALQHAACgCQAAkAsAAIQLAAB8CgAAdwcAAHQEAABxAAkAbwAPAG0AFQBrABwAaQAjAGgA&#10;KgBnADEAZQA2AGQAPABjAEEAYgBGAGAATABfAFIAXgBYAF0AXwBbAGgAWgByAFgAfgBXAIwAVgCb&#10;AFUAqwBUAL4AVADaAFMA7wBUAPsAVAD/AKkNAACWDgAAhxAAAHoQAAByEAAAbA4AAGkMAABnCQMA&#10;ZgQLAGQAEABiABcAYAAeAF4AJQBdACsAXAAxAFoANwBZADwAWABCAFcBRwBWAU4AVQJUAFMCXABS&#10;A2UAUQNvAE8EewBOBIoATQWZAEwFqQBLBbwASgbUAEoH7QBKB/kASgf/AKEQAACOEgAAfhQAAHMU&#10;AABqFAAAZBMAAGARAABeDwAAXQ0FAF0JDQBaBhIAWAcZAFYHIABVBycAUwctAFIIMwBRCDgAUAg+&#10;AE8JRABOCUoATAlRAEsKWQBKCmIASAttAEcLegBGDIgARAyYAEMMqQBCDbwAQg3VAEIN7gBCDfsA&#10;Qg3/AJoUAACHFgAAeBgAAGwZAABjGQAAXRgAAFkWAABWEwAAVBEAAFQOCABTDQ4AUQ0UAE8NGwBN&#10;DSIATA0oAEsNLgBKDTQASQ06AEcOQQBGDkcARQ5PAEQOVwBCD2EAQRBsAD8QeQA+EIgAPRGYADsR&#10;qQA7EbwAOhHWADoR8AA6Ev0AOxH/AJMYAACBGgAAcxwAAGcdAABeHQAAWBwAAFMbAABQGAAAThYA&#10;AEwTAwBMEQsAShAQAEgRFwBGER4ARREkAEQRKgBCETAAQRE3AEASPQA/EkQAPRJMADwTVAA7E14A&#10;ORRpADgUdgA3FYUANhWWADQWpwA0FroAMxbTADMW7gA0FvwANBb/AI4bAAB8HQAAbh8AAGMgAABa&#10;IAAAUyAAAE4eAABKHQAASBoAAEYYAABFFgcAQxUOAEEVEwA/FRoAPhUgAD0VJwA7FS0AOhYzADkW&#10;OgA4FkEANxdJADUXUQA0GFsAMxlmADIZcwAwGoMALxqUAC4bpQAtG7gALRvQAC0b7AAuG/sALhv/&#10;AIoeAAB4IAAAaiIAAF8jAABWIwAATyIAAEohAABGIAAAQx4AAEEbAAA/GgMAPRoMADsZEQA5GRYA&#10;NxodADYaIwA1GikANBowADMbNgAxGz4AMBxGAC8cTwAuHVkALR1kACwecQArH4EAKh+SACkfpAAo&#10;ILcAJyDOACcg6wAoIPoAKR//AIYgAAB0IwAAZyQAAFwlAABTJQAATCUAAEckAABCIwAAPyEAAD0f&#10;AAA6HgAANx4JADUeDgAzHhMAMR4aADAeIAAvHiYALh8tAC0fMwAsIDsAKyBDACohTAApIVYAKCJi&#10;ACYibwAlI38AJCOQACMjogAiJLUAIiTMACIk6QAjJPkAJCP/AIIjAABxJQAAYyYAAFknAABQKAAA&#10;SScAAEMnAAA/JgAAOyQAADgiAAA1IgAAMiIGADAiDQAuIhEALCIXACoiHQApIiMAKCMqACcjMQAm&#10;JDgAJSVBACQlSgAjJlQAIiZgACEnbQAgJ30AHyePAB4ooQAeKLQAHSjKAB0o6AAeKPgAHyf/AH4l&#10;AABuJwAAYCkAAFYpAABNKgAARioAAEEpAAA8KAAANycAADQmAAAwJgAALSYDACsnCwAoJxAAJycU&#10;ACUnGgAkJyEAIygnACIoLgAhKTYAICk+AB8qSAAeKlIAHSteABwrawAbK3sAGiyNABksnwAYLLIA&#10;GCzJABgs5wAZK/cAGiv/AHonAABqKgAAXSsAAFMsAABKLAAAQywAAD4rAAA5KwAANCoAADAqAAAr&#10;KgAAKSsAACYrCAAjLA4AIiwSACAsGAAfLB4AHi0lAB0tLAAcLTMAGy48ABouRQAZL1AAGC9cABcv&#10;aQAWMHkAFTCLABQwngAUMLEAEzDHABMw5QAUMPYAFS//AHYqAABnLAAAWi0AAFAuAABILgAAQS4A&#10;ADsuAAA2LQAAMS0AACwtAAAnLwAAJC8AACEwBQAfMQwAHDEQABsyFQAaMhwAGTIiABgyKQAXMzEA&#10;FjM5ABUzQwAUNE0AEzRZABI0ZwARNXcAETWJABA1nAAQNbAADjXGAA805AAQNPUAEDT/AHIsAABj&#10;LgAAVzAAAE0wAABFMAAAPjAAADgwAAAzMAAALzAAACkxAAAkMgAAITMAAB01AgAaNgkAFzcOABU3&#10;EwAUOBkAEzgfABI4JgASOC4AETk2ABA5QAAQOUsADjlXAA46ZAANOnQADDqGAAw6mQALOawACjnB&#10;AAo53gALOfEADDj8AG4vAABfMQAAUzIAAEozAABCMwAAOzMAADYzAAAxMgAALDMAACc0AAAhNgAA&#10;HTgAABk5AAAVOwYAEj0MABA+EAAQPhUADj4cAA4+IwANPioADD4zAAw+PAALP0cACj9SAAg/YAAH&#10;P28ABj+BAAU/lAAEP6gAAz68AAQ+1wAFPuwABT73AGkzAABbNAAAUDUAAEc1AAA/NQAAOTUAADQ1&#10;AAAuNQAAKTcAACM4AAAeOwAAGjwAABY/AAASQQQADkMKAAxEDgAKRBMACUQZAAhEIAAHRCcABkQv&#10;AAVEOAADRUIAAkVOAABFWwAARWoAAEV8AABFkAAARKQAAES5AABE0QAAROoAAEP1AGQ2AABXNwAA&#10;TDgAAEM4AAA8OAAANzgAADE4AAArOQAAJTsAACA9AAAaQAAAFkIAABJEAAAORwQAC0kJAAdKDQAE&#10;SxEAAUsWAABLHAAASyMAAEsrAABLNAAASz4AAExJAABMVwAATGYAAEx3AABLjAAAS6EAAEu1AABK&#10;zgAASukAAEr1AF86AABSOwAASDsAAEA7AAA6OwAANDsAAC48AAAnPgAAIkEAABxDAAAWRgAAEkkA&#10;AA5LAAALTgMAB1AIAAJRDAAAURAAAFITAABTGAAAUx8AAFMmAABTLwAAUzkAAFNFAABTUgAAU2EA&#10;AFNyAABThwAAUpwAAFKxAABRygAAUecAAFH0AFk+AABOPgAART4AAD4+AAA4PgAAMEAAAClCAAAj&#10;RAAAHUcAABdKAAASTQAADlAAAAtTAAAGVQIAAFcHAABYCwAAWQ4AAFoRAABaFQAAWxoAAFwhAABc&#10;KgAAXDQAAFw/AABcTQAAXFsAAFxsAABcgQAAW5cAAFutAABaxQAAWuQAAFnzAFRCAABKQgAAQkIA&#10;ADxCAAA0QwAALEYAACVJAAAeTAAAF08AABJTAAAOVgAAClkAAAVbAAAAXgAAAGAEAABhCAAAYgwA&#10;AGMOAABkEQAAZRYAAGYcAABnIwAAZy0AAGc5AABnRgAAZ1UAAGdmAABnegAAZpEAAGWoAABlwAAA&#10;ZN4AAGTwAE9GAABHRgAAQEUAADdHAAAvSgAAJk0AAB9RAAAYVQAAElkAAA1cAAAIYAAAAmMAAABm&#10;AAAAaAAAAGoAAABrBAAAbAgAAG0MAABvDgAAcBIAAHIXAABzHQAAdCYAAHQyAAB0PwAAdE4AAHNf&#10;AAB0cgAAc4oAAHKhAABxuAAAcdQAAHDsAExKAABFSgAAO0sAADJOAAApUgAAIFYAABhbAAASXwAA&#10;DWQAAAdoAAAAawAAAG8AAAByAAAAdQAAAHYAAAB3AAAAeQIAAHoGAAB8CgAAfg4AAIARAACCFgAA&#10;hB4AAIQpAACENgAAhEUAAIRWAACDagAAg4EAAIKZAACBsQAAgMkAAIDlAEpOAAA/UAAANVMAACtX&#10;AAAiXAAAGWIAABJnAAAMbAAABXEAAAB1AAAAeQAAAH0AAACBAAAAgwAAAIUAAACGAAAAiAAAAIkA&#10;AACLBAAAjQgAAI8NAACSEAAAlBYAAJYgAACWLAAAljsAAJZMAACVYAAAlXYAAJSQAACTpwAAkr0A&#10;AJLVAERVAAA5WQAAL10AACRjAAAaaQAAEm8AAAx1AAAEewAAAIAAAACFAAAAiQAAAI0AAACRAAAA&#10;kwAAAJQAAACWAAAAmAAAAJoAAACcAAAAngAAAKAGAACiCwAApRAAAKgXAACpIwAAqTEAAKlDAACp&#10;VgAAqG0AAKaHAACnngAAprMAAKXHAD5eAAAyYwAAJ2oAAB1wAAATeAAADH8AAAOFAAAAiwAAAJEA&#10;AACWAAAAmwAAAJ8AAACiAAAApAAAAKUAAACnAAAAqQAAAKsAAACtAAAAsAAAALIAAAC1AgAAtwkA&#10;ALsQAAC+GAAAviYAAL44AAC+SwAAvWEAALx6AAC7lAAAuqkAALq5ADdqAAArcAAAIHgAABaAAAAN&#10;iAAABY8AAACWAAAAnAAAAKIAAACnAAAArAAAALAAAACzAAAAtgAAALcAAAC5AAAAuwAAAL0AAAC/&#10;AAAAwgAAAMUAAADIAAAAygAAAM4IAADSEAAA1RsAANUsAADUQAAA1FcAANNuAADUhgAA1JsAANOr&#10;AP8AAAD/AAAA/wAAAP8ABQD/AA4A/wAVAPwAIAD5ACoA9gA0APEAPQDtAEYA6QBNAOYAUwDkAFkA&#10;4QBeAN4AYwDcAGgA2QBuANUAcwDTAHkA0ACAAM4AiADLAJEAyQCcAMYApwDEALcAwgDMAMAA7AC/&#10;AP8AvgD/AL0A/wC3AP8AsgD/AP8AAAD/AAAA/wAAAPoAAQDzAAsA7QASAOgAGwDlACUA5AAuAN8A&#10;OADYAEAA0gBHAM4ATgDLAFQAyABZAMYAXgDEAGMAwgBnAMAAbQC/AHMAvQB6ALsAgQC5AIsAtgCV&#10;ALQAoQCyAK8AsADCAK4A4wCuAPoArAD/AK0A/wCpAP8ApgD/AP8AAAD/AAAA8gAAAOYAAADdAAcA&#10;0gAOAM0AFgDKACAAyAApAMUAMgDAADoAvABCALkASAC3AE4AtQBTALMAWACxAF0AsABiAK4AZwCs&#10;AGwAqgBzAKkAewCnAIQApQCOAKMAmgChAKgAnwC5AJ4A0gCdAPIAnAD/AJ0A/wCcAP8AmQD/APwA&#10;AADuAAAA3QAAAMwAAADBAAIAugAMALYAEgCyABoAsAAjAK8ALACtADQAqQA8AKYAQgCkAEgAogBN&#10;AKAAUgCeAFcAnQBbAJwAYACaAGYAmQBsAJcAdACVAH0AkwCHAJEAkwCQAKEAjgCxAI0AxgCMAOgA&#10;iwD9AIwA/wCMAP8AjAD/AO0AAADYAAAAxQAAALcAAACsAAAApgAIAKEADgCfABUAnQAeAJsAJgCa&#10;AC4AlwA1AJUAPACTAEIAkQBHAJAATACOAFEAjQBVAIsAWgCKAGAAiQBmAIcAbQCFAHYAhACAAIIA&#10;jACAAJoAfwCpAH0AvAB8ANwAfAD1AHwA/wB8AP8AfAD/ANkAAADBAAAAsQAAAKQAAACcAAAAlAAD&#10;AJAADACNABEAiwAYAIkAIACJACgAhwAvAIUANgCDADwAggBBAIAARgB/AEsAfQBPAHwAVAB7AFoA&#10;eQBgAHgAZwB2AHAAdQB6AHMAhgBxAJMAcACiAG8AtABuAMwAbgDtAG4A/gBuAP8AbgD/AMQAAACv&#10;AAAAoAAAAJQAAACMAAAAhgAAAIEACAB+AA4AfAAUAHsAGwB5ACIAeAApAHcAMAB1ADYAdAA7AHIA&#10;QABxAEUAcABKAG8ATwBtAFQAbABbAGsAYgBpAGoAaAB0AGYAgABlAI4AYwCdAGIArQBhAMIAYQDk&#10;AGEA+ABhAP8AYQD/ALQAAACgAAAAkQAAAIYAAAB+AAAAeQAAAHUAAwBxAAsAbwAQAG0AFgBsAB0A&#10;awAkAGsAKgBpADAAaAA2AGYAOwBlAEAAZABFAGMASgBhAE8AYABWAF8AXQBdAGUAXABvAFoAegBZ&#10;AIgAWACYAFcAqABWALsAVgDYAFYA8QBWAP8AVgD/AKgBAACUBQAAhQcAAHoHAAByBgAAbAQAAGkB&#10;AABnAAcAZAANAGMAEQBhABgAYAAfAF8AJQBeACsAXQAwAFsANgBaADsAWQBAAFgARQBXAEsAVgBR&#10;AFUAWABTAGEAUgBqAFAAdgBPAIQATgCTAE0ApABMALYATADNAEwA6wBMAPoATAD/AJ0JAACLCwAA&#10;fA0AAHANAABoDQAAYgwAAF8KAABdBgEAXAEJAFoADgBYABMAVwAZAFYAIABVACYAUwArAFIAMQBR&#10;ADYAUAA7AE8AQQBOAEcATQBNAEsAVQBKAF0ASQBnAEcAcwBGAIAARQCQAEQAoQBDALIAQwDIAEMA&#10;5gBDAPUAQwD/AJUNAACDDwAAdBAAAGkRAABgEQAAWhAAAFYOAABUDQAAUwoEAFMGCwBRAxAATwEV&#10;AE4BGwBMASEASwEnAEoCLABJAjIASAI3AEcDPQBFA0MARANKAEMEUQBCBFoAQAVkAD8FcAA+Bn4A&#10;PQaOADwHnwA7B7EAOgfGADoH4wA6B/MAOgj8AI4QAAB8EgAAbhQAAGIVAABaFQAAVBQAAFATAABN&#10;EQAASw4AAEsNBgBKCgwASQgRAEcIFgBFCB0ARAgjAEIIKABBCS4AQAkzAD8JOQA+CkAAPQpHADwK&#10;TwA6C1gAOQtjADgMbwA2DH4ANQyOADQNnwAzDbEAMg3HADIN4wAyDfQAMg3+AIgTAAB3FQAAaRcA&#10;AF4YAABVGAAATxgAAEoWAABHFQAARRMAAEMQAgBDDggAQg0OAEANEgA/DRgAPQ0fADwNJAA7DSoA&#10;OQ0wADgONwA3Dj0ANg5FADUOTQAzD1cAMg9iADEQbgAvEH0ALhCOAC0RoAAsEbIAKxHIACsR5gAr&#10;EfYALBH/AIMWAAByGQAAZBoAAFkbAABRGwAASxsAAEYaAABCGAAAPxcAAD4UAAA8EgQAOxEKADoQ&#10;EAA4EBUANxAbADURIQA0EScAMxEtADIRMwAwEToALxJCAC4SSwAtE1QAKxNfACoUbAApFHsAKBSM&#10;ACcVngAmFbAAJRXGACUV5AAlFfYAJhX/AH4ZAABuGwAAYB0AAFYeAABNHgAARx4AAEIdAAA+HAAA&#10;OhoAADgYAAA3FgAANRUHADQUDQAyFBIAMBQXAC8UHQAtFCMALBUqACsVMAAqFTcAKRY/ACgWSAAn&#10;F1IAJhhdACQYagAjGXkAIhmKACEZnAAgGa8AHxnEAB8Z4gAgGfQAIBn/AHobAABqHgAAXR8AAFMg&#10;AABKIAAARCAAAD4fAAA6HgAANx0AADQcAAAyGQAAMBkEAC4YCwAsGBAAKhgUACkYGgAnGCAAJhkm&#10;ACUZLQAkGjUAIxo9ACIbRgAhG1AAIBxbAB8daAAeHXcAHR2IABwemwAbHq0AGh7DABoe4AAaHfMA&#10;Gx3/AHcdAABnIAAAWiEAAFAiAABIIgAAQSIAADsiAAA3IQAAMyAAADAfAAAtHQAAKx0AACgdCAAm&#10;HQ4AJR0SACMdFwAhHR0AIR0kACAeKgAfHjIAHh86AB0fQwAcIE0AGyFZABohZgAZIXUAGCKHABci&#10;mQAWIqwAFSLBABUi3wAVIfIAFiH+AHMgAABkIgAAVyMAAE0kAABFJQAAPiQAADkkAAA0IwAAMCIA&#10;ACwiAAApIQAAJiEAACQhBgAiIQwAICEQAB4hFQAdIhsAGyIhABsiKAAaIy8AGSM4ABgkQQAXJEsA&#10;FiVXABUlZAAUJnMAEyaFABImmAARJqsAESbAABAm3QARJfEAEiX9AHAiAABhJAAAVCYAAEomAABC&#10;JwAAPCYAADYmAAAxJQAALSUAACkkAAAmJAAAIiUAAB8lAwAdJgoAGyYOABknEgAYJxgAFycfABYn&#10;JQAVKC0AFCg1ABMpPgASKUkAESlVABEqYgAQKnEADyqDAA4qlgAOKqkADSq9AA0q1wANKu4ADin7&#10;AGwkAABdJgAAUSgAAEgoAABAKQAAOSgAADQoAAAvKAAAKycAACcnAAAiKAAAHikAABsqAAAYKwcA&#10;FisNABQsEQATLBYAEiwcABEtIwAQLSoAEC0yAA8uPAAOLkYADS5SAA0uXwAML24ACy9/AAovkgAJ&#10;L6UACS65AAgu0AAJLukACi73AGgnAABaKQAATioAAEUrAAA9KwAANysAADEqAAAtKgAAKSoAACQq&#10;AAAgKwAAGy0AABguAAAVLwQAEjEKABAyDgAPMhMADjIZAA0yIAANMicADDIvAAszOAAKM0IACTNO&#10;AAgzWwAGNGoABTR7AAQzjgADM6IAAjO2AAIzzQADM+cABDLzAGQqAABWLAAASy0AAEItAAA6LQAA&#10;NC0AAC8sAAArLAAAJiwAACItAAAdLwAAGTEAABUyAAASNAMADzYJAAw4DQAKOBEACTgWAAg4HQAH&#10;OCQABjgsAAQ4NAADOD4AAjlKAAA5VwAAOWUAADl3AAA5iwAAOJ8AADizAAA4ygAAOOYAADfyAF8t&#10;AABSLgAASC8AAD8wAAA4LwAAMi8AAC0vAAApLwAAJDAAAB8xAAAaMwAAFTUAABI3AAAPOQMADDsI&#10;AAg9DQAFPhAAAz4UAAA+GgAAPiEAAD4oAAA+MQAAPzsAAD9GAAA/UwAAP2EAAD9zAAA/hwAAPpwA&#10;AD6wAAA9xwAAPeQAAD3yAFowAABOMgAARDIAADwyAAA1MgAAMDEAACsxAAAmMgAAIDQAABs2AAAW&#10;OAAAEjsAAA89AAAMPwMACEEIAARDDAAAQw4AAEQSAABFFgAARR0AAEUkAABFLQAARjYAAEZCAABG&#10;TgAARl0AAEZuAABFggAARZgAAEStAABExAAAQ+MAAEPyAFU0AABKNQAAQTUAADk1AAAzNAAALjQA&#10;ACg1AAAiNwAAHToAABc8AAASPwAAD0EAAAxEAAAIRgEAA0gGAABJCgAASg0AAEsQAABMFAAATRkA&#10;AE4gAABOKAAATjIAAE09AABOSgAATlgAAE1pAABNfQAATJQAAEyqAABLwQAAS+EAAEryAFA4AABG&#10;OAAAPTgAADc4AAAxNwAAKjkAACQ7AAAePQAAGEAAABNDAAAPRgAAC0kAAAdLAAACTgAAAFAEAABR&#10;CAAAUgsAAFMOAABUEQAAVRUAAFYbAABXIwAAVywAAFc4AABXRAAAV1IAAFZjAABWdwAAVo4AAFWl&#10;AABUvQAAU90AAFPwAEs8AABCPAAAOzsAADU7AAAtPAAAJj8AAB9CAAAZRQAAE0gAAA5LAAALTwAA&#10;BVEAAABUAAAAVwAAAFgBAABaBQAAWwgAAFwMAABdDgAAXxEAAGAWAABiHQAAYiYAAGIxAABiPgAA&#10;YUwAAGFdAABhcAAAYIgAAGCgAABftwAAXtQAAF3uAEdAAAA/PwAAOj8AADFAAAApQwAAIUYAABpK&#10;AAATTgAADlEAAApVAAAEWAAAAFsAAABeAAAAYQAAAGMAAABkAQAAZQQAAGcIAABoCwAAag4AAGwS&#10;AABuFwAAbyAAAG8qAABvNgAAbkUAAG5VAABuaAAAbX8AAG2YAABssAAAa8oAAGroAEREAAA+QwAA&#10;NUQAACtHAAAjSwAAG08AABNUAAAOWAAACFwAAAJgAAAAZAAAAGcAAABrAAAAbQAAAG8AAABwAAAA&#10;cgAAAHQCAAB1BgAAdwoAAHkOAAB8EgAAfhgAAH8iAAB/LgAAfz0AAH5NAAB9YQAAfXcAAHyQAAB7&#10;qAAAesAAAHnfAENHAAA5SQAAL0wAACVQAAAcVQAAFFsAAA5gAAAHZQAAAGoAAABuAAAAcgAAAHYA&#10;AAB5AAAAfAAAAH4AAAB/AAAAgQAAAIMAAACFAAAAhwMAAIoIAACMDQAAjxEAAJIZAACSJQAAkjMA&#10;AJJEAACRVwAAkG0AAI+GAACOnwAAjbUAAIzNAD1OAAAyUQAAKFYAAB5cAAAVYgAADmgAAAduAAAA&#10;dAAAAHkAAAB+AAAAggAAAIYAAACJAAAAjAAAAI4AAACQAAAAkgAAAJQAAACWAAAAmAAAAJsAAACe&#10;BgAAoQwAAKQRAACmGwAApikAAKY6AAClTQAApWIAAKR7AACjlAAAoasAAKG/ADZXAAAsXAAAIWIA&#10;ABdpAAAPcAAAB3cAAAB+AAAAhAAAAIoAAACPAAAAlAAAAJgAAACbAAAAngAAAJ8AAACiAAAApAAA&#10;AKYAAACoAAAAqwAAAK0AAACwAAAAswQAALcMAAC7EgAAux8AALswAAC7QwAAulgAALlwAAC3iwAA&#10;t6EAALezADBiAAAlaQAAGnAAABB4AAAJgAAAAIgAAACPAAAAlgAAAJsAAAChAAAApgAAAKoAAACu&#10;AAAAsAAAALEAAAC0AAAAtgAAALgAAAC7AAAAvQAAAMAAAADDAAAAxwAAAMsDAADPDAAA0xUAANIl&#10;AADSOAAA0U4AANBlAADPfgAAzZYAAMypAP8AAAD/AAAA/wAAAP8AAwD/AAsA/AARAPkAGwD3ACUA&#10;8wAvAO4AOADpAEAA5gBIAOIATgDfAFQA3ABZANkAXgDVAGMA0wBoANAAbQDOAHMAywB6AMgAggDG&#10;AIwAwwCXAMAAowC+ALIAvADIALoA6gC5AP8AuAD/ALEA/wCqAP8ApwD/AP8AAAD/AAAA+wAAAPYA&#10;AADtAAcA5wAPAOIAFgDfACAA3gApANkAMwDRADsAzABCAMgASADFAE4AwgBTAMAAWAC+AF0AvABi&#10;ALoAZwC5AG0AtwB0ALUAewCyAIUAsACQAK4AnACsAKoAqQC9AKcA3gCmAPkApQD/AKMA/wCdAP8A&#10;mwD/AP0AAAD2AAAA6wAAAN8AAADRAAMAygAMAMUAEgDDABsAwAAkAL4ALAC5ADUAtgA8ALMAQwCw&#10;AEgArgBOAKwAUgCrAFcAqQBcAKcAYQCmAGcApABtAKIAdACgAH0AngCIAJwAlQCaAKMAmAC0AJYA&#10;zQCVAPEAlAD/AJUA/wCQAP8AjgD/APMAAADmAAAA0QAAAMIAAAC4AAAAsQAIAK0ADwCqABYAqAAe&#10;AKgAJwCmAC8AogA2AJ8APACdAEIAmwBHAJkATACXAFEAlgBVAJQAWgCTAGAAkQBmAJAAbgCOAHYA&#10;jACBAIoAjQCIAJsAhgCsAIUAwQCEAOYAgwD9AIQA/wCDAP8AgQD/AOQAAADLAAAAugAAAKwAAACi&#10;AAAAnAAEAJgADACWABEAlAAZAJMAIQCSACgAjwAwAI0ANgCLADwAiQBBAIgARgCGAEsAhQBPAIQA&#10;VACCAFoAgQBgAH8AZwB+AG8AfAB6AHoAhgB4AJQAdwCkAHUAtwB0ANQAcwD0AHQA/wB0AP8AdAD/&#10;AMsAAAC2AAAApgAAAJoAAACSAAAAigAAAIYACACDAA4AgQAUAIEAGwCAACMAfwAqAH0AMAB7ADYA&#10;egA7AHgAQAB3AEUAdQBJAHQATgBzAFQAcQBaAHAAYQBuAGkAbQBzAGsAfwBpAI0AaACdAGcArgBm&#10;AMcAZQDqAGYA/wBmAP8AZwD/ALgAAACkAAAAlQAAAIoAAACBAAAAfAAAAHYABAB0AAwAcgAQAHEA&#10;FgBwAB0AcAAkAG4AKgBtADAAawA1AGoAOgBpAD8AaABEAGcASQBlAE4AZABUAGMAWwBhAGMAYABt&#10;AF4AeQBdAIcAWwCWAFoAqABZAL0AWQDfAFkA+ABaAP8AWgD/AKgAAACVAAAAhwAAAHsAAABzAAAA&#10;bgAAAGoAAQBnAAgAZQAOAGQAEgBjABgAYwAfAGIAJQBhACoAXwAwAF4ANQBdADoAXAA+AFsARABZ&#10;AEkAWABPAFcAVgBWAF4AVABoAFMAcwBRAIEAUACRAE8AogBOALUATgDQAE4A8ABOAP8ATwD/AJwA&#10;AACJAAAAewMAAHADAABoAwAAYgEAAF8AAABdAAQAWwALAFkADwBYABQAVwAZAFcAIABWACUAVQAq&#10;AFMAMABSADQAUQA5AFAAPwBPAEQATgBLAE0AUgBLAFoASgBjAEkAbwBHAHwARgCMAEUAnQBFALAA&#10;RADHAEQA6ABEAPoARQD/AJIEAACABwAAcQoAAGYKAABeCgAAWQkAAFUHAABUBAAAUgAHAFAADABP&#10;ABAATgAVAE0AGwBMACAASwAmAEoAKwBJADAASAA1AEcAOgBGAEAARQBGAEMATgBCAFYAQQBfAEAA&#10;awA+AHgAPQCIADwAmQA8AKsAPADBADsA4AA7APQAOwD/AIkKAAB4DAAAag4AAF8OAABXDgAAUQ4A&#10;AE0MAABLCwAASggCAEkECQBIAA0ARgARAEUAFgBEABwAQwAhAEIAJgBBACsAPwAxAD4ANgA9ADwA&#10;PABDADsASgA6AFIAOQBcADgAaAA2AHUANQCFADQAlgA0AKgAMwC8ADMA2AAzAO8AMwD7AIINAABx&#10;DwAAZBAAAFkRAABREQAASxEAAEcQAABEDgAAQg0AAEELBQBBBwsAPwUOAD4DEgA8AhgAOwIdADoD&#10;IgA5AygAOAMtADcDMgA2BDkANQQ/ADQFRwAzBVAAMQZaADAGZgAvB3MALgeDAC0HlQAsB6cAKwe6&#10;ACsH0gArB+sAKwf3AH0QAABsEQAAXxMAAFQUAABMFAAARhQAAEITAAA+EgAAPBAAADoOAQA6DQYA&#10;OgoMADgJEAA2CBQANQgZADQJHwAyCSQAMQkpADAJLwAvCjYALgo9AC0KRQAsC04AKwtZACkMZQAo&#10;DHMAJwyDACYNlQAlDacAJA27ACMN0gAjDesAIw33AHgSAABoFAAAWxYAAFEXAABIFwAAQhYAAD0W&#10;AAA5FQAANxMAADURAAAzEAMAMw4IADINDQAwDREALw0WAC0NGwAsDSEAKw0nACoNLQApDjQAKA47&#10;ACcORAAlDk4AJA9ZACMQZQAhEHMAIBCEAB8QlgAeEKkAHRC9ABwQ2AAdEO4AHRD5AHMUAABkFgAA&#10;VxgAAE0ZAABFGQAAPxkAADoYAAA1FwAAMhYAADAVAAAuEwAALREEACwQCgArEA4AKRASACgQGAAm&#10;EB4AJRAkACQQKgAjETEAIhE5ACERQgAgEksAHhJWAB0TYwAcE3EAGhOCABkUlQAYFKcAFxS7ABcT&#10;1AAXE+4AGBP6AHAWAABgGQAAVBoAAEobAABCHAAAPBsAADYbAAAyGgAALxkAACwYAAAqFgAAKBQB&#10;ACYTBwAlEwwAIxMQACITFQAgExoAHxMhAB4UJwAdFC4AHBU2ABsVPwAaFkkAGRZUABgXYQAWF3AA&#10;FRiBABQYkwATGKYAEhi6ABIX0gASF+wAExf6AGwZAABdGwAAUR0AAEcdAAA/HgAAOR0AADQdAAAv&#10;HAAAKxsAACgaAAAmGQAAJBgAACIXBAAgFwoAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYa&#10;PQAVGkcAFBtSABMbXwASHG4AERx/ABAckgAQHKUADxy5AA4c0AAOG+oADxv4AGkbAABaHQAATh8A&#10;AEUfAAA9IAAANh8AADEfAAAtHgAAKR0AACUdAAAjHAAAIBsAAB0bAQAbGwcAGRwNABccEAAWHBUA&#10;FRwbABQdIgATHSkAEh4xABEeOgARH0UAEB9QAA8gXQAOIGwADSB8AA0gjwAMIKIACyC1AAsgygAL&#10;IOUADB/0AGUdAABXHwAATCEAAEIhAAA6IQAANCEAAC8hAAAqIAAAJh8AACMfAAAgHgAAHR4AABkg&#10;AAAWIAQAFCALABIhDgARIRMAESIZABAiHwAPIiYADiMvAA4jNwANI0EADCRNAAskWQAKJGcACSR4&#10;AAgkiwAHJJ4ABySxAAYkxwAGI+MAByPxAGIfAABUIQAASSMAAEAjAAA4IwAAMiMAACwjAAAoIgAA&#10;JCEAACEhAAAeIQAAGiEAABYjAAATJAMAESUIAA8mDQAOJxEADScWAAwnHQALJyMACicrAAkoNAAI&#10;KD4AByhJAAYoVQAFKWQABCl0AAMphwACKZsAASivAAAoxQABKOEAASfwAF4iAABRJAAARiUAAD0l&#10;AAA1JQAALyUAACokAAAmJAAAIiMAAB8jAAAbJAAAGCUAABQmAAARKAMADykIAAwsDAAKLBAACCwU&#10;AAcsGgAGLCEABSwoAAMtMAACLToAAS1FAAAtUgAALmAAAC5xAAAthAAALZkAAC2tAAAswgAALOAA&#10;ACzwAFokAABNJgAAQycAADonAAAzJwAALScAACgmAAAkJgAAISYAAB0mAAAZJwAAFSkAABErAAAP&#10;LAMADS4HAAkwDAAGMQ4AAzESAAEyFwAAMh4AADIlAAAyLQAAMjYAADNCAAAzTgAAM10AADNtAAAz&#10;gQAAMpYAADKrAAAxwQAAMd8AADHwAFYnAABKKQAAPyoAADcqAAAwKgAAKykAACcoAAAjKAAAHikA&#10;ABoqAAAWLAAAEi4AAA8wAAANMQIACjQHAAU1CwACNg4AADcQAAA4FAAAOBoAADgiAAA4KgAAOTMA&#10;ADk+AAA5SgAAOVkAADlpAAA5fQAAOJMAADioAAA3vwAAN94AADbwAFErAABGLAAAPCwAADQsAAAu&#10;LAAAKisAACUrAAAgLAAAGy0AABcvAAATMQAAEDMAAA01AAAJNwIABToGAAE7CgAAPA0AAD0PAAA+&#10;EgAAPxcAAEAeAABAJQAAQC8AAEA6AABARgAAQFQAAEBlAAA/eAAAP48AAD6mAAA+vQAAPdwAAD3w&#10;AE0uAABCLwAAOS8AADIvAAAtLgAAKC4AACIvAAAdMAAAGDIAABM1AAAQNwAADDoAAAk8AAAFPgAA&#10;AEEEAABCCAAAQwsAAEQNAABGEAAARxQAAEgZAABIIQAASCoAAEg1AABIQQAASE8AAEhgAABHcwAA&#10;R4oAAEaiAABFuQAARdkAAETwAEgyAAA+MgAANjIAADAxAAArMQAAJTIAAB80AAAZNgAAEzkAABA8&#10;AAAMPwAACEIAAANEAAAARgAAAEgCAABKBQAASwgAAEwLAABODgAATxEAAFEVAABSHAAAUiUAAFIw&#10;AABSPAAAUUoAAFFaAABRbQAAUIQAAE+dAABOtQAATdIAAE3uAEM2AAA7NgAANDUAAC80AAAnNQAA&#10;ITgAABo7AAAUPgAAEEEAAAxEAAAHRwAAAkoAAABNAAAATwAAAFEAAABTAgAAVAUAAFUIAABXCwAA&#10;WQ4AAFsRAABdFwAAXR8AAF0qAABdNgAAXEQAAFxUAABbZwAAW34AAFqXAABZrwAAWMsAAFfqAD85&#10;AAA4OQAAMzgAACs5AAAjPAAAHD8AABVDAAAQRwAAC0oAAAVOAAAAUQAAAFQAAABXAAAAWgAAAFwA&#10;AABdAAAAXwAAAGAEAABiBwAAZAsAAGYOAABoEgAAaxkAAGsjAABqLgAAajwAAGpNAABpXwAAaHUA&#10;AGePAABmqAAAZcIAAGTjAD09AAA3PAAALj0AACVAAAAdRAAAFkkAABBNAAAKUQAABFUAAABaAAAA&#10;XQAAAGAAAABjAAAAZgAAAGgAAABqAAAAawAAAG0AAABvAgAAcQYAAHQKAAB2DgAAeRMAAHsbAAB7&#10;JwAAejUAAHlFAAB4WQAAeG0AAHeGAAB2nwAAdbcAAHTSADxBAAAyQgAAKEUAACBKAAAXTgAAEFQA&#10;AApZAAACXgAAAGMAAABnAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5AAAAewAAAH0AAAB/AAAAggAA&#10;AIQDAACHCQAAig4AAI4TAACPHgAAjisAAI47AACNTgAAi2MAAIp8AACKlQAAiK0AAIfFADZHAAAs&#10;SwAAIk8AABlVAAAQWwAACmEAAAFnAAAAbQAAAHIAAAB3AAAAewAAAH8AAACDAAAAhgAAAIgAAACK&#10;AAAAjQAAAI8AAACRAAAAlAAAAJcAAACaAQAAnQcAAKENAAClFAAApCEAAKQxAACjRAAAolkAAKBw&#10;AACfiwAAnaIAAJ23ADBQAAAlVQAAG1sAABJiAAALaQAAAXAAAAB3AAAAfQAAAIMAAACIAAAAjQAA&#10;AJEAAACVAAAAmAAAAJoAAACcAAAAnwAAAKEAAACjAAAApgAAAKkAAACsAAAAsAAAALQHAAC4DgAA&#10;uhgAALonAAC5OQAAuE4AALdlAAC2fgAAtZYAALOrAClbAAAeYgAAFGkAAAxxAAACeQAAAIEAAACJ&#10;AAAAjwAAAJYAAACbAAAAoAAAAKQAAACoAAAAqwAAAKwAAACvAAAAsgAAALQAAAC2AAAAuQAAALwA&#10;AADAAAAAxAAAAMgAAADNBwAA0hAAANIdAADRLwAA0EQAAM9bAADNcwAAy40AAMqhAP8AAAD/AAAA&#10;+wAAAPoAAAD8AAgA+AAPAPUAFwD0ACAA8QAqAOsAMwDmADsA4gBDAN4ASQDaAE8A1gBUANMAWQDQ&#10;AF4AzgBjAMsAaADJAG4AxgB1AMMAfQDBAIYAvgCSALsAngC5AK4AtgDDALQA6ACzAP8ArwD/AKUA&#10;/wCeAP8AmwD/AP0AAAD3AAAA8gAAAPAAAADnAAMA4QAMANwAEgDYABsA1gAkANIALQDMADYAxgA9&#10;AMIAQwC/AEkAvABOALoAUwC4AFgAtgBdALUAYgCzAGcAsQBuAK8AdgCsAH8AqgCKAKgAlwClAKYA&#10;owC5AKEA2QCgAPkAngD/AJgA/wCSAP8AjwD/APMAAADsAAAA4wAAANMAAADIAAAAwQAJAL0ADwC7&#10;ABYAuQAfALcAJwCzAC8ArwA3AKwAPQCqAEMAqABIAKYATQCkAFIAowBWAKEAWwCfAGEAngBnAJwA&#10;bwCaAHgAlwCDAJUAkACTAJ4AkQCwAJAAyACOAPAAjQD/AIoA/wCFAP8AggD/AOcAAADdAAAAxgAA&#10;ALgAAACuAAAAqAAEAKUADAChABIAoQAZAKAAIgCfACkAmwAwAJgANwCWAD0AkwBCAJIARwCQAEsA&#10;jwBQAI0AVQCMAFoAigBhAIgAaACHAHAAhQB7AIMAiACBAJYAfwCnAH0AvAB8AOMAfAD9AHwA/wB4&#10;AP8AdgD/ANYAAADAAAAArwAAAKMAAACZAAAAkwAAAI8ACQCNAA4AiwAUAIoAHACKACMAiAAqAIUA&#10;MACDADYAggA7AIAAQAB/AEUAfgBKAHwATwB7AFQAegBaAHgAYQB2AGkAdQBzAHMAgABxAI4AbwCf&#10;AG4AsgBtAM8AbAD0AGwA/wBrAP8AaQD/AMAAAACrAAAAmwAAAI8AAACHAAAAgAAAAHwABAB6AAwA&#10;eAARAHgAFwB4AB4AdwAkAHUAKgBzADAAcQA1AHAAOgBuAD8AbQBEAGwASQBrAE4AagBUAGgAWwBn&#10;AGMAZQBtAGQAeABiAIcAYACXAF8AqgBeAMIAXgDpAF4A/wBeAP8AXQD/AKwAAACZAAAAigAAAH8A&#10;AAB3AAAAcQAAAG0AAABqAAgAaQAOAGgAEgBnABgAZwAfAGcAJQBlACoAYwAvAGIANABhADkAYAA+&#10;AF8AQwBeAEgAXQBOAFsAVQBaAF0AWABnAFcAcgBVAIEAVACRAFMAowBSALgAUQDcAFEA+QBSAP8A&#10;UgD/AJ0AAACLAAAAfAAAAHEAAABpAAAAZAAAAGAAAABeAAUAXAALAFsADwBbABQAWgAZAFoAHwBZ&#10;ACUAVwAqAFYALwBVADQAVAA4AFMAPQBSAEMAUABJAE8AUABOAFgATQBiAEsAbQBKAHoASQCLAEgA&#10;nQBHALEARwDMAEYA8ABHAP8ARwD/AJAAAAB+AAAAcAAAAGYAAABeAAAAWQAAAFYAAABTAAEAUgAI&#10;AFAADQBPABAATwAVAE4AGgBOACAATQAlAEwAKgBKAC4ASQAzAEgAOABHAD4ARgBEAEUASwBEAFMA&#10;QwBdAEEAaABAAHUAPwCFAD4AlwA9AKsAPQDDAD0A5gA9APsAPgD/AIcAAAB1AwAAaAYAAF0HAABV&#10;BgAAUAYAAEwEAABKAQAASQAEAEcACgBGAA4ARQARAEUAFgBEABsAQwAgAEIAJQBBACoAQAAvAD8A&#10;NAA+ADoAPQBAADsARwA6AE8AOQBZADgAZAA3AHEANgCBADUAkwA0AKYANAC7ADQA3QA0APUANQD/&#10;AH4GAABtCQAAYAsAAFYMAABODAAASAsAAEQKAABCCAAAQAUBAD8BBwA+AAsAPQAOADwAEgA7ABcA&#10;OwAcADoAIQA5ACUANwAqADYAMAA1ADUANAA8ADMAQwAyAEwAMQBVADAAYAAvAG0ALgB9AC0AjwAs&#10;AKIALAC2ACwA0AAsAO4ALAD8AHcKAABnDAAAWg4AAFAOAABJDgAAQw4AAD4NAAA7DAAAOQsAADgJ&#10;AwA3BQgANgINADUBEAA0ABMAMwAYADIAHQAxACIAMAAnAC8ALAAuADIALQA4ACwAQAArAEkAKgBS&#10;ACkAXQAoAGsAJwF6ACYBjAAlAJ8AJQCyACUAygAlAOgAJQD3AHINAABiDgAAVhAAAEwRAABEEQAA&#10;PhEAADkQAAA2DwAAMw4AADENAQAwCwUAMAgKAC8GDQAuBREALAQUACsDGQAqAx4AKQMjACgEKQAn&#10;BC8AJgU1ACUFPQAkBUYAIwZQACIGXAAhB2kAIAd5AB8HiwAeB50AHgewAB0GxgAdBuMAHQXzAG0O&#10;AABeEQAAUhIAAEgTAABAEwAAOhMAADUSAAAxEQAALhAAACwPAAAqDgMAKg0HACkLCwAoCQ4AJwkR&#10;ACUIFgAkCBsAIwkgACIJJgAhCSwAIAozAB8KOwAeC0QAHQtPABwMWwAbDGkAGgx5ABgMiwAYDJ4A&#10;FwywABYMxQAWDOEAFgvwAGkQAABaEgAAThQAAEUVAAA9FQAANxUAADEUAAAtEwAAKhIAACgRAAAm&#10;EAEAJBAEACMOCAAjDQwAIgwPACAMEwAfDBgAHg0dAB0NIwAcDSoAGw0yABoOOgAYDkQAFw5QABYP&#10;XAAVD2oAExB7ABIQjQAREKAAERCzABAPyQAQD+QAEQ/yAGUSAABXFAAASxYAAEIXAAA6FwAANBcA&#10;AC8WAAAqFQAAJxQAACQTAAAiEwAAIBIDAB4RBgAdEAkAHBANABsPEAAZEBUAGBAbABcQIQAWECgA&#10;FREwABQROQATEUMAEhJOABESWgAQEmkAEBN5AA4TjAAOE54ADROxAA0SxQAMEuEADRLxAGIUAABU&#10;FgAASRgAAD8ZAAA3GQAAMRkAACwYAAAoFwAAJBYAACEWAAAfFQAAHBQCABoTBAAZEgYAFxILABUS&#10;DgAUEhIAExMYABITHwAREyYAERQtABAUNgAPFUEADhVMAA4WVwANFmUADBd1AAsXhwAKF5oACRat&#10;AAgWwQAIFt0ACRXuAF8WAABRGAAARhoAAD0aAAA1GwAALxoAACoaAAAlGQAAIhgAAB8YAAAcFwAA&#10;GRYBABcWAwAVFgQAExYJABEWDQAQFxEADxcWAA4XHAAOGCMADRgqAAwZMwAMGTwACxpHAAoaUwAJ&#10;GmEABxtxAAYbgwAFG5cABBqqAAMavwADGdoABBnsAFwYAABOGgAAQxwAADocAAAzHAAALBwAACcc&#10;AAAjGwAAIBoAAB0ZAAAaGQAAFxgBABUYAgASGQQAEBsHAA4bDAANHBAADBwTAAscGQAKHB8ACR0n&#10;AAgdLwAHHjkABh5DAAQeUAADH14AAh9uAAEfgAAAH5UAAB6pAAAevQAAHdgAAB3sAFgaAABLHAAA&#10;QR4AADgeAAAwHgAAKh4AACUdAAAhHAAAHhwAABsbAAAYGwAAFhsBABMbAgARHAQADh4HAAwfCwAK&#10;IA4ACCASAAYhFwAFIR0ABCEkAAIiLAABIjUAACJAAAAjTQAAI1oAACNrAAAjfgAAI5MAACKnAAAi&#10;vAAAIdcAACHtAFUdAABIHwAAPiAAADUgAAAuIAAAKCAAACMfAAAgHgAAHR0AABodAAAWHQAAEx4A&#10;ABEfAgAOIAQADSIHAAokCwAGJQ0ABCUQAAImFAAAJhoAACYhAAAnKQAAJzIAACc9AAAnSQAAKFcA&#10;AChnAAAnewAAJ5AAACelAAAmuwAAJtYAACXtAFEgAABFIQAAOyIAADIiAAAsIgAAJiEAACIhAAAe&#10;IAAAGx8AABggAAAUIAAAESIAAA8jAAANJQMACiYGAAYoCgADKQ0AACsPAAAsEgAALBcAACweAAAs&#10;JgAALS8AAC05AAAtRgAALVQAAC1kAAAtdwAALI0AACykAAArugAAK9YAACruAE0iAABBJAAAOCQA&#10;ADAkAAApJAAAJCMAACEiAAAdIgAAGSIAABUjAAASJAAADyYAAA0oAAAKKgIABiwFAAIuCQAALwsA&#10;ADAOAAAyEAAAMxUAADMbAAAzIgAAMysAADM2AAAzQgAAM1AAADNgAAAzcwAAMooAADKhAAAxuAAA&#10;MNYAADDvAEklAAA+JgAANCcAAC0nAAAoJgAAIyUAAB8kAAAbJQAAFiYAABIoAAAQKgAADSwAAAou&#10;AAAGMAEAAjIEAAA0BwAANQoAADcMAAA4DgAAOhIAADoXAAA6HwAAOicAADoyAAA6PgAAOkwAADpc&#10;AAA6bwAAOYYAADieAAA4tgAAN9QAADbvAEQpAAA6KQAAMSkAACspAAAmKAAAIicAAB0oAAAYKQAA&#10;EysAABAuAAANMAAACTIAAAU1AAABNwAAADkCAAA7BQAAPAgAAD4LAAA/DQAAQRAAAEMUAABDGwAA&#10;QyMAAEMuAABDOQAAQ0cAAEJXAABCagAAQYEAAECaAAA/sgAAPs8AAD7vAD8sAAA2LAAALywAACor&#10;AAAlKgAAHysAABktAAAULwAAEDIAAA01AAAIOAAABDoAAAA8AAAAPwAAAEEAAABDAgAARQUAAEYI&#10;AABICwAASg4AAEwRAABNFgAATR4AAE0oAABNNAAATEIAAExRAABLZAAAS3sAAEqUAABJrQAASMoA&#10;AEfsADswAAAzLwAALS8AACgtAAAiLwAAGzEAABU0AAAQNwAADToAAAg9AAACQAAAAEMAAABGAAAA&#10;SAAAAEoAAABMAAAATgEAAE8EAABRBwAAUwsAAFUOAABYEgAAWRkAAFgiAABYLgAAVzwAAFdLAABW&#10;XgAAVnMAAFWNAABUpwAAUsIAAFLmADgzAAAxMgAALDEAACUyAAAdNQAAFjgAABE8AAAMQAAAB0QA&#10;AABHAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWQAAAFoAAABcAwAAXgcAAGELAABkDgAAZhMA&#10;AGccAABmJwAAZjQAAGVEAABkVwAAZGsAAGKFAABhnwAAYLkAAF7cADU3AAAwNQAAKDcAACA6AAAY&#10;PQAAEUIAAAxGAAAGSgAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAAAGEAAABkAAAAZQAAAGcAAABp&#10;AAAAbAEAAG4GAABxCwAAdA8AAHcVAAB3IAAAdi0AAHY9AAB1TwAAdGMAAHN7AABylQAAcK8AAG/J&#10;ADU6AAArOwAAIj8AABpDAAASSAAADE0AAAVSAAAAVwAAAFwAAABgAAAAZAAAAGgAAABrAAAAbgAA&#10;AHEAAABzAAAAdQAAAHcAAAB6AAAAfAAAAH8AAACCBAAAhgoAAIoPAACMFwAAiyQAAIozAACJRQAA&#10;h1sAAIZyAACFiwAAg6UAAIK8AC9AAAAlRAAAHEkAABNOAAANVAAABFoAAABhAAAAZgAAAGsAAABv&#10;AAAAdAAAAHkAAAB9AAAAgAAAAIMAAACFAAAAhwAAAIoAAACMAAAAjwAAAJIAAACWAAAAmQIAAJ4J&#10;AACiEAAAohoAAKEpAACgOwAAn1AAAJ1nAACagQAAmpkAAJmvAClJAAAfTgAAFVQAAA5bAAAFYgAA&#10;AGkAAABwAAAAdwAAAH0AAACCAAAAhgAAAIsAAACPAAAAkwAAAJUAAACXAAAAmgAAAJ0AAACgAAAA&#10;owAAAKYAAACqAAAArgAAALIAAAC3CgAAuxEAALofAAC5MAAAt0UAALVcAAC0dAAAsY4AAK+kACJU&#10;AAAYWwAAEGIAAAdqAAAAcwAAAHsAAACCAAAAiQAAAJAAAACVAAAAmgAAAJ8AAACjAAAApgAAAKgA&#10;AACrAAAArgAAALAAAACzAAAAtgAAALoAAAC9AAAAwgAAAMcAAADMAQAA0wsAANQVAADTJgAA0ToA&#10;ANBRAADNaAAAy4EAAMqWAPwAAAD2AAAA8gAAAPEAAADzAAUA9AAMAPIAEwDwABwA7QAlAOgALgDi&#10;ADYA3gA+ANkARADUAEoA0QBPAM4AVADLAFkAyQBeAMYAYwDEAGkAwQBwAL4AeAC8AIEAuQCNALYA&#10;mgCzAKsAsQDAAK8A5gCuAP8ApQD/AJoA/wCUAP8AjwD/APQAAADsAAAA6AAAAOcAAADfAAAA2QAJ&#10;ANIAEADPABcAzwAgAMwAKADGADAAwAA3ALwAPgC5AEQAtwBJALUATgCzAFMAsQBXAK8AXQCtAGIA&#10;qwBpAKkAcQCnAHoApQCFAKIAkwCgAKIAnQC2AJsA1ACZAPkAlgD/AI0A/wCIAP8AhAD/AOgAAADf&#10;AAAA2QAAAMkAAAC/AAAAuAAEALUADQCzABIAsQAaALAAIgCtACoAqQAxAKYAOACkAD0AogBDAKAA&#10;SACeAEwAnABRAJsAVgCZAFwAlwBiAJUAaQCTAHIAkQB9AI8AiwCNAJoAiwCsAIkAxQCIAO4AhgD/&#10;AH8A/wB6AP8AeAD/ANkAAADNAAAAuwAAAK4AAAClAAAAnwAAAJwACQCZAA8AmQAVAJkAHQCYACQA&#10;lAArAJEAMQCOADcAjAA8AIsAQQCJAEYAiABLAIYAUACFAFUAgwBbAIIAYgCAAGsAfgB1AHwAggB6&#10;AJIAeACjAHcAuQB2AOAAdQD/AHIA/wBuAP8AbAD/AMcAAAC1AAAApQAAAJkAAACPAAAAiQAAAIUA&#10;BACEAAwAggARAIIAFwCCAB4AgAAlAH4AKwB8ADEAegA2AHkAOwB3AEAAdgBEAHUASQBzAE8AcgBV&#10;AHAAXABvAGQAbQBuAGwAegBqAIoAaACbAGcArwBmAMwAZQD1AGQA/wBhAP8AYAD/ALQAAACgAAAA&#10;kAAAAIUAAAB9AAAAdwAAAHMAAABwAAgAbwAOAG8AEgBvABgAbwAfAG0AJQBrACoAaQAwAGgANABn&#10;ADkAZgA+AGUAQwBjAEgAYgBOAGEAVQBfAF4AXgBnAFwAcwBbAIIAWQCTAFgApgBXAL8AVwDqAFcA&#10;/wBWAP8AVAD/AKEAAACOAAAAfwAAAHUAAABsAAAAaAAAAGQAAABhAAQAYAALAF8ADwBfABMAXwAZ&#10;AF8AHwBdACUAXAAqAFsALwBZADMAWAA4AFcAPQBWAEMAVQBJAFMAUABSAFgAUQBhAFAAbQBOAHsA&#10;TQCMAEwAnwBLALUASgDcAEoA+gBKAP8ASgD/AJIAAACAAAAAcgAAAGcAAABfAAAAWgAAAFcAAABV&#10;AAEAUwAHAFIADABSABAAUgAUAFIAGgBRAB8ATwAkAE4AKQBNAC4ATAAzAEsAOABKAD0ASQBDAEgA&#10;SgBGAFIARQBcAEQAZwBDAHUAQgCGAEEAmABAAK4AQADLAD8A8gBAAP8AQAD/AIUAAAB0AAAAZwAA&#10;AF0AAABVAAAATwAAAEwAAABKAAAASAAEAEcACgBHAA0ARgARAEYAFQBGABoARQAfAEQAJABDACkA&#10;QgAtAEEAMwA/ADgAPgA+AD0ARQA8AE4AOwBXADoAYgA5AG8AOACAADcAkwA2AKcANgDAADYA6AA2&#10;AP4ANgD/AHwAAABrAAAAXgIAAFQDAABNAwAARwMAAEMBAABBAAAAPwABAD4ABwA9AAsAPQAOADwA&#10;EQA8ABYAPAAaADoAHwA5ACQAOAApADcALgA2ADMANQA6ADQAQQAzAEkAMgBTADEAXgAwAGsALwB7&#10;AC4AjgAtAKIALQC4AC0A3QAtAPgALgD/AHMBAABkBQAAVwcAAE0IAABGCAAAQAgAADsHAAA4BQAA&#10;NwMAADYABAA1AAgANAAMADQADwA0ABIAMwAWADIAGwAxACAAMAAkAC8AKQAuAC8ALQA2ACwAPQAr&#10;AEUAKgBPACkAWgAoAGcAJwB3ACYAiQAmAJ0AJQCzACUAzwAlAPAAJgD/AG0GAABeCQAAUgsAAEgM&#10;AABADAAAOgsAADYLAAAyCgAAMAgAAC4GAgAuAwYALQAKACwADQAsABAAKwATACoAFwApABwAKAAg&#10;ACcAJQAmACsAJQAyACQAOQAjAEIAIgBLACIAVwAhAGQAIABzAB8AhQAfAJkAHgCuAB4AxwAeAOkA&#10;HwD6AGgJAABZDAAATQ0AAEMOAAA8DgAANg4AADENAAAtDQAAKgwAACgLAAAnCQQAJgYIACYECwAl&#10;Aw4AJAEQACQBFAAiARgAIQEdACEAIgAgACgAHwAuAB4BNgAdAT8AHAFJABsBVAAaAWEAGgFwABkB&#10;ggAYAJYAGACqABgAwQAYAOEAGAD0AGMMAABVDgAASQ8AAEAQAAA4EAAAMhAAAC0PAAApDgAAJg4A&#10;ACMNAAAiDAMAIAsGACAJCQAfBwwAHgYOAB4FEQAcBRUAGwUaABoFHwAaBSUAGQUrABgFMwAXBjwA&#10;FgZGABYGUgAVB18AFAduABMHgAASB5QAEganABIFvAASBNkAEgPvAF8OAABRDwAARhAAADwRAAA1&#10;EQAALxEAACoRAAAmEAAAIhAAACAPAAAdDgIAHA0FABoNBwAaCwoAGQoNABgJEAAXCRIAFgkXABUJ&#10;HAAUCSIAFAopABMKMQASCjoAEgtFABELUQAQDF8ADwxuAA4MgAAODJQADQunAA0LugANCtIADQrq&#10;AFwPAABOEQAAQxIAADoTAAAyEwAALBMAACcSAAAjEQAAHxEAABwQAAAaEAIAGA8EABYOBwAVDgkA&#10;FA0LABMMDQASDBAAEgwUABEMGgARDSAAEA0oAA8NMAAODjsADQ5GAA0OUQAMD14ACw9tAAoPfwAJ&#10;D5MACQ+mAAgOuQAIDtAABw7oAFgRAABLEgAAQBMAADcUAAAwFAAAKRQAACUUAAAhEwAAHRIAABoS&#10;AAAXEQIAFREFABMQBwASEAkAEQ8KABAODAAODg4ADg8SAA0QGAANEB4ADBAlAAwQLQALETYAChFB&#10;AAkRTQAIEloABxJqAAYSfAAFEpAABBKkAAMRuAADEc8AAhHoAFUSAABJFAAAPhUAADUWAAAtFgAA&#10;JxYAACIVAAAeFAAAGxQAABgTAAAVEgMAExIFABIRBwAQEQkADxEKAA0RCwAMEg4ACxIRAAoSFQAJ&#10;ExsACRMiAAgTKgAHFDMABRQ+AAQVSgADFVgAAhVnAAEVegAAFY4AABWjAAAUtwAAFM8AABPpAFIU&#10;AABGFgAAOxcAADIXAAArFwAAJRcAACEWAAAcFgAAGRUAABYUAQAUEwQAEhMGABESCAAPEggADhMJ&#10;AAwUCgAKFQ0ACBYQAAYWEwAFFhkABBcfAAMXJwACGDAAARg7AAAZRwAAGVUAABlkAAAZdwAAGYwA&#10;ABiiAAAYtwAAF88AABfqAE8WAABDGAAAORkAADAZAAApGQAAIxkAAB8YAAAbFwAAGBYAABUVAgAT&#10;FQUAERQGABAUBgAOFQcADBYIAAoXCgAHGQwABBoOAAIbEgABGxYAABsdAAAcJAAAHC0AABw4AAAd&#10;RAAAHVIAAB1iAAAddQAAHYoAABygAAActgAAG9AAABrrAEwYAABAGgAANhsAAC0bAAAmGwAAIRoA&#10;AB0ZAAAZGQAAFxgAABQXAwASFgQAEBcEAA4XBAAMGQUAChoHAAccCQADHQsAAB8NAAAgEAAAIBQA&#10;ACEaAAAhIgAAISoAACE1AAAiQQAAIk8AACJfAAAicgAAIYgAACGfAAAgtgAAH9EAAB/tAEgaAAA9&#10;HAAAMx0AACsdAAAkHQAAIBwAABwbAAAYGgAAFhkBABMZAQARGQEADhoBAAwcAgAKHQMABx8FAAMh&#10;CAAAIgoAACQMAAAmDgAAJhIAACYYAAAnHwAAJycAACcyAAAnPgAAJ0sAACdcAAAnbgAAJoUAACad&#10;AAAltAAAJNEAACPuAEQdAAA5HwAAMB8AACgfAAAjHgAAHh0AABscAAAYGwAAFBwAABEcAAAOHQAA&#10;DR8AAAohAAAGIgEAAyQEAAAmBgAAKAgAACoLAAArDQAALRAAAC0VAAAtHAAALSQAAC4uAAAuOgAA&#10;LkgAAC1YAAAtagAALYEAACyaAAArsgAAKtAAACnvAEAgAAA2IQAALSEAACYhAAAhIAAAHR8AABoe&#10;AAAWHgAAEh8AAA8hAAANIgAACiQAAAYmAAACKAAAACsCAAAtBAAALwYAADAJAAAyDAAANA4AADUS&#10;AAA1GAAANSAAADUqAAA1NgAANUMAADVTAAA0ZgAANHwAADOWAAAyrwAAMc0AADDvADwjAAAyJAAA&#10;KiQAACQjAAAgIgAAHCEAABchAAATIwAAECUAAA0nAAAJKQAABSsAAAEuAAAAMAAAADIAAAA0AQAA&#10;NgQAADgGAAA6CQAAPA0AAD4QAAA+FAAAPhwAAD4mAAA+MQAAPj8AAD1OAAA9YQAAPHcAADuRAAA6&#10;qwAAOckAADjtADcnAAAvJwAAKCYAACMlAAAfJAAAGSUAABQmAAAQKAAADSsAAAkuAAAFMAAAADMA&#10;AAA1AAAAOAAAADoAAAA8AAAAPgEAAEADAABCBwAARAoAAEYNAABJEQAASRcAAEghAABILAAARzoA&#10;AEdJAABGWwAARXEAAESLAABDpQAAQsMAAEHoADQqAAAsKgAAJygAACInAAAcKAAAFioAABEtAAAN&#10;MAAACTMAAAM2AAAAOQAAADwAAAA+AAAAQQAAAEMAAABGAAAASAAAAEoAAABMAwAATgYAAFAKAABT&#10;DgAAVBMAAFQcAABTJwAAUzQAAFNDAABSVQAAUWoAAFCDAABPngAATbkAAEzgADAtAAArLAAAJisA&#10;AB8sAAAYLgAAEjIAAA01AAAIOQAAAj0AAABAAAAAQwAAAEYAAABJAAAATAAAAE4AAABRAAAAUwAA&#10;AFUAAABXAAAAWQEAAFwGAABfCgAAYg4AAGMVAABjHwAAYiwAAGE8AABgTgAAX2IAAF57AABclgAA&#10;W7AAAFnPAC8wAAAqLwAAIjAAABozAAATNwAADjsAAAg/AAABRAAAAEgAAABMAAAATwAAAFIAAABV&#10;AAAAWAAAAFsAAABdAAAAYAAAAGIAAABkAAAAZgAAAGkAAABtBQAAcAsAAHQQAAB0GAAAcyUAAHI0&#10;AAByRQAAcFkAAG9xAABtiwAAa6YAAGrAAC4zAAAlNQAAHTgAABQ8AAAOQQAAB0cAAABMAAAAUQAA&#10;AFUAAABZAAAAXQAAAGEAAABlAAAAaAAAAGsAAABtAAAAbwAAAHIAAAB0AAAAdwAAAHoAAAB+AAAA&#10;ggQAAIYLAACKEQAAiRwAAIgrAACGPQAAhFIAAINnAACBgQAAf5sAAH6yACk6AAAgPQAAFkIAAA9I&#10;AAAITgAAAFQAAABaAAAAYAAAAGQAAABpAAAAbgAAAHIAAAB2AAAAegAAAH0AAACAAAAAggAAAIUA&#10;AACIAAAAiwAAAI4AAACSAAAAlgAAAJsDAACgDAAAohMAAKAhAACfMwAAnUcAAJpeAACYdwAAl48A&#10;AJWnACNDAAAZSAAAEU4AAAlVAAAAXAAAAGMAAABqAAAAcQAAAHYAAAB7AAAAgAAAAIYAAACKAAAA&#10;jgAAAJEAAACTAAAAlgAAAJkAAACcAAAAoAAAAKMAAACnAAAAqwAAALAAAAC2BAAAvA0AALoXAAC5&#10;KAAAtzwAALRSAACyagAAr4UAAK2cABxOAAATVAAAC1wAAAFkAAAAbAAAAHQAAAB8AAAAgwAAAIkA&#10;AACPAAAAlAAAAJoAAACfAAAAogAAAKQAAACnAAAAqgAAAK4AAACxAAAAtAAAALgAAAC8AAAAwQAA&#10;AMcAAADNAAAA1AUAANgQAADVHgAA0zEAANBIAADNXwAAy3YAAMiOAAAAAAAAAAAAAAAAAAAAAAAB&#10;AwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lK&#10;S01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGT&#10;lJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb&#10;3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////&#10;//////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUm&#10;KCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5v&#10;cHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4&#10;ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//&#10;////////////////////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAED&#10;BAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpL&#10;TU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOU&#10;lZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd&#10;3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////&#10;/////////////wABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0u&#10;LzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZn&#10;aGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+g&#10;oaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ&#10;2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAA&#10;AAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBka&#10;GhscHR4fICEiIyQlJicoKSorLC0uLzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BR&#10;UlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImK&#10;i4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPE&#10;xcbHyMnKy8zNzs/Q0dPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/&#10;AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAh&#10;IiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxe&#10;YGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbH&#10;yMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v&#10;8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8Q&#10;EBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4&#10;OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+h&#10;o6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e&#10;39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v/a&#10;ywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qia&#10;jeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfR&#10;sKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3&#10;ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb&#10;6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGn&#10;mY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH&#10;1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTA&#10;s2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0O&#10;OunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/j&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2f&#10;iNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8&#10;u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunM&#10;EGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmr&#10;nYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657&#10;xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDc&#10;yA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYnc&#10;qpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWo&#10;iMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6S&#10;y7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL&#10;3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkubZywkb584NOejNEGDcyQ2Sy7swq8a4T7TAs2e9u657xLWpiMuy&#10;pofRr6OH1a2giNmrnoncqZyK3qebjOClmY/joZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGY&#10;kOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOTZywka5M4NOefODmDaygySy7wu&#10;q8W5TbTAtGa9uq56xbWph8uxpofRrqOH1aygiNmqnoncp5yK3qWbi+Cimo3inpmP456Zj+OemY/j&#10;npmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+PY&#10;ywka4c8MOeXPDmDZygyRy74sq8W5TLW+tGe9ua57xbSqh8ywpofRraOH1augiNmonojbpZ2J3aOc&#10;it+fmovhm5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO&#10;4puZjuKbmY7im5mO4puZjuLYywka3NALOePQDWDYywuRy78rq8S6TLW9s2e+uK57xbSph8ywpofR&#10;rKOH1amgh9imn4jbo52I3aCcid6dm4rgmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGY&#10;mo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeHXzAka2tELON7RDF/WywuRy8AprMK5&#10;Tba8s2i+t657xrOph8yvpofRqqOG1aehh9ikn4faoZ6H3J6diN2anInelZuM4JWbjOCVm4zglZuM&#10;4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjODWzAkZ&#10;2dELONrTDF/UzAuRycAprcC5Tra6s2m/ta58xrKph8ytpobRqaOG1KWhhteioIbZn5+G2pueh9yX&#10;nYjdk5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOc&#10;i96TnIvek5yL3pOci97VzAkZ2NILN9jTC17SzAuTx78rrb64ULe5smq/tK18xrCph8yrpobQp6SF&#10;1KOihdafoYXYnKCF2ZifhtqUnofckJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd&#10;kJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit3UzQkZ1tILN9bUC17QywqVxL4trry4Ubi3&#10;smrAs618xq6ph8yppobQpaSF06CjhNWdooTWmaGF2JWghdmRn4fajp6J246eiduOnonbjp6J246e&#10;iduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eidvTzQoY1dML&#10;NtTUC1/OywmXwb4wr7q3U7i1smzAsK19x6yqhsunp4XPoqWE0Z6khNOao4TVlqKE1pOhhdePoIbY&#10;i6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmL&#10;oInZi6CJ2YugidnSzgoX09QLNdHTCmLLzAmZvr0zsbe3VbmysW3Bra19xqqqhsukqITOn6eE0Jul&#10;g9KXpIPTk6OE1JCjhdWMoobWiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI&#10;14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNfQzwoW0dQLN87TCmXGygudubw4srS2WLqtsW7B&#10;qq59xqerhcmhqYTMnKiDzpeng8+TpoPRkKWE0o2lhdOKpIbTh6OI1IejiNSHo4jUh6OI1IejiNSH&#10;o4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNTO0AoVztQKOsrT&#10;CmjAyA+htbs+tK21W7upsW/Bpq99xKOthMedq4PKmKqDy5Opg82QqITOjaeEz4qnhc+HpofQhaaI&#10;0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojR&#10;haaI0YWmiNHM0AkYytQKPsXTCm24xRalrrlEtae1XrujsnDAobB9w5+uhMWZrYPHlKyEyZCrhMqN&#10;qoXLiqqFy4iphsyFqYfNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOo&#10;ic2DqInNg6iJzYOoic2DqInNg6iJzYOoic3I0QkbxdUKQr/TCnKxxB6npblJtqG2YLues3C+nbF9&#10;wZuwhMOVr4TEka6Exo2thceKrYbHiKyGyIash8iEq4nJgquKyYKrismCq4rJgquKyYKrismCq4rJ&#10;gquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrisnE0gggwNYJSLjUCnip&#10;zxeYnr5Hrpq2YrqYtXG8l7N8vpeyhMCSsYXCjbCFw4qvhsSIr4fEhq+IxYSuicWDrorFga6LxYGu&#10;i8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6L&#10;xYGui8W/1AclutcJTq7aC3Cg2xOHl805mpLDWKiRvGyykbd6uZK0g72Os4a/i7KHwIixh8CGsYjB&#10;hLGJwYOxisGCsYvCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKA&#10;sIzCgLCMwoCwjMKAsIzCgLCMwoCwjML3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7yg&#10;iMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8&#10;zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNms&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L&#10;0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5&#10;m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhE&#10;qsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3&#10;wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCM&#10;jdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jG&#10;t5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsal&#10;XbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV&#10;+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSv&#10;ipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iI&#10;yrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTC&#10;o3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAW&#10;Mfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDW&#10;roiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndr3wA8V+MAWMPm9IFPquCd8zKhEq8alXbTCpHC6vqJ/v7ygiMO5m4jHt5iIyrWV&#10;ic6zkorQsY+L07CNjdWvio/XrYiT2a2GmNqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad&#10;2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndr3wQ8V98EWMPi+H1PquCZ8y6lDq8amXLTCpG+6&#10;vqJ+v7ugiMO5nYfItpqHzLOXiM+xlInSsJKK1a6PjNetjY7ZrIqS3KuJmd2niJzbp4ic26eInNun&#10;iJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNv2wQ4U98EVMPi/&#10;HlPquSV8y6lCq8anW7PCpW66vqN+v7uhiMS4nofJtZyHzbKZh9GwlojUrpSJ162Si9qrkI3cqY2S&#10;36iNmt+ji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zc&#10;o4uc3KOLnNz2wQ4U9sIVMPe/HlPquiR8y6lBrManWrPCpW26vqN9v7ujiMS3oIfJtJ2HzrGbh9Ov&#10;mYjWrZeJ2quVitypk43fp5KR4qSRmeCgjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCO&#10;nNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNz1wg4U9cIUMPbAHVPquiN8y6pBrMaoWbPCpm26vqR9&#10;v7qkh8W3oYfKs5+Hz7Cdh9Sum4jYq5mJ3KmYi9+nmI7ipZeS5qCWmeCck5vdnJOb3ZyTm92ck5vd&#10;nJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm930wg0U9cMUMPbAHFPq&#10;uyJ8yqpArMaoWLPCpmy6vqR8v7qlhcW2o4fLs6GH0LCfh9WtnYjaqp2K3aebjOCkmo7in5iP452a&#10;mOGZl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb&#10;3ZmXm93yww0U9MMTMPXBG1PqvCF8yqs/rcapV7PCp2u6vqV7v7qmhMW2pYfLsqOH0a+hh9arn4ja&#10;p52J3aScit+gm4vgm5qN4peak+GXnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96X&#10;nJvel5yb3pecm96XnJvel5yb3pecm97www0U9MQTL/XCGlLqvSB8yqs+rMaqVrPCqGu6vqd5v7qo&#10;g8W2p4fMsqWH0ayih9aooIfZpJ6I3KGdiN2cnInel5uL4JObj+CSnZfekp2X3pKdl96SnZfekp2X&#10;3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl97txAwT88USL/TCGVLqvR98&#10;yqw8rMarVbPCqGq5vql3v7qqgMW1qYfMr6WH0qqih9aloIbYoZ+G2p2eh9uZnYfdlJ2J3pCcjd6O&#10;nZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6d&#10;k93qxQwT8sURL/PDGFLqvh18y606rMasVLPCqWm5vqxzv7qtfsWyqYfMrKWG0aejhtWioYXXnqCF&#10;2JqghdqWn4bbkZ6I3I2ei9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c&#10;i56P3Iuej9yLno/ci56P3Iuej9zmxQsT8cYRL/LEF1LqwBt8y684rMatUrLCq2a5v7Bvvretfsaw&#10;qYfNqqaG0aSkhdOfo4TVm6KE1pehhdiToIXZj6CH2YufitqIn43aiJ+N2oifjdqIn43aiJ+N2oif&#10;jdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdrhxgoT8McQLvDGFlHqwRl8y7A1&#10;q8evT7LDsGC4vLJsv7KtfsetqYbMp6eFz6GlhNKcpITTmKOE1JSjhNWQooXWjaGG14mhiNiHoYvY&#10;h6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9jb&#10;xwkS7skPLu7IFFHrxBZ8zLMwq8exTLHEuFa3trFuwa6tf8epqobLo6iEzp6ng8+ZpoPRlaWD0pGk&#10;hNOOpIXUi6OG1IijiNWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK&#10;1YWjitWFo4rVhaOK1YWjitXayAkS68sNLevKEVDrxxJ8zLYqqsi3RLC6tlm6r7Fwwqqtf8emq4XK&#10;oKqEzJqog82WqIPOkqeDz4+mhNCMpoXRiaWG0Yelh9KFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKF&#10;pYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidLYyQkR380LLOfND0/oyw57zbwiqMK8&#10;PLGxtV68qbFywqauf8WirYTHnKuDyZeqg8qTqoTLkKmEzI2phM2LqIXNiKiGzoanh86Ep4nPhKeJ&#10;z4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic/VyQkQ&#10;2M8KK9rTC07Y0At6zcMWqLO6RrWptGK9pLF0waGwf8OeroTFma2Ex5SshMiQq4TJjquEyouqhcuJ&#10;qobLh6mHzIWpiMyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOp&#10;icyDqYnMg6mJzIOpiczSywkP1NEKKdXVC0zQ0Ap+uL8lrqi4T7ihtGa8nrJ1v52xf8GbsITDlq6E&#10;xZGuhMaOrYXHi6yFx4mshsiHrIfJhquHyYSricmCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rK&#10;gquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisrPzAkN0NIKKM7UClLF0QqDqsMtqJ63V7ib&#10;tWi7mrR1vpmyf7+XsYTBk7CFwo+vhcOMr4XEiq6GxYiuh8WGrojGhK2IxoOtisaBrYvHga2Lx4Gt&#10;i8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8fMzQkMy9MK&#10;LcfUClmy2AuAns0rmpjBUKuWuGe3lbV1vJS0fr6Us4W/kLKFwIyxhsGKsYfCiLCHwoawiMKFsInD&#10;g7CKw4Kvi8OBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOB&#10;r4zDga+Mw4GvjMPHzwgQxdQJNLjZClui5xJ2l9oliZDPRZiOx12jjcFuq429ebGMuoG0ibiDt4a3&#10;hbmEtoa6g7WHu4K1iLyBtIm9gLSKvX+0i75+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOM&#10;vn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL7C0QcWvdYIOqfxDlWb8RtokeYteIndQIWF1VaP&#10;g89nl4LLc51+yHihe8Z8pHnEf6Z3w4KodcKEqXTChapzwYercsGIq3LAiqxxwIusccCLrHHAi6xx&#10;wIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6z/uBQO/7geJ/+0&#10;Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOW&#10;z7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4&#10;jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/&#10;ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3&#10;rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OB&#10;mdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3I&#10;t4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCb&#10;iL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp&#10;3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCz&#10;gJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qP&#10;yraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+&#10;mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdC&#10;j8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3R&#10;sn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/&#10;uBQO/7gdJ/+1KUb3sDVp3qhBkMecYbHEnHG2wpt+ub+dhr29monBu5eJxLmTise3j4zKtYyOzLSJ&#10;kM6zh5LQsoSV0rGCmdOxgZ7UroCi1KyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj&#10;0qyAo9KsgKPSrICj0qyAo9L/uRMO/7kcJ/+2KEb3sDRq3ahAkMedYLHEnHG2wpx8ur+ehb68nIjC&#10;upmIxbiVicm2kYrMtI6Mz7KLjtGxiJHTsIaU1a+Emdavg5/XqoKh1aeCotOngqLTp4Ki06eCotOn&#10;gqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotP/uRMO/7kcJ/+2KEb3sTNq3ak/kced&#10;YLHEnXC2wp57ur+fg768nojCuZuIx7eXiMq1lInOs5CL0bGNjdOvipDWroiT2K2GmdmqhZ7ZpYSh&#10;1aSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotT/uhIO&#10;/7obJ/+3J0b3sTJq3ak+kceeX7HEnW+2wZ95ur6ggr+7oIjDuJyHyLaZiMyzlojQsZKK06+PjNau&#10;jI7YrIqT26uJmdymh53aooag1qCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCG&#10;otSghqLUoIai1KCGotT/uhIO/7obJv+3Jkb2sjFq3ao9kceeXrHEnW+2waB4ur6hgb+7oYjEuJ6H&#10;ybWbh82ymIjRsJWJ1a6Si9isj43bqo2S3qiMmt+iip3anomg1pyJodSciaHUnImh1JyJodSciaHU&#10;nImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodT+uhEO/7saJv+4Jkb2sjBq3ao8kceeXbHE&#10;nm62waF2ur6if7+7o4jEt6CHyrSdh8+xmofTrpiI16yVituqk43eqJGS4qSQmeCejZ3bmoyg15mL&#10;odWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodX+uxEO/rsa&#10;Jv+4JUb2szBq3Ks7ksefXbHEn2y2waJ0ur6kfr+6pIfFt6KHyrOfh9CwnIfVrZqI2aqZit6omI7i&#10;pZeT5p+VmeCakZzbl4+f15aOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWW&#10;jqHVlo6h1ZaOodX9uxEO/rsaJv+5JUb2sy9q3Ks6ksefXLHEoGq2waNzur6lfMC6pYXFtqOHy7Oh&#10;h9Gvn4fWrJ6J26ici9+kmo3hn5mP45yamOGXlpzclJOf2JOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg&#10;1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNb9uxEN/bwZJv65JEb2tC5q3Ks6ksegXLHEoWi2&#10;waVxur6nesC6p4TFtqaHzLKkh9GuoofXqZ+I26Sdid6gm4rgmpqM4Zabk+GVm5vdkpee2JGVoNeR&#10;laDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNf8vBAN/bwZJv66&#10;I0b2tC1q3Kw5ksegW7HEo2a1waZuur6peMC6qYLFtqiIzLClh9KqoofXpp+H2qGeh9ybnYjelpyK&#10;35GbkN+RnZndj5ue2Y+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/X&#10;j5mf14+Zn9f8vBAN/LwYJv26IkX2tSxq3K03k8ehWrHFpWO1wqlrur6sdb+6rX/Fs6mHzK2lhtKn&#10;oobWoqGG2J2fhtqYnofbkp2J3Y6djd2MnpTcjaCe2Yyen9eMnp/XjJ6f14yen9eMnp/XjJ6f14ye&#10;n9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9f7vRAN+70XJf27IkX2titq2602k8eiWbHFp1+1wq1m&#10;ub+xcL63rX7GsKmHzaqmhtGkpIXUnqKF1pmhhdiUoIbZj5+H2oufi9uIn5DbiKCY2IihndeIoZ3X&#10;iKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndf6vQ4N+r4WJfy8IEX2&#10;typq2680lMikVbHGq1i0w7Nft7uybr+yrX7HrKmGzKanhdCgpYTSm6SE1JajhNWRooXWjaGG14mh&#10;idiGoY3YhKGT14Sil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX&#10;1oSil9b5vg4M+b8VJfq9H0X2uCdq27AxlMioTa/Hsk6ywbhYuLSxcMGtrX/HqaqFy6KohM6dp4PQ&#10;l6aD0ZKlhNKOpIXTi6OG1IijiNWEo4vVgqOQ1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WB&#10;o5PVgaOT1YGjk9WBo5PVgaOT1YGjk9X0wA0M98ATJPm/HUT2uiVq2rIulcqvQK3IvT2vt7Zduq6x&#10;csKprX/GpauFyZ+qg8uZqYPNlKiDzpCnhM+MpoXQiaaG0Yalh9KEpYrSgaWN0oClj9KApY/SgKWP&#10;0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9LswQsM9cISJPbBGkT3vSFq&#10;2rQpls28KKm7u0OzrrVhvKixc8Glrn/Foa2Ex5usg8mWq4PKkaqEy46phMyLqYXNiKiGzoaoh86D&#10;qInOgaeMz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cn&#10;jc/fxAkL8sUQI/PEFkP0wRxp3sIVj8HAI6yvuUy2prRlvaKydcCgsIDDna6ExZethMaTrYTHj6yE&#10;yIyrhcmJq4bKh6uGyoWqiMqDqonLgaqLy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL&#10;gKqMy4CqjMuAqozLgKqMy4CqjMvaxQgK68kNIu7IEkLvxhVo0NIKh7G+L66luFS4n7VovJ2zdr+b&#10;sX/BmbCEwpSvhMOQr4XEja6FxYquhsaIrYbGh62HxoWtiMeDrYnHga2Lx4Csi8eArIvHgKyLx4Cs&#10;i8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8fVxggJ2cwKIOXPDUDY1QtfvdYL&#10;iKXENKact1q4mbVru5e0d72Ws3++lbKFwJGxhcGOsYXBi7CGwomwh8KIsIfDhrCIw4WvicODr4rE&#10;gq+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8TS&#10;yAgH088KHdXUCz3C2Qtjq94Qg5vOM5mUxFOmkb5nr5C6dLSQt325kbWEvI6zhr6Msoa/irKHwIiy&#10;iMCGsYjBhbGJwYSxisGCsYvBgbGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGM&#10;woCxjMKAsYzCgLGMwoCxjMLOyggGztEKHMbXCkGv6g5hneYceJDaMoiL0kyUictfnIjGbqOIw3io&#10;hcB8q4O/f66AvYGwf7yDsX28hLJ8u4aze7uHtHq6iLR5uom1eLmLtXi5jLZ4uYy2eLmMtni5jLZ4&#10;uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLbJywgGyNIJIrPfCUKg/BVak/Aoaovm&#10;OXeE30mCgdhbi4DTaZF80HGWec12mnbLep10yn2ecsl/oHHIgaFwx4Oib8eFo27GhqNtxoikbMWK&#10;pWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6XEzgcK&#10;t9kHJqP7Dj2W/x5OjfovW4byP2eA605xe+VbeXbgZYBx3WyEbtpyiGvZd4tp13qNZ9Z+jmbVgI9l&#10;1IKQZNSEkWPThpFi04mSYdKLk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HS&#10;jJNh0oyTYdKMk2HSjJP/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OM&#10;vb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfI&#10;lXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8&#10;p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7Ej&#10;Hv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bG&#10;uYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6P&#10;jsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKw&#10;xZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+u&#10;MTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZ&#10;x7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8&#10;jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9&#10;tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRcJ/7IiHv+uMDr/&#10;qT1Z7KNKedibW5jHlXKxxZd7tcOYg7jBmYq7v5WLvr2RjMG7jo7DuoqQxbmHkse4hJXJt4KYyraA&#10;m8u2fp7MtX2jzLN8p82vfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yo&#10;y698qMv/shcJ/7IhHv+vLzr/qjxZ7KRJetibWpnGlnGyxJh4tcKZgbnAm4i8vpeKv7yUi8K6kI3F&#10;uYyOx7eIkcm2hZTLtYOXzbSBms60f5/Ps36kz659ps6rfajMq32ozKt9qMyrfajMq32ozKt9qMyr&#10;fajMq32ozKt9qMyrfajMq32ozKt9qMz/shYJ/7MhHv+wLjr/qztZ7KRIetecWZrGl2+yxJl2tsKb&#10;f7nAnIe9vZqJwLuWisO5kovGt46NybaKj8y0h5LOs4SW0LKBmtGygJ/Srn+j0qp/pc+mf6fNpn+n&#10;zaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p83/sxYJ/7MgHv+wLTr/qzpZ&#10;7KVHetacWZrGmG2yxJp0tsKcfbm/nYW9vZyIwbuYicW4lIrItpCLy7SMjs6ziJHRsYWV07CDmtSw&#10;gqDVqoGi06aBpdCjgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOB&#10;p83/sxUI/7QgHv+xLTr/rDlZ66VGe9acWJvGmWuyxJxytsKde7m/n4O+vJ6IwrqaiMa3lonKtZKK&#10;zbOOjNCxio/Tr4eU1q6Fmtirg5/XpoOi1KKDpNCfg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN&#10;n4OmzZ+Dps2fg6bNn4OmzZ+Dps3/tBUI/7QfHv+xLDr/rDlZ66ZFe9WdWJvHmmmyxJ1wtsKfebq/&#10;oIK+vJ+IwrmciMe2mIjLtJSJz7GQi9OvjI7WrYmT2ayHm9umhp7ZooWh1Z6FpNGchabOnIWmzpyF&#10;ps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps7/tBQI/7QfHf+xLDr/rThZ66ZF&#10;e9WdV5zHm2eyxJ5utsKgd7q/oYC+u6GIw7ieh8i1mofNspeI0bCTitWtj43Zq4yT3aiKm96iiJ7Z&#10;noih1ZuHpNGZh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps7/&#10;tBQI/7UeHf+yKzr/rTha66ZEe9WdV5zHnGWyxJ9stcKhdbq+on6/u6OHxLigh8m0nYfOsZmI066W&#10;idirk4zcqJCS4aOOmt+ejJ7amouh1ZeKpNGWiabOlommzpaJps6WiabOlommzpaJps6WiabOlomm&#10;zpaJps6WiabOlommzpaJps7/tBQI/7UeHf+yKjr/rTda66dDfNWeVZ3HnWOyxKBqtcKjc7q+pHy/&#10;u6SFxLeih8qzn4fQsJ2H1ayaidupmIzgpZeT5p6Umt+ZkZ3alo+g1pSNo9KTjKXPk4ylz5OMpc+T&#10;jKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc//tRMI/7UeHf+zKjr/rjZa66dDfNWf&#10;U53HnmCyxaJotcKlcLq+pnq/u6aDxbelh8uzoofRr6CH16qeidykm4vgnZmO45qbmeCVlpzbk5Og&#10;15GRo9OQj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc//tRMI&#10;/7YdHf+zKTr/rjZa66hCfNWgUZ3Hn16xxaRktcKnbbm+qXe/u6mBxLaoiMuxpYfRq6KH16WfiNue&#10;nYjdl5uL4JKbk9+SnJzcj5if146VotONk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2T&#10;pNCNk6TQjZOk0I2TpND/tRMI/7YdHf+0KTr/rzVa6qhBfNWiTpzHoVqxxaZgtMKqabm/rXO+u659&#10;xLSqh8utpYbRp6KG1aCghtiZn4bbkp2J3Y2djt2MnpjbjJ6f2IuaotSKl6TRipek0YqXpNGKl6TR&#10;ipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNH/thII/7ccHf+0KDn/sDRa6qlAfdWkSZzI&#10;pFWwxqpbs8OvY7fAs2y9tq58xbCph8yppobQo6SF1JyihNaVoYXYj5+H2oqfi9uHn5LaiKGc14if&#10;odSHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNH/thII/7cb&#10;Hf+1Jzn/sDNa6qo+fdaoRJvJqE+vx7BTssW4WbW5s22/sa19xqyqhsulp4XPn6aE0ZikhNOSo4TV&#10;jKKG14ihiteFoY7Xg6KW1oSkn9SEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GE&#10;oqPRhKKj0YSio9H/txEH/7gaHP+2JTn/sTFa6qs8ftesO5nKrUStyblFrr24Wbiysm/ArK5+xqir&#10;hcqhqYTNm6eDz5Wmg9CPpYTSiqSG04ajiNSDo4zUgaOR1ICkmdOApqHRgKah0YCmodGApqHRgKah&#10;0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodH/uBAH/7kZHP+3JDn/sy9a6a05ftm0L5bMuDKp&#10;wr1AsLO2XbqssXHBp65+xaSshcidq4PKl6mDzJKohM6Np4TPiaeG0IWmiNCCpovRgKaO0X6mlNB9&#10;p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms//uQ8H/7oXHP+5&#10;Ijn/tS1a7LMwet3AH5DJwyGotbpItKu1YrymsnPAo69+w6CuhMaZrIPIlKuEyY+qhMqLqoXLiKmG&#10;zIWpiM2CqIrNgKiNzn6okc18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbN&#10;fKmWzXypls38uw4H/LwVG/67Hzj/tyla8L0kdN/TDoa5wSqqqrlPtqS1ZbygsnS/nrF/wpuvhMOW&#10;roTFka2Exo2thceKrIbIh6yHyYWriMmCq4rKgKuMyn6rj8p8q5LKfKuSynyrksp8q5LKfKuSynyr&#10;ksp8q5LKfKuSynyrksp8q5LKfKuSynyrksrxvQwG+b4SGvq+Gzf8uiVa584TaMjZC4mtwzKnobhW&#10;uJ21aLubs3W+mbJ/wJixhMGTsIXCj6+Fw4yvhsSJrobFhq6HxYSuiMaDrYrGga2Lxn+tjsd9rZDH&#10;fa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMffwAgF9cIPGfbCFjbu&#10;yBVQzdwMZrXaD4iiyTagmr5WsJe3armVtXa8lLR+vpSzhL+QsoXAjbGGwYqxhsGIsYfChrCIwoSw&#10;icKDsIrDgbCLw4CvjcN+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+P&#10;w36vj8PZwgcF5McLGO/IEDTR2gtFuukOaKbeGIKY0TeVkchToY/CZamOvnKujbx7soy6gbWJuIK3&#10;h7iEuIW3hbmDtoa6graHuoG1iLuAtYm7frWKvH20jLx8tI29fLSNvXy0jb18tI29fLSNvXy0jb18&#10;tI29fLSNvXy0jb18tI29fLSNvXy0jb3UxAcE1ssJFdPUCye94gxJqfQUZZnmJXiO3DmGiNRPkIbP&#10;YJeEzG2cg8l1oH/HeKJ9xnukesV9pnnEgKd3w4GodsKDqXXChKp0wYarc8GHq3LAiaxxv4utcb+L&#10;rXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i63PxgcC0M0JEsDZCSys9w9I&#10;m/oeXI/vMWuG50J2gOJQfn7dX4V72WmKd9Vuj3TTc5Jx0XeUcNB6lm7PfZdtzn+ZbM2BmWvNg5pq&#10;zIWbacyHnGjLiZ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfK&#10;jJ3KyAgBwtIHE67mCS2d/xVBkf8oUIf6OVyB80hmfO1UbnfoXnVx5GV6beFrfmrfcIFo3nWEZtx4&#10;hWXbe4dj2n6IYtqBiWHZg4pg2YWKYNiHi17Yioxe1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2N&#10;XtaNjV7WjY1e1o2NXtaNjV7WjY3EygcDsdoEFZ//DSiS/x03if8uQ4L/PU58/UtXd/hWX2/zXWVo&#10;8GJqZO1pbmHrb3Ff6XNzXeh3dVzne3Zb5n53WuaAeFnlg3lY5YV6WOSIelfki3tW4458VuOOfFbj&#10;jnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnz/qhwF/6onF/+nNi//okRK+p1S&#10;ZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHC&#10;vHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/&#10;qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6E&#10;lr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2&#10;w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqX&#10;X37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHuk&#10;wrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF&#10;/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++&#10;gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GO&#10;uMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhsF/6onF/+nNS//o0RK+p1RZemXXn7b&#10;lG2Uz5J3psWSgbTEk4i2w5KNuMGPj7rAi5G8v4iTvr6Flr+9gpjBvICbwrx+nsK8faHDu3ukxLt6&#10;qcS6ea3EtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsP/qxsF/6sm&#10;F/+oNC//pENK+Z5QZemYXX/alWmVzZR0qMWUfrTElYa2wpWMucGRjru/jZC9vomSv72GlMG8g5fD&#10;u4GaxLp+ncW6faHGunulxrl6qsa1eqzGsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSx&#10;eq3EsXqtxLF6rcT/qxoF/6slF/+pNC//pEJK+Z9PZuiZXIDalmaWzJVxqcWVfLTEloO3wpeLusCT&#10;jLy+j46/vYuQwbyHk8O6hJbFuYGZxrl/nce4faHIuHymybV6qsmwe6vHrHutxax7rcWse63FrHut&#10;xax7rcWse63FrHutxax7rcWse63FrHutxax7rcX/rBkF/6wkFv+pMy//pUFK+Z9PZuiZW4HZmGOW&#10;zJZvqsWWebTDl4G3wZiJur+Vi72+kY3AvI2PwrqIksW5hZXHuIKYybd/ncq2faLLtnyoy7B7qcqs&#10;fKrIqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMX/rBkF/6wkFv+q&#10;Mi//pUFL+aBOZ+eaWYHZmWGXy5dtq8WXd7TDmX+3wZqHu7+Xir69k4zBu46OxLmKkMe4hpPJtoKY&#10;y7V/nc20fqPOsXymzqx9qMuofarJpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzG&#10;pX6sxqV+rMb/rBkF/60jFv+qMi//pkBL+KBNZ+ecV4HZml6Xy5hqrMWZdLTDmn23wZuFu76Zib+8&#10;lYrCupCMxbiMj8i2h5LLtIOXzrOAndCyf6TRrH6lz6h+p8ykf6nJoYCsxqGArMahgKzGoYCsxqGA&#10;rMahgKzGoYCsxqGArMahgKzGoYCsxqGArMb/rRgF/60jFv+rMS//pj9L+KBNZ+edVYHZnFyXyplo&#10;rMWacrTDnHq4wJyDu76cib+7l4nDuZOLx7eOjcu0iZDOsoSW0bGBndOsgKLTp4Cl0KSAp82gganK&#10;noGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8b/rRgF/60iFv+rMS//&#10;pz9L+KFMZ+eeU4HZnVmXyptlrMWcb7TDnXi4wJ6BvL2eiMC7mojEuJWJybWQi82yi4/RsIaV1a6E&#10;ntengqHUo4Kk0Z+Cp82cg6nKmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOr&#10;x5qDq8f/rRcF/64iFv+rMC//pz5L+KFLaOefUYHZn1aXypxirMWdbLTDn3W4wKB+vL2gh8G6nYjG&#10;t5iIy7OTic+wjo3UrYmU2aiGndqihaHVnoWk0ZuFps6ZhanKl4Wrx5eFq8eXhavHl4Wrx5eFq8eX&#10;havHl4Wrx5eFq8eXhavHl4Wrx5eFq8f/rhcE/64iFv+sMC//pz5L+KJLaOihT4HZoFOXyp5frMaf&#10;abTDoXK4wKJ8vL2ihMG5oIfHtZyHzbKXiNKuk4vYqo6T36KLnNyciaDWmYij0peIps6ViKnKlIir&#10;x5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8f/rhcE/64hFv+sLy//qD1L&#10;+KJKaOiiTYDZolCXy6BcrMahZbPDpG63wKV4vLylgsK4pIfItKCHzrCdiNWrmYrdpZeT5puRm92W&#10;j6DXlI2j05KMps+Ri6jLkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCK&#10;q8j/rhYE/68hFv+tLy//qDxL96JJaOikSoDZpE2Wy6JYq8akYbPEp2q3wKl0vLypfsK4qIfIs6aH&#10;z6yih9eknYndmpqN4ZWam96RlZ/Yj5Oi046QpdCOj6jMjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ&#10;jY6qyY2OqsmNjqrJjY6qyY2Oqsn/rxYE/68hFv+tLi//qTxL96NJaeimSH/ap0iVzKVTqseoXLLE&#10;rGS2wa5uu72veMC2rITJrqeH0KajhtWdoIbZk52J3Y2dlN2NnZ/Yi5mh1IuWpNCKk6fNipGpyYqR&#10;qcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcn/rxUE/7AgFv+uLi//qTtL96RH&#10;aemoRH7bq0OUzalMqcitVLDGs1yzwrdmubewd8Kwq4TJqaeGz6GkhNOXooTWjqCH2Yifj9qHoZrY&#10;h6Ch1IebpNGHmKbOh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcr/&#10;sBUE/7AgFf+uLS//qjpL+KZEaOqrQH3crzySz69Cpsq1Sa3GvFKxubVnu7CweMOrrITJpKmEzZym&#10;g9CTpITTi6OG1YWijNaCopTWg6Sd1IOipNGDnqbOhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqo&#10;y4SaqMuEmqjLhJqoy4SaqMv/sBQE/7EfFf+vLC7/qzlL+KlAZ+uvO3vetjOP0ro0oczCOaq7ulW1&#10;sLRqvaqwecOnrYTHn6qEy5iog82Qp4TQiaWG0oSkitOApJDTf6WX0n+moNB/pabOgKCoy4CgqMuA&#10;oKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMv/sRME/7IeFf+wKy7/rDdM+qw7Ze21&#10;NHjivymJ2MwgmL6/Pa6wuFm4qbNsvqWwesKiroTFm6yDyJSqhMqOqYTMiKiGzoOnic+Ap43PfqeT&#10;z3yoms58qaLNfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMv/shIE&#10;/7MdFf+xKS7/rTZM/LE1YvG9KnLmzR+AyMwhm7G8RbKot165o7NvvqCxe8Ger4TDl66ExpGshMeM&#10;q4XJh6qHyoOqicuAqozMfamQzHyqlct6qpzKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmr&#10;pMp5q6TKeaukynmrpMr/sxEE/7QbFP+zJi7/rzNM/bkrXevKH2nS3xF/ucwnnKe9TLGgt2K5nbRx&#10;vZuyfL+asYTBlLCEw4+vhcWKrobGhq2Hx4OsiceArIvIfqyOyHysksh7rJfIea2ex3mtnsd5rZ7H&#10;ea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsf/tRAD/7YZFP+1JC3/tCxJ8sUfVNbdEmLB&#10;3xOBrM0ump/AT6uauGW3l7Vyu5a0fL2VsoO/kbGFwY2xhsKJsIfDhq+Iw4OvicSBr4vEf66NxX2u&#10;kMV7rpTFeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcT/tw4D/7gW&#10;E/+3IC35vx9B3NkRRMTrEmax3xiBoNAzlZfGUKOTwGOtkbtxs5G4e7iQtoK7jrSFvYuzhr+IsofA&#10;hrKJwISxisGCsYvBgLGNwX6xj8J8sZLCe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7&#10;sZXBe7GVwXuxlcH0ugsD/bsSEv67Gyzl0A8yyOkPSrTyFWei4iJ9ltY3jY/OT5iMyGGgisRuporB&#10;eKqHv32thL6AsIG8grF/u4SzfbuFtHu6h7V6uYm1ebmLtne5jbZ2uI+3dLiTt3S4k7d0uJO3dLiT&#10;t3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7fcvgYC+MAOEe7IDiLL2wsutvgRTKX1HWOX6Cx1&#10;jd89gYfYUIuD02CSgs9sl3/Nc5t8y3edecl6oHfIfaF1x3+jc8aCpHLFhKVwxYalb8SIpm7Eiqdt&#10;w42na8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKjXwAYB28YIDsvT&#10;ChW46Awypv8VSpj6JlyN8DdphelGdH/kU3t832CBeNxohXTabYlw2HGLbtZ1jWzVeI9q1HuQadN+&#10;kWfTgJJm0oOTZdKFlGTRh5Rj0IqVYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6W&#10;YtCOlmLQjpbRwgYBzcsJBbraBxmo/g4xmf8dQ47/L1GF+j9cfvRNZHnwWGpz7F9vbepjc2nnaXZn&#10;5W55ZeRye2Pjdn1i4nl+YOF8f1/gfoBe34GBXd+DglzehoNb3YmEWt2NhVrdjYVa3Y2FWt2NhVrd&#10;jYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYXLxAYAu9EGB6nnBhqa/xMrjv8kOYX/NkR+/0RNef9R&#10;VXH7V1tr911gZfRiZGLyaGdf8G1qXe9xbFvtdW1a7XhvWex7cFjrfnFX6oFyVuqEclXph3NU6Yp0&#10;U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnW8yQUAq9sBCJr/CxaP&#10;/xkjhf8rLX7/OTd4/0ZAcP9OR2n/VE1i/1pSXv5hVlr8ZllY+2tbVflwXVT4dF5S93hfUfd7YFD2&#10;fmFP9YFiT/WEY070h2RN9ItlTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQ&#10;ZkzzkGb/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2&#10;w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmO&#10;fpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8&#10;/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvB&#10;e6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4&#10;tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WW&#10;uMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfR&#10;jYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oRgD/6MrEP+gOiX/nEg8/5dW&#10;U/iTY2jskml64ZFzitiPfJjQjoSkyo6MrcaNkLTEipO3w4aVuMKEmLnBgZu6wX+du8B9oLzAe6S8&#10;wHqnvcB5rL3AeLC9vXizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7z/&#10;oRgD/6MqEP+hOSX/nUg9/5hVVPeUYWnrlGZ74JJvjNaReJrOkIKmyI+JsMSPj7bDi5G3woiUucGE&#10;l7rAgpq8wH+dvb99oL6/e6S+vnqov754rb+9eLG+uHiyvrR5s720ebO9tHmzvbR5s720ebO9tHmz&#10;vbR5s720ebO9tHmzvbR5s73/ohgD/6QpEP+hOCX/nUc9/5lVVPeWXmnrlWN74JRsjdWSdZzNkX+o&#10;x5GHssSRjrbDjZC4wYmTusCGlry/gpm9v3+cvr59oL+9e6XAvXmqwL14sMC4ebDAtHmxv696sr2v&#10;erK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr3/oxgD/6QpEP+iOCX/nkY9/5lUVfeX&#10;XGnrl2B835ZpjdWTcp3MknyqxZKFtMSSjLbCj4+5wYuSu8CHlb2+g5i/vYCcwL19oMG8e6XCvHmr&#10;wrl5r8K0ea/BsHqwwKx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr7/oxgC&#10;/6UoEP+iNyX/n0Y9/5pTVfeZWmnrmV5835dljtSVb53LlHmrxZOCtMSUirfCkY65wIyQvL+Ik769&#10;hJfAvICbwrt9oMO7e6bEunqtxbR6rsSveq/CrHuwwKh8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8&#10;sb+ofLG/qHyxv6h8sb//pBgC/6UoEP+jNiX/n0U9/5pTVfeaV2nrm1t835lijtSXa57LlXasxZSA&#10;tMOViLfBk426wI6Pvb6JksC8hZXCu4GaxLl9oMa5e6jHtHqrx697rcWre67Dp3yvwaR9sb+kfbG/&#10;pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb//pBgC/6YnEP+jNiX/oEQ9/5tSVvecVWnr&#10;nFh835tejtSZZ57Kl3OsxZZ8tMOXhbfBlou7v5GNvr2LkMG7hpTEuYGZx7d+oMm2fKnKrnuqyKp8&#10;rMamfa3Eo36vwaB+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb//pRgC/6Ym&#10;D/+kNSX/oEQ9/5xRVveeU2nrnlV7355ajdSbZJ7KmW+sxZh5tMOZgrjBmYq7vpSMv7yOjsO5iJLH&#10;t4KYy7V+oc2vfKfNqX2pyqV+q8eif63En3+vwp2Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+d&#10;gLG/nYCxv52Asb//phgC/6cmD/+kNSX/oEM+/51QVfefUWjroFN74KBXjdSeX57Km2usxZt1tMOb&#10;frjAm4e8vZeKwLqRjMW3ipDKtISXz7KAo9Kof6XPo4Coy6CAq8edga3Fm4GvwpmCsb+ZgrG/mYKx&#10;v5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb//phgC/6clD/+lNCX/oUM+/55OVfihTmjsolB6&#10;4KNSjNWhW53Lnmasxp1xtMOeerjAnoS8vJuIwrmVise1jY3OsIaW1KmCoNahgqTQnYKoy5qDqsiZ&#10;g63Fl4SvwpaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMD/phgC/6clD/+l&#10;NCX/oUI+/59MVfiiTGfspU154aZOi9WkVpzMoWGqxqFss8OidrfAooC9vKCHw7eaiMqyk4rSrIuU&#10;26CHn9iahqTRl4anzJWGqsiUh6zFk4euw5KHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DA&#10;koewwJKHsMD/pxgC/6gkD/+mMyX/okI+/6BKVPmkSmbtp0p44qlLitaoUZrNplupx6VlssSncLbA&#10;p3q8vKaDw7aih8uvnYjWpZeV5pePntqTjaPSkYunzZCLqsmQiqzGj4quw4+JsMGPibDBj4mwwY+J&#10;sMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMH/pxgC/6gkD/+mMyX/okE+/6JIVPmmR2buqkd3461H&#10;iNmtS5jPrFSmyKxer8avaLPCsXO5vrJ9wLKqh8uloobVlJyL3o+andqNlaLTjJKmzouQqcqLjqvH&#10;i42txIyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8H/qBgC/6kkD/+nMiX/&#10;o0E+/6RGU/qpRGTvrUN15LFChdu0RJTStUqhy7dTq8q+X629t264srB8wqmqhsucpYTSjaCH2Iag&#10;l9mHnqLTh5ilz4eVqMuHk6rIiJGtxYiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCv&#10;woiQr8L/qBgC/6kjD/+nMiX/o0A+/6ZDUvurQWPwsT9z57c9gt6+O4/WxD+azMVKpry8XbKxtW+7&#10;qrB9w6OrhMmWp4POiqSG04GjkNWBpZ/SgqGlz4KcqMyDmarJhJasxoWUrsOFlK7DhZSuw4WUrsOF&#10;lK7DhZSuw4WUrsOFlK7DhZSuw4WUrsP/qRgC/6ojD/+oMSX/pD8+/6hAUfyvPGHztjlw6r83fePK&#10;NYfU0TeVvsJLqbC5YLWotHC9o7B+wp2thMeSqoTLiKeGzoCmjdB9p5jQfaikzn6kqMt/n6rJgJur&#10;xoGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcT/qhcC/6oiD/+oMCX/pT4+&#10;/6s7T/+0N132vTNq68oxddzaKYLEzjiZssFPq6e4Y7ehtHO8nrF/wZivhMSPrITIh6qHyoCpjMx8&#10;qZPMeqqcy3mrpsp6p6rIfKKrx32ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2e&#10;rcT/qhYC/6shDv+pLiX/pzw+/7A2TPy6MFnvyCxi3tknbcvcJoa2zDybqMFUq5+5ZrabtXS8mbJ/&#10;v5WwhMKNr4XEhq2HxoGsi8h9rJDIe6yYyHmtn8d3rafHd6qsxnmlrcR5pa3EeaWtxHmlrcR5pa3E&#10;eaWtxHmlrcR5pa3EeaWtxHmlrcT/qxUC/6wgDv+rLST/qzY7/7YvSPPEKFHg1iZWzOQicbvaKIiq&#10;zEGbn8NXqZm8abKWt3a5lLSAvZGyhcCLsYbBhrCIw4Gvi8R+ro/Fe66UxXqvmsR4r6DEda+nxHSt&#10;rsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsP/rBQC/60fDv+sKyT/sC83+r8l&#10;QeTRIEXO5B1bvekidK3aLImfzkWZl8ZapJPAaq2Ru3azkLh/t422hLuJtIa9hbKIv4Kxi8F/sY7B&#10;fLGSwnqxlsF5sZvBeLKhwHSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8H/&#10;rhIB/68dDf+uKCT/uCQx6ssaNdDiF0O/8B1er+gldaDbMYeW0UiUkMpcno3FaqWLwXaqib59r4W8&#10;gLKCuoO0frmGtny4ibd5t4y4d7ePuXa2k7p1tpe6dLadunO3pLlzt6S5c7ekuXO3pLlzt6S5c7ek&#10;uXO3pLlzt6S5c7ekuXO3pLn/sBAB/7EaDf+xJSPzxBcn1N8QK8HvF0iw9yBgoeorc5XfOYKN10yN&#10;iNFdlYbMapuEyXSggMZ5pH3EfaZ6woCpd8GDqnXAhqxzv4qtcb+Nrm++kK9uvpSvbL6Zr2u+oK9r&#10;vqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK//sw4B/7QWDPy8FxrW1gsWw+0QMLL8&#10;GUqi+SVelu0zbozlQXqF3k+Dgdlein/Vao960nCTds91l3POeZlxzH2bb8uAnW3KhJ5ryYefacmK&#10;oGjIjqFnx5KiZceWomTHnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKP0tgoB&#10;/7gSC9XMCgvE2woZsvwRM6P/HUiW/CxYjPM7ZYTsSW9+51V2euNgfHXfZ4Fx3W2Ebdtyh2rZdolo&#10;2HqLZtd9jWTWgY5j1YSPYdSIkGDTi5Ff04+SXtKUklzSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zS&#10;mZNc0pmTXNKZk1zSmZPcuwQA2MMHBMTRCAez6Aoco/8UMZb/JEOM/zRQhPtCWn32T2J48Vpoce5f&#10;bWvrZHFn6Wl0ZOdudmLmc3hg5Xd5X+R6e13jfnxc4oF9W+KFflrhiH9Z4IuAV+CQgFbflYFW35WB&#10;Vt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYHUvQUAxMgHALTZBQqj/g0clv8aLIv/KzqD&#10;/zpEfP9ITXX/UlNu/VdYZ/pdXGP3Yl9g9mdiXfRrZFvzb2VZ8nNnV/F3aFbxemlV8H1qVO+Aa1Pv&#10;hGtS7odsUO6LbU/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG7GwAUAtNAE&#10;AaPjAgqW/xAYi/8gJIL/MC96/z83cv9IPmr/TkNk/1RIXv9ZTFv/X09Y/2RSVf9pVFP/bVVS/nFX&#10;UP10WE/8eFlO+3taTft/W0z6g1xL+YZdSfmLXkj4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I&#10;+JBfSPiQX0j4kF+1xwIApNoAAZb/BgeK/xQRgf8kGnn/MyJw/zsqaP9CMWH/SjZc/1E7V/9XP1P/&#10;XUJQ/2JETv9nRkz/bEhK/3BJSf90Skj/d0tG/3tMRf9/TUT/g05D/4dOQv+LT0H/kVBB/5FQQf+R&#10;UEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVD/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj&#10;8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvL&#10;cLary2+8q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/kRIB/5UnC/+V&#10;Oxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWi&#10;ps10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq&#10;xHHAqsRxwKr/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bW&#10;fZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRx&#10;wKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opy&#10;ceqIfH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLar&#10;y2+8q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/khIB/5YnCv+WOxz/&#10;lEsw/5BZQ/+PY1T6jmlk8Y1wcumLen7iiYKJ3IWJktiCjpnUf5Oe0X2Xos97m6bNeZ6ozHeiqst2&#10;pazKdKmtyXOtrslysq/JcbevyHG8r8Jzva6+dL2vvnS9r750va++dL2vvnS9r750va++dL2vvnS9&#10;r750va//kxIB/5cnCv+YOxz/lUsw/5FZRP+RYFX6kGZk8I9tc+iNd4DhjICL24iHlNWFjZzSgpGh&#10;z3+Wpsx9manLe52syXmhrsh3pbDHdqmxxnWtssZ0srPGc7mzwnW6s7x1urO4drqzuHa6s7h2urO4&#10;drqzuHa6s7h2urO4drqzuHa6s7h2urP/lBEB/5gnCv+ZOxz/lksw/5JZRP+SXlX6kmRl8JFqdOeP&#10;c4Hgjn2M2YuFltSIi57QhZCkzYKUqcp/mK3IfZywx3ugssZ5pLTFeKi1xHautsR1tLbBdre2vHe3&#10;trd3t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7b/lREB/5knCv+ZOxz/l0ow&#10;/5NYRP+UXFX6lGFl8JNndOeRcILfj3qO2I2DmNKLiqDOh4+ny4STrMiBl7DGf5uzxH2ftcN7pLfC&#10;eam5wnevucJ2tbm8eLa4uHi2uLN4trewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5&#10;t7f/lhEB/5onCv+aOxz/l0ox/5RVRP+WWVX6ll5l8JVkdOeTbILekXaO2I9/mdGNiKLNio6pyYeS&#10;rsaElrPEgZq2wn6fucJ7pLrBeaq6wXexur14tbq3eLW5s3m1ua95trisera3rHq2t6x6tresera3&#10;rHq2t6x6tresera3rHq2t6x6trf/lxEB/5smCv+bOxz/mEkx/5ZTRP+YV1X6mFtl8JdhdOeWaILe&#10;k3KP1pF7mtCPhKPLjYyrx4qRscSGlbbDg5m4wX+eusF7pLvAeau8v3ezvLh4s7uyebS7rnm1uqt6&#10;tbmoe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trj/lxEB/5smCv+cOhz/mEkx/5hR&#10;RP+aVFT6m1hk8JpddOeYY4Lelm2P1pN3mtCRgKTKj4msxo2Ps8OJlLfChJi6wH+evL97pb6/ea6+&#10;uXiyvrJ5sr2terO8qXu0uqZ7tbmkfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trj/&#10;mBEB/5wmCv+cORz/mUgx/5lPRP+cUlT7nVVj8Z1ac+ebX4HemWmP1pZyms+TfKXKkYWtxZCNtMOL&#10;krjBhZa7v4Cdvr17pcG7ea/BsnqwwKx7sb6oe7O9pXy0u6J9tbmgfba4oH22uKB9trigfba4oH22&#10;uKB9trigfba4oH22uKB9trj/mREB/50mCv+dORz/mUcx/5tNQ/+eT1P7n1Jj8aBWcuifW4DfnWSO&#10;15ptmtCXd6TKlIGtxZKKtcKOkLm/h5W9vYCcwbt7p8Szeq3Eq3uvwqZ8sb+jfbK9oH60u55/tbmc&#10;f7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/trj/mREB/54mCv+dOBz/mkcx/5xLQv+g&#10;TVL8olBi8qNTcemjV3/goV6M2J5nmNCbcaPKmHutxZWFtMKSjbq+ipK/uoGbxbd8qcmrfKvHpH2u&#10;w6B+sMCdf7K9m4Czu5mBtbqYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtrj/mhEB&#10;/54mCv+eOBz/mkYy/55JQv+iSlH9pE1g86ZQb+qnVH3hpliK2qRiltKha6HLnXWrxpqAs8KYirq8&#10;jo/CtoOZy6x9ps6if6rJnYCtxJqBsMCYgrK+l4OzvJWDtbqUg7a4lIO2uJSDtriUg7a4lIO2uJSD&#10;triUg7a4lIO2uJSDtrj/mhEB/58mCv+eNxz/m0Yy/59HQf+kSFD+p0pf9KlMbeurUHvjrFSH3Ktc&#10;k9SpZZ3Opm+nyKN6sMOfhLi7lovEsIyZzqCDpNGZhKnKloWtxZSFr8GThbG+koWzvJGFtLqRhbW5&#10;kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbn/mxEB/58mCv+fNxz/m0Uy/6FFQP+mRk//&#10;qkdd9q1Ja+2wTHjms0+D37RVjtm1X5fTtWmgzrV2p8GrfLawn4XEoZWSzpSOo9KQi6jLj4qsxo6K&#10;r8KOibG/jomyvY6ItLuOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6Itbn/mxEB/6Am&#10;Cv+fNhz/nEQx/6NDP/+oQ07/rURb+LFFaPC2SHTpu0x+48BRh9/GW47WyGuUxr1xprWzeLWlqIHD&#10;lJ+NzYmcotKHlKfMiJGrx4mPrsOJjrDAiY2yvoqMs7yKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqK&#10;i7S6iou0uoqLtLr/nBAB/6EmCv+gNhz/nkIx/6VAPv+rQEz/sUBZ+rdBZPO9RG/uxUl35c5SfN3W&#10;Yn/MzmiSvMVupKu7drSasX/BiqqKy3+nnc+An6jMgpmrx4OVrcSEk6/BhZGxv4aPs72HjrS7h460&#10;u4eOtLuHjrS7h460u4eOtLuHjrS7h460u4eOtLv/nRAB/6ImCv+gNRz/oD8w/6c9Pf+uPEr/tTxV&#10;+r09YPDGQmfm0Ups3t5Ods3aV4e+0GKWrsVupaG8ebKVtIO9hq2IxnuqlMp4q6jJe6Krx36crcSA&#10;ma/CgZawwIKUsr6DkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7z/nhAB/6ImCv+h&#10;NBz/ojwu/6o6O/+yOEf8uzdR8sU6WObRQVzb3kJpzeJGfL7XUYyuzF+bocNtqJi8ebKRtYS7hbGJ&#10;wnyukcV4rp/Fda2sxXilrsR6oK/CfJywwH6Zsb5/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9&#10;f5ayvX+Wsr3/nhAB/6MlCf+iNBz/pTkt/641OP+4M0L0wzNK59A4TtneOVrL5j1uvuBCgK7UUJCh&#10;y1+dmMNtqJG9ebGLuIO4g7SIvX2xkMF5sZrBdbGlwXKvr8J1qK/Bd6OwwHmfsb97nLK9e5yyvXuc&#10;sr17nLK9e5yyvXucsr17nLK9e5yyvXucsr3/oBAB/6QkCf+jMhz/qDQr/7MvNPm/LTzpzS9A2d4v&#10;SsrnNF+96jpzr95Bg6HTUZGXy2CdkMRupoy/eq2Gu4Gzf7iHuHq2jbt3tZW8dbWfvHK0qL1us7K+&#10;cayyvnSnsr52o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr3/oRAB/6UjCf+kMRz/&#10;rS4n/7kpL+7IJjPa3CY3yucsT73yMmOv6Dl1od1ChJbUU5CPzWKaisdwoobDeqiAv4Cte72FsXa7&#10;i7RzuZK1cbmatnC5o7Vtuau2ari0uGuytrhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2&#10;uG6strj/oxAB/6ciCf+lLxv/syci9MIhJt3YHSTL5yM8vfIqU6/zMmah5zt2ld5Gg43WVo2H0GSW&#10;hMtxnH/IeKF6xX6ldsKDqXLBiatvv4+tbL+Wrmu+na5qv6auaL+urmW9uLBlubuwZbm7sGW5u7Bl&#10;ubuwZbm7sGW5u7BlubuwZbm7sGW5u7D/pRAB/6ggCP+sJhf8ux0a49ETGczlGSm98iJBr/0qVaHz&#10;NGaW6T90jOFLf4XbWYiA1WaPfNFvlHfOdplzy3yccMmBn23Ih6Fqx4yjaMaSpGbFmaVkxaClZMWo&#10;pWPGsqRgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6b/qBAA/6oeCP+zHRHsyQ4P&#10;zuMOFb7yGC2v/iJDof8tVZb0OWSM7EVvhOVReX7gXIB53GeGdNluinDWdI5s03mRadJ/k2fQhJVk&#10;z4qXYs6PmGDNlZlfzZyaXs2im13Nq5tczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzN&#10;tJr/qw8A/60aB/LADQjO0woGvvAOGq/+GTCh/yRDlf8yUov4P16D8UtofexWcHfoX3Zx5GV6bOFs&#10;fmnfcoFm3XiEY9x9hmHbgohf2oeJXdmMi1vYkoxZ15iNWNaejVfWpY5W1ayOVtWsjlbVrI5W1ayO&#10;VtWsjlbVrI5W1ayOVtWsjlbVrI7/rw0A/7cOA83JCAG+2AkJrv0QHKH/HC+V/yk/i/83TIL+RVZ8&#10;+VBedfRZZG7xX2lo7mRtZOtqcGHqcHNf6HV1Xed6d1vmf3hZ5YR5WOSJe1bjjnxV4pN9VOKYflLh&#10;nn5R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX/xtAgAzsAGAL3OBwGu4AcLoP8S&#10;HJT/ICuK/y84gf89Q3r/SUtz/1JRbP5XV2X7XVth+WNeXvdoYFv1bWJY9HJkVvN3ZlXye2dT8YBo&#10;UfCEaVDwiWpP745rTu6TbEzumW1L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn27R&#10;uQMAvMUFAK3WAwGf+AsLk/8WGIn/JCSA/zQvef9BN3D/SD5o/09DYv9VR13/WktZ/2BNVv9lUFP/&#10;alFR/25TT/9yVE7/dlVM/ntWS/1/V0n9hFhI/IhZR/uNWkb7k1tF+phcRfqYXEX6mFxF+phcRfqY&#10;XEX6mFxF+phcRfqYXEX6mFy9vQMArc0BAJ7fAAGS/w0Ih/8ZEn7/KRt1/zUjbP88KmT/Qy9e/0o0&#10;WP9QN1T/VjpR/1s8Tv9gPkv/ZEBK/2hBSP9sQkb/cENF/3RERP94RUL/fUZB/4FHQP+GSD//jEk9&#10;/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUquxQAAntcAAI/1AAGG/w8EfP8bC3H/&#10;JBFn/ywXX/81HFn/PSFU/0UmT/9LKUz/UixI/1cvRv9dMET/YTJC/2YzQP9qNT//bjY9/3M3PP93&#10;ODv/fDk6/4E6OP+GOjf/jDs2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjz/gxMB&#10;/4QiBv+FNRT/g0Yk/39VNP+BXkL/gWZQ/39uXPl8d2bzeoBv7neId+p1j33ncpWC5HCaheNunojh&#10;bKKL4Gunjd9pq47eaK+Q3We0kd1mupHcZcGS3GXJkttl0JLSZ9KRzmjSkc5o0pHOaNKRzmjSkc5o&#10;0pHOaNKRzmjSkc5o0pH/gxMB/4QiBv+FNRT/g0Yk/39VNP+BXkL/gWZQ/39uXPl8d2bzeoBv7neI&#10;d+p1j33ncpWC5HCaheNunojhbKKL4Gunjd9pq47eaK+Q3We0kd1mupHcZcGS3GXJkttl0JLSZ9KR&#10;zmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pH/gxMB/4QiBv+FNRT/g0Yk/39VNP+BXkL/&#10;gWZQ/39uXPl8d2bzeoBv7neId+p1j33ncpWC5HCaheNunojhbKKL4Gunjd9pq47eaK+Q3We0kd1m&#10;upHcZcGS3GXJkttl0JLSZ9KRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pH/hBMB/4Ui&#10;Bv+GNRT/hEYk/4BVNP+EXUP/hWVQ/4NtXfiAdWjyfX5x7HqGeeh3jX/ldZOF4nKYieBwnYzfbqKO&#10;3WymkNxrq5Lbaa+U2mi1ldpnu5XaZsOW2mbMltNoz5bMac+VyGrPlshqz5bIas+WyGrPlshqz5bI&#10;as+WyGrPlshqz5b/hRIB/4ciBv+HNRT/hUYk/4RUNf+IXEP/iGRR/odrXveDcmnxgHxz632Fe+d6&#10;jILjd5KH4HSXjN5ynI/ccKGS226mlNlsqpbZarCY2Gm2mddovZnXaMaa02jMmsxqzJnGa8yawmzM&#10;msJszJrCbMyawmzMmsJszJrCbMyawmzMmsJszJr/hhIB/4ghBv+INRT/hkYl/4dTNf+LW0P/jGJR&#10;/opqXvaHcWrwhHp06oCDfeV9ioTiepCK3naWj9x0m5LacaCV2G+lmNZtq5rVa7Cb1Wq3nNRpv53U&#10;acmdzGvKncZsyZ3AbcmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ3/hxIB/4khBv+K&#10;NRT/iEYl/4pSNf+OWkP/j2FR/o5oXvaLb2rvh3h16YSBfuSAiIbgfI+M3XmUkdp2mpXYc5+Z1XCl&#10;m9Ruqp7TbbGf0mu4oNJrwqHNbMehxm7HocBux6G7b8ehuHDHobhwx6G4cMehuHDHobhwx6G4cMeh&#10;uHDHobhwx6H/iBEB/4ohBv+LNRT/iUYl/41RNf+SWEP/kl5R/pBlXvaObGvvi3V26Id+gOOEhoje&#10;f42P23uTlNh4mZnVdZ6c03Kkn9FwqqLQbrKj0G26pM5sxKXGb8Skv3DEpbpxxKW1ccSlsnLEpLJy&#10;xKSycsSksnLEpLJyxKSycsSksnLEpLJyxKT/iREB/4shBv+MNBT/ikYl/5BPNP+UVkP/lFtR/pNh&#10;XvaRaGvujnB26It7gOKHg4ndg4qR2X6Rl9V6l5zTd52g0HSko89xqqbOb7OnzW69qMdwwqi+ccGp&#10;uHLBqbRzwamvdMKorXTCp610wqetdMKnrXTCp610wqetdMKnrXTCp610wqf/ihEB/4whBv+NNBT/&#10;i0Ym/5NONP+WU0L/l1hQ/pZeXvaUZGrukmx25492geGMgIrch4iS2IKPmdN9lZ/QeZyjznWjp8xy&#10;q6rLcLSryHC/rL9zvqy3dL6tsnW+rK52v6yqdr+rqHfAqqh3wKqod8CqqHfAqqh3wKqod8CqqHfA&#10;qqh3wKr/ixEB/40gBv+ONBT/jUUm/5ZNM/+ZUEH/mlVP/5paXfeYYGnvlWh16JJwgOGPe4rci4ST&#10;1oaMmtKAk6HOe5qmzHeiqsp0q67IcrivwHS8r7d1vLCwdrywq3e8r6h4va+leb6to3m+raN5vq2j&#10;eb6to3m+raN5vq2jeb6to3m+raN5vq3/ixAB/44gBv+PNBT/j0Ql/5hKM/+bTUD/nVFO/51XW/ic&#10;XGjwmmN06Jdqf+KTdYrcj4CT1oqJm9GEkKPNfpipyXmirsd1rbHEdLqzt3a5s694ubOqebqzpnq6&#10;sqN7u7Gge7ywn3y9rp98va6ffL2un3y9rp98va6ffL2un3y9rp98va7/jBAB/48gBv+QNBT/kkMl&#10;/5pIMv+dSj//n05N/6BTWvmgWGbxn19y6pxlfeOYb4jck3qS1o+Em9CIjaPLgZarx3uhscV2sLW6&#10;d7e2r3m3tqh6uLajfLi0/+L/4klDQ19QUk9GSUxFAAUJoHy5s559urKcfruxm368sJt+vLCbfryw&#10;m368sJt+vLCbfrywm368sJt+vLD/jRAB/48gBv+RNBT/lEMk/5tGMf+gSD7/oktL/6RQWPqkVWTz&#10;pFpw66Jhe+SfaYXemnOQ15V+mdCOiKPKhZOsxH2gtL14sLmvebW5pnu2uKF9t7adfri1m3+5tJl/&#10;urOYgLqyl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7H/jRAB/5AgBv+RNBT/l0Ik/51D&#10;MP+iRT3/pUhJ/6hMVfypUWH1qlds7qldd+eoY4HhpG2L1p55lsuVg6LAi46ttoOatq5+qrukfLO8&#10;nn61upqAt7eYgbi1loG5tJWCurOUgrqyk4K7sZOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7H/&#10;jhAB/5EgBv+SNBT/mUEj/59BL/+kQjv/qEVH/6xJU/6uTl71sFNo7LJacuSzYXvbr26EzKZ2lMCc&#10;fqK0koiuqYqUt6CFpL2ZgrG+lYO0u5OEtriShLi2kYS5tJCEubOQhLqykIS6spCEurKQhLqykIS6&#10;spCEurKQhLqykIS6spCEurL/jw8B/5IgBv+TNBT/mj8i/6E/Lv+nQDr/rEJF/7BGUPmzS1rwt1Jj&#10;6LtZa9+9ZHLRtmyCxKxzk7ajeqGqmYOunpKQt5SNn76Oi7G/jImzvIyJtbmMiLe2jIi4tYyHubSM&#10;h7qzjIe6soyHurKMh7qyjIe6soyHurKMh7qyjIe6soyHurL/jw8B/5IfBv+UNBT/nD0h/6M8Lf+q&#10;PTj/r0BC/7RETPW6SVXsv1Fc5MZaYdjFYm/JvGmBu7Jwkq2qd6CgoYCtk5uLt4mWm72Dla+/hJGz&#10;vIaOtbmHjba3h4y3toiLuLWJirm0iYq6somKurKJirqyiYq6somKurKJirqyiYq6somKurL/kA8B&#10;/5MfBv+VNBX/njsg/6U5K/+sOjX/sz0/+7pCR/HBSE7oyVFS39FbWc/KYG3BwmeAsrltkKSxdJ+X&#10;qn2riqSItX+gl7t4n6y+fJqzvH+VtLqBkra4g5C3t4SPuLWEjbmzhY26soWNurKFjbqyhY26soWN&#10;urKFjbqyhY26soWNurL/kQ4B/5QfBv+WMxX/oDgf/6g2Kf+wODL/uDo79sA/QezKR0Xj1lRF1tlX&#10;WMfQXmu4yGR+qsFrjpy6cpyOtHqogK6FsnarlLhvq6m6cqW1unedtbl6mba3fZa3tn6TubR/kbqy&#10;gJC7sYCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7H/kg4B/5UfBv+XMxX/ojUe/6szJ/+0NC/5&#10;vjY17ck9OOLWSDjZ4E1Fzd9WVr/YXGmw0GJ7ocloi5PDb5mFvnekeLqDrW64k7NouKi2abK4tm+n&#10;t7Zzobi1dpy5tHiZurN6lruxe5W8sHuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLD/kw4B/5Yf&#10;Bf+ZMxT/pTAc/68wI/26LynwxjIt49Q7LNbgQDrL5UhMwOFOXLPdVmyl2F16mNJliIrObZR9yXaf&#10;c8SDp2zAkaxnvqGvZb62r2a0u7Frq7uxbqW7sXGgvLBznb2vdJq9rnSava50mr2udJq9rnSava50&#10;mr2udJq9rnSava7/lA4B/5geBf+dMRL/qS0Z/7QqHvXCKSLk0S0h1eAzLMnoPD++6ENRseVJYaTi&#10;T3CX31Z9itpgiIDTa5J4zXeacMiCoWrFjqVmw5uoZcOsp2HCvapjuL+rZrC/rGmqv6xspb+rbaLA&#10;qm2iwKptosCqbaLAqm2iwKptosCqbaLAqm2iwKr/lQ0A/5oeBf+iLBD/rSgV+7sjGOjNIBfV3yUd&#10;yOgwMbzvOUSw7EBVo+pGZJfoTXGL41V9gdxhhnnVbI5y0XeVbM2BmmfKi55kyJagYcijoWDIs6Fd&#10;x8OjX77EpWG2w6VksMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6X/lw0A/5weBf+m&#10;Jg3/tCAP78YXD9bdFg7I6SMiu/MuNq/0Nkii8j5Yl/FGZYvrT3CB5Vh6et9kgnPabYht1naNaNN/&#10;kmTQiJVgz5KYXs6dmVzNqZpbzrmZWc3ImlrFypxcvcmdXrjJnl64yZ5euMmeXrjJnl64yZ5euMme&#10;XrjJnl64yZ7/mgwA/58dBf+sHwj4vhMI2NYLBMjoFRO69CInrvotOaL6NkqW+j9Yi/VIY4LuUm16&#10;6Fx1cuRke23gbYBo3XWFZNp+iGDYhotd1o+NWtWYj1jUopBX1K6RVtS8kFbUzZBWzdGSV8jRk1fI&#10;0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZP/nAsA/6MdBP+1EgPUyQoCyNoLBrn0Fhes/yMqof8u&#10;O5X/OEmL/0JVgvhMX3ryVmdz7l5ta+pkcmbnbHdi5HR6X+J8fVzhg39a34uCV96Tg1XdnIVU3KWG&#10;UtyvhlLcu4ZR3MyFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oX/oAoA/60TAdTACADG&#10;zggAueMLCKv/Fxmf/yQqlP8wOYr/OkWB/0ZPev1RWHL4WF5r9V5jZfJlaGDvbGtd7XJuWut5cFfq&#10;gHJV6Yd0U+ePdlHmlndQ5p54TuWneU3lr3pN5Lt6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6TOTF&#10;ekzkxXr/pAcA2LgEAMTEBgC30wcBqvMNC57/GhqT/ycoif8zNYD/Pz95/0pHcP9RTmn/V1Ni/V1X&#10;XvtkW1r5al5X93BgVPZ2YlL0fGRQ84NlTvKKZ0zxkWhL8JhpSvCfaknvp2tI77BsR+63bEfut2xH&#10;7rdsR+63bEfut2xH7rdsR+63bEfut2zdrwAAxbwEALXKBACo2wUCnP8QC5H/HReH/yojfv82LXb/&#10;QTZt/0g8Zv9PQmD/VUZb/1tKV/9hTFP/Z09R/21RTv9yUkz/eFRK/35VSP6EVkf9i1hF/JJZRPuY&#10;WkP7n1tC+qdcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFzItgEAtcEDAKfRAQCZ6wUC&#10;j/8SCYX/IBJ8/ywbc/81I2r/PSpi/0QwXP9LNFf/UjhT/1g7T/9ePUz/Yz9K/2hAR/9tQkX/ckNE&#10;/3dEQv99RUD/g0Y//4pIPf+QSTz/l0k7/55KO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/&#10;o0u2ugIApsoAAJjcAACM/wgBg/8UBXj/Hgxu/yYSZf8vGV3/Nx5X/z8iUv9GJk3/TChK/1IrRv9Y&#10;LUT/XS5C/2EvQP9mMT7/azI8/3AzOv91NDn/ejU3/4A2Nv+GNzX/jDgz/5Q4M/+YOTP/mDkz/5g5&#10;M/+YOTP/mDkz/5g5M/+YOTP/mDmnwwAAl9QAAIjkAACA/woBcv8OAmf/EwVf/x0JV/8mDVH/LxFM&#10;/zcVR/8+F0P/RRlA/0sbPf9QHTv/VR45/1kfN/9eITX/YiI0/2cjMv9sJDH/ciUv/3cmLv99Jy3/&#10;hCgr/4spK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSn/dhUC/3MgBP9yMQz/cUMZ/3FQ&#10;Jv91WTP/dWI//3NqSf9wdFP/bn5b/GuHYflpj2f2Z5Zr9GWcbvJjoXHxYqZz72Grde5gsHbuXrV3&#10;7V67eOxdw3nsXMt661vYeuZd3nrfXuF52GDjedVg43nVYON51WDjedVg43nVYON51WDjedVg43n/&#10;dhUC/3MgBP9yMQz/cUMZ/3FQJv91WTP/dWI//3NqSf9wdFP/bn5b/GuHYflpj2f2Z5Zr9GWcbvJj&#10;oXHxYqZz72Grde5gsHbuXrV37V67eOxdw3nsXMt661vYeuZd3nrfXuF52GDjedVg43nVYON51WDj&#10;edVg43nVYON51WDjedVg43n/dhUC/3MfBP90MQ3/ckIZ/3RPJ/94WDP/eWA//3dpSv9zcVT/cXxc&#10;+26GY/drjmn0aZRt8mebcfBloHTvZKV27WKqeOxhsHnrYLV761+8fOpexH3qXc19513ZfeFf3n3a&#10;YOB80WLhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3/dxUC/3QfBP91MQ3/c0Ia/3dNJ/97&#10;VjT/fF9A/3pnS/93b1X+c3pe+nGDZfZujGvza5Nw8GmZc+5nn3fsZaV562Sqe+pir33pYbV+6GC9&#10;f+hfxYDoXtCB4l/agNth3oDSYt+Ay2Pfgcpk34HKZN+BymTfgcpk34HKZN+BymTfgcpk34H/eBQC&#10;/3UfBP92MQ3/dEIa/3pMJ/9/VTT/gF1A/35lTP96blb+dndf+XSBZvVwim3xbZFy7muYduxpnnnr&#10;Z6R86WWpfuhjr4DnYraC5mG9g+Zgx4TlX9OE3WHahNNj3YPMZNyExmXchMVl3ITFZdyExWXchMVl&#10;3ITFZdyExWXchMVl3IT/eRQB/3YeA/93MA3/dkIa/35LJ/+CUzT/g1xA/4JkTP9/bFb9enRg+Hd/&#10;aPNziG/wcI907W2WeeprnXzoaKN/52apguVlr4TkY7aF5GK/h+NhyYfgYdWH1WTah81l2ojHZtmI&#10;wWfZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yj/ehQB/3geA/95MA3/eEEa/4FJJ/+GUjP/&#10;iFpA/4diTP+DaVf8fnFh93t7afJ3hXHuc41363CUfOhtm4DmaqKD5GiohuNmr4jiZLeK4WPBi+Fi&#10;zovYZNaLzWbWi8Zn1ozAaNaMu2nWjLpp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oz/exMB/3kd&#10;A/96MA3/fD8a/4VIJv+KUDP/jFhA/4tfTP+IZ1f8hG5h9n94avF7gnLtd4p56XOSfuZvmYPkbKGH&#10;4mqoiuBnr4zfZbiO3mTEj9tk0o/OZ9OPxmjTkL9q05C6a9OQtWzTkLRs04+0bNOPtGzTj7Rs04+0&#10;bNOPtGzTj7Rs04//fBMB/3odA/97MA3/fz4a/4lGJv+PTjL/kVY//5BdS/+OZFb8iWth9oRza/B/&#10;fnPse4d66HaQgeRyl4bhbp+K32unjt1osJDcZruS22XKk9Bo0ZPGatCUvmvQlLhs0JSzbdCUr27R&#10;k65u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZP/fRIB/3scA/98Lw3/gzwZ/41FJf+TTTH/lVM+&#10;/5RZSv+SYFX9j2hg9opwavCEeXTrf4N85nqMg+J1lYjfcZ6N3W2nkdtpsZTZZ7+W1GfOl8drzZi9&#10;bM2Ytm7NmLBvzZiscM6XqXHOlqhxz5aocc+WqHHPlqhxz5aocc+WqHHPlqhxz5b/fhIB/3wcA/9+&#10;Lw3/hjsZ/5FDJP+WSzD/mFA8/5hVSP+WXFT9k2Nf949rafCKdHPrhH985n6JhOF4kovdc5yQ2m6m&#10;ldhqs5nWaMWbyWvLm71uypy0b8qcrnHKnKpyy5umc8uao3PMmaJ0zZiidM2YonTNmKJ0zZiidM2Y&#10;onTNmKJ0zZj/fxIB/30bA/9/Lw3/iToY/5RCI/+ZRy//m0w7/5xSRv+bWFL/mV9d+JVmaPGQbnLr&#10;inl75YOEhOB8j4zcdpqT2G+mmdJrtZ3Oasifvm7In7Nxx6Cscsegp3TIn6N1yZ6gdsqdnnbLm512&#10;y5qddsuanXbLmp12y5qddsuanXbLmp12y5r/gBEB/34bA/+ALw3/jDgY/5dAIv+cRC3/n0k5/6BO&#10;RP+gVU/8nlta9ZxiZe6Xam/okXR54Yp/g9mDiozPe5WVyHWgnMNwrqG+b7+js3LFo6p0xaOkdsWj&#10;oHfGoZ14x6CbeMiemXnKnZh5ypyYecqcmHnKnJh5ypyYecqcmHnKnJh5ypz/gBEB/38bA/+BLw3/&#10;jzcX/5o/If+fQiz/okY3/6RMQv+kUkz3pFhX76NfYeegZmvgmnF11ZN8gcuKhY3Dgo+Wu3uanrV2&#10;p6SwdLinqHbCp6F4w6adecSlmnrFo5h7xqKWe8eglHvJnpR8yZ2UfMmdlHzJnZR8yZ2UfMmdlHzJ&#10;nZR8yZ3/gREB/4AbA/+CLg7/kTYW/5w8IP+hQCr/pUQ0/6hKP/qpUEnyqlZS6qpdXOKpZmbXom9y&#10;y5l4gcGQgY24iIqXr4GVoKh8oqajerKpnnrBqZl8waiWfcOmlH7EpJJ+xaORfsehkH7In5B+yZ6Q&#10;fsmekH7JnpB+yZ6QfsmekH7JnpB+yZ7/ghEB/4EbA/+ELg3/lDUW/546Hv+kPij/qEIy/6xHO/av&#10;TUTtsVRN5bNbVdywZWHOqGxxw590gLiWfI2uj4aYpYiRoZ2DnaeXgK2rk4C/q5GBwamPgcKnjoHD&#10;pY2BxaONgcaijIHIn4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ//ghEB/4EaA/+GLQ3/ljQV&#10;/6A5Hf+mPCb/q0Av+7BFOPK0Sz/puVNG4b1cTdO2YmDGrWlwu6Vxf7CdeYyllYKXm4+NoZOKmaeM&#10;h6mriIe/rIiHwKqIhsKoiIXDpoiFxaSIhMaiiITIoIiEyJ+IhMifiITIn4iEyJ+IhMifiITIn4iE&#10;yJ//gxAB/4IaA/+IKwz/mTIU/6I3G/+pOST/rz0s97VCM+27STnlwlI+2sJYTMy6YF+/smdvs6tu&#10;fqijdoudnH6XkpeJoImSlqeCj6Wrfo+6rICNwKqBi8KogorDpoOJxaSDiMaihIfIoISHyJ+Eh8if&#10;hIfIn4SHyJ+Eh8ifhIfIn4SHyJ//hBAB/4MaA/+LKgz/nDES/6U0Gv+sNiH+szoo87tALenDSDHh&#10;y1E30sdWS8XAXl24uGVurLFsfaCqc4qUpHuVip+GnoCbkqV5mKKqdJi3q3eVwal6kcKnfI/DpX2N&#10;xaN+jMahf4rIn3+KyJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ//hRAB/4QaA/+OKAv/nzER/6cy&#10;F/+wMx35uTYi7sI9JubNRybb00w1y8xUSb7FXFuxvmNspLhqepiycYeMrHmTgaiCnHekj6Nwop+n&#10;bKK0qG6fwqdymcOmdZXEpHeSxqJ4kMeheo7In3qOyZ56jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ7/&#10;hhAB/4UZA/+RJgr/oS8P/6suFf+1Lxn0vzIc6cs6HN/ZRB3R2kozxNJSR7fLWlmpxmFpnMBneJC6&#10;boSEtnaPebKAmG+vjZ9orZ2jZK2ypGWqxaRqosWjbZ3GonCZx6FylsifdJPJnXWTyp11k8qddZPK&#10;nXWTyp11k8qddZPKnXWTyp3/hw8B/4cZA/+VJAn/pCsN/68pEfq7KRPsyCwT3tg3ENPhQR7J30kw&#10;vNpRRK/TWFahzV9mlMhldIjEbIB8wHSKcb1/k2m7jJliuZydXrqxnl24yZ5irsifZqbIn2mhyZ5r&#10;ncqdbprLm26Zy5tumcubbpnLm26Zy5tumcubbpnLm26Zy5v/iA8B/4kZA/+aIwf/qCcK/7UiDPHE&#10;IAzg1SQJ0eEwFMfmPSS940Y0suBORKbcVlKZ111hjNJjb4DPa3p0zHOEa8p+i2LIjJFcyJyVWcix&#10;llfIzpZbu82YXrLMmWGrzJlkps2ZZ6LNmGegzZdnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZf/ig4B&#10;/4sYA/+fIQX/riAG+L0YBuPREwTQ4R4JxeouGbrpOimw50M5pORKSJjiUFaM4FdigN1fbHbbaHVs&#10;2nJ9Y9h+g1zYjIhX2J2LVNewjVTYzYxVy9OPV8DSkVq40ZNcstGTX6zRk2Cq0ZNgqtGTYKrRk2Cq&#10;0ZNgqtGTYKrRk2Cq0ZP/jA4B/48WAv+lHgP/tRUD2soLAtDhDgLE6x4NuO8sHa3uNy6i7EA9l+tI&#10;SozpT1aB6FZgdudeaWznZXBk5nB3XuN8fFngiYBW3peDU92mhFHcuIVR3dSEU9Dah1TG2IlWv9eK&#10;WLjWi1m21otZttaLWbbWi1m21otZttaLWbbWi1m21ov/jg0A/5cSAf+tFQHZvwkAzM4JAMPrDgS2&#10;9R4Rq/UsIaH0NzCW80A+i/NISoHzUFR381ddbfNdZGXwZmpf7XBuWup6clbnhXZT5ZF5UeSee0/j&#10;rHxN4718TePZfFDY4HxRzuB/UsbegVPE3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oH/kgwA/6AN&#10;ANu3BgDKwwcAwNIJALX0EAap+x8Un/wsI5T8NzGK/EE9gf1JR3j9UVBu/VdXZfpeXGD2ZmFb9G9l&#10;VvF4aFPvgmtQ7oxtTuyXb0zro3FK6rBySerBckjq2HJL4+RyTtjmc07V53RO1ed0TtXndE7V53RO&#10;1ed0TtXndE7V53T/lgoA3qwCAMu6BQC9xwYAstgIAaf/Egic/yEWkv8uI4n/OS+A/0I5d/9KQm3/&#10;UEll/1ZOX/9eU1r+ZVZV/G1aUvp1XE/4fl9M94dhSvWRYkj0nGRG86ZlRfKzZkTywWdD8tRnRe7n&#10;Z0br6GdG6+hnRuvoZ0br6GdG6+hnRuvoZ0br6GfuogAAzbQCALy+BACvzQQApN4HAZr/FQmQ/yQV&#10;h/8wIH7/Oyp0/0Iya/9IOWP/Tj9d/1VDWP9dR1P/ZEpQ/2tNTf9yT0r/eVFH/4JTRf+LVEP+lFZB&#10;/Z5XQP2oWD/8s1k+/L9aPvvRWj3721o9+9taPfvbWj3721o9+9taPfvbWj3721rSrQAAvbgCAK7F&#10;AgCh1QIAlvcLAo3/GAiE/yYRfP8xGnH/OCJo/z4pYP9FL1r/TDNU/1M3UP9aOkz/YDxJ/2Y+Rv9t&#10;QET/dEJB/3tDP/+DRT3/jEY7/5VHOv+eSTn/p0o4/7FKN/++Szf/wks3/8JLN//CSzf/wks3/8JL&#10;N//CSzf/wku/swAArr4AAKDNAACS3gAAif8NAYH/GgV3/yMMbf8qE2T/MRlc/zgeVf9AIlD/SCZM&#10;/08pSP9VK0T/Wy1C/2EvP/9nMT3/bTI7/3MzOf96NTf/gjY1/4s3M/+UODL/nDkx/6Q6MP+vOzD/&#10;sjsw/7I7MP+yOzD/sjsw/7I7MP+yOzD/sjuwuAAAoMcAAJHYAACE7wAAfP8NAW//EQNm/xkGXv8h&#10;Clb/KQ9Q/zITS/86Fkb/QRlC/0gbP/9OHTz/Ux45/1kgN/9eITX/ZCIz/2kjMf9wJC//dyUt/34m&#10;LP+HJyr/jygp/5cpKP+gKij/oyoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyqhwgAAkdEAAILhAAB4&#10;/wAAbP8IAWD/DQJX/xEDT/8YBUj/IAZD/ykIP/8xCjv/OAw4/z4ONf9EDzL/SRAw/04RLv9TEiz/&#10;WBMq/10UKf9jFSf/aRYl/28XJP93FyL/fhgh/4UZH/+PGh//kRof/5EaH/+RGh//kRof/5EaH/+R&#10;Gh//kRr/aBkC/2QjBP9fLwb/XkAQ/2NLGv9nVCX/aF0v/2ZnOf9kckH/Yn1I/2CHTv9dkFL/W5hW&#10;/1qeWf9YpFv/V6pd/lawX/1VtWD8VLxh/FTEYvtTzWP5Utxj9lLmY/FT6mPsVO1j5lbvYuBX8GPg&#10;V/Bj4FfwY+BX8GPgV/Bj4FfwY+BX8GP/aRgC/2UjBP9gLgb/X0AQ/2ZJGv9qUyX/a1ww/2llOv9n&#10;cEL/ZHtJ/2KFT/9fjlT/XZZY/1udW/9ao139WKlf/FevYftWtWL6Vbxk+lXEZflUzmX3U91m81Pm&#10;Zu5V6mbnVu1l4VjuZdtZ72bbWe9m21nvZttZ72bbWe9m21nvZttZ72b/ahgC/2YiBP9hLgf/YD8Q&#10;/2lIG/9tUSb/blsw/2xkOv9pbkP/Z3lL/2SDUf9hjFb/X5Va/12cXf1bomD7Wqli+lmvZPlYtWX5&#10;V7xn+FbFaPdVz2j1VOBp8FXmaelX6mjiWexo21rtadNb7mnTW+5p01vuadNb7mnTW+5p01vuadNb&#10;7mn/ahgC/2ciBP9iLgf/Yz4Q/2xGG/9xUCb/clkx/3BiO/9sa0T/aXZM/2eBUv9ki1j/YZNc/V+b&#10;YPtdoWL6W6hl+VquZ/hZtWj3WLxp9lfGavVW0WvyVeFs7FfnbORZ6WvcW+tr1FzsbM1d7WzNXe1s&#10;zV3tbM1d7WzNXe1szV3tbM1d7Wz/axcC/2ghA/9jLQf/ZzwQ/3BFG/90Tib/dlcx/3RgO/9waUX/&#10;bXNN/2p+VP9miFr+Y5Fe+2GZYvlfoGX4Xado9lytavVatGz0Wb1t9FjHbvJX1G/uV+Jv5lnmb91c&#10;6W7TXepvzV7rcMdf63DHX+twx1/rcMdf63DHX+twx1/rcMdf63D/bBcC/2khA/9lLQf/azoQ/3RD&#10;G/95TCb/elUx/3ldPP91ZkX/cHBO/217Vv9qhVz8Zo9h+mSXZfdhn2j2X6Zr9F2tbfNctG/yWr1x&#10;8VnJcu9Y2nPoWuNz3l3mctNe6HPLX+h0xmDodMFh6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HT/&#10;bRYC/2ogA/9mLQf/bzgQ/3hBGv99SiX/f1Ix/35bPP97Y0b/dmxP/3F3V/5tgl77aoxj+GaVaPVk&#10;nWzzYaRv8l+scfBdtHPvXL917lvLdupb3XfgXeN202Dld8ph5XjEYuV4vmPleLpk5Xi6ZOV4umTl&#10;eLpk5Xi6ZOV4umTleLpk5Xj/bhYC/2sgA/9oLAf/czYQ/30/Gv+CRyX/hFAw/4RYO/+BYEX/fGlP&#10;/3ZyV/5xfV/5bYhl9mqSavNmm2/xY6Ny72Grde1ftXjsXcF57FzQeuNd33vUYeJ7ymLifMJk4X28&#10;ZeF9t2bifLNn4nyzZ+J8s2fifLNn4nyzZ+J8s2fifLNn4nz/cBUB/2wfA/9pLAf/dzQP/4E8Gf+H&#10;RST/ik0v/4lVOv+HXUX/gmVP/3xuWP12eGD4coRn9W2ObfFpmHLvZqF27GOreetgtnzpXsR+517Y&#10;f9hh337KY9+AwWXegbln3oG0aN6BsGnfgKxp33+sad9/rGnff6xp33+sad9/rGnff6xp33//cRUB&#10;/20fA/9rKwf/ezIP/4Y6GP+MQyL/j0st/49TOP+NWkP/iWJN/4NpV/18cmD4dn9n9HGKbvBslXTt&#10;aJ956mSqfehht4DmX8iC3WHbg8xk3ITAZtyFuGjbhbFq24Wta9yEqWzdg6Zs3YKmbN2CpmzdgqZs&#10;3YKmbN2CpmzdgqZs3YL/chQB/28eA/9vKQf/fzAO/4o4F/+RQSH/lEos/5VRNv+TWEH/kGBL+4tn&#10;VfWEb1/wfXpn63eFb+dykHbjbZt83mimgdpls4TVY8SGz2Tah8Fn2Yi3adiJr2vYiapt2YimbtqH&#10;o27ahqBv24Wgb9uFoG/bhaBv24Wgb9uFoG/bhaBv24X/chQB/3AeA/9yKAf/gi4N/442Fv+VQB//&#10;mUgp/5lPNP+YVT76llxJ9JJkU+2Ma13nhXZm4X+Bb9t4jHfTcpZ+zW2hhMlqrYnFaLuLwWjQjLZr&#10;1Y2ubdWNp2/WjKNw1oufcdiKnXHZiZty2oebctqHm3Lah5ty2oebctqHm3Lah5ty2of/cxQB/3Ad&#10;A/91Jgb/hiwN/5E2Ff+ZQB3/nEYn/51MMfydUjv0nFlF7ZlgT+aUaFnfjnNj1YZ9bs1/h3jGeJGA&#10;wHObh7tvp4y2bbSPs2zIkaxu0pGlcNOQoHLUj5xz1Y2ZdNaMl3TYipZ12YmWddmJlnXZiZZ12YmW&#10;ddmJlnXZiZZ12Yn/dBMB/3EdA/94JAb/iSsM/5U1E/+cPhv/oEMk/6JJLvejUDfvolZB56FdSt+d&#10;Z1TUlW9iy414bsOFgnm7f4yCtXmWia91oY6qcq+SpnHBlKFz0JScdNGSmHbSkZZ304+Ud9WNknfW&#10;jJF42IqReNiKkXjYipF42IqReNiKkXjYipF42Ir/dRMB/3IcA/97Iwb/jCkL/5g0Ev+fPBn/o0Ei&#10;+6ZGKvKoTTPqqVQ84qlbRNejY1PMmmxiwpN1brqLfnmyhYeDqn+RiqR7nJCeeKqUmna7lpd3z5aU&#10;edCUkXrRko9605COetSPjXrVjYx614uMeteLjHrXi4x614uMeteLjHrXi4x614v/dRMB/3McA/99&#10;IQX/jikK/5s0EP+iORf/pj4f96pEJu6uSi7lsVI13K9ZQc+oYVLFoGlhu5hybrGRenmpi4ODoYWN&#10;i5qBmJGUfqWWkHy2mI19zZeMfs+Vin7Qk4p+0pGJftOPiX3VjYh91ouIfdaLiH3Wi4h91ouIfdaL&#10;iH3Wi4h91ov/dhIB/3QcA/+AIAX/kSgJ/54zD/+kNxX+qjsb869BIuq0SCjiuVAu1LRWQMmtX1G+&#10;pWdgtJ5vbaqXd3ihkYCCmYyKi5GHlZGLhKKWhoOymYOEy5iEg86WhIPQlISC0pKEgdOQhIHUjoSA&#10;1oyEgNaMhIDWjISA1oyEgNaMhIDWjISA1oz/dxIB/3QbA/+CHgT/lCcI/6AyDf+nNBP6rjgY77U9&#10;HOa8RiHcv0wszrlUP8OxXVC3qmVfraRsbKOddHeZmHyBkZOGiomPkpGCjJ+WfYqvmHqLx5h8ic6W&#10;fYjQlH6G0pJ/hdOQf4TUjoCD1oyAg9aMgIPWjICD1oyAg9aMgIPWjICD1oz/eBIB/3UbA/+FHAT/&#10;lyYH/6MvC/+rMBD1szQU67s6F+LERBjVxEgryL1TPby2W06xsGNdpqpqapykcXaSn3qAiZqDiYGW&#10;jpB5k5yVdJKsl3GSw5hzkc+Wdo7QlHiL0pF5itOQeojVjnuH1ox7h9aMe4fWjHuH1ox7h9aMe4fW&#10;jHuH1oz/eBIB/3YbA/+IGwP/miUG/6YrCf6vLAzxuS8O5sM2D93NPBbOyEcpwsJRO7a8WUyqtmFb&#10;n7BoaJWrb3SLpnd+gaKAhnmfi41xnJmSbJuplWmbv5ZrmdCUbpTRknGR0pFzj9SPdY3VjXaL1ot2&#10;i9aLdovWi3aL1ot2i9aLdovWi3aL1ov/eREB/3gaAv+MGQP/niME/6omBvi0JQjrwCgI4c0wB9TS&#10;NxTIzUUnu8hPOa/CV0qjvV9YmLhmZY2zbXGDr3V7eqt+g3GoiYpqppaPZaWnkmKmvZJjo9KRZ53T&#10;kGqY1I9tldWNbpLWjHCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2Ir/exEB/3wXAv+QFwL/oiED&#10;/64gBPK7HQTlyh4D2tskA8zZNRLA00MktM5NNqjJVUecxF1VkcBkYoa8a217uHN2crV8fmqzh4Vj&#10;sZWKXrCljFuxvI1br9WNX6fVjWOh1oxmnNeLaJnYimqW2YhqltmIapbZiGqW2YhqltmIapbZiGqW&#10;2Yj/fBAB/4EUAv+VFQH/px0C/LUWAuvGEAHa2w8AzeAlBMPfNg+420EhrNVLM6DRU0OUzVpRicli&#10;XX7GaWd0w3Fwa8F7eGS/hn5dvpSCWL2lhVa+u4ZVvduGWLPah1yr2odfptqHYaHbhmOd24VjnduF&#10;Y53bhWOd24VjnduFY53bhWOd24X/fhAB/4cRAf+aEQD/rRQA2r4KANHNCgDL5BABweQlB7fjNROt&#10;4UAho95JL5fbUj6L11lLgNRgV3bRaGFtz3BpZc16cF7MhnVYzJV5VMyme1HNvHxQzOJ8U8Hgf1W3&#10;34BYsd6BWqvegVym34Fcpt+BXKbfgVym34Fcpt+BXKbfgVym34H/gA8B/44OAf+iDQDbtQgAzsEI&#10;AMbQCQC+6RICtOklCqroMxeg5j4lluVHMovjTj+A4VVJduBdU23eZltl3W9hXt16Z1jchmtT3JVv&#10;UN2mcU3eu3JN3+FxTtHndFDG5ndSvuR4U7jkeVWy43pVsuN6VbLjelWy43pVsuN6VbLjelWy43r/&#10;gw4B/5YLAN2rBADNuAYAwsQGALrUCQCx7xQDp+4lDZ7uMxqU7T0niuxGM4DrTj5261VHbOpbTmTq&#10;Y1Vd6m1aWOp3XlPqg2JO6pFlSuuhZ0fss2lG7dBpSOboaUvZ62pMz+xtTsfrb0/A6nBPwOpwT8Dq&#10;cE/A6nBPwOpwT8DqcE/A6nD/iQsA6aABANCxBADBvAUAt8kGAK7aCQCk9RcFm/UnEJL1NByI9j4n&#10;f/ZHMnb2Tjts9lRCZPZaSF32Yk1X9mtRUvZ1VU33gFhI+I1aRfibXEL4q15B975fQPffYEPu7GBH&#10;4/FfSNvxYUnS8mNJ0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mP+lQAA1KkAAMK1AwC1wQMAqs8FAKDn&#10;CwGY/RoGj/4pEIb/NRt+/0AldP9GLWv/TDVj/1I6XP9ZP1b/YENQ/2hHTP9xSkf/e0xD/4dOQP+U&#10;UD7/oVI9/7BUO//DVTv+4VU8+fBVQPD0VUPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91TboQAA&#10;xbAAALW6AgCoxwIAndYEAJP8DgGL/x0Gg/8rD3r/NRdx/zwfaP9CJmD/SSxZ/08xU/9WNU7/XThJ&#10;/2U7Rf9tPUH/dj8+/4BBO/+LQzn/mEU4/6RGNv+yRzX/xEg1/91JNP/wSTf++Ek3/vhJN/74STf+&#10;+Ek3/vhJN/74STf++EnJqwAAtrQAAKjBAACbzwAAjt8BAIf/EQF+/x0Edf8nC2z/LxJk/zcYXP8+&#10;HVb/RSJQ/0slS/9SKEb/WCtB/18tPv9nLzv/bzE4/3gzNv+CNDP/jTYx/5k3MP+lOC//sjou/8A7&#10;Lv/TOy3/6zwt/+s8Lf/rPC3/6zwt/+s8Lf/rPC3/6zy4sAAAqLwAAJrJAACM2QAAgfUDAHn/EAFu&#10;/xYDZf8fBl7/JwtX/zAPUf83E0v/PhdG/0UZQf9MGz3/Uh05/1gfNv9fITT/ZiIx/24kL/93JS3/&#10;gCYr/4woKf+XKSj/oion/60rJv+5LCb/yS0m/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS2qtwAAmsUA&#10;AIvTAAB94gAAdf8FAGn/DAFf/xECV/8XA1D/HwVJ/yYHRP8uCT//Ngs7/z0NN/9DDzP/SREw/08S&#10;Lv9VEyz/WxQq/2IVJ/9pFiX/chcj/3sYIf+GGR//kRoe/5wbHv+lHB3/sB0d/7AdHf+wHR3/sB0d&#10;/7AdHf+wHR3/sB2cwAAAjM4AAHzeAABw9QAAZf8AAFr/BgFR/w0BSf8RAkP/FwM9/x8EOP8mBTT/&#10;LQYw/zMHLf85Byr/Pggn/0MIJf9JCSP/Tgkh/1QJH/9aCh3/YQob/2kLGf9yDBf/fA0W/4YNFP+P&#10;DhT/mg8U/5oPFP+aDxT/mg8U/5oPFP+aDxT/mg//XBwC/1cmA/9RMgb/TjwI/1dFEP9bThn/XFgi&#10;/1tjK/9ZbzL/V3o4/1SFPf9SkEH/UJlF/0+gR/9Op0n/Ta5L/0y0TP9Lu03/SsNO/0nNT/9J3VD/&#10;SOlQ/0jyUPtJ9lD2S/lQ8E37T+pP+1DnT/xQ50/8UOdP/FDnT/xQ50/8UOdP/FD/XBwC/1gmA/9S&#10;Mgb/UToI/1pDEP9fTRn/X1cj/15hK/9cbTP/WXk6/1eEP/9UjkP/UpdH/1CfSf9Ppkv/Tq1N/020&#10;T/9Mu1D/S8NR/0vOUv9K31L/SepT/UryU/hL9lPxTfhS60/6UuVQ+lPiUfpT4lH6U+JR+lPiUfpT&#10;4lH6U+JR+lP/XRsC/1kmA/9TMQb/VDkI/11CEP9iSxr/YlUj/2BfLP9fazT/XHc7/1mCQP9WjEX/&#10;VJVI/1KeS/9RpU7/UKxP/0+zUf9Ou1L/TcRT/0zPVP9L4FX/S+tV+kzyVfRN9lXsUPhU5lH4Vd9S&#10;+VbcU/lW3FP5VtxT+VbcU/lW3FP5VtxT+Vb/XhsC/1olA/9UMQb/WDcI/2FAEf9lSRr/ZlMj/2Rd&#10;Lf9iaDX/X3Q8/1x/Qv9Zikf/VpNL/1ScTv9TpFD/UatS/1CzVP9PulX/TsRW/03QV/9N4lj8TO1Y&#10;9k7yWO5Q9VjmU/ZY31T3WddV+FnTVfhZ01X4WdNV+FnTVfhZ01X4WdNV+Fn/XxoC/1slA/9VMAb/&#10;XDQI/2U9Ef9qRxr/a1Ek/2laLf9mZDb/Y3A9/198Q/9ch0n/WZFN/1eaUP9VolP/U6pV/1KyV/9R&#10;uln/UMVa/0/SW/xO5Fv4T+1c8FHyW+dU9FveVfVc1Vb2Xc5Y913LWPddy1j3XctY913LWPddy1j3&#10;XctY913/YBoC/1wkA/9WLwX/YDII/2o7EP9vRBr/cE4j/29XLf9rYTb/Z2w+/2N4Rf9gg0v/XI5P&#10;/1qYU/9XoFb/VqlZ/1SxW/9Tulz+UcZe/FDWX/lQ51/yUu5f51XxX91X8mDSWPNhy1n1YsVb9WLD&#10;W/Viw1v1YsNb9WLDW/Viw1v1YsNb9WL/YRkC/10jA/9aLQX/ZS8I/284EP90QRn/dksj/3VULf9x&#10;XTb/bGc//2hzRv9kf0z/YIpS/12VVv9anln/WKdc/lawX/1UumD8U8di+VLcY/NT6GPpVe5j3ljw&#10;ZNBa8WXIXPJmwl3yZr1e8ma7XvJmu17yZrte8ma7XvJmu17yZrte8mb/YhkC/14jA/9eKgX/aS0I&#10;/3Q1D/96Phj/fEgi/3tRLP94Wjb/c2M//21tR/9pek7/ZIZU/2CRWP9dnFz9WqVg+1iwYvpWu2X4&#10;Vcpm9VTgZ+xW6mffWu1n0FzvacZd72q/X+9quWDvarVh72qzYe9qs2HvarNh72qzYe9qs2HvarNh&#10;72r/YxgC/2AiA/9iJwX/bioH/3kyDv9/PBf/gkYh/4JPK/9/WDX/e2A+/3VpR/9vdE77aoFV+GaM&#10;W/Vil1/zX6Fj8FyrZu5atmnsWcRq6Vjaa+Fa6mvQXextxV/sbrxh62+2YuxvsWPsbq1k7G6rZO1t&#10;q2Ttbatk7W2rZO1tq2Ttbatk7W3/ZBgC/2EiA/9mJQT/cicH/34wDf+FOxb/iEUf/4hNKf+GVTP/&#10;gl49+31mRvZ2cE7ycnxV7m2HXOpokmLmZJxm42GmauBfsm3dXb9v2l3TcNJe6nDEYOlyumLoc7Nk&#10;6HOtZelzqWbpcqZn6nGkZ+pwpGfqcKRn6nCkZ+pwpGfqcKRn6nD/ZRcC/2IhA/9pIwT/dyUG/4Iv&#10;DP+KORT/jkMd/49MJv+NUzD5ils684VjRO1/bE3oeXdV43SCXd5ujWPZaZdp02ahbs9jrHHLYbl0&#10;yGHKdcVh5Xa5ZOZ3sGbld6po5nelaeZ2omrndZ9q6HOea+lznmvpc55r6XOea+lznmvpc55r6XP/&#10;ZhcB/2MhA/9tIAT/eyMF/4cuC/+POBL/k0Ea/5VKI/qUUS3zkVk37I1gQeWHaUrfgXRT1np+Xc90&#10;iGXKb5FsxWubccFopnW9ZrJ4umXCerdl3XuuaON7p2rje6Jr5HqebOV4m23ld5lt53aYbud1mG7n&#10;dZhu53WYbud1mG7ndZhu53X/ZxYB/2QgA/9wHgP/fiIF/4ssCf+TNxD/mEAY/ZpIIPSaTinsmFUz&#10;5ZVdPN2PZkfTiG9Ty4F5XsV7g2a/dYxuuXGWdLVuoXiwa6x8rWq7fqpq0n+kbOB+nm3hfZpv4nyX&#10;cON6lXDkeZNw5XeTceZ3k3Hmd5Nx5neTceZ3k3Hmd5Nx5nf/aBYB/2QgA/9zHAP/gSAE/44rCP+X&#10;NQ7/nT4V+J9EHO+gSyXnn1It351aN9OVY0bKjmxTw4d1XruBfme1e4hvr3eRdapznHqlcKh+oW+2&#10;gZ5vyoKbcN6BlnHfgJNy4X6Rc+J8kHPjeo5z5HmOc+V4jnPleI5z5XiOc+V4jnPleI5z5Xj/aRYB&#10;/2YeA/92GgP/hB8D/5IqB/+bNAz+oDsS86NBGOqmSCDip08n2KJWNsyaYEXDk2lSu41yXrOGemes&#10;gYRvpn2NdqB5mHybdqOAl3Sxg5R0xYSRdd2Dj3begY124H+Ld+F9infie4l25HqJduR5iXbkeYl2&#10;5HmJduR5iXbkeYl25Hn/aRUB/2kdA/94GQL/hx4D/5UoBv+eMgr6pDcP76g9FOasRBrdrUsk0KZU&#10;NcafXkS8mWZStJJvXayMd2ekh4BvnoKKd5h+lH2Se6CBjXqthIp5wIWIetyEh3rdgoZ634CGeuB+&#10;hXrifIV543qFeeR5hXnkeYV55HmFeeR5hXnkeYV55Hn/ahUB/2sbAv97FwL/ihwC/5gmBf+iMAj1&#10;qDMM6645EOKzQRTWsUcjyqtSNMCkXEO2nmRRrZhsXKWSdGadjX1vloiGdo+FkX2KgpyChYCqhYF/&#10;vIaAgNuFgIDdg4B/3oGAfuB/gH3hfYB943uAfOR6gHzkeoB85HqAfOR6gHzkeoB85Hr/axUB/20Z&#10;Av9+FQL/jRsC/5skA/6lLAbxrC8I57M0C926OhDQtUYhxa9RMrqpWkKwo2JPp51qW56YcmWWk3pu&#10;j4+DdoiLjnyCiJmBfIanhXmGuYZ3h9eFeIXdg3qD3oF6guB/e4HhfXyA43t8f+N6fH/jenx/43p8&#10;f+N6fH/jenx/43r/axQB/3AYAv+BFAH/kBkB/58iAvqpJgTtsSkF4rovBta/Ng/KukQgv7RPMbSu&#10;WECqqGBOoaNnWpieb2SPmndtiJaAdYCSi3t6j5aAdI6khHGNtoVvjtGFcYvdg3OJ34F1h+B+doXh&#10;fXeE43t3g+R6d4PkeneD5Hp3g+R6d4PkeneD5Hr/bBQB/3MWAv+FEwH/lBYB/6IeAfWtIALnuCEC&#10;3cMmAtDDNA3EvkIeublNL66zVj6krl5MmqllV5GlbWKJoXVrgJ1+cnmaiHlyl5R+bZaigmmVs4Rn&#10;ls2DaZPegmyP34BvjOF+cIrifHKI43pyh+R5cofkeXKH5Hlyh+R5cofkeXKH5Hn/bRMB/3YTAf+I&#10;EgH/mBMA/6cZAe+zFgHiwBUA1coeAcnHMgy+w0Acs75LLKi6VDyetVxJlLBjVYqsa1+BqXJoeaV7&#10;b3KjhXZroJF7Zp+ff2KfsYFgn8qAYpzgf2WX4X5ok+J8apDje2yN5HltjOV4bYzleG2M5XhtjOV4&#10;bYzleG2M5Xj/bhMB/3sRAf+NEAD/nRAA+qwRANq7CwDVyQsAzc4bAcLMLwq3yT0ZrMVJKaHAUjiX&#10;vFpGjbhhUYO1aFt6snBkcq95a2usg3Fkq492X6meelupr3xZqsl8Wqfie16g43thm+N6Y5fkeWaU&#10;5XdmkuZ3ZpLmd2aS5ndmkuZ3ZpLmd2aS5nf/cBIB/4AOAf+SDgDyowsA2bMJAM++CQDLzAkAxNMX&#10;ALrSLAewzzsWpcxGJprIUDWPxFhBhcFfTXy+Z1ZzvG9ea7l3ZWS4gmteto5wWbWdc1W1rnVUtsh1&#10;U7Pndler5nZapOZ2XKDndV+c53Rgmuh0YJrodGCa6HRgmuh0YJrodGCa6HT/chIB/4YMAPuYCQDZ&#10;qQYAzrUHAMbBBwDAzwkAutsTALHaKQWn2DcSnNREIZLRTTCHzlU8fctdR3TJZVBsx21XZcV2Xl7E&#10;gWNZw45oVMOda1HDrmxPxMhtTsLtbVC4629TsOtwVavqcFim63BZo+twWaPrcFmj63BZo+twWaPr&#10;cFmj63D/dw8B/40IAN6gAgDPrgUAxLkFALvFBgC10woAruEWAabhKQad4DcRk95CHYncTCl/2lQ1&#10;dddcP23VZEhl02xPX9J2VFnSgVlU0Y5dUNGdYE3SsGJL08liStLtYkvI8mZNv/FoT7jwaVGy8GlS&#10;r+9pUq/vaVKv72lSr+9pUq/vaVKv72n/fwoA7ZYAANKmAQDEsgMAubwDALDJBgCp2AoAoecZApnn&#10;KgmQ5zcUh+ZCH33lSil05FEza+NZOmTiYUFe4mtHWOJ1S1PhgE9P4o1TS+KbVUnjrFdH5MRXRuPp&#10;V0bd9llH0PdcScj3XkrB9mBLvfZgS732YEu99mBLvfZgS732YEu99mD/iQAA2Z4AAMesAQC5tgIA&#10;rsEDAKXOBgCc5AwAle8dA43vLAuF7zkVfO9BHnPvSSdq7lAvYu5XNVzuXzpW7mg/Uu5xQk3vfEZJ&#10;74lJRvCWS0Pwpk1A8blOP/LbTz7w905C5vtPQ937UUTU/FNFz/xURc/8VEXP/FRFz/xURc/8VEXP&#10;/FThlQAAy6YAALuwAACuuwEAosgCAJjVBQCQ+A8BifggBIL4Lgt5+TcTcPk/G2j5RiJg+k0oWvpU&#10;LVT6XDFP+2U1S/ttOEf8dztD/IM9P/2QPzz9n0E6/q9DOP/GRDf/6kU2/P1FO/L/RD7q/0Q+5v9G&#10;Pub/Rj7m/0Y+5v9GPub/Rj7m/0bQnwAAvawAAK61AACiwgAAlc8AAIrdAwCE/xIBe/8eA3T/Kgls&#10;/zMPZP87Fl3/QxtX/0ogUf9RJEz/WCdI/2AqRP9oLED/cS48/3sxOf+IMjX/ljQz/6Q2Mf+2Ny//&#10;0Dgu/+85Lf//OTH//zkz/P85M/z/OTP8/zkz/P85M/z/OTP8/znBqAAAr7EAAKK9AACUygAAh9gA&#10;AH3zBwB2/xIBbf8aA2X/JAVe/y0KWP82D1L/PRNM/0UWSP9MGUP/Uxs//1oePP9hIDj/aSE1/3Ij&#10;Mf99JS7/iiYr/5koKf+nKSf/uSsm/9IsJf/vLCT//y0k//8tJP//LST//y0k//8tJP//LST//y2x&#10;rgAAo7kAAJTGAACG0wAAeeEAAHH/CABn/w8BX/8VAlf/HgNR/yYFS/8uB0b/NgpB/z0MPf9EDjn/&#10;SxA2/1ESMv9YEy//XxUs/2cWKf9xFyb/fBgj/4kaIP+YGx//phwd/7cdHP/KHhz/5h8b//AfG//w&#10;Hxv/8B8b//AfG//wHxv/8B+ktQAAlcIAAIbPAAB33gAAa/QAAGL/AwBZ/wsBUf8RAUr/FwJE/x8D&#10;P/8mBDr/LQU2/zQGMv86By7/QAgr/0YIKP9MCSX/Ugki/1kKIP9iCx3/awwa/3YNF/+EDhX/kg8U&#10;/6AQE/+tERP/uhET/8MSE//DEhP/wxIT/8MSE//DEhP/wxKXvgAAhswAAHfbAABp5wAAXP0AAFT/&#10;AABL/wUAQ/8MAT3/EQI3/xcCMv8eAy7/JAMq/yoEJf8vBCL/NQUf/zoFHf8/BRr/RQYY/0sGFv9S&#10;BhT/WgcS/2IHEP9sBw//dwgN/4QIDP+QCAz/nAgM/6IIDP+iCAz/oggM/6IIDP+iCAz/ogj/UCAC&#10;/0sqA/9ENgX/RzoG/0o/CP9OSQ//T1QX/09gHv9NbCT/Snkq/0iFLv9GkDL/RJo0/0OiN/9Cqjj/&#10;QbE6/0C5O/9AwTz/P8s9/z7cPv8+6D7/PfM+/z37P/8+/z7/QP8++kP/PfRE/z7uRv8/7kb/P+5G&#10;/z/uRv8/7kb/P+5G/z//UCAC/0sqA/9FNQX/SjgG/009CP9RSA//UlIX/1FeHv9PaiX/TXcr/0qD&#10;L/9IjjP/Rpg2/0ShOP9DqTr/QrA8/0K4Pf9BwT7/QMs//0DcQP8/6UD/P/RA/z79Qf9A/0D9Qv9A&#10;9kX/QPBG/0HpSP9B6Uj/QelI/0HpSP9B6Uj/QelI/0H/UR8C/0wpA/9HNAX/TTYG/1E7CP9VRhD/&#10;VlAY/1VcH/9SaCb/UHQs/02AMf9KjDX/SJc4/0agO/9FqDz/RLA+/0O4P/9DwUH/QsxB/0HeQv9B&#10;60P/QPVD/0D9Q/9D/0P4Rv9C8Ej/Q+pJ/0TjSv9F40r/ReNK/0XjSv9F40r/ReNK/0X/Uh8C/00p&#10;A/9KMgT/UDMG/1U5CP9ZQxD/Wk0Y/1lYIP9WZCf/U3Et/1B9M/9NiTf/S5Q6/0mePf9Hpj//Rq5B&#10;/0W3Qv9EwUT/RMxF/0PfRf9C7Ub/QvdG/0P9RvlG/0bwSf9G6Uv/R+JM/0jbTf9I203/SNtN/0jb&#10;Tf9I203/SNtN/0j/Ux4C/04oA/9OLwT/VDAG/1o2CP9eQBD/YEoY/15VIP9bYCj/WG0v/1R5NP9R&#10;hTn/TpE9/0ybQP9KpEL/Sa1E/0i2Rv9HwUf/Rs1I/0XhSf9E70r/RfhK+0f9SvFK/0noTf9L307/&#10;TNdP/0zPUf9Mz1H/TM9R/0zPUf9Mz1H/TM9R/0z/VB0C/1AnA/9SLAT/WS0F/18yCP9kPBD/ZkcY&#10;/2RSIP9hXCj/XWgw/1p1Nv9WgTv/Uo0//0+YQ/9NokX/TKtI/0q1Sf9Jv0v/SMxM/0jhTf9I7k38&#10;SPlO8kv8TedO/U/dUP1Q0lL+UMxT/1HGVP9RxlT/UcZU/1HGVP9RxlT/UcZU/1H/VR0C/1EnA/9W&#10;KQT/XioF/2QvCP9qOg//bEUX/2xPIP9oWSj/ZGMw/2BwN/9cfD3/WIhC/1WTRv9TnUn/UaZL/0+w&#10;Tf9Ouk/9TcZQ+k3ZUfZM6lHyTfdR51D6UttS+1TOVPxVx1b9VcFX/lW8WP5VvFj+VbxY/lW8WP5V&#10;vFj+VbxY/lX/VxwC/1ImA/9aJgT/YiYE/2osB/9xNw7/c0IW/3NMH/9wVij/a2Aw/2ZrOP9jdz7+&#10;X4NE+1uOSPlYmEz3VqFP9VWrUfNTtVPxUsFU71HQVetR51XmUvZW2lT5WMxW+lnDWPtavFr7Wrdb&#10;+1mzXPtZs1z7WbNc+1mzXPtZs1z7WbNc+1n/WBsC/1MlA/9eIwP/ZyME/3AqBv93NQ3/ekAV/3pK&#10;Hf94Uyb/c1wv/G5mN/hpcj/0ZX5F8WGJSu5ek07rXJ1S6FmmVeZYsFfkV7xY4lbMWd5W5FnYVvRb&#10;ylj3XcBa+F64XPhes134Xq5e+F2rX/lcq1/5XKtf+VyrX/lcq1/5XKtf+Vz/WRsC/1YjA/9iIAP/&#10;bCAD/3UoBf99Mwv/gD0T/4FHG/9/UCT5e1kt9HZiNu5xbT7qbHlF5miES+JkjlHeYZhV216iWdZc&#10;rFvTW7he0FrGX81a32DIWvJhvlz1YrVe9GKuYPViqmH1YaZi9mGjY/dfo2P3X6Nj91+jY/dfo2P3&#10;X6Nj91//WhoC/1khAv9mHQL/cB4D/3omBP+CMQn/hjsQ/4hEGfmGTSHyg1Yr635eNOV5aT3gdHRF&#10;2m9/TNNqiVPPZpJYy2OcXcdhpmDEX7FjwV6/ZL5e0mW6X+xmsmDyZqti8malZPJloWXzZJ9l9GOc&#10;ZvVinGb1Ypxm9WKcZvVinGb1Ypxm9WL/WxoC/1wfAv9pGwL/dRwC/34kA/+HLgj/jDgO+45CFvKO&#10;Sh7ri1In5IdbMN2BZjrTenBFzXV6Tshwg1XDbI1bvmmWYLpmoGS3ZKtntGO4abFiymquY+ZqqGTv&#10;aqJm72mdZ/BommjxZ5hp8maWafNklmnzZJZp82SWafNklmnzZJZp82T/WxkC/18cAv9sGAL/eRsC&#10;/4MhA/+MLAb/kTYL9ZQ/EuyVRxnkk08i3I5YLdKHYjrKgWxFw3t1Tr52f1a4cohdtG6RYq9rm2ar&#10;aaZqqGezbKVnw26iZ+BunmntbZlq7myWa+9qk2zwaZJs8WeQbPJmkGzyZpBs8maQbPJmkGzyZpBs&#10;8mb/XBkB/2IaAv9wFgL/fBkC/4YfAv+QKQT6ljMJ8Jo8DuebRBXfmksd05RVLMqNXznCh2lFu4Fx&#10;T7V8e1eveIReqnSNY6Vxl2ihbqJsnWyub5psvnCYbNlxlW3rb5Fu7G6Pb+1sjW/vaoxv8GmLb/Fn&#10;i2/xZ4tv8WeLb/Fni2/xZ4tv8Wf/XRkB/2QZAv9yFAH/fxgB/4odAf+UJgP2mzAG6584CuKiPxDY&#10;n0cczZlSK8SSXTm7jGZEtIduTq2Cd1enfYBeonmJZJ12k2mYc55tlHGqcZBxunKOcdFzjHLqcYpz&#10;62+Ic+1th3Pua4dz72qGcvBohnLwaIZy8GiGcvBohnLwaIZy8Gj/XhgB/2cXAf91EwH/gxYB/44a&#10;Af6YIwLxnywE56UzB92oOQzRo0Ubx51QKr6XWji1kmNErYxsTqaHdFegg3xemn+GZJV8j2qQeZpu&#10;i3emcoh2tnSFdsx0hHfpcoN36nCCd+xugnbtbIJ272qBdvBpgXbwaYF28GmBdvBpgXbwaYF28Gn/&#10;XhgB/2kVAf94EgH/hhQB/5EYAfqcHwHtpCcC4qosBNasNAvLp0MawaJOKbicWDavl2FDp5FpTaCN&#10;cVaZiHlek4WCZI2BjGqIf5dvg32kcn98s3R9fMh1fH3oc3x86nF8e+xvfXrtbX157mt9efBpfXnw&#10;aX158Gl9efBpfXnwaX158Gn/XxgB/2sTAf97EQH/iRMA/5UVAPWgGgHoqSAB3bAkAdCwMgrGrEEY&#10;vKZMJ7OhVjWqnF9BopdnTJqSb1WTjnddjIuAZIaIimmBhZVufIOhcneCsHR1gsV1dIPnc3WB6nF2&#10;f+tvd37tbXh97mt4fPBpeHzwaXh88Gl4fPBpeHzwaXh88Gn/YBcB/24SAf9+EAD/jBEA/5kRAPGk&#10;EwDjrhYA1rYcAcu0MAjBsD8Xt6tLJa2mVDOkoV1AnJ1lSpSYbFOMlXRbhpF9Yn+Oh2h5jJJtdIqe&#10;cXCIrXRtiMF0bYnkc2+H6nFwhOxvcoPtbXOB7mt0gPBpdIDwaXSA8Gl0gPBpdIDwaXSA8Gn/YRcB&#10;/3EQAf+CDgD/kA4A9Z0NAOOpDADZtQwAz7kaAMW4Lge7tD0VsbBJI6erUjGep1s+lqNjSI6falGG&#10;m3JZf5h6YHiVhGZyk49sbZGcb2mQqnJmkL5zZZHhcmiO63BqiuxubIjtbG2G72tuhPBpboTwaW6E&#10;8GluhPBpboTwaW6E8Gn/YxUB/3UOAf+GDQD4lAsA3KIIANStCQDPuAoAyb0XAL+8Kwa1uTsTq7ZH&#10;IaGxUC+YrVk7j6phRoemaE9/o3BXeKB4XnKegWRrm4xpZpqZbWKZqG9fmbxwXpnfb2CW7G5jke1t&#10;Zo7ua2eL72ppifBoaYnwaGmJ8GhpifBoaYnwaGmJ8Gj/ZxIB/3kMAP+KCgDfmgQA06YHAMyxCADH&#10;uwgAwcITALjCKASuvzgQpbxEHpu4TiyRtVc4iLFeQoCuZkt4q21Tcal2Wmunf2BlpYpkYKOXaFuj&#10;pmtZo7psWKPca1mg7mtcmu9qX5bwaWGS8Whjj/FmY4/xZmOP8WZjj/FmY4/xZmOP8Wb/axAB/34J&#10;APGQBADWngMAzKoGAMS0BgC+vgUAuMgQALDIJAOnxjUNncNCG5PATCiKvVQzgbpcPnm3ZEZxtWtO&#10;a7N0VGSxflpfsIlfWq+WYlaupWVTrrlmUq/bZVKr8mZVpPJmWJ/yZlqb82Vcl/NkXJfzZFyX82Rc&#10;l/NkXJfzZFyX82T/cA0A/4QEAN2WAADOowMAxK4EALu3BAC0wgUArs0MAKfOIAKezTEKlcs+FovI&#10;SSOCxlIuesNaOHLBYkBrwGpHZL5zTV69fFNZvIhXVLuVW1C7pV1Ou7leTbzbXUu5919OsfZgUar2&#10;YFOl9mBVofZgVaH2YFWh9mBVofZgVaH2YFWh9mD/dwgA64wAANObAADGqAIAu7ECALK7AgCqxwYA&#10;otMKAJ3WGgGV1iwGjNQ6EYPSRh160E8ncs5YMWrNYDhky2g/XspyRVjKfElUyYhNT8mVUUzJpVNK&#10;yblUScrcU0fI91VIwPxYSrj7WUyy+1pOrfpaTq36Wk6t+lpOrfpaTq36Wk6t+lr/fwAA3JMAAMqi&#10;AAC8rAEAsbUAAKjAAwCfywYAltkLAJHgGwGK3ywGgt85DnneQxdx3U0gatxWKGPbXy9d2mc1WNlx&#10;OlPZez5P2YhCS9mWRUjZpkdG2rpIRdvbR0TY9ElC0/9NRMn/T0XC/1BHu/9SR7v/Uke7/1JHu/9S&#10;R7v/Uke7/1LmigAAz5sAAL+nAACysAAAp7sAAJzGAwCT0QYAi+oOAIXoHwJ+6C0Gdug4Dm7oQRZm&#10;50odX+dSI1nnWylV52QtUOdtMUzneDVJ54Q4RuiROkPooDxA6bI+P+rLPj7o7z495v8/PeD/Qj/X&#10;/0RAzv9GQM7/RkDO/0ZAzv9GQM7/RkDO/0bWkwAAxKMAALSsAACntgAAm8EAAJDMAgCG2QYAgPIS&#10;AHnyHwJx8isGavI2DGPzPxJd80cYV/NPHVLzVyFN9GAkSfRpKEb0cypC9X4tP/WLLzz2mTE69qkz&#10;OPe+NDb44TU29fk1NfP/NDfs/zY55f84OeX/ODnl/zg55f84OeX/ODnl/zjIngAAtqkAAKiyAACb&#10;vQAAj8gAAIPUAAB56AcAc/wSAWv9HQJk/ScEXv4xCFj+Ow1T/0MRTf9LFUn/UxhF/1oaQf9jHT7/&#10;bB87/3YhN/+CIzT/kCUy/58nMP+wKC7/yCkt/+oqLP//Kiz//yov+f8qL/n/Ki/5/yov+f8qL/n/&#10;Ki/5/yq5pgAAqq4AAJy5AACOxQAAgdEAAHXeAABt+gkAZf8RAV7/GgJX/yMDUv8sBUz/NAdI/zwK&#10;Q/9EDD//TA48/1MQOP9bEjX/YxQy/2wWL/93Fyz/hBkp/5MaJ/+iHCX/tB0k/8weI//tHiL//R8i&#10;//8fIv//HyL//x8i//8fIv//HyL//x+sqwAAnbYAAI/CAACAzgAAc9wAAGfpAABf/wYAWP8OAFH/&#10;FQFL/x0CRv8mA0H/LQQ8/zUFOP88BjT/Qgcx/0kILv9QCSv/Vwoo/18KJf9pDCP/dA0g/4IOHf+S&#10;Dxv/ohAa/7IRGf/IEhj/5RMX//oUF//6FBf/+hQX//oUF//6FBf/+hSfswAAkL8AAIDMAABy2gAA&#10;ZOQAAFj1AABR/wEASv8LAET/EAE+/xcBOf8eAjT/JQIw/ywDLP8yBCj/OAQl/z4FIv9EBR//SgUc&#10;/1EGGv9ZBhf/YwcU/24HEv98CBD/jAgP/5wIDv+sCQ7/uwkN/9MJDf/TCQ3/0wkN/9MJDf/TCQ3/&#10;0wmRvAAAgckAAHLXAABk5AAAVOsAAEv/AABE/wAAPf8EADf/DAAx/xABLP8WASj/HAEk/yICIP8n&#10;Ahz/LAIZ/zEDFv82AxP/PAMR/0IDD/9JBA3/UQQL/1oECf9mBAb/cwUD/4EFAv+QBQH/nAUB/6sF&#10;Af+rBQH/qwUB/6sFAf+rBQH/qwX/RCQC/z8uA/88NgT/QDgE/0E9Bv9BRQj/QVEN/0BdE/8/ahj/&#10;PHcc/zqEIP83kSP/Npsl/zWkJ/80rCj/NLUq/zO+K/8yyCv/MtUs/zHlLf8x8S3/Mfst/zD/Lf8w&#10;/y3/M/8t/zb/LP44/y35Ov8u9jv/LvY7/y72O/8u9jv/LvY7/y7/RSMC/z8uA/8+NAP/QjYE/0Q7&#10;Bv9EQwj/RU8N/0RbE/9BaBn/P3Ud/zyCIf86jyT/OJon/zejKf82rCr/NrQs/zW9Lf80yC7/NNYu&#10;/zPmL/8z8i//Mvww/zL/MP8z/y//Nv8v/zn/L/k7/zD0Pf8x8T3/MfE9/zHxPf8x8T3/MfE9/zH/&#10;RiMC/0AtA/9BMgP/RjME/0g4Bv9IQAj/SUwO/0hYFP9FZRr/QnIf/0B/I/89jCb/O5gp/zqhK/85&#10;qi3/OLMu/ze9L/82xzD/NtUx/zbmMv818TL/Nfsy/zX/Mv82/zL/Ov8x+j3/M/M+/zTtQP806kH/&#10;NOpB/zTqQf806kH/NOpB/zT/RyIC/0EsA/9FLwP/STAE/0w1Bv9NPQj/TkgO/01UFf9LYRv/SG4g&#10;/0V7Jf9CiCj/P5Qr/z6eLv89py//PK8x/zy4Mv87wzP/Os80/zrhNf867jX/Ovg1/zr/Nf86/zX7&#10;Pv818kH/N+tC/zjlRP844UX/OOFF/zjhRf844UX/OOFF/zj/SCIC/0MsA/9ILAP/Ti0E/1ExBf9T&#10;OQj/VUUO/1NRFf9RXRz/Tmoh/0t3Jv9Igyv/RY8u/0SZMP9CojP/Qas0/0G0Nv9AvTf/P8k4/z/b&#10;OP8/6jn/P/U5/z//OftA/zjxQ/866EX/POFH/zzaSP891Un/PdVJ/z3VSf891Un/PdVJ/z3/SSEC&#10;/0QqA/9NKAP/UykE/1ctBf9ZNgj/XEIO/1tOFf9YWRz/VWUi/1JyKP9Pfi3/TIow/0qUM/9Injb/&#10;R6Y4/0avOf9FuDv/RcQ8/0TSPPxE5T34RPI99UX+PPFF/z7mSP9A3Er/QdJL/0HMTf9ByU3/QclN&#10;/0HJTf9ByU3/QclN/0H/SiAC/0gnAv9RJQP/WCUD/10qBP9gMwf/Yz8O/2JKFf9gVRz/XGEj/1lt&#10;Kf9VeS7/UoQz/1CPNv1OmTn7TKI7+kuqPfhKtD/3Sr5A9UnMQPFJ4UHtSvBB6kr8QuRK/0TYTP9F&#10;zE//RsZQ/0bAUf9GvlH/Rr5R/0a+Uf9GvlH/Rr5R/0b/TCAC/0wkAv9VIQL/XSED/2MnBP9nMQb/&#10;ajwM/2pHFP9nUhv/Y1wj/19oKvtcdDD3WX819VaKOfJUlDzwUp0/7lGmQexQr0PqT7pE6E7HROZP&#10;3UXhT+5F3U77SNRP/0nIUf9KwFP/SrpU/0q2Vf9KtFb/SrRW/0q0Vv9KtFb/SrRW/0r/TR8C/1Ah&#10;Av9aHgL/Yh4C/2klA/9tLQX/cTkL/3FEEv9vThr7a1gi9WZjKfFjbzDtYHo26VyFO+Zajz/kWJhC&#10;4VaiRN9Vq0bcU7ZI2lLDStZS2ErRU+xLzFP6TcVU/068Vv9PtVf/T7BY/06sWf9Nqlr/Tapa/02q&#10;Wv9Nqlr/Tapa/03/Th4C/1MeAv9eGwL/ZxsC/24iA/9zKgT/dzUJ/3hAEPl3Shjyc1Qg7G9eKOdr&#10;ajDiZ3U23mOAPNlfikHUXZNG0VudSc5ZpkzLWLBOyFe8UMZWzVHDV+ZRvlf3UrhY/1OwWv9Tq1z/&#10;Uqdd/1KjXf9Rol3/UKJd/1CiXf9Qol3/UKJd/1D/Tx4C/1cbAv9iFwH/bBkC/3QgAv95JwP/fjIH&#10;+YA8DfF/RhXqe1Ad5HdbJt1zZi7VbXA30Gl6PstlhETHYo5JxGCXTcBeoFC9XapTu1u2VbhbxVa1&#10;W99WslzzV6xd/VemXv1WoWD+VZ5g/1ScYf9TmmH/U5ph/1OaYf9TmmH/U5ph/1P/UB0C/1oZAf9l&#10;FQH/cBcB/3gdAf9/JAL9hC4F84Y4CuqGQhHjhEsZ239XI9F5Yi/LdGw4xW92QMBsf0a8aIhLuGaR&#10;ULVjm1OxYaVWrmCwWatfv1qpX9RbpmDvW6Jh+lqdY/tZmWT8WJZk/VeVZf5VlGX+VZRl/lWUZf5V&#10;lGX+VZRl/lX/UB0C/10XAf9pEgH/dBUB/30aAf+EIQH3iSoD7Y00B+SNPQ3ci0gW0YVUI8l/Xi7C&#10;emg4vHVxQLdxekeyboRNrmuNUqpollanZqBZo2WrXKBkuV6eZM1em2TqXphm+F2UZ/lckmj7WpBo&#10;/FmOaP1Xjmj9Vo5o/VaOaP1Wjmj9Vo5o/Vb/UhwB/18UAf9sEQH/eBMB/4EXAf+IHQHyjyUC55Mv&#10;BN6VOAnTkEUVyotRIsKFWy67gGU4tHtuQa93d0iqdH9OpXCIU6Fukleda5xbmWqnXpZptWCUaMhh&#10;kmnmYI9q91+Na/hdi2v5XIls+1qIbPxYiGv8WIhr/FiIa/xYiGv8WIhr/Fj/VBoB/2ITAf9vEAH/&#10;exIA/4UUAPqNGQDtkx8B4pkoAtiZMwjMlUIUxJBOIbyLWS20hWI3roFrQKh8c0iieXxOnXaFVJlz&#10;jliVcZhckW+kYI1usWKLbcNjiW7iYodv9mGGb/dfhW/5XYRv+luDb/tZg2/8WINv/FiDb/xYg2/8&#10;WINv/Fj/VhgB/2QRAf9yDgD/fhAA/4gRAPWRFADomBkA3Z4gAdGeMQfHmkATvpVMILaQViyui2A3&#10;p4ZoQKGCcEicfnlOlnuCVJJ4i1mNdpVdiXSgYYVzrmOCcr9kgHPeZIB09WJ/dPZgf3P4Xn5z+Vx+&#10;cvpafnL7WX5y+1l+cvtZfnL7WX5y+1n/WBcB/2cQAf91DgD/gQ4A/4wOAPGVEADjnREA1qMbAMuh&#10;LwbCnj4SuZlKHrCUVCupkF02ootmP5uHbkeVhHZOkIB/VIt+iFmGe5JdgXmeYX14q2R6eLxleXjZ&#10;ZXh59GJ5ePZgeXf4Xnl2+Vx5dfpaeXX7Wnl1+1p5dftaeXX7Wnl1+1r/WhUB/2kOAP94DAD/hAwA&#10;75ALAN2aCgDZogsA0KYYAMalLAW9ojwQtJ5IHauZUimjlVs0nJFjPpWNa0aPiXNNiYZ8U4SEhVh/&#10;gZBden+bYXZ+qGRzfbllcX7TZXF+8mNyffZgc3v3XnR6+Vx0efpbdXn7WnV5+1p1eftadXn7WnV5&#10;+1r/XRMB/2wNAP97CwD2iAkA3JMGANWdCQDRpQoAyqoVAMGpKgS3pjoPrqJGG6aeUCiemlkzlpZh&#10;PI+TaUSJj3FMg415Un2Kg1d4iI1cc4aZYG+EpmNshLdkaoTPZGqE8GJsgvZgbYD3Xm9/+Vxvffpb&#10;cHz7WnB8+1pwfPtacHz7WnB8+1r/XxEB/28KAP9+CADjjAMA1pcFAM+gBwDKqAgAxK4TALutJwOy&#10;qzcNqadEGaCkTiaYoFcxkZxfOoqZZ0ODlm9KfZN3UHeRgFZyj4pabY2WXmiLo2Fli7RjY4vMY2OL&#10;7mFlifdfZ4b4XmmE+Vxqgvpaa4H7WmuB+1prgftaa4H7WmuB+1r/YhAA/3IHAPiCAwDbjwIAz5oF&#10;AMmjBgDDrAYAvbIQALWyJAKssDULo61CF5uqTCOSplUuiqNdOIOgZUB9nWxHdpt0TXCZfVNrlohY&#10;ZpWUXGKUoV9fk7JgXZPJYF2T7V9ekPheYYz5XGOK+ltkh/taZYb7WWWG+1llhvtZZYb7WWWG+1n/&#10;Zg0A/3cDAOOHAADTkwEAyp4EAMKnBAC7rwQAtbYNAK63IQKltjIJnbM/FZSwSiCMrVMrhKpbNH2o&#10;Yzx2pWpDcKNySmqhe09loIZUYJ6RWFudn1tYnbBdVp3HXVad61xXmvpbWpX6WlyR+1lejvxYX438&#10;V1+N/FdfjfxXX438V1+N/Ff/agoA/3wAANyMAADNmAAAw6MDALqqAgCzswEArLwKAKa9HQGevC8G&#10;lro8EY24RxyFtVAnfbNZMHaxYDhvr2g/aa1wRWOreUpeqoRPWqmQUlWonlVSp69XUajGV1Cn6ldQ&#10;pfxXU5/9V1Wa/VZXlv5WWJX+VViV/lVYlf5VWJX+VViV/lX/bwQA5oIAANKRAADGnQAAu6YBALKu&#10;AACqtwEAosIFAJzEGACVwyoEjcI5DYXARBh9vk4hdbxWKm66XjJouWY4YrduPl22eENYtYJHVLSP&#10;S1C0nU5Ns65QS7TFUEuz6lBKsf9RTKv/Uk6l/1JQof9SUZ7/UVGe/1FRnv9RUZ7/UVGe/1H/dgAA&#10;3YkAAMqXAAC+ogAAs6oAAKmzAACgvAIAmMYGAJHMEgCLzCUChMs0CXzJQBJ1yEobbcdTI2fFXCph&#10;xGQwXMNtNlfCdjpTwoE/T8GOQkvBnUVIwa5GR8HFRkfB6kZEvv9JRbn/Skez/0tJrf9MSqv/TEqr&#10;/0xKq/9MSqv/TEqr/0zpfwAA0ZAAAMKeAAC1pwAAqq8AAKC4AACWwQIAjMsHAITVDQCA1R4BedUu&#10;BXLUPAxs00cUZdJQG1/RWSFa0WInVdBrLFHQdTBNz4E0Sc+ON0bPnTlE0K47QtDGO0PQ6jpAzf0+&#10;Psv/QEDD/0JBvf9DQrn/REK5/0RCuf9EQrn/REK5/0TdiAAAx5gAALijAACrqwAAoLQAAJW+AACL&#10;yAMAgNEHAHjhDQB04R0BbuErA2jgNwhh4EIOXOBNFFfgVhlT4F8dT+BpIkvgcyVH4H4oROCLK0Lg&#10;mi0/4asvPuLBLz7i5S883/oxOd7/NDnZ/zY60P84O8z/OTvM/zk7zP85O8z/OTvM/znNkgAAvKAA&#10;AK2oAAChsQAAlbsAAInFAAB+zwIAdNoGAG7rEQBo6x4BYusqA13sNQZX7D8LUuxID03sURNK7VoW&#10;Ru1jGUPtbRxA7XgePe6FITrukyM476MkNvC2JjXx0iY07/MmNOz/JjLr/ygy5/8rM+T/LDPk/ywz&#10;5P8sM+T/LDPk/yzBnAAAsKYAAKOuAACWuAAAicMAAH3NAABx2AAAZ+YGAGL2EQBc9x0BV/cnAlL3&#10;MQRN+DoGSPlCCUT5SwtB+lQOPvpcEDv7ZRI4+28UNft7FjL8iRgw/ZgZLv2qGyz+vxwr/+MdKvz6&#10;HSr6/x0q9/8cKvf/HSr3/x0q9/8dKvf/HSr3/x2zowAApKsAAJe2AACJwQAAe8sAAG/WAABj3wAA&#10;W/UGAFX/EABQ/xkBS/8jAkb/LANC/zQEPv88BTr/QwY3/0sHNP9TCDH/Wwku/2QKK/9vDCj/fA0m&#10;/4sOJP+cECL/rhEh/8USIP/pEx///BMe//8THv//Ex7//xMe//8THv//Ex7//xOmqQAAmLMAAIq/&#10;AAB7ygAAbtUAAGDfAABU5wAATv8EAEn/DgBD/xQAP/8dATr/JQI2/ywCMv8zAy//OgMr/0EEKP9I&#10;BCX/TwUi/1cFIP9gBh3/bAca/3kHGP+KCBb/mwgV/60JFP/DCRP/4wkT//gJE///ChP//woT//8K&#10;E///ChP//wqasQAAi70AAHzIAABt1AAAX+AAAFHmAABH9QAAQf8AADz/CQA3/xAAMv8VAS7/HQEq&#10;/yMBJv8pASL/LwIf/zUCHP87Ahn/QgMW/0kDE/9RAxH/WgMP/2YEDf90BAv/hQQK/5YFCf+oBQj/&#10;uQUH/9AFB//jBQf/4wUH/+MFB//jBQf/4wWNugAAfccAAG3TAABf4AAAUOcAAELtAAA6/wAANf8A&#10;AC//AgAq/woAJv8PACL/FAAe/xoBGv8fARb/IwET/ygBEP8tAQ7/MwEM/zkCCv9BAgf/SQID/1MC&#10;AP9eAgD/bAIA/3wDAP+NAwD/nQMA/6wDAP+1AwD/tQMA/7UDAP+1AwD/tQP/OScC/zMyAv81NAP/&#10;ODYD/zg7BP82QwX/M04H/zFbCf8vaA3/LXYR/yuEFP8pkRb/KZsY/yikGf8orRr/KLUb/ye+HP8n&#10;yBz/J9Qd/yfkHf8n7x7/J/ke/yf/Hv8n/x7/J/8d/yj/Hf8r/x7/Lf8f/C//H/wv/x/8L/8f/C//&#10;H/wv/x//OicC/zQxAv84MQP/OzQD/zs5BP86QQX/N0sH/zVYCv8zZQ7/MXMS/y+BFf8tjhf/LZgZ&#10;/yyhG/8sqhz/K7Id/yu7Hv8rxB//K9Af/yrhIP8q7SD/Kvcg/yr/IP8r/yD/K/8f/yz/H/8v/yH8&#10;Mf8i9zP/Ivcz/yL3M/8i9zP/Ivcz/yL/OyYC/zUwAv87LwL/PjED/z82BP8+PQX/PEgH/ztVC/85&#10;Yg//N28T/zV9F/8zihn/MpUb/zGeHf8wpx7/MK8f/zC3IP8vwCH/L8si/y/cIv8v6iP/L/Uj/y/+&#10;I/8v/yL/MP8i/zD/I/sz/yX1Nf8l8Df/JvA3/ybwN/8m8Df/JvA3/yb/PCYC/zktAv8/LAL/Qy0D&#10;/0QyBP9DOQX/Q0UH/0JSC/9AXxD/PmsV/zt4GP85hRv/N5Ae/zeaIP82oyH/Nasi/zWzI/80vCT/&#10;NMYl/zTUJf805ib/NPEm/zT7Jv81/yX+Nf8m+jb/KPM4/ynsOv8p5jz/KuY8/yrmPP8q5jz/KuY8&#10;/yr/PSUC/z0qAv9DKAL/RykD/0ktBP9KNgX/SkEH/0lNDP9HWhH/RWcW/0J0Gv9AgB3/Powg/z2V&#10;Iv88niT/O6Ym/zuuJ/86tyj/OsEo/zrNKf864Sn+Ou4p+zr5Kfc7/yn2Ov8r8Dv/Leg9/y7hP/8u&#10;20H/LttB/y7bQf8u20H/LttB/y7/PiUC/0EmAv9IJAL/TCUC/08pA/9SMwX/UT4H/1FJDP9PVhL/&#10;TGIX/0pvHP9HeyD/RYYj/0ORJf9Cmif/QaIp/0GqKv1Asiv8QLws+z/ILfg/2y30QOst8ED3Le1A&#10;/y/rP/8x5EH/MttD/zPRRP8zy0b/M8tG/zPLRv8zy0b/M8tG/zP/QCQC/0UjAv9MIAL/UiEC/1Ym&#10;A/9ZLwT/WToH/1lGDP9WURL/VF0Y/1FqHf5OdSH8TIEl+UqLKPdJlSv1R50s80emLvJGri/wRbgw&#10;70XEMe1F0zHoRugx5Ub2MuJF/zXfRP8200f/N8pI/zjESv84v0v/N79L/ze/S/83v0v/N79L/zf/&#10;QSMB/0kfAf9RHAH/VxwC/1wjAv9gLAP/YDYG/2BBC/9eTRH9W1gY+FhkHfRVcCPxU3wn7lCGK+tP&#10;kC7pTZkw50yhMuVMqjPjS7Q04kvANeBLzzXbS+Y21Ur0ONFK/zrOSv88xEz/PL1N/zy4T/88tE//&#10;O7RP/zu0T/87tE//O7RP/zv/QiIB/0wcAf9VGAH/XBkB/2MgAv9mKAP/aDIF/2g9CfpmSBD0Y1MX&#10;7mBfHepdayPmWnYo4leBLd9VizDcU5Qz2VGdNtVQpjjTT6860E+7O85OyTzLT+E9x0/yPsNP/0DA&#10;T/9Bt1H/QbFS/0CtU/9AqlT/P6pU/z+qVP8/qlT/P6pU/z//Rh8B/1AZAf9ZFQH/YhcB/2gdAf9s&#10;JAL/by4D+W84B/FuRA7ra04V5WhbHN9kZyPaYHEq1F17L9BbhTTMWI44yVeXO8dVoD3EVKk/wlO0&#10;Qb9TwkK9U9ZDuVPtRLZT/UWzVP9FrFb/RKdX/0SkWP9DoVj/QqFY/0KhWP9CoVj/QqFY/0L/SB0B&#10;/1MWAf9dEgH/ZhQB/20ZAf9yIQH7dSkC8nYzBel2Pgvic0oS229XGtJrYiPNZ2wryGR2McRhfzfA&#10;Xok7vVySPrpbmkG3WaREtViuRrJXu0ewV81IrVjoSKpY+kmnWf9IoVr/SJ1b/0ebXP9GmVz/RZlc&#10;/0WZXP9FmVz/RZlc/0X/SxoB/1cTAf9hEAD/axIA/3IWAP94HAH1eyQB630tA+J+OQfZe0YQ0HZT&#10;GslxXiTDbWgsvmpxM7pnezi2ZIM9smKMQa9glUWsXp9HqV2pSqZctkukXMdMolziTZ9d90ycXv9M&#10;mF//SpVg/0mTYP9IkWD/R5Fg/0eRYP9HkWD/R5Fg/0f/ThgB/1oRAf9kDgD/bxAA/3YTAPx9FwDv&#10;gR4B5IQnAtuENAXQgUMPyHxPGcF4WiO7c2QstXBtM7Fsdjqtan8/qWeIQ6VlkUeiY5tKn2KlTZxh&#10;sU+ZYMFQl2DcUJVh80+TYv9OkGP/TI5k/0uMZP9Ki2T/SItk/0iLZP9Ii2T/SItk/0j/UBYB/1wQ&#10;AP9oDQD/cg4A/3oQAPaBEgDphhcA3oogAdKKMATJhkAOwYJNGbp9VyO0eWEsrnVqNKlycjqkb3tA&#10;oGyERJ1qjUiZaJdMlWehT5JmrVGQZb1SjmXUU4xm8FGLZ/9QiGf/Todo/0yGaP9LhWf/SYVn/0mF&#10;Z/9JhWf/SYVn/0n/UhQB/18OAP9rCwD/dQwA+X4NAPCFDgDjixAA1o8aAMyOLgTDiz0Nu4dKGLSD&#10;VSKtfl4rp3tnM6J3bzqddHhAmXKARZVviUmRbZNNjWyeUIpqqlOHarlUhWrPVIRr7lODbP9Rgmz/&#10;T4Fr/02Aa/9MgGv/SoBr/0qAa/9KgGv/SoBr/0r/VBIB/2EMAP9uCgD9eAkA6IIIANyJCQDYjwsA&#10;0JMXAMaTKwO+kDsMtoxIF66IUiGnhFwroYBkM5x8bTqXeXVAknd9RY51hkqKcpBOhnGbUYJvp1R/&#10;b7ZVfW/LVnxv61R8cP9Se3D/UHtv/057b/9Ne27/S3tu/0t7bv9Le27/S3tu/0v/VxEA/2MKAP9w&#10;BwDwfAUA3IUFANSMCADQkwkAypYUAMGXKQO5lDkLsZBGFqmNUCCiiVoqnIViMpaCajmRf3I/jHx6&#10;RYd6g0qDeI1Of3aYUXt1pFR4dLNWdnTIVnV06FV1df1TdXT/UXVz/092cv9NdnH/THZx/0x2cf9M&#10;dnH/THZx/0z/WRAA/2YHAP9zBADhfwEA1ogEAM+QBgDKlggAxJoSALybJgK0mDcJrJVEFKSRTh+d&#10;jlcolopgMZCHaDiLhHA/hoJ4RIF/gUl9fYtNeHuWUXR6olRxebFWb3nFVm565lVuevxTb3n/UXB3&#10;/09xdv9NcXX/THF1/0xxdf9McXX/THF1/0z/Ww4A/2kEAPZ3AADdggAA0IsDAMmTBQDEmQYAvp4Q&#10;ALafJAKunTQIpppBE5+WTB2Yk1UnkZBeL4uNZTeFim09gIh1Q3uFfkh2g4hMcoKTUG6AoFNrf65V&#10;aH/CVmd/41VogPpTaX7/UWp8/09re/9NbHn/TGx5/0xsef9MbHn/TGx5/0z/XgwA/2wBAOZ6AADW&#10;hgAAy48CAMSXBAC+nQQAuKIOALGjIQGpojIHoZ8/EZmcShuSmVMli5ZcLYWTYzV/kWs7eo5zQXWM&#10;fEZwioVLa4iRT2eHnVJkhqxUYoa/VWGG4VRhhvlSY4T/UGWB/09mf/9NZ37/TGd+/0xnfv9MZ37/&#10;TGd+/0z/YQoA/28AAOB+AADQiQAAxpMBAL+bAwC4oQIAsaYLAKqoHgGjpy8Fm6U9D5SiSBmMn1Ei&#10;hZxZK3+aYTJ5mGk5dJVxP2+TeURqkoNIZZCOTGGPm09ejqpSW469UlqO3lJbjfhQXIv/T16I/05g&#10;hf9MYYP/S2GD/0thg/9LYYP/S2GD/0v/ZAUA9XQAANqCAADLjgAAwZcAALieAQCxpQAAqasHAKOt&#10;GgCcrCwElas6DI2oRRaGpk8ff6RXKHmiXy9zoGY1bZ5uO2icd0BjmoFFX5mMSVuYmUxXl6hOVZe7&#10;T1SX3E5UlvZOVZT/TViQ/0xZjf9LW4r/SluK/0pbiv9KW4r/SluK/0r/aAAA5XkAANGHAADFkgAA&#10;u5wAALGiAACpqQAAobECAJuzFQCVsygCjrI2CYawQhJ/rkwbeKxUI3KqXCpsqGQxZ6dsNmKldTtd&#10;pH9AWaOKQ1Wil0dRoadJT6G6Sk6i2UlOoPVJTp//SVCZ/0lSlv9IVJL/R1SS/0dUkv9HVJL/R1SS&#10;/0f/bgAA3n8AAMqNAAC+mAAAs6AAAKqnAAChrgAAl7YAAJG6EACMuiMBhbkyBn64Pg53tkkXcbVS&#10;HmuzWiVlsmIrYLFqMFuwczVXr305U66JPU+tlkBMraVCSq25Q0mu2EJIq/VDR6r/REml/0RLoP9E&#10;TZz/RE2c/0RNnP9ETZz/RE2c/0TqdQAA0oYAAMOTAAC3nQAArKQAAKKrAACYswAAjrsBAIXBDACB&#10;wh0Ae8ItA3XBOglvwEURab9PGGO+Vx5evV8jWbxoKFW7cS1Ru3swTbqHNEq6lTdHuqU5Rbq4OkS6&#10;1zlDuPU7Qrb/PUKz/z5Erv8+Ran/PkWp/z5Fqf8+Ran/PkWp/z7gfQAAyY0AALuaAACuogAAo6kA&#10;AJixAACOuQAAhMECAHnJBwB0yxQAcMwmAWvLNQVly0AKYMpLEFvKVBZXyV0aUsllH07IbyNLyHom&#10;R8iGKUTIlCxCyKQuQMi4Lz/J1y8/x/UwPcT/MzvD/zU8vv82Pbj/Nz24/zc9uP83Pbj/Nz24/zfR&#10;hgAAwJUAALKfAAClpwAAmq8AAI63AACDvwAAeMcDAG7PBwBl1w0AY9gdAGDYLQJb2DoEV9hGCVPY&#10;UA1P2FkRS9diFUfXbBhE13cbQdeEHj7YkyA82KMhO9m3Ijra1SI61vIjN9T/JzbS/yk00f8rNsr/&#10;LTbK/y02yv8tNsr/LTbK/y3FkAAAtp0AAKilAACcrQAAj7YAAIO+AAB3xwAAbM8CAGLWBwBa5A4A&#10;WOQcAFTkKQFQ5DUDTOU/BUjlSQdF5VMKQuZcDT/mZg885nESOud+FDfnjBY155wXM+iuGTLpxhky&#10;6OoZMeX+GS/k/xwu5P8eLeL/IC3i/yAt4v8gLeL/IC3i/yC6mgAAqqMAAJ2rAACQtAAAg70AAHfG&#10;AABrzwAAX9YAAFTeBABR8BAATfAbAErwJgFG8TACQvI6Az7yQwQ780sFOPNUBzb0XQgz9GgJMPV0&#10;Cy71gQws9pEOKvaiDyj3txAn+NYRJ/b0ESbz/xEm8f8RJfH/EyXx/xMl8f8TJfH/EyXx/xOtoQAA&#10;oKkAAJKzAACEvAAAdsYAAGnPAABd2AAAUd8AAEnuBABG/A4AQv0XAD7+IQA7/ioBN/8zAjT/OgIw&#10;/0IDLf9KAyv/UwQo/1wFJf9mBSL/cwYg/4MHH/+UCB3/pggc/7wIG//iCRr/+Qka//8JGf//CRn/&#10;/wkZ//8JGf//CRn//wmipwAAk7EAAIW7AAB2xgAAadAAAFvaAABO4AAAQ+UAAD77AQA6/wwANv8T&#10;ADL/GwAv/yMAK/8qASj/MQEk/zcBIf8/Ah//RgIc/04CGf9YAxb/YwMT/3ADEv+BBBH/kwQQ/6cE&#10;D/+9BQ7/4AUO//YFDv//BQ7//wUO//8FDv//BQ7//wWVrwAAhroAAHfFAABo0AAAWtsAAEzhAABA&#10;5wAAN/MAADL/AAAu/wcAKv8OACb/EwAj/xoAH/8gABv/JgAY/ysBFf8yARL/OAEQ/0ABDv9IAQz/&#10;UgEJ/10CBv9rAgT/fQIC/5ACAf+jAgD/tgIA/80DAP/sAwD/7AMA/+wDAP/sAwD/7AOIuQAAeMQA&#10;AGnQAABb3QAAS+MAAD7pAAAy7gAAK/8AACb/AAAh/wAAHf8IABr/DQAW/xEAE/8WABD/GgAO/x8A&#10;C/8kAAn/KgAG/zAAAv83AQD/QAEA/0oBAP9WAQD/ZAEA/3UBAP+IAQD/mgEA/6oBAP+7AQD/uwEA&#10;/7sBAP+7AQD/uwH/LysB/ysyAv8vMQL/MDQC/y85A/8rQQP/J0wE/yNYBf8hZgb/IHQH/x6CCf8e&#10;jgv/HpgM/x6hDf8eqQ7/HrAP/x24D/8dwRD/HcsQ/x3bEf8d6BH/HfIR/x38Ef8e/xH/Hv8Q/x7/&#10;EP8f/xH/H/8S/yH/E/8i/xP/Iv8T/yL/E/8i/xP/LysB/y4wAv8yLwL/MzEC/zI2A/8vPgP/K0kF&#10;/ylWBv8nYwf/JXEI/yR+C/8jigz/I5UO/yKeD/8iphD/Iq0R/yK1Ef8ivRL/IscS/yLUE/8i5RP/&#10;IvAT/yL6E/8i/xP/I/8S/yP/Ev8j/xT/JP8V/ib/Fvwn/xb8J/8W/Cf/Fvwn/xb/MCoB/zEtAv81&#10;KwL/Ny0C/zYyA/80OgP/MkUF/y9SBv8tYAf/LG0K/yp6DP8phg7/KJEQ/yiaEf8oohL/J6oT/yex&#10;FP8nuRT/J8MV/yfPFf8n4RX/J+0V/yf4Ff8o/xX/KP8V/yj/Fv8n/xf8Kf8Y9iv/GfQs/xn0LP8Z&#10;9Cz/GfQs/xn/MSkB/zQpAf85KAL/OyoC/zwuAv86NgP/OUIF/zdPBv81XAj/M2kL/zF2Dv8wghD/&#10;L40S/y6WFP8unhX/LaYW/y2tFv8ttRf/Lb4Y/y3KGP8t3Bj/LeoY/y31GP0u/xj6Lv8Y+S3/Gvkt&#10;/xzzL/8c7TH/Heoy/x3qMv8d6jL/Heoy/x3/MykB/zgmAf89JAH/QCUC/0EpAv9CMwP/QT4F/z9K&#10;Bv89Vwn/O2QM/zlwD/83fRL/NogU/zWRFv81mhf/NKIZ/zSpGf8zsRr/M7ob/zPFG/0z0xv6M+Yb&#10;9zTzG/M1/hvxNP8d8DP/H+4z/yDnNv8h4Tf/Id44/yHeOP8h3jj/Id44/yH/NScB/z0iAf9CIAH/&#10;RiAB/0glAv9KLwP/SToE/0dGBv9FUgn/Q18N/0FrEf8/dxT/PYIX/jyMGfw8lRr7O50c+TulHfg6&#10;rR72OrYe9TrAH/M6zh/wOuMf6zvxH+g6/SHmOv8j5Dr/JeE6/yXYPP8m0D3/Js0+/ybNPv8mzT7/&#10;Js0+/yb/OSQB/0EeAf9HGwH/SxsB/08iAf9RKwL/UTYE/09BBv9MTQn/S1oO/ElmEvhHchb1RX0Z&#10;80OHG/FCkR3vQpkf7UGhIOxBqSHqQLIi6EC8IudAyiPkQd8j4EHvJNxA/CfYQP8p1D//Ks9A/yrH&#10;Qv8qwkP/KsBD/yrAQ/8qwEP/KsBD/yr/PCAB/0UaAf9LFwH/URcB/1YfAf9YJwL/WDED/1c8BfxV&#10;SAn2UlQO8lBhE+5ObRfqTHgb50qCHuVJjCDiSJUi4EedJN5HpSXcRq4m2kW5J9hFxijURdwpz0bu&#10;KstF+y3IRf8uxUX/L8BG/y+6SP8vtUn/LrRJ/y60Sf8utEn/LrRJ/y7/QB0B/0kWAf9QEwH/VhQA&#10;/1wbAf9fIwH/YCwC+l83BPNdQgjtWk8N51hcE+JWaBjeU3Ic2lF9INZPhiTSTo8n0E2YKc1MoCvL&#10;S6ktyUqzLsdKvy/FStAwwkvoML1L+DK6Sv8zuEv/M7NM/zOuTf8zqk7/MqlO/zKpTv8yqU7/MqlO&#10;/zL/QxoB/0wTAP9UEAD/XBIA/2EXAP9lHgH7ZicB8mYxA+plPQbjY0oL3GBXEtVdYhnQWm0fzFd3&#10;I8hVgCfFVIkrwlKSLsBRmjC+UKMyu0+tNLlPuTW3T8g2tE/iNrFP9DeuUP84rFD/OKdR/zejUv82&#10;oFP/NZ9T/zWfU/81n1P/NZ9T/zX/RhcB/1ARAP9YDQD/YBAA/2YTAP9qGQD0bCEB6m0rAuFsNwTZ&#10;akUK0GdSEspjXhrFYGggwV5yJr1ceyq6WoQut1iMMbRXlTSxVZ42r1SoOK1UszqqU8I7qFPaO6VU&#10;8DyiVf88oVX/O51W/zqaV/85l1f/OJdX/zeXV/83l1f/N5dX/zf/SRQA/1MOAP9cDAD/ZQ0A/2sP&#10;APpvEwDschkA4nQjAdhzMgPOcUIJx21PEsFqWhq7Z2Qht2RtJ7NidiyvX38wrF6HNKlckDenW5k6&#10;pFmjPKFZrj6fWL0/nVjRQJpZ7D+YWf4/l1r/PpRb/zyRW/87j1v/Oo9b/zqPW/86j1v/Oo9b/zr/&#10;TBIA/1YNAP9gCQD/aAoA+m8MAPNzDgDldxEA2nkbAM95LgLHdz4Jv3RLEblwVhqzbWAhr2ppKKpn&#10;ci2nZXoyo2ODNqBhjDmdYJU8ml6fP5ddqkGVXbhCk13LQ5Bd6EOPXvxBjl//QItf/z6KX/89iF//&#10;PIhf/zuIX/87iF//O4hf/zv/ThEA/1gKAP9jBwD6bAYA53MGAN14CADaewsA0X4XAMh+KwLAfDsI&#10;uXlIEbJ2Uxmscl0hp29mKKNtbi6fanczm2h/N5hmiDuVZZE+kWObQY5ip0OMYbRFiWHHRYhi5UWG&#10;YvpDhmP/QoRj/0CDY/8+gmP/PYJj/zyCY/88gmP/PIJj/zz/UA8A/1sHAP9mAwDsbwIA3HYDANR8&#10;BwDRgAkAyoIUAMKDKAK6gTkHs35GEKx7URmmd1ohoXRjKJxyay6Yb3MzlG18N5FrhDuNao4/imiY&#10;QoZno0SEZrFGgWbDR39m4Ud/Z/hFfmj/Q35o/0F9Z/8/fGf/Pnxn/z18Z/89fGf/PXxn/z3/Ug4A&#10;/10DAP1pAADhcgAA1noCAM5/BQDKgwgAxYYSALyHJgG1hjYGroNDD6eAThihfFggm3lgJ5Z3aS2S&#10;dHAzjnJ5N4pwgTyGbos/g22VQ39soUV8a65Hemu/SHhr3Uh4bPZGeGz/RHds/0J3a/9Ad2r/P3dq&#10;/z53av8+d2r/Pndq/z7/VAwA/18AAPJsAADddgAA0H0CAMmDBADEhwYAv4oQALeMIwGwijQFqYhB&#10;DqKFTBecgVUfln9eJpF8Zi2MeW4yiHd2N4R1fzuAdIg/fHKSQ3hxnkZ1cKxIc2+9SXFw2UlxcPRH&#10;cXH/RHJw/0Jyb/9Bcm7/P3Ju/z5ybv8+cm7/PnJu/z7/VgoA/2IAAOZvAADXeQAAzIEBAMWHAwC/&#10;iwQAuY4OALKQIAGrjzEFpIw/DZ2KShaWh1MekYRcJYuBZCyGf2sxgn1zNn57fDt6eYY/dneQQnJ2&#10;nEVvdalIbHW6SWt11ElrdfJHa3X/RWx1/0Ntc/9BbXL/P21y/z9tcv8/bXL/P21y/z//WQcA/2UA&#10;AOJyAADRfAAAx4QAAMCKAgC5jwIAs5IMAKyUHQCmky8EnpE8C5iPSBSRjFEci4laJIaHYiqBhWkw&#10;fIJxNXiBejp0f4M+cH2OQmx8mkVpe6dHZnq4SGR70Ehke/BHZXv/RGZ6/0NneP9BaHb/P2h2/z9o&#10;dv8/aHb/P2h2/z//WwQA92kAAN12AADNgAAAw4gAALuOAAC0kwEArZcJAKeYGgCgmCwDmZY6CpKU&#10;RRKMkk8aho9XIoCNXyh7i2cudolvM3KHdzhthYE8aYSLQGaCl0NigaVGYIG2R16BzUdege9GX4H/&#10;RGB//0Jhff9BYnv/P2N6/z9jev8/Y3r/P2N6/z//XgAA6W0AANZ5AADIhAAAvowAALaTAACulwAA&#10;ppsEAKCdFwCanSkCk5w3CIyaQxCGmE0YgJZVH3qUXSZ1kmUscJBsMWyOdTZnjX46Y4uJPl+KlUFc&#10;iaNEWom0RViJy0VYiO1EWIj/Q1mG/0Fbg/9AXYH/Pl2A/z5dgP8+XYD/Pl2A/z7/YgAA5HEAAM9+&#10;AADDiAAAuZEAALCXAACnmwAAnqEAAJijEwCToyUBjaI0BoahQA2An0oVeZ1THHSbWiNvmWIoaphq&#10;LmaWcjJhlXw3XZSGOlmSkz5WkqFAU5GyQVKSyUJSketBUpD/QFKP/z9Vi/8+Voj/PVeH/z1Xh/89&#10;V4f/PVeH/z35ZwAA3XYAAMmDAAC9jQAAs5UAAKmbAACgoAAAlqcAAI+pDwCLqiEBhakwBH+oPAp4&#10;p0cSc6VQGG2jWB5oomAkZKFnKV+gcC5bnnkyV52ENlOckTlQnJ87TpuwPUycxz1Mm+o8TJn/PEyY&#10;/zxNlf88T5H/O1CP/ztQj/87UI//O1CP/zvrbQAA03wAAMOJAAC3kwAArJoAAKKfAACZpQAAjqsA&#10;AIWwCwCBsRsAfLErAnewOAdxr0MNa65NFGatVRlhrF0eXatlI1mqbidVqXcrUaiCL02njzJKp541&#10;SKevNkenxjZGpuk2RaT+N0Wj/zdGoP83SJz/N0ma/zdJmv83SZr/N0ma/zfidAAAyoMAALyPAACw&#10;mAAApZ4AAJukAACQqwAAhbEAAHq4BAB2uRQAcrklAW25MwRouD8IY7hJDl63UhNatloYVrZiHFK1&#10;ayBOtHUkS7SAJ0izjipFs50sQrOuLUGzxS5Bs+ktQLD+Lz+v/zE+rf8yQKj/MkGm/zJBpv8yQab/&#10;MkGm/zLVfAAAwooAALWWAAConQAAnaMAAJKqAACHsQAAfLcAAHC+AwBowg4AZsMdAGPDLQFewzkE&#10;WsNECFbCTgxSwlcQT8FfFEvBaRdIwXMaRcB+HULAjCA/wJsiPcCtIzzBxCM8wOkjOr7+Jji8/yg3&#10;u/8pOLj/Kji2/ys4tv8rOLb/Kzi2/yvJhQAAuZMAAKycAACgogAAlKoAAIixAAB8uAAAcb4AAGbF&#10;AwBbywgAV80TAFbOIwBTzjIBUM4+A03PSAVJz1IIRs9bC0PPZQ5Az28QPs97EzvPiRU5z5kXN8+r&#10;GDbQwxg2z+gYNM37GzLL/x0xyv8fMMn/IS/I/yEvyP8hL8j/IS/I/yG+jwAAr5oAAKKhAACWqQAA&#10;irAAAH24AABxvwAAZsYAAFvMAgBQ0gcAR9oMAEbcGABF3CcARN01AUHdQAI/3ksDPd5VBDrfXwY4&#10;32kHNd92CTPghAsx4JQML+GmDS7hvA4t4uAOLd74Dyvd/xIq3P8UKdr/Fija/xYo2v8WKNr/Fija&#10;/xazmAAApaAAAJmnAACLsAAAfrgAAHHAAABlyAAAWc4AAE7TAABE2wQAP+kNAD3pFwA76iMAOeou&#10;ADbrOAE060IBMexLAi/tVQMt7V8DKu5rBCjueAUm74gGJe+aByPwrgci8cgHIvDtByHs/wch6/8I&#10;IOv/Ch/q/wsf6v8LH+r/Cx/q/wuonwAAm6YAAI2vAAB/uAAAccEAAGTKAABY0AAATNYAAEHdAAA4&#10;5AAANfYMADP3FAAw9x4ALvgnACv5MAAo+TgBJvpAASP7SQEh+1IBHvxdAhz9aQIa/XkDGP6LAxf/&#10;ngMV/7MEFP/TBBT+9AQT/P8DE/r/AxP5/wMT+f8DE/n/AxP5/wOdpQAAj64AAIC4AABywgAAZMsA&#10;AFbTAABJ2gAAPt8AADTkAAAu9AAAK/8KACj/EAAl/xcAIv8fAB//JgAc/y0AGf80ABf/PAAU/0QB&#10;Ev9OARD/WQEO/2cBDP93AQv/igIK/58CCf+1Agj/1QIH//QCB///Agf//wIH//8CB///Agf//wKR&#10;rQAAgrgAAHPCAABkzAAAVtUAAEjdAAA74gAAMOcAACfuAAAj/wAAIP8EABz/DAAZ/xEAFv8WABP/&#10;GwAR/yEADv8nAA3/LgAK/zYAB/8+AAT/SAAA/1QAAP9iAQD/cwEA/4cBAP+dAQD/sgEA/8oBAP/q&#10;AQD/8wEA//MBAP/zAQD/8wGEtwAAdMEAAGXMAABW2AAAR98AADnlAAAt6gAAI+4AABz9AAAY/wAA&#10;Ff8AABH/BAAP/wsADf8OAAn/EQAG/xUAA/8aAAD/IAAA/yYAAP8uAAD/NwAA/0EAAP9NAAD/XAAA&#10;/20AAP+CAAD/lgAA/6gAAP+6AAD/wwAA/8MAAP/DAAD/wwD/JC8B/yUvAf8oLwH/JzEB/yQ2Av8g&#10;PgL/GkkD/xdWA/8VZAP/E3IE/xJ/BP8SigT/EpQE/xKdBf8SpAX/EqwG/xKzBv8Sugb/EsMG/xPO&#10;B/8T3wf/E+sH/xP2B/8T/wf/E/8G/xP/Bv8U/wf/FP8I/xP/CP8V/wn/Ff8J/xX/Cf8V/wn/JS4B&#10;/yktAf8rLAH/Ky4B/ykzAv8kOwL/H0YD/x1TA/8bYQT/GW4E/xd7BP8XhwX/F5EF/xeaBv8XoQb/&#10;F6kH/xewB/8Xtwj/F8AI/xjKCP8Y2wj/GOgI/xj0CP8Y/Qj/Gf8I/xn/CP8Z/wn/Gf8K/xj/C/8a&#10;/wv/Gv8L/xr/C/8a/wv/Ji0B/ywpAf8uKAH/LyoB/y0vAv8pNwL/J0MD/yRQA/8iXQT/IGoF/x53&#10;Bf8egwb/Ho0H/x6WB/8engj/HqUJ/x6sCf8eswn/HrwK/x7GCv8e0wr/HuUK/x7xCv8f/Ar+H/8K&#10;/R//C/wf/wz8Hv8N/B//Dvch/w73If8O9yH/Dvch/w7/KioB/y8mAf8yJAH/MyUB/zIqAf8xNAL/&#10;Lz8D/y1MA/8qWQT/KGYF/yZyBv8lfgf/JYkI/yWSCf8lmgr/JaEL/yWoC/8ksAz/JLgM/yXBDP8l&#10;zg3/JeEN/CXvDfkm+gz2Jv8N9Sb/D/Ql/xD0Jf8R8ib/Eu0n/xLtJ/8S7Sf/Eu0n/xL/LiYB/zQi&#10;Af83IAH/OSEB/zglAf85LwL/ODsC/zVHA/8zVAX/MWEG/y9tB/8ueQn/LYQK/y2NDP8slg3/LJ0N&#10;/yylDv0srA/8LLQP+yy9D/ksyRD2LN0Q8y3sD+8t+A/tLf8S6yz/FOos/xXpLP8W5S3/FuAu/xbg&#10;Lv8W4C7/FuAu/xb/MiMB/zgdAf88GwH/PhsB/0AiAf9BKwH/QDYC/z5CA/88TwX/OVwG/zhoCP02&#10;cwv7NX4M+DWIDvc0kQ/1NJkQ8zSgEfIzqBLwM7AS7zO5E+4zxRPrNNcT5zTqEuM09xThNP8X3jP/&#10;Gdwz/xrbM/8a1DT/Gs41/xrONf8azjX/Gs41/xr/Nh8B/zwZAf9BFgD/RBYA/0ceAf9JJwH/SDIC&#10;/0Y9A/9ESQX6QlYH9kBiCfI/bgzvPXkP7TyDEOo8jBLoO5QT5zucFOU7pBXjOq0V4jq2FuA7whbf&#10;O9IW2jvoF9Q69hrQOv8czTr/Hss6/x7KOv8fxDv/H8A8/x7APP8ewDz/HsA8/x7/ORsB/0AVAP9F&#10;EQD/ShMA/04ZAP9QIgH/UCwB/U43AvZLQwTwSVAH60hdCudGaQ3jRXQQ4ER+E91DhxXbQpAX2EGY&#10;GNVAoBnTQKkb0UCyHM9AvR3NQMwdykHkHsZA9CDCQP8iv0D/I71A/yO7QP8jtkH/I7NC/yKzQv8i&#10;s0L/IrNC/yL/PRcA/0QRAP9KDgD/UBAA/1QVAP9WHQD9ViYB81UxAetTPQPlUksG31BYCtpOYw7U&#10;TG4T0Ep4Fs1JgRnLSIobyEeSHcZHmh/ERqMhwkasIsBFtyO+RcUkvEXcJLhG8CW1Rv8nskb/J7BG&#10;/yeuRv8nqkf/JqdI/yanSP8mp0j/JqdI/yb/QBQA/0gOAP9OCwD/VQ4A/1kRAP9cFgD0XR8A6lwq&#10;AeJbNwLaWkYF0ldTC8xVXhDIU2gVxFFyGcFQexy+T4QfvE2MIrlNlSS3TJ0mtUunJ7NLsSmxSr8q&#10;r0rRKqxL6yupS/wspkv/LKVM/yujTP8qn03/Kp1N/ymdTf8pnU3/KZ1N/yn/QxEA/0sMAP9TCAD/&#10;WgsA/14NAPlgEADrYRYA4WIhANZiMQHOYUEFx19OC8JcWRG9WmQXuVhtG7ZWdh+zVX4isFOHJa5S&#10;jyirUZgqqVCiLKdQrC2lT7kvo0/LL6BQ5i+eUPkwnFD/L5pR/y6YUf8tllL/LJRS/yuUUv8rlFL/&#10;K5RS/yv/RhAA/04JAP9WBQD+XgYA72IHAOdlCgDkZg4A1mcZAM1oLQHFZz0Fv2VKC7ljVRK0YF8X&#10;sF5pHKxccSGpWnokplmCKKRYiyuhVpQtn1WdL5xVqDGaVLQzmFTFM5ZU4TSTVfYzklX/MpFW/zGP&#10;Vv8wjVb/LoxX/y2MV/8tjFf/LYxX/y3/SQ4A/1EFAP9aAQDuYgAA32cDANhqBgDVawoAzW0VAMVu&#10;KQG+bTkEt2tHC7FoUhGsZlwYqGRlHaRibSKhYHUmnl5+KZtdhi2YXI8vlVqZMpNZpDSQWbA2jlnA&#10;NoxZ2zeKWfM2iVr/NIhb/zOHW/8xhlv/MIVb/y+FW/8vhVv/L4Vb/y//SwwA/1QAAPteAADiZQAA&#10;2GsBAM9uBQDMcAgAxnISAL5zJgG3czYEsXBECqtuTxGma1kYoWlhHZ1naiKZZXInlmN6KpNigy6Q&#10;YIwxjV+VNIpeoDaHXq04hV28OYNd1DmCXvA4gV//NoBf/zSAX/8zf1//MX5f/zB+X/8wfl//MH5f&#10;/zD/TQkA/1YAAO5hAADdaQAA0W8AAMpzAwDFdQYAwHYQALh4IwCxeDMDq3ZBCaVzTBCfcFYXm25f&#10;HZZsZyKTam8nj2h3K4xnfy+JZYgyhWSSNYJjnTeAYqo5fWK5Ontizzt6Yu45emP/OHpj/zZ5Y/80&#10;eWP/Mnli/zF5Yv8xeWL/MXli/zH/TwcA/1kAAOZkAADXbAAAzHMAAMR3AgC/eQQAuXoOALJ8IACs&#10;fDEDpXo+CZ94ShCadVMXlXNcHZFxZCKNb2wniW10K4VsfC+CaoUyf2mPNXxomzh5Z6c6dma2O3Rm&#10;zDxzZ+s7c2f/OHNo/zZzaP81c2f/M3Nm/zJzZv8yc2b/MnNm/zL/UQQA/1wAAOJnAADScAAAx3YA&#10;AMB6AAC6fQIAtH8MAK2BHQCngS4CoH88CJp9Rw+VelEWkHhaHIt2YiGHdGkmg3JxK39xei98b4My&#10;eG6NNXVtmDhybKU7cGu0PG5ryTxta+k7bWz+OW1s/zdubP81bmv/NG5q/zJuav8ybmr/Mm5q/zL/&#10;UwAA9F8AAN5qAADNcwAAw3oAALt+AAC1gQAAroMJAKiFGgCihSsCm4Q6B5WCRQ6Qf08Vin1YG4Z7&#10;XyCBeWclfXdvKnp2dy52dIAyc3OLNW9yljhscaM6aXCyPGhwxjxncOc7Z3H8OWhx/zdocP81aW//&#10;NGlu/zNpbv8zaW7/M2lu/zP/VgAA62IAANhuAADJdgAAv30AALeCAACwhQAAqIcGAKKJFwCciikB&#10;lok3BpCHQwyLhU0ThYJVGYCAXR98f2UkeH1tKXR7dS1wen4xbXmINGl3lDdmdqE6Y3awO2F2xDxh&#10;duU7YXb7OWJ2/zdjdf81Y3P/NGRy/zNkcv8zZHL/M2Ry/zP/WAAA5mYAANJxAADFegAAu4EAALKH&#10;AACrigAAoowCAJyOFACXjyYBkY40BYuMQAuFikoRgIhTGHuGWx12hWMicoNqJ26CcitqgHsvZ3+G&#10;M2N+kTZgfZ45XXyuOlt8wTtbfOM6W3z6OFx7/zdde/81Xnn/NF93/zNfd/8zX3f/M193/zP+XAAA&#10;4WoAAM11AADAfgAAtoYAAK6LAACljgAAm5EAAJWTEQCQlCIBi5MxA4WSPQl/kUgPeo9RFnWNWRtx&#10;jGAgbIpoJWiJcClkh3ktYYaDMV2FjzRahJw2V4OsOFWDvzlVg+E4VYL5N1aC/zVWgf80WH//M1l9&#10;/zJZff8yWX3/Mll9/zLvYAAA224AAMd6AAC7gwAAsosAAKiQAACfkwAAlJYAAI2ZDgCJmh4AhJou&#10;An6ZOgd5l0UNdJZOE2+VVhhqk14dZpJlIWKRbSZej3YqW46BLVeNjTBUjJozUYyqNU+MvTVPjN41&#10;T4v3NE+K/zNQif8yUYb/MVKE/zFShP8xUoT/MVKE/zHqZQAA0nMAAMJ/AAC2iAAArJAAAKKUAACY&#10;mAAAjJwAAISfCgCAoBkAfKEpAXegNgVyn0EKbZ5LD2idUxRknFsZYJtjHVyaayFYmXQlVZh+KVGX&#10;iixOlpguS5aoMEqWvDFJltwwSZT2MEmT/zBJkv8wSpD/L0uN/y9Ljf8vS43/L0uN/y/iawAAynkA&#10;ALyFAACxjwAAppQAAJuZAACRnQAAhqIAAHqmAwB2pxMAc6gkAG6oMgNqqD0GZadHC2GmUA9dpVgU&#10;WaRgGFWjaBxSo3EfTqJ8I0uhiCZIoZYoRaCmKkShuitDodoqQ5/1K0Kd/ytCnP8sQpv/LESX/ytE&#10;l/8rRJf/K0SX/yvXcgAAw4AAALaMAACqlAAAn5kAAJSeAACJowAAfqgAAHCuAABqsA4AaLEdAGWx&#10;LAFhsTgDXbBDBlmwTApVr1QOUq9dEU6uZRVLrm8YSK15G0Wthh5CrJUgP6ylIj6tuSM9rdgiPav1&#10;Izyp/yU7p/8mO6b/Jjuk/yY7pP8mO6T/Jjuk/ybMegAAu4gAAK6SAACimQAAl54AAIykAACAqgAA&#10;da8AAGm0AABeuQYAW7oUAFm7JABWuzEBU7s9A1C7RwVNu1AHSrpZCke6Yg1EumwQQbp3Ez65hBU8&#10;uZMXObmjGDi5txk3utYZN7j0GjW2/xw0tP8eM7P/HzOy/yAzsv8gM7L/IDOy/yDBgwAAtJEAAKaY&#10;AACbngAAj6UAAIKrAAB2sQAAa7YAAF+8AABUwQMATMUNAEvFGQBJxigASMY1AEXHQAFDx0oDQMdT&#10;BD7HXQY7x2cIOcdzCjfHgAw0x5ANMsehDjHItQ8wyNMPMMb0EC7E/xMtwv8VLMH/FivA/xcrwP8X&#10;K8D/FyvA/xe4jQAAqpcAAJ6eAACRpQAAhKwAAHiyAABruQAAYL8AAFTDAABKyAIAQM0HADrSDgA5&#10;0hsAONMoADfTNQA21EAANNVLATPVVQEx1mACL9ZsAy3XegQr2IsFKtidBSjZsQYn2s0GJ9fvBibU&#10;/wkl0v8LJNH/DCPQ/w0j0P8NI9D/DSPQ/w2ulgAAoJ0AAJSkAACGrAAAebQAAGy7AABgwgAAVMYA&#10;AEjLAAA+0AAANdUEAC3dCgAs4RMAK+IfACnjKgAo5DUAJ+Q/ACblSgAk5lUAI+ZhASHnbgEg534C&#10;HuiQAh3ppAIb6bwCGuriAhrm/AIZ5f8DGeT/BBjj/wUY4/8FGOP/BRjj/wWjnQAAlqQAAIisAAB6&#10;tQAAbL0AAF/EAABTygAAR84AADzTAAAy2gAAKt8AACXuCQAj8BEAIfEZAB/xIgAd8isAG/M0ABn0&#10;PgAX9EgAFfVSABP2XwAS9m4BEfeAARD4lAEP+aoBDvnGAQ757QEN9v8BDfT/AQ3z/wEN8/8BDfP/&#10;AQ3z/wGZowAAi6wAAHy1AABtvgAAX8YAAFLNAABF0gAAOdgAAC/eAAAm4gAAH+oAABz7BgAZ/w4A&#10;F/8TABT/GgAS/yEAEP8oAA7/MAAN/zkAC/9DAAn/TgAG/1wABP9sAAL/gAAB/5YAAP+tAAD/ygAA&#10;//AAAP//AAD//wAA//8AAP//AAD//wCNqwAAfbUAAG6/AABgyAAAUtAAAEPXAAA33QAAK+IAACLm&#10;AAAZ6gAAFfkAABL/AAAQ/wgADv8OAAz/EQAJ/xYABv8cAAP/IgAA/yoAAP8zAAD/PQAA/0kAAP9X&#10;AAD/aQAA/34AAP+VAAD/rAAA/8cAAP/oAAD/+gAA//oAAP/6AAD/+gCAtQAAcL8AAGHJAABS0wAA&#10;Q9sAADXhAAAp5gAAHuoAABXuAAAQ+AAADv8AAAv/AAAI/wAABP8GAAD/CgAA/w4AAP8RAAD/FQAA&#10;/xsAAP8jAAD/KwAA/zYAAP9DAAD/UwAA/2UAAP96AAD/kQAA/6YAAP+4AAD/zwAA/88AAP/PAAD/&#10;zwD/HC8B/yAsAf8hLAH/Hi4B/xozAf8UPAH/D0YB/w1UAv8LYQL/CW8C/wl7Av8JhgL/CZAC/wmZ&#10;Av8JoAL/CacC/wmtAv8JtAL/CbwB/wnFAf8J0QL/CeMC/wnvAv8J+QH/Cv8B/wr/Af8K/wL/Cv8C&#10;/wr/Av8L/wP/C/8D/wv/A/8L/wP/Hy0B/yMpAf8kKQH/IisB/x4wAf8YOAH/FEMB/xFQAv8QXgL/&#10;DmsC/w53Av8OgwL/Do0C/w6VAv8OnQL/DqQC/w6qAv8OsQL/DrkC/w7BAv8OzQL/Dt8C/w7sAv8O&#10;+AL/Dv8C/w7/Av8P/wP/D/8D/w//BP8Q/wT/EP8E/xD/BP8Q/wT/IyoB/yYmAf8oJQH/JycB/yMr&#10;Af8eMwH/G0AB/xlNAv8WWgL/FGcC/xNzAv8TfgL/E4kD/xORA/8TmQP/E6AC/xOnA/8TrgP/E7UD&#10;/xO+A/8TyQP/E9oD/xTpA/4U9gP7FP8D+RX/A/kV/wT4Ff8F+BX/BvgV/wb4Ff8G+BX/BvgV/wb/&#10;JiYB/yoiAf8sIAD/KyIB/ygmAf8nMAH/JDwB/yJJAv8fVQL/HWIC/xtuA/8begP/GoQD/xqNA/8a&#10;lQP/GpwE/xqjBP8bqgT/G7IE/xu6BP8bxQT8G9ME+RvnBPUc9ATyHP8F8Rz/BvAc/wfvHf8I7x3/&#10;Ce8c/wnuHP8J7hz/Ce4c/wn/KiIB/y4dAP8wGwD/MBwA/zAiAP8wLAH/LjcB/ytEAv8oUQL/Jl0D&#10;/yRpA/8jdQT/I38E/iOIBP0jkQX7I5gF+iOgBfgjpwb3I64G9SO3BvQjwQbyJM8G7iTkBuol8gbo&#10;Jf4I5iT/CuQl/wvjJf8M4yT/DOIk/wzhJP8N4ST/DeEk/w3/Lh4A/zMYAP81FgD/NRUA/zgdAP84&#10;JwH/NzMB/zQ/Af8ySwL/L1gD+y5kBPgtbwT1LHoF8yyDBvEsjAbvLJQH7SycCOwsowjqLKsI6Syz&#10;COcsvgnmLMwJ4i3iCN4t8QrbLP4M1i3/DtQs/w/SLP8Q0Sz/EM8s/xDOLf8Qzi3/EM4t/xD/MhkA&#10;/zcUAP86EQD/PBIA/z8ZAP9AIgD/Pi0B/zw5Afo6RQL0OFID8DdeBOw2agXpNXQG5jV+COQ0hwji&#10;NJAJ4DSYCt40nwrcM6cL2jOwDNgzuwzVM8kN0jTfDc408A/KNP0SxzT/E8U0/xTDNP8VwzP/FcA0&#10;/xW/NP8UvzT/FL80/xT/NhUA/zsQAP8+DQD/Qw8A/0YUAP9GHAD/RiYA9kQyAe9CPwHpQEwD5D9Z&#10;BN8+ZAbbPW8I2Dx5CtQ8ggzRO4sNzzuTD806mhDLOqIRyTqrEsg6tRPGOsITxDrVFMA76xW8OvsX&#10;uTr/GLc6/xm2Ov8ZtTr/GLI7/xixO/8YsTv/GLE7/xj/ORIA/z8NAP9DCQD/SAwA/0sQAP9MFQD1&#10;TB8A60oqAORJNwHdSUYC1UdTBNBGXwjMRWkLyURzDcZDfBDDQoQSwUKME79BlRW9QZ0Wu0CmF7pA&#10;sBi4QLwZtkDMGrNB5hqvQfccrUH/HatB/x2pQf8cqUH/HKZB/xulQf8bpUH/G6VB/xv/PRAA/0IJ&#10;AP9IBQD/TQgA/1ALAPlRDwDrUBUA4U8gANhQMQDPUEECyU9OBcROWgnATGQNvUttELpKdhO3SX4V&#10;tUiHF7NHjxmxR5cbr0agHK1Gqh6rRbYfqUXGH6dG4CCkRvQgoUb/IZ9H/yCeR/8gnkf/H5tH/x6a&#10;R/8emkf/HppH/x7/QA0A/0YEAP9MAAD4UgIA6FUEAOFVCADiVQ0A1VUZAMxXLADFVzwCv1ZKBrpV&#10;VQq2U18OslJoEq9QcRWsT3kYqk6BGqhNih2lTJIfo0ycIKFLpiKfS7EjnUvAJJtL2CWZS/Allkz/&#10;JJVM/ySUTP8jk0z/IpFN/yGRTf8hkU3/IZFN/yH/QgoA/0kAAP9RAADmVwAA3VsBANVcBQDSWwkA&#10;y1wUAMNeKAC8XjgCtl1GBrFbUQqtWVsPqVhkE6ZWbBejVXQaoFR9HZ5ThR+bUo4imVGXJJdQoSaV&#10;UK0nklC8KJFQ0CiOUOwojVH+J4tR/yaLUf8lilL/JIlS/yOIUv8jiFL/I4hS/yP/RQcA/0sAAPBV&#10;AADfWwAA02AAAMxhAwDIYQYAw2ERALtkJAC1ZDQCr2NCBaphTgqlX1cPoV1gFJ5caBibW3AbmFl4&#10;HpVYgSGTV4okkFaTJo5VniiLVakqiVS3K4dUyyuFVekrhFX8KoNW/yiDVv8nglb/JYFW/ySBVv8k&#10;gVb/JIFW/yT/RwMA/08AAOdYAADZYAAAzWQAAMZmAQDBZgQAu2YOALRpIACuaTECqGg/BaNmSgqf&#10;ZVQPmmNdFJdhZRiTYG0ckF51H45dfSKLXIYliFuQKIVamiqDWaYsgFm0LX9Zxy59WeYtfFr6LHta&#10;/yp7W/8oe1v/J3ta/yZ6Wv8lelr/JXpa/yX/SQAA+1IAAONcAADSYwAAx2gAAMBrAAC6awIAtWsN&#10;AK5tHQCobi4Bo208BZ1rSAqZalEPlGhaFJBmYhiNZWocimNyIIdieiOEYYMmgWCMKX5flyt7XqMt&#10;eV6xL3ddxC91XuIvdV75LXVf/yt1X/8pdV//KHVe/yZ1Xv8mdV7/JnVe/yb/SwAA8FUAAN5fAADN&#10;ZwAAw2wAALtvAAC1cAAAr28KAKhxGgCjcisBnXI5BJhwRQmTbk8Oj21YFItrYBiHaWcchGhvIIFn&#10;dyN9ZoAmemSKKXdjlCx1Y6EucmKvL3BiwTBvYt8wbmP3Lm9j/yxvY/8qb2P/KG9i/ydvYv8nb2L/&#10;J29i/yf/TQAA61gAANljAADJagAAv3AAALdzAACwdAAAqXQHAKN2FwCedygBmHY3BJN1QgiOc0wO&#10;iXFVE4VwXRiBbmUcfm1sH3tsdCN4an0mdGmHKXFokixuZ54ubGesMGpnvjFpZ9wwaWf1Lmln/yxp&#10;Z/8qamf/KWpm/yhqZv8namb/J2pm/yf/UAAA51sAANNmAADFbgAAu3MAALN3AACreQAApHgDAJ16&#10;FACYeyUBk3s0A456QAeJeEoNhHZTEoB1Wxd8c2IbeHJqH3VxciJyb3smb26FKWxtkCxpbJwuZmyq&#10;MGRsvDFjbNkwY2z0L2Ns/y1kbP8rZGv/KWVq/yhlav8oZWr/KGVq/yj9UwAA418AAM5pAADBcQAA&#10;t3cAAK97AACnfQAAnn0AAJh+EQCTgCIAjoAxAol/PgaEfUgMf3xREXt6WRZ3eWAac3doHm92cCFs&#10;dXglaXSCKGZzjitjcpouYHGoL15xujBdcdQwXXHyLl5x/yxecP8rX3D/KWBv/yhgbv8oYG7/KGBu&#10;/yjxVQAA3mIAAMptAAC9dQAAs3sAAKuAAACiggAAmIEAAJGDDwCNhR8AiIUuAoOEOwV+g0UKeoFO&#10;D3WAVhRxf14Ybn1mHGp8bSBne3YjY3qAJ2B5iypdeJgsWnemLlh3uC9Xd9EvV3fxLlh2/yxYdv8q&#10;WXX/KVp0/yhadP8nWnT/J1p0/yftWQAA12YAAMVxAAC5egAAr4AAAKaEAACdhgAAkYcAAIqJDACG&#10;ihsAgosrAX2KOAR4iUIIdIhMDW+HVBJshVsWaIRjGmSDax5hgnQhXYF9JFqAiShXf5YqVX6kLFJ+&#10;ti1Rfs4tUX3vLFJ9/ytSfP8pU3v/KFR6/ydUev8nVHr/J1R6/yfoXgAA0GsAAMB2AAC0fgAAq4UA&#10;AKGJAACXiwAAiY0AAIOPCAB+kBcAe5EnAXaRNANykD8GbY9JC2mOUQ9ljVkTYoxgF16LaBtbinEe&#10;V4l7IVSIhiRRh5QnT4aiKU2GtCpLhswqS4XuKUyE/ylMg/8oTIP/J02B/yZOgf8mToH/Jk6B/ybh&#10;YwAAyXAAALt7AACwhAAApooAAJuOAACRkQAAhJMAAHqVAgB1lxIAcpgiAG+YMAJqlzsEZpdFCGKW&#10;TgxflVYPW5RdE1iTZRdVk24aUZJ4HU6RhCBLkJEjSZChJEeQsiZFkMomRY/tJUWN/yVFjP8lRov/&#10;JEaK/yRGiv8kRor/JEaK/yTYaQAAw3YAALWBAACrigAAn48AAJWTAACKlgAAfpoAAHCdAABrnw4A&#10;aJ8cAGagKgFioDcCX59BBVufSghYnlILVJ5aDlGdYhJOnGsVS5x1GEibgRpFm48dQpqfH0CasCA/&#10;msggP5nrHz+Y/yA+lv8hPpX/IT+U/yE/lP8hP5T/IT+U/yHNcAAAvH0AALCIAACkjwAAmZQAAI6Y&#10;AACDnQAAd6AAAGmkAABgpwgAXagUAFupJABZqTEBVqk8AlOpRQRQqE4GTahXCUqoXwxHp2gORKdz&#10;EUGmfxQ+po0WPKadFzqmrxg5pscYOaXqGDij/xo3of8bN6D/HDef/xw3n/8cN5//HDef/xzEeAAA&#10;tYUAAKmPAACdlQAAkpoAAIafAAB6owAAbqgAAGKsAABVsAAAULIOAE6yGwBNsygAS7M1AEmzPwFG&#10;s0kCRLNSBEGzWwY/s2QIPLNvCjqzeww3s4oONbKaDzOzrRAys8UQMrLpEDGw/hIwrv8UL63/FS+s&#10;/xYvrP8WL6z/Fi+s/xa7gQAAro4AAKGVAACWmgAAiaAAAH2mAABxqwAAZa8AAFm0AABOtwAAQ7wF&#10;AEC9EQA/vR4APr4rADy+NgA7v0EAOb9LATe/VAI1wF8CM8BqBDHAdwUvwIYGLcCXByvAqggqwcII&#10;KsDnBym9/QoovP8MJ7r/DSe5/w4nuf8OJ7n/Die5/w6yjAAApZQAAJmaAACNoQAAf6cAAHKtAABm&#10;swAAWrgAAE+7AABEvwAAOsQCADDJCAAuyhEALcodACzLKQAryzUAK8xAACrNSgAozVYAJ85hACbO&#10;bwEkzn8BI8+RAiHPpQIg0L0CIM/kAh/N+gMey/8EHsr/BR3J/wYdyf8GHcn/Bh3J/waolAAAnJoA&#10;AJChAACCqAAAdK8AAGe2AABbvAAATsAAAEPDAAA5xwAAL8wAACfQBAAf1goAG9oQABvbGgAa2yYA&#10;GtwxABndPAAY3UgAGN5VABffYgAW4HIAFeCFABThmgAT4rEAEuPPABLg9AAS3v8BEd3/ARHb/wIR&#10;2/8CEdv/AhHb/wKemgAAkqEAAISpAAB2sQAAaLgAAFu/AABOxAAAQsgAADfMAAAt0AAAJNUAABzb&#10;AAAV3wUAFOkOABLqFAAR6x0AEOsmAA7sMAAO7ToADe5GAAvuUwAK72IACfB0AAjxiQAH8qAABfK6&#10;AATx5AAC8f0AAu//AAPt/wAD7f8AA+3/AAPt/wCVoQAAhqkAAHiyAABpugAAW8IAAE3IAABAzAAA&#10;NNEAACrWAAAh2wAAGeAAABLkAAAP8AEADfkKAAv6DwAJ+xUAB/scAAT8JAAB/CwAAPw3AAD8QgAA&#10;/FAAAPxhAAD9dQAA/IwAAPykAAD8wQAA/OsAAPz/AAD9/wAA/f8AAP3/AAD9/wCJqQAAebIAAGq7&#10;AABcxAAATswAAD/RAAAy1wAAJ90AAB3hAAAV5QAADugAAArxAAAI/QAABf8DAAH/CQAA/w4AAP8S&#10;AAD/FwAA/x8AAP8nAAD/MQAA/z4AAP9NAAD/XwAA/3UAAP+NAAD/pgAA/8IAAP/nAAD//AAA//8A&#10;AP//AAD//wB8swAAbLwAAF3GAABOzwAAP9YAADHdAAAl4gAAGuYAABHqAAAM7gAABfIAAAD/AAAA&#10;/wAAAP8AAAD/AAAA/wUAAP8KAAD/DgAA/xIAAP8YAAD/IQAA/ysAAP85AAD/SgAA/10AAP9zAAD/&#10;jAAA/6QAAP+5AAD/1AAA/94AAP/eAAD/3gD/GCwA/xkpAP8ZKAD/FSsA/xAwAP8LOAH/A0QB/wBR&#10;Af8AXgH/AGwB/wB4Af8AggH/AIwB/wCUAf8AnAD/AKIA/wCoAP8ArwD/ALYA/wC+AP8AyAD/ANcA&#10;/wDnAP8A8wD/AP0A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/GykA/x0mAP8cJQD/&#10;GScA/xMsAP8ONAD/C0AB/whOAf8FWwH/A2gB/wJ0Af8CfwH/AogB/wKRAf8CmAH/Ap8B/wGlAP8B&#10;rAD/AbIA/wG6AP8BxAD/AdEA/wDkAP8A8QD/APwA/AH/APwC/wD8A/8A/AT/AfwF/wH8Bf8B/AX/&#10;AfwF/wH/HyYA/yEiAP8gIQD/HiMA/xgnAP8TMAD/ETwB/w5KAf8NVwH/C2MB/wpvAf8KegH/CoQB&#10;/wqNAf8KlAH/CpsB/wqiAf8KqAH/Cq8B/wq3Af8KwAD/CswA/wrgAPsK7wD3CvoA9Qv/AfUM/wH0&#10;Df8B9A3/AvQN/wL0Df8C9A3/AvQN/wL/IiIA/yQdAP8kHAD/Ih0A/x4iAP8cLAD/GTgA/xZFAf8T&#10;UgH/El4B/xBqAf8QdQH/EH8B/xCIAf8QkAH/EJcB/xCeAf8QpQH9EKwB/BCzAfoQvQH5EckB9RHd&#10;AfER7QHuEfkB7BL/AusT/wLqE/8D6RP/A+kT/wPpE/8D6RP/A+kT/wP/Jh0A/ygYAP8oFgD/JhYA&#10;/yYdAP8mKAD/IzQA/yBAAP8dTQH/G1kB/xllAf4ZcAH8GHoB+RiDAfcYjAH2GJMB9BiaAfMYoQHx&#10;GagB8BmwAu4ZugLtGcYC6hrZAuYa6wHiG/kC4Bv/A94c/wTdHP8F3Bz/Bdwc/wXbHP8F2xz/Bdsc&#10;/wX/KhkA/y0TAP8tEQD/LREA/y4ZAP8tIgD/LC4A/yk6AP8mRwH6JFQB9iNgAfIiawHvInUC7SJ+&#10;AusihwLpIo8C5yKWAuUingLkIqUC4iKtAuEjtwLfI8MC3SPWAtgk6gPSJPkFzyX/Bs0l/wfLJf8I&#10;yiX/CMok/wjKJP8IyiT/CMok/wj/LhQA/zEQAP8yDQD/NA4A/zUUAP81HAD/MycA+jE0APMvQQDu&#10;LU4B6SxaAeUsZQLiLHAC3yt5At0rggPaK4sD2CuSBNUrmgTTK6IE0SuqBc8rswXNK78GzCzPBsgt&#10;5wfELfcJwS3/Cr8t/wu9Lf8MvC3/DLws/wy7LP8Muyz/DLss/wz/MREA/zUMAP82BwD/OgsA/zwQ&#10;AP87FQD4OR8A7zcrAOc2OQDhNUcA3DVUAdU1YALRNWoDzjRzBMw0fAXKNIUGyDSNB8YzlAjEM5wJ&#10;wjOlCcEzrgq/M7kLvTPIC7s04Qu3NPMNtDT/D7E0/w+wNP8QrzT/EK40/w+uNP8PrjT/D640/w//&#10;NQ4A/zgHAP88AgD/QAYA/0ELAPpBDwDtPxYA4zwiANo9MQDSPkEAzD5PAsg+WgPEPWQFwT1uB788&#10;dgi8PH4KujuHC7g7jwy3O5cNtTqfDrM6qQ+xOrQQrzrCEa462RGqO+8Spzv/E6U7/xSkO/8Tozv/&#10;E6I7/xOiO/8Sojv/EqI7/xL/OAoA/zwAAP9BAAD1RQAA5kYCAOFFBwDjQg0A1UMZAMxFLADGRzwB&#10;wUdJArxGVQS5RV8GtURoCbNDcQuwQ3kNrkKBD6xCiRCqQZESqEGaE6dApBSlQK8Vo0C8FqFA0Bae&#10;QeoXnEH8F5pB/xeYQf8XmEH/FpdB/xWXQf8Vl0H/FZdB/xX/OwYA/z8AAPlGAADlSwAA3E4AANNN&#10;BADRSgkAykoUAMJNJwC8TjcBt05FArJNUAWvTFoIq0tjCqhKbA2mSXQPpEl8EaFIhBOfR4wVnUeV&#10;F5tGnxiZRqoZl0a4GpZGyhuTRuYbkUf5G49H/xqOR/8Zjkf/GI1H/xiNR/8XjUf/F41H/xf/PgIA&#10;/0MAAOtLAADdUQAA0VQAAMpUAQDGUgUAwVERALlTIgCzVTMBrlRBAqpUTAWmU1YIolFfDJ9QZw+d&#10;T28Rmk53FJhOfxaWTYgYk0yRGZFMmxuPS6YdjUuzHotLxR6JS+Ieh0z3HoZM/x2FTP8chU3/GoVM&#10;/xmFTP8ZhUz/GYVM/xn/QAAA/EcAAOVQAADVVgAAylkAAMJaAAC9WAMAuFcOALFZHgCsWi8Bp1o9&#10;AqJZSQWeWFMJm1dbDJdWZBCVVWsSklRzFY9TexeNUoQai1GNHIhRlx6GUKMfhFCwIIJQwSGAUN0h&#10;flH0IH1R/x99Uf8dfVH/HH1R/xt9Uf8afVH/Gn1R/xr/QgAA8EoAAN9UAADOWgAAxF4AALxfAAC2&#10;XgAAsVwLAKteGgClYCsAoGA6ApxfRQWXXlAJlFxYDJBbYBCNWmgTi1lwFohYdxiFV4Abg1aJHYBW&#10;lB9+VZ8he1WtInlUvSN4Vdcjd1XyInZW/yB2Vv8fdlb/HXZW/xx2Vv8bdlb/G3ZW/xv/RQAA7E4A&#10;ANpYAADJXgAAv2IAALdkAACxYwAAq2EIAKRjFwCfZCgAmmU3ApZkQwWRY00IjmFVDIpgXRCHX2UT&#10;hF5sFoFddBl+XH0cfFuGHnlakSB3Wp0idFmqJHJZuiVxWdIlcFrwI29a/yJvWv8gcFr/HnBa/x1w&#10;Wv8ccFr/HHBa/xz/SAAA51IAANNbAADFYgAAu2YAALNoAACsaAAApWYFAJ9nFACaaSUAlWk0ApBo&#10;QASMZ0oIiGZTDIRlWxCBZGITfmNqFntichl4YXocdmCEHnNfjiFwXpojbl6oJWxduCVqXs4maV7u&#10;JGle/yJqXv8gal7/H2pe/x5qXv8dal7/HWpe/x35SgAA41UAAM9fAADBZQAAt2oAAK9sAACnbAAA&#10;n2oBAJlrEQCUbSIAkG4xAYttPQSHbEcHg2tQC39qWA98aGATeGdnFnZnbxlzZngccGWBHm1kjCFq&#10;Y5gjaGKmJWZitiZkYswmZGLsJWRi/yNkYv8hZWL/H2Vi/x5lYv8dZWL/HWVi/x3yTAAA31gAAMpi&#10;AAC9aQAAs24AAKtwAACicAAAmW4AAJNwEACPch8AinIuAYZyOwOCcUUHfXBOC3puVg52bV4Sc2xl&#10;FXBrbRhtanUbaml/HmdpiiFlaJYjYmekJWBntCZfZ8kmXmfqJV5n/iNfZ/8hX2b/H2Bm/x5gZv8e&#10;YGb/HmBm/x7vTwAA2lwAAMZlAAC6bQAAsHIAAKd1AACddAAAlHMAAI10DQCJdhwAhXcrAYF3OAN8&#10;dkMGeHVMCXR0VA1xc1sRbnJjFGtxaxdocHMaZW98HWJuhyBfbZQiXWyiJFpssiVZbMclWGzoJVls&#10;/SNZa/8hWmv/H1tr/x5bav8eW2r/Hltq/x7rUwAA02AAAMJpAAC2cQAArHYAAKN5AACZeQAAjXcA&#10;AId5CwCDexgAf3woAHt8NQJ3e0AFc3pJCG95UQxseFkPaHdhE2V2aBZidXAZX3R6HFx0hR9ac5Eh&#10;V3KgI1VysCRTcsUkU3LnJFNx/CJUcf8gVHD/H1Vw/x5Vb/8dVW//HVVv/x3lVwAAzWQAAL5tAACy&#10;dQAAqHsAAJ9+AACTfQAAh30AAIB/BwB8gBUAeIEkAHWCMgFxgT0EbYBGB2mATwpmf1YNY35eEWB9&#10;ZhRdfG4XWnt3Gld6gh1Ueo8fUXmdIU95riJOecMiTXjlIk13+yFOd/8fTnb/Hk91/x1Pdf8dT3X/&#10;HU91/x3fXAAAyGgAALlyAACuegAApYAAAJqCAACOggAAgIMAAHmFAgB0hhEAcYggAG6ILgFqiDkC&#10;Z4dDBWOHTAhghlMLXYVbDlqEYxFXhGsUVIN1F1GCgBpOgY0cS4GbHkmBrB9IgMEgR4DjH0d/+h5I&#10;fv8eSH3/HUl8/xxJfP8cSXz/HEl8/xzWYQAAwm4AALR4AACqgAAAn4UAAJSHAACIhwAAe4kAAHCM&#10;AABrjg0AaI8aAGaPKQBikDUBX48/A1yPSAVZjlAIVo5YC1ONYA5QjGgQTYxyE0qLfRZIiooYRYqZ&#10;GkOKqhtCir8bQYrhG0GI+RtBhv8bQYX/G0KF/xpChP8aQoT/GkKE/xrNZwAAvHQAAK9+AAClhgAA&#10;mooAAI6MAACCjQAAdZAAAGeUAABhlQgAXpcUAFyXIwBamC8AV5g6AVSYRANSl0wFT5dUB0yXXAlJ&#10;lmUMR5ZvDkSVehFBlYgTP5SXFT2UqBY7lL0WO5TfFjqS+Bc6kP8XOo//FzqO/xc6jv8XOo7/FzqO&#10;/xfFbgAAtnsAAKqFAACeiwAAlI8AAIiSAAB7lAAAbpcAAGKbAABXngAAUqAOAFGgGwBPoSgATaE0&#10;AEuhPgFJoUcCR6FQA0ShWAVCoWEHP6BrCT2gdws6oIUNOKCUDjagpg81oLsQNKDdDzSd9xAznP8S&#10;M5r/EjOZ/xMzmf8TM5n/EzOZ/xO9dwAAr4MAAKOLAACYkQAAjZUAAIGZAABznAAAZ58AAFuiAABP&#10;pgAAR6kIAESqEgBDqh8AQasrAECrNwA/rEEAPaxKATusUwI5rFwDN6xnBDWscwUyrIEGMKyRBy6s&#10;owgtrLgJLKzZCCyq9QorqP8LKqb/DCql/w0qpf8NKqX/DSql/w21gAAAqIsAAJyRAACRlgAAhZwA&#10;AHigAABrpQAAX6gAAFOsAABIrwAAPbIAADa1CwA0tRUAM7YhADK2LAAxtzcAMLdBAC+4SwAuuFUA&#10;LLhgASq4bQEpuXsCJ7mNAiW5nwMkubQDI7nSAyO39AQitf8FIbT/BiGz/wchsv8HIbL/ByGy/wet&#10;igAAoJEAAJWXAACInQAAe6MAAG6oAABhrQAAVbEAAEq0AAA/twAANLsAACu+AwAkwgwAIsIUACLD&#10;HwAhwyoAIMQ0AB/EPwAexUoAHcZWABzGYwAbx3MAGseFABnHmQAYyK4AF8jLABfG8QEXxP8BFsP/&#10;AhbB/wMWwf8DFsH/AxbB/wOjkQAAmJgAAIueAAB9pQAAcKsAAGKxAABWtgAASrkAAD69AAA0wAAA&#10;KsQAACLIAAAZzAQAE9AKABHSEQAQ0hoAENMlAA/TMAAO1DwADtRIAA3VVgAN1WUADNZ4AAzWjQAL&#10;2KQACti+AAnZ5gAK1v4AC9T/AAvS/wAL0v8BC9L/AQvS/wGamAAAjp8AAICmAAByrQAAZLQAAFe6&#10;AABJvwAAPcIAADLGAAAoyQAAH80AABfRAAAR1gAADNsFAAjeCwAG3xEABd8aAATgJAAC4S4AAeI6&#10;AADjRwAA5FYAAORnAADlewAA5pIAAOaqAADnyAAA5/AAAOj/AADo/wAA6P8AAOj/AADo/wCRnwAA&#10;gqcAAHSvAABltwAAV74AAEnDAAA8xwAAMMsAACXPAAAc1AAAFNkAAA7dAAAJ4QAAAuUAAADpBgAA&#10;6Q0AAOkRAADqGAAA6yEAAO0rAADvNwAA8UUAAPJWAADzaAAA834AAPSXAAD1sAAA9tAAAPfzAAD3&#10;/wAA9/8AAPf/AAD3/wCFpwAAdrAAAGa4AABYwQAASsgAADvMAAAu0QAAI9YAABncAAAR4AAADOMA&#10;AATnAAAA6gAAAPUAAAD0AAAA9QUAAPULAAD2DwAA9hQAAPgdAAD6JwAA/DQAAP9DAAD/VQAA/2kA&#10;AP+BAAD/mgAA/7IAAP/PAAD/7QAA//kAAP/5AAD/+QB4sAAAaLoAAFnDAABLywAAO9EAAC3YAAAh&#10;3QAAFuIAAA7mAAAI6gAAAO0AAADwAAAA+AAAAP8AAAD/AAAA/wAAAP8AAAD/BgAA/wwAAP8QAAD/&#10;GAAA/yIAAP8wAAD/QAAA/1MAAP9pAAD/gQAA/5kAAP+vAAD/wwAA/9UAAP/VAAD/1QD/EygA/xMl&#10;AP8RJQD/DScA/wYtAP8ANQD/AEEA/wBPAP8AXAD/AGkA/wB0AP8AfgD/AIgA/wCQAP8AlwD/AJ0A&#10;/wCkAP8AqgD/ALAA/wC3AP8AwAD/AMwA/wDfAP8A7AD/APgA/wD/AP8A/wD/AP8A/wD/AP8A/wD/&#10;AP8A/wD/AP8A/wD/FiUA/xYiAP8UIQD/ECMA/wooAP8AMAD/AD0A/wBLAP8AWAD/AGQA/wBwAP8A&#10;egD/AIQA/wCMAP8AkwD/AJoA/wCgAP8ApgD/AK0A/wC0AP8AvAD+AMgA/QDZAPsA6QD6APYA+QD/&#10;APgA/wD4AP8A+AD/APgA/wD5AP8A+QD/APkA/wD/GiIA/xoeAP8YHQD/Ex4A/w4iAP8KLAD/BzkA&#10;/wNGAP8AUwD/AGAA/wBrAP8AdgD/AH8A/wCIAP8AjwD/AJYA/wCdAP8AowD+AKkA/ACwAPoAuQD3&#10;AMQA9QDSAPMA5gDyAPQA8QD/APAA/wDvAP8A7wD/AO8A/wDwAP8A8AD/APAA/wD/Hh0A/x4ZAP8c&#10;FwD/FxgA/xMeAP8RKAD/DjQA/wxBAP8KTgD/CFsA/wdmAP8GcQD/BnoA/waDAP4GiwD8BpIA+gaZ&#10;APgGnwD2BqYA9AatAPIGtQDwBcAA7QXOAOsF5ADpBvMA5gj/AOUK/wDkC/8A5Av/AeQL/wHkC/8B&#10;5Av/AeQL/wH/IRgA/yETAP8gEQD/GxIA/xwaAP8aJAD/Fi8A/xM8AP8RSQD/EFUA/A5hAPkOawD2&#10;DnUA9A5+APIOhgDwDo4A7g6VAO0OmwDrDqIA6g6qAOgOswDmD70A5Q/MAOEP4wDdEPMA2RH/AdYS&#10;/wHUE/8B0xP/AtIT/wLSE/8C0hP/AtIT/wL/JRMA/yUQAP8kDQD/Iw4A/yMUAP8iHgD/HykA/xw1&#10;APkZQwD0GE8A7xdbAOwXZgDpF3AA5hd5AOQXgQDiF4kA4BeRAN8XmADdF58A2xenANkYsQDWGLsA&#10;1BnKANAa4QHMG/MByRz/AsYc/wLEHP8Dwxz/A8Mc/wPDHP8Dwxz/A8Mc/wP/KBAA/ykLAP8oBgD/&#10;KwsA/ysQAP8pFwD9JiIA9CMuAOwhOwDmIEkA4iBVAN4gYADaIWoA1iF0ANMhfAHQIYQBzyKMAc0i&#10;kwHLIpsBySKjAcgjrALGI7YCxCPEAsIk2wK+Je4DuyX+BLgl/wW2Jf8FtSX/BrUl/wa1Jf8FtSX/&#10;BbUl/wX/LA0A/y0FAP8uAQD/MQUA/zELAP0vEADxKxgA5yklAN8oMwDYKEIA0SpPAM0rWgDJK2UB&#10;xytuAcQsdgLCLH4CwCyGA74sjgO9LJYDuyyeBLkspwS4LLEFtiy/BbUt0QWxLeoGri77B6su/wip&#10;Lv8IqC7/CKgt/wioLf8IqC3/CKgt/wj/LwgA/zEAAP81AAD2NwAA6jYCAOczCADkLw8A2S4bAM8x&#10;LADJMzwAxDRJAMA1VQG8NV8CujVoArc1cAO1NHgEszSABbE0iAawNJAGrjSZB6w0ogirNKwJqTS5&#10;Cac0ygqlNeUKoTX4C581/wydNf8MnTX/C5w1/wucNf8LnDX/C5w1/wv/MwIA/zUAAPY6AADlPgAA&#10;3EAAANQ9BADSNwkAyzgVAMM6JgC9PTYAuD5EAbQ+UAGxPVoDrj1jBKw9awWpPHMGpzx7CKY8gwmk&#10;O4sKojuUC6A7nQyeO6gNnTu0Dps7xQ6ZO+AOljv0D5Q8/w+SPP8Pkjz/DpE8/w2RPP8NkTz/DZE8&#10;/w3/NQAA/zkAAOpBAADdRgAA0EcAAMlGAADGQQUAwEARALlCIQCzRDIAr0VAAatFSwKnRVUDpERe&#10;BaFEZgefQ24InUN2CptCfguZQoYNl0GPDpVBmQ+TQaQRkUGwEpBBwBKOQdkSi0HxEolC/xKIQv8R&#10;iEL/EIdC/xCHQv8Ph0L/D4dC/w//OAAA8z0AAONHAADSTAAAyE4AAMBNAAC7SgIAtkcOALBJHQCr&#10;Sy0Apkw7AaJMRwKeS1EEm0taBplKYgiWSWoKlElxDJJIeQ6PSIIPjUeLEYtHlRKJRqAUh0asFYVG&#10;uxaERtEWgkfuFoBH/xV/R/8Uf0f/En9H/xF/R/8Rf0f/EX9H/xH/OwAA7kMAANxMAADMUQAAwVQA&#10;ALlUAAC0UQAArk0LAKhPGQCjUSkAnlI3AZpSQwKXUU4ElFFWBpFQXgmOT2YLjE5tDYlOdQ+HTX4R&#10;hU2HE4JMkRWATJwWfkupF3xLuBh7S80YeUzrGHhM/hd3TP8Vd0z/FHdM/xN3TP8Sd0z/EndM/xL/&#10;PgAA6EcAANVQAADGVgAAvFgAALRZAACtVgAAp1MHAKFUFQCcViUAmFc0AZRXQAKQV0oEjVZTBopV&#10;WwmHVGMLhFRqDoJTchCAUnoSfVKDFHtRjhZ4UJkYdlCmGXRQtRpzUMkacVDoGnBR/BhwUf8XcFH/&#10;FXBR/xRxUP8TcVD/E3FQ/xP1QAAA5EsAAM9UAADBWgAAt10AAK9eAACnWwAAoVgDAJtZEgCWWyIA&#10;klwxAY5cPQKKXEcEh1tQBoNaWAmBWWAMfllnDntYbxB5V3cTdlaAFXRWixdyVZYZb1WjGm1Ushts&#10;VMYbalXmG2pV+xlqVf8XalX/FmpV/xVrVf8Ua1X/FGtV/xTyQwAA308AAMtYAAC9XQAAs2EAAKti&#10;AACiYAAAm1wAAJVeEACQYB8AjGEuAIhhOgKEYEUEgWBOBn5fVgl7Xl0LeF1lDnZcbBBzXHQTcFt9&#10;FW5aiBdrWpQZaVmhG2dZsBxlWcMcZFnjHGRZ+hpkWf8YZFn/F2VZ/xVlWf8UZVn/FGVZ/xTvRgAA&#10;2lIAAMZbAAC6YQAAsGUAAKZmAACdYwAAlWEAAI9iDgCLZBwAh2UrAINlNwF/ZUIDfGRLBnhjUwh1&#10;Y1sLc2JiDnBhahBtYHITa2B7FWhfhhdmXpEZY16fG2FdrhxgXcEcX13hHF9d+BpfXf8YX13/F2Bd&#10;/xZgXf8VYF3/FWBd/xXrSgAA1FYAAMNeAAC2ZQAArGkAAKJpAACYZwAAj2UAAIlmDACFaBkAgWko&#10;AH5qNQF6aT8DdmlJBXNoUQhwZ1kKbWdgDWtmZxBoZXASZWR5FWNkgxdgY48ZXmKdG1xirBxaYr8c&#10;WWLfHFli9xpaYv8ZWmH/F1th/xZbYf8VW2H/FVth/xXnTQAAz1kAAL9iAACzaAAAqW0AAJ5tAACT&#10;awAAiWkAAINrCQB/bRUAfG4lAHhuMgF1bj0CcW5GBG5tTwdrbFYJaGxeDGVrZQ9jam0RYGl2FF1p&#10;gRZbaI0YWGebGlZnqhtVZ70cVGfcHFRn9hpUZv8YVWb/F1Vl/xZWZf8VVmX/FVZl/xXiUQAAyl0A&#10;ALtmAACvbAAApnEAAJlwAACObwAAg24AAH1wBQB4chIAdXMhAHJzLwFvczoCbHNEBGlyTAZmclQI&#10;Y3FbC2BwYw1dcGsQW290E1hufxVVbosXU22ZGVFtqBpPbbsbTm3ZGk5s9BlPa/8YT2v/F1Bq/xZQ&#10;av8VUGr/FVBq/xXdVQAAxWEAALdqAACscQAAonUAAJR0AACJdAAAfHMAAHZ1AABxdxAAb3gdAGx5&#10;KwBpeTcBZnlAA2N5SQVgeFEHXXdYCVt3YAxYdmgOVXVxEVJ1fBNQdIgWTXSXF0tzphhJc7kZSHPV&#10;GUly8xhJcf8XSnH/Fkpw/xVLcP8US3D/FEtw/xTUWgAAwGYAALNvAACodgAAnXkAAI94AACEeAAA&#10;d3kAAG98AABqfQ0AZ34ZAGR/JgBigDIBX4A9AlyARgNaf04FV39VB1R+XQlSfWUMT31vDkx8eRFK&#10;fIYTR3uUFUV7pBZEe7cWQ3vSFkN68hZDef8VQ3j/FER3/xREdv8TRHb/E0R2/xPNXwAAu2sAAK50&#10;AACkfAAAl34AAIp9AAB/fgAAcn8AAGaDAABhhAgAXoYTAFyHIQBahy4AWIc4AVWHQgJTh0oDUIdS&#10;BU6GWgdLhmIJSYVsC0aFdw1DhIMPQYSSET+EohI9hLUTPITPEzyC8BI8gf8SPYD/Ej1//xI9fv8R&#10;PX7/ET1+/xHFZgAAtXEAAKp7AACfggAAkoIAAIWCAAB5gwAAbYYAAF+KAABYjQEAVI4PAFKPGwBQ&#10;jycAT5AzAE2QPQFLkEUCSZBOA0aQVgREj18FQo9oBz+Pcwk9joALOo6PDDiOoA03jrMONo7MDjaN&#10;7w41i/8ONYn/DzWI/w82h/8PNof/DzaH/w++bQAAsHkAAKWCAACZhwAAjIgAAH+IAAByigAAZo0A&#10;AFqRAABQlQAASZcJAEeYEwBFmCAARJkrAEOZNgBBmkAAQJpIAT6aUQI8mloCOppkAzeabwU1mX0G&#10;M5mMBzGZnQgvmbAILpnKCC6Y7Qgulv8KLZT/Ci2T/wstkv8LLZL/Cy2S/wu2dQAAqoEAAJ6IAACT&#10;jQAAho4AAHiPAABrkgAAX5UAAFSZAABJnQAAQKAAADqiDQA4oxcAN6MiADakLQA1pDcANKRBADOl&#10;SwAxpVQBMKVeAS6lagEspXgCKqWIAyilmgMnpa0EJqXGAyak6wQlov8FJaD/BiSf/wYknv8HJJ7/&#10;BySe/wevfgAAo4gAAJeOAACNkwAAfpUAAHCYAABjmwAAV58AAEyiAABCpgAAOKkAAC+sAwAqrg4A&#10;Ka4YACivIwAnry0AJrA3ACWwQQAksEsAI7FWACKxYwAhsXEAH7GCAB6ylAEcsqkBG7LBARux5wEb&#10;r/4CGq3/Ahqs/wMaq/8DGqv/Axqr/wOoiAAAm48AAJGUAACEmgAAdp8AAGiiAABbpQAAT6kAAESt&#10;AAA5sAAAL7MAACa2AAAeuQUAGLsOABe7FgAXvCAAFrwqABW9NQAUvUAAE75LABK+WAASvmcAEb94&#10;ABC/jAAQwKIADsC6AA7A4QAPvfsAD7z/ABC6/wEQuv8BELr/ARC6/wGfjwAAlJUAAIebAAB5oQAA&#10;a6cAAF6sAABSsQAARbQAADq2AAAvuQAAJbwAAB2/AAAVwwAAD8YFAAvKDQAJyhQACModAAfKJwAH&#10;yjIABss+AAXLSwAEzFoAA8xqAALMfgABzJQAAMyrAADNyAAAzO0AAMz/AADL/wAByv8AAcr/AAHK&#10;/wCXlgAAipwAAHyjAABuqgAAYLAAAFK2AABFuQAAObwAAC6/AAAjwwAAG8YAABPKAAANzQAACNEA&#10;AAHUCQAA1A4AANUVAADWHgAA2CcAANkxAADbPgAA3EsAAN1bAADebgAA3oQAAN+bAADftAAA3tkA&#10;AN/3AADf/wAA3/8AAN//AADf/wCNnQAAf6UAAHCsAABhswAAU7oAAEW/AAA4wgAALMYAACHJAAAY&#10;zQAAENEAAAvVAAAE2gAAAN4AAADgAQAA4QkAAOIOAADkEwAA5RsAAOckAADpLwAA6zwAAO1LAADu&#10;XQAA7nEAAO+JAADwogAA8LwAAPDjAADv+QAA8P8AAPD/AADw/wCBpQAAcq0AAGO1AABUvQAARsQA&#10;ADfIAAAqzAAAH9AAABXVAAAO2gAAB94AAADiAAAA5gAAAOkAAADqAAAA7AAAAO4FAADvDAAA8RAA&#10;APMXAAD1IAAA+CsAAPs5AAD9SgAA/l4AAP90AAD/jQAA/6YAAP/AAAD/4QAA//UAAP/1AAD/9QB0&#10;rgAAZbcAAFbAAABHyAAAOM0AACrSAAAd2AAAE90AAAziAAAD5gAAAOkAAADsAAAA8AAAAPMAAAD0&#10;AAAA9gAAAPgAAAD6AAAA/QcAAP8NAAD/EgAA/xsAAP8oAAD/NwAA/0oAAP9eAAD/dgAA/48AAP+m&#10;AAD/ugAA/9EAAP/RAAD/0QD/DyQA/w4iAP8LIQD/AyQA/wApAP8AMgD/AD4A/wBMAP8AWQD/AGUA&#10;/wBwAP8AegD/AIQA/wCMAP8AkgD/AJkA/wCfAP8ApQD/AKsA/wCyAP8AugD/AMUA/wDTAP8A5wD/&#10;APQA/wD/AP4A/wD/AP8A/gD/AP4A/wD+AP8A/gD/AP4A/wD/ESEA/xAeAP8NHQD/Bx8A/wAjAP8A&#10;LQD/ADoA/wBIAP8AVQD/AGEA/wBsAP8AdgD/AH8A/wCHAP8AjgD/AJUA/wCbAP8AoQD/AKcA/gCu&#10;AP0AtgD8AMAA+wDNAPkA4gD4APAA9wD8APYA/wD1AP8A9QD/APUA/wD1AP8A9QD/APUA/wD/FR0A&#10;/xMaAP8QGQD/CxkA/wAdAP8AKQD/ADYA/wBDAP8AUAD/AFwA/wBnAP8AcQD/AHoA/gCDAPwAigD6&#10;AJEA+QCXAPgAnQD3AKMA9QCqAPQAsgDyALsA8QDIAO8A3ADuAOwA7QD6AOsA/wDqAP8A6gD/AOoA&#10;/wDqAP8A6gD/AOoA/wD/GBkA/xYVAP8TEwD/DhMA/wsaAP8HJAD/AjAA/wA+AP8ASwD/AFcA/wBi&#10;APwAbAD4AHUA9QB+APIAhQDxAIwA7wCTAO4AmQDsAKAA6wCmAOkArgDnALcA5gDDAOQA1ADiAOkA&#10;4QD3AN8A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wD/GxMA/xoQAP8WDgD/Eg4A/xIVAP8PHwD/&#10;DCsA/wk4AP8GRQD7A1EA9wJcAPICZgDuAnAA6gJ4AOcCgADmA4cA5AOOAOIDlQDhA5wA3wSjAN0E&#10;qwDbBLQA2AXAANYF0ADTBucA0Aj4AM4K/wDMC/8Aywz/AMsM/wDLC/8Aywv/AMsL/wD/HxAA/x4L&#10;AP8aBwD/GQsA/xgRAP8WGQD/EiQA+hAwAPMOPgDuDUoA6QxWAOUMYQDiDGoA3g1zANsNewDZDYMA&#10;1g2KANQNkQDSDZkA0A6gAM8OqQDNDrMAyw6/AMoP0ADGEekAwhL5AL8T/wC9E/8BvBP/AbwT/wG8&#10;E/8BuxP/AbsT/wH/IgwA/yEEAP8gAAD/IQUA/x8MAP8cEQD2GBwA7BUoAOUTNgDfEkMA2RNPANMU&#10;WgDQFWQAzRZtAMsWdQDJF30AxxeFAMUYjADEGJQAwhmcAMAZpQC+Ga8AvRq7ALsaywC4G+UBtBz2&#10;AbId/wKwHf8Crx3/Aq4d/wKuHf8Crh3/Aq4d/wL/JgYA/yUAAP8mAAD7JwAA8SUDAPAhCwDoHBIA&#10;3hkdANQbLQDNHTwAyB9JAMUgVQDBIV8AvyJoALwicAC6I3gAuSN/AbcjhwG1I48BtCSXAbIkoAGx&#10;JKoCryS2Aq0lxgKrJd8CqCbzA6Um/wOjJv8Doib/BKEm/wOhJv8DoSb/A6Em/wP/KQAA/ygAAPYt&#10;AADnMAAA3y8AANkrBADWIgoAziMWAMYmJwDAKDYAuypEALgrTwC1LFkAsixiAbAsagGuLXIBrC16&#10;AqotgQKpLYoCpy2SA6UtmwOkLaUEoi2xBKAtwASfLdgEnC7vBZku/waXL/8Gli//BpUu/wWVLv8F&#10;lS7/BZUu/wX/LAAA/y4AAOo1AADdOQAA0TkAAMo2AADHLwYAwS0RALowIQC0MjEAsDQ+AKw1SgCp&#10;NVQBpzVdAaQ1ZQKiNW0CoDV0A581fASdNYQEmzWNBZo0lwaYNKEGljStB5Q1uwiTNdAIkDXsCI42&#10;/giMNv8Iizb/CIs2/weKNf8HijX/B4o1/wf/LwAA8jQAAOI8AADSQQAAx0IAAMBAAAC7OgEAtjYO&#10;ALA5HACqOywApjw6AKM9RgCfPVABnT1ZApo9YQOYPWgEljxwBZQ8dwaSPIAHkTyIB487kgiNO50J&#10;izupCok7twuIO8oLhTzoC4M8+wuCPP8KgTz/CoE8/wmBPP8IgTz/CIE8/wj/MwAA7DoAANpDAADK&#10;RwAAv0kAALdHAACxQgAArT4KAKZAFwCiQicAnkM1AJpEQgGXREwBlERVApFDXQOPQ2QFjUNrBotC&#10;cweJQnsIh0KECoVBjguDQZkMgUGlDX9Bsw5+QcYOfEHkDnpC+Q15Qv8MeEL/C3hC/wt4Qv8KeEH/&#10;CnhB/wr2NgAA5kAAANFIAADDTQAAuU4AALFNAACpSQAApEUGAJ9GEwCaSCMAlkkyAJJKPgGPSkgC&#10;jEpRA4pJWQSHSWAFhUloB4NIbwiBSHcKf0eAC31Hig16R5UOeEaiD3ZGsBB1RsIQc0bgEHJH9w9x&#10;R/8OcUf/DXFH/wxxR/8LcUb/C3FG/wvzOQAA4EQAAMxMAAC+UQAAtFMAAKpSAACiTgAAnUoBAJdL&#10;EQCTTSAAj08uAIxPOgGIT0UChU9OA4NPVgSATl0Gfk5kB3xNbAl5TXQLd0x9DHVMhw5zTJIPcUuf&#10;EW9LrRJtS78SbEvcEmtM9RFqTP8Pakz/DmpL/w1qS/8Makv/DGpL/wzwPQAA20gAAMdQAAC6VQAA&#10;sFgAAKVWAACcUwAAl08AAJFQDgCMUhwAiVQrAIVUNwCCVEIBf1RLA3xUUwR6U1oGeFNiCHVSaQlz&#10;UnELcVF6DW5RhA9sUJAQalCcEmhQqxNmULwTZVDYE2RQ8xJkUP8QZFD/D2RQ/w5lT/8NZU//DGVP&#10;/wzsQQAA1EwAAMNUAAC2WQAArFwAAKBaAACXVwAAkVQAAItVDACGVxkAg1gnAIBZNAB9WT8BellI&#10;A3dYUAR0WFgGcldfB29XZgltVm4La1Z3DWhVgQ9mVY0RZFSaEmJUqRNgVLoUX1TTFF5U8hNeVP8R&#10;X1T/D19U/w5fU/8NX1P/DV9T/w3nRAAAz1AAAL9YAACzXQAAqF8AAJxdAACSWwAAi1gAAIVaCgCB&#10;WxYAfVwkAHpdMQB3XTwBdF1GAnFdTgRvXFUFbFxdB2pcZAloW2wLZVp1DWNafw9hWYsRXlmYElxY&#10;pxRbWLgUWVnQFFlY8BNZWP8RWlj/EFpY/w5aV/8NWlf/DVpX/w3jSAAAy1MAALtbAACwYQAApGIA&#10;AJdhAACOXwAAhVwAAH9eBwB7XxMAeGEhAHViLgByYjkBb2JDAmxhSwNqYVMFZ2FaB2VgYgljYGoL&#10;YF9zDV5efQ9bXokRWV2WElddpRNVXbYUVF3OFFRd7hNUXf8RVVz/EFVc/w5VW/8OVlv/DVZb/w3e&#10;TAAAx1YAALhfAACtZAAAoGUAAJNkAACJYwAAf2EAAHliAwB1ZBEAcmUeAG9mKwBsZzcBamdAAmdm&#10;SQNlZlEEYmVYBmBlYAhdZGcKW2RwDFljew5WY4YQVGKUElJioxNQYrQTT2LME09i7RJPYf8RT2H/&#10;EFBg/w5QYP8OUGD/DVBg/w3ZTwAAw1oAALRjAACpaQAAm2gAAI9nAACEZwAAeWUAAHNnAABvaQ4A&#10;bGobAGlrKABnbDQAZGw9AWJsRgJfa04EXWtWBVpqXQdYamUJVmluC1NpeA1RaIQPTmiSEExnoRJL&#10;Z7ISSWfJEkln6xJJZv8QSmb/D0pl/w5LZf8NS2T/DUtk/w3RVAAAvl4AALFnAACmbQAAl2wAAIpr&#10;AAB/awAAc2sAAG1tAABobgwAZXAXAGJxJABgcTAAXnE6AVxxQwJZcUsDV3FTBFVwWgZScGIHUHBr&#10;CU5vdQtLb4INSW6PD0dunxBFbrARRG7HEUNt6hBEbP8PRGv/DkVr/w1Fav8NRWr/DUVq/w3LWAAA&#10;umMAAK1sAAChcQAAknAAAIVvAAB6bwAAbnAAAGVzAABgdQcAXXYSAFt3HwBZeCsAV3g2AFV4PwFT&#10;eEgCUXhPA093VwRMd18FSndoB0h2cwlFdn8LQ3WNDEF1nQ4/da4OPnXFDj116A4+c/0NPnL/DT5x&#10;/ww/cf8MP3D/DD9w/wzFXgAAtWkAAKlxAACcdQAAjXQAAIB0AAB1dAAAaXYAAF55AABYfAEAVH0O&#10;AFJ+GgBRfyYAT38xAE2AOwBMgEMBSoBLAkh/VAJGf1wEQ39lBUF/cAY/fnwIPH6KCTp+mgo5fqwL&#10;N37DCzd95gs3e/wLN3r/Czd5/wo4eP8KOHj/Cjh4/wq+ZAAAsG8AAKV4AACWeQAAh3kAAHt5AABw&#10;egAAZHwAAFiAAABQgwAAS4UKAEiGFABHhyAARYgrAESINQBDiD4AQYlHAUCJTwE+iFgCPIhhAzqI&#10;bAQ3iHgFNYiHBjOImAcyh6oHMIjABzCH5AcwhfsIMIP/CDCC/wgwgf8IMIH/CDCB/wi3awAAqnYA&#10;AKB/AACQfgAAgn4AAHZ/AABqgAAAXoMAAFOHAABKiwAAQY4CAD2QDgA7kBgAOpEjADmRLQA4kjcA&#10;N5JAADaSSQA0k1IAM5NcATGTZwEvk3QCLZKDAyuSlAMqkqcDKJK9BCiS4QMnkPoEJ47/BSeN/wUn&#10;jP8FJ4z/BSeM/wWxdAAApX4AAJmFAACKhAAAfYQAAG+FAABjiAAAWIsAAE2PAABDkwAAOpcAADKa&#10;BwAumxAALZsaACycJAArnC4AKp04ACmdQQAonUsAJ55VACaeYQAlnm4AI55+ASKekAEgnqMBH565&#10;AR6e3QEenPgCHpr/Ah6Z/wMel/8DHpf/Ax6X/wOqfQAAnoUAAJOLAACFigAAdYsAAGiOAABbkQAA&#10;UJUAAEaZAAA7nQAAMqAAACqjAAAipgkAH6cRAB6nGgAdqCQAHKgtABuoNwAaqUEAGalMABipWAAX&#10;qmYAFqp2ABWqiQAUqp4AE6u0ABKr0wASqPUAE6f/AROl/wETpf8BE6T/AROk/wGjhgAAl4wAAI2R&#10;AAB9kgAAbZUAAGCYAABUnAAASKAAAD6kAAA0pwAAKqsAACGuAAAZsQAAErMHAA+1EAAOtRcADrUh&#10;AA21KwANtTYADLZBAAu2TgAKtlwACbZsAAi2fwAHtpQABraqAAW2xQAGtuoAB7X/AAi0/wAIs/8A&#10;CbL/AAmy/wCajQAAkJMAAISYAAB0nAAAZaAAAFekAABLqAAAQKwAADWwAAAqswAAIbUAABi4AAAR&#10;uwAADL4CAAbACwACwBEAAcEZAADBIgAAwisAAMI2AADDQgAAw1AAAMRfAADEcQAAxIcAAMSdAADE&#10;tQAAxNoAAMT2AADD/wAAw/8AAMP/AADD/wCTlAAAh5oAAHigAABqpgAAXKwAAE+xAABBtQAANbcA&#10;ACm6AAAfvQAAFsAAABDDAAAKxgAAA8oAAADMBQAAzAwAAM0RAADOGAAAziEAANAqAADRNQAA00MA&#10;ANRSAADUYwAA1XgAANWPAADVpwAA1sIAANbpAADW/QAA1v8AANb/AADW/wCKmwAAe6IAAGypAABe&#10;sAAAULYAAEK6AAA0vQAAKMEAAB3EAAAUxwAADcsAAAbOAAAA0gAAANcAAADZAAAA2gUAANwLAADd&#10;EAAA3xUAAOEdAADjJwAA5TMAAOdCAADoVAAA6GcAAOl+AADplwAA6q8AAOrOAADr7wAA6/4AAOv/&#10;AADr/wB9owAAbqsAAF+yAABRugAAQsAAADTDAAAnxwAAG8sAABLPAAAL0wAAAtgAAADdAAAA4QAA&#10;AOQAAADlAAAA5wAAAOkAAADrBwAA7Q0AAO8RAADxGQAA9CQAAPcxAAD5QQAA+lUAAPpqAAD7hAAA&#10;+50AAPy2AAD80gAA/e0AAP30AAD99ABxrAAAYbUAAFK9AABExAAANMkAACbNAAAa0gAAENgAAAjd&#10;AAAA4QAAAOUAAADoAAAA7AAAAO8AAADxAAAA8wAAAPUAAAD3AAAA+QEAAPsIAAD+DgAA/xUAAP8h&#10;AAD/LwAA/0EAAP9WAAD/bQAA/4cAAP+gAAD/tgAA/8oAAP/UAAD/1AD/CyAA/wceAP8AHQD/ACAA&#10;/wAlAP8ALgD/ADsA/wBJAP8AVgD/AGIA/wBtAP8AdgD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/&#10;AKYA/wCtAP8AtQD/AL4A/wDLAP8A4QD/APAA/gD9AP0A/wD9AP8A/QD/AP0A/wD8AP8A+QD/APkA&#10;/wD/DR0A/wsaAP8EGQD/ABoA/wAfAP8AKgD/ADcA/wBFAP8AUQD/AF4A/wBoAP8AcgD/AHoA/wCC&#10;AP8AiQD/AJAA/wCWAP8AnAD+AKIA/ACpAPsAsAD5ALkA+ADGAPYA2QD1AOsA9AD5APMA/wDyAP8A&#10;8wD/APMA/wDzAP8A8wD/APMA/wD/EBkA/w4VAP8IFAD/ABQA/wAZAP8AJQD/ADIA/wBAAP8ATAD/&#10;AFkA/wBjAP4AbQD8AHUA+gB9APkAhAD3AIsA9gCRAPQAlwDzAJ4A8gCkAPAArADuALQA7QDAAOsA&#10;zwDpAOYA6AD1AOYA/wDnAP8A5gD/AOUA/wDlAP8A5QD/AOUA/wD/EhQA/xAQAP8MDwD/AxAA/wAV&#10;AP8AIAD/ACwA/wA6AP8ARwD6AFMA9wBeAPQAZwDxAHAA7wB4AO0AfwDrAIYA6gCMAOgAkwDnAJkA&#10;5QCgAOMApwDhALAA3wC6AN0AyQDbAOAA2ADwANcA/gDVAP8A1AD/ANMA/wDTAP8A0wD/ANMA/wD/&#10;FRAA/xIMAP8OCQD/CwwA/wkSAP8DGgD/ACYA/QAzAPQAQADvAE0A6wBYAOgAYQDlAGoA4gByAOAA&#10;egDeAIAA3ACHANoAjgDYAJUA1ACcANIAowDQAKwAzgC2AMwAxADKANkAyADtAMcA+wDFAP8AxAH/&#10;AMMB/wDEAf8AxAH/AMQB/wD/GAsA/xUFAP8QAAD/EAYA/w8NAP8MFAD8Bx8A8QMrAOcAOQDiAEYA&#10;3gFRANoCWwDVAmQA0gNsAM8DdADNBHsAywSCAMoEiQDIBZAAxgWYAMQFoADCBqkAwQa0AL8GwQC9&#10;CNUAuwnsALgL/QC2DP8AtQ3/ALQN/wC0Df8AtA3/ALQN/wD/GwUA/xgAAP8XAAD/FgAA+xMGAPoQ&#10;DgDuDBYA4wkiANoJMADTCj4AzgtKAMoMVQDHDV4AxQ1nAMIObwDBDnYAvw5+AL0PhQC8D40AuhCV&#10;ALgQnQC3EKcAtRGyALMRwACyEdUArhPuAKsU/gCpFf8ApxX/AKcV/wCmFP8BphT/AaYU/wH/HwAA&#10;/xwAAPoeAADrHgAA4xwAAN8VBQDeDg0A0w4YAMsRKADFEzcAwBREALwWTwC5F1kAtxdhALQYaQCz&#10;GXEAsRl4AK8agACuGogArBuQAKsbmQCpG6MApxyuAKYcvACkHc8AoR7qAZ4e/AGcH/8Bmx//AZof&#10;/wGaHv8BmR7/AZke/wH/IgAA/yEAAOwnAADgKgAA1CkAAM0kAADKHAgAxBkSAL0cIgC3HjEAsyA+&#10;AK8hSQCtIlMAqiNcAKgkZACmJGwApCRzAKMkegChJYIBoCWLAZ4llAGdJZ4BmyaqAZkmtwGYJskC&#10;lSfmApIn+QKQKP8Cjyj/Ao4n/wKOJ/8Cjif/Ao4n/wL/JgAA8ikAAOMxAADSNAAAyDQAAMAwAAC7&#10;KQIAuCMOALEmHACsKCsAqCo4AKQrRAChLE4Any1XAJ0tXwCbLWcBmS1uAZgudQGWLn0ClC6GApMu&#10;kAKRLpoDjy6mA40uswOMLsUDii/hBIcv9gSFL/8EhC//A4Qv/wODL/8Dgy//A4Mv/wP7KQAA6zEA&#10;ANk4AADJPAAAvzwAALY5AACwMgAArC0LAKcvFwCiMSYAnjM0AJo0QACYNUoAlTVTAJM1WwGRNWIB&#10;jzVpAo01cQKMNXkDijWCA4g1iwSGNZYEhDWiBYI1rwWBNcAGfzbcBn029AZ7Nv8Fezb/BXo2/wR6&#10;Nv8EejX/BHo1/wT1LQAA5DcAANA/AADCQwAAt0QAAK1AAACnOgAAozYGAJ03EwCZOSIAlTovAJI8&#10;OwCPPEYAjDxPAYo8VwGIPF4ChjxlAoQ8bQOCPHUEgDx9BH88hwV9PJIGezueB3k7rAd3O7wIdjzV&#10;CHQ88QhzPP8Hcjz/BnI8/wVyPP8Fcjv/BXI7/wXxMgAA3j0AAMlEAAC8SAAAsEkAAKZGAACfQQAA&#10;mz0BAJU9EACRPx0AjUErAIpCOACHQ0IAhENLAYJDUwGAQ1sCfkJiA3xCaQR6QnEFeEJ6BnZBhAd0&#10;QY8IckGbCHBBqQlvQbkKbUHQCmxB7glrQv8IakL/B2pB/wZqQf8GakH/BWpB/wXtNwAA1kIAAMRJ&#10;AAC3TQAAq00AAKBKAACYRwAAk0IAAI5DDQCJRRoAhkYoAINHNACASD8AfkhIAXtIUAJ5SFcCd0hf&#10;A3VIZgRzR24FcUd2Bm9HgAdtRowJa0aYCmlGpgtnRrYLZkbMC2VG7AtkR/8JZEb/CGRG/wdkRv8G&#10;ZEX/BmRF/wboOwAA0EYAAL9NAACzUQAApVEAAJpOAACSSwAAjUcAAIdICwCDShYAf0skAH1MMQB6&#10;TTwAd01FAXVNTQJzTVUCcU1cA29NYwRtTGsFa0xzB2lLfQhmS4kJZEuWCmJLpAthS7QMX0vKDF5L&#10;6gteS/4KXkv/CV5K/wheSv8HXkr/B15K/wfjPwAAy0kAALxRAACwVQAAoVQAAJZSAACNUAAAh0wA&#10;AIFNCAB9TxMAelAhAHdRLgB0UjkAclJCAW9SSwFtUlICa1FZA2lRYQRnUWgGZVBxB2NQewhhUIYK&#10;X0+TC11PoQxbT7INWU/HDVlP6AxYT/0LWE//CVlP/whZTv8HWU7/B1lO/wffQwAAx00AALhUAACs&#10;WQAAnVcAAJFVAACIVAAAgVAAAHtSBAB3UxEAdFQeAHFVKwBvVjYAbFZAAWpWSAFoVlACZlZXA2RW&#10;XgRiVWYFYFVvB11VeAhbVIQKWVSRC1dUoAxVU7ANVFPFDVNT5gxTU/wLU1P/CVRS/whUUv8IVFL/&#10;B1RS/wfaRgAAw1AAALVYAACoWwAAmVoAAI1YAACEVwAAe1QAAHZWAQBxVw8AblkbAGxaKABpWjMA&#10;Z1s9AWVbRQFjW00CYVpVA19aXARdWmQFW1lsBlhZdghWWYIJVFiPC1JYngxQWK4NT1jDDU5Y5AxO&#10;WPsLT1f/CU9X/whPVv8IUFb/B1BW/wfTSgAAwFQAALJcAACjXgAAlV0AAIlcAAB/WwAAdlkAAHBa&#10;AABrXA0AaF0YAGZeJABkXzAAYl86AGBfQwFeX0sCXF9SAlpfWgNYX2EFVV5qBlNedAdRXX8JT12N&#10;Ck1dnAtLXawMSl3BDEld4wxJXPoKSVv/CUpb/whKWv8ISlr/B0pa/wfOTgAAvFgAAK5gAACfYQAA&#10;kWAAAIVfAAB7XwAAcF0AAGpfAABlYQoAYmIUAGBjIQBeZC0AXGQ3AFpkQAFYZEgBVmRQAlRkVwNS&#10;ZF8EUGRnBU5jcQZMY30ISWKLCUdimgpGYqoLRGK/C0Ri4QtEYfkKRGD/CURg/whFX/8HRV//B0Vf&#10;/wfIUgAAuFwAAKtkAACbZAAAjGMAAIBjAAB2YwAAamIAAGNkAABfZgYAW2cRAFloHQBXaSkAVmoz&#10;AFRqPABSakUBUGpMAU5qVAJMalwDSmplBEhpbwVGaXoHRGmICEJomAlAaKkKP2i9Cj5o3gk+Z/cJ&#10;Pmb/CD9l/wc/Zf8HP2T/Bz9k/wfDVwAAs2EAAKdpAACWaAAAh2cAAHtnAABxZwAAZWgAAFxqAABY&#10;bAEAVG4OAFJvGABQbyQATnAuAE1wOABLcUEASnFJAUhxUQFGcVkCRHBiA0JwbARAcHgFPnCGBjxv&#10;lQc6b6YIOG+7CDhv2wc4bvYHOG3/Bzhs/wY5a/8GOWr/Bjlq/wa9XAAAr2YAAKJtAACRbAAAgmsA&#10;AHdrAABsbAAAYW4AAFdwAABQcwAATHUKAEl2EwBHdx8ARncpAEV4MwBDeDwAQnhEAEF4TQE/eFUB&#10;PXheAjt4aAI5eHQDN3iCBDV4kwUzd6QFMne5BTF41wUxdvUFMXT/BTFz/wUxcv8FMnL/BTJy/wW3&#10;YwAAqm0AAJxxAACLcAAAfXAAAHJwAABncQAAXHMAAFF3AABKegAAQn0DAD9+DgA9fxgAPH8jADuA&#10;LQA6gDYAOYE/ADiBSAA2gVAANYFaATOBZAExgXABL4F/Ai2BjwMsgaEDKoG2AymB0gMpf/MDKX3/&#10;Ayl8/wMpe/8DKXv/Ayl7/wOxagAApXQAAJV2AACFdQAAeHUAAG11AABhdwAAV3oAAEx+AABDgQAA&#10;O4UAADWICQAyiREAMYkbADCJJQAvii8ALoo4AC2LQQAsi0oAKotUACmLXwAoi2sAJot6ASSLiwEj&#10;i54BIouzASGMzgEhivEBIIj/AiCG/wIghf8CIYX/AiGF/wKrcgAAoXwAAI97AACAegAAc3oAAGZ8&#10;AABbfwAAUIIAAEaGAAA8igAANI0AACyRAAAmkwwAJJQTACOUHAAilSYAIZUvACCVOAAflkIAHpZM&#10;AB2WWAAclmQAGpd0ABmXhgAYl5kAF5euABWXyQAWle4AFpP/ARaS/wEWkf8BFpD/ARaQ/wGlewAA&#10;mYMAAImBAAB7gAAAbIIAAF+EAABUiAAASYsAAD+QAAA1lAAALZcAACWaAAAdngEAFqAMABShEgAU&#10;oRsAE6ElABKhLgARojgAEaJDABCiTwAPolwADqNrAA2jfQANo5IADKOnAAqiwAALouYADKD+AA2f&#10;/wANnv8ADZ3/AA2d/wCehAAAkokAAIOIAABziAAAZYsAAFiOAABMkgAAQZcAADebAAAungAAJKIA&#10;ABylAAAVqAAAD6sEAAquDAAHrRIABq0bAAWtJAAEri4AAq45AAGuRQAArlIAAK5hAACucwAArocA&#10;AK6dAACutAAArtUAAK30AACt/wAArP8AAKv/AACr/wCWiwAAjJAAAHuQAABrkgAAXZYAAFCaAABE&#10;nwAAOaMAAC+nAAAlqwAAHK4AABSxAAAOtAAACbcAAAG4CQAAuA4AALkUAAC5HAAAuiUAALovAAC7&#10;OgAAvEcAALxWAAC8ZwAAvHsAALyRAAC8qQAAvMQAALzrAAC7/gAAu/8AALv/AAC7/wCQkgAAg5gA&#10;AHObAABjnwAAVaMAAEeoAAA7rQAAMLEAACW0AAAbtwAAEroAAAy9AAAFvwAAAMMAAADEAgAAxQoA&#10;AMUOAADGFAAAxxsAAMgkAADKLgAAzDoAAM1JAADNWQAAzWwAAM6DAADOmwAAzbUAAM7aAADO9gAA&#10;zf8AAM3/AADN/wCGmQAAd6AAAGmmAABarAAATLIAAD62AAAwuQAAJLwAABm/AAARwgAACsUAAALJ&#10;AAAAzAAAANAAAADRAAAA0gEAANMIAADVDQAA1xEAANoYAADcIQAA3ywAAOE6AADiSgAA410AAORy&#10;AADkiwAA5aUAAOXAAADl5gAA5fgAAOX/AADl/wB6oQAAa6kAAFyvAABNtgAAP7wAADC/AAAjwwAA&#10;F8cAAA/KAAAHzgAAANEAAADWAAAA3AAAAN8AAADgAAAA4gAAAOQAAADmAwAA6AkAAOkOAADsFQAA&#10;7h4AAPErAAD0OgAA9U0AAPZhAAD3eQAA+JMAAPitAAD5xgAA+eQAAPnzAAD58wBtqgAAXrIAAE+6&#10;AABAwQAAMcUAACLJAAAWzgAADdIAAATYAAAA3QAAAOEAAADkAAAA6AAAAOsAAADtAAAA7wAAAPEA&#10;AADzAAAA9gAAAPgDAAD6CwAA/REAAP8bAAD/KQAA/zsAAP9PAAD/ZgAA/38AAP+ZAAD/rwAA/8MA&#10;AP/WAAD/1gD/BBwA/wAZAP8AGQD/ABwA/wAiAP8AKwD/ADgA/wBGAP8AUwD/AF4A/wBpAP8AcgD/&#10;AHoA/wCCAP8AiQD/AI8A/wCVAP8AmwD/AKEA/wCoAP8ArwD/ALkA/wDFAP8A2QD+AOwA/QD7APsA&#10;/wD7AP8A+wD/APoA/wD0AP8A8AD/APAA/wD/BxgA/wEVAP8AFAD/ABYA/wAbAP8AJgD/ADQA/wBC&#10;AP8ATgD/AFoA/wBkAP8AbQD/AHUA/wB9AP8AhAD/AIoA/QCQAPwAlgD6AJ0A+QCjAPgAqwD3ALQA&#10;9QC/APQAzgDzAOYA8QD2APAA/wDvAP8A7wD/AO4A/wDuAP8A6gD/AOoA/wD/CxQA/wYRAP8AEAD/&#10;ABAA/wAWAP8AIgD/AC4A/wA8AP8ASQD/AFQA/gBfAPsAaAD5AHAA9wB4APUAfwDzAIUA8gCLAPAA&#10;kgDvAJgA7QCfAOwApgDqAK4A6AC5AOcAxwDlAN4A4wDwAOIA/gDgAP8A4AD/AOEA/wDhAP8A4QD/&#10;AOEA/wD/DRAA/wkNAP8BDAD/AAwA/wASAP8AHAD/ACgA/AA2APkAQwD2AE4A8gBZAO8AYgDsAGsA&#10;6gByAOgAeQDmAIAA5ACGAOIAjADhAJMA3wCaAN0AoQDbAKoA2AC0ANUAwADSANMA0ADqAM4A+gDN&#10;AP8AzQD/AM0A/wDMAP8AzAD/AMwA/wD/EAwA/wwHAP8DAgD/AAgA/wAOAP8AFgD2ACIA8AAvAOwA&#10;PADpAEgA5QBTAOEAXADeAGUA2wBsANcAcwDUAHoA0gCAANAAhwDOAI4AzACVAMoAnQDIAKUAxgCv&#10;AMQAuwDCAMsAwADlAL4A9QC9AP8AvAD/ALwA/wC8AP8AvAD/ALwA/wD/EQUA/w4AAP8KAAD/CAEA&#10;/wQKAPgAEADpABoA4wAoAN4ANQDZAEEA0wBMAM8AVgDLAF8AyQBmAMYAbgDEAHQAwgB7AMEAggC/&#10;AIkAvQCQALwAmAC6AKEAuACrALYAtwC0AMcAsgDgALEB8gCvAv8ArgP/AK0E/wCtBP8ArQT/AK0E&#10;/wD/FAAA/xAAAP8PAADyDQAA6goAAOkDCQDdABIA1AAfAM0BLQDIAjoAxANFAMADUAC9BFkAuwVh&#10;ALkFaAC3Bm8AtQZ2ALQHfQCyB4QAsQiMAK8IlQCtCZ4AqwmoAKoKtQCoCsUApgvfAKQN9ACiDv8A&#10;oA7/AJ8O/wCfDv8Anw7/AJ8O/wD/FwAA/xMAAO8YAADkGQAA2xYAANIQAgDPCQsAyAgWAMEKJAC8&#10;DDIAtw0+ALQOSQCxDlMArxBbAK0QYwCrEGoAqRFxAKgReACmEYAApRGIAKMSkQChEpsAoBOmAJ4T&#10;swCcE8MAmxTeAJcW9ACVFv8AlBf/AJMX/wCSF/8Akhb/AJIW/wD/GgAA9B0AAOUjAADVJQAAyiQA&#10;AMIdAAC+FgQAuxAQALQTHQCvFSsAqxY4AKcYQwClGU0AohlWAKAaXQCeG2UAnRtsAJsccwCaHHsA&#10;mByDAJcdjQCVHZcAkx6iAJIerwCQHr8Ajx/YAIwg8QGJIP8BiCD/AYcg/wGHIP8BhiD/AYYg/wH6&#10;HgAA6yYAANotAADKMAAAvi4AALUoAACwIgAArhsMAKgdFwCjHyYAnyEzAJwiPgCZI0gAlyRRAJUk&#10;WQCTJWAAkiVnAJAmbgCOJnYAjSZ/AIsmiAGKJ5MBiCeeAYYnqwGEJ7sBgyjRAYAo7gF+Kf8BfSn/&#10;AXwo/wF8KP8BfCj/AXwo/wH1JAAA4y4AAM81AADBOAAAtDYAAKsxAAClLAAAoiYGAJ4mEwCZKCEA&#10;lSouAJIrOQCPLEQAjS1MAIstVACJLlwAhy5jAIYuagGELnIBgi56AYEvhAF/L48CfS+aAnsvpwJ6&#10;L7cCeC/MAnYw6gJ1MP4CczD/AnMw/wJzL/8Ccy//AnMv/wLwKgAA3DUAAMc7AAC6PwAArDwAAKI4&#10;AACcMwAAmC8AAJUuEACQMBwAjDIpAIkzNQCGND8AhDVJAII1UQCANVgAfjVfAX01ZgF7Nm4BeTV2&#10;Ang1gAJ2NYsDdDWXA3I2pANwNrQEbzbIBG025wRsNvwDazb/A2s2/wJqNv8CajX/Amo1/wLqMAAA&#10;0zoAAMJBAACzQwAApUEAAJs+AACVOgAAkDYAAIw1DQCINxgAhDglAIE6MQB/OzwAfDtFAHo8TQB4&#10;PFUBdzxcAXU8YwFzPGoCcTxzAnA8fANuO4cDbDuUBGo7oQRoO7EFZzzFBWU85QVkPPoEZDz/A2M7&#10;/wNjO/8DYzv/AmM7/wLlNQAAzT8AAL1GAACuRwAAn0UAAJVDAACOQAAAiTwAAIQ8CgCAPRQAfT4i&#10;AHo/LgB4QDgAdUFCAHNBSgByQVEBcEFZAW5BYAJsQWcCakFwA2hBeQNnQYQEZUGRBWNBnwVhQa4G&#10;YEHCBl5B4gZeQfkFXUH/BF1A/wNdQP8DXUD/A11A/wPfOQAAyEMAALlKAACpSwAAm0kAAJBHAACI&#10;RAAAg0EAAH5BBgB6QhEAdkMeAHRFKgBxRTUAb0Y/AG1GRwBrRk8BakZWAWhGXQJmRmUCZEZtA2JG&#10;dgRgRoIEXkaOBVxFnAZbRawGWUa/B1hG3wZYRvcFV0X/BFdF/wRXRP8DWET/A1hE/wPaPQAAxEcA&#10;ALVOAACkTgAAlkwAAItLAACDSQAAfUUAAHhGAgB0RxAAcEgbAG5JJwBrSjIAaks8AGhLRABmS0wB&#10;ZEtTAWJLWgJgS2ICX0tqA11LdARbSn8FWUqMBVdKmgZVSqoHVEq9B1NK3AdSSvYGUkr/BVJJ/wRS&#10;Sf8DUkj/A1NI/wPUQQAAwEsAALJRAACgUAAAkk8AAIdOAAB+TAAAeEgAAHJKAABuSw0Aa00YAGhO&#10;JABmTi8AZE85AGJPQgBhUEkBX1BRAV1QWAJbT2ACWU9oA1dPcgRVT30FU0+KBVJOmAZQTqgHTk67&#10;B01O2QdNTvUGTU7/BU1N/wRNTf8ETkz/A05M/wPORAAAvE4AAK5UAACcUwAAjlIAAINRAAB6UAAA&#10;ck0AAGxPAABoUAsAZVEVAGNSIQBhUywAX1M2AF1UPwBbVEcAWlROAVhUVgFWVF0CVFRmA1JTbwNQ&#10;U3sETlOIBUxTlwZLU6cHSVO6B0hT1QdIUvMGSFL/BUhR/wRJUf8ESVD/A0lQ/wPKSAAAuVIAAKpX&#10;AACYVgAAilUAAH9UAAB2UwAAbFEAAGdTAABiVAgAX1YSAF1XHgBbVykAWVgzAFhYPABWWUQAVVlM&#10;AVNZUwFRWVsCT1hkAk1YbQNLWHgESViGBUdXlQZFV6UGRFe4BkNY0gZDV/IGQ1b/BUNV/wREVf8E&#10;RFT/A0RU/wPGTAAAtVYAAKVaAACUWQAAhlgAAHtYAABxVwAAZlYAAGFYAABdWQQAWVoQAFdbGwBV&#10;XCYAU10wAFJdOQBRXkEAT15JAE1eUQFMXlgBSl5hAkhdawNGXXYDRF2DBEJdkgVAXaMGP122Bj5d&#10;0AY9XPEFPlv/BD5a/wQ+Wv8DPln/Az9Z/wPBUAAAsVoAAKFdAACQXAAAglsAAHZbAABtWwAAYVsA&#10;AFtdAABWXgAAUmANAFBhFwBOYiIATWIsAExjNQBKYz4ASWNGAEdjTgBGY1YBRGNeAUJjaAJAY3MD&#10;PmOBAzxjkAQ6YqEEOWK0BThjzQU4Yu8EOGH/BDhg/wM4X/8DOV7/Azle/wO8VQAArV8AAJxgAACL&#10;XwAAfV8AAHJfAABoXwAAXWAAAFViAABPZAAAS2YKAElnEgBHaB0ARWgnAERpMQBDaTkAQmpCAEBq&#10;SgA/alIAPWpbATxqZQE6anACOGp+AjZpjQM0aZ8DM2myAzFpywMxaO0DMWf/AzFm/wMyZf8DMmT/&#10;AzJk/wO3WwAAqWQAAJZkAACGYwAAeGMAAG1jAABkZAAAWWUAAFBoAABJawAAQ20EAEBuDgA+bxgA&#10;PW8iADxwKwA6cDQAOXE9ADhxRQA3cU4ANnFXADRxYQEycW0BMXF6AS9xigItcZwCK3GvAipxyAIq&#10;cOsCKm//Aipt/wIqbP8CK2z/Aits/wKxYQAApGkAAJBoAACAZwAAdGcAAGlnAABfaAAAVWsAAEtu&#10;AABDcQAAPHQAADd2CgA0dxIAM3gcADJ4JQAxeS4AMHk3AC95PwAueUgALHpSACt6XAAqemgAKHp2&#10;ACZ6hwElepkBI3qsASJ6xQEieekBInf/ASJ2/wEidf8CInT/AiN0/wKsaAAAnW4AAIptAAB7bAAA&#10;b2wAAGVsAABabgAAUHEAAEV1AAA9eAAANnwAAC5/AgApgQ0AJ4IUACaCHgAlgicAJIIvACODOAAi&#10;g0IAIYNLACCEVgAfhGIAHoRxAByEggAbhJUAGoSpABiEwQAYg+YAGIH9ABmA/wEZf/8BGX7/ARl+&#10;/wGmcAAAlXMAAIRyAAB2cQAAa3EAAF5zAABUdgAASXkAAD99AAA3gQAAL4QAACeIAAAgiwUAG40O&#10;ABqNFQAZjR4AGI4nABeOMAAWjjkAFY5DABSPTwATj1sAEo9qABGPewAQj48AD4+kAA6PuwANj+AA&#10;Do36AA+L/wAQiv8AEIn/ABCJ/wChegAAjnkAAH53AABydwAAZHgAAFh7AABNfgAAQoIAADmGAAAv&#10;igAAJ44AACCRAAAYlQAAEpgFAA6aDgANmhQADJodAAuaJgALmjAACpo7AAmaRgAImlMABpthAAWa&#10;cgAEmoYAApqbAACasQABmc8AApnwAAKY/wAEl/8ABZb/AAWW/wCZgQAAh38AAHp+AABrfgAAXYEA&#10;AFCFAABFiQAAO40AADGSAAAolgAAH5kAABidAAARoAAADKMCAAalCgABpRAAAKUWAACmHwAApigA&#10;AKYyAACnPQAAp0oAAKdYAACnaAAAp3wAAKeRAACmqAAApsMAAKXpAACl/AAApf8AAKT/AACk/wCR&#10;hwAAgoYAAHKGAABjiAAAVYwAAEmRAAA9lgAAMpoAACieAAAfogAAF6YAABCpAAALrAAABK8AAACx&#10;BgAAsQwAALIRAACyFwAAsx8AALMoAAC0MgAAtT8AALVNAAC1XQAAtXAAALWGAAC1nQAAtbYAALXc&#10;AAC09wAAtP8AALT/AAC0/wCLjwAAeo4AAGqRAABblQAATZoAAECfAAA1pAAAKqgAACCsAAAWsAAA&#10;D7QAAAm3AAABuQAAAL0AAAC+AAAAvgYAAL8MAADAEAAAwRYAAMIdAADDJwAAxTIAAMZAAADGUQAA&#10;x2MAAMd4AADHkQAAx6kAAMfHAADH7AAAx/4AAMf/AADH/wCDlwAAcZoAAGGeAABSowAARakAADiu&#10;AAAsswAAILcAABa6AAAOvQAABsAAAADDAAAAxwAAAMkAAADKAAAAzAAAAM0DAADOCQAA0A4AANIT&#10;AADUGwAA2CUAANsyAADdQgAA3VQAAN5pAADegQAA3pwAAN+1AADf2QAA3/MAAN//AADf/wB3nwAA&#10;aKYAAFmtAABKswAAO7gAAC27AAAfvwAAFMIAAAzGAAADyQAAAMwAAADQAAAA1QAAANkAAADaAAAA&#10;3AAAAN4AAADgAAAA4gUAAOQLAADnEAAA6hgAAO0kAADwMgAA8UQAAPJYAADzbwAA9IoAAPSkAAD0&#10;vwAA9N8AAPTzAAD09ABqqAAAW68AAEy3AAA9vQAALcEAAB/GAAATygAAC84AAADSAAAA1wAAANwA&#10;AADgAAAA5QAAAOcAAADpAAAA6wAAAO0AAADvAAAA8QAAAPMAAAD2BwAA+Q4AAPwWAAD/IgAA/zMA&#10;AP9HAAD/XQAA/3YAAP+RAAD/qQAA/74AAP/YAAD/2wD/ABgA/wAWAP8AFQD/ABgA/wAeAP8AJwD/&#10;ADYA/wBDAP8ATwD/AFoA/wBkAP8AbQD/AHUA/wB9AP8AhAD/AIoA/wCQAP8AlgD/AJwA/wCjAP8A&#10;qwD/ALQA/gC/AP0AzwD7AOcA+gD4APkA/wD5AP8A+QD/APUA/wDuAP8A6QD/AOcA/wD/ABQA/wAR&#10;AP8AEQD/ABIA/wAXAP8AIwD/ADEA/wA+AP8ASgD/AFYA/wBgAP8AaAD/AHAA/wB4AP0AfgD8AIUA&#10;+gCLAPkAkQD4AJgA9wCeAPUApgD0AK4A8gC5APEAxwDvAOAA7gDyAOwA/wDsAP8A7AD/AOsA/wDl&#10;AP8A4AD/AN4A/wD/AxAA/wAOAP8ADQD/AA0A/wATAP8AHgD/ACsA/wA4AP8ARQD+AFAA+wBaAPgA&#10;YwD1AGsA8wByAPEAeQDvAH8A7gCGAOwAjADqAJIA6QCZAOcAoADmAKkA5ACzAOEAwADgANMA3gDr&#10;ANwA+wDbAP8A2gD/ANoA/wDZAP8A1AD/ANIA/wD/Bw0A/wAJAP8ABgD/AAkA/wAPAP8AGAD7ACUA&#10;+AAyAPUAPwDyAEoA7QBUAOoAXQDnAGUA5ABsAOIAcwDgAHoA3gCAANwAhgDaAI0A1wCUANQAmwDS&#10;AKQAzwCtAM0AuQDLAMkAyQDkAMgA9gDGAP8AxQD/AMYA/wDHAP8AxwD/AMcA/wD/CgYA/wEAAP8A&#10;AAD/AAQA/wALAPQAEgDvAB8A6gAsAOUAOADiAEMA3QBOANkAVwDUAF8A0QBnAM4AbQDMAHQAygB6&#10;AMgAgADGAIcAxQCOAMMAlgDBAJ4AvwCoAL0AswC6AMIAuQDbALcA8AC1AP8AtgD/ALUA/wC1AP8A&#10;tQD/ALUA/wD/DAAA/wQAAP8AAAD+AAAA9gADAOgADQDgABcA2QAkANEAMQDNADwAygBHAMYAUQDD&#10;AFkAwABgAL4AZwC8AG4AugB0ALkAewC3AIIAtQCJALMAkQCyAJoAsACkAK4ArwCsAL0AqgDQAKgA&#10;6wCnAPsApgD/AKYA/wClAP8ApQD/AKUA/wD/DQAA/wcAAPQJAADqCQAA4gQAANoABwDPABEAyAAc&#10;AMIAKQC+ADUAuwBAALcASgC0AFMAsgBbALAAYgCuAGgArABvAKsAdQCpAH0AqACEAKYAjQCkAJYA&#10;owCgAKEAqwCfAbkAnQPMAJwE6ACaBvkAmQf/AJgI/wCXCP8Alwj/AJcI/wD/EAAA9xAAAOgUAADc&#10;FQAAzhEAAMYNAADCBAsAvAAUALcBIQCyAy4ArgU6AKsGRACoCE0ApghVAKQJXACiCmMAoApqAJ8L&#10;cQCdC3gAnAuAAJoMiQCZDJMAlwyeAJUNqgCUDbgAkg3MAJAO6gCOEPwAjBD/AIsQ/wCLEP8AixD/&#10;AIoQ/wD7EwAA7RoAAN0gAADMIQAAvx0AALcXAACzEQAAsgsNAKsNGQCnDiYAow8zAJ8QPgCdEUcA&#10;mhFQAJgSVwCWEl4AlRNlAJMTbACSE3MAkBR8AI8UhQCNFY8AixWaAIoVpwCIFrUAhhbJAIQX5wCC&#10;GPsAgBn/AH8Z/wB/Gf8Afxj/AH8Y/wD1GgAA5CMAAM8pAADAKgAAsyYAAKoiAAClHAAApBUIAKAU&#10;EwCbFiEAlxgtAJQZOACRGkIAjxtLAI0cUgCLHFkAiR1gAIgdZwCGHm8AhR53AIMfgACCH4sAgB+X&#10;AH4gowB9ILIAeyDFAHkh5AB3IvkAdiL/AHUi/wB0If8AdCH/AHQh/wDvIQAA2ysAAMcxAAC2MQAA&#10;qS4AAKAqAACbJgAAmCEBAJUeEACQIBsAjSEoAIkjMwCHJD0AhSRGAIMlTgCBJlUAfyZcAH4mYwB8&#10;J2sAeydzAHknfAB4KIcAdiiTAHQooAFyKK8BcSnBAW8p4AFtKfcBbCn/AWsp/wFrKf8Bayj/AWso&#10;/wHoKAAA0DIAAMA4AACuNwAAoTUAAJgyAACSLQAAjikAAIsnDACHKBcAgyojAIArLwB+LDkAfCxC&#10;AHotSgB4LlEAdy5YAHUuYABzL2cAci9vAHAveQFvL4MBbS+QAWsvnQFpL6wBaDC+AWcw2wFlMPUB&#10;ZDD/AWMw/wFjL/8BYy//AWMv/wHiLgAAyjgAALo9AACoPAAAmjoAAJE3AACKMwAAhjAAAIMuCQB/&#10;LxMAezAfAHgyKwB2MzUAdDM+AHI0RgBwNE4AbzVVAG01XABsNWQAajVsAWg1dQFnNYABZTWMAWM1&#10;mgJhNqkCYDa7Al821gJdNvMCXTb/Alw2/wFcNf8BXDX/AVw0/wHcMwAAxTwAALRBAACiQAAAlT4A&#10;AIs8AACEOQAAfzYAAHs0BAB3NRAAdDccAHE4JwBvOTIAbTk7AGs6QwBqOksAaDtSAGc7WQBlO2EB&#10;YztpAWI7cgFgO30BXjuKAlw7lwJbO6cCWTu4A1g7/+L/4klDQ19QUk9GSUxFAAYJ0gNXO/ECVjv/&#10;AlY7/wJWOv8BVjr/AVY5/wHUNwAAwEEAAK9EAACdQwAAkEIAAIVAAAB+PgAAeTsAAHQ6AABxOg4A&#10;bTwYAGs9JABpPi8AZz84AGU/QABkQEgAYkBPAGFAVwBfQF4BXUBmAVxAbwFaQHoCWECHAlZAlQJU&#10;QKQDU0C2A1JAzwNRQO8DUED/AlA//wJQP/8CUT7/AVE+/wHPOwAAvUUAAKpHAACZRgAAi0UAAIFE&#10;AAB5QgAAdD4AAG8/AABrQAwAZ0EVAGVCIQBjQysAYUM1AF9EPgBeREUAXUVNAFtFVABZRVwBWEVk&#10;AVZFbQFURXgCUkWFAlFEkwNPRKMDTUW0A0xFzANLRe0DS0T/AktE/wJLQ/8CTEL/AkxC/wLKPwAA&#10;uUgAAKZKAACVSQAAh0gAAH1HAAB1RQAAbkIAAGlDAABlRAkAYkUTAF9GHgBdRygAXEgyAFpIOwBZ&#10;SUMAV0lKAFZJUgBUSVkBU0lhAVFJawFPSXYCTUmCAktJkQNKSaEDSEmzA0dJygNGSewDRkj/AkZI&#10;/wJHR/8CR0b/AkdG/wLGQwAAtkwAAKJMAACRTAAAhEsAAHlKAABwSQAAaUYAAGRHAABfSQYAXEoQ&#10;AFpLGwBYTCUAVkwvAFVNOABTTUAAUk1IAFFOTwBPTlcATk5fAUxOaQFKTnMCSE2AAkZNjwNFTZ8D&#10;Q02xA0JNyANBTeoDQUz/AkFM/wJCS/8CQkr/AkJK/wLCRwAAs08AAJ5PAACNTgAAgE4AAHVNAABs&#10;TAAAY0oAAF5MAABaTQIAVk4OAFRPGABSUCIAUVEsAE9RNQBOUj0ATVJFAExSTQBKUlQASVJdAUdS&#10;ZgFFUnEBQ1J+AkFSjQI/Up0DPlKvAz1SxgM8UukCPFH+AjxQ/wI9T/8CPU//Aj1O/wK+SwAArlMA&#10;AJpSAACJUQAAfFEAAHFQAABoUAAAXk4AAFhRAABUUgAAUVMMAE5UFABMVR8AS1YpAElWMgBIVjoA&#10;R1dCAEZXSgBEV1IAQ1daAEFXZAFAV24BPld7AjxXiwI6V5sCOFetAjdXxAI3V+cCN1b9AjdV/wI3&#10;VP8CN1P/AjhT/wK6TwAAqVYAAJVVAACFVAAAeFQAAG1UAABkVAAAWFQAAFJWAABOVwAASlkJAEda&#10;EQBGWhsARFslAENbLgBCXDYAQVw+AD9cRgA+XU8APV1XADtdYQA6XWwBOF15ATZdiAE0XZkCM12r&#10;AjFdwgIxXOUCMVv8AjFa/wIxWf8CMln/ATJY/wG2VAAApFkAAJBYAACAWAAAc1cAAGlXAABgWAAA&#10;VFkAAE5bAABIXQAAQ18EAEBgDgA+YRcAPWEgADtiKQA6YjIAOWI6ADhjQgA3Y0sANmNUADRjXQAz&#10;Y2gAMWN2AS9jhQEuY5YBLGOpAStjvwEqY+MBKmL7ASpg/wErX/8BK1//ASte/wGxWQAAnlwAAItc&#10;AAB7WwAAb1sAAGVbAABcXAAAUV4AAElgAABDYgAAPGUAADhnCgA1aBIANGgbADNpJAAyaS0AMWk1&#10;AC9qPQAuakYALWpPACxqWQAra2UAKWtyAChrggAma5MAJGunACNrvQAiauAAI2n5ASNn/wEjZv8B&#10;I2b/ASRl/wGsYAAAmGAAAIVgAAB2XwAAal8AAGFgAABXYAAATWMAAERmAAA9aAAANmsAADBuBAAs&#10;cA4AKnEVAClxHgAocSYAJ3IvACZyNwAlckAAJHJKACJyVAAhc2AAIHNtAB5zfQAdc5AAG3OjABpz&#10;uQAZc9wAGnH3ABpw/wAbb/8AG27/ARtt/wGmZgAAkWUAAH9kAABxZAAAZmQAAF1kAABSZgAASGkA&#10;AD9sAAA3bwAAMHMAACl2AAAieQgAH3sQAB57FwAcex8AG3soABp7MAAZfDkAGHxDABd8TgAWfFoA&#10;FXxnABR9eAASfYsAEX2fABB9tQAPfdUAEHv1ABF5/wAReP8AEnf/ABJ3/wCeawAAimoAAHppAABt&#10;aQAAYmkAAFdqAABMbQAAQ3AAADl0AAAxeAAAKXsAACJ/AAAbggAAFIUJABGGEAARhhcAEIcfABCH&#10;KAAOhzEADoc7AA2HRgAMh1MAC4dhAAqHcQAJh4QAB4eYAAaGrgAFhskABoXsAAeE/wAIg/8ACYL/&#10;AAmC/wCVcQAAg28AAHRuAABpbgAAXG8AAFByAABGdQAAPHkAADJ9AAAqgQAAIoUAABuJAAAUjAAA&#10;D48DAAqSCwAGkhEABJIYAAKSIAABkikAAJIzAACTPgAAk0sAAJNZAACTaQAAk3sAAJKQAACSpgAA&#10;kb8AAJHlAACQ+gAAj/8AAI//AACP/wCNdwAAfXUAAHB0AABidQAAVXgAAEl8AAA/gAAANIQAACuJ&#10;AAAijQAAGpEAABOUAAAOlwAACZsAAAGdCAAAnQ4AAJ0TAACeGgAAniIAAJ8rAACfNQAAoEIAAKBQ&#10;AACgXwAAoHEAAKCHAACfnQAAn7UAAJ7aAACd9gAAnf8AAJz/AACc/wCGfQAAeHwAAGl8AABbfwAA&#10;ToMAAEGIAAA2jAAALJEAACOWAAAamgAAEp4AAA2hAAAGpAAAAKcAAACpAwAAqQoAAKoOAACrEwAA&#10;rBkAAK0iAACuKwAArzcAAK9FAACvVAAAr2YAAK97AACulAAArqsAAK7JAACu7wAArf8AAK3/AACt&#10;/wCBhAAAcYQAAGGHAABTiwAARpAAADmWAAAumwAAI6AAABqkAAASqAAADKwAAASvAAAAsgAAALYA&#10;AAC3AAAAtwIAALgIAAC5DQAAuhIAALsYAAC9IQAAvisAAMA4AADASAAAwFoAAMFuAADBhgAAwaAA&#10;AMG6AADB4wAAwPkAAMD/AADA/wB5jQAAaJAAAFmUAABLmgAAPaAAADGlAAAlqwAAGq8AABGzAAAL&#10;uAAAArsAAAC+AAAAwQAAAMQAAADFAAAAxgAAAMcAAADIBQAAygsAAMwPAADOFQAA0B8AANMrAADV&#10;OgAA1UwAANZgAADYdwAA2JIAANisAADZyQAA2ewAANn7AADY/wBwmQAAYJ4AAFGkAABDqgAANbAA&#10;ACi2AAAcugAAEb4AAAnBAAAAxQAAAMgAAADLAAAAzwAAANIAAADTAAAA1gAAANgAAADbAAAA3QAA&#10;AN8HAADiDQAA5RMAAOgdAADsKgAA7TwAAO1RAADuZwAA74EAAO+cAADwtwAA8NMAAPDsAADw9ABn&#10;pgAAWK0AAEm0AAA6ugAAKr4AABzCAAAQxgAAB8oAAADOAAAA0gAAANYAAADcAAAA4AAAAOMAAADk&#10;AAAA5gAAAOgAAADrAAAA7QAAAO8AAADyAgAA9QoAAPgRAAD8HAAA/ywAAP8/AAD/VQAA/24AAP+K&#10;AAD/pAAA/7oAAP/RAAD/4QD/ABQA/wASAP8AEgD/ABQA/wAZAP8AJQD/ADIA/wA/AP8ASwD/AFYA&#10;/wBgAP8AaAD/AHAA/wB4AP8AfwD/AIUA/wCLAP8AkQD/AJgA/wCeAP4ApgD9AK4A/AC5APoAyAD5&#10;AOIA+AD0APcA/wD2AP8A9gD/AO8A/wDnAP8A4gD/AN4A/wD/ABEA/wAOAP8ADgD/AA8A/wAUAP8A&#10;IAD/AC0A/wA6AP8ARgD/AFEA/wBbAP8AYwD+AGsA/ABzAPoAeQD5AIAA9wCGAPYAjAD1AJIA8wCZ&#10;APIAoADwAKkA7gCzAO0AwQDrANYA6gDuAOkA/gDnAP8A5wD/AOUA/wDdAP8A1QD/ANEA/wD/AA0A&#10;/wAKAP8ACAD/AAkA/wAQAP8AGwD/ACgA/wA1AP8AQAD6AEsA9gBVAPMAXgDxAGYA7gBtAOwAdADr&#10;AHoA6QCAAOcAhgDmAI0A5ACTAOIAmwDgAKMA3gCtANwAuQDaAMoA1wDmANQA+ADSAP8A0gD/ANIA&#10;/wDOAP8AyQD/AMYA/wD/AAgA/wADAP8AAAD/AAMA/wANAPwAFgD3ACIA8wAuAO8AOgDsAEUA6ABP&#10;AOQAWADhAGAA3gBnANsAbQDZAHQA1QB6ANMAgADRAIcAzwCOAM0AlQDLAJ4AyQCnAMcAswDFAMIA&#10;wwDcAMEA8QC/AP8AvwD/AL4A/wC+AP8AvQD/ALsA/wD/AAAA/wAAAP8AAAD/AAAA9gAIAO4AEQDn&#10;ABsA4QAnAN0AMwDZAD4A0wBJAM8AUgDLAFkAyABhAMYAZwDEAG0AwgBzAMAAegC/AIAAvQCIALsA&#10;kAC5AJgAuACiALUArQCzALsAsQDOALAA6gCvAPwArQD/AK0A/wCuAP8ArgD/AK4A/wD/AgAA/wAA&#10;AP0AAADyAAAA6AAAAN4ADADTABUAzAAhAMgALADEADgAwQBCAL0ASwC6AFMAuABaALYAYQC0AGcA&#10;sgBtALAAdACvAHoArQCCAKwAigCqAJMAqACdAKYAqACkALUAogDGAKEA4wCfAPYAngD/AJ4A/wCe&#10;AP8AngD/AJ4A/wD/BgAA+wAAAO4FAADiBAAA1QAAAMsABgDDAA8AvQAZALgAJQC0ADEAsQA7AK4A&#10;RQCsAE0AqQBVAKcAWwClAGIApABoAKIAbgChAHUAnwB8AJ4AhQCcAI4AmgCYAJgApACWALAAlQDB&#10;AJMA3ACSAPIAkQD/AJAA/wCQAP8AjwD/AI8A/wD9CgAA8A4AAOERAADOEAAAwg0AALsHAAC3AAoA&#10;sQASAKwAHgCoACkApQA0AKIAPgCfAEcAnQBPAJsAVgCZAVwAlwFjAJYCaQCUAnAAkwN4AJEDgACQ&#10;BIoAjgSVAIwFoQCKBa4AiQa+AIcI2ACGCfAAhAr/AIML/wCDC/8Agwv/AIML/wD2EAAA5hcAANIc&#10;AADAGgAAsxYAAKwSAACoDQAApgcNAKIFFgCdByIAmQkuAJYKOACUC0EAkgxKAJAMUQCODVgAjA1e&#10;AIsNZQCJDWwAiA50AIYOfQCFDocAgw6TAIEPnwCAEK0AfhC+AH0Q2wB6EfQAeBL/AHcS/wB3Ev8A&#10;dxL/AHcS/wDvFwAA2yEAAMYkAAC0IwAAqCAAAKAcAACbFwAAmREEAJgOEACTEBsAjxEnAIwSMgCJ&#10;EzwAhxNEAIUUTACDFFMAgRVaAIAVYAB+FmgAfRZvAHsWeAB5F4MAeBePAHYYnAB0GKoAcxm7AHIZ&#10;1ABvGvEAbhv/AG0b/wBtGv8AbRr/AG0a/wDnIAAA0CkAALwrAACrKgAAnigAAJYkAACQIAAAjRwA&#10;AIwXDACIGBYAhBoiAIEbLQB+HDcAfB1AAHodSAB5Hk8Adx5VAHYfXAB0H2MAcx9rAHEgdABwIH8A&#10;biGLAGwhmABrIacAaSK4AGgizwBmIu4AZSP/AGQj/wBkIv8AZCL/AGQh/wDgJgAAyC8AALQxAACj&#10;MAAAli4AAI0rAACHKAAAhCQAAIIgCAB+IBIAeyIeAHgjKQB1JDMAcyU8AHElQwBwJksAbiZSAG0n&#10;WQBrJ2AAaidoAGkocQBnKHsAZSiIAGQplQBiKaQAYCm1AF8pywBeKuwAXCr/AFwp/wBcKf8AXCn/&#10;AFwo/wDYLAAAwzUAAK01AACdNAAAkDMAAIYxAACALQAAfCsAAHkoAwB2JxAAcikaAHAqJQBtKy8A&#10;ayw4AGosQABoLUcAZy1OAGUuVQBkLl0AYy5lAGEvbgBfL3gAXi+EAFwvkgBaL6EBWS+yAVgwyAFW&#10;MOkBVTD+AVUv/wBVL/8AVS7/AFUu/wDQMQAAvToAAKg5AACXOAAAijcAAIA2AAB6MgAAdTAAAHIu&#10;AABuLg0Aay8WAGkwIQBmMSsAZDI0AGMyPQBhM0QAYDNLAF80UgBdNFoAXDRiAFo0awBZNXUAVzWC&#10;AFU1kAFUNZ8BUjWwAVE1xgFQNecBTzX9AU81/wFPNP8BTzT/AU8z/wHLNgAAuD0AAKM8AACSPAAA&#10;hTsAAHs6AAB0NwAAbzUAAGwzAABoNAoAZTUTAGI2HgBgNygAXjcxAF04OgBbOEEAWjlIAFk5UABX&#10;OVcAVjpfAFQ6aABTOnMAUTp/AU86jQFOOp0BTDquAUs6wwFKOuUBSTr8AUk5/wFJOf8BSTj/AUo4&#10;/wHHOgAAs0AAAJ4/AACOPwAAgT4AAHc9AABwOwAAajgAAGY4AABiOQcAXzoRAFw7GwBaOyUAWTwu&#10;AFc9NwBWPT4AVD5GAFM+TQBSPlUAUT5dAE8/ZgBNP3AATD99AUo/iwFIP5sBRz+sAUU/wQFEP+MB&#10;RD77AUQ+/wFEPf8BRD3/AUU8/wHDPgAAr0MAAJpCAACKQgAAfUEAAHNAAABrPwAAZTwAAGA8AABc&#10;PgQAWT4PAFc/GABVQCIAU0ErAFJBNABQQjwAT0JDAE5CSwBNQ1IAS0NaAEpDZABIQ24AR0N7AUVD&#10;iQFDQ5kBQkOrAUBDwAE/Q+EBP0P5AT9C/wE/Qf8BQEH/AUBA/wG/QQAAqkUAAJZFAACGRQAAeUQA&#10;AG9EAABnQgAAYD8AAFtBAABXQgAAVEMNAFFEFQBPRR8ATkUoAExGMQBLRjkASkdBAElHSABIR1AA&#10;RkdYAEVHYQBDSGwAQkh4AUBIhwE+SJcBPEipATtIvgE6SN8BOkf4ATpG/wE6Rf8BO0X/ATtE/wG7&#10;RQAApkgAAJJHAACCRwAAdkcAAGtHAABjRgAAW0MAAFZFAABSRwAATkgKAExJEgBKSRwASEolAEdK&#10;LgBGSzYARUs+AENLRgBCTE0AQUxWAEBMXwA+TGoAPEx2ADtMhQE5TJUBN0ynATZMvAE1TN0BNUv3&#10;ATVL/wE1Sv8BNkn/ATZJ/wG4SQAAoksAAI5KAAB+SgAAckoAAGhKAABfSQAAVUgAAFBKAABMSwAA&#10;SUwHAEZNEABEThkAQk8iAEFPKwBAUDMAP1A7AD5QQwA8UUoAO1FTADpRXAA4UWcAN1FzADVRggAz&#10;UZMBMlGlATBRugEvUdoBL1D2AS9P/wEwTv8BME7/ATBN/wG0TQAAnU0AAIpNAAB6TQAAbk0AAGRN&#10;AABbTQAAUU0AAEtPAABGUAAAQlIDAD9TDQA9VBUAPFQeADpVJwA5VS8AOFU3ADdWPwA2VkcANVZQ&#10;ADNWWQAyV2QAMFdxAC9XgAAtV5EAK1ejACpXuAApV9YAKVb1AClV/wAqVP8BKlP/ASpS/wGvUQAA&#10;mFEAAIVRAAB2UAAAalAAAGBQAABYUQAATlIAAEdTAABBVQAAO1gAADhZCgA1WhEANFoaADNbIgAy&#10;WysAMVszAC9cOwAuXEMALVxMACxcVgArXWAAKV1tAChdfAAmXY4AJF2hACNdtQAiXdIAIlzzACJb&#10;/wAjWv8AI1n/ACRY/wCoVQAAklQAAIBUAABxVAAAZlQAAFxUAABUVQAASlYAAENYAAA8WwAANl0A&#10;ADBgBQAtYQ4AK2EVACpiHQApYiUAKGIuACdjNgAmYz4AJWNHACNjUQAiZFwAIWRpAB9keQAeZIoA&#10;HGSeABtkswAZZM4AGmPxABth/wAbYP8AHGD/ABxf/wChWQAAjFgAAHtYAABtWAAAYlgAAFlYAABQ&#10;WQAAR1sAAD5eAAA3YAAAMWMAACpmAAAkaQkAIWoQACBqFwAfaiAAHmsoAB1rMAAcazkAG2tCABps&#10;TAAZbFgAF2xlABZsdAAUbIYAE2yaABJsrwARbMoAEWvvABJp/wATaP8AE2j/ABNn/wCZXQAAhV0A&#10;AHVcAABoXAAAXlwAAFVcAABLXgAAQmEAADlkAAAyZwAAK2oAACRtAAAecAEAF3MLABV0EQAUdBgA&#10;E3QhABJ1KQARdTIAEXU7ABB1RgAPdVIADnVfAA11bgAMdYEAC3WVAAp1qgAIdMMACXTnAApz/QAL&#10;cf8ADHH/AAxw/wCRYgAAf2EAAHBhAABkYQAAWmEAAE9iAABFZQAAPGgAADNsAAArbwAAJHIAAB12&#10;AAAXeQAAEXwEAA1/DAALfxIACn8ZAAl/IgAIfyoABn80AAV/PwAEf0sAAn9YAAF/ZwAAf3kAAH+O&#10;AAB/owAAfrsAAH3gAAB99wAAfP8AAHv/AAB7/wCJZwAAeGcAAGtmAABhZgAAVGcAAElpAAA/bQAA&#10;NXEAACx1AAAkeQAAHXwAABaAAAAQgwAADIYCAAaJCgABiQ8AAIkUAACKGwAAiiMAAIssAACLNwAA&#10;i0MAAItQAACLXwAAi3EAAIuGAACLnAAAirMAAInTAACI8wAAiP8AAIf/AACH/wCCbQAAc2wAAGhs&#10;AABabQAATm8AAEJzAAA4dwAALnsAACWAAAAdhAAAFYgAABCMAAALjwAABJIAAACUBgAAlQwAAJUQ&#10;AACWFQAAlxwAAJgkAACYLgAAmTkAAJlHAACZVgAAmWgAAJl9AACZlAAAmKsAAJfIAACW7gAAlv8A&#10;AJX/AACV/wB7dAAAb3MAAGFzAABTdgAARnoAADt/AAAwhAAAJogAAB2NAAAUkgAADpYAAAmZAAAB&#10;nAAAAKAAAAChAAAAogYAAKIMAACkEAAApRQAAKUcAACnJAAAqC8AAKg9AACpTAAAqV4AAKlyAACo&#10;iQAAqKIAAKi8AACn5QAApvsAAKb/AACl/wB3ewAAaHsAAFl+AABLggAAPocAADKNAAAnkgAAHZcA&#10;ABScAAAOoAAAB6QAAACoAAAAqwAAAK4AAACvAAAAsAAAALEEAACzCgAAtA4AALUTAAC2GwAAuCQA&#10;ALoxAAC6QAAAulIAALtlAAC7fQAAupcAALqxAAC60gAAuvMAALn/AAC5/wBvgwAAX4YAAFGLAABD&#10;kAAANpcAACqdAAAfogAAFacAAA2sAAAFsAAAALQAAAC3AAAAuwAAAL4AAAC/AAAAwAAAAMEAAADD&#10;AQAAxAcAAMUNAADHEQAAyhkAAM0kAADOMwAAz0QAANBYAADQbgAA0YgAANCkAADQwQAA0eYAANH4&#10;AADR/wBnjwAAV5QAAEmaAAA7oQAALqcAACGtAAAWswAADrgAAAa8AAAAwAAAAMMAAADGAAAAywAA&#10;AM0AAADOAAAA0AAAANEAAADUAAAA1gAAANoCAADcCQAA3w8AAOMXAADmJAAA5zYAAOhJAADpXwAA&#10;6ngAAOuUAADrrwAA68wAAOzoAADs9gBfngAAUKQAAEKrAAA0sgAAJrkAABm+AAAOwgAABMUAAADK&#10;AAAAzQAAANEAAADYAAAA2wAAAN8AAADgAAAA4gAAAOQAAADmAAAA6QAAAOsAAADuAAAA8QUAAPUN&#10;AAD5FgAA/CUAAP05AAD+TwAA/2cAAP+CAAD/nQAA/7UAAP/LAAD/5AD/ABEA/wAPAP8ADwD/ABEA&#10;/wAWAP8AIgD/AC8A/wA7AP8ARwD/AFIA/wBbAP8AZAD/AGwA/wBzAP8AegD/AIAA/wCGAP8AjAD+&#10;AJMA/QCZAPsAoQD6AKkA+AC0APcAwgD2ANoA9QDxAPQA/wDzAP8A8wD/AOkA/wDgAP8A2AD/ANMA&#10;/wD/AA4A/wALAP8ACgD/AAsA/wARAP8AHQD/ACoA/wA2AP8AQQD/AEwA/wBWAP4AXwD7AGYA+QBt&#10;APcAdAD1AHoA9ACAAPIAhgDwAI0A7wCUAO0AmwDsAKQA6gCuAOkAugDnAM0A5QDpAOQA+wDjAP8A&#10;4gD/AN4A/wDRAP8AzAD/AMgA/wD/AAkA/wAEAP8AAQD/AAQA/wAOAP8AGAD/ACQA/QAwAPsAOwD3&#10;AEYA8wBQAO8AWQDsAGAA6gBnAOcAbgDmAHQA5AB6AOIAgADgAIcA3gCOANwAlQDaAJ4A1gCoANQA&#10;swDRAMMAzwDfAM4A9ADMAP8AywD/AMsA/wDFAP8AvwD/ALwA/wD/AAIA/wAAAP8AAAD/AAAA/QAL&#10;APcAEwDxAB4A7QAqAOoANQDnAEAA4gBKAN0AUgDZAFoA1QBhANIAZwDQAG0AzgBzAMwAegDKAIAA&#10;yACHAMYAjwDEAJgAwgChAMAArQC+ALsAvADQALoA7QC5AP4AuAD/ALgA/wC3AP8AswD/ALAA/wD/&#10;AAAA/wAAAP8AAAD5AAAA7gAFAOUADgDeABgA2AAjANIALgDPADkAywBDAMcATADEAFQAwQBbAL8A&#10;YQC8AGcAuwBtALkAcwC3AHoAtQCBALQAiQCyAJIAsACbAK8ApwCsALQAqwDGAKkA5ACnAPgApgD/&#10;AKYA/wClAP8ApQD/AKQA/wD/AAAA/wAAAPUAAADqAAAA3gAAANAACgDIABIAwgAdAL4AKAC7ADMA&#10;uQA9ALUARgCyAE0AsABVAK0AWwCsAGEAqgBnAKgAbQCnAHMApQB6AKQAggCiAIwAoACWAJ8AoQCd&#10;AK4AmwC+AJkA2ACXAPEAlgD/AJYA/wCXAP8AlwD/AJcA/wD/AAAA9QAAAOcBAADUAAAAyQAAAMAA&#10;BAC4AA4AswAWAK8AIQCrACwAqAA2AKYAPwCjAEcAoQBPAJ8AVQCdAFsAmwBhAJoAZwCYAG4AlwB1&#10;AJUAfQCUAIYAkgCRAJAAnACOAKkAjAC4AIsAzQCJAOsAiAD9AIgA/wCIAP8AiAD/AIgA/wD5BgAA&#10;6QwAANQOAADDDAAAtwkAALACAACrAAkApgAQAKIAGgCeACUAmwAwAJgAOQCWAEEAlABJAJIAUACQ&#10;AFYAjgBcAI0AYgCLAGkAigBwAIgAeACHAIEAhQCMAIQAmACCAKUAgAC0AH4AyAB9AecAfAL5AHsD&#10;/wB7BP8AewT/AHsE/wDxDgAA3hUAAMUVAAC0FAAAqREAAKEOAACeCgAAmwMMAJcAEwCTAB4AkAEp&#10;AI0CMwCKAzwAiARDAIYFSwCFBlEAgwZXAIIHXgCAB2QAfwhsAH0IdAB8CH4AegmJAHgJlgB3CqMA&#10;dQqzAHMLxwByDOYAcA37AHAN/wBvDf8Abw3/AG8N/wDoFgAA0B4AALkdAACpHAAAnRoAAJUWAACQ&#10;EwAAjw4DAI4KDgCJCxcAhgwjAIMNLQCADTYAfg4+AHwORgB7Dk0AeQ9TAHgQWgB2EGEAdRBoAHMQ&#10;cQBxEXsAcBGHAG4RlABsEaIAaxKyAGkSxwBoE+cAZhP9AGUU/wBlFP8AZRP/AGUT/wDfHgAAxiQA&#10;ALAkAACgIwAAlCEAAIsfAACGGwAAgxcAAIISCAB/ERIAfBIdAHkUKAB2FDEAdBU6AHIWQQBxFkgA&#10;bxdPAG4XVgBsF10AaxhkAGkYbQBoGXcAZhmDAGQZkABjGp8AYRqvAGAaxABeG+QAXRz7AFwc/wBc&#10;G/8AXBv/AFwb/wDVJQAAvSoAAKgpAACYKQAAjCgAAIMlAAB9IgAAeR8AAHgbAwB2GQ8AchoYAG8c&#10;IwBtHS0Aax01AGkePQBoHkQAZh9LAGUfUgBjIFkAYiBhAGEgaQBfIXMAXSF/AFwhjQBaIpwAWSKs&#10;AFciwABWI+EAVSP5AFQj/wBUIv8AVCL/AFQi/wDNKwAAti4AAKIuAACSLgAAhS0AAHwrAAB2KAAA&#10;ciYAAG8jAABtIQwAaiIVAGcjHwBlJCkAYyQxAGIlOQBgJkEAXyZIAF0mTwBcJ1YAWyddAFknZgBY&#10;KHAAVih8AFQoigBTKZkAUSmqAFApvgBPKd4ATin3AE0p/wBNKf8ATSj/AE4o/wDIMAAAsDIAAJwy&#10;AACMMgAAgDEAAHYwAABwLQAAaysAAGgpAABmKAkAYygRAGApHABeKiUAXCsuAFsrNgBZLD0AWCxE&#10;AFctTABVLVMAVC1bAFMtYwBRLm4AUC56AE4uiABML5cASy+oAEkvuwBIL9sASC/2AEcv/wBHLv8A&#10;Ry3/AEgt/wDENAAAqzUAAJc1AACHNQAAezUAAHI0AABrMgAAZi8AAGIuAABfLQUAXC4QAFovGABY&#10;MCIAVjArAFUxMwBTMToAUjJCAFEySQBQMlAATjNYAE0zYQBLM2sASjN3AEg0hQBHNJUARTSmAEM0&#10;uQBCNNYAQjT0AEI0/wBCM/8AQjL/AEIy/wDAOAAApzgAAJM4AACDOAAAdzgAAG03AABmNgAAYTMA&#10;AF0yAABZMgIAVzMNAFQ0FQBSNR8AUTUoAE82MABONjgATDc/AEs3RgBKN04ASThWAEc4XwBGOGkA&#10;RDh1AEM4gwBBOZMAQDmkAD45uAA9OdMAPDnzADw4/wA9N/8APTf/AD02/wC7OwAAojsAAI87AAB/&#10;OwAAczsAAGo6AABiOQAAXTcAAFg2AABUNwAAUTgLAE85EwBNORwASzolAEo6LQBIOzUARzs8AEY8&#10;RABFPEsARDxTAEI8XABBPWcAPz1zAD49gQA8PZEAOj2jADk9tgA4PdEANz3yADc8/wA4O/8AODv/&#10;ADg6/wC2PQAAnj4AAIs+AAB8PgAAbz4AAGY9AABePQAAWDsAAFM6AABPOwAATDwIAEk9EQBHPhkA&#10;Rj8iAEQ/KgBDPzIAQkA6AEFAQQBAQEkAPkFRAD1BWgA8QWQAOkFwADhBfwA3QY8ANUKhADRCtAAy&#10;Qs4AMkHwADJA/wAzQP8AMz//ADQ+/wCxQAAAmkAAAIdAAAB4QQAAbEEAAGJAAABbQAAAVD8AAE4/&#10;AABKQAAARkEFAERCDgBCQxYAQEMfAD9EJwA+RC8APEQ3ADtFPgA6RUYAOUVOADhGWAA2RmIANUZu&#10;ADNGfAAxRo0AMEafAC5GswAtRswALUbvAC1F/wAuRP8ALkP/AC5D/wCsQwAAlkMAAINDAAB0QwAA&#10;aEMAAF9DAABXQwAAUEMAAEhDAABERQAAQUYBAD5HDAA8SBMAOkgcADlJJAA4SSwANkk0ADVKOwA0&#10;SkMAM0pMADJKVQAwS18AL0trAC1LegAsS4sAKkudAChLsQAnS8oAJ0vtACdK/wAoSf8AKEj/AClH&#10;/wCnRgAAkUYAAH9GAABwRgAAZUYAAFtGAABURgAATEcAAERIAAA/SgAAO0sAADdMCQA1TRAAM04Y&#10;ADJOIAAxTygAME8wAC9POAAuT0AALFBIACtQUgAqUFwAKFBoACdQdwAlUIgAJFCbACJQrwAhUMgA&#10;IFDrACFP/wAiTv8AIk3/ACNN/wChSQAAjEkAAHpJAABsSgAAYUoAAFhKAABQSgAASUsAAEBMAAA7&#10;TgAANVAAADFSBAAtUw0ALFQUACpUHAApVSQAKFUsACdVMwAmVTwAJVZFACRWTgAiVlkAIVZlAB9W&#10;dAAeVoUAHFaYABtWrAAZVsUAGVbpABpV/wAbVP8AG1P/ABxS/wCbTQAAhk0AAHVNAABoTQAAXU0A&#10;AFRNAABNTgAARU8AADxRAAA2UwAAMVUAACtYAAAmWgkAI1sQACJbFwAhXB8AIFwnAB9cLgAdXDcA&#10;HF1AABtdSgAaXVUAGF1hABddcAAVXYEAFF2VABNdqgARXcIAEV3nABJb/gATWv8AE1r/ABRZ/wCU&#10;UQAAgFEAAHBRAABkUQAAWVEAAFFRAABJUgAAQVMAADhWAAAyWQAAK1sAACVeAAAfYQMAGmMMABhk&#10;EQAXZBkAFmQhABVkKQAUZTEAE2U6ABJlRAARZVAAEGVdAA9lawAOZX0ADWWRAAxlpQAKZLwACmTg&#10;AAtj+QAMYv8ADWH/AA1h/wCNVQAAelUAAGtVAABfVQAAVlUAAE5VAABEVwAAPFkAADRcAAAsXwAA&#10;JmIAAB9lAAAZaAAAE2sFABBtDQAObhIADW4aAAxuIgAMbisAC240AApuPgAIbkoAB25XAAZuZQAE&#10;bnYAAm6KAABtnwAAbbYAAGzWAABs8wABa/8AAmr/AANq/wCFWgAAdFoAAGZaAABcWQAAU1kAAEha&#10;AAA/XQAANmAAAC5jAAAmZwAAH2oAABltAAATcQAADnQDAAp3CgAFdxAAAXcVAAB3HAAAdyQAAHgt&#10;AAB4NwAAeEMAAHhQAAB4XgAAeG8AAHiEAAB4mQAAd7AAAHbNAAB18AAAdf8AAHT/AAB0/wB+XwAA&#10;bl8AAGJeAABZXgAATV8AAEJiAAA5ZQAAMGgAACdsAAAfcAAAGHQAABJ3AAANewAACH4AAAKACAAA&#10;gQ0AAIERAACCFwAAgx4AAIMmAACEMAAAhDsAAIRIAACEVwAAhGgAAIR8AACEkwAAg6oAAILFAACB&#10;6wAAgf4AAID/AACA/wB3ZQAAaWQAAF9jAABSZAAAR2cAADxrAAAxbwAAKHMAACB3AAAYfAAAEX8A&#10;AAyDAAAGhwAAAIoAAACMAwAAjAkAAI0OAACOEQAAjxcAAJAeAACRJwAAkjIAAJI/AACSTgAAkl8A&#10;AJJzAACSiwAAkaIAAJG8AACQ5QAAj/wAAI7/AACO/wBxawAAZmoAAFhrAABLbQAAP3EAADR2AAAq&#10;ewAAIIAAABeFAAAQiQAAC40AAASRAAAAlQAAAJgAAACZAAAAmgMAAJsIAACcDQAAnhEAAJ8WAACg&#10;HgAAoigAAKI1AACjRAAAo1UAAKNpAACigAAAopoAAKGzAACg2AAAoPYAAJ//AACf/wBucQAAX3IA&#10;AFF1AABEeQAAN34AACyEAAAhigAAF48AABCUAAAKmQAAAZ0AAACgAAAApAAAAKcAAACoAAAAqQAA&#10;AKoAAACsBgAArQsAAK8QAACwFQAAsh4AALQpAAC0OQAAtEoAALVdAAC1cwAAtY4AALWoAAC0xgAA&#10;s+0AALL/AACy/wBmegAAV30AAEmCAAA8hwAAL44AACOUAAAYmgAAEJ8AAAmkAAAAqQAAAK0AAACw&#10;AAAAtAAAALcAAAC4AAAAuQAAALsAAAC8AAAAvgIAAMAIAADCDgAAxBQAAMceAADILAAAyT0AAMpQ&#10;AADKZgAAyn8AAMqbAADKuAAAyt0AAMr1AADK/wBehgAAT4sAAEGRAAAzmAAAJ58AABulAAARqwAA&#10;CbAAAAC1AAAAuQAAAL0AAADBAAAAxgAAAMgAAADJAAAAywAAAMwAAADOAAAA0AAAANIAAADUBQAA&#10;2QwAAN0SAADhHgAA4i4AAONCAADkVwAA5W8AAOaMAADmqAAA5cUAAOXnAADm9gBWlAAASJsAADqi&#10;AAAsqQAAH7AAABO2AAALvAAAAMEAAADFAAAAyQAAAM0AAADSAAAA1gAAANoAAADbAAAA3gAAAOAA&#10;AADiAAAA5AAAAOcAAADpAAAA7QAAAPAKAAD0EQAA+B8AAPkyAAD6SAAA+18AAPx6AAD9lwAA/a8A&#10;AP3HAAD95AD/AA4A/wANAP8ADAD/AA4A/wATAP8AHgD/ACoA/wA2AP8AQgD/AE0A/wBXAP8AXwD/&#10;AGcA/wBuAP8AdAD/AHoA/wCBAP0AhwD8AI0A+gCUAPkAnAD3AKUA9QCvAPQAvADzAM8A8QDsAPAA&#10;/gDvAP8A7wD/AOMA/wDXAP8AzgD/AMoA/wD/AAoA/wAGAP8ABAD/AAgA/wAQAP8AGQD/ACUA/wAx&#10;AP8APQD/AEcA/gBRAPsAWQD5AGEA9gBoAPQAbgDzAHQA8QB6AO8AgQDuAIcA7ACOAOoAlgDoAJ8A&#10;5gCpAOMAtQDiAMYA4ADjAN8A+ADdAP8A3QD/ANQA/wDJAP8AwgD/AL4A/wD/AAMA/wAAAP8AAAD/&#10;AAEA/wANAP8AFAD9ACAA+gArAPcANgDzAEEA7wBLAOwAVADoAFsA5gBiAOMAaADhAG4A3wB0ANwA&#10;egDaAIEA2ACIANQAkADSAJgAzwCiAM0ArgDLALwAyQDTAMcA8ADGAP8AxAD/AMQA/wC7AP8AtgD/&#10;ALMA/wD/AAAA/wAAAP8AAAD/AAAA9wAIAPAAEADrABoA5wAlAOQAMADhADsA3ABFANUATQDRAFUA&#10;zgBbAMsAYgDJAGcAxwBtAMUAcwDDAHoAwQCBAL8AiQC9AJIAuwCcALkApwC3ALUAtQDIALMA5gCy&#10;APsAsQD/ALAA/wCuAP8AqgD/AKcA/wD/AAAA/wAAAP4AAADxAAAA5QACANwADQDTABQAzQAfAMoA&#10;KgDHADQAxAA+AMAARwC8AE4AugBVALcAWwC1AGEAswBnALIAbQCwAHMArgB6AKwAggCqAIsAqACV&#10;AKcAoAClAK0AowC+AKEA2wCgAPQAnwD/AJ4A/wCfAP8AnQD/AJsA/wD/AAAA/AAAAO4AAADgAAAA&#10;0AAAAMUACAC+ABAAuQAZALUAIwCzAC4AsAA3AK0AQACqAEgAqABPAKUAVQCjAFsAogBgAKAAZgCf&#10;AGwAnQBzAJsAewCaAIQAmACOAJYAmgCVAKcAkwC3AJEAzACQAOwAjwD/AI4A/wCOAP8AjgD/AI8A&#10;/wD8AAAA7wAAANsAAADJAAAAvQAAALUAAgCuAAwAqQATAKUAHQCiACcAoAAxAJ0AOgCaAEIAmABJ&#10;AJYATwCUAFUAkwBbAJEAYACQAGcAjgBtAI0AdQCLAH4AiQCJAIgAlQCGAKIAhQCxAIMAxACBAOQA&#10;gAD5AH8A/wCAAP8AgAD/AIAA/wD0AgAA4AkAAMcIAAC3BwAArAMAAKYAAACgAAcAmwAPAJgAFwCV&#10;ACEAkgAqAI8AMwCNADwAiwBDAIkASQCHAFAAhgBVAIQAWwCDAGEAgQBoAIAAcAB+AHkAfACEAHsA&#10;kAB5AJ0AeACsAHYAvgB1AN0AcwD0AHMA/wBzAP8AcwD/AHMA/wDpDQAAzxAAALkQAACpEAAAng4A&#10;AJcLAACTBgAAkAALAIwAEQCJABoAhgAkAIMALgCBADYAfwA+AH0ARAB8AEsAegBRAHkAVwB3AF0A&#10;dgBkAHQAbABzAXUAcQGAAG8CjQBuApoAbAOqAGsDuwBpBNYAaAbxAGgH/wBnB/8AZwf/AGcH/wDf&#10;FAAAwxcAAK4XAACeFgAAkxUAAIsSAACGEAAAhAwCAIMGDQCAAxQAfAUeAHkHKAB3CDAAdQg4AHMJ&#10;QAByCUYAcApMAG8KUwBtC1kAbAthAGoLaQBpDHIAZwx+AGYMiwBkDZkAYg2pAGENuwBgDdgAXg7z&#10;AF0O/wBdDv8AXQ7/AF0O/wDUHAAAuR0AAKQeAACVHQAAiRwAAIEaAAB7FwAAeBMAAHgQBgB3DQ8A&#10;cw4YAHAOIgBuDysAbBAzAGoQOwBpEEIAZxFJAGYRTwBkEVYAYxJdAGESZgBgEm8AXhJ7AFwTiABb&#10;E5cAWROnAFcUugBWFNUAVRXzAFQV/wBUFf8AVBX/AFQU/wDKIgAAsCIAAJ0jAACNIwAAgSIAAHkh&#10;AABzHgAAbxsAAG4XAABtEwwAahQUAGcVHgBlFicAYxYvAGEXNwBgFz4AXhhFAF0YSwBcGVIAWhla&#10;AFkZYgBXGmwAVhp3AFQahQBSG5QAURukAE8btwBOG9AATRzxAEwc/wBMHP8ATRz/AE0b/wDDJgAA&#10;qicAAJYnAACHKAAAeycAAHImAABsJAAAaCEAAGYeAABkGwgAYhsRAF8cGgBdHSMAWx4rAFoeMwBY&#10;HzoAVx9BAFYgSABUIE8AUyBXAFEhXwBQIWkATiF0AE0hggBLIpEASSKiAEgitABHIs0ARiPvAEUj&#10;/wBFIv8ARiL/AEYh/wC8KgAApCsAAJErAACCLAAAdisAAG0qAABmKQAAYiYAAF8kAABdIgQAWyEO&#10;AFgiFgBWIx8AVCQoAFMkMABSJTcAUCU+AE8mRQBOJkwATCZUAEsnXABJJ2YASCdxAEYnfwBFKI8A&#10;QyigAEEosgBAKMsAPyjtAD8o/wA/KP8AQCf/AEAn/wC3LQAAny4AAIwvAAB9LwAAcS8AAGguAABh&#10;LQAAXSsAAFooAABXJwAAVCcMAFIoEwBQKRwATiklAE0qLABLKjQASis7AEkrQgBILEkARixRAEUs&#10;WgBELGQAQi1vAEAtfQA/LY0APS2eADwtsAA6LcgAOi3rADot/wA6Lf8AOiz/ADos/wCyMAAAmzEA&#10;AIgyAAB5MgAAbTIAAGQyAABdMQAAWC8AAFUsAABRLAAATy0JAEwtEQBKLhkASS8iAEcvKgBGMDEA&#10;RTA4AEMwPwBCMUcAQTFPAEAxVwA+MWEAPTJtADsyewA5MosAODKcADYyrwA1MscANDLpADQy/wA1&#10;Mf8ANTH/ADUw/wCtMwAAljQAAIQ1AAB1NQAAaTUAAGA1AABZNAAAVDMAAFAwAABMMQAASTEGAEcy&#10;DwBFMxYAQzMfAEI0JwBANC4APzU2AD41PQA9NUQAPDZMADo2VQA5Nl8ANzZrADY2eAA0N4kAMjea&#10;ADE3rQAvN8UALzfoAC82/gAwNf8AMDX/ADA0/wCpNgAAkjYAAIA3AAByOAAAZjgAAF03AABWNwAA&#10;UDYAAEs0AABHNQAARDYDAEE3DQA/OBQAPjgcADw5JAA7OSwAOjkzADk6OgA4OkIANjpKADU6UwA0&#10;O10AMjtoADA7dgAvO4cALTuZACw7rAAqO8MAKTvmACo6/QAqOv8AKzn/ACw4/wCkOAAAjjkAAHw6&#10;AABuOgAAYzoAAFo6AABTOgAATToAAEY4AABCOgAAPzsAADw8CwA6PBEAOD0ZADc9IQA2PikAND4w&#10;ADM+NwAyPz8AMT9HADA/UAAuP1oALUBmACtAdAApQIQAKECXACZAqgAlQMEAJEDlACQ//AAlPv8A&#10;Jj3/ACY9/wCfOwAAijwAAHg9AABqPQAAXz0AAFY9AABPPQAAST0AAEI9AAA8PgAAOT8AADZBCAA0&#10;QQ8AMkIWADFCHgAvQyUALkMtAC1DNAAsRDwAK0REACpETQAoRFgAJ0VjACVFcQAjRYIAIkWVACBF&#10;qAAfRb8AHkTjAB9E+wAfQ/8AIEL/ACFB/wCaPgAAhT8AAHRAAABnQAAAXEAAAFNAAABMQAAARkAA&#10;AD5BAAA4QwAANEUAADBGAwAtRw0AK0gSACpIGgApSCIAKEkpACdJMQAlSTkAJElBACNKSgAiSlUA&#10;IEphAB9KbwAdSn8AG0qSABpKpgAYSr0AF0rgABhJ+gAZSP8AGkf/ABpH/wCVQgAAgEIAAHBDAABj&#10;QwAAWEMAAFBDAABJQwAAQkQAADtFAAA1RwAAMEkAACtLAAAmTQkAJE4QACJOFgAhTx0AIE8lAB9P&#10;LAAeTzUAHU89ABxQRwAaUFEAGVBdABdQawAWUHwAFFCPABNQpAARULoAEVDeABFP+AASTv8AE03/&#10;ABRN/wCPRQAAe0YAAGtGAABfRwAAVUcAAE1HAABGRwAAP0cAADdKAAAxTAAAK04AACZQAAAgUwMA&#10;HFUMABpWEQAZVhgAF1YgABZWJwAVVjAAFFY5ABNXQgASV00AEVdZABBXaAAPV3kADleMAA1XoAAL&#10;V7YAC1bUAAtW9AAMVf8ADVT/AA5T/wCISQAAdkoAAGdKAABbSgAAUUoAAEpKAABDSgAAO0wAADNO&#10;AAAsUQAAJlQAACFWAAAbWQAAFVwHABFeDQAQXhMAEF4aAA5eIgAOXioADV4zAAxePQALXkgACl5U&#10;AAheYgAHXnMABV6GAANemwACXrEAAl3MAAJd7gADXP8ABFv/AAVb/wCBTgAAcE4AAGJOAABXTgAA&#10;Tk4AAEdOAAA+TwAANlEAAC5UAAAnVwAAIVoAABtdAAAVYAAAEGMDAAxmCwAIZxAABmcVAAVnHAAE&#10;ZyQAAmctAAFnNwAAZ0IAAGdOAABnXAAAZ20AAGeAAABmlQAAZqwAAGXHAABl6wAAZPwAAGT/AABj&#10;/wB6UgAAalMAAF1SAABUUgAAS1IAAEJTAAA5VQAAMFgAAChbAAAhXwAAGmIAABRlAAAQaAAADGsB&#10;AAZuCQAAbw4AAG8SAABvGAAAcB8AAHAnAABxMAAAcTsAAHFIAABxVgAAcWYAAHF5AABxjwAAcKcA&#10;AG/BAABv5wAAbvwAAG3/AABt/wBzWAAAZVcAAFpXAABRVgAARlcAADxaAAAyXQAAKmEAACJkAAAa&#10;aAAAFGwAAA5vAAAKcgAABHYAAAB4BQAAeAsAAHkOAAB6EwAAexkAAHwgAAB9KQAAfTMAAH1AAAB9&#10;TgAAfV4AAH1yAAB9iAAAfKEAAHy6AAB74gAAevoAAHn/AAB4/wBtXQAAYFwAAFdcAABLXQAAQF8A&#10;ADVjAAArZwAAI2sAABpvAAATcwAADncAAAh7AAACfgAAAIIAAACDAQAAhAYAAIULAACGDwAAiBMA&#10;AIkZAACKIQAAiysAAIs3AACMRgAAi1YAAItpAACLgAAAi5kAAIqzAACJ2AAAiPcAAIj/AACH/wBo&#10;YwAAXmIAAFFiAABEZQAAOGkAAC5uAAAkcwAAGngAABN9AAANgQAABoUAAACJAAAAjQAAAJAAAACS&#10;AAAAkgAAAJQFAACVCgAAlw4AAJgSAACaGAAAmyEAAJwtAACdPAAAnUwAAJxfAACcdgAAm5EAAJur&#10;AACayQAAmvAAAJn/AACY/wBlaQAAV2kAAElsAAA9cQAAMHYAACV8AAAbgQAAEocAAAyMAAAEkQAA&#10;AJUAAACZAAAAnQAAAKAAAAChAAAAogAAAKQAAAClAQAApwcAAKkMAACqEQAArRgAAK8iAACvMAAA&#10;r0EAAK9UAACvawAAroUAAK6hAACuvgAAreYAAKz8AACs/wBecQAAT3QAAEJ5AAA1fwAAKIUAAB2M&#10;AAATkgAADJgAAAOdAAAAogAAAKYAAACqAAAArgAAALAAAACxAAAAswAAALQAAAC2AAAAuAAAALoE&#10;AAC8CgAAvhAAAMEXAADDJAAAwzUAAMRJAADEXgAAxXcAAMWTAADFrwAAxdEAAMPyAADD/wBWfAAA&#10;R4IAADqIAAAsjwAAIJYAABSdAAANowAAA6kAAACuAAAAsgAAALcAAAC7AAAAvwAAAMIAAADCAAAA&#10;xQAAAMYAAADIAAAAygAAAM0AAADPAAAA0ggAANUOAADbGAAA3ScAAN46AADfUAAA4GgAAOCEAADh&#10;oQAA4b0AAOHiAADg9ABOiwAAQJIAADKZAAAloQAAGKgAAA6vAAAFtQAAALoAAAC/AAAAxAAAAMgA&#10;AADOAAAA0QAAANQAAADVAAAA2AAAANoAAADdAAAA3wAAAOIAAADkAAAA5wAAAOsFAADvDgAA9BkA&#10;APUrAAD2QQAA91gAAPhyAAD5kAAA+asAAPjEAAD44QD/AAsA/wAIAP8ACQD/AAwA/wASAP8AGgD/&#10;ACYA/wAyAP8APgD/AEgA/wBSAP8AWgD/AGIA/wBpAP8AbwD/AHUA/gB7APwAgQD7AIgA+QCPAPcA&#10;lwD1AKAA8wCqAPIAtwDvAMkA7QDmAOwA+wDrAP8A6wD/AN0A/wDOAP8AxgD/AMIA/wD/AAQA/wAA&#10;AP8AAAD/AAUA/wANAP8AFQD/ACEA/wAsAP8AOAD/AEMA/QBMAPkAVAD3AFwA9ABjAPIAaQDwAG8A&#10;7gB1AOwAewDqAIIA6ACJAOcAkQDkAJoA4gCkAOAAsADdAMAA2gDcANgA9ADVAP8A0wD/AMsA/wDB&#10;AP8AuwD/ALcA/wD/AAAA/wAAAP8AAAD/AAAA/wAKAP0AEQD5ABsA9gAnAPQAMgDwADwA7ABGAOgA&#10;TgDkAFYA4QBcAN4AYwDcAGgA2QBuANUAdADSAHsA0ACCAM0AigDLAJMAyACdAMYAqADEALcAwQDM&#10;AMAA6wC+AP8AvQD/AL0A/wC0AP8ArgD/AKsA/wD/AAAA/wAAAP8AAAD6AAAA8gAFAOoADgDlABYA&#10;4AAhAN0AKwDbADYA0wA/AM4ASADKAE8AxwBWAMQAXADCAGEAwABnAL4AbQC8AHMAugB6ALgAggC2&#10;AIsAtACWALIAoQCwAK8ArgDBAK0A4ACrAPcAqgD/AKkA/wCmAP8AoQD/AJ8A/wD/AAAA/wAAAPcA&#10;AADoAAAA3AAAANAACgDKABEAxQAbAMIAJQC/AC8AvAA4ALgAQQC1AEgAsgBPALAAVQCuAFsArABh&#10;AKoAZgCoAGwApwBzAKUAewCjAIQAoQCOAJ8AmgCdAKcAmwC4AJoA0ACZAO8AmAD/AJcA/wCWAP8A&#10;lAD/AJIA/wD/AAAA9gAAAOQAAADSAAAAxQAAALsABQC1AA4AsAAVAKwAHwCqACkAqAAyAKUAOgCi&#10;AEIAoABJAJ4ATwCcAFUAmgBaAJgAYACWAGYAlQBsAJMAdACSAH0AkACHAI4AkwCMAKEAiwCwAIoA&#10;xQCIAOYAhwD7AIYA/wCHAP8AhwD/AIYA/wD4AAAA5QAAAM0AAAC9AAAAswAAAKoAAACjAAoAnwAR&#10;AJsAGQCZACMAlwAsAJUANACSADwAkABDAI4ASQCMAE8AigBUAIkAWgCHAGAAhgBmAIQAbgCDAHcA&#10;gQCBAH8AjQB+AJsAfACqAHsAvAB6ANsAeAD1AHgA/wB4AP8AeAD/AHgA/wDtAAAA0QIAALsCAACs&#10;AQAAogAAAJsAAACWAAUAkQANAI0AFACLAB0AiAAmAIYALgCEADYAggA9AIAAQwB+AEkAfQBPAHwA&#10;VQB6AFsAeQBhAHcAaQB1AHEAdAB8AHIAiABxAJYAbwClAG4AtgBtAM4AbADuAGsA/wBrAP8AawD/&#10;AGsA/wDfCwAAwgwAAK4MAACeDAAAkwsAAIwHAACIAgAAhQAJAIEAEAB/ABcAfAAgAHoAKAB4ADAA&#10;dgA4AHQAPgBzAEQAcQBKAHAAUABuAFYAbQBdAGwAZABqAG0AaAB3AGcAhABlAJIAZAChAGMAsgBh&#10;AMkAYADpAGAA/ABgAP8AYAD/AGAA/wDQEAAAthEAAKISAACTEgAAiBEAAIAPAAB8DQAAeQkBAHgD&#10;CwB1ABEAcwAaAHAAIwBuASsAbAEzAGoCOQBpA0AAZwNGAGYETABlBFIAYwVZAGIFYQBgBWoAXwZ0&#10;AF0GgQBcB48AWgefAFkHsABXB8YAVgnnAFYK+wBVCv8AVQr/AFYK/wDGFQAArRcAAJkYAACKGAAA&#10;fxcAAHYWAABxEwAAbhAAAG0NBQBtCQ0AagkUAGcKHQBlCiYAYwsuAGIMNQBgDDwAXwxCAF4NSABc&#10;DU8AWw1WAFkNXgBYDmgAVg5zAFUOgABTDo8AUQ6fAFAOsQBODsgATRDqAE0Q/QBNEP8ATRD/AE0Q&#10;/wC8GwAApRwAAJIdAACDHgAAdx0AAG8cAABpGgAAZhcAAGQUAABkEAgAYg8QAF8QGABdECEAWxEp&#10;AFoRMQBYEjgAVxI+AFYSRQBUEkwAUxNTAFETWwBQE2UAThRwAEwUfQBLFIwASRScAEcVrgBGFcUA&#10;RRXoAEUW/gBFFv8ARRX/AEUV/wC1HwAAniEAAIsiAAB8IgAAcSIAAGghAABiHwAAXx0AAFwaAABb&#10;FwIAWhUNAFcWFABVFh0AVBclAFIYLQBRGDQATxg7AE4ZQgBNGUgASxpQAEoaWABIGmIARxptAEUb&#10;egBDG4kAQhuaAEAbrAA/G8IAPhzlAD0c/AA+HP8APhv/AD4b/wCvIwAAmCQAAIYlAAB3JgAAbCYA&#10;AGMlAABdJAAAWSIAAFYfAABUHQAAUxwLAFEcEgBOHRoATR0iAEseKQBKHjEASR83AEcfPgBGIEUA&#10;RSBNAEMgVQBCIF8AQCFqAD8hdwA9IYcAOyGYADkhqgA4IsAANyLjADci+wA3Iv8AOCH/ADgh/wCq&#10;JgAAlCcAAIEpAABzKQAAZykAAF8pAABYKAAAVCYAAFEjAABPIgAATCIHAEoiEABIIhcARyMfAEUk&#10;JgBEJC4AQiQ0AEElOwBAJUMAPyVKAD0mUwA8JlwAOiZnADkmdQA3J4QANSeWADQnqAAyJ74AMSfh&#10;ADEn+QAyJv8AMib/ADMl/wClKQAAjyoAAH0sAABvLAAAZC0AAFssAABVKwAAUCoAAEwoAABKJgAA&#10;RycEAEQnDQBCKBQAQSgcAD8pIwA+KSsAPSkyADwqOQA7KkAAOSpIADgrUAA2K1oANStlADMrcgAx&#10;K4IAMCyUAC4spwAsLLwAKyzeACws+AAsK/8ALSr/AC0q/wChLAAAiy0AAHkuAABrLwAAYC8AAFgv&#10;AABRLgAATC4AAEgsAABFKwAAQSsAAD8sCwA9LBEAOy0ZADouIQA5LigANy4vADYvNgA1Lz4ANC9F&#10;ADMvTgAxMFgAMDBjAC4wcAAsMIAAKjCSACkwpQAnMLoAJjDcACYw9wAnL/8AKC//ACgu/wCcLgAA&#10;hzAAAHYxAABoMgAAXTIAAFUyAABOMQAASDEAAEQwAABALwAAPDAAADoxCQA3MRAANjIWADUyHgAz&#10;MyUAMjMsADEzMwAwNDsALzRDAC00TAAsNFYAKjVhACk1bgAnNX4AJTWQACM1owAiNbkAITXZACE0&#10;9gAiNP8AIzP/ACMy/wCYMQAAgzMAAHI0AABlNAAAWjUAAFE1AABLNAAARTQAAEA0AAA6MwAANzQA&#10;ADQ1BgAyNg4AMDcTAC83GwAuNyIALTgpACs4MQAqODgAKTlAACg5SQAmOVMAJTlfACM5bAAhOnwA&#10;IDqOAB46ogAcOrcAGznVABw59QAdOP8AHTj/AB43/wCTNAAAfzYAAG43AABhNwAAVzcAAE43AABI&#10;NwAAQjcAADw3AAA1OAAAMjkAAC86AgAsOwsAKjwRACk8GAAoPR8AJj0mACU9LgAkPTUAIz49ACI+&#10;RgAgPlAAHz5cAB0/aQAbP3kAGj+MABg/oAAWP7UAFT7SABY+8wAXPf8AGDz/ABg8/wCONwAAejgA&#10;AGo5AABeOgAAUzoAAEs6AABFOgAAPzoAADk6AAAyPAAALj4AAClAAAAmQQgAJEIOACJCFAAhQhsA&#10;IEMjAB9DKgAeQzIAHEM6ABtEQwAaRE0AGERZABdEZwAVRHcAE0SKABJEngARRLMAEETQABBD8gAR&#10;Qv8AEkL/ABNB/wCJOwAAdjwAAGY9AABaPQAAUD0AAEg9AABCPQAAPD0AADY+AAAvQAAAKkIAACVE&#10;AAAhRgMAHUgMABtJEQAZSRcAGEkeABdJJgAWSS4AFUo2ABRKQAATSkoAEUpWABBKZAAPSnQADkqH&#10;AA1KmwAMSrAACkrKAAtJ7AAMSP8ADUf/AA1H/wCDPgAAcT8AAGJAAABWQAAATUAAAEVAAAA/QAAA&#10;OUEAADJCAAArRQAAJkcAACFJAAAcSwAAFk4HABNQDgASUBMAEVAZABBQIQAPUCkADlAxAA1QOwAN&#10;UUYAC1FRAApRXwAJUW8AB1CBAAVQlgADUKsAAlDFAANP6AADT/sABU7/AAZN/wB9QgAAa0MAAF1E&#10;AABSRAAASkQAAENDAAA8RAAANUUAAC5HAAAnSgAAIUwAABxPAAAXUQAAElQDAA5XCgALWBAAClgV&#10;AAhYHAAHWCQABlgsAAVYNgADWEAAAVhMAABYWgAAWGkAAFh8AABYkQAAV6cAAFfAAABW5QAAVvkA&#10;AFX/AABV/wB2RwAAZkcAAFlIAABPRwAAR0cAAEBHAAA4SAAAMEoAAClNAAAiUAAAHFMAABZVAAAR&#10;WAAADVsCAAleCQAEXw4AAF8SAABfGAAAYB8AAGAnAABgMAAAYDsAAGBHAABgVAAAYGMAAGB2AABg&#10;iwAAX6IAAF+7AABf4gAAXvkAAF3/AABd/wBvSwAAYUwAAFVMAABMSwAAREsAADtMAAAyTgAAK1EA&#10;ACNUAAAcVwAAFlsAABFeAAANYAAACGMAAAJmBwAAZwwAAGcPAABoEwAAaRkAAGohAABqKQAAajQA&#10;AGpAAABqTQAAal0AAGpvAABqhQAAap0AAGm2AABo3QAAaPcAAGf/AABm/wBpUQAAXFAAAFJQAABK&#10;TwAAP1AAADVTAAAtVgAAJFkAAB1dAAAWYAAAEGQAAAxnAAAGagAAAG4AAABvAwAAcAgAAHENAABy&#10;EAAAdBQAAHUbAAB2IwAAdywAAHc4AAB2RgAAdlYAAHZoAAB2fgAAdpcAAHWxAAB00wAAc/UAAHP/&#10;AABy/wBjVgAAWFUAAFBUAABEVQAAOVgAAC9bAAAmXwAAHWMAABVnAAAQbAAACnAAAARzAAAAdgAA&#10;AHoAAAB8AAAAfAMAAH4IAAB/DAAAgRAAAIIUAACEGwAAhSQAAIYvAACGPQAAhk0AAIVfAACFdQAA&#10;hY8AAISpAACDyQAAgvEAAIH/AACA/wBfWwAAVloAAElbAAA9XgAAMmEAACdmAAAeawAAFXAAAA51&#10;AAAJeQAAAX4AAACBAAAAhQAAAIgAAACKAAAAiwAAAI0BAACOBgAAkAsAAJEPAACTFAAAlRsAAJcm&#10;AACXNAAAl0QAAJdWAACWbAAAlYYAAJWiAACUwQAAk+oAAJL/AACS/wBdYQAAT2EAAEJkAAA2aQAA&#10;Km4AAB90AAAVeQAADn8AAAeEAAAAiQAAAI4AAACSAAAAlgAAAJgAAACaAAAAmwAAAJ0AAACfAAAA&#10;oQMAAKMIAAClDQAApxMAAKkcAACqKAAAqjkAAKpLAACqYQAAqXoAAKiZAACotQAAp90AAKf4AACm&#10;/wBWaAAASGwAADpwAAAudgAAIn0AABeEAAAOigAAB5AAAACWAAAAmgAAAJ8AAACjAAAApwAAAKoA&#10;AACrAAAArQAAAK8AAACxAAAAswAAALUAAAC4BQAAugwAAL0SAADAHAAAwC0AAMBAAAC/VQAAv24A&#10;AL6LAAC+qAAAvskAAL3vAAC8/gBOdAAAQHkAADJ/AAAlhwAAGY4AABCVAAAHnAAAAKIAAACnAAAA&#10;rAAAALAAAAC1AAAAuQAAALwAAAC9AAAAvwAAAMEAAADDAAAAxgAAAMgAAADKAAAAzQIAANALAADV&#10;EgAA1iEAANc0AADYSQAA2WAAANp8AADamgAA27UAANvZAADb8gBGggAAOIkAACuQAAAdmAAAEqAA&#10;AAqnAAAArgAAALQAAAC5AAAAvgAAAMIAAADIAAAAywAAAM4AAADPAAAA0gAAANQAAADWAAAA2gAA&#10;AN0AAADfAAAA4gAAAOYAAADqCgAA7xMAAPAlAADyOgAA81EAAPRrAAD0iQAA9aUAAPW/AAD13QD/&#10;AAYA/wADAP8ABQD/AAsA/wAQAP8AFwD/ACIA/wAtAP8AOQD/AEQA/wBNAP8AVQD/AF0A/wBkAP8A&#10;agD/AHAA/QB2APsAfAD5AIMA9wCKAPUAkgDzAJsA8ACmAO4AswDrAMQA6QDkAOcA+QDmAP8A5QD/&#10;ANMA/wDHAP8AvwD/ALsA/wD/AAAA/wAAAP8AAAD/AAIA/wALAP8AEgD/AB0A/wAoAP8AMwD/AD4A&#10;/ABHAPgATwD0AFcA8QBdAO4AYwDsAGkA6gBvAOgAdQDmAHwA5ACDAOIAiwDfAJUA3ACfANkAqwDV&#10;ALsA0gDUAM8A8gDNAP8AzAD/AMUA/wC6AP8AtAD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAPkA&#10;DwD1ABcA8wAiAPEALQDtADcA5wBAAOIASQDfAFAA2wBXANcAXQDUAGMA0QBoAM8AbgDMAHUAygB8&#10;AMgAhADFAI0AwgCYAMAApAC9ALIAuwDGALkA6AC4AP0AtwD/ALYA/wCtAP8ApwD/AKMA/wD/AAAA&#10;/wAAAP8AAAD1AAAA6wABAOQADADeABMA2QAcANMAJgDRADAAzAA6AMgAQgDEAEoAwABQAL0AVgC7&#10;AFwAuQBhALcAZwC1AG0AswB0ALEAfACvAIUArQCQAKoAnACoAKoApgC7AKUA2gCjAPUAowD/AKIA&#10;/wCeAP8AmgD/AJcA/wD/AAAA/gAAAO8AAADfAAAA0AAAAMcABwDBAA8AvAAXALkAIAC3ACoAtQAz&#10;ALAAOwCtAEMAqwBJAKgATwCmAFUApABaAKMAYAChAGYAnwBtAJ0AdACcAH0AmgCIAJgAlACWAKIA&#10;lACyAJIAyQCRAOsAkQD/AJAA/wCQAP8AjAD/AIoA/wD8AAAA7AAAANkAAADHAAAAugAAALEAAgCr&#10;AAwApwASAKQAGwChACQAoAAsAJ4ANQCbADwAmABDAJYASQCUAE8AkgBUAJAAWgCPAF8AjQBmAIsA&#10;bQCJAHYAiACAAIYAjACEAJoAggCqAIEAvgCAAOAAgAD5AH8A/wB/AP8AfwD/AH4A/wDxAAAA2AAA&#10;AMIAAACzAAAAqAAAAKAAAACZAAcAlQAOAJIAFQCQAB4AjgAmAI0ALgCKADYAhwA9AIUAQwCEAEkA&#10;ggBOAIEAVAB/AFkAfgBgAHwAZwB6AG8AeQB6AHcAhgB1AJQAdACjAHIAtQByAM8AcQDxAHAA/wBw&#10;AP8AcAD/AHEA/wDhAAAAxAAAALAAAACiAAAAlwAAAJEAAACLAAIAhgALAIMAEQCBABgAfwAhAH0A&#10;KQB8ADAAeQA3AHgAPQB2AEMAdABJAHMATgByAFQAcABaAG8AYgBtAGoAawB0AGoAgABoAI4AZwCd&#10;AGUArwBlAMYAZADoAGQA/QBjAP8AYwD/AGQA/wDPBQAAtgcAAKMIAACUCAAAiQcAAIIDAAB+AAAA&#10;ewAGAHcADgB1ABMAcgAbAHEAIwBvACsAbQAyAGwAOABqAD4AaQBEAGcASQBmAE8AZQBWAGMAXQBi&#10;AGUAYABvAF8AewBdAIkAXACZAFsAqgBZAL8AWQDhAFgA+ABYAP8AWAD/AFkA/wDCDAAAqg0AAJcO&#10;AACJDgAAfQ4AAHYNAABxCgAAbwYAAG0ACgBrABAAaQAWAGcAHgBlACYAYwAtAGEAMwBgADkAXwA/&#10;AF0ARQBcAEsAWwBSAFoAWQBYAGIAVwBsAFUAeABTAIYAUgCWAFEApwBQALsATwHbAE4C9ABOA/8A&#10;TgT/AE4D/wC4EAAAoRIAAI4TAAB/EwAAdBMAAGwSAABnEAAAZQ4AAGMLAwBjBgwAYQQRAF4DGQBc&#10;BCEAWwUoAFkGLwBYBjUAVgc7AFUHQgBUB0gAUwhPAFEIVgBQCV8ATglpAE0JdgBLCoQASQqUAEgK&#10;pgBHCroARgrYAEUL8wBFDP8ARQz/AEUM/wCwFAAAmRYAAIcYAAB4GQAAbRgAAGUXAABfFgAAXBMA&#10;AFoRAABaDgYAWgwNAFcMFABVDBwAUw0kAFINKwBQDTEATw44AE4OPgBNDkUASw5NAEoOVQBID14A&#10;Rw9oAEUPdQBDEIQAQRCVAEAQpgA+ELsAPRDcAD0R9gA9Ef8APRD/AD4Q/wCpGQAAkhsAAIEcAABy&#10;HQAAZx0AAF8cAABZGwAAVRkAAFMWAABSEwAAUhEKAFAQEABOERgATBEgAEoSJwBJEi4ASBM0AEcT&#10;OwBFE0IARBNJAEMUUgBBFFsAPxRlAD4VcgA8FYEAOhWSADgVpAA3FbkANRXYADUW9QA2Fv8ANhb/&#10;ADcV/wCjHAAAjR4AAHsgAABtIQAAYiEAAFohAABUHwAAUB4AAE0bAABMGQAASxYGAEkWDgBHFxUA&#10;RRccAEQYJABCGCoAQRgxAEAZOAA/GT8APRlGADwaTwA6GlgAORpjADcbbwA1G34AMxuQADIbogAw&#10;G7cALxvTAC8c8wAvG/8AMBv/ADAb/wCdHwAAiCIAAHcjAABpJAAAXiQAAFYkAABQIwAASyIAAEgg&#10;AABGHQAARRwCAEMcDABBHBIAPx0ZAD4dIQA8HicAOx4uADofNQA5HzwANx9EADYfTAA0IFYAMyBg&#10;ADEgbQAvIHwALSGOACwhoAAqIbUAKSHQACkh8gApIf8AKiD/ACsg/wCZIgAAhCUAAHMmAABlJwAA&#10;WycAAFMnAABMJgAARyUAAEQkAABCIQAAPyEAAD0hCQA7IRAAOSIWADgiHgA2IyUANSMrADQkMgAz&#10;JDkAMiRBADAkSgAvJVMALSVeACslawAqJXoAKCWMACYlnwAkJbMAIyXOACMl8AAkJf8AJST/ACUk&#10;/wCUJQAAgCcAAG8pAABiKgAAVyoAAE8qAABJKQAARCgAAEAnAAA9JgAAOiUAADcmBgA1Jg4ANCcU&#10;ADInGwAxKCIAMCgpAC8oMAAtKTcALCk/ACspRwApKVEAKCpcACYqaQAkKngAIyqKACEqnQAfKrIA&#10;HirMAB4q7wAfKf8AICn/ACEo/wCQKAAAfCoAAGwrAABfLAAAVCwAAEwsAABGLAAAQSsAADwrAAA4&#10;KgAANSoAADIrAwAwKwwALiwRAC0sGAAsLB8AKi0mACktLQAoLTQAJy48ACYuRQAkLk8AIy5aACEv&#10;ZwAfL3YAHS+IABwvmwAaL7AAGC/KABgu7QAZLv8AGy3/ABst/wCMKwAAeC0AAGguAABbLwAAUS8A&#10;AEkvAABDLwAAPi4AADkuAAA0LgAAMC4AAC0vAAArMAoAKTEQACcxFQAmMRwAJTIjACQyKgAjMjEA&#10;ITM5ACAzQgAfM0wAHTNXABszZAAaNHQAGDSGABY0mgAUM64AEzPIABMz7AAUM/8AFTL/ABYx/wCH&#10;LgAAdC8AAGUxAABYMQAATjIAAEYyAABAMQAAOzEAADYxAAAxMQAAKzMAACg0AAAlNQYAIzYNACE2&#10;EgAgNxkAHzcgAB43JwAdOC4AGzg2ABo4PwAZOEkAFzlVABU5YgAUOXEAEjmEABE5mAAQOa0ADjjH&#10;AA446wAQOP8AEDf/ABE2/wCDMQAAcDIAAGE0AABVNAAASzQAAEQ0AAA9NAAAODQAADM0AAAtNQAA&#10;KDcAACQ5AAAgOgIAHTsLABs8EAAZPRUAGD0cABc9IwAWPSsAFT4zABQ+PAASPkYAET5SABA+XwAP&#10;Pm8ADj6BAAw+lQALPqkACj7BAAo95AALPfsADDz/AA07/wB9NAAAazYAAF03AABRNwAASDcAAEE3&#10;AAA7NwAANTcAADA3AAAqOQAAJTsAACA9AAAcPwAAF0EGABRDDQASQxIAEUMYABFDHwAQRCcAD0Qv&#10;AA5EOQANREMADEROAAtEWwAJRGoAB0R8AAZEkAAEQ6UAAkO9AAND4AADQ/YABEL/AAZB/wB4OAAA&#10;ZzkAAFk6AABOOgAARToAAD46AAA4OgAAMzoAAC07AAAnPQAAIUAAABxCAAAXRAAAE0YDAA9JCgAN&#10;Sg8ADEoUAAtKGwAJSiMACEorAAdKNAAFSj4ABEpJAAJKVgAASmUAAEp3AABKiwAASqEAAEm5AABJ&#10;3QAASfUAAEj/AABI/wByPAAAYj0AAFU+AABKPgAAQj0AADw9AAA2PQAALz4AAClAAAAjQgAAHUUA&#10;ABdHAAATSgAAD0wCAAtPCQAHUA0AA1ERAABRFwAAUR4AAFEmAABRLwAAUTkAAFFEAABSUQAAUmAA&#10;AFFyAABRhwAAUZ0AAFG1AABQ2AAAUPUAAE//AABP/wBsQAAAXUEAAFFBAABHQQAAQEAAADlAAAAy&#10;QQAAKkMAACRGAAAeSAAAF0sAABJOAAAOUQAAC1MBAAZWBwAAVwwAAFgQAABYEwAAWRkAAFohAABa&#10;KQAAWjMAAFo/AABaTAAAWloAAFpsAABagQAAWZkAAFmxAABY0QAAWPQAAFf/AABX/wBlRQAAWEUA&#10;AE1FAABFRAAAPkQAADVFAAAtRwAAJUoAAB5NAAAYUAAAElMAAA5WAAAKWQAABFwAAABeBAAAXwkA&#10;AGANAABhEAAAYhUAAGMbAABkIwAAZC0AAGQ4AABkRQAAZFQAAGRmAABkewAAY5MAAGOtAABizAAA&#10;YfIAAGH/AABg/wBfSgAAU0oAAEpJAABDSAAAOUkAAC9MAAAnTwAAH1IAABhVAAASWQAADV0AAAhg&#10;AAACYwAAAGYAAABoAQAAaQUAAGoKAABrDQAAbREAAG4WAABwHQAAcSYAAHExAABwPgAAcE4AAHBf&#10;AABwcwAAb40AAG+nAABuxgAAbe8AAGz/AABs/wBaTwAAUE4AAEhNAAA9TgAAM1EAAClUAAAgWAAA&#10;GFwAABFgAAAMZAAABmgAAABrAAAAbwAAAHIAAAB0AAAAdQAAAHcEAAB4CQAAeg0AAHwQAAB9FgAA&#10;fx4AAIAoAACANQAAgEUAAH9WAAB/awAAf4QAAH6gAAB9vgAAfOkAAHv/AAB6/wBWVAAATlMAAEJU&#10;AAA3VgAALFoAACJfAAAYYwAAEWgAAAttAAADcgAAAHYAAAB6AAAAfQAAAIAAAACDAAAAhAAAAIYA&#10;AACHAgAAiQcAAIsMAACNEAAAkBYAAJIfAACSLAAAkjsAAJJNAACRYgAAkXoAAI+XAACPtAAAjuEA&#10;AIz7AACM/wBVWQAASFoAADtdAAAvYQAAJGYAABlsAAARcgAACncAAAJ9AAAAggAAAIYAAACLAAAA&#10;jgAAAJEAAACTAAAAlQAAAJcAAACZAAAAmwAAAJ0EAACfCgAAog8AAKQWAACmIQAApjEAAKZDAACl&#10;VwAApHAAAKOOAACjqwAAodAAAKD1AACf/wBOYQAAQGQAADNpAAAnbgAAG3UAABF8AAALgwAAAIkA&#10;AACOAAAAkwAAAJgAAACdAAAAoQAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQgA&#10;ALgOAAC8FgAAvCUAALw3AAC7TAAAumQAALmBAAC3ogAAt8AAALfqAAC3/ABGawAAOXAAACt3AAAf&#10;fwAAE4YAAAuOAAABlQAAAJsAAAChAAAApgAAAKsAAACwAAAAswAAALcAAAC3AAAAugAAALwAAAC/&#10;AAAAwQAAAMQAAADHAAAAygAAAM0FAADRDgAA1BkAANQrAADUQAAA01gAANN0AADTkgAA0rAAANLT&#10;AADS8gA+eQAAMYAAACOIAAAXkQAADZkAAAOgAAAApwAAAK4AAACzAAAAuAAAAL0AAADCAAAAxgAA&#10;AMoAAADKAAAAzQAAAM8AAADSAAAA1QAAANkAAADdAAAA3wAAAOMAAADnBQAA6w8AAOwfAADtMwAA&#10;7ksAAO9kAADvggAA8J8AAPG5AADx2AD/AAAA/wAAAP8ABAD/AAkA/wAOAP8AFQD/AB4A/wApAP8A&#10;NAD/AD8A/wBIAP8AUAD/AFgA/wBeAP8AZQD9AGsA+wBxAPkAdwD4AH4A9gCFAPMAjQDxAJcA7gCi&#10;AOsArwDoAMAA5gDgAOMA+ADiAP8A2wD/AMsA/wDBAP8AuQD/ALQA/wD/AAAA/wAAAP8AAAD/AAAA&#10;/wAJAP8AEAD/ABkA/wAjAP8ALgD9ADkA+QBCAPUASgDyAFIA7gBYAOsAXgDpAGQA5gBqAOQAcADi&#10;AHYA3wB9AN0AhgDZAI8A1QCaANEApwDOALYAywDOAMkA8ADHAP8AxQD/ALsA/wC0AP8ArQD/AKkA&#10;/wD/AAAA/wAAAP8AAAD/AAAA+wACAPYADQDxABMA7QAeAOwAKADpADIA4wA7AN0ARADYAEsA0wBR&#10;ANAAWADNAF0AywBjAMkAaADGAG8AxAB2AMIAfgC/AIcAvACSALoAnwC3AK0AtQDBALIA5ACxAP0A&#10;rwD/AKwA/wClAP8AoAD/AJwA/wD/AAAA/wAAAPsAAADuAAAA5AAAANwACADTABAAzwAYAMsAIgDJ&#10;ACsAxgA0AMEAPQC9AEQAugBLALcAUQC1AFYAsgBcALAAYQCuAGcArABuAKoAdgCoAH8ApgCKAKMA&#10;lgChAKUAnwC2AJ0A0QCcAPMAmwD/AJwA/wCWAP8AkwD/AJAA/wD/AAAA9gAAAOcAAADTAAAAxgAA&#10;AL0AAwC4AA0AswATALEAHACvACUArgAuAKkANgCmAD0AowBEAKEASgCfAE8AnQBVAJsAWgCaAGAA&#10;mABmAJYAbgCUAHcAkgCBAJAAjgCOAJwAjACtAIoAwwCJAOgAiAD/AIkA/wCHAP8AhQD/AIIA/wDz&#10;AAAA4wAAAMwAAAC8AAAAsAAAAKcAAAChAAgAngAPAJsAFgCZAB8AmAAnAJYALwCTADcAkQA9AI4A&#10;QwCMAEkAiwBOAIkAVACHAFkAhQBgAIQAZwCCAG8AgAB6AH4AhgB8AJQAegCkAHkAuAB4ANgAdwD3&#10;AHgA/wB4AP8AdwD/AHUA/wDmAAAAywAAALcAAACoAAAAngAAAJYAAACPAAQAiwAMAIgAEgCHABkA&#10;hQAhAIQAKQCCADAAfwA3AH0APQB8AEMAegBIAHkATQB3AFMAdgBZAHQAYQByAGkAcQBzAG8AfwBt&#10;AI0AbACdAGoArwBpAMgAaADtAGkA/wBpAP8AaQD/AGkA/wDSAAAAuAAAAKUAAACXAAAAjQAAAIYA&#10;AACBAAAAfAAIAHkADgB3ABQAdgAcAHQAIwBzACsAcQAxAG8ANwBuAD0AbABDAGsASABqAE4AaABU&#10;AGcAWwBlAGMAYwBtAGIAeABgAIcAXwCWAF0AqABdAL4AXADkAFwA+wBcAP8AXAD/AFwA/wDCAAAA&#10;qgEAAJgDAACJBAAAfwIAAHgAAAB0AAAAcAAEAG0ADABrABEAaQAXAGgAHgBmACUAZQAsAGMAMgBi&#10;ADgAYAA9AF8AQwBeAEkAXABPAFsAVgBaAF4AWABoAFcAcwBVAIEAVACRAFIAowBRALcAUQDWAFEA&#10;9QBRAP8AUQD/AFIA/wC2BwAAnwkAAI0LAAB+DAAAcwsAAGwKAABoBwAAZQMAAGMABwBhAA0AXwAT&#10;AF0AGgBcACEAWwAnAFkALQBYADMAVgA5AFUAPwBUAEUAUwBLAFEAUgBQAFoATwBkAE0AbwBMAH0A&#10;SgCNAEkAnwBIALIARwDMAEcA7wBGAP8ARwD/AEcA/wCsDAAAlQ4AAIMQAAB1EAAAaxAAAGMPAABe&#10;DgAAWwwAAFoJAgBZBAoAVwAPAFUAFQBTABwAUgAjAFEAKQBPAC8ATgA1AE0BOwBMAUEASgJIAEkC&#10;TwBIAlcARgNhAEUDbQBDA3oAQgOLAEADnAA/A68APgPIAD0E6gA9BfwAPQb/AD4G/wCkEAAAjhIA&#10;AHwTAABuFAAAZBQAAFwTAABWEgAAUxEAAFEOAABQDAUAUAkMAE8HEQBNBxcASwgfAEkIJQBICSsA&#10;RwkxAEYJOABECj4AQwpFAEIKTQBAC1UAPwtfAD0LawA8C3kAOgyKADgMnAA3DK8ANQzHADUM6QA1&#10;Df0ANQ3/ADYM/wCdEwAAhxUAAHYXAABpGAAAXhgAAFYYAABQFwAATRUAAEoTAABJEQAASQ4HAEgN&#10;DgBGDRMARA0aAEMOIQBCDigAQA4uAD8ONQA+DzwAPQ9DADsQSwA6EFQAOBBeADYQawA0EHkAMhCK&#10;ADEQnAAvELAALRDJAC0R7AAtEf8ALhH/AC8Q/wCXFgAAghkAAHEbAABkHAAAWRwAAFEcAABMGwAA&#10;RxoAAEQYAABDFQAAQhMCAEESCwBAERAAPhIXADwSHgA7EyUAOhMrADgTMgA3EzkANhRAADQUSAAz&#10;FFEAMRRcADAVaAAuFXcALBWIACoVmgAoFa4AJxXHACYV6gAnFf8AKBX/ACkV/wCRGgAAfRwAAG0e&#10;AABgHwAAVh8AAE4fAABIHgAAQx0AAEAcAAA+GgAAPRgAADsXBwA5Fg4AOBcUADYXGwA1GCIAMxgo&#10;ADIYLwAxGTYAMBk9AC4ZRgAtGk8AKxpZACoaZgAoGnQAJhqGACQamQAiGq0AIRrFACAa6AAhGv4A&#10;Ihr/ACMa/wCNHQAAeR8AAGkhAABcIgAAUiIAAEoiAABEIQAAPyEAADwgAAA5HgAAOBsAADUcBAA0&#10;HA0AMhwSADAdGAAvHR8ALh0lAC0eLAArHjMAKh47ACkfQwAnH00AJh9XACQfZAAiH3IAIB+EAB8f&#10;lwAdH6sAGx/DABsf5wAbH/0AHR//AB4e/wCJIAAAdSIAAGUjAABZJAAATyUAAEclAABBJAAAPCMA&#10;ADgjAAA1IgAAMyAAADAgAQAuIQoALCEQACshFQAqIhwAKCIjACciKQAmIzAAJSM4ACMjQQAiJEoA&#10;ISRVAB8kYQAdJHAAGySCABkklQAXJKoAFiTBABUk5QAWJPwAFyP/ABkj/wCFIgAAcSQAAGImAABW&#10;JwAATCcAAEQnAAA+JwAAOSYAADUmAAAxJQAALiQAACslAAApJQcAJyYOACUmEwAkJxkAIycgACIn&#10;JwAhKC4AICg2AB4oPgAdKEgAGylTABkpXwAYKW4AFimAABQplAASKagAESnAABEo5AARKPsAEyj/&#10;ABQn/wCAJQAAbicAAF8oAABTKQAASSoAAEIpAAA7KQAANikAADIoAAAuKAAAKigAACYpAAAkKgQA&#10;IisMACArEQAfLBYAHSwdABwsJAAbLSsAGi0zABgtPAAXLUUAFi5QABQuXQASLmwAES5+ABAukgAO&#10;LqcADS29AA0t3wANLfkADiz/ABAs/wB8KAAAaioAAFsrAABQLAAARiwAAD8sAAA5LAAANCsAAC8r&#10;AAArKwAAJiwAACIuAAAfLwAAHDAJABoxDgAZMRMAFzEaABYyIQAVMigAFDIwABMyOQASM0MAETNO&#10;ABAzWwAOM2kADTN6AAwzjgAKM6IACDK5AAgy2QAIMvQACjH/AAsx/wB3KwAAZi0AAFguAABNLwAA&#10;Qy8AADwuAAA2LgAAMS4AAC0uAAApLgAAIzAAAB8yAAAbMwAAFzUFABQ2DAASNxEAETcWABE3HQAQ&#10;OCQADzgsAA44NQANOD8ADDhKAAs4VwAJOGUABzh2AAU4igADOJ8AATe1AAE30wACN/EAAzb/AAU2&#10;/wBzLgAAYjAAAFQxAABJMQAAQTEAADkxAAA0MQAALzAAACswAAAlMgAAIDMAABs2AAAXOAAAEzoC&#10;ABA8CQANPQ4ADD0TAAs9GQAKPSEACT0pAAg9MQAGPjsABT5GAAM+UgABPmEAAD5yAAA+hgAAPZwA&#10;AD2yAAA90AAAPPAAADz/AAA8/wBtMgAAXTMAAFA0AABGNAAAPjQAADc0AAAyMwAALTMAACc0AAAi&#10;NgAAHTgAABg6AAAUPQAAED8CAA1BCAAJQw0ABkQRAANEFgACRB0AAEQkAABELQAARDYAAERBAABE&#10;TgAARFwAAERtAABEgQAARJgAAEOvAABDzQAAQvAAAEL/AABC/wBoNgAAWDcAAEw4AABDOAAAOzcA&#10;ADU2AAAwNgAAKTcAACM5AAAeOwAAGD0AABNAAAAQQgAADUUBAAhHBwADSQwAAEkPAABKEwAASxkA&#10;AEsgAABLKAAASzIAAEs9AABMSQAATFcAAEtoAABLfQAAS5QAAEqsAABKygAASe8AAEn/AABJ/wBi&#10;OgAAVDsAAEk7AABAOwAAOToAADM5AAAsOgAAJTwAAB8/AAAZQQAAE0QAABBHAAAMSQAACEwAAAJP&#10;BQAAUAoAAFANAABREAAAUhUAAFQbAABUIwAAVCwAAFQ3AABURAAAVFIAAFRjAABUdwAAVI8AAFOo&#10;AABSxgAAUu0AAFH/AABR/wBcPwAATz8AAEU/AAA+PgAANz0AAC8+AAAnQAAAIEMAABlGAAATSQAA&#10;D0wAAAtPAAAGUgAAAFQAAABXAgAAWAcAAFkLAABaDgAAWxEAAF0WAABeHQAAXyYAAF8xAABePQAA&#10;XkwAAF5dAABecQAAXYkAAF2jAABcwQAAW+sAAFr/AABa/wBWRAAAS0MAAENCAAA8QQAAMkIAAClF&#10;AAAhSAAAGksAABNOAAAOUgAAClUAAANZAAAAWwAAAF4AAABgAAAAYgIAAGMGAABlCgAAZg4AAGgR&#10;AABqFwAAax8AAGspAABrNgAAa0UAAGtWAABqagAAaoIAAGmdAABouwAAZ+cAAGb/AABl/wBRSAAA&#10;SEgAAEFGAAA3RwAALEoAACNNAAAbUQAAE1UAAA5ZAAAIXQAAAWEAAABkAAAAZwAAAGoAAABsAAAA&#10;bgAAAHAAAAByBQAAcwkAAHUNAAB3EQAAehgAAHshAAB7LgAAej0AAHpOAAB5YgAAeXkAAHiWAAB3&#10;swAAdeAAAHT8AABz/wBOTQAAR0wAADtNAAAwTwAAJlMAABxYAAATXAAADWEAAAZmAAAAagAAAG8A&#10;AAByAAAAdgAAAHkAAAB8AAAAfQAAAH8AAACBAAAAgwIAAIYHAACIDAAAixEAAI4YAACOJAAAjjMA&#10;AI1EAACMWAAAi28AAIqMAACJqgAAiM8AAIb3AACF/wBNUQAAQVMAADRVAAApWgAAHl8AABRlAAAN&#10;agAABXAAAAB2AAAAewAAAH8AAACDAAAAhwAAAIoAAACNAAAAjgAAAJEAAACTAAAAlQAAAJgAAACa&#10;BQAAnQwAAKARAACjGgAAoygAAKI6AAChTgAAoGUAAKCBAACeoAAAncEAAJvuAACa/wBGWQAAOVwA&#10;AC1hAAAhZwAAFm4AAA51AAAFewAAAIEAAACHAAAAjQAAAJIAAACWAAAAmgAAAJ0AAACfAAAAoQAA&#10;AKQAAACmAAAAqAAAAKsAAACuAAAAsQMAALQLAAC4EQAAuR4AALkvAAC4QwAAt1oAALV2AAC0lwAA&#10;tLUAALHiAACw/AA/ZAAAMWkAACVvAAAYdwAAD38AAAaHAAAAjgAAAJQAAACaAAAAoAAAAKUAAACq&#10;AAAArgAAALEAAACyAAAAtQAAALcAAAC6AAAAvAAAAL8AAADDAAAAxgAAAMkAAADOCgAA0hMAANIj&#10;AADRNwAA0E8AAM5qAADNigAAyqsAAMvLAADL7wA3cQAAKXgAAB2AAAARiQAACJEAAACaAAAAoQAA&#10;AKcAAACtAAAAswAAALkAAAC+AAAAwgAAAMUAAADGAAAAyQAAAMwAAADOAAAA0gAAANUAAADaAAAA&#10;3gAAAOEAAADlAAAA6gsAAOsXAADqKwAA6kMAAOpeAADqegAA65kAAOu1AADr1QD/AAAA/wAAAP8A&#10;AQD/AAcA/wANAP8AEgD/ABsA/wAlAP8ALwD/ADoA/wBDAP8ASwD/AFMA/wBaAP0AYAD7AGYA+gBr&#10;APgAcgD2AHgA9ACAAPEAiQDvAJIA7ACdAOkAqgDmALwA4wDcAN8A9wDdAP8AzAD/AL4A/wC1AP8A&#10;sAD/AK0A/wD/AAAA/wAAAP8AAAD/AAAA/wAGAP8ADQD/ABQA/wAfAP8AKQD7ADMA9wA9APMARQDv&#10;AE0A7ABTAOgAWQDlAF8A4wBlAOAAagDdAHEA2gB4ANYAgADSAIoAzwCVAMwAogDIALIAxQDJAMIA&#10;7QDAAP8AuwD/ALAA/wCoAP8ApAD/AKEA/wD/AAAA/wAAAP0AAAD6AAAA+AAAAPAACQDsABEA6AAZ&#10;AOcAIwDlAC0A3gA2ANYAPgDRAEYAzQBMAMoAUgDIAFgAxQBdAMMAYwDAAGkAvgBwALwAeAC5AIEA&#10;twCNALQAmgCxAKkArgC8AKwA4QCqAPwAqAD/AKAA/wCZAP8AlgD/AJQA/wD/AAAA+QAAAPIAAADn&#10;AAAA2wAAANEABADKAA0AxwAUAMQAHQDCACYAvwAvALsANwC3AD8AtABFALEASwCuAFEArABWAKoA&#10;XACoAGEApgBoAKMAcAChAHkAnwCEAJ0AkQCaAKAAmACxAJYAzACVAPEAlAD/AJEA/wCLAP8AiAD/&#10;AIYA/wD3AAAA7AAAAN4AAADJAAAAvAAAALQAAACvAAoAqwAQAKkAFwCoACAApwAoAKIAMACfADgA&#10;nAA+AJoARACYAEoAlgBPAJQAVQCTAFoAkQBhAI8AaACNAHEAiwB7AIkAiACHAJcAhQCoAIMAvgCB&#10;AOQAgAD/AIAA/wB8AP8AewD/AHkA/wDpAAAA1wAAAMEAAACxAAAApgAAAJ0AAACXAAUAlAANAJIA&#10;EgCQABoAjwAiAI4AKgCLADEAiQA4AIcAPgCFAEMAgwBIAIEATgB/AFQAfgBaAHwAYQB6AGkAeABz&#10;AHYAfwB1AI4AcwCfAHEAswBwANAAbwD2AG8A/wBvAP8AbQD/AGwA/wDaAAAAvwAAAKwAAACeAAAA&#10;kwAAAIwAAACFAAAAggAJAH8ADwB+ABUAfQAcAHwAJAB6ACsAdwAxAHUANwB0AD0AcgBCAHEASABv&#10;AE0AbgBTAGwAWgBrAGIAaQBsAGcAeABmAIYAZACXAGIAqgBhAMIAYADrAGEA/wBhAP8AYQD/AGAA&#10;/wDFAAAArQAAAJsAAACNAAAAgwAAAHwAAAB3AAAAcgAFAHAADABuABEAbAAXAGwAHgBrACUAaQAs&#10;AGcAMQBmADcAZAA9AGMAQgBiAEgAYABOAF8AVQBdAF0AXABmAFoAcgBZAIAAVwCQAFYAowBVALkA&#10;VADeAFQA+wBUAP8AVQD/AFUA/wC2AAAAnwAAAI0AAAB/AAAAdQAAAG4AAABpAAAAZgABAGMACQBh&#10;AA4AYAATAF8AGQBeACAAXQAmAFsALABaADIAWAA3AFcAPQBWAEMAVQBJAFMAUABSAFgAUQBhAE8A&#10;bABOAHoATACKAEsAnABKALEASQDOAEkA8wBJAP8ASQD/AEoA/wCqAQAAlAUAAIIHAAB0CAAAaggA&#10;AGMGAABeBAAAWwAAAFkABQBXAAwAVgAQAFQAFQBTABsAUgAiAFEAKABQAC0ATgAzAE0AOABMAD4A&#10;SwBFAEoATABIAFQARwBdAEYAaABEAHUAQwCFAEEAmABAAKsAQADFAD8A6gA/AP8AQAD/AEAA/wCg&#10;CAAAigsAAHkNAABsDQAAYQ0AAFoNAABVCwAAUgkAAFAGAABPAggATgANAEwAEgBLABcASgAeAEkA&#10;IwBHACkARgAvAEUANABEADoAQgBBAEEASABAAFAAPgBaAD0AZAA8AHIAOgCCADkAlAA4AKcANwC+&#10;ADYA4wA2APkANgD/ADcA/wCYDQAAgw4AAHIQAABlEQAAWxEAAFMQAABOEAAASg4AAEgNAABHCgMA&#10;RwcKAEUEDgBEAhMAQgIaAEECIABAAyUAPgMrAD0EMQA8BDcAOwQ+ADoFRQA5BU4ANwVXADYFYgA0&#10;BnAAMgaAADEGkgAwBqUALwW7AC4F3QAuBvUALQf/AC4H/wCREAAAfREAAGwTAABfFAAAVRQAAE4U&#10;AABIEwAARBIAAEEQAABADgAAQA0GAEAKDAA+CRAAPAkWADsKHAA5CiIAOAooADcLLgA2CzUANQs7&#10;ADMLQwAyDEwAMAxWAC8MYQAtDG8AKwx/ACoMkgAoDKUAJwy7ACUM3QAlDfUAJg3/ACcN/wCLEgAA&#10;dxQAAGcWAABbFwAAURgAAEkXAABDFwAAPxUAADwUAAA6EgAAOREBADkPCAA4Dg0ANw4SADUOGAA0&#10;Dh8AMg4lADEPLAAwDzIALxA6AC0QQgAsEEsAKhBVACgQYQAmEG8AJBCAACMQkwAhEKcAHxC9AB4Q&#10;4AAeEfcAHxD/ACAQ/wCGFAAAcxcAAGMZAABXGgAATRsAAEUaAABAGgAAOxkAADgYAAA1FgAANBQA&#10;ADMSBAAyEgsAMRIQAC8SFQAtEhwALBMiACsTKQAqEzAAKBM3ACcUPwAmFEgAJBRTACIUXwAgFW0A&#10;HxV+AB0VkQAbFaUAGRW7ABgV3gAYFfgAGRT/ABoU/wCCFwAAbxoAAF8cAABTHQAASh0AAEIdAAA8&#10;HQAANxwAADQbAAAxGgAALxkAAC4WAAAsFwgAKxYOACkXEwAoFxkAJxggACUYJgAkGC0AIxg0ACIZ&#10;PQAgGUYAHhlRAB0ZXQAbGmsAGRp8ABcajwAVGqMAFBm6ABIZ2wATGfYAFBn/ABUY/wB9GgAAax0A&#10;AFwfAABQIAAARyAAAD8gAAA5HwAANB8AADEeAAAtHQAAKxwAACkbAAAnGwUAJRsMACQcEQAiHBYA&#10;IRwdACAdIwAfHSoAHh0yABweOgAbHkQAGR5OABceWwAWHmkAFB96ABIejQARHqIAEB64AA4e2AAP&#10;HvUAEB3/ABEd/wB6HQAAZx8AAFkhAABNIgAARCIAADwiAAA2IgAAMiEAAC4hAAAqIAAAJyAAACQf&#10;AAAiIAIAICAKAB4hDwAdIRQAHCEaABsiIQAZIicAGCIvABciOAAVI0EAFCNMABIjWAARI2cAECN4&#10;AA4jiwANI58ADCO0AAsj0AALIvAADCL/AA0h/wB2HwAAZCIAAFYjAABLJAAAQSQAADokAAA0JAAA&#10;LyMAACsjAAAoIwAAJCMAACAjAAAdJAAAGyUHABkmDQAXJhEAFiYXABUnHgAUJyUAEycsABInNQAR&#10;KD8AEChKAA4oVgANKGQADCh0AAoohwAJKJsAByexAAUnzAAGJ+wAByb+AAgm/wBxIgAAYCQAAFMm&#10;AABIJwAAPycAADcmAAAxJgAALSYAACklAAAlJQAAIiUAAB0nAAAZKAAAFioEABQrCwASLBAAESwU&#10;ABAsGwAQLCIADiwpAA4tMgANLTsACy1GAAotUgAILWAABi1wAAQtgwACLZgAACyuAAAsyQAALOsA&#10;ASv8AAIr/wBtJQAAXScAAE8oAABFKQAAPCkAADUpAAAvKAAAKygAACcnAAAjJwAAHygAABsqAAAX&#10;LAAAEy4CABAwCAAOMQ0ADTESAAwxFwALMR4ACjEmAAgyLgAHMjcABTJCAAMyTgABMlwAADJsAAAy&#10;fwAAMpUAADGsAAAxxwAAMOoAADD8AAAw/wBoKQAAWCoAAEwrAABBLAAAOSwAADIrAAAtKwAAKSoA&#10;ACUqAAAgKwAAHCwAABcuAAATMAAAEDICAA40BwAKNwwABzcQAAU3FAADNxsAAjciAAA3KgAAODMA&#10;ADg+AAA4SgAAOFgAADhoAAA4fAAAN5IAADepAAA2xQAANuoAADb9AAA1/wBjLAAAVC4AAEgvAAA+&#10;LwAANi4AADAuAAArLQAAJy0AACItAAAdLwAAGDEAABQzAAAQNQAADjcBAAo6BwAGOwsAAjwOAAA9&#10;EgAAPhcAAD4eAAA+JgAAPi8AAD46AAA+RgAAPlQAAD5kAAA+dwAAPo8AAD2nAAA9wwAAPOkAADz9&#10;AAA7/wBeMAAAUDEAAEQyAAA7MgAANDEAAC4wAAApLwAAJDAAAB4yAAAZNAAAFDYAABA5AAANOwAA&#10;Cj0AAAVABQAAQQoAAEINAABDEAAARBQAAEUaAABGIgAARisAAEY1AABGQQAARk8AAEZfAABGcwAA&#10;RYoAAEWkAABEwAAAQ+gAAEP+AABC/wBYNAAASzUAAEE1AAA5NQAAMjQAAC0zAAAmNAAAIDUAABo4&#10;AAAUOgAAED0AAA1AAAAJQgAABEUAAABHAwAASAcAAEoLAABLDgAATBEAAE4VAABPHAAATyUAAE8v&#10;AABPPAAAT0oAAE9aAABObQAAToUAAE2gAABMvAAAS+cAAEv+AABK/wBTOQAARzkAAD45AAA3OAAA&#10;MTcAACk3AAAhOQAAGzwAABU/AAAQQgAADEUAAAdIAAACSgAAAE0AAABPAAAAUQQAAFIHAABUCwAA&#10;VQ4AAFcRAABZFwAAWh8AAFkpAABZNgAAWUQAAFlUAABYZwAAWH8AAFeaAABWtwAAVeMAAFT9AABU&#10;/wBOPQAAQz0AADw8AAA1OwAALDwAACQ+AAAcQQAAFUQAABBIAAALSwAABU4AAABRAAAAVAAAAFcA&#10;AABZAAAAWwAAAF0CAABeBgAAYAsAAGIOAABkEgAAZxgAAGciAABmLgAAZjwAAGZNAABlYAAAZXcA&#10;AGSTAABjsQAAYd0AAGD8AABf/wBJQgAAQUEAADo/AAAwQAAAJkMAAB5GAAAVSgAAEE4AAApSAAAD&#10;VgAAAFoAAABdAAAAYAAAAGMAAABlAAAAZwAAAGkAAABrAQAAbQUAAG8KAAByDgAAdRIAAHcbAAB2&#10;JgAAdjUAAHVGAAB0WQAAdG8AAHOLAAByqQAAcM0AAG/3AABu/wBGRgAAQEUAADVGAAAqSAAAIEwA&#10;ABdRAAAQVgAACVoAAAFfAAAAYwAAAGgAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAA&#10;AIADAACDCAAAhg0AAIkTAACKHQAAiisAAIk8AACITwAAhmYAAIWBAACEoAAAgsIAAIHwAAB//wBG&#10;SwAAOkwAAC5PAAAjUwAAGFgAABBeAAAJZAAAAGkAAABvAAAAdAAAAHgAAAB8AAAAgQAAAIQAAACH&#10;AAAAiAAAAIsAAACOAAAAkAAAAJMAAACWAAAAmQcAAJ0NAAChFAAAoCEAAKAxAACeRAAAnVsAAJx2&#10;AACZlgAAmbUAAJblAACV/gA/UgAAMlUAACZaAAAbYAAAEWcAAAltAAAAdAAAAHsAAACBAAAAhgAA&#10;AIsAAACQAAAAlAAAAJcAAACZAAAAnAAAAJ8AAAChAAAApAAAAKcAAACqAAAArQAAALEGAAC1DQAA&#10;uBYAALcmAAC2OQAAtVAAALRqAACyiQAAsKoAAK7PAACt9QA3XAAAK2EAAB5oAAATcAAAC3gAAACA&#10;AAAAhwAAAI4AAACVAAAAmgAAAJ8AAACkAAAAqAAAAKwAAACtAAAAsAAAALMAAAC1AAAAuAAAALsA&#10;AAC/AAAAwwAAAMcAAADLBQAA0Q4AANEbAADQLgAAz0UAAM1fAADLfgAAyZ4AAMi+AADF6QAvaQAA&#10;I3AAABZ5AAANgQAAAYsAAACTAAAAmwAAAKIAAACoAAAArgAAALQAAAC4AAAAvQAAAMAAAADCAAAA&#10;xQAAAMgAAADLAAAAzgAAANEAAADWAAAA2wAAAN8AAADkAAAA6AYAAOsRAADqIwAA6joAAOlUAADn&#10;cgAA5ZMAAOOzAADj1AD/AAAA/wAAAP8AAAD/AAQA/wALAP8AEAD/ABcA/wAhAP8AKwD/ADUA/wA+&#10;AP8ARwD/AE4A/wBVAPwAWwD6AGEA+ABmAPYAbQD0AHMA8gB7AO8AhADtAI4A6gCZAOYApwDjALkA&#10;3wDVANsA9wDWAP8AwAD/ALIA/wCqAP8ApQD/AKIA/wD/AAAA/wAAAP4AAAD8AAAA/AADAP4ACwD/&#10;ABEA/wAaAP0AJAD5AC4A9AA4APAAQADsAEgA6QBOAOYAVADiAFoA3wBfANwAZQDYAGsA1AByANAA&#10;ewDNAIUAygCRAMcAngDDAK4AwADFAL0A6wC7AP8AsAD/AKQA/wCcAP8AmAD/AJUA/wD/AAAA+gAA&#10;APQAAADxAAAA8gAAAOoABQDnAA4A4gAVAOEAHgDhACgA2AAxANAAOQDLAEAAyABHAMUATQDCAFMA&#10;vwBYAL0AXgC7AGQAuQBrALYAcwC0AHwAsQCIAK4AlQCrAKQAqAC4AKYA3ACjAPsAnwD/AJUA/wCP&#10;AP8AiwD/AIkA/wD5AAAA7wAAAOcAAADfAAAAzwAAAMgAAADBAAoAvwARALwAGAC7ACEAuQAqALQA&#10;MgCxADoArgBAAKsARgCoAEwApgBRAKMAVgChAFwAnwBjAJ0AagCbAHMAmQB+AJYAjACUAJsAkgCt&#10;AJAAxwCOAPAAjQD/AIYA/wCAAP8AfQD/AHwA/wDtAAAA4AAAANEAAAC/AAAAswAAAKoAAACmAAUA&#10;ogANAKEAEwCgABsAnwAjAJsAKwCYADIAlQA5AJMAPwCRAEQAjwBKAI4ATwCMAFUAigBbAIgAYwCG&#10;AGsAhAB2AIIAggCAAJIAfgCjAHwAugB6AOEAeQD/AHcA/wByAP8AcAD/AG8A/wDdAAAAywAAALYA&#10;AACnAAAAnQAAAJQAAACOAAEAiwAKAIkAEACIABUAhwAdAIcAJQCEACwAggAyAH8AOAB9AD0AewBD&#10;AHkASAB4AE4AdgBUAHUAWwBzAGMAcQBuAG8AegBtAIkAbACaAGoArgBpAMwAaAD2AGcA/wBlAP8A&#10;ZAD/AGMA/wDKAAAAtAAAAKEAAACTAAAAiQAAAIIAAAB7AAAAeAAFAHYADAB1ABEAdAAYAHMAHwBy&#10;ACUAcAAsAG4AMgBsADcAagA8AGkAQgBoAEgAZgBOAGUAVQBjAF0AYgBmAGAAcgBeAIAAXQCSAFsA&#10;pQBaAL4AWQDpAFkA/wBZAP8AWAD/AFgA/wC5AAAAogAAAJAAAACDAAAAeQAAAHEAAABtAAAAaQAB&#10;AGYACQBlAA4AZAATAGMAGQBjACAAYQAmAGAALABeADEAXAA3AFsAPABaAEIAWABIAFcATwBWAFcA&#10;VABgAFMAbABRAHkAUACKAE8AngBOALQATQDaAE0A+wBNAP8ATQD/AE0A/wCqAAAAlAAAAIIAAAB1&#10;AAAAawAAAGQAAABgAAAAXQAAAFoABQBYAAwAVwAQAFYAFQBWABsAVQAhAFMAJwBSACwAUQAxAE8A&#10;NwBOAD0ATQBDAEwASgBKAFIASQBbAEgAZgBGAHMARQCEAEQAlwBDAKwAQgDJAEIA8QBCAP8AQwD/&#10;AEMA/wCeAAAAiQAAAHgDAABqBAAAYQQAAFoDAABVAQAAUgAAAFAAAgBOAAkATQANAEwAEQBLABcA&#10;SgAcAEkAIgBIACcARwAtAEUAMgBEADgAQwA+AEIARQBBAE0APwBWAD4AYQA9AG4AOwB+ADoAkQA5&#10;AKYAOAC/ADgA6AA4AP8AOQD/ADkA/wCVAwAAgAcAAG8JAABiCgAAWAsAAFEKAABMCAAASQYAAEcD&#10;AABGAAYARAALAEMADwBCABMAQQAYAEEAHgA/ACMAPgApAD0ALgA7ADQAOgA6ADkAQQA4AEkANwBS&#10;ADYAXQA0AGoAMwB6ADIAjAAxAKEAMAC4AC8A3gAvAPkALwD/ADAA/wCMCQAAeAwAAGgNAABcDgAA&#10;Ug4AAEsOAABFDQAAQQwAAD8KAAA+CAIAPQQIADwBDQA7ABAAOgAVADkAGgA4ACAANgAlADUAKwA0&#10;ADAAMwA3ADIAPgAxAEYALwBQAC4AWgAtAGcAKwB3ACoAiQApAJ0AKACzACcA0QAnAPIAJwD/ACcA&#10;/wCGDAAAcg4AAGMQAABWEQAATREAAEURAABAEAAAPA8AADkOAAA3DQAANgsEADYICgA1Bg4ANAUS&#10;ADIEFwAxBRwAMAUiAC8FKAAuBi4ALQY0ACsGPAAqBkQAKQdOACcHWQAmB2UAJAd1ACMHhwAiB5sA&#10;IAawACAGywAfBe0AHwb+AB8H/wCADgAAbREAAF4SAABSEwAASBMAAEETAAA7EwAANxIAADQRAAAy&#10;EAAAMA8BADANBgAwCwsALwoQAC0KFAAsCxkAKgsfACkLJQAoDCsAJwwyACYMOgAkDEMAIwxNACEN&#10;WAAgDWUAHg11ABwNiAAaDZwAGQ2xABgMygAXDOsAFw38ABgM/wB7EQAAaRMAAFoVAABOFgAARRYA&#10;AD0WAAA4FQAAMxUAADAUAAAtEwAAKxIAACoQAwAqDwgAKQ4NACgOEQAmDhYAJQ8dACQPIwAjDykA&#10;IRAxACAQOQAeEEIAHRBMABsQWAAZEGYAFxB2ABUQiQAUEJ4AEhCzABEQzgAREO4AEhD+ABIQ/wB3&#10;EwAAZRUAAFcXAABLGAAAQhkAADoZAAA0GAAAMBcAACwXAAApFgAAJxUAACYUAQAlEgQAIxILACIS&#10;DwAhEhQAIBIaAB4TIAAdEycAHBMuABoTNgAZFEAAFxRKABYUVgAUFGQAEhR0ABEUhwAQFJwADhSx&#10;AA0UygANFOsADhP+AA4T/wBzFQAAYRgAAFMaAABIGwAAPxsAADcbAAAyGgAALRoAACkZAAAmGAAA&#10;JBgAACIXAAAgFgEAHhYIAB0WDQAbFxIAGhcXABkXHQAYGCQAFhgrABUYNAAUGD0AEhlIABEZVAAQ&#10;GWIADhlyAA0ZhAAMGZgAChmtAAkYxgAJGOcACRj6AAoX/wBvGAAAXhoAAFAcAABFHQAAPB0AADUd&#10;AAAvHQAAKhwAACYbAAAjGwAAIRoAAB4aAAAcGgAAGhsFABgbDAAWHBAAFRwVABQcGwATHCIAEh0p&#10;ABEdMQAQHTsADh1FAA0eUQAMHl4ACh5tAAkegAAHHpQABR2qAAMdwgADHeYABBz4AAUc/wBrGgAA&#10;Wx0AAE0eAABCHwAAOh8AADIfAAAtHwAAKB4AACQeAAAhHQAAHh0AABwdAAAYHgAAFR8CABMgCQAS&#10;IQ4AECESABAhGAAOIR8ADiImAA0iLgAMIjcACiJBAAkiTQAHIloABSJpAAMifAABIpEAACKoAAAh&#10;wAAAIeUAACD4AAAg/wBnHQAAVx8AAEohAABAIQAANyIAADAhAAAqIQAAJiAAACIgAAAfHwAAHB8A&#10;ABkgAAAWIQAAEiMCABAkBwAOJgwADCYQAAsmFQAKJhwACSYiAAgmKgAGJzMABCc9AAMnSQABJ1YA&#10;ACdmAAAneQAAJ48AACamAAAmvwAAJeQAACX5AAAk/wBjIAAAVCIAAEcjAAA9JAAANCQAAC4jAAAo&#10;IwAAJCIAACEiAAAeIQAAGiIAABcjAAATJAAAECYCAA4oBwALKgsACCsOAAYrEwAEKxgAAisfAAEs&#10;JwAALDAAACw6AAAsRQAALFMAACxjAAAsdgAALIwAACukAAArvgAAKuQAACr6AAAp/wBfIwAAUCUA&#10;AEQmAAA6JgAAMiYAACsmAAAmJQAAIyQAAB8kAAAbJAAAFyUAABQnAAARKQAADisCAAstBgAHLwsA&#10;BDAOAAAwEQAAMRUAADEcAAAxIwAAMiwAADI2AAAyQgAAMk8AADJfAAAycgAAMYkAADGiAAAwvAAA&#10;MOQAAC/7AAAv/wBaJwAATCgAAEApAAA3KQAALykAACkoAAAlJwAAISYAABwnAAAYKAAAFCoAABEs&#10;AAAOLgAACzABAAcyBQADNAkAADUMAAA2DwAANxIAADgYAAA4IAAAOCgAADgyAAA5PQAAOUsAADlb&#10;AAA4bgAAOIUAADefAAA3ugAANuQAADX8AAA1/wBVKgAASCwAAD0sAAA0LAAALSsAACgqAAAkKQAA&#10;HioAABkrAAAULQAAES8AAA0xAAAKNAAABzYAAAI4BAAAOgcAADsKAAA9DQAAPhAAAEAUAABAGwAA&#10;QCQAAEAuAABAOQAAQEcAAEBWAABAaQAAQIAAAD+bAAA+twAAPeMAADz8AAA8/wBQLwAAQy8AADkv&#10;AAAyLwAALC0AACcsAAAgLQAAGi8AABUxAAARMwAADTYAAAk4AAAFOwAAAD0AAABAAQAAQQQAAEMH&#10;AABFCwAARg4AAEgRAABKFgAASh4AAEooAABKNAAASUIAAElRAABJZAAASHsAAEiXAABHtAAARuAA&#10;AEX8AABE/wBKMwAAPzMAADYzAAAwMQAAKjAAACMxAAAcMwAAFjUAABE4AAANOwAACD4AAANBAAAA&#10;QwAAAEYAAABIAAAASgAAAEwEAABOBwAATwsAAFEOAABUEgAAVRkAAFUiAABULgAAVDwAAFRLAABT&#10;XgAAU3QAAFKQAABRrgAAUNcAAE/7AABO/wBFNwAAPDcAADU2AAAvNAAAJjUAAB43AAAXOgAAET0A&#10;AAxBAAAHRAAAAEgAAABKAAAATQAAAFAAAABTAAAAVQAAAFcAAABYAgAAWwYAAF0LAABfDgAAYhMA&#10;AGIbAABiJwAAYjQAAGFFAABgVwAAYG0AAF+JAABdpwAAXMwAAFr4AABZ/wBBPAAAOjsAADQ5AAAq&#10;OgAAITwAABhAAAARQwAADEcAAAZLAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGMAAABl&#10;AAAAZwEAAGoFAABtCgAAcA4AAHMVAAByIAAAci0AAHE9AABwTwAAb2UAAG6AAABtnwAAa8EAAGnx&#10;AABo/wA/QAAAOT4AAC4/AAAkQgAAGkYAABJKAAAMTwAABFQAAABYAAAAXQAAAGEAAABlAAAAaAAA&#10;AGsAAABuAAAAcQAAAHMAAAB1AAAAeAAAAHsAAAB+AwAAgQoAAIUPAACHFwAAhiQAAIU0AACERgAA&#10;gl0AAIF2AAB/lgAAfrYAAHznAAB6/wA/RAAAM0UAAChIAAAdTAAAE1IAAAxXAAADXQAAAGMAAABo&#10;AAAAbQAAAHEAAAB2AAAAegAAAH4AAACBAAAAgwAAAIYAAACJAAAAiwAAAI4AAACSAAAAlQEAAJkJ&#10;AACeEAAAnhoAAJ0pAACcPAAAmlIAAJhsAACWiwAAlKoAAJLUAACQ+gA4SwAALE4AACBTAAAVWQAA&#10;DWAAAANnAAAAbgAAAHQAAAB6AAAAgAAAAIQAAACKAAAAjgAAAJIAAACVAAAAlwAAAJoAAACdAAAA&#10;oAAAAKMAAACnAAAAqwAAAK8AAAC0CQAAuBAAALceAAC1MAAAs0YAALFgAACvfgAArKAAAKvBAACp&#10;7gAxVQAAJFsAABhhAAAOaQAABXEAAAB5AAAAgQAAAIgAAACPAAAAlAAAAJoAAACfAAAApAAAAKgA&#10;AACpAAAArAAAAK8AAACzAAAAtQAAALkAAAC9AAAAwQAAAMYAAADLAAAA0QoAANMUAADRJQAA0DsA&#10;AM1UAADKcQAAyJIAAMWzAADD3gApYgAAHGkAABFxAAAHewAAAIQAAACNAAAAlQAAAJ0AAACjAAAA&#10;qQAAAK8AAAC0AAAAuQAAALwAAAC+AAAAwgAAAMUAAADIAAAAzAAAANAAAADUAAAA2gAAAN8AAADk&#10;AAAA6gAAAO4MAADtGgAA7C8AAOpJAADoZQAA5oYAAOSlAADixgD/AAAA/wAAAP8AAAD8AAEA/AAI&#10;AP4ADgD/ABQA/wAdAP8AJgD/ADAA/wA6AP8AQgD/AEkA/gBQAPsAVgD5AFwA9gBiAPQAaADyAG8A&#10;8AB2AO0AfwDqAIkA5wCVAOQAowDgALUA2wDQANUA9gDKAP8AtgD/AKgA/wCfAP8AmgD/AJYA/wD/&#10;AAAA+wAAAPYAAADzAAAA8wAAAPYACQD6AA4A/QAWAPsAIAD3ACoA8gAzAO0AOwDpAEMA5gBJAOIA&#10;TwDeAFUA2wBbANYAYADSAGcAzwBuAMwAdgDJAIAAxgCMAMIAmgC/AKoAuwDBALgA6QC2AP8ApwD/&#10;AJoA/wCSAP8AjQD/AIoA/wD6AAAA8QAAAOoAAADnAAAA5wAAAOQAAQDgAAsA2wARANoAGgDbACMA&#10;0QAsAMoANADGADsAwgBCAL8ASAC8AE4AugBTALgAWQC2AF8AswBmALEAbgCuAHcArACDAKkAkQCm&#10;AKEAowC1AKAA2ACeAPsAlQD/AIsA/wCFAP8AgAD/AH4A/wDvAAAA4wAAANoAAADTAAAAxgAAAL8A&#10;AAC5AAYAtwAOALQAFAC0AB0AswAlAK4ALQCrADQApwA7AKQAQQChAEYAnwBMAJ0AUQCbAFcAmQBe&#10;AJcAZQCVAG4AkwB5AJAAhwCOAJcAjACpAIkAxACIAO8AhQD/AHwA/wB2AP8AcwD/AHIA/wDgAAAA&#10;0AAAAMYAAAC2AAAAqQAAAKEAAACdAAEAmQAKAJgAEACYABYAlwAeAJQAJgCRAC0AjwA0AIwAOgCK&#10;AD8AiABFAIcASgCFAFAAgwBWAIEAXgCAAGYAfgBxAHwAfQB5AI0AdwCgAHUAtgBzAN8AcgD/AG4A&#10;/wBpAP8AZwD/AGUA/wDMAAAAvgAAAKsAAACdAAAAkwAAAIoAAACFAAAAggAFAIAADQB/ABEAfwAY&#10;AIAAIAB9ACYAegAtAHcAMwB1ADgAdAA+AHIAQwBwAEkAbwBPAG0AVgBsAF4AagBoAGgAdQBnAIQA&#10;ZQCWAGQAqwBiAMkAYQD2AGAA/wBcAP8AWwD/AFoA/wC9AAAAqQAAAJcAAACJAAAAfgAAAHgAAABz&#10;AAAAbwABAG0ACQBsAA4AawATAGsAGQBqACAAaAAmAGYALABlADIAYwA3AGIAPABgAEIAXwBIAF0A&#10;TwBcAFcAWgBhAFkAbQBXAHsAVgCOAFUAogBTALsAUgDpAFIA/wBQAP8ATwD/AE8A/wCtAAAAmAAA&#10;AIYAAAB4AAAAbgAAAGcAAABjAAAAYAAAAF0ABQBcAAsAWwAQAFsAFQBbABsAWgAhAFgAJgBWACwA&#10;VAAxAFMANgBSADwAUQBCAE8ASQBOAFEATQBbAEsAZgBKAHQASQCFAEgAmQBHALEARgDYAEYA/ABF&#10;AP8ARQD/AEUA/wCfAAAAiQAAAHgAAABsAAAAYgAAAFsAAABWAAAAUwAAAFEAAgBPAAgATwANAE4A&#10;EQBOABYATQAcAEwAIQBKACYASQAsAEgAMQBHADcARQA9AEQARABDAEwAQgBVAEAAYAA/AG4APgB+&#10;AD0AkgA8AKkAOwDHADsA8wA7AP8AOwD/ADwA/wCTAAAAfgAAAG4AAABhAAAAWAAAAFEAAABMAAAA&#10;SQAAAEcAAABFAAUARAALAEMADgBDABIAQwAXAEIAHQBAACIAPwAnAD4ALAA9ADIAOwA4ADoAPwA5&#10;AEcAOABQADcAWwA1AGgANAB4ADMAjAAyAKIAMQC8ADEA5wAxAP8AMgD/ADMA/wCJAAAAdgMAAGYF&#10;AABZBwAAUAcAAEkGAABDBQAAQAMAAD4BAAA8AAMAOwAIADoADQA6ABAAOQAUADkAGQA3AB4ANgAj&#10;ADUAKAA0AC4AMwA0ADIAOwAwAEMALwBMAC4AVwAtAGQALABzACsAhwAqAJwAKQC1ACkA3AApAPsA&#10;KQD/ACoA/wCBBAAAbggAAF8KAABTCwAASgsAAEILAAA9CgAAOQkAADYIAAA1BQAANAIGADMACgAy&#10;AA4AMQARADEAFQAwABoALwAfAC4AJAAsACoAKwAwACoANwApAD8AKABJACcAVAAmAGAAJABvACMA&#10;ggAiAJcAIQCuACEAzAAhAPMAIQD/ACIA/wB7CQAAaAwAAFoNAABODgAARQ4AAD0OAAA4DQAAMw0A&#10;ADAMAAAuCwAALQkDAC0GCAAsBAwAKwIPACoBEgApARcAKAEcACcAIQAmACcAJQAtACQANAAjAT0A&#10;IgFGACEBUQAfAV0AHgFsABwBfwAbAJQAGgCqABoAxQAaAOsAGQD/ABoA/wB1DAAAZA4AAFUPAABK&#10;EAAAQBAAADkQAAAzEAAALw8AACwOAAApDgAAJw0BACcMBQAnCgoAJggNACUHEAAkBhQAIgYZACEG&#10;HwAgByQAHwcrAB4HMgAdBzoAHAhEABoITwAZCFwAFwhrABYIfQAVB5EAFAenABMGvwASBeQAEgX6&#10;ABIF/wBxDgAAXxAAAFERAABGEgAAPRIAADYSAAAwEgAAKxEAACgRAAAlEAAAIxAAACIOBAAhDQcA&#10;IQwLACALDgAfCxIAHQsXABwMHAAbDCIAGgwpABkMMQAYDDkAFg1DABUNTwATDVwAEg1rABANfgAP&#10;DZIADg2nAA0MvgANDOAADQz1AA0M/wBtEAAAXBEAAE4TAABDFAAAOhQAADIUAAAtFAAAKBMAACUT&#10;AAAiEgAAIBEAAB4RAwAcEAUAHA8IABsPDAAaDhAAGQ8UABcPGgAWDyEAFRAoABQQMAASEDkAERBE&#10;ABAQUAAOEF0ADRBrAAwQfAALEJAACRClAAgQvAAHEN8ABxD0AAcP/wBpEQAAWBQAAEsVAABAFgAA&#10;NxYAADAWAAAqFgAAJhUAACIVAAAfFAAAHRMAABoTAgAZEgQAFxIGABYSCgAVEg4AFBISABISGAAR&#10;Ex4AERMlABATLgAOEzcADRRAAAwUSwALFFgACRRnAAcUeAAGFI0ABBSjAAMTuwACE90AARL0AAIS&#10;/wBlEwAAVRYAAEgXAAA9GAAANBgAAC0YAAAoGAAAIxcAACAXAAAdFgAAGhUAABgVAgAWFQQAFBUF&#10;ABIWCAARFg0AEBcQAA4XFQAOFxsADRciAAwXKQALGDIACRg8AAcYRwAFGFQABBhjAAIYdQABGIsA&#10;ABehAAAXuQAAF90AABb1AAAW/wBhFgAAUhgAAEUaAAA7GgAAMhoAACsaAAAlGgAAIRkAAB4YAAAb&#10;GAAAGBcAABYXAgAUFwMAEhgFABAZBwAOGwsADBsPAAsbEwAKGxgACBwfAAccJgAFHC8ABBw4AAIc&#10;RAAAHVEAAB1gAAAdcgAAHIgAABygAAAbuQAAG94AABr2AAAa/wBeGAAATxoAAEIcAAA4HAAALx0A&#10;ACkcAAAjHAAAHxsAABwaAAAZGQAAFxkBABQZAgASGgMAEBsEAA4dBwAMHgsACR8OAAYgEQAFIBYA&#10;AyAcAAEhIwAAISsAACE1AAAhQAAAIU4AACFdAAAhbwAAIYYAACCeAAAguAAAH94AAB74AAAe/wBa&#10;GwAASx0AAD8eAAA1HwAALR8AACceAAAiHQAAHh0AABscAAAYGwAAFRsAABIcAAAQHQIADh8EAAwh&#10;BgAJIgoABSMNAAIkEAAAJRMAACUZAAAmIAAAJigAACYyAAAmPQAAJkoAACZaAAAmbAAAJoMAACWc&#10;AAAltwAAJN8AACP5AAAj/wBVHgAARyAAADwhAAAyIQAAKyEAACUgAAAgHwAAHR4AABodAAAWHgAA&#10;Ex4AABAgAAAOIQAADCMCAAglBQAFJwkAACgLAAAqDgAAKxEAACwWAAAsHQAALCUAACwuAAAsOgAA&#10;LEcAACxWAAAsaQAALIAAACuaAAAqtQAAKd8AACn7AAAo/wBRIgAARCMAADgkAAAvJAAAKCMAACMi&#10;AAAfIQAAHCAAABcgAAATIQAAECMAAA4kAAALJgAACCgAAAQqBAAALAcAAC4JAAAwDAAAMQ8AADMT&#10;AAAzGQAAMyEAADMqAAAzNQAAM0MAADNSAAAzZQAAMnsAADKXAAAxswAAMN4AAC/7AAAu/wBMJQAA&#10;PyYAADUnAAAtJgAAJyUAACIkAAAeIwAAGSMAABQkAAARJgAADigAAAsqAAAHLAAAAy8AAAAxAgAA&#10;MwQAADUHAAA3CgAAOQ0AADoQAAA7FQAAOx0AADsmAAA7MQAAOz4AADtOAAA7YAAAOncAADmSAAA4&#10;sAAAN9sAADb8AAA1/wBHKQAAOyoAADIqAAArKQAAJScAACEmAAAbJwAAFSgAABEqAAAOLAAACi8A&#10;AAYxAAABNAAAADYAAAA4AAAAOwEAAD0EAAA/BwAAQQoAAEMOAABFEQAARRgAAEUhAABFLAAARDkA&#10;AERIAABEWwAAQ3EAAEKNAABBqwAAQNIAAD/6AAA+/wBCLQAAOC4AAC8tAAApKwAAJCoAAB0qAAAX&#10;LAAAES4AAA0xAAAJNAAABDcAAAA6AAAAPAAAAD8AAABBAAAARAAAAEYAAABIAwAASgcAAEwLAABO&#10;DgAAUBMAAFAcAABQJwAATzQAAE9DAABPVQAATmoAAE2GAABMpAAASsoAAEn4AABI/wA+MgAANTEA&#10;AC4vAAApLgAAIC4AABkxAAASMwAADjcAAAk6AAACPQAAAEAAAABEAAAARwAAAEkAAABMAAAATwAA&#10;AFEAAABTAAAAVQEAAFgGAABaCwAAXQ4AAF8VAABeIAAAXiwAAF08AABcTgAAW2MAAFp+AABYnQAA&#10;V8AAAFXyAABU/wA6NgAAMzQAAC0yAAAkMwAAGzYAABM5AAAOPQAACEEAAABFAAAASQAAAEwAAABQ&#10;AAAAUwAAAFYAAABZAAAAWwAAAF0AAABgAAAAYgAAAGUAAABoBQAAawsAAG8QAABvGAAAbiUAAG00&#10;AABtRgAAa1sAAGp1AABolAAAZrYAAGTpAABi/wA4OQAAMjcAACg5AAAeOwAAFT8AAA5EAAAHSQAA&#10;AE0AAABSAAAAVgAAAFoAAABeAAAAYgAAAGUAAABoAAAAawAAAG0AAABwAAAAcwAAAHYAAAB5AAAA&#10;fQQAAIELAACFEQAAhB0AAIIsAACAPgAAflQAAH5rAAB7igAAeqoAAHfWAAB1/QA4PQAALD4AACJB&#10;AAAXRgAAD0sAAAdRAAAAVwAAAFwAAABiAAAAZgAAAGsAAABvAAAAdAAAAHgAAAB7AAAAfgAAAIAA&#10;AACDAAAAhgAAAIoAAACNAAAAkQAAAJYDAACbDAAAnRMAAJshAACaMwAAl0kAAJRiAACTfwAAkKAA&#10;AI7FAACM8wAxRAAAJUgAABpNAAAQUwAACFoAAABhAAAAaAAAAG4AAAB0AAAAeQAAAH8AAACEAAAA&#10;iQAAAI0AAACRAAAAkwAAAJYAAACZAAAAnQAAAKAAAACkAAAAqAAAAKwAAACyAwAAtw0AALcXAAC1&#10;KAAAsj4AALBWAACscwAAqpQAAKm0AACl5QAqTwAAHlQAABJbAAAKYgAAAGoAAABzAAAAewAAAIIA&#10;AACJAAAAjgAAAJQAAACaAAAAnwAAAKQAAACmAAAAqQAAAK0AAACwAAAAswAAALcAAAC7AAAAwAAA&#10;AMUAAADLAAAA0QQAANUOAADTHQAA0DIAAM1LAADKZgAAxocAAMKpAADBywAiWwAAFmIAAAxrAAAB&#10;dAAAAH0AAACHAAAAkAAAAJcAAACeAAAApAAAAKsAAACxAAAAtgAAALoAAAC8AAAAwAAAAMQAAADI&#10;AAAAywAAAM8AAADUAAAA2gAAAOAAAADmAAAA6wAAAPEGAADwEwAA7icAAOw/AADqWwAA53oAAOSb&#10;AADguwD/AAAA+wAAAPYAAADzAAAA9AAFAPYADAD6ABEA/wAZAP8AIgD/ACwA/wA1AP8APQD/AEUA&#10;/ABMAPoAUgD3AFgA9QBeAPMAZADxAGoA7gByAOwAegDpAIUA5QCRAOEAoADdALIA2ADOANIA9gDB&#10;AP8ArQD/AJ4A/wCWAP8AkAD/AIwA/wD6AAAA8gAAAOwAAADpAAAA6QAAAOwABQDyAAwA+AASAPcA&#10;GwD1ACUA8AAuAOsANwDmAD4A4gBFAN0ASwDYAFAA0wBWANAAXADNAGIAygBqAMgAcgDFAHwAwgCI&#10;AL4AlgC6AKgAtwC/ALQA6ACuAP8AnQD/AJAA/wCIAP8AgwD/AIAA/wDwAAAA5QAAAN4AAADaAAAA&#10;2wAAANwAAADYAAcA0QAOANEAFQDSAB4AywAnAMUALwDAADcAvQA9ALoARAC3AEkAtQBPALIAVQCw&#10;AFsArgBhAKwAaQCpAHMApwB/AKQAjQChAJ4AngCyAJsA1QCZAPwAjAD/AIIA/wB7AP8AdgD/AHQA&#10;/wDiAAAA0wAAAMoAAADHAAAAvAAAALYAAACwAAEArwALAKwAEQCtABgArQAgAKgAKACkAC8AoAA2&#10;AJ0APACbAEIAmQBHAJcATQCVAFMAkwBZAJEAYQCPAGoAjAB1AIoAgwCIAJQAhgCnAIMAwgCCAPAA&#10;fAD/AHMA/wBtAP8AagD/AGgA/wDPAAAAwQAAALkAAACtAAAAoAAAAJgAAACUAAAAkQAGAJAADQCQ&#10;ABIAjwAZAI4AIQCLACgAiAAvAIYANQCEADoAggBAAIAARQB+AEsAfABSAHoAWQB4AGIAdgBsAHQA&#10;eQByAIkAcQCdAG8AtABtAN8AbAD/AGUA/wBgAP8AXgD/AFwA/wC+AAAAsQAAAKAAAACSAAAAiQAA&#10;AIIAAAB8AAAAegABAHgACQB3AA4AeAAUAHcAGgB0ACEAcgAnAHAALQBuADMAbAA4AGsAPgBpAEQA&#10;aABKAGYAUQBkAFoAYwBkAGEAcABfAH8AXgCTAF0AqQBcAMgAWwD3AFcA/wBUAP8AUgD/AFEA/wCw&#10;AAAAnwAAAI0AAAB/AAAAdAAAAG4AAABqAAAAZgAAAGUABABjAAsAYwAQAGMAFQBjABsAYQAhAF8A&#10;JwBdACwAXAAyAFoANwBZAD0AVwBDAFYASwBVAFMAUwBcAFIAaABQAHcATwCJAE4AnwBNALoATADp&#10;AEsA/wBJAP8ARwD/AEcA/wCiAAAAjQAAAHwAAABuAAAAZQAAAF4AAABZAAAAVwAAAFUAAQBUAAcA&#10;UwANAFMAEQBUABYAUgAbAFEAIQBPACYATgArAEwAMQBLADcASgA9AEkARABHAEwARgBWAEQAYQBD&#10;AHAAQgCBAEEAlwBAAK8APwDXAD8A/wA+AP8APQD/AD4A/wCUAAAAfwAAAG8AAABjAAAAWQAAAFEA&#10;AABNAAAASgAAAEgAAABHAAQARwAKAEYADgBGABEARwAWAEUAHABEACEAQgAmAEEAKwBAADEAPgA3&#10;AD0APgA8AEcAOgBQADkAWwA4AGkANwB6ADYAjwA1AKcANQDGADQA9QA0AP8ANAD/ADUA/wCIAAAA&#10;dAAAAGUAAABYAAAATwAAAEgAAABDAAAAPwAAAD0AAAA8AAIAPAAHADsADAA7AA8AOwASADoAFwA5&#10;ABwANwAhADYAJgA1ACwANAAyADMAOQAxAEEAMABLAC8AVgAuAGMALQBzACwAiAAsAKAAKwC7ACsA&#10;6gArAP8AKwD/ACwA/wB/AAAAbAAAAF0BAABRAgAASAMAAEADAAA7AgAANwAAADQAAAAzAAAAMgAF&#10;ADIACQAyAA0AMQAQADEAEwAwABgALwAdAC0AIgAsACgAKwAuACoANQApAD0AKABGACcAUQAmAF4A&#10;JQBuACQAggAjAJkAIwCzACIA3gAiAP8AIwD/ACQA/wB3AAAAZQQAAFYGAABLBwAAQggAADoIAAA1&#10;BwAAMAYAAC0FAAAsAwAAKwADACoABwApAAsAKQAOACkAEQAoABUAJwAZACYAHgAlACQAJAAqACMA&#10;MQAiADkAIQBDACAATgAfAFoAHgBpAB0AfAAcAJMAGwCsABsAzQAbAPYAGwD/ABwA/wBwBQAAXwgA&#10;AFEKAABGCwAAPQsAADULAAAwCwAAKwoAACgJAAAlCAAAJAcCACMEBgAjAgkAIgEMACIADwAhABIA&#10;IAAWAB8AGwAeACAAHQAmABwALgAbADYAGgA/ABkASgAYAFcAFwBmABYAeAAVAI8AFQCmABQAwwAU&#10;AO4AFAD/ABUA/wBrCAAAWwsAAE0MAABCDQAAOQ0AADENAAAsDQAAJw0AACMMAAAhDAAAHwsBAB4K&#10;BQAdCAgAHQYLABwFDQAcBBAAGwQUABkEGAAZBB4AGAQjABcEKwAWBDMAFQQ8ABQERwATA1QAEgNj&#10;ABEDdQAQAooAEAGiAA8AvAAPAOUADwD+ABAA/wBnCwAAVw0AAEkOAAA+DwAANQ8AAC4PAAAoDwAA&#10;JA4AACAOAAAdDgAAGw0BABkNBAAYDAcAGAsJABcJDAAXCQ4AFgkSABUJFgAUCRsAEwkhABIJKAAS&#10;CTAAEQk6ABAJRQAPCVIADglhAA0JcwAMCIgACwifAAoHtwAKBtsACgX2AAoE/wBjDQAAUw4AAEYQ&#10;AAA7EQAAMhEAACsRAAAlEAAAIRAAAB0QAAAaDwAAGA8BABYOBAAVDgcAFA0JABMNCwATDA0AEgwQ&#10;ABEMFAAQDBkAEAwfAA8MJwAODS8ADQ05AAwNRQALDVEACQ1gAAgNcQAGDYYABQ2dAAQMtAADDNIA&#10;AgzxAAIL/wBfDgAAUBAAAEMRAAA4EgAALxIAACgSAAAjEgAAHhEAABsRAAAYEQAAFRACABQQBQAS&#10;EAcAEQ8JABAPCgAQDgwADg4OAA4PEgANDxcADBAdAAwQJAAKECwACRA2AAgQQQAGEE4ABRBdAAMQ&#10;bwABEIQAABCcAAAPtAAADtQAAA7zAAAO/wBcEAAATRIAAEATAAA2FAAALRQAACYUAAAhEwAAHBMA&#10;ABkSAAAWEgAAFBEDABIRBgAREQgAEBAKAA4QCwANEQsADBENAAsSEQAKEhUACRIaAAgSIQAGEykA&#10;BRMzAAMTPgACE0sAABNaAAATbAAAE4IAABKbAAAStAAAEdcAABH1AAAR/wBYEgAASRQAAD0VAAAz&#10;FgAAKxYAACQVAAAfFQAAGhQAABcUAAAUEwEAExIEABESBwAQEgkADhIJAA0SCQALEwoACRQNAAcV&#10;DwAGFhMABBYYAAMWHwACFicAABcwAAAXOwAAF0gAABdYAAAXagAAFoAAABaZAAAVtAAAFdkAABT3&#10;AAAT/wBVFAAARhYAADoXAAAwGAAAKBgAACIXAAAdFgAAGRYAABYVAAATFAMAEhMGABATBwAPEwcA&#10;DRQHAAsVCAAJFgkABhgMAAMaDgABGhEAABoWAAAbHAAAGyQAABstAAAbOAAAG0YAABxVAAAbZwAA&#10;G30AABuXAAAaswAAGdsAABj5AAAX/wBRFgAAQxgAADcZAAAuGgAAJhoAACAZAAAbGAAAGBcAABUW&#10;AQATFQUAERUEAA8VBAANFgQACxcFAAkZBgAGGggAAhwKAAAeDQAAIBAAACATAAAgGQAAICEAACEq&#10;AAAhNQAAIUIAACFSAAAgZAAAIHoAAB+VAAAfsQAAHtsAAB36AAAc/wBNGQAAPxsAADQcAAArHAAA&#10;JBwAAB4bAAAaGgAAFxgAABQXAgASFwIAEBgBAA0ZAQALGgIACBwDAAUdBAACHwYAACEIAAAjCwAA&#10;JQ4AACYRAAAmFgAAJh4AACcnAAAnMgAAJz8AACZOAAAmYAAAJncAACWSAAAkrwAAI9oAACL7AAAh&#10;/wBIHQAAPB4AADEfAAAoHgAAIh4AAB0cAAAZGwAAFhoAABIaAAAQGwAADRwAAAsdAAAIHwAABCEA&#10;AAEjAgAAJQQAACcGAAApCQAALAwAAC4PAAAuEwAALhoAAC4jAAAuLgAALjsAAC5KAAAtXAAALXIA&#10;ACyOAAArrAAAKtQAACn7AAAo/wBEIAAAOCEAAC4hAAAmIQAAICAAABweAAAYHQAAFB0AABAeAAAO&#10;HwAACyEAAAcjAAADJQAAACcAAAApAAAALAEAAC4DAAAwBgAAMwoAADUNAAA2EQAANhcAADYfAAA2&#10;KQAANjYAADZFAAA1VwAANW0AADSJAAAyqAAAMc8AADD6AAAv/wA/JAAANCQAACskAAAkIwAAHyEA&#10;ABsgAAAWIAAAESEAAA4jAAAKJQAABigAAAIqAAAALQAAAC8AAAAyAAAANAAAADcAAAA5AwAAOwYA&#10;AD4KAABADgAAQRIAAEEaAABAJQAAQDEAAEBAAAA/UgAAPmcAAD2CAAA8ogAAOscAADn4AAA4/wA6&#10;KAAAMCgAACknAAAjJQAAHyMAABgkAAASJQAADigAAAoqAAAFLQAAADAAAAAzAAAANgAAADgAAAA7&#10;AAAAPgAAAEAAAABCAAAARQIAAEcGAABKCgAATQ4AAE0VAABMHwAATCsAAEs6AABKTAAASWEAAEh8&#10;AABHmwAARb8AAEPzAABC/wA2LAAALSsAACcpAAAjJwAAGygAABQqAAAOLQAACjAAAAQzAAAANwAA&#10;ADoAAAA9AAAAQAAAAEMAAABGAAAASAAAAEsAAABNAAAAUAAAAFMBAABWBgAAWQsAAFsQAABbGQAA&#10;WiUAAFk0AABYRgAAV1oAAFV0AABUkwAAUrUAAFDqAABP/wAzMAAALC4AACcsAAAeLQAAFi8AABAy&#10;AAAKNgAAAzoAAAA/AAAAQgAAAEYAAABJAAAATAAAAE8AAABSAAAAVQAAAFgAAABaAAAAXQAAAGAA&#10;AABjAAAAZwYAAGsMAABsEgAAax4AAGssAABpPQAAZ1IAAGZqAABkiQAAYasAAF/cAABd/wAxMwAA&#10;LDEAACIyAAAZNQAAETkAAAo9AAACQgAAAEcAAABMAAAAUAAAAFQAAABYAAAAWwAAAF8AAABiAAAA&#10;ZQAAAGgAAABrAAAAbgAAAHEAAAB1AAAAeQAAAH0GAACCDQAAghYAAIAkAAB+NQAAfEkAAHthAAB4&#10;fwAAdp8AAHPGAABw9wAxNgAAJjgAABw7AAASQAAAC0UAAAJLAAAAUQAAAFYAAABbAAAAYAAAAGUA&#10;AABpAAAAbgAAAHIAAAB2AAAAeQAAAHwAAAB+AAAAggAAAIUAAACJAAAAjgAAAJMAAACYBgAAnA4A&#10;AJsaAACYKwAAlkAAAJJZAACRcwAAjZUAAIu1AACI6AArPgAAIEEAABVHAAANTQAAAlQAAABbAAAA&#10;YQAAAGgAAABuAAAAcwAAAHkAAAB+AAAAgwAAAIgAAACMAAAAjwAAAJIAAACVAAAAmQAAAJ0AAACh&#10;AAAApQAAAKoAAACwAAAAtwcAALgRAAC1IQAAsjUAAK9NAACqaQAAqIgAAKaoAACi0QAjSAAAGE4A&#10;AA5UAAAEXAAAAGQAAABtAAAAdQAAAHwAAACDAAAAiQAAAI8AAACVAAAAmwAAAKAAAACjAAAApgAA&#10;AKkAAACtAAAAsQAAALUAAAC5AAAAvgAAAMQAAADKAAAA0gAAANoKAADWFgAA0ikAAM5BAADKXAAA&#10;xXwAAMKdAADBvQAcVQAAEVwAAAdlAAAAbgAAAHcAAAB/AAAAiAAAAJAAAACYAAAAnwAAAKUAAACt&#10;AAAAswAAALgAAAC6AAAAvgAAAMIAAADGAAAAygAAAM4AAADTAAAA2gAAAOAAAADnAAAA7QAAAPMA&#10;AAD0DgAA8h4AAO82AADsUQAA6G4AAOSQAADfsQAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4P&#10;ERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdY&#10;WVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+h&#10;oqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp&#10;6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////////////////&#10;AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0&#10;Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9&#10;foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TG&#10;x8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////&#10;/////////////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8R&#10;EhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZ&#10;W1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gi&#10;o6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr&#10;7O3u8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8A&#10;AQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5&#10;Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFy&#10;c3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6Slpqeoqaqr&#10;rK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk&#10;5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAAB&#10;AAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUm&#10;JygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5f&#10;YGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeY&#10;mZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR&#10;0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/wABAQICAwMEBAUG&#10;BgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygp&#10;KSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2&#10;eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR&#10;0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX2&#10;9vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYW&#10;FxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNE&#10;RUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKz&#10;tba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl&#10;5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7//6UlBv+kMA7/pjoY&#10;/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5&#10;wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDk&#10;wmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FD&#10;I/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wreh&#10;fcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG&#10;17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7&#10;SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcux&#10;nYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pw&#10;mcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/&#10;wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Ul&#10;Bv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLT&#10;q5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyy&#10;dKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF&#10;/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+k&#10;MA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ&#10;3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrD&#10;q3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNe&#10;WvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/&#10;pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6YlBv+kMA7/pzoY/7JDIv+8SzL/w1RF/MZdWvHIZHHjxmqH1sBvm8u4cqzCsXS6&#10;u613xLSpe82ro3/Uop6F25majuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZ&#10;mo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7h/6YlBv+lMA7/qDoX/7NDIv++SzH/xVRF+clcW+/N&#10;Y3HjzGmI1cZtnMm/cK69tnK6tLB1w6uqeMqipXzRmaGB2JCdid2QnYndkJ2J3ZCdid2QnYndkJ2J&#10;3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYnd/6YlBv+lMA7/qjoX&#10;/7VDIv/ASzH9yFNF9s1bW+3RYXLh0GeJ0ctrncLAbq22t3G4rLFzwaOsdsiaqHnOkqR+1ImghdiJ&#10;oIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2Img&#10;hdiJoIXY/6clBv+lMA7/qzoX/7ZDIf/BSzH6y1JE89FaWurZYHLe1mWJy8xqnLvBbauvuXC2pbRy&#10;vpyvdMSUq3fKi6d7z4SkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHU&#10;hKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHU/6clBv+mMA7/rToW/7hCIf7ESjD3zlJE8NZYWufgXnLW&#10;2mSIxM1pmrTDbKiou2+ynrZwupaycsCOrnbGhqp6yn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+n&#10;f85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/O/6glBv+nMA7/rjkW/7pC&#10;IPvGSi/001FD691XWuPmXHHO22SHvc9pmK7Fa6Wivm6vmLlvtpC1cbyIsXTBga54xXusfcl7rH3J&#10;e6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7&#10;rH3J/6gkBv+nMA3/sDkV/71CH/fJSi/v2FBC5uNVWdzoW3DG3WOFttFolafIa6GcwW2qk7xvsYq5&#10;cbaEtXS7fbJ3v3ewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8&#10;wnewfMJ3sHzCd7B8wnewfMJ3sHzC/6kkBf+oMA3/szkU/sBCHvPNSi3p3U9A4elTWdPqW2+/32OC&#10;r9NnkaHLap2WxW2ljcBvq4a9cbB/unO1erd3uHS1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0&#10;tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7/6okBf+pLw3/tjgT+cRBHe3S&#10;SSvi401A2+9SWMrtWm234WJ/qNZnjZvPapeRyW2fiMVvpYLCcal7v3Stdr13sHG7e7Nxu3uzcbt7&#10;s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uz&#10;/6skBf+rLw3/ujgS88lBG+TaSSjY6ExAzvNRV8DvWWuu5GF6oNxnhpTUa5CLz26XhMxwnH3Jc6B4&#10;xnWjc8R4pm7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7C&#10;fKluwnypbsJ8qW7CfKluwnyp/60kBf+wLwv7wDgP6tBBF9riRijM7kxBw/lQVbXzWGal6WF0l+Fn&#10;fo3ba4aF12+Mf9RykXrRdZR1z3iXcc17mmzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6c&#10;bMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6c/68jBP+2LQnxyDYM3dw9E83qRirB&#10;9ktAtv9PUar3WGCb72Frj+hodIXkbXt/4HGAed50g3XceIZy2nuJbth+i2vWgo1r1oKNa9aCjWvW&#10;go1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKN/7Ej&#10;BPq/LAbj1C8HzuY7FsHzRSu0/0k9qP9OTJ79V1iR9mFhhvFpaX/tb2556nRydeh3dXHnendu5X15&#10;a+SAe2njhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp&#10;44R8aeOEfGnjhHxp44R8/7UiA+vLIgLQ4ycHwvE6GbT+Qiqm/0Y5m/9NRZL/Vk+G/mJWfvpqXHf3&#10;cGBz9XVjb/N4ZW3yfGdq8X9oaPCCambvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+F&#10;a2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74Vr9sIbAdTfEQHC7yYLtfw6Gqf/PieZ/0Qz&#10;jf9LPYX/VUV8/2FLdf9qT3D/cFJs/3VUav55Vmj9fFdm/H9YZPyCWmP7hltj+4ZbY/uGW2P7hltj&#10;+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb1M8KAMTt&#10;EgK1+yYNqP82GZn/OyOM/0EsgP9KNHj/Uzpx/18/bP9pQ2j/b0Vl/3RHY/93SGL/e0lh/35KX/+B&#10;Sl7/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RL&#10;Xv+ES17/hEte/4RL/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nO&#10;m3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hd&#10;T/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/&#10;njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/&#10;l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+m&#10;yJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2&#10;ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV&#10;/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0&#10;faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOE&#10;scKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPu&#10;tG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hB&#10;Hv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDP&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKN&#10;iLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG93&#10;4qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+x&#10;SSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+&#10;iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/nzgV/6pAHv+zSSv/uVI8/7tcT/q6ZWTtuG144bBz&#10;i9WoeZzMn32qxZeBtb+Rhb66jInFtoePzLKDltKvgaDWp36i06d+otOnfqLTp36i06d+otOnfqLT&#10;p36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLT/58iBf+eLQz/oDcU/6tAHv+0SSv/&#10;u1I8/71bUPq+ZGTsvGx54LVyjdOtd57KpHqtwpx+ubyWgsO3kIfKsouM0q6Hldimg53aoYKh1aGC&#10;odWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHV/6Ai&#10;Bf+eLQz/oTcU/6xAHf+2SCv/vVE8/8BaUPrBY2XswWp63rlwj9KxdaHIqHiwwKF7vLmbf8e0loTP&#10;sJSN1auRl9qgiZzcmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNea&#10;iKDXmoig15qIoNeaiKDX/6AiBf+eLQz/ojcU/61AHf+3SCr/v1E8/8JaUPnEYmXrxWl73r5ukNG2&#10;c6PGrnazvqd5wLijf8m0oYbPrJyN1aOWlNqakZzclY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f&#10;2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/Y/6AiBf+fLQz/ozcU/65AHf+4SCr/wVA8&#10;/sVZUPfIYGbrymd83cNtkc+8caXFtHS1vbB5wLasf8iup4XPpaGK1ZyckdqVmZzcj5Sf2I+Un9iP&#10;lJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y/6EiBf+f&#10;LQz/pDcU/7A/HP+6SCr/w1A7+8hYUPXLX2bpz2Z83Mlrks7Db6bBunK1trJ2wKyse8ikqH/OnKSF&#10;1JSgjdiNn5nbipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Y&#10;ipyf2Iqcn9iKnJ/Y/6EiBf+gLQz/pjYT/7E/HP+7SCn+xk87+MtXUPLQXmbn1GR92s9pk8jFbaa6&#10;u3C0rbNzv6OtdseaqHrNkqV/0oqihteEoJHZhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14Si&#10;nNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzX/6EiBf+gLQz/pzYT/7M/HP+9Ryn8yE479c5W&#10;T+7VXWbk2mJ909JoksHGbKSzvG+xprVyvJyvdMSTq3fKi6d7z4OkgdR9oovWe6OV1XujldV7o5XV&#10;e6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XV/6IhBf+gLQz/&#10;qDYS/7Q/G/+/Ryj5y0468tNVT+rcW2bg4GF9zNNnkbvIa6Ksvm6voLdwuJWyc8CNrnbFhap6yn6o&#10;f854pofRdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP&#10;0nWlj9J1pY/S/6IhBf+hLAv/qjYS/7Y+G/3CRyj1zU457tlUTubjWWXY4mB7xdVmj7TKap+lwW2r&#10;mbpvtJC1cruIsXXAga54xXqsfcl0qoTLcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xx&#10;qYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvM/6MhBf+iLAv/rDUR/7k+GvnFRyfw0U046eBSTOLp&#10;V2TO5F96vddmjK3MapufxGynk75vr4q5cbWDtnS6fLN3vnaxfMJxr4LEbq6Hxm6uh8ZurofGbq6H&#10;xm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofG/6QhBf+jLAv/rzUQ&#10;/7w+GPTJRiXq2E024udPTNzvVWPG5l94tNpliaXQaZaYyGyhjcNvqIW/ca5+u3SyeLl3tnO3e7lu&#10;tYC8a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0&#10;hb5rtIW+/6UhBP+kLAv/szUP+8E+F+3PRiLh30s02OtPTM/zVGK86F50q95khJ3UaZCRzm2Zh8lv&#10;oIDFcqV6wnSpdMB4rHC+e69rvICyaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4Sz&#10;aLuEs2i7hLNou4SzaLuEs2i7hLNou4Sz/6YhBP+oKwr/uDQN88c9FOTYRR7W5kk1y/FOTMT3U1+x&#10;7F1woeJkfZXbaYeK1W6PgtBxlXvNdJp2y3edccl5oG3HfaJpxYGlZsSFpmbEhaZmxIWmZsSFpmbE&#10;haZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWm/6ggBP+uKgj8vzML6c88&#10;ENfhQh7K7Uk1v/hNSrf7Ulum8V1pmOlldIzian2D3W+EfNpziXfXd4xz1XqPb9N9kWzRgJRo0ISW&#10;Zc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dl&#10;z4eX/6ogA/+1KQbwyDEH2t0zDMvqQiG+9kg1sv9MRqn/UVWb911gjvBlaoXrbHF953F2d+R2enPi&#10;eX1v4Xx/bN+AgWneg4Nn3YeFZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJ&#10;hmXciYZl3ImGZdyJhmXciYZl3ImG/60fA/m/JQPf1iICy+gyD770QSKw/0UzpP9KQZz/UU2P/l1W&#10;hflmXn30bmR28nNocu94a27ufG1s7X9vauyCcGfqhXJl6olzY+mMdGPpjHRj6Yx0Y+mMdGPpjHRj&#10;6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0/7YcAujNFAHM5h0EvvMxErH/&#10;PiKj/0Ivlv9IOo3/UESE/1xLe/9nUXT+blZv/HNZbPt4W2n5fF1n+H9eZviDX2T3hmBi9olhYfaM&#10;YmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxi&#10;88QPAM7aCwC98x0Hsf8yFKP/Oh+V/z8qif9GM4D/Tzp4/1tAcf9mRWz/bUho/3NKZv93TGT/e01i&#10;/39OYf+CT2D/hVBe/4lRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/&#10;i1Fe/4tRXv+LUV7/i1Fe/4tRzMsJAL7mDAGv/x4JpP8wE5X/NRyH/zwkfP9EK3P/TTFs/1g1Z/9j&#10;OWP/azth/3E9X/91Pl3/eT9c/3xAW/9/QVr/gkFZ/4ZCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hC&#10;WP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hC/5kfBf+WKwv/lTYS/6A+Gv+oRyb/&#10;rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1x&#10;sr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kf&#10;Bf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWs&#10;x3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeOb&#10;f4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0&#10;/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+W&#10;Kwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZ&#10;scV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fb&#10;koWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69b&#10;Rf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/&#10;lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5&#10;nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU&#10;1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+t&#10;ZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+XKwv/lzYS&#10;/6E+Gv+qRiX/sFA0/7FaRf+wZFf3rG1p7Kd3e+GefYrZloOX0Y6JosuIjqvHgpOxxH6Xt8F6nLu+&#10;d6K/vHWqwrVxrsOzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNy&#10;r8Gzcq/B/5kfBf+XKgr/mDUS/6M9Gv+sRiX/s080/7RZRv+0Y1j2sWxr6q11fd+je43Vm4GczZKG&#10;qMeLirHChY+5v4CUvrt8msO5eaHHtXapyq11rMardq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3E&#10;q3atxKt2rcSrdq3Eq3atxKt2rcSrdq3E/5ofBP+YKgr/mjQS/6U9Gf+uRiX/tU40/7dYRv+3YVn1&#10;tWps6bJzf92oeJDTn36gypaCrMSOh7e+iIy/uoORxbd/mMu0fKHPq3ilz6V5qsikeazGpHmsxqR5&#10;rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazG/5ofBP+YKgr/mzQR/6Y9&#10;Gf+vRSX/t040/7pXRv+7YFn0uWlt57ZxgdysdpPQpHujyJp/scCThLy7jInFt4iQy7SGmc6yhqTR&#10;pHyk0Z99qcqefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsie&#10;farI/5sfBP+ZKgr/nDQR/6c8Gf+xRST/uU00/7xXRv6+X1n0vWdu57pvgtqxdJXPqHmmxZ99tL6X&#10;gcC5lIrGtZGSy6+NmM+qiqHSnoKj05mBqMyYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKp&#10;ypiCqcqYgqnKmIKpypiCqcqYgqnK/5sfBP+ZKgr/nTQR/6k8GP+yRST/u00z/79WRv3BXlrzwWZv&#10;5r9tg9m2c5fNrXeoxKV7t76hg8C2m4nGrpWPzKiRlc+ijp7SmYei05SGp82ThqjLk4aoy5OGqMuT&#10;hqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjL/5sfBP+ZKgr/njMR/6o8GP+z&#10;RST/vEwz/8FVRvvEXVrzxWVv5cNshNi7cZjMsnWrw618trmlgb+wnobGqJmMy6GVktCbkpvTlI6i&#10;1I+Kps6PiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjL&#10;/5sfBP+aKgr/nzMQ/6s8GP+1RCP/vkwz/sNVRfnHXFrxyWRv5chqhdbBb5rKuXSqvrB6trOpf7+q&#10;ooTGop2Ky5uakM+Vl5nSj5Si1IqQps6Kj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqP&#10;qMyKj6jMio+ozIqPqMyKj6jM/5wfBP+aKgr/oDMQ/6w8GP+2RCP/v0wy/MZURfbKXFrvzWJw5M1o&#10;htPFbZrFvHOqubR4ta6tfb6lp4LFnaKIy5Wfjs+PnJbSi5yi04aVps6GlKfMhpSnzIaUp8yGlKfM&#10;hpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfM/5wfBP+aKQr/ojMQ/607F/+3RCP/&#10;wUwy+clTRfPNWlrs0mBw4NBmhs7IbJrAv3GptLh3tamxfL6frIHFl6iGypCkjM6KopXRhaKh0oGc&#10;ps6BmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfM/5we&#10;BP+bKQr/ozMQ/687F/+5RCL9w0sx9sxSRPDSWVno2l9w29VkhsnMapm6w2+orbt0tKK0eb2Yr33D&#10;kKyDyImpicyDp5HPfqac0H2kps18oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8&#10;oqjLfKKoy3yiqMt8oqjL/50eBP+bKQr/pTIP/7E7Fv+8RCH6xksx89FRQ+vaV1nj311v09tjhcLP&#10;aZexxG2npLxwspi1dLuOsXjChq19xoCrgsp6qYrNdqiUznapo8x3q6jKd6uoynerqMp3q6jKd6uo&#10;ynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jK/50eBP+cKQr/pzIP/7M7Fv++QyD1yksv&#10;7tZQQubhVlfc5Ftuy95jg7rRaJSpx2yjm75urpC4cbeGtHS9frB4wneufMZyrIPJbauMym2rmclu&#10;rJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/H/54eBP+d&#10;KQn/qTIO/7Y6FPrCQx/wzkou591PQOLpUlfS6FptweBigLHUZ5GhymuelMNuqIm9cbCAuXS2ebZ3&#10;unS0e71usoHAarCIwmewksNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbD&#10;ZrCWw2awlsNmsJbD/58eBP+eKQn/rTEN/7o6E/THQh3o1Uor3+RMP9fsUVbJ7llrt+NhfKjYZ4ua&#10;z2uXjcluoIPEcad7wHSsdb14sHC7e7NsuYC2aLiGuGS3j7ljtpG6Y7aRumO2kbpjtpG6Y7aRumO2&#10;kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6/6AeBP+hKAj/sTAL+8A5EezOQhnf30co0+lM&#10;QMrxUVW+8lhoreZhd57dZ4SS1WyPh89vln7Lc5x4yHahcsZ5pG7EfKdpwoGpZsCGrGK/ja1hv4+u&#10;Yb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+u/6IdA/+mJwf/&#10;ty8J8sc4DeHYQRTS5kYqx/BMQL74UFOy9VdjouthcJXjZ3uK3W2Egdhxi3rUdZB00nmTcNB8lmzO&#10;f5lozIObZMuInWHKjZ9gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmP&#10;n2DJj59gyY+f/6QdA/+tJgX7vi0G5tA0CNPiPBbH7kYru/lKPrD+T0+m+ldcmPFhaIzraHGD5m54&#10;e+JzfXXfeIFx3XuEbdt/h2rag4ln2YaKZNeLjGHWkI5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g&#10;1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGO/6ccA/+1IwPuySYD1d8pB8fsPBm6+EQrrf9IO6P/&#10;TUma/1dUjflhXYT0amV88HBqdu12bnHrenFt6X50a+iCdmjmhXdm5Yh5Y+SMemHjkXxg45J8YOOS&#10;fGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8/6sbAvfAHQHZ3BIB&#10;x+soCrr3Oxqs/0EpoP9GNpX/TEGN/1ZLg/9hUnv9a1d0+nFcb/h2X2z2e2Fp9X9jZ/SDZGXzhmZj&#10;8opnYfGOaF/wkmlf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/w&#10;k2pf8JNq/7cVAdbPCwDH6hMCufcpDaz/ORqe/z4mkv9EMIf/SzmA/1RAeP9hRnL/akps/3BNaf92&#10;UGb/e1Fk/39TY/+DVGH/hlVg/olWXv6NV139klhc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNY&#10;XP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNY1sQIAMbUCQC49xQEq/8pDp7/NBiQ/zohhP9BKXr/STBy&#10;/1I2bP9eOmj/aD1k/29AYf90QV//eUNe/31EXf+ARVz/hEVb/4dGWv+KR1j/j0dY/5BIWP+QSFj/&#10;kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIxMcHALfbBwGp/xYGn/8q&#10;DZD/MBWD/zYcd/8+Im7/Ryhm/1AsYf9aL13/ZDFb/2wzWf9xNVj/dTZW/3k2Vv98N1X/fzdU/4I4&#10;U/+FOVL/iTlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS&#10;/4o5/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yA&#10;lZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b&#10;95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+g&#10;RCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGu&#10;qMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPY&#10;fJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4&#10;au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/&#10;pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxv&#10;tarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5Id&#10;BP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ&#10;1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6V&#10;gXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5MdBP+QKQn/jzQQ/5o7F/+iRCD/qU0t&#10;/6pYPP+oYkz/pGxc9Z92bOyZf3rkkYeG3omNkNiDk5jTfpmf0HqdpM12oqnLdKesyXGtr8dvtLLB&#10;bLm0vGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLux/5QdBP+R&#10;KAn/kTMQ/5w6Fv+kQyD/rEwt/61WPf+tYE3+qWpe9KV0buqffX3hloOL2Y6KltOHkKDOgZWnynya&#10;rcd4n7LEdaW2wnKrucBwtLu3brW5s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1&#10;s2+4tbNvuLWzb7i1/5QdBP+SKAn/kzIP/546Fv+nQyD/rkst/7FVPf+wX079rmhf8qpycOekeoHe&#10;moCP1ZKHnM6LjKbJhJGvxH6XtcF5nLu+dqO/vHSrwrRvrsOucrO8q3O2uKtztrirc7a4q3O2uKtz&#10;trirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4/5UcBP+SKAn/lTIP/6A6Fv+pQh//sEot/7RU&#10;Pf+0Xk79s2dg8a9wcuapeIPbn36T0peDocuOiazEho61wICUvbx7msO6eqPFt3mrx6xzrMandbG/&#10;pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6/5UcBP+TKAn/&#10;ljEP/6E5Ff+qQh//skos/7ZTPP+3XU77tmVh8LRudOStdYbZpHuWz5uApceShbHBiou7vYeUwLuF&#10;ncS2gqTHsH6qyKV3qsihebDBn3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qz&#10;vJ96s7yferO8/5UcBP+TKAn/lzEP/6M5Ff+sQh//tEos/7lTPP+6XE74umRi77hsdeOyc4jYqXmZ&#10;zZ9+qcWYhLS/k4y8uI2TwbOJmcWuhqHIqoSpyZ98qcqbfa7CmX6yvZl+sr2ZfrK9mX6yvZl+sr2Z&#10;frK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9/5YcBP+TKAn/mDAO/6Q5Ff+tQR7/tUks/7tSPP29&#10;W072vWNi7r1rduK2cYnVrneby6V8qsKdg7S5lom8spGQwayMlsaniZ3Io4emypmAqMuWga7ElYGx&#10;vpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+/5YcBP+UJwn/mTAO&#10;/6U5FP+uQR7/t0kr/71RPPy/Wk70wWJi7MFpd+G7cIvSsXSdx6h7qryggbS0moe8rJSNwqaQlMag&#10;jZvJnIuky5WGqMuRha3FkIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CF&#10;sb+QhbG//5YcBP+UJwj/mjAO/6Y4FP+wQR3/uEkr/79RPPrCWU7yxGFj6cVod92+bYzNtHOdwqt5&#10;qrekfrSunYS8ppiKwaCUkcaakZjJlo+hy5CLqMyMiazFjImwwIyJsMCMibDAjImwwIyJsMCMibDA&#10;jImwwIyJsMCMibDAjImwwIyJsMCMibDA/5ccBP+VJwj/mzAO/6c4FP+xQR3/ukkr/8JQO/jGWE7w&#10;yF9j5shmeNjBa43Jt3Gdva93qbKnfLOpoYK7oZyIwZqYj8aUlpbJkJSfy4uRqMyHjqzGh42wwYeN&#10;sMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDB/5cbA/+VJwj/nS8N/6k4&#10;E/+zQB3/vEgq/MVPO/bJV07tzV5j4stkeNLEaozEu2+cuLJ1qa2re7OjpoC7m6GGwZSdjcWOm5TI&#10;ipmdyoaZqMuCk6zGgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GC&#10;kq/B/5cbA/+VJwj/ni8N/6o4E/+1QBz/vkgp+chOOvPNVk3q01xi3s9ieM3HaIu/vm6bsrdzqKew&#10;ebKeq366laeEwI6ji8SIoZLHg5+ayYCgp8p9mqzGfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZiv&#10;wX2Yr8F9mK/BfZivwX2Yr8F9mK/B/5gbA/+WJwj/oC8N/6w3Ev+3QBv9wUgo9stOOe/TVEzm2Vpi&#10;2NRhd8fLZ4q5w2yarbxyp6G2d7GYsX24j62CvoiqicOCqJDGfaeZyHqnpcl3oqzFeJ+wwXifsMF4&#10;n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DB/5gbA/+XJgj/oi8M/643Ev+5&#10;Pxr5xEcn8c5NOOrbU0vg31lg0NpfdsHQZYmzyWuZpsJwpZu9da+RuHu2iLWAvIGyhsB7sI3Ddq6W&#10;xXOuocZyra3EcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDA&#10;/5kbA/+YJgj/pC4L/7E2Ef69Pxn0yEcl69RNNuXjUEnZ41dfyd9edLrXZIasz2mWncdto5HAcayG&#10;u3Wzfrd6uXe0f71ysoW/bbGNwWqwl8JpsaXBbLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0&#10;sr1stLK9bLSyvWy0sr1stLK9/5obA/+ZJgj/py0K/7U2D/nBPxfuzkYj5NxMMt3nT0nP6FZewORd&#10;crLeZIKj1GmRlcttnInFcKV/wHOsd7x3sXC5fLVrt4G4Z7aHumO1kLthtZu8Y7emuWO3prljt6a5&#10;Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5/5sbA/+bJQf/qy0J/7k1DfLHPhXl&#10;1UYf2uNJM8/rTknG7VRdt+pcbqjiY32a2WmKjtJtlITMcZt7yHWhc8R4pm7CfKlpwIGsZb6HrmK9&#10;jrBfvZexXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6x/5wa&#10;A/+gJAb/sCwI+cA0C+nPPRDa30IdzulJM8TxTki78lJarfBbaZ7nY3aS4GmBh9pviX7Uc5B30XeV&#10;cc57mWzMf5xoyoOeZMmIoGHHjqJexpWkXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rc&#10;xpukXMabpFzGm6Rcxpuk/54aA/+lIwX/tyoF8MgyB9zbNQzO50IfwvFINLj5TEav91FVovVbYpXt&#10;ZG2K52t2gOJwfXnedYJz23qHbtl+imvXgoxn1YaOZNSLkGHTkJJe0ZaUXNGblVzRm5Vc0ZuVXNGb&#10;lVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuV/6EZAv+tIQP4vyYD4tQlA87lMw/C8EIh&#10;tvpHM6v+S0Ki/lBPl/tbWov1ZWOC8GxqeuxycHTpeHRv53x3bOWBemjjhHxm4oh9Y+GMf2DgkYFe&#10;35aCXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqD/6MZAv+2&#10;HQHpzBcBz+MeA8LwMxK1+kAiqf9EMJ3/ST2V/1BIi/9bUIL9ZVd6+W1ddPZzYW/0eWRr8n5naPGC&#10;aWbwhmpk74psYu6ObWDtkm5d7JdwXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65tx&#10;XOubcVzrm3Fc65tx/6wVAfPDEADR2gsAwe8fBrT7MxOo/zwgm/9CLJD/SDaH/08/f/9aRnj/ZUtx&#10;/21PbP9zUmn/eVVm/n5XZP2CWGL8hllh+4paX/qOW176klxc+ZddW/ibXlv4m15b+JteW/ibXlv4&#10;m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+Jte+rkOAM3LCQDA5g0BsvwgCKf/MxOa/zkdjf8/&#10;JoL/Ri56/041c/9YOm3/Yz9p/2xCZf9yRGL/d0Zg/3xHX/+BSF3/hUlc/4hKW/+MS1r/kExY/5VN&#10;V/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNzcEGAL7QBwCx&#10;9g4Cpf8hCZn/LhKM/zQZgP87IHb/Qydt/0wsZv9UMGL/YDNe/2k1XP9vN1r/dDhZ/3k5WP99Olf/&#10;gDtW/4Q7Vf+HPFT/iz1T/5A9Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+T&#10;PlL/kz5S/5M+vcUFALDXBQCj/xADmf8iCYv/KQ9+/zAVc/84Gmn/QB9i/0kjW/9RJlf/WihV/2Iq&#10;Uv9pK1H/byxQ/3MtT/93Lk7/ei5O/30vTf+AL0z/hDBL/4gwS/+LMEv/izBL/4swS/+LMEv/izBL&#10;/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4sw/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+d&#10;YkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnM&#10;msxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/+L/4klDQ19QUk9G&#10;SUxFAAcJ/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKT&#10;eeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/&#10;mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486&#10;FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R&#10;222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vM&#10;Zcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8&#10;mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P&#10;/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+JKAj/hTMO/5A5FP+Y&#10;Qhz/nksn/59WNP+eYUL/mm1Q/5V3XfePgWjxiYty64OSe+d9mILjeJ2I4HSjjN1yqJDbb62T2m6z&#10;lthsupjWa8Kb0WnKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqc&#10;/4wcA/+JJwj/iDIO/5M4FP+bQRz/okon/6RUNP+iX0P/n2pR/Zp0X/WUfmztjoh454ePgeKAlYrd&#10;e5qQ2negltZ0pprUcaye0m+yodBtuaPPbMOmxWfDpsBpx6HAacehwGnHocBpx6HAacehwGnHocBp&#10;x6HAacehwGnHocBpx6HAaceh/40cA/+KJwj/ijEN/5Y3E/+eQBv/pUkn/6dTNP+nXUP/pGhT/KBy&#10;YvKafHDqlIV944uLiN2EkpHYfpiY03qen9B1pKTNcqqoy2+wq8ltuK7CabywvGvAqrdtxKW3bcSl&#10;t23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSl/40bA/+LJwj/jDAN/5g3E/+gQBv/&#10;p0gm/6tSNP+rXET/qWZU+qVwZPCfeXPnmIKB34+IjdmIj5fSgZWgznubp8p2oa3Hc6ixxXCvtcFt&#10;t7e5a7i1s269rrBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGo/44b&#10;A/+LJgj/jjAN/5o2Ev+iPxr/qUgm/65RNP+uW0T/rGRV+apuZe+ld3blnX+F3JSFktSMjJ3OhJKn&#10;yX2Yr8R4nrXCdae5wXSxu7hws7uxb7a4rHG7salzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6up&#10;c7+rqXO/q6lzv6upc7+r/44bA/+MJgj/kC8N/5s2Ev+kPxr/q0cm/7FQNP+xWUT8sGNV9q5sZ+2q&#10;dXjjoXyI2ZiDltGQiaPKh4+txYKXtMJ/oLi+fKi7u3qwvbF0sr2pcrS7pnS5s6N2vq2jdr6to3a+&#10;raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6t/48bA/+MJgf/kS4M/502Ev+mPhr/rUcl&#10;/7NPNP+0WET6tGFW87JqaOyvc3rhpnqL1p2Ams2UhqfGjY2vv4eUtbqCnLm1f6S8sn2svqt5sb+j&#10;drK9oHi4tZ55va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2v/48bA/+N&#10;Jgf/ky4M/541Ef+oPhn/r0Yl/7ZOM/63V0T3t2BW8LZoaeizcHveqneN0J98nceXg6e/kIqvuIuR&#10;trKGmLqtg6C9qYGpv6V+sMCcebG/mnu3t5h9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuw&#10;mH27sJh9u7CYfbuw/5AaA/+NJgf/lC0M/6A1Ef+pPhn/sUYk/7hNM/y7VkT1u19W7btnaeO1bn3W&#10;rHOPyqN6ncGbgKe4lIewsY+OtquKlbumh52+ooWlwJ+Er8GWfrDBlH+2uJOAu7KTgLuyk4C7spOA&#10;u7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuy/5AaA/+OJgf/lS0M/6E1Ef+rPRj/s0Yk/7pN&#10;M/q+VUTzv11W6r9lat+4a37Qr3GPxaZ4nLuffqeymIWvq5OLtqWOk7ufi5q+m4miwZiIrMKQgq/C&#10;j4O1uY+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqz/5AaA/+OJQf/&#10;liwL/6I1EP+sPRj/tUUj/7xMMvjBVEPww1xW58Njatq7aX7MsnCPwKp2nLaifKetnIKvpZeJtp6T&#10;kLuZj5i+lI2gwZGMqcKLiK7Cioi0uoqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5&#10;tIqIubSKiLm0/5EaA/+PJQf/mCwL/6Q0EP+uPRj/t0Uj/79MMvbFU0PuyFtW48ZhatS/aH7Htm6O&#10;u610nLGmeqanoICvn5uGtZiXjruTlZW+jpKdwYqSp8KGjq7ChI20u4WMubSFjLm0hYy5tIWMubSF&#10;jLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0/5EaA/+PJQf/mSwL/6Y0D/+wPBf/uUQi/MFLMfTJ&#10;UkLrzVlV38lgas/CZn3CuWyNtrFym6ureKaipX6umaCEtZKdi7qMmpO+h5ibwISXpcKAlq/Cf5Kz&#10;vICRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1/5IaA/+QJQf/mywK&#10;/6c0D/+yPBb/u0Qh+cVLMPHOUUHn0lhU2s5eacrGZXy9vWuMsLZwmqWwdqWcqnytk6aCtIyjibmG&#10;oJC9gZ6Zv32eosF7nq/BeZmzvHqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqX&#10;uLV6l7i1/5IZA/+QJQf/nSsK/6ozDv+1PBX8v0Qg9MhKLu3TUD/j2FZT09JdaMXKY3u3wmmLqrtv&#10;mJ+2dKOVsXqsja2AsoWqh7d/p467eqaXvnemoL90pq2/c6G0u3SeuLV0nri1dJ64tXSeuLV0nri1&#10;dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1/5MZA/+RJAf/nysJ/6wzDf+4OxT4w0Me781KLOfaTz3d&#10;3lVRzdhbZ77PYnqwyGeJpMJtl5m8cqGPuHiphrV+sH+yhbV5sIy4dK+Vu3Cvn7xur6y8bau1uW6n&#10;ubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0/5QZA/+SJAf/oioI/7Ay&#10;DP68OhLyx0Ic6NNJKeHhTDvU41NRxt1aZbfVYHipz2aHnclrlJHFcJ6HwXamf758rHi8hLFyuou0&#10;bbmTtmq4nLhnt6e4Z7e3tmiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7Fo&#10;srux/5UYA/+VIwb/pSkH/7QxCvjBOhDrzkIY4N1HJdXlSzvL51FQveNZY6/eX3Si2GWDltNqj4rO&#10;b5l/yHOhdcR4p27BfatpvoSuZb2LsWG8k7JfvJ2yX7yssWK/vq1iv76tYr++rWK/vq1iv76tYr++&#10;rWK/vq1iv76tYr++rWK/vq1iv76t/5YYA/+ZIQX/qigG/7kwCPDIOA3h2EAT1ONFJsrrSzvB7E9P&#10;s+hXYKblX2+a4mZ8jtxshoTVcY960HWVc816m2zKf59nx4SiY8aKpF/EkaZcxJmnWsOkp1rEsKda&#10;xLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCn/5gXAv+eIAT/ryYF+MAuBubQ&#10;MwjV4TwUyepFKL/ySju18U5Mqe9WW53tX2iS6mdzh+NtfH7ecoJ22niIcNd9jGvUgpBm0oeSY9GM&#10;lV/PkpZczpmYWc6imVjNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzaua&#10;/5oXAv+lHgP/tyMD7ckmA9beKQbJ6TsXvvNEKbP4STqo901In/ZVVZT1X2CJ8WhogOxvcHjodXVy&#10;5Xp5beJ/fWnghIBl34mCYt2OhF/ck4Zd25mHWtqhiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZ&#10;qIlY2aiJWNmoiVjZqIlY2aiJ/5wWAv+tGwL2wR0B29oTAcnoKQm98zsZsv1DKKb+Rzac/UxDk/1V&#10;TYr9X1aB+WldefVwYnPydmdu8Hxqau6BbWfshm9k64txYeqPcl/plHRd6Jl1Wuegd1jmpnhY5qZ4&#10;WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4/6IVAf+3FQDYzwsAyucTArzzKQux&#10;/TsZpP9AJpn/RTKP/0s8h/9URH//X0t4/2lQcf9wVGz9dlhp+3xaZvqBXGP4hl5h94tfX/aQYV72&#10;lWJc9ZpjWvSgZFjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86Vl/60Q&#10;ANbDCADI0woAu/QVA6//Kg2j/zcYl/89Iov/QyyB/0o0ev9SOnP/Xj9u/2hDaf9vR2b/dUlj/3tL&#10;Yf+BTF//hU5d/4pPXP+PUFr/k1FZ/5hSV/+eU1b/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW&#10;/6NUVv+jVFb/o1RW/6NU2boFAMXHBwC52QgArP8XBaL/Kw2V/zMWif85Hn7/QCV1/0grbf9QMGf/&#10;WjRj/2U3YP9tOV7/cztc/3g9Wv99Plj/gj9X/4ZAVv+LQFX/j0FU/5RCU/+aQ1H/n0NR/59DUf+f&#10;Q1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59Dxr4FALfNBQCq5AgBn/8ZBpT/KAyH/y4T&#10;e/81GXH/PR5p/0UjYv9NJlv/VilY/18sVv9oLVT/bi9T/3MwUv94MVH/fDFQ/4AyT/+EM07/iDNN&#10;/4w0TP+SNEv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1t8QDAKnU&#10;AgCc+QsCk/8bBYX/Iwp5/ykPbv8xFGX/ORhd/0EbV/9KHlP/UiBQ/1kiTf9gI0v/ZiRK/2slSf9v&#10;JUj/cyZH/3cmRv97J0X/fidF/4IoRP+HKEP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4sp&#10;Q/+LKUP/iylD/4sp/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8&#10;go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng&#10;2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VV&#10;Lf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD&#10;42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/&#10;ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xu&#10;rnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h&#10;932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+T&#10;YTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XP&#10;hd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/fTIM&#10;/4g3Ef+QPxj/lUki/5dULf+WXzn/k2tF/453Uf+Iglv6hIxk9X+Ua/F6m3LudqJ363Kne+lvrX/n&#10;bLKC5Wq4hORpv4fiaMeJ4GbPitZj1ozPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i&#10;2IrPYtiK/4QbA/+BJwf/gDEM/4s2Ef+TPhj/mUci/5xSLf+aXTr/mGlH/5N0U/6Ofl/3iIlp8YKR&#10;cu19mHnpeJ9/5XSkhONwqojgbbCM3mu3j91qv5HbaciT1WbPlctk0ZPGZdSOxmXUjsZl1I7GZdSO&#10;xmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSO/4UbA/+CJgf/gjAM/441EP+WPRj/nEYh/6BQLf+fWzv/&#10;nGZI/5hxVvuTfGL0jYZt7oeOd+iAlYDkepyH4HWijN1yqJHab6+V2G23mdVrwJzSacmeyWXJnsJn&#10;zZi+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGT/4YbA/+DJgf/hS8L/5A0&#10;EP+ZPRf/n0Yh/6NPLf+jWjv/oGRJ/51vWPqYeWXxkoNx6ouMfOSDkobffZmO2nigldZ0p5rTcK6f&#10;0W22o89rwKXHZsKnwGjGortqy5u3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3&#10;bM6W/4YbA/+DJgf/hy4L/5M0EP+bPBf/oUUg/6dNLf+mWDv/pGJK/KFsWfecdmjvloB154+JgeCH&#10;kIzagJaV1XqendF1paPNcKyoy221rMdrvq29aL+suGvDprNtyJ+wb8yZsG/MmbBvzJmwb8yZsG/M&#10;mbBvzJmwb8yZsG/MmbBvzJmwb8yZ/4caA/+EJQf/iS0L/5UzD/+dPBb/pEQg/6pMLf+qVzv+qGBL&#10;+KVqWvOhdGrtnH555JOGhtyLjZLVg5Scz3ybpct3o6rHdKutxHO1r79wvLC1a7ywsG7BqaxwxqKp&#10;csqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqc/4caA/+EJQf/iywK/5czD/+f&#10;Oxb/pkQf/6xLLP+uVTv7rF9L9apoXO6mcWznoHp835eCitWOiJjNhY+hx4CXp8J7nqy9eKevunaw&#10;sbd1urKtcLqyqXG/rKV0xKSjdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcme&#10;/4gaA/+FJQf/jCsK/5gyDv+hOxX/qUMf/69LLP+xVDv4sV1L8a9mXOqrb27ho3Z/1Zl9j8yRhJnF&#10;ioyivoSTqLl/mq20fKOwsHqrs615trSmdLm0onW9r593w6adecegnXnHoJ15x6CdecegnXnHoJ15&#10;x6CdecegnXnHoJ15x6Cdeceg/4gaA/+FJQf/jioK/5oyDv+jOhX/q0Ie/7FKK/21Uzv2tVxL7rNk&#10;XeWubG/bpXOBzp16j8WVgZm+joiit4iQqbGEl66sgJ+xqH6otKV9srWferi2m3m7sZl7waiYfMai&#10;mHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMai/4kaA/+GJQb/kCoK/5wxDf+lOhT/&#10;rUIe/7RKK/u4UjrzuVpL6rhiXuGxanDTqXCByKB3j7+Zfpm3koWisIyMqaqIlK6lhJyyoIKktZ2B&#10;rraZf7e3lH26s5N/wKqSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wj/4kZ&#10;A/+GJAb/kSkJ/50xDf+nORT/r0Id/7ZJKvi8UDrwvVlL57xhXty1Z3HOrG+Bw6R1jrmcfJmxloKi&#10;qpGKqaOMka6eiZmymYahtZaFq7eThba3joG5tI6Dv6uNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWN&#10;g8SljYPEpY2DxKWNg8Sl/4kZA/+HJAb/kykJ/58xDf+pORP/sUEc/7lJKfbATzntwldK5L9fXda5&#10;ZnDJsG2AvqhzjrSgepmrmoCipJWHqZ2Rjq6XjpaykouftY+KqbeMirS4iIa4tYiHvqyIh8OmiIfD&#10;poiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8Om/4oZA/+HJAb/lCkJ/6EwDP+rORL/tEEc&#10;/LtIKPTDTjjrx1ZK4MNeXdG8ZW/Es2uAuatxja+kd5imnn6hnpqEqJeWjK6Rk5SyjJGctYiPpreF&#10;j7G4goy3toKMvq2DjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOm/4oZA/+I&#10;JAb/ligI/6MwDP+tOBL/tkAb+r5IJ/HHTjfnzFVI3MdcXMy/Y2+/t2l/tLBwjKmpdZego3ugmJ+C&#10;qJGbia2KmZKyhZaatYGVpLd+la+3e5K3tn2Rva59kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKn&#10;fZDCp32Qwqd9kMKn/4sZA/+JJAb/mCgI/6UvC/+wOBH/uUAZ+MJHJu7LTTXk0FRG1ctbW8fDYm66&#10;u2h+rrRui6Ouc5aaqXqfkqWApoqhh6yEn4+xfp2YtHqcobZ4m6y2dZq3tneYva54lsKneJbCp3iW&#10;wqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKn/4wYA/+KIwb/micH/6cvCv+zNw/8vT8Y88ZG&#10;I+rQTDLg1VJFz89ZWsHIYGy0wGZ8qLpsip20cpWUsHiei6x+pYOohap9poyveKSVsnSjn7Rxo6q1&#10;b6S5tHCgvq1yncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKn/4wYA/+MIgb/&#10;nScH/6ouCf+2Ng73wT4W7cxGIOTYSy7Z3FBEydRYWLvNXmuuxmV6osBqiJe7cJKNt3WbhLN8on2x&#10;g6h2r4qsca2Tr22tnbFqramyaa23sWqpv6xrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bD&#10;pmumw6ZrpsOm/40YAv+PIAX/oCYG/64tCP27NQzxxz0T5dNEHN3gSC3Q4U9CwttWVrTTXWinzWN4&#10;mshohY/Dbo+FwHSYfb16nna6gaRwuYmoa7iSqme3nKxluKitY7i2rWS1wallsMWkZbDFpGWwxaRl&#10;sMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWk/44XAv+THwT/pCUF/7MsBvfBMwnozjwP3N5AGdDl&#10;SC7H5U1CueBVVKzbW2Wf1WF0ktBmgYfNbIt+ynKTdsh5mW/GgZ5qxYmiZcWSpGLEnaZfxKenXcS0&#10;p17DxKRfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcig/5AXAv+YHQT/qSME&#10;/7kpBO7IMQbd2jQK0ORBG8brRy686kxBsOZTUqPjWmGX4GFujN1oeYLbboJ62XWJctV8j2vSgpNl&#10;z4iXYM2PmlzMl5xay6CdWMurnVfLup1ZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnM&#10;zJlZzMyZ/5IWAv+dHAP/ryAC9sAlAuLTJAPQ4zIMxexAHbrxRy+w70s/pe1RTprrWlqP6mJlhehq&#10;bn3ncnV143h7b+B+gGndhIRk24qHYNmRiV3YmIta1qCNWNaojlbVtI5U1cGOVNXBjlTVwY5U1cGO&#10;VNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGO/5QVAv+kGQL/txwB6csWAdHhHQLF7DEOuvVAHq73RS6j&#10;9Uo8mvRQSJDzWlOG82NbfvJsYnfxc2hx7nptbOuAcGfphnNj54x2YOaSeF3kmHpa4557WOOlfVbi&#10;r35U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+/5gTAf+tFAHzww8A0tgL&#10;AMTsHgS49jERrf0+HqL9QyuX/Eg3jvxPQYX8WUl9/GNQd/xtVnD7dFpr+XpeaPeBYWT1h2Nh841l&#10;X/KTZ13xmWha8J5pWO+la1bvrWxU7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U&#10;7rRt/6MQAPG5DADOyQkAxN8LALb3Hwas/zISoP87HZT/QSeK/0cxgf9OOXr/WD9z/2JFbv9sSWn/&#10;c0xm/3pPY/+AUWD/hlNe/4xUXP+SVVr+mFdZ/Z1YV/ykWVX7q1pU+7FbVPuxW1T7sVtU+7FbVPux&#10;W1T7sVtU+7FbVPuxW1T7sVtU+7Fb8K8IAM2/BwDAzQgAtO4OAqn/IQif/zERkv83Gof/PiJ9/0Up&#10;df9NMG7/VTVp/2A5Zf9qPGH/cT5f/3dAXP9+Qlr/hENZ/4lEV/+PRVb/lEZV/5pHU/+gSFL/p0lR&#10;/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61Kz7gEAL7DBQCy1AYApv4QA5z/&#10;IwiQ/y0PhP8zFnn/Oxxw/0Miaf9KJ2L/Uipd/1wtWv9lMFj/bTFW/3MzVP95NFP/fjVS/4Q2UP+J&#10;N0//jjhO/5M4Tf+ZOUz/oDpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6&#10;v7wDALDKAwCj3AMBmf8SA4//IgiC/ygNdv8vEm3/Nxdl/z8bXv9HHlj/TiFU/1cjUf9fJU7/ZSZN&#10;/2wnS/9xKEr/dilJ/3sqSP+AKkf/hStG/4krRf+OLET/lCxD/5otQ/+aLUP/mi1D/5otQ/+aLUP/&#10;mi1D/5otQ/+aLUP/mi1D/5otscIBAKPSAACV6wMBjP8TA4D/HAZ0/yMKaf8qDmD/MhJZ/zoVU/9C&#10;F07/SRlL/1EaSP9YHEb/XR1E/2MdQ/9nHkH/bB9A/3AfP/90ID7/eCA9/3wgPP+BITv/hyE7/4wi&#10;O/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wi/3odA/92KAb/cjML/3w3D/+EPxX/&#10;iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/Nm&#10;yG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3od&#10;A/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh&#10;+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc91b5nPdW+Zz/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+&#10;hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3odA/92KAb/cjML/3w3D/+EPxX/iEgd&#10;/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3v&#10;Y81v7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3ocA/93&#10;Jwb/dDIL/382D/+GPRX/i0cd/45RJ/+MXjH/iWs8/4V3Rv+Bg07/fY9W/3mYXPx1oGH5cqZl92+t&#10;afVss2zzarlv8mjAcfBmyHPsZM116GHUduNf3nfbXeN51V3ldtVd5XbVXeV21V3ldtVd5XbVXeV2&#10;1V3ldtVd5XbVXeV2/3scA/93Jwb/dzAK/4I1Dv+KPBX/j0Yd/5JPJ/+RXDL/jmg9/4p0SP+GgFL/&#10;gYta/H2VYfh4nWf1dKRt8nGqcfBusHTua7Z37Gm+eupnx33nZc5/4mLWgNlf3YHQX+B+zGDje8xg&#10;43vMYON7zGDje8xg43vMYON7zGDje8xg43vMYON7/3wcA/94Jgb/ei8K/4UzDv+NOxT/kkQc/5ZO&#10;J/+VWjL/kmU+/45xSv+KfVX+hYhe+YCSZ/R7mm7wdqFz7XKneOpvrn3obLSA5mm8g+RnxobhZc+I&#10;2WLXis9h2YjIYt2CxGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B//30bA/95Jgb/&#10;fC4K/4gyDv+QOhT/lUMc/5pMJ/+ZWDP/lmM//5JuTP+Oelf8iYVi9YSPa/B+l3PseZ566HSlgOVw&#10;q4XibLOJ4Gq7jN5oxo/aZtGSzmLRksdk1YzBZduGvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbd&#10;gr1m3YK9Zt2C/30bA/96Jgb/fywK/4sxDf+TOhP/mEIc/51LJv+dVjP/m2FA/5dsTfuSdlr3jYFm&#10;8oiMcOyClHnne5uB43WiiN9xqY7cbbGS2Wu7ltdpyJnMZMubxWXOl8Bn0pG6aNiKtmnbhrZp24a2&#10;aduGtmnbhrZp24a2aduGtmnbhrZp24a2aduG/34bA/97Jgb/gSsJ/40xDf+VORP/m0Ib/6BKJv+h&#10;VDP/n19B+5xpT/aXc13xkn5q7IyIdeeFkYDifpiJ3Xigkdhyp5fSba+dz2y5n8xrxaDDZ8egvGjL&#10;m7dq0JSybNWNr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJ/34aA/97JQb/gyoJ&#10;/48wDP+YOBL/nkEb/6NJJv+mUjP9pF1B96FnUPGccV/rl3tt5Y+Det6Hi4bVfpKRz3iZl8p0oZzH&#10;caqfw2+zocFuv6O6a8Wjs2vIn69tzZirb9KRqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw&#10;1oypcNaM/38aA/98JQb/hikI/5IvDP+bOBL/oUAa/6dIJf+qUTL5qVtB86ZkUeyibmHlmnZw3JF+&#10;f9KJhovLgo2TxX2VmcB4nZ68daWhuXOupLZyuaWycMOmq2/Goqhxy5ukc9CTonTUjqJ01I6idNSO&#10;onTUjqJ01I6idNSOonTUjqJ01I6idNSO/4AaA/98JQb/iCgI/5QvC/+dNxH/pD8Z/6pHJP2uTzL2&#10;rVlB76tiUuema2LennJz0pV6gcqNgovDh4qTvYGRmrd9mZ+zeaGjr3eqpqx2tKeqdsGoo3PDpaB1&#10;yZ6ed8+WnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KR/4AaA/99JQb/iicI/5Yu&#10;C/+fNhD/pz8Y/61HI/uyTjHzsldB67FgUuKqaGTWonB0zJl3gcOSf4u8i4aUtYaOmq+BlaCqfp2k&#10;pnump6N6sKmhebypm3fBqJl5x6CYes2Yl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOX&#10;e9GT/4EaA/9+JAb/jCYH/5guCv+iNhD/qT4Y/69GI/i1TTDwt1ZA57VeUt2uZmTQpW5zxp11gL2W&#10;fIu1kIOUroqLm6iGkqCjgpqln3+jqJt+raqYfbmrlHvAqpN9xqKSfsyZkX/QlJF/0JSRf9CUkX/Q&#10;lJF/0JSRf9CUkX/QlJF/0JSRf9CU/4EZA/9+JAb/jSYH/5otCv+kNQ//rD0X/rJFIva4TDDtvFRA&#10;5LhdUdeyZGPLqWxzwKFzgLeaeouvlICTqI+Im6KKj6Cch5ell4SgqJSCqaqRgrWrjYG/q42BxaSM&#10;gsubjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+V/4IZA/9/JAb/jyUH/5wtCf+m&#10;NQ7/rj0W/LVFIfO8Sy7qwVI/4LxbUdG1Y2PGrWpyu6Vxf7Ked4qpmH6TopOFmpuPjaCWjJWlkYmd&#10;qI2Hp6uKh7Ksh4e/rIaGxKWHhsqch4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6X&#10;/4IZA/+AIwX/kSUG/54sCf+oNA3/sTwV+rhEH/C/Sy3nxVE93MBaUM24YWLBsGhxtqlvfqyidYmk&#10;nXySnJiCmpWUiqCPkZKlio6bqIaNpauDjLCsgY2+rICLw6aBi8mdgYvNmIGLzZiBi82YgYvNmIGL&#10;zZiBi82YgYvNmIGLzZiBi82Y/4MZA/+CIgX/kyQG/6AsCP+rMw3/tDwU97xDHu7ESivkyVE71cRY&#10;T8i8YGG8tGdwsa1tfaenc4meonmSlp2AmY+aiJ+Jl5Ckg5SYqH+Toqp8kq2repK7rHqRw6Z7kMme&#10;fI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82Y/4MYAv+EIQX/lSQG/6IrCP+tMwv+&#10;tzsS9MBCHOrJSSjgzU850MdXTsPAXmC3uGVvq7JrfKGscYeYp3iQkKN+mImghZ6CnY2jfZuWp3iZ&#10;oKl1mauqc5m4q3OYw6Z1lsmedpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2Z/4QY&#10;Av+HIAX/lyMF/6UqB/+xMgr7uzoQ8cVBGefPSCXb0k04y8tVTL3EXV6xvmNupbhqe5uyb4aSrnaP&#10;iap8loKng5x7pIuhdqKUpXGhnaduoKmpbKG2qW2hw6ZvncmecJzNmHCczZhwnM2YcJzNmHCczZhw&#10;nM2YcJzNmHCczZhwnM2Y/4UYAv+KHgT/miIE/6gpBv+1MAj2wDgO68tAFeHYRiDT2Es2xdBUS7fJ&#10;W1yrw2Jsn75oeJS5boOLtXOMg7J6k3uvgZl1rYmeb6uSomuqnKRoqqelZqq0pmarxaRopsqcaaTN&#10;l2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2X/4YXAv+NHAT/niEE/6wnBf26LwbvxzYK&#10;49Q+ENjfQx/L3ko0vtZSSLDQWlqkymBpmMZmdo3BbICEvnKJe7t4kHS5f5Vut4eaabaQnWW1m6Bi&#10;tKahYLWzoV+2xaBhscyaYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+V/4cXAv+R&#10;GgP/oiAD/7IlA/XAKwTmzzEG2N44D8zlQyDD4kkztt5RRqnYWFec0l5lkM5kcobLanx8yHCEdMZ3&#10;im7Efo9ow4eUY8KQl1/Bm5lcwaaaW8Kzm1rDxZpbvs+VXLrSkVy60pFcutKRXLrSkVy60pFcutKR&#10;XLrSkVy60pFcutKR/4kWAv+WGQL/qB0C/rghAuzJIgLZ3SUEzOU3EcLqQyK350gzrORPRKDgVlOU&#10;3V1giNpja37WanV11HB9btJ3g2fRf4hi0IeLXtCRjlrQnJBY0KeRVtC1klXSx5FWzdSOVsjWi1bI&#10;1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaL/4sVAv+dFwH/rxkB9MEYAd3YEQDM5SYFwe43&#10;E7bvQiOr7UcyoetMQJbpVU2L511YguZlYXnkbGly5HRvbON8dGfihHhi4o17XuKVflvgnoBY36eC&#10;Vd6xg1PevoNS3tKDUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyC/48TAv+kEwH+&#10;uBIA1swLAMzkEQHA7yYHtfU4Far0QCKf80YwlfJLPIzxVEaC8F1PevBmVnTwblxu73Zhae9+ZGXv&#10;hmhh745qXu6WbVvtnm9Y66VwVuuucVTquHJS6sdzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenV&#10;c1Hp1XNR6dVz/5gQAf+uDgDUwQkAyc8JAL7wEgKz+ScKqfs4FZ77PiGT+0QsifpKNYH6Uz55+l1F&#10;cvpmSm36b05o+nZSZPp+VWH6hldf+45aXPqWW1r5nV1X+KVeVfesYFP3tWFS9sFhUPbKYlD2ymJQ&#10;9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spi/6MLANa4BgDGxAcAu9QJALD8FAOm/ykLnP81FZD/&#10;Ox6G/0Imff9JLnX/UTRv/1s6af9lPmX/bkFi/3VEX/98Rlz/g0ha/4tJWP+TS1b/m0xV/6JNU/+p&#10;TlH/sU9Q/7tQT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NR2q8CAMa8BQC5yQUA&#10;rdsIAKP/FwSa/ysLjv8xEoP/OBp5/0AgcP9HJmn/Tytj/1gvX/9iMlz/azRa/3I2WP94OFb/fzlU&#10;/4Y7Uv+NPFH/lT1P/5w+Tv+jPk3/qj9L/7NASv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/&#10;uUFK/7lByLUCALjBBACr0AMAn+sJAZb/GgWL/yYKf/8tD3X/NRVs/z0aZf9EHl7/TCJY/1QlVf9d&#10;J1L/ZSlQ/2wqTv9zK03/eSxM/38tSv+FLkn/jC9I/5IwR/+ZMEX/oDFE/6kyQ/+uMkP/rjJD/64y&#10;Q/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yuLoCAKrIAACd2QAAkv8MAon/GgR9/yEIcv8oDGj/MBBg&#10;/zgUWv9AF1T/SBpP/08cTP9XHUn/XR5H/2MgRf9pIET/byFC/3QiQf96IkD/gCM//4YkPv+MJD3/&#10;kiU8/5klO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mq8EAAJ3QAACP4QAAhv8O&#10;Anr/FQNu/xwGZP8jCVz/KwxV/zMPT/87EUn/QhNG/0kUQv9PFkD/VRY+/1oXPP9fGDv/ZBg5/2gZ&#10;OP9tGTf/cho2/3caNf98GjT/gRsz/4gbMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy&#10;/40b/3AeA/9sKQb/aTMJ/3I3Df95PhL/fUcZ/4BRIf9+Xyn/fG0y/3l7Of92iED/c5NF/3CdSv9u&#10;pk7/a61R/2m0U/9ou1X/ZsNX/2PHWfthzFv3X9Nc817dXfBc417rW+lf51nvYOVZ8V/lWfFf5Vnx&#10;X+VZ8V/lWfFf5VnxX+VZ8V/lWfFf/3AeA/9sKQb/aTMJ/3I3Df95PhL/fUcZ/4BRIf9+Xyn/fG0y&#10;/3l7Of92iED/c5NF/3CdSv9upk7/a61R/2m0U/9ou1X/ZsNX/2PHWfthzFv3X9Nc817dXfBc417r&#10;W+lf51nvYOVZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf/3AeA/9sKQb/aTMJ/3I3Df95&#10;PhL/fUcZ/4BRIf9+Xyn/fG0y/3l7Of92iED/c5NF/3CdSv9upk7/a61R/2m0U/9ou1X/ZsNX/2PH&#10;WfthzFv3X9Nc817dXfBc417rW+lf51nvYOVZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf&#10;/3AeA/9sKAb/azEJ/3U2Df97PBL/f0YZ/4NQIf+BXir/fmsz/3t4O/94hkL/dZJI/3KbTf9wpFH/&#10;baxU/2uyV/9puVr/Z8Fc/GXHXvhizF/1YNNh8F7dYuxc5GPoW+lk4lrvZOBa8GLgWvBi4FrwYuBa&#10;8GLgWvBi4FrwYuBa8GLgWvBi/3EdA/9tKAb/bjAJ/3g0DP9/OxL/g0QZ/4dOIf+GWyv/g2g0/391&#10;Pf98gkX/eY5M/3aZUv9yoVb/b6la/m2wXvxqt2H7aL5j+WbGZfRjzGfwYdNp61/ea+Zd5WzgW+lt&#10;2VzuaNZc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n/3IdA/9uKAb/cS4J/3syDP+DOhH/&#10;h0MY/4pMIf+KWSv/h2U1/4NyP/9/fkj/fItQ/3mWVv91n1z9cqZg+m6tZPhstGj2abxr9GfFbfBk&#10;zHDrYdNy5V/fc95c5XTWXOhxz17tbM1e7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5r/3Mc&#10;A/9vJwb/dC0I/34xDP+GORH/i0IY/45LIf+OViv/i2M2/4dvQf+De0v/f4dT/nySW/x4nGH5dKRn&#10;9nCra/Ntsm/xarpz72jDdutlzHjmYtV63l/ffNNd43vNX+Z2x2DqcMZg7G7GYOxuxmDsbsZg7G7G&#10;YOxuxmDsbsZg7G7GYOxu/3QcA/9wJwb/disI/4EvC/+JOBD/jkAY/5JJIf+TVCz/kGA3/4xsQ/+H&#10;d037g4NX+H+OYPZ6l2fzdqBu8HKoc+1ur3jra7h86GjCf+ZmzYLfYtiE0V/chcpg4H/FYeN6v2Po&#10;dL5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+ly/3QcA/9wJgb/eSoI/4UuC/+NNxD/kj8X&#10;/5ZIIP+XUiz/lV44/pFpRPqMdFD1h39b8oKJZe59k27qd5t153KjfORuq4HharOG3me9itplyo3S&#10;YtSOyGLYisJj3IS8ZeB+t2bleLZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2/3UbA/9x&#10;Jgb/fCgH/4gtCv+QNg//lj4W/5pHIP+cUCv/mls4+ZdmRfSScFLvjHtf6oWFauV+jXTgeJV923Kd&#10;hdRtpIvQaq2OzWi3kMtow5HIZ9GSv2XUj7ln2Ym0aN2CsGnifK5q5HmuauR5rmrkea5q5HmuauR5&#10;rmrkea5q5HmuauR5/3YbA/9yJgX/fycH/4osCv+TNQ7/mT0W/55GH/+hTiv7oFk49ZxjRu+YbVTo&#10;kHdi4oh/b9qAh3vSeo+DzXWXiclxn43FbqiRwmyxk79rvJW9a8uVtmnQlLFr1Y2sbNuGqG3gf6dt&#10;4nynbeJ8p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8/3YbA/9zJQX/gSYH/40sCf+WNA7/nTwV/6FE&#10;Hv6lTCr3pVc48KJhR+mcalbhlHJl2Ix7c8+Fg3zJf4uEw3qTir92m4+6c6OTt3CslrRvt5exb8SY&#10;rG3NmKlv05ClcNiJoXHegqBx4H+gceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB//3cbA/90JQX/&#10;gyUG/5ArCf+ZMw3/oDsU/6VDHfupSynzqlQ47KheR+OhZ1famW9nz5F4c8eKgH3BhIiFu3+Pi7V6&#10;l5Cxd5+UrXSol6pzspmncr+apHLLmqFz0JOedNaMm3XchJp13oGadd6BmnXegZp13oGadd6BmnXe&#10;gZp13oGadd6B/3gaA/92JAX/hiMG/5IqCP+bMgz/ozoT/6hCHPitSijwr1I356xcR96lZFjRnW1m&#10;yJV1c8COfH25iYSFs4OMjK1/k5Gpe5uVpXmkmaF3rpuedrqcnXfKnJl3z5aXeNSOlXjbhpR43YOU&#10;eN2DlHjdg5R43YOUeN2DlHjdg5R43YOUeN2D/3gaA/94IwX/iCMG/5QqCP+eMQv/pjoS/qtCG/Ww&#10;SSfstVA247BaRtipY1fMoWtmwppycrqTenyzjYGFrIiJjKaEkJGhgJiWnX2hmpl7qpyWe7adlHvG&#10;npJ7zZiRfNOQj3zZiI983IWPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyF/3kaA/96IgX/iiIF&#10;/5YpB/+gMQv/qDkR+69BGvK0SCbpuU8037RZRdKtYVbHpWllvZ5wcrSXd3ytkX6FpoyGjKCIjZGa&#10;hZWWloKempKAp52Pf7OejYDCnouAzJqLgdKSioDYiYmA24aJgNuGiYDbhomA24aJgNuGiYDbhomA&#10;24aJgNuG/3kaAv97IQT/iyIF/5goB/+jMAr/qzgQ+bJAGO+4RyTmvU4z27hXRM2wYFbCqWdkuKJu&#10;ca+bdXunlnyEoJGDi5qNi5GUipOWj4ebmouFpZ2IhLCfhYS/n4WFy5uFhdGThYXYioSE2oeEhNqH&#10;hITah4SE2oeEhNqHhITah4SE2oeEhNqH/3oZAv99IAT/jSEF/5soBv+lLwn/rjcO9rY/F+y8RiLj&#10;wU4w1bxWQ8i0XlW9rGZjs6ZscKqfc3uhmnqEmpaBi5SSiJGOj5CWiYyZmoSKo52Biq6ffoq8n36K&#10;ypx/itCUf4nWi3+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmI/3oZAv9/HgT/kCEE/50n&#10;Bf+oLgj+sjYN87o+FenBRR/fxUwv0L9UQsS3XVO4sGRirqpqb6SkcXqcn3eDlJt+io6YhpCHlY6V&#10;gpKXmX2QoJx6j6ueeI+5n3eRyp15kM+VeY7WjHmN2Il5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5&#10;jdiJ/3sZAv+BHQT/kiAE/6AmBf+rLQf7tTUL8L49EubHRBzayUkuy8NTQb68W1KztWJhqK9pbp+q&#10;b3iWpXWBjqF8iYeeg4+Bm4uUe5mUmHeXnptzlqmdcZa2nnCXyJ1yls+Vc5TVjHST2Il0k9iJdJPY&#10;iXST2Il0k9iJdJPYiXST2Il0k9iJ/3wYAv+EHAP/lR8D/6MlBP+vLAb3ujMJ7MQ7D+LOQhjTzkgs&#10;xsdSQLnAWlGtumFfo7RnbJmwbXeQq3SAiKh6h4GlgY16oomSdaCSlnCem5lsnqebap60nGmfxZts&#10;ntCUbZrWjG2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJ/30YAv+HGgP/mB4D/6YjA/+z&#10;KQTzwDEH58s4C93YOhbN0kYqwMxQPrPGWE+nwF9dnLtlapK3a3SJs3F9ga94hHqtf4p0qoePbqmP&#10;k2mnmpZmp6WYY6eymWKow5hlp9GTZqPWi2eh2YlnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJ&#10;/34XAv+LGAL/nBwC/6shAvu5JgPtxywE39UxBtPeORTG2EQoudFOO6zMVkygx11alcJjZ4u/aXGC&#10;u295erh2gHO2fYZttIWLaLOOj2OymJJgsaSTXrKxlFyywpRestOQX6zZiWCq2oZgqtqGYKrahmCq&#10;2oZgqtqGYKrahmCq2oZgqtqG/38XAv+QFgL/oRoB/7EdAfTAIAHj0SAB098sBsniOxS+30QlstlM&#10;OKXTVEmZz1tXjsthY4TIaGx7xW51c8N1e2zBfIFnwISFYr+OiV6+mItavqSNWL6xjle/wo1Yv9eL&#10;WbjchVm23YNZtt2DWbbdg1m23YNZtt2DWbbdg1m23YNZtt2D/4EWAv+VFAH/pxYB/bgXAOnLEQDT&#10;3xYByOcsB77mOxaz5EQlqOFLNZzdUkSR2VlShtVgXXzTZmZ00W1ubM90dGbOfHlhzYV9XMyOgFnM&#10;mYNWzKWEVMyzhVPNxIVTzd2DU8bgflTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9/4cT&#10;Af+cEgH/rhEA2sIKANDSCgDH6BgBvOwsCrLrPBeo6kMlnehIM5LmUECI5FlLfuJgVHbhaFxv4G9i&#10;aN93aGPef2xe3ohwWt6Rc1fem3VU3qd3Ut+0eFDfxHhP4N54T9bldU/T53RP0+d0T9PndE/T53RP&#10;0+d0T9PndE/T53RP0+d0/48PAf+kDgDbuAgAzcUJAMXVCgC68RoDsPItDKbxOxib8EEkke9HL4fu&#10;Tjp+7lhDd+1hSnDtaVBq7HFVZex5WWHsgVxd7IpfWuyTYVftnWNV7adlUu2zZlHuwGdP79RoTuvm&#10;aE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaE3o6GhN6Oho/5kLAN2uBADMvAYAwckHALjbCgCt+BwE&#10;pPgvDZn4OReP+D8hhfhGKnz4TTJ191c5bvdgP2n3aUNk+HFHYfh5Sl34gUxa+IlPWPiSUVb5m1JT&#10;+aVUUfqvVVD6u1ZO+spXTfvjV0z76VdM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lX5aUAAM60&#10;BAC/vwUAtM4GAKrrDQGg/x8Gl/8vDYz/NhWC/z0deP9EJHD/TCpq/1QvZf9eM2H/Zzdd/285Wv92&#10;PFj/fj5W/4Y/U/+OQVH/l0JQ/6BDTv+pRU3/s0VL/75GSv/QR0n/3EdJ/9xHSf/cR0n/3EdJ/9xH&#10;Sf/cR0n/3EdJ/9xH0a4AAL+5AwCyxQMAp9UFAJz9DwKU/yIGif8rDH7/MhJ1/zoYbP9CHWX/SSJf&#10;/1ElWv9aKFf/YytU/2stUv9yL1D/eTBP/4AxTf+IMkv/kDRK/5g1SP+hNUf/qjZG/7M3RP+/OET/&#10;xThE/8U4RP/FOET/xThE/8U4RP/FOET/xThE/8U4wbMAALK+AgClzAEAmd0DAJD/EgKG/x8Fe/8n&#10;CnH/Lg5o/zYTYf8+F1r/RhpV/00dUf9VH07/XSBL/2QiSf9rI0f/cSRG/3glRP9/JkP/hidB/44o&#10;QP+WKD//nik9/6cpPP+wKjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7Qqs7gBAKXGAACX&#10;1QAAi+8EAYT/EwJ3/xoEbf8iB2T/Kgtc/zIOVf85EVD/QRNL/0gVSP9PF0X/VhhC/1wZQP9hGj7/&#10;Zxo8/20bO/9zHDn/eRw4/4AdNv+IHTX/jx40/5ceMv+gHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+k&#10;HzL/pB8y/6QfpsAAAJfOAACJ3gAAf/8HAXT/EAJp/xUDX/8cBVf/JAhQ/ywKSv8zDEX/Ow5B/0EP&#10;Pf9HEDr/TRE4/1IRNv9XEjT/XBMy/2ETMf9mFC//axQu/3EVLf93FSz/fRUq/4MWKf+LFin/jhYp&#10;/44WKf+OFin/jhYp/44WKf+OFin/jhYp/44W/2YgA/9hKgX/YTMI/2k2C/9uPQ//cUYV/3NRHP9z&#10;XiP/cG0p/258MP9riTX/aZY5/2ehPf9mqkD/ZLJC/2O5RP9hwkb/YMhH/17NSP9c1Er/W95L+1nk&#10;TPdY6kz0V+9N8FbzTexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN/2YgA/9hKgX/YTMI&#10;/2k2C/9uPQ//cUYV/3NRHP9zXiP/cG0p/258MP9riTX/aZY5/2ehPf9mqkD/ZLJC/2O5RP9hwkb/&#10;YMhH/17NSP9c1Er/W95L+1nkTPdY6kz0V+9N8FbzTexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV&#10;+E3sVfhN/2YgA/9iKgX/YzEI/2s1C/9wPA//c0UV/3VPHP92XSP/c2wq/3B6Mf9thzb/a5Q7/2mf&#10;P/9oqEL/ZrBF/2S4R/9jwEn/YcdK/1/MTP9d0038XN5O+VrkT/VZ6lDxWO9R7Vf0UelX+VDpV/lQ&#10;6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ/2cfA/9jKgX/ZTAI/24zC/90Og//d0MV/3lOHP96WiT/&#10;d2gr/3R2M/9xhDn/bpA//2ybQ/9qpUf/aK1K/2e2TP9lvk7/Y8VQ/2HLUv1f0lT5Xd1V9FvkVvBa&#10;6lfrWPBY51j1V+NZ+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU/2gfA/9jKQX/aC4H/3Ey&#10;Cv93OA//e0IV/31MHP9+WCT/e2Yt/3dzNf90gDz/cYxC/2+XR/9soUv/aqpP/2iyUv9nu1T/ZcRW&#10;/mLKWPlg0Vr1Xtxc8FzkXepa617mWfFf4lr1W9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+Vfc&#10;W/lX/2keA/9kKQX/ay0H/3QwCv97Nw7/f0EV/4FKHP+CVSX/f2Mu/3twNv94fD7/dYlF/3GUS/9v&#10;nlD/bKZU/2quWP1ot1v8ZsBd+mTJYPVh0GLwXtxj6lzlZeVb7GbeWvBj2Fv0YNFd+FvRXfhb0V34&#10;W9Fd+FvRXfhb0V34W9Fd+FvRXfhb/2keA/9lKAX/bisH/3guCv9/Ng7/gz8U/4VIHP+HUyX/hGAv&#10;/4BsOP98eUH/eIVJ/nSQUPtxmVb5bqJa+GuqX/ZosmL0Zrtl82TFaPBi0GvqX91t413nbttb6m3T&#10;XO9ozV7zZMhf91/IX/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/df/2oeA/9mKAX/cSkH/3ssCf+D&#10;NQ3/hz4U/4pHG/+MUCX/iV0v/4VpOv2BdUT6fIBN93iLVfRzlVzxb51i72ylZ+1prWvrZrZv6GPA&#10;cuZhzHXjYN931lzkeM5e6XLJX+1txGDwaL9i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRj&#10;/2sdA/9nJwX/dCcG/38rCP+HMw3/jDwT/49FG/+RTiX/j1ow/ItmO/iGcUbzgXxR73yHWux2kGLo&#10;cZhp5WygcOFoqHXeZLB622K6fthhx3/UYdp/y1/hfsRh5Xe/Yulyu2PtbbZk8We2ZPFntmTxZ7Zk&#10;8We2ZPFntmTxZ7Zk8We2ZPFn/2wdA/9qJgX/dyYG/4IqCP+KMgz/kDsS/5NDGv+WTCT9lVcw95Fi&#10;PPKMbUnshnhU53+BX+J4imnccpJy1m2aeNJqonzOZ6t/y2a0gcllv4PHZM6EwWPdg7pk4ny2ZuZ2&#10;smfqca5o72quaO9qrmjvaq5o72quaO9qrmjvaq5o72quaO9q/20cA/9sJAX/eiQF/4UpB/+OMQv/&#10;lDkR/5hCGf+bSiT4m1Qw8pdfPeuSakvlinNY3oJ8ZNV8hW7Pdo11ynKVesZunX7DbKWCv2qvhL1p&#10;uYa6aMeHt2jah7Fo3oGtaeN6qWvodKZr7G2mbO1tpmztbaZs7W2mbO1tpmztbaZs7W2mbO1t/20c&#10;A/9uIwT/fSIF/4goB/+RMAr/mDgQ/5xAGPufSSP0oVIv7Z1cPeWWZkzdjm9a04d4ZcyBgW7Ge4l2&#10;wXeRe7xzmYC4cKGEtW6qh7JttImvbMGKrWzSiqhs3IWlbeF+om7ld59v63Cfb+twn2/rcJ9v63Cf&#10;b+twn2/rcJ9v63Cfb+tw/24cA/9xIgT/fyEF/4snBv+ULwn/mzcP/6A/F/ikRyHwp08u6KJaPd+b&#10;Y03UlGxay4x1ZcSGfW++gIV2uHyNfLN4lYGvdZ2Fq3Kliahxr4ulcLuMo3DLjaBx2Yidcd+Bm3Lk&#10;eplz6XKZc+lymXPpcplz6XKZc+lymXPpcplz6XKZc+ly/28bA/9zIAT/giAE/44mBv+XLgj/nzYO&#10;/aQ+FfSoRiDsrE0t46dYPNmgYUzNmGpZxZFyZb2Lem62hYJ2sICJfat9kYKneZmGo3eiip91q42c&#10;dLeOmnTGj5h11ouWdt2DlHbifJN253SSduh0knbodJJ26HSSduh0knbodJJ26HSSduh0/28bAv91&#10;HwT/hB8E/5AlBf+aLQj/ojUM+qg9FPGsRR7osEwr36tXO9KkX0vInGhZv5VvZLePd26win92qoWG&#10;faSBjoKffpaHm3uei5d5qI6UeLOPknjCkJF61Y2PetuFjnrhfo165naNeuZ2jXrmdo165naNeuZ2&#10;jXrmdo165naNeuZ2/3AbAv92HgP/hh4E/5MlBf+dLAf/pTQL96s8Eu6xQxzltEsp2q9VOs2oXkrC&#10;oGZYuZptZLGTdW6qjnx2o4qDfZ6Gi4KZgpOHlICbi5B+pY6NfbCQin2+kYp/04+JftqHiH7ff4d+&#10;5XeHfuV3h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3/3AbAv94HQP/iB4D/5UkBP+gKwb/qDIK9K86&#10;Eeu1QhrhuEon1LNTOcirXEm+pGRXtJ5rY6yYcm2kk3l1no6BfJiLiIKSh5CHjYWZi4mDoo6Ggq6R&#10;g4K8kYKDzpGDg9mIgoLfgYKC5HmCguR4goLkeIKC5HiCguR4goLkeIKC5HiCguR4/3EaAv96HAP/&#10;ih0D/5cjBP+iKQX8rDEJ8bM5D+i6QBfdvEglz7ZSOMOvW0i5qGJWr6JqYqeccGyfl3d1mJN+fJKQ&#10;hoKMjY6Hh4qXi4OIoI5/h6uRfIe5kXuHy5F8iNiJfYfegn2G5Hp9huR5fYbkeX2G5Hl9huR5fYbk&#10;eX2G5Hl9huR5/3EaAv98GgP/jRwD/5oiA/+lKAT5ry8H7rg3DOS/PxTYwEYkyrpQN7+zWUe0rGFV&#10;qqZoYaGhbmuZnHV0kph8e4yVg4GGkouGgZCUi3yOno54jamQdoy2kXSNyJF2jtiKd4zdgneK43p3&#10;iuN6d4rjeneK43p3iuN6d4rjeneK43p3iuN6/3IaAv9/GQL/jxsC/50gA/+pJgP2sy0F6r01CeDG&#10;PBDSxEQjxb1PNbq3WEavsV9UpatmYJymbWqUonNzjJ56eoabgYCAmImFepaSiXWUm41yk6aPb5O0&#10;kG2UxZBwldiKcJLdg3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ43txkON7/3MZAv+CFwL/khoC&#10;/6AfAv+tJALyuCoE5sMxBtvMNQ/MyEIhwMJNNLS8VkSptl5Sn7FkXpasa2iOqXFxhqV4eH+if355&#10;oIeDdJ2PiG+cmYtrm6SNaJuyjmebwo5pndiKapndgmuW43trluN7a5bje2uW43trluN7a5bje2uW&#10;43trluN7/3QZAv+FFQL/lhgB/6QcAfuyIAHtvyUC4cwqA9TRMg3HzEEfusdMMa7BVEKjvFxQmbdi&#10;XJCzaWaHsG9ugK12dXmqfXtzqISAbaaNhWill4hlpKOKYqSwi2CkwYtiptmIY6LegWWe43plnuN6&#10;ZZ7jemWe43plnuN6ZZ7jemWe43plnuN6/3YYAv+JEwH/mhYB/6kYAfa4GwHnxxoB29kcAc3WMAvA&#10;0j8dtM1KL6jIUj+dw1pNkr9hWIm7Z2KAuG1rebZ0cXKze3dssYN8Z7CMgGKvloNerqGGXK6vh1qv&#10;v4dbsNqEXazgf16n5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4/3oVAv+OEgH/nxMA/7AT&#10;AO/AEADZ1AwAzt8cAcTdLwm52T0ardNILKHPUDuVy1hJi8dfVILEZV55wmxmcsBybGu+enJmvYJ2&#10;YbuLely7lX1ZuqF/V7qvgFW7v4BVvNl/Vrjjeliy53VYsud0WLLndFiy53RYsud0WLLndFiy53RY&#10;sud0/4ASAf+UEAD/pg8A47gLANLGCgDM1wsAw+MeArniMQqv4D0YpN1GJ5nZTjeN1FZEg9FdT3rP&#10;ZFhyzWpfa8tyZWXKeWpgyYJvW8mLclfIlnVUyKJ3UsiveFHJwHhQytt3Ucboc1LA629Sv+xvUr/s&#10;b1K/7G9Sv+xvUr/sb1K/7G9Sv+xv/4cOAf+bDQDfrgcA0LwIAMfJCADB2wsAt+ggA63nMQ2k5j0Z&#10;meREJo7iTDOE4FQ+e95cR3PdY09r3GpWZdpyXGDaemBb2YNkV9mMZ1PZl2pQ2aNsTtmxbU3awm1M&#10;29xsTdjsak7P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/Bn/48LAOmkBADRtAYAxb8GALzN&#10;CAC06Q4Bqu4iBaLuMw6X7TsZjexCJIPrSS576lM2c+lcPmzpZERn6WxJYuh0TV7ofFFa6IVUVuiO&#10;VlPpmFlR6aNaTumwXE3qvlxM69JdS+rpXUrj81xK4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/Nc&#10;+ZkDANSsAgDFtwQAucMFALDSCACn9hEBnvUkBpX1Mg6K9ToXgfVBIHj1SCdw9VAuavRaNGX0Yzhg&#10;9Gs8XfV0P1n1fEJX9YREVPWNRlH2l0hP9qFKTfasS0v3uUxK98hNSfjgTUj3801I9/RNSPf0TUj3&#10;9E1I9/RNSPf0TUj39E1I9/RN2qMAAMexAgC4uwMArckEAKPZBwCa/RQCkv0nB4f+Lw19/jcUdP8/&#10;G2z/RyBm/04lYP9XKVz/YC1Z/2kwVv9xMlP/eDRR/4A2T/+JN03/kjlL/5w6Sf+mO0j/sTxG/709&#10;Rf/MPUT/5j5E/+c+RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+y6wAALm2AQCswgEAoNACAJXlBwCO&#10;/xgDhP8kBnr/LAtw/zQQaP88FWH/RBlb/0sdVv9TIFP/WyJQ/2MkTf9rJkv/cydJ/3opSP+CKkb/&#10;iitE/5QsQv+eLUH/py5A/7EuP/+8Lz7/zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wu7EA&#10;AKy8AACfyQAAk9kAAIn8CwGA/xcCdv8gBWz/KAlk/zANXf84EFf/QBNR/0cWTf9OGEr/VhlH/1wa&#10;RP9jHEL/aR1A/3AeP/94Hj3/gB87/4ggOv+RITj/myI3/6QiNv+tIzX/uCM1/7kjNf+5IzX/uSM1&#10;/7kjNf+5IzX/uSM1/7kjrbYAAJ/EAACS0gAAhOEAAH3/DQFy/xMCaP8bBF//IwZY/ysJUf8zC0z/&#10;Og1H/0EPQ/9IEUD/ThI9/1QTO/9aFDn/XxQ3/2UVNf9rFjP/chYx/3oXL/+CFy7/ixgs/5MYK/+c&#10;GSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZob8AAJLMAACE3AAAePcAAG7/CgFj/xAC&#10;Wv8VA1L/HQRL/yQGRv8sCEH/Mwk8/zoKOf9ACzX/RQwy/0oNMP9QDS7/VA4s/1kOKv9eDyj/ZA8m&#10;/2oPJf9xECP/eBAi/4ARIP+IER//kREf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ER/1wiA/9X&#10;LQX/WDMH/182Cf9jPQ3/ZUYS/2ZQF/9lXhz/ZG4i/2F8J/9fiiv/XpYu/1yhMf9bqjP/WrI1/1m6&#10;Nv9Ywzf/WM05/1fYOf9W4Dr/VeY7/1TsPP9T8Tz8UvU9+FL5PfVR/T3zUf8981H/PfNR/z3zUf89&#10;81H/PfNR/z3zUf89/1wiA/9XLAX/WjIH/2E1Cf9lPA3/Z0US/2hPF/9oXB3/Zm0i/2N7KP9hiCz/&#10;X5Qv/16fMv9dqTX/W7E3/1q5OP9awTr/Wcs7/1jVPP9X3z3/VuY+/1XrPv1U8D/5U/U/9lL5QPNS&#10;/UDwUv8+8FL/PvBS/z7wUv8+8FL/PvBS/z7wUv8+/10hA/9YLAX/XDAH/2QzCf9oOg3/a0MS/2xO&#10;F/9sWh3/amok/2d4Kf9khS7/YpEy/2GcNv9fpjj/Xq46/122PP9cvj7/W8g//1rSQf9Z3UL/V+VD&#10;/VbqRPlV8ET1VPVF8VT6Re5U/kTsVP9C7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C/14hA/9ZLAX/&#10;Xy4G/2YyCf9sOAz/b0ER/29MF/9xVx7/bmcl/2t1K/9ogjD/ZY41/2SZOf9iozz/YKs+/1+zQf9e&#10;u0L/XcRE/1zORv9a3Ef+WeRI+lfqSfVW8ErwVfZK7VX6SulW/kfnVv9F51b/RedW/0XnVv9F51b/&#10;RedW/0XnVv9F/14hA/9ZKwX/Yi0G/2owCP9vNgz/ckAR/3RKGP91VR7/cmQm/29yLf9sfzP/aYs4&#10;/2aWPP9loED/Y6hD/2GwRv9guEj/XsFK/13LS/9c2k36WuNO9VnqT/BX8VDrVvZR51f7TuRY/0vh&#10;Wf9J4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nhWf9J/18gA/9aKwX/ZSsG/20uCP9zNQz/dz4R/3hIF/95&#10;Uh//d2An/3RuLv9wezX/bYc7/2qSQf9nm0X/ZaRJ/mOsTP1htE77YLxR+l7GU/ld1FX1W+NW71rq&#10;WOlY8lnlWfdW4Fr7U9tb/0/XW/9N11v/Tddb/03XW/9N11v/Tddb/03XW/9N/2AgA/9dKQX/aCkG&#10;/3ErB/94Mwv/fDwQ/31GF/9+UB//fV0o/3lqMP91djj/cYI//G2NRfpql0v4Z59P9mWnU/Rir1bz&#10;YLhZ8V/BXPBdzV7tXOBg6FrsYeFa8mDaW/Zb01z6V89d/VPMXv9RzF7/Ucxe/1HMXv9RzF7/Ucxe&#10;/1HMXv9R/2EfA/9gJwT/ayYF/3UpB/98MQr/gToQ/4NEF/+ETR//g1ko/39mMvx6cjv4dX5D9XGI&#10;S/JtklHvaZpW7WaiW+pjql/oYLJj5l68ZuRcyGnhW9pr3Vrqa9Nc8GbNXvVhyF/5XMRg/FjBYf5V&#10;wWH+VcFh/lXBYf5VwWH+VcFh/lXBYf5V/2IfA/9jJQT/byQF/3koBv+BMAr/hTkP/4hCFv+JSx7/&#10;iVYo+oViM/WAbj3wenlH7HWDUOlwjFjla5Ve4WadZN5jpGnbYK1t11+3b9Rew3DRXtJxzV3nccdf&#10;7mvCYfJmvmL2Ybpj+Vy3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xY/2MfA/9mIwT/ciIE/30n&#10;Bv+FLgn/ijcO/41AFf+PSR76j1Mo9IxfNO6Gaj/pf3RL43h+Vd5yhl7YbY9l02qYas9noG3MZahw&#10;yWOxc8ZivHTEYcl1wWHgdrxj6nG3ZO9qtGXzZbBm9mCuZ/lcrmf5XK5n+VyuZ/lcrmf5XK5n+Vyu&#10;Z/lc/2MeA/9oIQT/dSAE/4ElBf+JLQj/jzUM/5I+FPyURx31lk8o7pFbNOeLZkHghG9O2X15WNF3&#10;gmDMc4pnx2+TbMRsm3DAaaNzvWesdrpmtni4ZcJ5tmXVebJm5nauaOxvqmnwaahp9GOmavdfpmr3&#10;X6Zq91+mavdfpmr3X6Zq91+mavdf/2QeA/9rIAP/eB4E/4QkBf+NLAf/kzQL/5c8EviZRRvwm00n&#10;6JdZNOGQYkLXiWxOzoN1WMh9fmHDeIZovnSObblwlnK2bp51smyneK9qsXutab18qmnNfahq43ql&#10;bOlyomztbKBt8maebvVinm71Yp5u9WKebvVinm71Yp5u9WKebvVi/2UdAv9tHgP/ex0D/4cjBP+Q&#10;Kgb/lzIK/Zw7EPSfQxnsoUsl45xWM9qWYEHPjmlOx4hyWMCCemG6fYJotXmKbrF1knOscpp3qXCj&#10;eqZurH2jbbh+oW3Hf59u4H6ccOd1mnDrb5lx8GiXcfNkl3HzZJdx82SXcfNkl3HzZJdx82SXcfNk&#10;/2UdAv9vHQP/fhwD/4oiBP+TKQX/mzEJ+aA5D/CjQRjnpkkj3qFUMdKaXkDIk2dNwIxvWLmHd2Gz&#10;gn9orn2Hbql6jnOkd5Z4oHSfe51zqH6acbSAmHHCgZZy2IGVdOV4k3TqcZJ172uRdfJmkXXyZpF1&#10;8maRdfJmkXXyZpF18maRdfJm/2YdAv9xGwP/gBsD/4whA/+WKAX/ni8I9qQ3DeyoPxXjq0gg2KZS&#10;MMyeXEDDl2VNu5FtV7OLdGGthnxop4KDbqJ+i3Sde5N4mXmcfJV3pX+SdrCBkHW+go520YKOeON6&#10;jXjoc4x47WyLePFoi3jxaIt48WiLePFoi3jxaIt48WiLePFo/2ccAv9zGgL/ghoC/48gA/+ZJgT+&#10;oi4G86g1C+mtPRPfr0Ye0qlRL8eiWj++m2NMtZVqV66PcmCni3looYeBbpyDiHSXgJB4kn2ZfI58&#10;ooCLeq2CiHq7g4d6zYOHfOJ8h3zndYZ87G6GfPBphnzwaYZ88GmGfPBphnzwaYZ88GmGfPBp/2cc&#10;Av91GQL/hRkC/5IfAv+cJQP7pSwF8Kw0CeayOxDbs0Qdza1PLsOmWT65n2FLsJloVqiUcF+hj3dn&#10;m4t+bpaIhnOQhY54jIKWfIiAoICEf6uCgX+4g39/yoSBgeF9gYHmdoGA62+AgO9qgIDvaoCA72qA&#10;gO9qgIDvaoCA72qAgO9q/2gcAv94FwL/hxgC/5QdAv+fIwP4qSoE7LExB+K3OQ3Vt0IcybBOLb6q&#10;Vz20o19Kq55nVaOYbl+clHVmlpB8bZCNg3OLiot4hoiUfIGGnoB9hKiCe4S1hHmEx4R6huB/e4Xm&#10;d3uF63B7hO5re4Tua3uE7mt7hO5re4Tua3uE7mt7hO5r/2kbAv96FgL/ihcC/5ccAv+jIQL0rScD&#10;6LUuBd69NQrQukAbxLRMLLquVjuvqF5JpqJlVJ6dbF2XmXNmkJV5bIqSgXKFkIl3f42SfHuLm393&#10;iqaCdImzg3KKxIN0jOB/dIvleHWJ6nF2iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1s/2saAv99&#10;FAL/jRYB/5oaAf+mHgHwsSMC5LspA9nCMAnLvT8ZwLhKKrWyVDqqrFxHoadjUpmjalyRn3Fkipt3&#10;a4SYf3F+loZ2eZOPe3SSmX5wkKSBbZCxgmuQwYJtkt1/bpHleG+P6nFwju1scI7tbHCO7Wxwju1s&#10;cI7tbHCO7Wxwju1s/24YAv+AEgH/kBUB/54XAfurGgHstx4B4MMhAdLGLQjGwT0YurxJKK+3Ujil&#10;slpFnK1hUZOpaFqLpW9ihKJ1aX6ffG94nYR0c5uNeW6ZlnxqmKJ/Z5eugGWYv4Flmdh/aJjleGmW&#10;6nFqlO1sapTtbGqU7WxqlO1sapTtbGqU7WxqlO1s/3EWAv+DEQH/lBMB/6IUAPWwFADmvhQA2cwV&#10;AMzKKwfAxjsWtcFHJqq8UTafuFhDlrNgTo2wZliFrG1gfqpzZ3enemxypYJybKOLdmiilHlkoaB8&#10;YKCtfV+hvX5eotR9YaHmdmKd63Bjm+5sY5vubGOb7mxjm+5sY5vubGOb7mxjm+5s/3QTAf+HEAH/&#10;mBAA/qcQAOe3DQDWxQsA0NARAMXPKAW5yzkUrsdFI6PDTzOZv1dAj7teS4a4ZFR+tWtcd7JxY3Gw&#10;eGlrroBtZq2JcmGrk3Vdq554W6qseVmrvHlYrNJ5Wqvoc1yn7G5dpO9qXaTval2k72pdpO9qXaTv&#10;al2k72pdpO9q/3kRAf+MDgD/ng0A3K4IANK7CQDMyAkAx9YOAL3VJQSy0jYRp85CIJzKTC+Sx1Q8&#10;iMNcR3/BYlB3vmlXcLxwXmq7d2NluX9oYLiIbFy3km9Ytp5xVbarc1O3u3NSt9JzVLfrb1ay72pX&#10;r/FnV6/xZ1ev8WdXr/FnV6/xZ1ev8WdXr/Fn/38OAf+TCwDhpQUA0rMHAMm+BwDCywgAvN0OALTd&#10;IwOq2jMNn9ZAHJTTSiqK0FI3gM1aQXjLYUpwyWhRashvV2TGdlxfxX9gWsWIZFbEkmdTxJ5pUMSs&#10;ak/EvGtOxdNqT8XtaFDA82RRvfVhUb31YVG99WFRvfVhUb31YVG99WFRvfVh/4YKAPCaBADUqgQA&#10;yLYGAL7BBQC3zwkAsOMRAKjjJQSf4jUNleA+GYveSCWB3FAweNpYOnDYX0Jp1mdJY9VuT17UdlNZ&#10;039XVdOJWlLTk11P06BfTdOtYEvUvmBK1dhgS9TtXkzR91xMzPlaTMz5WkzM+VpMzPlaTMz5WkzM&#10;+VpMzPla/48DANqiAADKrwMAvbkEALTGBQCr1AkApOoUAZzpKAaT6TQOieg9GH/nRCJ35k4qb+ZX&#10;MmnlXzhj5Wc9X+RvQlrkd0VW5IBJU+SKS1DklE5N5J9QS+WsUUnlu1JI5s9SSOboUkjk+FFI4fxP&#10;SOH8T0jh/E9I4fxPSOH8T0jh/E9I4fxP4ZkAAM2pAAC+swIAs74DAKjLBQCf2gkAmPIYApDyKgeG&#10;8jMOfPE7FnTxQx1s8UsjZvFUKWHxXS1d8WYxWfFuNVbxdjdT8X86UPKIPE3ykj5L8p1ASfOpQUfz&#10;tkJG9MdDRfTfQ0T08ENE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpC0aIAAMCuAACyuAEAp8QC&#10;AJzSBACS7QwAjPscA4L7KAd5+zEMcPw5Emn8QRdi/EkcXPxQIFf8WSNU/WImUf1qKE/9cypM/nss&#10;Sv6DLkj+jS9G/5gxRP+iMkP/rjNB/7s0QP/LND//4zQ//+81P//vNT//7zU//+81P//vNT//7zU/&#10;/+81xKoAALOzAACnvwAAmssAAI/aAgCG/w8Bfv8cA3X/JQZs/y0KZP82Dl3/PhJY/0UVUv9NGE//&#10;VRpM/1wcSf9kHkf/ax9E/3MgQv98IkH/hSM//48kPf+aJTv/pCY6/68mOf+6Jzj/yic4/9woOP/c&#10;KDj/3Cg4/9woOP/cKDj/3Cg4/9wota8AAKe6AACaxgAAjdQAAIHmAQB6/xABcP8YAmf/IQVf/ykH&#10;WP8xClL/OQ1N/0EPSf9IEUX/TxNC/1UUQP9cFT3/YhY7/2kXOf9wGDf/eRk1/4IZM/+MGjL/lxsw&#10;/6EbL/+qHC//tRwu/78cLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cqbUAAJrCAACMzwAAf94AAHb/&#10;BQBs/w4BYv8UAlr/GwNT/yQFTf8rB0f/MwlD/zoKP/9BCzv/Rww4/00NNf9TDjP/WA8x/14PL/9k&#10;EC3/axEr/3MRKf98Eif/hhIl/5ATJP+ZEyP/oxQi/6sUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sU&#10;nL4AAI3LAAB+2gAAcOYAAGf/AABd/woBVP8QAU3/FQJH/x0DQf8kBDz/KwU3/zIGNP84BzD/PQgt&#10;/0MIKv9ICSj/TQkm/1IKJP9XCiL/XQsg/2MLHv9rCxz/cwwa/3wMGP+EDBf/jg0V/5UNFf+VDRX/&#10;lQ0V/5UNFf+VDRX/lQ0V/5UN/1IlA/9NLwT/UTIG/1c1B/9aPAr/W0UO/1pPE/9ZXRf/WG0b/1Z7&#10;H/9ViSL/U5Ul/1KgJ/9RqCn/ULEq/1C4K/9PwSz/T8ot/07WLv9O5C7/Tu0v/07zL/9N+DD/Tfww&#10;/0z/MPxM/zD5TP8v+Ez/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v/1MkA/9NLwT/VDAF/1k0B/9dOgr/&#10;X0MO/15OE/9dWhj/W2oc/1p5If9YhiT/VpIn/1WdKf9Upiv/U64t/1K2Lv9Svi//Uccw/1HSMf9Q&#10;4TL/UOsy/0/yM/9P9zP/Tvw0+07/NPhN/zT1Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y/1Mk&#10;A/9OLgT/Vi8F/1wyB/9gOAr/YkEO/2JME/9gWBj/X2gd/112Iv9bgyb/WY8p/1iaLP9Woy7/Vaww&#10;/1WzMf9UuzP/U8Q0/1PONf9S3jb/Uuk3/1HxN/9R9jj7UPs490//OPRP/zfxUP818FD/NPBQ/zTw&#10;UP808FD/NPBQ/zTwUP80/1QjA/9QLQT/WS0F/18wB/9jNgr/ZkAO/2ZKE/9lVRn/Y2Ue/2FzI/9e&#10;gCj/XIws/1uXL/9ZoTH/WKk0/1ewNf9WuDf/VcE4/1XLOf9U2jr/VOc7/1PwPPtS9j32Ufs98lH/&#10;Pe9S/zvsUv8461L/OOtS/zjrUv8461L/OOtS/zjrUv84/1UjA/9SKwT/XCsF/2MuB/9nNAr/aj4O&#10;/2tIE/9qUxn/aGEf/2ZwJf9jfSr/YIgv/16TM/9cnTb/W6U4/1qtOv9YtTz/V70+/1fHP/9W00H8&#10;VeRC+VXuQ/VU9kTwU/xE7FT/QelV/z/mVf885VX/O+VV/zvlVf875VX/O+VV/zvlVf87/1YiA/9V&#10;KQT/XygF/2crBv9sMgn/bzwN/3BGE/9wUBn/bl0g/2trJ/9oeS3/ZYQy/2KPN/9gmTv+XqE+/Vyp&#10;QftbsUP6WblF+VjCR/dXzkj1VuBK8VbsS+5V9kzpVvxK5Vf/RuJY/0PeWf9A3Vn/P91Z/z/dWf8/&#10;3Vn/P91Z/z/dWf8//1ciA/9ZJwT/YyYE/2soBv9xMAj/dDkN/3VDE/91TRn/dVkh/3FnKf9tdDD9&#10;aoA2+maKPPhjlED2YZxE9F6kSPJcrEvxW7RN71m9UO1YyVLrV9pT51bpVeRX9VThWf1P21r/S9Vb&#10;/0jQXP9Ez1z/RM9c/0TPXP9Ez1z/RM9c/0TPXP9E/1giA/9cJAP/ZiME/28mBf92Lgj/ejcM/3tB&#10;Ev97Sxn/e1Uh/ndjKvlzbzL2bns68mqFQe9mj0fsY5dM6mCfUOhdp1TlW69X41m4WuFXw13fV9Je&#10;2lbmXtZZ81rSXPxVzV7/UMle/0zFX/9JxF//SMRf/0jEX/9IxF//SMRf/0jEX/9I/1khAv9fIgP/&#10;aiEE/3QkBf97LAf/fzUL/4E+Ef+CSBn9glIh935fK/J5azXtc3U+6W6ARuVpiU3hZZFU3mGZWdpf&#10;olzWXapf01yzYdBbvmLOW8xjy1riY8hc8WDGX/pawWD+Vb1h/1G6Yv9NuWL/S7li/0u5Yv9LuWL/&#10;S7li/0u5Yv9L/1khAv9iIAP/bh8D/3gjBP9/Kwb/hDMK/4c8EP6IRRf3iE4h8IRbK+p+ZjbkeHBB&#10;33J6S9ltg1LTaYxYz2aVXMxknV/JYqVixmCuZMNfuGbBXsRnv17YaLxf62a6Y/dftmT7WbNl/lWw&#10;Zf9Qr2X/T69l/0+vZf9Pr2X/T69l/0+vZf9P/1ogAv9lHgP/cRwD/3wiA/+EKQX/iTEJ/4w6DvmO&#10;Qxbxjkwg6opYK+OEYjfbfmxD03h2TM1zf1PIb4dZxGuQXsBpmGK9ZqBlumWoaLdjsmq1Yr5rs2LO&#10;bLBi5WuvZvRkrGf4Xalo/Finaf9Tpmn/UqZp/1Kmaf9Spmn/UqZp/1Kmaf9S/1sgAv9nHAL/dBoC&#10;/38gA/+IJwT/ji8H/ZI3DPSUQBTslUke5JBVKtuKXzfRhGlDyn1yTMR4e1S/dINaunGLX7Zuk2Sz&#10;a5tnr2mkaq1nrWyqZrhuqGbHb6Vm32+lavFoomv2YaBs+VuebP1Wnmz+VZ5s/lWebP5Vnmz+VZ5s&#10;/lWebP5V/1wfAv9qGgL/dxkC/4MfA/+MJQT/ki0G+Zc1C++ZPhLnm0Yc3pZSKdKQXDfKiWZCw4Nv&#10;TLx+d1S3eX9bsnWHYK5yj2WqcJdopm2fbKNsqW6ga7RwnmrCcZxq13Gcbu5rmm/zZJlv+F6XcPxY&#10;l3D9V5dw/VeXcP1Xl3D9V5dw/VeXcP1X/14eAv9sGQL/ehgC/4YdAv+PIwP/lisF9ZszCeufOxDi&#10;oEUZ15tQKMyUWjbEjWNCvIhsTLWCdFSwfnxbq3qEYKZ3i2WidJNpnnKcbZtwpXCYb7BylW69c5Nv&#10;0HOUcutuk3PyZpJz9mCQc/pakHP7WZBz+1mQc/tZkHP7WZBz+1mQc/tZ/18dAv9uFwL/fRcC/4kc&#10;Av+SIgL9mikE8aAwB+ekOQ3epUMX0Z9OJ8eYWDW+kmFBtoxpS6+HcVSpgnlbpH+AYJ98iGWbeZBq&#10;l3aZbZN1onGQc6xzjXO6dItzy3WMdudwjHfwaIt39WKKd/lcinf6Wop3+lqKd/painf6Wop3+lqK&#10;d/pa/2EbAv9xFgL/fxYB/4saAf+VIAL5niYD7aQuBeOpNgrYqUAWzKNMJsKcVjS5ll9AsZBnSqqL&#10;b1Okh3ZanoN+YJmAhWWUfY1qkHuWbox5n3GJeKp0hne2dYR3x3aFeuRyhnvvaoV79GSFe/hdhXv5&#10;XIV7+VyFe/lchXv5XIV7+VyFe/lc/2MaAv9zFAH/gRUB/44ZAf+ZHgH2oSMC6qkqBOCvMgfSrD4V&#10;x6ZLJL2gVTO0ml4/rJVlSqWQbVKejHRZmIh7YJOFg2WOgotqioCTboZ+nXGCfad0f3y0dn18xXZ9&#10;fuBzf3/ua39/82V/fvdef374XX9++F1/fvhdf374XX9++F1/fvhd/2UYAv91EwH/hBQB/5EXAf+c&#10;GwHypSAB5q4mAtu0LgbOrz0Uw6pJI7mkUzGvnlw+p5lkSaCUa1GZkHJZk415X46KgGSJh4hphIWR&#10;boCDmnF8gqV0eYGydneBwnZ2gt10eYTtbHmD8mZ6gvdfeoL4XnqC+F56gvheeoL4XnqC+F56gvhe&#10;/2cXAv93EQH/hxMB/5QVAP6fGADuqhwB4rMhAdW3KgXJszsTvq5IIrSoUjCro1o9op5iR5uZaVCU&#10;lXBYjpJ3XoiPfmSDjYZpfouPbXmJmHF2h6NzcoavdXCGv3Zvh9d1c4ntbXOI8mZ0h/ZgdIf3X3SH&#10;9190h/dfdIf3X3SH9190h/df/2kVAf96EAH/ihEA/5cSAPmjFADqrhUA3bkXAM+6KATEtzkRubJG&#10;IK+sUC+mp1g7naNgRpWfZ0+Om25WiJh1XYKVfGN9k4RoeJGMbHOPlnBvjqBybI2tdGqNvXVpjdJ1&#10;bJDtbW2O8WdujPZgboz3X26M919ujPdfboz3X26M919ujPdf/2wTAf99DwH/jRAA/5sQAPSoDwDl&#10;tQ0A1b8QAMq+JgO/uzcQtLZEHqqxTi2hrVc5mKleRJClZU2JomxVgp9zW3ycemF3moFmcpiKam2W&#10;lG5plZ5xZpSrc2OUunNilc9zZpfsbGeV8WZok/ZgaJL3X2iS919okvdfaJL3X2iS919okvdf/28R&#10;Af+BDgD/kQ4A8qAMANqtCQDTuAoAzsMOAMTCIwO5vzUOr7tCHKS3TCqbs1U3kq9cQYqsY0qDqWpS&#10;fKZxWXakeF5won9ja6CIZ2eekWtjnZ1uX52pcF2duXBcnc1wX5/ra2Gd8mVimvZgYpn3XmKZ915i&#10;mfdeYpn3XmKZ915imfde/3MQAf+FDAD6lgoA26UGANGxCADLuwgAxscLAL3HIAKyxTILqMFAGZ6+&#10;SieUulM0i7ZaPoO0YUd8sWhPda9vVW+tdlpqq31fZamGY2GokGddp5tqWaeoa1enuGxWp8xsWKjp&#10;aFqn9GNbo/heXKP5XVyj+V1co/ldXKP5XVyj+V1co/ld/3gNAP+LCQDfnAMA0qkGAMm0BwDCvgYA&#10;vMwIALXNHAGryy8Jocg9FpfFSCONwlEvhL9YOny8X0N1umZKb7htUGm3dFVktXxaX7SFXluzj2FX&#10;s5pkVLKnZVKyt2ZRs8xmUrPpY1Sy919VrvpbVq37Wlat+1pWrftaVq37Wlat+1pWrfta/34JAPKR&#10;AgDWoQIAyq0FAMC3BQC4wgUAss8JAKvUFwCj0ysGmdA6Eo/ORR+Fy04qfclWNHXHXT1uxWVEaMRs&#10;SWPCc05ewXtTWcGEVlXAj1lSv5tcT7+oXU2/uF5MwM1eTMDqXE6/+VlPvP5VULr+VVC6/lVQuv5V&#10;ULr+VVC6/lVQuv5V/4UCAN2YAADNpgIAwbEDALe6AwCuxgYAp9MKAKDdFQCZ3SgEkNs3DobZQhl9&#10;1kskddRULW3SXDVn0WM8YdBrQVzPckZYz3tJVM6ETVDOj1BNzptSS86pU0nOuVRIz89USM7rU0nO&#10;+FBKy/9OSsr/TUrK/01Kyv9NSsr/TUrK/01Kyv9N548AANGfAADDqwEAt7QCAK2/AwCjywYAm9kK&#10;AJTlGgGN5SsGhOQ1DXvjPxZz4kgebOFSJmbhWixg4GIyW+BqNlfgcjpT33s9UN+FQE3fj0NK4JtF&#10;SOCoRkbguEdF4cxHReDoR0Xf9kZF3v9ERd7/REXe/0RF3v9ERd7/REXe/0RF3v9E2ZcAAMemAAC4&#10;sAAArLkBAKLFAgCY0QYAj+sNAInuHwKA7isGeO00DHDtPRNo7UYZYu1OHl3tVyNZ7WAnVe1oKlLt&#10;cS1P7XkvTO2DMkrujTRH7pg1Re6lN0PvszhC8MQ4QfDfOUHv7zhA7f04QOz/OEDs/zhA7P84QOz/&#10;OEDs/zhA7P84y6AAALqrAACttAAAocAAAJbMAQCL2QUAhPgRAXz4HwJ0+CkGbPgyCmT4Ow9e+UMT&#10;WPlLF1P5UxpQ+VsdTfpkH0r6bCFI+nQjRvp+JUT7iCZB+5MoQPueKT78qyo9/LkrO/3LKzv94is6&#10;/PQrOvz3Kzr89ys6/PcrOvz3Kzr89ys6/PcrvagAAK6wAAChvAAAlcgAAInUAAB+6AUAd/8SAW//&#10;HAJn/yYFYP8vCFn/NwtU/z8OT/9HEUv/ThNH/1YVRP9dFkL/ZBhA/2wZPf91Gjv/fhs5/4kcN/+U&#10;HTb/oB41/6wfM/+5HzP/yB8y/+IgMv/nIDL/5yAy/+cgMv/nIDL/5yAy/+cgsK0AAKK3AACVxAAA&#10;h9AAAHvdAABy/QkAav8RAWH/GQJa/yIDVP8qBU7/MgdJ/zoJRf9BC0H/SAw+/04OO/9VDzj/WxA2&#10;/2IRNP9pETL/chIv/3sTLf+GFCv/khUq/54VKf+pFij/sxYn/8IWJ//HFif/xxYn/8cWJ//HFif/&#10;xxYn/8cWpLQAAJbAAACHzAAAetoAAG3rAABk/wUAXP8OAVT/FAFN/xwCSP8kBEL/LAU+/zMGOv85&#10;Bzb/QAgz/0UIMP9LCS7/UQor/1cKKf9dCyf/ZAsk/2wMIv92DSD/gA0e/4wOHf+XDhz/oQ4b/6wP&#10;G/+uDxv/rg8b/64PG/+uDxv/rg8b/64Pl7wAAIjJAAB51gAAa+MAAF/2AABW/wAATv8KAEf/EAFB&#10;/xYCPP8dAjf/JAMy/yoDL/8wBCv/NgUn/zsFJf9ABSL/RQYg/0oGHv9QBhv/VgcZ/1wHF/9kCBX/&#10;bQgT/3cIEf+BCRD/iwkQ/5UJD/+YCQ//mAkP/5gJD/+YCQ//mAkP/5gJ/0knAv9EMQT/SzEE/1A0&#10;Bv9SOgj/UkML/1FOD/9PXBP/TWsW/0x5Gf9Lhxv/SZMd/0idH/9IpiD/R64h/0e1Iv9GvSP/RsYj&#10;/0bQJP9G4CT/Ruol/0bzJf9G+iX/Rv8l/0b/Jf9G/yX/Rv8k/Ub/I/1G/yP9Rv8j/Ub/I/1G/yP9&#10;Rv8j/0knAv9GLwP/TS8E/1IyBv9VOQj/VUIL/1RND/9SWRP/UGgX/093Gv9OhB3/TJEf/0ubIf9K&#10;pCL/Sqwj/0mzJP9JuyX/SMQm/0jNJv9I3Sf/SOgn/0jxKP9I+Sj/SP8o/0j/KP5I/yj7SP8n+Uj/&#10;JvlI/yb5SP8m+Uj/JvlI/yb5SP8m/0onAv9ILQP/UC0E/1UwBv9YNgj/WUAL/1hLD/9VVhP/VGYY&#10;/1J0G/9RgR7/T44h/06YI/9NoSX/Takm/0yxJ/9LuCj/S8Ep/0vKKv9K2Sr/SuYr/0rwK/9K+Cz/&#10;Sv8s/Ur/LPpK/yv3Sv8p9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj1Sv8o/0smAv9LKwP/UisE/1guBf9b&#10;NAj/XT4L/11JD/9aVBT/WWIY/1dxHf9VfiD/U4oj/1KVJv9Rnij/UKYq/0+uK/9OtSz/Tr0t/03H&#10;Lv9N0y//TOMw/0ztMPxM9jH6TP4x90z/MfVN/y/yTf8t8E3/K/BN/yvwTf8r8E3/K/BN/yvwTf8r&#10;/0smAv9OKQP/VikE/1wrBf9gMQf/YjsL/2JGD/9gURT/Xl8Z/1xtHv9aeiP/WIYm/1aRKf9Vmiz/&#10;U6Iu/1KqMP9RsTH/Ubkz/1DDNP5PzjX7T982+E7rN/VO9TjyTv048E//Ne5Q/zPrUf8x6VH/L+lR&#10;/y/pUf8v6VH/L+lR/y/pUf8v/0wlAv9RJwP/WiYD/2AoBf9lLwf/aDkK/2hDD/9nThX/ZVoa/2Jo&#10;IP9fdiX/XYEq/1qMLv5YljH8V540+1WmNvlUrTj4U7U691K+O/VRyT3zUdo+8FDoP+xQ80DpUf0+&#10;6FP/O+ZU/zjjVf814VX/M+FV/zPhVf8z4VX/M+FV/zPhVf8z/00kAv9UJAP/XSMD/2UlBP9qLQb/&#10;bTYK/25ADv9tSxT/a1Yb/2hkIf5lcSj7Yn0t+F+HMvZckTbzWpk68lihPfBXqUDuVbFC7FS5ROtT&#10;xEbpUtJI5VHlSeJS8kjfVPxE3Vb/QNtY/z3WWf860ln/ONJZ/zjSWf840ln/ONJZ/zjSWf84/04k&#10;Av9YIQP/YSAD/2ojBP9wKwX/czQJ/3Q+Dv90SBT/clIb+29fI/ZrbCryZ3cx72OCN+xgiz3pXZRB&#10;5lqcReRYpEniVqxM4FS0Tt1Uv1DbVM1Q11PiUdJU8E7QV/tKzlr/Rc1c/0LJXP8+xVz/PMVc/zzF&#10;XP88xVz/PMVc/zzFXP88/08jAv9bHwL/ZR0C/24hA/91KQX/eTEI/3o7DP96RBP6eU4b9HZbI+5x&#10;ZyzpbHI15Wh8POFjhUPdYI5I2V2XTNVcn0/SWqdRz1mwU81YulTLWMZVyVfaVsVX7FXDW/lPwl7/&#10;SsBf/0a9YP9CumD/QLpg/0C6YP9AumD/QLpg/0C6YP9A/1IhAv9eHQL/aRoC/3MfA/96JgT/fi8G&#10;/4E4C/uBQRLzgEsa7HxXI+Z3Yy3gcW042m13QNNpgEbPZYlLy2ORT8hgmVLFX6FVwl2qV8Bcs1m+&#10;XL9avFvOW7hb5Vu3XvVVt2L/T7Vj/0qyZP9GsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0OwZP9D/1UfAv9h&#10;GgL/bRgC/3cdAv9+JAP/hCwF/oc1CfWIPhDth0gY5YNUIt5+Xy7UeGk4znNzQMlufEfEa4RMwGiM&#10;Ub1llFS6Y5xXt2KlWrRgrlyyYLlesF/HXq1f31+sYvFZrGX+U6pn/06oZ/9Kpmf/RqZn/0amZ/9G&#10;pmf/RqZn/0amZ/9G/1cdAv9kGAL/cBYC/3scAv+DIgL/iSoE+YwyB++OOw3njkQW3opRIdSEXC3M&#10;fmY4xXhvQcB0d0i7cIBNt22IUrNqkFawaJhZrGagXKplqV+nZLRgpWPCYaNj1WKiZe1domn7V6Fq&#10;/1Gfa/9Mnmv/SZ5r/0mea/9Jnmv/SZ5r/0mea/9J/1kcAv9nFgH/cxUB/34aAf+HIAL/jScD9JIv&#10;BuqUOAvhlEIT1o9OIMyJWS3Fg2M3vn1rQLh5dEizdXxOrnKEU6pvjFenbZRbo2ucXqBppWCeaLBj&#10;m2e9ZJlnzmSYaehhmm35Wplu/1SXbv9Plm7/S5Zu/0uWbv9Llm7/S5Zu/0uWbv9L/1saAv9pFAH/&#10;dhQB/4EYAf+KHQH8kSQC8JcsBOWaNAjcmj8Rz5RMH8aOVyy+iGA3t4JpQLF+cUisenlOp3eAU6N0&#10;iFifcZBcm2+YX5htoWKVbKxkk2y5ZpFryWaQbeRkkXH2XJFy/laQcv9RkHL/TZBy/02Qcv9NkHL/&#10;TZBy/02Qcv9N/10YAf9rEwH/eRMB/4QWAf+OGwH4lSEB65soA+GgMAbVnj0QyphKHsGSVCu5jF42&#10;sYdmP6uCbkemfnZOoXt9U5x4hViYdo1clHSVX5FynmOOcalli3C1Z4lwxWeIcOBminT0Xot2/FiK&#10;dv9SiXb/Tol2/06Jdv9OiXb/Tol2/06Jdv9O/18XAf9uEQH/exIB/4cUAP+RGAH0mR0B56AjAt2l&#10;KwTPoTsPxZxIHbyWUyq0kFw1rItkP6aHbEegg3NNm4B6U5Z9gleSeopcjniSYIp2nGOHdaZmhHSy&#10;aIJ0wmiAdNtog3jyYIR6+1mEef9UhHn/T4R5/0+Eef9PhHn/T4R5/0+Eef9P/2EVAf9wEAH/fhEA&#10;/4oSAP+UFQDwnRkA46UeAdeoKAPLpTkOwZ9GG7eaUSmvlVo0p5BiPqGLakabh3FMlYR4UpCBf1eM&#10;f4dciH2QYIR7mWOAeqNmfXmwaHt5v2l6edZpfHzwYX5++lp+ff5Vfn3/UX59/1F+ff9Rfn3/UX59&#10;/1F+ff9R/2MUAf9yDwH/gRAA/40RAPyYEgDsoRMA36oWANGsJgPHqDcNvKNEGrOeTyeqmVgzo5Rg&#10;PZyQaEWWjG9MkIl2UouGfVeGhIVbgoKOX36Al2N6f6Fmd36taHV+vWlzftJpdoHuYniC+lt4gv5W&#10;eYH/UXmB/1F5gf9ReYH/UXmB/1F5gf9R/2UTAf91DgD/gw4A/5AOAPWbDgDopg4A2a8PAMyvJALC&#10;qzUMuKdDGa6iTiamnVYxnpleO5eVZkSQkW1Li450UYaMe1aBiYNbfIeLX3iGlWJ0hJ9lcYOraG6D&#10;umltg85pb4brY3KH+Vxzhv1Wc4X/UnOF/1Jzhf9Sc4X/UnOF/1Jzhf9S/2gRAf94DQD/hg0A9pMM&#10;AN6gCQDWqQoA0rINAMeyIgK9rzMKs6tBF6qnTCSholUwmZ5dOpKaZEKLl2tJhZRyUICSeVV7j4Fa&#10;do2JXnKMkmJuip1la4mpZ2iJuGhnictoaYvpY2yN+VxtjP1XbYr/Um2K/1Jtiv9SbYr/Um2K/1Jt&#10;iv9S/2sQAf97CwD/igoA4pgGANajCADQrAkAy7ULAMG2HwG4tDEJrrA/FqSsSiKcqFMulKRbOIyg&#10;YkCGnmlIgJtwTnqZd1N1ln5YcJSHXGyTkGBokptjZJGnZWKQtmZgkclmYpLnYmWU+Fxnkv1XZ5H/&#10;UmeR/1Jnkf9SZ5H/UmeR/1Jnkf9S/24OAP9/CQDxjgUA2ZsFAM+mBwDJrwcAxLkIALu6HAGyuC8H&#10;qLU9E5+xSCCWrlErjqpZNYanYD6ApWdFeqJuS3SgdVFvnnxVapyFWWabjl1implgXpmmYlyZtGNa&#10;mcdjW5rlYF+b91tgmv5WYZj/UmGY/1JhmP9SYZj/UmGY/1JhmP9S/3ILAP+DBQDfkwEA0Z8EAMmq&#10;BgDBsgUAu70EALS/GACrviwFors6EZm4RR2QtU8oh7JXMoCvXjp5rWVCc6tsSG6pc01pp3pRZKaD&#10;Vl+kjVlco5hcWKOkXlajs19Vo8ZfVaTkXVik9lhao/9UW6H/UFuh/1Bbof9QW6H/UFuh/1Bbof9Q&#10;/3cHAPCJAADWmAAAy6QDAMGtBAC5tgMAssAEAKvFFACjxSgEm8I3DpHAQxmJvUwkgLpVLnm4XDZy&#10;tmM9bbRqQ2ezcUhisXlMXrCBUFqvi1RWr5dWU66jWFCusllPrsZZT67kWFGu9lRTrv9QVKz/TVSs&#10;/01UrP9NVKz/TVSs/01UrP9N/30AAN+PAADOnQAAw6gCALmwAgCwugIAqMQFAKHMDwCbzCMCksoz&#10;ConIPxWBxkkfecRSKHLCWjBrwWE3Zr9oPGG+cEFcvXhFWLyBSVS8i0xRu5ZPTrujUUy7s1JKu8ZS&#10;SrvkUUy79k5Nuv9LTrn/SU65/0lOuf9JTrn/SU65/0lOuf9J74UAANSVAADHowAAuqwBALC0AACn&#10;vwMAnskGAJXUCwCQ1R0BidQuBoDSPBB40EYZcc9PIWrOWClkzV8vX8xnNFrLbjlWync9UsqAQE/J&#10;i0NMyZdFScmkR0fJs0hGyshIRsrmR0fJ90VHyP9DSMf/QkjH/0JIx/9CSMf/QkjH/0JIx/9C3o0A&#10;AMucAAC9pwAAsbAAAKa6AACcxAMAk88HAIrdDACF3x0Bft8sBXbeNwtv3kMTaN1NGmLcVSBd210m&#10;WNtlKlTabS5Q2nYyTdqANUraizdH2pc5RdqkO0PbtDxC3Mg8QtvlO0La9DpC2f46Q9j/OUPY/zlD&#10;2P85Q9j/OUPY/zlD2P850JYAAMGjAACyrAAAp7UAAJzAAACRygMAh9YHAIDpEQB56SACcuksBWvp&#10;Ngpk6T8PXulIFFnpURlV6FocUeliIE7payNL6XQlSOl9J0bpiCpD6ZMrQeqgLUDqry4+68AuPezb&#10;Lj3q7y496PwuPef/LT3n/y095/8tPef/LT3n/y095/8txZ8AALWpAACosQAAnLwAAJDHAACE0gEA&#10;et8GAHT0EwBt9CACZvQqBF/0NAha9T0LVPVFD0/1TBJM9VUUSfZdF0b2ZRhE9m4aQfZ3HD/3gR09&#10;940fO/eZIDn4piE4+LUiN/nIIjb54yI2+PMiNvf8Ijb3/CI29/wiNvf8Ijb3/CI29/wit6YAAKmu&#10;AACcuQAAkMQAAIPPAAB32wAAb/YKAGf/EwFg/x0CWv8nA1T/MAVP/zgISv9ACkb/SAxD/08OQP9W&#10;Dz3/XhA7/2USOP9uEzb/dxQ0/4IVMv+PFjD/mxcv/6kXLv+3GC3/yBgs/+EYLP/vGCz/7xgs/+8Y&#10;LP/vGCz/7xgs/+8Yq6sAAJ61AACQwQAAgswAAHXZAABp5AAAYf8JAFv/EQBU/xkBTv8iAkn/KwRE&#10;/zIFQP86Bjz/QQc5/0cINv9OCTP/VAox/1sLLv9iDCz/awwp/3UNJ/+ADiX/jQ4k/5oPI/+mECL/&#10;sxAh/8EQIf/QECH/0BAh/9AQIf/QECH/0BAh/9AQn7IAAJG+AACDygAAddYAAGfiAABb8QAAVP8G&#10;AE7/DgBI/xQBQv8cAj3/JAI5/ysDNf8yBDH/OAQu/z4FK/9DBSj/SQYl/08GI/9WByH/XQce/2UI&#10;HP9vCBn/egkX/4cJFv+UCRX/nwoU/6oKFP+zChT/swoU/7MKFP+zChT/swoU/7MKk7sAAITHAAB1&#10;0wAAZ+EAAFjoAABO+wAASP8AAEH/CgA7/xABNv8VATH/HAEt/yICKf8oAiX/LQIi/zIDH/84Axz/&#10;PQMa/0IDF/9IBBX/TgQT/1UEEf9dBQ//ZwUN/3IFDP99BQr/iQYK/5MGCf+cBgn/nAYJ/5wGCf+c&#10;Bgn/nAYJ/5wG/z8qAv8/MAP/RDAD/0gzBP9JOQb/SEII/0ZNC/9FWw7/Q2kR/0F3E/9AhRX/P5EW&#10;/z6bGP8+pBj/PasZ/z2zGv89uhr/PcMa/zzMG/882xv/POcb/zzwG/88+Bv/Pf8b/z3/G/89/xv/&#10;Pf8a/z3/Gf89/xn/Pf8Z/z3/Gf89/xn/Pf8Z/0AqAv9BLgP/Ry4D/0oxBP9MNwb/S0AI/0pLC/9I&#10;WQ//RmcR/0R1FP9Dghb/Qo8Y/0GZGf9Bohr/QKkb/0CxG/8/uBz/P8Ac/z/JHf8/1h3/P+Ud/z/v&#10;Hf8/9x7/P/4d/z//Hf8//x3/QP8c/kD/G/5A/xv+QP8b/kD/G/5A/xv+QP8b/0AqAv9DLAP/SSwD&#10;/00vBP9PNQb/UD4I/05JDP9MVg//SmQS/0hyFf9Hfxj/RosZ/0WWG/9Enxz/RKcd/0OuHv9DtR//&#10;Qr0f/0LGIP9C0SD/QuIh/0LtIf9C9SH/Qv0h/UL/IftD/yD6Q/8f+UP/HvlD/x75Q/8e+UP/HvlD&#10;/x75Q/8e/0EpAv9GKgP/TCkD/1EsBP9TMgb/VDwI/1RHDP9RUg//T2AT/01vF/9MfBn/Sogc/0mS&#10;Hv9Imx//R6Mh/0erIv9GsiP/Rroj/0bDJP9FzSX/Rd4l/0XqJvxF9Cb5Rfwm9kX/JvVG/yT0Rv8j&#10;80f/IfNH/yHzR/8h80f/IfNH/yHzR/8h/0IoAv9JJwL/UCYD/1UoBP9YLwX/WjkI/1pEDP9XTxD/&#10;VVwU/1NqGP9Rdxv/T4Mf/06OIf9NlyP/TJ8l/0unJv9Krif/SrYp/km+Kv1JySr6SNkr90jnLPRI&#10;8izxSPss70n/Ku1K/yjsSv8n60v/JetM/yXrTP8l60z/JetM/yXrTP8l/0MoAv9NJAL/VCMD/1ol&#10;A/9eLAX/YDYH/2BBC/9eTBD/W1cV/1lmGf9Xch7/VX4i/lOJJfxRkyj6UJsq+U+jLPdOqi72TbIv&#10;9Ey6MPNMxDLyS9Ez7kvkNOpK8DTnS/oz5U3/MORO/y3iT/8r4VD/KeFQ/ynhUP8p4VD/KeFQ/ynh&#10;UP8p/0YlAv9QIQL/WCAC/18hA/9kKgT/ZjMH/2Y9C/9lSBD/YlMV/2BhG/xdbSD4Wnkl9ViEKfNW&#10;jS3wVJYw7lKeM+1RpTXrUK036U61OedOvzvmTcw840zgPd9N7jzcT/k52VH/NdZS/zLUU/8w01T/&#10;LdNV/y3TVf8t01X/LdNV/y3TVf8t/0ojAv9UHgL/XBwC/2QfAv9pJwT/bDAG/206Cv9sRA/9ak8V&#10;+GdcHPNjaCLvYHQo611+LuhaiDPlV5E341WZOuBToD7eUqhA3FGxQdlQu0LWUMhD01DcRM9Q7EPM&#10;Uvg/y1X/O8lX/zfIWP80x1n/MsZZ/zHGWf8xxln/McZZ/zHGWf8x/00gAv9XGwL/YBkC/2kdAv9v&#10;JQP/ci0F/3Q3CP1zQQ72cUsU8G5YHOpqZCTlZW4r4GF5M9xegjjYXIs801qUP9BYnELOV6NEy1Ws&#10;RslVtUfHVMBJxVTQScJT5knAVvVFvln/QL1b/zy8XP85u13/Nbpd/zW6Xf81ul3/Nbpd/zW6Xf81&#10;/1AeAv9bGQH/ZBYB/20bAv90IgL/eCoE/3ozB/Z6PQzveEcT53VUG+FwXyXaa2ot02d0NM5kfTrK&#10;YYY/x1+OQsRdlkXBW55Iv1qmSrxZr0y6WLpNuFjITrZY3060WfBLs1z9RbJf/0CyYP88sGH/ObBh&#10;/ziwYf84sGH/OLBh/ziwYf84/1IbAf9eFgH/aBQB/3IZAf95HwL/ficD+YAwBfCBOQrngEMR4HxQ&#10;GtZ3WyTPcmYuyW1vNcRqeDvAZ4FAvGSJRLlikUi2YJlKs1+hTbFdqk+uXLRRrFzBUqpc1FKoXetQ&#10;qGD6Sahj/0SoZP9ApmX/PKZl/zumZf87pmX/O6Zl/zumZf87/1UZAf9hFAH/bBIB/3YXAf99HAH/&#10;gyMC9IYsBOqINQfhh0AO1oJMGc19WCTGd2ItwHNrNbtvdDy3bHxBs2mERq9njEmsZZRMqWOcT6Zi&#10;pVGkYa9TomC8VaBgzVWeYOZUnmT3TZ9n/0efaf9Dnmn/P51p/z2daf89nWn/PZ1p/z2daf89/1cX&#10;Af9jEgH/bxEB/3kUAf+BGQH7hyAB74wnAuSOMAXajT0Mz4dKGMeCVSO/fV8tuXhoNbN0cDyvcXhC&#10;q26ARqdsiEqkaZBOoGiYUZ1moVObZatVmGS4V5ZkyFiUZOFYlWj0UJZr/0qXbP9Flm3/QZZt/0CW&#10;bf9Alm3/QJZt/0CWbf9A/1kVAf9mEAH/chAA/30SAP+FFgD2jBsB6pEiAd+UKwPTkToLyYxHF8CH&#10;UyK5glwssn1lNa15bTyodXVCo3N9R6BwhEucboxOmWyVUpVrnlSSaahXkGm0WY5ow1mMaNxajWzy&#10;U49u/0yQcP9Hj3H/Q49x/0GPcf9Bj3H/QY9x/0GPcf9B/1sUAf9oDwD/dQ8A/4ARAP+JEwDykBcA&#10;5ZYcANmZJgLNlTgKxJBFFruLUSGzhlosrYJjNKd+azuhenJBnXd6Rpl1gUuVc4lPknGRUo5vm1WL&#10;bqVYiG2wWoZsv1uEbdVbhm/vVYhy/U6JdP9JiXT/RIh0/0OIdP9DiHT/Q4h0/0OIdP9D/10SAf9r&#10;DgD/eA4A/4MPAP2MEADtlBIA4JoVANOcJALImTYJv5RDFbaPTyCuilgrp4ZhM6GCaDucf3BBl3x3&#10;RpN5fkuPd4ZPi3WPUohzmFaEcqJYgXGuWn9xvFx9cdBcf3PsVoF2+0+DeP9Kg3j/RYJ4/0SCeP9E&#10;gnj/RIJ4/0SCeP9E/18RAf9tDAD/eg0A/4UNAPKPDQDnmA0A258OAM6fIgHEnTQIuphCFLKTTR+q&#10;j1Yqo4pfMpyGZjqXg21AkoB1RY1+fEqJfIROhXqMUoJ4lVZ+d6BZe3arW3l1ulx3ds1ceHfqWHt6&#10;+lF9fP9LfXz/Rn18/0V9fP9FfXz/RX18/0V9fP9F/2EQAf9vCwD/fQsA9YgKAN+TCADYmwoA06IM&#10;AMmjHwG/oDIHtpxAE62XSx6lk1Qono9dMZiLZDmSiGs/jYVyRYiDekqEgIFOgH+KUnx9k1V4fJ1Y&#10;dXupW3J6uFxxespccnzoWHV++VF3gP9Md4D/R3eA/0Z3gP9Gd4D/RneA/0Z3gP9G/2QPAP9yCQD/&#10;fwgA5YwFANiWBwDRngkAzqUKAMSmHQG6pC8GsaA+EaicSR2gmFMnmZRbMJOQYjiNjWk+iIpwRIOI&#10;eEl+hn9NeoSIUXaCkVVygZtYb4CnWmx/tVxrgMhca4HlWW6D91JxhP9NcoT/SHKE/0dyhP9HcoT/&#10;R3KE/0dyhP9H/2YNAP91BwD2gwUA3I8DANKYBgDMoQcAyKgIAL+pGgC1qC0FrKQ8EKSgRxucnVEl&#10;lJlZL46WYDaIk2c9gpBuQ32Odkh5jH1MdIqFUHCIj1Rsh5lXaYalWWaGs1tlhsVbZYbjWWiI9lJr&#10;iv9NbIr/SGyJ/0dsif9HbIn/R2yJ/0dsif9H/2kLAP94BADlhwAA1pIDAM2cBQDGpAYAwasGALmt&#10;FwCwrCsEp6k6Dp+mRRmWok8jj59XLYicXzWCmWY7fZdsQXiVc0Zzk3tLbpGDT2qPjVJmjpdVY42j&#10;WGCNsVlfjcNaXo3gWGKP9VJkkP9NZpD/SGaP/0dmj/9HZo//R2aP/0dmj/9H/2wIAP58AADeigAA&#10;0JYCAMifBADApwQAua4DALKyFACqsSgDoa83DJmsQxeRqE0hiaVVKoKjXDJ8oGM5d55qPnKccURt&#10;mnlIaJmBTGSXi1BglpVTXZaiVVqVsFdZlcFXWJXeVluW81Bdl/9MX5f/R2CW/0Zglv9GYJb/RmCW&#10;/0Zglv9G/3ADAOuBAADWjwAAypoBAMGjAwC5qgIAsbIBAKq3EQCjtyQCm7U0CpOyQBSKr0oeg61T&#10;J3yrWi52qGE1cKdoO2ulb0Bno3dEYqJ/SF6hiUxaoJRPV5+gUVSfrlNTn8BTUp/dUlWf805XoP9K&#10;WaD/Rlmf/0VZn/9FWZ//RVmf/0VZn/9F/3UAAOCGAADPkwAAxJ8BALqnAQCxrgAAqbYAAKG9DQCb&#10;vSABlLwxB4u6PRCDt0gafLVQInWzWCpvsl8warBmNmWvbTtgrXU/XKx+Q1irh0dVqpNKUaqfTE+q&#10;rk1NqsBNTarcTU6q8klQqv5GUqn/Q1Kp/0JSqf9CUqn/QlKp/0JSqf9C8nwAANeMAADImQAAvaMA&#10;ALKrAACpsgAAoLsCAJfECQCSxRsAi8QsBIPCOgx7wUQVdL9OHW69ViRovF0qY7tkMF+6bDRauXQ5&#10;Vrh8PFO3hz9Pt5JCTLafREq2rUZItsBGSLfdRUm28kNKtf9BS7X/Pku0/z1LtP89S7T/PUu0/z1L&#10;tP894oMAAM2SAADBnwAAtKcAAKqvAACguAAAlsADAIzKBwCGzRQAgc0mAnrMNQhzy0EPbMpKF2bJ&#10;Ux1hyFsjXMdiKFjGaixUxnIwUMV8M03FhjZKxJI5R8SfO0XErjxExcE8Q8XfPETE8ztEw/85RcL/&#10;N0XB/zdFwf83RcH/N0XB/zdFwf831YsAAMWaAAC3pAAAq6wAAKC0AACWvgAAi8cEAIHQCAB42Q4A&#10;ddkgAW/YLwRp2DwJY9ZGEF7WUBVZ1VgaVdRgH1HUaCJO1HEmS9N7KUjThStF05IuQtSfL0HUrzA/&#10;1cIxP9XhMD/T8jA/0v0vP9H/Lj/Q/y4/0P8uP9D/Lj/Q/y4/0P8uypQAALuhAACtqQAAorEAAJa7&#10;AACLxAAAgM0DAHXYCABv5BEAauQgAWTkLQNe5DgHWeRBC1XkSw9R5FQSTeRdFkrkZRhH5G4bReR3&#10;HULkgh9A5I4hPuWbIzzlqiQ75rwkOubTJDnl7iQ54/ojOeL/JDni/yQ54v8kOeL/JDni/yQ54v8k&#10;v54AAK+mAACjrgAAl7gAAIrCAAB+zAAAc9YCAGnlCQBk7xQAX/AgAVnwKwNU8DUFT/A+B0vxRgpH&#10;8U4MRPFXDkLxXxA/8mcSPfJwFDryexU484cWNvOUGDX0ohkz9LEZMvXFGjH14hox9PEZMfH+GTHx&#10;/xkx8f8ZMfH/GTHx/xkx8f8ZsqQAAKWrAACYtgAAi8AAAH7KAABx1QAAZd4AAF71CgBZ/BMAU/we&#10;AU78JwJK/TADRf05BUH9QAY+/kgHO/5PCTj/Vwo2/14LM/9nDDH/cA0u/3wOLP+JDyv/lhAp/6QQ&#10;KP+0ESf/xxEn/+ERJv/yESb/9hEm//YRJv/2ESb/9hEm//YRp6kAAJmzAACLvgAAfskAAHDTAABk&#10;3gAAWOcAAFL/CQBN/xEAR/8ZAUP/IgE+/yoCOv8yAzf/OQMz/z8EMP9GBS3/TQUr/1QGKP9bByb/&#10;Ywcj/20IIf95CR//hwke/5UKHf+jChz/sQob/8ALGv/WCxr/3wsa/98LGv/fCxr/3wsa/98Lm7EA&#10;AI28AAB+xwAAcNIAAGPeAABV5AAAS/UAAEb/BQBA/w4AO/8UADf/GwEz/yMBL/8pAiv/MAIo/zUC&#10;Jf87AyL/QQMf/0cDHf9OAxr/VQQY/14EFf9oBRP/dAUR/4IFEP+QBhD/nQYP/6kGDv+1Bg7/ugYO&#10;/7oGDv+6Bg7/ugYO/7oGjroAAH/FAABw0QAAYt4AAFTlAABG6wAAP/4AADn/AAA0/wkAL/8OACv/&#10;FAAn/xoBI/8hAR//JQEc/yoBGf8vARb/NAIU/zoCEf9AAhD/RgIO/04CDP9WAgn/YAMH/2wDBP94&#10;AwP/hgMC/5EDAf+dAwH/oQMB/6EDAf+hAwH/oQMB/6ED/zYtAv85LgL/Pi4D/0AyA/9AOAT/PkEG&#10;/zxMCP86Wgr/OGgM/zZ2Dv81gw//NI8Q/zOZEf8zoRH/M6kS/zKwEv8ytxL/Mr8S/zLIE/8y0xP/&#10;MuMT/zLtE/8y9hL/M/4S/zP/Ev8z/xL/M/8R/zP/Ef8z/xD/M/8Q/zP/EP8z/xD/M/8Q/zYtAv87&#10;LAL/QCwD/0MvA/9DNQT/Qj4G/0BKCP8+Vwv/PGUN/zpzD/84gBD/N4wR/zeWEv82nxP/NqcT/zau&#10;FP82tRT/NrwU/zXFFf810BX/NeAV/zbrFf829BX/Nv0U/zb/FP82/xT+N/8T/jb/E/02/xL9Nv8S&#10;/Tb/Ev02/xL9Nv8S/zcsAv8+KgL/QyoC/0YtA/9HMgT/RjwG/0VICP9DVQv/QWIN/z9wEP89fRH/&#10;PIkT/zuTFP87nBX/OqQW/zqrFv86shf/OrkX/znCF/85zBf/Od0Y/znpGP858xj/OvsY/Dr/F/o6&#10;/xf5Ov8W+Dr/Fvg6/xX4Ov8V+Dr/Ffg6/xX4Ov8V/zkrAv9BJwL/RicC/0opA/9LLwT/TDkG/0tF&#10;CP9IUQv/Rl4O/0RsEf9CeRP/QYUV/0CPF/9AmBj/P6AY/z+nGf8+rhr/PrYa/z6+G/8+yBv/PdYc&#10;/j3mHPs+8Rz4Pvoc9T7/HPM+/xryP/8Z8T//GfE//xjxP/8Y8T//GPE//xjxP/8Y/z0oAv9FJAL/&#10;SiMC/04lA/9RLAT/UjYG/1FBCP9PTQz/TFoP/0pnEv9IdBX/R4AX/0aLGf9FlBv/RJwc/0OkHf5D&#10;qx79QrIf/EK6IPpCxCD5QtAh9kHiIfJC7iLvQvki7UL/IOtD/x/qQ/8d6UT/HOhE/xvoRP8b6ET/&#10;G+hE/xvoRP8b/0AlAv9IIQL/TyAC/1MhAv9XKQP/WTMF/1g+CP9WSQz/UlUQ/1FjFP9Pbxf+TXsa&#10;+0uGHflKjx/3SZgh9kifIvRHpiTzR64l8Ua2JvBGvyfvRcso7EXeKehF7CnlRvgo4kf/JuFI/yTf&#10;Sf8i3kn/IN1J/x/dSf8f3Un/H91J/x/dSf8f/0MiAv9MHgH/UxwC/1keAv9dJgP/XzAE/186B/9d&#10;RQv/WlAQ/VheFfhVahn1U3Yd8lGAIe9PiiTtTZMm60yaKelLoivnSqks5UmxLuRIuy/iSMcx4EjZ&#10;MdxI6jHYSfYu1Ev/K9JM/ynQTf8mz07/Jc5O/yPOTv8jzk7/I85O/yPOTv8j/0cfAf9QGgH/VxgB&#10;/14cAf9jIwL/ZiwE/2Y2Bv9kQQr6YkwP9F9ZFe9cZRvrWXAg51Z7JeRUhCnhUY0t3lCVMNxPnTLZ&#10;TqUz1k2tNdNNtzbRTMI3z0zROMxM5jjJTfQ1x0//McVR/y7EUv8rw1P/KcJT/yfCU/8nwlP/J8JT&#10;/yfCU/8n/0ocAf9UFwH/XBUB/2MZAf9pIAL/bCkD/20yBflsPQnyaUcO62ZUFeVjYBzgX2si21x1&#10;KNZZfy3SV4gwz1WQM8xUmDbKU6A4x1KnOsVRsDvDULs8wVDJPb9Q3z28UfA7ulP8N7lV/zO4V/8v&#10;t1j/LbdY/yu3WP8rt1j/K7dY/yu3WP8r/00aAf9XFAH/YBIB/2gXAf9uHQH/ciUC+3MuA/JzOAfp&#10;cUMN4m5QFNtpXBzTZWYkzmJwKslfei/GXIIzw1uKNsBZkjm9WJo7u1aiPrhVqz+2VbVBtFTCQrJU&#10;1EKwVepBrlf5PK5Z/zetW/8zrVz/MK1d/y6tXf8urV3/Lq1d/y6tXf8u/1AXAf9aEgH/ZBAA/20U&#10;AP9zGgH/dyEB9HkpAup6MwXieD8K2XRME89wWBzJa2IkxGhsK79ldTC7Yn01uGCFOLVejTyyXJU+&#10;r1udQa1apkOrWa9EqVm8RadYzEakWOVGpFv2QKNe/zujX/83o2D/M6Nh/zGjYf8xo2H/MaNh/zGj&#10;Yf8x/1MVAf9dEAD/aA8A/3ASAP93FgD7fBwB7n8kAeSALQPafzsIz3pJEsd1VBvBcV8ku21oK7Zq&#10;cDGyZ3k2r2WAOqtjiD2oYZBApmCYQ6NeoUWgXqtHnl23SJxdxkmaXN9Jml/yRJpi/z6aY/85m2X/&#10;Nptl/zObZf8zm2X/M5tl/zObZf8z/1UTAf9gDgD/aw4A/3QQAP97EgD1gRcA6IQeAN6HJwHRhDcH&#10;yH9GEcB7URu5dlsjtHJlK69vbTGqbHU2p2p8OqNohD6gZoxBnWSURJpjnUeXYqdJlWGyS5NhwUyR&#10;YdhMkWPvR5Jl/UGSZ/88k2n/OJNq/zWTav81k2r/NZNq/zWTav81/1cRAf9jDQD/bgwA/3cOAP9/&#10;DwDwhREA44kWANaLIwHLiDUGwoRDELqATxqze1kjrXdiKqh0ajGjcXE2n255O5xsgT+YaohClWmR&#10;RZJnmkiPZqNKjWWvTIplvU2JZdFOiWfsSopp+0OLa/8+jG3/Ooxu/zeMbv83jG7/N4xu/zeMbv83&#10;/1kQAP9lCwD/cQsA/3oLAPGCDADoiQ0A3Y4OAM+PIAHGjTIGvYlBD7WETRmugFYip3xfKqJ4ZzCd&#10;dW82mXN2OpVxfT+Sb4VCjm2ORotslkmIaqBLhWqsTYNpuk+BacxPgWroTINt+UWEb/8/hXD/O4Zx&#10;/ziGcf84hnH/OIZx/ziGcf84/1sPAP9nCAD/cwgA830IAN6GBwDZjAkA1ZELAMqSHgDBkDAFuI0/&#10;DrCIShiphFQhooBdKZ19ZTCYemw1k3dzOo91ez6Mc4JCiHKLRoVwlEmCb55Mf26pTnxtt097bclQ&#10;em7mTXxx+EZ+c/9Bf3T/PYB1/zqAdf86gHX/OoB1/zqAdf86/10OAP9qBgD/dgYA5IADANmJBgDS&#10;jwgAz5QKAMWWGwC8lC4Es5E9DauNSBekiFIgnoVbKJiBYy+Tfmo1jnxxOYp6eD2GeIBCg3aIRX91&#10;kUl8c5tMeXKnTnZytVB0csZQdHLjT3Z19kd4d/9Cenj/Pnt5/zp7ef86e3n/Ont5/zp7ef86/18M&#10;AP9sBAD1eQIA3oMCANOLBQDNkgcAyZcIAMCZGQC3mCwDr5U7DKeRRxafjVAfmYlZJ5OGYS6Og2g0&#10;iYFvOYV/dj2BfX5BfXuGRXl6j0l2eJlMc3elTnB3slBud8RQbXfgT3B59Uhye/9DdHz/PnV9/zt1&#10;ff87dX3/O3V9/zt1ff87/2EKAP9vAgDofAAA2YYBAM+OBADIlQYAw5oGALucFgCznCoDqpk5C6KV&#10;RRSbkU4dlI5XJo6LXy2JiGYzhIZtOICEdD17gntBd4CERXR/jUhwfZdLbXyjTmp8sE9ofMFQZ3zd&#10;UGp+80ltgP9DboH/P2+B/zxvgf88b4H/PG+B/zxvgf88/2QIAP9yAADhfwAA04kBAMqSAwDDmAQA&#10;vZ4EALagEwCuoCcCpZ02CZ2aQxOWl00cj5NVJImRXSuEjmQxf4xrN3qKcjt2iHlAcoaCRG6Fi0dq&#10;g5VKZ4KhTWSCrk9igr9PYYLaT2SE8klmhf9DaIb/P2qG/zxqhv88aob/PGqG/zxqhv88/2cEAPZ2&#10;AADcggAAzo0AAMWVAgC+nAMAt6ECAK+kEQCopCQCoKI0CJifQBGRnEoaiplTIoSXWyl+lWIweZJp&#10;NXWQcDpwj3c+bI1/QmiMiUZlipNJYYmfS16JrE1dib1OXInWTV6K8Ehgi/5DYov/P2OM/zxjjP88&#10;Y4z/PGOM/zxjjP88/2oAAOZ6AADVhgAAyZEAAMCZAQC4nwEAsKUAAKipDgCiqSEBmqgxBpOlPg+L&#10;o0gYhKBRIH6eWSd4nGAtc5pnMm+YbjdqlnU8ZpV9P2KUh0NfkpFGW5KdSVmRq0pXkbtLVpHTS1eS&#10;70dakv1CXJP/Pl2T/ztdk/87XZP/O12T/ztdk/87/24AAOB+AADOiwAAxJUAALqdAACxowAAqakA&#10;AKGuCwCbrx0BlK4uBIysOwyFqkYVfqhOHHimViNypF0qbaJkL2mhazRkn3M4YJ57PFydhT9ZnI9C&#10;VZucRVObqkdRm7pHUJvRR1Gb7kRTm/xAVZv/PFab/zpWm/86Vpv/Olab/zpWm/868XQAANmDAADI&#10;kAAAvpoAALOhAACqpwAAoa4AAJe1BgCSthgAjLUqA4W0Nwl+skIRd7BMGHGuVB9srVslZ6tiKmKq&#10;aS9eqXEzWqh6N1angzpTpo49UKabQE2lqUFLpbpCS6bRQkul7T9Npfw8TqT/OU+k/zdPpP83T6T/&#10;N0+k/zdPpP835HoAAM+JAADClQAAtp8AAKylAACirAAAmLMAAI67AgCIvRIAg70lAXy8MwZ2uz8N&#10;b7pJFGq4URplt1kfYLZgJFy1ZylYtG8sVLN4MFGzgjNNso02SrKaOEixqDpGsrk6RbLROkax7TlH&#10;sPw2R7D/NEiv/zNIr/8zSK//M0iv/zNIr/8z24IAAMeQAAC7nAAArqMAAKSqAACZsQAAj7kAAITA&#10;AwB7xg0AeMYeAHPGLgNtxToIZ8RFDmLDThNdw1YYWcJeHVXBZiFRwW4kTsB3KEvAgStIv4wtRb+a&#10;L0O/qDFBv7oxQcDSMUG+7jBBvf0vQbz/LkG8/y1BvP8tQbz/LUG8/y1BvP8tzooAAL+YAACxoAAA&#10;pqgAAJuwAACQuAAAhb8AAHrHBABvzwkAa9EVAGfRJgFj0TQEXtBACFnQSgxVz1MQUc9bFE7PYxhL&#10;zmsbSM51HkXOfyBCzowiQM6ZJD7OqCY8zromPM/UJjzN7yU7zPslO8v/JTvK/yU7yv8lO8r/JTvK&#10;/yU7yv8lw5MAALWeAACopgAAna4AAJG2AACFvwAAeccAAG/OBABk1gkAXt4RAFveIABX3i0CU986&#10;BFDfRAZM304JSd9XDEbfXw9D32gRQd9xEz7ffBU834kXOuCWGTjgpRo34LcaNuHNGjbf7Bo13vka&#10;NN3/GzTc/xs03P8bNNz/GzTc/xs03P8buZwAAKqkAACeqwAAkrUAAIW+AAB5xwAAbc8AAGLWAwBY&#10;4QgAVeoTAFHrIABN6ysBSes1AkXsPgRC7EcFP+xPBz3tWAk67WAKOO1qDDbudA0z7oAOMu6ODzDv&#10;nRAu760RLfDAES3w3hEs7vERLOz+ESzr/xAs6/8QLOv/ECzr/xAs6/8QraIAAKCpAACTswAAhr0A&#10;AHnGAABszwAAYNgAAFXeAABO8woASvcTAEb4HQBD+CcBP/gwAjv5OAI4+UADNfpHBDP6TwUw+1cF&#10;LvtfBiv8aQcp/HQIJ/yCCSX9kAkk/aAKI/6wCiL+xAsh/+ALIf3yCiD8/Aog/PwKIPz8CiD8/Aog&#10;/PwKoqcAAJWxAACHuwAAecYAAGzPAABf2QAAUt8AAEjoAABD/wgAP/8QADv/GQA3/yEANP8pATD/&#10;MAEt/zcCKv8+Aif/RAIl/0sDIv9TAyD/XAMd/2YEG/9yBBn/gAUX/48FFv+fBhX/rwYU/8AGFP/W&#10;BhP/6QYT/+kGE//pBhP/6QYT/+kGl68AAIi6AAB6xQAAbM8AAF7aAABQ4AAAROYAADz1AAA3/wQA&#10;M/8NAC//EwAr/xoAKP8hACX/JwEh/y0BHv8yARv/OAEZ/z8BFv9GAhT/TQIR/1YCEP9gAg7/bAIM&#10;/3sDC/+LAwr/mgMK/6gDCf+1Awj/wgMI/8IDCP/CAwj/wgMI/8IDirgAAHvDAABszgAAXtsAAE/i&#10;AABC5wAANuwAADH/AAAs/wAAJ/8HACP/DgAg/xIAHP8YABj/HQAV/yEAEv8mABD/LAEO/zEBDf83&#10;AQr/PgEI/0YBBf9PAQH/WQEA/2YBAP90AQD/ggIA/5ACAP+cAgD/pgIA/6YCAP+mAgD/pgIA/6YC&#10;/y4vAv8zLAL/Ny0C/zgwAv83NgP/ND8E/zFLBv8vWAf/LGYI/yp0Cf8pgQr/KI0L/yiXC/8onwv/&#10;KKYM/yetDP8ntAz/J7sM/yfEDP8nzgz/KN4L/yjpC/8o8wv/KPsL/yj/Cv8p/wr/Kf8K/yn/Cv8o&#10;/wr/KP8K/yj/Cv8o/wr/KP8K/zAtAv82KgL/OSoC/zsuAv86NAP/ODwE/zZJBv8zVgf/MWMJ/y9x&#10;Cv8tfgv/LYoM/yyUDP8snA3/LKQN/yyrDf8ssQ3/LLkN/yvBDf8syw3/LNoN/yznDf8s8Q3/LPoN&#10;/yz/DP4t/wz9Lf8M/S3/DP0s/wv9LP8L/Sz/C/0s/wv9LP8L/zIrAf85KAL/PSgC/z8qAv8+MAP/&#10;PToE/zxGBv85Uwj/N2AJ/zVtC/8zegz/MoYN/zGQDv8xmQ7/MaEP/zGoD/8wrg//MLUP/zC9EP8w&#10;xxD/MNQQ/zDkEP8x7xD+MfkP+zH/D/kx/w/4Mf8O9zH/Dvcx/w72Mf8O9jH/DvYx/w72Mf8O/zUo&#10;Af88JQH/QCQC/0MnAv9DLAP/RDcE/0JDBv9ATwj/PVwK/ztpDP85dg3/OIIP/zeMEP83lRH/Np0R&#10;/zakEv82qxL/NrIT/zW6E/81wxP/Nc8T/DXhE/k27RP2NvcT8zb/E/E2/xLwNv8S8Df/Ee83/xHv&#10;N/8Q7zf/EO83/xDvN/8Q/zklAf9AIQH/RSAB/0ciAv9JKQL/SjQE/0k/Bf9GSwj/RFgK/0JlDf9A&#10;cQ//Pn0R/z2HEv89kRT+PJkV/TygFfw7pxb6O64X+Tu2F/g7vxf2O8oY9DvcGPA76hjtO/YY6jv/&#10;F+g8/xfnPP8W5j3/FeU9/xTlPf8U5T3/FOU9/xTlPf8U/z0iAf9EHgH/SRwB/00eAf9QJgL/UTAD&#10;/1A7Bf9ORgj/S1ML/0hgDv9GbBH7RXgT+ESCFfZDjBf0QpQY80GcGfFBoxvvQKob7kCyHO0/ux3r&#10;P8Ye6T/VHuU/6B/iQPQe30D+Hd1B/xvbQv8a2UL/GNhC/xfYQv8X2EL/F9hC/xfYQv8X/0AfAf9I&#10;GgH/ThgB/1IbAf9WIwL/WCwD/1c3BP9VQgf/Uk0L+VBaDvVNZxLxTHIW7kp9GOtIhhvpR48d50aX&#10;H+VFniDjRKYi4USuI+BDtyTeQ8Il3EPQJtdD5SbTRPMk0EX+Is1G/yDMR/8eykf/HMlI/xvJSP8b&#10;yUj/G8lI/xvJSP8b/0QbAf9MFgH/UhQB/1gYAf9dHwH/XygC/14yA/1dPQb2WkkK8FdVD+pVYhPm&#10;Um0Y4lB3HN9OgR/cTIoi2UuSJNVKmibTSaEo0UmpKc9IsirNSLwry0jJLMhI3yzFSO8rwkr8KMBL&#10;/yW/TP8ivk3/IL1N/x+9Tf8evU3/Hr1N/x69Tf8e/0cYAf9PEwH/VhEA/14VAP9iHAH/ZSQB/mUt&#10;AvRkOAXtYUMJ5l9RDuBcXRTaWGga1FZyHtBUeyLMUoQmylCMKMdPlCrFTpssw06jLsFNrC+/TLYw&#10;vUzCMbtM0zK4TOkxtk74LbRQ/yqzUf8ns1L/JLJS/yKyUv8islL/IrJS/yKyUv8i/0oVAf9TEQD/&#10;Ww8A/2ISAP9oFwD/ah8B9msoAexrMgPkaT4H3GZMDdNiWBTNX2MbyFxtIMRadiTBWH4ovlaGK7tV&#10;ji65U5YwtlKeMrRSpjOyUbA1sFG8Nq5QyzesUOM3qlL0M6lU/y6oVv8rqFf/KKhX/yWoV/8lqFf/&#10;JahX/yWoV/8l/00TAP9WDgD/Xw0A/2cQAP9sEwD7cBkA73EiAeRxLALbcDoF0WxIDMloVBTDZV8b&#10;vmJoIbpfcSa2XXkqs1uBLbBaiTCuWJEzq1eZNalWoTenVqs4pVW2OqNVxTuhVd07n1bwN59Y/jKf&#10;Wv8unlv/K55c/yieXP8onlz/KJ5c/yieXP8o/1ARAP9ZDAD/YwwA/2sNAP9wEAD1dBMA6HYaAN13&#10;JQHRdjYEyHJEDMFuUBS7a1sbtmdkIbFlbSetYnUrqmB8L6dfhDKkXYw0olyUN59bnTmdWqY7mlmx&#10;PZhZvz6XWdM+lVrsO5Vd+zWWXv8xll//LZZg/yqWYP8qlmD/KpZg/yqWYP8q/1IPAP9cCgD/ZgkA&#10;/24KAPZ0DADveA4A4XsSANR8IADKezMEwXdBC7p0TRO0cFgbrmxhIalqaSemZ3EromV4L59kgDOc&#10;Yog2mWGQOJZfmTuUXqI9kV6tP49du0CNXc1BjF7oP41h+TiNYv8zjmT/MI5k/yyOZf8sjmX/LI5l&#10;/yyOZf8s/1UOAP9fBgD/aQYA9HIGAOJ4BgDbfAkA2X8MAM2BHQDEfzADu3w/CrR4SxKtdVUaqHFe&#10;IaNuZiafbG4rm2p1L5hofTOVZ4Q2kmWMOY9klTyMY58+iWKqQIdht0KFYclChGLkQYVk9zuGZv81&#10;h2f/MYdo/y6Haf8th2n/LYdp/y2Haf8t/1cMAP9hBAD+bAMA5HUBANt7BQDTgAgA0IMKAMeFGgC+&#10;hC0DtoE8Ca99SBKoeVIZonZbIJ1zYyaZcGsrlW5yL5FteTOOa4E2i2mJOohokjyFZ5w/gmanQYBm&#10;tEN+ZsVEfGbhQ35o9Tx/av83gGv/M4Fs/y+BbP8vgWz/L4Fs/y+BbP8v/1kLAP9jAQD0bwAA33gA&#10;ANR/BADOgwYAyocIAMKIGAC5hysCsYU6CKqBRhGjflAYnXpZH5h3YSWTdWgqj3NvL4txdzOIb342&#10;hW6GOoJsjz1/a5lAfGqlQnlqsUR3asJEdmrdRHhs8z55bv84em//NHtw/zB8cP8wfHD/MHxw/zB8&#10;cP8w/1sIAP9mAADncgAA2nsAAM+CAwDJhwUAxIoGALyMFQC0iygCrIk4B6WFRBCegk4YmH9XHpN8&#10;XySOeWYqindtLoZ1dDKCdHw2f3KEOXxxjT15cJdAdm+iQnNur0RxbsBFcG7ZRXJw8T9zcv85dXP/&#10;NXZ0/zF2dP8xdnT/MXZ0/zF2dP8x/10GAP9pAADidAAA1H0AAMuFAgDEigQAv40FALePEwCwjyYB&#10;qI01B6CKQg6ahkwWk4NVHY6BXSSJfmQphXxrLYF6cjJ9eHk1eneCOXZ2izxzdZVAcHSgQm1zrURr&#10;c71FanPVRWx070Budv46b3f/NnF4/zJxeP8xcXj/MXF4/zFxeP8x/18CAPdsAADedwAA0IEAAMeI&#10;AQDAjQMAuZEDALKTEQCrkyMBo5EzBpyOQA2Vi0oVj4hTHImGWyKEg2IogIFpLXx/cDF4fnc1dHyA&#10;OHF7iTxuepM/a3meQmh4q0RmeLtFZHjRRWZ57kBoe/06anv/Nmt8/zJrfP8ya3z/Mmt8/zJrfP8y&#10;/2EAAOpvAADZegAAzIQAAMOLAAC7kQEAtJUBAKyXDgCllyEBnpYxBZeTPgyQkEgUio5RG4SLWSF/&#10;iWAne4dnK3eFbjBzhHU0b4J9N2uBhztogJE+ZX+cQWJ+qUNgfrlEX37PRGB/7EBigPw6ZID/NmWB&#10;/zNmgf8yZoH/MmaB/zJmgf8y/2QAAOVyAADTfgAAx4cAAL6PAAC2lQAArpkAAKabDACgnB4AmZsu&#10;BJKZOwqLlkYShZRPGX+RVx96j14ldY5lKnGMbC5tinMyaYl7NmaIhDliho89X4WaP1yFqEFahbdC&#10;WYXMQlqF6j9chvs6Xob/Nl+H/zJfh/8yX4f/Ml+H/zJfh/8y/WgAAOB2AADNggAAwowAALmTAACw&#10;mQAAqJ0AAJ+gCQCZoRoAk6ArA4yfOAiFnUMQf5pMF3mYVB10l1wicJVjJ2uTaixnknEwZJF5M2CP&#10;gjdcjo06WY2ZPVeNpj9UjbZAU43LQFSN6T1Wjfo5V43/NVmO/zJZjv8xWY7/MVmO/zFZjv8x7W0A&#10;ANl7AADIhwAAvZAAALSYAACqnQAAoaEAAJemBACRpxUAjKcnAoWmNQZ/pEANeaJKFHOgUhpun1kf&#10;aZ1gJGWcZyhhm28sXpp3MFqYgDNWl4s2U5eXOVGWpTtPlrQ8TpbJPE6W6DpPlvk2UZb/M1KW/zBS&#10;lv8wUpb/MFKW/zBSlv8w5nIAANCAAADCjAAAuJYAAK2cAACjoQAAmaYAAI6tAACIrhEAg64iAX2t&#10;MQR3rD0KcqpHEGypTxZnqFcbY6deH1+mZSRbpG0nWKR1K1Sjfy5RookxTqGWNEuhpDZJobQ2SKHI&#10;N0ig5zVJoPkySp//MEuf/y5Ln/8tS5//LUuf/y1Ln/8t3XkAAMmGAAC8kgAAsZoAAKagAACcpgAA&#10;kawAAIayAAB9tg0AebYdAHW2LAJvtTkGarRDC2WzTBFgslQWXLFbGliwYx5Vr2shUa9zJU6ufShL&#10;rYgqSK2VLUWtoy5ErbMvQ63IL0Ks5y9Dq/ktRKv/K0Sq/ylEqv8pRKr/KUSq/ylEqv8p0YAAAMGN&#10;AAC1mAAAqZ8AAJ6lAACTrAAAiLIAAH24AABxvgYAbr8VAGq/JgFmvzMDYb4/B12+SAtZvVEPVb1Z&#10;E1G8YBdOvGgaS7txHUi7ex9FuociQrqUJEC6oiY+urMmPbrIJj266CY9uPklPbf/JD22/yM9tv8j&#10;Pbb/Iz22/yM9tv8jx4gAALmVAACsnQAAoaQAAJarAACKsgAAf7kAAHO/AQBoxgUAYMoOAF7KHQBb&#10;yiwBV8o4A1TKQwVQykwITclVC0rJXQ5HyWYRRMlvFEHJeRY/yIUYPMiTGjrIohs5ybMcOMnJHDjI&#10;6Bw3x/kcN8X/HDbE/xw2xP8cNsT/HDbE/xw2xP8cvpEAALCbAACkowAAmKoAAIyyAACAuQAAdMAA&#10;AGjHAABdzQUAU9MKAE/XEgBN2CIAS9gwAEnYPAJG2EYDRNlPBEHZWAY/2WEIPNlrCjrZdgw32YIO&#10;NdqQDzTaoBAy2rERMdvHETHa5xEw2PYSMNb/Ey/U/xMv1P8TL9T/Ey/U/xMv1P8Ts5oAAKahAACa&#10;qQAAjbEAAIC6AAB0wQAAaMkAAFzPAABS1QMASNwIAEXlEgBD5R4AQeYqAD7mNQE75z4BOedHAjfn&#10;UAM06FkEMuhiBTDobQYu6XkHLOmHCCvqlgkp6qcKKOq6Cifr1gon6fAKJ+f9CSbm/wom5v8KJub/&#10;Cibm/wom5v8KqKAAAJynAACPsAAAgrkAAHTCAABoygAAW9EAAE/XAABF3QAAPu4JADzyEQA58xsA&#10;NvMlADT0LgAx9DcBLvU/ASz1RwEp9k8CJ/ZXAiX3YQMj92wDIfh6BB/4iQQe+ZoFHPmrBRv6wAUa&#10;+t4FGvnyBRr3/QUZ9v8FGfb/BRn2/wUZ9v8FnqYAAJGvAACDuQAAdcIAAGfLAABa0wAATdoAAELf&#10;AAA45QAANfsHADH/DwAu/xYAK/8fACn/JgAl/y0AI/80ACD/OwEe/0MBG/9LARn/UwEW/10CFP9q&#10;AhL/eAIR/4gCEP+aAhD/qwMO/74DDv/VAw7/7QMO//ADDv/wAw7/8AMO//ADk64AAIS4AAB2wgAA&#10;Z8wAAFrVAABM3AAAP+EAADXmAAAt9AAAKv8CACb/CwAj/xEAIP8XAB3/HQAZ/yMAFv8pABT/LwAS&#10;/zUAEP89AA7/RQEM/04BCv9YAQf/ZQEF/3QBA/+FAQL/lgEB/6YBAP+1AQD/xgEA/8oBAP/KAQD/&#10;ygEA/8oBhrcAAHfBAABozAAAWtcAAEveAAA+5AAAMukAACftAAAj/wAAH/8AABv/BQAX/wwAFP8Q&#10;ABH/FAAP/xgADf8dAAv/IgAI/ygABf8uAAL/NQAA/z0AAP9HAAD/UgAA/14AAP9tAAD/fgEA/44B&#10;AP+bAQD/qQEA/6sBAP+rAQD/qwEA/6sB/yotAf8uKwH/MCsB/zAuAv8uNQL/KT0D/yVJBP8jVwT/&#10;IWQF/x9yBv8dfwb/HYoG/x2UBv8dnAf/HKMH/xyqB/8csQf/HLgG/xy/Bv8cyQb/HNYG/x3lBv8d&#10;7wb/HfkF/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/ywrAf8wKAH/MygB/zMr&#10;Av8xMQL/LToD/ytHBP8oVAX/JmEF/yRvBv8ifAf/IocH/yKRB/8hmQf/IaEI/yGnCP8hrgj/IbUI&#10;/yG8CP8hxgf/IdEH/yHiB/8i7Qf/IvcH/yL/Bv0i/wb8Iv8G/CL/Bvwi/wb7Iv8G+yL/Bvsi/wb7&#10;Iv8G/y4oAf8zJQH/NiUB/zcnAf81LQL/NDgD/zJEBP8vUQX/LF4G/yprB/8pdwf/KIMI/yeNCP8n&#10;lgn/J50J/yekCf8nqwn/J7IJ/ye5Cf8nwgn/J80J/yfeCf8n6wn8J/YI+Sj+CPco/wj2KP8I9Sj/&#10;CPUo/wj1KP8I9Sj/CPUo/wj1KP8I/zIlAf83IgH/OiEB/zsjAf87KQL/OzQC/zlABP82TQX/NFoG&#10;/zFmB/8wcwj/Ln8J/y6JCv8ukgr/LZkL/y2hC/8tpwv/La4L/y21DP8tvgz+LckM+y3ZDPgt6Av0&#10;LvQL8S7+C+8u/wvuLv8L7S7/C+wu/wrsLv8K7C7/Cuwu/wrsLv8K/zUiAf87HgH/Px0B/0AfAf9C&#10;JgH/QjEC/0A8A/8+SAX/O1UG/zliCP83bgr/NnkL/zWEDP00jQ38NJUN+jScDvkzow73M6oP9jOy&#10;D/Uzug/zM8UP8jPSD+4z5Q/qNPIP5zT9D+U0/w/kNP8O4jX/DuI1/w3hNf8N4TX/DeE1/w3hNf8N&#10;/zkeAf8/GgH/QxgB/0YaAf9JIwH/SS0C/0g4A/9FRAX/Q1AH/0BdCfs+aQv4PXQN9Tx/DvM7iA/x&#10;O5AQ7zqYEe06nxLsOaYT6jmuE+k5thTnOcEU5jnOFeI54xXeOfEV2zr8FNg6/xPVO/8S0zv/EtI7&#10;/xHSO/8Q0jv/ENI7/xDSO/8Q/z0bAf9DFgD/SBQA/0wXAf9PHwH/UCgB/08zAv9NPwT7SkoG9UdX&#10;CfFGZAztRG8O6UN5EedCgxPkQYsU4kCTFuA/mxffP6IY3T6qGds+sxrYPr0a1j7KG9I+3xvOPu8b&#10;yz/7GslA/xjHQP8XxkH/FcVB/xTEQf8UxEH/FMRB/xTEQf8U/0EXAP9HEgD/TBAA/1IUAP9WGwD/&#10;VyQB/1YuAvhUOQPxUUUG609SCeZNXgzhS2kQ3Ul0E9lIfRbVRoYY0kWOGtBFlhzORJ0dzESlHspD&#10;rR/IQ7YgxkPDIcVD0yHBQ+khvkT3H7xF/x26Rv8buUf/GbhH/xi4R/8XuEf/F7hH/xe4R/8X/0QU&#10;AP9LEAD/UQ4A/1cRAP9bFgD/XR4A+V0oAe9bMwLnWT8E4FdNCNpUWQ3TUmQSzlBuFspOdxnHTIAc&#10;xUuIHsJKkCDASpchvkmfI7xIpyS6SLAluEi8JrdIyye0R+MnsknzJbBK/yKuS/8frkz/Ha1M/xut&#10;Tf8arU3/Gq1N/xqtTf8a/0cRAP9PDQD/VgwA/1wOAP9gEgD9YhgA8GMhAOZiLAHeYDoD1F5IB81b&#10;VA3HWF8Tw1ZpF79Uchu8UnoeuVGCIbZQiiO0T5Elsk6ZJ7BNoiiuTasqrEy2K6pMxCyoTNsspk3v&#10;KqRP/SakUP8jo1H/IKNS/x6iUv8dolL/HaJS/x2iUv8d/0oPAP9SCgD/WgkA/2ALAP9lDgD1ZxEA&#10;6GgYAN1nJADSZjUCymREB8NhUA29XlsTuVxkGLVabRyxWHUgrld9I6xVhCWpVIwop1OUKqVSnSyj&#10;UqYtoVGxL59RvjCdUdEwm1HqL5pT+iqaVf8mmVb/I5lW/yGZV/8fmVf/H5lX/x+ZV/8f/00NAP9V&#10;BgD/XQUA+2QHAO9pCQDpawwA4WwQANNtHgDJbDECwmpAB7tnTA21ZFcTsGFgGaxfaR2oXXEhpVx4&#10;JKJagCegWYcqnViQLJtXmC6ZVqIwllWsMpRVuTOTVcozkVXlM5FX9y2RWf8pkVr/JZFb/yORW/8h&#10;kVv/IZFb/yGRW/8h/08LAP9XAgD/YQIA6mgBAN5tBADYcAgA1XALAMtyGwDCcS4Cum89BrRsSQ2u&#10;aVQTqWddGaRkZR2hYm0hnWF0JZpffCiYXoMrlV2LLZJblDCQW54yjVqoNItZtTWKWcY2iFnhNohc&#10;9DCIXf8riV7/KIlf/yWJX/8jiV//I4lf/yOJX/8j/1EJAP9aAAD1ZAAA4GwAANdxAwDQdAYAzXUJ&#10;AMR2FwC8dioBtHQ6Ba5xRgynblESomtaGJ5pYh2aZ2khlmVxJZNkeCiQYoArjWGILotgkTGIX5oz&#10;hl6lNYNesjeCXsI3gF7cOIBf8jOBYf8tgmL/KYJj/yaCZP8lgmT/JYJk/yWCZP8l/1MGAP9dAADn&#10;ZwAA228AANB0AgDKeAUAxnkHAL56FQC2eigBr3g3Bah2RAuic04SnHBXGJhtXx2Ua2chkGpuJY1o&#10;dSiKZ30rh2WFLoRkjjGBY5c0f2KiNnxirzh6Yr45eWLVOXlj7zR6Zf4ve2b/K3xn/yh8Z/8mfGf/&#10;Jnxn/yZ8Z/8m/1UDAP9gAADjagAA1XIAAMx4AQDFewMAwH0FALl+EgCxfiUBqn01BKN6QQqdd0wR&#10;l3RVF5JyXRyOcGQgim5rJIdsciiEa3orgWqCLn5pizF7Z5U0eGegNnZmrDh0Zrw5c2bROnNn7TZ0&#10;af0wdWr/LHZr/yl3a/8nd2v/J3dr/yd3a/8n/1cAAPZjAADfbQAA0XUAAMh7AADBfwIAu4ADALSB&#10;EACsgiMBpYEyBJ5+PwmYe0oQknlTFo12WxuJdGIghXJpJIFxcCd+b3cre25/LnhtiDF1bJI0c2ue&#10;N3Bqqjluark6bWrOOm1r6zdvbfwxcG7/LXFu/ypxb/8ocW//KHFv/yhxb/8o/1kAAOtlAADbcAAA&#10;zXgAAMR+AAC8ggEAtoQBAK6FDgCnhiAAoIUwA5qCPQiTgEgPjn1RFYl7WRqEeWAfgHdnI3x1bid5&#10;dHUqdnN9LnNyhjFwcZA0bXCcN2pvqDlob7c6Z2/LOmdw6Tdpcfoya3L/LWxz/ypsc/8obHP/KGxz&#10;/yhsc/8o/1wAAOdoAADVcwAAyXsAAMCCAAC4hgAAsYgAAKmJDQCiih0AnIkuApWHOwePhUUOiYJP&#10;FISAVxl/fl4ee3xlInh7bCZ0eXMqcXh7LW53hDBrdo4zaHWaNmV0pjhjdLU5YXTJOmF05zhjdvky&#10;ZXb/LmZ3/ytnd/8pZ3f/KWd3/ylnd/8p/18AAONsAADQdgAAxX8AALyFAAC0igAArIwAAKOOCgCd&#10;jhoAl44rApCMOAaKikMMhIdMEn+FVRh6hFwddoJjIXOAaiVvf3EpbH55LGh9gi9lfIwyYnuYNV96&#10;pDdderM4XHrHOVx65Tdee/gyX3v/LmB8/ythfP8pYXz/KWF8/ylhfP8p9WIAAN5vAADMegAAwIMA&#10;ALeJAACvjgAAppEAAJ2SBgCXkxcAkZMoAYuSNgWFkEELf45KEXqMUhZ1ilobcYhhH22HaCNqhm8n&#10;ZoR3K2ODgC5ggooxXYGWNFqBozZYgLI3VoDFN1aA4zZYgfcxWYH/LVuC/ypbgv8pW4L/KVuC/ylb&#10;gv8p7GYAANhzAADHfgAAvIcAALOOAACpkgAAoJUAAJaYAQCQmRMAipkkAYWYMgR/lj4JeZRIDnST&#10;UBRvkVcZa5BeHWiOZSFkjW0lYIx1KF2LfitaioguV4mUMVSJoTNSiLA0UYjDNVCI4jRSiPYwU4j/&#10;LFSI/ylViP8oVYj/KFWI/yhViP8o5msAANB4AADCgwAAt4wAAK2SAACjlgAAmpoAAI6eAACHnxAA&#10;g58gAH6fLwJ4nTsHc5xFDG6bTRFpmVUWZZhcGmGXYx5elmohW5VyJVeUfChUk4YrUZKSLk6SoDBM&#10;kq8xS5LCMUqR4DFMkfUtTZH/Kk6Q/yhOkP8mTpD/Jk6Q/yZOkP8m3nAAAMl9AAC8iQAAspIAAKeX&#10;AACdmwAAk58AAIakAAB+pgwAeqYbAHWmKgFwpjcEbKVBCWejSg1jolISX6FZFluhYRlYoGgdVJ9w&#10;IFGeeiNOnYQmS52RKUicnipGnK4sRZzBLEWc3ytFm/QpRpr/J0ea/yVHmv8kR5r/JEea/yRHmv8k&#10;1HcAAMKEAAC2jwAAq5YAAKGcAACWoAAAi6UAAH+qAAB0rgUAb68UAGyvJABorzICZK49BV+tRglb&#10;rE8NWKxWEVSrXhRRqmYXTqpuGkupeB1IqYMgRaiPIkOonSRBqK0lQKjAJT+o3yU/pvQjQKX/IkCl&#10;/yFApP8gQKT/IECk/yBApP8gyn4AALuLAACvlQAApJsAAJmhAACOpgAAgqwAAHexAABqtgAAY7gO&#10;AGG4HQBeuCwBWrg4Ale4QgVTuEsIULdTC023Ww5KtmMQR7ZrE0S1dRZCtYEYP7WOGj21nBw7tawc&#10;OrXAHTm13xw5s/QcObL/HDmx/xs5sP8bObD/Gzmw/xs5sP8bwYYAALSTAACnmgAAnKAAAJGnAACF&#10;rQAAebMAAG24AABivQEAVsIHAFPDFABSwyMAUMQwAU3EOwJKxEUDR8ROBUXEVwdCw18JQMNoCz3D&#10;cg07w34POMOMETbDmxI1w6sTM8PAEzPD4BMzwfUTMsD/FDK//xQxvv8UMb7/FDG+/xQxvv8UuJAA&#10;AKuZAACfoAAAk6cAAIeuAAB7tAAAbrsAAGPAAABYxQEATcoFAETPDABD0BcAQtAlAEDQMgA/0T0B&#10;PdFHATvRUAI50lkDNtJjBDTSbgUy0noHMNKICC7SmAkt06kJLNO+CizT3wkr0fMKKs/+CynO/wwp&#10;zf8NKc3/DSnN/w0pzf8NrpgAAKKfAACWpgAAia4AAHy2AABvvQAAY8MAAFfIAABMzQAAQtIDADnZ&#10;CQA13xAANN8bADLgJwAx4TIAMOE9AC7iRwAt4lABK+JaASrjZQIo43ECJuR/AyXkjwMj5aEEIuW0&#10;BCHlzQQg5OwEIOL7BB/h/wUf4P8FH+D/BR/g/wUf4P8FpJ4AAJilAACLrgAAfbYAAHC+AABjxgAA&#10;VssAAEvQAABA1QAANtwAAC/lBwAt7RAAK+4YACnuIgAn7ysAJe80ACPwPAAh8EUAH/FOAB3yWAEb&#10;8mQBGfNxARjzgQEX9JICFfSlAhT1ugIT9dYCE/TvAhLy/AIS8P8CEvD/AhLw/wIS8P8CmqQAAI2t&#10;AAB/tgAAcb8AAGPHAABWzgAASdMAAD3aAAAz3wAAKuMAACb0BQAk+w0AIfwTAB79GwAc/SIAGf4p&#10;ABf+MQAV/zkAE/9BABH/SgAQ/1UADv9hAAz/bwEM/4ABCv+TAQn/pgEI/7oBB//UAQf/6wEG//YB&#10;Bv/2AQb/9gEG//YBj6wAAIC2AAByvwAAY8kAAFbRAABI2AAAO90AADDiAAAm5gAAH/AAABz/AAAZ&#10;/wkAFv8OABT/EwAR/xkAD/8eAA3/JAAL/ysACf8yAAb/OwAD/0QAAP9PAAD/XAAA/2sAAP99AAD/&#10;kAAA/6MAAP+0AAD/xgAA/9YAAP/WAAD/1gAA/9YAgrUAAHO/AABkyQAAVtMAAEfbAAA64AAALuUA&#10;ACPpAAAa7QAAFf0AABL/AAAQ/wIADv8JAAv/DQAI/xAABP8TAAH/GAAA/x4AAP8kAAD/KwAA/zMA&#10;AP89AAD/SQAA/1YAAP9mAAD/eAAA/4oAAP+bAAD/qAAA/7EAAP+xAAD/sQAA/7EA/yUrAf8oKQH/&#10;KSkB/ygsAf8jMgH/HjsC/xpHAv8XVQP/FWID/xNwA/8SfAP/EocD/xKRA/8SmQP/EqAD/xKnA/8S&#10;rQP/EbQD/xG7A/8RxAP/Ec4D/xHfA/8R6wL/EvYC/xL+Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/&#10;Av8S/wL/Ev8C/ygpAf8rJgH/LCYB/yspAf8oLwH/IjgC/yBEAv8dUgP/G18D/xhsA/8XeQT/F4QE&#10;/xeOBP8XlgT/Fp0E/xakBP8WqgT/FrEE/xa4BP8WwAP/FsoD/xbbA/8W6AP/F/QD/xf9A/wX/wL7&#10;F/8D+xf/A/oX/wP6F/8D+hf/A/oX/wP6F/8D/yomAf8uIwH/LyIB/y8lAf8sKwH/KjUC/ydBAv8k&#10;TgP/IlsD/yBoBP8edAT/HYAE/x2KBP8dkgX/HZoF/x2hBf8dpwX/Ha0F/x20BP8dvQT/HccE/x3U&#10;BP4d5gT7HfIE9x77A/Ue/wT0Hv8E8x7/BPMe/wTyHv8E8h7/BPIe/wTyHv8E/y4iAf8yHwH/NB4B&#10;/zMgAf8yJgH/MjIB/y8+Av8sSgP/KlcD/ydkBP8mcAX/JXsF/ySFBf8kjgb/JJYG/ySdBv8kowb/&#10;JKoG/SSxBvwkuQb7JMMG+STPBvYk4wbyJPAF7iX6Be0l/wbrJf8G6iX/Bukl/wbpJf8G6SX/Bukl&#10;/wbpJf8G/zIeAf82GwD/OBkA/zgbAf86IwH/OS0B/zg6Av81RgP/MlIE/zBfBP8uawX/LXYG/SyA&#10;B/osiQf5K5EH9yuZCPUrnwj0K6YI8yutCPErtQjwK78I7ivLCOsr3wjnLO4I5Cz6COIs/wngLP8J&#10;3iz/CN4s/wjdLP8I3Sz/CN0s/wjdLP8I/zUaAP86FgD/PRQA/z8XAP9BHwD/QSkB/0A0Af89QQL/&#10;Ok0D/DhaBfg2ZQb0NXEH8TR7CO8zhAntM40J6zKUCukymwroMqIL5jKqC+QysgzjMrsM4TLIDN8y&#10;3AzaMuwN1TP4DdIz/w3QM/8MzjP/DM00/wvMNP8LzDT/C8w0/wvMNP8L/zkWAP8+EgD/QRAA/0UT&#10;AP9IGwD/SCQA/0cvAf5EOwL3QkcD8T9UBew+YAboPGsI5Tt2CeI7fwvgOogM3TmQDds5lw7ZOJ4P&#10;1jimENQ4rhHSOLcR0DjDEs440xLKOOgSxzn3EsQ5/xHCOv8QwTr/D8A6/w6/Ov8Ovzr/Dr86/w6/&#10;Ov8O/z0TAP9CDwD/Rg0A/0sQAP9OFgD/Tx8A/U4pAfRMNAHsSEEC5kdOBOBFWwbbRGYJ1kJwDNJB&#10;eQ7PQIIQzUCKEco/kRPJP5kUxz6gFcU+qBbDPrEXwT68F8A+yxi9PuIYuj7yF7c//xa1QP8UtED/&#10;E7NB/xGzQf8Qs0H/ELNB/xCzQf8Q/0AQAP9GDAD/SwoA/1ENAP9TEQD/VBgA81QiAOlSLQHhUDsB&#10;2k9JA9JNVQfMS2ALyElqDsVIcxHCR3sTv0aDFb1Fixe7RZMYuUSaGbdDohq1Q6sbtEO2HLJDxB2w&#10;Q9kerUPtHatF/BqpRf8YqEb/FqhG/xWnR/8Tp0f/E6dH/xOnR/8T/0QOAP9KCAD/UAYA/1UKAP9Y&#10;DQD3WREA6lgYAN9XJADUVzUBzFVEBMZUUAjBUlsMvVBlELlObRO2TXYWtEx9GLFLhRqvSo0brUmV&#10;HatJnR6pSKYgp0iwIaVIvSKkSM8ioUjoIqBJ+B6fS/8bnkv/GZ1M/xedTP8WnUz/Fp1M/xadTP8W&#10;/0cLAP9NAgD/VAIA91oEAOtdBwDnXQsA4VwQANNdHgDKXTABw1w/BL1aTAi3WFcMs1ZgEa9UaRSs&#10;U3EXqVF4GqdQgBykT4ceok+PIKBOmCGeTaEjnE2rJJpNuCWZTMgmlkziJpVO9SKUT/8flFD/HJRR&#10;/xqUUf8YlFH/GJRR/xiUUf8Y/0kIAP9QAAD7WAAA5V4AAN1iAwDWYwcA1GEKAMpiGQDCYywBu2I7&#10;A7RgSAivXVMMqltcEaZaZBWjWGwYoFd0G51Vex2bVIMgmVSLIpZTkySUUp0lklGnJ5BRsyiOUcMp&#10;jVHdKoxS8iaLVP8ii1X/HotW/xyLVv8ai1b/GotW/xqLVv8a/0wEAP9TAADsXAAA32IAANRmAQDO&#10;aAUAy2cIAMJnFgC6aCgBs2c4A61lRQeoY1AMo2FZEZ9fYRWbXWgYmFxwG5Vadx6TWX8hkFiHI45X&#10;jyWMV5kniVajKYdWryqFVb8rhFbVLINX7ymDWP4kg1n/IIRa/x6EWv8chFr/HIRa/xyEWv8c/04B&#10;AP9XAADlXwAA2GYAAM5qAADHbAMAw2sFALxsEgC0bSUArWw1A6dqQgehZ00MnGVWEZhjXhWUYmUY&#10;kWBsG45fdB6MXnshiV2DJIZcjCaEW5UogVqgKn9arCx9WrstfFrPLntb7Ct8XPwmfF3/In1e/x99&#10;Xv8dfV7/HX1e/x19Xv8d/1AAAPVZAADhYwAA0moAAMluAADCcAEAvXADALZwEACucSIAqHAyAqFu&#10;PwacbEoLl2pTEJJoWxSOZmIYi2VpG4hjcB6FYnghgmGAJIBgiSZ9X5Ipe16dK3heqS12XrgudV7M&#10;L3Re6S11YPondmH/I3di/yB3Yv8ed2L/Hndi/x53Yv8e/1IAAOxcAADcZgAAzm0AAMRyAAC9dAAA&#10;t3QBALB0DgCpdR8AonQvApxyPQWXcEcKkW5RD41sWRSJamAXhWlnG4Jobh5/ZnUhfWV9JHpkhid3&#10;Y5ApdWObLHJipy5wYrYvb2LJL25i5i5vZPkocGX/JHFm/yFxZv8fcWb/H3Fm/x9xZv8f/1QAAOhf&#10;AADXaQAAynAAAMB1AAC5eAAAsngAAKt4DQCkeR0AnngtAZd3OgWSdUUKjHJODohwVhOEb14XgG1k&#10;Gn1sax16a3Mgd2p7I3RpgyZyaI0pb2eZLGxmpS5qZrMvaWbGMGhm5C9qaPcpa2n/JWxp/yJsav8g&#10;bGr/IGxq/yBsav8g/1cAAORiAADSbAAAxnMAAL14AAC1ewAArXwAAKV8CgCffRoAmXwqAZN7OASN&#10;eUMJiHdMDoN1VBJ/c1sWe3JiGXhwaR11b3Agcm54I29tgSZsbIspamyXLGdroy5la7IvZGvEMGJr&#10;4S9kbPYqZm3/JmZt/yNnbv8gZ27/IGdu/yBnbv8g9lkAAOBlAADObwAAwnYAALl8AACxfwAAqYAA&#10;AKCABwCZgRcAlIEoAY6ANQOIfkEIg3xKDX56UhF6eFkVdndgGXN2ZxxwdG4fbXN2I2pyfyZncYkp&#10;ZHGVK2JwoS1gcLAvXnDCL11w3y9fcfUqYHH/JmFy/yNicv8gYnL/IGJy/yBicv8g71wAANxpAADK&#10;cgAAvnoAALWAAACthAAApIUAAJqFAwCUhRQAjoYlAYmEMwODgz4HfoFIC3l/UBB1flcUcX1eGG57&#10;ZRtremweaHl0ImV4fSVid4coX3aTKlx2nyxada4uWXXALlh13S5ZdvMqW3b/Jlx3/yNcd/8gXHf/&#10;IFx3/yBcd/8g6mAAANVsAADFdgAAun4AALGEAACoiAAAn4kAAJSKAACNihEAiIshAIOKMAJ+iTsF&#10;eYdFCnSGTg5whFUSbINcFmmCYxpmgWodYoByIF9/eyNcfoUmWX2RKVd8nitVfKwsU3y+LVJ82i1T&#10;fPIpVXz/JVZ8/yJXfP8gV3z/IFd8/yBXfP8g5WQAAM9wAADBegAAtoMAAK2JAACjjAAAmY4AAI2P&#10;AACGkA4AgZEdAH2QLAF4jzgEc45CCG6NSwxqjFMQZ4paFGOJYRdgiGgbXYdwHlqGeSFWhYMkVIWP&#10;JlGEnChPhKoqTYS8Kk2E1ypNg/EnT4P/JFCD/yJQg/8fUIP/H1CD/x9Qg/8f3mkAAMl1AAC8gAAA&#10;sogAAKiNAACdkQAAk5MAAIWWAAB+lwsAeZcZAHWXKAFxlzUDbJY/BmiVSApklFANYZNXEV2SXhVa&#10;kWYYV5BuG1SPdx5RjoEgTo6NI0uNmiVJjakmSI27J0eN1CdHjPAkSIz/IkmL/yBKi/8eSov/HkqL&#10;/x5Ki/8e1W4AAMN7AAC3hQAArI0AAKKSAACXlgAAjJkAAH+cAAB1ngUAcJ8TAG2fIwBpnzABZZ47&#10;BGGeRQddnU0KWpxUDVebXBFUmmMUUZprF06ZdBlLmH8cSJiLHkWXmSBDl6ghQpe6IkGX0yJBlu8g&#10;QpX+HkKV/x1DlP8cQ5T/HEOU/xxDlP8czHUAALyBAACxjAAAppIAAJuXAACRmwAAhZ8AAHmjAABq&#10;pwAAZacOAGOoHABgqCsBXag2AlmnQARWp0kGU6ZRCVCmWQxNpWAOSqVpEUekchREpH0WQqOJGD+j&#10;lxo9o6cbPKO5HDuj0hs7ou8bO6D+Gjuf/xk8n/8YPJ//GDyf/xg8n/8YxHwAALaJAACqkgAAn5cA&#10;AJWcAACJoQAAfaYAAHGqAABkrgAAWrEIAFexFABVsiMAU7IwAVCyOwJNskQDS7FNBUixVQdFsV0J&#10;Q7FlC0Cwbw0+sHoPO7CHETmvlhM3r6YUNq+4FDWw0RQ1ru8UNK3+FDSs/xQ0q/8UNKv/FDSr/xQ0&#10;q/8Uu4UAAK+QAACjlwAAmJ0AAIyjAACAqAAAdK0AAGiyAABctgAAULoBAEm8DQBIvBkARr0nAEW9&#10;MwBDvT0BQb1HAT+9UAI9vVgDOr1hBTi9awY2vXcINL2ECTK9kwowvaQLL723DC6+0AsuvO4MLbr+&#10;DSy5/w0suP8OLLj/Diy4/w4suP8Os48AAKaXAACbnQAAj6MAAIOqAAB2sAAAarUAAF66AABSvgAA&#10;R8IBAD3HBgA4yRAAN8kbADbKJwA1yjMANMs9ADPLRwAxy1EBMMtbAS7MZQIszHECKsx/AynMkAQn&#10;zKEEJs20BCXNzgQly+4EJMn8BiPI/wcjx/8HI8f/ByPH/wcjx/8HqZYAAJ6dAACSowAAhasAAHiy&#10;AABruAAAX74AAFLCAABHxgAAPcoAADTPBAAr1AkAJtkPACXZGQAl2iUAJNowACPbOwAj20UAItxQ&#10;ACHdWwAg3WgAHt52AB3ehwEc35kBGt+sARnfxAEY3ucBGNz4ARjb/wIX2v8CF9r/Ahfa/wIX2v8C&#10;oJwAAJSjAACHqwAAebMAAGy6AABfwQAAUsYAAEbKAAA7zgAAMdMAACnZAAAh3gUAHugOAB3oFQAb&#10;6R4AGeknABjqMAAW6jkAFetDABTsTgAS7FoAEe1nABDudwAQ7ooADu+eAA7wswAN8M0ADO/sAAzt&#10;/AAM6/8ADOv/AAzr/wAM6/8Al6MAAImrAAB7tAAAbbwAAF/EAABSygAARc4AADnTAAAv2AAAJd0A&#10;AB3hAAAY7AIAFvcLABT3EQAR+BcAEPgeAA75JQAN+S0AC/o1AAn7PwAH+0oABPxXAAP9ZgAC/ncA&#10;AP2LAAD9nwAA/LUAAPzRAAD87QAA/PwAAPz9AAD8/QAA/P0Ai6sAAH20AABuvQAAYMYAAFLNAABE&#10;0gAAN9gAACzdAAAi4QAAGeUAABPqAAAQ+gAADv8GAA3/DAAK/xAAB/8UAAT/GgAB/yAAAP8nAAD/&#10;MAAA/zoAAP9FAAD/UwAA/2IAAP91AAD/igAA/58AAP+zAAD/xwAA/+UAAP/lAAD/5QAA/+UAf7QA&#10;AHC9AABhxwAAU9AAAEPWAAA23QAAKuIAAB/mAAAW6gAAEO0AAAz6AAAJ/wAABv8AAAL/BAAA/wkA&#10;AP8NAAD/EAAA/xQAAP8aAAD/IQAA/ykAAP80AAD/QAAA/04AAP9eAAD/cgAA/4cAAP+aAAD/qgAA&#10;/7kAAP+5AAD/uQAA/7kA/yApAf8iJwH/IicB/x8qAf8ZMAH/EjkB/xBFAf8NUwH/DGAB/wptAv8J&#10;eQL/CYQC/wmOAf8JlgH/CZ0B/wmjAf8JqQH/CbAB/wi3Af8IvgH/CMgB/wjWAf8I5gH/CPEB/wj7&#10;AP8I/wD/CP8A/wn/Af8J/wH/Cf8B/wn/Af8J/wH/Cf8B/yMmAf8lJAD/JSQA/yMnAf8dLAH/GDUB&#10;/xVCAf8SUAH/EF0C/w5qAv8OdgL/DoAC/w6KAv8OkgL/DpoC/w6gAv8OpgH/Da0B/w2zAf8NuwH/&#10;DcUB/w3RAf8N4wH/De8B/g36AfoN/wH5Dv8B+Q7/AfkO/wH4Dv8B+A7/AfgO/wH4Dv8B/yYjAP8o&#10;IAD/KCAA/yYiAP8iKAH/IDIB/xw/Af8ZTAH/F1kC/xVlAv8TcQL/E3wC/xOGAv8TjgL/EpYC/xKd&#10;Av8SowL/EqkC/xKwAv8StwL/EsEC/xLMAf0S3wH5E+0B9RP4AfMT/wHyE/8B8RP/AvAU/wLwFP8C&#10;8BT/AvAU/wLwFP8C/yofAP8sHAD/LBsA/ysdAP8pJAD/KC8B/yU7Af8iSAH/H1QC/x1hAv8bbQL/&#10;GncC/xqBAv8aigL/GpIC/xqZAv0anwL8GqYC+xqsAvkatAL4Gr0C9hrIAvMa2wLvGuoC7Bv3Aukb&#10;/wLoG/8D5xz/A+Yc/wPlHP8D5Rv/A+Ub/wPlG/8D/y0bAP8wFwD/MRUA/zAWAP8xIAD/MCoA/y42&#10;Af8rQwH/KE8C/yZcAv8kZwL8I3ID+SN8A/cihQP1Io0D8yKVA/IimwPwIqID7yKpA+0isQPsIrkD&#10;6iLFA+gi1QPkI+kD4CP2BN4j/wTbJP8E2ST/BNgk/wTXJP8E1iT/BNYk/wTWJP8E/zEWAP80EgD/&#10;NhEA/zcTAP85GwD/OCUA/zYxAf8zPQH9MUoB+C5WAvQtYgPwLG0D7St3A+orgAToKogE5iqQBOUq&#10;lwTjKp4F4SqlBeAqrQXeKrYF3CrCBdoq0gbVK+cG0Cv1B80s/wfLLP8HySz/B8gs/wfHLP8Gxyz/&#10;Bscs/wbHLP8G/zUSAP85DgD/Og0A/z4QAP9AFgD/PyAA/z0qAPk7NwHyOEQB7DZRAuc1XAPjNGcD&#10;4DNyBN0zewXaMoMG1jKLBtQykwfSMZoI0DGhCM4xqQnMMbIJyzG8CskxygrGMuELwjLxC78z/gu9&#10;M/8KuzP/Croz/wm6M/8JujP/Cboz/wm6M/8J/zkQAP89CwD/QAkA/0QNAP9GEQD/RRkA90QjAO5B&#10;LwDmPzwB4D5KAdo9VwLTPGIEzztsBsw6dQfJOn0JxzmFCsU5jAvDOJQMwTibDcA4ow2+OKwOvDi2&#10;D7o4ww+5ONcQtTjsELI5+w+wOv8Orzr/Da46/wytOv8LrTr/C606/wutOv8L/zwNAP9ABgD/RQQA&#10;/0kJAP9LDQD5ShEA7UkaAONGJgDaRjYA0UZFActFUQPGRFwFwkJmCL9Cbwq8QXcLukB/Dbg/hg62&#10;P44QtD6VEbI+nRKwPqYTrz6wFK0+vRSrPs0VqT7mFaY/9xOkQP8So0D/EKJA/w+iQP8OokH/DqJB&#10;/w6iQf8O/z8JAP9EAAD/SgAA904CAOxQBgDqTwsA40wQANZMHgDNTTAAxk0/AcBMTAS7S1cGt0lh&#10;CbRIaQyxR3EOrkZ5EKxGgBGqRYgTqESQFKZEmBakQ6EXokOrGKBDtxmfQ8cZnUPgGptE8xeZRf8V&#10;mEb/E5hG/xGYRv8Ql0b/EJdG/xCXRv8Q/0IFAP9HAAD3TwAA5VMAAN1VAQDXVQYA1VILAMtTGQDD&#10;VCsAvFQ7AbZSSASxUVIHrVBcCqlOZA2mTWwPpEx0EaFLexOfSoIVnUqKF5tJkxiZSZwal0imG5VI&#10;shyUSMEdkkjYHZBJ7xuPSv4Yj0v/Fo5L/xSOTP8Sjkz/Eo5M/xKOTP8S/0UAAP9LAADpUwAA3lgA&#10;ANNbAADNWwQAylgHAMJYFQC6WicAs1o3Aa5YRASpV08HpFVYCqFUYA2eU2gQm1FvE5hQdhWWUH4X&#10;lE+GGZJOjhqPTpgcjU2iHYtNrh+KTbwgiE3QIIdN6x+GT/wbhlD/GIZQ/xaGUP8UhlH/FIZR/xSG&#10;Uf8U/0cAAPhPAADkVwAA1V0AAMxgAADFYAIAwV4FALpdEQCzXyMArF8zAaZeQAOhXEsHnVpUCplZ&#10;XA6WWGQRk1ZrE5BVchaOVHoYi1SCGolTihyHUpQehVKeH4NRqiGBUbgif1HLIn5S5yF+U/kdflT/&#10;Gn5V/xd+Vf8WflX/FX5V/xV+Vf8V/0oAAO5SAADeWwAAz2EAAMZkAAC/ZQAAumMCALNiDwCsYyAA&#10;pmMwAaBiPQObYUgGll9RCpJeWQ2PXGERjFtoE4labxaGWXYYhFh+GoJXhxx/V5AffVabIXtWpyJ5&#10;VrUjd1bHJHZW5CR2V/cfd1j/G3dZ/xl3Wf8Xd1n/FndZ/xZ3Wf8W/0wAAOlWAADZXwAAy2UAAMFo&#10;AAC6aQAAtGgAAK1nDQCmaBwAoGgtAZpnOgOVZUUGkGNOCoxiVw2JYV4Qhl9lE4NebBaAXXMYflx7&#10;Gntcgx15W40fdlqYIXRapCNyWrIkcVrEJW9a4SVwW/YgcVz/HHFd/xpxXf8YcV3/F3Fd/xdxXf8X&#10;/U8AAOVZAADTYgAAx2gAAL1sAAC2bQAAr2wAAKdrCwCgbBkAm2wqAZVrNwKQaUMFi2hMCYdmVAyD&#10;ZVsQgGNiE31iaRV6YXAYeGF4GnVggR1zX4sfcF6WIm5eoiRsXrAla17BJmle3iZqX/Qha2D/HWth&#10;/xtsYf8ZbGH/GGxh/xhsYf8Y9VEAAOJcAADPZQAAw2sAALlvAACxcQAAqnEAAKJvCACbbxcAlnAn&#10;AJBvNQKLbkAFhmxJCIJqUgx+aVkPe2hgEndmZhR1Zm4XcmV2GnBkfh1tY4gfa2OTImlioCRmYq4l&#10;ZWK/JmRi2iZkY/IiZWT/HmZk/xtnZP8ZZ2X/GGdl/xhnZf8Y8FMAAN1fAADLaAAAv28AALZzAACu&#10;dQAApnUAAJ1zBQCWcxQAkXQkAItzMgKGcj4EgXBHCH1vTwt5bVcOdmxeEXNrZBRwamwXbWpzGmtp&#10;fBxoaIYfZmeRImNnniRhZqwlYGa9Jl9n1iZfZ/EiYGj/HmFo/xxiaP8aYmj/GWJo/xliaP8Z7FcA&#10;ANliAADHawAAvHIAALN3AACqeQAAoXkAAJd3AQCQeBEAi3ghAIZ4LwGBdzsEfHVFB3h0TQp0clUO&#10;cXFcEW5wYxRrb2oWaG5xGWZuehxjbYQeYGyPIV5snCNca6olWmu7Jlls0yZabO8jW2z/H1xt/xxd&#10;bf8aXW3/GV1t/xldbf8Z6FoAANJmAADDbwAAuHYAAK97AACmfgAAnX4AAJF8AACKfA8AhX0eAIF9&#10;LQF8fDkDd3pDBnN5SwlweFMMbHdaEGl2YRNmdWgWY3RvGGFzeBtecoIeW3KNIFlxmiJXcagkVXG5&#10;JVRx0CVUce4iVnH+Hldx/xxXcf8aWHH/GVhx/xlYcf8Z414AAM1pAAC/cwAAtHoAAKt/AACiggAA&#10;mIMAAIuBAACEgQ0Af4IaAHuCKQF2gTYCcoFABW5/SQhqflALZ31XDmR8XhFhe2YUXnptF1t6dhlZ&#10;eYAcVniLH1N4mCFRd6YiUHe3I093ziNPd+whUHf9HlF3/xtSd/8ZUnf/GVJ3/xlSd/8Z3mIAAMhu&#10;AAC7dwAAsH8AAKeEAACdhwAAkocAAISHAAB9hwkAeIgWAHSIJgBwiDICbIc9BGiGRgZlhU4JYYVV&#10;DF6EXA9bg2MSWYJrFVaBdBdTgH4aUICJHE5/lh5Mf6UgSn+2IUl/zCFJfusfSn78HEt+/xpLfv8Z&#10;TH7/GEx+/xhMfv8Y1WcAAMNzAAC2fAAArIQAAKKJAACYiwAAjY0AAHyNAAB1jgQAb48SAG2QIQBp&#10;kC4BZY85AmKOQgRejksHW41SCliMWQxWi2EPU4toElCKcRRNiXsXSomHGUiIlRtGiKMdRIi0HUOI&#10;yh1Dh+ocRIb7GkSG/xhFhv8XRYX/F0WF/xdFhf8XzW0AAL14AACxggAAp4oAAJyOAACSkAAAhpMA&#10;AHmVAABslwAAZpcOAGOYGwBhmCkAXpg1AVqXPgNXl0cFVZZPB1KWVglPlV4MTJRmDkqUbxBHk3kT&#10;RJOFFUKSkxdAkqIYPpKzGT2SyRk9kekYPZD6Fz6P/xY+j/8VPo//FT6P/xU+j/8VxXMAALd/AACs&#10;iQAAoY8AAJaTAACLlgAAf5kAAHOcAABknwAAXKAJAFmgFABXoSIAVaEvAFKhOQFQoUMCTaBLBEqg&#10;UwVIoFoHRZ9jCUOfbAtAnnYOPp6DEDuekRE5naASOJ2yEzeeyBM3negSNpv6Ejaa/xI2mf8RN5n/&#10;ETeZ/xE3mf8RvnsAALGHAACljwAAm5QAAJCYAACEnAAAd6AAAGukAABfpwAAUqoAAE2rDgBLqxoA&#10;SqsnAEirMwBGqz0BRKtGAUKrTgJAq1YDPqtfBTuraAY5qnMIN6qACTSqjwsyqp8MMaqwDDCqxwww&#10;qecML6f6DS+m/w0vpf8NL6X/DS+l/w0vpf8NtoQAAKqOAACelAAAlJkAAIeeAAB7owAAb6gAAGOs&#10;AABXrwAAS7IAAEG1BgA+thEAPbYeADu2KQA6tzQAObc+ADe3RwA2t1ABNLdaATK3ZAIwt28DLrd8&#10;BCy3iwUqt5wFKbeuBii4xQUot+YFJ7X5Byaz/wcmsv8IJrL/CCay/wgmsv8Ir40AAKKUAACXmgAA&#10;i6AAAH6mAABxqwAAZbAAAFm0AABNtwAAQrsAADi+AQAvwgkALcMSACzDHgArwykAKsQzACnEPQAo&#10;xUcAJ8VRACbFXAAlxmgAI8Z2ASLGhgEgxpgBH8arAR7HwQEexuQBHcT4AhzC/wMcwf8DHMH/BBzB&#10;/wQcwf8EpZQAAJqaAACOoQAAgacAAHOuAABntAAAWrkAAE69AABCwAAAOMMAAC/HAAAmywQAHtAK&#10;ABvREQAa0hoAGdIlABjTLwAY0zoAF9REABbUUAAV1V0AFNVrABPWfAAS148AEdikABDZuwAQ2d4A&#10;ENXzABDT/wAQ0v8BENH/ARDR/wEQ0f8BnJoAAJGhAACDqAAAdbAAAGi3AABbvQAATsEAAELFAAA3&#10;yAAALcwAACTQAAAc1QAAFdoFABDiCwAQ4xEADuQaAA7kIwAN5S0ADOU3AAvmQgAK5k8ACeddAAjn&#10;bQAG5oAABeaVAATmqwAC5sQAAebmAADn+QAA5/8AAOb/AADm/wAA5v8Ak6EAAIWpAAB3sQAAabkA&#10;AFvAAABOxgAAQcoAADXOAAAq0gAAIdYAABnbAAAS3wAADeMAAAvxCAAJ8w4AB/MTAATyGgAC8iIA&#10;APIqAADyNAAA8j8AAPJMAADyXAAA8m0AAPKCAADymAAA860AAPPGAAD05QAA9PYAAPT7AAD0+wAA&#10;9PsAh6kAAHmyAABqugAAXMIAAE7JAABAzgAAM9MAACjYAAAe3QAAFeEAAA/kAAAK6AAABfMAAAP9&#10;AQAA/AgAAPsNAAD7EQAA+xYAAPweAAD8JgAA/DAAAP08AAD+SQAA/loAAP5tAAD/ggAA/5gAAP+s&#10;AAD/wAAA/9gAAP/kAAD/5AAA/+QAe7IAAGy7AABdxAAAT80AAEDSAAAy2QAAJt4AABviAAAS5gAA&#10;DOoAAAXtAAAA9AAAAP8AAAD/AAAA/wAAAP8EAAD/CQAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/NwAA&#10;/0YAAP9YAAD/awAA/4AAAP+VAAD/pgAA/7MAAP+7AAD/uwAA/7sA/xsmAP8cJAD/GiQA/xUnAP8Q&#10;LQD/CjYA/wVDAP8BUAH/AF4B/wBrAf8AdgH/AIEA/wCKAP8AkgD/AJoA/wCgAP8ApgD/AKwA/wCy&#10;AP8AuQD/AMIA/wDNAP8A3wD/AOwA/wD4AP8A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A&#10;/x8jAP8fIQD/HiEA/xkjAP8TKQD/DjIA/wxAAP8JTQH/B1oB/wRnAf8DcwH/A30B/wOHAf8DjwD/&#10;ApYA/wKcAP8CogD/AqgA/wKvAP8BtgD/Ab4A/wHJAP8B2wD/AOoA/AD2APgA/wD3Av8A9wP/APYE&#10;/wD2BP8A9gX/APYF/wD2Bf8A/yIfAP8iHAD/IRwA/x4fAP8YJAD/FS8A/xI8AP8QSQD/DlYB/wxi&#10;Af8LbgH/C3kB/wuCAf8LiwH/C5IB/wqZAf8KnwD/CqUA/wqrAP8KsgD/CrsA/QrGAPsK1AD3CucA&#10;8wr0APAK/wDvC/8A7gz/AO0M/wHtDP8B7Qz/Ae0M/wHtDP8B/yUbAP8mGAD/JRcA/yEYAP8gIQD/&#10;HisA/xo3AP8XRQD/FFEB/xJeAf8RaQH/EXQB/xF9Af8QhgH9EI4B/BCVAfoQmwH5EKEB9xCoAfYQ&#10;rwH0ELcA8xDCAPEQ0ADtEOUA6BHyAOYR/gHkEv8B4xL/AeIS/wHiEv8B4RL/AeES/wHhEv8B/ykW&#10;AP8qEwD/KRIA/ycTAP8oHAD/JycA/yMzAP8gPwD/HUwA/xtYAfwZZAH4GW4B9hh4AfMYgQHxGIkB&#10;7xiQAe4YlwHsGJ4B6hikAekYrAHnGLQB5hi/AeQYzQHgGeMB3BrxAdga/gLUG/8C0hv/AtEb/wLQ&#10;G/8C0Bv/AtAb/wLQG/8C/y0SAP8uDwD/Lg0A/y8QAP8vFwD/LiEA/ywtAP8pOQD5JkYA9CRTAe8i&#10;XgHrImkB6CFzAeYhfAHjIYQB4SGMAeAhkwHeIZoB3CGhAdohqQHYIbEC1SG8AtMiyQLQIt8CzCPw&#10;A8gj/QPGJP8DxCT/A8Mk/wPCJP8DwST/A8Ek/wPBJP8D/zAPAP8yCwD/MwgA/zYNAP82EgD/NRoA&#10;/TIlAPQwMgDtLT8A5yxMAOIrWAHdK2MB2SptAdUqdgLSKn8C0CqGAs4qjgPMKpUDyiqcA8kqowTH&#10;KqwExSq2BMMqwwXCKtUFvivrBbor+Qa4LP8Gtiz/BbUs/wW0LP8FtCz/BbQs/wW0LP8F/zQMAP82&#10;BQD/OQMA/zwIAP88DQD9OxMA8TgdAOg1KQDgNDcA2TNGANE0UgHNM10ByTNnAsYzcAPEMngEwTKA&#10;BL8yhwW+Mo8GvDKWBroxnge4MaYHtzGwCLUyvAizMswJsTLlCa0z9QmrM/8JqjP/CKgz/weoM/8H&#10;pzP/B6cz/wenM/8H/zcHAP86AAD/PgAA+kEBAPFBBgDxPw0A5jwSANs6HwDQOzEAyjxAAMQ8TQHA&#10;PFgCvDthA7k7agW2OnIGtDp6B7I5gQiwOYgJrzmQCq04mAqrOKELqTiqDKg4tg2mOMUNpDjeDqE5&#10;8Q2fOv8Mnjr/C506/wqcOv8JnDr/CZw6/wmcOv8J/zsCAP8+AAD3RAAA5kcAAN9IAQDaRgYA2UAL&#10;AM1CGQDFRCsAvkQ7ALlESAG1Q1MDsUJcBK5CZQarQWwHqUB0CaZAewqkP4MLoz+KDaE+kw6fPpwP&#10;nT6lEJs+sRGaPr8RmD7UEpY/7RGUP/wPk0D/DpJA/wySQf8LkkH/C5JB/wuSQf8L/z0AAP9DAADp&#10;SQAA3k4AANNPAADNTgMAykkIAMJJFAC7SiYAtUs2AK9LQwKrSk4Dp0lXBaRIYAehR2cJnkZvCpxG&#10;dgyaRX0OmEWFD5ZEjhCURJcSkkOhE5BDrBSPQ7oVjUPNFYtE6BWKRfoSiUb/EIlG/w6IRv8NiEb/&#10;DYhG/w2IRv8N/0AAAPJHAADjTwAA1FMAAMtVAADEVAAAwFAEALlPEQCyUCIArFEyAKdRPwKiUEoD&#10;nk9TBZtOXAiYTWMKlUxqDJNLcQ2RSnkPjkqAEYxJiRKKSZIUiEicFYZIqBaFSLUXg0jHGIFI5BiB&#10;SvcVgEr/EoBL/xCAS/8PgEv/DoBL/w6AS/8O/0MAAOxLAADdUwAAzlgAAMRaAAC9WgAAuFcBALFU&#10;DgCqVh4ApVYuAJ9WOwGbVUYDl1RQBZNTWAiQUl8KjVFmDItQbQ6IT3QQhk98EoROhROCTo4VgE2Z&#10;F35NpBh8TbIZek3DGnlN3xp4TvQXeE//FHhP/xJ4UP8QeFD/D3hQ/w94UP8P/UYAAOdPAADWVwAA&#10;yFwAAL9fAAC3XwAAsVwAAKpZDACkWhoAnlsqAJlbOAGUWkMDkFlMBYxYVQiJV1wKhlZjDINVag6B&#10;VHEQf1N5En1TgRR6UosWeFKVGHZRoRl0Ua8bc1HAG3FR2xxxUvIZcVP/FXFU/xNyVP8RclT/EHJU&#10;/xByVP8Q80gAAONTAADQWwAAxGAAALpjAACzYwAArGEAAKReCQCdXxcAmF8nAJNfNQGOXkADil1K&#10;BYZcUgeDW1kKgFpgDH1ZZw57WG4QeFh1EnZXfhR0VogXclaTGG9WnxpuVawbbFW9HGtW1R1rVvAa&#10;a1f/F2tY/xRsWP8SbFj/EWxY/xFsWP8R8UsAAN9WAADMXgAAwGQAALdnAACuaAAAp2YAAJ9iBgCY&#10;YxQAkmQkAI1jMgGJYj0ChGFHBIFgTwd9X1YJel5dC3ddZA11XGsQc1xzEnBbexRuW4UXbFqQGWpa&#10;nBtoWaocZlq6HWVa0R1lWu4bZVv+F2Zb/xVmXP8TZ1z/Emdc/xJnXP8S7U4AANpZAADIYQAAvGcA&#10;ALNqAACrbAAAomoAAJlnAgCSZxEAjWchAIhnLwGEZjsCf2VEBHtkTQZ4Y1QJdWJbC3JhYQ1wYWkP&#10;bWBwEmtfeRRpX4MXZl6OGWRemhtiXqgcYV64HV9ezh1fXuwbYF/9GGFf/xVhX/8TYl//EmJf/xJi&#10;X/8S6lEAANRcAADEZAAAuWoAALBuAACncAAAnm4AAJRrAACNahAAh2seAINrLAB+azgCempCA3Zp&#10;SgZzaFIIcGdZCm1mYA1rZWcPaGRuEWZkdxRkY4EWYWOMGF9imBpdYqYcW2K2HVpizB1aYuocW2P8&#10;GFxj/xZcY/8UXWP/E11j/xNdY/8T5lUAAM9fAADBaAAAtm4AAKxyAACkdAAAmnMAAI5vAACHbw0A&#10;gm8bAH1wKQB5bzUBdW4/A3JtSAVubFAHa2xXCmlrXgxmamUOZGlsEWFpdRNfaH8WXGiKGFpnlhpY&#10;Z6QcVme0HVVnyh1VZ+gbVmf7GFdn/xZXaP8UWGf/E1hn/xNYZ/8T4VgAAMtjAAC9awAAsnIAAKl2&#10;AACgeAAAlncAAIhzAACBcwsAfHQXAHh0JgB0dDIBcHM9Am1zRgRqck4HZ3FVCWRwXAthcGMOX29q&#10;EFxucxJabnwVV22IF1VslBlTbKMbUWyzHFBsyBxPbOcbUWz6GFFs/xVSbP8UUmz/E1Js/xNSbP8T&#10;3FwAAMdnAAC5bwAAr3YAAKV7AACcfAAAkXwAAIJ4AAB6eQcAdXkUAHJ6IwBuei8Ba3k6Amh5QwNk&#10;eEsFYXdSCF93WQpcdmAMWXVoD1d0cBFUdHoTUnOGFk9zkxhNcqEZTHKxGkpyxhpKcuUaS3L5F0xy&#10;/xVMcv8TTXL/Ek1y/xJNcv8S1GAAAMJrAAC1dAAAq3sAAKJ/AACXgQAAjIEAAHp+AABzfwIAbn8R&#10;AGuAHgBogCwAZYA3AWKAQANff0gEXH5QBll+VwhXfV4LVHxmDVF8bg9Pe3gRTHuDFEp6kRZIep8X&#10;RnqvGEV6xBhEeuQYRXn4FkZ5/xRGeP8SR3j/EUd4/xFHeP8RzWUAAL1wAACxeQAAp4AAAJyEAACS&#10;hgAAhoYAAHeGAABrhgAAZocNAGOHGQBgiCcAXogzAVuIPAJYh0UDVodNBFOGVAZQhlsIToVjCkuE&#10;bAxJhHYPRoOBEUSDjxNCg50UQIKuFT+DwhU+guIVP4H3Ez+B/xJAgP8RQID/EECA/xBAgP8QxmsA&#10;ALd2AACsfwAAooUAAJeJAACMiwAAgY0AAHOOAABljwAAXY8JAFqQFABYkCEAVpEtAFOQOAFRkEEC&#10;TpBJA0yQUARKj1gFR49gB0WOaQlCjnMLQI1/DT6NjQ88jZwQOo2sETmNwRE4jeEQOIv2EDiK/w85&#10;if8POYn/DjmJ/w45if8Ov3IAALJ9AACnhgAAnIoAAJGOAACGkQAAepMAAG2VAABflwAAVJkBAE+Z&#10;DwBOmhoATJonAEqaMgBImjwBRppEAUSaTAJCmlQDQJlcBD6ZZgU7mXAHOZh8CDeYigo1mJoLM5ir&#10;CzKYvwwymN8LMZb1CzGV/wsxlP8LMZP/CzGT/wsxk/8LuHoAAKyFAAChiwAAlpAAAIuUAAB/lwAA&#10;cpsAAGadAABaoAAATqIAAEWkCQBCpBMAQKQfAD+kKgA+pTQAPKU+ADulRwE5pU8BN6VYAjWlYQIz&#10;pWwDMaV5BC+khwUtpJcGLKSpBiukvQYqpN4GKqL1Bymh/wcpoP8IKZ//CCmf/wgpn/8IsYIAAKWL&#10;AACakQAAkJYAAIOaAAB2nwAAaqIAAF6mAABSqQAARqsAADytAAA1rwwAM7AVADKwIQAxsCsAL7A1&#10;AC6xPgAtsUgALLFRACuxWwApsWcBJ7F0ASaxgwEksZQCI7GmAiKyuwIhstsCIa/zAyCu/wMgrf8E&#10;H6z/BB+s/wQfrP8EqosAAJ2RAACTlwAAh5wAAHqiAABtpwAAYKsAAFWvAABJsQAAPrQAADO3AAAq&#10;ugMAJLwNACK9FQAhvSAAIb0qACC9MwAfvj0AHr5HAB2+UgAcv14AGr9sABm/fAAYv44AF8ChABbA&#10;tgAUwNMAFb7xABW8/wEVu/8BFLr/AhS6/wIUuv8CoZIAAJaYAACKngAAfaQAAG+qAABirwAAVrQA&#10;AEq3AAA+ugAAM70AACrAAAAhxAAAGccFABPLCwARzBIAEcwbABDMJQAPzS8ADs06AA7NRgANzVIA&#10;Dc5gAAzOcAALzoMACs6XAAnOrAAIzsYACM7oAAjN+wAJy/8ACcv/AAnL/wAJy/8AmJgAAI2eAAB/&#10;pQAAcawAAGSzAABXuQAASr0AAD7AAAAywwAAKMYAAB/KAAAXzQAAEdEAAAzWBQAI2QwABtkSAAXa&#10;GwAE2iQAA9suAAHbOQAA3EUAAN1SAADeYgAA3nMAAN6IAADfnQAA37MAAN/OAADg7gAA3/oAAN//&#10;AADf/wAA3/8Aj58AAIGmAABzrgAAZbUAAFi9AABKwgAAPcUAADHJAAAmzAAAHdAAABTUAAAO2QAA&#10;Cd0AAAPhAAAA4wcAAOMNAADkEgAA5RkAAOYiAADnKwAA6TYAAOtDAADsUgAA7GIAAO12AADujAAA&#10;7qEAAO+3AADv0QAA7+sAAPD2AADw9gAA8PYAhKcAAHWvAABntwAAWb8AAEvGAAA8ygAAL84AACTS&#10;AAAa2AAAEtwAAAzgAAAF4wAAAOcAAADrAAAA6wAAAO0FAADuCwAA8BAAAPEVAADzHgAA9CcAAPcz&#10;AAD5QAAA+lEAAPtjAAD8dwAA/Y0AAP2jAAD+tgAA/skAAP/fAAD/3wAA/98Ad7AAAGi5AABawQAA&#10;TMoAADzPAAAu1AAAItoAABfeAAAQ4gAACeYAAADpAAAA7AAAAPAAAAD2AAAA9gAAAPcAAAD4AAAA&#10;+gcAAPsNAAD9EQAA/xkAAP8jAAD/LwAA/z4AAP9PAAD/YgAA/3cAAP+NAAD/nwAA/64AAP+6AAD/&#10;ugAA/7oA/xYjAP8VIQD/EiEA/w4kAP8GKgD/ADMA/wBBAP8ATgD/AFwA/wBoAP8AdAD/AH4A/wCH&#10;AP8AjwD/AJYA/wCcAP8AogD/AKgA/wCuAP8AtQD/AL0A/wDHAP8A1gD/AOcA/gDzAP4A/gD9AP8A&#10;/AD/APsA/wD7AP8A+wD/APsA/wD7AP8A/xogAP8ZHgD/Fh4A/xAgAP8KJQD/BDAA/wA9AP8ASwD/&#10;AFgA/wBkAP8AcAD/AHoA/wCDAP8AiwD/AJIA/wCYAP8AngD/AKQA/wCqAP8AsQD9ALkA+wDDAPoA&#10;0AD4AOMA9wDxAPYA/AD0AP8A9AD/APMA/wDzAP8A8wD/APMA/wDzAP8A/x0cAP8cGQD/GRkA/xQb&#10;AP8O/+L/4klDQ19QUk9GSUxFAAgJIQD/DCwA/wk5AP8FRgD/AlMA/wBfAP8AawD/AHUA/wB+AP8A&#10;hgD/AI4A/wCUAP4AmwD8AKEA+gCnAPgArgD1ALUA8wC/APEAywDwAN8A7gDuAOwA+QDrAP8A6gD/&#10;AOoB/wDpAf8A6QH/AOkB/wDpAf8A/yAXAP8fFAD/HBMA/xcVAP8WHQD/EygA/xA0AP8NQQD/DE4A&#10;/wlaAP8IZgD/CHAA/gd5APwHgQD6B4kA+AeQAPYGlgDzBp0A8QajAO8GqgDtBrIA6ga7AOgGyADm&#10;BtwA5AbsAOII+gDgCv8A3gv/AN0L/wDdDP8A3Az/ANwM/wDcDP8A/yMSAP8jEAD/IQ4A/x4QAP8e&#10;GAD/HCMA/xgvAP8UOwD/EkkA/BBVAPgPYAD0D2oA8Q90AO8OfADtDoQA6w6LAOkOkgDnDpkA5g6g&#10;AOQOpwDiDq8A4A64AN4OxQDcDtoA1hDsANIR+gDPEv8AzRL/AcwS/wHLE/8ByhP/AcoS/wHKEv8B&#10;/ycPAP8nDAD/JQkA/yYNAP8lEwD/IxwA/yAoAPscNQD1GkIA7xhPAOoXWgDmFmUA4xZuAOAWdwDe&#10;Fn8A3BaHANkWjgDWFpUA1BacANIXowDQF6sAzhi1AMwYwQDLGNIAxxroAcMb+AHAG/8Bvhz/Ab0c&#10;/wK8HP8CvBv/Arwb/wK8G/8C/ysMAP8rBQD/KwMA/y0JAP8sDgD/KRUA9yYgAO4jLQDnIToA4R9I&#10;ANsfVADVIF8A0SBoAM4gcQDMIXkAyiGBAcghiAHGIY8BxCGWAcMhngHBIqYBvyKvAb0iuwK8I8oC&#10;uSPjArUk9AKzJP8DsST/A68k/wOvJP8DriT/A64k/wOuJP8D/y8GAP8vAAD/MgAA/zMCAPkyCAD3&#10;Lw4A6ysWAOEnIgDYJzIA0ClBAMsqTgDGKlkAwypiAcAqawG9KnMBuyp6ArkqggK4KokCtiqQArQq&#10;mAOzKqEDsSqqA68rtQSuK8QErCvbBKgs7wSmLP4FpCz/BKMt/wSiLf8Eoiz/BKIs/wSiLP8E/zIA&#10;AP8zAAD5OAAA6TkAAOI5AADeNQcA3i4NANEvGwDJMSwAwzM7AL0zSAC5NFMBtjNcAbMzZQKwM20C&#10;rjN0A6wyewOrMoMEqTKKBKcykwWlMpsGpDKlBqIysAegMr4HnzLRB5wz6geaM/sHmDT/B5c0/waW&#10;NP8GljT/BZY0/wWWNP8F/zUAAP84AADqPgAA30IAANVCAADPPwMAzTgIAMU4FQC9OiYAtzs2ALI8&#10;QwCuPE4BqjtXAqc7YAOlOmcDozpvBKE6dgWfOX0GnTmFB5s5jQeZOJYImDigCZY4qwqUOLgKkznK&#10;C5E55QuPOvcKjTr/CYw7/wiMO/8HjDv/B4w7/weMO/8H/zgAAPE+AADjRQAA1EkAAMtKAADFRwAA&#10;wUEEALo/EQCzQSEArUIxAKhDPgCkQ0kBoEJTAp1BWwObQWIEmEBqBZZAcQaUP3gHkj9/CJA/iAqP&#10;PpELjT6bDIs+pg2JPrMNiD7EDoY/4A6EP/QNg0D/C4NA/wqCQP8JgkH/CIJB/wiCQf8I/zwAAOtD&#10;AADcSgAAzE8AAMNQAAC8TgAAt0kBALFGDgCqSBwApEksAKBJOgCbSUUBmEhOApRHVwOSR14Fj0Zl&#10;Bo1GbAeLRXMJiUV7CodEgwuFRI0Mg0SXDoFDog9/Q68QfkPAEHxE2hF7RPEPekX/DXpG/wt6Rv8K&#10;ekb/CXpG/wl6Rv8J9T4AAOZIAADTTwAAx1QAAL1VAAC2VAAAsFAAAKlMCwCiTRgAnU4oAJhONgCU&#10;TkEBkE1LAo1NUwSKTFoFh0thBoVLaAiDSm8JgEp3C35Jfwx8SYkOekiTD3hInxB3SKwSdUi8EnRJ&#10;0hNzSe4Rckr/D3JK/w1ySv8Lckr/C3JK/wpySv8K8kIAAOBMAADOUwAAwVgAALhaAACwWQAAqVYA&#10;AKJSBwCbUhUAllMkAJFTMgCNUz4BiVJHAoZRUASDUVcFgFBeBn5PZQh7T2wJeU5zC3dOew11TYUO&#10;c02QEHFNnBJvTakTbk25FGxNzhRsTesTbE79EGxP/w5sT/8MbE//C2xP/wtsT/8L7kUAANxQAADJ&#10;VwAAvVwAALReAACsXgAApFsAAJxWBACVVhIAkFchAItYLwCHVzsBg1ZEAn9WTQN8VVQFelRbBndU&#10;Ygh1U2gJc1NwC3FSeA1vUoIPbVGNEWtRmRJpUaYUZ1G2FWZRyxVlUukUZVL7EWZT/w9mU/8NZlP/&#10;DGZT/wxmU/8M6kkAANVTAADFWgAAul8AALBiAACoYgAAn18AAJZaAACPWhAAilseAIVbLACBWzgB&#10;fVtBAnpaSgN3WVEEdFhYBnFYXwdvV2YJbVdtC2tWdg1pVn8PZ1WKEWVVlxNjVaQUYVW0FWBVyBZf&#10;VecVYFb6EmBW/w9hV/8OYVf/DWFX/wxhV/8M50wAANFWAADBXgAAtmMAAK1mAACkZgAAm2QAAJBe&#10;AACJXg4AhF8bAIBfKQB8XzUBeF8/AnReRwNxXU8Eb1xWBWxcXAdqW2MJaFtrC2Zacw1kWn0PYlqI&#10;EV9ZlBNeWaIUXFmyFVtZxhZaWeUVW1r5Elta/xBcWv8OXFr/DVxa/w1cWv8N408AAM1ZAAC+YQAA&#10;s2YAAKlpAACgagAAl2gAAItiAACDYgwAfmMYAHpjJgB2YzIAc2M8AW9iRQJsYUwEamFUBWdgWgdl&#10;YGEIY19pCmFfcQxfXnsOXV6GEVpekxJYXaAUV12wFVZexBZVXuMVVl73ElZe/xBXXv8OV17/DVde&#10;/w1XXv8N3lMAAMhdAAC7ZAAAsGoAAKZtAACdbgAAk20AAIVnAAB+ZwkAeGcVAHRnIwBxaC8Abmc5&#10;AWtnQgJoZkoDZWZSBWNlWAZgZV8IXmRnClxkbwxaY3kOWGOEEFVikRJTYp8TUmKuFVFiwhVQYuEV&#10;UWL2ElFi/xBSYv8OUmL/DVJi/w1SYv8N2VYAAMRgAAC3aAAArG4AAKNxAACacwAAj3EAAH9rAAB4&#10;awUAcmsSAG5sHwBrbCwAaGw3AWZsQAJja0gDYGtPBF5qVgZcal0HWWllCVdpbQtVaXcNU2iCD1Bo&#10;jxFOZ50TTWesFEtowBRLaN4US2f1Ekxn/w9MZ/8OTWf/DU1n/w1NZ/8N0loAAMBkAACzbAAAqXIA&#10;AKB2AACWdwAAinYAAHlxAABxcQAAa3EPAGhxHABmcigAY3I0AGByPQFeckUCW3FNA1lxVAVXcFsG&#10;VHBjCFJvawpQb3QMTW6ADktujRBJbpsRR22rEkZuvhNFbtwSRm30EUZt/w9Hbf8OR2z/DUds/w1H&#10;bP8NzF8AALxpAACwcQAApXcAAJx7AACRfAAAhnsAAHV4AABrdwAAZXcMAGF4FwBfeCQAXXkwAFp5&#10;OgFYeUICVnhKAlN4UQRRd1gFT3dgB0x2aAhKdnIKSHV9DEV1ig5DdZkPQnWpEEB1vBBAddkQQHTz&#10;D0B0/w5Bc/8NQXP/DEFz/wxBc/8MxmQAALduAACrdgAAonwAAJd/AACMgQAAgYEAAHKAAABlfwAA&#10;XX8IAFl/EwBXgCAAVYArAFOBNgBRgD4BT4BGAk2ATgJLf1UDSX9dBUZ/ZgZEfnAIQn57CT9+iAs9&#10;fZcMPH2nDTp9ug46ftYNOnzxDTp7/ww6e/8LOnr/Czp6/ws6ev8LwGkAALJ0AACnfAAAnYEAAJKE&#10;AACHhgAAe4cAAG6HAABghwAAVYcBAFCIDgBOiBoATYkmAEuJMABJiToASIlCAUaJSgFEiVICQola&#10;A0CIYwQ9iG0FO4h4BjmHhgg3h5UJNYemCjSHuQozh9MKM4bwCTOF/wkzhP8JM4P/CTOD/wkzg/8J&#10;uXAAAK16AACiggAAl4cAAI2KAACBjAAAdY4AAGiPAABakAAAT5EAAEeSCgBEkhMAQ5MfAEGTKgBA&#10;kzQAP5M9AD2TRQA7k00BOpNWATiTXwI2k2kDNJN1AzKSgwQwkpMFLpKkBi2StwYsktEGLJHvBiuP&#10;/wYrjv8GK43/ByuN/wcrjf8Hs3gAAKeCAACciAAAkYwAAIeQAAB6kwAAbZUAAGGXAABVmQAASZsA&#10;AD+cAQA5nQ4AN50XADaeIgA0niwAM541ADKePgAxnkcAMJ9QAC6fWgAtn2QBK59xASmefwInnpAC&#10;Jp6hAiSetQIjns4CI53uAyOb/gMimv8EIpn/BCKZ/wQimf8ErIEAAKCIAACVjgAAi5IAAH+WAABy&#10;mgAAZZ0AAFmgAABOowAAQqQAADemAAAuqAUAKakPACipGAAnqiIAJqosACWqNQAkqj8AI6pIACKr&#10;UwAhq14AIKtqAB6reQAdq4sAG6udABqrsQAZq8oAGarsARmo/QEYp/8CGKb/Ahim/wIYpv8CpYkA&#10;AJmPAACPlAAAg5kAAHWeAABoogAAXKYAAFCpAABErAAAOa4AAC+wAAAmswAAHrUGABm3DwAYtxcA&#10;F7chABa3KgAVtzQAFLg+ABO4SQASuFQAErliABG5cQAQuYMAD7mXAA65rAANucQADbjnAA62+wAO&#10;tf8ADrT/AA60/wAOtP8AnJAAAJKVAACGmwAAeaAAAGumAABeqwAAUq8AAEayAAA6tQAAL7cAACW6&#10;AAAdvQAAFcAAABDDBgALxg4ACsUVAAnFHgAIxSgAB8UyAAbGPQAFxkkABcZXAAPGZgACxncAAcaL&#10;AADGoAAAxbYAAMbSAADF7wAAxfwAAMX/AADF/wAAxf8AlZYAAImcAAB7owAAbakAAGCvAABTtAAA&#10;RrgAADq7AAAuvgAAJMEAABvEAAATxwAADsoAAAjOAQAB0AoAANAQAADQFgAA0R4AANInAADTMQAA&#10;1DwAANVJAADWWAAA1mkAANZ8AADWkgAA1qcAANa/AADW4AAA1vMAANb+AADW/wAA1v8AjJ0AAH6k&#10;AABvqwAAYbIAAFS5AABGvQAAOcEAAC3EAAAixwAAGcsAABHOAAAM0gAABdUAAADbAAAA3AMAAN0K&#10;AADeDwAA3xQAAOEcAADiJAAA5C4AAOY6AADnSQAA6FkAAOhrAADpgQAA6ZgAAOmtAADpxQAA6eIA&#10;AOnyAADp9QAA6fUAgKUAAHGtAABjtQAAVbwAAEfCAAA5xgAALMoAACDOAAAW0gAAD9YAAAjbAAAA&#10;3wAAAOMAAADlAAAA5wAAAOgBAADqBwAA6w0AAO0RAADvGAAA8SEAAPMrAAD2OAAA90gAAPhaAAD5&#10;bQAA+oQAAPqbAAD6rwAA+sIAAPraAAD63wAA+t8AdK4AAGW2AABWvgAASMYAADnLAAAr0AAAH9QA&#10;ABTaAAAN3wAABeMAAADmAAAA6QAAAO0AAADvAAAA8QAAAPMAAAD1AAAA9gIAAPgJAAD6DgAA/RMA&#10;AP8cAAD/KAAA/zYAAP9HAAD/WgAA/24AAP+FAAD/mgAA/6sAAP+5AAD/vAAA/7wA/xEgAP8QHgD/&#10;DB4A/wQhAP8AJwD/ADAA/wA+AP8ATAD/AFkA/wBlAP8AcAD/AHoA/wCDAP8AiwD/AJIA/wCYAP8A&#10;ngD/AKQA/wCqAP8AsAD/ALgA/wDCAP8AzgD/AOIA/gDwAP0A+wD7AP8A+wD/APsA/wD6AP8A+gD/&#10;APoA/wD6AP8A/xQcAP8SGgD/DhoA/wgcAP8AIQD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA&#10;/wB/AP8AhwD/AI4A/wCUAP8AmgD+AKAA/QCmAPwArAD7ALQA+QC9APgAyQD3ANwA9QDsAPMA+ADz&#10;AP8A8gD/APEA/wDwAP8A8AD/APAA/wDwAP8A/xcYAP8VFgD/ERUA/wwXAP8FHQD/ACgA/wA2AP8A&#10;QwD/AFAA/wBcAP8AZwD/AHEA/wB6APwAggD6AIkA+ACQAPcAlgD1AJwA9ACiAPMAqADxALAA8AC4&#10;AO4AwwDsANMA6gDnAOkA9QDnAP8A5gD/AOUA/wDlAP8A5QD/AOUA/wDlAP8A/xoTAP8YEQD/FBAA&#10;/w8RAP8NGQD/CiQA/wUwAP8BPgD/AEsA/wBXAP4AYgD6AGwA9QB1APIAfQDwAIQA7gCLAOwAkQDr&#10;AJcA6QCeAOcApADmAKwA5AC0AOIAvwDgAM0A3gDjANwA8gDaAP0A2AD/ANYA/wDVAf8A1QH/ANUC&#10;/wDVAv8A/x4QAP8cDQD/FwsA/xUOAP8UFQD/ER8A/w4qAP8LOAD9CEUA+AZRAPQEXADuBGYA6gRv&#10;AOYDdwDkBH8A4gSGAOAEjADeBJMA3QWaANsFoADYBagA1QWxANIFuwDQBskAzgfgAMwI8QDJCv8A&#10;xwv/AMYM/wDFDP8AxQz/AMUM/wDFDP8A/yEMAP8gBgD/HAMA/x0KAP8bEAD/GBgA/xQjAPYRMADv&#10;Dj4A6g5KAOUNVgDhDWAA3Q1pANkNcQDVDXkA0w2BANENiADPDY8AzQ6WAMsOnQDKDqUAyA6uAMYP&#10;uQDEEMgAwhDfAL4R8gC7Ev8AuRP/ALcT/wG2E/8BthP/AbYT/wG2E/8B/yUGAP8jAAD/IwAA/yQD&#10;AP8hCgD9HREA8RobAOgWJwDhFDUA2hNDANMUTwDOFVkAyxVjAMgWawDFFnMAwxd7AMEXggDAGIkA&#10;vhiQALwYmAC7GaAAuRmpALcZtAC1GsIAtBrWALAb7QGtHPwBqx3/Aakd/wGpHf8BqB3/Aagd/wGo&#10;Hf8B/ygAAP8nAAD+KgAA7yoAAOcnAQDnIgkA5B0QANkbHQDPHS0AyR48AMQgSQC/IFMAvCFdALkh&#10;ZQC3Im0AtSJ0ALMifACxIoMBsCKKAa4ikgGsI5sBqyOkAakjrwGnI7wBpiTOAaMk6AKgJfkCniX/&#10;Ap0l/wKcJf8CmyX/Apsl/wKbJf8C/ywAAP8tAADtMgAA4jQAANozAADTLgMA0iUKAMklFwDBJycA&#10;uyk2ALYqQwCyK04ArytXAKwrYACqK2cBqCtvAaYrdgGkK30BoyuEAqErjQKfK5UCniufApwrqgOa&#10;K7YDmSzHA5cs4gOULfUEki3/A5Et/wOQLv8DkC3/A5At/wOQLf8D/zAAAPIzAADkOgAA1j0AAMw8&#10;AADHOQAAwzEFAL0uEQC1MCEAsDIwAKszPQCnM0kApDNSAKEzWgGfM2IBnDNpApozcAKZM3cClzJ/&#10;A5UyhwOTMpAEkjKaBJAypQWOMrEFjTPCBosz3AaJNPIGhzT/BYY0/wWGNP8EhTT/BIU0/wSFNP8E&#10;/DMAAOs6AADcQQAAzUQAAMNEAAC9QQAAuDsBALI3DgCrOBwApTkrAKE6OACdO0QAmjtNAZc6VgGU&#10;Ol0CkjpkApA6awOOOXIDjDl6BIo5ggWJOYsFhzmVBoU5oAeDOa0Hgjm8CIE50wh/Ou4IfTr+B3w7&#10;/wZ8O/8FfDv/BXw7/wV8O/8F9DcAAOVAAADSRwAAxUoAALxLAAC1SQAAr0MAAKk+CwCiPxcAnUAm&#10;AJhBNACUQT8AkUFJAY5BUQGLQFkCiUBgA4dAZwOFP20Egz91BYE/fQZ/PocHfT6RCHs+nAl6PqkJ&#10;eD64Cnc/zQp1P+oKdED8CHRA/wd0QP8Gc0D/BnNA/wZzQP8G8TsAAN9FAADMTAAAv08AALZQAACu&#10;TwAAp0oAAKBEBwCaRRQAlUYiAJBGMACMRzwAiUZFAYZGTgGDRlUCgUVcA35FYwR8RGoEekRxBXlE&#10;eQZ3RIIIdUONCXNDmQpxQ6YLcEO1DG5EyQxtROcMbUX6CmxF/whsRf8HbEX/B2xF/wdsRf8H7D8A&#10;ANhJAADHUAAAu1QAALFVAACpVAAAoVAAAJlKAgCSSREAjUofAIlLLACFTDgAgktCAX9LSgF8SlIC&#10;eUpYA3dKXwR1SWYFc0ltBnFJdgdvSH8IbUiKCWxIlgtqSKMMaEiyDWdIxQ1mSeQNZkn4C2ZJ/wlm&#10;Sv8IZkn/B2ZJ/wdmSf8H6EMAANJNAADCUwAAt1gAAK1ZAACkWAAAnFUAAJNOAACMTg4Ah08bAIJP&#10;KQB/UDUAe1A/AXhPRwF2T08Cc05VA3FOXARvTWMFbU1qBmtNcgdpTXwIZ0yHCmVMkwtjTKANYkyv&#10;DmFNwg5gTeEOYE32DGBO/wpgTv8JYE7/CGBO/whgTv8I40cAAM1QAAC+VwAAs1sAAKpdAAChXQAA&#10;mFoAAI1TAACGUgwAgFMYAHxTJQB5VDEAdVQ8AHNTRAFwU0wCbVJTAmtSWQNpUmAEZ1FoBmVRcAdj&#10;UXkIYVGECmBQkQxeUJ4NXFCtDltRwA5aUd4PWlH1DFpS/wpbUv8JW1H/CFtR/whbUf8I30oAAMlT&#10;AAC7WgAAsF8AAKZhAACdYQAAlF4AAIhXAACAVgoAelcVAHZXIgBzWC4AcFc5AG1XQQFqV0kCaFZQ&#10;AmZWVwNkVl4EYlVlBWBVbQdeVXcIXFWCClpVjgxZVZwNV1WrDlZVvg9VVdsPVVXzDVVV/wtWVf8J&#10;VlX/CVZV/whWVf8I200AAMVXAAC4XgAArWIAAKNlAACaZQAAkGMAAINcAAB7WwYAdVsSAHFbHwBu&#10;XCsAa1w2AGhbPwFlW0cBY1tOAmFaVQNfWlwEXVpjBVtaawZZWXUIV1mAClVZjAtUWZoNUlmqDlFZ&#10;vA5QWdgOUFnyDVFZ/wtRWf8KUVn/CVFZ/whRWf8I1FEAAMJaAAC0YQAAqmYAAKBoAACXaQAAjGcA&#10;AH1gAAB1XwMAb18QAGtfHABoYCgAZmAzAGNgPAFhYEQBX19MAlxfUwNbX1oEWV9hBVdeaQZVXnMI&#10;U15+CVFdigtPXZkMTV2oDUxeug5LXtQOS17xDExe/wtMXf8KTF3/CUxd/whMXf8Iz1QAAL5eAACx&#10;ZQAAp2oAAJ1tAACUbQAAiWwAAHhlAABvZAAAaWQOAGVkGQBiZCUAYGUwAF5lOgBcZUIBWmVKAlhk&#10;UQJWZFgDVGRfBFJkZwVQY3EHTmN7CUxjiApKY5cLSGOmDEdjuA1GY9ENRmPvDEZi/wpHYv8JR2L/&#10;CUdi/whHYv8IylgAALpiAACuaQAAo24AAJpxAACQcgAAhHEAAHRrAABpaQAAY2kLAF9pFQBcaiEA&#10;WmotAFhrNgBWaz8BVWtHAVNqTgJRalUDT2pdBE1qZQVKaW4GSGl5B0ZphglEaZUKQ2ilC0FptwxA&#10;ac8MQGjuC0Fo/wpBZ/8JQWf/CEJn/whCZ/8IxV0AALZmAACqbQAAoHMAAJZ2AACLdwAAgHYAAHBy&#10;AABlcQAAXHAHAFhwEQBWcB0AVHEoAFJxMwBQcTwAT3JEAU1xSwFLcVMCSXFaA0dxYgRFcGwFQ3B3&#10;BkFwhAc/cJMIPW+jCTtwtQo7cM0KOm/sCTtu/gg7bv8IO23/Bztt/wc7bf8Hv2IAALFrAACmcwAA&#10;nXkAAJJ7AACHfAAAe3wAAG16AABgeAAAVncBAFB3DgBOeBgATHgkAEt5LgBJeTcASHlAAEZ5SAFE&#10;eU8BQnlXAkF5YAI/eGkDPHh0BDp4ggU4eJEGN3ihBzV4swc0eMsHNHfrBzR2/Qc0df8HNXX/BjV0&#10;/wY1dP8GuWgAAK1xAACieQAAmH4AAI2AAACCgQAAdoIAAGmBAABbgQAAUYEAAEiACgBFgRMAQ4Ee&#10;AEKCKQBBgjIAQII7AD6CQwA9gksAO4JTATmCXAE3gmYCNYJxAzOCfwMxgY4EMIGfBC6BsQUtgcgF&#10;LYHpBC1//AUtfv8FLX3/BS19/wUtff8Fs24AAKh4AACdfwAAkoMAAIiGAAB9hwAAcIgAAGOJAABV&#10;igAAS4oAAEGKAgA7iw4AOYsXADiMIgA3jCwANow1ADSMPQAzjEYAMo1PADGNWAAvjWIBLYxuASuM&#10;ewEqjIsCKIycAiaMrwIljMYCJYvoAiWK+wMliP8DJYj/AyWH/wMlh/8DrXYAAKOAAACXhQAAjYkA&#10;AIKMAAB2jgAAaZAAAFySAABQkwAARJQAADqVAAAxlggALZcRACyXGgArlyQAKpctACmXNgAomD8A&#10;J5hIACaYUgAlmFwAI5hoACKYdwAgmIcAH5iZAR2YrAEcmMMBHJflARyV+gEblP8BG5P/AhuT/wIb&#10;k/8Cp38AAJyGAACRiwAAh48AAHqSAABtlQAAYZgAAFWbAABJnQAAPZ4AADOfAAAqoQAAIaMKAB+j&#10;EQAeoxoAHaQkABykLQAbpDYAGqQ/ABmkSgAYpFUAFqVhABWlcAAUpYEAE6WUABKlqAARpb8AEKTi&#10;ABGi+AARof8AEaD/ARGg/wERoP8BoIYAAJWMAACMkQAAf5UAAHGaAABkngAAWKEAAEykAABApgAA&#10;NacAACqpAAAirAAAGa4AABKwCQAQsRAAELEYAA6xIgAOsSsADbE1AA2xQAAMsUsAC7FYAAqxZwAI&#10;sXgAB7GLAAWxoAAEsLUABLDQAASw7wAFr/4ABq7/AAau/wAGrv8AmI4AAI+TAACCmAAAdZ0AAGei&#10;AABapwAATqsAAEGtAAA1rwAAK7EAACG0AAAYtgAAEbkAAA28AwAHvgwAA70SAAG9GQAAviIAAL4r&#10;AAC+NgAAvkEAAL9OAAC/XAAAv20AAL+AAAC+lQAAvqoAAL7CAAC95AAAvfYAAL3/AAC9/wAAvf8A&#10;kpQAAIWaAAB4oAAAaqYAAFyrAABPsAAAQrMAADW2AAAquAAAILsAABe+AAAQwQAAC8QAAATHAAAA&#10;yQcAAMkNAADJEgAAyhkAAMsiAADLKwAAzTUAAM5BAADOUAAAz2AAAM9yAADPhwAAz50AAM+zAADP&#10;zgAAz+sAAM74AADO/gAAzv4AiJsAAHqiAABsqAAAXq8AAFC1AABCuQAANbwAACm/AAAewgAAFcYA&#10;AA7JAAAIzAAAANAAAADTAAAA1QAAANYGAADYDAAA2REAANsWAADcHwAA3igAAOA0AADiQQAA4lEA&#10;AONjAADjdwAA5I4AAOSkAADkugAA5dQAAOXqAADl8wAA5fMAfKMAAG6qAABgsgAAUbkAAEO+AAA1&#10;wgAAKMYAABzJAAATzQAADNEAAATVAAAA2gAAAN4AAADhAAAA4gAAAOQAAADlAwAA5wkAAOkOAADr&#10;EgAA7RoAAO8kAADyMQAA9EEAAPRTAAD1ZgAA9XwAAPaTAAD2qQAA97wAAPfOAAD33wAA998AcKwA&#10;AGG0AABTuwAARcMAADbHAAAnzAAAG9AAABHVAAAK2wAAAN8AAADiAAAA5QAAAOkAAADsAAAA7QAA&#10;APAAAADxAAAA8wAAAPUEAAD3CgAA+hAAAPwWAAD/IQAA/y4AAP9AAAD/UwAA/2gAAP+AAAD/lgAA&#10;/6gAAP+2AAD/vwAA/78A/w0cAP8KGwD/AhsA/wAeAP8AJAD/AC4A/wA8AP8ASgD/AFYA/wBjAP8A&#10;bQD/AHcA/wB/AP8AhwD/AI4A/wCUAP8AmgD/AKAA/wCmAP8ArAD/ALQA/wC9AP8AyQD+AN0A/QDt&#10;APwA+gD7AP8A+gD/APkA/wD6AP8A+gD/APoA/wD6AP8A/xAZAP8NFwD/BhYA/wAYAP8AHgD/ACoA&#10;/wA3AP8ARQD/AFIA/wBeAP8AaQD/AHIA/wB7AP8AggD/AIkA/wCQAP4AlgD9AJwA/AChAPsAqAD5&#10;AK8A+AC4APYAwwD0ANIA8wDnAPIA9gDwAP8A7wD/APAA/wDvAP8A7wD/AO4A/wDuAP8A/xIUAP8P&#10;EgD/CxIA/wASAP8AGgD/ACUA/wAzAP8AQAD/AE0A/wBZAP8AZAD9AG0A+wB2APkAfQD3AIQA9QCL&#10;APQAkQDzAJcA8QCdAPAAowDuAKoA7ACzAOoAvQDoAMsA5wDhAOUA8QDjAP0A4wD/AOIA/wDhAP8A&#10;4QD/AOAA/wDgAP8A/xQQAP8RDgD/DQ0A/wcPAP8CFQD/ACAA/wAtAP8AOgD/AEcA+QBTAPUAXgDy&#10;AGgA8ABwAO0AeADrAH8A6QCFAOgAjADmAJIA5QCYAOMAnwDhAKYA3wCuANwAuADaAMUA1gDZANQA&#10;7ADSAPkA0QD/AM8A/wDOAP8AzgD/AM4A/wDOAP8A/xcMAP8UCAD/DwUA/w4LAP8MEQD/BxoA/wEm&#10;APwANAD0AEEA7QBNAOkAWADmAGIA4wBqAOAAcgDeAHkA2wCAANkAhgDWAI0A0wCTANEAmgDPAKEA&#10;zQCqAMsAswDJAL8AxgDQAMUA6ADDAPYAwQD/AMAC/wC/A/8AvwP/AL8D/wC/A/8A/xsGAP8XAAD/&#10;FAAA/xMFAP8RDQD/DhQA+QofAPAGLADmAzkA4ANGANwDUQDWBFsA0gRkAM8FbADMBXMAygV6AMgF&#10;gQDGBYcAxQaOAMMGlgDBBp0AvwamAL0GsAC7B7wAuQjNALgK5QC1C/cAsw3/ALEN/wCwDf8AsA7/&#10;AK8O/wCvDv8A/x4AAP8bAAD/GwAA+hoAAPUWBQD2EQ0A6w4VAOILIgDYCzEA0Aw+AMsNSgDHDVUA&#10;xA5eAMEOZgC/Dm0AvQ50ALsPewC5D4IAtxCKALYQkQC0EJoAshCjALARrQCvEboArRHKAKoS5QCn&#10;FPcApRX/AKMV/wCiFf8AohX/AKIV/wCiFf8A/yIAAP8gAADwIwAA5iQAAOAhAADcGQUA2xAMANAR&#10;GQDIEykAwhU3AL0WRAC5F04AtRdXALMYYACwGGcArhhuAKwZdQCrGXwAqRmEAKgajACmGpQApBqe&#10;AKMbqAChG7QAnxzFAJ4c3wCaHfMBmB7/AZce/wGWH/8BlR//AZUf/wGVH/8B/yYAAPQnAADmLQAA&#10;2i8AAM8tAADKJwAAxx8IAMEcEwC6HiIAtB8xAK8gPQCrIUgAqCJSAKYiWgCjI2IAoSNpAKAjbwCe&#10;I3cAnCN+AJsjhgCZJI8BlySZAZYkowGUJLABkiW/AZEl1gGOJu8BjCf/Aosn/wKKJ/8CiSf/Aokn&#10;/wGJJ/8B+ikAAOwwAADdNgAAzTgAAMQ3AAC+MgAAuisCALUlDgCuJx0AqCkrAKQqOACgKkMAnStM&#10;AJorVQCYK1wAlitjAJQragGSK3EBkCx4AY8sgQGNLIoBiyyUAoosnwKILKsChiy6AoUtzgODLuoD&#10;gS78A4Au/wJ/Lv8Cfy7/An4u/wJ+Lv8C9C4AAOQ3AADSPQAAxT8AALs/AAC0PAAArzUAAKkvCwCj&#10;LxcAnjEmAJkyMwCWMj4AkjNIAJAzUACNM1gAizNeAYkzZQGHM2wBhjNzAYQzfAKCM4UCgDOPA38z&#10;mgN9M6cDfDO1BHozyQR5NOYEdzX5BHY1/wN1Nf8DdTX/A3U1/wN1Nf8D8DMAAN09AADKQwAAvkUA&#10;ALVGAACtQwAApj0AAKA2BgCZNhMAlDghAJA5LgCMOTkAiTlDAIc5TACEOVMBgjlaAYA5YQF+OWgC&#10;fDlvAno5dwJ5OYADdzmLBHU5lgR0OaMFcjmxBXE5xAZvOuIGbjr3BW47/wRtO/8EbTv/A206/wNt&#10;Ov8D6jkAANVCAADESAAAuUsAAK9LAACnSQAAn0QAAJg+AQCRPBAAjD0dAIg+KgCEPzUAgT8/AH4/&#10;SAB8P08Bej9WAXg/XQF2PmQCdD5rAnI+cwNwPnwDbz6HBG0+kwVrPqAGaj6uBmk/wAdnP94HZz/1&#10;BmZA/wVmQP8EZkD/BGY//wRmP/8E5T0AAM9GAAC/TAAAtE8AAKpQAACiTwAAmUoAAJFEAACKQQ0A&#10;hEIZAIBDJgB9RDIAekQ8AHdERAB1REwBckRTAXBDWQFvQ2ACbUNnAmtDbwNpQ3kEaEODBWZDjwZk&#10;Q50HY0OrB2FDvQhgRNkIYETzB2BE/wZfRP8FX0T/BGBE/wRgRP8E4EEAAMpKAAC7UAAAsFMAAKdV&#10;AACeUwAAlU8AAItJAACDRwsAfUcVAHlHIgB2SC4Ac0g4AHFIQQBuSEkBbEhQAWpIVgFoSF0CZkdk&#10;AmVHbANjR3YEYUeABWBHjQZeR5oHXEepCFtIuwhaSNQIWkjxB1pJ/wZaSf8FWkj/BVpI/wRaSP8E&#10;20QAAMZNAAC4UwAArVcAAKNZAACaWAAAkVQAAIZOAAB9SwgAd0sSAHNMHwBwTCsAbUw1AGtMPgBo&#10;TEYAZkxNAWRMUwFiTFoCYUxiAl9MagNeTHMEXEt+BVpLigZYS5gHV0ynCFZMuQlVTNEJVEzvCFRN&#10;/wZVTP8GVUz/BVVM/wVVTP8F1UgAAMJRAAC1VwAAqlsAAKBcAACXXAAAjVkAAIFTAAB3TwQAcU8Q&#10;AG5QHABqUCgAaFAyAGVQOwBjUEMAYVBKAV9QUQFdUFgCXFBfAlpQZwNYUHEEV1B7BVVQiAZTUJYH&#10;UlClCFBQtwlQUM4JT1DtCFBQ/wdQUP8GUFD/BVBQ/wVQUP8F0EsAAL9UAACyWgAAp14AAJ1gAACU&#10;YAAAiV0AAHxXAAByVAAAbFMOAGhUGQBlVCQAYlQvAGBUOABeVEAAXFRIAVpUTwFZVFYBV1RdAlVU&#10;ZQNUVG4EUlR5BVBUhgZOVJQHTVSkCEtUtQhLVMwJSlTrCEtU/gdLVP8GS1T/BUtU/wVLVP8FzE4A&#10;ALtXAACuXgAApGIAAJpkAACRZAAAhmIAAHdbAABtWAAAZlgMAGJYFgBfWCIAXVksAFtZNgBZWT4A&#10;V1lGAFZZTQFUWVQBUllbAlFZYwNPWWwDTVl3BEtYhAVJWJIHSFiiB0dZswhGWcoIRVnqCEZZ/QZG&#10;WP8GRlj/BUdY/wVHWP8Fx1IAALhbAACrYQAAoWYAAJhoAACOaQAAg2cAAHJgAABoXgAAYV0JAFxd&#10;EwBaXR4AV10pAFZeMwBUXjsAUl5DAFFeSgFPXlIBTl5ZAkxeYQJKXmoDSF51BEZeggVEXZAGQ16g&#10;B0FesQdAXsgHQF7oB0Bd/AZBXf8FQV3/BUFc/wVBXP8Fw1YAALRfAACoZgAAnmoAAJVtAACKbQAA&#10;f2wAAG9nAABkZAAAW2IFAFZiEABUYhsAUmMlAFBjLwBOZDgATWRAAEtkSABKZE8BSGRXAUZkXwJF&#10;ZGgCQ2RzA0FjfwQ/Y44FPWOeBjxjsAY7ZMYGO2TmBjtj+gU7Yv8FO2L/BTxh/wQ8Yf8EvlsAALBj&#10;AAClagAAm28AAJFyAACGcgAAe3EAAGxtAABgawAAVWkAAE9oDQBNaRcAS2khAElqKwBIajQAR2o9&#10;AEVrRABEa0wAQmtUAUFrXAE/amUCPWpwAjtqfQM5aowEN2qcBDZqrgU1asQFNWrlBTVp+QQ1af8E&#10;NWj/BDVo/wQ1aP8EuWAAAKxpAAChcAAAmHUAAI13AACCdwAAd3cAAGl0AABccwAAUXEAAEhwCgBF&#10;cBIAQ3EdAEJxJwBAcjAAP3I4AD5yQAA9ckgAO3JQADpyWQE4cmMBNnJtAjRyegIzcokDMXKaAy9y&#10;rAMucsEDLnLjAy5x+AMucP8DLm//Ay5v/wMub/8Ds2YAAKdvAACddgAAk3oAAIh8AAB+fQAAcn0A&#10;AGR8AABXewAATHoAAEJ5AwA8eQ4AOnoXADl6IQA4eioAN3szADZ7OwA0e0QAM3tMADJ7VQAwe18A&#10;L3tqAS17dwEre4cBKnuYAih7qgIne78CJnvhAiZ69wImeP8CJnj/Aid3/wInd/8CrmwAAKN2AACZ&#10;fAAAjn8AAISCAAB4gwAAbIQAAF+EAABRhAAAR4QAADyEAAAzhAkAMIQRAC+EGgAthCQALIUtACuF&#10;NQAqhT4AKYVHACiGUAAnhloAJoZmACSGcwAjhoMAIYaVACCGpwEehrwBHobeAB6E9QEegv8BHoL/&#10;AR6B/wEegf8BqHQAAJ59AACTggAAiYUAAH6IAABxigAAZYsAAFiMAABMjQAAQI4AADaOAAAsjwAA&#10;JZAMACOQEwAikBwAIZAlACCRLgAfkTYAHpFAAB2RSQAckVQAGpFgABmRbgAYkX4AFpKQABWSpAAU&#10;kbkAE5HYABOP9AAUjv8AFI3/ABSM/wEUjP8Bo30AAJiDAACOiAAAhIwAAHePAABpkQAAXZMAAFCV&#10;AABFlwAAOZgAAC6ZAAAlmgAAHZsCABadDAAVnRMAFJ0bABOdJAASnS0AEZ43ABGeQQAQnkwAD55Y&#10;AA6eZwANnncADJ6KAAudngAKnbIACZ3MAAmc7AAKm/4AC5r/AAuZ/wALmf8AnIQAAJGKAACIjgAA&#10;e5IAAG2WAABgmQAAVJwAAEifAAA8oAAAMKEAACajAAAdpQAAFacAABCpBQALqw0ACKoTAAeqGwAG&#10;qiQABaouAASqOAACqkQAAapQAACqXgAAqm4AAKqBAACqlQAAqaoAAKnBAACo5AAAqPYAAKf/AACn&#10;/wAAp/8AlYsAAIyQAAB/lQAAcZoAAGOeAABWogAASqYAAD2oAAAxqgAAJqsAAB2tAAAUsAAADrIA&#10;AAm1AQACtgoAALYPAAC2FQAAtx0AALclAAC3LwAAuDkAALhGAAC4VAAAuGQAALh2AAC4iwAAt6AA&#10;ALe2AAC30wAAtu8AALb8AAC2/wAAtv8Aj5IAAIKXAAB0nQAAZqIAAFinAABLrAAAPq8AADGxAAAm&#10;swAAHLYAABO4AAANuwAABr4AAADBAAAAwgQAAMILAADDEAAAxBUAAMQcAADFJAAAxi4AAMg6AADJ&#10;RwAAyVcAAMlpAADJfQAAyZQAAMiqAADIwwAAyOQAAMj0AADI/QAAyP0AhZkAAHefAABopgAAWqsA&#10;AE2xAAA/tQAAMbgAACW6AAAavQAAEcAAAAvDAAADxwAAAMoAAADNAAAAzgAAAM8DAADQCQAA0Q4A&#10;ANMSAADVGQAA1yIAANotAADdOQAA3kkAAN5aAADfbgAA34UAAN+cAADfsgAA3ssAAN7mAADf9AAA&#10;3/QAeaEAAGuoAABcrwAATrUAAEC7AAAxvgAAJMEAABnFAAAQyAAACcwAAADPAAAA0wAAANkAAADc&#10;AAAA3QAAAN8AAADhAAAA4gUAAOQLAADmEAAA6BYAAOogAADtKwAA8DoAAPFLAADxXgAA8nMAAPOL&#10;AADzogAA87YAAPPJAADz4QAA8+EAbaoAAF6xAABQuQAAQb8AADLEAAAkyAAAF8wAAA7QAAAG1QAA&#10;ANoAAADeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADuAAAA8AAAAPIAAAD0BgAA9gwAAPkSAAD8HAAA&#10;/ykAAP86AAD/TQAA/2IAAP94AAD/kAAA/6MAAP+zAAD/wQAA/8EA/wcZAP8BFwD/ABcA/wAaAP8A&#10;IQD/ACsA/wA5AP8ARwD/AFQA/wBfAP8AagD/AHMA/wB7AP8AgwD/AIoA/wCQAP8AlgD/AJsA/wCh&#10;AP8AqAD/AK8A/wC4AP8AxAD+ANUA/ADqAPsA+AD6AP8A+QD/APgA/wD4AP8A9gD/APMA/wDxAP8A&#10;/wsVAP8FEwD/ABMA/wAUAP8AGgD/ACcA/wA0AP8AQgD/AE8A/wBbAP8AZQD/AG4A/wB2AP8AfgD/&#10;AIUA/gCLAP0AkQD7AJcA+gCdAPgAowD3AKsA9gCzAPQAvgDzAMwA8QDjAO8A8wDuAP8A7QD/AOwA&#10;/wDrAP8A7AD/AOwA/wDrAP8A/w0RAP8JEAD/AA8A/wAQAP8AFgD/ACIA/wAvAP8APQD/AEoA/wBV&#10;AP0AYAD6AGkA+ABxAPYAeQD0AH8A8wCGAPEAjADvAJIA7gCYAOwAnwDrAKYA6QCuAOcAuADlAMUA&#10;4wDaAOEA7QDfAPsA3gD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/w8NAP8MCwD/AwkA/wAMAP8AEgD/&#10;AB0A/wApAPsANwD4AEQA9QBQAPIAWgDuAGMA7ABrAOkAcwDnAHoA5QCAAOMAhgDhAIwA3wCTAN0A&#10;mQDbAKEA2QCpANUAsgDSAL4A0ADOAM4A5gDMAPYAygD/AMoA/wDJAP8AyAD/AMgA/wDIAP8A/xEI&#10;AP8NAgD/BwAA/wUIAP8ADgD/ABYA9wAiAO8AMADrAD0A6ABJAOQAVADgAF0A3QBlANkAbQDVAHMA&#10;0gB6ANAAgADOAIcAzACNAMoAlADIAJsAxgCkAMQArQDCALgAwADHAL0A3wC8APEAuwD+ALkA/wC4&#10;AP8AuAD/ALgA/wC4AP8A/xQAAP8PAAD/DQAA/wwAAP8HCQD4ARAA6AAaAOMAKADdADYA2ABCANIA&#10;TQDOAFcAygBfAMcAZgDFAG0AwwB0AMEAegC/AIEAvQCIALsAjwC5AJcAtwCfALUAqACzALMAsQDC&#10;AK8A2ACuAu0ArAP7AKsF/wCqBv8AqQb/AKkG/wCpBv8A/xYAAP8SAAD3EgAA7BEAAOYOAADlBggA&#10;3QMSANQDIADNBC0AyAQ6AMMFRgC/BVAAvAZYALkGYAC3B2cAtQduALMHdQCxCHsArwiCAK4JigCs&#10;CZIAqgmbAKgKpQCmCrAApQu/AKMM1AChDe0Anw7+AJ0O/wCcD/8Amw//AJsP/wCbD/8A/xoAAPcZ&#10;AADqHgAA3x4AANUaAADQEwIAzgwLAMcLFgDADSUAug4yALYOPwCyD0kArxBSAKwQWgCqEGEAqBFo&#10;AKYRbwCkEXYAohF9AKERhQCfEo4AnRKXAJwSogCaE60AmBO8AJcU0ACUFewAkhb9AJAX/wCPF/8A&#10;jhf/AI4X/wCOF/8A+h0AAO4jAADfKAAA0CoAAMcnAADBIQAAvRkFALkSEACyFR4ArRYsAKgXOACk&#10;GEMAoRlMAJ8ZVACcGlwAmhpiAJkaaQCXG3AAlRt3AJQbfwCSHIgAkBySAI8cnQCNHakAix23AIoe&#10;ygCIH+cAhiD6AIQg/wGDIP8BgyD/AYIg/wGCIP8B9SQAAOUsAADTMQAAxjMAALwxAAC2LQAAsCUA&#10;AKwdDACmHhgAoSAmAJwhMgCZIj0AlSJHAJMjTwCRI1YAjyNdAI0kZACLJGsAiSRyAIgkegCGJIMA&#10;hCWNAIMlmAGBJaQBgCayAX4mxQF9J+IBeyf3AXko/wF4KP8BeCj/AXgo/wF4KP8B7ysAAN0zAADK&#10;OQAAvjsAALQ6AACtNgAApi8AAKEoBwCbJxMAliggAJEpLQCOKjgAiytCAIgrSgCGK1IAhCtYAIIs&#10;XwCALGYAfyxtAH0sdQB7LH4BeiyIAXgslAF2LaABdS2uAnQtwAJyLt0CcS70AnAv/wJvL/8Cby//&#10;AW4v/wFuL/8B6DEAANM6AADDPwAAt0EAAK5BAACmPgAAnjgAAJcxAQCRLhAAjC8cAIgwKACEMTMA&#10;gTI9AH8yRgB9Mk0AezJUAHkyWwB3MmEAdTJpAXQycAFyMnkBcDOEAW8zkAJtM50CbDOrAmo0vAJp&#10;NNUDaDXxAmc1/wJnNf8CZjX/AmY1/wJmNP8C4jYAAMw/AAC9RAAAskcAAKhHAACgRAAAmD8AAJA5&#10;AACINA0AgzUXAH82JAB8Ny8AeTc5AHc4QgB0OEkAcjhQAHE4VwBvOF4AbThlAWw4bQFqOHUBaDiA&#10;Amc4jAJlOJkDZDmoA2I5uQNhOtADYDruA2A6/wNfOv8CXzr/Al86/wJfOv8C3TsAAMdDAAC5SQAA&#10;rksAAKRMAACbSgAAkkUAAIk/AACBOgkAezoUAHc7IAB0PCsAcjw1AG89PgBtPUYAaz1NAGk9UwBo&#10;PVoAZj1hAWQ9aQFjPXIBYT19AmA9iQJePZYDXT6lA1s+tgRaPswEWj/sBFk//gNZP/8DWT//Alk/&#10;/wJZPv8C1j8AAMNHAAC1TAAAqlAAAKBQAACXTwAAjksAAIRFAAB6QAYAdT8RAHFAHABtQCgAa0Ey&#10;AGlBOwBnQUIAZUFJAGNBUABhQVcAYEFeAV5BZgFdQm8CW0J6AlpChgNYQpQDV0KjBFVDswRUQ8kE&#10;VEPpBFND/QNTQ/8DVEP/A1RD/wJUQ/8C0EIAAL9KAACyUAAAp1MAAJ1UAACUUwAAilAAAH9KAAB1&#10;RQIAbkMOAGtEGQBnRSQAZUUuAGJFNwBhRT8AX0VGAF1FTQBbRVQAWkZbAVlGYwFXRmwCVkZ3AlRG&#10;gwNTRpEDUUahBFBHsQRPR8cETkfnBE5H+wROR/8DTkf/A09H/wNPR/8DzEYAALtOAACvVAAApFcA&#10;AJpYAACRVwAAhlQAAHtOAABwSgAAaUgNAGVIFgBiSSEAX0krAF1JNABbSTwAWUlDAFdJSgBWSVIA&#10;VUpZAVRKYQFSSmoBUUp1Ak9KgQNOSo8DTEufBEtLsARKS8UESUvmBElL+gRJS/8DSkv/A0pL/wNK&#10;S/8DyEkAALhRAACsVwAAoVsAAJhcAACOXAAAg1kAAHZTAABrTgAAZE0KAF9MEwBcTR4AWk0oAFhN&#10;MQBWTToAVE1BAFNOSABSTk8AUE5XAU9OXwFNTmgBTE5zAkpPfwJJT40DR0+dBEZPrgRFT8MERFDk&#10;BERP+QRFT/8DRU//A0VO/wNFTv8DxEwAALVVAACpWwAAn14AAJVgAACLYAAAgF4AAHJXAABnUwAA&#10;XlEHAFlREQBXURsAVFElAFJSLwBRUjcAT1I/AE5SRgBNU00ATFNVAEpTXQFJU2YBR1NwAkVTfQJE&#10;U4sDQlObA0FUrARAVMEEP1TiBD9U+ANAU/8DQFP/A0BT/wNAUv8DwFAAALJYAACmXgAAnGIAAJJl&#10;AACIZQAAfWIAAG5cAABjWQAAWVYDAFRWDgBRVhgAT1YiAE1XLABMVzQASlc8AElYRABIWEsAR1hT&#10;AEVYWwFEWGQBQlhuAUBYewI/WIkCPViZAzxYqgM7Wb8DOlngAzpY9wM6WP8DO1f/AztX/wM7V/8D&#10;vFQAAK5cAACjYwAAmWcAAJBpAACFaQAAeWcAAGtiAABgYAAAVV0AAE5bDABLWxQASVwfAEdcKABG&#10;XTEARV05AENdQQBCXUgAQV5QAEBeWAA+XmEBPF5sATteeAI5XocCN16XAjZeqQM1Xr0DNF/dAzRe&#10;9QM1Xf8CNV3/AjVc/wI1XP8CuFkAAKphAACgZwAAlmwAAIxuAACBbgAAdmwAAGdpAABcZgAAUWQA&#10;AEhiCQBEYhEAQmIbAEFjJAA/Yy0APmM1AD1kPQA8ZEUAO2RNADlkVQA4ZF8ANmRpATVkdgEzZIUB&#10;MWWVAjBlpwIvZbsCLmXaAi5k9AIuY/8CL2P/Ai9i/wIvYv8Cs14AAKdmAACcbQAAk3EAAIhzAAB9&#10;cwAAcnIAAGRwAABYbgAATWwAAEJqAwA8aQ4AOmoWADlqIAA4aigANmsxADVrOQA0a0EAM2xJADJs&#10;UgAxbFwAL2xmAC5scwAsbIIBKmyTASlspQEobLkBJ23WASdr8gEnav8BJ2r/AShp/wIoaf8CrmQA&#10;AKNsAACZcwAAjnYAAIR4AAB5eQAAbXgAAGB3AABTdgAASHUAAD5zAAA0cgoAMXMRADBzGgAvcyMA&#10;LnMrAC10NAAsdDwAK3REACl0TQAodVcAJ3VjACV1bwAkdX8AInWQACF1ogAgdbcAH3XSAB908QAf&#10;c/8BH3L/ASBx/wEgcf8BqWsAAJ5zAACUeQAAinwAAIB+AAB0fwAAZ38AAFp/AABNfgAAQ34AADh9&#10;AAAvfQIAKH0NACZ9FAAkfRwAI34lACJ+LQAhfjYAIX4/AB9/SAAef1IAHX9eABx/awAaf3oAGX+M&#10;ABd/nwAWf7MAFX/OABV+7wAWfP8AFnv/ABZ7/wAXe/8ApHIAAJp6AACPfwAAhYIAAHuEAABthgAA&#10;YIcAAFSHAABIiAAAPIgAADKIAAAoiAAAIIgFABqJDgAZiRUAGIkdABeKJgAWii4AFYo3ABSKQQAT&#10;ikwAEotYABGLZQAQi3UAD4uHAA6KmwANiq8ADIrIAAyJ6gANh/wADof/AA6G/wAOhv8An3sAAJSB&#10;AACKhQAAgIgAAHOLAABljQAAWY8AAEyQAABBkgAANJIAACqSAAAhkwAAGZQAABKWBgAOlw4ADZcV&#10;AAyXHQAMlyYAC5cvAAqXOQAJl0QACJdQAAaXXgAFl24AA5aAAAGWlAAAlagAAJW+AACU4AAAlPQA&#10;AJP/AAGS/wABkv8AmIIAAI6IAACFjAAAd48AAGqSAABdlQAAUJgAAESaAAA4mwAALJwAACKdAAAZ&#10;ngAAEqAAAA2iAgAHowsAAaMQAACjFwAAox8AAKMnAACjMQAApDwAAKRIAACkVgAApGUAAKN3AACj&#10;iwAAo6AAAKK2AACh0gAAofAAAKD7AACg/wAAoP8AkYoAAImOAAB7kgAAbZcAAGCbAABTngAARqEA&#10;ADmjAAAtpAAAI6YAABmoAAARqgAADKwAAAWuAAAArwcAAK8NAACvEQAAsBgAALAgAACxKAAAsTIA&#10;ALI+AACyTAAAslsAALJsAACygQAAsZcAALGsAACwxgAAsOgAAK/3AACv/wAAr/8AjJAAAH+VAABx&#10;mgAAY58AAFWkAABHqAAAOqoAAC2sAAAirgAAGLAAABCzAAAKtQAAArgAAAC7AAAAuwAAALwHAAC8&#10;DQAAvREAAL4WAAC/HgAAwCcAAMEyAADCQAAAw08AAMNgAADDdAAAw4sAAMOhAADDuAAAwtcAAMLv&#10;AADC+gAAwf4AgZcAAHOdAABlowAAV6gAAEmtAAA7sQAALbMAACG2AAAWuQAADrsAAAe+AAAAwQAA&#10;AMUAAADHAAAAyAAAAMkAAADKBQAAywsAAM0PAADOFAAA0BwAANMmAADWMgAA2EEAANhTAADZZgAA&#10;2XwAANmUAADZqwAA2cMAANnhAADZ8AAA2fQAdp8AAGemAABZrAAAS7IAADy3AAAuugAAIb0AABXA&#10;AAANxAAABccAAADKAAAAzgAAANIAAADVAAAA1gAAANkAAADbAAAA3QAAAN8HAADhDAAA4xEAAOYZ&#10;AADpJAAA7DIAAO1DAADuVgAA72sAAO+EAADvnAAA77IAAO/GAADv3QAA7+QAaqgAAFuvAABMtgAA&#10;PrwAAC/AAAAgxAAAFMgAAAzMAAAC0AAAANQAAADZAAAA3gAAAOIAAADlAAAA5gAAAOgAAADpAAAA&#10;7AAAAO4AAADwAgAA8gkAAPUPAAD4FwAA/CMAAP8zAAD/RgAA/1oAAP9xAAD/iQAA/58AAP+xAAD/&#10;wAAA/8YA/wAVAP8AFAD/ABQA/wAXAP8AHQD/ACgA/wA3AP8ARAD/AFEA/wBcAP8AZgD/AG8A/wB3&#10;AP8AfgD/AIUA/wCLAP8AkQD/AJcA/wCdAP8ApAD/AKsA/wC0AP4AvwD9AM4A+wDmAPkA9gD4AP8A&#10;9wD/APcA/wD3AP8A8AD/AOwA/wDpAP8A/wMSAP8AEAD/ABAA/wARAP8AFwD/ACQA/wAyAP8APwD/&#10;AEwA/wBXAP8AYQD/AGoA/wByAP8AeQD9AIAA/ACGAPoAjAD5AJIA+ACYAPYAnwD1AKYA9ACuAPIA&#10;uQDwAMYA7gDeAO0A8ADrAP4A6gD/AOkA/wDpAP8A5wD/AOMA/wDgAP8A/wcOAP8ADQD/AAsA/wAM&#10;AP8AEwD/AB8A/wAsAP8AOgD/AEYA/gBSAPsAXAD4AGUA9QBsAPMAdADxAHoA7wCBAO4AhwDsAI0A&#10;6gCTAOkAmgDnAKEA5gCpAOMAswDhAL8A3wDQAN0A6QDaAPkA2QD/ANcA/wDVAP8A1QD/ANUA/wDU&#10;AP8A/wkKAP8BBQD/AAMA/wAJAP8AEAD/ABkA+wAmAPcANAD0AEAA8gBMAO4AVgDqAF8A5wBnAOQA&#10;bgDiAHQA4AB7AN4AgQDcAIcA2gCNANYAlADUAJsA0QCjAM8ArQDMALgAygDHAMgA4ADGAPMAxQD/&#10;AMMA/wDDAP8AwwD/AMMA/wDDAP8A/wsBAP8DAAD/AAAA/wADAP8ACwDzABIA7gAfAOoALQDmADoA&#10;4gBFAN4ATwDZAFgA1ABgANEAaADOAG4AzAB0AMoAewDIAIEAxgCHAMQAjgDCAJYAwACeAL4ApwC7&#10;ALIAuQDAALcA1AC1AOwAswD7ALMA/wCyAP8AsgD/ALEA/wCxAP8A/w0AAP8GAAD/AwAA9wAAAPQA&#10;AwDnAA0A4AAYANoAJQDTADIAzgA+AMoASQDGAFIAwwBaAMAAYQC+AGgAvABuALoAdAC4AHsAtgCB&#10;ALQAiACyAJAAsACZAK4AogCsAK0AqgC6AKgAywCmAOYApQD3AKQA/wCjAP8AogD/AKIA/wCiAP8A&#10;/xAAAPsMAADvDgAA5g0AAN8JAADaAAYA0AARAMkAHQDEACoAvwA3ALsAQgC3AEsAtABUALIAWwCv&#10;AGIArQBoAKsAbgCpAHUAqAB7AKYAgwCkAIsAogCUAKAAngCeAagAnAK1AJsDxgCZBeIAmAb0AJYI&#10;/wCVCf8AlAn/AJQJ/wCUCf8A/BEAAPEVAADjGQAA1hkAAMwVAADHEAAAxAcKAL0DFAC3BCEAsgYu&#10;AK4IOgCqCUQApwlNAKQKVQCiClwAoApiAJ4LaQCcC28Amwt2AJkMfgCXDIYAlgyQAJQMmgCSDaYA&#10;kQ2zAI8NxQCNDuIAixD2AIkQ/wCIEf8AhxH/AIcR/wCHEf8A9hkAAOcgAADWJAAAyCUAAL8iAAC5&#10;HAAAtBQBALENDgCqDhkApQ8nAKEQMwCdET4AmhFHAJgSTwCVElYAkxJcAJESYwCQE2kAjhNwAIwT&#10;eACLE4EAiRSLAIcUlgCGFaIAhBWwAIMWwQCBF90Afxj0AH0Z/wB8Gf8AfBn/AHsZ/wB7Gf8A7yEA&#10;AN0pAADKLQAAvi8AALUsAACuJwAAqCAAAKMXCACeFhMAmRchAJQZLQCRGjgAjhpBAIsbSQCJG1AA&#10;hxtXAIUcXgCEHGQAghxrAIAccwB/HXwAfR2GAHwekQB6Hp4AeB+rAHcfvAB2INQAdCHwAHIh/wBx&#10;Iv8AcSH/AHEh/wBxIf8A6CgAANIwAADCNQAAtzcAAK01AAClMQAAnisAAJgjAgCSHhAAjSAbAIkh&#10;JwCGIjIAgyM8AIEjRAB+I0sAfCRSAHskWQB5JF8AdyRmAHYlbgB0JXcAcyWBAHEmjQBvJpkAbian&#10;AG0nuABsJ84BaijtAWkp/wFoKf8BaCn/AWgo/wFoKP8B4S4AAMs2AAC8OwAAsT0AAKc9AACfOQAA&#10;lzMAAI8tAACIJwwAgycWAH8oIgB8KS0AeSo3AHcqPwB1KkcAcytOAHErVABwK1sAbitiAGwragBr&#10;LHIAaSx9AGgsiQBmLZYBZS2kAWQutAFjLsoBYS/pAWAv/QFgL/8BYC//AWAv/wFgLv8B2jQAAMU8&#10;AAC3QQAArEMAAKJDAACZQAAAkDoAAIg0AACALggAei0SAHcuHgBzLykAcTAzAG8wOwBtMEMAazFK&#10;AGkxUQBnMVcAZjFeAGQxZgBjMm8AYTJ5AGAyhQFfMpIBXTOhAVwzsQFbNMYBWjTmAVk1+wFZNf8B&#10;WTT/AVk0/wFZNP8B0jgAAMBAAACzRQAAqEgAAJ5IAACVRgAAi0AAAII7AAB5NQQAczMQAG80GgBs&#10;NCUAaTUvAGc1NwBlNj8AYzZGAGI2TQBgNlQAXzZbAF03YwBcN2sAWzd2AVk3ggFYOI8BVjieAVU4&#10;rwJUOcMCUznkAlM6+QFTOf8BUjn/AVM5/wFTOf8BzTwAALxEAACvSQAApEwAAJpMAACRSwAAh0YA&#10;AH1AAABzOwAAbDgNAGg5FwBlOSIAYzorAGA6NABeOjwAXTpDAFs6SgBaO1AAWDtYAFc7YABWO2gA&#10;VTxzAVM8fwFSPI0BUD2cAU89rAJOPsECTT7hAk0++AJNPv8BTT7/AU09/wFNPf8ByUAAALhIAACs&#10;TQAAoVAAAJdRAACOTwAAhEsAAHlFAABuQAAAZj0LAGI9FABfPR4AXD4oAFo+MQBYPjgAVz5AAFU/&#10;RgBUP00AUz9VAFJAXQBQQGYAT0BwAU5AfAFMQYoBS0GaAkpBqwJJQr4CSELeAkhC9gJIQv8CSEL/&#10;AUhB/wFIQf8BxUQAALVLAACpUAAAnlQAAJVUAACLUwAAgFAAAHVKAABqRgAAYUIIAFxBEQBZQhsA&#10;V0IlAFVCLgBTQjUAUUI9AE9CQwBPQ0sATkNSAE1EWgBLRGMASkRuAUlFegFHRYgBRkWYAkVGqQJE&#10;Rr0CQ0bcAkNG9QJDRv8CQ0b/AUNF/wFDRf8BwUcAALJPAACmVAAAnFcAAJJYAACIWAAAflUAAHFP&#10;AABmSgAAXEYFAFdGDwBURhgAUUYiAE9GKwBORjMATEc6AEtHQQBKR0kASUhQAEhIWABHSGEARUls&#10;AERJeAFCSYYBQUmWAUBKpwI/SrsCPkvYAj5K8wI+Sv8CPkn/AT9J/wE/Sf8BvUoAAK9SAACjWAAA&#10;mVsAAJBdAACGXAAAe1kAAG1TAABiTwAAV0wBAFFKDQBOShUATEsfAEpLKABJSzAAR0s4AEZMPwBF&#10;TEYARExOAENNVgBCTV8AQE1qAD9NdgE9ToQBPE6UATtOpQE5T7kCOU/UAjlP8gE5Tv8BOU7/ATlN&#10;/wE6Tf8Buk4AAKxWAAChWwAAl18AAI1hAACDYQAAeF4AAGlYAABfVgAAVFIAAExPCwBJTxIAR1Ac&#10;AEVQJQBDUC0AQlA1AEFRPABAUUQAP1FMAD5SVAA8Ul0AO1JnADpScwA4U4IBN1OSATVTpAE0U7cB&#10;M1TRATNT8QE0U/8BNFL/ATRS/wE0Uv8BtlIAAKlaAACeYAAAlGQAAItmAACAZQAAdGMAAGZeAABc&#10;XAAAUVgAAEdVBwBCVRAAQFUYAD9WIQA9VioAPFYyADtWOQA6V0EAOVdJADhXUQA3WFoANVhlADRY&#10;cQAyWIABMViQAS9ZogEuWbUBLVnPAS1Z7wEuWP8BLlf/AS5X/wEuVv8BslcAAKVfAACbZQAAkWkA&#10;AIdqAAB8agAAcWgAAGNlAABYYgAATV8AAENdAgA8Ww0AOlwUADhcHQA3XCYANV0uADRdNgAzXT4A&#10;Ml1GADFeTgAwXlcAL15iAC1ebgAsX30AKl+OAClfoAAoX7MBJ1/MACdf7QEnXv8BJ13/AShd/wEo&#10;XP8BrVwAAKJkAACYagAAjm4AAINvAAB5bwAAbm4AAGBrAABUaQAASWcAAD9lAAA1YwkAMmMRADBj&#10;GQAvZCEALmQpAC1kMQAsZDkAK2VCACplSgAoZVQAJ2VfACZmawAkZnoAI2aLACJmnQAgZrEAH2bJ&#10;AB9m6wAgZf4AIGT/ACBj/wEhY/8BqWIAAJ5qAACVcAAAinMAAIB1AAB1dQAAaXQAAFxyAABPcQAA&#10;RG8AADpuAAAwbQMAKWwNACdsFAAmbBwAJW0kACRtLAAjbTQAIm09ACFuRgAgblAAHm5bAB1uZwAc&#10;bnYAGm6HABlvmgAYb64AFm/GABZu6QAXbfwAGGz/ABhr/wAYa/8ApGkAAJpxAACQdgAAhnkAAHx7&#10;AABxewAAZHsAAFd6AABKeQAAP3gAADV4AAArdwAAInYHAB12DwAcdxYAG3ceABp3JgAZdy4AGHc3&#10;ABd4QAAVeEoAFHhWABN4YwASeHIAEXiDABB4lwAPeKsADnjDAA535gAOdvoAD3X/ABB1/wAQdP8A&#10;n3EAAJV4AACLfAAAgn8AAHeBAABqggAAXYIAAFCCAABEggAAOIIAAC6CAAAkggAAHIIAABSCCQAR&#10;gxAAEIMWABCDHgAOgycADoMwAA2DOQANg0QADINQAAuDXQAJg2wACIN+AAaDkQAFgqUAA4K7AASB&#10;2wAEgfIABYD/AAZ//wAGf/8AmnkAAJB+AACGgwAAfYUAAG+HAABiiQAAVYoAAEmLAAA9jAAAMYwA&#10;ACaMAAAdjQAAFY4AAA+PAwAKkAwABpARAASPGAADjyAAAY8pAACPMgAAkD0AAJBJAACPVgAAj2UA&#10;AI92AACPigAAjp8AAI60AACNzwAAjO4AAIz7AACL/wAAi/8AlIAAAIuFAACCiQAAdIwAAGaPAABZ&#10;kQAATJMAAECVAAA0lgAAKJYAAB6XAAAVmAAAD5oAAAqbAAACnAkAAJwOAACcEwAAnBoAAJwiAACd&#10;KwAAnTUAAJ1AAACdTgAAnVwAAJ1uAACcgQAAnJcAAJysAACbxgAAmugAAJn5AACZ/wAAmP8AjogA&#10;AIaMAAB4kAAAapQAAFyXAABPmgAAQp0AADaeAAApnwAAH6EAABWiAAAOpAAACKYAAACoAAAAqQQA&#10;AKkKAACpDgAAqRMAAKoaAACqIgAAqysAAKw2AACsRAAArFMAAKxjAACsdwAAq44AAKukAACrvAAA&#10;qt4AAKn0AACp/QAAqf8AiY4AAHuTAABtlwAAX5wAAFGgAABEpAAANqYAACqoAAAeqQAAFKsAAA2u&#10;AAAGsAAAALIAAAC1AAAAtQAAALUDAAC2CQAAtw4AALgSAAC4GQAAuiEAALsrAAC8OAAAvUcAAL1Y&#10;AAC9awAAvYEAAL2ZAAC9sAAAvcwAALzqAAC89wAAu/4AfpUAAHCbAABioAAAU6UAAEaqAAA4rQAA&#10;Kq8AAB6xAAATtAAADLcAAAO5AAAAvAAAAL8AAADCAAAAwgAAAMMAAADEAAAAxgYAAMcMAADIEAAA&#10;yhYAAMwgAADPKwAA0DoAANFLAADRXgAA0nMAANKLAADSpAAA07sAANPYAADT7QAA0/YAc50AAGSj&#10;AABWqQAAR68AADmzAAAqtgAAHbkAABK8AAAKvwAAAMMAAADGAAAAyQAAAM0AAADPAAAA0AAAANIA&#10;AADUAAAA1gAAANkCAADbCAAA3g4AAOETAADkHQAA6CoAAOg8AADpTwAA6WQAAOp8AADrlQAA66wA&#10;AOvCAADs1QAA7OUAZqYAAFisAABJswAAO7kAACu8AAAdwAAAEcQAAAnIAAAAzAAAAM8AAADTAAAA&#10;2QAAAN0AAADgAAAA4QAAAOMAAADlAAAA5wAAAOoAAADsAAAA7gQAAPELAAD1EgAA+BwAAPsrAAD9&#10;PgAA/lMAAP5qAAD/gwAA/5sAAP+uAAD/vgAA/8oA/wASAP8AEAD/ABEA/wATAP8AGQD/ACYA/wA0&#10;AP8AQQD/AE0A/wBYAP8AYgD/AGsA/wBzAP8AegD/AIEA/wCHAP8AjQD/AJMA/wCZAP8AoAD/AKcA&#10;/gCvAPwAugD6AMkA+QDhAPgA8wD3AP8A9gD/APUA/wDxAP8A6QD/AOQA/wDhAP8A/wAPAP8ADQD/&#10;AA0A/wAOAP8AFAD/ACEA/wAuAP8APAD/AEgA/wBTAP8AXQD/AGYA/gBtAPwAdQD7AHsA+QCCAPgA&#10;iAD3AI4A9gCUAPQAmwDzAKIA8QCqAO8AtADtAMEA6wDVAOoA7ADoAPwA5wD/AOUA/wDmAP8A4AD/&#10;ANkA/wDUAP8A/wALAP8ACAD/AAYA/wAJAP8AEAD/ABwA/wApAP8ANgD/AEIA+wBOAPcAVwD0AGAA&#10;8gBoAO8AbwDtAHYA7AB8AOoAggDoAIgA5wCOAOUAlQDjAJwA4QCkAN8ArgDdALkA2gDKANcA5ADU&#10;APYA0QD/ANAA/wDQAP8AzwD/AMsA/wDHAP8A/wADAP8AAAD/AAAA/wAEAP8ADQD6ABYA9gAjAPMA&#10;MADwADwA7QBHAOkAUQDlAFoA4gBiAN8AaQDdAG8A2gB2ANgAfADUAIIA0gCIANAAjwDNAJYAywCe&#10;AMkAqADHALMAxQDBAMIA2ADAAO8AvwD+AL4A/wC9AP8AvAD/ALwA/wC8AP8A/wIAAP8AAAD/AAAA&#10;/wAAAPQABwDtABEA6AAcAOMAKQDfADUA2wBBANYASwDRAFQAzQBcAMoAYwDIAGkAxgBvAMMAdQDB&#10;AHsAvwCCAL4AiAC8AJAAugCYALgAogC1AKwAswC5ALEAywCvAOcArgD4AKwA/wCrAP8ArAD/AKwA&#10;/wCrAP8A/wQAAP8AAAD2AAAA7gAAAOcAAADfAAwA1gAVAM8AIgDKAC4AxwA6AMMARADAAE0AvABV&#10;ALkAXAC3AGMAtQBpALMAbwCxAHUArwB7AK0AggCrAIoAqQCSAKcAnAClAKYAowCzAKEAwwCfAN4A&#10;ngDyAJ0A/wCcAP8AnAD/AJsA/wCbAP8A/wcAAPYJAADpCwAA3woAANUEAADOAAUAxgAQAMAAGgC7&#10;ACcAtwAyALMAPQCwAEYArQBPAKoAVgCoAFwApgBjAKQAaACiAG8AoQB1AJ8AfACdAIQAmwCNAJkA&#10;lwCXAKIAlQCuAJMAvQCRANMAkADtAI8A/ACOAP8AjQH/AI0B/wCNAf8A+Q4AAOoSAADcFQAAzRUA&#10;AMQRAAC+DAAAugIKALQAEgCuAB4AqgAqAKYANQCiAD8AoABIAJ0BUACbAlYAmQJcAJcDYwCVA2kA&#10;kwNvAJEEdgCQBH8AjgWIAIwFkgCKBp4AiAaqAIYHugCFCM8AhArrAIIL/ACBDP8AgAz/AIAM/wCA&#10;DP8A8RUAAOAdAADNIAAAwSEAALgdAACxFwAArBAAAKgJDQCiBxYAnQkjAJkKLgCVCzgAkwxBAJAM&#10;SQCODVAAjA1XAIoNXQCIDWMAhw1qAIUOcQCDDnoAgg6EAIAOjwB+D5sAfA+oAHsQuAB6EM4AeBHs&#10;AHYS/wB1Ev8AdBP/AHQT/wB0E/8A6B4AANMmAADDKgAAuCoAAK4oAACnIwAAoBwAAJsTAwCWDxAA&#10;kBAbAIwRJwCJEjIAhhM7AIQTQwCCFEsAgBRRAH4UVwB8FF4AexVlAHkVbAB3FXQAdhZ+AHQWigBy&#10;F5YAcRekAG8YtABuGMkAbRnoAGsa/ABqG/8Aahv/AGob/wBqG/8A4CYAAMotAAC8MQAAsDMAAKcx&#10;AACfLAAAlyYAAJAfAACKFwwAhRgWAIEZIgB+GiwAexs2AHkbPgB3HEUAdRxMAHMcUwBxHVkAcB1g&#10;AG4dZwBtHnAAax56AGoehQBoH5IAZx+gAGUgsABkIcUAYyHkAGIi+gBhIv8AYSL/AGEi/wBhIv8A&#10;1ywAAMM0AAC2OAAAqjkAAKE4AACYNQAAkC8AAIgoAACAIQgAeyASAHchHQB0IicAcSIxAG8jOQBt&#10;I0EAayNIAGkjTgBoJFUAZiRbAGUkYwBjJWsAYiV1AGElgQBfJo4AXiadAF0nrQBbKMEAWyjgAFop&#10;9wBZKf8AWSn/AFkp/wBZKP8AzzIAAL45AACxPQAApj8AAJw/AACTPAAAijYAAIEwAAB5KgMAciYP&#10;AG4nGQBrKCMAaSgsAGYpNQBlKTwAYylDAGEqSgBgKlEAXipXAF0qXwBcK2gAWityAFksfQBYLIsA&#10;Vi2aAFUtqgBULr0AUy7cAFIv9QBSL/8AUi7/AFIu/wBSLv8AyjYAALo9AACtQgAAokQAAJhEAACP&#10;QQAAhTwAAHs3AAByMQAAaywMAGctFQBkLR8AYS4oAF8uMQBdLjkAXC9AAFovRgBYL00AVy9UAFYw&#10;XABVMGQAUzFuAFIxegBRMYgAUDKXAE4yqABNM7sATTTYAEw08wBMNP8ATDT/AEwz/wBMM/8AxjoA&#10;ALZCAACpRgAAnkkAAJVJAACLRwAAgUIAAHc9AABtNwAAZDIJAGAyEgBdMhwAWjIlAFgzLQBWMzUA&#10;VTM8AFM0QwBSNEoAUTRRAFA0WQBPNWEATTVsAEw2dwBLNoUASjeVAEg3pgBHOLgBRzjTAUY48QFG&#10;OP8BRjj/AEY4/wBGN/8AwT4AALJFAACmSgAAnE0AAJJNAACISwAAfkcAAHNCAABpPQAAXzcGAFo2&#10;EABXNxgAVDciAFI3KgBQNzIATzg5AE04QABMOEcASzhOAEo5VgBJOV8ASDppAEc6dQBFO4MARDuT&#10;AEM8pAFCPLYBQT3QAUE98AFBPf8BQTz/AUE8/wFBPP8AvkIAAK9JAACjTgAAmVAAAI9RAACFUAAA&#10;e0wAAG9GAABlQgAAWj0CAFQ7DgBROxUATzsfAE07JwBLOy8ASTw2AEc8PQBHPEQARj1LAEU9VABE&#10;PlwAQz5nAEI/cwBAP4EAPz+RAD5AogA9QLUBPEHOATxB7gE8Qf8BPED/ATxA/wE9P/8BukUAAKxM&#10;AAChUQAAl1QAAI1VAACDVAAAeFEAAGxLAABhRwAAVkIAAE9ADABMPxMASUAcAEdAJABGQCwAREAz&#10;AENAOgBCQUIAQUFJAEBCUQA/QloAPkNlAD1DcQA7Q38AOkSPADlEoAA4RbMBN0XLATdF7AE3Rf8B&#10;N0T/AThE/wE4Q/8At0kAAKlQAACeVQAAlFgAAItZAACAWAAAdlYAAGhQAABdTAAAU0gAAEpFCQBG&#10;RBEAREQZAEJEIgBBRSkAP0UxAD5FOAA9RT8APEZHADtGTwA6R1gAOUdiADhIbgA2SHwANUiNADRJ&#10;ngAzSbEAMknJADFJ6wAySf4AMkj/ADJI/wAzSP8AtEwAAKdUAACcWQAAklwAAIhdAAB+XQAAc1oA&#10;AGVVAABbUgAAUE4AAEZKBQBASQ4APkkWAD1JHgA7SiYAOkouADlKNQA4Sz0AN0tEADZLTQA0TFYA&#10;M0xgADJMbAAxTXoAME2LAC5NnAAtTq8ALE7HACxO6QAsTf0ALU3/AC1M/wAtTP8AsFAAAKRYAACZ&#10;XQAAj2EAAIZiAAB7YQAAcF8AAGJbAABYWAAATlUAAENRAQA7TwwAOE8TADZPGwA1TyMANFArADNQ&#10;MgAyUDoAMVBCADBRSgAuUVMALVJdACxSaQArUngAKVKIAChTmgAnU60AJlPFACZT5wAmU/wAJ1L/&#10;ACdR/wAnUf8ArFUAAKBcAACWYgAAjWYAAINnAAB4ZgAAbWUAAGBhAABVXgAASlsAAD9YAAA1VggA&#10;MVUQADBWFwAuVh8ALVYnACxWLwArVzYAKlc+AClXRwAoV1AAJlhaACVYZwAkWHUAI1mGACFZmAAg&#10;WasAH1nCAB9Z5QAfWPoAIFj/ACBX/wAhV/8AqFoAAJ1iAACTZwAAimsAAH9sAAB1bAAAamsAAF1o&#10;AABRZQAARmMAADtgAAAxXgMAKl0NAChdEwAmXRsAJV4jACReKgAjXjIAIl46ACFeQwAgX0wAH19X&#10;AB5fYwAcYHEAG2CCABlglQAYYKkAF2DAABZg4gAXX/kAGF7/ABle/wAZXf8ApGAAAJloAACQbgAA&#10;hnAAAHxyAABycgAAZnEAAFhuAABMbAAAQWsAADZpAAAtZwAAI2YIAB9mDwAdZhUAHGYdABtmJQAa&#10;Zi0AGWc1ABhnPgAXZ0gAFmdTABVoXwATaG4AEmh/ABFokgAQaKYAD2i9AA5o4AAQZ/cAEGb/ABFl&#10;/wARZf8An2cAAJZvAACMcwAAgnYAAHh4AABteAAAYHcAAFN2AABGdAAAO3MAADFyAAAncQAAHnEA&#10;ABZwCgATcBAAE3AXABJwHwARcScAEHEvABBxOAAOcUIADnFOAA1xWwAMcWkAC3F6AApxjQAIcaEA&#10;BnG2AAZw0gAHcO8ACG//AAlu/wAJbv8Am28AAJF1AACHeQAAfnwAAHR+AABmfgAAWX4AAE1+AABA&#10;fQAANX0AACp8AAAhfAAAGHwAABF8BAAMfAwACnwRAAl8GQAIfCEAB3wpAAZ8MgAEfD0AA3xIAAF8&#10;VQAAfGMAAHx0AAB8hwAAe5wAAHuxAAB6ywAAeesAAHn6AAB5/wAAeP8AlncAAIx8AACDgAAAeYMA&#10;AGyEAABehQAAUYYAAEWHAAA5hwAALYcAACOHAAAahwAAEocAAA2IAQAGiQoAAYkPAACJFAAAiBsA&#10;AIgjAACJLAAAiTYAAIlCAACITgAAiF0AAIhtAACIgQAAh5UAAIerAACGxAAAheYAAIT4AACE/wAA&#10;hP8AkH4AAIeDAAB+hwAAcYkAAGOLAABWjQAASY8AADyRAAAwkQAAJJEAABqSAAASkwAADZQAAAaV&#10;AAAAlgYAAJYMAACVEAAAlhUAAJYdAACWJAAAli4AAJY5AACWRgAAllUAAJZlAACWeAAAlY4AAJWk&#10;AACUvAAAk98AAJP1AACS/wAAkv8Ai4YAAIOKAAB1jQAAZ5AAAFmUAABMlwAAP5kAADKaAAAmmwAA&#10;G5wAABKdAAAMnwAABKAAAACiAAAAowEAAKMHAACjDAAAoxAAAKQVAACkHAAApSUAAKYvAACmPAAA&#10;pksAAKZbAACmbgAApYQAAKWbAACkswAAo9AAAKPvAACi/AAAov8Aho0AAHiRAABqlQAAXJkAAE6d&#10;AABBoAAAM6IAACajAAAbpQAAEacAAAqpAAABqwAAAK0AAACvAAAAsAAAALAAAACwBQAAsQsAALIP&#10;AACzFAAAtBsAALUkAAC3MAAAtz8AALdQAAC3YgAAt3gAALeQAAC2qQAAtsIAALbkAAC29QAAtf4A&#10;e5MAAG2YAABfnQAAUKIAAEKmAAA0qQAAJqsAABqtAAAQrwAACbIAAAC0AAAAtwAAALoAAAC8AAAA&#10;vQAAAL4AAAC+AAAAwAIAAMEIAADCDQAAxBIAAMYZAADJJAAAyjIAAMtDAADLVQAAzGoAAMyDAADM&#10;nAAAy7UAAMzOAADM6QAAzPYAcJsAAGGhAABSpgAARKsAADawAAAnsgAAGrUAABC4AAAHuwAAAL4A&#10;AADBAAAAxAAAAMgAAADLAAAAywAAAM0AAADOAAAA0AAAANIAAADVAwAA2AoAANsQAADeGAAA4iQA&#10;AOM1AADkSAAA5VwAAOZzAADmjQAA5qUAAOa8AADm0wAA5+cAY6QAAFWqAABGsAAAOLUAACi5AAAa&#10;vAAAD8AAAAXEAAAAxwAAAMsAAADPAAAA1AAAANgAAADcAAAA3QAAAN8AAADhAAAA4wAAAOUAAADo&#10;AAAA6gAAAO0GAADxDgAA9RYAAPglAAD5OAAA+U0AAPpjAAD7fAAA/JUAAPyqAAD8uwAA/csA/wAP&#10;AP8ADgD/AA4A/wAQAP8AFgD/ACMA/wAwAP8APQD/AEkA/wBUAP8AXgD/AGYA/wBuAP8AdgD/AHwA&#10;/wCCAP8AiQD/AI8A/wCVAP4AmwD9AKMA+wCrAPoAtQD5AMMA9wDbAPYA8AD0AP8A8wD/APIA/wDs&#10;AP8A4gD/ANwA/wDWAP8A/wAMAP8ACQD/AAgA/wAKAP8AEgD/AB4A/wArAP8AOAD/AEQA/wBPAP8A&#10;WQD+AGEA/ABpAPoAcAD4AHcA9wB9APYAgwD0AIkA8gCPAPEAlgDvAJ0A7QClAOwArwDqALwA6ADN&#10;AOYA6ADkAPoA4wD/AOIA/wDgAP8A1QD/AM4A/wDLAP8A/wAGAP8AAQD/AAAA/wAEAP8ADgD/ABkA&#10;/wAlAP0AMgD7AD4A9wBJAPMAUwDwAFwA7gBjAOwAagDqAHEA6AB3AOYAfQDkAIMA4gCJAOAAkADe&#10;AJcA3ACfANkAqQDWALQA0wDEANAA3gDOAPMAzAD/AMsA/wDKAP8AyAD/AMIA/wC+AP8A/wAAAP8A&#10;AAD/AAAA/wAAAPsACwD2ABMA8QAgAO0ALADqADgA5wBDAOMATQDgAFYA3ABdANkAZADVAGsA0gBx&#10;ANAAdgDOAHwAzACDAMoAiQDIAJEAxgCZAMQAowDBAK0AvwC7AL0AzwC7AOsAuQD8ALcA/wC3AP8A&#10;tgD/ALQA/wCxAP8A/wAAAP8AAAD/AAAA9gAAAO4ABQDnAA8A4QAZANsAJQDVADEA0gA8AM4ARgDK&#10;AE8AxwBXAMQAXgDBAGQAvwBqAL0AcAC7AHYAuQB8ALgAgwC2AIoAswCTALEAnACvAKcArQCzAKsA&#10;xQCpAOEApwD1AKYA/wClAP8ApAD/AKQA/wCkAP8A/wAAAPwAAADxAAAA6AAAAOAAAADUAAsAzAAT&#10;AMcAHwDCACoAvwA1ALwAPwC4AEgAtQBQALMAVwCwAF4ArgBkAKwAaQCrAG8AqQB1AKcAfAClAIQA&#10;owCMAKEAlgCfAKEAnQCtAJoAvACYANIAlwDuAJUA/gCUAP8AlQD/AJUA/wCVAP8A/AEAAPAFAADj&#10;BwAA1QUAAMwAAADFAAQAvgAOALgAFwCzACMArwAuAKsAOACpAEEApgBKAKMAUQChAFcAnwBdAJ0A&#10;YwCbAGkAmgBvAJgAdgCWAH0AlACGAJIAkACQAJsAjgCnAIwAtgCKAMkAiADnAIcA+QCHAP8AhgD/&#10;AIYA/wCGAP8A9AwAAOQQAADREgAAxREAAL0OAAC2CAAAsQAIAKsAEQCmABsAoQAmAJ4AMQCaADoA&#10;mABDAJUASgCTAFEAkQBXAI8AXQCOAGMAjABpAIoAcACIAHcAhgCAAIQAiwCCAJYAgACjAH4AsQB9&#10;AMQAewLhAHoD9QB6Bf8AeQX/AHgG/wB4Bv8A6hMAANYaAADGHQAAuhwAALEZAACqEwAApA0AAJ8F&#10;DACZABQAlQAfAJECKQCNAzMAiwQ8AIgFRACGBksAhAZRAIIHVwCBB10AfwdjAH0IagB7CHIAegh8&#10;AHgJhgB2CZIAdAqgAHMKrwBxC8EAcAzfAG8N9gBuDv8AbQ7/AG0O/wBtDv8A4RwAAMsjAAC8JgAA&#10;sSYAAKgkAACgHgAAmRgAAJMQAgCOCw4AiAsXAIQMIgCBDSwAfg01AHwOPQB6DkUAeA5LAHcOUQB1&#10;D1gAcw9eAHEQZQBwEG4AbhB3AGwQggBrEI8AaRGdAGgRrQBmEsAAZRLfAGQT9gBjFP8AYxT/AGIU&#10;/wBiFP8A1iQAAMMqAAC1LgAAqi8AAKAtAACYKAAAkCIAAIkbAACCEwgAfRESAHkSHAB2EycAcxQw&#10;AHEUOABvFT8AbRVGAGwVTABqFlMAaBZZAGcWYQBlFmkAZBdyAGIXfgBhGIsAXxiZAF4ZqQBcGbwA&#10;XBrYAFob8wBaHP8AWRz/AFkc/wBZHP8AzSoAAL0xAACvNQAApDYAAJs0AACSMQAAiSsAAIElAAB5&#10;HQMAcxgOAG8ZGABsGiIAaRsrAGcbMwBlHDsAZBxBAGIdSABgHU4AXx1VAF0dXABcHmQAWx5uAFkf&#10;eQBYH4cAViCWAFUgpgBUIbgAUyHSAFIi8QBSI/8AUiP/AFIi/wBSIv8AyC8AALg2AACrOgAAoDwA&#10;AJY7AACNOAAAgzIAAHotAAByJgAAaiAMAGYgEwBjIR0AYSEmAF8iLwBdIjYAWyI9AFojRABYI0oA&#10;VyNRAFUjWABUJGEAUyRqAFEldgBQJYMATyaTAE4nowBMJ7UATCjOAEso7gBLKf8ASyj/AEso/wBL&#10;KP8AwzQAALM7AACnPwAAnEEAAJJAAACJPgAAfzkAAHUzAABsLQAAYycIAF4mEQBcJhkAWSciAFcn&#10;KwBVKDIAVCg5AFIoQABRKEYAUClNAE4pVQBNKV0ATCpnAEsqcwBJK4AASCuQAEcsoQBGLbMARS3L&#10;AEUu7ABELv8ARC7/AEUt/wBFLf8AvjgAALA/AACkQwAAmUUAAI9FAACFQwAAez4AAHE5AABnNAAA&#10;Xi4EAFgrDgBVKxYAUiwfAFAsJwBPLC8ATS02AEwtPABKLUMASS1KAEguUgBHLloARi9kAEUvcABD&#10;MH4AQjCNAEExngBAMrEAPzLIAD8z6gA/M/4APzL/AD8y/wA/Mv8AuzwAAK1DAAChRwAAlkkAAIxJ&#10;AACDSAAAeEQAAG0+AABjOQAAWjQAAFIwDABPMBMATDAcAEowJABJMSsARzEyAEYxOQBEMUAAQzJH&#10;AEIyTwBBM1gAQDNiAD80bQA+NHsAPTWLADw2nAA7Nq8AOjfGADk36AA5N/wAOjf/ADo2/wA6Nv8A&#10;t0AAAKpGAACeSwAAlE0AAIpOAACATAAAdUgAAGpDAABgPgAAVjkAAE01CQBJNBEARzUZAEU1IQBD&#10;NSgAQTUvAEA1NgA/Nj0APjZFAD03TQA8N1UAOzhgADo4awA5OXkAODmJADc6mwA1Oq0ANTvEADQ7&#10;5gA0O/sANTv/ADU6/wA1Ov8AtEMAAKdKAACcTgAAklEAAIhSAAB+UAAAc00AAGdIAABcRAAAUj8A&#10;AEg6BgBEOQ8AQTkWAD85HgA+OSYAPDktADs6NAA6OjsAOTtCADg7SgA3PFMANjxdADU9aQA0PXcA&#10;Mz6HADE+mQAwP6sALz/CAC8/5AAvP/oAMD//ADA+/wAwPv8AsUcAAKRNAACZUgAAj1UAAIZWAAB8&#10;VQAAcVIAAGRMAABZSQAAT0UAAEVAAwA/Pg0APD4TADo+GwA5PiMANz4qADY/MQA1PzgAND9AADNA&#10;SAAyQFEAMUFbADBBZwAuQnUALUKFACxDlwArQ6oAKkPAAClE4gAqQ/kAKkP/ACtC/wArQv8ArkoA&#10;AKFRAACXVgAAjVkAAINaAAB5WgAAblcAAGFSAABXTgAATUsAAENHAAA6QwoANkMRADRDGAAzQyAA&#10;MkQnADFELwAwRDYAL0U9AC1FRgAsRU8AK0ZZACpGZAApR3IAKEeDACZHlQAlSKgAJEi+ACNI4AAk&#10;SPcAJUf/ACVH/wAmR/8Aqk8AAJ9VAACUWgAAi14AAIFfAAB3XgAAa1wAAF9YAABVVQAAS1EAAEBN&#10;AAA1SgcAMEkOAC5JFQAtSR0ALEkkACtKKwAqSjMAKEo7ACdLQwAmS0wAJUtWACRMYgAjTHAAIUyA&#10;ACBNkwAfTaYAHk27AB1O3QAeTfYAHkz/AB9M/wAgS/8Ap1MAAJxaAACSXwAAiGMAAH5kAAB0YwAA&#10;aWEAAFxeAABSWwAAR1gAADxVAAAyUgIAKlAMACdPEgAmUBkAJVAgACRQKAAjUC8AIlE3ACFRQAAg&#10;UUkAHlJTAB1SXwAcUm0AGlN9ABlTkAAYU6QAFlO5ABVT2QAWU/QAF1L/ABhR/wAZUf8Ao1kAAJhg&#10;AACPZQAAhWgAAHtpAABxaQAAZmcAAFlkAABNYQAAQl8AADhcAAAuWgAAJVgIACBXDgAeVxQAHVcc&#10;ABxYIwAbWCsAGlgzABlYPAAYWEUAFllQABVZWwAUWWkAE1p6ABJajQARWqEAEFq3AA5a1QAQWfMA&#10;EFn/ABFY/wARWP8An18AAJVmAACMawAAgm0AAHhuAABubwAAYm0AAFVqAABIaAAAPmYAADNlAAAp&#10;YwAAIGEBABhgCwAVYBAAFGAXABNgHgASYCYAEmAuABFhNwAQYUAAD2FLAA5hWAANYWYADGJ2AAti&#10;iQAKYZ0ACWGyAAhhywAIYesACWD9AApf/wALX/8Am2YAAJJtAACIcQAAfnMAAHV1AABqdAAAXHMA&#10;AE9yAABDcAAAOG8AAC1uAAAkbAAAG2sAABNrBAAOagwADWoSAAxqGQALaiEACmopAAlqMgAIajwA&#10;B2tHAAVrUwAEa2EAAmtxAABqhAAAapgAAGqtAABpxgAAaecAAGn4AABo/wAAaP8Al20AAI1zAACE&#10;dwAAe3oAAHB7AABjewAAVnoAAEl6AAA9eQAAMXgAACd3AAAddgAAFXYAAA92AgAJdgoABHYPAAB2&#10;FQAAdhwAAHYkAAB1LAAAdTYAAHVBAAB1TgAAdVwAAHVsAAB1fgAAdJMAAHSoAABzwAAAc+MAAHL3&#10;AABy/wAAcf8AknUAAIl6AACAfgAAdoAAAGmBAABbggAAToIAAEGCAAA1gwAAKYIAAB+BAAAWgQAA&#10;EIIAAAqCAAACgwcAAIINAACCEQAAghcAAIIeAACCJgAAgi8AAII7AACCRwAAglUAAIFlAACBeAAA&#10;gY0AAICiAAB/ugAAf90AAH70AAB9/wAAff8AjXwAAISBAAB7hAAAboYAAGCIAABSigAARYsAADmM&#10;AAAsjAAAIYwAABeMAAAQjQAACY4AAAKPAAAAkAMAAI8JAACPDgAAjxIAAJAYAACQHwAAkCgAAJAy&#10;AACQPwAAkE0AAJBdAACPcAAAj4UAAI6cAACOswAAjdAAAIzwAACL/gAAi/8AiIQAAICIAAByiwAA&#10;ZI0AAFaQAABIkwAAO5UAAC6WAAAilgAAF5cAAA+YAAAImQAAAJsAAACdAAAAnQAAAJ0DAACdCQAA&#10;nQ0AAJ4RAACeFwAAnx8AAJ8pAACgNQAAoEMAAKBUAACgZgAAn3sAAJ6TAACeqwAAncYAAJ3pAACc&#10;+QAAnP8Ag4sAAHWOAABnkgAAWZYAAEuZAAA9nAAAMJ4AACOfAAAXoAAADqIAAAekAAAApgAAAKgA&#10;AACqAAAAqgAAAKoAAACrAQAAqwcAAKwMAACtEAAArhYAAK8eAACxKQAAsTgAALFIAACxWgAAsW8A&#10;ALGIAACxoAAAsLoAAK/dAACv8gAAr/0AeJEAAGqWAABcmgAATZ8AAD+jAAAxpgAAI6cAABepAAAO&#10;qwAABa4AAACwAAAAsgAAALUAAAC3AAAAtwAAALgAAAC5AAAAugAAALwDAAC9CQAAvg4AAMAUAADD&#10;HgAAxSsAAMU8AADGTgAAxmIAAMZ6AADGlAAAxq0AAMbIAADF5QAAxfMAbJkAAF6eAABPpAAAQagA&#10;ADKsAAAkrwAAFrEAAA20AAADtwAAALoAAAC9AAAAwAAAAMQAAADGAAAAxgAAAMgAAADJAAAAywAA&#10;AMwAAADOAAAA0AYAANMNAADYEwAA3B4AAN4tAADfQAAA4FQAAOFrAADhhQAA4Z8AAOG3AADhzwAA&#10;4eYAYKEAAFKnAABDrQAANLIAACW1AAAXuQAADbwAAAG/AAAAwwAAAMcAAADKAAAAzwAAANMAAADW&#10;AAAA1wAAANoAAADcAAAA3wAAAOEAAADjAAAA5gAAAOkBAADsCwAA8BIAAPMfAAD0MQAA9kYAAPdc&#10;AAD4dAAA+I8AAPmmAAD5uAAA+MkA/wANAP8ACwD/AAsA/wAOAP8AEwD/AB8A/wAsAP8AOQD/AEUA&#10;/wBQAP8AWQD/AGIA/wBqAP8AcQD/AHcA/wB+AP8AhAD+AIoA/QCQAPwAlwD6AJ4A+QCnAPcAsQD2&#10;AL4A9QDSAPMA7ADxAP4A8AD/APAA/wDmAP8A3AD/ANIA/wDNAP8A/wAHAP8ABAD/AAIA/wAGAP8A&#10;EAD/ABsA/wAnAP8AMwD/AD8A/wBKAP4AVAD7AF0A+QBkAPcAawD1AHIA8wB4APIAfgDwAIQA7wCK&#10;AO0AkQDsAJkA6gChAOgAqwDmALYA5ADHAOIA4wDgAPcA3gD/AN0A/wDZAP8AzAD/AMUA/wDBAP8A&#10;/wAAAP8AAAD/AAAA/wABAP8ADQD/ABYA/AAiAPkALgD2ADkA8wBFAO8ATgDsAFcA6QBeAOYAZQDk&#10;AGwA4gByAOAAdwDfAH4A3QCEANsAiwDYAJIA1QCbANIApADPAK8AzQC+AMsA1QDJAO8AxwD/AMUA&#10;/wDEAP8AvgD/ALgA/wC1AP8A/wAAAP8AAAD/AAAA/gAAAPcACQDxABEA6wAcAOcAKADkADMA4QA+&#10;AN0ASADYAFEA0wBYANAAXwDOAGUAzABrAMoAcQDIAHcAxgB9AMQAhADCAIwAwACUAL4AngC7AKgA&#10;uQC2ALcAyAC1AOYAswD6ALEA/wCwAP8AsAD/AKwA/wCpAP8A/wAAAP8AAAD6AAAA8QAAAOgAAwDg&#10;AA0A2AAWANEAIgDNAC0AygA3AMYAQQDCAEoAvwBSAL0AWQC6AF8AuABlALcAagC1AHAAswB2ALEA&#10;fQCvAIUArQCNAKsAlwCpAKEApwCuAKUAvgCiANgAoADyAJ8A/wCeAP8AngD/AJ4A/wCcAP8A/wAA&#10;APcAAADrAAAA4QAAANYAAADLAAkAxQARAL8AGwC7ACYAtwAxALQAOgCxAEMArgBLAKsAUgCpAFgA&#10;pwBeAKYAZACkAGkAogBwAKAAdgCeAH4AnACGAJoAkACYAJsAlgCnAJQAtgCSAMoAkADpAI8A/ACO&#10;AP8AjQD/AIwA/wCNAP8A+AAAAOkCAADbAwAAzAEAAMQAAAC9AAIAtgANALAAFQCrACAApwAqAKQA&#10;NAChADwAngBEAJwASwCaAFIAmABYAJYAXQCVAGMAkwBpAJEAcACPAHcAjQCAAIsAigCJAJUAhwCh&#10;AIUArwCDAMEAgQDgAIAA9QB/AP8AfwD/AH8A/wB/AP8A7goAANwOAADKEAAAvg4AALULAACvAwAA&#10;qQAHAKMAEACeABgAmQAjAJYALACTADUAkAA+AI4ARQCMAEsAigBRAIgAVwCGAF0AhQBjAIMAagCB&#10;AHEAfwB6AH0AhAB7AI8AeQCcAHcAqgB1ALsAdADUAHIA8AByAP8AcgD/AHEA/wBxAP8A4xEAAM0X&#10;AAC/GQAAsxkAAKoVAACjEAAAnQoAAJcBCgCRABIAjQAbAIkAJQCFAC8AgwA3AIAAPgB+AEUAfQBL&#10;AHsAUQB5AFcAeABdAHYAZAB0AWsAcgF0AHACfwBuAosAbAOYAGsDpgBpBLcAaAXOAGcH7ABmCP0A&#10;Zgn/AGUJ/wBlCf8A1hoAAMQgAAC2IwAAqyMAAKEgAACZGwAAkhQAAIwOAQCGBw0AgAQUAHwGHgB5&#10;BygAdggwAHQIOAByCT8AcAlFAG8KTABtClIAbApYAGoLXwBoC2cAZwtwAGUMegBjDIcAYgyVAGAN&#10;pABfDbYAXg3OAFwO7QBcD/8AWxD/AFsQ/wBbEP8AzSEAALwoAACvKwAApCsAAJopAACSJAAAiR8A&#10;AIIYAAB7EQUAdQ0PAHENFwBuDiEAaw4qAGkPMgBnEDkAZRBAAGQQRgBjEE0AYRBTAF8RWgBeEWIA&#10;XBFrAFsRdgBZEoMAWBKSAFYTogBVE7QAVBPLAFMU7ABSFf8AUhb/AFIV/wBSFf8AxigAALYuAACp&#10;MgAAnzIAAJUxAACMLQAAgycAAHohAAByGgAAaxMLAGcTEwBkFBwAYRQlAF8VLQBdFTQAXBU7AFsW&#10;QgBZFkgAWBZPAFYXVgBVF14AUxdnAFIYcgBQGH8ATxmOAE4anwBMGrAASxvHAEsb6QBKHP0AShz/&#10;AEoc/wBKHP8AwS0AALE0AAClNwAAmjgAAJA3AACHNAAAfS8AAHQpAABsIwAAZBwHAF4ZEABbGhgA&#10;WRshAFcbKQBVGzAAVBw3AFIcPQBRHEQATx1LAE4dUgBNHVoASx5jAEoebgBJH3wARx+LAEYgnABF&#10;Ia4ARCHEAEMi5gBDIvwAQyL/AEMi/wBDIv8AvDIAAK04AAChPAAAlz4AAI09AACDOgAAeTUAAG8w&#10;AABmKgAAXiQCAFcgDQBUIBQAUSAdAE8hJQBOISwATCEzAEsiOgBJIkAASCJHAEciTgBGI1cARCNg&#10;AEMkawBCJHkAQSWIAD8mmQA+JqsAPSfBAD0n4wA9KPoAPSj/AD0n/wA9J/8AuDYAAKo9AACeQAAA&#10;lEIAAIpCAACAPwAAdjsAAGw2AABiMAAAWSoAAFElCwBNJREASyUZAEklIQBHJigARSYvAEQmNgBD&#10;Jj0AQidEAEEnSwA/KFQAPihdAD0paQA8KXYAOyqGADkrlwA4K6kANyy/ADcs4AA3LPgANyz/ADcs&#10;/wA4LP8AtToAAKdAAACcRAAAkUYAAIdGAAB9RAAAc0AAAGg7AABfNgAAVTEAAEwrBwBHKQ8ARSoW&#10;AEMqHgBBKiUAPyosAD4rMwA9KzkAPCtBADssSAA6LFEAOS1bADguZgA2LnMANS+DADQvlQAzMKcA&#10;MjC9ADEx3gAxMfcAMjH/ADIw/wAzMP8AsT4AAKREAACZSAAAj0oAAIVKAAB7SQAAcEUAAGVAAABb&#10;OwAAUjYAAEgxBABCLg0APy4TAD0uGwA7LiIAOS8pADgvLwA3LzYANjA+ADUwRgA0MU8AMzFZADIy&#10;ZAAxMnEAMDOBAC80kwAuNKYALDW7ACw12wAsNfUALTX/AC00/wAuNP8ArkEAAKJIAACXTAAAjU4A&#10;AINOAAB5TQAAbkoAAGJFAABYQAAATjwAAEU3AAA9MwsAOTMRADczGAA2Mx8ANDMmADMzLQAyNDQA&#10;MTQ8ADA1RAAvNUwALjZWAC02YgAsN28AKzd/ACo4kQAoOKQAJzm5ACY52AAnOfQAKDn/ACg4/wAp&#10;OP8Aq0UAAJ9LAACUTwAAi1IAAIFTAAB3UgAAbE8AAF9JAABWRgAATEIAAEI9AAA4OAgANDgPADI4&#10;FQAxOB0ALzgkAC44KwAtOTIALDk5ACs6QQAqOkoAKTtUACg7XwAnPG0AJTx9ACQ9jwAjPaIAIj23&#10;ACE+1AAhPvMAIj3/ACM9/wAjPP8AqEkAAJ1PAACSUwAAiVYAAH9XAAB1VgAAalMAAF1PAABTTAAA&#10;SkgAAEBEAAA2QAUALz0NAC09EwArPRoAKj4hACk+KAAoPi8AJz43ACY/PwAkP0gAI0BSACJAXQAh&#10;QWoAIEF6AB5BjQAdQqAAHEK1ABtC0QAbQvEAHEL/AB1B/wAeQf8ApU0AAJpTAACQWAAAhlsAAH1c&#10;AAByWwAAZ1gAAFtUAABRUgAASE4AAD1KAAAzRwAAKkMLACZDEAAlQxYAJEMeACNEJQAiRCwAIUQ0&#10;ACBFPAAeRUUAHUVPABxGWgAbRmgAGUZ4ABhHigAXR54AFkezABRIzgAVR+8AFkf/ABdG/wAXRv8A&#10;olIAAJdYAACNXQAAhGAAAHphAABwYAAAZV4AAFlaAABPWAAARFQAADlRAAAvTgAAJksGACBKDgAe&#10;ShMAHUoaABxKIQAbSygAGkswABlLOAAXS0IAFkxMABVMVwAUTGUAE011ABJNiAARTZwAEE2xAA5O&#10;zAAPTe4AEE3/ABFM/wARTP8AnlcAAJRdAACLYgAAgWUAAHdmAABtZgAAY2QAAFZhAABKXgAAP1sA&#10;ADVYAAArVgAAIlQBABpSCgAWUhAAFVIWABRSHQATUiQAElIsABFSNAARUj4AEFNIAA9TVAAOU2IA&#10;DVRyAAxUhAALVJgACVStAAhUxQAJVOcAClP7AAtS/wALUv8Am10AAJFkAACIaAAAfmsAAHRsAABr&#10;bAAAX2oAAFJnAABFZAAAOmIAADBgAAAmXgAAHV0AABVbBQAQWgwADloRAA5aGAANWyAADFsnAAtb&#10;MAAKWzoACVtFAAdbUQAGW14ABFttAANbgAABW5QAAFuoAABbwAAAWuIAAFr2AAFa/wACWf8Al2QA&#10;AI5rAACEbgAAe3AAAHJyAABncQAAWXAAAExuAABAbAAANWsAACppAAAhZwAAGGYAABFmAQAMZQoA&#10;B2UPAARlFAADZBsAAmQjAABkLAAAZDUAAGRAAABkTAAAZFoAAGRpAABkewAAZI8AAGOkAABjuwAA&#10;Yt0AAGL0AABi/wAAYf8Ak2wAAIlxAACAdQAAeHcAAG14AABgdwAAUnYAAEZ1AAA5dAAALnQAACNy&#10;AAAacQAAEnEAAA1xAAAGcQgAAHANAABwEgAAcBcAAG8fAABvJgAAbzAAAG87AABvRwAAb1QAAG9k&#10;AABvdQAAbooAAG2gAABttgAAbNYAAGvyAABr/wAAa/8AjnMAAIV4AAB9ewAAc30AAGV+AABYfgAA&#10;S34AAD5+AAAyfgAAJn0AABx8AAATfAAADXwAAAZ9AAAAfQUAAHwLAAB8DwAAfBMAAHwZAAB8IQAA&#10;fCkAAHw0AAB7QAAAe04AAHteAAB7bwAAeoQAAHqaAAB5sQAAeM4AAHfvAAB2/gAAdv8AiXoAAIF/&#10;AAB4ggAAa4MAAF2FAABPhgAAQocAADWIAAAphwAAHYcAABSHAAANiAAABokAAACKAAAAigAAAIkG&#10;AACJDAAAiQ8AAIkTAACJGgAAiiIAAIosAACKOAAAikYAAIlWAACJaAAAiXwAAIiUAACHqwAAhsYA&#10;AIXqAACF+wAAhP8AhYIAAH2GAABviAAAYYsAAFONAABFjwAAOJEAACuRAAAfkgAAFJIAAA2TAAAE&#10;lAAAAJYAAACXAAAAmAAAAJcAAACXBQAAlwsAAJgOAACYEwAAmRoAAJkiAACaLgAAmj0AAJlNAACZ&#10;XgAAmXMAAJiLAACYowAAl7wAAJbiAACW9wAAlf8AgIkAAHKMAABkjwAAVpMAAEiWAAA6mQAALJoA&#10;AB+bAAAUnAAADJ4AAAOfAAAAoQAAAKMAAAClAAAApQAAAKUAAAClAAAApgIAAKcIAACnDQAAqBEA&#10;AKkZAACrIwAAqzEAAKtBAACsUwAArGcAAKuAAACqmgAAqrMAAKrQAACp7wAAqfsAdY8AAGeUAABZ&#10;mAAASpwAADyfAAAtogAAIKMAABOlAAALpwAAAakAAACrAAAArgAAALEAAACyAAAAsgAAALMAAAC0&#10;AAAAtQAAALYAAAC4BAAAuQsAALsQAAC9GAAAvyQAAL81AADARwAAwFsAAMByAADAjQAAwaYAAMDB&#10;AAC/4wAAvvMAapcAAFucAABNoQAAPqUAAC+pAAAhqwAAE60AAAuwAAAAswAAALUAAAC4AAAAvAAA&#10;AL8AAADBAAAAwQAAAMMAAADEAAAAxgAAAMcAAADJAAAAywAAAM4IAADRDwAA1RgAANgnAADZOQAA&#10;2k0AANtkAADbfgAA3JkAANywAADcyQAA3OMAXZ8AAE+lAABAqgAAMq8AACKyAAAUtQAACrgAAAC7&#10;AAAAvwAAAMMAAADGAAAAywAAAM4AAADRAAAA0QAAANQAAADWAAAA2QAAANsAAADeAAAA4AAAAOQA&#10;AADnBgAA6w4AAO8ZAADwKgAA8j8AAPNVAAD0bQAA9IgAAPShAAD0tgAA9McA/wAJAP8ABgD/AAcA&#10;/wAMAP8AEQD/ABwA/wAoAP8ANAD/AEEA/wBMAP8AVQD/AF0A/wBlAP8AbAD/AHIA/gB4APwAfgD7&#10;AIQA+gCLAPkAkgD3AJkA9gCiAPQArADzALkA8QDLAPAA6ADuAPsA7QD/AOwA/wDhAP8A0gD/AMkA&#10;/wDEAP8A/wABAP8AAAD/AAAA/wAEAP8ADgD/ABcA/wAjAP8ALwD/ADsA/QBGAPoAUAD3AFgA9ABf&#10;APIAZgDwAGwA7wByAO0AeADsAH4A6gCFAOkAjADnAJMA5QCcAOMApgDhALEA3wDBAN0A3QDbAPQA&#10;2QD/ANYA/wDPAP8AxAD/AL0A/wC5AP8A/wAAAP8AAAD/AAAA/wAAAP8ACwD8ABMA9wAeAPQAKgDy&#10;ADUA7gBAAOkASgDmAFIA4wBZAOAAYADeAGYA3ABsANoAcgDXAHgA1AB+ANIAhQDQAI0AzgCVAMwA&#10;nwDJAKoAxwC4AMUAzQDDAOsAwAD+AL8A/wC+AP8AtgD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA+QAA&#10;APIABgDrAA8A5gAZAOEAJADeAC8A2gA5ANMAQwDPAEwAzABTAMkAWgDHAGAAxQBmAMMAawDBAHEA&#10;vwB3AL0AfgC7AIYAuQCOALcAmAC1AKMAswCwALEAwgCuAOAArAD3AKsA/wCqAP8AqAD/AKMA/wCg&#10;AP8A/wAAAP8AAAD1AAAA6wAAAOEAAADWAAwAzwATAMoAHgDGACkAwgAzAL8APQC7AEUAuABNALYA&#10;VACzAFoAsQBfALAAZQCuAGoArABwAKsAdwCpAH8ApwCHAKUAkQCjAJwAoACpAJ4AuACcAM4AmgDu&#10;AJkA/wCXAP8AlgD/AJYA/wCTAP8A/QAAAPEAAADlAAAA2QAAAM0AAADEAAYAvQAPALcAGACzACIA&#10;sAAsAK0ANgCpAD4ApwBGAKQATQCiAFMAoABZAJ8AXgCdAGQAmwBqAJoAcACYAHcAlgCAAJQAigCR&#10;AJUAjwCiAI0AsACLAMMAiQDjAIgA+QCGAP8AhgD/AIYA/wCGAP8A8wAAAOMAAADRAAAAxQAAAL0A&#10;AAC2AAAArgALAKgAEgCkABwAoAAmAJwALwCaADcAlwA/AJUARgCSAEwAkQBSAI8AWACNAF0AiwBj&#10;AIoAagCIAHEAhgB5AIQAgwCCAI8AfwCbAH4AqQB8ALsAegDVAHgA8gB4AP8AdwD/AHcA/wB3AP8A&#10;5wcAANEMAADDDQAAuAwAAK4IAACoAAAAogAFAJsADgCWABUAkgAfAI4AKACLADEAiAA5AIYAQACE&#10;AEYAggBMAIAAUgB/AFcAfQBdAHsAYwB6AGsAeABzAHYAfQB0AIgAcQCVAHAApABuALQAbADKAGsA&#10;6gBqAPwAagD/AGoA/wBqAP8A2hAAAMYUAAC4FgAArRUAAKQSAACcDgAAlgcAAJAACQCKABAAhQAY&#10;AIEAIQB+ACoAewAyAHkAOQB3AEAAdQBGAHMATAByAFEAcABXAG4AXgBtAGUAawBuAGkAdwBnAIMA&#10;ZQCRAGMAnwBiAK8AYADEAF8A5ABfAfgAXgL/AF4C/wBeAv8AzhgAAL0dAACwIAAApR8AAJscAACT&#10;FwAAixEAAIQMAAB+BAsAeQASAHUAGwByACMAbwArAG0BMwBrAToAaQJAAGcDRgBmA0wAZARSAGME&#10;WQBhBGAAXwVpAF4FcwBcBn8AWgaNAFkHnABXCK0AVgjBAFUJ4QBUC/YAVAv/AFQL/wBUC/8Axh8A&#10;ALYlAACpKAAAnigAAJQlAACLIQAAgxsAAHsUAAB0DgMAbgkNAGkIFABmCR0AZAolAGIKLQBgCzQA&#10;Xgs6AF0LQABbDEcAWgxNAFgMVABXDVwAVQ1kAFQNbwBSDXsAUA6KAE8OmgBODqwATA/CAEwQ4wBL&#10;EPkASxD/AEsR/wBLEP8AvyYAALArAACkLwAAmS8AAI8tAACGKQAAfSQAAHQeAABsFwAAZREHAF8O&#10;EABcDxcAWhAfAFgQJwBWEC4AVBA1AFMQOwBSEUIAUBFIAE8RUABOEVcATBJgAEsSawBJEngASBOH&#10;AEYTlwBFFKkARBS+AEMV3wBDFvgAQxb/AEMW/wBDFv8AuisAAKsxAACgNAAAlTUAAIs0AACBMQAA&#10;eCsAAG8mAABmIAAAXhkBAFcUDQBUFBMAURQbAE8VIwBOFSoATBUxAEsWNwBJFj4ASBZEAEcXTABF&#10;F1QARBddAEMYZwBBGHQAQBmDAD8alAA9GqYAPBu7ADsb2wA7HPYAPBz/ADwc/wA8HP8AtTAAAKg2&#10;AACcOQAAkTsAAIc6AAB+NwAAczIAAGotAABhJwAAWSEAAFEbCQBMGRAAShoXAEgaHwBGGiYARRst&#10;AEMbMwBCGzoAQRxBAEAcSAA+HFAAPR1ZADweZAA7HnEAOR+AADgfkgA3IKQANiC4ADUh1gA1IfQA&#10;NSL/ADUh/wA2If8AsjQAAKQ6AACZPgAAjz8AAIU/AAB7PAAAcDgAAGcyAABdLQAAVCgAAEwiBQBG&#10;Hw4AQx8UAEEfGwA/HyIAPiApAD0gMAA7IDYAOiE9ADkhRQA4Ik0ANyJXADYjYgA0I24AMyR+ADIk&#10;jwAxJaIALyW2AC8m0gAvJvIALyb/ADAm/wAwJv8ArzgAAKI+AACWQgAAjEMAAIJDAAB4QQAAbj0A&#10;AGM4AABaMwAAUS4AAEgoAQBAJAwAPSMRADskGAA5JB8AOCQmADYkLAA1JTMANCU6ADMmQgAyJkoA&#10;MSdUADAnXwAvKGwALih7ACwpjQArKqAAKiq0ACkqzwApK/AAKiv/ACoq/wArKv8ArDwAAJ9CAACU&#10;RgAAikcAAIBHAAB2RQAAbEIAAGE9AABXOAAATjMAAEQuAAA8KQkANygQADUoFQAzKBwAMigjADAo&#10;KQAvKTAALyo3AC4qPwAtK0gALCtSACssXQAqLGoAKC15ACctiwAmLp4AJS6zACQvzQAkL+4AJS//&#10;ACUv/wAmLv8AqT8AAJ1FAACSSQAAiEsAAH5MAAB0SgAAakcAAF5CAABUPQAASzkAAEE0AAA4LwYA&#10;Mi0NADAtEwAuLRkALS0gACstJwAqLi4AKS41ACkvPQAoL0YAJzBPACUwWwAkMWgAIzF3ACIyiQAh&#10;Mp0AHzOxAB4zywAeM+0AHzP/ACAz/wAhMv8ApkMAAJpJAACQTQAAhk8AAHxQAABzTwAAaEwAAFxG&#10;AABSQwAAST8AAD87AAA2NgIALjIMACsyEQApMhcAKDIeACYyJAAlMysAJDMyACM0OgAiNEMAITVN&#10;ACA1WAAfNmUAHjZ1ABw3hwAbN5sAGjevABk4yAAZOOsAGjj/ABs3/wAbN/8Ao0cAAJhNAACOUQAA&#10;hFMAAHtUAABxUwAAZlAAAFpMAABQSQAAR0UAAD1BAAAzPQAAKjkJACU3DgAjNxQAIjgbACE4IgAg&#10;OCgAHzgwAB45OAAdOUEAHDpLABo6VgAZO2MAGDtyABY7hQAVPJkAFDytABM9xgATPekAFDz9ABU8&#10;/wAWO/8AoEsAAJVRAACLVQAAglgAAHlZAABuWAAAZFYAAFhRAABOTwAARUsAADpHAAAwQwAAJ0AF&#10;ACA+DQAdPhEAHD4XABs+HgAaPiUAGT4tABg/NQAWPz4AFT9IABRAUwATQGAAEkFwABFBggAQQZcA&#10;D0GsAA5CxAAOQucAD0H8ABBB/wAQQP8AnVAAAJNWAACJWgAAgF0AAHZeAABsXQAAYlsAAFZXAABM&#10;VQAAQVEAADZOAAAsSwAAI0gAABtFCQAXRA8AFUQUABRFGwATRSIAEkUpABFFMQARRTsAEEZFAA9G&#10;UAAOR14ADUdtAAxHfwALR5MACUenAAhHvgAIR+AACUf2AApG/wALRv8AmlUAAJBbAACHYAAAfWIA&#10;AHNjAABqYgAAYGEAAFNeAABHWgAAPFcAADJVAAAoUgAAH1AAABdOBAARTAwAD0wRAA5MFwAOTB4A&#10;DU0lAAxNLgALTTcACk1CAAlNTQAHTloABk5pAAROewACTo8AAU6kAABNugAATdsAAU3yAAFN/wAC&#10;TP8AllsAAI1iAACEZgAAemgAAHFpAABoaQAAXGcAAE9kAABCYQAAN18AAC1cAAAjWgAAGlgAABJX&#10;AQANVgkACVUOAAdVEwAGVRoABFUiAANVKgACVTQAAFU+AABVSgAAVlcAAFZlAABVdwAAVYsAAFWg&#10;AABVtgAAVNQAAFTxAABT/QAAU/8Ak2IAAIpoAACAbAAAd24AAG9vAABjbgAAVmwAAElqAAA9aAAA&#10;MmYAACdlAAAdYwAAFWIAAA5hAAAJYAgAA2ANAABfEQAAXxcAAF8eAABfJgAAXy8AAF86AABfRQAA&#10;X1MAAF9hAABecgAAXocAAF2cAABdsgAAXM8AAFzvAABb/QAAW/8AkGoAAIZvAAB9cgAAdXQAAGp1&#10;AABddAAAT3MAAEJyAAA2cAAAK28AACBuAAAXbQAAEGwAAApsAAACawYAAGsLAABqDwAAahQAAGoa&#10;AABqIQAAaSoAAGk0AABpQAAAaU4AAGlcAABpbQAAaIIAAGiYAABnrgAAZsoAAGXtAABl/AAAZP8A&#10;i3EAAIJ2AAB6eQAAcHsAAGJ7AABVewAASHoAADt6AAAvegAAI3kAABl4AAARdwAACncAAAN3AAAA&#10;dwIAAHcIAAB2DQAAdhAAAHYVAAB2GwAAdiMAAHYuAAB1OgAAdUcAAHVWAAB1aAAAdHwAAHSSAABz&#10;qgAAcsQAAHHpAABw+wAAcP8AhnkAAH99AAB2fwAAaIEAAFqCAABMggAAP4MAADKEAAAlgwAAGoMA&#10;ABGDAAAKgwAAAoMAAACEAAAAhQAAAIQDAACDCAAAgw0AAIMQAACDFQAAhBwAAIQmAACEMgAAhD8A&#10;AINPAACDYAAAgnUAAIKMAACBpAAAgL0AAH/jAAB++QAAfv8AgoAAAHqEAABshgAAXogAAFCKAABC&#10;iwAANY0AACeNAAAbjQAAEY4AAAqOAAAAjwAAAJEAAACSAAAAkgAAAJIAAACSAQAAkgcAAJIMAACS&#10;EAAAkxUAAJMdAACUKAAAlDYAAJRFAACTVwAAk2sAAJOCAACSnAAAkbYAAJDYAACP8wAAj/8AfocA&#10;AHCKAABhjQAAU5AAAEWTAAA3lQAAKZYAAByXAAARmAAACZkAAACbAAAAnAAAAJ4AAACgAAAAoAAA&#10;AKAAAACgAAAAoQAAAKEEAACiCQAAow4AAKQUAAClHQAApioAAKY6AACmTAAApWAAAKV4AAClkgAA&#10;pKwAAKTJAACj6wAAovoAc44AAGSRAABWlQAAR5kAADmcAAAqngAAHaAAABGhAAAIowAAAKUAAACn&#10;AAAAqQAAAKwAAACuAAAArgAAAK4AAACvAAAAsAAAALEAAACyAAAAswYAALUNAAC3EwAAuR4AALku&#10;AAC6QAAAulQAALtqAAC6hQAAuaEAALm7AAC63gAAufIAZ5UAAFiZAABKngAAO6IAACymAAAdqAAA&#10;EaoAAAesAAAArwAAALEAAAC0AAAAuAAAALsAAAC8AAAAvAAAAL4AAAC/AAAAwAAAAMIAAADEAAAA&#10;xgAAAMgDAADLCwAAzxIAANEgAADRMgAA0kYAANNdAADUdgAA1JIAANWrAADVxAAA1OIAW50AAEyi&#10;AAA9pwAAL6wAAB+vAAARsQAAB7UAAAC4AAAAuwAAAL4AAADCAAAAxwAAAMoAAADMAAAAzAAAAM4A&#10;AADQAAAA0gAAANUAAADYAAAA2wAAAN8AAADiAAAA5gsAAOsTAADsJAAA7TgAAO5OAADvZwAA8IIA&#10;APCcAADwsgAA8cUA/wADAP8AAQD/AAQA/wAJAP8ADwD/ABgA/wAkAP8AMAD/ADwA/wBHAP8AUQD/&#10;AFkA/wBgAP0AZwD8AG0A+gBzAPkAeQD4AH8A9gCFAPUAjADzAJQA8gCdAPAApwDuALMA7ADEAOsA&#10;4QDqAPgA6QD/AOcA/wDZAP8AywD/AMIA/wC9AP8A/wAAAP8AAAD/AAAA/wAAAP8ADAD/ABQA/wAg&#10;AP8AKwD+ADcA+gBCAPYASwDyAFMA8ABbAO4AYQDsAGcA6gBtAOgAcwDnAHkA5QB/AOMAhgDhAI4A&#10;3wCWAN0AoADbAKwA2AC7ANQA0QDTAPAA0AD/AM4A/wDIAP8AvQD/ALYA/wCyAP8A/wAAAP8AAAD/&#10;AAAA/wAAAP0ACAD3ABAA8wAaAO8AJgDtADEA6AA7AOMARQDgAE0A3ABVANkAWwDWAGEA0wBnANEA&#10;bADPAHIAzQB4AMsAfwDJAIcAxwCQAMUAmgDDAKUAwACyAL4AxQC8AOUAugD7ALgA/wC3AP8AsAD/&#10;AKkA/wClAP8A/wAAAP8AAAD+AAAA9QAAAOwAAwDlAA0A3wAVANoAIADUACoA0AA1AMsAPgDIAEcA&#10;xQBOAMIAVQDAAFsAvgBhALwAZgC6AGwAuAByALYAeAC1AIAAswCIALEAkgCuAJ4ArACqAKkAuwCo&#10;ANUApgDzAKQA/wCjAP8AoQD/AJsA/wCYAP8A/wAAAPsAAADwAAAA5QAAANgAAADOAAkAxwARAMIA&#10;GgC+ACQAuwAuALcAOAC0AEAAsQBIAK4ATgCsAFQAqgBaAKkAXwCnAGUApQBrAKQAcQCiAHgAoACB&#10;AJ4AiwCcAJYAmQCjAJcAsgCWAMcAkwDoAJIA/gCRAP8AkAD/AI0A/wCLAP8A+QAAAOsAAADdAAAA&#10;zwAAAMYAAAC8AAQAtQANALAAFQCsAB4AqAAoAKUAMQCiADkAnwBBAJ0ASACbAE4AmQBTAJcAWQCW&#10;AF4AlABkAJIAagCQAHEAjgB6AIwAgwCKAI8AiACcAIYAqgCEALwAggDcAIEA9gCAAP8AfwD/AH8A&#10;/wB+AP8A7AAAANoAAADJAAAAvgAAALYAAACuAAAApwAJAKEAEACcABgAmAAiAJUAKgCSADIAkAA6&#10;AI0AQQCLAEcAiQBNAIcAUgCGAFgAhABdAIIAZACBAGsAfwBzAH0AfQB7AIgAeACVAHYAowB1ALQA&#10;cwDMAHEA7QBwAP8AcAD/AHAA/wBwAP8A3wUAAMoKAAC8CwAAsQkAAKgEAAChAAAAmwADAJQADACP&#10;ABMAigAbAIcAJACEACwAgQAzAH8AOgB9AEEAewBHAHkATAB3AFIAdgBXAHQAXQByAGQAcABtAG8A&#10;dgBsAIIAagCPAGkAnQBnAK4AZQDDAGQA5ABjAPoAYwD/AGIA/wBjAP8A0A4AAL8SAACyEwAApxIA&#10;AJ0QAACVCwAAjwMAAIkABwCCAA4AfgAVAHoAHgB2ACUAdAAtAHEANABvADoAbgBAAGwARgBqAEwA&#10;aQBSAGcAWABmAF8AZABnAGIAcQBgAHwAXgCJAFwAmABbAKkAWQC8AFgA3ABYAPQAWAD/AFcA/wBX&#10;AP8AxhYAALYaAACqHQAAnxwAAJUZAACNFAAAhQ8AAH4JAAB3AQoAcgAQAG4AFwBqAB8AaAAnAGUA&#10;LgBkADQAYgA7AGAAQABfAEYAXQBMAFwAUwBaAFoAWABiAFcAbABVAHcAUwCFAFIAlABQAaUATwG4&#10;AE4C0gBNBPAATQX/AE0F/wBNBf8Avx0AALAiAACjJQAAmSUAAI8iAACFHQAAfRgAAHUSAABuDQIA&#10;ZwYMAGMDEQBfAhkAXQMhAFsEKABZBC8AVwU1AFYFOwBUBkEAUwZHAFEGTgBQB1UATgdeAE0IZwBL&#10;CHMASQmBAEgJkgBHCqMARQq2AEQL0ABEDO8AQw3/AEMN/wBEDf8AuSQAAKopAACeLAAAlCwAAIoq&#10;AACAJgAAdyEAAG4bAABmFAAAXw8FAFkLDQBVChMAUwsbAFELIgBPDCkATQwvAEwMNgBLDTwASQ1C&#10;AEgNSQBGDVEARQ5aAEQOZABCDnAAQA5/AD8PkAA+EKIAPBC2ADsQ0QA7EfEAOxH/ADsR/wA8Ef8A&#10;tCkAAKYvAACaMgAAkDIAAIYxAAB8LQAAcigAAGkjAABhHQAAWRYAAFERCABMDxAAShAWAEgQHQBG&#10;ECQARRArAEMRMQBCETcAQRE+AEARRQA+Ek0APRJWADwSYQA6E20AORN8ADcUjQA2FJ8ANRWzADQV&#10;zQAzFu4ANBb/ADQW/wA0Fv8Ary4AAKI0AACXNwAAjDgAAII2AAB4NAAAbi4AAGUqAABcJAAAVB4A&#10;AEwYBABGFA0AQhQSAEAUGQA/FCAAPRUnADwVLQA7FTQAORY6ADgWQgA3FkoANhdTADUXXgAzGGoA&#10;Mhl5ADAZigAvGp0ALhqxAC0bygAtG+wALRz/AC4b/wAuG/8ArDIAAJ84AACUOwAAijwAAIA8AAB2&#10;OQAAazQAAGIvAABZKgAAUCUAAEcfAABAGgoAPBkQADoZFgA4GR0ANhojADUaKQA0GjAAMxo3ADIb&#10;PgAxG0cALxxQAC4dWwAtHWcALB52ACoeiAApH5sAKB+uACcgxwAmIOoAJyD+ACgg/wAoIP8AqTYA&#10;AJ08AACSPwAAh0EAAH1AAAB0PgAAaToAAF81AABWMAAATSsAAEQlAAA7IAcANh4OADMeEwAyHhkA&#10;MB4gAC8eJgAuHy0ALR80ACwgOwArIEQAKiFOACkhWAAnImUAJiJ0ACUjhQAjI5kAIiStACEkxQAh&#10;JegAIiX9ACIk/wAjJP8ApjoAAJo/AACPQwAAhUUAAHtEAAByQwAAZz8AAF06AABTNgAASjEAAEEs&#10;AAA4JgMAMSMMAC4iEQAsIhYAKiIdACkiIwAoIyoAJyMxACYkOQAlJUEAJCVLACMmVgAiJmMAISdy&#10;AB8ngwAeKJcAHSirABspwwAbKeYAHCn7AB0p/wAeKP8Aoz4AAJhDAACNRwAAg0kAAHpJAABwRwAA&#10;ZkQAAFo/AABROwAARzcAAD4yAAA1LQAALCgJACgnDwAnJxQAJScaACQnIQAjKCcAIiguACEpNgAg&#10;KT8AHypJAB4qVAAdK2AAGytvABosgQAZLJUAFy2pABYtwQAWLeQAFy36ABgt/wAZLf8AoUEAAJVH&#10;AACLSwAAgk0AAHhNAABuTAAAZEkAAFhEAABPQAAARj0AAD04AAAzNAAAKi8GACQsDQAhLBIAICwY&#10;AB8tHgAeLSUAHS0sABwuNAAbLjwAGi9GABgvUQAXMF4AFjBtABUxfwATMZMAEjGoABEyvwARMuIA&#10;EjL5ABMx/wATMf8AnkUAAJNLAACJTwAAgFEAAHZSAABtUAAAYk4AAFZJAABNRgAAREMAADs/AAAx&#10;OgAAJzYDAB8yCwAcMhAAGzIVABkyGwAYMiIAFzMpABYzMQAVNDoAFDREABM0TwASNVwAETVrABA2&#10;fQAPNpEADjamAA03vAANN90ADTb2AA42/wAPNv8Am0kAAJFPAACHUwAAflYAAHVWAABqVQAAYFMA&#10;AFVPAABMTAAAQkkAADhFAAAuQQAAJD0AABw6CAAWOA4AFTgSABQ4GAATOR8AEjkmABE5LgAQOTcA&#10;DzpBAA46TAANO1kADTtoAAs7egAKO40ACTyiAAc8uAAHPNUACDzwAAk7/wAKO/8AmE4AAI5UAACF&#10;WAAAfFsAAHJbAABoWgAAXlgAAFNVAABJUgAAPk4AADRLAAAqRwAAIUQAABhCAwASQAsAED8QAA4/&#10;FQAOPxwADUAjAAxAKwALQDQACkA+AAlBSgAHQVYABkFlAARBdgADQYoAAUGfAABBtAAAQdAAAUHu&#10;AAFB/AACQP8AlVQAAIxZAACDXgAAeWAAAHBgAABmYAAAXV4AAFFbAABFVwAAOlQAAC9RAAAlTwAA&#10;HEwAABRKAAAOSAgAC0cOAAhHEgAHRxkABkcgAAVIKAADSDEAAkg7AABIRwAASFMAAEhiAABIcwAA&#10;SIYAAEibAABIsQAAR8wAAEftAABH+wAAR/8AkloAAIlgAACAYwAAd2UAAG5mAABlZgAAWWQAAExg&#10;AABAXQAANVsAACpZAAAgVwAAF1UAABBTAAALUgcABVENAAFQEQAAUBYAAFAdAABQJQAAUC4AAFA4&#10;AABQQwAAUFAAAFBeAABQbwAAUIMAAE+YAABPrgAATskAAE7rAABN+wAATf8Aj2EAAIZmAAB9aQAA&#10;dGwAAGxtAABhawAAU2kAAEZnAAA6ZAAAL2MAACRhAAAaXwAAEl4AAAxcAAAGXAYAAFsLAABaDwAA&#10;WhMAAFoZAABZIQAAWSkAAFkzAABZPwAAWUwAAFlaAABZawAAWH4AAFiUAABXqwAAV8UAAFbpAABV&#10;+wAAVf8AjGgAAIJtAAB6cAAAcnIAAGdyAABacQAATHAAAD9uAAAzbQAAKGsAAB1qAAAUaAAADWcA&#10;AAdnAAAAZgMAAGYJAABlDQAAZREAAGQVAABkHAAAZCQAAGQuAABkOgAAY0cAAGNVAABjZgAAY3oA&#10;AGKQAABhpwAAYMEAAF/mAABf+gAAXv8Ah28AAH90AAB4dwAAbngAAGB4AABSdwAARXcAADh2AAAr&#10;dgAAIHQAABZzAAAOcwAAB3IAAAByAAAAcgAAAHEFAABxCgAAcQ4AAHARAABwFwAAcB4AAHAnAABw&#10;MwAAb0AAAG9QAABvYAAAbnQAAG6LAABtogAAbLwAAGviAABq+AAAaf8Ag3cAAHx7AABzfQAAZX4A&#10;AFd/AABJfwAAPH8AAC+AAAAifwAAF34AAA9+AAAHfgAAAH8AAAB/AAAAfwAAAH4AAAB+BQAAfgoA&#10;AH4NAAB+EQAAfhcAAH4gAAB+KwAAfTkAAH1IAAB9WQAAfG0AAHyEAAB7nAAAerYAAHnaAAB49QAA&#10;d/8AgH8AAHeCAABpgwAAW4UAAE2GAAA/iAAAMokAACSJAAAYiQAAD4kAAAeKAAAAiwAAAIwAAACN&#10;AAAAjQAAAIwAAACMAAAAjAMAAIwIAACNDQAAjREAAI0XAACOIgAAji8AAI4/AACNUAAAjWQAAIx7&#10;AACMlQAAi64AAIrNAACJ7wAAif8Ae4UAAG2IAABeigAAUI0AAEKPAAA0kQAAJpIAABmTAAAOlAAA&#10;BpUAAACWAAAAmAAAAJoAAACbAAAAmwAAAJsAAACbAAAAmwAAAJwAAACdBQAAnQsAAJ4QAACfFwAA&#10;oCQAAKA0AACgRgAAoFkAAJ9wAACfigAAnqUAAJ7CAACd6AAAnPkAcIwAAGGPAABTkgAARJYAADaZ&#10;AAAnmwAAGZwAAA+dAAAFnwAAAKEAAACjAAAApQAAAKgAAACpAAAAqQAAAKkAAACqAAAAqwAAAKwA&#10;AACtAAAArgEAALAJAACyDwAAsxgAALQnAAC0OQAAtU0AALRkAAC0fgAAs5oAALO0AACz1QAAs/AA&#10;ZJMAAFWXAABHmwAAOJ8AACmiAAAapAAADqYAAASoAAAAqwAAAK0AAACwAAAAtAAAALYAAAC4AAAA&#10;uAAAALkAAAC6AAAAvAAAAL0AAAC/AAAAwAAAAMMAAADFBwAAyQ8AAMoaAADLLAAAzEAAAM1WAADO&#10;bwAAzYsAAMyoAADMwgAAzOIAWJsAAEmgAAA6pQAALKkAAByrAAAPrgAABLEAAAC0AAAAtwAAALoA&#10;AAC+AAAAwwAAAMYAAADIAAAAyAAAAMoAAADLAAAAzQAAAM8AAADSAAAA1QAAANkAAADdAAAA4QUA&#10;AOYPAADnHgAA6DIAAOlIAADqYAAA63sAAOuXAADsrgAA7MIA/wAAAP8AAAD/AAAA/wAGAP8ADQD/&#10;ABUA/wAhAP8ALAD/ADgA/wBDAP8ATAD+AFQA+wBbAPoAYgD4AGgA9gBuAPUAdAD0AHoA8gCAAPEA&#10;hwDvAI8A7QCXAOsAoQDpAK0A5wC9AOUA2ADkAPMA4gD/AOAA/wDQAP8AxAD/ALwA/wC2AP8A/wAA&#10;AP8AAAD/AAAA/wAAAP8ACQD/ABEA/wAcAP0AJwD5ADIA9QA9APEARgDtAE8A6wBWAOgAXADmAGIA&#10;5ABoAOMAbgDhAHMA3wB5AN0AgADaAIgA2ACRANQAmwDSAKYAzwC0AMwAyQDJAOkAyAD/AMcA/wDB&#10;AP8AtwD/AK8A/wCrAP8A/wAAAP8AAAD/AAAA/wAAAPgABQDyAA4A7gAXAOoAIgDmACwA4QA3AN0A&#10;QADYAEkA0wBQANAAVgDOAFwAzABiAMoAZwDIAG0AxgBzAMQAeQDCAIEAwACKAL4AlAC8AJ8AuQCs&#10;ALYAvgC0AN0AswD3ALEA/wCwAP8AqAD/AKIA/wCeAP8A/wAAAP8AAAD5AAAA7wAAAOYAAADfAAsA&#10;1gASANAAHADMACYAyAAwAMQAOgDAAEIAvQBKALsAUAC4AFYAtgBbALUAYQCzAGYAsQBsALAAcgCu&#10;AHoArACCAKkAjACnAJgApQClAKMAtACgAMsAnwDuAJ0A/wCcAP8AmQD/AJQA/wCRAP8A/wAAAPYA&#10;AADqAAAA3QAAAM8AAADHAAYAwAAPALsAFwC3ACAAswAqALAAMwCtADsAqgBDAKcASQClAE8AowBV&#10;AKIAWgCgAF8AngBlAJ0AawCbAHIAmQB7AJcAhQCUAJAAkgCdAJAArACOAL8AjADiAIsA+gCJAP8A&#10;iQD/AIYA/wCDAP8A9AAAAOQAAADUAAAAyAAAAL8AAAC1AAEArgALAKkAEgClABsAoQAjAJ4ALACb&#10;ADQAmAA8AJYAQwCUAEkAkgBOAJAAUwCOAFkAjQBeAIsAZACJAGsAhwBzAIUAfQCDAIgAgQCVAH8A&#10;pAB9ALUAewDPAHkA8QB4AP8AdwD/AHcA/wB1AP8A5QAAANEAAADDAAAAuAAAAK8AAACoAAAAoAAG&#10;AJoADgCVABUAkQAeAI4AJgCLAC0AiAA1AIYAPACEAEIAggBHAIAATQB/AFIAfQBYAHsAXgB5AGUA&#10;eABtAHYAdgBzAIEAcQCOAG8AnQBtAK4AbADEAGoA5wBpAP0AaAD/AGgA/wBpAP8A1QMAAMMHAAC2&#10;CAAAqwYAAKIAAACbAAAAlAAAAI0ACgCIABAAgwAYAH8AIAB8ACcAegAuAHcANQB1ADsAdABBAHIA&#10;RwBwAEwAbwBSAG0AWABrAF8AaQBmAGcAcABlAHsAYwCIAGIAlwBgAKcAXgC7AF0A3ABcAPYAXAD/&#10;AFsA/wBbAP8AyQ0AALkQAACsEQAAoRAAAJcNAACPCAAAiAAAAIIABQB7AA0AdwASAHMAGgBvACEA&#10;bAAoAGoALwBoADUAZwA7AGUAQQBjAEYAYgBMAGAAUgBfAFkAXQBhAFsAagBZAHUAVwCCAFUAkQBU&#10;AKIAUwC1AFEAzwBQAO8AUAD/AFAA/wBQAP8AvxQAALAYAACkGgAAmRkAAI8WAACHEQAAfw0AAHcG&#10;AABxAAgAawAOAGcAFABkABsAYQAiAF4AKQBdAC8AWwA1AFkAOwBYAEEAVgBGAFUATQBTAFQAUgBc&#10;AFAAZQBOAHAATAB9AEsAjQBJAJ4ASACwAEcAxwBGAOkARgD7AEYA/wBFAP8AuBsAAKogAACeIgAA&#10;kyIAAIkfAACAGgAAdxUAAG8QAABoCwAAYQQKAF0AEABZABYAVgAdAFQAIwBSACoAUAAwAE8ANQBO&#10;ADsATABBAEsASABJAE8ARwFXAEYBYQBEAmwAQwJ5AEEDiQBAA5oAPgStAD0ExAA8BeUAPAf4ADwH&#10;/wA8B/8AsiIAAKUnAACZKQAAjikAAIQnAAB7IwAAcR4AAGkYAABhEgAAWg0DAFMIDABPBREATAUX&#10;AEoGHgBIBiQARwYqAEUHMABEBzYAQwg9AEEIQwBACEsAPglTAD0JXQA7CmgAOgp2ADgLhwA3C5kA&#10;NQusADQMwgAzDOQAMw35ADMN/wA0Df8ArScAAKAsAACVLwAAiy8AAIAuAAB3KgAAbSUAAGQgAABc&#10;GgAAVBQAAEwPBgBGDA0AQwwSAEEMGAA/DB8APgwlADwNKwA7DTIAOg04ADgNPwA3DkcANg5QADQO&#10;WgAzDmYAMQ90ADAPhQAuEJgALRCrACwQwwArEeUALBH6ACwR/wAtEf8AqiwAAJ0xAACSNAAAhzUA&#10;AH00AAB0MQAAaisAAGAnAABYIQAATxsAAEcWAABAEQkAOxAPADkQFAA3EBsANhAhADQQJwAzES0A&#10;MhE0ADEROwAwEUMALhJNAC0SVwAsEmMAKhNxACkTggAnFJUAJhSpACUVwAAkFeMAJRb6ACYW/wAm&#10;Ff8ApjEAAJo2AACPOQAAhToAAHs5AABxNgAAZzEAAF0tAABUKAAATCIAAEMdAAA7FwUANRQNADIT&#10;EQAxFBcALxQdAC4UJAAsFCoAKxUxACoVOAApFkAAKBZKACcXVAAmF2AAJBhvACMYgAAhGZMAIBmn&#10;AB8ZvgAeGuAAHxr4ACAa/wAgGv8AozQAAJg6AACNPQAAgz4AAHk9AABvOwAAZTcAAFsyAABSLQAA&#10;SSgAAEAjAAA4HgEAMBkKACwYDwAqGBQAKRgaACcYIAAmGScAJRktACQaNQAjGj4AIhtHACEbUgAg&#10;HF4AHx1sAB0dfgAcHZEAGh6lABkevAAYH90AGR/2ABof/wAbHv8AoTgAAJU9AACLQQAAgUIAAHdC&#10;AABtQAAAYzwAAFk3AABPMwAARi4AAD0pAAA1JAAALSAHACcdDQAlHRIAIx0XACEdHQAhHSQAIB4r&#10;AB8eMgAeHzsAHR9FABwgTwAaIVwAGSFqABgiewAWIo8AFSKjABQjugATI9oAFCP1ABUj/wAWI/8A&#10;njwAAJNBAACJRAAAf0YAAHVGAABsRAAAYkEAAFc8AABNOAAARDQAADwwAAAzKwAAKiYDACMiCwAg&#10;IRAAHiEVABwiGwAbIiEAGiIoABojMAAZIzgAGCRCABYlTQAVJVkAFCZoABMmeQASJo0AESeiABAn&#10;uAAOJ9YAECj0ABEn/wARJ/8AnEAAAJFFAACHSAAAfUoAAHRKAABqSQAAYEYAAFVBAABMPgAAQzoA&#10;ADo2AAAxMgAAKC0AACApCQAbJw4AGScSABgnGAAWJx8AFSglABQoLQATKDYAEilAABIpSwARKlcA&#10;ECpmAA4rdwAOK4sADSyfAAwstQALLM8ADCzvAA0s/wANK/8AmUQAAI9JAACFTAAAfE4AAHNPAABp&#10;TgAAXksAAFNHAABKRAAAQkAAADk9AAAvOAAAJTQAAB0wBQAWLQwAFCwQABMtFQASLRwAES0jABAt&#10;KgAPLjMADi49AA0vSAANL1UADDBjAAowdAAJMIgACDGcAAYxsQAGMcsABjHrAAcw/AAIMP8Al0gA&#10;AI1NAACDUQAAelMAAHFUAABnUgAAXVAAAFJMAABJSgAAQEYAADVCAAArPgAAIjoAABo3AQASNAkA&#10;DzMOAA4zEwANMxkADTMgAAw0KAALNDEACjU7AAg1RgAHNVIABTZgAAQ2cQACNoQAADaZAAA2rwAA&#10;NsgAADboAAA2+QABNf8AlE0AAIpSAACBVgAAeFgAAG9ZAABlWAAAW1UAAFFSAABHTwAAPEwAADFI&#10;AAAnRAAAHkEAABY/AAAQPAcACzoNAAk6EQAIOxcABjseAAU7JgAEOy4AAjs4AAE8QwAAPE8AADxe&#10;AAA8bgAAPIEAADyXAAA8rAAAO8UAADvnAAA7+AAAO/8AkVIAAIhYAAB/XAAAdl0AAG1eAABjXQAA&#10;WlwAAE5YAABCVAAAN1EAAC1OAAAjSwAAGkkAABJGAAANRAYAB0MMAANDEAAAQxUAAEMbAABDIwAA&#10;QysAAEM1AABDQAAAQ00AAENbAABDawAAQ34AAEOUAABCqgAAQsMAAEHmAABB+QAAQf8AjlgAAIZe&#10;AAB9YQAAc2MAAGtkAABiYwAAV2EAAEldAAA9WgAAMlgAACdVAAAeUwAAFVEAAA5PAAAJTQUAAk0L&#10;AABMDgAATBMAAEsYAABLHwAASygAAEsyAABLPQAAS0kAAEtXAABLZwAASnsAAEqQAABJpwAAScAA&#10;AEjkAABI+AAAR/8Ai18AAINkAAB6ZwAAcWkAAGlqAABeaQAAUGYAAENkAAA3YQAALF8AACFdAAAY&#10;WwAAEFkAAApYAAADVwMAAFcJAABWDQAAVRAAAFUVAABUGwAAVCMAAFQtAABUOQAAVEUAAFRTAABU&#10;ZAAAU3cAAFONAABSpAAAUb0AAFDiAABQ+AAAT/8AiGcAAH9rAAB3bgAAb3AAAGVwAABXbgAASmwA&#10;AD1rAAAwaQAAJWgAABpmAAARZAAAC2MAAARiAAAAYgEAAGEGAABgCwAAYA4AAF8SAABfFwAAXx4A&#10;AF4oAABeMwAAXkAAAF5PAABeXwAAXXIAAF2IAABcoAAAW7kAAFrfAABZ9wAAWP8AhG4AAHxyAAB1&#10;dQAAa3YAAF11AABPdAAAQnMAADVzAAAocgAAHXAAABNvAAAMbgAABG4AAABuAAAAbgAAAGwCAABs&#10;BwAAawsAAGsOAABrEgAAahkAAGoiAABqLQAAajoAAGlJAABpWgAAaWwAAGiDAABnmwAAZrUAAGXY&#10;AABk9QAAZP8AgHUAAHp5AABwewAAYnsAAFR8AABGfAAAOXwAACx8AAAfewAAFHoAAA16AAAEegAA&#10;AHoAAAB6AAAAegAAAHkAAAB5AQAAeAYAAHgLAAB4DgAAeBMAAHgaAAB4JQAAeDIAAHdBAAB3UgAA&#10;d2UAAHZ8AAB1lQAAdK8AAHPOAABy8QAAcf8Afn0AAHWAAABngQAAWIIAAEqDAAA8hAAALoUAACGF&#10;AAAVhQAADYUAAAOFAAAAhgAAAIcAAACIAAAAiAAAAIcAAACHAAAAhwAAAIcEAACHCQAAhw4AAIgT&#10;AACIHAAAiCkAAIg4AACHSgAAh10AAIZzAACGjQAAhacAAITFAACD7AAAgv4AeIQAAGqGAABciAAA&#10;TYoAAD+MAAAxjgAAI48AABaPAAANkAAAApEAAACSAAAAkwAAAJUAAACWAAAAlgAAAJYAAACWAAAA&#10;lgAAAJcAAACXAAAAlwcAAJgNAACZEwAAmh8AAJotAACaPwAAmlIAAJpoAACZgwAAmZ8AAJi6AACX&#10;4gAAlvgAbYoAAF+NAABQkAAAQZMAADOWAAAklwAAFpgAAA2ZAAABmwAAAJ0AAACfAAAAoQAAAKQA&#10;AAClAAAApAAAAKUAAAClAAAApgAAAKcAAACoAAAAqQAAAKoEAACsDAAArhMAAK4hAACuMwAArkcA&#10;AK5dAACudgAArpMAAK6uAACtzQAArO8AYZEAAFOVAABEmAAANZwAACafAAAXoQAADaMAAAClAAAA&#10;pwAAAKoAAACsAAAAsAAAALIAAAC0AAAAswAAALQAAAC1AAAAtwAAALgAAAC5AAAAuwAAAL0AAAC/&#10;AQAAwwsAAMUVAADFJQAAxjkAAMdPAADHaAAAxoUAAMaiAADGvAAAxt4AVZkAAEedAAA4ogAAKaYA&#10;ABmoAAANqwAAAK0AAACxAAAAtAAAALcAAAC6AAAAvwAAAMEAAADEAAAAwwAAAMUAAADGAAAAyAAA&#10;AMoAAADNAAAAzwAAANIAAADWAAAA2wAAAOAMAADhGAAA4ysAAORBAADlWgAA5nQAAOaRAADlrAAA&#10;5cQA/wAAAP8AAAD/AAAA/wABAP8ACgD/ABIA/wAdAP8AKAD/ADQA/wA+AP0ASAD6AFAA9wBXAPUA&#10;XQD0AGMA8gBpAPAAbwDvAHQA7QB7AOsAgQDpAIkA6ACSAOYAnADkAKgA4gC3AN8AzQDcAO4A2QD/&#10;ANkA/wDKAP8AvgD/ALUA/wCwAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA8A/AAYAPgAIwD0AC4A&#10;8AA4AOsAQgDoAEoA5QBRAOIAWADgAF0A3gBjANwAaADZAG4A1gB0ANQAewDRAIIAzwCLAM0AlQDK&#10;AKEAyACvAMUAwQDCAOMAwAD7AMAA/wC7AP8AsAD/AKgA/wCkAP8A/wAAAP8AAAD/AAAA+wAAAPMA&#10;AQDtAAwA6AATAOMAHgDgACgA2gAyANMAPADPAEQAzABLAMkAUQDGAFcAxABdAMIAYgDBAGcAvwBt&#10;AL0AdAC7AHsAuQCEALcAjgC0AJkAsgCnAK8AtwCtANAAqwDyAKoA/wCpAP8AoQD/AJsA/wCXAP8A&#10;/wAAAP8AAAD0AAAA6QAAAOAAAADVAAgAzgAQAMkAGADFACIAwQArALwANQC5AD0AtgBFALMASwCx&#10;AFEArwBWAK4AWwCsAGEAqgBmAKkAbQCmAHQApAB8AKIAhgCgAJIAngCfAJwArgCZAMMAlwDnAJYA&#10;/wCVAP8AkgD/AI0A/wCKAP8A/AAAAPAAAADjAAAA1AAAAMgAAAC/AAMAuQANALMAEwCvABwArAAl&#10;AKkALgClADYAowA+AKAARACeAEoAnQBQAJsAVQCZAFoAlwBfAJYAZgCUAGwAkgB1AJAAfgCOAIoA&#10;iwCXAIkApgCHALgAhQDWAIQA9gCCAP8AgQD/AH4A/wB8AP8A7QAAAN0AAADMAAAAwQAAALgAAACu&#10;AAAApwAJAKIAEACeABcAmgAfAJcAJwCUAC8AkQA3AI8APQCNAEMAiwBJAIkATgCIAFMAhgBZAIQA&#10;XwCCAGUAgABtAH4AdwB8AIIAegCPAHgAngB1AK8AcwDHAHIA7ABxAP8AcAD/AHAA/wBuAP8A3QAA&#10;AMkAAAC8AAAAsQAAAKkAAAChAAAAmQADAJMADACOABIAigAZAIcAIQCEACkAgQAwAH8ANwB9AD0A&#10;ewBCAHkASAB4AE0AdgBSAHQAWAByAF8AcQBnAG8AcABsAHsAagCIAGgAlwBmAKgAZQC8AGMA4QBi&#10;APoAYQD/AGEA/wBhAP8AzQEAALwFAACvBQAApQIAAJwAAACUAAAAjQAAAIYACACBAA4AfAAUAHgA&#10;GwB1ACMAcgApAHAAMABuADYAbQA8AGsAQQBpAEcAaABMAGYAUgBkAFkAYwBgAGEAaQBfAHQAXQCB&#10;AFsAkABZAKEAVwC0AFYA0ABVAPIAVQD/AFQA/wBVAP8AwQwAALIOAACmDwAAmw4AAJILAACJBQAA&#10;ggAAAHsAAgB1AAsAcAAQAGwAFgBoAB0AZgAjAGMAKgBhADAAYAA2AF4AOwBdAEEAWwBGAFoATABY&#10;AFMAVgBbAFQAZABSAG4AUQB7AE8AigBNAJsATACuAEsAxgBKAOoASQD+AEkA/wBJAP8AuRIAAKoW&#10;AACeFwAAlBYAAIoTAACBEAAAeQsAAHEDAABrAAYAZQANAGEAEQBdABgAWgAeAFgAJABWACoAVAAw&#10;AFMANgBRADsAUABBAE4ARwBNAE4ASwBWAEkAXwBHAGkARgB2AEQAhQBDAJcAQQCpAEAAvwA/AOIA&#10;PwD4AD4A/wA/AP8AshkAAKQeAACYHwAAjh8AAIQcAAB6GAAAchIAAGoOAABiCAAAXAEIAFcADgBT&#10;ABMAUAAZAE4AHwBMACUASgArAEgAMABHADYARgA8AEQAQgBDAEkAQQBRAD8AWgA+AGUAPAByADoA&#10;gQA5AJMAOAClADYAugA2ANsANQD0ADUA/wA1AP8ArCAAAJ8kAACUJgAAiSYAAH8kAAB1IAAAbBsA&#10;AGQVAABcEAAAVAwBAE4GCgBKAg8ARwAUAEQAGgBCACAAQAAlAD8AKwA+ATEAPAE3ADsCPgA5AkUA&#10;OANNADYDVgA1BGEAMwRuADEFfgAwBZAALwWjAC0GuAAsBtQALAfwACwI/wAsCP8AqCUAAJsqAACQ&#10;LAAAhi0AAHsrAAByJwAAaCIAAF8dAABXFwAATxIAAEgOBABBCgsAPgcQADsGFQA5BxsAOAchADYI&#10;JgA1CCwAMwgyADIJOQAxCUEALwlJAC4KUwAsCl4AKwtsACkLfAAoDI8AJgyiACUMtwAkDNMAIw3w&#10;ACQN/wAlDf8ApCoAAJgvAACNMgAAgzIAAHkxAABvLgAAZSkAAFwkAABTHwAASxkAAEMTAAA8EAYA&#10;NQ0MADMMEQAxDBYALwwcAC4NIgAtDSgAKw0uACoNNQApDT0AJw5GACYOUAAkDlwAIw9qACIPewAg&#10;EI4AHxCiAB0QtwAcENQAHRHyAB0R/wAeEf8AoS8AAJUzAACKNgAAgDcAAHY2AABtMwAAYy8AAFkq&#10;AABQJQAASCAAAD8aAAA4FQAAMBEIACwQDgAqEBIAKBAYACcQHgAlECQAJBAqACMRMgAiEToAIRFD&#10;ACASTgAeEloAHRNoABsTeAAaE4sAGBSgABcUtQAWFNEAFhXxABcV/wAYFP8AnjMAAJM3AACIOgAA&#10;fjsAAHQ7AABrOAAAYTQAAFcvAABOKwAARSYAAD0hAAA0HAAALRcFACYTDAAjExAAIhMVACATGgAf&#10;EyEAHhQnAB0ULwAcFTcAGxVBABoWSwAZFlcAFxdlABYXdgAUGIkAExieABIYswARGc4AERnvABIZ&#10;/wATGf8AnDYAAJE7AACGPgAAfD8AAHM/AABpPQAAXzkAAFU1AABMMAAAQywAADonAAAyIgAAKh4B&#10;ACIZCQAeFw4AHBcSABoXFwAZGB4AGRgkABgZLAAXGTQAFho+ABUaSQATG1UAEhtjABEcdAAQHIcA&#10;Dx2cAA4dsQANHcsADR3sAA4d/wAPHf8AmToAAI8/AACEQgAAe0QAAHFDAABoQgAAXj4AAFM6AABK&#10;NgAAQTIAADktAAAxKQAAKCUAACAgBgAaHQwAFxwQABUcFQAUHRsAFB0iABMdKQASHjIAER88ABAf&#10;RgAQIFMADiBhAA0hcQAMIYUACyKZAAoirgAJIscACSLnAAoi+wALIf8Alz4AAIxDAACDRgAAeUgA&#10;AHBIAABnRgAAXEQAAFI/AABJOwAAQDgAADg0AAAvMAAAJywAAB4nAwAWIwoAEiEOABEhEwAQIhkA&#10;ECIgAA8iJwAOIy8ADSQ5AAwkRAALJVAACiVeAAkmbwAHJoIABiaWAAQmrAADJsQABCblAAQm9wAG&#10;Jv8AlUIAAIpHAACBSgAAeEwAAG9MAABlSwAAW0gAAFBEAABHQQAAPz4AADc7AAAtNgAAJDEAABst&#10;AAATKgcADygNAA0nEQANKBYADCgdAAsoJQAKKS0ACSk3AAcqQgAGKk4ABCtcAAMrbAABK38AACuU&#10;AAArqQAAK8EAACvjAAAr9gAAKv8AkkYAAIhLAAB/TwAAdlEAAG1RAABjUAAAWk0AAE9KAABHRwAA&#10;PkQAADNAAAApPAAAIDgAABc0AAARMQUADC8MAAkuEAAHLhUABi8bAAUvIwADLysAAjA1AAAwPwAA&#10;MEwAADFZAAAxaQAAMXwAADGRAAAxpwAAML8AADDhAAAw9QAAL/8AkEsAAIZQAAB9VAAAdVYAAGtW&#10;AABiVQAAWFMAAE5QAABFTQAAOkkAAC9FAAAlQgAAHD4AABQ7AAAOOQUACTcLAAQ2DwABNhMAADYZ&#10;AAA2IAAANikAADYyAAA3PQAAN0kAADdXAAA3ZwAAN3kAADePAAA2pQAANr0AADbgAAA19QAANf8A&#10;jVAAAIRWAAB8WgAAclsAAGlbAABgWwAAV1kAAExWAABAUgAANU4AACpLAAAgSAAAF0YAABBDAAAL&#10;QQQABEAKAAA/DgAAPhEAAD4WAAA+HQAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPnYAAD2MAAA9&#10;owAAPLsAADzeAAA79QAAO/8AilcAAIJcAAB5XwAAcGEAAGhhAABfYQAAVF4AAEdbAAA6VwAAL1UA&#10;ACVSAAAbUAAAEk0AAAxLAAAGSgMAAEkJAABIDQAARxAAAEcUAABGGgAARiIAAEYsAABGNwAARkMA&#10;AEZRAABGYAAARXMAAEWJAABEoAAARLgAAEPcAABC9QAAQv8AiF0AAH9iAAB3ZQAAbmcAAGdoAABb&#10;ZgAATmMAAEFhAAA0XgAAKVwAAB9aAAAVVwAADlYAAAdUAAAAUwEAAFIGAABRCwAAUQ4AAFARAABP&#10;FgAATx4AAE8nAABPMgAATz8AAE9NAABOXQAATm8AAE6FAABNnQAATLUAAEvYAABK9QAASv8AhWUA&#10;AHxpAAB0bAAAbW4AAGJtAABUawAAR2kAADpnAAAtZQAAImQAABhiAAAQYAAACV8AAABeAAAAXgAA&#10;AF0DAABcCAAAWwwAAFoPAABaEwAAWRkAAFkiAABZLQAAWToAAFlIAABYWAAAWGsAAFeBAABXmQAA&#10;VrIAAFXSAABU9AAAU/8AgWwAAHlwAABzcwAAaHMAAFpyAABMcQAAP3AAADJvAAAlbgAAGmwAABFr&#10;AAAJagAAAGoAAABpAAAAaQAAAGgAAABnAwAAZggAAGYMAABmDwAAZRQAAGUcAABlJwAAZDQAAGRD&#10;AABkUwAAZGUAAGN7AABilAAAYa0AAGDNAABf8QAAXv8AfXQAAHd3AABueQAAX3kAAFF5AABDeQAA&#10;NngAACl4AAAcdwAAEXYAAAp1AAAAdQAAAHUAAAB2AAAAdQAAAHQAAAB0AAAAcwIAAHMHAABzDAAA&#10;chAAAHIVAAByIAAAciwAAHI7AABxTAAAcV8AAHF0AABwjgAAb6gAAG7GAABs7QAAa/8Ae3sAAHJ+&#10;AABkfgAAVX8AAEeAAAA5gQAAK4IAAB6BAAASgQAACoEAAACBAAAAggAAAIMAAACDAAAAgwAAAIIA&#10;AACCAAAAggAAAIIAAACCBQAAggoAAIIPAACCFwAAgiMAAIIyAACCQwAAgVYAAIFsAACAhgAAf6EA&#10;AH69AAB95gAAfPwAdoIAAGiDAABZhQAAS4cAADyJAAAuigAAIIsAABOLAAAKiwAAAIwAAACNAAAA&#10;jwAAAJEAAACSAAAAkQAAAJEAAACRAAAAkQAAAJEAAACSAAAAkgIAAJMJAACUDwAAlBkAAJQnAACU&#10;OAAAlEwAAJNiAACTfAAAk5gAAJKzAACR2AAAkPYAaogAAFyKAABNjQAAP5AAADCSAAAhlAAAFJUA&#10;AAqWAAAAlwAAAJkAAACbAAAAnQAAAJ8AAACgAAAAoAAAAKAAAACgAAAAoQAAAKIAAACjAAAApAAA&#10;AKUAAACmBwAAqBAAAKgcAACoLQAAqUAAAKlWAACpbwAAqYsAAKioAACnxwAApuwAX48AAFCSAABB&#10;lgAAM5kAACOcAAAUnQAACp8AAAChAAAAowAAAKYAAACoAAAArAAAAK4AAACvAAAArwAAALAAAACw&#10;AAAAsgAAALMAAAC0AAAAtgAAALcAAAC6AAAAvQcAAL8QAAC/HwAAwDMAAMBJAADAYgAAwH4AAMCb&#10;AADAtwAAv9gAU5cAAESbAAA1nwAAJqMAABalAAALpwAAAKoAAACtAAAAsAAAALMAAAC2AAAAuwAA&#10;AL0AAADAAAAAvwAAAMEAAADCAAAAxAAAAMYAAADIAAAAygAAAMwAAADPAAAA0wAAANoHAADbEwAA&#10;3SUAAN47AADfUwAA4G4AAN+MAADdqQAA3cIA/wAAAP8AAAD/AAAA/wAAAP8ABwD/ABAA/wAZAP8A&#10;JAD/AC8A/AA6APkAQwD1AEsA8wBSAPEAWQDvAF4A7QBkAOsAaQDpAG8A5wB1AOYAfADkAIQA4gCN&#10;AOAAlwDdAKIA2gCxANUAxQDSAOgA0AD/AM8A/wDEAP8AuAD/AK8A/wCpAP8A/wAAAP8AAAD/AAAA&#10;/wAAAP8AAgD7AA0A9wAVAPMAHwDvACkA6gA0AOYAPQDiAEUA3gBMANsAUwDYAFgA1ABeANIAYwDQ&#10;AGkAzgBuAMwAdQDKAH0AyACFAMYAkADCAJsAwACpAL4AugC7ANkAuQD3ALgA/wC0AP8AqQD/AKIA&#10;/wCdAP8A/wAAAP8AAAD/AAAA9gAAAO4AAADnAAoA4QARANwAGgDXACMA0AAuAMsANwDHAD8AxABG&#10;AMEATQC/AFIAvQBYALsAXQC5AGIAuABoALYAbgC0AHUAsQB+AK8AiACtAJMAqgChAKgAsQCmAMgA&#10;pADtAKIA/wCiAP8AmwD/AJUA/wCRAP8A/wAAAPwAAADuAAAA4wAAANgAAADNAAUAxgAOAMEAFQC9&#10;AB4AuQAnALUAMACyADgArwBAAKwARgCqAEwAqABRAKcAVgClAFsAowBhAKEAZwCfAG4AngB2AJsA&#10;gACZAIwAlwCZAJQAqACSALwAkADfAI4A+wCOAP8AiwD/AIYA/wCDAP8A+AAAAOkAAADcAAAAzAAA&#10;AMEAAAC4AAAAsgAKAKwAEQCoABgApQAhAKIAKQCeADIAnAA5AJkAPwCXAEUAlQBKAJQAUACSAFUA&#10;kABaAI8AYACNAGcAiwBvAIkAeACGAIQAhACRAIIAoACAALIAfQDMAHwA8QB7AP8AegD/AHcA/wB1&#10;AP8A5gAAANMAAADGAAAAuwAAALEAAACnAAAAoQAFAJsADQCXABMAkwAbAJAAIwCMACsAigAyAIgA&#10;OACGAD4AhABEAIIASQCBAE4AfwBTAH0AWQB7AGAAeQBoAHcAcQB1AHwAcwCJAHAAmABvAKkAbQC/&#10;AGsA5gBqAP8AaQD/AGkA/wBnAP8A0wAAAMMAAAC1AAAAqwAAAKMAAACbAAAAkgAAAIwACgCHABAA&#10;gwAWAH8AHQB9ACQAegArAHgAMgB2ADgAdAA9AHIAQgBxAEgAbwBNAG0AUwBsAFkAagBhAGgAagBm&#10;AHQAZACBAGEAkQBfAKIAXgC2AFwA1QBbAPcAWwD/AFoA/wBaAP8AxQAAALYCAACpAgAAnwAAAJYA&#10;AACOAAAAhwAAAIAABQB6AAwAdQARAHEAGABuAB4AawAlAGkAKwBnADEAZgA3AGQAPABjAEEAYQBH&#10;AF8ATQBeAFMAXABbAFoAZABYAG4AVgB7AFQAigBSAJsAUQCuAFAAyABPAO4ATgD/AE4A/wBNAP8A&#10;uwoAAKwNAACgDQAAlQwAAIwIAACDAgAAfAAAAHUAAABuAAgAaQAOAGUAEwBiABkAXwAfAF0AJQBb&#10;ACsAWQAxAFgANgBWADsAVQBBAFMARwBRAE4AUABVAE4AXgBMAGgASgB1AEgAhABHAJUARQCoAEQA&#10;vwBDAOQAQgD8AEIA/wBCAP8AshEAAKUUAACZFQAAjhMAAIQRAAB7DQAAcwgAAGwAAABlAAMAXwAL&#10;AFsADwBXABQAVAAaAFEAHwBPACUATgArAEwAMABLADYASQA8AEgAQgBGAEgARQBQAEMAWQBBAGMA&#10;PwBvAD4AfgA8AJAAOwCjADoAuAA5ANkAOAD1ADgA/wA4AP8ArBcAAJ8bAACTHQAAiRwAAH8ZAAB1&#10;FQAAbBAAAGQMAABdBgAAVgAGAFEADABNABAASgAVAEcAGgBFACAARAAmAEIAKwBBADEAPwA2AD4A&#10;PQA8AEQAOwBLADkAVAA3AF8ANgBrADQAegAyAIwAMQCeADAAswAvAM4ALwDvAC4A/wAuAP8Apx4A&#10;AJoiAACPJAAAhCQAAHohAABxHQAAZxgAAF8TAABXDgAAUAoAAEkDCABFAA0AQQARAD4AFgA8ABsA&#10;OgAhADkAJgA3ACwANgAyADQAOAAzAD8AMQBHADAAUAAuAFsALQBnACsAdgAqAIgAKACcACcAsAAm&#10;AMkAJQDqACUB+wAlAf8AoiMAAJYoAACLKgAAgSoAAHcoAABtJQAAZCAAAFsbAABSFQAASxAAAEMM&#10;AgA9BwkAOQMOADYBEgAzARcAMQEcADABIgAvAicALQItACwDNAAqAzsAKQRDACgETQAmBVgAJQVl&#10;ACMGdAAiBoYAIAaaAB8HrgAeB8YAHQfnAB0I+AAdCf8AnygAAJMtAACILwAAfi8AAHQuAABqKwAA&#10;YSYAAFghAABPHAAARxcAAD8SAAA4DgQAMQsKAC4IDgArBxIAKQcXACgIHQAnCCMAJQgpACQJMAAj&#10;CTcAIQpAACAKSgAfC1UAHQtiABsMcgAaDIUAGAyZABcMrQAWDMYAFQ3mABUN+QAWDf8AnC0AAJAx&#10;AACGNAAAfDQAAHIzAABoMQAAXywAAFUnAABMIwAARB0AADwYAAA0EwAALRAGACYNCwAkDA8AIgwT&#10;ACEMGQAfDB8AHg0lAB0NLAAbDTQAGg49ABkORwAXDlMAFg5hABQPcQATEIQAEhCYABEQrgAQEMYA&#10;EBDoABAQ+wAREP8AmTEAAI41AACEOAAAejkAAHA4AABnNgAAXTIAAFMtAABKKAAAQiQAADkfAAAx&#10;GgAAKhUBACMRBwAdEA0AGw8QABkPFQAYEBsAFxAhABYQKQAVEDEAFBE6ABMRRQASElEAERJfABAS&#10;bwAOE4IADhOWAA0TqwALE8IACxTjAAwU+gANE/8AlzUAAIw5AACCPAAAeD0AAG89AABlOgAAWzcA&#10;AFIyAABJLgAAQCoAADclAAAvIQAAKBwAACAYAwAZFAoAFRIOABQSEgATExgAEhMfABEUJgARFC4A&#10;EBQ4AA8VQgAOFk8ADRZcAAwXbAALF38ACRiTAAgYqAAGGL8ABxjgAAcY9QAJGP8AlTgAAIo9AACA&#10;QAAAd0EAAG1BAABkPwAAWjwAAFA4AABHMwAAPjAAADYrAAAuJwAAJyMAAB8fAAAXGggAEhcNABAX&#10;EQAPFxYADhgcAA4YIwANGSwADBo1AAsaQAAKG0wACRtaAAccaQAFHHwABB2RAAIdpgABHbwAAhzd&#10;AAIc8gADHP8AkzwAAIhBAAB/RAAAdUUAAGxFAABjRAAAWUEAAE89AABGOQAAPjYAADUyAAAuLgAA&#10;JSoAAB0lAAAUIQQADx0LAA0dEAAMHRQACx0aAAoeIgAIHioABx8zAAYgPgAEIEoAAyFXAAEhZwAA&#10;IXkAACGOAAAhpAAAIboAACHbAAAh8gAAIP4AkEAAAIZFAAB9SAAAdEoAAGtKAABiSQAAWEYAAE5C&#10;AABFPwAAPTwAADU5AAArNAAAIi8AABkrAAASKAQADSQKAAkjDgAGIxIABSMZAAQkIAACJCgAASUx&#10;AAAlPAAAJUgAACZVAAAmZQAAJncAACaMAAAmogAAJrkAACbZAAAl8gAAJf4AjkUAAIRJAAB7TQAA&#10;c08AAGpPAABgTgAAV0sAAE1IAABERQAAPEIAADE9AAAnOQAAHjUAABUyAAAPLgMACiwKAAUrDgAB&#10;KhEAACoWAAAqHgAAKiYAACsvAAArOQAAK0UAACxTAAAsYgAALHUAACyKAAAroAAAK7cAACvWAAAq&#10;8gAAKv8AjEkAAIJOAAB6UgAAcVQAAGhUAABfUwAAVlEAAExOAABDSwAAN0cAAC1DAAAjPwAAGjwA&#10;ABI4AAAMNgMABjMJAAAyDQAAMhAAADEUAAAxGwAAMSMAADEsAAAyNwAAMkMAADJQAAAyYAAAMnIA&#10;ADKHAAAxngAAMbUAADDUAAAw8gAAL/8AiU8AAIBUAAB4VwAAb1kAAGZZAABeWQAAVVcAAElTAAA+&#10;TwAAMkwAAChIAAAeRQAAFUIAAA5AAAAIPQIAATwIAAA7DAAAOg8AADkSAAA5GAAAOSAAADkpAAA5&#10;NAAAOUAAADlOAAA5XQAAOW8AADiFAAA4nAAAN7MAADfSAAA28gAANf8Ah1UAAH9aAAB2XQAAbV8A&#10;AGVfAABdXwAAUlwAAERYAAA4VQAALVIAACJPAAAYTAAAEEoAAApIAAADRgEAAEUGAABECgAAQw0A&#10;AEIQAABBFQAAQR0AAEEmAABBMQAAQT0AAEFKAABBWgAAQWwAAECBAAA/mQAAP7EAAD7QAAA98gAA&#10;PP8AhFwAAHxgAABzYwAAbGUAAGRmAABZZAAAS2EAAD5eAAAyWwAAJlkAABxWAAASVAAADFIAAARR&#10;AAAATwAAAE4DAABNCAAATAwAAEsOAABLEgAAShkAAEoiAABKLAAASjkAAEpHAABKVgAASWgAAEl+&#10;AABIlgAAR68AAEbNAABF8QAARP8AgWMAAHlnAAByagAAa2wAAGBrAABSaQAARGYAADdkAAAqYgAA&#10;H2AAABVeAAANXQAABlsAAABaAAAAWQAAAFgAAABXBAAAVggAAFYMAABVEAAAVBQAAFQdAABUJwAA&#10;VDQAAFRCAABTUgAAU2QAAFJ5AABSkgAAUasAAFDKAABP7wAATv8AfmoAAHduAABwcQAAZnEAAFhw&#10;AABKbwAAPG0AAC9sAAAiagAAF2kAAA5nAAAGZgAAAGUAAABlAAAAZQAAAGMAAABiAAAAYgQAAGEI&#10;AABhDQAAYBAAAGAXAABgIQAAXy4AAF88AABfTQAAXl4AAF50AABdjQAAXKcAAFvFAABa7QAAWf8A&#10;e3IAAHV2AABrdwAAXXYAAE92AABBdQAAM3UAACZ0AAAZcwAAEHIAAAdxAAAAcQAAAHEAAABxAAAA&#10;cQAAAG8AAABvAAAAbgAAAG4CAABuCAAAbQwAAG0RAABtGgAAbSYAAGw1AABsRgAAa1gAAGttAABq&#10;hgAAaaEAAGi+AABn6AAAZv4AeXoAAHB8AABhfAAAU30AAER9AAA2fgAAKH4AABt9AAAQfQAAB30A&#10;AAB9AAAAfQAAAH4AAAB/AAAAfgAAAH0AAAB9AAAAfAAAAHwAAAB8AAAAfAYAAHwMAAB8EgAAfB0A&#10;AHwsAAB8PAAAfE8AAHtlAAB7fgAAepoAAHm2AAB43wAAd/oAc4AAAGWBAABWgwAASIQAADmGAAAr&#10;hwAAHYcAABGHAAAHiAAAAIgAAACJAAAAigAAAIwAAACNAAAAjQAAAIwAAACMAAAAjAAAAIwAAACM&#10;AAAAjQAAAI0EAACODAAAjhMAAI8hAACOMgAAjkYAAI5bAACNdAAAjZAAAIytAACLzgAAivMAaIYA&#10;AFqIAABLiwAAPI0AAC2PAAAekAAAEZEAAAeSAAAAkwAAAJUAAACXAAAAmQAAAJsAAACcAAAAmwAA&#10;AJsAAACcAAAAnAAAAJ0AAACeAAAAngAAAJ8AAAChAwAAogwAAKIWAACjJgAAozoAAKNPAACjaAAA&#10;ooYAAKKiAACiwAAAoegAXI0AAE2QAAA/kwAAMJYAACGZAAASmgAAB5sAAACdAAAAoAAAAKIAAACk&#10;AAAAqAAAAKoAAACrAAAAqgAAAKsAAACsAAAArQAAAK4AAACvAAAAsQAAALIAAAC0AAAAtwEAALkN&#10;AAC5GgAAui0AALpDAAC6WwAAuncAALuUAAC7sQAAudIAUJUAAEGYAAAynAAAI6AAABOiAAAIpAAA&#10;AKcAAACqAAAArAAAAK8AAACyAAAAtwAAALkAAAC7AAAAugAAALwAAAC9AAAAvwAAAMAAAADCAAAA&#10;xAAAAMYAAADJAAAAzQAAANIBAADUDwAA1R8AANc1AADYTQAA2GkAANeGAADXowAA1r0A/wAAAP8A&#10;AAD/AAAA/wAAAP8AAwD/AA0A/wAVAP8AIAD8ACsA+AA1APQAPwDwAEcA7gBOAOsAVADpAFoA5wBf&#10;AOUAZADjAGoA4QBwAN8AdgDdAH4A2wCHANgAkQDTAJ0AzwCrAM0AvQDLAOAAyQD7AMcA/wC9AP8A&#10;sQD/AKkA/wCjAP8A/wAAAP8AAAD/AAAA/wAAAPwAAAD2AAsA8QARAO0AGwDpACUA5AAwAN8AOQDa&#10;AEEA1QBIANEATgDPAFQAzQBZAMsAXgDJAGMAxwBpAMUAbwDDAHcAwAB/AL4AigC7AJUAuACjALYA&#10;tAC0AM0AsgDyALAA/wCsAP8AowD/AJwA/wCXAP8A/wAAAP8AAAD6AAAA8QAAAOgAAADgAAYA2QAO&#10;ANIAFgDOAB8AyAApAMQAMgDAADoAvQBBALoASAC4AE0AtgBTALQAWACyAF0AsABiAK4AaQCsAG8A&#10;qgB4AKgAggCmAI4ApACbAKEAqwCfAMAAnQDmAJsA/wCaAP8AlAD/AI4A/wCKAP8A/wAAAPYAAADo&#10;AAAA3AAAAM4AAADGAAEAvwALALoAEQC2ABoAsgAiAK4AKwCqADQAqAA7AKUAQQCjAEcAoQBMAJ8A&#10;UQCeAFYAnABcAJoAYgCZAGgAlwBwAJUAegCSAIYAkACTAI0AogCLALUAiQDTAIcA9wCGAP8AhAD/&#10;AH8A/wB8AP8A8gAAAOMAAADSAAAAxQAAALoAAACxAAAAqwAHAKUADgChABQAngAcAJoAJQCXAC0A&#10;lAA0AJIAOgCQAEAAjgBFAI0ASgCLAFAAiQBVAIgAWwCGAGEAhABpAIIAcgB/AH0AfQCLAHsAmgB4&#10;AKsAdgDEAHQA6wBzAP8AcwD/AHAA/wBuAP8A3wAAAMwAAAC/AAAAtAAAAKsAAAChAAAAmgACAJQA&#10;CwCQABAAjAAXAIgAHgCFACYAgwAtAIEAMwB/ADkAfQA/AHsARAB5AEkAeABOAHYAVAB0AFoAcwBi&#10;AHAAawBuAHUAbACDAGoAkgBoAKMAZgC4AGQA3gBjAPsAYgD/AGIA/wBgAP8AzAAAALwAAACvAAAA&#10;pQAAAJ0AAACUAAAAjAAAAIYABwCBAA0AfAASAHgAGQB1AB8AcwAmAHEALQBvADIAbQA4AGsAPQBq&#10;AEIAaABIAGcATgBlAFQAYwBbAGEAZABfAG4AXQB7AFsAigBZAJsAVwCvAFYAywBVAPIAVAD/AFQA&#10;/wBUAP8AvgAAALAAAACkAAAAmQAAAJAAAACIAAAAgQAAAHkAAgBzAAoAbwAPAGsAFABnABoAZQAg&#10;AGMAJgBhACwAXwAyAF4ANwBcADwAWwBCAFkARwBXAE4AVgBVAFQAXgBSAGgAUAB0AE4AgwBMAJUA&#10;SgCoAEkAwABIAOgARwD/AEcA/wBHAP8AtAkAAKYLAACbDAAAkAoAAIYFAAB+AAAAdgAAAG8AAABo&#10;AAUAYwAMAF8AEABbABUAWAAaAFYAIQBUACYAUwAsAFEAMQBQADYATgA8AE0AQgBLAEgASQBQAEgA&#10;WABGAGIARABuAEIAfQBAAI4APwCiAD0AuAA9AN0APAD4ADwA/wA8AP8ArBAAAJ8SAACUEgAAiREA&#10;AH8PAAB2DAAAbgUAAGYAAABgAAEAWQAIAFUADQBRABEATgAWAEsAGwBJACEASAAmAEYAKwBFADEA&#10;QwA2AEIAPABAAEMAPgBLAD0AUwA7AF0AOQBpADcAeAA2AIkANACcADMAsQAyAM4AMgDxADEA/wAx&#10;AP8AphYAAJoZAACOGgAAhBoAAHoWAABwEgAAaA4AAF8KAABYAwAAUQAEAEwACgBIAA4ARAASAEEA&#10;FgA/ABsAPQAhADwAJgA6ACwAOQAxADcANwA2AD4ANABGADMATwAxAFkALwBlAC4AcwAsAIUAKwCY&#10;ACoArQApAMYAKADqACgA/gAoAP8AoRwAAJUgAACKIQAAfyEAAHUfAABsGgAAYxYAAFoRAABSDQAA&#10;SwcAAEQABgBAAAsAPAAPADgAEgA2ABcANAAcADMAIQAxACcAMAAsAC4AMwAtADoAKwBCACoASwAo&#10;AFUAJgBhACUAcAAkAIEAIgCVACEAqQAgAMEAIADkAB8A+QAfAP8AnSIAAJEmAACGKAAAfCcAAHIl&#10;AABpIgAAXx0AAFcYAABOEwAARg4AAD8LAAA4BQcANAAMADEAEAAuABMALAAYACoAHQApACIAJwAo&#10;ACYALgAkADYAIwA+ACIARwAgAFIAHwBeAB0AbQAcAH4AGgCSABkApwAYAL0AFwDfABcB9QAXAv8A&#10;micAAI4rAACELQAAeS0AAHArAABmKAAAXSQAAFQfAABLGgAAQxQAADsQAAA0DQIALQkJACkFDQAm&#10;AxAAJAETACICGQAhAh4AIAIkAB4DKgAdAzIAGwQ6ABoFRAAZBU8AFwZcABYGagAUB3wAEweQABIH&#10;pQARB7sAEAfbABAI8gAQCf8AlysAAIwvAACBMQAAdzIAAG4xAABkLgAAWyoAAFElAABJIAAAQBsA&#10;ADgWAAAxEgAAKQ4EACMMCQAfCQ0AHQcQABsHFQAZCBoAGAggABcJJwAWCS4AFQo3ABMKQQASC00A&#10;EQtaABALaQAODHsADgyQAA0MpQAMDbsACw3ZAAsN8QAMDf8AlS8AAIozAAB/NgAAdjYAAGw1AABj&#10;MwAAWS8AAFArAABHJgAAPiEAADYdAAAuGAAAJxMAACAQBQAZDgoAFQwOABQMEQATDBYAEgwcABEN&#10;IwAQDSsADw00AA4OPwANDkoADA9YAAsPZwAKEHkACBCNAAcQogAGELgABRDUAAUQ7wAGEP8AkjMA&#10;AIg3AAB+OgAAdDsAAGs6AABhOAAAWDUAAE4wAABFLAAAPScAADUjAAAtHwAAJhoAAB4WAQAXEwYA&#10;ERALAA4ODgAODxMADRAZAA0QIAAMECgACxEyAAoRPAAIEkgABxJVAAYTZQAEE3YAAxOLAAEUoAAA&#10;E7YAABPRAAAT7gAAE/sAkDYAAIY7AAB8PgAAcz8AAGo/AABgPQAAVzkAAE02AABEMQAAPC4AADQq&#10;AAAsJgAAJSIAAB4eAAAWGgIAEBUJAAwTDgAKExIACRQXAAgUHwAHFSYABhUvAAQWOgADFkYAARdT&#10;AAAXYgAAGHQAABiJAAAYnwAAGLUAABfQAAAX7QAAF/sAjjoAAIQ/AAB7QgAAckMAAGhDAABfQgAA&#10;Vj8AAEw7AABDNwAAOzQAADMwAAAsLAAAJCkAABskAAATHwIADRsJAAkZDQAGGREABBkWAAIZHQAB&#10;GiQAABotAAAbOAAAG0QAABxRAAAcYAAAHXIAAB2HAAAcnQAAHLMAABzOAAAb7QAAG/wAjD4AAIJD&#10;AAB5RgAAcEgAAGhIAABeRgAAVUQAAEtAAABDPQAAOzoAADM3AAAqMgAAIC0AABcpAAAQJQIACyIJ&#10;AAUgDQABHxAAAB8UAAAfGwAAICIAACArAAAhNgAAIUEAACFPAAAhXgAAInAAACKFAAAhmwAAIbIA&#10;ACHNAAAg7QAAH/wAikMAAIBIAAB4SwAAb0wAAGZNAABdSwAAVEkAAEpGAABCQwAAOkAAAC87AAAl&#10;NwAAHDMAABMvAAANLAIABykIAAEnDAAAJg4AACUSAAAmGQAAJiEAACYpAAAmMwAAJz8AACdNAAAn&#10;XAAAJ20AACeCAAAnmQAAJrAAACXMAAAl7gAAJP0AiEgAAH9MAAB2UAAAblEAAGVSAABcUQAAU08A&#10;AEpMAABBSQAANUQAACtAAAAhPAAAFzkAABA2AAAKMgEAAzAHAAAvCwAALg4AAC0RAAAtFgAALR4A&#10;AC0nAAAtMQAALT0AAC1KAAAtWQAALWsAAC2AAAAslwAALK8AACvLAAAq7gAAKv4AhU0AAH1SAAB1&#10;VQAAbFcAAGNXAABbVgAAU1UAAEdRAAA7TQAAMEkAACVGAAAcQwAAEz8AAA09AAAGOgAAADgFAAA3&#10;CQAANg0AADUPAAA0FAAANBsAADQkAAA0LgAANDoAADRHAAA0VwAANGgAADR9AAAzlQAAMq0AADHK&#10;AAAx7gAAMP8Ag1MAAHtYAABzWwAAal0AAGJdAABbXQAAT1oAAEJWAAA2UgAAKk8AACBMAAAWSQAA&#10;DkcAAAhEAAAAQgAAAEEDAAA/BwAAPgsAAD0OAAA9EQAAPBgAADwhAAA8KwAAPDcAADxEAAA8UwAA&#10;PGUAADt6AAA6kgAAOqsAADnIAAA47QAAN/8AgVoAAHleAABxYQAAaWMAAGJkAABXYgAASV4AADxb&#10;AAAvWAAAJFUAABlTAAAQUQAACk8AAAFNAAAATAAAAEoAAABJBAAASAgAAEcMAABGDwAARhQAAEUc&#10;AABFJwAARTMAAEVAAABFUAAARGEAAER2AABDjwAAQqgAAEHGAABA7AAAP/8AfmEAAHZlAABvaAAA&#10;aGoAAF1pAABPZgAAQmQAADRhAAAoXwAAHV0AABJbAAALWQAAAlgAAABWAAAAVgAAAFQAAABTAAAA&#10;UgQAAFEJAABQDQAAUBAAAE8YAABPIgAATy4AAE88AABPSwAATl0AAE5yAABNiwAATKUAAEvCAABJ&#10;6gAASP8Ae2kAAHRsAABubwAAZG8AAFVtAABHbAAAOWoAACxpAAAgZwAAFGUAAA1kAAADYgAAAGIA&#10;AABhAAAAYAAAAF8AAABeAAAAXQAAAFwEAABcCQAAWw0AAFsSAABbHAAAWigAAFo2AABaRgAAWVgA&#10;AFltAABYhQAAV6AAAFa9AABV6AAAU/4AeXAAAHN0AABpdQAAW3QAAExzAAA+cwAAMHIAACNxAAAW&#10;bwAADW4AAARtAAAAbQAAAG0AAABtAAAAbAAAAGsAAABqAAAAaQAAAGkAAABpAwAAaAkAAGgOAABo&#10;FQAAZyEAAGcvAABnPwAAZlIAAGZmAABlfwAAZJoAAGO3AABi4QAAYfwAd3gAAG16AABfegAAUHoA&#10;AEJ6AAAzewAAJXsAABh6AAAOeQAABHkAAAB5AAAAeQAAAHoAAAB6AAAAegAAAHgAAAB4AAAAdwAA&#10;AHcAAAB3AAAAdwEAAHcIAAB3DgAAdxgAAHcmAAB2NgAAdkkAAHVfAAB1dwAAdJMAAHOvAABy0wAA&#10;cfcAcX4AAGN/AABUgAAARYIAADaDAAAohAAAGoQAAA6DAAAEhAAAAIQAAACFAAAAhgAAAIgAAACJ&#10;AAAAiAAAAIcAAACHAAAAhwAAAIcAAACHAAAAiAAAAIgAAACIBwAAiRAAAIkcAACJLAAAiD8AAIhV&#10;AACIbQAAh4kAAIanAACFxwAAhO8AZoQAAFeGAABIiAAAOYoAACqMAAAbjQAAD40AAASOAAAAkAAA&#10;AJEAAACTAAAAlQAAAJcAAACYAAAAlgAAAJcAAACXAAAAlwAAAJgAAACYAAAAmQAAAJoAAACbAAAA&#10;nQcAAJ0RAACdIQAAnTMAAJ1JAACcYgAAnH8AAJycAACcuQAAm+IAWosAAEuOAAA8kQAALZMAAB6V&#10;AAAQlgAABJgAAACaAAAAnAAAAJ4AAAChAAAApAAAAKYAAACnAAAApgAAAKcAAACnAAAAqAAAAKkA&#10;AACqAAAArAAAAK0AAACvAAAAsQAAALMJAACzFQAAtCcAALQ9AAC1VQAAtXAAALSOAAC0rAAAtMwA&#10;TZIAAD+WAAAvmgAAIJ0AABGfAAAFoQAAAKMAAACmAAAAqQAAAKwAAACvAAAAswAAALUAAAC3AAAA&#10;tgAAALcAAAC4AAAAugAAALsAAAC9AAAAvwAAAMEAAADEAAAAxwAAAMsAAADNDAAAzhoAAM8vAADP&#10;SAAA0GIAANCAAADQnQAA0LgAAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwd&#10;HyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2Vm&#10;Z2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2v&#10;sLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3&#10;+fr7/P7//////////////////////////////////////////////////////wAAAAAAAAAAAAAA&#10;AAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFC&#10;REVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqL&#10;jI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU&#10;1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////&#10;//////////////////////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0f&#10;ICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZn&#10;aWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+w&#10;sbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5&#10;+vv8/v//////////////////////////////////////////////////////AAECAwQFBgcICQoL&#10;DA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNE&#10;RUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9&#10;fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2&#10;t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v&#10;8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwEhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAA&#10;AAAAAAEAAAABAgMEBQYHCAgJCgsMDQ4PEBESExQVFhcYGRoaGxwdHh8gISIjJCUmJygpKissLS4v&#10;MDExMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZn&#10;aGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+g&#10;oaKjpKWmp6ipqqusra6wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR09TV1tfY2drb&#10;3N3e3+Dh4uPk5ebn6Onq6+zt7u/x8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsM&#10;DA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEy&#10;MjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCS&#10;lZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ&#10;2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8&#10;/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwd&#10;Hh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJT&#10;VVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DB&#10;wsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs&#10;7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////+KB8ElDQ19QUk9GSUxFAAkJ////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////0/////////////////////////////////////////+vR////////////////&#10;//////////////////////////fp/v//////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////+HN1///////////////////&#10;////////////////////3a+Wt/T/////////////////////////////////////xYxop+f/////&#10;////////////////////////////////zJyJpOf/////////////////////////////////////&#10;+s67xvX/////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////9zFvfX/////////////////////////////////////v5N6hcX/////////&#10;///////////////////////////bkFs9Zaj2//////////////////////////////////68dTQA&#10;VJvr/////////////////////////////////9OUfkksTprs////////////////////////////&#10;////2NTKs35lbaX5////////////////////////////////////9MWur8n/////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////DWxuz/////////////&#10;///////////////////////mu5F0Y6v3////////////////////////////////9sSac0UmNH3M&#10;////////////////////////////////tYBVMAoAGWCy///////////////////////////////P&#10;dDULAAAAClKn//////////////////////////////+WNAAAAAAAAE+n////////////////////&#10;//////////ZpHQAACQwGCVKx/////////////////////////////8s7DhM1TFtNTF7D////////&#10;/////////////////////6lgNmCGn7asqbjZ/////////////////////////////+CXjb7l////&#10;///////////////////////////////////t+f//////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////69nKvMf//////////////////////////////////8+agW1aRojq////&#10;////////////////////////////xHw+JhAAAFSw///////////////////////////////ggzwA&#10;AAAAAC6H7f////////////////////////////+sUxAAAAAAABdt1v//////////////////////&#10;//////uAMQAAAAAAAAlhzP///////////////////////////9JaAgAAAAAAAABdzP//////////&#10;/////////////////6g1AAAAAAAAAABc0////////////////////////////30NAAAAAAAAAABU&#10;1v//////////////////////////7n1FAAAAAAAAAABE1P///////////////////////////Kpk&#10;LwIAAAQiN0lYzv///////////////////////////+mka0EoP2N/lae62v//////////////////&#10;////////////1bKssszk+v//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////5buXd2LI////////&#10;/////////////////////////9ueZzYKAAKM////////////////////////////////yH8/BQAA&#10;AABez//////////////////////////////ZgTkAAAAAAAA8qv//////////////////////////&#10;//+eTAAAAAAAAAAjkP///////////////////////////9xvGgAAAAAAAAAQffn/////////////&#10;/////////////69IAAAAAAAAAAAAb+7//////////////////////////4QTAAAAAAAAAAAAZOb/&#10;////////////////////////7FEAAAAAAAAAAAAAV97/////////////////////////uBUAAAAA&#10;AAAAAAAASNb/////////////////////////dBQAAAAAAAAAAAAAOM//////////////////////&#10;///5oloTAAAAAAAAAAAAI8X/////////////////////////35tcLAAAAAAAAAAADbr/////////&#10;/////////////////++xfVU5IhEHAQIRIrL//////////////////////////////9+/pZmYmqCs&#10;vdr/////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////+O+nYB8+/////////////////////////////////K3hFcwDgAd&#10;rP//////////////////////////////0opMFQAAAAAAcvP////////////////////////////W&#10;fzYAAAAAAAAAS8n///////////////////////////qRPgAAAAAAAAAAL6v/////////////////&#10;/////////8BaAAAAAAAAAAAAGpX//////////////////////////40kAAAAAAAAAAAACIT/////&#10;////////////////////514AAAAAAAAAAAAAAHf/////////////////////////tCUAAAAAAAAA&#10;AAAAAGr/////////////////////////fQAAAAAAAAAAAAAAAFv0///////////////////////9&#10;KwAAAAAAAAAAAAAAAEzr//////////////////////+lAAAAAAAAAAAAAAAAADzh////////////&#10;//////////8wDAAAAAAAAAAAAAAAAC3Z/////////////////////5mKYScAAAAAAAAAAAAAACfX&#10;///////////////////////tvolVJwAAAAAAAAAAACXc//////////////////////////7KnXZd&#10;SjwyLSwwOUfe///////////////////////////////95t3W0tDT2eT/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////79S71v//&#10;///////////////////////////////nuI9qSy8Vb///////////////////////////////5KFn&#10;NAcAAAAAPMn////////////////////////////WgjsAAAAAAAAAEpf/////////////////////&#10;/////+2FMQAAAAAAAAAAAG///////////////////////////6ZCAAAAAAAAAAAAAFDh////////&#10;////////////////7GkAAAAAAAAAAAAAADfJ////////////////////////sy8AAAAAAAAAAAAA&#10;ACK2////////////////////////eQAAAAAAAAAAAAAAABCn///////////////////////yNAAA&#10;AAAAAAAAAAAAAACZ//////////////////////+pAAAAAAAAAAAAAAAAAACM////////////////&#10;//////9GAAAAAAAAAAAAAAAAAAB//////////////////////98AAAAAAAAAAAAAAAAAAAB0////&#10;/////////////////5cAAAAAAAAAAAAAAAAAAABq/////////////////////84AAAAAAAAAAAAA&#10;AAAAAABj//////////////////////8pIgEAAAAAAAAAAAAAAABh//////////////////////+5&#10;o4BXNxcAAAAAAAAAAABo///////////////////////////6066Uhnx1cXByd4GU////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////9u6&#10;nYJpadP//////////////////////////////8iTZT0ZAAAAHZ7/////////////////////////&#10;///bjkwTAAAAAAAAAG7//////////////////////////9t8LAAAAAAAAAAAAEXX////////////&#10;/////////////4sqAAAAAAAAAAAAACK0////////////////////////wkQAAAAAAAAAAAAAAAOX&#10;////////////////////////fQEAAAAAAAAAAAAAAAB////////////////////////nNgAAAAAA&#10;AAAAAAAAAABq//////////////////////+dAAAAAAAAAAAAAAAAAABY////////////////////&#10;//9GAAAAAAAAAAAAAAAAAABH+P///////////////////+kAAAAAAAAAAAAAAAAAAAA16f//////&#10;/////////////5YAAAAAAAAAAAAAAAAAAAAl2////////////////////7wAAAAAAAAAAAAAAAAA&#10;AAAYzv///////////////////+sAAAAAAAAAAAAAAAAAAAAPwv////////////////////8AAAAA&#10;AAAAAAAAAAAAAAAKuf////////////////////8nAAAAAAAAAAAAAAAAAAAKtf//////////////&#10;//////9wAAAAAAAAAAAAAAAAAAANuf/////////////////////gnIxwVUIzJhsUDw0OEhomv///&#10;//////////////////////////nk2NLOzMvMz9bg/P//////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////+vTvOP/////////////////////////////&#10;///SqYVlSCwSAYX////////////////////////////xq3E8DwAAAAAAAE/g////////////////&#10;/////////9V/NQAAAAAAAAAAAB+y////////////////////////43UdAAAAAAAAAAAAAACJ////&#10;////////////////////kCMAAAAAAAAAAAAAAABn///////////////////////VQwAAAAAAAAAA&#10;AAAAAABI9v////////////////////+KAAAAAAAAAAAAAAAAAAAu3f////////////////////84&#10;AAAAAAAAAAAAAAAAAAAXyP///////////////////74AAAAAAAAAAAAAAAAAAAAEtv//////////&#10;/////////5wAAAAAAAAAAAAAAAAAAAAApf///////////////////7oAAAAAAAAAAAAAAAAAAAAA&#10;k////////////////////9wAAAAAAAAAAAAAAAAAAAAAgv////////////////////8AAAAAAAAA&#10;AAAAAAAAAAAAdP////////////////////8TAAAAAAAAAAAAAAAAAAAAaP//////////////////&#10;//9CAAAAAAAAAAAAAAAAAAAAYP////////////////////96AAAAAAAAAAAAAAAAAAAAXf//////&#10;///////////////RAAAAAAAAAAAAAAAAAAAAYf//////////////////////JAAAAAAAAAAAAAAA&#10;AAAAZv//////////////////////yayZiX12cWxpZ2Zna3B6jP//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////+LFqpF5YXf/////////////////////&#10;////////3aZ3UCwMAAAAADHE/////////////////////////+CSThMAAAAAAAAAAACP////////&#10;////////////////0nAdAAAAAAAAAAAAAABg///////////////////////ubw8AAAAAAAAAAAAA&#10;AAA34v////////////////////+WHAAAAAAAAAAAAAAAAAAUwP////////////////////9AAAAA&#10;AAAAAAAAAAAAAAAAo////////////////////64AAAAAAAAAAAAAAAAAAAAAif//////////////&#10;/////54AAAAAAAAAAAAAAAAAAAAAcv///////////////////7wAAAAAAAAAAAAAAAAAAAAAX///&#10;/////////////////9oAAAAAAAAAAAAAAAAAAAAATf////////////////////oAAAAAAAAAAAAA&#10;AAAAAAAAO/////////////////////8OAAAAAAAAAAAAAAAAAAAAKvn///////////////////8z&#10;AAAAAAAAAAAAAAAAAAAAG+n///////////////////9eAAAAAAAAAAAAAAAAAAAAD9v/////////&#10;//////////+PAAAAAAAAAAAAAAAAAAAABtD////////////////////QAAAAAAAAAAAAAAAAAAAA&#10;AMr/////////////////////KwAAAAAAAAAAAAAAAAAAAMj/////////////////////gAAAAAAA&#10;AAAAAAAAAAAAAMv/////////////////////9xYBBQUDAQAAAAAAAQYNGMv/////////////////&#10;//////zr4djPzM3P0NLU19zi6v//////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////x2sb///////////////////////////////HGo4RoTTIYABWr////////////&#10;//////////////+5fEYYAAAAAAAAAABx////////////////////////13wvAAAAAAAAAAAAAAA7&#10;4//////////////////////fZAkAAAAAAAAAAAAAAAAMtf////////////////////90AwAAAAAA&#10;AAAAAAAAAAAAjf///////////////////8UVAAAAAAAAAAAAAAAAAAAAav//////////////////&#10;/5kAAAAAAAAAAAAAAAAAAAAAS////////////////////7YAAAAAAAAAAAAAAAAAAAAAMP3/////&#10;/////////////9cAAAAAAAAAAAAAAAAAAAAAGef///////////////////YAAAAAAAAAAAAAAAAA&#10;AAAABdP///////////////////8OAAAAAAAAAAAAAAAAAAAAAMH///////////////////8vAAAA&#10;AAAAAAAAAAAAAAAAAK////////////////////9SAAAAAAAAAAAAAAAAAAAAAJ7/////////////&#10;//////95AAAAAAAAAAAAAAAAAAAAAI7///////////////////+lAAAAAAAAAAAAAAAAAAAAAID/&#10;///////////////////YAAAAAAAAAAAAAAAAAAAAAHT/////////////////////NgAAAAAAAAAA&#10;AAAAAAAAAG3/////////////////////fAAAAAAAAAAAAAAAAAAAAGn/////////////////////&#10;1w0AAAAAAAAAAAAAAAAAAGj//////////////////////3AAAAAAAAAAAAAAAAAAAGH/////////&#10;//////////////9QPEZOVFldYWRobHB2fon/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////+/Vu6OLc1qV///////////////////////////4v45kQSEFAAAAAABS/P//&#10;////////////////////951WGAAAAAAAAAAAAAAXwf/////////////////////lbBYAAAAAAAAA&#10;AAAAAAAAjf////////////////////9jAAAAAAAAAAAAAAAAAAAAXv///////////////////50A&#10;AAAAAAAAAAAAAAAAAAAANfz//////////////////6EAAAAAAAAAAAAAAAAAAAAAEdn/////////&#10;/////////8oAAAAAAAAAAAAAAAAAAAAAALv//////////////////+4AAAAAAAAAAAAAAAAAAAAA&#10;AKH///////////////////8MAAAAAAAAAAAAAAAAAAAAAIr///////////////////8tAAAAAAAA&#10;AAAAAAAAAAAAAHb///////////////////9NAAAAAAAAAAAAAAAAAAAAAGT/////////////////&#10;//9vAAAAAAAAAAAAAAAAAAAAAFL///////////////////+UAAAAAAAAAAAAAAAAAAAAAED/////&#10;//////////////+8AAAAAAAAAAAAAAAAAAAAADD////////////////////qDgAAAAAAAAAAAAAA&#10;AAAAACL/////////////////////RAAAAAAAAAAAAAAAAAAAABX/////////////////////gQAA&#10;AAAAAAAAAAAAAAAAAAv1////////////////////yAsAAAAAAAAAAAAAAAAAAALs////////////&#10;/////////14AAAAAAAAAAAAAAAAAAADl/////////////////////8kcAAAAAAAAAAAAAAAAAADa&#10;//////////////////////+dAQAAAAAAAAAAAAAHDhfF////////////////////////1bm8wcfO&#10;1dvh5u30+///////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////+N/P////////&#10;/////////////////////+zGpYhtVDshBwAy3v///////////////////////9eSWSkAAAAAAAAA&#10;AAAAoP//////////////////////iTYAAAAAAAAAAAAAAAAAZ/////////////////////9mAAAA&#10;AAAAAAAAAAAAAAAAMvb//////////////////5UAAAAAAAAAAAAAAAAAAAAAA8j/////////////&#10;/////6cAAAAAAAAAAAAAAAAAAAAAAKD//////////////////9cAAAAAAAAAAAAAAAAAAAAAAHz/&#10;//////////////////8AAAAAAAAAAAAAAAAAAAAAAF7///////////////////8lAAAAAAAAAAAA&#10;AAAAAAAAAEP///////////////////9IAAAAAAAAAAAAAAAAAAAAACz///////////////////9q&#10;AAAAAAAAAAAAAAAAAAAAABj///////////////////+LAAAAAAAAAAAAAAAAAAAAAAXz////////&#10;//////////+vAAAAAAAAAAAAAAAAAAAAAADh///////////////////VAAAAAAAAAAAAAAAAAAAA&#10;AADP////////////////////JAAAAAAAAAAAAAAAAAAAAAC+////////////////////VAAAAAAA&#10;AAAAAAAAAAAAAACu////////////////////iwAAAAAAAAAAAAAAAAAAAACf////////////////&#10;////yw4AAAAAAAAAAAAAAAAAAACS/////////////////////1cAAAAAAAAAAAAAAAAAAACG////&#10;/////////////////6oKAAAAAAAAAAAAAAAAAAB5//////////////////////9tAAAAAAAAAAAA&#10;AAAAAABm///////////////////////3VQAAAAAAAAAAAAAAAABF////////////////////////&#10;/2ojKzU/SlVganV+h5Gc////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////oz7adg2lO&#10;uf/////////////////////////ssoNcOh0CAAAAAAAAe///////////////////////xW0pAAAA&#10;AAAAAAAAAAAAQP////////////////////+DGwAAAAAAAAAAAAAAAAAAB8v/////////////////&#10;/5IAAAAAAAAAAAAAAAAAAAAAAJj//////////////////6QAAAAAAAAAAAAAAAAAAAAAAGr/////&#10;/////////////90AAAAAAAAAAAAAAAAAAAAAAEH///////////////////8OAAAAAAAAAAAAAAAA&#10;AAAAAB3///////////////////85AAAAAAAAAAAAAAAAAAAAAADo//////////////////9gAAAA&#10;AAAAAAAAAAAAAAAAAADO//////////////////+FAAAAAAAAAAAAAAAAAAAAAAC3////////////&#10;//////+oAAAAAAAAAAAAAAAAAAAAAACj///////////////////LAAAAAAAAAAAAAAAAAAAAAACQ&#10;///////////////////vFgAAAAAAAAAAAAAAAAAAAAB9////////////////////PgAAAAAAAAAA&#10;AAAAAAAAAABs////////////////////aQAAAAAAAAAAAAAAAAAAAABa////////////////////&#10;mQAAAAAAAAAAAAAAAAAAAABJ////////////////////0hYAAAAAAAAAAAAAAAAAAAA5////////&#10;/////////////1gAAAAAAAAAAAAAAAAAAAAp/////////////////////6IAAAAAAAAAAAAAAAAA&#10;AAAZ//////////////////////VWAAAAAAAAAAAAAAAAAAAE//////////////////////+7LwAA&#10;AAAAAAAAAAAAAAAA+P//////////////////////qykAAAAAAAAAAAAAAAAAz///////////////&#10;/////////8lHAAAAAAcTIC4+UmiE7f//////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////TVyf////////////////////////////rSsJJ3&#10;XUIoDAAASv///////////////////////8V9RRcAAAAAAAAAAAAAEdj////////////////////E&#10;UAAAAAAAAAAAAAAAAAAAAJ///////////////////6IMAAAAAAAAAAAAAAAAAAAAAGj/////////&#10;/////////5QAAAAAAAAAAAAAAAAAAAAAADb//////////////////9oAAAAAAAAAAAAAAAAAAAAA&#10;AAfs//////////////////8VAAAAAAAAAAAAAAAAAAAAAADE//////////////////9IAAAAAAAA&#10;AAAAAAAAAAAAAACi//////////////////91AAAAAAAAAAAAAAAAAAAAAACD////////////////&#10;//+dAAAAAAAAAAAAAAAAAAAAAABp///////////////////DAAAAAAAAAAAAAAAAAAAAAABS////&#10;///////////////nDwAAAAAAAAAAAAAAAAAAAAA+////////////////////MwAAAAAAAAAAAAAA&#10;AAAAAAAr////////////////////WAAAAAAAAAAAAAAAAAAAAAAY////////////////////gQAA&#10;AAAAAAAAAAAAAAAAAAAF////////////////////rAAAAAAAAAAAAAAAAAAAAAAA////////////&#10;////////3iIAAAAAAAAAAAAAAAAAAAAA8v///////////////////1wAAAAAAAAAAAAAAAAAAAAA&#10;3////////////////////58AAAAAAAAAAAAAAAAAAAAAzP///////////////////+hKAAAAAAAA&#10;AAAAAAAAAAAAt/////////////////////+gFgAAAAAAAAAAAAAAAAAAnP//////////////////&#10;////egIAAAAAAAAAAAAAAAAAd////////////////////////3oLAAAAAAAAAAAAAAAFTP//////&#10;//////////////////+iV2h0gI2cq7zQ5///////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////t4///////////////////////////&#10;0qN6WDopIxwWDgYAAJ//////////////////////rFIOAAAAAAAAAAAAAAAAAGn/////////////&#10;/////+RDAAAAAAAAAAAAAAAAAAAAADT//////////////////3kAAAAAAAAAAAAAAAAAAAAAAADj&#10;/////////////////80AAAAAAAAAAAAAAAAAAAAAAACy//////////////////8TAAAAAAAAAAAA&#10;AAAAAAAAAACF//////////////////9PAAAAAAAAAAAAAAAAAAAAAABd//////////////////+D&#10;AAAAAAAAAAAAAAAAAAAAAAA6//////////////////+yAAAAAAAAAAAAAAAAAAAAAAAc////////&#10;///////////bAwAAAAAAAAAAAAAAAAAAAAAC////////////////////KgAAAAAAAAAAAAAAAAAA&#10;AAAA+///////////////////TwAAAAAAAAAAAAAAAAAAAAAA5///////////////////dAAAAAAA&#10;AAAAAAAAAAAAAAAA1P//////////////////mwAAAAAAAAAAAAAAAAAAAAAAwP//////////////&#10;////xAcAAAAAAAAAAAAAAAAAAAAArf//////////////////8DMAAAAAAAAAAAAAAAAAAAAAmv//&#10;/////////////////2cAAAAAAAAAAAAAAAAAAAAAhv///////////////////6MAAAAAAAAAAAAA&#10;AAAAAAAAcv///////////////////+NEAAAAAAAAAAAAAAAAAAAAXP////////////////////+R&#10;BgAAAAAAAAAAAAAAAAAAQf/////////////////////rXwAAAAAAAAAAAAAAAAAAHf//////////&#10;////////////yksAAAAAAAAAAAAAAAAAAP///////////////////////8tXAAAMGCQxP05gdIun&#10;x///////////////////////////1+fy////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////69TNx8K+urezsK2pqKX////////////////////dflM/MCMZEQkCAAAAAAAAAADb////&#10;/////////////3YAAAAAAAAAAAAAAAAAAAAAAACn/////////////////7oAAAAAAAAAAAAAAAAA&#10;AAAAAAB1//////////////////8HAAAAAAAAAAAAAAAAAAAAAABG//////////////////9OAAAA&#10;AAAAAAAAAAAAAAAAAAAa//////////////////+MAAAAAAAAAAAAAAAAAAAAAAAA/f//////////&#10;///////BAAAAAAAAAAAAAAAAAAAAAAAA2//////////////////xGQAAAAAAAAAAAAAAAAAAAAAA&#10;vv//////////////////RAAAAAAAAAAAAAAAAAAAAAAApP//////////////////awAAAAAAAAAA&#10;AAAAAAAAAAAAjf//////////////////kQAAAAAAAAAAAAAAAAAAAAAAef//////////////////&#10;twAAAAAAAAAAAAAAAAAAAAAAZv//////////////////3iEAAAAAAAAAAAAAAAAAAAAAU///////&#10;/////////////0oAAAAAAAAAAAAAAAAAAAAAP////////////////////3cAAAAAAAAAAAAAAAAA&#10;AAAAK////////////////////6wKAAAAAAAAAAAAAAAAAAAAFv///////////////////+dFAAAA&#10;AAAAAAAAAAAAAAAAAP////////////////////+KAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;///////WTQAAAAAAAAAAAAAAAAAAAP3/////////////////////py4AAAAAAAAAAAAAAAAAANX/&#10;/////////////////////5gqAAAAAAAAAAAGGC1FYOD///////////////////////+oY3SBj5yr&#10;u83i+v//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////58u3qZ2VjomEgHx4dHBs&#10;aGWQ/////////////////7xqSC0ZCgAAAAAAAAAAAAAAAAAx//////////////////8AAAAAAAAA&#10;AAAAAAAAAAAAAAAD//////////////////9CAAAAAAAAAAAAAAAAAAAAAAAA3P//////////////&#10;//+OAAAAAAAAAAAAAAAAAAAAAAAAsv/////////////////OAAAAAAAAAAAAAAAAAAAAAAAAjf//&#10;////////////////KQAAAAAAAAAAAAAAAAAAAAAAa///////////////////WgAAAAAAAAAAAAAA&#10;AAAAAAAATv//////////////////hgAAAAAAAAAAAAAAAAAAAAAANP//////////////////rgAA&#10;AAAAAAAAAAAAAAAAAAAAHv//////////////////1BcAAAAAAAAAAAAAAAAAAAAACv//////////&#10;////////+j0AAAAAAAAAAAAAAAAAAAAAAP///////////////////2UAAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////44AAAAAAAAAAAAAAAAAAAAAAP///////////////////7wZAAAAAAAA&#10;AAAAAAAAAAAAAO////////////////////FOAAAAAAAAAAAAAAAAAAAAANj/////////////////&#10;//+LAAAAAAAAAAAAAAAAAAAAAL/////////////////////MQwAAAAAAAAAAAAAAAAAAAKH/////&#10;////////////////kRkAAAAAAAAAAAAAAAAAAHr/////////////////////8nQKAAAAAAAAAAAA&#10;AAAAEV///////////////////////+h0Ex8sOEVTYnKFm7TS9f//////////////////////////&#10;1+j0////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////////7&#10;9/Px7uzr6+zx///////////////////ZspmHeW1kXVZRS0ZBPDgyLSgjxP////////////////9L&#10;JQsAAAAAAAAAAAAAAAAAAAAAkv////////////////+IAAAAAAAAAAAAAAAAAAAAAAAAZv//////&#10;///////////XAAAAAAAAAAAAAAAAAAAAAAAAPf//////////////////MwAAAAAAAAAAAAAAAAAA&#10;AAAAGP//////////////////bAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////nQAAAAAA&#10;AAAAAAAAAAAAAAAAAP//////////////////yQwAAAAAAAAAAAAAAAAAAAAAAPb/////////////&#10;////8TUAAAAAAAAAAAAAAAAAAAAAAN///////////////////1sAAAAAAAAAAAAAAAAAAAAAAMv/&#10;/////////////////4IAAAAAAAAAAAAAAAAAAAAAALf//////////////////6kGAAAAAAAAAAAA&#10;AAAAAAAAAKP//////////////////9MvAAAAAAAAAAAAAAAAAAAAAI3///////////////////9e&#10;AAAAAAAAAAAAAAAAAAAAAHf///////////////////+TBwAAAAAAAAAAAAAAAAAAAF7/////////&#10;///////////NQwAAAAAAAAAAAAAAAAAAAED/////////////////////hxAAAAAAAAAAAAAAAAAA&#10;ABz/////////////////////2F4AAAAAAAAAAAAAAAAAAAD//////////////////////79OAAAA&#10;AAAOHCw+UmqGpcj////////////////////////CfIyap7bF1uj9////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////u4dfPycO+uraxramnpqanrv//////////&#10;//////++hm1bTEA3LygiHBYQCwQAAAAAFP/////////////////XBQAAAAAAAAAAAAAAAAAAAAAA&#10;AP//////////////////NAAAAAAAAAAAAAAAAAAAAAAAAPb/////////////////dgAAAAAAAAAA&#10;AAAAAAAAAAAAANL/////////////////sAAAAAAAAAAAAAAAAAAAAAAAALL/////////////////&#10;4SQAAAAAAAAAAAAAAAAAAAAAAJb//////////////////1EAAAAAAAAAAAAAAAAAAAAAAHz/////&#10;/////////////3kAAAAAAAAAAAAAAAAAAAAAAGb//////////////////6AAAAAAAAAAAAAAAAAA&#10;AAAAAFH//////////////////8cjAAAAAAAAAAAAAAAAAAAAADz//////////////////+5LAAAA&#10;AAAAAAAAAAAAAAAAACf///////////////////90AAAAAAAAAAAAAAAAAAAAABD/////////////&#10;//////+jFgAAAAAAAAAAAAAAAAAAAAD////////////////////YTAAAAAAAAAAAAAAAAAAAAAD/&#10;////////////////////iA8AAAAAAAAAAAAAAAAAAAD/////////////////////y1MAAAAAAAAA&#10;AAAAAAAAAAD//////////////////////6U4AAAAAAAAAAAJHTROa4z/////////////////////&#10;//+ZOUNRX259jqC1y+X/////////////////////////////6/n/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////68y5rKGZkYuGgXx4dHBraGZmaPH/////////////////YUUyIxgOBgAAAAAA&#10;AAAAAAAAAJ7/////////////////fgAAAAAAAAAAAAAAAAAAAAAAAHX/////////////////wwAA&#10;AAAAAAAAAAAAAAAAAAAAAFL/////////////////+zcAAAAAAAAAAAAAAAAAAAAAADL/////////&#10;/////////2oAAAAAAAAAAAAAAAAAAAAAABb//////////////////5YAAAAAAAAAAAAAAAAAAAAA&#10;AAD//////////////////78bAAAAAAAAAAAAAAAAAAAAAAD//////////////////+ZCAAAAAAAA&#10;AAAAAAAAAAAAAAD///////////////////9pAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//+QAgAAAAAAAAAAAAAAAAAAAAD///////////////////+5LAAAAAAAAAAAAAAAAAAAAAD0////&#10;///////////////oXAAAAAAAAAAAAAAAAAAAAADZ////////////////////kRgAAAAAAAAAAAAA&#10;AAAAAAC8////////////////////ylMAAAAAAAAAAAAAAAAAAACd/////////////////////5gu&#10;AAAAAAAAAAAAABApRmbE/////////////////////+5/HQwaKDdGV2l+la/M7v//////////////&#10;///////////noKq5yNjp/P//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////318Ovm4t/b2NTS0dDS1+D/////////////////zp6KfHFp&#10;YVtWUUxIQz46NjIvLjH/////////////////0iURAwAAAAAAAAAAAAAAAAAAAAD/////////////&#10;/////0IAAAAAAAAAAAAAAAAAAAAAAAD//////////////////30AAAAAAAAAAAAAAAAAAAAAAAD/&#10;/////////////////7ALAAAAAAAAAAAAAAAAAAAAAAD2/////////////////905AAAAAAAAAAAA&#10;AAAAAAAAAADc//////////////////9iAAAAAAAAAAAAAAAAAAAAAADF//////////////////+J&#10;AAAAAAAAAAAAAAAAAAAAAACv//////////////////+vIgAAAAAAAAAAAAAAAAAAAACZ////////&#10;///////////WSAAAAAAAAAAAAAAAAAAAAACC////////////////////cgAAAAAAAAAAAAAAAAAA&#10;AABp////////////////////oSgAAAAAAAAAAAAAAAAAAABO////////////////////01wAAAAA&#10;AAAAAAAAAAAAAAAz/////////////////////5YuAAAAAAAAAAAAAAAVMlJ3////////////////&#10;/////+ByEwAAAQ8fL0JYcIuoyOz////////////////////////Kb25+jp6ww9jv////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//ng0sjAurWwrKilop+dm5ucoKf//////////////////4JkVktDPDYwKyciHRgTDgkEAADU////&#10;/////////////5IAAAAAAAAAAAAAAAAAAAAAAACt/////////////////8weAAAAAAAAAAAAAAAA&#10;AAAAAACL//////////////////tSAAAAAAAAAAAAAAAAAAAAAABt//////////////////+AAAAA&#10;AAAAAAAAAAAAAAAAAABR//////////////////+pGwAAAAAAAAAAAAAAAAAAAAA6////////////&#10;///////QQgAAAAAAAAAAAAAAAAAAAAAj///////////////////1aAAAAAAAAAAAAAAAAAAAAAAM&#10;////////////////////jxQAAAAAAAAAAAAAAAAAAAAA////////////////////uD4AAAAAAAAA&#10;AAAAAAAAAAAA////////////////////5W0DAAAAAAAAAAAAAAAAAAAA////////////////////&#10;/583AAAAAAAAAAAAAAAQL1B0/////////////////////91yFAAAAAAGFypBWnWUttr/////////&#10;//////////////+8WERUZHWGmq/I4///////////////////////////////0s3h8f//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////Pv6+/3//////////////////////+65qJ2Wj4qGgn97eHZ0cnN1&#10;eH+Q/////////////////+tPOjAoIRsVEAsHAgAAAAAAAAAj//////////////////9pAAAAAAAA&#10;AAAAAAAAAAAAAAAA//////////////////+bCgAAAAAAAAAAAAAAAAAAAAAA////////////////&#10;///IOQAAAAAAAAAAAAAAAAAAAAAA///////////////////wYwAAAAAAAAAAAAAAAAAAAAAA////&#10;////////////////ig4AAAAAAAAAAAAAAAAAAAAA////////////////////sDQAAAAAAAAAAAAA&#10;AAAAAAAA////////////////////1VsAAAAAAAAAAAAAAAAAAAAA/////////////////////4Ua&#10;AAAAAAAAAAAAAAAAAAAD7P///////////////////7FJAAAAAAAAAAAAAAAYOV2B////////////&#10;/////////+V7HgAAAAAADCE4Um+Ps9n///////////////////////+7WCk5SVpsgJewze3/////&#10;////////////////////////s560xdfr////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////+u/n4dzZ1tTS&#10;0NDQ0dPZ4Ov3//////////////////+4in53cWxoZGFeW1lYV1dZXmVx//////////////////+/&#10;MR8WEAoFAAAAAAAAAAAAAAAA///////////////////tVgAAAAAAAAAAAAAAAAAAAAAA6P//////&#10;////////////ggQAAAAAAAAAAAAAAAAAAAAAzP//////////////////qy8AAAAAAAAAAAAAAAAA&#10;AAAAs///////////////////0lcAAAAAAAAAAAAAAAAAAAAAm///////////////////93wQAAAA&#10;AAAAAAAAAAAAAAAAhf///////////////////6I3AAAAAAAAAAAAAAAAAAUrlP//////////////&#10;/////8thAgAAAAAAAAAAAAwsUHae0f////////////////////WNMAAAAAAADSM7V3aZvuX/////&#10;///////////////////DYxgqO0xfdI2nxuf/////////////////////////////qH+WqLvQ5///&#10;//////////////////////////////////3/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////3c7Fv7y5trSzsbKytbnAydXj////////////&#10;////////l2xkXllVUU9MSkhHRkhLUFlmof//////////////////pyYOBwIAAAAAAAAAAAAAAAAA&#10;Vv//////////////////zlAAAAAAAAAAAAAAAAAAAAAAOv//////////////////9HkLAAAAAAAA&#10;AAAAAAAAAAAAIf///////////////////58yAAAAAAAAAAAAAAAAAAAADv//////////////////&#10;/8RYAAAAAAAAAAAAAAAACDFahP///////////////////+l/HwAAAAAAAAAABidLcZrC6f//////&#10;//////////////+nSQAAAAACFy9KaIqu1fz////////////////////////TdR4mOEpedY+ry+//&#10;////////////////////////////rnKFmKzC2/b//////////////////////////////////9/v&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////7+yqqajoaCfn6Gjpqy0wM3d7P///////////////////4paU09LSEZEQ0JB&#10;QkNHTllpff///////////////////54uBgAAAAAAAAAAAAAAAAAAAP///////////////////8NW&#10;AAAAAAAAAAAAAAAAAAAVQf///////////////////+d7GgAAAAAAAAAAAAAJNGCLtP//////////&#10;//////////+fPwAAAAAAAAAEJUpxmcLr///////////////////////GZg8AAAATKkRig6fN9f//&#10;///////////////////////rjjUrPlFogZ283v//////////////////////////////vnZ/lKnB&#10;3Pn//////////////////////////////////9LY8///////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////9vLw7+/v8fP4/f////////////////////////////iwn5qX&#10;lpaWmJufpKy2wtHh7v////////////////////6OUEpHRUREREVGR0tRWmiDqf//////////////&#10;//////+mQQEAAAAAAAAAAAc2Y4+64f/////////////////////GZQoAAAAAAAQnTHOcxOz/////&#10;///////////////////liC8AABMqRGKCpsz0////////////////////////////q1A2SmF7lrTW&#10;+v//////////////////////////////0od8mLHL6f//////////////////////////////////&#10;/9TO7f//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////7eXj4+Tm6O3x+f/////////////////////////////9sZSSkpWZnaOpsrzQ7f//////////&#10;////////////////nVNHSU1RVmBziq/W/P//////////////////////////slYAGjVQbYuu0vf/&#10;////////////////////////////zW8+X3uZt9f5////////////////////////////////7p+D&#10;psLh/////////////////////////////////////+PO6///////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////wAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////////8AAAD/7gAO&#10;QWRvYmUAZEAAAAAC/9sAhAABAQEBAQECAQECAwICAgMDAwMDAwMEBAQEBAQEBQQEBAQEBAUGBQUF&#10;BQUGBwcHBwcHCAgICAgICAgICAgICAgIAQECAgQCBAcEBAcIBwcHCAgICAgICAgICAgICAgICAgI&#10;CAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAj/wAAUCAZyBPsEAREAAhEBAxEBBBEA/90A&#10;BACg/8QBogAAAAYCAwEAAAAAAAAAAAAABwgGBQQJAwoCAQALAQAABgMBAQEAAAAAAAAAAAAGBQQD&#10;BwIIAQkACgsQAAIBAgUCAwQGBgUFAQMGbwECAwQRBQYhEgAHMUETCFEiYRRxgTKRCaEj8MFCsRXR&#10;FuHxUjMXJGIYQzQlggoZclMmY5JENaJUshpzNsLSJ0U3RuLyg5Ojs2RVKMPTKTjj80dIVmUqOTpJ&#10;SldYWVpmdHWEhWd2d2iGh5SVpKW0tcTF1NXk5fT1lpemp7a3xsfW1+bn9vdpanh5eoiJipiZmqip&#10;qri5usjJytjZ2ujp6vj5+hEAAQMCAwQHBgMEAwYHBwFpAQIDEQAEIQUSMQZB8FFhBxMicYGRobHB&#10;CDLRFOEj8UIVUgkWM2LSciSCwpKTQxdzg6KyYyU0U+KzNSZEVGRFVScKhLQYGRooKSo2Nzg5OkZH&#10;SElKVldYWVplZmdoaWp0dXZ3eHl6hYaHiImKlJWWl5iZmqOkpaanqKmqtba3uLm6w8TFxsfIycrT&#10;1NXW19jZ2uPk5ebn6Onq8vP09fb3+Pn6/9oADgQBAAIRAxEEAAA/AC/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wN+rPVnI/RPI1Z1C6g1gpMPo&#10;x9MkshvshhS4LyOdAPpJIUEg2sbFzMXA00JJ9gHSegDnGo93o3ostzrJd/fr0No9VKUdiED+JauA&#10;8ySEgkOOFYVW4zWpQUCb5H+4DxJPgBzW16t9XOp3rh6ktjmOs+G5Yw52WkpFa8dPGfAdhJUyC29y&#10;NPgoVedm+wLsAud/rjSiW7Zsj8zcxiTt7pqcCsjYMQgHWuSUpX8tnbN2z3W+Vz37/hQmRb24PhQn&#10;+krpUf4lbSfCmEiAIGb84Zb6H5eEMQWqxeqW6R+LHtve2qxKew7k6DxIF7AsCwrLeFxYPg0IhgiF&#10;go8T4sx7lj4k8+tzdndix3Psm8vy5sNMtiAkbSeKlHapajipRkk7a5b3V05erLjplR5gdA6qIBmH&#10;MWMZqxaXHMdnaepmN2Y9gPBVHYKPADQcd+D2i+mXnuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7iLzfn/ACvkin83HKgCQi6Qp70r/QvgPibD48x03+7Vck7NmteZvALIlDKIW8v/ABUSIH9+spRO&#10;GqaEuXZQ/mZhpOHFRwSPX5CT1UvMk9Ns3Z/qfJy/TFolNnnk92JPpe2p+AufhwsWNdW+oXUCofDc&#10;lwNQ0vYsh9+3teY2CfQtj8Tzg72g/VFn2+BVb5V/kNucJQZfUP752BonbDQSRs1qFTvZbtWuWgLu&#10;DrV1/b6J4+sjqFHSyJ6cMn5aCVuY/wDftWCxtItoFPwj/e/4K4PsHMGC9JKKEmuzROaqUncyIxCk&#10;k67n+035c5yG2Lyi46oqUokkkkkk7SScSTxNCJ7M1fa0IHOwbB76MPFFHDGsMKhEUABVFgAOwAHY&#10;cFaBcPo6ZKSliEccYAVQLADhoEaRAoNKKlmTtrnzg7qdAOeKopyvcxHdawNvhyh1K2KA9KeSRXuY&#10;9sxO0NxjSobSDTpIr3MZWJTd9Txg16a9zx8oeH5c1VpFe5xafb2FyOWwrWkV7mBZTICwFjysVuK9&#10;zo3I3djypwqpwr3OJnUrtuL/AB4wVVsV7mAu5NhY39nE5VV69ziTt1+z9PLDHZWwJr3OgRsJuT9X&#10;Kca8cK9zg58wXW99PAccmK2DXucXmQMbaX+HKTXgSNle5i81w11Yc3TsA7a9zzvORuJ57TNWAFe5&#10;HYu0dw2n08sMKunCvc9uew94H6xy81cqHQfbXucSGe5JHKE1XUOAivc4AJ9ljy9KzjjXuY/cAupN&#10;ubr1e5yZzv8AcUnb2sTz1a2V7nQPw5vCtivc4yBG0NhzdWNe50HUC7jt7OWiq17nBZIiSNeaOFWi&#10;vc8V1G3T481Nbr3Pe4W965+PPTVTXucg8aGwvzcVsCa9zyyGx90/XxtQrRFe5yUNtL7rW8CONCmx&#10;XuZldQt2P3cYWkEwK8oxXuRht3b9bfRxQiYq4XXuZh7p2m1/o4lCSrGtHGvc7srnXw9p54yNlUmv&#10;c5GzH3bcsFqFbr3Oj5amzc1Klba1Br3OxKjLYWHHO7Aq9e5wuu3U8vhsFOxIr3PKdfaOUKabiK9z&#10;mQpNjxOoVXaJr3OThLgqOXSRxqle51tB95u/HSRW5r3O7A+HHAsCt6q9ziyAHU25YKCtlXr3O12X&#10;te/KqMV7ZXuc2CjjOsVqRXudFRpbjmsVomvc5q0Q7/w4+MatXudF1vcfw56K9Ne5yDqdAOVmK1Ne&#10;5lJVPt6X4391aJr3O/MX90X5aIrY669zmJXUWVeaC5rU17nhKRoe3LAzWwa9zkZUUArxwGrRXudm&#10;Xc20D8ubrVe5kDqP3fy56K3qNe5yIQd+Naq1Xucku32e3LxNUUkGvc8xPblAYq9e5yQ7hbxHN7K9&#10;JGyvc5o1+/PKEV4o1V7mQSbDp25Q028CBXuZhIG7cpSYJMSa9zlvZdAbc0BTcDjXuc9zsLMdOWAp&#10;5EDZXudbx+74d+VitpRJxr3Mm4AXHNxTxZFe535jX15WKQq8Jr3MrONb/DmtNOhsmvc7LqSNvs5s&#10;CKcSgjbXucg/N7KaIr3MoYHnhWjhXuZEa+h41Xq9zKoBPx5aqGvc5FyTblkitDCvc8Gtra/Lqq81&#10;7nMnTXTjFbr3O0NgNvNzXtte5IEhueerZFe5mSdSuo19vKU3Fe5kRwTz1aIivczg6ac9NNzFe57t&#10;y2qlCFTXudqzbuKBTnGvcyjcdSeeNXM17mUSAaduMUm2mvc7RxuNzpz0VdYnZXuZgwOnKxW0jpr3&#10;Muu23PU3Fe5z367B256TWjhXueU66coa9XuSC+wXPNATXq9zIkjMLrzRwr1e5lQgGw8Oerxwwr3M&#10;nc39vLgxTsxXudgg+6eK5Bq2qvc57/6OemqTXuf/0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3EX1C6g5R6WZNr8+55rEocMw2MyTSt9yoi92d2sqqNW&#10;JAHF9rauXrgabEqVgBzwHE0EM+z613ZtHL69WG2mhKlH3ADaVKMBKRiSQBUygoKvE6tKGiQvLIbA&#10;D+J9gHjzWo609ZeoXri6pnEa0yYblXC3ZaOlvdYIiftNb3XqpgLsdQo0HugX7IdgPYPcb/XfcNyh&#10;hspN1cRsHBtucCtWOkbEiVq4A/LR219s9xvndd+5KWkyLZicEj+muNq1YFSvJCcBNCTmrNOX+h+V&#10;9521OLVYPlx+LsP3m8REn59u50FnBcFwzL2GRYPg8Qhp4RZVH5knuSTqSe/Pr03c3cst0rJvL8vb&#10;DTLQhKR71KO1SlHFSjJUSSTXKe5uV3iy44ZUdp54dAqvrHsexbM2LTY3jczT1M7bmZvyAHYKBoAN&#10;AOOvBvSCmfnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuQ6/EKHCqOTEMSmSCCIXZ3YKoHxJ4H81za2&#10;yO3XdXjiGmmxKlrUEpSOsnDqA2k4DGlDTKn1BCASTsAxNTsNwzEMYrY8NwqF6iolNkjjUsxPwA4V&#10;rOfXnEsXqTgHTaFiz3X5kpd29piQ/ZH+s33Dvzhb2pfVi7dlVjuukpTiDdrT41f7S2oeAdC3AVdC&#10;EEBVTzle6SWR3t4f8wHAf4x4+Q9po5PTf0y08AjxfqG3mSaMKONvdH/L11+0fgunxPbiSwPpdNVV&#10;RxbOs7VE8h3NHvJJP/Hkl7k/R955x6fD2ZvKubxxTrizqUpaipSieKlEkk+tD93MA2NDAAAwGEew&#10;cKNxR0VHh1KlDh8SQQxDakcahVUewKNAODHS01HRU4o6ONYo1FlVAAB9Q48pISABQScKnDJM1J5i&#10;K7ASTfnk0+k4RXuYC6g8dq9e5jP2uIV16vc8xN7DieE8adAwr3Mfjc+APKqA4V5GNe5HKKY9+p57&#10;VwpVFe5wYJbQHnqrFe5waVUFzGdfjylWr3MbzBAdotflqpoJr3OhN7v2b80casUxXuRiQx1T8+I4&#10;rde50VW1u3KEVsCvc4CEHxP1Hlvtq5wr3Og6hSpvpy5Fbia9zuNgCT4cZGNaivc4idCSNObiK1EV&#10;7ntHOhHNV7GvcxmTYdp15cU6K9zFv97ZuBHHYpZpr3ODSWPcDjZrWmvc4NI/7pHNRWwma9zh5qg3&#10;3C/Howq+yvc80pDbdwsfhytbr3OxK6E+UEC/Sf6OVqxFe5iMr+0c3VRXucTeTVrG3NbK3Xudoig3&#10;3X+HGlKgVrZXudArc355JmtTXucdynty3d1aK9znaO2oPNnw1417nEuo+y1h8eVSqa0MK9ziWFrm&#10;5tzZNOJxr3OXmU0ntFuJyYqpFe515yD3V5ciBNeCZr3OTSKzBCCByoVpFbUmK9znvVTYX+vlEqjC&#10;mAZr3MbTKWseeJpXor3MimJbcocaTKE4V7mRvILA8bg14Nmvc4h/KNiQeKCEVqvc6kmjB1W/LJjh&#10;TwSSK9zIkqlboLcuo03BFe5yDlhrxITXlYYV7nd7W5Wmq9zj5jnjlOxXucW3dxzYxqoFe5yVmAIP&#10;58soRsqxr3OaFr+8RxsYbabONe52DuP182VA1qvcye9+p43Xq9zrcf1PN41aa9z2/wBvLCa3Xudh&#10;xx1QgVWvc8tjo/jxoKivCvc6JKfY4+Faqdr3Pea9uWSMKe0V7mRXuLnjYMVopivc8ykjTjgc00nC&#10;q9zmWAJHLh0KwpwYmvc5JYjseNqXFVVhXucwxHfjneCqTXueLkG45fVV69zmG8TxOTW69zwY6247&#10;OFaNe5mAsm6/GUr1mK2DXueDIfHiuK9517mYMALjjZFb217mVZVI97vzVNkKTsivc95y9l5qvDUd&#10;sV7nNTZTbvzc1eK9zMJVC/pOeqkGvc7R421145FKBB217mQSr9kcZUaRrx2V7nIHbqPHmgZpkJJN&#10;e5kV9xsRzxFbdQUV7mQkDsbcsBTumRXueEynQcapiK9zlv2689VK9zKrgnTm9lWAr3MsbLuN+VUc&#10;KorAV7nMKknj24zNJ9Ve5yBA8eO08DXud7RfdJ28OarZNe5k3XtblgKuDXuZfC45sivV7nMT7dOV&#10;ivaa9zmZO3KRWo017mfcrD48tqim9Ve51uK+6OXBmnduNe52oZTc+PK14OgV7mcMRry1Od5OFe55&#10;JPe47FXr3JKFjxiqxXuZA217c1VFjCvc5brNpzcTWwMK9zKz305YDGqkRXuZo0JFweNqFUr3OYDA&#10;Bvby0UoAnGvczj3bXPKU3tr3Oe+MnXlSYqhr3Mlh+3mtVVr3P//RL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xtxjGMKy9hNTjuOVEdJRUcTzTzysFSONFLO7sd&#10;AqgXJ4622p1QSkSSYAG0k0X3d21YNKfeUEIQkqUpRhKUpEkknYAMTWSGGWolWCBS7uQqqBcknQAc&#10;1sPVP6js1+tTqimT8mvJSZMwiRjTqwKiS11auqF8XcXESH7Km2hLnnU3sP7Gbzfe/TY2whRAVcPE&#10;SlhqcfMnYlIIK18QkFSfmS7e+2xW+L5DRKbNlRDLewur2d6sdJH2g/Yg7NSlSLddiOBdGMpPmDG7&#10;S18w2pGCNzuRcRIfBR3Zv46Diny3lzCsqYPDgmDR+XDEP+CZvF2Pix8f6OfZVuduhY7i5e3luXo0&#10;NNj/ADlqP3OLOGpajiT5AAJAA4yXt45fuF1wyT7AOAHUKr6zVmjGM5Y5Nj+OSeZPMf8AgVUfZRB4&#10;KvgPrOtzx95J1FVJ3nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuB5nzqXl7INJuxB/Oq3F46ZCN7ew&#10;t/hX4n6gTpzEvtR7ZMp7LGJu1d5cKEt2yCO8X0KVtDbc7VqGMHQlZEUMMpyR7NleAQkbVHYPLpPU&#10;PWKE3pz0pzN1HrNuGp5FGjWlqpAdi+0L/je3gPrIGvCp1MueesdeK7GZflsORrogBEa/8u0/fb2s&#10;fv8ADnzVdoHadnXatcd7mDmllJlthEhpvyT/ABrja4uVbQCEwkZFW1rbZCnS2JWdpO0+Z4DqH61Y&#10;TkHpllbp3Q/L4JDuncAS1MljK/1/ur/qiw+k68FjAMu4Nlml+Xw2IKT9p21dv+JN+zt8OQo2ylge&#10;Gid+4VcGVH04UIXHt5Ay3bjuuaLweFe5iMuwDYbX5smaeCa9zHIQdWPG5irAV7mAbN3Na6vFe5wa&#10;Rrd+JSafAr3MZdh727jM1c17mAmS/fQ9+VJrYMV7nF5mTRTpytXBmvcx+YG1PPV417mBqj2Hl6ci&#10;vcxfMEmwYcbIrUV7nFpmBsDf6OMwONb2V7nAyX1cEDlSBwqpr3MW8sd0Vto1O72ePKU6mvc6WKGT&#10;9HPLqNQVbw9nfl6udQ2V7nFvKI9zXlKoCqvcxhre67WHs5sJnGntJVia9ziXUmygD425anACjZXu&#10;cBcuF3DmjViomvc4e6HsDY+3mxTia9zzCIdzzVWr3MbPEF1FxxxJq1e54vHYa2HssD/HjWrGqivc&#10;8jxBtTu+Fh/RzSlQMK2Zr3Ot5U6AEcZDhqmNe5w8x/8ACf8AkHjOqncK9zh543EMbf8AA/2ct3hr&#10;cV7nIzRBgd35W5UrJqgFe51HLGL2a9+OBZFeIr3MbujHm+8NOAV7nStt+yCfo5rXVzFe5yeYkWA+&#10;nX+3jeqmBtr3MJlFvEfRry5pQa9zn591sCdeNUmB0mvc7LQotxry1PnEV7nN3dVEgW49nPVUHTXu&#10;Y1k3auNeOxTle5z85j7hHGyKoU8a9zx3gbh3PPARXq9zsFiLv35s06K9zkC3K1VRr3O7SfavzVMA&#10;6q9znvkIsBc+3lpq86cK9zpBKpu5HNTNVnVhXuc3MjNuVteerYGnCvcxFnH2jfmop2K9zq/+tzda&#10;ivclQNIvxXv9fHEGmlV7mOUyFvMY2PKbaujZXuY95bx5uK9pr3PG4F789FW017nSsx/ePK1X7a9z&#10;vew015urRNe5lSVwLA25oia8RXuSY3c9z4cYikcV7nLzCDcnnorxEV7nHfuVfp5uq17nYkfb7y8v&#10;NOTXuZD7+lrW56avrwivc7X3mvypNMmvc819QO/HAmMasnbXueCyDx5UmnSa9ztRbl6bmvc5B3Js&#10;O3LVSvcyXIFl7njBrVe5kJ9z/W5ZImtivc8FuPePNIOk1avc5KiceLhrc17mRWtp4cY21Svc57hc&#10;NxUgiKdSYFe5kvu143pJqkV7nYa2nKJGqvRXud7uXBKauK9z2+UMNh4rJkVuvclhjv7+HE2mDXq9&#10;zsli+h4oGFXNe50PMudebmqmvcyLv9vPVsCvc8Du94c1FbSjCvcyh0Pc6+zjRGNFhBCq9zldk95d&#10;OOCONLceNe5zEjLrYkn2caMcKZJScBtr3MySMupsPp5WKTkV7nPf7/LRSgtBVe5m80+HKRSYojCv&#10;c5KztqObB01XZXuZdzAac0TNbBmvc6DvflavXuZbnl4r1e5kWZu3s5qKajGvcyhwT73KEVsivckq&#10;VNgDxsiKaIivc5kvuFjzYwNaGFe5xHmbu/FGulGuvczB5Ixa/GhTgVqr3OQYnU9+ORT2yvczo3tP&#10;PRFer3MoZgbk6c1TTm2vcypLsQp7eVqor3MimUePNV6a9zssSCT7eOcKUDZXuZvMKsbePKRNVwO2&#10;vc5eY3PVWBXuf//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9ygb8Qb1ZYn1mzcfTT0bnMuEU04TEqiJvdrKiNrmIMO9NTkXY9mcX+yils3eyzs7vN5b1m3tm9d&#10;w+dLaeCEnErUf4QEypR/hQCequB/1H9s6MyUvJ7FyLZk/t3En+7OJP8Ac0kbUIV6LXjsSkkYcuYf&#10;hWR8Amz3mxhEsSFlBGqqdBYeLv2A+NvHgS5CyPhuQ8BTCaGzytZp5bWMj+J+Cjso8B8bk/a52W9m&#10;tn2X5WmwtoU4YU+7EKdcjE9SE7G0/wAKelRUo/PTm2aLzV0uKwGxI6B+PSePlFEU6jdQMV6i5ikx&#10;nELpCt0p4b3Ecd9B8WPdj4n4AALbmSNBikDz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3C89T+ttNl&#10;93y9lErVYiTsaQDckR7WA/fk+HYHvc6c5K9tv1K2+6GvK8iKXrzFK3cFNW52EDg46P6OKEH79RBR&#10;UwZHuwq8h648KNoGwq/BPXtPDpoznSH0/wBbmnysxZxV6bDjZo4dVknHgT4pGfb3I7WFjwJMt9Pa&#10;vE6s5jzzI088x3+U7Ekn2yn/AJl+/wBnPn7u3rjOrhd5fuKddcOpSlkqUo9KifYBsAgbMKmB69Sw&#10;kNW4AAww2en4/vo9+HYbQYRQx4bhcKU9PCu1I0UBVHwA4MgEcCCOMBVUWAAsAB7Bx3ZQWONTeY21&#10;1OvNHHbVDjXuYpGQJ8eJimDVAnGvcjXuuvh254mKVmvcxKR3J4mmcKfTFe5hLFb+9y2inYr3OLx2&#10;7PxOUmvDCvcx7QBYm+nGYivHGvc6YgAKDbmqrFe5hZlUbSbccqwFe5jLxEWD/lz0VfSa9yM3lodq&#10;ndyilU5Ne5wuqntxjVVhXuYDUIT7wNh48bONWNe5350baC/089FbDZVXuYvP3kg2PNxTvdEV7mJ2&#10;J+yt+e2UonTXucA5At2P0/2cvW69zmZ1I2liD9F+W4Vavc4iRQnvNf6uMAGrCvc4Fxe4uR7LcvNX&#10;ivcxgAtu1P8Aq80VaaocK9zhvv8Aat9WvNDZXgIr3PE6Eo2lvZ48q2qnZEV7nIOVUEa6a8YPiOFM&#10;V7mN5HJv3Hs5YpIFOI2V7nFbd1W3182DFXKq9zkBfwYfSeMRTII6K9zogA7WYgHxv246BTle55bG&#10;4DaDxOt+VVVSrTXueZkGhI+6/KTXgqa9zhujJtdb/wDET/Tz01aa9zkfKXRu/wAO3NAUyW5r3ORl&#10;jjsFYD4WPNRVkpIr3MccpYkrYi/LmnVY17mQ1QFwq80BVNAO2vcxLUbja2vLRTkAbJr3OYq5lB90&#10;m3x56K1pr3OHnll3Ea8cmna9zkJnc2t+fNVqvc5GYLo2nxHPVoV7nK4k7NY8aKopOpcV7nIB17uO&#10;eHiq48de5y12j3jxyK2RGyvc4sArWvfjRqmmdte53ujPbTnpiqAaa9z25fDlgadSZNe5yBv25omr&#10;lVe5ysLW8eemm9de5zjmdBsOtue2VaJxr3OpH8zVxfnkmvJ8Ne5gJRRoLfRxTTwNe5yBUjS/Kk1u&#10;vc6G8duM1Q417nZL8rFar3PBWK3Pflq3Ne5kVZLDaearSiBjXud7ZSSOeprWOivc5BZl+PPRW5HR&#10;XucwJ2GvNYVTUOivcyK7r7tteUNaia9zIhI1bTmgJqhEV7nd7vcHionCqTXuZLniSvV7nXLTWq9z&#10;IpIU35ua9Xud+YRYgcfTE05EV7nldWe578cVAOFbIwr3MhtxNhNN17nIa82swa8cK9zkEI1vyter&#10;3Mi3A7cvhVhXuZNx08By4XVpr3OTWAvyurTsrc17mUlLA8bJK6rXudkqO2nFAcAwq9e50uz28dBn&#10;Gt17mYbRqOWJq5r3OQYX143tps417nbOgbQccCT01oJV017mXaqtcHTlppTMV7nl2ubDlTFMKOnG&#10;vcyWFrW4ySKRm41YRXuZSwaOx4zIOymCkAzxr3OSPpbjopUEzXueJXd480DG2mAqK9zIGbdfw5rb&#10;VsTjXuZvO2n6eVKZqhQVV7nNJ92nKVeNNe5z3k8uBVdVe5kX48eJrVe5kHu8rNbr3Oa2Z9x7W5Xb&#10;Wq9zpZBu10A5qK1Fe5nDy2sLfTzUV7SK9zMsm47W0PtHGyJpoivc5GW+jjmhV04V7nJZB3Go49NP&#10;FVe5mZTbeNeNEk1QGa9zlG72seOATT23bXuZ1cePLRVsK9ySJrsdONmmor3PBz2seXAp4V7mcNpc&#10;jnjhVVJkV7mW4/LlKTaK9z//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9yrb8Rz1fydI8sHox05qSM0Y5Dapmib36Kkk926karPPqE8VW76EoTNW6G7xzN0PLSSkEBKY&#10;nWvgAOIB4cTAxxrmj9Qnaz/ZK1OU2C4un0/tFA4stHjPBxwSE8UpleBKCRL6f5VTEpzjeJgCkpzc&#10;buzMNdb/ALq+P3e3lYPRvpomScI/meKIP5nVqC9/9yTuIh8fFvjp4X59on089jSezew/O3qR+fuU&#10;jXO1lswQyD/S2KdI2qATiEAn5TN5M7OZuaGz+zScP74/0vw6seNFm659V3z7jX8owiQ/ymiYiO3a&#10;aQaGU/DwX4a+NuDVzo5UZ0AvPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zi7pGhkkIVVBJJNgAO5J4044lpJ&#10;UogAAkkmAAMSSTsA4mtgTgK5IjyuI4wWZiAABcknsAOFM6k9YcQzBWHJvTss4kJSSoj+0/tWI/uo&#10;PF/HwsNTwF7c/qUczRS8m3aWQ3il26SYU5wKGD/CjgXRiv8AghHiXkFke7SbYC4u9u0JOwdauk9A&#10;4cccAdvo16fY6ARZqz7CHn0eCjYXCeIaYeLexew8bnQYMm9OaXLSLXV22etIvu7qnwS/j8f4c5A2&#10;tqGcTifhQtu8wNx4U4J+Pn+FG74vGGvvG3DQmiYGvcw92sDflZmvDGvcwsxtrpz01YCvc4W3HbfT&#10;28oqafr3OBup2nUcTaCabr3MJI7AcTERTiBONe5wdixufDlSSKU17mByfHjEk1s417mI7vDtzwpu&#10;K9yPI2z373tx2KeSJr3IzOJD5jHTlQYp6Ir3MYCg6fw5oqr017ne0IptrbiP7jBqor3MW6yBybk8&#10;sUxhTgTXucHkWM7bXHPAU+ETXuYVnYi6kL8OXApSK9ziCL62J5arV7nfmlVJtbjShNNqRNe5h8zc&#10;dxUfdywq4EV7nFWCsdPu56auBXueG3cdoYfQebma3XudGV9pFz+3iUiMarqr3OCNIT+jLE/RrxhX&#10;iq2Fe50kj2LKuvwA4pAIEVZQr3OSzSshLi3099OMRpNJcRXucBPeMAAnv2HKgUoSJr3MXmbfeIYf&#10;Vy81bZhXudfMHxJH1D+jlSJpvRXucTIW+1IW+sc3FPCvc7Aa1u4P0Hnga3Xud3YELe3wsOeVVYmv&#10;c63Sg2RSfq5QVcAV7nvNmB99Dbx045FNKQDxr3MbTPb3QFHsJHPCtJTFe57z/esDe2nc8vApTFe5&#10;yEjE6aX+P9PPETVBXudoJydysq3+I5X7dtVVHGvc5iOTd7zgn4W5cY1QaeA+Ne5x2uhIY6fXzVPV&#10;7nFzsWw15XSTWwJr3PIN4vINfgebIitEV7koLAgG5TyhpkzXudnyre5xnjSXjjXucUlUGzAc2U9F&#10;PaCdle5zRo2Gh0HFlKIr3O2lhDaa8THE0ysHhXucPOiY2tblSKoUEV7nMgNohHLgVoAivc4B2XQ8&#10;aUa8qa9zoybDd+aAmqJRNe55qhCRY9+OxTpbPCvcyrOGFhzREVTQRia9zldW0vbnpp3UYr3OX2R9&#10;q/NzNXBJr3MayhjY88cK2cK9zJte9x25ua0TXudkk6Dnqpia9zsSFBrzUTV9u2vc4GZt2hOvNRXo&#10;Fe5lE0g8SebrcV7nlqG9vKRWtIr3MvnnltNNFE17nfndweb+2vd3Xudeeqj3RrzW2tBFe5njk3i5&#10;42RTKxp2V7nayKx05qvEivcyKym6nmxVU7a9ziH12g8c2UpWZr3Oe5VG62vNEzTY8WFe5kWQEcrX&#10;imK9zkjW+1zyjJmmzjXucwdbg/VylbAr3OZZrXHHUiatXuclZyLnlCINaNe5luzrr254bca0K9zj&#10;v1AbsOKCArZTle5m78aQIrde55SBpbilZivV7nJpNtgOUxIrZxr3OaNc68YJIqle5z1ZtRx5Cprc&#10;xXueDBfjxzUK9Ne5yVhtFtDy0g1faK9zKsuljzY0im0oCTNe5lVwBqeaOnhTbgx1V7nJWBG4crNK&#10;EYivcyCRy5vyqqQqaIr3Ow7ke948Zk0+kSIr3O2awF+Ogq6KdSCjZXudo4+1fmtMY1Qz0V7meNrm&#10;7c2KoATwr3JAlsebUK0tOmvc78xr34xTWkmvc80rDUDmwqK1oM17ngwZLMBx2RT6ojCvckRFSbnt&#10;zW2kqca9zOz2H6PT4899tbIr3Oe5Qvvm54zWgAK9yTGqrqe3Nk1VRr3OZdhex054Y1QECvc4o7eP&#10;HhTwVqwFe5z3E8tNX0q6q9yQsqg3XW/KwTW69zKJB3I/PlxhTor3Myyrax4yo00uvcyean5W5WaT&#10;RXuf/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wvPqe9QeXPTZ0oreoGM7&#10;Zqw/oMOpC1jU1Tg+WmmoRbFnPgoNtbAinJ8rXm74aTgNqj0J4nz4DrqBe0jfy37PMrXfvQpf2stz&#10;i46R4R/ij7lngkGMYBf8tYDUZixRKCG6p9qR/wDCo7n6fAfHmuf03wnMfVHOdd1x6lTNW1tdUSTo&#10;8n+6Sk6yAdgkf2Y1GgtYWCjn1HfSf2KofKN4r5uGWTFm2RgtaTBfIO0NmQg8XJXgUAn4+u0XfG4z&#10;q5dW8sreeUVvL8/4R0CIEDBKQEjDANvqE6kU+AYavTHKzBGKAVbIfsRkXEN/8TjVvhpruPDM8+hO&#10;sUaJVz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcxTzw00L1FS4jjjBZmYgAAakknQADiK5uW7JtTzyghCAVK&#10;UohKUpAkqUTAAAxJOAFOJSVkJSJJwAHGs1PTz1c6UtKjSSSMFRFBLMxNgABqSTwmnUfqfinULEGy&#10;fkzctASRJJqpmA7lj+7EPZ3Pj4Dnzc9u/wBQT2/i15PkqiiyBIccEpVcx08Us9Cdq9q+CBknkeQo&#10;ypP5i4xXwH9Hy6VfDh00fzor0Mp8oRxZnzUiy4qwDRxmxWnv+Rk9p7DsPaXzKOXMNyrRbYLPUv8A&#10;5SYjU/6q+xfh9/Ob1vbptx0niaMLu5VdKx2DYOeNGW4qnrLnRuKyqKK9MV7mB6iP7TN9PGNYNOAT&#10;XuYvmkU7gb83qFOJSZivcxtVwqPtWvxjWKdCTXuYmr4vtBuVLlOxwr3OJrkIuDygcIpsoNe5FfEE&#10;tcnjJM40o0EmvcwtiMd7X40TT3dmvcj/AD7eFuaKhVtNe5Heu1IdueicadDZNe50J47ghgeNLPRW&#10;+7Ir3ODzoHG425WZqmg17nBq2OMaEa8bg1cNmvcx/OKFJJHPHbNOd0Sqa9yG9TGyCzga88VClmjG&#10;vc4/Nxh/tjm9QFWKYr3OLVtONLj7+aKwKpEV7nH52m8bH6+N96K2K9zB87ThiAwX6788Vg1fSTwr&#10;3MgqUYXDi3t43qr0xXucfmkjazWP0HlgZFb0lWIr3MbYhErfT7TzRV0VbuzXudvXxGw3DXw/t42S&#10;TTOgzXuYzOG0DL9F/wBvPRT3d17nYqQoulh/wXHNdXSmvc4NVrbcbEn48rqmtKTjXuYRiKIbMAv1&#10;8qVAVYJr3OS4pD2J5WQa1oNe5hFbFu3KSfq5ULBNe0mvc5S1uxSwPb4/2ccKwDFWFe5iapKqJHPf&#10;48uVinK9zs1TqAykAH2njQVNer3MPzcga4lt9XPE1uJr3OQxCoIIEn38rNNlAr3OfzpUgSEajxHL&#10;g1dONe5wXECRYKot435vVXiK9z3zg7uO3x5rUeFaCa9zvzolXc30d+NqVO2tE6a9zG1ZF2Ufny4X&#10;TglXCvcxNWRqugv9fKaqvor3ObVihLr/AB5dKyaqE17nSSEe/wCZb4c0XK8a9yZHiUiC24fXzQUD&#10;TVe5xbEpSbs2n0c1FaDeqvc4LW3ex4+lQG2r/Zsr3OjVnuTblNVW0zXuSUrYzGCx15TWBTSp2V7n&#10;T1qLovjzeoK2U591e5iWtHfcQeOAxWwivck/PlV0IPGVEVUpFe51/MB4688FCqxXucDWIWDHirUC&#10;KvjFe5lNbEdQSOMTVCgqFe50tWn2r6c1IpoJ4V7mT5xDru5cEU6ERXucFqk3aHjpE1spmvczCuTs&#10;SeIwDNMBJmvc5pXRj3QeOqIFWUivcyrXJex5Sab0mvc5fPRd+amvaTXud/Px83qmraTXudpWxHty&#10;9XKa9ztqyLRvDldQFUivcyipQDcTzYUDVgK9zoVcT6XHHMBXor3MgrIkO0nmsDVCia9zP81GvY8q&#10;BNNloGvc7FbGdSdeUOBqndxXue+ciLAX78tVggivczCpjU6nmtla0kV7nfzsY7crM1rQTXuZBUxH&#10;VjzemqaDXudCrjBuO3NyBT+nCvczfNxstwbfTx5EVUINe5z+diVBrxtUE14omvc7NdEBYMNeNxPG&#10;qBsmvc5fMQsura8tBGyvaDXudisj7A81NeLZFe5kFSp7nniZFNwa9zn8xGBqebCq2ATXudiqjBuD&#10;ysk1bQa9zN84jLa9vHmjhWtNe50KhD481Aqk17nMTpe1+WivTXucjUIo78rFbma9zkJ0Yam3N16J&#10;r3OSzWXapHN1bZXuZhUgWHjypM17Ua9zKKhb6HlgTW69z3zeuhHHdZFb1RXucxVXNv2cama9qr3M&#10;nnp3HNzXtVe5k88HUcsD01s417nYqCDzW2tBVe5zaqBXvy0DjWya9zklQLXJ43EU2AK9zL8yoPu8&#10;sDFaSmK9zItSx8OOlYq+Fe5ySpGyym/089qFV0CvczJWK3u3056Qa13Qr3Mq1RPjoOakUyWxXudm&#10;rBN15rbVQ2K9zNHU38ea0mnO6669zMtUo7c9Cq93ZNe5m+aVhc8eGzGvaDXudipAOnGiYrWg17mT&#10;5z+F+ekVSK9z/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3IWJYjQYPh0+L4rMlPS&#10;0sbzTSyMFSONFLO7sdAqqCST2HHEILhCUiScAOkmkdxcItG1OuqCUIBUpRMBKUiSSTsAAknornHH&#10;JNIsUQLMxAAHck6ADmsb6h+sWM+tbr+9RRPJFlPBd8NChuNtOG9+dlOgmqmAPtChVN9hJ7DfT12M&#10;u79ZiixIIaTDt26P4WwcEJOzUs+BG3HUuCEkV8rPb12uK3wvlXKCe4blu1Qeji4of0lkBSuhIQjh&#10;JFTM2P0PRbID10m18Uq/diQ67pSNP+AiGp9vbTcOCzR0lNh9JHQ0SCKGFVREUWCqosAPoHPspy+w&#10;ZyphFtbICG20pQhCRASlIhKQOgARXIpxxTyipRkkyT0k1XVW1tXiVZLiFfIZZ53Z5HY3LMxuSfpP&#10;JPDemai89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vcxTTQ00L1FQwSNAWZmIAAAuSSdAAOI7i4btG1OuqCEIBUpSiAl&#10;KQJKlE4AAYknACrpSVkACScAKywQT1U6U1MjSSSMFVVBJZibAADUknhJ+qPVCvz/AF5yvlcsuGo3&#10;vNqDMQftN4iMeA8e51sB80fb128u9ojyspylSkWCD4lYpNyoH7lcQ0CJQg4qMLWJ0pRk5kOQpypP&#10;fv4uHYP6PUP77pPDYOJNg3RLonBkmnTMmZEWTFpVuqmxFOpH2V8DIR9o+HYeJLfgdLBl+l8mlUlm&#10;sXe2rH+geA5zobYDAwo4uHTcKk+g6KMbx1fFpm8SOXC4pKABXuRDi9QCdrHmtc0/pnhXuYWxaoI+&#10;0T9fGSqthFe5ikxeoVfdYjjZ86slsTXuYGxacjUnjXrSsNCvcjvis9vdJ40fOraAK9zicXqio942&#10;+njZmraRXuRnxOe/2r/Xyk0+AOivc7/mT7gSx5WeuvR1V7kc4k//ABYebKac017nA10z/wC7ELxu&#10;DW9nCvcwmrnVvcmJ+vmgDxq4xr3PNWVB1Mv58rE7KoR1V7nCSqnIH6T8+a0qrYPVXuYZJahzbdb6&#10;xxrSqnBXuR2aQaGU3+n+jmtCuunh5V7mMh2G7zj+Z5fulK2TT4Xpr3MRRj3lJ+8cuWFddWK+r217&#10;mQEgWLt9OvKFlQxxqmsdA91e5x83YbiRj9O7lQirBRr3ORmmA+37p1tfly2a0T1V7nBpapz9vT4N&#10;xrSU17UBXudXqwLhvrvc8b0zxr2sV7nDzaph7zkcuGuur+Gvc4F6sdpD9/He5PR7jWpFe5y8x9tv&#10;N/jyndK668K9zEJahT+jl+8HT6ONltXXT2qOFe5kMsxIvJc+239PNQpO0e2tFU17mMyTLe8tuOgn&#10;oFVkV7mZaqpcbUm4wnbWq9zGZqlkKlje/PBE4zVxpr3PGoqlNg5PwPhz2qKqYr3ODTTk3MxH18qF&#10;GnEqA4V7nvmJh2lLfDlwo1sqBGyvc8amdezcuTTWBr3MktbVzM12OoAGnPBFWTAr3I5nqpRcOw5Q&#10;oNXJFe5mjnqEB8xiw05YJNUICq9yQ+ITsSsb7B8eeCTVQiNte5Eapm3C73PKkkU5Ir3Omq6n/F+X&#10;NgzVIr3OS1c997tp7OaQk1rTXueaqmDWRjblYIpwACvc8KupXUNyqgeFaIFe5y+frexf3eeANWEC&#10;vc6FfXiQeW/N6euvQDXucv5lWH7T7uUg0zpr3PNWz23brccArcCvc5jEZz2PbniDW69zD8/Walbn&#10;mhIp2ARBr3Mn8yrSLW54yap3aK9z3z1WO55ua9A6K9zh8/WeDc1BreFe52uI1gazE25vTO01cAGv&#10;c6TE6sEr3X4jlSnrqvdivc7/AJjUnVQPu5WDWu7Br3OS4rWDmwg9Na7kdIr3OxilWT3PNwa2GwK9&#10;zl/Nasahvy5YzWigV7mQYrVWuW5XE0x3de53/NanxPNRFe0RXueGKVHtPHQacAFe50cUnU6MeW1V&#10;ooFe5m/m8+3bu5Qmab7sV7nv5tUHQsbcriasGxXucv5nN+41jy5GFb0Cvcy/zWpDC780Aapor3Mj&#10;YzUf4j93HAKrpFe5yGMzlbBjypVBquivc7TFZQffJ+njmqrFAr3Mpxia2zfcfTzYM1XQDXudDGZh&#10;pu5arhAr3JIxiXb9rjcVTuxXudDGZQLXPPaiOPuqmgV7nv53MGtfmsTVwivc5nHZm923Gsemqd3X&#10;uc/525tbTlgSOPuqqGgK9zJ/O5v3X5fWae0V7nkxqTdYk356aromvczjHpV0B05aa8GhXuZRjxPj&#10;xkgmmVM17mQY61iFOvNJBBpruor3O1xqT98+HLkmq6a9zKuNv/i/PjOo1vCvcyJjZLEM3Hxsmt4V&#10;7nf86Ia5a4433k1XSDXuSFxwMQSeOpJJrWkV7kgY3HbvxTWtNe51/PXtfdysVbQK9znFjd/tN+fG&#10;jNb0V7nnxsq1lbvx1GNVDc17mRcbkb7La82RFbLaeNe5lXGZj3bmqa0Ir3My46dv2vz5unNNe52m&#10;NyM1g4+/lVYCtltAr3JC4y6G5f6uNJVNMaQdle5m/nbfbDX44kzXgjVXudfzxibE8dIirlqK9zIM&#10;ZI/fPPATVNNe5nTGAotfm9NW017mUYuoXQ68tFeivcyJjHj7eNxTemvcyjFlBtfmorwTXuZRi4Hj&#10;z2mqKkV7kgYz7TzQSa0EV7mdMWMmgNgPjzxSRWiivc8cZuRZu2nflYithMV7mX+bj/F8O/HKvor3&#10;P//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ymf8AFE9TlTR0sPph6fzF6/EhFJjD&#10;RH3licgwUQtrumNncae5tGocjmSPZ/u07mr6HEIK1rUG2UASVrUdIgcTJ0p6z1VyA+pvtOGXs/yC&#10;1XClALulA/a39yWp4Ff3r2eDSMQsihY6eYHTU8Uub8YIjp6ZXZGfQDaCXkPwUfnf2cJx00yNT5Dy&#10;zHhtg1VLaSpceLkdgf8ACvYff4nn3EdjXZm12X5MizwNw5DlysfxOkfaDxQ2PAjgYKoBWa+YDO80&#10;Oavlf8IwSOgdPmdp9nCiV9V+oNT1FzXLitytJDeKljP7sYP2iP8AE51P1DsBwQuZY0EKDPnuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nFmVVLMbAaknlFKCAVKMAYknYB0mtgTXJVZ2CICSTYAePCedSuoGKdSMaGQcj3e&#10;k3WkkU2EpU6knwiX8+/s583v1B9uy9+HlZFky/8AI0Kh1xJj8ypJ4H/jCSMP+OEasUhNZI5DkqMq&#10;R+aufvjAf0Z/0R92zpo/fQroqmVII825oiBxOVbxRMP951I7kf8AFhHf/CNO9+L3LvS3Asv4atMW&#10;MsxAMklrbm+HsA8B+3nOBizTbpjjxNWucyXcKnYOAozfHkZQwlrj2fDj5aBpL+YmvcjNk/Cif7ON&#10;LtwkTVi+Ywr3I8mTMJA+HwHE3cgiaUIuyRXuRGyThbOPLv8AdyndCr/mTXuYnyXh0gIt25ruBT6L&#10;ivc4vkrDFX7HG+4FOi4Ne5FbJGFPqV42pgCrm6Ir3MYyLhI/d4n7sGmvzRr3MJyLhV/snmiyDTwu&#10;yK9zDJkbCh2U8sLcU8Loqr3MLZHwf/Dy5th0e+r/AJk17nAZGwVrqVPEptUDEg+2nhdQK9zF/UXB&#10;rmwPGe5Tw99W/Mk7K9zGch4Of8XKKt0kY/hTqbg8a9zG2Q8If3bv+XGPyqB0+39Kd/MRXuYW6fYI&#10;P3n4/wB2jrrf5tfVXuePT3BjYhpPy5Usp6Ve39Kb/NK417mNunmGamN5APq4z+XSeJPrVhdkcJr3&#10;OL9P8IPutNKunsHNflk9ftq5vv73317mE9PcG23E0p+Nx/Rzf5ZI6fbVPz3VXudP0/wzbdZZT9Y/&#10;o5vum+urC+HQK9yP/m9wpTvDyE/Egf08p3KOk0+LxfCK9zkeneHBdyyOxP8ArD+jlxbg/aTVzerH&#10;AGvc4r06oDcmWRT9I/o5o28cZptV8viBXuY26dUAPuzyfeP6OVLGFW/PHoT769zz9PaRV/y8n3j+&#10;jiUMJ6/bVfzx6E+z9a9zE3T2lt7ssn3DjndJ6T7f0rwvf73317mMdPqc+750gP0D+nntCRxPt/Sr&#10;G9/vffXue/zewKNpqHu3YEAc8UA7DWxfAbUxXuR26eRpo1Qy3+g8v3UilP54HhXueHT6FNfmm+4c&#10;p3PMfrVPznV7v1r3Mn+bqA+98yf+Qf7eN6ev3frXvzw6Pd+te5hl6fQKL/NHX/V/t57upq4vJ4V7&#10;mI9PIhYipJ/4H+3lw2eHwn5it/m+qvc6HT1P+Ukj6VH9PNls9Puj51r831V7nRyAo0+avf8A1f7e&#10;U7o1v831V7na9OrA/wCmf8mf8/cb7s17851V7nD/ADd2W/zN/wDgP+fub7s03+dnhXucTkBxotTp&#10;/wAQ/wCfue0GnfzX97XuY/8AN/MNRU/en/P3PaDWxfAbU++vcxnIFQdBUC//ABD/AJ+5sIJrYuwT&#10;9uHnXuYzkOri/wB2B/4H+3lVtK4U6XwrZXueGSGA9+bU/wCp/byndqqvf17nD+otZ/uUot8R/bz3&#10;dmrd+ONe522QcTPaVfu5sNmrC4Fe5x/qHiY7yr93Ld2a8bgV7nRyLin7si893dNfmRXucf6j4qP3&#10;l4wGzTougr9/6V7nE5Jxa9968c7s1bvxXucTkzFL2Ygc33SjVS+K9zj/AFOxNfdUg82GiK13wNe5&#10;jOT8Vv2HLd2at3or3Mn9TcVbwHGtFNfmkdJ9le5xOTMWGpXlCg1sXCTsr3OK5OxcnRRzYQeNOfmE&#10;8a9zi2U8Wja5XmgjGvfmE8K9zr+q2KL3X8uOaK934r3O/wCquJf4eU7tVV78V7nBcs4zr7gA5bTV&#10;w8ivc4/1WxPxW/KEHhW1PJ4V7nRyziSa7ObAJ21XvhXudf1cxLxQ8sU1vvhXudf1exBf3DzQTVg6&#10;K9z39XsS/wAHLaa13wr3Pf1exEd05bTWg6K9zsYBXnvGeVKauXRXue/klde3lnlQIqgdFe57+RV3&#10;fYeXqpfFe5w/lFcq3ZT93NgUoDiK9zkuE1RQHYeeKaZUsThXud/yms7FSPq5TTXgsca9zoYRWDWx&#10;+7j0VbWK9zv+VVnsP3crXtYr3OhhNX22nlIppS69zmMLqwPsnloq4Ir3PDCapmvtPLRXiuK9zKMH&#10;qrmwI+rjemmu8nbXudrhU4uGv93Naa3rFe52MJnP2QebAqveV7nhhtSDu2nnor2uvczDDarb25uK&#10;2F17nQw2q9nLkVcuV7nYw+pGpU8oR0U3r1YV7mVaGfttPKaVU2RXuclw+f4/dx0JFNV7nP5CpuQB&#10;fjpTToFe5kTD6kr24nKJrxFe5kGH1QN7cdAitV7nP5Kq9nHK1Xucf5fUew8vFamvc5rhtT35sit6&#10;q9zs4fUMdb/VxmDwr2qvc5fy+pQXW/PBJO2vTXuZPkqkdr8torWFe5z+RqR9fPRV69zmlDUKLL9r&#10;mtJO2rCONe5IFHU2uwN+X0hOApyU7BXuclpajYAAeNBEGmCANle5mSkm72N+KliqlUV7mT5Kpbnk&#10;KCaoHBXueWknHt5sqpwrFe5m+Tm231vzySONU1Cvc7ip6sEgX5skV4qHCvcmLBP48TkzSea9zKIJ&#10;uaq017nawVW0buemmSca9yVGlRGb+3nvvqytte52VmKkhba8rNeJivc5eXPbt4cvVpr3P//XL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3AK9SHXLAvTx0ixTqXjO2SWnXyqKnY2+Yq5ARBCPGxI3&#10;ORqEVm8OCPKcuVmr6WU8cSehI2n8OuKhXtB30Y3Byp3MXoJSNLaD/rjqvsR5TiqMQgKPCnvLuCT5&#10;gxaLDobgMbu3+FR9o/0fHmt50nwrHuoObsR62Z9larrq+omlWST/AHSaRiZZQOwVb7VA0GoFto59&#10;Un0i9kaVK/tHdIhtqW7NJGBUPC491hGKEHGVlZwUgGvjh7RN6n83uHC8srdeUXHlcSVGY6p2wMAm&#10;AMMKbfUfn+DCcOi6Y5ebZdEaq2n7KDWOL6W+03wt7TwzfPoDrFqiXc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3CodYupVZjdcenOSyZGkby6iSM6u3jCp/wj98/V2BvwS+pTtzN8te7OSr8MlF28g/cdht0Efwj&#10;Y8ofcf2f2hYVP+7WRhhP5u4EcUg8P749f9Eeu2KOt6fejXyyw5+zVF+kaz0UDj7I8JnB8T+4PD7X&#10;e1ld09yVQ5Kwwx3WSsmA86Uf8qL/AKo/PufADkZa2QtU9Z2n5eVGWYXirxXQkbB8z10cLi7d2Pj+&#10;fDQgUQ417mFplVhra3e3E+mnEg17kF5Rvvcnml4ClpT4dle500qFTe4+riLhXkAgRXucBUJGo97j&#10;XGrwTXuRZKlS9kJF/ZzZpQlFe5gaT94tp9J5Waeivc4iZfsXA4lXiaaM17nBp1+zutb4c0kAVZPl&#10;XuYCy3uHueaNPbeFe5hJNiSebCop1Ka9yObA6t+fGtNX017nLeqnaDa/G1mBFaJivcwuClyH+88Y&#10;V4aUivcwNMykXIPGJmrV7nDzF/3TT6OWq1e520hAt+fN41TTXuYj5u28ZJ5aFGvbK9zGWJuxOo9v&#10;GyDxrYE17nXnS2uz6ey/9PPEU7pivcxfMXuO59htxteGyPaKrXucWll0BUL9DccE04DXudl2I2gH&#10;jBQej31QgV7nBH2SaFwbeF/2c0E1cCvc5u8t9zP39txzemqRXuYwZCLe8SfrHKFJ6a3XudbZvG5/&#10;4E/0cZIrUV7nDzBaxbX/AIjy805p08PfXue82QLZNbe0c3FN/dXueE+9TYksO9lvxxKZp1LZ/fXu&#10;YPOv9pmA+K6c0UxxpwIP7jjXuZVJfs4+scpNaKP8avcxs5Vrbxb6OeinAOr317nZdiLe6R9A5qtF&#10;RBjZXueBlP8Ah/5BB/Zy4JH76tI4z6Ej517mH9It2ZR/yCP2Dlio8mtEp/vh6n5mvcyCSXboo/5B&#10;/s5TUTVcOk+2vc98w47qv3c3oPSa9oHSfbXudmUsn2E+7lMRW4SOJ9or3Me+S4G1QOWBinkwRtPx&#10;r3OZmkUbVVT+fNjGmC3XuYDK5bUAfVzxFKIwivc7Luew5ZJivIGmvc4nyzqwBP0DmjTle547Cb7e&#10;3s5WmiJNe5yuGOlxxyrxXucSp7jXmjXor3O/fHbjdagV7nnlcm4HLJEVRKdNe5zDEjdbm1U8Uasa&#10;9zvzSwO7S3w5XGk+kivc6DAi5P5ccp/hXucgYzzVUg17maMoSdDxgxW/GOI91e515bN2vbngaaKu&#10;mvcyBZEX3RxwpBqphVe54K7D3tOeCQmnBCMa9zKIzaxOvPGKaL1e52qKO515qq97Xuc2i0143FNk&#10;xjXucVp1HgObMAVdLk17nN4kCjQcuACK8pVe52iR+IH3c1oFNgmvc8IkZrcaIrxURxr3Oawx21Uf&#10;dzcVTUemvc8IICPeUX+jnqtqPTXuc1ghsdigfVywiraj017nkpore8oP1ccIEV7Ua9zl8rB/g/Lj&#10;WkVWTXudfKQ7tVFj8ObindRr3Ojh9MTbYv3Dm4pwLPTXuZhQUhFig+4c1FVLpFe544ZS2vs/LmiK&#10;r3pNe5x/ltL/AIB93Kaa9qPTXue/lVF/xX/DntNe1q6TXuchhVKe0a/lz2mvaz0mvcyjCKPxjH3D&#10;nor3ekV7mT+U0VtUH3c9pr3ek17kdsGoWNtg1+HHQmlAeivc5LgtCnZV+4c9FNKeJ2V7mU4HQvrs&#10;H3ca015LxG2vc6bA8PY/YH3c3prwdIr3PJgGHgE7QPq5qJpwvGvc5HL9BYaflzemq98RXudfyCh/&#10;wj7uWivfmDXuZGy9R+C8YCab1npr3OxlygIuQLn4csQa2HVjZXucVy5SFrKo+4cuBFPG4Vxr3OSZ&#10;ZpgSSAfqHNHCqG4Ne52ctUwbYFX6bDmga2HzXuZVyvTnuo/Lnopv8wa9z39V6cnsPuHNQa935r3O&#10;LZWhFgoH3DnoNa7817mX+rMLaWA+rnoNb7417nv6rwDsB93NQa331e545Tjb37D7hy0VvvzXudjK&#10;0Xewv8AL89jWi8TXuZkyzHt91fy56m+9Ir3OS5YA8BypmlPf17njle/YDlhJ21UvTXuclysvgPe9&#10;nKFNNd5Xuc2ywt/sgc9Fb1TXue/qsb6Dm4r2qvc7OV7WuOUqwVFe5yXLAvdVBP0ctFb1V7nP+qsj&#10;dkHN17Ua9zmMsnYAV/LlNJpnvDXucv6rtYgr9HLhWmr94a9zv+rGgVVufHmpmtBeqvc9/Vo/4R7O&#10;Wiraq9z/0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zW99dHW2s9UXqCg6WZNqC2W8tSS06y&#10;IbpLODasq9NGVbeXGdQQLqf0h50v7Dey+43zzFjLmgQt8hTq4/uTCcVKPknYDGpako2kV81n1Kdq&#10;id4L9TLCptrPUhEHB144LX1iRoScfCkqGCjQwQ1tD0ryBU5vxdR8xIoKIdCzN/koh46nVvYL+zjt&#10;hmG0eD4dBhWHoI4KdFjRR4BRYfX7Tz7dclye33ftGrG0SENMoS2hI4JSIHmTtJOJMk4muF77yrlZ&#10;cWZKjJPnVdGLYrXY5idRjGJuZKipkaSRj4sxufoHsHhyfwTUlpu57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4XrrZ1&#10;SOW6U5Vy/J/vxqF/SOp1hRvZbs7Dt7Br4jnJn6ku2/8Asawcjypf+WPJ/arScbdtQ4EbHnB9vFCD&#10;rwJQal/djIvzqvzDw8CTgD/ER/oRx6Th00ZroF0f/rXWLm/McV8Np3/RRsNJ5FPiPGND38CdOwbg&#10;AZOgOXkauZb1Ugtu/wAIPgPifHnzy2bX5fxH7j7ueNTJfOG48I+0e+j/AAFtBxaDN1cCfeN/p4cl&#10;80Qfl69zic44j7T9/GO+Jrf5ZNe50c64gBb9vKl+KcTaivcxnO+IA9/z5Q3BOFKhbjjXucXzxXkW&#10;J5UPVr8sOFe50c91psCOMF8it/lq9zsZ6rb3IHK/mDWxb17mKTP2IbdgGl+b741cWs17nS5+rSmq&#10;gn28aL8Vf8rFe52M+1RFmjB5Xv52V78tXuYTnup3XEY+/le9Nb/LV7nv691VrGMffypdmrfl4r3P&#10;Nnx7AmIX/wCJf2cbU7Fb/L17nmz81v8AIi3/ABL+zjfeztr35aa9zkufl27TDf8A4L+zj3f04baa&#10;9zkc/wAZHvQfn/Zxouitfla9zhDnqlUktCxv7W/s4x31a/LGvc5f17oyu3yW/wCQx/Rx3vat+XNe&#10;5yTPlCosVcf8EP6OeLiOM+39K9+VmvczjPlAy/oke/1H+jmg8nhPrWja17nJM/4ST+lEn1Acc74V&#10;v8qRXudDPGCecGLSBbi/uDt9/LF0K6fZVjbE17kl885edvdaT60H/NXK96BSf8ssV7nQznlqSwMz&#10;Kb6/of8An/ntaTXjbOf0ff8ApXucxmnK5axqm+nyf+f+bDiRV0sOAfb7/wBK9ySMxZX27hXC/wDy&#10;7t/zMeeLiDtMelUUysfw+/8ASvc5f1gy2ylmr10tptI/byst/wBL3frTPdr/AKJ9v6V7mQ4rlllE&#10;i4jGR7CSDzatAE6vd+ta7tf9FVe57+a4IRcYhT/9FD/zRzx09Xt/SvBsj+FXPrXuZDiGEs6hcQpi&#10;WIH+UIt9Puc8ggmDHt/SvQofwmvc5+dhfneUK2HTuyS9/vTTmtSZ2gev6VZRPFJ9R+te520tGt1W&#10;phcfGX/n3lCUniD6/pTc9APoP1r3Ot1IRdJov+i3/PvPc7f0rUE/0vZ+te5kaND7/mR2I09/+zlO&#10;8FVCh0V7nOSnjhRWEsbsRqA3blsNtPd4DhXudGA+UJS6E+IDcp4VUwYHTXucPKbyvMLi1+24c3gn&#10;EU4lQTjXuYgr23K/5j+nm9dWL46K9zmY6jTub9tRz2FNak9A99e5kakqI4vMdXt4nTm6VhY6R7K9&#10;yKZHuq2azeOn9PGzhTao6vh+Ne5lqY2p5PKa50vfTlwQKdbIn9Zr3IrN7Dr43HHCqlE17nQlC9zx&#10;jUK9tr3OrXsQR73bXj+sVqvc6DiMHe1h242VCvV7nHzoiLCS4+jjfeAVvbXudfNQX27teXCwauBX&#10;ucxNEezX44CK8cK9zmCALMeW1TTYUDXucRIqGwNxyuoVua9zkJn/AHSPu5uRWpivcyM7kAAi3N6q&#10;9Ne5x8xV7i/LTWzXuZkqZI21/hxMU0kLGrjXuZ/m7a8oBXghKcK9zzVLj2WPHoBq/dpOyvc6+b00&#10;5rTW+7r3ORqCBoOa0VrQK9zkZxt90X+vm6t3Yr3O1qZCNV5TTSbuTO2vc5+bKOw5vDYauUpBg17n&#10;AzyA625fRhTvdCvc5LMTqe3NaDXu7Fe55ZwG05UpppSAK9yWrm9iBblKR17nDzVDWPLgUoQ2V17m&#10;ZWQi680RFVcQW9te57zLDQ689NMAivc5eYbX3c3Tk17nYnVjb2cbk08EeGeNe5kFSo97xPx5ekwm&#10;vc5eYSQV5XVG2nJivckiViu0kc9qBreoV7nvM9p5cVaRXuYzJH4HnqpqFe5zjlHs5arSK9zN5hI3&#10;duUmt7a9zoTM2i35sVua9zL5h2m/fl5qte5yDhUuRryleGFe5zVyBp483XiZr3OwW+PPU5txr3Ml&#10;/d9489Wpr3MoDE7b6c9Xq9zJ5beDc9VJr3PKGYa8rEU3Xucljudb8tW5Ne5nCup5WqzXuc1VhqvK&#10;xNer3ORBYWXvxkiNlemvcylCF078UATW4r3PRnTXv48tXpr3JG7S45Wa1Ne53YDTlSasDXueA1HP&#10;ATVtVe5lC2N78tV69zmfgLfHnq1Ne5kHwN+eitE17mQmw43trVe52HFuOit17mQNcac1Fer3PLqN&#10;17nmorVe5nPcc8RVor3Mh+1bjSa3Fe5nVdLjlZrde5kB3aDnq9XueKD7uOpM1sGvcybQTuPLxVzX&#10;uZUQX3DmjVIr3O/KX9vLV6K9z//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcIf+IN6j/8wXRKfD8B&#10;qPKzFmUSUVBtNniTaPmaoeI8pGAU+Duh7A8kndfKf5ncAqHgRCldZ4J9Tt6gawl7d+0H+w2TKbYV&#10;FzdS01BxSmP2jo/xEkBJ4LUk7AaXGQsvfz3GVknW9PTWd/YT+6v1n8geUtdBsjf1by1/P65LVmJA&#10;MLjVIe6L8N32j9Xs59n/ANLnZn/Y/Jv5rdJi5vgFCRii32tp6i5/dVdIKARKK+QLevNPzr/dIPhb&#10;w81cT6bB69NAT6i+oX9ac1f1cw6S9DhRZDY6PP2kb47fsj67d+DxzqFUU0XXnuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7gZ9UOodLkDATOlnrqi608Z9vi7D/Cvj7TYeNxhn22drLHZXlZdTCrt6U27Z4q4uLG3u25BP8A&#10;SUUoBGokDbIsnVmzsHBCcVH5DrPu20K/SPplWdSMxCmfdHh9NteqlH+HwjU/438PYLnwsShYBl+v&#10;xPzM242zSzTsXUv3JJ1kP0+H3+znypXF0/mz6768WXHXVKWpajKlKUZKj5nZ7sIrJO5fSyAy0IAE&#10;YcOr8as2w+gosKoosNw6NYYIEVI0UWCqBYAcfZaZ+y6cYW5FFUkCal8i+Qy33a8Y7yacTJr3I7RH&#10;/DxvXSiK9yO6AdxzWsU6lJr3MLjyz2NvbxoqinY6a9zq6kX3ca1yKtpr3IzmxuNee11aDXucGlS+&#10;jc8VgV4SK9zg8qW78b11YTXuYd8fj481qSacgmvc8zovhzZIGyt6SK9zh5yg6AcaKwBW9Jr3MbTX&#10;PYfcOVC5q4Sa9zsSQH3tD9XNaoqkGvciyTRk7QbD2W5cKBp4A17nASoCNb82VJpyCa9zsyIxvfmt&#10;aa9pIr3OG5U19vKkpNegmvc9dOU1V6DXucrpbUjntdeg17nHci6obc1M14A17mBijHcO3t57Cn69&#10;zq0Za/NYcmvDCvc7YxWtfXlpFbBNe54bdtwwOnt57CvGvc4B7jT+PNzHGt7K9zu7EW7c0TWq9ztd&#10;nck/RzxUa1jXucS4tbQfr8eUUpREYVuDXucSDayk/fzYURxq1e50C7Ha+v6+PPFRnbXsK9zs6i1r&#10;W+HLaiK1XuesPAa+3jck9Fbr3OAMiHS/Nx5Vevc4lX7qfDnoFeBr3Pbn27T3+jm5Ner3PbWDXXQf&#10;DmgYrZVXuZLuOxPLaq1Ne5150w93cfv5qa1XuZPPqGsN7C3azHjWo1eRXuZGrq/btMzkezcbcvrN&#10;VhNe5wWvxACwlYW/1jyhUaqUpNe5mTFsUjcSCocEdjvblguqd2g8J869zz45jEsvnSVUrN/xNrfx&#10;5srNa7lv+iPZXucv53ix7zyf8ht/TxmTWu6TXudjG8WFv9Ik07e8eOajWu6TXuc/57inZpmP0m/K&#10;lRq3cpr3Pfz/ABNPsudeN7dte7lNe5jONYmxv5h45Vu6TXuZY8wYpH9mQ80CRVCyDXuZDmTGCNZW&#10;+/j3eVsMIFe5yjzRi8R/yhPPaq8WE17mX+tOKNfcxueaK5pksCvc5DNWKAaObjmtZqvcCvcyJnTF&#10;VNrk8eC6c/LCvckf11xJmvcc8XDTJtU17naZzxBGJ0141rmvG3Sa9zK2d6siw5XURVRaxXuZFzpM&#10;V2ut+KO9Na7givckRZ4mTQoCOa700ybcmvclDPh228sD6OO669+XNe5w/r5KNdvG+8rRtAa9zMnU&#10;AlNrqOXC+mmvycV7nKPO8NySO/L99TvckV7maPPEMYJK/lyvemt9yTXuchnuIm+38ueLhNNm1J41&#10;7mRc9RWswHPa6a/LV7mY55pm1AtxwLFeFvBr3PDPEHYac8VCtm2mvc5Lnil1B78rqqhta9zMc7U7&#10;CwIHLaq8m3017nos40l7kDmtQp0smvckf1toz4jjgUKaLVe5n/rhRCwFuVJFM/lya9zKmcKMe9cD&#10;jcivfliK9zmM5Uh03D7j/RxwKFa7g9Fe5k/rfRDuw+7jc1sW817naZupLkhuOTVTb17mT+tNEw1e&#10;x5SYr3ckV7kqPNVEFtvHKhU1QtE17kn+stFbdvHL6qr3Jr3OxmWjfQuOe11ruTXuZ0zHSDQsOb1V&#10;UtkV7k5cwUVr7xpzc1TQa9zmceonFt4PPTXggivczfz+k8WXtbmpqxQa9zKmPUXtB5aap3Rr3MyY&#10;/RD98Dm5q3dmvc5nG6Yj3GH08pMU0UGvczLjVO+jsBbnpqhSRXuZ1xekU/bHKaqrBr3OaYpRjUOO&#10;OBQq2k17mc4nS/a3jlAuKvpr3PR4nQkk7hc8trmq6a9zMtfSqS24ffy22taa9znHW0wF2cDlTWtl&#10;e5m+dpvBgebBrc17nIVdOf3hy81qa9zPHVU99pcHlCqrV7nL5qBTbcONkzXtte5zFXB7eUq2yvc5&#10;CpiPdhbjwrVe5350X7rAffz2qt17nNZovs7gPo5ea3EV7krehIAN7ePKE1sV7mbzUDam3EkVua9z&#10;MaiNVsDx2tTXuclmht7p5ut17mUvHcjcOODCvDCvc7WaMjvxyZq9e5nSWIgknjasa9Ne515sXt5u&#10;tTXuf//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zDU1NPR08lXVyLFFErO7uQFVVF2ZidAANSeWAKjAplxx&#10;LKStZAABJJwAAxJJ4Aca5KrOwRBck2AHNXvrZ1KqvWD6nq7NG5my3hZ8iiQ3AFHAx2aHs1TIS7Du&#10;AxH7o52x+mfsj/tnmzNq8mWGYfujwIBGlqf+CKhETOgLUMRXya9vfacrezMnr1BPdj9jbDobST44&#10;4FRlw9BUEnAChNz1mBOkHTFvl2C4nW3jjt3Erj3n+iJe3he3t4NgAUBVFgOw59iiUhAgYAbBXKMm&#10;arpZmZizG5OpJ53y9arrnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9XuMmYswYblfBp8cxZ9kMC3PtY9lVR4sx0HI33u3rs9ycu&#10;dzO/VpaZTJ/pKOxKEjitaoSkdJxIEkGdnaLvnA02JJ93ST1Cn/LGW8VzdjtPl/Bk3z1DbR7FHdnY&#10;+CqNTwnWX8Cx7rVmuozbjQKUMLBQNdthqkCfADVj8fa3Pkd313vve1DNnc1vTAUYQgGUttidDSep&#10;IMqMDUoqURKqym/ZZCwlhv7jtPEnio+fD9KtKyNkzCshZcgy9hQuIxukkIs0kh+07fE+HsFh4cHW&#10;bIdSYDTxmw7AAcBCrfhQSF0NtK/jRL09qIztsfDW3ECrQmlabrVXuRJMgVIH9nGPy1PC6ivcbpMg&#10;Vg7L+XGfy9P/AJ0V7kF8gVpBa35cSm0k0qTeCvcgS5DxBRZgSPZblFWigIFOfm5r3Ij5DrrWCH6L&#10;cT/liNtOC7A217kGTIuIqfs2+rlSxVxdivchtkeukkuqEKO+nGzbKNP/AJtPTXuRZMoV1yFQ6fDj&#10;RtSqnw8k8a9xvmydXElirD6uMi0KcKcFwE8a9yA+Vq2MbnDH6uWNuobKUpuUqr3IL5drB+633cb7&#10;knClAuE17keTLuJWuFb7uNKZKacFwkca9zHLhFcilQlj9HLFo1fvkmvch/yurK3K3P0cYgpwq/eg&#10;V7mI4fVL+7+XKwVVYLBr3MXylRezC31c0UxVtQFe5iNJUfvA/dyug06lYNe5wFLVHuD93L6DT2kV&#10;7nE08+24BtxiSDWikV7mPyKkC4B+vty2o16BXucfLqEO5wdfu56TVgAa9ziRPcHaea1GqwBXueYT&#10;27c9qNbAFe515cwFxb8+OajVzhXucf0h7EcrqNbKa9zomYC415rUa1or3OJEoIbw5TXFVgV7nbNK&#10;dQOb1TWoFe5x3TezntZr2kV7nINUL71tOWBJq2kV7mJpJ766ezjsmvaRXudh5h73NSa3pFe5zE0n&#10;ZtOV1GtwK9zpZn7kc9rqmma9zszknQc0VGt6K9zl55Og42FGqaa9zvznBsRry4VWtNe5wMrE6Dlt&#10;Rr2ma9zktQb6c1NWLQ6a9zj5+t+amt90K9zs1Hiee1VTu4r3OSzk9ub1xWtMV7nRlb4c33hNbivc&#10;4+dzWqvRXue84Xtz2qq6a9zs1CqLePPaprYRNe5jWpFzYc9NW7uvc7+bF+3Paq13de575sezm9Ve&#10;7uvc7+aX/CPv5qa33de575pPZxzVhXu7r3OXnq3hyoNU0RXudpOu6w5aa8UV7nHzxc8cChVgivc7&#10;DKPDjZVXiK9ztpYzpbnhWgmvc4h4hpy5NXINe5k8yK2h5WYpjSa9z3mR+3mtVb0mvc73Dntde017&#10;nMOvYnlAqq17nbMt7DXjuqtgxXucRtGpNvo5ua9M17nIFAb7ueJitYmvc5+YfBuU11qK9zHfS5tx&#10;7VV69zmGsPDlddVr3Og2vcactJrZNe52ASdLc1qr0xXuZBv57VTRUK9zja/tHPaq2VV7nKzjQHlw&#10;qtV7nXv3988uVTVwQK9zkGe/uknlZq4UBXuZA0t76/fy4VXisHhXudtLLf7XPTScJAr3OazTAfa5&#10;XVW9Ar3OYnn7Xvyhxxr0AV7nmmlUXvywXOFVSAa9znHWTnQk8tNOQK9zL85MmuvNTTWFe5zOI1BO&#10;hPLTVSBXuZBidSilQSeXBpvTXuZBilV7SNOVKqqUA17mT+aVGnvHldVaDQr3M0eM1C6XP38dBq/d&#10;Cvcyrj1U2l/z5bvTVe7Fe5ITHKsCwOn08a1knZTKkwa9zL/Pau2pv9fFmutBM8K9zImYKoa314wV&#10;9Nb0RXuZ1zHVDxH38ukg1uBXuTFzNKV1/jzUUk0V7mRMzTAa9vp43xrfdV7mdc0ShgBe3xPHima2&#10;Gq9yaM0ygd/z5Xu5pssTXue/rWfE6/TyvdxTf5eK9zKuapLat+fLaKv3Yr3JkeaZNwO78+ORVSzX&#10;uSRmhhru1+njcVUMTXuckzY5O32fHlVAitFnTXuSkzW3e/NiTVe6nCvczLm1/wDFy2kitfl69zP/&#10;AFsYEa8bg06W69yXHmwn3i5HLT0033E17mT+tRLAh/v5SKbUxFe5mOaHOoa/18sBTfc17mVM0Pb+&#10;3jtW7mvcljNLEXvr9PGZpjRXudjM532v+fLTTnd17ktM0eF/z5ZJBq3dV7nP+sw9v583qFV7sV7n&#10;/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3KxPxPvUMemHSBOleXp9mM5vEkUhU+9FQLYVDG3bziREL91Mlt&#10;V5MO52VfnX++UPC3iOtXD2bfOOmucH1I7+/2bykZYwqHrwFKo2pYH90PV3khsTtSVxiKEnprgH8y&#10;xY4pUC8NJYi/i5+z/wAg9/u5WN0dyV/U3KEYqk21lbaae41Fx7kZ/wCIL3+JPPt/+nvs3/2PMgQH&#10;0xdXUPPyMUyP2bR/2tBxHBxTkYGvkv3jzP8AmVwdJ8CPCn5n1Puiipdcc+/16ztK1G+6hoLwU9jo&#10;1j78g/4m3b/VA4K/M6qANA3z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3OiQoLMbAcqpQSJOAFb212AWIVRcnsOEzzpjWJ9as&#10;9QZMyy3++6mckyfum2kk7e0AaIPG/tbny7/UH2sq7Ts0GX2CpsbVRCCNjzgwU+elIxS1/eyrAuED&#10;J3JcvTkNuX3R+0UNnEdCfPir9Ksc6EdLFyJgP83xaO2K16gyXGsUfdYh8fFvjYfu34cDAsu4RlnB&#10;oMAwlRHDTpYA9yfFm9rMdTzDdpnuUhKdgoDvvruVlatpoe+Z3e/e1/DijZtrTcnA17kR2F9vjxoJ&#10;JNLcU4CvcjzXEd9OF0wa0JNe5DMjt7OPYUpjTXuYnLkBNDfw40UxjVga9zAImk7KLDmgcae1EYiv&#10;cx6HUWv8BxhUTjWwScTXuYZVi3DeL/VxggGnga9zAY41uI/dv7RzUaauK9zC1PCuhA+7lYrQWa9z&#10;BJTxr2VfrA40U09qJr3MPkwudpjUfUOVwTtqwWpNe5wNLRsCNikj/VHPADbVg6qvciNQ0wN5IFYf&#10;ADnigKrxdVXuRv5NhzR6RqT46DjWhNOh9Sa9yOcEomJZYE2/QOX04bKdL61Ca9yI2A4ab/ok+4cZ&#10;KU7SIpwvrSJr3OEuW8IZDeFDp7AONBpLleS+teNe5ikypgp27owungRyqmgmr/mVpr3IcuS8Hm1j&#10;27vAW41oTTn5gp4GvcjtkbCyfsKB4kAcYLQq35meNe5HmyBgzLcnxv28ObDKTTybkjYa9yL/AJus&#10;IckG+vbW3HCwDsp43SuFe5gHTTDwSRu+Hvj+njX5aKcF4QMa9yLN0xpZP3iPpN+N90K8L6vcxf5r&#10;oFX3nuP+JHlixTwzDVXuQ26YUqD3ex9pvxObenxf6q9yMel9Nu2q9j8OOi3q4vor3MR6VzD3kdbD&#10;xP8ARxg22NbGYJr3IcnTGuU3B3D4L/Zxssaasq+Fe5Gfp5W9rW+nnvy9P/nRXuYx0+xEjarC3wI5&#10;ruDTRu0k7DXuYz07xE/aAa3stypYNPC8SNgivcwnp9igOicr3JG2rfnRXucGyDipj3+V257u69+d&#10;Fe5h/qLjCL70LfdzSWdWNXF4K9zCMk4qmpha36+HNFuaeN4K9yG+Vq5G2+QxPfRbcbDdaTchVe5G&#10;ky7XA+9A1z8L88W6d/MAV7kd8t1qDd5Lf8gnldFW/MivcxfyaoT3DE9z/qH+jjnd0934r3MTYLVJ&#10;oYX0+HKd3Ve9r3MRwurvbymA+jmu7qwcmvcxnDZr7QrfHmi0TVw5017mNqGa/uo2nfmgyat3gr3O&#10;Qw12+0hHLFutF0V7mMYTNIdUItxsCar3wr3OJwog2seWKCKt3s17nhhjfugjmtJr3eV7nA4W9+3N&#10;6a93le5yXCX7kc3oq3eivc4Nh7jw57RW+8r3MbUDWGmvNFNW70V7mT+WyoLnx41TZcB2V7nA0kw7&#10;rp7ebAmrhde540k8eqrfjmmrahXuY/kpvjymmtahXudfKzDS3L92TToxr3OJo6hjcDntBFemK9zw&#10;oqgam45UgitTXucvlZvaeUr017nawS3tzxFUVXucGppgb81XpFe5xEFR3PN16RXudBJl+3zUxXsD&#10;sr3PGKa1+e1TVwK9ztVlFu/N1oia9zvbLs43qrWmvc7tN2HLg8a1pr3OXlyeHNd5XtNe52PNXmtc&#10;17TXud+ZLzWqtaRXue8x/bxTqp7SK9zkJH9vHeFUKRXuc/OddOVBim9Fe57zW7jm5quivc785+ar&#10;2ivc5LUMG94c8pVaKK9zkag30HPCthuvc7E5trpy9b7uvc5iYHvygpruzwr3Mqyra45onGmi2a9z&#10;vzSe/HapFe5yVrnmpr2mvcynTU8sDXor3PBz2GvNTW9M17ne4nuOemvaYr3Oae3mprVe5zQpfnpr&#10;0V7ma62OvLBVUKa9zlH2015vXXgIr3ORJUX7c1OrCvETXucfMJ/eP3c8BpprTXuZ1I7bjyij1Ck6&#10;k6a9zsP35cLEVcIJE17mZCjL73GypQpkpIr3MoUnsb813ihWpKa9zskDQ9+PJUTtp4Y17nVn4olH&#10;TVpTXudjvpe/G+86KpNe5kXcPeYkcfCpr22vckK3ihufp4woKqpFe5yZpTobH4g9ubSCKqBFe5zj&#10;JH2m/PjpJrxNe5n8yQePLaq0K9zwmlN1DHj6YiTTte5zjnnAtq3KlYrWFe5mSSpDBhccbK08a0SK&#10;9yYs1V4njXeN9NM6hXucvm5gPtcdAqwQmvc5rXTXAuebia8UV7kg4hNu78sGorwbr3Of8xm9vLd3&#10;Wu5r3P/UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3IlfXUWF0M2J4jKsFPTRvLLI5AVEQFmZidAFAuTy6UlZAGJOApK&#10;++i2QpxwhKUgqUTgAAJJJ4ADE1zRHlcRxgszEAAeJPYc1cs/Z/rfVj6oMV6mVoY4NRSKtHG4NkpI&#10;GK0kZB7GQ3kce0vzvN9K3ZUN584aDyZYs4uH8MFOT+ybPA6liSDgpttYr5Ee3PtFXvbmD98CQHD3&#10;TAO1LKJCcOBIlauhazQgdVMwJ0t6WjB6N9uIYiGhUg6gsP00g/4ivug+BK8Hvn1w1zKqvTnuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7hceu/UGXDaVcjYCxatrQBNs1ZY20EYt+9J/D6Rzj39Uva8d37X+zuXr/wAouE/5&#10;QpJxbYV/reGxbwwPENTh+0SRM26mTh9X5p37U/bPFQ4+Sfj5GjT+nHpcMdxIZ6xuO9HRvamRhpJM&#10;P3/isf5t/wARI4v+kfTiPIGAhK1QcSqwr1Df4f8ADED7F8fab+FucJ7G0Fq3j9x2/h6UIM0v/wA8&#10;vD7RgPx9fhR8eClMzpdivvJ2Pt4ajAUF0mvcgOdrbSbg6/fys6sKUTXuYZJADtX7+MHwiKUjDGvc&#10;jMoc2Ld9eISavNe5wURRtysBVbjVXuYJ0j37g3fXljhSoCK9zBKiqBta9+JVbK3XuQzZWNuNFMir&#10;ivcwtZQS3GzgKUmvc8Vd0ue3LkYVuvc4Khd9rDbzVUr3MbeVG20nd8eMEcarpMzXucJZUAHljjgM&#10;UrTXuRg/uk240aqTXuY2eQqI/Zz01qvc4bXA7DjCUxW69zgZfL0cfdxQDVkivcwBYHbdNe3w5pap&#10;pSozXucW23tr8OMEacavMCvc6Md215TbTeqvcxbURw+33RpxPGqnNVe5yDxqdBpyscKTxJr3O2mj&#10;2+PPaKeCJr3MZ2yNYX09vLBMUo0hGIr3O/LWIlnF76DXlyab7wk17nRWJTtBa3fjM0oIUeivcilZ&#10;Abjsfbx0GvNqr3O7EGxJH8OOE8xV9gr3MojVxo2o+HE5xpIVwa9zEH2AhjccuBSwtheNe5zM21ts&#10;Y0AuNeNKTSYM417nlmDaPsb6+UBq5SE7FH2V7keYUrNsKhSPYf7ObKJxrYE8Zr3OG1HAjB0Hx/s5&#10;RKumnAIr3MbRot2bsPjy5TIq1e50I1ce7/HjGivV7njGp+y1voN+W06a1Fe5HMQDEkg/f/Tylbr3&#10;O9se2wF9R4c3WoJr3O2hjLHcv3W56atNe518ojr5gGvxt/RzWFemvc6aCI67V9nYc3NOSa9zB8jE&#10;v2lU376c9Wgo17njQUlhsVLnvccrTmoivcxHCcMVrFVLeNhzwFa1mvc4NhWGMbbAPq5SK1rIr3MD&#10;4LhI/wByt8dOORToeNe55MAwyQWWMDjAaFNh4zXuYGythgPvIL8c0xTvfkV7mOTK2FbdUHKkVv8A&#10;MGvchSZSwtwFC2v480BVhckV7mJslYbuGp45FP8A5w17keTJGGO10J57uxT5u5r3OnyLREaHlCiq&#10;/mK9zE+QaZiu1vbxsJr35spr3OB6fwbtTy2k02bw17mJsgxg2Dd+a0U4Luvc9/m/Rex57RTv5uvc&#10;9/m+X7QPGNGNV/NmvcwvkP2HjvdTVxdTXuRzkOUmwP5c93Ip78zFe5j/AKgTKbkn7ub7sCvC7ivc&#10;6/qHJyqkaqbVdlVe5xkyJUWsv8OVDIrwua9yGckVI0Pf6OXLcU+Livcxtkqbuo0+jjZRVhcgV7nB&#10;slVAFwPy5cN1Y3INe5gbJtQv7p+7ntNWD4r3I5yjUXvtPK91V++Fe5xOU5Wa4Bv9HKFuKop8V7kd&#10;stTg7dp5oN0oDwivc4/1Zm8VPKd3jWu/Ar3OIytMNdp+7ltFe/MV7nhltj+6eUU3Xu/VXuYmy5Jf&#10;RTywRV++6a9zgctyMdQeb0VcPGMK9zmcuOFttPGi3GNNh8gY17nH+rUhF9vNRWu/r3OJy6+29jyp&#10;mrqfr3OIy6+zdci3w47GFWD9e54ZclIsBe/t41iK0X69z39XJgLWtxsk1oP17nf9XpQNQeXSo1bv&#10;q9zwy9Oo1B28UazXu/Fe5yXBZfYeMajTPeV7mX+STWuAebCiK13kV7mJ8KmS1web1Gng5Xud/wAo&#10;mK3seUk1Qu17nQwuYeB5fUa13te53/LpUNrHm6trr3OX8vlDfZPPV7UDXud/JyKDoeWreBr3OHyc&#10;lrkHlKtgK9zxpXOgB5aa3Ir3M5o5FF2HfvygGrbTQM7a9zr5MjQDTm9MVaYr3O/lHtoOWCorWBr3&#10;My0zhux7cbUKqoBImvcyxwNY3H18soxSdyvcy/JS7d27mtfVVgtH9H317mQQEDjeqmikGvc5eQT3&#10;HNTNNnDCvcyrTW+zx8mtxpr3OQp3HK6q3Ne5y8gjw5tKpqte5nMCAacoF15OFe50tNc6cc1Vcma9&#10;yQtO6kbfHnh4qrXuZBDNrbvxwJApvjXuZVik7NzxitGvc4CkY9+Kj4dlPAzXuZlpFtxguGqExXuZ&#10;RTgaEd+VKiqmyZr3MnyyezmsarNe5//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KxPxRevR6bdFo+l+Bz7MVzgXhk&#10;2n3koI7GpJt280lYtftKXt25MO5uWfm7jvlDwt4+ajs9m3ziucH1Kb8f2eycZayqHrwlJjalhMd4&#10;f88kN47UlfRQk9M8D/mOMHE5lvFSWI+Ln7P3d/u5WV0fycMn5MgiqE21dXaee/cFh7qH/iK2Fvbf&#10;28+4r6fuz3/Y/wB3WkOpi4uYffnaFLA0NniO7RCSNgXrI218lm8WY/zG5JB8KfCn02n1Puiindb8&#10;8HO+eqiamfdR0V6ensdCFPvuP+Jtcg+y3s4KfM36AlA/z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3EdnvOFFkfLk+OVdmdfd&#10;hjv9uQ/ZX6PE+wA8x97Tu0C27NMndzN+FKHhZbmC68oHQjywKlkbEJURJABEeVZcrNHg0nZtUehP&#10;E/IdcUuOnmSK/qBmmny9RXVGO+aQC/lxL9pvp8B7SQOAV0JyXW5nxqfqpmr9K5kdqbePtyXs0tv8&#10;KfZX2HtbaOfJU9fXO8167md8orddWVqUeKieA4JTsSBgkAAQAKyHzV9No2LRnAAAHqHR5naf1q07&#10;B8Iw/AcLgwbCoxFT0yLHGo8APb7Se5PideG4kNw0ii7X04bHoqNYinLkOdtsm7bcj48pwirpRNe4&#10;3ySW91/HjAGmtoQeNe5HJUAm4seJHDNL+Fe5hdVYgi2nEUTTcV7kWRghv3PNBITT6cK9zAxAN2tr&#10;Y9vby2NKa9zBIUBMbdz25Reyq17mFRGQSQSe2nt42knZTkTXuZTTq6bmIAHe/NFNOa+Fe5jklijs&#10;sXPTT1e5F8yY6k34ya1Fe5HNyNxXXjWo04DXuYJJHVTuH0c0BNWGNe5iI97tpzYFV417mTyHsZrc&#10;8QKcwr3I+0ILspP1coTNUAr3OksxJRSp+IvxuadmK9zhYq/uKT7T4DlThWgZr3OLKim7G/HE+MQa&#10;3qnCvcxlmQ7m7HlPKrBM17mOTYRbaT7T738ONIwT107EV7nTIG1XUcTEHbTM417nhEtvdjv8bA6/&#10;XzxWFGKd1kYV7nFzFttNHtAGpsPu5fTBrydte5wWMRqDCoAbtqDzVeJ6a9zKC4G0EHXxsLcqoDhT&#10;YKB017nF1n1KMp9vblwBS1vSNle5wiikmY2dFsP3u9+bNXCga9zkFq3upANu2vGyI2UyodFe5hdD&#10;vKqBoNRy4MUoCumvc4CEhVd9NfYOa1ivahtr3PMTfvb6xxruzzFVSg17nRkO3aWJ+7j2wU/MdFe5&#10;gNtpKKGt4acZUJqoM17nEzWIQpqP9XvzQJq1e500t0usev0ctNbr3MbCXbfy7fQAP4242ozWpr3O&#10;g0zrtUW+79nGdlar3MR8w6Ob2+vmjVgYr3OrsT743fVytUr3OHluX322j6Oerde5y8l72X3h3vfm&#10;63Ne5x2oxLAd+Wrde5yWE2OzT6OaNb217njGABEupPe/PVWvc4Kih9AP7eemtV7nLYzNZu3089Vw&#10;a9znqv2VuOeivV7mNipF15urba9zF75Nhr9XPVo17mXbbV1sfDnq1XudiJ3Nwv581Wpr3OPlOO45&#10;oCa2nCvcxlXvYA89iKemvcyDzEtu44lRFamK9zkSSL635YqJqpxr3OwZABbw41NVwr3OlL9x+3jm&#10;k1eK9zKBKPe43spk17nd3ZtQeerwFe5yBbb2PKxV69zo72INzy0VWK9zKAx789Xpr3PKrBte3NVW&#10;vc5uqEXC8tW5r3OtgIBC/lzxr017mRUW1iv5c9Nemvc6MER7p+XPV6vc4rTw/wCD8ubmtzXudikp&#10;Q2iC/Kba9tr3Ov5fRNclBfm6tqNe5kbCKMruCge3morWo17nAYXQlNQObirazXucP5PSBfsi/K7a&#10;rqPTXucf5DRuNxAF/hz1PhwgV7nD+r1CpsbG/PRNaLqjXudNlujY6AEfRz0ThVAsjjXueTLVMb2U&#10;fdyugVfvDXudf1XpyLWHHCJrfeGvc4HK1P8A5KwsfhxspFe7017nSZUgJ0tYadueCQKt3xG2vc4H&#10;KyAX2i/0c3pBqwfr3OH9Vlv9gc3oFb7+vc6OU7m9hypFV7017mP+qC/4eNRW/wAwa9zzZSAXRee0&#10;1r8wZr3MS5R8SvLBNOm4ivc4tlEj3gvN6av34ivcwPlV+wTmop5Lo417kdsqyOLsvPd2Kv34r3Ol&#10;ytIdWS/KlsVXvJr3MT5VLH3VtbmtIFXDkV7mNcrPfaB+XGu7rxdr3OSZUNz7vN6BVe9Ar3OJyrIh&#10;JK8cIC9lKC/3le5x/qq+lk78b0xTXf6cK9zicrvqpT6+UKRxqvfaq9zv+rLE3C+HbniAaup3DGvc&#10;x/1Ze9gvfl9E17vga9zmctzBbWFvo5oJmtBwV7kf+rs4Nrflzfdir6hXuZFy9Nt7c13YrWsTXucF&#10;y9MpuRzegGlC3ARXuc/6vzHsONFAFMaxXue/q/P4jldFbK4r3OC4I4Pbnu7AqxNe5y/k0m+2wnld&#10;FUCq9zmmCz7rsptx4IFOlYr3OzgsoS5B+PLBAFM6pr3Mi4RKo0HLaQatFe52cKmPcc0MK0CE17nJ&#10;cKlUWtzc1oma9zmcNl8Rf6uVrVe57+Wyf4eWitTXuf/WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc4SyxwxtNMwREBZmY2AA1&#10;JJPYDmwJqilBAk4AYknhXYBJsNSeau/V7qHL6sPVdiWdSxlwHDHENEp+z8nTMVgFj28+QmRh/rMP&#10;Dncn6W+y0b1Zywy8mWbaLm4kYKKSNDZ4HUvSkji2lZ4V8knb52inevM7i9QrwE9xbjoaRICh0avE&#10;4ehS4oRuo2OjpZ0nalp22YjiAMSW7h5B+kf/AKFpoD7dvBu59gFcsKrw57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nFmVFLu&#10;bAaknja1hsFSjAGJJwAA4mtgTXJVZ2CICSTYAdyeE3xVsU6+9To8vYKW/ldFu98dhGpHmTfS5sF+&#10;r48+VLt07S19q2eFu2UfyVsVIZjYrH9o95uEAI6EBGAJVOUWWWyN3LTvHPvXE+fBPpx656qsu6I9&#10;Nk6f5VV65LYlXBZKgnugt7kX/AA6/wCsT4W4d3DMDXB8Oiw6ip/KgpkWNEUaBQLAcxmUnuwEpEAV&#10;Gr1wHVFUySZNDRyLNBPAh9wi3HZnbTmqvciM7p757+NxymyvJma9yDLUJI1itu4J5RSgTFGrY0jG&#10;vcwkRX93+PE5bPGtxNe5gbYex/PiLUKoZFe5guBHvOmtrX5oEGrieivcw+45LHsOXiKVAivc7SKM&#10;ku2t+3G5xrR6a9yKzxxtdPr4jWeirYkYV7keWUasbFT342JNOJTxNe5jEgIBUiw8Lccinpr3MLGJ&#10;LkePx42asFCvcwblOv7eM7atPRXuekCMAi9z2vy4MU4DXuY2DCS1xf2c8TNaJr3Oy0ttoIs3bjBq&#10;k17mBmZRvB45opwYV7ng7TjU8aIitHGvc8Qqiyt9PKEahXgIFe5gYBl2Kwv7Lft55pWmqpONe5iY&#10;LcLuGnf4c0kaTNLgqvc6CKCWMgY/QR+3mwmqqUTwr3OJ/RIXZtfo4xsJpsCvc6AcqGkawOvK6QDN&#10;ORXud6gHtsPt5tKpNbBmvc4k7dpU+ItqNNfo5tPjnqq0V7nARhUKh2uTe5I/o42KdiOHu/Wvc6aO&#10;4/SaHw/t5eDVwQNle5haAECUyg3uu3ba3xvc8uB01VJjaK9z3l7WF33EdtdO3wtyppQCK9zkIQw3&#10;IAD+8de3382MRSdTkYV7nTQqANzBgPhb9vGZHRXtY6K9zAflw+xip+s8aJjiKUq6q9zifIBICD/k&#10;I82FTTCSdmPur3PK0RIYIB8bnjycKUBJG2fWvc5Exu2oYbe2o/o4yVThW69zy7Fvox43jW69zgzA&#10;jbtIP188TNVr3MDM0YsCNPC3KV6vc7ZpLAqAL/XzVer3PNI4TcSPqH9vPCt17mNmkfvoT8Oar0V7&#10;mMbv907+BH9HPVWvc5EfukbTzc1avcw2YW97afhzdbr3OW1k94ndc81XjXuZNvjb8+aqte5i8g3v&#10;c/fz1WECvc5hXP2j25ua1Ne52Y27nnpq2qK9ybQ0rT7gLDTueerUzXuQGibzCA+gPs5uvV7nRLp9&#10;jXnor0V7nAGfv3HLbK8K9zmC5HblSa2TXudESDvrzdWr3OdpCvNGtGvc5DeBytNV7nFXnHj+v3c3&#10;Jq817mQTP489Va9zKGP2+ar1e52Hf7Pa/N16vc5ErfXw56a9XueEijw56vV7naSXbtzVer3MzP72&#10;wfTzder3O9+3Tnq1Xue81gL81W69zn5jbbjm69XucbsLHnor1e5lABN256t17mZVRrN7Oer1e5ls&#10;oBAPfnq1XuYilxbcObr1e5y2Le4N+Vr1e5ku3bw56vV7na2bS2vPV6vcyW2rYi/N1uvc7SM2LXI5&#10;ua9Ne5x0JtzU16a9zNfTZ4+B5qtzXudBdy2JIPw56qnGvcyBWJ7307c3XoFe52ASLnTm5q0Cvc5/&#10;ZIueVONVJAr3MmnLirwK9zlYHQ82RWzCRXucgl7DlBXhEV7mQx7TYjntteEGvc5iFTzRqxmvc68m&#10;IHay2HNE00rw17nIU0QFl1HLBVeSomvc4rTRBtR3+HLmIp8pkTNe5JSggLagePEgM0gKyK9ziKCn&#10;77eOVoLJr3M38tgbuONz0VvWeFe53/LIbXA5cCafBwr3OIwmJmsRodebgca3MV7naYFCQW0vzxAF&#10;W117nTYEl9ANRz01fXXuYxl/cbBeVAr09de5z/q0vivLQK3q669zh/V1ALleVIqpXXucRgCG522H&#10;t5YCvAzxr3OjgCEW29+b00+MK9zG+VxewHfmtNb16jFe50MrMq7mUgfRxuJrynOFe52uWFY7rEfV&#10;zZTViqK9zs5W2qWa9vhyiU02klWyvc4tllf8JG7ty5EVuCMa9zn/AFYFrW1+jlBjXtZr3MYy9fUr&#10;p9HLlEU7Ne5x/q2W/d/LjRFe1xXueGWXHYflzQNbDle5y/q1J/h/Ll5q3eV7n//XL/znZX2YVuUc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;ID+I91z/AMz3p5q8Ewqby8YzYXwym2mzLCy3rJh42WI7LjUNIp5Ju6eW/n7oKUPC34j5/wAI9uPk&#10;DWDH1Bb6/wBk8hWy0qHruWURtCCP2q/RB0SMQpaTS76eYJ/N8fSaUXipbSN7Cf3B9+v1HlO/QrKP&#10;9WslpX1K7anEiJ3v3CW/RL/yD730sefbJ9MW4X9jt3EXTyYfviH1ztDcQwjy0EudILihwr5BN6sw&#10;/O3JQk+Fvwjz/iPtw9KLr6hs6/1qz5Jh1K+6kwoGnSx0Ml/0zf8AIXu/Qo4NPOjNRpQDc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9wvPXrPcmEYWmTcHYmtxEWk2assRNtoA1vIdB8L+0c5I/VR2pndrLxkNkqLi8T+1KTi3bkkE&#10;dSniCgf3gXslJqYN08p/MufmHPtRsnir8E7fOOujO+m7pv8A1hxw5zxWO9HhzAQgjR5+4P0RjX6S&#10;vsPLDvTB6bKHpR07g/rFTb8bxPZUVxI1juP0dOD7IlOtu7FraW5yI3f3aRl9uC6PGrFXV0J9OPXN&#10;AreHeBWZ3B7s+BOCevpV68OqKP3wfZ8gYJqHh+032gBoPo78F6srZVw91AxN+4jiPZ+le4yVfTPB&#10;SGAQDx7X/hwpVkba6Vt5ovjXuMtV0qwZ1cgAHaNdv08LHN3UK40s/mikmvcYqro9hLlkYrfwup8d&#10;fZwq/s2lGzGl6c2Udle4npui2H6hXX7j/RwvVu8rVKT7aME5ooV7jRP0SpwPdK/lwveyFY4in/5x&#10;G2vcZp+iUim0cigDU68LVZG4NhFKE5xNe4w1XRjGFJSBgV8TuUfxPEC8ldH76OE5smMa9xkl6SZn&#10;UkRLuA/1l/p4iOUup4T7PxpSnM21DExXuMMnTTNiO36A27eHEK8tdH8JpajMWyIBr3G2bp/maIWF&#10;IzE+NhxN+TdTtSaUi7bO017jXUZNzDFdJaVrjwsOJ+6UOB9hpQLls8a9xply5iqfbpX+7jRaKdo9&#10;5pQHesV7kCXCq2NADC4t4bTxMpPR86eCtWMivcjPT1Ci2028QRrxma3Ne5haNwhDIC3gfZzQINOA&#10;ivc4Dzb7ioA/h8eUKecKqrHZXuY7uf3dONyRTuyvcxvNEjWljJHhoeOcK2BXueZ4QQ3a3hbjBUK0&#10;a9zDK8LtvZbAe0HmwoBNXSMK9yIphJKtEoLdzY/0crM08K9zphFEdqm554GtherZXuZEmVfd0ufb&#10;ykiabnGvc6DqxvqD4a6flzahNOKwr3OZG7Ru/wDxP+3iQYGmknGvc4sDoign6zxWMBhTte56xJ22&#10;1/4ieUCT1+wVdI6T8Pxr3O9QD7p3D7vv7c0VEVY+UdYr3MZEbXYR3bTupt+Y4yfEabmeM17mJ4ol&#10;O0rY/DsDx1KdO2lYBHM17nIXDAEX+g8qMKaMTjPsr3OMkMe7YikFtb3H9PN6adwFe5i2S+X7u5d3&#10;e9+UJPXTQ8Ne5x2VMR8uPcGPju0/jxrGtlIUZr3OXykgNpH1Pe7D+nmzNW1xXucBD3uwIHxHKbKd&#10;GNe5xVY2batifr/o5aSa8PFXucXip76t748Du/o5SCK3XuYbwW2tbcfgf6OVrwxr3OV1KgE20093&#10;+nmxXq9zGFjbUP8A8m25ativc73o93a5ZdAL9+NGtzXue3Fmso3W7/D7+eq9e54kSEm5t8Qbc1TZ&#10;r3O1dQNpt9XLCtivcxGRVJKDXtzxrcTXucQ+73iCT4c1VYr3PebJe1ueiq6RXue/S31vz1O4V7nM&#10;yuFtYnmqZKZr3PCZxHpcHwtzdeAivc5KXN2b3ueq1e5hdixsNOWq9e5xIk+12Hs5qa0MK9zzMVGu&#10;nK16vc6VmY9+XrZNe5mu17X5qq17ng5va/NVuK9zNY3tz1Vr3ORTTmq9XueDFRbnq9XuZSextz1e&#10;r3Ogylr2056vV7nO0V7c1Xq9ztdnhzder3O2sHueer1e5xtc3PNxXq9zISu23gear1e5wQ2Nhz1e&#10;r3OZNyFHflq9sr3HFaF9plf2c3E1UGTFe5iICqAOVq9e50Eub81Wq9zsoR35aK3XucvLKjcOVrVe&#10;5zU3F+br1e5k0I937+ar1e5yBsLE3+PPVqvc8VJF789W69zlGpI0HPV6vc7tdxfS3PVUkCvc5g67&#10;m056r17nIq2jr489Xtle5l2Hve9ubivba9zL7r2uOeppSAK9zJsU6DlUgq2U0kxXucwoHNzNLgQq&#10;vcypYEePKEEUlKSZr3Mz3FtOaGNMtJnbXucRJpe3PEGnVNEca9zOHS1rWPLGrhMV7ngQe5F+NVQu&#10;EGvcyhAAbjjgMmK8V6yK9zJFFY77/VxxyE4U4tQIgV7mVI7D3hxgAmmQK9zKEJ7cvoNekV7mQRkC&#10;1+V2Vea9zmEst7i/KlOrGqETXuZRFfTvceHPAVUI6K9znAo3AkaWPjzdKXvDFe5KjiAa/hys0xpr&#10;3JS6CwNrajldNeivc5IfGQ3v4W5vZWtNe5nEYtutoew5uasBpr3OOxDbTS/NzVpNe5kEcXngMObm&#10;nZgV7nJoyVKEArf282KbSemvczLDGPeAA0Hbl9Vbk17mRtiKA63+Fr8qCTXkyeMV7mQRRSJ2+q3b&#10;jaqtiONe52YkZhJt7fDnhWtVe52KeEoVIFhyxNb1V7nJKWM3Y2sPo57hWtVe5JFJAy7tLcqBW5J2&#10;V7nfyUPLRXpNe5//0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Naz1qdRG9SPq8fKWHSmXA8rk4cm0+6fIbdXSi2l3mvGGHcK&#10;h51d+nbs3O+ea2uXrSdDqu+uD0MI8ShPDUkBAPBbgr5h/qZ7Qf51m73dKlq0Bt2uguA/tFdH90kS&#10;NqG0mhXr8WXph0nqsxPZayoW8QPfzJBthHx2j3iPp4tERY1CIAqqLADsAPAc+2htCWkhKQAAIAGA&#10;AGwAcAK4lkziarid3kcySEszEkk6kk9yecuO1quPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xkzHj1BljBKnHcSa0NMhYjxY9lUfFj&#10;YD6eRxvdvTa7l5a/ml4YbYQVHpUdiUJ/vlqISnrInCjOztF3zqWkbVGPLpPkBiaf8r5cxHNuP0uX&#10;cKXdNVOEB8FHdnb4KtyfgOIH0e5APU/qjVda8+KHo8Lm300bfZkq7AxgX/cplsf+JbO+vPk0OePb&#10;8Zy/neZGVLWVgcAdiEJn+BpICU+SZnGp73gcGWWibK3wKhBPHTxPmoz6T1Va1lfLmHZSwCly7hS7&#10;YaVAoPix7s7fFmuT8Ty4Fs30LFUd/eHYeB5MAzNsnCsa/wCXKp/5yTM1DK27cN/s49/M0UycvVXu&#10;ZRj2HzJ9pbHTTlUXjS9hppFkqvcwDEsMm91m3AjTjhuGxxp9doRXucZMQoJR+kIbwAt7Ob/NIGyv&#10;dwtJGmvcjMtBNop2/r9PK94lytqbcJg17mD5aiY7b/n/AA+jsPhrxopbO01YII217mB6Cmf/ACZ7&#10;8TFhur/bXuR2wtHQgdvE8p3aTV9Rr3IEmErb3ND25U2+Hhq4UR0V7kaTC/JWzEE6afXwuNuR1VbW&#10;eJ9le5Ekwlm3BV2gEDXiQskHjV9U8a9xumwkke6gJOna/GFoVzH4Uq16Rtr3IFTgqiwaMf8AIA4X&#10;G1naPh+FPB5XTXuQHwClvfyAx/4iL8r+TSRspQl9Q417kOfLGEy2Saji173U3/I8LzYpP8INPpul&#10;p2KivcaZ8jZeqAVmoY9o7EAg/wAeJlZchWBQPSfxpUL11OOqvcaH6bZWYaUY7e08QHKWuilIzJ7p&#10;r3GafpDlM6mKRW+Eg/5p4mOUtf33tH4UqTmbqdun2H8a9yBJ0ey2w3MJwPCzKf8AmXiNeUt/33tH&#10;4Uo/mznQn2H8a9xqq+iuBPFannmhJ8WCt92g4XHKUEYKI9h/CnU5w4P4Qfd+Ne42VHRHCGhCxV8p&#10;e3dkW35cbGUAjBXuowGcr4o9h/SvcaZehsYuIq87bDXZ/bxOcqUP4qeGcH+ga9yFJ0OrQd0GIof+&#10;JIB+08R/ylf9IVdObIT/AAmvchzdE8zIpkpq2nkvpYjlFZW4NkH1pSM3bP3JNe41noxnlXtE1MwH&#10;+seJjljquAPkf0pSnNGOGqvciVXSLqDCpaOmjc6DRv7OJv5Y8kyE+/8ASlQzFjiSPOvca8R6cdQq&#10;BzDU4a5soO5AW8Pq5VVm+P4DWxdsqMhQr3GKTLuZ6ddtRSSqPaYyP2nhebVSfulPpRh3rbmwj2j8&#10;K9xuejrKcGPyXDAggG+p+7lCmKeSsKwr3ODT163XTTvoe58OJDIP6UpCAOn5V7mATz7SrkFgNdba&#10;/WDx7bW1Hkba9zCkjXO8kHw8Rz0T002UyONe515024lddpt242oFNKIgcmvc8ZDIu0sp+/8Ap43q&#10;pMkRtr3OizSqACBb2c93gHP608XAK9zEVG4Mb/fpzROvZHPrXtYPEDzr3OxNTi6sB9XblYI2xW4J&#10;4g9Qr3OLzxgXhIXilNKO7I4z1RXucGmQ/pGBcnxXiYmm69zuU020FtwBv4eOnjxqqzpr3MPmwG3g&#10;bAHXmwacIr3OiU+zH3Px56arXucFWTX+kf0c1Xq9zJ9lvdv215er17nHcrgC5sOaNaNe568SjdGC&#10;LeJHjyoqor3OSWfUa31vbl62TXueJI056qzXucWUgb93PVuvc8jOX/SNpyler3MvlRMt/M+rnq9X&#10;udmGNYiqG5PN16vci2cgKvcctXq9ziokVtRz1OCvcyKzquvKV417nmZXYg8sKqK9zsRgglfDnjXj&#10;XuYiG+1zQps17nLyyNeWqwNe5zDSo2vPV6vcy+cxOg5WvV7nZJOp56vV7nW8qbDmq9XuZBOXFgOe&#10;r1e52sgPvfVz1ar3MwlF9o8Oerde5zU3156vV7nPW3u8ua9XucfdB3Nyler3OR2kbhz1er3O0Yq9&#10;yOOkVs17j9HUtMojtZTxxIwpkjTjXuQ6inigJN+/KrwpwGa9zBDGXa6d+J9ler3JMkAiXcO544DX&#10;pr3IDsw90cpW69zmqyi3sPPV6vcymR1O0eHPV6vcye8415uvV7nNUbuOar1e5l7/AG9Oer1e5kDx&#10;hebppQr3OvN3GwGnNUp2V7mRJI9+0i/KkTTShOyvczeagJAXlQk00EGvc5KYm+0bc0UmqrSa9zMu&#10;1tByyVaBFN17mcBFXax15UYV4JMzXucVRSwIv9XHiZFKVKgV7nOcKLBr240ivNY17mURkqEA90+P&#10;NE02pcmK9zwjRpOXNKRsr3Mwp9bqPr43SfUobK9yUsRsSTfmtmNUxO2vcyovu25adZqwFe5yC82T&#10;pq0V7mVRfQc93lUivc5ixO3lZmrV7mUR2H1H+HHf4a1XuZtg1Jv49uMJwFOAxXucyiRpoe1u/wAe&#10;bmtK/aV7nvMjVeWird0a9zDvdTuvoeO6hFKJERXuco6jc20g8a201pr3J941F7k/TzRFMV7nZ2H3&#10;b2vrzQrYr3OayKV9zUjnjWzXuZgbllJP3c3XhXuZ4y+1QOx9o56vGvczKzXJbvoBy4rwMV7ndwXu&#10;wIa5+jlCKqTXuZt1zvVtB4csBW69zP77Ppaza88RXq9zmu1nOgJPK7K1XuSSCLIV+7npp1Jivc7/&#10;ALuamtaq9z//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vcLj6sus8fQXoJj/UGFwtekPy2Hg92q6j9HCQD38skyMP8ACh4K8ky/+Z3K&#10;GuEyr/FGJ9uzzNY/dqO943HyO4vwYcCdDXW6vwo89M6yP6KTShytg5x3HIKAj9GTuk/4gup+/t9f&#10;Nd/07ZZlp8Iqs5Yhdp8QcojMbsY1b32udTve9/8AiIPPsQ+kDcT+VZY9nryYXdHumcNjDRhRHUt0&#10;EEf8CSRtr4wN9cyNw8GZnT4ldaldPWB8TSA9UWcRX4/S5Lo2/Q4eolmA7ebIPdBH+pH2/wCJHhke&#10;dj6hKiq89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9wnfW/NNVm7NFP08wJt0dPIPNt2aYjUG3hEt7/G/s586P1WdpZ3jzFO7t&#10;kqWbVUvEHBdxH2npDKSQf79SwRKBWR26uXixZN27tUPD1J/FR90dNHz9NHTv+TYI2eMTjtU4gu2n&#10;BGqQXvu+mQi//EQLdzwwOTc9TZEy5S5Xwb9HTUqbRYas17u7W8WYknnNBpIYSEgxHvpu4cFwsrXi&#10;T7qNLxXL1sxJFs5vxtTx2AmaThps8K9yTH13qAbufz413jvTVxbNpxivcnjroNqq7bbcYD7yeNNm&#10;0bVwr3JSdd42awlYD6+b/PvDjToy9Cq9xxTrkot/pBHwuea/mb6dhq/8qQa9ybD1zYH/ACwP08Uj&#10;On08aSqyZPATXuOkXXLx84/UeOjeB9PGmDkc/wAIr3HGPrrZSHlY+7buPb9PN/2ncSdp99MnIQqv&#10;cc068RsxZmJ1014ZjehQx/Cmju7GyvccI+uuH32M5Vjrxajesxj8qT/2fURsr3HGDrhg7WDykFdb&#10;kE/Dj6d7NO35UWq3fUOFe5PXrTgTk/pxc6/Z4cN71oI20ychX0V7jhH1cwF7MKhAeL070IVtNJDk&#10;LnRXuOMHU7AZTdZVN+2vY8eG8DS9ppMrJnjtFe5PXP8Ag0rWMigjvqv9PFIztjZNIVZQ8g4Cvczr&#10;nDBJiSZVue2oP8OLBm7J402cud/iFe5KGOYQ4skim/fjwzFlXH4U1+UWj+Gvc5fzHDH/AHl9nYcU&#10;C7YVxpOplX9Gvc5GbDZhvFr2v34337auNNBKk/w17mPy6CS8hKhreJH8O/Lfs1UoAWeFe5ijgpSS&#10;WIJNu1x/G1+bDbYrekmvcxvhdLJJcG3x/t433KNoNUAINe5wkwuNk3OQo8DtvypttXGnZNe5BlwY&#10;NZonszaHhaq2SNihXpKa9zFLgk9y6EMbC/G/yatoNOJXGOPt/WvcjNg0q7i4UNa9h9HGlWqlYmnF&#10;ulRwn217kOXB5QofylN/YAf48RlsnAirh8jpr3Mf8vaPQJYHvZV/u5QojYKe7wEY17mVY6lEsjSL&#10;4e6x7f8AA6c9C09I8qaBr3OP+mqyu0kh1FgSTpew5YpKqUkivchmjaRVSWOOwWxDRq1/v4Xra4aQ&#10;fMfOmwqDhNe4y1OWsHqgPOoKV19hpU1P/IPESrRHFIHvpcLpbf8AcyoeSv1r3GyTJeV5I7zYPRs3&#10;sMCAAf8AIPNCxb2QMeqPfFKk3twMdavVX617jbL06ybINxwtNe2xypPwBHbiReWN/wBEe00/+deX&#10;tWfYDXuQajpZkWZNklBIh/1Z3P8AE8YVlrSREH2/rStOZvJ4j2CvcZZei+RWChUqk23vte+6/wBL&#10;cLzliBgCRz50+M3fnhz5CvcbZOhuT2B8qqrImPhtRgP+T+eOTpV/ER50+c6eRiQPafwr3GeXoTRx&#10;qxo8T3mxt5sTfcbA8SKyo7AqfbTxzzvfuQPME17kj/MRl4YdL/v0mkqwoMaGI+UD4hr67fq4lOVr&#10;Tx+NKlZ0dYVoAHSCZr3EnV9GM1xNtozCVJYe7KpFrHU3N+I/5a90j2j8aWJzpmOP+lNe5OxPoxiE&#10;FFAuGVAqqhtJQzqkS21GwkgltT4c0cudH8M9eFeazRpRk4DpSkz64D417iLPTbO8LEyYaWdSfsvE&#10;R9N92t+JTZO/0SKXpvrdWxftBn3j4V7jfJknNokvNhsq/ARg/mL8TmzcTtBpULtk7FD2xXuRpMq5&#10;ijj96gnH/Qo8YLSk8D7DT4dQf4h7a9xsbDcVptZaOUfSrf0cb0Hk06VpV0V7kaakr1USPC4BPjGR&#10;+duVjhp9auDOAI9te5HZXRwJYmCj2X5fQeNOhCuqvc4XViQpZVv8eNqTFNrBG33V7nF4nGsZuPG5&#10;5YVtPrXudWdb6DuOaVzhWiK9zm0ttNOeg1rTXucFKAe9bnjNexGyvc5Ax6kdxygk7a3idte5lUhS&#10;GLWB78vFaIivc4s4Y236crVMeuvc4CIj7IHLRVq9zxurWb2f083Xq9zlus5v7BzRr1e5lWQDla9X&#10;uciqv25evV7nFqcs2hP38pV69zzpIltq356qV7nNZJSNrrz1er3Mu5Su22vPV6vc5LGvc89Xq9zp&#10;qYN7yac9Xq9zooyiw56vV7nSBt/vDw5vTNeivcygaajjhEVqIr3OV1GnGq3XuZV2W156vV7nYVh4&#10;8ukV6vclRVRi9y4/bxRMVevc4yFpjeQn4X40Rqqpr3O4yYiNb89srVe5lMsk2kp93lK9XucvdH2e&#10;KNIr1e5ysrAMfDjZMV6vc6GwNu9vGJmqqxEV7nLzEsQeWFeQmBBr3OY3FL2042ac0ivc6YsftctV&#10;a9zrzLgKB25cV6vc5AqdbajlarXuZQCo3N93L6Yxp4GK9zmqNIfeFuMmmlLivckiJR9rXnprSlah&#10;XuZDAB9nx5oGqa9OFe5yEJQ3TliafUvTXuZ1G0XHc9+UJmkpXNe5zIUjXmhVQqK9znDcN7vNmlCh&#10;hJr3JCHatjytJiqdte52swjQIO478tFOBE7K9zIkkbd/Hm4pwIivczKwU+724zEU1ONe5z8yx3/V&#10;z1Wmvc6Ep3jXjyE6ttWQgrMmvcyxyLvN+XV0U+6BGFe5lLixI4wRFJ4I217nMza6HmomvATsr3OL&#10;SMRodeWArwUQa9zHeR2G48d10r7yvclguFsdRxukpxNe5mjXcfM8OemrhUCK9zKgViNi3115Umaa&#10;r3JBVN+wG1+/K16vc5jbq69u3PV6vc5RxkjZz1er3JQAYbfgeOA4V6vc5AHbZTblQa9XuZbqoBZr&#10;28Obr1e5JRyb7Tbdz1br3PIlzuJ5StV7kgW8Dfnq9XuZx31FubFWr3Mt05at17n/0i/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcoV/FW&#10;6qVWeeqWXvTtlyTemGbKqsUHT5uqG2BXHgYYDuv7JTzMvsm3Uf3gum2GBLt06hlvq1KAJP8AeyZU&#10;eASTXCT6r990uXTWVIV4LZBedA/44seBJ60t4j/baGHI3yeWMsYhnbFPdjjjdr+OyMbmt8WbQfEc&#10;DnBsKpcDwmmweiFoqaNI1+hRa5+J7nn3nbvZGxuzYMZfbCG2G0Np6SEJAk9ZiVHiSTXzdXL6rpxT&#10;itqiSfWq68dxiszBjNVjlebzVcryv9LG9h8B2Hw458GNIqaue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gfdTM6RZHypPiqkfMyfoqd&#10;T4yMNDb2KPeP0W8eYpds3aKjszyJ2+BHfr/ZW6TjLygYVHFLYBcVwITpmVChdkmWnNLgN/wjFR6h&#10;+Owe2hK6T5El6g5xp8HYH5WP9NUsPCJSLi/tc2UfTfw4HHp56XrV4VNn3MQZp64stPu1Oy/vym/i&#10;7dvgL/vc+U7LGV3KlXT5KluEkqUZJJMqUScSVHafxqcM9vgFBhvAJ2x7h6DnCrSYYYaaFKenUJHG&#10;oVVUWAAFgAPAAcMPJkHB7EqSPptwVKaSmgEHjxrLxgq+m9BIDLG5H3cSKYSrhSlN3wr3GWq6Ywbf&#10;LjbU+3iY2wpcLua9xO1HTGdV3Rve/EbltOylX5qK9xln6cYvDo17DsRxGq1EYHGnk3adpr3GmfI2&#10;MxC6s3EabYnbS1N0DXuNsmWcwxKSm6/t4yq3g40pTcBeGyvchPheZIlNwfuPEht8cKVBwD+Kvcgu&#10;2ZKc3AP58opjpFKEvdde5gfGMfhbcQfz4mXbA8KVB89Ne50c140mrIT8deJfyQPVTyXz017nos71&#10;6grKpB4lVZA8aUhYr3Moz/KmjBvv4mNkBsNXCwK9zMM96i5YE/Hjf5U/0qt3k8K9ycmfAWssjg/8&#10;S40bZwbDVjCq9zPHn+ojb3atl+BN+a7taREmacS23GIr3JqdQsTJBhrCCvx40S+3xJqyWWf4gK9x&#10;zi6mZmiO6Os+u/PfmLgDbVTZsK6K9ybH1czhHMyipDL3H635sZi+3tmmf5Zbr4Cvceouueb6Zm0D&#10;6WHft9/FbeePj+KkQyRpyvccYPUVmuNN0kCaaDRr2+/hsN4n0jDGtL3dZjafSK9x+p/UrjJdmmpw&#10;bW7Ej+N+PI3neH3UTndhs7CfWvceKf1RJG6iqgZR4kN/TxcnelR20mVusOBmvcVEPqgwB/de6gW7&#10;nhq3vRHTRQd11A17ihp/UhlyRFfzkve5Pj/HhkjewHiPZSVe7SzXuP1D19yzOLfML73e9uL295kq&#10;OPxosXu0scD7K9x/p+suWJdDUR66fa8OGTe8iCYotVkLrewH1r3HaLqdluVdwniNtBd+Lk7wtA0X&#10;fyl2cQa9x2pc7YLURna6G/sN9OLxnTTnRSRWXLTtBr3HFczYVPqpA+Atrx1GbNp2Ae/8aZNqpNe5&#10;zXF8LO5VZUYWIvr439vHRdtqM02q2Ne5KbEMMkYMSGBJsLaduLEvtq40n/LqHTXuYzXYSAYpnWM3&#10;tYHW19OJi+0D4iB0VcW6jsBNe5kMFFMF94MD2N/48VShzYRWvGnAjD317nRo6N1Zb6/A6W5ruUq4&#10;1Qnz59K9zD/KomtZtunE7jAHGtpd6a9zC+CsSDEw1HfxHt4n7icRTneCa9yE2Buw2xm4N7t4jjKm&#10;lKq5eivcjNgtbG1ip9g17/Txs2ywJFKUvBQivcjNhNSo2Fbv7NvhxKW1DaKtq07Ir3IrUEojCagf&#10;Ef0ccLRT+4U+Fnpr3OAoCSwXQ6X00P39uV0FVaDkYV7nD5SpjO0aD69fz54slOytpCeTXucXgqF9&#10;47rfTxNjNeICsPl85r3IrNKpsXP0ac0UTw91XQAnbXuYXJYe8F7+KL/RyhR1D2Cr4cPia9zqZIZz&#10;5EsaOF7KUX9gvyqmJGKQa1p04gn2mvcgSZfwacky0URJ8LH9h4gNohX8A9p/Gn27hxP8Rr3Gx8mZ&#10;ZZj5lFGQfAbv6eVVlzceMeyl/wCccGw17jbP03ylOGtTshI7KwA/MHhd/LWhj4ufSnBmDyeNe5hX&#10;pbktXbzY5SCP8Y0P/IPGjYs9ft/SrqzV7+959a9xkqOjOV5Jd0MkyA+2x/ZzX8tB2KPspWjMnlDY&#10;K9xlqeiuHkg0lW3fsVHKHLOhXuilKM2UkQoY17kCo6KSqbw1AP1cSHK1DYZp8ZwAcU17jXJ0WxW/&#10;uOGvxOctcpYrNE9EV7kX/M7jygjTtzQy1QpxOaNnpr3IU/SbMsSXWM/UDxP+UVXhmDX9Ie2vcbpe&#10;muZgSpia4HsPGTaL4A0oReNK4j217kabpxmmBDM8bEaaW4wq3WnaDWvzrQMSK9xoqMpY7SEedExv&#10;8ONd0eg0tS8hzYoV7keLAsb23eEgX725rQRwp7UkcRXudHCcRjc+YCPq42UEcK8khfGvc7akqFA3&#10;AnjekitwRXucfInHgbfHm4qqjG2vc95TE+8Lc9pJqwM7K9zorIv2Ry+irQa9z3mSH3SDypTWor3M&#10;6OhYKQON1uvczKYlYlrW4pRsqhB6RXuZqiNHiBjWw735ZQmtgE7TXuQTCCARxOU1fTFe57YE54jC&#10;qV7nMvGNNeOpFer3OgFY2H9vLlM1evc5CMKfH6zyhBGytGvc7XcX5QJJNVr3M6xSINx15YoNer3O&#10;Khg5JOnKEV6vcyk2j94/dyler3OwCFDWuOaFbia9zII0BAOt9eXAqigYr3HsNEkQDC/GQCaTwa9y&#10;LIsb/ZU8Uobmn07Ma9ztaW6grpyxRoprvQOFe54UzIddeN4KxpwK1417mZIYy125YOjYaYLnCvc7&#10;DAkIDqb8aUmcRT5b1V7no2XVW7/DjVVKNFe5JjcBSDysVpSNWNe5wR3LW5unFCca9zIDtJLacbpH&#10;IBr3OJkvoBx4Cl6G5xr3OaSMnYcvFWcGvCvcy+YT48apOWia9zwJve1+amrH9mIr3OTlRa3j3+HH&#10;Jp4bK9zMGKRg343tNJAJVXueaXXyfby8Up017nM2CjcbH4cUg0pQZFe54HX3fv4nO2mdIGNe5IjD&#10;bTuPGlGmVr1V7mTbuOp5oGvIVpNe5mWOx78cmtKXqr3Oa20Le3jVVr3JC/5Ui+munPTXq9yRvK6d&#10;+er1e5Ii3A2HPVuvczbWuTz1ar3O41ULtA5avV7kmMW97t9PN16vcyBRt3J7zc1Xq9zII3Gp0v4c&#10;rsr1e55QDcEa+HL16vckJESLezlK3XuZQgI10+HPVqvcyotlsB/Zzder3Myi4sTp7eWrde5l2J7e&#10;ereNe5//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9xgzXmbCMl5XxHOGPyeTQ4VTT1dQ/+GKFDI5+naDxSwyq4WG04lRAHmTFEeaZi1k9s5dv&#10;nS20hTiz0JQkqJ9grPS00tZUx0kAu8rKij4k2HNWjIGLYv1j6y5i62ZmF5qqpnnAJuFkqGO1FJ/d&#10;hi9wewbefTx9Gu4CbnMXM1WmW7FsNtEja86CCodaW9c9BcSa+LrtW3rd3guXbl0/tLp1TihOxMyE&#10;jqGCU9SYp39SOYIss5JoMhYc1mqyDJbv5UNjr/xOSx+o8Mzz6SawzojPPc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcJ3jYquu&#10;fV6nyrhrn+W0RZWdewjQjz5b+1jZVP8AxH28+V76gO0E9pe8Rt7dU2lpqaag+FRB/bOjh41AJSdh&#10;QhB4msncrYG79kXVjxrxjrP2p9BifWrKug/T/wDqRkxKitTbX4jtmnuNVW36OM/8RU3I9pPD7QUM&#10;OGUsWHUKCKGFFjRF+yqqLKB8AOY36dAgYAbKi/WXTqUZJxNDdzhIZRe4vxjbWyK9xsmeZTcfdzac&#10;TT6ADXuQ5Lst2uTe3GiTNPTFe5FDhW3NoPZyiVYRTm2vc4yyX1S9z48YKQKbKa9xolWUE6/HjZkm&#10;ljaowNe5gBl2gE2vfiJSVE0qnUYFe5FYMVKnXlft205AFe5FaAMvvxr93KKhdOyemvcith9K49+F&#10;fuHGu7A4g9Q206FEV7kSTCMMlH6SBb/RyugK2gjzpSHVV7jVUZUwOpa7QhfoHExYTW/zKhXuQjkP&#10;AZNTGPu40q3SK1+bUNle4yz9OcMnYiFfy4yWQKMheqQJNe42T9MaRB/lLN9HKG366u3dTXuMUvS6&#10;pbcySKLfHjRYilpvEo2mvcbZemmLRm0cqn6TxIWTSxF4hVe42S9PcxID2+puU7tQpwXCJr3ID5Rz&#10;TBqgbT2NzXdk8KU9+g17kZsKzVTvcxy6fH+3jPcgfwinEvJHGvcilcyp9pJQOJVNoOBB9BSzv+g1&#10;7mJ8SxuP3ZAxt7RxMLVB2YeYr3elXGvc5HG61VAmRfrHEptATiaeS+U17nS4+VBEsCm/sNue/Io6&#10;6Wm6Kumvc5fzmna7CEgkeHhxMbEHYTVhdV7nlxikN3KOD9H9vKDLyOPuP4Up/MoVtFe5zGJYc43M&#10;7qfYVPE/5NaDh8IqyX0J4V7kqHFYBGfLqytzoBuHLlh0bPjXu9Rww9K9yVFjlUh3xVpBA7bz+3lf&#10;2qOmnVKR0g+le49UWcMxQSFI6y4tcN5h5QPu9KqTKbbXwHsFe450vUfPFN7yVjEBr6MdRy/5t1PT&#10;6/vpP+QaX/CK9xRr1kzjSkRU8spsP3mNrnx78cTmLiTJPvpCcrZVtAFe4qsG9RWMYfMGxGjM8mg3&#10;e6f28Pm83HEavPhSBzI21/YYr3Hio9TFdLP5i0pjt+vhx/8AnihsEDqikZyAfxHDyr3JsXqZmSL9&#10;LEW0t2txSnPynppj+zbStle49U3qfg2gzqw0tqTxSjeGds0Xq3aT1V7igofUxhTkbpGF/Z/bwxRv&#10;D1mkC9242V7irh9QWCVQ0qALW0uL6/Xxf/aCYg0VK3dXwr3HiHrrgJO3zdzDwI78Mv7QcJpEd3XD&#10;tFe4+UXWLAZ5d4kCn29j+XFiM7nbHtovXu8tPAe2vce4upmCTr/lVH0MT/HitGbIO2kK8ocSeNe5&#10;Njz5l6oPvzrfi0ZsyKZOVujhXuTVzZgEp8tJ1BPx4q/mbK+MVQ2LqBsr3MxzHgEXuyVCA/f/AA5U&#10;37PAz6Un/IPObBXuTVrcFnN45FYWvccVh5tQwimiy4nBQr3MDphs5sGVh7eXSpA41YJIE17nJqag&#10;uXW1x25QoQccKT+I17nUmG0hO9DywabPVVgoAxXuYVwankfcVB+nle4Twq+qD4a9zEcKsT5ZsOwt&#10;zxZk1fWqvcyDCytgrEe0X5ss8zVNvRXucThBAOwD6eMlBFaCwmvcwLhU/mEQtc8b7nXjTiXIr3Op&#10;MMlB2yfa+/lixFX7ya9zH/L5AQNvh3uON9wRjFbUueNe5wShlF/c+HKFlRqqHTE17nEUjhdNPv5v&#10;u+qqRFe50YZQdSfZoSOUKSKumNs17nGTzwwC3Onc6/x5XEU4EJ6a9zE1Gx951BB7gjvygQVHHGqh&#10;RB6q9zG9PHYRNGpH/ERxhTI/o1s48DXuQnwfCJmO+mXd4gDjJZHRSourGw17kCfLOBvGB8uAxOgs&#10;O3t4n7lKuFOJu3BhNe5hkydldjtnh1FhovGV2SDxilovHRsNe5ifp9lKUWKbfEacTmyTwNW/mDqd&#10;pr3GqfpjgDLviIW/a4P9HKfkR01cZiuvchjpPhLNuaVR9R/o4lNgDsNO/wAyV0V7mCr6Q0P2opVu&#10;e2nKnL1DYKfRmZHCvcbF6OFSWDKb+PExsl8RSr+bDjXuRsS6Y1kMQSlAdh3+jlTZKpWjMUrr3E5/&#10;m7xaxRU+/iVVsvop784npr3OA6c4r5uwr9fKm2XERWjfAV7kWp6a4vF75ibmvy6hwpSi8QvjXuNb&#10;5RxWI38rxta3KFJG0Up/MJGE17kA5YxQSE+W1vjywQVU53yOmvcwyYFiURI8s38OMKwr3fI6a9zB&#10;/LK9Ddw1uMkVcOJPGvc4nDawps2kW5cpFOkivc4DDau+wAgm2tuU7o7aqVpG2vcyph1bHb3SRbXj&#10;XdxtprUFbDXuZViljNmT6+KcAMKd0xxr3OIMh0IPEcEU5pr3PRLbvfjiJFa2iK9yY1wABcX5ZUmm&#10;IhJMbK9zishVSDc8QqFUKCqDswr3OJkIJ0OnNiKfwTtr3O0RgoLL7eOVVTqTXuZBuUaC3Naaa1JP&#10;E17nPa9uNyadDmmvcyRBle7acsRVkyoV7md2VtL35RIppKNJk17mEsQb9hxQIpaMa9zy3cEg8opc&#10;U2pejbXuZgu3XlZpsOg8a9zKpLaA242SKSLIJr3O9llOmunLTNKgqcK9zmqtIL/lykwaZJ0nCvc7&#10;CC+mp5fVWy6eivckrEu8ldOUmK8lWkRXuZdpCjtz1eAJr3MiDbodb89FWr3MgUntykVqvczIjaG3&#10;N1avcyGL2e3nqrXuSQu9SvfS/PV6vc5hFVRpbmq9XuZVUgbgdeWit17mdPOtuPb6earVe5kC317c&#10;vW5r3M6aDjqUzWq9zIpl2ixtc8b2V6vczqCG18OVUa9XuZNu5vZfm60TFe5nRTu235SvA17mYbb7&#10;Tq3t5uKtXuZQlhe9wT4ctWq9zmiXIDWA8ObFOCvck+Sn+Icd01avc//UL/znZX2YVuUc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KvvxVOsf9RehNP01w2XZX&#10;ZuqPLcA2Io6YrLOdNRukMafFSw9vJi3LsPzNyXjsbE/5xwHuk+cVza+pve3+S5InLmzDl4vSenum&#10;4Uv2q0J60lQoS+mGEfPY22IyC6Ui3H/E2uF+4XP3cra6S5Y/qpkWjopV2zzj5ib275ADY/FVsv1c&#10;+6XsH3K/sNuxbWy06XXU/mHunvHQFaT1oRobPWivkr3gvvz90pQ2Dwp8h+Jk+tFA6z5t/rj1Crq+&#10;Ft1PTt8tBrpsiJFx8Ga7fXwSeZh0C6Cvnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4D3WrO39UcpPT0j7a3EN0MVjqq2/SSD/iINh8S&#10;Oc+/qP7SP7A5Apq3VF1eamWoPiSmP2ro4jQk6UkYha0HgakXdnLP5jcAqHgR4j1ngPU+4Ghw6CZB&#10;/rrnWOprU3UOG7Z5rjRmv+ijP/EmFyPEA8fPTl04XKuSxmLEAUr8WCy2tqkH+5L8N32j9IB7c+a7&#10;J7T8u3rO1WPpw/Gh3n99+Ze7sfajDzPE/L29NWUcMC4cH3z24LVCKBYNe5HZg19LfXxGRTle5Dm2&#10;sNpNvq4yMdlOIwFe40vTuser+PHTFPJM17mAw71J9nESjpwq0xXuQZleL3Rygxq0zXuRG3WuQBr7&#10;b8aUqNlPBMia9yLK4APGe90jrp1s6ca9zGdhA1768QqXq20p+6vcjtct7p54YVavcxkW95deaBp4&#10;GvcyKDIL7bcqo402VEbK9zoxbRcjjs1vX017mERre+o4nAJp4dVe52ImUG3fj4R01b7tte5HkRyf&#10;eO76eJi2TTQw2V7mBo2CltPr4kUS3VisbDXuRGV2bcCvbnkqmlSVBQr3I0glB/SLf6Dxsqq5g7K9&#10;zC+wptC2PKzW0ivcxsisv6QG/PEzTgJr3OvlqRuyjT2jmwYpzvFCvchSYZTuCzRodf8ACOVif3U6&#10;l5Sa9xvlwTCpmtNDHce0C35cqWwqnRcLOyvchS5RwKcjfFGPoPEZbCac/NOJ6fZXuN0+Q8uu9iFF&#10;+9mI54txSpN8scK9yFN02wAD9G7qP9Vh+0c0WAeJp8Xijwr3GmTpnhjNaGolF+24r/zTxo23n7f0&#10;pSLs/wAQ9le43zdLZvMtTVosPag/jypaUj7YPn++tC+SNoNe421HTHFkO6KojY/Ff7eNdys4+GlD&#10;d6g4EV7jdJkDHwe8RH/Ly3K6V9VKTdITsr3I75KzNApLQF1HYq5/LjRR1fD8KuH0q2Kr3Gl8MzHB&#10;7hgnH0a/xHGSgHakeyl4c/vh7a9yO384gG6ZZ1/4kg/oHEamW+MD0P41rvp2EV7kVsVr0YDzLe3c&#10;nE/5do7KVJcPTXuZRjlWBZmib/gb/wADzf5VPR76dD6kbJ59K9zM2NVMqhWhjb6L/wBPGDaJHE+y&#10;qfmCNp91e5jauQHdLT2/4ixH8b8p+TnYqnk3flXuc2xZGAUoy+wjw+4ca/Jq4EmrfmArbXuONFjV&#10;PTsztI97EAm4tpb225RVutJkTTneoIxr3J9DmqZF8paog3J3Ef288Eujp59Kp+zPA8+le45U+csU&#10;Zfdq1P0HlilxFbLaJk17k+LN+Oo4aOcH6+VDzieBrZbbOyK9x5g6hY1EzM8m420tyxu1jqpg2raz&#10;XuPmH9VsQhUfNR7m1Fze3H05hqwJpG7l6FbMK9xSP1sxAMBTjaLAHQ/08MP5mRsNIk5SjjjXuS6b&#10;rpisRsXFvoP9PHhmyxxpOrJkKwANe4/0/X2uAAaRdL9x/bxSnOlbJovXkSNhTXuPsXX6qMakuv6/&#10;XwxTnCzsNJv7OoGMRXuKOm66uVG511/X28WDOVJpAvIUTXuPFL1zBQodhtr+uvF6c6VFIDkIOya9&#10;x+p+tNM9nbbf9fjxc3nc0WqyLomvcdour2EvqT3768WJz7VgRSBWTqTwr3HaDqjghIUMAW8eLxm6&#10;aYOVLiQK9x1jz/g0jf5YXP0cVIzZCuNJDl6uivcmxZwwaRrvMu4D9fHisZik7DTCrFfRXuO1JjdF&#10;OP0TBr8WN3qVUz+VIVXuT5MRwovtEq/eOKO/T0imFMLFe5183Qv9hgfjfnu8QrjTHckV7mMy0zpo&#10;4W/a/NAoPGtFs17nJjAVCoVJ+B45Kapjsr3MiwQvqw78oUBXTWh617nH5CJ/snaRy3dg17WTXuYW&#10;od7E397nvyw21YAnGvc4Ph97IuvhfjBYpUFkV7mBqF0chNSNONKYNMlc17nD5SQH3ve+mw42GprY&#10;UK9zkYNCXFrac33WjZXq9zIlITpa9+3K6TWsK9zItFKo2qT7e3LaYqkgV7mQ0rrIGPiNfu5cDqre&#10;qvc6SlYnYQDcEX9h4ytog7K8FRXuZkoSgDEAlTY6c33R6Kc1E17mQ0rygrKN31cuWBVAdGw17kMY&#10;NTuSPJHfvxCq1So40o7417nFsv0Lja8QOuvLJtUjZVA+a9yDLlTDHPmCIaez7uJzl6VGav36uFe5&#10;GfJeDsPej0+jnjl6BT6blQr3I8mRcJcapb6uJv5emnxfKSYNe5h/qDhQW5UW115Q5ck8aUfzBRwF&#10;e5I/zfYNJGfKFydeNHLUiq/nlca9xmqOmdBIpZF14nVl5GylCcyINe4yS9K4gdF78SGwVSwZka9x&#10;vm6WtHrtY/QOIVWSxwq4zEV7jRN06nJO1WAXTUcaNsocKME34IivcbpentSt/dbt7OJTbniK2b8V&#10;7mJun9UCSQdf6OVDEcDTovQa9zCMi1kRKi5BA4ypmMYNV/NA8K9zr+o1Z7G+7l+6MTStFyBtivcw&#10;y5PrY/dW9+VDdOpdSTXuQJMr14WzKSdebKKVl0DZXuRxlmttcI3ex4xoBpnvgdte5hfLtYgJZGsO&#10;UKBwpT3gjCvc4rhdREn2e/PBomqR3m2vc8MNmHcHjfdGne809Fe5yWinXsug57ugdtJ3CF48a9zo&#10;Uc4uSDryxZI2VZQEYV7mRaaUC4Ww7cShBmKbSeBr3OzTsmtteWKYqxAr3MoidfesSD7ONaTW69zz&#10;RkaMLEcdCCapKuFe54rtsQPhyxQRVxPGvcygMNeJorU17ne9lI7683FWr3JA3N2B5Sa9XuZEbZff&#10;cX7W5qa9XuZomCi1iebBr1e5KG4sNo08eKImvV7ma2t76ezmwKtFe5kWzdiB9PPbKrXudmwjBHt4&#10;/MCrRXuSlCsRt0GnE8YVqK9zOAoJs3GkjprVe5zUA6gfnx7Cm1Gvczm1zbw5QY02DXuZVUJ9LeH9&#10;vNDGlAM17mWMlVstu/Y80cKtEV7nMKB9sgn6eeBprVXuZN8dr/C/f48UzV5r3P/VL/znZX2YVuUc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Nar1k55/2gfWl&#10;UYBSv52EZYK4agBupFIxerJHb36gsl/EBedcfpr7P/7W5zZWTiZQpf5h/DDum/GUnqWAlvzXXy9f&#10;U3vx/OM6uS2qUWw/LN/4ySe8Pn3hXjxSgUKOM4r/AJuejlXjQOyrqkIi9vmTe5GR/wARX3vqPFxz&#10;7Wa4r1XNz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc4syqpZjYDUk8opQQCSYAxJOwCtgTXaqzsFUXJ0AHCg4TQTdees9rF8Iw73m9h&#10;gibt9Mzn6bH/AFefJX2vb8ntU3kduUEm2Z/ZMDh3SCfH5urJX06VBJ+2sn2Wxu7YR/riv9+I/wBC&#10;PeOurRej2RVyDkmnw2dbVlR+nqT4+YwHuf8AALZfpBPjywB4mgXZHYWAAA0t8Lci/RNRQjxCTQpc&#10;jyO5JL+w8TE4VRK8Ir3INRfQg204wDTqTpr3GmZ2PuG/fmlYGl7aJM17mC6uNpv39vGSaqRpNe5i&#10;nPlAhD48QzJrQxr3IruWvvPFKcDT8V7jexQgjW/0cTHGnkia9zi4JsNLe3jYiaf1DZXuRGijNyx7&#10;HiNxVPCvcwlQt9htyp2UtCfDNe5iBI7d+MA1UDCvc5iRx9vjgXFe017mVagILnmiua3or3ODVQOh&#10;GnNTVtle5w8+Pl9Ver3MbTK2g43rrYFe5FkcITcX40tUingBXuQX8u/vode1uNCCKdwivcjMgUbR&#10;fXjJFVbr3O2WndArqb81FbVhXudtTqf3Ty0V6vc4Gmg2nzkNvbytXFe5xEVKBaMm3x56qlM17mF6&#10;WlZQ0nY9+bp8LCa9yK1LQm5UHT2caIBq2sHia9zC1JRA7gzn/gv7eNGrh5Rr3MTpTnUF7e0f38aj&#10;z9o/GrBU7a9zmsNMSDeQrf2D9p54c8fhNOalcK9zlaBWIRZGHxAH7eWUoR4pqqpO2vcyBqI+7ICP&#10;aCpv/DlU6eFWAr3Oi0A/yRNvgONTjTSkmvcwBYVJIJ19o4oUqa1I6K9zxsdFa3fx4mCtOwe6nUq0&#10;4aa9yP5L2ur2NvG3Hioq20oCiNgivcwfy7ddzGrnxJC/t40RTxcV117kKXL9FUG89LEf+BTicpqy&#10;bhSeKvaa9xmlyZgEt2kootvsCi/8OXLQpaLl1PE+2vcaJunmDTkotMU/4i1vy4nKIq351XH8a9xn&#10;qOnVCoIjMyW+v+J4yEKOwxSlN3q669xtl6ewrYrUSj6V0/jymhYOJnqpz81H8Ne5iTptXOhaOoUg&#10;a6xkn8geXhXQKcF3/ee8V7kQ9PcVMPmxz08lxcA7wx+glLfnyikLTV/zaE8CPZ+Ne40yZJzHb3IV&#10;+qRf6eUBJ4H3fjTguEKxmvcgSYDmKl90wMP+IsD/AAPLlWjaD7B8jT6XUnYa9yO1Lj8JuY5h9RPE&#10;6glwY/Cne8niK9zi1VjETWkEg+kHiXum+RTgX1++vcy/zirSPaWufip43+WRVgpc/rXudR47UKp3&#10;BW+rmzZo4TTy3V17kj+sEjINyhv17cZNklfEivF1XGvckjH9o9+O3s5Q2EbCfWne/A4V7nNMwL5Z&#10;JLLfmvyqk0936RhFe5IjzMiL/lH/AD40q2WdlNlxPRXuOaZpl2e7MR9fNBtaaolxA2ivcnRZtqVZ&#10;bVFre08cJXTqlIXsFe4602ea6MF/ODa+3jZUobZpg26Dwr3HCLqBiJOr9/jxUl4jZNXTaoGIivcU&#10;VF1Wxijg8mKVgfbfjyLtaTRcvLm3T4q9yZS9VsSVizyP9/8AbzSL0p4mkgy1Br3Him6w16nWRwBw&#10;xGY+dVVlSK9x5petFYkd/MbjqczKdhpg5OhVe4+0vXCo8ZG7e3ihOaKnpotVkiSa9x9put/2SJTf&#10;x14YJzU9ftpAMiE7K9x7g62wsT+kP38UjNz00wrI9PCvceqbrNTWBZr3+PFQzgnjRWvJD0Gvcf4O&#10;sGGuAu6xb9b8WIzbrov/AJM5wFe47U/VPCmcq8lrePFzebCcaTnKFjbXuOlN1Iwd/wB8fTxUjNQK&#10;QKy0pNe47f13weUlVkB7HXisZsDVfyKhwPsr3J8ObsLfs48OKhfoNJFZeqvccY8yYdYhXHFSL1Ec&#10;KS/k1CvcnrjNA4DFgdOKk3SFdFJzbqr3JcWKYduBuLDjouEq4imzbqr3JH8wpZRuJFzqOKA6mmC2&#10;pNe5JFRTyuCGtx4gGqd2a9zKkkA8Rf2e36eVwGFV7s17mfdTuBcbfh4ctANJyCmvc6aOK9ksD+XL&#10;BNK017nIwJb3LX5Yoq017nJqRY3tFYfR/bxvRWiZE17nclISRfx+HKd1TTajNe5y+TRFutr9uWLY&#10;qxVXudtQq2ncj2c93U1cYV7nSUasbFfz42Woreo17nA0Mm+ysRzwQTWtVe5nXDddkutvevyug03q&#10;TNe518mS3mbAQPC3NFk0/PRXucDhMTWZlBAuOJ+5ptLp6a9zxwal3BjGLC3hzf5bUIiny6oV7nD+&#10;RUhUgL34k/KJmKqXFdNe5i/q5RX/AEiAn225r8knop4PKHGvcjLlOgaRjIikhfZ8RxlVgDTgul17&#10;mB8m4Y7EKqi9j2+HE5y0Kp38wqvcjvkagclUC3vxOcqBq4u1V7kY9PqYtuXYd3YcTqyoin/zihXu&#10;QZOm0Q7AcSqyw0oF8TXuRT0yDqWsLcZOWEVf84a9yO3Th2AVU7HXTjP8vWPtp4Zhpr3IsvTiUe7s&#10;B1Phxn8mvYRT4v69yA/TqVj/AJMW4kVZmnPz9e5Fbp1U3K+Va3s43+Ucp/8APA17kWTIM9vejvy3&#10;5VQ206L0V7kSTIL7Cdm23w40WD0UpF8BXuRpMjzIBdT93EncHorwvQqvchTZMmBA2H7ue7mlAuhX&#10;uYDk+ZP3fyHG1M1f8yK9zGcrzeIt9XNaI4V78yK9zGMuTRksyn2cbLc08l0Kr3MQy9UW2bT39vG+&#10;7mrFwDjXudfyCqBsq6j48sGa8FzXudNg85OxFu3x54s09qFe55MInvtUcbLVa1V7mX+XToLte/Kh&#10;o1oKmvc4/Jy6WW1+X7vTVlYV7mRaWRCNOMFM16MK9zJ5Tkdu/fnizGNVAr3OYjmjBB1tzZSRThwr&#10;3PBZAfs343E1XVNe5ICzWsANeeir6a9z3lSdto9nH4rcV7n/1i/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ab9QnVKn6LdFsx9TZiokwujkanDdmqXtFT&#10;Ifg0zKD8OH2V2RzC4Qz/AEjj5DE+4Gok383lTufk9zmJiWmyUTsLivC2PVxSQeqnfAMMbGcYp8NH&#10;aVwGt4KNWP1AHmtZ6dcEqZ4MSzzijNLUVspjWRzdmsd8rknvvci59qnn18/RtuYLOzus8cTBdULd&#10;nqbbhThHUpZQnzaNfFPv1mSrl0NKJJxWsnElSunr2n1pMeqjNCy4jh+SqQ2jpU+YlUdt7XSMW9qq&#10;Cfobhmuds6gWij89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3AP675z/AKtZSOE0j7avE90QsdViH+Vb6wdv1/DnNP6oO0T+xuQmwt1R&#10;cX2poRtSyAO+X6ghsf45IxTUobqZb+duO8UPC3j5q/hHz9OujA+nbIn9a86DGa1N1HhO2ZrjRpSf&#10;0S/UQW+qx78FD06ZD/qNkWOqrI9tfiu2omuNVS36GM/8RU3I8CxHPnpyaz/KtSfuVifkOeJoRZ/e&#10;/nHSB9qcB58TzwAqxfg51LF7MLbvo4KFAUCa9yDNaQBdLfDheqlCRXuNssKbrjWw14jpRECvcbpo&#10;VkCke7a/GpinkGBXuNjBI3sdeKUp1UvI1CvcwvH7zbtB4X4XlGmmSjGvcgSQMFVxY34yTNXOBr3I&#10;D23aEj28Y0U6DNe5xLRkFVNzxMsaafSiMa9yI4uv08T6qUDbXuRpP8f1cvT817keQSKLKeMkVevc&#10;8hf/AHTvxwCrCvcyM2nflVCK3XudF/cIuD9XGTXq9z3k+YmunHjsr1e5BaHw3HiIJqwXXuRmWTdt&#10;B7c0rCr6q9zgzuBr38OVmacma9zF5rEXfjJrYr3OrF+xtzVO17mFp5N23T/kI8rJr1e5yczWF2sP&#10;Zz0TXq9zre1tLH6eO6Zqwr3OB+YP2AD8DxqYqoxNe5hapqB7vlgH6O/EyjT2mvcxPVSCyyU4DHuB&#10;25oGrlEbK9zGzSMCPLsPYOOqVhsPu/Cr6YE17mIRuQLBx9B/s4yg8eflVZFe5wcSRgN7w1/ePLQF&#10;4mvGDsr3OYkP2mJv48TqBTiK1EY17nBnTuGtzyBqxrclVe50xJF7XvzerGlKCE17mIRbhuJP0c2T&#10;T6lg7K9zpgqqQIwb+JY88DNNCV7DFe5wJUqBaxHsPLVbQobTXuY2kv7oDffz1KE17mNn2sCN338v&#10;Wq9zxmdfe3EH2cbUatE17nS1svY+99PE+ojZVQmvcz/O6aqDy5UDVCmeqvc5w4gdfcGumnKTVNA/&#10;pGvc6esSVvLZFKqu1dLfw44AE9XnVgNGz3417kX9C17KB9Hs5bQDjT0BW2vc4rT0jsVUfeeWUAcK&#10;1AGyvcytTxlbopNvhxMkQYOyvTGyvcj/AMuoyxcqLf6yg82Wga3rNe5Gly/hlQukcbfStv4c0W6f&#10;BV017kCbJeDyx/pIVW/fbxP3I6q3+YUnCvchT9PstsAkSE6XJ3ePNFhPTHlTgulivcaZ+m+FTaQu&#10;6EfG/wCzmktlOwk08m6Vxr3G6o6aINEnb6bD+jjZSqnxdRXuN56aVI/ydQD9IHPQac/PDor3IMvT&#10;rF49UYHliCacF0hVe5BkyLjiKWK3+jjUadtPfmUivcbJMtYzTgkxE/fzRE093wXxr3IgoMUWxMbi&#10;308ropzV117nTjEU91g3KFArYJ6a9zD81iUWrE/dyndIOynQ7Xuc1xatUElvy5XuBWy6a9zMmPVK&#10;La9/q4yq1CqsXCa9zJ/WCcdhry35YHAU6HCK9yTHmOUfaHGjaHpq/fGvclDMpT7IP38b7g1bvtVe&#10;5Nhza3xH18aLRFbKhXuOUWbZN4IkI+vmwhQ2VUKBr3J8Oc6pGNpebIUNte0tjE417jtDnmtAFpeX&#10;C1JpkttK4V7jpBn6vH+6fnz3fOVT8shVe48U/UqtQgBzp314+l9YphVkivcfIOqFahurm308d/NL&#10;pIrL0Kr3HqLq5iAAG78+PC/UNtMfylFe4+wdXavZ9r8+K05iRRavKgDXuKKm6xVWzazL3HFozU0j&#10;OVjp91e4/UvWIlvfN/jfipOZr6aSrycJwr3H6Lq/G3vFgLePFozVQ20XHJY2V7kuLrDTo2zzQfr4&#10;rTnUbaaOUFIwr3FNR9VqWQC8gv8AHi1GdTRcMqNe49QdS6VwP0q9+LP5zSFzKTXuPcfUClB1YNfx&#10;vxajNqT/AMtVXuOdPnenvYutvZfikZsCaoqwUK9xzTOFDICpYAnTvxcnMUnbRaqyUnZXuOMWaqUR&#10;91N9O/FIzBApr8osV7kyHH6IHcCDf48UJv0Kpk2q69ycuMUh+yw46LttVMm3XXuTYsVgJIUqbgXv&#10;xzv00yLdQxr3M61lPfcGAu1rn6Bpblw+mne6Ne5JiqYZCdBZfZ2J5cLFJi0BjXuSN8Nt9u/cX4oS&#10;sU6vxRXuZEEA2hfEHllEUhcmvczbIWWyj6deVqyCYr3Mpp4l9+LvoDfjgAO2vJUa9zhJSRBzYgHs&#10;OOlsJEilEnjXue+UjbUfaHce3iJIphTkV7mUYa1190LtDHQ6+PN1oOV7mZcPEg3Mfj/ZzegVbXXu&#10;Y/kbuFN9l+/h+o42UA1YrEV7mc0boAHINybcp3MbKYCxwr3MiYe5O6xI8dPDlykRT3eV7nS4eZH2&#10;bbhLA6W79/4DjBQg7RWu8r3ORoIwSzhNNNP7+J/ywrQcr3OP8qgUXMQ2kd/aeW/LCtl017kY4NSz&#10;NtdNG00sLHw7jjX5YVZL5SJr3MbYBRN7hXxHvXB41+TSqn03BUJNe5xbK9HJ79h7vbT8+MqsUinP&#10;zFe5HkyhRkbLC51vbjJy8KE0+Lo17mA5JpDcMgPsPx4n/l4UKv8AmjXuQ2yPSsxR09nG/wCWAVcX&#10;kba9zBJ0+gZ2VAPhpxtWWA0o/OA7a9yFU9P4bWUFWHew78Rqy4DZShF+JivcwP0+BsQt/q14gOXm&#10;ri9xr3IT9OmsSikaftPKHL9NKU3w417keTp81ymw3vz35LCnvzo4V7kZ+n83bZaw0+niFVmQYFXN&#10;/pr3IxyDJGSwS9u2n6+PKqtCkxTn5ya9yNJkltLrY+OnE5tFU6m8r3Ir5NIUIAbr9rTlVsGlv5oJ&#10;r3MDZQKqAAD9I14yLcjbVhcpVjXuY5cosyBghWxHblu4CtlOm4HCvc9/VGS/2D3/AGfx4z3NV7+v&#10;c//XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpo/&#10;F16rSUmWstdEMJcmfFJmxOrRT73lQ3hpkI8VklZz9MY5kN2f5Yq6eU6kFRwbQAJJUojAdewf51ch&#10;/qt3qFra22UIVBcUX3f8REpbB6lKKz5tihc6WYfGktVj9VZY4F2Bj2Fxuc3+AA+/hU8m4AmVsrUO&#10;Apa9PEoe3i596Q/WxJ5973Z5uqncjJLTK0xLLSQuNhcPidV/nOKUfWvllzK7N8+t0/xEx5bB7oog&#10;+ecySZvzfiGY3JtVTMyA9xGPdjX6kAHFNyZqJKSfPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3OLMqKXc2A1JPG1rDYKlGAMSTgABxNbAmuSqz&#10;sEQEkmwA7k8KPljDz1063/M1AL4PhxDtce6YIm9xf+hzm5HexPs58knatvqe1LeZ68SZt2j3TA4d&#10;y2TB/wB1UVOHiNUcBWTyUjd2wCdji/8AflDH/SjDzA6atJ6R5IXIWSKXCZVAqpR59SfHzXAuv/AC&#10;y/Vfx5YtIFA3BrD224CTUNgzQm8bXV3bd4j2cSESK3Fe5AYSAnQX9o4WkEilaNle5hIcm7HjdO17&#10;jfUqxNl9unGjT6a9xpljluTbvxUhUUuBr3OAAte/t/s4gcONNTXuQ5WCuXB78Yrc17kXz0B/SA3J&#10;8eUKop2Jr3IjSBiwA4yU9NKkg17kdSDpbiJUCnjhXuYpDEBZxblBW0eOvcjkqSbDldlPjCvc6LL4&#10;jXngadr3OCm5Nhx5QkV6vc5+ZtA93iQivV7mJ59Dcc3NVr3IZqpR+7zTZmrgaq9zj597krY8TqTJ&#10;reiK9zDIVaxK/dxkpIrxSa9zixiYfZPL7BTowr3ML/LEaix5XCrTXuY5FpfMOw2+nnppyK9yOyoG&#10;3M1xyhq1e54yQMwEY7X7jm5itTXuYTIQxHhxgmvTXuQaiplB8OUiaVJxr3MXzDsdLi/KkaKvPd17&#10;mRTIiE3PPaiaY1lWNe54SMSDKT8L682Ek1cQa9zmzlfeVl+7lwRsq8DhXudebIxuQDfQt48rM4V6&#10;vc5OxKhVQkDxvygISYqwVHH3V7nRKKBcN9F+NBO000ca9zFIEY32kcaBmtjCvcxlo1I0P18dGFKk&#10;YV7mGSVSSV05aaWCDXuYiwYe4QD9F+emtkRXucWQb73HNVUV7mNliZgd2viNONqNWNe5H26XBGv0&#10;cTpMV4V7nNIwupI5vTxqle5zVB5u6UqF+HHQK3XucRDIFuwGnGwiKoVTtr3OKQlTu/hxQK8K9zKQ&#10;F0BYcbUMavFe5zjDId2427a349E1vBOJr3MoaMjbK17dhrxs4U2ZVs2V7mTzHI0cAfHvzUmtmE8z&#10;XuczI6rpy2sirTNe5wEsn2gv18TlRJmvTXucWqUFrE39nHu8r22vc5PM722jTjZXNe2V7mMup78Y&#10;mrSa9zgDZ/s88HKZ0Dor3MgZDctyxOqrxXudbYXWx05QxW69zF8pS7SNOXirAxXuYf5TQSG7hT9X&#10;NaRWi6RXuQ5MBwqcWEIH0gcum3SBSnvD017jfNlDDHP+SUD4AcY7uvfmFDCTXuNsuRcLfVV57u4p&#10;8XRFe42v08oiSV041op384RXuQ5OnlPtuGPN6adF7Ne5En6duy2haxHt5bGri7Fe42HINcoNiCeN&#10;wad/NA17jXLkrF4Wvt+7l9tPC5Sa9yNJlfF0H2DbjISScauHkmvcjtgeLoCPLbnigU93or3MH8ux&#10;KL7an7uVIrXegca9zmEr08GAHs57RNX7yeNe5z+Yq07X+vm+7r3eRxr3MgxGqj7A34n7oKONXDxH&#10;GvckpjlSuhB5VTAp3vsK9yYmYJRqTxoMzVQ/Ne5MhzXKgKjTnu401Qq1ba9yWma2CbWJPN90VClC&#10;VACvcyjNlzq5X2cY7kp21fWK9x5gzo6KB5htzekpquoV7jvDnllIAkb7+OCaaUlKuAr3H6n6gMig&#10;CT8+O61Ckxt09Fe480/Ud0P2yfr5QOKGNJ12qTjXuP1J1LdLl5SPZrxULhVNqsUnor3J69UW2ny5&#10;SSPjy/5lQ6aZOXg17k2j6qVKsJA9tRpfnheqHTTJy4V7ilp+q8+wjzNb+3ihF8RSE5cDwr3FPRdW&#10;LsCzbu/c8WjM1dJpGrK54V7j9TdV43IJa9jcXPbihOaqHE0gVlBNe4+w9WYHsXLbh434sGbHpNIj&#10;k3VNe4903VWlLBgdfHipOckcTSQ5SRwr3H+m6nU5O3zP7OGCM5xk0lXlh6K9x3p+oVMpv5t7/Hhi&#10;M4B40kOWKHCvceYc/wBI4uGH93FCc4TMUXGwKTjXuOEWd6T7YcXGvDP+apjbWlWJ4V7jiudYSBIZ&#10;Af2cqM0SaS/kDOyvcnx5ppTf9Iu5xoeK/wCZIIpEbRQOyvccBmakIASS/HkZghVWVakcK9xyjx+l&#10;cbC47Xt4X4tFy3SY2p6K9ydFjtLfaXUm3s+/jxuU8DTH5WNuFe5KTF6Z7gsDfsPb9/HUPJmRXu5i&#10;vclJXU7KQxAJ18P6ePqc1dFJlNGvclxVlPuIUgC4+vtz2pBqobNe5ISWmcgse+vHpSKuQU8K9yUz&#10;Q32l/dPhxOohWymcVcK9zj5cT7veARbWXXx5sJFe2YV7kgxJ3dhtt2Hs8Rp7f4csUCm8RXuclggA&#10;AsRc31Fxb2X5qOFWKyK9zk1Im3Wxt4j2fD482EU6Ca9zIsAC7VJCt4nvyxbmmVV7mURJbYfEgBgN&#10;b35Xu60OusaEk68zPTMTsdrhQTccqWq3hwrIdBfmX5SQgGGy3NwRa/8AHldFU1EVj8z4c5Ph0l/N&#10;CrID48sWwrhXu+mumf2ac7/l7bQ5s1u/3f08Z/LinkuQK4BiRe/OYwmNQX8sNe3ExtQdleU4TXdz&#10;7edfyel27iu36B25Q2k408lw9NdhiNTzCMAp5WvMqgt2uLcYNnNbN0UV35o/U85/1Wp7k2B3A3Nu&#10;MG2B4U5+amsfmD286/qfRyC7dhbTiY2SRt9lVF0RXvMHt5HOSqQBJYla5UafSOJfyyf4RSgXpjbX&#10;JZBzB/USG+7Z47vteNrcr+R6qv8Anj01y80fqef/0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NYfrhnQ+oH1sY5mRH87DMGqGp6bW6+RQfoY2T/AFZZ&#10;7yf8EedzfpN3D/n2f2aHEyi2BvHfNBBbB4f3VTYI4gGvku+orfT+0Gb3lwhUp1/l2ujQ3KCR1Kha&#10;x1qoQepOKf1C6JSU8Z2VWJKIB7bz3Mn3RAj6bcFvn1+1yjqvbnuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4CfXbOP8AVnJ7YbSvtqsT&#10;3QrbuI7fpW+47f8Agvhzm79T3aD/AGN3fVZsKi4vtTKY2paj9uv/AEpDfSC4CNlSburl35251qHh&#10;b8R8/wCEe3H0ofPTxkcZrzwuKVibqTCts73Ghkv+hX7wW/4G3jwVvTl07TJfTqGvrlCVuL7ama41&#10;VCP0MZ+hTuIPYsRz54snsfyrIUdq8T5cBz00e7wXv5y40j7UYDz4n24eQFWOcHNoyQSG3KOCs0EB&#10;hXuN83m67fdv4cSFRFXBjbXuN8hkGlr8SAY0rTBGFe5iZWUbr34jVgatXuNtSxB00Nr/AH8Zp0Gv&#10;ca5JX0He3L7aVpNe5wO0JYD2flxCszjTc17kKpCKo2j6+MgzWxXuRN8ZsG148YFKQma9yIQoJO0i&#10;5+riM406jA17mJrLcKPhxCulc17mKRFWxk15SYquqK9yO5jQ6fVy0zSpNe5xMYIueeCYp+vcxspA&#10;93llKitV7nQL9rcqMa1XuYGYKSGGnw5spitV7kcuL24g7wHAU1BNe5EYk+8CL8qBFLmxAxr3PEnb&#10;3+7lxT817mIn2nQ8qRVDXucPLivci/0njJEVWvc4GJi2+RdDz006DXuYzGguGXbzVeNe5h8uzBlI&#10;5Q1Wvc5CNd2pBvz2mvAV7nB4L6hQfr5UingoivcwCna24ppyxQTWpnbXud7Li0akfTxuIrxIr3PO&#10;0S2E1gAO1wD+fPcYrycdle5xjCyG0aCxNhrc8qcKuZTXueeIISrr7y+ztymzGthRr3MIaniBZnOv&#10;h4cpp14074jXuY2eJrMDflgeFaHXXueZpD2HfiUQKfgV7mM7rmwvt0sf7OPFQq0ivcxf6Qmoh7+3&#10;msDTkpivc5KrlyPl9xHexP7OepvA17kZ2VTdoyt+9/6eWPVjTyT017jRUV1JT+8VJ7+HE5hRgYml&#10;YbV0V017e7yB8+UHuJfX2HmgdMzVkp1TFeuBYHueYpsXWGUK42k9uMFYAk1cNGJxrGZCGCaXPx5m&#10;XFqVAqyfaPFCFhWym+6UdleDnbdvd79+S4sZoRo8u3W3vDsfjy3edU+VbCFqJwrmd1gR348081LM&#10;bq6n2n9TxwGfLjSMkiu1Nxc8nApY3II8ObOOIrygTsrvmNjdb77fd/RzcmqgFPX517mQSvawKn6h&#10;fnoB21YoKuryr3PMgZ7uth9GvNROyvJGkSn317nEqDZdbcdq8k7a9zoIUG1Tp8eUJit17mEMIzdl&#10;U/fxua9Xuci4I8AOXiRW69zgyxge5rxCoRWq9zq6dze/LAjjXq9zpBEVJJ15RRk4V6vc4pHu7i1r&#10;89Fer3MojUkH4ccr1e5jkia+hA56tk17nisn08U6cK1Xudb2UbSP48RqTprVe5kXbttxUgRW69zy&#10;7Q3u9+WKZr1e5zCu422HGNBFbmvc4MjMlj4c9oqsRXudWW+2w04+I2Vavc5qkbaEcoW52Vo417nJ&#10;4Ybiy88W4rQwr3MQpYXBBUd7cYKatJ6a9zC2HUpNmjU/VzxbNeJJr3I74HQHvGNeb0GnQ4RXuR5M&#10;q4U4uVsee0xTguFJ2V7kBsmYcblRxLok1YXClba9yLNkej0IGnjx1SI2U6HiK9xqlyBE5Ij7HlRK&#10;acF1XuQ5un5vZT254BQp78zXuNz5FqQSdbeFuaKSdtXD4r3G+TJdep1B+HN6emnA+K9zA+VcRQE6&#10;2H0c9pFW74GvcitgeILqg1+njgCadDwFe5jbC6+KwsbDlCE093te55YsRia9jY8oUCqKUDxr3Mhm&#10;xOFtRpxoNgCaulfRXudGurF9oPKhINX1xXuckxWrVr3P581oFOa69yVFj1VH3ble7NbDsV7jhDmW&#10;quD5hFvZxjuyOFaLh6q9xwjzZVRHaHvzfdlVX1atte450+ca8aGTTnigpqhUlGJr3HSmzxWIf8pf&#10;jRbJpoqQdgr3Hqlz7Upfc515WFRFMnGvcdYOolQGsX043qKaoUjor3Hqn6lzqNof+PKalHGmO6Sd&#10;or3HGPqXULZlkP38fDiumrdylXCvce6fqhUKLvLp8ebDy00x+XE4Cvcd4eqz7RaXtxQm4WK0bEEz&#10;Fe4oafqtKU3eaBbmhdLpCbBJr3Hun6sSghzKDfS3FQvVDjTZy5MV7j9T9Wbm+9bn6f6eKU5gocaS&#10;/wAuB4V7j1TdVFY38wX8OKk5kpPGkq8qSMYr3FDT9UVOpZb8ME5qrppAcrB6a9x3i6nIQFZ10t2v&#10;4fXxQ3mnSaSfywCvcfIupcMoUlwB8OLU5tBpOrK4xFe47Q9RIJgFEnbUm/DAZxPRSc5eTtFe49r1&#10;Bg1bfqe3Fac38qLVZcRXuOMGeY/8nvB949/YO3bioZqDSU2Br3HWHO9NfaHBYi2vbigZinppv8hI&#10;r3HWHOEJ9xpF0v8AfxYnMU9NI/yXXXuToM2RTAjcp0ueKDfjhVFWR4V7jumZIPdQ7W0BHHBeg0iV&#10;bGuIUDUcnrmCkkl0IGnYePFQuQab/LRXZ7cnQ4xSgITp4Wt4cVi4Bqht9W2sWxuTRi1Kt9Rp2BP9&#10;HN98BSUMaa4Fb9+OEWIREOpttfW19dfYeULoUa0Wica6227E8zpWwEkrqx8D2+/ihKwKZCDXtvxP&#10;JaT0l2sAdASCe19Ry5crRkV0y6ePMwChtwIIIv8ARx1KxTqRO2sdj7OTo3iZLRkEW8e/GEqFJzAr&#10;hZvbzLAlMpDOfDnnHEbIxrW2uJLg25ljW9nU+7oBpftxYltIFXCYFdbmHfnV1t9pu/w9v0cr3aa1&#10;Fe3nn//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wAPVL1&#10;VHRboBmfqFFJ5dVSUbxUZvr81UEQU5A8dsjhj8AeCfJrL+YXSGuBMn/FGJ9wqC+0vef+x+RXV+DC&#10;0NlLf+2r8DfnClAnqBp+yxhf84x2moCLqzgv/wARX3m/Ic10PTfl40mXqvMs4/SV0uxCf8EV7kH4&#10;uSD9HPsb+jzdH+XZRcZw4PFdOd22f+BMyCR/jOqWD/tYr4r99b3vXksj+ESfNX6R7aQPqnzP89me&#10;jyrA36Ogi8yQD/iyWxAP0IAR/wASPDI87EVC1FX57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuFGw2gbrp10Sj/ymE4cbvbVTBC2v/Ra&#10;Q29tj8OfJ120b6HtO3odcaVqtrf9iz/RLbZOpY/21wqUDt0FIP21k5bo/s9l07HF+3UoYf6Ue8dd&#10;WfdFckDI+RKakqE21lX/AKRUXGodwLIf+ILYfTc+PLH5VcL5a9gPHtbkYqJgCoWb66FrkR3YAbbb&#10;fEDvxhZjGlle5DmlN7LrxMpYp1KQrbXuQZS5IsCL+I4xrFKABGFe5HkZtVPhxDxqpr3Ij7D7wYAg&#10;cqrZTm2vcgOYpJArEG/KClCRXuRx5e8nve44yvDCrRXuQZFDe6eNRFOivcbpYWFwhI+jiYyo4U6M&#10;TXuRJEUi/LxFLAmK9zDK7rYWsPjxAo6tmNWNe5id7W8eNHGqxXuYXRHJbmwaUpNe5isT3PHZmlE1&#10;7mMg/u8o4MK3Xue2Ow1OnGRhWq9zmsage9954+DhNUr3IjQB23KRbiLuwMRW5Ir3I3kC9rA8ZWIx&#10;rxc869yNJE6kgIRflRTyTNe5geOS3blyadFe5h8uXwF+Nbadr3MZQDR72HKxWwa9zytCBZr/AEcv&#10;VzXue2xtb3eUNNmvc4PFCzWZbj2ccBitpMGvc95FIPsgA9+VKhT+oV7nPykK+8dfp04xrNNgxXud&#10;CFSLN4csTG2nTFe575bctmZPoBN7fWOUO2aamNle515MYbbtXaPHueMKNXxNe5hKQLfbt1Pja/8A&#10;HmxjVgK9zwmWMXsCPj/ZfllnTsp+SK9zE0jSDeo2fC38OJ507aZONe5haaSUGMsdptcga6cromnU&#10;pkV7ni7apfQWsSLHlg3VVJmvckiPeNryEqO5JFv4346EgVdKYr3GuuE8KLTiwZzbcGHj27kd+JlE&#10;nYKUJIX617jplbImdM+Yr/V7K9HJWTbgDtB8tb+Jk+yPrtxWwwu5IS2krUejh5zA99M3F2zYI1vG&#10;OfafSuJdV1bTljfSb8NTFcxVNOc3VsnmSKpeCGNmsWFgPMNlsL6m9vZfkvW25i3AC+sDy2+U1A+Y&#10;7/BgENoC+gkwfZFM2KZgwrCaN62tmVI0BJJIHYX0B1P1cs06b/hgdC8qUyz5mw+Gd323860rNbwV&#10;SNPj9XByxu7ZWwIIJ61Y+zbUO3e/l/d4JUpIHRhHvxov+OdfqFHdMuxmoKmxkcFUX2Hdr9fjw22W&#10;/Qx6VaCIL/UPDjYWaVoI1ZrjX924PFKcpskbWtXVwoDuby5kvZcr8sSPjRW82+qfN8cs0FLiESsj&#10;EfoFZitmsSGsB8O9vq14/V34afoxz/8A6NU5Tp6FZNQ0QUPpoSPdA/Pjo3csbkwGwk+ez3UmO++a&#10;WOx0nzoHsU9cXWfK9HJ5jU1fPGexjCKL6x++oZmBF72B1HjwoXXb/hPPkPHcBnrfT9miOhr1TfFS&#10;4ijLGw7iJ5Y/MZT4D3e/fgIzbc4MAraJAHUYw8gT7qG2TdslwHNN43KSY1Db54wPf5UlsA/GUyzl&#10;3FFwnrBk/EqdFkWKSuwcJXRrc/bkjd4pgnidqMQPDmv36g/Q36l/SjjkuH9UcvTrTKbLWUn+kUzj&#10;wtLHov0NtPw5DdxZuWiihYjpFZfZTvJZZ+kKtVyD0gpx4gaomOqatk6XeoLo31mpEqOnGYaPEpjE&#10;sr0qyhaqNWFwZaSTbPH/AMEgHs4XaJnN0m90+AI7D2niD7cD7KGmIMdG2hgEyNbbc3/Xx45JSAr9&#10;sH6By4g14HUMDXaSpJ9jUczGAkgREk6eA4wTSdSiMKycjbzHdiASDY3HbjsRspQnARXuSWmO+5sL&#10;+zlq1XuYWmF9bHlSa9XuclIce8ONxNbr3Oivjt0HHdler3MO27XUFRxkpmvV7ngGXuCeMhE7a9Xu&#10;dAr+8tiOWICcBXq9zslWNwTb2cS16vc4lRa79gObBxr1e5x91RdSQOKJr1e5kHfaeO6xXq9zkHQc&#10;8fFXq9zgQrG5PLkxXq9yQo005aOivV7mO0oNwRxOokV6vc63MCDbw46TFer3PKWuARrxNtr1e5nB&#10;bd25cKIr1e53IW0JHFUk7a9XudAgdx3PGeNer3O7KTex4/jXq9zJu2ix5WTW69zy3buSOUONar3O&#10;xc+N/p42ERWq9zsblbUDXm0p6a3XucyQw7a8d0VuBXueUKWuw5aqxXuZFVL2PbmiJrcV7njEpOgu&#10;OV0g1uvc95C2uV57QK9XuYzSwlSQPz4ypqdler3I74TRMtivK93T2o17kU5fpZLbowRzRRVSs17m&#10;I5XojcFbD6uU7sxXkuKTXuRXylRHVe/0cbCCmng6eNe42PkpDcgjnop3vq9xtbJKk22g81qJp1D2&#10;kSa9zBJkZr3VObJrf5kGvcjSZJlAuqcaSTVvzFe5EOUapddp451Gr99XuRWyrVqTp/Hm0kGnUvg1&#10;7mJsv1sX2Qebmrd6K9zAcIxFX4yUpq/eA17mEUOII5GvNBIjCrJUK9zIsWIJoATxgtgU8lQr3MjT&#10;1qLZr8qG8aqFwcK9znFW1Cdw3LFulPenpr3JaY1VBbWPEvckUlk17k6HME6ABidOa7mthVe5ITM1&#10;RGSQxtyhapwkjZXuT4s1Oo37zfmu6mq6idte45Q5zlHd/wCPKlmq17jrBnicC6yHle5IrRTXuO9P&#10;1CqALM5045ppuK9x3i6jvEQQ5N+/GilQ2VcIB217jzB1NYe9uNh25fxCmu5Br3HmHqhNa/ma+PN6&#10;lCmzbivcfqbqmQBZ+bDqqT/l0zXuPNN1T94XY9z7P6eXTcEV5VsDxr3HqDqkin3m+jX+PFabwg0h&#10;NrNe4oqfqpEGUbrAa9/HikXiicDTX8vT1V7j9R9Uo2v+mt9PFAvlDjSZWXDqr3H6DqjTuQDL2+A4&#10;sRmCumkassnor3HWk6nw2CCUd/C/9HFAzEjaaTqyyOFe4oIepkO1QJbanTuPz47/ADXHjSA2EYRX&#10;uO8fUul3FS1wRY68WDNKTHLZr3H6m6lwbzIHGo0+Ht4sGaThjSdWVnqrxF9Dx6i6gxyNuD629vFK&#10;czikZywjorjsXj1T58pTaQPcn2cfTmMUnOXjorhsPHunz7T7wXOo4q/mIVgaYVl5rry/o46R5zoX&#10;IZms1tBewvx1N8BsNIFWChXvKvyd/XKi9o7e09/u4s/PddJvyaq68kc//9Iv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KX/AMXrqbJFgeVeiuGOTLXzSYpUxqdd&#10;kQNPSgjxDu0ht7UHMiuz7LF3TqnEAqUSG0AbSpRGA6/tHrXH76sN5wxb2uUpMa1KuHOpKAUNz1El&#10;w+aBQvdLKKOJqzHqkhY4U2Bj2H7zn6gB9/Cw5UwOPLWW6HAo7f6NCiMR4ta7t9bXPPvp3F3aRudk&#10;9rliI/YMoQojYVxLiv8AOWVK9a+Wq/ujevLdP8SifTgPQQKr+zlmCXNWasQzDLf/AEud3UHwS9kX&#10;/gVsPq4oeSvRRSa57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e4FHWXN/8AVLJU7U7baqtvTw27jcPfcf8AEVvr7bcwW+off7+we7bpaVFxdf5O&#10;zG0FYPeLHEaG9RB4LKOmh9u3l38wuRP2o8SvTYPU+6aGToXkn+uefadalN1JQWqZ7jQ7CNiH/iT2&#10;uPZfit9LOQRlXIBzJWx2rMaKyi41WBbiEf8ABXL/ABBHs581O79t+WZ1kYrx9OH4+tDLea9/NP8A&#10;dp+1GH+dx9mz0NWacMtILksSCLduDFa6AacK9xvYILuNN3h7OJ3F4Uor3ITKGJMWg4gUmnJjZXuQ&#10;nbatnBFuMaMJpaExjXuRD2JGpPt4kUSa8ozXuQWQrcuNPhxmaumvcjb0O4yAWHa3fj4FKgK9yE3l&#10;lj5a+J8eFzhxquiK9xsm8wWdTzRpwYV7kJ5nFwGGvGQSDFOJTJr3MJmCj3hc8ZUhSjhStaDtr3On&#10;kuAJPHlFQn7NvGtJT017mEoLEt4cSU8Ma9yISoPL0o7vjXuefZ3Xloqo8Ne5hsfDjKppQK9zq73s&#10;dQfDlOFbr3O5UZlsDf4ePHuFVr3ID01QVuGt8OJtFPBde5EX5lD75tblVGBV1LERXudGRnOjHT28&#10;Z1SK8AAK9zE1Q1thIPw5Qmt17nEVEwNox+XPCtTXuYzPP4oPu57UeinBhXuY3eRhuCa/RzUzTle5&#10;i8+RiA1hyprRr3MUm9iSG+7jIkmtV7nvdFyBrbx4/FWr3OCOGP2fz5YJpyK9zvcWJAbT2cROmnIw&#10;r3Oytu3ve0E+HKzSZWFe5iawuwUr4AX04zM06kjjXuYwQqWkCD6e/wDHj4p6RXuc9sVQPdXVfYbc&#10;rtraTqr3ODS7rKhsw015UJmvRXudS+dKgiiOvwHG5p9K9OFe5GSOZJLSyg2/dNub1RT4cBr3Mnkx&#10;rA1QzABfEkWuew42sEiRSYr1YfDk17g9enj0z5n684yZnkkp8IilHnVSIC0lns0dNcFNRpusbanw&#10;4OMlyVecKJB0oRtJ2K6gemgjnu8bOTt4AFenBKsEj++WcCDxwIqPNMI/G3hzYU6D+krKOQsDSlw6&#10;kWipG2te7GSQgamSRiSfqsPhzJa0smcvb0tAJPEjE+szNYc5jnL+ZGVqJPpp9MKADqD1ow3LUzYL&#10;hkfzNVbXXVb6C4HDrYBSUVJAaLKcEeyO6vPqyoF+N9T+Q7W4+66WsR79lAZxBV9yvkfdRb8z4xil&#10;ZULiGc6kwmbaY6Qn3pL9gE7pca39mvBRwbBcMpwKypV53AJDvfU6fZB0tyhdCvuwNF5BOwwPjRZs&#10;659xitaXB8KMNNC2jQqdUAuCz2O4k/HvxRR/OF/mpiN27ct7WJ7H4aC4txApSgcD7evj59HXVVaA&#10;MRA49NBr5VDPHHhWFxHcIgkhAO8KV3RrZr7jIbFja9ibW78VmXIq3E65KSkAkWQbmfW0etrgqR93&#10;NKvW8oGt0gJO2TBJ6R19VOWeVP5s73NsgrVE6QCTHTHRRePUp1p6XenDpbUdT+sdfDg1DSyfLwWA&#10;BqJtpZKVFclmk7nQ3F9dCLGMhRIolhW5HiT4n/ET3+rkMZ5v8Xm1ItyUk4eGCIJx2gnZxBFZO7rd&#10;jb/focu0JLcypCiZw2CARA9K1I/UT+KrmXN2C4tQZAq6jB8Qr1KxtRR0/kLFIwDI7SQvLvWMkblk&#10;U315AxrL2B5koGwnMVFT4hSsbtDUxJNGxta5RwV7e3mMzl464rWpSiT0410Bc3asy0LdDSEoiICQ&#10;APIp0rHWQoE4VVpkv1N+oDp7nI9SMm51xrDMbaSMvVw4jMJpFS5AkIazgE6KwK28OUjerz8FLpZ1&#10;TrK/PfQOdst4vMjSPhpIehml7kpv/SQ739kmxb6LYAcEDWZwIc29PGo+u937jLkK/Ly6gGYV96Rt&#10;hJ/iA4AgqjaonGtuX8Nr/hVfmfAxg3Sb8QehixSKSRaZs3UUYgmQFSUmr6aIeS/vABjEkQUEsdAe&#10;avPV3or1K6AZ2q8gdUcMmoa6lY3WRGS6+DpcDch8G7HgjSoOJ1JBjpPwogtrtF4nU2JExMRBG0Ed&#10;NbwXTDqXkTrFkPC+qPTTE6fGMBxmBaijraWRZIpYySLoyEg2YEH2G44GsVcKeUeTcMD7L243IpQp&#10;OOnj0Uvw6k2B15ylqIWkMki7y+reGvtty2qmQmK5cyeWjncdOPTIpQMa9zEYo2BPjflYrde55Eto&#10;T9XLRXq9zmbObEkEe3mjWq9zrab+6eVFbr3OPvqe/GpivV7nt7m4IHGlGa9XucBoNbDjFer3O9hY&#10;2I04sCRtr1e5kRVf3GWw9vLQK9XuY3iiVbgm/jyndV6vc4CKInQ/nyh8GFer3OZhAPu81qBr1e5I&#10;SOw14rBr1e5ifU2HPETXq9zsLbsb24kEmvV7nem4G3FQTXq9znckkjTm9Ir1e57drZu3PV6vc6ci&#10;4AHGjXq9zkSVFwOU1V6vc6L3sDz3e16vcyBlJuDx4K1Vuvc4hgPv5vZWq9zK1rjnhWhXueuO3Hq3&#10;XuZCgbtyler3O1jKnTXnq9Xuc2ZtB256vV7nIE9mPPV6vc7A93nq1Ne5zAB5SrzXuZFUWsDz1Vmv&#10;c5gAdyb82BXq9zwO7RhYDx5VQqhPRXud2hPieJoimDqHCvcxmIFrpfjqTNPtqwxr3M4hUgXH58YU&#10;MaQnbXuchEi+74HlEjGngSK9zh5Ck6C/HCmDT+ogV7nFqSJtGUa8qhNXbUTXucvkKZ02FQOPaaeg&#10;17kb+S0bNfYONlFb1EV7mF8u0xBYJxjZhTfeTXuR2y3TMtgtiebKa3JPGvciNlSLsLG/KHCrB2MJ&#10;r3MDZPQ6AE/Vyk04HZ417kd8ls3Zfy5crpw3Ve5DlyayGxW/1crtrSbjVXuN0mUXIIC81E0rDxFe&#10;5EbKkijt25sJpwPzXuRGy5KDYA/dzxAFW7wV7mI4BVRm1jbniZ4VY3ANe51/JKxffHYc8DPCrB+v&#10;c4NQVAUlfHm633oNe5xWGsjFm4x3Y21cODpr3Pb69WAANvo5vQKvrFe5Ijq6xfHtz3dCtyK9ybFi&#10;tWosxI4z+XG2qBM17mVMbq1OrX5pTIGFPYJwr3HL+s9SLHd25QW0ca0EV7k6nzbVAkk25U23XVIx&#10;r3J8OcqsN3/PjZYIrxTXuOEeeatTq/3Hlyz11eFGvccIeoVYjbfMP18b7oiq6Rxr3Hqn6j1dv8pc&#10;+PG9KhVSgHhXuP0PUqsVb7xy2oimC2K9x0h6n1IYXkt9B5rvFU0Wk17j/TdVJibM4FvYeXDix01r&#10;8umvcfqbqpIWDbzp8T/TzffKBqht017igg6s3kDPLf6R24+HlbSaTG2Sa9x3/wA7K2/yvhfvzX5k&#10;9NU/Jpr3P//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zW&#10;S9Q2cf8APx64sZxSJ/Nw7AZzSQa3URYd+iup8Vkqdzj4Nzt39J+4/wDPs/sm1plDE3jv+5wpuf8A&#10;dS0kg8Jr5QPqR3w/nmc3ryTKUK/Kt/4rcoVHUpQcWP8AGoQ+oGJf1F6HzKp2VOIqIV8CWqNW+sRA&#10;/dwUOfYfXJGq9Oe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7hRszU8/WXrbRZHo2JoqJzFKy9gqe/VPfwOmwfED28+X/AOpDfM7+b0Gw&#10;ZVLFjLIjYXJm4X56gG+vuweNZJ5Q2Mjy9Vwr7liR64IHz9TVjvp3yX/VbIiYnVJtqsWIqHuNRHa0&#10;K/8AIJLf8FyymGCCCkjp6RBHHGAiqosFVRYAD2Acx0gJEDhUNpWV4nacaHvmCTao2Hx4yaer3IDs&#10;E7KTxOurV7kOR9osRbiTVqpa2NQmvchMdrEjXjKjFPJVhXuYTJEDxKDNeGNe43zSR67+1x/HiYia&#10;dSYNe43SGNdzSG48Lc1pNLgNVe5GRbIW9vEizjTa1Y17kZjtTaSR9XPcatxr3IEihveQ9vbyxwxp&#10;9Ne5Den3e8WH0cZWTEilXewK9yO0e7S/EZQRjToUFV7mNmdV2txs1b7a9zEm1hz0U7pJFe5wdk26&#10;+3ldlNQRtr3MbSra3t55RkUsr3OAOzV+M16vcwkoG3a83Ner3OnaQ6jtzf8AHVK9yKwlPjxAVwYq&#10;4IFe5iYzDuvNHGlBg17mEkA3Zbc1EVeMK9ziQftLy1NV7mNi4+0x+7ieDVq9zFvAJbXXm62DXuY5&#10;GQAM1jz1OEzXucRf9zx5utV7nPdbQjXlq9Xud22p7pF/HldVXmvcwhYne4ax+A4mWJq4M17nhGgY&#10;3Jb48tgNtbUmvcwlE33jYgjjWB2U3pr3PSEW8w2J+Ivx0CKdCa9zk6oXbzPduB2A/p5rWKcB017m&#10;KQxhdqsTbTUcYMmnNBONe5Es+3dew5QGNtXB04Gvc4tLMU2yEbOwsLm57fV7fhy0hWA28P1p5KB9&#10;w2jZXuGP9N/Qyt6951hwKZb4VhxWSql1sQx/yaECxdrdriwB114NMpyU5ssAGEJxUrp6hQEzvOBk&#10;rBcT96jCR1/0vIVFqqgQRM5F7C/NmLox0iwnKeAUzx06UtFSqsVPAihVVUFgvu6BdNT4+PfmUJQ1&#10;aqCUgAAQI2DDnGsLLq4XcOSvEmConp6+vmaKn1U6nt5jZZy3OVrXB8xl8Ebuo/1rHgyJVS5mqPk6&#10;EGGhQkSuDtEjC2i+OwDufHSwOti1b1MQGxCttBAaPD8jwHE8Ul+ZxYopiiZdxUG/vMRcFyew8NSS&#10;Li4l4XBTwU91slPAI7kCwci1gB7L/lxKlZcOOwUTFJkT10XzOOI1OI16pUf6RX1zyAo5LeWGvqzk&#10;eA7/ANPFqs9RVymerKgAq4UDRrD7IPhxhWokHhzhRYQQMOv99BPFQ0FBSnCsHMhZlkDPYh0BIuW9&#10;pYiw8bDk1Wq8XrkwqhUVFRP7qDW1vFmNrBFW5Pt7C5I5S7u27ZsrcMAYk9HUOscOvZS+wy57MXks&#10;sgqWo6Uge4+XEngKDHqT1K6benTppi3XHrFX/wAhyxgUSy1cm0PPKSAkdNDFcF6mWQqi9grHcxVQ&#10;SDO5Zy7Dl+gSm3eZIQDI7dyfh7AOYZZ5nK83dJB8IwSOrp8zxJjgOFdaNxtzmd07XSAO8Xi6rpPA&#10;A9CZOGySSONaCv4hHrv6heufrTUZzxqWSky3h3m0+C4XvJSnpS197ge6ZpSLufgoudvFEqJwFRUz&#10;hGmiAtVTSac7I105enax7v8AF35xZb2F7Em33/lzYPDCKoR/F0D2+n44VzjnkDeWi700LA6C17d/&#10;bwmPrS9GWQvV/wBNny1jirSY1SCRsMxAL78EhAuDbUxsQLgHW3HW3jbqlJJHRUc51kSbsh1uA4Bh&#10;wChthXV0YGMemrs/wcfxjep34Y3VJsExT5rGumOP1UEuNYTCyvLGw/RtV4ekjrEs3lgKwLJvCqCR&#10;tF9ITrn0E6i+m7qNX9LupNH8rW0EjKGS7QTIDYTwOwXcjjUEgNY6qDpyQbdaXQCnHpqLie8HiBBG&#10;0H7hG0H14zB2gmvqJ9Eut3TD1H9L8D609GMVixvLuYKaGro6uBtGjlUOBIp95JFBsyMAytowBB4E&#10;/lQlPM3/AJcWmKqkJVwHtoYecF8g6gk8aFePgr3MgCj7Itx2tgRXuZSSwta3s56t17mMqTYD7XPV&#10;6vc4rGxb3tfo56vV7mKWNgeMLFer3OtxXXiHZXq9ziwuN17X56K9XudWYC97jj6VcK9XueuPYeeK&#10;tNer3OvOazbhy4XXq9zkZWIv4cqrGvV7nhIjfunTiaK9Xue80L2B4+lcYV6vczq6DVvHjuqvV7nO&#10;IoSeXFer3Of6MaccmvV7ntob7PLA16vc9ttzSjXq9z2znhXq9z17+7xgivV7nYvvAtzQTXq9zsAD&#10;uOKAIr1e5xcJbXTjLhr1e56MKPtHXjaTXq9zmNm7vxTNer3OSCNvAffyoNer3JKId1l7cd216vcy&#10;rHckt4cqasK9zj5RJ3eHNbKbJ07a9zu23mpp0EKr3JCXJ7ccpkmvc5vZPp5Wtivcw2Y/TzUxVpA2&#10;17mQkAC3joeemaqTOyvc8m03Ps42aadJivckJ9nlTjspOPFXueAI1PGhWthr3OzZtRxynAYNe5zQ&#10;lTcceIkUtUNYr3Odyx7c2E1dI017mTaOXq017mW6WAXiWZpMgKMzXuclFx35UoxpLpKTXuZLAdxy&#10;qwTsp8rBEV7nYjTlO5Jquma9zkFLe+vhxhSdNJh4TXudmNubKdNOGvc5iJD9rvzQ2VpKTtr3OXkq&#10;PeVfv5SYp6VV7nMUkQ7qNeWCq1jXuYRQwMT7v5c8RqreNe5wOEUh+0vNzGFXSa9zGcDoz4aHmtWn&#10;Cn+8ivcxNlujbRLC/NTNa1zXuQ3yrDJ7NOeq+uvcjnJ6bgVHjy1PByvciyZQY/ZB78pNb72vcwSZ&#10;Ne/2ebJprvjXuQnyg4JQjT4DjQq6XyNte5AbKsu3y0FxftxwmKUd+eFe5GfLdQATsv4csDTouBXu&#10;Rzl+dP8AczzdX7+vc4HCqpfA8aitB7VXuYJMMqtwNubFPd5Fe5x+QqFJ3D6OOAgbauh4DbXue8ir&#10;Q6X5XSNtKNYNe5lUVi8ZMV7UK9yak1UnPEU2pde5ljrKgSE34n0TW9QivcmJidXu0JB9pPHAgRBr&#10;wUK9yX/Na7/iwdvbxruBV9Qr3P/UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Ak69dSIukXRnMvUiRgr4TQVEsO7s05XZTob/AOOZlX6+HmWWn564Qz/SUAfLj7pqLN+N&#10;4RuplF1mB2stLUmeK4hseqyketOuB4ccWximw4dpZFB/4j3Y/UL81ofTdg0zUGJZsrSXlq5RErsb&#10;sdvvyNc6nczC/wARz7Afo03V/K2N5nCxi6tLDfUhoa1kdSlLSPNuvib35vi86lomSJWo9JUePXgT&#10;60mfVZmIS4thuU6c+5TRNUSAdt0h2ID8VVT9TcM5ztbUE0Ujnuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7iK6hZpTJ2UazG7gSqmyEHxlf3U08&#10;bHU/AHmOXazvuns9yC5zKR3iUaGQeLznhbw4hJOtQ/opVQlyewOY3CWuBMq/xRifw8zS96Z5QfPG&#10;daHALEwu++cjwiT3n18LjQfEjjF6QcjPRYJWdR8SXdNiLtBAW7+UjXke/wDryaf8Bz5Qt32VKCrl&#10;wkqWTicScZJJ4knb5VLu9V6FLTbp2JxPmdg9B8atYjjjijWKJQqqAAALAAaAAcORIpuQ2hOtx2I9&#10;nJCONRYmufIk6hjvXS3Ehp4V7kQL7Tbt+XGVU5Fe5DljugBYaacYIpSg17jfMFBI8bD+HC9e2nIx&#10;r3G/3EII7n28Tin4r3IcyKWIkXU+zlauBjXuQDSruOtvp5vXFLkqivcxPGFUHwHC1ZxpOa9yNIsQ&#10;BDHXm6bBr3Gl0ux8sm3PE6qWjGvciuXjHbjekinEpk17nDdrt8BrxOpRpWlvTXuYHYt4cTk1evcw&#10;ebtNtnKmnQDXud70ZfeFuUit6TXuRisbHlQKfr3OGxSe55Uiq17mBhode3NRTle5jAYra/EoEK1T&#10;SdI0q1V7kdmPbjejSac08a9zgxmB9w8sTShJr3MDtOdSRb6Oap6a9zr33W3PVWvc47pfHngIr1e5&#10;kDsFIIGvw5aa3XuYwm/3Co1+HKGrV7mGSF4j7oPK16vc4gyX1YD6QOerde54q+xgCNT7BxgitV7n&#10;NVbcbsoB0Gg5rTToEV7nE7UTYO/ieb21vVNe5H2REXbjSlU9tr3MReJfcAJ+jlFiqkYV7nJ5EkAA&#10;XUe3j0CKunAV7mEJFI32WvceJtxgHTXjNe52/mKW8uO1j+unNBGrCtpx217jplbLmJ51zNQZWwhC&#10;89dPHCpX90swBZvgvfi+2tFXbgZb2qIHpxrT76bNtbqjACST1wNg864SELGWPgObMnpd6AZY6bZV&#10;psv4NSLAqqsk7gsWkfsZWYki/cC3Mo7a0RYNhlnADBR4KPQOusI7/MXc0V3zi5kkJ6I6B0dcUBHV&#10;TqCmX8Ldac3lKmw9p9nDg19TLitUMr4O5FNB7srLodlv8nfwZvHxsTa3flXXC/4Okcig6lGiZ2mi&#10;54RQ0+AYec+YyoasrQXiiaxs57uQe6r4eGg4saSJaUrQUSB30BB0sPagGmnxB+PGVCa33erbQUYv&#10;Xy1oOK4o7UixKxTYdzMTraQtc+A7W+HjxVmEVqCjjYinp3AY9r7PtH8iBy6FVqAmZ40DlJjM9BUn&#10;E6za+IVqMyoRdSZlIRNexXcCbd7ckYniCqscSG23uo1K+zTx54EnDhtoiSyCVJPEGKccuYKFQ49i&#10;JuHawBcKszpclmPsUHSxA79+Gs6YZTTA8Fir6hT8xVRxsd6kMi7RZBfUWGh5jVvhnqb9z8uz9iDi&#10;R/EriT0gGQBs2HbXRXsv3SGWMi/eEOuJ8A/otnYR/jiDO2DExWjP+OP+IDi3qT9QGKdBMl1gOS8j&#10;YjVUZFOWEddXwyslRVTEsRIqy7xGR7ttrAXseCft8R48hEJissqojM4IIsNeckA4/VqhXt25yPfm&#10;qqa9zgeaia2BNd3IBAOh537x0XuO39nN1cyNny+dZaZ44ZBuO0eFvb9XK7vxDPQnlX1h9K5Y6QLQ&#10;5swpWqcMrlVQXZQQaSYsCGjkBIHba21r2BBM7e5/LHzqGM+ylbZ/OseJScHEbAtHVOOtOBH9IApj&#10;UQRsW/gH/jIZm9AnWWj6MdYMQkm6U5sqRBVxSvdMKqpbmKtgvrFH5mkw+xtZnYXAYaSmccpYp09z&#10;NiGS8wxNDiGHTvTTRONrB176N4WIN+xBFuDtEO7D1zQAQCqdUAHETgIPv6tuBFfTewXG6HMOD0+O&#10;4DOtRR10MVRTSqQVkjlQSI6EfaVlIIPx4mQ2yMNHF317HjYk0wW5ANPqNvUNYi/tFjzkX3ncwtp7&#10;OKQYFLkp0iuXMfmG3e/1c0DNXr3PbyTb281Nar3O7ldQeVK63XucGfcmvExVXq9zhYMNpPKxNer3&#10;OjAAQRfXmxhXq9z1iL2PNzGNer3OvMjX7fK95W69zizRuLc9Nar3OIjvbb2HLzXq9zIfd1IvflNN&#10;er3OzsYdrcdEV6vc5KPAAc8TXq9zJsWMgjw55Ner3OilwOV2mtV7mZUCi3FSRFbr3Oybcsa9Xudg&#10;BtDyteJr3ORWNe3PV5Pj217maNg2luXrZEV7mbaoNrc9Nar3IsqIuo40saq9XuR1jLHTjGmtivcy&#10;incm9uPpEVavcyJRbVueejTspOtWNe5NWFk7duOAzT2qvc5nb4fXy1WAr3Oad+NGk7te5zsPZys0&#10;mmK9zMUXw57VT4VXudGJCNdTxsmmy5Br3OliQ6g9uWFbCtYivc7MYI28cqyf2WNe5m8lVXjZNVU5&#10;qr3OAit9vlxTgbCvsr3OZUWsOwPGdONMaCDjXudAB200HL6af7uca9zmke47jx7VSnVXuZRTuB74&#10;+I57VVS4BXuc3XaxG09uWBpwGa9zEYz7pGnEbhg03rivcygANt8eOapqpWIr3OQfUjlSIpFE17mU&#10;k7l05oL0iKcSrA17mYmzADiQKk0zXuc1lUJvtqeWCNVbAr3PLYm/HiAgRSru8JmvckKwPcX4jJmm&#10;017mdQD/AEDlaua9zjuYJcaHj4FUmvc8q+3jRrQr3MuwAX5SnK9zKgBu9tQLc9Xq9zmEG0J/ivfl&#10;xXq9zKiAe8PD3R9enLVqK9zIAW+3pt+HGq9Fe5IsGTdca89VIr3MUkG4Dbb6QObFXFe5y+ShNtwF&#10;+Wq1e5yGGUrn7IH189Wq9zGcJpXBTYB8b8pW5r3MBy/SMO1uPpq4Ne5F/qzTMbd+WNPaq9zi+Uac&#10;faF+MRNNaq9yM+Toz2GnPVbWRXuQ2ygNhcLqPhzeFPpeivcjtktmckIbcvWguvcwnJzoL2P0crWi&#10;rGvcb3yxIrEBTzYFPJVXucP6syf4T93PU5rr3P/VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3KmPxb+phy90cwXpjRybZsx1xmmUHvTUQDlSPjO8RH/ET9U3bj2fe3Cnj&#10;sQmB5q/QH21y4+qfeP8AIZQxlqD4rl3Uof8AA2QCQfNxTZH+KaFPpVh3zGLzYk40p02j/iT6f8qg&#10;/fwivTvAP6s5Kw7B2XbIkKtIP+PH99/uYkc+9Hsk3W/sZu5ZZeRC0MpU4P8AgrsuOA+S1kDqAr5P&#10;s4u/ztytzgVQPIYD3CiQdTsx/wBa8+4pjatujknZIj/x3H+jjI+lQDxacyLoNUg+e56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuFO61VldnfPOF&#10;dL8DO5zJGHHh5s1gpb4RodxPsJ58831c76HOs0t93rdUptwHHQNnfOjwA/7W0dQP/BT0VkLupbps&#10;bdd45xBj/FTtjzOHoKPV6Wsm/IYFVZ0q0tJXN5MJI7RRn3iP+JPp/wADyxnAsvUOVsBpMu4WAtNR&#10;xRwp7SEFrn4nufieYHMMpZSEJ2JAHsqJ3rhV0suK2qJJ9aNdydIVViEFwO2vNqEGtjCvchtdFK/a&#10;ufu4lNOAmvchOVJ2kG+uv08ZONKgZr3IzMpXUX8b8SqNbRXuNrOpBK9zxAqTS4GvciSq7gItvu4z&#10;Tgwr3G+aJ3uyGwFx9dueFOoMivcjOjqoJI7a/TxKtM1fbXuRZSjJsJ7+PEZGNNKJmvcwSGPte/L7&#10;TFWCDNe43yLCDdTbjIwpaAU4V7kRrlTpx7WU7a3sr3IzfY14y4sHZS4+IYV7mI3AuLcLyK9XuRGl&#10;cNZ9AeOUtBwr3MRfxJvzY2xTk17mNmPY8sAJqte5jLfA8SLMVrZXuR2ZdVsb8qV4TVNde5xLujW2&#10;+Ht4iiRFOJGsQa9yHIZL9rG/HaeTsr3OYY9mF78b0xXor3OAVgDdebitxXuYNsm/3VP38qRVhXuc&#10;juPhxxRq8V7nFhIbewcYivV7mJ2kUj9nPVc17nISMf8AKHmqrXudMI2Hcad7jnq1XuYRLF3v+XNa&#10;SavFe5wUQu/6NfeB7k8srAU5jxr3OUiVDG7jU/Hw4kFXASdle5iMO0eYNB7CeNaQTXk7a9zghu28&#10;WPsHLrPRWya9zzvELldD4gcskzVjjXucFKyWZWI9vEpxNVBOyvcj1MqQqZ5GNtLn7735tQgah5ev&#10;D50+hJnZt2V7lrX4dPQ2Z6U9X8YiC1GIlkoQR9mAMUMt/wDXsbfAjk27t2BYaNyvBaiQnyGEx5z6&#10;VBW+OZBShbo2D7v8b9KT2PYpFRUEkjmwUEn6hy8d6+LKuAAAbqurtDEFGp01A+Ht+jg+WrWYPAT1&#10;efnUBdxhhsmaJoIT1EzqWmkCUWHAySSNorEHVR9Gn38UOXqb+SUHuktKFBYm12Zlu7X+km3s057v&#10;AkU8pkrMmkVnjEmzRikcQUxRF02kagLFJaNLD2hRf+HFzQBoaV5TYSTnS9hpbtfxv+zlAvSMa0lB&#10;ViNlAdmBGxPFBSqWENCp2nbvDOT7wAvptAGvxt4cdMQqJMHwqOGRTvYAi1ve190fAdr/AH8Zbcg4&#10;jDh+HnSMpDij0D8OjbSWyzQR50zDPXQSsIaeSRZtwuE23V21P2gQSoHhYX4JfSrINXj2KDGMSj/0&#10;KFxJuY6yyW7Wt9lQB9N/hwJZ7mn8oY17FuAhI2wnCVHywqXtxd3P7R3cuCW24UroKv4Ug9JxJ6BH&#10;TVQv42P4iuX/AEj9CG6PdN60xZ+zXHJR06roaHDwP01Wzg3DyOwWMLe+17kWFziLvv7w0Ov0X5h3&#10;sPvnp52+VdP0thA2R0Do6vIbPOtBSrdpWfe29wffJFje9t3jf2cyc3NWpv5wDEctV69z2481Wor3&#10;Pbj256tjCvc6A3ac9XjXFlV1KsLg89ooItc9x9P9vNnxYVokn2zHPurMxM8nvfvafDXvzXg/Gf8A&#10;Q3HmHC5PVj07pP8ATqOMJjkEQs8sEYutUttC8a3DEkHaF724eWFx3ct1jtmlgnKVwgQyo4D+i4TJ&#10;TBjwOYERJ1BcgYE79X/CYP8AFlm6hZZH4e3W+qAxbAQ0uV615QPmKRgGloJNxuZYZPejIvvEm2w2&#10;a6vS1gaQqUJJ7m/BiJO3bRYpJ/i2/rW5/G26MN7QOcy1tQCB8OOGtiufMYchdQfr54Cr17nJXF7g&#10;cbVWq9zkfe78RV6vcwSbyth25WvV7nHyvEccBivV7nIRv3vzxM16vcxlW8Dryler3O1jP7xHNV6v&#10;cxN5l7G3NCvV7napJu23+nl9ler3ORWUAhDpxzUa9XucXUj3WJN/EcqOmvV7nJUZBc9uVNer3Mq7&#10;rWPjx0V6vcz23NxwJg16vcy7b9+K69XucSoHGlTwr1e5lTTvyoCq3XuZVCA2Yd+3LkdFeVXuZPLI&#10;7ac3sqle5ymVkUbTfnsDW0ma9yIEJ1fx42DjV4mvczKgVfd48IrQ217k2JPduTym0xTa1RXuSFAK&#10;XPNoTFJSJr3PNuttvx1xJiU1avcxEff4cZkpGNOd5G2vc5hGWw8TxqZppSwqvc5e8O/GgJNM17nJ&#10;Qba9+XIrwr3Od7EbhfmgKeCSa9ziSrMQgIty1eCSnGvcy3Kix76c3VluasK9zxLtykV4Eca9zJGO&#10;emmgoivc5OPHjyaVt+LbXuYlFlAHLk0r1RXuT0N73HhxIaQkxXuZlmQL73e1uXAplSJTI217mKVi&#10;T3783sp5CtIr3OIbcwW/biRZxpOca9zICwO4WJ4rSoDCt17nMKrH3u54yRBreyvc5kXOvhxpSSqm&#10;RhXucio3DQ8SmEbaeAr3MiDUgjitLRRThQpO2vc6WMnQHjapJqm2vcy+S6W9h5RKZNbmvcyWNvjf&#10;ikoANak17nZLFt478tIFWr3OYDDiUCauBFe5lRQxsfpPKERW69yRGi3Lhgo7a8uEzXq9zOrBU7W+&#10;H7eeiqg17mbZuTT8uVJpya9zmsRC3JPKVqa9znp5VrXPLV6vc8A7WAFhzVar3MixG4uO/t5uvV7m&#10;ePaFIK315sYmt17mZY1ZdtrD2W55QjZVSYr3OaxhSV9vbihAwqhMbK9zOI1jPltpp7OewNUCzXue&#10;Cra5N/ZxswKer3M6Iu8bV01ufq5tI1YU0VV7kqMe4WIF+aU3GymjXucxGFFideJyuDFX1EV7nSxg&#10;DaVv8eKwmac1Gvc7FJTt3XmlDSK2HDXucvkqb/DxJqNb1V7n/9Yv/OdlfZhW5Rz3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1x/Xzm3/O961oMkU7ebQ5bipaEgG6llBrKo/Td/LPxQc6&#10;l/TluZ/ajOLCyUmUvPhxwf8AAmvGsHqKG1Adaq+aT6qd7PzudvIQfDaNJZT0a1eNR8wpwJP+JQqT&#10;Yh/Ujo5iWYb7Jpo5DGfEPJaGL7iQePfPt/rhbVcfPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3GzGcVpcDwmpxiuNoqaN5G+hRew+J7DgO3hzx&#10;jdmwfzC5MNsNrcV0whJMDrMQkcSQKW2zCrpxLadqiAPWnXA8HrMwYzS4Hh43TVcqRJ9LG1z8B3Pw&#10;4DHpPyrV5yzvi3VjGl3fLs6RE9vPnBLlf+XcZtb2OOfH43mL+9WZXGbXeK3XFrPRqWSSB1JB0gcB&#10;AGysgd5Xk2Fuizb6BP8Aip2T5nH0q23AsGo8vYNS4Hh4tDSRJEn0KLXPxPc/Hh/JYz8dL8GcRUJJ&#10;GE07cgE6A6XB/XTiRZgzS4V7mCQ2f3gLsfDjRE0oAr3IZbW7jS17duJiasDXuQZAkgDDTTX4fTxt&#10;wRVq9xuaM3LAcRnEUobPCvcwEuuq6kcQRFKTjhXuRKhjtBQEAm5HNA4043hhXuQtwZSlibn2cewp&#10;RXuR7+8FAFm4gdGM1tQgzXuRjDE/fQ8YT01uTXuQJKNXXcjWtzaRBmnkuQZNe5DdWQ7Tqvt428oD&#10;GrLXqM17kNzY7W0Ht40FADEUub8Ixr3MTbSLDiCa1XuQ3Sxub/dzeqrzXuYWid1uvgfZzSTONbC6&#10;9zCw3G5NueVhjSoV7mJpGUWUj7uNnGrV7mMs5Fx35UkREVsAGvcwvKbbmuTykU82MK9zirNYlhe/&#10;GjhWxXucQzAGykH48rtqxFe54TPbbIb80K9XucBIoO4H8+X0zVtJVXucQ1zYcbJmqHCvc4NIBob8&#10;pVRXudKSb7dfpHNxNPivc4vtXxF/j241PCt17mF1IsQV17683Xor3Ol8ztp+X9HE8kU9XueKKbNI&#10;B9XLTIpomvc7dV2742II9vGtNeAivc43uNxF/aDxuNGNOxXuYELMx2oCB7Oeb8UzV+Fe56SPdqF2&#10;jx9vH0CmkqjhXuYJdiKQrBe3ccYUKeSZNe5MyZlaq6i57wzJdODsrZ1V2ubbRqwPs0vxXZ25vHEt&#10;DiZPp+NKLp/+XsqdJ+0SnqOyffXAta9tbDm1D0O6fYPlbAcPwvDkWGioYVjjVW0EcS2itcn7Vh9J&#10;PMnnFYBCcIECOHOysJ33FvqUpwydRJ8zifZMUW3q3mqSLC5sPoQTLUEIDf7N22sSPHaNTwVcPqP6&#10;w5mqMYlK+VRN5MOuhc6ysB20AW30nhelY29OBHzpqIFBhitLFlfJVLglGt5q68sp8dotsU3/AMRL&#10;E/QOCLRwQVtStMwPgzXJFgp9vsIHFCiFCBTKiWxNBPjFYcHoDianVC6RgdjK4N2+O0nTxFuKGF0x&#10;SteUKDBHYJqQBbvrfheCXKaV+zECg9xCnXL2DpTJLIayqO82sT72luxso8fH48c4KWfG8XolYsyy&#10;Swgjv5YYhRp4ix1+HDhoFIERtBk8OE+uz1oqdlKSYiBhG1RJ2dM9EUyyY1gXTbKuYsRxN4aSCgpa&#10;qolqWbYjRU0TSVDlidoIVWJY6Bu+mnD/AOXsFpsBwiHDqfXYBck6/RzDfeDMl5vcKWvADwpA2AAn&#10;3Emupe5GQjdvL0MjarxqPErUBJxxEAJFfMz9e3qjzr6uvUlmDqrm50KSStSUUagFYaSB3EUaMNCC&#10;SzE6nXvbj5cbtw4ENvOypXE8ejn0omhZnO9/tWF7fr25y3cpFeiuucQL83W69z1tbc3Xq9zltHie&#10;arU17nRFtQeerde51p489Wq7FrjcbDiczflLBc85XxDJ+Y4hPQYnC8FRESbMjjaw9oBHs4ys6YI2&#10;0QZlYpzRvutkzpMCQobFCQYUOB4dFDx6aev+c/S31vy16gen0yxY1lKup8RpGkj3rvie9pY/31Nt&#10;QeaAXqo6DVfpn6/5j6MVQlaLB6l1pJZQQ0tKzH5eUk998djf2nkkWq+9RPGMax9adK0kuDSsDxJ6&#10;FbCn0J91fY29L3qHyd6p/T1lL1C5EZThuasMo8RSMSrI0JnhWVoJGTTzIidrCwsQdBwv5eLaVOlj&#10;439g4vmYp2ZPpQ/q24bh2PONt3sH38sKdNcueO1dL9+NqGFVr3PEnwF+IDXq9yNuYKRz1er3Mihi&#10;lyeV216vc8Q+3cDx9KZr1e50Bca8upMCvV7nJksLg/nxNXq9zGI/d97vx0V6vc5xRvqSeO6Zr1e5&#10;4B/se3myivV7nbKBoRpxoiK9XudjbaxPGzXq9zjuVFv346hUVuvc5xyAi/t4qCga1XuStwIFuOzX&#10;q9zphccoatE17klAFAvrzc0ylWqvckIhPvML+zlknGKsTXuZmV3Wx05ZeNUSYr3OPkjtfiEgopOl&#10;Wmvc6MIA1GnNE4Vsrr3OIjUqbgjjyBWkkzNe5mUC1rccCIM1ZR1V7nNjay8UgTVZr3ObAFgT42HG&#10;8Yq/Ca9zpwFNlF+NJOrbSfVqwr3OagFgGPHoFPaK9zL5aHXvxuNJpNMGK9zmYypvxOqr17mNz7wv&#10;zXClIJAr3PMFudvfjeqqlZFe5648dTpy00z117mZACO3PE16K9zKq278qMa9Br3PPYi3H00uZr3O&#10;CKxGnHFU4a9yWVJHEk0Xk417mKQLYDilONGjYBxNe5wLG404wowYpA4mDhXueUAtcC3EKsaZr3Oa&#10;7gxF/jzZJNWAxr3OJ8wNuvxzVIpUCBwr3JUZKncTzZcwiKaUR0V7mcyahuJzjtpoGvc5BrNe3L94&#10;Zg08STtr3Mwk07acdURVgK9zkrJewuPpPG0KitKwr3MytGbjllKxmqivc9EVL7eMEzV69zOFB148&#10;DFer3OSAAHWx/ZxzTqrVe52EQ62JtyugzFbGJivckIpILt4aa8bUkpMVojSYr3MysF+wfDjRBrde&#10;5kZ222Hw/Pmq9XucgWGh8OOJE16vc5ruJuNONk16vczoChGt9ebFer3M6rY+6fevxxWFbr3My+aw&#10;FzckA/fzYxpsia9zjuYMbjXw+HFAwpiK9yUWLKL2LHx4nEkxWuNe5kiBW6uBpykGaeVjXuZo9guP&#10;E9uVJ040wRGNe5kuQe3FCVFVeGNe5I90XBHbx473YONPRwr3MgWS9l1HLg04U17mVVUa255QmmIi&#10;vcze7/h8OJ+7q1e5/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xnzDjmHZ&#10;YwCuzLi7+XSYdTzVM7/4Y4UMjn6lB4+02XlBCdpIA8zgKKb+9by1hy4dMIbQpaj0JQCon0ANZqeC&#10;SpnSmiF3kYKo+JNhzVb6QV+I9ROpuZurGOC9TXzzzsTqPNq5mmex/wBUC30Hn1QfRbukk3t1mRHh&#10;tmUW7ZP9J0yojrShuD1OddfE32n585nL633T47h1x5fmpRVHlKsPKp3qgxePCMq4RkykawlfzGA/&#10;wQqEUH4Fmv8ASvDP8+iOsTKJHz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9wt3qMzO1HgdNlOkJMte4eQDv5aEbRb/AFntb/iJ5x3+r/ff+V5W&#10;zkbKvHdq7x0Db3LRBSD/AI7ukj/alCpo3Nse9dVcK2IED/GP4D4ijU+lvJ/8xzHU5wqlvFh6eXCT&#10;/wAWyCxI/wCIpe//ABIcOr0eyR/m56cYblhktUiMS1Pxmk9+QE+O0+6Pgo5x3y2z/IsJbO2JPmcT&#10;7NnpQYza8/mFwpzhMJ8hgPbt9aPfwQpJFLsCPrt+3hkqiPYIr3IEi21vf4X4mImn9or3IEqluJVU&#10;pTXuRpLxmy9r+AvpxMafr3IUxCkC30/D+niQma9XuYd4uUIsOU4U6MNle5Be4LFe/gOIzFLIwr3G&#10;1kkZNpF79+NVtJivcwtCsQuoBJ+PLU5M17kCV2ClgPDTiMmaUAzXuQ5Wj+1Y9teNmrRXuQSQqbo/&#10;dPx42cK9E17kZZJGN2142Rrwq8V7mFyn+TjH0k8acgCjThXuYzGVG5RccQUzXuR288a309nLVea9&#10;zBuk3XbtzYwFPNia9zG21lOnblU4nGnxhXuRCIw4J05Q1avcwm3mfDiZR00yoxXudlYy1r6cYxqy&#10;HCK9zC8S6G57+HNjrp9JJr3OJX9JuUnT28tNOzXuY/lwGLk9+UNaJgTXuRnhFvd8e3PAmnEOE17n&#10;HVDuHNDGrGK9zwLt480aoIr3OmVwwL3PKzT5EV7ng0of3bD6eeqte5xNS3+6Lf6By1Xr3MN4CSWF&#10;r/A/0coXKb1V7njFCwG0EH289hXhXueaJrhUe+niDxpR6K2a9zII5wLAqR9PG9u2nBXuY6glLJtI&#10;3aaW8fr46U9FOgxXuQi6p7iswPxHE6lgYV7VXudbroVexJGnGlTVhtr3D2/h4dNRjnUytzvXx/os&#10;MhURyEXCySMduh76KeSXu4z3ZU91afU4/Ko53uu9LKG0/wAZOodIGz39NNGLyvFTnyjZmBH9v1cv&#10;2+eGX8nz16i0sqtJs7Elf8kFtfuwGnJD7wp8yPhgfhNY+JSVkqPH3dI8/dRXKulXNWe4aeM3pqcp&#10;Cx8HFg0rfWhI14sct0i4XRQUjW3bPe1Nizanw4yv7qooRSFzZiBxuolqRcq0pZQP3VQbbfXfT6+L&#10;uksImn7kjb8CFH9nHfEBNIymTjQUYjKkhSkQhY4mWQ7v3WdrG9vZfjvg0RjUeZbczD3f3fHhmghs&#10;U2+MaQOZKyKWqkqg5WmRDGwX7Z7EEXtp34OfQ7CBVZoqMRbT5YMACL9vd1+A8ByOd6LwMWhOMrVp&#10;w9p+FTP2f5UnNMwQpYlDQ7wzsnYgjrCiFdUTVCH/AAoS694x0q9GOH9N8KmaF86VNPB5kbhSsCEV&#10;kgAvuJlRCjG1veIJ4b4gE3X2fXzFcRFdITtrRNl3bVvp3t7bfEe3nVjzdbrDzrm69Xucjbw5qtV7&#10;nXjz1br3ORsfHnq0K9z2w+HPVuvc62Nzdbr1yuo8Oe2gePKxNbUSsQcfiDWVZXUiaNtjjUnxP+rz&#10;Xg/Hi9O74rkTBPUhlmlU1eDVCUWIsi+8aaa6pI58QJRGo+nh7l9x3Dmk7FYD2TUAZ1b/AJS62eF0&#10;TqwgOJ2gcZUnWdkdJrfb/wCEj3rPbMeRM3+ibNle7z4GDjmBxSEAClaUJWIt2uWM0ysFA+yCfDmr&#10;8J6iWMCS3t9vBnAGyguCEmK3S4W3Rg2t35yZwVuwsRzZMUsNZecAVZbsNOMKXhWq9zpRH+6pPKJg&#10;16vc4StGV29uaNer3MYIVNt7njVer3O1P6Ox7nilMca9XudXAW3E6hBr1e5xBLGxAtysV6vc7Vmb&#10;3iLW46K9XuZjKdtwOPCvV7nEEsbjS3NqVFer3Ozq2uvGpIxr1e5wLL7OMkaq3XudXUPtA5eI21qv&#10;cykqptblNM16vc7Djw4tbwFar3JcS7zr25YmqKXoFe45CEWB5oHGkus17kpLBbc0o41ok17nA3Jt&#10;xSMae4V7nhtUa88pOoUwa9zoi4BB4nQnga2E6q9zN5JK3XjkgVrVpwr3Me0DQ8tNXma9zkLWN+NK&#10;UQapXueVwPDsePzVSrhXucw25dRbmgK0BFe5wKBlJvqOX2U8tVe5kiKrpflDjVynCa9zLZyLjiQY&#10;0wnDbXuR3W5HHiRTpPRXueNhr4cTxNNV7mVVBXXl63XuZl01HKxWwa9zstu76ceCaXpPTXudLqbc&#10;8RFOCvczr7o4zJpAVY17ne++nL4Vcpr3OjZtOamKfcMbK9ziFtoOJhtxpGTNe5kC8cUNWyn1JgV7&#10;nJUIYk8bSIGNJAa9zkF8TzZOmndUV7nEIpOh1HExXNVK5r3MpT3bcrNN17nvLYDvx5PiGNOV7mRL&#10;hbd+ViKcBr3MqBr9uNVfbXuZUb3rW56t17kgMqtfla9XuZFuNfDm5r1e5yG0PYmx78NW14VsORhX&#10;uc43IuAdOOLXGNbKpxr3OUfuNa5vwt7wzJqu2vclhiTqTb6ebKia9XuZbhiVXvpxPXq9yQNtr37C&#10;54ubFNE17nJWXw1vrypRTica9zLtAG8d9P48oRV4r3O2Q38xTrcX+HKuVqvczw32gdjtGvGQa1Xu&#10;Zd19H78UzWor3O0sLknldRBwrxFe5lEg2+9zSjNVFe5lRwr2tqOJfuwrZE17kkSA8MGxFN7Nte5l&#10;DFoyPbyilaTVlHWa9zkpYe4Da3jxzUKer3M4Gh2n6eW7yNlJzXud+9bv4ft5XvatXuf/0C/852V9&#10;mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CL/iNdR/83npSx6KCTy6rH2hwiHXuKglp&#10;x9dMkg5I+6lp+avUTsRKz6bP96IrCv6gd4P5BuxcBJhdwU26f90MrHq0lwUtunuH/wAwzRASLrAG&#10;lP8AwOi/8nEcpl6D4H/J+nlPO4tJXO9Q30E7E/5NUH6+fbr9L+7X9nt0mXVCF3a13CumFEIb9C22&#10;lQ/xjXx3b13X5m8UBsQAn5n3kj0ouvqKzB/POptTTxtujw+OOmX6VG9/rDsR9XBl50OqN6Avnuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xudc9Xq9wsXT&#10;TCh1o9Rf81mHmYZhDef/AKpjpyFhHs/SSkMR4gtz5Ku0zer/AGSt7bi9SdTDau7Z6O6ZOlBHU4uX&#10;I/vzWSzo/kWWBvYtYg+asVexOHoKtO6R5R/qVkGhwiVdtQ6+fUe3zZPeIPxUWX6uWa1MYLDb9n28&#10;J11AmyhK43ygnsNPbxEoYTVgqa9xvYKT34WFWNLmzXuRZEQjv+fGSaVCvcilbfYF/wDguNU7XuR5&#10;ULAad+MlFXSK9yAyrck/a4kUIpwGDXuN7h7knS3bS/C80rmvcjOpQ7j4/H9nKbKsk17jcxcOd3Yc&#10;1NLQoV7mFjGgK7bse/EqttM8a9xuWMMCngOXURT5Ne5BliSxVTxCqRtqwNe5D8uwsDflZNOSE7a9&#10;zBLGU94nd9HKFsmnmJT91e5gZ3Avc24nilMV7mIT378pVwmvc5kJL25sCasnwmvcwOoQ7U1vzcRT&#10;sya9yI6kkgjtxuna9yOxXidadVNrFe5yCgi+nKd2aqK9zFIDfTjZEUpBr3MR3AaG3K16vc4uzqm7&#10;dz1OROFe5ELzOF2sO/PVYDTXucy8kiAPtHKkaavFe55lI7MOamarEV7nACUjU356Jp0Y17nAiQHs&#10;ebiKsRFe52EkPgfu5WasK9zG0pvaTS3wPKFQpvUK9zqyyJvTS/j+uvNVWa9zFeaP3AQwI1H9/G6r&#10;M17mHahW9ypv2vy6Rqp8V7mQB4tR748eJVpUNlWr3MaSSEllIPw780E6cTTkV7nAwGWW9goNjf2X&#10;0/jymrWAemfcTW1LCI8jXuXUehHKrU/TOlnpPfiq6h53lQdyoVUQldTa508OTzlbYat09cqNY87w&#10;Od/crTP2wB1RM+2aSuaMRioKGSZ/3VsPpbXv4dvr5ZpjRgq6ihw5mG2CRHl8B+js20juRvHfisAj&#10;So8ZI9poE+KNUQDsoueXkaOjxLF171QkSI27eYxQ29h2HTi6pJY3pwoYHb7oP06/nyw8S4ppKdRo&#10;N8XiNDNJG+m9d/8AyCbH7ri/08VccbkwxoftA7vh34ocVAimwQpKj0UFVRJFLU1V/an7G4qaJGhM&#10;jKpdQgv7Tc+6R9x5tK5HrTRSDifT/F4mglzBVtM0UbsiCVyu5gFAK/ueHtvw4/RTLP8AIcsDEqhW&#10;8/EWNQ2/uA53Kv0WPMeN67wuvBkbEYnzJw9xrNTsvy1LFsq7w/aKhJ46U+H4ia0c/wDhQT6o6brb&#10;6t6bpJgcwkw7ptRR4R+ibdG9UihqpzY2LxSF4z7LW4Mig2ufo5FJxJPTWUisemqDZHMtpbWB8faR&#10;355u3N1QVi5j5arV7nuer1e57nq9XucgL81Wq9zw3HQc9W69zlZ/Hm69XudNyorQr3AE9UHSih64&#10;en/NvSysTzf5vh0yRLa5M8YEtPb2ESop+rjQJQQroPxP4TUf7x23fMa8JQQsTw04r9resetWgfg4&#10;+pmf0j/iNdLurEhb5FsVGF1qCUhHgxWCTD7ygGxWJ51l10Gy/hz59mO4JimWMwV2XK5Cs9BUTU0o&#10;I1DwsYiD/wAg8lXVqAqGpH3D+LxDyOyvryUFZS4hSR19FIJYplWRHU3DKyhlI+BBHGX9Ju99S1/Z&#10;zWnVSkA1M5ysoNjuW3hz3d1evc784L7eaMJr1e5hNn948S16vc5ITt3DQ+3lK9XucwrG7MPr4+BX&#10;q9zgygmx55Yxr1e5zWNPbxqvV7now1u3FQRXq9z3vXtbjumvV7nKxHccopQRtr1e5iJ2m/EyjNer&#10;3OIZSnGhXq9zmtiLjvwwKgqvV7nMA297vzWoCvV7nK2nNzNWkRXuTYbqtwONmkn2mTsr3HCIyge/&#10;25qmSQdle5IXj6RqrZr3OduO7K3Ne54hbe9xlRKcaoTNe52sOm/wPKlyRXgYr3OW4rpxg41ojjXu&#10;cWFxu5ZKTWhXuY/o4oWMacivc9YWvx0kCvaeNe57dbTldQOytivcyKSDYePGVKikxr3PLu3dhy6T&#10;NGHCvc5mQobcTimAnVXudXXx5Q7aqRpwr3PGzCw5YVWvc7vtYL8ObpQnrr3MwFxb283ViQK9zmke&#10;3try2un+8Fe5kETsdRbnprwcFe5y2bPdGvNbaTghVe52EAN+JnEkjCmjNe5zst9OWQI21XGvc4fv&#10;6+9xyK9Xuc7W5SdOFXSTxr3OJYE3tfnnEGMKu5gJFe52pG4C1r25ZCYGNbSmRNe5l2FXOzvfjSwI&#10;wpkivcyqT/umnG0qSNteivc5FfYAvGJq5r3O1VuxsfiOWmrpGFe5lVdfdN+UBq8RXuch3sO/NnCq&#10;mvc5oQEbdxxKZqk17mXd7o4pgVcV7me+l7antzYEUm417nMABCCNRp9fKqVSkV7nogVX3+/EBNWr&#10;3JKW2kt244DNar3O4huazaEaj4jm4r1e5I1uzHs2nFaaTmvczoBcbdLDvxw1YKivczLq5B1Pt4m2&#10;mt669zn30P72vHFpmthU17mQHYo2a6cTqTppyvc5Rqd24gD6eamvV7mRbM24WJ+HKlVWr3JKBmYB&#10;105dKummZivc5hW2ksNeKQkba0VRXuZUXTlqZPir3JG0WDG4Ps4gdONbmvc5hnZrd/hx4CaUor3J&#10;CoVP2dtx34oTA20zxr3OV2t9sdvh7ebkU5Xuf//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vcos/F0zxPjWcsl9GcMe7xxy4hMgOhkqZBTU1/iojk+puZXdmGSOZq8G2hK3nG2U&#10;DpUogAepUn2VxF+rXeMJetMuBwbbXcLH+MdCJ6wEOeiqGPpstPhWD4lmat0jhU3b2LGpkf8AZ93A&#10;nwyggwrDqfDKYWjpo0iT/iKKFH5Dn38ZNlbWR2bNkzghhtDSP8VtIQn3AV8yz7pfWpatqiSfMmar&#10;kxXEajGMUqcWqzeWqlkmf/iTsWP5nk7gkpLTfz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ay6u5o/qrkWsqom2z1A+Xh9u6QEEj4qtz9XMMu33fX+w2&#10;7Fy+hWl54fl2eB1uggqHWhsLWOtIobbvWP5+6Sk/anxK8h+JgetCx0Uyj/XHqHRUcybqalPzM+mm&#10;yMggH4M+1T8Dxe+j7Ihy302fNNTHaqxuTzBfuIIrpEPrO5viCOfM7uzZdxb94dqzPoMB8z6ihrvV&#10;e9/cd2NiBHqcT8h6VaBw1M7B0sNCOSCVcKjEV7kCVmEdideJiYFPivcbiX7EXvp9/C0mlAr3IzK5&#10;Fivf9vfjBNLEKivcjyaDb+vfjJrxEGa9yOwVzc8rV5r3Is5CqSO3ETlbCq9xplKkDdwuNKkmvcgS&#10;bkO8duMgSaVg17kGRmuUf7TdjxM4k8KdmvcikhyC+ltOU+2tDw17kKbyUJAH182g08Ma9yE1jre+&#10;vE2BONO17kdmCs1vHjpgCnCnCvch7e6+PEzqiNlOpFe5i977PEilFW2n69zFIgK2PKCrzXuQzASu&#10;4HjhMU4FV7nEbgLN25QmnK9zg05B2jjQq1e5iZr680a3pr3I7prccQHCvT3de5xcqzWKktywM1dO&#10;Ir3O7k2VtAOWmr17mJ5LuF8DxtRmneFe5jZFOvPJVFV1lOyvc6Yq37n58rV69zCfKv7wsebq1e5w&#10;ZkUXVbjsfb9XNVqvc72RbAsRI9oPflSJr1e5zaOVgNj9vjxwGKcFe505m/fN+NVqa9yNI7HRRb4j&#10;jJFaia9zijC+n8bc9preyvc83ls4DyfUebTiacSNde5w8tlVgm069vZxSsxTpNe5xaFza3Csrxqx&#10;VXucY0LO8T3Fwxv7QB4W724oSSFT5D31tRwEcY+NdHsebGfpvoY8vdLcCoaAGPZSRhn90EsSTqFJ&#10;Fh7b8yAHhKU9CYrGa9T+YdWTxUaC/NiblDy+8gPb468MRA6y4wy3G2NFBHcbmbdf6bm/EitgHQKS&#10;lvQkUHOsODGojTckskrAezQrfgk4KAFilJDMPdZvZ7NOW1YUhWmggzLaKeqp2exK7rcWNPMfPCod&#10;wBsPBbn282KbKMKB3EB5USStpuiRj5f2tyqPbb2cELCI3qakU7naHKXH0H+3i5sgKB6DHtE0XuFI&#10;EgYpw9tFwz3if8nwqpxF7XghnmG0WPuoWBN/3msf+QeWF4fR/J4fBSAf5ONF+5QOYa3yw6+tQ4qV&#10;8TXT/d62FpYMNjg0geukT76+Yr13zzJ1G635xz/Nu3Y3jeK1x3m7f6RVyzakePvcnqLcK4oYGglk&#10;ffb4c5c3Wqxc9z1er3MXL1evc7se/NV6vc7Jvz1ar3OPN1uvc7HPV6vc5bhzVVivcwtY6EdzqT+X&#10;KkTh04U04jvE6VCQcCDxBwJ9hNOFBUT0lXBVQsVaJ98ZPYMOzaew80nvxZuiLdFfWHjVZhsK0+G5&#10;kpqfF6eNTY3cvTyj6S8Jb6+DXLl6m9PQY9wrFpDRSpxhZktrKD1CApI9ihX12PwYfUrP6rPw3um3&#10;VDFZllxWGikwvEFU38uehlaBFY+004ib/ghysW7xuwI8T4m/w8OH8xhRmkQn41aRzluVxrzRVXq9&#10;zG21jf2cYKq1XucWSNxbtzzaRXq9zoRbBdTfjRFer3PMPE9zy6cDWq9zh25Zw16vc63XlB42K3Xu&#10;ZxZe3Fder3PE3Nzzdbr3PDjajFar3MQjvf6eIyo16vc68ke9xxKZr1e53tCtt4qivV7nRG42HhzW&#10;kV6vczqNNPDnsE1YV7kiJ2LbTzajhSZ3ZXuOadhxikia9ySnvcUg6afCeNe5mjANweKAnCRWlV7n&#10;vLUPc9uIlEqTFUGyvc7ZmA9zseXbSFCDwqor3OJ99dp8ONqTpOFXFe5gUWe3PSaqa9zm6K2vNpVV&#10;gK9zoA7fdPLKMmrCRNe50rMSQ3PATWgBAr3JKELpxspivFsRNe55hfjc0zFe5yYabeOA08g6a9zB&#10;9g2ty5M0pUArGvc781WOo7caI0ikcEba9zJuUiwHLI8Imn204ya9zNHZBc8scadcXrwFe5mSUJyg&#10;FaS3hXuZQ6sp5spjGqpaivcyKUGh78oFkGmUiFV7naJcXvxwuEGrLGNe5z27gd3hzaBGJptIg17m&#10;AheVjUaeUnVXudnbu4kcGNM7K9zgACdPDjpxwr1e5IWznd7OPk4RWjXuZSoYe7z0TTgr3ObbmTb7&#10;OJy0K9XucG+1xxKcKUFOnZXuZR2I4kUnSJqgxr3OaLpyg6aua9zOo4p++myYr3OXl35RHhNaHir3&#10;MpVWs3KKGo1YYqIr3JG26m3FIEYUmCdFe55Ustm+z3P0cZcEmnQuvc7UsAZF0HYDmgKe1TXuZQjC&#10;zE+H7OMkY1qvcynX8uPhFVmvczr9vd4jijCqAV7mUfvD4X5UqjCrEV7mRSWF29nLUzFe5ksNq39n&#10;PGtRFe5lW4XeVNx24nirTXuc4lCi7DcT48vpp/VXuc7BjdtTysRTRVXuSIrKp0+vlgIqs17mRdQT&#10;9r48frVe5lRdmvKV6vcyRb/tHvyi9ter3JBLbQR3bvy1er3JCLt2m4HNqVFXSYNe5K2n2D28Q409&#10;Fe5//9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWP68Zp/zyeuzMONI3m0&#10;eDVT00VtVCYegpgVPsacF/8AgtOdz/pG3R/m+8ViFCU26V3a/NIls+jq2vZXyZ/UjvR/Oc6v3UmU&#10;hwW6OiGgG1R1KKVq/wA6l71Kr/6odCZIFO2bEFSEfEzne4P/AEKBHBT59fdcnqr657nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4U3q4azqH1Pw&#10;jpjhDdpI0cjUK8xBZiPZHHZvv586H1Z72HeHPbfImFeC1SCuP+PPAKM9OhoII6NaxWRO7DQy60cu&#10;18ZjyTs9qpHso+/pdyl/LMq1Ga6lbS4lJsjJ/wCKoiVuP+JPuv8AQOWi0GHUeDYTTYNhsfl09JFH&#10;DEo8ERQqj6gOYioQGUhCdgAA8hUMOLLyitWJJJPmcaNDznLYRkJ7O3x42oAbKqBXuNbkbdz9/r/Z&#10;xEcdtKRFe5GdmJ2oN19B304nUkVcmK9zizaWc+8OIiINONwcTXuRGQMb8ajHGrpXqMHZXuYSQCQx&#10;trxs4U9Fe5EljEgYKLgePE6k6sa1Fe40OhXQG4PbThepMUqQK9yE6qB7978SEUsGFe42PZmLBSQn&#10;HEmKcFe5CKrKSTcKO/x4hXjTihNe5imgUi9rAeHGE15Ne41NGBcjQHtxgAHbSo9Ne5BY2b3eP6Em&#10;lqPEMa9zGxu1z34kkpNOwBXuR2FtRyizqrYxr3MW73rNxoinCkV7nHcnbw40ZqoTXuY3RCvunjdO&#10;pNe5FcW05bbTte5GcSjtyhSauDXuY7sPHjK4NXWkKr3OB1O+/GAIrQEV7nAsD9P082atXuYwhc2L&#10;W5Wr17mH3mb9GwIHKxShJivcyBZfh9/LxVK9zgWCtaS3NRVDXud3sb/dYc1VgK9zkfeuzkEn4c9W&#10;q9zEwUE2C9vjxsmrV7nE7fBjzdeivcxssjMArC3x0/hblioAU6Ir3OLh1b31B+gcoDIptVe5wJiY&#10;jcm4k+y3G0mDV2zpNe55jSqGR1Kka3vyqyTXjXudD3/8m5+4cTd3q2VSvck02HYjitUmFUat5tSy&#10;woyfaBchbKPab6/TwwZQpakp/vh8qdW53I1dAn2Y1iZxvEfidebL+TMEpMt4bQ4BTqBFTQRoArXH&#10;uqC35kduT4/gs9M/KsakrL3j6caCTF6uWppDUKdW3HsPoGn38XeDTh8Vq6lRYmUbVFiLBQg/hfhW&#10;mVEk1fTNJHHIkp8Jo47e75e6QbrdyS3j48FTAJU2kPoA9kFj3I735YiKRrRFAtnFb1bSQncXjDN9&#10;m+0G20D7vjxc0QV2klLrdyoHa2ltbduXTTCgQKBzHZ2VgjwuioA72FrFh7sdxr4ge348FfJtJHiO&#10;O0uFobbmjLnx7m/0dhymsQY5wNJgghQJ/pD2SKJF6qs4f1C6IZizvUQGoakw7EVjjAN/MVEC6Dvt&#10;Dm1/aeWChSi7GsSNL8w5NdWG0BCQBsAr5h1XJLNVSSzizszFv+JE3P586ueapRUfntx56tRXue3H&#10;nq9Fe51zdbr3Mg7crVa9ziwt25utivc8bW056vV7nQ783W69zs28OarVe50dBpzRrZ2VmQK/utrc&#10;W7nmtx+P501geHp/1bjRfMRqvDZmPcoGSSIH2ANI1vr4e5UuHCngcfXj7gKx7zlBbvHEhJAU0lzU&#10;BgVhS0qx2TpSj0ivoOf8I/8ArZHjfpc6ldAZ5i9RgGZBjQBI/RwYhQUlLGBfspkpHPsvfmtYwJN3&#10;F9AL38fHg0iSecKIUL1nVhjjE7K3CgZN9mGlu/x5HaNy105QiaUVk5hKOLqLEnw40W69XueIc3B8&#10;Byugpr1e50vuC3NCTsr1e5zQKzam3Nwa9Xucyl2Cgd/Hm41ba9XucCgV9eO6Ir1e5mVT4cfivV7n&#10;iDrfnq9XucRuuOUUCdler3O9pGh40UHjXq9zrYeOpwrVe506IXue/LzW69zIEUe8PHjRE16vc4qr&#10;KC3KxW69yVC+42PLKGFMOCRXuOER/wAXbjcUi0mvckRmxNu3LHGl0wmvcyhtfp4sRgKTcK9zmrbT&#10;pxMcaUJSNNe5mut91teJwCTSTjXuYyCbldDx5R01cV7mEBrEtqePrMJw21oivclxFXXXiICtzFe5&#10;GkiAc246MafBJFe5jCAHXlwlXCk6Bpr3Mwv35pQPGqV7mZV2i7cYrde5zQK4uDr8ePhurV7nCVW2&#10;38eV+0041txr3I6xkd+MOqmvOGTXuZ7LuAA46jFNPBOpNe5zPHQIp5Deivc5iMyLcc0TFNl3SYr3&#10;OSR7dDyxMilOvCvczWt240MKK9Wk417nSllPu8cmaUyF7K9zK0kjd+UOJqpTFe57ap1bTm5jZW51&#10;DCvckqnjbic40kKq9ziUQEgC1+OITqM06gaq9ziIyo+HPEQca8oY17nMLYWXnicKrsr3MgX3fjyh&#10;xFer3PMpK/Hl0mnUKivcyKq+Pjxt3xCKsTJr3Mw93T28S8IrxNe5yuU0PG9RTsrShIr3MsbMb7jx&#10;eoBImqDw17mRFXZ7ON6hWydKpFe5IQlbeI5YGTVlY17mQMryAFbD268s4JEimQmvc86bj7uv6/Di&#10;SSBNOgRXuZSsZNm8Pjy4E1c17nMIRbXvxRBFMpHTXuczuDXA94A6/HiQ7ae2V7mY6iw0ueOpT01W&#10;a9zPcAgNxRXsK9zuUXA2nT4c3TZr3MxV5LXuFHx5uKbivczR7QLJzU1uvczLYNYjXjClRW4Fe5IN&#10;tAV78ZSvUapxr3Odgo2gW4tOFPKEV7nK1xY81Tde5nRQx3crGqrDGvczC3ZLC/flq8RXuS1Xd7gt&#10;pz01oV7mXypPb8Ow5Saemvc//9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3EH1Szt&#10;TdNumuP9QKu2zBsPq6yx7MYYmdU+lmAA+J4ZWVubt5DQ/iUB7TFAjebOE7vZdcXytjDTjnmUJKgP&#10;UgAdZqdhlG2I4jBQJ3mkRPvNr/VzV79ONBU1z4xnDEGMs1TKIvMbuzG8spJ9rFlPPrr+i7dsNM32&#10;akbVN2zZ6Akd44PXU17K+Ivfy+VcOIQoyo6nFE7SVGJPrqps9V+Nqs+EZVgNljSSpdfpPlx/dZ+G&#10;j53NrH2iec9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9yDieI02EYbUYrWHbFTRvK5/1VBY8DOdZszkFm9fXBhthtbqz/AHqElR9YGA4mlTDKrhaW07VE&#10;AeZMU4YThlVjWKU2D0K7pqqVIkH+s7BR+Z4C/pHy5U5uz9jHVTF1v8vvSInt51RcuVP+pH7tvYw5&#10;8fltmL29WaXOb3OK3XFrPQFOKJIHUkeEDgIFZCbzOpsbdu0R1T/ip2T5nH0q3LAcHpMvYLSYFQi0&#10;VJEkS/EKALn4nufjyxCR9qanW4A4P1mKg3ZTtzBdFJjuNwOv8eJCaeJr3IZZCPtX8bduMFVXAivc&#10;xMwYFjcHw42TNe217kRonKFrg24gVjSttMV7jdOku6ydjypOEUsECvciPu3AHUnv8OISa9Fe5Gkk&#10;KfZNhfQcTyThVk17kOWRhq41PERNLIA2V7kF5EAO0+GnEpVVq9yNJHCwBJIsNR7eNEzWxhXuNEym&#10;OQd9vsvxwpmjD7q9zBO5YbTxLEGm4g17jZJe4AOnEqkwafOyvchSG2luXApY1sr3IzH3uJ3zTxr3&#10;MEj2NrcTJpxIr3MTsBa45sDGnwmK9yO62Nr99ebUYrZM17mF1IsF8Txiqivc4Esp2256rGvcw+aw&#10;ax040SeNeSK9zBIwv24lraa9zBuB1F/o46KWV7nYux7W5o1Q17kcozPcm1uViatXuctu0+5p9XKk&#10;RVhhXud7Yx+6Dytbmvc7uSLIgHPaor1e50jEvtI+425qZrYwr3MLLSuSfeuPYee214Cvc6/Ra2LD&#10;TxF+aKB01eK9zu5/ca//ABIW/p5RWFUr3OJ+YB3MisPpv+zlBjwqhr3OG5x7wBQeIvzZq4r3MhJF&#10;nAOnj3/LTjOmtk17mB2E19wF/iOXxp9OIr3OjFTva7WI9h/ptxop64r0V7ilyRT0z5tw+VvfHzlK&#10;tt2295VAUNY9zodOG2X4PoO3xp9xFILye7WI/hPvTFY3BtuXuObIuDzRQeXFEbtGi72tpuIFgB7O&#10;TVckoWTtxrH9n7BhECKCiogJiZHG3eTZe9gP6eKPA2Rbiw3mSR/b9pjoD9PEzbgp/ZTNjtMJFAfQ&#10;KigfWoPBUwCUD9Eq7doAGt7+3jSlUnWJoFc3wBHFTLISCSO3YG2nx14ImHPGXAYaeGnt8ObCxSFW&#10;yKBPMFLUtTNAjAvdy5J8Bex7a24JOT6xxmulU+6jSQncO5+0Nv1ce0hUjqn3GkeggBU7SPcRRRPU&#10;7hVPX9Bcy0xQTGDDcVDXGgtHEVk+N7kcsbUbQF8BzDYiurO2vlrySGRzf907f+QdOcyb8rXq4c48&#10;3W69z3PV6vc57eVmtTXudgWHNVWvc8Tbm63XuY+Wq1e57nq9Xudg25qvV7ndj3tzRrwMV3GTutyo&#10;n8azJCZp9FtdjSKDNglbTVYJHZFuXsfabDi+xMPA+ntqId51EPMdB7xJ9Qn4Vtpf8JG+rlRlb1q5&#10;z6RIC0WbcBjncXsL4c0zrp4384/RzTZl8kJ+jV7jXW1tfr5IsyfICo8k6o4QK+ixGLEgG+p+/mL9&#10;zcDa/hyqsBNP1l54M4FjYj6OIysmvV7nrnWw78eSqdter3OIsW2kcVYV6vc8yAHmq9XudlmtpxER&#10;jW69ziEN7k81jWq9zmqSLxfXq9zssRcEcrXq9zjYsLDS3PVqvc7cMQNvhyiq9Ne50FY/a5oCtzXu&#10;Y3sxJHgeWivV7mR1IAseWr1e5y10B56vV7mRWVdByxNWAmvccIbyC7aW4yVcKbKwDBr3JQ933fbx&#10;2KbcFe5ltt+PLAQKa1V7mZVvqeJAqrBcCK9zLoR9HNAY4UzXuYWuGvfipeFWG2vc7jYEAEd+JlCB&#10;NPLECa9zKBs0HKxSevcwEF3Ivy4MY0rH217njBIbW48HNWFIwZr3JKoyLdhpxhYg1Umvc70Gt78p&#10;VJr3Oz711I5oSKer3MHvW2jw49M09BUMK9zgDJfcB24ypvCrFGFe5JRV7t35drARTjKuFe507BRf&#10;28U0qr3MsZJWw04kNIHYJr3Mu6xtz1aVXucr+PNCmSqa9zkNCbeznpitV7nNQ20tfXjerGrgxXud&#10;HcTZhe3HTW+MivcyEui3vzQFOCDXucVJf3jpfjyRFPgAHCvcyKWW+m4cTKVjTStte5ljI0YkfRzw&#10;mqGvc57rG9ueQCTWgZr3OYYXBGt+bSaqoRhXueDC1iOX1Qa3Gmvc5BfjxKRxq017mS11seMpGo07&#10;Xuc17a6cXqSViKrXuZ1AAs/NCE0wUyZr3OlXuFGn08bUauVV7mdAwOg0tqL8TlR2VYY17khAQRb3&#10;b83pgV44V7nJQNxLa3vx9Oyqg17mZF90v3HNR105XuZF7afA8qlMGmzjXuclU7NpN+5vxUY4U0RF&#10;e5I2g2B5qvDCvc5gBGHjbnq1XuZVTaL2Fz25aa3XuSApvtY8rXq9zkm63uduVONar3Mi7gbeJ4zp&#10;g1oCK9zKjNf3jfinbTpM17mdSB35qqV7meNbtoeaFbBr3MygKS/sv4fDlZk1ea9yXGdDfQntbl1C&#10;tRqr3Ov0tr/XxrTVor3P/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3K6vxQuoH9T&#10;fS1V4DA+2ozJW0mHrY+95asaqU/QVi2n/iVvHkq7m2v5i9CjsQkq9ftHxn0rAL6k89/lG7S2EmFX&#10;LrbQ6dIPeqPlDek/40caEDppQfOZmSdhdadHk+v7I/jf6uVS9GcG/kvTrD42FnqVaob4+adyn/kD&#10;bz7mvp23d/s5uhZJUIW+lVwrr75RUg/6l3Y9K+QneW5/M3izwSdI/wA3A++aKr12x3+fdUMTkRrx&#10;0rLTJ8PKG1x/yHu4KXM26AtBDz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3C/wDqIzL/ACnKEeBwNaXEpNp9vlR2Z/vbaPoJ5yp+rbfL+Rbvoyxsw5fO&#10;aT09y1C3Pavu09aVKFS3ufZfmLgunY2P96OA90n2UZP0x5U/nOd5Mw1C3hwqPcPZ5sl0T7l3H6QO&#10;G36BZKOQOleG4VOmypqI/m6gHQ+bMA21vii7VP8AxHnEjJrT8lbJSdpGo+Zx9wgelIM8u/ztypY2&#10;DwjyH4mT61YLwXCY3LOrA39pt93DxZmgea9yE5YroTc9zp9X5cZNOHGvcwylgpjtuAP668aNOjGv&#10;citexC6j2E9uFqyRSgjCvcjkttPh9fGppwGvcwsSHCg9u3GjTte5EkMZWwbXxPEaqcT117jbJMrA&#10;Bh27cbAjGl/d8a9zHKVZdwvf6O1v6eJJrwEV7je6BmMhFybaDw9unE5FXFe5DnkRR8ebir4V7jT5&#10;s7++wtfx9vGXDwFKz4dle5HcoF3NpxLs21oSdte43SMGO6PtxpeNP7RXuRJCxb3uU16aXN4Cvcjs&#10;Qup8OIT4ttXNe5gcbjuHPJqycK9zG8HmDcT25rjVlLnCvcjFD3Phy8VdI017mN2IFjyhFOivc4SF&#10;ztCfaPG9lbNe5FkYhbyLutyh8e2rIr3Mcb+JF+JIpyOivcxgOTce78OXAp4V7nFpH+ze/PRWiJr3&#10;MbNcgL9fNgVavc4EgcaUYrde50FjcXS68brVe5ys4XaDf483Wq9ziQ66qbE+0c9VhXuYmYW1+vS3&#10;NRNWr3OKuttGt9Y/bz2mtTXud2Vvb9Y41W69zKEYC6kW5rEVYV7nFzKfC/08pjxqhr3MJqGBuQbA&#10;ew25XVFbGNe5wE4UguEsfaNeb1mrTFe52op3uygA/f8AxvxrSFba9M17ilyJSNV9Rcv0UEnleZiN&#10;GLrtuP0qbiA4KgjU6i19eHOWjVcNgf0qau16WlqOzSfbXA3FrfG/NhbLOIiOMjVu1t17nQDW/ieT&#10;c+rUKgojTSIxGm8zY5ABUEEcEbA4nWYsl7B2sD4XO+30X8eEyABTSsaSGOyBomA/wgfcovwT8Gm2&#10;1WyTS37e/LLFJiaCLMEEksG1ACy30PwtwRcOn2yWjUsFIH1g2/jxKEii9Qmgdx2GaWEzMqRAlgVt&#10;bZcGze379OCXlSR5M00QVezpYfXpwyRMny+RppOISOsfEfpRQfUSkdH6f83K59yXD60PJ4/5Pw+H&#10;a4+jllCfYG/Q+I5httrqjtr5XM3+Wc+1idO3fuPgecxY9uer1Y+dkAc9Xq9zjdeer1e53uHNV6K9&#10;z24c9Xor3OLEHm62K9zqxHPVuvc65uvV7nuer1e5z3kC3N16uelvd78IX+JlgUGYvRNn6nqbsIMM&#10;nmUDTVEY9/jxTbHS6k9YqMN5sAyeh1I9FGD8K2Hf+EwuZarL34q2XIILf6fhOLUz3t9l1iBsfbzR&#10;ZnIspBYaAn2G41PJG0lJxqKmyYk+Xsr6hcYQkuotf9e3MIY7Trp8RzczSnbWXnKPYx5TSK9Ne5xM&#10;bX725bTW69zE3nrop0+jla9Xue3MR73fnpr1e5zUe3lQnGvV7nV9bDjpgV6vcyDcfHlq9XudEkGx&#10;5U16vc5WPPCtV7nR0541qvcxsF9vPCrV7nYGgNvDlq9XucdwYAeI5qvV7mTdZQAObr1e5mVUYDwN&#10;+Vmvaor3HNUYIL8TKHGixR1Ga9zKSCBbvxQ0Zp6TXuZV1I5WYJmtV7knTQ8Y01QGa9zM2gtxQhEY&#10;1avciSXOg553bWjXudqpUlj24yo4U4VSK9zmG3duWKDVK9zA5IcMvtseXAgY0rTiIr3JkcjMDbsO&#10;aHhptadNe5y37vcJ5UYiaR17mIFN1ieUGNWSNWyvc5GQkm3NRW5r3MCsSxHHAKUSVCBhXuc1vfXj&#10;h2UtJkQa9ySSWAFtONJEUinRXuYCl2JPbl5pegzXuZYkcC55UkUlcCdVe5m2MDfnpBrRWnZXueN/&#10;s8bOFJSRXuc9Qbntx8gRTsSJr3OZftbiMim69zj5hIHt4oQKtXuZA6X9nPLEVYI1bK9zORcBTrxO&#10;klJxqyfDXuZdqLcOu4W07/s40syaqds17nD3SNoFvr5tLpGFa217nfla2B44l2DWwIr3OShhbaO3&#10;KE9FbUJNe5mVGKk214nJNXr3OtrD6+eBJNVNe5zsba9uKj4dlOV7mUNc7Ty3eGq17knzdxIIH3cS&#10;E03Ne50GN/Zf4ctNWivczg+X7373geVirARXuSEYvZ21Pt44EmqEivc5IRvsfC/NEEVSRXuZF73v&#10;p7OOaacBr3Mq6kkeOh5Wa8CDXuZkUv7qa25fZsrShXuZtpD2PhflqaiK9znY7725VR01qvckgnbt&#10;738eVEnZXq9zwvb48UV6vczKRoBzdar3MwRvtEaDlSY216vc5xpuux0HNYit17mZVW1xy9er3M63&#10;jY7h29nNVoV7mfXb8DflsKeFe5I0VrINQeaqwwr3MtzfmqtXuf/VL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9yhr8W7N02ZOqOS+kNA9zS00lW6jt5ldMIIww9qrCSPg3x5l/2VZE5nL6W&#10;GvvuHmmEealBI96x7K4XfVtvCBd2tjODDLj6h1uHSJ6wGiR1K66GTp48OCZbxTNFWP0cKsx/4jCh&#10;dv4/lwP6SlhoqWKjpxtjhRUUewKLAfdz79rGyby1hu3aEIbQlCR0JSAlI9ABXzUuLLqio7SST5mq&#10;3Kyrnr6yWuqTukmdpHPtZjcn7zyRw1pmo3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vcKnLh46veouiyyR5lBh8ipMP3fLp7yTg/8Se6X+jny5fUDvN/&#10;bnfJdugyzZxbjolslTx8y6VIniEprJHL0/ybKy7sWsSPNWCfYPF7aso9PmVf6tdOaaomXbPiRNU9&#10;++1gBEPo2AH6SeWjPIB79r21t7fhyKVVBAQaHDkCSW12UBh/DjClinor3IhdW7nQ8RnGn9Ne5GZl&#10;vdAeMKrQr3MLPI5AYiwPEihSwY17mBpo9x/1eJyMK9Fe5Fkso3SnQ+zienhXuRJPsMfaOMkVfjXu&#10;QHYqgFvDhetUYUv1V7mB5vcsTbiSrbK9yEbsDp9fKk1qvciSG2hG34nXlNVWFe40StvPlyAhR25s&#10;rChNLq9yBJLY+XbjJUFirgV7kR2UEj2cQFs1fQSK9yMXjJ97w5tWyliEaRXucdhkNl8Rfhcasa9y&#10;KwkBsOWFeBr3I8qyC1ubp1A1V7nZdLa8bWCTSnbXuR2MJB3fVyqQRW9le5w8wROCNRbm5it17mBy&#10;DJc9jxlXi2U0Tpr3MJWMH3OJAYp9Jr3MdwZLH2HiilIr3PCNAR46caWJrRMV7kcxLvLHmogTVQa9&#10;ziVP7vKjGrzXudOzk7WFuUNbr3MdtugbmhVxXudhWJuDe3N1uvc6MsyAgLcc2KrXuYvPO2zoebqt&#10;e50GiZjYHjVXr3OQChRqeUKTVZr3ONpD+9Yc8k6dtWGNe5jVqldQ4CjW5HNahTyBjXud+YxuGKkt&#10;205rUKuR517nA7h/lF+7lK0E17gi9IlEnU7AfLB3itgKgi/ZwQB/H6eHmUD/AClHnRXmH/Ey/Kuj&#10;2PL6Mub3hRLAlQCCR3t9rx+jkzKE4VDC6SNeSL8FvDgpCliASPZbTvfhKrwqiktIDE/euD7bffpw&#10;QaJmKqoawA9nx4sWMKTxJoOsSj3Ft3iP4/3cEXDiGHnxgNuAPe2pF+FQONJnRpoGsVH6Aw/Zsx0b&#10;Uj3rXNvDgo5DiY51wsR3sJQzD4nt9WnDdlwE/wCao+z99MoGz/HSPaf0ojvrLqlovS5n6oJ2qcIq&#10;ArHQe6Dv1+teWWeNrWtofp8eYamupYwr5Z0+7znL9yST9JNzzkFJ7c9W6xc8VIF+ar1e5x5uvV7n&#10;uer1e57nq9Xue56vV7nNu3Kiqivc4ctVq9z3PV6vc9z1erkn2uFZ9buFjGvSP1Dw8+OB17fdEeba&#10;BLqfMfGoh3yd7m3bP/Bmviauy/4T35gkwD8VfpoRfbVVRpdP+PnjU3+GnNBOZ5Y4o42APuDtyUIP&#10;Go4QiSRX1eQTvs3e3IayRtcEa89SjRFc+d7FPbmqdivc4SDUbzy9Vr3Mh381Fer3OAaxJbmiK9Xu&#10;YDOGOxeJSuK9XuZlO8bfHjyTqr1e5kKSDj1er3OJX3bn6+VNer3PWuAE7c9Wq9z3lm3Nmt17ntF0&#10;PK16vc6Gzby9er3O1RbX56vV7mQgEW56rV7mRU3AW4nNMlfd417jhEx27Trys0jWeNe5lGmh4oS4&#10;E0q1iK9zKDblonGkyjsr3JUeoPw41GMVdadJr3OStuBPH9mFar3OF7OCeMu1Svc6AtdvDlEjVVa9&#10;zlG4uTy5SavXuYmG7Ue3lZgU6E4TXuZF0FvieMkzVDXuZRHpuPLj7aoa9zzggXbtyopxoY17nto5&#10;avKTpr3OAiuxb283MU+h0RFe5liXbcHnq0tUEV7npAVF+WTVgNZr3OIN145FKwNNe5JUjaOJTSB0&#10;Y17nmv3B5YCaqggmK9zgv2rHjqk4UuUBFe5lCOrX42kyKY1BQr3OfvHTlFUwRXue2jlkGtV7nOQt&#10;pbjalSa8FacK9ztL2tex8fo4w9trazjXuZAgHZtw+OnE22vDGvc5liF0vzYq0V7mRG3EctVZr3OY&#10;/wCJc1NOV7mUuFitzVer3Ox9kHjyBgTVTXucwRbXlCZpyvcy3W+vs5SarXuei/R2Zdb81Wor3JSh&#10;mfXmxVJr3MhDFreHNkxTgMivcyJtQ2HFAVSY17nNSP8AJnvxREiqV7mdYj/h42NlWBr3MgXb8OXC&#10;a9MV7mYBhpH3P8Oe01YKmvcyRCy2HhxtWEV4mvckiRQNvjyyk6q9XucwebA01qvc5hde9+Wr1e5k&#10;AUm203+nmq9XuZr+WNL3PGVoKiKrXuZbPYF+PlfCvCvclRgOd47Dw56rV7nJEFmYXJ56vV7kgNuU&#10;3GoP7Oep0V7kkDW/t56KuK9znbnqtXuf/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3NZDrzmX/O368cx4wreZS4RVyU0dtQFw+MUt1+BnUt9fO6H0i7q/wA13isQoSlhK7pf+ak92fRx&#10;bfsr5M/qS3k/m+dX7oMgOC3R0Q0A2qOolC1etL3qXW/1V6DSQKdstescQ+PnNvYf9EwRwUufX1XJ&#10;6q+ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4nM&#10;3Y9FljLNbj0tv9GiZlB8X7Iv1sQORHv7vQjcrJrrNFx+waUpIOxTn2tp/wA5wpT60cZfaG+fQ0P4&#10;iAfLifQSaU+S8uTZtzXQZchv/pcyIxHgneRv+BQE8Qfo4yywp8X6hYj701U/ysTHuQCJJm+IZio+&#10;lTz5I92UKuVO3jxKlrUZUdpJOpRPmSPWam/eu5CSi3TsSNRHuSPQT7atsggipoEpqdQkcahVUdgA&#10;LAD6Bw7zVQJ9w6jtyVioVDQ21l5g3EKSt7+Gv38QL8VeAxr3IjuUXaRbjOqKMvtFe50ZlFgT24gW&#10;STNNpTCq9zGJfeZSBe17eHG+8PGrOAg4V7jeztfUafDjJxp9KRFe5iabb9nT6eNGnK9yLLVbTuY7&#10;hftxhRmnAjVXuY3nVrniJWGFKA3pr3IUhiP2/q4j208Ma9zA+9hZCB8eJlCmyK9xqlndTtaw1725&#10;4ClqK9yCx8whvjzxIGFKIFe5hZUC38eJjhVa9xtlW4PGgZwp1KiK9yGEAHKqECKWahFe5hdnvuHY&#10;8RKSKsBqr3Mfnbfd4npzTXuY1kViwDXOmnPV7TFe508ZuSbA8vwp9JmvcjMJAe1xyg2VY17mBnBf&#10;W4tz2ytrr3MYKlRu9vEqkxjTNe5xkSPf7vGYpU0K9yOVYNpzeynJivc53mClU8eMrxqqoOBr3Iu6&#10;RtC1iPHlwnCnAgIFe5xs3ixPPaauK9ziNzaMw541qvc7KW7MOUrYE17nXlsyHad30c9Vwmvc4/Lz&#10;hQ17fXz1bivcwuJlsCCQe/PVWvc8u1/si3GT4qpXucijr9s7h4c3Fer3MEiqLG4H0nntlOAxXudk&#10;I5CiUD6/6ea2VaIxr3OTo0iC25r31AHh8QL8pONb1cz+te50qSIv2S3/ABL/AJ+54mnpr3Ba6E0r&#10;1fWbLNFYr5lfAAwIAGoJvfS3hwQZMJu2+ozRHmZ/yZflWOX7HL1cpoJIlYfabQ2IO0C+ll5LYOJ6&#10;zUPLM0kcU/ZwWMMF4gRc7bWJNjb2W78RFONJaD7Eu4+ni5w1ljUvGpYm2p8BzRFJFUhcXXe+328X&#10;+FOWiUobG4/5p4nIqy06hQOZhi8upb6X/a3BX6czTNn/AAu2imVBuBBPu7v6ebB7oFf96RVmGtQC&#10;P79NEA/EHFDhPor6j4niIEvyeD1jvCd1ijGMdh8bcsyG4qGPsHf+zmIUzXTyZjyFfLfvcBiSSwBN&#10;79yLnv8AHnf2uerWyuueII56vTXucebrde57nq9Xue56vV7nNeVNaNe52TbnqrXudFhzdbivc4c3&#10;Vq9zIO3KVSvcLF60ZzTelHqFMpsVwKv/AOkZ440YcT5p+JqHd9P+J2/9vZ/341dB/wAJ/wCDzvxU&#10;uln+riSN/wAgvGeaAW2p+WicLYFF7fR48lZwCYNAHSNSp6a+sapG4geFuYlO64Y3Pw/bxOAKeAjZ&#10;XPnAo3t45V69zoOOzDtz1er3PMNLjtypr1e5HMim624kUSrZXq9znBBDfUccSgV6vcklQrhfDjsV&#10;uvc8yj28crVe50CgUgnnq9XudXBHuHlCYr1e50QRq2vLzXq9zkCvs56vV7nV7e7yhFer3OXu2IPs&#10;HLCvV7nW0B7j2c3Vq9zuM3vyg21QEp2V7kuI+WgPNGvFIXtr3JkbBvt8aNICgJNe5k2ll0Pbj6FY&#10;VckDZXuSY77eMasarJO2vc5qbDhiMa2K9zkBc8SLM4VQ17nmFvs8ZT4a1XuYy7g2TtxclWEVevc5&#10;g8QkacKtXuesL68apqvcyl2vtHNmvbK9zvv9rlhToNe53qY/e5c1tw417nQfygCNb8qE8a2lBma9&#10;zOgINx48sqrOKJ217nCTcWtzScK00dJxr3OIGzvx6aMJBr3OW2MeHGiaTLdNe5jkckeWOx5cCMaf&#10;bSIk17nOInQHw5sqpokcK9yYAdxItoOJSnppBEV7nBfMDGTQcd0iK8a9z3vE7r8okaaeQdNe5zBv&#10;9enGXEwaqRNe5mXQWuNPbyqjXtle5kUKdWsbewcTmtg17nmLMQL6csgwcacBr3MmxAw5ZY4itk17&#10;nfNV6vcyqAV42a9XuZEQXJXvbjqcKoa9zwUlRu78bJqwr3MoAAsOVrde5yCj2ceSdNer3JEQNyD2&#10;8OUMk1Qivc53P2WHjpzeI21YCvcz6qpufEc2ROytwDtr3Mm0sAT9o24pKjsqpAr3M5f3gtxpy4FM&#10;V7nI/pDbcCPZuA5Qk05Ar3Jaqim5009t+ak1aBXudltpL8sJO2qmvcymzm/sF+XBim69zICu4ac3&#10;NUr3Mym4uNT8eVq9e5nXYGt256vV7nNLEnby4rRr3JKkdjxrTjNaFe5kjuD7vLVavczRpbT/ABHl&#10;CTV69ySsan3r68qFVua9zMDZtdb6cuF14Gvc9tPb6v28cmn5r3P/1y/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9xK57zVR5FyRjGdsQt5GD0NVWyX/wANPE0rD7l4ttmTcuJbG1Sgn2mKDOd5mjJb&#10;N68c+1lpxw+SElR+FSqGleurYaKP7Uzqg+ljbmrL6doKzGMUxzOmJsZKipkCtIe7PIxlmJ+k7Tz6&#10;2Pos3dCDf5mRgA1btn2uOD3NV8QnaBmC7padZlS1KcUekk7fUlVYPVdi6QwYNleA2UeZUMvsAAjj&#10;/wCZ+Gn53lrHOiac9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9wsvqSzC0GEUWVaY3kq5PNkA77E0QEf6zm4/4jzjB9Y2935PL7XJGj4rhZecA2921ggH&#10;qW4rUOtqpu3Ls9bi31bEjSPM7fYB76Nl6Vcr/N45X5tqFulJGIIif+LJNXI+KoLf8FwzHTD5LKGS&#10;cNyzDYPTQ/pCD3kY75D9bk85NZfbCyZS30DHzOJ980R5g7+deU50nDyGA90Uebglw41E1iD2Pt4Z&#10;KUKIS3Fe5yXESTYHUduMaqcCBXuZVxJWuHHbjBNWKdVe501eCS26wOnb+3iQqpwIivcw/NByQug9&#10;t+/5cp505EV7mN5wPdJ78YJq3d8a9ziJiPscoaoU17kFpBuJtZux9n08ZowCYr3MRZGJVW1H8eJV&#10;p41szXuR2lkW4XiEGabTtr3MHnj7L+63hxk4mrqxr3I0lQNxSRgQvL0qiBXuQ0lQg6W4ndbBrym5&#10;2V7kN2Fib+PEsQK2BAr3MD23kA6cYCTtp9Ne5G7IR438eMqQomZpxCMca9yN7w0NrcZOFK5ivcwM&#10;sV78oK2Ca9yMY+5ta/jzWyngqvc4LoDrfniZ2U4K9zG249uXivGvc4O5UaDjUVqvcwOqtYDTjCzV&#10;TXuYm8xJLEDjCTSho17nMNtaza82rE1evc4MxViQeNxWwJr3I903X9vLbKcia9zluYfZ56a3XuY9&#10;fYONTVhXuYyVJOliPA/vfRzVeOFe52vlkG42E9wfDm6sDXucHiQ6owvypMVs17nQV1/e780DVIr3&#10;POw8OeEVWvcxBGOoPfnqtXudbCh3FvqIvypr0V7nO7H37gjjZq017mLyXLCwFv1vzYE1oV7nccks&#10;LEFWC/8AEr/s5U09Ir3Bo9PklO3WjL9RKdyxVcTsrA9gwvc+I+HBRkZAu0qPOFB3Np/LKjo+dY5B&#10;+jPLyctorJtC+7fTwv8AEDw5JilQai1QpHVzEqQ2p4KuHDfZIhdza2uht38PZxPJNFxpB4ldLki+&#10;v6+PFth6e/odLAgkeHiAb8uVYU0oTSCr5gX1Guv69uLTCSGAIFrtb/k+/GQaZkigxzHELmVhfx/5&#10;N4N/SCBpM+0J77ZdPu4gu3NLKj1Gl1qFOvISn+JxPumqu/xU62DAvQR1NrpO/wDI5lJ9u6RLfw5Z&#10;Tt0uOYoERXTQ4V8xF38xi4FgSbD4eHOJb2ac9Wq487Budear1e5ysOVqte52ALW5arTXuYyLc3W6&#10;9z3PV6vc9fmq9Xudc3Xq9zkvNGtGvc6N782a9Fcl+1wq3rfIX0jdQyV3WwOuJv7PKPNtfePMVD++&#10;iZt2x/wdr4mrsP8AhPrSy1X4qXTBYNDHWmRrf4VaO/NBlgBTQlTb3FFh9HJYe2nzqO1YqV5mvq9q&#10;u039vfkNkDNe/EwFKQoAbK585NGVW4s3PV4V7mEliLW5sGrV7nAjwPNnGvV7nQAvykRW69zOR7vu&#10;gX5cCtV7nDeW90DX49uWrde54lexHNVqvc5oEI9nPV6vcxkDW3G1Ct17nPaQBblgK1XucwzD93lq&#10;3XudOCdbc9Wq9zCVbU/Ac9Xq9zlcqTf4c9W69zkra+6OarVe5lDtoOerVe5LjkHjxORSRaJr3M6P&#10;4DtyivDTQRFe5JQkC3bjqQJq9e5z3aW4oTIJr1e5y3FO5vxMMadbTqr3Mq3I3XsOUNaUmK9z1wp+&#10;HFCvBTVe5xUX04n1a8arXuebvb2c2RFbAr3OQcA8rXkCdte5zvu56tjbXuZLhtOWVtp1wY17nSpd&#10;jbTlzT6iQkRXuZQDYhTY8apIZ417nAkqLsb89BqmkrwFe50GLHXl9lLkt6RXuZSQeUApgSvCvcxb&#10;hu1HbiqcIpcU6RFe5nTa4uBrxMRjSBSSK9zmVcatax5ZUEU3qr3Md0+wRpxsCKeCNVe5zCAqFvxy&#10;miMYr3MwVVsDp7OMrBVWga9yT76jtxkNk0qSma9zhuc/DnimK8pMV7mQhQRpa/Kaaar3PDaW78fF&#10;Vr3MgtcX8O/EtPV7mUAd+Vr1e5kTQ7vZz016vc7vukHsvzVer3MxYXFvbz1er3JETFj25uKqa9zI&#10;WsSOPAkVsV7nlJ/fP0c2oyK3XuZhZu45Zum1bK9zkm5Xv4+HFJxqgFe5KsGbc35c1MVYivcyLt8o&#10;xi5Px5uaaivcyxIt7OLG3hzU1vZXuZAgIKnUHlga8TXuZ4xtBXxItfiUgk1Svc7jVyCu72C57/G3&#10;Horde5KXV9ebq1e5kSNT256vV7mRFs2n189Xq9yRGqyEltBy4NbFe5Khj2sduvt/s5omtEV7mRR7&#10;6nnprYr3MiBy142sPjxkia8RXuSd9xY6kEc8E16K9zvetu2t7/r9XLxTkV7n/9Av/OdlfZhW5Rz3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vcIr+I9nr+pHpMzBFE+yoxt6XDIte/nSh5l+uBJByR907b8zfI6Eyo&#10;+gw95FYVfUFnf8m3WuADCnyhhP8AnqBWPVtK6W3T2h+dzVTki6whpT/wIsP+TiOU09CMI/lXTmll&#10;YWeseWob622L96qOfb39MGQfyPdC3WRCrlbtwr/OV3aD6ttoPrXx271XHf3ihwSAn3SfeTRcvUTj&#10;f846o1kKnclDHFTL/wACu9h9TsRwY+dCKjmgO57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7hGcyYn/XPrLLVL79Ph7hE8RtgNvrDSXP0HnyedtO8/wDb&#10;jfG5eSdTVuruG+I0MEpJHSFO61jqVWVGXsfyzLgNiliT5q/BOHpVn/RHK/8AVXpvh9LIu2aqX5qX&#10;27pbMAfiqbQfo4NNNmSohOjkfXyMhcHjQELE7KFnj7BniaLu/wCfL9+DSRVnqr3FDTZ/JcOzcUhY&#10;NMfkyK9xR02dYXF2YfWeaOk8aaDGmvcfKfM1LK1i6kfV/HjJA4VpSINe46pjEDn3Gtb48ZKSa2Ei&#10;vcknEEkG6+o5UpKaaIxr3PCrb/F9Y8fo4nUYq6kYV7nRqgRZtR7P28TaquCK9zA85Niv1njCjNbI&#10;mvc4NVlTuJO0eI4nqunCvcwPVxs17i48fHjemvIThjXuQ2qULXLfDtzRwpbE17nSSbI97ag8RGaT&#10;417mK+4e8AOe4VevciytruHGFJwpSkQJr3MEiu7XUX07cTBZSKUJOE17mKYqNNARbiVXirc17mFy&#10;gvzwFPJxr3OAnS+xr27couvaa9zE/lD7B423TqcK9zgV1te30cVTVxXuYmV1uBqLcZJqpNe5Hdlt&#10;c6EcRqFNEV7mD3idza37cYVhSpAKRXudbgBbmkqquqRhXuYnItrfj00pRjXuYhscbd23480dlOV7&#10;nC23Tff6CONRWq9z3mt7RzVWr3OYcsNSD8NOare2vc571Js5Uj6Qbc9VhXucJDFf3Bcc0RNWr3MJ&#10;2nsPz5TTFVr3MZUDtzcU1XucgVtYXvy8EVevc9tkIuCAPjxgzxr1e5yEbFewb4ADmttbFe50yuAf&#10;dIHjrzeyt17nFCUH6Nj9BJP8eNmma9wa/Tu3mdWsIWfQ+coW5/McEuVJ0uA+dFmaf3Ajyrg2qH6+&#10;Xn5edZIE3NuIFibez48H+qaiZRpF4iu1yRwQ8OcioTySd2l7aaEa8UA0iIpE4iQ0bEgacW9KXsQB&#10;dAbAW7e348aHi21TZSGxBE8wp2Fr9+LLCnlUFSLgWIFj7bcocKqU6qDrMaxPAoJOpI+4WH38MN0a&#10;dYuoGHRAX8wsx+Frf08I80/Z2qvI/KhTu7bd5fMg8HB8DVMn4x9dIfw7uqrqdqphsUaknU3cnljI&#10;F+YxE10RNfNWJU22iwAA+7nm56tCuudDTnq3Xud7jz0VqK9zq5vfm63XueJJNzz1er3PWI5qvV7n&#10;XN16vc9z1er3OYDDw5qtV7nG9jzdersGxvwnnr/q56X0adR5KdgrjA663x/RHlm0nvExxUKije+C&#10;w31PtH3mr3/+E38EFT+KzkT5kkBYqxlt/iHlbeaFsvl7EXxsOSoqTJPTUbomTPX76+qcrbtV7cjh&#10;tv8AlBpxunzjXLnWinepBHsvzVVAivc6UMbm/GRW69zi26wJ8eOKMV6vc5qqk9+3NjEVuvcyWJF1&#10;Gg9vLitV7nGzbrHseer1e5xZ1bw56vV7nNNm3nq9XudBBa58fZzRr1e5kDEW+HL16vc6JJ5SvV7n&#10;MXIJv25uvV7mC7G5015utV7nrkm5A5qtzXuc7IR7psearcjjXucSCO3NTWiOivcyJY83E1sV7kuE&#10;te19ONLxrRxGNe5N7HvzSMTRbNe5lHHlLirTFe5y26a68ZGFLUKCBNe5IsxjsOVKgaSuL17K9zAy&#10;vbbxcVRVa9zuNira8QqMmqyK9zpibkjlCZq4Ne5xSznU2PHtIivA6a9yQBbtxg4VTGvcyIu3VuWP&#10;TTxUFGa9zthc3BtxTtFKxChXuchcm3s43spwwBXucnQbdxPPA40yhcmK9zpb2042o0yVma9z1ueC&#10;oquqTNe5xcEW2C/t5YGlaVTtr3Mo3KvuHlidVNLM17nMsVW51v7eV0xWm2uJr3OSxq4u+nG1GK8D&#10;Br3MqCzk25RKppomDNe5nVRb3hc8vNJtpr3Mq3tY80TNOAnZXudGxYr4+HNJTFPqwr3PW3AX7jw5&#10;o03M17nJVBG63GlHSMK3Fe55bm/x4yBIpzbXucx5h7duNVavczRi4IPc8sBWq9zIqhWG74Hla3Xu&#10;eFg+n083W69ySLkqFPfvxyaqa9zIiqbsSeOATW9le5lFyPeHbtxzThTZVXuZgpWxvf4Dm0pimyZr&#10;3M6gMyjT6Dxyt6or3Mg92M7vdN/DlFDVWyqa9zJo9mBHLjCqV7mRSVNyBz1eivcy+Yh90D6wOVUd&#10;NUr3M6qyr7R7fHjuytV7mVm3MCDcgtY2Hx5qatXuZgCDuPbla3XuZIvcbce/s56vV7mYEs9zYc9W&#10;q9ySoYDcLWI7DlAca2DXuZYRIT7qkAduWImrEzXuZhuO0Dm6eiK9zOsVlO43A7cZK8YpsnGvcyod&#10;BYXuD9XHhI21cV7nPaL3+r8uWmr17n//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yk/wDG&#10;Fzo5ocldMqRtzTy1mIzRj2oEp6c2+O+UfVzIzs+slPuLWkSTpQkDaSTMD101xx+rTO9DVll4O0uP&#10;rHRpAQg/7057KGLpRTJF89i0x2qiqm49gNWb7rDhfMCwxMFwSjwiPtSwxRaf6ihb/lz9AXdjJk7u&#10;5bbZejZbstNf6mhKZ9YmvlvunzcuqcP8SifaZqu7MWLPjuP1uNyfaq55Zjf/AF3LW+q/Hbg5pBTN&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcSeeswDK2Ua/H&#10;L2eGJvL/AOXje7H/AMnEcgntO3rG5GQXmZzCmmld3/tq/A0P9UUmeqaP8qs/z9whrgTj5DE+4Gln&#10;08y02b864dl610nmXzP+Xa+/If8AkAHhQ+leDMMNqMbn1ad9ik+Kr3N/ix/LnyK5Gg6VOqklR2na&#10;ek+p+FZKZ09Kg2OAn2/p8atkVVRQqiwGgA4Is6v2A4OQoHbQUQQK75BaJmvbTjBMY0/qr3MAaQGy&#10;sdONl01rbXuZRiE8Y2qxPPa1CtBkGvckx5hrIGsDb6DyyXiK0bcGvce6XOdVAdzk/fxWLmNtIjax&#10;XuKelz55nu7iOOquAqkhtoxr3FbRZthnjALW+vt8eWDqTSJTZSca9x6izLA/ZxxsxTPdRXuSv5uj&#10;gkMDf2cTqIprTjXudCuJXbfTiaZpXor3OAq9dykfHmpptVe5xeqY22nufZyhxqwr3MsdQx94ePhx&#10;GVCmjhhXuZBIGG1dCPbygHGradONe552UL355XjGFPjx7K9zG77TddbjiVYgRSvhFe5Hc9/C/C81&#10;uIr3Mcu0rccsMK8jGvc4sqMbg3vrxwiaVV7kORbHQW4nCCDNaivc7Z3Ui3LgY17ZXuYhJ79yeNEx&#10;Te017mKTczXI042a0rCvcjeZtaw8O3GVCaWpOGNe520oAuw1PE4EU2lOk17mIygG7DTlqdr3Oiy7&#10;gR25SatNe5jabWwYjm6tXueux7W+7m69XucmVnUA2FvYP7eVrU17nBhTaAxWt3N+/NVYGvcxusI+&#10;wCBzYrc17nDattL80RNVr3Og0o7jnq9Xucg7MbFbcZCjMVaa9zolGFrHjxxr1e52qhR3txMsxWpr&#10;3OA99wN3iO/Hk4ivV7nIuFfaD2+HGjhVpFe4Nnp4+X/zw4QxN2STcd3hYE8FGVkKcP8AimPPT+NE&#10;+ZmWT6VwOqEfTy8HLEkksCqzeJ1XtrwcgTA6qitQpI4ihBPBPwwgOCpJPYX9oFuOHA0jUKRGIJvj&#10;e3fixoHZ41FvHX6eVdOmvYRSGrF3zMx7WtxYUEg84MCLEHw+PPJxpgGKDvHKcSwlR3isW+rvbhme&#10;hbxS9SqOIa7IZW1+JQDgazoywoD+ifiKF+7rmi/Y63AB7DVGv433nUX4a/UKusT5y0sVk18ZSb3t&#10;p25YgLLcDmNG2uhJr5wtQGElmFjZdB9HOib83Vawc6Avzdbr3O9p5qtTXueKle/PVuvc8o8eaqs1&#10;7nJhftzc1uvc47Tz016a9z20jXnq9Ne52GY89Xq9zjY35sY1uu9p0+PCHfiZYlLhXoi6g1EAu7YX&#10;URj/AIJGHFdodTqQOn31GO86O8abH/BW/ia2F/8AhMTgMeMfivZZjqO1LhGLVS/8SiEZHNFqScyR&#10;qkihWCqPy15Ihc1keQqL9Uq6jBr6ikQAWy9rnmEO8II2hgfby4NOxWTnRSJvfGh9g56tV7nAgKpJ&#10;42a9XuY9XWw7D28YMkV6vcyogPvA9uPor1e5kZ3IueOV6vc6DFiCObr1e53tXnq9XueCd7c9Xq9z&#10;hvmXRQLePGlVuvcyqwY+8LHlxVa9znoTtA5atV7nluND489Vq9ziUK6Hnq0TFe54obc1VuE17nBU&#10;A94c9XokV7klE3WPGyaYUoowr3OUaLdhys1UGK9yXToFIjPflT4dtUUDt4V7nPaytY8WtgGnJChh&#10;XuS0104hcGNJ9Ne5k7XHNDrqycTBr3Ofme7bjzbYBk7KstARsr3OFydRy66qa9zEAT73EwNWgJ21&#10;7nkRtxJ5aZr0A7K9zOYlB3DlMapHCvc67jdx9NLEJr3OYBQX78qcMKv3Yr3OZuSDxtSowpMTpwr3&#10;MqixN/HmkmabKpr3O3CsNp5cVZtWk17nSoobaDyv3U0TXueb3dTzYxp5sV7nBTZtPHmiIp9xOGFe&#10;5n0DcrJFJCkkV7mQoj6Ht4c3JryVqIg17nW1Q+0nmtJNWSIr3M4ZQLDvz2mqFJr3JEYvbm4qkV7n&#10;LRjp4cpFbr3OHZyw8OeNOTXuciRcEePfiY4VaYr3OQZVWx5sJO01UKr3OaLpy4WBhVgrGvc5KWFx&#10;4cYVgadNe5kA93wtfXnhXq9zu6+XtGuvNGtV7khQh15WmSqK9zmLLtYanx5YGaeHiE17maNVIIP1&#10;cVJMU0oxXuc1D7e/Y8UU3XuSI2UtfsOaNbAmvc5+WyX7NfUEeH081VtNe5nCkSgdxbm4qhwr3OaA&#10;auoHNVqvczFFtucfVzVOA17mQAixA09l+bImqGvcysrHuQPhyhM1WvcyqoUX+n8+Xq1e5zDMRa2n&#10;PV6vczqLAbu/PV6vczIbBiwuAONqrVe5mEalQ97C3hy8RWor3MoYaBCRfnq3Ne5JRQpO7m6V17md&#10;G923s5XSJmm4r3MqatdTYccJmnK9zLuT9nKTXq9z/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc1xfXfmH/ADk+uyPLaN5kGX4cPotPs2jjNfMPqaVlP0c6vfTPuz/Pc8y23IkLuQ8odKGZcUD1&#10;FLR9tfMx9Vm8P5zPLlIOFuy2wPNQ1n1CnSD1jqoT6+s/qt0PxTFr7XnhmCnxDSkU6H8wRx959tlc&#10;Oaro57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7hY&#10;PUnjzJh+H5Upjd6mQzuo77V91B/wTE/WvOKH1kb2fl7O0yRs+J5ZfcA26G/A2D1KWpR82xU5blWk&#10;rXcK2JGkeZxPsAHto3PpSyz8xiuI5tnX3adFpoif8T+85HxVQB/wXHzBMstguB02GAawxqG/4l3c&#10;j6WJPOP1rbfl2gjoHv4++ltxcfmHFL6T7uHuo7/OpqNvAcosGmwqK9yBNSMpsB34zFOBVe4zvSFG&#10;ItzcUqBr3IMsBUX4yVRSpJr3ITAgWtxOV0/XuQ5QwBA8eNk6qcTXuYCzobggC3geJysin4Br3MiY&#10;nPDorHTlg+RTZaBr3JcOYqyI/a/Plw+U1osJr3HaDONVERvaw44LqabNsCK9xSUmfr+6zX+vj4uQ&#10;mkCrOK9xR0+cqJyNx78d1hWNIF2h6K9x6gzDSzX2OunxHN6qT/l4r3HWnxaNkupvxuBSdbGNe5MW&#10;t3DcDoea6q8pFe5mSoVz428eNLTFOmBXuZVmBFxxCpMV6NVe5y8zcDYcTRW+7Ne5jLXXU8cinojZ&#10;XuYSwA2jliadr3MRl3L27cbmKqa9zgfebQ8TTVa9zAwAbU89E03xr3MDmTvGeNkUqAmvc6MjbxcH&#10;7uJzNOV7nRmjJsw7c0OuvV7nTTRE2A5cECt17nH9HoTxoqBqwNe5wCxM3Gqvtr3OFl7xnlq3XueE&#10;kq+N/o56vRXudyOSt2056vRXuY9y6a81Xq9zvbu1HN1qvc68pu/7eaq1e5wbzo/iOJiIrVe53uLD&#10;2fTpy6TNer3PNBNa97cqRNar3OYAt7x1Hw5WYrde5gHln3/1144Bqq8V7g4enOljqOreGpE207nL&#10;X1uNpuPo4IMs8Lh/xVfA0R5j/cjXH90/Xy7jKcJWAJEgABHjwaatNRc4caSeJsqk7jbgo0zyRyJE&#10;FAtqbfHi5PiE0jJmkhPGWR2I0Pb48W2HSsibY9T8eaWJqmyg8rgRKy2txYUYC+UthuGp5pFMHGkJ&#10;igJSot+8pt8fo4aT09YW8/Uxa4fZSmPb4MP434Hs2dDVoryihru22XL63AEkLKj1AAYno21r+/j+&#10;dSKfJn4bOYsIms5xfEqSijuLWM0crf8AUPlgttBb2DmMgEV0GJr518iFJCCLEknvfvrz3LVquHPc&#10;9Xq9z2481Wor3Oyb89Xq9zsWA5qtV7ndxzVar3OifZzdbr3Ornsebrde546HTnq9Xue54VY1k77b&#10;crc/FnxOPCvQtnSeU2EtOYB8TIrAD6dOKbPB5PnUVbyOQplHS5P+lj4TWyv/AMJWqBaz8U6kqrXF&#10;NlrGjfwG5Utc/G3NIyZjutMBbwbx5IIEGKi6CFR0V9NNRYW5GBKn3DuB4opSDXLmVjTldBZuaq1e&#10;5jZLJy5Fer3MYJP0W43Fer3MiLZb2PLARXq9zjvG7lq9XueY3OnPV6vc63N35qvV7ne/TTm69Xud&#10;s+3tyhrW2vcyRNuez8vW69zn7we6dubr1e5yJO0G4vzVer3OldCSX78oaouvc5hllNk7coTTh2V7&#10;nmWxtzwNJUuadte5kjuGAtyprYX3le5JCAAkd+eimMRtr3MyAkBgNQPZxRAIxpzZtr3O0U79e3Eu&#10;vTsrxVNe5IL+9tA09vLHETTJkV7mVTYkg8bpyJr3M6sT3P5cWzhTgMV7mG1weJtU0wo417nSL7tu&#10;MmrKONe51YjsOWGNUmNle5k18eOQa8cRXucioDBOaBpYhZQMa9zOUG0cbJxqhXXucbEHTjxNWBmv&#10;c9Z2YFToO/K7aoqvcyMVXw1+jnqTV7mEkkbux9nG0TS1Lc17nJbt344cK3Gmvc5Fe1uUJpgrJr3M&#10;oItbx5UU2VRXucdrbgebxrQr3Mtxu/by0mrzXuZIrhjc3+rlJq2qvcnohOvNY1Svcx7ti3A8Tywr&#10;wTqr3OAfQ/HlqUBuK9zJcGynTjUTSUnhXuZBsXlXMBTgFe53GPd4wRjVONe5zX2Htzy9tOqONe5k&#10;YIALDx5QCrg17mUKEIZQe57c3trxE17mcHd7dO+vPaT0VQeGvcyRxop3Wvu46R04U2o6TAr3MoRn&#10;9wC1uOJEVpewV7mcR7UKnj5qw2V7nJFCakac1FWr3Mse25DHb4Cx56tTXud7Jd178pNUGNe5nCEj&#10;ZoPjy9er3OYBTS9x7Tz1XFe5l98W9mnGlkgYVVVe5lfaQR3N+Nt9dNTXucgpKacU05XuZYzJfe2o&#10;+HNVqvcy7dQRzdbr3JKks1rd+VIr1e5lSMoChP2uWBkY1YCa9zMF3Ai1rduepzTXuSEUgbu456r1&#10;7mdAzAkDTnq9XuZitgLdx3HNVuvc57R+XPVWvc//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3OiQo&#10;udAOerWyvc1U8rY+eqPqOzh1PY74qurr6mI+xaioPkgfARXA+A59Mv0W7t95nS7lQwtLTSD0OOqS&#10;ge1Adr4te2PP/wCeXlxdAz+YuXHB/ialFI8gCkDqFKT1HVn8i6Y4ZlpDteoliVh7VhjLN/yeVPDI&#10;c+mWsHaInz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Cg0tLJ1Q9QTRp79LhrE6agJTaD6Q0x+48+T7tq3k/ttvlcupOpq3V3COI0seEx0hTutQ6lVk5&#10;bJGU5YJwUsT6r/BPwqz/AKIZZ/qv02w6mkXbNVL81L/xKX3lv8Qm0fVw09XgDRsV2k8iJRNRuFzi&#10;KFniarMGdVJA4mcgilaXTxr3E/NhhW24cRxRghyvcYqqh969uI3AeFLQuvcT9Rhz3JPbiQ0vQuvc&#10;aZaIg6cTrwFKyZFe41SQFHJPEuuRSkGBXuRHivpblZp8Ga9yFJBY68ZNPV7jfMovpyxp6K9yO8bO&#10;Nt+MExWpivcigtASL9+UJJ2U791e5lSqnjbeGOnhzxdKRW9Ne5Khx2shNlP588Lg02WQqvcUFJnG&#10;risCdOKxcUjXaCvcVNJnexsx/PjwuMaL1WsV7iso81Qyi5ew4tDyVDGkS7ea9x/hxqBz7rXH08TF&#10;eqk5bivcnpiCjUHv8eaquk17kj55W8eVNa0V7nEVm427W5oiBWik17nmqge+nE8zWgOmvcxiYbrg&#10;80af0g7a9ziZfeJvyte0ivcxPP7h3flz004E17nAT7gNeUmvRXucgwNyeMKicaqRFe5wLiwt7eVg&#10;HZVgJr3OjINwvxuKvor3Ozcajm9NenTXucfO/dtblKvXucgz3CaWPPV6vc4glnaMeA56vV7nNdQt&#10;hqL89Wq9zzWOjflz1ar3MohOwe9z1O6a9zxUjS/Kqqte5jJYDbofHjSNtVNe5xYF23G5+HNEwa0K&#10;9z20DvoPbflo1VavcmQyzCjemVFfzCpBOhXbf+N+e+2rivcHb0x0stT1eoUVSHiSUsbXGqMfhwR5&#10;aZWf8U+8RRLmKglqOuPbXR7Hl1+Uo2gQ1FiSlwFK2B3d/E9rcFajjUUOHUYFJDEVWRSnjxdUstO1&#10;QskV7khSbdhe338NGzIpORGFJSsWVKV7dkBPF7QAOjU8JFlY2Hc3Ftfz49VfOg5xUSRqszdm2D/l&#10;biuoWUbQ51IJ7e3t48TKHRVCjVspD4kSpK+K2T6x9r9vDi+mYqubpjIdWp/d/wCQuAreMFy1JTs1&#10;CerA1J2460ozNAVt0uD1OiPga1j/APhSrTTN6FqGnw9d8P8AWWgklPsC09SF/Mnh7AABYcx3FZxV&#10;oNuAD33aDX421503LirCuHOHLVuvc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zmFuL81Wq9zhzdbr&#10;3OzzVWNZI/HlUn40dV8p6Dce963mVtClvbuL8M7NEuauioF3sURd2oHHvfcEVtP/APCS3DPmfxCc&#10;bxTbf5TL1UL/APLzcP2c0xCVklKt4sQPgb9uDw4qnpAPtoNSVGekA+6vpFBf0he/wtzgVEbFx3Gh&#10;9n1ctV658xML+9z1Xr3OJL215eqV7nle2luerVe5lBbsNb8qa0a9ziYwNPHmqcr3OvL5aq17nK/7&#10;tubr1e53YqwGlh35Wa2DXuSquOnYKYlNx35qZpGg4mvcwAHcV7DnhS2Zr3PAHZ35eq17mTd8OerU&#10;17nW2Nu/PU4K9zksYB/RnlSJrwONe5zViVs41vyumkriMa9ySm1m041GNMD9lXuZFU7uOqwp1a9V&#10;e5JVvLFuNTNMLM17nlXd71+VIivERXuZgh7X5qq94ONe5kCW54V7E17nLjlO17nFjtFuN1QDVjXu&#10;ej0NuWiqKMmvc8VBN72tyowrYNe5mA3LxZOFWIjCvc8wBcP7OJSaeUrUIr3O9eVpuvc7UG5vywNO&#10;BcV7nYABNjze2rzqFe501yNOWFUaABxr3OhYncfHl6XyeFe5l2WHE5NICs17nBm2/XzcSK9E17nI&#10;dxzwEVqK9zOrA6HlpinNGnGvc5Hb4caKppmvckq20jTmqZXXuZrlh7vbl5rc17mID90duNlVPpE4&#10;17nMbfsjntUinyqvc7CW0vfjCFxSWMZr3OWzlFL1Uor3OS7tuvLTVIr3OSG4sRxvjWyBXuZSLL3v&#10;xSNlUSCNte5JDXAX2a8Sg9FOGvczAJb3Rqfjx8E1Wvczr2+Ph9HH41baaVXuSg+1ww8OWAjCqKMi&#10;K9zIbkFh468qQeFORFe56MKdP7uXg1WvczBQDfTmq9Xuc4/eueb016vc5gWI+jnpit17nONLtfvf&#10;S3Pba1XuZwAzbTpbw5qJqpr3OQCg25uIrVe5zRtoOnNVevczottfDnhXq9yT+j3adrHljXq9zIAD&#10;YgXsOar1e5zCa7wO3x5o1sGMa9yVGrMOWFPA6q9zkANgudfh25qtivckxR7e4763vz1bOFe5mUbi&#10;Wve/PVQKmvc5bTz01ea9z//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcBH1KZ1/zd9AM45xR/Llos&#10;JrTC17WmeIxQf9HWXghyi3/NXTbfSsT5AyfdNQ32h5x/IMivbsGChhzSf79SSlH+9lNPWXaP+YY7&#10;SUhFw8qX+gG7flzW99NOFfL5ar8YYWNTUCMfFYluD97nn2QfRtkf5TJrvMCIL9wGx1pYQCD5anVj&#10;zBr4nt9n9b6G/wCimfVR/ACkN6rcY+ZzXh2CKbrSUzSH4NM5BH/IKDhk+diaheirc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3EznPHlyxlWvx0mxp4WZL+Ln3&#10;Yx9bEDkM9om9Cdy8ju80JgssrUidhcI0tD/OcUketHeW2n559DX9JQny2n3TSsyLl182Zww7Lqgl&#10;aqdFe3cRj3pD9SAnjf6JOnBq8sYvn6vW71swpYWY67IhvkYH2M7AfSvPkk3Zs1PoXcLxKlRJxJ4k&#10;z1k49YqZt7bwBxDA2JEnzOA9gHvq2pESNBHGAFUAADsAOw4cWsyUjg7VBJ+N+SGq0wqK03WnZXLg&#10;fYrkRo2LiOx+HCFbRSdlGaH9de4gMSye6Rlwmv0cLFg0ZJcjjXuJmpymzIZSo0Hs57QYpYl6vcRF&#10;bghiYgrc+y3C9aZo0SuvcTFVhDKC4XhcpBFLUrNe4n58NYasv5cTKHRS9Ls17jLLQsG0HGSk0rC6&#10;9xulo3VrleMgRtpUlc17jXLSga7fy5omlhcBr3Ir062vbiZRrW2vcbJ4whFh34ylUVcGvchPH4i/&#10;KKVNKAa9yMYzficmnJr3OAUjw/P+3lJp6vc5K9zbtbm5Neivckw19QhsrkfXxwKNNFoKr3HmHGq2&#10;ICz6fA8eS6U0kWwK9x6pM3VMTWck29vHhcUn7mvcUEOc0a3mtbj3fUnNvXuKOlzHFUgFGFgOKQsK&#10;FIyyU17jguNxzGyHdbx5rZTAZIr3Mn8wBOulteUJq+iK9zMlQ06lomuB4A6j6eeFejqr3OvmfL0a&#10;/wB/K1aK9zL56t2NuUCsKphXuZFndfdGvGAArGqxNe5z+ZFrSactEbK3sr3OXmxt480K3Ne515rq&#10;dHsPjy81rbXucTNIACdeNRVK9zk1Rts1rH281Xq9yQjFlLq2vjrzRr1e52Ha1uVr1e5lSS3fnq3X&#10;uZ9yi59nhz1OTXuY94f3rcbNMk17mNrbr9ueAiq17nKyEWJNvpPNxNWAmvc6aLdrGyj6+UIiraa9&#10;zu03+Hefgbc8OutJr3DM+lGkmn6ppuNtsDuym4PZvZ34JctT+0J4RFEWZDwjzH41wc7UJ5c1gUbi&#10;miS5B+FwBft91uCwpwnrqLliKSFYVZtw4vqCFBMELBT3Nu9we/0nito4Uj20ma+VkTb3DEA8XGG0&#10;qw1B8lAlyxJsDuJt49xxSTVKDrE5HK3YXUAWH3+HFXQxQoWLadtW1sB7L+HLoNXSvTQcYs0rE2vc&#10;bgf+JNe5+nhvPTVR1VTnIzD/ACMFOwY+3cwt/A8BWev9xbKEYKMK6jw+BqQ9y7f83maVD+EKUfSB&#10;Wtf/AMKTM15dyr6CocBmdFxLHMwUS0cbEkmOGCfz2jHY7TIlz314fUWXTmOXPpwrOwHVjWgK4KuQ&#10;VCnxA118ed6Hmq3XHniNNOer1e5w2nm63Ne51zdbr3Pc9Xq9zsAnmq9XueI9vPV6vc8Cb25uvV7n&#10;bc0K0K9z3gObNXNZI/HlOP44mJfK+i96An/enF6AW9tmb+nhpYnx+lQZvOJu7Y9CXveEVuGf8I/M&#10;trX+pjqhmUqC2H4PhkasRqvnPVg2Phfbr7eafTJGzblIBIvb48HQ/T2UCkqIn09lfQbSwdkA7W19&#10;t+Rizapa7fly4peBImsvPFhpuFrctVK9z20Hm69XucCtiAOar1e5z0U80a3XueuCfe5qq17nev73&#10;blq3Xud82a3XudoCW3Wvxoitivcku7qAPbz2ymiK9yO1ydx78sK8K9zwIItblqvXuZrWUAannqtX&#10;udlLLutzU03qxr3MQ3Ahl8OV2VsmDXuZd2+4PHJmnNte5mhAAt4jiZRikT1e5IV7c0HJpia9zNfc&#10;OaBxqu2vc5IWUWtf6uWUZq5r3MyMxNrcZNUwHCvczXZW9/ty9PoVINe55mTYSOaqle5xDBhfvy9b&#10;2V7mMMw0A/PlTTVe5kVWb7Q5SJr0V7mZTt07cenCt4k17najdfnlbKVqThXuejD394njiUhVeVB2&#10;V7mfjKk6TFJor3OJAva3fmquDFe50Rt91eWT4acRAPi2V7nWzS3LTTqFEnw7K9zmGW21jykU0vxG&#10;RXude79PNTVFGvc8WB0HKGrKECvc5lbLp346KcBwxr3OUYOg40Uacab4zXuSRfvfnokUx95wr3M4&#10;ZQLDlBVoivc4i4Pu+PGFmDT6a9zslksCNTy6TW69zKDqANONEUwAZr3ObEWta/0c9pmnia9zqzX+&#10;HHnEwatXuZgLHUE6W4zqgxTR217mVVGvu97cdnVTkxXuZSgAuAeM6SK1XuSFhUrftxVqnZTJNe5J&#10;SOTbe3Habr3OYQ7dx8PDl6qK9zmlncFtARylPV7mQABdgN9b89JrVe5lUL4jnq9XuchtvtU89Xq9&#10;zMoNu97ffysV6vcy3swKac3srde5ytdt338tVa9zKosLHv35qt17mYbOar1e5LXa3bnhWhXuZDEq&#10;JvYacsasa9zjqNpA0PNV7bXuZoybnnq9sr3MwL+Bt9fPVsLr3JCKLW8Oep0GK9zNGg3HTmq2VTXu&#10;ZVGzXw5Y14CK9yTuX8r8rW69z//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcrb/FRzl/Vv0tyYBG9&#10;nzBidDRlQdSkZasY/QGhUH6RyWty7fvr3V/QSo+p8PzNc9Pqazf+XbtFgHG4fabjqTLp9JbSD5ih&#10;E6Y0fzGZhORpBG7/AFn3P28q86QYX/KenGFwEWaWIzn4+axkH/JpHPuq7AMk/kO6Fg0RBcaL56+/&#10;Up0E/wCYtI8gK+RLeJ/8xeuHoOn/AEoj4g0Ujrbi/wDOeqOL1AN1ilEC/DyVEZ/5OBPBK5mNQKoK&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7hbfUljxpcvUe&#10;XYT79bKZHA/wRDsfpZgR9HOO31i71fkMotspQfFculxYH/G2AMD1KcWgjrQeipo3LtO8eU8diBA8&#10;1foD7aNT6Vst/O5nrszTLdKGERIT/wAWTHuPoRSD9PLaOlfQvMnSnpXgOVMQpGjlp6NXnG3tNIPN&#10;mH1SMw5yfyyxNnbIbjEDHzOJ95NRhmWaIzC5W4DIKjHkMB7gKPPHVQyAFDe/HSeCWBtlRCVPxNrf&#10;lxYpOkxSdEHZUjja0NLNfeFLeziJSArClBWdgriGJa1uJyvwSnk3PsHw1/s4RPNClaHSNtcuIqqy&#10;4hUoqXB4WKRAijND1e4iq3JNPU1ljcN+XCook4UdN3GGNe4g8cyDPT3KagnwHEjjcbaWIudVe4Hd&#10;dliVAVZDYcLdFGaHK9xKVGAFf3TxOcDS1LhmvcT9Vg7KbPoOMqFGKXIr3GGpwtl8OF6hTqVmvcZJ&#10;qAgnS1+3E5FGCXIr3G+XDwQQe44mIindcV7jLNQvrykUsBwr3Gw073s3GyKcEGvcjSU1u1uUVhS2&#10;vcjMjDQ2FuN6q1XueAB5rVWyK9zx93x48TIwqkV7mEyMpuON406BNe55qhT+9+XGlEjZXiJr3O1x&#10;KaEfo2PLJUqqFsKr3JtLj9fFqp4u7/TtqhYBr3HFc21qPdua/MU2bcHZXuOlJnRk+17p8SP28cFx&#10;TRtq9xQ0+a6eb7Un38cD4NIVW8bK9x8hxyCTsR9XHJTSQsV7jiuJxnQNblEonZVO7ivczfObrEG/&#10;HQmNtUKQK9ySKkFbHT4jm4Fa0g17nIVmliSfp5vRXtAr3MnziFR5Z+/jU1XRXuSFqiQFax5bTNUK&#10;Yr3MqyJew0vxtXh20zsr3Mqzbfsam/KyDWxBr3JQlYjt+fPRXk417nt6q9vHx5qqnCvcy70+yt9e&#10;er0TXuevp72gHw5QmtHCvclOBFCCdXfWwP2R7D7SeWGFWivchBJCb7rH2Wvz1aivckRICNwOvx9v&#10;GlVbZXuHF9F9CzdRMSnZBuSksWv23G3bXuO3BblWxRPCPlQbzVelI8/lUepYCMg+PLdcLjXyAxk2&#10;g9xbUey54IIJMVGijO2kjUkK5QghbX3fs4sqIguGX3h2Jtre1rj4cNhspPEUmaxmbcFXRdQfbxcY&#10;dT0wlUxMVLak2/t5aJqpMCkDiUr+W+8CwA8OLOgKO4UjeqnafDTmwKQFU0gcUfy1MzgbWIbh1fSm&#10;wnxHGJG08tKcLbwuZL/w4Bt5RptdPStHwXUx7gI0ZgVD/jZn2itSH/hVFiz03QrpXhVMQq1eK43I&#10;2ncxR0QX6Lbzpw7BAJvzHUYCs3Ca0h3ULIwX/Ef486tbty1bGNcedg89XiK9zvnqpXuYuWq9e57n&#10;q9Xudg25qvV7nK+7Q89Wtle56wGvNVqa9zw97vz2yt7K9z3jbmiYq9ckJvYcor/Hnxo0Ppzy5g/c&#10;VuLo1v8Al1sJ/wCVuHeXJ1EnqqEN4/Fdtj+i2s/6bD/Q1uxf8I3cH87PvXDGpL3hostolu1zJXFr&#10;/Vbmp0XRhvsQba3/AGcHMfE/GgeImOit8eO9zf6OYw2z327ctTtZedm4F1IIPt56q17nDsbc9Wq9&#10;zntHt7duerde54gsLk89WxhXucdAbc1FVr3Oi5U6jm63Xuc+er1e54MR256t7K9zK+8oCeNzWpr3&#10;MSi/vePNivV7maO7EX+vnpqwivcyC28Be3LCm1KivczStfTmtIGNMognGvc4K0aptOl+eImnlDUa&#10;9zyojGwblSdNaK9Ixr3Mix7W3DjBM0jWrXXuSFv4c9NNRXuZFAX3m7ePNxNbAr3MxYWuOeAFXgqr&#10;3PK1/p5StlJTXudu7NqfDl6eTgIr3PA3BX4gcocKZOFe5xVrDTjlWUI217nIxgm55SmhjXuZkDL9&#10;nm9lWivc5L9qx5U41aa9zKpK9uOq2UrJkV7nNHO7a3flIqobwmvczW96x5ciBhTETXuedAdBygVp&#10;Ipo4V7naxWFib8u4ZOFPagRXueKW1HG6aGGyvc4bATc83NOgwIr3OQjBPNU0RXudAWbnqc1FVe5z&#10;tY35aauThFe5kRdR7eXWvUIpoqwivczlT+9xhJIFUb8ONe5xub+725QmKdONe5zNjbbfmwQarMV7&#10;nL3r7j9XHNOqrAzXuZwSX28SKMYVcGvc5KljuY2+jnkKiqqFe5mCkm/FP3Y14qg17mXaxsfjfiWc&#10;acr3M8be6V2m/wBPHidOyml4kV7nNYyT7zfVywlVeJjCvczKATY88EBFVUkAV7khSdo+PHQKrFe5&#10;lsb3toObmvRXuZEMT6D6+arde5kKr+7z016vc5KgsCTblq1XuZI41L3Vgfq5St17mUAKSB7ebmvG&#10;vc5hbn3zzVbr3OYHufT+XPVqvczBbm/1A+3mzXq9zJtHK16vckR7VJ+HPCtCvckBXdwR2Pgfo5ar&#10;mvcyeUQu5vv9nKTVQa9zIgTb7wIv+fLU+K9zMEt256rV7meNFA97laTEk17mQM4uFta1/wCPLAU4&#10;Eivc5Kpu4b28tVtte5ksPytyler3P//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcox/F/zVLiOZcj&#10;dM6JvfWKsrpEv3M8kdPAfqMcg+vmUXZtli75xSWxKnFoaR1qJ2epUmuJ/wBW2dBLtlZTghDryh/j&#10;FKEH00Oe2hl6XrFQ4diOOVOkcYAJ9gRS7/kRwJaCjiw+hhoIPsQRpGv0KAo/Ic/QLyvL0ZTbNWrf&#10;2tNobT/ioSEj3CvmKdcLyys7SSfaZqt/Ea6bE8QnxKo/ylRI8rfS7Fj+Z5L4e0nqFz3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcSvph6Zwepn8QzJvTuuTz8Iw&#10;yuiqa5TbYabDlatqUe+gErr5P0sBz5m+23Nf7e7+m0SdTVpoY6v2UuPT196pTZO3Aekq5rf/ANlt&#10;3XrkYLWk6enU5CEkeQ8XoasE6TYLPlToi1ZCfJq8TWWcMQdDL+jiOmuiAMObo+PdF+neYI3hULGd&#10;SAw0HDq6yNC/tkeWwVy5tN532jBJwpLUeN9RMIkV5yauO32oyPvIJvwuGcPRnQYz5lXhsEUgIAUq&#10;VJ7eA78Ad3u840JT4udlStYb5FJhRpSUfXWCkYw4rHLEFNizxkAaa+HCW5+9IWP4K7tBSSpY99h+&#10;7kcPWa0GCkjripntt42nhJUKFnAOo+WceQGjq4nJF7bwD9xtwrGYemebsvTPFLASqm1iv3/dwgXb&#10;q2xQ7YvG3xgaXKVEUiCSMgg9tRr7Pv4GVXSzwsyVUZiK6G4P8e3CFe2Io/RB2fEVkD+0EHjNU0cU&#10;gurdu/t4ypsJxpe2RxrkDfjFVUinaZBfae5HCdwajWwqMRsrviXq8EpZJH8xVAY9z24jLcUvDpjC&#10;vcSNdkyllJUAXHERZJpch8jbXuILEcjSM52KGF/ZwtUggxS4XAr3ENX5VkhJUJf6uNqbijdDvXXu&#10;JKswFluHSx8NOIymliXONe4m6jBJEvdb34mKaWh0GvcaJcHKi7L340U0uDmFe4yVWEi91XiFQilA&#10;cr3GqWgVO68bUmaWB0GvcZ58P3sSotfiUpIpalYr3GmSjkQnaCbcrFKQQa9yLJGUA3DvxpRKMa2R&#10;XuRt4OnKhwmnRXuYzbvu4/qFbBmvcxHv340Vzsr1e5xa4FlNuVCSrbWq9zG4YLa55bTBq4MV7kQ7&#10;lPfjuFO7a9zsSyDsbcoMK9pFe5njxGphPuOw+vjYURVC2DXuO1PmeugNmJbipLxTTBtwa9x+pc7O&#10;o2y3X48WC41UnVag17impc2081lMgN+bDoorVakV7j9DjMEi3VgfrHH9XXSVTJTXuT0xGCRQARyy&#10;zprRRFe5Jjq0b7Jtymo02U17kyKsFz489M7aY0g17klasntqfZyoImIq/dxsr3Ji1JI0AB45NJAn&#10;Sa9yRHVe7cj3vE8rNXKK9zLHUb20JW3NTTKk6a9yQtW0Z3K4bXs3NExWor3I7Sb5P0hFvbfU/Tzc&#10;zSjRIr3JKy2H6M8rFJzhXueWddCwbW+luVONUmvcPj6FaV/60Y1WSMBeGMAN3sWGi37X8eDTLk6m&#10;XI6vgKB2dHFI9f8AeZqFWNtQ35bFhMK+UyL7pB7Ifb8D3HBe41Bmo/UZxpI1FRIjb0Itbs3FVRIt&#10;Oq2dy3ckknUjtp208OPcKaCqTFXNUTbyGH0A2HFhQSrbZDuULY7ipOp8fZzZxFN7TSJxOlqII/Nk&#10;Kurfuq63+6/FtQysoBja4c2uV8fu5ZB006UpoL8XeRpT53ux/wCE8PB6Uqe0uMzgWBFMv1/pDyOt&#10;6FjuEj+kr4D9ambs8Gq9dPQ2ke0n8K08f+FVdaIcmdFcNZtTV5qcj2gLhQGn19+HMQ7lvzHysx+j&#10;yFaY733ncLG5/jzvuL83VhhXHnVrrfm6sTXucQL89Va9zrm69Xue56vV7nYF+ar1e539nU81Wtte&#10;53uHPVqK9zoac3W69zu+t+UONOVki0a55r7/APCgCuWLpd08ooz+kkxLEHt7diU237iTw/ytQCyO&#10;r4z+FY6524TmikcPyzftLjw+Vb3n/COXL08WUes2b7AQ1FZhNGD47oInlOvstKOauZqYnULINfH6&#10;TwcnDCi7SEk+fwrdsQgk7Tf+3mJkBGmo8Oar1ZOcfLVR5inUeHPVWvcxsr7t3PV6vc4srlr2Nhz1&#10;er3OfutrqOerVe57cw+zz1er3Oat/j56vV7nhY83W69zJssm4a89Xia9zKBuj1I40BSGCDXuYkSx&#10;v4ctFGCdle5KRAu5j2PPRSV1WmvcyqEJGwd+VjTSZxWnCvc5WW12HLzTOqvcwNpooB5oUajZXuYb&#10;FTcCx5pQmtlIVtr3JCN7TxnTSRSIOFe54yNey6c9prfd17mQO32W1HHoinFJgV7mTxvew4nJxpOl&#10;RTXudx3Dkk8UFEjCnlGRXuZy6kW4xoUOFJhtr3Oa2JvfxvyihFWNe5xIP2Ty01Ymdte5IRTewHN0&#10;0DFe5I2so5SnK9z1lt8eWBirDCvc8VN7csmnEmK9zlt13HvysxWtZiK9zkXN+OIwxrbZ07a9zixb&#10;vypgmtgA7a9zmhNrjjkA1ooAxr3MysSNeNERTBwr3PEgmw43Vhsmvc5oO45atzIr3OLIe45Wa0kS&#10;a9zJ5bDnq2DqFe5y2lVvytUX4a9zMirpu8eXBrScK9zx72QjjSk05XuZLKdToeMxFWAmvc62neCT&#10;cDmwo8KZVhhXueO4kbdDfvxQtIA66U8K9zOLgbCQSfHicJIFUCo217nkZj30459orREmvckJYm1z&#10;fiPZTxxr3JIcgG546FTSFOJr3M0TKRe124bJIAmnlia9zy/aOtrEDiZXiqqsa9yWBZfo44KtFe5y&#10;97d7h54ivV7mazkaAA/DlKrXuZ443C7242FSYr1e5IUC+7w9h4/W69zhoW1H3cpXq9yR7225GnPV&#10;6vc9t09znhXq9zOqm+49vZzREV6vc5A2tYX/AIcrXq9zOh+HLV6vcyJ5gJJFr83WhXuSUIuu7x5u&#10;nNte5JdWUbPG3Y8rXkivc8AAAO5/hzdPV7kg3ZdqaH489WxXuc4AT7rm3KqVpqpwr3JSod4VNbi3&#10;KzONJ5xr3ORRzuf2nmwaf1DZXucbP7PC31+zlq9Xuf/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1&#10;vfW7jv8AnB9fMmDq3mQ4EmH0inwtBB87IPqlkYH43510+l3d7+cZ/ljJEzcd+R1ManceohoecxXz&#10;D/VVnv5vPbsAyGGmmB6pClD0W6oeYNCVjdX/AFb6D4nX32vUwyr8bzMIBb6iDxS8+1auJVV289z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3GvGsUgwTB6rGKn/J&#10;0sUkrfEIpa318Be8edtbt5fcZg99lu046rrCElUDrMQOs0utmDdOJbTtUQPaYp2wHCKjH8bo8Dpf&#10;8pVzRwr8C7Bb/QL34dT8CnpwKvM+evULjsZeUiHBqSX2vM61ld38QBB9TH6/lZ7NnXL+7us0uDqc&#10;dUQVdKnFd44fbp9poo7br8Ns2+XI2CXFDoCRoR/o/YKtIx2mgocOpcEowEhgRVUHsFRdiD7ubHce&#10;YJI5rkkEHQO3jbxt4cy5Rc6zHRXOcsA7KTy4ckkO/cAw8FHfjpBnKuikBFhqLlWPw7cdKgMTTP5f&#10;jTZiOV6HEogKmFRpYqRe/wAeKWHPRqo3FUiSqP8AGASfr4jXpuBEClqVrbxSTQbV3SDA2lFTAZIH&#10;B90xnsfo4kMayz0xzMrnE6ZY3ZbbkAOp7mx4F3MibekkwaFttn1xaxgacKfBM94MlsIrPPSPVFmu&#10;NB9kXF+x4XbPXpT6fY5ATl6qEhtcIyAH43seAO83WDg8KpqUcu3zW2r9oAPM0scF6iZoo7U2YcOs&#10;f8aMbfmOEez/AOkfHsKYz4YlkN9tlv49u/I2ud3XWempwsd7WH8CR7aFHD8yUlcFsQN1tD3HCu4/&#10;0nzZhDMksR0PYoeAx2xWzgoGpEt8ybfHhIilEskb6qwPAxr8v1MLsJ4WVgfZobDw4RrSfZRylU48&#10;K53A78TE9DNES19b+P8ADjKY20vFdblHjxklRjueUd9OFyzjTZxxFdBlPjxkrKOnkJvHtse54kgG&#10;jBDnXXLifq8t0NapsRfXXjSkUvDhHlXuIytyVYnZr9XEhbpci4B2GvcR1dlORbttNh304wtGFGqH&#10;pr3EjVZfeN9rKfu4g0aqMQuvcT82CA91P3cYKadS5XuM1ZgRGqD8uJimlgdivcTk2Durbvv4xppY&#10;l6a9xsmwqOeNmbQgi3GlokUtQ7XuJifCLOdvEakEUZJeBr3GupoXAul+J+7NXBFe42FXTQg8YVIp&#10;+K9zj75O23KB0ppzRIr3M0jqB7up8eLS7IpOEma9yKwD9+aCqeAr3I7JfQa8tVpivc6KNazDnoq0&#10;17mMrta3KKwFbmvc8Vv34kSSTWwYr3OO7bqDtHHoNW217maKumT3Uc24+Jr3dg17jzBmespjc2Yc&#10;fSojbSJVqDXuPlLncm29fp4+H+mky7SBXuKqkzfSyj3bfHXigPUW/lynhXuP1NjtPJZrj7+OhwGm&#10;i2RXuO6YjCw3X5QqpEpFe5OjrSwuOOJSDtNUiK9ySlSQd1+VIg1sI1V7mT5wA28OeNMaK9zuOoif&#10;VtTzwNbINe5KSrK2CG3LTVNM17jglRNLJu8O3bmopOtMbK9yxL0F00QrceqAweQtErA62X3bEezk&#10;iZKnW0vrUAPYKj/O1QpM/wBH5RTdiDqie8baH8teWn4avk3Qpppex9n8OCsKmBQBUaRdSiyLuU/D&#10;iupAyovlhRqLXHtGg7/nxkpg0nBpOTQqSd7Gxvfb8OLClneQiN720vZfZ8b8d4VqaRGJUKqWm7Ef&#10;5Ml+5+i3FnSsUkDKwsSf1Hx43FeKZoOsUkYbjMm8Dvw+npbUfyzF5FGvmxD/AJNa3Ii3uBS21/jL&#10;/wBBWQfZm3Lr6jtAaHoe8/CtKb/hVjiEtVmLopQXsgpcyzW+LPhy/s4a9LBbchcCMKy3rURmffIW&#10;tbnJSLWPN141i52W2nTnq9XucdG1OnPV6vc483W69z3PV6vc5LzRrRr3O2OnNVoV7nEaHlqtXuc/&#10;MPNV6vc4kjvzRpwVlRSFLnt7ea2f/CgjGGKdNMHit7j4pObn2+Sv/MvBLlrY8Sz1D41j1nLYVma1&#10;/wDAGR/6Ef8Axr6GH/CPjARTejXqVmiTTz85z0x08IsKw2T/AKic1s28uTQgAj2cF2iDNESAdp6a&#10;2947a2FuY0LRt8L8tTlZOev3bnq9XucGKE+PPV6vcyIdCqn6jzder3OGvYjmq0a9zu9teerVe50b&#10;N8Oeq1e5zKBR356tV7maJwiHm6tFe5w1IJHKitECvc7UELfm62K9yUHFrc1TEajjXuZhIAQyi1hz&#10;U9NJlJ1Gvc95gdAL8cK4rZTjXucFA1F+V1TRhXucGIAuDflTWq9zH7x15qK9ANe5m2ki45qK1Xud&#10;pJ/i8OWNa217nMSgnUcqE17QK9zPHt1055ZI2UkXhXucrBmsOaBUnGZq4ThXucgtvdHNFevbTCsK&#10;9zOCrHTjNaNe5LUkduXTjXhhtr3MwYtoeXXFOGvc6axFhxMrZVRXudabuLsIwq9e5yFzxMoRVK9z&#10;sBTrxsGvY17mQqu3l9taBIr3OAFhxzRrwp0Ga9zsglzbt7eNlOimjhXudX2C/fmsNlOJ8Zivc5ox&#10;NiPHljW1J0mK9zOrBdTygEmKZM8Nte5yilLsWI5ZWGFKXAE4CvczbvA8bpgCRjXueUbgb6W5sVUY&#10;V7nHaLXGnHDVq9zmENhc8bKaukxXucipDXGvGwdNeAk17mVQtuJsdpp4YV7mRdtveFjxUXMKaWnX&#10;XuchGrag8uoTXgYr3Mka27cRGKbWqDhXueIffZRzQFOgAV7kgRbdTfjwJOFbwNe5lgJVRfS+pvz0&#10;GvRXuZQ+4kjtfvz0mt4V7kiM7nZlOnhxRMCmyK9zKrgtskOh1vyoM02RXuTC6LZgfhxwACvV7nMW&#10;fx5aa3XuZYwtiVNyOVr1e542ZdQRfm69XuZFiFtq3PLJ2VqvcyhQBY3BHt43tr1e5kjI2EHv4ctF&#10;br3OSXGpPK16vclqG/eN+br1e5kEpS6AC369uarRwr3OaN7m5b39h783Tqa9zJYgAgX3dxz1OGvc&#10;l6bABqfYeaqwr3Mq+6x0vym2mx117meI/pFIG23e55eK2o4RXuTVdLWvfv8A2cbii+Cmvcx2P+Px&#10;/U8vFPaq9z//0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NVjA8d/zlepzOfUbdviqa3EqiJu9lmqS&#10;IQD7BFoPo59LX0W7vd5nan1DC1syJ6HHFIQPanvK+L7tozz+c311cgyH7p1Y/wATUopHoNIpS+oq&#10;r/knSrDMvobPUTQKw9qxxlm/5P28MVz6cKwToiXPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wC/UHj38qyGcOjNpMQlSL47F/SOfo0AP085k/VfvR/I91zZoML&#10;vHUNdfdo/auHy8CUHqXFSluhafmLvWdiAT6nAfEn0owvppy7/OOoq4pKt48Nhkmue29v0aD6feJH&#10;0c2GPw8MnR9GfSFlPBnXya7Fad8Xq7izM9axmjuD2ZYDGh/4jzlxuTk35LLGhHiUNZ814j2JgelY&#10;XdoWZ/zfNn1TKUHu0+SPCfarUfWj41lF83VNLINOw+rhz26oQKxiqAA3iDa4PJX/AC/d46gKhT8q&#10;IrCMGZW3INPDnUOeqeWdDCfevdRcG59m2+v3cdACcZmmVWsCuYw1j9ocySZ1a+yJxa9mIspHxtoe&#10;KiEKxGB6KQdxIwrmuGRk/pRpyJUZqrG/Sxyg291N/wBokdtDxuYMVQMFRrOtDSILCwPt9nOoMx1j&#10;yECQoikey+48sUCrrt65mCJR4SfSt/2cfZcz4ghHzE7SBfsge+NNfC9uFzrKVDGtIZCPtGPnUE0M&#10;cpJkC2PgoA54YhguLRCLGKGKoJY+8yKTa3CcZcy9gUjz40vF8/anwrIHROFYDhECvvpndHt7TxJ4&#10;z0Q6QZtieSMfKyta94zsBtrra3AXfbtsLB0nGpCsd73mB+08Q8zTRPUZroJS8AE6D90sAfqudeAB&#10;m30KYpUxtVZckgqlIJCK6+PbTkYXe6jyQO7GFS9Y792zkBatJ6TsHnXoc+UkMoixinkpX7aobfeA&#10;eFBzt6YOoOVTK1Xh0pVCfe8vT6uRnc5Y9aK8QqV7TO7a4wSpKp6DSrpMaw7EE3UtQjA9gre993C/&#10;4lk7FsPSSGuppFIP7yH+jgZDVDFDyV7KeR24ipsHW5MYVG+4/dxhQgxS4Oxga9yDJh8iC5PmEeA8&#10;ONFMUt1AbK9xpqaNiDuWxPgNDxgpmnNU9Ve4nKrB4gbyJcHxK34lS3jShPnXuMFVlqjqEJVQL6du&#10;NLZpYl1Ve4kqvKXdkFxwvKMYpem5Gw17iVq8sOCQ0Q7d+Mqailwe6K9xjqsrBYRJEAB2IHE6kUqS&#10;9XuIysy+0bGy9+MuIowS/XuJ2XBGBK7bfRxLFLg5xr3Gw4fNCSrIHH0C/GFN0sS/XuNFRQ7kI2bb&#10;nvbiJbJOIpeh/CvcY5MLC+4fv4jLRpWlyNte43T4a8bgoeU0q2Vcug17ncuG1ESswHYX40VlrbVk&#10;jVXuJ7z5VNm48l7VSst17mVZw3H+9AwNN6K9zMCH7c3qFNkRXuYyt9Lc8DWpivc4eSD304oBp4Lr&#10;3MMi293le8qwNe5jUFO+g5vUNtXr3Mje6Lxt3+PNBYVsrwAO2vckU9VUp2cj6+OFRjCmVIBr3Hak&#10;zLiFMbFiw+nm0ugbaTG3Sa9xSU+c1NjMWU+0X4rD4pCq0r3FLTZqhmWwkB+JOvFAXNIl25bxr3H6&#10;DG2CDaQw5aZpH3Uba9x0ixhHWz25o1ooivccIsRpyLk8qDTBRXuTqesRnuracU1Upr3LRfw+gzYZ&#10;j3lBRvqIrHQOWGw3Z/EDwF/hyTcljuDH9Mn3VE+8A8af8U/OmrEkvHufwEn/ACqeWpxfMxsrSpck&#10;jRiLk62uD4Hx+rh8PAINAE0g5mgmXdv22Hb6P7+KCmMoiJqobHuo90j7Vtfhft8OVKwrZTFJ2oiQ&#10;yiNJbXDXsddVJ90e3iwwuVaidYdv2hYWuqj26aA8cRVSYFIXHY0pqWWdJCgjIJJPvHv3HF5R4cEP&#10;lIVYDcSb9uPKUE00lygsxjFGeHz391lCWHt7cPf6XIbZcxOQfaapUf8AIK/28hve/wDubPm5/oKy&#10;S7MVanbnyZ/961pN/wDCqWtJ6i9IKUn/ACWGY23/ACHLR/8ANPDRkW0+jkKVljsrU1Y3N/gP4c65&#10;6vVx57nq9Xue56vV7nuer1e57nq9Xue56vV7nYFzzVer3ORUc9VZr3OHN1avc6AvflCa1MY87akp&#10;cw7f9b9hPNXD8f7E2Xql0/whj7keGVc1vi87L/zLwU5cklKjwkVjxmToVdvH+joT7JV/oq+kJ/wk&#10;XwuGm/DazZiJturOoOLX+IXBsGXmvp7tiToQdOCoklXVRaQQff7a2oRY3I50XKDY43A68vXq5cx2&#10;W+6IEH2Hnq9XueF7681Xq9zkp2uW+HN1oV7nIPcXPPVuvc7vfTnq1Xud25qtxXudbGH2debr1e5y&#10;F/3u/NVuvc9Zu47ePNivV7mWzHVO3NV4GNte5nRiv2hxkmkiyTsr3Mkk0Y93lSdRpgAzXuYLE/Z7&#10;cUFNGcAba9zr3w2nPAV4mdle50pY9+3N1WvczpoNOeNer3Oyb/a056vV7mQCOy7Dc356vV7nMoWO&#10;5hbXjZVFNKVFe5nBCE39nPFQO2k86q9zlGVJ4wZ4VrQrhXuZ9lve5WtDDbXuc0QnuLc3Va9yQFCi&#10;wPHUba8PEYr3Oa+LezjattXPRXuc9ttfbysTWq9z20ccB016a9zkPsHmleI16vc4DZ+8eeKcae4V&#10;7mQkD7OvK7KbNe577Wh44lUVqYr3OYNuVUqatE17ntl+Vica2BGNe5z8tVF79+XBmqFU417nIoAm&#10;nK7DNUTtmvc4AMB7vfjasTNPnHGvc5gnS/fmxVa9zOoduWpgmvcy3b7FuepsGvc43Zm5QyKVDGvc&#10;yp7urcqSFU4BFe5kug+FtOVcEVevc6ChxuJ7cbCdVNk17mUaEL7RxUNlML217khBYAcL4xq5TjNe&#10;5IXTXUfRxUET0VRRr3MoII3En6+W06cYFUCq9zIqq3N6qc117mWwVdtuXrde5kjhDCzKCOV0mnpw&#10;r3O1Vr7bCw005fDhTUzXuZXARge/NVqvczWdmAGgPPV6vckFe1tLfnzxr1e5kB3689W69zJHJY35&#10;6qV7kgC53Dnq9XucwDfUc9Vq9zLZPLH089Xq9zkOWrwr3M9l2XPK1YivcyJYjTm6ukV7mYA9xpz1&#10;OGvckAx7l3i/PVsV7nOIIEsx15SkSwZr3OVn1c+AsPiOWpSBXuS0jdFKAXAtY83XsBtr3PbZPZzV&#10;akV7n//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wLut+bjkHo3mrOqtsfC8JxCpjN/90jgdowPiXsB8eHOX&#10;Mfmrhtv+ktI9CRPuqNd881/keUXd4DBat3Vj/GShRSPMqgCnPBaT57F6WjIuJZY1P0Fhf8uay3pl&#10;w3ysFxPGCP8ALTRwg/8ALtNx/wCV+fYZ9GGTdzlt/mBH91fbZB6mUFZj/VxPl1V8Rm+7+p1tvoSV&#10;f6Yx/oaTHqxxXzcfwnBAf8hTyTkf8vX2j/pHwzvO0tQfRS+e56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7hesays/W31J5P6KwuwhrK2jpZ2XUxpUSq1TJb/AI7p&#10;xv8Aq58631UZyd596bTJEHw26EhX965cELWfRlLR9tTnlD4yLK379W0JUodegEJHquRR9/TFgDYV&#10;kSszIy/pcQmbYfakIKL/AMnl+blMuTMlVNBFFll444olWOOJfd2Ko2ooGosLfdw3ENpATgkCAOqu&#10;SanlrJUrEkyT0k0MFLieKUr+TXR7lv8AbP8AZwK8YyIIpGfd9w/b+fL6A8ME0YtXKjgPWlNBWrLb&#10;aboex4gqrCpqeXeVdR31+64I9vGHGNAmIo1S6lYpw3KB7uvJELKZV81to8LWOv5cLQuvKSFDCsbJ&#10;2J45tLReYAWBBIFnHc/Ag6cuF0XqkYVzVARc8kpUQLEJfMHe192p+HbioLpMQa4su3t245riNF7r&#10;3KlSRp2+OnfiMqxpGqTXEC3JMmMIImMcbOie0Wv9FuNlUUx3Wo17mODMFSYzKqsNPdUDT6/bxMpy&#10;adLExXRjR/tcl0GfcVpZ7QSMhXX3TYfXe/NG4gQRNWXl4Xtx6qwTUNJKtpgCPaQDwRcN6uyT0ny+&#10;LQx1iHRhKu7t394Wt939HEjhZcGKBSVq2etlS2dPlSSxPIWE4iS8bNCT+8pt/DneJ5b6HZ+pGXGc&#10;L+VkY23RkEa/SOR/dZBZPiBKT1bKFzG819ZHFQVTEuWs8YD/AMkKv8+PxSdb/mDfhfc2+hPIOZ91&#10;VkbEUV3uRG4Fx9YPI9e3LJBKDNS9l/aGEwLhJ8wP1qR/XnMeCyGPNGHWiXvNAxa9/HYRpb6eFE6g&#10;+hHqhldTPh8JnUEm6rcWHIuvd37uz+5B6oqc8v3ptrz7VgDDbhU7C+quR8UqTSQ12yTT3ZLKQeFD&#10;zP0rzvlZ3psQpHBUk6oe3hwFlCkYLEHoqSkXKHftMjqoQ4poZkWSB94bswNxwMqiKemIWugbT2G3&#10;8RxrUkbad71KsJ9uHvxrIzIPtG/E/PR+beSjO4DXXT8uJ3E4YUuSuay8ZHEsJK1KHb7bacKQCKcN&#10;e5AqBRzixIB4cJAXtq6FEV7jFUYPC92QjiBxgAzSoPE4V7jRXYAph3yR7ifZxruxRmh+K9xH1WWF&#10;ILINeIlN0sQ7XuJeoy26sWYcThujNLwOFe4mK3B1OliPq4gLZmlQcr3GWpwVUUNcn6ue0TS5Lle4&#10;xz4MrH3QSfAco42BSjvIr3G9sMqqZG3HcD4cRFE0+h2vcTdXhKublSf2cSqaowS9Fe41yYKy+/Hq&#10;BxCps0tD4Ne42zUNRBpbvykqAinAoGvciStIhG4ac2hZOFKQgKr3MS1HvWPFiVBNe7oV7mb5n4cu&#10;FCk/dV7nO4ddx05smapinCvc4FY/3fDm5itg17nHcfs8vOFbr3Ogu3U8rW69zse7zVVmvc5AsvvL&#10;48cCq2a9yZTV1Sh91yOPayKaLYVXuOkeYsUhaykMPjx3vDTZZFe470+aahRadDr3sbccD8UkLAJr&#10;3FfhuaaMuojk7m53eH18fDk7cPOi922Kdk17l1f4dlG+I5RxSqovKlgM++STcQwcIoVLdj4Hw05M&#10;uToDdtPXPtwrH/eJ0MuhKgoQPaCZkeU+6k7itRHEiqW3Elwot42Pf6OWqt5oZUh7DRtw1sPs/wAT&#10;w1cROAoBAmMaD1JIpd8403ez49zb6uO6blLFiF3bCC2o+yCRbm0tQJqyRFM1VJ5pS6MxVHYBfEq5&#10;C6/QBxV4STJJHGwCqWJAt+6PG/xvy6fCa2rZSGx6EinlZZATYWJ7m/dfqtwQMOp0+b3KbLIxUW+H&#10;un6uUnUaTuOymKBrGS0VDIlSN7RR7yT4knQaW963bh+PTLBIuS6qVgLSVLdvgo5EO+Kk6WWxtTrP&#10;+m0fhWUHZi3AuF9aB7NZ+daK3/CnzMH8w9WmSsukk/I5ZSXa3YedUyDt/wBC+GPFrC3IQGysoxWs&#10;vIArkC31c75ut1j503bm62K9zHy1Wr3Pc9Xq9z3PV6vc7AvzVer3PEW56tV7nh356t17mTlapXuY&#10;1VblQbbr/fzwNOJ21mBBVXWO7KwAN9NfE81JPx68w1Nd6rcsZenS0NBlenlB9rS19cp/JBwXZaZa&#10;P+MfgKxhcTN3ck8XwPY00fnX1AP+EumSMKyh+FRhOKYbIZXzDmHGMTnuPsy+XTUhUfDbTqfr5R8V&#10;SU33WPBInZTaDIk+RrYq57bKv2WB45T9e5gaTYbAe9z1er3PApJ30PG5r1e55QV0bXlhjW69zIQS&#10;BblqrXudbD489Xq9zmIxz1Wr3M5ceHPVqvc4bydOerVe52ACbcoa3XuZEbaCvx54iRXq9yVcFdeV&#10;GFF6RoNe5icRccowr3MQB8O3N16vc7ctbnq9Xudq5b3uer1e5mDAjnq9Xue3Dnoq0V7nMfaHPVSv&#10;c5o3t4yoV5Q1CK9yTcFeJymaQ7MK9zmWZY7gcuMK8k417mWFy/fmzTjiAqvckh9vK00lAr3OW++v&#10;NRWiINe55ZBflgKeKZxr3JA1Yc3tpmJE17nlUX5YJqwFe51fngnSMK1XucTc3Ps5RPTTmvCK9zmm&#10;4jdx0q1CKpXucruuvfiUYYV44V7mO4kfZ4DihPgp8p0ivcyG5sPZxikte5k3hQCfHjgFO6a9zJuW&#10;3x5U0nKa9zKCQlzy9KUGK9zlGtxfmpplWNe5mVeaNNya9zn5VxujPPV6K9zyI9vd7ctTqTGFe5y2&#10;lNTrxspANKNle52qsPcP08uoaqoVYV7ntllPKRppkJ1V7mdEv7zeHPAahNUr3JEau3vHtxjXjWq9&#10;zmgWxsSO3HtOqnImvc5s+0C9yOe0RWwINe5lRT3k7eHGUDGna9zIqFlAJ7cUVSvczKDdT8ebr1e5&#10;kW3ibanmq1XuZ023Fx7debFeNe5I2t+/9XKEVqvc5MhNuXrde5lCEac9Ner3OYLKu0c9W69zKqnb&#10;cc1Xq9znZgtzzder3Myubjmq9XuZE0O09zpzde669yWo/Ta3t3+HNU7q1V7mVCigdu57ft5uvA17&#10;mYOpBA5qrzXuZVAQXHN1uvcyE7VCDnq9XuZ02qAH7eHPVqK9ySFZgLfqOJ1iaTrFe5m8pfq/Z/fz&#10;VMRXuf/SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wh34lGbf6q+kfMFPG2yXF5qGgjP/ABOoSWQfXFG45JW6&#10;THfXyD/RCle6B7yKwj+ofNf5ZurcJBgvKaaHq4FKHqhChS46dUvzWa4GIuIg7n6lIH5kcp16GYb/&#10;AC7ptRMws1S0szf8E5C/8mgc+4X6ZMn/AJTudaqIhT6nXlf5zikpPq2hBr48d6Xu+vV/3sJ9gBPv&#10;JotfqExT+Z9VMQRTdKVYYF/4GMMw/wCQieC9zPuo8oE+e56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9XucWZUUu5sALknwHGlrDaSpRgASSdgA2k1sCcBXJEaRxGgJZiAAPE&#10;nik/Cvyaepnqtx/rJWx+ZT5cpJ5YSVvtnrSaaBSD7KYTfG4HPlLyPMTv3vTe52vFJW4tE8AtRQ0n&#10;/NaBHpQs7UrwZNk7ViNrqkg9YbhSj/p9Ptq2XK2ArlbJ+HZcjAvTQRo9uxcC8h+tyTzYkqpHqGtA&#10;uwlvdYn+Af8AZ/HmWK7fViK52pUFbafl3FdjAAewC3Mb4tj+Gl2pZGaNxYGT3x9AD3seJCXGvtNK&#10;SlC8EifLCK4iCH2WHw42tmqZ4ymMUjONDdPe76W29hxlb6imFY04myBxBHljXPybf5I6fTyPC2Tc&#10;TLQlxBUqbMGGw69rdgdeI0FBT115TbjWIBI9Pxmu388Dv/DjXimUsUiJOGsk6KB9kgMb+JtppxNA&#10;HGnmXgrBQrmtRGBaTvzA+EY7FAHnhZTqCTf8iO/ESnCg0o0gmvfMUsnuq4B+PHugoK5FSVwf9U6g&#10;gHiRV0KZW3PCK4GpQaDw56uFWqDbucJ9ux0P0j4cTfmSeNVbYHnXfn8mUcdPJCo3IWIGm7sT3Fjr&#10;y6Xa8pEGsckpI05ONDhPl/pDHoQDob3+m3KKc1VVQnbWLex0Av8ATx0jTA1p2lJBYE2t7D24Uukm&#10;tpTOysLef2J+rw+7ko4lhmH0izvYoQOzG1/oGvKsr0iDTKmQrYK6WOsYWufr51DnSmpHWGj93cbj&#10;b3F9dTxegqj9mYNIF2ms4j3YV38lI62l94HwY3H3HiypereYcOfY1S3lAdmkNj9IvY/XxorI2kk8&#10;ZM01+SI+2RSaxPIOVcWcNilFAzC+1jCjML2vta11+rjpVZwyNmylMWa8PpqkSAe95ao/1GwvwPXG&#10;W290ZWgT0xB91GVtdXdkfAskDgZUPYZpOzZDqMLk/wCM1X1FN7BuLIPhsc7LfV9HARzj6ePT1nRg&#10;+FFaCZx+9EbXN/3lB4BL3dJt7FvD1qUrTfi7aGi4SSB0QPdhT5RS56wyPZURRVqj95WCsfqay8LX&#10;n78PepkpWxTJVTHVi32Y3Xcfo1vwEXW6TlsnwnUerH4VKWXb/MPr0L8PnhUqHP1HEtsbp5qE+LNG&#10;zIP+DQFfz4TrOPpi6q5RBTFMLmmiW9/dJYff3HIxfsXrfBaT7KmxjNWX8UqB9aUWF5jwPGP+SbWx&#10;T/BWF/u4X/FshT0RJq6N4iCbkxsP4jhattKSCo0bpugo09bnLEAcQdbgDLrTSL9FiD/DiFY1HDZ5&#10;0bJcnA1y3Lu2314yTGuplPmKfd01vr9HG9MUpQgGuXMR+UqF95dr37HTmlGlKZr3IMmFq4/RhWY+&#10;FxysAU4F6a9xiqsBgmugAB8dOJFJ6KVJfNe4mK3KyoSUHf2cSFuaXofmvcTFZlmqiO4ISfq4ypvp&#10;pYHq9xOVODyxOZGBB8LjicxSkODhXuMNRhW9/wBINv0DlCJpR3s17jRU4KjAtDZgfqP3cTaINPJX&#10;Fe4zVGEOi3aIke3mynVtoxDnTXuMFRgqyH3l0+HhxAWQKXpe6K9xmqMCIe0X58RqZ6KUh6Nte42z&#10;YY0cfe7eziQtkUYC4Fe42vS1SHcRYc2FFNKAQvGvcwNKY173PHg501vQDXuZEqFKe934oDgpotxX&#10;uZg4Ke+deb10wU17mYGNu/HRNMEGvc53jAsBy1axr3OJYdwOOzFbivc9GXL6e6PE/D6ubKzzhTgF&#10;dEHSxtxcZGyHnTqTmOnypkfD5cRrql1RERbAE9i7vZUHjckfdxWxbOXi+7QDPls6JnZ5nDpouubh&#10;qzBW8rSkAniTgMYAkmOgA1ikkVEZ3YKEBJ+H08uT6H/hwZEw2kjqus89TjGIPtvR0sskNNB/qySA&#10;ozk/6u4fHkl22QIQn9spU/3kR6kx7pqDMw3ncWqGEhCeBIBKviB5GD1U019fUoL05jVLXux94/8A&#10;EfA/XywnpdkSHpqKrK2XMt0uW8u0czU+HiBt01VI8YllqpnuZWKuzKrP4KAptbkgt2yWGwkfbgev&#10;T/F6zMVHVxdKuiFqWVqJBUDwAVBSBsAIGwYGeukfTvERPSy1s1TVyAzuxBAUH3Y0Tb+iBXRSAbm1&#10;yLk8Majf6NGKcAq7XLg+IGl7ak68aJCDFB5KAz4eimqpZamfzmdb7du1bAD4acdqRGEUjSalVLeB&#10;18CL/wAOL1Hw4UpKpiKYp2PzEcY3INyi4JFxuuRccV2EMZU82VHsbbSWNrDw79uIAJ2045hspAY+&#10;ku5lga1g2oUEg3FyL+PF3h8gkjaVNCBtQLcaMdSPhryn27KRGgxxyE/o4J13wXDyNJYkugspN9dL&#10;DlhHptgaDpyGHdp3P5DmPe9P/FIH96PiazC7NkAWjquKnTPokR8TXz/f+FMeICt/EJpKMm4gyvha&#10;oD4L81WHhhF1A5HBrIU1rvuqq5VdAOdMSOerwrhzjcnTm6tXudi3jz1ar3ORUeHPV6a9zh25ut17&#10;ngSO3PV6vc5E3HNVqvc4c3W69zvcearUV7ndz4iwGt+NnCtp21nhuXYEnVbd/ZY809Px0qmOs9a+&#10;GwpJfycq4eGHsPz+IH9vBnlg/Z/5x+ArGl7/AIofPA3B9ncs19U//hNxhk2HfhHdOmmQJ8xNi0q2&#10;UC4NY6XNu+qnlM7MSfLcdreHBCONNJwnrNXtc47Ndy6Hjlbr3OZ3ShtqFto8Bz01qYr3I7NA6gk2&#10;I41Arde5lANrqbjlxXq9zmGIGuvLV6vc8GUgknnq9XuZFANwp+jmq9XudsCe3N16vc7X3RYi/PV6&#10;vc4BipLc0RXq9zMzrbd483Xq9zKswtY8qRNUKQqvc6bUctV69zhtcc9Xq9zmrG1m5qtxXuclKqNv&#10;hzwxr1e5kQXG78uerVe5mVUI178pJpnUQca9zxFtRzYNPyDXudC/Ze/Nmt7K9yUlwPf5VNIiMZr3&#10;JXmDyyvGyMcKTwa9zGCfDno6aeA6a9zNvB7jlNtaQidle5y94Rkgac3sqxSUKxr3OKn39NOXox0j&#10;TXuSyxAuNeVJiinXpBAr3O72F7246lU0pA1DCvc5BgeNJOmmoivczKVsR7ePFM1QpFe53YEhV7Di&#10;bSUVUTXud7TY254ica8a9zEsYRrHmyZ20oK9Qg17ndypufHlaZr3OwVcWZfo45SqDHCvcyIbC3NG&#10;vADjXuZAT25UkDbTKhXuSYyAO9vhxnUOFN7K9zJvHhywk04FE17nNCO578dSJrcV7mRpSos3bm0q&#10;4U2UxjXudxq+3fa9+UiTVCSa9zODdrnvx6CMapXucgitoeIFOycauFRXuc2j0DnseONqOyqjGvck&#10;qhUgX8Rp8OMqbg4VojGvc5Oi7DYWPLpJ404mvc4b72TxtxQK3XuZ1XdoeaAit17mW52hfDw5uvV7&#10;mVFLWZRqDzdaFe5IIkY+6BYc1Vq9zIot3/LnhNVr3Mykjt+fN16vcyAnw56t17mQbtwJ7c1Xq9zM&#10;ptqdR7Oer1e5lRQ2vhz1UVhXuZdg7Kb356vA17nYU/aBOug056atXucwt2DHuObq/VXuZyxKgH6B&#10;ytNBOnCvc5j3I7DUqRp9PN04kV7kiI62I2sDr9HN06K9zmgO8kk28NOWq017mdTvNh25WrV7kyNf&#10;h49+aNVJIr3M2ywDE+PNDGk4Vrr3Mm897/HnorUV7n//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpw/GHz&#10;YaTIGTcjK3+9+IVdcyj/AKVIVhUn/wAaDb+zk9bhsanXHOhIT/pjP+hrkn9WWad1Y2VkD/dHXHSP&#10;9qQED/lY0LvSSl3V9ZWkfYjRP+Qjf/mXhUsq4b/J8s4fhVrGnpoYz9KoAfz59/24+T/2fyWzsYgs&#10;2zLZ/wAZLaQo+ZVJPXXyqX735h9bn9JSj7Sar9zhin87zZieMA3FTVTyD/iLOSv3Dj/yUqKaTnPc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3A76r45/V/p/iVaptJJEYU&#10;9u6U+XcfEAk/VzEnt13m/spupfXKTC1tFlHTqfIakdaUqUv/ADaGGQWv5u7bTwB1HyTj74j1oTuj&#10;eX/6y9ScKoXXdHHKJ5PZthHmWPwJAH18tU/CU6RVGWPTC+fJIitRmvE6ioDlSL0tLekiW9+wlWVh&#10;8DzhF2T2KbTLi6fudWT/AJqfCPeFH1qBe2HNPzmaC3GIZQB/nL8Z/wB5KR6VZ1JUQtUGPcLp3F9f&#10;b25Zi8k1NuEikbL7WXXt7Qfb9PMsJAT4fbWLCUzXEyRyHaNG+Pb7+N0uNUk4ljmW529l7jXuVPb7&#10;+FIUmMaVJSWzIrkkLA68S8OKVcL+VAUksbqrix+sg/s4XqSD10affjMVkMZ9v5cgYpJDitPHVVNL&#10;ZAxB2mzC+tyfq4VKt4xIwozbfUkRIPpXaoQdTfjfBT4nERNlvEZY1QMQjWa1vCxGvCB9mdmFKErQ&#10;vaJ934106xWsy3vxe03UDOmCQKuK0kNXA2vmx3Ddj3Dbge/hbiZXgT4qLSwyswFKB6P1ptfComlE&#10;yEr8OcabO2E5nSSETmllRSArAAX9l+FSmw8YSdtLU25YxMx7azeSYRe27jZimWMzwxmaikNUpO4A&#10;N3HtAA4VraUzgaVouUE44e6uSVdPv8qQFW/L7+ImbFMfoK3y54WiuLnTVb/xtyqVk0tWhs4gipqq&#10;hFz/AB5krMZrEdB7xJGptpfw/bx8KKTJryWEGvBVJBQXH08mUOI19Wy04De8SBY27jT7uXKtdMLa&#10;SNmFdvEApbk6aqqEYssoK2AJ7+OunNrIBpMlqaxKWXw48RUlLJEappDHawIItc+0G55YuRswpMpG&#10;O2uLSuDYLzs1mGQe9JJe1xa+p+jw4yfFVdJ4Vx3O/ha36+znJ8TwhKZXZyWjvceOh1+jm9BqhBBi&#10;si776/nyXQ5swmmjCQQsznUMx04p06qQrb4j341iemDHcDY8cqfqtWUEweNCu3TRiPr9n5cdKQvb&#10;7qTqse9MkY1wnwmnqYvl5wHjPcML8VB63VtRTeRWRx1Hgd6hrj2X057+XsviFCau0w7bKKm1kHon&#10;CkzN0/ywzFo4PLfwZGKkfdzDW4T0Yz1QkY3g3ytTKNXiN1ue52sP28Bb267T0xA99C2z3mzCyVC4&#10;UPOPxqAcv5vw6oVsJxMSQL3jmjufgFZSNPpB4X3M/oi6eZsLy5TxQRSE6LIgUXN9O/Ixut0Sk4GO&#10;sjCpRtO0BCVftBpPSVSPZA+NOL5hxvDhvxGhaVRoWhFz9Nj4cKlnv0G9WMqiSaig+cjubWXdceBB&#10;HI4vt37ixMqBI6QJqYrLeu1vhM49RwqVQ54y7XnyoqhUl7bHO039nCn5l6PZtwCV6fGsNkj26k7S&#10;LfDgUcaKP4TUisXqXhKSKVMU8cqBkIP/ABE34F1Vk6WlYbHaNv8ACwsfv4WqbUE6oo/S+nYfjWQt&#10;ZbkH6BxhqsHroTudlbw0/bxMKWhSdlcDLpdBu1sbeHIclPLTIFqYjqe/ccopJOym9pgVkvyMUo3Y&#10;B1uR7OJdJBx2VdMmu+Nc+HQVabJNrDvYDXlVAcKUhZRXuJmqy1QlWIDC3gRxtKKUIdivcS1Vk8Fd&#10;8B0PjzSk0uFwJr3GCowGrpyVdTIvhppxlSZox1zXuN8+H0swAlp9pHipt/Hicpwq4WRsr3GGpwKB&#10;nMkJNrXsV/t4xpilAejhXuMVVgqmQtKl/o43pCqWpcmvcZKrBUAup+ojjBZApUHSK9xkqMB0Fxuv&#10;7BxMpudlKw+a9xlqMGZDoO3EZaNLkPmvcg1VBJ3RTxopIpWFg17kFYp4/tA8vqIrZIJivc5LM2/b&#10;xwKrZRFe5mLuti4sCbDjgXVAjVPUK4OzKDtFz4cXHTrIuZ+qud8O6e5LpXrcSxSYQwRoCTfuzG3Z&#10;VUEk+wcXsNquVBtAkqwA40X3jyMuaU86QEpEnnpOwU2YriFNQUb1NY3lpGpdmv2C/wBJ5tGelT0i&#10;ZL9MuSTRxLHi2YTuOKVrj3Wkuf0dMAbiOPRbkksQW0B2id2Mu/IJDZxVtUQdpGMT1RHWQRhWJOZ5&#10;yc2cDqpSkjwJ2wk4eI/0jt2YTQa1OYK3GCC16eKcK8RH2tu0ON6nxI8PZ48MbLTUkVOTShle/a4P&#10;7OKy8peFE7Z0/rU6FpUnJexBX7ZU3+7dbnBmlTMUiswkEFPEY0sfdZkBsbnUkm5+7hpCiIJ6KLS8&#10;VKOwY11TqKnBRIgYOXmXcdL+8wU6ezTj/GsjxJIFKhrWNwPbe2lv482sAiKUA6sCZNMxaBTeUgMo&#10;sbdgPDk+B33BWQLci7M1r2FyLeJ+76OaT4BtmqjwGoVQDNrG29u6qq9/iTfTi+w9ww8kLYnae2g7&#10;3A15tGINNnGg1xiOphneYt7hLAfXb+g8X1LRW8kveGNUF7WPYfRxlWFIVO4xQO4hXKI6hIgJpWnK&#10;i97C5t7eWEenmFqfpxTlzcNI5H12HMfN6kkXQnihPxVWZfZovXYrV/wZQ9iUfjXz/P8AhSVV09R+&#10;JE6xjWDLmFxML/vCerJ/jwcgQoseRuRWRBrX4bVifab/AH686Yg9uerVdc6Bsb83W69zxN+ar1e5&#10;zFhz1bivc4sbm/N16vc6BtzVar3Oubr1e57nq9Xue56vV7nNiFRT7fr8eNbaqTGPPRUunVGfchuV&#10;Uki3sHbmlZ+Mxi38x9eWNwvf/QMJw2nB/wCDnl7f8Hwd5cjS2Osk/AVjEhffal/0nVn2BKf9DX1o&#10;/wAA3CxhX4RvRmC1mfDsQkb4lsVrD/C3KrWkVm09vDlOM1cCKuC5gkcqw105erV7nKGukSQ+WbA8&#10;aqik6q9zAxDXK669+eirCvc5o7WuO3LjCvV7mUT290jvywr1e5kIS3xPPVuvc7AF1INtvPTXq9zK&#10;dy/a5uvV7nSyFX3L489Xq9zJoe/jz1er3PMFJtz1er3Ogqjtzdar3Owj3Ot7c1W69ztWkHPV6vcy&#10;GVSPeGv08qauNle5ktE1tp54UlG2vc5E2O4HXlqf217nJWub8oTFVcOEV7nPdfTmwKbQIr3O1Yr2&#10;5s40oJmvc73uWue3KRFMaa9zNGS/w57VFeWdFe5KSw5QkKpITNe5nsVF+NCthRTsr3Oi7ar7ebNO&#10;k6xXuchryqlU2twwAK9zKu4LZdTzcTXmwONe5xkBI97ltWmnkkJNe5yUEGzeHs54ma0V6q9zmGAH&#10;KCaY2Gvc8JjvFhx+CaXlrUJFe5l8xl78uIpjuek417kksGsbcRr20imDXudkL4689NXBr3Od9wA8&#10;OOiqFRNe5zCIRzRMU4JFe5zCW+zxlXiq5VNe5zEN9b8uBhTc17nLaQwW336c3MVYGK9zsaGx8Ty6&#10;Vaae217mSysQD7e/ERMKmrxXucr3v71gO3FQxpOoV7kkB9oNwR9HNFZQYNM417nNb8SPt6VgdNa2&#10;V7nMsbkEaDjrQmtg17mbet7+JFuLJwpyvczI26QA6jaf2cSkzXq9zyqGHmdr6W47VAMa9zOF26DX&#10;m6dr3O1W5F+wN+er1e5yUANZb256q17mYKAAAT8ebp+K9zkF192/389TZwr3JCPf3R+fNxNVmvck&#10;IOaIitTXuZ1BK28eVq1e50WtqBblq9XuSUay39vKkVqJr3ORa11TTW3NAUzpg17nIp7wUE2IB+i/&#10;LU+Ma9ySg017+Hx56nE4V7khNu/Y+h5uaUYV7mSNQCJBr35ommSQK9zMqF3Dufr5QmmiqvcyrCCL&#10;kkbTb6ebGNaCpr3MkakA28OWNPKVpr3M0UZ32Dak343NJNRJr3Mp8x49smgudeWFKQJ2V7nd0t9X&#10;t/Plqdivc//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zX1/FJxr+tnqhyrkCI7oqHD6QOPZJV1UhfT/AJdK&#10;h5nz2IZF/PL+1tSJ/MXbLZ/xStCSfIAqnqr59Pq3zqc2bZBwYtNXktalk/7ylFC9liq/kHTfGcw3&#10;s0cdRIp/5dxXX/k7jZz70a+d2q2ee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7hYPUdiVTVphOTsPUyzVUpl8tdWY/5OJQPHczG3xHOIn1l7xlNvY5M2ZLi13Cw&#10;NsIHdteYUVueqRU57lsBJcuFYBI0z71ewAe2jf8ApQy/vr8VzTKukSJTRn4ufMk+sBV+/m3X0JwC&#10;Ho90Ty70mgCiPAcNpKKW43I7xxqJZbi9jJJuY9r3PMeMqsP5datMDDQhKSekgYn1MmuX+d5gc3vH&#10;bo/64tSvIE4D0ED0o0lZQQ1dQahlXcTe63DfWdOL1lpKpN9dTIKdjdJIT7tvG66Xt46cFjbqk4nZ&#10;0UHdQBism+qh/RxXI/wtqfv4jK7A8EqZzTeZEZbmwYBCVuLWUgEW+jis3OMxhSqSsDopziq5Y413&#10;rY+wa2+7icq8oVauZGVm8u5DL7wb2XtewA047+ZQoY4GlfehvACalJWxv3Ovx4lY8OqICZYZQVNw&#10;QW2kjue9vEDtxGRx1T1VcLK+FZ/NHcg/ceYop8MSoSPEacROliDKNGF/CQXJ+s/TypQDThUqNvsx&#10;j2VzZWZdwGnIFbIsUxjw+okhAtu7shv2Hu3sDwodYSDxHWcU0bsuKjxwfYD767HYchNlfEpCcSpj&#10;HPKffta4IA7WIsOFK2SlWoD1FLUXaFGMR5fpXLzV7EduNENdieX5vOjkqcOm12mNm8snwuAdv38I&#10;XCNqpn3UZhAeGBCx0Hb78YrhIizCwsR8e3FTRdSszIokxqlhxOFAC0iBFbQD90W1v7eOHWUjZHvo&#10;u/LoKtKYSegg/GI99N5weMsXR2DewE2B+A4tKDNXTPMUVqhZsPmft8xHZAfH3kuvNhpKxA9+Psot&#10;cadbP9IDaE4n3VDqIsZg95LygdrEfwJ5BxPI2J1cbf1WqoasbCyGHa/0D6bcKnEqQYAp9q4RsIUD&#10;0cfYcakR4tHFDfE28n2lwQPv7cBfF8rdTqTc88TgXAsWC9r+BIOv7OJSojbt66ELbrUbacYKyhqB&#10;eCRWHwPE4tFmCSbzcYrfKjUahnYa/Vrb6eWGzGlgCSMBNSfMVR2P3HkhKpICtHDUGe4L3b2jwu9r&#10;jXTjiFgbKTd1q4RXLeLX5mXGp549okZQ1gdtxa+hFl0+v6+KO96aLy1014MGGnbmenrHpV8tUaRQ&#10;f3VF/pu1h+fHw/o/dSRTBruw9nHGCqWWExyU0he/YqLcXpeCk4pE0nUjT/F7663rx9pJsXe1PTUQ&#10;93tewH9HGO8IwTHlScNIOJ29NY2ZL6n8uODSYpBskrl8hQwNkaMdj4m/HStQIKoHlSXuE44z51x9&#10;wjwPFfTY0iqkklcu0kApd2P0+6Cv58ZW4HjCtnXTItSrAAR76wMuuitb4Np/Hi6pOpOK4PStT4PX&#10;TKFN/dk2jQ6/aIH1cdDmEHZRYixClYAz1bfSmbEst4LjS7cTo4pr/wDFiKx/MHj9F1Hy3mWC+dsH&#10;o65duxpXplLG/wDrbLE/XwOu5WzdiVpo2bvrzLlQ0sx/RUcffSKn6X0VK5nyzWVmGS+HlVD+V/0R&#10;3bPy4jMy+nP01dRVcR+ZhUhAIYoWVSewvHuZRfkcZnunbN+JEicdvympSy3fq4ZIS6giMCZ1T6E4&#10;eQ2Um8RqOuOU0Z6RaTMYB0TelPUbPgG2RE29rcKrn38N3FZoJK3p5X02Ipa6hZUDnvoFchj93IZu&#10;N2nzKm0qUnoG2p2sN9bZ8QohKugn389FYcP6/YLBVLQ5ywnEsFmsN7SUkrwg9rmanV4/D/Fwheev&#10;S91l6fTtHi+FVUQBNrruBtr3BI4CHLZ5gkEEf3pEEe38ali0zdq7HgIPlQx4Hm3LGY4/OwHEKetS&#10;190MyPb6dpJB+nhf8UwrE6CXycUoCjDuShB/hwvLh4x6kD40IA73n2Y0ot6628OMSYZQTkPG5iks&#10;bAggffxvSlX3GOeqt94Rtr29fbzBNQV9LI5d/MQAE6nmtEU8g6jFdeYlwoNyeM0sabi593cB20/M&#10;cbOJqkyZrnyCKQKblN30/t8eUkU+HtHJr3IZw7DpCxq0949haym/t5QiaVB0kSK9xkrMlKq+ZHYC&#10;2jIw0+rvxgomlaHia9xLPlWvSNpVG8D26d/geMqailyHga9xN1eFVEcgE8Vh4+7xNB2UpDs7K9xp&#10;qsOhkuES1vZpzeCdlKUuFNe4xz4MA1mSx+q/PUqD5GNe40VmAgjddh9Gv8OJ1CaUB4GvcY5sHcRn&#10;W54nLU0rDsmvcaZsELAORY2vxP3UUsD017ja2FSubHvcWv4jmygjE4TgOrrNLkvhAk4ifXk7Kjyg&#10;Fxt+14m40Hx+HL1vwzui9P0xyOvXXHaYjGs1tNSYU5ibfFh8Gw1U0VhdWqHkhCsP3VcXANjOm7di&#10;bBoXZEKXKUz9wAjUR0TIAPETWNe+eZfn3vyYxQ1BUeBWqdIPSEhKp6CRSAxynizRikmESFTS0YV6&#10;iN7FJHJ/RBh2KrZiQf3gptcC1t9LI8TRhFNNEBoAQFVVJO0gm+ltNO1uDhUnYABURtr0q8OzGZ4k&#10;iJ541GqoYJqMCRjPMhC6AktbsVsLAH963xvyXR4jFURttDFi4AZVNz9Gl+FBbxwpWokVCq6GWAtP&#10;JZAF+yxI/jzjiFStTjkk15HMUewFiQWdUtax1906fVwyKtQgUVlWrZXsKpflcEjBjhDvI7jaATZ2&#10;LDUeNjxQNskCQoQ4sB7y3t7bd9eI0onCttdNNtRMYxvdAbeCt3+BA9nJ8FLGzpLMiPsFwrqrakal&#10;b3txxxnuhI40sUTxpPVVbKUPks8RNzdSewFyD7BxdYZG7yi6A3IJsQLE+FuK206RjTJVQZ47Iiwt&#10;tkZEKlBuDG4Gu64vbvxX1VZ8urIp7ABl9gP8eeKNWymUp1GgxwyjeaPzHWys99/xvpp35Y90OUR9&#10;LsLshW6Xa4+J5j3veubpP+In4qrMbsw/4gX/ALcv/fUV86//AIUD4jUV/wCJrm6OZw4poKKFCHDW&#10;H6QhdCbHU6dx7NeC0pUKBa2g5FNZGnbVJRI3EDWxI+7nbfAc3XhXXONubrde56x56vRXueueardc&#10;gpPbnV+bqk10QQbHnuerddc7Avz1er3O9p56tTXY7689tPPV6ayXTnBwRY3vbUW5r9aZUY8qlwkM&#10;pjVdrEHX2ixPNIH8XqrQ/iBZ5FywSLDFsTe3+jKbfnwd5d/ckHrP4fKsUcqc723Selx73LIr6634&#10;KOEVGB/hadG8Nql2umDzsRppvrqlx29oN+VoyVEDSFozbvpbhonCjyJx8hVpXMHmAnXjlar3O2lS&#10;QbBpz0VuK9zHY91NuU21WvclRSjZroebiK9XuciQ5v7ObFeivc4yE7fdOvN1avc5ReYR/bzUV6vc&#10;5rJJ+9rbm5rQr3Oayq3089W69zKN17/t5utV7nTP73PV6vc5gsfHnq9Xuc1uCbHnq9Xuc0Yjvz1e&#10;r3MhZb3781W69zgERex0PPCvV7mUadubrVe5lFwbc0attr3Owba83VRjsr3OQfTT+HNTXor3O99+&#10;/NTNar3MoOo28ZImm1jVXuZgT482ECkikp4V7mQFmW1+XUOiliwAK9zL2768bAplKQRXudLIQdOW&#10;iauG4r3MqzG45SIrfdkGvczByfte6ONmkZTpONe52nusSdfo56a8FAV7nMkDuOWFKUEGvc4hC1yN&#10;OOa4wq3fFGIr3JCJcWY8aI400FlZ1Gvc5KxU25SqCONe5lF/Hl4rQFe55TdjblqVEACvcyAm/Gya&#10;TKwr3JKMvjzwFNnGvcmRlbg9+ODEVWvc8roxux2+y3GqpNe515YuA3t5vbTgk17nZiXVLn2jieJN&#10;X1V7mRIfeC2FuKxhXgqvclLEVJJ8Be3LLTJrRUTXucGLeHNKTJk02RXucrFtyv34naECtpFe52oO&#10;0AKD8f7ePCnCIr3JBEgtssND2+rnsK9XuZ/dVBprYa8bFVFe52jXkseXpyvcklwRtA056vV7nagE&#10;bV8ObrVe5lQKBbnqcmvcyKNdBflwKar3JAQN9s68SrMVqvc7EdvHjiDNer3Oae6TY6nTjhwq1e52&#10;NzDb7OeFbr3JSartHc88a3XucrEuyjve/wCXPVQ17kmPUWPew/K3NVcV7kqO5jO8Wv4+zntlOgRX&#10;uc9qqy67u9zzZEV4ia9zKpt7qDTjZE0yUV7klR/uft/ZrzQSBXgivc5IxkQFvA682QeFbKeivczB&#10;F9030b6eXNPR017kmMBbFwdPHw5UCmNONe5yiiIJQG3tF78sSBV9ek17mT5Y+zldVOyK9z//1S/8&#10;52V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc1mvUTjP9f/AMQHMdcDvhw2q+XA8F+SpEpyB/0OUn6Sedx/pDyL8/vH&#10;l4IkNB59Xo2soP8Ap1Ir5QPqZzn8/nuYLB2OIZHV3aUNqHtSo+ZNLzqPU/yH0/zRjR6tYkHx82YM&#10;f+TL8Ejn2B1yRqvvnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e4i/TBkV+vX4gWWsvNGZ6HBKpayYAXATDUNTZx/hepCof+Jc+ZTtazP+3PaE42DqbtClkcYFuC&#10;pYj/AG8rHrUqZ3d/2f3bcc2KdSUjzdOnDrCMfSrJOiGC/wBWektHI42y126pb4+abIf+iYXm2NSS&#10;TVpehmZYZ0D+4U009uuvJU0xO32x8jXLlStEGhFmkMaK415EegrKOnkqZDHJTSKFkVSbxsw27rey&#10;+pH58SoUCJOzj50+XEumBtONcoqpJJteIObDZauhH83Ackjy3Bs/0q1teW0lIxpeXg39nrTj5se7&#10;b/k/b8eRpJ8Wwi1KlaXhIBZJQBJb4Ef0cSrM7Iq6AlWME1y8mKQXSO5/xX5y8zL9XKafMtO8AmU7&#10;ZYzuS41GlgQfr4wjb4jh1UrJJEJx6uNYXTEYbNSuHJ02keHt4m5cGhKGpw2oFbCpZVUqL7u1jr49&#10;uGJf0RxHHyp1KyNqdPWD8ZmpsU0xS1SLNzAsWGRVgw2rgaKcbveVrFwP9VlIFv1t4+TcpdVCfZsH&#10;vmkLjSydW0c8R+FZUkHgbjkSNcQoqqRIC2wg3BABsV0+u3PFG2aUJIArnsB151PjOF4eP9+QdQ1x&#10;tkUNGw01PYi308IXGQqn0krPhifUH0/dWNkN/dPEviFHheKrvoYvl7NZJKZyyMCL7tjajXwJP08R&#10;qZMRRwh0gwvGP6Rg+4VyjDA68a8SwfFaqBML8+GXy/eFkKyD4kbrHhWptWwUsbW2gkoBE7ePzFc3&#10;KhSW7cTb1FVgVfuaSegqYbaxElb+BN9LH6OJlrw04zRqlXedB9361wkp4KmMh1Ei/wCFu3BSy/1i&#10;zRFMI8WEGMUjKAfOQxvtF9RIpIv/AMDxpRk+PHzwNFFzYJWdpQeimWXLtIlpKAtSyf6jXH17gf2c&#10;8M09F8w1RfFoZsGqJn8vU+bCSdAQx28RulsGE4dR/H9Ko3ZPoxBke+o8sma8Lh8wJHiFr+6oMTfe&#10;S1z9XFDi3RnAmoUxPLEoxeBlJPyTAkEf4r3sfhwrcSuR4dX+KfjhScXK0EpVPrUGizqksrQYzTvh&#10;ji20TC4f27G0vt0vp4jgNY9TrhLilakmj2i43Mqt7utj7luKC6tCft9DQgaAd20taeohnQPCwdTr&#10;ccSNVmeppSPlafYTruIuP1/W3Chy6UjZBPRNHSLNBqRzI+dK2lhV6+oVZNLAIP6eWRcKb206bJKv&#10;4RXDYOTqXPUc7+W1U4AW+gA8eL0Xuqihy1KSQAPb+ldeX8ePP84gqLJRTs17b967reOn09uGiXSv&#10;bSbuQn7gPb+ld7B48z0uLpVO9FQvCxXQbwR+QPgePl0KEDbTXcRJx2dHzriygC447+dU08RjqDG7&#10;a/Yv7fAk6fXfiNCivAkGkyUJdRIkGePz6q4DXTjG+P4hS4nAV3vTWIeNlse/gRp+XH0vd2YM0tW0&#10;kIiRPSNnvk++uew8WmFZ0WMNDhkWySx0YliDewB7biPq4+VId4UH122mCqPMcajPCzISxG4E7SR2&#10;/UceqHG+otM6vOEFyWRlLqfoI3cUDUnFOzqwpMtppRwE8Ouo9RSUVQm2tVZEtYhgCCfZa3BmwfqD&#10;nGiwtXxuppqsONYKmASDXS17hgfjfhLeDvB4kg+mJ9aLkpNq6O7U4k9RkeyPnQe4v0yyhi8bmOi+&#10;Vduz0jGJx/rC3u/ep4mMSyT0T6hyn/OLldYHmuPOw+Tw/wAXlsp1/wCC5GV1kFo+ZebKJ4gwPYQZ&#10;9oqSWd6b6yMFWseWj2mVfCkvV5L6j5fw5afp1mESMtyYsXg+ZB/1Q8DU5UfTfgBZu/Dj6WZ38yp6&#10;SZoWOaS+ynrI1ja/+E2bTkd3u6HdeK2OsdH8XoKk/Lu0dojQ/wDsz0KxnyVI+FJCfrd1TyO/kdTM&#10;kVU9MuhrMFc1g/4m8JRDGp/4m1vjwnHUn8Pf1B9Pgz/INVwRi/mQqZVI+kWvyO7rLn7Qq1oUABxF&#10;TRabws3idfijpERT9kL1W9AepOJPgOV8x0hxOP3ZaOVtk8R7ESRnsb/HhLMwZEzDhMrR4lRSUzg2&#10;tsO2/j3FxwPrWlMEdAobtXzTo8BBHUflRhqOoiqYfMhcSC594EEH6LeHEBVYa9K+2rjZW9oPu/w5&#10;SddGYWlzp9lS+QniikUqAGPtU9v48YnGKbPgPVXuRzRXH6Fzf2HX+FuX2UuS6K9zjI1fLISxV0v2&#10;trp9FuaCY21cGBXuRqyGN2NobBgLXHw5cgGvIJia9xmkwfD5VKCNSfHWxGvE5bCqd1mvcTuJZS+T&#10;fzEttY+Jue3GFIpYm54V7jBUZbK67bE+w8Y00pD4r3E3W4AUkIlGvw41SxLte4yPg8SObjW3G4pQ&#10;Ha9zjRZQrswVlPl/DQJKrEZoqWnXxMs7iKMD/iTEDitq3NwtKE4lSgAOsmKd/NJZ8atiRqPknE+y&#10;KjTHYTLt3bQfhzalwTINLkOrGScHcxU2X6SDC6VmsdqQi7Mq2sGYsLnW9h7OZKvIFsotzOk6R5J/&#10;fWHTV4l9JdOJcJWr12D3UFWU69cTyrTY9FT7WxC9TMu7szaWDEa29nx4pY6apgR6d6XasQVfMaQs&#10;1QCoJcrYBNSdBe/wvYInVHhW0HWZH7uqnqnkTzjVTSHy/AGy+X/q6DW/FHQVLK0auiB08WN7X/eF&#10;rW+u/E00sXspiqqJTFIWaRxfd7umn/Bbr/VbmCopacZgkp6GNwBDuuxuTI+rt/xHcTb4cutcCBRR&#10;9revpUR74qXQTzHBUnq9gV5PLsgsQg91f+C29/jxVANKfMYGy7dBa573Pbx40kEVZC4wpgkhRbxR&#10;N7o7N429h+PH/DaeOQBlB3Ju909z3I4qbQV7eFPao20j8XqGp1+XDWWYhGf4H2cWNBSPEoknUrIS&#10;DYfXxQDOFa1hWFBnjFStSskFNLvijAUadyTc/wAOSqqQtLGfs3azX9g5YK01edNN9JEkcNVb7IQs&#10;g+Mg0/M/V9XLMOhNH8n0xw4O5l827Aluw9nMd98nAq6TH/G0/FVZj9mSYy9X+2q/31NfOO/4UCZm&#10;wrNX4m2bZMMp1phhlNRUU4RbBpU81zI9/wB5gwF/hwYNAoTvYAcigVkNxqkIsrkugABJOnY38R9P&#10;PWI78tVxXXPduarStldqLm3OO63NzVQayeWOdNIvs56myqsi0zk9+dCRfZz1bSsV20FjY87BB7c9&#10;TxVqrDImy3OQNueqtcVFzY873HnorUVyKC3Pbjz0V6Kx8xOCFsBa5vf+PNDb6UwvZU+nP6SM/V9+&#10;nNDj8UDMKY768uo9aG3Baykh+jy6KDT8+DuwMMp8j/vxrFuwa7hlI6FOn2rVX2T/AMOjK8WTfQz0&#10;ty5CLLBl+hf/AKKp5x/N+V7tUFz7vtJ4dhNG6MR540dLmaOsCsEfl4rZFe5lMgClojfjdM6DXudC&#10;ZX/yhsRykzsrcV7kqOVivPRFVJivc5ma3fmq1M17nfm+7de/N1cV7ktJQyBW0PL1s17nYezbeUpg&#10;Gvc6ugNj35YU7Xuc0Y+HN1qvc7EgY7Tz1eivcyhlXnq3Xuc1fnq9XuZd55uvV7nYcdm789Xq9zsA&#10;A3B5qvV7mUMQOer1e5n8xt/1c9Xq9zlHIG0ItyhNOAQK9yRe2g1HLpGoUixNe560YBI78qRFbQCD&#10;XudFWKgjlTSmvc6s/t5sVuBXuZBp481VImvczpMNu08bKZpMpBGyvczK6nvzQGmmxJNe5yuG0HLT&#10;SpZIr3JHZdeUNIidVe5wIZQ2vL6KWd1XuZgz25QiKolME17mRGPjxmmSNte5kDWOvHeFOpGFe5nU&#10;qeNGk5r3Mmznppma9zkFA0HHeFOqVAFe5l8vb34zWiZr3ONjusOOzFeFe5NEbIotx0jTWjXueQBY&#10;wx9vG4r0V7ntxDXPKapECn0DCvclb1JuOF6ZG2mgK9zmJNw2gXv4cXpNbiK9ySZCXABuQup9vw4+&#10;utV7mRTfum76+MEGvV7jpBSrs8wki/gSP6OanThXiYr3MU9KAdykL8AeOxjFama9yNY6Em/h29vH&#10;FJit17mQjWw8NONxXq9zqPdq5HK1evczrEW1/hzder3O7SIbD8+ar1e5ITQe9483Xq9zNvXS/NTF&#10;aNe5zDRluVjVVa9yTbQD93jgGmt17nNDa4AuP8Pt5qt17nIWYWY29g56t17nJVIJZhY89Xq9yRts&#10;m4d/Hnq9Xuc07buNE16vckxgG67fH28qpJmqwa9zL3Nv+JcUERShIwr3JAG0kjxA/bzVWIivc5OH&#10;2BfHmxWhXuZLFnCr2trzdWr3JAWwv/i7cpTSVaq9yQoFyviB7ebq5r3JEbMSG0974c1FbABr3JWn&#10;NRTemvc//9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc4syopdyAALknsB7ee21UkJEmvAX0HNUfpdiz5760Zt6iyXY&#10;19RWVNz7ayqaa/02B59R30U5HGa3NzGDFohryLq0kesMqHlNfEt2rZv/ADa4cuDtfuHXf9MpSv8A&#10;R09+p6qGGZEwbLqmxeZTb2iCIr/FxwzvPo8rD2iOc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vcgYpiEOFYZUYpU6R00UkrfQilj+Q4Gc7zVvIrN69e+xhpx1X+K2krPu&#10;FKmGTcLS2naogDzJinHCMNnxnFabCKX/ACtVLHCn/EnYKPzPDU/gk9LsRx/MmfevddQtWGBKfC4J&#10;FKX8yokNXVkBiD7oSG5FzZvv+Uzs2C82vLrNLjxLcUZMwStxRcWcSOMceNMdtV4EM22XoVp2uEdS&#10;BoR8VeyrWMQlw/BKSkwSGZaZIo1RNw93Yi7FBNrD4cv3xipgWranlaWNtGXz0JCgabbG7HuOw05m&#10;n3Qd8R1Eeivma58tBSRqwPUdv4VypdlQployjg6lo3t317D6ON7Yji8MUkeIU7tTkWWWL3wQfDvv&#10;F/ZbvyjiGleADzjHHzGzyowSQTKSB1VkEVMzebH7knsOnGrC8MrY4WGHVhMCsp+XqF+yDf7KN7yf&#10;TYcY7xRESSOgyPcau+8gDFOPSkVzcxSm0y7mHc323+vx44T0qVIkjqaRXKXLCB0mKjwvEx80aa+6&#10;h+HEykyMBHlFVb1DHUfImPnHtNYzUBHHlBVAHirA/wDIQFvz4l5oZa1BRQNDWNGbou7y3A8QEcK9&#10;x9HC0IJ2R75o0S9pMnw9YH+iGHvqXEVc+Zre3ibj/kLgf1EtLQ1ZSsijdySv6WzXJN7bluQ630vY&#10;9uOqZ7wUalCljUhSiOP7uPnFT0KrEWbUAa34uKPNlLUJHPXsZpVAVkqk85CCDp5h3Eaga+HENxbB&#10;ZBPijhRcZ/dt9lNUmFwRqaSnAgQnfuj9w3/4G1+RMTrct4i6PHD5EhYaIwlUEewqSxA8Bb6OMiUH&#10;ZHvHzilqAsDj7CPjWaljqYI7ysZB8Tqfp4zYjlqomkthlVDOsxvtZrsGsbhUYbtfHS3DT8wrTgAf&#10;UVRK4+5J85w9s4Vniqo7ax2F/ZxH4llrGaGLzvJEMiBQWiVYnU2Hce6pB+BP38Qh5K8MJ4xRihYG&#10;wx0gmQf87GPSpcdTTMSFFj9HME1HiGIUy0ddsnkLExmUBSBbsrvYi/LLbDmG31j315KwjFMpHGMf&#10;cJHrtrJ+iY7l5GqBWUXkxVyy0bCMqjXDoya6DUqy/A6/DiNae56vIfI7adbVqM6tQ6Nvurp/s8Zc&#10;SwePGAlDKg/Rf5OqiCq2v2leNiu4DQ9jwkebC8TiPfRmzcqT4yo+SpKv9MJHpqrmBs14zYxkiaip&#10;zA1dBVhR7qPZG1G4bTa+viB46cLHLcueCAQNh49Puo0YudZ1adPXt9wmu95Oo5ywhafKtTT1kkUl&#10;E0guGIkXY3wniBK7vp8NeExaLZwwjZsx8qVhSn5TIV1YSfJNYJ0inTyqhVdT4MAR9x4spOomakQQ&#10;VIpsWpCNpgxMpK24C1kqDvcX8CSOPHUvFWJ6DBPxphLDUTKpHADZ/m0mavK1DIDNhsslDICCDCzR&#10;re/igsCPp56sruk+NxRDM2EVGWZ3BBlhjFVSH4/6OZHUe26jhW6C7g6NQ6FCR86r3b4/ucODonH2&#10;KgVg2Z2wvWNocRT2MRG//AgAKfrPE3inQ6evh+ayDXUOLRybWVIJY45DbWxgn8uTT2beMG1IHg2e&#10;0+6aeZzFZJS4nSR1iPQzB9DWY5xw2mcJjME9FJ/x5EzIPpkiDRj/AJC4GNR0+6jQVL0BoKqJ9Fs0&#10;TJprfVwB9x14XltQ+z14fGKOEXaVJk7ek/ifkaecPxvC8SV2w+pinsRfy5A9r+3aTbjnhGTs2UUm&#10;zFqUQr7us1fEm65BPu+bf6rcYaWVHAiR1gfvqq3kObDJ6Ak/GIPtNOEU91DN2YAgjsbjw8eTKqCK&#10;jnDQPTrJ9nygWcf8hqpH58VOKJEqIJ6uYqzSdX3JI6zNZtpb3ucsOzFQ0FLHRTeZWeAfw0O0Dvf4&#10;fx4+LgJHjM004guOFStle2HjzQY5C8xiXDYR5diks7HQknT3hbipq9QNiQfU0TLtQkyFHHhFcXTw&#10;PHKox3MUxKPV0sKR+6BCYyVB7D3Pet9A4o/OgnYE0nRahO0GuhFp25G3SVVSvnYtPN7Y1DgfSN1u&#10;PJuQo4Ga0E91ilI9dv7q9t26cyRtXRVCVdDFJJD2ftuv8db8a75aFTz6VpLQjaATtmI9KznseLCl&#10;xbMiT/NQVRhijAsHkFwPGwY3+7m1qKscfXb6UWuWjY2wT6RUc6i3FXFi1bBuONVqzKw3sDa7nuLe&#10;z234pQNe0Hz2UVFhLnhQjHpIw/0vH2Vj2HgqZU6y5oy6YqfDsVqaaGNQREs8jRtuJ7qhIP3c0p9S&#10;RpMEdBxn20RLy9CVawNKhxSNHugUFefOj3TLqXSNS9RsuYdjqsCFNbRwT2Hh70qk/dxXYx1GyP1F&#10;hak6pZXwnF0sQahoY1mW/YqNoP18Bd1k1rckFLKUE8QIPoANNDO0zu/tVApd1EcFDh/jAH40WvDf&#10;RXF04mkrugedMwZSkZtwo3xCoxDDxfVljw+slNNECexVBbgI5x9GPpG6jwCXK+KtluqcXMUsUksN&#10;z7HVXCC/s+vgLutySskoVOzwqMK9D9v+9VKNp2gBsabkLSqcCE60n2Sr2CkxiGdPxD+keK+XWZRw&#10;nqhgu64mwrEKbD8W26XV4MQekovo2ynUnhOs9/hT9Too5cX6b1FDj8Aud1DWRElfDcrspNzbQXPw&#10;5EuYZQ/l6iClSRG0eIf5xTI9pqd8r3pF0JSUno0qx/1NRSr/AHmpeG/iUenjC8UTLfW+HGemuLsd&#10;nk5jwithplb2HF4IpML+sVJv4X4Q7Onpe6z9PZ3Gc8tV9JApYGR6ZlWy6EhyNpt9PAUhwOfaoLA2&#10;4zHt2VIYzFtXhUTj0gpI9oA99G96f9Y+lHVeker6V5owjMqRWDvhmI01Wqki9nMDtbQ+PAOqsAML&#10;7CXhUbiwMboVPsttB54KTwo8aeKcDB5+dCgrxuu9LEcYqqjEYRvmDb2rdrfUdfu45S4rjaOfh7a5&#10;qdwvziaSdlLQNDU217qG9n2Hsx+7llTGyfZ861qnhHPs9ld8gMjxSaM8JB1FzbTXTxHGkLMRPpj+&#10;6rTXuQZYpZVBIVgDa578oUzWpr3IDUcMmlQhRbm7kfkOXKBT4XpwFe43tl/DaseXEojPcMvifHjR&#10;aBqyX1DA17hgvSJkOlxD1UdPqEx7xDjuHVTM2w+5TTxzMRuPvH3TpwX7t26V37QVsCgT/mmT7BjQ&#10;Z3huCMvuCkiSytI81JI+dJDPjVKZPxRqEIZ/lKjy9/2d3lttLfC/fl5kk8rXnpopZpJbtJIzDcWu&#10;bsxc8k8o0kR/ENR8+HtqBENQAJBETh04VCoAiU5hl2IIyEUAWXaBpYAaEccKWsjqYlFc21FIQWG9&#10;tTY/Zv8A388eitpJTsqLUQzwqzwhm0NtpsP4jjrTRStKsNLaPXUqBtkH0nU/QOIlJ00s1CMab6qp&#10;kjYyzfpbLrvYjb9C/Z+s8dXVmzBUxBfK8mCKMD7NhYN9jvqTqbX4q2ii2AlGPSfjTXCyNhtNURuZ&#10;FaZmDXv4lSL/AL23sLX7acdWqIlj2MwDK4BuOxINhfx+rm0t6caotISZFNqCRprbNqsjdmsXA/es&#10;uot43HFXCzS1EcMB2su3zCWuAxUXB+rj4PdyemrNgYk0iKzyDSMre8TfYdv2gDcMCde/t4pqVwIR&#10;U7xrZQT2trqPp4kSoQdOFaBEGkXXwtDVfIVl5BdnJGtiQLD8uOsETiWF6eHdGL7mbwQXuLHmx4qa&#10;K9eFMNRJHFRP/MiIaggNGqdyW+zcjT89fr5Z10nipoMg4elKu2PygQALa3PMbN6FTeK9B6Vnh2eJ&#10;SnLEqHFRPwr5kX4zGJ4tiH4kHU+bGX8yZcRSMa9gsYP7eCRfQbr3sO/I+GGHWfjU36oJ8yfbjVXR&#10;h26d7c6LW+zy8zXtddeV8OeJFvjypr2uveTfsOcV15TTVSNVdgFOcGhXnopgt1IhqglrnnhElvDj&#10;gMVsJiuT1shYle3PNZBpzc16dNeVnqm2tzmr3TlTTwXUaWAxy7Od7rdu/wBNvz5WKoViuaRNcFfz&#10;7cizVUFNTPV1LrFHECzu7WUKO5LNYKB4k2HLsguq0bZ2DpPXRBmGaM5S2XrpYQjgox7gJJJ/hABJ&#10;6KW2Q+m+deqOaabJXTnB6vHcarZAkFJRU8k80rPZQI44wSbEdzb7uVV+pz8Yj0cenmmrMNocbGa8&#10;apW8s0GFo8o3htp3VJCwFVF9VkN/C/JIRu0ttGu6UEbQADPuTNQhc72XmawnL2FaCT+0dOhMEGCh&#10;JPeEzGCkCtpX0Uf8JU/Vt1Yho82+qnEaXpzhE6ecaKKeCtxEqSGAK07SwLuHg0gK+IB05pSeoj1D&#10;v1q65Zm6sfKmlizBWmpSFiGKL5aRKpIJ1snKoUGgEDYMNhE4npApfbWimmUpcOpYB1KEwSVE4TB4&#10;x6V9Bzpbkeh6ZdNsA6c4XIZqbAcPo8PikYAM6U8KxB2A0Bbbc24HlHjENZGHhtfxHFeo8KaW2RS8&#10;46CVnF0ufbbjoUaZiNte54zlT7OVmrgaq9zIJwPtNflCqqQa9yXHWbVurac8kzXtJNe5JWvgbSTw&#10;5eKZKK9zmkqs42nT2c1EVTTXuSJJ1K7S23m6uBXuZYZhGtna/PVqK9zIJVP2Tz1VNe5lSVx356vV&#10;7mQSg6P25qvV7mUFT9k25uvV7mZGsLjtz1er3OaP3IOh56vV7ncaHcSfHnq9XuSEOluarde5z56v&#10;V7mROWNar3PKTu143V69zKVF7rzVVr3Mg3fu+HLCq17mXzXte97c8a3E17mVWG4M3ExFI1pjZXuZ&#10;boeWpxJMV7nbRKRuB5YKA2imQsxFe52UcKB7eaJCtgraUlU17nl3j3RysV5KIGNe5z82cjX7Q46K&#10;UpbCq9zKJlL+8OViq417kgSqTY9ueqhRxr3Mm8kGxsOMxNJYnCvc5m9wWPFIPClqVFAivcym5GnE&#10;adtMIIJxr3M24ABG8O3HK0YmvcyKxvduOU47EYV7mbeCbJoeJzSTEba9zOpB95dB7OOVYCa9ySuq&#10;2PG9lajGvc6e4T3eOTTte5jAFtee01XVXuclGunPRVtte5yW4YkafHlgK3E17klNxsDoPb7eU1wa&#10;oTwr3OQLs2w9uLAqnEq017jhT1DR+I4hBpqvczzVDSm5A+kcuBxr1e5wa0gCob+3lyZrYr3PBSdS&#10;1tpPKVuvczqb++BfnqrXuZQSygdh7Oeq9e5zKALZRfXtzVer3ORDK9yNvwHjz1er3MlmbVhpzRr1&#10;e5kUBdLd+XFer3MzC9vhyter3MpO7Uc3W69zmDfm6pXuZkNrj2jmqsa9zKg2qR7eeqte5l1uO/PV&#10;ea9yQEUEBtTbnqdr3OSiwKjvprz1XFe5KJXcAR4anlCJqihIr3Mu662P1c2BTLYivczRdueNbUnV&#10;XuShE20e4eN03XuZVQfvi3PTXtXCvcyWMnuqPq5YGrzpr3Mvyzf4B25vVXtVe5//1y/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9wIfUDmn+pPQvOGa1bY9Bg2Iyxn/jwU7+UPrew4e5Wz+YuW0dK0j0kT7qinfvM/wCT5Le3&#10;QMFu3eUP8YNq0+1UCnbAab5zG6SlIuHmjB+jcL/lzWp9M2H+Vl3EsUI/y9QkX1Rpu/5n59jH0ZZT&#10;3GUXt7H91uENeYZbCvZLx99fEpvu9qebb6Ek/wCmMf6Gkf6sMT87M+F4QDcU9M8v0GWQr/CMcMvz&#10;srUJ0VHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gOddsb/k/Tup&#10;hQ2krXjp1+hjuf70Uj6+c9/qe3k/s/ui+2kwu6W3bp8lHW56FttaT51I26tt+YvEnggFR9MB7yKH&#10;H074B/O+p1JM67o6BJKlvpUbE+52B+rmwZ+FX0xxHpj6Ocs1tP8A6LV5hlqsZqSXCBhUMFp294Hc&#10;TSxxG2ne3x5yh7OslNllDalJEuEuE/45gf7wE1hB2sZuM0zp1JkpaCW0wYMoxV7FlVWA4nHBUysJ&#10;4jICyoPd3fl7Lnlg2PYx/McEi/rJCJYpT5izBCrgf8WIQbHv2NxbksuWndJJbUpPnsqCrS4UlUpj&#10;1x/CmVMApaTEGmwid4pUXWBXXYfAEgqW/PkXCcEwuWhD5dxNjI998MrKQw7KQtgQSLHv34ToQ4gc&#10;VE7dIifTGjdy5Dn8OnhFYJqvEoqhmxGk3L7tnjvpYa34kM3UGIUkSx4rQyyIwO2QE+attdzbNoFg&#10;PG/Li51kg4dROI86XMMkYIIBPT8pmnegxagrT5VPUKWB7C1rezW+vETgWL4i5klpB815QDJIDulE&#10;f7xYoEF117g6DhglB0zMjp5ilrzISAU4TgZGGr2/hTtURpI2wjv4A+HxvfjqmY8vYvTfN1UZliFi&#10;s6WDp4EblAvckcTITJ8M/L4UmClJBHRtG0ezh7awtQzJNvgeyWttAvr7b3t+XEtic8GG1TymM1lO&#10;7By7JZ1FhbcBpZR4/fypBB6aU28OAGSjHHGZ+EU4xRMI9rHU8l4O2XqmnczoI5o73MLH3R2ttfcD&#10;/ZyilCI2c9H61ZaXE4CMTgTyKiypKkod23W7czYll1fk4cTw6OOoB2sjhjHIwGjWIJVjcH90cQuY&#10;QMD5YH5yeqnmLhYUUqnDDq/dXkqbE7RxE1+D4jDVSSVKtElw+6pDDY2o91kK7kN9fEaa8Y/LpCtQ&#10;Cp68PdR2LhKvCIO3YR70wfjWcVClNthrxY4ViWK00sWH1SI3lqCd7+fBIpWwII2OmmurNxvQFrGG&#10;PuopUhKeO3gMCPMGQfQCokgjYdip8Lch4riuVq6kjwjFqR4IwWG+nYkr7Nha5sPjfvxD4gswdnDh&#10;6U+htbY/ZmepQge2uooJlG+N2Zh2DAW4xYflwmMxYPVnEqCYFdr2Mqg6aKNb/QRxWkqO2nC6BhAS&#10;rpGw+uNTTM8cd6lLH/V4h8TmwrBt4qN6OGsVDbZYmPYNGwa97e3iU6QYOJpakLOBgn2p90VJuSBy&#10;LRph+YaQwYVUJVThvep5wUaxNzZlIPfx8PZxMtv+ETPQOeijJTqkHEHDaoRHsj517QCwHMyY1h2F&#10;V8+A1UFRTK8ZElM9pQSLWZVZdxU66hhwhXbpURAMjbJ+GFPtJ74hSdJ6Dik+2T8K4bLsGbUjtxhq&#10;RhUl6aKCEQSooLxu9twsQGVmJRxbXXv4cRuMd4rSPjStpxUmVGRxIAI8jsV6iswO42bXjO9BjWX5&#10;WYFvJftFKPMhe/YrIu0hvy+HC9DC0qIINGvfN3KPDjG0jBXzHurkIkBJA78YKiuStkElfTzUzIG3&#10;FZSjo1iUaOSMKLE27g8R6S2dQ1T0YSPYBSwGPsIVJgmMPZ+BFYZIIJ0KOoYHuGFx9x4sMqeoLPeW&#10;d2Ez18ldAAVSnxARyKFNroTGkcp9oO/xPNq1PHxyR5hJ+Bmky8v7zFAHmNUesqIHspD4p05yviFX&#10;86kLU1VcETU7tGVt7FHuE/Sp4parqZ08zEI4c65drMLLKWaWkm3qR2EqQyIzHXuN/t14H3GS2ZBj&#10;/GT8wR8Kq3bKQfCsEjgn5kz8KwQYPm/BoGXD69cRVLbUrIwJSAOxljKoPp8v6uPuDdJsoZ2dWyHj&#10;MeJQ2A8qIhKhWNyEaMlrH268KF3LyFSUSOlP6zV3bhTeKwcOnZXCbqCMDgL5vpXw1V7zH34B9M1h&#10;3+jgXZg6fYhlXHkwSbz4XJ0WeGzAD7VwCO3ECbpBxE40bgh1PijZOG0ildhON0mM0CV2Hzx1EcgD&#10;I8ZurDvcC9+3bjBWYThcc7U/nzTVt12IptGRc+2/HC4k7THu9360qKFFEgAJ6TtpzfzyQU7fH+gW&#10;5Iiw2qw5WkegDBLAmRjqRoCGW3DBtUDDEf0qLfCRgo1mUA6hieTKDFxMZPPrFopUtZAga3sAY+36&#10;Dx5u7x1TgMKLnWTt0zHEmK4vvvot/r5Oiq8ZepmVGnlTdddkNiwPa5va9u+nBGXdP3GZxFJHmADK&#10;NMkfxGRHurkDtX3jxTUmHVUcHnwYfIigEs88h0PttbinvgoYmOuiL7T41AngEp/EmuDWsWA0HG2o&#10;lqsMkltiECzAKQkY85fe02m5BGp+r2cK3bkN/aqff+FLENoc+4K9sfKuSbXHs44LiNCHi/m9U0cg&#10;VbEDyltckg33a3v7NLcWMud54vhh7iD8RXu7UnBIHqdVcCEViVFvbx2pKjCqmFTh0M1RqBdSzuAv&#10;g1to0+jj67kK5j5mkJZkwVQfKB7TNYCL6g2+k8EvDMTdD5QwuVrWCiWURxsSB7rDYWFz/rcp+fVE&#10;HGiZy1DZnXPRCZj1mPdUeeK4IMgG/vYd9LeN+KGixKo3wvhVY+DSJYxvTSOzgW7lCQrfd34R3DSX&#10;wSTHvHskTT7Nw7bkLT4iOMQejaI+BpGZvyLkzO+DSYLnPDKTGaR12tBWQRyIR/wam31cHzBOsea8&#10;NojhWZMXocxQlfdixKiBk2213BXAt9Q5GmY5Oh7wraRPBaQoH1hQT7UmpHs97byzUErUpSP6Kgkj&#10;26Qr/eqrE6nfg++j7PNTJjvTvCMX6c4zJL5381ynjdRSy+YLWb5efzqU2t2MVvhwG84dM/R51hm8&#10;jM+W6vAsSclWqsFcOu6xv5qTK6qPHTkcPbrqaUQyuDGxfiE+Y0+lSna74WzigC0tKlHEpXKEjqQU&#10;lR/09MCdLPxafTdUzVXTXqTl3rBgjSAjD84YY1Biix62C4ph1TFS7zoNaI/QOFazl+EvhOZppMR6&#10;DZxosVVrslLWbYpVNtxVpVbbfX/BwLXWW39mCpxoqSBOpoEjyxnox65qXsv3iYuv7k6lcGAhX7Nw&#10;ny8XHZ0ipH/DsWcejfzlP62OieZunkNC8atjGHg4xgzqwBM3z4hpgiAk3upsB3PK/Oqnod9Q3SUP&#10;U5yy3U0tJdlNUIS8B263SZQv8OBG3zBNwSifEI8JwVHlUglbjeDiSD1j8Io+nQv1pelT1M08s3Qj&#10;P2E5l+Xs0q0VWjvGCbWdTa2unCpV2XcXgvHUqGA3FTrcgafX24LUuAjxAjoHTVdZVw9mIHn0UaET&#10;KQGBupta2t/o4nqnBqilMt/0QXUrJod17bR8bE8akap4DbjXm16+vjhjXjKCwjDAN7DyA08xh+Wd&#10;NyIpNiPev8PhypAOylQRBPu/dWfnJp8KEKw08R0N94/aOaSI20wCqYVXuGU9FtXJSepnLkyU6VkU&#10;vzCOsm4PEmxrzwFSP0kf2he4JAuLcGe76wi5AIk6Vkf6U0Ed44FkvpEERtUZ+09R6scdtJnNlNJW&#10;4LNTQTGCQgFW0sSD7qvcH3GOjeNr2I78uCWF/IijaT9LKTuH2GU9wNp3XLAfl215JBVBJ64HPVUL&#10;oWNgw6I6BtmZxxw9agMyL9pRaMbmNtGJsAR8OOlNAaZPn3UBY2KBif3u4Psvrp8eW08TTgc4Co1a&#10;wqd1JGbBwDp3t9k2+B1PHDDp8Xnqo4kjjkYbtndAot3GpuTxE91Y053fe/L9ab8UfC6KFpp3cwwE&#10;KzJY6nsGuDcaHj3hNPUx1NQ9cjfNiJdysCbC+5Be9yWSx+F+PtpMieikLiZUE8BTLUV2HVlNSvhs&#10;i/LPMVjYMBusbPpayhXv93fikp2kZ4vmYUb3rkk/ZFtBbx4rGM8YppIJMcKY6tkieSngmeNzoPdB&#10;Vj469wB9PjxX0McUotCLuxtoLAsR21udB214le+GPpTZC8YGHEzgPdSCnnjilDO1tpb3ib3C/aCp&#10;YWva3c+34cVFHSVVVD5FHFvljUe6FJsL631+0eJ9aHsE7aRF0I2kR08aRuKV9DhUr1OKTiKF2eRt&#10;zBdbC2pudqi9/p+HFzg2VcdxXGY6BYmjLE7QVsbMdoLeABBv245oLeJw27a0tzQoaMSTpjadR2CO&#10;knhQD9R+t/THI/T2sz1juI04w+Olkq5aoTKYooaWMzSSDS7WCH94DlkuWqAYFgVLhgO7yIwO3MS8&#10;0uBd3Klk4HAGukW62X/ymwatz9wTKjOwk7K+X561usZ9Svqqzl1thjMcOP4lLNEqG42KoRTcjxC3&#10;4+NIlje9+BwCpEcdg7KKpTU7zKNqEXJPs78xioQL9PN7KLzcpGM+2nBcHqNFClt3s8Lc6ElyGvzd&#10;bTcpcxBHlXpcMmpV2SI1/wDEfDmZJQBrzdGgdgU1y0zA9+ZN/t56lIXNRmp7due3RjvzRqpIj4V3&#10;GJB7oXdzH7rHb3vyoNJgsKqYiPFqDqe3w5ieQxHZ+v1cUAasKKn7lLH3GAcKeKLBqjEGBUGRvptp&#10;9PhxkzLmfCMo4FV5nzHOlLQUMUlRUSyMFWONBdmJOgtxlALi9CdtB7Nc4ayplT7pGlJAAnFROCQB&#10;0rMAeeyhh9Pfp16pepPrFgPQvpThb4pmLH6oUtJBGpYEgM0sshH2Y4YleRz4BSdbc0t/xPfxh8/d&#10;fcy1vR7oLVNg2S6UvFPUwM3zFa6khmaUEBI7WAVR8STcASBbAZZMwVHaf6PlUOM5Y5nTpvL8A4Du&#10;2j9raemOKz17OAFfTw/CX/Bu6F/hv9M6PE8TpIcwdTMRRZ8VxuoRT5T2stNRR2IiiiH712dmLNus&#10;VVaFZ8TqZXLzMWLG5JNyfiSe/PFzvMJJ8/jUhBOjAVdSkS23MLMQAdeQJ5fMN1PL6QNtPACswULf&#10;b48jR1NXA14XI42XSnZVtIVtrvigw3N2KUJ1O8DwPjxwXPTSFdqleyvcUYz3BUsFqIQvtsTxWl5J&#10;pN+VKK9x0p8xYVKbKxF/aeb1JNJy0oV7jrFWQSDcsgI+njoAOymlJIr3JCVsbHaup459tMhNe5MS&#10;pK20t8eMk0wpNe5KWpB1uOU11TSa9zMlVGVPe/Gy5jVJivczxTm27j3eit4GvcmLWEaHTm0qmmor&#10;3JS1A7sdObBqle5zWaP95hy2ma9XuSUqbJsGvPGnCK9zmr6AW5WqV7khJWHw5qvV7mZZG/d5sV6v&#10;czrIbe9zder3Myv7Obr1e5y3kanmorde5lSUMPZz0VqvczqwOg56vV7nNVA1783Xq9zq+5ddOair&#10;V7nd7duaivV7nNWbxPPVUgAV7kpWbxPG5pMF417mdSCbnvypNecOEV7nL3Cd1teXTT7Ve520QY3H&#10;HKVzXudtAxtt8OVIqqiDhXucgrk29nKbKQBEV7nL3ra+HNDCnojGvckJOFFmF+NxTRZ1YivcyiRZ&#10;LXHbtzxFULNe5lMoNl5cVUNxia9zKAug9pHG1Cmidde5MX3j7bHlkY1XZXuZ20W3HVJFXFe5jDsd&#10;BxJW5r3Oxc/Xpx2aqU6ca9zMvu9/Dvz01oGa9yQu2Q+57thywVFPAxXuZE0sW000+PPEp2xTRE17&#10;nNDci/t15UuhNNmvc7Qk6AX+PErgMAivV7mSMbWIJ3cWCrivcy3bdc+7zUVYV7mZQF1HieVq1e5k&#10;GisOXAqte5yHve948pW69zN5m1Bv1vzyqrXuZ4ibEnx5fhXpr3OYJ4zXhXuZrkrc8cFWr3OYW3fx&#10;5WvV7mVU97TQcuKrXucyhTTjQNbr3JKKgbvf4ctXjXudgNuIPbm60K9zMibtp56noFe5IHumw57b&#10;V69zmAQtlA05at17mXQAq5JPKVoma9zLGVKWY83WwK9zOjIvjz1br3M8e/xJ5qKrpFe5MV967D3H&#10;jzUCmykDGvc5oW0Ba1ubAFWBC+Fe5I8z9f281Fe0ivc//9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcIt+JDmf+rfp&#10;DzLHG22XEnoKJPj5lVG8g+uJH5I+6bPfXyP73UfYkx7yKwr+oTMv5dupdAGC6Wmx/nOpKv8AeEqp&#10;bdPKb5nNlMSLiMO5+pSB+ZHKa+hNB8j01onIs1Q00p+uQqP+TVHPuC+mHKv5bubaqIgvKedPq6pC&#10;T6oQk18dW9Tve3qx/RCR7gfiTRb/AFEYl/MOqtfGDdaZIIR9Uas33Mx4MHOgNR3QI89z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcLH1noMVz91Byx0oy+PMrcTqIYYkGu&#10;6armWngFvbuv9/OBn1hZ2rMsxy/I2TiEl1Q6VPLDTc9YCF+i+sVO+6pTl9s/eOfakGf8VCSpXy9l&#10;Ha9KeCLS4Pi2apxYSOlOhPgsa73+olh93NzjJ+TqHK2XcI6YYBEf5ThFPBS0sIXaUSKNY1D9h7wA&#10;0BPFNnapt2wykeBCEpSAYgAQAdk7OE1x5vLpV06u5cPicUpSjjtUSTsk7TRk5qkFVqHba4Und3H3&#10;cm1UlVhtKtHVM9MIie5by3jv9i8d0IvYgX8OGqG0hOgyOO2kiGy5ikSfQfEiuaOjiOaIo6nUkWLE&#10;+Gh5lo8OwnGWaOnNFPFVKWZwAnlsnu7CCoF2t3768TlAJMBGn0+VMrKmsHNQ6iNXvEiupJaz7TBi&#10;Ea23Sx3a6662vzhRTVeF1gw4V7ltje8Y2nXZcWFrNdvz4SXdmhQjA+SfnFKg+tKQtM9G0JHmcRTd&#10;X4RhuIUm6rp1Cxvu933SG9unfjZGtFjWJLR4jhwmeNjskgSON3ANyD5hRo2220NvhfgcGVJSZSDP&#10;SAPeTBHpR2q8KDOAmBOOziQQMUzPHaDXBMMmp4WnopmYuN1pC2zTSxAv4D2cYazJ2C5hd5Mu1ySS&#10;Jt3RV0ckcy62KLLMoe97fZv25ZaXUYFMDiox7jtPlSxLvFQ8tKhiP6UJMD1g47NtZKPFMSw6JUxC&#10;lLI1z5kNioNu1tG+u3Geiw7HMDrHp6eOSnnRpEXennwMQLllaPfKvxBQH2X413iBAkEdP6DH3U8p&#10;IuEiYUk8B4fbMA+c04NXLMgqEYBGCkAmxuTa2vu/nxmqK6t/mMmICgaSUsAzwuJEIIO7fG5EyXNu&#10;6c2nUU6kjjw8Q9n3e6nA0G0AauOAVMjyOw+2pQkBjCuwBPtOlvp7E/QeNM2I4JHO7iMwSsFMZhG6&#10;VOwdX8nc5UG/uuB9HEhIScDB4gCPd8qMkNKWIBgf0TgD/poTj51mUe7ujAsNLm4+6/G3EsMzLiEa&#10;Gmlp66FxvV3qo4JQV02i7BCSG1DMD8ONGHDpGzqMVcOIYEmUxwSCqSejjw4COg138xT3sdwP/EHt&#10;99uNtLkXCamUTY3hFRQSrd1aExPvuxtseNze4078UFsBMbOedlKxeOJgBYI4gggjzkbequb1IVd0&#10;DICPbcfs440uXcDmM9JiKmOkdQIpJVdj5gPcsAWGngfhwMF3SqDw2cmK8XT9zeJ6E4T8K4zz1Cqj&#10;LZwe4Uj+J5hwrJmXcuRzVUMsU4k8wgtv/eBOxkZbpcHvbjDjinPtONLlvnAEEdAjEdc7PfWIVNXO&#10;diIyfWh/5m424sI3Va6kmkZCpBjYpPFZftIUZjY9rWHtvbTm5xiI66ftzo8BEHz0n2jb6mpg8wkC&#10;9vpOvGGDBcIzeQqXjCJd9wBCAr7v6KSxCpoGCA2ANr8Rl1yfFBHXjHpjS5xOmAsAD+EzHtKZHlqO&#10;Nekbyjfv9PGioyNitNRkQSLUxX2gLMJI1K6kGOYqyXuLbV9vDBq67wEEEAbMcPSTPnh0VYXSVYHA&#10;9BBHsIBSfU1mSZNvvi3GHFspY46pO9NKiuQ3m0xawJGhZW2tYnuVBtxhbyTh+P7quw4MYIJ4BcR7&#10;ZI2dJrn50I8eJ1aLMWXJxLBO8CupuBG4B2/vOpUbr38eNrdJGKgrqxo0/ZuiANSuo4D2YVkDo+in&#10;kVcWpJapavFYBTeYpUyUaiwuureSLbSf9UcLwsEdB4xt9aVt94keA6uML2+QOPxroL5Yv35Aqq9q&#10;qVkiWDGaVVCBZ4gkw1JNgV3fXwuWgL4yPbVm/wBngZbnZGPwmK4eUr++e58PC/ttxPLX0lDOsFBN&#10;UYRIARCZA7xxltbKw3MLjTtb28Jo7o+ElPoYNKwgtJJ06wTjEEz04xh11zWOwIYlr+3jjiNbJOyV&#10;eMQmcABTUUMQbdbW7wi1zr3tfiR1akHUFSekH5U8EgnwgmNoXI/0qjhh1GuhEF+zYfVwRcM625qp&#10;8NWipMwfzFVUIsFdFIQDce5eZNgVfZe1hpwkctm3CVwlSz/EU6T6SAAeucKbNmEYlJT0wQQejYTJ&#10;6KS82ScvSF5YadaeaQ7nkgHlOx7kl0sdfHiqrc8ZPxOmjbHsDemlZAZJ8N8uVBqbs8SNcX8LA8Jh&#10;aIZM8euFe8TTIbcSZQvD+iqR8YrFSUOOUA2Q1a1EQuFSYFShHYbwCWv7TxYYZhXRvG/lsNyZjSYm&#10;zn3IKv8A0Aicdon+a8qMPa41Nr+PED7y0JKikQMT3YJJHlGsq6QB5U93bpOI0dZEj3TSNGdcfwjB&#10;avFM/YbJh3yjkbqVWqzKu7b5kcVMJJSG7gFAQO4HFVm3CJOnkME2YcvLhWyxV2oZayNlb/DPTxSw&#10;kEg6h+EP8zS7ATAB2BYW2o9UOJSZ9IxwO2kLaVXSigKK+EIIMe/D1g1Iy7nnJ+a6mBcCxhKqWYFv&#10;IaQRTqF+0GppCsykX7FBwE63MuY2jqTgeLN8mvvOyRGnQX/eUSBNPDQePD1L2ESTHUcOodIoxNky&#10;qNY8Qw2z7euhGhjgJR1BTdobm5v7NDbgepiOEVs9sXxMOzj2ecwv2b3d1uGjd1FKlWy1/anSPMCp&#10;SzFf0QsWva3fT427fXxVwHJ60yt/M2kYJce+aZXAFgVCEEC9jqB9fEy3nCZBHpwpEllQMKAI6cD7&#10;dVcP08rbSNg9o5JizDhMdKVp5Ip3UgqFjeY+7rfzGW2pPtvyveknb+tJ3bWeA9oHtBI91ZmQkam1&#10;vbxQVHUiqqKqNJZJ4ISGINlUrf2gsDY8NErExIpAmz0+ICf9N+FRmo45TuZUY+2+vMtPmfD5auMY&#10;dXv5w98CGNmcMNCboCL6Dueakfwk+zbWy2obU4H09sxXvl6eH7Sn778fFxnEqumSGZKtm2hAWKwE&#10;313AyOuht9Pw48laVGOPph50TdxpMhIHUMQfMCuiKUagWPttfisw3FcWpaWOCmpIk91lZ3/TO19L&#10;EoHv9/FJakyMDRd3aUGVEj3fGo08UVSwM0rEDwvtH3acd5c7YgG21dVBECmrs80diuhLbU2gEHS5&#10;Hs8eEzjAUdSoOM0vaaSqdCVbZPhSfTEzPkDTUMDo0A/RhrG53C+viQD2PxHINHjeWqUpXU0lNOpY&#10;vIYlCP2F3Elgdbd78K1Wi04siJ4gx7049WNLlpUqCRgNk+L3YkYztA9lZp6QzxSQRs0W4bbt7ynS&#10;2oP2vr4JGWPVHmHJtYtFR5rd4BFdKepLT3NwNo825vr4cQu5AL8aLhKHAoQSpKSodAC1CffQtsb+&#10;7y5M26nUCQTCjoMTtTqgjzFEI9QP4XHok9S0pxXqZ02wT+c+YkwxzD6SKixVZEvteOvpUWoUgm+j&#10;jifztnz0+9WZj/nZyJhFYJQfmcSoVjp69DcjcZ1VGWw1DB/o7cQHcSzSkNsKXb6QokplQnaPCTGP&#10;VsobNb23xWp5aEKwgaB3ZmOISBqPXQXYF+H76hOjOJSYr6a+vua6KFYo44cHzVUy5hobILBFkxGa&#10;d4FIsLotx3HC+Z49C/pfx6llxbp5nOuy7NMdkVJiVLJV06X1DPWQeeUHh71hyL7ndfMrYp7ssuoO&#10;3HunD0TrCEf73UhZbvfa3igHQW1HHFIOAGwFMk4kbaESPrt+IH0qq48M6pdJ6LqDCEJaqyRjdDHI&#10;u0X3zQZhnw3w8Id+vbhP+oP4aXqLwKhqcw5DpqDN+EwKGkrsCxCnm2gjcx8h3SoJAP2RGTwEXbru&#10;Xr0vMuIxjUpMoJ6AtGpPqSB11KrF8l5CTqTCvtAUCojrbBKwf82lFkj8Tz0pZgxSLKvUDE67p7jx&#10;8wTUObsIxDB4o3jJDouK1tOmFTnTQwVUitpYnhD81ZC6jdP8QbDM1UdXhlSg/wAlWQPAe4Fts4Xd&#10;8bXHLs3jd0PAoHy2R60c96CNR2+yT1TFHqy9m3LWbcITMGVcQpsUoJtY6mjnSeJx/qSRFlb6ieD5&#10;6PaespvUrgMeLMlLTRJWSyVKkD3PliwAtpe+mmt+3JDyDSq5mRISqOn7TQK3hUF2alJnVKQEnbOo&#10;Y+lQM41UrZenipadqp5AE8tdPt6Akm1hrc+zx5beaJKnEBZ2mjnDe8B3sQfeK9vr78kUgI2+cc4+&#10;2oaaSVJOwSdmwwP1IqI9S9PTmCp2x7FS67hYA30B7E/D4cea7CMRxiBIsMUu0EbgKCGIGoJ942sO&#10;UcBciNnx6qSocSwf2mGOJwgTs40zQYhRYfI81Y3uSSqqsSNSQCqjW4DXHw11twYsl9Ds75hhjlHl&#10;w0yN7o81BK5IuzbEYuLWAOnjpwzRlryk64gUVP7wW7StAlR/vUn4xHvoAeqHqCyF09oKmoxap8p2&#10;UGWomRoqaIA7QJJ5QsQJJ0u3hwUaf0sdVMXxWoqpkpaKnmaNlaab32jESqrAKCR27Gx9o4CDdFCz&#10;pQ4ogkeFtWMdce+hbbtquYWFNJBEkuPNIjzBXqw6ADVaGd/xuPRB07WXKGX48z59xbDmqYKmly/l&#10;nFKhYplmfzE896dKZxe9pI5GjtYq5GvBQwP0k02C2qsw46pUsBtp0LkEg7gugKg6fDl7Zi+zIlTN&#10;qskbS4UoEf56hPpRTd3OW2SgHr5oTM90l1Z8ge70E/51Fxq/xlvVF11w+uwf0oembM9dXUi71Oaa&#10;qgwWAQ3sJWaorFLk27KCbcG7B+jWQcFkhoaTCZMQemBZJJ0up8e0nuj6ODRO52YXCf2jrTeraEyV&#10;DqkJifI1GD2+OQ26lANvunZqUQj10heI6iKBnOmMfjRdccLlzPL1Fyb0rocZWKJcIoTLVVlOpVY2&#10;iWrpKSRy972dWsuljpxe4zkOGvwF8LoaJMPgqNo305RGiYX94eWe/wBHJDsd0re2B7xanFRHikj0&#10;mouu+00OqKEsoDaft8KSo+pE+ynT0++ifOPTHP1H1a6odYsaz1mik80VVNidVXzUU8cgAaLZU6GN&#10;tQwZQvbiWqeieIYhidHXS5hleanaIsyMY5J/KAAMrOV3Egam54rOQg4FRCegDp8qKbbfzSSotHEy&#10;FEyUnpEnCjS5hocqZB6e4j00yV0/wSiwPFIKqBqKWjD0UEVczNULFDRQy/oy0jEAoFsfZw0NDkiO&#10;GhTzppPMNtLHUDx3HT8+Y1ZxuSgLU6iVAn7QBh7591TJY9ut0ylNuEpkAytRJk8JwOytUr1B/he4&#10;fHmPHuo2WUklwuqrFano8MgjCRxsDvVIZTHLcEaWS2uvJE+VwGYwM2vYNa/8eQk/kym1EDDHYqAa&#10;lrLu2m9cAS5oOAlQB0e0pGPlxoh+bfRjg2ES1DwGqpxFKIxBMEEwHjuTdcEDX2DieqMEmhb9Ky28&#10;O5+m9gRwOu2am1QeHEY/Cpysu0w3wBLYJ6yE+o4mgDxr0+VGAPIhrfLuSFK7nBt21QEA68bDC0RB&#10;I+7hdpjn8alOy32YuVAFASnp644Dbt6YoMsX6XY3SUzlJ2qJARdNRYX77jp+d+ZNkgF3QjxGnNJQ&#10;riKH1vvdYXJ0hwA7PFIx9kRSOxHp1m6jQStSO4bVVWxJX/F3sB35juduuh9njypIHTQyYu0LBlSS&#10;eGg6hHTNJvEKEUzlVSRLKL+am0hvZzExJ1sb80cNoPpWrpHeFJBIgzA2n0rLh00dG/lSRrIx+0fB&#10;fhf28yF9q62B40MThSzUEJ8tvrUAQ+dWSRi5DNoVB0+/mFnBW7Ddf6CPr4+QUEE7BQZu3ylGvDCn&#10;/D8L82oWgDuWk0tbmqb+Pr6+8ToKtfRt0yxDy0UpPmGWFipd1s60bMLEqr2LL2DqPZz2XzqU5tEa&#10;R19J9uzqqJbVtG8N2btfiQ2Ybn7VL2FwDZIEpQduk4RX0Wv+E2X4YmC+m3oDTernqfhKjOufKVZs&#10;O84RsaPCZ7SQGMqWCvUxbHbs4BKG1yOap6Ygfe3GxbgrCp28Kk8omJ/fW0cIlDbvHnfnxObrxUVT&#10;jSZQM1zUEKATe3jzmXvzXeRTZE13ziyhxzU14YV7mJksSb242RNPCvcw2YD9vNjCnwa9zss5Nxpy&#10;uo0zXuZ4q2eF7qT9/Hw7FVKAa9xyixqsjbeH+rjvf0yWAqvcd4c11BsJe30nj4fFIFW1e44R5qAG&#10;p4+lYNM9wa9x8pszxHVjbm0qERTCm54V7jtT5gglsxa3G4E0jLMV7jquKUzD7Q48Yr3d9Ne5Mjqw&#10;3jpxspnjTBbr3JfzaHT9nHUpjjTeg17kiGoBkIBsBzy1RTZE17k1Ktr3JFvp4zrNViK9yWKlSLk8&#10;dCpqsV7mZJ1Y2U68sFV6K9zKsrE9+PqwrVe5KSqVO/KV6vckioVhf281Xq9zmHB1Xtywxr1e5mBN&#10;rjnq9Xuco5nIN9Oer1e5kSUbTu156tzXuZka+nPV6a9zKpFzzW2vETXuZw423PGymk3dY17mRWJG&#10;4eHGSIplxMGvc5FiBc8UIpc0Jr3M0TldO/NFVNqXBivczeax90Htz22nVGRXuSlf/GOME0WEGvcy&#10;rGrfZ78ocarqI217mYQG2oHFSRVg5Fe5xFPftpxOpWMU4XDXucXp2vpy01dC4r3Oaq6XHe45U404&#10;Yr3JKPJp8BbmxhVFJwr3MjOSup19nLlU0wMa9zmkiAgePGKoRFe5l3+92/s5ativclIFPc9+WAq1&#10;e5kRAbqO3LAVU17mUhto3m9u3LGKsDXudAEP7vjxIpAVVSK9zO3uajT+HFIGlMV6K9zltYkbLG/i&#10;OematFe5IZTezm9uemK9XuZFS9gBzRM1uK9znYC49vPTW69zmqMvu8Z1QYrU17klV07XtzahNer3&#10;Mm0aEcuDwrVe5kC35WrV7nJSdBy1er3MwJbwtbnq9Xuc9fLuO5vzYMVqK9zOqkqLn48oMK3Fe5mI&#10;QPoCCPz5atGvczBlbTt7earwr3M0URJ1Ngp780cKsVGvczJE4FyDypVTeuvcyeSN4Phymut95hXu&#10;SSLWU6gdu3NgzTYJr3OIsh3AAW+jj8UrTNe5m3ta9x93NU5XuZCshNuVBmmgqvck7Cqqb8tW0nUa&#10;9zKu1ntr93PTTxIGyvcz2Ht+HKzSfVXuf//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Kjvxfsz/I9G8sZRRrNiOLt&#10;Uke1KWmkUj6N0yn6bcnHcRnVcLc6ER/piPwNcr/quzLucotbUHFy4K/MNNqB97gPsoVuk1Nvxepq&#10;z/ucQX62YH9nCUZGoP5XkzCqAixjpYA3/EigLfnfn30dmWV/yTd3L7UiCi1YCv8AGLaSv/eia+UD&#10;NHe/uXF9K1eycPdREuoWJfzfPeMYiDdZayoK/wDERIQv/JoHFXycaIaR3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3J/4d/Tt+vP4kmFSvEaihywavFJgP3VoIvJgcHw&#10;tWPEfr58vW+2Z/207Q7l4GUMOKQnoAtkhoR1F0av87CpA30uv5FuypIwU8EoH+6HUof6mFCrIsgU&#10;keSujGHRzWSSoiErEjxnJl1+IQ2+rm3viWW6UQl2lZSGsrlvLfTwBsQxHhpzJxThEA9FcoAsjCs1&#10;Jj5hfygPMSRN91G9LfFv3T7RxOVOHYhBSzUwkE0MikFGCli1ibRi3um1zfUaduI0Xek4Y+tO6dW3&#10;Cn1augmnjmeNoWUX90+4R4EfC/ESYKdoooadEppAAreYhXc37t2BClrW/d+rhm3cpWJjHojCnihR&#10;2Yjp4e+fjSkDOYS20nc6kANrbTnGbEMTSoMeCkikaJ2keZVJ36EqCoHj2I+48RrujicBG3Gk/coi&#10;SZVqAHRBmcDI9a5icLLJBJqwsdi66E2Bb2cZ548Wno8PxCSA+dVMXWMk+bMsehvtt7NCALeN+K0u&#10;F7Tw6R0ilKWw0SlBICZGrDiTO0EccPhUoTUo30xm2fukC2h+vw41UlNU1c85+aPlyPuWIIGMIPgz&#10;n3j8dfu55ag8gg7JAiJjbT6tLSQpCY4TiZjp4A9OFc9qhQkfvBR3Pj+y31cn0UlfglDVzYZO+2GZ&#10;VHmi6XIUO5B/SEOb7bOPDgZXahIKU7I284++qrcD2lX3eE4TGIn091QDTpJuugQsNtgb/AWv7t/q&#10;5Iq6vCcSiapq4FZwwDqAyADvdihVkbTsxYcJriyW2oFuY8zR73sxjIjDnj7qijCa2AbIXYeO42J+&#10;g3G230AcS+NZUNTTpXYHGkrhy8aswLAeDb4gl/oYH434XFxTJhYPpB+VGDDhdwxHz9DPuNTIcVjp&#10;j8tiBUP2HcfxJ4h63FxXxihlipnipDeQW89FYg3Mk0PlbBppcHx1PFYcCjMehH4EUZhopwAI1RB+&#10;1QI6ArVO391T0pIHvLISW7jaT2+gk8Y086Cg/mUCvHR7twaKdqiEAN7+x/dMQtc+8Xt9GnHHWwsS&#10;QoRsMYenH2k0rIKjpOK+kp0+1MnV6FM1MjWMnZYt8GHFjhuY5MUVKBK6HE1QBkpnaPee492WNUDP&#10;qNCh4G1oLmHsO38KQvNC1GogpJ2qEhPsMke2mknYfmPKKgmyt3sfaR7ON+K4XSxQtTqogq5W3tGx&#10;IlWQabbNcNa3aw1+GnGQNGER10oStRUCqVJ2ScBHnUiKWZCWlay+3bxop8sYZh2+bEZpqKvQWEdS&#10;gG4ntZQFWzC/h4ccABXSo3BcGBSpP9EbB6klX+9VylmkLXUBvj2/LkafLkOLgSxbfLpwSVQkSKwT&#10;a43qQBfWwYHX28L3WsJGPlgR57Zpeh5LcTxw2yPYZn0jzrmZGkTa9y3ttxI189PJKIzC8ckhAVpW&#10;KFTr3lFkPbxTjWrWBNGSLdSfCTA2kxPlhM9PGpSKhX3z93O5MWxjCVSXBcVgjZgQ8NcLoSBcqk4Z&#10;RoNB7uvGDAOBHx+dI0t97OtMgbCjafNJn1xw2154oSh1PG7Ea7GJ8Q8rM2HVIJCgPSlZUKa3CnZ4&#10;6cT+Ly8+RRm242RDS04cCIPtmuUSED9HxF1WDT1rtDTJT1UCXeNbtFVJbWxsxUkDw28aLhOJGHPt&#10;pchIA1nWlRHGCj0EAj2msyyj97iQxCg/luKxR40opZ5CFBnvFGF7380aD6xzReSrAEeUQaMjqCJ4&#10;HinxH2cK5iVT9m5t7OSMYhiWDzKsTxJssrFVliawsh8wKvuMNQw+HH1sgjafLAzSVhQTiCD6kE+Y&#10;n3VzDqTYcD+HFMSw+QLNCZKdrnzIZNrH/VDWK3Hh7v034SuW6h9sDyxNHiB3gIKsRhpUJgdWII9Z&#10;rlxSUuM0OL08P9YKWOd12ENUxmH2AjzomVGF+x2Xt34kVbaf4cesET5STV2093izIJ26TPuUD7iD&#10;0EV03Y6241Yrh609QKzCGqcLLRkl1/0in+0QBddlvrJ4SuNqG0QetJj2giljawfvIJHCNKvfNRm3&#10;bAFUEk63P584/wAxxqmopa3MGHU2MU6+880DFSpJ2h5Nn2Sb9/bwtVbqUJiTO1JiPj6cekmrpdAU&#10;NJKZ4LPwwgj0r0qkqSpAN9CeLvJHXPN+UKQS9N8x1mFuhINBiqpX0bMLFSGnUMqa9gfbrxBfLU8g&#10;IebS6kcFzq64UgoIPnNVXYoWSHUKg462SEHyOBB6eG2gmz30N6XdSo0GbsISoaJvMWSCaWlkDnuT&#10;LSvHIew0LEH2cFqu6tZEzlK1d1myVQ1TuEL4vlWtqKUoCLhmo6h6qI/GwA9gHCr8m2gS2Vt4bFeN&#10;HVhCVjzKzQfGXuMHTbOKidjqQSeoKATj5g0l4+lfUTKEklV09zbUVCAII6LGqeKqpo0QbQkPywpp&#10;wbabnlf2m/HPKOTukGc4Jqbpvnem8yS/k0WJUMdNVAn91p95V/haNebShw4kBYG3RiCPLaD/AJxq&#10;r6rhggPMqI6QqQfYBHvqbB1G6iYFMWzplRlhUWNVhtT81u9rtAI1aNfgXa3tPJuZugmYMDbZjtLT&#10;YdudSJ6o7gVB02hdgO7T4cIXL5pxehsaj1Th540btOFeChh0JOI89s0pcn9Zsg9RKBq7IlauJiKR&#10;opRANxjdTZkkA+yQRqOIufAunGDTfyytxxJpAQ3lwKqhfErobn29/Hm++WCEkQR9siJo2bYL4lKC&#10;PPEn3YUtRX4pa/yyoL93c68S+I5u6YU0VRFBDKlVGVJ+abaSSbbgp8DewHxv4cQ63HPDrAk4iBgR&#10;S1iyV90Ej1gewipVOMQkkL1O1B2so/bxk/zz4JhixwTYaNsbOUkJCBrAe7dFBv8AX24eW7HFxXUM&#10;YmKTv2SvuQTHGMfbMxUlaNRKzKxN7dz+zje3WvMEdIIaWeNGYlr1cFmAJBCqxbaV/wCBv8eDhjQn&#10;DGeE7f1okdy0YEAn/FxPurL8oP3jcc5/5yc7V/lTJNHJJqVNOwjse40IYHX4cM8KRrtG2hKkn1BP&#10;zrl8nF4XH6/G/IFdmzMsMfzoSWCOUnzFqIC0ZJB+25Oov7Autu3E+Cv3ClSA0vAEE9AVs8gII8yT&#10;WYxIfDkeXOsFXTLHjmDxlUCKGoqpoJHW93t5gkTVTpdTY97jTlAnvCUg7OgifZFOICmsUKnpCgCB&#10;7NJ99YXhkA/QkfQRccdVzvl92/lGN06Txr9lcTj8uYN/hSspzEgFr94m7cqA6JkbMdhx88fhFPd3&#10;/EiRO3Tik/5pk+xQqHNTyu6uu6NhfVSCD/xIEcfkynhE1K2O4HV4jhkbEo3nRJW0BsAxj+YRYiFs&#10;dSbkX78WIu3ANRAx2zVTc6RpIQo/3qihf+lOufSKix11WkvkOiS3FyVuht9Bvc86o6rNGHpLWxla&#10;6nIO6fB5DJE6gggPFL5gBBtrf26c84+hRCljUrgAI9xmkiGWz4UnE4AODSoDjEEdVSGWjlG6pAXw&#10;XcLH7734qsrddKqlq0fDJys0bgIscjUs4awX9w+Q1j4tCfo4bFtlSQogjjoMKSP80j501/L3mPGA&#10;UAbFJJMdZ/i/3qkVnDpR056hUC4XnrBKHHKVVZVjrqSGpQBr3t5ysRa+hUg/x4NmIeprGcVw6bD8&#10;64Xg+bKSoH6VMepESq2qQCkVbAYwL37+X4cjbM91MtzAg914tpW0otqnyOpHppFCnL8xvmEoSpwr&#10;SnASnWmOBISUrJ810QzF/wAK7oThuNQ5u6E49mnpXjUDzOKnK+MFon8wC6SUWMxYhSBAQDZIkPsI&#10;4+dL8kejeTPWG9WFyRiGUK2kEhSGkqGr8PmMimM+d5q7gPEbWAHiCOBmz3MdsHO/s3iuVgd26Egg&#10;QMNaQkT/AJtPX28inWDbOEhZVitOA07ZCFBSgRsgrOyg1z50/wDxW+n+CvlHImbMrdTsF8qdS+JU&#10;U2E4/wBmMZlxKCragcg2vsw9LjTQ68OnBgHpUEscoxAsrRhPLMqxx71ILE6Fr62+1yR/7F3lwNWt&#10;tsyNQAUsxjhOsD/eajdW9jTCVI7h51RkJVqCUxIxIDZPsUKCDD8q/jSZ1E9JjuK5GyNQCYTRtDhN&#10;fi9cFdHVYhKMTggJTU7jDqbaWuCMuXcD6cYfQRQZJw3D/IZpG8wzmcsrEkgm4INyRbXkkWG6rVkr&#10;WpTi8NhCQkHpEJn31B+Z71P3WoFAQcIwVIjrKoj/ADfWlBlv04ddabG6fHevnV7NmOVtPAIjRw0W&#10;G0NG7gbQ/lrRtKW22IIlGttLacWeFVNPSsf95laNrARRWINj7rNuJuPD876WGSsvZb8SUkeZ+VAC&#10;4zy6dgBeAwMQPftpXVvpR6RVT1lbWUNfVS4kryP/ADHEpZ4ptxUljTELHtJA7AWI0tc3cajF6Mxs&#10;s8jDaffG+50N7Ai1jbtxei26AB5CkH5pVyZJnzJqdhHQ6lyXDT/1boaWgg8rYhpKKCJlciyqxdHZ&#10;he19xJ+PJOFY5RGQsjxINSSoLDwsTuJP58YetlRsJ8/0ik7qdY8KtmzZHXBjbUvM3T/G4qI09Xh8&#10;9XK4Gxnk8qZkHdQIVRStzp7vtvfilpsyl182GXzF196G2nh7ysG+7iBVrBxEYbD8iIptTWsxqjz2&#10;8+lBoOn6UVqSupWp/MIXy6y4C3N7JLHssw8Dbv7ecJsxU8gYsiyG4HusY3vr4Est/q5RNrxkj3j5&#10;Um7rQYUfLYfwp7o+muOFPmcInkgdUZCJUSeFrkG6uFVtAPEm9/hxuingeriqVma47QSC24nwL+36&#10;BxWpuARHqMfdSwOJV4QBPT+lZqjDMcpMOnoMTp4mV12tWwtfZbS/k97gafat424YjDsyU4porhoJ&#10;du3323j/AJCsFH3cjN+3KSRIOPl7tvvqP1sKKyQAcZnZ7saJviGRFiqaimd46uEyu26NBCyE22go&#10;28kHXsR48lJmuFEAR42YA3vZwR9K7bcJn8lauT+0RPXsNGjCnUgwVYSYHtxH4RQAZ29KWVs34g1T&#10;iGGx7ai29wvlTFrXX7e+4bS/jtPfx5jeoy3NUBzMsb+Ijbda/b3T9HIkvtxGniVtBSDwAOB6Zmer&#10;ZFSpl2+d3YoDaxrT0LEewiD76Id1L/CqOMS1GN4NHJSMSSjQkrHp3LiTeNb+FuRMRly1DEPm6iOK&#10;9ipdgC3iO2g4E7rs+uFJHc+M8eHs6aHWXb5XDZMzpOwRqifYcOGPnNFqzR+GF1HxnDo2ynQy4vPG&#10;oaZ4ISFUAju4uo+JKnS/Y8i0cS1lSyUH6SBVurgXXd4qT4acKn9xrizR3yilR/40QfiFD4ULjvky&#10;4NCtSZ/jBx/0sfOgsx78PjqPkjD4caqpKU4pFK6/yWaN1lWLapSQyb/0isdwsFW1uOMlCzrsVUku&#10;Cfdt4fHiV2zubNklVu2EjaCFavTxUxb522l39ncuIMwCVYR7hQZ5h6SZ6wTK1RUY/kuiqqMbVMJp&#10;nWQMwuGWTcSy+w+PGaowKnqmQANC3Y3PIictw8SrSUAmI6/Wp9sd+rvJz4Xu+nYZkjy6ur30UvMv&#10;Q7LmYKpDPhiYG4IWSKzBSTrZixJ3W8fy431mXY0QPHKFBIXXW5Pbl7bIzfAlrgCTJ4DAmpHte2B+&#10;3VoumwuTtEpPomT8aTUPovgzWZKnINcUeGnaqcb1kQIqeYzPIALbQLEW07cCfq3mCPpR00xzqLiw&#10;U0uEUc9Sx3WuI1Jtf6eBm7yl5Lau7IVwkGUg9BPTUjO9odrmCO4aCkOrIShKh/ErYQJxA6aF70J+&#10;gbNXX/1fZB6TY5I1RgONYrTxYhWYeVd4qUOPOYMysoYC3cHvz5jXWDqHmrrH1GxvqjnOoaqxPHqy&#10;prKiRhqZJZGkaw8Bcmw9nF6Wgynu07E4DyGFZO2Vq3lbItm/tQEpEjHCMfdX1c8DwbCsu4ZS5ewG&#10;COko6GKOCnp4htSOKMBEjVRoFVRYfRwImp2LW8eOJBNGmqlBzEUljbTmiYq2Br3O/PlHfnpqukV7&#10;mVKpxrx4LrWivczJUK515cLpkoNe5k8yMmw47qrUGvcybFt35SRVdle5w2pfXlSAa0TXueZF0tz3&#10;dzVhXuYyRewGnLCE1evc7AUmwHL6zVK9zL5jj7LcuF1UoFe5ySeZdQx5vvKbKRXuTI8Tqo9Q3bl+&#10;8mmC0DXuPNNmaqjAue3Hg5ScsCvcUNLmoEfpOKQ4KTlmK9xQU+PQMNGF+O6hSHRXuO8WJxuo1/Pl&#10;Ypkor3J0dZpdP48rFNd3Ne5OirD3PHVbKoURXuSo64jueMrXTRTXuTY6oOLtyyDNNRXuSRUgj3Tx&#10;QMa8BNe5IiqHA9vHCIrREV7kuOoa/vc1M16K9yQs4Gvhzda2V7meOTcLAc9Xq9zIja256vV7mcMQ&#10;Seerde5mRwVsebrVe5lDsFsOU0zV1ALr3M4IYWPfjKjppEpRb2V7mRLg88caYJ1nCvc7DuWIA0HH&#10;hso2ERXuZlm0udeNEUwQBtr3JSSsRccskU1pCq9zMtQ1r344cK8WK9yXHN7u4jiU4maRxFe5nWRG&#10;Xee3NGqbK9zKEVtW8ebFbSomvcziJfDjoTTuua9zG0S3+PKkVQGK9zk0IUhgNeMnCvEzXudhG7nu&#10;e/N05XudBmU7L9ubmrgTXuSo5GAvy5lNeKa9zIJSQL9ieUica9pr3M4kO4bbc1VSK9zMg3R7lO0f&#10;HXlkmqV7mVGTaSpse1vbx2K3XuZgAv2tPhxo16a9zmJB+6O3NRXpr3OakOLkHlgK3XuZkW4JJ1HG&#10;yMZqte5KQFLW+vnisTW69zIV8R254EGvV7mSIAm/N1avc5DbcL7ObrVe5yjI56tV7mXYdyr7O/PV&#10;oGa9zMhCkbhzW2rxXuZBIdw26n482RVYmvcyCW+pFr9+UAxqwEV7kuM71KjxPHDT8TXuS0fcxGth&#10;8eMFM0n7sV7nJgNluxPNBA41ooivc5xIxX3jy2kJqs6a9zIF1+j2249S0EkV7mYsABcWv8Oar0V7&#10;mYKo0J15U4UnXhsr3M4jW6+3jc02lUV7koLdrqL25qabKjXuZ/Je19v63tys1qa9z//SL/znZX2Y&#10;VuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3KF/wAXbGWxrqrkXICNrBRT1AX2GtqVhBt8fl+Zd9leVKzR4Mp2vPNNDzJAH+/1wu+r&#10;jNYvbO3/AONMOux/ti9P/vGhm6cSphWXMUx2T7MQLH6Ioy5/jxDoixoI0FgoAA+A5+gS22lpIQkQ&#10;AAAOgDAV80pMmTVaju8rmSQ3ZiST7Se/OfHqrXDnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9XuNWO4pHgmC1eMS/ZpYZJT8dilrfXbgH3nzpG7eW3OYOfbbsuOnr7tBVHrEDrNL7&#10;Vg3TqWx/EoD2mKeMvYRLj+PUWBw/arJ4oRbw3sFv9V+H0/ARyFhzzZ/6wY3MkFXVS0OD0U7i9mG6&#10;srBoCbsTAfqN+fKb2b5Ze5gX8zSkOSvSuY1KUfGognDaUk4iintszRhv8vYOBUQpzCNI/gTOII/i&#10;iAasa6p0Oe1oaJchxwS01GkrVFM7FXlXaqxLESNvujde5GtubKGIU9SJEaaeKuk3LtKMN19ATsNi&#10;RbxF+ZNJzkq8FwhaFDYCgkf6YAjZ11gSbdEQ2Rj1/jQC4DnaKVjSYpQ1+BtFG28VMBMR1NmEsJeM&#10;a3+0wNvDjIMYoJas00CmjCsRseKyMp/fC2uDe2lu1+DO1v0rHgw8hSNds4jjQpQU80tMawTGtjsp&#10;DxuCQb38sMDtt9fhyZBanlEHnGRFto2oOpIVNt7a+21uGReCP4/caLwnjh58fbXKqPn0YqzGYlLX&#10;spI/5D/xH6L8S+JYRDRUyYbVJaIs0iKpQhPBlKg3AN72APbhau5nBROOynT+2nq6ekUoaPFalpfm&#10;6N94VQm6xUWbXQkDUW14ljh81DE0je8UYmFFuJLfaQo6X01+ySPiOGyLkpgcRgP1qqWgRMAmDiY6&#10;TSjjxAVdT5SHbHZWZ2sqDQAixsSbgntxEz4dV0/mHDKSES1DiRpVhTzf9YA97Hx42l5aCqNp+7y6&#10;qXDAYk7Nk4ezqp9SqWeXfvIRRtA7L9Njrf6uQKiSEyLTYnROQ8gu5tKAgABC3NwNDYW/Lhx+YbeQ&#10;G9kHH21Q+EiCMBhAiZ8ts7DUsKkikAg+HGWsqZ67F5akSvKqRBGeUC0i+BIJ+2vh9PGQ6DISTh08&#10;f3U8luEadMYztGH765xmOMn7De21/wCjmKmhjw2keWOa1SuxowvuPILDRhoSfYfz4kct0ONkmCTP&#10;nVlOOSCMNtcmjp5oyk3vhv8AiX5G3JbT1GJVLDFcPoXKoCJ4jHBOo9gmSzsx9ik/HhAMqUky2Yw4&#10;KB900bN3Z0BJ1EdfiE9YOHlTAuBU1FVfMUdVPHIwICFmdLePuk7dfjxinwHImKJUPQYukOKABZEr&#10;qeSKbw27K+nSR2I0sXKjwJA4VqQ7bnUtKVdCknxDr5NGLVySn9qDpnYDqT6oJj0E01PiObcOxUU1&#10;Rhnn0DmyTUkygoBqWljmMdv+A3HiPzB09eqZP5xEZWQkwzyRLMJDpqKiHzChA8W2/wAeVNz32Cpn&#10;oIgjrnZ76OGLkoksqOk7dJKY80mJ8hNKunxqhmASJizA22sCrD42e1/qvxqnp80YBT/K4gZsYwxS&#10;VMUp+dh+Fzd3T2H3eMd6FjSMOvbTYSlw60pCV/00+BR65w+NSxNSl7MyI51GtmP3243VL5fxIRyU&#10;2HMkoI2KhMiE+KbXs0YHxAGunKs6XCTB9lGKHFtrMqxjGfCf9MYn21KDVJFxIthybWYTTGaGarSo&#10;pZFXa0J95FYdgAx2ADw14VaSFeDn8aTsOpdCgkgwdo8MfAn0maxkVDm7kMvw5iqXighSOKv3ozWC&#10;yKZPLLeJC7to0/dvxd3Id8+mOSK0HFAkkEgRjwO3CNvqQBXIJECfLBv48S+KwfK1Lz06CqaFXG2P&#10;dZwAVJUsBJc+AKgfHiL8oWjiQff7zR03dB8QTp4yRMdAPl0iazIu5bHtxko5MJhQmKFKSUMrFHja&#10;F0tf7UkKsrDXQ7r9+3Gy3PX1U464679x1DgQQof6VRB9grmLKbDnWJ4ljM3+jypHVxIHIYt5jXsf&#10;sPqwH02HEq4BinGUNJOBM9QI9owFdBlPY+38u/JVFjFXVxQUOJLsTXctW6zIUOnuli3iO1uFzjOr&#10;o9TFK0wiSkAnoiI90VjcEjsW+jTjZV5OggtVYa8eG1CKXDUExKE2sS0Z2uGPiFU8KwFIwBA6gZmj&#10;dD3eJhzZ1+ewHZ7SKxpI/Y/w4lkyvTY5PPDiMcc9UFTa1MQkzXvo6NtNj4k9+JVPhOwSekUoKA0A&#10;UGEziCJAGHESJ8qkebsUs52gakntzAnRPOWIzmCbDZPmZSxUTwMlyTbdvAKNp7W5tV02raAo9RxH&#10;nNXcdQjwzI27QUgDE4EzMbMJqBHjmEzRtNDVwuiGzFZFIHwNj35Po+gXUeJy2H0po51J3MHWMa6a&#10;2IDDT2nlgltY1AgHoikSsybWRr8SRs4x5cRXFcfwh9EqFb6AT/AcW+EdC8doI/Nx7E6GMkgnbfzV&#10;3aGxVSPHXXhA6+2CcDjhgBt6cK0vM0KBCEE9PR6zj7qjnHFZytLDJIbm17AH4i545V/TnpVTfpMe&#10;rJK2QLt/RQdgP3d7WbvcnS2vC1aimAEkDoMGevbTFvdvn7E6R58a4mpx2Y70hjiHb33ufuW4tzPh&#10;GWuj2AqMRw3DIo5PfBeukkl3CxuDFEspYsNQLcRPhSlSIHtHwFPl65cVE6uoYR1yYHvrBURY1JFt&#10;eoNj9oRKA1vgxtbj5X5tq4oFTLdFTSOEAiWOmhpoVBv3Evlufp28RFkgEbZ6/nt9tKENaz4z5iSr&#10;4SPaaww4QsUN55Kkoe5kndm+4E6cScNTmKXy8WxnFIY5gwa1p5xfw2qkbJp4XI04G7m3lQhJUOIO&#10;IHWOBoStlpAhCcOMQD7yKn1ENOGEaxNZ7jeth4E66342VuL9P8xSTwdQsEocQkt7k9PRRUUwUeMj&#10;qql2Y37m9rX4mVaKQSsSSesEAdUkQfKlzILBlpSgT0nUD6gmKTxytiNDUGqwTFamHewLpO5nQ/BF&#10;kPuD/iI4HOPZYyDmWO2E4k1PKiFY0qkcMo77BLCHFtLKSQPo4H1MJP2gCeI6Rto/Q+63isSOgY/H&#10;E+ylbBUYojbKuJSAftI1x9xsb/VwNqrKefcvRSxR1VQ1FIm9jGy1MRNrbSiMzfZAv7t/bw3S3IEK&#10;OHD9Kf7xpRkAJJ2wCk+yBNTEqYC5QvY+xhb7r9+J2aDPGWIzIKRZqdgGKRe/ARp7pgNgG/4Hhim6&#10;Uz90FXQAAD7KYDLLxkEyOog+h/WpNx9/I9PmPBMdqRDVYIsUyqbPHKkBB1/3Mlex7e3hm3epV96D&#10;7vmRSN+0LHiSv/eZPuk13zhh01bh018ErJaOoA2BfN8suP3lIZgtgbdzrw3RcwNtNrbCx+0AI68Q&#10;PICYr1xe3HSrzPmWB0grYaecqQZEeniDvY37n3WBGvex+/i78wXQlJPpHWemisWzLh1IKh1hSgB8&#10;/dXuYRmLLjp5FbAyHcNdpUggEbdqjYw19ttOGaXZUUJUCRG0qEe6K8q2cGKVT54z/nHxD2VwcDQk&#10;XtydhD0cUpxHK1aaWrbejNGhgkAtpYoLbR3vf+HF3eKBlQBn1A6/PopF+0WNC0SOJ1ak/j7qxuu6&#10;6eB0tbTggf5wa2oq4azGqVMXYXX5tmaGpX3STtqog0jfWeIXE95iJ8x8xgT6TTyQBiglIHDCD/mK&#10;ifZUD5ExQbacmPXUWBH/ACD25NnxHpVmWniizPPX0E062neoiSph2BiVcvvaVlC2BGy5t2vxGywp&#10;qVg6p2ggJq6XXWTqShK52QdB8ogJEdRiuBXFYvdSOJ4x8SG+6238+Y4OlDV1OcT6aVT1NEXBM8Bk&#10;SBNDZXWrEQL3/cjDMO9tOJTdN2Z0aSjVxEH2xI9TSoXiAJuE+KY0mCrzBRqw6yRsFY0xSkFQtBKR&#10;FMVLiJmUsVUgFgikmwJFz8R7eScHbrflbEI0wxFElOb+Z9pGTcd5ETDbv26jfa7dyO/DO3ulpMsq&#10;TMcRI89MFMj2155izuAULCoMQJGJ24kHYdhPDjUiZ6ephYFrkgj3T4EfDhjcvdRsLqqAQ5oihnmQ&#10;bHlhX5eSQDQe4oERYE3sW5MFnc6gNUzGMBQnr2R6VFl3l3jlsmJxBOtKfiR1QKb3oqimJFLNowUb&#10;WUkaX7trwR8KkyjKkFZgFRFTvCbXqoGidnvcs0kStGPiQ5JOtuDVvUnxIJHu+G2gvcNuhZDviwwg&#10;ggjoAXpIJ6wKhXradXiqYi6kG/lvpbxsrEHTt24JdTi/U+kw0Vz4VHjdJCqxtVUFRaYRH3jZks+6&#10;6i17aX19qgXqmjMGekTHrMUQi1tlqkr7tU4BaZHtxHspJTzZTSrGGRVP8trKhvMWOYAKSuhAU+5r&#10;fwPM2AdTMEqKUTR5grMIl3upjraedkHcpvliWRB71rsxBtyxuFP+JKvSCB1iSKbcypUnU2lfQUlJ&#10;MdICiD7q5YpR19HIY1wqKrjA3HypEXv9ohXK6key9zxZYhiufq2habCjFWIFuK3B6uF3iJIuTFK8&#10;e8sPBtR7OLFvLfEAkEcR4h7KJ02jCD4wRGxKwQFdIkA6eEEbcaT9PiOB+aRUXSSQqhhraZwm7WwV&#10;wrAW9o0+PHSGsz3jVMMRybiInngUCSHEW8mQsg97a7XUFmF7A2B0HFDb5CIwJ4ymJPlFF6mmm1kP&#10;NwDs044HYMMSAIEqgzUutOA4fTiHFqQeQ50emTeia92Cjd39gItyHN1T6oZeSWmzfT1CsApRo1NR&#10;FY395mW4tpwqdeQepXCBH4CjxGXMu/3CB1EhJpgpsk9MsZnilwo04Yb/AHgDFLra1gQHv30txYZa&#10;6z45IPm0kpKmlLWj2VIgk3Xs6eXJsUAPcakcDarlallMBfRwJ6scPfTb+UIIghQPTEj2pk+6kjj3&#10;TGjkgNNLUTIyIwbdC06SLY2/SAM59z4cHCD1MZTw6tjw/MCVuEuSLyS0UjweFi01OJEUH6fp4H1O&#10;hskOIUk9eP8AvpI9tEB3ZeuAVp0KA6FpCv8ASkg+6im416aM2QUtRV0ZixphrFHSTxxy2N/d8qoa&#10;JTtHe58Ra/BlGcKPEhHWvDFV00tjHNSTRTqB3U2DeZcaX93hnbtB1J7tWPEGQPbGn30DF2625Rik&#10;j+mCD8I8saC/DunrYRDJR4XiU9PUKH30lZBNSE2vuXeUEO217Hf20HGyfOVFJWSU4Cz2+wrML28Q&#10;yTbTr8L9uGBY7sCSAfMY+RFVTaKQkEbeJj50uKDp9iyU0FbWT/LLe8ixiSTVho0clKsikWGtyD8O&#10;ObYvR1Hl+dKCgAIiO5RobbgGAj936fDjZYPRPXt9+33VVCXAZHt2+840nJsnihM9RQU5V5NwMqhG&#10;b7V1BZCZhuNjfbcfTzkmIztAIUZlhJNok27WH+I7SV+m/LFkA6iBPSZn3iaeKE7Yk9dQXy3QVVZP&#10;UGmjqJlRB5s7Ss8b6+6plQSAnwKiw1uRpeTDmPEsJ2fISbAjEqu1tQb290gIPqJ4yq1S9gvjxkD3&#10;gz7a0WkkeLE0lMX6OZPzhBNh+PUUdRHXQorMRE42ArJtZkJkurAWDKBcDW2vFZT9T8ahXzMThSRV&#10;OpVxfsPBrcCVzu7b3UiJkcRz7asxrYMIUUk9B+Y2UVvqD+HR0OzqktHTU3ytZURhYzPCHVlUnaPM&#10;i3hRcn7VuK3CM85YxGoCSSrTyWvtZSpGvjpYjkPXu4DbKi4yFBQ2KBwHvnHoihoc7uS2EOnvAMMT&#10;qIkdezHiKq86vfhV5t6fVFVmDJWFSzRANI0tEVK2HvlSkZ9+wGinw5Td+N/6sMO6W+kSTIeBJ51V&#10;niaooEkjJsI4lXzrk2/4sHIXz5CbJIaAEn7zp0lRGycIPHGayW7LsiXm2Z/mFq8NskLKSScTJAE7&#10;NnCrXvwY/RnLlLqvinVPOuGGgr8GoqZYElpoopmeqMm6RzEWB2rGtrm+tiBbmixW4XZGjQAi+jeP&#10;IbMT8PLr8xjXUoPd6ZOGHs441syrcaBDZSLW+7x4npsDdBe3E62Z2U539SeNMtAytYr24n7qKVpd&#10;r3GyXD2ZjYcoURSoOTXuQJKR47k8bKYp/XNe5EFK5N+3K08DNe518tLfTlJrde5x2TJrrpy+qqwK&#10;9ztahl0PLBVa0ivczLVAd+P6qbKK9ySkyN38eO4Gmigivc5BVZrg8rFUxr3OvKUc1Wya9zxWw05W&#10;rDGvcwg6kc8KvFe52WC/Ry4Nbivc7V7nQ8vNNlNe5LSZk7fx5fWabKQeFe5OhxSph1ubceC6TFoV&#10;7jrFmWeNgWvy4XNJixNe4+0+bEY3c6cfDkUnLBFe4+0+YKeUA3tx4KBpMpqvcfYcVjlHunm8BSbu&#10;K9ybDXKTa/N6eNNFmK9xwWtANgxHL6tNN6K9ydFWWOrX5TXNM17jmlWrLqeW1VQ17kqOe3Y8tM1W&#10;vczpPc6Hmga9XuTFmJFhx3bXq9zKkr+HPVqvcy+atvjz1e217khZDuvyuma9AG2vczrLc6c8BV8B&#10;XuSBJZOeNJNeNe5zDApflaWgjpr3MkUhAsp15atxq4ivczRlSpD9+NmkqkkV7nK5A2hjy0U+lE17&#10;klZCECd+MgY0gKfERXuTI6gbbG/LLRTpRpr3MyyqDrxlMik5TXuZlkYkFe3LzWtNe5l81jJYnTmj&#10;Vgmvck7k56qmvc8CjaHUfSf4ctHGqTFe5zYAfo0H2vgOVJmngqa9zkq7j5o7DTm60TNe535aIhVD&#10;77c1V0q017mYIyD2/wCr4cqrCmK9zmHJWwPiNLa82lUir17khHsx936zz2qKcAmvcy3Dg7TqDy6l&#10;yK2RFe5I3lhuBAA5VJmm69zIjEqSPbz0V6vczFrHm5FVr3MiNY3PPGt17kkEH3xzVbr3OlsXPPV6&#10;vczIbPvPbtzVer3Mq/ZMZ9vfljWiZr3JQWNh9GnGtlM4pMV7niijVO/HJpQK9zmFACp7ATfnq3Ne&#10;5lVbi4Nhz1OA17kpJLXsL89TWg17mYNuOvs5WnQmK9zkr3aw8OORNW2V7kxSSpAGvE840kGBr3Oa&#10;aFRfcfYePUq1V7kqGwG7cDypFNKr3JodSF043Sevc7BjDHdY9u/083FWivc5+fFt8PuPt+jnorek&#10;17n/0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9zXH9d+Lf1v9fEeCg7xg0OFU/wGyH58j6jKb86y/TDk38yz/K24mbo&#10;PHyZJcPua9lfMt9V+bfmM+ukz/cWGmv9MgL+LvtoTMTqP5J0Ixau7GeCoW/xlPkD+PHvn2y1w7qu&#10;vnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gLdfMZ/lXTyemU2euk&#10;igHttfzG/wCTVI+vnOb6pt4f5Huk6ykwq6daYHTE96v0KGyk/wCN1ipL3Ttu/vArggFXyHvM+lDz&#10;6cMC/nHU2nqnW6YfFLUH2Xt5a/WGcH6ubFv4YPS3DumvovynTY3SBKnH0lxp5ApRmNa5anYyEkf7&#10;yiK2nt8Dzm12Z5YqwydlMf3SXFYHHWZSevwBNYHdqWbqzPO39BlLRDQG37BCoH+Pqmj+1pZ6g1EM&#10;uqHbtBuNO9xw+tDVYHHUGir8QlpmDjZI7AG/YbXta3wtyeLhCIgjV5gfhWP0ugFSUjyx9sTMjzqL&#10;XR09XELQLKpsHUqCrH2FSCDfivxXO8mF4m6YzRNOwi2pMw91YyRZg6BRft3B78j26yNp46kKWlXQ&#10;mNPqNPzpfaXCgiQoKHEKwIoM8S6Y4fWFJcDrp8IcTGbyqZlMcxAI2yRyK52gm9kZeRcIzNg9RTSC&#10;hknhUm5EwXczHxSTaAV+gcjy6trmxXgdaen8Rtj1oUpcQ9iQAeA4etNOJYJnOgq6apxOKOrKGyvA&#10;jqoX4wl21+k8UtRRYhTRrXVMTFm/ej7ad/tbvC/HWb5K8VJgcVHDHqHCmC33mCCPZWDDcYw6qrGp&#10;Yn8t1JVYpRe3xZV22PIK4jLVyvPSxARaCJx9pR2O7wve/h24b9+hURIHnJpCWQgRSkKIsop5GJN9&#10;f8LHvZfhzFKaStKUG5IxEGG4H9KzG3Y/Zt/wPFAfJOEAdPGn0ILYkR61wSd43lqJGcySEWU/ZCg6&#10;2Ht7cajkzzYhSs7IZLk7z2tqCT3/AGfDljc93wmtKe1fdA6wManpmWKlZhJc2K9tT4aD+jv8eM1d&#10;lKJo3aZFUITZI9Vv/wAvPG3s5T8+pPAVQaXPtJNOdNmlIx5caX8z/iw2/IWP58RdfkGtR5KiiVmU&#10;oWaWT2WsdjdhtGtvbx9jMAoGRjS47I8qdYMx0oYR1p2voFC9vh34l5cLkw2HzCvmC57sPouNL+Pt&#10;4bJfbOJwHVtnrpOWyVnGB64++PdSkjqI3UPLbd4W9nJFBh1NRquJSSwGYKXMbJvbbaxvc20HtB9v&#10;KB/QNSdOHTMR6EVRK1lRwIHDo9cPnWKoZJ1Eb7iPDaf48bo4KjDIvPpaiam3FS0ZcMGJvtOwrtUd&#10;/DhW822rxK1QeAjA+oJilKpVivEdWA92J9tYwKWr/SmIdttyPe+o8mUT07NLBidNtqJpAFko3aKc&#10;3tZiHLwE/DyrcKnrExDZienkUYfmJWnQolI2pVCk+xISr/eqiz0zSqJqSRQqIR74DJ49yLMP+QuR&#10;qrBMNxOsmwyCqpsSniFmWQGlq1J+yA0TiOQ9/wDcxwPqWpnBR9lHwdSrEpKfLxJ9dQUffTPNX1dA&#10;VepgmiTwaO0iW8S423UfSTxFYxgmZsDlehxaKaOlcqFhr1PmkED3o5V2dxqCVP18sHkfxKx6BRih&#10;KLnFuAR9xRsPRIMxhtjzp7wrFsPxanFVhMsc5JI3I91up2kfSDpxJYllfCoCnyMkqs5Yqb+YBa1/&#10;fXaDYntbitt1JMAKB4HD8KUJKljEAgbY29Xzp5WSUsVmOw/6o/jfkKHAcwSTuKyGeV7J5ciRkhtR&#10;Yl0sLk+Fvgb8TuultWKhSYlCcUEAdHuwmSfbXNpqeNfLaQDub3HhqeCVF6c+o+YMMjq3oqgCRrXa&#10;PaNo+rQa63vwpdeQ5tMdez4zSNOZNNGDjFIKu6n5Hw+d6WfFKZJEuSu8btPr4of9mnFsLnFLmfFq&#10;GkRFi3lHu5UAX90MNxHja1+JvzGsSEn2U45nKRhoM89VMeBdX8GzPQfO5ZoqypD7wt4Ci7lvdi5u&#10;AjEaNyRJ0p6e4RE8FfjU9TCgG1KekUEXJ94ySb7X+jw4jUpLpHA4YEefXTH82eGAQkTxnH1FPtLj&#10;ubK5QEw1acHxkm3H7gq/d+fPYflnpFg6fNUeC1dUA3uy1FVuJNrbf0SIDuPewHE6lhKzJjbsA+c1&#10;Q3l28YWoADgAMcZrLWUuapY/JavSnZxoIISGHxvKzjT6OLihx6jplafA8u0NGRtO8wvJICt9SWe9&#10;hfx4QCzSJOpRk9I+QranlbCo7dmwcKS/9SVV3kx7G6yuZ1IJZ40UA/u2jRdTxtqs95mxudxUO0yi&#10;5YpGFFgLnYANNePry5qIAIPTO3z86Y0pTifjT5g+SstYFAooYVgjcabnL7mPYkE6m/IjVrTQCodd&#10;llO7zmdyPqVlt9fEPdqTh8j+NKkLnZj5VP8A5VHHNrIf+hYRf4qeILFK6kmSSXYJpCNLkKg0/dS2&#10;4n/guaQnGKXoUonop8p4PLAAube3+yw4nKDCJKkGtxAeXTBrG0dm7eG69z8Po4sWgAQdtKjdQeM+&#10;6pE8kyx2pjeTwBP7ORscgyuyxxYFTOxcknzWG/TxsoG36OERYUTJ2UaIfWr7iAOEAj247K6pPmgp&#10;asFnt2sQP48yU2CUHyCTMJfNQk3K3A+BZri3t4Vr8JijFm4WvDwx1YH4zXpJKkvtTUcQ2Z1g+aWk&#10;pnlqojoViZDYgX7xIv8AdxOyTBo6YcKEHFPqD8zUiHt+k0/L+N+IWQZdkk/ltLRs8jNudQztLr7v&#10;7xPa3s5tSIRAMTwAE++TS8OKQMVafZHwFZlVYkZS2h1UsR3+HFo2T834xElZgWWhTUsjJH5k+4IL&#10;DS+gJB+nhcvLkoM/A4ezEz61U3rTMhb09IG3021B/mFFEfl56jdKupW4vr8LcyT5KzNhp8jH8zUe&#10;GRAkmGkSMqAftIwfc5uPHdxv8vr2EJjq20XIzJsz3SFLHSufcRFcjULJ+mhp2dj23CwP0E8iYxR9&#10;MqekpKDGK6srlRy0pTy6ZWujCxbY3Y8DrlsSqQR5wfjNCC2uX14IShH+mV8VViBxmSInYkLaW3nz&#10;B3/1dh4AeL9Jen2YKyRsExYqwBdIp5FvqTtUSqFJt4cDjiVqMSOfWh0i9U0nFInpAI+JNThLUQRg&#10;1KFvaYwbf8gm5H38D7N/R3NGAQedRyVTrEob9LGHRtvukrKADbW/EZcdQYKo6hs98n30vZuW1nYn&#10;HiD8tlZIKymmtKj23eB0PAw/mmK00scdbSGMRWvJG7Pu17lXJIH0Hh43mLlvgoeW3ClDlgnz84T8&#10;BB9lTVAUWHHLDM04fUqIK4Ksveym4t21BuQbH28OG83npnjEY+0Gitdrp8uI/Xj7K5cWWGVCRTrs&#10;mp6jcVUCNtjlTayAEsC2uump4LLa/wC9MbfUD5USXFol5J0hQG2YJGHWIr3FFPmLDqKdo5qeSjkv&#10;uRypCnw1Rrgd/C3BOh9K+Gnp6/KZwoONMLdg6kqAB5kRj1V7ijifD6zyamsjUblIaUD9Gw1tqdAR&#10;4W09oPFBUF4n284c7aabdgBKTBk4EGfjh6zXuOlfPi+H4GuU4K+T+XGbzkpYZVhXzgCBLvKszNtL&#10;aAjioLUgQAkzxjGPWaaaIbWVA+OIJUJw6IECPSeumqTD6OavGIiNBUIjRrJb3trFS639hKr93FJ0&#10;wz9mzAsdko5Zmq4gI9i1kW4AaEO7rtPun26EDXggy7KkXa/2gIGBBTCY6sQQccdlIcySUIERjxHl&#10;sSOjqkmePCsVbhNPXxeVMxjvoTEdp10+Phw3TZny7W4cIc1ZapopJZCyVNNHIY5LD3W+3YaXvbxt&#10;9Y/dyi8sxLcKBOGGIHRMx7qi1LjgWru1xAG0xHVp2z1kmkpDlvFMLrC9Fis8sRBXyZvLIv7QQgN+&#10;Qpem741AuNZFxmM05WWV6aRkJjdQfcYW11Gnbw78SKvnrQQ8nSenb8o9kUZIzFtai28CVYQocTUy&#10;PHK2GT5LFqaSNtwVZVW6sL+LeAt3PGwT9T+m0K1OHRiCWSMX+WldI5RfVPLmMu5h42Itf48cbzJK&#10;hJUZ6RHwINKO5trvAEmdutMlPWCNMes1nehwjG5xLPElS0WgaRBdfE7W762/LjdH1AyvjmMCgzLF&#10;U4PVG5Msce1L7b7JIZg6uT7Rb22tpxeHi54irT1xhHTGyfnwp9OVu241N6XEjDGdnmkpj1mKnTQV&#10;sR/0UpKvfYftW+DceKXEpMPxCnGH45SvuYlGQGB9oFiZEV9h1It7o48HljFJCujGPUx00mNmAlS3&#10;G1xHE6hPnEj21jn/AE8I+agu3bayBhb6TrfipqM1ZywOJK+ogXEot+01dFKSyHxeWM7lt7bW1+7j&#10;xuTbkA4E7QMcenGcKLPyLT4gqLZgeFYwOGxJGk+smoEUWHa0sQEL21jft9XbgmYV1IxqtpjT4BiQ&#10;+cIXy6WtVVaQa3VWI22Ht2cNls/mkbfdB9tBZzL0MGVJgDapCiY6yDM+0Un8Tyzg0rGPE8OLqw1a&#10;Estvj7pDj6d3BFjkwjFsBFXn3LHkNM1pZqVWDH37KSR7i7xYkhR3vxUllppOogg9BxA65EGipJcQ&#10;ZtngroCjA9KRy4dWYdXvR5TxtkWJLrTVO11C7NR2Emn/ABLi2iwygrlMGWq9fKkVdyyurk7R2dZQ&#10;ykC4+yq8OQylSZUCQeIxHw+dFYUWj+0BPuA9UwffTDVPMqpLmWhNke7fLhrNu8YmQhh21BLca8Ry&#10;hFhlMlXmSgqqH3l/0mgmkiQ37NoTGAfgtuB92xZugUpOk9I4R1bKOG78q+0pWP6KxJHvCvaag0Fb&#10;RZjqZ6PBKqCo2My/L1kCSOmh9w9nvbvckjj/AJUxSTDx5YxSnrGAsUr1BZ11Mf6aNoyCPevprp7O&#10;EruVPIOtkhzgcPZ1D2UicKH1eJtSf8Th6GaYM65SrBReTR0VTQhGJ86hcBoyQN36F0dWVrC3ssfb&#10;wRsMz81CyU2L4NKrSg2eJzLAQVLXBIuBb/W4oaDr2DgKY6vngPdRa7YBQltyR0EAK59KCHFOnE1V&#10;FGuGYykksZQgToIKq6kA32ERk/THxT4Zm7Jlftkw2fy5iSrRo5sf+BYmx5ZTsr7vUFdWE+4CipzL&#10;30CVCRTfiGAZtwuJ48ctOqAMJJolUrfT7UYXd9fHlKlwIqqnaUpIdN6m234X7cVgBeECiuQAQems&#10;M2FRSL8tLTxRgxBy6tYq9gbnbYkE+B51LLWFS1mdDf3brfXS4O2+luOADog0oGlOFYaTB8MjlC0q&#10;inlYhjLIXI3juu0tYKRbnJavEIauKgw/y0ZYveaoiL7gNCAQynd4j+HCtxPAcTt4Ck4bChIk+IDb&#10;6/KvT09LVYc2L4mJjCsxutDKqi7NtuyMjgIL2PNbP8eWvrqjPeQsrtJaKLDqmpaEKVUO85UuFJNr&#10;hR9NuYQdpCv8rSOhAOGz7lV0Y7FUA2ly6R4i4Ez0hKQR/v1G49MVDhdNk2srMPT/AHprJCJXZXd0&#10;WOMAM6qoO03sLac16pcJRBtQG+p15jqcfFWbinpJ6/lRleM82H7e+vPACnQsV7jZUYakgI225qKU&#10;hyvcZpcEAuQLnjRFKA5XuM8uEsD7y6cZUnop7vDwr3Iz4UoFyunGNBqwfIwr3IT4Zf8AyenK6Kf7&#10;2vcbpMOlTQm/GyiliXhXuQnw7X3hymmn+9mvcjNQfVxuIq+uvciNBKhsvbntlOBU17nHfKnHAqr1&#10;7nIVDlve5sLpspr3M4qwrWI5bXTWia9yQkkD68sDNVKSK9z1oz9HL1XHjXudGNU1HPTW5r3ODxsP&#10;snl5q4XXucQZV5WtmFV7nbSMT7+vLitBvor3Ow/s05cYV4or3JXzEqj3Ty00x3de5NhxWti+y3Lh&#10;dMLZFe47U+ZKmMjfx4OUiLFe4oqTNQc+/wAeDlJlMxXuKCHMETn7XLCDtpKWor3HmnxYNbaQfp5Y&#10;gHZSdTde49JXhn0Otxp4c8JTSUp017jpFWWfjhXTVe5PirP3r8bC6rXuSxVA634oBmrATXuSBMCL&#10;g8saqRXuSlmO3vylar3M8ctmO3nq9XuZ1ne1uaNeCBtr3M6yyeHLAA7asUg17mcO/drctAGytBIT&#10;sr3MqyXFz356nZr3JCuh+zzU1TXpr3M6SWNuaqqkjaK9zOjXsb+PGVUw6SSJ6K9yQXGunjxqk1e5&#10;kBNtwPLinNle5lRt3LVYLr3M4k26c9Wko1417mRHsfZ8eVpPE17klW3MB2Pt5qnYivczoytdiNO1&#10;v289TNe5nUoRut25eKc017khQrLu44lGFNgV7nShbFx4cRqGnGnpivcyLGWURnQ+B4oCcJpsGvcy&#10;eXtUhu4/PjWnpp0nCvc8q3XlgCNlVFe5niLR2X48vWq9zKGZtOUr1e5yWQ3II8Oar1e5IWQFRp4c&#10;9Xq9zMNp0Hj3+nm69XuZrtt289Xq9zMp2KL66Dnq9XuZ4iCDYWuRz1er3OcQBIBuBcjT6eUNNqr3&#10;JTKFFtLeHLCvATXuZroV2gi3hp483T6fDXuckCCP3SeMAxtrwVXuZY0uwvxzUDsptSjNe5lZED+7&#10;y22tpUa9ySl+w42RFMKBGJr3M4UMm9TqPhzVWBr3OwLHaBYN7OPaqcBr3JYk3KqDsOViadCeNe5k&#10;BAYi9vq5Y4VZSq9zJp7R93KzVO9r3P/UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NXvPOK/wBdfXJnfHr71pcRxRFb&#10;/Vp3+SQj4bQLc+hL6Msn/MbxW64/uFq675a0hr/3tFfIB9Qua/n84zByZ1Xa2x1htRSPc2KV/Wyo&#10;/lPQqmoe3zb0iEfE3nI/5N4M/Pq4rmjRCOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9XuFe63UmIZ0z3lrpng/vVVfNFHGoBN5KqZYIhYdzcHT484GfWHm6syzHLslaOIS&#10;p0jpU8sNNz1ju1x1Kqet0gmyt3rtexI9yElSviPZR3PShgvk4Ri2ZHXWWWOnQ/CNd72+nePu5uqZ&#10;SwvK2EZQw7LPTjEgKPDaWnpYKapUgqlOiwopRhtFl04b2NubJpLaRghISnqAER7hXG6+uV3L63Lk&#10;SVKUolPSoknHzowNOk8FV51dABL4ulrm/c3BvzBPAaSMx5ww/wA2Fy2sS+YhUnW4Hb6Bw6Q+UjGA&#10;emk4BcxYJHmYPvIp0NRFJKPl57P/AIXOvJmBw4JXVSz9P6xaSoCMojlZ1O0kHbZgNNOw4jeJjCKu&#10;449/r4BHUAT7qgVxamh8rEoRJE3+Gxtfx42Y1nivy3Vmkz3hTyxyGwnol3E20uy6EjiFKlHBQHni&#10;flS5m1bvEnQpMf0Tgaw0mHfolqsGqX2p2WUki3sUntz2Gx4NVSGSgqJY2JZxIGZFP+q8bWs31EfH&#10;iZ3KWL7Fwaus7R5TSPv37HBJGnYAOFSpaSnr6dY8QpxqO8ih/uOvHTDs101PiL0uLwFhYKzQAeYF&#10;HYk6KQR7GPx104Cn93nGge6XCeAgk+0A4etGgfwgwT00wYhlCRtkmGysggG5Vckrf2KutuOiYnhc&#10;1padY2iiHvA+617j7Ytu7XPY6gcjW5ddslS+iBsBIiTzNCG3T3qYBx6zTBXUmJLCaaqeVWk961yy&#10;gDxFu3fikhzBT1JaSklK07hRctYEWuwW3vG5uNQONt5gXxB2c9FNOWy28AMenbTPFReXGUrovNlH&#10;YjvYdj9I44w1NCIBHRALv+2HP5qRcX/X28eBQeI9lJC2r+Oo9Z/MN6NUDaF+xsOn/B8xGnkjZvlm&#10;vdxtjkUXI0vY63vxQy8SZGEVtIr0tbH5G6oUB41YtLG1xckmxUa6duJ4YfFiDSQpA0FQ5IYqtxb2&#10;m9tT8L8NBd92CsDqOG31rykgmZpRR4nUYWiOZBLEwB3SPrqDprrp7Db4cYJun9Q8y0sLCMFjd5Ad&#10;QTuItbQEGwvwvFyFeMGB/RMTRglYcEHhWdc90kUbSbtx26WGgO29wWtf6uYMY6NYjizx1MNLJMsY&#10;2q4OiHuLhrflfi1rMEXGGPpP7qRJfDEk1goerWViUpJqxY2sbqQVJPw2352vQ2vmqP5hmJ1gA2Cw&#10;dRfQatY9+WXcQI2nhqpg5nhDeI44U9HPuGbN9AJJl/1QTp9fJtNkDB8IEi1FbFCraBUu5se4ugNi&#10;bDiFQS6PEIPtpg3ywfCJ91ZJccqJ0200DMT7TYfXfiqwyDKWDU8VPLLVVdOLgQOGaNg2n2WNhYn6&#10;fHhT3WgfhhT3eur4BM49Yjr66SWJ0mOYpUTSxpT0kwQFp1I8zQe6NwF9BYcZ8Nw+hwJ0/q7g0IAZ&#10;2klq1SQkaWBBvoPD6TwncYcWcZI68aVuXCrn+6KJOzA7I/Gs0uH1mKIWxXEZgrIihKd3iN13bjdb&#10;am4+7j5N1GzhSU8slNXRUC6/oqaMxHXuAEUDUcXa1NJwSKI/yrYXBSVHpONRKTpxlKeMpU0bVobU&#10;/NOZ2JGoN3vxC4rmjGsQUztiBlMikWcOxB9pKg8I3bUr8S0pV5/uNCRpKECAmOmIpSUOW8Gof0NL&#10;QiNBbRQAPuHERQjFpmMjEuH1aTsd/j9qxGvFzJCfDFbcDKMYJPTtpZuypF5S6JYC3hYdhbjlIuGU&#10;MXlzxxrf3Sxk3uT3sAm6w4++IwTWkLnEKPsxpufz5ptHNhpa1vz5n/m1PUxJTU9N5Yi/dRQgFtLl&#10;jYkniVKMPjTpI/iMzWOLC54ZTKZLbjcXctp8PZyJFLU1dStEZRTxWF1SZmAuT4AWufHjrTfirRSk&#10;YpE1JKxxEPIpdgdCE1+m/GmtoII4x5tZsJvYyNYaG5sou3ftpxSUxhIr0k7UipMNZHcqI3Ac3PsJ&#10;+PE9UzYTHE0NXK0jODct3I8LeJHKKbSaWthR+2nFI5SN9OQP9W2v386iZK+UwYDSTSlSbsQFS3jq&#10;CX/5N4Q3RI2UuUSn71CozyVMJaardIkI01DG/wBfMWL5XzlUxq/uUZI9yNQfeP8AiDuFseFzS0j7&#10;hT6Xmk/cST6/Kaj0uNYaDtDmYjuwt39lr8bcG6cTxq8tdW0ik7twmbebk3sEUNyzzxOCQfWjIXg/&#10;hCvQ/jFdVuNLolGJJGv9kR2sPbdrDjfi2EZTepvisktWY1CKkECKgIv23MtuIe6SrE7aVC8dV9qR&#10;5qJkfGs1O2IVCb2si+IJO76gBbjZKIMOnkkw/BEkp2ZrLPUqw1N7FCSup4kCYOyly3HFphTkdSU/&#10;MxUlYJb281j/AMBx1XPXU7BKZ8OwH+W4FDJreljiVwCP3igBPFSHy0rUnBXyot/JW7v3Fav8aSPf&#10;hTXLl3CK+UNXpJUlTp5x3AfQG7DgUZsxjPGaKs4hjWOS1Ey3UFme1uwK/VxApCD4gBPvn2ULrZLN&#10;sNLaQB1QP0p4o8KwygTyaWnjiBubKoA1+jgSYjhmJzvY1U1RP+6tnP8AytYCx4VLUV4fhRyV6/Fj&#10;7vkadoxGihVAFvhxgqcv12HVIlaEkt/iIBue/jrrxMpsjZS9u41iAY6q5Hy2NyLn6ONEuA4rV18c&#10;I8mAO3vXLMAB7dikC/A89aFRkFIo+auwgRXIMg7cGHLi52yzteir3jV/dljpW8tCB3PvFFIbgYXb&#10;q4YCqquGHxin3Y+6abaygoawD5qFJGXsWUG30X5Gx+o6dYzUvV57wOB5X9wTQyxrMfAFhCSD9JPE&#10;xZ6FEdRxHoJ+VbbdWoQwsp/vVAx7SKxpT1sR2wSgKOyFdB9fAoxjoz0wzRb+qOItDUgMRDWRtGbC&#10;2iyAMv3kX5X8vrxVpw4gx8qEjN+/biFJ8ykg+6RWaGesU7atV17FTf6b8B3GOkeecJmNPBD83Ath&#10;aF0dRf8A4ixF/bbnlHQJBnq20ZovWncTIPXtqerbhuOnEvRZgzll3dSVKyxRbdUbVdCBYqTbhgjM&#10;Hm1YSB6xShVo3c4nxeQ/Ca5XHt5Lpc10TvJNW05p3F9YCNvb94Gw+6/DVrO1KOpUef6UWOWyjCEE&#10;ROxQk+2vAg9uL3DM0Uc1M6UA3TPYo0Zv27+61hax8ODS3zRL2z3fhwoMP2a0xqgRhiD7oBrxAIsR&#10;w0nRbELTVNRW09l2J+ni8t2AsPdaEsNA1+Tdu293RK0AT0z++obz1kOBImSSZBkSdg8Qn3xUWaMA&#10;WQWH9t+GLpIMu1mHyDL1YlFUB9w+VJg3X0IencIrX9ovydLa5U2NAMTKjow2RtmAduzb1VFq21pU&#10;NadWEeIAx5KE++KhGRo7hhuU9xxsxmLEcMf5yKIVcum2SJvJkJXSx7eI8CeLTdIeBTgo7OIJ6jIA&#10;88aea/aCCSBjh93x2VnISoj8twNtrWPa3HnD8+UMpGH5pgaBtp96SE7CD4GVAWv9XAxc5Wy/4kjQ&#10;r3e0Uo0PNmW1T1Sf99OHvqBJhNOAGpwqaj7Iv2uB/E8czhWE4+r4wsjLT6ReVAfMUbQFDnb+lYHx&#10;ul/aOBF7KnUr1IUARsH3A9eExPXS9F+bdPdKSFL2yYCscYTPhEbNtRWjVV8qZzdewJIHw41L07y7&#10;iv8AyS3jiS5MiOpVGfSzBVBFv+J7T8OEykvKEuYwTgOnpxijz+bqSApckgdWAPA4yY6pHXXTV9RA&#10;95UG61rqb6eFz3+6/G2r6XYthUokwKUCpdmaaES6Dvoh+zYjsFuOeZvFNHScJ9vuke+jRrNkPAhU&#10;lOzVHHr4+0VkjxWKclJyFt23e34f28yxDC6pXTFxPhuIKBaR4t8TBftM0se43Nxa4v34LWnUNeIm&#10;FcJpGoqaPghaT0Ez6AwPhXItPtuhR4x+61lvwSMjT5wgMX8qVJ4pG3GSGUM5AbS5HvhgRfUDgktL&#10;1ajiUmduFA6+YYWdSzpPQQfjEe+mnF3wtoy1cPtDaVcEixFiAuoItwxk2YKnFWRc3UEEjBBaSaFl&#10;ceBAkVDcnTuRwSBpAILZ+J+VAlNqhoS0Vehw9hIPuoOIcFooCTl+tlS8lvKV7xnS4spYBfHw0+vi&#10;xwesxCikM2B181BGqIWgdvNiINtQC3ifC3NPMd5BWASeIGIovcAexUkE9MEH4fOkdjGWcPrwTjdD&#10;T4jMC3lzCNEmVibkbvtCwvrxG5mwzMddVtU5YGGTO41R4jDJ5t+4ZYyCLfHhMtNxbr8BTEYaifdA&#10;PvihDauswQ9rAGyDIHmJ+VPuDNS4TRrTVcdZBFGSQxlD+5pe533XX28eMpwZgoFWSTEflK0KBPSy&#10;xSom4aHbKqEEDuCbcU94p9I7wAmOERPnt91IXymDKJSdipB/3mZ/CmjGqnCsUW8ND82jljFLA8ZY&#10;Ib+86sy3JHexPfiup8SaaZpMwYfGJr2WopmDNb/FuFmB4iXYhw6oAPl+NMqSlABQv0IwpFVOBYm0&#10;ZhytiLR3+1T1yuqj4BSCh+/kOhzJU4ViUarjWIxU0auvytTGZVOhAG4ubW8OFqclWDqbUNPRtPvx&#10;ozWEvNqltE9Iw+VNFT04jqHGLHCaL52V42kqKKTyZGOhY/ZUNfxJPHmPOeIQVKeRUQzRFiTEq7XG&#10;g77gBr8DxWq3UOE9QIn40Vi0QoY4HpGIrqpyPhzpUyyQVNNK0ar5rsrg2JP2lc+3iso+sCYVDszE&#10;rwxyRAhpUMim5AAJ1AINuBu6S2giZT6H4pn30hXlPeRp8RngYPyoP8R6F4ZWYw2LZamhEsTy3WJz&#10;FIxdG3fZHiDY6+PNbf8AGMx7LWb/AFEYLPQypURQ4LErFNAJDUTk6dr7bX5gxv48X70TiAgAeUqP&#10;zrol2S267TLVpUCNTyjj0BKBRzegeAYhljIUeEYiHVkmkKq7FjtIU6MfC9+U9VeXsOrbiJ9umgI/&#10;LkGlA2VlMl7TtobeJWryr5Q0tpxkt0s74dFe4yS5en2lrAjmijTjShKuM17jNLgdStyE05QDVSpL&#10;gr3GiTC5b2lSzezw5UpilIdivcgyYYS20jTjCQTTneTXuQJ8IjHhysRXu8r3GyTBw/bTj+ilAUK9&#10;yHLgc/cC442W6e7yK9xokwqUORYfXxKpEUpS7XuNzYb9oPbibRVw5jXuNUmHFX1Fxxopilodr3Ij&#10;Yf4qL81ppwO17kZ6NwdV5qKUBQNe5haEqNRyuIq0xXucRuC25uTW5mvc5iVxoePhQFa0ivczfMC/&#10;vC3PaqTFNe5yEqN48vNVKTXuc7I2vNTWtRTXucXhuumvHCqrBc17mPyn8DywNKNQr3Ogzx69+Wmt&#10;aQuvc95t21HK14txxr3Mxe2iG3PTSfRXuZVmlFtrG449rpvSK9x2psVnisLn6zx9KopKtua9wQMM&#10;zHAEUTHX4cM0HXxokdZJr3BHpajC62DzIZNpt48upsUTFJSa9xumrUhYrvBA+PEWnSYpWETXuc4M&#10;SDNqdOOatNbUiK9xzgrl9p05ormmigmvcnx4ht768pJprSRXuOENcm5debk1qvcnR1YaxB5vXFVr&#10;3Jqzgm5PLBeqtV7kgTLbQ8cSZqwr3JG4L717349VhXuZ0kCICNOJVbaRuAk17mdZbnQ8fpUMBXuS&#10;0kXvzRE14jVXuSFm+PGiKR92TXuZkdSdeeApzuoFe5mVxu005Sk9e5mV1Yjfp346nGlKVYYV7mS5&#10;0DcZmkia9zKjMBYnTlzSiJr3JAmKndfla0RXucjOwFwT9HFKTVxFe5ISQkXJKkeF+JlEpNJTga9z&#10;NFIATu0v4c84nUKdWMK9yesxK7WNr/dxwLkRTcV7naP7pQdv17cbJmtgV7mYEBvhywMVU17mZipv&#10;4aX5aatXuZI1Kte9weUNer3O1jJLW9vKnDGvV7mUqd5S3a1uW2ia9XuZVG0ad+Vrde5zUynnq1Xu&#10;ZVY3156vV7kpWLGxP189Xq9zLGffCD6+er1e5nsLgldQe/s5urgV7mdSALc9W4r3M8bEaHx5VY1V&#10;paeivckIbaNr9fGEpimEpNe5zVbeGv08fGFKQdNe5KVSo3qdfYBrz22q69WFe5liMqA99fhzWymz&#10;Ar3OaJJG4RvdPw56vHE4V7knYisBruv35at64r3JBRgu7S19SOU21ceKvcyXW31c9Tfd17n/1S/8&#10;52V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3MFVUwUdNJWVLbI4lZ3Y+CqLk/UOWAKjAplxxLKStWAAJJ6AMTXJVZ2CLqSbDmqB0IrJ&#10;8z56zJnOpH6SqdpGJ/xVMzyt+a8+rT6KcpAvb+5A/uTDLIP+2LUr/wB4ivh77SMwN+53itrrrjh8&#10;yZ/0VOPqqqhR5cwPA1OjSyPb/l1GqD/lfhqefQpWLlEk57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e4nPRrlyPqn+IhgdRVU7VdBlyokr5kW91XD4j5ZFv+lvZ9/PmM3/&#10;AMy/th2jPrHiRbOd2OMflkBB/wDQ4J9akjet3+U7sLSDCnkhA6+9OP8A6DmrNui2CNgPSnDIBZJa&#10;qM1DE+JmYuv/ACYQObYKYJl7F6uOoopJaeYnTeVBPiAQFF+2vMqUAP4AkEVyY79xlMKAPTEkehkz&#10;QgmSRZGJtuNgbD2ezj9XYti2CwpTNUR+SCSC40Y+wBtbfXxldtp+5UedNNgPYxUc4fTVEvmug8z/&#10;ABa8k4fJlPFmRsVoZKWVbqtTDcWNtDa1vp42tooGyrnU1/czPSDjhTbNT4tTMfKYTL/hcX+rw4oa&#10;bLeN1CiXAq5K2FH/AN1VXc2te5+PPKWpuAfaf0ii3vkSSQRNYVxSmjQRYlC0LjsR2H1DgYZhoK96&#10;5paqn8l0YkrBe2viQbnly6EnEyOqjhiEpGnERgDT7R1iPCGilMtxqSBb7wNONceE1c956WcVE1iN&#10;oO22l7EDW4Hx4tS7qOqdgjgIpXrgwoRWdXRbsHAN9S2o+gWtpx6wzBMbkYRyxS7iL7owpcG4BFip&#10;BXXtb6+BK50XSSHRq84Pyw862rQMQZjgTA90H302VOIUcClp5UVQe5Gh0+zqfH6fDgn0fTXMdRF5&#10;MtOJ1IuGJMbLu1uQpAFuQhd5Y20o9ykiesn9BRm3my0HaQOgAEe8E++g3xTNmUYawyNVLFN+6Paf&#10;AAX1v7OLPLeRJIqlWxioSnp1FgHYbr+Fh48DqLG4WqARSh7MG1pk40Gebc0YutM1Hlemauq5Lnaq&#10;NsA+LDsRxbz0uSKao2TTvUhB72xR3v4EdtOODL3VKgqPpRM5mEiABz60gsMwHrDXUbRmmTDnkNy7&#10;Hd437HTjbJmTLlISaPD2YKCPeJ+BuT34M7bKw4Cl2SkYg4jH4UUKuFE9VCDSdNcyVFB5eYsXdpHY&#10;sTAihQCLAe8G7cbZcz12JORQ0kSbgCDsLW8bWJ1t4c2nKy7gMQOmPkBTqrsIFT6DpVgVGD8zWVVV&#10;pYhpRYaWvZVFuR8WxTMwp0irK8UytdiuwRtpp28e/HPyRZwGHlSf83qOyn3Aun+SMNqPmaajMko0&#10;DOxcD468Q22gcvNV1LzORY7naw0tutew+jiksBB1bfOlqVqV9sD0peGlqaeLZBFHFH7UQA2+vmOk&#10;XAom3xKZ3I3AtoNPGw4iISNlUWvUa7mepddsqhV9ii3JFTJRKhqX3SN9oBBb6PC3EKmwobTNKkq0&#10;7TUGOGbcUSJRET9q5ufbe/EfXNmKeU7UIi2/ZY66f8RsfHjhbKRSxMUoYIsMSL9KLsO1j24n6mjx&#10;iZT8zIgew90WBNtf3rnt34lIMRS2QnGp9LUUwN4731sT/ZzgJIoU2MwhFvfIIFz91xzQBHIqglJm&#10;MPI/jWYxyO+5DxhFf5c3lwe8jX3C5Yn4jW1+JVICRS4knHb7qkvFGe5PIcCeVM9WaYoEtbzGCkk3&#10;9o4VEhO2jFIKhjIHlPvrBK8SxeSGGvt784y0OYMVlV4ofLVtV8sMbC1ydxJH3jicv6dlWSENnGT5&#10;1kWoipIQHcA20BIufy44YbkmOiZnxKtjpwxBs8vvC3e2o1N+OlSlJkDGrLfSMEimmpx2Ye5TUssr&#10;E/uj8+3G+siwP59Fop2meOwDbQb66khr/TwmKsfFhSsAkTUuKfFGiLTwhLjse/0Hk9abAMNJaOmj&#10;q5rqd1Q5styeyoV8ePl2RIpIE69hI8qju1dVr8vKzRJ/x2LH7zfkapzTmVJGlosSpKGOQAFYYY76&#10;/u3fcbnjSlSMaeUwkxIJPWaxjAMPkVUqYpZ9huC8ja/SFIHExiVdV1UO6vr5JNh91iT73ibWNgB8&#10;BxsAKxmKVtpk/bHlT3TUUcH+8dOI1v2sO/t114mqOpwWpbzIpZZ5XO3Sw7eOg14mME4H4UvWpacN&#10;gqdKZ1F3Xb93O2w2nE4CwsBe93crr9B78bT00pbWSCTWDc3fjdJg95vIdnmVdVAO0W+njClxjTnf&#10;GKyoz9yeNM6FagRxRRELa19zsdfp7DjHdg40uQ9hiTWYruHvE85SwYlVMEYKlrABIwQRbvc34ncb&#10;gYVrvEg4SefKuxtXTjFNgxp5THJKzE+8V91SNT2Nr8RIYKjNLUvjoPv+UVlDk6C3GdsBlmYNsWQk&#10;G32n+7XvblnkRRoLgLxSfePwmu95Gptb6eMtZlipgDeSxiAG4pYBW+8br/XxCUgDhS9p3jXjIP3f&#10;6eQ16fYvicihRLObdgZNtiCTYKw7n28TlsRspam97sSTp6yU/wCDXDzod2/zF51WdHauBt1QgpLq&#10;tzIbaHuLPc8J3rcdP++/hTyc0LggK1dYjH2CPdXv5hT7jGDub4Dgd5ly9lPB0b+ZV01U9wu2n8ND&#10;puHbgeesZGOPr+EUIWLtxeCEAHpJOPpsqRCxcEstvZfiFpM80OWmAy9h8wKXIM1Q5W9+7JpfhOm3&#10;Sx++j8MKuBDpAPl+EVkeMOu29vo44xdXqTE6lv66YXQVcZO0iKNo2F/jvPGZC1Sf9+p4Wnd/3NS0&#10;np4fD51gNMALqzX+r+jkvEMj9G82U81XgdRLhszjSFyGjJ2jQMQPHiV1rDYPf+NOtuvsmFwsf0k8&#10;muojUj/KAfVfgcYr0IzdhNIMcwf9PCguTC17fQRyrKQjYceeiKWG9Q4QkkyP6XH2RWYSi9jxT9Cc&#10;0T4LndMv4yzwR1LpEXkI927XuTYDufHk37qZx+We7pwjScZ5NBHPsv8AzLBUmCUiYA5muMj+77ov&#10;8eWAVWUqOslSoZGmiYHc9wpBBFtrKB35luh3TCVHA4jZ+FYtC7WyIkJx2ESffwqNGV1Zip+Hs4+H&#10;DUwwimgmMqRgMY6j3l7aDeLOL+PvcP0WyVQpPs5x99Fned7iBB6Rh6xiD7KxCVZdyxm/cXGlvvvx&#10;3p6jLsqPDWI1HMAAwkHm07DX7N/fBv47+K2EIx1yf73h+PvpK6tZISDqJ9Fe7D3VGUShtpNx+vs5&#10;NpMJwhoBi+FQNRCL7U9KzSR3J94sgOh+BOnHtIGKRHRpx59ZrylrbHdKIn+iqAfbt9kVxKsGPmuH&#10;F9A4H5EW5ipcv4rUV7Y7SeZUxot2kiA2aagsgG0H6b8Ti1Q6ZO3pAB5NbFylsd2Z6YPX/fHE+2uv&#10;Mgv5bIE+B1+vktcTxCZPPjlSXdrIjqEK3OtmHa3e3s5t3JWnRgcfKD+HuraHg2Zgp6wZB8wfjXGa&#10;gpJUuwv9Hh8eKiPC8PxOEDFz5c2qRpKu0OxAJ2FdoYKB7D34DrvIVDAST/DqMH02fCn05itk4ARx&#10;I+e2mCeEUj+ZGzFBqdutvqN+ZKrKjUDJHQU/y8zKGBp5XS7Ae5oDqSbaePCBDT9gcUE+v6Ucs5g0&#10;+YcXPUoAj5U3+diRmZizNDuFg8anT6bX4ssLxLqhh1K0kcyT7FAMFdArDX2FdpHbxJ4Z2+bAnS74&#10;Sdg4n4UkuWbd3Z7Un8ZpHV9LkyqnCVEUtK5Ytvp5WBJOhuDcW+gcmQZmw/GGkpMxUM2HT2t51M7N&#10;ESDfsb2W/sPBs1dA4Tp6iceTRG5bFmC2rUOhW2nc4VWYYvnUzx1UYAIWQbZBcWB3i19PhzlHi1fB&#10;A0+E1UdeYTdQgG/TuCLkjw14IErCwT90dHXSNTQWrSUlM8TsP41JWGKyx4hH5fmKUsdUs3gT4/Xy&#10;fTdT8ZqJpocXAZmVtwcDcoA90iwBYHTX2cabDaxISUwacXYAfaTI9fdTaMm4DRMiUcfvq23dGxVR&#10;7b62UewfRrxzpceweqYNFLJGdgJcHUsSbgILWHNOXQAiPYPxmkTjRb2pnnorHPguIxU4aoSJ0MhU&#10;Aj9327mJN+OVNUGqZKoVLWKbtzKpVTbs1x/Hj6VJOz3VpXg8MQT0Gm6Wnjh3wGJXQG2rEf8AKpFv&#10;q4nMYrJWkFTII5UABXYpViQTexB1+7iR4pbMxI9Zo1YGnqPGanUdJhqwtSRqyndaxYMuoH+IE/ny&#10;LN1Dh/5J2IUrVVNsJIALbCBpu+g8ClzmLIkRhHzoxRl6nDqQdJ+NRY8oxiU4hTtEkjNe9tvZvaDb&#10;mu1+JPH/AD/1GyV2EoI4I6CmRVRSu335CSVJOrX/AC5zo31gXyieIEes10X7PQWMrSlZklatu3YO&#10;dlDJldZosFiSobcw3C4II7nxHK/qqlqqH3iGsDYm3625Eo66m1JC6UJ3X07c9F/pY3S3Uc3E02cD&#10;Brvnp6ExjdFYg+3m+7FWKgcK9xpqKS4u4ueUUmKqFFFe40S0EDWuNSe/EmJpQl0nbXuQZsFp2u0b&#10;ajwPPadNKguvcZ58Mj7bdeMFOrbT4JNe4zTYTZrAHm8RSgKIr3G+SgkW4B+rldcbaeC+mvca5qLa&#10;buhN+VWAqntQOyvci/y2m1JQgnlAmacDle5jnwmnABRb/TxpSKc1kV7ibqMNaPUqB9HKlIpZqr3G&#10;xqFXbaQeMKQTiK2FGcK9yFPhfcKL/TxMUmlYcIr3Gt8PsNrCx5XSaeDsV7kOagZQdvhyhT00pDwN&#10;e5FNE9r2J5Wn9Qr3InkuG9l+ekitTXuePmK3PaumvQDXuc0ne9m7cdJBrSkivckCdSLccBwprTXu&#10;ZFaM/a5sGarEV7nbxo2o5aa0FRXucBHY6c9NPa5r3OZW2o5Skxr3ONr6ccCjWwa9zKrSKbqeOTFe&#10;gGvccqfFaqDRZD9/FgdIpKplKq9yQ2NVbHVv4893hJposdFe4402YKhNCeKErphTVe49Q5oa9ie/&#10;t5YrmmO7ivcUFLmSNlsxHKaqTKbmvcfYMbicgqRxwQaTFmvceIsRHZW788TwpIpBFe45w17/AGTq&#10;OMxTUGvccYsQsLga/HlknTW4ivccIa5JBuBuOKgqt17k0VW8WFuMLOMiqcZr3JcU9uKQCRW5r3JS&#10;zm+nHADW5r3JQlIF+MKMVsma9zMk3jygUThVduFe5JinNtx78ZUdG2kqk6a9ySJhvA0txQkwKuhA&#10;Ar3M6SWaxOnE6fFTKUya9yQJBexOnLDbFXBxivcyhwPt+PblyKsdle5kBsWt4HngYpiYr3MqbWPv&#10;e23KOKJryxNe5ILfuoNfbxgL6afSNQg17mZXLAA+Ht46VTsr2mvckhtLk8aBJNVOFe5mEmu06n4d&#10;ubSZNaia9znEAFvfw4/TVe5KErEBj9HNnCvV7mbcVO06C+p5QSoV6vckRupu17g215YGBFer3MxK&#10;dxpzYr1e5kjLstx7ebqs17nPyyGOvjzVWr3MliBzVer3MwW5UjW1/wCHPVqvckxFiAGAF/HXnqdB&#10;r3MoFgCDe+nN07XuSRd3sdAOer0zXuZkj8y5vqOaqijpr3OQcEm4109vKnGt6hGNe5PA2yFRcqBf&#10;mtlNEiMK9yWCDpY9vbypxpmJr3OkDl9SCAe57244MafSIwr3JiLu94m4B054144V7mcjcuxdONik&#10;06jXudWS31W5alGmvc//1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Aa9RWYTlPoFnTMattekwTFHjP8Ax58tIIx9bkDh/lTX&#10;f3TSOlafZIn3VEe/9/8AyvI7642FFs+R/jd2rT/vUU75fp/msdo6c9nmjB+jcL/lzWz9M9F5eWcQ&#10;xG2s1SI/qjjB/wCZ+fY/9GeW9zkt5dx/dLkN+YaaSr4un318S++zsvoR0In2k/hSK9V9f5ubMMwy&#10;+kNIZPrkkZf+ZOGU52MqFqKrz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3I&#10;OJV0OF4dUYnUf5OnjeVvoRSx/IcDec5m3klm9eu/Yy2t1X+K2krPuBpSw0X1pQNqiAPUxU/CsPmx&#10;fFKbCqb/AClVLHEv/EnYKPzPDM/gj08GCZ0z71pxmF5Zmp6bC4XVVNzUSmrqwdxHjFD9N+fF3lXa&#10;tbbmZg7e36HHXbnUZb04al61k6lD7lRETsM10Tb+mrOe3yw7rK7i3t2rZxOovlzxKKCEhHdtr+1J&#10;OqY+5MTjFnmbsWwzLdJRYLtfYiDaEtoqAIt7keHL88d6jYZjQJeCVCe9ttj8O+g5L3/Q0eUqEG2u&#10;PMd3P/KlFTX9W7vU1szHLz5m5/8AmFJum6jYdCuySGVrdvs/08RVXj1LMiJGrkIbgOAQD9F+aH1R&#10;ZSkQLa5PmGv/AJpRun+rl3omTmGX+24/+YVMHUvBiLPTzfVt/p480OfqqKDyKzcbEe8gA0sQfHx4&#10;+j6p8r/it7n07r/5pRev+rb3mUZGYWAPncf/ADGuDdScG/cp5vr2/wDNXHhs6ZaldamU1olC7fcC&#10;KB7CLP34gV9UGVKn/Jrk+fdf/NKoP6uHevjmGXH1uf8A5hUKTqXC3ufLEp8bX4rcK6r5UgQU+NJX&#10;VkQtoVjBFu1j5nAxc/UllrwGlm5T5d3/APNK8f6t7eg7L/Lh63P/AMwpL4xnOsm/5IcYp2v9pj/F&#10;QLcUMvWbpcsjTUuB1HmGwEjeWWt/yFxQz9S2WtiDb3B/1P8Aw6QL/q2t61f83HL/AG3P/wAwpno8&#10;zZksRiVazg/uqot+Z045Q+pTCaaPbS4fIjf4tsf3fa42PqRyr/mXuPTu/wDDrQ/q2d6v+cjl/tuf&#10;/mFQ6wYXWyeZUtUMD3XdYfkeQX9Q9BVSf6ctY0fgq7AB9W+x4jR9RuWJMli4Po3/APNKUn+rc3pj&#10;DMMv9fzP/wAwrlQplzCwTQUSqx7natz9ffkSbrhlSWzGjqWYX95ljJ+/fcceV9R2Ur/5h7j2Nf8A&#10;zSmf+ibe9f8Azkcv9tz/APMKfKXMq04IKt72h2mwA8PdGhtyJ/n1wyONkhp6i7E3JK9rWGm7i1H1&#10;KZUgR+XuPY1/80pOf6tfeon/AJaOX+25/wDmFOyZqwdXW8Mm0ADst9Pr5hTrbg5Akmppmde36OP6&#10;9d1zy5+pXKiMbe49jX+HTh/q2d6v+cjl/tuf/mFchm/C47okMpW99SB+V+canrpSyK6Q089nGu5l&#10;77bdr2tfjY+pXK0iBb3Ef7n/AIdeH9WxvV/zkcv/APRn/wCYVyjzZgaP5hp5L/Qv8b8bIOquWvJZ&#10;aykqJHfuRsA+j7Xbjf8A0MjlJ229xP8Auf8A80rY/q296xszHLvbc/8AzCpr5/oTZVgfaPbYn6td&#10;OYP852V4Yh8tRTl73YsUsfubt8OVV9SOVKEfl7j/ANB/4dO/9E2961bcxy/23P8A8wrmvUKjtski&#10;kKez3f6eYl6uU6I2yCQMx7+7oPYNe3Cw/UTlXC3uP/Qf+HVz/Vub1f8AORy/23P/AMwrIc/4Q4s1&#10;PL/yb/Txrk6kQSSO7+eQRoPdAGt7W3duNj6icr/5l7j/ANB/4dKz/Vv70Ef8tDL/AG3H/wAwrkM/&#10;4IqbVppL+2yf087p+o9DHVNVvDLuNv8ACf4niVX1D5adlu//AOg/8OlX/ROLeiI/mFh7bj/5hUeb&#10;P9AwAjhk+sKP4HnKXqFg01SaiWOobSwX3VH5N7eMj6hctnFh/wD9B/4deH9XJvVEfzHL/bcf/MK6&#10;jz/QrHsaGS/tG3+nnB885be8ywTLMRbcI4x+e6/Hv+hhss/5l3//AEH/AIdMn+rj3qX92YZefW5/&#10;+YVnTqLRJoIZLf8AA/08grn6lglJSKWZCLWlbS//ABG5HG1fUJliv+Yd/wD9B/4dPo/q496E/wDN&#10;wy4eQuP/AJhWZuo+GH/cJf8Ak3+nnCLP8cUokWDb7QqqP28Qnt9ys4/l3/Y3/h0rP9XRvT/zkLD2&#10;3H/zCsEue8EmF2hnv9K2+6/IdXnQ1cu13nEJABUNbT7/AG8snt9yobbe4/8AQf8Ah06j+rq3oQCP&#10;5hYe24/+YV2me8vx2IpZCR47EH7eNwxnBnlMkyS66WspuB2uSeOH6gcr4W7/AP6D/wAOnB/V270j&#10;/m4Zf7bj/wCYVN/znYfGm2CCUfTtt91+S0zLhEQbyYHXXQWUgD7+/E7nb7li9jD4/wBT/wAOrq/q&#10;7N6Ff83Cw9tx/wDMawf5yMPW5WCU7tDci33X5DnzJD7xpoytwR4D6LkfXxEe3jLIgMP/APoP/DrY&#10;/q7N6OOYWHtuP/mNZk6jYGE2vTSk/wDEU/p5EbHIpV2TQhhpoQD/AB9nKjt4y3iw/wD+g/8ADp7/&#10;AKJ3bzj/AJuFj7bj/wCY15epOFLa0U4A8LJ/zVyHU4itSNpZkA+yFUAD6r8d/wBnrLQIDD/sb/w6&#10;t/0Tv3n45hYH1uP/AJjWb/OdhA708zfE7f6eN5neP/eZ2X2Dt9I09vEx7d8t/wCMP+xv/Dp5P9Xl&#10;vPxv7D23H/zGuR6oYQRb5aUf8g/084NItjZbse5LG/08ont2y4bWH/8A0H/h08n+rz3mH/MfYe24&#10;/wDmNcf85+E/8o83/Jv9PO6qd6mnWmOgBBJGhJ+nnj265Yf9Yf8A/Qf+HVR/V57zg/8AF9h7bj/5&#10;jXJeqGEA3NPN/wAm/wBPOklkT3kkZT20H7e+vGf9nTLv+MPf7x/h14f1eO8vG/sP/Rj/AOY149UM&#10;Kv8A5Cb/AJN/p5xTyyxNRufW4+Hh/DTjK+3PL1CAy9/vH+HSkf1eu8qcBfWHtuP/AJjXH/OfhP8A&#10;yjzf8m/0872xtN5jOy2FhtUXH139nGE9uNgkf3F7/eP8Onh/V87y8b6wPrcf/MK4P1Oww/YgmH/I&#10;P9PHFDgIm+YljllYWsGYWv8ATfTic9tuXqGLL3+8f4dNn+r53oGCb7LwPO4/+YVjbqZQEW8mX69p&#10;/byDW1Ec5YUlNFCG1uRuI+8cbR20ZaPuZf8A94/w6Wtf1fm8yNt/Y+24/wDmNc06mYWos0Ex+jaP&#10;28TVbRY7Wiz17gEfZUlV+4ezjx7bcvP+svf7x/h0YN/QDvGjbe2HtuP/AJjUj/OdgH/KHJ9y/wBP&#10;E7Lk+rd/MM/mNa12ZgfpNgeeV22ZcRHcvf7x/h0rH0C7yAYX1iP9X/8AmNZU6qYMgstNMB7LJ/zV&#10;z0uT6iUks6atfufYR7PjxOe2rLyMWXv94/w62n6Bt5Umfz9j/wCh/wD5jXJerGDi96WUfRt/p4kM&#10;S6QR18pqBKiuQdTfv4eHCpXbBlyj/cXv94/wqMh9B28ihC76yP8Aq/8A8xrn/nZwb/lGm/5M/wCa&#10;uImv6AYnUEyU9XArk3LNv/ht4kc7XMvVsZe/3j/Co3H0L7ygR+eso83/AP5jXv8AOzg3/KNN/wAm&#10;f81cb6f0+5npz/vdSsNTYh/aT/h4Tu9qlivY07/vH+FS5r6Gt4mzJvbL2v8A/wAyr3+dnBv+Uab/&#10;AJM/5q47UfRjPeHSiowzGI6WUEMXhklUk/EBe3Cn/ZQtBsac/wB5/wAKjJX0PZ84IXeWRnh+2/8A&#10;mVcD1VwM/wDIrN/yZ/zVwW8q5UrvnJW6kwUeMJJa0q7lmUjsdxTUj6eG9t2sWbRlTToI2FOifeoU&#10;CL/6Ct4lgm1v7NsxEEv6fc18qjy9UcKZdsUM6/8AIP8AzVwbMDxLC8uFWwyWpcAW2ShWAHsB3X/L&#10;kzMfUDZNJCSy8Y4+Cf8Af6ji4/q895royu9y+embif8AlCmqbqHh06eXJTyWvcEFb3+/iyfOuVqm&#10;AGppJxMDcsGUgn4gntwRW31IWbBB7l/A/wB5/h0HVf1c29OOnMbAf+TH/wAxqJH1DaFwFR2S+oNr&#10;2+/jNFmXLcayIKOQK6kWupBJI1YE+HBq19T2VpB1W1xJ/wBr/wAOmV/1c29bkasxy8x13P8A8wp2&#10;/wA5mH7LeRLf/gf6eNdLimB0Sv8AJJNAzbveTaDqNPHi1v6n8oSP+JrkHq7r/wCaU2r+rl3rP/Nx&#10;y/ym5+PcVlHU7Cymyanlf6dv5a8UGGdQjSMgrIjKIvsSIAko9t3GpHw5VP1P5QNttcf+gv8A5pTL&#10;n9XBvUsQMysB1TclPs7n31Fkz/l6Q7jTzg/8D/zVzJiefaLFo5IK6BpFk03AKjgW/wASnX9vFR+q&#10;PKIgWtwOv9l/h1pv+rg3qRH/AAxsMOu5j/lDCuk6h4TEf0cM3/Juv58gYfmzDsMphh6CeenJuUk2&#10;gA+0KGIJ4nb+p/J2wZtrlU9Pdf8AzQ0ud/q596nf+bhl4I4zcn/3hWQ9SMJ7rTSg/wDA2P068eKb&#10;O2AYcwGHiq8q9/JdUMX0BN9gOLU/VLlGw21zHQA1/wDNKLV/1cO9bghWYZd5/wCUg/8AKFcG6k0E&#10;0Yinp5Nu0jQjv9/FLU9YaCopWiihmgdQNm3aVv8A8RLAD6uFFz9S+SXP3WtyY2SGv/mlJbf+rc3r&#10;t/8Am45efW5/+YU0TZuwCeQCSlfyx7AoN/v4H9XnNXeSWkV1M4vKGtYte9xrwgd+o3Jx/c7e5H+p&#10;/wDzShax/V2b0t/fmFgfW4PxYqf/AF5wJUCpBONug+zf623X52c00NXidJV1UlRFDTOGaOJVO/TU&#10;XLDb9Xf6uI0fUdloUCWbnA9Dfx7zCjFP9XlvMhKki+sJI2zcYencY1EbPtLApjo6csr33F7A/eL3&#10;4847n7C62ilosPileOVi+ypRJACTewYsTYdh7OCpf1O5UtOlVvcn/G7o/Fyiy2/q7N6QoKdzDL8B&#10;AKfzAPs7isVLnahhI3xSIBpaMgCw7e7e1/aeJmjzUlIC0MTRte4Afco09htxB/0MrlHC2uR5d2P9&#10;HRs5/V4byr/5uFj/AOjA+DNTXz3hMkwZoJFUf4VQNf4m/HvC+pFZRSrJMHsCSQhtp8PZzafqYytP&#10;/MPcf+g/8OkTn9XTvGRpTfWAHX+Yn29zUWfOOCyo4FPICxv9lP6eLKLrJRNSyU1bTyvuGhAXQ+06&#10;8Xp+p3KgCDbXH/oL/wCaURD+ri3oQfDmGXx0E3P/AMwpvbNGF+ckkcDjabk6XP58TzZ8yxUPuqaG&#10;Rdv2Sm297d+/e/A+79R2UPiFWr+3/gez/T0tT/V171pxGYZf7bnD/wBAU4R55poT+jSUi97G1vuv&#10;wsPVno1016sYi+OYrLWR1zKE8zy42uoJIDfpPC/IIz/tgyzNne9Qy8MIhQRs9Fmp2yH6H968nR3a&#10;r3L1p4Y3GE7f9Y6qmU/U14FjjWA7V3XIa3c37duFAzL6JziDFcJxKHaGuvnIwNv+BBtyLP8AZGtE&#10;mUtueun/AAqla2+jXeBjH83ZyegvR/ylT9/nWwh0US001xqbbf6eBzXegrN0p3UeK0Cn/W879kfK&#10;jtHtf+Nuf7z/AIVGCfo4z6ZN5af+hv8A5lWX/Ozg3/KNN/yZ/wA1cZJPQF1Ik0/nWGgfTUf9SuX/&#10;ANki1/425/vP+FSg/Rznf/M3af8Aob/5lXv87ODf8o03/Jn/ADVzF/w371G8cZw375/+pXKntHtT&#10;/rbn+8/4Ve/6E6zz/mbtP/Q3/wAyr3+dnBv+Uab/AJM/5q5Gf8PbqQW3JjWGD/xo/wCpXPDtHtB/&#10;rbn+8/4Vb/6E6zz/AJm7T/0N/wDMq9/nZwb/AJRpv+TP+auYJPw8epLm4xrC9f8AvI/6lcZPaLan&#10;/W3P95/wq3/0J3no/wCYu09r3/zKvf52cG/5Rpv+TP8Amrkdvw6upLja2N4Xb6aj/qVzQ7RbUf62&#10;5/vP+FTw+j/PR/zF2nte/wDmVe/zs4N/yjTf8mf81cjP+HH1JZgRjeF6fGo/6lc8e0S1P+tuf7z/&#10;AIVO/wDQoGe/8zdp/wChv/mVe/zs4N/yjTf8mf8ANXI8n4bvUl+2N4V99R/1K4ye0K1P+tuf7z/h&#10;VsfR/nnG7tf/AEN/8zr3+dnBv+Uab/kz/mrjdJ+Gj1Pb7OPYV99R/wBSuNf7INr/AMbc/wB5/wAK&#10;nP8AoUDOx/zF2v8A6G/+Z17/ADs4N/yjTf8AJn/NXIUn4ZPVVwQMfwn76n/qVy47QrUf625/vP8A&#10;hVZP0hZ4D/xXa/8Aob/5nXv87ODf8o03/Jn/ADVyK34YfVgm4x/CPvqf+pPPK7QrU/625/vP+FSn&#10;/oUXO/8Ambtf/Q3/AMzr3+dnBv8AlGm/5M/5q5hb8L7qww/5L+EffU/9SeePaDaH/W3P95/wq3/0&#10;KLnf/M3a/wDob/5nXv8AOzg3/KNN/wAmf81cwN+Fx1Xbvj+D/fU/9SeU/wBkG24Nr/3n/Cqw+kbP&#10;B/zF2v8A6G/+Z17/ADs4N/yjTf8AJn/NXIcn4VvVd7kZgwi/hrU/9SeN/wBv7Y/62v8A3n8ad/6F&#10;Izv/AJm7X/0N/wDM69/nZwb/AJRpv+TP+auQ3/Cn6uOtv6w4N99V/wBSeWG/9qP9bc/3n/CpwfST&#10;nXG6tf8A0L/8zr3+dnBv+Uab/kz/AJq5Ek/Ce6vPe2YsG1+NV/1J4wrf22V/ra/95/GtH6SM6/5m&#10;rX/0L/8AM69/nZwb/lGm/wCTP+auRj+Ex1hII/rJg331X/Unmv7e23/G1/7z+NPJ+kvOx/zF2v8A&#10;6F/+Z17/ADs4N/yjTf8AJn/NXIh/CQ6wk3/rJgv31f8A1J5T+3lt/wAbX/vP40//ANCm51/zNWv/&#10;AKF/+Z17/Ozg3/KNN/yZ/wA1cxN+Eb1j8MyYL99X/wBSOa/t3bH/AFtf+8/jWx9J2df8zVr/AOhf&#10;/mde/wA7ODf8o03/ACZ/zVyO34RHWY/89Jgn31f/AFI41/bq2H8C/wDefxpxP0n5yP8AmKtf/Qv/&#10;AMzr3+dnBv8AlGm/5M/5q5jP4Q3Wk9sy4J99X/1I5r+3Vv8A0F/7z+NOf9CoZz/zNWv/AKF/+Z17&#10;/Ozg3/KNN/yZ/wA1c4f8NC9bP+wmwT76v/qRyw37t/6C/wDefxrX/Qp+c/8AM1a/+hf/AJnXv87O&#10;Df8AKNN/yZ/zVzKPwiutw0/rNgf31f8A1I5sb924/gX/ALz+Na/6FOzj/matf/Qv/wAzr3+dnBv+&#10;Uab/AJM/5q4SH1LenjNXphz3SZBzbXUuIVNXQRYgslH5mwJJNNCFPmop3AxE9rWI15JuUZw3nLZd&#10;bBACinGNoAPAnprC3tG7Orns2vUWN0424pbSXQW9UQpa0QdSUmZbJ2RBFLXLeYabMtC9fSo0apIY&#10;yHte4Aa+hPt4X5Zh2bgsrHspIpQcyhlbseeqsV7ntp5eqRXudEC3K1vZXudBdOWBq817nLb7SeOa&#10;61517nW9/sgm3PBc1WAa9zKszr2J46DTZRXuT4cRnhICk8sCRTJbmvceYMfqEOrcUhYpKpqvcf6b&#10;NLqffN+W1ik/dV7iio8yRsbE2v8AHmzspOtqRXuKKnx2nC7VbQ88KQlkivcd6fFEI9xr35aKppiv&#10;cfIq4nx5vURSciK9ybFWgi5bx57vCK1tr3J61akD3uNFRVWq9yXHOG0U688DGNbFe5MjqTu7244q&#10;F7a0oaq9yUkoCXJueNOdVJ1K6K9zMspbQHUePLtnjT6CK9ySkynQnjpUK0U4zXuSFcsbE3t25oHU&#10;KZVXuTElsSO9+apPXuZUlH5348caVAaxXuSBItizjTmgdOFNq8Ne5IjcFtug0uObKtVKSqRXuSQ5&#10;KXX8+JleHGmSK9zMp2jaTp8ONoSTWhXuZwbsSD24pIimor3M6SKbX7W/Pmomq17mRGIO8kE2t8OW&#10;mK3XuSUJI3MPu7cpFeivczRmxvqfp56vV7mdXNtrd+VpuvclKVJty1Xr3Mw927L3H3c3Xq9znsBG&#10;4n3jbtz1VNe5IVQH3XNtOepxJr3MvcAAkWPhz1P17kjZcbR35siKbAr3M0QN7bvDsOUrShNe5KVg&#10;w2ub2156K9E17mTeb3HPAV4Jr3JC3Au7bdPHljV4ivczPId25ALEc0KqK9yTAjMCCbc0aovCvclq&#10;kZXyzxvZTIwr3Ofkr7R2ty1KtYr3P//XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcJP8AiJZg/q96QM3SI1pKxKKkT4+dWQq4&#10;/wCie7khbqtd7ft9Un2JPzisOu32/wDyG6d4RtWG2x/nuoB/3nVSy6fwfMZtpAeyF2P1ISPztylT&#10;oHRfKdNaWa1jUSTyf9HCn8F59u/0s5d+R3Ot3IjvnH3P/Qqmh7mx6V8cG9jveXqh/RCR7p+dF69R&#10;1f8AOdVayG9xTRU8Q/6JiQ/m3Bm50RqNqArnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9XuBN1uxf+UdOK7abPVbKdf8Ag2G4f8gBuYI/Unn/APINz7vSYU/ot09feKGserQcof7s&#10;W/5i9R0JlR9Bh74oZugOCfzrqlh+9d0dJ5lS3w8tTsP/ACGV5bn+GVkQZM9KGFYlKmyfMFVWYlIC&#10;NbF/lovqMUKsPp58OW99z+YvVDggBPuk+8mvsC+nLJP5Ruu04RCrhxx4+qu7T7UNpI86M91IrvnM&#10;0yxg3WBUjH3bj+ZPLA+RhWdlIPnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xua8/4tFL53qLwV/ZlujH/AJHV3MrtxBNor/bD/vqK+fn6rV6d4mP+8Jv/&#10;AJXuaMF0o/5h2b/vJf8A6RpyrR6Nh2HJtrmaFihO5gMUsZ3W5qauFA17nEySganldVeKa9zKtQP3&#10;hy9NlFe5lDo2q8tFMkRXucrHx5qq17nPYLX56vCvc47R48dCqtXucre7u8ebmqV7mMNY3PLhM1bT&#10;XuZBIT25cYU3pFe5JSaRNQeV1GmygV7jhFik8Y0PHgqmFNivcfKXMUqW3m30cf1UlLVe4p6LNNzY&#10;n7+Wmkima9xQU+YUZhqOb20lLcV7iggxmJ7AEffzVJyiK9x4gxME3VhpzYpsoIr3HSHEveu+o54o&#10;CuNUivccY69Ctrctr4VSRXuOENWGJ26C3HhB2VWvclLMFIJPfngmcKvIr3JSTtc7eaI0mBWomvck&#10;CZ9wK6H28dgVfQK9yX5pGt+aPVSVUp2V7kmOXchB4zpnbWlCRXuTEkKkkDw8ebR4a8rCK9zMsm0L&#10;7fy5tSgrA/hWwZr3JEcu+4bnk6R/+1V4r3J0bAAi/bnjSZUivckoytGbix4yTFbAmvckIFC7SO+t&#10;+bBmrxXuc0ZgdgOh5eqqEV7klWPe/PUzNe5lUndzcVWvcmKfd2jx8eVir17mVJSVI8Oer1e5k3Bb&#10;MPZrzVa217kmNmcaDQ+PN04MK9yQDs0PNxW5r3JAcbuWNemvcyRsL6d+UpwY17mVQm4s2ltPp56r&#10;xXuSyAy6grfx54VrZXuZY1K+7NqPjypNJya9zM1toC97c2KskzXuSFLW2ePLU7E7a9yZG24Ar3Hj&#10;ypFJor3MvmR+w/289FXivc//0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ktfxbcwfy305YXgkbWfEscplYe2OKnqJG+5wnJl&#10;3Ha13alf0UH2kgfCa5pfVNf/AJfd9pkbXbpAP+KltxR/3rTQm9KoPMzBLMe0cLfeWUfwvyvPpnRf&#10;IdP8Hp7WvSxOfpkG8/x595vYzl38r3Uy1rZNq0s+bqe9PvXXyT5273t26f78j2GPlRK+q9f/ADLq&#10;TjdTe4FXNGD8I28sfkvFzzJigvQfc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9wrfqUxCaojwjLFIC8k8jy7BqSRaOMAeJJZhzhx9aO8Hd29hlgP3LduFjo0JDbZ9dbvsqfdxbQ&#10;urWsCT4UJ6yTJHuFHB9J+DD5vGMySiwjjip0b/iRMkn3bV5tC9LMmw9OummX8hQAbcGw6jorjxMM&#10;Kxs3xLEEk+N+fIde3H5t5bp/iUT7TNfbzuzlAyDLrexT/rDLbfmUICSfUiadcTrDiGJT1zf7tI7/&#10;APIRJ4vOFtDeoPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vcoP8AxTqQz+oDB3AvbL1IP/I2t5l3uCmbNf8Atqv98RXz2fVkY3jY/wC8Jv8A5XuaMF0o&#10;/wCYdm/7yX/6RpyseSgZf3b8motzXMHXFCdxukwzf4cRFONOJcxr3IM2FOPDlCmlXe17jXLhsq68&#10;bg0rDle5BekdO4PLiRTmoGvcyqjKvs46VDhVSNWyvc6aey7R354GtaK9zJHKCPe5emiivczq6nnq&#10;pXucrKTxwGKaJr3PCMD7PNzWpmvc7VbtY83M1U17nANc246KvXuZFbTlZpuvc5qWBuv8eWmtFNe5&#10;Lgq5Ym7m/wAOWCqaLc17jtTY5UREbmuO3LapqhZmvcUFNmGRT7xOvFAVSAp1GK9x+o8wgG7Ppxz7&#10;qaLVe4oocfRre9ykUk7qvce6bGkYXLc1q0UnUiK9x5ixWPS7cdS5xpsor3HJcSDMArc8Vcarsr3H&#10;GGuW3vHldder3HJcQVlA54K016vcmx1QY6H2cWJUFCrmIr3HATGwIPPKI4UXlJ417mdZjb3jxBON&#10;eAr3JCTILG/bvyqpOyfbTuk17meOqBjLcVpw21YCNte5MWr3AX04y91VU17k+GoXcFve/fjAVFar&#10;3JYl94hNNbjigKmqkV7kyKU+Ubkd+Wmm4r3Mqyc9VYr3JKyWsOV1VWvczr7unLAzW1V7mdGN/h48&#10;9VRXuSY7B7Xtftyw21avczKQTuY9gvHDXq9zIGHGqeivckIb689XhXuSNzXv3Aueep2vczR7m94n&#10;uLjmq1tr3JkTbl2yfa5Qiky017koDeoY6cpNNA6a9zIAR21J7fRx4UoCpr3JKhQ24GwPHDWyZr3O&#10;X9PKVuvc/9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9ykj8Y3HiKXIWVojcyPitU6/wDERTRxn69z8yJ3AZKlOqH94keur9K4&#10;3fVtfQjL7YcS+4fQNJT8VUMvSSEBq6rbQARLf/kIn9nALwukGH4bT0A7QRRx/wDIKhf2c/QbyWwG&#10;VWbNqP8AWmm2/wDSICflXy2vud8tS+kk+0zVcWL1pxLFarEW71Eskn/IbFv28ncE1Jab+e56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4DPTrLn+dn1wZRyeV82CjrqR5V8DFRqa+&#10;dT8CFZTz5NvrG3n/AD+8V0hJwtWGrdPRqUnvFeoW8QetPVXTj6et3f5zm9hbkSF3AdUOlDX7RQPU&#10;Utn20fzo5Rf1Z6GS4mw2yV5nl+PvkQJ+Sgjm0Hz5/q+vWkXz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yjb8TOmWbrthLEXP8hpR/5GVnMvNw&#10;P+I1/wC2q/3xFfO79W6o3kt/+8Fv/le5owXSj/mHZv8AvJf/AKRpyuKTDRtJI+jk4RXL4KmhO41t&#10;QewctApxKtOFe5jaltGSV/LjSmZpya9xqloY3HbiNxMVcGK9xpnwoXO0acqZAp4O17jbJhlu44wR&#10;NPh2vcaZsOtcgc9Omlgcr3IL0ci+HLhw06F17mMwSx6i/NhVOahXudjeBc8qTjScmTXuc1lJ78dm&#10;taa9zMJATzwNNlM17mZglrjl5qsRXucRuPbla0RXue2kmx4pBrde5zWOxtyprRr3O44we/LCtTXu&#10;T0KhbDvy5pIpHGvc5GVwNvPBVeAr3M8ddPH2PHAqvaK9xxhxqqjG6+nLE00pFe4+02Y28u5OvHQa&#10;T93Ne4/0mZD23ctNMFuvcUdLmBmHcHjZNJi3XuP0GMRE/a/PnqTkGvceoMUFgQeWFNaONe47R4mS&#10;QN3LVqvcclruxJuONDbW4r3JsFQncta/LHCvV7k6OoS5F9PZxxB17abT49te5NjkBjBB4wuUmkii&#10;QY4V7ktZRr4H4coFTTgNe45wTMEseamtzNe5IinYN9fNzWq9yYk7M3LTXq9yZHKXU7dLcdSjjWiK&#10;9zOtQAePEgU1pr3JUcqqCG5bUKqU17klZGO0rze2qxXuSVYOu097L+znorde5mBXadvjytPzXuS4&#10;1bufZz1Vr3OY3sSFv93PU5XuSUKs4I79uar1e5MG8Fjzder3JKSMHu4sDysUm017kmKX9JsABHge&#10;OaYE05pwr3J6lQ1iBpyqVTTAFe515f8AG/PTTs17n//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1+fxTsS/n3qhyhk9DuSn&#10;w2j3D2PU10wYf8gIp5nt2H5V/NMwtbeJ769Yb9FONp/0Rr5+Pq5zL/hq20Dg1Z6vJSluk+5KaF3K&#10;8/8AKOm+NY12McdU4P8Ay7g3D8+NHPvUr52ara57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nRIUXOgHKkhIk7K3trsAsQqi5PHT8LbLhzv6mc0dTqhd8OGUNQY2t9mWtnCxa/8&#10;uUkHPgr7bN5DvDfXN5P/ABVdOuj/ABCtSkjyAKQOoV9Ef0lbvas1cuCMLa2CR1OOFKQfVKXPbVk+&#10;aaQZY6eYTlddGjjgjb4+VGNx+trHmwVzAuvoJoH+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuUzfiKYeKvrRhchF7YJTD/wAi6s8zB7Ph/kS/&#10;9tV/viK+dP6up/tJb/8AeC1/0EXNGC6Uf8w7N/3kv/0jTledRg1ge/JxBFctELg40J3GqXC5EWyg&#10;c0U0/wB4FGvcbZsOYrtKn6eM7Ke7yvcgvha21HGleLbVyomvchS4PuuV7cuKcSvTXuN02DsBc6c1&#10;E04V6q9xokwzU+PExQKUAwK9yDLhak6jjJBp0Lr3Ij4bf7A42AKfDle43T4TIdbc2RVgrGvcbJML&#10;KNqOUpR3le5Dajdbg/Vz1b1xsr3OBjmXQnm5p8QrbXuc1JXvfltVMHGvcyia4tx+cKqRXuZEIt35&#10;sGarFe5IjKr48sDVIr3ORLeFuW1VavcxMB3Y8rspuK9zwXxBt9PHAavXucgxOtjzc1Uivc5A7vdO&#10;nNFZFMkRXuSVLpop5vvKSk17kyCvnjNg3HQZr2ma9x5pcckB1PHprRSK9xRUuYLAAtzc0lUma9x8&#10;gzCtx73Ng0n7oV7j7S5jDHVubpot17j9Bjsb/aPN0yU17j3BiqMdG5uaooYxXuOsOIAAAEffx3VI&#10;ivKxwr3HmDEgRrbiYp6aS90RXuOUVarePKaa0UEV7ktKgWuDzaEzVYr3HCKUA3B8OVANeIivcmR1&#10;BcCzWt30541aa9yaZt6gg3tzVar3JqTgge081M1rbXuSUnKkePHtZSKqRXuTPNG+ym5sNBx1Lo40&#10;0BXuSEmBUC/b4c2DNWivccqci97/AHjl69Fe46REBveN781Tte5OWFCtl7Dm69XuSBTIFBN9e/PV&#10;qvckilt3963LTXq9zpoysgYKOeit17mZ01L/AFm3NGq6a9zvdJa3w5SKa017n//TL/znZX2YVuUc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;1u/WliP9ZvxB6vD1O9MNGGwr/wBC6FKlh9TMfr52F+lXK/z28WVoj/X1u/6klxyf/Qc18vn1VZj3&#10;+f3onBttlseraCfesihGzJP/ACroBiVT2M0Ui/8ARWYQ/mDxT8+0WuKtV489z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xG9QsW/keSMUxIHayU8iofY7jYn/JxHMeu1nPf7NbtX&#10;94DCkW7iUHoW4O7b/wB7WmhHk9v+aum0dKhPkMT7hS56Z4N/WDP+EYURuWSqiZx7UQ+Y/wDyap4e&#10;v8IrJH8m6J4/nqZNsuN4p5KG32oaOJQhv/y9lkH1c+Cffm47y4Q3/RTPqo/gBX1jfSrk35TJri9I&#10;gvv6R1oaSAD/AKdbg9KPF1XrfOxmCiB0hiufpc6/kBy2TkJV1EoLOe56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuVJ+vOlWo6v4cT4YNT/+VVVz&#10;MPs+/wCIl/7ar/fEV8431frI3ltwP+ZFr/oIuqMF0o/5h2b/ALyX/wCkacI3NhCsLdr8nMp01ytS&#10;qNtCdxmqcFFvsXHieeUIpXIOyvcbZcLQjYw04mImrivcbZcJi7BebirajXuQZcJUXAFueiK3rIr3&#10;G2bDAosBf6ueFXSuvcaJcLQqbrzRE0tDle41TYQpPblcBTwcr3Ihwz3bgcppFNhcV7kCTDhuN178&#10;oUTSpKpr3G18MUkkjtxMURTpVFe5AqMLR20HbmiinUrivca5cJA7DjJEU+Ha9xvmwojsOeilWoV7&#10;kJsPcDQduaJq2sGvcjilkFy2lubmK9Ir3OJVl7cvNeivc95jjvz2qtaa9zmJAR7w46DNV017mb3G&#10;1PPTWq9zmATqee1VU17nioBBvy+2m1Ca9zLutrxoopjRNe5wNydw5cYU8kaa9zIi27cc1UjJmvc5&#10;7nU6cfFar3JCVUiMNbc9qqwNe44xYjJH2blguqxNe44wY7Ip234oHiqvdTXuP1NmAqft25uk5akz&#10;XuKClx9zY7gRzc1RTde4o6XMJ7MbcbxNIVJIr3FFT48hAG6/LxTek8a9xQU+LK373NJOmm5ivceI&#10;cRAQKGvxwCqLGqvcco8SsbCw4wU1Tu69x1gxBWH9HKkRWikivccI6yNhZDygEVUpNe5NR02gK2nj&#10;8OWGOFUivcmpUBTdfZb488UgVcCvclxTAL7pI54GtTXuOSVNyATf48eC62a9x1hqowNT+fHhjXiZ&#10;r3HOOrXYQD3tz1ar3HGOtiKkB7k83W4r3HBKldm9ebiKrXuc96yjzLC/LCvV7kklCLWsOVq4r3MX&#10;u/4v7uVr1e5//9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zV9z9iP9a/XTnfF77hS4likYPwp3+TH1WHPoP+jLK+/wB4rZcf&#10;3G1dd8tSQ3/71j1r5A/qGzH85nGYrnbdrb/1NRSP+U6V/Wqb+WdCaak7fNPSLb6SZv8AmXgy8+ru&#10;uZ1EI57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gA+ozFfksjR4ch96tqI1&#10;I9qoDIf+TgvOV31d57/Lt2UWaTjdXDaSOlDYU6T6LS37alrc23726K/6CSfU4fAmjI+l7B/n+oUu&#10;KOPdoaWRgfY8hEY+9S3L+PRVkkdP/SxkrAWTZJLh0ddICNd9azVjBviPNt8LW58XG8Nx+avXVf32&#10;n/S+H5V9n/Y9k38i3ZsWIglkOnpl4l0z1jXHpFC7nGt+fzPWT3uBIUH0J7n7OGj4DayUpM89z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcL51X9&#10;NuROsWY4cz5nqa6GogpkpVWmliRCiyPICQ8Tnddz42tbTkkZPvTcZI0WmQggqKvECTJAHBQwwFYY&#10;do3YXk/adeov8wcuELQ0lkBlbaU6UrWsEhbTh1S4qTIERhtJWGX864tlujahoEiZHcyEurE3IA8G&#10;GmnA0/2F+kVrGvxY/wDfRT/+c/Bb/shXv9Fr/Sq/w6x+/wChQt2P+PXv+qsf/O9Pn+dXMf8AxVT/&#10;APID/wDNfOA9CnR8f8j2La/9LFP/AOc/KK7QL1X8LX+lV/h1sfSHuyP9fvf9VY/+d69/nVzH/wAV&#10;U/8AyA//ADXzE3oO6Nv3rcW/8aKf/wA5uNf29vP6Lf8ApVf4dOD6Rd2R/r97/qrH/wA717/OrmP/&#10;AIqp/wDkB/8AmvmB/QN0YfvW4v8A+NFP/wCc3Lf2/vf6Lf8ApVf4deH0i7sj/X73/VWP/nevf51c&#10;x/8AFVP/AMgP/wA18wH8P7oqRY12Mf8AjTTf+c3N/wBv73+i1/pVf4dX/wChR92f+PXv+qs//O9e&#10;/wA6uY/+Kqf/AJAf/mvmBvw9uiTd6/GP/Gmm/wDOblDv9eH+Fv8A0qv8Ovf9Cj7tf8evf9VZ/wDn&#10;evf51cx/8VU//ID/APNfMB/Dv6HH/kfxn/xppv8Azm54b+3g/hb/ANKr/Dq3/QpG7X/Hr3/VWf8A&#10;53r3+dXMf/FVP/yA/wDzXzE34dPQxu9fjP8A4003/nLzf9vr0/wt/wClV/h1sfSTu0P9evf9VZ/+&#10;d69/nVzH/wAVU/8AyA//ADXzAfw4ehJFv5hjX/jVS/8AnLzf9vr3+i3/AKVX+HTn/Qpe7f8Ax69/&#10;1Vn/AOd69/nVzH/xVT/8gP8A818wt+G10HbviON/+NVL/wCcvNf2+vP6Lf8ApVf4da/6FL3b/wCP&#10;Xv8AqrP/AM717/OrmP8A4qp/+QH/AOa+YW/DU6Bt3xHG/wDxqpf/ADl5r+317/Rb/wBKr/Dq3/Qp&#10;m7f/AB69/wBVZ/8Anevf51cx/wDFVP8A8gP/AM18wN+GZ0AY3/mOOf8AjVSf+cnNnf69P8Lf+lV/&#10;h1b/AKFN3b/49e/6qz/8717/ADq5j/4qp/8AkB/+a+YT+GL6fmNziWO/+NdJ/wCcnGjv3eH+Fv8A&#10;0qv8Ovf9Cm7t/wDHr3/VWf8A53r3+dXMf/FVP/yA/wDzXzG34YPp9bviWPf+NdJ/5ycb/tzd/wBF&#10;v2K/w63/ANCm7t/8evf9VZ/+d69/nVzH/wAVU/8AyA//ADXzCfwuvTy3fEse/wDGuk/85Ob/ALc3&#10;n9Fv2K/w6c/6FP3c/wCPXv8AqrP/AM717/OrmP8A4qp/+QH/AOa+YW/Cz9Oz98Sx/wD8a6T/AM4+&#10;a/tzd/0W/wDSq/w62PpQ3cH+vXv+qs//ADvXv86uY/8Aiqn/AOQH/wCa+R2/Cq9Obd8TzB/42Uf/&#10;AJx89/bm7/ot+xX+HTn/AEKlu5/x68/1Rn/53r3+dXMf/FVP/wAgP/zXzEfwpfTiTf8AmmYP/Gyj&#10;/wDOPnv7c3n9Fv2K/wAOt/8AQqe7n/Hrz/VGf/nevf51cx/8VU//ACA//NfOj+FJ6cT/AM5TMH/j&#10;ZR/+cfPDfm8H8LfsV/h17/oVPdz/AI9ef6oz/wDO9e/zq5j/AOKqf/kB/wDmvnQ/Cj9OI7YrmH/x&#10;so//ADj5f+3d5/Rb/wBKr/Drf/Qqe7n/AB68/wBUZ/8Anevf51cx/wDFVP8A8gP/AM185j8Kb05j&#10;/nK5h/8AGyj/APOPmv7dXn9Fv/Sq/wAOtf8AQqe7n/Hrz/VGf/nevf51cx/8VU//ACA//NfOQ/Co&#10;9Og7YrmD/wAbKP8A84+W/t3ef0W/9Kr/AA61/wBCpbuf8evP9UZ/+d69/nVzH/xVT/8AID/8184/&#10;8NTenInd/Ncw/wDjZR/+cfPf27vP6Lf+lV/h17/oVLdz/j15/qjP/wA717/OrmP/AIqp/wDkB/8A&#10;mvnMfhU+nMf85TMH/jZR/wDnHz39u7z+i3/pVf4da/6FS3c/49ef6qz/APO9e/zq5j/4qp/+QH/5&#10;r5yH4Vnp1H/OVzB/42Uf/nHyg36vB/C37Ff4dM/9Cnbt/wDHr3/VWf8A53r3+dXMf/FVP/yA/wDz&#10;Xzv/AIat9Ov/AE1Mwf8AjZR/+cfHP7eXn9Fv/Sq/w69/0Kdu3/x69/1Vn/53r3+dXMf/ABVT/wDI&#10;D/8ANfOj+FX6dD/zlMwf+NlH/wCcfNf27vP6LfsV/h1v/oU/dv8A49e/6qz/APO9e/zq5j/4qp/+&#10;QH/5r52PwrPTqP8AnKZg/wDGyj/84+bO/l4r+Fv2K/w69/0Kfu3/AMevf9VZ/wDnevf51cx/8VU/&#10;/ID/APNfPD8K307A3GKZg/8AGyj/APOPlhv7ep/hb/0qv8Orf9Cobt/8evP9VZ/+d69/nVzH/wAV&#10;U/8AyA//ADXzJ/w1j6eP+mrmD/xso/8Azj49/sgXv9Fv/Sq/w6r/ANCn7t/8evP9VZ/+d69/nVzH&#10;/wAVU/8AyA//ADXzKv4W/p8SwGLZg0/6XKP/AM4+V/t/e/0W/wDSq/w69/0Kfu3/AMevP9VZ/wDn&#10;evf51cx/8VU//ID/APNfJifhjdAkFhiuP/8AjXSf+cfLDtAvR/C1/pVf4dNn6TN2z/r17/qrP/zv&#10;Xv8AOrmP/iqn/wCQH/5r5Kj/AA0eg0ZuuKY7/wCNdJ/5ycoN/wC9H8Lf+lV/h1r/AKFL3a/49e/6&#10;qz/8717/ADq5j/4qp/8AkB/+a+T4/wAOLodH9nE8c/8AGql/85Ob/t/e/wBFr/Sq/wAOmj9JO7R/&#10;169/1Vn/AOd69/nVzH/xVT/8gP8A818nJ+Hj0Uj7Ynjf/jVS/wDnLzw3/vR/C3/pVf4dM/8AQo27&#10;P/Hr3/VWf/nevf51cx/8VU//ACA//NfJa/h+9GF7YjjP/jTTf+cvN/7IF7/Ra/0qv8Orf9Cj7tf8&#10;evf9VZ/+d69/nVzH/wAVU/8AyA//ADXySnoH6OR/ZxDGP/Gmm/8AObmv7f3v9Fr/AEqv8Orj6Sd2&#10;h/r17/qrP/zvXv8AOrmP/iqn/wCQH/5r5nX0H9H1/wCchi5/76ab/wA5ue/t/e/0Wv8ASq/w63/0&#10;KTu1/wAevf8AVWf/AJ3r3+dXMf8AxVT/APID/wDNfJEXoY6Rw321+Lm/tqKf/wA5+a/t/e/0W/8A&#10;Sq/w6YP0i7sn/Xr3/VWf/nevf51cx/8AFVP/AMgP/wA18kp6I+k0egrsV/8AGin/APOfm/7f3v8A&#10;Ra/0qv8ADrX/AEKJuz/x69/1Vn/53r3+dXMf/FVP/wAgP/zXzOvoq6Uqu0VuKf8ARen/APOflf7f&#10;Xv8ARb/0qv8ADrf/AEKLuz/x69/1Vn/53r3+dXMf/FVP/wAgP/zXzmPRb0qGnzuKf9F4P/Oflv7f&#10;3v8ARa/0qv8ADr3/AEKLuz/x69/1Vn/53r3+dXMf/FVP/wAgP/zXzmvox6Vr/wAjuKf9F4P+pHPf&#10;2/vf6Lf+lV/h17/oUXdn/j17/qrP/wA717/OrmP/AIqp/wDkB/8AmvklfR10vUWFZif/AEXg/wCp&#10;HLf7IF7/AEWv9Kr/AA69/wBCi7s/8evf9VZ/+d69/nVzH/xVT/8AID/818zD0g9MwLCsxL/ovB/1&#10;I5v/AGQb3+i1/pVf4db/AOhRt2f+PXv+qs//ADvXv86uY/8Aiqn/AOQH/wCa+ZR6R+myrtFZiX/R&#10;eD/qRz3+yDen+Fr/AEqv8Ovf9Ci7s/8AHr3/AFVn/wCd69/nVzH/AMVU/wDyA/8AzXzMnpO6cIQV&#10;rMR00/y0P/Ujmv8AZAvf6LX+lV/h1r/oUXdn/j17/qrP/wA717/OrmP/AIqp/wDkB/8AmvnP/ZR6&#10;dWA+cxHT/j6H/qTy/wDshXv9Fr/Sq/w69/0KLuz/AMevf9VZ/wDnevf51cx/8VU//ID/APNfOf8A&#10;sqdOf+UrEP8AotD/ANSea/2Qr3+i1/pVf4de/wChRd2f+PXv+qs//O9e/wA6uY/+Kqf/AJAf/mvn&#10;/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9zVC6SYh/Wnq9mzOV93zk1VNu9vzNUZfztz6l/ooyzTml2/H9ytENf6dxJ/95e6&#10;viN7U8w/mD63p/utw657So/6Knn1RTfJ5IwXB+15w1v+XUJX/mfhoOfRnWIlEe57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7hXOsuH1eeepuV+mmHE+dXzQQIBr+krJ1gTT26fn&#10;z52/rV3iH5+zsZwt7dx9Q63VacesBieoK66yx7McnVmzyWUfc+82ynzUQke9dHd9LdAmGZTxrNMw&#10;0eUR3P8AhgjLm3wu/wCXNrPDsPpMJw+DCqBBHBTRpFGo7KiKFUD6AOfK4tRWSo7TjX2427CbVtLS&#10;BCUgJA6ABAHsptkkeWRpZDdmJJPxPJvKUrrhz3PV6vcrM6eZ9zzW/ieZ7yBWY1XzYDR4HTzQYa9X&#10;M1JFIaXC2MkdMW8pGJdzcKDdmPieS9dWzacnadCU6ysgqgaiJcwJ2nYPYK5z5Dnl692kX9it9026&#10;LVCkMlxZaSot2h1JbJ0JMqUZABlSuk0I+IUNEnTahr0hQTvOwaQIN5G6XQta5Gg5ZnyIa6MUHHCK&#10;fiNZvzZkf0v4jmDJWKVeD16VuHotTRVMtPMFaYBlEkTKwDDQi+vJI3UYRc3gS4kKGlWCgCNnQawp&#10;+oDNbrJt23H7N1xlwONALaWptYBXBAUkgweInGlt0+pKWtzLHBWRJKhSQlXUMNBpodOGj6OV1bin&#10;SHKuJ4nM9RU1GD4ZLLLK5d5HeljZ3d2JLMxJJJNydTwG36Qh9wAQAtQAGwCTWSm6L67nKrRxxRUp&#10;VuypSlElSlFtJJJOJJOJJxJpNYuiRYtVRxgKqzSAACwADGwA4JHCmpCpu57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5VBkv/ALO05u/8F+H/AMpMP5Ndx/yw2/8AbD/v&#10;y65f5P8A9RSvP+8RP/KVtQpVv/Oq6T/l+f8AleTlr/IUrqBQW89z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcppyh/1d&#10;HT/+DDJ/5VNz7l99P+oRu/8AejR/0CIr43d0v+ootf8Ae5X/ANBSqLThv/MeJ/3mH/pIeXLc+Giv&#10;sioy3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vcDDrRmLE8p9K8czBg0nlVVPSv5TgXKMxCBhfxW9x8eZZdhO7NpvjvhluW3y&#10;dbDtwnvEHALSkFZQYx0q06VRBgmCNtYx9s+8VzupurmGYWatDzTCu7WMShSiEBQnCU6tQmRIEg7K&#10;YszVs+H4BV1lMdsiRnafYTpf6uVAZGyf1S6nZgqK/JSz12JUwE0s/wA2kcq7vcDGWaRSSe2hvb4c&#10;+2TtB323R7J8tat8+LNtZvEtNM/llutK0+MpDLDLgCR92KAmYxkivkL3G3Q3o7TcwdfyUO3F00A4&#10;47+YS26nV4AouvOtkqOzBRVE8AaLlhWG49jtY8uFh5Z095n8wBhfS+5iP48vDw9J46CCOqv5qxoH&#10;ubncFF7nx158AWZLbcuHFMxoK1lMCBpKjpgQIERAgR0V9vVghbbDaXZ1hCQqTJ1ACZOMmeMmaNNC&#10;HEKCT7QAv9NteS+E1G1ZOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7lU/4m/wDyVOk3/gxj/laDk07n7Lj/AGv8a5jfUb/dMo/7zB8W&#10;6FDpv/ksV/7x/wBjctY5C1dOaC/nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Yv&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Eb1Fxv8Aqz0+x3Me7b/L8Oram/s8qB5L/lxfaN986hHSpI9pAoI7wXn8usLi42d2y4v/AEqF&#10;K+VTMPh+Zr4Kf/iyRF+9gOatnpipNtFi9cR9t6eMf8CHJ/5W59ff0WWOi2zK5/pLt2x/mJdUf+VB&#10;7q+HffhyVNJ6Ao+2B8qa/VrWb6/BMPB/ycdTIR/xNo1H/KvDUc7gVBFE/wCe56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e4gPS5l//OZ6/cGR1302Czy1b+O35GnZkP8A40hfv58c&#10;H1ZbyfzXeLMVpODakWyeru0pbWP9OHD612D+mLd/+Y57YJIwbK7hXVoSpSD/AKfuxVhWR6P+rPQO&#10;kQjbJWRmQ/Hz5Cw/6Nkc2XOcVK+qqg957nq9Xue56vV7lPGAZ4yXkD8VbqDjee8YosEonwOkhWor&#10;6uKmiMjUeFMsYkmZVLEKSBe9gT4cnh22cuslZS0lSjrJhIJManMYFcm7HObPIu07MXr55phBtW0h&#10;briW0lRZsyE6lkCSASBMwD0ULU9FWV/TCghoYXmcTudsaljbfLrYDtyxf/ab9Nv/AG8LLX/j9oP+&#10;p3Ip/k93/wAZc/0ivwrP7/ZH3e/5yNl/5NMf/NKD/wDq3mL/AJQKn/ohJ/Rwin4jXW3oznj0v4jl&#10;/JWbsFxivetw91pqLFaSomKrMCzCOKRmIUak205JG6mXXFteBTja0jSrFSVAbOkisKfqA3yyjOd2&#10;3GLO8tnnC40Qhp9pxZAXJISlRMDiYwpbdPsGxiizLHPWUk0SBJAWeJlGo01Itywnob/zpTJ//ekw&#10;r/yki5F2Zf8AFDn+Or/fjWeO5f8Ayx7L/vGY/wCUkUgsa/5LNX/y+l/5XPK++r/qi66dburlb6cv&#10;RikMMmFkpi2YptrRQEN5cixuyOiIrXXeEeR2B8pRt3GULDJrbLmBd5hPi+xsbTxE4gk8YkAfxHGK&#10;wT3r7Ss63yzVzd/dAJBakXF4qClBB0qCSUqSlIMp1BK3FkHukjTqK8wnLOCYNhSZhzgSRLrFTju3&#10;iLgEEk97XAHj3tzjJ6IvWBTwtmGi6+YtJjG4yimk+dFGZGa5Un5x0EdjoPlyBoAoHPDeKwPgNojT&#10;snw6o/0oM/53rVFdjW9iAX0bwXBenVoPfdzqJ2f3dSQnoHcwNgSBXYznlJiKd8CiEPbcNm+3/IAN&#10;/wDgvr49+n/1W9X8mdYI/S/6waaKnx+q2jCsXiVUhrSxIjVvLCxt5pBEbqF94eW6B+J80yRi4Y/O&#10;WBJQPuQdqenbjhxBnDEGKOdxe0/NsozYbt72JSm4XHcXCQAh6cEg6QEHXBCFpCfEO7UkLrDj2VsJ&#10;rMJOZcpMWgX/ACsRJJS3c666eIN9NQbck+qzPmffTr6msh9Zmxqv/qNjcn8oxegeqlaihkIKioFO&#10;W8tX8tvMBUXvC1z7xBpkts1mtm7b6U96nxoVA1EdE7YnD/OHRSntOzy+3A3jy/N+/d/IPn8vcNFx&#10;RZQoyAvu50hWk6wQJlpX9Ig8Mr0NDmDLddg/kx/OwjzYpAo3kf4d1rkX0+vlmYIYBlNweRDXRcGa&#10;DjlP/XD1wVmRfXbgOTaWuePKOBhcLxhFkYQvUVwBknlA9wmk/R2uCV2ygH3iOTtl27ouctW4R+0V&#10;4kYYwnYB/jY+cp6K5Rb59sy8l32t7RLhFmxDFwAo6C499y1DYe58ESCU6XQD4iKFnBclrXZInrGQ&#10;Grn/AEsJtqFTso8ff1+8ezlwPIJrq9QTcrElz7nvrn+IMmRcm41iFDlHp3S+ZisVHWTQwVdWDfyp&#10;1jcLKBMyoVcEFYpBaxJ5MItm8tyvvHEpLjx8JIBKU9IkYYAmR0iucCs8vd9d/BZWj7rdnlqJfS24&#10;tCHXQftWEqAX41JSUqBBDbgiCaEkUNDgmQjW1kMb1eINaIugLKntW4uNATce0cs75D1dH6DbgS9c&#10;OnmZ+qnTSvyPk7MtVlHEKtqcx4pRiQzQiOZJXC+VNC/6RVKG0g0Y3uNCd5ddIsng44gOATKTEGQR&#10;xBGG3ZUW755Dc7zZc5ZWl0uzcWUQ+3q1o0rSogaVtq8QBSYWMCdowLrgtfTYZiMdbV061cabrxPa&#10;xuCBe4I0OvblF2XvTP1Zr/XFjvRqm6p4vT49RYXHUy5lUVPzc8ZgpXEDgVwl2gSKusxFkHu9gMj3&#10;c3YTlyLgsIKCqA3hpBlWP2Rwn7eNcV7Ds6zR/fO4yhObXCbhDAWq9Ac71aShk6D/AJQFwAsJxdIh&#10;Aw2ADZUZjwqPJUGMNhkTQPKVFMduxTuYbh7lr6ezx5eZ0XyJmDpD0to8o57zRUZpq8P+ZknxevLr&#10;JIryvMPMM00zARIQoJkIsvgNBjlmFym/eK2kBsGIQmIGAGEAbTjs412j3QyR/dTLEWt7dLu1t6yq&#10;4dkKUCpSxq1uOEBCSEyVnBPAYAFMYroMWxN6uhplpUk2hYktYEADSwHc69uVy4p6hvU16x+olfkj&#10;0jzx5ayfg0wiq8xToN05Bv7hZHK7rXjjjUORYyOivYSsjKrPIGg5fArcUJDY4eeI9ScOgEiuf9zv&#10;7vH2t37lluqoWtmyrS5eLGK/8UlKiJiUIQAsiC4tCVQBBiwDLeUcPStzWpqauYXSnU/Z+mxHbxJ0&#10;9gJHHqo9FnrOyjRjMGROu2J4pi8IBWkxI1fyrG1ypaeqqkb3gAN0NiO9u3E43gy986XbVKUninTP&#10;uSk+xVG7nY/vflSO/sc/fdeTsbe73uzhMSt59JxgDU1B4xsrCuccn1b+RXYJHFEe7R7N3/JqqfuP&#10;BR9Jvq4zlnXO9f6dPUXh64Ln/CQ5XaoSOtRF3uyqCUEgS0nuEpIl3SygjhPneRt27Yu7Q6mVe1M+&#10;+JwxxBwNSV2Xdql3nF45u/vA2GMwZmIEJeCRJIAlIUE+PwkoWiVogAim3NOVKSiokzBl+QzUEtvi&#10;UJ0Fz3tfTXUHQ8sO5FlZ7UgOe56vV7lPGcusnUXKvWzFamPGcQmo8NxupYURr51heKGrYiApuKiM&#10;qNtrWtpa2nPt23G7Dd2N79wrFpWX2Ldxd5RbpN2LK3U+h1+yQDcBegLU6lau8CtYUVidQONfH1vj&#10;2x7xbrb63jib68cYtc0fULY3b6WVtM3aiGCjWUBpSE93p0lIQY0kYUW7E8y41QZoqHWpmaKCqkPl&#10;ea4Uqsh9y17WIFu3PYt1N9TXUffmXDHxhaIFyDhcNTFToB3G+Aahbd2Yn481kvZR2Udl+nKrtOVm&#10;4ISD/MXbV25cUdh0XBOkqJwDTaEnABOyt5t2mdpnaNqzK2VmQYBUR+QbuWrdAG0a2B4gmMS4tahj&#10;JruoxzPONXroDUiLW3kK6oB7Lp3t8SeKrpJ6sM9ZPxqLCeodRLimFlhHKZheoht7pcPbe5X95WuT&#10;4EHvEHbP9HG72+1gu83Zabsr0AuNho6bV+ZUGy3PdtBUwhbQSlMjUlSAAJT7Jfquz3dC9Rabwuru&#10;7SQhwuCbhmISVhca3CmJWhwqUqDBSokmfl3qDiuG1S0+Mu08F9rbtXXwvfubeIPLS6jGMLpcIfH6&#10;idFoo4TO01/cEQXeXv8A4dut+fIjbZJd3d6nLm2lm4U6GUtR4y6VaA3p/pa/DB419RtxnFra2ir9&#10;xxIYS2Xi7PgDQTrK5/o6fFPRQ9PUwR05q3cCILvLX022ve/styrnqf6suoWdMcfCem7y4Zh+4pCI&#10;UBqZtbBmaxZCe4VLW8SefXH2TfRtu1uLl6b3elLd5daQt0uqKbRjCShKZSlwJ2KcekKiUoQMD8vn&#10;ad9V+8O+d8q03bUu0ttRS2G0g3L3AKUqFKQVbUttQU7CpZxoB8d6hYxidUafBC0EN7LtF3b4k9x9&#10;A/PgfHOPqfySox/EarMFLCtv0lclU8PcMLiqVoze3iO1x2J5koNx+yXf0nLbVnJHnDP7OzVaIf2F&#10;Jg2ikPCNXA4KhWCgkjH4749p+5Q/mFw9nDSBHjuk3S2doUJFylbRmOIxEj7SQWf+ZZ7wsfNzSVka&#10;j96USFfb/ugK8PN6cvUgOqxfKuaY0p8agQyK0YtHUIv2mVTfa6/vLexGosLgfPt9T/0uf7DwTnGU&#10;LW7lziwhSV4uWzivtSpQA1tLghCyApJhC5JSpfcb6dPqO/2VSrKs0Slu/bQVpUjBu4Qn7lJSSdDi&#10;cCtAJChK0QApKRVyXnX+sF6CvASqQXBHZwO5A8CPEfXxg9V3XjMfTiSjyXkyQU1dWwmomqdoZo4i&#10;zRosQYEBmKtdrXAAtqbiRfo5+nfK+1FNxnuepL1tbuhhpjUUpceCEuLU6UkKKEJW3pQCAsqOuUpK&#10;VAP6rO3fMezlTGS5MoNXD7Rece0hSm2ipTaEthQKQpakOSsglASNMKUFJidQM2VuCmPDMMOyWVd7&#10;Pa5C3IAW+lyQdfDhU6zHPVT09wuk6h4tXYpHQ1YR45J6r5iKz2ZfMhZ3EYbS29V9g9nOwtjkHY/2&#10;l3b+7NlbZcq5Y1JW2zb/AJV6W9SV90+htlTxRBKy064BAWvYDXKu8zvtT7PrVneG7uL9Nu9pUhbr&#10;/wCYahelSe8ZUt1LQXICQ622TOlPEUH8lVn/AAeCPGaiWoEUliGeTeuuo3KSQt/iBw32ecy9X83+&#10;m+HMFFh9bhuYaiSnPlYd5wmaPf8A5RFiJlRXXUqdQO+nOKXZ9uruTuV2ouZa/dWl5lTSHx3l93BY&#10;S53f9yWt4Bhxba/ClxIAUR4QDIrrtvzvLvfvd2cN5gzbXVrmbi2T3dn3weU3r/uiEtEvNocR4lIU&#10;ZSD4pEGhGxWuzHiOSlrIoZYKxyh2w7txF/tAL7wBHhysOj/rZ/WlfkPm/wCd/MHb5fm/NfMbtbbf&#10;0nm7/wDgr/Hn1lXv8m/lB/M/lf5d3AnX3X5P8toETq/Y9x3cRP7PRH8NfMjafzb+aDuPzH5/vjGj&#10;vfzX5jUZjT+177XMx49U8aAuP+YfPjyfM+a36W3eZvv8Pe3X+vlxPpy/rl/mpov6+/O/zPzanzP5&#10;h5vn281tm7zvfttta/h258Q31P8A8j/tjc/2c/Kfk+7t9H5Lufy+ruUa9Hcfs51zrjHVM4zX2D/T&#10;p/Of7KW/8+/M/m9b+v8AOd738d6rRq779pGmNM4aYjCjIZL/AJn/AFfi/m/m+fue/nbt9txtfdr2&#10;4OfOfdZx0q+e56vV7lPGcusnUXKvWzFamPGcQmo8NxupYURr51heKGrYiApuKiMqNtrWtpa2nPt2&#10;3G7Dd2N79wrFpWX2Ldxd5RbpN2LK3U+h1+yQDcBegLU6lau8CtYUVidQONfH1vj2x7xbrb63jib6&#10;8cYtc0fULY3b6WVtM3aiGCjWUBpSE93p0lIQY0kYUW7E8y41QZoqHWpmaKCqkPlea4Uqsh9y17WI&#10;Fu3PYt1N9TXUffmXDHxhaIFyDhcNTFToB3G+Aahbd2Yn481kvZR2Udl+nKrtOVm4ISD/ADF21duX&#10;FHYdFwTpKicA02hJwATsrebdpnaZ2jasytlZkGAVEfkG7lq3QBtGtgeIJjEuLWoYya7qMczzjV66&#10;A1Ii1t5CuqAey6d7fEniq6SerDPWT8aiwnqHUS4phZYRymYXqIbe6XD23uV/eVrk+BB7xB2z/Rxu&#10;9vtYLvN2Wm7K9ALjYaOm1fmVBstz3bQVMIW0EpTI1JUgACU+yX6rs93QvUWm8Lq7u0kIcLgm4ZiE&#10;lYXGtwpiVocKlKgwUqJJn5d6g4rhtUtPjLtPBfa27V18L37m3iDwxPrFzjj+BZOwLE8n4pUUQqqh&#10;z5tHUyReYhi3Ldo2G5fEc5kfQ/uPlu8OeZnaZ3ZMXJZYSO7umG3u7cD2lUJdSrSoQUmADwNdEPrD&#10;3wv8iyfL7nJ7t63755R7y2eca7xBa1JlTak6kmQRJI40s+pOJVlJhtJPhs7xeY596NytxtuNVOo4&#10;USLrD16ztl+jyxlSpxSYYXEzVM1I08lRIWlZ/NqJ0vIFUEKLsBYa/DtS92I9nW4WZXGbZyzlzZvX&#10;Ehhq6Tbt2zYQ0hHdW1u5paUtSklxZShSypeEceRjXbBv5vrl7GWZU7frFo2ovO26n3LhwqcWvvbh&#10;9EuhCQQ2kKWEBKMZ4B0uZM24pRx0GHvUN5Cku0ZcubsTudxrYdhrblm+YM5UXRvpdBjmdqmSrmoq&#10;eCF2LXlqakoBZSe7OwJv4C57Dnyfbt7jP9uO9zmX5Ayhhu4fedQkJKWrW1CyQpQGxLaClIG1SylA&#10;8ShX0zZ/viz2Obrt32dureWwy02oky7cXBQBAJ2qWsKUTsSgKUcEmhyrMTiy1gKVWKOZGiRFJvdn&#10;e3YfEnlaWZPUJ116qY21FlmerpVYkxUeErIHCg+LxDznPa5vb2AA259VO6/009nvZBYB/NmrZ4iA&#10;5d5mpotqUQcAh4i3bH3FCQkrAjUtZTqr5rt4/qC367U70s5Y5cMgyW7bL0uBYSCNq2gX3DsCiVBJ&#10;M6UICtNAhW5xzXj9UY6F5IwfsxU4a4H0r7x/XQcwYV1v9QnSrFY0zDVV5ud7UuLxyv5i6XF5x5qj&#10;t9lhb69TLOOwHs07YLNastZshA0puMrWyju1eKDFuSwozMh1C5iD9ogvyrtu7Qeyu6SnMHbsydRY&#10;zFDq+8ThIl8B5IiMW1pif74zxp805xwCoUVjze0x1IY3H/B+8PqPLN+j3VfBur+UUzHhiGCeNvKq&#10;qcm5ilAuRfTcrDVWtqO4BBA+T7tu7HL7sUzpWV3au9bUO8t3wNIeaJIBKZOlaSClxEnSoSCpBSpX&#10;0z9kHatZdruUJzG2HduJPdvskyWnQASJgakKBCkLgakmCAoKSByy3mCmzHhwrYBscHbIhP2W+nxB&#10;8DwGvUb6lP8ANbKMo5SSOoxqRFeR5Bujp0b7JKgjdIw1AOgFibggHOP6YPpY/wBl1BzrOlLay5Cy&#10;hCEHS5dLR9wSog6GUnwrWAVKUFIQUqSVpw5+ov6kv9i5QyjKUocv1JClqWNTduhX2kpBGp1Q8SUE&#10;hKUlK1hQISpNZ0zv/IW/l2HAPVMASTqEB7aeLH2fXwjMedvUxnNHzFhlbj9VDrulovmlgFiSdKYC&#10;IW1vp/Dn0FO7g9lO4qk5Zd2+SMOYaW7v8oq4OoAJxuip9U4RKjJMjEyeG7e+3aXvkFZjbP5u83jq&#10;Xa/mksCCScLYJZTGMwBAEbBQVLimeMTBrYJayRdbtF5gX/kz3RwXekvq8zjl7Go8C6pOa+geTy3n&#10;aMLUU5vYsdoHmKp+0CNwHY6bThX2zfRVke8tgvMN0Ui1uko1oZSsrtrkRISkrUrulqH9zWhQaJI1&#10;pAUXE5c9k31c5xu/epsd6FG5t1L0KdUgJuLczBUdKU94hJ+9KgXAJ0qOkNqUeXuouJUdUKTHj50J&#10;Ni5FnT4m3cDxvr/DgsetWbOFTl3BajKzVj4TJHWtXtSmU05jPy5hNSY/cKnXZv0728eYcfQcxklr&#10;meYtZuLRN8ldomzTchkXIcH5wPi1Dv7ULA0B0NYgadfCsrvrSezi4y6wcys3KrNSLpV2bcum3LZ/&#10;Klk3Jb/ZlBOotl3CdWnjSg6ntiT0dK9AZTTkSmUx7tlvc277aW72vwhWRP8AOh8zUf5sf5p521fP&#10;/lfzG7bc7fM+X1te9r8+i3tD/sl3TX9rP5d3epXc/wAx/LaNcDV3X5nDVEatOMROFcGdxP7T947/&#10;AGZ/P69Ke9/IfmNWmTp7z8vjpmdOrCZiglwn+e73/kXzG6w3+Rvvbwvs5fBz87+vu1o2PED1Tyni&#10;2eunONZSwDEqjB6+upJo6WtpJ5IJYJ9t4ZFliIcBXA3AHVbjseGdk+m2dStSQoAiUkAgjiIOGz30&#10;Bt5srdzrL37Vh1bLjjaghxtakKQuJQoKSQoAKAmDimRsNT8LqoqLEIaueNZo0cFkZQwZfEWOnbhR&#10;fw9etOY+pnSOsyV1FqZqjNeTK6bDsRaqlaSodd7NDJM7ksWBDxEkkkxknvwc705eizfDjQAbcSFJ&#10;gQB0ge4+tYrdg2+FxvHlS7PMFKVd2TqmXitRU4RJKFLJJJOCmySSSWyTtpV5+wenw3FUrMPULS1i&#10;LJHtFlGguAB9R+vhzc9ZzwPp3k3FM9ZmlENBhNNNVTt/qRqWIA8Wa1lHckgDXgAtrdV04ltGJUQB&#10;61l3nWbs5BaO3tydLbKFLUepImB0k7AOJIApH0VHPiFZFRUwvJKwVR8SeEg/D5rOqnUHJ2PdfeqW&#10;LV9Uc24hM+GUFRWTSU1JSRSOP9Ggc+XGGkLJ7qj3Y1I+0eSJvQlm1cRaspSO7SNSgACpRA2nacIO&#10;3aTWGnYQ7mefWlxnmZvOr/OPKLLS3FqbaaSpX9zQTpSCsqTgkeFtJG00tM+phdBWQYFhkUa/KxgS&#10;OqAM7kD7TDU2Gv0k8DPq/wCqLrp1u6uVvpy9GKQwyYWSmLZim2tFAQ3lyLG7I6Iitdd4R5HYHylG&#10;3cTiwya2y5gXeYT4vsbG08ROIJPGJAH8Rxio63r7Ss63yzVzd/dAJBakXF4qClBB0qCSUqSlIMp1&#10;BK3FkHukjTqLjhOWcEwbCkzDnAkiXWKnHdvEXAIJJ72uAPHvbnGT0ResCnhbMNF18xaTGNxlFNJ8&#10;6KMyM1ypPzjoI7HQfLkDQBQOeG8VgfAbRGnZPh1R/pQZ/wA71qiuxrexAL6N4LgvTq0Hvu51E7P7&#10;upIT0DuYGwJArsZzykxFO+BRCHtuGzfb/kAG/wDwX18e/T/6rer+TOsEfpf9YNNFT4/VbRhWLxKq&#10;Q1pYkRq3lhY280giN1C+8PLdA/E+aZIxcMfnLAkoH3IO1PTtxw4gzhiDFHO4vafm2UZsN297EpTc&#10;LjuLhIAQ9OCQdICDrghC0hPiHdqSF1hx7K2E1mEnMuUmLQL/AJWIkkpbudddPEG+moNuDz6+8z5l&#10;yb6Ss2ZkyhiFThWI038r8qqo55IJo9+J0sb7JYmV13IxU2OoJB0PA1uwyi4vm0OAKB1SCAQfAo7D&#10;htqbu3LMrjKN1ru4tHFtOJ7jSttakLTNyykwpJChKSQYOIJBwNMeRaanrM1UtPVxrLG3m3V1DKbR&#10;sRcHTvwVfTRi2K496eMj43jlTLW1tXgeFzT1E8jSSyyPTIzySSOSzsxNySSSdTwlzdCWrp1KQAAt&#10;QAGAAk4AVJ3Z1dO32QWDzylLWu1YUpaiVKUotpJUpRkkk4kkkk7aasxxRQY/WwwqERJ5QqqLAAMb&#10;AAdhwVcyyywZdxCeBijpTTsrKSCCIyQQRqCDwlZErAPSPjUm5goot3FJMEIUQRtB0mmynAaojVhc&#10;Fl/jyvP8LfPWd+oPp/xjGc+4zXY5WRZhq4UnxCrmqZViWionEayTMzBAzMQoNrknuTyUt8rZu1uk&#10;paSlI7sGEgATqXjA41gX9NWd3mfZE89fPOvrF24kKdcW4oJDLBCQpZJCQSSBMSSeJpfdTKGioMeh&#10;hoYUhQ06sVjQKL73F7Ad+E1frh6psU9WfUPoT0fxerqa/G8WnpKKWuq5ZqbCaWCWRqiaCGQvHDZN&#10;oDKugFlUuUsPv5dZIsWbl9IASgEhIAK1ECASIJx6/MxNYjHfPea53pzLJMpecU4++tttTrilt2rS&#10;FKK1oQrUlHhgSE4AQlJWUwrxguWIsrYfjeLxKscMSs4RAGlZgAoYixOvx+nS/LKPTb6c+sHR/MuI&#10;Zj6n9TMUzstdTRolJVNOIIJi5eV0WaomGgsqFQgsTddFtEmbZqxfoCGWEtQdoiSOGwD1mfPbXQ/s&#10;97P823TuHLjMs0fvg4gANrK9CFySogLcc2YBOkIEEynBMB1mLMGE4tTR0+G4bFRFGJLrt3MLWAJC&#10;j673+nhyOAKstqSPKlfxUMVo8BTpjjmIkrT0WOvPKQCSEj8l2IA1JsO3Jv3LQXe/SNpRA9Zrlt9T&#10;N0ixGVvOYJRdFSuOCdBOHkKFTpjE8/8AMoI/tPAFH0ncBydhtN6yfWtA2dsCzJJ0oyJVknC46eN2&#10;xKphGsdTI0TxSASEC1pkXafdV19921mw3ePdqR+YdH3T9gPECQRh/ikztI2BZbt73dsKTeMXJyiw&#10;X/cAgE3DiNqXFFKkKAUY2OoTpPhSseNfCRsoZOb5OenGKVyf5UsQI1PioBBGn0E/R2AdZ3xT1e+g&#10;HFcOzvmrNtR1LyHVVCU9cK3zDUxM+v2p3mkhJF/LYTNGWG11F1ua26LDedJbQ2GHQJTEQfYAD1+E&#10;HoO2gBnNzvX2Fut3t1eLzPL1rCHe81d4knrWpxSDt0EOqQSIWkSmXCijynnuKSipaVcOrlUsmy20&#10;2/4iAD8dL+zx5cZgWNYbmTBKPMWDSCajr4IqmCQdnjlQOjD6VIPIFcbLSihWBBIPmMDXWmyvG8wZ&#10;RcMnUhxKVpPSlQCkn1BBoI54ZKeZ6eYWeNirD2EGxHKvur/qi66dburlb6cvRikMMmFkpi2YptrR&#10;QEN5cixuyOiIrXXeEeR2B8pRt3GY7DJrbLmBd5hPi+xsbTxE4gk8YkAfxHGK5t719pWdb5Zq5u/u&#10;gEgtSLi8VBSgg6VBJKVJSkGU6glbiyD3SRp1ESsJyzgmDYUmYc4EkS6xU47t4i4BBJPe1wB497c4&#10;yeiL1gU8LZhouvmLSYxuMoppPnRRmRmuVJ+cdBHY6D5cgaAKBzw3isD4DaI07J8OqP8ASgz/AJ3r&#10;VFdjW9iAX0bwXBenVoPfdzqJ2f3dSQnoHcwNgSBXYznlJiKd8CiEPbcNm+3/ACADf/gvr49+n/1W&#10;9X8mdYI/S/6waaKnx+q2jCsXiVUhrSxIjVvLCxt5pBEbqF94eW6B+J80yRi4Y/OWBJQPuQdqenbj&#10;hxBnDEGKOdxe0/NsozYbt72JSm4XHcXCQAh6cEg6QEHXBCFpCfEO7UkLrDj2VsJrMJOZcpMWgX/K&#10;xEklLdzrrp4g301BtxffiVZzzhkT01Pj2R8VrMGrhilDH8xQ1UtPLsYSbl8yFlbabC4vY8LN0bdu&#10;5u9LiQoaVYKAI4cDQ5+ofN7vJN3S/ZPOMud+0NbS1Nqg6pGpBBg8RMGoPTqjpK7MQgrYkmTynO11&#10;DC+mtjpwsfT2L1m+tzDo814Bm6p6c5GgjjpKOaAyGurHgCrLUlonjlkLyKdzGZVBuih/fYjC6OX7&#10;unQpsPOkyQY0pnYMQQIGwaSeJjAVjjkKd7+2RsXTF4vLbBIDbak6i86UQFOEpUhaipQOpRdSkYoS&#10;FeNRUdecoZMkNLPSLiFaxLuGtsQNqFsQQLDtoT46acj5uxz1Xfh/ZqwfNGfM4VHUTp/idVHS1klb&#10;5jVELuCx2+fJNLEwRWaPbKyPYqyg7TyzDdlvOhSGmwy8kSNMQfYADjtwBG0HbSfNb3ejsKumbm+v&#10;F5llzrgQ4XdRcQTJMa1OLQQkEohxSFQUqSDpNcqSDK+fKWamoaRcPr4lLIEttIH/ABEAEX76XHhw&#10;XKvNnqV9a+OYg3QrMH9Qum9DNLRxYykTNXYnIhKSzUwUpIkKm+2zxkdyxe6xkaWLTd5I/Mo714gE&#10;onwoBxAO0E9OB8oxMqu5pvF2xPOHJLj+X5Y2pTabkJJeuVJJSpbcFKkoH8MLbPEqKpS21JS5cybB&#10;GMbg+exF1DmEkbIwdQG7gn6j92pCDP59XnoErsO6j45nap6kZKqKuKnxCLEDKZ0Mg8BUSzPDcKRG&#10;ySld9g6+9Yntr+R3nBaS0GXQCUlMRh5AA9YImNhwqKM9/tX2GrbzB6+XmdipxKHUu6isahw7xbik&#10;TBCFJcKdUBafFBdqD+qeekkw+GiXDqxULRmO202/4iAD8QRe3Y6cuTwXF8PzBg9Jj+EyCWlroYqi&#10;Fx2aOVA6MPpUg8gNxstKKVbQSD5iut9ndt37KH2jKHEpWk9KVAEH1BFBDNFJBM0EosyEqR7CDY8q&#10;86tep3rr126wV3pz9GohplwktHjGY5lBjhIYxyLE7K6oitdQwRpHYExAKu8zJY5PbZawLvMJOr7G&#10;xtPETsk8YkAD7sTFc2d6e0jO99s2c3f3R0p7mRcXigClBB0qCSQoJSDKdQSpxagS0AlOsiXhWW8E&#10;wTCUzDm+7ebYw047t4gkAgk+NrgAd+9ucJfRH6w6KE5hwvr3is2MXaQU0/zoo97XutzVyIEF9B8v&#10;YeCiw5sbxWCvAq0SE9I06o/0oM/53rVFdje9jI79reB9T2J0K77uZMyP7ssaccP2MDgkQK7Gc8pO&#10;fl5cCiEXbcuzfb/kAG//AAXFz6dPVD1cwbqwfTB6t6SKjzVInmYXicKokGIpZmt+jCxbmCnYyBQS&#10;DGyLILMW5rkzDjH5yxJLf8STtR7cfMGemSNgz3A7Sc1tM0/s3vUhKLsiWH0gBFwIJ/hARJAOlSQk&#10;EgoKEuCFQswZZwqbC/6y5VcvSg2ljJJaM/Xr9N7+25HLIORPXQeg857nq9Xue56vV7lb/rB6v506&#10;f9S6HBsuY5JhkEuGQzNEkqoC7VFQhex8SFA+rn0sfRt2b7o74bsXFzn9ravvpv3W0qfI1hoW9qoJ&#10;EqHhClLI6ya+eP6te0rePc3eO3tcou37dpVi24pDRhJWX7lJUcDiUpSPICgkz7W5opsYjTBDOIjC&#10;pPlKSN25r3sO9rcKl/tMdU/+wun/APGhOdaf9gzs1/5x+X+1P+HXLr/Z333/AOcld/6b/kaRP81z&#10;/wD4qv8A6Jt/Rz3+0x1T/wCwun/8aE57/YM7Nf8AnH5f7U/4de/2d99/+cld/wCm/wCRr381z/8A&#10;4qv/AKJt/Rz3+0x1T/7C6f8A8aE57/YM7Nf+cfl/tT/h17/Z333/AOcld/6b/ka9/Nc//wCKr/6J&#10;t/Rz3+0x1T/7C6f/AMaE57/YM7Nf+cfl/tT/AIde/wBnfff/AJyV3/pv+Rr381z/AP4qv/om39HP&#10;f7THVP8A7C6f/wAaE57/AGDOzX/nH5f7U/4de/2d99/+cld/6b/ka9/Nc/8A+Kr/AOibf0c9/tMd&#10;U/8AsLp//GhOe/2DOzX/AJx+X+1P+HXv9nfff/nJXf8Apv8Aka9/Nc//AOKr/wCibf0c9/tMdU/+&#10;wun/APGhOe/2DOzX/nH5f7U/4de/2d99/wDnJXf+m/5GvfzXP/8Aiq/+ibf0c9/tMdU/+wun/wDG&#10;hOe/2DOzX/nH5f7U/wCHXv8AZ333/wCcld/6b/ka9/Nc/wD+Kr/6Jt/Rz3+0x1T/AOwun/8AGhOe&#10;/wBgzs1/5x+X+1P+HXv9nfff/nJXf+m/5GvfzXP/APiq/wDom39HPf7THVP/ALC6f/xoTnv9gzs1&#10;/wCcfl/tT/h17/Z333/5yV3/AKb/AJGvfzXP/wDiq/8Aom39HPf7THVP/sLp/wDxoTnv9gzs1/5x&#10;+X+1P+HXv9nfff8A5yV3/pv+Rr381z//AIqv/om39HPf7THVP/sLp/8AxoTnv9gzs1/5x+X+1P8A&#10;h17/AGd99/8AnJXf+m/5GvfzXP8A/iq/+ibf0c9/tMdU/wDsLp//ABoTnv8AYM7Nf+cfl/tT/h17&#10;/Z333/5yV3/pv+Rr381z/wD4qv8A6Jt/Rz3+0x1T/wCwun/8aE57/YM7Nf8AnH5f7U/4de/2d99/&#10;+cld/wCm/wCRr381z/8A4qv/AKJt/Rz3+0x1T/7C6f8A8aE57/YM7Nf+cfl/tT/h17/Z333/AOcl&#10;d/6b/ka9/Nc//wCKr/6Jt/Rz3+0x1T/7C6f/AMaE57/YM7Nf+cfl/tT/AIde/wBnfff/AJyV3/pv&#10;+Rr381z/AP4qv/om39HPf7THVP8A7C6f/wAaE57/AGDOzX/nH5f7U/4de/2d99/+cld/6b/ka9/N&#10;c/8A+Kr/AOibf0c9/tMdU/8AsLp//GhOe/2DOzX/AJx+X+1P+HXv9nfff/nJXf8Apv8Aka9/Nc//&#10;AOKr/wCibf0c9/tMdU/+wun/APGhOe/2DOzX/nH5f7U/4de/2d99/wDnJXf+m/5GvfzXP/8Aiq/+&#10;ibf0c9/tMdU/+wun/wDGhOe/2DOzX/nH5f7U/wCHXv8AZ333/wCcld/6b/ka9/Nc/wD+Kr/6Jt/R&#10;z3+0x1T/AOwun/8AGhOe/wBgzs1/5x+X+1P+HXv9nfff/nJXf+m/5GvfzXP/APiq/wDom39HPf7T&#10;HVP/ALC6f/xoTnv9gzs1/wCcfl/tT/h17/Z333/5yV3/AKb/AJGvfzXP/wDiq/8Aom39HPf7THVP&#10;/sLp/wDxoTnv9gzs1/5x+X+1P+HXv9nfff8A5yV3/pv+Rr381z//AIqv/om39HPf7THVP/sLp/8A&#10;xoTnv9gzs1/5x+X+1P8Ah17/AGd99/8AnJXf+m/5GvfzXP8A/iq/+ibf0c9/tMdU/wDsLp//ABoT&#10;nv8AYM7Nf+cfl/tT/h17/Z333/5yV3/pv+Rr381z/wD4qv8A6Jt/Rz3+0x1T/wCwun/8aE57/YM7&#10;Nf8AnH5f7U/4de/2d99/+cld/wCm/wCRr381z/8A4qv/AKJt/Rz3+0x1T/7C6f8A8aE57/YM7Nf+&#10;cfl/tT/h17/Z333/AOcld/6b/ka9/Nc//wCKr/6Jt/Rz3+0x1T/7C6f/AMaE57/YM7Nf+cfl/tT/&#10;AIde/wBnfff/AJyV3/pv+Rr381z/AP4qv/om39HPf7THVP8A7C6f/wAaE57/AGDOzX/nH5f7U/4d&#10;e/2d99/+cld/6b/ka9/Nc/8A+Kr/AOibf0c9/tMdU/8AsLp//GhOe/2DOzX/AJx+X+1P+HXv9nff&#10;f/nJXf8Apv8Aka9/Nc//AOKr/wCibf0c9/tMdU/+wun/APGhOe/2DOzX/nH5f7U/4de/2d99/wDn&#10;JXf+m/5GvfzXP/8Aiq/+ibf0c9/tMdU/+wun/wDGhOe/2DOzX/nH5f7U/wCHXv8AZ333/wCcld/6&#10;b/ka9/Nc/wD+Kr/6Jt/Rz3+0x1T/AOwun/8AGhOe/wBgzs1/5x+X+1P+HXv9nfff/nJXf+m/5Gvf&#10;zXP/APiq/wDom39HPf7THVP/ALC6f/xoTnv9gzs1/wCcfl/tT/h17/Z333/5yV3/AKb/AJGvfzXP&#10;/wDiq/8Aom39HPf7THVP/sLp/wDxoTnv9gzs1/5x+X+1P+HXv9nfff8A5yV3/pv+Rr381z//AIqv&#10;/om39HPf7THVP/sLp/8AxoTnv9gzs1/5x+X+1P8Ah17/AGd99/8AnJXf+m/5GvfzXP8A/iq/+ibf&#10;0c9/tMdU/wDsLp//ABoTnv8AYM7Nf+cfl/tT/h17/Z333/5yV3/pv+Rr381z/wD4qv8A6Jt/Rz3+&#10;0x1T/wCwun/8aE57/YM7Nf8AnH5f7U/4de/2d99/+cld/wCm/wCRr381z/8A4qv/AKJt/Rz3+0x1&#10;T/7C6f8A8aE57/YM7Nf+cfl/tT/h17/Z333/AOcld/6b/ka9/Nc//wCKr/6Jt/Rz3+0x1T/7C6f/&#10;AMaE57/YM7Nf+cfl/tT/AIde/wBnfff/AJyV3/pv+Rr381z/AP4qv/om39HPf7THVP8A7C6f/wAa&#10;E57/AGDOzX/nH5f7U/4de/2d99/+cld/6b/ka9/Nc/8A+Kr/AOibf0c9/tMdU/8AsLp//GhOe/2D&#10;OzX/AJx+X+1P+HXv9nfff/nJXf8Apv8Aka9/Nc//AOKr/wCibf0c9/tMdU/+wun/APGhOe/2DOzX&#10;/nH5f7U/4de/2d99/wDnJXf+m/5GvfzXP/8Aiq/+ibf0c9/tMdU/+wun/wDGhOe/2DOzX/nH5f7U&#10;/wCHXv8AZ333/wCcld/6b/ka9/Nc/wD+Kr/6Jt/Rz3+0x1T/AOwun/8AGhOe/wBgzs1/5x+X+1P+&#10;HXv9nfff/nJXf+m/5GvfzXP/APiq/wDom39HPf7THVP/ALC6f/xoTnv9gzs1/wCcfl/tT/h17/Z3&#10;33/5yV3/AKb/AJGvfzXP/wDiq/8Aom39HPf7THVP/sLp/wDxoTnv9gzs1/5x+X+1P+HXv9nfff8A&#10;5yV3/pv+Rr381z//AIqv/om39HPf7THVP/sLp/8AxoTnv9gzs1/5x+X+1P8Ah17/AGd99/8AnJXf&#10;+m/5GvfzXP8A/iq/+ibf0c9/tMdU/wDsLp//ABoTnv8AYM7Nf+cfl/tT/h17/Z333/5yV3/pv+Rr&#10;381z/wD4qv8A6Jt/Rz//1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vcLf6wca/kHpcz7Xg7S+C11OD8aiM04/wCV+CzIW+9vWh/fpPsM&#10;/KsfO1i8/I7tZgvptnUf6okt/wCipQ5Sh8/M1DH7Jkb/AJBO79nNfD030vk5GqKkjWaskP1LHGo/&#10;O/PtC+j2x/L7svPHa7eOH/NS0yke8Kr4st9HNV0lPQge8qP4UFnqmrPP6hU1KDpBRRC3xaSRj+Vu&#10;GC51cqIqLTz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcxTzR00L1ExskalmPsAFye&#10;Irm4RaNqdcMJQkqUegJEk+gFXSkrIA2nCs1PBLVTpTQDc8jBVHtJNgPv4uvwjstSZg6r536pVSXN&#10;NRxUoY/466oM7W+IEGv0/HnwA9qudLzh9T7n3XDzryvNSio+9Zr6V/pIyMC8uruMGWG2Qf8AbFas&#10;PIM+w9dWT9RI4sGy3heW6c+5EqqAP8MMYQfx5fRzECu6dA1z3PV6vc9z1er3KUK/ox0166fih5/y&#10;d1Uw3+aYbFg9HVJD8xUQWmShwtFffTSRubK7C17a9tBzIROYPZbkzLjKtKtZEwDhqcPEEcBXHZ/d&#10;DLt9e0nMLTM2u9aFu24E61o8YZtEgy2pCsApQiYx2bKGRMYxHBOmlBV4XJ5UhmdSdqtoXlJFmBHh&#10;w5//AA3B6MP+wN/8m2K/+dfI/wD7WZh/xz/eEf4NZe/9C+bof8yX/oxdf/N6R/8AnDzh/wApn/Rq&#10;L/mjhNvXl6NvTd0Y9O1fnvprlz+W4rDV0MST/wAwr5rJJKFcbKiodDce1bjw4Pt2s/u8wuw28vUk&#10;hRjSkbB0hINYj9t3ZJu9uhkDl7l1t3TqXGkhXevrwUqCNLjqk4jq8qV+R835ixjMEdDiNR5kTI5K&#10;+Wg1AuNVUHlkWV8TxPBPSfh2M4Lf5ykylBNBbv5seGq8dvjuA5EzyA5fKSrYXSD5FeNdCctuXLPd&#10;dt5n70WCFI/xk24KfeBQd1Mcc2aZIZvsPVMG+gyWPCo/hSYBgtB6aqjMNGFeuxTFqxqyS4LkxBI4&#10;42Peyr7wB/xk/vcG2+rqlXYQdiUCB5ySfl6VjD9MNiyxu6q4RBcduHC4raZSEpSknbAHiA/vyeNK&#10;nqjPNJmNYHuEiiQIPDW5JH16fVyzXkQV0ZoN+VNfi1UdDhnTHJ2fqAiLHcMx6OOjlW3mKj08szlT&#10;3sssMR9l7cm3cdRW840fsU3iOEyAPcTXLr6pWkW2W2V8jC4augG1D7gktrWqOOC22z5xQp9K3eTE&#10;quhk1gkgJceFwwA/InhzvVb0dHX70845kfyQcSemFZQAg3SsgHmwqPEbzeMm32WOnABkl/8Ayy6S&#10;5PhmFf4pwPs2+YrLvtP3S/tzkL9lp/alHeNdTyBqQOrUZQf71RpH5Xxf+RY/DW3/AEYbY/xRtD93&#10;f6uF99OPqvw1fQ/N1Uza+7Ecj0kuH18Uh2u9TSqsdIjXsd1QGiFzb32YakHgozbJD/MQyj7XSFJP&#10;QDir/S4+gqCez7tQbG5iszujLti2pl1JMFTjYCWgdhl0FsSf41EYkU/ZhytJ/XRcMpBaOtcSIR2C&#10;tq5/4HX6uFp6QekfE+rXofzVmzM8Rqs5Z9qJMw00zg+YZKdpHo1+mo3TG/8Ahn+HBdf54LHMW0Iw&#10;baHdkcIMav8ASwPVNY7bqdlbm9O5l3dXI13uYLN2hR+7U2VFof7rqcx/ovdVKPFs1xYVnSlpaY7a&#10;OhUU7AdrNYP/AMg2H1rwyfQ71fYc3oYn6yZjlEmLZRo5MOrI5W96WugVYqQP2N6ndESbd2YC+3gS&#10;zHIj/Mhbo+1w6hHBJxV/pYPsFZD7mdq7Z3KVm9wZes2yy4FHFTyAEtTsP7XU2SelShwpO41lOQZ2&#10;XCKcWiq3EiEeCNq1v+I2P3ccPw2+leIZP6GydTs0gyY9nyqfFqmZwPMaFi3y24jQhwWmH/L36uNb&#10;23ofue5R9jQ0AcJ4+zBPpS76et2XMpyU5lc43GYLNwtR+4oJPdz/AI0qdH+2elY+omKR1eNDDaXS&#10;ChURKB23D7X3aD6uWGci2s9KQPPc9Xq9yqDJf/Z2nN3/AIL8P/lJh/JruP8Alht/7Yf9+XXL/J/+&#10;opXn/eIn/lK2oUq3/nVdJ/y/P/K8nDeetfFsVwX0pZ5rsFLCc4ZJCSpsRHMywzG//Lpm4Bt3kJcv&#10;WgrZqn1GI94FZV9sV07Z7sX62Z1dyU4f0VkIX/vClUk8mxRTZookm+z5gP1gEj8xxN+gLLuBZd9J&#10;WT1wNUtW08tXUOtrvPLM5kLkd2UjZr2ChfDived1Tt85q4EAeQAj8fWg/wBhlgxYbrWfcgeNCnFk&#10;cVqWoqk8SPt6gkDhUjPdRPUZqqzPf3GCKD4KALW+nv8AXw4/AFWWtJHlSnrmp6XLXrA6F5zy8AmM&#10;VuKLR1BjA3vTrW0iIrWG4hlnmX6CQOTfu4S9YXTa/tCZHnpV/gpNctO2htOXb2ZDd2+Dy3w2uNpb&#10;DzIAMYwQ66nyJihUyUzVGUsbpKjWFIi637BijE/8qjltfIQrqXQV89z1er3KW8VwrCsd9TVZguOE&#10;Cjqsy1EU1zYFHrmVlv4bhpfwvfn3b5RnF5u92UW99l4m4YyBhxqBJC0ZehSVAcdJGrT/ABRHGvjB&#10;zTKrXPO0x+yvjDD2dvNuSYBQu+UlSZ4agdM8JnhRZKinp6vPMtNVm0cla6t9BlII+vlztNTU1FTx&#10;0dHGsUUShERFCqqgWCqo0AA7Ac+Fe7u3b91T761OOLUVLWtRUpSlGVKUoklSicSSSScTX2Y21s3Z&#10;NpZZSlCEAJSlICUpSBASlIgAAYAAQBgKMyiJEgjjAVVFgALAD2Acq/8AW9gGBYXnvDcWw2NIqvEK&#10;Z2qggtuKPtSRrd2YXW/+qOfWp9Am8eY5tu9eWd0pS2LW4Qm3KiToDiCpxpM7EpISsJ2AuGImvmH+&#10;tvILDK89tbu2SlD1ywpT4SI1FCwlDio2qUCpBVtIbE7KAjqlSUkGLQVEICyTIS9vGxsGPxPb6uCv&#10;mPGcWT0PU1QCwkelpadm8REKtYgPoMYC/QeYd7sZHZudv7zUApTc3L4TwLxs1vE+aXVKc/xk1lZv&#10;FnF2jsQackhSre3ZJ4hoXSWgPJTaUo/xVUoa2pqB0sR9bmONCf8AV8wL+Y04SfpViXVjA8SqMY6T&#10;UlRPVIgjllpsOWraNXvYXaKTy91j2te3jbnertgyvc3P7Vqx3yfYaZUorbbfvl2SXFIiTCbhjvtG&#10;oYK1hBUCACZPFPsrzLezJLl283TZeceSkIcWzZJu1NpXMCVMPd1r0nZpKwkgyBgF2AT5hpZ3qcvR&#10;u8gADMkIkIB+lWtfg5ydTPWlLG0UtJizKwIIOX4yCDoQQaTUHnPtvsp7CGVBaH8tCgQQRnboIIxB&#10;BF/IIOIIrONztL7aHUlC2cwIIIIOTtkEHAgg2WIPEUqzjnU5gVaOoIPcfJr/ANS+Izo/kbqxgPV3&#10;Asw1OXcTpUGIQ+dJ/Lp4o0jlfy5ibRqiIEY37KB7Byc+2ztB3N3i3KzPLGs2y95Rsne6b/PsPOuO&#10;so7xlIl5bjjpcbRpJKlqXBkqNQ32Q7jb2ZDvdl2YO5ZfMp/ONd6v8k802ht1fdvEw0lttsNrXqA0&#10;oSiRASKbMuYVmGkzFSVklHPGPOXc3ksoCsbN4AAWJ+FuHV9TvQDEOq9LTZlyoy/zegjMXkuwVZ4t&#10;xcIHOiurElb2Bubkd+cHfpO+o+27HHXsqzgK/IXTgc71AKlW72kIKyhMqW2tCUhekFadCSlKsRXa&#10;T6m+wK47Vmmsyyop/O26C33aiEpfa1FYQFmAhaFFRRqIQdagpScDQn56yhNmBErsPI+ZhXbtJsHW&#10;97X8CD28OEryx1n6vdFaoZMzZTPU0EO1XwzE4jYIDp5TMNyrp7pG5OxAPO8G9nYXuV28snPcmeQz&#10;cualJzDL3BJcUMe+QghK14w4FaH9qStJmuLm7HbLvd2LOjJs2aU7bohKrG+QYCAcO6UoFSE4S2U6&#10;2dighQigxoczZjyxJ/LMQjMkS2BgnXw/1SdQPZ3Hw5ab036g4H1OylTZuwDcIp7q8b/ajkXR42+I&#10;Pj4ix8efIZ2o9m2Ydk2dPZLmMFbcKStP2OtKxQ4icYUNoOKVBSTiDX1JdnPaBY9puUtZvYSEOSFI&#10;V9zbicFtq4Sk7CMFJIUMDQ9YJjFLjuHJiNJcK2hB7qw7g/RyqPKH/V0dP/4MMn/lU3PsU30/6hG7&#10;/wB6NH/QIivlQ3S/6ii1/wB7lf8A0FKov+G/8x4n/eYf+kh5ZV6h83ZhyL0lxLM+Vaj5Wup2pRHL&#10;5aPYPURo3uyKym6kjUc+V36Zty8s7Qd87PKc4a7+2dTcFbetxvUUWzriPG0tCxC0pOChMQZBIr6T&#10;PqG3uzDcbdO6zPKne5uG1MBC9CFwFvtoV4XErQZSojFJiZEGDQ3ZyxGswrL09dQP5cqGOzWBtdwD&#10;owI7crV/2revv/Te/wDIGi/6kc+qL/oTvs4/5xf/AKOX/wD89V82f/Q1e/3/ADkf/RWy/wDnagR/&#10;zgZu/wCUv/o1F/zRy2Ppzi2IY909wHHMWk82qrcOop5n2qu6SSBHdtqgKLsSbAAewc+NvtQya23d&#10;3mzPL7NOhi3vrtlpEqVobauHEITqWVKVpSkCVKKjEkkya+r7s5zW4z7d7Lr67VrefsrV11UJTqcc&#10;YQtatKQEiVEmEgJEwABhRg8FqJqvB6SqqDuklhidjYC5ZASbDTvyo7FcKwrHfU1WYLjhAo6rMtRF&#10;Nc2BR65lZb+G4aX8L359omUZxebvdlFvfZeJuGMgYcagSQtGXoUlQHHSRq0/xRHGvklzTKrXPO0x&#10;+yvjDD2dvNuSYBQu+UlSZ4agdM8JnhRd6inp6vPMtNVm0cla6t9BlII+vlztNTU1FTx0dHGsUUSh&#10;ERFCqqgWCqo0AA7Ac+Fe7u3b91T761OOLUVLWtRUpSlGVKUoklSicSSSScTX2Y21s3ZNpZZSlCEA&#10;JSlICUpSBASlIgAAYAAQBgKMyiJEgjjAVVFgALAD2Acq/wDW9gGBYXnvDcWw2NIqvEKZ2qggtuKP&#10;tSRrd2YXW/8Aqjn1qfQJvHmObbvXlndKUti1uEJtyok6A4gqcaTOxKSErCdgLhiJr5h/rbyCwyvP&#10;bW7tkpQ9csKU+EiNRQsJQ4qNqlAqQVbSGxOygI6pUlJBi0FRCAskyEvbxsbBj8T2+rkTrHVVVZ6Z&#10;On81YSXBkQX/AMEasif8mAcO+w+zZse1jelDEaSELMf03Focc9e8Uqeuijtiunbzsy3bW9OoFaBP&#10;9FtK0I9NCUx1VjzLJJJkbB2k7jcPqAIH5cMj6J8LpKTpPUYlEo86rr5jI1tbIiKq39g1I+JPOW/1&#10;6Zu9e75NWqz+zYsmghPAFxbq1qjpV4QekIT0V0e+irK2rTdNy5SPG9dulauMIQ2lKZ6B4iOtSuml&#10;t0vgjjy886j3pJWufoAAHA49eVZWJT5Zw9SRTyNXSMPAughVSfioY/fzKH+rtsWFu5zckAupTZtp&#10;PEIWblSgOpSm0T/iCsc/rvvHkt5VbgkNqVdLI4FaBbpST1pStUf4xpk6syyBKGEfYJlY/SNoH3XP&#10;Bj9IGAYDhvRujxjDUQ1eISVDVUgA3lkmeNEJ72VALDtqT48we+tnePMc035uLG6UoMWrbCbZsk6A&#10;lxltxbiRsKluKUFKAmEpQT4BGYn0hZDYZbucxeWyUl65W8q4WANZUh5baEE7dKEJSUp2SoqA8ZlS&#10;9OKSkgy1HUwAeZMzmRvG4YgD6hxZ+o/AMBx3o5jb45GhNHTPUQSMPeSZBePYe4LH3T7QSOQZ9Lu8&#10;eY7v78ZanL1KAuH0MPISTpcYcMOBadighMuCR4VIChBANTJ9RuQWGebnX5vkpPcMqeaWR4kPIEt6&#10;DtSVqhsxtSspMgxTnnWjpKvLVUaoD9EhdCe4YdrH4nThN/QtW1qZ4xrDkJ+XloVkceG9JlVD9Nnb&#10;ncP+sIsGHN38uulAd6i8U2k8e7cYWpweRU03PWBXHb6Gb15GeX9sknul2gWocNaHkJQfPS45HmaD&#10;XpTLKMVqYAfcaIMfpDAD8ieApmWCDNPqUq8PzS5FPVZgamnLG1ovm/K238AIwBfwHM9N1X3N0Oyt&#10;i5yhMus5Il9kATL35PvtUcSXSVkfxEkcawq3kZb3p7SXrfNFQ29nBZdJMQ1+b7rTPABsBIPACeFJ&#10;euVK/O0kNefckrCjX/w+Ztt93LnaSjpMPpY6GhiWGGFQiRooVVUCwVVGgAHhz4WL29ezJ5dxcLU4&#10;44oqWtaipSlKMlSlGSSTiSTJNfZfaWjWXtJYYQlDaEhKEJASlKQICUpEAADAACBRmY444Y1iiUKq&#10;gAACwAHgBysr1w4BgOG5ywnGcOjSOsr6eb5kILFvLZRHI1u7G5F+9lHs59Xn0Abx5jmmR31jcqUu&#10;3tX2vy5USQjvULLraJ2JSUoXpGALiiACoz8zv1v5BYZbnNleW6UpfuWXO/CRBV3akhtxUbVKClo1&#10;HEhsAkwIA3qnR0kGJU9TCAssyN5lvHaRtJ+JuR9XBiStrcQ9EJqK8lpBhxjBPfZHU+XH9yKOYPrs&#10;GMt7fe7twAk3wWQNmt21DjnqXFrJ65rMNN69mHYl3j5JULIoBO3Q3cltv0DaUgdUUpBLLN0t3zG5&#10;8kjX2K9h+Q4GHoR/5iPMH/eNTf8ASRuZZ/1hv/LLyr/vIf8A+U0VjH9Cn/LRzL/aGf8AlRdMXSf/&#10;AHtrP+IJ/E8sq58rtfSZQ3c9z1er3KnM8Aelf8QbCs/oPIyv1VhNDWHURx1+5FLnwBMvlOWJ7Sy+&#10;APJttv8Ah1lamtrjB1DpKcflI9BXLzOv+dZb+NXw8Nrmye6c/opflIno+/u1Ek7HHOAoUqL/AI0+&#10;QpaA+9U4Wd6e0pqbfdcfUOKX8RXNmM51nyh6RMjy2xXPNdBJWbdfKoopRtaRbg7DIpkPwgbiPdRh&#10;NuHL5z7WkmOtRHDrjD/OFCHt+zR7OFWe6tkf2t+6kuR/CylWBUP6JUCvyZVUfp/Sw0S1ea60foqJ&#10;GCfFyOw+NtP+C4ePFsFg6T9C6zAchRGJcvYJPHQILbr01KwhubasSoJPidTyOkOG+uQp3+NYKvVW&#10;NZn3VmndfJVsWIgW1spLQ4y20dHqSASeJxpFRTNiuNpPXG5qJlLn/iTa/Vwkv4UmAYLQemqozDRh&#10;XrsUxasaskuC5MQSOONj3sq+8Af8ZP73JD31dUq7CDsSgQPOST8vSsOfphsWWN3VXCILjtw4XFbT&#10;KQlKUk7YA8QH9+TxpZ9UZ5pMxrA9wkUSBB4a3JI+vT6uWa8iCujNBvypr8WqjocM6Y5Oz9QERY7h&#10;mPRx0cq28xUenlmcqe9llhiPsvbk27jqK3nGj9im8RwmQB7ia5dfVK0i2y2yvkYXDV0A2ofcElta&#10;1RxwW22fOKFPpW7yYlV0MmsEkBLjwuGAH5E8MD+In59V6Kc3uyFXZMIdl9n+/SkZu/s4GN1YGYN/&#10;5/8Aviqnbt91ObnXhjGLckdH+Usk+ymHp/Zc40gvpeUf9Gn4MPpNlSb0xZAeM3AwDCl+taZFP5jh&#10;DnYi8e/2xXxNSx2XKC928vI/5lGB7G0g++mjNIK5krwf+L5f+VjwZM1kLlbEmY2Apaj/AKRtwgY+&#10;9PmPjUt5mYtnf8Rf++mmil/3pj/4kv8AHlav4R1O0PppxaRu0uY61x9AoqJP4ryXN+TN4n/ax/vy&#10;654fSu2UbuvHpvHD/wCgWB8qEXqs18xxD2U6D/k9zxJejzCKWo9fXWrHZEBmpZqqFGIF1E1dua3i&#10;L+WOLs+cIyy2TwIB9if1oK9k1olzfnPHiPEhS0g9AW9J9ugVLzbKy5FwaAHRgpP1JYfx5btyDK6q&#10;0FHPc9Xq9yov8V7B1zDh3TfAHJVa7GZqckdwJVhS4+/k5bkud0XldCAfZJrlb9T9oL9vLGD/AK5c&#10;qR/pggfOhX6XTfLviM4/chVvuueW04fQUWFUEGF4dEsNPTRpFFGgsqIihVVR4AAWHIQUorJJxJxN&#10;dSGGEWyEttgJSkBKQNgAEADqAwoK5JHldpZDuZiSSfEnueEy/EVpoKr0b5yEyg7Ew51PiGXEaYgj&#10;2ez6L8H+6hIv2/8AO/3xVYidvzaXN0b2eAZI6iLhrnypYdPmK5vo7eJkH/RtuPXRHG8Zw30NYBju&#10;GMz11HlCOSnI774aE+SB9G0AcT5i2leZLSdhdx8irGjnc28et9y7d9uS4jLwUdMoY8A9IAFYMahh&#10;kzrPBJoj1ZDfQz68Aj8KTAMFoPTVUZhowr12KYtWNWSXBcmIJHHGx72VfeAP+Mn97gl31dUq7CDs&#10;SgQPOST8vSoS+mGxZY3dVcIguO3DhcVtMpCUpSTtgDxAf35PGnzqjPNJmNYHuEiiQIPDW5JH16fV&#10;yzXkQV0ZoN+VNfi1UdDhnTHJ2fqAiLHcMx6OOjlW3mKj08szlT3sssMR9l7cm3cdRW840fsU3iOE&#10;yAPcTXLr6pWkW2W2V8jC4augG1D7gktrWqOOC22z5xQp9K3eTEquhk1gkgJceFwwA/Ini7/FLkkm&#10;9JnmyrsZsUw0lfYSshI19nC3cwRff5qvlQ2+pdRVutJwJfZw6MFVB6ZADNNhqPKk/Zw7PRDL9BlX&#10;o1lTLmFoEgo8Iw6JQPG1Ol2PtLG5J8SSeR7mLpfuHFq2laj7zWYu5lg3lmUWlu0ISi3ZSPRtMnzJ&#10;xJ4kzSNxqd6rGKqokN2eWQ/8nHhQPxRYo5PSViLuoJjxDDWU+w+dtuPqJHB1uaYvh/iq+FYo/Uok&#10;K3WcJ4PMkf6ePgTSs6aEjNUYHjHJf7uGZ9LuXKTKnpxyNgdEgRY8Ew2RwANZZqdJpm0096RmP19z&#10;wIZy6X7t1R/pq9gJA9wrIvs1y9GV7v2DKBEWzJP+MtAWs+qlE+tJzM1Q9VmGtmc3vNIB9AYgfkOA&#10;f+JJTxTejTN0kguYWwl0+BOJ0qX+5jwRbpGMwb/z/wDfFVDX1Cthe6N4TwLBHn+ZZHwJp66dsRm+&#10;kA8fNB/6JseLno/jGLYb6Jcu45hrE1tJk2llgI7+ZFhqmO3xBA4XX7aV5itJ2F4g+RXjQ03Tu3bf&#10;c22ebPjRlzak9OpNuNPvAqDi0MUmcqiGQe41Y4P0GTXlSHohxj1u5O6Y1uMenXI2DY9heMV0kk+I&#10;YhURLUSSxKsZiO7EqdtkepW6d2Y3N+TjvE3l1w8E3bq0KSnBKQYAOM/YrE+fAVyw7GrvfLKMtW7k&#10;FhbXDTzpKnnVpDilJATpM3TJ0pxIlG1SjJmhWzpFkysxJIcwVs0EsSALHGp2gHW+kban6fDhzf8A&#10;Ox+LD/27HLX/AI1Q/wDn64APyOSf8fc9h/8AmVZd/wBqO1D/AJxdl/qiP/n+kf8Ayvpb/wBNKp/5&#10;BP8A1J4AHV/p/wDiOdc835Uzjm7p3hOHV+U6xaqkqsNxCjil/wApHIUkaXFJdyBowQAAQb2OpuJ7&#10;C6ynLW3G23lqDgghSVEbCMIbGONQXvXkXaDvpd2l3d5aw05ZuBba2XWkq+5KiFFV25IlIIgAgzG0&#10;y/YTX9PcEpKqkpMQlkSqTa6yRuR2IuAIhrry8/mONdpqBPnuer1e57nq9Xua5/4u/wD1clgn/gtU&#10;f/lfX8ys3F/4kV/th/31FcAfqr/6eFj/ALwm/wDle4owXSj/AJh2b/vJf/pGnKr+TPXM2hO57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Av&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3CLfiR4z/ACj0e5ojU7XrXw2nX/gq6B2H1orckfdJvvL9vq1H/eT86wr+oW7/ACm6d0BtWWUD&#10;1ebJ/wB5BpbdO4fNzbTHwQSMf+QGA/M8ps6FUvy3TKgc6GZp3P8A0VZR+QHPuG+mGy/J7mWijtcU&#10;+s/6u4ke1KRXx071Oa75fUEj/eQfnRbvUPV/NdWMRQG4hWnjH/RFGP5k8F/mftR5QJc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3ED1RxT+T9PsWrAbEwNED8ZbRC31tzFnttzv8As/un&#10;mNxMEsKaB/vnyGQR1guT6ULMiY/M3jaf74H/AEvi+VCP0hwj+edS8GoSLgVKzMPhDeU3+peWMfhN&#10;5M/kPpyrc1zJaXHcWqJFa3eGnRKdB9Uiyffz4Pt97jvbsI/oIHtJJ+EV9bf0u5R+R3fXdEY3Fwsg&#10;9KG0pQPYsL9tHM6p1nn5hSlB0giUfWxLH8rctD5DldJqDTnuer1e57nq9XuVQdM/+ztPUP8A8F+m&#10;/wDKTCOTXef8sNn/AGw/785XL/dz/qKWZf8AeIj/AJSsqFHEv+dV4f8A95Df8rS8tf5CldQKC7le&#10;X4oX/VpGKf8Aefhv/ScclLc3/i5P+Kr4VgV9Sf8A06rv+2s/7/S+6a/8xXF/xCT/AJV4bjojHHL0&#10;QyjFKoZWwPCgQRcEGkjBBB7g8A+YmLlz/HV/vxrKfc1IVk1mDiDasf8AKSaSuMkjGqsjQieX/lc8&#10;qqoa7P34ZnVDGVq8Iq8d6SZjqfmYpqUbnoJWO1VYtZBKq2j2uyiVQjKwZWUTQpLW97KYUEXCBBB2&#10;KHxjjgDpMgiCDXMll6++nPMngply4ye5XrSpvFTCjgAZhOsCEQpSQ6kJUlQUlSQJ7pQ9R8MhKypB&#10;itOu0hu0gH0a28dAbai3jw2E/wCJp6PocFOKx5gqZZwoPya4XW+eTe20M0QgvbX/AClreN9OAkbo&#10;X5Vp0COnUmPjPurKBf1GbpoZ70XCyqJ7sMPa9uySgNzx/ukRxnCksvTjNpm8o06hf8ZlTb+R3flw&#10;smV6HqP+Il1xwPqfmXCJ8B6W5Rm8+hgqRZ8QlDK+vhIZGVQ5W6RoDGrF2ZiMHlNbq2ymUKC33BCi&#10;P4R8onCcScSIgVjllrOYdvudMZlcMqt8qs1a2kr2vrBB8laikBZTKEIBQlRWSoqSpfDun+CzYbTS&#10;rPidWNrsvaMWt9Vr6X1J1tblyvIDrrjQQ81+fUJ6eM7Qer+b08ZOkekyp1SxGgxydIl91EpzM9YV&#10;7qphZpZAoAGsQNgBzJ/K81bNgLpzFxhKkCeuNPtwE/41cJ9/NwrxG9asgtCUWmavNXSgkYANlwvR&#10;tA0EuLCcBi0DAAoeMAx+ibKa4/VgNVYZHJApJ7ltoT79Bf6eX7YThWH4FhVNgmERLBSUcUcEMS/Z&#10;SONQiIL+CqABzGRay4oqViSZJ6zXcm1tW7JpLLQCUISEpSNgSkQAOoAAUBcssk8rTSnczksSfEnU&#10;nlAPXj05Z7p/V/N6ccqTTU2UOpWJ0ePyxxL+jVITO1WQdQvkFpiEBAP6K40TmTuW5s0bD82uC4yk&#10;tiduMafbhj/jddcL99+z+9RvWd37UqTZ5m83dqCR4QEd4XSOA7slwhOAP7KRgih2wPMNC2UxmGqA&#10;arw6N4AT3JO0J/yFpr9Px5sA4bh1Dg+HU+EYXEsFNSxpDDGgsqRooVFUexVAA5jEtZcJUrEkyfM1&#10;3Tt7dFo2lpsBKUAJSBsCUiAB1ACBQESSPNI0sp3MxJJPiTqTybxullcOe56vV7lUGS/+ztObv/Bf&#10;h/8AKTD+TXcf8sNv/bD/AL8uuX+T/wDUUrz/ALxE/wDKVtQpVv8Azquk/wCX5/5Xk5Z7m/KuDZ5y&#10;piWS8xx+dQYtSz0lQgNiYpkMbgHwNjofA68h5h5VstLiNqSCPMGa6QZtljOdWrtncCW3kKbWOlK0&#10;lJg8DBwPA40GtJVTUVVHWU5tJEyup+INxynTpb1dz9+HHjlR0P69YbV4nkWeqkkwXG6OLcqCUl2T&#10;axCkN9uSLdvjbcVEisp5PN7Ytb2JFzbKCXQBrQTtjmAYgiJgiuTO7W9V99Pzysmzxpx2wU4o21y2&#10;mQnUSSIMAz9y29WtCtRSHEqBoW8Twqh6hQLjWByJHXKoE0LnU20Bv+QNrHTtbhqcxfidekbBsDbF&#10;MKxqqxepC3FHTYbVpKTtJsXqY4oRY6E7zqdLjXgMa3PvnFaVJCR0lSY9xJ91ZM5h9R+6toz3rT7j&#10;yowbQy6FTExLiUI24Hx8cJGNJin6bZrmn8qWFYl/xtIhH3KSfy4Dfp6yF1W9VPqFg9YPWnDHwPAc&#10;GjMeWsKl3BiPe8uYhgGKoWMhkIXzJCpQeWoHD7NbljJbU2FurUtX90UPePdEcBM4mok3CyPNO03P&#10;k72Zw0WLdkRZMKmTt0rggEgaisrIHeOaSkd2kCnjH67C8sYA2UsHkE88xvUSjt4XH0m1reA76nlt&#10;HIRrqRQV89z1er3KN+o2G4jjPW/HcIwhDJV1WOVsMCggFpHrHVACSACWI1vz9AnswzS2yPcDLL29&#10;UEsMZPaOvKIKglpuybW4SACSAgEkAEnYAa+HrtFy24zjffMbS0BU89mt020kEAqcXdrSgAkgAlRA&#10;BJAG0kUVfGoJqnNNXTU4vJJVyqo9rGQgfnwYaH1b9ccn0b5WxmOmnqqW8TSV1NJ8yhGln2yICy+1&#10;lJP71+YRZh9GHZ/vu+nN7Fb7TD0OJRZvtG1WDjKNTTqkoV0NuJSkGGwgAAZg2P1ab8bnsqyu9Sy4&#10;8zLal3TDn5lBGEL0utArT0uNqUoiVlRJJUcXUTNWGxmgqQjyR3UmVG3j6bEaj4j6eB1l3LXUz1Jd&#10;QGq6l5KmaZl+arHS0NPGNP3QFFh9lBqT9Z5k7vPvVup9LW7YZaShlttKvy9qlUvXLpkz4ipatSv7&#10;o8uUoEScEIOO27u7W831IbwF11S3VrUnv7lSYZYbGH8ICE6U/wBzaTBWdgxUoM1FQ45nbGDI5Lsx&#10;HmSEe6i/VoLDsPHlteJ9NsvYj01fpdtKYeaNaNDoWUIoCSeALKwDfEjnxlZV2p5nlm9Sd7pCroXS&#10;rpQxCVFaiXG+JCFoUpuMSEGBsr6zMy7N8vzHdpW68FNt+WFsk4FSQhICHOAK0qSlzoKxJ20YafBK&#10;ObBDgNrQ+WIx7RYaH6QdeVPVVN1c9MOeJDTM1JI10WYJvpqqK9xbcNrDxtoyn2Hn2PWl1uX9We76&#10;A6EvoELU0V6LqzeiCDpIWgjEasWnQJ8aa+Ue6tt7fpjzxXdlTKjKUuaddtdNTIjUClQ2GMHWiY8C&#10;qL7ImYsi4q2wmNjoGtdJF+vQ/wAR8OLvFvWl1ixLD2oqVMPoXYW86CncyDQjTzpZE+P2eY9ZN9CW&#10;5GVXIfdVe3KRj3Tz7YbOIOPcMMuHZEd5BBMyYInTNvrP3wzK3LDSbO3Uf9daZWXBgRh3zzrY2zOi&#10;QQIgSC61HU3Mk8JijEMRP7yIb/8AJzEflw3HpfzT1szZg0uIdRlV8L2j5Somi8upla/cBbBogP3y&#10;tyexbW3F/wCrXdDcLc2+RbbrlSb3UfzLDTneWrKYOBKtSkPlX+tIc0oTJUhHgCutf0w707672Wa7&#10;jeMJNppH5d51vu7l1UjEBOlKmQn/AFxSNSlQEqX4ikRMiV+aMQpmmxoAwW/Ruy2dj9Vrrbxt9/Eh&#10;6p+rXVjp3jeFrlSBqTC42WZqvbvSeQXBp5dLIoHdSQWvcHTSafpC7Gtze0ywvTnDofvVBTQtdXdr&#10;t2jBFy1jLiyqAHAClqNK0nXjEf1S9rG9nZ5e2gypss2iSl03Ma0PuCQbd3CEIA2oJCnJ1JUNGDdn&#10;7MOYcGqoBh6GOAEMZLXDt/gb2D4eP1cK71i9SNX1lytRZarMCgpamCYSGpWQyMTYqVhUoDGG8Rua&#10;9h7OdbuxD6W2ewzOLjNWMzeeZdaLYYU2lpITqCgp9YcUl5SADoUG2tOpR2EiuYHbD9R7vbJlTGWv&#10;Ze0y624Fl5Ky4omCkpZSUJU0lZI1AuOatKRtANIPMmdZMy0EVFLSJG6Nu3htx7Wsotdb+Op4ev0o&#10;5GxvInSeOnzBE0FTiNTLW+S4s8aukcaKw8CVQNY6i9jY3HPns+sXtBsO0LfJTuWrS6zaW7dp3qDK&#10;HVtrdcWpCtikpU8WwoeFWjUklJBPc/6U9xr3cXdNLeYIU27cvruu7UIU2laGm0JUNqVFLQWUnxJ1&#10;6VAKBAFfp/hVVhOXglYpR5naXae4BAABHgbC/K/sof8AV0dP/wCDDJ/5VNz6Rt9P+oRu/wDejR/0&#10;CIrgHul/1FFr/vcr/wCgpVBBhv8AzHif95h/6SHly3Phor7IqMtz3PV6vc9z1er3KN+o2G4jjPW/&#10;HcIwhDJV1WOVsMCggFpHrHVACSACWI1vz9AnswzS2yPcDLL29UEsMZPaOvKIKglpuybW4SACSAgE&#10;kAEnYAa+HrtFy24zjffMbS0BU89mt020kEAqcXdrSgAkgAlRABJAG0kUVfGoJqnNNXTU4vJJVyqo&#10;9rGQgfnwYaH1b9ccn0b5WxmOmnqqW8TSV1NJ8yhGln2yICy+1lJP71+YRZh9GHZ/vu+nN7Fb7TD0&#10;OJRZvtG1WDjKNTTqkoV0NuJSkGGwgAAZg2P1ab8bnsqyu9Sy48zLal3TDn5lBGEL0utArT0uNqUo&#10;iVlRJJUcXUTNWGxmgqQjyR3UmVG3j6bEaj4j6eB1l3LXUz1JdQGq6l5KmaZl+arHS0NPGNP3QFFh&#10;9lBqT9Z5k7vPvVup9LW7YZaShlttKvy9qlUvXLpkz4ipatSv7o8uUoEScEIOO27u7W831IbwF11S&#10;3VrUnv7lSYZYbGH8ICE6U/3NpMFZ2DFSgzUVDjmdsYMjkuzEeZIR7qL9WgsOw8eGo9ZOA4flfpll&#10;bLmFKVpqGYwRg99qQBQSfEm1yfbzkH9Dm8VzvdvZneaXhl65aDzhGzU5cFRAGMJEwkTgABXUz6xs&#10;it9192coy61ENW7haQDt0oYCQScJUYlR4kk0vupVJDQYHQUVOLJE2xfoC24Knoy/50wv/edVf8yc&#10;xA+un/p+lf8AeJb/APvSspvo0/6cwf8AeU//AKCn/pn/AMwyP+Xsn7OLn1B9If8AO/kc4ZQMseJU&#10;T+fSOxspa1miY+CyDx8CFPYEcx9+mrtq/wBhTeD83cBS7O4R3N0lIlQTIUh1AwlbSsY/iQpxI8RB&#10;E4/UF2Rf7L2R/lWCE3TCu9t1KwSVRCmlHglxOE/wrShR8IILrnHLn9Y8K8iIhZ4jvjJ7X7FT8CPz&#10;tytHJnVTq36fMVqsvQoaf37zUFdExj39vMABVhcD7SMAwt3sLfVbv12Qbl/UrZs5m4oO+GGryzdS&#10;lzRie7UopWghJVJQ62VNqkQglYPzVbm9qe9v0+3T2XoSWvFLlpdNqLevAd4AFIUCoCNbawlxMGVA&#10;JIBDDMfzFk6oko1GzW7RSqbX9vgfrB15Iz5106s9cTBlSoVTFM67KHD4HAlcarcFnke3cDdYHW2g&#10;sW9nf0+bmfT+HM5aKgttCtV5evIJZbOCoUEtMtgg6SoICyDp1EKIJhv325b2dt5bypwAoWtOm1s2&#10;lgOrGKZBU664QRqCSspB8WmQCOWLZrzDmrbh7gbWItFCp94+Glyx+/lgPpi6K1fSjKs1fmFVGMYo&#10;UaZQQfJjW/lw7hoWFyWI0uba7QT83X1ZdvDPbHnDdvlhJsLLUlpRBT37i47x/SYISQlKWgrxaQVE&#10;JLhSO/f0ydi7vZTlS38wAF9d6VOpBB7ltM92zqEgqBUVOFPh1EJBUEBRF/IuWJMv0DTVgAqZ7Fh3&#10;2gdlv7fb/ZwuXqu6B47BmGfqlk6B6mlqrPWxRKWeGUCxmCqLmNrXY/utcnQ6dPvo6+o3L7jLWt0c&#10;8dQy8xKLR1whLbzRJKWFKUdIdQSUoBgON6UplaTq50/VZ2C3zGYOb0ZO2p1p6FXLbYKlsugQXglI&#10;ktrAClkSUL1KMIPhRfUDKNWlY+PYaheOTWVVFyreLWHgfH2H4cDTL3rF6w4DgyYPK1HiBjXYs9VC&#10;7TAdhdo5EViPawJPjfXmVe8v0Qbkbx3yr5AurULVqUzbOtpYJmTCXGXVISoz4W1pSmSEBIAAxq3f&#10;+sLfDIbNNmo21yUp0peuGlqeA2CVNutpWRh4loUoxKyoySyUfUnMlJTCmYxzbRYPIpLfeGAP1jiU&#10;y1lTql6mc9nE655KgOyrU1zpaGnjGuxQAFuAfdjXUk3Om5uTBvVvjuh9KW7otLdKGilKlW9mhWp+&#10;5dOGtRJKyCoDvH1+FCRpTJCGzFm7e6m9P1L56bl9S3JUlL90pMM27Yx0JAAQCEk92yjxKUdRgFbg&#10;b6HD8ezxi3nykvcgSSke6i+weH0Af0nljXWzAcOyv6c8Wy5hCbKahoIoYx47UdFBJ8Se5PiefMD2&#10;C7xXW9vafYZpeq1PXN4464eGpaHFEAcEiYSNgAAGAr6K+2vIrfdjs6vcutE6Wre0Q0gcdKFtpEni&#10;TEqPEkk7aGjNFJDQZLqKKnFkiiVVHwBA4Vr0I/8AMR5g/wC8am/6SNzrr/WG/wDLLyr/ALyH/wDl&#10;NFcuvoU/5aOZf7Qz/wAqLpBdJ/8Ae2s/4gn8Tyyrnyu19JlDdz3PV6vcJh69+jA6y+nHGKfD4w2L&#10;YCP5tQOLBg9MC0qA6H9JDvUC/wBradbDg/3ZzD+X3aSftX4Feuw+hj0msQu3DdD+1277yUD9tb/5&#10;Q0eMtglaQcPub1ACfu0nGBSwyNjH8nzDC0h/RT/onHwbsfqa3Ch/h4YbnH1A9UMd9XnVW09XSU9N&#10;gmHNYhRJHTotVLGCdDstfuC0sniODrepbeVsosWMASVq8iTAPr7kisVOwS3u9+8yuN68z8S0IRbM&#10;nhqS2kOLSOB0xO0EuucaVmf5KTAcMgynhfuo7NNJ7bFiVB+v+A5cRJHHLG0UqhlYEEEXBB0IIPcH&#10;kDAxXWVSQoQcQaCQEg3GhHKWKGuz9+GZ1QxlavCKvHekmY6n5mKalG56CVjtVWLWQSqto9rsolUI&#10;ysGVlGQSktb3sphQRcIEEHYofGOOAOkyCIINcfmXr76c8yeCmXLjJ7letKm8VMKOABmE6wIRClJD&#10;qQlSVBSVJAxOlD1HwyErKkGK067SG7SAfRrbx0BtqLePDYT/AImno+hwU4rHmCplnCg/Jrhdb55N&#10;7bQzRCC9tf8AKWt4304CRuhflWnQI6dSY+M+6soF/UZumhnvRcLKonuww9r27JKA3PH+6RHGcKSy&#10;9OM2mbyjTqF/xmVNv5Hd+XCyZXoeo/4iXXHA+p+ZcInwHpblGbz6GCpFnxCUMr6+EhkZVDlbpGgM&#10;asXZmIweU1urbKZQoLfcEKI/hHyicJxJxIiBWOWWs5h2+50xmVwyq3yqzVraSva+sEHyVqKQFlMo&#10;QgFCVFZKipKl8O6f4LNhtNKs+J1Y2uy9oxa31WvpfUnW1uWg9cOmkHWPpFmHpjPIITjNFNBHKwus&#10;c1t0EjAAkqkoViBrYaa8hzLrw2D6HhjpUDHSOI9RNdJN893U725Vc5ao6e+bUkKOxK9qFHqSsJJ4&#10;wMKDXBcSbCMVp8SUX8lwxHtHZh9Y5V56Z/Wdh/pkwKP0zeq+grMvYhlvfDS13y8k0UlMXJjDrCGk&#10;IFyI5I1dHQDUEe9Mmb7vnOFfnLIhYXiUyAQYx24eYJBB93Nns67Xm+zhgbub0NuWzltKUO6FLSpv&#10;USmQgFRAkhC0JUlaAMQR4hKzHk+TMk5zHlaRKiOosWTcAQ1tbX0+kEgg8W3X/wDEV6d5vylVdLPT&#10;NFWZszPmOKSgpmhoaiOOLzkKO4SdEmklVSdihNt/eZrCzF2WbqOsLD15DaEHUZUCTHkSAOnGeAHQ&#10;Mt+u37L81tV5Zu4HLu6uUlpBS0tKU6wQSAtKVqWATpARpnxKVAhUPAun+IUlWuJ5jKUtNTkO13Uk&#10;2NwLqSAPbrw4Po56IV3p96A4NkDGyrYofNrK/YQVWoqG3tGpHfy12pfW5UkGxHAJn2YjNLpTqftw&#10;CfIcfXE+tZX9ku5i9xMiZsXo73xOOxiA4syUg8dAhE4yUyMCKSWbsaTHsdmr4f8AJaIl/wDCul/r&#10;OvCg+jT/AKvd65/95h/8q5eDvP8A/lnWvl/oRWKPZF/0+Wff7Yf+VV0rM3/8wZgn/EP+ZBy17kJ1&#10;1AoLue56vV7lU/4m/wDyVOk3/gxj/laDk07n7Lj/AGv8a5jfUb/dMo/7zB8W6FDpv/ksV/7x/wBj&#10;ctY5C1dOaC/hLvxDf+rOM6f8uqD/AMuFNyQN1v8Ai9rzV/viqxA7e/8Ap0r7/Fa/6CGqWOQP+Yuo&#10;/pk/6RtwQPSJHHL6WchxSqGVsDoAQRcEGEAgg9weFeemL13/AB1fGh32VJCt2cvBxBtWv98FQM1k&#10;jM9cRoRO/wDHlc1DXZ+/DM6oYytXhFXjvSTMdT8zFNSjc9BKx2qrFrIJVW0e12USqEZWDKyiVlJa&#10;3vZTCgi4QIIOxQ+MccAdJkEQQa5/svX3055k8FMuXGT3K9aVN4qYUcADMJ1gQiFKSHUhKkqCkqSB&#10;BdKHqPhkJWVIMVp12kN2kA+jW3joDbUW8eGwn/E09H0OCnFY8wVMs4UH5NcLrfPJvbaGaIQXtr/l&#10;LW8b6cBI3QvyrToEdOpMfGfdWUC/qM3TQz3ouFlUT3YYe17dklAbnj/dIjjOFJZenGbTN5Rp1C/4&#10;zKm38ju/LhZMr0PUf8RLrjgfU/MuET4D0tyjN59DBUiz4hKGV9fCQyMqhyt0jQGNWLszEYPKa3Vt&#10;lMoUFvuCFEfwj5ROE4k4kRArHLLWcw7fc6YzK4ZVb5VZq1tJXtfWCD5K1FICymUIQChKislRUlS+&#10;HdP8Fmw2mlWfE6sbXZe0Ytb6rX0vqTra3Bx/FU/6tVk/722H/wAJOBzcv/i3/MV8qmj6m/8Ap2D/&#10;AN5DP+ipl6Yf8xOP+XUn7OHw6bf867wD/vXUP/SBORtd/wB1X/jK+JrNnd7/AJZ9v/tLX++JpD4j&#10;/wAlCf8A5eP/AMrHhJvxQv8Aq0jFP+8/Df8ApOOSFub/AMXJ/wAVXwrDr6k/+nVd/wBtZ/3+ll01&#10;/wCYri/4hJ/yrw3fQ3/nSmT/APvSYV/5SRcA2Zf8UOf46v8AfjWVW5f/ACx7L/vGY/5SRSUxr/ks&#10;1f8Ay+l/5XPC4/iP/wDVmGcv+/T/AOXWk4K90/8AloN/5/8Aviqx++oP/p0L3/n3/wCgpilD08/5&#10;jCj/AOhv/SJ+C96Vo45fTDkGKVQytl7CQQRcEGkjBBB7g8Is6MXjv+2L/wB+NSt2ZJCt28vBxBtG&#10;P+Uk005nJGZK8jQiol/5XPK68KzHnH8NLqLi+X8dwirxnpLmKsNZRVlKu98PmkspifcQpYKFQqzL&#10;5iqrodwdOSqtpve5pKkqCbhAgg7FAcfiZExJBwg1gHa5hd/TtmDzDzLj2UXLneNuIEqYWqBpMwJg&#10;BJSop1hKVoOrWihBlp6TqNh8U8MqQ4rTpsdG0EgGtx8PHTtex8Dw0VR+Jd6O4cKGIR5lnlmKo3yq&#10;YVXiUFrXW7wLFdL6+/bQ2J0uDRujflUaB56kx8Z91ZKL+ordJDXeC6UTAOgMP6sYkSWwiRx8cYGC&#10;cJTK9Oc3GXyzTKBc+8ZY7fTo19fo4H3Rn1U9fvVH1qoMS6Q4B/JOmeH+YK+sxan3SVeousTRvtWd&#10;bWRY3dUuWlLDanDXMMltcmtyH16nz9oQcE+cjZ0kgE7ExiaAm6PabnvaVnDbmU2/cZW3PeuXCJU7&#10;skJKVQHBEJShakokqdKhpRU/F8sYFlnBnjxafzsSkt5aRNon0gj7PtJAv2Fu/LNeRBXRmg357nq9&#10;Xue56vV7muf+Lv8A9XJYJ/4LVH/5X1/MrNxf+JFf7Yf99RXAH6q/+nhY/wC8Jv8A5XuKMF0o/wCY&#10;dm/7yX/6Rpyq/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xuf/RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yr38WnGf5f6acPw1T71fjtHGR/qpT1MpP1Mq8mLcdvXeE9C&#10;D8Uj51za+qS77jd1tsf65dNj0DbqvikUJfSuHzMxySf8VwOfrLKOV0dMKX5Pp7g8Xa9LE/8AyGN/&#10;7efeR2K2X8v3Ty1vptWl/wCqjvP9HXyQ5453l46f78j2YfKiY9W6v53qZjk177auWP8A6Jny/wBn&#10;F5zKCgrQdc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3C9epDFPlMl0+GobNV1K3Ht&#10;VFLH/k7bzk59YOd/kd3GbNJxuLlMjpQ0hSz7F93UvbmMd5cqX/RSfaSB8JozHpawj5zPlTiri60d&#10;K9j7HkZVH/Ju7mwj6P8AJv8AUL0xZIy4U2OMKp6mRbWIkqwauUH4h5CDz4xM9uPzN46v++I9E+Ee&#10;4V9pnZRlH8j3bsbeIPcIWR0Kd/aqHmFLM0KObKv57MlbUXuPNZR9Ce4PyHDI8CdZB0nue56vV7nu&#10;er1e4k6XIWRqLNtRn+jwWghx6sjEM+JJSQrVyxgIojkqQvmuoCILFiLKo8BxablxSA0VK0DEJk6Q&#10;ccQNg2n2mgu3kdkzdKvkMNC4WNK3g2gOqSAkaVOAa1CEpEEkQlPQKlNXVr0q0DzOYEN1jLnYDrqF&#10;vYHU8VnEVCiovE7mjKGU88YQ2X864XSYxQOyu1NW00VRCWU3VjHKrKSp1BtpxUy+u2VqbUUnpSSD&#10;7RRBmWVWuctFi8abebJBKHUJcQSMQSlQIkcDGFSKarqqKUT0crxOLgMjFTr31GvHihoaLC6KHDMM&#10;hSnpqdEiiiiQIkaIAqIiKAFVQAAALAaDjClFZJJknEk7SaNmGEWyEttpCUpASlKQAlKQIAAGAAGA&#10;AwArC7vK5kkJZmJJJNySe5J5zqaamraaSjrI1lhlVkdHUMrKwsysp0II0IPfmgSkyKu42l5JQsAg&#10;gggiQQcCCDgQRtFeVmRg6Egg3BHhwKY/T90FhxY49DkjAErjI0vzAweiEvmMSWfzBFu3Ekkm9zw6&#10;OaXJTp71yNka1RHRE1GCdxMjQ734sbQOSVa/y7OrUcSrVomTxMzTocexwxeQa2cpa23zntb2Wva3&#10;BajjjijWKJQqqAAALAAaAADsBwjJmpSSkJEDACmokk3OpPOfPVeuuNdRgmC1eK02PVVHBLXUaSx0&#10;9Q8SNLEk23zVjkI3Ism1dwBAbaL3sOPBxSUlIJgxInAxskcYkxRa5ZsuupfUhJcQFBCykFSQqNQS&#10;qJSFaU6gCAYE7BWVZpliaBXYI5BZQTYkdiR2Nr6cdOM0ZVi41VGA4HV4xTZhqqKCXEKNJYqepeFG&#10;miSXb5qRykb0WTau4AgNtF72HHg6pKSgEwYJE4EjZI4xJiityxZddTcKQkuICkoWUgrSlcaglUSk&#10;K0p1AEAwJ2CsqzzLE1OrsI3ILKCbEi9iR2Nr6cdeM0aVi57nq9Xue56vV7iTgyFkamzbNn+mwWgj&#10;x6ojEMuJLSQireMBVEb1IXzWUBVFi1rADwHFpuXCgNFStAxCZOkHpjZxoLoyOybulXyWGhcKGlTw&#10;bQHVJgDSXI1kQkCCYgDoFSmrq1qQUDTOYFNxGXOwH2hb2vrxWcRUKKi8hYjhuHYvRvh2LU8dVTyW&#10;3xTIro1iGF1YEGxAI+PHELLZlJIPSMKR3Fu3doLbqQtJ2pUAQYMiQZBgifOucckkTiSJirDsQbH7&#10;xwMsE6B9Css4imL5byVgOH1cf2J6bCKOKRfoeOIMPv4buZncvDSt1ZHQVqI9hNRzZ7jZJlzgdt7G&#10;1bWNikW7KVDyKUAj205TY7jdTGYqisnkQ91aVyPuJ4LXCSpSpq57nq9Xue56vV7lNP8A19j/AOJb&#10;/wCbLn3L/wDWm/8AxGf/AIFV8bv/AFtf/wASH/4JUWn/AK6D/wB/H/qPy2/HMk5MzPKs+ZcIosRd&#10;BZWqaWKYgewGRSRz4wN39/c93TQpvKr+7tEqxUm3uXmUqImCQ2tIO07ek19aueblZNvMsOZlZWty&#10;pOCVP27TpA6i4hRGwbOijEVWF4ZXMHrqeKYjsXjVrfeOPOHYZhuEUi0GE08VLAmixwxqiDw0VQAO&#10;AXM81us6eNxeOuPOK+5x1anFnjipZKjiScTxoZZflttlDQYtG0NNp2IbQlCBwwSkADAAYCpMMEFN&#10;GIqdFjQdlUAD7hydwho7rLyJXYfQYnTNR4lBHUQt3SVFdT9KsCDw5y/MrjKXQ/auLacGxba1IUPJ&#10;SSCPbRTfWDGZtlm5bQ6g7UrSlaT5pUCD7KxywwzoYp1Dqe4YAj7jxJ4f0z6cYTUitwvL+G00y9pI&#10;qGBGH0MqA8mPMu1bejOWixeZrfvNnahy8uFoPmlThB9lRTYdmm7mVOh61y2yaWNi27RhCh5KS2CP&#10;bTfDgeC07+bBRwIw8ViQH7wOLfkB1NlOnMNRTU9XC1NVxrLG4syOoZSPiDoeLra6dsnA6ypSFpxC&#10;kkpUD0giCPSkdxbt3aC26lK0qwKVAKSR1gyD61xdEkUpIAynuCLjiUwrp5kDAqwYjgeBYfR1A0Es&#10;FFBG/cH7SID3APJfzjtM3k3hY/K5hmV9cNHa29dvut7CPsW4pOwkbNhI2Goryrs9yDInvzFjl9mw&#10;6P8AXGrZlte0H7kICtoB27QDwpvp8Gwikl86lpIYn/xJEqn7wL8WPISqYKcuIyHpz09p8UGOU+A4&#10;claJPOFQtFAJRJfd5gkCbt19b3vfk5v9qG81zZnL3MzvlWxb7osKu7gsloDSGy0XNHd6fDo06Ywi&#10;Khtns53et7oXzeXWSbgL7wPC1YDocnV3neBGvXqx1TqnGZpsXBcHSf5pKSESht28RJuv3ve17/Hi&#10;z5BlTJTnz3PV6vc9z1er3Kaf+vsf/Et/82XPuX/603/4jP8A8Cq+N3/ra/8A4kP/AMEqLT/10H/v&#10;4/8AUflt+OZJyZmeVZ8y4RRYi6CytU0sUxA9gMikjnxgbv7+57umhTeVX93aJVipNvcvMpURMEht&#10;aQdp29Jr61c83KybeZYczKytblScEqft2nSB1FxCiNg2dFGIqsLwyuYPXU8UxHYvGrW+8cecOwzD&#10;cIpFoMJp4qWBNFjhjVEHhoqgAcAuZ5rdZ08bi8dcecV9zjq1OLPHFSyVHEk4njQyy/LbbKGgxaNo&#10;abTsQ2hKEDhglIAGAAwFSYYIKaMRU6LGg7KoAH3DkDHcrZZzTDHT5mw6lxGOIlkWqp45gpIsSokU&#10;gG3iOCTd7e7Nt0Vqdym7uLRSwErVbvuMKUkGQlRaUkqAOIBkTjRBnu6+Wb0IS3mdqxdJQdSUvstv&#10;BJIglIcSoAkYSMYrDV0FDXqEroY5gpuBIgYA/C45nwXAMCy3Rfy3LtFBQU+4t5VNCkSbj3OxABc+&#10;Jtwuz3ePMN6H/wA1mdw9dOwE94+6t5zSNidbilKgSYEwJwpfk2Q2O7jP5bLmGrZqSru2W0NI1Had&#10;KAlMmBJiTXOmpKSii8ijiSFL32ooUX9thpx24DqFdSOMeN5Zy3mWEU+Y8PpsQjXstTBHKB46CRSO&#10;D7Id6803VWXcru7i1Wdqrd5xlRwjEtqSTgSPI0CM73Zy3eVAbzG2YuUjYl9pt0DjgHEqG0A1FqqG&#10;irlCVsKTAeDoGH5jmLA8pZUyuGXLWGUmHB7lhTU0cN72vfy1F+w+4cWbwb55xvaQc1vLm7KY0/mH&#10;3XtMTEd4tURqVEf0j0mkuR7pZVuwCMttLe2CpnuGW2ZmJnu0pmdKZnoHQK40mHYfQXFDBHDfv5aK&#10;t/uHFDyNakGpnPc9Xq9xFYl016dYzVtX4vgGG1U7fakmoYHc+OrMhJ5PGV9qe8+Rsi3ss0v2G07G&#10;2ry4bQNgwShwJGAAwHAVC2Y9m27ucOl+7y2yecO1blqwtZ44qU2ScSTt401z4JgtTIZamjgkc92a&#10;JCfvI4rqalpaKBaWjjWGJL7URQqi5ubAaDXkL3d47fuF19anFq2qWoqUYECVEkmAAMTsEVLdtatW&#10;SA0ylKEDYlICUiTJgCAMST504xxxxII4lCqOwAsPu5gxLDMNxmhkwzF6eKqpphtkimjV0cXvZkYE&#10;EX9o4uyvNbrI7hF3ZOuMPNmUOtLU24gxEpWghSTBIkEGDSLMcsts4YVbXbaHmliFtuIStChMwpCg&#10;UqEgGCDjXGeCCpiaCpRZEbQqwBB+kHTjRgOS8nZWkkmyxhNHhzzALI1LSxQlgNQGMai4Hx4Nt4t+&#10;s83vQhGbX13dpbJKBcXDz4QSIJSHVqCSQACRBIoIZFuZk+6ylLyyztrVSwAssMNMlQGICi2hJUAc&#10;QDMVGpMMw2gYtQ08UJbQmONVv9NgOKXkV1JVTue56vV7lf34jHVvEMi9EF6c5TLPmDPdQuEUkUbW&#10;kMUhAqSuo0ZWWL6ZByTt1LEXNz3q/saGsnhI2fj6Vgr2/wC9LmS5MMvtZNxfrFu2kHxFKoDhGI2g&#10;hvzcFLzp9hUdbjX8wqtIKFfNcntcfZ/p+rhnfT90kw7oZ0cwHpfh21jhlMonkUW82okJkqJfbZ5W&#10;Yj2Cw7DgPzS+OZXC3j/EcOoDAD2VkfuJus3uXlNvlrcHukDWR/E4rxOK9VkkdAgcKTWPYrJjeLz4&#10;nJp5je6PYo0UfUODJwhqW6aOYKmmpq2mko6yNZYZVZHR1DKysLMrKdCCNCD35YEpMimXG0vJKFgE&#10;EEEESCDgQQcCCNorkrMjB0JBBuCPDgUx+n7oLDixx6HJGAJXGRpfmBg9EJfMYks/mCLduJJJN7nh&#10;0c0uSnT3rkbI1qiOiJqME7iZGh3vxY2gckq1/l2dWo4lWrRMniZmnQ49jhi8g1s5S1tvnPa3ste1&#10;uC1HHHFGsUShVUAAAWAA0AAHYDhGTNSklISIGAFNRJJudSec+eq9dcSmbMh5Hz7RLhuesGocap0J&#10;KxV9JDUoCSCSEmVgNQD28B7OLWLly2MtqUk9KSR8KDGaZJZZ4gN3rDT6RsS62hwDYdiwRwHsHRUq&#10;lrq2hcyUUzwsfFHKn7weQcodMOmvT0yNkHLuGYGZr+YcPoKem3Xtfd5KLe+0d/YPZxx+8euv7qtS&#10;o/pKJ+JNIsp3by7IZ/I2zLE7e6abbnZt0JE7Bt6B0Vzq8SxGvt89USTW7eY7Nb7yeLnhdQ0qFxJ4&#10;NkLI2XMcrszZewWgoMSxRt1bV09JDFPUNcteeVFDym5JuxOuvFrly46kIWpRSnYCSQPIHAelBezy&#10;Oyy95y5t2Gm3XTLjiG0JW4ZmVqSApZkz4iccalTV1bUQpTVEzvHFois5Kr/xEE2H1cVnEVCiovPc&#10;9Xq9xKZnyHkfOzUj5zwahxdqCTzqU1tJDUGCTT9JD5qtsfQarY6Di1m5ct57tSkyIMEiR0GNooMZ&#10;lkllnJQbxhp7uzqR3jaF6Ff0kagdJwGIg4VKpq6tow4o5ni8wWbY5XcPYbHUcVfEVCeovGXMWW8u&#10;5vwafLubKCmxTD6kKJqWrgjnhkCsHUPFKGRrMARcaEA9xxQ08thQWglJGwgkEeRGNE9/l1vmrKre&#10;6bQ62qNSHEpWhUEESlQKTBAIkYEA7RWanqKikmWopZGikXsyMVI8NCNe3JGD4NhGXsLp8DwClhoa&#10;KkRYoKeniWKKJFFlSONAFVQOwAAHKOOKdUVKJJOJJMknrNKLS0asGkssIS2hACUoQkJSlI2BKQAA&#10;BwAECuM00tRK087F3Y3ZmJJJ9pJ1PJdTTU1bTSUdZGssMqsjo6hlZWFmVlOhBGhB78oCUmRSpxtL&#10;yShYBBBBBEgg4EEHAgjaK4qzIwdCQQbgjw4FMfp+6Cw4scehyRgCVxkaX5gYPRCXzGJLP5gi3biS&#10;STe54dHNLkp0965GyNaojoiajBO4mRod78WNoHJKtf5dnVqOJVq0TJ4mZp0OPY4YvINbOUtbb5z2&#10;t7LXtbgtRxxxRrFEoVVAAAFgANAAB2A4RkzUpJSEiBgBTUSSbnUniezXkzJ+e8K/kOeMKo8ZoS6y&#10;fL11LFURb1vtby5lZdwubG1xxWxcOWytTaik9KSQfaKIczyi0ztruL1lt5uQdDqEuJkbDpWCJHAx&#10;IqRS1lXQy+fRSvC9rbkYqbey414+01NTUVNHR0caxQxKqIiKFVVUWVVUaAAaADtxMSVGTR222llI&#10;QgAAAAACAAMAABgABsFYGZnYu5JJNyT48ZM0ZQynnjCGy/nXC6TGKB2V2pq2miqISym6sY5VZSVO&#10;oNtOKGX12ytTaik9KSQfaKJsyyq1zlosXjTbzZIJQ6hLiCRiCUqBEjgYwrNTVdVRSiejleJxcBkY&#10;qde+o148UNDRYXRQ4ZhkKU9NTokUUUSBEjRAFRERQAqqAAABYDQcYUorJJMk4knaTRswwi2QlttI&#10;SlICUpSAEpSBAAAwAAwAGAFYXd5XMkhLMxJJJuST3JPG3MmWMtZywWbLeb8PpsVw6p2ebS1kEc8M&#10;mxxIm+KVWRtrqGFxoQCNRx1l5duoLbJSRsIJBHDaMdlF2YZbb5uyq3u20OtqjUhxCVoVBChKVApM&#10;KAIkYEAjEVlp6moo5hUUkjRSLezIxVhcWNiNe3JmE4ThWA4ZT4JgdNFRUVJGkMFPBGscUUaDakcc&#10;aAKiqBYAAADQcbWtTpKlEknEk4knpJpZa2rVi2lllKUIQAlKEgJSlIEBKUiAABgAAABsrhLLLPI0&#10;0zF3ckszG5JPcknueSammpq2mko6yNZYZVZHR1DKysLMrKdCCNCD35UEpMilDjaXklCwCCCCCJBB&#10;wIIOBBG0VxVmRg6Egg3BHhwJV9PHQBMT/nSZGy+KwSed54wai83zN27zPM8rdv3a3ve+vDv+a3RG&#10;nvXIiI1qiOiJ2VFo3CyJLnfCwtNc6tf5ZnVqmdWrRMzjMzONOpx/HTH5JrajZa23zntb2Wv24LVN&#10;TU1FTR0dHGsUMSqiIihVVVFlVVGgAGgA7cJCSoyalJttLKQhAAAAAAEAAYAADAADYKamZnYu5JJN&#10;yT48z8rT1cee56vV7nuer1e5rn/i7/8AVyWCf+C1R/8AlfX8ys3F/wCJFf7Yf99RXAH6q/8Ap4WP&#10;+8Jv/le4owXSj/mHZv8AvJf/AKRpyq/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KafxisY8jJGSMAv/AL011fUW/wCX&#10;EMaX+rzeT5uE3LjquhKR7Sfwrkb9Wl3osrFj+k66v/SIQP8A3pQvdI4d1bWz/wCFI1/5CJP7OFey&#10;3TfJZdoKPt5VNAn/ACDGBz9Ajc+z/l2UWdv/AMbtmEf6VpKflXyr3q+9eWrpUo+0mq981Vfz+Z8S&#10;ru/nVVRJ/wAhSMePXJGosph57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuFc6y4dU5&#10;46n5X6b0JPm100ECW/x1lQsC/X7vPnZ+tXeAfzCzs5wYt3HyOt1enHrhj2HrrLLswydWavJYR9z7&#10;zbI81EJHvXR3vS3QrhuUcazPINHlCXPsgjLn6vf5tb0VHTYdRw4fRoI4YEWNFHZVUBVA+gDnyvKU&#10;VmTtNfbkyym3QG0CEpAAHQAIA9lNbu0jmRzcsSSfieSeUpTXHnuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuAz/s+9If62f15/lH+/T5v57z/AJqq/wB6&#10;PN87zNnm7Pt6227fC1tOZzf9DJ76/wAm/s/+f/yL8r+T7n8taf8AE3ddx3fedx3v9y8OvX3n8WrV&#10;jWG//Qv+6P8ANv55+S/yz8x+b738xdf8Ud733eaO+7v+6eLRo0cNOnCk1/U/Ln8w/mvy/wDpHmeb&#10;u8yT7e7de263fwtbgzcwZrMilLz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wGf9n3pD/Wz+vP8o/36fN/Pef81Vf70eb53mbPN2fb1tt2+Fra&#10;czm/6GT31/k39n/z/wDkX5X8n3P5a0/4m7ruO77zuO9/uXh16+8/i1asaw3/AOhf90f5t/PPyX+W&#10;fmPzfe/mLr/ijve+7zR33d/3TxaNGjhp04Umv6n5c/mH81+X/wBI8zzd3mSfb3br23W7+FrcGbmD&#10;NZkUpee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e4Eua+hvS3PHULBeqma8MNZjmXgP5dO1VUhICGL7lp1lEDNuN9zITouvurY&#10;7YzJ62aUyhUIX9wgY+sT7D8TUW5puXlmdX7GZ3TWt+2/uKitwBGJMhsLDZMmZUgnAY+FMOtLjeJ0&#10;VBNhlLJsgqP8ooVbt4faI3W+vgtcJKlKmrnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7muf+&#10;Lv8A9XJYJ/4LVH/5X1/MrNxf+JFf7Yf99RXAH6q/+nhY/wC8Jv8A5XuKMF0o/wCYdm/7yX/6Rpyq&#10;/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xuf/TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9yh/8YDEDiOf8h5XU6xUldKB/wB5E8Ud/r8rmVfZnYm9WWxtccbQPMmP9FXD&#10;36uL2Lqya/oNPL/06kD/AN50NHTB1osHxLEm7JYn/gEZv28QCqFUKugGg5+g2hIQAkYAYCvmVJmq&#10;0WZnYuxuSbk85ccrVcee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gdemzAf8AOP6/&#10;8ApWG+nwmpaqY99vyNM0yn/xoUD6Tz48fq43h/mW8eYqSZDfd26f8xCErH+nLhrrt9MuRfzHPMvQ&#10;Rgla31dXdpUtB/0wQPWrB+n1J/V3oDTk6SViPIfj50pA/wCjdubMXOIdfVvSA57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7mu&#10;f+Lv/wBXJYJ/4LVH/wCV9fzKzcX/AIkV/th/31FcAfqr/wCnhY/7wm/+V7ijBdKP+Ydm/wC8l/8A&#10;pGnKr+TPXM2hO57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e5//1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc17fxOa3+c+sTK2CKbrTYZhcbD2NJXVDsf+QSvOivYBYfnc2sGv+OX&#10;9uD5d60D7BNfO99XN7qzkJH+t2I9pW+r4FNCxg8v8v6S47X9iIK1h/wNPp+fInPu1r586rf57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XucWZVUsxsBqTyilBAKjgBiT0CtgTXJVZ2CKLk&#10;mwHFL+E/gJzT18zl1LmXctHQNGCR9mSvqhIp+nZC4+gnnwI9sOfHPLp66O25uXXj/nKUr/Rivo9+&#10;kjJP+GL9wRgxbJaHUpxSYPnpaUPU1ZRnenXAMlYRlpNPJSKPT2QxBP4kcv65hNXe+gd57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7muf+Lv8A9XJYJ/4LVH/5X1/MrNxf+JFf7Yf99RXAH6q/+nhY/wC8Jv8A5XuKMF0o/wCYdm/7&#10;yX/6Rpyq/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xuf/VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9zW/9bVb/O/xB6mgvf8Al64XH9G2hSp/5n51++lew/N7w5Wn/moU&#10;5/qYWv8A0FfMH9Vt73mf3qf+NtMI/wBM0hX+joR8wS/y/oDidR282GVf+Q5fK4o+faZXE6q8Oe56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7iRz9if8nyVimIg2aOmm2n/WZSq/8nEcgXtS&#10;zn+z+7mYXYMFFs9pP9+pBQj/AHtSaEOUsfmLltHSoT5AyfdS06cYV/O8+4PhhF1kq4d4/wBRWDP/&#10;AMmg8PB+ELlD+WdFsx50kXa+LYsKdTb7UdJAhU/RvmcfUefA9v0/ruEN/wBFE+qifkBX1hfSnlX5&#10;bJ7m8IxeuNA60tITB/0zix6Gj0dWKvzMYp6MHSKLd9bsf2Actr5CFdSqCvnuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xua5/4u&#10;/wD1clgn/gtUf/lfX8ys3F/4kV/th/31FcAfqr/6eFj/ALwm/wDle4owXSj/AJh2b/vJf/pGnKr+&#10;TPXM2hO57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e5/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3NZLrbW/z/wDEBzZXk7vl62oj/wCiFItN+Vud5fo5se93lsFf8bauHP8ATMuJ&#10;/wDelfJT9Sl5+ZzzMVf8GSj/AEgQn/QUtuq0vyXp+MHbz/ll++cSfs4KHPrlrlRRAee56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gIeoLEvkenUtMDY1k8MP3Eyn/lTnNf6rs5/lm6K2QY&#10;Ny+yz6BReP8AyjB8441J+6LHe3gV/RSo/wCh/wBFQ/8Appwr+YdT4qsi4oaeeb6yBCP+V+Xi+gLK&#10;H9TfSRk+jddstbTy4g5/xfNzyTxn/okyj6Bz4mt53/zF84eghP8ApQAffNfZT2GZV/KN1bJBGK0K&#10;dPX3q1LSf9IUjyFDvnur+czVVuDojCMf8AoU/nfhx+AKstaSPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1z/wAXf/q5LBP/&#10;AAWqP/yvr+ZWbi/8SK/2w/76iuAP1V/9PCx/3hN/8r3FGC6Uf8w7N/3kv/0jTlV/JnrmbQnc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9cv&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3NWY1n9YPWD1Axq+5WxPHZFP+qa8qg/5BPPpH+imx159q/wCN5eo+pWwj/RGvjU7dbz81md85&#10;/Tvn48u8cj3AUpvUHJ8l0bwukGhknpFI+iB2P5jg+c+oOuftER57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9XuFR9TmJWiwnCFPczTMPoCqv8W5wu+tLOIby7L0naXnlDyCEIP+9OVPm47O&#10;Ljn+Kke8n5Ucj0l4XebGcbcfZWCBD9JZ3H5LxZ5Z/EZ9U2UMt4flPAMWo4aHC6aCkpo/5bTHZFBG&#10;Io1uUubKoFzz50nt1LJ9ZWpJJUST4jtJk8a6qZd9QG82VW7dqw82ltpCW0DuWzCUJCUiSmTAAGNG&#10;aqen2WKuokqp4nLyszsfMbUsbk9/bx7/AOHO/V5/02qP/wAdlL/zRxN/Y+x/on/TK/Gjn/oY/ev/&#10;AI+3/qDX+DWH/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCP&#10;t/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qD&#10;X+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/&#10;g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17&#10;/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/Nt&#10;lP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8A&#10;il/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4p&#10;f/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDo&#10;o39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN&#10;/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w&#10;536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od&#10;+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq&#10;8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6&#10;bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8A&#10;jspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47&#10;KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/&#10;AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o&#10;57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY&#10;/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9&#10;E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP&#10;+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV&#10;+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne&#10;/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/&#10;ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r&#10;/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+&#10;3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/&#10;6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1&#10;/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g1&#10;7/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822&#10;U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZ&#10;T/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il&#10;/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/&#10;AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf0&#10;89/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PP&#10;f8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8A&#10;Dnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnf&#10;q8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1&#10;R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbV&#10;H/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/4&#10;7KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOy&#10;l/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe&#10;/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7&#10;H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9&#10;j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/R&#10;P+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCm&#10;V+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417&#10;/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6&#10;GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3&#10;r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/&#10;+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/&#10;AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g&#10;1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DX&#10;v822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/&#10;ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/Ntl&#10;P/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A&#10;4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+&#10;ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo&#10;39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39P&#10;Pf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3&#10;/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536v&#10;P+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/&#10;AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6b&#10;VH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/&#10;AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf&#10;+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/m&#10;jnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo5&#10;7+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x&#10;9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE&#10;/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6Z&#10;X417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+&#10;Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/&#10;6GP3r/4+3/qDX+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wCh&#10;j96/+Pt/6g1/g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A&#10;4+3/AKg1/g17/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCP&#10;t/6g1/g17/NtlP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qD&#10;X+DXv822U/8Ail/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/&#10;g17/ADbZT/4pf/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17&#10;/NtlP/il/wDoo39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/Nt&#10;lP8A4pf/AKKN/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8A&#10;il/+ijf089/w536vP+m1R/8Ajspf+aOe/sfY/wBE/wCmV+Ne/wChj96/+Pt/6g1/g17/ADbZT/4p&#10;f/oo39PPf8Od+rz/AKbVH/47KX/mjnv7H2P9E/6ZX417/oY/ev8A4+3/AKg1/g17/NtlP/il/wDo&#10;o39PPf8ADnfq8/6bVH/47KX/AJo57+x9j/RP+mV+Ne/6GP3r/wCPt/6g1/g17/NtlP8A4pf/AKKN&#10;/Tz3/Dnfq8/6bVH/AOOyl/5o57+x9j/RP+mV+Ne/6GP3r/4+3/qDX+DXv822U/8Ail/+ijf08K71&#10;s67dRvUJmqnzn1Pqo6uvpaSOijeKCOECFJJJVUrGACd8jG/fX4cGWXZa1laC2yCATqxJOMAcfIVj&#10;XvjvtmG/l0m8zJaVuJbDYKUpQNAUpQEJAEytWO32UpsGwTD8ApWo8NUpGzlyCxOpAHc/ADgPcPqi&#10;enbnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7n/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3NTzopWfz7qVmfMt93zMksl/+X1Q0n5259U/0U2MZheu/0LZpH+nXP/vOviA7Tbz8&#10;46XP+OPOL9pJ/wBFTt6p5flsp4JhvtmZrf8ALuIL/wAzcNNz6I6xRokPPc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9wifqIxL5zqB8mDpSU0UZHxa8h/Jhz5h/q3zj+Y71/lwcLa2abI6F&#10;L1PE+ZS4n0ArKjc5nu7TV/SUT7IT8jVh/piwv5Hpsa5hrW1U0gPwULEPzU8AjnMCpVoxPPc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3E/m3E/wCS5VxPGL2+UpKia/s8uNn/AGcUsI7xaU9JA9poizS4&#10;/J2rr39Btav9Kkn5VIpY/Oqo4v8AE6j7zbmqp6YILRYzVHxNKo+oSE/xHPrw+iq1hGaPHibVI9A+&#10;T/vwr4a9+V4tJ/xz/vtR/VvUXmwKkH7oq3P1mID+B4a7ndGoDom/Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9ytbqbiP81z/i9Xe4+ZkjB+EZ8sfkvPjj7Z83/nm9eY3EyPzLjYPSlk9y&#10;k+WlAjqrNTJGe4tGk/3oP+mx+dWrdJ8L/k/TbBaK20/KxyEewyjzW/NuIXmMlCmhC57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7n//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9wHvUNiX8m6BZ4xYGxpsAxiQfStHKR+fD3Kkd5dNJ6XEf78Kibf24&#10;/KZFfO/0bS4PqGVx76d8Aj87HaKL/FPCP+TxzWv9M0G3LGI1X+OqC/8AIMan/mbn2Q/Rla6MlvXv&#10;6V0E/wCkaQf9HXxKb7Ll9CehE+0n8KRXqvqN2bMMpP8ABSF/+QpWH/MvDKc7GVC1FV57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e5GrKmOipJayb7ESM7fQoueFOYXiMuYcuHPtbQpavJKSo+4U8&#10;2guqCRtJA9tSqKklr6yGhg+3M6xr9LEAfnyqupqJKqokqpjd5GZ2PxJuefDfeXS755b7mKlqUtR6&#10;1Ek+81nkhAbASNgEeyrh6Wmio6WOkgFkiVUUfBRYflzDwup2s/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9wr/rUxH+V+lPPdTe27Cp4f8AosRD/wAzcGO7yNd60P74H2Y/Ksbe2C4/LbsX6ulhSf8A&#10;Twj/AEVKXJ0fmZooV9kqn7tf2coH9OcHlZAkk/4tq5m/5MRf2c+0/wCkO27jdVav+OXbyvY2yj/Q&#10;V8Xm+StV2B0ISPeo/Ogf9UVR53UmOP8A4qooE+95G/bwe+dSqiei5c9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vcQPVHEf5X09xeqvYmneMH4y2iH5tzFrttzf8Akm6eYvzE262wet+GR6y4I66F&#10;mRM9/eNJ/vgf9L4vlQj9IcM/m/UzBaMi4FSkpHwhvKfyXlbXPjtrNGrUee56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xuf/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vcJJ+IviP8u9HGcGU2aZcOhHx34jTBv+Tb8kPdRGu/b6tR/3hVYb9v8A&#10;cfl90r08VBlPtuGgfdNLPp9H5mbqQezzD90bcpZ6CweV0zopP+LZKhv+jrL+zn2+/S3bdxuZaq/4&#10;45cK9j60f6Cvjh3sVqvljoCR/vIPzou3qMqPO6sV0f8AxVHTJ98Kt+3gyc6FVHFAbz3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wCPUTiHyfT8UgOtXUwx2+ChpP4qOcwPq3zb8hup3AONxcstx1&#10;JC3j6Atp9SKlXc5nvLvV/RST7YHzoxPpiwz53qUawjSjpZpAfixWIfkx4RPnzD1lRVh/Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yun8UnEPk/SbW017fN4lhsX02kMv/MnJV3MTqvgehKj7&#10;o+dYBfUs/wBzuutP9N5lPsUVf6GhB6Zx780o3+COQ/lb9vKq+jkPy/TTCU9sbt/yFI7ft591P09W&#10;35Xc3Lk9La1f6d5xf+ir5Bd41a71w9YHsSBRTuuU/wAx1XxmT2Sxr/yDEi/s4JvMzKBNBPz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wp/qdxD3cIwpT/xfKw/5BVf+ZucJ/rSzbDLrEH/j7qh/&#10;qaEH3uVP247P91c/xQPeT8qOX6S8M97GsYYdvl4VP/Ibv/zLwpnOEFT/AEc3nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7n/1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9yrP8XKv+W9N2EUSnWpzDSAj/AFVo6xj+duTNuMmbtR6Gz/vya5of&#10;VQ/3e7zKP6V237A0+fjFCb0pj3Zilf8Aw07/AJug5Xv01h8jIGDJ7aSBv+QkDft596XY5b/ld1Ms&#10;T02jCv8ATthf+ir5KM6Vru3T/fqHsMUSnqpP8x1JxyTvatqF/wCQXK/s4t+ZJUGKQHPc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3CLeovEPm8/JSA6UtLElvixaQ/kw58yH1dZr+e3pSwDhb2rSI&#10;/vlKW6T5lK0+gFZTbnM93aFX9JZPsgfI1YX6X8N+T6cPWka1dXM4PwVVjH5qeALzlvUr0Y3nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yn38YWv8vpdlDC7/AOWxWeW3/LunK/8AUTk7bhpl&#10;5xXQkD2n9K5P/Vi/py2za/pPrV/pWyP9FQtdJUvidXL7IlH3t/ZwoWUYfl8p4XT/APFdJTL90Sjn&#10;39bg2/5TIrBr+haWyf8ASsoHyr5SsxVruHD0rUf96NEEzrP8znLF6n/iytqm++VjxRclqiekxz3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yuDqziH8y6jYvUXvtnMX/AESURf8AMvPj+7d81/nG&#10;9+YuzOl8tf6glLP/ALzrM3d9nubJof3s/wCmJV86tK6M4b/Kul2C01rb6cTf9FmMv/M3A75iTQwo&#10;Tue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KS/xkq7Zh/T7DQf8AKSY1KR/xBaNR/wAr&#10;HmQ24KcXj/iD/fvwrjl9W70N5c30m5V7AwP9EaGXpEl5K+T2CEffv/o4BGGxfL4dTwf4I0X7lA5+&#10;hBkzH5WzZa/ottp9iQPlXy0vq1rUekn41XDis3zGKVNR/wAWSyN97E8ncElJagc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9zizKil3NgBcnja1hsFSjAAknoArYE4VyRGkcIguWIAHxPKrcVrWxLFKnEX&#10;71Eskh/4Ni37efDrnmZHOb1+8VtedccPmtZV86zxt2u4bSj+iAPYIq4XB6BcKwilwtO1NDFEPoRQ&#10;v7OQOBaldOPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/RL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KIfxhKk1ed8hYOD9ilxB7f8vZ&#10;oU/5k5lJ2b235hSkf01tp9sj51xC+re4i5sUf0Wnlf6ZSB/oaGrpawpsLxGsP7pU/wDIKseB+BbQ&#10;c/QlAivmPqs0m+p53zder3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcS+dq/+WZPxSvBsYqWcr/xL&#10;Ydv58hXtIzT+S7v390DBbtXyn/G7pQT7VQKPMsa7+5bR0rT7JE+6ldkHDv5tnjCMOIus1ZTq3/Ef&#10;MG78r8rE58WVZw1bVz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0i/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ygT8V2o+a9Rm&#10;SsI77cLge3/L2vmX/mTmcnYvbfmb23R/Tu2U+1bY+dcCvq6fjM2Ef0bMq9rjo/0NDBk1/lsg4zV9&#10;tqVB/wCQYb8TvPvmr5x6rX57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4EnXGv8AkemleAbN&#10;OYYh/wAFIpP/ACaDzAv6mM0/lm5t4AYLpZaH+c8gqH+kSqpB3Xa729R1aj7EmPfFDT6fMO/mHVbD&#10;SwutOJ5j/wADEwX/AJOI5Xvz5PKy8qy/nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;5//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Ner8TKo/mHrPytRdxDhmERkfTiFTIfybnR/6e7fv84y5H9LMbb2d6yDXzr/V0/qzmP6Fgkf72&#10;+r50K2GP8r0ex+o/6V69h9VPYfw5H591dfP1VcPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3C4epau8nKlDh4NjPVbz8RHG37WHOQP1k5n+XyK0tAcXbrWetLTSwR/pnEn0FTNuU1quFr6ER7SP&#10;wNGk9KeHednLEMTYXFPSbB8DJIpH5KeEr5841ZL0fTnuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e5//9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc10fX7P8/68qOm7/LU+EL9FlMv/ADNzqz9Mlv32fZWP+axCv9KsH/Q180n1ZP6s&#10;9uB/Rtmk+1JP+ioTK1/l+heMydt8FUP+Qhs448+3GuFtV189z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vcJ96nK7fieE4aD/koppSP+Jsqj/lTnz9/WjmfeXuXWc/Y086R/tq0IH/ACkY9ayJ3Hah&#10;Di+kpHsBPzo7vpLw/wAvCMZxUj/KzQRA/wDLtWY/8rjhXecTKnSjd89z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3P/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9zW59Zk/z34iGI0/f5cYYv3YZFL/zNzsd9KDHe7xZWP8Agziv9Kl0&#10;/wChr5dvqre1bwX4/oot0+1lo/6KhEzS3y/p8xCT/FE4/wCQqgLxU8+zyuLdV589z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vcIb6ha75vqI9Pe/ytPBH94Mn/M/Pl4+rLM/z+9ymp/uFuw35SFPf&#10;+9ays3Qa7uzB/pKUfgn5VYt6ZsP+T6YJU2t83U1Ev02Ii/5k4B3OZ9SjRgue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7n/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1ovUtP/MfxFMxTdwk8S/8ARPCY0/iOdwvpAY7zefLB0C5V&#10;/wCi9wR7yK+Un6oHu8z7Mj/fMp9jbKflS76it8v6dqoeLLCP+QqxD/Dggc+wiuRFV+c9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcrd6rVv8w6i4vPe+2oaP/okBH/zLz49u3PMv5rvdmTszFwpv&#10;/UQGfd3cVmfkDXc2bQ/vQf8ATeL51ab0cw/+W9MMEprW3Uyy/wDRUmX/AJm4H3MUaF1CXz3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWN6wzfPevvOE/fy66rX/kCAR/s53y+jZnVv&#10;JZH+iw+r2tLH+ir5H/qRd7zO8xP/ADUAf6XSPlSz6uN5PQAJ/jNKP+job9nBV59bFcsqIJz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3OuaJivV4C+g5VfjNb/ADLGKvESb/MTSyf8hsW/bz4et4sx/nGY&#10;XF3t7551z/TrUr51nhbNdy2lH9FIHsEVcHgVB/KsDo8Mtb5aCGK3/EEC/s428B1Ladee56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1es4TfPeuPPs/fy8Vxlf8AkCoMfPoe+i9nVvCw&#10;f6Nm4r2hA/0VfHx9Qb3eZxmJ/wCax0f6Vah8qVnXBvJ6GUUf+N6Mf8mlv2cGjn1WVzZohfPc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vcYsz1v8ty1iGI3t5FNPJ/yDGTyM99cy/k2TXt3MdzbPueqGlKHw&#10;o0sWu+fQjpUke0gUocpUH81zVhmGWv8AMVdPFb/icir+3lXPPiUrOmrd+e56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e5/9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1Z/N+e9YnUSs77sVzA4+vEiB/Hn0lfROzqz7/Fy5R/&#10;9CWyfnXxp9urveZpfK/pX9x/yq6aUvqFbyejWExdt09Gv/kPIf2cHvn1AVz+oiXPc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vcDXrBWfI9NsWmvbdEsf/RR1j/bzDr6gMx/lm52Yuf0mkt/6q4hr4Loabut&#10;97etjrn2An5UKvRGh/mPVTBoLX2zNL/0SjaT/mXlc3PkNrMmrQ+e56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e5//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zVWynL856l89V/ffW4u1/wDiWIbufTf9EzMZ08roy+Pa7b/4&#10;NfFl2zO97fXKv6V48f8Ae3Pxp/8AUo2zpdg0H/SzTn7qeQft4Yzn0t1g/RGOe56vV7nuer1e57nq&#10;9Xue56vV7nuer1e4BPqIrflenvkX/wB6amGP7g0n/MvOYf1b5j+S3T7qf7vcst+wLd/95ipU3Ob1&#10;3k/0UKPwHzoxHpioPm+pnzNv95aSeT7ysf8AzNwiXPmErKmrEOe56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e5//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3NUbpVL851kzdXHXfPVtf/AIlVE8+pX6J2ozO7V0WiB7XEf4Nf&#10;Ej2rO97cOK6bh0/70r8aefVA2zI2CQf8fg/dCR+3hnOfRrWIFEe57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7hXfU5WbMLwnD7/wCUlmk/5AVV/wCZ+cTvrRzDu7HLrT+m685H+1oQn/3rU57jty44voCR&#10;7ST8qN16S6HzMYxnErf5KGCK/wDy8Zm/5k4T7nz81kVR3ue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e5//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3NTfoNJ81nnMlZ33sTf/iUznn1a/RS3/l1+roYZHtWr8K+HTtHc7xc&#10;9Ljh9/605+qttmXMDh/49lP3RqP28NXz6FaxdoknPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcJn6m&#10;azfmLDaC/wDkqZpLf8TkK/8AMnPnd+s7MO9zextf+N2ynI/210p/95VkjuQ3DLi+lQHsE/Oj1ek+&#10;h8vLGK4lb/K1SR3/AOXcYb/mfhaOcaqmyjXc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3OmYKpZtANTz1aJjGvDXQc1LPTOxnxLG6lu7LTk/wDBNIefWp9FTf8AlGZq6EWw9qnvwr4X&#10;N+16w2ekrP8AvtTvVo23D8Ci9r1R+5Yx+3ht+d9qx2olPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;cIT6gqz5rqPNBf8A3nggj+9fM/5m58tv1XZh+d3vcb/4yww35Sku/wDvWayv3Rb0WQP9JSj74+VW&#10;Nemmh+U6XQz2t8zUVEv3N5f/ADJwEuc2qk6h+57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7n//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vcbsYl8jCaqf/AAQyN3t2Unvx1sSoeYovu1aGlnoSo+41khG6VV9pH8eaoHpfX3sbf2fJ&#10;j/pNz65vooRjmqv+8Mf9BX4V8MW/J/uP+f8A6CuXq4b3cvp7TXH/AKQcNnzu/WP9Ex57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7lcHVqr+d6j4vNe+2fy/wDomoj/AGc+QDt4v/5lvhmLm2H+7/1JCWvd&#10;oiszN32+6smh/ez7ST86tJ6MUXyHS3BYLW3U4k/6KM0n/M3A75iPQxoT+e56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e5/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xOZwl8jKWKTf4KOpb7omPFTAlaR1j40H82VotXVdDaz/vJqRS&#10;C9XEPa6/x5qs+mBbQY0/talH3CXn15/RUiGs0V0qtB7BcfjXw278nFr/AD/9DUX1bteowFPYtYfv&#10;MPDWc7m1AlE557nq9Xue56vV7nuer1e57nq9Xue56vV7lXOaKv5/M2I117+dVTyf8hSMefEtvtf/&#10;AM1zm9utve3T7n+ndWr51nRYt90whHQhI9gFW75Rov5blTDMOtbyKSmj/wCQY1X9nGLkY0a0oee5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//QL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcRfUeUw9PMemHdMOrW0+EDni+0Euo/xk&#10;/EUEN4VaLC4PQy7/AL4qpmHi+IQD2yJ/ysOauHpiX/ffjDe2SnH3K/PsA+ixMWmZH/gluPYl38a+&#10;Hffg+NryV8RTT6tWviWCL7Iqk/eycNNzt3UE0UHnuer1e57nq9Xue56vV7nuer1e5DxCqFFQT1jd&#10;oY3c/wDAqTwhzW9GW2rtwdjba1/6RJV8qUMo71YT0kD2mpuG0jV+I09CveaRIx/wTAft5VSSWJZt&#10;SefDSpRWZO01noBFXFKoVQqiwGg51ylbrvnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xuf/RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vcD7q1J5XSrM0vbbhOInT4U0h4Z2Il5H+Mn4igJvSrTll0ehh7/lNVT8KF8Uph/x7H/ysOawf&#10;pjH++jFW/wCPof8AlVufYV9FyYsMwP8AwZn3IX+NfD/vx/dG/wDFV8RTB6s2/wB/WDL7IJz/AMnr&#10;w0HO1tQbRR+e56vV7nuer1e57nq9Xue56vV7iP6g1fyWRcXqb2Io6gD6WQqPzPMf+1e+/lu7GZPb&#10;CLO4A/xlNKSn3kUIsob726aT/fp9xBpb9NKP5/qFglLa4NbTE/QsgY/kOVmc+Mis26th57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//0i/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ay61yeV0bzbLe23BcUN/opZDw3y8Tc&#10;N/46f9+FRzvirTlF4ei2f/5SVTlgw3YvSD2zRf8AKw5rJ+mRf98WKN7Z4x/yZz7E/owTGWX5/wCD&#10;tj2N/rXxD77n9q3/AIp+NJj1ZNfMOEJ7KeU/e/DOc7QVCFFM57nq9Xue56vV7nuer1e57nq9XuBV&#10;1sqvlOmWJsDq4iQf8FKgP5X5g59SN9+Q3MviNqwy2P8APfaSf951UPN2W+8vm+qT7En50MPQOj+c&#10;6sYSpFxG00h/4GFyPztyvHnyV1mDVm/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3P//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vcCnrw4j6HZzkbsuBYuT9VHLw6y3G5b/x0f78KjDfc6clvT/zS3H/ACkunTA/+S1R/wDL&#10;+L/lcc1oPTMP+M7iR/6WV/6Rjn2NfRin/hRfH/mpT/ykPxr4jd9/7s3/AIp+NJH1Yn/jT4Uv/Sq/&#10;/SQ8MxzstUJ0VHnuer1e57nq9Xue56vV7nuer1e4A3qLqvl+n6w3/wAvVwp9yu//ADLzl19XV9+V&#10;3US3/wAdu2UexDrn+gFStua3ru56EKPvA+dGL9L9H8z1Kecj/eejnf72SP8A5m4RXnzG1lPVhvPc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Qv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wIfUG4j6CZ3kbsuAYyfuopeHm&#10;V43LX+2I/wB+FRVv2dOR3x/5pLj/AJRXTtgIvjlEP+P4f+VxzWr9Mw/4zOIt7aof9I159kH0ZJ/4&#10;TXp/5qh/ykj8a+JHfb+7o/xPmaRnqwP/ABq8MX2Uh/6SNwyvOx1QrRVOe56vV7nuer1e57nq9Xue&#10;56vV7hY/U3VbMDwuiv8A5SeR/wDkBLf8zc4u/Whe93llhbf033F/6m2E/wDvWpv3Ibl1xXQkD2n9&#10;KNp6TaTfmDF6+3+Tp4o7/wDE3Lf8ycJxz56qyOo8nPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3P/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Ac9RP/AFb9nr/wXsa/8opeH2Vf8VNf7Yj/AH4VEu/3/LCv/wDvEuf+UV07&#10;5f8A+S9Q/wDeRD/yuOa2Xpn/AOYXxA/9LX/UNefZH9GY/wCEl4f+ar/3i3XxKb7f3dH+J8zSJ9V5&#10;H9bsMH/Smf8ApK3DJ87E1C9FW57nq9Xue56vV7nuer1e57nq9XuFA9TtVvxHCKL/AIrjnf8A5DZB&#10;/wAy84AfWle67zLbb+g2+v8A1RTaf/edZEbjtwh1XSUj2A/jR2/SVSbMLxqvt/lJaeO//EFdv+Zu&#10;Fb5xHqdaN7z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Yv/Odl&#10;fZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wFvUlp6ds/Ef9&#10;g5jn/lDNwQZT/wAVtf7Yj/fhUP8AaF/ywMw/7w7n/lFdPGXv+S/Q/wDeRD/yuOa3Xpn/AOYUr/8A&#10;vL/6hpz7KPo0/wCWFef95f8A7xar4md9v+KEf4n+iNIX1Xf8xlhv/eF/1Ffhkedgqhiis89z1er3&#10;Pc9Xq9z3PV6vc9z1er3CP+pGp83PNPTjtFRxj6zJIf4W580/1h3nf7zMtDY3Ztj1U68o+4prKDct&#10;Gm1UelZ9wTVgXpYpPJ6fVVSRrNXSm/wWONR+d+F85ygqXaMtz3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3AW9SX/AFbrn7/wXMc/8oZuCDKf+K2v9sR/vwqH+0P/AJYGYf8A&#10;eHc/8orp4y9/yX6H/vIh/wCVxzW69M//ADClf/3l/wDUNOfZR9Gn/LCvP+8v/wB4tV8TO+3/ABQj&#10;/E/0RpC+q7/mMsN/7wv+or8MjzsFUMUVnnuer1e57nq9Xue56vV7nuer1e5X915qfP6mVsf/ABSl&#10;On/RpX/5m58qH1RXn5rfO6R/xpFuj/0AhfxXWW+6iNFig9JUf96I+VWT+nSk+W6UUEvbz5KmT/o8&#10;yf8AMvAd5z3qRqHHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//&#10;0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3AY9R6G&#10;T08Z9jXu2XcbH30M3D/KcLpr/bEf78KiHtBGrIMwH/NHc/8AKK6eMvaY/Qn/AKWIf+VxzW49M5H9&#10;Va8f9Lf/AFDTn2T/AEaH/hFeD/mr/wDeLdfEvvt/xQj/ABP9EaQ3qvB/rjhp/wClP/qK/DI87CVD&#10;FFY57nq9Xue56vV7nuer1e57nq9XuVvdWKn5vqNi8vsnKf8AIACfs58fXbrefnt78yX0PlH+ppS3&#10;/oazOyBHd2bQ/vZ9uPzq0zo1S/J9L8Fhta9Mr/8ARQl/28D3mJtC+hM57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcBz1E/8AVv2ev/Bexr/yil4fZV/xU1/tiP8AfhUS7/f8&#10;sK//AO8S5/5RXTvl/wD5L1D/AN5EP/K45rZemf8A5hfEP+8of9I159kX0Z/8sS8/7yh/yiiviV32&#10;/u6P8T5mkT6r/wDmLsM/7wz/ANJW4ZPnYqoWoq3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ysDOVR85m/Fa&#10;r/iysqW++Vjz4qe0O7/P5/mD/wDTvLlXop5ZHurOPLUd3btp6EJH+8irbsi0vyWScHo+3lUVKn3R&#10;KDxN8h6jqlVz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//SL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcCL1AqH6C53V&#10;tQcAxgH/AMYpeHmV/wDFLX+2I/34VFe/QnI74f8ANJcf8orp1wHTHKIj/i+H/lcc1qvTMT/VrER/&#10;0sj/AKRjn2P/AEZH/hNej/mqH/KSK+JDff8Au6P8T5mkb6sAP614Y3/So3/SRuGV52PqFaKpz3PV&#10;6vc9z1er3Pc9Xq9zizBVLNoBqeUUoIBJ2DE1sCa5KrOwRRck2HKpaqc1VVJUt3kZmP1m/Phfvrk3&#10;r63jtWtSj/nEn51nu2nQkJ6ABVxtHTrSUkVKvaJFQf8AAi3MHCunak89z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wJevqs/QrOqLqTgOMAf8AjHLw7yz/AIpa/wAdH+/Cot35&#10;E5JfD/mluP8AlFdOuBf8luj/AOX8X/K45rTemb/mG8SH/Syv/SMc+x36Mj/wnvf+8lP/ACkmviP3&#10;3/uzf+KfiaR3qwH/ABqcLP8A0qN/0kPDLc7JVClFT57nq9Xue56vV7nuer1e40ZgqPlMBrqvt5VP&#10;M/8AyChPAFvXd/kMrun/APjdu8v/AEraj8qMLRHeOoT0qSPaRT1lqm+dzFh9H382pgT/AJCkA5Vn&#10;z4haztq37nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//U&#10;L/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcC7rghk6&#10;K5wjGm7BMVH30knDnLsLhv8Ax0/78KjXfMasnvB/zTP/APKS6c8ENsZpD7Jov+VxzWZ9Mp/3wYmv&#10;sqE/5U59iv0YK/4VXw/5qEf8p/pXxE77/wB2b/xT8aSvqxX/AI0mEt7aaQfdJwzXOzlQlRTue56v&#10;V7nuer1e57nq9XuIzqLUfLZCxmXt/odQo+lkKj+PMeO1y6/JbrZm5/zR3CR5raUge9VCTJka7tof&#10;36fcQaXXTCm+b6jYHD3/ANOpmP0LIGP8OVn8+M+s2ate57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcDvq9H5vSbNEX+LCMSGvxppBw0sTD7f+On4igDvWnVld0Om3&#10;e/5TVThhJtitMf8Aj2P/AJWHNYf0xn/fPiq+yaL/AJUPPsM+i5U5fmA/4M0fahX4V8QO+4/aN/4p&#10;+IpPerNf9/mDt7YJh9zjhn+dqqg6ikc9z1er3Pc9Xq9z3PV6vcDDrLUfLdM8Vk9qRp/yHKi/t5hd&#10;9Q91+T3MzBfS22j/AFR9pH+iocbto13zY6yfYkn5ULXQum+a6sYNF7JJX/5Ahd/2crr58jNZi1Z9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9Yv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xEdTI/O6cZgiFvew2&#10;uGvxgccMLMw6j/GT8RQN3iTqy+4HSy7/AL4qpuHG2IQH2SJ/ysOaunpib/fdi6+ySA/er8+wL6LF&#10;TZ5kP+CMH2pd/Cvh534Hja8lfEUz+rVf9+mCt7YqgfcycNLztxUFUULnuer1e57nq9Xue56vV7gL&#10;9fp/J6a1Mf8AxbLAv/J4b9nOdH1U3X5fc59H/HHbdPsdC/8AQVJW6SNV6k9AUfdHzoePTdT+d1Vp&#10;JP8AimGpf74yn/M3CCc+V+ss6sg57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xuf/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9xLZ5j87JWMRd91DVjX4wsOLLYw4n/ABh8aDWdJ12bw6WnP98NSqI2rIT7HX+I5qw+&#10;mBv9FxlfY9MfvEnPr3+ipUsZmOhdqfaH/wAK+HDfkeJryX/oagerZbVmBP7Uqx9xi4arnceoGonn&#10;Pc9Xq9z3PV6vc9z1er3C++pGfysiU8Q/3StiH1COQ/xA5yk+sK67ndhlsfx3rQ9A0+r4gVLm5aNV&#10;0o9CD8UijK+lin83qJUzHtFQyn6zLEv8CeEe580dZQ1YHz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcZMyxedlzEIbX3006/fGRxQyYWPMfGifMU67dwdKFD/eTWam&#10;NqiM+xl/jzVO9L7e5ja+w0Z+/wA7n12/RQqU5qnoNmfb+a/Cvhn35GLP+f8A6CsXq4Wz4A/tFaPu&#10;8jhr+d1agKibc9z1er3Pc9Xq9z3PV6vcLL6mp9uA4ZTf46h2/wCQUt/zNzjF9Z9zoyuwZ/pXDiv9&#10;I3H+jqbtyEy64roSB7T+lGx9J1PuzHi1V/gpo0/5Ckv/AMy8Jtz55ayPo8/Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/0S/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3MNTF59PJAf31ZfvFuWBgzTLiO8SU9IIrtT&#10;tYN7OamPphYrU41GdDtpT9xl/p59bn0VLh3NE9KbU+w3H418Le/Iwa81/wChqV6t0vTYDJ7GrB94&#10;i/o4bfneysfKJZz3PV6vc9z1er3Pc9Xq9wpvqfm/5ItOP+lpj/0aA/bzhJ9atz/yy2R/zVKP/ouB&#10;86n7cZP91P8AiD/fqOZ6SIP+S9Un/pTUf9Hif2cKdzhHU/0cznuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NTL08x/K5pzBR9thUW/4jI459YP0VO/5XmCel&#10;lg+xTn418NXaE33ZSOhaxz7KcfVeu/BMDm/48nH3oh/Zw2HPoJrGeiTc9z1er3Pc9Xq9z3PV6vcJ&#10;v6mp92PYZTf4KeRv+Qnt/wAy8+ef6z7nVmlgz/Rt3Ff6dyP9BWR+5CYacV0qA9g/Wjzek2Dbl3Fq&#10;r/HUxr/yDHf/AJm4WTnGCpuo2XPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9zU/6Nx/K9Us1UfbZLOP+Qahhz6o/ood/4Y3iem2bPscH418Qvae33byh0PuD&#10;3n8Kd/VKN+T8Em/4+P5xX/Zw0fPonrEyiQc9z1er3Pc9Xq9z3PV6vcJD6k5t+eKWIdkoo/vMsp/h&#10;bnzWfWLcd5vNbt/0bJv2l64Pwisnty0xaqPS4f8AfU1YB6VoPL6fVcx7yV8v3CKIfxvwvXOTdS/R&#10;mOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//1C/852V9&#10;mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zVN6eR/K&#10;9e850f8AgqsQH/INaRz6hPonc/4bXKemySfY61+NfFB2ut93dvDounR/vS/wp79Ta7+neCzf9LEY&#10;++Bj+zhlefSNWGNEc57nq9Xue56vV7nuer1e4Qz1CTeb1FkT/iungX8i37efLr9WNx329y0/0Ldh&#10;PtCl/wCirK3dBOmzB6VKPy+VWL+meDyumEcn/FtTUN+YX9nAP5zSqUKMDz3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NV3BofkfVZn+gOnl4hjaf8gYjbn0v&#10;/RK9/wAPXB/Sy4n1Dtt8ia+MDtta7rMLtP8ARvnx7HHRSh9Ry+b0kwaceFTS/caaXhhefTXWCNEW&#10;57nq9Xue56vV7nuer1e5Xx10m83qfiK+CCnX/owh/iefJ99Tdx3++t6P6It0/wDosyT7yay73WTp&#10;sUdeo/70asu9PUHk9JMLbxkNSx/8aJB/AcCPmBNSFQ1c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1cMZi+S9a3UOn7B8Xx8/U1ezjn0afRW9pz9A/pWCx7&#10;Cyf9DXxy9vjXd5vmA/5r3z7XXD86VHXpfO6J4bJ/gloj/wBGnX9vBy59S1c7KIfz3PV6vc9z1er3&#10;Pc9Xq9yuXq/L53UnFn9kqr/yCir+znyGfUA/+Y3xzFXQ6lP+laQn5VmTu6nTZNDq+JJq0TojD5HS&#10;rBk9sLN/yFIzft4G3MO6GlCpz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc1g+pEXyXruzvB28zEcSb/kM+Zz6Cfoye07x2o/pWryfYif9DXyF/UU13edZiP+&#10;apR/0yp+dLDrOvndB4H/AMDUh/5O2/t4L/PrBrmNRB+e56vV7nuer1e57nq9XuVp9SpfO6gYy/sq&#10;51/5Bcr+znxt9sb/AOY3rzNXRdvp/wBKsp+VZrZKnTaNf4ifeJq1npVD5HTbA09tFTt/yEgb9vER&#10;zGyhPS/57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Av&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1l&#10;uu8PyX4g2aoBp5lXK3/IdCsnO730dPad5svH9Ju5T7GHT/oa+TD6l2u7zzMh/wAFQf8ATBs/Olv1&#10;SXzvT3I/+D5Y/wDkSq/t4JnPrsrlDRAOe56vV7nuer1e57nq9XuVg50l87OOLTf46yqb75WPPis7&#10;RnvzG8OYuf0r26V7X1ms4ssTptmx0IR/voq23IcXkZGwaD/BQ0i/dCo4muQ3R3Sr57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//RL/znZX2YVuUc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Nar1VQ/y78RjHh4PJRsP+&#10;hmDQn+J52w+kR/ut5srV13KfazcJ+dfKx9UjPd7wZiOn8ur2ssGl9ntPmfTtWKPBEP8AyDWKf2cX&#10;HPsarjzVfPPc9Xq9z3PV6vc9z1er3Kssel87HK2b/HPM33uTz4gt6HvzGZ3Tn9J95XtcUazutE6W&#10;kDoSn4Crf8uReRl6gg/wU8C/cgHGngFpfTzz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc//9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc1wvW/B8j+IJNU9vmUwtvvoki/5l516+li47neHKz/zUFP+m1j/&#10;AEVfMP8AVcxpz+8P9JplXsaQP9DQj48nzHQLFI/8EMx/5Bk38UHPtQriVVeHPc9Xq9z3PV6vc9z1&#10;er3KoqiTzqh5v8bMfvN+fCxdvfmHVuf0lKPtJNZ8oTpAHQKuRpYvIpo4P8Cqv3C3MPC+nKz89z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Mv/OdlfZhW5Rz3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc12/wARKD5H1zYN&#10;U9vmaPB2++aSL/mXnUL6bLjuc9yw/wDNewn/AEzqB/oq+bj6tWNOdun+lZoV7O8H+hoUCnzHRHHY&#10;/wDDTVp/5Bi3cz8+4iuDNVz89z1er3Pc9Xq9yNWSeVSSy/4UY/cL8Kcwd7hhxf8ARQo+xJNPNjUo&#10;DrFSqKPzq2GH/G6D7yByqXnwvVnvVx3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3NfP8AFDg+T9XuUMRUWEmE4WSf9ZMSqr/lbnQvsDuPy+aWK/6G&#10;YW6vY4ya+ej6u2P+HCD/AErAe0OXA+EULOBJ8z0ox6m/xQ1q/wDIVMON3Pu/r56are57nq9Xue56&#10;vV7jTj0nlYFWy/4YJj9yE8Am9LvcZZdL/osPH2NqNGFoNTqB/fJ+Ip5y5H52YaCH/HUQD73A5Vlz&#10;4g6ztq3/AJ7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7n/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vcoL/Fng+V67ZIxbtuw4Lf8A5dVjN+W/mafZBcfl7ppf9C5ZV7FJPyrgz9XTE5jbK/pWq0+x&#10;aj/oqGLIqfM5Mxek77llFv8AiUVuJbn37183FVq89z1er3Pc9Xq9xOZwfyso4rJ/ho6k/dE3Ii7Q&#10;XO5yDMF/0bO5PsZWaOcuGq4bH9+n/fhSoyRH5udMHi/xVtKPvlUcq/58UtZyVbhz3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/WL/znZX2YVuUc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KKvxjKQ0+Y+n+LqNZ&#10;IMWjB/5dSUrf8z8yY7PHi13hG1KkKH+9fhXFD6t7f9tl6/6SLhP+lLR/0VDV0n2zUmIUzdiY7/8A&#10;BBh+zgao4dA69iARz9CxtYdSFDYQCPWvmCIjCqz3Ro3Mbd1JB+rnLj1arjz3PV6vcSOf38vIuMt/&#10;0o1Q++JhyBO1Vzut2MzP/NDdD2sLHzoQ5QJumv8AbEf78KWvTZPM6h4Ev/Ywoz90ynlZXPjDrNyr&#10;Y+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9cv&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpZ&#10;/GPofMy7kLE7f5GpxaK//LxKZv8AmTmQO4SoW6OpJ9hV+Ncfvq2Y1W+XudC30/6ZLR/0NDF0ie1R&#10;XR+1Yj9xb+nhdcFm+Ywakn/xwxN96A8/QW3cf/NZdbO/02Wle1CT86+WC5TocUOhR+NV149B8tjl&#10;bTf8VzzL9zkcc+DOkVNPPc9Xq9xDdTH8vp9jDf8ASpMPvW3MZu2Zzut1MzP/ADSPD2oI+dCnJBN4&#10;1/jp+NCF0nTzOpWBr/0uQH7mB5Wrz44azUq1bnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcqK/GBofM6O5VxO3+Rxlor/APLyllb/AJk5OW4iouHB&#10;/eT7FD8a5WfVezqym0c6Lkp/0zSz/oaFfpM9sXqovbCD9zD+nhMMlTfMZNwmf/HRUp++JTz78ezd&#10;/wDNbu5c7/SsrVXtYQa+UHM06Ll0dC1/78aIZn2H5bPWNU/+Cvq1+6ZhxT8meiOknz3PV6vcDzqw&#10;2zpzi5/44I+8gcxM7dl93uhmR/4AR7VJHzoYZAJvGv8AGoTejSb+qOCr/wBLAP3KTyt/nx91mbVp&#10;fPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9Ev&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcq8&#10;/FsofmvTPhtSBrTZgonv8DS1cf8AFhyY9x1abxQ6Wz/vyTXNn6pme93caV/Ru2z7Wnk/OhL6VPtz&#10;HIv+KBx/ych5XX0xm8/p9g7+yliX/kFdv7OfeX2Lv/md08sV0WrSf9InT8q+SHPE6bx0f35PtM0S&#10;/qzD8v1LxxPbWTN/yE279vF1zJygtQec9z1er3Az6xPs6aYsf+O0H3yKOYa/UGvu9zcxP/A0D2vN&#10;j50Nt3BN635n4GhX6HJv6rYMP+PXP3ROeV0c+RKsx6tB57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yvL8UPDvnfSTidTa/wAnX4bN9F5xF/zPyUtz&#10;V6b5I6UqHun5VgV9Sdv326rqv6DrKvavR/oqX/TSTZmqNf8AHHIP+Tb/ALOVP9GJ/mOmWFP7ElX/&#10;AJBldf2c+6P6dbn81uXl6uhDqf8ASPuo/wBDXyAbyp0Xzg6wfakGiqddqf5bqxjEfteJ/wDkOGNv&#10;28FDmatAagj57nq9XuBX1sbb0wxU/wCrAPvnjHMH/qQXo3KzA/3rA9tyyPnQ83ZE3zf+d/vqqGDo&#10;Gu/q3g4/1qg/dTyHleHPkorMGrOOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e5//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9wln4h+HfzP0dZzhAuY46CYfDysQppD+QPJA3VXov2/NQ9qVCsP8A&#10;t7t/zG6V6OhLSv8ASvtK+ANLHIEnl5uoz7S4++Nhyk7oFP5vTWlj/wCKpahf+jhb9vPt3+li57/c&#10;23T/AMbduE+11S/9HXxt72J03qj0hJ9wHyovnqPp/J6q1kn/ABbFTP8AdGE/5l4M/OidRtQE89z1&#10;er3Al65tbpdiY9vyw/8AIiPmB31NK07k3/X+WH/o2wakDdYTfN/53++KoZ/T2u7q7hJ9nzR/8hpe&#10;V7c+Tmsvasx57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7n//1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9ws/rKw7+aelfPlNa+3B6ub/oivnflt4LsgXovWj/AH4Htw+dY69rlv8Amd2cwT0W7iv9&#10;INXypR5Qk8rM9C3tmQffp+3mv56cJ/NyFNH/AMV1kq/fHG37efaV9IFz3+6ziP6F46n2tML/ANFX&#10;xbb5p03YPSgfFQ+VBL6pKfyeo8Ev/FtDC33SSr+zg/c6pVEtFu57nq9XuA914a3TGvHtenH/AEeQ&#10;85+/VArTuXdjpXbj/wBGGj8qkXdQTfI8lf76aG/06ru6s4cf8KVJ/wCjDjlfvPlKrLirKee56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Uv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcCL1A4d/N+g&#10;2dsKtf5nAcYiH0vRyqP48PMrX3dy0rocQf8AehUVb92/5rI75r+la3CfaysU7YDJ5WOUUv8AhnhP&#10;3OOa1Ppmn3ZaxGm/wVKt/wAhRgf8y8+x76MrnVk16z/RuUq/07SR/oK+JHfdMPtq6UR7CfxpG+rC&#10;n25qwuq/x0jJ/wAgyMf+ZuGW52QqFaKnz3PV6vcBnr2bdNKse2Sn/wCki854fVKqNzbnrct/+VkG&#10;pI3T/wCLU+Sv99NDp6cRfqtRH2RVP/SJuEC58q9Za1ZJz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xP5tww41lXE8GAv83SVENv8Al5Gyft4pYX3a&#10;0q6CD7DRFmlt+ctXWf6ba0/6ZJHzqRSSeTVRzf4HU/cb81VPTBPeLGaU+BpWH1iQH+A59eH0VXUo&#10;zNg8DaqHqHwf99FfDXvyjFpX+OP99qP6t6a02BVY8RVofqMRH8Tw13O6NQHRN+e56vV7gLdfiR02&#10;qR7ZYP8Alcc5z/VSY3Of/wBtY/5UFSXul/xanyV8KHj03AHqpSk+ENT/ANIzwgvPlgrLKrIOe56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//1y/852V9&#10;mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1&#10;POi1H/IupmaMt22/LSTR29nk1DR/lfn1TfRTezmN61/Ttml/6Vcf+9K+IHtNs/ybqm/+NvOI9hI/&#10;0NO/qmj+ZylgmI+yZhf/AInFu/5l4abn0SVihRIOe56vV7gJ+oH/AJ1vP/y+g/5W5zd+q3/pz3f9&#10;vY/3+pN3R/4tH+Kr4UPnpr/52lT/APLio/5U4Qjny1VlhVjnPc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0C/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1ZhR/yD1gdQMFtZVxPHY1HwFe&#10;WQ/8gjn0k/RTe6M+0/8AHMvUPULt1f6E18aXbpZ/lczvm/6F8/Hl3jgHuIpTeoSP5zo3hVX4xz0j&#10;E/TBIp/M8Hzn1A1z/oiPPc9Xq9wEfUEbdOJR7Z4P+Vuc2fqvVG6DnW+x/vxNSduj/wAWj/FV8KH7&#10;00rfqjCfZT1B/wCTbcIVz5bqyvqxrnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xuf/9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NY/rPR/yL1/ZuoO3zFdVSf8ARamFT+3nev6OL3ut5bFP&#10;/HGbhH+lZcV/7zr5JPqSs/y+d5in/g4X/p9Cv9HS16sx/Oen7z+/kfLH7phH+3gp8+t+uVtEC57n&#10;q9XuAh6g/wDnXMv/AC/g/iec1vqw/wCnQX/t7H+/GpP3Q/4sH+KqjAemj/naEX/eNUfwHCF8+XGs&#10;rqsY57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/&#10;0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc1ufWZRnBPxDa+sttWu/lsg/4PDYoD97KedjPpSvvyu8WVq/4M43/qiXUf6Ovl2+qqz7vP&#10;74/00ML9jTQPvQaETNEXz/p9xGDv5cTt/wAgTiT9nFTz7Pq4t1Xnz3PV6vcBD1B/865l/wCX8H8T&#10;zmt9WH/ToL/29j/fjUn7of8AFg/xVUYD00f87Qi/7xqj+A4Qvny41ldVjHPc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9Mv/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Nef8S2i/knrQy3i4&#10;FlrMOwmZj/xGsnhYf8goOdJPp6v/AMlnGXu8EZhbz/il1qfcTXzpfVxZaM6Kv+OWSVeoU8n/AEIo&#10;VcPi/mPR7HaHufIrVA+Pkbl/PmLn3TV8/wDVcXPc9Xq9wE/UD/zrif8A5fQf8rc5u/Vb/wBOe7/t&#10;7H+/1Ju6P/Fo/wAVXwofPTX/AM7Sp/8AlxUf8qcIRz5aqywqxznuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yhb8Xeh/lvVXI2aLW8yhqIr&#10;/wDePUrJ+Xm8y67Lb/8AIOh3/jTzbnsIP+hrhd9XFlN7Zu/02HUf6VYP/vShn6bxfP5dxTDO/mXW&#10;3/E4yv7OIrn6CG2vmjqtDnfPV6vcBP1AAnpvP8JoP+Vuc3/qsE7nu9TzH+/1Jm6P/Fo/xVfCh79N&#10;hA6p04PjBUf8qcIRz5aKyxqx3nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xuf/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3KWPxjsJ83L+QsdA/yFRisBP/AC+SmcD/AKNnmQW4S4U6npCT&#10;7Cr8a4+/Vra6mMvf/orfR/p0tH/QGhi6RS2nroP8SxN9xYft4XbBan5zBqSrvfzYYn/5CQHn6Cu7&#10;l5/MMutrj/jjLS/9MhKvnXyxXKO7cUnoUR7DVdePUvyOOVtFa3kzzJb/AIi5HHPgzpDTTwF+vov0&#10;1qj7Jaf/AKSDnOr6qEzua/1O2/8AyqkfOpK3S/4tT5K+FDv6b2t1VpB7Yakf9GzwgnPldrLOrIee&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//WL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9yqb8XfCPmvT7gWMILtSY9AhPsWWkqbn/kJV5NW4q9N0tPSg+5Sa5i/VXa97kNu6P4LpI9FNO/MC&#10;hQ6US7cenhP78DH6w68IT07qfm8h4PNe5+Tp1P0qgU/mOfe12SXn5/dfLXNv+R26T5oaSg+9Jr5M&#10;M4R3d26P79XvJNEg6nUvyXUXHILWHz1Sw+hpCw/I8WXMhqDdIbgOdeRfplWn2PT/APSVec9/qjTO&#10;5l11Lt/+V2xUjbqf8XI8lf76aHL05m3VigHtjqf+kLcr/wCfKhWW9WTc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//1y/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcr7/E7wb+aekTGa21/&#10;5dWYZUfRuqUp7/8AR3kn7nuaL5I6Qoe4n5Vgl9R9p+Z3UfX/AMbcZX7XEt/6Ol502m8rNcKf8WJI&#10;v/Jpb9nKkuilV830ywxidUWVD/wMrgflbn3NfTfe/nty7BR2pS6g/wCY+6kf7yBXx97zN93fOdcH&#10;2pFFc690nyfVjFkA0doZB/wcKMfzvwVOZw0A6B7gQ9dlv0wxA+xqc/8AR9BzAT6nk6tyr09Crc/+&#10;jLI+dSHuqf8ALkf53++mhs9PDbereGD2rVD/AMh5Dyvrnyh1l1VlnPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9Av/OdlfZhW5Rz3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Cp+uLBv576TM9UNt2zDj&#10;Uf8AjNKlRf6tl+DXdxzur5o/30e0EfOsYu2e0/O7rX6OhnX/AKmpLn+hpUZKm8jNVE/tk2/8hAr+&#10;3lC/p2qvmOnphv8A5CqmT7wr/wDM3PtX+ke9/Nbplv8A41dPI9qW3P8A3pXxib4t6LyelCT8R8qB&#10;j1PUny3UsTW/3opIJPuLx/8AMvB350+qKqLtwKOt67ul2KD4U5+6ojPMF/qVRr3Jvx1W59l0waH2&#10;65i+b/zv98VQyen9tnV3CD8akffTSjlefPkwrL+rNOe56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Aq664N/WLojnHALbjW4JisAHxkpJFH5n&#10;h1lrndXDauhaT7FCoy31tP5hk16x/Ttn0/6ZpQ+dOmCTfL41ST/4Jom+5weazvplqt+AYnRX/wAn&#10;UI//ACGlv+ZefYr9GF73mVX1t/QuEL/1RsJ/95V8Rm+7cPNq6Ukew/rST9WNJszJhNfb/KU0kf8A&#10;yBJu/wCZ+Ga52bqEqKfwMOsy7+mWKj/UjP3SoeYV/USjvNzMwH942fY+0flQ43bMXzfmf99NC30K&#10;fZ1YwY/8eSj74XHK6+fI5WYtWe89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yNW0kNfRzUFSLxzo0bD2qwKn8jy6VaTI4UmeaD6ChWxQIPk&#10;RBrkjmNw691II+rmp36c45sJx7H8AqdJIjEGH+tE8iN+Z59Zf0U5gPzGYsf027dwf5inU/8AvQV8&#10;NnaBaqtyhKtqFLSfPD8KmerGnWfC8CxNOyvUJf8A4msbD/lXhsOd/KxuolPA46uJv6b4sv8AxyD9&#10;zqeYhdvjfe7n5iP+Ag+xaD8qGW7xi9a/xvkaFHoq/l9U8Fb/AI/I+9GHK4+fILWZdWj89z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//0y/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3NWKlw7+qfq0z5li21I8RxmJB/qpXFoz9ac+k/6Ksz0Z6WycHrBQ/wA5K2F+4BVfGZ24Zd+RzK8a&#10;j+53rwH+L3jgHtEUpfUND/MOkGFYiNWinpWJ+DQup/5OI4YDn091gLREuIPqgm/p7jC/9Ksh+4X5&#10;i/21t97unmQ/5pXD7BPyoV5GYvGv8cUIvSR/L6mYG3/S3EPvNuVsc+Ois0qtT57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/9Qv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWd9Re&#10;Hf1V/EKzLRW2pVVKzfT81h8dR/yu3O5P0gZn+W3ly6TgtL7R/wBSd0/70lNfKB9TeXflM9zFEfxt&#10;uD/PQ0s/78aXfUiH+aenueQatAsLD/gKlVP/ACbfgi8+wGuSNV+cR3UNPMyHjK/9KVSfujY8x87W&#10;m+93WzMf80V0fYys/KhHk5i7a/2xH+/Clx0yk8vqLgTf9L9IPvlUcrN58ZdZtVbBz3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1S/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ndj&#10;8RDDv6ueubCsXttGJ0eETk+0GSSjJ+6PnUP6bcz/ACGeZa5MBN80g9QccSk+5Zr5tfq0y7us8dVH&#10;91tG3PPTrR/7zihRMP8ANOiWN0fcxwVlh8VTzQPv5K59w9cHKrm4ms5x+bk/Fov8VHVD74mHIc7R&#10;Wu/3fzFv+lZ3Q9rCxR1lp03LZ/v0f78KVeRJfJzxg03+CupG+6ZTysHnxV1nHVtvPc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//1i/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KE/&#10;xc8NOE9XMjZyAt5tBNDu/wC8WqEtvq878+Zf9lWZfy15Lw/1l9p32EH/AENcKfq4y7VfWj3/ABy3&#10;cb/0i5/960M3TqIYllrFMHP+6Blt/wAvIyv7OI0EEXHP0CgZxFfNRVaRBBsdCONOYI/NwGti/wAV&#10;PMPvQjgD3qa7/K7pH9K3eHtbUKMLQ6XUH++T8RTzlqXycxYfN/gqYG+6QHlWfPiFrO2rfue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9cv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9ym38YnAfmMh5KzRt/3jr66lv7PmYUkt9fkcnvcN2HXUdKUn2Ej/RVyR+rOx7yxsbn+g66j/VEJ&#10;V/7yoXukk+2urKb/ABxo3/IJI/5m4VjLFZ/MMt4fX3v59NBJ/wAhRg8/QE3LzD+bZPZ3W3vbZhz/&#10;AE7SFfOvlUvm+5eWjoUoewkVXzmyh/lmasTw21vl6uojt/xGRl/ZxzrI/OpJYf8AGjD7xbg0zBn8&#10;xbuN/wBJCh7UkUhbVpUD0EU00MvkVsM3+B0b7iDyqXnwv1nvVx3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcrW/FYwH+b+lj+Yhb&#10;/wAqxjD6m/sDLLTf9ReS3uU73d7H9JCh8D8q54/U5Y/m92e8/wCNXDS/aFt/+9KEXpfP5OZ/L/4t&#10;ikX7rN+zlYvSOs+e6b4RPe+2Hy/+ibNH/wAy8+7TsEzD+Z7n5c5Mwz3f+orW17tEV8iW8LfdXro/&#10;vp9oB+dFC600P8v6pY1Ba26fzf8Aoqiyf8zcEbmXdA2gv5VJVxeRVSw/4HZfuNufC7fMfln1t/0V&#10;qT7CRWe7atSQekCrj6Ob5ijiqP8AGit94vyPwqp6pPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CievPL/APWX0jZ3oAu4xUcVWPh8rURV&#10;JP3Rng53ad7m+aPWR/pgR86xU7b7H+Y7q3yOhtLn+pOIc+CaVeR5/l810T+1yv8AyEpX9vKLPT1W&#10;fNdOkgvf5aonj+8iT/mbn2xfSbmP53dFLU/3C4fb8pKXf/es18Z297ei8J/pJSfiPlQHepmh+U6n&#10;vUWt81TU8v02Bi/5k4OPOl9RdRfeVa5ii8jMFfD/AIKidfucjnxF73Mfls2u2/6Nw+n2OqFZ12at&#10;TKD0pT8BVveV5vmMs4dUd99LTt98anjNyPKMqfee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7n/0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Az605f/AK2dHc2ZXC7jiOD4nTAfGWmkQW+N&#10;zw3y93uLhtfQtJ9hFRzvhY/zTKbu2295bvI9VNqA+NOWDT/K4vS1Pby5o2+5geayPpkrd+C4ph9/&#10;8lPFJb/l4hX/AJk59hv0X5j3uW5haT/c32nI/wBtbKff3Pur4iN924dbX0pI9hn/AEVJr1ZUPl49&#10;hGJ2/wAtTyxX/wCXbhv+Z+Gd52mqD6KVysfPcPkZ3xiH/DW1Vvo81rc+LvtPt/yu8uZN9F7dR5d+&#10;uPdWb2VK12rR/wCBo/30VbN07n+ZyBgc/i1BSX+nyVv+fEpyDKP6WXPc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3OLKrqUcXBFiD4jnqqRO&#10;BrwNtRzVB6O4a2UOquasivcGilqISD3vS1LQ/lu59T30UZtqzK8t5/u1q27/AKm4E/8AvaviJ7UM&#10;s/lrymT/AKy+417Cof6Cnj1SU4rsm4LjoF9s5S//AC+i3/8AMnDR8+iysSqI/wArb6qQ+R1ExdPb&#10;UO3/ACFZv28+PLtxt/y292ZJ6bhav9PC/wDRVmhkKtVm0f70D2YVaf0fn+Y6Y4JJ7KVF/wCQbr+z&#10;iA5irQtoSee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//&#10;1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9zWE6n4X/U3145zwW2wVmI4hNbtpVL88Pv3c7/AP0a5v8Al947RE/3a3eZ&#10;/wBI2XI9rNfIj9ReV/kc6zFEbLku/wCqkL/96UsusVP/ADXoLFWd/lDSv/yC/kf8zcF7n1l1zAog&#10;vK8OtkPkdT8UXwLQt/yFCh58lX1I2/5bfW/HSplX+mtmVH3k1mDuwrVYt/5w9ilVZx0Dn+Y6S4Q3&#10;iqzr/wAgzyD9nAr5g7Q8oYOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7n/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zXN9fWFf1T9edNjdtoxmnwmov7QyGgJ/6NW51Z+mXOP5b&#10;nuWOTGm8Q0eoPK0H0h3Hqr5ofqxyruM9uVx/drdp3z0pLf8A7yoTq2n/AJ10Mxeh+0YYKkgfGP8A&#10;Tj8+OvPtxrhhVdPCD+oCDyepE8n/ABbDA3/Jm39nPlm+qu27jfB5f/HGWFexGj/QVljuivVZJHQp&#10;Q98/OrHfTZUed0spo/8AimeoT733/wDM3AU5zhqTKHvnuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e5//9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcoZ/F4wdsH6oZFz5Gus9FU04&#10;b2mjqEmA+rz+ZcdluaKyx0PJ2svNujzBBH++Vwx+rjK5vLO4j+6sOtT/ALWsK/8Ae1DN02jTE8v4&#10;pgkn2ZAQfolQof4cQqOsiCRDdWAIPwPP0DG3EvJC0mQQCD0g4g180RGkwarUkjeKRopBZlJBHxHf&#10;hIvUlB5eeaaYdpKKM/WJJB/C3Pmt+sS27neZhwfx2TZ9Q8+D7gKye3LVNqodCz/vqaP96V6jzent&#10;VCe8VfKPqMUR/jfhfOcoKl2jL89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3P/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ki/wAX/LXznR7K+bVW5w/F3pifYtVTO5+q8A/Lk5bi&#10;PaX3EdKJ/wBKR/hVys+q/Lu+ym0uo/udwUeQcbUfi0PdQrdJqnZi9TS/8WRBv+QWA/5m4S3I9d/M&#10;8m4VXE3MlJAW/wCJbAG/O/Pvq7NMz/nO7uX3RMldowVf43dpCv8Aega+ULNGu4uXEdC1eyTHuoiH&#10;UDDv5TnrGMOAsIqyoC/8R8wlfytwsPqbg245hdV/jgkX/kF7/wDM3OK/1n2ujM7B7+kw4n/SOA/6&#10;Opx3IXLTiehQPtH6Ubb0m1O7L2L0l/sVET/8hpb/AJl4WPnF6pvo2fPc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//0C/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9whn4leWv6w+kP&#10;MNSi7pMLmw+sQf8AEaqOJz9UcjH6OSVui93V8gf0gof7yT8QKwi+ojLvz+6lwoCS0plwejiUn2JW&#10;o0uenVT8vmynUmwlWRD/AMgkj8xynnobX/PdNKAE3aAzRH6pGI/5NI59xX0zZp/M9zbMEyWi80f8&#10;15ZSPRCk18eG9LXdXq+vSfakT75otHqDw7+X9VsRYCy1AgmX/golDf8AJwPAv9T1PeDBqsfutUof&#10;rEZH8DzCn61LTU1lj/Qq5Qf84MEf76aHO4y8XU9SD7NX40LfpJqdtTjtGT9paRwP+ImUH+I4UjnB&#10;Ssg6Onz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0S/8&#10;52V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9wEfUrln+uPp7zrltV3yVOC4iIh/x6tO7xf8ngcEOUPfl7ppfQtM+UgH3VDfaJ&#10;l382yG+t4kqtntP+MEKKf96Ap6y5U/KY/R1BNgs0d/oLAH8ua3/por/OytX4aTcwVW/6BIij+Knn&#10;2TfRrmnf5Hd2ZOLV1r8kutIA9JaUfU18Tu+zWl9C+lEewn8RSD9VuHeTnDDsUAsKik8v6THIxP5O&#10;Od+pen3ZToKr/BVhf+Qo3P8AzLy31l2mvIrR/wDo3YR/p2XT/wC861uSuLhaelE+xQ/GuvSjU7M5&#10;4jR/8WURf/kCVB/zNwlnPnJrJej589z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3P//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3MFVTQVlNJR1Kh45VZHU9irCxB+kcsCUmRTLjaX&#10;klChIIII6QcDXJWZGDroQbjmqF0QoZ8o9RMzZDqifNo5JImB77qWdoW/NufVZ9FOcg399aA/3a3a&#10;eA/2pZT/AO96+ILtLyxWXOlpW1l1xo+YJB/3ynL1UUor8r4JmBBosrpf/l9GHH/KnFr6hqbz+nbS&#10;/wDFNRA/33T/AJm5nX9Wdn+a3RUv/jVwwv26m/8A3pUTbnr0XkdKVD4H5UE3pmqvl+p6Q3/y9LUJ&#10;921/+ZeEO58vNZWVYrz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1iOruD/wBQvXtnDA7bFrq+rnt4WrYhXr95cc74/Rzn&#10;f5TeSySTg+w8wf8ANbUsD1UyB5xXyN/Udk/8uzrMW42XHff6tDnwcpa9W6b+ddA1rB7zUZpnH/AS&#10;eQfuBPJHWmm+a6ZYog7qsTj/AIGVGP5Dnf36jbP87uXfp4pS0sf5j7Sj7ga547sr7u+bPWR7UkUW&#10;DoNVfKdWMIcnR3mQ/wDBwuo/M8ru58klZhVZ1z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zXd/Eewb+p3rUwbNajbHi9Fh&#10;dQ7eF0lko5B9IjjX6iOdMPp3zz+T5xl9wTAavWgrqQtaQv8A3laq+cT6tMn7rO1uAf3e0Qv/ADka&#10;248wG0+0UKtLTfz/AKO4zg41ZYapVH+sE8xP+TuJLqHS/OZExiAC5NHUMPpVCw/Mc+xTtbsv5huv&#10;mTW0/k7hQ80NqWPekVwwydfd3bR/v0+8gURvpjV/I9RMEqCbAVtMpPwaQKfyPKzufGdWbVWv89z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P//VL/znZX2YVuUc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9ykT8YnLLR/1Fz1TCzI2I0Uj/AB/QzQD6rScyP7PrtTKnAkwQULSegicfhXGj6tcr&#10;1CwvAP8AjzSvXQpA/wB/oZek8ySpX4dKLqwRre0Hcrfs4AG9MwZZ8xNVrqW4+iWP+3n3294nevJd&#10;acRd2sjyeake5VfL9Bs34P8AAv8A30/pVenlvlrNnlSaNh9XY/TFLb9nKuefEtWdFW7c9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Yv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3K1vxVsqfz/wBLZxxFu2B4rQ1Ra3ZJN9IR9BaZfrA5Le5T/dXun+klQ9kK+Rrnh9TmV/nt&#10;2u+A/uD7Tk9StTR9CXB7BQi9MKryMzeSf92idfrFn/ZysTpHiP8AM+nGEz3uUh8k/wDQpjGPyXn3&#10;Y9geb/zrc/LnZkpZ7k9XcLUyB7ED0ivkU3hZ7i9cHSrV/pgFfOiidasL/lHVLGaYCwkn88f9DlEp&#10;/NuV8Y9S/I45W0VreTPMn/ILkc+T/eix/lmZ3Vts7p95H+kcUn5Vl3aOd60hXSlJ9oFWW5drP5hl&#10;+hr738+nhk/5CQN+3jVwDUvp557nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e5//9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3C3esHKn9dfTBnnAQu9v5TVVKL7XpF+ajA+JaMW+PB&#10;ZkL/AOXvGlf34Horwn41j32sZX/ON279iJP5dawOktDvU+soEUospVXyeZaKe9h5qqfob3T+R5r3&#10;+m/Efmck1FAx96lqnsP9V1Vh/wAnbufZ99H2b/nd23rUnFi6XA6EOIQse1feV8Wm+bOi6Sv+kge0&#10;Ej4RQWeqXC/lM/U2JKPdq6RCT7WR2U/8m7eFc6n0nyXULGIbWvVSSf8ARQ+Z+3nEjtqsP5bvZmTe&#10;ybpxz/VT3v8Ao6nTI3O9s2j/AHgHsw+VG96SVv8AMOmeCVF72pIo/wDomPL/AOZeIPmL9CuhE57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//9Av/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3IGK4bSYzhlThFeu+CqikhkX2pIpVh9YPHELLZChtBn2UiubdN22ppeKVpKSOkKEH3GucU&#10;jwyLLGbMpBH0jUc1SehFLV5VztmTIeIf5ekdkcex6aZoX0+lufVx9FOeA3d9ZTg6yy+kf7WooJHn&#10;3yZ8hXxAdpGWKy9zu1/c0440rzBg+9Jqd6qqFa3L+CZjiHurJJFf4TIJF/5UPAo69UfyvUusltYT&#10;xwSf9G1T+K8xi+qSw/Jb5XK9nfNsOf8AoFDZ97Z9aNd1HNdkkdBUPeT86Ez051vzfSmiivc08lRH&#10;/wBHWcfk3Ab5zzqR6HPnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;n//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1jOs+Cf5uvXvmzBLeXHiFdUVA8ARXQrXi3w3uB9PO&#10;830eZ/8Akd47IEwH2nrdXohSkj1W0keZFfJJ9SGSfy3O8xbA/wBfDw/3bS6Y/wBUPwpcdVqX+f8A&#10;QP5se89F5Eg/6FyeS33KSeF/9S1H5WbqKuA0mpAv1pI9/wAmHMp/rJy7uc/tbkbHLQJ8y264T7lp&#10;HpWIu5Tmq3WjoXPtA/A1F9Kdd5uSq/DybmGsL/U8SW/NTwuXOQtTLRoue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc17/xP&#10;sC/qb6rctdQIl2w4lQUckjf4pKWoeOQf9EfLHOgvYVvB/IcxtLsmBb3bSz/ia0FQ8iNQPVXz0fVt&#10;kejN0vAYXFqB5rQVpPsT3dC5l+l/rF0yxjLttzvFURqPi8V0P/IXCkep2i3UuEYiB9h6iMn/AIkE&#10;Yf8AKp53/wDrTy7Wxlt2B9q7hsn/ABw0pPs0K9prjFuO7CnUdISfZI+YoHvSVX7azG8MJ+2lNKB/&#10;xEurf8rDhRucDqyEo6vPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;P//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcp0/GFyf8AO9O8n59RdcOxCpoWYeyrhEq3+ANP+fx5&#10;PO4b+l1xrpSFf6Ux/oq5MfVjlPfZfZ3wH9zeW0T1OoChPqz7+uhc6S1ezEKuhJ/ykauP+ANv+ZuV&#10;n9YJv6xdGsKx8atupJmPxeJkYf8AIR59Vf1A3H9ruzvL81GJ1Wjyj0FxhaFg/wC6LAPWK+and1P5&#10;PMnGupaR6KBHuFAh0Rg/qx10xjLh91dtZCo+CTK6H/kFeE65891ZG0ePnuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CQfi&#10;K5O/rj6R8ziJN8+FilxCLTt5E6eafqhL8kTdS47i+R0KlJ9QY98Vhp2/ZR/Nt1bqBKmtDyerQtOo&#10;/wCpldLTp/V/KZrprmyy7oz/AMEpt+duUH4PN/WH03VdIfeeh8xSfZ5Uyzj7kNvo59Ve77/9rOx6&#10;5Y2qtO8STxHc3CLkextQHlXyN3CfyedJVwXH+9JKfiKR+Nw/1a9U9FWj3UxDy2A8D5sLU5+9wT9P&#10;Cnc4R1P9HM57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Uv/Odl&#10;fZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9xF9SMpxZ96eY9kee2zGMPraI37D5iF4r/Vu4YWj/wCWdQ4P4VBX&#10;sM0D94crGeWFxZK2PMuNf6dBT86mYdVGhxCCtXvDIj/8gkHmqr0P86sy1mfJVUpWQxP7h7hnjeJw&#10;R7QQvPqo+l+5/n2Q55kRx7xkrQOnvmXGVkeWlv218Se9rRs7lh4iClUHqKVAx8am+oeEYTnHKudY&#10;u0U6q7fCKVJU++7cK7zi1U2Ubfnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7n/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1dc3YB/mv9a2cslhfLhqK7EDEnYC&#10;KciugH1RkAc+hn6M94/ym8LDROF1bOsno1IAdnzlkgecca+Pf6gMg/k+bXzAEBu5UtI6EOnUkf6V&#10;xNK/rdR/1h6IU2LgXehemlJ8fGnb82vwkeY6D+VZhr8Ltb5eomit/wAQcr+zmHu9+VfyPNruyiO5&#10;uHmo6kOKSPcKAtk9+YZQv+klJ9oBowmVsS/nGWcOxa9/mqaCW/8AxOMMf48ZeR3RlT7z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1y/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9zXk/Ery/8A1D9YGB9QIl2wYzRUE8r9rvBI1LKPqhWP7+dHOwHeX+z+aWV2TAt7tsq/2tSk&#10;6/alSxXzp/Vpu/3Wcl5IwubZKp6XG9TfuSlv20LOF0f9Z+lGL5dtufyqhEHxKb4z/wAh8rq6zUH8&#10;u6lYnGBZZHSUfHzI1Y/8nE8zN+onKv5TvlfoAgLWh0dfetIWo/6cqHmK5hbtvd9ZNnoBHsJHwinv&#10;oViX8z6VYTKTdokkhPw8uRkH/JoHAv5hTQ5oXOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e5//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Kefxgsk/P8ATfKXUKJLthmI&#10;VFC5A121kPmgt8A1PYewt8eTxuJcaXnGv6SQr/SmP9FXJv6sMm7/AC+zvwP7k8to+TqNQnqBajzP&#10;XQt9Ja3y8RqsPJ0kjVx9KG3/ADNymrrHJ/NKjBM0DX+Y4bAzn/jxCQ/3XA52r+oV7+du5VnYx/O5&#10;awpZ6XmyoO49WpIPlXz17uJ7gPMf0HVR/imIr3Q2I4RTY/lFtP5ZitQqD/jpwDH99ieA1znfUkUO&#10;vPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9Ev/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vcJ36+cj/189Jub6GJN02H0yYlGbXK/JyLUSEfTCrj6Dwebs3P5a+bPAnSf84Q&#10;PfFYmduWTfzvda8QBKm0B5PV3KgtR/0gUPWldkWt+RzTSOTYSMYz/wAGCo/O3NZfGJf5r0kwiqOr&#10;YZW1VIfbaVROt/hoQPo5243hf/nm4WWvnFVhe3VoenS+lNyierBQT5ECvlGtk9xmDqf+OIQv/Skp&#10;NCDgcP8AJ+tGN0Y0XFqGkrR7Lwsadvr1BP08CvmD1Dyhh57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7n//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3GfMWB0OZ8v12WsT&#10;G6mxCnmppR7UlQxuPuJ4+04WVBY2ggjzBmim/skZkw5buYpcQpCv8VaSk+41mp53pqhKmP7UbKw+&#10;kG45p6fyavwPCc3dP8VFqvCZ0dl9klLUGmnt9T/lztvuVdjON182sRiUptL5sf7U6GXSP9zuQT1J&#10;r4zc9sF5RmSW3MFIW6wv/GE4f6ZB9tDvmFkhzzljM0OkdUKqidvaJofPiB/4KP8APgRcxUo4oU+e&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//0y/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc1f/AFjZJ/qJ60c2YHGmymzIJKiLS244jTbyR9FWW+7nV3sGv/zb7dmd&#10;l3b3NkR/fPMrbZ9Q73Kh1ivll+ovI/5HvHdkCEqcbuk9YXpW4f8ATd4KGaqqPnOmVLjHeTCJqeoJ&#10;9i00yl/vhuPr5X/yNaxpoaue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//&#10;1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcon/ABdsnTYLnnJPV3D0s8sE9DI48HpZ&#10;RUwX+Lea9v8AiPMsOy/OnMqeDrRhbDrbyP8AGSQQfQpTXED6tt3wp+0v4wdbcYWf8Q60z5hxf+lo&#10;ZOm3kYtguJZbq9Y5VNx7VlQo/wCQH38pvzDTw0uOVcNN/kvNcx/FGO5D9akHmUm9lo3ZZncNs/3P&#10;vVlvraUoqbPq2Un1rj7ZrK2klW2BPmMD75oUMs1M9Xl+inqv8sYUEvwkUbZB9TAjjPyPqMafOe56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//1S/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vcry/E9yF/XL0q1+MQpvny7W0eIrYa7dxpZfqCTFj/wARv4clLc65/L3oTwWCn5j3&#10;iPWsCvqQyP8Am+7DjoEqtnG3h0xPdq9AlwqP+L1Uvumtd8nmeOFjZahHjP023D8xbmtHi0nzApqs&#10;n3ngjVh7PKvCB/yCgP18z9z1380GHycVsNpUOgszbpHmUNIUf8avm0txo1J6FH/evF8SRQ8YNH8s&#10;aujAssdRIyn2+bacn/kJyPq40cAdGFPXPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xDdTsmUvUbpxj2Qay3l4zh9XREn90&#10;zRNGG+lSQQfAjhjZ3BtHUOj+FQPsM0C948oTvBl9xYr2PtON+WtJSD6EyOsVNw2sbD8Rgr07wyI/&#10;3G9uaZtbTVVFHJh1anlS0k7pIjfaDn3WUj/VKc6Phzv7QREIcJnie9SPcO6/3qvkCdZVbuqQsEKE&#10;gg8CkkEecn3UbRCnz/nISwniFvZZDe/17/y41cIq3U/nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e5/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zU19b3T7/Nt6&#10;pc5YDDHtp62qOIweC7KxVqzs+CuzJ9RHM691rv8AOWSdhOjTjwKCDPmUp/3qvls7ach/s7vNeMgQ&#10;lbvfJ6CHgHIHUlSin/No0OUK/wDmOWaGpLG8YEbW8St4xf8AI8KTwUVjFSv57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xuf//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vcoZ/GB6e/JZyyl1Tp47pXUs+G1DAaBqaTz4d3xdZXA+CfAcyY3CuwULZOOlQUB0g4H4D21x&#10;D+rDIe6u7TM0j+6NrZUettWtE9ZDivRNDh0nrzJRVeFlrFGEi/8ABDabfQQPv5TMRY2PJ9IgxXIu&#10;hfBBFxzrla9XfPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Ev/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wg/4lXTr+v3pUxiup499Tl2emxWKw12xsYZzf2CCR2P0ckzd&#10;G7/LXqQdiwUn1xHvArB36iMg/nm7Dy0iVWykPp8knQv0Da1n0pddOsQ+RzRCjGy1CtEfr1X/AJOA&#10;5q78zINfNjRlhz3NV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0i/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3E9m7LOHZ0ypieT8YXdSYtSVFHMPbHPG0T/wDJrHip&#10;h4260uJ2pII8wZohzXLm84tXbR3FDza21f4q0lJ9xqRSVMlHVR1cX2onVx9Km45pe5py7iWUMzYj&#10;lPGF2VeF1VRSTr7JIJGicfUynnQBl0PoStOxQBHkRIr5CMzsHMquXLV0Qtpa21DoUhRSr3g0cGmq&#10;I6umjqotUlVXX6GFxxi4pokrPz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Mv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1d/xKem/+b/1U4vX08fl0uY4afFYr&#10;DTdKDFUa+0zxux/4kOZj7o3f5qySDtQSk+mI9xA9K+bH6h93v5FvM8tIhFylD6fNQ0r9S4hSj/jC&#10;jLdOsR+fyxFGxu1OWiP1ar/yaRwg/JMrB2l1z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/&#10;1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ynv8Xrpp/NunOW+q1HH&#10;eXB6yShqCBr5NWm9GY/4UlisPjJyd9xbvQ6tg/xDUPNO32g+6uT31Wbu/msvtszQMWXC0v8AxHRK&#10;SepK0QOtdC10nxHysQqMLc6TIHX6UNj94P5coD5k5XDCh257nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e5//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3AG9T3TL/&#10;ADw9Ac1dPY4/MqK2glelW3epgtUUw+uZFB+HBLk95+Qum3eAUJ8jgfcTUI9pG7n9rMiu7ACVLaUU&#10;D/giPG3/AL2lI8qfMtYl/KMdpa8myo4Df8Rb3W/InmnyQQbHmd1fJ7RtOdc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3P/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3NRv1kdLz0i9Sea8pQx+XSPWNW0gAsvy9WBURqvwj3lPpU8zjyC8/PWjbnGIPmnA+2J9&#10;a+V3tb3b/srvFd2oEILhcb6NDv7RIHUnVo80mjWZRxL+bZdpasm7hAj/APEk903+m1+Fj4MKxxpS&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9yjj8YDpbsqMq9Z6KPRxLg9W4HiN1TSX+JBm+4cyL3EvcHLc9Sx8Ff6&#10;GuMP1X7tQq0zdA26rdw+UuNf+9fYKGrpNid1qsHc9rTIP+TW/ZykbmRFcbaGbnuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xuf/QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9wr/rL6Vf54vTbmjKNPH5tbFSmuowBdvmKQ+eip8ZApj+hjwY5Be/kLttZ2TpPkrA+zb6Vj&#10;b2u7sf2t3eurVIlYR3rfT3jXjAHWqCjyUaUuUMU/lGYqarY2Qtsf/iL+6Sfo7/VzUf5nFXyw0avn&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zUQ9XPSc9FvUPmfI0EflUS1TVVEALL8rUjz4VX2iNW2H4qeZz&#10;5HffzC1Q4dsQrzGB9sT618qfapuv/Y/P7qySIQHCtro7tzxoA/xQrQetJo1+VMU/nGAU1axu5Xa/&#10;/El90/fa/C3cFlY90oee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpL/ABfOkhmostdb8OiuYS+EVzAa7W3T0jG3&#10;YBvNBJ8WUcyG3FvoK7Y8fGn4K+XsNccvqt3V1otc5bH2zbunqMraPkD3gJ6VJFDL0nxWz1OCyHva&#10;VB9Huv8As5RnzI2uLlDXz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0y/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3AO9SnSiHrd0NzJ01ZQ0+IUjmlJ/dqoiJqZ&#10;r+A81VB+Fx48EWUXv8uuUPcAcf8AFOB9xNQx2h7rjfLJbnLo8TjZ7vqdT42z1eNKZ6pFPWXcUODY&#10;1T4jf3Y3G7/iJ0b8jzT2ngmppnp6hGjkjYq6sCCrA2IIOoIPhzPEeISK+TpaC2opUIIMEHAgjaCO&#10;qjaKysAVNwRccw89Tdcue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1avxDejf8Amm9TeLSUMXl4bmYDFqWwsoad&#10;iKhL9htqA5t4Ky8zV3Pvf5japQT4k/szs4faZOwREnzr5oO37dP+ym8TykCGrn/KEdErJ7wejgUQ&#10;OCSmjLZExj+ZZZiZzeSl/Rv3vZexsNT7v58IpwfVhdS657nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Uv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpA/GQ+zkH/&#10;AHn/AOcv/wAv/wDkV/6Nf8zcyJ3C/wBd2/weX8XvrjR9W3/Nv+z/AJiP8f8A1n/ePnQ0dIu9d9r/&#10;AHL/AIj+9+fKSK7/AHtm/wCJv3+k8ylzP/il3/HXt2/cdtcX2vtHkKF3D/8AeCD/AJdp2/4iOReE&#10;lP1L57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7n//2VBLAQItABQABgAIAAAAIQArENvACgEAABQCAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAhkVBQnAwAA0AYAAA4AAAAA&#10;AAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADedwRi6AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAjQUAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEA&#10;S8hKC94AAAANAQAADwAAAAAAAAAAAAAAAAB+BgAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAA&#10;AAAhAG4yEe4fBQ4AHwUOABQAAAAAAAAAAAAAAAAAiQcAAGRycy9tZWRpYS9pbWFnZTEuanBnUEsF&#10;BgAAAAAGAAYAfAEAANoMDgAAAA==&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="265FAC43" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-7pt;margin-top:-5pt;width:625pt;height:798pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDa9j37DQEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAi13YGOIyA0HiBK3DajcaI4lO3tSbtNgolN4pjY3+/PSbnc2oGNEMg4rPhtXnAG&#10;qJw22FX8ff2U3XNGUaKWg0Oo+A6IL+vrq3K980As0UgV72P0D0KQ6sFKyp0HTJXWBStjOoZOeKk+&#10;ZAdiURR3QjmMgDGLUwavywZa+TlEttqm673JxnecPe77plEVN3biNx46Lv5EAgx0wkjvB6NkTMuJ&#10;EfWJWHaQyhM591BvPN0k8zMTpspvqZ8DDtxLes1gNLBXGeKztEld6EACFq5xKr+cMUlaylzbGgV5&#10;E2g1U0enc9nafWGA8b/hTcLeYDymi/lP628AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PB&#10;MnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhq&#10;lCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7&#10;R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA1+MaGtwIAAPUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0&#10;/2D5fSQp5RaRogrEhIQAARPPrmMTS77Ndpt2v37HdpIiQJs07cU59rl/+c45v9gqiTbMeWF0g6uD&#10;EiOmqWmFfm3wj+frb6cY+UB0S6TRrME75vHF4uuX897WbGY6I1vmEATRvu5tg7sQbF0UnnZMEX9g&#10;LNOg5MYpEuDqXovWkR6iK1nMyvK46I1rrTOUeQ+vV1mJFyk+54yGe849C0g2GGoL6XTpXMWzWJyT&#10;+tUR2wk6lEH+oQpFhIakU6grEghaO/EhlBLUGW94OKBGFYZzQVnqAbqpynfdPHXEstQLgOPtBJP/&#10;f2Hp3ebJPjiAobe+9iDGLrbcqfiF+tA2gbWbwGLbgCg8npwdnhyVgCkFXVVWh/NjuEGgYu9vnQ/f&#10;mVEoCg128DsSSmRz60M2HU1iupUU9lpIiVoLyEFoZ8KLCF3CAZIk32g0IAH/8e98yRhfGbpWTIdM&#10;GsckCcBY3wnrIU3N1Iq1UOBNW2VKeEcfodpEDx8cC7SLFXKobniHNicFyGPt0UrqeGoTe8ldxpdi&#10;j3CSwk6ybP3IOBItYDpLHSbys0vp0IYAbQmlUHhu3nekZfkZsJ/wnjwS+lJDwH21Q+whQBysj7Fz&#10;lbm75MrS7EyFlX8qLDtPHimz0WFyVkIb91kACV0NmbP9CFKGJqK0Mu3uwUUiJEJ4S68FcOmW+PBA&#10;HIwqsATWT7iHg0vTN9gMEkadcb8+e4/2wBzQYtTD6DfY/1wTxzCSNxpm66yaz+OuSJf50cksMvGt&#10;ZvVWo9fq0sBvqmDRWZrEaB/kKHJn1AtsqWXMCiqiKeRuMA1uvFyGvJJgz1G2XCYz2A+WhFv9ZOlI&#10;/Tgrz9sX4uwwUAGG8c6Ma4LU7+Yq22YuLtfBcJGGbo/rgDfslkScYQ/G5fX2nqz223rxGwAA//8D&#10;AFBLAwQKAAAAAAAAACEAbjIR7h8FDgAfBQ4AFAAAAGRycy9tZWRpYS9pbWFnZTEuanBn/9j/4Qz6&#10;RXhpZgAATU0AKgAAAAgABwESAAMAAAABAAEAAAEaAAUAAAABAAAAYgEbAAUAAAABAAAAagEoAAMA&#10;AAABAAIAAAExAAIAAAAiAAAAcgEyAAIAAAAUAAAAlIdpAAQAAAABAAAAqAAAANQAFuNgAAAnEAAW&#10;42AAACcQQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdpbmRvd3MpADIwMTU6MDg6MTIgMTA6MDY6&#10;MDAAAAOgAQADAAAAAf//AACgAgAEAAAAAQAABPugAwAEAAAAAQAABnIAAAAAAAAABgEDAAMAAAAB&#10;AAYAAAEaAAUAAAABAAABIgEbAAUAAAABAAABKgEoAAMAAAABAAIAAAIBAAQAAAABAAABMgICAAQA&#10;AAABAAALwAAAAAAAAABIAAAAAQAAAEgAAAAB/9j/7QAMQWRvYmVfQ00AAv/uAA5BZG9iZQBkgAAA&#10;AAH/2wCEAAwICAgJCAwJCQwRCwoLERUPDAwPFRgTExUTExgRDAwMDAwMEQwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwBDQsLDQ4NEA4OEBQODg4UFA4ODg4UEQwMDAwMEREMDAwMDAwRDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAwMDP/AABEIAKAAfAMBIgACEQEDEQH/3QAEAAj/xAE/AAABBQEB&#10;AQEBAQAAAAAAAAADAAECBAUGBwgJCgsBAAEFAQEBAQEBAAAAAAAAAAEAAgMEBQYHCAkKCxAAAQQB&#10;AwIEAgUHBggFAwwzAQACEQMEIRIxBUFRYRMicYEyBhSRobFCIyQVUsFiMzRygtFDByWSU/Dh8WNz&#10;NRaisoMmRJNUZEXCo3Q2F9JV4mXys4TD03Xj80YnlKSFtJXE1OT0pbXF1eX1VmZ2hpamtsbW5vY3&#10;R1dnd4eXp7fH1+f3EQACAgECBAQDBAUGBwcGBTUBAAIRAyExEgRBUWFxIhMFMoGRFKGxQiPBUtHw&#10;MyRi4XKCkkNTFWNzNPElBhaisoMHJjXC0kSTVKMXZEVVNnRl4vKzhMPTdePzRpSkhbSVxNTk9KW1&#10;xdXl9VZmdoaWprbG1ub2JzdHV2d3h5ent8f/2gAMAwEAAhEDEQA/AMxJJJbLyjKqqy61lNQ3WWOD&#10;WN4knQLqcXFqw6BRVB72Wd3v/f8A6jf8Cz8xn/CPtWb9X8YAWZrudaaviR+nd/225lX/AF5619SY&#10;AknQAcyuS/4zfEZSyDksZ9Malmr9OcvVDH/dh8//AKI9H8E5MRx/eZj1zsY7/Rh+9/hpMfHsybRV&#10;WNeXHkAfvGFuY2HTjt21gz+c8tO4/HT/AKCqYzLsZuxlTiZ972Ob7j/nfQZ+YrTcjKHLMgfIn/qX&#10;Jnw7kYYIic43mlvY/m/6kf8AunTySJ2IrzbIawdz/mlSiv8Ae/Aqr9usb9I3N/rMd/5FOOpjvfHx&#10;BH5WrS4o92Lhl2bMV/vfgUor/f8AwKC3qIPF7T9ymM154taf81Gx3RwyZEVfvj7j/cmIq/0g+4/3&#10;Jvtd37zT8gl9qv8ABv8Amo6KorEVf6Rv4/3KJbX/AKRv4/3JzmW92sPyUTmO71sPyQ0VRYltf+kb&#10;+KhtZP02qTswd6mKH2xs/wAy1JOr/9DMSKStdLpF/UKK3AFgdveD3aweq8f5rFrznGEZTlpGAMpf&#10;3Y+qTy2OBnOMI7zIiPOT0WPR9mx6sbg1MAf/AFz77f8AwV71cwme82n8zRn9Y9/7Df8Avirkkkk8&#10;nUlX6qzWxtcQQJd/Wd7nf99Z/YXn/JiXNc7PPk19RzS/vzl6IvcRgMeOOOPyxAiP7sW1XwiNQq0Y&#10;LoIsUkge4cOI+ZWT13624nQ2O9ffc9jQ+xocGhjT9He94s/SP/MraxajdSPNeT/4x7LDJLtLsl5f&#10;57Z2/wCbuTrNgA1aKFSkRdDZ9H+r31m6X9ZMN2Xgc1ENyMe5jPUrcZ2b9u5rq7NrvStatI10Hmis&#10;/wBmP+pheOf4q8y2j62147D+jzKLqrR5MY7KYf7NmOxexp8hRY4mwwNGIf8AANH9Vzh/FQOLidhY&#10;3+rZ/eEVyjKbQ7D7F9nuftRHFq/Nvvb8wVB2M783LeP6zZ/IjFRJSodlWe7Xdj5X5uVWf6zSP4KH&#10;odQn+dojxlHcUOdUqHj9pTZ8PsD/AP/RzFq/V6ub77iNK69oPg57h/6LZaspb31fr24Vtn+ktDf+&#10;22/+/CsfGsvtfDuYl1lH2/8Aw6UcR/5s3C+FY+PncQ/dJn/iR4o/850wWtl7xuZWC9zeJDRu2T/L&#10;+gr2P9YqLB+uV+mTzvEj/PZvasrMt9LFcRM2OazTwH6V/wD1DFWrvaeSPnoVyvw0nHi4h/lDZ8o+&#10;mL2QwxnG5X4U9hTZ0/JbuqcAP3mGR/35GGGHCa3hy49r8edwe1r/ABbId/n0qzj9Rz2GKbw6Pzbh&#10;uH/bjPTu/wA5a0MwO8fsYZ8vIfLL/Gem+y3NcPbIkcLxz/GLYHDGj86653/Uf3r0TqXV8+3pz8ey&#10;rWwtDnVWAtc3ks3Wem5u7+2vPvrV0vqXU/Q2Uir0d5hzwZDtn7v9RPGXHxx9Veaz2chxy0smtvBp&#10;/wCK5m7644zv9HVkO/8AAbGf9/Xs64P/ABVfU92NZb1zOs9O4GzGx6BBBbDRbe92v72yti9GOGTq&#10;1wKmPq1Goa49NiWh8WmVElWH4tzfzZ+GqC5pHZNXgoyoOKk5QKSWDihzqpuKHOqCn//SzF0nSGbO&#10;mU/8IX2fe70v/RK5tdTgt2dPxm+FQP8AnF1v/oxR/wDGefDyAH7+WEf+bOf/AHDl/AY3zUj+7jP2&#10;mUGh1y2/1aaKNx21mx4bPL3bPdH8mqtZRfkj3O3AmPcZ78albnUOgfWHIzrMjHxLPTcGNY9r2CWs&#10;axrXfzm73OZvVc/Vv60lhYcW3YeWb2bTwfo+pt+k1XORwcvj5TBAjGZRxw4+Lh4uPh4p/wDPWc3k&#10;5yXMZTA54x4pcHB7nBwj0xc7fnhxZ+kDhMt90jadrv8ANcpG3qTWlxda1rQCSS4QDtj/AKti0W/V&#10;361M+jiWTBbO6vgx/L+l7Ge9J/1d+tbxD8a0zzNjNdAP9J/JU5jj4vTHBweNcXixg8zw6nmuL/C4&#10;XPdd1Xbte+/aNSCXxp/50oPdnNLQ/eHOEtBmYlzeP6zHLUd0D62ucXfZrQT4PrEa7vbts9n9lRP1&#10;c+tRc5xxLJeA0nfX9EEPDf5z2t3NQjGBI448v416v8XiVL7wAeA814XxD/G4WhTm9XrArovyKwHB&#10;oYxz2gOd9Fu1p+k9Fb1P6wHRuXmGPCyztp4qyfqz9aCADiWEAggb6+WiG/4T81v0Ux+rP1oI2nEs&#10;jTTfX2Gxv+E/NYdilBwjb2x/isJhzRNmOY/46XofXep0dWx352TlW45a8uqcbLNwLH7Hel7t/vXW&#10;/wDOjpbhD6sg/wDoNZ/5BYP1c6H1+jr+Ll52PY2qsWB1r3tdANdjW/Re5303LvFT5rhMxwkVwj5d&#10;t5Op8PGWOKQnxRPGa9wHirhi86/rvRHcNyW/DHt/8gq7+r9LP0TkfPGt/wDILqklW4fJuiU/3vwe&#10;Pf1XC7DIP/oPb/5BC/amLP0L/wDtiz/yC7VJLgXcc+4+z/0J/9PMXXY1e+nGqHLqqWj+0ysfxXIH&#10;gruel17szDrH5vp/9BrXf98UH/GUceLlcf7+cD8OH/u3O+A6TzS7QH5vXgACBwOE6SSndFSSSSSl&#10;JJJJKUkkkkpSSSSSlJJJJKUkkkkp/9TLPBXoHRGT1Sr+Q1x/6Oz/AL8vPzwV6L9XhPUHO8KZ+81p&#10;vxyPFl5Af64n/FHE53wM0OZ/ux/7p6RJJJOdFSSSSSlJJJJKUkkkkpSSSSSlJJJJKUkkkkp//9XL&#10;PBXo/wBV/da5/jRUf85rXLzlejfVLWvd/wB18f8A6hSfFo3k5M9ssv8A0jkl/wBw5fwU65x/Uj/0&#10;nokkklG6ikkkklKSSSSUpJJJJSkkkklKSSSSUpJJJJT/AP/WzF6F9SXbsMOPemsf5rrqv++Lz1d5&#10;9Qrd2IW/uAs+57rP/R6tfEo3HAf3MwP+NizY/wDu3G+ESrNkH72M/hOEnrEkklVdlSSSSSlJJJJK&#10;UkkkkpSSSSSlJJJJKUkkkkp//9fMXZf4vbZfk1fue7/P2f8ApFcauk+oV/p9adSTAuqdA8XN1H/R&#10;c9aPOw4sEvAwl/iTjKX/ADXA+HT4eah/WEo/40dP+c+iJJJLOd9SSSSSlJJJJKUkkkkpSSSSSlJJ&#10;JJKUkkkkp//QzFf6Bl/Y+tYWQSA1trWvJ4DbP0L3f2W2KgmIkR4rYkBKJB6ivteWhIwnGQ3iRL/F&#10;faUlQ6H1AdR6TjZky+xgFvb9I32Xf+CNcr6yCCCQemj1EZCURIbSFj6qSSSQSpJJJJSkkkklKSSS&#10;SUpJJJJSkkkklP8A/9n/7RS6UGhvdG9zaG9wIDMuMAA4QklNBCUAAAAAABAAAAAAAAAAAAAAAAAA&#10;AAAAOEJJTQQ6AAAAAADlAAAAEAAAAAEAAAAAAAtwcmludE91dHB1dAAAAAUAAAAAUHN0U2Jvb2wB&#10;AAAAAEludGVlbnVtAAAAAEludGUAAAAAQ2xybQAAAA9wcmludFNpeHRlZW5CaXRib29sAAAAAAtw&#10;cmludGVyTmFtZVRFWFQAAAABAAAAAAAPcHJpbnRQcm9vZlNldHVwT2JqYwAAAAwAUAByAG8AbwBm&#10;ACAAUwBlAHQAdQBwAAAAAAAKcHJvb2ZTZXR1cAAAAAEAAAAAQmx0bmVudW0AAAAMYnVpbHRpblBy&#10;b29mAAAACXByb29mQ01ZSwA4QklNBDsAAAAAAi0AAAAQAAAAAQAAAAAAEnByaW50T3V0cHV0T3B0&#10;aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAAAENsYnJib29sAAAAAABSZ3NNYm9vbAAAAAAAQ3JuQ2Jv&#10;b2wAAAAAAENudENib29sAAAAAABMYmxzYm9vbAAAAAAATmd0dmJvb2wAAAAAAEVtbERib29sAAAA&#10;AABJbnRyYm9vbAAAAAAAQmNrZ09iamMAAAABAAAAAAAAUkdCQwAAAAMAAAAAUmQgIGRvdWJAb+AA&#10;AAAAAAAAAABHcm4gZG91YkBv4AAAAAAAAAAAAEJsICBkb3ViQG/gAAAAAAAAAAAAQnJkVFVudEYj&#10;Umx0AAAAAAAAAAAAAAAAQmxkIFVudEYjUmx0AAAAAAAAAAAAAAAAUnNsdFVudEYjUHhsQGLAAAAA&#10;AAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAAAFBnUHNlbnVtAAAAAFBnUHMAAAAAUGdQQwAAAABMZWZ0&#10;VW50RiNSbHQAAAAAAAAAAAAAAABUb3AgVW50RiNSbHQAAAAAAAAAAAAAAABTY2wgVW50RiNQcmNA&#10;WQAAAAAAAAAAABBjcm9wV2hlblByaW50aW5nYm9vbAAAAAAOY3JvcFJlY3RCb3R0b21sb25nAAAA&#10;AAAAAAxjcm9wUmVjdExlZnRsb25nAAAAAAAAAA1jcm9wUmVjdFJpZ2h0bG9uZwAAAAAAAAALY3Jv&#10;cFJlY3RUb3Bsb25nAAAAAAA4QklNA+0AAAAAABAAlgAAAAEAAQCWAAAAAQABOEJJTQQmAAAAAAAO&#10;AAAAAAAAAAAAAD+AAAA4QklNBA0AAAAAAAQAAABaOEJJTQQZAAAAAAAEAAAAHjhCSU0D8wAAAAAA&#10;CQAAAAAAAAAAAQA4QklNJxAAAAAAAAoAAQAAAAAAAAABOEJJTQP1AAAAAABIAC9mZgABAGxmZgAG&#10;AAAAAAABAC9mZgABAKGZmgAGAAAAAAABADIAAAABAFoAAAAGAAAAAAABADUAAAABAC0AAAAGAAAA&#10;AAABOEJJTQP4AAAAAABwAAD/////////////////////////////A+gAAAAA////////////////&#10;/////////////wPoAAAAAP////////////////////////////8D6AAAAAD/////////////////&#10;////////////A+gAADhCSU0ECAAAAAAAEAAAAAEAAAJAAAACQAAAAAA4QklNBB4AAAAAAAQAAAAA&#10;OEJJTQQaAAAAAANJAAAABgAAAAAAAAAAAAAGcgAABPsAAAAKAFUAbgB0AGkAdABsAGUAZAAtADEA&#10;AAABAAAAAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAABPsAAAZyAAAAAAAAAAAAAAAAAAAAAAEA&#10;AAAAAAAAAAAAAAAAAAAAAAAAEAAAAAEAAAAAAABudWxsAAAAAgAAAAZib3VuZHNPYmpjAAAAAQAA&#10;AAAAAFJjdDEAAAAEAAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcA&#10;AAZyAAAAAFJnaHRsb25nAAAE+wAAAAZzbGljZXNWbExzAAAAAU9iamMAAAABAAAAAAAFc2xpY2UA&#10;AAASAAAAB3NsaWNlSURsb25nAAAAAAAAAAdncm91cElEbG9uZwAAAAAAAAAGb3JpZ2luZW51bQAA&#10;AAxFU2xpY2VPcmlnaW4AAAANYXV0b0dlbmVyYXRlZAAAAABUeXBlZW51bQAAAApFU2xpY2VUeXBl&#10;AAAAAEltZyAAAAAGYm91bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9uZwAAAAAA&#10;AAAATGVmdGxvbmcAAAAAAAAAAEJ0b21sb25nAAAGcgAAAABSZ2h0bG9uZwAABPsAAAADdXJsVEVY&#10;VAAAAAEAAAAAAABudWxsVEVYVAAAAAEAAAAAAABNc2dlVEVYVAAAAAEAAAAAAAZhbHRUYWdURVhU&#10;AAAAAQAAAAAADmNlbGxUZXh0SXNIVE1MYm9vbAEAAAAIY2VsbFRleHRURVhUAAAAAQAAAAAACWhv&#10;cnpBbGlnbmVudW0AAAAPRVNsaWNlSG9yekFsaWduAAAAB2RlZmF1bHQAAAAJdmVydEFsaWduZW51&#10;bQAAAA9FU2xpY2VWZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAtiZ0NvbG9yVHlwZWVudW0AAAARRVNs&#10;aWNlQkdDb2xvclR5cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRsb25nAAAAAAAAAApsZWZ0T3V0c2V0&#10;bG9uZwAAAAAAAAAMYm90dG9tT3V0c2V0bG9uZwAAAAAAAAALcmlnaHRPdXRzZXRsb25nAAAAAAA4&#10;QklNBCgAAAAAAAwAAAACP/AAAAAAAAA4QklNBBQAAAAAAAQAAAAEOEJJTQQMAAAAAAvcAAAAAQAA&#10;AHwAAACgAAABdAAA6IAAAAvAABgAAf/Y/+0ADEFkb2JlX0NNAAL/7gAOQWRvYmUAZIAAAAAB/9sA&#10;hAAMCAgICQgMCQkMEQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMAQ0LCw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAz/wAARCACgAHwDASIAAhEBAxEB/90ABAAI/8QBPwAAAQUBAQEBAQEA&#10;AAAAAAAAAwABAgQFBgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAEEAQMCBAIF&#10;BwYIBQMMMwEAAhEDBCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLRQwclklPw4fFjczUWorKD&#10;JkSTVGRFwqN0NhfSVeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2N0dXZ3eH&#10;l6e3x9fn9xEAAgIBAgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKBkRShsUIjwVLR8DMkYuFy&#10;gpJDUxVjczTxJQYWorKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aUpIW0lcTU5PSltcXV5fVW&#10;ZnaGlqa2xtbm9ic3R1dnd4eXp7fH/9oADAMBAAIRAxEAPwDMSSSWy8oyqqsutZTUN1ljg1jeJJ0C&#10;6nFxasOgUVQe9lnd7/3/AOo3/As/MZ/wj7Vm/V/GAFma7nWmr4kfp3f9tuZV/wBeetfUmAJJ0AHM&#10;rkv+M3xGUsg5LGfTGpZq/TnL1Qx/3YfP/wCiPR/BOTEcf3mY9c7GO/0Yfvf4aTHx7Mm0VVjXlx5A&#10;H7xhbmNh047dtYM/nPLTuPx0/wCgqmMy7GbsZU4mfe9jm+4/530GfmK03IyhyzIHyJ/6lyZ8O5GG&#10;CInON5pb2P5v+pH/ALp08kidiK82yGsHc/5pUor/AHvwKq/brG/SNzf6zHf+RTjqY73x8QR+Vq0u&#10;KPdi4ZdmzFf734FKK/3/AMCgt6iDxe0/cpjNeeLWn/NRsd0cMmRFX74+4/3JiKv9IPuP9yb7Xd+8&#10;0/IJfar/AAb/AJqOiqKxFX+kb+P9yiW1/wCkb+P9yc5lvdrD8lE5ju9bD8kNFUWJbX/pG/iobWT9&#10;Nqk7MHepih9sbP8AMtSTq//QzEikrXS6Rf1CitwBYHb3g92sHqvH+axa85xhGU5aRgDKX92Pqk8t&#10;jgZzjCO8yIjzk9Fj0fZserG4NTAH/wBc++3/AMFe9XMJnvNp/M0Z/WPf+w3/AL4q5JJJPJ1JV+qs&#10;1sbXEECXf1ne53/fWf2F5/yYlzXOzz5NfUc0v785eiL3EYDHjjjj8sQIj+7FtV8IjUKtGC6CLFJI&#10;HuHDiPmVk9d+tuJ0NjvX33PY0PsaHBoY0/R3veLP0j/zK2sWo3UjzXk/+MeywyS7S7JeX+e2dv8A&#10;m7k6zYANWihUpEXQ2fR/q99Zul/WTDdl4HNRDcjHuYz1K3Gdm/bua6uza70rWrSNdB5orP8AZj/q&#10;YXjn+KvMto+tteOw/o8yi6q0eTGOymH+zZjsXsafIUWOJsMDRiH/AADR/Vc4fxUDi4nYWN/q2f3h&#10;Fcoym0Ow+xfZ7n7URxavzb72/MFQdjO/Ny3j+s2fyIxUSUqHZVnu13Y+V+blVn+s0j+Ch6HUJ/na&#10;I8ZR3FDnVKh4/aU2fD7A/wD/0cxav1erm++4jSuvaD4Oe4f+i2WrKW99X69uFbZ/pLQ3/ttv/vwr&#10;HxrL7Xw7mJdZR9v/AMOlHEf+bNwvhWPj53EP3SZ/4keKP/OdMFrZe8bmVgvc3iQ0btk/y/oK9j/W&#10;Kiwfrlfpk87xI/z2b2rKzLfSxXETNjms08B+lf8A9QxVq72nkj56Fcr8NJx4uIf5Q2fKPpi9kMMZ&#10;xuV+FPYU2dPyW7qnAD95hkf9+Rhhhwmt4cuPa/HncHta/wAWyHf59Ks4/Uc9him8Oj824bh/24z0&#10;7v8AOWtDMDvH7GGfLyHyy/xnpvstzXD2yJHC8c/xi2Bwxo/Ouud/1H969E6l1fPt6c/Hsq1sLQ51&#10;VgLXN5LN1npubu/trz761dL6l1P0NlIq9HeYc8GQ7Z+7/UTxlx8cfVXms9nIcctLJrbwaf8AiuZu&#10;+uOM7/R1ZDv/AAGxn/f17OuD/wAVX1PdjWW9czrPTuBsxsegQQWw0W3vdr+9srYvRjhk6tcCpj6t&#10;RqGuPTYlofFplRJVh+Lc382fhqguaR2TV4KMqDipOUCklg4oc6qbihzqgp//0sxdJ0hmzplP/CF9&#10;n3u9L/0SubXU4LdnT8ZvhUD/AJxdb/6MUf8Axnnw8gB+/lhH/mzn/wBw5fwGN81I/u4z9plBodct&#10;v9WmijcdtZseGzy92z3R/JqrWUX5I9ztwJj3Ge/GpW51DoH1hyM6zIx8Sz03BjWPa9glrGsa1385&#10;u9zmb1XP1b+tJYWHFt2Hlm9m08H6PqbfpNVzkcHL4+UwQIxmUccOPi4eLj4eKf8Az1nN5OclzGUw&#10;OeMeKXBwe5wcI9MXO354cWfpA4TLfdI2na7/ADXKRt6k1pcXWta0AkkuEA7Y/wCrYtFv1d+tTPo4&#10;lkwWzur4Mfy/pexnvSf9XfrW8Q/GtM8zYzXQD/SfyVOY4+L0xwcHjXF4sYPM8Op5ri/wuFz3XdV2&#10;7Xvv2jUgl8af+dKD3ZzS0P3hzhLQZmJc3j+sxy1HdA+trnF32a0E+D6xGu727bPZ/ZUT9XPrUXOc&#10;cSyXgNJ31/RBDw3+c9rdzUIxgSOOPL+Ner/F4lS+8AHgPNeF8Q/xuFoU5vV6wK6L8isBwaGMc9oD&#10;nfRbtafpPRW9T+sB0bl5hjwss7aeKsn6s/WggA4lhAIIG+vlohv+E/Nb9FMfqz9aCNpxLI00319h&#10;sb/hPzWHYpQcI29sf4rCYc0TZjmP+Ol6H13qdHVsd+dk5VuOWvLqnGyzcCx+x3pe7f711v8Azo6W&#10;4Q+rIP8A6DWf+QWD9XOh9fo6/i5edj2NqrFgda97XQDXY1v0Xud9Ny7xU+a4TMcJFcI+XbeTqfDx&#10;ljikJ8UTxmvcB4q4YvOv670R3Dclvwx7f/IKu/q/Sz9E5Hzxrf8AyC6pJVuHybolP978Hj39Vwuw&#10;yD/6D2/+QQv2piz9C/8A7Ys/8gu1SS4F3HPuPs/9Cf/TzF12NXvpxqhy6qlo/tMrH8VyB4K7npde&#10;7Mw6x+b6f/Qa13/fFB/xlHHi5XH+/nA/Dh/7tzvgOk80u0B+b14AAgcDhOkkp3RUkkkkpSSSSSlJ&#10;JJJKUkkkkpSSSSSlJJJJKf/UyzwV6B0Rk9Uq/kNcf+js/wC/Lz88Fei/V4T1BzvCmfvNab8cjxZe&#10;QH+uJ/xRxOd8DNDmf7sf+6ekSSSTnRUkkkkpSSSSSlJJJJKUkkkkpSSSSSlJJJJKf//VyzwV6P8A&#10;Vf3Wuf40VH/Oa1y85Xo31S1r3f8AdfH/AOoUnxaN5OTPbLL/ANI5Jf8AcOX8FOucf1I/9J6JJJJR&#10;uopJJJJSkkkklKSSSSUpJJJJSkkkklKSSSSU/wD/1sxehfUl27DDj3prH+a66r/vi89XefUK3diF&#10;v7gLPue6z/0erXxKNxwH9zMD/jYs2P8A7txvhEqzZB+9jP4ThJ6xJJJVXZUkkkkpSSSSSlJJJJKU&#10;kkkkpSSSSSlJJJJKf//XzF2X+L22X5NX7nu/z9n/AKRXGrpPqFf6fWnUkwLqnQPFzdR/0XPWjzsO&#10;LBLwMJf4k4yl/wA1wPh0+Hmof1hKP+NHT/nPoiSSSznfUkkkkpSSSSSlJJJJKUkkkkpSSSSSlJJJ&#10;JKf/0MxX+gZf2PrWFkEgNba1ryeA2z9C939ltioJiJEeK2JASiQeor7XloSMJxkN4kS/xX2lJUOh&#10;9QHUek42ZMvsYBb2/SN9l3/gjXK+sgggkHpo9RGQlESG0hY+qkkkkEqSSSSUpJJJJSkkkklKSSSS&#10;UpJJJJT/AP/ZOEJJTQQhAAAAAABdAAAAAQEAAAAPAEEAZABvAGIAZQAgAFAAaABvAHQAbwBzAGgA&#10;bwBwAAAAFwBBAGQAbwBiAGUAIABQAGgAbwB0AG8AcwBoAG8AcAAgAEMAQwAgADIAMAAxADUAAAAB&#10;ADhCSU0EBgAAAAAABwAHAAAAAQEA/+ENImh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8APD94&#10;cGFja2V0IGJlZ2luPSLvu78iIGlkPSJXNU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1w&#10;bWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42&#10;LWMwNjcgNzkuMTU3NzQ3LCAyMDE1LzAzLzMwLTIzOjQwOjQyICAgICAgICAiPiA8cmRmOlJERiB4&#10;bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8&#10;cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIiB4bWxuczp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5j&#10;b20veGFwLzEuMC8iIHhtbG5zOmRjPSJodHRwOi8vcHVybC5vcmcvZGMvZWxlbWVudHMvMS4xLyIg&#10;eG1sbnM6eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9tbS8iIHhtbG5zOnN0RXZ0&#10;PSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VFdmVudCMiIHhtbG5z&#10;OnBob3Rvc2hvcD0iaHR0cDovL25zLmFkb2JlLmNvbS9waG90b3Nob3AvMS4wLyIgeG1wOkNyZWF0&#10;b3JUb29sPSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiIHhtcDpDcmVhdGVEYXRl&#10;PSIyMDE1LTA4LTEyVDEwOjA2LTA3OjAwIiB4bXA6TWV0YWRhdGFEYXRlPSIyMDE1LTA4LTEyVDEw&#10;OjA2LTA3OjAwIiB4bXA6TW9kaWZ5RGF0ZT0iMjAxNS0wOC0xMlQxMDowNi0wNzowMCIgZGM6Zm9y&#10;bWF0PSJpbWFnZS9qcGVnIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjY5N2ZiNzgwLTY3Yzkt&#10;OWQ0ZS04MWJmLWRkZmExNDczMWRmYiIgeG1wTU06RG9jdW1lbnRJRD0ieG1wLmRpZDo2OTdmYjc4&#10;MC02N2M5LTlkNGUtODFiZi1kZGZhMTQ3MzFkZmIiIHhtcE1NOk9yaWdpbmFsRG9jdW1lbnRJRD0i&#10;eG1wLmRpZDo2OTdmYjc4MC02N2M5LTlkNGUtODFiZi1kZGZhMTQ3MzFkZmIiIHBob3Rvc2hvcDpD&#10;b2xvck1vZGU9IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxlPSJVLlMuIFdlYiBDb2F0ZWQgKFNXT1Ap&#10;IHYyIj4gPHhtcE1NOkhpc3Rvcnk+IDxyZGY6U2VxPiA8cmRmOmxpIHN0RXZ0OmFjdGlvbj0iY3Jl&#10;YXRlZCIgc3RFdnQ6aW5zdGFuY2VJRD0ieG1wLmlpZDo2OTdmYjc4MC02N2M5LTlkNGUtODFiZi1k&#10;ZGZhMTQ3MzFkZmIiIHN0RXZ0OndoZW49IjIwMTUtMDgtMTJUMTA6MDYtMDc6MDAiIHN0RXZ0OnNv&#10;ZnR3YXJlQWdlbnQ9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IChXaW5kb3dzKSIvPiA8L3JkZjpT&#10;ZXE+IDwveG1wTU06SGlzdG9yeT4gPC9yZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94Onht&#10;cG1ldGE+ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgPD94cGFja2V0IGVuZD0idyI/Pv/i/+JJQ0NfUFJPRklMRQABCQAIgHBBREJFAhAAAHBydHJD&#10;TVlLTGFiIAfQAAcAGgAFACkANWFjc3BBUFBMAAAAAEFEQkUAAAAAAAAAAAAAAAAAAAABAAD21gAB&#10;AAAAANMtQURCRQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;CmRlc2MAAAD8AAAAdGNwcnQAAAFwAAAAK3d0cHQAAAGcAAAAFEEyQjAAAAGwAACiBkEyQjIAAAGw&#10;AACiBkEyQjEAAKO4AACiBkIyQTAAAUXAAAI4tEIyQTEAA350AAI4tEIyQTIABbcoAAI4tGdhbXQA&#10;B+/cAACQkWRlc2MAAAAAAAAAGlUuUy4gV2ViIENvYXRlZCAoU1dPUCkgdjIAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAdGV4dAAAAABDb3B5cmlnaHQgMjAwMCBBZG9iZSBTeXN0ZW1zLCBJbmMuAABYWVog&#10;AAAAAAAAtVoAALxnAACSMG1mdDIAAAAABAMJAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAA&#10;AAAAAAEAAAEAAAIAAAIkBB0F2gdpCNkKNguFDMcN/w8xEF4RixK3E+IVCxYyF1cYeRmYGrUb0hzv&#10;HiUfWSCHIbIi2iP/JSMmRCdmKIYppyrHK+gtCC4oL0gwaTGJMqYzwjTeNfs3GDg1OVE6bTuJPKU9&#10;wj7eP/hBEUIpQ0JEXEV1Ro9HqUjDSd1K90wSTSxOQ09ZUG9RhlKcU7JUyVXfVvZYDVkjWjpbUVxm&#10;XXheil+bYK1hvmLPY+Bk8WYCZxJoI2kzakJrUmxebWducW96cINxjHKUc5x0o3WqdrF3t3i9ecN6&#10;yHvNfM59zX7Mf8uAyYHHgsWDwoS/hbuGt4eziK6JqYqki56MmI2RjoaPe5BwkWSSWJNMlECVM5Ym&#10;lxmYDJj/mfKa5JvWnMidu56tn5+gjqF8omqjV6RFpTOmIKcOp/yo6qnXqsWrs6yhrY+ufa9rsFmx&#10;R7I2syS0ErUAte222rfIuLW5o7qQu368a71Zvke/NcAiwRDB/sLsw9rEx8W1xqPHkch+yWzKWctE&#10;zC7NGM4BzuvP1dC+0afSkNN51GHVSdYx1xjYANjm2c3astuY3H3dYt5H3yzgEOD04djiu+Oe5Hvl&#10;V+Yz5w7n6OjB6ZrqcetI7B3s8O3D7pbvdvBV8TPyD/Lq88P0nPVz9kn3Hvfz+Mb5lfph+yn76/yn&#10;/Vz+C/60/1r//wAAAegDpwUsBoQHvwjnCgQLFgwcDR4OHA8ZEBcRFBIQEwsUBBT8FfMW5hfYGMwZ&#10;1hreG+Ec4R3fHtsf1iDRIcsixCO+JLglsyauJ6oopimiKqArniydLZoulS+RMI0xiTKGM4M0gTV/&#10;Nn83fziAOYI6fzt+PHw9fD58P31Af0GCQoVDiUSNRZJGmEeaSJtJnUqfS6NMpk2qTq9PtFC6UcBS&#10;x1POVNVV11bZV9tY3lngWuNb51zqXe1e8V/1YPhh/GMAZANlAWX/Zvxn+mj4afVq82vwbO5t627o&#10;b+Vw4XHectpz1nTNdcN2uXeveKV5m3qQe4V8en1vfmR/WIBNgUGCNYMphByFEIX+hu2H24jKibiK&#10;pouVjIONcY5gj06QPZEskhuTCpP6lOmV2ZbJl7qYp5mTmoCbbZxanUieNp8loBShBKH1ouaj2KTK&#10;pb2msaemqJupkaqHq3+sd61vrmevYLBasVSyT7NMtEm1RrZFt0S4RblGuki7SrxOvVK+V79dwGPB&#10;asJyw3vEhMWKxpDHlsidyaXKrcu2zL/NyM7Sz9zQ5tHx0vvUBtUS1h7XKtg32UTaUdte3Gvded6G&#10;35TgnOGi4qjjreSy5bbmuue96MDpw+rU6+Xs9e4E7xLwIPEs8jjzQ/RO9Vn2Y/dq+G75b/ps+2T8&#10;Vv1E/i//F///AAACBQPYBWgGxggGCTIKUgtlDHINeA56D3oQehF5EnUTcBRoFV4WUhdFGDcZKRo0&#10;Gz0cQB0/HjofNCAsISMiGSMPJAQk+SXuJuMn2CjMKcEqtiurLJ8tky6HL3wwcDFkMlkzTTRBNTY2&#10;KzchOBY5CzoAOvY77TzjPds+0z/LQMRBvUK3Q7JErEWmRqFHnEiXSZRKkEuOTItNik6JT4hQiFGJ&#10;UohTiFSIVYhWiVeKWItZjVqPW5Fck12WXphfm2CdYZ9ioGOhZKNlpGamZ6doqGmpaqprqmyrbatu&#10;q2+rcKlxqHKlc6N0oHWddpl3lXiReYx6h3uCfHx9dn5vf2mAYYFaglGDSIQ+hTWGK4chiBeJDIoC&#10;iveL7YzijdiOzY/DkLmRr5Klk5yUkpWJloCXeJhwmWqaY5tenFmdVZ5Sn1CgT6FPolCjUqRVpVmm&#10;X6dmqG6peKqCq46snK2rrruvzLDfsfOzCbQgtTi2UbdsuIe5pLrCu+G9Ab4hv0PAZcGHwqrDzsTx&#10;xhXHOcheyYLKpsvKzO3OEM8y0FTRdNKU07LUz9Xr1wbYHtk22kzbYdx03YfemN+n4LPhvuLH483k&#10;0eXS5tDnzOjE6brqrOub7Iftb+5Y71zwW/FW8kzzPfQq9RL19vbW97P4jfli+i/69Pux/Gb9Ef2z&#10;/k3+4f9x//8AAAHZA40FCQZUB38IlgmhCqQLnwyTDYIOcA9fEEwRNxIhEwkT8BTWFbsWnxeDGIEZ&#10;fRp0G2YcVR1BHiwfFyAAIOoh0yK9I6YkkCV6JmQnTig5KSUqECr9K+os1y3ELrEvnjCMMXkyZzNV&#10;NEQ1MjYiNxE4ATjxOeI60zvEPLU9pj6YP4pAfUFvQmJDVURJRTxGMEcjSBdJC0n/SvNL6EzcTdBO&#10;xU+5UK1RoVKVU4hUelVtVl9XUVhDWTVaJlsYXAlc+l3rXtxfzGC9Yaxim2OJZHhlZmZUZ0JoMGke&#10;agtq+GvlbNJtvm6qb5ZwgnFsclZzQHQpdRJ1+3bkd814tnmeeoZ7bnxWfT5+JX8Nf/SA24HCgqiD&#10;jYRyhVeGO4cgiAWI6onPirOLmIx9jWKOR48tkBKQ+JHeksSTqpSRlXiWYJdHmC+ZGJoBmuqb1Jy/&#10;naqelp+DoHGhX6JPoz+kMKUiphWnCKf9qPOp6qriq9us1a3Qrsuvx7DEscKywbPBtMK1xbbIt824&#10;07nbuuO77bz4vgS/EcAgwTDCQMNSxGbFesaPx6bIvsnWyvHMDM0qzkfPY9CA0Z/Sv9Pg1QPWJ9dM&#10;2HPZm9rE2+/dGt5G33PgoeHP4wLkTeWZ5ufoNumG6tjsK+2A7tfwMfGQ8u/0TfWq9wT4Wvmr+vb8&#10;Ov17/rv///8AgACAAOW0f81/VMw/f6V+w7KMf5R+aZh/f55+TH3jf8F+Y2JBf/5+kkRhgH9/BR9k&#10;gf6AHPy4fnSLeeQPfleJssrbfk+IFLE+flyGtJcvfoKFm3yTfr6EumDpfw+D9EMAf5aDeB2igOSD&#10;3/qjfSWXCOJIfRyUMclYfSWReq/OfUuPHpXWfYaNDXtOfdeLPF+0fjeJiUHLfsCILRwEf8+IEfi/&#10;fBeisOCCfBeeyceyfCubFK5FfFuXo5RzfKuUpnoOfQyR5l6VfXePT0C2ff+NLRqMfsSLyfcJe0eu&#10;dd7ae0SpesYbe12kxKzSe5agZpMQe+qcWnjafFuYu12IfM+VTT+5fVKSixk8fcaO8PWFeqq6Xd1Z&#10;ep+0SMSnerOui6t8evCpPZHie0ykTneye8CfulyLfD2bjz7TfLyYdhgXfNuQSfQ4ei/GctwNehu/&#10;O8Nieie4c6pNemSyNpDfesmscXbSe0SnEFuue8CiMD4MfDufDxccfAePoPMdedHSyNrxebTKYcJJ&#10;ebjCjak/efC7YY/nelm0znYGet2uxlsGe16phz1je9Ck0xZJe1KPEfIqeYzfhNn9eWbV08FVeWDM&#10;7qhWeZTE4o8Tef69knVLeoa3B1ppewyx3Dzae3qpJRWeesiOne3tiRN+K9Z+iAB9sb7NhwV9V6a1&#10;hjB9M44ahYR9SHTQhPx9jFprhJt96D2OhJ9+ixiLhnqAAevJh66JCNUAhqOHfb2NhbmGIaV+hPiF&#10;A4zQhGSEKnN9g/SDiFkPg6iDBzw5g7iC4Bb5hXeEA+n7hnCT+NNThXeRdbwQhJyPGaQUg/WNE4uJ&#10;g3WLVnJVgxeJ1Vf/gtiIfDssguuHlBWIhHuHqOhShXOe+NGyhIObgbp/g7KYO6Khgw6VOoo4gqCS&#10;oXEpglCQQ1b3ghuOHDo0gi6MlhQ4g4mKyebIhKqqGNAyg7ulrbkGgvGhgqE/glWdpIjugeOaEnAL&#10;gaOW51YCgXWT/zlTgYaSDBMVgpqM5+VjhAy1Ys7Wgx2wA7e1glKq6qAFgbmmLofVgU6hxm79gQmd&#10;vFUfgOOaMziJgPOYOBIfgbyMQeQvg4vA2s2sgpy6graSgc60ep70gTau34bogNOpsG4xgJOk7VRc&#10;gGWg2DfdgHSeWBFUgQOLt+MpgyTMlcyvgjbFO7WYgWW+Q54DgMq3y4YJgGmx3W13gDOsjVPGgAio&#10;VjdNgAqjXBCugGyLR+JOgtDYu8vagebQTrTEgRPIYZ01gHTBFIVOgBK6emzVf9+0zVM8f7qwSDbR&#10;f7ylEBAqf/SK7t08kmF8mMdrkHp8Q7FWjrJ8EJrHjRp8EYOXi7d8SWueioJ8sVJ1iYh9MjaOiSd+&#10;AREyi9Z/3ttGkS2Gy8YFj0KFhLAqjYOEb5myi/yDkIKDiq2C8mqMiY2CiFFeiKOCQDV6iEmCYBAE&#10;ipiDhtmzkACRJMSdjiKO7a79jGOM35iAivGLJoFVibOJsmlqiKaIfFBKh8uHdjR2h3mHBQ76iVaG&#10;u9hHjwibksMujTKYe62Bi4aVl5ceihOS/YAXiOiQvmhTh+aOvE9bhxOM/zOdhsKMHQ4UiCiJhNbp&#10;jkqmFcHRjHiiJqwkitSec5XSiWibCn7miDKX6mdLhz6VLU59hm+SzDLZhhyRwQ1OhyWI/9WnjbGw&#10;x8Cbi+KsAKr2ij6nd5S0iNajQX3ih6SfXGZYhqeb2k21hd2Y+TIshYqX8gyohkuIj9SQjTO7pb+S&#10;i2e2BanyicKwppO+iFurpH0KhzCnCGWehjai500MhV+frzGdhQudPwwehZeIMdOjjMvGx76ziwPA&#10;SakWiV66FJLnh/S0SXxChsyvBGT2hdyqd0yHhQWnZTEkhKKhOguuhQSH5tLgjHLSV737irDK8ahd&#10;iQ3D4ZIxh6O9U3udhnq3fGRphYuyx0wNhL2uZzC3hFyg8AtVhI6Hqcz7m/J7W7iTmUd7IaP2lrh7&#10;CY7elGB7JnkVkkV7eGJpkGV7+Upyjtp8ky9jjjV9fgp+kB9/wMs6muKE/bdmmCOD56MBlZmC/I36&#10;k02CS3grkUOB2GF8j3WBmkl+jfeBgS55jVeB4wnPjpuDCMnTmd+OrbYclyWMwqHllJiK+IzhkluJ&#10;iXchkF6IVGCDjp6HXkiYjSqGoC2njIyGnQk1jUeF6MiomOeYjrTjlj2VzqCnk72TNIu7kXKQ7XYD&#10;j4aO/19/jdKNUkexjGaL+yzei8yLzQivjB+F38d8mCyihrPGlYSe+p97kwubrIqEkNKYqnTsjtmV&#10;9F6PjTGToEbui8WRxCw7iyeRvgg8iyGFkcZfl5uspbKylPWoWZ5skn6kSomEkEqgjXQBjlOdI124&#10;jJ2aJ0ZBizSX9yuuipSXOwfbikyFUMVmlya27LHJlICx3p2JkgitDoiqj9WomnNAjeWkj10TjDCh&#10;E0WxirSe0ys6ihKbyAeLiZuFGsSSlsPBeLEHlB67pZzJkae2Fofuj3Kw7nKPjYWsVVx9i9qomUU+&#10;ilymQSrZiaic+QdKiQuE7sPilm7MebBnk8rF2JwokVa/hYdOjyO5s3H+jTa0qlwDi42xE0TVihqs&#10;Qip8iWmcugcWiJmEy70/pdB6eqocomh6TZbRnxx6RYMUnAh6cm6dmTh61FkslrJ7ZEJTlKJ8Cifz&#10;k/N8/QSqk39/pruzpOKDlKkqoVqCnJYVngqB0IJgmv2BPm3bmDqA61hjlcKAzkGCk7yA2yc0kwuB&#10;dQRokgOCmrqIo+uMwqgXoGiLAZUknRWJboFrmheIKWzxl12HJ1eKlO+GZkC8ku6F6CaOkjiGWwQv&#10;kLSC1Ll8oxuV9ab9n6OTepP/nFmROYBfmU6PM2v1lp2NkVatlDSMMUACkjSLOSX5kXeL2QP9j5KC&#10;sriWolWfaKYKnumcM5L+m6qZP39WmKaWi2sEldiULlXZk3ySPz9SkX6Q7CVukL+RVgPTjpmClrej&#10;ocipAqU1nlWlFZIumxGha36CmBGeGWo5lVabIlUikuuYrD7DkOyXPyUBkCeWCwOvjciCfbbLoVey&#10;vaRtneGuHpFsmp2pxn3Kl6Cl0WmWlOuiUlSWkoCfgz5PkGyeVCSsj6CYzAORjRqCabYPoP68tqPG&#10;nYK3YZDKmj2yXH0slz+tzGkBlI6p4FQXki2nDT3vkBKkwyRljzCYmwN5jI2CWbVxoK/HLKM8nS3B&#10;F5BBmeq7X3yllvC2P2iIlECyElOzkeCvRz2bj9KpqCQfjvSYbANljB2CTK4er/555Jwpq955tooQ&#10;p955sneKpBd55mRHoJh6UE/5nXN65jofmvZ7jSApmph8cQAAldN/yqzOryiCg5toquSBmYl+ptqA&#10;4Hb7oxOAY2Oon5uAJk9TnH+AIzl0mgWATB+hmZaBFwAAlI6AAKvfrj2LLpqKqf6JjYi9pe2IGnYx&#10;ojCG+2LknryGIE6fm6aFjjjVmSyFSx8umKuGRgAAk3CAAKsSrWqT55mqqTeRmofMpTCPhHVQoWiN&#10;vWISnfyMUU3omuiLODhBmGqKoh7Kl9eLswAAkniAAKpBrMqctJjaqJiZwobzpJSXF3R1oM+UwGFN&#10;nUuSsE1Cmj2RKDe/l7iQax51lxSQYQALkZKAB6mQrCylzJgvp/yiMYZIo/me4nPKoDWb72CqnLKZ&#10;XEyvmY+XazdNlwqW5R4oll+UWAAbkMSAEqjiq7mvA5eip32quIXCo3Kmw3NAn6yjQ2ApnDagT0xB&#10;mRyeOzb2loCdfR3zlciUQAAokBmAG6hCq2G4dJcZpxuze4VDow2u53LIn0iq5F+7m9anqUvhmMWl&#10;4zawliOi6x3MlU+UJgAzj4+AIqe5qxXCXpampsS8q4TWora3cXJinvay+l9jm4avukucmHWtHzZ7&#10;ld2k1h2nlQmUDQA8jyCAKJ+wuoR5dI7Vtat5On3RsPx5MmxkrIt5Z1o4qGR51EbvpK56ajHroeZ7&#10;BxfwonJ7vgAAkSiAAJ6mubaBpI5CtMKAvX1isAWADWvzq4x/nlm4p2R/ckZso65/gzFsoN5/wRew&#10;oTuAugAAkG6AAJ33uMuJ1Y2as96ISXzPrxqG7mtVqqOF7VkepnqFNEXhosaEzDD6n+yExBeBoByG&#10;BAAAj8uAAJ1ot/OSEIz4sw+P53warlKN+2qqqc6MY1h9pauLLUVZofaKVzCVnxOKLBdcnxyKsAAA&#10;jz6AAJzVt0aaaYxismGXpnt7raaVNGoGqSSTGFftpPCRXUThoT+QNTA+nlKQKhc+njaOuAAAjsSA&#10;AJw7tr+i7ovZsdGfknr6rQ+cj2mLqI+Z+Fd5pFqX1kR9oJKWcC/4nZ6WpBcnnWePqAAAjl6AAJvI&#10;tjaroItwsUSnpXqYrIKkE2kvqAShBVclo9Sel0Q5oAidSS/EnPCcJxcVnKiPmwAAjgqAAJtKtde0&#10;jIsisNSv23pXrAOrq2jpp3moMVbfo0ulsEP8n5Wkni+cnIagMRcVnBePmwAAjcWAAJrZtYa964rL&#10;sHS4g3oOq6Gztmispxuv41ayou+toEPfnziqpy+RnC+gKRcfm7aPogAAjY6AAJHzxWN5GIIfv9J4&#10;y3IWunx4uWGjtWl46lBxsKd5Uz4LrHN55CmmqZZ6ag9mq1l7CwAAjUOAAJE3xIuA5oG2vvN/+HHC&#10;uZB/SmFKtG1+4lANr55+xD2tq19+5SldqGZ/Mg+FqcOARAAAjP6AAJDNw5KIqIFHvgiHJ3FeuJ6F&#10;3GDbs3WE80+hrp+EWT1SqlqEGSkjp0qETg+vqE+E7gAAjMGAAJCBwqmQa4DovSOOX3Dpt7yMlWBr&#10;soaLJk86rbKKJT0AqWqJkyj2pkiJ4w/apwSJAgAAjIyAAJAsweiYT4CUvFuVtXCStvCTdGALsbuR&#10;lU7orNaQJjzDqJKPaSjXpWOQGxAEpeGK1AAAjF6AAI/HwVCgYoBCu7WdN3BNtkCac1/PsQmYLE6u&#10;rCaWcTyVp9CVsijCpJaVvBArpOOK7gAAjDiAAI9mwNWolH/8uyqk0HAWtaqhh1+isG+e306Jq5Od&#10;Bzx9pzqcrCi4o+CabhBOpAaLBgAAjBmAAI8mwFGw9X/MuqGsk2/2tR+oy1+Nr+Ol2E53qwmkGjxv&#10;pryi/yizo1ObhRBso0SLGwAAi/+AAI7Uv/C5yX+uui20m2/ttJuwLV+Hr1Gs+k57qnCrXDyApiCn&#10;9SjcosiboBCworiLSAAAi+uAAIS00J9483XXyll4g2auxG94W1cRvtZ4fUazuZN42jUHtQh5WCD2&#10;snd5rgfrstl7RQAAifmAAIRiz5+AbnWbyX5/Z2Zww4x+rVbOvdZ+REZxuHR+KTTZs8x+UCD2sP5+&#10;nwhnsOp/5wAAihaAAIRKzoWHxXVvyHyGQWZDwoWE+laZvL2EIUY/t0uDnjS+spGDgSELr5WD+Ajm&#10;ryiD/gAAii+AAIRGzXyPFnVfx2yNGWYgwXKLZ1Z2u5uKGkYktiiJSDS1sWaI/iEsrkmJ5AldrZuG&#10;VQAAikWAAIQ5zJiWhXVYxniUB2YdwHCR8FZqupeQSUYhtRWPJDTEsFWO3yFarSCPewnMrEKGoAAA&#10;iliAAIQdy9SeIXVQxaSbGmYov46YkFaDua+WmUY4tC+VSzTjr12VSiGSrBiUQAo0qxuG5gAAimiA&#10;AIP+yyylz3VKxO+iOWY3vsyfO1ahuOmc/UZcs26buTUOrpqbrSHNqzKW2wqRqh+HJQAAinWAAIPc&#10;ypqtpnVFxFSpdmZKviimAVbCuD2jjkaEssKioTU9rfig6SIKqoKXBArnqU+HXwAAioCAAIO+yhK1&#10;xXVFw8Ww6mZkvZOs8lbyt6OqZkbCsiWo3zWIrVakMiJlqduXQQtHqLCHoAAAioiAAPKGe0Z5itr3&#10;e5x5pcL9e/Z50ap9fFh6HJFwfMN6ine7fTt7Flz2fcN7qj/Wfnh8XBsWf9F9D/BceZCE79k6egeD&#10;6MFxeoCDBKkVev6CTpAde4WByHZ5fBeBZFu6fLKBCj6XfWeA1Bl1fl+A2+5qeCaQdNdoeKyOUb/X&#10;eTeMUaeSecyKn468emmJJXU3exGH1VqRe7qGlT12fGuFiRf2fO+FGOyYdvicBtWfd4WY074geBqV&#10;0aYBeLyTDY1SeW+QpnP1eieOa1l1etuMTTxse4WKghaae4iI3+rwdgWno9QAdpOjbLyKdy2fb6SF&#10;d9ebuYvveJGYRnK+eVqVLFhneheSOTt1ereP1RVkeleMFOmCdUuzUtKZddWuIrspdmypKKM1dxmk&#10;foq9d9qgInGYeKecE1dseWuYZjqWegKVrhRWeWeNwOhQdLm/HdFtdT249Ln+dc6y/6ITdnqtZIm5&#10;d0OoLHCzeBajTlaReNie6znWeWacKhNyeKaNJudXdEzLC9B5dMrD6rkGdVK9AKEZdfm2dojMdsSw&#10;aG/od56q4VXneGSmHDkzeOOh0RK5eAiMqOaRdAPXKc+4dHnPDLg6dPbHMaBFdZS/yIf/dly4928v&#10;dziy6FVGeACuLTimeHemTRIld4uMROHjhC535cwzg6N4O7Xygy54mJ7+gtF5DIdagot5nW7wgl16&#10;S1Vggk97Ajkmgpl70xPfhJ18juAfgqCCvcr3gimB97TdgcWBTZ3fgXmAzIYjgUOAdG2zgSmAQFQe&#10;gTCAHjfugYOALBJ4gyCApt6EgUqNq8lOgOGL3rNRgIeKL5xngFGIw4TUgDKHjGyGgC6GgVMMgECF&#10;jjbngI2E4hE8gbKEc9zngCqYl8ekf8WV1bGqf3aTOprqf0aQ1IN8fzyOwmtYf0iM3lIIf2SLJDX6&#10;f6yJ4RArgHWHwdtgfz2jksYkftif6rAyfpCca5mBfmmZJIIvfmGWF2o6fn6TaFEVfqOQ8zUhfuKP&#10;Sg9Af2WKUNoNfoWurcTafiCqJK7tfdWlvZhLfbGhj4EVfbCdqWkyfcuaG1A4ffmXCzRefjKVXw57&#10;foCJytjzffO56sPIfY60ga3afT6vMZc8fRiqIIAjfR6lb2hhfT+hJ098fWedjDO4fZmbZg3YfcOJ&#10;XNgQfYXFWcLrfR+/DqzyfMi415ZQfJmy439EfKCtbWedfMuolU7afPek2TMsfRugWA1TfSiJAtdk&#10;fTXRF8I8fNDJ56wwfG7CxpWCfDS7936EfDi1zWb3fGWwl05UfJesljK6fLeiTAzofK2IutHBjVF2&#10;kr21i+t3BqkDiql3fpN+iY54CX0xiJd4smYFh8V5ek2ehyh6STI4hyV7MQzWiSR8edA8i/GAx7x8&#10;ipmAPqfaiWN/zpJoiFV/fnwfh25/V2T7hq5/UUyUhh5/XDE1hhp/mAvsh4uAWs7iiqmLG7shiV+J&#10;nKasiCuIN5EvhzCHDXryhliGE2PihamFRkuPhSaEljBEhSGERAsehiSDws1+iY+VdbmxiEmTF6Um&#10;hyWQ2o/Nhi6Oz3mxhWyNC2LHhMyLdkqchFGKFS9uhEaJWQprhOyGt8wmiLCf2rhXh2ycq6POhk6Z&#10;no6BhV2WwniEhJiUHmHChAiR0UnAg5OP0C6vg36O8QnSg+GGpMr2iACqaLcvhr2maqKqhZ6iiI1o&#10;hLCe2neCg++bb2DTg1iYXkj7guqV4y4HgtCVDQlRgwCGTMn5h3K1GbY3hjGwTqGxhQ+rl4x1hCCn&#10;Gnang2ai92AXgtKfR0hVglicdS17gjiaSQjmgkaGBMkshwO//7VthcW6Z6DfhJ+03ouhg6mvknXe&#10;gu+qwl9ngmampEfHge2j+S0EgbqecAiPga6FyciRhq7LPbTNhXTE2KAvhEm+eorqg0u4aHU1go6z&#10;AF7VggautUdKgZOq1iyXgV6eJghKgTWFm8IHlr11hK9ZlIp2C5wNkoN2l4fwkK53NnL4jwd3810G&#10;jZR4y0W5jHJ5pisDjE56jAapjP98nMC8lX1/LK5Tk1B+y5sUkVN+focBj4h+U3IJje1+T1wcjIh+&#10;bUTOi29+mSoni0N++gYsi2yAF7+OlFeI2K0YkjSHnZn7kDaGdYXkjniFiXD/jOqExlsoi5KEL0Px&#10;ioGDuiljik2DuQW+igqDJr5vk0GSp6vkkSiQmZi5jzeOoYTIjXCM42/ri/SLZlowiqiKHEMZiZ6J&#10;ESiqiWWI5wVfiNeDob1HkmecharPkE6ZspeZjmGXA4OVjKqUhW7ZiyiSQVlAieuQUkJTiOSOxygI&#10;iKCOygUNh9CDarw8kb+mhqnFj6mi+JaQjbyfh4KXjAecSm3wioeZUVhtiUCWu0GniDyU3yd8h/CU&#10;OwTIhvODPLtbkTmwp6jpjyWsX5W0jTWoLIHAi36kNG0sigSgmFfGiL2dg0EZh6mblScLh1WYvgSP&#10;hjyDFbqkkM+7Aag2jr22AJT5jMqxD4EEiw6sXmx5iZSoMFcoiFek10Cdh0Ci3CaqhtaaJARghaaC&#10;9roakHzFuqenjm3AA5RbjHi6UoBgira08mviiTewTlanh/utEkAthuyoxCZIhoGZ4gQ7hS+C3bLD&#10;oHp0w6FInYh1To88msd14nxomD12jGixlel3U1Pok9p4Mj2hkkV5DCNnkkl51AFKkFl8urGwn2B9&#10;5qB9nGt9mI58max9Y3uqlyR9UWfslNh9ZlMkktJ9nTzbkUB94SK5kTN+VAEsjsx/3bC7nkaHDp95&#10;m1yF9I2PmJuE+Xq2liCEM2cFk92DnFJQkeGDMTwdkFOC7iIekDWDOwERjW+Aua+8nVOQMZ5omm2O&#10;YIxul7SMtnm3lTCLM2YTkvqJ+lF+kQWI8ztuj3iIOSGVj0qIswD6jECAqa7VnHCZip12mZOXBIty&#10;luKUp3izlGWSc2UxkhuQglC2kDOO7jrKjqeN3CEXjm2OLwDmiz2AnK3zm8yjCJysmO6f0Yqpljic&#10;vnfgk7yZ5WRjkX2XV0//j4qVPTo4jf6UEiCpjbeS4ADWimOAka0ym02soJvsmG+owYnolbek/ncl&#10;kzqhfmO6kP+eZk9ujwqb8TnCjWqbAiBVjRaV3ADIia6Ah6yQmuu2aptQmA2x44lIlVGtdXaFks6p&#10;VmMgkJOly07mjqejSjlZjQChWyAMjJCVqwC9iRuAgKwUmpzAnZrTl767b4i+lQC2VnX3knixomKf&#10;kDmtzU56jkyrXTj8jK6mZR++jD6VdgC0iKWAeqQJqpF0OZOfpux0vIKxo3x1T3EFoEV1/F5znUp2&#10;xUq8mqh3ojVXmL54axtAmWt47AAAjZ5/EaMwqZZ845MLped8m4IkonB8c3B2nzR8cF3anDl8l0oi&#10;mZt83jS/l619LRrQmDV9mAAAjGyAAKJzqIqFiJI/pOSEhYFsoWaDpG+ynjGC/l0fmzyCiEl5mKOC&#10;RDQslrKCKxptlxmCxgAAi2CAAKGwp5WOL5Fjo/aMg4B9oICK/m7bnUSJslxVmlmIq0jLl8WH4TOh&#10;ldGHeBoTlhqIOAAAineAAKDjptSW5pCXozWUmn+pn8KSf24CnIiQn1ucmYmO9kgslv2NvzMmlQKN&#10;LxnIlS2M7QAAia+AAKA6piKf3o/toomc8378nxaaNW1Wm9qXtlr4mNqVhkegljmT5TK7lDuTiRmE&#10;lFaQ6gAAiQeAAJ+dpaGo8o9nogWlZ353noqiBmzIm0ae81pumE6cW0cqlbKakzJik52aEBlQk6KR&#10;HQAAiHyAAJ8WpUOyNI7moaSuEH30niOqFWxImtqmeln1l+CjlEa+lUyiDjIRky6fdBkmkxCRAQAA&#10;iAuAAJ6qpPm73o59oVS3IX2EndCyi2vXmoOuelmQl4arg0ZslO+pQjHOktihrBj3krWQ4QAAh7CA&#10;AJXxtQhzxIZ9sLh0N3aQrKJ0wmXvqMV1bFRnpSt2MUGiogh3Ayzwn/h3rBJuohx3rAAAiX6AAJVV&#10;tCJ8AYYfr8V7tHY0q557kGWOp7J7llP7pBF7yEE4oOl8GiyPnsl8aRJUoJ18rwAAiMSAAJTVsxmE&#10;LIWMrsODNHWwqpOCZWT8pqmB2FNvoweBf0C9n+CBWywvnbSBZxI/nz+CCQAAiCGAAJROsh+MU4Ts&#10;rc+KwnT7qaSJYGRZpbGIP1LWohiHaEA9nvKG2CvSnLqGwRIrngaGygAAh5OAAJO7sVOUkoRUrQSS&#10;cHRZqNyQiGOypOmO31JKoUCNhD/Inh+MoSuBm9uMqBIbnO6K4gAAhxmAAJMqsLec+YPLrGaaS3PU&#10;qDiX1WMvpEGVrVHOoJST5T9mnVmSwytAmwuTExIQm/KMNgAAhrOAAJK+sCWlhYNgq9WiS3Nop6Wf&#10;SmLGo62cp1FuoAGajj8bnL+ZeisQmkaYlBIJmwyMMgAAhl6AAJJTr8WuRYMbq2yqeHMmpyym42J4&#10;ox+jyVEdn22hjT7OnD2guiramcqc+RIHml2MMQAAhhmAAJH7r3q3bILKqxezEXLVptCu8WIqor+r&#10;fFDcnwmpcz6em9SmzSq8mWSc5RIGmeaMMAAAheKAAIh2v+VzUXnhuvVzrWrZtkN0K1snscp0zEqK&#10;rZ51hziTqhR2RiRSqCt2twpYqgd3FwAAhgyAAIgevwV7Lnm5ugh61GqutTx6rFr0sKt6tkpPrG56&#10;7jhfqNV7QyQ0psd7gQqfqC58YgAAhbaAAIfevfKC6XliuP2B9GpetCaBLlqWr4+AtUn2q0yAdDga&#10;p6yAbCQTpYGAlArfpoOBJgAAhWuAAIeXvOeKmHkBt/WJG2nnsyKH1FosroGG10mUqkGGLTfPpp2F&#10;1SPypFuGGAsXpQeFUQAAhSmAAIc+vAqSYHiltxaQYmmEskGOplnArZ6NM0k/qU6MHDePpayLliPX&#10;o1aMPgtKo7mHogAAhPGAAIbfu2KaU3hQtmeX1mk1sYiVnFl1rN+TvUj5qIySVTddpNORxiPDomuR&#10;6At0opSHvwAAhMKAAIaHut6iX3gJtdqfZGj1sO+crlk5rD6aa0jCp+yY2zc5pCyYqiO6oZiWowuc&#10;oZSH2QAAhJqAAIZNumKqlXfVtVqnHmjGsGuj9lkPq7OhZUiap16f5TcUo6afCiOqoPyYHQvAoLSH&#10;8gAAhHuAAIYNuhGzPnfAtPivOWi3r/Org1j1qyOoqEiIpr2nOTcTov2kDyPCoGCYLQvxoB2IEwAA&#10;hGGAAHtuyzFy/W2ZxbZzN19YwH9zmlBzu4J0J0Cett90yy9FsyF1ZBsGsfh1awNvsE13iQAAgySA&#10;AHtoykB6iG2rxMJ6EV9ev2t52VBwukl52kCZtYd6DS9Ssah6VhtHsDF6XwQLri98RgAAgyKAAHty&#10;yRKB2W2Xw56A2F9Hvj2AD1BOuQt/oEB9tDp/bS9QsEd/dxt9rpJ/qwSXrEmAdQAAgyGAAHtwx+iJ&#10;FG19wnOHnl8XvRGGZ1Alt9SFhUBeswGFAi9KrwKE3xutrR2FhAUSqpuDbgAAgx+AAHtbxuyQZW1l&#10;wXCOgF7+vASM6FACtsKLpUBPsd+Kzy9QrdyKrBvfq9CLMAWBqSSDuQAAgx6AAHs5xiWX5G1UwJqV&#10;kF73ux+TjlADtdWR9kBPsO6Q7C9hrNKRARwVqqaQCwXkp+GD+wAAgx2AAHsXxYSfdW1Hv+qcs173&#10;umCaR1AKtQyYZkBbsCWXXS95rACXeRxLqaOTIQY7ps6ENwAAgx2AAHr2xQanMG0/v1uj/V78ucGh&#10;LFAWtGGfFEBnr3WeWS+Nq1ac0xx4qOCTQAaHpeuEagAAgxyAAHrcxJ2vPm0+vuGrk18JuTioW1Aq&#10;s8ymM0CFrtekzi+5qrCgRRyzqDGTZwbIpUaElgAAgxyAAOYfdnBzGNAbd0tz8bmAeB90zKIqeOp1&#10;r4okebJ2oXFjen93o1eGe094nzsvfDF5lhadfSF56OQPdId+aM5rdYl+G7f6dnx95aDLd2V9yojd&#10;eEt9zXAueTN95FZbehV9+ToHeu9+EhUge1R9weIxcvCJ0syadAKIZLZfdQqHEp9GdgqF/Yd+dwiF&#10;EW7zeAaEQlU+ePaDeTj5ecSCxBPEedWCC+BpcZOVOMrNcq6Sv7Scc8CQbJ2xdNGOTIYRdeaMdm2y&#10;dvaKwlQqd/KJITf+eLKHtxKUeIuF7N7JcHWgnckycZKdL7MCcquZ55wrc8WW1YSudOWT+Gx8dgeR&#10;aVMjdwuO+jcVd7uM/hGPd3GJP91sb5isDcfZcLSnurGqccujf5rbcuifeoN3dA+btGtYdTWYM1Iu&#10;dkGVDzZCduGSxRC0doSLS9xObuu3jMbBcASyW7CLcRWtMZm+cjCoPIJyc12jmmpydIqfTFFadZSb&#10;dTWPdiWZJQ/+db+K0Ntvbm3DHsXlb4G9Fa+jcIi3BJjLcZuxI4GFcsmrrGmkc/2mtlCvdQmiezT0&#10;dYWetQ9qdR+KbNrLbhvOxsVEbynH5K7rcCHA85f/cSe6NoC7ck+z/Gjrc4OufVAKdI6qSTRjdP2j&#10;KA70dJ+KHNYVfw5xtsHlfxByyqz0fx1zz5cffzV00YB1f1Z13Wjuf4h29lAxf894CDSagFl5Bw9Y&#10;gfJ5PNSMfVF8f8CyfXN8eqvOfZd8fJX+fcB8j39TffN8uWfTfjd8908efo19NDOQfxJ9cg5BgEh9&#10;g9MAe9KHUL8HfAKGQqpBfDOFRJSBfHGEb33+fLuDvWaifRWDJk4LfXaCmDKTfe2CJQ1MftKBg9Fu&#10;eoaSGL1leryQGaiheveOMJMNe0CMaXyqe6GK3WV4fAyJck0JfHaIITGtfN6HHgx4fY2E/M/zeXKc&#10;6bvveaqaC6ctee2XQZGkej+UmHtmeqWSHGRbeyKP50wZe5ON4TDce+qMfwvCfHeH886zeJun0rqz&#10;eNSkH6XyeRWgcZByeWqc5npKedaZkWNWelOWhEs+esyT5jAhexWSggspe42Hi82ud/Gy07mweCqu&#10;TqTqeGWpv49seLmlVHlaeSyhNGKFea6dcUqEeiGaSy+DelyYcgqqesuHNszkd3O98bjjd6q4oKQQ&#10;d9yzNY6LeCet63iBeJupCWHEeSekt0nleZyhay78ecGdTgpCei2G8MxVdx7JPrhKd1HDI6Nfd3e8&#10;4I3Ld7W2wnfIeCSxL2EgeLCse0lUeSeo8i59eUGfbwnwea+GuMZ+iBhwirP8hzNxvqCShnJy2owb&#10;hdFz7na3hUd1C2BchNx2NUi0hJ53VS3FhPR4Ugjchk95YMVGhoB6uLLqhbt66p9zhQx7G4sHhHV7&#10;V3Wqg/l7p19bg5x8CUe6g2h8aSzYg7J8wAgvhKp9dcQShQ6E+bGohFyEMZ5fg7ODconZgyyC0nSH&#10;grqCVF5RgmuB80bHgkSBnyv7goWBbgeYgzmBC8Ktg8ePKrAxgxaNjZzJgnyL94hxggCKfHNCgaiJ&#10;Nl01gWuIEkXVgUqHEyssgXiGfgcUgfiEKMFUgr2ZYa7Ygg2W/Zt1gXqUnYcpgQWSUXIbgLCQLVw1&#10;gISOVEUAgGiMvCp4gISMCQajgOaEfcAwge2jvq24gUCglppXgKudZIYUgDiaRXEcf+eXWltRf7aU&#10;wkREf6GStCnXf7CSEwZEf/6EPb9EgUmuN6zLgJ+qTplkgAWmS4Ugf46iW3A9f0SeuFqSfxibgkOm&#10;fvaZIilRfviXQgX2fz+ECL6QgM642qwQgCa0MpiZf4SvYIROfwKqn29zfremTlnYfpWiqUMMfneg&#10;cCjffl6bggW2fqOD3L4UgHjDwauCf9O+Y5fsfyS4wYOTfpOzNW7GfkCuSVlFfiCqc0KTfgenMCh5&#10;feabXgWDfiaDurdckVdvsaY1j55w7ZQhjhxyEoD0jMlzLmzLi5h0VFeTipV1hkDvieB2pCaBijt3&#10;gQMqiiR5vbZYj+F5U6VDjkd5npMejNR56X/5i4d6P2vWil96qVaqiWZ7JEAKiLV7mCWyiPp79ALb&#10;iIR9abVJjouC6qQMjQKCXZIDi5KB037XilOBaWrMiTeBGVW7iEqA4z82h56AuiT6h86AuAKVhxaA&#10;orQsjU2MlaLUi8uLPpC2imqJ6H25iSqItGm9iB+HrFTOhz6Gxz5rhpiGDSRQhraF5gJZhdmBlrMF&#10;jEuWSaHCisuUOI+ciW+SLXyLiDqQN2iwhzGOa1PfhmGM5T2lhb2LryOzhcSLuQIlhMqBc7IGi4Wg&#10;H6C+igmdWY6YiKyaj3uSh3mX2mfKhnGVW1MShZiTMTz+hPeRriMshOyRIQH5g+WBVrE1iumqDp/r&#10;iXGmlo3AiA+jDXq8htmfnWcFhdWce1JqhP2Z1Dx1hEqYPiLAhDCVnQHVgyeBPbCSinK0J59AiP6w&#10;Ao0Jh5arvnoChlanl2ZRhVCj4VHGhIOg9Dvwg86fXyJhg5SXPwG4go2BKbAgihq+i568iKq5woxu&#10;hzu0xnldhe+v7mW5hOKrwFFEhBOo5jt/g2SlMSH/gyKW/AGgghKBGaibmulvCJiOmHNwQYelljxx&#10;aXWwlDxyjGK1kmhzt06SkNV05zjUj8J19B6jkIZ2hAAAinJ7RafKmZ14J5fSlz14gIbXlQ543XTk&#10;kw15R2HrkTt5xU3Qj6x6UDgZjpV6zB4GjzV7CwAAiNl+k6bvmFeBO5bRlgmAyoXpk9uAZXPtkeWA&#10;HGEFkB1/8U0Bjph/3zdjjYF/1h13jf5/8wAAh3KAAKX1lzaKQJXClOqJH4TGkseIDXL2kM2HD2Ab&#10;jxOGQUw5jZaFlTbAjH6FGxz8jN2FZgAAhjuAAKULli6TcZTOk+yRo4PLkdCP4nH2j9yOM19GjhaM&#10;s0t+jKWLfTYqi4yKrhyPi9CK4wAAhTCAAKQ0lW+cxpQNky+aUYMKkQ6X3nEkjxqVhl53jVqTaErK&#10;i9+RrjWYisWQxxwjivKPkQAAhE+AAKOBlNqmLpNSkp6jGYJKkHqf+nBojoGc/F3JjMOaU0o2i0aY&#10;PzUlihaXlBvRiiySzwAAg5WAAKLxlGmvu5K9kjGsC4GrkAeoRm/HjgSkp10tjEShikmmis+fZDS0&#10;iZid2RuLiYeSnwAAgv2AAKKKlBa5mpJIkeC1W4Ejj66w8284jaGsv1yqi9ipUkk3imCnSDRSiTCi&#10;1xs3iRiSZwAAgoSAAJpSpNtuhIs8obpvr3tZnt1w0mp7nDhx9FiVmcZzG0Vul690PzBylmV1KBX/&#10;mE11KAAAhiB+aZmyo7t3Loq0oKR3hXrDncF36WnkmxF4Xlf8mJt450TdloJ5ei/qlSp57RWmltR5&#10;3AAAhQCAAJkLooZ/wYnqn31/XnoKnJZ/DWkfme1+4FdGl3p+0EQ7lWZ+2S9ilAd+6BVUlXh/CAAA&#10;hASAAJhKoWWISokNnmOHRHkYm4aGU2hOmNmFhFaAlnOE40OTlGSEai7ekv+EKxUHlD6EgAAAgyiA&#10;AJd+oHyQ3YhDnXyPQnhHmqGNvWd0l/eMWFXRlYGLGkL8k3uKNS5skgyJ0RTKkxuJQAAAgmyAAJbX&#10;n7CZq4eXnLmXeneXmd+VV2bJly+TU1UvlLeRjUJ7kpuQQC4MkSeQDhSSkhSNRgAAgc6AAJZGnxyi&#10;j4cYnCifz3cVmUSdDWY5loqadFSdlBWYQUH/kfyWyS20kG2WhRRhkTiNyAAAgUuAAJXOnrGrl4ad&#10;m72oTnaSmNKk+WW2lg6h11Qek5WfUUGHkYKeEC1Yj+mb4BQ5kISNrAAAgOCAAJV1nmK08IY7m2ux&#10;KXYimHitRmVBlaqprlO0kyqnDkEvkRKlOi0Oj32edhQCkAyNhwAAgIuAAIycrzRuAH5Xq3tvF29d&#10;qANwL195pMBxS06MobtyaDxBnzdzdyfNnfd0JA0voLhzxQAAgn+AAIwsrjl2QX4Gqnp2jm8Apu12&#10;8l8ao5V3bE4roIN3+zvonfR4jCeEnJl45A06nuJ40QAAgcWAAIu6rQ1+XX1zqVh9/258pcJ9u16L&#10;oml9ok2nn1Z9qDt5nMd9xiczm1d93g0/nTZ+OwAAgSGAAIswq+qGZ3zPqDqFd23DpKuEol3roU2D&#10;+U0RnkODgTsAm7SDNibgmjWDLQ0/m7WDEQAAgJOAAIqbqvmOg3w0p02NDW0eo8GLtF1BoGKKgUyJ&#10;nUyJiTqNmsGI7CaUmTGI/w0/mlyHPQAAgBqAAIoQqkGWxHuuppaUzWyYowWS7Fy6n6GROUwJnIWP&#10;0Toymd2O9CZbmD+PWw1CmSeI9wAAgACAAImoqZ6fIHtApficq2wmomSaRlxInv2YGEuhm96WXDnj&#10;mS6VhiY2l16U3A1KmBGI/AAAgACAAIlLqTSnp3sFpYqkvWvnoeShzlv4nmKfI0tKmzmdOTmKmJmc&#10;rCXzlsuZcg1KlzmI/AAAgACAAIkDqOiwgnq8pTOtKmuVoYKpwFujnfamvUr/msWk+jlOmB+ixCXI&#10;llGZjA1DlqCI9wAAgACAAH9yuf9tbHHhtcBuaWOxsb1vcVSrrelwgESZqmBxjTMBp5NyeB67ptFy&#10;wQW9pz9zbQAAgACAAH8zuR91UHHHtMl1jGORsJ516VSKrKl2YkR2qQl28DLrpiZ3dR7EpTB3kgYg&#10;pSF4xQAAgACAAH75t/F8/nFvs598nWNFr2d8XlQzq2h8VEQqp8J8azK2pNV8lh65o7V8oQZyozZ9&#10;owAAgACAAH6qtr+EknEFsnGDsGLGrj2C8VPKqjiCZkPJppaCFDJyo6SB8B6komKCFga2oX+B5AAA&#10;gACAAH5Mtb+MOHCksXKK4WJbrT6JsFNVqTeIrUN0pYaH8DIxopOHnh6QoTSIKwbxn/qEsQAAgACA&#10;AH3wtP6UBnBPsK2SQGIIrHGQl1MCqGKPJkMlpKqOEjH+oZ2NtR6BoCON4AchnqOE0gAAgACAAH2f&#10;tGmb5nALsBKZtmHGq8mXmVK+p6+VxELio/aUgjHSoN6Ueh5+ny6SpwdOnXiE8QAAgACAAH1qs+mj&#10;5W/Yr46hUGGQqz2ezVKGpxucqUKso1ybcDGcoEqa4h5mnnyUjQd5nHaFDgAAgACAAH02s5usR2/Q&#10;ryupVmGEqsGmXVJkpoKj60KQoq2iwzGUn4+f8x52ncmUmQegm8WFKAAAgACAAHKvxUhs3mWlwKxt&#10;tFgdvDlun0nTt+xvlTp1tAFwgSlTsTRxLRSWselwuAAAqyl0ewAAgACAAHKixHd0cGXDv7F0i1g6&#10;uwR01UnxtoZ1QDqWsnZ1vymNr392IRUVr8R1uwAPqel45wAAgACAAHKjwzp7uGWqvnJ7RVgmubV6&#10;/UnWtSR69zqIsQN7EimerfJ7OBVurd57BACjp9N9LgAAgACAAHKVwe2C2mWAvSaB+FfnuGqBQkmo&#10;s9KAzDpmr62AlimcrIqAkBWvrDCAzAEhpfiAxAAAgACAAHJ2wNKKC2VfvAeIyFfAt0WHtkl1sqiG&#10;2jpRrnOGUSmeq0eGSRXtqq+GkAGRpFWBDwAAgACAAHJRv/mRaGVKux+Py1eytk6OVElnsaiNIjpB&#10;rWyMXimoqiGMhRYnqViLgwHxouqBUAAAgACAAHIwv1CY02U/umKW4FeutX+VCkljsM+TjTo/rJCS&#10;wim2qTiTBxZgqC2PIQJHobSBigAAgACAAHITvtOgYGU9ucyeGlextNWb7klksBaaOjo6q9KZtim3&#10;qH2YeRaFp02POgKNoLOBugAAgACAAHH+vnaoNmVDuVClole7tEOjKElrr3ehazpFqymgUSnQp8qc&#10;RRaopo+PUgK6n/OB2AAAgACAANm1cYFsqsUOctduN6+/dBtvt5mbdUlxLYKsdmtyo2rrd4p0G1IF&#10;eKB1gjZ6eaB2wBICenl2rde3b1d33sNwcNx4R65JckF4t5hLc495NIF0dNJ5vmnHdg56UVDrdzR6&#10;1jVoeCF7PhDOeMJ6rdXibYSDHcGkbxuCZ6y1cJmBwpbMcgCBSYAcc16A6miTdLKAnE/ZdeWASjRs&#10;drx/7w/Ad0F/ItQZa+qOSr/VbY6MkKrubxmK8JU6cJeJdX6wcg6IMWdXc3aHBE7MdLSF4jOAdXKE&#10;2w7WdfODMNJ6apSZb747bECWzKlUbdaUP5Oub16R1X1ScOKPlGYlcl6NkU3Oc6SLqDKldEeKGA4O&#10;dNSGqNEmaYqknbzrazihI6gCbM+dqpJhblyaUXwcb+iXKmUKcWiUP0zjcraRpjHgcz+Pzg1lc+OJ&#10;DtAVaLmv1Lvdameriqbra/mnK5FJbYWi53sYbxie5mQmcJ+bM0wZceiX7zE6clqWFAzZcxuIsM9H&#10;aB+7FbsQacu2AaYMa1Oww5BebNarmHovbmqmxmNXb/iibUtwcUOeyDCqcZebkAxncnmIYs65Z7zG&#10;YLqAaWHAfaVhatq6Y4+cbE20YHltbdquz2Knb2ip70rOcK6mUDAacOuf7gwMcfeIJcpaeeRri7d9&#10;emRtS6PBeuZu648Ce2hwdHlVe+5x+mK1fHxzf0rSfRV07i/hfdB2Hgs5f2R2N8jpd+h2PLZXeJF2&#10;5KKkeS13g43secR4InhCel14ymGvev95eknZe6J6Gi71fEl6kAprfbF6qMdldiqA5LSuduaAh6Ec&#10;d5WALIxzeEN/6HbyePV/uWCFea1/mEjPelp/cy4HeuV/QAm2fDN+1sXTdKWLerMLdWuKM594dieI&#10;8osDduSHxHWid66Gv19feHiF0EfVeS2E7y0weZyENAkZeuiCd8Rbc12WE7GXdCqT9p4EdPCR2YmX&#10;dbePzXRldomN4V5Id2aMLUbteCCKnSxseHKJigiTecyFk8MkclugwrBicyyd15zOc/Ka3ohodL6X&#10;9HNKdZeVM11LdnSSrkYbdzSQiyu9d2uPeggieN2FgMIrcY+rfq9mcmGnzJvNcyOj+Ydoc+6gM3Jd&#10;dM+crFx9dbGZdkVqdmmW0SssdoeVVwfEeBeFQMFucPi2Ta6kccex2Zr6coGtMYaOc0Sok3GHdCak&#10;TVu9dRGgjETOdcmdwCqudceaIwd4d3aFDcDwcJTBNq4XcV68A5pScgm2iYXWcr6xHnDVc5msK1se&#10;dISoCEQ7dTulECoqdSOcggc7dvaE5LtugpRqnKoxgjhseJfrgfluKoR5gdFvv2/8gblxTVpwgbhy&#10;2UOAgd10RykEgoF1UwU8g7t2jbpMgL10s6kQgI11jZazgGV2VoNPgEt3F27lgEJ33VlwgFB4pkKT&#10;gHh5WigugPx5yATIggx60rkcfw5+zafCfvl+t5WYft9+nIIkfth+hm3Pftx+g1h5fvh+jUG6fyd+&#10;kiduf45+fARigJF+kre8fZSI1aZcfYaH7pQOfXyG/oDJfYGGFWyQfZ+FTFdhfcyEmEDMff+D9iao&#10;fkSDhAQJf0iB1LZtfFmS4aULfFCROJK/fFCPf3+EfF2NyGt3fICMLVZofL6Kxz/+fPSJkCX/fRiJ&#10;BgO+fi+CiLVVe2KdDKPze16ao5Goe16YHn51e26Vm2p5e5WTPFWKe8+RHj9GfAmPdSVofA+PAAN+&#10;fUGCXLR1ep6nSaMNep2kJpC8epmg1X2KeqediGmgetSadVTOexKXvz6sez6VxiTseyqUIANJfH2C&#10;ObPMeguxoKJYegytxo/4ef+pr3zCegSlmWjcejGh3VQaenmeuj4ZeqOc5CR/emqYUgMee92CHLNc&#10;eae8IKHSeae3mI9WeY2yvnwUeYOt6Wg5eaipl1OMee6mQT2XehqjfCQLec2YXwL8e16CBKzYi71p&#10;2pz5ioBru4v9iX5tcHnAiKlvCGZph/FwmFHsh2JyJDvohyBzhSGxh/V0TgAAh4F3JKvzigJzZZwH&#10;iPh0VYruiAx1Mni5hz92CGVxho124lEHhgZ3vDsRhcB4eCD2hmp4xwAAhZV7FarwiGp825rVh3t8&#10;+YnZhph9C3edhdp9IWRxhTR9RlAphLh9dTpRhHJ9mSBVhPR9kAAAg+Z+iqnRhvaGWpmkhg+Ft4iQ&#10;hT6FAHaLhIaEU2N5g+2Dw09cg3mDSTmmgziC4x/Gg5iCuAAAgm+AAKilhcOP25iYhOCOioeDhBeN&#10;InVig2eLtmJvgtaKZE5rgnWJSjjhgjKIbh8ygmaIewAAgS6AAKerhNeZfpeWg/qXfoaBgzCVXHRv&#10;goCTM2GMgfGRME2qgYaPeDhFgUWOUh61gViN3QAAgCCAAKbihByjMpbIg0WgiIWtgnadrHOZgcKa&#10;ymDEgTeYJk0AgM2V8jfHgHaUuh5RgGySVwAAgACAAKZKg4+tCJYjgr6puoT4geemJnLhgSaijGAS&#10;gJefVkxTgDmc2Tc3f9+btR34f6eURAAAgACAAKXjgy23GpWkgmCzM4RegXyu63I8gKmqoF98gBCm&#10;70vXf6+kejbNf1iheR2efw2UBwAAgACAAJ6mlR5pTo/UkyZrI3/ukXls1G7MkANualyNjrBv9kkP&#10;jZ1xdDPWjRByshmHjqJy9gAAgxZ6vJ3sk5RyWo8WkchzTX8UkCd0M236jqx1FFvEjVh1+UhVjEV2&#10;2TMoi613ihj9jQB3gwAAgaF+H50YkhN7To4QkGJ7fX4hjsZ7p20AjVh72FrgjA18GEeOiwF8XzJ+&#10;imN8kRh+i3x8bAAAgFqAAJwZkLeEK4z9jwuDs3z2jX6DNWwJjBCCuFn6itaCWEbOidOCCTHliTCB&#10;zRgRihKB2QAAgACAAJsmj4SNLIwAjeKMEHv4jF6K6WsIivaJv1ktibWIskYciL6H3DFZiBeHUBew&#10;iMaHWAAAgACAAJpSjqCWUYs/jQaUmHs3i36SxGo1ihSQ8FheiNWPRkVth9SN8TDLhymNTRdJh6yM&#10;BQAAgACAAJmkje+fgoqHjFqdMHp5is2atWl6iV6YPVetiCGWCkTVhxyUWzBehleT9Bb/hrKPjQAA&#10;gACAAJkcjWiozIn1i9il6XncikSizWjciMmft1cSh4idD0RAhoubSS/mhb2aKRa+heGPYQAAgACA&#10;AJi9jQiyVomEi3uu8XlWidyrOWhOiFKnkFaRhwaklEPVhgSi9i+GhTifHRZrhUiPKAAAgACAAJDY&#10;nuFozILXnExqjXPfmgJsNGPEl+9txVKHlgtvST/slIZwsStKk+hxsxBslt5xLwAAgAB90JBAnY1x&#10;Y4JImxByUXM8mMNzOmMmlqN0IlHwlLZ1DD9lkyp16SrTknV2ehA4lPV18gAAgACAAI+YnCF52YF1&#10;mbp6EnJ9l216TWJglVN6lVE9k2p66T7LkeF7QCpZkRx7cRAGky97JQAAgACAAI7PmsyCPYCSmG6B&#10;23GEli2BeWGQlBOBJlB7kjeA6j4qkLOAwinej+KAqQ/SkZKAqgAAgACAAI4AmbSKqH/Gl1mJuXC0&#10;lR2Ix2C0kweH3k/WkRyHDD2bj6CGeil3jsGGPg+tkBaFewAAgACAAI1VmMaTR38XlniRy3ABlDyQ&#10;QGAKkh+Ouk8zkDONYD0ljp+MaikijbaMXQ+LjsCJkQAAgACAAIzGmBib936alc+Z+G+Ck4mX1F96&#10;kWCVuU6ej3WT8TyljeKSzSjPjNiSxQ9pjZ2KawAAgACAAIxVl5mkv34ilVKiQ28AkwOfk172kM2c&#10;8U4djtya1DwmjU+Z3ChrjDiYGg9LjKyKVwAAgACAAIwBlz2txH3DlPSq3G6RkpqnqF6CkFakkU20&#10;jluiUTvPjMag9Sgfi6+bIQ8ci/mKNwAAgACAAIOJqRNoN3Y8pfZp4GgVox5reFjioHhs/kiLng5u&#10;cjaynDVvtyJem+NwWghYna9wIAAAgACAAIMSp/JwZ3XepNZxR2etoedyLFiBnydzFkgwnKtz/jZn&#10;msN0yyIrmkd1HgiAm3R1MQAAgACAAIKWppZ4aHU/o4h4omcioJN45VfvndJ5PUewm1R5oDYAmWd5&#10;/iHrmMx6FQidmWd6pwAAgACAAIIApUKAUHSQojqAAGZfn05/tldOnIx/gkccmhh/aTWLmCl/XyGh&#10;l3V/WAiul4t/kwAAgACAAIFkpCWIR3PwoSSHeGW1njyGrVafm3mF8UaWmPqFXDUblw+FAiFalkKF&#10;FAi8ld+D0QAAgACAAIDYo0uQX3NooE6PGWUunWGNy1YVmpiMj0YTmBKLiDTIlgeK8SErlSSLYgjM&#10;lGCF8wAAgACAAIBtopCYh3L3n5mWzmS4nKiVAlWdmdqTTUWml1GR8jR3lTyRWyEVlB6Q6Ajikw6G&#10;AgAAgACAAIAUohSg03LDnxueuWR+nBecbVVRmSyaOEVQlpWYpjQXlI6YYSDGk2+VfwjokgCGBgAA&#10;gACAAH/RobypXHJ9nrem7GQum6akMlT6mK2hpUUClg2gLTPZk/yefCCZktiWCgjjkTuGAgAAgACA&#10;AHa0s8Fnf2n1sDhpCFyArOVqjE4YqbxsAj6HpuJtXC09pOtuaxi5pZdubAGJoqpwAgAAgACAAHZa&#10;stBvUmnKryhwHVxXq6Zw+U35qFRx3T5wpV5yvC06o0lzahjjo6dzRgH+oDd1YQAAgACAAHYMsXx2&#10;6Glgrdh3G1wCqkd3YE2gput3wz4oo+x4LS0Qocd4hBjuoel4VAJenfl6WAAAgACAAHWssB1+XWjp&#10;rH1+Flt3qPN93U00pZR9wz3Hopl9xizQoGp90RjnoFp9vAKsm/p+rwAAgACAAHVErvSF4Wh/q1iF&#10;LlsFp8+Eh0y3pG2D8z1yoWSDjyyQnzKDaxjZnveDvwLtmjuB+wAAgACAAHTkrhONimgoqnWMclqv&#10;puOLWExfo3mKWD0eoGiJmixfnhiJaBjSnbaJgwMjmLaCHwAAgACAAHSUrWWVPWfmqcGTylpupiOS&#10;Q0wYoq2Q3jzUn5qP7iwwnTuQBxjanJWOWQNWl2qCQgAAgACAAHRdrNedAmexqS2bO1oypYaZVkvY&#10;ogaXozyUnuyWtSvrnJOWdhi7m8aQuQOJllOCZAAAgACAAHQurH6lF2e0qL6jGVoupPyg0Eu4oV2e&#10;yTx7nimd8yvrm76bkxjRmvKQyAOslYyCfAAAgACAAGoyvwNmtF3Ou0BoDlDjt5ZpcEMjtAVqxjQq&#10;sOhr9CMfrz5sog4hsUhr4wAAnwRzsAAAgACAAGntvj1uMl3Pujlu2FD1tkJvnENFsndwbjRbry5x&#10;MSNzrUpxnA61ruhw5gAAncB4KQAAgACAAGnNvOd1ZF2duNp1gFDVtM91uEMmsO12GTRRrZB2fCOR&#10;q4h2rg8crMh2JgAAnIl8IgAAgACAAGmou3J8a11ht2Z8HlCHs1176ULyr3d73jQtrBR78COTqfJ7&#10;+A9nquJ72AAAm2h/oQAAgACAAGl6ujGDf101tiOC2lBWshWCS0K0riuB1zQUqreBmiOUqIWBng+p&#10;qTCBrgAAmmyAAAAAgACAAGlOuTyKu10etRyJyVBEsQCI3EKerQ2IEDP8qZGHkiOdpzqHwA/mp6uG&#10;uAAAmZCAAAAAgACAAGkpuH+R/l0UtEeQyFA/sBiPgkKUrBuObDPxqJuN4SOnpjKORRAiplmK6QAA&#10;mN+AAAAAgACAAGkNt/OZWV0Xs56X5lBEr1mWVUKSq02VCDPkp8eUtiOcpV6TzBA/pVmK/AAAmEiA&#10;AAAAgACAAGj6t4+g610jsxOfSVBRrrWdfEKWqpucJTPppwubbiOxpJSYIhBWpIOLDAAAl7KAAAAA&#10;gACAAM1QbG1mRLnnbjBodaXTb9hqkJDgcWNslHsOct9ujWRVdE9wfUxsdaRyUDGtdqlz1g3HeDFz&#10;tstcae5xVLhYa+dyZ6RtbbZzd4+fb2d0hnnjcQZ1l2M+cpZ2pUthc/p3mzCxdNx4VQzmdnR35cmI&#10;Z8l8YLaRadx8XKLha8t8X44mbZl8fXiRb1Z8qmIScP983kpZcm99BC/Gcyt9BAwhdO58g8e7ZeKH&#10;ULTCaAqGUKEbaguFYIyaa/KEh3cqbc2D02Dbb4yDL0lUcQWCjS7pcZmB6wt2c5uAuMYYZEaSNLMp&#10;ZnyQVJ+DaI2OfosPaoOMu3XXbG6LF1+ybkOJokhgb8KIQS4ecCuHHwrkcniEUsTFYwCdIbHdZT+a&#10;cJ44Z1WXtYnKaVOVCnSma0eShV6lbSGQM0eCbqaOKS1pbuaMxQpocYSHCcO2Yf2oE7DUZECkl50q&#10;ZlWg+oi7aFSda3OpalKaE13IbDOW/0bHbbGUVCzSbcuS8woCcLmGxMLtYTyzCbANY3+uxJxTZY2q&#10;TIfbZ4Wl23LKaYShuFz/a22eBUYkbOqa/SxPbNmYXAmvcBSGjMJqYLu9/q+FYvq455uyZPizk4cl&#10;ZuKuTnIXaNqpc1xdasKlPkWLbDeiPivGbACcqAltcBKGX76vdI5lYK0EdYJnvppsdnFp74a+d1pr&#10;/XIPeEJt+1xaeSxv7kVTeg9xuysDet9zGQeAfRZzfb1Gcj1v8Kvpc2ZxO5ladHVycIW2dXZzmHEO&#10;dnN0vVtqd3F130R2eF125Co4eQV3kAb1e1t4FLvAcC56a6o+cXJ6tpfTcpp6+YQ/c7Z7Qm/BdM97&#10;lVpEdeR77ENzdtZ8MilYd058PwZ6edZ8bLopbl2Eyqiab7KEM5YxcOyDloLXchuC/m54c0+CgFkn&#10;dHiCDkKFdW6BnyiRdbeBLgYPeIWAMbiubNGPKacnbjKNw5S/b3yMUIFscLiK321GcfeJhFgaczSI&#10;UkGodC2HOyfedESGeQW0d2SDbLd4a5aZmqX0bP+XbZOPbk2VI4BDb5GS2mwwcNmQr1cpchaOt0Di&#10;cxONEic+cvuMVgVndt6Dp7aCapukFKT8bAihJJKSbVSeBX9Jbpqa5mtHb+uX+VZgcS6VVkA+ch+T&#10;OCa8cd6SIwUnd0qDfLXLad+ul6Q+a0yq55HFbJGm+H52bc+jBmp3byKfYVWjcG6cNz+mcV2Z8yZJ&#10;cOqW4gT0d6GDWbVWaWK5JKO4asm0t5Eja/6v+H3GbS+rPmnPbnqm8lUPb8WjZz8YcK6hDSXHcBWZ&#10;iwTKd+eDPbBwfP9krKBNfR1nHY8RfVRpV3yWfZxrZ2j+ffFtZVREflZvUz4RftVxDyQAf6tyJgH3&#10;gWd0Aa9TetFuoJ8zeydwE43fe3pxaHt1e9VyqWfzfDpz41NTfK91FD04fSx2HSNDfcl2nwG2f654&#10;ca4deNV4kZ3geU15GYy+ebZ5kXpLeiZ6AGbkepx6dlJmex967Txwe517TCKcfAJ7VAF9fit8V6y4&#10;dxCCZ5xzd5iCJYs3eBaBz3j6eJaBcmWueSeBJlFaebyA5TuPejqAoyHmemSAVgFLfdF/uqtmdZeM&#10;QJsgdiqLQInldrSKJXexdz+JAGScd9eH61BmeH2G+zrHePqGKyFJeOiFzAEgfhiAw6pPdGmWMpoJ&#10;dQOUeIjRdZGSlnakdiOQqWOhdsGO1k+Sd2ONNzoZd9+L+SC/d5iLtgD9flWAq6lwc3igL5kldBed&#10;vofqdKObFnXBdTWYZWLMddqV4k7bdoCTsTmKduuSKCBRdnOQzADffoeAl6jKcsGqOZhzc2KnFocr&#10;c+ijrHT/dHKgOWIOdRidE04rdceaeDj9diyZEB/vdXqU9ADHfrCAhqhcckS0WJfwcuKwioaPc1us&#10;YnRac9eoOGFzdHakgU2ldSKhsDh8dYOfhh93dKiVRgC0ftGAeaJ/hcVkGZOghRZmiYOXhJxownI/&#10;hEdq0V+4hAtsykvxg/JurDaBhCBwSBxlhWFw5gAAgEx2uqGYg7htg5Kng0VvCYKAguhwbXE1gp9x&#10;vl7DgmtzBEsXglp0OzXAgn11OBvIg291ZgAAgAB6uaCLgdl21ZFmgYh3i4FdgTt4K3ASgQN4wF3A&#10;gN55VUo4gNd55DUFgPN6Txs3gZp6LAAAgAB+Op9mgBmAJZAzf92AIoAXf6eAA28Tf3l/3lzbf2R/&#10;wkmAf2Z/rTR4f35/lBrKf+F/VwAAgACAAJ47frCJfY8kfn2Iz38HflCH/23kfiuHHVvWfh6GSkiR&#10;fjKFmTOyfkKFDRo5flmFDAAAgACAAJ1EfZCS7o4kfWWRlX4KfTqQD2zyfRmOd1r1fQ6M+EfXfRmL&#10;sTMcfSSK3RnHfPuKZgAAgACAAJx9fKqcZ41ZfIaaaX09fFeYLmwmfDSV5Fo0fC6TyUc0fDiSCjKl&#10;fCuRJhlxe8eO2QAAgACAAJvle/ul84y2e9yjVXyOe6ega2t3e3mdclmJe3GayUaPe4OYwzIfe22X&#10;+RkgesSQ/QAAgACAAJt9e3+vn4w5e2Ksbnv8eyGo2WreeuSlPFj+etKiHUYZeuCgGjGvesadnxi4&#10;efKQtwAAgACAAJTRjwxjkobyjZ1l8XfwjHloIGefi4lqJ1YbirtsFUM9iipt4S52iilvRxPIjJtv&#10;FAAAgAB6QJQQjS1seoYri/dt/ncOiuVvaGbLifRwwFVZiSVyC0KRiJNzPy3fiH10HhNiin1zrAAA&#10;gAB9tpMxi191R4Ucik12DnYYiUh2xGXUiGR3cFR9h594GkHXhxN4uS1Jhu55HxMDiH94mgAAgACA&#10;AJIsibh9+4QLiLJ+JHTyh8F+NWTqhuJ+O1Ophi5+R0Euhal+VSzLhXZ+VBK5hqB+BgAAgACAAJEw&#10;iEyGzIMPh1OGV3P8hmuFw2P1hZKFHVL1hNmEgUCchFyEDCxbhCCDvxJ3hOiDhgAAgACAAJBXhzuP&#10;voJUhkqOsnNDhWCNd2MihIWMJ1Ikg8yK8D/yg0SKACvSgv2JnhIfg2eIOgAAgACAAI+ohmKYtYGa&#10;hXiXF3KFhImVOWJng6mTRlFtgvKRij9VgmWQQitvgfuQHRHlgh6MGQAAgACAAI8ghbyhvoEJhNmf&#10;lnHpg+GdG2HMgvSai1DVgjeYWj65gbKW9CrwgTqWRhGygRGL9wAAgACAAI6+hUWq94CXhGWoV3Fj&#10;g2KlRWE/gmKiIVBYgZefmD5WgQqeZSqbgI6bNRFxgEWLywAAgACAAId8mJ1jFXpplphlWWxElONn&#10;eFzhk2RpckxJkg9rTTo2kSBs9SXZkThuAQs8k5VtdAAAgAB9RobVlv1rinnPlR9tAmuZk2luZ1xF&#10;kdtvv0u8kHtxBjm+j4FyJyV4j3ZyyAsukRhyRQAAgACAAIYglUhz23juk4h0pWrSkdl1ZFt7kFF2&#10;HksMjvV21Dkujfp3dCUOjdR3uwscjsh3fQAAgACAAIVIk7B8Fnf+kfx8TGnMkF18c1qmjtp8l0pL&#10;jYx8wDiRjJR85SScjFh85gsBjLx9DAAAgACAAIRvkl2EWXcqkLGEB2j4jxiDoVnGjZqDMUmojEGC&#10;yTgFi1GChyQ4iv6CZwrtivGB7gAAgACAAIO6kUeMyHZyj6iL72g/jg+K9FkYjImJ60kGiy6I/Tec&#10;iiWIWyPricCIawrZiWeGFAAAgACAAIMmkHSVRHXxjt2T8Ge8jTuSYliGi6iQxUhrik2PaDcUiUKO&#10;mCOeiLKOxgrGiB2HSQAAgACAAIKxj9adznV2jkKcBWc6jJeZ71gEivaXzEfqiZOWGjaPiIyVayM0&#10;h+mUFQq2hxCHPgAAgACAAIJaj2SmhHUWjc6kW2bLjBehx1eRimefL0eEiPedUjY8h+WccCLuhzmX&#10;ngqVhkaHKAAAgACAAHqQoqVicG4ToCZklWCrne5moFIgm+doikJYmh5qTjDimP5rwxyBmcFsPwPf&#10;mKFsvgAAgAB/0Hn8oUFqe22gnsxr4mA0nH9tQVG5ml1ulUIBmIBv0jCjl0pw1Bxml89xBwQglhBx&#10;0gAAgACAAHlrn6JyWGzunUJzIV+dmvRz5lEhmNF0rEGClvJ1aDBElbF1/hw2lgV1+wRSk8V3TQAA&#10;gACAAHjEnhB6HWwym7t6YV7NmXh6nFB8l1h63EDslYF7HS/TlDx7Txv3lGd7MQR0kcB8TAAAgACA&#10;AHgbnL+B72uImnKBuV4emDWBdk/IlhOBLUBolDSA+C9kku+A3Bu1kvWA2ASOj/2AnQAAgACAAHeG&#10;m7qJ32r6mXOJOF2TlzCIdU86lQmHrT/ikyKHBy8ZkbmGsRuPkZ2HFgSojnaDJgAAgACAAHcRmt2R&#10;12qAmJ6QxF0VlliPhk66lCuOSD9tkkCNTi7EkMqM9BuGkGWMpATHjSmDOwAAgACAAHazmkWZ62pL&#10;mAaYg1zdla6Wy05zk2GVDD8ekWWT1i5jj/uT0hswj4yRPQTVjByDRQAAgACAAHZrmdaiK2oCl42g&#10;e1yLlSeeXE4cksycRD7SkMSbGS4nj0uZ8BsHjs2SRgTYi1KDRgAAgACAAG4GrTlhk2IDql1jklU6&#10;p7dlg0dppTtnVzhNox1o9yc2ohdqGxIqpH9ppwAAmNNuYgAAgACAAG2DrBBpP2G6qRtqj1T9pkZr&#10;4UdAo6BtKjg3oWBuUyc/oDFvGxJxoi1uigAAly1zaQAAgACAAG0XqoFws2E5p5Nxc1SYpLRyN0be&#10;ogNzATftn7lzuicbnnJ0LhKSoBNzmAAAlaB4MAAAgACAAGyhqOp4CGCvpgN4U1P9oyx4nEZqoHp4&#10;7zeJnjN5QSbdnNx5bBKXnjJ49QAAlDB8YwAAgACAAGwop5B/bGA4pK9/UFOBodl/K0XjnyZ/BDcx&#10;nNB+9Cadm3B+8hKSnIZ+4wAAkuiAAAAAgACAAGu9poeG8l/Zo6WGd1MloMeF5EWFnguFUDbYm6uE&#10;5SZvmiiE1RKSmwOEuAAAkcaAAAAAgACAAGtkpbeOfV+RotKNr1Lfn+eMskU6nR6LuzaGmryLGyY7&#10;mSWLShKlmaiJoQAAkNuAAAAAgACAAGskpQ+WEF9UoiaU9VKcnzOTn0TznF+SWTZAmfSRsyXpmGGR&#10;vBKCmK2MgwAAkCeAAAAAgACAAGrwpKGd419WoaScqFKZnpia90TYm6KZVjYzmReYzyX8l2qW5xKq&#10;l6mMngALj4qACAAAgACAAGGzuHxgiVX0tXxiUkmhspBkGDxhr8Nlwy27rYxnJRySrURnuAhcrqRn&#10;awAAk1hy2AAAgACAAGEwt5Fn21XHtE9pAkmSsRVqODxvrgtrZi3lq59sZBzwqwpsugjxrAlsaQAA&#10;khd3bgAAgACAAGDqtgtu7FV3sr9vkkldr3JwRTxDrFFxBy3Wqc5xpx0UqQVxyQlcqaVxnQAAkOF7&#10;gAAAgACAAGCqtGR12FUlsRp2GUj9rdB2YTwEqqt2ui2qqCB3Cx0XpzJ3Bgmop3p3OAAAj79/FgAA&#10;gACAAGBosvV80lTpr6x8v0i+rF18rTu5qTR8nC2OppV8oh0ZpY58mQnqpYh9GQAAjsGAAAAAgACA&#10;AGAusdqD8VTHroGDl0ijqySDKjubp/GCwS1vpUiCgx0lpBCCoAono8yCOQAAjeOAAAAAgACAAF/9&#10;sPyLFFS1rY2KfUiYqh+JvDuLpuGJCC1dpDGIth0rot6JIAplokqGiAAAjTOAAAAAgACAAF/ZsFeS&#10;RlSyrMuRfkiYqUiQdjuFpfmPiS1Lo0GPZR0YoeyOvAp8oR+HFwAAjJyAAAAAgACAAF/Br92ZoFS7&#10;rCyYvUijqJGXgTuHpTSWhC1Som2WLR0zoQGTTgqSoCKHJgAAjACAAAAAgACAAMETZxVf7a7TaTli&#10;tJvtaz5lYIgibSRn7nNpbvhqaV23cLls0UbHckVvECzPcyZw3QoEdipxFL8gZCVq0a1LZopshZqO&#10;aL9uLIboatJvy3JGbM9xYFyobrFy60XJcEl0UyvocPF1XQltdGh1a71JYZV1p6uGZCB2TpkHZn12&#10;84VzaLN3pXD4atJ4XFuBbNB5EUTKbnB5rysPbtl6Cgjpctx6Lbt3X0uAXam4YfWAD5dDZGx/yIPu&#10;ZsF/jW+XaQF/aVpSaxh/TUPPbL5/KSpCbOR+7Qh2cbN+hrnMXVWLBKggYBeJ3JWyYqaItYJpZQyH&#10;l25SZ2KGjlk1aZCFp0LnazmEzSmJaxmEGggUclmCP7hxW8CVs6bUXpKTu5RwYS2RtYExY6KPtm0t&#10;ZgON1Fg8aDeMHUIaaeOKoCjlaX6JsQfBcuWFPrdcWnmgY6XMXVadnpNqX/WauoAxYnCX3mw9ZN6V&#10;MVdqZxqSwEFxaLuQryhgaBePygd8c1mFELaOWX+rDqUFXGKnfJKcXv6jvn9fYXagCGtuY+ecmVat&#10;ZiyZj0DWZ8mXJyfsZuKVIgdEc7iE6rYKWNS1rKR+W7WxP5IDXkSspX66YLGoIWrPYx2kA1YfZWCg&#10;fkBNZvCeHyduZciZXwcYdAOEzLM3buxfR6KZcE9iMZEOcadk6X5ocvZnd2q0dD9p7VXpdYFsTT+8&#10;dqRudyYCd1pv/AQyewlxErHCbCxpq6F7bc9rjJAAb1BtUH1rcL1u/2nDciBwn1UOc3hyMj74dKBz&#10;miVXdQ90eAPheXJ1ybAxabVz9J/Na3503457bSB1uHv2bq12jGh6cDB3YFPtcaF4Lj3+csl43CSH&#10;cuZ5JgOZeet6Rq6SZ4J+H54maWZ+LYzaayF+LnqVbMd+KWc4bml+MFLZb+5+Oz0ccRd+PCPScOF+&#10;EANbelN+K60QZZ+IR5yzZ5iHi4tsaWmGunkuayCF4WYTbNGFFVHXbmyEZzxLb5KDxyMwbwaDUwMm&#10;eq2BgqvWZBiSfZuAZh+Q/IpBZ/qPWXgOab+Nr2UFa3qMGlD2bRaKrzuUbjqJiCKgbV2JHwL6evmC&#10;A6rcYtyctZqJZOyacolLZsuX/ncfaJWVhWQlalyTNVA2a/6RJjr/bRKPjyIva+qO3ALVezeB6qoj&#10;Yeym7ZnMY/6j6YiEZdmgqHZWZ5+dYmNgaWqaYU+AaxSX0TpubCGWFiHJaqqTkAK3e2qB1qmtYUWx&#10;H5lGY1StW4foZSKpTXWxZtylRWLFaKKhpE76akqetjnra0qc+iFPaYqWhQKfe5OBxaWkdxVew5Z6&#10;d69huoY0eFxkdHSneRRm+2HwedNpZ04GeptrtziLe2Ztvx7LfDtu0wAAgAByYKR4dHlojZVadVRq&#10;joUBdiVsaXOLdvZuJ2Dud8tv1U0ieKNxbDfDeWZyxx4oedhzUQAAgAB3BaM2chdyUJQCcx9zboPk&#10;dA50dHJodPh1Zl/sdeB2U0xGdsd3NjcRd4V37R2dd5J4BwAAgAB7GKHEb/V795KNcRd8T4JYch98&#10;jHEZcx58uV64dCV86Us8dR59GDY1ddV9NhzzdXd9AwAAgAB+oqBsbiaFnJE4b1qFO4EIcHWEt2/U&#10;cYOEH120cpSDkEpVc5+DFzV8dE2CrRxqc4WCbwAAgACAAJ9QbK+PVpAgbe+OPn/4bxOM927NcCyL&#10;nVy9cUWKVUmNckyJNjTbcvKIYxvvccuISwAAgACAAJ5ta4CZE488bMiXR38Ube6VP23wbwuTJ1vu&#10;cC6RNEjccTePiDRZccWOcRuQcF2NWAAAgACAAJ3Eapai046Ka+OgV35YbQWdkW01bh2avFs2b0KY&#10;K0gwcFKWGTPRcNSVHxs6bzWRegAAgACAAJ1UafGsl44Iaz2pcn3BbFSl8myXbV+ia1qlbn2fTUe1&#10;b4qdAzNWb/+beBrEbkeSGQAAgACAAJhQf5deWopJf3BhRnsYf3hj+GqWf55mdljYf9do1UXGgC5r&#10;DTDlgL5s3ha1gj1tNAAAgAB2XJdTfRtnmIlGfTlppHoBfWRrh2mRfZxtTVftfeNu/kT7fkFwjzA5&#10;fr1xyRY2f7NxuwAAgAB6Z5Y5etdwvogBeyByAXjle2JzJ2h4e7B0N1b6fAh1OkQvfHB2KS+XfNt2&#10;2BXFfUh2hQAAgAB985UFeMR554a8eSp6cneXeYV622d5eeF7OVYQek57jkNxesB73C8Jext8ChVm&#10;ex17pgAAgACAAJPTdweDDoWud3+C83aEd+qCsGZNeFKCUlUfeMeB+0KWeUiBtC5XeZKBdhTpeU2B&#10;UwAAgACAAJLUdaSMS4SpdiaLh3WEdpeKkWVYdwaJg1Q6d36Ig0Hgd/aHri3GeDCHLRSBd8aGpgAA&#10;gACAAJIHdIKViYPbdQyUI3S3dX2SfGSRde6QwVN9dmyPKUFBduKN4S1advyNUxQ5dn6LFgAAgACA&#10;AJFqc6CezIM3dDCcynQLdJ6aeGPndQiYE1LXdYaV80ChdgCUZizadgeT/hP1dXeNfgAAgACAAJD9&#10;cv2oHIK6c4+linN9c/Sik2NVdFGfj1JTdMac/UAzdTmbaixsdTOZjBOLdLSNNwAAgACAAIssiH5d&#10;8H4Rh61gx2/Thx1jamBHhrhl2090hnFoJz0rhmZqOyi8hu1ruQ4GiP5rRwAAgAB504pRhjRmrX06&#10;haRotW7shS1qml9zhM5sYk66hIpuDzyPhHxvjyhAhN9wjw3Xhklv9QAAgAB9WIlehAdvU3wdg6Rw&#10;o23tg0Jx2153gvNy+k3fgrt0CzvYgrF0+iezgvd1hw2eg+d07wAAgACAAIhPghR36Hr6gcV4l2y4&#10;gXh5Kl2EgTJ5qE0AgQ16HjsjgQd6gScsgTJ6qw1mgdF6XQAAgACAAIdKgFaAi3n9gBuAo2vCf9+A&#10;llyLf6aAbkxnf3uASTqof32ALSbcf46AEA1Sf/5/6AAAgACAAIZofweJT3k2ftiI02sCfpuII1vC&#10;fl6HVkuNfjeGlzn9fiyGCSZRfiSF2Q0NfnqEowAAgACAAIWxffOSEXh5fcyRBmpHfY2Pt1sNfU6O&#10;UErcfSmNDzlmfRaMLCX1fOOMOgzqfTKIlgAAgACAAIUifR2a1XfnfPuZRGmwfLeXX1p5fG+VYkpJ&#10;fEaTsjjTfDSSsSWCe+aSSgzLfCeIpgAAgACAAIS4fH+jsXd0fGChrGkvfBOfOFn2e7ycsUnWe4ea&#10;rDh2e2uZ4CUmewyXIwyKe1+IegAAgACAAH5DkfldZnHakJFgGmRpj3FiplW6joNlB0W+jcNnOTQf&#10;jXJpGx/SjlZqFwZOjplqFAAAgAB8y317j+hlqHEqjrBnoGOyjZlpf1UZjKRrQ0U2i9xs5TO1i31u&#10;RR+OjCdu4AZqi/Zu8AAAgAB/3nyujddt0XA6jMVvI2Lki7xwYlROitBxjkSLig1yozMuialzhh82&#10;iiNzzAZ3iZ90KwAAgACAAHvJi+116W9Eiu52qmHeifl3VFOFiRN38UPXiF14ezKjh/Z45x7diEZ4&#10;7QZ8h5J5vwAAgACAAHrpikp+BW54iVh+RGEZiGt+ZFKwh45+akNRhst+bTI2hmd+dx6dhox+YwaM&#10;hcZ+rwAAgACAAHoiiPqGRG25iBaF+2BehyqFh1ILhkKE+EK6hXyEcTHyhPeEIB5uhPmEOwaRhDyC&#10;2wAAgACAAHmDh/SOjG06hxqNzl/jhieMylF3hTCLp0IZhGmKsjFgg96KMh4pg6OKiQaLgvOEbAAA&#10;gACAAHkEhyqW3Wy5hlSVsV9dhVmUJ1D1hFWSfEGag4ORMTDUgviQyB24gpuP1gaJgeWEawAAgACA&#10;AHiihpKfTWxShb6dy17qhLibxlCCg6WZokE2gsKYJTCGgiaXth2Bga+T8wZ9gRSEYwAAgACAAHGv&#10;m9hcsmXxmfdfQlk7mGBhtEtOlvxj+zwKldpmByrilX1nnhYul4VnxwAAkw1pvwAAgAB/SnD3mg5k&#10;jGVnmEdmb1i0lqJoQErhlSNp+Du2k+prgyqvk25sqxYwlRdslAAvkL5utgAAgACAAHBPmBNsQmSi&#10;lmptjlgOlMtuzEo/k01v+zs0khFxCSpWkYJxyhYVktxxhQBzjnB0MwAAgACAAG+TljFz42PRlJZ0&#10;rVcrkwd1ZUmNkY92EjqZkFt2qCnlj8F3CRXekNl2rQCijGt5RAAAgACAAG7XlJt7kGMXkwx74lZx&#10;kYJ8HUjQkAl8QzoSjs98Zyl1jjF8fBWcjw58OgDDiqp9pgAAgACAAG4yk1uDWmJ8kdaDPlXckEiC&#10;+0g7jsqCoTmEjYaCVikwjL6CNxV2jWSCaADgiSeAlwAAgACAAG2skk+LJ2H1kNWKoVVUj0WJ5Eez&#10;jb+JFTkGjHaIdijPi52IURV1i+OIBAEDh9+ArwAAgACAAG1CkYuTCmGxkBeSNVUSjnmRAUdpjNOP&#10;sTi8i3SO0yhwip6PBBUZiseMoAEahtGAvgAAgACAAGzvkPibDmFfj32Z+FS5jdSYX0cQjCCWsThy&#10;irGV0Sg5icWVJxT8icmOMAEnhgOAyAAAgACAAGVipldbsFoSpB9eFU3woiNgZUCroFtijTHynwVk&#10;aCDnnxNligv7obtlGgAAjZRt0gAAgACAAGSzpMxjJ1mmoo5k8U2ToG1msEBsnntoVjHSnP9pvyDz&#10;nNVqigxPnvpp/QAAi/tyzAAAgACAAGQrouhqdVkMoLhruE0ZnpRs8T/4nJpuHjF/mxFvGiDQmsFv&#10;lQx9nGxvBgAAint3ogAAgACAAGOdoQdxq1hrnuJyekxonMlzPD91mtFz9TERmUh0jSCQmN50wwyO&#10;mhl0VQAAiRR75QAAgACAAGMOn2548FfhnVN5WEvemzt5rT7jmT957DC0l6l6JyBNly16MQyOmAF6&#10;KgAAh9F/nAAAgACAAGKQniyAVldxnBaAYUt1mfiASD58l/OAGjBVlk5/+iAllaJ/+AyVlh6AEQAA&#10;hrSAAAAAgACAAGImnS2Hv1cZmxiHeUskmPCG+D4oltyGZi/6lTKGDh/mlG2GRAyslHSFDQAAhc6A&#10;AAAAgACAAGHVnF6PK1bMmkqOm0rTmByNvj3Ylf2M2y+ulESMdh+Lk36MrwyJkyWIegAAhSGAAAAA&#10;gACAAGGVm8uWzVa/ma6WJErFl2yU7z29lSiTrC+rk0qTZx+xkluR7wy/keyInwAAhJyAAAAAgACA&#10;AFkjsa1aZE4ar1JcjUJkrRleqjWcqxhgnicsqeNiIxWTq2FiaANFqbZjWgAAiOdx/QAAgACAAFhw&#10;sGdhfU26reJjG0Ijq2pkuTV/qS5mOic6p71nYBXqqM9ncAPSpr9oUQAAh6B2sgAAgACAAFgIrpJo&#10;aE1KrAtpkEHQqYlqtDU4pzhrzicYpaxsmhYKpnNsfAQ5o/NteAAAhmd63QAAgACAAFeurKdvOkzf&#10;qiZv/UFXp6hwuTTnpVVxbSbfo7xx7BYKpE5xqwSEoVxy/AAAhUF+igAAgACAAFdSqv12HEyKqIJ2&#10;ikEEpf926jSKo6Z3Mya6ofV3bRYJol13KQTCnwZ44QAAhD6AAAAAgACAAFb/qa19I0xQpyp9SkDV&#10;pJ19TjReojd9PyaSoHR9MxYboJd9FgT/nO9+FgAAg16AAAAAgACAAFa6qKCELUwpphKEFkC5o3WD&#10;xzRBoQKDbCZ0nzSDRxYdny2DhwU+myGCegAAgq2AAAAAgACAAFaFp9KLQ0wTpTKK/UCqooOKZzQy&#10;n/6JzyZdniGJyhX/nhGJNgVNmauDlgAAghaAAAAAgACAAFZipzSSfkwMpHqSIkCnobqRVTQunyOQ&#10;pCZnnS+QmRYmnPaN5AVqmHCDqQAAgYCAAAAAgACAALUmYVNZsqP+Y9FdA5I2Zi9gN3+GaHFjTGve&#10;ap9mRlcobK5pJUEqbmJrzyfrbtpt3Qa5dKNuxbMqXc5kYaJxYJpmrJDUYzZo5n5LZa5rEGq6aA1t&#10;KFYeakBvLkA1a/xxBicYbBJyXgZjdTVzQbFOWrFvAaCqXbNwSo9NYINxjHzWYyZyzmluZax0DVT7&#10;Z/51Qz8+abt2ViZRaWV3CgYXdbV4Iq90V+V5gZ7dWxZ53I2MXgl6OXtZYNJ6l2gUY397AVPUZep7&#10;az5OZ6h7xCWXZt176wXVdiR8mq2+VXiD8p1GWM6DdYwEW+OC9nneXsWCeWbiYYyCCFLIZBGBrz12&#10;ZcqBWCTyZISBEQWddoOAbaxSU3aOZpv3VumNGIrMWhSLwHi4XQ2KamXOX+SJKFHnYnCICjy+ZCWH&#10;GSRiYnWGnQVudtODpqstUc+Y1ZrqVViWtonQWJGUg3fKW5iSWWTvXoCQVFEkYRSOhTwpYriNDCPw&#10;YMiMogVGdxaDkapQUISjNpoeVBugQ4kKV1qdN3cMWmSaO2Q3XVSXgFB4X/GVHjucYYqTViOOX2yR&#10;7AUmd0yDe6nBT5itdZmSUzSpoIh4VmyluXZ5WXCh+GOwXF6emVAEXvqbxTsoYH+aBSMiXkWWHgUN&#10;d3eDaqgXaNtZSZhjaqlcr4fPbGtf5nYlbh9i8GNlb8pl3E9/cV9opzoicq9rKiDocvFszAFMfc9u&#10;86aBZYhjd5c0Z6Vl5Ia9aZpoMXUta3ZqY2KAbUJsfU6zbvFufzl0cD5wRSBbcAJxTAEufgFzx6Te&#10;YohtjpV/ZNlvDoU3ZvtweHO4aP9x1GE4au9zJk2WbLh0aTiBbf11fB+dbS51+QEUfi14ZaM0X9d3&#10;iJPVYlB4MIOWZJR4x3JfZrh5UV/+aM153EyMaqp6Yzera+Z6zx76ap164QD9flR8ZqGoXX+BfZJg&#10;YBmBXYItYnyBJnD+ZLiA4l7oZuGApEuXaNSAdzboagOASx5raHSAHQDqfnV/1KBjW5CLe5ErXkKK&#10;loEJYLiJkm/pYwmIg13mZUCHgkrJZzWGozZDaFiF+B3uZquF2gDZfpGAk59fWfmVdJAyXLyTzIAa&#10;Xz6R+28GYZuQJF0RY+KOb0oTZdyM8zW/ZuWL4R2PZTOLjADMfqiAip6dWLufYY9zW4ic939ZXg2a&#10;W25KYGyXv1xaYriVYUloZLmTaTU3ZbKSNx06ZASQNgDBfrqAgp4dV9ipNo7qWqWmDH7DXSOip22y&#10;X3ufTlvQYcScWEj1Y8KaBzTDZKKY5RzLYw2TeAC4fsmAfJs2cLJY94zVccxcYH1ncvFfkGy8dBti&#10;jFrhdURlZEfBdmdoEzLyd2hqYBled81rWgAAgAByHZnhbYdijYujbu5lD3wxcEFnaWujcYxpoVnl&#10;ctFrvkbmdAdtujI4dPVvYBjSdMlv3AAAgAB2yJiFaqFsIIo/bEBtx3sRbb1vVWqFbyZwxljucINy&#10;KEYYcclzdDGZcqV0fBhjciZ0kwAAgAB64pcEaAV1mYjBact2fnmDa2d3Rmk6bOx3+Ve+bmx4o0UW&#10;b8J5QTDHcIl5txfKb+x5jAAAgAB+cZWgZcZ/DodnZ6Z/PHgzaV5/Rmf4avl/OVbGbIh/LEQ5be1/&#10;KDAabp5/HhdSbgZ+8AAAgACAAJR7Y+qIkoZMZd+ICncmZ6aHVmb3aVOGjFXWau2FzEN/bE6FKy+I&#10;bOeEvxbpbHKEwAAAgACAAJOPYmKSEoVlZGaQ2HZGZjaPZmYhZ+2N4lUNaZKMfULWavSLVi8Va2qK&#10;rBadayOJxwAAgACAAJLeYS6biYSyYzuZoXWOZQ6XdWVuZsOVOlReaG2TPUIvadKRsi6Tai6RJRZW&#10;ahWN5QAAgACAAJJmYE2k84QuYl2iZ3T7ZCmfhGTZZdacnFPYZ3qaF0HBaNmYUy4iaRiXYBXlaUyO&#10;zgAAgACAAI58eOdYsYEneVJcCXK3eeFfKGL+eoRiE1IBezFk1D+de+9nXis8fMVpWxDeflBpYAAA&#10;gAB2CY1SdeFhuoAQdplkQHGcd1Jmm2H9eA9o01EfeM9q6z7deZVs0yqfekduQBCIe4Vt9gAAgAB6&#10;H4wdcxtqtX69dAlseXB7dONuHWDldbtvolAydo9xEj4ad11yXSoLd+1zRRA9eRByywAAgAB9tYrV&#10;cJNzsn1rcah0wG8pcqF1rV/oc412h09PdHp3Sz1ndU93+ymOdb14aRADdux38AAAgACAAImTbmt8&#10;rnxQb5l9Fm4LcKl9V164caV9ek5dcp59mjyKc319uijdc8Z9ww+hdSV9ngAAgACAAIiJbKSFtntH&#10;beOFem0Obv+FDF3HcAmEgk1/cQeD/zvjcduDmShbcf+DZQ9ac6GC+gAAgACAAIeyayyOunp1bHmN&#10;3mxBbZyMw10CbquLkUzGb7CKeztIcH6Jpif6cHCJaQ8uclmHcAAAgACAAIcMagKXuXnNa1iWRGuV&#10;bHyUgVxdbYmSqUwjbo6RDzqqb1uP9ieAbyeP7A8AcVCKJQAAgACAAIaXaSSgs3lPan+etGsKa56c&#10;UVvQbKGZ3kunbZ2X0jpFbl+WricVbgmVZQ6ncJGJ6AAAgACAAIHXgYtYXXVYgVhbl2fGgVpeoVjs&#10;gX1hd0jBgbhkGzcDgidmcSLRgx1n+AjnhKRn3wAAgAB5c4DLfrZg4nRofspjX2bUfu1ltVgXfx5n&#10;50gLf2Bp8jZwf8pruSJngIRsyQjfgelsmgAAgAB9Bn+6fA1pXXM5fFZrKWXNfJds2FcZfNxuZkcy&#10;fS1v2DW+fZZxEyHmfhhxtgjFf4ZxmwAAgACAAH6YeaZxynIOeg1y92SWemh0BVYuert090ZbeyB1&#10;0zUXe4d2iCF0e9R20AiyfXB3CwAAgACAAH2Ad4l6S3D5eAt63GOMeHl7SVUseNp7mUW0eT974TSL&#10;eal8GyEZecB8IAiqe6F8lgAAgACAAHyPddeC3nAsdmuC32LNduGCrVRfd0aCXETld6yCEDPyeAKB&#10;3yCfd+OB1QiDeh+BXAAAgACAAHvLdHGLam9mdRCK3mIMdYmKEFOldfGJKEQ0dliIXTNcdqCH2SBK&#10;djuIDwhyeNiFVQAAgACAAHsxc1KT8G7Oc/uS4GFzdHORf1MTdNWQBEOjdTmOzDLLdXqOKx/cdOCO&#10;DQhjd86FqwAAgACAAHq+cnicfG5Xcyea/WDzc5uZEFKTc/KXDkM1dEmVgTJ0dHqVEh+Bc7aS1ggs&#10;dwqFhgAAgACAAHVOirdX2mmAifta8FyyiXxd3k6kiSdgmz80iP5jGy3ziUplKRl/ivll8wH1ihRn&#10;GAAAgAB8X3RYiBtf52izh5liU1vohy5knk34htlmxT6phqtouS2OhuJqSxlPiDBquwIsh2xr+gAA&#10;gAB/g3NqhZFn52eshT5ps1sLhOlrZk0jhKFs+T34hHhuZC0HhKFvfRkAhZlvoAJOhRNxNgAAgACA&#10;AHJwgz9v32ahgwhxGVn2gsdyOExKgoxzPj00gnB0Iyxtgo50yhicgzZ0sgJdgwp2zQAAgACAAHF9&#10;gUJ34GW5gR14kVkOgOp5IktdgLd5mDyZgJN5/CvogKl6QhhIgP96EwJugUR7wAAAgACAAHCmf5B/&#10;8mTvf3+AI1hSf1WAJ0q1fyGADDwHfvh/8Cuzful/5RgzfvN/6AKNf71/+AAAgACAAG/2fjmIC2Rh&#10;fjqHxlfPfg2HPUorfcqGlDtyfZuGCyspfX2F1Bf3fSqGHQKWfnaBwAAAgACAAG9pfSaQJGPXfS+P&#10;cldFfQCOZ0mqfLWNPDr1fHyMYCqkfFGMPBeQe7SLWwKffWqBxgAAgACAAG79fFOYS2NqfGCXQlbT&#10;fCyVv0k7e9aUIjqXe42TEipbe0mS/xdRenWPjwKQfKCBvAAAgACAAGkDlH9XCl3Qk0hZ91GuklVc&#10;xURRkZVfYjV5kSVhsCRykaJjVQ9PlIxjJwAAiAlpmgAAgAB+1GgdkiNeqF0fkRRg/VEJkCFjOEPM&#10;j1FlTjUXjsxnHyQ+jxxoWw9pkW1n+gAAhiJuZAAAgACAAGdRj7ZmN1xAjsxn/VBQjedprUMcjRtr&#10;PTSNjJFslSPijMJtbg9ejoJs6QAAhF5zpwAAgACAAGZ+jXFtvFtejJ5u/09ii8lwKkJliwVxPDPs&#10;ioByICNviphynQ83i89yDgAAgrx4mgAAgACAAGWvi311TFqWirx2FU6bifF2wkGeiS53UDNmiJ93&#10;yCMDiKJ3/Q8MiVN3lAAAgU585QAAgACAAGT3ieJ88FnuiTB9S04AiGd9e0EJh599jTLehwR9mSLZ&#10;hsx9ow8LhxJ9tQAAgBuAAAAAgACAAGRaiIiEi1lSh+aEd01ohyCEL0B2hlSD0DJahbCDiiKAhViD&#10;iQ8zhSGDRwAAgACAAAAAgACAAGPeh4CMRVkNhu+L5U0vhh+LJEA/hSyKOzIvhGeJsCI2hAaKAQ7l&#10;g6CH8gAAgACAAAAAgACAAGN8hrGUGVithiGTfEzLhU2SUz/hhE+RBjHjg3OQbiICgu2QKg7bgl2K&#10;CwAAgACAAAAAgACAAFzgnvFV31JCnVlYn0bAnAhbRTn5mvtduCuJmn1fvhpJm81guAaEnEphBAAA&#10;g6NtSQAAgACAAFwGnN1dHVGsm1lfVUY3mfRheTmVmMBjcitRmBRlDBpQmRFltAbfmN1l4wAAghBy&#10;MQAAgACAAFtfmoVkQ1D1mRtl/EWfl71nojkFloRpJirqlcVqVhomlodqtQcXlZxq5AAAgJd3FAAA&#10;gACAAFq2mEBrWlA4ludsnkTRlZdtzjhqlGFu4ypqk59vsRndlDNvzgcukrFwIwAAgAB7ZQAAgACA&#10;AFoMlkxygU+SlQRzW0Qwk7d0HDfGknx0tyoCkat1LRmUkhx1IQcxkCp13gAAgAB/LgAAgACAAFlz&#10;lLd5yE8Gk316Q0Oxki56lTdRkOl6wymYkAR63xlxkC16zAc7jfh70QAAgACAAAAAgACAAFjwk2uB&#10;E06Wkj6BO0NMkOqBIzbtj5eA7CkujqWAzhkgjqmA6wdQjByA4AAAgACAAAAAgACAAFiIklyIYE4v&#10;kTqIO0Lnj+aHxDaQjoaHNijcjX6HBhi3jXOHRwcriqOE2QAAgACAAAAAgACAAFg3kY6P5U4JkHKP&#10;o0LDjxWOzjZvjZCN2yjijFeNwhj5jAiMoQdyiVSFCQAAgACAAAAAgACAAFCmqmFUTUZiqJhW0jtN&#10;pw1ZPS7speRbaSCGpdlc9w6XqKNdCAAAoAhgfAAAgABxLgAAgACAAE/GqJRbKkXEpsxdNzq/pR5f&#10;Mi6Fo8Fg9yBbo21iKw7HpbJiBwAAnWxlFQAAgAB1+AAAgACAAE89plNh70UtpJZjjjpBoutlGC4R&#10;oX5meSAToQdnVg7RouFnCgAAmt5p7gAAgAB6PAAAgACAAE7HpAtop0Sjollp3jmkoLZrAS2hn0ls&#10;AB/Anr9skQ7GoD9sKAAAmHdvKwAAgAB9/wAAgACAAE5LogtvcUQroGtwTjkznsVxES0rnUxxpB+M&#10;nKVx9g7AndlxjgA1lgB1CQAAgACAAAAAgACAAE3XoGp2YEPKntN28DjknSh3VSzrm553kR9Ymtd3&#10;nA7Ym6l3XgBxk9p6VAAAgACAAAAAgACAAE1znxN9VUN/nYN9ojirm899sCy3mjd9nh8mmV19jA7R&#10;meV9tQCwkgl+zgAAgACAAAAAgACAAE0kngOEWUNKnHOEcTiBmraEMiyZmQiD3x8KmBKD5A6qmHeD&#10;ewC1kJmAewAAgACAAAAAgACAAEzxnSmLj0Mom5SLhjhkmdCLCCyGmBCKjh8TlvOKrw7Zlx6IRADd&#10;j2eAlgAAgACAAAAAgACAAKnOWupTqZmtXcdXfIjzYIZbNXdQYyxezGSoZbpiQ1DhaBVllTvCad1o&#10;oyMlaXBq6QPneWdsy6fCVqNeIJgUWeBg/oeHXO5jxnYNX9hmeGOAYp9pEE/WZSJrjTrTZudt0CJl&#10;ZdhvbAPIeZxxZ6XcUsxojZZHVlVqc4X7WadsTHSVXMZuHGIyX7tv3062Yl5xkDnlZBhzFSGxYrF0&#10;GQOtecp2YqP5T1Ny3ZR6UyBz2oQ8VqF01HMfWfF1yGDhXRR2u02ZX9B3qDkBYXx4eCEKYAR4+QOV&#10;efJ69aIyTEB9HZLgUEh9RIK+U/x9aHGvV219hl/EWrN9qkyeXYh92Dg6XyF+ASB6Xcl+HQOBehR+&#10;36CwSaSHWZGLTd2GsIGRUbmF/3CdVU6FTl7DWKmEqUvYW4mEHjeYXQ2DsyABW/SDoANwejCCK592&#10;R3GRipB4S9OQDYCeT8+Oh2/EU3+NCl33VvGLqksnWdiKdjcaW0CJjx+kWnWJlgNiekiCSZ6ERayb&#10;pI+jSi6ZTH/gTj+W8G8aUf+Uq11XVX+Sn0qOWGyQ3zabWbmPsB9VWUCO1QNWelyCQp3iRF+lho8P&#10;SPCiSX9VTQmfFW6bUM6cFlzrVFOZcko1Vz+XSDZAWGmWIB7+WESS/wNNemuCPJ2HYiZTgI6kZGVX&#10;WH72ZpVbBm46aLdeiFxhasVh5klRbKllFzSzbgZn7RvXbYJpmwAAgABt8JvEXhBddI1eYLFgZH3a&#10;YydjNW1CZX5l5luEZ7dod0iSabZq5DQXawNtARtnak1uIAAAgABy05oLWlpnWYueXUNpZnxPX/Vr&#10;XGvMYn5tPFo8ZOJvCUd3ZvtwvDMraC1yLhq6Z5FyzwAAgAB3g5hSVv1xJonuWiJyX3quXQNzh2p4&#10;X7Z0nVkIYkV1p0Z1ZHF2pDJhZYV3dhorZTt3tgAAgAB7lpa4VAV67Ih1V117X3lJWmp7vWkeXT58&#10;ClgCX+p8VkWOYih8pDGtYxt85RmwY0R87gAAgAB/EpVkUYKEtYc8VQGEZHgrWDGD+mgVWyWDglcM&#10;XeODEkTVYCSCuTEaYPSCgRlIYaWCoQAAgACAAJRRT2iOc4Y/UwaNX3dDVk+MK2c/WVqK8lZCXCuJ&#10;1EQrXm6I5jCpXxSIUhj8YE2ISQAAgACAAJOBTbiYGoV7UW2WRHaIVMWUSWaRV9uSUlWdWreQk0OM&#10;XPqPLTAsXXiOfBi5XzmM7QAAgACAAJL0THehl4TtUDefBHX3U5OcRGYHVquZmVUlWYiXSUMsW8aV&#10;jS/JXBOU+xhZXmaQdgAAgACAAJFYaaxTYoOea0xXL3TzbPBazGUbbpBeN1QQcCNheEGscZhkgC11&#10;cqVnCRPRc8ZnxwAAgABx5I/KZcNcvoJTZ8Bft3O2aaFiiWQDa29lN1MZbSdnwEDYbq5qGizHb5Js&#10;AhNhcOdsUgAAgAB2lY5LYipmIIDdZHJoSXKPZoxqV2LoaIFsQ1IpalZuF0AWa+tvxSw5bKVxFRMS&#10;bl1xDwAAgAB6s4y3Xuhvbn9TYWhw13D+Y6tyJWGhZcZzWFD+Z8N0eD8baWN1gCtxaet2RRKSbEd2&#10;DAAAgAB+R4tFXAx4uH3yXrV5aW+tYSB5/GBgY1l6dVAQZWx65j5HZxd7USrQZ2h7nRI0anp7bwAA&#10;gACAAIoRWaCCCHzSXGqCB26iXvKB319lYUaBoE8nY2eBZD2dZQuBOypNZSSBLBHmaPeBOwAAgACA&#10;AIkZV5mLT3vnWn2Knm3FXRiJvF6WX3+IyE5kYa6H7Tz6Y0uHQinpYyeG/xGzZ7CGQwAAgACAAIhc&#10;VfaUgnsxWO2TJ20RW5WRjl3sXgKP6k2/YDaOezxbYc6NcSlvYW6NSRGCZqqKYgAAgACAAIfZVLqd&#10;mXqqV72bn2yCWmeZVl1eXNKXCE1FXwOVFjv6YI+T0ykJX++TaBEkZe+LlwAAgACAAIUwcZJTQHhq&#10;cpZW82qlc7NaeFuldNhdyUtedfdg5zmXdw5juyWZd/ll1wu6esRmAgAAgAB1woPHbdJcDnc3bzBf&#10;A2mBcIRhzlqlcc1kc0qCcwZm7TjhdCJpJCULdMhqtguNd/dqqgAAgAB54YJwal1k3XXSbAFnF2hY&#10;bYNpMlmNbu5rKUmYcEBs/zgjcV5uniSCcbxvsgtldYJvigAAgAB9gIEOZzNtsHRwaQxvN2cAarZw&#10;oViVbEBx8ki9ba5zIjd9bsx0KyQXbuF0ywtOc150swAAgACAAH+6ZHJ2gHNIZnN3Y2XcaD54Ildg&#10;ad14wUfPa1p5VDakbHh50yNtbDl6FQsKcZt6ZQAAgACAAH6gYh1/WXI3ZDl/mmTcZht/rVZwZ9B/&#10;o0b0aVR/mDYGal9/mCL3acp/owrfcBh/xwAAgACAAH28YCiIJnFeYlqHymQPZEyHNFWuZg2GhkY9&#10;Z5iF6zVwaJOFgiKkZ6SFigrLbs+EQwAAgACAAH0KXpGQ5XCzYNSP9mNkYtCOu1UMZJSNa0WfZh6M&#10;UDTUZwqLpSIuZdiL6QqzbeqHPAAAgACAAHyLXVeZknAyX6iYIGLbYaWWSlSEY2SUYUUpZOWS1jR4&#10;Zb6SGyHJZGKRUQprbmSHCwAAgACAAHj9ee5S/m0EemJWj2ANewBZ9lHXe7BdKUJHfGhgHzD/fUFi&#10;rhzifmxkIwSEgOlk7QAAgAB5IHezdmBbSGv1dyheL18Od/Jg71D/eLhjhUGUeX1l5jB0ekdn6hyI&#10;ewVo8QSbfilpsgAAgAB8wHZ9cw1jl2qwdBdl1F38dQln80/8depp60C5dr9ruC/Fd31tNRwQd8tt&#10;1gSce8VuuQAAgAB/73VEcAVr32lzcTptfVy6ck9u/k8Qc0VwYD/idC5xmi8hdN9ylhumdLpy4gSf&#10;ebF0KAAAgACAAHQTbVd0N2hLbrB1Oluib952HU4FcOd23j88cdZ3jC6Zcnt4EhtYce54IgSteBl5&#10;swAAgACAAHMOaxh8nmdvbI99E1rabc99Wk0ybuJ9fj5qb859nC4AcFJ9vRrhb4h9wgSYeDx+ggAA&#10;gACAAHI6aTOE+Wahar6E5FoWbAqEkUx4bSWEIj26bhCDxC1ubnWDlxqYbYiD3gSaeDiCgwAAgACA&#10;AHGSZ6eNRmYAaUOMsVl4apaLzUvka7CKzj0obJOKBizcbN+Juhora/aJzASZeDqDHAAAgACAAHEV&#10;ZnGVjWWEaBqUjlj3aXCTIktlaoORnjy9a1iQgCyKa4WQXxnQarSOiARseIeC/QAAgACAAGzFgtlS&#10;e2GCgs1V51VIgvRZLEfLgzlcPTjWg6FfASfZhHhhLBL0hrthlQAAgzplrgAAgAB8A2uWf4RaTmCQ&#10;f8FdIVRmgAdf0EcQgFViUzhDgLlkkCd0gWtmRBLXgvtmXwAAgQlqYgAAgAB/NmqEfFNiI19vfMtk&#10;XlN2fTJmfEYufZBobjeLffhqJybqfoprZxKUf4lrPwAAgABvegAAgACAAGlteWZp+F5OegRroVJR&#10;eoVtLUVLevdumDa/e2hvziZMe9twoRI5fI9wSAAAgAB0/gAAgACAAGhjdtVx011Ud5By9VFdeCVz&#10;9URReKJ00TYjeQt1jSXIeWB2AxH1efh1ngAAgAB54gAAgACAAGdzdKB5xVxwdXh6YlCIdh561UOa&#10;dp17JTV/dv97ZCV9dx97khHXd7l7YAAAgAB+CQAAgACAAGaucsiBs1vLc72B20/2dGuBxUMLdOOB&#10;jDTpdTmBYyT3dS+BZBGpddqBiQAAgACAAAAAgACAAGYScUmJmls0ck2JVU9icwGIvUKCc3SIBTRn&#10;c7uHiyRyc4mHmxFLdGqGwQAAgACAAAAAgACAAGWYcBaRhlq+cSiQ6k7rceCP20ITckuOszQLcn6O&#10;AiQvciGONhERcz+K8AAAgACAAAAAgACAAGCmjG9RmFYHi+1U3Ep3i6lX/T2ci5Va5C8ai9ddZR4I&#10;jSle+gmAjmpfKQAAgABpaQAAgAB+cF+PiVJY/lUriRFbu0mqiN5eVTz1iMRgvC6hiO5ixh3Jiflj&#10;+Amkiqhj/QAAgABuKQAAgACAAF6fhkFgY1QthjFimEjXhhdkrzwvhgRmli4FhiRoKR1ihvVo/Qmj&#10;h1Fo6wAAgABzZAAAgACAAF2wg2hnyVMyg3dpekfVg3FrDTtng2psei1Vg4ltnBzjhCRuGAmGhGdu&#10;DAAAgAB4WwAAgACAAFzGgOhvPVJOgRJwcUb0gRxxhTqLgRVybyzAgSdzLRxngY5zYwlhgeNzigAA&#10;gAB8rAAAgACAAFv0fsd2xFGIfwp3hUY9fx94HDndfxd4jiwjfxR44hwlfyh48Qlaf7R5mQAAgACA&#10;AAAAgACAAFs8fPB+PVDXfU9+kkWZfW9+tDlHfWR+tyubfU9+uhvRfSR+xAmNfdJ/MwAAgACAAAAA&#10;gACAAFqse3mFy1B0e/mFzkVGfBuFeDkGe/GE/Stve7aEwxuNe1qFGwlSfFyD3wAAgACAAAAAgACA&#10;AFo7ekqNbFAFeteNK0TZev+MbTines2LkisnenWLSBtiedmLMglMeyqGSQAAgACAAAAAgACAAFSl&#10;ltxQPUqMlfFTVT+JlU9WSjMmlQJY+iTPlXdbFhLvmFJbqAGClKVdjQAAgABtFAAAgACAAFOek/1X&#10;P0m8k0RZ4D7FkqdcXTKIkkRemyRnkohgTxLYlOdgmQHUkQpiaQAAgABx+AAAgACAAFLLkQxeP0jc&#10;kHlgZz4Kj+xibTHYj4dkOSPkj69lhxKbkaRljgIGjctnZwAAgAB25AAAgACAAFIAjkJlQEgGjchm&#10;8T0ojUtogTEvjOlp4SNUjQFq0BJKjpNqnQIfivBspAAAgAB7PAAAgACAAFE5i8hsVUdEi2ltljxr&#10;ivdutTB0io9vniLjiopwPRH+i75v5gItiHhyWgAAgAB/BgAAgACAAFCCiatzgEaZiWd0XDvSiP11&#10;DS/qiIx1jyJpiGh11xHiiR91iAJFhlV4SgAAgACAAAAAgACAAE/ih+J6qUYMh7h7LTtYh1R7dS+A&#10;htV7lyIEhpN7phGohuV7iwJwhIJ9VwAAgACAAAAAgACAAE9ghmOBxEWIhlKB8DrYhfaB1y8MhXCB&#10;pyGbhRGBphEvhRiBwwJhgxGBdQAAgACAAAAAgACAAE74hTSJM0VahUaJQDq5hPOIvS8QhDiIFCHt&#10;g4OIGhHkgx2HJALXgbSB7AAAgACAAAAAgACAAEhYonFOXz7foTxRQjRpoGdT9ihZoChWThnDoXNX&#10;vwijoxtYZQAAkZRf5AAAgABwegAAgACAAEdHn+ZU/j34nuxXdzN4nhpZxSePna9bvBlFnqFc2Ain&#10;n3NdWQAAjtxkfgAAgAB1UQAAgACAAEabnQ1bnT00nC1drDLCm29fjibbmvlhJBjDm71h6giXm85i&#10;UAAAjENpUQAAgAB5qQAAgACAAEYHmjxiOjyEmW9j3DH2mLxlViZAmEdmixhHmO1nBgiAmExnXwAA&#10;id5ufAAAgAB9gAAAgACAAEVkl7ho6DvdlwxqKTFellhrQCWoldJsChf7lkxsSwh1lQ9srwAAh8Z0&#10;LwAAgACAAAAAgACAAETFlZNvvjtKlQpwpzDklFtxXyVMk75x0xe4lABx0AiSkilyZAAAhhB5ZwAA&#10;gACAAAAAgACAAEQ7k8J2nDrPk1p3OTCCkq53liT4kgF3vBdokh53mQiCj9J4mwAAhLJ9ygAAgACA&#10;AAAAgACAAEPJkkF9kDptkfZ97TAykU99+CTDkIh92hdCkHN9yAhSjfB+eAAAg0WAAAAAgACAAAAA&#10;gACAAEOAkQSExjolkM6E9C/xkDKEsySZj1mEZRdKjwWEhwiFjFmDWAAAgnGAAAAAgACAAAAAgACA&#10;AJ77U9VN1Y/IVwhSHYAEWiJWUG9cXSxaY12lYBleUUq/YrViETZxZGNlgR5fY5Zn9AF7fYBrGZzR&#10;ToVYCI4UUi5bb36EVbJevm4IWRFh8lxvXENlBkmrXwdn9jWAYJhqnx2tYDJsdgGLfWRvz5raSaxi&#10;Pow7TcBkuXzvUZxnImyKVUFpe1sgWKhrvkiNW4pt6DSaXPNv2h0OXUpxJAGafUt04pjoRTxsZIpr&#10;SbNt+XsyTdRviGsfUblxDVnaVVZyhUd+WE5z8DPIWYV1NBx/Wtp2BgGmfTZ5i5cKQTZ2eIjLRgp3&#10;OHm+Snl39Wm9To94qljYUlx5XkacVWh6EDMXVmZ6sxwKWNN7KgGxfSR9iJVnPamAfodrQtSAbHib&#10;R4uAXGjDS9yAS1fvT8aAPkX3Ut6AQzKRU6CAWBurVymAqAG6fRSA5ZQKOpaKcYZKQA+JiHexRQaI&#10;p2gBSYmH1Fc7TZOHFUVcUK2GezIuUTWGIRtnVcqGkgHCfQiBMJL1OAaUP4VlPcCSdnb5Qu2QxGdu&#10;R5iPNVa5S7uN1kTcTtSMtjHDTxiMGxsxVK+LywHIfP2BNJIzNg+dtIS+O/KbB3ZxQUKYhmcERgmW&#10;S1ZsSj+UY0SlTVmS4zGJTV6SUBr3U8+P8AHNfPWBOJODWr5N7oVDXWFSIHZbX/1WOWZ9YopaL1WB&#10;ZPld+0M9Zxdhjy9PaEBksRaqaXVmVAAAgABt0pF5VZlXmYPVWLta/nUtW7ZeSmV/Xo1hdlSjYTFk&#10;eEKAY2pnSi65ZF1ptxZOZmBq2gAAgABysI+aUORhSYICVG1j13OZV7lmUGQCWs9or1NWXaVq8kFj&#10;X/FtEC3RYJ1u2hWxY+BvigAAgAB3Yo3KTJNq64BHUHNsp3H1VAFuVmK0V1Jv8lIpWllxeEBqXK9y&#10;5y0TXQp0GBU4Ybh0cwAAgAB7dowcSK50hn7FTNt1e3CSUK12Y2FgVCx3PFE0V1x4DT+UWbt41Cxx&#10;Wbp5exTVX+d5rAAAgAB+84qxRUh+G32ESbh+TW96TcR+cmBmUXZ+jFBOVL9+qT70Vx1+1Cv1VsB/&#10;CRSHXmR/WAAAgACAAImIQluHnnx+RwaHDW6XS0SGbV+eTx6FzU+UUn6FQz5YVNSE3yubVEyExBRV&#10;XaKE+gAAgACAAIihP/CQ/3uyRMqPrW3iSTCOSl8BTSaM808DUJWL0D3LUtyK+SstUkeKxhQqXeuJ&#10;mwAAgACAAIf/PhGaHnscQwyYFm1WR4qV9V6GS5KT8k6gTwqSRT2CUUWRHSrhUK2RExPfXmmNQAAA&#10;gACAAIgdYexODHrDZAdSHWyxZiZWF12baDlZ7E1Wai5dkTuka9pg7yfybJhjqQ6TcOtkaAAAgABx&#10;tIYnXPlXG3lIX4tad2tjYf5dtlx7ZFFg00xZZnJjwzrMaClmdSdCaIdolA5DbhFo/wAAgAB2aIRu&#10;WGJgRne0W1ti32otXhxlY1tcYKNnxUtpYuhqAzoLZKFsDSa5ZJJtmQ4Ta4dtxQAAgAB6i4K7VDBp&#10;aXYXV3lrQmiVWnRtC1oUXTBuuko/X6BwSjkUYVVxtCX5YMhyvQ24aXhyzwAAgAB+I4EyUGtyiHSq&#10;U/RzqmdBVyl0uVjUWg91sklcXJ92nThMXkt3cSVnXYN4CQ1+aTF4OgAAgACAAH/rTSF7p3OAUOF8&#10;F2Y2VEd8b1ffV1Z8tUh7WfZ8+TeyW5B9QyT2Wsx9iQ1SaXx+CQAAgACAAH7hSk2EtHKOTjyEeGVb&#10;UcqEGVcYVPiDsEfAV6WDWTcZWSaDKSSmWJGDRA08aaGDEwAAgACAAH4TR/WNpXHSTAqMw2SqT7aL&#10;slZ3UviKnEcnVaqJuDaEVwqJKyQ3VsKJYg0laciHNgAAgACAAH2CRiCWZ3FISlOU8mQfThGTNlXz&#10;UVuReka6VAuQFzYxVU+PUSPfVVCPZAzhajyItQAAgACAAHyVaXNOE3AGaw1R/GK6bLdV0lRhblhZ&#10;g0TGb91c+zOPcStgEx/UcaxiOQczd7ZjEAAAgAB1hnqzZLJWkW6cZrdZ3GGDaKldC1NYan1gFUPi&#10;bCFi6jLSbWVlaB9EbU9nCgcfdOpnvwAAgAB5rXkdYEVfK20XYqZhyWBJZNpkTlI3Ztpmr0LxaJlo&#10;5DIQacpqzh66aU1r9wcNdBVspQAAgAB9UneSXC5n02uaXtppvl7kYURrl1E7Y3JtWEIXZUtu6zFt&#10;ZmVwRR5YZd5xAQcOdBNxzgAAgACAAHYjWIdweGpeW29xvV21Xgly7VACYFR0AUEtYkF1ADCaYzt1&#10;1h24Yvt2PQbndFV3hAAAgACAAHTzVVN5IWlCWGl5x1ywWyt6Tk8RXZZ6vEBUX4l7IjAHYFh7gx1P&#10;YIl7uwbWdHJ86gAAgACAAHP9UpGBuWhgVc+BxlvhWLGBpk5QWzKBcz+gXSaBTy91XcSBSx0MXn6B&#10;iAbYdG+BaQAAgACAAHM9UEOKOWevU6OJuVs2Vp6I+E2zWSqIJz8HWxaHhi7eW3yHQRydXOSHxQbT&#10;dHiEnQAAgACAAHKzTnCSmmctUe2RolqwVPWQS00vV4KO4j6YWWGN0i6KWZSNeRxAW56NGQaddNOE&#10;eQAAgACAAHDRcXNN4mUGcpNRpFh4c81VVUrRdQZY3jvNdi1cICrnd0Ne2RadeDBgFgCnfuZiWgAA&#10;gAB42m8PbOtV3GO7bmpZE1dfb9xcLknpcTZfITsNcmph0CpSc1pkAxZDdAlk1wDOfqRnIQAAgAB8&#10;hG2WaKdd92JSanhgkVY2bCNjEUjYbZ1laTombt1niCmab59pNxXHcH1prQDgfoZsKgAAgAB/vGw1&#10;ZLRmF2D4ZsRoElTiaJxp90feajZrvTlGa4RtTSjwbBFughVdbW5uqQDzfmVxlgAAgACAAGrjYSNu&#10;Rl+4Y2ZvpFO7ZWRw7UbKZxdyFjijaG5zIihtaMNz5xUbaslz2gETfi53HgAAgACAAGnFXgN2gF7I&#10;YHZ3UFLnYpZ3/0X0ZFx4kDfNZaN5ESfZZap5eBSuaJp5ZwESfjB79AAAgACAAGjcW0t+q13tXeN+&#10;9FIbYB9/DEU2YfJ/CzcbYyt/EydHYt5/LxRxZrt/ZgEkfhN/+gAAgACAAGglWQOGwF1EW7uGj1F5&#10;XguGF0SgX+OFiTaJYQiFKSa0YGGFJhQGZVSFRAEwff6AzgAAgACAAGeeVy2OxlzFWgCOM1D3XF6N&#10;NkQiXjKMIjYgXz+LaiZnXmGLiROwZDiJ8wEPfjWAuAAAgACAAGTjegxNWlncerhQ+E4He4hUgkED&#10;fGRX3TJ0fUxa2yGUfoBdDQzMgKBdeAAAgABlnQAAgAB7tGNFdcJU31iodsFYAkz9d7pbBUAqeKRd&#10;2DHIeYJgUyEcemdiEQy0fKxiPQAAgABqSAAAgAB+9GHxcadcg1ddcu5fF0vudBJhkD8vdQ9j1zD6&#10;deZl0CCBdnhnHgx8eUFnGgAAgABvVgAAgACAAGCwbdVkMlYbb1FmNEqwcJdoHT43caxp3zAecn5r&#10;WR/VcrNsPwwwdlhsIAAAgAB00QAAgACAAF+Ealxr6FUDbARtX0mkbWluvD0sbotv8y94b09w+R9L&#10;bx1xiAv+c9BxbgAAgAB5sgAAgACAAF52Z0ZzslQGaRl0pEi+apx1dDxqa8d2Ii7PbHR2sB8Da9t2&#10;/Qv0cZl3HwAAgAB90wAAgACAAF2YZJN7eFNLZpV780gbaDN8OjvSaV98Yi4zaeh8ix56aR18rAvX&#10;b8J9PQAAgACAAAAAgACAAFznYkqDMlKkZG2DQUd9ZiGDBztDZ0yCsy2rZ7OCih3sZuqCtwuKblyC&#10;ewAAgACAAAAAgACAAFxiYG2K7FImYqqKpUb/ZG6J9TrMZZWJLS1LZdiIzB2oZSaJKgtZbT6GqgAA&#10;gACAAAAAgACAAFjzg1xMYE6rg5ZP3UOEhARTPjcKhJpWYSi8hYBZAhdWh4laXARxh9VbogAAgABp&#10;NQAAgAB+Gld4f05TfE2Ef9VWikJ5gGBZcTYsgPFcGygTgbFeSRbxgzNfQwSNhAhgbgAAgABt8QAA&#10;gACAAFZIe1pas0xUfB9dQEF7fMlfqjU+fV9h1ydTfgJjkRZrfvtkLwSKgLZlVgAAgABzJAAAgACA&#10;AFUrd6Jh9UsxeJJj/UBWeVVl5DRYefdnmiaIen9o5hXTevhpLwRzfdxqbwAAgAB4IAAAgACAAFQa&#10;dDlpR0opdVJqzj9Vdi9sNjNidtBtbCXidzduWBVHd4RuXgRae2lv4wAAgAB8cgAAgACAAFMmcSxw&#10;q0lDcm9xuz6Ec2RypjKhdAZzZyU3dD1z6xUFdIdz0wRieUN13wAAgACAAAAAgACAAFJRbnd4Ckhz&#10;b+d4qT3EcPZ5GjH1cZZ5ayShcZt5nxSiciZ5gASQeEp7cwAAgACAAAAAgACAAFGmbCd/dEfvbcx/&#10;uD1Ybvd/sTGob4l/jSRlb1J/iRRCcDp/sARceKKAJwAAgACAAAAAgACAAFElaj+G8kdvbAGG6Tzc&#10;bUGGeDE5bc6F8yQRbWSF2xQQbqSFuARReLWC6wAAgACAAAAAgACAAEzvjaBK10NgjWpONjjVjYNR&#10;aSy9jf9URB5Vj19WVwyAkd1W9gAAiYpcNAAAgABsrQAAgACAAEuTictRlEI4ieZUize1ihdXUCvF&#10;in9Zvh2Zi5hbbAw5jRVb1gAAhk5g3wAAgABxjgAAgACAAEqFhfpYZ0Echkta6Ta8hpRdPCrXhvNf&#10;Oxzch9RghAvkiJ5gvwAAg1RlugAAgAB2iAAAgACAAEmNglRfR0AXgshhTzWrgyNjKyoBg4Fkvxwg&#10;hDFlqwuIhLdlwgAAgKpq3gAAgAB66wAAgACAAEibfvFmPD8nf49nzjTCf/5pNykegE9qVxuVgMFq&#10;+As7gWBq/QAAgABweQAAgAB+vgAAgACAAEe6e+JtTD5NfLBucDP+fTZvaChxfX1wIhr7faZwbAsT&#10;foZwhwAAgAB2VQAAgACAAAAAgACAAEb4eTF0XT2Vei11HTNcest1pyfmewV2Axpyeud2EwrUfDZ2&#10;bAAAgAB7RwAAgACAAAAAgACAAEZPdtB7bDzreAN70DK9eLx7+CddeO18ABn6eIR7+wptem98rQAA&#10;gAB/eAAAgACAAAAAgACAAEXTdNuCvDyHdkSC4DJvdyCCnyc6dzmCSxokdnKCWwrOeLWCBgAAgACA&#10;AAAAgACAAAAAgACAAECZmUVIqzeymK1L5S2jmJRO1CGqmVFROxJ5nDJSUwNSmb5UYAAAhLJfigAA&#10;gABwDQAAgACAAD83lbxPBDZUlY5R2SwslZlUYiBLlkBWZhFumKFXLwMJlRVZPwAAga5kQAAAgAB1&#10;AQAAgACAAD5BkhZVeDU6khlX4Ssekj5aAh86ktdboBCglMNcHwLSkM9eLgAAgABpIwAAgAB5dAAA&#10;gACAAD1vjn1b/TRQjp9d9ioYjtVfqR5nj2Rg6A//kNdhKgKqjQZjOgAAgABuVgAAgAB9WAAAgACA&#10;ADyaixRimjN0i2lkJilEi61ldB2ZjCJmSw+njRBmZwKZicVohwAAgAB0BAAAgACAAAAAgACAADvL&#10;h/JpXTKmiIdqgSiQiOVrax0GiUJr8Q8/iaRr1gKmhwNuMAAAgAB5OwAAgACAAAAAgACAADsVhSlw&#10;KTH0hf5w7yf4hndxeRyNhr9xtA7nhq5xhgKWhMV0UwAAgAB9mAAAgACAAAAAgACAADp8grt3CjFd&#10;g893fCd2hGV3rhwuhJd3qA6jhEl3kgJugwJ6KwAAgACAAAAAgACAAAAAgACAADoNgKp+JzDngfZ+&#10;TycLgqx+MRvjgsx+AQ6Rglx+LgKJgYh+/wAAgACAAAAAgACAAAAAgACAAAAA//8AAP//AAD//wAA&#10;bWZ0MgAAAAAEAwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQE&#10;HQXaB2kI2Qo2C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZE&#10;J2YohimnKscr6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVG&#10;j0epSMNJ3Ur3TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTx&#10;ZgJnEmgjaTNqQmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceC&#10;xYPChL+Fu4a3h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27&#10;nq2fn6COoXyiaqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4&#10;tbmjupC7frxrvVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ&#10;03nUYdVJ1jHXGNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60js&#10;Hezw7cPulu928FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOn&#10;BSwGhAe/COcKBAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEh&#10;yyLEI74kuCWzJq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18&#10;Pnw/fUB/QYJChUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa&#10;41vnXOpd7V7xX/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5&#10;d694pXmbepB7hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSyS&#10;G5MKk/qU6ZXZlsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3&#10;rW+uZ69gsFqxVLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3J&#10;pcqty7bMv83IztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6&#10;573owOnD6tTr5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gF&#10;aAbGCAYJMgpSC2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZ&#10;Iw8kBCT5Je4m4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM9&#10;2z7TP8tAxEG9QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mN&#10;Wo9bkVyTXZZemF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12&#10;mXeVeJF5jHqHe4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGv&#10;kqWTnJSSlYmWgJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauu&#10;u6/MsN+x87MJtCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4Q&#10;zzLQVNF00pTTstTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vs&#10;h+1v7ljvXPBb8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJ&#10;BlQHfwiWCaEKpAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg&#10;6iHTIr0jpiSQJXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrT&#10;O8Q8tT2mPpg/ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1W&#10;X1dRWENZNVomWxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCC&#10;cWxyVnNAdCl1EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+K&#10;s4uYjH2NYo5Hjy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6Qw&#10;pSKmFacIp/2o86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDB&#10;MMJAw1LEZsV6xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch&#10;4c/jAuRN5Znm5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5k9/&#10;zn9YzZl/qH7NtNp/mX55nBR/o35lg0x/xn6FaoV//n7AUb+AY389OQCBEoAP/MV+fIs05LV+Y4ls&#10;zEB+XYfMs5p+boZmmth+mIVDghh+2YRPaVp/L4NnUK5/r4KhOBSAdoHm+rx9NpZx4vt9MJOSyst9&#10;PpDPsjp9aY5emZN9rIwsgO9+B4oiaE5+dYgTT8F/DIYAN0F/6IOs+ON8LqG34UF8M52/yTN8TZnw&#10;sMJ8hZZXmEV835Maf8t9T4/zZ1Z90Yy1Tu9+fIlNNod/Z4Vc9zd7Y60D36V7Zqfrx6p7h6MKr2B7&#10;yZ5plvh8K5n4frJ8r5W3Zm59Q5FBTi59/Yx7NeV+9Ibv9bx6yrhV3i96x7IUxkN65KwUrhl7LKZh&#10;ldx7maDafaR8JJtZZZV8yJWoTYJ9kY+BNVt+kYhf9Hd6UsOq3Ox6RrwyxQl6XbUKrPl6p647lOl7&#10;H6ebfNl7tqDoZNh8YJndTO19NZJQNOh+PYmn82N5988B29h548ZAw/p58r3kq/d6OrXslAJ6uK4k&#10;fCB7W6ZAZEh8EJ3lTG986pTjNIl994rF8nV5tNpa2ut5l9Ayww95n8aUqxh5471qkzt6ZLRqe3d7&#10;DatAY8J7zKGWTAl8r5czND19vou27lOI234214aHxH3CwJ+Gw31wqYyF5n1VklKFKn11eweEhn3G&#10;Y8SD8X41TI+DeH7pNZKDKIAA7D2HfYjL1hSGcIdAv2uFg4XjqGOEu4TBkR6EG4PfedSDlIMtYpyD&#10;HYKNS5KCw4IWNNiCkIHB6nqGR5Nl1HSFTZDavfyEb45zpwuDxIxYj+2DOYp3eMqCyoi9YbaCaYcD&#10;Ss2CJoVMNDOCB4Nv6NuFT53+0uCEX5p0vHqDjpcUpauC55PojrSCcpELd7uCFY5BYNaBx4tkShiB&#10;l4hoM6KBi4UE51yEi6ig0WyDnaQVuxCC1J+6pFuCN5uUjYCBwpeVdrqBeJO7YAiBOY+ySXWBGotl&#10;MySBH4Z75gCD8bNL0BuDBK26uc2COqhYozKBo6MtjHuBNp4gdciA7pkUX0qAvpPbSOSAr446MrmA&#10;wYfP5NWDc734zvqCh7dWuLWBvLDioi+BJqqoi5+AxKSKdRGAg55VXqeAVJfRSGmAU5DZMmCAcoj7&#10;49aDDsilzgWCJMDit8aBV7lToUqAv7H6itCAYaq7dGuALqNcXimAB5uVSAKAB5M7MheAMIn+4wCC&#10;vdNUzTeB1spZtvqBB8GaoIiAbrkTiiOAEbCic9p/4qgGXbd/xp79R6t/0JVWMdx/+4rX3hKR4nyw&#10;yO6P8Xxjs7GOGHw6njuMaHxHiI2K3nyPcsWJaX0KXRGH/H2oR3uGmX6TMlGFOX/x3CqQtIaXx5SO&#10;wYVSspKM9IQ8nTaLV4Nbh46J5IK2cdKIiII9XCuHM4HYRrmF6YGiMcuEooGd2qOPjpCVxjmNqI5X&#10;sXKL3Yw+nBWKV4pwhniI+IjZcNCHtYdoW0iGd4X8RgWFRoSfMVSEGYM02UKOm5qXxNiMv5dssAeL&#10;B5RrmsiJgpGkhVKIOY8db9mHBYyoWoOF2IomRW+EuoePMOyDoISv1+6N4aSUw4eMCaCBrrqKW5yb&#10;mY+I3pjkhDqHjZVPbvCGa5HVWc6FSo40ROiEPYpbMJGDNYYL1rWNS66cwlyLd6mdrZmJyqTEmIKI&#10;UqAXg0yHCJt+bhqF4ZbiWSuEzpIdRHOD0Iz/MEWC2odE1aeM0LijwVyK/7KwrKGJUazal5uH3acq&#10;goaGm6GKbXeFepvQWKGEYpXQRBKDc49sMAWCjYhW1MKMasKmwIaKnbuyq8+I8bTUltGHe64Sgc6G&#10;PadbbOOFKaCCWDaEFplOQ8GDJ5GcL9GCTolB1ASME8ypv9WKTcSgqx+Io7yllieHLbS+gTeF8aze&#10;bGeE4KTVV9SD2ZxtQ3iC9JOFL6eCG4oFzk+bG3uAuqKYWXtRpu+VrHtGkwqTJ3tzfuiQxnvaaqiO&#10;dXx3VoiMIn05QpaJwn5QL0KHQn/izJ2aD4TSuYGXPIO+pgaUl4LVkjSSIIIkfhOP04GtadqNmIFj&#10;VcaLWYExQfyJEYE3Lu+GpoF6y0KZEY4huESWRYwupPmTnYpakS6RN4jVfSCO+od9aQKM0YZKVQ6K&#10;pYUfQXSIcIQKLqWGG4L6yiGYHpeOtxiVY5S5o8uSyZIBkBuQV4+MfB2OLY1RaCCMFIspVFiJ+Yj5&#10;QPKH24bBLmWFn4ReyP+XZqD2tgeUrZ1Eoq+SG5m/jvqPvZZpeyCNiZMzZ1GLf5ARU76JbYzNQIqH&#10;XYlhLi6FNIWhx+yW2KpgtP6UIqXXoa6RkqFwjguPOZ0xekyNCZkCZpeK+JTOUzaI8JB0QDCG74vT&#10;Lf+E2IbBxvuWZLO/tCCTrq5WoNeRH6kFjUGOyKPReZ6MoZ6nZgqKk5ljUsaIgpPiP+eGj44NLdiE&#10;jIe7xi6WA70Zs2WTTrbEoCGQwLB8jJKOaapEeP6MRqQRZYmKRJ26UmuINpcWP6qGQZALLbiETIiQ&#10;xYWVr8Zxss2S/L8cn4mQcrfGi/6OHbB3eHuL+6koZSCJ/qGyUhqH/ZnsP3CGEZHCLZ+EGolAvyCk&#10;h3qtrMmg+nqNmn+dfHqWiBSaH3rYdXKW3ntWYrSTpXwMUCqQW3zpPeGM7n4gLGqJO3/TvaKjnINw&#10;q+Kf8oJ8mc6cc4G1h26ZH4EldMWV74DSYgqSx4CuT4mPj4CmPW6MNYDcLEmIl4FZvIOiqYw2qtyf&#10;BopumOybhYjPhoyYQYd1c/OVHIZQYVKSA4VQTvOO2YRbPQqLkIOFLCyIBYLEu4Kh3ZTsqdCeRJJb&#10;l9mazI/5hZWXfo3CcxOUZIvNYJiRVInmTmaONIf6PLKK+4YQLBOHhIQRuqWhGp3DqOmdjpplluea&#10;IZc0hKGW2pQmcjyTqZE/X+aQqY5rTeGNlIt9PGGKb4h2K/2HFYU9ubygj6aaqB6c/aJpliSZjJ5g&#10;g9+WSZp/cYiTK5avX02QIpLaTXaNFY7jPCKJ/oq3K+qGt4ZFuO2gIK9ap2CciqpYlW6ZGqVxgzWV&#10;26CqcPeSxJvrXtePv5cVTR6Mp5ILO/CJm4zAK9uGaIcquDefx7gJpsGcLbInlNaYvKxYgqWVfqac&#10;cHOSa6DkXm2PcJsMTNeMWZTzO8eJS46MK8+GKIfrt6CfecC0pj6b2bnelFaYarMOgimVMKxKcAiS&#10;IKWJXhqPKp6kTJmMIJeBO5+JHJAUK8WF9IiJsJ2uKHomn4qpzXoJjo6lfnobfYChSHpqbEqdIXr4&#10;WwWY8HvASgmUoHyxOWqQEX3/KdCLHH/Er1ytUoJmntSo2YGCjgakhIDQfP6gUIBaa7+cMoAiWn2Y&#10;D4AdSY2TyoA2OSGPS4CTKeCKa4E5rnesa4qfngKn94j3jVKjnYd7fEefc4ZHaxObXYVIWemXRYRz&#10;SRqTC4OuOOSOm4MQKe6Jz4KRrbSrm5LPnS6nNJBqjHOi444ye3uesYw1alyao4pwWVSWkojBSLCS&#10;YIcSOK+N/oVuKfqJR4PJrO2q/Zr1nGqmlpfUi6qiSZTnerSeGZIsabCZ+Y+DWM2V8oz4SFSRxYpW&#10;OIKNcYelKgSI0YTgrESqYqM3m8ml/Z9SiwuhsJuZehqdhJgIaSOZZpSFWFaVUZEFSAKRMI1rOFqM&#10;8ImvKg2IboXUq56p76tem0SlgKaoio6hLaIYeZ2dAJ2vaLOY75lUV/2U5pTlR8WQu5BNOD6MiIuH&#10;KhSIHIalqwapl7NomsOlH63aihmgyqhseTGcnqMfaFSYk53bV7CUlZh8R5OQapLsOCqMNY0lKhmH&#10;2IdUqoOpTLtkmlekybToibSgda6FeNWcTahBaAeYRqIJV3iUS5u1R26QL5UzOBeMA46CKh6Ho4fj&#10;ouG3/HnHkwGyzHmjgzytqnm4c3WolnoRY5mjfXqsU7+eSHuDREaY33yGNUqTHH3nJ3+M2X+2oeS3&#10;LYGNknex6ICwgtasvIAMcxGno3+oYyuijH+HU1idXX+eQ/GX+n/WNSySRIBVJ7yMGYEcoT+2RolC&#10;kduxCYewgk+r2IZNcoSmwoU5YqihroRcUuuchoOuQ6WXKoMUNRaRg4KoJ/KLcIJioLe1cpDmkUSw&#10;Po6lgamrEoyVceyl8orEYiCg54ktUoGbxoexQ2CWcYY6NQWQ2YTaKCGK3oOIoCy0x5iHkLevkpWU&#10;gRmqaZLZcVulTJBPYaagM43pUiObHIubQyeVzolANPiQQ4bkKEiKYYSNn5u0QqAlkDevBJx5gKOp&#10;1pkCcO6kupW8YUSfpJKJUdWafo9VQvmVOIwUNO2Pv4jBKGmJ94Vuny6zuqewj9aueqNAgEmpTJ8D&#10;cJykNZryYP2fJZbuUaGaApLbQtaUq46qNOWPRopmKIWJoIYvnrezXK8Zj42uDKnNgA6o0qS0cF6j&#10;sZ/NYMKepZr6UXGZmpYRQryUVJEFNOWO7ovaKJuJWYbPnk2zCrZnjzytrrA0f8uoc6owcCijV6Rk&#10;YJyeUJ60UVuZSJjvQrSUEJMNNOqOto0SKK2JIIdRlezB/Xl/hzK78nlQeJG1+Hliafyv/3nCW2ep&#10;63poTOyjoXtPPuudDnxiMYWWBX3TJXSOb3+plTzBJoDYhtG7GH/5eEW1FH9caa6vD38HWxWo8378&#10;TKaip38sPr2cE3+AMZOVFoAfJdyNnYEBlNnAMogPhmu6M4aLd+u0K4U7aU2uIoRBWryoA4OETGKh&#10;vIL6PpqbLYKJMaWUQIJLJjaM5oI4lJG/UI8uhhS5VI0Id4KzT4sZaO2tPIltWminJYgCTCWg5Ya1&#10;Pn6aX4V0MbiThIRTJoSMSINOlEK+k5ZIhca4kpN5dzOyipDqaJmseo6TWiWmWIxlS/igJ4pUPmuZ&#10;rIg8McuS4oYzJseLwoRCk+S9/Z1dhXu38JncdvWx4ZabaGar0pOSWfaltZClS9affY3BPl+ZDYrT&#10;Md2SVYfmJv6LUoUVk4m9g6ROhTq3aKAPdsSxUZwQaD+rQZhLWdilL5SiS8Se/JDxPliYg40tMeyR&#10;3IllJyyK9YXGk029AasThQ625aYKdqewzaFGaCyqv5y/Wcmks5hSS7qekZPVPlWYGY9EMfqRcYqv&#10;J1GKqYZakwC8orG1hPK2dKu/dp+wUaYSaCeqOaC5WcykLJuOS8eeEpZXPm6XupERMhiRMIvGJ2+K&#10;bobRiZXMJHlwe/XFNnkobma+aHkvYOy3jnmPU5CweHo8RmmpCXsuOdqhN3xMLgaY1H3JI6SP4X+c&#10;iUnLKoBle7/EYn92bi+9jn7VYLS2nH6IU1uvcH6LRkmn9n7ROdmgHX88LkOXx3/0JDOO/IDpiTPK&#10;Gocie5fDaoWgbgi8k4RXYIe1lYNwUzSuYYLLRjam6oJgOeWfF4ISLoCW1oH8JLCONoITiS/JHY2+&#10;e4nCZ4unbei7kInPYGq0iIhAUx+tXIb6RjCl8IXXOfeeLITFLrmWBYPdJRuNjYMaiSPIQpRQe4LB&#10;gJGabea6n48uYF+zmo0CUx2saosFRjqlEokqOhGdYIdRLu6VUYWVJXWM/YQAiQnHhJrYe3vAtpd3&#10;bfC5zZRkYHWyyZGVUy+rpI7nRlCkTYxJOi+cr4mrLx+UuYcgJcGMhYTFiOzG4aEve3bACp0Ybf25&#10;GplUYI6yGJXaU0urAJJ/Rm6jtY8nOlCcGYvIL0uUOYh5Jf+MIoVqiM3GVKdQe3G/d6J2bg24gp34&#10;YKqxgJnKU2uqcJXCRo+jOZG2OnKbqo2kL3ST0YmhJjKL0oXziLHF0K0ye3G+8aeHbiW3+qI9YNKw&#10;+Z1XU5up8JijRsOixZPuOqSbS483L6GTh4qWJlqLk4Zh8s97Y3mw2917vHnSxKh8HHoHrSV8g3pe&#10;lXF893rdfa19fHuCZfB+FXw+TkR+2X00Nst/6X598LJ5uYTP2i16NIPKwyp6s4Loq897O4IylDR7&#10;0IGqfIh8doFCZOF9LoDjTVV+EICfNgF/OoBo7sx4WZAC2Gp45Y3awZ95eIvSql56GYoQkup6yYh9&#10;e2R7i4cFY+R8X4WGTH19W4P+NUx+m4I/7QZ3M5sx1q53yJfvv/h4aJTYqOB5GZHykZh54Y9UekF6&#10;u4zDYvJ7p4oaS7h8uYdHNK1+DIP962l2R6ZV1Rt23qIDvnJ3hZ3ep3d4QZnskE15FpYdeSh6BpJy&#10;Yg17Bo6WSwJ8LIpvNCR9jYWd6gR1k7Fv0792J6wRvR52zabXpjd3j6HPjy94bpzmeB95aZf9YTl6&#10;fJLrSl97so1tM699H4cX6Np1Bbx70p11lbYOu/92N6+6pSR2+6mUjj135KONd1F46p1zYIF6BpcM&#10;SdR7S5AzM018woho5+d0nMdx0bB1J7/uuxB1wrh7pDd2grErjWB3can4dpt4g6KuX/J5qpr8SV56&#10;9pK7Mvx8dImM5yd0VdJB0PZ02cmbukx1asD/o252JLiAjKJ3E7AVdfR4K6eIX2p5W56OSPl6sZT6&#10;Mrx8NoqB4pmEEXgbzY2DhXh4uByDDnjhojiCq3lkjAmCXHoMdbyCH3rZX4CB8HvDSVWB4nzsM3yC&#10;BH514OGCjoKpzFyCF4HmtxKBs4E/oSiBZYDBiumBK4BrdKCBCYA5XnOA/oAZSHWBFYAfMuCBWoBJ&#10;31GBQY1BysGA2YtutZaAgom4n8WATYg+ibKALobwc5SAKYW+XY+ANYSKR7qAZINYMlaAv4IH3b+A&#10;KJfFySV/x5T0tAF/fJJCnlx/UI+5iHR/S41ucod/XIsxXLd/f4jjRxN/xYZ0Md2ANIOs3ER/QqJB&#10;x7N+4p57spp+oJrSnQd+gJdKh0F+gpPdcYl+qpCTW+9+4I0gRnt/OYltMXR/uoUw2vp+kKy+xnR+&#10;MagEsWN97qNYm+N9057Fhj1935pIcJ5+DJXQWzl+VpE2RfR+wow7MRt/UYaO2eh+ArcyxWx9pLF+&#10;sFx9XqvHmuR9Q6YhhV59WqCRb+Z9kpryWp594ZUXRYF+XI7RMNB++YfD2Q19l8GYxJZ9Orrir398&#10;7bQWmgZ8za1NhJF856abbzl9LZ/XWhp9h5jDRSF+CJErMJN+r4jO2GZ9Ssvuw+587sQnrsV8mLw1&#10;mUR8b7Q7g+B8iKxYbqZ81aRgWax9O5wURNN9yJM9MGN+dImt0u+M63bZv5KLfHdXq72KLXfdl1+I&#10;/nh8gqmH5nlDbdGG3no0WRiF3ntGRHuE8XyhMFqEGn5r0XWLlIDBvmSKNYA8qqOI9H/RllqH1X+G&#10;ga+G0n9lbOiF439nWECE/X97Q8yELH+6L+6DboAq0CaKVIq5vRaJBYk1qYOHyYfKlTSGv4aTgJuF&#10;0IWDa/GE+YSRV22ELIOiQyuDd4K/L42C1IHSzs6JQpSlu7SH+JI3qBCGzo/ik+mFy42zf3aE9Yu0&#10;avqEM4nCVqqDfIfDQp2C24WvLzmCS4NdzYGIaZ6EumiHIps0psmGAJf6krKFBpTZfmSEMZHOahaD&#10;hY7aVfqC3ovEQh+CUIh5LvGB04TGzFuHvqhpuUyGeqQ2pbSFV6AJkayEYpvtfXmDlZffaUeC6ZPO&#10;VV2CVI+cQbKB2IsXLrOBbIYLy2aHM7JEuF6F8q0npMeEzqf/kMmD2qLffLKDF53KaKSCc5igVNmB&#10;3ZM9QVeBco1+LoCBFocnyqCGx7wPt5yFirYBpACEY6/VkASDaqmhe/yCqqN3aAuCFJ0yVGmBh5al&#10;QQuBHo+nLlaAzogaygqGdcXNtwOFPL7Ao1mEELd9j1mDErAle2KCUajUZ42BwKFoVAaBP5mwQMWA&#10;4ZGILjSAlYjkw7uV+HXescqTsnZyn2+RkHcQjJSPkXfJeVyNqXiqZf6Ly3m4UsuJ63rqP8SIDXxr&#10;LWmGJH5gwnyUwX80sNCSg37YnoSQbX6Ti7aOen5yeIWMon55ZTWK2X6lUhSJD37nPzuHR39bLSuF&#10;dIAMwVmTooh/r6KRb4dAnXuPWoYSiq+Nd4Ubd5aLsIREZGWJ/IOKUWiIRoLXPsGGlII2LPSE14Gd&#10;wEWSk5HYrnyQbI+6nEuOZY2qiaeMfYvHdp6KzIoNY5GJKYhiUMKHh4avPlCF74TyLMWES4MQvyeR&#10;vpsmrXSPmJgxmzyNl5VRiIuLwJKJdaiKDo/XYsWIgI01UCmG7Yp2Pe2FZIeQLJyD0oRivieRG6Rz&#10;rHaO+KCrmkKM+Jzoh6GLJZk1dNeJeJWLYhKH55HcT6aGYo4OPZmE64n+LHmDa4WOvU6QmK2uq6WO&#10;eKkNmXOMdqRghtqKpJ+2dCiI/psSYYWHc5ZYTzmF6ZFsPVWEgow1LFyDFYaSvJ+QMbbZqvqOE7FX&#10;mMOMEKu1hi2KOaYHc4iIlqBaYP+HF5qUTtuFlJSOPRuELI4uLEWCzodwvBmP37/3qnKNxrmGmC6L&#10;wLLbhZaJ5awXcwGIQaVTYJOGxp50ToaFT5dVPOGD84/fLDKClYgntQ6fPXUypGOcKHXOk2KZN3Z6&#10;gfGWZXdFcCyTo3g6XkaQ4XleTJ2OEXqoOzaLLHxEKq2IHn5UtAeeKX38o6ObFH23kq6YJ32OgUSV&#10;W32Kb36SpH2yXaOP8n4BTAqNMn5qOtSKYH8LKp2HZX/usx2dF4a8oq2aDYWgkdGXIISggGSUYoPR&#10;brKRuYMpXPOPGYKfS36MaYIfOn2JqYG7Ko+GwYFrsimcKY9ioaqZJY1/kMKWQYu8f3uTfooUbd2Q&#10;5IicXEWOUYctSv2LsYW8OjGJBIRKKoOGMYLIsUybS5gfoMWYUZV0j9eVdpLifo+Su5BibReQFI37&#10;W6CNlIulSoWLA4k4OeyIbIayKnmFtIQDsHSaq6DaoAaXsJ1ljx2U0pn6fc6SGZahbGKPgJNSWwqM&#10;/I//ShuKd4yRObCH74jyKnCFSoUYr7uaLql5n1GXNaU6jmmUVaDzfSWRnZyya86PCZh1WpOMiZQm&#10;ScWJ/Y+sOYKHhIr5KmmE8oYIryGZzrH+nr2W1KzrjdST8qe+fJORNqKIa0iOpJ1UWiOMLpgHSXqJ&#10;pZKHOVuHK4zEKmOEqobSrqqZgbp2nkaWiLSBjVSTo65ZfBKQ46gcateOUKHhWcuL3ZuOSTaJYZUK&#10;OTCG8o5JKl6EcId4pwGounTBl36k3HVbh7ihHnYMd5uddXbiZzmZznfmVsSWGXkcRqGSRXp4NuCO&#10;RHwqKC+J/n5IpjKnxH0KlvOj4HzPhzagHXy3dxqcc3zJZrWY0X0LVkmVJ314RjeRXn4BNqiNbX7I&#10;KEuJOH/RpX+mv4U9ljOi5IQ6ho2fHoNYdmqbfIKsZhSX44IqVcGUR4HKRdGQjIF6NniMq4FMKGSI&#10;ioE7pMalz41blWah/IuehbGePooAdaqamYiOZWeXDodGVTeTfYYQRXGP0ITbNkyL/4OvKHqH8oKF&#10;pASlEZVqlKahP5L4hO6dhZCldOeZ445xZMiWSoxKVLmSyIo7RR2PJYgYNiiLZIXqKI2HcIOro2Ok&#10;Y52PlAegmJpghE+c3pdDdE6ZPJQ5ZDyVppE3VEqSGY44RNSOg4snNgiK2Yf1KJyHAYSsos+j5aWW&#10;k4qgF6Gkg9ScVp20c8+Yr5nOY8aVIpXyU+2Rn5IJRJeOAo4ANe+KZ4nPKKmGpoWJok6jiK16kxGf&#10;t6jAg12b8qP1c12YRp8rY1+UuppnU5iRQZWQRGCNp5CWNduKC4tuKLSGW4ZCoeijP7VIkq6faq+4&#10;gvaboan/cviX8qQ+YwmUZZ6HU1eQ7pi/RDONX5LXNcSJz4zKKLyGH4bZmayybHRpizytx3T6fJ2p&#10;OnWtbb6ks3aMXrCgGnedT6KbYHjiQP6WdnpPMtyRRHwUJfaLt348mRqxi3w8iuWs3HwBfEqoQnv0&#10;bWmjsXwYXlafF3xyT1GaY3z7QL+VgH2jMtGQW36MJjyK43+2mKGwiYPqil2r4oL2e9KnQoIqbOii&#10;tIGdXeGeIIE+TvOZd4EGQIKUn4DiMsePioDnJnqKKYEQmCKvlot7icmq9Inbey6mWohibFmhx4cb&#10;XWKdP4YDTpKYoYUBQEeT1IQGMr+O0oMfJq+JiIJHl5iuzpMDiTyqL5C6epyll46Xa8ehBoyWXO2c&#10;dYqxTjqX5IjhQBOTIYcHMriOLoUvJtyI/oNblxCuNZqGiL6pk5eQeiOk95S0a1WgZZH0XIeb1I9C&#10;TfCXNYyRP+qSfYnYMrONnocQJwKIioRLlqutpaHwiFqpBp5FecKkapqoavmf2JcdXDibSpOZTbiW&#10;rpALP82R5oxqMrCNHIi6JyGIKoUXlketRqk3iBqooKTMeYaj9aBZarWfUZvxW/WawpeZTX6WOpM4&#10;P6uRg47BMq+Mu4oyJzuH3IXClfSs/LBhh9CoTaspeT2jnKXUanGe9aCGW7+aZZtRTVqV3pYUP5iR&#10;NJDHMq+MeYtsJ0+HnYZMjRG8UnQcf6K243SgchaxhHVRZGSsF3Y3Vpymf3dUSOugrnirO7yamHoq&#10;LzCUI3wCJAGNSX4wjL+7eHuCf322AXtCcfCwjXs7ZDmrDXtvVm2lbHvfSMafnXyFO6uZi31ML1KT&#10;I35XJG6MZH+ejIS6boKyfy60/4HHcamvhIEMY+mqAoCaViakY4BdSJSenIBNO5iYlYBUL3CSP4CM&#10;JM2LnYDpjEG5bIm+ftW0AYg1cT+uiobaY46pAoW6VdejboTQSF+dsoQBO4WXt4M/L4qRdYKcJR+K&#10;8YIRi++4lZC+foKzKo6YcOetsoygYzKoK4rSVZSikIkoSDGc44eYO3aW9IYGL6KQxoSDJWSKX4MV&#10;i5e38Ze4fjSyf5TwcKGtAZJLYvOneI/JVVuh3o1eSA6cKYr/O2qWR4icL7aQLYY8JZ+J5IP2i0W3&#10;cJ6MffOx95sbcGmsb5e+Yr+m4JR/VTChTJFWR/SbnI4rO2WVr4r3L8iPqIfDJc6Jf4S0ixC29qUy&#10;fcWxfKEPcD+r8Zz2YpumX5jzVRCgzZUDR9qbKZENO1yVPI0QL9mPNYkTJfWJLYVSitS2pqu9fbGx&#10;HqbTcDGrgaHaYoWl25z6VQKgP5hDR9maoZOQO2qU047eL/CO64ovJhSI64XRgQ3GZHP2dIrANHRk&#10;Z/66BXULW2mzrHXzTtytB3caQoKmC3h/NsOetHoOK8qW5Xv1IkWOtn4lgQfFf3r5dJm/T3qnaAS5&#10;BnqeW2eykXrbTtir3HteQouk3HwdNuOdh30ALBqVyX4qIteNwH+HgRDEYIGwdIe+O4DBZ/C37IAN&#10;W0qxbX+xTsOqtn+QQomjvn+lNv6cdH/WLGCUzYA7I1WM6oDFgQ/DRIg3dHC9IIa6Z8a20oV0Wymw&#10;UIR0TqypooO0QoWit4MVNxabfYKKLJ6T8IIlI8CMM4HfgPvCU46vdFu8KoyjZ7C114rPWwyvVokt&#10;TqCopoe5QomhzYZlNy+apIUYLNaTMIPmJByLmILWgNzBlJUfdEu7YJJ+Z6q1BJAJWw2ugY3CTqCn&#10;1ouYQpSg/ImDN0qZ5od1LQeSjIV7JGiLFoOqgL3A+ZtidEC6upgjZ6q0U5UFWxOtzpIQTqmnK481&#10;QqSgWoxkN2WZQ4mXLTOSAYbdJKeKrIRcgJ/AfqFydDm6M52MZ6+zwpm7WxytNZYOTrOml5KBQrKf&#10;1476N3yYyot5LViRkIgOJNqKVYTvgIfAGadQdDi5wKKzZ7qzRJ4eWy2sspm0TsmmFZVyQs+fXZE9&#10;N5qYY40TLXiRPYkIJQKKEYVl5rd2sXNo0VV3k3RLu4Z4cHU0pTp5SHYqjqF6JHc5d+97D3hlYU98&#10;D3mqSs99PXsoNK9+u3z/5LV0135zz7N14X4rug924H36o+13233njXB42330dtp56n4aYFN7Dn5K&#10;Sfd8X36WNAZ9+3784uVzTYmKzfF0aYgauIV1f4bEon12lYWojCt3s4Svdb944oPLX2R6JoLiSTR7&#10;lYH1M3B9TIDk4Shx/JSNzDNzI5IIttR0Ro+loP11cY1rith2rItqdKB394lzXn15V4dpSIB64YU8&#10;Mux8r4Ky35Rw6J96yqZyE5vztUtzQZiIn4x0eJVCiY91xJIXc4t3Ko8KXaJ4oovVR9t6Q4hfMnp8&#10;JIRe3kFwE6pVyVlxP6XXtAJybqFhnk5zrJ0GiHB1BJjAcod2d5R8XNd4BpAYR0Z5vItWMhl7rYXj&#10;3StvbbUZyEpwmK+lsu9xwqognUFzAqSph390ZZ9Hcbt15pnVXCd3gZQlRsh5So4VMcl7R4c73FJu&#10;87+6x3ZwG7lNshFxPrK2nFxyeawZhqRz4aWOcQN1cJ7yW5p3GJgARlx465CUMYZ684hm27Nupcoj&#10;xtpvxsKysWFw3bsCm5xyDrM7hepzdat+cGB1CqOnWxN2vZt3Rfd4nJLGMVF6r4lh1yB/FXIaw5p/&#10;GXM5r4B/KHROmsl/QHVohap/ZHaXcGJ/lnflWzN/2HlORh6APnr1MX6A3nz91aN9ZnyZwnJ9i3ya&#10;rmh9s3yjmbh94nzBhJ5+Hnz7b2l+bX1PWlF+0X2yRWZ/XX43MQCAIX7k1CN784cUwNd8KIYErO18&#10;YIUCmFJ8qYQog2V9AYNrblx9cILCWXF98YIYRLh+mIFwMJF/dYC00p56spF0v0R6749pq2B7NY1u&#10;lvV7jIuMgi58AYnUbVV8iYglWJ99JYZmRB1954SLMC9+3IJn0S55qJvGvd156pjNqf56OZXdlaJ6&#10;nZL8gQV7HZAtbFt7wI10V918c4qXQ5B9TIeBL9p+VYP3z/l42aYSvKx5HaIwqNJ5bZ5ClIN52Jpa&#10;gAJ6ZJZ9a3d7EJKcVy172Y6eQxN8yIpJL5J94oVhzv14NbBMu7N4eqt9p9d4x6aMk455NKGUfyd5&#10;y5ymasF6hJelVph7VpJtQqt8V4zZL1d9gYafzjl3vLpouu94ALSqpwh4R66ukrx4r6ibfmF5S6KO&#10;ahl6E5xtVhh68ZYEQlJ7+o8pLyZ9MIexza93asReulx3rL2mpl936LaUkgh4Ra9afbl44KgkaYl5&#10;r6DWVaR6mpk8Qf97sJEuLv9874iVyAmH0nEFtjqG6HJGo7eGH3N2kHaFb3SnfMGEznXwaN+EO3dc&#10;VSWDsXjqQYeDQ3q8LnuC+Xz5xtyGR3rltTSFfnsfoqeEyXtaj3SEKXule82Dm3wKaAGDIXyLVF+C&#10;tH0gQO6CZn3cLieCOn7LxbOE4YTKtACELYQCoaKDgYNCjlqC9YKeesWCeYIaZxuCF4GsU5+ByoFE&#10;QGGBnYDmLd6BjoCDxFqDpY6OspmC9IzkoCKCWYs8jQyB3ImneZ+Bf4g2ZieBOIbOUuKBA4VeP96A&#10;7oPYLZ2A9oIeww6CpJhAsU6B9pW+nuCBZZM2i9uA8pCweJWAno42ZUuAcYvTUjuAUYlSP22AU4ag&#10;LWaAcYOVwfWB26H1sDuBMp6bndKAopskituANJekd7B/6ZQpZIh/wJCuUal/t40bPwl/zok6LTd/&#10;/4TkwRKBPaubr1mAmKdinO2ABKL2ifl/l55xdud/V5nyY+V/OpVlUS5/M5CtPrd/XoudLRB/oIYJ&#10;wGSAxrUqrqaAJbANnC1/i6qhiTZ/FqUJdjJ+2Z94Y0d+zJnXULh+0pQAPnB/Ao3CLPB/UYcEv+2A&#10;dL6hrh5/1biYm4p/MbIaiIl+r6tfdZZ+b6SvYsp+aZ3yUFt+fZb8PjJ+u4+dLNd/EofVuXeQrnBG&#10;qRKO5nGSl/iNTHLQhh6L1HQRc9GKaXVuYVqJB3byTxmHpXibPQOGUHqPK6aFB3zzuH6PRHmVqCyN&#10;nHnqlwWMFHpDhTeKp3qucveJSns2YJWH/HvdTmyGsHyaPImFdX2IK36EQ36yt3qN+YLLpwSMY4I/&#10;lfuK4YG2hCyJhYFLcguIO4D5X82HBIC+TcyF0ICMPB2EroBqK1qDk4BUtmiMxYwApduLOYqdlMOJ&#10;yIk2gyaIcIfpcRqHPYa2XwaGGoWPTTSE/4RiO7uD+YMsKzqC+YHXtU6LzJUmpNeKQ5L2k7uI2ZDB&#10;ghKHj46PcCyGZIxoXj6FW4pPTKCEUogdO2GDXoXIKyCCc4M2tFqLDZ5Jo+CJiZtNksiIIJg5gS2G&#10;25Ucb2CFtpIBXZSErY7hTCSDt4upOxWC2Yg0KwmCAIRts5KKdqdVoxiI96OHkf+HjJ+MgGqGRpt8&#10;brKFKZdqXQmEKZNGS7+DMo76OtiCZopoKvaBoYV8svaKArBIoneIiKukkVSHGaa5f8CFzKGmbhSE&#10;sZyRXICDwJdnS12C0pILOqKCCIxeKueBUoZisoiJrrkhofqIOLOfkMKGwq2zfymFbKePbY6ETqFq&#10;XBaDYZswSwmCgZTEOmuBxI4LKtqBE4cfq1qZwG+7nCOXK3EKjE6Ux3JRe9KSgXOiauuQQ3URWd+O&#10;AnapSRqLtnhmOJqJZHpzKQaHA3zsqpOYf3iBm3GWAXjni4+Tp3lYexqRZXneajqPL3qEWUGM/ntL&#10;SJSKwnwsOEiIhH1CKQeGNX6ZqcOXQ4Esmn+U2IC+irKSgoBeejqQT4AaaXKOKX/zWJmMC3/lSBKJ&#10;43/iN/6Hun/5KQiFf4AnqNWWK4m0mYCTxYiHiaWReodleVuPSIZPaKeNNoVZV/eLKoRrR56JFoN9&#10;N7+HA4KOKQmE34GTp/aVK5JLmJuS0JBdiL2Qj45xeHSOZoyEZ++MT4qmV2CKWYjVRzWIWIbyN4iG&#10;XYT5KQqEVYLcpyqUcprfl+WSGpgxiAuP15Vwd7eNsJKpZzyLo4/kVtCJrY0dRs+HvIpBN1GF1Ic4&#10;KQqD4IP+pn+T4aNTlzaRj5/jh1qPSZxJdw6NIJidZqeLGZTuVliJKZExRn6HNY1SNyiFXok+KQuD&#10;f4T3pfeTdKullqqRJadshseO26Lydn2Mq55UZiCKppmyVeWIwZT8Ri+G0pAgNwWE/YsIKQuDL4XK&#10;pZWTI7PeljyQ167WhkmOh6lqdfyMTqPKZa+KRJ4nVY2IYphzReuGgZKZNtuEuYyLKQuC74Z3nc2j&#10;C29bj6WftXCjgPmci3HuccKZc3NKYjSWU3THUpGTI3ZwQ0qP2Hg+NGiMcXpfJqKI4XzknTah9Hej&#10;jyeeqngOgHCbfXiNcTyYYHknYbOVQnnmUh+SHHrLQu+O3XvMNEGLhn0GJsuICH6AnJmgyX/Ejmqd&#10;jn9pf8eaYH8icI6XTH8AYRmUOn7/UaKRJH8aQpWN9n9GNB2Ksn+SJvCHSH/7m+KfsofGjZ2cfoa3&#10;fuqZW4W4b9WWSYTUYHOTSIQOUSCQQ4NYQj6NJoKkM/uJ9YH7Jw+GoYFUmyKez4+0jOGbno35fiyY&#10;gIxIbxSVc4qjX9+Sa4kEUKuPeId4QfSMaYXeM+CJTIQ5JyqGEYKJmoWeCJexjEKa4pVEfY2XxpLO&#10;bn6Ut5BUX1eRso3dUEiOuItoQbWLuojnM8mItYZIJ0CFmIOXmfydeZ+Pi8yaVpxufRaXMpkpbf+U&#10;HJXUXt2RHpKDT+mOLo8pQXyLLIu4M7SIOYgjJ1OFM4R+mYydEadEi1qZ76NpfJ+WxZ9QbYuTppsZ&#10;XnOQqJbkT46NwpKiQUGKxY5HM6KH1InEJ2KE4YVAmTicxK7aiv+Zn6o8fDmWbqVAbSSTSKAZXhqQ&#10;Rpr1T0qNYZXGQRCKcZCCM4uHjoshJ26EoIXfkO6sjm8Fg7eofnBCdh6kjXGOaBugmnL0WdqcinR/&#10;S5iYV3Y5PcqT+XgaMIOPZXpOJIGKmXzbkIWrm3bag2yniXdDdcqjh3fLZ8mfhXh4WYqbcXlQS1eX&#10;RHpSPZ2S73tyMIiOanzQJNCJsX5okBuqeX55guamcn4pdVWia332Z02ebH3zWR+aYH4VSwWWQX5a&#10;PW2R+n6yMIuNiH8zJRWI5n/Tj5qpYIXwglClXoT7dK+hX4QdZsSdYYNkWKaZZYLPSqyVVIJNPTuR&#10;HYHVMIqMv4FxJVGINoEbjw+odo1YgcKkeYvDdBugf4o/ZjGcg4jNWDeYg4dxSlmUg4YlPQ6QWYTU&#10;MIqMDoOGJYSHn4I9jo6nw5S5gUejyZKDc6Sfy5BLZb2bzY4bV9CXzYvyShaTwonMPOyPpoejMIyL&#10;coVsJa6HIYM6ji2nJJv7gOKjMJkecz6fMZYrZVubMpMyV3yXNZA6Sd2TLY08PNePBIozMI+K54cc&#10;JdKGuIQRjdemvaMZgK2ix5+RcwaeuJvSZReaopf7VzeWoJQuSZ2SrJBfPK+OlYyGMJCKfIiYJe6G&#10;Y4TFjZOmcqoSgGqicqXVcr6eWaE/ZM6aPZyHVvqWN5ffSXGSRJM3PJaOOo6KMIyKMYnUJgWGH4VX&#10;hLu2Rm6qeGGxg2/aa8asyHEmXumn73KWUeui33QxRQSdk3X/OKeYDHf1LPSSOHo9IqKMJ3zShIG1&#10;bnYWeEqwmXZ4a6urvncIXs2mzXfHUdChs3i4RPWca3nZOKyW63sbLSWRJ3ydIxWLMH5ThEy0TX07&#10;d/qvfXzxa2iqmnzOXoWlpXzoUZSgkH0vRNCbVX2eOKaV4n4mLU6QM37bI3iKWH+vhAOzKIQud5uu&#10;XINNavmpfoKNXi2ki4H8UUqfg4GYRKKaVoFNOJuU9IERLW+PW4DyI82JnoDng62yMIsRd0OtaIme&#10;apyojYhGXcyjmocGUQiekIXnRHaZdITeOJCUIIPYLYyOnoLgJBaI/4H7g1mxdZHsdvesq4/malOn&#10;yo3lXYai1IvzUMudy4oTRFOYqYhAOIiTZIZvLaSN+IShJFKIeoLogw+w5ZiedrqsFpYAahqnK5NQ&#10;XU6iL5CiUJedKo4DRDaYDYtoOIeSv4jMLbqNaYYvJISIDYOygt6waZ8edoyrmJvhaeump5h8XSCh&#10;ppUNUG6coJGqRBGXkI5GOHqSQormLc+M74eHJK2HtIRZgq6wHKWCdoWrO6GgaeCmNZ1pXQOhG5kZ&#10;UFicCZTrRAyW/ZDKOIORz4y1LeKMm4imJM2HbYTheRrAMG5lbX26y2+AYc61SnDHVgqvgHI9Skep&#10;XHPmPrii4XXJM8qcF3fUKaiU7XoxIPqNkXzJeQ6/aXVvbZe55HXBYee0M3ZRViKuR3ceSl+oFHgn&#10;Ptuhm3lnNAGa2HrLKgaTwnxxIY2MiH4+eRC+PnwebYG4uXvPYday/3u1VgytCXvpSlWm2HxSPuag&#10;anzsNCiZtX2jKlWSuX6LIgyLo3+OeQO9A4KQbVy3gYG5YaGxyYEPVeer14CiSjylsYBtPuWfUoBY&#10;NEWYsIBZKpiRz4B+InmK34C5eOe79YjtbT+2c4eVYYCwuoZhVb+qyYVRSi2kpYRrPuaeWYOmNGCX&#10;yYLqKtKRAoJIItaKOIG/eMa7Jo9EbS21mY1nYXSv2IuZVbSp5YnjSiKjxYhHPuydeYbDNHqW/YVL&#10;KwWQUoPlIyOJrIKgeKi6hZVsbSS06ZMGYXCvHJCWVbCpJY4ySiCjDYvlPvScyommNJOWTodxKzKP&#10;vYVRI2KJOoNdeI66DZthbSK0XZhqYXOugZVQVbGog5I2Shyibo80PvWcO4w/NKSVyYlZK1aPQoaJ&#10;I5WI3YP6eHu5tKEmbSez6p2RYXyt/pnAVban+JXoSiSh45IvPwWbuI6JNLSVWYr3K22O6IeJI76I&#10;k4R52qVx8G0qxqZzUW7Esit0pHBXnSB16nHph7R3MHOJciZ4hXVCXLV583cVR217lHkjMq19inuT&#10;2LZv23gZxRdxa3iJsMZy43kFm+R0T3mShpR1vno0cSJ3PXrrW8x41HuvRq16nnyUMiV8uX2k1u9u&#10;GIMFw1tvv4JRr0RxVIGumnty3oE1hVd0b4DXcBJ2FICKWup30YA9Rf15v3/0Ma17+3+d1TRsj43P&#10;wZ1uRYwNrZJv7IpjmQBxkYjWhAlzQ4d1bvt1CoYcWg926YS2RVp4+IM4MUR7UYF606JrR5h9wBJt&#10;CJXFrApuvZMbl4xwcpCFgshyO44Fbe10IYucWT92HokURMV4SoZYMOl6vIMy0lhqSaMYvs9sD592&#10;qshtyZvIllRviJgjgatxX5SMbPRzVpD2WIB1b41HRD93tYlKMJx6O4TB0VBpga2XvctrSakNqb9t&#10;AqRYlU1uxZ+dgL5wqprubC1yspYyV9102pFDQ893NowEMFt5z4Yi0Iho77fsvQZqtrJ3qOtsaKy5&#10;lHFuJ6bef+lwFKENa3hyK5stV1V0ZJUIQ292zo57MCd5dYdTz/5okMIDvHxqU7uUqEhr97TEk7tt&#10;ra3HfzhvmKbNat5xuJ+/VtJz/ZhnQw92dpCiL/15LIhTy8R6GWwkuZd6nm3ypr17KG+okyx7tnFU&#10;fyJ8THMMaup88XTfVtZ9q3bQQul+j3kAL5p/t3uYymB4L3aLuH144Hc8pa15iHfpkid6MHidfih6&#10;4nlkagZ7qXpCVg58iXsyQk59l3xJLzl+532TyOh2goDdtuV3SYCBpDl4B4AqkMd4zH/qfPZ5n3+/&#10;aQN6i3+mVTp7jX+QQbJ8vH+DLuN+K39zx2R1DYsLtVN14Ym8oqt2sIhwj3B3iYcwe8V4fYYQaAR5&#10;h4T2VHR6qYPTQSZ7+YKdLph9hIE1xflz05Uns/B0sJLyoUt1jpC2jh52d459eqZ3e4xPZxR4pIox&#10;U7154Yf3QKl7TYWQLlh88oLSxM5y3J85ssdzv5wkoCZ0oZjxjQR1lJW2ead2p5J+Zjp33Y9DUxh5&#10;NYvwQDp6uohVLiF8dYRGw91yGqkysddzAKU6nzNz4aELjBZ02JzHeNF1+JiEZYl3PpQwUo54oo+u&#10;P956PorgLfR8C4WNwydxibMFsR1yb64onmtzS6j4i0x0P6OfeBB1Zp5GZOV2vZjaUhR4MZMxP495&#10;2I0qLc57tIamwq5xKrylsJZyDLbZnc1y3LCciqFzxqond2907aOuZF12TJ0hUaJ3zpZTPz15hY8k&#10;LbF7boeQvWCCe2tSrN2CHm0/m4mB3G8LiV6BrnDIdq2BjHKUY8iBeHR/URGBcnaLPoeBjXjdLLOB&#10;2HubvEmAtnUbq8mAh3YAmmOAX3baiEuARne2dbKAO3iiYu6ARHmnUFuAXXrBPgSAmnwELHmBBn2A&#10;uyZ/F37Zqox/Bn7GmVh+8X6whzZ+736jdLl++36rYhx/IH7FT7R/Wn7mPZB/vH8ULEaASX9JudN9&#10;rYh0qTZ9pYeFl+Z9pIaKhfd9tIWRc5194YSvYTB+JYPUTv9+e4L0PRp++oIELBl/ooDyuJJ8f5H8&#10;p/Z8f5A5lqt8i45ghMx8qox7cqJ85IqcYF59RYjITmJ9tYbePLZ+T4TMK/J/EYJ2t4Z7k5uBpux7&#10;mpjqlaZ7qZYng9J70JNPccF8FpBzX6N8gI2STdh9CoqbPF19vIdjK9J+lYPQtq962KTuphJ65KF/&#10;lMl68p3Ngvt7G5n3cQB7bpYdXwZ75pIxTWV8eI4ePBV9QInCK7d+LYT+tgx6S644pWZ6WqntlBF6&#10;ZKVEgkN6iKBmcFN64ZuCXnB7a5aKTPZ8CpFgO9Z824vgK6B914YBtaF57LdXpOZ5/LIqk3p5+qx9&#10;gaR6FKaMb8J6a6CUXfl6+5qITJZ7qpRGO5N8i42xK499k4bXr2aLO2qyoE6J9GyokFmI4G5+f4OH&#10;7nBHbimHB3IjXKCGKXQjS1eFUXZJOkCEkHi7KfuD7HucroqJknPqn2qIf3Tpj12HhHXcfpSGn3bU&#10;bU+FyHfhW+OFAHkJSrmEQXpKOdmDnXu7KeeDE31trZOICnz/nkiHE30jjluGJX0+fZGFVn1ibG+E&#10;lH2ZWyyD5n3lSi2DRH47OYKCv36kKdaCUn8grIKGpYYLnSiFuoVgjSmE4YShfJiEHoPna5aDcYNE&#10;WoSC24KpSbGCWIINOTWB9oFpKcaBqICxq2OFf47+nCyEmo2UjC+DzYwLe4yDFopxaq2CeojcWb+C&#10;A4dVSSOBloW8OOaBSoQEKbmBFoIcqnaEnZfxmzmDwJXAiz+C9ZNeeq+CQ5DdaeiBsY5YWSKBPovT&#10;SLOA6Yk9OKSAtoZvKa6AmINfqbaD6qDHmnaDFZ3NinuCSJqKee6Bl5cZaTmBDpOjWJiAp5AiSFmA&#10;VIyDOG+AOIiiKaWAMIR3qSWDZKmAmduClaW4idSBw6GKeUiBCZ0caJ+Ag5iqWAyALpQoR/N/6Y+G&#10;OEF/0oqXKZ5/24VlqMSDBrIXmWSCPK19iUWBYKhVeLOAmKLcaB6ADp1iV6h/vpfdR6h/iZI0OBJ/&#10;g4xDKZh/loYpoeWUFGpOk++SAmw/hS2QLW4YdZyOdm/sZZeMwXHVVW2LCXPmRZaJTHYeNgmHl3im&#10;J3aF6XuboTWSmnMBkz6QtXQIhGWO7nULdOCNOnYZZOqLjXc/VNqJ5niFRR+IPXnmNceGn3t+J4iF&#10;CH1ZoGyRKXuNkkmPYHvFg4aNo3v+dAGL/3xFZCiKZHyjVDyI1X0YRKqHRH2cNYyFwH48J5eEQH73&#10;n3qP24PvkUiOGYNygnSMboLucySK0oJqY2SJUIH7U6WH2IGWREOGX4E0NVmE94DVJ6SDkYBynpWO&#10;tIxYkFyM/4sjgYuLX4nbckCJz4iFYrWIUIc2UxmG8YXzQ+SFkYSkNSyEQ4NDJ7CC+oHInc2N2pS/&#10;j6iMLpLTgNqKjpC9cYWJAI6OYgWHi4xcUpCGMIoqQ4WE5IfqNP2DrIWCJ7qCeoL1nSmNL50CjvyL&#10;ippbgC2J6JdycN6IWZRiYXCG7JFMUhqFmY4rQzyETYryNNuDK4eJJ8KCEIP4nKmMr6UcjnWLEKG2&#10;f52JaJ30cFKH0Zn5YO2GZpX1UaaFIpHiQuyD3422NL6CwYlTJ8iBuYTTnE+MU60TjgyKt6jsfyOJ&#10;B6RBb9WHZZ9MYIGF9JpRUVOEtJVJQq2DgJAmNJiCc4rWJ82Bc4WHlOOdJGn9h9uaXWvkei2XyG2/&#10;a9eVQ2+eXSCSsnGWTlWQEHO4P/GNW3YBMfmKmXibJSuHyXuXlFWb3XIzh1iZMHM9eZmWnHROa02U&#10;EnVwXKSRg3avTe+O7XgSP6aMRnmSMeKJl3tMJWGG231Fk7eagXo4hpWX63qCeO6VW3rTaqCS3Hs7&#10;XBCQW3u+TXyN2XxcP1qLR30MMcyIr33fJZCGCn7QkvuZOoIXhcSWroG1eA2ULYFTaeuRtYD/W3CP&#10;SoDATQOM3YCRPw2KYYBoMbWH4IBMJbmFVIA4kjqYLInghQmVpojad1KTLYfKaSyQvYa2WuiOUIWm&#10;TJiL+YSmPs2JkYOeMaSHKIKPJduEt4F5kZqXSJGzhGeU0JADdrGSWY40aJiP6YxQWmONgYprTEGL&#10;J4iKPpmI1IaiMZWGhoSiJfmEM4KTkRWWoZljg/WUMJcLdj+RspR0aByPOpG5WemM2Y79S+KKi4w9&#10;PmeIOIlvMYaF/oaAJhGDxoOEkKuWJ6Dmg4aTuJ3fdcqRNJp8Z6qOspbkWYCMUpNKS4SKEI+nPimH&#10;xIv2MXmFkIgiJiSDbIRPkF2Vzqg/gy+TXqSGdWeQ0aBLZ0aORZvLWSqL4JdJS0SJoZLBPfuHY44t&#10;MWOFQImAJjSDJYT0iICmbGmnfFGi+GuBb6OfpW1dYnacSW9HVQWYynFQR5WVKXOFOqGRZnXiLjuN&#10;f3iQIyGJgHuTiBKlV3Fse/yh6HJzb0eegnONYiObFnTDVLyXlHYcR1+T+3edOoSQQ3k+Lk+Mb3sc&#10;I3mIhH0xh6CkCnjye2ugqnlFbsydRHmrYaiZ3XoyVFeWZnrZRxeS3nuiOmCPOHyALlyLen2HI8aH&#10;qH6shxaixIBKes2fbIAAbiCcEn+/YSCYsn+WU+KVTX+IRsaR2H+POjeOR3+jLmWKoH/LJAiG6YAC&#10;hoWhs4eRejyeY4avbYubEIXLYIyXs4TrU3mUUYQeRneQ8INeOhCNcYKgLmyJ4IHmJECGRoEyhgWg&#10;4Y7OecKdl41UbRWaQYvDYBiW5IooUxKTg4iQRj2QHIb+OfeMr4VtLnOJOIPSJG+FvII7haKgLZXm&#10;eVyc65PPbKyZlJGJX7OWNo8qUryS2YzJRgWPeIplOeqMAof9Ln6IpYWIJJaFS4MchVCftpzXeSyc&#10;dJopbHqZDpcgX3SVmJPlUnqSNpCwRcOO6Y1/Ob+LhYpNLoGIMIcIJLWE74PZhRKfYaOceO6cFaBL&#10;bDSYo5x3XyuVJJhiUj2RvpRXRZiOc5BSOaeLH4xPLn6H24hGJM6EpYRyfL6v62k/cUur12sLZYun&#10;wmzoWXyjgm7fTUifBHD8QS+aTHNJNaeVY3W/Ks6QRHiEIVeLDHuNfG2vA3CdcSWq2HGdZWimnXLB&#10;WWKiQnQLTTedu3WBQS2ZCnclNbuULHjrKwuPH3ruIc6KAX0ffCWtv3escMipmXgFZR+lWHh8WRqg&#10;/HkkTQKcfXnyQRKX3HroNcCTD3v5Kz2OGn01IjaJGX6Le86scX6EcF6oUX5NZKikGX4qWMKfxH4s&#10;TLmbVX5TQOmWxn6TNb2SDX7lK2aNMn9UIo+IUH/Se3CrVYVJcACnPISKZEejCIPTWF2etoMnTHqa&#10;SoKYQMCVz4IfNbeRKYGsK4eMZ4FJItuHpYDzexmqfowGb7OmZYq+Y/6iLIlkWBad2IgJTDuZb4a7&#10;QKGU8oV9NbOQXoRFK6OLtoMRIxqHFoHtetCp15KWb3mlu5DDY8aheo7BV9ydH4ytTASYu4qjQIOU&#10;RYiiNbePrIalK72LHYSmI06GoYLBep+pT5jvb0ulL5aKY5Og6JPdV6mciJEMS9WYJI5CQFeTvIt8&#10;NaiPJYjAK9eKnIYFI3iGQYNxenSo+Z8mb02kyZw5Y4+gbJjHV46b8pUXS8OXgpGCQFaTH44ANbOO&#10;qIqRK+mKQIcpI5qF9YQAcYG5o2jcZqu1BGqSW8WwMWxtUMqq/25wRdClaXCiOw2fgXMLMPKZWHWc&#10;J6OS6Xh6H8KMcnuHcUS45G/XZqu0EnDIW9SvAnHxUOSpqnNORfGkCHTjOz2eJXasMTWYBniZKAqR&#10;rnrEIFeLV30NcSi3onZzZoCyynbJW7qtsHdMUMyoT3gTReuis3kKO06c3noxMWOW0nt2KF+QlXzo&#10;INeKYn5tcQe2Q3zPZkyxb3yiW3msW3yZUKOnA3zDRdKhdH0fO0+bsn2bMYWVvH4vKKaPnX7kIUWJ&#10;kH+ncN61FIMUZiawQoJwW1GrL4HgUHSl24FnRcGgU4EYO1CapoDoMaOUxoDDKOOOxIC3IaOI3oC6&#10;cLi0LIlSZhOvT4g2W0KqNYcRUGOk4YX1RbCfYITwO1WZt4QFMb6T64MqKReOCIJeIfCISIGncJez&#10;eY9gZguui43IWz6pZowJUFukEIpBRamel4iMO1qY+IbpMdmTMIVVKUaNaoPSIjCHzoJvcH6y9ZU3&#10;Zg2t8JMhW0KovJDAUFmjX45FRZ+d6YvcO1SYXImFMeaSoIdDKWuM54USImSHaoMVcG2ylprZZhet&#10;cpg9W02oLJUxUFyix5H8RaOdU47cO2CX0IvUMfCSJ4jlKX2MhIYXIo2HHIObzqFtGGb6u+hu7Gk9&#10;qLVwrWtxlOpyXm2cgLV0Em/ObFZ12nIXWCB3v3R/RB1533cnMMl8WXo+zL5qtHHFumpswXLkp2Bu&#10;rXQGk75wi3Uwf6RybnZna2J0Z3ezV0l2fnkSQ3R4z3qbMGJ7eHxiyvlop3x+uLRq0nyBpehs5HyN&#10;kl5u5ny2fnBw8nzzalxzF31BVnR1W32WQtd32n37MAd6rH5syTtm14cNtvhpG4YKpDlrRIUWkOtt&#10;aIQ1fSlvnIN2aU5x6oK/VaV0WIIDQkV2/4E9L7d594BWx6dlUJF7tXFnpo+LorZp5Y2ej3xsHou7&#10;e/Vub4noaExw44goVOJzdYZTQcF2QIRaL3J5WIIbxl9kHJvWtDJmfZkDoX1oxpYajk1rEJMveuFt&#10;dJBMZ2Rv/o1qVDNysop4QUt1nIdJLzh4z4O0xVtjJqYSszVlj6JboH1n3J5yjVFqLpp4ef1spZaG&#10;ZqVvRJKIU59yDI5kQOp1Eon+Lwh4XIUdxJlicLAgsnZk3KuBn7JnJaaUjIBpd6GEeTNr+Jx5Zfhu&#10;rJdiUx9xiZITQJd0oIxvLuB3/YZVxBph97nrsfRkYLRSnxlmn65Xi9ho6KgteJFra6IHZW1uKZvQ&#10;UqdxFZVcQD90QI6MLsB3sIdawIJ0/2Y0r491/mimneV2/2r1i3h4AW0weIp5Dm9zZWt6LnHQUnx7&#10;aXRQP8R81ncULdN+kHpLvydyyHB7roFz/3HUnON1I3MeioR2RnRnd6N3dHW9ZJ14vncqUc96JXiu&#10;P0V7xHpiLY59r3xYva9w0XqfrOpyJ3rym3NzantAiSh0r3uZdnh2BXwDY6N3eXx/UQd5Cn0EPrp6&#10;032cLVJ85H5IvChvF4SZq1lwgoP+melx3YNeh9tzPYLBdVB0uoI7YrB2U4G8UFB4C4E8PkF5+4C2&#10;LR18MIAYurttn457qfhvG40EmI1wi4t6ho1yAInodD9zk4heYcx1UYbiT6Z3K4VUPdR5PoOoLO97&#10;k4HCuZJsdZhTqNRt/JYAl29vdZOGhXtw+pD5c0dyoI5sYQF0cYvdTxB2a4k/PXR4nYZqLMl7DYNA&#10;uKZriKILp+htFp7cloJukptshJZwH5fdcnhx2JRNYFdzvJCvTpN1yIzvPSZ4FYjxLKl6nYSPt/dq&#10;16uYpzRsZ6eIlcFt4aMcg9RvbZ6Ccb9xMJnlX7lzKpU5TiB1SZBfPOJ3pYs2LI96QIWvt4ZqYbTo&#10;prNr7a/tlSltXKp8gzJu4KTPcSlwpZ8gXzxyqplgTbZ02pNsPJV3So0pLHp59YaestV9IWWko3V9&#10;RGgskzl9gWqJghx90GzPcHB+Lm8fXpJ+nXGOTPB/IXQiO41/z3cBKwiAunpVscR7DG9Lomp7aXDP&#10;kht7x3I+gRN8MnOnb4R8rXUdXcp9QHasTE996nhUOyJ+wnotKuZ/1XxMsJx5KHjhoSp5q3lykQ16&#10;JHn5gAJ6q3p+bpV7RHsUXQV7+nu8S7p8y3xyOsN9zX0/Ksh/CX4lr0Z3eoJLn9B4EYIHj6F4pYGu&#10;fs95RIFRbYV6A4ECXCd63YC8SxV70oB3Ol58+IAwKq5+VH/brgR2FYuhno92uoqOjmZ3YIlcfaR4&#10;EogXbJV45IbVW1554YWcSoN69YRWOgd8PIL2Kpd9t4FrrPp0+JTwnYh1qJMOjWZ2VpD4fLB3Fo7G&#10;a7h3+IyOWrB5BYpSSgR6N4gHObx7m4WMKoR9MYLQrCZ0FJ4fnLF0zJtrjI91fZhse+F2RJVFav53&#10;N5IWWhp4VY7YSZ15lIt8OYB7E4fnKnV8wYQHq4dzaKcknAl0JKOZi91005+rezJ1mZuFall2lpdW&#10;WYt3yZMVSTd5GY6uOUt6pIoBKmh8ZYUQqx9y8q/xm45zrquJi010VKaiepx1EaF1adJ2D5w+WR53&#10;S5b2SNt4rZGCOQt6TIvMKl58HIXspYuFfGU7l3+EyGfIiI2ERGoseLaD3mx7aFGDg27YV72DM3FX&#10;R3KC8HP+N3KCzHb0KGqC1HpcpK+DiG5TlpWDEm/vh4yCr3F0d8aCXHL2Z36CGHSIVw2B5XY0RuqB&#10;wXf8NyOBwHn5KGuB6Hw+o7CBwHdFlWiBcHgJhn+BI3i7dsCA6XlvZp+Av3ovVlqArXsDRmiAqnvm&#10;NtuAzXzkKGuBFn4BopuAGIAjlEh/34AghVN/roADddx/h3/iZdp/en/LVcd/hn++RgV/pn+1NqZ/&#10;8X+sKGuAXn+goX9+wojvk0t+logvhFl+c4dJdMx+XYZKZPp+ZIVNVQl+koRYRX1+z4NZNl9/NYJH&#10;KGt/v4EYoJZ9spGzklx9kZAxg3F9dY52c/R9aoyXZDl9foqxVHZ9t4jHRRZ+D4bRNih+k4SxKGt/&#10;OIJln9l82ZpSkZ58wpgMgrV8p5V2cz58oJKxY5V8wo/gU/V9Co0BRMV9a4oLNf5+CYbiKGt+x4OG&#10;n0p8NKLIkQZ8JJ+7ghR8BpxDcqJ7/JiMYwN8JJTIU3N8gJDyRGp88Y0ANdh9mIjUKGt+a4R7nuh7&#10;wKsMkJF7s6c0gY57jaLRchp7eZ4eYo17oZlfUxd8BJSORB58h4+eNad9Qop5KGt+IYVFmJ2OMWTp&#10;i6mMrmdsfd2LaGnQbzqKQWwoYB2JHG6RUN6H+XEgQfqG13PZM3KFyXbmJf+E1Xphl+iMam15ivCL&#10;IW8afRCJ8nCubn+I03JFX3qHvHPvUFmGr3W5QZiFqHehM0aEuHnFJiGD4HwwlxeKtHXfifWJkna5&#10;fDGIdHeKbaaHa3hfXsOGa3lGT8uFenpEQTaEkXtVMx2DwXyHJj6DB33dliKJI34aiPmIEH5HeyaH&#10;DH5fbNmGEH5xXhKFLn6PT0qEW364QOaDkX7qMv2C438lJliCSX9mlTWHy4ZXiBCGyIXSekeF0oUr&#10;bAKE5YRuXXyEDIOxTtuDVoMDQJ6Cq4JQMuCCH4GTJm6BpoDIlGuGyY6Ph2OF0Y1aeaCE3ovsa0mD&#10;9opWXM+DKYi8TlqCfIcpQEeB6oWOMrmBeYPUJoCBHIIAk8eF+5afhreFDZS2ePWEGZJ6aqaDM5AK&#10;XDeCcY2TTeOB0IsYQAiBQ4iQMqCA7IXdJo+AqYMMk0eFX56BhjKEeZvieGiDgZjTah+Ck5V+W7mB&#10;1JIhTW6BRo68P7iAxotKMoqAeIepJpyAS4PvkuyE76Y6hcmEDqLld++DDZ73aaWCE5qvW1OBT5Zk&#10;TSOAx5IUP4OAWY21Mm2AHoktJqaAAISpjCiXA2StgB6U0Gcgc1mS1GmDZd+Q6GvjWASO625XShmM&#10;4XD2PKCKzXPAL5yIvHbfI8yGt3pji46VeGzCf5GTbm5gcsGRd2/9ZVmPh3GmV5KNj3NnScKLl3VM&#10;PGeJmHdTL5WHoXmZJA6FtXwhiuaT2nSkfsSR8HWJchCQBnZvZKyOJXdhVwWMQHhrSVqKYXmQPCmI&#10;fXrNL42Go3wyJEiE0327ih6SV3xdfemQfHyecSeOp3zVY/aM1H0SVmmLC31eSOqJRn28O+eHfn4m&#10;L4CFwn6lJHmEDn8xiVWRFoQCfSmPR4OlcGuNe4MxYzeLtYKxVeeJ8oIzSIWISYHHO62Gm4FYL3eE&#10;+oDsJKSDZYB+iK2QD4uqfIKOToqpb8iMiYl9YqSKw4gyVWaJCYbkSDuHY4WfO4GFzoRaL22ETYMD&#10;JMiC1oGiiCWPR5MtfAyNkpGMb1SLx4+eYieJ+42BVOuISotiR9qGtIlFO1WFI4cjL2SDuoTkJOWC&#10;YIKdh7mOs5p+e56NAZg4buGLMZWFYbqJXpKRVIWHr4+aR3yGJ4yhOxmEoomlL12DQoaJJP2CAINv&#10;h2iORqGee0aMlZ6ybn+KvJsyYVmI35ddVDSHLJOHR0KFqY+xOvGEM4vYL02C54fqJRCBs4QbgEKg&#10;DGRbdPadOGa/aSSagmkhXMuXwmuNUC2U3W4VQ5SR23DLN4COv3OrLAOLlXbeIdiIbnpkf7qeumv9&#10;dJCb9G2ZaL2ZMm9BXHaWZHD/T+uTf3LcQ2qQinTiN3ONgHcKLCSKbXlzIjiHX3wSfzadMnNjc/Ga&#10;g3RTaDqXx3VOW/iVAnZhT4mSLHeRQyuPTXjjN1uMW3pOLD6JY3vlIoyGcn2cfp6btXqbc0mZE3rz&#10;Z4eWaHtMW3CTsHu1TxeQ8nw0QuCOK3zJNzuLU31vLE+IeH4wItWFpH7/fgSadoHBcrGX4IGIZu+V&#10;PYFCWtySjYD2TrOP2YC7QpaNKoCQNxqKaYBqLFyHqYBQIxKE9YA7fX2ZfojdcjSW8YgSZniUT4ci&#10;WmiRoIYfTk2O8IUeQmWMQIQoNweJl4M4LGmG9YJBI0aEYYFOfRKYro/OcceWKo5sZguTiYzNWgCQ&#10;24sMTfWOMolIQi2LjIeGNwKI34XHLHmGWYP9I3CD54I5fL2YHZaVcZeVnpSoZduS75JOWcaQKo+1&#10;TbqNfY0iQe6K7YqYNtiIVYgVLICF24WBI5KDhIL9fHyXtJ0ocVeVLJqmZZWSc5eMWX+PppQhTYGM&#10;9pC+QceKao1lNsOH4ooXLIGFfYbDI66DNYOddOupUGPoak+l42Y9X2CicmihVB+e0GseSLma7m2+&#10;PW+W2XCQMr6Sn3OMKMCOSHbZICKJ+HpidHWoNWsjahCkuGy6Xy2hJG5uU/+danBESKmZg3JCPXSV&#10;eXRuMt2RT3a9KQeNDnlMIJ6I23wDdBWmvHIUaZ+jSXMNXtmftXQcU7Gb/XVTSHSYI3atPV+ULngw&#10;MuuQGnnOKUKL9nubIQqH4n1+c6ylPHjRaSeh1Hk/XleeTHm5U1aaonpPSC2W3HsFPTqS/nvWMu6P&#10;BHy8KXCK/X3BIWeHC37Tc0Cj9n98aMCgl39nXfCdFn9PUu2Zcn86R+6Vtn9BPRSR739eMuyODn+F&#10;KZaKJH++IbWGVX//cuGi+4YeaG6foIWFXaOcHYTPUqOYeYQOR6+UwoNaPPiQ/4K4MuyNM4IgKbSJ&#10;aIGOIfeFvIEEcpKiN4yPaC+e24t1XWqbUoocUmiXqoimR3aT+oc6PNmQQYXZMvSMdoSDKdKIxoMq&#10;Ii2FPYHhclmhmZLFZ/uePJEiXTKar48kUjGXAoz2R0STVIrPPKmPq4ivMuWL5IahKfCIP4SQIlmE&#10;14KZciuhMJjVZ/2dyJa9XS+aJpQEUhyWYJD8RzuSpo4MPLSPA4s0MvaLXoh1KgSH2oW5InyEhYMv&#10;agmy12NqX/yu6GWpVeGquWgNS7CmJGqbQYChK21YN4mb6HBNLj2WdHNrJb2Q2XbTHqCLXHpgaZix&#10;8mpAX9et0mvLVdapaW2JS7qksW94QZyfrnGbN7madHPzLoWVD//i/+JJQ0NfUFJPRklMRQACCXZw&#10;JiiPjXkoHzaKMHv1aVuwhHDCX5OsYHG7Vayn8nLbS5mjNXQ3QZKePHXBN8uZFXd6LriTx3lRJoKO&#10;Y3tWH7eJK31kaSSu+XcIX0+q23eDVV+mdngaS2uhyHjfQXac4XnQN82X0nrjLt2Sn3wOJsyNXH1b&#10;ICeIS36qaOqton05Xxypi31BVS2lKX1USzSggX13QWSbqH3EN86WsH4uLvyRl36nJwuMdn82IIWH&#10;jX/KaLesmYNjXwCoeoL5VRekFYJ7Sx6fb4H+QU+an4GXN9SVsIFMLxmQsIETJ0GLsIDmINOG7oDC&#10;aI6ryolbXvGnnoh+VQ6jMIdqSxKei4ZFQUOZxIUxN9eU4oQxLzeP6YNEJ3KLCYJiIRSGa4GTaG6r&#10;L48bXu+m8I3JVQ+idYwbSw2dyopFQTiZCIiBN82UOYbQL0GPT4U3J5iKf4OrIUiGAYJBaFqqvpSh&#10;XvamYpLZVReh2JCISw+dJ439QTyYZ4uDN9uTo4kkL0yOzYbfJ6qKFIS2IXKFrYLNws9oDmDgsUpq&#10;TmO/n1FseWaMjMJumWlNecNww2wTZpZzCG7wU591cnHyQOh4IHU8Lwh7LHkCwO5lRWt/r9NnyG1F&#10;ngZqKm8Hi59sgHDMeLxu43KaZa5xZHR/Uth0CnZ8QFV29XixLsF6PXs5vyli2HYEriJlhna3nJVo&#10;GHdsikVqm3g2d49tMHkQZLFv5nn8UhFyxHr3P8x153wRLoF5ZX1TvWlgsIBZrGpjg4AOmupmNn/M&#10;iN1o43+WdlJrqX95Y65ukH9nUU5xoX9ZP0t0+H9TLkp4pX9Mu89e2YqMquZhyYlZmXFkm4glh3Zn&#10;Zob0dS9qT4XOYrxtZoS7UJtwpYOdPtl0KIJvLhp3/oEcuoFdXpSrqalgY5KXmENjSJBshlZmK447&#10;dClpMIwPYehsZInnT/5vzIe1PnRzd4VbLfJ3boK/uXdcLZ6mqK5fQZuul01iMJiJhWtlI5VTc1No&#10;QZIhYTdrkY7nT3xvFIuSPiNy4YgLLdB29oQwuLFbRKhup/BeYaSMlothU6BohKpkTJwlcptne5fn&#10;YJhq5ZOfTwdugo8tPdxyZop2LbV2koVtuDNapLHqp3Bdwq0LlftgrqfchBJjpKKNcg1m2J1DYCBq&#10;UpfrTp9uApJiPZFx/oyOLZ92QoZ3tX5vrmBepaNxJmNjlRZynWZCg8d0GGkLcfV1o2vaX/R3SW7F&#10;TjF5EXHYPLh7FnU4LC19cHkXtBhtE2p5pJRuzmxwlBlwdG5Sgt5yGHAvcR9zz3IVXzt1qHQUTZ53&#10;p3YyPFR56XiJLAR8fns2splqv3RuovxspnVmkq1udHZUgYlwRXdGb/xyK3hGXkp0OHlaTOJ2a3p/&#10;O9t44HvFK+B7pn02sQxor340oWxqtn5GkShspn5MgEZumX5Rbt9wsH5lXWVy6n6GTDp1TX6tO3N3&#10;9H7fK8B65n8Ur5tm6ofhoA1pDIcaj9JrGYY8fv9tKoVSbd5vX4RuXI9xx4OYS6B0VYK6Oxd3JoHP&#10;K6V6QIDJrm9lfpF/nupnso/gjrxp0Y4Yffhr+Yw6bPBuSIpbW9Vwyoh+SxlzgIaZOsZ2d4SPK455&#10;soJRrYFkWJr5ngFmmph/jddowpXHfR9q+ZLwbCxtYZAWWzdv/o00Sqxyyoo6OoZ144cTK3t5O4Oo&#10;rNBjeKRAnU9lwKDnjR1n7J05fGhqKJlga4BsoJWFWqFvWJGfSkJyPY2YOk51aYlUK2t42YTOrF9i&#10;3q0/nNBlJqj+jI1nSqRSe9Jpg59yavhsApqTWjRux5WnSeNxwpCUOgp1B4tBK194ioXDqId3iGAG&#10;mi54MGMbivh472YDeuJ5wmjRaj96pmunWW17o26eSOV8vXHAOLB+DXU1KX1/pHkpp2p1EWmEmR91&#10;/mueidx26G2eeeF332+UaV547HGVWLN6FnOySFZ7YHXtOFp85HhlKXJ+rXsxpjhy03Ltl9tz8XQc&#10;iNR1AnU7eNt2HXZTaH93Tnd5WAF4pXi1R9h6H3oFOBJ713t4KWh90n0ZpNpw03wqln1yEXyIh2Zz&#10;Q3zOd610fn0KZ3R1331RVyt3Y32kRz15Cn4BN7t67n5qKWB9EH7do5JvI4VOlT1weITihjFxxYRT&#10;dolzG4OuZpR0loMLVnJ2RYJyRrt4FIHWN3R6IYEwKVl8aYB4ooVtx45nlDdvLY0vhTZwiYvDdZ1x&#10;9Yo2ZcBziIilVdJ1TYcTRkt3QIV8Nzd5coPFKVN72oHmoa9srZdbk2FuIJVVhGVvhZMFdNdw/pCM&#10;ZQ5yqI4LVUV0hYuBRfB2jIjkNwh43oYeKU57Y4MloQ9r1KAdkrttT51Eg7hut5oLdDBwNJacZHFx&#10;7ZMlVLxz5I+jRZJ2AowGNt14ZIg1KUp7AYQ2oKVrPKickkJsuaTtgy1uG6DDc6NvlZxXY/VxU5fm&#10;VFtzV5NoRT51io7LNqN4BIn8KUd6s4UXm+h/nV/RjsN/emLjgL5/g2XMcdp/qWifYm1/3mt+UtaA&#10;JG6BQ5eAf3GxNLmBBnU3JviBxHk3mvp9R2i/jdN9a2rpf799n2z6cPN94m8FYaZ+OHEeUjd+pXNU&#10;QyN/KnWrNIB/3nhBJwyAxnsqmfB7JnGHjKR7e3Lgfrx7znQmb/p8MnVnYNl8q3a0UZh9QXgWQrh9&#10;8XmPNE5+0nsuJx1/5Xz7mM95Nno/i3d5rXrTfYx6IXtMbxh6n3vBYBR7P3w5UQV7/HzAQlp81X1S&#10;NCV94331Jyx/H36ml693mILdinx4JYK6fJJ4sYJubhB5SIIJX0p6AIGmUF165oFMQeZ75YDxM+59&#10;F4CSJzl+dYAplr92TotviYt26oqNe6p3g4lxbTl4K4gyXop4+IbsT9J58YWnQYh7EYReM8F8ZoL8&#10;J0N95IGAlf91QZPYiMx16pI1evF2ipBFbIp3Po4mXe14Hov9T1h5LInMQUJ6XIeNM6N70IUrJ0x9&#10;bIKplWx0cZwPiDV1I5mpelV1xZbea/Z2e5PXXWN3aJDFTt54j42mQPB50op2M4V7VYcbJ1N9CYOl&#10;lQZz2qQGh8F0kqDeedR1MJ0xa3Z14pk6XPZ20pU4Tot4BJEqQKl5XI0GM1d694i9J1l8uoR1j5eH&#10;71+pg3eHEWKvdoiGaWWWaM2F22hvWpiFUmtYTEWEz25pPluEV3GmMOWD/XU8JKWDy3lCjsuFyWgQ&#10;grKFLmpAdbiEpmxeaBaELG57Wf+DunCqS9GDWHL6Pg+DA3VsMNCC0XggJNaCw3shjemDwHBRgayD&#10;VnHAdNWC63MhZzyCjXSBWU2CO3XxS0uB/Xd5PbqBz3kaMLaBxHrlJQGB2nzcjO2B73hwgKKBnnku&#10;c8GBUHnYZmqBCHp5WJiA2nslSsaAwXvePWmAuHymMJyA1H2DJSeBDn5yi/qAUICBf7uAGYCUcuV/&#10;4oCFZZV/s4BeWBx/lIA7Sm1/oIAhPTl/vIAKMJN//3/1JUaAX3/fiyh/GYiPfwZ+8of1cjp+w4cj&#10;ZOl+m4YrV2x+kYUuSfB+roQ4POZ+6INAMHN/TII2JWF/y4Egin9+GpBuflp9/48lcZR91I2LZE59&#10;tYvBVt19u4nuSYN96YgXPLB+MYY5MGN+soQ/JXd/UII1ifp9VJgWfdV9QpYccQ59GJO4Y9B8+JES&#10;Vmh9CI5iSRl9TIuqPG19pIjqMFV+NIYJJYl+7IMeiZh8w5+EfWx8tpzccJx8iJmlY2B8Y5YcVgx8&#10;c5KISNZ8wY7uPDd9LYtIMDd91IeKJZd+nIPeg6WQnF9zeFqPCmJjbGeNq2VGX8uMWmgpUtCK/Wsh&#10;RciJmm5EOTuIN3GULTyG5XU+IomFr3lLgu2OrWdYd7yNT2mEa8eMAWutX0WKuG3fUmWJa3AnRX+I&#10;JHKUOReG33UmLUqFsHf9ItaEm3sXgjGMvm8VduWLi3CQaxOKVHIJXpuJIXOJUeCH73UeRSKGyHbP&#10;OOiFpnidLVCEm3qaIxqDqHy/gWCK9naudgiJ23eIai+IvnhWXfSHoHknUVSGj3oCRMSFinrxOLmE&#10;jHvyLVODpn0QI1WC1X5BgJOJcX4wdVGIaH5yaYOHXH6ZXUKGUn6uUO2FTX7HRHqEa37yOJeDjn8i&#10;LVqCzH9cI4eCIH+Zf96IOYWtdKaHQ4VMaOGGP4S9XLqFOIQNUHmEQoNYREuDaIK1OH+CrIIYLV2C&#10;D4FyI7CBiIDHf0yHRo0FdDWGXowKaHeFWoq/XD+ET4lAT/2DZ4fBQ+mCoYZOOFqB74TfLVqBcYNX&#10;I9OBCoHKftiGjJQnc8GFq5KQaAKEpZCFW9SDl440T5yCs4vmQ4uCAYmeOCCBXodeLVmA7oUBI++A&#10;o4Kjfn+GAZsUc2WFIpjkZ5+EF5YSW3WDA5LmT0+CHI/BQ1eBcYylOAOA4ImPLVOAiIZmJAWAUYNV&#10;eDOZZl8pbb+XMmIIYsGVIWTpVzqTBWfWS2+QxGreP6+ObG4XNH2MCHF9KemJqnU9IKqHaHlQd46X&#10;uGafbUaVpWjFYk6TkGr3VuKRbW08SzKPM2+fP5CM8XIsNH6Kp3TfKheIaXfaIRKGRnsNdveV4W3h&#10;bJmT729lYcKR63DwVmCP1nKRStONs3RKP1iLjnYoNHKJZXgjKjyHSnpTIW2FSHykdk6UIHT5a+KS&#10;QXXpYQKQVHbYVdKOVnfTSmGMUXjgPxKKS3oHNFmIRHtDKlWGTHyjIbuEbX4TdaaSp3wAa0CQ2Xxh&#10;YGWO+XyzVTuNB3z9Sf+LFH1XPs2JL33ENDyHRn49KmaFbn7IIf6DsX9adRORfoL8armPvoLPX+mN&#10;44J7VMWL9oIQSZmKDoGqPqKIL4FVNCuGZIELKnWEroDAIjWDFIB3dJuQhonKakOO1IkLX3eM/YgM&#10;VFmLFIbnST2JNoXDPmeHZ4SqNCuFn4ObKoiECYKBImOCkoFqdDyP0ZBsagiOKY8oXz+MSo10VB6K&#10;T4t9SQmIb4mSPi2Gt4e2NAOFBoXpKpSDgYQLIoiCKII1c/KPSZbWacGNnpUIXvWLuZKaU9mJuY/X&#10;SNOH2I0iPguGJYp/M/aEhofsKpuDGYVSIqaB04LbbUKib16wY3ifpGGAWVqc1mRjTuaZ2mdiREyW&#10;omqHOdGTQW3iL/WPyXFpJs+MS3VCHweI8nlUbKmg/GW9YxyeNGfiWQ+bUGojTraYRGyDRDaVDG8K&#10;OdiRvHHBMByOW3SeJx+K+3e+H4iHwnsCbDGfOmyNYpmchW4dWKyZrG/CTl6WqXGJQ/6ThXNwOcWQ&#10;T3WBMDGNDHexJ2GJz3oUH/eGuXyKa7WdfHMwYhGa2HQ5WB2YEXVMTfyVInZ3Q7SSGXe+OaKPAXkj&#10;MDmL3nqgJ5WIxXxBIFeF1X3qazicAHnDYZyZbHpKV62Wr3rMTY2Ty3tQQ3aQ03vuOX6N2nylMDmK&#10;1X1qJ72H3n5FIKmFE38iasqa1oBLYT2YTIBSV1iVkoA6TUCSsoAUQzaPxH/8OWiM03/8MDyJ64AI&#10;J96HFoAbIO2EcIAwam2Z6YakYPOXZoYsVxeUqoV0TQGRyYSeQvmO5YPTOUaMA4MZMEeJIYJuJ/6G&#10;a4G/ISWD6YEVaieZKoy/YLKWrIvDVtaT8IppTMaRDYjfQseOLYdeORWLXYXrMDeIhISOKB6F3YMr&#10;IVKDfIHUae+YopKyYKeWIpFJVsuTWY87TLKQYIzcQsWNdYqZOSqKrYhzMFCH9IZnKDaFb4RaIXaD&#10;JYJwYqyryl4aWX2oc2DXUDek42O9RtGg8WbQPWmcpWoZNDiYHW2dK7WTd3FNI/qOx3VFHZWKVHlV&#10;YhWqkGTBWS+nImbhUASjZ2kwRr2fXGuvPXGbCm5iNF+WjnFLK/yR+3RaJGiNaHejHi2JFnr4Yb2o&#10;3mskWNSldGy8T8WhwG54RouduHBqPV2Zd3KHNG2VE3TVLDGQnHdAJMWMLHnZHrCIAnxzYXCnGnFW&#10;WH2jvHJzT2mgFXOpRlOcI3UJPTuX+naSNG2TtXg9LFePX3oBJRGLFXvmHyCHFX3FYSOlknd4WDii&#10;QXghTymeonjTRhOauXmUPSWWpXp+NGySfXuGLHaOR3ydJVGKI33KH3+GS37vYN2kXX2SWAqhDn3K&#10;TwadcX3tRfSZjX4QPQ2VhH5KNHWRaX6kLJWNUX8OJYiJUn+CH8+Fo3/wYKOjZoN6V+qgFYNBTvCc&#10;dYLRReCYlIJPPPuUloHhNHWQi4GJLLSMfoFFJbmIooEGIBCFGIDKYHaiqIkqV9ifT4iATuWbqId4&#10;RdaXxIZKPO6TzIUvNGiP14QqLLyL24M+JeCIEYJXIESEqIF/YFmiGI6kV9Oer42HTuKa/4vhRdOX&#10;F4oAPPOTIYg0NHmPN4aDLMqLUITtJfWHn4NpIG6EToIRt1lit1rppvdlXl5Ylitn9mG5hM5qjWUN&#10;cv5tOmhnYQBwDWvbT0ZzDW95Pdx2W3NoLXF6CnfjtXJfamVUpX5iZGe5lOBlQ2oXg6xoHmx1cftr&#10;EW7bYB9uLXFbToxxeHP7PV11E3bgLUZ5Dnoss6lcgW+ko85fuXEBk3Fi1XJcglZl63PFcNNpG3U8&#10;XytsenbITdJwCnhsPOdz7XpALSF4K3xVseRZ6XnGohldVnorkc1goXqVgPlj63sHb6JnWnuNXjZq&#10;9nwjTR5uxnzFPHly6X2CLQB3Y35bsEFXq4PEoJdbRYNEkGBevILBf59iL4JAbpRlzIHJXVZppIFk&#10;TH1trYD+PBlyCICdLOR2tIA3ruVV042pn1tZj4xIjz1dJorWfpNgvoldbaFkgYfoXJxof4Z7S/Rs&#10;vYULO8VxSYOHLMx2H4Hjrc5UT5dmnl1YJ5UfjlNb1JK3fbtfh5BDbN1jbY3TW/tnkItfS4Zr8Yja&#10;O4RwqIY0LLl1ooNbrPtTIaDnnZxXC52yjZpaxppPfQ1eiJbbbDxih5NtW21mzY/2Sx5rUIxjO0xw&#10;I4ibLKl1O4SerHNSSaoMnRhWPKXYjRNZ+KFzfIhdv50Ba8Vhy5iYWw1mJpQiSspqw4+GOw9vtYqt&#10;LJx06IWsqtxqDFqsm/pr/V41jHZt8WGefDxv7mTza4RyBGhQWqF0P2vLSgt2pG90OdJ5U3N1Kq58&#10;WngAqVpm8GSTmt1pNGcci3drZGmTe1ttmWwCarxv6G56WfpyZHEOSYx1D3PGOYV4CnbHKp97Wnow&#10;p8xkJW5WmUFmpm/rig1pDXF1egprenL/aZ9uBnSXWRJwwnZESN5zrngMOR926XoFKpF6dnw/pjdh&#10;qHftl7FkWXihiI1m7nlJeNJpinntaI5sUXqfWDpvSHthSEVycXwyOMh16X0fKoV5rH4ppL9fgYFp&#10;llNiWoFHhz9lGYEPd5Vn3YDLZ55qz4COV3Rt/oBgR7txXoA1OH11C4APKnp4/X/po4pdvIrRlTFg&#10;s4nYhjJjkIi7dpxmd4eLZr9pjYZbVs9s4YUyR0ZwcYQIODx0TYLOKnJ4aIF6opRcSZQPlEhfWJI7&#10;hVZiSZA0ddBlSo4TZghogovyVj1r+YnNRupvqIedOApzrYVPKmt364LYodxbKJ0Rk5VeRZpfhKRh&#10;QpdodShkUpRQZWtno5E5VbRrO44cRotvC4rqN95zKoeMKmV3hYQEoWNaWaW9kxVdfKIohBpgep47&#10;dKBjjpopZPVm7JYcVVhqmZIHRjpug43WN6ZywIl1KmB3M4T+nqVxmFqOkSJyzV4fgtt0GGGKc8R1&#10;d2TfZCh27mg9VGR4h2u/RPl6Rm9yNfV8SXOBKBZ+mXganWJupWPakAZwLGZ+gb9xr2kKcslzQWuM&#10;Y1J07m4aU7h2w3DHRHt4wHOZNbN7BXa0KCF9k3oxnBpr9W0VjrltvG7XgLdvcnCKccxxM3I0YoBz&#10;EnPsUxZ1IXW9RA93W3epNX954HnIKCt8qnwnmrBpj3YmjVZrhHcaf0xtZ3f5cKZvU3jOYX9xbXms&#10;UkxztHqcQ4J2KHudNTh45Hy7KDN73X33mWFngH8cjBVpmX9Kfhpron9Xb4lttX9QYK1v9X9NUaBy&#10;cX9YQw91GH9pNQF4Bn+BKDp7LH+dmExlz4gCiw5oA4dmfSZqJoabbqZsWoW0X+NuvITKURFxWYPm&#10;Qq50LYMENNF3SIIVKEB6lYEVl29kbJC9ijlmtI9VfFpo642sbeprNovfXzttuIoOUI5wdYg7QmJz&#10;ZYZhNK92p4RtKEV6GIJblsljVZk8iZNlrJcHe7Nn7pR8bU1qRpHBXqhs348FUA5vvYxEQg1yyol1&#10;NI92JIaBKEl5sYNxllliiqFuiRlk6Z5rey5nLJr3bMlpiZdMXjlsLZOgT7pvHo/wQcNyRowsNF11&#10;vYhFKE15X4RYkq55YVqIhk153F4QeSJ6f2F3ayp7O2TMXLJ8C2gvThp89Wu6P+h9/W92Mix/QHOS&#10;JamAwngvkZd2lGNEhU13YWXzeCN4OWiLakl5IWseW/d6H22/TYl7PnCBP4Z8f3NrMgZ9/HafJc9/&#10;s3owkHh0BmvjhBV1EG3Hdx52FG+baVZ3KHFoWzN4VnNDTPd5q3U3Pyl7I3dJMeV82XmPJfB+w3wP&#10;j0VxtHRygt5y7XWVde90G3ahaHt1VXeoWnl2tXizTHJ4PHnRPtx56XsDMct71nxVJgx98X3Gjhpv&#10;vXzngdtxGH1TdPByaH2dZ3RzxH3QWbN1SH4IS853A35NPm944H6aMZ96+X7zJiV9PX9UjSJuIYVI&#10;gOlvk4T6dA1w/IR5ZqRydYPYWP90F4M0S1N17oKYPiB39YH/MX96OoFeJjl8o4CzjFpszo18gClu&#10;VIxyc1ZvzYshZftxWomnWGlzGYgoSuF1DoanPeV3LYUkMWt5l4ONJkp8JIHki8FrwpV2f5BtV5Ov&#10;cr1u2pGKZW1wco8vV+VyRozPSm50WYpsPZt2kogCMVd5EYV7Jlh7vILmi1Rq+p0mfx1smZqmckFu&#10;H5eoZPRvu5RnV4Fxl5EiSiRzvI3aPVt2EIqGMS94rIcbJmN7aYO7hvCBbVqEe4KBOF38b1yBMmFc&#10;Yn6BRGS1VS+BXmggR86BiGu2OuGBx29+LoCCMnOmI2yCz3hBhfl+0GK4eql+6GVpbod/DmgLYcl/&#10;QWquVJ9/gm1jR2Z/2nA9OqaASnNALnyA6naOI6yBtXouhP58YGrSeZd8s2zIbaB9Am60YPN9XHCd&#10;U/N9yHKZRul+UXSxOl5+9HboLnB/xXlVI+OAvXv2g/N6LnLLeIl6qHQUbI97HnVNYC57mHZ+U0t8&#10;NHe6RnR87HkKOh99v3puLmd+wXv1JBN/5H2XgvJ4RHq9d5B44HtZa6Z5dXvYX1V6D3xFUsh6x3y6&#10;RhN7rn07Oe18rX3ILmN93X5mJDx/Kn8OghV2vIKedth3cYKRawB4GYJTXql4yYH1UiZ5nIGYRal6&#10;nYFGOap7w4D5LlB9G4CqJF9+jYBYgWF1eopOdiZ2QYmVald29oiUXg93uIdqUZx4o4Y8RUJ5voUS&#10;OXx6+YPqLkh8dYKzJHt+C4F0gNV0eZHAdZ51T5BbadF2DY6VXZR214yYUSx31IqWRN95CoiUOUB6&#10;XIaSLkF77YR8JJJ9oYJkgGxzt5jvdTR0l5bkaWJ1WZRUXSt2JZF8UNd3KY6gRKR4bovFORB52ojn&#10;LiZ7hoX8JKR9TIMpe3mJwVppcOSI5l3NZbaINGEpWe2HjmSITcqG4GgBQaWGNWupNgWFlG+CKweF&#10;EnO5IWSEt3hPepuHXGIecC6GwWTOZQqGL2d6WWKFn2ovTWKFEGz9QWOEjG/zNe6EFnMSKyODwnZ8&#10;Ib2DkXopecSFC2m3b0aEpWu8ZEyENm2/WLSDx2/HTN6DXXHmQQyDBnQlNcmCvXaFKzWClnkcIgqC&#10;j3vdeOGC73E0bluCrHKYY2CCX3PyWASCEXVOTEyB0na5QKqBpXg8NZqBiXnVKz2Bj3uVIk2Brn1q&#10;eAeBInidbY6A+nlkYpuAx3oWV0WAk3q9S9mAbHttQFWAbHwvNXKAeHz+K0aAp33hIoaA7n7Md0Z/&#10;m3/0bN1/j4AeYft/cIAhVr5/TYAKS21/Pn/0QDN/UH/vNWl/hH/1K1V/3X/8IrWATYADdqd+aIci&#10;bGF+c4a0YY1+W4YAVlB+PIUiSwB+QYRHP9x+b4N5NUx+tYKzK1p/M4HhItx/x4ENdil9co4Xa+h9&#10;i40PYRh9eouiVel9Yon6SqV9dIhXP4l9uoa9NR1+FYUsK19+p4OLIvx/WoHsdch8tpTLa4h815Mv&#10;YLh8ypEEVZB8tI6NSmB8y4wbP1t9HYm0NQB9jodVK1d+O4TuIxV/A4KjcHWSXloeZqyQ2l1wXG2P&#10;c2DKUbOOBGQ2RrmMemfEO8+K42uGMXqJTW94J9mHy3PFH5mGcXhab6mQNGFgZhSO4GQNW+SNiWbG&#10;UUyMJGmSRnSKrmx9O7GJOW+XMYaHyHLZKBSGcHZlIAmFPnojbvaN/miAZVWM12qSW0yLnGysUMSK&#10;UW7YRhSI/XEfO3yHr3OMMYGGZ3YbKEKFO3jiIGqEMXvGbjuL8G+CZJOK5nEAWomJyXJ/UDeInXQK&#10;RaWHb3WpOzqGSndkMW+FLXk5KGKEK3s1IL6DSH1AbYWKLHZwY+iJPXdeWeaINnhBT5+HH3kgRUmG&#10;DXoSOv2FD3sZMVyEGHwwKH2DPX1fIQWCgX6RbOSIun1NY1mH4n2vWWiG6X3vTy2F4X4eROyE4X5V&#10;OuaD8X6iMVyDH378KJeCbn9aIUCB2n+2bFqHhYPyYtSGwoPAWOyF14NZTr2E2oLWRJKD7IJYOrOD&#10;EIHmMW6CRoGDKLKBvYEcIXGBUYCwa+6GmIp1YpqF7InEWL6FAYiqTpSD9IdVRHWDBoYTOoqCSYTn&#10;MUuBnoPSKMOBKoKrIZmA4IGCa5iF4ZC/YkmFOY+KWG2EU426Tk2DSIucREGCW4mYOm2BpoetMUaB&#10;D4XXKNGAuIP2IbiAh4ItZd6bMVmhXOeZCFzlU5mW52BBSe2Un2O/QBmSImdoNmaPiWtMLVeM529f&#10;JQOKV3PHHgeH/HhiZSKZR2B9XGuXP2MpUy6VGmXxSaWSzGjaP/WQWGvpNmqN2W8rLYSLV3KXJVuI&#10;7nZKHoyGu3odZJSXJ2csW9SVP2lMUreTM2uAST2Q+W3WP7SOoXBKNlaMRHLqLZ+J6XWsJaSHrHim&#10;HwCFo3uwZASVGm23WziTS29QUhaRWXD3SM2PPXK1P2SNCnSONjKK1XaHLaqIpHiaJdyGkXrYH2OE&#10;sn0bY3OTV3QzWrCRonVJUZqPwHZgSFiNtnd6PySLoHiwNg+JkXoCLayHh3tkJgeFnHziH7eD5H5b&#10;YvCR6nqlWj2QS3s6UTeOdXu4SAWMd3wrPuKKcHywNf+Icn1ULbCGi34FJiiEyH6/H/2DOH9yYoKQ&#10;wYDpWeKPNYEAUOmNZ4DfR76LbYCmPqGJdoB+NdiHjYBuLbuFs4BuJkiEFIBpIDeCqYBfYiqPz4bw&#10;WY6OU4aEUJuMjoXBR32KmITXPm6IqIQANaaG1YM9LamFCYKSJmiDfYHdIGaCNoEkYeWPGIzTWW+N&#10;p4v4UH+L44qER2aJ3YjLPnKH5Ic4NcaGGIXHLcyEbIRxJoWDBoMRIIuB2oHFW5OkXFj5U1ChlFwx&#10;SuWepl+RQkibaWMmOZyX4Gb4MSeULGsLKV+Qa29MIl6MvXPTHKWJXnhoWtqirF9wUtSf9GIeSn2c&#10;9mT6QgSZq2gGOYWWIGtHMT2SfG7AKaSO03JgIs+LR3Y6HT6ID3oWWmugomW1Ul6d/WfmSiGbFGo4&#10;QbiX1my+OV6UZG9tMUGQ4HJNKdeNWnVLIy2J+Hh3HcKG7HucWgqelmvVUfOcBG2LSa+ZMW9bQXCW&#10;E3FSOTGSwnNxMTyPY3W0KfyMB3gOI3qI0XqLHjSF8nz4WaWcy3HoUZWaU3MmSV6XjnRyQSOUf3XN&#10;ORaRTHdUMTqOEnj6KhuK3XqtI7uH0nx2HpSFHn4sWUabVHf0UUuY8Xi+SSWWOHl8QPqTM3o8OPqQ&#10;D3sYMUWM6HwXKjqJ2H0jI/GG9342HuSEbH81WPaaIn3QURGXz34nSPyVHX5RQNmSIX5xON+PDH6p&#10;MUKL+n77KlyI+H9gJCKGPn/CHyaD2YAWWLWZL4N6UOeW54NbSN6UOILuQMWRPYJlONCOMYH1MTCL&#10;OIGeKl+IS4FfJEqFpYEaH1uDY4DRWIuYb4j1UM2WKYhhSMmTfodTQLmQhYYZONaNeoT8MUWKjYP9&#10;KnSHtoMVJGOFLII0H4WDBIFprH9c41UrnTJf/VkmjYVjEV0VfUxmMGD7bJ9pdGTnW8Rs6mjvSztw&#10;lW0oOxB0mXG7LAd4+nblqotY7V9hm7Bcb2JgjDNf32VXfCdjV2hMa5xm9GtJWuhqxm5hSoxu0HGi&#10;OqVzNHU0K/d38nk+qL1VZ2mAmf1ZPmuAisRc/21+etFgw2+Danhkr3GWWfxo1XPBSd5tN3YMOkBx&#10;9XiWK+p3B3t2pvJSPXNzmEtWY3SCiSZaZHWUeYBebHaraVNipnfSWRRnG3kNSTprznpdOeVw3nvZ&#10;K952N32IpUJPd31ClstT4H1uh8VYIn2ZeDRcZH3EaFtg3H34WEllm34+SKtqln6OOZZv7H70K9N1&#10;g39uo9RNIIbxlYtRwoY9hq9WOIV/dz1asYS7Z31fXYP7V6hkUYNFSDhpjYKSOVRvIIHdK8p06YEi&#10;oqlLKZBzlIlP+47Xhc9Um40qdnpZQIt1Zs1eHonEVxpjQ4gRR95orYZWOSJudISHK8N0aYKhocRJ&#10;l5mwk8JOjpckhSFTTZSCdeJYEJHaZkRdE483Vp9iZYyNR4Rn+4nPOPlt5obrK710AIPpoStIcKKB&#10;kzdNe573hKBSS5tcdXBXIZfFZedcO5Q4VlhhqpCdR0RnYozkOMptcoj6K7lzq4T7oNVj81U1ktRm&#10;aVk6hElo510ndRlreGEGZXFuLGTuVaJxEGj5Ri90KG03Nyt3lXHWKVt7WHcKnytgMF7lkaNjD2H7&#10;g0Vl4GUCdDxovGgCZLRrvWsKVQpu9W4xRcNyZXGCNvN2L3UqKWN6S3lJnYpczmh5kAFgAGqlgdtj&#10;G2zHcu5mQW7nY5tpj3ETVCptGXNaRSFw3XXCNp50+HhrKWp5W3tlm+pZxHHljm9dPXM0gF1gl3R6&#10;ccBj/XW7YpZnmHcHU19rbXhoRJdvfnnhNlhz5XuGKW94iX1bmmhXG3s1jQ9a0HuvfxdeZ3wZcI1i&#10;BXx5Ybhl23zfUqpp+H1YRB1uTn3cNh1y9n52KXR3038lmShU34Rqi+1YxIQPfhNci4Oab6NgXoMV&#10;YOhkZoKRUhlotoIYQ7ptSYGmNetyK4E0KXl3OIC+mCZTAY1wiwJXD4w8fT9a+4ribuVe94l0YD5j&#10;MIgIUZVnroadQ25sbIUwNcdxgIOzKXx2t4Ijl2JRhZYxik1VsJQifJVZt5Hebk1d0I+DX7NiLI0s&#10;URpm1orTQxtrvYhwNadw84XuKX92TYNVlt1Qap6PicpUp5ujfBJYvZhzbdNc55UqX09hWpHqUNBm&#10;IY6mQtlrKYtPNXpwg4fUKYF1+YRSlVtrNVVWiJRtBFlWeydu6l09bQRw52EWXmdzA2T7T6l1TGkH&#10;QVN3xG1JM3Z6jXHxJtl9oncrk+Zno15qh2Jp12GQeghsCWSjbA5uTGewXZlwsWrJTwhzSW4EQON2&#10;E3FrM0Z5L3UnJvh8jXlRkoFkYWd4hglm6mnGeP5pYWwHaxdr5G5CXNNujXCKTnVxcHLuQIh0iHV0&#10;MyN38ng8JxN7mHtTkQdhdHBhhJ9kQHHjd5Rm9HNXaflptHTCW9xsqHY1Tbdv03e/QAlzNHliMut2&#10;43sxJyp6wX0uj61e6Xkug1th6nnrdmZk1XqQaONnzHslWxhq93vATRluZ3xsP6RyCX0mMsN19X34&#10;Jz56CH7ejo9cxoHkglJf8oHbdXdjCYGsaAlmMYFnWllpjIEiTJltK4DpP1JxBoC5MqB1KYCLJ095&#10;a4Bdjala/oppgXteTYmYdLFhhoiRZ1dk1IdtWbpoXYZJTCFsKIUpPxRwKoQMMop0fYLiJ1146IGr&#10;jPlZkJKsgNRc+pESdBBgTI8vZsRjtY0nWTNnYIshS6trVYkcPslvfYcUMnRz74T1J2l4fYLGjH9Y&#10;fJqVgFlb+Zg3c5BfWZV2Zkpi0pKGWNBmko+bS2RqooyyPopu7InAMktzgoa2J3J4J4OxigdytlWA&#10;fkxz3llxced1KV1PZNB2jmEjV0Z4C2UISaZ5rGkZPHp7dW1hL9d9hXIRJIF/1HdHiLlvT14FfTVw&#10;2WEvcOVybGRKY/V0DmdiVpZ1zWqKSSN3t23XPCd5y3FSL8J8JnUiJLd+tXlWh31sNGZ7e/BuDmjj&#10;b95v3ms/Ywdxvm2XVdpzvm/9SJt17nKCO9h4SnUqL6967HgTJOZ9uHtAhjZpYm7jerBrfXCNbq5t&#10;iHInYjRvnnO+VSxx33VaSCV0UXcOO5p28XjdL6R51XraJQ983H0ChP1m9XcxeaRpQnglba1rf3j/&#10;YS9txnnJVHBwPHqZR4ty8Ht8Ozl1zHxuL4R46H16JTJ8HX6Zg/pk6n9neK5nXn+kbMxpwn+3YGRs&#10;N3+yU8Nu2X+uRxxxt3+3OvZ0yn/LL3B4G3/lJU97fYAAgyljNodpd+tlyobvbBloTYY4X8Jq5IVf&#10;UzNtr4SHRrJwt4O0Oshz7YLoL2d3bIIUJWh694E3goZh1Y8rd1FkhI37a4NnHox2XzppzYrEUrds&#10;uIkTRkZv54dmOoZzQIW9L1t23IQBJXt6ioI/ghFgx5abdt1jipS8awtmMpJnXsho74/XUltr7Y1K&#10;RgZvNorCOk5ysIg4Lzl2b4WgJYt6M4MYftJ6fFWfdAR7AVl9aJt7sF1RXI98c2ElUCB9Q2UQQ6h+&#10;LGkqN7F/NG17LFeAdXI0IliB53dffaZ3Sl2dcxN4K2DHZ795FmPoW916DWcNT5d7FmpHQ0t8QG2p&#10;N4R9i3E6LGJ/EXUfIqSAvXlYfIx0UmWPcfJ1gGgGZtJ2pmp3Wwh302zoTvB5GG9tQtZ6hHITN0d8&#10;EXTeLGN91XfpIud/t3sse3BxpG1ncNhzCm8zZb10ZXD0WkZ1w3KyTk13SHR8Qmp48XZfNxJ6vnhe&#10;LGR8vnqKIyF+03zXelxvTHU1b9Jw4nZUZM5yandgWWxz9nheTdB1qHlnQhF3jXqDNut5knuxLGx7&#10;yXz7I1N+D35XeXFtWXzvbxBvF31oZCNwwX26WMByc33zTTN0TX4xQa12Wn6BNrF4kH7dLGF6+n9C&#10;I3x9an+oeLFrt4R0blptk4RFY3xvWoPZWCpxLINLTK9zKYLAQU91XIJANo13soHILGJ6SIFMI558&#10;4YDLeBpqZIu1bc1sWorhYvVuNom1V7JwHYhbTENyN4cDQPB0joWyNlh3BIRqLGJ5tYMWI7p8coHB&#10;d6lpXJKubWBrZpE7YodtUY9NV0xvRY0gS/NxcIr1QLxz3ojUNix2dYa3LEt5R4SVI898GYKKc8yC&#10;jFWaad+CcVlnX2yCe100VGyCj2ENSRuCoWUEPdGCv2kwMxaC8W2RKQuDT3JUIGOD1Hdzcr5/kl0c&#10;aQx/ymBGXq+ABmNvU9mAQ2alSLKAhGn2PZSA2210MwqBSXEfKTSB43UbIMaCnXlZccp8vmSQaBJ9&#10;PGcWXed9rGmdUyd+GWwsSC5+kG7SPUF/InGeMu1/zHSQKVCAoHe/IRuBjXsYcNN6LWvuZxl63m3V&#10;XPR7fW+3UnV8G3GeR558y3OWPON9l3WrMsV+e3fcKWB/hno6IWWAoXyub+h38nM4ZkF4zXSDXCp5&#10;lHXAUbN6W3b2RzB7M3g5PJZ8N3mUMqd9UHsBKXJ+jnyJIaR/1n4ZbxR2C3pzZX13DnshW3t393uw&#10;USZ43nwsRr1523ywPGl7AH1LMpp8SH3zKYR9uH6lIdl/LH9XbmZ0eIF+ZPB1oIGVWwJ2ooFyULd3&#10;nYEvRlR4uoD1PBx6A4DMMoZ7aICvKZB9AoCNIgR+n4BobdxzMohKZG90c4fJWol1iobxUE52l4Xs&#10;Rfp3zITxO895NoQDMlx6toMiKZl8bII4Iid+LYFNbXJyMI7SZApzhY3AWid0rIwwT/h1xopjRbp3&#10;CYihO6h4h4btMkN6JYVFKZN7+4ObIkN90YIIaSCK5FVcYAyKI1kcVo2JfVzpTJmI0GDNQmWID2Ta&#10;OEmHTWkgLsmGlm2bJgmF/3JvHqiFkXeDaC6IIFxtX1SHql+ZVemHKmLRTB2Gm2YeQhaGAWmOOCmF&#10;b20vLtuE63D9Jk2EinUVHx+ETXlYZ1+FbGNrXn+FM2YDVUGE4mijS4uEfWtXQbGEEm4mN/ODtnEg&#10;LtqDaXQ9JoGDP3eVH4aDMnsEZpGC8GpTXa+C5GxYVHSCvW5gSviChXB3QT6CT3KjN7KCKXTwLsyC&#10;EndZJqeCHHnsH9+CPXyIZceAx3EsXPGA43KgU8KA4HQNSleAynV6QN+AvncAN3OAy3ieLruA5npO&#10;JsWBIHwZICqBbH3hZRN+9XfyXE1/NXjWUzN/T3mjSdl/WHpmQHt/ans3N1J/lHwfLrd/3H0VJuGA&#10;RX4WIGmAvH8NZHZ9ZH59W7t9y37SUrJ+AX77SW1+IX8RQCR+UH8wNyh+mH9fLtB+9H+fJwR/iX/c&#10;IJ2AK4AOY/t8KITfW2p8tISvUnF8+4QqST59HIN7QAh9VYLhNwZ9v4JbLrR+PYHqJxd+74FrIMd/&#10;tYDlY5p7KosFWw97yopPUh18I4kaSPl8UYesP9t8lYZVNvB9DoUWLrF9poPqJyR+eIK3IOh/V4GU&#10;XuOTiFTZVp6SFViTTgqQqlxmRR2PJWBhPASNfmSOMxSLyGj6KsuKFm2YI02If3KFHSaHHHeQXgiQ&#10;+1uDVfePxl63TXeOdmIDRLGNBmVwO8iLeWkJMwqJ6mzYKvaIZHDSI6qG/nUMHa+Fy3lVXViOZ2IV&#10;VUWNZGTDTOuMPWeDRDqK72piO32JjW1kMvCILnCVKxCG2XPnI/WFp3dsHiaEpXryXLGL+2iSVJuL&#10;IGq4TEOKHmzrQ8iI+282OyuHyHGhMsyGm3QuKx2FenbWJDCEe3mjHo2DqHxlXA2J2m8DVAKJJnCi&#10;S7eIRXJFQ0uHQXPxOuuGNXW+MquFOHenKySERnmgJGGDd3uwHuOC0H2uW3WIC3VhU3uHfnZ8S0eG&#10;uneIQu+F0HiVOqaE4Hm2Mp+D/3r2KzGDN3xAJImCl32QHyuCG37MWvKGh3uNUw2GH3wnSu2Fc3yY&#10;QqmEm3z+Om6Dw313MoWC/n4IK0eCTX6nJLCB2H88H2eBhX+/WoeFRoFwUqWE/YGBSo+EaIFUQlyD&#10;ooESOjSC3YDlMlCCN4DKKz+Bk4DEJNuBMoCwH5eBDICKWjOESIdIUoGEJ4brSnmDpoYJQl+Cz4T0&#10;OmKB+4QOMqCBWoNNK3yA34KlJP2AsoHqH72ArIEvVNychlQjTYuaWlfXRfuYIFuvPh+Vrl/ANiaS&#10;/mQWLmCQNWixJ0WNbW18IO+KzHKKG9KIfneaVASaPFpqTN6YU12nRVWWKmEKPaSTuWSeNemRD2ho&#10;LmGOXWxsJ4WLtXCVIWGJP3T3HG2HIHlSU32Xv2CUTEyV/GNaRNmT/WY9PTmRp2lSNayPIWyNLlqM&#10;mW/7J7eKH3OFIcKH3Hc7HPKF73rhUwiVUmajS8mTr2jsRE6R0GtRPNyPqG3aNXKNUHCLLk6K+nNf&#10;J9uIs3ZKIhCGpnlVHWSE6XxGUomTKWylS06Rs250Q+eP7nBTPION3nJFNU6Ls3RkLkmJi3aiJ/eH&#10;d3jrIlCFmntGHcWECn2BUg2RVHKjSuKQC3P4Q5aOY3VKPE2MaXamNS+KVHgfLleISXm9KBiGYXtk&#10;IoWEtH0NHhaDUH6SUaGPynh1SoiOrHlRQ1SNG3oQPByLNHrPNQuJNnuqLlCHRnyhKDuFc32mIrWD&#10;8n6gHliCt395UUqOh34ZSkGNjX56Qx+MEn6hO/2KNX66NPmIRX70LjiGdX9FKDiEun+qIt2DUH//&#10;Ho6COoA5URGNf4ObSg2MoIN9QvSLPYMAO+WJa4JrNP2Hf4H8LlGFvIGpKFSEG4FpIv2C0YEgHrmB&#10;14DVojVWm0+qk+RaKVQjhUJdv1iYdh1heF0LZodlaGGHVsZpmmYjR2ZuCmr2OHdy2nAtKsd3+3YE&#10;oChRylmfkk1V2l0wg+FZ7GC6dOxeGGRDZX1ifGfUVepnI2uFRr5sDW9nOBpxWHOnKs926nhsnk1N&#10;cWOLkJNR+WYogm1Wd2jDc5dbC2tiZF5f1W4OVQZk6nDYRh1qRHPKN8hwAHcLKtd1+HqxnHdJg21V&#10;juJOfG8FgNZTWHC6clRYSHJyY0hdeXQ4VC9i8nYXRYxos3gVN4Bu1HpPKt51InzOmrRF/nb7jWBL&#10;YHfJf4JQnHibcRpV4HltYm1bZnpLU31hP3s8RRNnW3w/N0Rt031qKuN0an69mSpC7oB2jBlIr4Bl&#10;fnhOQIBUcDxT14BCYahZp4A0UvxfyYA0RLdmN4A8NxVs+oBTKuhzzYB5l+JATIm9iw1GYYjCfaRM&#10;PofJb5FSG4bRYQ9YMYXcUoNelYTqRHRlQYP3NvNsQ4L8KuxzSoH+lt8+H5KzijlEepDGfP1Klo7g&#10;bw9Qq40DYKJW+osrUh9dmYlMRCxkfYdiNthrrYVeKu9y3oNLlig8dZshiZ5DAJg7fIFJR5VqbrJP&#10;hpKyYGFV/pADUfRcx41DRARj14prNrtrNIdqKvJyiIRhl2RdZU/+ihlgYVRpfG1jc1jRbjtmqV03&#10;X5xqEGGrUN1ttmZFQolxmWsYNLR13HBWKC96Z3YwlXpYx1lqiMdcSVz/e1tfzWCPbVtja2QeXuJn&#10;O2e1UExrTmtuQiZvoW9YNIt0WHOoKEx5T3h9k7pUmmLMhxhYkmWDee5cfGg2bA1gfWrqXcxks22q&#10;T3JpMXCKQY9t8HOSNEZzDXbsKGV4V3qmkghQ0mwQhX9VMm3seHNZd2/Iauld0XGkXNJia3OKTrVn&#10;S3WLQRRsbXerNBBx5noIKHt3fXymkHZNdXU3hBxSMHY/dzNWzndDacFbe3hDXAhgaHlNThNlpHps&#10;QKxrHnufM+Zw6Hz5KI52wX55jyNKjn48gvVPl35xdjhUg36aaOhZfn69W0petX7lTZpkOH8dQF1p&#10;/39iM8RwEH+3KJ52IYAZjg9IFIcLggZNY4ZodW1SkIWyaDtXzYT1WrFdR4Q9TSZjCoONQCRpDILj&#10;M65vWYI1KKt1nYGEjTlGDI+LgUtLk44QdMtQ9ox5Z7NWZ4rYWjtcFolATLxiFIerP99oSoYWM5xu&#10;w4RuKLV1MIK7jKJEepeWgMFKK5VIdE5PtJLPZ0lVS5BOWetbIY3bTIZhR4tmP69nqojpM3xuToZR&#10;KL502YO8jL5kXVBjgHBmyVS3c7ppVFkOZn5sAV1oWN5u2GHVSyVx6GZtPeB1MWs/MSV413CAJcB8&#10;vXZYiuxf+Fkyfxdi5VzIcpFl22BaZYdo6GPuWBBsJGeRSoZvnmtbPXZzUm9YMQF3X3O2JfF7m3iL&#10;iVRb8WINfadfU2TYcX1iqWegZJFmEWpoV09pqG0/SfpthHA2PSRxnXNXMOt2C3bKJhx6nHqZh8JY&#10;UWrOfC9cFGzPcBNfwG7PY3pjfXDNVmBnd3LVSUhrsnT6PLNwKHc/MMJ063nBJkF5vHx+hlhVGnN0&#10;euRZLXSwbuddK3XjYmphOncRVaplg3hKSLhqF3mYPF1u4Hr8MKhz7XyJJmF4/H42hSpSU3v8eddW&#10;rXx0bfxa8nzYYZpfSn0yVPhj2n2SSEposX4FPBttw36IMJNzFH8dJnt4WX+9hDZP94RNeP1UjIQC&#10;bTxZDYOTYPJdpIMUVGRidIKdR91niIIyO+1s0IHSMIlyW4FyJpF30YEQg3lOBoxUeFRSzYtGbKBX&#10;f4oCYGtcRYinU+thSYdXR3RmloYQO61sEITQMH9xxIODJqN3YoIwgvRMgpP0d9dRcpIwbCdWRpAW&#10;X/xbL43dU5VgV4uyRzply4mQO3prcodwMF9xUYVCJrF3CoMfghtrjlDDdrZtbVT+au5vcFlDXqtx&#10;j12UUg5zzmH+RWV2PmaXOTx432tqLa170nCvI3t++HZ7gGJnYVkAdXFpuFySad9sG2AlXc5uk2O/&#10;UV1xL2duROR0AmtHOO93B29TLaN6WXPAI8B9zHiWfu9ji2FIdBVmTmQjaM9pCmb+XN5r12ncUKNu&#10;zGzORGBx/W/jOKZ1YHMjLZp5CXaxI/x8w3qLfYhgDWmJcsJjLWuoZ5pmO23HXA5pVm/qT/tspHIW&#10;Q/JwK3RgOHNz5HbMLZt333l2JDF73XxWfDpc/HGxcalgZ3MZZpVjwHR6WwxnJnXWT0lqwHc/Q2Ru&#10;nXjAOB9ypHpYLYh25HwZJF17Fn31eydaU3m7cK1d/XpwZbVhmHsOWkZlRHugTqRpIXw8QwJtPHzt&#10;N+pxiX2vLX92CH6FJIJ6b39jekhYDoGOb+Vb8IGQZQNfwoFoWaljqIEtThxnwID7QqJsFoDYN8dw&#10;lYDELYB1TIC0JKF55ICgeZtWLokZb0laQIhuZHFeP4d+WSliUYZwTalmm4VuQj5rJ4R5N49v1IOQ&#10;LX10soKgJLp5c4GteR5UtJBKbtZY7Y79Y/5dDo1FWL5hQItgTVVlq4mJQgdqXYfBN2BvN4YCLWN0&#10;QIQ+JM55GIKKd2xzBlEFbPF0V1UrYhx1zFlkVtV3VV2xS0J48GIdP7J6sWa9NK98mGuYKld+xHDg&#10;IWSBE3aZddhvGFi9a89w1VxMYS5ynl/iVht0c2OFSrZ2YmdDP1Z4fmswNIZ6wW9PKmx9RHPLIb1/&#10;2niddIdrcWCCapRtkmNqYDRvrWZWVUFx0WlLSg50E2xYPuN2hm+MNE95IXLsKnV78naWIgp+yHp7&#10;c0xoHmg5aWdqkmp1Xxds+Wy1VHxvZG77SWxx/HFTPnt0wnPLNCF3rnZlKn96yXk4Ik192Xwvch9l&#10;KW/jaFJn5XFzXiBqkHMAU6JtQnSLSPZwHnYpPipzMnfhNAR2ZnmwKpB5xHupIoV9DH23cSFinHd2&#10;Z4Jll3hhXXBof3k3UvprcHoESF5uiXrePdFx2HvSM9V1S3zYKpB45n3yIrV8YH8PcFNga37SZsVj&#10;nH8ZXMdmuX81UmVp4H9AR99tMX9XPXlwtX+CM7p0V3+9Kpl4KH/9Itx70YA4b7BemYXlZjRh94WN&#10;XEFlQYTvUfBok4QzR3hsEYOEPSFvyYLnM41zlYJZKqB3ioHHIvx7XYEybzldJIyqZcdgqou/W9Zk&#10;FoplUY5niIjbRy5rJYdgPPNvAIX5M2dy+ISfKo53F4NGIxV7AIH/bNJ6zVEVY0p7h1UuWW18Yllg&#10;Tyl9RV2vRKR+LWIlOjB/LWbVMFWASmu+JziBmnEOH4CDBHaya2h3H1hVYkR4PFvlWJV5Xl+DToR6&#10;gmM1RC97s2cJOe59BGsPMEp+cm9HJ2iAEnPWH+yBv3iiakBzp1+gYS11H2KXV7t2i2WYTcZ39Gio&#10;Q6V5cGvWOZp7Em8vMDB80HKyJ4p+uXZ7IEmAoXpraShwembfYB1yPWk4Vrtz7WuXTQ11nm4EQxF3&#10;aHCJOT15V3MxMA17YXX6J6F9jXj4IJl/qnwKaCRtpG4LXzNvqW/GVeRxmXGCTEZzjHNDQqR1lXUY&#10;OPN3zncOL/Z6G3kZJ7p8hntIIN5+1318ZztrKnUmXl9tbXZEVS1vmXdUS7dxxHhhQjV0B3l9OM12&#10;cnq5L/J4+nwGJ9R7oH1mIRd+JX7BZnxpB3wRXcNrh3yYVKtt53z4S0ZwQX1LQc5ytX2wOIR1VH4u&#10;L+R4BX6+J+d63n9PIUZ9kn/XZeRnPYK5XTlp7oKsVC9sfIJcSt5u/oHyQXZxnIGcODp0aoFcL8B3&#10;QoEuJ/V6P4D7IWx9GoDBZXJly4kcXNBopIiDU8trWIeASodt+4ZTQThwt4U7OBdzpYQ7L6l2pYNM&#10;J/F5yIJfIYt8uoGAYoSC3FDhWfSC8VT3URSDIFkqR9ODS12DPluDbmINNQODm2bWLE2D22vYJGKE&#10;Q3E1HdWExHbHYUN/ale3WQN/3VtPUEeASl77RzaAqmLEPfSBCGa2NNWBe2rfLFuCAm84JKqCsXPe&#10;HlKDcXilYEN8HV6QWAx84WGeT4R9kGS5Ro9+LmfsPYB+0GtDNJh/jG7JLFqAXHJ2JOKBT3ZhHr6C&#10;SXpbX1R5DmVeVyJ6F2fZTqV7A2pfRfB75Gz6PQd8zm+yNFR90nKRLE5+6XWPJQ2AHHi7HxyBSXvn&#10;XnB2T2wfVk53mG4GTeN4wW/zRUZ53HHqPKV7BnQANBd8TnY2LEJ9o3iBJTB/EXrqH2uAbn1HXaVz&#10;5HLLVZd1bHQhTUd2znVuRMJ4IXbBPEF5fngoM/p69HmuLEV8gXtGJVN+KHzpH61/t356XPRxyXlE&#10;VPJzj3oITLd1KHqyRE52q3tZO+p4NXwUM9B52HzmLF17hX3KJXl9X36vH+N/H3+AXGZwAn+MVIhy&#10;B3/HTGdz0X/GRBl1c3+yO8d3HH+7M6Z47H/dLEJ6wYAUJY98vIBAIA9+pIBcW/xukIWaVCRwv4VM&#10;TAtytISeQ890eIPRO5d2PIMjM5F4KYKPLD16IoIPJZt8QoGMIDJ+QoEPWIqLOlBhUPiKlFSBSRqK&#10;AFi+QN2JXl0rOHGIp2HTMDKH7mbBKJ2HQmvkIdiGtnFVHGCGUXbZV3GH/VbXUBWHuFqBSEyHWl5F&#10;QD6G4mIuOBCGWGZIMBKF12qeKL+FZm8gIjWFG3PiHO2E8XinVpiE1V1JTzuE2GB1R5yEuGOzP6iE&#10;dmcTN6+EKGqcL+qD6G5YKNWDuXI2IoGDr3ZGHWeDvnpMVdKB3WOvTnaCHWZTRtyCN2kHPyOCNGvY&#10;N1CCKG7PL7+CLHHsKOCCP3UlIr6CcniBHdCCtnvHVRF/KWoNTcF/q2wmRjl//m5MPpeAMXCCNwqA&#10;YXLhL5uApHVfKOiA9HfuIvGBYHqRHimB1H0XVF98xHBbTR19inHqRbF+F3N6Pi1+fHUVNr5+3HbN&#10;L4h/TXinKPN/0nqLIxyAdHx0HnOBF347U8V6s3Z5TJR7uHeARUJ8e3h0Pdl9DHluNnt9l3qDL2t+&#10;MnuyKQh+1nzuI0R/qn4hHrCAe38zU0F453xZTBZ6L3zWRNV7Jn0tPYZ74H2CNkB8jH3yLzp9Un54&#10;KQN+D38OI29+/3+WHuF//YADUuB3cYIeS8x49oIXRKB6H4G/PXF67YFYNlV7o4EaL2h8fID4KSd9&#10;Y4DoI4p+foDOHwh/mICsTtiT/U+jSEqShFPSQXGREVgdOj2PhVykMuGN2WF2K7uMI2aTJUGKemvk&#10;H5SI9nFvGxmHtHbnTcyQ+lW5R1KP7Vl9QICOr11fOX2NP2FxMmyLrWXBK5aKHWpPJWyIn28DIACH&#10;UnPlG7WGR3inTRSN+FvLRoyNLF8cP9WMKWKEOOqK6GYcMhGJiWnjK3mIMW3gJZCG7XH3IFuF3XYv&#10;HDuFCXo+THiLEWHQReqKfGSkPzGJr2ePOHuIrGqfMcmHiW3gK2WGb3FGJa+FanTAIKiEl3hNHK+D&#10;+HuqS9qIXmfORVOIEGohPq6He2yIOBCGqG8IMaKFv3G5K1yE4nSKJc+EF3diIOyDfXpBHRCDEHzs&#10;S0GF723HRMaF8W+VPkCFmXFuN8SE9nNeMXOEOXVwK2ODiXekJfCC8XnaISaCjHwJHWGCTn4DSryD&#10;0HOTREyEIHTcPeSEAnYiN4aDi3d7MUyC9XjyK1qCbXqCJhKB93wXIVuBwH2cHaSBrn7vSkyCAHkv&#10;Q+eCl3nyPZWCr3qfN1aCXntYMS2B6nwyK0WBi30gJhqBMn4WIYSBGX75HdqBLH+0SfuAfH6lQ5eB&#10;Un7bPVWBnX7mNzGBbH75MSSBD38wK1SAyn98JiiAln/RIZqAnoAbHgWAxIBUAAD//wAA//8AAP//&#10;AABtZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAAAAQIDBAUG&#10;BwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/&#10;QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4&#10;eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7Cx&#10;srO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq&#10;6+zt7u/w8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMU&#10;FBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/&#10;QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqyt&#10;r7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj&#10;4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+/wABAQICAwME&#10;BAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYm&#10;JygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1v&#10;cXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3O&#10;z9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P0&#10;9PX29vf3+Pj5+fr7+/z8/f3+/v//pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bB&#10;p3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdM&#10;hNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/&#10;pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+d&#10;iNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7&#10;vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqo&#10;UJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky&#10;/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNar&#10;movdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeB&#10;wLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbP&#10;plmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JG&#10;Sv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovd&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLql&#10;h8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmm&#10;x6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2g&#10;TWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2&#10;o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6Vk&#10;scSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDx&#10;pExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSnb7bBp3i7vaeBwLqlh8a2o4fL&#10;s6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JGSv2gTWDxpExy5qdMhNqoUJbPplmmx6VkscSn&#10;b7bBp3i7vaeBwLqlh8a2o4fLs6CH0K+diNarmovdpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleb/pjky/6JFSv2hTGDypUtx&#10;5qlKg9qqTZXPqValyKhhsMWqa7XCrHW6vqt9v7qqg8W2qIfKsqaH0Kuih9aknoncmpqP4Zqaj+Ga&#10;mo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqa&#10;j+H/pjgy/6NFSv2iS2Dypklx5qpIgtutSpPQrFKjyaxdr8avZ7PDsXG4v7N5vbivgcSyqofLrKaG&#10;0KWjhtWdn4bak52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYve&#10;k52L3pOdi96TnYvek52L3pOdi97/pzgy/6NFSv2iSl/yp0hw56xGgdyvR5LSsE6hyrFXrci2YrDF&#10;umy1urN4vrKugcWtqofLp6eFz6CkhNOYoYXXj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+f&#10;iNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNr/pzgy/6NES/6jSV/zqUZv6K5E&#10;gN2zQ5DTtkifzLdRqsrAXKy9uGy3s7J4wK2ugcapqobKoqiEzpulhNGUo4TUjKGH14yhh9eMoYfX&#10;jKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9f/&#10;pzcy/6NES/6lR17zqkRu6bFBf9+4Po7WvUKbz8NKpMK+XK+2t2y5rrF4wamugcalq4XJnqmEzJin&#10;g8+RpYTSiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG&#10;1IqjhtSKo4bUiqOG1IqjhtT/qDcy/6RES/6mRl70rUJt6rQ+feG9O4vaxjyWysZIpLm8XLKvtm27&#10;qbF5waWugsWhrITIm6qDy5Wpg82Pp4TPiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJ&#10;pobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtH/qDcy/6RDS/+oQ131rz9s7Lg6euTD&#10;N4fd0zWQwcRJp7G6XrWptW68pLF6wKKvgsSdrYTHmKyEyZKqhMuNqYXNiKiGzoiohs6IqIbOiKiG&#10;zoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs7/qTYy&#10;/6VCS/+qQVz2sjtq7r02d+jLM4DQ0jOTuMNLqKq5YLaktXC8obJ7wJ6wg8OaroTFla2Ex5CshMmL&#10;q4XKh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeq&#10;hsyHqobMh6qGzIeqhsz/qTUy/6VCS/+sPVr4tzdn8cQxcd/XLHvF0DWVsMJOqaS4Y7eftXK8nbN8&#10;v5uxg8GXr4TDkq6ExY6thcaKrIbIh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJ&#10;h6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8n/qjQy/6ZAS/+wOVj5vTFi584tadDgJH+5&#10;zzeXp8JSqZ66ZrWatXO7mLN9vpeyg8CUsYXBkLCFw42vhcSJrobFhq6Hxoauh8aGrofGhq6Hxoau&#10;h8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8b/qzMy/6o7&#10;Sf+2MlPwxypa2N4hZsLfJIKtzjyYn8NWp5m8aLKWt3W4lLR9vZOzg76RsoW/jrKGwIuxhsGIsIfC&#10;hrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOG&#10;sIjDhrCIw4awiMP/rTEy/7AzRfjAKUzf1iNNx+ggarPeJoShz0GWl8ZZpJPAaqyQvHWyj7l9to+3&#10;g7iMtoS6irWFvIi0hr2Gs4e+hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOI&#10;v4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL//ry8y/7kpP+jOHj/M5htSt+4hbaXeLIOX0kWS&#10;kMtbnYzFa6WLwnWqir98rYe+f7CEvICxg7yCsoG7g7N/uoS0frqGtX66hrV+uoa1frqGtX66hrV+&#10;uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrX/sioy8cYcM9Hi&#10;FDq88xtWqO4mbZjhNX+O2EqMiNBdlYbMa5uEyXSggcd4o37Fe6V8xH2me8R+p3nDgKh4woKpd8KD&#10;qnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOq&#10;d8KDqnfCg6r6vhwo1t0OI8DwFD+s/R5XnPAtao/lPnmG3k6Dgdhfi3/Ua5B60XCUd890l3XOd5hz&#10;zXmacs17m3HMfZtwy3+cb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/L&#10;gJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ3Z0gsYxO0OKbD9FkGf/yRVkfQ1ZYfrRnB/5VR5e+Fh&#10;f3bdaIRy226Hb9lxiW3YdItr2HeMatZ5jWnWeo5o1XyOZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6P&#10;Z9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo//ozkq/59GQP+dUFX6&#10;oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KB&#10;n9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvC&#10;upCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMid&#10;cLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl&#10;76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Kt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCM&#10;xbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDF&#10;nHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NR&#10;deSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/&#10;ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiM&#10;j8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1&#10;wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSk&#10;U4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq&#10;/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2&#10;iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4baoluW0KBlpMidcLDFnHu1wpyD&#10;ub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59GQP+dUFX6oFBl76NRdeSkU4ba&#10;oluW0KBlpMidcLDFnHu1wpyDub+aib68lYvCupCMxbiMj8m2iJLMs4SXz7KBn9Ktf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otP/ozkq/59G&#10;QP+eT1T6oU5k76RPdeWmUYXapViV0aJio8mfba/Fn3e1wp6Aub+diL68mYnDuZSLx7aPjcuzipDP&#10;sYaW1K6DoNengaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWn&#10;gaHVp4Gh1aeBodX/ozkq/6BGQP+eTlT6ok1k8KVOdOWoT4Tbp1WU0qVfocqjaa3FonS0wqF9ub+g&#10;hb67nYjDuJiJyLWTi82xjo7TromW2KeFndqhhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg&#10;1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNb/ozkq/6BGQP+fTVT7o0xk8KdMdOapToPcqlOS&#10;0qlboMumZqvGpXCzw6V6uL+kgr27oofDuJ2HybOYic+wlI7Vq5KX2qCKnNybiZ/Ym4mf2JuJn9ib&#10;iZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9j/ozgq/6BFQP+g&#10;TFT7pEtj8ahLc+arTIPdrVCR1KxYnsyqYqnHqmyxxKp2tsCqfry8qITCuKSGybOhiM+snI3Vo5aU&#10;2pqRnNyWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Y&#10;lo6e2JaOntj/pDgq/6BFQP+gS1P7pUpj8alJcuetSoHesE2Q1bBVnM6wXqfJsGivxrJzs8OyfLi9&#10;sIDBtqyCya6nhc+loYrVnJyR2pWZnNyRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGU&#10;ntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntn/pDgq/6BFQP+hSlP7pkhi8qtIceivSIDfs0qO1rVR&#10;mtC2WqTMuGWryr1xrsG5e7a3soDArqyEyKaohc6dpIfUlKCO2I6fmduMm57ZjJue2YybntmMm57Z&#10;jJue2YybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yybntn/pDgq/6FFQP+iSVP8&#10;p0dh8q1GcOmyRn/gt0eM2btOl9O/V5/QxWOkxcBwrbq4ebewsoDAqa2Fx6CohM2XpYXSjqGJ14eg&#10;ktmHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc&#10;2IehnNj/pDcq/6FEQP+jSFL8qUVh865Eb+q1Q33ivESJ3MJKk9jKVJnKxmKkvL1usLK2eLmqsYDB&#10;pK2Fx5uphMyTpoTQiqOH1IOijtaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaC&#10;opbWgqKW1oKiltaCopbWgqKW1oKiltb/pTcq/6FEQf+kRlL9qkRg9LFCbuu4QXvkwUKG38xGjdPP&#10;UpfBxGGns7tts6u1eLulsYDBn66ExpirhMqQqITOiKaG0YKkjNOApJLTgKSS04CkktOApJLTgKSS&#10;04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktP/pTcq/6FEQf+lRVH+rEJf&#10;9bQ/bO28Pnjnx0CB4NZGh8nNUZq4wmCqrLpttaW1eLygsYDBm66ExZWshMiOqoTLh6iGzoKni89/&#10;po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+m&#10;j9D/pTYq/6JDQf+nQ1D/rj9d97c8afDCO3Pm0D9509k/ir7LUZ2vwGGspblutqC1ebycsoHAmK+E&#10;w5KuhMaMrIXIh6qHyoKpisx/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7N&#10;f6mOzX+pjs1/qY7Nf6mOzX+pjs3/pjYq/6JCQf+pQE//sjtb+b04ZezLOG3c3DV4x9Y+jrPJUqCn&#10;wGOtn7lwtpq1eryYsoG/lLGFwo+vhcSLrobFhq2Hx4Ksish/q43Jf6uNyX+rjcl/q43Jf6uNyX+r&#10;jcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcn/pzUq/6NCQf+sPE3/tzZX8sUz&#10;X+HWNmPN4zF8utM/kanIVKGfwGWtmbpytZa2e7qUs4K+krKFwI2xhsGJsIfDhq+IxIKuisWArozF&#10;gK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6MxYCujMX/&#10;qDQq/6Y+P/+xN0r5vjBS588vVdHiLGjA4TB/rdJCk6DIV6GYwWerlLxzspK4fLeQtoK6jrSFvIuz&#10;hr6IsofAhbGJwYOxisGBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCM&#10;woGwjMKBsIzCgbCMwoGwjML/qTIq/6s4Pf+4L0XuyClI1t8lUsPsKWyx3zGCodJFkpfKWp+Rw2mn&#10;jr90rY28fLGLuoG0iLmDtoW4hLiDt4a5gbaHun+1ibt+tYu8frWLvH61i7x+tYu8frWLvH61i7x+&#10;tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7z/qzAq/7EvOPbCJjzc2h87xusjV7Ps&#10;Km+j3zWCltRKkI/NXZqLyGuhicR1pobCe6qDwH6sgb+Arn++grB9vYOxe7yFsnq7h7N5u4izebuI&#10;s3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLP/rS4q&#10;/rslMOPSGi3J6BtBtvcjWqXsLm+W4Tx/jNhPi4fSX5OEzWyZgcp0nn7IeKF7x3ujecZ9pHjFf6V2&#10;xIGmdcODp3TDhKhzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPC&#10;hqlzwoapc8KGqXPChqn/tCQl7MoWI83lEyy59htGp/omW5juNWyM5UR6hN5Tg4DZYop81WyPeNJx&#10;k3XQdZVzz3iXcc56mHDNfJlvzX6absyAm23Mgpxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4Sc&#10;bMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJz1wRUZ0d8MGLzzEzGq/x5HmvwsWY7yPGeE&#10;6ktyfeVYenngY4B03mqEcNtvh23ac4lr2XaKath4i2nXeoxo1nyNZ9Z+jmbVgI5l1YGPZdWBj2XV&#10;gY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY/S0goJv+gN&#10;Ha3/FTOd/yNFkP8zVIX3Q19+8VFod+xcb3DpYnRr52d3aOVteWbkcHtl43N9Y+J2fWLheH5i4Xl/&#10;YeF7f2DgfYBf4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff&#10;4H+BX+B/gV/gf4H/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8ST&#10;i7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH&#10;2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+a&#10;UUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGb&#10;w7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bC&#10;j4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxn&#10;ldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/&#10;nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+&#10;oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6&#10;wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZ&#10;cKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/5xGNv+aUUr/nVJZ&#10;959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuSvL6Hlb+9g5jBvIGbw7t+oMS6&#10;fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMb/oDkh/5xGNv+aUUr/nVJZ959Uae2gV3jjn1yH2pxnldKZcKHMlnurxpSEs8STi7bCj4+6wIuS&#10;vL6Hlb+9g5jBvIGbw7t+oMS6fKbGt3qsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMb/oDkh/51GNv+aUEr/nlFZ96BSaO2hVnjkoVqG255klNKbbqDM&#10;mHiqxpWBssSVibbBkY66v4yQvb2Ik8C8hJfDuoGbxbl+oMe4fKfIsnuqyLB7qsiwe6rIsHuqyLB7&#10;qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsj/oDgi/51GN/+bT0r/n09Z+KJQ&#10;aO6jU3flpFeF3KJgk9Oeap/Nm3Spx5h9scSXhrbBlIy6v4+OvryKksK6hpXFuIKayLd/oMu0fKfM&#10;rHypyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcr/&#10;oDgi/51FN/+cTkr/oE5Y+KNPZ++lUXblplWE3aVdkdSiZp3Nn3CoyJx6sMSagrbBmIq6vpKMv7uN&#10;j8S4iJPItoOZzLSAoc+sfaXPpn6nzKR/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+o&#10;y6R/qMukf6jLpH+oy6R/qMv/oTgi/51FN/+dTUn/oUxY+aVNZu+nT3XmqVOD3qhakNWmYpzPo2ym&#10;yaB2rsWef7XBnIe6vpeKwLqQjca2i5LLtIiazrKGpNGmgKTRoIGnzZ+Bp8yfgafMn4GnzJ+Bp8yf&#10;gafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8z/oTgi/55FN/+eTEn/oktX+aZMZvCp&#10;TnTnq1GC36tXjteqX5rQqGmky6VzrMajfLPCoIS5vpyIwLmWjMa1kZLLr42Yz6qKodKghKPTm4Sm&#10;zpqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzZqEp83/oTgi&#10;/55FN/+eS0n/o0pX+qdLZfCrTHPorU+A4K9UjdmuXJjSrWahzatwqciqebDDp4G3vqGEwLWbicau&#10;lY/MqJGVz6KOntKaiaLTloelz5WHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWH&#10;ps6Vh6bOlYemzpWHps7/oTci/55EN/+fSkn/pElW+qhJZPGsS3LpsE1/4bNRi9qzWpXUs2Oez7Nu&#10;pcuzeKvDrHy3uKWBv6+ehsaomYzLoZWS0JuSm9OVjqLUkYyl0JGLps6Ri6bOkYumzpGLps6Ri6bO&#10;kYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps7/oTci/55EN/+gSUj/pUhW+6pIZPKuSXHq&#10;skx94rZPidy4V5LWumGa071toMm4dau+sHq2s6l/v6qihMainYrLm5qQz5WXmdKQlaLUjZCl0IyQ&#10;ps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz4yQps//oTci/55E&#10;N/+gSUj/pkdV+6tHY/OwSHDrtUp85LpOht6/VY/aw2CV0sRtnMW7c6q5s3i2rq19v6WngsWdoojL&#10;lp+Oz4+cltKLnKLTiJWk0ImUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+J&#10;lKXPiZSlz4mUpc//ojci/59EN/+hSEj/p0ZV/KxFYvSyRm7suEh65r9Mg+HHU4rczWKOzshsm8C/&#10;caq0t3e1qbF8vp+sgcWXp4bKkKSMzoqildGGoqHShJul0IWapc+FmqXPhZqlz4Wapc+FmqXPhZql&#10;z4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc//ojYi/59DN/+iRkf/qERU/a5DYfW1RGzuvEZ3&#10;6cRLf+PPVITZ1GWIyMtrmrrCcKmuune0o7R8vZqvgcOSrIXIi6mKzISnks+AppzQgKOlz4Chps6A&#10;oabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps6AoabOgKGmzoChps7/ojYi/59DN/+j&#10;RUf/qkJT/rFBX/a4QWrxwURz6sxLeeDaVnzP1V6NwMxpm7PDcqinu3mznrV/u5exg8KOrYXGh6uI&#10;yoGpjc18qJbOe6iizXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabN&#10;e6mmzXupps3/ozYi/59DN/+lQ0b/rEBS/7Q+Xfm9P2buyENt49ZNb9XdToHE01mRtclmn6nBcaug&#10;u3mzmbaAupSyhcCMr4bEhq2Ix4CrjMl8qpLKequcynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmr&#10;n8p5q5/Keaufynmrn8p5q5/Keaufynmrn8r/ozUi/6BCN/+mQUX/rz1Q/rg7WfPEPGHm0UNk2d9D&#10;c8jcSoW30FeVqsdloqDAcKyZunm0lLaAupGzhb6LsYbBhbCIw4Gui8V9rZDGeq2XxnqtmsZ6rZrG&#10;eq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqtmsb/pDQi/6FBN/+pPUP/&#10;szlN+b43VerMOlnb3Ttiy+U/d7vZSImrzleYoMZlpJjAcayTu3qzkLiBuIy1hLuIs4a+hbKJwIGx&#10;i8F+sI/Ce7CUw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCW&#10;w3qwlsP/pDQi/6M+Nv+tOUH/uDRI8MYzTd/ZNlDN5TZnvuQ7e63XSIygzViZl8ZnpJLBcquOvXuw&#10;jLqBtIi4g7eEt4W5grWIu3+0ir18s42+erORv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796&#10;s5O/erOTv3qzk796s5O/erOTv3qzk7//pjIi/6Y6NP+yMz33wC5C5NIvQc/kLlW/7zNrr+E7fqDW&#10;So2WzluZkMhpoYzDc6iJwHushr5/r4K8gbKAu4SzfbqGtXu5iLZ5uIu3d7ePuHe3kLl3t5C5d7eQ&#10;uXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLn/pzEi/6wzMf+5KzbqzCY2&#10;0uEmQcHvLFqw7TNuoeE9f5XXTYyN0F6WictrnYbHdKKDxHqmf8N9qXzBgKt6wIKseb+ErXe+hq91&#10;vomwc72MsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9&#10;jbH/qS4h/7MqK/LFIizW3hwtw+0jR7L5K12i7DZvleJCfYvaUoiF1GCQgtBsln7Mc5t7yneeeMl7&#10;oHbIfqJ0x4Cjc8aCpHHFhKVwxIembsSKp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4un&#10;bsOLp27Di6duw4unbsOLp27Di6f/rCog+r0fItzZEhvF6xoztPojSqP5Ll6V7jxtiuVJeYPfVoJ+&#10;2mSJetZsjnbTcZFz0nWUcdB5lW/Pe5dtzn6YbM6AmWvNgppqzYSbacyHnGjMiJxozIicaMyInGjM&#10;iJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJz/th4Y5NAOE8jpESC1+Rs3pf8m&#10;S5f6NFyL8UJogupPcnzlW3p34WR/ct5qg27ccIZs23SIatl3iWjZeYtn2HyLZtd+jGXWgI1k1oKO&#10;Y9WFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY/p&#10;xw0MytoLD7f3EiSn/x05mP8rSYz+OleD9klhfPBVaXXsXm9u6WN0audpd2flbnll5HJ7Y+N1fGLi&#10;d31h4nl+YOF7f1/hfX9f4H+AXuCCgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+D&#10;gV3fg4Fd34OBXd+DgV3fg4HL0AkDuuILE6j/FCaa/yE3jf8xRYT/QFB8/E5YdPhXX230XWRn8mJn&#10;Y/BoamHubGxf7XBtXe1yb1zsdW9b7HdwWut5cVrrenFZ6nxyWOp/cljqf3NY6n9zWOp/c1jqf3NY&#10;6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3P/nDga/5pGLf+XUUH/mlNP/pxVXvWc&#10;Wmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmr&#10;vb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga&#10;/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfC&#10;gZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CE&#10;pMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzs&#10;m1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94&#10;sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pG&#10;Lf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5&#10;wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuO&#10;jKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+XUUH/mlNP/pxVXvWcWmzsm196&#10;5Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+eusF9orvAe6a8wHmrvb94sr27&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s73/nDga/5pGLf+X&#10;UUH/mlNP/pxVXvWcWmzsm1965Jlnh9yWcZLVk3ucz5CEpMuOjKvIipCwxYeUtMOEmLfCgZu5wX+e&#10;usF9orvAe6a8wHmrvb94sr27eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s73/nTga/5pFLv+XUEH/m1FP/51UXfWeWGvsnV155JtkhtyYbpLVlXic0JKBpMuPiavH&#10;jY+xxYmTtcOFl7jCgpq6wX+eu8B9or2/e6e+v3mtvrt4sb62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5&#10;sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr7/nTga/5pFLv+YT0D/nVBO/59SXPagVWrtoFp45Z9g&#10;hd2capHWmHOb0JV9pMuShavHj42xxIyRtsKHlbnBg5m7v3+dvr59or+9eqjAvHmvwbR5sMGwerDA&#10;sHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6sMD/nTca/5tFLv+ZTkD/&#10;nk5O/6FQW/eiU2nuo1d35qJdg96fZo/XnG+a0Zh5o8uVgqvHkomxxI6PtsKJk7q/hJi9vYCdwLx9&#10;o8K7e6rEtHqtxK17rsOqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuv&#10;wap7r8H/njca/5tELv+aTUD/n01N/6JOW/ekUWjvpVV156Vagt+jYo3YoGuY0px1ocyZfqnIlYaw&#10;xJKNtsGMkbu+hpa/vIGcw7p+pMW3fKvHrXurxqd8rcSkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOk&#10;fa7DpH2uw6R9rsOkfa7DpH2uw6R9rsP/njca/5tELv+bTED/oExN/6RNWvimT2fwqFN06KhXgOCn&#10;XozapGiW06Fxn86deqfJmYOvxZWKtcGPj7u9iZXBuoWdxLaCpMewgKrIp32qyKJ+rMWff67Dn3+u&#10;w59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsP/njca/5tELv+cSz//oUpM&#10;/6VLWfmoTmbxqlFz6atVf+KrW4rbqWWU1aZunc+jd6XKn4CsxZmGtL+TjLy4jZPBsomZxa6Gociq&#10;hKnJoYCpypyBrMabga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuB&#10;rcT/njYa/5xELv+cSj//oklM/6ZKWfmpTGXxrE9x6q5UfeOvWYjdrmKR1q1rmtGqdaLLpX2rwZ2D&#10;tLmWibyykZDBrIyWxqeJncijh6bKm4Ooy5iDq8eWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3F&#10;loStxZaErcWWhK3FloStxZaErcX/njYa/5xDLv+dST//o0hL/6dJWPqrS2Tyrk5w67FSe+SzV4Xf&#10;tGCO2bNqltGxdZ7GqHurvKCBtLOah7yslI3CppCUxqCNm8mci6TLloeoy5OHq8iSh6zFkoesxZKH&#10;rMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMX/nzYa/5xDLv+eSD//o0dL/6hI&#10;V/utSWPzsExv7LRQeea4VoPhu16L2rtqks20c57Bq3mqt6R/tK6dhLymmIrBoJSRxpqRmMmWj6HL&#10;kYyozI+KqsiOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMb/&#10;nzYa/5xDLv+eRz7/pEZK/6pGVvyuSGL0s0tt7rhPd+i9VX/hwV6G1sBsjsi3cZ29rneqsqd9tKmh&#10;gruhnIjBmpiPxpSWlsmQlJ/LjJKozIqPqsmKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6s&#10;xoqOrMaKjqzGio6sxoqOrMb/nzYa/5xDLv+fRj7/pUVK/6tFVfywRmH2tklr8LxOdOfCVXvfyGGA&#10;0cNqjcS6cJ24snWprat7s6OlgLuboYbBlJ2NxY6blMiKmZ3Khpmoy4aUqsmGkqvGhpKrxoaSq8aG&#10;kqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8b/nzUa/51CLv+gRT3/p0RJ/61DVP6z&#10;RF/3ukdo78FNcOXJVnXczmR6zMZpjb6+bpyytnSop7B5sp6rfrqVpoTAjqOLxIihkseEn5rJgJ+n&#10;yoGaqsiCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxoKYq8b/oDUa&#10;/51CLv+hRD3/qEJI/69BU/+2Ql33vkZl7MdNa+PSWG3W02F6x8pnjLnCbZusvHKnobZ3sZixfbmP&#10;rYK+iKqJw4KokMZ9p5nIeqelyXuiq8h9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2e&#10;rMZ9nqzGfZ6sxn2erMb/oDUa/51CLv+iQjz/qkBH/7I+Uf26QFnzw0Rg6M9OY9/cWWfP2GB5wM9m&#10;irLIa5qmwnCmm7x2r5G4e7eJtYG8grKHwH2wjsN4rpbFdq2hxnWsrMZ3pq3Fd6atxXemrcV3pq3F&#10;d6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcX/oDQa/55BLv+kQDv/rD1F/7U7Tve/PlXs&#10;y0RZ4dpPWtTfUWzG2lp9uNNii6vOaZifxnGklcB3rY67frSHt4O5gbSHvXyyjL95sZPBdrCbwnSw&#10;psJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwnKwrcL/oTMa/55B&#10;L/+nPTr/sDpD/bo4SvDGO0/j1UVO1eFGX8jiS3G63VKBrNVbj5/MZpuWxnCkj8B4q4q8f7GEuYO1&#10;gLeHuHy2i7t5tJC8d7SXvXa0ob10s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50&#10;s6W+dLOlvnSzpb7/ojMa/6A+Lv+qOTf/tDU/9sA1ROfPOUXX3zxQyedBZLvlRnas3E6Fn9NakpXM&#10;Z5yOxnGkisJ5qoW/fq6AvIKyfbqGtHq5irZ3uI64dbeTuXO3mrlzt6C5c7eguXO3oLlzt6C5c7eg&#10;uXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLn/ozIa/6M6LP+uNDT+ujE67cowO9rdMj/K5zhV&#10;vOw9aa3lRHmf206HlNNcko3MaJuIyHKhhMR5poDCfap8wIGteb6Fr3e9iLB0vIuycruQs3C7lbRv&#10;upq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrRvupq0b7qatG+6mrT/pDAa/6c1Kv+0&#10;LzD0wyox3tgrLczmLkW98jVare47bJ/kRHuT21GHi9RekIbPapiCy3Odfsh4oXrGfKR3xICmdcOD&#10;qHPChqlxwYmrb8CNrG3Akq1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5Wt&#10;bL+VrWy/la3/pS8a/60tJfy8Jyjl0CEkzuQkM77xLEqu+DNdoO09bZPkR3qK3VSFg9dhjH/SbJJ7&#10;z3KXd813mnTLe5xyyn6ecMmBoG7IhKFtx4eia8aKo2nGjqRoxZGlaMWRpWjFkaVoxZGlaMWRpWjF&#10;kaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaX/pywa/7UlH+zJGhzQ4hkhv/AiOK/9K02g+DVek+5B&#10;bInmTXeB4FiAfdxkhnjYa4tz1XGOcNN1kW7SeZNs0XyUatB/lmnPgpdoz4WYZs6ImWXNjJpkzY6a&#10;ZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTNjpr/riQW9cEXFNTfDhDA&#10;7xgmsP0jPKH/LU6U+TpdifFHaIHrUnF65l14dOJkfXDfa4Ft3XCEatx0hmjbeIhm2nuJZdl9imTY&#10;gIti2IOMYdaFjWDWiY5f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WL&#10;jl/Vi47+uRYN1NILBsLuDhax/Bkqov8lPZT/MkyJ/EBZgfZNYnrwWGlz7F9vbOlkc2jnanZm5W95&#10;ZORzemLjdnxh43l9YOJ7fl/hfn5e4YB/XeCDgFzghYFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb&#10;34iBW9+IgVvfiIFb34iBW9+IgVvfiIHUyAkDxNcKB7L7EBmj/xwrlf8oO4r/OEiB/0VSevxSWnL3&#10;WWBr9F5kZvJkaGLwaWpg7m1sXu1xbVztdG5b7HZvWux5cFnre3FY631xWOp/clfqgnNW6YRzVumE&#10;c1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHPEzQgBtN0IC6T/EhqX/x8q&#10;i/8uNoH/PUF5/0pJcf9SUGn/WFVj/V1YX/tjW1z5Z11a+GtfWPduYFf3cWFW9nRhVfZ2YlT1d2NT&#10;9XljU/R8ZFL0fmRR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0&#10;gGX/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CV&#10;ps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTf&#10;j3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lX&#10;U/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamw&#10;x3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/&#10;ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19&#10;mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2ZW2D1mGFt7ZVoeeWScoTfj3yO&#10;2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Suscdzs7LGc7qywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU/5VDJf+SUTf/l1NF/5lXU/2Z&#10;W2D1mGFt7ZVoeeWScoTfj3yO2oyFltWHi5zRg5Chz4CVps19mqnLe56rynmhrcl3pa/Idamwx3Su&#10;scdzs7LGc7qywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7L/ljMU&#10;/5VDJf+TUTf/l1NF/5lWUv2ZW2D1mGBt7ZZneeWTcYTfkHuO2o2EltWIipzRhJCiz4CVpsx9manL&#10;e52syXmhrsh3pa/Idqqxx3SussdztLLEdLqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91&#10;urK/dbqyv3W6sr91urL/ljMU/5ZDJf+VUDf/mVFE/5tUUv6cWF/1m11s7ZlkeOaWbIPfk3aN2o+A&#10;ltSMiJ3Rh46jzYOTqMuAmKvJfZyuyHqhscZ4pbLGd6q0xXWwtcV0uLW9d7i1uHe4tbh3uLW4d7i1&#10;uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLX/lzMU/5ZDJf+WTjf/mk9E/51SUf6eVV72&#10;nlpq7pxgdueaZ4LglnKM2pJ7ldSOhJ3QioujzYaRqcqClq3Ifpuwxnugs8V5prXEd6y2w3azt753&#10;t7e3eLa4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uLJ5trj/mDMU/5dD&#10;Jf+XTTf/m01D/59QUP+gU133oFhp759ddeidZIDhmm6L25Z3lNWRgJzQjomjzImPqcmEla7HgJqy&#10;xX2gtcN6p7fCeK65wHe1ubh4tbmxebW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbms&#10;erW5rHq1uax6tbn/mDMU/5hDJf+YTDb/nExD/6BOT/+iUVz4o1Vo8KJbdOmhYX/inmqJ3Jpzk9aV&#10;fJvRkYWjzIyMqcmHk6/Ggpmzw36gt8J6qLnBeLG7uXizvLF5s7urerS7p3u1uqd7tbqne7W6p3u1&#10;uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbr/mTMU/5hDJf+ZSzb/nktC/6FMTv+kT1v5pVNm&#10;8aVYcuqkXn3jomaH3Z5wkdeZeJnSlYGhzY+JqcmKka/Fg5i0wn+fuL18p7u6erC9snqyvqt7sr2m&#10;fLO8o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLqjfbS6o320uqN9tLr/mTMU/5hDJv+Z&#10;Sjb/n0pC/6NLTv+mTln6qFFl8qhWcOuoXHvlp2KF36NsjtmfdZfTmn6fzZOGqMWNja+/h5S1uYOc&#10;ubV/o7yxfay+rHyxv6V8sb+hfrO9nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7&#10;nn60u55+tLv/mTMU/5lDJv+aSTX/oEhB/6RJTf+nTFj6qlBk86tUbu2sWnnmrGCC4Kppi9qmc5TP&#10;n3ydxpeDqL6QirC4i5G2soaYuq2DoL2pgai/pYCwwJ9/sMCcgLK9moGzu5qBs7uagbO7moGzu5qB&#10;s7uagbO7moGzu5qBs7uagbO7moGzu5qBs7v/mjMU/5lDJv+bSDX/oUdB/6VITP+pSlf7rE5i9a9S&#10;bO6wWHbosV5/37BoiNWsdJDKo3qdwJuBqLiUh7Cxj462q4qVu6aHnb6ihaXAn4SvwZmBr8GXgrK+&#10;lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7yVg7O8lYOzvJWDs7z/mjMU/5lDJv+cRzX/&#10;okZA/6dHS/+rSVb9r0xg9rJRau60V3Plt1583bZqg8+vcpDFpnidu55+p7KYhbCrk4u2pY6Tu5+L&#10;mr6biaLBmIiswpOFr8KShrG/kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYaz&#10;vJGGs7z/mjMU/5lCJv+cRjT/o0VA/6hFSv+tR1X+sUpf9bVQaOu5VnDjvV532btqgMuycJDAqXad&#10;tqJ8p62cgq+ll4m2npOQu5mPmL6UjaDBkYypwo2KrsKNibG/jYmyvY2Jsr2NibK9jYmyvY2Jsr2N&#10;ibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr3/mzMU/5pCJv+dRTT/pEQ//6pESf+vRVP8tEld8rlPZem+&#10;Vmzhw2By075pgMa1bo+7rXScsKZ6p6eggK+fm4a1mJeOu5OVlb6Okp3BipKnwoiQrsKIjrDAiI2y&#10;vYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr3/mzMU/5pCJv+eRDP/pUI+&#10;/6tCSP+xRFL6t0ha8L1OYebEVmfeyWJtzsFnf8G5bY62sXKbq6p4pqKlfq6ZoIS1kp2Luoyak76H&#10;mJvAhJekwoKWr8KDk7DAhJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSR&#10;sr7/mzMU/5pBJv+fQjP/pkA9/61AR/+0Qk/3u0dX7cNNXeTMWGDZzWBsycVmfry9a42wtXGapa92&#10;pZyqfK2TpoK0jKKJuYagkL2Bnpm/fZ6iwXuer8F9mbDAf5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+&#10;f5ayvn+Wsr5/lrK+f5ayvn+Wsr7/nDMU/5pBJv+gQTL/qD88/7A+Rf+3QU30wEVT6slOVuLVWlfS&#10;0V5rxMlkfbbBaoyqu2+Zn7V0pJaweqyNrICyhqmHt3+njrt6ppa+d6Wgv3Smrb93obG/ep2yvnqd&#10;sr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+ep2yvnqdsr7/nTMU/5tBJv+iPzH/qjw6/7M8&#10;Qvu7PknwxkRN5tJPTdzcV1bM1V1qvs1je7DHaIukwW2Xmbxzoo+4eKqGtH6wf7KFtXmwjLh0r5W7&#10;ca6fvG6vq71xqrO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7z/&#10;nTMU/5tAJv+kPDD/rTk4/7Y5P/XBPEPpzkRE3t1NR9LgU1jF21xot9NheqnNZomcyGuVkcRxn4jA&#10;dqd/vX2teLuEsXO6i7RvuJS3bLeduGq3qLlptra4ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1&#10;uW2vtbltr7W5ba+1uW2vtbn/njIU/50+Jf+nOS7/sTY1+7w2Ou3JOjzg2kQ60uJHTMfiTV653lRu&#10;rNlbfJ/UYoiU0GiTisxvm4LHd6J8w36odsCErHK+iq9vvJGxbbyYsmu7obNqu62yZ7q2tGe6trRn&#10;ura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2tGe6trT/nzIU/6A6JP+qNCz/tTIx88MyM+PU&#10;ODDT4Tw/xuhCUrnlSGOs4k1yn99Uf5PZXYqJ0meTg81wmn3Jd594xn2kdMSDp3DCiKluwY6rbMCU&#10;rGq/m61pv6WtaL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urWi/rq3/oDAU&#10;/6M2Iv+vMCj7vC0r6M0sKNXgMDDH6ThEuew+V6zpRWee50t1kuBTgInZXomC1GiRfNBxlnjMd5t0&#10;yn2ecMiCoW7Hh6NrxYulacSQpmjElqdmw56oZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXD&#10;pahlw6WoZcOlqGXDpaj/oS8U/6gvH/+1KiLwxiQh2N0jIMjpLTW68jVJrPE8Wp7wQ2mS6Ex1iOFV&#10;f4HbYYd712qNdtNxkXLRd5Vvz3yXbM2AmmrMhZtoy4mdZsqNnmXJkp9jyZigYsieoWLInqFiyJ6h&#10;YsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLInqH/oy0U/64pGvi/IBre1hgTyegiJbr0Kzqs&#10;+DRNnvc8XJLxRmmI6VBzf+NZe3rfZIJ03GuGcNlxim3Wdo1q1XuPaNN/kWbSg5Jk0YeUY9GKlWHQ&#10;j5Zgz5SXXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmF7PmZj/pygS/7cf&#10;EubOEQ3L5hUWu/QhKqz+Kz6e/zROkvo/XIjySmZ/7FVveehedXLkZHtu4Wt+at9wgWjedYRl3HmF&#10;Y9t9h2LagYhg2oSJX9mHil3Yi4tc15CMW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b&#10;1pSNW9aUjVvWlI3/sB4L7cYOCM3bCwi78xUarP8hLp7/LD+S/zdNh/1EWH/2T2F48Vloce1fbWrr&#10;ZHFn6Gp0ZOdvd2LldHlg5Hh6X+N7e13jfnxc4oF9W+GEflrhiH9Z4IyAWOCPgVjgj4FY4I+BWOCP&#10;gVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4HzvQ0EzM8JAb3lDAys/xcenv8kL5L/Lz2H/z1J&#10;f/9JUnj8VFpw+FpfafRfZGTyZWdh8GppXu9ua1zucm1b7XZuWux5b1jsfHBX635wVuuBcVXqhHJU&#10;6ohzU+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdFPpi3TMxggAvdQIA631&#10;Dg+f/xofk/8nLYj/NDl+/0JDd/9NSm7/U1Bn/1lVYvxeWF77ZFtb+WhdWfhsXlf3cGBW93NhVfZ2&#10;YlT1eGJT9XtjUvR9ZFH0gGRQ84NlT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84Zm&#10;T/OGZk/zhma9ywYArtsGBJ//EBCT/x0diP8qKH7/ODJ2/0Q6bf9LQWX/UUZf/1dJW/9dTFj/Yk5V&#10;/2ZQU/9qUVL/bVJQ/3BTT/9yVE7/dVRN/3dVTf95VUz+e1ZL/n5XSv2BV0r9gVdK/YFXSv2BV0r9&#10;gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVf/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFq&#10;a++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8Cj&#10;zWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/&#10;klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNv&#10;qZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;oshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS&#10;2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7/5RXSP+VXFT9k2Jg9ZFqa++N&#10;cnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/Sbq6g0m2zodFsuaLRa8CjzWzF&#10;o8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqL/jS0O/4w+Hf+KTC7/klM7&#10;/5RXSP+VXFT9k2Jg9ZFqa++NcnbpiXx/5IWEhuCAi43cfJGS2nmXlth2nJnVc6Cb1HGlndNvqZ/S&#10;bq6g0m2zodFsuaLRa8CjzWzFo8huxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Goshu&#10;xqL/jS0O/40+Hf+MTC7/lFM7/5VWR/+WW1T9lWFg9pJoa++PcHXpi3p/5IeDh9+Cio3cfpCS2XqW&#10;l9Z3m5rVdKCd03Kln9JwqaHRbq6i0G20o9BsuqTQbMKkym7EpMRvxKTEb8SkxG/EpMRvxKTEb8Sk&#10;xG/EpMRvxKTEb8SkxG/EpMRvxKT/ji0O/44+Hf+OSy7/lVE6/5hUR/+YWFP+mF5f9pVkau+SbHXp&#10;jnZ+5IqAh9+Fh47bgI6U2HyUmNV5mpzTdp+f0XOkotBxqqTPb6+lzm62ps5tvafKbsKnw3DCp71x&#10;wqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKnvXHCp71xwqf/jy0O/44+Hv+QSi3/l086/5lR&#10;Rv+bVlL+mlte95hhafCVaHTqkXF+5I58ht+JhI7bg4uU13+SmtR7mJ7Sd56h0HSkpM5yqqbNcLGo&#10;zW+5qctvwanDccGpvHLAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKr/&#10;jy0O/48+Hv+SSi3/mE05/5tPRf+dU1H/nVhc+JteaPGZZXLqlW185JF3ht+MgY7bh4mV1oGQmtN9&#10;lp/QeZ2jznWjps1yq6nMcLOqy2+9q8Vyv6u9c7+stnS+rLF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+&#10;rbF1vq2xdb6tsXW+rbF1vq3/kC0O/5A+Hv+TSS3/mUw5/51ORP+fUVD/n1Zb+Z5cZvKcYnHrmGl7&#10;5ZRzhOCPfY3bioaU1oSNm9J/laDPepylzXajqMtzq6vKcbWtxnG+rb50va62db2usHa9rqx3va6s&#10;d72urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9rqx3va7/kC0O/5A+Hv+VSSz/m0o4/55MQ/+h&#10;T0//olRa+qFZZfOgX2/snWZ55phvg+CTeYzbjoKT1oeKm9KBkqHPfJqmyniiqsd1q63Dc7Svv3O8&#10;sLd1vLCwd7uwqni7sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sKd5vLD/kS0O&#10;/5E+Hv+WSCz/nEg3/6BKQv+jTU3/pFJY+6VXY/SkXW3uoWN36J5rgOKYdYnckn6S04yHmsyGj6HG&#10;gJenwXyerL15pq+5dq+xt3a6sq93urKqebqypXq6sqJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7&#10;u7Gie7uxonu7saJ7u7H/kS0O/5E+Hv+YRyz/nUc3/6FIQf+lS0z/p1BW/KhVYfWoW2vtp2F05aRp&#10;ft6fc4fUmH2Qy5GEmsSKjKK+hJOouICarbR8orCwequzrXm1tKh6ubSke7m0oH25s519urOdfbqz&#10;nX26s519urOdfbqznX26s519urOdfbqznX26s519urP/ki0O/5I+Hv+YRiv/nkY2/6NHQf+nSUv/&#10;qk5V+qtTXvKsWWjprGBx4qloetmlc4PNnHqPxZWBmr2OiKK3iJCpsYSXrqyAn7Gofqe0pX2xtaF9&#10;uLadfri1mn+5tJmAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s5mAurP/ki0O/5I+&#10;Hv+ZRSv/n0Q1/6RFQP+pSEn/rExT+K5SXO+wWGXmsV9t3rBpdtKpcYLIoHiPv5h+mreShaKwjIyp&#10;qoiUrqSFnLKggqS1nYGutpqAt7eXgbe2lYK5tJSCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOU&#10;grmzlIK5s5SCubP/ky0O/5I9Hv+aRCr/oEM1/6ZEPv+rRkj/rktR9bJQWey1V2Hkt15p2rRpc82s&#10;b4LCpHaPuZx8mbGWg6KqkYqpo4yRrp6JmbKZh6G1loWrt5OFtreRhLe3kIW4tZCFubSQhbm0kIW5&#10;tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubT/ky0O/5M9Hv+bQyr/okI0/6hCPf+tRUb8sUpP&#10;8rVPVum6Vl3hvWBk1LhncsivbYG9p3SOtKB6mauagKKklYepnZGOrpeOlrKSi5+1j4qot4yKs7iL&#10;ibe3i4i4tYuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tIuIubT/ky0O/5M9Hv+c&#10;QSr/o0Az/6lBPP+vREX6tEhM8LpOU+e/VlnewmBgz7tmccOzbIG4q3KOrqR4mKWefqGemoSol5aM&#10;rpGTlLKMkZy1iI+mt4WPsbiFjra3ho24toeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1&#10;h4y4tYeMuLX/lCwO/5Q9Hv+dQCn/pD4y/6s/O/+xQkL4uEdJ7b5OT+XGV1Paxl5fy75kcb62aoCz&#10;r3CNqal2mKCjfKGYn4KokZuJrYqZkrKFlpq1gZWkt3+Vrrd+lLe3gZG3toKQuLWCkLi1gpC4tYKQ&#10;uLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLX/lCwO/5Q9Hv+ePyj/pj0x/60+Of+0QUD0vEZF68RN&#10;SeLOWEvTylxexsJjcLm6aH+utG6Mo650l5qpep+SpYCniqGHrISfj7F/nZe0e5yhtnibrLd3m7e2&#10;epe4tXyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubR8lbm0fJW5tHyVubT/lSwO/5U9Hv+gPSf/&#10;qDsw/7A8N/24PzzxwURA6MtOQt7TVUrOzVtdwMZhbrS/Z36ouW2KnbRylZSveJ6Lq36lhKiFqn2m&#10;jK94pJWydKOftHGjqrVwo7i1c565tHabubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5&#10;s3abubP/liwO/5c8Hv+iOib/qjku/7M6NPm9PDjuyEM549VQN9faUkjI0llcustfba3FZXyhwGuJ&#10;l7pwk422dpyEs3yifbCDqHeuiqxyrZOvbqydsWusqLJprbaybKi7sW+ju7Fvo7uxb6O7sW+ju7Fv&#10;o7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7H/lywO/5o7Hf+kNyX/rTYr/7c3MPPDOjHm0EMw3N9KNc/f&#10;UkfB2Fhas9Fea6bLY3qax2mGj8JukIa/dJh9vHqfdrqBpHC4iahrt5KraLecrWW3p65kt7SuZbO9&#10;rmitva5orb2uaK29rmitva5orb2uaK29rmitva5orb2uaK29rmitva7/mCwO/505HP+nNCP/sTMo&#10;+b0yKurLNync3T4p0ONGOsXiTUu43lVarNlcaJ7TYneSz2eCiMttjH7Jc5R2x3macMWBn2rEiaJm&#10;w5KlYsOcp2DDpqhfw7SoX8HCqGG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqWG6&#10;wan/mSwO/6A1Gv+qMSD/ti4j8MUtIt/YMxzQ4zouxOhCQLjlSVCr4U5fnt5VbJLbXHeH2GOBftVq&#10;iXbUcY9v0XmUa86AmGfMiJtkypCdYsmYn2DJoaBfyaugX8m5n1zIw6JcyMOiXMjDolzIw6JcyMOi&#10;XMjDolzIw6JcyMOiXMjDolzIw6L/mywO/6QwGP+vLBv4vicb5NEmF9HiLSDE6zczt+s+RarpRVSe&#10;50xikuVSbobjWHh94GB/dtxphnDYcYtr1XiPaNN/kmXRhpRiz42WYM6UmF7Om5ldzaOaXM2tmlvN&#10;t5pbzbeaW823mlvNt5pbzbeaW823mlvNt5pbzbeaW823mlvNt5r/nSwO/6grFP+3JBXryhwR0+Ae&#10;E8TrKya38TQ4qvA8SZ3vRFeR7ktjhu1SbX3oW3V142J8cOBrgWvdcoVo2niIZNl+i2LXhI1f1YqO&#10;XtSQkFzTlZFa05ySWdKkk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJP/&#10;oSsN/68jD/TCFwzW3RAHxeseGLf2KSup9zM8nfY8S5H3RFiG9k1iffBWanbrXnFu52R2auRrembi&#10;cn1k4HeAYd99gl/egoRd3YeFW9yMhlrbkYdY2paIV9mdiVbZo4pW2aOKVtmjilbZo4pW2aOKVtmj&#10;ilbZo4pW2aOKVtmjilbZo4r/qCMJ/bkWB9bRCwPG6hALtvceHan9KS6c/jQ+kP8+S4b+R1Z9+FFe&#10;dvNZZW7wX2po7WVuZOprcmHpcXRf53Z2XeZ7eFvlf3lZ5IR6WOOIfFfjjH1W4pF+VOGXf1PhnH9T&#10;4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH//sRUD1McJAcbWCgO29xIPqP8fIJv/&#10;KzCQ/zY9hf9ASH3/S1F1/VRYbflaXWf2YGJj82ZlX/JrZ1zwcGla73RrWO54bFftfG5V7IBvVOyE&#10;cFPriHFS64xxUeqRclDplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXPWvgcA&#10;xcsIALfbCQWo/xQSm/8iIZD/Li6F/zk6fP9EQ3T/Tkps/1RQZf9aVGD9X1hd+2VaWvpqXFf5bl5V&#10;+HJfVPd2YFL2eWFR9n1iUPWAY0/0hGRO9IdkTfOMZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzz&#10;kGZM85BmTPOQZkzzkGbEwgYAttEHAKjtCwab/xcTkP8lH4X/MSp8/zw0c/9GO2r/TEFj/1NGXv9Z&#10;SVr/XkxW/2NOVP9oUFL/bFFQ/29ST/9yU07/dlRM/3lVS/98VUr+f1ZJ/oJXSP2GWEf9ilhH/YpY&#10;R/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9ili2yQQAqNkEAZv/DgeP/xoRhf8nG3v/MyRx&#10;/zwsaP9DMmH/Sjdb/1A7Vv9WPVP/XEBQ/2BBTv9kQ0z/aERK/2tFSf9uRkj/cUZH/3RHRv92SEX/&#10;eUhE/3xJQ/+ASUL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSkL/g0r/gigJ/4I5&#10;Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL&#10;4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4&#10;i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+BSCX/ik8x/45WPf+PXEn/jmNU&#10;/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gunjd9prI7eaLGQ3We3kd1mvZHc&#10;ZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pL/gigJ/4I5Fv+B&#10;SCX/ik8x/45WPf+PXEn/jmNU/opqXviFcWjygHpw7nyDd+p4i33ndJKC5HGYheJvnYjhbaKL4Gun&#10;jd9prI7eaLGQ3We3kd1mvZHcZcWS3GXNktRm0ZLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKS&#10;z2jSks9o0pL/gigJ/4M5Fv+DRyX/jE4x/5BVPf+RW0j/kGFT/o1oXviIb2jyg3hw7X6CeOl6in7m&#10;dpGD5HOXh+JwnYrgbqKM32unjt1qrJDdaLKR3Ge4k9tmv5PbZseU2WbQlM9o0JPLadCUy2nQlMtp&#10;0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp0JT/gygJ/4M5F/+GRiT/jk0w/5NUPP+UWEf/kl5T/5Bl&#10;XfiMbWfyhnVw7YF/eOl9h37leY+E4nWViOBym4zeb6GP3WynkdxrrJPbabOU2mi6ltlnw5bZZs2X&#10;0GnOlshqzpfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZfEa82XxGvNl8RrzZf/hCgJ/4Q5F/+IRST/&#10;kUww/5VRO/+WVkf/lVxS/5NiXPmPambzinJw7YV7eOmAhH/le4yF4neTit9zmo7dcKCR222mlNpr&#10;rZbZabSX2Gi9mNhnyJnRacyZyWvMmcJszJq9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3L&#10;mr1ty5r/hSgJ/4U5F/+KRCT/k0sv/5dPOv+YVEb/l1lQ/5ZgW/mSZ2Xzjm9v7ol4d+mDgX/kfoqF&#10;4XmRi951mI/ccZ+T2m6mlthsrpjXaraa1mjBm9Npy5vKa8ubwm3KnLtuyp24b8qduG/Knbhvyp24&#10;b8qduG/Knbhvyp24b8qduG/Knbhvyp3/hSgJ/4Y5F/+MRCP/lUov/5lNOv+aUUT/mlZP/5ldWvqW&#10;ZGT0kmtu7o10dumHfn7kgYeF4HyPi913l5Dbc56V2G+mmNZsr5rVarmc1GnGnctsyZ3DbcmevG/I&#10;n7VwyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ+yccifsnHIn7JxyJ//hicJ/4Y5F/+OQyP/l0ku&#10;/5pLOf+cT0P/nVRO/5xaWPuaYGL1lmhs75FvdeqLeX7lhYOF4H+MjN15lZHZdJ2W1HClmtBurp3N&#10;bLefy2vDoMNux6C7b8ehtXHGoa9yxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxz&#10;xqH/hycJ/4c5F/+QQiP/mEct/5xJOP+fTEL/oFFM/6BXVvueXmD0m2Vq7ZZsc+eQdnzhioCE24SJ&#10;i9N+kZLOeJmYyXShnMZxqZ/CcLKiwG+9o7pwxaOzcsWkrnPFpKl0xaOmdcWjpnXFo6Z1xaOmdcWj&#10;pnXFo6Z1xaOmdcWjpnXFo6Z1xaP/hycJ/4g4F/+RQSL/mkUs/55HNv+hSkD/o1BK/qNVVPaiXF3v&#10;oGJn6JxpcOGWdHnakH2C0YmGi8qCjZPFfZWZwHmdnrx2paG4c62ktXK4pbJyw6asdMOmp3bDpqN3&#10;xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKWheMSloXjEpaF4xKX/iCcJ/4g4F/+TQSL/m0Qs/6BF&#10;Nf+jST//pU5I+6dUUfOmWlvrpWBk46Jobdydc3bRlXqCyY2Ci8KHipO8gpGat32Zn7J6oaOvd6mm&#10;q3azp6l2wKikd8KooXnCp516w6ebesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDppt6w6b/&#10;iCcJ/4k4F/+VQCH/nUIr/6JENP+lSD3/qExG+KpST++rWFfnq19g4KhpadShcHXLmXiBwpJ/i7uL&#10;hpS1ho6ar4KVoKp+naSme6ano3qwqaB5vKqdesGpmnzBqZh9wqiWfcKnln3Cp5Z9wqeWfcKnln3C&#10;p5Z9wqeWfcKnln3Cp5Z9wqf/iScJ/4k4F/+WPyH/nkEq/6NCM/+nRjv+q0tE9a5RTOywV1TksV5c&#10;261oZs+lbnXFnXWBvJZ8i7WQg5SuioubqIaSoKOCmqWegKKom36sqph+uKuWfsCrlH/AqpOAwaiS&#10;gMKokoDCqJKAwqiSgMKokoDCqJKAwqiSgMKokoDCqJKAwqj/iScJ/4o4F/+YPyD/nz8p/6VBMv+q&#10;RTr8rklB8rFPSem1VlDht19X1bFlZcqobHTAoXOAt5p6i6+UgZSoj4ibooqPoJyHl6WXhKColIKp&#10;qpGCtauPgr+rjoPAqo2DwamNg8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqI2Dwaj/iicJ&#10;/4s4F/+ZPiD/oT4o/6ZAMP+sQzj5sUg/8LVORee6VUveu15U0LRkZcWsa3O7pHGAsZ54iqmYfpOi&#10;k4Wam4+NoJaMlaWRiZ2ojYenq4qHsqyIh7+siIfAq4iGwKmIhsGoiIbBqIiGwaiIhsGoiIbBqIiG&#10;waiIhsGoiIbBqIiGwaj/iicJ/4w3F/+bPR//oj0n/6g/L/+uQjb3tEc87bpNQeTAVkbZv1xTy7dj&#10;ZMCvaXO2qG9/rKJ1iqScfJOcmIOalZSKoI+RkqWKjpuoho2kq4OMr6yBjb2sgoy/q4OKwKmDisGp&#10;g4rBqYOKwamDisGpg4rBqYOKwamDisGpg4rBqYOKwan/iycJ/443F/+cPB//ozsm/6o9Lf+xQDP0&#10;uEU46r9MPOLHVUDTwlpSx7phY7uzZ3KwrW1+p6dziZ6hepKWnYCZj5qIn4mXkKSElJiof5OiqnyS&#10;rat6krqse5HAq32Pwal+jsGofo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqH6Owaj/jCcJ/482&#10;Fv+dOh7/pTol/607K/y0PjDxvEM058VMNt7LUj/OxllRwr5gYra4ZnCrsWx9oaxyiJineJGQo36Y&#10;iaCFnoKdjaN9m5aneJmfqXWYqqpzmberdJjAqneUwal4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4&#10;k8KoeJPCqHiTwqj/jCcJ/5E1Fv+fOB3/pzgj/685KPm4PCzuwkIu5c1MLdjQTz3JyVdQvMNeYLC8&#10;ZG+lt2p8m7JwhpKtdo+KqXyWgqaDnHyki6F2opOlcqGdp2+gqKltoLWpbaDBqHCbwqdymcKncpnC&#10;p3KZwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqf/jSYJ/5Q0Ff+hNhv/qjYh/7M2JfW+OSfqyUAm&#10;4NZJKNHVTjzDzlZOtshcX6rCY22fvWh6lLhuhIu0dI2DsXqUfK6BmnWsiJ5wq5Gia6mbpGippqZm&#10;qbOmZqrDpWmkxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKVrocSla6HEpWuhxKX/jiYJ/5czFP+j&#10;NBr/rTMe/rgyIPDFNSDj0z8c2N5FJsrbTTq901RMsM5bXaPJYWuYxGd3jcBsgYS9col8uniQdbh/&#10;lm+2h5pqtZCdZbSaoGKzpaFhtLGiYLXCoWKvxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8ai&#10;ZKvGomSrxqL/kCYJ/5sxEv+mMRf/sS4a974tGufOMRfZ3jkZzeNEKMLgTTi121NKqNVZWpzQX2iQ&#10;zGVzhslrfX3GcYV1xHeLbsN+kGnBhpRkwI+XYMCaml3ApZtbwLGbWsHBm1u8ypxdt8qdXbfKnV23&#10;yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23yp3/kSYJ/58vEf+qLRT/tygV7cgmEtrcKQ7M5DYdweZA&#10;LrbjSD6q4E5Mnt1WWZLaXWWI1mNvftRqeHbScH9u0HeFaM9/iWPOh41fzpCQW82aklnNpZNXzrKT&#10;Vs/Ck1bL0JRXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5VXxc+VV8XPlVfFz5X/kyYJ/6MsDv+wJg/1&#10;wB8N39UbB83kJxPB6zQjteo9M6nnRUKd5UtQkeNSXIbiWGZ84F9udN9mdWzebXpm3nV/Yd19gl3c&#10;hoVa24+IWNmYilbYoYtU2KyLVNi3jFPYyYtT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bW&#10;i1PW1ov/lyQJ/6kmCv64HAnmzhEFzuMXCMDuJhe08DIoqO47OJztQ0aR7EtShuxSXHzrWWRz615r&#10;aupkcGXobHVh5nR4XuR8e1vig31Z4It/Vt+SgVXemoNT3qKDUt2qhFHdtoRR3b+EUd2/hFHdv4RR&#10;3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4T/nyEG/7AbBenFDQPQ2QsCwO4YDLP2Jhyn9TEsm/U7OpD1&#10;REeF9UxRfPVTWnP1WWBr819mZfBmamHtbW1d63RwWup6c1jogXRW54d2VOaNeFPllHlR5Jt6UOSh&#10;e0/jqnxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHxO47B8TuOwfE7jsHz/qBwC67wMAc3MCQDB4AwE&#10;svoZEKX8JyCa/TIuj/09O4X+RUV7/01Ocv9UVWv7Wlpk+GBfYPZnYlz0bWVZ8nJnV/F4aVXwfmpT&#10;74NsUe6JbVDtj25O7JRvTeuacEzroXFL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvq&#10;pnL3sw0AzMMIAL/RCACx7w4GpP8bE5n/KSGO/zQuhP8/OXv/R0Fx/05Iav9UTmP/WlJe/mBWWvxm&#10;WFf7bFpV+nFcU/l2XlH4el9P939gTvaEYUz1iWJL9Y5jSvSUZEnzmmVI855mSPOeZkjznmZI855m&#10;SPOeZkjznmZI855mSPOeZkjznmbNuwUAvccGALHYBwGj/xAImP8fFI3/LCCD/zcrev9BNHD/Rzto&#10;/01BYf9URVz/WklY/19LVf9lTVL/ak9Q/25RTv9yUkz/d1NL/3tUSf9/VUj+hFZH/ohXRv2NV0T9&#10;k1hE/JZZRPyWWUT8lllE/JZZRPyWWUT8lllE/JZZRPyWWUT8llm9vwQAsM4EAKLgBgKX/xMIjP8i&#10;E4P/Lh15/zglbv8+LWb/RTJf/0w3Wf9SO1X/WD5R/11AT/9iQkz/ZkNK/2pESf9uRUf/ckZG/3ZH&#10;Rf96SEP/fkhC/4JJQf+GSkD/i0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PSz//j0uv&#10;xgIAotYCAJb3CgKL/xYHgv8kD3f/LRds/zMeY/86JFz/QihW/0ksUf9PL07/VTFL/1ozSP9eNUb/&#10;YjZE/2Y3Q/9pOEH/bDhA/3A5P/9zOj7/dzo9/3s7PP9+PDr/gzw6/4Y9Ov+GPTr/hj06/4Y9Ov+G&#10;PTr/hj06/4Y9Ov+GPTr/hj3/dSQG/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li&#10;93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HX&#10;Yt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG/3Y1EP93Qxz/gEon/4VSM/+G&#10;WT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjsZaV662SqfOpir33pYbV+6GC7&#10;f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgdRj34H/dSQG&#10;/3Y1EP93Qxz/gEon/4VSM/+GWT7/hWBI/4FoUv98b1r8d3li93ODaPRvjG7xbJNy72qade1noHjs&#10;ZaV662SqfOpir33pYbV+6GC7f+hfw4DnX8uB5l7VgeBg24HXYt6B1GPfgdRj34HUY9+B1GPfgdRj&#10;34HUY9+B1GPfgdRj34H/diQG/3c1EP95Qhz/gkkn/4dRMv+IWD3/h19I/4NmUf9+blr7eXdi93WC&#10;afRxim7xbZJz7muZduxon3nrZqR76mSqfeljr3/oYrWA52G8gedgxILmX86C41/Xg9xh24PSY92D&#10;z2Tdg89k3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k3YP/dyQG/3g1EP98QRz/hUgn/4pPMv+MVj3/&#10;i11H/4dkUf+CbFr7fHRi93h/afN0iG/wcJB07WyXeOtqnnvpZ6R+6GaqgOdksILmYraD5WG+hOVg&#10;x4XlYNOF3WLZhdNk3IXMZduGyWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhsll24b/eCQG/3g1&#10;EP9+QBv/iEcm/41OMf+PVTz/jltG/4tiUP+GaVn8gHFi93t7afN2hXDvco517G6VeeprnH3oaaOA&#10;52apguVlsITkY7eF5GLAh+Nhy4ffYtWH1WTah81l2YjGZ9mJxGfYicRn2InEZ9iJxGfYicRn2InE&#10;Z9iJxGfYicRn2In/eSMG/3k0EP+APxv/ikYm/5BNMP+SUzv/kVpF/49gT/+KZ1n8hG5h9354afJ5&#10;gnDvdIt263CTe+ltm3/naqKC5WephORlsIbjZLmI4mLDieJi0IrYZNiKzmbYisdn14vAaNaMvmnW&#10;jL5p1oy+adaMvmnWjL5p1oy+adaMvmnWjL5p1oz/eSMG/3o0EP+DPhv/jUUl/5NML/+VUTr/lFdE&#10;/5JdTv+OZVj8iGth94J0afJ8f3Dud4h263ORfOhvmYDma6GE5Giph+JmsYnhZLuL4GPHjNxj1IzP&#10;ZtaMx2jVjcBp1I66atSOuGvUjrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjrhr1I7/eiMG/3s0EP+F&#10;PRr/j0Qk/5ZKLv+XTjj/l1RC/5VaTP+SYVb8jmlf9odwaPKBenDte4V36naOfOZxl4HjbZ+G4Gqo&#10;id1nsIzaZruN1mXHjtFm1I/HaNOPv2rTkLlr0pGzbNKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKR&#10;sm3SkbJt0pH/eyMG/3w0Ef+IPBr/kkMk/5hILf+aTDf/mlJB/5lYSvyXX1T2k2Zd8I1uZuuHd2/m&#10;gIF24XuLfdx1k4PXcZyH0m6ki89rrI7MabWRyWjAksdoz5O/a9GTuGzQk7Jt0JStb9CTq2/Rk6tv&#10;0ZOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZP/fCMG/300Ef+KOxn/lEEj/5pGLP+cSzX/nVA//51W&#10;SPibXVHxmGNb65NrZOSNdW3ehn512ICHfNF6j4PMdpeJx3KfjcRvp5HAbbCTvmy7lbtryJa2bc+W&#10;sG/Olqtwz5amcc+VpXLPlaVyz5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlaVyz5X/fCMG/300Ef+MOhn/&#10;l0Ai/5xFK/+fSTT/oE48+6FURfSgWk7snWFY5ZlpYd6Tc2rVjHt0zoWDfch/i4TCepOKvnabj7pz&#10;o5O2cauWs2+2mLFvwpitcM2YqHLNmKRzzZigdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TO&#10;l590zpf/fSMG/38zEf+OORj/mT8h/55DKf+hRzL/o0w6+KVSQ/CkWEvoo19U4Z9oXdeYcGjOkXh0&#10;xoqAfcCEiIW6f4+LtXuXkLF3n5StdaeXqnOxmadzvZulc8uboHXLmp12zJqad82ZmXfNmJl3zZiZ&#10;d82YmXfNmJl3zZiZd82YmXfNmJl3zZj/fiIG/4AyEP+QOBj/mz8g/6BCKP+kRjD+pks49KhQQOyp&#10;V0fkqV1Q3KVmWtCdbmjHlXVzv459fbmJhIWzg4yMrX+Tkal8m5WkeaSZoXetm553uZycd8icmXjK&#10;nJd5y5uVesyalHrMmZR6zJmUesyZlHrMmZR6zJmUesyZlHrMmZR6zJn/fiIG/4IyEP+SNxf/nD0f&#10;/6FAJ/+mRC77qUk18axPPOmuVUPhr11L1ahkWcuha2fCmXNzuZN6fbKNgYWsiImMpoSQkaGAmJad&#10;faCamXyqnJZ7tp2Ue8SeknzKnZF9ypyPfcubj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmo99&#10;zJr/fyIG/4QxEP+TNhf/njwe/6M/Jf+oQiz4rUcy77BNOea0VD/ds1tJ0KxiWcakama8nXFytJd3&#10;fKyRfoWmjIaMoIiNkZqFlZaWgp6akoCnnY9/sp6NgMGejIDJnouAyp2KgMubioDLm4qAy5uKgMub&#10;ioDLm4qAy5uKgMubioDLm4qAy5v/fyIG/4UwD/+VNhb/nzsd/6U9JP+rQSr1sEUv7LVMNOO6VDnY&#10;t1lIy69hWMGoaGa3oW9yr5t1fKeVfISgkYOLmo2LkZSKk5aPh5uai4WlnYiEsJ+GhL6fhYXJnoWE&#10;yZ2FhMqchYTLm4WEy5uFhMubhYTLm4WEy5uFhMubhYTLm4WEy5v/gCIG/4cvD/+XNRb/oDoc/6c8&#10;Iv6tPyfzs0Qs6bpLMOG/UjXTulhHx7NfV7ysZmWypW1xqZ9ze6GaeoSaloGLlJKIkY6PkJaJjJma&#10;hIqinYGKrZ9/irufforInn+JyZ2AiMqcgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm4CIy5v/&#10;gSIG/4kuD/+ZNRX/ojgb/6k6IPuwPSTwuEIo5r9KKt3DTzTOvVZGwrZeVrewZWStqWtwpKRxepyf&#10;eIOUm36KjpeGkIiVjpWCkpaZfpCgnHqPq554j7ifd5DJnnmOyp16jMube4zLm3uMy5t7jMube4zL&#10;m3uMy5t7jMube4zLm3uMy5v/gSIG/4stDv+bNBT/pDcZ/6w4Hvi0OiHtvUAj5MZJI9fHTDPJwVVF&#10;vbpcVbK0Y2Oormlvn6lveZaldoKOoXyJh52Dj4Gbi5R8mJSYd5edm3OWqJ1xlrWecJbGnXKUypx0&#10;ksubdZHLmnWRy5p1kcuadZHLmnWRy5p1kcuadZHLmnWRy5r/giIG/40sDf+dNBP/pjQY/681G/S4&#10;Nxzpwz4c4M1FH9HLSzLExVRDuL9bU625YWGitGhtma9ud5CrdICIp3qHgaSBjXuiiZJ1oJGWcJ6b&#10;mW2dpptqnbOcaZ7DnGucy5tumMyab5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmW+XzJn/gyEG&#10;/5ArDf+gMxH/qTIV/bMxF/C+NBflyzsV2tQ/HcvPSTC+yVJCssRZUae/YF+cumZrkrZsdYmycn6B&#10;r3iFeqx/i3Sqh5BvqI+TaqeZlmempJhkprGZY6fBmWSlzZhnoM2YaJ/Nl2ifzZdon82XaJ/Nl2if&#10;zZdon82XaJ/Nl2ifzZf/hCEG/5MpC/+iMA//rS4S+LgsEuvGLxDg1TgL0to9HMXUSC64z1BArMpY&#10;T6DFXl2VwWRoi71qcoO6cHp7t3aBdLV9h26zhYtoso6PZLGYkmGwo5ResLCVXbG/lV2x0JRgqtCU&#10;YajQlGGo0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo0JT/hiEG/5coCv+mLA3/sSgO8sAmDOPQKAfU&#10;3zILyd8+Gb3bRyyx1k89pNFWTJnNXFmOyWJlhMZobnvEb3Z0wXV8bcB8gmi+hIZjvY2JX7yXjFu8&#10;oo5ZvK+PWL2+jle+1I5ZttOPWrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkFq005D/iCEG/5wn&#10;CP+qJwr8uCEJ6cobBdXeIATJ5TAPvuM9HbThRiyo3k46nNpVSJHWW1WG02FgfNBnaXTObnBtzXV2&#10;Z8t8e2LLhH5eyo2CWsqXhFfKo4ZVyq+GVMu+hlPM1YZUxNmIVcHZiVXB2YlVwdmJVcHZiVXB2YlV&#10;wdmJVcHZiVXB2Yn/jR0F/6IlBv+wHwXywhQD2dsOAcnmIAe96C8Usuc6IqflQzGb40o+kOFQSobf&#10;V1R83l5ddN1lZGzbbGpm23RvYdp8c1zZhHZZ2Y55VdmYe1Pao3xR2rB9UNu+fVDc03xQ1OB+UdDg&#10;f1HQ4H9R0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H//lRoD/6kfA/u6EgLUzQsAyeYPArztIAuw7S4Z&#10;pew5J5rrQjWP6klBhelQS3voV1Ny6F1aaudjYGTnamVf53JpW+d6bFfngm5T54txUOeVck7on3RM&#10;6Kp1S+i1dkrnw3ZK6N12S+TgdUvk4HVL5OB1S+TgdUvk4HVL5OB1S+TgdUvk4HX/nRYB/7ESAdPD&#10;CQDH0QoAu/IRBK/zIQ+j8y4dmfM5Ko7zQjaE80pBe/NSSXLzV1Bp81xWY/NjWl3zaV5Z83BhVfN3&#10;Y1Lzf2ZP8odnTfCPaUvvmGtK76BsSe6pbUjus21H7cBuRu3Hbkbtx25G7cduRu3Hbkbtx25G7cdu&#10;Ru3Hbkbtx27/pw8A07oHAMXHBwC61gkArfoTBqL6IhKX+i8fjfs6K4P8QzV6/Uw+cf1RRWj9Vkth&#10;/ltPXP5iU1f+aFZU/W9YUft1Wk76fFxM+YNdSviKX0j3kWBH9plhRvagYkX1p2NE9LFkQ/S1ZEP0&#10;tWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWTWsgQAxL4GALfMBgCs3AkBoP8WCJX/JRSL/zIfgv88&#10;KXn/RTJv/0o5Z/9PP1//VUNa/1tHVf9hSlL/Z0xP/2xOTf9yT0v/eFFJ/35SR/+EU0X/i1RD/5FV&#10;Qv6YVkH9nldA/aZYQPypWED8qVhA/KlYQPypWED8qVhA/KlYQPypWED8qVjGuAQAtsQEAKrTBQCe&#10;8g0ClP8aCYr/KBOB/zQdd/88JW3/Qixl/0cyXf9NNlf/UzpT/1k9T/9fP0z/ZEFK/2lDSP9uREb/&#10;c0VE/3lGQv9+R0H/hEg//4pJPv+QSj3/lUs8/5xMPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+f&#10;TDz/n0y3vAMAqcsCAJzbAwCS/xACif8dCID/KhB1/zEYa/84H2L/PiRb/0QpVP9KLFD/US9M/1cy&#10;Sf9cM0b/YDVE/2U2Qv9pN0H/bjg//3M5Pf93Ojz/fDs7/4I8Of+HPTj/jD03/5M+Nv+VPjb/lT42&#10;/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT6qxAAAnNIAAI/nAgCG/xECfP8bBXH/JAto/ysRX/8yF1f/&#10;ORtR/z8eTP9GIUj/TSNF/1IlQv9XJ0D/Wyg+/18pPP9jKjr/Zys5/2ssN/9vLDb/dC01/3guNP99&#10;LjL/gi8x/4gwMf+KMDH/ijAx/4owMf+KMDH/ijAx/4owMf+KMDH/ijD/aiQE/2kyCv9sPhT/dkYe&#10;/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGcZfhfomj3Xqhq9lyta/Vbs2z0&#10;Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocNxd&#10;6HD/aiQE/2kyCv9sPhT/dkYe/3tNKf98VTP/el09/3ZmRv9xbk3/bXlU/2qEWv5mjV/7Y5Vi+WGc&#10;Zfhfomj3Xqhq9lyta/Vbs2z0Wrlu81nBbvNYyW/yWNRw71jgcOlZ5HDjWuZw3F3ocNxd6HDcXehw&#10;3F3ocNxd6HDcXehw3F3ocNxd6HD/aiME/2kxCv9uPhT/d0Ue/3xNKP9+VDP/fFw8/3lkRf9zbU7/&#10;b3hV/2uCWv1oi1/7ZZRj+WKbZvdgoWn2Xqdr9V2tbPRcs27zWrpv8lnBcPJZynHxWNhx7FnhceZa&#10;5HHgXOdx2F3ocdhe6HHYXuhx2F7ocdhe6HHYXuhx2F7ocdhe6HH/ayME/2oxCv9xPBT/ekMd/4BL&#10;KP+BUzL/gFo8/3xiRf93ak7/cXRV/25/W/1qiWD6ZpJk+GSZaPZhoGv1X6dt816tb/Jcs3DyW7px&#10;8VrDcvBZzXPuWd1z6FridOFc5XPZXuZz0F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndNBf53T/&#10;bCME/2sxCv9zOxT/fUId/4JKJ/+EUTL/g1k7/4BgRf97aE3/dHFV/3B8W/xsh2H5aJBm92WYafVj&#10;n2zzYaZv8l+scfFds3LwXLt071vFde9a0HXqWt924lzidttf5XXRYOZ2ymHld8ph5XfKYeV3ymHl&#10;d8ph5XfKYeV3ymHld8ph5Xf/bSIE/2wxC/92OhT/gEEd/4VIJ/+ITzH/h1c7/4ReRP9/Zk3/eG5V&#10;/3N5XPxuhGL5ao1n9meWa/Rknm7yYqVx8WCsc+9etHXuXbx27lvHd+1b1njlXOB43F/jeNJg5HjL&#10;YeR5xGPjesRj43rEY+N6xGPjesRj43rEY+N6xGPjesRj43r/biIE/20xC/94OBP/gz8c/4lHJv+L&#10;TjD/i1U5/4hcQ/+DY0z/fWtU/3Z1XPxygGL4bYpn9WmUbPNmnHDxY6Rz72Gsde5ftHftXb557FzL&#10;euhc3HreX+F60mHje8pi4nzEY+J9vmXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X3/biIE&#10;/24wC/97NxP/hj4c/4xFJf+PTC7/j1M4/41aQf+IYUv/g2lT+nxxW/d2fGLzcYdo8G2Qbe1pmXHq&#10;ZqF16GOpeOZhsnrkYLt74l/HfOBf2n3UYuF9ymPgfsNk4H+9Zt+At2ffgLdn34C3Z9+At2ffgLdn&#10;34C3Z9+At2ffgLdn34D/byEE/28wC/9+NhL/iTwb/5BEJP+TTC3/k1I2/5JZQP+OYEn5iGZS9IJu&#10;Wu98eWHrd4No53KMbuRtlXPgap133WemetplrnzWY7h+02LDgNFi04HKZN+BwWXegrtn3YK1aN2D&#10;sGndg7Bp3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp3YP/cCEE/3IvC/+BNBL/jDsa/5NDIv+XSyv/&#10;l1E0/5ZXPfqTXUbzjmRP7ohrWOiCdWDjfH9o3neJbtlykXTTbpl50GuhfcxoqYDJZrKCx2W9g8Vl&#10;y4TBZtyEuWjbhbNp24Wua9uFqWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhals24X/cSEE/3Qu&#10;Cv+EMxH/jzoZ/5ZDIf+aSSn/mk4y/JpUO/WYW0TulGJN549pVeGJc17bgnxm03yFb813jXXJcpV6&#10;xW+df8FspYK+aq2Fu2m4h7lpxIi3adiIsGvZiKts2YinbdmIo2/ah6Nv2oejb9qHo2/ah6Nv2oej&#10;b9qHo2/ah6Nv2of/cSAE/3YsCv+GMhH/kjoY/5lCIP+cRyf/nkwv+J5SOPCdWEDpml9J4pVnUtqP&#10;cFzRh3hmyoGBb8V8iXbAd5B8u3SYgLdxoIS0b6mHsW2zia5sv4qsbM+LqG7Xi6Rv2IqgcNiKnXHZ&#10;iZ1x2YmdcdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2Yn/ciAE/3grCv+IMBD/lDkX/5tBHv+fRSX9oUot&#10;9KJQNOyiVjzkoFxF3JtlT9KTbVzKjHVmw4Z9b72BhXa3fI19s3iUga51nIarc6WJp3Gui6Vwuo2j&#10;cMmNoHHVjZxz1oyadNaLl3TYipd02IqXdNiKl3TYipd02IqXdNiKl3TYipd02Ir/cyAE/3oqCf+L&#10;Lw//ljkW/50/HP+hQyP6pEgq8aZOMeinVDjhp1xA1Z9iTsuYa1vDkXJmvIt6b7aFgnewgYl9q32R&#10;gqZ5mYaid6GKn3WrjZx0to6adMWPmHXUjpV21Y2Td9WNknfWi5J31ouSd9aLknfWi5J31ouSd9aL&#10;knfWi5J31ov/cyAE/3wpCf+NLw//mDgV/589G/+kQSH3qEYn7atMLeWtUjPcqlk/0KNhTcacaVq+&#10;lXBlto93b6+Kf3aphYZ9pIGOgp9+loebe56Ll3mojpR4s4+SeMGQkHnTkI961I+OetWNjHvWjIx7&#10;1oyMe9aMjHvWjIx71oyMe9aMjHvWjIx71oz/dB8E/34oCf+OLg7/mzgU/6E8Gf+nPx/0q0Qk6q9K&#10;KeKzUS7Wrlc+y6dfTcGgZ1q5mW5lsZN1bqqOfHajioN9noaLgpmDk4eUgJuLkH6ljo19sJCKfb2R&#10;iX7QkYh+04+IftSOh37VjYd+1Y2HftWNh37VjYd+1Y2HftWNh37VjYd+1Y3/dB8E/4AnCP+QLg7/&#10;nTcT/6M6GPypPRzxr0Ig57RIJN+3TizRsVU9x6peTL2jZVm0nWxkq5dzbqSTenaejoF8mIuIgpKH&#10;kIeOhZmLiYOijoaCrZCDgruRgoLMkYKC05CCgtSPgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHV&#10;jYKB1Y3/dR8E/4ImCP+SLQ3/nzYS/6U4FvmsOxrusz8d5blGH9q7SyvNtFQ8wq5cS7inY1ivoWpj&#10;ppxxbZ+Xd3WYk358kpCGgoyNjoeHipaLg4igjn+Hq5B9h7iRe4fJkXyH05B8htSPfYXVjX2F1Y19&#10;hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y3/dR8E/4QlCP+ULQz/oDUQ/6g2FPavOBfrtz0Y4r9FGdW+&#10;SSrIuFM7vbFbSrOrYleqpmhioaFvbJmcdXSSmHx7jJWDgYaSi4aBkJSLfI6ejnmNqJB2jLWRdI3G&#10;kXWN05B2i9SPeInVjXiJ1Y14idWNeInVjXiJ1Y14idWNeInVjXiJ1Y3/dh4D/4YkB/+XLAv/ojIP&#10;/6szEfKzNRPovDoT3sU/F9DBSCnEu1E5ubVZSK6wYFWlqmdhnKZta5SidHONnnp6hpuBgICYiYV7&#10;lpKJdpSbjXKTpo9vk7OQbpPDkG6T049wkdSOco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7VjXKO&#10;1Y3/dx4D/4kiB/+ZLAr/pTAN/K4vDu+4MQ7kwzcN2co7FsvFRie/v1A4s7pYR6m1X1SfsGVflqxr&#10;aY6ocnGGpXh4gKJ/fnqfh4N0nY+Ib5uZi2yapI1pmrCOZ5vAjmeb1Y5pmNWNbJTWjGyU1oxslNaM&#10;bJTWjGyU1oxslNaMbJTWjGyU1oz/eB4D/4whBv+dKwj/qCwK+LMqC+q/KwngzDIG0c45FcXJRSW5&#10;xE42rr9WRaO7XVKZtmNdkLJpZ4evcG+ArHZ2eal9fHOnhIFupY2FaaSXiGWjoopjo66MYaO+jGCk&#10;0otjoNeLZZzYimWc2IplnNiKZZzYimWc2IplnNiKZZzYimWc2Ir/eh0D/48gBf+gKQf/rCcH8rgk&#10;BuXHJATZ1ScFy9M3E7/OQyOzykw0p8VUQpzBW0+SvWJaibpoZIG3bmx5tHRyc7J7eG2wg31or4uB&#10;Y66VhF+toIZdra2HW628h1qu0IdcqtqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2of/&#10;fhoD/5QfBP+lJgX9sSAE7MEaA9/TFwHQ3CUExNk1ELjVQSGs0EsxoMxSP5XJWUyLxWBXgsNmYHrA&#10;bGdzvnNtbLx6c2e7gndiuop7XrmUflq4n4BYuKyBVrm7gVW6z4FWtt6CWLDdgliv3YJYr92CWK/d&#10;gliv3YJYr92CWK/dgliv3YL/hBcC/5kcAv+qHwP1uRUC3s0MANDfEgDF4CYFu982DrDdQB2k2Ukt&#10;mNVRO43RWEiDz15Se8xlWnPLa2FsyXJnZsh5bGHHgXBdxop0WcaUdlbFn3hTxqx5Usa7elHHz3lR&#10;xON6U7zifFO84nxTvOJ8U7zifFO84nxTvOJ8U7zifFO84nz/ihQB/58YAf+wFAHYwwoAztEKAMTl&#10;FAG55CYIruQ0E6TiPyCZ4Ectj95POYXcVkR72l1Mc9lkVGzXa1pm1nJfYdV5ZFzUgmdY1ItqVdSV&#10;bVLUoG5Q1K1vTtW8cE3W0G9N1ehwTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpck7M6XL/khEB&#10;/6cRANi5CQDLxggAwtUKALfqFgOs6icMouk0GJjoPiSN50cwg+ZOOnrlVENx5FpKaeRhUGTjaFVf&#10;43BZWuN4XFbjgF9T44liUOOTZE3knWVL5KlnSuW2Z0nlxmdI5t9nSuDsZ0rf7GdK3+xnSt/sZ0rf&#10;7GdK3+xnSt/sZ0rf7Gf/nA0A27EGAMq9BwC/ygcAtdoKAKrvGQWg8CgPlvA1G4zwPyaC8EcxefBO&#10;OXDvVEBo71pGYe9gS13vZ09Y725SVO91VVHwfVdO8IVZS/CPW0jxmVxG8aNeRPKvX0Pyu19C88xg&#10;QfPnYEHz6GBB8+hgQfPoYEHz6GBB8+hgQfPoYEHz6GDepwIAy7YFAL3BBQCyzwcAp+oNAZ33HAeU&#10;+CsSivg2HIH5QCZ4+kgvb/pNNmf6Uzxg+lhAW/tfRFb7ZUdS+2xJT/xyS0v8eU1I/IFPRf2KUUP9&#10;k1JB/pxTP/6mVD3/sVU9/rxWPP7NVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVjz+zlbOsAIAvboE&#10;ALHHBACl1gcAm/0QApH/IAmI/y0SgP85G3b/PyNt/0UqZf9LMF7/UTVY/1c4U/9dO0//Yz5M/2hA&#10;Sf9uQUb/dUND/3xEQP+ERj3/jEc8/5RIO/+dSTr/pUo5/61LOP+5Szj/uUs4/7lLOP+5Szj/uUs4&#10;/7lLOP+5Szj/uUu+tQIAsMACAKTOAwCX3gUAj/8UAob/Iwh9/y4Qc/81GGr/PB5i/0IkW/9IKFX/&#10;TixQ/1QvTP9aMUj/XzNF/2Q1Qv9qNj//cDc9/3Y5O/98Ojn/gzs4/4s8Nv+TPTX/mj40/6E+M/+q&#10;PzP/qj8z/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj+xugEAo8gAAJbWAACL9AkBg/8WAnn/IAZv/ygM&#10;Z/8wEl//NxdY/z4bUv9EH0z/SiJI/1AkRP9VJkH/Wic+/18pO/9kKjr/aSs4/24sNv90LTT/ei4z&#10;/4EvMf+IMDD/jzAu/5YxLf+eMi3/njIt/54yLf+eMi3/njIt/54yLf+eMi3/njKkwgAAls8AAIjf&#10;AACA/wwBdf8SAmr/GANi/yEHWv8pC1P/MQ9N/zgSSP8+FUP/RBc//0oZPP9PGjn/Uxs3/1gcNf9c&#10;HTP/YR4x/2UfMP9qIC7/cCAt/3YhK/98Iir/giMo/4gjJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5Ak&#10;J/+QJCf/kCT/YCUE/1swBv9hOg3/akEW/29KH/9xUin/b1sy/2tkOv9nbkH/ZHpH/2CETP9djlD/&#10;WpZT/1ieVv9XpVj/Vata/1SxW/9Tt1z/Ur5d/lHHXvxR0V/7UOBf+FDpX/NR7V/uU/Bf6FTxX+RW&#10;8l/kVvJf5FbyX+RW8l/kVvJf5FbyX+RW8l//YCUE/1swBv9iOQ3/bEAW/3FJH/9yUSn/cVoy/21j&#10;Ov9obUH/ZXhH/2GDTf9ejVH/W5ZU/1mdV/9XpFn/Vqpb/1WxXP9Ut13+U79e/VLHX/xR02D6UOJg&#10;9lHpYPFS7mDrVO9g5VbxYOFX8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYOFX8mD/YSUE/1wwBv9lOA3/&#10;bj8V/3RHH/91UCj/dFgx/3BhOv9rakH/Z3ZI/2OBTf9gi1L/XZRV/1qcWP9Yo1r/V6pc/lawXv1U&#10;t1/9U79g/FPJYfpS1mL4UeRi81LqYu1U7mLmVu9i4FjwYttY8WPbWPFj21jxY9tY8WPbWPFj21jx&#10;Y9tY8WP/YiUE/10vBv9nNg3/cT4V/3dGHv94Tij/d1Yx/3RfOv9uaEH/anNI/2Z+Tv9iiVP/X5JW&#10;/1ybWv9aolz+WKle/VewYPxVt2H7VMBi+1PKY/lT2mT1UuZk71TrZOhW7mThWO9k2VnwZdNa8GbT&#10;WvBm01rwZtNa8GbTWvBm01rwZtNa8Gb/YiQE/14vBv9qNQ3/dDwV/3pEHv98TCf/e1Qw/3dcOf9y&#10;ZUH/bG9I/2h7Tv9khlP/YJBY/12ZW/5boV79Wahg/FiwYvtWuGP6VcFk+VTNZfdT3mbyVOdm6lbr&#10;ZuJZ7mbaWu5n0VvvaMxc8GjMXPBozFzwaMxc8GjMXPBozFzwaMxc8Gj/YyQE/18uBv9tMwz/dzoU&#10;/31CHf+ASib/f1Iw/3xbOP93Y0H/cGxI/2x3T/9nglT/Y41Z/WCWXPxdn1/6W6di+FmuZPdYtmb1&#10;V8Bn9FbLaPFV3WjtVulp41nsaNpb7WnQXO5qyV3ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua8Ve&#10;7mv/ZCME/2EtBv9wMgz/ezgU/4FAHP+ESSX/hFEu/4FZN/98YUD/dmlI/3BzT/tsf1X4aIla9mSS&#10;XvNhm2HxX6Nk8F2rZu5bs2jsWrxq6lnHa+hZ2GvkWehr2lvrbM9d7W3IXuxuwl/sbr5g7G++YOxv&#10;vmDsb75g7G++YOxvvmDsb75g7G//ZSME/2QrBv9zMAz/fjYT/4U/G/+JSCT/iU8t/4ZXNv+CXj78&#10;fGZG+HZwTvRxe1XwbYVa7WmOX+pll2PoYp9m5mCnaeNer2vhXbls4FzEbd5c027ZXeZuzl7rb8Zf&#10;6nG/YepxumLpcrZj6XK2Y+lytmPpcrZj6XK2Y+lytmPpcrZj6XL/ZiME/2cpBv93Lgv/gjUS/4k+&#10;Gv+NRyL/jU4r/4xVM/yIXDz2g2RF8XxsTex3d1TocoFa5G6KYOFqk2TdZpto2mSja9ZirG7TYLVw&#10;0F+/cc5fzXLLX+JzxGHoc71i6HS3ZOd0smXndK9m53SvZud0r2bndK9m53SvZud0r2bndK9m53T/&#10;ZyIE/2onBf96LAr/hjQR/409Gf+RRSD/kk0o/ZFTMfaOWjrwiWFC6oNpS+V+dFPgeH1a2nOGYNRu&#10;j2bQa5dqzGifbslmp3HHZK9zxGO5dcJixnbAYtp3umTmd7Nl5XeuZuV3qmjld6ho5neoaOZ3qGjm&#10;d6ho5neoaOZ3qGjmd6ho5nf/ZyIE/20mBf99Kgr/iTQQ/5E8F/+VRB7/l0sm+JZSLvGUWDbqkF4/&#10;5IpnSN2EcVDVfXlaz3iCYcpzimfGb5JswmyacL9qonO8aKp2uWe0eLZmwHm0ZtB6sWfjeqto43qn&#10;auN6o2vkeaFr5Hmha+R5oWvkeaFr5Hmha+R5oWvkeaFr5Hn/aCEE/28kBf+AKQn/jDMP/5Q7Fv+Z&#10;Qxz9m0kj9JtPKuyZVTPlllw73pFlRdSJbVDMg3Zax31+YcF4hmi9dI5tuHGWcrVunXWxbKZ4rmuv&#10;e6xqu3yqacp9qGrhfaNs4nyfbeJ8nG7ie5pu43uabuN7mm7je5pu43uabuN7mm7je5pu43v/aSED&#10;/3EjBf+CKAn/jzIO/5c7FP+cQhr5nkYg8J9MJ+ifUi7gnVo21pVhRM2Oak/GiHJZv4J6Yrl9gmi0&#10;eYpusHaSc6xzmneocKJ6pW+rfaJutn6gbcV/nm7bf5tv4H6YcOF+lnHhfZRx4nyUceJ8lHHifJRx&#10;4nyUceJ8lHHifJRx4nz/aSED/3QiBP+FKAj/kTEN/5o6Ev+fPxf1okQd7KRKI+SkUCnboVc1z5pf&#10;Q8eTaE+/jHBZuId3YbKCf2itfoZuqXqOc6R3lnigdZ57nXOofppys4CXccCBlnLTgZNz34CRdOB/&#10;kHTgfo904X2PdOF9j3ThfY904X2PdOF9j3ThfY904X3/aiED/3YgBP+HJwf/lDAM/505Ef2iPRXy&#10;pUEa6ahHH+CqTSXUpFQ0yp1dQsGXZU66kW1Ysot1YayGfGingoNuon+LdJ18k3iZeZt8lXelf5J2&#10;r4GQdr2CjnbOgo133oGLd9+Ainjgf4p44H6KeOB+injgfop44H6KeOB+injgfop44H7/aiAD/3gf&#10;BP+JJgf/ljAL/583D/qkOhPvqT8X5q1FGtyuSiTPqFMzxqFcQb2bZE20lWtYrY9yYKeLeWihh4Fu&#10;m4OIdJeAkHiSfpl8jnyif4t6rYKIerqDh3rLg4Z73oKFe96BhXvfgIV74H+Fe+B/hXvgf4V74H+F&#10;e+B/hXvgf4V74H//ayAD/3oeBP+LJgb/mC8K/6E1DfenOBDsrTwT47JCFtexRyPLq1IywaVaQLif&#10;YkywmWlXqJRwYKGPd2ebi35uloiGc5GFjniMgpZ8iICfgIR/qoKBf7eDgH/IhH+A3YN/f96Bf3/f&#10;gIB+4H+AfuB/gH7gf4B+4H+AfuB/gH7gf4B+4H//bCAD/3wcA/+NJQb/mi4J/6MzC/SqNA3psTkP&#10;37c/EtK0RiLHrlAxvahZP7OiYEurnWdWo5huX5yUdWeWkHxtkI2Dc4uKi3iGiJR8gYadgH6EqIJ7&#10;hLWDeYTFhHiF3YN5hN6BeoPfgHqC4H96guB/eoLgf3qC4H96guB/eoLgf3qC4H//bR8D/34bA/+P&#10;JAX/nSwH/qYwCfCuMQvltjUL27w5Ec63RSDDsk8wuKxXPq+nX0qmoWVVnp1sXpeZc2aQlXpsipKB&#10;coWQiXeAjZF8e4ubf3eKpYJ0ibKDconCg3KK2oNzid6BdIffgHWG4H91huB/dYbgf3WG4H91huB/&#10;dYbgf3WG4H//bx4D/4AbA/+SIwT/oCsG+qksB+2yLAfivDEH1cA2EMm7Qx++tk0utLBWPKqrXUmh&#10;pmRUmaJqXZGecWWKm3hrhJh/cX+WhnZ5k496dZGYfnGQo4FukK+CbJC/g2uR1YJtj96Bb43fgHCL&#10;4H9wi+B/cIvgf3CL4H9wi+B/cIvgf3CL4H//cRwD/4MZAv+VIQP/oykF9q0nBei3JgTewyoD0MM1&#10;DsS/QR25ukwtrrVUO6WwW0ebrGJSk6hpW4ulb2OFonZqfp98b3ichHRzmox5b5mWfGuXoX9ol62A&#10;Zpe8gWWY0YBmlt9/aJPgfmqR4X5qkeF+apHhfmqR4X5qkeF+apHhfmqR4X7/dRoC/4cYAv+YIAP/&#10;piUD8rIgA+S+HgLXySICysczDb7DQByzv0orqbpTOZ+2WkWWsmFQja9nWYWsbWB+qXRneKZ6bXKk&#10;gnJtoop2aKGUeWSgn3xhn6t+X6C6fl+gzn5fn+F9YpvhfWOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5ji&#10;fGOY4nz/eBgC/4sXAf+dHQL9qx4C7LgXAd7IEQDPzR8CxMwwC7jIPhmtxUgoo8FRNpi9WEKPuV9N&#10;hrZlVn+za114sXJkcq95aWytgG5nrIlyYqqSdV+pnXhcqap6Wqm5elmqzHpYqeR6W6Tkel2h5Hld&#10;oeR5XaHkeV2h5HldoeR5XaHkeV2h5Hn/fRUC/5AUAf+hGAH2sRQA2cELANLPCwDI0hwBvNEuCbHO&#10;Oxemy0YlnMhPM5HEVj+IwV1JgL9jUni8allxunBfa7l3ZGa3f2lhtodtXbWRcFm1nHJWtKl0VLS4&#10;dFO1y3RTteR0VLDndVas53VWrOd1VqzndVas53VWrOd1VqzndVas53X/gxIB/5YRAP+oEQDZuAoA&#10;zsQJAMfSCgC/2RkBtNgrB6nWORSf00QilNBNL4rNVDuByltEeMhiTXHHaVNrxW9ZZcR2XmDDfmJc&#10;wodmWMGRaFXBnGtSwahsUMG3bU/Cym1PwuRsT73sblC57G9QuexvULnsb1C57G9QuexvULnsb1C5&#10;7G//iRAB/50OANqvCADNuwgAxMcHALzWCwCz3xoBqt8rB6DeORKW3UMejNpLKoLYUzV51Vo/cdNh&#10;RmrSaExl0W9SYNB2VlvQflpXz4ddU8+RX1DPnGFOz6ljTM+4Y0vQy2NM0OViSs7yZUvI8mZLyPJm&#10;S8jyZkvI8mZLyPJmS8jyZkvI8mb/kg0A3qYEAM60BgDCvwYAucwIALDdDACn5R0DnuUtC5TlORaK&#10;5EIggeNKKnfiUDNv4Vg7aeBfQWPgZkZe325KWt91TlbffVFS34ZTT9+QVk3fm1dL4KdYSeC1WUjh&#10;xllI4d9ZR9/wWUbc9VtG3PVbRtz1W0bc9VtG3PVbRtz1W0bc9VvtnAQA0a0EAMK4BQC3wwUArdEI&#10;AKTtEAGb7SAFku0uDonsOhiA7EMhduxKKm7sUDFm61Y3YOtcPFvrZEBX62tDU+tyRlDreklN7INL&#10;SuyMTUjslk5F7aFQQ+2uUULuvFFB78xSQe/lUkDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUUDt8VHU&#10;pQAAxLIDALa8AwCryQUAoNgIAJf0EwGP9SQHh/UxD372Oxh09kIgbPZIJ2X2Ty1e91UxWfdbNVX3&#10;YjhR92g7TfhvPUr4dj9H+H5BRPmHQ0L5kUVA+ptGPvqmRzz7sUg7+75JOvzPSTn840k5/ONJOfzj&#10;STn840k5/ONJOfzjSTn840nHrQAAt7cCAKrDAgCe0AQAk+MJAIz9GAKE/icHe/8xD3L/OBZp/0Ac&#10;Yv9GIlz/TSZW/1MqUv9ZLU7/XzBK/2UyR/9rNET/cTVB/3k3P/+BODz/ijo6/5M7OP+dPDb/pz01&#10;/7E+NP++PjP/yj8z/8o/M//KPzP/yj8z/8o/M//KPzP/yj+4sgAAqr0AAJ3KAACR2AIAiPsNAX//&#10;GQJ2/yQGbv8tDGb/NRJf/zwXWP9DG1P/SR5O/08hSv9VJEb/WyZD/2AnQP9mKT7/ayo7/3IrOf95&#10;LTb/gS40/4ovMf+UMDD/nDEu/6UyLf+vMyz/tzMs/7czLP+3Myz/tzMs/7czLP+3Myz/tzOruAAA&#10;nsUAAJDSAACD4AAAff8PAXL/FgJo/x4EYf8nCFr/LwxU/zcQTv8+E0n/RBZF/0oYQf9PGT7/VRs7&#10;/1kcOf9fHTb/ZB40/2kfMv9wIC//dyEt/38iK/+HIyj/kCQn/5klJv+hJiX/pyYl/6cmJf+nJiX/&#10;pyYl/6cmJf+nJiX/pyafwAAAkc0AAIPbAAB49gIAb/8NAWT/EgJc/xkDVP8gBE7/JwZI/y8IQ/82&#10;Cj//PAw8/0IOOP9HDzX/TBAz/1ERMP9WEi7/WhMs/18UKv9lFCj/axUm/3EWI/95FyL/gRgg/4kY&#10;Hv+RGR3/lxkd/5cZHf+XGR3/lxkd/5cZHf+XGR3/lxn/VicE/1EyBf9WNQf/Xz0O/2RFFv9mTh//&#10;ZFgn/2FiL/9ebjX/Wnk7/1eEP/9Uj0P/UZhG/0+gSP9Op0r/Ta5L/0y1TP9LvE3/SsRO/0nOT/9J&#10;3k//SOlQ/0jyUPxJ9lD3S/lQ8Uz6T+tO+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UOpP+1D/VicE/1Ey&#10;Bf9YNAf/YjsO/2dEFv9pTR//Z1Yn/2NgL/9gazX/XHc7/1iCQP9VjUT/U5ZH/1CfSf9Ppkv/Tq1N&#10;/020Tv9MvE//S8VQ/0rPUf9J4FH/SetR/knyUvlL91LzTflR7U/6UeZQ+lLlUPpS5VD6UuVQ+lLl&#10;UPpS5VD6UuVQ+lL/VycD/1IxBf9aMgf/ZDoO/2pCFv9sSx//alQn/2deL/9iaDb/XnQ8/1qAQf9X&#10;i0X/VJVI/1KdSv9QpUz/T61O/060T/9NvFH/TMVR/0vRUv9K4lP/Se1T+0vzU/VM91PuT/hT6FD5&#10;U+FS+lTgUvpV4FL6VeBS+lXgUvpV4FL6VeBS+lX/WCYD/1QwBf9dMQf/ZzgO/21AFv9vSR7/blIn&#10;/2pcL/9lZjb/YXE8/119Qf9ZiEb/VpJJ/1ScTP9SpE7/UKtQ/0+zUf9Ou1L/TcRT/03PVP5M4FX7&#10;TOtV+Ez0VfBP91XpUfhV4lL4VttU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V9lU+Vf/WSYD/1cuBf9g&#10;Lwf/ajYN/3E+Ff9zSB7/clEm/29aLv9qYzb/ZW48/2F6Qv9dhUf/Wo9K/1eYTf9VoFD/VKhS/lKv&#10;U/1Rt1X8UMBW+k/LVvhP3Ff1T+lX8k/zV+pS9lfhU/dY2lX4WdFW+FrPVvhaz1b4Ws9W+FrPVvha&#10;z1b4Ws9W+Fr/WSYD/1osBf9kLQf/bjMN/3U9Ff94Rh3/d08l/3RYLf9wYDX/amo8/2Z2Qv9igUf+&#10;XotL+1uUT/lZnVL4V6RU9lasVvVUtFfzU7xY8lPHWfBS1VrsUuZa6VPyWeFU9VvXVvZcz1f3XchZ&#10;+F3HWfhdx1n4XcdZ+F3HWfhdx1n4XcdZ+F3/WiUD/10qBf9nKgb/cjIM/3k7FP98RRz/fE0k/3pV&#10;LP91XjT/b2c8/GpyQvlmfUj2Y4dM81+QUPFdmVPvW6FW7VmoWOtYsFrqV7lb6FbDXOZW0VzjVuRc&#10;31bwXdVX9V/MWfZgxlr2YMBb9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yb5c9mH/WyUD/2AoBf9rKAb/&#10;dzAL/346E/+BQxr/gksi/39TKv97WzP5dmQ69XBuQfFseUjtaINN6mSMUedhlVXlX51Y412lWuFb&#10;rVzeWrZe3FnAX9pZzmDVWeJg0VnvYcpa9GLCXPRjvF30ZLde82S2X/Nktl/zZLZf82S2X/Nktl/z&#10;ZLZf82T/XCQD/2MmBP9vJgX/ey8L/4I5Ef+GQRj/h0kg/4VRKPiCWTDyfWA47XdqQOhydUfkbn9N&#10;4WmIUt1mkVfZY5la1WChXdJfqGDPXbFizVy7Y8tcx2TJXNtlxV3rZb9d8ma4X/Fns2DxZ69h8Weu&#10;YvFnrmLxZ65i8WeuYvFnrmLxZ65i8Wf/XSQD/2YkBP9yJAX/fi4K/4c3EP+LPxb/jEcd+YtPJfKI&#10;Vi3sg1025n5nPuB4cUbbc3tN1W6DU9BqjFjMZ5RdyWWcYMZjo2PDYaxlwWC1Z79fwWi9X9BpumDm&#10;abVh72qvYu9qq2Pvaqdk72mmZfBppmXwaaZl8GmmZfBppmXwaaZl8Gn/XiMD/2kiBP92IwT/giwJ&#10;/4s2Dv+PPhT9kUUb9JFMIu2OUyrmiloy34VlO9d+bUXQeHZNy3R/VMZwh1rCbI9ev2mXYrtnn2W4&#10;ZadotmSwarNju2uxY8psr2PhbKtk7W2mZu1so2ftbKBo7mufaO5rn2jua59o7mufaO5rn2jua59o&#10;7mv/XyMD/2sgA/95IgT/hSsI/440DP+TPBL4lkMY75ZKHueVUCbgkVgu14phOs6EakXIfnNNwnl7&#10;Vb51g1u5cYtgtW6SZLJsmmevaqNqrGisbKlntm6nZ8RvpWfab6Jo62+eaexvm2rsbplr7W2Ya+1t&#10;mGvtbZhr7W2Ya+1tmGvtbZhr7W3/XyMD/24eA/97IQT/iCoH/5EyC/+XOg/0mkEV65tHGuObTSHa&#10;llUtz49eOciJZ0TBg29Nu353VbZ5f1uxdodgrXOPZalwlmimbp9so2yobqBrsnCda8BxnGvScpps&#10;6XGXbepwlG3rcJJu7G+Sbuxukm7sbpJu7G6Sbuxukm7sbpJu7G7/YSED/3AdA/9+IAP/iykG/5Ux&#10;CfubOA3wnj4R56BEFt+gSh3TmlIrypNcOMKNZEO7h21NtIJ0VK9+fFuqeoRhpneLZaJ0k2mecptt&#10;mnCkcJdvr3KVb7xzk2/Nc5Jw5nOQcOlyjnHqcY1x63CMcetwjHHrcIxx63CMcetwjHHrcIxx63D/&#10;YyAD/3IbA/+AHwP/jicF/5cvCPieNgvtojsO5KVAEtqkRhzOnlEqxZdaN72RYkK1jGpMr4dyVKmC&#10;eVukf4Bgn3yIZZt5kGqXd5htk3WhcJBzrHONc7h0i3PJdYp04nSJdOhziHXpcod16nGHdepwh3Xq&#10;cId16nCHdepwh3XqcId16nD/ZR8D/3QaAv+DHgL/kCYE/5otBvShNAnppjcL4Ko9DtSnRBvJoU8p&#10;wJtYNriVYEKwkGhLqYtvU6OHdlqeg35gmYCFZZR9jWqQe5ZujHmfcYl4qXOGd7V1hHfFdoN433WD&#10;eOh0gnjpc4J46nGCeOpxgnjqcYJ46nGCeOpxgnjqcYJ46nH/Zx0D/3cZAv+FHAL/kyQD/50rBfGk&#10;MAbmqjMI3K43DM+qQxrFpU4ovJ9XNbOZX0GrlGZKpJBtU56LdFqYiHtgk4WDZY6Ci2qKgJNuhn6c&#10;cYJ9p3R/fLN1fXzDdnx923Z8feh0fXzoc3186XJ9fOpxfXzqcX186nF9fOpxfXzqcX186nH/aRwC&#10;/3kYAv+HGwL/lSMD+6ApBO6oLATjry8F17I0C8utQRnBqEwnt6NVNK+dXUCnmWRJn5RrUpmQclmT&#10;jXlfjoqAZImHiGmEhZFtgIOacXyCpHR5gbF2d4HAdnaB1nZ2ged0d4Hoc3iA6XJ4f+pxeH/qcXh/&#10;6nF4f+pxeH/qcXh/6nH/axsC/3sXAv+KGgH/mCEC+KMmA+qsJwPftCkD0rUyCsewQBi8rEsms6dT&#10;M6qiWz6inWNImplpUZSVcFiOkndeiI9+ZIONhml+io5teomYcXaHonNzhq51cYa9dm+H0nZwh+h0&#10;cYXoc3KE6XJzhOpxc4TqcXOE6nFzhOpxc4TqcXOE6nH/bRkC/34WAf+NGAH/mx4B9KciAuawIAHa&#10;uiEBzbgxCcK0Phe4sEkkrqtSMaWmWj2domFHlZ5oT46bbleImHVdgpV8Y32ThGh4kIxsdI+VcHCN&#10;oHJtjKx0aoy7dWmNznVpjeh0a4vpc22J6nFtiOpxbYjqcW2I6nFtiOpxbYjqcW2I6nH/cBcC/4EV&#10;Af+QFgH/nhoB8KsbAeK2FgDTvR0ByLsvCL24PBWztEcjqbBQMKCrWDuYqF9FkKRmTomhbFWCnnNb&#10;fZx6YXeZgWZyl4pqbpaTbmqUnnFmlKpzZJO4c2OUy3NjlOZyZZLqcWeP6nBnjupwZ47qcGeO6nBn&#10;jupwZ47qcGeO6nD/cxUC/4UTAf+UFAD8oxUA6rASANm+DADNwRsBwsAtB7i9OhOuuUYhpLVPLZqx&#10;VjmSrl5DiqtkTIOoalN8pXFZdqN4X3Ghf2Nsn4doaJ6Ra2SdnG5gnKhwXpy2cV2cyXFdnORwXprr&#10;cGCW629hlexvYZXsb2GV7G9hlexvYZXsb2GV7G//dxIB/4kRAf+ZEQDzqA4A17UKAM/BCgDGxRgA&#10;vMQqBbLCOBGnv0QenrtNK5S4VTaLtVxAhLJiSXyvaVB2rW9WcKt2W2uqfWBmqIZkYqePZ16mmmpb&#10;paZsWKW1bVemx21XpuJsV6TtbFqf7Wxanu1sWp7tbFqe7Wxanu1sWp7tbFqe7Wz/fBAB/44QAPae&#10;DQDYrQkAzbgJAMfECAC+yhQAtconBKvINg+hxUEbl8JLKI2/UzOFvVo8fbphRXa4Z0twt21RarV0&#10;VmW0fFtgsoRfXLGOYlixmWVVsKVmU7CzZ1KxxmdSseFnUa/xaFOq8GhUqfBoVKnwaFSp8GhUqfBo&#10;VKnwaFSp8Gj/gg4A/5QMANulBgDOsQcAxbsHAL3HBwC10BAArNAjA6PPMwyZzT8Yj8pIJP/i/+JJ&#10;Q0NfUFJPRklMRQADCYbIUS59xlg4dsRfP2/CZkZpwWxLZMBzUF+/e1RbvoRYV72NW1S9mF1RvKRf&#10;T7yzYE29xWBNveBfTLzwYU239WJNtvViTbb1Yk229WJNtvViTbb1Yk229WL/iQsA4ZwDANCqBQDF&#10;tQUAu78EALLLCACr2A0Ao9kgAprYLwmQ1jwUh9RGH37STyl20FYyb89eOWjNZD9jzGtEXsxzSVrL&#10;ekxWyoNPUsqNUk/KmFRNyqVWS8qzV0rLxVdJy+BWScnwWEfH+llIxftaSMX7WkjF+1pIxftaSMX7&#10;WkjF+1r3kQQA1KICAMevBAC6uQMAsMQFAKfQCQCf4RAAmOEhA4/gMAmG4DsSfd9EG3XeTSRu3VUr&#10;Z9xcMmLbZDdd22s7WdpyP1XaekNS2oNFTtqNSEzamEpJ2qVLSNuzTEfcxExG3N5MRtrtTETY+U9D&#10;2PtPQ9j7T0PY+09D2PtPQ9j7T0PY+0/bmgAAyqkCALuzAgCwvQMApckFAJvWCQCU6BQBjOklBITo&#10;Mwt76DwUc+hEG2voSyJk51IoXudZLVnnYDJV52g1UudvOE/ndztM54A9SeeJP0folEFE6J9CQums&#10;Q0HpukRA6s1EQOrkREDo9URA5/hDQOf4Q0Dn+ENA5/hDQOf4Q0Dn+EPNowAAva4BALC4AQCkxAIA&#10;mdAFAI/hCgCJ8RoBgfEoBXjyMgxw8jsTafJDGWLySh9c81AjVvNXJ1LzXitP82UtTPRsMEn0czJG&#10;9Hs0Q/SENkH1jjc+9Zk5PfakOjv2sDs69788OfjPPDj36Dw49+w8OPfsPDj37Dw49+w8OPfsPDj3&#10;7Dy/qgAAsbMAAKS/AACYygEAjNgEAIT6DgB8+xsCdPsmBWz8MApl/DgQXv1AFVj+RxlT/k0dT/9U&#10;IEv/WiJI/2ElRf9nJkL/bShA/3UqPf99Kzr/hi04/5EuNv+bLzT/pjAz/7IxMv++MjH/0DIx/9Yy&#10;Mf/WMjH/1jIx/9YyMf/WMjH/1jKyrwAApboAAJjGAACL0gAAf98CAHn/EQFv/xkCZ/8iBGD/LAda&#10;/zQMVP88D0//QxNK/0kVR/9PF0P/VRlA/1sbPv9hHDv/Zh45/20fNv90IDT/fSEx/4YjL/+RJC3/&#10;myUs/6UmK/+vJir/uycp/74nKf++Jyn/vicp/74nKf++Jyn/viemtgAAmMIAAIvOAAB+2wAAdfkH&#10;AGv/DwFi/xYCW/8eA1T/JgVO/y4GSf81CEX/PAtB/0MNPv9IDjv/ThA4/1MRNf9YEjP/XhMx/2QU&#10;Lv9qFSz/chYq/3oXJ/+DGCX/jhkk/5gaI/+gGiL/qhsh/60bIf+tGyH/rRsh/60bIf+tGyH/rRua&#10;vgAAi8oAAH7XAABw4wAAZ/8EAF7/DQBW/xIBT/8ZAkn/IAND/ycEP/8uBTr/NAY3/zoHM/8/BzD/&#10;RAgu/0kJLP9OCSn/Uwon/1gKJf9eCyP/ZAsh/2wMH/90DR3/fQ4b/4cOGf+PDxj/mQ8Y/5sQGP+b&#10;EBj/mxAY/5sQGP+bEBj/mxD/TCoD/0gzBf9PNAb/VDcI/1pBDv9cShb/WlQd/1dgJP9Uayr/UHgv&#10;/02EM/9Kjzb/R5k5/0ahO/9FqTz/RLA+/0O3P/9CwD//QslA/0HVQf9B5EH/Qe5C/0H2Qv9B/UL/&#10;Qv9B+UT/QfRG/0LvR/9C70f/Qu9H/0LvR/9C70f/Qu9H/0L/TSkD/0oyBP9RMgb/VzYI/1w/Dv9e&#10;SRb/XVMd/1peJP9XaSr/U3Uv/1CBNP9NjTf/Spc6/0ifPP9Hpz3/Rq4//0W1QP9EvUH/RMZC/0PR&#10;Qv9D4kP/Q+xD/0P1Q/9D/EP8RP9D9Uf/Q+9I/0TrSf9E60n/ROtJ/0TrSf9E60n/ROtJ/0T/TSkD&#10;/0wwBP9UMQX/WTQI/189Dv9hRxb/YFId/11cJP9aZyv/VnMw/1N/NP9Pijj/TZQ7/0udPf9KpD//&#10;SKxA/0izQf9Hu0L/RsND/0bORP9F30T/RepF/UXzRftF+0X3Rv9E8En/RepK/0blS/9H5Uv/R+VL&#10;/0flS/9H5Uv/R+VL/0f/TikD/08uBP9XLgX/XTIH/2M7Dv9lRhb/ZVAd/2FZJP9dZCv/WnAw/1Z8&#10;Nf9Thzn/UJE8/06aP/9NokD/S6lC/0qwQ/9Kt0T/ScBF/0jKRv1I20b6SOdH+EjyR/VI+kbxSf9H&#10;6kv/SONM/0neTf9K3k3/St5N/0reTf9K3k3/St5N/0r/TygD/1IsBP9aLAX/YS8H/2c6Dv9qRBX/&#10;ak4c/2dXJP9iYSv/Xm0x/1t4Nv9Xgzr/VI09/1KWQP9QnkL+T6VE/E6tRftNtEf6TLxI+UzHSPZL&#10;1EnzS+VJ8EvwSe1M+UjpTP9K4U7/S9pP/0zTUP9N01D/TdNQ/03TUP9N01D/TdNQ/03/UCgD/1Uq&#10;BP9dKQX/ZS0H/2w4Df9vQhT/b0sc/2xVI/9oXir/Y2kx/190Nv1cfzv7WYk/+VaSQvdUmkT1U6JG&#10;9FKpSPJRsUnxULlK70/DS+5Pz0vrT+JL50/uS+RP+E3fT/5O1VH/T85S/1DJU/9QyVP/UMlT/1DJ&#10;U/9QyVP/UMlT/1D/UScD/1gnBP9hJwT/aiwG/3E2DP90QBP/dEka/3JSIv9uWyn9aGQw+WVwNvZh&#10;ezvzXoVA8FuOQ+5ZlkbsV55I6lWmSuhUrUznU7VN5VO/TuNTzE7hU99O3VPtT9hS91HRU/1SylT+&#10;U8RW/1O/V/9Tv1f/U79X/1O/V/9Tv1f/U79X/1P/UicD/1slA/9lJAT/bioG/3Y0C/96PRH/ekYY&#10;/3hPIPt0WCj2b2Ev8WtsNu1ndjzpY4BA5mCKReRdkkjhW5pK31miTd1Yqk/aV7JQ2Fa8UdVVyFLS&#10;VdtTzlbrU8tW9lXGVv1Wv1j9VrpZ/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V7Za/Vf/UyYD/18iA/9p&#10;IQP/cygF/3syCv9/OxD/gEQW+35MHvR7VCXudl0t6XFoNORtcjvgaXxB3GWFRthijkrUX5ZN0V2d&#10;UM5cpVLMWq1UyVm2VsdZwlfGWdBXwlnmWL9Z81m7WvtZtVv7WrBd+1qtXftZrV37Wa1d+1mtXftZ&#10;rV37Wa1d+1n/ViQD/2IgA/9tIAP/dyYE/38wCP+EOQ39hkEU9YVJG+6CUSLnfVoq4XhkMtxzbjrU&#10;bndB0GqAR8xmiUzIZJFQxWKYU8NgoFXAXqhYvl2xWbtdvFu5XMlct1zgXLRd71ywXvldq1/5Xahg&#10;+VylYflcpWH5XKVh+VylYflcpWH5XKVh+Vz/WCID/2UeA/9xHwP/eyQD/4QuB/+JNgv4iz4R74tG&#10;F+iITh7hhFcm2X5hMdF4ajrLc3NCxm98SMJshE2+aYxRu2aTVbhkm1i1Y6Nas2GsXLBgt16uYMRf&#10;rGDYX6lh61+nYfdfomP3X59k91+dZPhenWT4Xp1k+F6dZPhenWT4Xp1k+F7/WyAC/2gcAv90HQL/&#10;fiMD/4grBf2NNAnzkDsO6pBDFOKPShrailQl0INdMMl+ZzrDeG9CvnR4SLlxgE61bohSsmuPVq9p&#10;l1qsZ59cqWWoX6ZksmGkZL9iomTQYqBk52KeZfVimmb1YZhn9mCWaPZglmj2YJZo9mCWaPZglmj2&#10;YJZo9mD/XR8C/2oaAv93HAL/giEC/4spBPmRMQfvlTgL5pY/EN2URxfSjlEkyohbL8KDZDm8fmxB&#10;t3l0SLJ1fE6ucoRTqm+LV6Ztk1uja5teoGqkYJ1ormObaLpkmWjLZZdo42SVafNkk2r0Y5Fr9WKQ&#10;a/VhkGv1YZBr9WGQa/VhkGv1YZBr9WH/Xx0C/20YAv96GwL/hR8C/44nA/WVLgXrmTUI4Zw7DNaY&#10;QxbMk08ixI1YLr2HYTi2gmlBsH5xSKt6eU6nd4BTo3SIWJ9xkFubb5hfmG6hYpVtq2SSbLdmkGzG&#10;Zo9s32aObfFljG7zZItu9GOKbvRiim70Yopu9GKKbvRiim70Yopu9GL/YRwC/28WAv98GgH/iB4B&#10;/5EkAvKZKwTnnjEF3aA2CdGcQRXHl00hv5FWLbeMXzexh2dAq4JuSKV+dk6ge31TnHiFWJh2jVyU&#10;dJVfkXKeYo5xqGWLcLRniXDDaIdw22eGce5mhnLyZYVy82SEcvRjhHL0Y4Ry9GOEcvRjhHL0Y4Ry&#10;9GP/YxoC/3EVAf9/GAH/ihwB/JQhAu6cJwLjoiwD2KQyCMyfQBTDmksgupVVLLOQXTesi2U/pYds&#10;R6CDc02bgHtTln2CV5J6ilyOeJJginabY4d1pWaEdLFngnTAaIB01WiAdexnf3byZn9182V/dfNk&#10;f3XzZH9182R/dfNkf3XzZH9182T/ZRkC/3QUAf+BFwH/jRoB+ZceAeugIwHfpiYC0qcwB8ijPhO/&#10;nkkftplTK66UWzanj2M/oItqRpuHcU2VhHhSkIF/V4x/h1yIfZBghHuZY4B6o2Z+ea9oe3m9aXp5&#10;0Wl5eupoenryZnp58mV6efNkennzZHp582R6efNkennzZHp582T/ZxcC/3YUAf+EFgH/kBcB9Zsa&#10;AeekHQHbqx8BzqovBsSmPRK6oUgesp1RKqqYWTSilGE+nJBoRZaMb0yQiXZSi4Z9V4aEhVuCgo1f&#10;foCXY3p/oWZ3fqxodX27aXN+zmlzfuhodH7xZnR98mV1fPNkdXzzZHV882R1fPNkdXzzZHV882T/&#10;aRYB/3gTAf+HFAD/kxUA8Z4VAOOoFgDVrhsByq0tBsCpOxG2pUYdraFQKaWcWDOemF88l5RmRJCR&#10;bUuLjnRRhox7VoGJg1t8h4tfeIaUYnSEn2Vxg6pnb4O4aW2Dy2ltg+ZoboPyZm+C8mVwgfNkcIHz&#10;ZHCB82RwgfNkcIHzZHCB82T/axQB/3sSAf+KEgD/lhIA7aIQAN6tDgDQsRkAxbArBbutOQ+yqUQb&#10;qaVOJ6ChVjKZnV47kppkQ4uXa0qGlHJQgJJ5VXuPgFp3jYlecoySYW6KnGRriahnaYm2aGeJyGhn&#10;ieNnaInyZmmH82VqhvNkaobzZGqG82RqhvNkaobzZGqG82T/bhIB/34QAP+NEAD3mg4A26cKANOw&#10;CwDKtBYAwLQpBLaxNw6trkMapKpMJZumVTCTo1w5jKBjQYadaUiAmnBOe5h3U3aWflhxlIZcbJKQ&#10;YGiRmmNlkKZlY5C0ZmGQxmZhkOFmYZDyZWOO82RkjPRjZIz0Y2SM9GNkjPRjZIz0Y2SM9GP/cRAB&#10;/4IPAP+RDQDenwkA06oJAMyzCQDEuBMAurgmA7G2NQyns0EYnq9KI5asUy6OqVo3h6ZhP4CkZ0Z6&#10;oW5MdZ91UXCdfFVrnIRaZpqOXWOZmGBfmKRiXZiyZFuYw2RbmN5jW5jwY1yV9WJek/ViXpP1Yl6T&#10;9WJek/ViXpP1Yl6T9WL/dQ4A/4YNAOuWCADVowcAzK0IAMW2BwC9vBEAtL0jAqu7MgqhuT8VmLZI&#10;IJCzUSuIsFg0gK5fPHqrZkN0qWxIb6hzTmqmelJlpYJWYaOMWl2illxaoqJfV6GwYFahwWBVotxg&#10;VaHvYFaf919XnPdfV5z3X1ec919XnPdfV5z3X1ec91//egwA/YsJANqbBADOpwYAxLAGALy5BAC1&#10;wQ4ArMIgAaTBMAiavzwTkb1GHYm6TyeBuFYwerZdOHO0ZD9usmpEaLFxSWSweU1froFRW62KVFit&#10;lVdUrKFZUqyvW1CswFtQrNpaT6vuW0+q+ltRpvpbUab6W1Gm+ltRpvpbUab6W1Gm+lv/gAkA4ZIB&#10;ANGgBADGqwUAvLQEALO9AwCrxwsApMkcAZzILAaTxzkPisVEGYHDTSN6wVQsc79bM22+YjlnvGk+&#10;YrtwQ166d0dauYBLVrmJTlO4lFBQuKBSTbiuVEy4v1RLudhUS7ftVEq2+VVKs/5WSrP+Vkqz/lZK&#10;s/5WSrP+Vkqz/lb6hwIA1pgAAMmlAwC9rwMAs7gBAKnCBAChzQgAmtAWAJLQKASKzzYMgc5BFXnM&#10;Sh5yy1ImbMpaLWbJYTJhyGg3XMdvPFjGdj9Vxn9DUcWJRU7FlEhLxaBKScWuS0jFv0tHxthLR8Xt&#10;S0bD+U1Fwv9ORcL/TkXC/05Fwv9ORcL/TkXC/07fkAAAzJ8AAL+qAQCzswEAqb0CAJ/HBQCW0gkA&#10;jtoSAIjbJAKA2jIIeNk+EHHYSBhq11AfZNZYJV/VXypb1GcvV9RuM1PTdjZQ0385TNOIO0rTlD5H&#10;06A/RdSuQETUv0FD1dhARNPsQELS9kJB0f5EQdH+REHR/kRB0f5EQdH+REHR/kTRmAAAw6UAALWu&#10;AACpuAAAnsMCAJTNBgCK2QoAhOMYAX3kJgN15DIIbuM8D2fjRRVh400bXONVIFfjXSRU42QnUOJr&#10;Kk3icy1K43wwSOOGMkXjkDRD45w1QeSpNkDkuDc/5cs3P+XkNz/j8zY94vs4PeL7OD3i+zg94vs4&#10;PeL7OD3i+zjGoQAAt6sAAKq0AACevgAAk8kCAIjUBgB/7g4Aee0bAXHtJwNq7jIIZO47DV7uQxNY&#10;7ksXU+5SGlDvWR5M72AgSe9nI0fvbyVE8HcnQfCAKT/wiio98ZUsO/GhLTnyri448r4vN/PQLzfz&#10;5y828fMvNvHzLzbx8y828fMvNvHzLzbx8y+5pwAAq7AAAJ+7AACSxgAAhtABAHvdBQB09xEAbfcc&#10;AWb4JgNf+C8GWvk4ClT5QA5Q+kcRTPpOFEj7VRZF+1sYQvtiGkD8aBw9/HAdOv14Hzj9giA2/Y0i&#10;NP6YIzL+pCQx/7ElMP+/Ji//zyYu/+MmLv/jJi7/4yYu/+MmLv/jJi7/4yatrQAAn7cAAJLCAACG&#10;zQAAedoAAHDyCABo/xEAYf8aAVr/IwNU/ysET/8zBkr/OwhG/0ILQ/9JDUD/Tw49/1UQOv9bETj/&#10;YRM1/2gUM/9vFTD/eBYu/4IXLP+NGSr/mRop/6QaKP+vGyf/uhwm/8ccJv/HHCb/xxwm/8ccJv/H&#10;HCb/xxyhtAAAk78AAIbKAAB41gAAbOIAAGP8BwBc/w8AVf8WAU//HgJJ/yYDRP8uBED/NAU8/zsG&#10;Of9BBzb/Rggz/0wIMf9RCS7/Vwos/10KKv9kCyj/bAwl/3UNI/9/DiH/ig8g/5UQHv+gEB7/qBEd&#10;/7ERHf+xER3/sREd/7ERHf+xER3/sRGVvAAAhscAAHnTAABr4AAAXu0AAFb/AwBP/wwASf8SAUP/&#10;GQE+/yACOf8nAzX/LQMy/zMELv84BCv/PQUo/0IFJv9HBST/TAYi/1EGIP9XBh3/Xgcb/2UHGf9u&#10;CBf/eAgV/4MIE/+NCRP/lgkS/54JEv+eCRL/ngkS/54JEv+eCRL/ngn/Qi0D/0IyBP9IMgT/TDYG&#10;/048CP9QRw7/UFIV/05fGv9Lax//SHck/0WDJ/9Cjir/QZcs/z+gLv8/py//Pq4w/z21Mf89vDL/&#10;PMUy/zzOM/873zP/O+o0/zvzNP87+zT/PP8z/jz/M/w9/zT2P/819T//NfU//zX1P/819T//NfU/&#10;/zX/QywD/0QwBP9KMAT/TjQG/1E6CP9TRg7/UlEV/1FdGv9OaSD/S3Qk/0iAKP9Fiyv/Q5Ut/0Kd&#10;L/9BpTD/QKwx/z+zMv8/ujP/PsI0/z7MNP8+3DX/Peg1/z3xNf8++jX9Pv81+z//NPg//zbyQf83&#10;8EH/N/BB/zfwQf838EH/N/BB/zf/RCwD/0cuA/9NLgT/UTIF/1Q5CP9XRA7/Vk8V/1RaG/9RZiD/&#10;TnIl/0t9Kf9IiCz/RpIu/0WbMP9EojL/Q6kz/0KwNP9CtzX/Qb82/0HJNv9A1zf/QOU3/UDwN/pA&#10;+Df3Qf829kH/N/JB/zjsQ/856kT/OepE/znqRP856kT/OepE/zn/RSsD/0ksA/9QLAT/VS8F/1k3&#10;CP9cQg7/W00V/1hXG/9WYyD/Um8l/096Kv9MhS3/So8w/0iYMv9HnzT/RqY1/0WtNv9FtDf/RLw4&#10;/kTGOPxE0jn5Q+I59kTuOfNE9znxRP8570T/OutF/zvkRv8840b/PONG/zzjRv8840b/PONG/zz/&#10;RisD/00pA/9UKQT/WSwF/141B/9hQA3/YUoU/15UGv9aXyD/V2sm/1R2Kv9RgS7/Tosx/kyUNPxL&#10;nDX7SqM3+kmqOPhIsTn3SLk69kfCO/VHzTvyR9877kfsO+tI9jvpR/8950f/PuFI/z/aSv9A2Er/&#10;QNhK/0DYSv9A2Er/QNhK/0D/RyoD/1AnA/9YJgP/XioE/2MzB/9mPQ3/ZkcT/2RRGv9gWyD/XGcm&#10;/VlyK/pWfS/4U4cz9lGQNfRQmDfyTp858U2mO+9MrTzuTLU97Eu+PetLyj7pS9w+5UzqPeJL9T/f&#10;S/5B3Er/QtRM/0PNTf9Dy07/Q8tO/0PLTv9Dy07/Q8tO/0P/SigD/1QkA/9cIwP/YygE/2gwBv9s&#10;Owv/bEQS/2pOGf5mWB/5YWIl9V5tK/JbeDDvWII07FaLN+pUlDnoU5s75lGjPeVRqj7jULI/4U+7&#10;QOBPx0DeT9hB2U/oQdRP9EPQTv5Fzk7/RshQ/0bCUf9HwFH/R8BR/0fAUf9HwFH/R8BR/0f/TSUC&#10;/1chAv9gIAP/aCYD/24uBf9yOAr/ckEQ/XBLF/dtVB3yaF4k7WRpKulhdDDlXn404luHOOBZjzvd&#10;V5c+21WfQNhUpkLVU65D0lK3RNBSwkXOUtBGy1LlRshS8kjFUv1JwlL/SrxU/0q3Vf9KtlX/SrZV&#10;/0q2Vf9KtlX/SrZV/0r/UCMC/1seAv9kHgL/bSQD/3MrBP93NQj+eD4O9ndHFPB0UBvqb1oi5Gtl&#10;KeBnby/bY3k11mCCOtJdij7PW5JBzFmaQ8pYoUXIV6lHxlayScRWvErCVclLv1XfS7xW7ky5VvpN&#10;t1b/TbJY/02uWf9NrFn/TaxZ/02sWf9NrFn/TaxZ/03/UyAC/14cAv9oHAL/cSIC/3goA/98MQf4&#10;fjoL8H1DEel6TBjidlcf3HJhKNRtay/PaXQ2y2V9O8dihUDEYI1DwV6VRr9dnEi8W6RLulqtTLhZ&#10;t062WcNPtFnVT7Fa6lCuWvdQrFr/UKhb/1CkXP9QpF3/T6Rd/0+kXf9PpF3/T6Rd/0//Vh4C/2EZ&#10;Av9sGgL/dSAC/3wlA/2BLgXzhDcJ6oQ/DuKBSBXbfVMd0XddJ8tyZzDGbnA3wmp4PL5ngEG6ZYhF&#10;t2OQSLRhmEuyX59Nr16oT61dslGrXb5SqV3OU6Zd5VOkXvRTol7/U59f/1KcYP9Sm2D/Uptg/1Kb&#10;YP9Sm2D/Uptg/1L/WBwC/2QXAf9wGQH/eR0B/4AjAviGKgPtiTIG5Io7CtyIRRLRglAcyn1aJsR4&#10;Yy++c2w3uW90PbVsfEKyaoRGrmeMSqtlk02oZJtPpWKkUqNhrlShYblVn2HIVp1h4VabYvFVmWL9&#10;VZdj/1SVZP9UlGT/U5Rk/1OUZP9TlGT/U5Rk/1P/WhoC/2cVAf9zFwH/fRsB/4QgAfOKJgLoji4E&#10;35A2B9SMQRHLh00bxIJXJr19YC+3eGk2snRxPa5xeEKqboBHpmyISqNqj06gaJhRnWegU5pmqlWY&#10;ZbVXlWXEWJRl21iSZu9XkWb8V49n/laOZ/5VjWj+VY1o/lWNaP5VjWj+VY1o/lX/XBgB/2kTAf92&#10;FgH/gBkB/YgdAe+OIgHkkykC2pQxBs6QPw/Gi0savoZVJbeBXi6xfWY2rHluPKd2dUKjc31Hn3CE&#10;S5xujE6YbJRSlWudVJJqp1eQabJZjWnAWoxp1VqKauxZimr6WIlr/VeHa/1Wh2v+Vodr/laHa/5W&#10;h2v+Vodr/lb/XhcB/2wSAf94FAH/gxcA+YsaAOuSHQHgmCMB05gvBcqUPQ7Bj0kZuYpTJLKGWy2s&#10;gWQ1pn5rPKF6ckKdd3pHmXWBS5VziU+RcZFSjm+aVYtupFiIba9ahm29W4Rt0FuDbulag274WYJv&#10;/FiCb/1Xgm/9V4Jv/VeCb/1Xgm/9V4Jv/Vf/YBUB/24RAf97EwD/hhQA9o8WAOeWGADbnBwAz5st&#10;BMWXOw28k0cYtI5RI62KWSynhmE0oYJpO5x/cEGXfHdGk3l+S493hk+LdY5SiHOXVYRyoViCcaxa&#10;f3G6XH5xzFx9cudbfXL2Wnxy/Fl8cvxXfHL9V3xy/Vd8cv1XfHL9V3xy/Vf/YhQB/3ERAf99EQD/&#10;iBIA8pISAOOaEgDVnxkAyp4rBMGbOQy4l0UXsJJPIqmOWCuiil8znIZnOpeDbkCSgHVFjX58Sol8&#10;hE6FeoxSgniVVn53n1h7dqpbeXW4XHd1ylx3duVcd3f1Wnd2+1l3dvxYd3b8V3d2/Fd3dvxXd3b8&#10;V3d2/Ff/ZBIB/3MQAP+AEAD/ixAA75UOAN+eDQDQohcAxqEpA72eNwu0mkMWrJZNIKSSViqdjl4y&#10;l4tlOZKIbECNhXNFiIN6SoSAgU6Af4pSfH2TVXh8nVh1e6hbc3q2XHF6x1xxeuJccXvzWnF7+1ly&#10;evxYcnr8WHJ6/FhyevxYcnr8WHJ6/Fj/ZxEB/3UPAP+DDgD0jg0A25kKANShCwDMpBUAwqQnA7ii&#10;NgqwnkIVp5pMH6CXVCmZk1wxk5BjOI2Naj+IinFEg4h4SX6Gf016hIhRdoKRVXOBm1hvgKZabX+0&#10;XGt/xVxrgN9ca4DyWmuA+1lsfvxYbX78WG1+/FhtfvxYbX78WG1+/Fj/aRAB/3gOAP+FDADikggA&#10;1ZsJAM6jCQDHqBIAvaglArSmNAmrokATo59KHpubUieUmFowjpVhN4iSaD2CkG9Dfo52SHmMfUx1&#10;ioVQcYiOVG2HmVdqhqRZZ4WxW2WFwltlhdxbZYXwWmaF+1lng/xYZ4P8V2eD/Fdng/xXZ4P8V2eD&#10;/Ff/bA4A/3sMAPKJCQDZlQYAz54IAMmmCADBqxAAuKsiAq+qMgimpz4SnqRIHJahUSWPnlguiJtf&#10;NYKZZjx9lm1BeJR0RnOSe0tvkINPa4+MUmeOllVkjaJYYYyvWV+MwFpfjNlZX4zuWV+M+1hhiv1X&#10;YYn9V2GJ/Vdhif1XYYn9V2GJ/Vf/bwwA/38JAN+NAwDSmAYAyqIGAMKpBgC6rw4AsrAgAamuLwah&#10;rDwQmKlGGpGnTyOJpFYsg6JdM32fZDl3nWs/cptxRG6aeUhpmIFMZZeKUGGVlFNelaBVW5StV1qU&#10;vVhZlNRXWZTsV1mT+VZbkf5VW5D+VVuQ/lVbkP5VW5D+VVuQ/lX/cwkA9YQEANiRAwDMnAUAw6UF&#10;ALutBACzswwAq7UcAaO0LAWbsjkOkrBEF4qtTSCDq1QpfalcMHenYjZxpWk8bKRvQWiid0VkoX9J&#10;X5+ITFyekk9Ynp5SVp2rU1SdvFRTndFUU53rU1Oc+FNUmv9TVJn/U1SZ/1NUmf9TVJn/U1SZ/1P/&#10;eAYA4YkAANCWAgDGoQMAvKkDALOwAQCruAgApLoYAJy6KQOUuTYLjLdBFIS1Sh18s1IldrFaLHCv&#10;YDJrrmc4Zq1uPGKrdUBeqn1EWqmGSFaokUpTqJ1NUaeqTk+ouk9OqM9PTqfpT02m909Npf9PTqT/&#10;T06k/09OpP9PTqT/T06k/0/6fwAA2I4AAMmbAQC+pQIAtK0BAKu1AAChvwQAm8EUAJTBJQKMwDMI&#10;hL8+EXy9SBl1vFAhb7pYJ2q5Xy1luGUyYLdsNly2dDpYtXw+VbSFQVG0kEROs5xGTLOpSEqzuUhJ&#10;tM5ISbPpSEix9klIsP9KSLD/Skiw/0pIsP9KSLD/Skiw/0rihgAAzpQAAMKhAAC2qQAAq7EAAKG6&#10;AQCYwwUAkMkQAIrJIAGDyS8Fe8g7DXTHRRRuxk4baMVWIWPEXSdew2QrWsJrL1bBcjNTwXs2T8CE&#10;OUzAjzxKwJs+R8CoP0bAuEBFwM1ARcDoP0S+9kFDvf9CQ7z/Q0O8/0NDvP9DQ7z/Q0O8/0PWjQAA&#10;xpsAALilAACtrgAAorYAAJi/AgCNyAYAg9ELAH/SGgB50ioDctI3CGzRQg9m0UsVYdBTGlzPWx9Y&#10;z2IjVM5pJ1HOcSpNznotSs6DMEjOjjJFzpo0Q86oNULOuDZBz801Qc7oNUDN9Tc/y/45Psv/OT7L&#10;/zk+y/85Psv/OT7L/znKlgAAvKIAAK+qAACjswAAmLwAAI3GAwCCzwcAeNkLAHPeGABu3iYCaN4z&#10;BWLePgpd3kgPWd5QFFXeWBdR3mAbTt5nHkvdbyBI3ngjRt6BJUPejCdB3pgpP96mKj7ftSo94Mgq&#10;Pd/jKjzd8Ss73PstOtz9Ljrc/S463P0uOtz9Ljrc/S7AnwAAsacAAKSwAACYugAAjcMAAIHNAgB2&#10;1wcAbugPAGnoGwFj6CcCXukyBVjpOwhU6UQMT+pMD0zqUxJJ6lsVRupiF0TrahlB63IbP+t7HTzr&#10;hh467JEgOOyeITftrCI27bsjNe7PIzTu5iM06/UjNOv4IzTr+CM06/gjNOv4IzTr+COzpQAApq0A&#10;AJm3AACNwQAAgMsAAHXVAQBp4QYAZPMRAF7zHAFZ9CYCVPQwBE/1OAZL9UAIR/ZHCkT2TgxB91UO&#10;P/dcDzz3YxE6+GoTN/hzFDX4fRYz+YgXMfmUGC/6oRku+q8aLfu+Giz7zxsr++cbK/vrGyv76xsr&#10;++sbK/vrGyv76xuoqgAAmrQAAI2/AACAyQAAdNMAAGfeAABe8ggAWf4RAFP/GgFO/yMCSf8rA0X/&#10;MwRB/zoFPv9BBjv/Rwc4/04INf9UCTP/Wgkx/2EKL/9pCyz/cgwq/30NKP+IDib/lQ8l/6EQJP+u&#10;ESP/uhIi/8oSIv/QEiL/0BIi/9ASIv/QEiL/0BKcsgAAjrwAAIHHAABz0QAAZ90AAFnjAABT/QYA&#10;Tf8OAEj/FgBD/x4BP/8mAjr/LQI3/zMDM/85AzD/PwQu/0QEK/9KBSn/UAUn/1YGJP9dBiL/ZQcg&#10;/24HHf95CBv/hQga/5IJGf+eCRj/qAkX/7MJF/+3CRf/twkX/7cJF/+3CRf/twmQugAAgsUAAHTQ&#10;AABn3AAAWOMAAE3wAABH/wIAQv8MADz/EQA4/xgBNP8fATD/JQEs/ysCKf8wAiX/NQIj/zoCIP8/&#10;Ax7/RAMc/0kDGf9PAxf/VgQV/14EEv9oBBH/cgUP/34FDv+KBQ7/lAUN/54FDf+iBQ3/ogUN/6IF&#10;Df+iBQ3/ogX/OS8C/zwwA/9BMQP/RDQE/0Q6Bv9ERQj/RVEM/0NdEf9BaRb/PnYZ/zyBHP86jB7/&#10;OZYg/zieIf83pSP/N6sj/zayJP82uSX/NsAl/zXKJv811yb/NeUm/zXvJv81+Cb/Nv8m/jb/Jvw2&#10;/yb8Nv8n+jb/KPo2/yj6Nv8o+jb/KPo2/yj/OS8C/z4vA/9ELwP/RjIE/0g4Bv9IQwj/SE8N/0db&#10;Ev9EZxb/QnMa/z9/Hf89ih//PJMh/zubI/86oiT/Oakl/zmwJv84tib/OL4n/zjHJ/840yj/OOMo&#10;/zjtKP449yj7OP4n+Tn/J/g4/yn4OP8q9jj/KvY4/yr2OP8q9jj/KvY4/yr/Oi8C/0EsA/9GLAP/&#10;Si8E/0w3Bf9NQQj/TEwN/0tYEv9IZBf/RnAb/0N8Hv9BhyD/P5Aj/z6YJP89oCX/PaYm/zytJ/88&#10;tCj/O7sp/zvEKf87zyn+O+Aq+zvrKvg79Sn2PP4p9Dz/KvM7/yvyO/8s7zv/Le87/y3vO/8t7zv/&#10;Le87/y3/PC0C/0QpAv9KKQP/TiwE/1E0Bf9SPgj/UkoN/1BVEv9NYRf/Sm0b/0h4H/9FgyL/Q40k&#10;/0KVJv9BnSf/QKMo/0CqKf4/sSr9P7gr/D/BK/o/yyv3P9ws9T/pLPE/9CvvP/0s7T//Lew+/y/r&#10;Pv8w5z//MOc//zDnP/8w5z//MOc//zD/QCoC/0gmAv9OJgP/UikD/1YyBf9XPAf/V0cM/1VREv9S&#10;XRf/UGkc/010IP9KfyP9SIkm+0eRKPpGmSn4RaAq90SnK/VErSz0Q7Ut80O9LfJDyC7wQ9cu7EPn&#10;LulE8y3mQ/ww5EL/MeNC/zLhQv8z3EP/NNxD/zTcQ/803EP/NNxD/zT/QycC/0sjAv9SIgL/WCcD&#10;/1wvBP9dOQf/XkMM/1tOEf9YWBf+VWQc+lJvIPdQeiT0TYQn8kyNKfBKlSvvSZwt7UmjLuxIqi/q&#10;R7Ev6Ue6MOdHxTDmR9Iw4kjlMN9H8jLbR/s02Eb/NdVG/zbSRv83zUj/N81I/zfNSP83zUj/N81I&#10;/zf/RiQC/08gAv9WHwL/XSQD/2EsBP9jNQb/ZEAL/2JKEPpeVBb1W18c8VhrIO5VdSXrU38o6FGI&#10;K+ZPkS3kTpgv4k2gMOFMpzHfTK4y3Uu3M9tLwjTZSs811UvkNdBL8DbNSvs4ykr/OshK/zrGS/87&#10;wUz/O8FM/zvBTP87wUz/O8FM/zv/SiEC/1MdAv9bHAL/YiIC/2cpA/9pMgX/ajwJ+WhGD/JlUBXt&#10;YVsa6F5mIORbcSXhWHsp3laELNtUjC/YUpQy1FGbNNJQozXQT6o3zk6yOMxOvDnKTsk6yE7dOsRP&#10;7TvBTvk9vk7/PbxO/z66T/8+tlD/PrZQ/z62UP8+tlD/PrZQ/z7/TR4C/1YaAf9fGgH/ZyAC/2wm&#10;Av9vLgT5cDgH8m9CDOtsSxLlaVcZ32ViH9phbCXUXXYq0Ft+L81ZhzLKV481yFaWN8ZUnTnEU6U7&#10;wVOtPL9Stz69UsM/vFLTP7lS6D+1UvZBs1L/QbFT/0GvU/9BrFT/QaxU/0GsVP9BrFT/QaxU/0H/&#10;UBwB/1oXAf9kGAH/bB0B/3EjAv11KgPzdjMF63Y9CuNzRw/cb1MX1GteH85mZybKY3ErxmB5MMJe&#10;gTS/XIk3vVqROrpZmDy4WKA+tleoQLRWskKyVr1DsFXMQ61W40SrVvNEqFf+RKdX/0SlWP9Eolj/&#10;RKJY/0SiWP9Eolj/RKJY/0T/UxkB/10UAf9oFgH/cBoB/3YgAfd6JgLtfC4D5Hw4B9x6RA3SdU8W&#10;y3BaHsZsYybBaGwsvWZ1MbljfTW2YYQ5s1+MPLBdlD+uXJtBq1ukQ6larUWnWrhGpVnHR6Na3keh&#10;Wu9Hn1v8R51b/0ebXP9Gmlz/Rppc/0aaXP9Gmlz/Rppc/0b/VRcB/2ASAf9rFAH/dBcA/3ocAfJ/&#10;IgHngSkC3oIzBNN/QAzLekwVxHZWHr5xYCW5bmgstGtxMrFoeTatZoA6qmSIPadij0ClYJdDol+g&#10;RZ9eqUedXrRJm13CSpld1kqXXuxKll/6SZVf/0mTYP9IkmD/R5Jg/0eSYP9HkmD/R5Jg/0f/WBUB&#10;/2MRAf9uEgD/dxUA+34YAO2DHQDihyMB1ocuA8yDPQvFf0kUvXtTHbd2XSWyc2UsrW9tMqltdTem&#10;anw7omiEPp9mjEGcZZREmWOcR5dipkmUYrBLkmG+TJBh0EyPYuhMjmP4S41j/0qMZP9Ji2T/SYtk&#10;/0mLZP9Ji2T/SYtk/0n/WhMB/2YQAP9xEQD/ehIA94IUAOiHFwDdixwA0IssA8eIOwq/hEcTuH9R&#10;HLF7WiSsd2Irp3RqMaNxcjafb3k7m22AP5hriEKVaZBFkmiZSI9mokqMZq1MimW6TYhlzE6HZuZO&#10;hmf2TIZn/0uFaP9LhGj/SoRo/0qEaP9KhGj/SoRo/0r/XBIB/2gPAP90EAD/fRAA84UQAOSLEQDW&#10;jxcAy44qAsKMOAm6iEQSs4RPG6x/WCOnfGAroXhoMZ11bzaZc3Y7lXF9P5JvhUKObY1Fi2yWSIhr&#10;oEuFaqpNg2m3ToFpyE+AauNPgGv0Tn9r/0x/a/9Lf2v/S39r/0t/a/9Lf2v/S39r/0v/XhAB/2sO&#10;AP92DgD7gA0A6ogNANuPDADQkhUAx5InAr6PNgi2jEIRrohNGqiEViKigF4qnH1lMJd6bDWTd3M6&#10;j3V7PoxzgkKIcotGhXCTSYJvnUx/bqhOfW61T3ttxlB6buBQeW/yTnlv/k15b/9MeW//S3lv/0t5&#10;b/9LeW//S3lv/0v/YA8A/20NAP95DADugwsA24sJANSRCgDMlRMAwpUlArmTNAexj0EQqoxLGaOI&#10;VCGdhFwpl4FjL5J+ajWOfHE5inp4PYZ4gEKDdohFf3WRSXxzm0x5cqZOdnKzUHVyw1Bzct1QdHPw&#10;T3Rz/U10c/9MdHP/THRz/0x0c/9MdHP/THRz/0z/Yg4A/28MAPx7CgDehgYA1Y4IAM+UCQDHmBEA&#10;vpgjAbWWMgatkz8PppBJGJ+MUiCYiVook4ZhLo6DaDSJgW85hX92PYF9fkF9e4ZFenmPSXZ4mUxz&#10;d6ROcXexUG92wVBud9lQbnfvT253/E5ud/9Nb3f/TG93/0xvd/9Mb3f/TG93/0z/ZA0A/3IKAPB+&#10;BgDaiAUA0JAHAMqXCADCmxAAuZshAbGaMAaplz0OoZRHF5qRUB+UjVgnjotfLYmIZjOEhm04gIR0&#10;PXuCe0F4gIRFdH+NSHF9l0ttfKJOa3yvT2l7vlBofNVQaHztT2l8+05pfP9Nanv/TGp7/0xqe/9M&#10;anv/TGp7/0z/ZgoA/3UIAOGBAgDUiwUAy5MGAMSaBgC9ng4AtZ8fAayeLgWkmzsMnZhFFZaVTh6P&#10;k1YliZBdLISOZDJ/i2s3eopyPHaIeUByhoFEb4WKR2uDlUpogqBNZYGsTmOBvE9igdFPYoHrTmOB&#10;+U1jgf9MZID/S2SA/0tkgP9LZID/S2SA/0v/aQgA+3gEANyEAQDPjwQAxpcFAL+dBQC3oQwAr6Mc&#10;AKeiLASfoDkLmJ5DFJGbTByKmFQjhJZcKn+UYjB6kmk1dZBwOnGOdz5tjX9CaYuIRmWKkkliiZ5L&#10;X4iqTV6Iuk5ciM5OXYjpTV2H+Exdh/9LXob/S16G/0tehv9LXob/S16G/0v/bQUA6nwAANWIAADK&#10;kgMAwZoDALmgAwCxpgkAqacZAKKnKQOapTYJkqNBEouhShqEn1Ihfp1aKHmbYC50mWczb5duOGuW&#10;dTxnlH1AY5OGQ2CRkEZckZxJWpCpS1iQuExXkMxMV5DnS1eP90pXjv9KWI7/SViO/0lYjv9JWI7/&#10;SViO/0n/cQEA4IAAAM+MAADElgIAu54CALKkAACpqgUAoqwVAJusJgKUqzQHjKo/D4WoSBd+plAe&#10;eKRYJXOiXituoWUwap9sNGWeczlhnXs8XpuEQFqajkNXmZpFVJmnR1KZtkhRmcpIUZjmSFGX9UhR&#10;l/9HUZb/R1GW/0dRlv9HUZb/R1GW/0f2dwAA2IUAAMmRAAC/mwEAtKIAAKuoAAChsAAAmrIRAJSz&#10;IgGNsjAFhbE8DH6vRhR4rk4bcqxWIW2rXCdoqWMsZKhqMGCncTRcpnk4WKWCO1WkjD5Ro5hAT6Ol&#10;Qk2jtENMo8hDTKPkQ0uh9ENLoP9ES6D/REug/0RLoP9ES6D/REug/0TjfQAAz4sAAMKWAAC3nwAA&#10;raYAAKOtAACZtQAAkLkOAIu6HgGEui0Dfbk5CXe4QxBxtkwXa7VTHWa0WiJis2EmXrJoK1qxby5W&#10;sHcyU7CBNU+vizhMr5c6Sq6kPEiusz1Hrsc9R67jPEat8z1Gq/4+Rav/P0Wr/z9Fq/8/Rav/P0Wr&#10;/z/agwAAx5EAALucAACvpAAApasAAJqyAACQugEAhsEJAIHCGAB7wigCdcI1Bm/BQAxpwEkSZL9R&#10;F1++WBxbvl8gV71mJFS8bidRvHYqTbt/LUq7ijBIu5YyRbujNEO7sjRCu8U1Q7viNEK58zVBuP03&#10;QLf/N0C3/zdAt/83QLf/N0C3/zfOiwAAv5gAALKhAACnqQAAnLAAAJG4AACGwAIAe8gHAHTLEgBw&#10;zCIBa8swA2bLPAdhy0UMXMpOEVjKVhVUyl0ZUclkHE7JbB9LyXQiSMh+JEXIiCdDyJUoQciiKj/I&#10;sSs+ycQrPsnhKj7H8is9xvwtPMX/LjzF/y48xf8uPMX/LjzF/y7EkwAAtp8AAKmmAACdrgAAkrcA&#10;AIa/AAB7xwMAcM8HAGfWDQBk1xoAYNgqAVzYNgNY2EEGVNhKClDYUg1N2FoQStdiE0fXaRZF13IY&#10;Qtd8GkDYhxw92JMePNihHzrZsCA52cMgOdnfIDnX7yA41fkiN9T/IzfU/yM31P8jN9T/IzfU/yO5&#10;nAAAq6QAAJ+sAACTtQAAh74AAHvGAABwzgMAZdYHAF3jDgBa4xsAVuMnAVLkMgJO5DwESuREBkfl&#10;TQhF5VUKQuVcDEDlZA4+5mwQO+Z2EjnmgBQ354wVNeeZFjTnqBcy6LgYMujMGDHo5Rgx5vQYMeX8&#10;GDHl/Bgx5fwYMeX8GDHl/BiuogAAoaoAAJSzAACIvQAAe8YAAG/OAABj1gEAWN4FAFTuEABR7xsA&#10;Te8mAUnwLwJF8DgDQfE/BD7xRwU88k4GOvJVBzfyXAg182QJM/NtCjH0dwwv9IINLfSPDiv1nQ8q&#10;9qsQKfa8ECj2zhEn9+YRJ/XxESf18REn9fERJ/XxESf18RGjqAAAlrIAAIi7AAB7xQAAb84AAGLX&#10;AABW3gAATvAHAEr6EABG+xkAQvsiAT/8KgE7/TICOP05AjX+PwMy/kYDMP9MBC7/UwUr/1oFKf9i&#10;Bif/awYk/3YHI/+CCCH/kAgg/50JH/+rCR7/ugkd/8kJHP/dCRz/3Qkc/90JHP/dCRz/3QmYsAAA&#10;iroAAHzEAABvzQAAYtgAAFXeAABJ5AAARPsFAD//DgA7/xUAOP8cADT/JAEx/ysBLf8xASr/NgIn&#10;/zwCJf9CAiP/SAIg/04DHv9VAxz/XQMZ/2cEF/9yBBX/fwQU/4wFE/+aBRL/pgUR/7IFEf+8BRH/&#10;vAUR/7wFEf+8BRH/vAWMuAAAfcIAAG/MAABi2AAAVN8AAEflAAA+8QAAOf8BADT/CwAw/xAALP8W&#10;ACn/HAAm/yIAIv8nAR//LAEc/zEBGv82ARj/PAEV/0EBE/9IAhH/TwIQ/1cCDf9hAgz/bAIK/3kC&#10;Cf+GAwj/kgMH/50DBv+lAwb/pQMG/6UDBv+lAwb/pQP/MTEC/zYuAv86LwL/OzID/zs5BP87QwX/&#10;OU8H/zhcCv82aA3/NHQQ/zKAEv8xixT/MJQW/zCbF/8vohf/L6gY/y6vGf8utRn/LrwZ/y7FGv8u&#10;zxr/LuAa/y7rGv8u9Br/Lvwa/C//Gfsv/xr6Lv8b+i7/HPou/xz6Lv8c+i7/HPou/xz/My8C/zks&#10;Av89LQL/PjAD/z82BP8/QQX/PU0H/zxZCv86ZQ7/OHIR/zZ9E/81iBX/NJEX/zOZGP8zoBn/MqYZ&#10;/zKsGv8xsxr/Mbob/zHCG/8xzBv/Md0b/zHpG/0x8xv6Mvsb+DL/G/cy/xz2Mf8d9TH/HvUx/x71&#10;Mf8e9TH/HvUx/x7/NSwC/zwqAv9AKgL/Qi0D/0M0BP9EPwX/QkoH/0FWCv8/Yg7/PW4R/zt6FP85&#10;hBb/OI4Y/zeWGf82nRr/NqQb/zWqHP81sBz/Nbcd/zW/Hf81yR38Ndgd+jXnHfc18R30Nfod8jX/&#10;HvE1/x/wNf8g7zT/Ie80/yHvNP8h7zT/Ie80/yH/OCoC/z8nAv9DJgL/RikC/0kyA/9JPAX/SEcH&#10;/0ZTC/9EXw//QmoS/0B2Ff8+gBj/PIoZ/zySG/87mhz9OqAd/DqnHfs5rR76ObQf+Tm8H/g5xh/2&#10;OdMf8jnkH+858B/sOvof6jn/Iek5/yPoOf8k5zn/JOc5/yXnOf8l5zn/Jec5/yX/PCcC/0MjAv9I&#10;IgL/TCYC/08vA/9QOQX/TkMH/0xPC/9KWw//SGYT/0VxFvxDfBn6QoYb+EGOHPZAlh71P50f8z+j&#10;IPI+qiDxPrEh8D65Ie4+wyHtPs8h6j7iIeY/7yHjPvkj4T3/Jd89/yfePf8o3D3/KNw9/yjcPf8o&#10;3D3/KNw9/yj/PyMB/0cgAf9MHgH/USQC/1UsA/9WNQT/VT8G/1NKCv5QVg/6TmIT9kttF/NJdxrw&#10;R4Ec7kaKHuxFkiDrRJkh6UOgIuhDpyPmQ64j5UK2JORCwCTiQ8wk30PgJNtD7SXWQvgo00L/KtFC&#10;/yvPQf8rzkH/LM5B/yzOQf8szkH/LM5B/yz/QyAB/0ocAf9QGwH/VyEB/1soAv9cMgP/WzsG/FlG&#10;CfZWUQ7xVF0T7VFoF+lPchrmTXwd5EuFIOJKjiHgSZUj3kicJNxHoybaR6sn2EazKNVGvCjTRsgp&#10;0UbcKs1H7CrJRvcsx0b/LsRG/y/DRv8vwkb/L8FG/y/BRv8vwUb/L8FG/y//Rh0B/04YAf9WGAH/&#10;XB4B/2AlAv9iLQP8YjcF9GBBCO5dTA3oWlgS41hjF99VbhvbUncf2FCAItRPiSTRTZAnz0yXKM1M&#10;nirLS6YryUqtLMdKty3GSsIuxErRL8FL5y+9SvQxu0r/MrhK/zK3S/8ztkv/M7ZL/zO2S/8ztkv/&#10;M7ZL/zP/ShoB/1IVAf9aFgH/YRsB/2YhAf5oKQL0aDID7Gc8BuVkSAvfYVQQ2V5eF9JbaRzOWHIg&#10;y1Z7JMhUgyfFUosqw1GSLMFQmS6/T6EvvU+oMbtOsTK5Trwzt07KNLVO4TSyTvE1r0/9Nq1P/zas&#10;T/82q0//NqtP/zarT/82q0//NqtP/zb/TRcB/1USAf9fFAD/ZhgA/2sdAfhtJAHtbiwC5W02BN1r&#10;QwjUZ08QzWRaF8hgZB3EXW0iwVt2Jr1Zfim7V4UsuFaNL7ZVlDG0VJwzslOkNLBSrTatUrc3rFLF&#10;OKpS2jinUu05pVP6OaNT/zmiU/85oVT/OKFU/zihVP84oVT/OKFU/zj/TxQB/1kQAP9jEgD/ahQA&#10;/28ZAPJyHwDmdCYB3XQxAtNxPwjLbUsPxWlWF8BmYB27Y2kit2BxJ7ReeSuxXIAurluIMaxZjzOq&#10;WJc1p1efN6VXqDmjVrM6oVbAO59W0jydVuk8m1f4PJpX/zyZWP87mFj/O5hY/zqYWP86mFj/OphY&#10;/zr/UhIB/1wOAP9mEAD/bREA+nMUAOt3GADgeR8A1HktAst2PAfEckgOvm9TFrhrXB2zaGUir2Vt&#10;J6xjdSupYXwvpl+EMqNeizWhXZM3nlybOZxbpDuZWq89l1q7PpZazD+UWuU/klv1PpFb/z6QXP89&#10;kFz/PI9c/zyPXP88j1z/PI9c/zz/VREA/18NAP9pDgD/cQ4A9XcQAOZ7EQDZfRgAzn0qAsV7OQa+&#10;d0UOt3RQFbFwWRytbWIiqGppJ6VocSyhZngvnmSAM5tihzaYYY84lmCYO5NfoT2RXqs/j164QI1e&#10;yEGLXuFBil/zQIlf/z+JYP8+iGD/Pohg/z2IYP89iGD/PYhg/z3/Vw8A/2IMAP9sDAD4dAwA6XoM&#10;AN5+DADSgRUAyIEnAcB/Nga4fEINsnhNFax1Vhuncl8iom9mJ55sbiybanUwl2h8M5RnhDaRZYw5&#10;jmSVPIxjnj6JYqhAh2K1QoVixUKEYt5Dg2PxQoJj/UGCZP9AgmT/P4Jk/z+CZP8/gmT/P4Jk/z//&#10;WQ4A/2QLAP9uCgDqdwgA230IANSCCgDMhBIAw4UkAbuDNAWzgEAMrXxLFKZ5VBuhdlwhnHNkJphx&#10;ayuUb3IvkW15M45rgTaLaok5iGiSPIVnmz+CZqZBgGayQ35mwUR9ZtlEfGfvQ3xn/EF8aP9AfGj/&#10;QHxo/z98aP8/fGj/P3xo/z//WwwA/2cJAPdxBwDeegUA1IAHAM6FCQDHhxEAvogiAbaHMQSvhD4L&#10;qIFJE6J9Uhqcelogl3dhJpN1aCuPc28vi3F3M4hvfjaFboY6gm2PPX9rmT98a6NCeWqwQ3hqv0R2&#10;atRFdmvtQ3Zr+0J2a/9Bdmz/QHZs/0B2bP9Admz/QHZs/0D/XQoA/2kHAOx0AwDafAQA0IMGAMmI&#10;BwDDig8AuosgAbKKLwSriDwKpIVHEp2BUBmYflgfk3xfJY55ZiqKd20uhnV0MoJ0fDZ/coQ5fHGN&#10;PXlwlkB2b6FCdG6uRHJuvUVwbtFFcG/rRHBv+kNxb/9BcW//QHFw/0BxcP9AcXD/QHFw/0D/XwgA&#10;/2sEAOF2AADUfwMAy4YFAMWLBgC+jQ0AtY8eAK6OLQOmjDoJn4lFEZmGThiTg1YejoBdJIl+ZCmF&#10;fGstgXpyMn14eTV6d4I5d3aLPHN1lT9xdJ9CbnOsRGxzu0Vrc85Fa3PpRGtz+ENrc/9CbHP/QWxz&#10;/0Bsc/9AbHP/QGxz/0D/YQUA+m4BAN15AADQggIAx4kEAMCOBAC5kQwAsZIbAKmSKwOikDgIm41D&#10;D5SKTBeOiFQdiYVbI4SDYiiAgWktfH9wMXh+dzV1fH84cXuIPG56kj9reZ1BaHiqQ2Z4uERleMxF&#10;ZXjnRGV490NmeP9CZnj/QWZ4/0BmeP9AZnj/QGZ4/0D/ZAMA7nEAANh8AADLhQIAw4wDALuRAwCz&#10;lAkArJYYAKWWKAKdlDYHlpJBDpCPShWKjVIchItaIn+JYCd7h2csd4VuMHODdTRvgn03bIGGO2l/&#10;kD5mfptBY36oQ2F9tkRgfclEX33lQ2B99kJgff9BYX3/QGF9/0Bhff9AYX3/QGF9/0D/ZwAA43QA&#10;ANJ/AADHiAEAvo8CALaVAQCumAYAppoVAJ+aJgKYmTMGkZc/DIuVSBSFk1Aaf5FYIHqPXyV2jWUq&#10;cotsLm6KczJqiHs2ZoeEOWOGjjxghZk/XYSmQVuEtEJahMdDWoTjQlqD9EFbg/9AW4P/QFuD/z9b&#10;g/8/W4P/P1uD/z//agAA3ngAAM2DAADCjAAAuZMAALCYAACnnQIAoJ8SAJmfIwGTnjEFjJ08C4Wb&#10;RhJ/mU4YepdWHnWWXSNwlGMobJJqLGiRcTBlkHk0YY6CN16NjDpajJc9WIykP1aLskBUi8VAVIvh&#10;QFSK8z9Viv4/VYn/PlWJ/z5Vif8+VYn/PlWJ/z7vbwAA1nwAAMiHAAC9kQAAtJgAAKqcAACgogAA&#10;maQQAJOlIAGMpC4DhaM5CX+iQw95oEwWdJ9TG2+dWiBqnGElZppoKWOZby1fmHcwW5eANFiWijdV&#10;lZU5UpWiO1CUsD1PlMM9T5TfPE+T8jxPkv08T5L/PE+R/zxPkf88T5H/PE+R/zzkdAAAz4EAAMKM&#10;AAC4lgAArZwAAKOhAACYqAAAkKoNAIurGwCFqyoCfqo2BnipQQxyqEkSbadRGGmmWBxkpF8hYKNm&#10;JV2ibSlZoXUsVqF+L1OgiDJPn5M1TZ+gN0uerzhKnsE4SZ7dOEmd8DhJnPw4SZv/OUmb/zlJm/85&#10;SZv/OUmb/znbegAAyIcAALySAACxmgAApqAAAJymAACRrAAAh7EIAIGyFgB8syYBdrIzBHGyPQlr&#10;sUcOZrBPE2KvVhherl0cWq1kIFesayNUrHMmUKt8KU2qhixKqpIvSKmfMEaprTJFqb8yRKraMkSo&#10;7zJDp/szQ6b/M0Ol/zRDpf80Q6X/NEOl/zTQgQAAwY4AALWYAACpnwAAnqUAAJOsAACIsgAAfLkC&#10;AHa6EQByuyEAbrsuAmi7OgZkukMKX7pMDlu5UxJXuFoWVLhhGVG3aRxOt3EfS7Z6Iki2hCVFtpAn&#10;Q7WdKUG1rCpAtr4qP7bYKj+07io+s/osPbL/LT2x/y09sf8tPbH/LT2x/y3HiQAAuZUAAKydAACh&#10;pAAAlqsAAIqyAAB/uAAAc78DAGrEDABnxRoAY8UoAV/FNQNbxT8FV8VICVTEUAxQxFgPTcRfEkrD&#10;ZhVIw24XRcN4GkLDghxAw44ePsOcHzzDqyA7w7whOsPVITvC7iE5wPkiOL//JDi//yQ4v/8kOL//&#10;JDi//yS9kQAAsJsAAKSiAACYqgAAjLEAAIC5AAB1vwAAasYEAF7MCABZzxIAV9AhAFXQLgFR0DkC&#10;TtBDBEvQTAZJ0FMIRtBbC0PQYw1B0GsPPtB1ETzRgBM60YwUONGaFjbRqRc10bsXNNLSFzXQ7BY0&#10;z/cYM87/GjPO/xozzv8aM87/GjPO/xqzmQAApqEAAJqpAACOsQAAgbkAAHXAAABqxwAAXs0DAFTU&#10;CABM3Q0ASt0YAEjeJgBG3jIBRN88AkLfRQM/300EPeBVBTvgXQY54GYIN+BvCTXhegoz4YYMMeGU&#10;DTDiow4u4rMOLuPHDi3j4w4t4PIOLN/7Dyzf/RAs3/0QLN/9ECzf/RCooAAAnKcAAI+wAACDuAAA&#10;dsEAAGrJAABezwAAU9UBAEncBgBF6Q8AQukZAEDqJAA96i4AOus2ATjsPgE27EYCM+1NAzHtVQMv&#10;7l0ELe5lBSvucAUp73sGKO+JBybwlwcl8KcIJPG4CCPxzAgi8uUIIvDzCCLv9Qgi7/UIIu/1CCLv&#10;9QiepgAAka8AAIS4AAB3wQAAaskAAF3QAABR1wAARt0AAD/qBQA89g4AOfYXADb3IAAz9ygAMfgw&#10;AC75NgEr+T0BKfpEASf6SgIl+1ICI/taAiD8YwMe/G4DHP17Axv+iQQZ/pgEGP+oBBf/twQW/8gE&#10;Fv/gBBb/5AQW/+QEFv/kBBb/5ASTrgAAhbcAAHjAAABqyQAAXdIAAFDZAABE3wAAOuQAADX3AwAy&#10;/wwALv8SACv/GgAo/yEAJv8nACP/LQAg/zMAHv85ARz/PwEZ/0UBF/9NARX/VQET/18BEf9qAhD/&#10;eAIO/4cCDv+WAg3/pAIM/7ACDP++Agz/wgIM/8ICDP/CAgz/wgKHtgAAeb8AAGvJAABe0wAAUNsA&#10;AEPgAAA45QAAL/AAACv/AAAn/wgAJP8OACH/EwAe/xkAG/8eABj/IwAV/ygAE/8tABH/MgAQ/zgA&#10;Dv8/AAz/RgEK/08BB/9ZAQT/ZQEB/3IBAP+BAQD/jwEA/5sBAP+nAQD/qQEA/6kBAP+pAQD/qQH/&#10;LC8B/zAsAf8yLAL/MzAC/zE2A/8wQQP/L00E/y1aBv8rZgf/KXMI/yh+Cv8niAv/J5EM/yeZDf8m&#10;nw3/JqUO/yarDv8msQ//JrgP/ybAD/8myQ//JtcP/ybmD/8m8A/+JvkP+yf/D/kn/w/5Jv8R+Cb/&#10;Efgm/xL4Jv8S+Cb/Evgm/xL/LiwB/zMpAf81KgL/Ni0C/zY0Av81PwP/M0sE/zJXBv8wZAf/LnAJ&#10;/yx7Cv8shQz/K44N/yuWDv8qnQ//KqMP/yqpEP8qrxD/KbYQ/ym9Ef8pxxH/KdMR/injEfsq7xH4&#10;KvgQ9iv/EPQq/xL0Kv8T8yr/FPMp/xTzKf8U8yn/FPMp/xT/MSkB/zYmAf85JgH/OikC/zsyAv87&#10;PQP/OUgF/zdUBv81YAf/M2wJ/zJ3DP8wgg3/MIsO/y+TD/8vmhD/LqAR/y6mEf8urBL/LrMS/i66&#10;Ev0uxBL7Ls8T+C7hEvUu7RLxL/cS7y//E+4u/xXtLv8W7C7/F+wu/xfsLv8X7C7/F+wu/xf/NCYB&#10;/zkjAf89IwH/PiYC/0EvAv9BOQP/P0UE/z1QBv87XAj/OWgK/zdzDf82fg7/NYcQ/TSPEfw0lhL6&#10;M50T+TOjE/gzqRT3M7AU9jO3FPQzwBTzM8wU8DPeFO0z6xTpNPYV5zP/F+Yz/xjkMv8Z5DP/GuMy&#10;/xrjMv8a4zL/GuMy/xr/OCMB/z0gAf9BHwH/RSMB/0csAv9HNgP/RkAE/0RMBv9BWAj/P2QL+z5v&#10;Dvk8eRD2O4MR9DqLE/M5kxTxOZkU8DigFe44phbtOK0W7Di0Fuo4vRbpOMkW5zjbFuM56hbgOPUY&#10;3Tj/Gts3/xzZN/8d1zf/HdY3/x7WN/8e1jf/HtY3/x7/OyAB/0EcAf9FGgH/SyAB/00oAf9OMgL/&#10;TTwE/0pHBvpIUwj2Rl8L8kRqDu9CdBHsQX4T6kCHFOg/jhXmPpYW5T6cF+M9oxjiPaoY4D2yGN89&#10;uxndPcYZ2z3YGtY96RrSPfUdzj3+H8w8/yDLPP8hyTz/Ick8/yHJPP8hyTz/Ick8/yH/PxwB/0UX&#10;Af9LFwH/UB0B/1MkAf9ULQL/UzcD91FCBfFOTQjsTFoL6EplD+VIbxHiR3kU30WCFt1EihfaQ5EZ&#10;2EKZGtVCnxvTQaYc0UGuHc9Btx7OQcEezEHQH8lC5R/FQvMhwkH+I8BB/yS+Qf8kvUH/Jb1B/yW9&#10;Qf8lvUH/Jb1B/yX/QhgB/0kTAP9QFAD/VhkA/1kgAf9aKAH3WjIC71g9BOhVSQfjU1UK3lFgDtlO&#10;ahLUTHQW0Et8GM5JhBvMSIwcykeTHshHmh/GRqEhxEapIsJFsSPBRbwjv0XJJL1G3yW5Ru8mtkb7&#10;J7RG/yizRv8oskb/KLFG/yixRv8osUb/KLFG/yj/RhUA/00RAP9VEgD/WxYA/14bAPlgIwHvYCwB&#10;5l42A99cRAXYWVAK0VdbD8xUZRTIUm4YxVB3G8NPfx3AToYfvk2OIbxMlSO6S5wkuEqkJrZKrCe0&#10;SrYos0nDKbFJ1imuSuoqq0r4K6lK/yuoS/8rp0v/K6dL/yunS/8rp0v/K6dL/yv/SRIA/1AOAP9Z&#10;EAD/XxIA/2MWAPJlHQDnZSUA3mQxAdRiPwXNYEsKx11WD8JaYBW+WGkZu1ZxHLhUeR+2U4Eis1KI&#10;JLFQkCavUJcorU+fKatOqCupTrIsp06+LaZOzi6jTuYuoU/1Lp9P/y6eT/8unU//Lp1Q/y6dUP8u&#10;nVD/Lp1Q/y7/TBAA/1QNAP9dDgD/Yw8A+WcRAOtpFQDfahwA02osActoOwTFZUcJv2JSD7pgXBW2&#10;XWUZslttHa9ZdSGsWHwjqlaDJqdViyilVJMqo1ObLKFToy6fUq0vnVK5MJtSyTGZUuIxl1PyMZZT&#10;/zGVVP8xlFT/MJRU/zCUVP8wlFT/MJRU/zD/Tw4A/1gLAP9gCwD7ZgwA8GsNAORtDgDWbhYAzG8o&#10;AcRtNwS9a0QJt2hPD7JlWBWuYmEaqmBpHqdecCGkXXgloVt/J59ahyqcWY4smliXLphXoDCVVqoy&#10;k1a1M5FWxTSQVt00jlfwNI1X/TOMWP8zjFj/MoxY/zGMWP8xjFj/MYxY/zH/UQwA/1sJAP9jCADr&#10;agcA3W4IANhxCgDPchMAxnMlAb5yNAO3cEEIsW1MDqxqVRSnZ14Zo2VlHqBjbSKcYXQlmmB7KJde&#10;gyuUXYstklyTMI9bnDKNWqY0i1qyNYlawTaHWtY2hlvtNoVb+zWFXP80hFz/M4Rc/zOEXP8zhFz/&#10;M4Rc/zP/UwoA/10GAPVmBADfbQMA1XIGANB1CQDJdhEAwHciALh2MQOxdD4Hq3FJDqZuUhShbFsZ&#10;nWliHZlnaiKWZnElk2R4KJBjfyuNYYcuimCQMIhfmTOFX6M1g16vNoFevjiAXtE4f1/qN35f+jZ+&#10;YP81fmD/NH5g/zR+YP80fmD/NH5g/zT/VQgA/2AEAOhpAADacAMA0HUFAMp4BwDDeg8Au3sfALN6&#10;LwKseDwHpnVGDaFzUBOccFgYl25gHZNrZyGQam4ljWh1KIpnfCuHZoQuhGSNMYFjljR/Y6E2fGKt&#10;N3piuzl5Ys45eGPoOHhj+Dd4ZP82eGT/NXhk/zV4ZP81eGT/NXhk/zX/VwUA/2IBAOFsAADUcwIA&#10;y3gEAMV7BQC+fQ0Atn4dAK9+LAKofDkGoXlEDJx3ThKXdFYYknJdHI5wZCCKbmskh2xyKIRreiuB&#10;aoIufmmKMXtolDR4Z582dmaqOHRmuTlzZss6cmbmOXJn9zhyZ/83cmj/NnJo/zVyaP81cmj/NXJo&#10;/zX/WQIA9mUAAN1uAADPdgEAx3sDAMB/BAC5gAwAsYIaAKqCKgKjgDcFnX1CC5d7SxGSeFQXjXZb&#10;G4l0YiCFcmkkgXFwJ35vdyt7bn8ueG2IMXZskjRza5w2cGqoOG5qtzptask6bGrkOm1r9Thta/83&#10;bWv/Nm1r/zZta/82bWv/Nm1r/zb/WwAA62cAANlxAADMeQAAw34CALuCAwC0hAkArYUYAKaFKAGf&#10;hDUFmYJACpN/SRCNfVIWiXtZG4R5YB+Ad2cjfHVuJ3l0dSp2c30uc3KGMXBxkDRtcJs2a2+nOGlv&#10;tTpob8c6Z2/iOmdv9Dhob/83aG//Nmhv/zZob/82aG//Nmhv/zb/XgAA5GoAANN0AADIfAAAv4EB&#10;ALeFAQCvhwcAqIkVAKGJJQGbiDMElIY+CY6ERw+JgVAVhH9XGn9+Xh57fGUieHpsJnR5cypxeHst&#10;bneEMGt2jjNodZk2ZnSlOGRzszlic8Q6YnPgOmJz8zhjc/83Y3P/NmNz/zZjc/82Y3P/NmNz/zb/&#10;YQAA4G0AAM93AADEfwAAu4UAALOJAACqiwMAo4wTAJyNIwGWjDADkIs8CIqJRQ6Eh04Tf4VVGHuD&#10;XB13gmMhc4BqJW9/cSlsfXksaXyCL2Z7izJjepc1YHmjN155sThdecI5XHndOV158ThdeP43Xnj/&#10;Nl54/zVeeP81Xnj/NV54/zX1ZAAA3HAAAMp6AADAgwAAtokAAK6NAACkjwAAnZEQAJeSIACRkS4D&#10;ipA5B4SOQwx/jUwSeotTF3WJWhtxiGEgboZoI2qFbydnhHcrY4N/LmCCiTFdgZQzW4ChNll/rzdX&#10;f8A4V3/aN1d/8DdYfv02WH7/NVh+/zVYfv81WH7/NVh+/zXpaAAA1HQAAMZ+AAC7hwAAso0AAKiR&#10;AACelAAAlpYOAJGXHACLlysChZY3BX+UQQp5k0kQdJJRFXCQWBlsj18daI5mIWWMbSVhi3QoXop9&#10;LFuJhy9YiJIxVYefM1OHrTVSh741UYfWNVGG7jVShfs0UoX/NFKF/zNShf8zUoX/M1KF/zPjbAAA&#10;znkAAMGDAAC2iwAArJEAAKKVAACXmQAAj5sLAIqdGACEnScBfpw0BHmbPghzmkcNb5lPEmqYVhdm&#10;l10bY5VjHl+UaiJck3IlWZJ7KFWRhStSkZAuUJCdME6QqzFMkLwyTJDTMkyP7TJMjvoyTI3/MUyM&#10;/zFMjP8xTIz/MUyM/zHccQAAyH4AALuIAACxkQAAppYAAJyaAACQnwAAh6IGAIGjFAB8pCMBd6Qw&#10;A3KjOwZtokQLaKFMD2SgVBNgn1oXXZ5hG1mdaB5WnXAhU5x5JFCbgydNmo4pSpqbLEiaqS1Hmbot&#10;RprQLUaY6y1Gl/kuRpb/LkaW/y5Glv8uRpb/LkaW/y7RdwAAwYQAALaOAACqlQAAoJsAAJWfAACK&#10;pAAAfakAAHerEABzqx4Ab6wsAWqrNwRlq0EHYapJC12pUQ9aqVgTV6hfFlOnZhlQp24cTaZ2H0ql&#10;gSFIpYwkRaWZJkOkqCdCpLgoQaTOJ0Gj6idAovgoQKH/KUCg/ylAoP8pQKD/KUCg/ynJfgAAuosA&#10;AK+UAACjmgAAmKAAAI2lAACCqgAAdbAAAGyzDABptBgAZbQnAWG0MwJetD0EWrRGB1azTgpTs1UN&#10;ULNcEE2yYxNKsmsWR7F0GEWxfhpCsIodQLCXHj6wpiA8sLcgPLDMIDyv6CA7rvchOq3/Ijqs/yM6&#10;rP8jOqz/Izqs/yPAhgAAs5IAAKeZAACcnwAAkKYAAISsAAB5sQAAbbcAAGG8BQBdvRIAWr4gAFi+&#10;LQFUvjgCUb5CBE6+SgZMvlIISb5ZCka+YAxEvmgOQb1xET+9fBM8vYgVOr2VFji9pBc3vbUYNr3K&#10;GDe85xc1u/YZNbr/GjS5/xs0uf8bNLn/GzS5/xu4jwAAqpgAAJ+fAACTpgAAh6wAAHuzAABvuQAA&#10;Y74AAFjEBABQyAwATcgXAEzJJQBKyjEAR8o7AUXKRAJDykwDQcpUBD7KXAY8ymQHOstuCTjLeAo2&#10;y4UMNMuSDTLLog4xy7IPMMzHDzDL5Q4vyfUPLsj9ES7H/xIux/8SLsf/Ei7H/xKulwAAoZ4AAJWl&#10;AACJrQAAfLQAAHC7AABkwQAAWcYAAE7LAwBF0AgAPtUOAD3VGgA81iYAO9cxADnYOwA42UUBNtlN&#10;ATXZVgIz2l4CMdpoAzDbcwQu238FLNuNBSrcnQYp3K0GKN3BBijd3gYn2+8HJtn5CCbY/gkm2P4J&#10;Jtj+CSbY/gmknQAAmKUAAIutAAB+tAAAcbwAAGXDAABZyQAATc0AAEPTAQA62QYANeQNADPkFgAx&#10;5CAAMOUqAC7mMwAt5jwAK+dEACrnTAEo6FQBJ+hdASXpZwIj6XMCIuqBAiDqkQMf66EDHeuyAxzs&#10;xwMc7OEDG+rxAxvp+QMb6fkDG+n5Axvp+QOapAAAjawAAH+1AAByvQAAZcUAAFnLAABM0AAAQdUA&#10;ADjcAAAv4QIALfENACvxEwAo8hwAJvIkACTzKwAi9DIAIfQ5AB/1QQAd9UkAG/ZRABn3WgEX92UB&#10;FfhyART5gQET+ZIBEvqiAhH6swIQ+8YCEPvdAhD76QIQ++kCEPvpAhD76QKPqwAAgbQAAHO9AABm&#10;xgAAWc0AAEvTAABA2QAANd4AACzjAAAm8QAAJP4KACH/EAAf/xYAHP8cABn/IgAX/ygAFf8uABP/&#10;NQAS/zwAEP9DAA7/TAAN/1YAC/9iAAn/bwAI/38BB/+QAQX/oAEE/64BBP+8AQP/xwED/8cBA//H&#10;AQP/xwGDtAAAdb0AAGfGAABazwAAS9UAAD/cAAAz4QAAKeUAACHsAAAe/QAAGv8FABf/DAAV/xAA&#10;Ev8UABD/GQAO/x4ADf8jAAv/KAAI/y4ABv81AAP/PQAA/0YAAP9RAAD/XQAA/2sAAP97AAD/iwAA&#10;/5kAAP+lAAD/rAAA/6wAAP+sAAD/rAD/JywB/yoqAf8rKgH/Ki4B/yY0Av8lPwL/I0sD/yFYA/8g&#10;ZAT/HnAE/x17BP8dhQX/HY4F/x2WBf8dnAb/HaIG/xyoBv8crgf/HLQH/xy7B/8cwwf/HM4H/x3f&#10;B/8d6wf8HfUH+R3+Bvce/wf3Hf8I9h3/CfYd/wn2Hf8J9h3/CfYd/wn/KSoB/ywnAf8uJwH/LSoB&#10;/ywyAf8rPQL/KUkD/ydVA/8lYQT/I20E/yJ4Bf8iggX/IYsG/yGTBv8hmgf/IaAH/yGlB/8hqwj/&#10;IbEI/yG4CP8hwQj/IcsI/CHcCPkh6Qj2IfQI8yL9B/Ii/wnxIv8K8SH/C/Ah/wvwIf8L8CH/C/Ah&#10;/wv/LCYB/zAkAf8xIwH/MSYB/zIvAf8xOgL/L0YD/y1SA/8rXgT/KWkF/yh1Bf8nfwb/J4gH/yaQ&#10;B/8mlgj/Jp0I/iajCf0mqQn8Jq8J+ya2Cfomvgn4JsgJ9ibZCfIm6AnvJ/MJ7Sf9Cusm/wvqJv8N&#10;6Sb/Degm/w7oJv8O6Cb/Dugm/w7/LyMB/zMgAf81HwH/NyMB/zgsAf84NwL/NkIC/zROA/8yWgT/&#10;MGUF/y5wBv4tewf8LYQI+iyMCfgskwn3LJkK9iugCvQrpgrzK6wL8iuzC/EruwvvK8YL7izUC+os&#10;5gvmLPIL5Cz8DeIs/w/hLP8Q4Cz/EN8s/xHfLP8R3yz/Ed8s/xH/Mx8B/zcbAf86GgH/PSAB/z8o&#10;Af8/MgH/PT4C/ztJA/85VQT7N2EG9zVsB/U0dgjyM38J8DKHCu8yjwvtMpYL7DGcDOoxogzpMakM&#10;6DGwDeYxuQ3lMcMN4zLRDd8y5QzcMvEP2DH8EdUx/xLSMf8T0TH/FNAx/xTQMf8U0DH/FNAx/xT/&#10;NxsB/zsXAP8/FgD/QxwA/0YkAf9GLgH/RDkC/EJEA/Y/UATxPVwG7TxnB+o7cQnoOnoK5TmDC+M4&#10;iwziOJIN4DeZDd83nw7dN6YO2zetD9k2thDXNsEQ1TbOENE34xHNN/ETyjf7Fcg3/xbGN/8XxTf/&#10;GMQ3/xjEN/8YxDf/GMQ3/xj/OxcA/0ATAP9FEwD/SRgA/0wgAP9MKQH6SzMB8kg+AuxGSgTnRFYG&#10;40NiCN9BbArcQHUM2T9+DdU+hg/TPY0Q0T2UEc88mxLNPKITzDypFMo7sRTIO7sVxzvIFsU83BbB&#10;PO0Xvjz5Gbs8/xq6PP8buTz/G7g8/xu4PP8buDz/G7g8/xv/PhQA/0QQAP9KEQD/TxQA/1EbAPtS&#10;IwDxUS0B6U84AeJNRQPcS1EF1klcCNFHZgvORnAOy0V4EMhEgBLGQ4cUxEKOFcNClRbBQZwXv0Gk&#10;GL1ArBm8QLYaukDCGrhA0hu1QegbskH2HbBB/x6uQf8erUH/HqxB/x6sQf8erEH/HqxB/x7/QhEA&#10;/0cNAP9PDgD/UxEA/1YVAPNXHADoViUA4FUxAddTPwLPUkwFylBXCcZOYQ3DTGoQwEpyEr1JehW7&#10;SIIWuUeJGLdHkBm1Rpcbs0afHLFFpx2wRbEerkW8H6xFzB+qReMgp0bzIaVG/yGjRv8iokb/IaJG&#10;/yGiRv8hokb/IaJG/yH/RQ4A/0sKAP9TDAD/Vw0A+VoQAOtbFADfWhwA1ForAMxaOwLGWEgFwVZT&#10;CbxUXA25UmURtVBtFLNPdRewTnwZrk2EGqxMixyqS5IeqEqaH6ZKoyGkSawio0m4I6FJxiSfSt4k&#10;nUrwJJtK/SWZS/8kmUv/JJhL/ySYS/8kmEv/JJhL/yT/SAwA/08IAP9WCAD1WwkA6V4KAOReDQDV&#10;XxUAy2AnAMRfNgK+XkMFuFtOCbRZWA6wV2ESrFVpFapUcBinU3gapVJ/HKJRhh6gUI4gnk+WIpxO&#10;nyOaTqglmE6zJpdOwieVTtYnk07sJ5FP+yeQT/8nkFD/Jo9Q/yaPUP8mj1D/Jo9Q/yb/SgkA/1MF&#10;APhaBADiXwMA2mIGANRjCQDNYxIAxGUjALxlMgK2Y0AFsWFLCaxeVA6oXF0SpVtlFqFZbBifWHMb&#10;nFZ6HppVgiCYVIoilVSSJJNTmyaRUqUnj1KwKY1SviqMUtAqilPpKolT+SmIVP8ph1T/KIdU/yiH&#10;VP8oh1T/KIdU/yj/TAUA/1YBAOldAADcYwIA0WcFAMxoBwDGaBAAvWogALZpLwGwaDwEqmVHCaVj&#10;UQ2hYVoSnV9hFppeaRmXXHAclVt3HpJafiGQWYYjjViOJYtXlyeJV6EphlatK4VWuiyDVswsglfm&#10;LIFX9yuAWP8qgFj/KoBY/ymAWP8pgFj/KYBY/yn/TwIA/VkAAOJgAADVZwAAzGoDAMZsBQDAbA4A&#10;t20dALBuLAGqbDkEpWpECKBoTg2bZlcRl2ReFZRiZRmRYGwcjl9zHoteeyGJXYIkhlyLJoRblCiB&#10;W54qf1qqLH1aty18WskuelrjLnpb9S16XP8seVz/K3pc/yp6XP8qelz/Knpc/yr/UQAA8lsAAN5k&#10;AADPagAAx24CAMBwBAC6cAwAsnEaAKtxKQGlcDcDn25CB5psSwyWalQRkmhcFY5mYxiLZWkbiGNw&#10;HoVieCGCYX8kgGCIJn1fkSl7X5wreF6nLXZetS51XsYvdF7hL3Rf8y50X/8sdGD/K3Rg/yt0YP8r&#10;dGD/K3Rg/yv/UwAA6F4AANlnAADLbQAAw3EBALtzAgC1cwkArXUXAKd1JwGhdDQDm3I/B5VwSQuR&#10;blIQjGxZFIlqYBiFaWcbgmhuHn9mdSF9ZX0kemSFJndkjyl1Y5orcmKlLXBisy9vYsQvbmLeL25j&#10;8i5uY/4tbmP/LG5j/ytuY/8rbmP/K25j/yv/VQAA5WAAANNpAADIcAAAv3QAALd3AQCwdwcAqHgV&#10;AKJ5JACceDIClnY9BpF0RwuMck8PiHBXE4RvXheAbWQafWxrHXprcyB3anojdGmDJnJojSlvZ5cs&#10;bWejLmtmsS9pZsEwaWbbMGln8C9pZ/0taWf/LGpn/ytqZ/8ramf/K2pn/yv+WAAA4WMAAM9sAADE&#10;cwAAu3gAALN6AACregQApHsSAJ58IgCYfC8Ckno7BYx4RQqHd00Og3VVEn9zXBZ7cmIaeHBpHXVv&#10;cCBybngjb22BJm1siylqbJYraGuhLmZrry9kar8wY2vYMGNr7y9ka/wtZGv/LWVr/yxla/8sZWv/&#10;LGVr/yz0WwAA3WYAAMtvAADAdgAAt3sAAK9+AACmfgEAn38QAJmAHwCTgC0CjX85BYh9QwmDe0sN&#10;fnpTEnp4WhZ2d2EZc3VnHHB0bh9tc3YianJ/JmhxiShlcJQrYnCgLWBvrS9fb70vXm/UL15v7S9f&#10;b/stX2//LGBv/yxgb/8sYG//LGBv/yzrXgAA2GkAAMdyAAC8eQAAs38AAKuCAAChggAAmYMOAJSE&#10;HQCOhCsBiIM2BIOCQAh+gEkMeX9REHV9WBRyfF8YbntlG2t6bB5oeXQiZXh9JWJ3hydgdpIqXXWe&#10;LFt1qy5adLsvWXXRL1l07C5ZdPotWnT/LFp0/ytadP8rWnT/K1p0/yvmYQAA0W0AAMN2AAC5fQAA&#10;r4MAAKaGAACchgAAlIgMAI6JGQCJiSgBg4k0A36HPgd5hkcLdIVPD3CEVhNtgl0XaYFjGmaAah1j&#10;f3IgYH56I119hCZafI8pWHucK1Z7qSxUe7ktU3vOLVR66i1UevksVHn/K1V5/ypVef8qVXn/KlV5&#10;/yrhZQAAzHEAAL96AAC0ggAAq4cAAKGKAACViwAAjY0JAIeOFgCCjyQBfY8xAniOOwVzjUQJb4xM&#10;DWuKVBFniVoVZIhhGGGHaBtehnAeW4V4IViEgiRVhI0mUoOaKVCCpypPgrcrToLMK06C6CtOgfgq&#10;T4D/Kk+A/ylPgP8pT4D/KU+A/ynbagAAx3UAALp/AACwhwAApowAAJyPAACPkQAAhpMFAICUEgB7&#10;lSEAd5UtAXKVOARtlEIHaZNKC2WSUQ5ikVgSXpBfFVuPZhhYjm0bVY52HlKNgCFPjIsjTYuYJUuL&#10;pSdJi7UoSIvKKEiK5ydJifcoSYj/J0mH/ydJh/8nSYf/J0mH/yfRbwAAwXsAALWEAACrjAAAoJAA&#10;AJWUAACJlwAAfpoAAHebDgBznBwAb50pAWucNQJmnD8FYptHCF+aTwtcmlYPWJlcElWYYxVTmGsX&#10;UJdzGk2WfR1KlYkfR5WVIUWVpCNElLMjQ5TII0OU5SNDkvUkQ5H/JEOQ/yRDkP8kQ5D/JEOQ/yTK&#10;dQAAu4EAALCLAACkkQAAmpUAAI+ZAACDnQAAdKIAAG6jCwBqpBcAZqUlAGOlMQFfpDsDW6REBVik&#10;SwhVo1MLUqNaDU+iYRBNomgTSqFxFUegexhEoIYaQp+THECfoh0+n7IePZ/GHj2f4x09nfQePZz/&#10;Hzyb/x88m/8gPJv/IDyb/yDCfAAAtYgAAKmQAACelgAAk5sAAIefAAB7pAAAb6gAAGOsBABfrREA&#10;XK0fAFquKwBXrjYBVK5AA1GtSAVOrU8HS61XCUmtXgtGrGYNRKxuD0GseBE/q4QTPKuRFTqroBY5&#10;q7AXOKvDFziq4Rc3qfMYN6f+GTam/xo2pv8aNqb/Gjam/xq6hAAAro8AAKKWAACXmwAAi6EAAH+m&#10;AABzqwAAZ68AAFq0AABTtgwAUbcXAE+3JABNuDAASrg6AUi4QwJGuEsDRLhSBEG4WgY/uGIHPbhr&#10;CTq4dQs4t4EMNreODjS3nQ8zt60PMrfBDzG33g8xtvIQMLT8ETCz/xIws/8TMLP/EzCz/xOyjgAA&#10;pZUAAJqbAACOogAAgqgAAHWtAABpswAAXrcAAFO7AABHwAUAQ8IQAELCGwBAwycAP8MyAD7EPAA8&#10;xEQBOsRNATjEVQI2xF0DNcRmBDPFcAQxxXwGL8WKBi3FmgcrxaoIKsW+CCrF2ggqxPAIKcL7CSjB&#10;/woowf8LKMH/CyjB/wuolQAAnZsAAJGiAACEqQAAeK8AAGu1AABfuwAAVL8AAEnDAAA/yAQANs0J&#10;ADPOEQAyzxwAMc8nADDQMQAv0DoALtFDAC3RTAAr0lUAKtJfASjTaQEn03YBJdOEAiTUlAIi1KYC&#10;IdW5AiHV0gIg0+sCINL2Ax/R/wQf0f8EH9H/BB/R/wSfmwAAlKIAAIepAAB5sQAAbbgAAGC+AABU&#10;wwAASccAAD7LAAA10AEALdUGACXbCwAk3hIAI94cACLfJQAh4C4AIOA3AB/hQAAe4UoAHeJTABzj&#10;XgAb42oAGuR4ABjkiAEX5ZoBFuasARXmwAEU590BE+XvARPj+gET4/oBE+P6ARPj+gGWogAAiakA&#10;AHuxAABuuQAAYcAAAFTGAABIygAAPc8AADPTAAAq2QAAIt4CAB7rCgAc7BAAG+0XABntHwAX7iYA&#10;Fe4tABTvNQAT8D0AEfBGABDxUAAP8lsADvJpAA3zeAAM9IoAC/WcAAr1rgAJ9sIACfbZAAj17QAI&#10;9e0ACPXtAAj17QCLqQAAfbIAAG+6AABiwgAAVckAAEfOAAA70gAAMdgAACfdAAAf4QAAGegAABb4&#10;BgAU+g0AEvsSABD8FwAO/B0ADf0jAAz9KQAK/jAACP84AAb/QQAD/0wAAP9YAAD/ZgAA/3cAAP+J&#10;AAD/mwAA/6sAAP+7AAD/zgAA/88AAP/PAAD/zwB/sgAAcboAAGPDAABWywAASNEAADrWAAAv3QAA&#10;JeEAABzlAAAU6QAAEfcAAA//AQAN/wkAC/8NAAj/EAAG/xQAA/8YAAD/HgAA/yMAAP8qAAD/MgAA&#10;/zwAAP9HAAD/VAAA/2MAAP9zAAD/hQAA/5cAAP+kAAD/sgAA/7IAAP+yAAD/sgD/IikB/yMnAf8j&#10;KAH/ICsB/xwxAf8aPQH/GEkB/xZWAv8UYgL/E24C/xJ4Av8SggL/EosC/xKSAv8SmQL/Ep4C/xKk&#10;Av8SqQL/Eq8C/xK2Av8SvQL/EscC/xLUAv0S5QL6EvEC9xL6AvUT/wL0E/8D9BP/A/QT/wP0E/8D&#10;9BP/A/QT/wP/JCcB/yYkAf8mJAH/JCcB/yIvAf8gOgH/HkYB/xxTAv8aXwL/GGoC/xd1Av8XfwL/&#10;F4gC/xePAv8XlgL/F5wC/xehAv8XpwL/F60C/xezA/4XuwP9F8UD+hfRA/cX5AL0F+8C8Rj6Au8Y&#10;/wPuGP8E7hj/BO0Y/wXtGP8F7Rj/Be0Y/wX/JyMB/ykgAP8pIAD/KCMA/yktAf8nNwH/JUMB/yNP&#10;Av8hWwL/H2YC/x1xAv8dewP/HYQD/x2MA/4dkwP8HJkD+xyfA/ocpAP5HKoD9xyxA/YcuQP1HcID&#10;8x3OA/Ad4QPsHe4D6R75BOge/wXmHv8G5R7/BuUe/wflHv8H5R7/B+Ue/wf/Kx8A/y0cAP8tGwD/&#10;LiAA/y8pAP8vNAH/LD8B/ypLAv8oVwL/JmIC/SVtA/okdwP4I4AD9iOIA/UjjwPzI5UE8iObBPEj&#10;oQTvI6gE7iOuBO0jtgTrI78E6iPMBOcj4ATjJO0E4CT5Bt4k/wfcJP8I2yT/Cdok/wnaJP8J2iT/&#10;Cdok/wn/LhsA/zEXAP8yFgD/NRwA/zYlAP82LwH/NDoB/zFGAfsvUgL3LV0C8yxoA/ArcgPuKnsE&#10;7CqEBOoqiwToKpIF5ymYBeYpngXkKaUF4ymsBeEptAXgKr0F3irKBdsq3gXWKu0H0ir4Cc8r/wrN&#10;Kv8LzCr/DMsq/wzLKv8Myyr/DMsq/wz/MhcA/zUSAP84EgD/OxgA/z0gAP88KgD+OzUB9zlBAfE2&#10;TQLsNFgC6DNjA+UybQTjMnYE4DF/Bd4xhwXcMI4G2jCVBtgwmwfWL6IH1C+pCNIvsQjQL7oJzzDG&#10;Cc0w2AnJMeoKxjH3DMMx/w7BMf8PwDH/D78x/w+/Mf8QvzH/EL8x/xD/NhMA/zkPAP8+EAD/QRQA&#10;/0MaAP9CIwD1QS4A7T46Aec9RgHhPFMC3TpeA9k5aATUOHEG0Th6B883gQjNN4gJyzaPCso2lgrI&#10;Np0LxjWkDMU1rAzDNbUNwTXADcA2zw69NuYOuTb0ELc2/xG1Nv8StDb/E7M2/xOzNv8Tszb/E7M2&#10;/xP/ORAA/z0LAP9DDQD/RxAA/0gUAPVHHADrRiYA40QyANxEQQHUQ00Cz0FYBMtAYgbIP2sIxT50&#10;CcM9ewvBPYMMvzyKDb08kA67PJcPujufELg7pxC2O7ARtTu7ErM7yRKxO+ATrjzxFKs8/RWpPP8W&#10;qDz/Fqg8/xanPP8Wpzz/Fqc8/xb/PQ0A/0IIAP9ICgD/SwwA+kwPAOxMFADhSh0A1kosAM5LOwHJ&#10;SkgCxEhTBMBHXQe8RmYJukRuC7dDdg21Q30Os0KEELFBixGwQZISrkCaE6xAohSqQKsVqUC2FqdA&#10;xBemQNkXo0HtGKBB+xifQf8ZnkH/GZ1B/xmdQv8YnUL/GJ1C/xj/QAkA/0YFAP9MBQDxTwcA5lAJ&#10;AONPDQDVTxUAzFEnAMVRNgG/UEMCuk9OBbZNWAizTGEKsEppDa1JcA+rSHgRqUd/EqdHhhSlRo0V&#10;o0aVFqFFnhifRacZnkWyGpxFvxqaRdEbmEXpG5ZG+ByVRv8blEb/G5NG/xuTR/8bk0f/G5NH/xv/&#10;QgUA/0oBAPJQAADhVAEA2VYFANNVCQDMVRIAw1YiALxXMgG3Vj8CslRKBa1TVAiqUV0Lp1BkDqRO&#10;bBCiTXMSn0x6FJ1MgRabS4kXmUqRGZdKmRqVSaMbk0muHZJJux6QScwejkrlHo1K9h6LS/8ei0v/&#10;HYpL/x2KS/8dikv/HYpL/x3/RQAA/00AAOVUAADZWQAAz1sDAMpbBgDEWg8Au1seALVcLgGvWzsC&#10;qlpGBaZYUAiiVlkLn1VgDpxTaBGZUm8Tl1F2FZVQfReTUIQZkE+NGo5OlhyMTp8eik6qH4hOtyCH&#10;TsghhU7iIYRP8yCDT/8gg0//H4JQ/x+CUP8eglD/HoJQ/x7/RwAA81EAAN9YAADRXQAAyWACAMNg&#10;BAC9Xg0AtWAaAK5hKgCpYDcCpF5DBJ9dTQibW1ULmFldDpVYZBGSV2sTj1ZyFo1VeRiLVIEaiFOJ&#10;HIZTkh6EUpwfglKnIYBStCJ/UsQjfVLeI3xT8SJ8U/4he1T/IXtU/yB7VP8ge1T/IHtU/yD/SgAA&#10;6VQAANpcAADMYQAAw2QAALxkAgC2YwoAr2QXAKllJwCjZDQCnmNABJlhSgeVX1ILkV5aDo5dYRGL&#10;W2gTiVpvFoZZdhiEWH0agViGHH9Xjx59Vpkge1akInlWsSN3VsEkdlbaJHVX7yR1V/0jdVj/InVY&#10;/yF1WP8hdVj/IXVY/yH/TQAA5VcAANNfAADIZAAAv2cAALdoAACxZwcAqWgUAKNpJACeaDIBmWc9&#10;BJRlRweQZE8KjGJXDYhhXhCFX2UTg15sFoBdcxh9XXoae1yDHXlbjB92W5chdFqiI3JaryRxWr8l&#10;cFrVJW9b7SVvW/wjb1v/Im9b/yJvW/8hb1v/IW9b/yH6TwAA4VoAAM9iAADEZwAAu2sAALNsAACs&#10;agQApGsSAJ5sIQCZbC8BlGs6A49pRAaKaE0JhmZVDYNlXBCAZGITfWJpFXpicBh4YXgadWCAHXNf&#10;ih9wX5Qhbl6gI2xerSVrXrwmal7RJmle7CVqX/skal//I2pf/yJqX/8ial//Impf/yLwUgAA3V0A&#10;AMtlAADAawAAt24AAK9vAACnbgEAoG8QAJpwHwCUcCwBj284A4ptQgaGbEsJgmpSDH5pWQ97aGAS&#10;d2ZmFHVmbhdyZXUacGR+HW1jiB9rY5IiaWKeJGdiqyVlYromZGLPJmRi6iZlYvokZWP/I2Vj/yJl&#10;Y/8iZWP/ImVj/yLrVQAA2GAAAMhoAAC8bgAAs3EAAKtzAACicQAAm3IOAJVzHACQdCoBinM2AoVy&#10;QAWBcEgIfW9QC3ltVw52bF4Rc2tkFHBqbBdtaXMaa2l8HGhohh9mZ5AhZGecI2JmqSVgZrkmX2bN&#10;Jl9m6CZgZvkkYGb/I2Bm/yNhZv8iYWb/ImFm/yLoWAAA02MAAMRrAAC5cQAAsHUAAKd3AACedQAA&#10;lnYNAJB3GQCLeCcAhnczAoF2PQR8dUYHeHNOC3VyVQ5xcVwRbnBjFGtvahZpbnEZZm56HGNtgx5h&#10;bI4hX2uaI11rpyVba7cmWmvKJlpr5yVba/ckW2r/I1xq/yJcav8iXGr/Ilxq/yLjWwAAzmYAAMBu&#10;AAC2dAAArHkAAKN7AACYeQAAkHoLAIp7FgCFfCQAgXwxAXx7OwR3ekQGc3lMCnB4Uw1sd1oQaXZh&#10;E2d1aBZkdG8YYXN4G15ygR1ccYwgWnGYIlhwpiRWcLUlVXDIJVVw5SVVcPYkVm//I1Zv/yJXb/8i&#10;V2//Ildv/yLfXwAAymkAALxyAACyeAAAqX0AAJ9/AACSfgAAin8HAISAEwCAgSEAe4EuAXeAOQNy&#10;gEIFbn9KCGt+UQtofVgOZHxfEWJ7ZhRfem0XXHl1GVl4fxxXeIoeVHeWIVJ2pCJRdrMjUHbGJFB2&#10;4yNQdfUjUXX/IlF0/yFRdP8hUXT/IVF0/yHYYwAAxW0AALh2AACufQAApYIAAJqDAACNgwAAhIQD&#10;AH2FEAB5hh4AdYcrAXGHNgJthj8EaYVHB2WETwpig1YNX4NcD1yCYxJagWsVV4BzGFR/fRpRf4gc&#10;T36UH01+oiBLfbEhSn3EIkp94SFLfPQhS3v/IEt7/yBLe/8gS3v/IEt7/yDQZwAAwHIAALR7AACq&#10;ggAAoIYAAJWIAACHiAAAfIoAAHaMDgByjRoAbo4nAGqOMgFmjTwDY41EBWCMTAhci1MKWotaDVeK&#10;YRBUiWgSUYhxFU+IehdMh4UaSoaSHEiGoB1Ghq8eRYXCHkWF3x5FhPIeRYP+HkWC/x5Fgv8eRYL/&#10;HkWC/x7KbQAAungAAK+BAAClhwAAmosAAI+NAACBjgAAdJEAAG6TCgBplBUAZpUiAGOVLgFglTgC&#10;XJVBBFmUSQZWlFAIVJNXClGTXgxOkmYPTJJuEUmReBRGkIMWRJCQGEKPnhlAj60aP4/AGj+P3Bo/&#10;jfEaP4z9Gz+L/xs/i/8bP4v/Gz+L/xvCcwAAtX4AAKqHAACfjAAAlJAAAIiTAAB7lQAAbJkAAGWb&#10;BABgnBAAXZ0dAFueKQBYnjQBVZ49AlKdRQNQnU0FTZ1UB0ucWwlInGMLRpxrDUObdQ9Bm4ARPpqN&#10;EzyamxQ6mqsVOZq9FTma2RU5mO8WOZf8FjiW/xc4lf8XOJX/FziV/xe7egAAr4UAAKSMAACYkQAA&#10;jZUAAIGaAAB1nQAAaKAAAFukAABWpQwAU6YXAFGnIwBPpy8ATKc4AUqnQQFIp0kCRqdQBEOnWAVB&#10;p18GP6ZoCD2mcgo6pn0LOKaKDTalmQ40pakPM6W7DzOl1A8zpO4PMqL7EDKh/xEyof8RMqH/ETKh&#10;/xG0ggAAqIwAAJ2SAACSlwAAhpwAAHmhAABtpQAAYakAAFWsAABLrwUAR7AQAEWwHABEsScAQrEy&#10;AEGyOwA/skMBPbJLATuyUwI5slsDN7JkBDWybgUzsnkGMbKHBy+xlggusqYILbK4CSyy0AgssOwJ&#10;K6/5Ciuu/wsqrf8LKq3/Cyqt/wutiwAAoJIAAJWYAACJnQAAfaMAAHGoAABkrQAAWbEAAE20AABC&#10;uAAAO7oKADi7EwA3vB4ANbwpADS9MgAzvTsAMr1EADG+TAAvvlUBLr5eASy+aAEqvnQCKb6CAie/&#10;kQMmv6IDJL+0AyO/ywMjvugDI7z3BCK7/wUiu/8FIrv/BSK7/wWkkgAAmJgAAIyeAACApQAAc6sA&#10;AGewAABbtQAAT7kAAES8AAA6wAAAMMQEACrHCwAoyBMAJ8kdACbJJwAlyTAAJMo5ACPKQgAiy0sA&#10;IctVACDMXwAfzGwAHc16ABzNigAbzZwAGc6uARjOxQAYzeQAGMz0ARjK/AEYyv8CGMr/AhjK/wKb&#10;mQAAj58AAIKmAAB1rQAAaLMAAFy5AABQvQAARMEAADnEAAAwyAAAKMwBACDQBgAZ1QsAFtcQABXY&#10;GQAV2SIAFNkrABPaNAAT2j0AEttIABHcUwAR3V8AEN1tABDefgAO35EADuCkAA3guAAM4NIAC9/t&#10;AAze9wAM3fsADN37AAzd+wCSnwAAhacAAHeuAABqtQAAXbwAAFDBAABExQAAOMkAAC7NAAAl0QAA&#10;HtUAABbaAQAR3gYAEOcNAA7nEgAN6BkADOghAAvpKQAK6jEACeo7AAfrRQAF61EABOteAAPrbgAB&#10;64AAAOqUAADqpwAA67wAAOvSAADr6QAA7O8AAOzvAADs7wCHpwAAea8AAGu3AABevgAAUcUAAEPJ&#10;AAA3zQAALdEAACPWAAAb2wAAE98AAA7jAAAM7gIACvYKAAf2DgAF9hIAA/YYAAD1HgAA9SUAAPUu&#10;AAD1NwAA9kIAAPZOAAD2XQAA9m4AAPaBAAD2lQAA96cAAPe3AAD4xwAA+NAAAPjQAAD40AB7rwAA&#10;bbgAAGDAAABSyAAARM0AADfRAAAr1wAAIdwAABjgAAAR5AAADOcAAAfvAAAE+gAAAf8DAAD/CAAA&#10;/w0AAP4QAAD+FAAA/xoAAP8hAAD/KQAA/zMAAP8+AAD/SwAA/1sAAP9sAAD/gAAA/5IAAP+hAAD/&#10;rQAA/7MAAP+zAAD/swD/HCYA/xwkAP8aJQD/FScA/xEuAP8QOgD/DkcB/w1TAf8LXwH/CmsB/wp1&#10;Af8KfwH/CocB/wqOAf8KlQH/CpsB/wmgAf8JpQD/CasA/wmxAP8JuAD/CcEA/gnMAPwJ3gD5CesA&#10;9Qn2APMJ/wDyCv8A8Qr/AfEL/wHxC/8B8Qv/AfEL/wH/HyMA/x8hAP8eIQD/GSQA/xcsAP8VNwD/&#10;E0QA/xFQAf8QXAH/DmcB/w5yAf8OewH/DoQB/w6LAf8OkgH/DpgB/w6dAf8OowH+DqgB/A6uAfsO&#10;tQD6Dr4A+A7JAPUO2wDyDuoA7g71AOwO/wHrD/8B6g//AeoQ/wHpEP8B6RD/AekQ/wH/Ih8A/yIc&#10;AP8hHAD/HyAA/x8pAP8cNAD/GkAA/xdMAf8VWAH/FGMB/xNuAf8TdwH+E4AB/BOIAfoSjgH5EpUB&#10;+BKaAfYSoAH1EqYB9BKsAfMSswHxErwB8BLHAe0S2AHpE+gB5hP1AeQU/wHiFP8C4RX/AuEV/wLg&#10;Ff8C4BX/AuAV/wL/JRsA/yYXAP8kFgD/JRwA/yYlAP8kMAD/ITsA/x9IAP8dVAH9G18B+RppAfca&#10;cwH0GXwB8hmEAfEZiwHvGZEB7hmXAewZnQHrGaMB6RmqAegZsQHnGboB5RnFAeMZ1QHfGugB3Bv1&#10;Atgb/wLVHP8D1Bz/A9Mc/wTSHP8E0hz/BNIc/wT/KRcA/yoTAP8pEgD/LBgA/ywhAP8sKwD/KTcA&#10;/SdDAPclTwHzI1oB7yJkAewhbgHpIXcB5yF/AeUhhgHkIY0B4iCUAeEgmgHfIKAB3iCnAdwhrwHa&#10;IbgC2CHDAtUh0wLRIucCzSL0A8oj/wTII/8FxyP/BsYj/wbGI/8GxiP/BsYj/wb/LBIA/y4PAP8w&#10;EAD/MxQA/zMbAP8yJQD6MDAA8i48AOwsSQDnKlUB4ypfAeApaQHdKXIB2ih6AdcoggLVKIkC0yiQ&#10;AtEolgPPKJwDziijA8woqwPKKLMDySi+BMcozATFKeIEwSrxBr4q/ge8Kv8Iuir/CLoq/wi5Kv8J&#10;uSr/Cbkq/wn/MA8A/zILAP82DQD/OBAA/zkVAPk3HgDvNSgA5zM1AOAyQgDbMk8A1TFaAdAxZALN&#10;MG0CyzB1A8kwfAPHL4MExS+KBMQvkQXCL5cFwS+eBr8vpga9L68GvC+5B7ovxwe4MN0HtTDuCbIw&#10;+wqwMP8LrjD/C64w/wutMP8LrTD/C60w/wv/MwwA/zYGAP88CQD/PgwA/T0QAO88FQDkOR8A2zkt&#10;ANI6PADNOkkByDlUAcQ5XgLBOGcDvzdvBL03dgW7Nn0GuTaEB7c2iwe2NZIItDWaCbM1oQmxNaoK&#10;rzW0C641wQusNdQLqTbqDKY2+A2lNv8Oozf/DqI3/w6iN/8Oojf/DqI3/w7/NwcA/zsCAP9AAwDy&#10;QgUA6UIJAOU/DgDYPhYAzkAnAMdBNgDCQUQBvUFPArlAWQO2P2EEtD5pBrE9cQevPXgIrjx/Caw8&#10;hgqqO40LqTuVDKc7nQ2lO6YNozqwDqI7vA+gO80PnjvmEJs89RGaPP8RmTz/EZg8/xGYPP8RmDz/&#10;EZg8/xH/OgEA/0AAAO9FAADhSAAA2UgFANNGCQDMRRIAxEciAL1IMQC4SD8Bs0dKArBGVASsRV0F&#10;qkRkB6dDbAilQnMKo0J6C6FBgQygQYgNnkCQD5xAmBCaQKERmECsEpdAuBKVQMgTk0DhE5FB8xSQ&#10;Qf8Uj0H/FI5C/xOOQv8TjkL/E45C/xP/PAAA+UQAAORKAADYTgAAzk8CAMlNBgDDSw8Au00dALVO&#10;LQCvTjoBq01GAqdMTwSkS1gGoUpgCJ5JZwmcSG4Lmkd1DZhGfA6WRoMPlEWLEZJFlBKQRZ0TjkWo&#10;FIxFtBWLRcQWikXcFohG8BaGRv0Whkb/FoVH/xWFR/8VhUf/FYVH/xX/PwAA7EgAAN1PAADPUwAA&#10;xlUAAMBTAwC7UQwAs1IZAK1TKQCoUzYBo1JCAp9RSwScUFQGmU9cCJZOYwqUTWoMkUxxDo9LeA+N&#10;S38Ri0qHEolKkBSHSZoVhUmlF4NJsRiCScAYgUrWGX9K7Rh+S/wYfkv/F31L/xd9S/8WfUv/Fn1L&#10;/xb/QwAA5kwAANZTAADJWAAAwFkAALpYAQC0VgkArFcWAKZYJQChWDIBnVc+AphWSASVVVEGklRY&#10;CI9SXwqMUmYMilFtDohQdBCFT3sSg0+EE4FOjRV/TpcXfU6hGHtNrhl6Tr0aeE7RGndO6xp3T/oZ&#10;dk//GXZP/xh2T/8Xdk//F3ZP/xf4RgAA4lAAANBXAADEXAAAu14AALRdAACuWgYAplsTAKBcIgCb&#10;XC8Al1s7ApJaRQOPWU0Gi1hVCIhXXAqGVmMMg1VqDoFUcRB+VHgSfFOAFHpSiRZ4UpQYdlKfGXRS&#10;qxpyUrobcVLNHHBS6BtwU/kacFP/GnBT/xlwU/8YcFP/GHBT/xjvSQAA3VMAAMtaAADAXwAAt2IA&#10;AK9hAACoXgIAoV8QAJtgHgCWYCwAkWA4AY1eQgOJXUsFhVxSB4JbWQqAWmAMfVlnDntYbhB4WHUS&#10;dld9FHRXhxZyVpEYb1acGm5WqRtsVrgca1bLHWpW5hxqV/cbalf/GmpX/xlrV/8Za1f/GWtX/xnr&#10;TAAA2FYAAMheAAC8YgAAs2UAAKtlAACjYgAAnGIOAJZjHACRZCkAjGM1AYhiPwOEYUgFgGBQB31f&#10;Vwl6Xl0Ld11kDXVcaxBzXHIScFt7FG5bhBdsWo8YalqaGmhapxxmWrYdZVrIHWVa5B1lWvYcZVr/&#10;G2Va/xplWv8ZZVr/GWVa/xnoTwAA01kAAMRhAAC5ZgAAsGgAAKdpAACeZQAAl2YNAJFnGQCMaCcA&#10;h2cyAYNmPQJ/ZUYEe2RNBnhjVAl1YlsLcmFhDXBhaQ9tYHASa195FGlfghZnXo0ZZV6YGmNepRxh&#10;XrQdYF7HHWBe4x1gXvUcYF7/G2Be/xphXv8aYV7/GmFe/xrkUgAAz1wAAMBkAAC2aQAArGwAAKNs&#10;AACZaQAAkmoLAIxqFgCHayQAgmswAX5qOgJ6aUMEdmhLBnNnUghwZ1kKbWZgDWtlZg9oZG4RZmR2&#10;FGRjgBZiY4sYYGKXGl5ipBxcYrIdW2LFHVti4R1bYvQcW2L/G1xi/xpcYv8aXGL/Glxi/xrgVQAA&#10;y18AAL1nAACybAAAqXAAAJ9vAACUbAAAjG0IAIZuEwCCbyEAfW8tAXlvOAJ1bkEDcm1JBW5sUAdr&#10;a1cKaWteDGZqZQ5kaWwRYWl0E19ofhZdZ4kYW2eVGllmohtXZrAcVmbDHVZm3x1WZvMcV2b/G1dm&#10;/xpXZv8aV2b/Gldm/xrbWQAAx2IAALpqAACvcAAApnMAAJpzAACPcAAAh3EFAIFyEQB8cx4AeHMq&#10;AHRzNQFwcz8DbXJHBWpxTgdncVUJZHBcC2JvYw5fb2oQXW5yElptfBVYbYYXVmyTGVRsoBtSa68c&#10;UWvBHFFr3BxRa/EbUmv+GlJq/xpSav8ZUmr/GVJq/xnUXAAAw2YAALZuAACsdAAAoncAAJZ2AACJ&#10;dQAAgXYBAHp3DwB2eBsAcnknAG95MgFreDwCaHhEBGV3TAZid1MIX3ZaCl11YQxadWgPWHRwEVVz&#10;eRNTc4QWUXKQGE9ynhlNca0aTHG/G0tx2RtMcfAaTHD9Gk1w/xlNb/8ZTW//GU1v/xnOYAAAvmoA&#10;ALJyAACoeAAAnXsAAJB6AACEegAAensAAHR8DABvfhcAbH4kAGl/LwFmfzkCYn9CA19+SQVdfVAH&#10;Wn1XCVd8XgtVfGUNUntuD1B6dxJOeoIUS3mOFkl5nBdIeKsYRni9GUZ41RlGd+8YR3b8GEd2/xhH&#10;df8XR3X/F0d1/xfJZQAAum8AAK53AACkfQAAmH8AAIt/AAB+fwAAc4EAAGyDCQBohBMAZYUgAGKG&#10;LABfhjYBXIY/AlmFRgNXhU4FVIVVB1KEXAlPg2MLTYNrDUuCdA9Ign8RRoGME0SBmhVCgKkWQYC6&#10;FkCA0hZBf+0WQX77FkF9/xZBff8WQX3/FkF9/xbCagAAtXUAAKp9AACfggAAkoMAAIWEAAB5hQAA&#10;aokAAGSKAwBgjBAAXY0bAFuOJwBYjjIAVY47AVOOQwJQjkoDTo1SBUyNWQZJjGAIR4xoCkWLcgxC&#10;i30OQIqJDz6KmBE8iqcSO4q4EjqKzxI7iOsSO4f6EzuG/xM7hv8TO4b/EzuG/xO8cQAAr3sAAKWD&#10;AACZhwAAjIgAAH+JAABzjAAAZZAAAFyTAABXlQwAVJYWAFKWIgBQly0ATZc2AEuXPwFJl0cCR5dO&#10;A0WWVQRDll0FQZZlBj6Vbwg8lXoJOpWHCziVlQw2lKUNNZS2DjSUzA00k+kNNJL4DjSQ/w80kP8P&#10;NJD/DzSQ/w+1eAAAqoIAAJ6IAACTjQAAho4AAHmQAABtkwAAYZcAAFWbAABNngYASZ8QAEefGwBG&#10;oCYARKAwAEOhOgBBoUIBP6FJAT2hUQI7oVkCOaFhAzegawQ1oHYFM6CDBjGgkgcwoKIILqCzCC6g&#10;yQgun+cILZ33CS2c/wotm/8KLZv/Ci2b/wqvgAAAo4kAAJeOAACNkwAAf5UAAHKYAABmnAAAW6AA&#10;AE+kAABFpwAAPqkMADyqFAA6qh8AOaopADirMgA3qzsANatDADSsSwAyrFMBMaxcAS+sZgItrHEC&#10;K6x/AyqsjgMorJ4EJ6ywBCasxQQmq+QDJan1BCWo/wUlp/8FJaf/BSWn/wWniQAAm48AAJGUAACE&#10;mQAAeJ4AAGuiAABfpgAAU6oAAEitAAA9sAAANLMDAC+1DgAttRYALLUgACu2KQAqtjIAKbc6ACi3&#10;QwAnt0wAJrhVACS4XwAjuGsAIrh4ASC4iAEfuJkBHbmrARy5wAEcuN8BHLbyARu1/AIbtP8CG7T/&#10;Ahu0/wKfjwAAlJUAAIibAAB7oQAAbqYAAGKrAABWsAAASrMAAD+2AAA1uQAALLwAACS/BgAfwg0A&#10;HcIUABzCHgAbwyYAGsMvABnEOAAYxEEAF8RKABbFVQAVxWEAFMZvABPGfwASxpEAEcekABDHuQAP&#10;x9QAEMbuABDE+gAQw/8AEMP/ABDD/wCXlgAAi5wAAH6iAABxqQAAZK8AAFi0AABLuAAAQLsAADW+&#10;AAArwQAAI8UAABvJAQAUzAYAENALAA7REQAN0RkADdEhAAzRKgAM0TQAC9I+AArSSQAJ01UACdNi&#10;AAjTcgAG1IQABdSYAATUqwAD1cAAAdXcAAHV7QAB1fYAAdX2AAHV9gCOnQAAgKQAAHOrAABmsQAA&#10;WbgAAEy9AAA/wAAANMMAACrHAAAhygAAGc4AABLSAAAN1gEACdsFAAbcDQAE3BEAA90YAAHeIAAA&#10;3igAAN8xAADgPAAA4UcAAOJUAADjYwAA43QAAOSIAADkmwAA5a4AAOXBAADl1QAA5ucAAObnAADm&#10;5wCDpAAAdawAAGizAABauwAATcEAAEDEAAAzyAAAKMwAAB/QAAAX1AAAENkAAAvdAAAF4QAAAOQA&#10;AADlBwAA5g0AAOcRAADoFgAA6R0AAOolAADrLgAA7TkAAO9FAADwUwAA8WQAAPF2AADyigAA85wA&#10;APOtAAD0uwAA9MgAAPTIAAD0yAB3rQAAarUAAFy9AABPxAAAQMkAADPNAAAn0QAAHdYAABTcAAAO&#10;4AAACOMAAAHmAAAA6gAAAO4AAADuAAAA7wQAAPAKAADxDgAA8xIAAPQYAAD2IAAA+CoAAPo1AAD9&#10;QwAA/lIAAP9jAAD/dgAA/4kAAP+aAAD/pgAA/7AAAP+wAAD/sAD/FiMA/xUhAP8RIQD/DSQA/wkr&#10;AP8GNwD/A0QA/wBRAP8AXQD/AGgA/wByAP8AewD/AIMA/wCKAP8AkQD/AJYA/wCcAP8AoQD9AKYA&#10;+wCsAPkAswD3ALsA9QDFAPMA0QDyAOQA8QDxAO8A+gDuAP8A7gD/AO0A/wDtAP8A7QD/AO0A/wD/&#10;GSAA/xgdAP8VHQD/EB8A/w4pAP8MNAD/CkEA/wdNAP8FWQD/BGQA/wRuAP8DdwD/A4AA/wOHAP8D&#10;jQD9ApMA+wKZAPkCngD3AqQA9QKqAPMBsADxAbgA7wHCAO0BzwDrAeMA6gHvAOgC+wDnBP8A5gX/&#10;AOYG/wDmBv8A5gb/AOYG/wD/HBsA/xsZAP8XGAD/FR0A/xMlAP8RMAD/ED0A/w5JAP8MVQD/C2AA&#10;/wtqAP0LcwD7C3wA+QqDAPcKigD1CpAA9AqWAPMKmwDxCqEA7wmnAO0JrgDrCbYA6AnAAOYJzQDk&#10;CeIA4grwAN8L+wDeDP8A3A3/ANwN/wDbDf8B2w3/AdsN/wH/HxcA/x4TAP8bEgD/HBkA/xsiAP8Y&#10;LAD/FTgA/xNEAP4SUAD5EVsA9RBmAPMQbwDwEHcA7hB/AOwQhgDqEIwA6RCSAOgQmADmD54A5Q+l&#10;AOMPrADhD7QA4A++AN4PzADaEOEA1RHwANIS+wDPEv8BzhP/Ac0T/wHNE/8BzBP/AcwT/wH/IhIA&#10;/yIPAP8hDwD/IhQA/yIcAP8gJwD/HTIA+Bs+APIZSwDuGFYA6hdgAOcWagDkFnIA4hZ6AOAWggDe&#10;FogA3BaPANsWlQDZFpsA1haiANQWqQDSFrEA0Be7AM4XyQDMGN4AyBnuAcUa+wHDGv8CwRv/AsAb&#10;/wLAG/8CwBv/AsAb/wL/Jg4A/yULAP8oDAD/KRAA/ygWAP4mIAD0JCsA7CE4AOYgRADhH1AA3R9b&#10;ANkeZQDVHm0A0h91ANAffQDOH4MAzB+KAcsfkAHJH5cByB+eAcYfpQHFIK0BwyC3AcEgxAHAIdYB&#10;vCLqArki+AO2Iv8DtSP/A7Qj/wSzI/8EsyP/BLMj/wT/KQsA/yoFAP8uCAD/LwwA/y0QAPMrFwDo&#10;KCIA4CYvANkmPQDSJ0oAzSdVAMooXwDHKGgBxShvAcMndwHBJ34BvyeEAb4niwK8J5ICuyeZArkn&#10;oAK3J6kDtiizA7QovwOzKM8DsCnmBK0p9gSrKv8FqSr/Bqgq/waoKv8GqCr/Bqgq/wb/LQUA/zAA&#10;AP8zAgD2NAYA7zIKAOguEADcLBgA0S4oAMsvNwDGMEQAwTBPAL4wWQG7MGIBuDBqArYvcQK1L3gC&#10;sy9/A7EvhgOwL40Dri6UBK0unASrLqQFqS+uBagvugWmL8oGpDDiBqEw8wefMP8InjH/CJ0x/wic&#10;Mf8InDH/CJwx/wj/MAAA/zUAAO84AADiOgAA2zkEANY1CQDONBMAxjYiAL84MQC6OD8AtjhKAbM4&#10;VAGwN10CrTdkAqs2bAOpNnMEqDZ5BKY1gAWkNYcFozWPBqE1lwefNaAHnjWqCJw1tgibNcUJmTXd&#10;CZY27wqUNv0Kkzf/CpI3/wqSN/8Kkjf/CpI3/wr/MwAA9joAAOQ/AADYQgAAzkIBAMk+BgDEOw8A&#10;uz4dALU/LACxPzoArT9FAak/TwGmPlgCoz1fA6E9ZwSfPG0FnTx0Bpw7ewaaO4IHmDuKCJY7kwmV&#10;OpwKkzqmC5E6sguQO8AMjjvVDIw87A2KPPsNiTz/DYk8/wyIPP8MiDz/DIg8/wz/NwAA6j8AANxF&#10;AADOSQAAxUkAAL9GAgC6QwwAs0QZAK1FJwCoRjUApEVBAaBFSwKdRFMCmkNbA5hDYgWWQmkGlEFw&#10;B5JBdgiQQH4JjkCGCo1AjguLQJgMiUCiDYdArg6FQLwPhEDPD4JB6Q+BQfkPgEH/D4BC/w6AQv8O&#10;gEL/DoBC/w76OwAA5UQAANNLAADHTgAAvk8AALhMAACySQkAq0kVAKVLIwCgSzEAnEs9AZhKRwKV&#10;SU8DkklXBJBIXgWOR2UGi0drB4lGcgmIRnkKhkWCC4RFig2CRZQOgESfD35EqxB8RbkRe0XLEXpF&#10;5hF5RvcReEb/EHhG/xB4Rv8PeEb/D3hG/w/wPwAA30kAAM1PAADBUwAAuFQAALFSAACrTgUApE4R&#10;AJ5PIACZUC0AlVA5AZJPQwGOTkwDi01TBIlNWgWGTGEGhEtoCIJLbgmASnYLfkp+DHxJhw56SZEP&#10;eEmcEHZJqBJ0SbYSc0nIE3JK4xNxSvUScUr/EXFL/xFxS/8QcUv/EHFL/xDsQwAA2UwAAMhTAAC9&#10;VwAAtFgAAKxXAAClUgEAnlMPAJhUHACTVCkAj1Q1AItTQAGIU0gChVJQBIJRVwV/UF4GfVBkCHtP&#10;awl5T3ILd057DXVOhA5zTY4QcU2ZEW9NpRNtTbMUbE3FFGtO4RRrTvQTa07/EmtO/xJrTv8Ra07/&#10;EWtO/xHoRgAA01AAAMRWAAC5WgAAsFwAAKZaAACfVgAAmFYNAJJXGQCOWCYAiVgyAIZYPQGCV0UC&#10;f1ZNA3xVVAV5VFsGd1RhCHVTaAlzU3ALcVJ4DW9SgQ9tUosQa1GXEmlRoxNnUbEUZlHDFWVS3hVl&#10;UvIUZVL/E2VS/xJlUv8SZVL/EmVS/xLkSgAAz1MAAMBaAAC1XgAArGAAAKJeAACaWQAAkloLAI1b&#10;FgCIXCMAhFwvAIBbOgF9W0MCeVpLA3ZZUgR0WFgGcVhfB29XZgltV20La1Z1DWlWfg9nVokRZVWV&#10;EmNVoRRiVa8VYVXBFmBV2xZgVvEVYFb+FGBW/xNhVv8SYVb/EmFW/xLgTQAAy1YAAL1dAACyYQAA&#10;qGMAAJ1hAACVXQAAjV4JAIdeEwCDXyAAf18sAHtfNwF3XkACdF5IA3FdTwRvXFYFbFxcB2pbYwlo&#10;W2sLZlpzDWRafA9iWocRYFmTEl5ZoBRdWa4VW1m/FltZ2BZbWe8VW1n9FFxZ/xNcWf8SXFn/ElxZ&#10;/xLcUAAAx1kAALpgAACvZAAApGUAAJlkAACQYAAAiGEGAIJiEQB+Yx0AemMqAHZjNAFzYj0Bb2JG&#10;AmxhTQRqYVQFZ2BaB2VgYQhjX2kKYV9xDF9eeg5dXoUQW16RElldnhRYXawVV129FlZd1RZWXe4V&#10;V138FFdd/xNXXf8SV13/Eldd/xLWUwAAxFwAALdjAACsaAAAoGgAAJVnAACKYwAAg2UCAH1mDwB4&#10;ZhoAdGcnAHFnMgBuZzsBa2ZDAmhmSwNlZVIFY2VZBmFkXwheZGcKXGNvDFpjeA5YY4MQVmKPElRi&#10;nBNTYqoVUmK7FVFi0hVRYe0VUmH7FFJh/xNTYf8SU2H/ElNh/xLRVgAAwF8AALNmAACpawAAnGsA&#10;AJBqAACFZwAAfWkAAHdqDQBzaxcAb2skAGxsLwBpbDgBZmtBAmNrSQNha1AEXmpXBlxqXQdaaWUJ&#10;WGltC1Vodg1TaIEPUWeNEU9nmhJOZ6kUTWe5FExnzxRMZusUTWb7E01m/xJOZf8STmX/Ek5l/xLM&#10;WgAAvGMAALBqAAClbwAAmG4AAIxtAACAbAAAd20AAHFuCwBtbxQAaXAhAGZxLABkcTYBYXE+AV5x&#10;RgJccE0DWXBUBVdwWwZVb2IIU29qClBucwxObn4OTG2KEEptmBFJbKcSSGy4E0dszRNHbOoTSGv6&#10;Ekhr/xJIav8RSGr/EUhq/xHHXgAAuGcAAKxuAAChcgAAk3IAAIdxAAB6cQAAcXIAAGt0BwBmdREA&#10;Y3YdAGB3KABedzMAW3g8AVl3QwJWd0sDVHdSBFJ2WQVQdmAHTnVoCEt1cQpJdHwMR3SIDkVzlg9D&#10;c6UQQnO2EUFzyxFCcugRQnL4EUJx/xBDcP8QQ3D/EENw/xDBYwAAs2wAAKhzAACbdgAAjnUAAIF2&#10;AAB1dgAAaXgAAGN6AgBefA4AXH0ZAFl+JABXfy8AVX84AVN/QAFQf0gCTn5PA0x+VgRKfl0FSH1l&#10;BkZ9bghDfHkKQXyGCz97lA0+e6MOPHuzDjx7yA48euYOPHn3Djx4/w48eP8OPXf/Dj13/w68aAAA&#10;r3IAAKR5AACWegAAiHoAAHx6AABwfAAAY38AAFyCAABXhAsAU4UUAFGGIABPhioAToc0AEyHPAFK&#10;h0QBSIdLAkaHUwJEhloDQoZiBECGbAY+hXYHO4WDCDmFkQo4hKALNoSxCzaExgs2g+QLNoL2CzaB&#10;/ww2gP8MNoD/DDaA/wy2bwAAqngAAJ9/AACQfgAAg38AAHeAAABrggAAXocAAFWKAABOjAYASo4Q&#10;AEiPGgBHjyUARZAvAESQOABCkEAAQJBHAT+QTwE9kFYCO5BfAjmQaAM3j3MENY+ABTOPjgYxj54H&#10;MI6vBy+OwwcvjuEHL4z0CC+L/wgviv8IL4r/CS+K/wmwdgAApX8AAJiEAACKhAAAfYUAAHCHAABl&#10;igAAWo4AAE+SAABGlQAAQZgMAD6YFAA9mR8AO5koADqaMQA5mjoAN5pCADaaSgA1mlIBM5paATGa&#10;ZAEvmm8CLZp7AiyaigMqmpoDKZqsBCiawAQnmd4DJ5fyBCeW/QUnlf8FJ5X/BSeV/wWpfgAAnoUA&#10;AJKJAACEigAAdowAAGqPAABekwAAVJcAAEmbAABAnwAAN6IEADKjDgAxoxcAMKQhAC6kKgAtpDIA&#10;LKU6ACulQwAqpUsAKaVUACilXgAmpWkAJaV2ASOlhQEipZYBIKaoAR+luwEepdcBHqTvAR6i+wIe&#10;of8CHqH/Ah6h/wKihgAAl4wAAIuPAAB9kQAAb5QAAGOYAABXnQAATaEAAEOlAAA4qAAAMKsAACiu&#10;BwAkrxAAI68XACGvIQAgsCkAH7AxAB6wOgAdsUIAHLFMABuxVgAasWEAGbJvABiyfgAWspAAFbKi&#10;ABSytgATss4AE7HrABOv+QATrv8BE67/AROu/wGajQAAkJIAAISXAAB1mgAAaJ8AAFujAABQqAAA&#10;RawAADuwAAAxsgAAJ7UAACC4AAAYugcAFLwOABO8FQASvB4AEb0mABG9LgAQvTcAEL5BAA6+TAAO&#10;vlcADb5lAAy/dAALv4YACr6ZAAi+rAAHvsIAB77fAAi+8AAIvfoACL38AAi9/ACTlAAAh5kAAHqf&#10;AABspQAAYKoAAFOvAABHswAAPLYAADG4AAAnuwAAH74AABfBAAARxAEADMgIAAjJDgAHyRQABskc&#10;AAXJJAAEyiwAA8o2AALKQAAAy0wAAMtZAADLaAAAy3kAAMyMAADLnwAAy7MAAMvIAADM4gAAzO8A&#10;AMzxAADM8QCKmgAAfKEAAG+nAABirQAAVbMAAEi4AAA7uwAAML4AACbBAAAdxAAAFcgAAA/LAAAK&#10;zgAABNICAADTCgAA0w8AANQUAADVGgAA1iIAANcqAADZNAAA2j8AANxLAADcWgAA3WoAAN19AADd&#10;kQAA3aQAAN62AADeyAAA3t4AAN7iAADe4gB/ogAAcakAAGSwAABWtwAASbwAADzAAAAvxAAAJMcA&#10;ABvLAAATzwAADdIAAAfWAAAA2wAAAN4AAADfAwAA4AkAAOEOAADiEgAA4xcAAOUeAADmJwAA6DEA&#10;AOo9AADsSwAA7FoAAO1sAADugAAA7pQAAO6lAADutAAA7sIAAO7GAADuxgB0qgAAZrIAAFi5AABL&#10;wAAAPcUAAC/JAAAkzQAAGdEAABHWAAAL2wAAA94AAADhAAAA5QAAAOgAAADpAAAA6gAAAOsGAADt&#10;CwAA7w8AAPATAADyGgAA9CMAAPcuAAD5OwAA+0oAAPxbAAD9bQAA/YAAAP6TAAD+ogAA/q0AAP6v&#10;AAD+rwD/EB8A/w4dAP8KHQD/ASAA/wAoAP8ANQD/AEEA/wBOAP8AWgD/AGUA/wBuAP8AdwD/AH8A&#10;/gCGAPwAjAD7AJIA+QCXAPgAnAD3AKIA9gCnAPUArQDzALUA8gC9APEAyQDvANwA7gDrAO0A9wDs&#10;AP8A6wD/AOoA/wDqAP8A6gD/AOoA/wD/ExwA/xEZAP8NGQD/BhwA/wMlAP8AMQD/AD4A/wBKAP8A&#10;VgD/AGEA/wBrAP0AcwD6AHsA9wCDAPUAiQD0AI8A8gCUAPEAmQDwAJ8A7gCkAO0AqwDsALIA6gC6&#10;AOgAxgDnANYA5QDoAOQA9QDjAP4A4gD/AOEA/wDhAP8A4QD/AOEA/wD/FRgA/xMUAP8PFAD/DRkA&#10;/wsiAP8ILQD/BDkA/wFGAP8AUQD+AFwA+gBmAPYAbwDyAHcA7wB+AO0AhQDrAIsA6gCRAOgAlgDn&#10;AJwA5gChAOQAqADjAK8A4QC4AN8AwwDdANEA2wDmANkA8wDXAP0A1QL/ANQC/wDUA/8A1AP/ANQD&#10;/wD/GBMA/xUQAP8SDwD/EhUA/xEdAP8OKAD/DDQA/wpBAPkITAD1BlcA8QZhAO0GagDpBXIA5gV6&#10;AOQFgQDiBYcA4AaNAN8GkgDdBpgA2waeANkGpQDXBq0A1Aa1ANIGwADQB88AzgjlAMwJ9ADKC/8A&#10;yAz/AMcM/wDHDP8Axgz/AMYM/wD/Gw4A/xkMAP8YDQD/GBEA/xcYAP8UIgD7ES4A8xA6AO0ORgDo&#10;DVIA5Q1cAOENZQDeDW0A2w11ANgNfADVDYIA0w2JANENjwDQDZUAzg2cAM0OowDLDqsAyQ60AMgO&#10;wADGDs8AwxDmAMAR9QC9Ev8AvBL/ALsS/wC6Ev8BuhL/AboS/wH/HwoA/xwEAP8fCAD/Hw0A/x0S&#10;APgaGwDuFiYA5hQzAOATPwDaE0sA1BNWANATXwDOFGgAyxRvAMkUdwDHFX0AxhWEAMQVigDDFZEA&#10;wRaYAMAWnwC+FqcAvBewALsXvAC5F8sAtxjiALMZ8gGxGv8Brxv/Aa4b/wGuG/8BrRv/Aa0b/wH/&#10;IgQA/yIAAP8lAgD8JAcA9yEMAOwdEgDhGhwA2BoqANAbOADLHUUAxx1QAMMeWgDAHmIAvh5qALwf&#10;cQC6H3gAuR9+ALcfhQC2H4wAtB+TALMfmgGxIKMBsCCsAa4gtwGsIcYBqyHdAaci7wKlIv0CoyP/&#10;AqIj/wKiI/8CoSP/AqEj/wL/JQAA/ygAAPIqAADlKwAA3ygFANwhCwDSIRQAySQkAMMlMgC+Jj8A&#10;uidKALcnVAC0J10AsidkALAnbACuJ3IBrSd5AasnfwGqJ4YBqCeOAacnlgKlJ54CoyioAqIoswKg&#10;KMECnyjVApwp7AOaKvoDmCr/BJcq/wSXKv8Elir/BJYq/wT/KAAA9S4AAOUzAADaNQAA0DMBAMwt&#10;BgDGKhAAvi0eALguLACzLzoAry9FAKwwTwCpL1gApy9fAaUvZgGjL20BoS9zAqAuegKeLoECnS6J&#10;ApsukQOZLpoDmC6kBJYvrwSVL70Eky/PBJEw6AWPMPgFjTH/BY0x/wWMMf8FjDH/BYwx/wX/LQAA&#10;6jUAANw6AADOPQAAxjwAAMA3AgC7Mw0AszQZAK42JwCpNzQApTdAAKI3SgCfN1MBnTZaAZs2YQGZ&#10;NmgClzVvApU1dQOUNXwDkjWEBJA1jQSPNZYFjTWgBYs1qwaKNbkGiDXKB4c25QeFNvYHhDf/B4M3&#10;/weDN/8Hgjf/B4I3/wf0MgAA4zsAANJBAADGRAAAvUMAALc/AACxOwkAqjsUAKU8IgCgPTAAnT07&#10;AJk9RQCWPU4BlDxWAZI8XQKQPGMCjjtqA4w7cQSKO3gEiDqABYc6iAaFOpIGgzqcB4E6qAiAOrUJ&#10;fjvGCX074Ql7PPMJezz/CXo8/wh6PP8Iejz/CHo8/wjuNwAA3UEAAMtGAAC/SQAAtkkAAK5GAACp&#10;QQQAo0ERAJ1CHgCYQysAlUM3AJFDQQCOQkoBjEJSAYlBWQKHQV8DhUFmA4NAbQSBQHQFgEB7Bn4/&#10;hAd8P44Iej+ZCXg/pQp3QLIKdUDDC3RA3QtzQfELckH/CnJB/wpyQf8JckH/CXJB/wnpPAAA1UUA&#10;AMVLAAC6TgAAsE4AAKdLAACiRgAAm0YOAJZHGgCRSCcAjkgzAIpIPQCHR0YBhEdOAYJGVQKARlwD&#10;fkViBHxFaQR6RXAFeER4BnZEgQh0RIsJckSWCnBEogtvRK8MbkTADG1F2Q1sRe8Ma0X9C2tG/wtr&#10;Rv8Ka0b/CmtG/wrlQAAAz0kAAMFPAAC1UgAAq1IAAKFPAACbSgAAlEoMAI9LFwCLTCQAh0wvAIRM&#10;OgCBTEMBfktLAXtLUgJ5SlgDd0pfBHVJZgVzSW0GcUl1B29JfghtSIgJa0iTC2pInwxoSK0NZ0m9&#10;DWZJ1A5lSe0NZUr8DGVK/wtlSv8LZUr/C2VK/wvgRAAAy00AAL1SAACyVgAAplUAAJxSAACVTgAA&#10;jk4JAIlPFACFUCAAgVAsAH5QNwB7UEABeFBIAXVPTwJzTlUDcU5cBG9OYwVtTWoGa01yB2lNewhn&#10;TYUKZU2RC2RMnQxiTasNYU27DmBN0Q5gTewOYE37DWBN/wxgTf8LYE3/C2BN/wvcRwAAx1AAALlW&#10;AACuWQAAolgAAJhWAACQUQAAiVIGAINTEQB/Ux0Ae1QpAHhUNAB1VD0BclNFAXBTTAJtUlMCa1JZ&#10;A2lSYARnUWcGZVFvB2NReAhiUYMKYFGPC15Qmw1dUKkOW1G5DltRzg9aUeoOW1H6DVtR/wxbUf8M&#10;W1H/C1tR/wvWSgAAw1MAALZZAACrXAAAnloAAJNZAACLVAAAhFYDAH5WEAB6VxoAdlcmAHNYMQBw&#10;VzoAbVdCAWpXSQJoVlACZlZXA2RWXgRiVWUFYFVtB15VdghdVYEKW1WNC1lUmg1YVKcOVlW4D1ZV&#10;zA9WVekOVlX5DVZV/w1XVP8MV1T/DFdU/wzRTQAAwFYAALNcAACnXgAAml0AAI9cAACGWAAAf1kA&#10;AHlaDQB0WxcAcVsjAG5bLgBrWzcAaFtAAWVbRwFjWk4CYVpVA19aXARdWmMFXFprBlpZdAhYWX8K&#10;VlmLC1RZmA1TWKYOUlm2DlFZyg9RWecOUVj4DVJY/w1SWP8MUlj/DFJY/wzNUQAAvFkAALBfAACj&#10;YQAAlmAAAItfAACBWwAAeV0AAHNeDABvXhUAa18gAGhfKwBmYDUAY2A9AWFfRQFfX0wCXV9TA1tf&#10;WgRZXmEFV15pBlVecghTXn0JUV2JC1BdlgxOXaQNTV20DkxdyA5MXeYOTV33DU1c/wxNXP8MTlz/&#10;DE5c/wzJVAAAuVwAAK1jAACfYwAAkmMAAIdiAAB8YAAAdGEAAG5iCQBpYxIAZmMdAGNkKABhZDIA&#10;XmQ7AFxkQwFaZEoCWGRRAlZkWANUZF8EUmNnBVBjcAdOY3oITGKGCktilAtJYqIMSGKyDUdixw1H&#10;YuQNSGH2DEhh/wxIYP8LSWD/C0lg/wvEWAAAtWAAAKpmAACbZgAAjWYAAIJlAAB2ZAAAbmUAAGhm&#10;BQBjZxAAYGgaAF1pJQBbai8AWWo4AFdqQAFVakcBU2pOAlFqVQNPaV0ETWlkBUtpbQZJaHgHR2iE&#10;CUZokgpEZ6ELQ2exDEJnxQxCZ+IMQmb1DENm/wtDZf8LQ2X/C0Nl/wu/XAAAsWQAAKZqAACWaQAA&#10;iWkAAH1pAABxaQAAZ2oAAGJsAQBdbQ0AWW4WAFdvIQBVcCsAU3A1AFFwPQBQcEUBTnBMAUxwUwJK&#10;cFoDSHBiBEZvawVEb3UGQm+CB0Bujwk/bp4KPW6vCj1uwgo8buAKPW30Cj1s/wo9a/8KPmv/Cj5r&#10;/wq6YAAArWkAAKBuAACRbQAAhG0AAHhtAABsbgAAYXAAAFtyAABWdAoAUnUSAFB2HQBOdycATHcx&#10;AEt4OQBJeEEASHhJAUZ4UAFEd1cCQndfA0B3aAM+d3MEPHZ/Bjp2jQc5dpwIN3WtCDd1wAg2dd4I&#10;N3TyCDdz/gg3cv8IN3L/CDdy/wi1ZgAAqW8AAJpxAACLcQAAfnEAAHNyAABocwAAXHYAAFR5AABO&#10;ewUASn0PAEh+GABGfyMARX8sAEOANQBCgD0AQYBFAD+ATAE9gFQBPIBcAjp/ZQI4f28DNn98BDR/&#10;igQyf5oFMX6qBjB+vQYwftoGMH3wBjB7/QYwe/8GMHr/BjB6/wawbAAApHUAAJR1AACGdQAAeXYA&#10;AG53AABjeQAAV30AAE+BAABHhAAAQoYMAD+HEwA9iB0APIgnADuJMAA6iTgAOIlAADeJSAA2iU8A&#10;NIlYATOJYQExiWwBL4l4Ai2JhwIsiZcDKoinAymIugMpiNQDKYbuAymF/AQphP8EKYT/BCmE/wSq&#10;dAAAnnsAAI56AACAegAAdHsAAGh+AABdgQAAUoUAAEmJAABBjAAAOZAFADWRDwAzkhcAMpIhADGS&#10;KQAwkzIALpM6AC2TQQAsk0oAK5RSACqUXAAolGcAJ5RzASWUggEklJMBIpOkASGTtwEgk88BIZLs&#10;ASCQ+gIgj/8CII//AiCP/wKkfAAAl4AAAId/AAB7gAAAboIAAGKFAABXiQAATY4AAEKSAAA6lgAA&#10;MpkAACqcCQAonREAJp0ZACWdIgAknioAI54yACKeOgAhnkIAIJ5LAB+fVQAen2AAHJ9tABuffAAa&#10;n40AGJ+fABefsgAWn8kAFp7oABac9wAWm/8BF5v/AReb/wGdgwAAj4YAAIKGAAB0hwAAZ4sAAFuP&#10;AABQkwAARpgAADycAAAzoAAAK6MAACOmAAAcqAsAGqkRABipGAAXqSEAFqopABWqMQAUqjkAE6pD&#10;ABOrTQASq1gAEatlABCrdAAOq4YADquZAA2rrAAMq8EADKrfAAyp8gANqPwADaj/AA2o/wCWigAA&#10;iYwAAHqNAABskQAAYJUAAFSaAABJnwAAP6MAADWnAAArqgAAI64AABuwAAAUswEAD7UKAA22EAAM&#10;thYAC7YfAAq2JwAJti8ACLY5AAe3QwAGt08ABLdbAAO3agACt3sAALeOAAC3oQAAtrQAALbLAAC2&#10;5QAAtfEAALX3AAC19wCPkQAAgZQAAHKXAABlnAAAWKEAAEymAABBqwAAN68AACyyAAAjtQAAGrgA&#10;ABO7AAAOvQAACcAFAAPBDQAAwREAAMEXAADCHgAAwiYAAMIvAADDOQAAxEQAAMRQAADEXgAAxW8A&#10;AMWBAADFlQAAxagAAMW8AADE0QAAxOYAAMTuAADE7gCGmAAAeZ4AAGujAABdqQAAUK4AAESzAAA3&#10;tgAALLkAACK8AAAZvwAAEcIAAAzFAAAGyAAAAMsAAADMBwAAzA0AAM0RAADNFgAAzh0AAM8kAADQ&#10;LQAA0jgAANREAADUUgAA1WEAANVzAADWhwAA1psAANatAADXvwAA2M4AANjdAADY3QB7oAAAbqYA&#10;AGCtAABTswAARbgAADi8AAArvwAAIcIAABfGAAAQyQAACswAAALQAAAA1AAAANcAAADYAAAA2gUA&#10;ANsLAADcDgAA3hMAAN8ZAADhIQAA4yoAAOU2AADnQwAA51MAAOhkAADpdwAA6YwAAOqfAADqrgAA&#10;6roAAOrDAADqwwBwqAAAYq8AAFW2AABHvAAAOcAAACzEAAAgyAAAFswAAA7QAAAH1AAAANkAAADd&#10;AAAA4QAAAOMAAADkAAAA5gAAAOcBAADpBwAA6wwAAOwQAADuFQAA8B0AAPMnAAD2MwAA90MAAPhU&#10;AAD5ZgAA+XoAAPqOAAD6ngAA+6kAAPuwAAD7sAD/CxsA/wcZAP8AGQD/ABwA/wAlAP8AMgD/AD8A&#10;/wBLAP8AVwD/AGIA/wBrAP8AcwD9AHsA+wCCAPoAiAD4AI0A9wCSAPYAmAD1AJ0A9ACiAPMAqQDx&#10;ALAA7wC4AO4AwwDsANEA6wDmAOkA8wDoAP4A6AD/AOgA/wDoAP8A6AD/AOgA/wD/DhgA/woVAP8B&#10;FAD/ABgA/wAiAP8ALgD/ADsA/wBHAP8AUwD9AF4A+gBnAPcAbwD1AHcA8wB+APIAhADwAIkA7wCP&#10;AO4AlADsAJoA6wCfAOkApQDoAKwA5gC0AOQAvwDjAMwA4QDiAN8A8ADeAPsA3gD/AN0A/wDdAP8A&#10;3AD/ANwA/wD/EBMA/w0RAP8GEAD/AhUA/wAeAP8AKQD/ADYA/wBCAPoATgD0AFkA8QBiAO4AawDs&#10;AHIA6gB5AOgAfwDnAIUA5QCLAOQAkADiAJYA4QCcAN8AogDdAKkA2gCxANgAuwDVAMgA0gDdANEA&#10;7QDQAPkAzwD/AM4A/wDNAP8AzQD/AM0A/wD/EQ8A/w4NAP8MDQD/CxIA/wcZAP8CJAD/ADAA9gA8&#10;AO8ASQDqAFMA5wBdAOQAZgDhAG0A3wB0AN0AewDbAIEA2QCGANYAjADUAJIA0gCYANAAngDOAKYA&#10;zACuAMoAuADIAMQAxgDXAMUA6gDDAPcAwgD/AMEB/wDAAv8AwAL/AMAC/wD/FAsA/xAGAP8QCQD/&#10;EA4A/w4UAP8KHgD1BikA6wQ2AOMDQgDfA04A2wRXANYEYADTBGgA0ARvAM4FdgDMBXwAygWCAMkF&#10;iADHBY4AxgWUAMQFmwDCBaMAwAarAL4GtQC9BsIAuwjUALoJ6QC3C/gAtQz/ALQM/wC0DP8AtAz/&#10;ALQM/wD/FwQA/xQAAP8WAwD/FAkA/xEOAPIOFQDoDCEA3gouANYLOwDQDEcAzAxRAMkMWgDGDWIA&#10;xA1qAMINcQDADXcAvw19AL0OgwC8DooAug6RALkOmAC3DqAAtg6pALQPtACyD8EAsRDUAK4R6wCr&#10;EvoAqRL/AKgT/wCnE/8ApxP/AKcT/wD/GgAA/xsAAPkbAADrGQAA5RQGAOUQDgDZDhcAzxEmAMgS&#10;NADEE0AAvxRLALwUVAC5FV0AtxVkALUVawC0FXEAshV4ALEWfgCvFoUArhaMAKwWlACrF5wAqRem&#10;AKcYsACmGL0ApBjPAKIa5wCfGvcAnRv/AZwb/wGcG/8Bmxv/AZsb/wH/HQAA9yEAAOgkAADdJQAA&#10;1CEBAM8bCADKFxEAwhogALwcLQC3HToAsx5FALAeTwCtHlcAqx5fAKkfZgCoH2wAph9zAKUfeQCj&#10;H4AAoh+HAKAgjwCfIJgAnSCiAJsgrAGaIbkBmCHKAZYi5AGUI/UBkiP/AZEj/wGQI/8BkCP/AZAj&#10;/wH/IgAA6ykAAN0uAADPLwAAxy0AAMEnAwC9Ig0AtiMaALAlKACsJjQAqCZAAKUnSQCiJ1IAoCda&#10;AJ4nYQCcJ2cAmydtAJkndACYJ3sBlieCAZUniwGTJ5QBkSieAZAoqQGOKLUCjSnGAosp3wKJKvIC&#10;hyr/AoYq/wKGKv8Chir/AoYq/wL0KAAA4zEAANE2AADFOAAAvDYAALYwAACyKwkAqywUAKYtIgCi&#10;Li8Ani46AJsuRACYL00Ali9VAJQuXACSLmIAkC5pAY8ubwGNLnYBjC5+AYouhgKILo8Chy6aAoUv&#10;pQODL7IDgi/CA4Ew2gN/MO8DfTH+A30x/wN8Mf8DfDH/A3wx/wPtLwAA2zcAAMk9AAC+PgAAszwA&#10;AKw4AACnMwQAojIRAJ00HQCZNSoAlTU1AJI1QACPNUkAjTVQAIs1VwCJNV4BhzVkAYU0awGENHIC&#10;gjR5AoA0ggJ+NIsDfTSWA3s1oQR5Na4EeDW+BXc21AV2Nu0FdDf8BXQ3/wR0N/8EdDf/BHQ3/wTn&#10;NQAA0j0AAMNCAAC4RAAArEIAAKQ+AACfOQAAmjgOAJQ6GQCQOiYAjTsxAIo7OwCHO0QAhDtMAII7&#10;UwGAOloBfjpgAX06ZwJ7Om4CeTp1Anc6fgN2OogEdDqTBHI6ngVxOqsFbzu7Bm47zwZtO+oGbTz6&#10;Bmw8/wVsPP8FbDz/BWw8/wXiOQAAzEIAAL5HAACxSAAApUYAAJ1DAACXPwAAkj4LAI0/FQCJPyEA&#10;hUAtAIJANwB/QEAAfUBIAHtATwF5QFYBdz9dAXU/YwJzP2oCcT9yA3A/egNuP4QEbD+QBWs/nAZp&#10;P6kGaD+4B2dAzAdmQOgHZkD5BmVA/wZlQP8GZUD/BWVA/wXcPgAAx0YAALlLAACsTAAAoEoAAJdH&#10;AACRQwAAi0MIAIZDEgCCRB4AfkQpAHtFNAB5RT0AdkVFAHRETAFyRFMBcERZAW5EYAJsQ2cCa0Nv&#10;A2lDdwRnQ4EFZkONBmRDmQZiQ6cHYUS2CGBEyghgROYIX0X4B19F/wdgRf8GYET/BmBE/wbWQQAA&#10;w0kAALZOAACnTwAAm00AAJJLAACMRwAAhUcEAIBHEAB8SBoAeEgmAHVJMABzSToAcElCAG5JSQFs&#10;SFABakhWAWhIXQJmSGQCZUhsA2NIdQRhR38FYEeKBl5IlwddSKUIW0i0CFtIxwlaSOQIWkn2CFpJ&#10;/wdaSP8GWkj/BlpI/wbRRQAAv0wAALJSAACjUQAAl1AAAI1OAACGSgAAgEoBAHpLDgB2TBcAckwj&#10;AG9MLQBtTTYAakw/AGhMRgBmTE0BZExTAWJMWgJhTGECX0xpA15McgRcTHwFWkyIBllMlQdXTKMI&#10;VkyyCFVMxglVTOIJVUz1CFVM/wdVTP8HVkz/BlZM/wbMSAAAvFAAAK9VAACgVAAAk1MAAIlRAACB&#10;TQAAek4AAHVPDABwTxUAbVAgAGpQKgBnUDMAZVA8AGNQQwBhUEoBX1BRAV1QWAJcUF8CWlBnA1lQ&#10;cARXUHoFVVCGBlRQkwdSUKEIUVCxCVBQxAlQUOEJUFD0CFFQ/wdRT/8HUU//BlFP/wbJSwAAuVMA&#10;AKtXAACcVgAAj1UAAIVUAAB8UAAAdVEAAHBSCQBrUxIAaFQdAGVUJwBiVDEAYFQ5AF5UQQBcVEgB&#10;WlRPAVlUVgFXVF0CVlRlA1RUbgRSVHgFUVSEBk9UkQdOVKAITFSvCExUwglLVN8JTFTzCExT/wdM&#10;U/8HTVP/Bk1T/wbFTgAAtlYAAKdaAACYWQAAi1gAAIFXAAB3VAAAcFUAAGpWBgBmVxAAYlcaAGBY&#10;JABdWC4AW1k3AFlZPwBXWUYAVllNAVRZVAFTWVsCUVljAk9YbANOWHYETFiCBUpYjwZJWJ4HSFiu&#10;CEdYwAhHWN0IR1jyCEdX/wdIV/8HSFf/BkhX/wbBUQAAslkAAKNcAACUWwAAh1sAAH1aAAByWAAA&#10;a1kAAGVaAwBgWw4AXVwXAFpcIQBYXSsAVl00AFRePABTXkQAUV5LAVBeUgFOXlkCTF5hAktdagNJ&#10;XXQER12ABUVdjQZEXZwHQ12sB0JdvghCXdoIQlzxB0Jc/gdDW/8GQ1v/BkNb/wa9VQAAr10AAJ9f&#10;AACQXgAAg14AAHhdAABtXAAAZV0AAF9fAABaYAwAV2EUAFViHgBSYigAUWMxAE9jOQBOY0EATGNI&#10;AEtjTwFJY1YBR2NeAkVjZwJEY3EDQmN9BEBiiwU/YpoGPmKqBj1ivAc8YtYHPWHvBj1h/QY+YP8G&#10;PmD/Bj5g/wa5WQAAq2EAAJphAACLYQAAf2EAAHRhAABpYQAAX2IAAFlkAABUZgkAUWcRAE5nGgBM&#10;aCQAS2ktAElpNgBIaT4ARmpFAEVqTABDalQBQmpcAUBpZQI+aW8CPGl7AztpiQQ5aZgFOGioBTdo&#10;ugU3adMFN2juBTdn/AU4Zv8FOGb/BThm/wW0XgAAp2UAAJVlAACGZAAAemUAAG9lAABkZgAAWWgA&#10;AFJqAABNbAQASW4OAEduFgBFbyAARHApAEJwMgBBcDoAQHFCAD9xSQA9cVEAPHFZATpxYgE4cWwC&#10;NnB4AjVwhgMzcJUDMnCmBDFwuAQwcNAEMW/sBDFu+wQxbf8EMWz/BDFs/wSvZAAAoWkAAI9oAACB&#10;aAAAdWkAAGtpAABgawAAVW4AAE1xAABGcwAAQnULAD92EgA9dxwAPHclADp4LQA5eDUAOHk9ADd5&#10;RQA2eU0ANXlVADN5XgAxeWgBMHl0AS55gwIteZICK3ijAip4tQIqeMwCKnfqAip2+QMqdf8DKnT/&#10;Ayp0/wOqagAAmm0AAIlsAAB8bQAAcG0AAGZuAABbcQAAUHUAAEh4AABBewAAOn4FADZ/DgA0gBYA&#10;M4EgADKBKAAwgTAAL4I4AC6CQAAtgkgALIJQACuCWgAqgmQAKIJwACaCfwElgo8BJIKgASOCsgEi&#10;gskBIoHnASJ/9wEifv8CIn3/AiJ9/wKlcQAAk3EAAINxAAB2cQAAbHIAAGB1AABWeAAATHwAAEOA&#10;AAA7gwAAM4YAAC2JCgAqihEAKYsZACeLIgAmiyoAJYwxACSMOQAjjEIAIo1KACGNVAAgjV4AH41r&#10;AB2NeQAcjYoAG42cABmNrgAYjMQAGIzjABmK9QAZif8BGYj/ARmI/wGddwAAjHYAAH12AABydwAA&#10;ZXkAAFp8AABQgAAARoQAADyJAAA0jAAALZAAACWTAgAflQwAHZYSAByWGgAblyIAGpcqABmXMgAY&#10;mDoAF5hDABaYTQAVmFgAFJhkABOYcwARmIQAEJiWABCYqQAOmL8ADpfdAA+W8gAQlfwAEJT/ABCU&#10;/wCVfQAAhXwAAHh8AABrfgAAX4EAAFSGAABKigAAQI8AADaTAAAtlwAAJpoAAB6dAAAXoAMAEqIM&#10;ABCjEgAQoxkAD6MhAA6kKQAOpDEADaQ6AAykRQALpFAACqRcAAmkagAHpHsABqOOAASjoQACo7QA&#10;A6LLAAOi5gADofMAA6H7AAOh+wCNgwAAf4IAAHGEAABkhwAAWIwAAE2RAABClgAAOJoAAC+eAAAm&#10;ogAAHqUAABeoAAARqwAADK4HAAevDQADrxIAAq8ZAAGvIQAArykAALAyAACwPAAAsEcAALBTAACw&#10;YQAAsHEAALCDAACvlwAAr6oAAK+/AACu2QAArusAAK70AACu9ACHiQAAeIoAAGqOAABdkwAAUZgA&#10;AEWdAAA7ogAAMKYAACeqAAAergAAFrEAABC0AAALtgAABbkDAAC6CgAAug4AALoTAAC7GQAAuyEA&#10;ALwoAAC8MQAAvTwAAL5IAAC+VgAAvmUAAL53AAC+jAAAvp8AAL2zAAC+xwAAvt4AAL3rAAC96wB/&#10;kgAAcJUAAGKaAABVnwAASaUAAD2rAAAyrwAAKLQAAB62AAAVuQAADrwAAAm/AAACwgAAAMQAAADF&#10;BAAAxgoAAMYOAADHEgAAyBgAAMkfAADKJwAAzDAAAM48AADOSQAAz1kAAM9qAADPfgAAz5MAAM+m&#10;AADPuAAAz8gAAM/bAADP2wB3nAAAaKEAAFunAABOrgAAQbQAADS3AAAougAAHb0AABPAAAANxAAA&#10;BscAAADKAAAAzgAAANAAAADRAAAA0gIAANMIAADVDAAA1hAAANkVAADbHAAA3SQAAOAvAADiPAAA&#10;40sAAORcAADkbwAA5YMAAOWYAADlqQAA5bYAAOXDAADlwwBspQAAX6wAAFGyAABEuQAANbwAACjA&#10;AAAcxAAAEsgAAAzLAAADzwAAANMAAADYAAAA3AAAAN8AAADfAAAA4QAAAOMAAADkAwAA5ggAAOgN&#10;AADpEQAA7BgAAO4iAADxLgAA8zwAAPRNAAD1XwAA9nMAAPeHAAD3mQAA+KUAAPiwAAD4sAD/AxcA&#10;/wAVAP8AFQD/ABgA/wAjAP8ALwD/ADwA/wBIAP8AVAD/AF4A/wBnAP0AbwD7AHYA+QB9APgAgwD2&#10;AIgA9QCOAPQAkwDyAJgA8QCeAPAApADuAKsA7QCzAOsAvQDqAMsA6ADhAOcA8QDmAP0A5QD/AOQA&#10;/wDkAP8A5AD/AOQA/wD/BxMA/wARAP8AEQD/ABUA/wAfAP8AKwD/ADcA/wBEAP4ATwD6AFoA9wBj&#10;APQAawDyAHIA8AB5AO8AfwDtAIQA6wCKAOoAjwDoAJQA5wCaAOUAoADkAKcA4gCvAOAAuQDeAMYA&#10;3ADaANoA7ADYAPkA1gD/ANYA/wDXAP8A2AD/ANgA/wD/ChAA/wMOAP8ADQD/ABIA/wAaAP8AJgD8&#10;ADIA9wA/APQASgDxAFUA7QBeAOoAZgDoAG4A5QB0AOMAegDiAIAA4ACFAN4AiwDcAJAA2wCWANgA&#10;nADVAKMA0wCrANEAtQDOAMEAzADRAMsA5wDJAPUAyAD/AMgA/wDIAP8AyAD/AMgA/wD/DAwA/wYI&#10;AP8CCgD/AA8A/wAVAPwAIADxACwA7AA5AOkARQDlAE8A4QBZAN4AYQDbAGgA1wBvANQAdQDSAHsA&#10;0ACAAM4AhgDMAIwAywCSAMkAmADHAKAAxQCoAMMAsQDBALwAvwDLAL0A4wC8APIAuwD9ALsA/wC6&#10;AP8AugD/ALoA/wD/DgUA/wkAAP8JBQD/BgsA/wEQAPAAGQDmACUA4QAyANwAPwDWAEkA0QBTAM4A&#10;WwDLAGMAyABqAMYAcADFAHYAwwB7AMEAgQDAAIcAvgCOALwAlAC7AJwAuQCkALcArgC1ALkAswDI&#10;ALEA3wCwAe8ArwH7AK4C/wCtA/8ArQP/AK0D/wD/EAAA/w4AAP8NAAD2CwMA8gcKAOIBEQDbAh0A&#10;0gMrAMwDNwDIBEMAxARNAMEEVgC+BV0AvAVkALoFawC4BXEAtwV2ALUFfACzBoMAsgaJALAGkQCv&#10;B5kArQehAKsHqwCpCLcAqAnGAKYK3QClC/AAowz9AKIN/wChDf8AoQ3/AKAN/wD/EQAA/BIAAOwT&#10;AADiEwAA2w8DANYJCwDOCBQAxgoiAMAMMAC8DTwAuA1GALUNTwCyDlcAsA5fAK4OZQCtDmsAqw5x&#10;AKoOeACoDn4Apw+FAKUPjQCkD5YAohCfAKAQqQCfELUAnRHFAJsR3gCZEvEAlxP/AJYU/wCVFP8A&#10;lRT/AJQU/wD/FQAA7RsAAOAfAADSHwAAyRsAAMQUBQDBEA4AuhIbALQTKQCwFDUArBVAAKkVSQCm&#10;FVIApBZZAKIWYAChFmYAnxZsAJ4WcgCcFnkAmxeAAJkXiACYF5EAlhibAJQYpgCTGbIAkRnBAJAa&#10;2ACNG+4Aixz9AIoc/wCKHP8AiRz/AIkc/wD0HQAA5CUAANMpAADHKgAAvCYAALYgAAC0GQsArhoV&#10;AKgcIwCkHS8AoR46AJ4eRACbHkwAmR5UAJcfWwCVH2EAlB9nAJIfbQCRH3QAjyB8AI4ghACMII0A&#10;iiCXAIkhogCHIa4AhiK9AIUi0QGCI+sBgST7AYAk/wF/JP8BfyT/AX8k/wHsJQAA2y0AAMkxAAC8&#10;MQAAsS4AAKspAACnJAUAoyMRAJ4kHQCaJSoAliY1AJMmPwCRJkcAjyZPAI0mVgCLJ1wAiSdiAIgn&#10;aQCGJ28AhSd3AIMnfwCBJ4kBgCiTAX4ongF9KasBeym5AXopzQF4KugBdyv5AXYr/wF2K/8BdSv/&#10;AXUq/wHlLAAA0DQAAME4AACzOAAAqDUAAKIxAACdLQAAmSoOAJQrGACQLCQAjS0wAIotOgCHLUMA&#10;hS1KAIMtUQCBLlgAgC5eAH4uZAB9LmsAey5zAXkuewF4LoUBdi6PAXQvmwFzL6gCcS+2AnAwyQJv&#10;MOUCbjH3Am0x/wJtMf8CbTH/Am0x/wLfMgAAyTkAALs+AACsPQAAoToAAJo3AACVMwAAkDEKAIwx&#10;FACHMiAAhDMrAIEzNQB/Mz4AfTNGAHszTQB5M1QAdzNaAHYzYQB0M2cBcjRvAXE0dwFvNIEBbjSM&#10;Amw0mAJqNaUCaTWzA2g1xgNnNuIDZjb1A2Y2/wJmNv8CZjb/AmY2/wLYNwAAxD4AALVCAACmQQAA&#10;mz8AAJM8AACNOAAAiDYHAIQ3EQCANxwAfDgnAHo4MQB3OToAdTlCAHM5SQBxOVAAcDlXAG45XQBs&#10;OWQBazlrAWk5dAFoOX4CZjmJAmQ5lQNjOqIDYjqxA2E6wwNgO+AEXzvzA187/wNfO/8DXzv/Al87&#10;/wLROwAAwEIAALBFAAChRAAAlUMAAI1AAACHPQAAgjsCAH07DgB5PBgAdT0jAHM9LQBwPTYAbj0/&#10;AGw9RgBrPU0AaT1TAGc9WgBmPWEBZD1oAWM9cQFhPnsCXz6GAl4+kwNcPqADWz+vBFo/wQRaP90E&#10;WT/yBFk//wNZP/8DWT//A1k//wPMPwAAvEYAAKtIAACcRwAAkUYAAIhEAACCQAAAfD8AAHdADABz&#10;QBUAb0EgAGxBKgBqQTMAaEE7AGZCQwBkQkoAY0FQAGFBVwBgQl4BXkJlAV1CbgJbQngCWkKEA1hC&#10;kANXQp4EVkOtBFVDvwRUQ9oEVEPxBFRD/gNUQ/8DVEP/A1RD/wPIQgAAuEkAAKdLAACYSgAAjUkA&#10;AINHAAB9QwAAdkMAAHFECgBtRBIAakUdAGdFJwBkRTAAYkU4AGBFPwBfRUcAXUVNAFtFVABaRlsB&#10;WUZjAVdGbAFWRnYCVEaBA1NGjgNSR5wEUEerBFBHvQRPR9YFT0fvBE9H/QRPR/8DT0f/A1BH/wPE&#10;RQAAtU0AAKNNAACVTAAAiUsAAH9KAAB4RgAAcUcAAGxHBwBoSBAAZEgaAGFJJABfSS0AXUk1AFtJ&#10;PQBZSUQAV0lKAFZJUQBVSlkBVEphAVJKaQFRSnQCT0p/A05KjANNSpsETEuqBEtLvARKS9MFSkvu&#10;BEtL/QRLSv8DS0r/A0tK/wPBSAAAslAAAKBPAACRTwAAhU4AAHtNAABzSQAAbEoAAGdLBABiTA4A&#10;X0wXAFxNIQBaTSoAWE0yAFZNOgBUTUEAU05IAFJOTwBQTlcBT05fAU5OZwFMTnICS059AklOiwNI&#10;TpkER0+oBEZPugRGT9EERk/tBEZO/ARGTv8DR07/A0dO/wO9TAAArlIAAJxRAACNUQAAgVEAAHdQ&#10;AABuTAAAZ04AAGJPAABdUA0AWlAUAFdRHgBVUScAU1EwAFFSOABQUj8ATlJGAE1STQBMU1UASlNd&#10;AUlTZQFIU28CRlN7AkVTiQNDU5cDQlOnBEFTuARBU88EQVPsBEFS+wNCUv8DQlL/A0JR/wO6TwAA&#10;qlQAAJhUAACJVAAAfVMAAHNTAABpUQAAYlIAAFxTAABYVAoAVFUSAFJVGwBPViQATlYtAExXNQBL&#10;VzwASldEAEhXSwBHWFIARlhaAURYYwFDWG0BQVh5AkBYhgI+WJUDPVilAzxYtwQ8WM0EPFfqAzxX&#10;+gM9Vv8DPVb/Az1W/wO2UwAApVcAAJRXAACFVgAAeVYAAG9WAABlVQAAXFYAAFdYAABSWQcATloQ&#10;AExaGABKWyEASFwqAEdcMgBFXDoARF1BAENdSABCXVAAQF1YAD9dYQE9XWsBPF12AjpdhAI5XZMC&#10;OF2jAzddtQM2XcsDNlzoAzdc+QM3W/8DOFv/Azha/wOyVwAAoFoAAI9ZAACBWQAAdVkAAGtZAABg&#10;WgAAVlsAAFFdAABMXgIASGANAEVgFABEYR4AQmImAEBiLgA/YjYAPmM+AD1jRQA8Y00AO2NVADlj&#10;XgA4Y2gBNmN0ATVjgQEzY5ECMmOhAjFjswIxY8gCMWLnAjFh+AIxYf8CMmD/AjJg/wKuXAAAm10A&#10;AIpdAAB8XQAAcF0AAGZdAABcXgAAUmAAAExiAABFZQAAQWYKAD5nEQA8aBoAO2giADlpKwA4aTIA&#10;N2o6ADZqQQA1akkANGpSADNqWwAxamUAMGpwAS5qfgEtao4BLGqfAStqsAEqasYBKmnlASpo9gIr&#10;Z/8CK2f/Aitn/wKpYQAAlWAAAIRgAAB3YAAAbGEAAGJhAABYYwAATmYAAEdoAABAawAAOm4FADZv&#10;DgA0cBUAM3AeADJxJgAwcS4AL3E1AC5yPQAtckUALHJNACtyVwAqcmEAKXJtACdyewAmcosAJHKc&#10;ASNyrgEjcsMBI3HiASNw9AEjb/8BI27/ASNu/wGhZQAAjmQAAH9kAAByZAAAaGUAAF5mAABUaQAA&#10;SWwAAEJvAAA7cgAANHUAAC54CgAreREAKnkYACl6IQAneigAJnowACV7OAAke0AAI3tIACJ7UgAh&#10;e1wAIHtoAB98dgAdfIYAHHuYABt7qgAae78AGnveABp58gAbeP4AG3f/ARt3/wGZaQAAiGkAAHlp&#10;AABtaQAAY2oAAFlsAABPbwAARXMAAD13AAA1egAALn0AACeBAwAigw0AIIQSAB+EGgAdhCIAHIUq&#10;ABuFMQAahTkAGYVCABiGTAAXhlYAFoZjABWGcQAUhoEAEoaTABGGpgARhbsAEIXWABGD7wARgvsA&#10;EoL/ABKB/wCRbgAAgW0AAHRuAABpbgAAXXAAAFNzAABJdwAAQHwAADeAAAAvgwAAJ4cAACGKAAAa&#10;jQYAFY8NABOQEwASkBoAEpAiABGQKgAQkTIAEJE7AA+RRAAOkU8ADZFcAAyRagALkXoACpGNAAiQ&#10;nwAHkLMAB4/JAAeP5gAHjvQACI38AAiN/wCJcwAAe3MAAG9zAABjdQAAV3gAAE19AABDgQAAOYYA&#10;ADCKAAAojgAAIZEAABqVAAATlwAADpoIAAucDgAJnBMACJwaAAecIgAGnCoABJwzAAOcPQACnUgA&#10;AJ1UAACdYgAAnHIAAJyEAACclwAAm6oAAJu/AACa2wAAmuwAAJr1AACZ+ACCeQAAdnkAAGh6AABc&#10;fgAAUYIAAEaHAAA8jAAAMpEAACmVAAAhmQAAGZ0AABKgAAAOowAACaYFAAOnDAAApxAAAKcVAACo&#10;HAAAqCMAAKgrAACpNAAAqT8AAKlLAACpWQAAqWgAAKl6AACpjgAAqaEAAKi1AACoywAAp+QAAKfv&#10;AACn8wB9gAAAb4EAAGGEAABViQAASY4AAD6UAAA0mQAAKp4AACGiAAAZpgAAEqkAAA2sAAAHrwAA&#10;ALIAAACzBwAAswwAALMQAAC0FQAAtBsAALUiAAC2KwAAtzUAALdAAAC4TgAAuF0AALhuAAC4ggAA&#10;uJcAALiqAAC3vgAAt9IAALfmAAC36gB2iAAAZ4sAAFqQAABOlgAAQpwAADeiAAAspwAAIqsAABmv&#10;AAARswAAC7YAAAS5AAAAvAAAAL4AAAC+AAAAvwYAAMALAADBDwAAwhMAAMMZAADEIAAAxSkAAMc0&#10;AADIQgAAyVEAAMliAADJdQAAyYoAAMmfAADKsQAAysEAAMnRAADJ2QBukwAAYJgAAFOeAABGpAAA&#10;OqsAAC+wAAAktQAAGbgAABC8AAAKvwAAAcEAAADEAAAAyAAAAMoAAADKAAAAzAAAAM0DAADOCAAA&#10;0A0AANEQAADTFgAA1h4AANooAADdNAAA3kMAAN9UAADfZwAA4HwAAOCRAADgpAAA4LIAAOC+AADg&#10;wwBmnwAAWaYAAEytAAA/tAAAMrgAACS8AAAYvwAAEMMAAAjHAAAAygAAAM0AAADRAAAA1QAAANgA&#10;AADZAAAA2wAAAN0AAADfAAAA4QQAAOMKAADlDgAA5xMAAOocAADtJwAA8DUAAPFGAADyWAAA82sA&#10;APOAAAD0lAAA9KMAAPSuAAD0sgD/ABMA/wARAP8AEQD/ABUA/wAfAP8ALAD/ADkA/wBFAP8AUAD/&#10;AFoA/gBjAPsAawD5AHIA9wB4APUAfgD0AIQA8gCJAPEAjgDwAJMA7gCZAO0AnwDsAKYA6gCuAOgA&#10;uADmAMUA5QDbAOMA7QDiAPsA4gD/AOEA/wDhAP8A4QD/AOEA/wD/ABAA/wAOAP8ADQD/ABIA/wAb&#10;AP8AKAD/ADQA/gBBAPsATAD3AFYA9ABfAPEAZgDvAG0A7AB0AOoAegDpAH8A5wCFAOYAigDlAI8A&#10;4wCVAOEAmwDgAKIA3gCqANsAtADZAMAA1gDQANMA6ADSAPcA0QD/ANEA/wDQAP8A0AD/ANAA/wD/&#10;AA0A/wAJAP8ACgD/AA8A/wAWAPsAIgD3AC8A9AA7APAARwDtAFEA6QBaAOUAYgDiAGkA4ABvAN4A&#10;dQDcAHoA2gCAANgAhQDVAIsA0wCRANEAlwDPAJ4AzQCmAMsArwDJALoAxwDJAMUA4gDEAPIAwwD+&#10;AMIA/wDBAP8AwgD/AMIA/wD/AwYA/wABAP8ABgD/AAwA+QARAPEAHQDrACkA5wA2AOMAQQDfAEsA&#10;2wBUANUAXADSAGMAzwBqAM0AcADLAHUAyQB7AMgAgADGAIYAxQCMAMMAkwDBAJoAvwCiAL0AqwC7&#10;ALYAuQDEALcA2gC2AO0AtAD6ALQA/wC0AP8AtAD/ALQA/wD/BAAA/wAAAP8AAAD/AAYA7AANAOUA&#10;FgDeACIA1wAvANEAOwDNAEUAygBOAMYAVwDEAF4AwQBkAL8AagC9AHAAvAB1ALoAewC5AIEAtwCH&#10;ALUAjgCzAJUAsgCeALAApwCuALIArAC/AKoA0QCoAOgAqAD3AKcA/wCnAP8ApgD/AKYA/wD/BgAA&#10;/wUAAPEDAADoAAAA4QAHANUAEADNABsAxwAnAMMAMwC/AD4AvABIALkAUQC2AFgAtABfALIAZQCw&#10;AGoArwBwAK0AdgCsAHwAqgCCAKkAiQCnAJEApQCaAKMApAChAK4AoAC7AJ4BzQCdAuYAnAT0AJsE&#10;/wCaBf8AmgX/AJkF/wD/CgAA8Q4AAOQQAADZDwAAzgsAAMgDCwDCABMAvAIfALcDLACzBDcAsAVC&#10;AK0GSgCqBlIAqAdZAKYHXwClB2UAowdrAKIIcQCgCHcAnwh+AJ0IhQCbCY4AmgmXAJgKoQCWCqwA&#10;lQu6AJMLzACSDOUAkA32AI8O/wCODv8Ajg7/AI0O/wD2EQAA5hcAANYbAADHGQAAvhUAALkQAAC3&#10;Cg0AsQsXAKwNJACoDjAApQ47AKIORACfD0wAnQ9TAJsPWgCaD2AAmBBmAJcQbACVEHIAkxB5AJIQ&#10;gQCQEIoAjxGUAI0RnwCLEaoAihK4AIgSywCGE+YAhRT3AIMV/wCDFf8AghX/AIIV/wDtGgAA3CEA&#10;AMolAAC7IgAAsR8AAKsaAACpFAYApRIRAKAUHgCcFSoAmRU1AJYWPgCUFkcAkhZOAJAWVQCOF1sA&#10;jBdhAIsXZwCJF20AiBd0AIYYfACFGIYAgxmQAIEZmwCAGqcAfhq1AH0bxwB8HOIAeh31AHkd/wB4&#10;Hf8AeB3/AHgd/wDlIgAA0CkAAL8sAACwKgAApycAAKAjAACdHwAAmhoOAJUcGACRHSQAjh4vAIwe&#10;OQCJHkEAhx9JAIUfUACDH1YAgh9cAIAfYgB/H2kAfSBwAHwgeAB6IIEAeSGMAHchlwB1IqQAdCKy&#10;AHMjwwByI98AcCTzAG8k/wBvJP8AbiT/AG4k/wDdKQAAyDAAALcyAACoMAAAni4AAJcqAACTJwAA&#10;kCMKAIwjEwCIJB8AhCUqAIIlNACAJj0AfSZEAHwmSwB6JlIAeCZYAHcmXgB1JmUAdCdsAHIndABx&#10;J30AbyiIAG4olABsKKEAaymvAWopwAFpKtsBZyrxAWcr/wFmK/8BZir/AWYq/wHULwAAwjYAAK82&#10;AAChNQAAljQAAJAwAACKLQAAhyoGAIMpEAB/KhoAfCslAHkrLwB3LDgAdSxAAHMsRwBxLE0AcCxU&#10;AG4sWgBtLGEAay1oAGotcABoLXoAZy6FAGUukQFkLp4BYi+sAWEvvQFhMNUBYDDvAV8w/QFfMP8B&#10;XzD/AV8w/wHNNAAAvDsAAKk6AACbOgAAkDgAAIk1AACDMgAAfzABAHsvDgB3MBYAdDAhAHExKwBv&#10;MTQAbTE8AGsxQwBqMUoAaDJQAGcyVwBlMl0AZDJlAGIybQBhM3cAXzOCAV4zjgFdNJwBWzSqAVo1&#10;uwFaNdIBWTXtAVk1/AFYNf8BWDX/AVk1/wHIOAAAtz4AAKQ+AACWPQAAizwAAIM6AAB9NwAAeDQA&#10;AHQ0CwBwNRMAbTUdAGo1JwBoNjAAZjY4AGQ2PwBjNkYAYTZNAGA2UwBeN1oAXTdiAFw3agBaOHQB&#10;WTh/AVc4jAFWOZkBVTmoAlQ5uQJTOs8CUzrrAlM6+wFTOv8BUzn/AVM5/wHEPAAAskEAAKBAAACS&#10;QAAAhj8AAH49AAB4OgAAczgAAG45CABqOREAZzkaAGQ6JABiOiwAYDo0AF46PABdO0MAWztKAFo7&#10;UABYO1cAVztfAFY8ZwBUPHEBUzx8AVI9iQFRPZcBTz2mAk4+twJOPs0CTj7pAk0++gJOPv8BTj3/&#10;AU49/wHAPwAArkMAAJxDAACOQwAAgkIAAHpAAABzPQAAbTwAAGg9BQBkPQ4AYT4XAF4+IQBcPikA&#10;Wj4xAFg+OQBXPkAAVT9GAFQ/TQBTP1UAUkBcAFBAZQBPQG8BTkF6AU1BhwFLQZYBSkGlAklCtQJJ&#10;QssCSULoAklC+QJJQf8CSUH/AUlB/wG9QwAAqkUAAJhFAACKRQAAf0UAAHZDAABvQAAAaEAAAGNB&#10;AQBfQQ0AXEEUAFlCHQBXQiYAVUIuAFNCNgBRQj0AT0JDAE9DSwBOQ1IATURaAExEYwBKRG0BSUV4&#10;AUhFhQFHRZQBRUWjAkVGtAJERskCREbnAkRF+AJERf8CRUX/AkVF/wG6RgAApkgAAJRIAACGSAAA&#10;e0cAAHJGAABqQgAAY0MAAF5EAABaRQsAVkUSAFRGGwBRRiMAT0YrAE5GMwBMRzoAS0dBAEpHSQBJ&#10;SFAASEhYAEdIYQBGSWsAREl2AUNJgwFCSZIBQUmiAkBJswI/SscCP0rlAj9J9wJASf8CQEj/AkBI&#10;/wG2SQAAokoAAJFKAACDSgAAd0oAAG5JAABlRQAAXkcAAFlIAABVSQgAUUoQAE9KGABMSiEASksp&#10;AElLMQBHSzgARkw/AEVMRgBETE4AQ01WAEJNXwBBTWgAQE10AT5NgQE9TZABPE2gATtOsQI6TsYC&#10;Ok7kAjtN9gI7Tf8BO0z/ATxM/wGzTQAAnkwAAI1MAAB/TAAAdEwAAGpMAABgSgAAWUsAAFRMAABQ&#10;TQUATE4OAElPFQBHTx4ARU8mAERQLgBCUDUAQVA9AEBRRAA/UUsAPlFTAD1SXAA8UmYAOlJyADlS&#10;fwE4Uo4BN1KeATZSrwE1UsQBNVLiATZS9QE2Uf8BNlD/ATdQ/wGuTwAAmU8AAIlPAAB7TwAAcE8A&#10;AGZPAABcTgAAVE8AAE9RAABKUgEARlMMAENUEgBBVBsAQFUjAD5VKwA9VjIAPFY6ADtWQQA6VkkA&#10;OVdRADhXWgA2V2MANVdvADRXfAEzV4wBMVecATBXrQEwV8IBMFfgATBW9AExVv8BMVX/ATFV/wGo&#10;UgAAlVIAAIRSAAB3UgAAbFIAAGJSAABYUwAAT1QAAElWAABEVwAAQFkIAD1aEAA7WhcAOVsgADhb&#10;JwA3XC8ANlw2ADVcPgA0XEYAM11OADFdVwAwXWEAL11sAC5degAsXYkAK12aASpdqwEqXb8BKV3e&#10;ASpc8gEqW/4BK1v/ASta/wGjVQAAj1UAAH9VAAByVQAAZ1YAAF5WAABUVwAATFkAAEVbAAA/XQAA&#10;Ol8EADZgDQA0YRMAMmIcADFiIwAwYisAL2MyAC5jOgAtY0IALGNKACpkUwApZF0AKGRpACdkdgAm&#10;ZIYAJWSXACRkqQAjZL0AImTaACNj8QAjYv0BJGH/ASRh/wGcWAAAiVgAAHpZAABuWQAAY1kAAFpa&#10;AABQXAAASF4AAEFgAAA6YwAANGYAAC9oCgAsaRAAKmkXAClqHwAoaiYAJ2ouACZrNQAlaz0AJGtG&#10;ACNrTwAibFkAIGxlAB9scgAebIIAHWyUABxspgAba7oAGmvUABtq7gAcafwAHGj/ABxo/wCVXAAA&#10;g1wAAHVcAABpXQAAX10AAFZeAABMYQAAQ2QAADxnAAA1agAAL20AAChwBAAjcg0AIXISACBzGgAf&#10;cyEAHnMoAB10MAAcdDgAG3RAABp0SgAZdFQAF3VgABZ1bgAVdX4AFHWQABN0ogASdLYAEXTPABJz&#10;7AAScvoAE3H/ABNx/wCOYAAAfWAAAG9hAABlYQAAW2IAAFFkAABIZwAAPmsAADduAAAwcQAAKXUA&#10;ACJ4AAAcewcAF30OABZ9EwAVfRsAFH4iABN+KgASfjEAEX46ABF+RAAQf04AD39aAA5/aAANf3gA&#10;DH+KAAt+nQAKfrAACX3GAAp95AAKfPQAC3v9AAt6/wCGZQAAd2UAAGplAABhZgAAVmgAAExrAABC&#10;bwAAOXMAADF3AAAqegAAI34AAByBAAAVhAAAEIcIAA2JDgAMiRQADIkbAAuJIwAKiSsACYkzAAiJ&#10;PQAGiUgABYlUAASJYQACiXEAAYmDAACJlgAAiKkAAIe+AACH2gAAhuwAAIb1AACG+gB+agAAcWoA&#10;AGdrAABbbAAAUHAAAEZ0AAA8eAAAM30AACqBAAAjhQAAHIgAABWMAAAQjwAADJIGAAaTDAACkxEA&#10;AJQWAACUHQAAlCQAAJUsAACVNQAAlUAAAJVMAACWWQAAlmkAAJV6AACVjgAAlKEAAJS1AACTzAAA&#10;kuYAAJLyAACS9wB4cAAAbXAAAGByAABUdQAASXkAAD9+AAA1gwAALIgAACONAAAbkQAAFJQAAA+X&#10;AAAKmgAABJ0DAACeCQAAnw4AAJ8SAACgFwAAoB0AAKElAACiLQAAojcAAKNDAACjUAAAo18AAKNx&#10;AACjhAAAopkAAKKtAAChwgAAodwAAKHrAACg8gBzdgAAZncAAFl7AABNgAAAQoUAADiLAAAukAAA&#10;JJUAABuaAAAUngAADqEAAAmkAAACpwAAAKoAAACrBAAAqwoAAKwNAACtEQAArRYAAK4cAACvJAAA&#10;sC0AALE5AACxRgAAslUAALJmAACyeQAAso4AALGjAACytwAAscoAALHgAACx6QBsfgAAX4IAAFKH&#10;AABGjQAAO5MAADCZAAAmngAAHKMAABOnAAANqwAAB64AAACyAAAAtQAAALcAAAC4AAAAuQIAALkI&#10;AAC6DAAAuxAAALwUAAC9GwAAvyMAAMEtAADCOgAAwkkAAMNaAADDbAAAxIIAAMSXAADEqwAAxLwA&#10;AMTLAADE2gBliQAAWI4AAEuVAAA/mwAAM6IAACioAAAdrQAAFLEAAA22AAAGuQAAALwAAAC/AAAA&#10;wwAAAMQAAADFAAAAxgAAAMcAAADJBAAAygkAAMsNAADNEQAAzxgAANIhAADVLQAA1jwAANhNAADZ&#10;XwAA2nMAANqKAADbngAA264AANu6AADcwwBelgAAUZwAAESjAAA4qgAALLEAACC3AAAVuwAADb4A&#10;AATCAAAAxQAAAMkAAADNAAAA0AAAANIAAADSAAAA1QAAANYAAADZAAAA2wAAAN4FAADgCgAA4g8A&#10;AOUWAADoIAAA7C0AAO0+AADtUQAA7mUAAO96AADvjwAA8J8AAPCrAADwswD/ABAA/wAOAP8ADgD/&#10;ABIA/wAdAP8AKQD/ADUA/wBBAP8ATQD+AFYA+wBfAPgAZgD2AG0A9AB0APIAeQDxAH8A8ACEAO4A&#10;iQDtAI8A6wCVAOoAmwDoAKIA5gCqAOUAswDjAMAA4QDSAOAA6gDfAPkA3QD/AN0A/wDdAP8A3gD/&#10;AN4A/wD/AA0A/wAKAP8ACQD/AA8A/wAYAP8AJAD+ADEA+wA9APgASAD0AFIA8ABaAO0AYgDrAGkA&#10;6QBvAOcAdQDlAHoA4wB/AOIAhQDgAIoA3gCQANwAlgDaAJ0A2AClANUArwDSALoA0ADKAM4A4wDN&#10;APQAywD/AMsA/wDLAP8AywD/AMsA/wD/AAgA/wADAP8ABQD/AAwA/AAUAPcAHwDyACsA7wA3AOsA&#10;QgDnAEwA5ABVAOAAXQDdAGQA2gBqANgAcADVAHUA0gB6ANAAgADPAIUAzQCLAMsAkgDJAJkAxwCh&#10;AMUAqgDDALUAwQDDAL8A2gC+AO4AvQD8ALwA/wC8AP8AvAD/ALwA/wD/AAAA/wAAAP8AAAD5AAcA&#10;8QAQAOoAGgDkACUA3wAxANsAPADXAEcA0gBQAM4AVwDLAF4AyQBlAMYAagDFAHAAwwB1AMEAegDA&#10;AIAAvgCGALwAjQC6AJQAuQCcALcApQC1ALAAswC9ALEAzwCvAOgArgD4AK4A/wCtAP8ArQD/AK0A&#10;/wD/AAAA/wAAAP0AAADuAAEA4wAMANoAFADRAB8AzAArAMgANgDFAEAAwgBKAL8AUgC8AFkAugBf&#10;ALgAZQC2AGoAtABvALMAdQCxAHoAsACBAK4AiACtAI8AqwCYAKkAoQCnAKsApQC4AKMAyACiAOIA&#10;oQDzAKAA/gCgAP8AoAD/AKAA/wD/AAAA9gAAAOoAAADgAAAA0wAGAMkADwDCABgAvQAkALkALwC2&#10;ADoAtABDALEATACuAFMArABZAKoAXwCpAGQApwBqAKYAbwCkAHUAowB7AKEAggCgAIoAngCTAJwA&#10;nQCaAKcAmAC0AJYAwwCVANwAlADvAJMA+wCTAP8AkwD/AJIA/wD5BQAA6gsAANwNAADLCgAAwgUA&#10;ALwACgC2ABEAsQAcAK4AKACqADMApwA9AKQARQCiAE0AoABTAJ4AWQCcAF8AmwBkAJoAagCYAHAA&#10;lwB2AJUAfgCTAIYAkgGPAJABmQCOAqQAjAKxAIsDwACJBdYAiAbtAIgH+gCHCP8Ahgj/AIYI/wDv&#10;DwAA3hQAAMoVAAC8EgAAsxAAAK4MAACrBg0ApwMVAKIFIACfBywAnAg2AJkIPwCXCUcAlQlOAJMJ&#10;VACRCloAkApfAI4KZQCNCmsAiwpyAIoLeQCIC4IAhwuMAIUMlwCDDKIAgQ2wAIANwAB/DdgAfQ7v&#10;AHwP/QB7D/8AexD/AHsQ/wDmFwAA0R4AAL0dAACvHAAAphkAAKEVAACeEAQAnQ0PAJgOGQCUDiUA&#10;kQ8vAI8QOQCMEEEAihBIAIgQTwCHEFUAhRBbAIQRYQCCEWcAgBFuAH8RdQB9EX4AfBKIAHoSlAB4&#10;EqAAdxOuAHUTvgB0FNUAcxXuAHEW/QBxFv8AcRb/AHAW/wDcHwAAxiUAALMlAAClIwAAnCEAAJYe&#10;AACSGQAAkRQLAI0UFACJFR8AhhYpAIMWMwCBFzwAgBdDAH4XSgB8F1AAehdWAHkYXAB3GGIAdhhp&#10;AHQYcQBzGXoAcRmEAG8akABuGp0AbBurAGscuwBqHNAAaR3sAGge+wBoHv8AZx7/AGce/wDRJgAA&#10;vSoAAKsqAACdKgAAkygAAI0lAACIIgAAhh0GAIMbEAB/HBoAfB0kAHodLgB3HjYAdh4+AHQeRQBy&#10;H0sAcR9RAG8fWABuH14AbB9lAGsgbQBpIHYAaCGBAGYhjQBlIpoAYyKoAGIjuABhI80AYCTpAGAk&#10;+gBfJP8AXyT/AF8k/wDKLAAAti8AAKQvAACWLwAAjC0AAIUqAACAKAAAfSQAAHoiDQB2IxUAcyMg&#10;AHEkKQBvJDIAbSQ6AGslQQBqJUcAaCVNAGYlVABlJVoAZCZhAGImaQBhJnIAXyd9AF4nigBdKJcA&#10;WymlAFoptQBaKsoAWSrnAFgq+ABYKv8AWCr/AFgq/wDFMQAArzMAAJ4zAACQMwAAhjIAAH8vAAB5&#10;LQAAdSoAAHIoCgBvKBIAaykbAGkpJQBnKi0AZSo1AGMqPQBiKkMAYCpKAF8rUABeK1cAXCteAFss&#10;ZgBZLG8AWC16AFcthwBWLpUAVC6jAFMvswBTL8cAUi/lAFIv9wBSL/8AUi//AFIv/wDBNgAAqjYA&#10;AJk2AACLNgAAgTUAAHkzAABzMQAAby8AAGsuBgBoLRAAZC4YAGIuIQBgLyoAXi8xAFwvOQBbL0AA&#10;WS9GAFgvTQBXMFMAVjBbAFQxYwBTMWwAUjJ3AFEyhABPM5IATjOhAE0zsQBNNMUBTDTjAUw09gBM&#10;NP8ATDT/AEwz/wC7OQAApjkAAJU5AACHOQAAfDkAAHQ3AABuNAAAaTMAAGUyAgBhMg0AXjIUAFwz&#10;HgBaMyYAWDMuAFYzNQBVNDwAUzRDAFI0SgBRNFAAUDVYAE41YABNNmoATDZ1AEs3ggBKN5AASTif&#10;AEg4sAFHOMMBRzjhAUc49QFHOP8BRzj/AUc4/wG3OwAAojwAAJE8AACDPAAAeDwAAHA6AABqNwAA&#10;ZDYAAGA2AABcNgsAWTcSAFY3GgBUNyMAUjcrAFA3MgBPODkATThAAEw4RwBLOE4ASjlVAEk5XgBI&#10;OmgARzpzAEY7gABFO44ARDyeAEM8rgFCPMIBQj3fAUI88wFCPP8BQjz/AUI7/wGzPQAAnj4AAI0+&#10;AAB/PgAAdT4AAGw9AABmOgAAYDkAAFs6AABXOggAUzsQAFE7GABOOyAATDsoAEs7LwBJPDYARzw9&#10;AEc8RABGPUsART1TAEQ+XABDPmYAQj9xAEE/fgBAP40AP0CcAD5ArQE9QMABPUDdAT1A8gE9QP8B&#10;Pj//AT4//wGuQAAAmkAAAIlBAAB8QQAAcUEAAGhAAABhPAAAWz0AAFY+AABSPgUATj8OAEw/FQBJ&#10;Px0AR0AlAEZALABEQDMAQ0A6AEJBQgBBQUkAQEFRAD9CWgA+QmMAPUNvADxDfAA7Q4sAOkSbADlE&#10;qwE5RL4BOETbATlE8QE5Q/4BOUP/ATlD/wGqQgAAlkMAAIZDAAB4QwAAbkMAAGVDAABdQAAAVkAA&#10;AFFCAABNQgIASUMMAEZDEgBERBoAQkQiAEFEKgA/RTEAPkU4AD1FPwA8RkcAO0ZPADpGVwA5R2EA&#10;OEdsADdHegA2SIkANUiZADRIqgA0SL0AM0jZADRI8AA0R/0ANEf/ADVG/wCmRAAAkkUAAIJGAAB1&#10;RgAAakYAAGFFAABZRAAAUUQAAExGAABIRwAAREcKAEFIEAA/SRgAPUkgADxJJwA6Si4AOUo2ADhK&#10;PQA3S0QANktMADVLVQA0TF8AM0xqADJMdwAxTIYAMEyXAC9NqAAuTbsALk3VAC5M7wAvTP0AL0v/&#10;ADBL/wChRwAAjkgAAH5IAABxSAAAZkkAAF1IAABVSAAATEkAAEdKAABCSwAAP0wGADtNDgA5ThUA&#10;N04dADZPJAA1TysAM08zADJQOgAxUEIAMFBKAC9RUgAuUVwALVFnACxRdQArUYQAKlKVAClSpgAp&#10;UrkAKFLSAClR7gApUPwAKlD/ACpP/wCcSgAAiUoAAHpLAABtSwAAY0wAAFpMAABRTAAASE0AAENP&#10;AAA9UAAAOVICADVTDAAzVBIAMVQZADBVIQAuVSgALVUvACxWNwArVj4AKlZGAClWTwAoV1kAJ1dk&#10;ACZXcgAlV4EAJFeSACNXpAAiV7cAIlfPACJX7AAjVvoAI1X/ACRV/wCWTQAAhE4AAHVOAABpTgAA&#10;X08AAFZPAABNUAAARVIAAD9TAAA5VgAAM1gAAC9aCAArWw8AKlsVAChcHQAnXCQAJlwrACVcMwAk&#10;XToAI11DACJdTAAhXVYAIF5hAB9ebgAeXn4AHV6PABxeoQAbXrQAGl3MABtd6QAbXPkAHFv/ABxb&#10;/wCQUQAAflEAAHBRAABkUgAAW1IAAFJTAABKVAAAQVcAADtZAAA1WwAALl4AAChgAwAkYgwAImMR&#10;ACFjGAAfZCAAHmQnAB1kLgAcZDYAG2U+ABplRwAZZVEAGGVdABdlagAWZXoAFWWLABRlngATZbEA&#10;EmXIABJk5wATY/cAFGL/ABRi/wCJVAAAeFUAAGtVAABgVgAAV1YAAE9XAABGWQAAPVwAADZfAAAw&#10;YgAAKWQAACNnAAAdagcAGWwOABhsEwAWbRoAFW0hABRtKQAUbTAAE205ABJuQgARbkwAEG5YAA9u&#10;ZQAObnUADW6HAA1umgAMba0AC23CAAts4AAMa/MADWv9AA1q/wCCWQAAclkAAGZZAABcWgAAVFoA&#10;AEpcAABBXwAAOWMAADFmAAAqaQAAJGwAAB1vAAAXcgAAEnUJAA93DwAOdxQADncbAA13IwAMdyoA&#10;C3czAAp3PAAJd0cACHdSAAd3XwAFd28ABHeAAAN3lAABdqcAAHa7AAF11QABdOsAAnT2AAJ0/AB7&#10;XQAAbV0AAGJeAABZXgAATmAAAEVjAAA8ZwAAM2sAACtuAAAkcgAAHnUAABd5AAASfAAADX8GAAmB&#10;DAAFgREAA4EWAAKBHQABgSQAAIEtAACCNgAAgkAAAIJMAACCWQAAgmgAAIJ5AACCjQAAgaAAAIC0&#10;AACAywAAf+cAAH7yAAB++QB0YgAAaGIAAF5iAABTZAAASWcAAD9rAAA2cAAALXQAACV4AAAefAAA&#10;F4AAABGDAAANhgAACIkEAAKLCgAAiw4AAIsTAACMGAAAjB8AAI0mAACNLwAAjjkAAI5EAACOUQAA&#10;jmAAAI5xAACOhQAAjpkAAI2tAACMwwAAjN8AAIvuAACL9gBuaAAAZGcAAFhpAABNbAAAQnEAADh2&#10;AAAvewAAJn8AAB6EAAAWiAAAEIwAAAyPAAAGkgAAAJUAAACWBwAAlwwAAJcPAACYEwAAmRgAAJof&#10;AACbJgAAmzAAAJw7AACcSAAAnFcAAJxoAACcewAAnJAAAJulAACbugAAmtAAAJrnAACa8QBqbQAA&#10;Xm8AAFFyAABGdwAAO3wAADGCAAAnhwAAHowAABaRAAAQlQAACpkAAAScAAAAoAAAAKIAAACjAQAA&#10;owYAAKQLAAClDgAAphIAAKcXAACoHgAAqiYAAKsxAACrPgAArE0AAKxdAACscAAArIUAAKybAACr&#10;rwAAq8MAAKvZAACq6ABkdQAAV3kAAEt+AAA/hAAANIoAACmQAAAflgAAFpsAABCfAAAJowAAAacA&#10;AACqAAAArgAAALAAAACwAAAAsQAAALIDAAC0CAAAtQ0AALYQAAC3FQAAuR0AALsmAAC8MwAAvUEA&#10;AL1SAAC9ZAAAvnkAAL6QAAC9pAAAvbcAAL3GAAC91wBcfwAAUIUAAESLAAA4kgAALJkAACGfAAAX&#10;pAAAEKkAAAmuAAAAsgAAALYAAAC5AAAAvQAAAL8AAAC/AAAAwAAAAMEAAADDAAAAxAUAAMYKAADH&#10;DgAAyRMAAMscAADOJgAA0DUAANFFAADSVwAA0msAANOCAADTlwAA06kAANK4AADSxABVjAAASZMA&#10;AD2aAAAwogAAJagAABquAAARtAAACbkAAAC9AAAAwQAAAMQAAADIAAAAywAAAM0AAADNAAAAzwAA&#10;ANAAAADSAAAA1AAAANgAAADaBgAA3QwAAOARAADjGgAA5icAAOc4AADoSgAA6V0AAOpyAADriAAA&#10;65sAAOyoAADssgD/AA0A/wALAP8ACwD/ABAA/wAaAP8AJgD/ADIA/wA9AP8ASAD7AFIA+ABaAPYA&#10;YgDzAGkA8QBvAPAAdQDuAHoA7AB/AOsAhADpAIoA6ACQAOYAlgDkAJ0A4gClAOEArwDfALsA3QDL&#10;ANsA5gDZAPcA2AD/ANgA/wDXAP8A1wD/ANQA/wD/AAgA/wAEAP8ABAD/AA0A/wAVAP4AIQD6ACwA&#10;9wA4APQAQwDwAE0A7QBVAOoAXQDnAGQA5ABqAOIAcADgAHUA3gB6AN0AfwDbAIUA2QCLANUAkQDT&#10;AJkA0QCgAM8AqgDNALUAywDEAMkA3QDIAPEAxwD/AMYA/wDGAP8AxgD/AMcA/wD/AAAA/wAAAP8A&#10;AAD/AAoA+AARAPEAHADsACcA6QAyAOYAPQDiAEcA3QBQANkAWADVAF8A0gBlANAAagDOAHAAzAB1&#10;AMoAegDJAH8AxwCFAMUAjADDAJQAwQCcAL8ApQC9ALAAuwC9ALoA0AC4AOsAtwD7ALYA/wC2AP8A&#10;tgD/ALYA/wD/AAAA/wAAAP0AAADzAAUA6QAOAOEAFgDbACEA1QAtANEANwDOAEEAygBKAMcAUgDE&#10;AFkAwgBfAMAAZQC+AGoAvABvALsAdAC5AHoAtwCAALYAhwC0AI4AsgCXALAAoACuAKoArQC3AKsA&#10;yACpAOMAqAD1AKcA/wCnAP8ApwD/AKYA/wD/AAAA/gAAAPEAAADlAAAA1wAKAM0AEQDHABwAwgAm&#10;AL8AMQC8ADsAugBEALcATAC0AFMAsgBZALEAXwCvAGQArQBpAKwAbwCqAHQAqQB6AKcAgQCmAIkA&#10;pACRAKIAmwCgAKUAngCyAJ0AwQCbANoAmgDvAJkA/QCYAP8AmAD/AJgA/wD9AAAA8AAAAOEAAADR&#10;AAAAxgAEAL0ADQC3ABUAswAgALAAKwCtADUAqwA+AKgARgCmAE0ApABUAKMAWQChAF8AoABkAJ4A&#10;aQCdAG4AmwB1AJoAewCYAIMAlgCMAJUAlgCTAKEAkQCtAI8AuwCNAM8AjADpAIsA+ACMAP8AjAD/&#10;AIwA/wDzAgAA4gcAAMwHAAC/BAAAtwAAALEACACrABAApwAZAKQAJACgAC4AngA3AJwAQACaAEcA&#10;mABOAJYAVACVAFkAkwBeAJIAZACQAGkAjwBvAI0AdgCLAH4AigCIAIgAkgCGAJ0AhQCpAIMAuACB&#10;AMoAgADlAIAA9QB/AP8AfwD/AH8A/wDoDQAA0BAAAL4QAACxDgAAqA0AAKMIAACgAgwAnAATAJgA&#10;HQCVACcAkgAxAJAAOQCOAUEAjAFIAIoCTgCJAlQAhwJZAIYCXwCEA2QAgwNrAIEDcgCABHoAfgSE&#10;AH0FjgB7BZoAeQanAHgGtQB2B8gAdQjjAHUJ9AB0Cv8Acwr/AHMK/wDdFQAAxBcAALEXAAClFgAA&#10;nBMAAJYRAACUDQQAkwgNAI4HFQCLCSAAiAkqAIUKMwCDCzsAgQtCAIALSQB+C08AfQxUAHsMWgB6&#10;DGAAeAxnAHcMbgB1DXYAdA2AAHINjABwDZkAbw6mAG0OtQBsDskAaw/mAGoQ9wBpEP8AaRD/AGkQ&#10;/wDQHQAAuR4AAKgeAACbHQAAkhsAAIsZAACIFQAAhxEHAIUOEACBDxoAfhAkAHsQLQB5EDYAdxE9&#10;AHYRRAB0EUoAcxFQAHERVgBwEVwAbhJiAG0SagBrEnMAaRN9AGgTiQBmE5YAZRSjAGMVswBiFcYA&#10;YhbjAGEW9gBgF/8AYBf/AGAX/wDHIgAAsCMAAJ8kAACSIwAAiSIAAIIgAAB+HQAAfBkAAHoVDQB3&#10;FRUAdBYfAHEWKABvFzAAbhc4AGwXPwBrF0UAaRhLAGgYUQBmGFgAZRheAGMZZgBiGW8AYBl5AF8a&#10;hQBdG5IAXBuhAFscsABaHMMAWR3gAFge9ABYHv8AWB7/AFge/wC/JwAAqSgAAJkoAACLKAAAgicA&#10;AHslAAB2IwAAcyAAAHEcCQBuHBEAaxwaAGkdIwBnHSwAZR0zAGMeOgBiHkEAYB5HAF8eTQBeHlQA&#10;XB9bAFsfYgBZIGsAWCB2AFYhggBVIZAAVCKeAFMirgBSI8AAUSPdAFEk8gBRJP8AUST/AFEj/wC5&#10;KwAAoywAAJMsAACGLQAAfCwAAHQqAABvKAAAayUAAGkiBQBmIQ4AYyIWAGEiHwBfIycAXSMvAFwj&#10;NgBaIz0AWSRDAFckSgBWJFAAVSRXAFMlXwBSJWgAUSZzAE8mfwBOJ40ATSicAEworABLKb4ASyna&#10;AEop8QBKKf8ASyn/AEsp/wCzLgAAni8AAI4wAACBMAAAdy8AAG8uAABqKwAAZSoAAGMnAQBfJwwA&#10;XCcTAFonGwBYKCQAVigrAFUoMgBTKDkAUilAAFApRgBPKU0ATilUAE0qXABMKmUASitwAEkrfABI&#10;LIsARy2aAEYtqgBFLrwARS7WAEUu7wBFLv4ARS7/AEUt/wCuMQAAmjIAAIkzAAB8MwAAcjMAAGsx&#10;AABlLwAAYC0AAF0sAABZLAkAViwQAFQsGABSLCAAUCwoAE4tLwBNLTYATC08AEotQwBJLUoASC5R&#10;AEcuWQBGL2MARTBtAEMwegBCMYkAQTGYAEEyqABAMrsAPzLTAD8y7gBAMv0AQDL/AEAy/wCqMwAA&#10;ljUAAIY1AAB5NgAAbjUAAGY1AABhMgAAXDAAAFcwAABUMAYAUTAOAE4wFQBMMR0ASjElAEgxLABH&#10;MTIARjE5AEQxQABDMkcAQjJPAEEzVwBAM2AAPzRrAD41eAA9NYcAPDaWADs2pwA7NrkAOjbRADo2&#10;7QA7NvwAOzb/ADs2/wCmNgAAkjcAAII4AAB1OAAAazgAAGM3AABdNgAAVzMAAFM0AABPNAMASzQM&#10;AEk0EgBGNRoARTUiAEM1KQBBNS8AQDU2AD82PQA+NkQAPTdMADw3VQA7OF4AOjhpADk5dgA4OYUA&#10;NzqVADc6pQA2OrgANTrPADY67AA2OvsANjn/ADc5/wCiOAAAjjkAAH46AAByOwAAaDsAAF86AABZ&#10;OQAAUzYAAE43AABKOAAARjgKAEQ5EABBORcAPzkfAD45JgA8OS0AOzo0ADo6OwA5O0IAODtKADc7&#10;UwA2PFwANTxnADQ9dAAzPYMAMz6TADI+pAAxPrYAMT7NADE+6gAxPvoAMj3/ADI9/wCeOwAAizwA&#10;AHs8AABuPQAAZD0AAFw9AABVPAAATjoAAEk7AABFPAAAQT0HAD49DgA8PRUAOj4cADk+IwA3PioA&#10;Nj8xADU/OAA0P0AAM0BIADJAUAAxQFoAMEFlAC9BcgAuQoEALUKRAC1CogAsQrUAK0LLACxC6QAs&#10;QvkALUH/AC1B/wCZPQAAhz4AAHc/AABrPwAAYUAAAFk/AABSPwAAST4AAEQ/AABAQAAAPEEEADlC&#10;DQA3QhIANUMZADNDIQAyQygAMUQvADBENgAvRD0ALkVFAC1FTgAsRVgAK0ZjACpGbwApRn4AKEaP&#10;ACdHoQAmR7MAJkfJACZG5wAnRvgAKEX/AChF/wCVQAAAgkEAAHNCAABnQgAAXkIAAFVCAABOQgAA&#10;RUIAAD9EAAA7RQAAN0YAADRHCgAxSBAAL0gWAC5JHgAsSSUAK0ksACpJMwApSjoAKEpCACdKSwAm&#10;S1UAJUtgACRLbQAjS3wAIkuNACFMnwAhTLEAIEzHACBL5gAhS/cAIkr/ACJK/wCQQwAAfkQAAG9E&#10;AABkRQAAWkUAAFJFAABKRgAAQUcAADxIAAA3SQAAMksAAC5NBwArTg4AKU4TACdPGgAmTyEAJU8o&#10;ACRPMAAjUDcAIlA/ACFQSAAgUFIAH1FdAB5RagAdUXkAHFGKABtRnAAaUa8AGVHFABlR5AAaUPYA&#10;G0//ABxP/wCKRgAAeUcAAGtHAABgSAAAVkgAAE5IAABHSQAAPksAADlMAAAzTgAALlAAAChTAgAk&#10;VAsAIlUQACBVFgAfVh4AHlYkAB1WLAAcVjMAG1c7ABpXRAAZV04AGFdZABdYZgAVWHUAFFiHABRY&#10;mgATV6wAElfCABJX4QATVvQAFFX/ABRV/wCESQAAdEoAAGZLAABcSwAAU0sAAEtMAABETQAAPE8A&#10;ADVRAAAvVAAAKVYAACRZAAAeWwcAGl0NABhdEgAXXRkAFl4gABVeJwAUXi4AE143ABJeQAARX0oA&#10;EV9VABBfYgAPX3EADl+DAA1flgANX6kADF6+AAxe2gANXfAADVz8AA5c/wB+TQAAbk4AAGJOAABY&#10;TwAAT08AAEhQAABAUgAAOFQAADBXAAAqWgAAJF0AAB9fAAAZYgEAE2UJABFmDwAQZhQAD2YbAA5n&#10;IgANZykADWcyAAxnOwALZ0UACmdQAAlnXQAHZ2wABmd9AAVnkAAEZqMAAma3AANlzwAEZekABGT1&#10;AARk/AB3UQAAaVIAAF1SAABUUgAATFMAAENVAAA7WAAAM1sAACteAAAlYQAAH2QAABlnAAATagAA&#10;D20GAAtwDAAIcP/i/+JJQ0NfUFJPRklMRQAECREAB3AWAAVwHQAEcCQAA3AsAAJwNQAAcD8AAHBK&#10;AABwVwAAcGUAAHB2AABwigAAb54AAG+yAABuyAAAbeUAAG3yAABt+QBwVgAAY1YAAFlWAABRVwAA&#10;R1gAAD5bAAA2XwAALmIAACZmAAAfagAAGW0AABNwAAAOcwAAC3YEAAV4CwABeA8AAHkTAAB5GQAA&#10;eR8AAHomAAB6LwAAejkAAHpEAAB6UAAAel8AAHpwAAB6gwAAepgAAHqsAAB5wgAAeN8AAHjvAAB3&#10;9wBqWwAAX1sAAFZbAABMXAAAQmAAADljAAAwaAAAKGwAACBwAAAZdAAAE3cAAA57AAAJfgAABIEC&#10;AACCCAAAgw0AAIMQAACEFAAAhRkAAIYgAACGKAAAhzEAAIc8AACHSQAAh1cAAIdoAACHewAAh5AA&#10;AIalAACFugAAhdMAAITqAACE9ABlYAAAXGAAAFFhAABGZAAAPGkAADJtAAApcgAAIXcAABl7AAAS&#10;gAAADYMAAAiHAAACigAAAI0AAACOBAAAjgkAAI8NAACQEAAAkRQAAJIZAACTIAAAlCkAAJUzAACV&#10;QAAAlk4AAJZfAACVcgAAlYgAAJWdAACUsgAAlMgAAJPiAACT7gBhZQAAVmYAAEpqAAA/bgAANXQA&#10;ACt5AAAhfwAAGYQAABGJAAAMjQAABpEAAACUAAAAmAAAAJoAAACbAAAAnAIAAJ0HAACeCwAAnw4A&#10;AKESAACiGAAAoyAAAKUpAACmNgAApkQAAKZVAACmaAAApn0AAKaUAAClqQAApL0AAKTRAACk5ABb&#10;bAAAT3AAAEN1AAA4ewAALYEAACOHAAAZjQAAEZIAAAuXAAAEnAAAAKAAAACjAAAApgAAAKgAAACp&#10;AAAAqgAAAKwAAACtBAAArgkAALANAACxEQAAsxcAALUgAAC2KwAAtzoAALdLAAC4XAAAuHEAALiI&#10;AAC4nQAAuLEAALfCAAC30ABUdgAASHwAADyCAAAxiQAAJpAAABuXAAASnQAADKIAAAOnAAAAqwAA&#10;AK4AAACyAAAAtgAAALgAAAC4AAAAugAAALsAAAC9AAAAvgAAAMAFAADBCwAAwxAAAMYWAADJIAAA&#10;yi4AAMs+AADMUAAAzGQAAM16AADNkQAAzaQAAM20AADNwABNgwAAQYoAADWRAAApmQAAHqAAABOm&#10;AAAMrAAAA7EAAAC2AAAAugAAAL4AAADCAAAAxgAAAMgAAADIAAAAygAAAMsAAADNAAAAzgAAANAA&#10;AADSAQAA1QgAANkOAADdFQAA4SEAAOIxAADkQwAA5VYAAOZrAADmggAA55YAAOelAADmsAD/AAkA&#10;/wAFAP8ABgD/AA4A/wAWAP8AIQD/AC0A/wA4AP0AQwD5AE0A9QBVAPIAXQDwAGMA7gBpAOwAbwDq&#10;AHQA6QB6AOcAfwDmAIUA5ACLAOMAkQDhAJkA3wChANwAqgDaALYA1wDGANUA4QDTAPQA0gD/ANEA&#10;/wDRAP8AzwD/AMoA/wD/AAEA/wAAAP8AAQD/AAwA/wASAPoAHQD2ACgA8wAzAPAAPgDsAEgA6ABQ&#10;AOUAWADiAF4A3wBkAN0AagDbAG8A2QB0ANYAegDUAH8A0gCFANAAjADOAJMAzACcAMkApQDHALAA&#10;xgC+AMQA1ADCAO4AwQD+AMAA/wDAAP8AvwD/AL4A/wD/AAAA/wAAAP8AAAD6AAcA8QAPAOsAGADm&#10;ACMA4gAuAOAAOADbAEIA1QBLANEAUgDOAFkAywBfAMkAZQDHAGoAxgBvAMQAdADCAHoAwQCAAL8A&#10;hgC9AI4AuwCWALkAoAC3AKoAtgC3ALQAygCyAOYAsQD4ALAA/wCvAP8ArwD/ALAA/wD/AAAA/wAA&#10;APcAAADqAAIA4QAMANcAEwDQAB0AzAAoAMkAMgDGADwAwgBFAL8ATQC8AFMAugBZALgAXwC3AGQA&#10;tQBpALQAbgCyAHQAsQB6AK8AgACtAIgArACRAKoAmgCoAKUApgCxAKQAwQCjANwAoQDyAKEA/wCg&#10;AP8AoAD/AKEA/wD/AAAA9wAAAOgAAADZAAAAywAIAMMAEAC9ABgAuQAiALYALAC0ADYAsgA/AK8A&#10;RwCsAE0AqwBUAKkAWQCnAF4ApgBjAKUAaACjAG4AogB0AKAAegCeAIIAnACLAJsAlQCZAJ8AmACs&#10;AJYAugCUAM8AkwDrAJIA+wCSAP8AkgD/AJEA/wD3AAAA5wAAANMAAADGAAAAuwACALMADACtABIA&#10;qgAcAKcAJgCkADAAowA4AKAAQACeAEcAnABOAJoAUwCZAFgAlwBdAJYAYwCVAGgAkwBuAJIAdACQ&#10;AHwAjwCFAI0AjwCLAJoAigCnAIgAtQCGAMcAhQDkAIQA9QCEAP8AgwD/AIMA/wDsAAAA0wAAAMEB&#10;AAC0AAAArAAAAKYABwCgAA4AnQAWAJoAIACXACkAlQAyAJMAOgCRAEEAjwBIAI0ATQCMAFMAiwBY&#10;AIkAXQCIAGMAhwBpAIUAbwCDAHcAggCAAIAAigB+AJYAfQCjAHsAsAB6AMIAeQDdAHgA8QB3AP0A&#10;eAD/AHgA/wDeCgAAxAsAALIMAACmCwAAnQgAAJkEAACVAAoAkQARAI4AGQCLACMAiQAsAIcANACF&#10;ADsAgwBCAIIASACAAE4AfwBTAH0AWAB8AF4AewBkAHkAagB4AHIAdgB7AHQAhgBzAJIAcQCfAHAA&#10;rQBuAL4AbQHWAG0C7QBsA/oAbAP/AGwD/wDOEAAAtxEAAKYSAACaEQAAkRAAAIsOAACJCwMAhwUM&#10;AIQBEwCBARwAfgIlAHwDLgB6AzYAeAQ8AHcEQwB1BUgAdAVOAHMFVABxBVkAcAZfAG4GZgBtBm4A&#10;awd4AGoHgwBoCJAAZwmdAGUJrABkCbwAYwrUAGML7ABiDPoAYgz/AGIM/wDDFgAArRcAAJ0YAACQ&#10;GAAAhxYAAIEUAAB9EQAAfA4GAHwKDgB4ChYAdQsfAHILKABwDDAAbww3AG0MPgBsDEQAaw1KAGkN&#10;TwBoDVUAZw1cAGUNYwBjDmsAYg51AGAOgQBfDo4AXQ+cAFwQqwBbEL0AWhDWAFkR8ABZEf0AWRH/&#10;AFkR/wC5GwAApR0AAJQeAACIHgAAfh0AAHgbAAB0GAAAcRUAAHERCQBvEBEAbBAZAGkQIgBnESoA&#10;ZhEyAGQROQBjET8AYhFFAGASSwBfElEAXRJYAFwSXwBaE2gAWRNyAFcUfQBWFIsAVBWZAFMVqQBS&#10;FroAURbSAFEX7QBRF/0AURf/AFEX/wCyIAAAniIAAI4iAACBIwAAdyIAAHAhAABsHgAAaRsAAGcY&#10;BABmFQ4AYxYVAGEWHgBfFiYAXRYtAFwXNABaFzsAWRdBAFgYRwBWGE0AVRhUAFMYXABSGWQAURlu&#10;AE8aegBOG4gATRuXAEscpgBKHLgASh3PAEkd6wBJHfsASR3/AEod/wCsJAAAmCUAAIgmAAB7JwAA&#10;cSYAAGolAABmIwAAYiEAAGAeAABeHAsAWxsSAFkcGgBXHCIAVRwpAFQcMABTHTcAUR09AFAdQwBP&#10;HUoATR5RAEweWABLH2EASR9rAEggdwBHIIUARiGUAEQipABEIrYAQyLMAEMj6QBDI/oAQyP/AEMi&#10;/wCmJwAAkykAAIMqAAB2KgAAbSoAAGUpAABgJwAAXCUAAFkjAABXIQcAVSEPAFIhFgBQIR4ATiEl&#10;AE0iLABMIjMASiI5AEkiQABIIkYARyNNAEUjVQBEJF4AQyRpAEIldQBAJoMAPyaSAD4nowA+J7QA&#10;PSfKAD0o6AA9KPkAPSf/AD4n/wCiKgAAjisAAH8tAAByLQAAaC0AAGEsAABcKwAAWCgAAFQmAABR&#10;JgQATiUNAEwlEwBKJhoASCYiAEcmKQBFJi8ARCY2AEMnPABBJ0MAQCdLAD8oUwA+KVwAPSlmADwq&#10;cgA7KoEAOiuQADkroQA4LLIANyzIADcs5gA4LPgAOCz/ADgs/wCdLAAAii4AAHsvAABvMAAAZTAA&#10;AF0vAABYLgAAUysAAFAqAABMKgAASSoLAEYqEQBEKhcAQiofAEEqJQA/KiwAPiszAD0rOQA8K0AA&#10;OyxIADosUAA5LVkAOC5kADcucAA2L38ANS+PADQwnwAzMLEAMjDHADIw5QAzMPcAMzD/ADQv/wCZ&#10;LwAAhzEAAHcyAABrMgAAYjIAAFoyAABUMQAATy8AAEstAABHLgAARC4IAEEuDgA/LhQAPS4cADsu&#10;IgA5LykAOC8vADcvNgA2MD4ANTBGADUxTgA0MVcAMzJiADIybgAxM30AMDONAC80ngAuNLAALTTF&#10;AC004wAuNPYALzP/AC8z/wCVMQAAgzMAAHQ0AABoNQAAXjUAAFc0AABRNAAASzIAAEYxAABCMgAA&#10;PzIFADwyDQA5MxIAODMZADYzIAA0MyYAMzMtADI0NAAxNDsAMDVDADA1TAAvNlUALjZgAC03bAAs&#10;N3sAKzeLACo4nAApOK4AKDjDACg44gApOPUAKjf/ACo3/wCSNAAAfzUAAHE2AABlNwAAWzcAAFQ3&#10;AABNNgAARzYAAEI1AAA9NgAAOjYCADc3CwA0NxAAMjcWADE4HQAvOCQALjgrAC05MgAsOTkAKzlB&#10;ACo6SQAqOlMAKTteACg7agAnO3kAJjyJACU8mwAkPK0AIzzCACM84AAkPPQAJTv/ACU7/wCNNgAA&#10;fDgAAG05AABiOQAAWDoAAFE5AABKOQAARDkAAD05AAA5OgAANTsAADI7CAAvPA4ALT0UACw9GgAq&#10;PSEAKT0oACg+LwAnPjYAJj4+ACU/RwAkP1AAI0BbACJAaAAhQHYAIECHAB9BmQAfQasAHkHAAB5B&#10;3gAfQPMAH0D+ACA//wCJOQAAeDoAAGk7AABePAAAVTwAAE08AABHPAAAQDwAADg9AAA0PgAAMEAA&#10;AC1BBQAqQgwAJ0IRACZDGAAkQx4AI0MlACJDLAAhRDMAIEQ7AB9ERAAeRU4AHUVZABxFZQAbRXQA&#10;GkWFABlGlwAZRqkAGEa+ABdF3AAYRfEAGUT9ABpE/wCEPAAAcz0AAGY+AABbPwAAUj8AAEo/AABE&#10;PwAAPUAAADZBAAAxQwAALEQAACdGAQAkRwoAIUgPACBJFAAeSRsAHUkiABxJKQAbSjAAGko4ABlK&#10;QQAYSksAF0tVABZLYgAVS3EAFEuCABNLlAASS6cAEku8ABFL2QASSvAAE0r8ABRJ/wB/PwAAb0AA&#10;AGFBAABXQgAATkIAAEdCAABBQgAAOkMAADJFAAAtRwAAKEkAACNLAAAeTQYAG08NABhQEQAXUBcA&#10;FlAeABVQJQAUUCwAE1E0ABJRPQARUUcAEVFSABBRXwAPUm0ADlJ+AA1RkQANUaQADFG4AAxR0QAN&#10;UOwADVD6AA5P/wB5QwAAakQAAF1EAABTRQAAS0UAAERFAAA+RgAANkgAAC9KAAApTAAAJE8AAB9R&#10;AAAaUwAAFFYJABFXDgAQWBMAEFgZAA9YIAAOWCgADVgwAA1YOQAMWEMAC1hOAApYWgAIWGgAB1h5&#10;AAZYjAAFWJ8ABFizAARXygAFV+YABVfzAAZW/ABzRgAAZEcAAFlIAABQSAAASEgAAEFJAAA6SgAA&#10;Mk0AACtQAAAlUgAAIFUAABpYAAAVWgAAEF0GAAxgDAAKYBAACWAVAAhgHAAHYCMABWArAARgNAAD&#10;YD0AAWBJAABgVQAAYGMAAGBzAABghgAAX5oAAF+uAABfxAAAXuIAAF7wAABe+ABsSgAAX0sAAFVL&#10;AABMTAAARUwAAD1OAAA1UAAALlMAACdWAAAgWQAAGlwAABVfAAAQYgAADWUEAAhnCwADZw4AAGgT&#10;AABoGAAAaB8AAGkmAABpLgAAaTgAAGlDAABpTwAAaV0AAGltAABpgAAAaZQAAGipAABovwAAZ9wA&#10;AGbuAABm9wBmTwAAWk8AAFFPAABKTwAAQVEAADhUAAAwVwAAKFsAACFeAAAaYgAAFGUAABBoAAAM&#10;awAAB24DAAFwCQAAcA0AAHEQAABxFAAAchoAAHMhAABzKAAAczEAAHM8AAB0SAAAc1YAAHNmAABz&#10;eQAAc44AAHOjAAByuQAAcdIAAHHrAABw9ABhUwAAVlMAAE9TAABFVQAAO1gAADJcAAAqYAAAImQA&#10;ABtoAAAUbAAAD28AAAtyAAAGdgAAAHkAAAB6BgAAegoAAHsOAAB8EQAAfRUAAH4bAAB/IgAAgCoA&#10;AIA1AACAQQAAgE8AAIBfAACAcQAAgIYAAICdAAB/sgAAfsoAAH7lAAB98QBcWAAAVFgAAElaAAA/&#10;XQAANWEAACxlAAAjagAAG28AABRzAAAOdwAACXsAAAN/AAAAggAAAIQAAACGAQAAhgYAAIgKAACJ&#10;DQAAihAAAIsVAACMGwAAjiIAAI8sAACPOAAAj0YAAI9WAACPaAAAj34AAI+VAACOqwAAjcEAAI3c&#10;AACM6wBZXQAATl8AAENiAAA4ZgAALmwAACRxAAAcdwAAFHwAAA6BAAAIhQAAAIkAAACNAAAAkAAA&#10;AJIAAACTAAAAlAAAAJYDAACXCAAAmAwAAJoPAACbEwAAnRoAAJ8jAACgLgAAoDwAAKBMAACgXgAA&#10;oHQAAJ+MAACfogAAn7cAAJ7LAACe4ABTZAAAR2gAADxtAAAxcwAAJ3kAAB1/AAAUhQAADYsAAAaQ&#10;AAAAlAAAAJgAAACcAAAAnwAAAKEAAACiAAAApAAAAKUAAACnAAAAqAQAAKoJAACsDQAArRIAALAZ&#10;AACyIwAAsjEAALJCAACyVAAAsmkAALKAAACymAAAsawAALK/AACxzgBMbgAAQHMAADV6AAAqgQAA&#10;H4gAABWOAAAOlQAABpoAAACfAAAApAAAAKgAAACsAAAArwAAALEAAACxAAAAswAAALUAAAC2AAAA&#10;uAAAALoAAAC8BgAAvgwAAMARAADDGQAAxSYAAMU3AADGSQAAxl0AAMdyAADHigAAyJ8AAMivAADI&#10;vABGegAAOYEAAC6JAAAikAAAF5gAAA+fAAAHpQAAAKoAAACvAAAAswAAALcAAAC8AAAAvwAAAMEA&#10;AADCAAAAxAAAAMUAAADHAAAAyQAAAMsAAADNAAAAzwMAANIKAADWEAAA3BoAAN0qAADePAAA31AA&#10;AOBlAADhewAA4ZEAAOKiAADirQD/AAIA/wAAAP8AAwD/AAwA/wATAP8AHQD/ACgA/gAzAPsAPgD3&#10;AEgA8wBQAPAAVwDtAF4A6wBkAOgAaQDnAG8A5QB0AOMAeQDiAH8A4ACFAN4AjADcAJMA2QCcANYA&#10;pgDTALEA0QDAAM8A2gDOAPEAzAD/AMsA/wDLAP8AxgD/AMEA/wD/AAAA/wAAAP8AAAD/AAgA+wAQ&#10;APYAGQDyACQA7wAuAO0AOQDoAEIA4wBLAOAAUgDdAFkA2QBfANYAZADTAGkA0QBuAM8AdADOAHkA&#10;zAB/AMoAhgDIAI4AxgCWAMQAoADCAKsAwAC5AL4AzQC8AOoAuwD8ALoA/wC6AP8AugD/ALYA/wD/&#10;AAAA/wAAAP4AAAD0AAQA6wANAOQAFADfAB8A2wApANgAMwDTAD0AzgBFAMoATQDHAFMAxQBZAMMA&#10;XwDBAGQAvwBpAL0AbgC7AHMAugB5ALgAgAC2AIgAtACQALIAmgCxAKUArwCyAK0AxACsAOEAqwD2&#10;AKoA/wCqAP8AqgD/AKoA/wD/AAAA/QAAAO4AAADiAAAA1QAKAM0AEQDHABkAxAAjAMEALQC/ADcA&#10;uwA/ALcARwC1AE4AsgBTALAAWQCvAF4ArQBjAKwAaACrAG0AqQBzAKgAegCmAIEApACKAKMAlACh&#10;AJ8AnwCsAJ4AuwCcANIAmwDuAJoA/wCaAP8AmQD/AJkA/wD+AAAA7gAAAN4AAADLAAAAwQAFALkA&#10;DQC0ABQAsQAeAK4AJwCrADAAqgA5AKcAQQCkAEgAogBNAKEAUwCfAFgAngBdAJ0AYgCbAGcAmgBt&#10;AJgAcwCXAHsAlQCEAJQAjgCSAJkAkACmAI4AtACNAMgAjADmAIsA+QCKAP8AigD/AIsA/wDwAAAA&#10;2wAAAMcAAAC6AAAAsAAAAKgACgCkABAAoAAYAJ0AIQCbACoAmgAzAJgAOwCWAEEAlABIAJIATQCR&#10;AFIAjwBXAI4AXACMAGEAiwBnAIoAbgCIAHUAhwB+AIUAiACDAJQAggCgAIAArwB/AMAAfgDdAH0A&#10;8gB9AP8AfQD/AH0A/wDgAAAAxgAAALUAAACqAAAAogAAAJsABQCVAA0AkgATAJAAHACNACQAiwAt&#10;AIoANACIADsAhgBCAIUARwCDAE0AggBSAIEAVwB/AFwAfgBiAH0AaAB7AHAAegB5AHgAgwB2AI8A&#10;dQCcAHQAqgByALoAcQDRAHAA7ABwAPsAcAD/AHAA/wDNBAAAtwYAAKcHAACbBgAAkwQAAI4AAACK&#10;AAgAhgAPAIQAFgCBAB4AfwAnAH0ALgB8ADYAegA8AHkAQgB3AEcAdgBMAHUAUgBzAFcAcgBdAHEA&#10;YwBvAGsAbgB0AGwAfgBrAIoAaQCYAGgApgBnALYAZgDLAGUA5wBlAPcAZQD/AGUA/wDADAAAqw0A&#10;AJsOAACPDgAAhg0AAIELAAB+BwEAfAELAHkAEQB3ABgAdQAhAHMAKQBxADAAbwA2AG4APABsAEIA&#10;awBHAGoATQBpAFIAaABYAGYAXwBlAGcAYwBwAGIBegBgAYcAXwKVAF4CowBcA7MAXAPHAFsE5ABb&#10;BfQAWwb+AFsG/wC1EAAAoRIAAJETAACFEwAAfBIAAHYRAABzDgAAcgwEAHEHDQBuBBIAbAQbAGkF&#10;IwBnBSoAZgYxAGQGNwBjBj0AYgdDAGEHSQBfB04AXghVAF0IXABbCWMAWgltAFgKeABXCoUAVguT&#10;AFQLogBTC7MAUgzHAFIM5ABRDfUAUQ3/AFEN/wCtFQAAmRcAAIkYAAB9GQAAdBgAAG0XAABqFAAA&#10;ZxEAAGcOBwBmDA4AYwwVAGEMHQBfDCUAXQ0sAFwNMwBbDTkAWg0/AFgNRQBXDUsAVg5RAFUOWQBT&#10;DmEAUg5rAFAPdgBOEIMATRCSAEwQogBLELIAShHIAEkR5QBJEfcASRL/AEkR/wClGQAAkhwAAIMd&#10;AAB2HgAAbR0AAGYcAABiGgAAXxcAAF4UAQBeEQoAWxARAFkRGABXESAAVREnAFQRLgBTETQAURE7&#10;AFASQQBPEkcAThJOAEwSVQBLE14ASRNnAEgUcwBGFIAARRWPAEQVnwBDFrAAQhbFAEIX4wBCF/YA&#10;Qhf/AEIX/wCfHQAAjCAAAH0hAABxIgAAaCIAAGEhAABcHwAAWRwAAFcZAABVFgYAVBUOAFEVFABP&#10;FhwAThYjAEwWKgBLFjAAShY3AEkXPQBHF0MARhdKAEUYUgBDGFoAQhlkAEEZcAA/Gn0APhuNAD0b&#10;nQA8HK4AOxzDADsc4QA7HfUAOxz/ADwc/wCaIQAAhyMAAHgkAABsJQAAYyUAAFwkAABXIwAAUyAA&#10;AFEeAABPHAIATRsMAEsaEQBIGxgARxsgAEUbJgBEGy0AQxwzAEIcOQBAHEAAPx1HAD4dTwA9HlgA&#10;PB5iADofbQA5H3sAOCCLADchmwA2Ia0ANSHBADUh3wA1IfMANiH/ADYh/wCWIwAAgyYAAHQnAABo&#10;KAAAXygAAFgnAABTJgAATyQAAEwiAABJIAAARyAJAEQfDwBCHxUAQCAcAD8gIwA+ICkAPCAvADsh&#10;NgA6IT0AOSFEADgiTAA3IlUANiNfADQjawAzJHkAMiWJADElmgAwJasAMCa/AC8m3AAwJvIAMCb/&#10;ADEl/wCRJgAAfygAAHEqAABlKgAAXCoAAFUqAABPKQAASygAAEglAABEJAAAQSQFAD8kDQA9JBIA&#10;OyQZADkkHwA3JCYANiQsADUlMwA0JToAMyZBADImSgAxJ1MAMCddAC8oaQAuKXcALSmHACwpmAAr&#10;KqoAKiq9ACoq2gArKvEAKyr+ACwp/wCNKAAAfCoAAG0sAABiLQAAWS0AAFEtAABMLAAARysAAEMo&#10;AAA/KAAAPCgCADkoCwA3KBAANSgWADMoHAAyKCMAMCgpAC8pMAAvKjcALio/AC0rRwAsK1EAKyxb&#10;ACosZwApLXUAKC2FACctlwAmLqgAJS68ACUu2AAmLvAAJi79ACct/wCKKwAAeC0AAGouAABfLwAA&#10;Vi8AAE4vAABILgAAQy0AAD8sAAA7LAAANywAADQsCQAyLA4AMC0TAC4tGgAtLSAAKy0nACouLQAq&#10;LjUAKS89ACgvRQAnME4AJjBZACUxZQAkMXMAIzGDACIylQAhMqcAITK7ACAy1AAhMu8AIjH8ACIx&#10;/wCGLQAAdS8AAGcwAABcMQAAUzEAAEsxAABFMQAAQDAAADswAAA2MAAAMzAAADAxBgAtMQ0AKzER&#10;ACkyFwAoMh4AJzIkACUzKwAlMzIAJDM6ACM0QwAiNEwAITVXACA1YwAfNXEAHjaBAB02kwAcNqUA&#10;Gza5ABs20gAcNu0AHTb7AB01/wCCMAAAcTIAAGMzAABZNAAAUDQAAEk0AABCMwAAPTMAADczAAAx&#10;NAAALjUAACs1AgAoNgsAJTcQACQ3FQAiNxsAITgiACA4KAAfODAAHjg3AB05QAAcOUkAGzpUABo6&#10;YAAZOm4AGDp/ABc7kQAXO6QAFju3ABU70AAWOuwAFzr6ABg5/wB9MgAAbTQAAGA1AABVNgAATTYA&#10;AEY2AABANgAAOjYAADQ2AAAuOAAAKjkAACY6AAAjOwgAIDwOAB49EgAdPRgAHD0fABs+JQAaPi0A&#10;GT40ABc+PQAWP0cAFT9RABQ/XgAUP2wAE0B8ABJAjwARQKIAEUC2ABBAzgARP+sAEj/5ABI+/wB5&#10;NQAAaTcAAFw4AABSOQAASjkAAEM5AAA9OQAANzkAADE6AAArPAAAJz0AACI/AAAeQQQAGkILABhD&#10;EAAXQxUAFUQbABREIgATRCkAE0QxABJEOgARRUMAEEVOABBFWwAORWkADkV5AA1FjAANRZ8ADEWy&#10;AAtFyQAMReUADUT2AA1E/wB0OQAAZToAAFg7AABPOwAARzwAAEA8AAA6PAAANDwAAC4+AAAoQAAA&#10;I0IAAB9EAAAaRgAAFUgIABJKDQARShIAEEoYAA9LHgAOSyUADUstAA1LNgAMS0AAC0tKAApLVgAJ&#10;S2QACEt0AAdLhwAFS5oABEuuAARKxAAFSuAABUrwAAZJ+gBuPAAAYD0AAFQ+AABLPgAARD4AAD0+&#10;AAA3PwAAMUAAACpCAAAkRQAAH0cAABpJAAAVTAAAEU4FAA5RCwALURAAClEUAAlRGwAIUSIAB1Ep&#10;AAVRMgAEUjsAA1JGAAFSUgAAUl8AAFJvAABSgQAAUZYAAFGpAABRvwAAUNwAAFDuAABQ9wBoQAAA&#10;W0EAAFBBAABIQQAAQUEAADtCAAA0QwAALUUAACZIAAAgSwAAG00AABZQAAARUwAADlUEAApYCgAG&#10;WA4AAlgSAABZFwAAWR0AAFklAABZLQAAWTYAAFlBAABZTQAAWloAAFppAABZfAAAWZAAAFmlAABY&#10;ugAAWNUAAFfsAABX9gBjRAAAVkUAAE1FAABFRQAAP0UAADdHAAAvSQAAKEwAACJPAAAbUgAAFlUA&#10;ABFYAAANWgAACV0DAARfCQAAYA0AAGAQAABhFAAAYRkAAGIgAABiJwAAYjEAAGI7AABiRwAAYlUA&#10;AGNkAABidgAAYosAAGKgAABhtgAAYc8AAGDqAABg9QBdSAAAUkkAAEpIAABDSAAAOkoAADJNAAAq&#10;UAAAI1MAABxXAAAWWgAAEV0AAA1gAAAIYwAAA2YBAABnBgAAaAsAAGkOAABqEQAAaxUAAGwbAABt&#10;IgAAbSoAAG00AABtQAAAbU4AAG1dAABtbwAAbYQAAGyaAABssAAAa8gAAGvmAABq8wBYTQAATk0A&#10;AEhMAAA+TgAANVEAACxUAAAkWAAAHVwAABZgAAAQZAAADGcAAAdrAAABbgAAAHAAAAByAwAAcgcA&#10;AHMLAAB1DgAAdhEAAHcWAAB4HAAAeSMAAHotAAB6OQAAekcAAHpWAAB5aAAAenwAAHmUAAB4qgAA&#10;eMEAAHffAAB37wBUUQAATFEAAEJSAAA4VQAAL1kAACZeAAAeYgAAFmcAABBrAAALbwAABXMAAAB3&#10;AAAAegAAAHwAAAB+AAAAfwIAAIAGAACBCgAAgw0AAIQRAACGFQAAiBwAAIklAACKMAAAij4AAIlN&#10;AACJXwAAiXMAAIiLAACIogAAh7kAAIfRAACG6ABSVgAAR1cAADxaAAAyXwAAKGQAAB9pAAAWbwAA&#10;EHQAAAp5AAACfQAAAIEAAACFAAAAiAAAAIoAAACMAAAAjQAAAI8AAACQBAAAkggAAJMMAACVEAAA&#10;lxUAAJkdAACbJwAAmzQAAJtEAACaVgAAmmoAAJmCAACamgAAmLAAAJjHAACX3gBLXAAAQGAAADVl&#10;AAAragAAIXEAABd3AAAQfQAACYMAAAGIAAAAjAAAAJEAAACVAAAAmAAAAJoAAACbAAAAnQAAAJ8A&#10;AACgAAAAogAAAKQFAACmCgAAqA4AAKoUAACtHQAArSoAAK05AACtSwAArV8AAK13AACskAAAq6cA&#10;AKu6AACrywBFZgAAOWsAAC5xAAAjeAAAGX8AABCGAAAJjQAAAJMAAACYAAAAnQAAAKEAAAClAAAA&#10;qAAAAKsAAACrAAAArgAAAK8AAACxAAAAswAAALUAAAC3AQAAuQcAALwNAAC/EwAAwh8AAMIuAADC&#10;QAAAwlQAAMFrAADBgwAAwJsAAMGtAADBvAA+cgAAMngAACeAAAAciAAAEpAAAAqXAAAAnQAAAKMA&#10;AACoAAAArQAAALIAAAC2AAAAuQAAALsAAAC8AAAAvgAAAMAAAADCAAAAxAAAAMYAAADIAAAAywAA&#10;AM4FAADRDQAA1hQAANcjAADYNQAA2UkAANpeAADbdQAA24wAANyfAADcqwD/AAAA/wAAAP8AAAD/&#10;AAkA/wAQAP8AGQD+ACQA/AAvAPkAOQD0AEMA8ABLAO0AUgDqAFkA5wBfAOQAZADiAGkA4ABuAN4A&#10;cwDcAHkA2gB/ANcAhgDUAI4A0QCWAM8AoQDMAKwAygC7AMgA0gDGAO4AxgD/AMUA/wDFAP8AvwD/&#10;ALoA/wD/AAAA/wAAAP8AAAD+AAUA9wAOAPIAFQDuAB8A6wAqAOkANADjAD0A3gBFANkATQDUAFMA&#10;0QBZAM4AXgDMAGMAygBoAMkAbQDHAHMAxQB5AMMAgADBAIgAvwCQAL0AmwC7AKYAuQC0ALcAyAC2&#10;AOYAtQD7ALQA/wC0AP8AswD/AK4A/wD/AAAA/wAAAPgAAADtAAAA5QALAN0AEQDXABoA0gAkAM8A&#10;LgDLADcAxwBAAMMARwDAAE4AvgBTALwAWQC6AF4AuABjALYAaAC1AG0AswBzALEAeQCvAIEArQCK&#10;AKsAlACpAKAAqACtAKYAvgClANsApAD0AKQA/wCjAP8AowD/AKIA/wD/AAAA9gAAAOYAAADXAAAA&#10;ywAGAMQADgC+ABUAuwAfALkAKAC3ADEAtAA6ALAAQQCtAEgAqwBOAKkAUwCnAFgApgBcAKQAYQCj&#10;AGcAoQBsAKAAcwCeAHoAnQCDAJsAjgCZAJkAlwCmAJYAtgCVAMwAlADrAJMA/QCTAP8AkwD/AJMA&#10;/wD3AAAA5AAAANAAAADBAAAAtwACAK8ACwCrABEApwAZAKUAIgCjACsAogAzAJ8AOwCcAEIAmwBI&#10;AJkATQCXAFIAlgBXAJUAWwCTAGEAkgBmAJAAbQCPAHQAjQB9AIwAhwCKAJMAiACgAIcArwCFAMIA&#10;hQDiAIQA9wCEAP8AhAD/AIQA/wDlAAAAzQAAALwAAACvAAAApgAAAJ4ABwCaAA4AlgAUAJQAHQCS&#10;ACUAkQAtAJAANQCNADwAjABCAIoARwCIAEwAhwBRAIYAVgCEAFsAgwBgAIEAZwCAAG4AfgB3AH0A&#10;gQB7AI0AegCaAHgAqQB3ALoAdgDTAHYA7wB2AP4AdQD/AHUA/wDQAAAAuwAAAKsAAACfAAAAlwAA&#10;AJAAAgCLAAsAiAAQAIYAFwCEACAAggAnAIEALwB/ADUAfQA8AHwAQQB7AEYAeQBLAHgAUAB3AFUA&#10;dgBbAHQAYQBzAGkAcQBxAHAAewBuAIcAbQCVAGsAowBqALQAagDJAGkA6ABpAPkAaQD/AGkA/wDA&#10;AAAArAAAAJwCAACQAgAAiAAAAIMAAAB/AAYAewANAHkAEgB3ABoAdgAiAHQAKQBzADAAcQA2AHAA&#10;PABvAEEAbQBGAGwASwBrAFAAagBWAGgAXABnAGQAZQBsAGQAdgBjAIIAYQCQAGAAnwBfAK8AXgDD&#10;AF4A4QBeAPQAXQD/AF0A/wC0BwAAoAkAAJALAACECwAAfAoAAHcHAAB0BAAAcQAJAG8ADwBtABUA&#10;awAcAGkAIwBoACoAZwAxAGUANgBkADwAYwBBAGIARgBgAEwAXwBSAF4AWABdAF8AWwBoAFoAcgBY&#10;AH4AVwCMAFYAmwBVAKsAVAC+AFQA2gBTAO8AVAD7AFQA/wCpDQAAlg4AAIcQAAB6EAAAchAAAGwO&#10;AABpDAAAZwkDAGYECwBkABAAYgAXAGAAHgBeACUAXQArAFwAMQBaADcAWQA8AFgAQgBXAUcAVgFO&#10;AFUCVABTAlwAUgNlAFEDbwBPBHsATgSKAE0FmQBMBakASwW8AEoG1ABKB+0ASgf5AEoH/wChEAAA&#10;jhIAAH4UAABzFAAAahQAAGQTAABgEQAAXg8AAF0NBQBdCQ0AWgYSAFgHGQBWByAAVQcnAFMHLQBS&#10;CDMAUQg4AFAIPgBPCUQATglKAEwJUQBLClkASgpiAEgLbQBHC3oARgyIAEQMmABDDKkAQg28AEIN&#10;1QBCDe4AQg37AEIN/wCaFAAAhxYAAHgYAABsGQAAYxkAAF0YAABZFgAAVhMAAFQRAABUDggAUw0O&#10;AFENFABPDRsATQ0iAEwNKABLDS4ASg00AEkNOgBHDkEARg5HAEUOTwBEDlcAQg9hAEEQbAA/EHkA&#10;PhCIAD0RmAA7EakAOxG8ADoR1gA6EfAAOhL9ADsR/wCTGAAAgRoAAHMcAABnHQAAXh0AAFgcAABT&#10;GwAAUBgAAE4WAABMEwMATBELAEoQEABIERcARhEeAEURJABEESoAQhEwAEERNwBAEj0APxJEAD0S&#10;TAA8E1QAOxNeADkUaQA4FHYANxWFADYVlgA0FqcANBa6ADMW0wAzFu4ANBb8ADQW/wCOGwAAfB0A&#10;AG4fAABjIAAAWiAAAFMgAABOHgAASh0AAEgaAABGGAAARRYHAEMVDgBBFRMAPxUaAD4VIAA9FScA&#10;OxUtADoWMwA5FjoAOBZBADcXSQA1F1EANBhbADMZZgAyGXMAMBqDAC8alAAuG6UALRu4AC0b0AAt&#10;G+wALhv7AC4b/wCKHgAAeCAAAGoiAABfIwAAViMAAE8iAABKIQAARiAAAEMeAABBGwAAPxoDAD0a&#10;DAA7GREAORkWADcaHQA2GiMANRopADQaMAAzGzYAMRs+ADAcRgAvHE8ALh1ZAC0dZAAsHnEAKx+B&#10;ACofkgApH6QAKCC3ACcgzgAnIOsAKCD6ACkf/wCGIAAAdCMAAGckAABcJQAAUyUAAEwlAABHJAAA&#10;QiMAAD8hAAA9HwAAOh4AADceCQA1Hg4AMx4TADEeGgAwHiAALx4mAC4fLQAtHzMALCA7ACsgQwAq&#10;IUwAKSFWACgiYgAmIm8AJSN/ACQjkAAjI6IAIiS1ACIkzAAiJOkAIyT5ACQj/wCCIwAAcSUAAGMm&#10;AABZJwAAUCgAAEknAABDJwAAPyYAADskAAA4IgAANSIAADIiBgAwIg0ALiIRACwiFwAqIh0AKSIj&#10;ACgjKgAnIzEAJiQ4ACUlQQAkJUoAIyZUACImYAAhJ20AICd9AB8njwAeKKEAHii0AB0oygAdKOgA&#10;Hij4AB8n/wB+JQAAbicAAGApAABWKQAATSoAAEYqAABBKQAAPCgAADcnAAA0JgAAMCYAAC0mAwAr&#10;JwsAKCcQACcnFAAlJxoAJCchACMoJwAiKC4AISk2ACApPgAfKkgAHipSAB0rXgAcK2sAGyt7ABos&#10;jQAZLJ8AGCyyABgsyQAYLOcAGSv3ABor/wB6JwAAaioAAF0rAABTLAAASiwAAEMsAAA+KwAAOSsA&#10;ADQqAAAwKgAAKyoAACkrAAAmKwgAIywOACIsEgAgLBgAHyweAB4tJQAdLSwAHC0zABsuPAAaLkUA&#10;GS9QABgvXAAXL2kAFjB5ABUwiwAUMJ4AFDCxABMwxwATMOUAFDD2ABUv/wB2KgAAZywAAFotAABQ&#10;LgAASC4AAEEuAAA7LgAANi0AADEtAAAsLQAAJy8AACQvAAAhMAUAHzEMABwxEAAbMhUAGjIcABky&#10;IgAYMikAFzMxABYzOQAVM0MAFDRNABM0WQASNGcAETV3ABE1iQAQNZwAEDWwAA41xgAPNOQAEDT1&#10;ABA0/wByLAAAYy4AAFcwAABNMAAARTAAAD4wAAA4MAAAMzAAAC8wAAApMQAAJDIAACEzAAAdNQIA&#10;GjYJABc3DgAVNxMAFDgZABM4HwASOCYAEjguABE5NgAQOUAAEDlLAA45VwAOOmQADTp0AAw6hgAM&#10;OpkACzmsAAo5wQAKOd4ACznxAAw4/ABuLwAAXzEAAFMyAABKMwAAQjMAADszAAA2MwAAMTIAACwz&#10;AAAnNAAAITYAAB04AAAZOQAAFTsGABI9DAAQPhAAED4VAA4+HAAOPiMADT4qAAw+MwAMPjwACz9H&#10;AAo/UgAIP2AABz9vAAY/gQAFP5QABD+oAAM+vAAEPtcABT7sAAU+9wBpMwAAWzQAAFA1AABHNQAA&#10;PzUAADk1AAA0NQAALjUAACk3AAAjOAAAHjsAABo8AAAWPwAAEkEEAA5DCgAMRA4ACkQTAAlEGQAI&#10;RCAAB0QnAAZELwAFRDgAA0VCAAJFTgAARVsAAEVqAABFfAAARZAAAESkAABEuQAARNEAAETqAABD&#10;9QBkNgAAVzcAAEw4AABDOAAAPDgAADc4AAAxOAAAKzkAACU7AAAgPQAAGkAAABZCAAASRAAADkcE&#10;AAtJCQAHSg0ABEsRAAFLFgAASxwAAEsjAABLKwAASzQAAEs+AABMSQAATFcAAExmAABMdwAAS4wA&#10;AEuhAABLtQAASs4AAErpAABK9QBfOgAAUjsAAEg7AABAOwAAOjsAADQ7AAAuPAAAJz4AACJBAAAc&#10;QwAAFkYAABJJAAAOSwAAC04DAAdQCAACUQwAAFEQAABSEwAAUxgAAFMfAABTJgAAUy8AAFM5AABT&#10;RQAAU1IAAFNhAABTcgAAU4cAAFKcAABSsQAAUcoAAFHnAABR9ABZPgAATj4AAEU+AAA+PgAAOD4A&#10;ADBAAAApQgAAI0QAAB1HAAAXSgAAEk0AAA5QAAALUwAABlUCAABXBwAAWAsAAFkOAABaEQAAWhUA&#10;AFsaAABcIQAAXCoAAFw0AABcPwAAXE0AAFxbAABcbAAAXIEAAFuXAABbrQAAWsUAAFrkAABZ8wBU&#10;QgAASkIAAEJCAAA8QgAANEMAACxGAAAlSQAAHkwAABdPAAASUwAADlYAAApZAAAFWwAAAF4AAABg&#10;BAAAYQgAAGIMAABjDgAAZBEAAGUWAABmHAAAZyMAAGctAABnOQAAZ0YAAGdVAABnZgAAZ3oAAGaR&#10;AABlqAAAZcAAAGTeAABk8ABPRgAAR0YAAEBFAAA3RwAAL0oAACZNAAAfUQAAGFUAABJZAAANXAAA&#10;CGAAAAJjAAAAZgAAAGgAAABqAAAAawQAAGwIAABtDAAAbw4AAHASAAByFwAAcx0AAHQmAAB0MgAA&#10;dD8AAHROAABzXwAAdHIAAHOKAAByoQAAcbgAAHHUAABw7ABMSgAARUoAADtLAAAyTgAAKVIAACBW&#10;AAAYWwAAEl8AAA1kAAAHaAAAAGsAAABvAAAAcgAAAHUAAAB2AAAAdwAAAHkCAAB6BgAAfAoAAH4O&#10;AACAEQAAghYAAIQeAACEKQAAhDYAAIRFAACEVgAAg2oAAIOBAACCmQAAgbEAAIDJAACA5QBKTgAA&#10;P1AAADVTAAArVwAAIlwAABliAAASZwAADGwAAAVxAAAAdQAAAHkAAAB9AAAAgQAAAIMAAACFAAAA&#10;hgAAAIgAAACJAAAAiwQAAI0IAACPDQAAkhAAAJQWAACWIAAAliwAAJY7AACWTAAAlWAAAJV2AACU&#10;kAAAk6cAAJK9AACS1QBEVQAAOVkAAC9dAAAkYwAAGmkAABJvAAAMdQAABHsAAACAAAAAhQAAAIkA&#10;AACNAAAAkQAAAJMAAACUAAAAlgAAAJgAAACaAAAAnAAAAJ4AAACgBgAAogsAAKUQAACoFwAAqSMA&#10;AKkxAACpQwAAqVYAAKhtAACmhwAAp54AAKazAAClxwA+XgAAMmMAACdqAAAdcAAAE3gAAAx/AAAD&#10;hQAAAIsAAACRAAAAlgAAAJsAAACfAAAAogAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACy&#10;AAAAtQIAALcJAAC7EAAAvhgAAL4mAAC+OAAAvksAAL1hAAC8egAAu5QAALqpAAC6uQA3agAAK3AA&#10;ACB4AAAWgAAADYgAAAWPAAAAlgAAAJwAAACiAAAApwAAAKwAAACwAAAAswAAALYAAAC3AAAAuQAA&#10;ALsAAAC9AAAAvwAAAMIAAADFAAAAyAAAAMoAAADOCAAA0hAAANUbAADVLAAA1EAAANRXAADTbgAA&#10;1IYAANSbAADTqwD/AAAA/wAAAP8AAAD/AAUA/wAOAP8AFQD8ACAA+QAqAPYANADxAD0A7QBGAOkA&#10;TQDmAFMA5ABZAOEAXgDeAGMA3ABoANkAbgDVAHMA0wB5ANAAgADOAIgAywCRAMkAnADGAKcAxAC3&#10;AMIAzADAAOwAvwD/AL4A/wC9AP8AtwD/ALIA/wD/AAAA/wAAAP8AAAD6AAEA8wALAO0AEgDoABsA&#10;5QAlAOQALgDfADgA2ABAANIARwDOAE4AywBUAMgAWQDGAF4AxABjAMIAZwDAAG0AvwBzAL0AegC7&#10;AIEAuQCLALYAlQC0AKEAsgCvALAAwgCuAOMArgD6AKwA/wCtAP8AqQD/AKYA/wD/AAAA/wAAAPIA&#10;AADmAAAA3QAHANIADgDNABYAygAgAMgAKQDFADIAwAA6ALwAQgC5AEgAtwBOALUAUwCzAFgAsQBd&#10;ALAAYgCuAGcArABsAKoAcwCpAHsApwCEAKUAjgCjAJoAoQCoAJ8AuQCeANIAnQDyAJwA/wCdAP8A&#10;nAD/AJkA/wD8AAAA7gAAAN0AAADMAAAAwQACALoADAC2ABIAsgAaALAAIwCvACwArQA0AKkAPACm&#10;AEIApABIAKIATQCgAFIAngBXAJ0AWwCcAGAAmgBmAJkAbACXAHQAlQB9AJMAhwCRAJMAkAChAI4A&#10;sQCNAMYAjADoAIsA/QCMAP8AjAD/AIwA/wDtAAAA2AAAAMUAAAC3AAAArAAAAKYACAChAA4AnwAV&#10;AJ0AHgCbACYAmgAuAJcANQCVADwAkwBCAJEARwCQAEwAjgBRAI0AVQCLAFoAigBgAIkAZgCHAG0A&#10;hQB2AIQAgACCAIwAgACaAH8AqQB9ALwAfADcAHwA9QB8AP8AfAD/AHwA/wDZAAAAwQAAALEAAACk&#10;AAAAnAAAAJQAAwCQAAwAjQARAIsAGACJACAAiQAoAIcALwCFADYAgwA8AIIAQQCAAEYAfwBLAH0A&#10;TwB8AFQAewBaAHkAYAB4AGcAdgBwAHUAegBzAIYAcQCTAHAAogBvALQAbgDMAG4A7QBuAP4AbgD/&#10;AG4A/wDEAAAArwAAAKAAAACUAAAAjAAAAIYAAACBAAgAfgAOAHwAFAB7ABsAeQAiAHgAKQB3ADAA&#10;dQA2AHQAOwByAEAAcQBFAHAASgBvAE8AbQBUAGwAWwBrAGIAaQBqAGgAdABmAIAAZQCOAGMAnQBi&#10;AK0AYQDCAGEA5ABhAPgAYQD/AGEA/wC0AAAAoAAAAJEAAACGAAAAfgAAAHkAAAB1AAMAcQALAG8A&#10;EABtABYAbAAdAGsAJABrACoAaQAwAGgANgBmADsAZQBAAGQARQBjAEoAYQBPAGAAVgBfAF0AXQBl&#10;AFwAbwBaAHoAWQCIAFgAmABXAKgAVgC7AFYA2ABWAPEAVgD/AFYA/wCoAQAAlAUAAIUHAAB6BwAA&#10;cgYAAGwEAABpAQAAZwAHAGQADQBjABEAYQAYAGAAHwBfACUAXgArAF0AMABbADYAWgA7AFkAQABY&#10;AEUAVwBLAFYAUQBVAFgAUwBhAFIAagBQAHYATwCEAE4AkwBNAKQATAC2AEwAzQBMAOsATAD6AEwA&#10;/wCdCQAAiwsAAHwNAABwDQAAaA0AAGIMAABfCgAAXQYBAFwBCQBaAA4AWAATAFcAGQBWACAAVQAm&#10;AFMAKwBSADEAUQA2AFAAOwBPAEEATgBHAE0ATQBLAFUASgBdAEkAZwBHAHMARgCAAEUAkABEAKEA&#10;QwCyAEMAyABDAOYAQwD1AEMA/wCVDQAAgw8AAHQQAABpEQAAYBEAAFoQAABWDgAAVA0AAFMKBABT&#10;BgsAUQMQAE8BFQBOARsATAEhAEsBJwBKAiwASQIyAEgCNwBHAz0ARQNDAEQDSgBDBFEAQgRaAEAF&#10;ZAA/BXAAPgZ+AD0GjgA8B58AOwexADoHxgA6B+MAOgfzADoI/ACOEAAAfBIAAG4UAABiFQAAWhUA&#10;AFQUAABQEwAATREAAEsOAABLDQYASgoMAEkIEQBHCBYARQgdAEQIIwBCCCgAQQkuAEAJMwA/CTkA&#10;PgpAAD0KRwA8Ck8AOgtYADkLYwA4DG8ANgx+ADUMjgA0DZ8AMw2xADINxwAyDeMAMg30ADIN/gCI&#10;EwAAdxUAAGkXAABeGAAAVRgAAE8YAABKFgAARxUAAEUTAABDEAIAQw4IAEINDgBADRIAPw0YAD0N&#10;HwA8DSQAOw0qADkNMAA4DjcANw49ADYORQA1Dk0AMw9XADIPYgAxEG4ALxB9AC4QjgAtEaAALBGy&#10;ACsRyAArEeYAKxH2ACwR/wCDFgAAchkAAGQaAABZGwAAURsAAEsbAABGGgAAQhgAAD8XAAA+FAAA&#10;PBIEADsRCgA6EBAAOBAVADcQGwA1ESEANBEnADMRLQAyETMAMBE6AC8SQgAuEksALRNUACsTXwAq&#10;FGwAKRR7ACgUjAAnFZ4AJhWwACUVxgAlFeQAJRX2ACYV/wB+GQAAbhsAAGAdAABWHgAATR4AAEce&#10;AABCHQAAPhwAADoaAAA4GAAANxYAADUVBwA0FA0AMhQSADAUFwAvFB0ALRQjACwVKgArFTAAKhU3&#10;ACkWPwAoFkgAJxdSACYYXQAkGGoAIxl5ACIZigAhGZwAIBmvAB8ZxAAfGeIAIBn0ACAZ/wB6GwAA&#10;ah4AAF0fAABTIAAASiAAAEQgAAA+HwAAOh4AADcdAAA0HAAAMhkAADAZBAAuGAsALBgQACoYFAAp&#10;GBoAJxggACYZJgAlGS0AJBo1ACMaPQAiG0YAIRtQACAcWwAfHWgAHh13AB0diAAcHpsAGx6tABoe&#10;wwAaHuAAGh3zABsd/wB3HQAAZyAAAFohAABQIgAASCIAAEEiAAA7IgAANyEAADMgAAAwHwAALR0A&#10;ACsdAAAoHQgAJh0OACUdEgAjHRcAIR0dACEdJAAgHioAHx4yAB4fOgAdH0MAHCBNABshWQAaIWYA&#10;GSF1ABgihwAXIpkAFiKsABUiwQAVIt8AFSHyABYh/gBzIAAAZCIAAFcjAABNJAAARSUAAD4kAAA5&#10;JAAANCMAADAiAAAsIgAAKSEAACYhAAAkIQYAIiEMACAhEAAeIRUAHSIbABsiIQAbIigAGiMvABkj&#10;OAAYJEEAFyRLABYlVwAVJWQAFCZzABMmhQASJpgAESarABEmwAAQJt0AESXxABIl/QBwIgAAYSQA&#10;AFQmAABKJgAAQicAADwmAAA2JgAAMSUAAC0lAAApJAAAJiQAACIlAAAfJQMAHSYKABsmDgAZJxIA&#10;GCcYABcnHwAWJyUAFSgtABQoNQATKT4AEilJABEpVQARKmIAECpxAA8qgwAOKpYADiqpAA0qvQAN&#10;KtcADSruAA4p+wBsJAAAXSYAAFEoAABIKAAAQCkAADkoAAA0KAAALygAACsnAAAnJwAAIigAAB4p&#10;AAAbKgAAGCsHABYrDQAULBEAEywWABIsHAARLSMAEC0qABAtMgAPLjwADi5GAA0uUgANLl8ADC9u&#10;AAsvfwAKL5IACS+lAAkuuQAILtAACS7pAAou9wBoJwAAWikAAE4qAABFKwAAPSsAADcrAAAxKgAA&#10;LSoAACkqAAAkKgAAICsAABstAAAYLgAAFS8EABIxCgAQMg4ADzITAA4yGQANMiAADTInAAwyLwAL&#10;MzgACjNCAAkzTgAIM1sABjRqAAU0ewAEM44AAzOiAAIztgACM80AAzPnAAQy8wBkKgAAViwAAEst&#10;AABCLQAAOi0AADQtAAAvLAAAKywAACYsAAAiLQAAHS8AABkxAAAVMgAAEjQDAA82CQAMOA0ACjgR&#10;AAk4FgAIOB0ABzgkAAY4LAAEODQAAzg+AAI5SgAAOVcAADllAAA5dwAAOYsAADifAAA4swAAOMoA&#10;ADjmAAA38gBfLQAAUi4AAEgvAAA/MAAAOC8AADIvAAAtLwAAKS8AACQwAAAfMQAAGjMAABU1AAAS&#10;NwAADzkDAAw7CAAIPQ0ABT4QAAM+FAAAPhoAAD4hAAA+KAAAPjEAAD87AAA/RgAAP1MAAD9hAAA/&#10;cwAAP4cAAD6cAAA+sAAAPccAAD3kAAA98gBaMAAATjIAAEQyAAA8MgAANTIAADAxAAArMQAAJjIA&#10;ACA0AAAbNgAAFjgAABI7AAAPPQAADD8DAAhBCAAEQwwAAEMOAABEEgAARRYAAEUdAABFJAAARS0A&#10;AEY2AABGQgAARk4AAEZdAABGbgAARYIAAEWYAABErQAARMQAAEPjAABD8gBVNAAASjUAAEE1AAA5&#10;NQAAMzQAAC40AAAoNQAAIjcAAB06AAAXPAAAEj8AAA9BAAAMRAAACEYBAANIBgAASQoAAEoNAABL&#10;EAAATBQAAE0ZAABOIAAATigAAE4yAABNPQAATkoAAE5YAABNaQAATX0AAEyUAABMqgAAS8EAAEvh&#10;AABK8gBQOAAARjgAAD04AAA3OAAAMTcAACo5AAAkOwAAHj0AABhAAAATQwAAD0YAAAtJAAAHSwAA&#10;Ak4AAABQBAAAUQgAAFILAABTDgAAVBEAAFUVAABWGwAAVyMAAFcsAABXOAAAV0QAAFdSAABWYwAA&#10;VncAAFaOAABVpQAAVL0AAFPdAABT8ABLPAAAQjwAADs7AAA1OwAALTwAACY/AAAfQgAAGUUAABNI&#10;AAAOSwAAC08AAAVRAAAAVAAAAFcAAABYAQAAWgUAAFsIAABcDAAAXQ4AAF8RAABgFgAAYh0AAGIm&#10;AABiMQAAYj4AAGFMAABhXQAAYXAAAGCIAABgoAAAX7cAAF7UAABd7gBHQAAAPz8AADo/AAAxQAAA&#10;KUMAACFGAAAaSgAAE04AAA5RAAAKVQAABFgAAABbAAAAXgAAAGEAAABjAAAAZAEAAGUEAABnCAAA&#10;aAsAAGoOAABsEgAAbhcAAG8gAABvKgAAbzYAAG5FAABuVQAAbmgAAG1/AABtmAAAbLAAAGvKAABq&#10;6ABERAAAPkMAADVEAAArRwAAI0sAABtPAAATVAAADlgAAAhcAAACYAAAAGQAAABnAAAAawAAAG0A&#10;AABvAAAAcAAAAHIAAAB0AgAAdQYAAHcKAAB5DgAAfBIAAH4YAAB/IgAAfy4AAH89AAB+TQAAfWEA&#10;AH13AAB8kAAAe6gAAHrAAAB53wBDRwAAOUkAAC9MAAAlUAAAHFUAABRbAAAOYAAAB2UAAABqAAAA&#10;bgAAAHIAAAB2AAAAeQAAAHwAAAB+AAAAfwAAAIEAAACDAAAAhQAAAIcDAACKCAAAjA0AAI8RAACS&#10;GQAAkiUAAJIzAACSRAAAkVcAAJBtAACPhgAAjp8AAI21AACMzQA9TgAAMlEAAChWAAAeXAAAFWIA&#10;AA5oAAAHbgAAAHQAAAB5AAAAfgAAAIIAAACGAAAAiQAAAIwAAACOAAAAkAAAAJIAAACUAAAAlgAA&#10;AJgAAACbAAAAngYAAKEMAACkEQAAphsAAKYpAACmOgAApU0AAKViAACkewAAo5QAAKGrAAChvwA2&#10;VwAALFwAACFiAAAXaQAAD3AAAAd3AAAAfgAAAIQAAACKAAAAjwAAAJQAAACYAAAAmwAAAJ4AAACf&#10;AAAAogAAAKQAAACmAAAAqAAAAKsAAACtAAAAsAAAALMEAAC3DAAAuxIAALsfAAC7MAAAu0MAALpY&#10;AAC5cAAAt4sAALehAAC3swAwYgAAJWkAABpwAAAQeAAACYAAAACIAAAAjwAAAJYAAACbAAAAoQAA&#10;AKYAAACqAAAArgAAALAAAACxAAAAtAAAALYAAAC4AAAAuwAAAL0AAADAAAAAwwAAAMcAAADLAwAA&#10;zwwAANMVAADSJQAA0jgAANFOAADQZQAAz34AAM2WAADMqQD/AAAA/wAAAP8AAAD/AAMA/wALAPwA&#10;EQD5ABsA9wAlAPMALwDuADgA6QBAAOYASADiAE4A3wBUANwAWQDZAF4A1QBjANMAaADQAG0AzgBz&#10;AMsAegDIAIIAxgCMAMMAlwDAAKMAvgCyALwAyAC6AOoAuQD/ALgA/wCxAP8AqgD/AKcA/wD/AAAA&#10;/wAAAPsAAAD2AAAA7QAHAOcADwDiABYA3wAgAN4AKQDZADMA0QA7AMwAQgDIAEgAxQBOAMIAUwDA&#10;AFgAvgBdALwAYgC6AGcAuQBtALcAdAC1AHsAsgCFALAAkACuAJwArACqAKkAvQCnAN4ApgD5AKUA&#10;/wCjAP8AnQD/AJsA/wD9AAAA9gAAAOsAAADfAAAA0QADAMoADADFABIAwwAbAMAAJAC+ACwAuQA1&#10;ALYAPACzAEMAsABIAK4ATgCsAFIAqwBXAKkAXACnAGEApgBnAKQAbQCiAHQAoAB9AJ4AiACcAJUA&#10;mgCjAJgAtACWAM0AlQDxAJQA/wCVAP8AkAD/AI4A/wDzAAAA5gAAANEAAADCAAAAuAAAALEACACt&#10;AA8AqgAWAKgAHgCoACcApgAvAKIANgCfADwAnQBCAJsARwCZAEwAlwBRAJYAVQCUAFoAkwBgAJEA&#10;ZgCQAG4AjgB2AIwAgQCKAI0AiACbAIYArACFAMEAhADmAIMA/QCEAP8AgwD/AIEA/wDkAAAAywAA&#10;ALoAAACsAAAAogAAAJwABACYAAwAlgARAJQAGQCTACEAkgAoAI8AMACNADYAiwA8AIkAQQCIAEYA&#10;hgBLAIUATwCEAFQAggBaAIEAYAB/AGcAfgBvAHwAegB6AIYAeACUAHcApAB1ALcAdADUAHMA9AB0&#10;AP8AdAD/AHQA/wDLAAAAtgAAAKYAAACaAAAAkgAAAIoAAACGAAgAgwAOAIEAFACBABsAgAAjAH8A&#10;KgB9ADAAewA2AHoAOwB4AEAAdwBFAHUASQB0AE4AcwBUAHEAWgBwAGEAbgBpAG0AcwBrAH8AaQCN&#10;AGgAnQBnAK4AZgDHAGUA6gBmAP8AZgD/AGcA/wC4AAAApAAAAJUAAACKAAAAgQAAAHwAAAB2AAQA&#10;dAAMAHIAEABxABYAcAAdAHAAJABuACoAbQAwAGsANQBqADoAaQA/AGgARABnAEkAZQBOAGQAVABj&#10;AFsAYQBjAGAAbQBeAHkAXQCHAFsAlgBaAKgAWQC9AFkA3wBZAPgAWgD/AFoA/wCoAAAAlQAAAIcA&#10;AAB7AAAAcwAAAG4AAABqAAEAZwAIAGUADgBkABIAYwAYAGMAHwBiACUAYQAqAF8AMABeADUAXQA6&#10;AFwAPgBbAEQAWQBJAFgATwBXAFYAVgBeAFQAaABTAHMAUQCBAFAAkQBPAKIATgC1AE4A0ABOAPAA&#10;TgD/AE8A/wCcAAAAiQAAAHsDAABwAwAAaAMAAGIBAABfAAAAXQAEAFsACwBZAA8AWAAUAFcAGQBX&#10;ACAAVgAlAFUAKgBTADAAUgA0AFEAOQBQAD8ATwBEAE4ASwBNAFIASwBaAEoAYwBJAG8ARwB8AEYA&#10;jABFAJ0ARQCwAEQAxwBEAOgARAD6AEUA/wCSBAAAgAcAAHEKAABmCgAAXgoAAFkJAABVBwAAVAQA&#10;AFIABwBQAAwATwAQAE4AFQBNABsATAAgAEsAJgBKACsASQAwAEgANQBHADoARgBAAEUARgBDAE4A&#10;QgBWAEEAXwBAAGsAPgB4AD0AiAA8AJkAPACrADwAwQA7AOAAOwD0ADsA/wCJCgAAeAwAAGoOAABf&#10;DgAAVw4AAFEOAABNDAAASwsAAEoIAgBJBAkASAANAEYAEQBFABYARAAcAEMAIQBCACYAQQArAD8A&#10;MQA+ADYAPQA8ADwAQwA7AEoAOgBSADkAXAA4AGgANgB1ADUAhQA0AJYANACoADMAvAAzANgAMwDv&#10;ADMA+wCCDQAAcQ8AAGQQAABZEQAAUREAAEsRAABHEAAARA4AAEINAABBCwUAQQcLAD8FDgA+AxIA&#10;PAIYADsCHQA6AyIAOQMoADgDLQA3AzIANgQ5ADUEPwA0BUcAMwVQADEGWgAwBmYALwdzAC4HgwAt&#10;B5UALAenACsHugArB9IAKwfrACsH9wB9EAAAbBEAAF8TAABUFAAATBQAAEYUAABCEwAAPhIAADwQ&#10;AAA6DgEAOg0GADoKDAA4CRAANggUADUIGQA0CR8AMgkkADEJKQAwCS8ALwo2AC4KPQAtCkUALAtO&#10;ACsLWQApDGUAKAxzACcMgwAmDZUAJQ2nACQNuwAjDdIAIw3rACMN9wB4EgAAaBQAAFsWAABRFwAA&#10;SBcAAEIWAAA9FgAAORUAADcTAAA1EQAAMxADADMOCAAyDQ0AMA0RAC8NFgAtDRsALA0hACsNJwAq&#10;DS0AKQ40ACgOOwAnDkQAJQ5OACQPWQAjEGUAIRBzACAQhAAfEJYAHhCpAB0QvQAcENgAHRDuAB0Q&#10;+QBzFAAAZBYAAFcYAABNGQAARRkAAD8ZAAA6GAAANRcAADIWAAAwFQAALhMAAC0RBAAsEAoAKxAO&#10;ACkQEgAoEBgAJhAeACUQJAAkECoAIxExACIROQAhEUIAIBJLAB4SVgAdE2MAHBNxABoTggAZFJUA&#10;GBSnABcUuwAXE9QAFxPuABgT+gBwFgAAYBkAAFQaAABKGwAAQhwAADwbAAA2GwAAMhoAAC8ZAAAs&#10;GAAAKhYAACgUAQAmEwcAJRMMACMTEAAiExUAIBMaAB8TIQAeFCcAHRQuABwVNgAbFT8AGhZJABkW&#10;VAAYF2EAFhdwABUYgQAUGJMAEximABIYugASF9IAEhfsABMX+gBsGQAAXRsAAFEdAABHHQAAPx4A&#10;ADkdAAA0HQAALxwAACsbAAAoGgAAJhkAACQYAAAiFwQAIBcKAB4XDgAcFxIAGhcXABkYHgAZGCQA&#10;GBksABcZNAAWGj0AFRpHABQbUgATG18AEhxuABEcfwAQHJIAEBylAA8cuQAOHNAADhvqAA8b+ABp&#10;GwAAWh0AAE4fAABFHwAAPSAAADYfAAAxHwAALR4AACkdAAAlHQAAIxwAACAbAAAdGwEAGxsHABkc&#10;DQAXHBAAFhwVABUcGwAUHSIAEx0pABIeMQARHjoAER9FABAfUAAPIF0ADiBsAA0gfAANII8ADCCi&#10;AAsgtQALIMoACyDlAAwf9ABlHQAAVx8AAEwhAABCIQAAOiEAADQhAAAvIQAAKiAAACYfAAAjHwAA&#10;IB4AAB0eAAAZIAAAFiAEABQgCwASIQ4AESETABEiGQAQIh8ADyImAA4jLwAOIzcADSNBAAwkTQAL&#10;JFkACiRnAAkkeAAIJIsABySeAAcksQAGJMcABiPjAAcj8QBiHwAAVCEAAEkjAABAIwAAOCMAADIj&#10;AAAsIwAAKCIAACQhAAAhIQAAHiEAABohAAAWIwAAEyQDABElCAAPJg0ADicRAA0nFgAMJx0ACycj&#10;AAonKwAJKDQACCg+AAcoSQAGKFUABSlkAAQpdAADKYcAAimbAAEorwAAKMUAASjhAAEn8ABeIgAA&#10;USQAAEYlAAA9JQAANSUAAC8lAAAqJAAAJiQAACIjAAAfIwAAGyQAABglAAAUJgAAESgDAA8pCAAM&#10;LAwACiwQAAgsFAAHLBoABiwhAAUsKAADLTAAAi06AAEtRQAALVIAAC5gAAAucQAALYQAAC2ZAAAt&#10;rQAALMIAACzgAAAs8ABaJAAATSYAAEMnAAA6JwAAMycAAC0nAAAoJgAAJCYAACEmAAAdJgAAGScA&#10;ABUpAAARKwAADywDAA0uBwAJMAwABjEOAAMxEgABMhcAADIeAAAyJQAAMi0AADI2AAAzQgAAM04A&#10;ADNdAAAzbQAAM4EAADKWAAAyqwAAMcEAADHfAAAx8ABWJwAASikAAD8qAAA3KgAAMCoAACspAAAn&#10;KAAAIygAAB4pAAAaKgAAFiwAABIuAAAPMAAADTECAAo0BwAFNQsAAjYOAAA3EAAAOBQAADgaAAA4&#10;IgAAOCoAADkzAAA5PgAAOUoAADlZAAA5aQAAOX0AADiTAAA4qAAAN78AADfeAAA28ABRKwAARiwA&#10;ADwsAAA0LAAALiwAACorAAAlKwAAICwAABstAAAXLwAAEzEAABAzAAANNQAACTcCAAU6BgABOwoA&#10;ADwNAAA9DwAAPhIAAD8XAABAHgAAQCUAAEAvAABAOgAAQEYAAEBUAABAZQAAP3gAAD+PAAA+pgAA&#10;Pr0AAD3cAAA98ABNLgAAQi8AADkvAAAyLwAALS4AACguAAAiLwAAHTAAABgyAAATNQAAEDcAAAw6&#10;AAAJPAAABT4AAABBBAAAQggAAEMLAABEDQAARhAAAEcUAABIGQAASCEAAEgqAABINQAASEEAAEhP&#10;AABIYAAAR3MAAEeKAABGogAARbkAAEXZAABE8ABIMgAAPjIAADYyAAAwMQAAKzEAACUyAAAfNAAA&#10;GTYAABM5AAAQPAAADD8AAAhCAAADRAAAAEYAAABIAgAASgUAAEsIAABMCwAATg4AAE8RAABRFQAA&#10;UhwAAFIlAABSMAAAUjwAAFFKAABRWgAAUW0AAFCEAABPnQAATrUAAE3SAABN7gBDNgAAOzYAADQ1&#10;AAAvNAAAJzUAACE4AAAaOwAAFD4AABBBAAAMRAAAB0cAAAJKAAAATQAAAE8AAABRAAAAUwIAAFQF&#10;AABVCAAAVwsAAFkOAABbEQAAXRcAAF0fAABdKgAAXTYAAFxEAABcVAAAW2cAAFt+AABalwAAWa8A&#10;AFjLAABX6gA/OQAAODkAADM4AAArOQAAIzwAABw/AAAVQwAAEEcAAAtKAAAFTgAAAFEAAABUAAAA&#10;VwAAAFoAAABcAAAAXQAAAF8AAABgBAAAYgcAAGQLAABmDgAAaBIAAGsZAABrIwAAai4AAGo8AABq&#10;TQAAaV8AAGh1AABnjwAAZqgAAGXCAABk4wA9PQAANzwAAC49AAAlQAAAHUQAABZJAAAQTQAAClEA&#10;AARVAAAAWgAAAF0AAABgAAAAYwAAAGYAAABoAAAAagAAAGsAAABtAAAAbwIAAHEGAAB0CgAAdg4A&#10;AHkTAAB7GwAAeycAAHo1AAB5RQAAeFkAAHhtAAB3hgAAdp8AAHW3AAB00gA8QQAAMkIAAChFAAAg&#10;SgAAF04AABBUAAAKWQAAAl4AAABjAAAAZwAAAGsAAABvAAAAcgAAAHUAAAB3AAAAeQAAAHsAAAB9&#10;AAAAfwAAAIIAAACEAwAAhwkAAIoOAACOEwAAjx4AAI4rAACOOwAAjU4AAItjAACKfAAAipUAAIit&#10;AACHxQA2RwAALEsAACJPAAAZVQAAEFsAAAphAAABZwAAAG0AAAByAAAAdwAAAHsAAAB/AAAAgwAA&#10;AIYAAACIAAAAigAAAI0AAACPAAAAkQAAAJQAAACXAAAAmgEAAJ0HAAChDQAApRQAAKQhAACkMQAA&#10;o0QAAKJZAACgcAAAn4sAAJ2iAACdtwAwUAAAJVUAABtbAAASYgAAC2kAAAFwAAAAdwAAAH0AAACD&#10;AAAAiAAAAI0AAACRAAAAlQAAAJgAAACaAAAAnAAAAJ8AAAChAAAAowAAAKYAAACpAAAArAAAALAA&#10;AAC0BwAAuA4AALoYAAC6JwAAuTkAALhOAAC3ZQAAtn4AALWWAACzqwApWwAAHmIAABRpAAAMcQAA&#10;AnkAAACBAAAAiQAAAI8AAACWAAAAmwAAAKAAAACkAAAAqAAAAKsAAACsAAAArwAAALIAAAC0AAAA&#10;tgAAALkAAAC8AAAAwAAAAMQAAADIAAAAzQcAANIQAADSHQAA0S8AANBEAADPWwAAzXMAAMuNAADK&#10;oQD/AAAA/wAAAPsAAAD6AAAA/AAIAPgADwD1ABcA9AAgAPEAKgDrADMA5gA7AOIAQwDeAEkA2gBP&#10;ANYAVADTAFkA0ABeAM4AYwDLAGgAyQBuAMYAdQDDAH0AwQCGAL4AkgC7AJ4AuQCuALYAwwC0AOgA&#10;swD/AK8A/wClAP8AngD/AJsA/wD9AAAA9wAAAPIAAADwAAAA5wADAOEADADcABIA2AAbANYAJADS&#10;AC0AzAA2AMYAPQDCAEMAvwBJALwATgC6AFMAuABYALYAXQC1AGIAswBnALEAbgCvAHYArAB/AKoA&#10;igCoAJcApQCmAKMAuQChANkAoAD5AJ4A/wCYAP8AkgD/AI8A/wDzAAAA7AAAAOMAAADTAAAAyAAA&#10;AMEACQC9AA8AuwAWALkAHwC3ACcAswAvAK8ANwCsAD0AqgBDAKgASACmAE0ApABSAKMAVgChAFsA&#10;nwBhAJ4AZwCcAG8AmgB4AJcAgwCVAJAAkwCeAJEAsACQAMgAjgDwAI0A/wCKAP8AhQD/AIIA/wDn&#10;AAAA3QAAAMYAAAC4AAAArgAAAKgABAClAAwAoQASAKEAGQCgACIAnwApAJsAMACYADcAlgA9AJMA&#10;QgCSAEcAkABLAI8AUACNAFUAjABaAIoAYQCIAGgAhwBwAIUAewCDAIgAgQCWAH8ApwB9ALwAfADj&#10;AHwA/QB8AP8AeAD/AHYA/wDWAAAAwAAAAK8AAACjAAAAmQAAAJMAAACPAAkAjQAOAIsAFACKABwA&#10;igAjAIgAKgCFADAAgwA2AIIAOwCAAEAAfwBFAH4ASgB8AE8AewBUAHoAWgB4AGEAdgBpAHUAcwBz&#10;AIAAcQCOAG8AnwBuALIAbQDPAGwA9ABsAP8AawD/AGkA/wDAAAAAqwAAAJsAAACPAAAAhwAAAIAA&#10;AAB8AAQAegAMAHgAEQB4ABcAeAAeAHcAJAB1ACoAcwAwAHEANQBwADoAbgA/AG0ARABsAEkAawBO&#10;AGoAVABoAFsAZwBjAGUAbQBkAHgAYgCHAGAAlwBfAKoAXgDCAF4A6QBeAP8AXgD/AF0A/wCsAAAA&#10;mQAAAIoAAAB/AAAAdwAAAHEAAABtAAAAagAIAGkADgBoABIAZwAYAGcAHwBnACUAZQAqAGMALwBi&#10;ADQAYQA5AGAAPgBfAEMAXgBIAF0ATgBbAFUAWgBdAFgAZwBXAHIAVQCBAFQAkQBTAKMAUgC4AFEA&#10;3ABRAPkAUgD/AFIA/wCdAAAAiwAAAHwAAABxAAAAaQAAAGQAAABgAAAAXgAFAFwACwBbAA8AWwAU&#10;AFoAGQBaAB8AWQAlAFcAKgBWAC8AVQA0AFQAOABTAD0AUgBDAFAASQBPAFAATgBYAE0AYgBLAG0A&#10;SgB6AEkAiwBIAJ0ARwCxAEcAzABGAPAARwD/AEcA/wCQAAAAfgAAAHAAAABmAAAAXgAAAFkAAABW&#10;AAAAUwABAFIACABQAA0ATwAQAE8AFQBOABoATgAgAE0AJQBMACoASgAuAEkAMwBIADgARwA+AEYA&#10;RABFAEsARABTAEMAXQBBAGgAQAB1AD8AhQA+AJcAPQCrAD0AwwA9AOYAPQD7AD4A/wCHAAAAdQMA&#10;AGgGAABdBwAAVQYAAFAGAABMBAAASgEAAEkABABHAAoARgAOAEUAEQBFABYARAAbAEMAIABCACUA&#10;QQAqAEAALwA/ADQAPgA6AD0AQAA7AEcAOgBPADkAWQA4AGQANwBxADYAgQA1AJMANACmADQAuwA0&#10;AN0ANAD1ADUA/wB+BgAAbQkAAGALAABWDAAATgwAAEgLAABECgAAQggAAEAFAQA/AQcAPgALAD0A&#10;DgA8ABIAOwAXADsAHAA6ACEAOQAlADcAKgA2ADAANQA1ADQAPAAzAEMAMgBMADEAVQAwAGAALwBt&#10;AC4AfQAtAI8ALACiACwAtgAsANAALADuACwA/AB3CgAAZwwAAFoOAABQDgAASQ4AAEMOAAA+DQAA&#10;OwwAADkLAAA4CQMANwUIADYCDQA1ARAANAATADMAGAAyAB0AMQAiADAAJwAvACwALgAyAC0AOAAs&#10;AEAAKwBJACoAUgApAF0AKABrACcBegAmAYwAJQCfACUAsgAlAMoAJQDoACUA9wByDQAAYg4AAFYQ&#10;AABMEQAARBEAAD4RAAA5EAAANg8AADMOAAAxDQEAMAsFADAICgAvBg0ALgURACwEFAArAxkAKgMe&#10;ACkDIwAoBCkAJwQvACYFNQAlBT0AJAVGACMGUAAiBlwAIQdpACAHeQAfB4sAHgedAB4HsAAdBsYA&#10;HQbjAB0F8wBtDgAAXhEAAFISAABIEwAAQBMAADoTAAA1EgAAMREAAC4QAAAsDwAAKg4DACoNBwAp&#10;CwsAKAkOACcJEQAlCBYAJAgbACMJIAAiCSYAIQksACAKMwAfCjsAHgtEAB0LTwAcDFsAGwxpABoM&#10;eQAYDIsAGAyeABcMsAAWDMUAFgzhABYL8ABpEAAAWhIAAE4UAABFFQAAPRUAADcVAAAxFAAALRMA&#10;ACoSAAAoEQAAJhABACQQBAAjDggAIw0MACIMDwAgDBMAHwwYAB4NHQAdDSMAHA0qABsNMgAaDjoA&#10;GA5EABcOUAAWD1wAFQ9qABMQewASEI0AERCgABEQswAQD8kAEA/kABEP8gBlEgAAVxQAAEsWAABC&#10;FwAAOhcAADQXAAAvFgAAKhUAACcUAAAkEwAAIhMAACASAwAeEQYAHRAJABwQDQAbDxAAGRAVABgQ&#10;GwAXECEAFhAoABURMAAUETkAExFDABISTgAREloAEBJpABATeQAOE4wADhOeAA0TsQANEsUADBLh&#10;AA0S8QBiFAAAVBYAAEkYAAA/GQAANxkAADEZAAAsGAAAKBcAACQWAAAhFgAAHxUAABwUAgAaEwQA&#10;GRIGABcSCwAVEg4AFBISABMTGAASEx8AERMmABEULQAQFDYADxVBAA4VTAAOFlcADRZlAAwXdQAL&#10;F4cACheaAAkWrQAIFsEACBbdAAkV7gBfFgAAURgAAEYaAAA9GgAANRsAAC8aAAAqGgAAJRkAACIY&#10;AAAfGAAAHBcAABkWAQAXFgMAFRYEABMWCQARFg0AEBcRAA8XFgAOFxwADhgjAA0YKgAMGTMADBk8&#10;AAsaRwAKGlMACRphAAcbcQAGG4MABRuXAAQaqgADGr8AAxnaAAQZ7ABcGAAAThoAAEMcAAA6HAAA&#10;MxwAACwcAAAnHAAAIxsAACAaAAAdGQAAGhkAABcYAQAVGAIAEhkEABAbBwAOGwwADRwQAAwcEwAL&#10;HBkAChwfAAkdJwAIHS8ABx45AAYeQwAEHlAAAx9eAAIfbgABH4AAAB+VAAAeqQAAHr0AAB3YAAAd&#10;7ABYGgAASxwAAEEeAAA4HgAAMB4AACoeAAAlHQAAIRwAAB4cAAAbGwAAGBsAABYbAQATGwIAERwE&#10;AA4eBwAMHwsACiAOAAggEgAGIRcABSEdAAQhJAACIiwAASI1AAAiQAAAI00AACNaAAAjawAAI34A&#10;ACOTAAAipwAAIrwAACHXAAAh7QBVHQAASB8AAD4gAAA1IAAALiAAACggAAAjHwAAIB4AAB0dAAAa&#10;HQAAFh0AABMeAAARHwIADiAEAA0iBwAKJAsABiUNAAQlEAACJhQAACYaAAAmIQAAJykAACcyAAAn&#10;PQAAJ0kAAChXAAAoZwAAJ3sAACeQAAAnpQAAJrsAACbWAAAl7QBRIAAARSEAADsiAAAyIgAALCIA&#10;ACYhAAAiIQAAHiAAABsfAAAYIAAAFCAAABEiAAAPIwAADSUDAAomBgAGKAoAAykNAAArDwAALBIA&#10;ACwXAAAsHgAALCYAAC0vAAAtOQAALUYAAC1UAAAtZAAALXcAACyNAAAspAAAK7oAACvWAAAq7gBN&#10;IgAAQSQAADgkAAAwJAAAKSQAACQjAAAhIgAAHSIAABkiAAAVIwAAEiQAAA8mAAANKAAACioCAAYs&#10;BQACLgkAAC8LAAAwDgAAMhAAADMVAAAzGwAAMyIAADMrAAAzNgAAM0IAADNQAAAzYAAAM3MAADKK&#10;AAAyoQAAMbgAADDWAAAw7wBJJQAAPiYAADQnAAAtJwAAKCYAACMlAAAfJAAAGyUAABYmAAASKAAA&#10;ECoAAA0sAAAKLgAABjABAAIyBAAANAcAADUKAAA3DAAAOA4AADoSAAA6FwAAOh8AADonAAA6MgAA&#10;Oj4AADpMAAA6XAAAOm8AADmGAAA4ngAAOLYAADfUAAA27wBEKQAAOikAADEpAAArKQAAJigAACIn&#10;AAAdKAAAGCkAABMrAAAQLgAADTAAAAkyAAAFNQAAATcAAAA5AgAAOwUAADwIAAA+CwAAPw0AAEEQ&#10;AABDFAAAQxsAAEMjAABDLgAAQzkAAENHAABCVwAAQmoAAEGBAABAmgAAP7IAAD7PAAA+7wA/LAAA&#10;NiwAAC8sAAAqKwAAJSoAAB8rAAAZLQAAFC8AABAyAAANNQAACDgAAAQ6AAAAPAAAAD8AAABBAAAA&#10;QwIAAEUFAABGCAAASAsAAEoOAABMEQAATRYAAE0eAABNKAAATTQAAExCAABMUQAAS2QAAEt7AABK&#10;lAAASa0AAEjKAABH7AA7MAAAMy8AAC0vAAAoLQAAIi8AABsxAAAVNAAAEDcAAA06AAAIPQAAAkAA&#10;AABDAAAARgAAAEgAAABKAAAATAAAAE4BAABPBAAAUQcAAFMLAABVDgAAWBIAAFkZAABYIgAAWC4A&#10;AFc8AABXSwAAVl4AAFZzAABVjQAAVKcAAFLCAABS5gA4MwAAMTIAACwxAAAlMgAAHTUAABY4AAAR&#10;PAAADEAAAAdEAAAARwAAAEoAAABNAAAAUAAAAFMAAABVAAAAVwAAAFkAAABaAAAAXAMAAF4HAABh&#10;CwAAZA4AAGYTAABnHAAAZicAAGY0AABlRAAAZFcAAGRrAABihQAAYZ8AAGC5AABe3AA1NwAAMDUA&#10;ACg3AAAgOgAAGD0AABFCAAAMRgAABkoAAABPAAAAUwAAAFYAAABZAAAAXAAAAF8AAABhAAAAZAAA&#10;AGUAAABnAAAAaQAAAGwBAABuBgAAcQsAAHQPAAB3FQAAdyAAAHYtAAB2PQAAdU8AAHRjAABzewAA&#10;cpUAAHCvAABvyQA1OgAAKzsAACI/AAAaQwAAEkgAAAxNAAAFUgAAAFcAAABcAAAAYAAAAGQAAABo&#10;AAAAawAAAG4AAABxAAAAcwAAAHUAAAB3AAAAegAAAHwAAAB/AAAAggQAAIYKAACKDwAAjBcAAIsk&#10;AACKMwAAiUUAAIdbAACGcgAAhYsAAIOlAACCvAAvQAAAJUQAABxJAAATTgAADVQAAARaAAAAYQAA&#10;AGYAAABrAAAAbwAAAHQAAAB5AAAAfQAAAIAAAACDAAAAhQAAAIcAAACKAAAAjAAAAI8AAACSAAAA&#10;lgAAAJkCAACeCQAAohAAAKIaAAChKQAAoDsAAJ9QAACdZwAAmoEAAJqZAACZrwApSQAAH04AABVU&#10;AAAOWwAABWIAAABpAAAAcAAAAHcAAAB9AAAAggAAAIYAAACLAAAAjwAAAJMAAACVAAAAlwAAAJoA&#10;AACdAAAAoAAAAKMAAACmAAAAqgAAAK4AAACyAAAAtwoAALsRAAC6HwAAuTAAALdFAAC1XAAAtHQA&#10;ALGOAACvpAAiVAAAGFsAABBiAAAHagAAAHMAAAB7AAAAggAAAIkAAACQAAAAlQAAAJoAAACfAAAA&#10;owAAAKYAAACoAAAAqwAAAK4AAACwAAAAswAAALYAAAC6AAAAvQAAAMIAAADHAAAAzAEAANMLAADU&#10;FQAA0yYAANE6AADQUQAAzWgAAMuBAADKlgD8AAAA9gAAAPIAAADxAAAA8wAFAPQADADyABMA8AAc&#10;AO0AJQDoAC4A4gA2AN4APgDZAEQA1ABKANEATwDOAFQAywBZAMkAXgDGAGMAxABpAMEAcAC+AHgA&#10;vACBALkAjQC2AJoAswCrALEAwACvAOYArgD/AKUA/wCaAP8AlAD/AI8A/wD0AAAA7AAAAOgAAADn&#10;AAAA3wAAANkACQDSABAAzwAXAM8AIADMACgAxgAwAMAANwC8AD4AuQBEALcASQC1AE4AswBTALEA&#10;VwCvAF0ArQBiAKsAaQCpAHEApwB6AKUAhQCiAJMAoACiAJ0AtgCbANQAmQD5AJYA/wCNAP8AiAD/&#10;AIQA/wDoAAAA3wAAANkAAADJAAAAvwAAALgABAC1AA0AswASALEAGgCwACIArQAqAKkAMQCmADgA&#10;pAA9AKIAQwCgAEgAngBMAJwAUQCbAFYAmQBcAJcAYgCVAGkAkwByAJEAfQCPAIsAjQCaAIsArACJ&#10;AMUAiADuAIYA/wB/AP8AegD/AHgA/wDZAAAAzQAAALsAAACuAAAApQAAAJ8AAACcAAkAmQAPAJkA&#10;FQCZAB0AmAAkAJQAKwCRADEAjgA3AIwAPACLAEEAiQBGAIgASwCGAFAAhQBVAIMAWwCCAGIAgABr&#10;AH4AdQB8AIIAegCSAHgAowB3ALkAdgDgAHUA/wByAP8AbgD/AGwA/wDHAAAAtQAAAKUAAACZAAAA&#10;jwAAAIkAAACFAAQAhAAMAIIAEQCCABcAggAeAIAAJQB+ACsAfAAxAHoANgB5ADsAdwBAAHYARAB1&#10;AEkAcwBPAHIAVQBwAFwAbwBkAG0AbgBsAHoAagCKAGgAmwBnAK8AZgDMAGUA9QBkAP8AYQD/AGAA&#10;/wC0AAAAoAAAAJAAAACFAAAAfQAAAHcAAABzAAAAcAAIAG8ADgBvABIAbwAYAG8AHwBtACUAawAq&#10;AGkAMABoADQAZwA5AGYAPgBlAEMAYwBIAGIATgBhAFUAXwBeAF4AZwBcAHMAWwCCAFkAkwBYAKYA&#10;VwC/AFcA6gBXAP8AVgD/AFQA/wChAAAAjgAAAH8AAAB1AAAAbAAAAGgAAABkAAAAYQAEAGAACwBf&#10;AA8AXwATAF8AGQBfAB8AXQAlAFwAKgBbAC8AWQAzAFgAOABXAD0AVgBDAFUASQBTAFAAUgBYAFEA&#10;YQBQAG0ATgB7AE0AjABMAJ8ASwC1AEoA3ABKAPoASgD/AEoA/wCSAAAAgAAAAHIAAABnAAAAXwAA&#10;AFoAAABXAAAAVQABAFMABwBSAAwAUgAQAFIAFABSABoAUQAfAE8AJABOACkATQAuAEwAMwBLADgA&#10;SgA9AEkAQwBIAEoARgBSAEUAXABEAGcAQwB1AEIAhgBBAJgAQACuAEAAywA/APIAQAD/AEAA/wCF&#10;AAAAdAAAAGcAAABdAAAAVQAAAE8AAABMAAAASgAAAEgABABHAAoARwANAEYAEQBGABUARgAaAEUA&#10;HwBEACQAQwApAEIALQBBADMAPwA4AD4APgA9AEUAPABOADsAVwA6AGIAOQBvADgAgAA3AJMANgCn&#10;ADYAwAA2AOgANgD+ADYA/wB8AAAAawAAAF4CAABUAwAATQMAAEcDAABDAQAAQQAAAD8AAQA+AAcA&#10;PQALAD0ADgA8ABEAPAAWADwAGgA6AB8AOQAkADgAKQA3AC4ANgAzADUAOgA0AEEAMwBJADIAUwAx&#10;AF4AMABrAC8AewAuAI4ALQCiAC0AuAAtAN0ALQD4AC4A/wBzAQAAZAUAAFcHAABNCAAARggAAEAI&#10;AAA7BwAAOAUAADcDAAA2AAQANQAIADQADAA0AA8ANAASADMAFgAyABsAMQAgADAAJAAvACkALgAv&#10;AC0ANgAsAD0AKwBFACoATwApAFoAKABnACcAdwAmAIkAJgCdACUAswAlAM8AJQDwACYA/wBtBgAA&#10;XgkAAFILAABIDAAAQAwAADoLAAA2CwAAMgoAADAIAAAuBgIALgMGAC0ACgAsAA0ALAAQACsAEwAq&#10;ABcAKQAcACgAIAAnACUAJgArACUAMgAkADkAIwBCACIASwAiAFcAIQBkACAAcwAfAIUAHwCZAB4A&#10;rgAeAMcAHgDpAB8A+gBoCQAAWQwAAE0NAABDDgAAPA4AADYOAAAxDQAALQ0AACoMAAAoCwAAJwkE&#10;ACYGCAAmBAsAJQMOACQBEAAkARQAIgEYACEBHQAhACIAIAAoAB8ALgAeATYAHQE/ABwBSQAbAVQA&#10;GgFhABoBcAAZAYIAGACWABgAqgAYAMEAGADhABgA9ABjDAAAVQ4AAEkPAABAEAAAOBAAADIQAAAt&#10;DwAAKQ4AACYOAAAjDQAAIgwDACALBgAgCQkAHwcMAB4GDgAeBREAHAUVABsFGgAaBR8AGgUlABkF&#10;KwAYBTMAFwY8ABYGRgAWBlIAFQdfABQHbgATB4AAEgeUABIGpwASBbwAEgTZABID7wBfDgAAUQ8A&#10;AEYQAAA8EQAANREAAC8RAAAqEQAAJhAAACIQAAAgDwAAHQ4CABwNBQAaDQcAGgsKABkKDQAYCRAA&#10;FwkSABYJFwAVCRwAFAkiABQKKQATCjEAEgo6ABILRQARC1EAEAxfAA8MbgAODIAADgyUAA0LpwAN&#10;C7oADQrSAA0K6gBcDwAAThEAAEMSAAA6EwAAMhMAACwTAAAnEgAAIxEAAB8RAAAcEAAAGhACABgP&#10;BAAWDgcAFQ4JABQNCwATDA0AEgwQABIMFAARDBoAEQ0gABANKAAPDTAADg47AA0ORgANDlEADA9e&#10;AAsPbQAKD38ACQ+TAAkPpgAIDrkACA7QAAcO6ABYEQAASxIAAEATAAA3FAAAMBQAACkUAAAlFAAA&#10;IRMAAB0SAAAaEgAAFxECABURBQATEAcAEhAJABEPCgAQDgwADg4OAA4PEgANEBgADRAeAAwQJQAM&#10;EC0ACxE2AAoRQQAJEU0ACBJaAAcSagAGEnwABRKQAAQSpAADEbgAAxHPAAIR6ABVEgAASRQAAD4V&#10;AAA1FgAALRYAACcWAAAiFQAAHhQAABsUAAAYEwAAFRIDABMSBQASEQcAEBEJAA8RCgANEQsADBIO&#10;AAsSEQAKEhUACRMbAAkTIgAIEyoABxQzAAUUPgAEFUoAAxVYAAIVZwABFXoAABWOAAAVowAAFLcA&#10;ABTPAAAT6QBSFAAARhYAADsXAAAyFwAAKxcAACUXAAAhFgAAHBYAABkVAAAWFAEAFBMEABITBgAR&#10;EggADxIIAA4TCQAMFAoAChUNAAgWEAAGFhMABRYZAAQXHwADFycAAhgwAAEYOwAAGUcAABlVAAAZ&#10;ZAAAGXcAABmMAAAYogAAGLcAABfPAAAX6gBPFgAAQxgAADkZAAAwGQAAKRkAACMZAAAfGAAAGxcA&#10;ABgWAAAVFQIAExUFABEUBgAQFAYADhUHAAwWCAAKFwoABxkMAAQaDgACGxIAARsWAAAbHQAAHCQA&#10;ABwtAAAcOAAAHUQAAB1SAAAdYgAAHXUAAB2KAAAcoAAAHLYAABvQAAAa6wBMGAAAQBoAADYbAAAt&#10;GwAAJhsAACEaAAAdGQAAGRkAABcYAAAUFwMAEhYEABAXBAAOFwQADBkFAAoaBwAHHAkAAx0LAAAf&#10;DQAAIBAAACAUAAAhGgAAISIAACEqAAAhNQAAIkEAACJPAAAiXwAAInIAACGIAAAhnwAAILYAAB/R&#10;AAAf7QBIGgAAPRwAADMdAAArHQAAJB0AACAcAAAcGwAAGBoAABYZAQATGQEAERkBAA4aAQAMHAIA&#10;Ch0DAAcfBQADIQgAACIKAAAkDAAAJg4AACYSAAAmGAAAJx8AACcnAAAnMgAAJz4AACdLAAAnXAAA&#10;J24AACaFAAAmnQAAJbQAACTRAAAj7gBEHQAAOR8AADAfAAAoHwAAIx4AAB4dAAAbHAAAGBsAABQc&#10;AAARHAAADh0AAA0fAAAKIQAABiIBAAMkBAAAJgYAACgIAAAqCwAAKw0AAC0QAAAtFQAALRwAAC0k&#10;AAAuLgAALjoAAC5IAAAtWAAALWoAAC2BAAAsmgAAK7IAACrQAAAp7wBAIAAANiEAAC0hAAAmIQAA&#10;ISAAAB0fAAAaHgAAFh4AABIfAAAPIQAADSIAAAokAAAGJgAAAigAAAArAgAALQQAAC8GAAAwCQAA&#10;MgwAADQOAAA1EgAANRgAADUgAAA1KgAANTYAADVDAAA1UwAANGYAADR8AAAzlgAAMq8AADHNAAAw&#10;7wA8IwAAMiQAACokAAAkIwAAICIAABwhAAAXIQAAEyMAABAlAAANJwAACSkAAAUrAAABLgAAADAA&#10;AAAyAAAANAEAADYEAAA4BgAAOgkAADwNAAA+EAAAPhQAAD4cAAA+JgAAPjEAAD4/AAA9TgAAPWEA&#10;ADx3AAA7kQAAOqsAADnJAAA47QA3JwAALycAACgmAAAjJQAAHyQAABklAAAUJgAAECgAAA0rAAAJ&#10;LgAABTAAAAAzAAAANQAAADgAAAA6AAAAPAAAAD4BAABAAwAAQgcAAEQKAABGDQAASREAAEkXAABI&#10;IQAASCwAAEc6AABHSQAARlsAAEVxAABEiwAAQ6UAAELDAABB6AA0KgAALCoAACcoAAAiJwAAHCgA&#10;ABYqAAARLQAADTAAAAkzAAADNgAAADkAAAA8AAAAPgAAAEEAAABDAAAARgAAAEgAAABKAAAATAMA&#10;AE4GAABQCgAAUw4AAFQTAABUHAAAUycAAFM0AABTQwAAUlUAAFFqAABQgwAAT54AAE25AABM4AAw&#10;LQAAKywAACYrAAAfLAAAGC4AABIyAAANNQAACDkAAAI9AAAAQAAAAEMAAABGAAAASQAAAEwAAABO&#10;AAAAUQAAAFMAAABVAAAAVwAAAFkBAABcBgAAXwoAAGIOAABjFQAAYx8AAGIsAABhPAAAYE4AAF9i&#10;AABeewAAXJYAAFuwAABZzwAvMAAAKi8AACIwAAAaMwAAEzcAAA47AAAIPwAAAUQAAABIAAAATAAA&#10;AE8AAABSAAAAVQAAAFgAAABbAAAAXQAAAGAAAABiAAAAZAAAAGYAAABpAAAAbQUAAHALAAB0EAAA&#10;dBgAAHMlAAByNAAAckUAAHBZAABvcQAAbYsAAGumAABqwAAuMwAAJTUAAB04AAAUPAAADkEAAAdH&#10;AAAATAAAAFEAAABVAAAAWQAAAF0AAABhAAAAZQAAAGgAAABrAAAAbQAAAG8AAAByAAAAdAAAAHcA&#10;AAB6AAAAfgAAAIIEAACGCwAAihEAAIkcAACIKwAAhj0AAIRSAACDZwAAgYEAAH+bAAB+sgApOgAA&#10;ID0AABZCAAAPSAAACE4AAABUAAAAWgAAAGAAAABkAAAAaQAAAG4AAAByAAAAdgAAAHoAAAB9AAAA&#10;gAAAAIIAAACFAAAAiAAAAIsAAACOAAAAkgAAAJYAAACbAwAAoAwAAKITAACgIQAAnzMAAJ1HAACa&#10;XgAAmHcAAJePAACVpwAjQwAAGUgAABFOAAAJVQAAAFwAAABjAAAAagAAAHEAAAB2AAAAewAAAIAA&#10;AACGAAAAigAAAI4AAACRAAAAkwAAAJYAAACZAAAAnAAAAKAAAACjAAAApwAAAKsAAACwAAAAtgQA&#10;ALwNAAC6FwAAuSgAALc8AAC0UgAAsmoAAK+FAACtnAAcTgAAE1QAAAtcAAABZAAAAGwAAAB0AAAA&#10;fAAAAIMAAACJAAAAjwAAAJQAAACaAAAAnwAAAKIAAACkAAAApwAAAKoAAACuAAAAsQAAALQAAAC4&#10;AAAAvAAAAMEAAADHAAAAzQAAANQFAADYEAAA1R4AANMxAADQSAAAzV8AAMt2AADIjgAAAAAAAAAA&#10;AAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9&#10;PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WG&#10;h4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P&#10;0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////&#10;////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxga&#10;GxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFi&#10;Y2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqr&#10;rK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL0&#10;9fb3+fr7/P7//////////////////////////////////////////////////////wAAAAAAAAAA&#10;AAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+&#10;QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaH&#10;iIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q&#10;0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////&#10;//////////////////////////8AAQIDBAUGBwgJCgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMk&#10;JSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xd&#10;Xl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWW&#10;l5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P&#10;0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAAD&#10;BCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAAECAwQFBgcICAkKCwwNDg8Q&#10;ERITFBUWFxgZGhobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTEyMzQ1Njc4OTo7PD0+P0BBQkNERUZH&#10;SElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+A&#10;gYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrrCxsrO0tba3uLm6&#10;u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Hy8/T1&#10;9vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoa&#10;GxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxN&#10;T1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1tre5uru8&#10;vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp&#10;6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v8AAQECAgMDBAQFBgYHBwgICQkK&#10;CwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4v&#10;MDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomL&#10;jpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX&#10;2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6&#10;+/v8/P39/v7/2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZ&#10;q52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuu&#10;e8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg&#10;3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J&#10;3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1&#10;qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgO&#10;ksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqc&#10;i96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjL&#10;s6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6&#10;MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96o&#10;mo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH&#10;0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzG&#10;t1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJ&#10;G+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3h&#10;p5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCi&#10;h9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0&#10;wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2ssJG+jN&#10;DjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wtn4jZq52J3Kqci96omo3hp5mP&#10;46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5Lm2ssJG+jNDjrpzBBg3MgOksu6MqzGt1C0wLNovLuue8S1qIjLs6WH0bCih9Wt&#10;n4jZq52J3Kqci96omo3hp5mP46WXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm2csJG+fODTnozRBg3MkNksu7MKvGuE+0wLNn&#10;vbuue8S1qYjLsqaH0a+jh9WtoIjZq56J3Kmcit6nm4zgpZmP46GYkOShmJDkoZiQ5KGYkOShmJDk&#10;oZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDk2csJGuTODTnn&#10;zg5g2soMksu8LqvFuU20wLRmvbquesW1qYfLsaaH0a6jh9WsoIjZqp6J3Kecit6lm4vgopqN4p6Z&#10;j+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP&#10;456Zj+OemY/j2MsJGuHPDDnlzw5g2coMkcu+LKvFuUy1vrRnvbmue8W0qofMsKaH0a2jh9WroIjZ&#10;qJ6I26Wdid2jnIrfn5qL4ZuZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKb&#10;mY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7i2MsJGtzQCznj0A1g2MsLkcu/K6vEuky1vbNnvriu&#10;e8W0qYfMsKaH0ayjh9WpoIfYpp+I26OdiN2gnInenZuK4JiajeGYmo3hmJqN4ZiajeGYmo3hmJqN&#10;4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3h18wJGtrRCzje0Qxf&#10;1ssLkcvAKazCuU22vLNovreue8azqYfMr6aH0aqjhtWnoYfYpJ+H2qGeh9yenYjdmpyJ3pWbjOCV&#10;m4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWb&#10;jOCVm4zg1swJGdnRCzja0wxf1MwLkcnAKa3AuU62urNpv7WufMayqYfMraaG0amjhtSloYbXoqCG&#10;2Z+fhtqbnofcl52I3ZOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIve&#10;k5yL3pOci96TnIvek5yL3pOci96TnIve1cwJGdjSCzfY0wte0swLk8e/K62+uFC3ubJqv7StfMaw&#10;qYfMq6aG0KekhdSjooXWn6GF2JyghdmYn4balJ6H3JCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCd&#10;it2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd1M0JGdbSCzfW1Ate0MsK&#10;lcS+La68uFG4t7JqwLOtfMauqYfMqaaG0KWkhdOgo4TVnaKE1pmhhdiVoIXZkZ+H2o6eiduOnonb&#10;jp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eiduO&#10;nonb080KGNXTCzbU1AtfzssJl8G+MK+6t1O4tbJswLCtfcesqobLp6eFz6KlhNGepITTmqOE1Zai&#10;hNaToYXXj6CG2IugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ&#10;2YugidmLoInZi6CJ2YugidmLoInZ0s4KF9PUCzXR0wpiy8wJmb69M7G3t1W5srFtwa2tfcaqqobL&#10;pKiEzp+nhNCbpYPSl6SD05OjhNSQo4XVjKKG1omhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJ&#10;oYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjX0M8KFtHUCzfO0wplxsoLnbm8&#10;OLK0tli6rbFuwaqufcanq4XJoamEzJyog86Xp4PPk6aD0ZClhNKNpYXTiqSG04ejiNSHo4jUh6OI&#10;1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jU&#10;ztAKFc7UCjrK0wpowMgPobW7PrSttVu7qbFvwaavfcSjrYTHnauDypiqg8uTqYPNkKiEzo2nhM+K&#10;p4XPh6aH0IWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWm&#10;iNGFpojRhaaI0YWmiNGFpojRzNAJGMrUCj7F0wptuMUWpa65RLWntV67o7JwwKGwfcOfroTFma2D&#10;x5SshMmQq4TKjaqFy4qqhcuIqYbMhamHzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInN&#10;g6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNyNEJG8XVCkK/0wpyscQep6W5Sbah&#10;tmC7nrNwvp2xfcGbsITDla+ExJGuhMaNrYXHiq2Gx4ishsiGrIfIhKuJyYKrismCq4rJgquKyYKr&#10;ismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJxNII&#10;IMDWCUi41Ap4qc8XmJ6+R66atmK6mLVxvJezfL6XsoTAkrGFwo2whcOKr4bEiK+HxIaviMWEronF&#10;g66KxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WB&#10;rovFga6LxYGui8WBrovFv9QHJbrXCU6u2gtwoNsTh5fNOZqSw1iokbxsspG3ermStIO9jrOGv4uy&#10;h8CIsYfAhrGIwYSxicGDsYrBgrGLwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCM&#10;woCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzC98AQFfjAFjH5vSBT6rcofMyoRKrGpV20&#10;wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjA&#10;FjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ&#10;1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1&#10;lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNw&#10;ur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5&#10;vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6I&#10;k9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnN&#10;s5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6i&#10;f7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT&#10;6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9it&#10;hpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK&#10;0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8&#10;oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a98AQFfjAFjH5vSBT6rco&#10;fMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGPi9KwjI3Ur4qQ1q6Ik9ithpjZ&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3a98AQFfjAFjH5vSBT6rcofMyoRKrGpV20wqNwur6if7+8oIjDuZuIxreYiMq1lYnNs5KK0LGP&#10;i9KwjI3Ur4qQ1q6Ik9ithpjZrIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3a98APFfjAFjD5vSBT6rgnfMyoRKvGpV20wqRwur6if7+8oIjD&#10;uZuIx7eYiMq1lYnOs5KK0LGPi9OwjY3Vr4qP162Ik9mthpjaq4ad2quGndqrhp3aq4ad2quGndqr&#10;hp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3a98EPFffBFjD4vh9T6rgmfMup&#10;Q6vGply0wqRvur6ifr+7oIjDuZ2HyLaah8yzl4jPsZSJ0rCSitWuj4zXrY2O2ayKktyriZndp4ic&#10;26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNuniJzb&#10;9sEOFPfBFTD4vx5T6rklfMupQqvGp1uzwqVuur6jfr+7oYjEuJ6HybWch82ymYfRsJaI1K6Uidet&#10;kovaq5CN3KmNkt+ojZrfo4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOL&#10;nNyji5zco4uc3KOLnNyji5zc9sEOFPbCFTD3vx5T6rokfMupQazGp1qzwqVtur6jfb+7o4jEt6CH&#10;ybSdh86xm4fTr5mI1q2XidqrlYrcqZON36eSkeKkkZngoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc&#10;oI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzc9cIOFPXCFDD2wB1T6rojfMuqQazG&#10;qFmzwqZtur6kfb+6pIfFt6GHyrOfh8+wnYfUrpuI2KuZidypmIvfp5iO4qWXkuaglpngnJOb3ZyT&#10;m92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd9MIN&#10;FPXDFDD2wBxT6rsifMqqQKzGqFizwqZsur6kfL+6pYXFtqOHy7Ohh9Cwn4fVrZ2I2qqdit2nm4zg&#10;pJqO4p+Yj+OdmpjhmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Z&#10;l5vdmZeb3ZmXm92Zl5vd8sMNFPTDEzD1wRtT6rwhfMqrP63GqVezwqdrur6le7+6poTFtqWHy7Kj&#10;h9GvoYfWq5+I2qedid2knIrfoJuL4JuajeKXmpPhl5yb3pecm96XnJvel5yb3pecm96XnJvel5yb&#10;3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJve8MMNFPTEEy/1whpS6r0gfMqrPqzGqlaz&#10;wqhrur6neb+6qIPFtqeHzLKlh9GsoofWqKCH2aSeiNyhnYjdnJyJ3pebi+CTm4/gkp2X3pKdl96S&#10;nZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfe7cQME/PF&#10;Ei/0whlS6r0ffMqsPKzGq1Wzwqhqub6pd7+6qoDFtamHzK+lh9KqoofWpaCG2KGfhtqdnofbmZ2H&#10;3ZSdid6QnI3ejp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPd&#10;jp2T3Y6dk92OnZPd6sUME/LFES/zwxhS6r4dfMutOqzGrFSzwqlpub6sc7+6rX7FsqmHzKylhtGn&#10;o4bVoqGF156ghdiaoIXalp+G25GeiNyNnovci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iue&#10;j9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c5sULE/HGES/yxBdS6sAbfMuvOKzGrVKywqtm&#10;ub+wb763rX7GsKmHzaqmhtGkpIXTn6OE1ZuihNaXoYXYk6CF2Y+gh9mLn4raiJ+N2oifjdqIn43a&#10;iJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43a4cYKE/DHEC7w&#10;xhZR6sEZfMuwNavHr0+yw7BguLyybL+yrX7HramGzKenhc+hpYTSnKSE05ijhNSUo4TVkKKF1o2h&#10;hteJoYjYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL&#10;2Iehi9iHoYvY28cJEu7JDy7uyBRR68QWfMyzMKvHsUyxxLhWt7axbsGurX/HqaqGy6OohM6ep4PP&#10;maaD0ZWlg9KRpITTjqSF1IujhtSIo4jVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWF&#10;o4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rV2sgJEuvLDS3ryhFQ68cSfMy2KqrIt0SwurZZuq+x&#10;cMKqrX/HpquFyqCqhMyaqIPNlqiDzpKng8+PpoTQjKaF0YmlhtGHpYfShaWJ0oWlidKFpYnShaWJ&#10;0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnS2MkJEd/NCyznzQ9P&#10;6MsOe828IqjCvDyxsbVevKmxcsKmrn/Foq2Ex5yrg8mXqoPKk6qEy5CphMyNqYTNi6iFzYiohs6G&#10;p4fOhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Sn&#10;ic+Ep4nP1ckJENjPCiva0wtO2NALes3DFqizuka1qbRivaSxdMGhsH/Dnq6ExZmthMeUrITIkKuE&#10;yY6rhMqLqoXLiaqGy4eph8yFqYjMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnM&#10;g6mJzIOpicyDqYnMg6mJzIOpicyDqYnM0ssJD9TRCinV1QtM0NAKfri/Ja6ouE+4obRmvJ6ydb+d&#10;sX/Bm7CEw5auhMWRroTGjq2Fx4ushceJrIbIh6yHyYarh8mEq4nJgquKyoKrisqCq4rKgquKyoKr&#10;isqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKz8wJDdDSCijO1ApSxdEK&#10;g6rDLaiet1e4m7Vou5q0db6Zsn+/l7GEwZOwhcKPr4XDjK+FxIquhsWIrofFhq6IxoStiMaDrYrG&#10;ga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eB&#10;rYvHzM0JDMvTCi3H1ApZstgLgJ7NK5qYwVCrlrhnt5W1dbyUtH6+lLOFv5CyhcCMsYbBirGHwoiw&#10;h8KGsIjChbCJw4OwisOCr4vDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+M&#10;w4GvjMOBr4zDga+Mw4GvjMOBr4zDx88IEMXUCTS42QpboucSdpfaJYmQz0WYjsddo43BbquNvXmx&#10;jLqBtIm4g7eGt4W5hLaGuoO1h7uCtYi8gbSJvYC0ir1/tIu+frOMvn6zjL5+s4y+frOMvn6zjL5+&#10;s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+wtEHFr3WCDqn8Q5Vm/EbaJHm&#10;LXiJ3UCFhdVWj4PPZ5eCy3Odfsh4oXvGfKR5xH+md8OCqHXChKl0woWqc8GHq3LBiKtywIqsccCL&#10;rHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6xxwIus&#10;/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2&#10;iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJ&#10;wLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/H&#10;m2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/&#10;o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gU&#10;Dv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHM&#10;tYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyV&#10;isO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2Kx&#10;xJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9Gw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4&#10;Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWT&#10;zbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6&#10;kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/tCpG9682ad6nQo/Hm2KxxJty&#10;tsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSDls+zgZnQs4Cd0bJ/o9GwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR/7gUDv+4Hif/&#10;tCpG9682ad6nQo/Hm2KxxJtytsKbf7nAm4i9vpmJwLyVisO6kYvGuI2NyLeKj8q2iJHMtYWTzbSD&#10;ls+zgZnQs4Cd0bJ/o9GwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTR/7gUDv+4HSf/tSlG97A1ad6oQZDHnGGxxJxxtsKbfrm/nYa9vZqJwbuXicS5k4rH&#10;t4+MyrWMjsy0iZDOs4eS0LKEldKxgpnTsYGe1K6AotSsgKPSrICj0qyAo9KsgKPSrICj0qyAo9Ks&#10;gKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPS/7kTDv+5HCf/tihG97A0at2oQJDHnWCxxJxxtsKc&#10;fLq/noW+vJyIwrqZiMW4lYnJtpGKzLSOjM+yi47RsYiR07CGlNWvhJnWr4Of16qCodWngqLTp4Ki&#10;06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOngqLT/7kTDv+5HCf/tihG&#10;97Ezat2pP5HHnWCxxJ1wtsKee7q/n4O+vJ6IwrmbiMe3l4jKtZSJzrOQi9GxjY3Tr4qQ1q6Ik9it&#10;hpnZqoWe2aWEodWkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSE&#10;otSkhKLU/7oSDv+6Gyf/tydG97Eyat2pPpHHnl+xxJ1vtsGfebq+oIK/u6CIw7ich8i2mYjMs5aI&#10;0LGSitOvj4zWroyO2KyKk9uriZncpoed2qKGoNaghqLUoIai1KCGotSghqLUoIai1KCGotSghqLU&#10;oIai1KCGotSghqLUoIai1KCGotSghqLU/7oSDv+6Gyb/tyZG9rIxat2qPZHHnl6xxJ1vtsGgeLq+&#10;oYG/u6GIxLieh8m1m4fNspiI0bCVidWukovYrI+N26qNkt6ojJrfooqd2p6JoNaciaHUnImh1JyJ&#10;odSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU/roRDv+7Gib/uCZG9rIw&#10;at2qPJHHnl2xxJ5utsGhdrq+on+/u6OIxLegh8q0nYfPsZqH066YiNeslYrbqpON3qiRkuKkkJng&#10;no2d25qMoNeZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZ&#10;i6HV/rsRDv67Gib/uCVG9rMwatyrO5LHn12xxJ9stsGidLq+pH6/uqSHxbeih8qzn4fQsJyH1a2a&#10;iNmqmYreqJiO4qWXk+aflZngmpGc25ePn9eWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h&#10;1ZaOodWWjqHVlo6h1ZaOodWWjqHV/bsRDv67Gib/uSVG9rMvatyrOpLHn1yxxKBqtsGjc7q+pXzA&#10;uqWFxbajh8uzoYfRr5+H1qyeiduonIvfpJqN4Z+Zj+Ocmpjhl5ac3JSTn9iTkqDWk5Kg1pOSoNaT&#10;kqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDW/bsRDf28GSb+uSRG9rQuatyr&#10;OpLHoFyxxKFotsGlcbq+p3rAuqeExbamh8yypIfRrqKH16mfiNuknYneoJuK4JqajOGWm5PhlZub&#10;3ZKXntiRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDX&#10;/LwQDf28GSb+uiNG9rQtatysOZLHoFuxxKNmtcGmbrq+qXjAuqmCxbaoiMywpYfSqqKH16afh9qh&#10;nofcm52I3pacit+Rm5DfkZ2Z3Y+bntmPmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Z&#10;n9ePmZ/Xj5mf14+Zn9ePmZ/X/LwQDfy8GCb9uiJF9rUsatytN5PHoVqxxaVjtcKpa7q+rHW/uq1/&#10;xbOph8ytpYbSp6KG1qKhhtidn4bamJ6H25Kdid2OnY3djJ6U3I2gntmMnp/XjJ6f14yen9eMnp/X&#10;jJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/X+70QDfu9FyX9uyJF9rYratutNpPH&#10;olmxxadftcKtZrm/sXC+t61+xrCph82qpobRpKSF1J6ihdaZoYXYlKCG2Y+fh9qLn4vbiJ+Q24ig&#10;mNiIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndeIoZ3X+r0O&#10;Dfq+FiX8vCBF9rcqatuvNJTIpFWxxqtYtMOzX7e7sm6/sq1+x6yphsymp4XQoKWE0pukhNSWo4TV&#10;kaKF1o2hhteJoYnYhqGN2IShk9eEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aE&#10;opfWhKKX1oSil9aEopfW+b4ODPm/FSX6vR9F9rgnatuwMZTIqE2vx7JOssG4WLi0sXDBra1/x6mq&#10;hcuiqITOnaeD0Jemg9GSpYTSjqSF04ujhtSIo4jVhKOL1YKjkNWBo5PVgaOT1YGjk9WBo5PVgaOT&#10;1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PV9MANDPfAEyT5vx1E9rolatqyLpXKr0Ct&#10;yL09r7e2XbqusXLCqa1/xqWrhcmfqoPLmamDzZSog86Qp4TPjKaF0ImmhtGGpYfShKWK0oGljdKA&#10;pY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9KApY/S7MELDPXC&#10;EiT2wRpE970hatq0KZbNvCipu7tDs661YbyosXPBpa5/xaGthMebrIPJlquDypGqhMuOqYTMi6mF&#10;zYiohs6GqIfOg6iJzoGnjM+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43P&#10;gKeNz4Cnjc+Ap43P38QJC/LFECPzxBZD9MEcad7CFY/BwCOsr7lMtqa0Zb2isnXAoLCAw52uhMWX&#10;rYTGk62Ex4+shMiMq4XJiauGyoerhsqFqojKg6qJy4Gqi8uAqozLgKqMy4CqjMuAqozLgKqMy4Cq&#10;jMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL2sUICuvJDSLuyBJC78YVaNDSCoexvi+upbhU&#10;uJ+1aLyds3a/m7F/wZmwhMKUr4TDkK+FxI2uhcWKrobGiK2Gxoeth8aFrYjHg62Jx4Gti8eArIvH&#10;gKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8eArIvH1cYICdnMCiDl&#10;zw1A2NULX73WC4ilxDSmnLdauJm1a7uXtHe9lrN/vpWyhcCRsYXBjrGFwYuwhsKJsIfCiLCHw4aw&#10;iMOFr4nDg6+KxIKvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+L&#10;xIGvi8SBr4vE0sgIB9PPCh3V1As9wtkLY6veEIObzjOZlMRTppG+Z6+QunS0kLd9uZG1hLyOs4a+&#10;jLKGv4qyh8CIsojAhrGIwYWxicGEsYrBgrGLwYGxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKA&#10;sYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCzsoIBs7RChzG1wpBr+oOYZ3mHHiQ2jKIi9JMlInL&#10;X5yIxm6jiMN4qIXAfKuDv3+ugL2BsH+8g7F9vISyfLuGs3u7h7R6uoi0ebqJtXi5i7V4uYy2eLmM&#10;tni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4uYy2ycsIBsjSCSKz3wlC&#10;oPwVWpPwKGqL5jl3hN9JgoHYW4uA02mRfNBxlnnNdpp2y3qddMp9nnLJf6BxyIGhcMeDom/HhaNu&#10;xoajbcaIpGzFiqVsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzF&#10;i6VsxYulxM4HCrfZByaj+w49lv8eTo36L1uG8j9ngOtOcXvlW3l24GWAcd1shG7acohr2XeLadd6&#10;jWfWfo5m1YCPZdSCkGTUhJFj04aRYtOJkmHSi5Nh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT&#10;YdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyT/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXD&#10;l4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+&#10;We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvI&#10;uH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0&#10;e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJ&#10;ksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4&#10;wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2i&#10;S3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6e&#10;ybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6&#10;hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZmlyXyJVysMWVfbXDl4W4wZeL&#10;u7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9osq3fKfKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EYCf+xIx7/rjE6/6k+We2iS3nZ&#10;mlyXyJVysMWVfbXDl4W4wZeLu7+TjL2+j47AvIyPwruJksS6hpTFuYOWxrmBmce4gJvIuH6eybd9&#10;osq3fKfKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK/7EX&#10;Cf+yIh7/rjA6/6k9WeyjSnnYm1uYx5VyscWXe7XDmIO4wZmKu7+Vi769kYzBu46Ow7qKkMW5h5LH&#10;uISVybeCmMq2gJvLtn6ezLV9o8yzfKfNr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuv&#10;fKjLr3yoy698qMuvfKjL/7IXCf+yIR7/ry86/6o8WeykSXrYm1qZxpZxssSYeLXCmYG5wJuIvL6X&#10;ir+8lIvCupCNxbmMjse3iJHJtoWUy7WDl820gZrOtH+fz7N+pM+ufabOq32ozKt9qMyrfajMq32o&#10;zKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajM/7IWCf+zIR7/sC46/6s7WeykSHrXnFma&#10;xpdvssSZdrbCm3+5wJyHvb2aicC7lorDuZKLxreOjcm2io/MtIeSzrOEltCygZrRsoCf0q5/o9Kq&#10;f6XPpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p82mf6fN/7MWCf+z&#10;IB7/sC06/6s6WeylR3rWnFmaxphtssSadLbCnH25v52Fvb2ciMG7mInFuJSKyLaQi8u0jI7Os4iR&#10;0bGFldOwg5rUsIKg1aqBotOmgaXQo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafN&#10;o4GnzaOBp82jgafN/7MVCP+0IB7/sS06/6w5WeulRnvWnFibxplrssSccrbCnXu5v5+DvryeiMK6&#10;mojGt5aJyrWSis2zjozQsYqP06+HlNauhZrYq4Of16aDotSig6TQn4OmzZ+Dps2fg6bNn4OmzZ+D&#10;ps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN/7QVCP+0Hx7/sSw6/6w5WeumRXvVnVibx5pp&#10;ssSdcLbCn3m6v6CCvryfiMK5nIjHtpiIy7SUic+xkIvTr4yO1q2Jk9msh5vbpoae2aKFodWehaTR&#10;nIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabOnIWmzpyFps6chabO/7QUCP+0Hx3/&#10;sSw6/604WeumRXvVnVecx5tnssSebrbCoHe6v6GAvruhiMO4nofItZqHzbKXiNGwk4rVrY+N2auM&#10;k92oipveooie2Z6IodWbh6TRmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYem&#10;zpmHps6Zh6bO/7QUCP+1Hh3/sis6/604WuumRHvVnVecx5xlssSfbLXCoXW6vqJ+v7ujh8S4oIfJ&#10;tJ2HzrGZiNOulonYq5OM3KiQkuGjjprfnoye2pqLodWXiqTRlommzpaJps6WiabOlommzpaJps6W&#10;iabOlommzpaJps6WiabOlommzpaJps6WiabO/7QUCP+1Hh3/sio6/603WuunQ3zVnlWdx51jssSg&#10;arXCo3O6vqR8v7ukhcS3oofKs5+H0LCdh9WsmonbqZiM4KWXk+aelJrfmZGd2paPoNaUjaPSk4yl&#10;z5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+TjKXP/7UTCP+1Hh3/syo6&#10;/642WuunQ3zVn1Odx55gssWiaLXCpXC6vqZ6v7umg8W3pYfLs6KH0a+gh9eqnoncpJuL4J2ZjuOa&#10;m5nglZac25OToNeRkaPTkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CP&#10;pc+Qj6XP/7UTCP+2HR3/syk6/642WuuoQnzVoFGdx59escWkZLXCp225vql3v7upgcS2qIjLsaWH&#10;0auih9eln4jbnp2I3Zebi+CSm5Pfkpyc3I+Yn9eOlaLTjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ&#10;jZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQ/7UTCP+2HR3/tCk6/681WuqoQXzVok6cx6FascWmYLTC&#10;qmm5v61zvruufcS0qofLraWG0aeihtWgoIbYmZ+G25Kdid2NnY7djJ6Y24yen9iLmqLUipek0YqX&#10;pNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR/7YSCP+3HB3/tCg5/7A0&#10;WuqpQH3VpEmcyKRVsMaqW7PDr2O3wLNsvbaufMWwqYfMqaaG0KOkhdScooTWlaGF2I+fh9qKn4vb&#10;h5+S2oihnNeIn6HUh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGH&#10;nKTR/7YSCP+3Gx3/tSc5/7AzWuqqPn3WqESbyahPr8ewU7LFuFm1ubNtv7GtfcasqobLpaeFz5+m&#10;hNGYpITTkqOE1YyihteIoYrXhaGO14OiltaEpJ/UhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj&#10;0YSio9GEoqPRhKKj0YSio9GEoqPR/7cRB/+4Ghz/tiU5/7ExWuqrPH7XrDuZyq1Ercm5Ra69uFm4&#10;srJvwKyufsaoq4XKoamEzZung8+VpoPQj6WE0oqkhtOGo4jUg6OM1IGjkdSApJnTgKah0YCmodGA&#10;pqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah0YCmodGApqHR/7gQB/+5GRz/tyQ5/7MvWumt&#10;OX7ZtC+WzLgyqcK9QLCztl26rLFxwaeufsWkrIXInauDypepg8ySqITOjaeEz4mnhtCFpojQgqaL&#10;0YCmjtF+ppTQfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms99p5rP&#10;/7kPB/+6Fxz/uSI5/7UtWuyzMHrdwB+QycMhqLW6SLSrtWK8prJzwKOvfsOgroTGmayDyJSrhMmP&#10;qoTKi6qFy4iphsyFqYjNgqiKzYCojc5+qJHNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXyp&#10;ls18qZbNfKmWzXypls18qZbN/LsOB/y8FRv+ux84/7cpWvC9JHTf0w6GucEqqqq5T7aktWW8oLJ0&#10;v56xf8Kbr4TDlq6ExZGthMaNrYXHiqyGyIesh8mFq4jJgquKyoCrjMp+q4/KfKuSynyrksp8q5LK&#10;fKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LK8b0MBvm+Ehr6vhs3/LolWufOE2jI&#10;2QuJrcMyp6G4VridtWi7m7N1vpmyf8CYsYTBk7CFwo+vhcOMr4bEia6GxYauh8WErojGg62KxoGt&#10;i8Z/rY7Hfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDH38AI&#10;BfXCDxn2whY27sgVUM3cDGa12g+Iosk2oJq+VrCXt2q5lbV2vJS0fr6Us4S/kLKFwI2xhsGKsYbB&#10;iLGHwoawiMKEsInCg7CKw4Gwi8OAr43Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+&#10;r4/Dfq+Pw36vj8N+r4/D2cIHBeTHCxjvyBA00doLRbrpDmim3hiCmNE3lZHIU6GPwmWpjr5yro28&#10;e7KMuoG1ibiCt4e4hLiFt4W5g7aGuoK2h7qBtYi7gLWJu361irx9tIy8fLSNvXy0jb18tI29fLSN&#10;vXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI291MQHBNbLCRXT1AsnveIMSan0FGWZ5iV4&#10;jtw5hojUT5CGz2CXhMxtnIPJdaB/x3iifcZ7pHrFfaZ5xICnd8OBqHbCg6l1woSqdMGGq3PBh6ty&#10;wImscb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i61xv4utz8YHAtDN&#10;CRLA2QksrPcPSJv6HlyP7zFrhudCdoDiUH5+3V+Fe9lpinfVbo9003OScdF3lHDQepZuz32Xbc5/&#10;mWzNgZlrzYOaasyFm2nMh5xoy4mdZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoyd&#10;Z8qMnWfKjJ1nyoydysgIAcLSBxOu5gktnf8VQZH/KFCH+jlcgfNIZnztVG536F51ceRlem3ha35q&#10;33CBaN51hGbceIVl23uHY9p+iGLagYlh2YOKYNmFimDYh4te2IqMXtaNjV7WjY1e1o2NXtaNjV7W&#10;jY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NxMoHA7HaBBWf/w0okv8dN4n/LkOC/z1OfP1L&#10;V3f4Vl9v811laPBiamTtaW5h629xX+lzc13od3Vc53t2W+Z+d1rmgHhZ5YN5WOWFeljkiHpX5It7&#10;VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458VuOOfFbjjnxW4458/6ocBf+qJxf/&#10;pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2A&#10;m8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6&#10;wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+S&#10;eKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmt&#10;w7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv&#10;/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9&#10;fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXGkoK0xJKJtsORjrjBjpC6wIqS&#10;vL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6ocBf+qJxf/pzYv/6JESvqdUmXql19+3JNuk8+SeKXG&#10;koK0xJKJtsORjrjBjpC6wIqSvL+HlL2+hJa/voKZwL2Am8G9fp7BvH2hwrx7pMK8eqjDvHmtw7h5&#10;r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C/6obBf+qJxf/pzUv/6NE&#10;SvqdUWXpl15+25RtlM+Sd6bFkoG0xJOItsOSjbjBj4+6wIuRvL+Ik76+hZa/vYKYwbyAm8K8fp7C&#10;vH2hw7t7pMS7eqnEunmtxLV5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1&#10;ea7D/6sbBf+rJhf/qDQv/6RDSvmeUGXpmF1/2pVplc2UdKjFlH60xJWGtsKVjLnBkY67v42Qvb6J&#10;kr+9hpTBvIOXw7uBmsS6fp3Fun2hxrp7pca5eqrGtXqsxrF6rcSxeq3EsXqtxLF6rcSxeq3EsXqt&#10;xLF6rcSxeq3EsXqtxLF6rcSxeq3E/6saBf+rJRf/qTQv/6RCSvmfT2bomVyA2pZmlsyVcanFlXy0&#10;xJaDt8KXi7rAk4y8vo+Ov72LkMG8h5PDuoSWxbmBmca5f53HuH2hyLh8psm1eqrJsHurx6x7rcWs&#10;e63FrHutxax7rcWse63FrHutxax7rcWse63FrHutxax7rcWse63F/6wZBf+sJBb/qTMv/6VBSvmf&#10;T2bomVuB2ZhjlsyWb6rFlnm0w5eBt8GYibq/lYu9vpGNwLyNj8K6iJLFuYWVx7iCmMm3f53Ktn2i&#10;y7Z8qMuwe6nKrHyqyKh9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMWofazF&#10;/6wZBf+sJBb/qjIv/6VBS/mgTmfnmlmB2Zlhl8uXbavFl3e0w5l/t8Gah7u/l4q+vZOMwbuOjsS5&#10;ipDHuIaTybaCmMu1f53NtH6jzrF8ps6sfajLqH2qyaV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+&#10;rMalfqzGpX6sxqV+rMalfqzG/6wZBf+tIxb/qjIv/6ZAS/igTWfnnFeB2Zpel8uYaqzFmXS0w5p9&#10;t8Gbhbu+mYm/vJWKwrqQjMW4jI/ItoeSy7SDl86zgJ3Qsn+k0ax+pc+ofqfMpH+pyaGArMahgKzG&#10;oYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGArMahgKzG/60YBf+tIxb/qzEv/6Y/S/igTWfn&#10;nVWB2Zxcl8qZaKzFmnK0w5x6uMCcg7u+nIm/u5eJw7mTi8e3jo3LtImQzrKEltGxgZ3TrICi06eA&#10;pdCkgKfNoIGpyp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8aegavG/60Y&#10;Bf+tIhb/qzEv/6c/S/ihTGfnnlOB2Z1Zl8qbZazFnG+0w514uMCegby9nojAu5qIxLiVicm1kIvN&#10;souP0bCGldWuhJ7Xp4Kh1KOCpNGfgqfNnIOpypqDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8ea&#10;g6vHmoOrx5qDq8eag6vH/60XBf+uIhb/qzAv/6c+S/ihS2jnn1GB2Z9Wl8qcYqzFnWy0w591uMCg&#10;fry9oIfBup2IxreYiMuzk4nPsI6N1K2JlNmohp3aooWh1Z6FpNGbhabOmYWpypeFq8eXhavHl4Wr&#10;x5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavH/64XBP+uIhb/rDAv/6c+S/iiS2jooU+B&#10;2aBTl8qeX6zGn2m0w6FyuMCifLy9ooTBuaCHx7Wch82yl4jSrpOL2KqOk9+ii5zcnImg1pmIo9KX&#10;iKbOlYipypSIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8eUiKvH/64XBP+u&#10;IRb/rC8v/6g9S/iiSmjook2A2aJQl8ugXKzGoWWzw6Rut8CleLy8pYLCuKSHyLSgh86wnYjVq5mK&#10;3aWXk+abkZvdlo+g15SNo9OSjKbPkYuoy5CKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvI&#10;kIqryJCKq8iQiqvI/64WBP+vIRb/rS8v/6g8S/eiSWjopEqA2aRNlsuiWKvGpGGzxKdqt8CpdLy8&#10;qX7CuKiHyLOmh8+soofXpJ2J3ZqajeGVmpvekZWf2I+TotOOkKXQjo+ozI2OqsmNjqrJjY6qyY2O&#10;qsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ/68WBP+vIRb/rS4v/6k8S/ejSWnopkh/2qdI&#10;lcylU6rHqFyyxKxktsGubru9r3jAtqyEya6nh9Cmo4bVnaCG2ZOdid2NnZTdjZ2f2IuZodSLlqTQ&#10;ipOnzYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJipGpyYqRqcmKkanJ/68VBP+wIBb/&#10;ri4v/6k7S/ekR2npqER+26tDlM2pTKnIrVSwxrNcs8K3Zrm3sHfCsKuEyamnhs+hpITTl6KE1o6g&#10;h9mIn4/ah6Ga2IegodSHm6TRh5imzoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5Wp&#10;yoeVqcqHlanK/7AVBP+wIBX/ri0v/6o6S/imRGjqq0B93K88ks+vQqbKtUmtxrxSsbm1Z7uwsHjD&#10;q6yEyaSphM2cpoPQk6SE04ujhtWFoozWgqKU1oOkndSDoqTRg56mzoSaqMuEmqjLhJqoy4SaqMuE&#10;mqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjL/7AUBP+xHxX/rywu/6s5S/ipQGfrrzt73rYzj9K6&#10;NKHMwjmqu7pVtbC0ar2qsHnDp62Ex5+qhMuYqIPNkKeE0ImlhtKEpIrTgKSQ03+ll9J/pqDQf6Wm&#10;zoCgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjLgKCoy4CgqMuAoKjL/7ETBP+yHhX/sCsu&#10;/6w3TPqsO2XttTR44r8pidjMIJi+vz2usLhZuKmzbL6lsHrCoq6ExZusg8iUqoTKjqmEzIiohs6D&#10;p4nPgKeNz36nk898qJrOfKmizXynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3yn&#10;qMt8p6jL/7ISBP+zHRX/sSku/602TPyxNWLxvSpy5s0fgMjMIZuxvEWyqLdeuaOzb76gsXvBnq+E&#10;w5euhMaRrITHjKuFyYeqh8qDqonLgKqMzH2pkMx8qpXLeqqcynmrpMp5q6TKeaukynmrpMp5q6TK&#10;eaukynmrpMp5q6TKeaukynmrpMp5q6TK/7MRBP+0GxT/syYu/68zTP25K13ryh9p0t8Rf7nMJ5yn&#10;vUyxoLdiuZ20cb2bsny/mrGEwZSwhMOPr4XFiq6Gxoath8eDrInHgKyLyH6sjsh8rJLIe6yXyHmt&#10;nsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H/7UQA/+2GRT/tSQt/7Qs&#10;SfLFH1TW3RJiwd8TgazNLpqfwE+rmrhlt5e1cruWtHy9lbKDv5GxhcGNsYbCibCHw4aviMODr4nE&#10;ga+LxH+ujcV9rpDFe66UxXqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6&#10;r5nE/7cOA/+4FhP/tyAt+b8fQdzZEUTE6xJmsd8YgaDQM5WXxlCjk8BjrZG7cbORuHu4kLaCu460&#10;hb2Ls4a/iLKHwIayicCEsYrBgrGLwYCxjcF+sY/CfLGSwnuxlcF7sZXBe7GVwXuxlcF7sZXBe7GV&#10;wXuxlcF7sZXBe7GVwXuxlcF7sZXB9LoLA/27EhL+uxss5dAPMsjpD0q08hVnouIifZbWN42Pzk+Y&#10;jMhhoIrEbqaKwXiqh799rYS+gLCBvIKxf7uEs327hbR7uoe1ermJtXm5i7Z3uY22driPt3S4k7d0&#10;uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO33L4GAvjADhHuyA4iy9sLLrb4&#10;EUyl9R1jl+gsdY3fPYGH2FCLg9NgkoLPbJd/zXObfMt3nXnJeqB3yH2hdcd/o3PGgqRyxYSlcMWG&#10;pW/EiKZuxIqnbcONp2vDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Co&#10;18AGAdvGCA7L0woVuOgMMqb/FUqY+iZcjfA3aYXpRnR/5FN7fN9ggXjcaIV02m2JcNhxi27WdY1s&#10;1XiPatR7kGnTfpFn04CSZtKDk2XShZRk0YeUY9CKlWLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQ&#10;jpZi0I6WYtCOlmLQjpZi0I6W0cIGAc3LCQW62gcZqP4OMZn/HUOO/y9Rhfo/XH70TWR58Fhqc+xf&#10;b23qY3Np52l2Z+VueWXkcntj43Z9YuJ5fmDhfH9f4H6AXt+BgV3fg4Jc3oaDW92JhFrdjYVa3Y2F&#10;Wt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2Fy8QGALvRBgep5wYamv8TK47/JDmF&#10;/zZEfv9ETXn/UVVx+1dba/ddYGX0YmRi8mhnX/Btal3vcWxb7XVtWu14b1nse3BY635xV+qBclbq&#10;hHJV6YdzVOmKdFPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnVT6I51vMkF&#10;AKvbAQia/wsWj/8ZI4X/Ky1+/zk3eP9GQHD/Tkdp/1RNYv9aUl7+YVZa/GZZWPtrW1X5cF1U+HRe&#10;Uvd4X1H3e2BQ9n5hT/WBYk/1hGNO9IdkTfSLZUzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM&#10;85BmTPOQZkzzkGZM85Bm/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyM&#10;jarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn&#10;7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vA&#10;eaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+i&#10;LBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGb&#10;ucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBseeKPdYnZjn6X0Y2HosyMjarH&#10;ipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8wHiuvMB3tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6AYA/+iLBD/oDsl/5xJPP+XV1P4kmRn7JBs&#10;eeKPdYnZjn6X0Y2HosyMjarHipGxxIiUtsOFlrjCg5m5woGbucF/nrrBfaG7wXuku8B6p7vAeaq8&#10;wHiuvMB3tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7/6EYA/+jKxD/&#10;oDol/5xIPP+XVlP4k2No7JJpeuGRc4rYj3yY0I6EpMqOjK3GjZC0xIqTt8OGlbjChJi5wYGbusF/&#10;nbvAfaC8wHukvMB6p73Aeay9wHiwvb14s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHiz&#10;vLh4s7y4eLO8/6EYA/+jKhD/oTkl/51IPf+YVVT3lGFp65Rme+CSb4zWkXiazpCCpsiPibDEj4+2&#10;w4uRt8KIlLnBhJe6wIKavMB/nb2/faC+v3ukvr56qL++eK2/vXixvrh4sr60ebO9tHmzvbR5s720&#10;ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9/6IYA/+kKRD/oTgl/51HPf+ZVVT3ll5p65Vje+CU&#10;bI3VknWczZF/qMeRh7LEkY62w42QuMGJk7rAhpa8v4KZvb9/nL6+faC/vXulwL15qsC9eLDAuHmw&#10;wLR5sb+verK9r3qyva96sr2verK9r3qyva96sr2verK9r3qyva96sr2verK9/6MYA/+kKRD/ojgl&#10;/55GPf+ZVFX3l1xp65dgfN+WaY3Vk3KdzJJ8qsWShbTEkoy2wo+PucGLkrvAh5W9voOYv72AnMC9&#10;faDBvHulwrx5q8K5ea/CtHmvwbB6sMCse7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7&#10;sr6se7K+/6MYAv+lKBD/ojcl/59GPf+aU1X3mVpp65lefN+XZY7UlW+dy5R5q8WTgrTElIq3wpGO&#10;ucCMkLy/iJO+vYSXwLyAm8K7faDDu3umxLp6rcW0eq7Er3qvwqx7sMCofLG/qHyxv6h8sb+ofLG/&#10;qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG//6QYAv+lKBD/ozYl/59FPf+aU1X3mldp65tbfN+ZYo7U&#10;l2uey5V2rMWUgLTDlYi3wZONusCOj72+iZLAvIWVwruBmsS5faDGuXuox7R6q8eve63Fq3uuw6d8&#10;r8GkfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG/pH2xv6R9sb+kfbG//6QYAv+mJxD/ozYl/6BE&#10;Pf+bUlb3nFVp65xYfN+bXo7UmWeeypdzrMWWfLTDl4W3wZaLu7+Rjb69i5DBu4aUxLmBmce3fqDJ&#10;tnypyq57qsiqfKzGpn2txKN+r8GgfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+g&#10;frG//6UYAv+mJg//pDUl/6BEPf+cUVb3nlNp655Ve9+eWo3Um2SeyplvrMWYebTDmYK4wZmKu76U&#10;jL+8jo7DuYiSx7eCmMu1fqHNr3ynzal9qcqlfqvHon+txJ9/r8KdgLG/nYCxv52Asb+dgLG/nYCx&#10;v52Asb+dgLG/nYCxv52Asb+dgLG//6YYAv+nJg//pDUl/6BDPv+dUFX3n1Fo66BTe+CgV43Unl+e&#10;yptrrMWbdbTDm364wJuHvL2XisC6kYzFt4qQyrSEl8+ygKPSqH+lz6OAqMuggKvHnYGtxZuBr8KZ&#10;grG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKxv5mCsb+ZgrG//6YYAv+nJQ//pTQl/6FDPv+e&#10;TlX4oU5o7KJQeuCjUozVoVudy55mrMadcbTDnnq4wJ6EvLybiMK5lYrHtY2NzrCGltSpgqDWoYKk&#10;0J2CqMuag6rImYOtxZeEr8KWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDA&#10;/6YYAv+nJQ//pTQl/6FCPv+fTFX4okxn7KVNeeGmTovVpFaczKFhqsahbLPDona3wKKAvbygh8O3&#10;mojKspOK0qyLlNugh5/Ymoak0ZeGp8yVhqrIlIesxZOHrsOSh7DAkoewwJKHsMCSh7DAkoewwJKH&#10;sMCSh7DAkoewwJKHsMCSh7DA/6cYAv+oJA//pjMl/6JCPv+gSlT5pEpm7adKeOKpS4rWqFGazaZb&#10;qcelZbLEp3C2wKd6vLymg8O2oofLr52I1qWXleaXj57ak42j0pGLp82Qi6rJkIqsxo+KrsOPibDB&#10;j4mwwY+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+JsMGPibDB/6cYAv+oJA//pjMl/6JBPv+iSFT5&#10;pkdm7qpHd+OtR4jZrUuYz6xUpsisXq/Gr2izwrFzub6yfcCyqofLpaKG1ZSci96Pmp3ajZWi04yS&#10;ps6LkKnKi46rx4uNrcSMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/B/6gY&#10;Av+pJA//pzIl/6NBPv+kRlP6qURk761DdeSxQoXbtESU0rVKocu3U6vKvl+tvbduuLKwfMKpqobL&#10;nKWE0o2gh9iGoJfZh56i04eYpc+HlajLh5OqyIiRrcWIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KI&#10;kK/CiJCvwoiQr8KIkK/C/6gYAv+pIw//pzIl/6NAPv+mQ1L7q0Fj8LE/c+e3PYLevjuP1sQ/mszF&#10;Sqa8vF2ysbVvu6qwfcOjq4TJlqeDzoqkhtOBo5DVgaWf0oKhpc+CnKjMg5mqyYSWrMaFlK7DhZSu&#10;w4WUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOFlK7D/6kYAv+qIw//qDEl/6Q/Pv+oQFH8rzxh&#10;87Y5cOq/N33jyjWH1NE3lb7CS6mwuWC1qLRwvaOwfsKdrYTHkqqEy4inhs6Apo3QfaeY0H2opM5+&#10;pKjLf5+qyYCbq8aBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcSBmK3E/6oXAv+q&#10;Ig//qDAl/6U+Pv+rO0//tDdd9r0zauvKMXXc2imCxM44mbLBT6unuGO3obRzvJ6xf8GYr4TEj6yE&#10;yIeqh8qAqYzMfKmTzHqqnMt5q6bKeqeqyHyiq8d9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3E&#10;fZ6txH2ercR9nq3E/6oWAv+rIQ7/qS4l/6c8Pv+wNkz8ujBZ78gsYt7ZJ23L3CaGtsw8m6jBVKuf&#10;uWa2m7V0vJmyf7+VsITCja+FxIath8aBrIvIfayQyHusmMh5rZ/Hd62nx3eqrMZ5pa3EeaWtxHml&#10;rcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3E/6sVAv+sIA7/qy0k/6s2O/+2L0jzxChR4NYm&#10;VszkInG72iiIqsxBm5/DV6mZvGmylrd2uZS0gL2RsoXAi7GGwYawiMOBr4vEfq6PxXuulMV6r5rE&#10;eK+gxHWvp8R0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsN0ra7D/6wUAv+tHw7/&#10;rCsk/7AvN/q/JUHk0SBFzuQdW73pInSt2iyJn85FmZfGWqSTwGqtkbt2s5C4f7eNtoS7ibSGvYWy&#10;iL+CsYvBf7GOwXyxksJ6sZbBebGbwXiyocB0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGn&#10;wXSxp8F0safB/64SAf+vHQ3/rigk/7gkMerLGjXQ4hdDv/AdXq/oJXWg2zGHltFIlJDKXJ6NxWql&#10;i8F2qom+fa+FvICygrqDtH65hrZ8uIm3ebeMuHe3j7l2tpO6dbaXunS2nbpzt6S5c7ekuXO3pLlz&#10;t6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5/7AQAf+xGg3/sSUj88QXJ9TfECvB7xdIsPcgYKHq&#10;K3OV3zmCjddMjYjRXZWGzGqbhMl0oIDGeaR9xH2mesKAqXfBg6p1wIasc7+KrXG/ja5vvpCvbr6U&#10;r2y+ma9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCva76gr2u+oK9rvqCv/7MOAf+0Fgz8vBca&#10;1tYLFsPtEDCy/BlKovklXpbtM26M5UF6hd5Pg4HZXop/1WqPetJwk3bPdZdzznmZccx9m2/LgJ1t&#10;yoSea8mHn2nJiqBoyI6hZ8eSomXHlqJkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2TH&#10;nKNkx5yj9LYKAf+4EgvVzAoLxNsKGbL8ETOj/x1IlvwsWIzzO2WE7ElvfudVdnrjYHx132eBcd1t&#10;hG3bcodq2XaJaNh6i2bXfY1k1oGOY9WEj2HUiJBg04uRX9OPkl7SlJJc0pmTXNKZk1zSmZNc0pmT&#10;XNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmT3LsEANjDBwTE0QgHs+gKHKP/FDGW/yRDjP80UIT7Qlp9&#10;9k9iePFaaHHuX21r62RxZ+lpdGTnbnZi5nN4YOV3eV/kentd4358XOKBfVvihX5a4Yh/WeCLgFfg&#10;kIBW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WBVt+VgVbflYFW35WB1L0FAMTIBwC02QUKo/4N&#10;HJb/GiyL/ys6g/86RHz/SE11/1JTbv1XWGf6XVxj92JfYPZnYl30a2Rb829lWfJzZ1fxd2hW8Xpp&#10;VfB9alTvgGtT74RrUu6HbFDui21P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P&#10;7ZBuxsAFALTQBAGj4wIKlv8QGIv/ICSC/zAvev8/N3L/SD5q/05DZP9USF7/WUxb/19PWP9kUlX/&#10;aVRT/21VUv5xV1D9dFhP/HhZTvt7Wk37f1tM+oNcS/mGXUn5i15I+JBfSPiQX0j4kF9I+JBfSPiQ&#10;X0j4kF9I+JBfSPiQX0j4kF9I+JBftccCAKTaAAGW/wYHiv8UEYH/JBp5/zMicP87Kmj/QjFh/0o2&#10;XP9RO1f/Vz9T/11CUP9iRE7/Z0ZM/2xISv9wSUn/dEpI/3dLRv97TEX/f01E/4NOQ/+HTkL/i09B&#10;/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQQf+RUEH/kVBB/5FQ/5ESAf+VJwv/lTsc/5NLL/+P&#10;WUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKp&#10;qcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq&#10;/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/R&#10;eJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRx&#10;wKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/jGRU+4xrY/KKcnHqiHx944aE&#10;h96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxxrarMcLKry3C2q8tvvKvIcMCr&#10;xHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5ESAf+VJwv/lTsc/5NLL/+PWUP/&#10;jGRU+4xrY/KKcnHqiHx944aEh96Cio/af4+W1n2Um9N6mJ/ReJyi0HefpM51oqbNdKaozXKpqcxx&#10;rarMcLKry3C2q8tvvKvIcMCrxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCq/5IS&#10;Af+WJwr/ljsc/5RLMP+QWUP/j2NU+o5pZPGNcHLpi3p+4omCidyFiZLYgo6Z1H+TntF9l6LPe5um&#10;zXmeqMx3oqrLdqWsynSprclzra7JcrKvyXG3r8hxvK/Cc72uvnS9r750va++dL2vvnS9r750va++&#10;dL2vvnS9r750va++dL2v/5MSAf+XJwr/mDsc/5VLMP+RWUT/kWBV+pBmZPCPbXPojXeA4YyAi9uI&#10;h5TVhY2c0oKRoc9/lqbMfZmpy3udrMl5oa7Id6Wwx3apscZ1rbLGdLKzxnO5s8J1urO8dbqzuHa6&#10;s7h2urO4drqzuHa6s7h2urO4drqzuHa6s7h2urO4drqz/5QRAf+YJwr/mTsc/5ZLMP+SWUT/kl5V&#10;+pJkZfCRanTnj3OB4I59jNmLhZbUiIue0IWQpM2ClKnKf5ityH2csMd7oLLGeaS0xXiotcR2rrbE&#10;dbS2wXa3trx3t7a3d7e2s3i3trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7azeLe2/5URAf+Z&#10;Jwr/mTsc/5dKMP+TWET/lFxV+pRhZfCTZ3TnkXCC3496jtiNg5jSi4qgzoePp8uEk6zIgZewxn+b&#10;s8R9n7XDe6S3wnmpucJ3r7nCdrW5vHi2uLh4trizeLa3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3&#10;sHm3t7B5t7ewebe3/5YRAf+aJwr/mjsc/5dKMf+UVUT/lllV+pZeZfCVZHTnk2yC3pF2jtiPf5nR&#10;jYiizYqOqcmHkq7GhJazxIGatsJ+n7nCe6S6wXmqusF3sbq9eLW6t3i1ubN5tbmveba4rHq2t6x6&#10;tresera3rHq2t6x6tresera3rHq2t6x6tresera3/5cRAf+bJgr/mzsc/5hJMf+WU0T/mFdV+phb&#10;ZfCXYXTnlmiC3pNyj9aRe5rQj4Sjy42Mq8eKkbHEhpW2w4OZuMF/nrrBe6S7wHmrvL93s7y4eLO7&#10;snm0u655tbqrerW5qHu2uKh7trioe7a4qHu2uKh7trioe7a4qHu2uKh7trioe7a4/5cRAf+bJgr/&#10;nDoc/5hJMf+YUUT/mlRU+ptYZPCaXXTnmGOC3pZtj9aTd5rQkYCkyo+JrMaNj7PDiZS3woSYusB/&#10;nry/e6W+v3muvrl4sr6yebK9rXqzvKl7tLqme7W5pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2&#10;uKR8trikfLa4/5gRAf+cJgr/nDkc/5lIMf+ZT0T/nFJU+51VY/GdWnPnm1+B3plpj9aWcprPk3yl&#10;ypGFrcWQjbTDi5K4wYWWu7+Anb69e6XBu3mvwbJ6sMCse7G+qHuzvaV8tLuifbW5oH22uKB9trig&#10;fba4oH22uKB9trigfba4oH22uKB9trigfba4/5kRAf+dJgr/nTkc/5lHMf+bTUP/nk9T+59SY/Gg&#10;VnLon1uA351kjteabZrQl3ekypSBrcWSirXCjpC5v4eVvb2AnMG7e6fEs3qtxKt7r8KmfLG/o32y&#10;vaB+tLuef7W5nH+2uJx/tricf7a4nH+2uJx/tricf7a4nH+2uJx/tricf7a4/5kRAf+eJgr/nTgc&#10;/5pHMf+cS0L/oE1S/KJQYvKjU3Hpo1d/4KFejNieZ5jQm3Gjyph7rcWVhbTCko26voqSv7qBm8W3&#10;fKnJq3yrx6R9rsOgfrDAnX+yvZuAs7uZgbW6mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiB&#10;triYgba4/5oRAf+eJgr/njgc/5pGMv+eSUL/okpR/aRNYPOmUG/qp1R94aZYitqkYpbSoWuhy511&#10;q8aagLPCmIq6vI6PwraDmcusfabOon+qyZ2ArcSagbDAmIKyvpeDs7yVg7W6lIO2uJSDtriUg7a4&#10;lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4/5oRAf+fJgr/njcc/5tGMv+fR0H/pEhQ/qdKX/SpTG3r&#10;q1B746xUh9yrXJPUqWWdzqZvp8ijerDDn4S4u5aLxLCMmc6gg6TRmYSpypaFrcWUha/Bk4WxvpKF&#10;s7yRhbS6kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5kYW1uZGFtbmRhbW5/5sRAf+fJgr/nzcc/5tF&#10;Mv+hRUD/pkZP/6pHXfatSWvtsEx45rNPg9+0VY7ZtV+X07VpoM61dqfBq3y2sJ+FxKGVks6UjqPS&#10;kIuoy4+KrMaOiq/Cjomxv46Jsr2OiLS7joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmO&#10;iLW5/5sRAf+gJgr/nzYc/5xEMf+jQz//qENO/61EW/ixRWjwtkh06btMfuPAUYffxluO1shrlMa9&#10;caa1s3i1paiBw5Sfjc2JnKLSh5SnzIiRq8eJj67DiY6wwImNsr6KjLO8iou0uoqLtLqKi7S6iou0&#10;uoqLtLqKi7S6iou0uoqLtLqKi7S6/5wQAf+hJgr/oDYc/55CMf+lQD7/q0BM/7FAWfq3QWTzvURv&#10;7sVJd+XOUnzd1mJ/zM5okrzFbqSru3a0mrF/wYqqist/p53PgJ+ozIKZq8eDla3EhJOvwYWRsb+G&#10;j7O9h460u4eOtLuHjrS7h460u4eOtLuHjrS7h460u4eOtLuHjrS7/50QAf+iJgr/oDUc/6A/MP+n&#10;PT3/rjxK/7U8Vfq9PWDwxkJn5tFKbN7eTnbN2leHvtBilq7FbqWhvHmylbSDvYatiMZ7qpTKeKuo&#10;yXuiq8d+nK3EgJmvwoGWsMCClLK+g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8&#10;/54QAf+iJgr/oTQc/6I8Lv+qOjv/sjhH/Ls3UfLFOljm0UFc295Cac3iRny+11GMrsxfm6HDbaiY&#10;vHmykbWEu4WxicJ8rpHFeK6fxXWtrMV4pa7EeqCvwnycsMB+mbG+f5ayvX+Wsr1/lrK9f5ayvX+W&#10;sr1/lrK9f5ayvX+Wsr1/lrK9/54QAf+jJQn/ojQc/6U5Lf+uNTj/uDNC9MMzSufQOE7Z3jlay+Y9&#10;br7gQoCu1FCQoctfnZjDbaiRvXmxi7iDuIO0iL19sZDBebGawXWxpcFyr6/CdaivwXejsMB5n7G/&#10;e5yyvXucsr17nLK9e5yyvXucsr17nLK9e5yyvXucsr17nLK9/6AQAf+kJAn/ozIc/6g0K/+zLzT5&#10;vy086c0vQNneL0rK5zRfveo6c6/eQYOh01GRl8tgnZDEbqaMv3qthruBs3+4h7h6to27d7WVvHW1&#10;n7xytKi9brOyvnGssr50p7K+dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr12o7K9/6EQ&#10;Af+lIwn/pDEc/60uJ/+5KS/uyCYz2twmN8rnLE+98jJjr+g5daHdQoSW1FOQj81imorHcKKGw3qo&#10;gL+ArXu9hbF2u4u0c7mStXG5mrZwuaO1bbmrtmq4tLhrsra4bqy2uG6strhurLa4bqy2uG6strhu&#10;rLa4bqy2uG6strhurLa4/6MQAf+nIgn/pS8b/7MnIvTCISbd2B0ky+cjPL3yKlOv8zJmoec7dpXe&#10;RoON1laNh9BkloTLcZx/yHihesV+pXbCg6lywYmrb7+PrWy/lq5rvp2uar+mrmi/rq5lvbiwZbm7&#10;sGW5u7BlubuwZbm7sGW5u7BlubuwZbm7sGW5u7Blubuw/6UQAf+oIAj/rCYX/LsdGuPRExnM5Rkp&#10;vfIiQa/9KlWh8zRmluk/dIzhS3+F21mIgNVmj3zRb5R3znaZc8t8nHDJgZ9tyIehaseMo2jGkqRm&#10;xZmlZMWgpWTFqKVjxrKkYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6ZgxLum/6gQAP+q&#10;Hgj/sx0R7MkOD87jDhW+8hgtr/4iQ6H/LVWW9DlkjOxFb4TlUXl+4FyAedxnhnTZbopw1nSObNN5&#10;kWnSf5Nn0ISVZM+Kl2LOj5hgzZWZX82cml7NoptdzaubXM20mlzNtJpczbSaXM20mlzNtJpczbSa&#10;XM20mlzNtJpczbSa/6sPAP+tGgfywA0IztMKBr7wDhqv/hkwof8kQ5X/MlKL+D9eg/FLaH3sVnB3&#10;6F92ceRlemzhbH5p33KBZt14hGPcfYZh24KIX9qHiV3ZjItb2JKMWdeYjVjWno1X1qWOVtWsjlbV&#10;rI5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayO/68NAP+3DgPNyQgBvtgJCa79EByh/xwvlf8p&#10;P4v/N0yC/kVWfPlQXnX0WWRu8V9paO5kbWTranBh6nBzX+h1dV3nendb5n94WeWEeVjkiXtW4458&#10;VeKTfVTimH5S4Z5+UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX9R4aV/8bQIAM7ABgC9&#10;zgcBruAHC6D/EhyU/yAriv8vOIH/PUN6/0lLc/9SUWz+V1dl+11bYfljXl73aGBb9W1iWPRyZFbz&#10;d2ZV8ntnU/GAaFHwhGlQ8IlqT++Oa07uk2xM7pltS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2f&#10;bkvtn25L7Z9u0bkDALzFBQCt1gMBn/gLC5P/FhiJ/yQkgP80L3n/QTdw/0g+aP9PQ2L/VUdd/1pL&#10;Wf9gTVb/ZVBT/2pRUf9uU0//clRO/3ZVTP57Vkv9f1dJ/YRYSPyIWUf7jVpG+5NbRfqYXEX6mFxF&#10;+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcvb0DAK3NAQCe3wABkv8NCIf/GRJ+/ykbdf81I2z/&#10;PCpk/0MvXv9KNFj/UDdU/1Y6Uf9bPE7/YD5L/2RASv9oQUj/bEJG/3BDRf90RET/eEVC/31GQf+B&#10;R0D/hkg//4xJPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUo9/5FKrsUAAJ7XAACP9QAB&#10;hv8PBHz/Gwtx/yQRZ/8sF1//NRxZ/z0hVP9FJk//SylM/1IsSP9XL0b/XTBE/2EyQv9mM0D/ajU/&#10;/242Pf9zNzz/dzg7/3w5Ov+BOjj/hjo3/4w7Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/&#10;kjw2/5I8/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KV&#10;guRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKR&#10;zmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NGJP9/VTT/gV5C/4FmUP9/blz5&#10;fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO3mivkN1ntJHdZrqR3GXBktxl&#10;yZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKR/4MTAf+EIgb/hTUU/4NG&#10;JP9/VTT/gV5C/4FmUP9/blz5fHdm83qAb+53iHfqdY9953KVguRwmoXjbp6I4Wyii+Brp43faauO&#10;3mivkN1ntJHdZrqR3GXBktxlyZLbZdCS0mfSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pHO&#10;aNKR/4QTAf+FIgb/hjUU/4RGJP+AVTT/hF1D/4VlUP+DbV34gHVo8n1+cex6hnnod41/5XWTheJy&#10;mIngcJ2M326ijt1sppDca6uS22mvlNpotZXaZ7uV2mbDltpmzJbTaM+WzGnPlchqz5bIas+WyGrP&#10;lshqz5bIas+WyGrPlshqz5bIas+W/4USAf+HIgb/hzUU/4VGJP+EVDX/iFxD/4hkUf6Ha173g3Jp&#10;8YB8c+t9hXvneoyC43eSh+B0l4zecpyP3HChkttuppTZbKqW2WqwmNhptpnXaL2Z12jGmtNozJrM&#10;asyZxmvMmsJszJrCbMyawmzMmsJszJrCbMyawmzMmsJszJrCbMya/4YSAf+IIQb/iDUU/4ZGJf+H&#10;UzX/i1tD/4xiUf6Kal72h3Fq8IR6dOqAg33lfYqE4nqQit52lo/cdJuS2nGgldhvpZjWbaua1Wuw&#10;m9Vqt5zUab+d1GnJncxryp3GbMmdwG3Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmd&#10;/4cSAf+JIQb/ijUU/4hGJf+KUjX/jlpD/49hUf6OaF72i29q74d4demEgX7kgIiG4HyPjN15lJHa&#10;dpqV2HOfmdVwpZvUbqqe022xn9JruKDSa8KhzWzHocZux6HAbsehu2/Hobhwx6G4cMehuHDHobhw&#10;x6G4cMehuHDHobhwx6G4cMeh/4gRAf+KIQb/izUU/4lGJf+NUTX/klhD/5JeUf6QZV72jmxr74t1&#10;duiHfoDjhIaI3n+Nj9t7k5TYeJmZ1XWenNNypJ/RcKqi0G6yo9BtuqTObMSlxm/EpL9wxKW6ccSl&#10;tXHEpbJyxKSycsSksnLEpLJyxKSycsSksnLEpLJyxKSycsSk/4kRAf+LIQb/jDQU/4pGJf+QTzT/&#10;lFZD/5RbUf6TYV72kWhr7o5wduiLe4Dih4OJ3YOKkdl+kZfVepec03edoNB0pKPPcaqmzm+zp81u&#10;vajHcMKovnHBqbhywam0c8Gpr3TCqK10wqetdMKnrXTCp610wqetdMKnrXTCp610wqetdMKn/4oR&#10;Af+MIQb/jTQU/4tGJv+TTjT/llNC/5dYUP6WXl72lGRq7pJsduePdoHhjICK3IeIktiCj5nTfZWf&#10;0Hmco851o6fMcquqy3C0q8hwv6y/c76st3S+rbJ1vqyudr+sqna/q6h3wKqod8CqqHfAqqh3wKqo&#10;d8CqqHfAqqh3wKqod8Cq/4sRAf+NIAb/jjQU/41FJv+WTTP/mVBB/5pVT/+aWl33mGBp75VodeiS&#10;cIDhj3uK3IuEk9aGjJrSgJOhznuapsx3oqrKdKuuyHK4r8B0vK+3dbywsHa8sKt3vK+oeL2vpXm+&#10;raN5vq2jeb6to3m+raN5vq2jeb6to3m+raN5vq2jeb6t/4sQAf+OIAb/jzQU/49EJf+YSjP/m01A&#10;/51RTv+dV1v4nFxo8JpjdOiXan/ik3WK3I+Ak9aKiZvRhJCjzX6Yqcl5oq7Hda2xxHS6s7d2ubOv&#10;eLmzqnm6s6Z6urKje7uxoHu8sJ98va6ffL2un3y9rp98va6ffL2un3y9rp98va6ffL2u/4wQAf+P&#10;IAb/kDQU/5JDJf+aSDL/nUo//59OTf+gU1r5oFhm8Z9fcuqcZX3jmG+I3JN6ktaPhJvQiI2jy4GW&#10;q8d7obHFdrC1une3tq95t7aoeri2o3y4tP/i/+JJQ0NfUFJPRklMRQAFCaB8ubOefbqynH67sZt+&#10;vLCbfrywm368sJt+vLCbfrywm368sJt+vLCbfryw/40QAf+PIAb/kTQU/5RDJP+bRjH/oEg+/6JL&#10;S/+kUFj6pFVk86RacOuiYXvkn2mF3ppzkNeVfpnQjoijyoWTrMR9oLS9eLC5r3m1uaZ7trihfbe2&#10;nX64tZt/ubSZf7qzmIC6speAu7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7GXgLux/40QAf+QIAb/&#10;kTQU/5dCJP+dQzD/okU9/6VISf+oTFX8qVFh9apXbO6pXXfnqGOB4aRti9aeeZbLlYOiwIuOrbaD&#10;mraufqq7pHyzvJ5+tbqagLe3mIG4tZaBubSVgrqzlIK6spOCu7GTgruxk4K7sZOCu7GTgruxk4K7&#10;sZOCu7GTgrux/44QAf+RIAb/kjQU/5lBI/+fQS//pEI7/6hFR/+sSVP+rk5e9bBTaOyyWnLks2F7&#10;269uhMymdpTAnH6itJKIrqmKlLeghaS9mYKxvpWDtLuThLa4koS4tpGEubSQhLmzkIS6spCEurKQ&#10;hLqykIS6spCEurKQhLqykIS6spCEurKQhLqy/48PAf+SIAb/kzQU/5o/Iv+hPy7/p0A6/6xCRf+w&#10;RlD5s0ta8LdSY+i7WWvfvWRy0bZsgsSsc5O2o3qhqpmDrp6SkLeUjZ++jouxv4yJs7yMibW5jIi3&#10;toyIuLWMh7m0jIe6s4yHurKMh7qyjIe6soyHurKMh7qyjIe6soyHurKMh7qy/48PAf+SHwb/lDQU&#10;/5w9If+jPC3/qj04/69AQv+0REz1uklV7L9RXOTGWmHYxWJvybxpgbuycJKtqnegoKGArZObi7eJ&#10;lpu9g5Wvv4SRs7yGjrW5h422t4eMt7aIi7i1iYq5tImKurKJirqyiYq6somKurKJirqyiYq6somK&#10;urKJirqy/5APAf+THwb/lTQV/547IP+lOSv/rDo1/7M9P/u6QkfxwUhO6MlRUt/RW1nPymBtwcJn&#10;gLK5bZCksXSfl6p9q4qkiLV/oJe7eJ+svnyas7x/lbS6gZK2uIOQt7eEj7i1hI25s4WNurKFjbqy&#10;hY26soWNurKFjbqyhY26soWNurKFjbqy/5EOAf+UHwb/ljMV/6A4H/+oNin/sDgy/7g6O/bAP0Hs&#10;ykdF49ZURdbZV1jH0F5ruMhkfqrBa46cunKcjrR6qICuhbJ2q5S4b6upunKltbp3nbW5epm2t32W&#10;t7Z+k7m0f5G6soCQu7GAkLuxgJC7sYCQu7GAkLuxgJC7sYCQu7GAkLux/5IOAf+VHwb/lzMV/6I1&#10;Hv+rMyf/tDQv+b42Ne3JPTji1kg42eBNRc3fVla/2FxpsNBie6HJaIuTw2+Zhb53pHi6g61uuJOz&#10;aLiotmmyuLZvp7e2c6G4tXacubR4mbqzepa7sXuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLB7&#10;lbyw/5MOAf+WHwX/mTMU/6UwHP+vMCP9ui8p8MYyLePUOyzW4EA6y+VITMDhTlyz3VZspdhdepjS&#10;ZYiKzm2Ufcl2n3PEg6dswJGsZ76hr2W+tq9mtLuxa6u7sW6lu7FxoLywc529r3Sava50mr2udJq9&#10;rnSava50mr2udJq9rnSava50mr2u/5QOAf+YHgX/nTES/6ktGf+0Kh71wiki5NEtIdXgMyzJ6Dw/&#10;vuhDUbHlSWGk4k9wl99WfYraYIiA02uSeM13mnDIgqFqxY6lZsObqGXDrKdhwr2qY7i/q2awv6xp&#10;qr+sbKW/q22iwKptosCqbaLAqm2iwKptosCqbaLAqm2iwKptosCq/5UNAP+aHgX/oiwQ/60oFfu7&#10;IxjozSAX1d8lHcjoMDG87zlEsOxAVaPqRmSX6E1xi+NVfYHcYYZ51WyOctF3lWzNgZpnyoueZMiW&#10;oGHIo6FgyLOhXcfDo1++xKVhtsOlZLDDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOl&#10;/5cNAP+cHgX/piYN/7QgD+/GFw/W3RYOyOkjIrvzLjav9DZIovI+WJfxRmWL609wgeVYenrfZIJz&#10;2m2IbdZ2jWjTf5Jk0IiVYM+SmF7OnZlczamaW865mVnNyJpaxcqcXL3JnV64yZ5euMmeXrjJnl64&#10;yZ5euMmeXrjJnl64yZ5euMme/5oMAP+fHQX/rB8I+L4TCNjWCwTI6BUTuvQiJ676LTmi+jZKlvo/&#10;WIv1SGOC7lJteuhcdXLkZHtt4G2AaN11hWTafohg2IaLXdaPjVrVmI9Y1KKQV9SukVbUvJBW1M2Q&#10;Vs3RklfI0ZNXyNGTV8jRk1fI0ZNXyNGTV8jRk1fI0ZNXyNGT/5wLAP+jHQT/tRID1MkKAsjaCwa5&#10;9BYXrP8jKqH/LjuV/zhJi/9CVYL4TF968lZnc+5ebWvqZHJm52x3YuR0el/ifH1c4YN/Wt+Lglfe&#10;k4NV3ZyFVNylhlLcr4ZS3LuGUdzMhVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oVS2tqF/6AK&#10;AP+tEwHUwAgAxs4IALnjCwir/xcZn/8kKpT/MDmK/zpFgf9GT3r9UVhy+Fhea/VeY2XyZWhg72xr&#10;Xe1yblrreXBX6oByVemHdFPnj3ZR5pZ3UOaeeE7lp3lN5a96TeS7ekzkxXpM5MV6TOTFekzkxXpM&#10;5MV6TOTFekzkxXpM5MV6/6QHANi4BADExAYAt9MHAarzDQue/xoak/8nKIn/MzWA/z8/ef9KR3D/&#10;UU5p/1dTYv1dV177ZFta+WpeV/dwYFT2dmJS9HxkUPODZU7yimdM8ZFoS/CYaUrwn2pJ76drSO+w&#10;bEfut2xH7rdsR+63bEfut2xH7rdsR+63bEfut2xH7rds3a8AAMW8BAC1ygQAqNsFApz/EAuR/x0X&#10;h/8qI37/Ni12/0E2bf9IPGb/T0Jg/1VGW/9bSlf/YUxT/2dPUf9tUU7/clJM/3hUSv9+VUj+hFZH&#10;/YtYRfySWUT7mFpD+59bQvqnXEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFxB+qxcyLYBALXB&#10;AwCn0QEAmesFAo//EgmF/yASfP8sG3P/NSNq/z0qYv9EMFz/SzRX/1I4U/9YO0//Xj1M/2M/Sv9o&#10;QEf/bUJF/3JDRP93REL/fUVA/4NGP/+KSD3/kEk8/5dJO/+eSjv/o0s7/6NLO/+jSzv/o0s7/6NL&#10;O/+jSzv/o0s7/6NLtroCAKbKAACY3AAAjP8IAYP/FAV4/x4Mbv8mEmX/Lxld/zceV/8/IlL/RiZN&#10;/0woSv9SK0b/WC1E/10uQv9hL0D/ZjE+/2syPP9wMzr/dTQ5/3o1N/+ANjb/hjc1/4w4M/+UODP/&#10;mDkz/5g5M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5p8MAAJfUAACI5AAAgP8KAXL/DgJn/xMFX/8d&#10;CVf/Jg1R/y8RTP83FUf/PhdD/0UZQP9LGz3/UB07/1UeOf9ZHzf/XiE1/2IiNP9nIzL/bCQx/3Il&#10;L/93Ji7/fSct/4QoK/+LKSv/kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSkr/5Ep/3YVAv9zIAT/&#10;cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n9meWa/RlnG7yY6Fx8WKmc+9h&#10;q3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nVYON51WDjedVg43nVYON51WDj&#10;edVg43nVYON5/3YVAv9zIAT/cjEM/3FDGf9xUCb/dVkz/3ViP/9zakn/cHRT/25+W/xrh2H5aY9n&#10;9meWa/RlnG7yY6Fx8WKmc+9hq3XuYLB27l61d+1eu3jsXcN57FzLeutb2HrmXd56317hedhg43nV&#10;YON51WDjedVg43nVYON51WDjedVg43nVYON5/3YVAv9zHwT/dDEN/3JCGf90Tyf/eFgz/3lgP/93&#10;aUr/c3FU/3F8XPtuhmP3a45p9GmUbfJnm3HwZaB072Sldu1iqnjsYbB562C1e+tfvHzqXsR96l3N&#10;fedd2X3hX9592mDgfNFi4X3PYuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3PYuF9/3cVAv90HwT/dTEN&#10;/3NCGv93TSf/e1Y0/3xfQP96Z0v/d29V/nN6Xvpxg2X2boxr82uTcPBpmXPuZ5937GWleetkqnvq&#10;Yq996WG1fuhgvX/oX8WA6F7QgeJf2oDbYd6A0mLfgMtj34HKZN+BymTfgcpk34HKZN+BymTfgcpk&#10;34HKZN+B/3gUAv91HwT/djEN/3RCGv96TCf/f1U0/4BdQP9+ZUz/em5W/nZ3X/l0gWb1cIpt8W2R&#10;cu5rmHbsaZ5562ekfOllqX7oY6+A52K2guZhvYPmYMeE5V/ThN1h2oTTY92DzGTchMZl3ITFZdyE&#10;xWXchMVl3ITFZdyExWXchMVl3ITFZdyE/3kUAf92HgP/dzAN/3ZCGv9+Syf/glM0/4NcQP+CZEz/&#10;f2xW/Xp0YPh3f2jzc4hv8HCPdO1tlnnqa5186Gijf+dmqYLlZa+E5GO2heRiv4fjYcmH4GHVh9Vk&#10;2ofNZdqIx2bZiMFn2Yi/Z9mIv2fZiL9n2Yi/Z9mIv2fZiL9n2Yi/Z9mI/3oUAf94HgP/eTAN/3hB&#10;Gv+BSSf/hlIz/4haQP+HYkz/g2lX/H5xYfd7e2nyd4Vx7nONd+twlHzobZuA5mqig+RoqIbjZq+I&#10;4mS3iuFjwYvhYs6L2GTWi81m1ovGZ9aMwGjWjLtp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oy6&#10;adaM/3sTAf95HQP/ejAN/3w/Gv+FSCb/ilAz/4xYQP+LX0z/iGdX/IRuYfZ/eGrxe4Jy7XeKeelz&#10;kn7mb5mD5Gyhh+JqqIrgZ6+M32W4jt5kxI/bZNKPzmfTj8Zo05C/atOQumvTkLVs05C0bNOPtGzT&#10;j7Rs04+0bNOPtGzTj7Rs04+0bNOP/3wTAf96HQP/ezAN/38+Gv+JRib/j04y/5FWP/+QXUv/jmRW&#10;/IlrYfaEc2vwf35z7HuHeuh2kIHkcpeG4W6fit9rp47daLCQ3Ga7kttlypPQaNGTxmrQlL5r0JS4&#10;bNCUs23QlK9u0ZOubtGTrm7Rk65u0ZOubtGTrm7Rk65u0ZOubtGT/30SAf97HAP/fC8N/4M8Gf+N&#10;RSX/k00x/5VTPv+UWUr/kmBV/Y9oYPaKcGrwhHl063+DfOZ6jIPidZWI33Gejd1tp5HbabGU2We/&#10;ltRnzpfHa82YvWzNmLZuzZiwb82YrHDOl6lxzpaocc+WqHHPlqhxz5aocc+WqHHPlqhxz5aocc+W&#10;/34SAf98HAP/fi8N/4Y7Gf+RQyT/lksw/5hQPP+YVUj/llxU/ZNjX/ePa2nwinRz64R/fOZ+iYTh&#10;eJKL3XOckNpuppXYarOZ1mjFm8lry5u9bsqctG/KnK5xypyqcsubpnPLmqNzzJmidM2YonTNmKJ0&#10;zZiidM2YonTNmKJ0zZiidM2Y/38SAf99GwP/fy8N/4k6GP+UQiP/mUcv/5tMO/+cUkb/m1hS/5lf&#10;XfiVZmjxkG5y64p5e+WDhITgfI+M3Haak9hvppnSa7WdzmrIn75uyJ+zccegrHLHoKd0yJ+jdcme&#10;oHbKnZ52y5uddsuanXbLmp12y5qddsuanXbLmp12y5qddsua/4ARAf9+GwP/gC8N/4w4GP+XQCL/&#10;nEQt/59JOf+gTkT/oFVP/J5bWvWcYmXul2pv6JF0eeGKf4PZg4qMz3uVlch1oJzDcK6hvm+/o7Ny&#10;xaOqdMWjpHbFo6B3xqGdeMegm3jInpl5yp2YecqcmHnKnJh5ypyYecqcmHnKnJh5ypyYecqc/4AR&#10;Af9/GwP/gS8N/483F/+aPyH/n0Is/6JGN/+kTEL/pFJM96RYV++jX2HnoGZr4JpxddWTfIHLioWN&#10;w4KPlrt7mp61dqeksHS4p6h2wqeheMOmnXnEpZp6xaOYe8ailnvHoJR7yZ6UfMmdlHzJnZR8yZ2U&#10;fMmdlHzJnZR8yZ2UfMmd/4ERAf+AGwP/gi4O/5E2Fv+cPCD/oUAq/6VENP+oSj/6qVBJ8qpWUuqq&#10;XVziqWZm16JvcsuZeIHBkIGNuIiKl6+BlaCofKKmo3qyqZ56wamZfMGoln3DppR+xKSSfsWjkX7H&#10;oZB+yJ+QfsmekH7JnpB+yZ6QfsmekH7JnpB+yZ6Qfsme/4IRAf+BGwP/hC4N/5Q1Fv+eOh7/pD4o&#10;/6hCMv+sRzv2r01E7bFUTeWzW1XcsGVhzqhsccOfdIC4lnyNro+GmKWIkaGdg52nl4Ctq5OAv6uR&#10;gcGpj4HCp46Bw6WNgcWjjYHGooyByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ+Mgcif/4IRAf+B&#10;GgP/hi0N/5Y0Ff+gOR3/pjwm/6tAL/uwRTjytEs/6blTRuG9XE3TtmJgxq1pcLulcX+wnXmMpZWC&#10;l5uPjaGTipmnjIepq4iHv6yIh8CqiIbCqIiFw6aIhcWkiITGooiEyKCIhMifiITIn4iEyJ+IhMif&#10;iITIn4iEyJ+IhMif/4MQAf+CGgP/iCsM/5kyFP+iNxv/qTkk/689LPe1QjPtu0k55cJSPtrCWEzM&#10;umBfv7Jnb7Orbn6oo3aLnZx+l5KXiaCJkpango+lq36PuqyAjcCqgYvCqIKKw6aDicWkg4jGooSH&#10;yKCEh8ifhIfIn4SHyJ+Eh8ifhIfIn4SHyJ+Eh8if/4QQAf+DGgP/iyoM/5wxEv+lNBr/rDYh/rM6&#10;KPO7QC3pw0gx4ctRN9LHVkvFwF5duLhlbqyxbH2gqnOKlKR7lYqfhp6Am5KleZiiqnSYt6t3lcGp&#10;epHCp3yPw6V9jcWjfozGoX+KyJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ9/isif/4UQAf+EGgP/&#10;jigL/58xEf+nMhf/sDMd+bk2Iu7CPSbmzUcm29NMNcvMVEm+xVxbsb5jbKS4anqYsnGHjKx5k4Go&#10;gpx3pI+jcKKfp2yitKhun8KncpnDpnWVxKR3ksaieJDHoXqOyJ96jsmeeo7JnnqOyZ56jsmeeo7J&#10;nnqOyZ56jsme/4YQAf+FGQP/kSYK/6EvD/+rLhX/tS8Z9L8yHOnLOhzf2UQd0dpKM8TSUke3y1pZ&#10;qcZhaZzAZ3iQum6EhLZ2j3mygJhvr42faK2do2StsqRlqsWkaqLFo22dxqJwmcehcpbIn3STyZ11&#10;k8qddZPKnXWTyp11k8qddZPKnXWTyp11k8qd/4cPAf+HGQP/lSQJ/6QrDf+vKRH6uykT7MgsE97Y&#10;NxDT4UEeyd9JMLzaUUSv01hWoc1fZpTIZXSIxGyAfMB0inG9f5Npu4yZYrmcnV66sZ5duMmeYq7I&#10;n2amyJ9pocmea53KnW6ay5tumcubbpnLm26Zy5tumcubbpnLm26Zy5tumcub/4gPAf+JGQP/miMH&#10;/6gnCv+1IgzxxCAM4NUkCdHhMBTH5j0kveNGNLLgTkSm3FZSmdddYYzSY2+Az2t6dMxzhGvKfoti&#10;yIyRXMiclVnIsZZXyM6WW7vNmF6yzJlhq8yZZKbNmWeizZhnoM2XZ6DNl2egzZdnoM2XZ6DNl2eg&#10;zZdnoM2X/4oOAf+LGAP/nyEF/64gBvi9GAbj0RME0OEeCcXqLhm66TopsOdDOaTkSkiY4lBWjOBX&#10;YoDdX2x222h1bNpyfWPYfoNc2IyIV9idi1TXsI1U2M2MVcvTj1fA0pFauNGTXLLRk1+s0ZNgqtGT&#10;YKrRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGT/4wOAf+PFgL/pR4D/7UVA9rKCwLQ4Q4CxOseDbjvLB2t&#10;7jcuouxAPZfrSEqM6U9WgehWYHbnXmls52VwZOZwd17jfHxZ4ImAVt6Xg1PdpoRR3LiFUd3UhFPQ&#10;2odUxtiJVr/Xili41otZttaLWbbWi1m21otZttaLWbbWi1m21otZttaL/44NAP+XEgH/rRUB2b8J&#10;AMzOCQDD6w4EtvUeEav1LCGh9DcwlvNAPovzSEqB81BUd/NXXW3zXWRl8GZqX+1wblrqenJW54V2&#10;U+WReVHknntP46x8TeO9fE3j2XxQ2OB8Uc7gf1LG3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oFT&#10;xN6B/5IMAP+gDQDbtwYAysMHAMDSCQC19BAGqfsfFJ/8LCOU/DcxivxBPYH9SUd4/VFQbv1XV2X6&#10;Xlxg9mZhW/RvZVbxeGhT74JrUO6MbU7sl29M66NxSuqwcknqwXJI6thyS+Pkck7Y5nNO1ed0TtXn&#10;dE7V53RO1ed0TtXndE7V53RO1ed0/5YKAN6sAgDLugUAvccGALLYCAGn/xIInP8hFpL/LiOJ/zkv&#10;gP9COXf/SkJt/1BJZf9WTl//XlNa/mVWVfxtWlL6dVxP+H5fTPeHYUr1kWJI9JxkRvOmZUXys2ZE&#10;8sFnQ/LUZ0Xu52dG6+hnRuvoZ0br6GdG6+hnRuvoZ0br6GdG6+hn7qIAAM20AgC8vgQAr80EAKTe&#10;BwGa/xUJkP8kFYf/MCB+/zsqdP9CMmv/SDlj/04/Xf9VQ1j/XUdT/2RKUP9rTU3/ck9K/3lRR/+C&#10;U0X/i1RD/pRWQf2eV0D9qFg//LNZPvy/Wj770Vo9+9taPfvbWj3721o9+9taPfvbWj3721o9+9ta&#10;0q0AAL24AgCuxQIAodUCAJb3CwKN/xgIhP8mEXz/MRpx/zgiaP8+KWD/RS9a/0wzVP9TN1D/WjpM&#10;/2A8Sf9mPkb/bUBE/3RCQf97Qz//g0U9/4xGO/+VRzr/nkk5/6dKOP+xSjf/vks3/8JLN//CSzf/&#10;wks3/8JLN//CSzf/wks3/8JLv7MAAK6+AACgzQAAkt4AAIn/DQGB/xoFd/8jDG3/KhNk/zEZXP84&#10;HlX/QCJQ/0gmTP9PKUj/VStE/1stQv9hLz//ZzE9/20yO/9zMzn/ejU3/4I2Nf+LNzP/lDgy/5w5&#10;Mf+kOjD/rzsw/7I7MP+yOzD/sjsw/7I7MP+yOzD/sjsw/7I7sLgAAKDHAACR2AAAhO8AAHz/DQFv&#10;/xEDZv8ZBl7/IQpW/ykPUP8yE0v/OhZG/0EZQv9IGz//Th08/1MeOf9ZIDf/XiE1/2QiM/9pIzH/&#10;cCQv/3clLf9+Jiz/hycq/48oKf+XKSj/oCoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyoo/6MqocIA&#10;AJHRAACC4QAAeP8AAGz/CAFg/w0CV/8RA0//GAVI/yAGQ/8pCD//MQo7/zgMOP8+DjX/RA8y/0kQ&#10;MP9OES7/UxIs/1gTKv9dFCn/YxUn/2kWJf9vFyT/dxci/34YIf+FGR//jxof/5EaH/+RGh//kRof&#10;/5EaH/+RGh//kRof/5Ea/2gZAv9kIwT/Xy8G/15AEP9jSxr/Z1Ql/2hdL/9mZzn/ZHJB/2J9SP9g&#10;h07/XZBS/1uYVv9anln/WKRb/1eqXf5WsF/9VbVg/FS8YfxUxGL7U81j+VLcY/ZS5mPxU+pj7FTt&#10;Y+ZW72LgV/Bj4FfwY+BX8GPgV/Bj4FfwY+BX8GPgV/Bj/2kYAv9lIwT/YC4G/19AEP9mSRr/alMl&#10;/2tcMP9pZTr/Z3BC/2R7Sf9ihU//X45U/12WWP9bnVv/WqNd/VipX/xXr2H7VrVi+lW8ZPpVxGX5&#10;VM5l91PdZvNT5mbuVepm51btZeFY7mXbWe9m21nvZttZ72bbWe9m21nvZttZ72bbWe9m/2oYAv9m&#10;IgT/YS4H/2A/EP9pSBv/bVEm/25bMP9sZDr/aW5D/2d5S/9kg1H/YYxW/1+VWv9dnF39W6Jg+1qp&#10;YvpZr2T5WLVl+Ve8Z/hWxWj3Vc9o9VTgafBV5mnpV+po4lnsaNta7WnTW+5p01vuadNb7mnTW+5p&#10;01vuadNb7mnTW+5p/2oYAv9nIgT/Yi4H/2M+EP9sRhv/cVAm/3JZMf9wYjv/bGtE/2l2TP9ngVL/&#10;ZItY/2GTXP1fm2D7XaFi+luoZflarmf4WbVo91i8afZXxmr1VtFr8lXhbOxX52zkWelr3Fvra9Rc&#10;7GzNXe1szV3tbM1d7WzNXe1szV3tbM1d7WzNXe1s/2sXAv9oIQP/Yy0H/2c8EP9wRRv/dE4m/3ZX&#10;Mf90YDv/cGlF/21zTf9qflT/Zoha/mORXvthmWL5X6Bl+F2naPZcrWr1WrRs9Fm9bfRYx27yV9Rv&#10;7lfib+ZZ5m/dXOlu013qb81e63DHX+twx1/rcMdf63DHX+twx1/rcMdf63DHX+tw/2wXAv9pIQP/&#10;ZS0H/2s6EP90Qxv/eUwm/3pVMf95XTz/dWZF/3BwTv9te1b/aoVc/GaPYfpkl2X3YZ9o9l+ma/Rd&#10;rW3zXLRv8lq9cfFZyXLvWNpz6Frjc95d5nLTXuhzy1/odMZg6HTBYeh0wWHodMFh6HTBYeh0wWHo&#10;dMFh6HTBYeh0/20WAv9qIAP/Zi0H/284EP94QRr/fUol/39SMf9+Wzz/e2NG/3ZsT/9xd1f+bYJe&#10;+2qMY/hmlWj1ZJ1s82Gkb/JfrHHwXbRz71y/de5by3bqW9134F3jdtNg5XfKYeV4xGLleL5j5Xi6&#10;ZOV4umTleLpk5Xi6ZOV4umTleLpk5Xi6ZOV4/24WAv9rIAP/aCwH/3M2EP99Pxr/gkcl/4RQMP+E&#10;WDv/gWBF/3xpT/92clf+cX1f+W2IZfZqkmrzZptv8WOjcu9hq3XtX7V47F3Beexc0HrjXd971GHi&#10;e8pi4nzCZOF9vGXhfbdm4nyzZ+J8s2fifLNn4nyzZ+J8s2fifLNn4nyzZ+J8/3AVAf9sHwP/aSwH&#10;/3c0D/+BPBn/h0Uk/4pNL/+JVTr/h11F/4JlT/98blj9dnhg+HKEZ/Vtjm3xaZhy72ahduxjq3nr&#10;YLZ86V7Efude2H/YYd9+ymPfgMFl3oG5Z96BtGjegbBp34Csad9/rGnff6xp33+sad9/rGnff6xp&#10;33+sad9//3EVAf9tHwP/aysH/3syD/+GOhj/jEMi/49LLf+PUzj/jVpD/4liTf+DaVf9fHJg+HZ/&#10;Z/Rxim7wbJV07Wifeepkqn3oYbeA5l/Igt1h24PMZNyEwGbchbho24WxatuFrWvchKls3YOmbN2C&#10;pmzdgqZs3YKmbN2CpmzdgqZs3YKmbN2C/3IUAf9vHgP/bykH/38wDv+KOBf/kUEh/5RKLP+VUTb/&#10;k1hB/5BgS/uLZ1X1hG9f8H16Z+t3hW/ncpB2422bfN5opoHaZbOE1WPEhs9k2ofBZ9mIt2nYia9r&#10;2ImqbdmIpm7ah6Nu2oagb9uFoG/bhaBv24Wgb9uFoG/bhaBv24Wgb9uF/3IUAf9wHgP/cigH/4Iu&#10;Df+ONhb/lUAf/5lIKf+ZTzT/mFU++pZcSfSSZFPtjGtd54V2ZuF/gW/beIx303KWfs1toYTJaq2J&#10;xWi7i8Fo0Iy2a9WNrm3Vjadv1oyjcNaLn3HYip1x2YmbctqHm3Lah5ty2oebctqHm3Lah5ty2oeb&#10;ctqH/3MUAf9wHQP/dSYG/4YsDf+RNhX/mUAd/5xGJ/+dTDH8nVI79JxZRe2ZYE/mlGhZ345zY9WG&#10;fW7Nf4d4xniRgMBzm4e7b6eMtm20j7NsyJGsbtKRpXDTkKBy1I+cc9WNmXTWjJd02IqWddmJlnXZ&#10;iZZ12YmWddmJlnXZiZZ12YmWddmJ/3QTAf9xHQP/eCQG/4krDP+VNRP/nD4b/6BDJP+iSS73o1A3&#10;76JWQeehXUrfnWdU1JVvYsuNeG7DhYJ5u3+MgrV5lomvdaGOqnKvkqZxwZShc9CUnHTRkph20pGW&#10;d9OPlHfVjZJ31oyReNiKkXjYipF42IqReNiKkXjYipF42IqReNiK/3UTAf9yHAP/eyMG/4wpC/+Y&#10;NBL/nzwZ/6NBIvumRiryqE0z6qlUPOKpW0TXo2NTzJpsYsKTdW66i355soWHg6p/kYqke5yQnniq&#10;lJp2u5aXd8+WlHnQlJF60ZKPetOQjnrUj4161Y2MeteLjHrXi4x614uMeteLjHrXi4x614uMeteL&#10;/3UTAf9zHAP/fSEF/44pCv+bNBD/ojkX/6Y+H/eqRCburkou5bFSNdyvWUHPqGFSxaBpYbuYcm6x&#10;kXp5qYuDg6GFjYuagZiRlH6llpB8tpiNfc2XjH7PlYp+0JOKftKRiX7Tj4l91Y2IfdaLiH3Wi4h9&#10;1ouIfdaLiH3Wi4h91ouIfdaL/3YSAf90HAP/gCAF/5EoCf+eMw//pDcV/qo7G/OvQSLqtEgo4rlQ&#10;LtS0VkDJrV9RvqVnYLSeb22ql3d4oZGAgpmMiouRh5WRi4SiloaDspmDhMuYhIPOloSD0JSEgtKS&#10;hIHTkISB1I6EgNaMhIDWjISA1oyEgNaMhIDWjISA1oyEgNaM/3cSAf90GwP/gh4E/5QnCP+gMg3/&#10;pzQT+q44GO+1PRzmvEYh3L9MLM65VD/DsV1Qt6plX62kbGyjnXR3mZh8gZGThoqJj5KRgoyfln2K&#10;r5h6i8eYfInOln2I0JR+htKSf4XTkH+E1I6Ag9aMgIPWjICD1oyAg9aMgIPWjICD1oyAg9aM/3gS&#10;Af91GwP/hRwE/5cmB/+jLwv/qzAQ9bM0FOu7OhfixEQY1cRIK8i9Uz28tltOsbBjXaaqamqcpHF2&#10;kp96gImag4mBlo6QeZOclXSSrJdxksOYc5HPlnaO0JR4i9KReYrTkHqI1Y57h9aMe4fWjHuH1ox7&#10;h9aMe4fWjHuH1ox7h9aM/3gSAf92GwP/iBsD/5olBv+mKwn+rywM8bkvDubDNg/dzTwWzshHKcLC&#10;UTu2vFlMqrZhW5+waGiVq290i6Z3foGigIZ5n4uNcZyZkmybqZVpm7+Wa5nQlG6U0ZJxkdKRc4/U&#10;j3WN1Y12i9aLdovWi3aL1ot2i9aLdovWi3aL1ot2i9aL/3kRAf94GgL/jBkD/54jBP+qJgb4tCUI&#10;68AoCOHNMAfU0jcUyM1FJ7vITzmvwldKo71fWJi4ZmWNs21xg691e3qrfoNxqImKaqaWj2Wlp5Ji&#10;pr2SY6PSkWed05BqmNSPbZXVjW6S1oxwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2IpwkNiK/3sRAf98&#10;FwL/kBcC/6IhA/+uIATyux0E5coeA9rbJAPM2TUSwNNDJLTOTTaoyVVHnMRdVZHAZGKGvGtte7hz&#10;dnK1fH5qs4eFY7GVil6wpYxbsbyNW6/VjV+n1Y1jodaMZpzXi2iZ2IpqltmIapbZiGqW2YhqltmI&#10;apbZiGqW2YhqltmI/3wQAf+BFAL/lRUB/6cdAvy1FgLrxhAB2tsPAM3gJQTD3zYPuNtBIazVSzOg&#10;0VNDlM1aUYnJYl1+xmlndMNxcGvBe3hkv4Z+Xb6Ugli9pYVWvruGVb3bhliz2odcq9qHX6bah2Gh&#10;24ZjnduFY53bhWOd24VjnduFY53bhWOd24VjnduF/34QAf+HEQH/mhEA/60UANq+CgDRzQoAy+QQ&#10;AcHkJQe34zUTreFAIaPeSS+X21I+i9dZS4DUYFd20Whhbc9waWXNenBezIZ1WMyVeVTMpntRzbx8&#10;UMzifFPB4H9Vt9+AWLHegVqr3oFcpt+BXKbfgVym34Fcpt+BXKbfgVym34Fcpt+B/4APAf+ODgH/&#10;og0A27UIAM7BCADG0AkAvukSArTpJQqq6DMXoOY+JZblRzKL404/gOFVSXbgXVNt3mZbZd1vYV7d&#10;emdY3IZrU9yVb1DdpnFN3rtyTd/hcU7R53RQxuZ3Ur7keFO45HlVsuN6VbLjelWy43pVsuN6VbLj&#10;elWy43pVsuN6/4MOAf+WCwDdqwQAzbgGAMLEBgC61AkAse8UA6fuJQ2e7jMalO09J4rsRjOA604+&#10;dutVR2zqW05k6mNVXeptWljqd15T6oNiTuqRZUrroWdH7LNpRu3QaUjm6GlL2etqTM/sbU7H629P&#10;wOpwT8DqcE/A6nBPwOpwT8DqcE/A6nBPwOpw/4kLAOmgAQDQsQQAwbwFALfJBgCu2gkApPUXBZv1&#10;JxCS9TQciPY+J3/2RzJ29k47bPZUQmT2Wkhd9mJNV/ZrUVL2dVVN94BYSPiNWkX4m1xC+KteQfe+&#10;X0D332BD7uxgR+PxX0jb8WFJ0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mNJ0vJj/pUAANSpAADCtQMA&#10;tcEDAKrPBQCg5wsBmP0aBo/+KRCG/zUbfv9AJXT/Ri1r/0w1Y/9SOlz/WT9W/2BDUP9oR0z/cUpH&#10;/3tMQ/+HTkD/lFA+/6FSPf+wVDv/w1U7/uFVPPnwVUDw9FVD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn&#10;91RD5/dU26EAAMWwAAC1ugIAqMcCAJ3WBACT/A4Bi/8dBoP/Kw96/zUXcf88H2j/QiZg/0ksWf9P&#10;MVP/VjVO/104Sf9lO0X/bT1B/3Y/Pv+AQTv/i0M5/5hFOP+kRjb/skc1/8RINf/dSTT/8Ek3/vhJ&#10;N/74STf++Ek3/vhJN/74STf++Ek3/vhJyasAALa0AACowQAAm88AAI7fAQCH/xEBfv8dBHX/Jwts&#10;/y8SZP83GFz/Ph1W/0UiUP9LJUv/UihG/1grQf9fLT7/Zy87/28xOP94Mzb/gjQz/402Mf+ZNzD/&#10;pTgv/7I6Lv/AOy7/0zst/+s8Lf/rPC3/6zwt/+s8Lf/rPC3/6zwt/+s8uLAAAKi8AACayQAAjNkA&#10;AIH1AwB5/xABbv8WA2X/HwZe/ycLV/8wD1H/NxNL/z4XRv9FGUH/TBs9/1IdOf9YHzb/XyE0/2Yi&#10;Mf9uJC//dyUt/4AmK/+MKCn/lyko/6IqJ/+tKyb/uSwm/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS0m&#10;/8ktqrcAAJrFAACL0wAAfeIAAHX/BQBp/wwBX/8RAlf/FwNQ/x8FSf8mB0T/Lgk//zYLO/89DTf/&#10;Qw8z/0kRMP9PEi7/VRMs/1sUKv9iFSf/aRYl/3IXI/97GCH/hhkf/5EaHv+cGx7/pRwd/7AdHf+w&#10;HR3/sB0d/7AdHf+wHR3/sB0d/7AdnMAAAIzOAAB83gAAcPUAAGX/AABa/wYBUf8NAUn/EQJD/xcD&#10;Pf8fBDj/JgU0/y0GMP8zBy3/OQcq/z4IJ/9DCCX/SQkj/04JIf9UCR//Wgod/2EKG/9pCxn/cgwX&#10;/3wNFv+GDRT/jw4U/5oPFP+aDxT/mg8U/5oPFP+aDxT/mg8U/5oP/1wcAv9XJgP/UTIG/048CP9X&#10;RRD/W04Z/1xYIv9bYyv/WW8y/1d6OP9UhT3/UpBB/1CZRf9PoEf/TqdJ/02uS/9MtEz/S7tN/0rD&#10;Tv9JzU//Sd1Q/0jpUP9I8lD7SfZQ9kv5UPBN+0/qT/tQ50/8UOdP/FDnT/xQ50/8UOdP/FDnT/xQ&#10;/1wcAv9YJgP/UjIG/1E6CP9aQxD/X00Z/19XI/9eYSv/XG0z/1l5Ov9XhD//VI5D/1KXR/9Qn0n/&#10;T6ZL/06tTf9NtE//TLtQ/0vDUf9LzlL/St9S/0nqU/1K8lP4S/ZT8U34UutP+lLlUPpT4lH6U+JR&#10;+lPiUfpT4lH6U+JR+lPiUfpT/10bAv9ZJgP/UzEG/1Q5CP9dQhD/Yksa/2JVI/9gXyz/X2s0/1x3&#10;O/9ZgkD/VoxF/1SVSP9Snkv/UaVO/1CsT/9Ps1H/TrtS/03EU/9Mz1T/S+BV/0vrVfpM8lX0TfZV&#10;7FD4VOZR+FXfUvlW3FP5VtxT+VbcU/lW3FP5VtxT+VbcU/lW/14bAv9aJQP/VDEG/1g3CP9hQBH/&#10;ZUka/2ZTI/9kXS3/Ymg1/190PP9cf0L/WYpH/1aTS/9UnE7/U6RQ/1GrUv9Qs1T/T7pV/07EVv9N&#10;0Ff/TeJY/EztWPZO8ljuUPVY5lP2WN9U91nXVfhZ01X4WdNV+FnTVfhZ01X4WdNV+FnTVfhZ/18a&#10;Av9bJQP/VTAG/1w0CP9lPRH/akca/2tRJP9pWi3/ZmQ2/2NwPf9ffEP/XIdJ/1mRTf9XmlD/VaJT&#10;/1OqVf9Sslf/UbpZ/1DFWv9P0lv8TuRb+E/tXPBR8lvnVPRb3lX1XNVW9l3OWPddy1j3XctY913L&#10;WPddy1j3XctY913LWPdd/2AaAv9cJAP/Vi8F/2AyCP9qOxD/b0Qa/3BOI/9vVy3/a2E2/2dsPv9j&#10;eEX/YINL/1yOT/9amFP/V6BW/1apWf9UsVv/U7pc/lHGXvxQ1l/5UOdf8lLuX+dV8V/dV/Jg0ljz&#10;YctZ9WLFW/Viw1v1YsNb9WLDW/Viw1v1YsNb9WLDW/Vi/2EZAv9dIwP/Wi0F/2UvCP9vOBD/dEEZ&#10;/3ZLI/91VC3/cV02/2xnP/9oc0b/ZH9M/2CKUv9dlVb/Wp5Z/1inXP5WsF/9VLpg/FPHYvlS3GPz&#10;U+hj6VXuY95Y8GTQWvFlyFzyZsJd8ma9XvJmu17yZrte8ma7XvJmu17yZrte8ma7XvJm/2IZAv9e&#10;IwP/XioF/2ktCP90NQ//ej4Y/3xIIv97USz/eFo2/3NjP/9tbUf/aXpO/2SGVP9gkVj/XZxc/Vql&#10;YPtYsGL6Vrtl+FXKZvVU4GfsVupn31rtZ9Bc72nGXe9qv1/varlg72q1Ye9qs2HvarNh72qzYe9q&#10;s2HvarNh72qzYe9q/2MYAv9gIgP/YicF/24qB/95Mg7/fzwX/4JGIf+CTyv/f1g1/3tgPv91aUf/&#10;b3RO+2qBVfhmjFv1Ypdf81+hY/Bcq2buWrZp7FnEaulY2mvhWupr0F3sbcVf7G68YetvtmLsb7Fj&#10;7G6tZOxuq2Ttbatk7W2rZO1tq2Ttbatk7W2rZO1t/2QYAv9hIgP/ZiUE/3InB/9+MA3/hTsW/4hF&#10;H/+ITSn/hlUz/4JePft9Zkb2dnBO8nJ8Ve5th1zqaJJi5mScZuNhpmrgX7Jt3V2/b9pd03DSXupw&#10;xGDpcrpi6HOzZOhzrWXpc6lm6XKmZ+pxpGfqcKRn6nCkZ+pwpGfqcKRn6nCkZ+pw/2UXAv9iIQP/&#10;aSME/3clBv+CLwz/ijkU/45DHf+PTCb/jVMw+YpbOvOFY0Ttf2xN6Hl3VeN0gl3ebo1j2WmXadNm&#10;oW7PY6xxy2G5dMhhynXFYeV2uWTmd7Bm5XeqaOZ3pWnmdqJq53Wfauhznmvpc55r6XOea+lznmvp&#10;c55r6XOea+lz/2YXAf9jIQP/bSAE/3sjBf+HLgv/jzgS/5NBGv+VSiP6lFEt85FZN+yNYEHlh2lK&#10;34F0U9Z6fl3PdIhlym+RbMVrm3HBaKZ1vWayeLplwnq3Zd17rmjje6dq43uia+R6nmzleJtt5XeZ&#10;bed2mG7ndZhu53WYbud1mG7ndZhu53WYbud1/2cWAf9kIAP/cB4D/34iBf+LLAn/kzcQ/5hAGP2a&#10;SCD0mk4p7JhVM+WVXTzdj2ZH04hvU8uBeV7Fe4Nmv3WMbrlxlnS1bqF4sGusfK1qu36qatJ/pGzg&#10;fp5t4X2ab+J8l3DjepVw5HmTcOV3k3Hmd5Nx5neTceZ3k3Hmd5Nx5neTceZ3/2gWAf9kIAP/cxwD&#10;/4EgBP+OKwj/lzUO/50+FfifRBzvoEsl559SLd+dWjfTlWNGyo5sU8OHdV67gX5ntXuIb693kXWq&#10;c5x6pXCofqFvtoGeb8qCm3DegZZx34CTcuF+kXPifJBz43qOc+R5jnPleI5z5XiOc+V4jnPleI5z&#10;5XiOc+V4/2kWAf9mHgP/dhoD/4QfA/+SKgf/mzQM/qA7EvOjQRjqpkgg4qdPJ9iiVjbMmmBFw5Np&#10;UruNcl6zhnpnrIGEb6Z9jXageZh8m3ajgJd0sYOUdMWEkXXdg4923oGNduB/i3fhfYp34nuJduR6&#10;iXbkeYl25HmJduR5iXbkeYl25HmJduR5/2kVAf9pHQP/eBkC/4ceA/+VKAb/njIK+qQ3D++oPRTm&#10;rEQa3a1LJNCmVDXGn15EvJlmUrSSb12sjHdnpIeAb56CineYfpR9knuggY16rYSKecCFiHrchId6&#10;3YKGet+AhnrgfoV64nyFeeN6hXnkeYV55HmFeeR5hXnkeYV55HmFeeR5/2oVAf9rGwL/excC/4oc&#10;Av+YJgX/ojAI9agzDOuuORDis0EU1rFHI8qrUjTApFxDtp5kUa2YbFylknRmnY19b5aIhnaPhZF9&#10;ioKcgoWAqoWBf7yGgIDbhYCA3YOAf96BgH7gf4B94X2AfeN7gHzkeoB85HqAfOR6gHzkeoB85HqA&#10;fOR6/2sVAf9tGQL/fhUC/40bAv+bJAP+pSwG8awvCOezNAvdujoQ0LVGIcWvUTK6qVpCsKNiT6ed&#10;aluemHJllpN6bo+Pg3aIi458goiZgXyGp4V5hrmGd4fXhXiF3YN6g96BeoLgf3uB4X18gON7fH/j&#10;enx/43p8f+N6fH/jenx/43p8f+N6/2sUAf9wGAL/gRQB/5AZAf+fIgL6qSYE7bEpBeK6LwbWvzYP&#10;yrpEIL+0TzG0rlhAqqhgTqGjZ1qYnm9kj5p3bYiWgHWAkot7eo+WgHSOpIRxjbaFb47RhXGL3YNz&#10;id+BdYfgfnaF4X13hON7d4PkeneD5Hp3g+R6d4PkeneD5Hp3g+R6/2wUAf9zFgL/hRMB/5QWAf+i&#10;HgH1rSAC57ghAt3DJgLQwzQNxL5CHrm5TS+us1Y+pK5eTJqpZVeRpW1iiaF1a4CdfnJ5moh5cpeU&#10;fm2WooJplbOEZ5bNg2mT3oJsj9+Ab4zhfnCK4nxyiON6cofkeXKH5Hlyh+R5cofkeXKH5Hlyh+R5&#10;/20TAf92EwH/iBIB/5gTAP+nGQHvsxYB4sAVANXKHgHJxzIMvsNAHLO+SyyoulQ8nrVcSZSwY1WK&#10;rGtfgalyaHmle29yo4V2a6CRe2afn39in7GBYJ/KgGKc4H9ll+F+aJPifGqQ43tsjeR5bYzleG2M&#10;5XhtjOV4bYzleG2M5XhtjOV4/24TAf97EQH/jRAA/50QAPqsEQDauwsA1ckLAM3OGwHCzC8Kt8k9&#10;GazFSSmhwFI4l7xaRo24YVGDtWhberJwZHKveWtrrINxZKuPdl+pnnpbqa98WarJfFqn4nteoON7&#10;YZvjemOX5HlmlOV3ZpLmd2aS5ndmkuZ3ZpLmd2aS5ndmkuZ3/3ASAf+ADgH/kg4A8qMLANmzCQDP&#10;vgkAy8wJAMTTFwC60iwHsM87FqXMRiaayFA1j8RYQYXBX018vmdWc7xvXmu5d2VkuIJrXraOcFm1&#10;nXNVta51VLbIdVOz53ZXq+Z2WqTmdlyg53VfnOd0YJrodGCa6HRgmuh0YJrodGCa6HRgmuh0/3IS&#10;Af+GDAD7mAkA2akGAM61BwDGwQcAwM8JALrbEwCx2ikFp9g3EpzURCGS0U0wh85VPH3LXUd0yWVQ&#10;bMdtV2XFdl5exIFjWcOOaFTDnWtRw65sT8TIbU7C7W1QuOtvU7DrcFWr6nBYputwWaPrcFmj63BZ&#10;o+twWaPrcFmj63BZo+tw/3cPAf+NCADeoAIAz64FAMS5BQC7xQYAtdMKAK7hFgGm4SkGneA3EZPe&#10;Qh2J3Ewpf9pUNXXXXD9t1WRIZdNsT1/SdlRZ0oFZVNGOXVDRnWBN0rBiS9PJYkrS7WJLyPJmTb/x&#10;aE+48GlRsvBpUq/vaVKv72lSr+9pUq/vaVKv72lSr+9p/38KAO2WAADSpgEAxLIDALm8AwCwyQYA&#10;qdgKAKHnGQKZ5yoJkOc3FIfmQh995UopdORRM2vjWTpk4mFBXuJrR1jidUtT4YBPT+KNU0vim1VJ&#10;46xXR+TEV0bj6VdG3fZZR9D3XEnI915KwfZgS732YEu99mBLvfZgS732YEu99mBLvfZg/4kAANme&#10;AADHrAEAubYCAK7BAwClzgYAnOQMAJXvHQON7ywLhe85FXzvQR5z70knau5QL2LuVzVc7l86Vu5o&#10;P1LucUJN73xGSe+JSUbwlktD8KZNQPG5Tj/y208+8PdOQub7T0Pd+1FE1PxTRc/8VEXP/FRFz/xU&#10;Rc/8VEXP/FRFz/xU4ZUAAMumAAC7sAAArrsBAKLIAgCY1QUAkPgPAYn4IASC+C4Lefk3E3D5Pxto&#10;+UYiYPpNKFr6VC1U+lwxT/tlNUv7bThH/Hc7Q/yDPT/9kD88/Z9BOv6vQzj/xkQ3/+pFNvz9RTvy&#10;/0Q+6v9EPub/Rj7m/0Y+5v9GPub/Rj7m/0Y+5v9G0J8AAL2sAACutQAAosIAAJXPAACK3QMAhP8S&#10;AXv/HgN0/yoJbP8zD2T/OxZd/0MbV/9KIFH/USRM/1gnSP9gKkT/aCxA/3EuPP97MTn/iDI1/5Y0&#10;M/+kNjH/tjcv/9A4Lv/vOS3//zkx//85M/z/OTP8/zkz/P85M/z/OTP8/zkz/P85wagAAK+xAACi&#10;vQAAlMoAAIfYAAB98wcAdv8SAW3/GgNl/yQFXv8tClj/Ng9S/z0TTP9FFkj/TBlD/1MbP/9aHjz/&#10;YSA4/2khNf9yIzH/fSUu/4omK/+ZKCn/pykn/7krJv/SLCX/7ywk//8tJP//LST//y0k//8tJP//&#10;LST//y0k//8tsa4AAKO5AACUxgAAhtMAAHnhAABx/wgAZ/8PAV//FQJX/x4DUf8mBUv/LgdG/zYK&#10;Qf89DD3/RA45/0sQNv9REjL/WBMv/18VLP9nFin/cRcm/3wYI/+JGiD/mBsf/6YcHf+3HRz/yh4c&#10;/+YfG//wHxv/8B8b//AfG//wHxv/8B8b//AfpLUAAJXCAACGzwAAd94AAGv0AABi/wMAWf8LAVH/&#10;EQFK/xcCRP8fAz//JgQ6/y0FNv80BjL/Ogcu/0AIK/9GCCj/TAkl/1IJIv9ZCiD/Ygsd/2sMGv92&#10;DRf/hA4V/5IPFP+gEBP/rRET/7oRE//DEhP/wxIT/8MSE//DEhP/wxIT/8MSl74AAIbMAAB32wAA&#10;aecAAFz9AABU/wAAS/8FAEP/DAE9/xECN/8XAjL/HgMu/yQDKv8qBCX/LwQi/zUFH/86BR3/PwUa&#10;/0UGGP9LBhb/UgYU/1oHEv9iBxD/bAcP/3cIDf+ECAz/kAgM/5wIDP+iCAz/oggM/6IIDP+iCAz/&#10;oggM/6II/1AgAv9LKgP/RDYF/0c6Bv9KPwj/TkkP/09UF/9PYB7/TWwk/0p5Kv9IhS7/RpAy/0Sa&#10;NP9Dojf/Qqo4/0GxOv9AuTv/QME8/z/LPf8+3D7/Pug+/z3zPv89+z//Pv8+/0D/PvpD/z30RP8+&#10;7kb/P+5G/z/uRv8/7kb/P+5G/z/uRv8//1AgAv9LKgP/RTUF/0o4Bv9NPQj/UUgP/1JSF/9RXh7/&#10;T2ol/013K/9Kgy//SI4z/0aYNv9EoTj/Q6k6/0KwPP9CuD3/QcE+/0DLP/9A3ED/P+lA/z/0QP8+&#10;/UH/QP9A/UL/QPZF/0DwRv9B6Uj/QelI/0HpSP9B6Uj/QelI/0HpSP9B/1EfAv9MKQP/RzQF/002&#10;Bv9ROwj/VUYQ/1ZQGP9VXB//Umgm/1B0LP9NgDH/Sow1/0iXOP9GoDv/Rag8/0SwPv9DuD//Q8FB&#10;/0LMQf9B3kL/QetD/0D1Q/9A/UP/Q/9D+Eb/QvBI/0PqSf9E40r/ReNK/0XjSv9F40r/ReNK/0Xj&#10;Sv9F/1IfAv9NKQP/SjIE/1AzBv9VOQj/WUMQ/1pNGP9ZWCD/VmQn/1NxLf9QfTP/TYk3/0uUOv9J&#10;nj3/R6Y//0auQf9Ft0L/RMFE/0TMRf9D30X/Qu1G/0L3Rv9D/Ub5Rv9G8En/RulL/0fiTP9I203/&#10;SNtN/0jbTf9I203/SNtN/0jbTf9I/1MeAv9OKAP/Ti8E/1QwBv9aNgj/XkAQ/2BKGP9eVSD/W2Ao&#10;/1htL/9UeTT/UYU5/06RPf9Mm0D/SqRC/0mtRP9Itkb/R8FH/0bNSP9F4Un/RO9K/0X4SvtH/Urx&#10;Sv9J6E3/S99O/0zXT/9Mz1H/TM9R/0zPUf9Mz1H/TM9R/0zPUf9M/1QdAv9QJwP/UiwE/1ktBf9f&#10;Mgj/ZDwQ/2ZHGP9kUiD/YVwo/11oMP9adTb/VoE7/1KNP/9PmEP/TaJF/0yrSP9KtUn/Sb9L/0jM&#10;TP9I4U3/SO5N/Ej5TvJL/E3nTv1P3VD9UNJS/lDMU/9RxlT/UcZU/1HGVP9RxlT/UcZU/1HGVP9R&#10;/1UdAv9RJwP/VikE/14qBf9kLwj/ajoP/2xFF/9sTyD/aFko/2RjMP9gcDf/XHw9/1iIQv9Vk0b/&#10;U51J/1GmS/9PsE3/TrpP/U3GUPpN2VH2TOpR8k33UedQ+lLbUvtUzlT8VcdW/VXBV/5VvFj+VbxY&#10;/lW8WP5VvFj+VbxY/lW8WP5V/1ccAv9SJgP/WiYE/2ImBP9qLAf/cTcO/3NCFv9zTB//cFYo/2tg&#10;MP9mazj/Y3c+/l+DRPtbjkj5WJhM91ahT/VVq1HzU7VT8VLBVO9R0FXrUedV5lL2VtpU+VjMVvpZ&#10;w1j7Wrxa+1q3W/tZs1z7WbNc+1mzXPtZs1z7WbNc+1mzXPtZ/1gbAv9TJQP/XiMD/2cjBP9wKgb/&#10;dzUN/3pAFf96Sh3/eFMm/3NcL/xuZjf4aXI/9GV+RfFhiUruXpNO61ydUuhZplXmWLBX5Fe8WOJW&#10;zFneVuRZ2Fb0W8pY913AWvheuFz4XrNd+F6uXvhdq1/5XKtf+VyrX/lcq1/5XKtf+VyrX/lc/1kb&#10;Av9WIwP/YiAD/2wgA/91KAX/fTML/4A9E/+BRxv/f1Ak+XtZLfR2YjbucW0+6mx5ReZohEviZI5R&#10;3mGYVdteolnWXKxb01u4XtBaxl/NWt9gyFryYb5c9WK1XvRirmD1Yqph9WGmYvZho2P3X6Nj91+j&#10;Y/dfo2P3X6Nj91+jY/df/1oaAv9ZIQL/Zh0C/3AeA/96JgT/gjEJ/4Y7EP+IRBn5hk0h8oNWK+t+&#10;XjTleWk94HR0Rdpvf0zTaolTz2aSWMtjnF3HYaZgxF+xY8Fev2S+XtJlul/sZrJg8marYvJmpWTy&#10;ZaFl82SfZfRjnGb1Ypxm9WKcZvVinGb1Ypxm9WKcZvVi/1saAv9cHwL/aRsC/3UcAv9+JAP/hy4I&#10;/4w4DvuOQhbyjkoe64tSJ+SHWzDdgWY603pwRc11ek7IcINVw2yNW75plmC6ZqBkt2SrZ7RjuGmx&#10;YspqrmPmaqhk72qiZu9pnWfwaJpo8WeYafJmlmnzZJZp82SWafNklmnzZJZp82SWafNk/1sZAv9f&#10;HAL/bBgC/3kbAv+DIQP/jCwG/5E2C/WUPxLslUcZ5JNPItyOWC3Sh2I6yoFsRcN7dU6+dn9WuHKI&#10;XbRukWKva5tmq2mmaqhns2ylZ8Nuomfgbp5p7W2Zau5slmvvapNs8GmSbPFnkGzyZpBs8maQbPJm&#10;kGzyZpBs8maQbPJm/1wZAf9iGgL/cBYC/3wZAv+GHwL/kCkE+pYzCfCaPA7nm0QV35pLHdOUVSzK&#10;jV85wodpRbuBcU+1fHtXr3iEXqp0jWOlcZdooW6ibJ1srm+abL5wmGzZcZVt62+Rbuxuj2/tbI1v&#10;72qMb/Bpi2/xZ4tv8WeLb/Fni2/xZ4tv8WeLb/Fn/10ZAf9kGQL/chQB/38YAf+KHQH/lCYD9psw&#10;BuufOArioj8Q2J9HHM2ZUivEkl05u4xmRLSHbk6tgndXp32AXqJ5iWSddpNpmHOebZRxqnGQcbpy&#10;jnHRc4xy6nGKc+tviHPtbYdz7muHc+9qhnLwaIZy8GiGcvBohnLwaIZy8GiGcvBo/14YAf9nFwH/&#10;dRMB/4MWAf+OGgH+mCMC8Z8sBOelMwfdqDkM0aNFG8edUCq+l1o4tZJjRK2MbE6mh3RXoIN8Xpp/&#10;hmSVfI9qkHmabot3pnKIdrZ0hXbMdIR36XKDd+pwgnfsboJ27WyCdu9qgXbwaYF28GmBdvBpgXbw&#10;aYF28GmBdvBp/14YAf9pFQH/eBIB/4YUAf+RGAH6nB8B7aQnAuKqLATWrDQLy6dDGsGiTim4nFg2&#10;r5dhQ6eRaU2gjXFWmYh5XpOFgmSNgYxqiH+Xb4N9pHJ/fLN0fXzIdXx96HN8fOpxfHvsb3167W19&#10;ee5rfXnwaX158Gl9efBpfXnwaX158Gl9efBp/18YAf9rEwH/exEB/4kTAP+VFQD1oBoB6KkgAd2w&#10;JAHQsDIKxqxBGLymTCezoVY1qpxfQaKXZ0yakm9Vk453XYyLgGSGiIppgYWVbnyDoXJ3grB0dYLF&#10;dXSD53N1gepxdn/rb3d+7W14fe5reHzwaXh88Gl4fPBpeHzwaXh88Gl4fPBp/2AXAf9uEgH/fhAA&#10;/4wRAP+ZEQDxpBMA464WANa2HAHLtDAIwbA/F7erSyWtplQzpKFdQJydZUqUmGxTjJV0W4aRfWJ/&#10;jodoeYySbXSKnnFwiK10bYjBdG2J5HNvh+pxcITsb3KD7W1zge5rdIDwaXSA8Gl0gPBpdIDwaXSA&#10;8Gl0gPBp/2EXAf9xEAH/gg4A/5AOAPWdDQDjqQwA2bUMAM+5GgDFuC4Hu7Q9FbGwSSOnq1Ixnqdb&#10;PpajY0iOn2pRhptyWX+YemB4lYRmcpOPbG2RnG9pkKpyZpC+c2WR4XJojutwaorsbmyI7Wxthu9r&#10;boTwaW6E8GluhPBpboTwaW6E8GluhPBp/2MVAf91DgH/hg0A+JQLANyiCADUrQkAz7gKAMm9FwC/&#10;vCsGtbk7E6u2RyGhsVAvmK1ZO4+qYUaHpmhPf6NwV3igeF5ynoFka5uMaWaamW1imahvX5m8cF6Z&#10;329gluxuY5HtbWaO7mtni+9qaYnwaGmJ8GhpifBoaYnwaGmJ8GhpifBo/2cSAf95DAD/igoA35oE&#10;ANOmBwDMsQgAx7sIAMHCEwC4wigErr84EKW8RB6buE4skbVXOIixXkKArmZLeKttU3Gpdlprp39g&#10;ZaWKZGCjl2hbo6ZrWaO6bFij3GtZoO5rXJrval+W8GlhkvFoY4/xZmOP8WZjj/FmY4/xZmOP8WZj&#10;j/Fm/2sQAf9+CQDxkAQA1p4DAMyqBgDEtAYAvr4FALjIEACwyCQDp8Y1DZ3DQhuTwEwoir1UM4G6&#10;XD55t2RGcbVrTmuzdFRksX5aX7CJX1qvlmJWrqVlU665ZlKv22VSq/JmVaTyZlif8mZam/NlXJfz&#10;ZFyX82Rcl/NkXJfzZFyX82Rcl/Nk/3ANAP+EBADdlgAAzqMDAMSuBAC7twQAtMIFAK7NDACnziAC&#10;ns0xCpXLPhaLyEkjgsZSLnrDWjhywWJAa8BqR2S+c01evXxTWbyIV1S7lVtQu6VdTru5Xk28211L&#10;ufdfTrH2YFGq9mBTpfZgVaH2YFWh9mBVofZgVaH2YFWh9mBVofZg/3cIAOuMAADTmwAAxqgCALux&#10;AgCyuwIAqscGAKLTCgCd1hoBldYsBozUOhGD0kYdetBPJ3LOWDFqzWA4ZMtoP17KckVYynxJVMmI&#10;TU/JlVFMyaVTSsm5VEnK3FNHyPdVSMD8WEq4+1lMsvtaTq36Wk6t+lpOrfpaTq36Wk6t+lpOrfpa&#10;/38AANyTAADKogAAvKwBALG1AACowAMAn8sGAJbZCwCR4BsBit8sBoLfOQ553kMXcd1NIGrcVihj&#10;218vXdpnNVjZcTpT2Xs+T9mIQkvZlkVI2aZHRtq6SEXb20dE2PRJQtP/TUTJ/09Fwv9QR7v/Uke7&#10;/1JHu/9SR7v/Uke7/1JHu/9S5ooAAM+bAAC/pwAAsrAAAKe7AACcxgMAk9EGAIvqDgCF6B8Cfugt&#10;BnboOA5u6EEWZudKHV/nUiNZ51spVedkLVDnbTFM53g1SeeEOEbokTpD6KA8QOmyPj/qyz4+6O8+&#10;Peb/Pz3g/0I/1/9EQM7/RkDO/0ZAzv9GQM7/RkDO/0ZAzv9G1pMAAMSjAAC0rAAAp7YAAJvBAACQ&#10;zAIAhtkGAIDyEgB58h8CcfIrBmryNgxj8z8SXfNHGFfzTx1S81chTfRgJEn0aShG9HMqQvV+LT/1&#10;iy889pkxOvapMzj3vjQ2+OE1NvX5NTXz/zQ37P82OeX/ODnl/zg55f84OeX/ODnl/zg55f84yJ4A&#10;ALapAACosgAAm70AAI/IAACD1AAAeegHAHP8EgFr/R0CZP0nBF7+MQhY/jsNU/9DEU3/SxVJ/1MY&#10;Rf9aGkH/Yx0+/2wfO/92ITf/giM0/5AlMv+fJzD/sCgu/8gpLf/qKiz//yos//8qL/n/Ki/5/yov&#10;+f8qL/n/Ki/5/yov+f8quaYAAKquAACcuQAAjsUAAIHRAAB13gAAbfoJAGX/EQFe/xoCV/8jA1L/&#10;LAVM/zQHSP88CkP/RAw//0wOPP9TEDj/WxI1/2MUMv9sFi//dxcs/4QZKf+TGif/ohwl/7QdJP/M&#10;HiP/7R4i//0fIv//HyL//x8i//8fIv//HyL//x8i//8frKsAAJ22AACPwgAAgM4AAHPcAABn6QAA&#10;X/8GAFj/DgBR/xUBS/8dAkb/JgNB/y0EPP81BTj/PAY0/0IHMf9JCC7/UAkr/1cKKP9fCiX/aQwj&#10;/3QNIP+CDh3/kg8b/6IQGv+yERn/yBIY/+UTF//6FBf/+hQX//oUF//6FBf/+hQX//oUn7MAAJC/&#10;AACAzAAActoAAGTkAABY9QAAUf8BAEr/CwBE/xABPv8XATn/HgI0/yUCMP8sAyz/MgQo/zgEJf8+&#10;BSL/RAUf/0oFHP9RBhr/WQYX/2MHFP9uBxL/fAgQ/4wID/+cCA7/rAkO/7sJDf/TCQ3/0wkN/9MJ&#10;Df/TCQ3/0wkN/9MJkbwAAIHJAABy1wAAZOQAAFTrAABL/wAARP8AAD3/BAA3/wwAMf8QASz/FgEo&#10;/xwBJP8iAiD/JwIc/ywCGf8xAxb/NgMT/zwDEf9CAw//SQQN/1EEC/9aBAn/ZgQG/3MFA/+BBQL/&#10;kAUB/5wFAf+rBQH/qwUB/6sFAf+rBQH/qwUB/6sF/0QkAv8/LgP/PDYE/0A4BP9BPQb/QUUI/0FR&#10;Df9AXRP/P2oY/zx3HP86hCD/N5Ej/zabJf81pCf/NKwo/zS1Kv8zviv/Msgr/zLVLP8x5S3/MfEt&#10;/zH7Lf8w/y3/MP8t/zP/Lf82/yz+OP8t+Tr/LvY7/y72O/8u9jv/LvY7/y72O/8u/0UjAv8/LgP/&#10;PjQD/0I2BP9EOwb/REMI/0VPDf9EWxP/QWgZ/z91Hf88giH/Oo8k/ziaJ/83oyn/Nqwq/za0LP81&#10;vS3/NMgu/zTWLv8z5i//M/Iv/zL8MP8y/zD/M/8v/zb/L/85/y/5O/8w9D3/MfE9/zHxPf8x8T3/&#10;MfE9/zHxPf8x/0YjAv9ALQP/QTID/0YzBP9IOAb/SEAI/0lMDv9IWBT/RWUa/0JyH/9AfyP/PYwm&#10;/zuYKf86oSv/Oaot/zizLv83vS//Nscw/zbVMf825jL/NfEy/zX7Mv81/zL/Nv8y/zr/Mfo9/zPz&#10;Pv807UD/NOpB/zTqQf806kH/NOpB/zTqQf80/0ciAv9BLAP/RS8D/0kwBP9MNQb/TT0I/05IDv9N&#10;VBX/S2Eb/0huIP9FeyX/Qogo/z+UK/8+ni7/Pacv/zyvMf88uDL/O8Mz/zrPNP864TX/Ou41/zr4&#10;Nf86/zX/Ov81+z7/NfJB/zfrQv845UT/OOFF/zjhRf844UX/OOFF/zjhRf84/0giAv9DLAP/SCwD&#10;/04tBP9RMQX/UzkI/1VFDv9TURX/UV0c/05qIf9Ldyb/SIMr/0WPLv9EmTD/QqIz/0GrNP9BtDb/&#10;QL03/z/JOP8/2zj/P+o5/z/1Of8//zn7QP848UP/OuhF/zzhR/882kj/PdVJ/z3VSf891Un/PdVJ&#10;/z3VSf89/0khAv9EKgP/TSgD/1MpBP9XLQX/WTYI/1xCDv9bThX/WFkc/1VlIv9Scij/T34t/0yK&#10;MP9KlDP/SJ42/0emOP9Grzn/Rbg7/0XEPP9E0jz8ROU9+ETyPfVF/jzxRf8+5kj/QNxK/0HSS/9B&#10;zE3/QclN/0HJTf9ByU3/QclN/0HJTf9B/0ogAv9IJwL/USUD/1glA/9dKgT/YDMH/2M/Dv9iShX/&#10;YFUc/1xhI/9ZbSn/VXku/1KEM/9Qjzb9Tpk5+0yiO/pLqj34SrQ/90q+QPVJzEDxSeFB7UrwQepK&#10;/ELkSv9E2Ez/RcxP/0bGUP9GwFH/Rr5R/0a+Uf9GvlH/Rr5R/0a+Uf9G/0wgAv9MJAL/VSEC/10h&#10;A/9jJwT/ZzEG/2o8DP9qRxT/Z1Ib/2NcI/9faCr7XHQw91l/NfVWijnyVJQ88FKdP+5RpkHsUK9D&#10;6k+6ROhOx0TmT91F4U/uRd1O+0jUT/9JyFH/SsBT/0q6VP9KtlX/SrRW/0q0Vv9KtFb/SrRW/0q0&#10;Vv9K/00fAv9QIQL/Wh4C/2IeAv9pJQP/bS0F/3E5C/9xRBL/b04a+2tYIvVmYynxY28w7WB6Nulc&#10;hTvmWo8/5FiYQuFWokTfVatG3FO2SNpSw0rWUthK0VPsS8xT+k3FVP9OvFb/T7VX/0+wWP9OrFn/&#10;Tapa/02qWv9Nqlr/Tapa/02qWv9N/04eAv9THgL/XhsC/2cbAv9uIgP/cyoE/3c1Cf94QBD5d0oY&#10;8nNUIOxvXijna2ow4md1Nt5jgDzZX4pB1F2TRtFbnUnOWaZMy1iwTshXvFDGVs1Rw1fmUb5X91K4&#10;WP9TsFr/U6tc/1KnXf9So13/UaJd/1CiXf9Qol3/UKJd/1CiXf9Q/08eAv9XGwL/YhcB/2wZAv90&#10;IAL/eScD/34yB/mAPA3xf0YV6ntQHeR3Wybdc2Yu1W1wN9Bpej7LZYREx2KOScRgl03AXqBQvV2q&#10;U7tbtlW4W8VWtVvfVrJc81esXf1Xpl79VqFg/lWeYP9UnGH/U5ph/1OaYf9TmmH/U5ph/1OaYf9T&#10;/1AdAv9aGQH/ZRUB/3AXAf94HQH/fyQC/YQuBfOGOArqhkIR44RLGdt/VyPReWIvy3RsOMVvdkDA&#10;bH9GvGiIS7hmkVC1Y5tTsWGlVq5gsFmrX79aqV/UW6Zg71uiYfpanWP7WZlk/FiWZP1XlWX+VZRl&#10;/lWUZf5VlGX+VZRl/lWUZf5V/1AdAv9dFwH/aRIB/3QVAf99GgH/hCEB94kqA+2NNAfkjT0N3ItI&#10;FtGFVCPJf14uwnpoOLx1cUC3cXpHsm6ETa5rjVKqaJZWp2agWaNlq1ygZLlenmTNXptk6l6YZvhd&#10;lGf5XJJo+1qQaPxZjmj9V45o/VaOaP1Wjmj9Vo5o/VaOaP1W/1IcAf9fFAH/bBEB/3gTAf+BFwH/&#10;iB0B8o8lAueTLwTelTgJ05BFFcqLUSLChVsuu4BlOLR7bkGvd3dIqnR/TqVwiFOhbpJXnWucW5lq&#10;p16WabVglGjIYZJp5mCPavdfjWv4XYtr+VyJbPtaiGz8WIhr/FiIa/xYiGv8WIhr/FiIa/xY/1Qa&#10;Af9iEwH/bxAB/3sSAP+FFAD6jRkA7ZMfAeKZKALYmTMIzJVCFMSQTiG8i1kttIViN66Ba0CofHNI&#10;onl8Tp12hVSZc45YlXGYXJFvpGCNbrFii23DY4lu4mKHb/Zhhm/3X4Vv+V2Eb/pbg2/7WYNv/FiD&#10;b/xYg2/8WINv/FiDb/xY/1YYAf9kEQH/cg4A/34QAP+IEQD1kRQA6JgZAN2eIAHRnjEHx5pAE76V&#10;TCC2kFYsrotgN6eGaEChgnBInH55TpZ7glSSeItZjXaVXYl0oGGFc65jgnK/ZIBz3mSAdPVif3T2&#10;YH9z+F5+c/lcfnL6Wn5y+1l+cvtZfnL7WX5y+1l+cvtZ/1gXAf9nEAH/dQ4A/4EOAP+MDgDxlRAA&#10;450RANajGwDLoS8Gwp4+ErmZSh6wlFQrqZBdNqKLZj+bh25HlYR2TpCAf1SLfohZhnuSXYF5nmF9&#10;eKtkeni8ZXl42WV4efRieXj2YHl3+F55dvlceXX6Wnl1+1p5dftaeXX7Wnl1+1p5dfta/1oVAf9p&#10;DgD/eAwA/4QMAO+QCwDdmgoA2aILANCmGADGpSwFvaI8ELSeSB2rmVIpo5VbNJyRYz6VjWtGj4lz&#10;TYmGfFOEhIVYf4GQXXp/m2F2fqhkc325ZXF+02VxfvJjcn32YHN79150evlcdHn6W3V5+1p1efta&#10;dXn7WnV5+1p1efta/10TAf9sDQD/ewsA9ogJANyTBgDVnQkA0aUKAMqqFQDBqSoEt6Y6D66iRhum&#10;nlAonppZM5aWYTyPk2lEiY9xTIONeVJ9ioNXeIiNXHOGmWBvhKZjbIS3ZGqEz2RqhPBibIL2YG2A&#10;915vf/lcb336W3B8+1pwfPtacHz7WnB8+1pwfPta/18RAf9vCgD/fggA44wDANaXBQDPoAcAyqgI&#10;AMSuEwC7rScDsqs3DamnRBmgpE4mmKBXMZGcXzqKmWdDg5ZvSn2Td1B3kYBWco+KWm2Nll5oi6Nh&#10;ZYu0Y2OLzGNji+5hZYn3X2eG+F5phPlcaoL6WmuB+1prgftaa4H7WmuB+1prgfta/2IQAP9yBwD4&#10;ggMA248CAM+aBQDJowYAw6wGAL2yEAC1siQCrLA1C6OtQhebqkwjkqZVLoqjXTiDoGVAfZ1sR3ab&#10;dE1wmX1Ta5aIWGaVlFxilKFfX5OyYF2TyWBdk+1fXpD4XmGM+VxjivpbZIf7WmWG+1llhvtZZYb7&#10;WWWG+1llhvtZ/2YNAP93AwDjhwAA05MBAMqeBADCpwQAu68EALW2DQCutyECpbYyCZ2zPxWUsEog&#10;jK1TK4SqWzR9qGM8dqVqQ3CjckpqoXtPZaCGVGCekVhbnZ9bWJ2wXVadx11WnetcV5r6W1qV+lpc&#10;kftZXo78WF+N/FdfjfxXX438V1+N/FdfjfxX/2oKAP98AADcjAAAzZgAAMOjAwC6qgIAs7MBAKy8&#10;CgCmvR0BnrwvBpa6PBGNuEcchbVQJ32zWTB2sWA4b69oP2mtcEVjq3lKXqqET1qpkFJVqJ5VUqev&#10;V1GoxldQp+pXUKX8V1Of/VdVmv1WV5b+VliV/lVYlf5VWJX+VViV/lVYlf5V/28EAOaCAADSkQAA&#10;xp0AALumAQCyrgAAqrcBAKLCBQCcxBgAlcMqBI3COQ2FwEQYfb5OIXW8Vipuul4yaLlmOGK3bj5d&#10;tnhDWLWCR1S0j0tQtJ1OTbOuUEu0xVBLs+pQSrH/UUyr/1JOpf9SUKH/UlGe/1FRnv9RUZ7/UVGe&#10;/1FRnv9R/3YAAN2JAADKlwAAvqIAALOqAACpswAAoLwCAJjGBgCRzBIAi8wlAoTLNAl8yUASdchK&#10;G23HUyNnxVwqYcRkMFzDbTZXwnY6U8KBP0/BjkJLwZ1FSMGuRkfBxUZHwepGRL7/SUW5/0pHs/9L&#10;Sa3/TEqr/0xKq/9MSqv/TEqr/0xKq/9M6X8AANGQAADCngAAtacAAKqvAACguAAAlsECAIzLBwCE&#10;1Q0AgNUeAXnVLgVy1DwMbNNHFGXSUBtf0VkhWtFiJ1XQayxR0HUwTc+BNEnPjjdGz505RNCuO0LQ&#10;xjtD0Oo6QM39Pj7L/0BAw/9CQb3/Q0K5/0RCuf9EQrn/REK5/0RCuf9E3YgAAMeYAAC4owAAq6sA&#10;AKC0AACVvgAAi8gDAIDRBwB44Q0AdOEdAW7hKwNo4DcIYeBCDlzgTRRX4FYZU+BfHU/gaSJL4HMl&#10;R+B+KETgiytC4JotP+GrLz7iwS8+4uUvPN/6MTne/zQ52f82OtD/ODvM/zk7zP85O8z/OTvM/zk7&#10;zP85zZIAALygAACtqAAAobEAAJW7AACJxQAAfs8CAHTaBgBu6xEAaOseAWLrKgNd7DUGV+w/C1Ls&#10;SA9N7FETSu1aFkbtYxlD7W0cQO14Hj3uhSE67pMjOO+jJDbwtiY18dImNO/zJjTs/yYy6/8oMuf/&#10;KzPk/ywz5P8sM+T/LDPk/ywz5P8swZwAALCmAACjrgAAlrgAAInDAAB9zQAAcdgAAGfmBgBi9hEA&#10;XPcdAVf3JwJS9zEETfg6Bkj5QglE+UsLQfpUDj76XBA7+2USOPtvFDX7exYy/IkYMP2YGS79qhss&#10;/r8cK//jHSr8+h0q+v8dKvf/HCr3/x0q9/8dKvf/HSr3/x0q9/8ds6MAAKSrAACXtgAAicEAAHvL&#10;AABv1gAAY98AAFv1BgBV/xAAUP8ZAUv/IwJG/ywDQv80BD7/PAU6/0MGN/9LBzT/Uwgx/1sJLv9k&#10;Civ/bwwo/3wNJv+LDiT/nBAi/64RIf/FEiD/6RMf//wTHv//Ex7//xMe//8THv//Ex7//xMe//8T&#10;pqkAAJizAACKvwAAe8oAAG7VAABg3wAAVOcAAE7/BABJ/w4AQ/8UAD//HQE6/yUCNv8sAjL/MwMv&#10;/zoDK/9BBCj/SAQl/08FIv9XBSD/YAYd/2wHGv95Bxj/iggW/5sIFf+tCRT/wwkT/+MJE//4CRP/&#10;/woT//8KE///ChP//woT//8KmrEAAIu9AAB8yAAAbdQAAF/gAABR5gAAR/UAAEH/AAA8/wkAN/8Q&#10;ADL/FQEu/x0BKv8jASb/KQEi/y8CH/81Ahz/OwIZ/0IDFv9JAxP/UQMR/1oDD/9mBA3/dAQL/4UE&#10;Cv+WBQn/qAUI/7kFB//QBQf/4wUH/+MFB//jBQf/4wUH/+MFjboAAH3HAABt0wAAX+AAAFDnAABC&#10;7QAAOv8AADX/AAAv/wIAKv8KACb/DwAi/xQAHv8aARr/HwEW/yMBE/8oARD/LQEO/zMBDP85Agr/&#10;QQIH/0kCA/9TAgD/XgIA/2wCAP98AwD/jQMA/50DAP+sAwD/tQMA/7UDAP+1AwD/tQMA/7UD/zkn&#10;Av8zMgL/NTQD/zg2A/84OwT/NkMF/zNOB/8xWwn/L2gN/y12Ef8rhBT/KZEW/ymbGP8opBn/KK0a&#10;/yi1G/8nvhz/J8gc/yfUHf8n5B3/J+8e/yf5Hv8n/x7/J/8e/yf/Hf8o/x3/K/8e/y3/H/wv/x/8&#10;L/8f/C//H/wv/x/8L/8f/zonAv80MQL/ODED/zs0A/87OQT/OkEF/zdLB/81WAr/M2UO/zFzEv8v&#10;gRX/LY4X/y2YGf8soRv/LKoc/yuyHf8rux7/K8Qf/yvQH/8q4SD/Ku0g/yr3IP8q/yD/K/8g/yv/&#10;H/8s/x//L/8h/DH/Ivcz/yL3M/8i9zP/Ivcz/yL3M/8i/zsmAv81MAL/Oy8C/z4xA/8/NgT/Pj0F&#10;/zxIB/87VQv/OWIP/zdvE/81fRf/M4oZ/zKVG/8xnh3/MKce/zCvH/8wtyD/L8Ah/y/LIv8v3CL/&#10;L+oj/y/1I/8v/iP/L/8i/zD/Iv8w/yP7M/8l9TX/JfA3/ybwN/8m8Df/JvA3/ybwN/8m/zwmAv85&#10;LQL/PywC/0MtA/9EMgT/QzkF/0NFB/9CUgv/QF8Q/z5rFf87eBj/OYUb/zeQHv83miD/NqMh/zWr&#10;Iv81syP/NLwk/zTGJf801CX/NOYm/zTxJv80+yb/Nf8l/jX/Jvo2/yjzOP8p7Dr/KeY8/yrmPP8q&#10;5jz/KuY8/yrmPP8q/z0lAv89KgL/QygC/0cpA/9JLQT/SjYF/0pBB/9JTQz/R1oR/0VnFv9CdBr/&#10;QIAd/z6MIP89lSL/PJ4k/zumJv87rif/Orco/zrBKP86zSn/OuEp/jruKfs6+Sn3O/8p9jr/K/A7&#10;/y3oPf8u4T//LttB/y7bQf8u20H/LttB/y7bQf8u/z4lAv9BJgL/SCQC/0wlAv9PKQP/UjMF/1E+&#10;B/9RSQz/T1YS/0xiF/9Kbxz/R3sg/0WGI/9DkSX/Qpon/0GiKf9Bqir9QLIr/EC8LPs/yC34P9st&#10;9EDrLfBA9y3tQP8v6z//MeRB/zLbQ/8z0UT/M8tG/zPLRv8zy0b/M8tG/zPLRv8z/0AkAv9FIwL/&#10;TCAC/1IhAv9WJgP/WS8E/1k6B/9ZRgz/VlES/1RdGP9Rah3+TnUh/EyBJflKiyj3SZUr9UedLPNH&#10;pi7yRq4v8EW4MO9FxDHtRdMx6EboMeVG9jLiRf8130T/NtNH/zfKSP84xEr/OL9L/ze/S/83v0v/&#10;N79L/ze/S/83/0EjAf9JHwH/URwB/1ccAv9cIwL/YCwD/2A2Bv9gQQv/Xk0R/VtYGPhYZB30VXAj&#10;8VN8J+5QhivrT5Au6U2ZMOdMoTLlTKoz40u0NOJLwDXgS88120vmNtVK9DjRSv86zkr/PMRM/zy9&#10;Tf88uE//PLRP/zu0T/87tE//O7RP/zu0T/87/0IiAf9MHAH/VRgB/1wZAf9jIAL/ZigD/2gyBf9o&#10;PQn6ZkgQ9GNTF+5gXx3qXWsj5lp2KOJXgS3fVYsw3FOUM9lRnTbVUKY400+vOtBPuzvOTsk8y0/h&#10;PcdP8j7DT/9AwE//QbdR/0GxUv9ArVP/QKpU/z+qVP8/qlT/P6pU/z+qVP8//0YfAf9QGQH/WRUB&#10;/2IXAf9oHQH/bCQC/28uA/lvOAfxbkQO62tOFeVoWxzfZGcj2mBxKtRdey/QW4U0zFiOOMlXlzvH&#10;VaA9xFSpP8JTtEG/U8JCvVPWQ7lT7US2U/1Fs1T/RaxW/0SnV/9EpFj/Q6FY/0KhWP9CoVj/QqFY&#10;/0KhWP9C/0gdAf9TFgH/XRIB/2YUAf9tGQH/ciEB+3UpAvJ2MwXpdj4L4nNKEttvVxrSa2IjzWds&#10;K8hkdjHEYX83wF6JO71ckj66W5pBt1mkRLVYrkayV7tHsFfNSK1Y6EiqWPpJp1n/SKFa/0idW/9H&#10;m1z/Rplc/0WZXP9FmVz/RZlc/0WZXP9F/0saAf9XEwH/YRAA/2sSAP9yFgD/eBwB9XskAet9LQPi&#10;fjkH2XtGENB2UxrJcV4kw21oLL5qcTO6Z3s4tmSDPbJijEGvYJVFrF6fR6ldqUqmXLZLpFzHTKJc&#10;4k2fXfdMnF7/TJhf/0qVYP9Jk2D/SJFg/0eRYP9HkWD/R5Fg/0eRYP9H/04YAf9aEQH/ZA4A/28Q&#10;AP92EwD8fRcA74EeAeSEJwLbhDQF0IFDD8h8TxnBeFoju3NkLLVwbTOxbHY6rWp/P6lniEOlZZFH&#10;omObSp9ipU2cYbFPmWDBUJdg3FCVYfNPk2L/TpBj/0yOZP9LjGT/Sotk/0iLZP9Ii2T/SItk/0iL&#10;ZP9I/1AWAf9cEAD/aA0A/3IOAP96EAD2gRIA6YYXAN6KIAHSijAEyYZADsGCTRm6fVcjtHlhLK51&#10;ajSpcnI6pG97QKBshESdao1ImWiXTJVnoU+SZq1RkGW9Uo5l1FOMZvBRi2f/UIhn/06HaP9Mhmj/&#10;S4Vn/0mFZ/9JhWf/SYVn/0mFZ/9J/1IUAf9fDgD/awsA/3UMAPl+DQDwhQ4A44sQANaPGgDMji4E&#10;w4s9DbuHShi0g1UirX5eK6d7ZzOid286nXR4QJlygEWVb4lJkW2TTY1snlCKaqpTh2q5VIVqz1SE&#10;a+5Tg2z/UYJs/0+Ba/9NgGv/TIBr/0qAa/9KgGv/SoBr/0qAa/9K/1QSAf9hDAD/bgoA/XgJAOiC&#10;CADciQkA2I8LANCTFwDGkysDvpA7DLaMSBeuiFIhp4RcK6GAZDOcfG06l3l1QJJ3fUWOdYZKinKQ&#10;ToZxm1GCb6dUf2+2VX1vy1Z8b+tUfHD/Untw/1B7b/9Oe2//TXtu/0t7bv9Le27/S3tu/0t7bv9L&#10;/1cRAP9jCgD/cAcA8HwFANyFBQDUjAgA0JMJAMqWFADBlykDuZQ5C7GQRhapjVAgoolaKpyFYjKW&#10;gmo5kX9yP4x8ekWHeoNKg3iNTn92mFF7daRUeHSzVnZ0yFZ1dOhVdXX9U3V0/1F1c/9PdnL/TXZx&#10;/0x2cf9MdnH/THZx/0x2cf9M/1kQAP9mBwD/cwQA4X8BANaIBADPkAYAypYIAMSaEgC8myYCtJg3&#10;CayVRBSkkU4fnY5XKJaKYDGQh2g4i4RwP4aCeESBf4FJfX2LTXh7llF0eqJUcXmxVm95xVZueuZV&#10;bnr8U295/1Fwd/9PcXb/TXF1/0xxdf9McXX/THF1/0xxdf9M/1sOAP9pBAD2dwAA3YIAANCLAwDJ&#10;kwUAxJkGAL6eEAC2nyQCrp00CKaaQROflkwdmJNVJ5GQXi+LjWU3hYptPYCIdUN7hX5IdoOITHKC&#10;k1BugKBTa3+uVWh/wlZnf+NVaID6U2l+/1FqfP9Pa3v/TWx5/0xsef9MbHn/TGx5/0xsef9M/14M&#10;AP9sAQDmegAA1oYAAMuPAgDElwQAvp0EALiiDgCxoyEBqaIyB6GfPxGZnEobkplTJYuWXC2Fk2M1&#10;f5FrO3qOc0F1jHxGcIqFS2uIkU9nh51SZIasVGKGv1VhhuFUYYb5UmOE/1Blgf9PZn//TWd+/0xn&#10;fv9MZ37/TGd+/0xnfv9M/2EKAP9vAADgfgAA0IkAAMaTAQC/mwMAuKECALGmCwCqqB4Bo6cvBZul&#10;PQ+UokgZjJ9RIoWcWSt/mmEyeZhpOXSVcT9vk3lEapKDSGWQjkxhj5tPXo6qUluOvVJajt5SW434&#10;UFyL/09eiP9OYIX/TGGD/0thg/9LYYP/S2GD/0thg/9L/2QFAPV0AADaggAAy44AAMGXAAC4ngEA&#10;saUAAKmrBwCjrRoAnKwsBJWrOgyNqEUWhqZPH3+kVyh5ol8vc6BmNW2ebjtonHdAY5qBRV+ZjElb&#10;mJlMV5eoTlWXu09Ul9xOVJb2TlWU/01YkP9MWY3/S1uK/0pbiv9KW4r/SluK/0pbiv9K/2gAAOV5&#10;AADRhwAAxZIAALucAACxogAAqakAAKGxAgCbsxUAlbMoAo6yNgmGsEISf65MG3isVCNyqlwqbKhk&#10;MWenbDZipXU7XaR/QFmjikNVopdHUaGnSU+hukpOotlJTqD1SU6f/0lQmf9JUpb/SFSS/0dUkv9H&#10;VJL/R1SS/0dUkv9H/24AAN5/AADKjQAAvpgAALOgAACqpwAAoa4AAJe2AACRuhAAjLojAYW5MgZ+&#10;uD4Od7ZJF3G1Uh5rs1olZbJiK2CxajBbsHM1V699OVOuiT1PrZZATK2lQkqtuUNJrthCSKv1Q0eq&#10;/0RJpf9ES6D/RE2c/0RNnP9ETZz/RE2c/0RNnP9E6nUAANKGAADDkwAAt50AAKykAACiqwAAmLMA&#10;AI67AQCFwQwAgcIdAHvCLQN1wToJb8BFEWm/TxhjvlceXr1fI1m8aChVu3EtUbt7ME26hzRKupU3&#10;R7qlOUW6uDpEutc5Q7j1O0K2/z1Cs/8+RK7/PkWp/z5Fqf8+Ran/PkWp/z5Fqf8+4H0AAMmNAAC7&#10;mgAArqIAAKOpAACYsQAAjrkAAITBAgB5yQcAdMsUAHDMJgFryzUFZctACmDKSxBbylQWV8ldGlLJ&#10;ZR9OyG8jS8h6JkfIhilEyJQsQsikLkDIuC8/ydcvP8f1MD3E/zM7w/81PL7/Nj24/zc9uP83Pbj/&#10;Nz24/zc9uP830YYAAMCVAACynwAApacAAJqvAACOtwAAg78AAHjHAwBuzwcAZdcNAGPYHQBg2C0C&#10;W9g6BFfYRglT2FANT9hZEUvXYhVH12wYRNd3G0HXhB4+2JMgPNijITvZtyI62tUiOtbyIzfU/yc2&#10;0v8pNNH/KzbK/y02yv8tNsr/LTbK/y02yv8txZAAALadAACopQAAnK0AAI+2AACDvgAAd8cAAGzP&#10;AgBi1gcAWuQOAFjkHABU5CkBUOQ1A0zlPwVI5UkHReVTCkLmXA0/5mYPPOZxEjrnfhQ354wWNeec&#10;FzPorhky6cYZMujqGTHl/hkv5P8cLuT/Hi3i/yAt4v8gLeL/IC3i/yAt4v8gupoAAKqjAACdqwAA&#10;kLQAAIO9AAB3xgAAa88AAF/WAABU3gQAUfAQAE3wGwBK8CYBRvEwAkLyOgM+8kMEO/NLBTjzVAc2&#10;9F0IM/RoCTD1dAsu9YEMLPaRDir2og8o97cQJ/jWESf29BEm8/8RJvH/ESXx/xMl8f8TJfH/EyXx&#10;/xMl8f8TraEAAKCpAACSswAAhLwAAHbGAABpzwAAXdgAAFHfAABJ7gQARvwOAEL9FwA+/iEAO/4q&#10;ATf/MwI0/zoCMP9CAy3/SgMr/1MEKP9cBSX/ZgUi/3MGIP+DBx//lAgd/6YIHP+8CBv/4gka//kJ&#10;Gv//CRn//wkZ//8JGf//CRn//wkZ//8JoqcAAJOxAACFuwAAdsYAAGnQAABb2gAATuAAAEPlAAA+&#10;+wEAOv8MADb/EwAy/xsAL/8jACv/KgEo/zEBJP83ASH/PwIf/0YCHP9OAhn/WAMW/2MDE/9wAxL/&#10;gQQR/5MEEP+nBA//vQUO/+AFDv/2BQ7//wUO//8FDv//BQ7//wUO//8Fla8AAIa6AAB3xQAAaNAA&#10;AFrbAABM4QAAQOcAADfzAAAy/wAALv8HACr/DgAm/xMAI/8aAB//IAAb/yYAGP8rARX/MgES/zgB&#10;EP9AAQ7/SAEM/1IBCf9dAgb/awIE/30CAv+QAgH/owIA/7YCAP/NAwD/7AMA/+wDAP/sAwD/7AMA&#10;/+wDiLkAAHjEAABp0AAAW90AAEvjAAA+6QAAMu4AACv/AAAm/wAAIf8AAB3/CAAa/w0AFv8RABP/&#10;FgAQ/xoADv8fAAv/JAAJ/yoABv8wAAL/NwEA/0ABAP9KAQD/VgEA/2QBAP91AQD/iAEA/5oBAP+q&#10;AQD/uwEA/7sBAP+7AQD/uwEA/7sB/y8rAf8rMgL/LzEC/zA0Av8vOQP/K0ED/ydMBP8jWAX/IWYG&#10;/yB0B/8eggn/Ho4L/x6YDP8eoQ3/HqkO/x6wD/8duA//HcEQ/x3LEP8d2xH/HegR/x3yEf8d/BH/&#10;Hv8R/x7/EP8e/xD/H/8R/x//Ev8h/xP/Iv8T/yL/E/8i/xP/Iv8T/y8rAf8uMAL/Mi8C/zMxAv8y&#10;NgP/Lz4D/ytJBf8pVgb/J2MH/yVxCP8kfgv/I4oM/yOVDv8ing//IqYQ/yKtEf8itRH/Ir0S/yLH&#10;Ev8i1BP/IuUT/yLwE/8i+hP/Iv8T/yP/Ev8j/xL/I/8U/yT/Ff4m/xb8J/8W/Cf/Fvwn/xb8J/8W&#10;/zAqAf8xLQL/NSsC/zctAv82MgP/NDoD/zJFBf8vUgb/LWAH/yxtCv8qegz/KYYO/yiREP8omhH/&#10;KKIS/yeqE/8nsRT/J7kU/yfDFf8nzxX/J+EV/yftFf8n+BX/KP8V/yj/Ff8o/xb/J/8X/Cn/GPYr&#10;/xn0LP8Z9Cz/GfQs/xn0LP8Z/zEpAf80KQH/OSgC/zsqAv88LgL/OjYD/zlCBf83Twb/NVwI/zNp&#10;C/8xdg7/MIIQ/y+NEv8ulhT/Lp4V/y2mFv8trRb/LbUX/y2+GP8tyhj/LdwY/y3qGP8t9Rj9Lv8Y&#10;+i7/GPkt/xr5Lf8c8y//HO0x/x3qMv8d6jL/Heoy/x3qMv8d/zMpAf84JgH/PSQB/0AlAv9BKQL/&#10;QjMD/0E+Bf8/Sgb/PVcJ/ztkDP85cA//N30S/zaIFP81kRb/NZoX/zSiGf80qRn/M7Ea/zO6G/8z&#10;xRv9M9Mb+jPmG/c08xvzNf4b8TT/HfAz/x/uM/8g5zb/IeE3/yHeOP8h3jj/Id44/yHeOP8h/zUn&#10;Af89IgH/QiAB/0YgAf9IJQL/Si8D/0k6BP9HRgb/RVIJ/0NfDf9BaxH/P3cU/z2CF/48jBn8PJUa&#10;+zudHPk7pR34Oq0e9jq2HvU6wB/zOs4f8DrjH+s78R/oOv0h5jr/I+Q6/yXhOv8l2Dz/JtA9/ybN&#10;Pv8mzT7/Js0+/ybNPv8m/zkkAf9BHgH/RxsB/0sbAf9PIgH/USsC/1E2BP9PQQb/TE0J/0taDvxJ&#10;ZhL4R3IW9UV9GfNDhxvxQpEd70KZH+1BoSDsQakh6kCyIuhAvCLnQMoj5EHfI+BB7yTcQPwn2ED/&#10;KdQ//yrPQP8qx0L/KsJD/yrAQ/8qwEP/KsBD/yrAQ/8q/zwgAf9FGgH/SxcB/1EXAf9WHwH/WCcC&#10;/1gxA/9XPAX8VUgJ9lJUDvJQYRPuTm0X6kx4G+dKgh7lSYwg4kiVIuBHnSTeR6Ul3EauJtpFuSfY&#10;RcYo1EXcKc9G7irLRfstyEX/LsVF/y/ARv8vukj/L7VJ/y60Sf8utEn/LrRJ/y60Sf8u/0AdAf9J&#10;FgH/UBMB/1YUAP9cGwH/XyMB/2AsAvpfNwTzXUII7VpPDedYXBPiVmgY3lNyHNpRfSDWT4Yk0k6P&#10;J9BNmCnNTKAry0upLclKsy7HSr8vxUrQMMJL6DC9S/gyukr/M7hL/zOzTP8zrk3/M6pO/zKpTv8y&#10;qU7/MqlO/zKpTv8y/0MaAf9MEwD/VBAA/1wSAP9hFwD/ZR4B+2YnAfJmMQPqZT0G42NKC9xgVxLV&#10;XWIZ0FptH8xXdyPIVYAnxVSJK8JSki7AUZowvlCjMrtPrTS5T7k1t0/INrRP4jaxT/Q3rlD/OKxQ&#10;/zinUf83o1L/NqBT/zWfU/81n1P/NZ9T/zWfU/81/0YXAf9QEQD/WA0A/2AQAP9mEwD/ahkA9Gwh&#10;AeptKwLhbDcE2WpFCtBnUhLKY14axWBoIMFecia9XHsqulqELrdYjDG0V5U0sVWeNq9UqDitVLM6&#10;qlPCO6hT2julVPA8olX/PKFV/zudVv86mlf/OZdX/ziXV/83l1f/N5dX/zeXV/83/0kUAP9TDgD/&#10;XAwA/2UNAP9rDwD6bxMA7HIZAOJ0IwHYczIDznFCCcdtTxLBaloau2dkIbdkbSezYnYsr19/MKxe&#10;hzSpXJA3p1uZOqRZozyhWa4+n1i9P51Y0UCaWew/mFn+P5da/z6UW/88kVv/O49b/zqPW/86j1v/&#10;Oo9b/zqPW/86/0wSAP9WDQD/YAkA/2gKAPpvDADzcw4A5XcRANp5GwDPeS4Cx3c+Cb90SxG5cFYa&#10;s21gIa9qaSiqZ3Itp2V6MqNjgzagYYw5nWCVPJpenz+XXapBlV24QpNdy0OQXehDj178QY5f/0CL&#10;X/8+il//PYhf/zyIX/87iF//O4hf/zuIX/87/04RAP9YCgD/YwcA+mwGAOdzBgDdeAgA2nsLANF+&#10;FwDIfisCwHw7CLl5SBGydlMZrHJdIadvZiijbW4un2p3M5tofzeYZog7lWWRPpFjm0GOYqdDjGG0&#10;RYlhx0WIYuVFhmL6Q4Zj/0KEY/9Ag2P/PoJj/z2CY/88gmP/PIJj/zyCY/88/1APAP9bBwD/ZgMA&#10;7G8CANx2AwDUfAcA0YAJAMqCFADCgygCuoE5B7N+RhCse1EZpndaIaF0YyiccmsumG9zM5RtfDeR&#10;a4Q7jWqOP4pomEKGZ6NEhGaxRoFmw0d/ZuFHf2f4RX5o/0N+aP9BfWf/P3xn/z58Z/89fGf/PXxn&#10;/z18Z/89/1IOAP9dAwD9aQAA4XIAANZ6AgDOfwUAyoMIAMWGEgC8hyYBtYY2Bq6DQw+ngE4YoXxY&#10;IJt5YCeWd2ktknRwM45yeTeKcIE8hm6LP4NtlUN/bKFFfGuuR3prv0h4a91IeGz2Rnhs/0R3bP9C&#10;d2v/QHdq/z93av8+d2r/Pndq/z53av8+/1QMAP9fAADybAAA3XYAANB9AgDJgwQAxIcGAL+KEAC3&#10;jCMBsIo0BamIQQ6ihUwXnIFVH5Z/XiaRfGYtjHluMoh3djeEdX87gHSIP3xykkN4cZ5GdXCsSHNv&#10;vUlxcNlJcXD0R3Fx/0RycP9Ccm//QXJu/z9ybv8+cm7/PnJu/z5ybv8+/1YKAP9iAADmbwAA13kA&#10;AMyBAQDFhwMAv4sEALmODgCykCABq48xBaSMPw2dikoWlodTHpGEXCWLgWQshn9rMYJ9czZ+e3w7&#10;enmGP3Z3kEJydpxFb3WpSGx1uklrddRJa3XyR2t1/0Vsdf9DbXP/QW1y/z9tcv8/bXL/P21y/z9t&#10;cv8//1kHAP9lAADicgAA0XwAAMeEAADAigIAuY8CALOSDACslB0AppMvBJ6RPAuYj0gUkYxRHIuJ&#10;WiSGh2IqgYVpMHyCcTV4gXo6dH+DPnB9jkJsfJpFaXunR2Z6uEhke9BIZHvwR2V7/0Rmev9DZ3j/&#10;QWh2/z9odv8/aHb/P2h2/z9odv8//1sEAPdpAADddgAAzYAAAMOIAAC7jgAAtJMBAK2XCQCnmBoA&#10;oJgsA5mWOgqSlEUSjJJPGoaPVyKAjV8oe4tnLnaJbzNyh3c4bYWBPGmEi0BmgpdDYoGlRmCBtkde&#10;gc1HXoHvRl+B/0Rgf/9CYX3/QWJ7/z9jev8/Y3r/P2N6/z9jev8//14AAOltAADWeQAAyIQAAL6M&#10;AAC2kwAArpcAAKabBACgnRcAmp0pApOcNwiMmkMQhphNGICWVR96lF0mdZJlLHCQbDFsjnU2Z41+&#10;OmOLiT5fipVBXImjRFqJtEVYictFWIjtRFiI/0NZhv9BW4P/QF2B/z5dgP8+XYD/Pl2A/z5dgP8+&#10;/2IAAORxAADPfgAAw4gAALmRAACwlwAAp5sAAJ6hAACYoxMAk6MlAY2iNAaGoUANgJ9KFXmdUxx0&#10;m1ojb5liKGqYai5mlnIyYZV8N12UhjpZkpM+VpKhQFORskFSkslCUpHrQVKQ/0BSj/8/VYv/PlaI&#10;/z1Xh/89V4f/PVeH/z1Xh/89+WcAAN12AADJgwAAvY0AALOVAACpmwAAoKAAAJanAACPqQ8Ai6oh&#10;AYWpMAR/qDwKeKdHEnOlUBhto1geaKJgJGShZylfoHAuW555MledhDZTnJE5UJyfO06bsD1MnMc9&#10;TJvqPEyZ/zxMmP88TZX/PE+R/ztQj/87UI//O1CP/ztQj/87620AANN8AADDiQAAt5MAAKyaAACi&#10;nwAAmaUAAI6rAACFsAsAgbEbAHyxKwJ3sDgHca9DDWuuTRRmrVUZYaxdHl2rZSNZqm4nVal3K1Go&#10;gi9Np48ySqeeNUinrzZHp8Y2RqbpNkWk/jdFo/83RqD/N0ic/zdJmv83SZr/N0ma/zdJmv834nQA&#10;AMqDAAC8jwAAsJgAAKWeAACbpAAAkKsAAIWxAAB6uAQAdrkUAHK5JQFtuTMEaLg/CGO4SQ5et1IT&#10;WrZaGFa2YhxStWsgTrR1JEu0gCdIs44qRbOdLEKzri1Bs8UuQbPpLUCw/i8/r/8xPq3/MkCo/zJB&#10;pv8yQab/MkGm/zJBpv8y1XwAAMKKAAC1lgAAqJ0AAJ2jAACSqgAAh7EAAHy3AABwvgMAaMIOAGbD&#10;HQBjwy0BXsM5BFrDRAhWwk4MUsJXEE/BXxRLwWkXSMFzGkXAfh1CwIwgP8CbIj3ArSM8wcQjPMDp&#10;Izq+/iY4vP8oN7v/KTi4/yo4tv8rOLb/Kzi2/ys4tv8ryYUAALmTAACsnAAAoKIAAJSqAACIsQAA&#10;fLgAAHG+AABmxQMAW8sIAFfNEwBWziMAU84yAVDOPgNNz0gFSc9SCEbPWwtDz2UOQM9vED7PexM7&#10;z4kVOc+ZFzfPqxg20MMYNs/oGDTN+xsyy/8dMcr/HzDJ/yEvyP8hL8j/IS/I/yEvyP8hvo8AAK+a&#10;AACioQAAlqkAAIqwAAB9uAAAcb8AAGbGAABbzAIAUNIHAEfaDABG3BgARdwnAETdNQFB3UACP95L&#10;Az3eVQQ6318GON9pBzXfdgkz4IQLMeCUDC/hpg0u4bwOLeLgDi3e+A8r3f8SKtz/FCna/xYo2v8W&#10;KNr/Fija/xYo2v8Ws5gAAKWgAACZpwAAi7AAAH64AABxwAAAZcgAAFnOAABO0wAARNsEAD/pDQA9&#10;6RcAO+ojADnqLgA26zgBNOtCATHsSwIv7VUDLe1fAyruawQo7ngFJu+IBiXvmgcj8K4HIvHIByLw&#10;7Qch7P8HIev/CCDr/wof6v8LH+r/Cx/q/wsf6v8LqJ8AAJumAACNrwAAf7gAAHHBAABkygAAWNAA&#10;AEzWAABB3QAAOOQAADX2DAAz9xQAMPceAC74JwAr+TAAKPk4ASb6QAEj+0kBIftSAR78XQIc/WkC&#10;Gv15Axj+iwMX/54DFf+zBBT/0wQU/vQEE/z/AxP6/wMT+f8DE/n/AxP5/wMT+f8DnaUAAI+uAACA&#10;uAAAcsIAAGTLAABW0wAASdoAAD7fAAA05AAALvQAACv/CgAo/xAAJf8XACL/HwAf/yYAHP8tABn/&#10;NAAX/zwAFP9EARL/TgEQ/1kBDv9nAQz/dwEL/4oCCv+fAgn/tQII/9UCB//0Agf//wIH//8CB///&#10;Agf//wIH//8Cka0AAIK4AABzwgAAZMwAAFbVAABI3QAAO+IAADDnAAAn7gAAI/8AACD/BAAc/wwA&#10;Gf8RABb/FgAT/xsAEf8hAA7/JwAN/y4ACv82AAf/PgAE/0gAAP9UAAD/YgEA/3MBAP+HAQD/nQEA&#10;/7IBAP/KAQD/6gEA//MBAP/zAQD/8wEA//MBhLcAAHTBAABlzAAAVtgAAEffAAA55QAALeoAACPu&#10;AAAc/QAAGP8AABX/AAAR/wQAD/8LAA3/DgAJ/xEABv8VAAP/GgAA/yAAAP8mAAD/LgAA/zcAAP9B&#10;AAD/TQAA/1wAAP9tAAD/ggAA/5YAAP+oAAD/ugAA/8MAAP/DAAD/wwAA/8MA/yQvAf8lLwH/KC8B&#10;/ycxAf8kNgL/ID4C/xpJA/8XVgP/FWQD/xNyBP8SfwT/EooE/xKUBP8SnQX/EqQF/xKsBv8Sswb/&#10;EroG/xLDBv8Tzgf/E98H/xPrB/8T9gf/E/8H/xP/Bv8T/wb/FP8H/xT/CP8T/wj/Ff8J/xX/Cf8V&#10;/wn/Ff8J/yUuAf8pLQH/KywB/ysuAf8pMwL/JDsC/x9GA/8dUwP/G2EE/xluBP8XewT/F4cF/xeR&#10;Bf8Xmgb/F6EG/xepB/8XsAf/F7cI/xfACP8Yygj/GNsI/xjoCP8Y9Aj/GP0I/xn/CP8Z/wj/Gf8J&#10;/xn/Cv8Y/wv/Gv8L/xr/C/8a/wv/Gv8L/yYtAf8sKQH/LigB/y8qAf8tLwL/KTcC/ydDA/8kUAP/&#10;Il0E/yBqBf8edwX/HoMG/x6NB/8elgf/Hp4I/x6lCf8erAn/HrMJ/x68Cv8exgr/HtMK/x7lCv8e&#10;8Qr/H/wK/h//Cv0f/wv8H/8M/B7/Dfwf/w73If8O9yH/Dvch/w73If8O/yoqAf8vJgH/MiQB/zMl&#10;Af8yKgH/MTQC/y8/A/8tTAP/KlkE/yhmBf8mcgb/JX4H/yWJCP8lkgn/JZoK/yWhC/8lqAv/JLAM&#10;/yS4DP8lwQz/Jc4N/yXhDfwl7w35JvoM9ib/DfUm/w/0Jf8Q9CX/EfIm/xLtJ/8S7Sf/Eu0n/xLt&#10;J/8S/y4mAf80IgH/NyAB/zkhAf84JQH/OS8C/zg7Av81RwP/M1QF/zFhBv8vbQf/LnkJ/y2ECv8t&#10;jQz/LJYN/yydDf8spQ79LKwP/Cy0D/ssvQ/5LMkQ9izdEPMt7A/vLfgP7S3/Euss/xTqLP8V6Sz/&#10;FuUt/xbgLv8W4C7/FuAu/xbgLv8W/zIjAf84HQH/PBsB/z4bAf9AIgH/QSsB/0A2Av8+QgP/PE8F&#10;/zlcBv84aAj9NnML+zV+DPg1iA73NJEP9TSZEPM0oBHyM6gS8DOwEu8zuRPuM8UT6zTXE+c06hLj&#10;NPcU4TT/F94z/xncM/8a2zP/GtQ0/xrONf8azjX/Gs41/xrONf8a/zYfAf88GQH/QRYA/0QWAP9H&#10;HgH/SScB/0gyAv9GPQP/REkF+kJWB/ZAYgnyP24M7z15D+08gxDqPIwS6DuUE+c7nBTlO6QV4zqt&#10;FeI6thbgO8IW3zvSFto76BfUOvYa0Dr/HM06/x7LOv8eyjr/H8Q7/x/APP8ewDz/HsA8/x7APP8e&#10;/zkbAf9AFQD/RREA/0oTAP9OGQD/UCIB/1AsAf1ONwL2S0ME8ElQB+tIXQrnRmkN40V0EOBEfhPd&#10;Q4cV20KQF9hBmBjVQKAZ00CpG9FAshzPQL0dzUDMHcpB5B7GQPQgwkD/Ir9A/yO9QP8ju0D/I7ZB&#10;/yOzQv8is0L/IrNC/yKzQv8i/z0XAP9EEQD/Sg4A/1AQAP9UFQD/Vh0A/VYmAfNVMQHrUz0D5VJL&#10;Bt9QWAraTmMO1ExuE9BKeBbNSYEZy0iKG8hHkh3GR5ofxEajIcJGrCLARbcjvkXFJLxF3CS4RvAl&#10;tUb/J7JG/yewRv8nrkb/J6pH/yanSP8mp0j/JqdI/yanSP8m/0AUAP9IDgD/TgsA/1UOAP9ZEQD/&#10;XBYA9F0fAOpcKgHiWzcC2lpGBdJXUwvMVV4QyFNoFcRRchnBUHscvk+EH7xNjCK5TZUkt0ydJrVL&#10;pyezS7EpsUq/Kq9K0SqsS+srqUv8LKZL/yylTP8ro0z/Kp9N/yqdTf8pnU3/KZ1N/ymdTf8p/0MR&#10;AP9LDAD/UwgA/1oLAP9eDQD5YBAA62EWAOFiIQDWYjEBzmFBBcdfTgvCXFkRvVpkF7lYbRu2VnYf&#10;s1V+IrBThyWuUo8oq1GYKqlQoiynUKwtpU+5L6NPyy+gUOYvnlD5MJxQ/y+aUf8umFH/LZZS/yyU&#10;Uv8rlFL/K5RS/yuUUv8r/0YQAP9OCQD/VgUA/l4GAO9iBwDnZQoA5GYOANZnGQDNaC0BxWc9Bb9l&#10;Sgu5Y1UStGBfF7BeaRysXHEhqVp6JKZZgiikWIsroVaULZ9VnS+cVagxmlS0M5hUxTOWVOE0k1X2&#10;M5JV/zKRVv8xj1b/MI1W/y6MV/8tjFf/LYxX/y2MV/8t/0kOAP9RBQD/WgEA7mIAAN9nAwDYagYA&#10;1WsKAM1tFQDFbikBvm05BLdrRwuxaFIRrGZcGKhkZR2kYm0ioWB1Jp5efimbXYYtmFyPL5VamTKT&#10;WaQ0kFmwNo5ZwDaMWds3ilnzNola/zSIW/8zh1v/MYZb/zCFW/8vhVv/L4Vb/y+FW/8v/0sMAP9U&#10;AAD7XgAA4mUAANhrAQDPbgUAzHAIAMZyEgC+cyYBt3M2BLFwRAqrbk8RpmtZGKFpYR2dZ2oimWVy&#10;J5ZjeiqTYoMukGCMMY1flTSKXqA2h16tOIVdvDmDXdQ5gl7wOIFf/zaAX/80gF//M39f/zF+X/8w&#10;fl//MH5f/zB+X/8w/00JAP9WAADuYQAA3WkAANFvAADKcwMAxXUGAMB2EAC4eCMAsXgzA6t2QQml&#10;c0wQn3BWF5tuXx2WbGcik2pvJ49odyuMZ38viWWIMoVkkjWCY503gGKqOX1iuTp7Ys87emLuOXpj&#10;/zh6Y/82eWP/NHlj/zJ5Yv8xeWL/MXli/zF5Yv8x/08HAP9ZAADmZAAA12wAAMxzAADEdwIAv3kE&#10;ALl6DgCyfCAArHwxA6V6PgmfeEoQmnVTF5VzXB2RcWQijW9sJ4ltdCuFbHwvgmqFMn9pjzV8aJs4&#10;eWenOnZmtjt0Zsw8c2frO3Nn/zhzaP82c2j/NXNn/zNzZv8yc2b/MnNm/zJzZv8y/1EEAP9cAADi&#10;ZwAA0nAAAMd2AADAegAAun0CALR/DACtgR0Ap4EuAqB/PAiafUcPlXpRFpB4WhyLdmIhh3RpJoNy&#10;cSt/cXovfG+DMnhujTV1bZg4cmylO3BrtDxua8k8bWvpO21s/jltbP83bmz/NW5r/zRuav8ybmr/&#10;Mm5q/zJuav8y/1MAAPRfAADeagAAzXMAAMN6AAC7fgAAtYEAAK6DCQCohRoAooUrApuEOgeVgkUO&#10;kH9PFYp9WBuGe18ggXlnJX13byp6dncudnSAMnNzizVvcpY4bHGjOmlwsjxocMY8Z3DnO2dx/Dlo&#10;cf83aHD/NWlv/zRpbv8zaW7/M2lu/zNpbv8z/1YAAOtiAADYbgAAyXYAAL99AAC3ggAAsIUAAKiH&#10;BgCiiRcAnIopAZaJNwaQh0MMi4VNE4WCVRmAgF0ffH9lJHh9bSl0e3UtcHp+MW15iDRpd5Q3Znah&#10;OmN2sDthdsQ8YXblO2F2+zlidv83Y3X/NWNz/zRkcv8zZHL/M2Ry/zNkcv8z/1gAAOZmAADScQAA&#10;xXoAALuBAACyhwAAq4oAAKKMAgCcjhQAl48mAZGONAWLjEALhYpKEYCIUxh7hlsddoVjInKDaidu&#10;gnIraoB7L2d/hjNjfpE2YH2eOV18rjpbfME7W3zjOlt8+jhce/83XXv/NV55/zRfd/8zX3f/M193&#10;/zNfd/8z/lwAAOFqAADNdQAAwH4AALaGAACuiwAApY4AAJuRAACVkxEAkJQiAYuTMQOFkj0Jf5FI&#10;D3qPURZ1jVkbcYxgIGyKaCVoiXApZId5LWGGgzFdhY80WoScNleDrDhVg785VYPhOFWC+TdWgv81&#10;VoH/NFh//zNZff8yWX3/Mll9/zJZff8y72AAANtuAADHegAAu4MAALKLAACokAAAn5MAAJSWAACN&#10;mQ4AiZoeAISaLgJ+mToHeZdFDXSWThNvlVYYapNeHWaSZSFikW0mXo92KluOgS1XjY0wVIyaM1GM&#10;qjVPjL01T4zeNU+L9zRPiv8zUIn/MlGG/zFShP8xUoT/MVKE/zFShP8x6mUAANJzAADCfwAAtogA&#10;AKyQAACilAAAmJgAAIycAACEnwoAgKAZAHyhKQF3oDYFcp9BCm2eSw9onVMUZJxbGWCbYx1cmmsh&#10;WJl0JVWYfilRl4osTpaYLkuWqDBKlrwxSZbcMEmU9jBJk/8wSZL/MEqQ/y9Ljf8vS43/L0uN/y9L&#10;jf8v4msAAMp5AAC8hQAAsY8AAKaUAACbmQAAkZ0AAIaiAAB6pgMAdqcTAHOoJABuqDIDaqg9BmWn&#10;RwthplAPXaVYFFmkYBhVo2gcUqNxH06ifCNLoYgmSKGWKEWgpipEoborQ6HaKkOf9StCnf8rQpz/&#10;LEKb/yxEl/8rRJf/K0SX/ytEl/8r13IAAMOAAAC2jAAAqpQAAJ+ZAACUngAAiaMAAH6oAABwrgAA&#10;arAOAGixHQBlsSwBYbE4A12wQwZZsEwKVa9UDlKvXRFOrmUVS65vGEiteRtFrYYeQqyVID+spSI+&#10;rbkjPa3YIj2r9SM8qf8lO6f/Jjum/yY7pP8mO6T/Jjuk/yY7pP8mzHoAALuIAACukgAAopkAAJee&#10;AACMpAAAgKoAAHWvAABptAAAXrkGAFu6FABZuyQAVrsxAVO7PQNQu0cFTbtQB0q6WQpHumINRLps&#10;EEG6dxM+uYQVPLmTFzm5oxg4ubcZN7rWGTe49Bo1tv8cNLT/HjOz/x8zsv8gM7L/IDOy/yAzsv8g&#10;wYMAALSRAACmmAAAm54AAI+lAACCqwAAdrEAAGu2AABfvAAAVMEDAEzFDQBLxRkAScYoAEjGNQBF&#10;x0ABQ8dKA0DHUwQ+x10GO8dnCDnHcwo3x4AMNMeQDTLHoQ4xyLUPMMjTDzDG9BAuxP8TLcL/FSzB&#10;/xYrwP8XK8D/FyvA/xcrwP8XuI0AAKqXAACengAAkaUAAISsAAB4sgAAa7kAAGC/AABUwwAASsgC&#10;AEDNBwA60g4AOdIbADjTKAA30zUANtRAADTVSwEz1VUBMdZgAi/WbAMt13oEK9iLBSrYnQUo2bEG&#10;J9rNBifX7wYm1P8JJdL/CyTR/wwj0P8NI9D/DSPQ/w0j0P8NrpYAAKCdAACUpAAAhqwAAHm0AABs&#10;uwAAYMIAAFTGAABIywAAPtAAADXVBAAt3QoALOETACviHwAp4yoAKOQ1ACfkPwAm5UoAJOZVACPm&#10;YQEh524BIOd+Ah7okAId6aQCG+m8Ahrq4gIa5vwCGeX/Axnk/wQY4/8FGOP/BRjj/wUY4/8Fo50A&#10;AJakAACIrAAAerUAAGy9AABfxAAAU8oAAEfOAAA80wAAMtoAACrfAAAl7gkAI/ARACHxGQAf8SIA&#10;HfIrABvzNAAZ9D4AF/RIABX1UgAT9l8AEvZuARH3gAEQ+JQBD/mqAQ75xgEO+e0BDfb/AQ30/wEN&#10;8/8BDfP/AQ3z/wEN8/8BmaMAAIusAAB8tQAAbb4AAF/GAABSzQAARdIAADnYAAAv3gAAJuIAAB/q&#10;AAAc+wYAGf8OABf/EwAU/xoAEv8hABD/KAAO/zAADf85AAv/QwAJ/04ABv9cAAT/bAAC/4AAAf+W&#10;AAD/rQAA/8oAAP/wAAD//wAA//8AAP//AAD//wAA//8AjasAAH21AABuvwAAYMgAAFLQAABD1wAA&#10;N90AACviAAAi5gAAGeoAABX5AAAS/wAAEP8IAA7/DgAM/xEACf8WAAb/HAAD/yIAAP8qAAD/MwAA&#10;/z0AAP9JAAD/VwAA/2kAAP9+AAD/lQAA/6wAAP/HAAD/6AAA//oAAP/6AAD/+gAA//oAgLUAAHC/&#10;AABhyQAAUtMAAEPbAAA14QAAKeYAAB7qAAAV7gAAEPgAAA7/AAAL/wAACP8AAAT/BgAA/woAAP8O&#10;AAD/EQAA/xUAAP8bAAD/IwAA/ysAAP82AAD/QwAA/1MAAP9lAAD/egAA/5EAAP+mAAD/uAAA/88A&#10;AP/PAAD/zwAA/88A/xwvAf8gLAH/ISwB/x4uAf8aMwH/FDwB/w9GAf8NVAL/C2EC/wlvAv8JewL/&#10;CYYC/wmQAv8JmQL/CaAC/wmnAv8JrQL/CbQC/wm8Af8JxQH/CdEC/wnjAv8J7wL/CfkB/wr/Af8K&#10;/wH/Cv8C/wr/Av8K/wL/C/8D/wv/A/8L/wP/C/8D/x8tAf8jKQH/JCkB/yIrAf8eMAH/GDgB/xRD&#10;Af8RUAL/EF4C/w5rAv8OdwL/DoMC/w6NAv8OlQL/Dp0C/w6kAv8OqgL/DrEC/w65Av8OwQL/Ds0C&#10;/w7fAv8O7AL/DvgC/w7/Av8O/wL/D/8D/w//A/8P/wT/EP8E/xD/BP8Q/wT/EP8E/yMqAf8mJgH/&#10;KCUB/ycnAf8jKwH/HjMB/xtAAf8ZTQL/FloC/xRnAv8TcwL/E34C/xOJA/8TkQP/E5kD/xOgAv8T&#10;pwP/E64D/xO1A/8TvgP/E8kD/xPaA/8U6QP+FPYD+xT/A/kV/wP5Ff8E+BX/BfgV/wb4Ff8G+BX/&#10;BvgV/wb4Ff8G/yYmAf8qIgH/LCAA/ysiAf8oJgH/JzAB/yQ8Af8iSQL/H1UC/x1iAv8bbgP/G3oD&#10;/xqEA/8ajQP/GpUD/xqcBP8aowT/G6oE/xuyBP8bugT/G8UE/BvTBPkb5wT1HPQE8hz/BfEc/wbw&#10;HP8H7x3/CO8d/wnvHP8J7hz/Ce4c/wnuHP8J/yoiAf8uHQD/MBsA/zAcAP8wIgD/MCwB/y43Af8r&#10;RAL/KFEC/yZdA/8kaQP/I3UE/yN/BP4jiAT9I5EF+yOYBfojoAX4I6cG9yOuBvUjtwb0I8EG8iTP&#10;Bu4k5AbqJfIG6CX+COYk/wrkJf8L4yX/DOMk/wziJP8M4ST/DeEk/w3hJP8N/y4eAP8zGAD/NRYA&#10;/zUVAP84HQD/OCcB/zczAf80PwH/MksC/y9YA/suZAT4LW8E9Sx6BfMsgwbxLIwG7yyUB+0snAjs&#10;LKMI6iyrCOksswjnLL4J5izMCeIt4gjeLfEK2yz+DNYt/w7ULP8P0iz/ENEs/xDPLP8Qzi3/EM4t&#10;/xDOLf8Q/zIZAP83FAD/OhEA/zwSAP8/GQD/QCIA/z4tAf88OQH6OkUC9DhSA/A3XgTsNmoF6TV0&#10;BuY1fgjkNIcI4jSQCeA0mAreNJ8K3DOnC9ozsAzYM7sM1TPJDdI03w3ONPAPyjT9Esc0/xPFNP8U&#10;wzT/FcMz/xXANP8VvzT/FL80/xS/NP8U/zYVAP87EAD/Pg0A/0MPAP9GFAD/RhwA/0YmAPZEMgHv&#10;Qj8B6UBMA+Q/WQTfPmQG2z1vCNg8eQrUPIIM0TuLDc87kw/NOpoQyzqiEck6qxLIOrUTxjrCE8Q6&#10;1RTAO+sVvDr7F7k6/xi3Ov8Ztjr/GbU6/xiyO/8YsTv/GLE7/xixO/8Y/zkSAP8/DQD/QwkA/0gM&#10;AP9LEAD/TBUA9UwfAOtKKgDkSTcB3UlGAtVHUwTQRl8IzEVpC8lEcw3GQ3wQw0KEEsFCjBO/QZUV&#10;vUGdFrtAphe6QLAYuEC8GbZAzBqzQeYar0H3HK1B/x2rQf8dqUH/HKlB/xymQf8bpUH/G6VB/xul&#10;Qf8b/z0QAP9CCQD/SAUA/00IAP9QCwD5UQ8A61AVAOFPIADYUDEAz1BBAslPTgXETloJwExkDb1L&#10;bRC6SnYTt0l+FbVIhxezR48ZsUeXG69GoBytRqoeq0W2H6lFxh+nRuAgpEb0IKFG/yGfR/8gnkf/&#10;IJ5H/x+bR/8emkf/HppH/x6aR/8e/0ANAP9GBAD/TAAA+FICAOhVBADhVQgA4lUNANVVGQDMVywA&#10;xVc8Ar9WSga6VVUKtlNfDrJSaBKvUHEVrE95GKpOgRqoTYodpUySH6NMnCChS6Yin0uxI51LwCSb&#10;S9glmUvwJZZM/ySVTP8klEz/I5NM/yKRTf8hkU3/IZFN/yGRTf8h/0IKAP9JAAD/UQAA5lcAAN1b&#10;AQDVXAUA0lsJAMtcFADDXigAvF44ArZdRgaxW1EKrVlbD6lYZBOmVmwXo1V0GqBUfR2eU4Ufm1KO&#10;IplRlySXUKEmlVCtJ5JQvCiRUNAojlDsKI1R/ieLUf8mi1H/JYpS/ySJUv8jiFL/I4hS/yOIUv8j&#10;/0UHAP9LAADwVQAA31sAANNgAADMYQMAyGEGAMNhEQC7ZCQAtWQ0Aq9jQgWqYU4KpV9XD6FdYBSe&#10;XGgYm1twG5hZeB6VWIEhk1eKJJBWkyaOVZ4oi1WpKolUtyuHVMsrhVXpK4RV/CqDVv8og1b/J4JW&#10;/yWBVv8kgVb/JIFW/ySBVv8k/0cDAP9PAADnWAAA2WAAAM1kAADGZgEAwWYEALtmDgC0aSAArmkx&#10;AqhoPwWjZkoKn2VUD5pjXRSXYWUYk2BtHJBedR+OXX0ii1yGJYhbkCiFWpoqg1mmLIBZtC1/Wccu&#10;fVnmLXxa+ix7Wv8qe1v/KHtb/yd7Wv8melr/JXpa/yV6Wv8l/0kAAPtSAADjXAAA0mMAAMdoAADA&#10;awAAumsCALVrDQCubR0AqG4uAaNtPAWda0gKmWpRD5RoWhSQZmIYjWVqHIpjciCHYnojhGGDJoFg&#10;jCl+X5cre16jLXlesS93XcQvdV7iL3Ve+S11X/8rdV//KXVf/yh1Xv8mdV7/JnVe/yZ1Xv8m/0sA&#10;APBVAADeXwAAzWcAAMNsAAC7bwAAtXAAAK9vCgCocRoAo3IrAZ1yOQSYcEUJk25PDo9tWBSLa2AY&#10;h2lnHIRobyCBZ3cjfWaAJnpkiil3Y5QsdWOhLnJiry9wYsEwb2LfMG5j9y5vY/8sb2P/Km9j/yhv&#10;Yv8nb2L/J29i/ydvYv8n/00AAOtYAADZYwAAyWoAAL9wAAC3cwAAsHQAAKl0BwCjdhcAnncoAZh2&#10;NwSTdUIIjnNMDolxVROFcF0YgW5lHH5tbB97bHQjeGp9JnRphylxaJIsbmeeLmxnrDBqZ74xaWfc&#10;MGln9S5pZ/8saWf/Kmpn/ylqZv8oamb/J2pm/ydqZv8n/1AAAOdbAADTZgAAxW4AALtzAACzdwAA&#10;q3kAAKR4AwCdehQAmHslAZN7NAOOekAHiXhKDYR2UxKAdVsXfHNiG3hyah91cXIicm97Jm9uhSls&#10;bZAsaWycLmZsqjBkbLwxY2zZMGNs9C9jbP8tZGz/K2Rr/yllav8oZWr/KGVq/yhlav8o/VMAAONf&#10;AADOaQAAwXEAALd3AACvewAAp30AAJ59AACYfhEAk4AiAI6AMQKJfz4GhH1IDH98URF7elkWd3lg&#10;GnN3aB5vdnAhbHV4JWl0gihmc44rY3KaLmBxqC9ecbowXXHUMF1x8i5ecf8sXnD/K19w/ylgb/8o&#10;YG7/KGBu/yhgbv8o8VUAAN5iAADKbQAAvXUAALN7AACrgAAAooIAAJiBAACRgw8AjYUfAIiFLgKD&#10;hDsFfoNFCnqBTg91gFYUcX9eGG59ZhxqfG0gZ3t2I2N6gCdgeYsqXXiYLFp3pi5Yd7gvV3fRL1d3&#10;8S5Ydv8sWHb/Kll1/yladP8oWnT/J1p0/ydadP8n7VkAANdmAADFcQAAuXoAAK+AAACmhAAAnYYA&#10;AJGHAACKiQwAhoobAIKLKwF9ijgEeIlCCHSITA1vh1QSbIVbFmiEYxpkg2seYYJ0IV2BfSRagIko&#10;V3+WKlV+pCxSfrYtUX7OLVF97yxSff8rUnz/KVN7/yhUev8nVHr/J1R6/ydUev8n6F4AANBrAADA&#10;dgAAtH4AAKuFAAChiQAAl4sAAImNAACDjwgAfpAXAHuRJwF2kTQDcpA/Bm2PSQtpjlEPZY1ZE2KM&#10;YBdei2gbW4pxHleJeyFUiIYkUYeUJ0+GoilNhrQqS4bMKkuF7ilMhP8pTIP/KEyD/ydNgf8mToH/&#10;Jk6B/yZOgf8m4WMAAMlwAAC7ewAAsIQAAKaKAACbjgAAkZEAAISTAAB6lQIAdZcSAHKYIgBvmDAC&#10;apc7BGaXRQhilk4MX5VWD1uUXRNYk2UXVZNuGlGSeB1OkYQgS5CRI0mQoSRHkLImRZDKJkWP7SVF&#10;jf8lRYz/JUaL/yRGiv8kRor/JEaK/yRGiv8k2GkAAMN2AAC1gQAAq4oAAJ+PAACVkwAAipYAAH6a&#10;AABwnQAAa58OAGifHABmoCoBYqA3Al+fQQVbn0oIWJ5SC1SeWg5RnWISTpxrFUucdRhIm4EaRZuP&#10;HUKanx9AmrAgP5rIID+Z6x8/mP8gPpb/IT6V/yE/lP8hP5T/IT+U/yE/lP8hzXAAALx9AACwiAAA&#10;pI8AAJmUAACOmAAAg50AAHegAABppAAAYKcIAF2oFABbqSQAWakxAVapPAJTqUUEUKhOBk2oVwlK&#10;qF8MR6doDkSncxFBpn8UPqaNFjymnRc6pq8YOabHGDml6hg4o/8aN6H/Gzeg/xw3n/8cN5//HDef&#10;/xw3n/8cxHgAALWFAACpjwAAnZUAAJKaAACGnwAAeqMAAG6oAABirAAAVbAAAFCyDgBOshsATbMo&#10;AEuzNQBJsz8BRrNJAkSzUgRBs1sGP7NkCDyzbwo6s3sMN7OKDjWymg8zs60QMrPFEDKy6RAxsP4S&#10;MK7/FC+t/xUvrP8WL6z/Fi+s/xYvrP8Wu4EAAK6OAAChlQAAlpoAAImgAAB9pgAAcasAAGWvAABZ&#10;tAAATrcAAEO8BQBAvREAP70eAD6+KwA8vjYAO79BADm/SwE3v1QCNcBfAjPAagQxwHcFL8CGBi3A&#10;lwcrwKoIKsHCCCrA5wcpvf0KKLz/DCe6/w0nuf8OJ7n/Die5/w4nuf8OsowAAKWUAACZmgAAjaEA&#10;AH+nAAByrQAAZrMAAFq4AABPuwAARL8AADrEAgAwyQgALsoRAC3KHQAsyykAK8s1ACvMQAAqzUoA&#10;KM1WACfOYQAmzm8BJM5/ASPPkQIhz6UCINC9AiDP5AIfzfoDHsv/BB7K/wUdyf8GHcn/Bh3J/wYd&#10;yf8GqJQAAJyaAACQoQAAgqgAAHSvAABntgAAW7wAAE7AAABDwwAAOccAAC/MAAAn0AQAH9YKABva&#10;EAAb2xoAGtsmABrcMQAZ3TwAGN1IABjeVQAX32IAFuByABXghQAU4ZoAE+KxABLjzwAS4PQAEt7/&#10;ARHd/wER2/8CEdv/AhHb/wIR2/8CnpoAAJKhAACEqQAAdrEAAGi4AABbvwAATsQAAELIAAA3zAAA&#10;LdAAACTVAAAc2wAAFd8FABTpDgAS6hQAEesdABDrJgAO7DAADu06AA3uRgAL7lMACu9iAAnwdAAI&#10;8YkAB/KgAAXyugAE8eQAAvH9AALv/wAD7f8AA+3/AAPt/wAD7f8AlaEAAIapAAB4sgAAaboAAFvC&#10;AABNyAAAQMwAADTRAAAq1gAAIdsAABngAAAS5AAAD/ABAA35CgAL+g8ACfsVAAf7HAAE/CQAAfws&#10;AAD8NwAA/EIAAPxQAAD8YQAA/XUAAPyMAAD8pAAA/MEAAPzrAAD8/wAA/f8AAP3/AAD9/wAA/f8A&#10;iakAAHmyAABquwAAXMQAAE7MAAA/0QAAMtcAACfdAAAd4QAAFeUAAA7oAAAK8QAACP0AAAX/AwAB&#10;/wkAAP8OAAD/EgAA/xcAAP8fAAD/JwAA/zEAAP8+AAD/TQAA/18AAP91AAD/jQAA/6YAAP/CAAD/&#10;5wAA//wAAP//AAD//wAA//8AfLMAAGy8AABdxgAATs8AAD/WAAAx3QAAJeIAABrmAAAR6gAADO4A&#10;AAXyAAAA/wAAAP8AAAD/AAAA/wAAAP8FAAD/CgAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/OQAA/0oA&#10;AP9dAAD/cwAA/4wAAP+kAAD/uQAA/9QAAP/eAAD/3gAA/94A/xgsAP8ZKQD/GSgA/xUrAP8QMAD/&#10;CzgB/wNEAf8AUQH/AF4B/wBsAf8AeAH/AIIB/wCMAf8AlAH/AJwA/wCiAP8AqAD/AK8A/wC2AP8A&#10;vgD/AMgA/wDXAP8A5wD/APMA/wD9AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xsp&#10;AP8dJgD/HCUA/xknAP8TLAD/DjQA/wtAAf8ITgH/BVsB/wNoAf8CdAH/An8B/wKIAf8CkQH/ApgB&#10;/wKfAf8BpQD/AawA/wGyAP8BugD/AcQA/wHRAP8A5AD/APEA/wD8APwB/wD8Av8A/AP/APwE/wH8&#10;Bf8B/AX/AfwF/wH8Bf8B/x8mAP8hIgD/ICEA/x4jAP8YJwD/EzAA/xE8Af8OSgH/DVcB/wtjAf8K&#10;bwH/CnoB/wqEAf8KjQH/CpQB/wqbAf8KogH/CqgB/wqvAf8KtwH/CsAA/wrMAP8K4AD7Cu8A9wr6&#10;APUL/wH1DP8B9A3/AfQN/wL0Df8C9A3/AvQN/wL0Df8C/yIiAP8kHQD/JBwA/yIdAP8eIgD/HCwA&#10;/xk4AP8WRQH/E1IB/xJeAf8QagH/EHUB/xB/Af8QiAH/EJAB/xCXAf8QngH/EKUB/RCsAfwQswH6&#10;EL0B+RHJAfUR3QHxEe0B7hH5AewS/wLrE/8C6hP/A+kT/wPpE/8D6RP/A+kT/wPpE/8D/yYdAP8o&#10;GAD/KBYA/yYWAP8mHQD/JigA/yM0AP8gQAD/HU0B/xtZAf8ZZQH+GXAB/Bh6AfkYgwH3GIwB9hiT&#10;AfQYmgHzGKEB8RmoAfAZsALuGboC7RnGAuoa2QLmGusB4hv5AuAb/wPeHP8E3Rz/Bdwc/wXcHP8F&#10;2xz/Bdsc/wXbHP8F/yoZAP8tEwD/LREA/y0RAP8uGQD/LSIA/ywuAP8pOgD/JkcB+iRUAfYjYAHy&#10;ImsB7yJ1Au0ifgLrIocC6SKPAucilgLlIp4C5CKlAuIirQLhI7cC3yPDAt0j1gLYJOoD0iT5Bc8l&#10;/wbNJf8HyyX/CMol/wjKJP8IyiT/CMok/wjKJP8I/y4UAP8xEAD/Mg0A/zQOAP81FAD/NRwA/zMn&#10;APoxNADzL0EA7i1OAeksWgHlLGUC4ixwAt8reQLdK4ID2iuLA9grkgTVK5oE0yuiBNErqgXPK7MF&#10;zSu/BswszwbILecHxC33CcEt/wq/Lf8LvS3/DLwt/wy8LP8Muyz/DLss/wy7LP8M/zERAP81DAD/&#10;NgcA/zoLAP88EAD/OxUA+DkfAO83KwDnNjkA4TVHANw1VAHVNWAC0TVqA840cwTMNHwFyjSFBsg0&#10;jQfGM5QIxDOcCcIzpQnBM64KvzO5C70zyAu7NOELtzTzDbQ0/w+xNP8PsDT/EK80/xCuNP8PrjT/&#10;D640/w+uNP8P/zUOAP84BwD/PAIA/0AGAP9BCwD6QQ8A7T8WAOM8IgDaPTEA0j5BAMw+TwLIPloD&#10;xD1kBcE9bge/PHYIvDx+Cro7hwu4O48MtzuXDbU6nw6zOqkPsTq0EK86whGuOtkRqjvvEqc7/xOl&#10;O/8UpDv/E6M7/xOiO/8Tojv/EqI7/xKiO/8S/zgKAP88AAD/QQAA9UUAAOZGAgDhRQcA40INANVD&#10;GQDMRSwAxkc8AcFHSQK8RlUEuUVfBrVEaAmzQ3ELsEN5Da5CgQ+sQokQqkGREqhBmhOnQKQUpUCv&#10;FaNAvBahQNAWnkHqF5xB/BeaQf8XmEH/F5hB/xaXQf8Vl0H/FZdB/xWXQf8V/zsGAP8/AAD5RgAA&#10;5UsAANxOAADTTQQA0UoJAMpKFADCTScAvE43AbdORQKyTVAFr0xaCKtLYwqoSmwNpkl0D6RJfBGh&#10;SIQTn0eMFZ1HlRebRp8YmUaqGZdGuBqWRsobk0bmG5FH+RuPR/8ajkf/GY5H/xiNR/8YjUf/F41H&#10;/xeNR/8X/z4CAP9DAADrSwAA3VEAANFUAADKVAEAxlIFAMFREQC5UyIAs1UzAa5UQQKqVEwFplNW&#10;CKJRXwyfUGcPnU9vEZpOdxSYTn8Wlk2IGJNMkRmRTJsbj0umHY1Lsx6LS8UeiUviHodM9x6GTP8d&#10;hUz/HIVN/xqFTP8ZhUz/GYVM/xmFTP8Z/0AAAPxHAADlUAAA1VYAAMpZAADCWgAAvVgDALhXDgCx&#10;WR4ArFovAadaPQKiWUkFnlhTCZtXWwyXVmQQlVVrEpJUcxWPU3sXjVKEGotRjRyIUZcehlCjH4RQ&#10;sCCCUMEhgFDdIX5R9CB9Uf8ffVH/HX1R/xx9Uf8bfVH/Gn1R/xp9Uf8a/0IAAPBKAADfVAAAzloA&#10;AMReAAC8XwAAtl4AALFcCwCrXhoApWArAKBgOgKcX0UFl15QCZRcWAyQW2AQjVpoE4tZcBaIWHcY&#10;hVeAG4NWiR2AVpQfflWfIXtVrSJ5VL0jeFXXI3dV8iJ2Vv8gdlb/H3ZW/x12Vv8cdlb/G3ZW/xt2&#10;Vv8b/0UAAOxOAADaWAAAyV4AAL9iAAC3ZAAAsWMAAKthCACkYxcAn2QoAJplNwKWZEMFkWNNCI5h&#10;VQyKYF0Qh19lE4RebBaBXXQZflx9HHxbhh55WpEgd1qdInRZqiRyWbolcVnSJXBa8CNvWv8ib1r/&#10;IHBa/x5wWv8dcFr/HHBa/xxwWv8c/0gAAOdSAADTWwAAxWIAALtmAACzaAAArGgAAKVmBQCfZxQA&#10;mmklAJVpNAKQaEAEjGdKCIhmUwyEZVsQgWRiE35jahZ7YnIZeGF6HHZghB5zX44hcF6aI25eqCVs&#10;Xbglal7OJmle7iRpXv8ial7/IGpe/x9qXv8eal7/HWpe/x1qXv8d+UoAAONVAADPXwAAwWUAALdq&#10;AACvbAAAp2wAAJ9qAQCZaxEAlG0iAJBuMQGLbT0Eh2xHB4NrUAt/algPfGhgE3hnZxZ2Z28Zc2Z4&#10;HHBlgR5tZIwhamOYI2hipiVmYrYmZGLMJmRi7CVkYv8jZGL/IWVi/x9lYv8eZWL/HWVi/x1lYv8d&#10;8kwAAN9YAADKYgAAvWkAALNuAACrcAAAonAAAJluAACTcBAAj3IfAIpyLgGGcjsDgnFFB31wTgt6&#10;blYOdm1eEnNsZRVwa20YbWp1G2ppfx5naYohZWiWI2JnpCVgZ7QmX2fJJl5n6iVeZ/4jX2f/IV9m&#10;/x9gZv8eYGb/HmBm/x5gZv8e708AANpcAADGZQAAum0AALByAACndQAAnXQAAJRzAACNdA0AiXYc&#10;AIV3KwGBdzgDfHZDBnh1TAl0dFQNcXNbEW5yYxRrcWsXaHBzGmVvfB1ibocgX22UIl1soiRabLIl&#10;WWzHJVhs6CVZbP0jWWv/IVpr/x9ba/8eW2r/Hltq/x5bav8e61MAANNgAADCaQAAtnEAAKx2AACj&#10;eQAAmXkAAI13AACHeQsAg3sYAH98KAB7fDUCd3tABXN6SQhveVEMbHhZD2h3YRNldmgWYnVwGV90&#10;ehxcdIUfWnORIVdyoCNVcrAkU3LFJFNy5yRTcfwiVHH/IFRw/x9VcP8eVW//HVVv/x1Vb/8d5VcA&#10;AM1kAAC+bQAAsnUAAKh7AACffgAAk30AAId9AACAfwcAfIAVAHiBJAB1gjIBcYE9BG2ARgdpgE8K&#10;Zn9WDWN+XhFgfWYUXXxuF1p7dxpXeoIdVHqPH1F5nSFPea4iTnnDIk145SJNd/shTnf/H052/x5P&#10;df8dT3X/HU91/x1Pdf8d31wAAMhoAAC5cgAArnoAAKWAAACaggAAjoIAAICDAAB5hQIAdIYRAHGI&#10;IABuiC4Baog5AmeHQwVjh0wIYIZTC12FWw5ahGMRV4RrFFSDdRdRgoAaToGNHEuBmx5JgawfSIDB&#10;IEeA4x9Hf/oeSH7/Hkh9/x1JfP8cSXz/HEl8/xxJfP8c1mEAAMJuAAC0eAAAqoAAAJ+FAACUhwAA&#10;iIcAAHuJAABwjAAAa44NAGiPGgBmjykAYpA1AV+PPwNcj0gFWY5QCFaOWAtTjWAOUIxoEE2MchNK&#10;i30WSIqKGEWKmRpDiqobQoq/G0GK4RtBiPkbQYb/G0GF/xtChf8aQoT/GkKE/xpChP8azWcAALx0&#10;AACvfgAApYYAAJqKAACOjAAAgo0AAHWQAABnlAAAYZUIAF6XFABclyMAWpgvAFeYOgFUmEQDUpdM&#10;BU+XVAdMl1wJSZZlDEeWbw5ElXoRQZWIEz+UlxU9lKgWO5S9FjuU3xY6kvgXOpD/FzqP/xc6jv8X&#10;Oo7/FzqO/xc6jv8XxW4AALZ7AACqhQAAnosAAJSPAACIkgAAe5QAAG6XAABimwAAV54AAFKgDgBR&#10;oBsAT6EoAE2hNABLoT4BSaFHAkehUANEoVgFQqFhBz+gawk9oHcLOqCFDTiglA42oKYPNaC7EDSg&#10;3Q80nfcQM5z/EjOa/xIzmf8TM5n/EzOZ/xMzmf8TvXcAAK+DAACjiwAAmJEAAI2VAACBmQAAc5wA&#10;AGefAABbogAAT6YAAEepCABEqhIAQ6ofAEGrKwBAqzcAP6xBAD2sSgE7rFMCOaxcAzesZwQ1rHMF&#10;MqyBBjCskQcurKMILay4CSys2QgsqvUKK6j/Cyqm/wwqpf8NKqX/DSql/w0qpf8NtYAAAKiLAACc&#10;kQAAkZYAAIWcAAB4oAAAa6UAAF+oAABTrAAASK8AAD2yAAA2tQsANLUVADO2IQAytiwAMbc3ADC3&#10;QQAvuEsALrhVACy4YAEquG0BKbl7Aie5jQIluZ8DJLm0AyO50gMjt/QEIrX/BSG0/wYhs/8HIbL/&#10;ByGy/wchsv8HrYoAAKCRAACVlwAAiJ0AAHujAABuqAAAYa0AAFWxAABKtAAAP7cAADS7AAArvgMA&#10;JMIMACLCFAAiwx8AIcMqACDENAAfxD8AHsVKAB3GVgAcxmMAG8dzABrHhQAZx5kAGMiuABfIywAX&#10;xvEBF8T/ARbD/wIWwf8DFsH/AxbB/wMWwf8Do5EAAJiYAACLngAAfaUAAHCrAABisQAAVrYAAEq5&#10;AAA+vQAANMAAACrEAAAiyAAAGcwEABPQCgAR0hEAENIaABDTJQAP0zAADtQ8AA7USAAN1VYADdVl&#10;AAzWeAAM1o0AC9ikAArYvgAJ2eYACtb+AAvU/wAL0v8AC9L/AQvS/wEL0v8BmpgAAI6fAACApgAA&#10;cq0AAGS0AABXugAASb8AAD3CAAAyxgAAKMkAAB/NAAAX0QAAEdYAAAzbBQAI3gsABt8RAAXfGgAE&#10;4CQAAuEuAAHiOgAA40cAAORWAADkZwAA5XsAAOaSAADmqgAA58gAAOfwAADo/wAA6P8AAOj/AADo&#10;/wAA6P8AkZ8AAIKnAAB0rwAAZbcAAFe+AABJwwAAPMcAADDLAAAlzwAAHNQAABTZAAAO3QAACeEA&#10;AALlAAAA6QYAAOkNAADpEQAA6hgAAOshAADtKwAA7zcAAPFFAADyVgAA82gAAPN+AAD0lwAA9bAA&#10;APbQAAD38wAA9/8AAPf/AAD3/wAA9/8AhacAAHawAABmuAAAWMEAAErIAAA7zAAALtEAACPWAAAZ&#10;3AAAEeAAAAzjAAAE5wAAAOoAAAD1AAAA9AAAAPUFAAD1CwAA9g8AAPYUAAD4HQAA+icAAPw0AAD/&#10;QwAA/1UAAP9pAAD/gQAA/5oAAP+yAAD/zwAA/+0AAP/5AAD/+QAA//kAeLAAAGi6AABZwwAAS8sA&#10;ADvRAAAt2AAAId0AABbiAAAO5gAACOoAAADtAAAA8AAAAPgAAAD/AAAA/wAAAP8AAAD/AAAA/wYA&#10;AP8MAAD/EAAA/xgAAP8iAAD/MAAA/0AAAP9TAAD/aQAA/4EAAP+ZAAD/rwAA/8MAAP/VAAD/1QAA&#10;/9UA/xMoAP8TJQD/ESUA/w0nAP8GLQD/ADUA/wBBAP8ATwD/AFwA/wBpAP8AdAD/AH4A/wCIAP8A&#10;kAD/AJcA/wCdAP8ApAD/AKoA/wCwAP8AtwD/AMAA/wDMAP8A3wD/AOwA/wD4AP8A/wD/AP8A/wD/&#10;AP8A/wD/AP8A/wD/AP8A/wD/AP8A/xYlAP8WIgD/FCEA/xAjAP8KKAD/ADAA/wA9AP8ASwD/AFgA&#10;/wBkAP8AcAD/AHoA/wCEAP8AjAD/AJMA/wCaAP8AoAD/AKYA/wCtAP8AtAD/ALwA/gDIAP0A2QD7&#10;AOkA+gD2APkA/wD4AP8A+AD/APgA/wD4AP8A+QD/APkA/wD5AP8A/xoiAP8aHgD/GB0A/xMeAP8O&#10;IgD/CiwA/wc5AP8DRgD/AFMA/wBgAP8AawD/AHYA/wB/AP8AiAD/AI8A/wCWAP8AnQD/AKMA/gCp&#10;APwAsAD6ALkA9wDEAPUA0gDzAOYA8gD0APEA/wDwAP8A7wD/AO8A/wDvAP8A8AD/APAA/wDwAP8A&#10;/x4dAP8eGQD/HBcA/xcYAP8THgD/ESgA/w40AP8MQQD/Ck4A/whbAP8HZgD/BnEA/wZ6AP8GgwD+&#10;BosA/AaSAPoGmQD4Bp8A9gamAPQGrQDyBrUA8AXAAO0FzgDrBeQA6QbzAOYI/wDlCv8A5Av/AOQL&#10;/wHkC/8B5Av/AeQL/wHkC/8B/yEYAP8hEwD/IBEA/xsSAP8cGgD/GiQA/xYvAP8TPAD/EUkA/xBV&#10;APwOYQD5DmsA9g51APQOfgDyDoYA8A6OAO4OlQDtDpsA6w6iAOoOqgDoDrMA5g+9AOUPzADhD+MA&#10;3RDzANkR/wHWEv8B1BP/AdMT/wLSE/8C0hP/AtIT/wLSE/8C/yUTAP8lEAD/JA0A/yMOAP8jFAD/&#10;Ih4A/x8pAP8cNQD5GUMA9BhPAO8XWwDsF2YA6RdwAOYXeQDkF4EA4heJAOAXkQDfF5gA3RefANsX&#10;pwDZGLEA1hi7ANQZygDQGuEBzBvzAckc/wLGHP8CxBz/A8Mc/wPDHP8Dwxz/A8Mc/wPDHP8D/ygQ&#10;AP8pCwD/KAYA/ysLAP8rEAD/KRcA/SYiAPQjLgDsITsA5iBJAOIgVQDeIGAA2iFqANYhdADTIXwB&#10;0CGEAc8ijAHNIpMByyKbAckiowHII6wCxiO2AsQjxALCJNsCviXuA7sl/gS4Jf8FtiX/BbUl/wa1&#10;Jf8GtSX/BbUl/wW1Jf8F/ywNAP8tBQD/LgEA/zEFAP8xCwD9LxAA8SsYAOcpJQDfKDMA2ChCANEq&#10;TwDNK1oAyStlAccrbgHELHYCwix+AsAshgO+LI4DvSyWA7ssngS5LKcEuCyxBbYsvwW1LdEFsS3q&#10;Bq4u+werLv8IqS7/CKgu/wioLf8IqC3/CKgt/wioLf8I/y8IAP8xAAD/NQAA9jcAAOo2AgDnMwgA&#10;5C8PANkuGwDPMSwAyTM8AMQ0SQDANVUBvDVfAro1aAK3NXADtTR4BLM0gAWxNIgGsDSQBq40mQes&#10;NKIIqzSsCak0uQmnNMoKpTXlCqE1+AufNf8MnTX/DJ01/wucNf8LnDX/C5w1/wucNf8L/zMCAP81&#10;AAD2OgAA5T4AANxAAADUPQQA0jcJAMs4FQDDOiYAvT02ALg+RAG0PlABsT1aA649YwSsPWsFqTxz&#10;Bqc8ewimPIMJpDuLCqI7lAugO50MnjuoDZ07tA6bO8UOmTvgDpY79A+UPP8Pkjz/D5I8/w6RPP8N&#10;kTz/DZE8/w2RPP8N/zUAAP85AADqQQAA3UYAANBHAADJRgAAxkEFAMBAEQC5QiEAs0QyAK9FQAGr&#10;RUsCp0VVA6REXgWhRGYHn0NuCJ1DdgqbQn4LmUKGDZdBjw6VQZkPk0GkEZFBsBKQQcASjkHZEotB&#10;8RKJQv8SiEL/EYhC/xCHQv8Qh0L/D4dC/w+HQv8P/zgAAPM9AADjRwAA0kwAAMhOAADATQAAu0oC&#10;ALZHDgCwSR0Aq0stAKZMOwGiTEcCnktRBJtLWgaZSmIIlklqCpRJcQySSHkOj0iCD41HixGLR5US&#10;iUagFIdGrBWFRrsWhEbRFoJH7haAR/8Vf0f/FH9H/xJ/R/8Rf0f/EX9H/xF/R/8R/zsAAO5DAADc&#10;TAAAzFEAAMFUAAC5VAAAtFEAAK5NCwCoTxkAo1EpAJ5SNwGaUkMCl1FOBJRRVgaRUF4Jjk9mC4xO&#10;bQ2JTnUPh01+EYVNhxOCTJEVgEycFn5LqRd8S7gYe0vNGHlM6xh4TP4Xd0z/FXdM/xR3TP8Td0z/&#10;EndM/xJ3TP8S/z4AAOhHAADVUAAAxlYAALxYAAC0WQAArVYAAKdTBwChVBUAnFYlAJhXNAGUV0AC&#10;kFdKBI1WUwaKVVsJh1RjC4RUag6CU3IQgFJ6En1SgxR7UY4WeFCZGHZQphl0ULUac1DJGnFQ6Bpw&#10;UfwYcFH/F3BR/xVwUf8UcVD/E3FQ/xNxUP8T9UAAAORLAADPVAAAwVoAALddAACvXgAAp1sAAKFY&#10;AwCbWRIAllsiAJJcMQGOXD0CilxHBIdbUAaDWlgJgVlgDH5ZZw57WG8QeVd3E3ZWgBV0VosXclWW&#10;GW9VoxptVLIbbFTGG2pV5htqVfsZalX/F2pV/xZqVf8Va1X/FGtV/xRrVf8U8kMAAN9PAADLWAAA&#10;vV0AALNhAACrYgAAomAAAJtcAACVXhAAkGAfAIxhLgCIYToChGBFBIFgTgZ+X1YJe15dC3hdZQ52&#10;XGwQc1x0E3BbfRVuWogXa1qUGWlZoRtnWbAcZVnDHGRZ4xxkWfoaZFn/GGRZ/xdlWf8VZVn/FGVZ&#10;/xRlWf8U70YAANpSAADGWwAAumEAALBlAACmZgAAnWMAAJVhAACPYg4Ai2QcAIdlKwCDZTcBf2VC&#10;A3xkSwZ4Y1MIdWNbC3NiYg5wYWoQbWByE2tgexVoX4YXZl6RGWNenxthXa4cYF3BHF9d4RxfXfga&#10;X13/GF9d/xdgXf8WYF3/FWBd/xVgXf8V60oAANRWAADDXgAAtmUAAKxpAACiaQAAmGcAAI9lAACJ&#10;ZgwAhWgZAIFpKAB+ajUBemk/A3ZpSQVzaFEIcGdZCm1nYA1rZmcQaGVwEmVkeRVjZIMXYGOPGV5i&#10;nRtcYqwcWmK/HFli3xxZYvcaWmL/GVph/xdbYf8WW2H/FVth/xVbYf8V500AAM9ZAAC/YgAAs2gA&#10;AKltAACebQAAk2sAAIlpAACDawkAf20VAHxuJQB4bjIBdW49AnFuRgRubU8Ha2xWCWhsXgxla2UP&#10;Y2ptEWBpdhRdaYEWW2iNGFhnmxpWZ6obVWe9HFRn3BxUZ/YaVGb/GFVm/xdVZf8WVmX/FVZl/xVW&#10;Zf8V4lEAAMpdAAC7ZgAAr2wAAKZxAACZcAAAjm8AAINuAAB9cAUAeHISAHVzIQBycy8Bb3M6Amxz&#10;RARpckwGZnJUCGNxWwtgcGMNXXBrEFtvdBNYbn8VVW6LF1NtmRlRbagaT227G05t2RpObPQZT2v/&#10;GE9r/xdQav8WUGr/FVBq/xVQav8V3VUAAMVhAAC3agAArHEAAKJ1AACUdAAAiXQAAHxzAAB2dQAA&#10;cXcQAG94HQBseSsAaXk3AWZ5QANjeUkFYHhRB113WAlbd2AMWHZoDlV1cRFSdXwTUHSIFk10lxdL&#10;c6YYSXO5GUhz1RlJcvMYSXH/F0px/xZKcP8VS3D/FEtw/xRLcP8U1FoAAMBmAACzbwAAqHYAAJ15&#10;AACPeAAAhHgAAHd5AABvfAAAan0NAGd+GQBkfyYAYoAyAV+APQJcgEYDWn9OBVd/VQdUfl0JUn1l&#10;DE99bw5MfHkRSnyGE0d7lBVFe6QWRHu3FkN70hZDevIWQ3n/FUN4/xREd/8URHb/E0R2/xNEdv8T&#10;zV8AALtrAACudAAApHwAAJd+AACKfQAAf34AAHJ/AABmgwAAYYQIAF6GEwBchyEAWocuAFiHOAFV&#10;h0ICU4dKA1CHUgVOhloHS4ZiCUmFbAtGhXcNQ4SDD0GEkhE/hKISPYS1EzyEzxM8gvASPIH/Ej2A&#10;/xI9f/8SPX7/ET1+/xE9fv8RxWYAALVxAACqewAAn4IAAJKCAACFggAAeYMAAG2GAABfigAAWI0B&#10;AFSODwBSjxsAUI8nAE+QMwBNkD0BS5BFAkmQTgNGkFYERI9fBUKPaAc/j3MJPY6ACzqOjww4jqAN&#10;N46zDjaOzA42je8ONYv/DjWJ/w81iP8PNof/DzaH/w82h/8Pvm0AALB5AAClggAAmYcAAIyIAAB/&#10;iAAAcooAAGaNAABakQAAUJUAAEmXCQBHmBMARZggAESZKwBDmTYAQZpAAECaSAE+mlECPJpaAjqa&#10;ZAM3mm8FNZl9BjOZjAcxmZ0IL5mwCC6ZyggumO0ILpb/Ci2U/wotk/8LLZL/Cy2S/wstkv8LtnUA&#10;AKqBAACeiAAAk40AAIaOAAB4jwAAa5IAAF+VAABUmQAASZ0AAECgAAA6og0AOKMXADejIgA2pC0A&#10;NaQ3ADSkQQAzpUsAMaVUATClXgEupWoBLKV4AiqliAMopZoDJ6WtBCalxgMmpOsEJaL/BSWg/wYk&#10;n/8GJJ7/BySe/wcknv8Hr34AAKOIAACXjgAAjZMAAH6VAABwmAAAY5sAAFefAABMogAAQqYAADip&#10;AAAvrAMAKq4OACmuGAAoryMAJ68tACawNwAlsEEAJLBLACOxVgAisWMAIbFxAB+xggAespQBHLKp&#10;ARuywQEbsecBG6/+Ahqt/wIarP8DGqv/Axqr/wMaq/8DqIgAAJuPAACRlAAAhJoAAHafAABoogAA&#10;W6UAAE+pAABErQAAObAAAC+zAAAmtgAAHrkFABi7DgAXuxYAF7wgABa8KgAVvTUAFL1AABO+SwAS&#10;vlgAEr5nABG/eAAQv4wAEMCiAA7AugAOwOEAD737AA+8/wAQuv8BELr/ARC6/wEQuv8Bn48AAJSV&#10;AACHmwAAeaEAAGunAABerAAAUrEAAEW0AAA6tgAAL7kAACW8AAAdvwAAFcMAAA/GBQALyg0ACcoU&#10;AAjKHQAHyicAB8oyAAbLPgAFy0sABMxaAAPMagACzH4AAcyUAADMqwAAzcgAAMztAADM/wAAy/8A&#10;Acr/AAHK/wAByv8Al5YAAIqcAAB8owAAbqoAAGCwAABStgAARbkAADm8AAAuvwAAI8MAABvGAAAT&#10;ygAADc0AAAjRAAAB1AkAANQOAADVFQAA1h4AANgnAADZMQAA2z4AANxLAADdWwAA3m4AAN6EAADf&#10;mwAA37QAAN7ZAADf9wAA3/8AAN//AADf/wAA3/8AjZ0AAH+lAABwrAAAYbMAAFO6AABFvwAAOMIA&#10;ACzGAAAhyQAAGM0AABDRAAAL1QAABNoAAADeAAAA4AEAAOEJAADiDgAA5BMAAOUbAADnJAAA6S8A&#10;AOs8AADtSwAA7l0AAO5xAADviQAA8KIAAPC8AADw4wAA7/kAAPD/AADw/wAA8P8AgaUAAHKtAABj&#10;tQAAVL0AAEbEAAA3yAAAKswAAB/QAAAV1QAADtoAAAfeAAAA4gAAAOYAAADpAAAA6gAAAOwAAADu&#10;BQAA7wwAAPEQAADzFwAA9SAAAPgrAAD7OQAA/UoAAP5eAAD/dAAA/40AAP+mAAD/wAAA/+EAAP/1&#10;AAD/9QAA//UAdK4AAGW3AABWwAAAR8gAADjNAAAq0gAAHdgAABPdAAAM4gAAA+YAAADpAAAA7AAA&#10;APAAAADzAAAA9AAAAPYAAAD4AAAA+gAAAP0HAAD/DQAA/xIAAP8bAAD/KAAA/zcAAP9KAAD/XgAA&#10;/3YAAP+PAAD/pgAA/7oAAP/RAAD/0QAA/9EA/w8kAP8OIgD/CyEA/wMkAP8AKQD/ADIA/wA+AP8A&#10;TAD/AFkA/wBlAP8AcAD/AHoA/wCEAP8AjAD/AJIA/wCZAP8AnwD/AKUA/wCrAP8AsgD/ALoA/wDF&#10;AP8A0wD/AOcA/wD0AP8A/wD+AP8A/wD/AP4A/wD+AP8A/gD/AP4A/wD+AP8A/xEhAP8QHgD/DR0A&#10;/wcfAP8AIwD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A/wCVAP8AmwD/&#10;AKEA/wCnAP4ArgD9ALYA/ADAAPsAzQD5AOIA+ADwAPcA/AD2AP8A9QD/APUA/wD1AP8A9QD/APUA&#10;/wD1AP8A/xUdAP8TGgD/EBkA/wsZAP8AHQD/ACkA/wA2AP8AQwD/AFAA/wBcAP8AZwD/AHEA/wB6&#10;AP4AgwD8AIoA+gCRAPkAlwD4AJ0A9wCjAPUAqgD0ALIA8gC7APEAyADvANwA7gDsAO0A+gDrAP8A&#10;6gD/AOoA/wDqAP8A6gD/AOoA/wDqAP8A/xgZAP8WFQD/ExMA/w4TAP8LGgD/ByQA/wIwAP8APgD/&#10;AEsA/wBXAP8AYgD8AGwA+AB1APUAfgDyAIUA8QCMAO8AkwDuAJkA7ACgAOsApgDpAK4A5wC3AOYA&#10;wwDkANQA4gDpAOEA9wDfAP8A3QD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/xsTAP8aEAD/Fg4A/xIO&#10;AP8SFQD/Dx8A/wwrAP8JOAD/BkUA+wNRAPcCXADyAmYA7gJwAOoCeADnAoAA5gOHAOQDjgDiA5UA&#10;4QOcAN8EowDdBKsA2wS0ANgFwADWBdAA0wbnANAI+ADOCv8AzAv/AMsM/wDLDP8Aywv/AMsL/wDL&#10;C/8A/x8QAP8eCwD/GgcA/xkLAP8YEQD/FhkA/xIkAPoQMADzDj4A7g1KAOkMVgDlDGEA4gxqAN4N&#10;cwDbDXsA2Q2DANYNigDUDZEA0g2ZANAOoADPDqkAzQ6zAMsOvwDKD9AAxhHpAMIS+QC/E/8AvRP/&#10;AbwT/wG8E/8BvBP/AbsT/wG7E/8B/yIMAP8hBAD/IAAA/yEFAP8fDAD/HBEA9hgcAOwVKADlEzYA&#10;3xJDANkTTwDTFFoA0BVkAM0WbQDLFnUAyRd9AMcXhQDFGIwAxBiUAMIZnADAGaUAvhmvAL0auwC7&#10;GssAuBvlAbQc9gGyHf8CsB3/Aq8d/wKuHf8Crh3/Aq4d/wKuHf8C/yYGAP8lAAD/JgAA+ycAAPEl&#10;AwDwIQsA6BwSAN4ZHQDUGy0AzR08AMgfSQDFIFUAwSFfAL8iaAC8InAAuiN4ALkjfwG3I4cBtSOP&#10;AbQklwGyJKABsSSqAq8ktgKtJcYCqyXfAqgm8wOlJv8Doyb/A6Im/wShJv8DoSb/A6Em/wOhJv8D&#10;/ykAAP8oAAD2LQAA5zAAAN8vAADZKwQA1iIKAM4jFgDGJicAwCg2ALsqRAC4K08AtSxZALIsYgGw&#10;LGoBri1yAawtegKqLYECqS2KAqctkgOlLZsDpC2lBKItsQSgLcAEny3YBJwu7wWZLv8Gly//BpYv&#10;/waVLv8FlS7/BZUu/wWVLv8F/ywAAP8uAADqNQAA3TkAANE5AADKNgAAxy8GAMEtEQC6MCEAtDIx&#10;ALA0PgCsNUoAqTVUAac1XQGkNWUCojVtAqA1dAOfNXwEnTWEBJs1jQWaNJcGmDShBpY0rQeUNbsI&#10;kzXQCJA17AiONv4IjDb/CIs2/wiLNv8HijX/B4o1/weKNf8H/y8AAPI0AADiPAAA0kEAAMdCAADA&#10;QAAAuzoBALY2DgCwORwAqjssAKY8OgCjPUYAnz1QAZ09WQKaPWEDmD1oBJY8cAWUPHcGkjyAB5E8&#10;iAePO5IIjTudCYs7qQqJO7cLiDvKC4U86AuDPPsLgjz/CoE8/wqBPP8JgTz/CIE8/wiBPP8I/zMA&#10;AOw6AADaQwAAykcAAL9JAAC3RwAAsUIAAK0+CgCmQBcAokInAJ5DNQCaREIBl0RMAZREVQKRQ10D&#10;j0NkBY1DawaLQnMHiUJ7CIdChAqFQY4Lg0GZDIFBpQ1/QbMOfkHGDnxB5A56QvkNeUL/DHhC/wt4&#10;Qv8LeEL/CnhB/wp4Qf8K9jYAAOZAAADRSAAAw00AALlOAACxTQAAqUkAAKRFBgCfRhMAmkgjAJZJ&#10;MgCSSj4Bj0pIAoxKUQOKSVkEh0lgBYVJaAeDSG8IgUh3Cn9HgAt9R4oNekeVDnhGog92RrAQdUbC&#10;EHNG4BByR/cPcUf/DnFH/w1xR/8McUf/C3FG/wtxRv8L8zkAAOBEAADMTAAAvlEAALRTAACqUgAA&#10;ok4AAJ1KAQCXSxEAk00gAI9PLgCMTzoBiE9FAoVPTgODT1YEgE5dBn5OZAd8TWwJeU10C3dMfQx1&#10;TIcOc0ySD3FLnxFvS60SbUu/EmxL3BJrTPURakz/D2pM/w5qS/8Nakv/DGpL/wxqS/8M8D0AANtI&#10;AADHUAAAulUAALBYAAClVgAAnFMAAJdPAACRUA4AjFIcAIlUKwCFVDcAglRCAX9USwN8VFMEelNa&#10;BnhTYgh1UmkJc1JxC3FReg1uUYQPbFCQEGpQnBJoUKsTZlC8E2VQ2BNkUPMSZFD/EGRQ/w9kUP8O&#10;ZU//DWVP/wxlT/8M7EEAANRMAADDVAAAtlkAAKxcAACgWgAAl1cAAJFUAACLVQwAhlcZAINYJwCA&#10;WTQAfVk/AXpZSAN3WFAEdFhYBnJXXwdvV2YJbVZuC2tWdw1oVYEPZlWNEWRUmhJiVKkTYFS6FF9U&#10;0xReVPITXlT/EV9U/w9fVP8OX1P/DV9T/w1fU/8N50QAAM9QAAC/WAAAs10AAKhfAACcXQAAklsA&#10;AItYAACFWgoAgVsWAH1cJAB6XTEAd108AXRdRgJxXU4Eb1xVBWxcXQdqXGQJaFtsC2VadQ1jWn8P&#10;YVmLEV5ZmBJcWKcUW1i4FFlZ0BRZWPATWVj/EVpY/xBaWP8OWlf/DVpX/w1aV/8N40gAAMtTAAC7&#10;WwAAsGEAAKRiAACXYQAAjl8AAIVcAAB/XgcAe18TAHhhIQB1Yi4AcmI5AW9iQwJsYUsDamFTBWdh&#10;WgdlYGIJY2BqC2Bfcw1eXn0PW16JEVldlhJXXaUTVV22FFRdzhRUXe4TVF3/EVVc/xBVXP8OVVv/&#10;DlZb/w1WW/8N3kwAAMdWAAC4XwAArWQAAKBlAACTZAAAiWMAAH9hAAB5YgMAdWQRAHJlHgBvZisA&#10;bGc3AWpnQAJnZkkDZWZRBGJlWAZgZWAIXWRnCltkcAxZY3sOVmOGEFRilBJSYqMTUGK0E09izBNP&#10;Yu0ST2H/EU9h/xBQYP8OUGD/DlBg/w1QYP8N2U8AAMNaAAC0YwAAqWkAAJtoAACPZwAAhGcAAHll&#10;AABzZwAAb2kOAGxqGwBpaygAZ2w0AGRsPQFibEYCX2tOBF1rVgVaal0HWGplCVZpbgtTaXgNUWiE&#10;D05okhBMZ6ESS2eyEklnyRJJZ+sSSWb/EEpm/w9KZf8OS2X/DUtk/w1LZP8N0VQAAL5eAACxZwAA&#10;pm0AAJdsAACKawAAf2sAAHNrAABtbQAAaG4MAGVwFwBicSQAYHEwAF5xOgFccUMCWXFLA1dxUwRV&#10;cFoGUnBiB1BwawlOb3ULS2+CDUlujw9Hbp8QRW6wEURuxxFDbeoQRGz/D0Rr/w5Fa/8NRWr/DUVq&#10;/w1Fav8Ny1gAALpjAACtbAAAoXEAAJJwAACFbwAAem8AAG5wAABlcwAAYHUHAF12EgBbdx8AWXgr&#10;AFd4NgBVeD8BU3hIAlF4TwNPd1cETHdfBUp3aAdIdnMJRXZ/C0N1jQxBdZ0OP3WuDj51xQ49degO&#10;PnP9DT5y/w0+cf8MP3H/DD9w/ww/cP8MxV4AALVpAACpcQAAnHUAAI10AACAdAAAdXQAAGl2AABe&#10;eQAAWHwBAFR9DgBSfhoAUX8mAE9/MQBNgDsATIBDAUqASwJIf1QCRn9cBEN/ZQVBf3AGP358CDx+&#10;igk6fpoKOX6sCzd+wws3feYLN3v8Czd6/ws3ef8KOHj/Cjh4/wo4eP8KvmQAALBvAACleAAAlnkA&#10;AId5AAB7eQAAcHoAAGR8AABYgAAAUIMAAEuFCgBIhhQAR4cgAEWIKwBEiDUAQ4g+AEGJRwFAiU8B&#10;PohYAjyIYQM6iGwEN4h4BTWIhwYziJgHMoeqBzCIwAcwh+QHMIX7CDCD/wgwgv8IMIH/CDCB/wgw&#10;gf8It2sAAKp2AACgfwAAkH4AAIJ+AAB2fwAAaoAAAF6DAABThwAASosAAEGOAgA9kA4AO5AYADqR&#10;IwA5kS0AOJI3ADeSQAA2kkkANJNSADOTXAExk2cBL5N0Ai2SgwMrkpQDKpKnAyiSvQQokuEDJ5D6&#10;BCeO/wUnjf8FJ4z/BSeM/wUnjP8FsXQAAKV+AACZhQAAioQAAH2EAABvhQAAY4gAAFiLAABNjwAA&#10;Q5MAADqXAAAymgcALpsQAC2bGgAsnCQAK5wuACqdOAApnUEAKJ1LACeeVQAmnmEAJZ5uACOefgEi&#10;npABIJ6jAR+euQEent0BHpz4Ah6a/wIemf8DHpf/Ax6X/wMel/8Dqn0AAJ6FAACTiwAAhYoAAHWL&#10;AABojgAAW5EAAFCVAABGmQAAO50AADKgAAAqowAAIqYJAB+nEQAepxoAHagkAByoLQAbqDcAGqlB&#10;ABmpTAAYqVgAF6pmABaqdgAVqokAFKqeABOrtAASq9MAEqj1ABOn/wETpf8BE6X/AROk/wETpP8B&#10;o4YAAJeMAACNkQAAfZIAAG2VAABgmAAAVJwAAEigAAA+pAAANKcAACqrAAAhrgAAGbEAABKzBwAP&#10;tRAADrUXAA61IQANtSsADbU2AAy2QQALtk4ACrZcAAm2bAAItn8AB7aUAAa2qgAFtsUABrbqAAe1&#10;/wAItP8ACLP/AAmy/wAJsv8Amo0AAJCTAACEmAAAdJwAAGWgAABXpAAAS6gAAECsAAA1sAAAKrMA&#10;ACG1AAAYuAAAEbsAAAy+AgAGwAsAAsARAAHBGQAAwSIAAMIrAADCNgAAw0IAAMNQAADEXwAAxHEA&#10;AMSHAADEnQAAxLUAAMTaAADE9gAAw/8AAMP/AADD/wAAw/8Ak5QAAIeaAAB4oAAAaqYAAFysAABP&#10;sQAAQbUAADW3AAApugAAH70AABbAAAAQwwAACsYAAAPKAAAAzAUAAMwMAADNEQAAzhgAAM4hAADQ&#10;KgAA0TUAANNDAADUUgAA1GMAANV4AADVjwAA1acAANbCAADW6QAA1v0AANb/AADW/wAA1v8AipsA&#10;AHuiAABsqQAAXrAAAFC2AABCugAANL0AACjBAAAdxAAAFMcAAA3LAAAGzgAAANIAAADXAAAA2QAA&#10;ANoFAADcCwAA3RAAAN8VAADhHQAA4ycAAOUzAADnQgAA6FQAAOhnAADpfgAA6ZcAAOqvAADqzgAA&#10;6+8AAOv+AADr/wAA6/8AfaMAAG6rAABfsgAAUboAAELAAAA0wwAAJ8cAABvLAAASzwAAC9MAAALY&#10;AAAA3QAAAOEAAADkAAAA5QAAAOcAAADpAAAA6wcAAO0NAADvEQAA8RkAAPQkAAD3MQAA+UEAAPpV&#10;AAD6agAA+4QAAPudAAD8tgAA/NIAAP3tAAD99AAA/fQAcawAAGG1AABSvQAARMQAADTJAAAmzQAA&#10;GtIAABDYAAAI3QAAAOEAAADlAAAA6AAAAOwAAADvAAAA8QAAAPMAAAD1AAAA9wAAAPkBAAD7CAAA&#10;/g4AAP8VAAD/IQAA/y8AAP9BAAD/VgAA/20AAP+HAAD/oAAA/7YAAP/KAAD/1AAA/9QA/wsgAP8H&#10;HgD/AB0A/wAgAP8AJQD/AC4A/wA7AP8ASQD/AFYA/wBiAP8AbQD/AHYA/wB/AP8AhwD/AI4A/wCU&#10;AP8AmgD/AKAA/wCmAP8ArQD/ALUA/wC+AP8AywD/AOEA/wDwAP4A/QD9AP8A/QD/AP0A/wD9AP8A&#10;/AD/APkA/wD5AP8A/w0dAP8LGgD/BBkA/wAaAP8AHwD/ACoA/wA3AP8ARQD/AFEA/wBeAP8AaAD/&#10;AHIA/wB6AP8AggD/AIkA/wCQAP8AlgD/AJwA/gCiAPwAqQD7ALAA+QC5APgAxgD2ANkA9QDrAPQA&#10;+QDzAP8A8gD/APMA/wDzAP8A8wD/APMA/wDzAP8A/xAZAP8OFQD/CBQA/wAUAP8AGQD/ACUA/wAy&#10;AP8AQAD/AEwA/wBZAP8AYwD+AG0A/AB1APoAfQD5AIQA9wCLAPYAkQD0AJcA8wCeAPIApADwAKwA&#10;7gC0AO0AwADrAM8A6QDmAOgA9QDmAP8A5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A/xIUAP8QEAD/&#10;DA8A/wMQAP8AFQD/ACAA/wAsAP8AOgD/AEcA+gBTAPcAXgD0AGcA8QBwAO8AeADtAH8A6wCGAOoA&#10;jADoAJMA5wCZAOUAoADjAKcA4QCwAN8AugDdAMkA2wDgANgA8ADXAP4A1QD/ANQA/wDTAP8A0wD/&#10;ANMA/wDTAP8A/xUQAP8SDAD/DgkA/wsMAP8JEgD/AxoA/wAmAP0AMwD0AEAA7wBNAOsAWADoAGEA&#10;5QBqAOIAcgDgAHoA3gCAANwAhwDaAI4A2ACVANQAnADSAKMA0ACsAM4AtgDMAMQAygDZAMgA7QDH&#10;APsAxQD/AMQB/wDDAf8AxAH/AMQB/wDEAf8A/xgLAP8VBQD/EAAA/xAGAP8PDQD/DBQA/AcfAPED&#10;KwDnADkA4gBGAN4BUQDaAlsA1QJkANIDbADPA3QAzQR7AMsEggDKBIkAyAWQAMYFmADEBaAAwgap&#10;AMEGtAC/BsEAvQjVALsJ7AC4C/0Atgz/ALUN/wC0Df8AtA3/ALQN/wC0Df8A/xsFAP8YAAD/FwAA&#10;/xYAAPsTBgD6EA4A7gwWAOMJIgDaCTAA0wo+AM4LSgDKDFUAxw1eAMUNZwDCDm8AwQ52AL8OfgC9&#10;D4UAvA+NALoQlQC4EJ0AtxCnALURsgCzEcAAshHVAK4T7gCrFP4AqRX/AKcV/wCnFf8AphT/AaYU&#10;/wGmFP8B/x8AAP8cAAD6HgAA6x4AAOMcAADfFQUA3g4NANMOGADLESgAxRM3AMAURAC8Fk8AuRdZ&#10;ALcXYQC0GGkAsxlxALEZeACvGoAArhqIAKwbkACrG5kAqRujAKccrgCmHLwApB3PAKEe6gGeHvwB&#10;nB//AZsf/wGaH/8Bmh7/AZke/wGZHv8B/yIAAP8hAADsJwAA4CoAANQpAADNJAAAyhwIAMQZEgC9&#10;HCIAtx4xALMgPgCvIUkArSJTAKojXACoJGQApiRsAKQkcwCjJHoAoSWCAaAliwGeJZQBnSWeAZsm&#10;qgGZJrcBmCbJApUn5gKSJ/kCkCj/Ao8o/wKOJ/8Cjif/Ao4n/wKOJ/8C/yYAAPIpAADjMQAA0jQA&#10;AMg0AADAMAAAuykCALgjDgCxJhwArCgrAKgqOACkK0QAoSxOAJ8tVwCdLV8Amy1nAZktbgGYLnUB&#10;li59ApQuhgKTLpACkS6aA48upgONLrMDjC7FA4ov4QSHL/YEhS//BIQv/wOEL/8Dgy//A4Mv/wOD&#10;L/8D+ykAAOsxAADZOAAAyTwAAL88AAC2OQAAsDIAAKwtCwCnLxcAojEmAJ4zNACaNEAAmDVKAJU1&#10;UwCTNVsBkTViAY81aQKNNXECjDV5A4o1ggOINYsEhjWWBIQ1ogWCNa8FgTXABn823AZ9NvQGezb/&#10;BXs2/wV6Nv8Eejb/BHo1/wR6Nf8E9S0AAOQ3AADQPwAAwkMAALdEAACtQAAApzoAAKM2BgCdNxMA&#10;mTkiAJU6LwCSPDsAjzxGAIw8TwGKPFcBiDxeAoY8ZQKEPG0Dgjx1BIA8fQR/PIcFfTySBns7ngd5&#10;O6wHdzu8CHY81Qh0PPEIczz/B3I8/wZyPP8Fcjz/BXI7/wVyO/8F8TIAAN49AADJRAAAvEgAALBJ&#10;AACmRgAAn0EAAJs9AQCVPRAAkT8dAI1BKwCKQjgAh0NCAIRDSwGCQ1MBgENbAn5CYgN8QmkEekJx&#10;BXhCegZ2QYQHdEGPCHJBmwhwQakJb0G5Cm1B0ApsQe4Ja0L/CGpC/wdqQf8GakH/BmpB/wVqQf8F&#10;7TcAANZCAADESQAAt00AAKtNAACgSgAAmEcAAJNCAACOQw0AiUUaAIZGKACDRzQAgEg/AH5ISAF7&#10;SFACeUhXAndIXwN1SGYEc0duBXFHdgZvR4AHbUaMCWtGmAppRqYLZ0a2C2ZGzAtlRuwLZEf/CWRG&#10;/whkRv8HZEb/BmRF/wZkRf8G6DsAANBGAAC/TQAAs1EAAKVRAACaTgAAkksAAI1HAACHSAsAg0oW&#10;AH9LJAB9TDEAek08AHdNRQF1TU0Cc01VAnFNXANvTWMEbUxrBWtMcwdpS30IZkuJCWRLlgpiS6QL&#10;YUu0DF9LygxeS+oLXkv+Cl5L/wleSv8IXkr/B15K/wdeSv8H4z8AAMtJAAC8UQAAsFUAAKFUAACW&#10;UgAAjVAAAIdMAACBTQgAfU8TAHpQIQB3US4AdFI5AHJSQgFvUksBbVJSAmtRWQNpUWEEZ1FoBmVQ&#10;cQdjUHsIYVCGCl9PkwtdT6EMW0+yDVlPxw1ZT+gMWE/9C1hP/wlZT/8IWU7/B1lO/wdZTv8H30MA&#10;AMdNAAC4VAAArFkAAJ1XAACRVQAAiFQAAIFQAAB7UgQAd1MRAHRUHgBxVSsAb1Y2AGxWQAFqVkgB&#10;aFZQAmZWVwNkVl4EYlVmBWBVbwddVXgIW1SECllUkQtXVKAMVVOwDVRTxQ1TU+YMU1P8C1NT/wlU&#10;Uv8IVFL/CFRS/wdUUv8H2kYAAMNQAAC1WAAAqFsAAJlaAACNWAAAhFcAAHtUAAB2VgEAcVcPAG5Z&#10;GwBsWigAaVozAGdbPQFlW0UBY1tNAmFaVQNfWlwEXVpkBVtZbAZYWXYIVlmCCVRYjwtSWJ4MUFiu&#10;DU9Yww1OWOQMTlj7C09X/wlPV/8IT1b/CFBW/wdQVv8H00oAAMBUAACyXAAAo14AAJVdAACJXAAA&#10;f1sAAHZZAABwWgAAa1wNAGhdGABmXiQAZF8wAGJfOgBgX0MBXl9LAlxfUgJaX1oDWF9hBVVeagZT&#10;XnQHUV1/CU9djQpNXZwLS12sDEpdwQxJXeMMSVz6Cklb/wlKW/8ISlr/CEpa/wdKWv8Hzk4AALxY&#10;AACuYAAAn2EAAJFgAACFXwAAe18AAHBdAABqXwAAZWEKAGJiFABgYyEAXmQtAFxkNwBaZEABWGRI&#10;AVZkUAJUZFcDUmRfBFBkZwVOY3EGTGN9CEliiwlHYpoKRmKqC0RivwtEYuELRGH5CkRg/wlEYP8I&#10;RV//B0Vf/wdFX/8HyFIAALhcAACrZAAAm2QAAIxjAACAYwAAdmMAAGpiAABjZAAAX2YGAFtnEQBZ&#10;aB0AV2kpAFZqMwBUajwAUmpFAVBqTAFOalQCTGpcA0pqZQRIaW8FRml6B0RpiAhCaJgJQGipCj9o&#10;vQo+aN4JPmf3CT5m/wg/Zf8HP2X/Bz9k/wc/ZP8Hw1cAALNhAACnaQAAlmgAAIdnAAB7ZwAAcWcA&#10;AGVoAABcagAAWGwBAFRuDgBSbxgAUG8kAE5wLgBNcDgAS3FBAEpxSQFIcVEBRnFZAkRwYgNCcGwE&#10;QHB4BT5whgY8b5UHOm+mCDhvuwg4b9sHOG72Bzht/wc4bP8GOWv/Bjlq/wY5av8GvVwAAK9mAACi&#10;bQAAkWwAAIJrAAB3awAAbGwAAGFuAABXcAAAUHMAAEx1CgBJdhMAR3cfAEZ3KQBFeDMAQ3g8AEJ4&#10;RABBeE0BP3hVAT14XgI7eGgCOXh0Azd4ggQ1eJMFM3ekBTJ3uQUxeNcFMXb1BTF0/wUxc/8FMXL/&#10;BTJy/wUycv8Ft2MAAKptAACccQAAi3AAAH1wAABycAAAZ3EAAFxzAABRdwAASnoAAEJ9AwA/fg4A&#10;PX8YADx/IwA7gC0AOoA2ADmBPwA4gUgANoFQADWBWgEzgWQBMYFwAS+BfwItgY8DLIGhAyqBtgMp&#10;gdIDKX/zAyl9/wMpfP8DKXv/Ayl7/wMpe/8DsWoAAKV0AACVdgAAhXUAAHh1AABtdQAAYXcAAFd6&#10;AABMfgAAQ4EAADuFAAA1iAkAMokRADGJGwAwiSUAL4ovAC6KOAAti0EALItKACqLVAApi18AKItr&#10;ACaLegEki4sBI4ueASKLswEhjM4BIYrxASCI/wIghv8CIIX/AiGF/wIhhf8Cq3IAAKF8AACPewAA&#10;gHoAAHN6AABmfAAAW38AAFCCAABGhgAAPIoAADSNAAAskQAAJpMMACSUEwAjlBwAIpUmACGVLwAg&#10;lTgAH5ZCAB6WTAAdllgAHJZkABqXdAAZl4YAGJeZABeXrgAVl8kAFpXuABaT/wEWkv8BFpH/ARaQ&#10;/wEWkP8BpXsAAJmDAACJgQAAe4AAAGyCAABfhAAAVIgAAEmLAAA/kAAANZQAAC2XAAAlmgAAHZ4B&#10;ABagDAAUoRIAFKEbABOhJQASoS4AEaI4ABGiQwAQok8AD6JcAA6jawANo30ADaOSAAyjpwAKosAA&#10;C6LmAAyg/gANn/8ADZ7/AA2d/wANnf8AnoQAAJKJAACDiAAAc4gAAGWLAABYjgAATJIAAEGXAAA3&#10;mwAALp4AACSiAAAcpQAAFagAAA+rBAAKrgwAB60SAAatGwAFrSQABK4uAAKuOQABrkUAAK5SAACu&#10;YQAArnMAAK6HAACunQAArrQAAK7VAACt9AAArf8AAKz/AACr/wAAq/8AlosAAIyQAAB7kAAAa5IA&#10;AF2WAABQmgAARJ8AADmjAAAvpwAAJasAAByuAAAUsQAADrQAAAm3AAABuAkAALgOAAC5FAAAuRwA&#10;ALolAAC6LwAAuzoAALxHAAC8VgAAvGcAALx7AAC8kQAAvKkAALzEAAC86wAAu/4AALv/AAC7/wAA&#10;u/8AkJIAAIOYAABzmwAAY58AAFWjAABHqAAAO60AADCxAAAltAAAG7cAABK6AAAMvQAABb8AAADD&#10;AAAAxAIAAMUKAADFDgAAxhQAAMcbAADIJAAAyi4AAMw6AADNSQAAzVkAAM1sAADOgwAAzpsAAM21&#10;AADO2gAAzvYAAM3/AADN/wAAzf8AhpkAAHegAABppgAAWqwAAEyyAAA+tgAAMLkAACS8AAAZvwAA&#10;EcIAAArFAAACyQAAAMwAAADQAAAA0QAAANIBAADTCAAA1Q0AANcRAADaGAAA3CEAAN8sAADhOgAA&#10;4koAAONdAADkcgAA5IsAAOWlAADlwAAA5eYAAOX4AADl/wAA5f8AeqEAAGupAABcrwAATbYAAD+8&#10;AAAwvwAAI8MAABfHAAAPygAAB84AAADRAAAA1gAAANwAAADfAAAA4AAAAOIAAADkAAAA5gMAAOgJ&#10;AADpDgAA7BUAAO4eAADxKwAA9DoAAPVNAAD2YQAA93kAAPiTAAD4rQAA+cYAAPnkAAD58wAA+fMA&#10;baoAAF6yAABPugAAQMEAADHFAAAiyQAAFs4AAA3SAAAE2AAAAN0AAADhAAAA5AAAAOgAAADrAAAA&#10;7QAAAO8AAADxAAAA8wAAAPYAAAD4AwAA+gsAAP0RAAD/GwAA/ykAAP87AAD/TwAA/2YAAP9/AAD/&#10;mQAA/68AAP/DAAD/1gAA/9YA/wQcAP8AGQD/ABkA/wAcAP8AIgD/ACsA/wA4AP8ARgD/AFMA/wBe&#10;AP8AaQD/AHIA/wB6AP8AggD/AIkA/wCPAP8AlQD/AJsA/wChAP8AqAD/AK8A/wC5AP8AxQD/ANkA&#10;/gDsAP0A+wD7AP8A+wD/APsA/wD6AP8A9AD/APAA/wDwAP8A/wcYAP8BFQD/ABQA/wAWAP8AGwD/&#10;ACYA/wA0AP8AQgD/AE4A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP0AkAD8AJYA+gCdAPkA&#10;owD4AKsA9wC0APUAvwD0AM4A8wDmAPEA9gDwAP8A7wD/AO8A/wDuAP8A7gD/AOoA/wDqAP8A/wsU&#10;AP8GEQD/ABAA/wAQAP8AFgD/ACIA/wAuAP8APAD/AEkA/wBUAP4AXwD7AGgA+QBwAPcAeAD1AH8A&#10;8wCFAPIAiwDwAJIA7wCYAO0AnwDsAKYA6gCuAOgAuQDnAMcA5QDeAOMA8ADiAP4A4AD/AOAA/wDh&#10;AP8A4QD/AOEA/wDhAP8A/w0QAP8JDQD/AQwA/wAMAP8AEgD/ABwA/wAoAPwANgD5AEMA9gBOAPIA&#10;WQDvAGIA7ABrAOoAcgDoAHkA5gCAAOQAhgDiAIwA4QCTAN8AmgDdAKEA2wCqANgAtADVAMAA0gDT&#10;ANAA6gDOAPoAzQD/AM0A/wDNAP8AzAD/AMwA/wDMAP8A/xAMAP8MBwD/AwIA/wAIAP8ADgD/ABYA&#10;9gAiAPAALwDsADwA6QBIAOUAUwDhAFwA3gBlANsAbADXAHMA1AB6ANIAgADQAIcAzgCOAMwAlQDK&#10;AJ0AyAClAMYArwDEALsAwgDLAMAA5QC+APUAvQD/ALwA/wC8AP8AvAD/ALwA/wC8AP8A/xEFAP8O&#10;AAD/CgAA/wgBAP8ECgD4ABAA6QAaAOMAKADeADUA2QBBANMATADPAFYAywBfAMkAZgDGAG4AxAB0&#10;AMIAewDBAIIAvwCJAL0AkAC8AJgAugChALgAqwC2ALcAtADHALIA4ACxAfIArwL/AK4D/wCtBP8A&#10;rQT/AK0E/wCtBP8A/xQAAP8QAAD/DwAA8g0AAOoKAADpAwkA3QASANQAHwDNAS0AyAI6AMQDRQDA&#10;A1AAvQRZALsFYQC5BWgAtwZvALUGdgC0B30AsgeEALEIjACvCJUArQmeAKsJqACqCrUAqArFAKYL&#10;3wCkDfQAog7/AKAO/wCfDv8Anw7/AJ8O/wCfDv8A/xcAAP8TAADvGAAA5BkAANsWAADSEAIAzwkL&#10;AMgIFgDBCiQAvAwyALcNPgC0DkkAsQ5TAK8QWwCtEGMAqxBqAKkRcQCoEXgAphGAAKURiACjEpEA&#10;oRKbAKATpgCeE7MAnBPDAJsU3gCXFvQAlRb/AJQX/wCTF/8Akhf/AJIW/wCSFv8A/xoAAPQdAADl&#10;IwAA1SUAAMokAADCHQAAvhYEALsQEAC0Ex0ArxUrAKsWOACnGEMApRlNAKIZVgCgGl0AnhtlAJ0b&#10;bACbHHMAmhx7AJgcgwCXHY0AlR2XAJMeogCSHq8AkB6/AI8f2ACMIPEBiSD/AYgg/wGHIP8BhyD/&#10;AYYg/wGGIP8B+h4AAOsmAADaLQAAyjAAAL4uAAC1KAAAsCIAAK4bDACoHRcAox8mAJ8hMwCcIj4A&#10;mSNIAJckUQCVJFkAkyVgAJIlZwCQJm4AjiZ2AI0mfwCLJogBiieTAYgnngGGJ6sBhCe7AYMo0QGA&#10;KO4Bfin/AX0p/wF8KP8BfCj/AXwo/wF8KP8B9SQAAOMuAADPNQAAwTgAALQ2AACrMQAApSwAAKIm&#10;BgCeJhMAmSghAJUqLgCSKzkAjyxEAI0tTACLLVQAiS5cAIcuYwCGLmoBhC5yAYIuegGBL4QBfy+P&#10;An0vmgJ7L6cCei+3AngvzAJ2MOoCdTD+AnMw/wJzMP8Ccy//AnMv/wJzL/8C8CoAANw1AADHOwAA&#10;uj8AAKw8AACiOAAAnDMAAJgvAACVLhAAkDAcAIwyKQCJMzUAhjQ/AIQ1SQCCNVEAgDVYAH41XwF9&#10;NWYBezZuAXk1dgJ4NYACdjWLA3Q1lwNyNqQDcDa0BG82yARtNucEbDb8A2s2/wNrNv8Cajb/Amo1&#10;/wJqNf8C6jAAANM6AADCQQAAs0MAAKVBAACbPgAAlToAAJA2AACMNQ0AiDcYAIQ4JQCBOjEAfzs8&#10;AHw7RQB6PE0AeDxVAXc8XAF1PGMBczxqAnE8cwJwPHwDbjuHA2w7lARqO6EEaDuxBWc8xQVlPOUF&#10;ZDz6BGQ8/wNjO/8DYzv/A2M7/wJjO/8C5TUAAM0/AAC9RgAArkcAAJ9FAACVQwAAjkAAAIk8AACE&#10;PAoAgD0UAH0+IgB6Py4AeEA4AHVBQgBzQUoAckFRAXBBWQFuQWACbEFnAmpBcANoQXkDZ0GEBGVB&#10;kQVjQZ8FYUGuBmBBwgZeQeIGXkH5BV1B/wRdQP8DXUD/A11A/wNdQP8D3zkAAMhDAAC5SgAAqUsA&#10;AJtJAACQRwAAiEQAAINBAAB+QQYAekIRAHZDHgB0RSoAcUU1AG9GPwBtRkcAa0ZPAWpGVgFoRl0C&#10;ZkZlAmRGbQNiRnYEYEaCBF5GjgVcRZwGW0WsBllGvwdYRt8GWEb3BVdF/wRXRf8EV0T/A1hE/wNY&#10;RP8D2j0AAMRHAAC1TgAApE4AAJZMAACLSwAAg0kAAH1FAAB4RgIAdEcQAHBIGwBuSScAa0oyAGpL&#10;PABoS0QAZktMAWRLUwFiS1oCYEtiAl9LagNdS3QEW0p/BVlKjAVXSpoGVUqqB1RKvQdTStwHUkr2&#10;BlJK/wVSSf8EUkn/A1JI/wNTSP8D1EEAAMBLAACyUQAAoFAAAJJPAACHTgAAfkwAAHhIAABySgAA&#10;bksNAGtNGABoTiQAZk4vAGRPOQBiT0IAYVBJAV9QUQFdUFgCW09gAllPaANXT3IEVU99BVNPigVS&#10;TpgGUE6oB05OuwdNTtkHTU71Bk1O/wVNTf8ETU3/BE5M/wNOTP8DzkQAALxOAACuVAAAnFMAAI5S&#10;AACDUQAAelAAAHJNAABsTwAAaFALAGVRFQBjUiEAYVMsAF9TNgBdVD8AW1RHAFpUTgFYVFYBVlRd&#10;AlRUZgNSU28DUFN7BE5TiAVMU5cGS1OnB0lTugdIU9UHSFLzBkhS/wVIUf8ESVH/BElQ/wNJUP8D&#10;ykgAALlSAACqVwAAmFYAAIpVAAB/VAAAdlMAAGxRAABnUwAAYlQIAF9WEgBdVx4AW1cpAFlYMwBY&#10;WDwAVllEAFVZTAFTWVMBUVlbAk9YZAJNWG0DS1h4BElYhgVHV5UGRVelBkRXuAZDWNIGQ1fyBkNW&#10;/wVDVf8ERFX/BERU/wNEVP8DxkwAALVWAAClWgAAlFkAAIZYAAB7WAAAcVcAAGZWAABhWAAAXVkE&#10;AFlaEABXWxsAVVwmAFNdMABSXTkAUV5BAE9eSQBNXlEBTF5YAUpeYQJIXWsDRl12A0RdgwRCXZIF&#10;QF2jBj9dtgY+XdAGPVzxBT5b/wQ+Wv8EPlr/Az5Z/wM/Wf8DwVAAALFaAAChXQAAkFwAAIJbAAB2&#10;WwAAbVsAAGFbAABbXQAAVl4AAFJgDQBQYRcATmIiAE1iLABMYzUASmM+AEljRgBHY04ARmNWAURj&#10;XgFCY2gCQGNzAz5jgQM8Y5AEOmKhBDlitAU4Y80FOGLvBDhh/wQ4YP8DOF//Azle/wM5Xv8DvFUA&#10;AK1fAACcYAAAi18AAH1fAAByXwAAaF8AAF1gAABVYgAAT2QAAEtmCgBJZxIAR2gdAEVoJwBEaTEA&#10;Q2k5AEJqQgBAakoAP2pSAD1qWwE8amUBOmpwAjhqfgI2aY0DNGmfAzNpsgMxacsDMWjtAzFn/wMx&#10;Zv8DMmX/AzJk/wMyZP8Dt1sAAKlkAACWZAAAhmMAAHhjAABtYwAAZGQAAFllAABQaAAASWsAAENt&#10;BABAbg4APm8YAD1vIgA8cCsAOnA0ADlxPQA4cUUAN3FOADZxVwA0cWEBMnFtATFxegEvcYoCLXGc&#10;AitxrwIqccgCKnDrAipv/wIqbf8CKmz/Aits/wIrbP8CsWEAAKRpAACQaAAAgGcAAHRnAABpZwAA&#10;X2gAAFVrAABLbgAAQ3EAADx0AAA3dgoANHcSADN4HAAyeCUAMXkuADB5NwAveT8ALnlIACx6UgAr&#10;elwAKnpoACh6dgAmeocBJXqZASN6rAEiesUBInnpASJ3/wEidv8BInX/AiJ0/wIjdP8CrGgAAJ1u&#10;AACKbQAAe2wAAG9sAABlbAAAWm4AAFBxAABFdQAAPXgAADZ8AAAufwIAKYENACeCFAAmgh4AJYIn&#10;ACSCLwAjgzgAIoNCACGDSwAghFYAH4RiAB6EcQAchIIAG4SVABqEqQAYhMEAGIPmABiB/QAZgP8B&#10;GX//ARl+/wEZfv8BpnAAAJVzAACEcgAAdnEAAGtxAABecwAAVHYAAEl5AAA/fQAAN4EAAC+EAAAn&#10;iAAAIIsFABuNDgAajRUAGY0eABiOJwAXjjAAFo45ABWOQwAUj08AE49bABKPagARj3sAEI+PAA+P&#10;pAAOj7sADY/gAA6N+gAPi/8AEIr/ABCJ/wAQif8AoXoAAI55AAB+dwAAcncAAGR4AABYewAATX4A&#10;AEKCAAA5hgAAL4oAACeOAAAgkQAAGJUAABKYBQAOmg4ADZoUAAyaHQALmiYAC5owAAqaOwAJmkYA&#10;CJpTAAabYQAFmnIABJqGAAKamwAAmrEAAZnPAAKZ8AACmP8ABJf/AAWW/wAFlv8AmYEAAId/AAB6&#10;fgAAa34AAF2BAABQhQAARYkAADuNAAAxkgAAKJYAAB+ZAAAYnQAAEaAAAAyjAgAGpQoAAaUQAACl&#10;FgAAph8AAKYoAACmMgAApz0AAKdKAACnWAAAp2gAAKd8AACnkQAApqgAAKbDAACl6QAApfwAAKX/&#10;AACk/wAApP8AkYcAAIKGAAByhgAAY4gAAFWMAABJkQAAPZYAADKaAAAongAAH6IAABemAAAQqQAA&#10;C6wAAASvAAAAsQYAALEMAACyEQAAshcAALMfAACzKAAAtDIAALU/AAC1TQAAtV0AALVwAAC1hgAA&#10;tZ0AALW2AAC13AAAtPcAALT/AAC0/wAAtP8Ai48AAHqOAABqkQAAW5UAAE2aAABAnwAANaQAACqo&#10;AAAgrAAAFrAAAA+0AAAJtwAAAbkAAAC9AAAAvgAAAL4GAAC/DAAAwBAAAMEWAADCHQAAwycAAMUy&#10;AADGQAAAxlEAAMdjAADHeAAAx5EAAMepAADHxwAAx+wAAMf+AADH/wAAx/8Ag5cAAHGaAABhngAA&#10;UqMAAEWpAAA4rgAALLMAACC3AAAWugAADr0AAAbAAAAAwwAAAMcAAADJAAAAygAAAMwAAADNAwAA&#10;zgkAANAOAADSEwAA1BsAANglAADbMgAA3UIAAN1UAADeaQAA3oEAAN6cAADftQAA39kAAN/zAADf&#10;/wAA3/8Ad58AAGimAABZrQAASrMAADu4AAAtuwAAH78AABTCAAAMxgAAA8kAAADMAAAA0AAAANUA&#10;AADZAAAA2gAAANwAAADeAAAA4AAAAOIFAADkCwAA5xAAAOoYAADtJAAA8DIAAPFEAADyWAAA828A&#10;APSKAAD0pAAA9L8AAPTfAAD08wAA9PQAaqgAAFuvAABMtwAAPb0AAC3BAAAfxgAAE8oAAAvOAAAA&#10;0gAAANcAAADcAAAA4AAAAOUAAADnAAAA6QAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gcAAPkOAAD8&#10;FgAA/yIAAP8zAAD/RwAA/10AAP92AAD/kQAA/6kAAP++AAD/2AAA/9sA/wAYAP8AFgD/ABUA/wAY&#10;AP8AHgD/ACcA/wA2AP8AQwD/AE8A/wBaAP8AZAD/AG0A/wB1AP8AfQD/AIQA/wCKAP8AkAD/AJYA&#10;/wCcAP8AowD/AKsA/wC0AP4AvwD9AM8A+wDnAPoA+AD5AP8A+QD/APkA/wD1AP8A7gD/AOkA/wDn&#10;AP8A/wAUAP8AEQD/ABEA/wASAP8AFwD/ACMA/wAxAP8APgD/AEoA/wBWAP8AYAD/AGgA/wBwAP8A&#10;eAD9AH4A/ACFAPoAiwD5AJEA+ACYAPcAngD1AKYA9ACuAPIAuQDxAMcA7wDgAO4A8gDsAP8A7AD/&#10;AOwA/wDrAP8A5QD/AOAA/wDeAP8A/wMQAP8ADgD/AA0A/wANAP8AEwD/AB4A/wArAP8AOAD/AEUA&#10;/gBQAPsAWgD4AGMA9QBrAPMAcgDxAHkA7wB/AO4AhgDsAIwA6gCSAOkAmQDnAKAA5gCpAOQAswDh&#10;AMAA4ADTAN4A6wDcAPsA2wD/ANoA/wDaAP8A2QD/ANQA/wDSAP8A/wcNAP8ACQD/AAYA/wAJAP8A&#10;DwD/ABgA+wAlAPgAMgD1AD8A8gBKAO0AVADqAF0A5wBlAOQAbADiAHMA4AB6AN4AgADcAIYA2gCN&#10;ANcAlADUAJsA0gCkAM8ArQDNALkAywDJAMkA5ADIAPYAxgD/AMUA/wDGAP8AxwD/AMcA/wDHAP8A&#10;/woGAP8BAAD/AAAA/wAEAP8ACwD0ABIA7wAfAOoALADlADgA4gBDAN0ATgDZAFcA1ABfANEAZwDO&#10;AG0AzAB0AMoAegDIAIAAxgCHAMUAjgDDAJYAwQCeAL8AqAC9ALMAugDCALkA2wC3APAAtQD/ALYA&#10;/wC1AP8AtQD/ALUA/wC1AP8A/wwAAP8EAAD/AAAA/gAAAPYAAwDoAA0A4AAXANkAJADRADEAzQA8&#10;AMoARwDGAFEAwwBZAMAAYAC+AGcAvABuALoAdAC5AHsAtwCCALUAiQCzAJEAsgCaALAApACuAK8A&#10;rAC9AKoA0ACoAOsApwD7AKYA/wCmAP8ApQD/AKUA/wClAP8A/w0AAP8HAAD0CQAA6gkAAOIEAADa&#10;AAcAzwARAMgAHADCACkAvgA1ALsAQAC3AEoAtABTALIAWwCwAGIArgBoAKwAbwCrAHUAqQB9AKgA&#10;hACmAI0ApACWAKMAoAChAKsAnwG5AJ0DzACcBOgAmgb5AJkH/wCYCP8Alwj/AJcI/wCXCP8A/xAA&#10;APcQAADoFAAA3BUAAM4RAADGDQAAwgQLALwAFAC3ASEAsgMuAK4FOgCrBkQAqAhNAKYIVQCkCVwA&#10;ogpjAKAKagCfC3EAnQt4AJwLgACaDIkAmQyTAJcMngCVDaoAlA24AJINzACQDuoAjhD8AIwQ/wCL&#10;EP8AixD/AIsQ/wCKEP8A+xMAAO0aAADdIAAAzCEAAL8dAAC3FwAAsxEAALILDQCrDRkApw4mAKMP&#10;MwCfED4AnRFHAJoRUACYElcAlhJeAJUTZQCTE2wAkhNzAJAUfACPFIUAjRWPAIsVmgCKFacAiBa1&#10;AIYWyQCEF+cAghj7AIAZ/wB/Gf8Afxn/AH8Y/wB/GP8A9RoAAOQjAADPKQAAwCoAALMmAACqIgAA&#10;pRwAAKQVCACgFBMAmxYhAJcYLQCUGTgAkRpCAI8bSwCNHFIAixxZAIkdYACIHWcAhh5vAIUedwCD&#10;H4AAgh+LAIAflwB+IKMAfSCyAHsgxQB5IeQAdyL5AHYi/wB1Iv8AdCH/AHQh/wB0If8A7yEAANsr&#10;AADHMQAAtjEAAKkuAACgKgAAmyYAAJghAQCVHhAAkCAbAI0hKACJIzMAhyQ9AIUkRgCDJU4AgSZV&#10;AH8mXAB+JmMAfCdrAHsncwB5J3wAeCiHAHYokwB0KKABciivAXEpwQFvKeABbSn3AWwp/wFrKf8B&#10;ayn/AWso/wFrKP8B6CgAANAyAADAOAAArjcAAKE1AACYMgAAki0AAI4pAACLJwwAhygXAIMqIwCA&#10;Ky8Afiw5AHwsQgB6LUoAeC5RAHcuWAB1LmAAcy9nAHIvbwBwL3kBby+DAW0vkAFrL50BaS+sAWgw&#10;vgFnMNsBZTD1AWQw/wFjMP8BYy//AWMv/wFjL/8B4i4AAMo4AAC6PQAAqDwAAJo6AACRNwAAijMA&#10;AIYwAACDLgkAfy8TAHswHwB4MisAdjM1AHQzPgByNEYAcDROAG81VQBtNVwAbDVkAGo1bAFoNXUB&#10;ZzWAAWU1jAFjNZoCYTapAmA2uwJfNtYCXTbzAl02/wJcNv8BXDX/AVw1/wFcNP8B3DMAAMU8AAC0&#10;QQAAokAAAJU+AACLPAAAhDkAAH82AAB7NAQAdzUQAHQ3HABxOCcAbzkyAG05OwBrOkMAajpLAGg7&#10;UgBnO1kAZTthAWM7aQFiO3IBYDt9AV47igJcO5cCWzunAlk7uANYO//i/+JJQ0NfUFJPRklMRQAG&#10;CdIDVzvxAlY7/wJWO/8CVjr/AVY6/wFWOf8B1DcAAMBBAACvRAAAnUMAAJBCAACFQAAAfj4AAHk7&#10;AAB0OgAAcToOAG08GABrPSQAaT4vAGc/OABlP0AAZEBIAGJATwBhQFcAX0BeAV1AZgFcQG8BWkB6&#10;AlhAhwJWQJUCVECkA1NAtgNSQM8DUUDvA1BA/wJQP/8CUD//AlE+/wFRPv8BzzsAAL1FAACqRwAA&#10;mUYAAItFAACBRAAAeUIAAHQ+AABvPwAAa0AMAGdBFQBlQiEAY0MrAGFDNQBfRD4AXkRFAF1FTQBb&#10;RVQAWUVcAVhFZAFWRW0BVEV4AlJFhQJRRJMDT0SjA01FtANMRcwDS0XtA0tE/wJLRP8CS0P/AkxC&#10;/wJMQv8Cyj8AALlIAACmSgAAlUkAAIdIAAB9RwAAdUUAAG5CAABpQwAAZUQJAGJFEwBfRh4AXUco&#10;AFxIMgBaSDsAWUlDAFdJSgBWSVIAVElZAVNJYQFRSWsBT0l2Ak1JggJLSZEDSkmhA0hJswNHScoD&#10;RknsA0ZI/wJGSP8CR0f/AkdG/wJHRv8CxkMAALZMAACiTAAAkUwAAIRLAAB5SgAAcEkAAGlGAABk&#10;RwAAX0kGAFxKEABaSxsAWEwlAFZMLwBVTTgAU01AAFJNSABRTk8AT05XAE5OXwFMTmkBSk5zAkhN&#10;gAJGTY8DRU2fA0NNsQNCTcgDQU3qA0FM/wJBTP8CQkv/AkJK/wJCSv8CwkcAALNPAACeTwAAjU4A&#10;AIBOAAB1TQAAbEwAAGNKAABeTAAAWk0CAFZODgBUTxgAUlAiAFFRLABPUTUATlI9AE1SRQBMUk0A&#10;SlJUAElSXQFHUmYBRVJxAUNSfgJBUo0CP1KdAz5SrwM9UsYDPFLpAjxR/gI8UP8CPU//Aj1P/wI9&#10;Tv8CvksAAK5TAACaUgAAiVEAAHxRAABxUAAAaFAAAF5OAABYUQAAVFIAAFFTDABOVBQATFUfAEtW&#10;KQBJVjIASFY6AEdXQgBGV0oARFdSAENXWgBBV2QBQFduAT5XewI8V4sCOlebAjhXrQI3V8QCN1fn&#10;AjdW/QI3Vf8CN1T/AjdT/wI4U/8Cuk8AAKlWAACVVQAAhVQAAHhUAABtVAAAZFQAAFhUAABSVgAA&#10;TlcAAEpZCQBHWhEARlobAERbJQBDWy4AQlw2AEFcPgA/XEYAPl1PAD1dVwA7XWEAOl1sAThdeQE2&#10;XYgBNF2ZAjNdqwIxXcICMVzlAjFb/AIxWv8CMVn/AjJZ/wEyWP8BtlQAAKRZAACQWAAAgFgAAHNX&#10;AABpVwAAYFgAAFRZAABOWwAASF0AAENfBABAYA4APmEXAD1hIAA7YikAOmIyADliOgA4Y0IAN2NL&#10;ADZjVAA0Y10AM2NoADFjdgEvY4UBLmOWASxjqQErY78BKmPjASpi+wEqYP8BK1//AStf/wErXv8B&#10;sVkAAJ5cAACLXAAAe1sAAG9bAABlWwAAXFwAAFFeAABJYAAAQ2IAADxlAAA4ZwoANWgSADRoGwAz&#10;aSQAMmktADFpNQAvaj0ALmpGAC1qTwAsalkAK2tlAClrcgAoa4IAJmuTACRrpwAja70AImrgACNp&#10;+QEjZ/8BI2b/ASNm/wEkZf8BrGAAAJhgAACFYAAAdl8AAGpfAABhYAAAV2AAAE1jAABEZgAAPWgA&#10;ADZrAAAwbgQALHAOACpxFQApcR4AKHEmACdyLwAmcjcAJXJAACRySgAiclQAIXNgACBzbQAec30A&#10;HXOQABtzowAac7kAGXPcABpx9wAacP8AG2//ABtu/wEbbf8BpmYAAJFlAAB/ZAAAcWQAAGZkAABd&#10;ZAAAUmYAAEhpAAA/bAAAN28AADBzAAApdgAAInkIAB97EAAeexcAHHsfABt7KAAaezAAGXw5ABh8&#10;QwAXfE4AFnxaABV8ZwAUfXgAEn2LABF9nwAQfbUAD33VABB79QARef8AEXj/ABJ3/wASd/8AnmsA&#10;AIpqAAB6aQAAbWkAAGJpAABXagAATG0AAENwAAA5dAAAMXgAACl7AAAifwAAG4IAABSFCQARhhAA&#10;EYYXABCHHwAQhygADocxAA6HOwANh0YADIdTAAuHYQAKh3EACYeEAAeHmAAGhq4ABYbJAAaF7AAH&#10;hP8ACIP/AAmC/wAJgv8AlXEAAINvAAB0bgAAaW4AAFxvAABQcgAARnUAADx5AAAyfQAAKoEAACKF&#10;AAAbiQAAFIwAAA+PAwAKkgsABpIRAASSGAACkiAAAZIpAACSMwAAkz4AAJNLAACTWQAAk2kAAJN7&#10;AACSkAAAkqYAAJG/AACR5QAAkPoAAI//AACP/wAAj/8AjXcAAH11AABwdAAAYnUAAFV4AABJfAAA&#10;P4AAADSEAAAriQAAIo0AABqRAAATlAAADpcAAAmbAAABnQgAAJ0OAACdEwAAnhoAAJ4iAACfKwAA&#10;nzUAAKBCAACgUAAAoF8AAKBxAACghwAAn50AAJ+1AACe2gAAnfYAAJ3/AACc/wAAnP8Ahn0AAHh8&#10;AABpfAAAW38AAE6DAABBiAAANowAACyRAAAjlgAAGpoAABKeAAANoQAABqQAAACnAAAAqQMAAKkK&#10;AACqDgAAqxMAAKwZAACtIgAArisAAK83AACvRQAAr1QAAK9mAACvewAArpQAAK6rAACuyQAAru8A&#10;AK3/AACt/wAArf8AgYQAAHGEAABhhwAAU4sAAEaQAAA5lgAALpsAACOgAAAapAAAEqgAAAysAAAE&#10;rwAAALIAAAC2AAAAtwAAALcCAAC4CAAAuQ0AALoSAAC7GAAAvSEAAL4rAADAOAAAwEgAAMBaAADB&#10;bgAAwYYAAMGgAADBugAAweMAAMD5AADA/wAAwP8AeY0AAGiQAABZlAAAS5oAAD2gAAAxpQAAJasA&#10;ABqvAAARswAAC7gAAAK7AAAAvgAAAMEAAADEAAAAxQAAAMYAAADHAAAAyAUAAMoLAADMDwAAzhUA&#10;ANAfAADTKwAA1ToAANVMAADWYAAA2HcAANiSAADYrAAA2ckAANnsAADZ+wAA2P8AcJkAAGCeAABR&#10;pAAAQ6oAADWwAAAotgAAHLoAABG+AAAJwQAAAMUAAADIAAAAywAAAM8AAADSAAAA0wAAANYAAADY&#10;AAAA2wAAAN0AAADfBwAA4g0AAOUTAADoHQAA7CoAAO08AADtUQAA7mcAAO+BAADvnAAA8LcAAPDT&#10;AADw7AAA8PQAZ6YAAFitAABJtAAAOroAACq+AAAcwgAAEMYAAAfKAAAAzgAAANIAAADWAAAA3AAA&#10;AOAAAADjAAAA5AAAAOYAAADoAAAA6wAAAO0AAADvAAAA8gIAAPUKAAD4EQAA/BwAAP8sAAD/PwAA&#10;/1UAAP9uAAD/igAA/6QAAP+6AAD/0QAA/+EA/wAUAP8AEgD/ABIA/wAUAP8AGQD/ACUA/wAyAP8A&#10;PwD/AEsA/wBWAP8AYAD/AGgA/wBwAP8AeAD/AH8A/wCFAP8AiwD/AJEA/wCYAP8AngD+AKYA/QCu&#10;APwAuQD6AMgA+QDiAPgA9AD3AP8A9gD/APYA/wDvAP8A5wD/AOIA/wDeAP8A/wARAP8ADgD/AA4A&#10;/wAPAP8AFAD/ACAA/wAtAP8AOgD/AEYA/wBRAP8AWwD/AGMA/gBrAPwAcwD6AHkA+QCAAPcAhgD2&#10;AIwA9QCSAPMAmQDyAKAA8ACpAO4AswDtAMEA6wDWAOoA7gDpAP4A5wD/AOcA/wDlAP8A3QD/ANUA&#10;/wDRAP8A/wANAP8ACgD/AAgA/wAJAP8AEAD/ABsA/wAoAP8ANQD/AEAA+gBLAPYAVQDzAF4A8QBm&#10;AO4AbQDsAHQA6wB6AOkAgADnAIYA5gCNAOQAkwDiAJsA4ACjAN4ArQDcALkA2gDKANcA5gDUAPgA&#10;0gD/ANIA/wDSAP8AzgD/AMkA/wDGAP8A/wAIAP8AAwD/AAAA/wADAP8ADQD8ABYA9wAiAPMALgDv&#10;ADoA7ABFAOgATwDkAFgA4QBgAN4AZwDbAG0A2QB0ANUAegDTAIAA0QCHAM8AjgDNAJUAywCeAMkA&#10;pwDHALMAxQDCAMMA3ADBAPEAvwD/AL8A/wC+AP8AvgD/AL0A/wC7AP8A/wAAAP8AAAD/AAAA/wAA&#10;APYACADuABEA5wAbAOEAJwDdADMA2QA+ANMASQDPAFIAywBZAMgAYQDGAGcAxABtAMIAcwDAAHoA&#10;vwCAAL0AiAC7AJAAuQCYALgAogC1AK0AswC7ALEAzgCwAOoArwD8AK0A/wCtAP8ArgD/AK4A/wCu&#10;AP8A/wIAAP8AAAD9AAAA8gAAAOgAAADeAAwA0wAVAMwAIQDIACwAxAA4AMEAQgC9AEsAugBTALgA&#10;WgC2AGEAtABnALIAbQCwAHQArwB6AK0AggCsAIoAqgCTAKgAnQCmAKgApAC1AKIAxgChAOMAnwD2&#10;AJ4A/wCeAP8AngD/AJ4A/wCeAP8A/wYAAPsAAADuBQAA4gQAANUAAADLAAYAwwAPAL0AGQC4ACUA&#10;tAAxALEAOwCuAEUArABNAKkAVQCnAFsApQBiAKQAaACiAG4AoQB1AJ8AfACeAIUAnACOAJoAmACY&#10;AKQAlgCwAJUAwQCTANwAkgDyAJEA/wCQAP8AkAD/AI8A/wCPAP8A/QoAAPAOAADhEQAAzhAAAMIN&#10;AAC7BwAAtwAKALEAEgCsAB4AqAApAKUANACiAD4AnwBHAJ0ATwCbAFYAmQFcAJcBYwCWAmkAlAJw&#10;AJMDeACRA4AAkASKAI4ElQCMBaEAigWuAIkGvgCHCNgAhgnwAIQK/wCDC/8Agwv/AIML/wCDC/8A&#10;9hAAAOYXAADSHAAAwBoAALMWAACsEgAAqA0AAKYHDQCiBRYAnQciAJkJLgCWCjgAlAtBAJIMSgCQ&#10;DFEAjg1YAIwNXgCLDWUAiQ1sAIgOdACGDn0AhQ6HAIMOkwCBD58AgBCtAH4QvgB9ENsAehH0AHgS&#10;/wB3Ev8AdxL/AHcS/wB3Ev8A7xcAANshAADGJAAAtCMAAKggAACgHAAAmxcAAJkRBACYDhAAkxAb&#10;AI8RJwCMEjIAiRM8AIcTRACFFEwAgxRTAIEVWgCAFWAAfhZoAH0WbwB7FngAeReDAHgXjwB2GJwA&#10;dBiqAHMZuwByGdQAbxrxAG4b/wBtG/8AbRr/AG0a/wBtGv8A5yAAANApAAC8KwAAqyoAAJ4oAACW&#10;JAAAkCAAAI0cAACMFwwAiBgWAIQaIgCBGy0Afhw3AHwdQAB6HUgAeR5PAHceVQB2H1wAdB9jAHMf&#10;awBxIHQAcCB/AG4hiwBsIZgAayGnAGkiuABoIs8AZiLuAGUj/wBkI/8AZCL/AGQi/wBkIf8A4CYA&#10;AMgvAAC0MQAAozAAAJYuAACNKwAAhygAAIQkAACCIAgAfiASAHsiHgB4IykAdSQzAHMlPABxJUMA&#10;cCZLAG4mUgBtJ1kAaydgAGonaABpKHEAZyh7AGUoiABkKZUAYimkAGAptQBfKcsAXirsAFwq/wBc&#10;Kf8AXCn/AFwp/wBcKP8A2CwAAMM1AACtNQAAnTQAAJAzAACGMQAAgC0AAHwrAAB5KAMAdicQAHIp&#10;GgBwKiUAbSsvAGssOABqLEAAaC1HAGctTgBlLlUAZC5dAGMuZQBhL24AXy94AF4vhABcL5IAWi+h&#10;AVkvsgFYMMgBVjDpAVUw/gFVL/8AVS//AFUu/wBVLv8A0DEAAL06AACoOQAAlzgAAIo3AACANgAA&#10;ejIAAHUwAAByLgAAbi4NAGsvFgBpMCEAZjErAGQyNABjMj0AYTNEAGAzSwBfNFIAXTRaAFw0YgBa&#10;NGsAWTV1AFc1ggBVNZABVDWfAVI1sAFRNcYBUDXnAU81/QFPNf8BTzT/AU80/wFPM/8ByzYAALg9&#10;AACjPAAAkjwAAIU7AAB7OgAAdDcAAG81AABsMwAAaDQKAGU1EwBiNh4AYDcoAF43MQBdODoAWzhB&#10;AFo5SABZOVAAVzlXAFY6XwBUOmgAUzpzAFE6fwFPOo0BTjqdAUw6rgFLOsMBSjrlAUk6/AFJOf8B&#10;STn/AUk4/wFKOP8BxzoAALNAAACePwAAjj8AAIE+AAB3PQAAcDsAAGo4AABmOAAAYjkHAF86EQBc&#10;OxsAWjslAFk8LgBXPTcAVj0+AFQ+RgBTPk0AUj5VAFE+XQBPP2YATT9wAEw/fQFKP4sBSD+bAUc/&#10;rAFFP8EBRD/jAUQ++wFEPv8BRD3/AUQ9/wFFPP8Bwz4AAK9DAACaQgAAikIAAH1BAABzQAAAaz8A&#10;AGU8AABgPAAAXD4EAFk+DwBXPxgAVUAiAFNBKwBSQTQAUEI8AE9CQwBOQksATUNSAEtDWgBKQ2QA&#10;SENuAEdDewFFQ4kBQ0OZAUJDqwFAQ8ABP0PhAT9D+QE/Qv8BP0H/AUBB/wFAQP8Bv0EAAKpFAACW&#10;RQAAhkUAAHlEAABvRAAAZ0IAAGA/AABbQQAAV0IAAFRDDQBRRBUAT0UfAE5FKABMRjEAS0Y5AEpH&#10;QQBJR0gASEdQAEZHWABFR2EAQ0hsAEJIeAFASIcBPkiXATxIqQE7SL4BOkjfATpH+AE6Rv8BOkX/&#10;ATtF/wE7RP8Bu0UAAKZIAACSRwAAgkcAAHZHAABrRwAAY0YAAFtDAABWRQAAUkcAAE5ICgBMSRIA&#10;SkkcAEhKJQBHSi4ARks2AEVLPgBDS0YAQkxNAEFMVgBATF8APkxqADxMdgA7TIUBOUyVATdMpwE2&#10;TLwBNUzdATVL9wE1S/8BNUr/ATZJ/wE2Sf8BuEkAAKJLAACOSgAAfkoAAHJKAABoSgAAX0kAAFVI&#10;AABQSgAATEsAAElMBwBGTRAARE4ZAEJPIgBBTysAQFAzAD9QOwA+UEMAPFFKADtRUwA6UVwAOFFn&#10;ADdRcwA1UYIAM1GTATJRpQEwUboBL1HaAS9Q9gEvT/8BME7/ATBO/wEwTf8BtE0AAJ1NAACKTQAA&#10;ek0AAG5NAABkTQAAW00AAFFNAABLTwAARlAAAEJSAwA/Uw0APVQVADxUHgA6VScAOVUvADhVNwA3&#10;Vj8ANlZHADVWUAAzVlkAMldkADBXcQAvV4AALVeRACtXowAqV7gAKVfWAClW9QApVf8AKlT/ASpT&#10;/wEqUv8Br1EAAJhRAACFUQAAdlAAAGpQAABgUAAAWFEAAE5SAABHUwAAQVUAADtYAAA4WQoANVoR&#10;ADRaGgAzWyIAMlsrADFbMwAvXDsALlxDAC1cTAAsXFYAK11gACldbQAoXXwAJl2OACRdoQAjXbUA&#10;Il3SACJc8wAiW/8AI1r/ACNZ/wAkWP8AqFUAAJJUAACAVAAAcVQAAGZUAABcVAAAVFUAAEpWAABD&#10;WAAAPFsAADZdAAAwYAUALWEOACthFQAqYh0AKWIlAChiLgAnYzYAJmM+ACVjRwAjY1EAImRcACFk&#10;aQAfZHkAHmSKABxkngAbZLMAGWTOABpj8QAbYf8AG2D/ABxg/wAcX/8AoVkAAIxYAAB7WAAAbVgA&#10;AGJYAABZWAAAUFkAAEdbAAA+XgAAN2AAADFjAAAqZgAAJGkJACFqEAAgahcAH2ogAB5rKAAdazAA&#10;HGs5ABtrQgAabEwAGWxYABdsZQAWbHQAFGyGABNsmgASbK8AEWzKABFr7wASaf8AE2j/ABNo/wAT&#10;Z/8AmV0AAIVdAAB1XAAAaFwAAF5cAABVXAAAS14AAEJhAAA5ZAAAMmcAACtqAAAkbQAAHnABABdz&#10;CwAVdBEAFHQYABN0IQASdSkAEXUyABF1OwAQdUYAD3VSAA51XwANdW4ADHWBAAt1lQAKdaoACHTD&#10;AAl05wAKc/0AC3H/AAxx/wAMcP8AkWIAAH9hAABwYQAAZGEAAFphAABPYgAARWUAADxoAAAzbAAA&#10;K28AACRyAAAddgAAF3kAABF8BAANfwwAC38SAAp/GQAJfyIACH8qAAZ/NAAFfz8ABH9LAAJ/WAAB&#10;f2cAAH95AAB/jgAAf6MAAH67AAB94AAAffcAAHz/AAB7/wAAe/8AiWcAAHhnAABrZgAAYWYAAFRn&#10;AABJaQAAP20AADVxAAAsdQAAJHkAAB18AAAWgAAAEIMAAAyGAgAGiQoAAYkPAACJFAAAihsAAIoj&#10;AACLLAAAizcAAItDAACLUAAAi18AAItxAACLhgAAi5wAAIqzAACJ0wAAiPMAAIj/AACH/wAAh/8A&#10;gm0AAHNsAABobAAAWm0AAE5vAABCcwAAOHcAAC57AAAlgAAAHYQAABWIAAAQjAAAC48AAASSAAAA&#10;lAYAAJUMAACVEAAAlhUAAJccAACYJAAAmC4AAJk5AACZRwAAmVYAAJloAACZfQAAmZQAAJirAACX&#10;yAAAlu4AAJb/AACV/wAAlf8Ae3QAAG9zAABhcwAAU3YAAEZ6AAA7fwAAMIQAACaIAAAdjQAAFJIA&#10;AA6WAAAJmQAAAZwAAACgAAAAoQAAAKIGAACiDAAApBAAAKUUAAClHAAApyQAAKgvAACoPQAAqUwA&#10;AKleAACpcgAAqIkAAKiiAACovAAAp+UAAKb7AACm/wAApf8Ad3sAAGh7AABZfgAAS4IAAD6HAAAy&#10;jQAAJ5IAAB2XAAAUnAAADqAAAAekAAAAqAAAAKsAAACuAAAArwAAALAAAACxBAAAswoAALQOAAC1&#10;EwAAthsAALgkAAC6MQAAukAAALpSAAC7ZQAAu30AALqXAAC6sQAAutIAALrzAAC5/wAAuf8Ab4MA&#10;AF+GAABRiwAAQ5AAADaXAAAqnQAAH6IAABWnAAANrAAABbAAAAC0AAAAtwAAALsAAAC+AAAAvwAA&#10;AMAAAADBAAAAwwEAAMQHAADFDQAAxxEAAMoZAADNJAAAzjMAAM9EAADQWAAA0G4AANGIAADQpAAA&#10;0MEAANHmAADR+AAA0f8AZ48AAFeUAABJmgAAO6EAAC6nAAAhrQAAFrMAAA64AAAGvAAAAMAAAADD&#10;AAAAxgAAAMsAAADNAAAAzgAAANAAAADRAAAA1AAAANYAAADaAgAA3AkAAN8PAADjFwAA5iQAAOc2&#10;AADoSQAA6V8AAOp4AADrlAAA668AAOvMAADs6AAA7PYAX54AAFCkAABCqwAANLIAACa5AAAZvgAA&#10;DsIAAATFAAAAygAAAM0AAADRAAAA2AAAANsAAADfAAAA4AAAAOIAAADkAAAA5gAAAOkAAADrAAAA&#10;7gAAAPEFAAD1DQAA+RYAAPwlAAD9OQAA/k8AAP9nAAD/ggAA/50AAP+1AAD/ywAA/+QA/wARAP8A&#10;DwD/AA8A/wARAP8AFgD/ACIA/wAvAP8AOwD/AEcA/wBSAP8AWwD/AGQA/wBsAP8AcwD/AHoA/wCA&#10;AP8AhgD/AIwA/gCTAP0AmQD7AKEA+gCpAPgAtAD3AMIA9gDaAPUA8QD0AP8A8wD/APMA/wDpAP8A&#10;4AD/ANgA/wDTAP8A/wAOAP8ACwD/AAoA/wALAP8AEQD/AB0A/wAqAP8ANgD/AEEA/wBMAP8AVgD+&#10;AF8A+wBmAPkAbQD3AHQA9QB6APQAgADyAIYA8ACNAO8AlADtAJsA7ACkAOoArgDpALoA5wDNAOUA&#10;6QDkAPsA4wD/AOIA/wDeAP8A0QD/AMwA/wDIAP8A/wAJAP8ABAD/AAEA/wAEAP8ADgD/ABgA/wAk&#10;AP0AMAD7ADsA9wBGAPMAUADvAFkA7ABgAOoAZwDnAG4A5gB0AOQAegDiAIAA4ACHAN4AjgDcAJUA&#10;2gCeANYAqADUALMA0QDDAM8A3wDOAPQAzAD/AMsA/wDLAP8AxQD/AL8A/wC8AP8A/wACAP8AAAD/&#10;AAAA/wAAAP0ACwD3ABMA8QAeAO0AKgDqADUA5wBAAOIASgDdAFIA2QBaANUAYQDSAGcA0ABtAM4A&#10;cwDMAHoAygCAAMgAhwDGAI8AxACYAMIAoQDAAK0AvgC7ALwA0AC6AO0AuQD+ALgA/wC4AP8AtwD/&#10;ALMA/wCwAP8A/wAAAP8AAAD/AAAA+QAAAO4ABQDlAA4A3gAYANgAIwDSAC4AzwA5AMsAQwDHAEwA&#10;xABUAMEAWwC/AGEAvABnALsAbQC5AHMAtwB6ALUAgQC0AIkAsgCSALAAmwCvAKcArAC0AKsAxgCp&#10;AOQApwD4AKYA/wCmAP8ApQD/AKUA/wCkAP8A/wAAAP8AAAD1AAAA6gAAAN4AAADQAAoAyAASAMIA&#10;HQC+ACgAuwAzALkAPQC1AEYAsgBNALAAVQCtAFsArABhAKoAZwCoAG0ApwBzAKUAegCkAIIAogCM&#10;AKAAlgCfAKEAnQCuAJsAvgCZANgAlwDxAJYA/wCWAP8AlwD/AJcA/wCXAP8A/wAAAPUAAADnAQAA&#10;1AAAAMkAAADAAAQAuAAOALMAFgCvACEAqwAsAKgANgCmAD8AowBHAKEATwCfAFUAnQBbAJsAYQCa&#10;AGcAmABuAJcAdQCVAH0AlACGAJIAkQCQAJwAjgCpAIwAuACLAM0AiQDrAIgA/QCIAP8AiAD/AIgA&#10;/wCIAP8A+QYAAOkMAADUDgAAwwwAALcJAACwAgAAqwAJAKYAEACiABoAngAlAJsAMACYADkAlgBB&#10;AJQASQCSAFAAkABWAI4AXACNAGIAiwBpAIoAcACIAHgAhwCBAIUAjACEAJgAggClAIAAtAB+AMgA&#10;fQHnAHwC+QB7A/8AewT/AHsE/wB7BP8A8Q4AAN4VAADFFQAAtBQAAKkRAAChDgAAngoAAJsDDACX&#10;ABMAkwAeAJABKQCNAjMAigM8AIgEQwCGBUsAhQZRAIMGVwCCB14AgAdkAH8IbAB9CHQAfAh+AHoJ&#10;iQB4CZYAdwqjAHUKswBzC8cAcgzmAHAN+wBwDf8Abw3/AG8N/wBvDf8A6BYAANAeAAC5HQAAqRwA&#10;AJ0aAACVFgAAkBMAAI8OAwCOCg4AiQsXAIYMIwCDDS0AgA02AH4OPgB8DkYAew5NAHkPUwB4EFoA&#10;dhBhAHUQaABzEHEAcRF7AHARhwBuEZQAbBGiAGsSsgBpEscAaBPnAGYT/QBlFP8AZRT/AGUT/wBl&#10;E/8A3x4AAMYkAACwJAAAoCMAAJQhAACLHwAAhhsAAIMXAACCEggAfxESAHwSHQB5FCgAdhQxAHQV&#10;OgByFkEAcRZIAG8XTwBuF1YAbBddAGsYZABpGG0AaBl3AGYZgwBkGZAAYxqfAGEarwBgGsQAXhvk&#10;AF0c+wBcHP8AXBv/AFwb/wBcG/8A1SUAAL0qAACoKQAAmCkAAIwoAACDJQAAfSIAAHkfAAB4GwMA&#10;dhkPAHIaGABvHCMAbR0tAGsdNQBpHj0AaB5EAGYfSwBlH1IAYyBZAGIgYQBhIGkAXyFzAF0hfwBc&#10;IY0AWiKcAFkirABXIsAAViPhAFUj+QBUI/8AVCL/AFQi/wBUIv8AzSsAALYuAACiLgAAki4AAIUt&#10;AAB8KwAAdigAAHImAABvIwAAbSEMAGoiFQBnIx8AZSQpAGMkMQBiJTkAYCZBAF8mSABdJk8AXCdW&#10;AFsnXQBZJ2YAWChwAFYofABUKIoAUymZAFEpqgBQKb4ATyneAE4p9wBNKf8ATSn/AE0o/wBOKP8A&#10;yDAAALAyAACcMgAAjDIAAIAxAAB2MAAAcC0AAGsrAABoKQAAZigJAGMoEQBgKRwAXiolAFwrLgBb&#10;KzYAWSw9AFgsRABXLUwAVS1TAFQtWwBTLWMAUS5uAFAuegBOLogATC+XAEsvqABJL7sASC/bAEgv&#10;9gBHL/8ARy7/AEct/wBILf8AxDQAAKs1AACXNQAAhzUAAHs1AAByNAAAazIAAGYvAABiLgAAXy0F&#10;AFwuEABaLxgAWDAiAFYwKwBVMTMAUzE6AFIyQgBRMkkAUDJQAE4zWABNM2EASzNrAEozdwBINIUA&#10;RzSVAEU0pgBDNLkAQjTWAEI09ABCNP8AQjP/AEIy/wBCMv8AwDgAAKc4AACTOAAAgzgAAHc4AABt&#10;NwAAZjYAAGEzAABdMgAAWTICAFczDQBUNBUAUjUfAFE1KABPNjAATjY4AEw3PwBLN0YASjdOAEk4&#10;VgBHOF8ARjhpAEQ4dQBDOIMAQTmTAEA5pAA+ObgAPTnTADw58wA8OP8APTf/AD03/wA9Nv8AuzsA&#10;AKI7AACPOwAAfzsAAHM7AABqOgAAYjkAAF03AABYNgAAVDcAAFE4CwBPORMATTkcAEs6JQBKOi0A&#10;SDs1AEc7PABGPEQARTxLAEQ8UwBCPFwAQT1nAD89cwA+PYEAPD2RADo9owA5PbYAOD3RADc98gA3&#10;PP8AODv/ADg7/wA4Ov8Atj0AAJ4+AACLPgAAfD4AAG8+AABmPQAAXj0AAFg7AABTOgAATzsAAEw8&#10;CABJPREARz4ZAEY/IgBEPyoAQz8yAEJAOgBBQEEAQEBJAD5BUQA9QVoAPEFkADpBcAA4QX8AN0GP&#10;ADVCoQA0QrQAMkLOADJB8AAyQP8AM0D/ADM//wA0Pv8AsUAAAJpAAACHQAAAeEEAAGxBAABiQAAA&#10;W0AAAFQ/AABOPwAASkAAAEZBBQBEQg4AQkMWAEBDHwA/RCcAPkQvADxENwA7RT4AOkVGADlFTgA4&#10;RlgANkZiADVGbgAzRnwAMUaNADBGnwAuRrMALUbMAC1G7wAtRf8ALkT/AC5D/wAuQ/8ArEMAAJZD&#10;AACDQwAAdEMAAGhDAABfQwAAV0MAAFBDAABIQwAAREUAAEFGAQA+RwwAPEgTADpIHAA5SSQAOEks&#10;ADZJNAA1SjsANEpDADNKTAAySlUAMEtfAC9LawAtS3oALEuLACpLnQAoS7EAJ0vKACdL7QAnSv8A&#10;KEn/AChI/wApR/8Ap0YAAJFGAAB/RgAAcEYAAGVGAABbRgAAVEYAAExHAABESAAAP0oAADtLAAA3&#10;TAkANU0QADNOGAAyTiAAMU8oADBPMAAvTzgALk9AACxQSAArUFIAKlBcAChQaAAnUHcAJVCIACRQ&#10;mwAiUK8AIVDIACBQ6wAhT/8AIk7/ACJN/wAjTf8AoUkAAIxJAAB6SQAAbEoAAGFKAABYSgAAUEoA&#10;AElLAABATAAAO04AADVQAAAxUgQALVMNACxUFAAqVBwAKVUkAChVLAAnVTMAJlU8ACVWRQAkVk4A&#10;IlZZACFWZQAfVnQAHlaFABxWmAAbVqwAGVbFABlW6QAaVf8AG1T/ABtT/wAcUv8Am00AAIZNAAB1&#10;TQAAaE0AAF1NAABUTQAATU4AAEVPAAA8UQAANlMAADFVAAArWAAAJloJACNbEAAiWxcAIVwfACBc&#10;JwAfXC4AHVw3ABxdQAAbXUoAGl1VABhdYQAXXXAAFV2BABRdlQATXaoAEV3CABFd5wASW/4AE1r/&#10;ABNa/wAUWf8AlFEAAIBRAABwUQAAZFEAAFlRAABRUQAASVIAAEFTAAA4VgAAMlkAACtbAAAlXgAA&#10;H2EDABpjDAAYZBEAF2QZABZkIQAVZCkAFGUxABNlOgASZUQAEWVQABBlXQAPZWsADmV9AA1lkQAM&#10;ZaUACmS8AApk4AALY/kADGL/AA1h/wANYf8AjVUAAHpVAABrVQAAX1UAAFZVAABOVQAARFcAADxZ&#10;AAA0XAAALF8AACZiAAAfZQAAGWgAABNrBQAQbQ0ADm4SAA1uGgAMbiIADG4rAAtuNAAKbj4ACG5K&#10;AAduVwAGbmUABG52AAJuigAAbZ8AAG22AABs1gAAbPMAAWv/AAJq/wADav8AhVoAAHRaAABmWgAA&#10;XFkAAFNZAABIWgAAP10AADZgAAAuYwAAJmcAAB9qAAAZbQAAE3EAAA50AwAKdwoABXcQAAF3FQAA&#10;dxwAAHckAAB4LQAAeDcAAHhDAAB4UAAAeF4AAHhvAAB4hAAAeJkAAHewAAB2zQAAdfAAAHX/AAB0&#10;/wAAdP8Afl8AAG5fAABiXgAAWV4AAE1fAABCYgAAOWUAADBoAAAnbAAAH3AAABh0AAASdwAADXsA&#10;AAh+AAACgAgAAIENAACBEQAAghcAAIMeAACDJgAAhDAAAIQ7AACESAAAhFcAAIRoAACEfAAAhJMA&#10;AIOqAACCxQAAgesAAIH+AACA/wAAgP8Ad2UAAGlkAABfYwAAUmQAAEdnAAA8awAAMW8AAChzAAAg&#10;dwAAGHwAABF/AAAMgwAABocAAACKAAAAjAMAAIwJAACNDgAAjhEAAI8XAACQHgAAkScAAJIyAACS&#10;PwAAkk4AAJJfAACScwAAkosAAJGiAACRvAAAkOUAAI/8AACO/wAAjv8AcWsAAGZqAABYawAAS20A&#10;AD9xAAA0dgAAKnsAACCAAAAXhQAAEIkAAAuNAAAEkQAAAJUAAACYAAAAmQAAAJoDAACbCAAAnA0A&#10;AJ4RAACfFgAAoB4AAKIoAACiNQAAo0QAAKNVAACjaQAAooAAAKKaAAChswAAoNgAAKD2AACf/wAA&#10;n/8AbnEAAF9yAABRdQAARHkAADd+AAAshAAAIYoAABePAAAQlAAACpkAAAGdAAAAoAAAAKQAAACn&#10;AAAAqAAAAKkAAACqAAAArAYAAK0LAACvEAAAsBUAALIeAAC0KQAAtDkAALRKAAC1XQAAtXMAALWO&#10;AAC1qAAAtMYAALPtAACy/wAAsv8AZnoAAFd9AABJggAAPIcAAC+OAAAjlAAAGJoAABCfAAAJpAAA&#10;AKkAAACtAAAAsAAAALQAAAC3AAAAuAAAALkAAAC7AAAAvAAAAL4CAADACAAAwg4AAMQUAADHHgAA&#10;yCwAAMk9AADKUAAAymYAAMp/AADKmwAAyrgAAMrdAADK9QAAyv8AXoYAAE+LAABBkQAAM5gAACef&#10;AAAbpQAAEasAAAmwAAAAtQAAALkAAAC9AAAAwQAAAMYAAADIAAAAyQAAAMsAAADMAAAAzgAAANAA&#10;AADSAAAA1AUAANkMAADdEgAA4R4AAOIuAADjQgAA5FcAAOVvAADmjAAA5qgAAOXFAADl5wAA5vYA&#10;VpQAAEibAAA6ogAALKkAAB+wAAATtgAAC7wAAADBAAAAxQAAAMkAAADNAAAA0gAAANYAAADaAAAA&#10;2wAAAN4AAADgAAAA4gAAAOQAAADnAAAA6QAAAO0AAADwCgAA9BEAAPgfAAD5MgAA+kgAAPtfAAD8&#10;egAA/ZcAAP2vAAD9xwAA/eQA/wAOAP8ADQD/AAwA/wAOAP8AEwD/AB4A/wAqAP8ANgD/AEIA/wBN&#10;AP8AVwD/AF8A/wBnAP8AbgD/AHQA/wB6AP8AgQD9AIcA/ACNAPoAlAD5AJwA9wClAPUArwD0ALwA&#10;8wDPAPEA7ADwAP4A7wD/AO8A/wDjAP8A1wD/AM4A/wDKAP8A/wAKAP8ABgD/AAQA/wAIAP8AEAD/&#10;ABkA/wAlAP8AMQD/AD0A/wBHAP4AUQD7AFkA+QBhAPYAaAD0AG4A8wB0APEAegDvAIEA7gCHAOwA&#10;jgDqAJYA6ACfAOYAqQDjALUA4gDGAOAA4wDfAPgA3QD/AN0A/wDUAP8AyQD/AMIA/wC+AP8A/wAD&#10;AP8AAAD/AAAA/wABAP8ADQD/ABQA/QAgAPoAKwD3ADYA8wBBAO8ASwDsAFQA6ABbAOYAYgDjAGgA&#10;4QBuAN8AdADcAHoA2gCBANgAiADUAJAA0gCYAM8AogDNAK4AywC8AMkA0wDHAPAAxgD/AMQA/wDE&#10;AP8AuwD/ALYA/wCzAP8A/wAAAP8AAAD/AAAA/wAAAPcACADwABAA6wAaAOcAJQDkADAA4QA7ANwA&#10;RQDVAE0A0QBVAM4AWwDLAGIAyQBnAMcAbQDFAHMAwwB6AMEAgQC/AIkAvQCSALsAnAC5AKcAtwC1&#10;ALUAyACzAOYAsgD7ALEA/wCwAP8ArgD/AKoA/wCnAP8A/wAAAP8AAAD+AAAA8QAAAOUAAgDcAA0A&#10;0wAUAM0AHwDKACoAxwA0AMQAPgDAAEcAvABOALoAVQC3AFsAtQBhALMAZwCyAG0AsABzAK4AegCs&#10;AIIAqgCLAKgAlQCnAKAApQCtAKMAvgChANsAoAD0AJ8A/wCeAP8AnwD/AJ0A/wCbAP8A/wAAAPwA&#10;AADuAAAA4AAAANAAAADFAAgAvgAQALkAGQC1ACMAswAuALAANwCtAEAAqgBIAKgATwClAFUAowBb&#10;AKIAYACgAGYAnwBsAJ0AcwCbAHsAmgCEAJgAjgCWAJoAlQCnAJMAtwCRAMwAkADsAI8A/wCOAP8A&#10;jgD/AI4A/wCPAP8A/AAAAO8AAADbAAAAyQAAAL0AAAC1AAIArgAMAKkAEwClAB0AogAnAKAAMQCd&#10;ADoAmgBCAJgASQCWAE8AlABVAJMAWwCRAGAAkABnAI4AbQCNAHUAiwB+AIkAiQCIAJUAhgCiAIUA&#10;sQCDAMQAgQDkAIAA+QB/AP8AgAD/AIAA/wCAAP8A9AIAAOAJAADHCAAAtwcAAKwDAACmAAAAoAAH&#10;AJsADwCYABcAlQAhAJIAKgCPADMAjQA8AIsAQwCJAEkAhwBQAIYAVQCEAFsAgwBhAIEAaACAAHAA&#10;fgB5AHwAhAB7AJAAeQCdAHgArAB2AL4AdQDdAHMA9ABzAP8AcwD/AHMA/wBzAP8A6Q0AAM8QAAC5&#10;EAAAqRAAAJ4OAACXCwAAkwYAAJAACwCMABEAiQAaAIYAJACDAC4AgQA2AH8APgB9AEQAfABLAHoA&#10;UQB5AFcAdwBdAHYAZAB0AGwAcwF1AHEBgABvAo0AbgKaAGwDqgBrA7sAaQTWAGgG8QBoB/8AZwf/&#10;AGcH/wBnB/8A3xQAAMMXAACuFwAAnhYAAJMVAACLEgAAhhAAAIQMAgCDBg0AgAMUAHwFHgB5BygA&#10;dwgwAHUIOABzCUAAcglGAHAKTABvClMAbQtZAGwLYQBqC2kAaQxyAGcMfgBmDIsAZA2ZAGINqQBh&#10;DbsAYA3YAF4O8wBdDv8AXQ7/AF0O/wBdDv8A1BwAALkdAACkHgAAlR0AAIkcAACBGgAAexcAAHgT&#10;AAB4EAYAdw0PAHMOGABwDiIAbg8rAGwQMwBqEDsAaRBCAGcRSQBmEU8AZBFWAGMSXQBhEmYAYBJv&#10;AF4SewBcE4gAWxOXAFkTpwBXFLoAVhTVAFUV8wBUFf8AVBX/AFQV/wBUFP8AyiIAALAiAACdIwAA&#10;jSMAAIEiAAB5IQAAcx4AAG8bAABuFwAAbRMMAGoUFABnFR4AZRYnAGMWLwBhFzcAYBc+AF4YRQBd&#10;GEsAXBlSAFoZWgBZGWIAVxpsAFYadwBUGoUAUhuUAFEbpABPG7cAThvQAE0c8QBMHP8ATBz/AE0c&#10;/wBNG/8AwyYAAKonAACWJwAAhygAAHsnAAByJgAAbCQAAGghAABmHgAAZBsIAGIbEQBfHBoAXR0j&#10;AFseKwBaHjMAWB86AFcfQQBWIEgAVCBPAFMgVwBRIV8AUCFpAE4hdABNIYIASyKRAEkiogBIIrQA&#10;RyLNAEYj7wBFI/8ARSL/AEYi/wBGIf8AvCoAAKQrAACRKwAAgiwAAHYrAABtKgAAZikAAGImAABf&#10;JAAAXSIEAFshDgBYIhYAViMfAFQkKABTJDAAUiU3AFAlPgBPJkUATiZMAEwmVABLJ1wASSdmAEgn&#10;cQBGJ38ARSiPAEMooABBKLIAQCjLAD8o7QA/KP8APyj/AEAn/wBAJ/8Aty0AAJ8uAACMLwAAfS8A&#10;AHEvAABoLgAAYS0AAF0rAABaKAAAVycAAFQnDABSKBMAUCkcAE4pJQBNKiwASyo0AEorOwBJK0IA&#10;SCxJAEYsUQBFLFoARCxkAEItbwBALX0APy2NAD0tngA8LbAAOi3IADot6wA6Lf8AOi3/ADos/wA6&#10;LP8AsjAAAJsxAACIMgAAeTIAAG0yAABkMgAAXTEAAFgvAABVLAAAUSwAAE8tCQBMLREASi4ZAEkv&#10;IgBHLyoARjAxAEUwOABDMD8AQjFHAEExTwBAMVcAPjFhAD0ybQA7MnsAOTKLADgynAA2Mq8ANTLH&#10;ADQy6QA0Mv8ANTH/ADUx/wA1MP8ArTMAAJY0AACENQAAdTUAAGk1AABgNQAAWTQAAFQzAABQMAAA&#10;TDEAAEkxBgBHMg8ARTMWAEMzHwBCNCcAQDQuAD81NgA+NT0APTVEADw2TAA6NlUAOTZfADc2awA2&#10;NngANDeJADI3mgAxN60ALzfFAC836AAvNv4AMDX/ADA1/wAwNP8AqTYAAJI2AACANwAAcjgAAGY4&#10;AABdNwAAVjcAAFA2AABLNAAARzUAAEQ2AwBBNw0APzgUAD44HAA8OSQAOzksADo5MwA5OjoAODpC&#10;ADY6SgA1OlMANDtdADI7aAAwO3YALzuHAC07mQAsO6wAKjvDACk75gAqOv0AKjr/ACs5/wAsOP8A&#10;pDgAAI45AAB8OgAAbjoAAGM6AABaOgAAUzoAAE06AABGOAAAQjoAAD87AAA8PAsAOjwRADg9GQA3&#10;PSEANj4pADQ+MAAzPjcAMj8/ADE/RwAwP1AALj9aAC1AZgArQHQAKUCEAChAlwAmQKoAJUDBACRA&#10;5QAkP/wAJT7/ACY9/wAmPf8AnzsAAIo8AAB4PQAAaj0AAF89AABWPQAATz0AAEk9AABCPQAAPD4A&#10;ADk/AAA2QQgANEEPADJCFgAxQh4AL0MlAC5DLQAtQzQALEQ8ACtERAAqRE0AKERYACdFYwAlRXEA&#10;I0WCACJFlQAgRagAH0W/AB5E4wAfRPsAH0P/ACBC/wAhQf8Amj4AAIU/AAB0QAAAZ0AAAFxAAABT&#10;QAAATEAAAEZAAAA+QQAAOEMAADRFAAAwRgMALUcNACtIEgAqSBoAKUgiAChJKQAnSTEAJUk5ACRJ&#10;QQAjSkoAIkpVACBKYQAfSm8AHUp/ABtKkgAaSqYAGEq9ABdK4AAYSfoAGUj/ABpH/wAaR/8AlUIA&#10;AIBCAABwQwAAY0MAAFhDAABQQwAASUMAAEJEAAA7RQAANUcAADBJAAArSwAAJk0JACROEAAiThYA&#10;IU8dACBPJQAfTywAHk81AB1PPQAcUEcAGlBRABlQXQAXUGsAFlB8ABRQjwATUKQAEVC6ABFQ3gAR&#10;T/gAEk7/ABNN/wAUTf8Aj0UAAHtGAABrRgAAX0cAAFVHAABNRwAARkcAAD9HAAA3SgAAMUwAACtO&#10;AAAmUAAAIFMDABxVDAAaVhEAGVYYABdWIAAWVicAFVYwABRWOQATV0IAEldNABFXWQAQV2gAD1d5&#10;AA5XjAANV6AAC1e2AAtW1AALVvQADFX/AA1U/wAOU/8AiEkAAHZKAABnSgAAW0oAAFFKAABKSgAA&#10;Q0oAADtMAAAzTgAALFEAACZUAAAhVgAAG1kAABVcBwARXg0AEF4TABBeGgAOXiIADl4qAA1eMwAM&#10;Xj0AC15IAApeVAAIXmIAB15zAAVehgADXpsAAl6xAAJdzAACXe4AA1z/AARb/wAFW/8AgU4AAHBO&#10;AABiTgAAV04AAE5OAABHTgAAPk8AADZRAAAuVAAAJ1cAACFaAAAbXQAAFWAAABBjAwAMZgsACGcQ&#10;AAZnFQAFZxwABGckAAJnLQABZzcAAGdCAABnTgAAZ1wAAGdtAABngAAAZpUAAGasAABlxwAAZesA&#10;AGT8AABk/wAAY/8AelIAAGpTAABdUgAAVFIAAEtSAABCUwAAOVUAADBYAAAoWwAAIV8AABpiAAAU&#10;ZQAAEGgAAAxrAQAGbgkAAG8OAABvEgAAbxgAAHAfAABwJwAAcTAAAHE7AABxSAAAcVYAAHFmAABx&#10;eQAAcY8AAHCnAABvwQAAb+cAAG78AABt/wAAbf8Ac1gAAGVXAABaVwAAUVYAAEZXAAA8WgAAMl0A&#10;ACphAAAiZAAAGmgAABRsAAAObwAACnIAAAR2AAAAeAUAAHgLAAB5DgAAehMAAHsZAAB8IAAAfSkA&#10;AH0zAAB9QAAAfU4AAH1eAAB9cgAAfYgAAHyhAAB8ugAAe+IAAHr6AAB5/wAAeP8AbV0AAGBcAABX&#10;XAAAS10AAEBfAAA1YwAAK2cAACNrAAAabwAAE3MAAA53AAAIewAAAn4AAACCAAAAgwEAAIQGAACF&#10;CwAAhg8AAIgTAACJGQAAiiEAAIsrAACLNwAAjEYAAItWAACLaQAAi4AAAIuZAACKswAAidgAAIj3&#10;AACI/wAAh/8AaGMAAF5iAABRYgAARGUAADhpAAAubgAAJHMAABp4AAATfQAADYEAAAaFAAAAiQAA&#10;AI0AAACQAAAAkgAAAJIAAACUBQAAlQoAAJcOAACYEgAAmhgAAJshAACcLQAAnTwAAJ1MAACcXwAA&#10;nHYAAJuRAACbqwAAmskAAJrwAACZ/wAAmP8AZWkAAFdpAABJbAAAPXEAADB2AAAlfAAAG4EAABKH&#10;AAAMjAAABJEAAACVAAAAmQAAAJ0AAACgAAAAoQAAAKIAAACkAAAApQEAAKcHAACpDAAAqhEAAK0Y&#10;AACvIgAArzAAAK9BAACvVAAAr2sAAK6FAACuoQAArr4AAK3mAACs/AAArP8AXnEAAE90AABCeQAA&#10;NX8AACiFAAAdjAAAE5IAAAyYAAADnQAAAKIAAACmAAAAqgAAAK4AAACwAAAAsQAAALMAAAC0AAAA&#10;tgAAALgAAAC6BAAAvAoAAL4QAADBFwAAwyQAAMM1AADESQAAxF4AAMV3AADFkwAAxa8AAMXRAADD&#10;8gAAw/8AVnwAAEeCAAA6iAAALI8AACCWAAAUnQAADaMAAAOpAAAArgAAALIAAAC3AAAAuwAAAL8A&#10;AADCAAAAwgAAAMUAAADGAAAAyAAAAMoAAADNAAAAzwAAANIIAADVDgAA2xgAAN0nAADeOgAA31AA&#10;AOBoAADghAAA4aEAAOG9AADh4gAA4PQATosAAECSAAAymQAAJaEAABioAAAOrwAABbUAAAC6AAAA&#10;vwAAAMQAAADIAAAAzgAAANEAAADUAAAA1QAAANgAAADaAAAA3QAAAN8AAADiAAAA5AAAAOcAAADr&#10;BQAA7w4AAPQZAAD1KwAA9kEAAPdYAAD4cgAA+ZAAAPmrAAD4xAAA+OEA/wALAP8ACAD/AAkA/wAM&#10;AP8AEgD/ABoA/wAmAP8AMgD/AD4A/wBIAP8AUgD/AFoA/wBiAP8AaQD/AG8A/wB1AP4AewD8AIEA&#10;+wCIAPkAjwD3AJcA9QCgAPMAqgDyALcA7wDJAO0A5gDsAPsA6wD/AOsA/wDdAP8AzgD/AMYA/wDC&#10;AP8A/wAEAP8AAAD/AAAA/wAFAP8ADQD/ABUA/wAhAP8ALAD/ADgA/wBDAP0ATAD5AFQA9wBcAPQA&#10;YwDyAGkA8ABvAO4AdQDsAHsA6gCCAOgAiQDnAJEA5ACaAOIApADgALAA3QDAANoA3ADYAPQA1QD/&#10;ANMA/wDLAP8AwQD/ALsA/wC3AP8A/wAAAP8AAAD/AAAA/wAAAP8ACgD9ABEA+QAbAPYAJwD0ADIA&#10;8AA8AOwARgDoAE4A5ABWAOEAXADeAGMA3ABoANkAbgDVAHQA0gB7ANAAggDNAIoAywCTAMgAnQDG&#10;AKgAxAC3AMEAzADAAOsAvgD/AL0A/wC9AP8AtAD/AK4A/wCrAP8A/wAAAP8AAAD/AAAA+gAAAPIA&#10;BQDqAA4A5QAWAOAAIQDdACsA2wA2ANMAPwDOAEgAygBPAMcAVgDEAFwAwgBhAMAAZwC+AG0AvABz&#10;ALoAegC4AIIAtgCLALQAlgCyAKEAsACvAK4AwQCtAOAAqwD3AKoA/wCpAP8ApgD/AKEA/wCfAP8A&#10;/wAAAP8AAAD3AAAA6AAAANwAAADQAAoAygARAMUAGwDCACUAvwAvALwAOAC4AEEAtQBIALIATwCw&#10;AFUArgBbAKwAYQCqAGYAqABsAKcAcwClAHsAowCEAKEAjgCfAJoAnQCnAJsAuACaANAAmQDvAJgA&#10;/wCXAP8AlgD/AJQA/wCSAP8A/wAAAPYAAADkAAAA0gAAAMUAAAC7AAUAtQAOALAAFQCsAB8AqgAp&#10;AKgAMgClADoAogBCAKAASQCeAE8AnABVAJoAWgCYAGAAlgBmAJUAbACTAHQAkgB9AJAAhwCOAJMA&#10;jAChAIsAsACKAMUAiADmAIcA+wCGAP8AhwD/AIcA/wCGAP8A+AAAAOUAAADNAAAAvQAAALMAAACq&#10;AAAAowAKAJ8AEQCbABkAmQAjAJcALACVADQAkgA8AJAAQwCOAEkAjABPAIoAVACJAFoAhwBgAIYA&#10;ZgCEAG4AgwB3AIEAgQB/AI0AfgCbAHwAqgB7ALwAegDbAHgA9QB4AP8AeAD/AHgA/wB4AP8A7QAA&#10;ANECAAC7AgAArAEAAKIAAACbAAAAlgAFAJEADQCNABQAiwAdAIgAJgCGAC4AhAA2AIIAPQCAAEMA&#10;fgBJAH0ATwB8AFUAegBbAHkAYQB3AGkAdQBxAHQAfAByAIgAcQCWAG8ApQBuALYAbQDOAGwA7gBr&#10;AP8AawD/AGsA/wBrAP8A3wsAAMIMAACuDAAAngwAAJMLAACMBwAAiAIAAIUACQCBABAAfwAXAHwA&#10;IAB6ACgAeAAwAHYAOAB0AD4AcwBEAHEASgBwAFAAbgBWAG0AXQBsAGQAagBtAGgAdwBnAIQAZQCS&#10;AGQAoQBjALIAYQDJAGAA6QBgAPwAYAD/AGAA/wBgAP8A0BAAALYRAACiEgAAkxIAAIgRAACADwAA&#10;fA0AAHkJAQB4AwsAdQARAHMAGgBwACMAbgErAGwBMwBqAjkAaQNAAGcDRgBmBEwAZQRSAGMFWQBi&#10;BWEAYAVqAF8GdABdBoEAXAePAFoHnwBZB7AAVwfGAFYJ5wBWCvsAVQr/AFUK/wBWCv8AxhUAAK0X&#10;AACZGAAAihgAAH8XAAB2FgAAcRMAAG4QAABtDQUAbQkNAGoJFABnCh0AZQomAGMLLgBiDDUAYAw8&#10;AF8MQgBeDUgAXA1PAFsNVgBZDV4AWA5oAFYOcwBVDoAAUw6PAFEOnwBQDrEATg7IAE0Q6gBNEP0A&#10;TRD/AE0Q/wBNEP8AvBsAAKUcAACSHQAAgx4AAHcdAABvHAAAaRoAAGYXAABkFAAAZBAIAGIPEABf&#10;EBgAXRAhAFsRKQBaETEAWBI4AFcSPgBWEkUAVBJMAFMTUwBRE1sAUBNlAE4UcABMFH0ASxSMAEkU&#10;nABHFa4ARhXFAEUV6ABFFv4ARRb/AEUV/wBFFf8AtR8AAJ4hAACLIgAAfCIAAHEiAABoIQAAYh8A&#10;AF8dAABcGgAAWxcCAFoVDQBXFhQAVRYdAFQXJQBSGC0AURg0AE8YOwBOGUIATRlIAEsaUABKGlgA&#10;SBpiAEcabQBFG3oAQxuJAEIbmgBAG6wAPxvCAD4c5QA9HPwAPhz/AD4b/wA+G/8AryMAAJgkAACG&#10;JQAAdyYAAGwmAABjJQAAXSQAAFkiAABWHwAAVB0AAFMcCwBRHBIATh0aAE0dIgBLHikASh4xAEkf&#10;NwBHHz4ARiBFAEUgTQBDIFUAQiBfAEAhagA/IXcAPSGHADshmAA5IaoAOCLAADci4wA3IvsANyL/&#10;ADgh/wA4If8AqiYAAJQnAACBKQAAcykAAGcpAABfKQAAWCgAAFQmAABRIwAATyIAAEwiBwBKIhAA&#10;SCIXAEcjHwBFJCYARCQuAEIkNABBJTsAQCVDAD8lSgA9JlMAPCZcADomZwA5JnUANyeEADUnlgA0&#10;J6gAMie+ADEn4QAxJ/kAMib/ADIm/wAzJf8ApSkAAI8qAAB9LAAAbywAAGQtAABbLAAAVSsAAFAq&#10;AABMKAAASiYAAEcnBABEJw0AQigUAEEoHAA/KSMAPikrAD0pMgA8KjkAOypAADkqSAA4K1AANita&#10;ADUrZQAzK3IAMSuCADAslAAuLKcALCy8ACss3gAsLPgALCv/AC0q/wAtKv8AoSwAAIstAAB5LgAA&#10;ay8AAGAvAABYLwAAUS4AAEwuAABILAAARSsAAEErAAA/LAsAPSwRADstGQA6LiEAOS4oADcuLwA2&#10;LzYANS8+ADQvRQAzL04AMTBYADAwYwAuMHAALDCAACowkgApMKUAJzC6ACYw3AAmMPcAJy//ACgv&#10;/wAoLv8AnC4AAIcwAAB2MQAAaDIAAF0yAABVMgAATjEAAEgxAABEMAAAQC8AADwwAAA6MQkANzEQ&#10;ADYyFgA1Mh4AMzMlADIzLAAxMzMAMDQ7AC80QwAtNEwALDRWACo1YQApNW4AJzV+ACU1kAAjNaMA&#10;IjW5ACE12QAhNPYAIjT/ACMz/wAjMv8AmDEAAIMzAAByNAAAZTQAAFo1AABRNQAASzQAAEU0AABA&#10;NAAAOjMAADc0AAA0NQYAMjYOADA3EwAvNxsALjciAC04KQArODEAKjg4ACk5QAAoOUkAJjlTACU5&#10;XwAjOWwAITp8ACA6jgAeOqIAHDq3ABs51QAcOfUAHTj/AB04/wAeN/8AkzQAAH82AABuNwAAYTcA&#10;AFc3AABONwAASDcAAEI3AAA8NwAANTgAADI5AAAvOgIALDsLACo8EQApPBgAKD0fACY9JgAlPS4A&#10;JD01ACM+PQAiPkYAID5QAB8+XAAdP2kAGz95ABo/jAAYP6AAFj+1ABU+0gAWPvMAFz3/ABg8/wAY&#10;PP8AjjcAAHo4AABqOQAAXjoAAFM6AABLOgAARToAAD86AAA5OgAAMjwAAC4+AAApQAAAJkEIACRC&#10;DgAiQhQAIUIbACBDIwAfQyoAHkMyABxDOgAbREMAGkRNABhEWQAXRGcAFUR3ABNEigASRJ4AEUSz&#10;ABBE0AAQQ/IAEUL/ABJC/wATQf8AiTsAAHY8AABmPQAAWj0AAFA9AABIPQAAQj0AADw9AAA2PgAA&#10;L0AAACpCAAAlRAAAIUYDAB1IDAAbSREAGUkXABhJHgAXSSYAFkkuABVKNgAUSkAAE0pKABFKVgAQ&#10;SmQAD0p0AA5KhwANSpsADEqwAApKygALSewADEj/AA1H/wANR/8Agz4AAHE/AABiQAAAVkAAAE1A&#10;AABFQAAAP0AAADlBAAAyQgAAK0UAACZHAAAhSQAAHEsAABZOBwATUA4AElATABFQGQAQUCEAD1Ap&#10;AA5QMQANUDsADVFGAAtRUQAKUV8ACVFvAAdQgQAFUJYAA1CrAAJQxQADT+gAA0/7AAVO/wAGTf8A&#10;fUIAAGtDAABdRAAAUkQAAEpEAABDQwAAPEQAADVFAAAuRwAAJ0oAACFMAAAcTwAAF1EAABJUAwAO&#10;VwoAC1gQAApYFQAIWBwAB1gkAAZYLAAFWDYAA1hAAAFYTAAAWFoAAFhpAABYfAAAWJEAAFenAABX&#10;wAAAVuUAAFb5AABV/wAAVf8AdkcAAGZHAABZSAAAT0cAAEdHAABARwAAOEgAADBKAAApTQAAIlAA&#10;ABxTAAAWVQAAEVgAAA1bAgAJXgkABF8OAABfEgAAXxgAAGAfAABgJwAAYDAAAGA7AABgRwAAYFQA&#10;AGBjAABgdgAAYIsAAF+iAABfuwAAX+IAAF75AABd/wAAXf8Ab0sAAGFMAABVTAAATEsAAERLAAA7&#10;TAAAMk4AACtRAAAjVAAAHFcAABZbAAARXgAADWAAAAhjAAACZgcAAGcMAABnDwAAaBMAAGkZAABq&#10;IQAAaikAAGo0AABqQAAAak0AAGpdAABqbwAAaoUAAGqdAABptgAAaN0AAGj3AABn/wAAZv8AaVEA&#10;AFxQAABSUAAASk8AAD9QAAA1UwAALVYAACRZAAAdXQAAFmAAABBkAAAMZwAABmoAAABuAAAAbwMA&#10;AHAIAABxDQAAchAAAHQUAAB1GwAAdiMAAHcsAAB3OAAAdkYAAHZWAAB2aAAAdn4AAHaXAAB1sQAA&#10;dNMAAHP1AABz/wAAcv8AY1YAAFhVAABQVAAARFUAADlYAAAvWwAAJl8AAB1jAAAVZwAAEGwAAApw&#10;AAAEcwAAAHYAAAB6AAAAfAAAAHwDAAB+CAAAfwwAAIEQAACCFAAAhBsAAIUkAACGLwAAhj0AAIZN&#10;AACFXwAAhXUAAIWPAACEqQAAg8kAAILxAACB/wAAgP8AX1sAAFZaAABJWwAAPV4AADJhAAAnZgAA&#10;HmsAABVwAAAOdQAACXkAAAF+AAAAgQAAAIUAAACIAAAAigAAAIsAAACNAQAAjgYAAJALAACRDwAA&#10;kxQAAJUbAACXJgAAlzQAAJdEAACXVgAAlmwAAJWGAACVogAAlMEAAJPqAACS/wAAkv8AXWEAAE9h&#10;AABCZAAANmkAACpuAAAfdAAAFXkAAA5/AAAHhAAAAIkAAACOAAAAkgAAAJYAAACYAAAAmgAAAJsA&#10;AACdAAAAnwAAAKEDAACjCAAApQ0AAKcTAACpHAAAqigAAKo5AACqSwAAqmEAAKl6AAComQAAqLUA&#10;AKfdAACn+AAApv8AVmgAAEhsAAA6cAAALnYAACJ9AAAXhAAADooAAAeQAAAAlgAAAJoAAACfAAAA&#10;owAAAKcAAACqAAAAqwAAAK0AAACvAAAAsQAAALMAAAC1AAAAuAUAALoMAAC9EgAAwBwAAMAtAADA&#10;QAAAv1UAAL9uAAC+iwAAvqgAAL7JAAC97wAAvP4ATnQAAEB5AAAyfwAAJYcAABmOAAAQlQAAB5wA&#10;AACiAAAApwAAAKwAAACwAAAAtQAAALkAAAC8AAAAvQAAAL8AAADBAAAAwwAAAMYAAADIAAAAygAA&#10;AM0CAADQCwAA1RIAANYhAADXNAAA2EkAANlgAADafAAA2poAANu1AADb2QAA2/IARoIAADiJAAAr&#10;kAAAHZgAABKgAAAKpwAAAK4AAAC0AAAAuQAAAL4AAADCAAAAyAAAAMsAAADOAAAAzwAAANIAAADU&#10;AAAA1gAAANoAAADdAAAA3wAAAOIAAADmAAAA6goAAO8TAADwJQAA8joAAPNRAAD0awAA9IkAAPWl&#10;AAD1vwAA9d0A/wAGAP8AAwD/AAUA/wALAP8AEAD/ABcA/wAiAP8ALQD/ADkA/wBEAP8ATQD/AFUA&#10;/wBdAP8AZAD/AGoA/wBwAP0AdgD7AHwA+QCDAPcAigD1AJIA8wCbAPAApgDuALMA6wDEAOkA5ADn&#10;APkA5gD/AOUA/wDTAP8AxwD/AL8A/wC7AP8A/wAAAP8AAAD/AAAA/wACAP8ACwD/ABIA/wAdAP8A&#10;KAD/ADMA/wA+APwARwD4AE8A9ABXAPEAXQDuAGMA7ABpAOoAbwDoAHUA5gB8AOQAgwDiAIsA3wCV&#10;ANwAnwDZAKsA1QC7ANIA1ADPAPIAzQD/AMwA/wDFAP8AugD/ALQA/wCwAP8A/wAAAP8AAAD/AAAA&#10;/wAAAP8ABgD5AA8A9QAXAPMAIgDxAC0A7QA3AOcAQADiAEkA3wBQANsAVwDXAF0A1ABjANEAaADP&#10;AG4AzAB1AMoAfADIAIQAxQCNAMIAmADAAKQAvQCyALsAxgC5AOgAuAD9ALcA/wC2AP8ArQD/AKcA&#10;/wCjAP8A/wAAAP8AAAD/AAAA9QAAAOsAAQDkAAwA3gATANkAHADTACYA0QAwAMwAOgDIAEIAxABK&#10;AMAAUAC9AFYAuwBcALkAYQC3AGcAtQBtALMAdACxAHwArwCFAK0AkACqAJwAqACqAKYAuwClANoA&#10;owD1AKMA/wCiAP8AngD/AJoA/wCXAP8A/wAAAP4AAADvAAAA3wAAANAAAADHAAcAwQAPALwAFwC5&#10;ACAAtwAqALUAMwCwADsArQBDAKsASQCoAE8ApgBVAKQAWgCjAGAAoQBmAJ8AbQCdAHQAnAB9AJoA&#10;iACYAJQAlgCiAJQAsgCSAMkAkQDrAJEA/wCQAP8AkAD/AIwA/wCKAP8A/AAAAOwAAADZAAAAxwAA&#10;ALoAAACxAAIAqwAMAKcAEgCkABsAoQAkAKAALACeADUAmwA8AJgAQwCWAEkAlABPAJIAVACQAFoA&#10;jwBfAI0AZgCLAG0AiQB2AIgAgACGAIwAhACaAIIAqgCBAL4AgADgAIAA+QB/AP8AfwD/AH8A/wB+&#10;AP8A8QAAANgAAADCAAAAswAAAKgAAACgAAAAmQAHAJUADgCSABUAkAAeAI4AJgCNAC4AigA2AIcA&#10;PQCFAEMAhABJAIIATgCBAFQAfwBZAH4AYAB8AGcAegBvAHkAegB3AIYAdQCUAHQAowByALUAcgDP&#10;AHEA8QBwAP8AcAD/AHAA/wBxAP8A4QAAAMQAAACwAAAAogAAAJcAAACRAAAAiwACAIYACwCDABEA&#10;gQAYAH8AIQB9ACkAfAAwAHkANwB4AD0AdgBDAHQASQBzAE4AcgBUAHAAWgBvAGIAbQBqAGsAdABq&#10;AIAAaACOAGcAnQBlAK8AZQDGAGQA6ABkAP0AYwD/AGMA/wBkAP8AzwUAALYHAACjCAAAlAgAAIkH&#10;AACCAwAAfgAAAHsABgB3AA4AdQATAHIAGwBxACMAbwArAG0AMgBsADgAagA+AGkARABnAEkAZgBP&#10;AGUAVgBjAF0AYgBlAGAAbwBfAHsAXQCJAFwAmQBbAKoAWQC/AFkA4QBYAPgAWAD/AFgA/wBZAP8A&#10;wgwAAKoNAACXDgAAiQ4AAH0OAAB2DQAAcQoAAG8GAABtAAoAawAQAGkAFgBnAB4AZQAmAGMALQBh&#10;ADMAYAA5AF8APwBdAEUAXABLAFsAUgBaAFkAWABiAFcAbABVAHgAUwCGAFIAlgBRAKcAUAC7AE8B&#10;2wBOAvQATgP/AE4E/wBOA/8AuBAAAKESAACOEwAAfxMAAHQTAABsEgAAZxAAAGUOAABjCwMAYwYM&#10;AGEEEQBeAxkAXAQhAFsFKABZBi8AWAY1AFYHOwBVB0IAVAdIAFMITwBRCFYAUAlfAE4JaQBNCXYA&#10;SwqEAEkKlABICqYARwq6AEYK2ABFC/MARQz/AEUM/wBFDP8AsBQAAJkWAACHGAAAeBkAAG0YAABl&#10;FwAAXxYAAFwTAABaEQAAWg4GAFoMDQBXDBQAVQwcAFMNJABSDSsAUA0xAE8OOABODj4ATQ5FAEsO&#10;TQBKDlUASA9eAEcPaABFD3UAQxCEAEEQlQBAEKYAPhC7AD0Q3AA9EfYAPRH/AD0Q/wA+EP8AqRkA&#10;AJIbAACBHAAAch0AAGcdAABfHAAAWRsAAFUZAABTFgAAUhMAAFIRCgBQEBAAThEYAEwRIABKEicA&#10;SRIuAEgTNABHEzsARRNCAEQTSQBDFFIAQRRbAD8UZQA+FXIAPBWBADoVkgA4FaQANxW5ADUV2AA1&#10;FvUANhb/ADYW/wA3Ff8AoxwAAI0eAAB7IAAAbSEAAGIhAABaIQAAVB8AAFAeAABNGwAATBkAAEsW&#10;BgBJFg4ARxcVAEUXHABEGCQAQhgqAEEYMQBAGTgAPxk/AD0ZRgA8Gk8AOhpYADkaYwA3G28ANRt+&#10;ADMbkAAyG6IAMBu3AC8b0wAvHPMALxv/ADAb/wAwG/8AnR8AAIgiAAB3IwAAaSQAAF4kAABWJAAA&#10;UCMAAEsiAABIIAAARh0AAEUcAgBDHAwAQRwSAD8dGQA+HSEAPB4nADseLgA6HzUAOR88ADcfRAA2&#10;H0wANCBWADMgYAAxIG0ALyB8AC0hjgAsIaAAKiG1ACkh0AApIfIAKSH/ACog/wArIP8AmSIAAIQl&#10;AABzJgAAZScAAFsnAABTJwAATCYAAEclAABEJAAAQiEAAD8hAAA9IQkAOyEQADkiFgA4Ih4ANiMl&#10;ADUjKwA0JDIAMyQ5ADIkQQAwJEoALyVTAC0lXgArJWsAKiV6ACgljAAmJZ8AJCWzACMlzgAjJfAA&#10;JCX/ACUk/wAlJP8AlCUAAIAnAABvKQAAYioAAFcqAABPKgAASSkAAEQoAABAJwAAPSYAADolAAA3&#10;JgYANSYOADQnFAAyJxsAMSgiADAoKQAvKDAALSk3ACwpPwArKUcAKSlRACgqXAAmKmkAJCp4ACMq&#10;igAhKp0AHyqyAB4qzAAeKu8AHyn/ACAp/wAhKP8AkCgAAHwqAABsKwAAXywAAFQsAABMLAAARiwA&#10;AEErAAA8KwAAOCoAADUqAAAyKwMAMCsMAC4sEQAtLBgALCwfACotJgApLS0AKC00ACcuPAAmLkUA&#10;JC5PACMuWgAhL2cAHy92AB0viAAcL5sAGi+wABgvygAYLu0AGS7/ABst/wAbLf8AjCsAAHgtAABo&#10;LgAAWy8AAFEvAABJLwAAQy8AAD4uAAA5LgAANC4AADAuAAAtLwAAKzAKACkxEAAnMRUAJjEcACUy&#10;IwAkMioAIzIxACEzOQAgM0IAHzNMAB0zVwAbM2QAGjR0ABg0hgAWNJoAFDOuABMzyAATM+wAFDP/&#10;ABUy/wAWMf8Ahy4AAHQvAABlMQAAWDEAAE4yAABGMgAAQDEAADsxAAA2MQAAMTEAACszAAAoNAAA&#10;JTUGACM2DQAhNhIAIDcZAB83IAAeNycAHTguABs4NgAaOD8AGThJABc5VQAVOWIAFDlxABI5hAAR&#10;OZgAEDmtAA44xwAOOOsAEDj/ABA3/wARNv8AgzEAAHAyAABhNAAAVTQAAEs0AABENAAAPTQAADg0&#10;AAAzNAAALTUAACg3AAAkOQAAIDoCAB07CwAbPBAAGT0VABg9HAAXPSMAFj0rABU+MwAUPjwAEj5G&#10;ABE+UgAQPl8ADz5vAA4+gQAMPpUACz6pAAo+wQAKPeQACz37AAw8/wANO/8AfTQAAGs2AABdNwAA&#10;UTcAAEg3AABBNwAAOzcAADU3AAAwNwAAKjkAACU7AAAgPQAAHD8AABdBBgAUQw0AEkMSABFDGAAR&#10;Qx8AEEQnAA9ELwAORDkADURDAAxETgALRFsACURqAAdEfAAGRJAABEOlAAJDvQADQ+AAA0P2AARC&#10;/wAGQf8AeDgAAGc5AABZOgAATjoAAEU6AAA+OgAAODoAADM6AAAtOwAAJz0AACFAAAAcQgAAF0QA&#10;ABNGAwAPSQoADUoPAAxKFAALShsACUojAAhKKwAHSjQABUo+AARKSQACSlYAAEplAABKdwAASosA&#10;AEqhAABJuQAASd0AAEn1AABI/wAASP8AcjwAAGI9AABVPgAASj4AAEI9AAA8PQAANj0AAC8+AAAp&#10;QAAAI0IAAB1FAAAXRwAAE0oAAA9MAgALTwkAB1ANAANREQAAURcAAFEeAABRJgAAUS8AAFE5AABR&#10;RAAAUlEAAFJgAABRcgAAUYcAAFGdAABRtQAAUNgAAFD1AABP/wAAT/8AbEAAAF1BAABRQQAAR0EA&#10;AEBAAAA5QAAAMkEAACpDAAAkRgAAHkgAABdLAAASTgAADlEAAAtTAQAGVgcAAFcMAABYEAAAWBMA&#10;AFkZAABaIQAAWikAAFozAABaPwAAWkwAAFpaAABabAAAWoEAAFmZAABZsQAAWNEAAFj0AABX/wAA&#10;V/8AZUUAAFhFAABNRQAARUQAAD5EAAA1RQAALUcAACVKAAAeTQAAGFAAABJTAAAOVgAAClkAAARc&#10;AAAAXgQAAF8JAABgDQAAYRAAAGIVAABjGwAAZCMAAGQtAABkOAAAZEUAAGRUAABkZgAAZHsAAGOT&#10;AABjrQAAYswAAGHyAABh/wAAYP8AX0oAAFNKAABKSQAAQ0gAADlJAAAvTAAAJ08AAB9SAAAYVQAA&#10;ElkAAA1dAAAIYAAAAmMAAABmAAAAaAEAAGkFAABqCgAAaw0AAG0RAABuFgAAcB0AAHEmAABxMQAA&#10;cD4AAHBOAABwXwAAcHMAAG+NAABvpwAAbsYAAG3vAABs/wAAbP8AWk8AAFBOAABITQAAPU4AADNR&#10;AAApVAAAIFgAABhcAAARYAAADGQAAAZoAAAAawAAAG8AAAByAAAAdAAAAHUAAAB3BAAAeAkAAHoN&#10;AAB8EAAAfRYAAH8eAACAKAAAgDUAAIBFAAB/VgAAf2sAAH+EAAB+oAAAfb4AAHzpAAB7/wAAev8A&#10;VlQAAE5TAABCVAAAN1YAACxaAAAiXwAAGGMAABFoAAALbQAAA3IAAAB2AAAAegAAAH0AAACAAAAA&#10;gwAAAIQAAACGAAAAhwIAAIkHAACLDAAAjRAAAJAWAACSHwAAkiwAAJI7AACSTQAAkWIAAJF6AACP&#10;lwAAj7QAAI7hAACM+wAAjP8AVVkAAEhaAAA7XQAAL2EAACRmAAAZbAAAEXIAAAp3AAACfQAAAIIA&#10;AACGAAAAiwAAAI4AAACRAAAAkwAAAJUAAACXAAAAmQAAAJsAAACdBAAAnwoAAKIPAACkFgAApiEA&#10;AKYxAACmQwAApVcAAKRwAACjjgAAo6sAAKHQAACg9QAAn/8ATmEAAEBkAAAzaQAAJ24AABt1AAAR&#10;fAAAC4MAAACJAAAAjgAAAJMAAACYAAAAnQAAAKEAAACkAAAApQAAAKcAAACpAAAAqwAAAK0AAACw&#10;AAAAsgAAALUIAAC4DgAAvBYAALwlAAC8NwAAu0wAALpkAAC5gQAAt6IAALfAAAC36gAAt/wARmsA&#10;ADlwAAArdwAAH38AABOGAAALjgAAAZUAAACbAAAAoQAAAKYAAACrAAAAsAAAALMAAAC3AAAAtwAA&#10;ALoAAAC8AAAAvwAAAMEAAADEAAAAxwAAAMoAAADNBQAA0Q4AANQZAADUKwAA1EAAANNYAADTdAAA&#10;05IAANKwAADS0wAA0vIAPnkAADGAAAAjiAAAF5EAAA2ZAAADoAAAAKcAAACuAAAAswAAALgAAAC9&#10;AAAAwgAAAMYAAADKAAAAygAAAM0AAADPAAAA0gAAANUAAADZAAAA3QAAAN8AAADjAAAA5wUAAOsP&#10;AADsHwAA7TMAAO5LAADvZAAA74IAAPCfAADxuQAA8dgA/wAAAP8AAAD/AAQA/wAJAP8ADgD/ABUA&#10;/wAeAP8AKQD/ADQA/wA/AP8ASAD/AFAA/wBYAP8AXgD/AGUA/QBrAPsAcQD5AHcA+AB+APYAhQDz&#10;AI0A8QCXAO4AogDrAK8A6ADAAOYA4ADjAPgA4gD/ANsA/wDLAP8AwQD/ALkA/wC0AP8A/wAAAP8A&#10;AAD/AAAA/wAAAP8ACQD/ABAA/wAZAP8AIwD/AC4A/QA5APkAQgD1AEoA8gBSAO4AWADrAF4A6QBk&#10;AOYAagDkAHAA4gB2AN8AfQDdAIYA2QCPANUAmgDRAKcAzgC2AMsAzgDJAPAAxwD/AMUA/wC7AP8A&#10;tAD/AK0A/wCpAP8A/wAAAP8AAAD/AAAA/wAAAPsAAgD2AA0A8QATAO0AHgDsACgA6QAyAOMAOwDd&#10;AEQA2ABLANMAUQDQAFgAzQBdAMsAYwDJAGgAxgBvAMQAdgDCAH4AvwCHALwAkgC6AJ8AtwCtALUA&#10;wQCyAOQAsQD9AK8A/wCsAP8ApQD/AKAA/wCcAP8A/wAAAP8AAAD7AAAA7gAAAOQAAADcAAgA0wAQ&#10;AM8AGADLACIAyQArAMYANADBAD0AvQBEALoASwC3AFEAtQBWALIAXACwAGEArgBnAKwAbgCqAHYA&#10;qAB/AKYAigCjAJYAoQClAJ8AtgCdANEAnADzAJsA/wCcAP8AlgD/AJMA/wCQAP8A/wAAAPYAAADn&#10;AAAA0wAAAMYAAAC9AAMAuAANALMAEwCxABwArwAlAK4ALgCpADYApgA9AKMARAChAEoAnwBPAJ0A&#10;VQCbAFoAmgBgAJgAZgCWAG4AlAB3AJIAgQCQAI4AjgCcAIwArQCKAMMAiQDoAIgA/wCJAP8AhwD/&#10;AIUA/wCCAP8A8wAAAOMAAADMAAAAvAAAALAAAACnAAAAoQAIAJ4ADwCbABYAmQAfAJgAJwCWAC8A&#10;kwA3AJEAPQCOAEMAjABJAIsATgCJAFQAhwBZAIUAYACEAGcAggBvAIAAegB+AIYAfACUAHoApAB5&#10;ALgAeADYAHcA9wB4AP8AeAD/AHcA/wB1AP8A5gAAAMsAAAC3AAAAqAAAAJ4AAACWAAAAjwAEAIsA&#10;DACIABIAhwAZAIUAIQCEACkAggAwAH8ANwB9AD0AfABDAHoASAB5AE0AdwBTAHYAWQB0AGEAcgBp&#10;AHEAcwBvAH8AbQCNAGwAnQBqAK8AaQDIAGgA7QBpAP8AaQD/AGkA/wBpAP8A0gAAALgAAAClAAAA&#10;lwAAAI0AAACGAAAAgQAAAHwACAB5AA4AdwAUAHYAHAB0ACMAcwArAHEAMQBvADcAbgA9AGwAQwBr&#10;AEgAagBOAGgAVABnAFsAZQBjAGMAbQBiAHgAYACHAF8AlgBdAKgAXQC+AFwA5ABcAPsAXAD/AFwA&#10;/wBcAP8AwgAAAKoBAACYAwAAiQQAAH8CAAB4AAAAdAAAAHAABABtAAwAawARAGkAFwBoAB4AZgAl&#10;AGUALABjADIAYgA4AGAAPQBfAEMAXgBJAFwATwBbAFYAWgBeAFgAaABXAHMAVQCBAFQAkQBSAKMA&#10;UQC3AFEA1gBRAPUAUQD/AFEA/wBSAP8AtgcAAJ8JAACNCwAAfgwAAHMLAABsCgAAaAcAAGUDAABj&#10;AAcAYQANAF8AEwBdABoAXAAhAFsAJwBZAC0AWAAzAFYAOQBVAD8AVABFAFMASwBRAFIAUABaAE8A&#10;ZABNAG8ATAB9AEoAjQBJAJ8ASACyAEcAzABHAO8ARgD/AEcA/wBHAP8ArAwAAJUOAACDEAAAdRAA&#10;AGsQAABjDwAAXg4AAFsMAABaCQIAWQQKAFcADwBVABUAUwAcAFIAIwBRACkATwAvAE4ANQBNATsA&#10;TAFBAEoCSABJAk8ASAJXAEYDYQBFA20AQwN6AEIDiwBAA5wAPwOvAD4DyAA9BOoAPQX8AD0G/wA+&#10;Bv8ApBAAAI4SAAB8EwAAbhQAAGQUAABcEwAAVhIAAFMRAABRDgAAUAwFAFAJDABPBxEATQcXAEsI&#10;HwBJCCUASAkrAEcJMQBGCTgARAo+AEMKRQBCCk0AQAtVAD8LXwA9C2sAPAt5ADoMigA4DJwANwyv&#10;ADUMxwA1DOkANQ39ADUN/wA2DP8AnRMAAIcVAAB2FwAAaRgAAF4YAABWGAAAUBcAAE0VAABKEwAA&#10;SREAAEkOBwBIDQ4ARg0TAEQNGgBDDiEAQg4oAEAOLgA/DjUAPg88AD0PQwA7EEsAOhBUADgQXgA2&#10;EGsANBB5ADIQigAxEJwALxCwAC0QyQAtEewALRH/AC4R/wAvEP8AlxYAAIIZAABxGwAAZBwAAFkc&#10;AABRHAAATBsAAEcaAABEGAAAQxUAAEITAgBBEgsAQBEQAD4SFwA8Eh4AOxMlADoTKwA4EzIANxM5&#10;ADYUQAA0FEgAMxRRADEUXAAwFWgALhV3ACwViAAqFZoAKBWuACcVxwAmFeoAJxX/ACgV/wApFf8A&#10;kRoAAH0cAABtHgAAYB8AAFYfAABOHwAASB4AAEMdAABAHAAAPhoAAD0YAAA7FwcAORYOADgXFAA2&#10;FxsANRgiADMYKAAyGC8AMRk2ADAZPQAuGUYALRpPACsaWQAqGmYAKBp0ACYahgAkGpkAIhqtACEa&#10;xQAgGugAIRr+ACIa/wAjGv8AjR0AAHkfAABpIQAAXCIAAFIiAABKIgAARCEAAD8hAAA8IAAAOR4A&#10;ADgbAAA1HAQANBwNADIcEgAwHRgALx0fAC4dJQAtHiwAKx4zACoeOwApH0MAJx9NACYfVwAkH2QA&#10;Ih9yACAfhAAfH5cAHR+rABsfwwAbH+cAGx/9AB0f/wAeHv8AiSAAAHUiAABlIwAAWSQAAE8lAABH&#10;JQAAQSQAADwjAAA4IwAANSIAADMgAAAwIAEALiEKACwhEAArIRUAKiIcACgiIwAnIikAJiMwACUj&#10;OAAjI0EAIiRKACEkVQAfJGEAHSRwABskggAZJJUAFySqABYkwQAVJOUAFiT8ABcj/wAZI/8AhSIA&#10;AHEkAABiJgAAVicAAEwnAABEJwAAPicAADkmAAA1JgAAMSUAAC4kAAArJQAAKSUHACcmDgAlJhMA&#10;JCcZACMnIAAiJycAISguACAoNgAeKD4AHShIABspUwAZKV8AGCluABYpgAAUKZQAEimoABEpwAAR&#10;KOQAESj7ABMo/wAUJ/8AgCUAAG4nAABfKAAAUykAAEkqAABCKQAAOykAADYpAAAyKAAALigAACoo&#10;AAAmKQAAJCoEACIrDAAgKxEAHywWAB0sHQAcLCQAGy0rABotMwAYLTwAFy1FABYuUAAULl0AEi5s&#10;ABEufgAQLpIADi6nAA0tvQANLd8ADS35AA4s/wAQLP8AfCgAAGoqAABbKwAAUCwAAEYsAAA/LAAA&#10;OSwAADQrAAAvKwAAKysAACYsAAAiLgAAHy8AABwwCQAaMQ4AGTETABcxGgAWMiEAFTIoABQyMAAT&#10;MjkAEjNDABEzTgAQM1sADjNpAA0zegAMM44ACjOiAAgyuQAIMtkACDL0AAox/wALMf8AdysAAGYt&#10;AABYLgAATS8AAEMvAAA8LgAANi4AADEuAAAtLgAAKS4AACMwAAAfMgAAGzMAABc1BQAUNgwAEjcR&#10;ABE3FgARNx0AEDgkAA84LAAOODUADTg/AAw4SgALOFcACThlAAc4dgAFOIoAAzifAAE3tQABN9MA&#10;AjfxAAM2/wAFNv8Acy4AAGIwAABUMQAASTEAAEExAAA5MQAANDEAAC8wAAArMAAAJTIAACAzAAAb&#10;NgAAFzgAABM6AgAQPAkADT0OAAw9EwALPRkACj0hAAk9KQAIPTEABj47AAU+RgADPlIAAT5hAAA+&#10;cgAAPoYAAD2cAAA9sgAAPdAAADzwAAA8/wAAPP8AbTIAAF0zAABQNAAARjQAAD40AAA3NAAAMjMA&#10;AC0zAAAnNAAAIjYAAB04AAAYOgAAFD0AABA/AgANQQgACUMNAAZEEQADRBYAAkQdAABEJAAARC0A&#10;AEQ2AABEQQAARE4AAERcAABEbQAARIEAAESYAABDrwAAQ80AAELwAABC/wAAQv8AaDYAAFg3AABM&#10;OAAAQzgAADs3AAA1NgAAMDYAACk3AAAjOQAAHjsAABg9AAATQAAAEEIAAA1FAQAIRwcAA0kMAABJ&#10;DwAAShMAAEsZAABLIAAASygAAEsyAABLPQAATEkAAExXAABLaAAAS30AAEuUAABKrAAASsoAAEnv&#10;AABJ/wAASf8AYjoAAFQ7AABJOwAAQDsAADk6AAAzOQAALDoAACU8AAAfPwAAGUEAABNEAAAQRwAA&#10;DEkAAAhMAAACTwUAAFAKAABQDQAAURAAAFIVAABUGwAAVCMAAFQsAABUNwAAVEQAAFRSAABUYwAA&#10;VHcAAFSPAABTqAAAUsYAAFLtAABR/wAAUf8AXD8AAE8/AABFPwAAPj4AADc9AAAvPgAAJ0AAACBD&#10;AAAZRgAAE0kAAA9MAAALTwAABlIAAABUAAAAVwIAAFgHAABZCwAAWg4AAFsRAABdFgAAXh0AAF8m&#10;AABfMQAAXj0AAF5MAABeXQAAXnEAAF2JAABdowAAXMEAAFvrAABa/wAAWv8AVkQAAEtDAABDQgAA&#10;PEEAADJCAAApRQAAIUgAABpLAAATTgAADlIAAApVAAADWQAAAFsAAABeAAAAYAAAAGICAABjBgAA&#10;ZQoAAGYOAABoEQAAahcAAGsfAABrKQAAazYAAGtFAABrVgAAamoAAGqCAABpnQAAaLsAAGfnAABm&#10;/wAAZf8AUUgAAEhIAABBRgAAN0cAACxKAAAjTQAAG1EAABNVAAAOWQAACF0AAAFhAAAAZAAAAGcA&#10;AABqAAAAbAAAAG4AAABwAAAAcgUAAHMJAAB1DQAAdxEAAHoYAAB7IQAAey4AAHo9AAB6TgAAeWIA&#10;AHl5AAB4lgAAd7MAAHXgAAB0/AAAc/8ATk0AAEdMAAA7TQAAME8AACZTAAAcWAAAE1wAAA1hAAAG&#10;ZgAAAGoAAABvAAAAcgAAAHYAAAB5AAAAfAAAAH0AAAB/AAAAgQAAAIMCAACGBwAAiAwAAIsRAACO&#10;GAAAjiQAAI4zAACNRAAAjFgAAItvAACKjAAAiaoAAIjPAACG9wAAhf8ATVEAAEFTAAA0VQAAKVoA&#10;AB5fAAAUZQAADWoAAAVwAAAAdgAAAHsAAAB/AAAAgwAAAIcAAACKAAAAjQAAAI4AAACRAAAAkwAA&#10;AJUAAACYAAAAmgUAAJ0MAACgEQAAoxoAAKMoAACiOgAAoU4AAKBlAACggQAAnqAAAJ3BAACb7gAA&#10;mv8ARlkAADlcAAAtYQAAIWcAABZuAAAOdQAABXsAAACBAAAAhwAAAI0AAACSAAAAlgAAAJoAAACd&#10;AAAAnwAAAKEAAACkAAAApgAAAKgAAACrAAAArgAAALEDAAC0CwAAuBEAALkeAAC5LwAAuEMAALda&#10;AAC1dgAAtJcAALS1AACx4gAAsPwAP2QAADFpAAAlbwAAGHcAAA9/AAAGhwAAAI4AAACUAAAAmgAA&#10;AKAAAAClAAAAqgAAAK4AAACxAAAAsgAAALUAAAC3AAAAugAAALwAAAC/AAAAwwAAAMYAAADJAAAA&#10;zgoAANITAADSIwAA0TcAANBPAADOagAAzYoAAMqrAADLywAAy+8AN3EAACl4AAAdgAAAEYkAAAiR&#10;AAAAmgAAAKEAAACnAAAArQAAALMAAAC5AAAAvgAAAMIAAADFAAAAxgAAAMkAAADMAAAAzgAAANIA&#10;AADVAAAA2gAAAN4AAADhAAAA5QAAAOoLAADrFwAA6isAAOpDAADqXgAA6noAAOuZAADrtQAA69UA&#10;/wAAAP8AAAD/AAEA/wAHAP8ADQD/ABIA/wAbAP8AJQD/AC8A/wA6AP8AQwD/AEsA/wBTAP8AWgD9&#10;AGAA+wBmAPoAawD4AHIA9gB4APQAgADxAIkA7wCSAOwAnQDpAKoA5gC8AOMA3ADfAPcA3QD/AMwA&#10;/wC+AP8AtQD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA0A/wAUAP8AHwD/ACkA+wAz&#10;APcAPQDzAEUA7wBNAOwAUwDoAFkA5QBfAOMAZQDgAGoA3QBxANoAeADWAIAA0gCKAM8AlQDMAKIA&#10;yACyAMUAyQDCAO0AwAD/ALsA/wCwAP8AqAD/AKQA/wChAP8A/wAAAP8AAAD9AAAA+gAAAPgAAADw&#10;AAkA7AARAOgAGQDnACMA5QAtAN4ANgDWAD4A0QBGAM0ATADKAFIAyABYAMUAXQDDAGMAwABpAL4A&#10;cAC8AHgAuQCBALcAjQC0AJoAsQCpAK4AvACsAOEAqgD8AKgA/wCgAP8AmQD/AJYA/wCUAP8A/wAA&#10;APkAAADyAAAA5wAAANsAAADRAAQAygANAMcAFADEAB0AwgAmAL8ALwC7ADcAtwA/ALQARQCxAEsA&#10;rgBRAKwAVgCqAFwAqABhAKYAaACjAHAAoQB5AJ8AhACdAJEAmgCgAJgAsQCWAMwAlQDxAJQA/wCR&#10;AP8AiwD/AIgA/wCGAP8A9wAAAOwAAADeAAAAyQAAALwAAAC0AAAArwAKAKsAEACpABcAqAAgAKcA&#10;KACiADAAnwA4AJwAPgCaAEQAmABKAJYATwCUAFUAkwBaAJEAYQCPAGgAjQBxAIsAewCJAIgAhwCX&#10;AIUAqACDAL4AgQDkAIAA/wCAAP8AfAD/AHsA/wB5AP8A6QAAANcAAADBAAAAsQAAAKYAAACdAAAA&#10;lwAFAJQADQCSABIAkAAaAI8AIgCOACoAiwAxAIkAOACHAD4AhQBDAIMASACBAE4AfwBUAH4AWgB8&#10;AGEAegBpAHgAcwB2AH8AdQCOAHMAnwBxALMAcADQAG8A9gBvAP8AbwD/AG0A/wBsAP8A2gAAAL8A&#10;AACsAAAAngAAAJMAAACMAAAAhQAAAIIACQB/AA8AfgAVAH0AHAB8ACQAegArAHcAMQB1ADcAdAA9&#10;AHIAQgBxAEgAbwBNAG4AUwBsAFoAawBiAGkAbABnAHgAZgCGAGQAlwBiAKoAYQDCAGAA6wBhAP8A&#10;YQD/AGEA/wBgAP8AxQAAAK0AAACbAAAAjQAAAIMAAAB8AAAAdwAAAHIABQBwAAwAbgARAGwAFwBs&#10;AB4AawAlAGkALABnADEAZgA3AGQAPQBjAEIAYgBIAGAATgBfAFUAXQBdAFwAZgBaAHIAWQCAAFcA&#10;kABWAKMAVQC5AFQA3gBUAPsAVAD/AFUA/wBVAP8AtgAAAJ8AAACNAAAAfwAAAHUAAABuAAAAaQAA&#10;AGYAAQBjAAkAYQAOAGAAEwBfABkAXgAgAF0AJgBbACwAWgAyAFgANwBXAD0AVgBDAFUASQBTAFAA&#10;UgBYAFEAYQBPAGwATgB6AEwAigBLAJwASgCxAEkAzgBJAPMASQD/AEkA/wBKAP8AqgEAAJQFAACC&#10;BwAAdAgAAGoIAABjBgAAXgQAAFsAAABZAAUAVwAMAFYAEABUABUAUwAbAFIAIgBRACgAUAAtAE4A&#10;MwBNADgATAA+AEsARQBKAEwASABUAEcAXQBGAGgARAB1AEMAhQBBAJgAQACrAEAAxQA/AOoAPwD/&#10;AEAA/wBAAP8AoAgAAIoLAAB5DQAAbA0AAGENAABaDQAAVQsAAFIJAABQBgAATwIIAE4ADQBMABIA&#10;SwAXAEoAHgBJACMARwApAEYALwBFADQARAA6AEIAQQBBAEgAQABQAD4AWgA9AGQAPAByADoAggA5&#10;AJQAOACnADcAvgA2AOMANgD5ADYA/wA3AP8AmA0AAIMOAAByEAAAZREAAFsRAABTEAAAThAAAEoO&#10;AABIDQAARwoDAEcHCgBFBA4ARAITAEICGgBBAiAAQAMlAD4DKwA9BDEAPAQ3ADsEPgA6BUUAOQVO&#10;ADcFVwA2BWIANAZwADIGgAAxBpIAMAalAC8FuwAuBd0ALgb1AC0H/wAuB/8AkRAAAH0RAABsEwAA&#10;XxQAAFUUAABOFAAASBMAAEQSAABBEAAAQA4AAEANBgBACgwAPgkQADwJFgA7ChwAOQoiADgKKAA3&#10;Cy4ANgs1ADULOwAzC0MAMgxMADAMVgAvDGEALQxvACsMfwAqDJIAKAylACcMuwAlDN0AJQ31ACYN&#10;/wAnDf8AixIAAHcUAABnFgAAWxcAAFEYAABJFwAAQxcAAD8VAAA8FAAAOhIAADkRAQA5DwgAOA4N&#10;ADcOEgA1DhgANA4fADIOJQAxDywAMA8yAC8QOgAtEEIALBBLACoQVQAoEGEAJhBvACQQgAAjEJMA&#10;IRCnAB8QvQAeEOAAHhH3AB8Q/wAgEP8AhhQAAHMXAABjGQAAVxoAAE0bAABFGgAAQBoAADsZAAA4&#10;GAAANRYAADQUAAAzEgQAMhILADESEAAvEhUALRIcACwTIgArEykAKhMwACgTNwAnFD8AJhRIACQU&#10;UwAiFF8AIBVtAB8VfgAdFZEAGxWlABkVuwAYFd4AGBX4ABkU/wAaFP8AghcAAG8aAABfHAAAUx0A&#10;AEodAABCHQAAPB0AADccAAA0GwAAMRoAAC8ZAAAuFgAALBcIACsWDgApFxMAKBcZACcYIAAlGCYA&#10;JBgtACMYNAAiGT0AIBlGAB4ZUQAdGV0AGxprABkafAAXGo8AFRqjABQZugASGdsAExn2ABQZ/wAV&#10;GP8AfRoAAGsdAABcHwAAUCAAAEcgAAA/IAAAOR8AADQfAAAxHgAALR0AACscAAApGwAAJxsFACUb&#10;DAAkHBEAIhwWACEcHQAgHSMAHx0qAB4dMgAcHjoAGx5EABkeTgAXHlsAFh5pABQfegASHo0AER6i&#10;ABAeuAAOHtgADx71ABAd/wARHf8Aeh0AAGcfAABZIQAATSIAAEQiAAA8IgAANiIAADIhAAAuIQAA&#10;KiAAACcgAAAkHwAAIiACACAgCgAeIQ8AHSEUABwhGgAbIiEAGSInABgiLwAXIjgAFSNBABQjTAAS&#10;I1gAESNnABAjeAAOI4sADSOfAAwjtAALI9AACyLwAAwi/wANIf8Adh8AAGQiAABWIwAASyQAAEEk&#10;AAA6JAAANCQAAC8jAAArIwAAKCMAACQjAAAgIwAAHSQAABslBwAZJg0AFyYRABYmFwAVJx4AFCcl&#10;ABMnLAASJzUAESg/ABAoSgAOKFYADShkAAwodAAKKIcACSibAAcnsQAFJ8wABifsAAcm/gAIJv8A&#10;cSIAAGAkAABTJgAASCcAAD8nAAA3JgAAMSYAAC0mAAApJQAAJSUAACIlAAAdJwAAGSgAABYqBAAU&#10;KwsAEiwQABEsFAAQLBsAECwiAA4sKQAOLTIADS07AAstRgAKLVIACC1gAAYtcAAELYMAAi2YAAAs&#10;rgAALMkAACzrAAEr/AACK/8AbSUAAF0nAABPKAAARSkAADwpAAA1KQAALygAACsoAAAnJwAAIycA&#10;AB8oAAAbKgAAFywAABMuAgAQMAgADjENAA0xEgAMMRcACzEeAAoxJgAIMi4ABzI3AAUyQgADMk4A&#10;ATJcAAAybAAAMn8AADKVAAAxrAAAMccAADDqAAAw/AAAMP8AaCkAAFgqAABMKwAAQSwAADksAAAy&#10;KwAALSsAACkqAAAlKgAAICsAABwsAAAXLgAAEzAAABAyAgAONAcACjcMAAc3EAAFNxQAAzcbAAI3&#10;IgAANyoAADgzAAA4PgAAOEoAADhYAAA4aAAAOHwAADeSAAA3qQAANsUAADbqAAA2/QAANf8AYywA&#10;AFQuAABILwAAPi8AADYuAAAwLgAAKy0AACctAAAiLQAAHS8AABgxAAAUMwAAEDUAAA43AQAKOgcA&#10;BjsLAAI8DgAAPRIAAD4XAAA+HgAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPncAAD6PAAA9pwAA&#10;PcMAADzpAAA8/QAAO/8AXjAAAFAxAABEMgAAOzIAADQxAAAuMAAAKS8AACQwAAAeMgAAGTQAABQ2&#10;AAAQOQAADTsAAAo9AAAFQAUAAEEKAABCDQAAQxAAAEQUAABFGgAARiIAAEYrAABGNQAARkEAAEZP&#10;AABGXwAARnMAAEWKAABFpAAARMAAAEPoAABD/gAAQv8AWDQAAEs1AABBNQAAOTUAADI0AAAtMwAA&#10;JjQAACA1AAAaOAAAFDoAABA9AAANQAAACUIAAARFAAAARwMAAEgHAABKCwAASw4AAEwRAABOFQAA&#10;TxwAAE8lAABPLwAATzwAAE9KAABPWgAATm0AAE6FAABNoAAATLwAAEvnAABL/gAASv8AUzkAAEc5&#10;AAA+OQAANzgAADE3AAApNwAAITkAABs8AAAVPwAAEEIAAAxFAAAHSAAAAkoAAABNAAAATwAAAFEE&#10;AABSBwAAVAsAAFUOAABXEQAAWRcAAFofAABZKQAAWTYAAFlEAABZVAAAWGcAAFh/AABXmgAAVrcA&#10;AFXjAABU/QAAVP8ATj0AAEM9AAA8PAAANTsAACw8AAAkPgAAHEEAABVEAAAQSAAAC0sAAAVOAAAA&#10;UQAAAFQAAABXAAAAWQAAAFsAAABdAgAAXgYAAGALAABiDgAAZBIAAGcYAABnIgAAZi4AAGY8AABm&#10;TQAAZWAAAGV3AABkkwAAY7EAAGHdAABg/AAAX/8ASUIAAEFBAAA6PwAAMEAAACZDAAAeRgAAFUoA&#10;ABBOAAAKUgAAA1YAAABaAAAAXQAAAGAAAABjAAAAZQAAAGcAAABpAAAAawEAAG0FAABvCgAAcg4A&#10;AHUSAAB3GwAAdiYAAHY1AAB1RgAAdFkAAHRvAABziwAAcqkAAHDNAABv9wAAbv8ARkYAAEBFAAA1&#10;RgAAKkgAACBMAAAXUQAAEFYAAAlaAAABXwAAAGMAAABoAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5&#10;AAAAewAAAH0AAACAAwAAgwgAAIYNAACJEwAAih0AAIorAACJPAAAiE8AAIZmAACFgQAAhKAAAILC&#10;AACB8AAAf/8ARksAADpMAAAuTwAAI1MAABhYAAAQXgAACWQAAABpAAAAbwAAAHQAAAB4AAAAfAAA&#10;AIEAAACEAAAAhwAAAIgAAACLAAAAjgAAAJAAAACTAAAAlgAAAJkHAACdDQAAoRQAAKAhAACgMQAA&#10;nkQAAJ1bAACcdgAAmZYAAJm1AACW5QAAlf4AP1IAADJVAAAmWgAAG2AAABFnAAAJbQAAAHQAAAB7&#10;AAAAgQAAAIYAAACLAAAAkAAAAJQAAACXAAAAmQAAAJwAAACfAAAAoQAAAKQAAACnAAAAqgAAAK0A&#10;AACxBgAAtQ0AALgWAAC3JgAAtjkAALVQAAC0agAAsokAALCqAACuzwAArfUAN1wAACthAAAeaAAA&#10;E3AAAAt4AAAAgAAAAIcAAACOAAAAlQAAAJoAAACfAAAApAAAAKgAAACsAAAArQAAALAAAACzAAAA&#10;tQAAALgAAAC7AAAAvwAAAMMAAADHAAAAywUAANEOAADRGwAA0C4AAM9FAADNXwAAy34AAMmeAADI&#10;vgAAxekAL2kAACNwAAAWeQAADYEAAAGLAAAAkwAAAJsAAACiAAAAqAAAAK4AAAC0AAAAuAAAAL0A&#10;AADAAAAAwgAAAMUAAADIAAAAywAAAM4AAADRAAAA1gAAANsAAADfAAAA5AAAAOgGAADrEQAA6iMA&#10;AOo6AADpVAAA53IAAOWTAADjswAA49QA/wAAAP8AAAD/AAAA/wAEAP8ACwD/ABAA/wAXAP8AIQD/&#10;ACsA/wA1AP8APgD/AEcA/wBOAP8AVQD8AFsA+gBhAPgAZgD2AG0A9ABzAPIAewDvAIQA7QCOAOoA&#10;mQDmAKcA4wC5AN8A1QDbAPcA1gD/AMAA/wCyAP8AqgD/AKUA/wCiAP8A/wAAAP8AAAD+AAAA/AAA&#10;APwAAwD+AAsA/wARAP8AGgD9ACQA+QAuAPQAOADwAEAA7ABIAOkATgDmAFQA4gBaAN8AXwDcAGUA&#10;2ABrANQAcgDQAHsAzQCFAMoAkQDHAJ4AwwCuAMAAxQC9AOsAuwD/ALAA/wCkAP8AnAD/AJgA/wCV&#10;AP8A/wAAAPoAAAD0AAAA8QAAAPIAAADqAAUA5wAOAOIAFQDhAB4A4QAoANgAMQDQADkAywBAAMgA&#10;RwDFAE0AwgBTAL8AWAC9AF4AuwBkALkAawC2AHMAtAB8ALEAiACuAJUAqwCkAKgAuACmANwAowD7&#10;AJ8A/wCVAP8AjwD/AIsA/wCJAP8A+QAAAO8AAADnAAAA3wAAAM8AAADIAAAAwQAKAL8AEQC8ABgA&#10;uwAhALkAKgC0ADIAsQA6AK4AQACrAEYAqABMAKYAUQCjAFYAoQBcAJ8AYwCdAGoAmwBzAJkAfgCW&#10;AIwAlACbAJIArQCQAMcAjgDwAI0A/wCGAP8AgAD/AH0A/wB8AP8A7QAAAOAAAADRAAAAvwAAALMA&#10;AACqAAAApgAFAKIADQChABMAoAAbAJ8AIwCbACsAmAAyAJUAOQCTAD8AkQBEAI8ASgCOAE8AjABV&#10;AIoAWwCIAGMAhgBrAIQAdgCCAIIAgACSAH4AowB8ALoAegDhAHkA/wB3AP8AcgD/AHAA/wBvAP8A&#10;3QAAAMsAAAC2AAAApwAAAJ0AAACUAAAAjgABAIsACgCJABAAiAAVAIcAHQCHACUAhAAsAIIAMgB/&#10;ADgAfQA9AHsAQwB5AEgAeABOAHYAVAB1AFsAcwBjAHEAbgBvAHoAbQCJAGwAmgBqAK4AaQDMAGgA&#10;9gBnAP8AZQD/AGQA/wBjAP8AygAAALQAAAChAAAAkwAAAIkAAACCAAAAewAAAHgABQB2AAwAdQAR&#10;AHQAGABzAB8AcgAlAHAALABuADIAbAA3AGoAPABpAEIAaABIAGYATgBlAFUAYwBdAGIAZgBgAHIA&#10;XgCAAF0AkgBbAKUAWgC+AFkA6QBZAP8AWQD/AFgA/wBYAP8AuQAAAKIAAACQAAAAgwAAAHkAAABx&#10;AAAAbQAAAGkAAQBmAAkAZQAOAGQAEwBjABkAYwAgAGEAJgBgACwAXgAxAFwANwBbADwAWgBCAFgA&#10;SABXAE8AVgBXAFQAYABTAGwAUQB5AFAAigBPAJ4ATgC0AE0A2gBNAPsATQD/AE0A/wBNAP8AqgAA&#10;AJQAAACCAAAAdQAAAGsAAABkAAAAYAAAAF0AAABaAAUAWAAMAFcAEABWABUAVgAbAFUAIQBTACcA&#10;UgAsAFEAMQBPADcATgA9AE0AQwBMAEoASgBSAEkAWwBIAGYARgBzAEUAhABEAJcAQwCsAEIAyQBC&#10;APEAQgD/AEMA/wBDAP8AngAAAIkAAAB4AwAAagQAAGEEAABaAwAAVQEAAFIAAABQAAIATgAJAE0A&#10;DQBMABEASwAXAEoAHABJACIASAAnAEcALQBFADIARAA4AEMAPgBCAEUAQQBNAD8AVgA+AGEAPQBu&#10;ADsAfgA6AJEAOQCmADgAvwA4AOgAOAD/ADkA/wA5AP8AlQMAAIAHAABvCQAAYgoAAFgLAABRCgAA&#10;TAgAAEkGAABHAwAARgAGAEQACwBDAA8AQgATAEEAGABBAB4APwAjAD4AKQA9AC4AOwA0ADoAOgA5&#10;AEEAOABJADcAUgA2AF0ANABqADMAegAyAIwAMQChADAAuAAvAN4ALwD5AC8A/wAwAP8AjAkAAHgM&#10;AABoDQAAXA4AAFIOAABLDgAARQ0AAEEMAAA/CgAAPggCAD0ECAA8AQ0AOwAQADoAFQA5ABoAOAAg&#10;ADYAJQA1ACsANAAwADMANwAyAD4AMQBGAC8AUAAuAFoALQBnACsAdwAqAIkAKQCdACgAswAnANEA&#10;JwDyACcA/wAnAP8AhgwAAHIOAABjEAAAVhEAAE0RAABFEQAAQBAAADwPAAA5DgAANw0AADYLBAA2&#10;CAoANQYOADQFEgAyBBcAMQUcADAFIgAvBSgALgYuAC0GNAArBjwAKgZEACkHTgAnB1kAJgdlACQH&#10;dQAjB4cAIgebACAGsAAgBssAHwXtAB8G/gAfB/8AgA4AAG0RAABeEgAAUhMAAEgTAABBEwAAOxMA&#10;ADcSAAA0EQAAMhAAADAPAQAwDQYAMAsLAC8KEAAtChQALAsZACoLHwApCyUAKAwrACcMMgAmDDoA&#10;JAxDACMMTQAhDVgAIA1lAB4NdQAcDYgAGg2cABkNsQAYDMoAFwzrABcN/AAYDP8AexEAAGkTAABa&#10;FQAAThYAAEUWAAA9FgAAOBUAADMVAAAwFAAALRMAACsSAAAqEAMAKg8IACkODQAoDhEAJg4WACUP&#10;HQAkDyMAIw8pACEQMQAgEDkAHhBCAB0QTAAbEFgAGRBmABcQdgAVEIkAFBCeABIQswAREM4AERDu&#10;ABIQ/gASEP8AdxMAAGUVAABXFwAASxgAAEIZAAA6GQAANBgAADAXAAAsFwAAKRYAACcVAAAmFAEA&#10;JRIEACMSCwAiEg8AIRIUACASGgAeEyAAHRMnABwTLgAaEzYAGRRAABcUSgAWFFYAFBRkABIUdAAR&#10;FIcAEBScAA4UsQANFMoADRTrAA4T/gAOE/8AcxUAAGEYAABTGgAASBsAAD8bAAA3GwAAMhoAAC0a&#10;AAApGQAAJhgAACQYAAAiFwAAIBYBAB4WCAAdFg0AGxcSABoXFwAZFx0AGBgkABYYKwAVGDQAFBg9&#10;ABIZSAARGVQAEBliAA4ZcgANGYQADBmYAAoZrQAJGMYACRjnAAkY+gAKF/8AbxgAAF4aAABQHAAA&#10;RR0AADwdAAA1HQAALx0AACocAAAmGwAAIxsAACEaAAAeGgAAHBoAABobBQAYGwwAFhwQABUcFQAU&#10;HBsAExwiABIdKQARHTEAEB07AA4dRQANHlEADB5eAAoebQAJHoAABx6UAAUdqgADHcIAAx3mAAQc&#10;+AAFHP8AaxoAAFsdAABNHgAAQh8AADofAAAyHwAALR8AACgeAAAkHgAAIR0AAB4dAAAcHQAAGB4A&#10;ABUfAgATIAkAEiEOABAhEgAQIRgADiEfAA4iJgANIi4ADCI3AAoiQQAJIk0AByJaAAUiaQADInwA&#10;ASKRAAAiqAAAIcAAACHlAAAg+AAAIP8AZx0AAFcfAABKIQAAQCEAADciAAAwIQAAKiEAACYgAAAi&#10;IAAAHx8AABwfAAAZIAAAFiEAABIjAgAQJAcADiYMAAwmEAALJhUACiYcAAkmIgAIJioABiczAAQn&#10;PQADJ0kAASdWAAAnZgAAJ3kAACePAAAmpgAAJr8AACXkAAAl+QAAJP8AYyAAAFQiAABHIwAAPSQA&#10;ADQkAAAuIwAAKCMAACQiAAAhIgAAHiEAABoiAAAXIwAAEyQAABAmAgAOKAcACyoLAAgrDgAGKxMA&#10;BCsYAAIrHwABLCcAACwwAAAsOgAALEUAACxTAAAsYwAALHYAACyMAAArpAAAK74AACrkAAAq+gAA&#10;Kf8AXyMAAFAlAABEJgAAOiYAADImAAArJgAAJiUAACMkAAAfJAAAGyQAABclAAAUJwAAESkAAA4r&#10;AgALLQYABy8LAAQwDgAAMBEAADEVAAAxHAAAMSMAADIsAAAyNgAAMkIAADJPAAAyXwAAMnIAADGJ&#10;AAAxogAAMLwAADDkAAAv+wAAL/8AWicAAEwoAABAKQAANykAAC8pAAApKAAAJScAACEmAAAcJwAA&#10;GCgAABQqAAARLAAADi4AAAswAQAHMgUAAzQJAAA1DAAANg8AADcSAAA4GAAAOCAAADgoAAA4MgAA&#10;OT0AADlLAAA5WwAAOG4AADiFAAA3nwAAN7oAADbkAAA1/AAANf8AVSoAAEgsAAA9LAAANCwAAC0r&#10;AAAoKgAAJCkAAB4qAAAZKwAAFC0AABEvAAANMQAACjQAAAc2AAACOAQAADoHAAA7CgAAPQ0AAD4Q&#10;AABAFAAAQBsAAEAkAABALgAAQDkAAEBHAABAVgAAQGkAAECAAAA/mwAAPrcAAD3jAAA8/AAAPP8A&#10;UC8AAEMvAAA5LwAAMi8AACwtAAAnLAAAIC0AABovAAAVMQAAETMAAA02AAAJOAAABTsAAAA9AAAA&#10;QAEAAEEEAABDBwAARQsAAEYOAABIEQAAShYAAEoeAABKKAAASjQAAElCAABJUQAASWQAAEh7AABI&#10;lwAAR7QAAEbgAABF/AAARP8ASjMAAD8zAAA2MwAAMDEAACowAAAjMQAAHDMAABY1AAAROAAADTsA&#10;AAg+AAADQQAAAEMAAABGAAAASAAAAEoAAABMBAAATgcAAE8LAABRDgAAVBIAAFUZAABVIgAAVC4A&#10;AFQ8AABUSwAAU14AAFN0AABSkAAAUa4AAFDXAABP+wAATv8ARTcAADw3AAA1NgAALzQAACY1AAAe&#10;NwAAFzoAABE9AAAMQQAAB0QAAABIAAAASgAAAE0AAABQAAAAUwAAAFUAAABXAAAAWAIAAFsGAABd&#10;CwAAXw4AAGITAABiGwAAYicAAGI0AABhRQAAYFcAAGBtAABfiQAAXacAAFzMAABa+AAAWf8AQTwA&#10;ADo7AAA0OQAAKjoAACE8AAAYQAAAEUMAAAxHAAAGSwAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAA&#10;AGEAAABjAAAAZQAAAGcBAABqBQAAbQoAAHAOAABzFQAAciAAAHItAABxPQAAcE8AAG9lAABugAAA&#10;bZ8AAGvBAABp8QAAaP8AP0AAADk+AAAuPwAAJEIAABpGAAASSgAADE8AAARUAAAAWAAAAF0AAABh&#10;AAAAZQAAAGgAAABrAAAAbgAAAHEAAABzAAAAdQAAAHgAAAB7AAAAfgMAAIEKAACFDwAAhxcAAIYk&#10;AACFNAAAhEYAAIJdAACBdgAAf5YAAH62AAB85wAAev8AP0QAADNFAAAoSAAAHUwAABNSAAAMVwAA&#10;A10AAABjAAAAaAAAAG0AAABxAAAAdgAAAHoAAAB+AAAAgQAAAIMAAACGAAAAiQAAAIsAAACOAAAA&#10;kgAAAJUBAACZCQAAnhAAAJ4aAACdKQAAnDwAAJpSAACYbAAAlosAAJSqAACS1AAAkPoAOEsAACxO&#10;AAAgUwAAFVkAAA1gAAADZwAAAG4AAAB0AAAAegAAAIAAAACEAAAAigAAAI4AAACSAAAAlQAAAJcA&#10;AACaAAAAnQAAAKAAAACjAAAApwAAAKsAAACvAAAAtAkAALgQAAC3HgAAtTAAALNGAACxYAAAr34A&#10;AKygAACrwQAAqe4AMVUAACRbAAAYYQAADmkAAAVxAAAAeQAAAIEAAACIAAAAjwAAAJQAAACaAAAA&#10;nwAAAKQAAACoAAAAqQAAAKwAAACvAAAAswAAALUAAAC5AAAAvQAAAMEAAADGAAAAywAAANEKAADT&#10;FAAA0SUAANA7AADNVAAAynEAAMiSAADFswAAw94AKWIAABxpAAARcQAAB3sAAACEAAAAjQAAAJUA&#10;AACdAAAAowAAAKkAAACvAAAAtAAAALkAAAC8AAAAvgAAAMIAAADFAAAAyAAAAMwAAADQAAAA1AAA&#10;ANoAAADfAAAA5AAAAOoAAADuDAAA7RoAAOwvAADqSQAA6GUAAOaGAADkpQAA4sYA/wAAAP8AAAD/&#10;AAAA/AABAPwACAD+AA4A/wAUAP8AHQD/ACYA/wAwAP8AOgD/AEIA/wBJAP4AUAD7AFYA+QBcAPYA&#10;YgD0AGgA8gBvAPAAdgDtAH8A6gCJAOcAlQDkAKMA4AC1ANsA0ADVAPYAygD/ALYA/wCoAP8AnwD/&#10;AJoA/wCWAP8A/wAAAPsAAAD2AAAA8wAAAPMAAAD2AAkA+gAOAP0AFgD7ACAA9wAqAPIAMwDtADsA&#10;6QBDAOYASQDiAE8A3gBVANsAWwDWAGAA0gBnAM8AbgDMAHYAyQCAAMYAjADCAJoAvwCqALsAwQC4&#10;AOkAtgD/AKcA/wCaAP8AkgD/AI0A/wCKAP8A+gAAAPEAAADqAAAA5wAAAOcAAADkAAEA4AALANsA&#10;EQDaABoA2wAjANEALADKADQAxgA7AMIAQgC/AEgAvABOALoAUwC4AFkAtgBfALMAZgCxAG4ArgB3&#10;AKwAgwCpAJEApgChAKMAtQCgANgAngD7AJUA/wCLAP8AhQD/AIAA/wB+AP8A7wAAAOMAAADaAAAA&#10;0wAAAMYAAAC/AAAAuQAGALcADgC0ABQAtAAdALMAJQCuAC0AqwA0AKcAOwCkAEEAoQBGAJ8ATACd&#10;AFEAmwBXAJkAXgCXAGUAlQBuAJMAeQCQAIcAjgCXAIwAqQCJAMQAiADvAIUA/wB8AP8AdgD/AHMA&#10;/wByAP8A4AAAANAAAADGAAAAtgAAAKkAAAChAAAAnQABAJkACgCYABAAmAAWAJcAHgCUACYAkQAt&#10;AI8ANACMADoAigA/AIgARQCHAEoAhQBQAIMAVgCBAF4AgABmAH4AcQB8AH0AeQCNAHcAoAB1ALYA&#10;cwDfAHIA/wBuAP8AaQD/AGcA/wBlAP8AzAAAAL4AAACrAAAAnQAAAJMAAACKAAAAhQAAAIIABQCA&#10;AA0AfwARAH8AGACAACAAfQAmAHoALQB3ADMAdQA4AHQAPgByAEMAcABJAG8ATwBtAFYAbABeAGoA&#10;aABoAHUAZwCEAGUAlgBkAKsAYgDJAGEA9gBgAP8AXAD/AFsA/wBaAP8AvQAAAKkAAACXAAAAiQAA&#10;AH4AAAB4AAAAcwAAAG8AAQBtAAkAbAAOAGsAEwBrABkAagAgAGgAJgBmACwAZQAyAGMANwBiADwA&#10;YABCAF8ASABdAE8AXABXAFoAYQBZAG0AVwB7AFYAjgBVAKIAUwC7AFIA6QBSAP8AUAD/AE8A/wBP&#10;AP8ArQAAAJgAAACGAAAAeAAAAG4AAABnAAAAYwAAAGAAAABdAAUAXAALAFsAEABbABUAWwAbAFoA&#10;IQBYACYAVgAsAFQAMQBTADYAUgA8AFEAQgBPAEkATgBRAE0AWwBLAGYASgB0AEkAhQBIAJkARwCx&#10;AEYA2ABGAPwARQD/AEUA/wBFAP8AnwAAAIkAAAB4AAAAbAAAAGIAAABbAAAAVgAAAFMAAABRAAIA&#10;TwAIAE8ADQBOABEATgAWAE0AHABMACEASgAmAEkALABIADEARwA3AEUAPQBEAEQAQwBMAEIAVQBA&#10;AGAAPwBuAD4AfgA9AJIAPACpADsAxwA7APMAOwD/ADsA/wA8AP8AkwAAAH4AAABuAAAAYQAAAFgA&#10;AABRAAAATAAAAEkAAABHAAAARQAFAEQACwBDAA4AQwASAEMAFwBCAB0AQAAiAD8AJwA+ACwAPQAy&#10;ADsAOAA6AD8AOQBHADgAUAA3AFsANQBoADQAeAAzAIwAMgCiADEAvAAxAOcAMQD/ADIA/wAzAP8A&#10;iQAAAHYDAABmBQAAWQcAAFAHAABJBgAAQwUAAEADAAA+AQAAPAADADsACAA6AA0AOgAQADkAFAA5&#10;ABkANwAeADYAIwA1ACgANAAuADMANAAyADsAMABDAC8ATAAuAFcALQBkACwAcwArAIcAKgCcACkA&#10;tQApANwAKQD7ACkA/wAqAP8AgQQAAG4IAABfCgAAUwsAAEoLAABCCwAAPQoAADkJAAA2CAAANQUA&#10;ADQCBgAzAAoAMgAOADEAEQAxABUAMAAaAC8AHwAuACQALAAqACsAMAAqADcAKQA/ACgASQAnAFQA&#10;JgBgACQAbwAjAIIAIgCXACEArgAhAMwAIQDzACEA/wAiAP8AewkAAGgMAABaDQAATg4AAEUOAAA9&#10;DgAAOA0AADMNAAAwDAAALgsAAC0JAwAtBggALAQMACsCDwAqARIAKQEXACgBHAAnACEAJgAnACUA&#10;LQAkADQAIwE9ACIBRgAhAVEAHwFdAB4BbAAcAX8AGwCUABoAqgAaAMUAGgDrABkA/wAaAP8AdQwA&#10;AGQOAABVDwAAShAAAEAQAAA5EAAAMxAAAC8PAAAsDgAAKQ4AACcNAQAnDAUAJwoKACYIDQAlBxAA&#10;JAYUACIGGQAhBh8AIAckAB8HKwAeBzIAHQc6ABwIRAAaCE8AGQhcABcIawAWCH0AFQeRABQHpwAT&#10;Br8AEgXkABIF+gASBf8AcQ4AAF8QAABREQAARhIAAD0SAAA2EgAAMBIAACsRAAAoEQAAJRAAACMQ&#10;AAAiDgQAIQ0HACEMCwAgCw4AHwsSAB0LFwAcDBwAGwwiABoMKQAZDDEAGAw5ABYNQwAVDU8AEw1c&#10;ABINawAQDX4ADw2SAA4NpwANDL4ADQzgAA0M9QANDP8AbRAAAFwRAABOEwAAQxQAADoUAAAyFAAA&#10;LRQAACgTAAAlEwAAIhIAACARAAAeEQMAHBAFABwPCAAbDwwAGg4QABkPFAAXDxoAFg8hABUQKAAU&#10;EDAAEhA5ABEQRAAQEFAADhBdAA0QawAMEHwACxCQAAkQpQAIELwABxDfAAcQ9AAHD/8AaREAAFgU&#10;AABLFQAAQBYAADcWAAAwFgAAKhYAACYVAAAiFQAAHxQAAB0TAAAaEwIAGRIEABcSBgAWEgoAFRIO&#10;ABQSEgASEhgAERMeABETJQAQEy4ADhM3AA0UQAAMFEsACxRYAAkUZwAHFHgABhSNAAQUowADE7sA&#10;AhPdAAES9AACEv8AZRMAAFUWAABIFwAAPRgAADQYAAAtGAAAKBgAACMXAAAgFwAAHRYAABoVAAAY&#10;FQIAFhUEABQVBQASFggAERYNABAXEAAOFxUADhcbAA0XIgAMFykACxgyAAkYPAAHGEcABRhUAAQY&#10;YwACGHUAARiLAAAXoQAAF7kAABfdAAAW9QAAFv8AYRYAAFIYAABFGgAAOxoAADIaAAArGgAAJRoA&#10;ACEZAAAeGAAAGxgAABgXAAAWFwIAFBcDABIYBQAQGQcADhsLAAwbDwALGxMAChsYAAgcHwAHHCYA&#10;BRwvAAQcOAACHEQAAB1RAAAdYAAAHXIAAByIAAAcoAAAG7kAABveAAAa9gAAGv8AXhgAAE8aAABC&#10;HAAAOBwAAC8dAAApHAAAIxwAAB8bAAAcGgAAGRkAABcZAQAUGQIAEhoDABAbBAAOHQcADB4LAAkf&#10;DgAGIBEABSAWAAMgHAABISMAACErAAAhNQAAIUAAACFOAAAhXQAAIW8AACGGAAAgngAAILgAAB/e&#10;AAAe+AAAHv8AWhsAAEsdAAA/HgAANR8AAC0fAAAnHgAAIh0AAB4dAAAbHAAAGBsAABUbAAASHAAA&#10;EB0CAA4fBAAMIQYACSIKAAUjDQACJBAAACUTAAAlGQAAJiAAACYoAAAmMgAAJj0AACZKAAAmWgAA&#10;JmwAACaDAAAlnAAAJbcAACTfAAAj+QAAI/8AVR4AAEcgAAA8IQAAMiEAACshAAAlIAAAIB8AAB0e&#10;AAAaHQAAFh4AABMeAAAQIAAADiEAAAwjAgAIJQUABScJAAAoCwAAKg4AACsRAAAsFgAALB0AACwl&#10;AAAsLgAALDoAACxHAAAsVgAALGkAACyAAAArmgAAKrUAACnfAAAp+wAAKP8AUSIAAEQjAAA4JAAA&#10;LyQAACgjAAAjIgAAHyEAABwgAAAXIAAAEyEAABAjAAAOJAAACyYAAAgoAAAEKgQAACwHAAAuCQAA&#10;MAwAADEPAAAzEwAAMxkAADMhAAAzKgAAMzUAADNDAAAzUgAAM2UAADJ7AAAylwAAMbMAADDeAAAv&#10;+wAALv8ATCUAAD8mAAA1JwAALSYAACclAAAiJAAAHiMAABkjAAAUJAAAESYAAA4oAAALKgAABywA&#10;AAMvAAAAMQIAADMEAAA1BwAANwoAADkNAAA6EAAAOxUAADsdAAA7JgAAOzEAADs+AAA7TgAAO2AA&#10;ADp3AAA5kgAAOLAAADfbAAA2/AAANf8ARykAADsqAAAyKgAAKykAACUnAAAhJgAAGycAABUoAAAR&#10;KgAADiwAAAovAAAGMQAAATQAAAA2AAAAOAAAADsBAAA9BAAAPwcAAEEKAABDDgAARREAAEUYAABF&#10;IQAARSwAAEQ5AABESAAARFsAAENxAABCjQAAQasAAEDSAAA/+gAAPv8AQi0AADguAAAvLQAAKSsA&#10;ACQqAAAdKgAAFywAABEuAAANMQAACTQAAAQ3AAAAOgAAADwAAAA/AAAAQQAAAEQAAABGAAAASAMA&#10;AEoHAABMCwAATg4AAFATAABQHAAAUCcAAE80AABPQwAAT1UAAE5qAABNhgAATKQAAErKAABJ+AAA&#10;SP8APjIAADUxAAAuLwAAKS4AACAuAAAZMQAAEjMAAA43AAAJOgAAAj0AAABAAAAARAAAAEcAAABJ&#10;AAAATAAAAE8AAABRAAAAUwAAAFUBAABYBgAAWgsAAF0OAABfFQAAXiAAAF4sAABdPAAAXE4AAFtj&#10;AABafgAAWJ0AAFfAAABV8gAAVP8AOjYAADM0AAAtMgAAJDMAABs2AAATOQAADj0AAAhBAAAARQAA&#10;AEkAAABMAAAAUAAAAFMAAABWAAAAWQAAAFsAAABdAAAAYAAAAGIAAABlAAAAaAUAAGsLAABvEAAA&#10;bxgAAG4lAABtNAAAbUYAAGtbAABqdQAAaJQAAGa2AABk6QAAYv8AODkAADI3AAAoOQAAHjsAABU/&#10;AAAORAAAB0kAAABNAAAAUgAAAFYAAABaAAAAXgAAAGIAAABlAAAAaAAAAGsAAABtAAAAcAAAAHMA&#10;AAB2AAAAeQAAAH0EAACBCwAAhREAAIQdAACCLAAAgD4AAH5UAAB+awAAe4oAAHqqAAB31gAAdf0A&#10;OD0AACw+AAAiQQAAF0YAAA9LAAAHUQAAAFcAAABcAAAAYgAAAGYAAABrAAAAbwAAAHQAAAB4AAAA&#10;ewAAAH4AAACAAAAAgwAAAIYAAACKAAAAjQAAAJEAAACWAwAAmwwAAJ0TAACbIQAAmjMAAJdJAACU&#10;YgAAk38AAJCgAACOxQAAjPMAMUQAACVIAAAaTQAAEFMAAAhaAAAAYQAAAGgAAABuAAAAdAAAAHkA&#10;AAB/AAAAhAAAAIkAAACNAAAAkQAAAJMAAACWAAAAmQAAAJ0AAACgAAAApAAAAKgAAACsAAAAsgMA&#10;ALcNAAC3FwAAtSgAALI+AACwVgAArHMAAKqUAACptAAApeUAKk8AAB5UAAASWwAACmIAAABqAAAA&#10;cwAAAHsAAACCAAAAiQAAAI4AAACUAAAAmgAAAJ8AAACkAAAApgAAAKkAAACtAAAAsAAAALMAAAC3&#10;AAAAuwAAAMAAAADFAAAAywAAANEEAADVDgAA0x0AANAyAADNSwAAymYAAMaHAADCqQAAwcsAIlsA&#10;ABZiAAAMawAAAXQAAAB9AAAAhwAAAJAAAACXAAAAngAAAKQAAACrAAAAsQAAALYAAAC6AAAAvAAA&#10;AMAAAADEAAAAyAAAAMsAAADPAAAA1AAAANoAAADgAAAA5gAAAOsAAADxBgAA8BMAAO4nAADsPwAA&#10;6lsAAOd6AADkmwAA4LsA/wAAAPsAAAD2AAAA8wAAAPQABQD2AAwA+gARAP8AGQD/ACIA/wAsAP8A&#10;NQD/AD0A/wBFAPwATAD6AFIA9wBYAPUAXgDzAGQA8QBqAO4AcgDsAHoA6QCFAOUAkQDhAKAA3QCy&#10;ANgAzgDSAPYAwQD/AK0A/wCeAP8AlgD/AJAA/wCMAP8A+gAAAPIAAADsAAAA6QAAAOkAAADsAAUA&#10;8gAMAPgAEgD3ABsA9QAlAPAALgDrADcA5gA+AOIARQDdAEsA2ABQANMAVgDQAFwAzQBiAMoAagDI&#10;AHIAxQB8AMIAiAC+AJYAugCoALcAvwC0AOgArgD/AJ0A/wCQAP8AiAD/AIMA/wCAAP8A8AAAAOUA&#10;AADeAAAA2gAAANsAAADcAAAA2AAHANEADgDRABUA0gAeAMsAJwDFAC8AwAA3AL0APQC6AEQAtwBJ&#10;ALUATwCyAFUAsABbAK4AYQCsAGkAqQBzAKcAfwCkAI0AoQCeAJ4AsgCbANUAmQD8AIwA/wCCAP8A&#10;ewD/AHYA/wB0AP8A4gAAANMAAADKAAAAxwAAALwAAAC2AAAAsAABAK8ACwCsABEArQAYAK0AIACo&#10;ACgApAAvAKAANgCdADwAmwBCAJkARwCXAE0AlQBTAJMAWQCRAGEAjwBqAIwAdQCKAIMAiACUAIYA&#10;pwCDAMIAggDwAHwA/wBzAP8AbQD/AGoA/wBoAP8AzwAAAMEAAAC5AAAArQAAAKAAAACYAAAAlAAA&#10;AJEABgCQAA0AkAASAI8AGQCOACEAiwAoAIgALwCGADUAhAA6AIIAQACAAEUAfgBLAHwAUgB6AFkA&#10;eABiAHYAbAB0AHkAcgCJAHEAnQBvALQAbQDfAGwA/wBlAP8AYAD/AF4A/wBcAP8AvgAAALEAAACg&#10;AAAAkgAAAIkAAACCAAAAfAAAAHoAAQB4AAkAdwAOAHgAFAB3ABoAdAAhAHIAJwBwAC0AbgAzAGwA&#10;OABrAD4AaQBEAGgASgBmAFEAZABaAGMAZABhAHAAXwB/AF4AkwBdAKkAXADIAFsA9wBXAP8AVAD/&#10;AFIA/wBRAP8AsAAAAJ8AAACNAAAAfwAAAHQAAABuAAAAagAAAGYAAABlAAQAYwALAGMAEABjABUA&#10;YwAbAGEAIQBfACcAXQAsAFwAMgBaADcAWQA9AFcAQwBWAEsAVQBTAFMAXABSAGgAUAB3AE8AiQBO&#10;AJ8ATQC6AEwA6QBLAP8ASQD/AEcA/wBHAP8AogAAAI0AAAB8AAAAbgAAAGUAAABeAAAAWQAAAFcA&#10;AABVAAEAVAAHAFMADQBTABEAVAAWAFIAGwBRACEATwAmAE4AKwBMADEASwA3AEoAPQBJAEQARwBM&#10;AEYAVgBEAGEAQwBwAEIAgQBBAJcAQACvAD8A1wA/AP8APgD/AD0A/wA+AP8AlAAAAH8AAABvAAAA&#10;YwAAAFkAAABRAAAATQAAAEoAAABIAAAARwAEAEcACgBGAA4ARgARAEcAFgBFABwARAAhAEIAJgBB&#10;ACsAQAAxAD4ANwA9AD4APABHADoAUAA5AFsAOABpADcAegA2AI8ANQCnADUAxgA0APUANAD/ADQA&#10;/wA1AP8AiAAAAHQAAABlAAAAWAAAAE8AAABIAAAAQwAAAD8AAAA9AAAAPAACADwABwA7AAwAOwAP&#10;ADsAEgA6ABcAOQAcADcAIQA2ACYANQAsADQAMgAzADkAMQBBADAASwAvAFYALgBjAC0AcwAsAIgA&#10;LACgACsAuwArAOoAKwD/ACsA/wAsAP8AfwAAAGwAAABdAQAAUQIAAEgDAABAAwAAOwIAADcAAAA0&#10;AAAAMwAAADIABQAyAAkAMgANADEAEAAxABMAMAAYAC8AHQAtACIALAAoACsALgAqADUAKQA9ACgA&#10;RgAnAFEAJgBeACUAbgAkAIIAIwCZACMAswAiAN4AIgD/ACMA/wAkAP8AdwAAAGUEAABWBgAASwcA&#10;AEIIAAA6CAAANQcAADAGAAAtBQAALAMAACsAAwAqAAcAKQALACkADgApABEAKAAVACcAGQAmAB4A&#10;JQAkACQAKgAjADEAIgA5ACEAQwAgAE4AHwBaAB4AaQAdAHwAHACTABsArAAbAM0AGwD2ABsA/wAc&#10;AP8AcAUAAF8IAABRCgAARgsAAD0LAAA1CwAAMAsAACsKAAAoCQAAJQgAACQHAgAjBAYAIwIJACIB&#10;DAAiAA8AIQASACAAFgAfABsAHgAgAB0AJgAcAC4AGwA2ABoAPwAZAEoAGABXABcAZgAWAHgAFQCP&#10;ABUApgAUAMMAFADuABQA/wAVAP8AawgAAFsLAABNDAAAQg0AADkNAAAxDQAALA0AACcNAAAjDAAA&#10;IQwAAB8LAQAeCgUAHQgIAB0GCwAcBQ0AHAQQABsEFAAZBBgAGQQeABgEIwAXBCsAFgQzABUEPAAU&#10;BEcAEwNUABIDYwARA3UAEAKKABABogAPALwADwDlAA8A/gAQAP8AZwsAAFcNAABJDgAAPg8AADUP&#10;AAAuDwAAKA8AACQOAAAgDgAAHQ4AABsNAQAZDQQAGAwHABgLCQAXCQwAFwkOABYJEgAVCRYAFAkb&#10;ABMJIQASCSgAEgkwABEJOgAQCUUADwlSAA4JYQANCXMADAiIAAsInwAKB7cACgbbAAoF9gAKBP8A&#10;Yw0AAFMOAABGEAAAOxEAADIRAAArEQAAJRAAACEQAAAdEAAAGg8AABgPAQAWDgQAFQ4HABQNCQAT&#10;DQsAEwwNABIMEAARDBQAEAwZABAMHwAPDCcADg0vAA0NOQAMDUUACw1RAAkNYAAIDXEABg2GAAUN&#10;nQAEDLQAAwzSAAIM8QACC/8AXw4AAFAQAABDEQAAOBIAAC8SAAAoEgAAIxIAAB4RAAAbEQAAGBEA&#10;ABUQAgAUEAUAEhAHABEPCQAQDwoAEA4MAA4ODgAODxIADQ8XAAwQHQAMECQAChAsAAkQNgAIEEEA&#10;BhBOAAUQXQADEG8AARCEAAAQnAAAD7QAAA7UAAAO8wAADv8AXBAAAE0SAABAEwAANhQAAC0UAAAm&#10;FAAAIRMAABwTAAAZEgAAFhIAABQRAwASEQYAEREIABAQCgAOEAsADRELAAwRDQALEhEAChIVAAkS&#10;GgAIEiEABhMpAAUTMwADEz4AAhNLAAATWgAAE2wAABOCAAASmwAAErQAABHXAAAR9QAAEf8AWBIA&#10;AEkUAAA9FQAAMxYAACsWAAAkFQAAHxUAABoUAAAXFAAAFBMBABMSBAAREgcAEBIJAA4SCQANEgkA&#10;CxMKAAkUDQAHFQ8ABhYTAAQWGAADFh8AAhYnAAAXMAAAFzsAABdIAAAXWAAAF2oAABaAAAAWmQAA&#10;FbQAABXZAAAU9wAAE/8AVRQAAEYWAAA6FwAAMBgAACgYAAAiFwAAHRYAABkWAAAWFQAAExQDABIT&#10;BgAQEwcADxMHAA0UBwALFQgACRYJAAYYDAADGg4AARoRAAAaFgAAGxwAABskAAAbLQAAGzgAABtG&#10;AAAcVQAAG2cAABt9AAAblwAAGrMAABnbAAAY+QAAF/8AURYAAEMYAAA3GQAALhoAACYaAAAgGQAA&#10;GxgAABgXAAAVFgEAExUFABEVBAAPFQQADRYEAAsXBQAJGQYABhoIAAIcCgAAHg0AACAQAAAgEwAA&#10;IBkAACAhAAAhKgAAITUAACFCAAAhUgAAIGQAACB6AAAflQAAH7EAAB7bAAAd+gAAHP8ATRkAAD8b&#10;AAA0HAAAKxwAACQcAAAeGwAAGhoAABcYAAAUFwIAEhcCABAYAQANGQEACxoCAAgcAwAFHQQAAh8G&#10;AAAhCAAAIwsAACUOAAAmEQAAJhYAACYeAAAnJwAAJzIAACc/AAAmTgAAJmAAACZ3AAAlkgAAJK8A&#10;ACPaAAAi+wAAIf8ASB0AADweAAAxHwAAKB4AACIeAAAdHAAAGRsAABYaAAASGgAAEBsAAA0cAAAL&#10;HQAACB8AAAQhAAABIwIAACUEAAAnBgAAKQkAACwMAAAuDwAALhMAAC4aAAAuIwAALi4AAC47AAAu&#10;SgAALVwAAC1yAAAsjgAAK6wAACrUAAAp+wAAKP8ARCAAADghAAAuIQAAJiEAACAgAAAcHgAAGB0A&#10;ABQdAAAQHgAADh8AAAshAAAHIwAAAyUAAAAnAAAAKQAAACwBAAAuAwAAMAYAADMKAAA1DQAANhEA&#10;ADYXAAA2HwAANikAADY2AAA2RQAANVcAADVtAAA0iQAAMqgAADHPAAAw+gAAL/8APyQAADQkAAAr&#10;JAAAJCMAAB8hAAAbIAAAFiAAABEhAAAOIwAACiUAAAYoAAACKgAAAC0AAAAvAAAAMgAAADQAAAA3&#10;AAAAOQMAADsGAAA+CgAAQA4AAEESAABBGgAAQCUAAEAxAABAQAAAP1IAAD5nAAA9ggAAPKIAADrH&#10;AAA5+AAAOP8AOigAADAoAAApJwAAIyUAAB8jAAAYJAAAEiUAAA4oAAAKKgAABS0AAAAwAAAAMwAA&#10;ADYAAAA4AAAAOwAAAD4AAABAAAAAQgAAAEUCAABHBgAASgoAAE0OAABNFQAATB8AAEwrAABLOgAA&#10;SkwAAElhAABIfAAAR5sAAEW/AABD8wAAQv8ANiwAAC0rAAAnKQAAIycAABsoAAAUKgAADi0AAAow&#10;AAAEMwAAADcAAAA6AAAAPQAAAEAAAABDAAAARgAAAEgAAABLAAAATQAAAFAAAABTAQAAVgYAAFkL&#10;AABbEAAAWxkAAFolAABZNAAAWEYAAFdaAABVdAAAVJMAAFK1AABQ6gAAT/8AMzAAACwuAAAnLAAA&#10;Hi0AABYvAAAQMgAACjYAAAM6AAAAPwAAAEIAAABGAAAASQAAAEwAAABPAAAAUgAAAFUAAABYAAAA&#10;WgAAAF0AAABgAAAAYwAAAGcGAABrDAAAbBIAAGseAABrLAAAaT0AAGdSAABmagAAZIkAAGGrAABf&#10;3AAAXf8AMTMAACwxAAAiMgAAGTUAABE5AAAKPQAAAkIAAABHAAAATAAAAFAAAABUAAAAWAAAAFsA&#10;AABfAAAAYgAAAGUAAABoAAAAawAAAG4AAABxAAAAdQAAAHkAAAB9BgAAgg0AAIIWAACAJAAAfjUA&#10;AHxJAAB7YQAAeH8AAHafAABzxgAAcPcAMTYAACY4AAAcOwAAEkAAAAtFAAACSwAAAFEAAABWAAAA&#10;WwAAAGAAAABlAAAAaQAAAG4AAAByAAAAdgAAAHkAAAB8AAAAfgAAAIIAAACFAAAAiQAAAI4AAACT&#10;AAAAmAYAAJwOAACbGgAAmCsAAJZAAACSWQAAkXMAAI2VAACLtQAAiOgAKz4AACBBAAAVRwAADU0A&#10;AAJUAAAAWwAAAGEAAABoAAAAbgAAAHMAAAB5AAAAfgAAAIMAAACIAAAAjAAAAI8AAACSAAAAlQAA&#10;AJkAAACdAAAAoQAAAKUAAACqAAAAsAAAALcHAAC4EQAAtSEAALI1AACvTQAAqmkAAKiIAACmqAAA&#10;otEAI0gAABhOAAAOVAAABFwAAABkAAAAbQAAAHUAAAB8AAAAgwAAAIkAAACPAAAAlQAAAJsAAACg&#10;AAAAowAAAKYAAACpAAAArQAAALEAAAC1AAAAuQAAAL4AAADEAAAAygAAANIAAADaCgAA1hYAANIp&#10;AADOQQAAylwAAMV8AADCnQAAwb0AHFUAABFcAAAHZQAAAG4AAAB3AAAAfwAAAIgAAACQAAAAmAAA&#10;AJ8AAAClAAAArQAAALMAAAC4AAAAugAAAL4AAADCAAAAxgAAAMoAAADOAAAA0wAAANoAAADgAAAA&#10;5wAAAO0AAADzAAAA9A4AAPIeAADvNgAA7FEAAOhuAADkkAAA37EAAAAAAAAAAAAAAAAAAAAAAAED&#10;BAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpL&#10;TU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOU&#10;lZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd&#10;3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////////////&#10;/////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8gISIkJSYo&#10;KSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdpamtsbm9w&#10;cXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5&#10;uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6+/z+////&#10;//////////////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAQME&#10;BQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktN&#10;Tk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SV&#10;lpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e&#10;3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////////////////////////////&#10;////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4v&#10;MDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdo&#10;aWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6Ch&#10;oqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna&#10;29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/21mdDEAAAAAAwQhAAABAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhsc&#10;HR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RV&#10;VldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2O&#10;j5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbH&#10;yMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8A&#10;AQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEi&#10;IiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5g&#10;YmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfI&#10;ycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w&#10;8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQ&#10;ERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5&#10;Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gj&#10;paeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f&#10;3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+l&#10;JQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C&#10;06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnM&#10;snSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FV&#10;Rf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/&#10;pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06ua&#10;idyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSq&#10;w6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7D&#10;XlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO&#10;/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyl&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2&#10;t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlry&#10;xGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6&#10;GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72m&#10;ecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw&#10;5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+x&#10;QyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3&#10;oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJs&#10;hte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+lJQb/pDAO/6Y6GP+xQyP/&#10;u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3LsZ2C06uaidyll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+lJQb/pDAO/6Y6GP+xQyP/u0sy/8FVRf7DXlryxGVw5MJshte6cJnMsnSqw6t2t72mecK3oX3L&#10;sZ2C06uaidyll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+mJQb/pDAO/6c6GP+yQyL/vEsy/8NURfzGXVrxyGRx48Zqh9bA&#10;b5vLuHKswrF0urutd8S0qXvNq6N/1KKehduZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO&#10;4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4f+mJQb/pTAO/6g6F/+zQyL/vksx&#10;/8VURfnJXFvvzWNx48xpiNXGbZzJv3CuvbZyurSwdcOrqnjKoqV80ZmhgdiQnYndkJ2J3ZCdid2Q&#10;nYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3f+m&#10;JQb/pTAO/6o6F/+1QyL/wEsx/chTRfbNW1vt0WFy4dBnidHLa53CwG6ttrdxuKyxc8GjrHbImqh5&#10;zpKkftSJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXY&#10;iaCF2ImghdiJoIXYiaCF2P+nJQb/pTAO/6s6F/+2QyH/wUsx+stSRPPRWlrq2WBy3tZlicvMapy7&#10;wW2rr7lwtqW0cr6cr3TElKt3youne8+EpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISk&#10;gdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1P+nJQb/pjAO/606Fv+4QiH+xEow985S&#10;RPDWWFrn4F5y1tpkiMTNaZq0w2yoqLtvsp62cLqWsnLAjq52xoaqesp/p3/Of6d/zn+nf85/p3/O&#10;f6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zv+oJQb/&#10;pzAO/645Fv+6QiD7xkov9NNRQ+vdV1rj5lxxzttkh73PaZiuxWulor5ur5i5b7aQtXG8iLF0wYGu&#10;eMV7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9&#10;yXusfcl7rH3Je6x9yf+oJAb/pzAN/7A5Ff+9Qh/3yUov79hQQubjVVnc6Ftwxt1jhbbRaJWnyGuh&#10;nMFtqpO8b7GKuXG2hLV0u32yd793sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3&#10;sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wv+pJAX/qDAN/7M5FP7AQh7zzUot6d1PQOHp&#10;U1nT6ltvv99jgq/TZ5Ghy2qdlsVtpY3Ab6uGvXGwf7pztXq3d7h0tXu7dLV7u3S1e7t0tXu7dLV7&#10;u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u/+qJAX/qS8N&#10;/7Y4E/nEQR3t0kkr4uNNQNvvUljK7Vptt+Fif6jWZ42bz2qXkcltn4jFb6WCwnGpe790rXa9d7Bx&#10;u3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7&#10;e7Nxu3uzcbt7s/+rJAX/qy8N/7o4EvPJQRvk2kko2OhMQM7zUVfA71lrruRheqDcZ4aU1GuQi89u&#10;l4TMcJx9yXOgeMZ1o3PEeKZuwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnyp&#10;bsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qf+tJAX/sC8L+8A4D+rQQRfa4kYozO5MQcP5UFW1&#10;81hmpelhdJfhZ36N22uGhddvjH/UcpF60XWUdc94l3HNe5pszH6cbMx+nGzMfpxszH6cbMx+nGzM&#10;fpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nP+vIwT/ti0J8cg2&#10;DN3cPRPN6kYqwfZLQLb/T1Gq91hgm+9ha4/oaHSF5G17f+BxgHnedIN13HiGctp7iW7Yfotr1oKN&#10;a9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r&#10;1oKNa9aCjf+xIwT6vywG49QvB87mOxbB80UrtP9JPaj/Tkye/VdYkfZhYYbxaWl/7W9ueep0cnXo&#10;d3Vx53p3buV9eWvkgHtp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOE&#10;fGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfP+1IgPryyIC0OMnB8LxOhm0/kIqpv9GOZv/TUWS/1ZP&#10;hv5iVn76alx393Bgc/V1Y2/zeGVt8nxnavF/aGjwgmpm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm&#10;74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa/bCGwHU3xEBwu8mC7X8&#10;Ohqn/z4nmf9EM43/Sz2F/1VFfP9hS3X/ak9w/3BSbP91VGr+eVZo/XxXZvx/WGT8glpj+4ZbY/uG&#10;W2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb&#10;Y/uGW9TPCgDE7RICtfsmDaj/NhmZ/zsjjP9BLID/SjR4/1M6cf9fP2z/aUNo/29FZf90R2P/d0hi&#10;/3tJYf9+Sl//gUpe/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/&#10;hEte/4RLXv+ES17/hEte/4RLXv+ES/+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRv&#10;d+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/&#10;sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5&#10;voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+Ks&#10;dYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr&#10;/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+f&#10;IgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiM&#10;v7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnY&#10;pHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZT&#10;PP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/&#10;nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qD&#10;kcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZ&#10;zpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4&#10;XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M&#10;/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/psiThLHCjYi5voiMv7qDkcW3&#10;f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0f+fIgX/nS0M/544Ff+oQR7/sUkr/7ZTPP+4XU/7tmZj7rRvd+KsdYnYpHuZzpt/&#10;psiThLHCjYi5voiMv7qDkcW3f5fLtH2gz655pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0f+fIgX/nS0M/584Ff+qQB7/s0kr/7lSPP+7XE/6&#10;umVk7bhteOGwc4vVqHmczJ99qsWXgbW/kYW+uoyJxbaHj8yyg5bSr4Gg1qd+otOnfqLTp36i06d+&#10;otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLTp36i0/+fIgX/ni0M/6A3&#10;FP+rQB7/tEkr/7tSPP+9W1D6vmRk7LxseeC1co3TrXeeyqR6rcKcfrm8loLDt5CHyrKLjNKuh5XY&#10;poOd2qGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWh&#10;gqHVoYKh1f+gIgX/ni0M/6E3FP+sQB3/tkgr/71RPP/AWlD6wWNl7MFqet65cI/SsXWhyKh4sMCh&#10;e7y5m3/HtJaEz7CUjdWrkZfaoImc3JqIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig&#10;15qIoNeaiKDXmoig15qIoNeaiKDXmoig1/+gIgX/ni0M/6I3FP+tQB3/t0gq/79RPP/CWlD5xGJl&#10;68Vpe96+bpDRtnOjxq52s76necC4o3/JtKGGz6ycjdWjlpTampGc3JWOn9iVjp/YlY6f2JWOn9iV&#10;jp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2P+gIgX/ny0M/6M3FP+u&#10;QB3/uEgq/8FQPP7FWVD3yGBm68pnfN3DbZHPvHGlxbR0tb2wecC2rH/IrqeFz6WhitWcnJHalZmc&#10;3I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y&#10;j5Sf2P+hIgX/ny0M/6Q3FP+wPxz/ukgq/8NQO/vIWFD1y19m6c9mfNzJa5LOw2+mwbpytbaydsCs&#10;rHvIpKh/zpykhdSUoI3YjZ+Z24qcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqc&#10;n9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2P+hIgX/oC0M/6Y2E/+xPxz/u0gp/sZPO/jLV1Dy0F5m59Rk&#10;fdrPaZPIxW2murtwtK2zc7+jrXbHmqh6zZKlf9KKoobXhKCR2YSinNeEopzXhKKc14SinNeEopzX&#10;hKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc1/+hIgX/oC0M/6c2E/+zPxz/&#10;vUcp/MhOO/XOVk/u1V1m5NpifdPSaJLBxmyks7xvsaa1crycr3TEk6t3youne8+DpIHUfaKL1nuj&#10;ldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV&#10;1f+iIQX/oC0M/6g2Ev+0Pxv/v0co+ctOOvLTVU/q3Ftm4OBhfczTZ5G7yGuirL5ur6C3cLiVsnPA&#10;ja52xYWqesp+qH/OeKaH0XWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1&#10;pY/SdaWP0nWlj9J1pY/SdaWP0v+iIQX/oSwL/6o2Ev+2Phv9wkco9c1OOe7ZVE7m41ll2OJge8XV&#10;Zo+0ymqfpcFtq5m6b7SQtXK7iLF1wIGueMV6rH3JdKqEy3Gpi8xxqYvMcamLzHGpi8xxqYvMcamL&#10;zHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzP+jIQX/oiwL/6w1Ef+5Phr5xUcn&#10;8NFNOOngUkzi6VdkzuRfer3XZoytzGqbn8Rsp5O+b6+KuXG1g7Z0unyzd752sXzCca+CxG6uh8Zu&#10;rofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxv+k&#10;IQX/oywL/681EP+8Phj0yUYl6thNNuLnT0zc71VjxuZfeLTaZYml0GmWmMhsoY3Db6iFv3Gufrt0&#10;sni5d7Zzt3u5brWAvGu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+&#10;a7SFvmu0hb5rtIW+a7SFvv+lIQT/pCwL/7M1D/vBPhftz0Yi4d9LNNjrT0zP81RivOhedKveZISd&#10;1GmQkc5tmYfJb6CAxXKlesJ0qXTAeKxwvnuva7yAsmi7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7&#10;hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs/+mIQT/qCsK/7g0DfPHPRTk2EUe1uZJ&#10;NcvxTkzE91NfsexdcKHiZH2V22mHitVuj4LQcZV7zXSadst3nXHJeaBtx32iacWBpWbEhaZmxIWm&#10;ZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpv+oIAT/&#10;rioI/L8zC+nPPBDX4UIeyu1JNb/4TUq3+1JbpvFdaZjpZXSM4mp9g91vhHzac4l313eMc9V6j2/T&#10;fZFs0YCUaNCElmXPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+H&#10;l2XPh5dlz4eXZc+Hl/+qIAP/tSkG8MgxB9rdMwzL6kIhvvZINbL/TEap/1FVm/ddYI7wZWqF62xx&#10;fedxdnfkdnpz4nl9b+F8f2zfgIFp3oODZ92HhWXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl&#10;3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhv+tHwP5vyUD39YiAsvoMg++9EEisP9FM6T/&#10;SkGc/1FNj/5dVoX5Zl599G5kdvJzaHLveGtu7nxtbO1/b2rsgnBn6oVyZeqJc2PpjHRj6Yx0Y+mM&#10;dGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdP+2HALozRQB&#10;zOYdBL7zMRKx/z4io/9CL5b/SDqN/1BEhP9cS3v/Z1F0/m5Wb/xzWWz7eFtp+XxdZ/h/Xmb4g19k&#10;94ZgYvaJYWH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2&#10;jGJh9oxiYfaMYvPEDwDO2gsAvfMdB7H/MhSj/zoflf8/Kon/RjOA/086eP9bQHH/ZkVs/21IaP9z&#10;Smb/d0xk/3tNYv9/TmH/gk9g/4VQXv+JUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tR&#10;Xv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUczLCQC+5gwBr/8eCaT/MBOV/zUch/88JHz/RCtz&#10;/00xbP9YNWf/Yzlj/2s7Yf9xPV//dT5d/3k/XP98QFv/f0Fa/4JBWf+GQlj/iEJY/4hCWP+IQlj/&#10;iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQv+ZHwX/lisL/5U2&#10;Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61&#10;wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSL&#10;jJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX&#10;+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+g&#10;Phr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnaj&#10;ucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7P&#10;hZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+Klv&#10;aO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/&#10;qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0&#10;qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGm&#10;y4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm/65RNP+vW0X/rWVX+KlvaO2j&#10;eHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9cbK+uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+ZHwX/lisL/5U2Ev+gPhr/qEcm&#10;/65RNP+vW0X/rWVX+KlvaO2jeHnjm3+H25KFlNSLjJ7PhZGmy4CVrMd8mbHFeZ61wnajucB0qry9&#10;cbK+uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv/+Z&#10;HwX/lysL/5c2Ev+hPhr/qkYl/7BQNP+xWkX/sGRX96xtaeynd3vhnn2K2ZaDl9GOiaLLiI6rx4KT&#10;scR+l7fBepy7vneiv7x1qsK1ca7Ds3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/B&#10;s3KvwbNyr8Gzcq/Bs3Kvwf+ZHwX/lyoK/5g1Ev+jPRr/rEYl/7NPNP+0WUb/tGNY9rFsa+qtdX3f&#10;o3uN1ZuBnM2ShqjHi4qxwoWPub+AlL67fJrDuXmhx7V2qcqtdazGq3atxKt2rcSrdq3Eq3atxKt2&#10;rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxP+aHwT/mCoK/5o0Ev+lPRn/rkYl/7VO&#10;NP+3WEb/t2FZ9bVqbOmyc3/dqHiQ059+oMqWgqzEjoe3voiMv7qDkcW3f5jLtHyhz6t4pc+learI&#10;pHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazGpHmsxv+aHwT/&#10;mCoK/5s0Ef+mPRn/r0Ul/7dONP+6V0b/u2BZ9Llpbee2cYHcrHaT0KR7o8iaf7HAk4S8u4yJxbeI&#10;kMu0hpnOsoak0aR8pNGffanKnn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2q&#10;yJ59qsiefarInn2qyP+bHwT/mSoK/5w0Ef+nPBn/sUUk/7lNNP+8V0b+vl9Z9L1nbue6b4LasXSV&#10;z6h5psWffbS+l4HAuZSKxrWRksuvjZjPqoqh0p6Co9OZgajMmIKpypiCqcqYgqnKmIKpypiCqcqY&#10;gqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpyv+bHwT/mSoK/500Ef+pPBj/skUk/7tNM/+/&#10;Vkb9wV5a88Fmb+a/bYPZtnOXza13qMSle7e+oYPAtpuJxq6Vj8yokZXPoo6e0pmHotOUhqfNk4ao&#10;y5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjLk4aoy/+bHwT/mSoK&#10;/54zEf+qPBj/s0Uk/7xMM//BVUb7xF1a88Vlb+XDbITYu3GYzLJ1q8OtfLa5pYG/sJ6GxqiZjMuh&#10;lZLQm5Kb05SOotSPiqbOj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+K&#10;qMuPiqjLj4qoy/+bHwT/mioK/58zEP+rPBj/tUQj/75MM/7DVUX5x1xa8clkb+XIaoXWwW+ayrl0&#10;qr6werazqX+/qqKExqKdisubmpDPlZeZ0o+UotSKkKbOio+ozIqPqMyKj6jMio+ozIqPqMyKj6jM&#10;io+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozP+cHwT/mioK/6AzEP+sPBj/tkQj/79MMvzGVEX2&#10;ylxa781icOTNaIbTxW2axbxzqrm0eLWurX2+paeCxZ2iiMuVn47Pj5yW0oucotOGlabOhpSnzIaU&#10;p8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfMhpSnzP+cHwT/mikK/6Iz&#10;EP+tOxf/t0Qj/8FMMvnJU0XzzVpa7NJgcODQZobOyGyawL9xqbS4d7WpsXy+n6yBxZeohsqQpIzO&#10;iqKV0YWiodKBnKbOgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yB&#10;mqfMgZqnzP+cHgT/mykK/6MzEP+vOxf/uUQi/cNLMfbMUkTw0llZ6NpfcNvVZIbJzGqZusNvqK27&#10;dLSitHm9mK99w5Csg8iJqYnMg6eRz36mnNB9pKbNfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKo&#10;y3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy/+dHgT/mykK/6UyD/+xOxb/vEQh+sZLMfPRUUPr2ldZ&#10;499db9PbY4XCz2mXscRtp6S8cLKYtXS7jrF4woatfcaAq4LKeqmKzXaolM52qaPMd6uoynerqMp3&#10;q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uoyv+dHgT/nCkK/6cyD/+z&#10;Oxb/vkMg9cpLL+7WUELm4VZX3ORbbsveY4O60WiUqcdso5u+bq6QuHG3hrR0vX6weMJ3rnzGcqyD&#10;yW2rjMptq5nJbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/H&#10;bqyfx/+eHgT/nSkJ/6kyDv+2OhT6wkMf8M5KLufdT0Di6VJX0uhabcHgYoCx1GeRocprnpTDbqiJ&#10;vXGwgLl0tnm2d7p0tHu9brKBwGqwiMJnsJLDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2aw&#10;lsNmsJbDZrCWw2awlsNmsJbDZrCWw/+fHgT/nikJ/60xDf+6OhP0x0Id6NVKK9/kTD/X7FFWye5Z&#10;a7fjYXyo2GeLms9rl43JbqCDxHGne8B0rHW9eLBwu3uzbLmAtmi4hrhkt4+5Y7aRumO2kbpjtpG6&#10;Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRuv+gHgT/oSgI/7EwC/vAORHs&#10;zkIZ399HKNPpTEDK8VFVvvJYaK3mYXee3WeEktVsj4fPb5Z+y3OceMh2oXLGeaRuxHynacKBqWbA&#10;hqxiv42tYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+P&#10;rv+iHQP/picH/7cvCfLHOA3h2EEU0uZGKsfwTEC++FBTsvVXY6LrYXCV42d7it1thIHYcYt61HWQ&#10;dNJ5k3DQfJZszn+ZaMyDm2TLiJ1hyo2fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59g&#10;yY+fYMmPn2DJj59gyY+fYMmPn/+kHQP/rSYF+74tBubQNAjT4jwWx+5GK7v5Sj6w/k9PpvpXXJjx&#10;YWiM62hxg+ZueHvic31133iBcd17hG3bf4dq2oOJZ9mGimTXi4xh1pCOYNWRjmDVkY5g1ZGOYNWR&#10;jmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjv+nHAP/tSMD7skmA9XfKQfH7DwZ&#10;uvhEK63/SDuj/01Jmv9XVI35YV2E9GplfPBwanbtdm5x63pxbel+dGvognZo5oV3ZuWIeWPkjHph&#10;45F8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8YOOSfP+r&#10;GwL3wB0B2dwSAcfrKAq69zsarP9BKaD/RjaV/0xBjf9WS4P/YVJ7/WtXdPpxXG/4dl9s9nthafV/&#10;Y2f0g2Rl84ZmY/KKZ2Hxjmhf8JJpX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNq&#10;X/CTal/wk2pf8JNqX/CTav+3FQHWzwsAx+oTArn3KQ2s/zkanv8+JpL/RDCH/0s5gP9UQHj/YUZy&#10;/2pKbP9wTWn/dlBm/3tRZP9/U2P/g1Rh/4ZVYP6JVl7+jVdd/ZJYXP2TWFz9k1hc/ZNYXP2TWFz9&#10;k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWNbECADG1AkAuPcUBKv/KQ6e/zQYkP86&#10;IYT/QSl6/0kwcv9SNmz/Xjpo/2g9ZP9vQGH/dEFf/3lDXv99RF3/gEVc/4RFW/+HRlr/ikdY/49H&#10;WP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIWP+QSMTHBwC3&#10;2wcBqf8WBp//Kg2Q/zAVg/82HHf/PiJu/0coZv9QLGH/Wi9d/2QxW/9sM1n/cTVY/3U2Vv95Nlb/&#10;fDdV/383VP+COFP/hTlS/4k5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+K&#10;OVL/ijlS/4o5Uv+KOf+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3&#10;546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+n&#10;WTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+&#10;rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ&#10;/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7R&#10;daSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546J&#10;guGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/&#10;pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401&#10;EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSi&#10;z3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM/6FuW/ebeGrulYF3546JguGG&#10;j4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+SHQT/kCkJ/401EP+YOxf/oEQh/6ZOLf+nWTz/pWRM&#10;/6FuW/ebeGrulYF3546JguGGj4vcgJWT2HybmdR4oJ7RdaSiz3Oppc1xrqjMb7Wqym2+rcNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rv+THQT/kCkJ/480EP+a&#10;Oxf/okQg/6lNLf+qWDz/qGJM/6RsXPWfdmzsmX965JGHht6JjZDYg5OY036Zn9B6naTNdqKpy3Sn&#10;rMlxra/Hb7SywWy5tLxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLux&#10;vGy7sf+UHQT/kSgJ/5EzEP+cOhb/pEMg/6xMLf+tVj3/rWBN/qlqXvSldG7qn3194ZaDi9mOipbT&#10;h5CgzoGVp8p8mq3HeJ+yxHWltsJyq7nAcLS7t261ubNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNv&#10;uLWzb7i1s2+4tbNvuLWzb7i1s2+4tf+UHQT/kigJ/5MyD/+eOhb/p0Mg/65LLf+xVT3/sF9O/a5o&#10;X/KqcnDnpHqB3pqAj9WSh5zOi4ymyYSRr8R+l7XBeZy7vnajv7x0q8K0b67DrnKzvKtztrirc7a4&#10;q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uP+VHAT/kigJ/5UyD/+gOhb/&#10;qUIf/7BKLf+0VD3/tF5O/bNnYPGvcHLmqXiD259+k9KXg6HLjomsxIaOtcCAlL28e5rDunqjxbd5&#10;q8esc6zGp3Wxv6V3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1&#10;uv+VHAT/kygJ/5YxD/+hORX/qkIf/7JKLP+2Uzz/t11O+7ZlYfC0bnTkrXWG2aR7ls+bgKXHkoWx&#10;wYqLu72HlMC7hZ3EtoKkx7B+qsild6rIoXmwwZ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yf&#10;erO8n3qzvJ96s7yferO8n3qzvP+VHAT/kygJ/5cxD/+jORX/rEIf/7RKLP+5Uzz/ulxO+LpkYu+4&#10;bHXjsnOI2Kl5mc2ffqnFmIS0v5OMvLiNk8GziZnFroahyKqEqcmffKnKm32uwpl+sr2ZfrK9mX6y&#10;vZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvf+WHAT/kygJ/5gwDv+kORX/rUEe&#10;/7VJLP+7Ujz9vVtO9r1jYu69a3bitnGJ1a53m8ulfKrCnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqZ&#10;gKjLloGuxJWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvv+W&#10;HAT/lCcJ/5kwDv+lORT/rkEe/7dJK/+9UTz8v1pO9MFiYuzBaXfhu3CL0rF0nceoe6q8oIG0tJqH&#10;vKyUjcKmkJTGoI2byZyLpMuVhqjLkYWtxZCFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/&#10;kIWxv5CFsb+QhbG/kIWxv/+WHAT/lCcI/5owDv+mOBT/sEEd/7hJK/+/UTz6wllO8sRhY+nFaHfd&#10;vm2MzbRzncKreaq3pH60rp2EvKaYisGglJHGmpGYyZaPocuQi6jMjImsxYyJsMCMibDAjImwwIyJ&#10;sMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwP+XHAT/lScI/5swDv+nOBT/sUEd/7pJ&#10;K//CUDv4xlhO8MhfY+bIZnjYwWuNybdxnb2vd6myp3yzqaGCu6GciMGamI/GlJaWyZCUn8uLkajM&#10;h46sxoeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDBh42wwf+XGwP/&#10;lScI/50vDf+pOBP/s0Ad/7xIKvzFTzv2yVdO7c1eY+LLZHjSxGqMxLtvnLiydamtq3uzo6aAu5uh&#10;hsGUnY3FjpuUyIqZncqGmajLgpOsxoKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKv&#10;wYKSr8GCkq/BgpKvwf+XGwP/lScI/54vDf+qOBP/tUAc/75IKfnITjrzzVZN6tNcYt7PYnjNx2iL&#10;v75um7K3c6insHmynqt+upWnhMCOo4vEiKGSx4OfmsmAoKfKfZqsxn2Yr8F9mK/BfZivwX2Yr8F9&#10;mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwf+YGwP/licI/6AvDf+sNxL/t0Ab/cFIKPbL&#10;Tjnv01RM5tlaYtjUYXfHy2eKucNsmq28cqehtnexmLF9uI+tgr6IqonDgqiQxn2nmch6p6XJd6Ks&#10;xXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DBeJ+wwf+YGwP/lyYI&#10;/6IvDP+uNxL/uT8a+cRHJ/HOTTjq21NL4N9ZYNDaX3bB0GWJs8lrmabCcKWbvXWvkbh7toi1gLyB&#10;sobAe7CNw3aulsVzrqHGcq2txHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKp&#10;sMByqbDAcqmwwP+ZGwP/mCYI/6QuC/+xNhH+vT8Z9MhHJevUTTbl41BJ2eNXX8nfXnS612SGrM9p&#10;lp3HbaORwHGshrt1s363erl3tH+9crKFv22xjcFqsJfCabGlwWy0sr1stLK9bLSyvWy0sr1stLK9&#10;bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvf+aGwP/mSYI/6ctCv+1Ng/5wT8X7s5GI+TcTDLd&#10;509Jz+hWXsDkXXKy3mSCo9RpkZXLbZyJxXClf8BzrHe8d7FwuXy1a7eBuGe2h7pjtZC7YbWbvGO3&#10;prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuWO3prljt6a5Y7emuf+bGwP/myUH/6st&#10;Cf+5NQ3yxz4V5dVGH9rjSTPP605Jxu1UXbfqXG6o4mN9mtlpio7SbZSEzHGbe8h1oXPEeKZuwnyp&#10;acCBrGW+h65ivY6wX72XsV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFe&#10;vJ6xXryesf+cGgP/oCQG/7AsCPnANAvpzz0Q2t9CHc7pSTPE8U5Iu/JSWq3wW2me52N2kuBpgYfa&#10;b4l+1HOQd9F3lXHOe5lszH+caMqDnmTJiKBhx46iXsaVpFzGm6RcxpukXMabpFzGm6RcxpukXMab&#10;pFzGm6RcxpukXMabpFzGm6RcxpukXMabpP+eGgP/pSMF/7cqBfDIMgfc2zUMzudCH8LxSDS4+UxG&#10;r/dRVaL1W2KV7WRtiudrdoDicH153nWCc9t6h27Zfopr14KMZ9WGjmTUi5Bh05CSXtGWlFzRm5Vc&#10;0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGblf+hGQL/rSED+L8mA+LU&#10;JQPO5TMPwvBCIbb6RzOr/ktCov5QT5f7W1qL9WVjgvBsanrscnB06Xh0b+d8d2zlgXpo44R8ZuKI&#10;fWPhjH9g4JGBXt+WglzemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqD&#10;XN6ag/+jGQL/th0B6cwXAc/jHgPC8DMStfpAIqn/RDCd/0k9lf9QSIv/W1CC/WVXevltXXT2c2Fv&#10;9Hlka/J+Z2jxgmlm8IZqZO+KbGLujm1g7ZJuXeyXcFzrm3Fc65txXOubcVzrm3Fc65txXOubcVzr&#10;m3Fc65txXOubcVzrm3Fc65txXOubcf+sFQHzwxAA0doLAMHvHwa0+zMTqP88IJv/QiyQ/0g2h/9P&#10;P3//WkZ4/2VLcf9tT2z/c1Jp/3lVZv5+V2T9glhi/IZZYfuKWl/6jlte+pJcXPmXXVv4m15b+Jte&#10;W/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXvq5DgDNywkAwOYNAbL8IAin&#10;/zMTmv85HY3/PyaC/0Yuev9ONXP/WDpt/2M/af9sQmX/ckRi/3dGYP98R1//gUhd/4VJXP+ISlv/&#10;jEta/5BMWP+VTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+Z&#10;Tc3BBgC+0AcAsfYOAqX/IQmZ/y4SjP80GYD/OyB2/0Mnbf9MLGb/VDBi/2AzXv9pNVz/bzda/3Q4&#10;Wf95OVj/fTpX/4A7Vv+EO1X/hzxU/4s9U/+QPVL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S&#10;/5M+Uv+TPlL/kz5S/5M+Uv+TPr3FBQCw1wUAo/8QA5n/IgmL/ykPfv8wFXP/OBpp/0AfYv9JI1v/&#10;USZX/1ooVf9iKlL/aStR/28sUP9zLU//dy5O/3ouTv99L03/gC9M/4QwS/+IMEv/izBL/4swS/+L&#10;MEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMP+LHAT/iCgI/4Q0Dv+POhT/l0Ic&#10;/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5Ta&#10;bLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm//i&#10;/+JJQ0NfUFJPRklMRQAHCf+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4&#10;jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55L&#10;J/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW&#10;2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/&#10;iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0&#10;o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+eVzT/nWJC/5ltT/+TeFz4jYJn&#10;8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvCmNVpzJrMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iCgI/4Q0Dv+POhT/l0Ic/55LJ/+e&#10;VzT/nWJC/5ltT/+TeFz4jYJn8oiLceyCk3nofJmA5HiehuF0o4rfcaiO3W+ukdtts5TabLmW2GvC&#10;mNVpzJrMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm/+LHAT/iSgI&#10;/4UzDv+QORT/mEIc/55LJ/+fVjT/nmFC/5ptUP+Vd133j4Fo8YmLcuuDknvnfZiC43idiOB0o4zd&#10;cqiQ22+tk9pus5bYbLqY1mvCm9FpypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpm&#10;ypzKZsqcymbKnP+MHAP/iScI/4gyDv+TOBT/m0Ec/6JKJ/+kVDT/ol9D/59qUf2adF/1lH5s7Y6I&#10;eOeHj4HigJWK3XuakNp3oJbWdKaa1HGsntJvsqHQbbmjz2zDpsVnw6bAacehwGnHocBpx6HAaceh&#10;wGnHocBpx6HAacehwGnHocBpx6HAacehwGnHof+NHAP/iicI/4oxDf+WNxP/nkAb/6VJJ/+nUzT/&#10;p11D/6RoU/ygcmLymnxw6pSFfeOLi4jdhJKR2H6YmNN6np/QdaSkzXKqqMtvsKvJbbiuwmm8sLxr&#10;wKq3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23EpbdtxKW3bcSlt23Epf+NGwP/iycI/4ww&#10;Df+YNxP/oEAb/6dIJv+rUjT/q1xE/6lmVPqlcGTwn3lz55iCgd+PiI3ZiI+X0oGVoM57m6fKdqGt&#10;x3OoscVwr7XBbbe3uWu4tbNuva6wcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiw&#10;cMGosHDBqP+OGwP/iyYI/44wDf+aNhL/oj8a/6lIJv+uUTT/rltE/6xkVfmqbmXvpXd25Z1/hdyU&#10;hZLUjIydzoSSp8l9mK/EeJ61wnWnucF0sbu4cLO7sW+2uKxxu7Gpc7+rqXO/q6lzv6upc7+rqXO/&#10;q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q/+OGwP/jCYI/5AvDf+bNhL/pD8a/6tHJv+xUDT/sVlE&#10;/LBjVfaubGftqnV446F8iNmYg5bRkImjyoePrcWCl7TCf6C4vnyou7t6sL2xdLK9qXK0u6Z0ubOj&#10;dr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+raN2vq2jdr6to3a+rf+PGwP/jCYH/5EuDP+d&#10;NhL/pj4a/61HJf+zTzT/tFhE+rRhVvOyamjsr3N64aZ6i9adgJrNlIanxo2Nr7+HlLW6gpy5tX+k&#10;vLJ9rL6rebG/o3ayvaB4uLWeeb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2v&#10;nnm9r/+PGwP/jSYH/5MuDP+eNRH/qD4Z/69GJf+2TjP+t1dE97dgVvC2aGnos3B73qp3jdCffJ3H&#10;l4Onv5CKr7iLkbayhpi6rYOgvamBqb+lfrDAnHmxv5p7t7eYfbuwmH27sJh9u7CYfbuwmH27sJh9&#10;u7CYfbuwmH27sJh9u7CYfbuwmH27sP+QGgP/jSYH/5QtDP+gNRH/qT4Z/7FGJP+4TTP8u1ZE9btf&#10;Vu27Z2njtW591qxzj8qjep3Bm4CnuJSHsLGPjraripW7poedvqKFpcCfhK/Bln6wwZR/triTgLuy&#10;k4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOAu7KTgLuyk4C7sv+QGgP/jiYH/5UtDP+hNRH/&#10;qz0Y/7NGJP+6TTP6vlVE879dVuq/ZWrfuGt+0K9xj8WmeJy7n36nspiFr6uTi7aljpO7n4uavpuJ&#10;osGYiKzCkIKvwo+DtbmPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6&#10;s/+QGgP/jiUH/5YsC/+iNRD/rD0Y/7VFI/+8TDL4wVRD8MNcVufDY2rau2l+zLJwj8Cqdpy2onyn&#10;rZyCr6WXibaek5C7mY+YvpSNoMGRjKnCi4iuwoqItLqKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSK&#10;iLm0ioi5tIqIubSKiLm0ioi5tP+RGgP/jyUH/5gsC/+kNBD/rj0Y/7dFI/+/TDL2xVND7shbVuPG&#10;YWrUv2h+x7ZujrutdJyxpnqmp6CAr5+bhrWYl467k5WVvo6SncGKkqfCho6uwoSNtLuFjLm0hYy5&#10;tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSFjLm0hYy5tP+RGgP/jyUH/5ksC/+mNA//sDwX&#10;/7lEIvzBSzH0yVJC681ZVd/JYGrPwmZ9wrlsjbaxcpurq3imoqV+rpmghLWSnYu6jJqTvoeYm8CE&#10;l6XCgJavwn+Ss7yAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tf+S&#10;GgP/kCUH/5ssCv+nNA//sjwW/7tEIfnFSzDxzlFB59JYVNrOXmnKxmV8vb1rjLC2cJqlsHalnKp8&#10;rZOmgrSMo4m5hqCQvYGemb99nqLBe56vwXmZs7x6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1&#10;epe4tXqXuLV6l7i1epe4tf+SGQP/kCUH/50rCv+qMw7/tTwV/L9EIPTISi7t01A/49hWU9PSXWjF&#10;ymN7t8Jpi6q7b5iftnSjlbF6rI2tgLKFqoe3f6eOu3qml753pqC/dKatv3OhtLt0nri1dJ64tXSe&#10;uLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1dJ64tf+TGQP/kSQH/58rCf+sMw3/uDsU+MND&#10;Hu/NSizn2k893d5VUc3YW2e+z2J6sMhniaTCbZeZvHKhj7h4qYa1frB/soW1ebCMuHSvlbtwr5+8&#10;bq+svG2rtblup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0bqe5tP+UGQP/&#10;kiQH/6IqCP+wMgz+vDoS8sdCHOjTSSnh4Uw71ONTUcbdWmW31WB4qc9mh53Ja5SRxXCeh8F2pn++&#10;fKx4vISxcrqLtG25k7ZquJy4Z7enuGe3t7ZosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7&#10;sWiyu7FosruxaLK7sf+VGAP/lSMG/6UpB/+0MQr4wToQ685CGODdRyXV5Us7y+dRUL3jWWOv3l90&#10;othlg5bTao+Kzm+Zf8hzoXXEeKduwX2rab6ErmW9i7FhvJOyX7ydsl+8rLFiv76tYr++rWK/vq1i&#10;v76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++rf+WGAP/mSEF/6ooBv+5MAjwyDgN4dhAE9Tj&#10;RSbK60s7wexPT7PoV2Cm5V9vmuJmfI7cbIaE1XGPetB1lXPNeptsyn+fZ8eEomPGiqRfxJGmXMSZ&#10;p1rDpKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCnWsSwp/+YFwL/niAE&#10;/68mBfjALgbm0DMI1eE8FMnqRSi/8ko7tfFOTKnvVlud7V9okupnc4fjbXx+3nKCdtp4iHDXfYxr&#10;1IKQZtKHkmPRjJVfz5KWXM6ZmFnOoplYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljN&#10;q5pYzauaWM2rmv+aFwL/pR4D/7cjA+3JJgPW3ikGyek7F77zRCmz+Ek6qPdNSJ/2VVWU9V9gifFo&#10;aIDsb3B46HV1cuV6eW3if31p4ISAZd+JgmLdjoRf3JOGXduZh1raoYlY2aiJWNmoiVjZqIlY2aiJ&#10;WNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoif+cFgL/rRsC9sEdAdvaEwHJ6CkJvfM7GbL9Qyim&#10;/kc2nP1MQ5P9VU2K/V9WgflpXXn1cGJz8nZnbvB8amrugW1n7IZvZOuLcWHqj3Jf6ZR0XeiZdVrn&#10;oHdY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4WOameP+iFQH/txUA2M8L&#10;AMrnEwK88ykLsf07GaT/QCaZ/0Uyj/9LPIf/VER//19LeP9pUHH/cFRs/XZYaft8Wmb6gVxj+IZe&#10;YfeLX1/2kGFe9pViXPWaY1r0oGRY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY&#10;86VlWPOlZf+tEADWwwgAyNMKALv0FQOv/yoNo/83GJf/PSKL/0Msgf9KNHr/Ujpz/14/bv9oQ2n/&#10;b0dm/3VJY/97S2H/gUxf/4VOXf+KT1z/j1Ba/5NRWf+YUlf/nlNW/6NUVv+jVFb/o1RW/6NUVv+j&#10;VFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVNm6BQDFxwcAudkIAKz/FwWi/ysNlf8zFon/OR5+/0Al&#10;df9IK23/UDBn/1o0Y/9lN2D/bTle/3M7XP94PVr/fT5Y/4I/V/+GQFb/i0BV/49BVP+UQlP/mkNR&#10;/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+fQ8a+BQC3zQUAquQIAZ//&#10;GQaU/ygMh/8uE3v/NRlx/z0eaf9FI2L/TSZb/1YpWP9fLFb/aC1U/24vU/9zMFL/eDFR/3wxUP+A&#10;Mk//hDNO/4gzTf+MNEz/kjRL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1&#10;S/+WNbfEAwCp1AIAnPkLApP/GwWF/yMKef8pD27/MRRl/zkYXf9BG1f/Sh5T/1IgUP9ZIk3/YCNL&#10;/2YkSv9rJUn/byVI/3MmR/93Jkb/eydF/34nRf+CKET/hyhD/4spQ/+LKUP/iylD/4spQ/+LKUP/&#10;iylD/4spQ/+LKUP/iylD/4spQ/+LKf+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5Bt&#10;Rf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/&#10;jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelq&#10;uX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Da&#10;h/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u&#10;8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ/5NJIv+VVS3/k2E5/5BtRf+L&#10;eE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/naMCB5mfHg+Nlz4XdY9iG02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+DHAP/gCcH/3szDf+GOBH/jkAZ&#10;/5NJIv+VVS3/k2E5/5BtRf+LeE//hoRZ/IKOYfd9lmj0eJ1u8XSjc+5xqXfsbq566myzfelquX/n&#10;aMCB5mfHg+Nlz4XdY9iG02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah/+D&#10;HAP/gCcH/30yDP+INxH/kD8Y/5VJIv+XVC3/ll85/5NrRf+Od1H/iIJb+oSMZPV/lGvxepty7nai&#10;d+typ3vpb61/52yyguVquITkab+H4mjHieBmz4rWY9aMz2LYis9i2IrPYtiKz2LYis9i2IrPYtiK&#10;z2LYis9i2IrPYtiKz2LYiv+EGwP/gScH/4AxDP+LNhH/kz4Y/5lHIv+cUi3/ml06/5hpR/+TdFP+&#10;jn5f94iJafGCkXLtfZh56Xiff+V0pITjcKqI4G2wjN5rt4/dar+R22nIk9Vmz5XLZNGTxmXUjsZl&#10;1I7GZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSOxmXUjv+FGwP/giYH/4IwDP+ONRD/lj0Y/5xG&#10;If+gUC3/n1s7/5xmSP+YcVb7k3xi9I2Gbe6HjnfogJWA5Hqch+B1oozdcqiR2m+vldhtt5nVa8Cc&#10;0mnJnsllyZ7CZ82YvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGTvmnRk/+GGwP/&#10;gyYH/4UvC/+QNBD/mT0X/59GIf+jTy3/o1o7/6BkSf+db1j6mHll8ZKDceqLjHzkg5KG332Zjtp4&#10;oJXWdKea03Cun9FttqPPa8Clx2bCp8BoxqK7asubt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zO&#10;lrdszpa3bM6Wt2zOlv+GGwP/gyYH/4cuC/+TNBD/mzwX/6FFIP+nTS3/plg7/6RiSvyhbFn3nHZo&#10;75aAdeePiYHgh5CM2oCWldV6np3RdaWjzXCsqMtttazHa76tvWi/rLhrw6azbcifsG/MmbBvzJmw&#10;b8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/Mmf+HGgP/hCUH/4ktC/+VMw//nTwW/6REIP+q&#10;TC3/qlc7/qhgS/ilalrzoXRq7Zx+eeSThobci42S1YOUnM98m6XLd6Oqx3SrrcRzta+/cLywtWu8&#10;sLBuwamscMaiqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnKlyypypcsqcqXLKnP+HGgP/hCUH&#10;/4ssCv+XMw//nzsW/6ZEH/+sSyz/rlU7+6xfS/WqaFzupnFs56B6fN+XgorVjoiYzYWPoceAl6fC&#10;e56svXinr7p2sLG3dbqyrXC6sqlxv6yldMSko3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1&#10;yZ6jdcmeo3XJnv+IGgP/hSUH/4wrCv+YMg7/oTsV/6lDH/+vSyz/sVQ7+LFdS/GvZlzqq29u4aN2&#10;f9WZfY/MkYSZxYqMor6Ek6i5f5qttHyjsLB6q7Oteba0pnS5tKJ1va+fd8OmnXnHoJ15x6Cdeceg&#10;nXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoP+IGgP/hSUH/44qCv+aMg7/ozoV/6tCHv+xSiv9&#10;tVM79rVcS+6zZF3lrmxv26Vzgc6deo/FlYGZvo6IoreIkKmxhJeurICfsah+qLSlfbK1n3q4tpt5&#10;u7GZe8GomHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGoph8xqKYfMaimHzGov+JGgP/hiUG/5Aq&#10;Cv+cMQ3/pToU/61CHv+0Siv7uFI687laS+q4Yl7hsWpw06lwgcigd4+/mX6Zt5KForCMjKmqiJSu&#10;pYScsqCCpLWdga62mX+3t5R9urOTf8Cqkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOS&#10;f8Wjkn/Fo/+JGQP/hiQG/5EpCf+dMQ3/pzkU/69CHf+2SSr4vFA68L1ZS+e8YV7ctWdxzqxvgcOk&#10;dY65nHyZsZaCoqqRiqmjjJGunomZspmGobWWhau3k4W2t46BubSOg7+rjYPEpY2DxKWNg8SljYPE&#10;pY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpf+JGQP/hyQG/5MpCf+fMQ3/qTkT/7FBHP+5SSn2wE85&#10;7cJXSuS/X13WuWZwybBtgL6oc460oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqm3jIq0uIiGuLWI&#10;h76siIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpoiHw6aIh8OmiIfDpv+KGQP/hyQG/5QpCf+h&#10;MAz/qzkS/7RBHPy7SCj0w04468dWSuDDXl3RvGVvxLNrgLmrcY2vpHeYpp5+oZ6ahKiXloyukZOU&#10;soyRnLWIj6a3hY+xuIKMt7aCjL6tg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOm&#10;g4zDpv+KGQP/iCQG/5YoCP+jMAz/rTgS/7ZAG/q+SCfxx04358xVSNzHXFzMv2Nvv7dpf7SwcIyp&#10;qXWXoKN7oJifgqiRm4mtipmSsoWWmrWBlaS3fpWvt3uSt7Z9kb2ufZDCp32Qwqd9kMKnfZDCp32Q&#10;wqd9kMKnfZDCp32Qwqd9kMKnfZDCp/+LGQP/iSQG/5goCP+lLwv/sDgR/7lAGfjCRybuy0015NBU&#10;RtXLW1vHw2Juurtofq60boujrnOWmql6n5KlgKaKoYeshJ+PsX6dmLR6nKG2eJustnWat7Z3mL2u&#10;eJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp3iWwqd4lsKneJbCp/+MGAP/iiMG/5onB/+nLwr/&#10;szcP/L0/GPPGRiPq0Ewy4NVSRc/PWVrByGBstMBmfKi6bIqdtHKVlLB4nousfqWDqIWqfaaMr3ik&#10;lbJ0o5+0caOqtW+kubRwoL6tcp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3C&#10;p/+MGAP/jCIG/50nB/+qLgn/tjYO98E+Fu3MRiDk2Esu2dxQRMnUWFi7zV5rrsZleqLAaoiXu3CS&#10;jbd1m4SzfKJ9sYOodq+KrHGtk69trZ2xaq2psmmtt7Fqqb+sa6bDpmumw6ZrpsOma6bDpmumw6Zr&#10;psOma6bDpmumw6ZrpsOma6bDpv+NGAL/jyAF/6AmBv+uLQj9uzUM8cc9E+XTRBzd4Egt0OFPQsLb&#10;Vla0011op81jeJrIaIWPw26PhcB0mH29ep52uoGkcLmJqGu4kqpnt5ysZbiorWO4tq1ktcGpZbDF&#10;pGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRlsMWkZbDFpP+OFwL/kx8E/6QlBf+zLAb3wTMJ&#10;6M48D9zeQBnQ5Ugux+VNQrngVVSs21tln9VhdJLQZoGHzWyLfspyk3bIeZlvxoGeasWJomXFkqRi&#10;xJ2mX8Snp13EtKdew8SkX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcigX73IoP+Q&#10;FwL/mB0E/6kjBP+5KQTuyDEG3do0CtDkQRvG60cuvOpMQbDmU1Kj41phl+BhbozdaHmC226Cetl1&#10;iXLVfI9r0oKTZc+Il2DNj5pczJecWsugnVjLq51Xy7qdWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZ&#10;WczMmVnMzJlZzMyZWczMmf+SFgL/nRwD/68gAvbAJQLi0yQD0OMyDMXsQB268UcvsO9LP6XtUU6a&#10;61paj+piZYXoam5953J1deN4e2/gfoBp3YSEZNuKh2DZkYld2JiLWtagjVjWqI5W1bSOVNXBjlTV&#10;wY5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGOVNXBjv+UFQL/pBkC/7ccAenLFgHR4R0Cxewx&#10;Drr1QB6u90Uuo/VKPJr0UEiQ81pThvNjW37ybGJ38XNoce56bWzrgHBn6YZzY+eMdmDmknhd5Jh6&#10;WuOee1jjpX1W4q9+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+VOG4fv+YEwH/&#10;rRQB88MPANLYCwDE7B4EuPYxEa39Ph6i/UMrl/xIN478T0GF/FlJffxjUHf8bVZw+3Raa/l6Xmj3&#10;gWFk9YdjYfONZV/yk2dd8ZloWvCeaVjvpWtW761sVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60&#10;bVTutG1U7rRtVO60bf+jEADxuQwAzskJAMTfCwC29x8GrP8yEqD/Ox2U/0Eniv9HMYH/Tjl6/1g/&#10;c/9iRW7/bElp/3NMZv96T2P/gFFg/4ZTXv+MVFz/klVa/phXWf2dWFf8pFlV+6taVPuxW1T7sVtU&#10;+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPuxW/CvCADNvwcAwM0IALTuDgKp/yEIn/8xEZL/&#10;NxqH/z4iff9FKXX/TTBu/1U1af9gOWX/ajxh/3E+X/93QFz/fkJa/4RDWf+JRFf/j0VW/5RGVf+a&#10;R1P/oEhS/6dJUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61KUf+tSs+4BAC+wwUA&#10;stQGAKb+EAOc/yMIkP8tD4T/MxZ5/zsccP9DImn/Sidi/1IqXf9cLVr/ZTBY/20xVv9zM1T/eTRT&#10;/341Uv+ENlD/iTdP/444Tv+TOE3/mTlM/6A6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/&#10;pjpL/6Y6S/+mOr+8AwCwygMAo9wDAZn/EgOP/yIIgv8oDXb/LxJt/zcXZf8/G17/Rx5Y/04hVP9X&#10;I1H/XyVO/2UmTf9sJ0v/cShK/3YpSf97Kkj/gCpH/4UrRv+JK0X/jixE/5QsQ/+aLUP/mi1D/5ot&#10;Q/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLbHCAQCj0gAAlesDAYz/EwOA/xwGdP8jCmn/Kg5g&#10;/zISWf86FVP/QhdO/0kZS/9RGkj/WBxG/10dRP9jHUP/Zx5B/2wfQP9wHz//dCA+/3ggPf98IDz/&#10;gSE7/4chO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wiO/+MIv96HQP/digG/3Iz&#10;C/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn&#10;92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93&#10;mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98Nw//hD8V/4hIHf+LUyf/iWAx&#10;/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6afVowWvzZsht72PNb+xh03Dn&#10;X91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc/96HQP/digG/3IzC/98&#10;Nw//hD8V/4hIHf+LUyf/iWAx/4ZtO/+CeUT/foZM/3uRU/93mlj/dKJd/HGoYfpurmT4a7Rn92m6&#10;afVowWvzZsht72PNb+xh03DnX91x4l3lc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz&#10;3Vvmc/96HAP/dycG/3QyC/9/Ng//hj0V/4tHHf+OUSf/jF4x/4lrPP+Fd0b/gYNO/32PVv95mFz8&#10;daBh+XKmZfdvrWn1bLNs82q5b/JowHHwZshz7GTNdehh1HbjX953213jedVd5XbVXeV21V3ldtVd&#10;5XbVXeV21V3ldtVd5XbVXeV21V3ldv97HAP/dycG/3cwCv+CNQ7/ijwV/49GHf+STyf/kVwy/45o&#10;Pf+KdEj/hoBS/4GLWvx9lWH4eJ1n9XSkbfJxqnHwbrB07mu2d+xpvnrqZ8d952XOf+Ji1oDZX92B&#10;0F/gfsxg43vMYON7zGDje8xg43vMYON7zGDje8xg43vMYON7zGDje/98HAP/eCYG/3ovCv+FMw7/&#10;jTsU/5JEHP+WTif/lVoy/5JlPv+OcUr/in1V/oWIXvmAkmf0e5pu8Hahc+1yp3jqb6596Gy0gOZp&#10;vIPkZ8aG4WXPiNli14rPYdmIyGLdgsRj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPg&#10;f/99GwP/eSYG/3wuCv+IMg7/kDoU/5VDHP+aTCf/mVgz/5ZjP/+Sbkz/jnpX/ImFYvWEj2vwfpdz&#10;7Hmeeuh0pYDlcKuF4myzieBqu4zeaMaP2mbRks5i0ZLHZNWMwWXbhr1m3YK9Zt2CvWbdgr1m3YK9&#10;Zt2CvWbdgr1m3YK9Zt2CvWbdgv99GwP/eiYG/38sCv+LMQ3/kzoT/5hCHP+dSyb/nVYz/5thQP+X&#10;bE37knZa942BZvKIjHDsgpR553ubgeN1oojfcamO3G2xktlru5bXaciZzGTLm8VlzpfAZ9KRumjY&#10;irZp24a2aduGtmnbhrZp24a2aduGtmnbhrZp24a2aduGtmnbhv9+GwP/eyYG/4ErCf+NMQ3/lTkT&#10;/5tCG/+gSib/oVQz/59fQfucaU/2l3Nd8ZJ+auyMiHXnhZGA4n6Yid14oJHYcqeX0m2vnc9suZ/M&#10;a8Wgw2fHoLxoy5u3atCUsmzVja9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZif9+&#10;GgP/eyUG/4MqCf+PMAz/mDgS/55BG/+jSSb/plIz/aRdQfehZ1DxnHFf65d7beWPg3reh4uG1X6S&#10;kc94mZfKdKGcx3Gqn8Nvs6HBbr+jumvFo7NryJ+vbc2Yq2/Skalw1oypcNaMqXDWjKlw1oypcNaM&#10;qXDWjKlw1oypcNaMqXDWjP9/GgP/fCUG/4YpCP+SLwz/mzgS/6FAGv+nSCX/qlEy+albQfOmZFHs&#10;om5h5Zp2cNyRfn/SiYaLy4KNk8V9lZnAeJ2evHWloblzrqS2crmlsnDDpqtvxqKoccubpHPQk6J0&#10;1I6idNSOonTUjqJ01I6idNSOonTUjqJ01I6idNSOonTUjv+AGgP/fCUG/4goCP+ULwv/nTcR/6Q/&#10;Gf+qRyT9rk8y9q1ZQe+rYlLnpmti3p5yc9KVeoHKjYKLw4eKk72BkZq3fZmfs3mho693qqasdrSn&#10;qnbBqKNzw6WgdcmennfPlpx30pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KRnHfSkf+AGgP/&#10;fSUG/4onCP+WLgv/nzYQ/6c/GP+tRyP7sk4x87JXQeuxYFLiqmhk1qJwdMyZd4HDkn+LvIuGlLWG&#10;jpqvgZWgqn6dpKZ7pqejerCpoXm8qZt3waiZecegmHrNmJd70ZOXe9GTl3vRk5d70ZOXe9GTl3vR&#10;k5d70ZOXe9GTl3vRk/+BGgP/fiQG/4wmB/+YLgr/ojYQ/6k+GP+vRiP4tU0w8LdWQOe1XlLdrmZk&#10;0KVuc8addYC9lnyLtZCDlK6Ki5uohpKgo4KapZ9/o6ibfq2qmH25q5R7wKqTfcaikn7MmZF/0JSR&#10;f9CUkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/QlP+BGQP/fiQG/40mB/+aLQr/pDUP/6w9F/6y&#10;RSL2uEww7bxUQOS4XVHXsmRjy6lsc8Chc4C3mnqLr5SAk6iPiJuiio+gnIeXpZeEoKiUgqmqkYK1&#10;q42Bv6uNgcWkjILLm4yCz5WMgs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+VjILPlf+CGQP/fyQG&#10;/48lB/+cLQn/pjUO/649Fvy1RSHzvEsu6sFSP+C8W1HRtWNjxq1qcrulcX+ynneKqZh+k6KThZqb&#10;j42gloyVpZGJnaiNh6erioeyrIeHv6yGhsSlh4bKnIeGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eG&#10;zpeHhs6Xh4bOl/+CGQP/gCMF/5ElBv+eLAn/qDQN/7E8Ffq4RB/wv0st58VRPdzAWlDNuGFiwbBo&#10;cbapb36sonWJpJ18kpyYgpqVlIqgj5GSpYqOm6iGjaWrg4ywrIGNvqyAi8OmgYvJnYGLzZiBi82Y&#10;gYvNmIGLzZiBi82YgYvNmIGLzZiBi82YgYvNmP+DGQP/giIF/5MkBv+gLAj/qzMN/7Q8FPe8Qx7u&#10;xEor5MlRO9XEWE/IvGBhvLRncLGtbX2np3OJnqJ5kpadgJmPmoifiZeQpIOUmKh/k6KqfJKtq3qS&#10;u6x6kcOme5DJnnyPzZh8j82YfI/NmHyPzZh8j82YfI/NmHyPzZh8j82YfI/NmP+DGAL/hCEF/5Uk&#10;Bv+iKwj/rTML/rc7EvTAQhzqyUko4M1POdDHV07DwF5gt7hlb6uya3yhrHGHmKd4kJCjfpiJoIWe&#10;gp2No32blqd4maCpdZmrqnOZuKtzmMOmdZbJnnaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2&#10;lc2ZdpXNmf+EGAL/hyAF/5cjBf+lKgf/sTIK+7s6EPHFQRnnz0gl29JNOMvLVUy9xF1esb5jbqW4&#10;anubsm+Gkq52j4mqfJaCp4Oce6SLoXailKVxoZ2nbqCpqWyhtqltocOmb53JnnCczZhwnM2YcJzN&#10;mHCczZhwnM2YcJzNmHCczZhwnM2YcJzNmP+FGAL/ih4E/5oiBP+oKQb/tTAI9sA4DuvLQBXh2EYg&#10;09hLNsXQVEu3yVtcq8NibJ++aHiUuW6Di7VzjIOyepN7r4GZda2Jnm+rkqJrqpykaKqnpWaqtKZm&#10;q8WkaKbKnGmkzZdppM2XaaTNl2mkzZdppM2XaaTNl2mkzZdppM2XaaTNl/+GFwL/jRwE/54hBP+s&#10;JwX9ui8G78c2CuPUPhDY30Mfy95KNL7WUkiw0FpapMpgaZjGZnaNwWyAhL5yiXu7eJB0uX+VbreH&#10;mmm2kJ1ltZugYrSmoWC1s6FftsWgYbHMmmKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+V&#10;Yq7Plf+HFwL/kRoD/6IgA/+yJQP1wCsE5s8xBtjeOA/M5UMgw+JJM7beUUap2FhXnNJeZZDOZHKG&#10;y2p8fMhwhHTGd4puxH6PaMOHlGPCkJdfwZuZXMGmmlvCs5taw8WaW77PlVy60pFcutKRXLrSkVy6&#10;0pFcutKRXLrSkVy60pFcutKRXLrSkf+JFgL/lhkC/6gdAv64IQLsySIC2d0lBMzlNxHC6kMit+dI&#10;M6zkT0Sg4FZTlN1dYIjaY2t+1mp1ddRwfW7Sd4Nn0X+IYtCHi17QkY5a0JyQWNCnkVbQtZJV0seR&#10;Vs3UjlbI1otWyNaLVsjWi1bI1otWyNaLVsjWi1bI1otWyNaLVsjWi/+LFQL/nRcB/68ZAfTBGAHd&#10;2BEAzOUmBcHuNxO270Ijq+1HMqHrTECW6VVNi+ddWILmZWF55GxpcuR0b2zjfHRn4oR4YuKNe17i&#10;lX5b4J6AWN+nglXesYNT3r6DUt7Sg1HZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdnc&#10;gv+PEwL/pBMB/rgSANbMCwDM5BEBwO8mB7X1OBWq9EAin/NGMJXySzyM8VRGgvBdT3rwZlZ08G5c&#10;bu92YWnvfmRl74ZoYe+Oal7ulm1b7Z5vWOulcFbrrnFU6rhyUurHc1Hp1XNR6dVzUenVc1Hp1XNR&#10;6dVzUenVc1Hp1XNR6dVzUenVc/+YEAH/rg4A1MEJAMnPCQC+8BICs/knCqn7OBWe+z4hk/tELIn6&#10;SjWB+lM+efpdRXL6Zkpt+m9OaPp2UmT6flVh+oZXX/uOWlz6llta+Z1dV/ilXlX3rGBT97VhUvbB&#10;YVD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYlD2ymJQ9spiUPbKYv+jCwDWuAYAxsQHALvUCQCw/BQD&#10;pv8pC5z/NRWQ/zsehv9CJn3/SS51/1E0b/9bOmn/ZT5l/25BYv91RF//fEZc/4NIWv+LSVj/k0tW&#10;/5tMVf+iTVP/qU5R/7FPUP+7UE//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NRT//DUdqv&#10;AgDGvAUAuckFAK3bCACj/xcEmv8rC47/MRKD/zgaef9AIHD/RyZp/08rY/9YL1//YjJc/2s0Wv9y&#10;Nlj/eDhW/385VP+GO1L/jTxR/5U9T/+cPk7/oz5N/6o/S/+zQEr/uUFK/7lBSv+5QUr/uUFK/7lB&#10;Sv+5QUr/uUFK/7lBSv+5Qci1AgC4wQQAq9ADAJ/rCQGW/xoFi/8mCn//LQ91/zUVbP89GmX/RB5e&#10;/0wiWP9UJVX/XSdS/2UpUP9sKk7/cytN/3ksTP9/LUr/hS5J/4wvSP+SMEf/mTBF/6AxRP+pMkP/&#10;rjJD/64yQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64yQ/+uMri6AgCqyAAAndkAAJL/DAKJ/xoEff8h&#10;CHL/KAxo/zAQYP84FFr/QBdU/0gaT/9PHEz/Vx1J/10eR/9jIEX/aSBE/28hQv90IkH/eiJA/4Aj&#10;P/+GJD7/jCQ9/5IlPP+ZJTv/niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mO/+eJqvBAACd&#10;0AAAj+EAAIb/DgJ6/xUDbv8cBmT/Iwlc/ysMVf8zD0//OxFJ/0ITRv9JFEL/TxZA/1UWPv9aFzz/&#10;Xxg7/2QYOf9oGTj/bRk3/3IaNv93GjX/fBo0/4EbM/+IGzL/jRsy/40bMv+NGzL/jRsy/40bMv+N&#10;GzL/jRsy/40bMv+NG/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA&#10;/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72Dl&#10;WfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG/2kzCf9yNw3/eT4S/31HGf+A&#10;USH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/aLtV/2bDV/9jx1n7Ycxb91/T&#10;XPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX/9wHgP/bCkG&#10;/2kzCf9yNw3/eT4S/31HGf+AUSH/fl8p/3xtMv95ezn/dohA/3OTRf9wnUr/bqZO/2utUf9ptFP/&#10;aLtV/2bDV/9jx1n7Ycxb91/TXPNe3V3wXONe61vpX+dZ72DlWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ&#10;8V/lWfFf5VnxX/9wHgP/bCgG/2sxCf91Ng3/ezwS/39GGf+DUCH/gV4q/35rM/97eDv/eIZC/3WS&#10;SP9ym03/cKRR/22sVP9rslf/abla/2fBXPxlx174Ysxf9WDTYfBe3WLsXORj6FvpZOJa72TgWvBi&#10;4FrwYuBa8GLgWvBi4FrwYuBa8GLgWvBi4FrwYv9xHQP/bSgG/24wCf94NAz/fzsS/4NEGf+HTiH/&#10;hlsr/4NoNP9/dT3/fIJF/3mOTP92mVL/cqFW/2+pWv5tsF78ardh+2i+Y/lmxmX0Y8xn8GHTaetf&#10;3mvmXeVs4Fvpbdlc7mjWXO9n1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n1lzvZ/9yHQP/bigG/3Eu&#10;Cf97Mgz/gzoR/4dDGP+KTCH/ilkr/4dlNf+Dcj//f35I/3yLUP95llb/dZ9c/XKmYPpurWT4bLRo&#10;9mm8a/RnxW3wZMxw62HTcuVf33PeXOV01lzocc9e7WzNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvN&#10;Xu5rzV7ua/9zHAP/bycG/3QtCP9+MQz/hjkR/4tCGP+OSyH/jlYr/4tjNv+Hb0H/g3tL/3+HU/58&#10;klv8eJxh+XSkZ/Zwq2vzbbJv8Wq6c+9ow3brZcx45mLVet5f33zTXeN7zV/mdsdg6nDGYOxuxmDs&#10;bsZg7G7GYOxuxmDsbsZg7G7GYOxuxmDsbv90HAP/cCcG/3YrCP+BLwv/iTgQ/45AGP+SSSH/k1Qs&#10;/5BgN/+MbEP/h3dN+4ODV/h/jmD2epdn83agbvByqHPtbq9462u4fOhown/mZs2C32LYhNFf3IXK&#10;YOB/xWHjer9j6HS+Y+lyvmPpcr5j6XK+Y+lyvmPpcr5j6XK+Y+lyvmPpcv90HAP/cCYG/3kqCP+F&#10;Lgv/jTcQ/5I/F/+WSCD/l1Is/5VeOP6RaUT6jHRQ9Yd/W/KCiWXufZNu6nebdedyo3zkbquB4Wqz&#10;ht5nvYraZcqN0mLUjshi2IrCY9yEvGXgfrdm5Xi2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2&#10;tmbmdv91GwP/cSYG/3woB/+ILQr/kDYP/5Y+Fv+aRyD/nFAr/5pbOPmXZkX0knBS74x7X+qFhWrl&#10;fo104HiVfdtynYXUbaSL0Gqtjs1ot5DLaMORyGfRkr9l1I+5Z9mJtGjdgrBp4nyuauR5rmrkea5q&#10;5HmuauR5rmrkea5q5HmuauR5rmrkef92GwP/ciYF/38nB/+KLAr/kzUO/5k9Fv+eRh//oU4r+6BZ&#10;OPWcY0bvmG1U6JB3YuKIf2/agId70nqPg811l4nJcZ+NxW6okcJssZO/a7yVvWvLlbZp0JSxa9WN&#10;rGzbhqht4H+nbeJ8p23ifKdt4nynbeJ8p23ifKdt4nynbeJ8p23ifP92GwP/cyUF/4EmB/+NLAn/&#10;ljQO/508Ff+hRB7+pUwq96VXOPCiYUfpnGpW4ZRyZdiMe3PPhYN8yX+LhMN6k4q/dpuPunOjk7dw&#10;rJa0b7eXsW/EmKxtzZipb9OQpXDYiaFx3oKgceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB/oHHg&#10;f/93GwP/dCUF/4MlBv+QKwn/mTMN/6A7FP+lQx37qUsp86pUOOyoXkfjoWdX2plvZ8+ReHPHioB9&#10;wYSIhbt/j4u1epeQsXeflK10qJeqc7KZp3K/mqRyy5qhc9CTnnTWjJt13ISadd6BmnXegZp13oGa&#10;dd6BmnXegZp13oGadd6BmnXegf94GgP/diQF/4YjBv+SKgj/mzIM/6M6E/+oQhz4rUoo8K9SN+es&#10;XEfepWRY0Z1tZsiVdXPAjnx9uYmEhbODjIytf5ORqXublaV5pJmhd66bnna6nJ13ypyZd8+Wl3jU&#10;jpV424aUeN2DlHjdg5R43YOUeN2DlHjdg5R43YOUeN2DlHjdg/94GgP/eCMF/4gjBv+UKgj/njEL&#10;/6Y6Ev6rQhv1sEkn7LVQNuOwWkbYqWNXzKFrZsKacnK6k3p8s42BhayIiYymhJCRoYCYlp19oZqZ&#10;e6qclnu2nZR7xp6Se82YkXzTkI982YiPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyFj3zchf95&#10;GgP/eiIF/4oiBf+WKQf/oDEL/6g5EfuvQRrytEgm6blPNN+0WUXSrWFWx6VpZb2ecHK0l3d8rZF+&#10;haaMhoygiI2RmoWVlpaCnpqSgKedj3+zno2Awp6LgMyai4HSkoqA2ImJgNuGiYDbhomA24aJgNuG&#10;iYDbhomA24aJgNuGiYDbhv95GgL/eyEE/4siBf+YKAf/ozAK/6s4EPmyQBjvuEck5r1OM9u4V0TN&#10;sGBWwqlnZLiibnGvm3V7p5Z8hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4WEv5+FhcubhYXRk4WF&#10;2IqEhNqHhITah4SE2oeEhNqHhITah4SE2oeEhNqHhITah/96GQL/fSAE/40hBf+bKAb/pS8J/643&#10;Dva2PxfsvEYi48FOMNW8VkPItF5VvaxmY7OmbHCqn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqOd&#10;gYqun36KvJ9+isqcf4rQlH+J1ot/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiP96GQL/&#10;fx4E/5AhBP+dJwX/qC4I/rI2DfO6PhXpwUUf38VML9C/VELEt11TuLBkYq6qam+kpHF6nJ93g5Sb&#10;foqOmIaQh5WOlYKSl5l9kKCceo+rnniPuZ93kcqdeZDPlXmO1ox5jdiJeY3YiXmN2Il5jdiJeY3Y&#10;iXmN2Il5jdiJeY3Yif97GQL/gR0E/5IgBP+gJgX/qy0H+7U1C/C+PRLmx0Qc2slJLsvDU0G+vFtS&#10;s7ViYaivaW6fqm94lqV1gY6hfImHnoOPgZuLlHuZlJh3l56bc5apnXGWtp5wl8idcpbPlXOU1Yx0&#10;k9iJdJPYiXST2Il0k9iJdJPYiXST2Il0k9iJdJPYif98GAL/hBwD/5UfA/+jJQT/rywG97ozCezE&#10;Ow/izkIY085ILMbHUkC5wFpRrbphX6O0Z2yZsG13kKt0gIioeoeBpYGNeqKJknWgkpZwnpuZbJ6n&#10;m2qetJxpn8WbbJ7QlG2a1oxtmdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJbZnYif99GAL/hxoD&#10;/5geA/+mIwP/sykE88AxB+fLOAvd2DoWzdJGKsDMUD6zxlhPp8BfXZy7ZWqSt2t0ibNxfYGveIR6&#10;rX+KdKqHj26pj5Npp5qWZqelmGOnspliqMOYZafRk2aj1otnodmJZ6HZiWeh2YlnodmJZ6HZiWeh&#10;2YlnodmJZ6HZif9+FwL/ixgC/5wcAv+rIQL7uSYD7ccsBN/VMQbT3jkUxthEKLnRTjuszFZMoMdd&#10;WpXCY2eLv2lxgrtveXq4doBztn2GbbSFi2izjo9jspiSYLGkk16ysZRcssKUXrLTkF+s2YlgqtqG&#10;YKrahmCq2oZgqtqGYKrahmCq2oZgqtqGYKrahv9/FwL/kBYC/6EaAf+xHQH0wCAB49EgAdPfLAbJ&#10;4jsUvt9EJbLZTDil01RJmc9bV47LYWOEyGhse8VudXPDdXtswXyBZ8CEhWK/jolevpiLWr6kjVi+&#10;sY5Xv8KNWL/Xi1m43IVZtt2DWbbdg1m23YNZtt2DWbbdg1m23YNZtt2DWbbdg/+BFgL/lRQB/6cW&#10;Af24FwDpyxEA098WAcjnLAe+5jsWs+REJajhSzWc3VJEkdlZUobVYF1802ZmdNFtbmzPdHRmznx5&#10;Yc2FfVzMjoBZzJmDVsylhFTMs4VTzcSFU83dg1PG4H5Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1U&#10;w+F9VMPhff+HEwH/nBIB/64RANrCCgDQ0goAx+gYAbzsLAqy6zwXqOpDJZ3oSDOS5lBAiORZS37i&#10;YFR24Whcb+BvYmjfd2hj3n9sXt6IcFrekXNX3pt1VN6nd1LftHhQ38R4T+DeeE/W5XVP0+d0T9Pn&#10;dE/T53RP0+d0T9PndE/T53RP0+d0T9PndP+PDwH/pA4A27gIAM3FCQDF1QoAuvEaA7DyLQym8TsY&#10;m/BBJJHvRy+H7k46fu5YQ3ftYUpw7WlQauxxVWXseVlh7IFcXeyKX1rsk2FX7Z1jVe2nZVLts2ZR&#10;7sBnT+/UaE7r5mhN6OhoTejoaE3o6GhN6OhoTejoaE3o6GhN6OhoTejoaP+ZCwDdrgQAzLwGAMHJ&#10;BwC42woArfgcBKT4Lw2Z+DkXj/g/IYX4Rip8+E0ydfdXOW73YD9p92lDZPhxR2H4eUpd+IFMWviJ&#10;T1j4klFW+ZtSU/mlVFH6r1VQ+rtWTvrKV03741dM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lX&#10;TPvpV+WlAADOtAQAv78FALTOBgCq6w0BoP8fBpf/Lw2M/zYVgv89HXj/RCRw/0wqav9UL2X/XjNh&#10;/2c3Xf9vOVr/djxY/34+Vv+GP1P/jkFR/5dCUP+gQ07/qUVN/7NFS/++Rkr/0EdJ/9xHSf/cR0n/&#10;3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR9GuAAC/uQMAssUDAKfVBQCc/Q8ClP8iBon/Kwx+/zISdf86&#10;GGz/Qh1l/0kiX/9RJVr/WihX/2MrVP9rLVL/ci9Q/3kwT/+AMU3/iDJL/5A0Sv+YNUj/oTVH/6o2&#10;Rv+zN0T/vzhE/8U4RP/FOET/xThE/8U4RP/FOET/xThE/8U4RP/FOMGzAACyvgIApcwBAJndAwCQ&#10;/xIChv8fBXv/Jwpx/y4OaP82E2H/Phda/0YaVf9NHVH/VR9O/10gS/9kIkn/ayNH/3EkRv94JUT/&#10;fyZD/4YnQf+OKED/lig//54pPf+nKTz/sCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0&#10;KrO4AQClxgAAl9UAAIvvBAGE/xMCd/8aBG3/Igdk/yoLXP8yDlX/ORFQ/0ETS/9IFUj/TxdF/1YY&#10;Qv9cGUD/YRo+/2caPP9tGzv/cxw5/3kcOP+AHTb/iB01/48eNP+XHjL/oB8y/6QfMv+kHzL/pB8y&#10;/6QfMv+kHzL/pB8y/6QfMv+kH6bAAACXzgAAid4AAH//BwF0/xACaf8VA1//HAVX/yQIUP8sCkr/&#10;MwxF/zsOQf9BDz3/RxA6/00ROP9SETb/VxI0/1wTMv9hEzH/ZhQv/2sULv9xFS3/dxUs/30VKv+D&#10;Fin/ixYp/44WKf+OFin/jhYp/44WKf+OFin/jhYp/44WKf+OFv9mIAP/YSoF/2EzCP9pNgv/bj0P&#10;/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2SyQv9juUT/YcJG/2DIR/9ezUj/&#10;XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4Tf9m&#10;IAP/YSoF/2EzCP9pNgv/bj0P/3FGFf9zURz/c14j/3BtKf9ufDD/a4k1/2mWOf9noT3/ZqpA/2Sy&#10;Qv9juUT/YcJG/2DIR/9ezUj/XNRK/1veS/tZ5Ez3WOpM9FfvTfBW803sVfhN7FX4TexV+E3sVfhN&#10;7FX4TexV+E3sVfhN7FX4Tf9mIAP/YioF/2MxCP9rNQv/cDwP/3NFFf91Txz/dl0j/3NsKv9wejH/&#10;bYc2/2uUO/9pnz//aKhC/2awRf9kuEf/Y8BJ/2HHSv9fzEz/XdNN/FzeTvla5E/1WepQ8VjvUe1X&#10;9FHpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UOlX+VDpV/lQ6Vf5UP9nHwP/YyoF/2UwCP9uMwv/dDoP/3dD&#10;Ff95Thz/elok/3doK/90djP/cYQ5/26QP/9sm0P/aqVH/2itSv9ntkz/Zb5O/2PFUP9hy1L9X9JU&#10;+V3dVfRb5FbwWupX61jwWOdY9VfjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU41n6VP9oHwP/&#10;YykF/2guB/9xMgr/dzgP/3tCFf99TBz/flgk/3tmLf93czX/dIA8/3GMQv9vl0f/bKFL/2qqT/9o&#10;slL/Z7tU/2XEVv5iylj5YNFa9V7cXPBc5F3qWute5lnxX+Ja9VvcW/lX3Fv5V9xb+VfcW/lX3Fv5&#10;V9xb+VfcW/lX3Fv5V/9pHgP/ZCkF/2stB/90MAr/ezcO/39BFf+BShz/glUl/39jLv97cDb/eHw+&#10;/3WJRf9xlEv/b55Q/2ymVP9qrlj9aLdb/GbAXfpkyWD1YdBi8F7cY+pc5WXlW+xm3lrwY9hb9GDR&#10;Xfhb0V34W9Fd+FvRXfhb0V34W9Fd+FvRXfhb0V34W/9pHgP/ZSgF/24rB/94Lgr/fzYO/4M/FP+F&#10;SBz/h1Ml/4RgL/+AbDj/fHlB/3iFSf50kFD7cZlW+W6iWvhrql/2aLJi9Ga7ZfNkxWjwYtBr6l/d&#10;beNd527bW+pt01zvaM1e82TIX/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/dfyF/3X/9qHgP/ZigF&#10;/3EpB/97LAn/gzUN/4c+FP+KRxv/jFAl/4ldL/+FaTr9gXVE+nyATfd4i1X0c5Vc8W+dYu9spWft&#10;aa1r62a2b+hjwHLmYcx142Dfd9Zc5HjOXulyyV/tbcRg8Gi/YvRjv2L0Y79i9GO/YvRjv2L0Y79i&#10;9GO/YvRjv2L0Y/9rHQP/ZycF/3QnBv9/Kwj/hzMN/4w8E/+PRRv/kU4l/49aMPyLZjv4hnFG84F8&#10;Ue98h1rsdpBi6HGYaeVsoHDhaKh13mSwettiun7YYcd/1GHaf8tf4X7EYeV3v2Lpcrtj7W22ZPFn&#10;tmTxZ7Zk8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ/9sHQP/aiYF/3cmBv+CKgj/ijIM/5A7Ev+TQxr/&#10;lkwk/ZVXMPeRYjzyjG1J7IZ4VOd/gV/ieIpp3HKSctZtmnjSaqJ8zmerf8tmtIHJZb+Dx2TOhMFj&#10;3YO6ZOJ8tmbmdrJn6nGuaO9qrmjvaq5o72quaO9qrmjvaq5o72quaO9qrmjvav9tHAP/bCQF/3ok&#10;Bf+FKQf/jjEL/5Q5Ef+YQhn/m0ok+JtUMPKXXz3rkmpL5YpzWN6CfGTVfIVuz3aNdcpylXrGbp1+&#10;w2ylgr9qr4S9abmGumjHh7do2oexaN6BrWnjeqlr6HSma+xtpmztbaZs7W2mbO1tpmztbaZs7W2m&#10;bO1tpmztbf9tHAP/biME/30iBf+IKAf/kTAK/5g4EP+cQBj7n0kj9KFSL+2dXD3llmZM3Y5vWtOH&#10;eGXMgYFuxnuJdsF3kXu8c5mAuHChhLVuqoeybbSJr2zBiq1s0oqobNyFpW3hfqJu5Xefb+twn2/r&#10;cJ9v63Cfb+twn2/rcJ9v63Cfb+twn2/rcP9uHAP/cSIE/38hBf+LJwb/lC8J/5s3D/+gPxf4pEch&#10;8KdPLuiiWj3fm2NN1JRsWsuMdWXEhn1vvoCFdrh8jXyzeJWBr3WdhatypYmoca+LpXC7jKNwy42g&#10;cdmInXHfgZty5HqZc+lymXPpcplz6XKZc+lymXPpcplz6XKZc+lymXPpcv9vGwP/cyAE/4IgBP+O&#10;Jgb/ly4I/582Dv2kPhX0qEYg7KxNLeOnWDzZoGFMzZhqWcWRcmW9i3putoWCdrCAiX2rfZGCp3mZ&#10;hqN3ooqfdauNnHS3jpp0xo+YddaLlnbdg5R24nyTdud0knbodJJ26HSSduh0knbodJJ26HSSduh0&#10;knbodP9vGwL/dR8E/4QfBP+QJQX/mi0I/6I1DPqoPRTxrEUe6LBMK9+rVzvSpF9LyJxoWb+Vb2S3&#10;j3dusIp/dqqFhn2kgY6Cn36Wh5t7nouXeaiOlHizj5J4wpCRetWNj3rbhY564X6NeuZ2jXrmdo16&#10;5naNeuZ2jXrmdo165naNeuZ2jXrmdv9wGwL/dh4D/4YeBP+TJQX/nSwH/6U0C/erPBLusUMc5bRL&#10;KdqvVTrNqF5KwqBmWLmabWSxk3Vuqo58dqOKg32ehouCmYKTh5SAm4uQfqWOjX2wkIp9vpGKf9OP&#10;iX7ah4h+33+HfuV3h37ld4d+5XeHfuV3h37ld4d+5XeHfuV3h37ld/9wGwL/eB0D/4geA/+VJAT/&#10;oCsG/6gyCvSvOhHrtUIa4bhKJ9SzUznIq1xJvqRkV7Sea2OsmHJtpJN5dZ6OgXyYi4iCkoeQh42F&#10;mYuJg6KOhoKukYOCvJGCg86Rg4PZiIKC34GCguR5goLkeIKC5HiCguR4goLkeIKC5HiCguR4goLk&#10;eP9xGgL/ehwD/4odA/+XIwT/oikF/KwxCfGzOQ/oukAX3bxIJc+2UjjDr1tIuahiVq+iamKnnHBs&#10;n5d3dZiTfnySkIaCjI2Oh4eKl4uDiKCOf4erkXyHuZF7h8uRfIjYiX2H3oJ9huR6fYbkeX2G5Hl9&#10;huR5fYbkeX2G5Hl9huR5fYbkef9xGgL/fBoD/40cA/+aIgP/pSgE+a8vB+64Nwzkvz8U2MBGJMq6&#10;UDe/s1lHtKxhVaqmaGGhoW5rmZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeI2pkHaMtpF0jciRdo7Y&#10;ineM3YJ3iuN6d4rjeneK43p3iuN6d4rjeneK43p3iuN6d4rjev9yGgL/fxkC/48bAv+dIAP/qSYD&#10;9rMtBeq9NQngxjwQ0sREI8W9TzW6t1hGr7FfVKWrZmCcpm1qlKJzc4yeenqGm4GAgJiJhXqWkol1&#10;lJuNcpOmj2+TtJBtlMWQcJXYinCS3YNxkON7cZDje3GQ43txkON7cZDje3GQ43txkON7cZDje/9z&#10;GQL/ghcC/5IaAv+gHwL/rSQC8rgqBObDMQbbzDUPzMhCIcDCTTS0vFZEqbZeUp+xZF6WrGtojqlx&#10;cYaleHh/on9+eaCHg3Sdj4hvnJmLa5ukjWibso5nm8KOaZ3YimqZ3YJrluN7a5bje2uW43trluN7&#10;a5bje2uW43trluN7a5bje/90GQL/hRUC/5YYAf+kHAH7siAB7b8lAuHMKgPU0TINx8xBH7rHTDGu&#10;wVRCo7xcUJm3YlyQs2lmh7BvboCtdnV5qn17c6iEgG2mjYVopZeIZaSjimKksItgpMGLYqbZiGOi&#10;3oFlnuN6ZZ7jemWe43plnuN6ZZ7jemWe43plnuN6ZZ7jev92GAL/iRMB/5oWAf+pGAH2uBsB58ca&#10;AdvZHAHN1jALwNI/HbTNSi+oyFI/ncNaTZK/YViJu2digLhta3m2dHFys3t3bLGDfGewjIBir5aD&#10;Xq6hhlyur4dar7+HW7DahF2s4H9ep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4XqfleP96FQL/&#10;jhIB/58TAP+wEwDvwBAA2dQMAM7fHAHE3S8Judk9Gq3TSCyhz1A7lctYSYvHX1SCxGVeecJsZnLA&#10;cmxrvnpyZr2CdmG7i3pcu5V9Wbqhf1e6r4BVu7+AVbzZf1a443pYsud1WLLndFiy53RYsud0WLLn&#10;dFiy53RYsud0WLLndP+AEgH/lBAA/6YPAOO4CwDSxgoAzNcLAMPjHgK54jEKr+A9GKTdRieZ2U43&#10;jdRWRIPRXU96z2RYcs1qX2vLcmVlynlqYMmCb1vJi3JXyJZ1VMiid1LIr3hRycB4UMrbd1HG6HNS&#10;wOtvUr/sb1K/7G9Sv+xvUr/sb1K/7G9Sv+xvUr/sb/+HDgH/mw0A364HANC8CADHyQgAwdsLALfo&#10;IAOt5zENpOY9GZnkRCaO4kwzhOBUPnveXEdz3WNPa9xqVmXaclxg2npgW9mDZFfZjGdT2ZdqUNmj&#10;bE7ZsW1N2sJtTNvcbE3Y7GpOz/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/BnTs/wZ/+PCwDppAQA&#10;0bQGAMW/BgC8zQgAtOkOAaruIgWi7jMOl+07GY3sQiSD60kue+pTNnPpXD5s6WREZ+lsSWLodE1e&#10;6HxRWuiFVFbojlZT6ZhZUemjWk7psFxN6r5cTOvSXUvq6V1K4/NcSuPzXErj81xK4/NcSuPzXErj&#10;81xK4/NcSuPzXPmZAwDUrAIAxbcEALnDBQCw0ggAp/YRAZ71JAaV9TIOivU6F4H1QSB49UgncPVQ&#10;Lmr0WjRl9GM4YPRrPF31dD9Z9XxCV/WERFT1jUZR9pdIT/ahSk32rEtL97lMSvfITUn44E1I9/NN&#10;SPf0TUj39E1I9/RNSPf0TUj39E1I9/RNSPf0TdqjAADHsQIAuLsDAK3JBACj2QcAmv0UApL9JweH&#10;/i8Nff43FHT/Pxts/0cgZv9OJWD/Vylc/2AtWf9pMFb/cTJT/3g0Uf+ANk//iTdN/5I5S/+cOkn/&#10;pjtI/7E8Rv+9PUX/zD1E/+Y+RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+RP/nPsusAAC5tgEArMIB&#10;AKDQAgCV5QcAjv8YA4T/JAZ6/ywLcP80EGj/PBVh/0QZW/9LHVb/UyBT/1siUP9jJE3/ayZL/3Mn&#10;Sf96KUj/gipG/4orRP+ULEL/ni1B/6cuQP+xLj//vC8+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+&#10;/80wPv/NMLuxAACsvAAAn8kAAJPZAACJ/AsBgP8XAnb/IAVs/ygJZP8wDV3/OBBX/0ATUf9HFk3/&#10;ThhK/1YZR/9cGkT/YxxC/2kdQP9wHj//eB49/4AfO/+IIDr/kSE4/5siN/+kIjb/rSM1/7gjNf+5&#10;IzX/uSM1/7kjNf+5IzX/uSM1/7kjNf+5I622AACfxAAAktIAAIThAAB9/w0Bcv8TAmj/GwRf/yMG&#10;WP8rCVH/MwtM/zoNR/9BD0P/SBFA/04SPf9UEzv/WhQ5/18UN/9lFTX/axYz/3IWMf96Fy//ghcu&#10;/4sYLP+TGCv/nBkq/6cZKv+nGSr/pxkq/6cZKv+nGSr/pxkq/6cZKv+nGaG/AACSzAAAhNwAAHj3&#10;AABu/woBY/8QAlr/FQNS/x0ES/8kBkb/LAhB/zMJPP86Cjn/QAs1/0UMMv9KDTD/UA0u/1QOLP9Z&#10;Dir/Xg8o/2QPJv9qDyX/cRAj/3gQIv+AESD/iBEf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ER&#10;H/+REf9cIgP/Vy0F/1gzB/9fNgn/Yz0N/2VGEv9mUBf/ZV4c/2RuIv9hfCf/X4or/16WLv9coTH/&#10;W6oz/1qyNf9Zujb/WMM3/1jNOf9X2Dn/VuA6/1XmO/9U7Dz/U/E8/FL1PfhS+T31Uf0981H/PfNR&#10;/z3zUf8981H/PfNR/z3zUf8981H/Pf9cIgP/VywF/1oyB/9hNQn/ZTwN/2dFEv9oTxf/aFwd/2Zt&#10;Iv9jeyj/YYgs/1+UL/9enzL/Xak1/1uxN/9auTj/WsE6/1nLO/9Y1Tz/V989/1bmPv9V6z79VPA/&#10;+VP1P/ZS+UDzUv1A8FL/PvBS/z7wUv8+8FL/PvBS/z7wUv8+8FL/Pv9dIQP/WCwF/1wwB/9kMwn/&#10;aDoN/2tDEv9sThf/bFod/2pqJP9neCn/ZIUu/2KRMv9hnDb/X6Y4/16uOv9dtjz/XL4+/1vIP/9a&#10;0kH/Wd1C/1flQ/1W6kT5VfBE9VT1RfFU+kXuVP5E7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C7FT/&#10;Qv9eIQP/WSwF/18uBv9mMgn/bDgM/29BEf9vTBf/cVce/25nJf9rdSv/aIIw/2WONf9kmTn/YqM8&#10;/2CrPv9fs0H/XrtC/13ERP9czkb/WtxH/lnkSPpX6kn1VvBK8FX2Su1V+krpVv5H51b/RedW/0Xn&#10;Vv9F51b/RedW/0XnVv9F51b/Rf9eIQP/WSsF/2ItBv9qMAj/bzYM/3JAEf90Shj/dVUe/3JkJv9v&#10;ci3/bH8z/2mLOP9mljz/ZaBA/2OoQ/9hsEb/YLhI/17BSv9dy0v/XNpN+lrjTvVZ6k/wV/FQ61b2&#10;UedX+07kWP9L4Vn/SeFZ/0nhWf9J4Vn/SeFZ/0nhWf9J4Vn/Sf9fIAP/WisF/2UrBv9tLgj/czUM&#10;/3c+Ef94SBf/eVIf/3dgJ/90bi7/cHs1/22HO/9qkkH/Z5tF/2WkSf5jrEz9YbRO+2C8UfpexlP5&#10;XdRV9VvjVu9a6ljpWPJZ5Vn3VuBa+1PbW/9P11v/Tddb/03XW/9N11v/Tddb/03XW/9N11v/Tf9g&#10;IAP/XSkF/2gpBv9xKwf/eDML/3w8EP99Rhf/flAf/31dKP95ajD/dXY4/3GCP/xtjUX6apdL+Gef&#10;T/Zlp1P0Yq9W82C4WfFfwVzwXc1e7VzgYOha7GHhWvJg2lv2W9Nc+lfPXf1TzF7/Ucxe/1HMXv9R&#10;zF7/Ucxe/1HMXv9RzF7/Uf9hHwP/YCcE/2smBf91KQf/fDEK/4E6EP+DRBf/hE0f/4NZKP9/ZjL8&#10;enI7+HV+Q/VxiEvybZJR72maVu1molvqY6pf6GCyY+ZevGbkXMhp4Vvaa91a6mvTXPBmzV71Ychf&#10;+VzEYPxYwWH+VcFh/lXBYf5VwWH+VcFh/lXBYf5VwWH+Vf9iHwP/YyUE/28kBf95KAb/gTAK/4U5&#10;D/+IQhb/iUse/4lWKPqFYjP1gG498Hp5R+x1g1DpcIxY5WuVXuFmnWTeY6Rp22Ctbddft2/UXsNw&#10;0V7Scc1d53HHX+5rwmHyZr5i9mG6Y/lct2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xYt2P8WP9jHwP/&#10;ZiME/3IiBP99Jwb/hS4J/4o3Dv+NQBX/j0ke+o9TKPSMXzTuhmo/6X90S+N4flXecoZe2G2PZdNq&#10;mGrPZ6BtzGWocMljsXPGYrx0xGHJdcFh4Ha8Y+pxt2TvarRl82WwZvZgrmf5XK5n+VyuZ/lcrmf5&#10;XK5n+VyuZ/lcrmf5XP9jHgP/aCEE/3UgBP+BJQX/iS0I/481DP+SPhT8lEcd9ZZPKO6RWzTni2ZB&#10;4IRvTtl9eVjRd4JgzHOKZ8dvk2zEbJtwwGmjc71nrHa6ZrZ4uGXCebZl1XmyZuZ2rmjsb6pp8Gmo&#10;afRjpmr3X6Zq91+mavdfpmr3X6Zq91+mavdfpmr3X/9kHgP/ayAD/3geBP+EJAX/jSwH/5M0C/+X&#10;PBL4mUUb8JtNJ+iXWTThkGJC14lsTs6DdVjIfX5hw3iGaL50jm25cJZytm6edbJsp3ivarF7rWm9&#10;fKppzX2oauN6pWzpcqJs7WygbfJmnm71Yp5u9WKebvVinm71Yp5u9WKebvVinm71Yv9lHQL/bR4D&#10;/3sdA/+HIwT/kCoG/5cyCv2cOxD0n0MZ7KFLJeOcVjPalmBBz45pTseIcljAgnphun2CaLV5im6x&#10;dZJzrHKad6lwo3qmbqx9o224fqFtx3+fbuB+nHDndZpw62+ZcfBol3HzZJdx82SXcfNkl3HzZJdx&#10;82SXcfNkl3HzZP9lHQL/bx0D/34cA/+KIgT/kykF/5sxCfmgOQ/wo0EY56ZJI96hVDHSml5AyJNn&#10;TcCMb1i5h3dhs4J/aK59h26peo5zpHeWeKB0n3udc6h+mnG0gJhxwoGWctiBlXTleJN06nGSde9r&#10;kXXyZpF18maRdfJmkXXyZpF18maRdfJmkXXyZv9mHQL/cRsD/4AbA/+MIQP/ligF/54vCPakNw3s&#10;qD8V46tIINimUjDMnlxAw5dlTbuRbVezi3RhrYZ8aKeCg26ifot0nXuTeJl5nHyVd6V/knawgZB1&#10;voKOdtGCjnjjeo146HOMeO1si3jxaIt48WiLePFoi3jxaIt48WiLePFoi3jxaP9nHAL/cxoC/4Ia&#10;Av+PIAP/mSYE/qIuBvOoNQvprT0T369GHtKpUS/Holo/vptjTLWValeuj3Jgp4t5aKGHgW6cg4h0&#10;l4CQeJJ9mXyOfKKAi3qtgoh6u4OHes2Dh3zifId853WGfOxuhnzwaYZ88GmGfPBphnzwaYZ88GmG&#10;fPBphnzwaf9nHAL/dRkC/4UZAv+SHwL/nCUD+6UsBfCsNAnmsjsQ27NEHc2tTy7Dplk+uZ9hS7CZ&#10;aFaolHBfoY93Z5uLfm6WiIZzkIWOeIyClnyIgKCAhH+rgoF/uIN/f8qEgYHhfYGB5naBgOtvgIDv&#10;aoCA72qAgO9qgIDvaoCA72qAgO9qgIDvav9oHAL/eBcC/4cYAv+UHQL/nyMD+KkqBOyxMQfitzkN&#10;1bdCHMmwTi2+qlc9tKNfSqueZ1WjmG5fnJR1ZpaQfG2QjYNzi4qLeIaIlHyBhp6AfYSognuEtYR5&#10;hMeEeobgf3uF5nd7hetwe4Tua3uE7mt7hO5re4Tua3uE7mt7hO5re4Tua/9pGwL/ehYC/4oXAv+X&#10;HAL/oyEC9K0nA+i1LgXevTUK0LpAG8S0TCy6rlY7r6heSaaiZVSenWxdl5lzZpCVeWyKkoFyhZCJ&#10;d3+Nknx7i5t/d4qmgnSJs4NyisSDdIzgf3SL5Xh1iepxdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1s&#10;dojtbP9rGgL/fRQC/40WAf+aGgH/ph4B8LEjAuS7KQPZwjAJy70/GcC4Siq1slQ6qqxcR6GnY1KZ&#10;o2pckZ9xZIqbd2uEmH9xfpaGdnmTj3t0kpl+cJCkgW2QsYJrkMGCbZLdf26R5Xhvj+pxcI7tbHCO&#10;7Wxwju1scI7tbHCO7Wxwju1scI7tbP9uGAL/gBIB/5AVAf+eFwH7qxoB7LceAeDDIQHSxi0IxsE9&#10;GLq8SSivt1I4pbJaRZytYVGTqWhai6VvYoSidWl+n3xveJ2EdHObjXlumZZ8apiif2eXroBlmL+B&#10;ZZnYf2iY5XhplupxapTtbGqU7WxqlO1sapTtbGqU7WxqlO1sapTtbP9xFgL/gxEB/5QTAf+iFAD1&#10;sBQA5r4UANnMFQDMyisHwMY7FrXBRyaqvFE2n7hYQ5azYE6NsGZYhaxtYH6qc2d3p3pscqWCcmyj&#10;i3ZoopR5ZKGgfGCgrX1fob1+XqLUfWGh5nZinetwY5vubGOb7mxjm+5sY5vubGOb7mxjm+5sY5vu&#10;bP90EwH/hxAB/5gQAP6nEADntw0A1sULANDQEQDFzygFucs5FK7HRSOjw08zmb9XQI+7XkuGuGRU&#10;frVrXHeycWNxsHhpa66AbWatiXJhq5N1XaueeFuqrHlZq7x5WKzSeVqr6HNcp+xuXaTval2k72pd&#10;pO9qXaTval2k72pdpO9qXaTvav95EQH/jA4A/54NANyuCADSuwkAzMgJAMfWDgC91SUEstI2EafO&#10;QiCcykwvksdUPIjDXEd/wWJQd75pV3C8cF5qu3djZbl/aGC4iGxct5JvWLaecVW2q3NTt7tzUrfS&#10;c1S3629Wsu9qV6/xZ1ev8WdXr/FnV6/xZ1ev8WdXr/FnV6/xZ/9/DgH/kwsA4aUFANKzBwDJvgcA&#10;wssIALzdDgC03SMDqtozDZ/WQByU00oqitBSN4DNWkF4y2FKcMloUWrIb1dkxnZcX8V/YFrFiGRW&#10;xJJnU8SeaVDErGpPxLxrTsXTak/F7WhQwPNkUb31YVG99WFRvfVhUb31YVG99WFRvfVhUb31Yf+G&#10;CgDwmgQA1KoEAMi2BgC+wQUAt88JALDjEQCo4yUEn+I1DZXgPhmL3kglgdxQMHjaWDpw2F9CadZn&#10;SWPVbk9e1HZTWdN/V1XTiVpS05NdT9OgX03TrWBL1L5gStXYYEvU7V5M0fdcTMz5WkzM+VpMzPla&#10;TMz5WkzM+VpMzPlaTMz5Wv+PAwDaogAAyq8DAL25BAC0xgUAq9QJAKTqFAGc6SgGk+k0DonoPRh/&#10;50Qid+ZOKm/mVzJp5V84Y+VnPV/kb0Ja5HdFVuSASVPkiktQ5JROTeSfUEvlrFFJ5btSSObPUkjm&#10;6FJI5PhRSOH8T0jh/E9I4fxPSOH8T0jh/E9I4fxPSOH8T+GZAADNqQAAvrMCALO+AwCoywUAn9oJ&#10;AJjyGAKQ8ioHhvIzDnzxOxZ08UMdbPFLI2bxVClh8V0tXfFmMVnxbjVW8XY3U/F/OlDyiDxN8pI+&#10;S/KdQEnzqUFH87ZCRvTHQ0X030NE9PBDRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpCRPL6QtGiAADA&#10;rgAAsrgBAKfEAgCc0gQAku0MAIz7HAOC+ygHefsxDHD8ORJp/EEXYvxJHFz8UCBX/FkjVP1iJlH9&#10;aihP/XMqTP57LEr+gy5I/o0vRv+YMUT/ojJD/64zQf+7NED/yzQ//+M0P//vNT//7zU//+81P//v&#10;NT//7zU//+81P//vNcSqAACzswAAp78AAJrLAACP2gIAhv8PAX7/HAN1/yUGbP8tCmT/Ng5d/z4S&#10;WP9FFVL/TRhP/1UaTP9cHEn/ZB5H/2sfRP9zIEL/fCJB/4UjP/+PJD3/miU7/6QmOv+vJjn/uic4&#10;/8onOP/cKDj/3Cg4/9woOP/cKDj/3Cg4/9woOP/cKLWvAACnugAAmsYAAI3UAACB5gEAev8QAXD/&#10;GAJn/yEFX/8pB1j/MQpS/zkNTf9BD0n/SBFF/08TQv9VFED/XBU9/2IWO/9pFzn/cBg3/3kZNf+C&#10;GTP/jBoy/5cbMP+hGy//qhwv/7UcLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cLv+/HKm1AACawgAA&#10;jM8AAH/eAAB2/wUAbP8OAWL/FAJa/xsDU/8kBU3/KwdH/zMJQ/86Cj//QQs7/0cMOP9NDTX/Uw4z&#10;/1gPMf9eDy//ZBAt/2sRK/9zESn/fBIn/4YSJf+QEyT/mRMj/6MUIv+rFCL/qxQi/6sUIv+rFCL/&#10;qxQi/6sUIv+rFJy+AACNywAAftoAAHDmAABn/wAAXf8KAVT/EAFN/xUCR/8dA0H/JAQ8/ysFN/8y&#10;BjT/OAcw/z0ILf9DCCr/SAko/00JJv9SCiT/Vwoi/10LIP9jCx7/awsc/3MMGv98DBj/hAwX/44N&#10;Ff+VDRX/lQ0V/5UNFf+VDRX/lQ0V/5UNFf+VDf9SJQP/TS8E/1EyBv9XNQf/WjwK/1tFDv9aTxP/&#10;WV0X/1htG/9Wex//VYki/1OVJf9SoCf/Uagp/1CxKv9QuCv/T8Es/0/KLf9O1i7/TuQu/07tL/9O&#10;8y//Tfgw/038MP9M/zD8TP8w+Uz/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v+Ez/L/9TJAP/TS8E/1Qw&#10;Bf9ZNAf/XToK/19DDv9eThP/XVoY/1tqHP9aeSH/WIYk/1aSJ/9VnSn/VKYr/1OuLf9Sti7/Ur4v&#10;/1HHMP9R0jH/UOEy/1DrMv9P8jP/T/cz/078NPtO/zT4Tf809U7/MvRO/zL0Tv8y9E7/MvRO/zL0&#10;Tv8y9E7/Mv9TJAP/Ti4E/1YvBf9cMgf/YDgK/2JBDv9iTBP/YFgY/19oHf9ddiL/W4Mm/1mPKf9Y&#10;miz/VqMu/1WsMP9VszH/VLsz/1PENP9TzjX/Ut42/1LpN/9R8Tf/UfY4+1D7OPdP/zj0T/838VD/&#10;NfBQ/zTwUP808FD/NPBQ/zTwUP808FD/NP9UIwP/UC0E/1ktBf9fMAf/YzYK/2ZADv9mShP/ZVUZ&#10;/2NlHv9hcyP/XoAo/1yMLP9bly//WaEx/1ipNP9XsDX/Vrg3/1XBOP9Vyzn/VNo6/1TnO/9T8Dz7&#10;UvY99lH7PfJR/z3vUv877FL/OOtS/zjrUv8461L/OOtS/zjrUv8461L/OP9VIwP/UisE/1wrBf9j&#10;Lgf/ZzQK/2o+Dv9rSBP/alMZ/2hhH/9mcCX/Y30q/2CIL/9ekzP/XJ02/1ulOP9arTr/WLU8/1e9&#10;Pv9Xxz//VtNB/FXkQvlV7kP1VPZE8FP8ROxU/0HpVf8/5lX/POVV/zvlVf875VX/O+VV/zvlVf87&#10;5VX/O/9WIgP/VSkE/18oBf9nKwb/bDIJ/288Df9wRhP/cFAZ/25dIP9rayf/aHkt/2WEMv9ijzf/&#10;YJk7/l6hPv1cqUH7W7FD+lm5RflYwkf3V85I9VbgSvFW7EvuVfZM6Vb8SuVX/0biWP9D3ln/QN1Z&#10;/z/dWf8/3Vn/P91Z/z/dWf8/3Vn/P/9XIgP/WScE/2MmBP9rKAb/cTAI/3Q5Df91QxP/dU0Z/3VZ&#10;If9xZyn/bXQw/WqANvpmijz4Y5RA9mGcRPRepEjyXKxL8Vu0Te9ZvVDtWMlS61faU+dW6VXkV/VU&#10;4Vn9T9ta/0vVW/9I0Fz/RM9c/0TPXP9Ez1z/RM9c/0TPXP9Ez1z/RP9YIgP/XCQD/2YjBP9vJgX/&#10;di4I/3o3DP97QRL/e0sZ/3tVIf53Yyr5c28y9m57OvJqhUHvZo9H7GOXTOpgn1DoXadU5VuvV+NZ&#10;uFrhV8Nd31fSXtpW5l7WWfNa0lz8Vc1e/1DJXv9MxV//ScRf/0jEX/9IxF//SMRf/0jEX/9IxF//&#10;SP9ZIQL/XyID/2ohBP90JAX/eywH/381C/+BPhH/gkgZ/YJSIfd+XyvyeWs17XN1PulugEblaYlN&#10;4WWRVN5hmVnaX6Jc1l2qX9Ncs2HQW75izlvMY8ta4mPIXPFgxl/6WsFg/lW9Yf9RumL/Tbli/0u5&#10;Yv9LuWL/S7li/0u5Yv9LuWL/S/9ZIQL/YiAD/24fA/94IwT/fysG/4QzCv+HPBD+iEUX94hOIfCE&#10;WyvqfmY25HhwQd9yekvZbYNS02mMWM9mlVzMZJ1fyWKlYsZgrmTDX7hmwV7EZ79e2Gi8X+tmumP3&#10;X7Zk+1mzZf5VsGX/UK9l/0+vZf9Pr2X/T69l/0+vZf9Pr2X/T/9aIAL/ZR4D/3EcA/98IgP/hCkF&#10;/4kxCf+MOg75jkMW8Y5MIOqKWCvjhGI3235sQ9N4dkzNc39TyG+HWcRrkF7AaZhivWagZbplqGi3&#10;Y7JqtWK+a7NizmywYuVrr2b0ZKxn+F2paPxYp2n/U6Zp/1Kmaf9Spmn/UqZp/1Kmaf9Spmn/Uv9b&#10;IAL/ZxwC/3QaAv9/IAP/iCcE/44vB/2SNwz0lEAU7JVJHuSQVSrbil830YRpQ8p9ckzEeHtUv3SD&#10;Wrpxi1+2bpNks2ubZ69ppGqtZ61sqma4bqhmx2+lZt9vpWrxaKJr9mGgbPlbnmz9Vp5s/lWebP5V&#10;nmz+VZ5s/lWebP5Vnmz+Vf9cHwL/ahoC/3cZAv+DHwP/jCUE/5ItBvmXNQvvmT4S55tGHN6WUinS&#10;kFw3yolmQsODb0y8fndUt3l/W7J1h2Cuco9lqnCXaKZtn2yjbKluoGu0cJ5qwnGcatdxnG7ua5pv&#10;82SZb/hel3D8WJdw/VeXcP1Xl3D9V5dw/VeXcP1Xl3D9V/9eHgL/bBkC/3oYAv+GHQL/jyMD/5Yr&#10;BfWbMwnrnzsQ4qBFGdebUCjMlFo2xI1jQryIbEy1gnRUsH58W6t6hGCmd4tlonSTaZ5ynG2bcKVw&#10;mG+wcpVuvXOTb9BzlHLrbpNz8maSc/ZgkHP6WpBz+1mQc/tZkHP7WZBz+1mQc/tZkHP7Wf9fHQL/&#10;bhcC/30XAv+JHAL/kiIC/ZopBPGgMAfnpDkN3qVDF9GfTifHmFg1vpJhQbaMaUuvh3FUqYJ5W6R/&#10;gGCffIhlm3mQapd2mW2TdaJxkHOsc41zunSLc8t1jHbncIx38GiLd/Viinf5XIp3+lqKd/painf6&#10;Wop3+lqKd/painf6Wv9hGwL/cRYC/38WAf+LGgH/lSAC+Z4mA+2kLgXjqTYK2KlAFsyjTCbCnFY0&#10;uZZfQLGQZ0qqi29TpId2Wp6DfmCZgIVllH2NapB7lm6MeZ9xiXiqdIZ3tnWEd8d2hXrkcoZ772qF&#10;e/RkhXv4XYV7+VyFe/lchXv5XIV7+VyFe/lchXv5XP9jGgL/cxQB/4EVAf+OGQH/mR4B9qEjAuqp&#10;KgTgrzIH0qw+FcemSyS9oFUztJpeP6yVZUqlkG1Snox0WZiIe2CThYNljoKLaoqAk26Gfp1xgn2n&#10;dH98tHZ9fMV2fX7gc39/7mt/f/Nlf373Xn9++F1/fvhdf374XX9++F1/fvhdf374Xf9lGAL/dRMB&#10;/4QUAf+RFwH/nBsB8qUgAeauJgLbtC4Gzq89FMOqSSO5pFMxr55cPqeZZEmglGtRmZByWZONeV+O&#10;ioBkiYeIaYSFkW6Ag5pxfIKldHmBsnZ3gcJ2doLddHmE7Wx5g/JmeoL3X3qC+F56gvheeoL4XnqC&#10;+F56gvheeoL4Xv9nFwL/dxEB/4cTAf+UFQD+nxgA7qocAeKzIQHVtyoFybM7E76uSCK0qFIwq6Na&#10;PaKeYkebmWlQlJVwWI6Sd16Ij35kg42GaX6Lj215iZhxdoejc3KGr3Vwhr92b4fXdXOJ7W1ziPJm&#10;dIf2YHSH9190h/dfdIf3X3SH9190h/dfdIf3X/9pFQH/ehAB/4oRAP+XEgD5oxQA6q4VAN25FwDP&#10;uigExLc5EbmyRiCvrFAvpqdYO52jYEaVn2dPjptuVoiYdV2ClXxjfZOEaHiRjGxzj5Zwb46gcmyN&#10;rXRqjb11aY3SdWyQ7W1tjvFnboz2YG6M919ujPdfboz3X26M919ujPdfboz3X/9sEwH/fQ8B/40Q&#10;AP+bEAD0qA8A5bUNANW/EADKviYDv7s3ELS2RB6qsU4toa1XOZipXkSQpWVNiaJsVYKfc1t8nHph&#10;d5qBZnKYimptlpRuaZWecWaUq3NjlLpzYpXPc2aX7GxnlfFmaJP2YGiS919okvdfaJL3X2iS919o&#10;kvdfaJL3X/9vEQH/gQ4A/5EOAPKgDADarQkA07gKAM7DDgDEwiMDub81Dq+7Qhykt0wqm7NVN5Kv&#10;XEGKrGNKg6lqUnymcVl2pHhecKJ/Y2ugiGdnnpFrY52dbl+dqXBdnblwXJ3NcF+f62thnfJlYpr2&#10;YGKZ915imfdeYpn3XmKZ915imfdeYpn3Xv9zEAH/hQwA+pYKANulBgDRsQgAy7sIAMbHCwC9xyAC&#10;ssUyC6jBQBmevkonlLpTNIu2Wj6DtGFHfLFoT3Wvb1VvrXZaaqt9X2WphmNhqJBnXaebalmnqGtX&#10;p7hsVqfMbFio6Whap/RjW6P4Xlyj+V1co/ldXKP5XVyj+V1co/ldXKP5Xf94DQD/iwkA35wDANKp&#10;BgDJtAcAwr4GALzMCAC1zRwBq8svCaHIPRaXxUgjjcJRL4S/WDp8vF9DdbpmSm+4bVBpt3RVZLV8&#10;Wl+0hV5bs49hV7OaZFSyp2VSsrdmUbPMZlKz6WNUsvdfVa76W1at+1pWrftaVq37Wlat+1pWrfta&#10;Vq37Wv9+CQDykQIA1qECAMqtBQDAtwUAuMIFALLPCQCr1BcAo9MrBpnQOhKPzkUfhctOKn3JVjR1&#10;x109bsVlRGjEbEljwnNOXsF7U1nBhFZVwI9ZUr+bXE+/qF1Nv7heTMDNXkzA6lxOv/lZT7z+VVC6&#10;/lVQuv5VULr+VVC6/lVQuv5VULr+Vf+FAgDdmAAAzaYCAMGxAwC3ugMArsYGAKfTCgCg3RUAmd0o&#10;BJDbNw6G2UIZfdZLJHXUVC1t0lw1Z9FjPGHQa0Fcz3JGWM97SVTOhE1Qzo9QTc6bUkvOqVNJzrlU&#10;SM/PVEjO61NJzvhQSsv/TkrK/01Kyv9NSsr/TUrK/01Kyv9NSsr/TeePAADRnwAAw6sBALe0AgCt&#10;vwMAo8sGAJvZCgCU5RoBjeUrBoTkNQ174z8Wc+JIHmzhUiZm4VosYOBiMlvgajZX4HI6U997PVDf&#10;hUBN349DSuCbRUjgqEZG4LhHReHMR0Xg6EdF3/ZGRd7/REXe/0RF3v9ERd7/REXe/0RF3v9ERd7/&#10;RNmXAADHpgAAuLAAAKy5AQCixQIAmNEGAI/rDQCJ7h8CgO4rBnjtNAxw7T0TaO1GGWLtTh5d7Vcj&#10;We1gJ1XtaCpS7XEtT+15L0ztgzJK7o00R+6YNUXupTdD77M4QvDEOEHw3zlB7+84QO39OEDs/zhA&#10;7P84QOz/OEDs/zhA7P84QOz/OMugAAC6qwAArbQAAKHAAACWzAEAi9kFAIT4EQF8+B8CdPgpBmz4&#10;Mgpk+DsPXvlDE1j5SxdT+VMaUPlbHU36ZB9K+mwhSPp0I0b6fiVE+4gmQfuTKED7nik+/KsqPfy5&#10;Kzv9yys7/eIrOvz0Kzr89ys6/PcrOvz3Kzr89ys6/PcrOvz3K72oAACusAAAobwAAJXIAACJ1AAA&#10;fugFAHf/EgFv/xwCZ/8mBWD/LwhZ/zcLVP8/Dk//RxFL/04TR/9WFUT/XRZC/2QYQP9sGT3/dRo7&#10;/34bOf+JHDf/lB02/6AeNf+sHzP/uR8z/8gfMv/iIDL/5yAy/+cgMv/nIDL/5yAy/+cgMv/nILCt&#10;AACitwAAlcQAAIfQAAB73QAAcv0JAGr/EQFh/xkCWv8iA1T/KgVO/zIHSf86CUX/QQtB/0gMPv9O&#10;Djv/VQ84/1sQNv9iETT/aREy/3ISL/97Ey3/hhQr/5IVKv+eFSn/qRYo/7MWJ//CFif/xxYn/8cW&#10;J//HFif/xxYn/8cWJ//HFqS0AACWwAAAh8wAAHraAABt6wAAZP8FAFz/DgFU/xQBTf8cAkj/JARC&#10;/ywFPv8zBjr/OQc2/0AIM/9FCDD/Swku/1EKK/9XCin/XQsn/2QLJP9sDCL/dg0g/4ANHv+MDh3/&#10;lw4c/6EOG/+sDxv/rg8b/64PG/+uDxv/rg8b/64PG/+uD5e8AACIyQAAedYAAGvjAABf9gAAVv8A&#10;AE7/CgBH/xABQf8WAjz/HQI3/yQDMv8qAy//MAQr/zYFJ/87BSX/QAUi/0UGIP9KBh7/UAYb/1YH&#10;Gf9cBxf/ZAgV/20IE/93CBH/gQkQ/4sJEP+VCQ//mAkP/5gJD/+YCQ//mAkP/5gJD/+YCf9JJwL/&#10;RDEE/0sxBP9QNAb/UjoI/1JDC/9RTg//T1wT/01rFv9MeRn/S4cb/0mTHf9InR//SKYg/0euIf9H&#10;tSL/Rr0j/0bGI/9G0CT/RuAk/0bqJf9G8yX/Rvol/0b/Jf9G/yX/Rv8l/0b/JP1G/yP9Rv8j/Ub/&#10;I/1G/yP9Rv8j/Ub/I/9JJwL/Ri8D/00vBP9SMgb/VTkI/1VCC/9UTQ//UlkT/1BoF/9Pdxr/ToQd&#10;/0yRH/9LmyH/SqQi/0qsI/9JsyT/Sbsl/0jEJv9IzSb/SN0n/0joJ/9I8Sj/SPko/0j/KP9I/yj+&#10;SP8o+0j/J/lI/yb5SP8m+Uj/JvlI/yb5SP8m+Uj/Jv9KJwL/SC0D/1AtBP9VMAb/WDYI/1lAC/9Y&#10;Sw//VVYT/1RmGP9SdBv/UYEe/0+OIf9OmCP/TaEl/02pJv9MsSf/S7go/0vBKf9Lyir/Stkq/0rm&#10;K/9K8Cv/Svgs/0r/LP1K/yz6Sv8r90r/KfVK/yj1Sv8o9Ur/KPVK/yj1Sv8o9Ur/KP9LJgL/SysD&#10;/1IrBP9YLgX/WzQI/10+C/9dSQ//WlQU/1liGP9XcR3/VX4g/1OKI/9SlSb/UZ4o/1CmKv9Priv/&#10;TrUs/069Lf9Nxy7/TdMv/0zjMP9M7TD8TPYx+kz+MfdM/zH1Tf8v8k3/LfBN/yvwTf8r8E3/K/BN&#10;/yvwTf8r8E3/K/9LJgL/TikD/1YpBP9cKwX/YDEH/2I7C/9iRg//YFEU/15fGf9cbR7/Wnoj/1iG&#10;Jv9WkSn/VZos/1OiLv9SqjD/UbEx/1G5M/9QwzT+T841+0/fNvhO6zf1TvU48k79OPBP/zXuUP8z&#10;61H/MelR/y/pUf8v6VH/L+lR/y/pUf8v6VH/L/9MJQL/UScD/1omA/9gKAX/ZS8H/2g5Cv9oQw//&#10;Z04V/2VaGv9iaCD/X3Yl/12BKv9ajC7+WJYx/FeeNPtVpjb5VK04+FO1OvdSvjv1Uck981HaPvBQ&#10;6D/sUPNA6VH9PuhT/zvmVP8441X/NeFV/zPhVf8z4VX/M+FV/zPhVf8z4VX/M/9NJAL/VCQD/10j&#10;A/9lJQT/ai0G/202Cv9uQA7/bUsU/2tWG/9oZCH+ZXEo+2J9LfhfhzL2XJE281qZOvJYoT3wV6lA&#10;7lWxQuxUuUTrU8RG6VLSSOVR5UniUvJI31T8RN1W/0DbWP891ln/OtJZ/zjSWf840ln/ONJZ/zjS&#10;Wf840ln/OP9OJAL/WCED/2EgA/9qIwT/cCsF/3M0Cf90Pg7/dEgU/3JSG/tvXyP2a2wq8md3Me9j&#10;gjfsYIs96V2UQeZanEXkWKRJ4lasTOBUtE7dVL9Q21TNUNdT4lHSVPBO0Ff7Ss5a/0XNXP9CyVz/&#10;PsVc/zzFXP88xVz/PMVc/zzFXP88xVz/PP9PIwL/Wx8C/2UdAv9uIQP/dSkF/3kxCP96Owz/ekQT&#10;+nlOG/R2WyPucWcs6WxyNeVofDzhY4VD3WCOSNldl0zVXJ9P0lqnUc9ZsFPNWLpUy1jGVclX2lbF&#10;V+xVw1v5T8Je/0rAX/9GvWD/Qrpg/0C6YP9AumD/QLpg/0C6YP9AumD/QP9SIQL/Xh0C/2kaAv9z&#10;HwP/eiYE/34vBv+BOAv7gUES84BLGux8VyPmd2Mt4HFtONptd0DTaYBGz2WJS8tjkU/IYJlSxV+h&#10;VcJdqlfAXLNZvly/Wrxbzlu4W+Vbt171Vbdi/0+1Y/9KsmT/RrBk/0OwZP9DsGT/Q7Bk/0OwZP9D&#10;sGT/Q/9VHwL/YRoC/20YAv93HQL/fiQD/4QsBf6HNQn1iD4Q7YdIGOWDVCLefl8u1HhpOM5zc0DJ&#10;bnxHxGuETMBojFG9ZZRUumOcV7dipVq0YK5csmC5XrBfx16tX99frGLxWaxl/lOqZ/9OqGf/SqZn&#10;/0amZ/9Gpmf/RqZn/0amZ/9Gpmf/Rv9XHQL/ZBgC/3AWAv97HAL/gyIC/4kqBPmMMgfvjjsN545E&#10;Ft6KUSHUhFwtzH5mOMV4b0HAdHdIu3CATbdtiFKzapBWsGiYWaxmoFyqZalfp2S0YKVjwmGjY9Vi&#10;omXtXaJp+1ehav9Rn2v/TJ5r/0mea/9Jnmv/SZ5r/0mea/9Jnmv/Sf9ZHAL/ZxYB/3MVAf9+GgH/&#10;hyAC/40nA/SSLwbqlDgL4ZRCE9aPTiDMiVktxYNjN759a0C4eXRIs3V8Tq5yhFOqb4xXp22UW6Nr&#10;nF6gaaVgnmiwY5tnvWSZZ85kmGnoYZpt+VqZbv9Ul27/T5Zu/0uWbv9Llm7/S5Zu/0uWbv9Llm7/&#10;S/9bGgL/aRQB/3YUAf+BGAH/ih0B/JEkAvCXLATlmjQI3Jo/Ec+UTB/GjlcsvohgN7eCaUCxfnFI&#10;rHp5Tqd3gFOjdIhYn3GQXJtvmF+YbaFilWysZJNsuWaRa8lmkG3kZJFx9lyRcv5WkHL/UZBy/02Q&#10;cv9NkHL/TZBy/02Qcv9NkHL/Tf9dGAH/axMB/3kTAf+EFgH/jhsB+JUhAeubKAPhoDAG1Z49EMqY&#10;Sh7BklQruYxeNrGHZj+rgm5Hpn52TqF7fVOceIVYmHaNXJR0lV+Rcp5jjnGpZYtwtWeJcMVniHDg&#10;Zop09F6LdvxYinb/Uol2/06Jdv9OiXb/Tol2/06Jdv9OiXb/Tv9fFwH/bhEB/3sSAf+HFAD/kRgB&#10;9JkdAeegIwLdpSsEz6E7D8WcSB28llMqtJBcNayLZD+mh2xHoINzTZuAelOWfYJXknqKXI54kmCK&#10;dpxjh3WmZoR0smiCdMJogHTbaIN48mCEevtZhHn/VIR5/0+Eef9PhHn/T4R5/0+Eef9PhHn/T/9h&#10;FQH/cBAB/34RAP+KEgD/lBUA8J0ZAOOlHgHXqCgDy6U5DsGfRhu3mlEpr5VaNKeQYj6hi2pGm4dx&#10;TJWEeFKQgX9XjH+HXIh9kGCEe5ljgHqjZn15sGh7eb9pennWaXx88GF+fvpafn3+VX59/1F+ff9R&#10;fn3/UX59/1F+ff9Rfn3/Uf9jFAH/cg8B/4EQAP+NEQD8mBIA7KETAN+qFgDRrCYDx6g3DbyjRBqz&#10;nk8nqplYM6OUYD2ckGhFloxvTJCJdlKLhn1XhoSFW4KCjl9+gJdjen+hZnd+rWh1fr1pc37SaXaB&#10;7mJ4gvpbeIL+VnmB/1F5gf9ReYH/UXmB/1F5gf9ReYH/Uf9lEwH/dQ4A/4MOAP+QDgD1mw4A6KYO&#10;ANmvDwDMryQCwqs1DLinQxmuok4mpp1WMZ6ZXjuXlWZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpVi&#10;dISfZXGDq2hug7ppbYPOaW+G62Nyh/lcc4b9VnOF/1Jzhf9Sc4X/UnOF/1Jzhf9Sc4X/Uv9oEQH/&#10;eA0A/4YNAPaTDADeoAkA1qkKANKyDQDHsiICva8zCrOrQReqp0wkoaJVMJmeXTqSmmRCi5drSYWU&#10;clCAknlVe4+BWnaNiV5yjJJiboqdZWuJqWdoibhoZ4nLaGmL6WNsjflcbYz9V22K/1Jtiv9SbYr/&#10;Um2K/1Jtiv9SbYr/Uv9rEAH/ewsA/4oKAOKYBgDWowgA0KwJAMu1CwDBth8BuLQxCa6wPxakrEoi&#10;nKhTLpSkWziMoGJAhp5pSICbcE56mXdTdZZ+WHCUh1xsk5BgaJKbY2SRp2VikLZmYJHJZmKS52Jl&#10;lPhcZ5L9V2eR/1Jnkf9SZ5H/UmeR/1Jnkf9SZ5H/Uv9uDgD/fwkA8Y4FANmbBQDPpgcAya8HAMS5&#10;CAC7uhwBsrgvB6i1PROfsUgglq5RK46qWTWGp2A+gKVnRXqibkt0oHVRb558VWqchVlmm45dYpqZ&#10;YF6ZpmJcmbRjWpnHY1ua5WBfm/dbYJr+VmGY/1JhmP9SYZj/UmGY/1JhmP9SYZj/Uv9yCwD/gwUA&#10;35MBANGfBADJqgYAwbIFALu9BAC0vxgAq74sBaK7OhGZuEUdkLVPKIeyVzKAr146ea1lQnOrbEhu&#10;qXNNaad6UWSmg1ZfpI1ZXKOYXFijpF5Wo7NfVaPGX1Wk5F1YpPZYWqP/VFuh/1Bbof9QW6H/UFuh&#10;/1Bbof9QW6H/UP93BwDwiQAA1pgAAMukAwDBrQQAubYDALLABACrxRQAo8UoBJvCNw6RwEMZib1M&#10;JIC6VS55uFw2crZjPW20akNns3FIYrF5TF6wgVBar4tUVq+XVlOuo1hQrrJZT67GWU+u5FhRrvZU&#10;U67/UFSs/01UrP9NVKz/TVSs/01UrP9NVKz/Tf99AADfjwAAzp0AAMOoAgC5sAIAsLoCAKjEBQCh&#10;zA8Am8wjApLKMwqJyD8VgcZJH3nEUihywlowa8FhN2a/aDxhvnBBXL14RVi8gUlUvItMUbuWT067&#10;o1FMu7NSSrvGUkq75FFMu/ZOTbr/S065/0lOuf9JTrn/SU65/0lOuf9JTrn/Se+FAADUlQAAx6MA&#10;ALqsAQCwtAAAp78DAJ7JBgCV1AsAkNUdAYnULgaA0jwQeNBGGXHPTyFqzlgpZM1fL1/MZzRay245&#10;Vsp3PVLKgEBPyYtDTMmXRUnJpEdHybNIRsrISEbK5kdHyfdFR8j/Q0jH/0JIx/9CSMf/QkjH/0JI&#10;x/9CSMf/Qt6NAADLnAAAvacAALGwAACmugAAnMQDAJPPBwCK3QwAhd8dAX7fLAV23jcLb95DE2jd&#10;TRpi3FUgXdtdJljbZSpU2m0uUNp2Mk3agDVK2os3R9qXOUXapDtD27Q8QtzIPELb5TtC2vQ6Qtn+&#10;OkPY/zlD2P85Q9j/OUPY/zlD2P85Q9j/OdCWAADBowAAsqwAAKe1AACcwAAAkcoDAIfWBwCA6REA&#10;eekgAnLpLAVr6TYKZOk/D17pSBRZ6VEZVehaHFHpYiBO6WsjS+l0JUjpfSdG6YgqQ+mTK0HqoC1A&#10;6q8uPuvALj3s2y496u8uPej8Lj3n/y095/8tPef/LT3n/y095/8tPef/LcWfAAC1qQAAqLEAAJy8&#10;AACQxwAAhNIBAHrfBgB09BMAbfQgAmb0KgRf9DQIWvU9C1T1RQ9P9UwSTPVVFEn2XRdG9mUYRPZu&#10;GkH2dxw/94EdPfeNHzv3mSA5+KYhOPi1Ijf5yCI2+eMiNvjzIjb3/CI29/wiNvf8Ijb3/CI29/wi&#10;Nvf8IremAACprgAAnLkAAJDEAACDzwAAd9sAAG/2CgBn/xMBYP8dAlr/JwNU/zAFT/84CEr/QApG&#10;/0gMQ/9PDkD/Vg89/14QO/9lEjj/bhM2/3cUNP+CFTL/jxYw/5sXL/+pFy7/txgt/8gYLP/hGCz/&#10;7xgs/+8YLP/vGCz/7xgs/+8YLP/vGKurAACetQAAkMEAAILMAAB12QAAaeQAAGH/CQBb/xEAVP8Z&#10;AU7/IgJJ/ysERP8yBUD/OgY8/0EHOf9HCDb/Tgkz/1QKMf9bCy7/Ygws/2sMKf91DSf/gA4l/40O&#10;JP+aDyP/phAi/7MQIf/BECH/0BAh/9AQIf/QECH/0BAh/9AQIf/QEJ+yAACRvgAAg8oAAHXWAABn&#10;4gAAW/EAAFT/BgBO/w4ASP8UAUL/HAI9/yQCOf8rAzX/MgQx/zgELv8+BSv/QwUo/0kGJf9PBiP/&#10;Vgch/10HHv9lCBz/bwgZ/3oJF/+HCRb/lAkV/58KFP+qChT/swoU/7MKFP+zChT/swoU/7MKFP+z&#10;CpO7AACExwAAddMAAGfhAABY6AAATvsAAEj/AABB/woAO/8QATb/FQEx/xwBLf8iAin/KAIl/y0C&#10;Iv8yAx//OAMc/z0DGv9CAxf/SAQV/04EE/9VBBH/XQUP/2cFDf9yBQz/fQUK/4kGCv+TBgn/nAYJ&#10;/5wGCf+cBgn/nAYJ/5wGCf+cBv8/KgL/PzAD/0QwA/9IMwT/STkG/0hCCP9GTQv/RVsO/0NpEf9B&#10;dxP/QIUV/z+RFv8+mxj/PqQY/z2rGf89sxr/Pboa/z3DGv88zBv/PNsb/zznG/888Bv/PPgb/z3/&#10;G/89/xv/Pf8b/z3/Gv89/xn/Pf8Z/z3/Gf89/xn/Pf8Z/z3/Gf9AKgL/QS4D/0cuA/9KMQT/TDcG&#10;/0tACP9KSwv/SFkP/0ZnEf9EdRT/Q4IW/0KPGP9BmRn/QaIa/0CpG/9AsRv/P7gc/z/AHP8/yR3/&#10;P9Yd/z/lHf8/7x3/P/ce/z/+Hf8//x3/P/8d/0D/HP5A/xv+QP8b/kD/G/5A/xv+QP8b/kD/G/9A&#10;KgL/QywD/0ksA/9NLwT/TzUG/1A+CP9OSQz/TFYP/0pkEv9IchX/R38Y/0aLGf9Flhv/RJ8c/0Sn&#10;Hf9Drh7/Q7Uf/0K9H/9CxiD/QtEg/0LiIf9C7SH/QvUh/0L9If1C/yH7Q/8g+kP/H/lD/x75Q/8e&#10;+UP/HvlD/x75Q/8e+UP/Hv9BKQL/RioD/0wpA/9RLAT/UzIG/1Q8CP9URwz/UVIP/09gE/9Nbxf/&#10;THwZ/0qIHP9Jkh7/SJsf/0ejIf9HqyL/RrIj/0a6I/9GwyT/Rc0l/0XeJf9F6ib8RfQm+UX8JvZF&#10;/yb1Rv8k9Eb/I/NH/yHzR/8h80f/IfNH/yHzR/8h80f/If9CKAL/SScC/1AmA/9VKAT/WC8F/1o5&#10;CP9aRAz/V08Q/1VcFP9Tahj/UXcb/0+DH/9OjiH/TZcj/0yfJf9Lpyb/Sq4n/0q2Kf5Jvir9Sckq&#10;+kjZK/dI5yz0SPIs8Uj7LO9J/yrtSv8o7Er/J+tL/yXrTP8l60z/JetM/yXrTP8l60z/Jf9DKAL/&#10;TSQC/1QjA/9aJQP/XiwF/2A2B/9gQQv/XkwQ/1tXFf9ZZhn/V3Ie/1V+Iv5TiSX8UZMo+lCbKvlP&#10;oyz3Tqou9k2yL/RMujDzTMQy8kvRM+5L5DTqSvA050v6M+VN/zDkTv8t4k//K+FQ/ynhUP8p4VD/&#10;KeFQ/ynhUP8p4VD/Kf9GJQL/UCEC/1ggAv9fIQP/ZCoE/2YzB/9mPQv/ZUgQ/2JTFf9gYRv8XW0g&#10;+Fp5JfVYhCnzVo0t8FSWMO5SnjPtUaU161CtN+lOtTnnTr875k3MPONM4D3fTe483E/5OdlR/zXW&#10;Uv8y1FP/MNNU/y3TVf8t01X/LdNV/y3TVf8t01X/Lf9KIwL/VB4C/1wcAv9kHwL/aScE/2wwBv9t&#10;Ogr/bEQP/WpPFfhnXBzzY2gi72B0KOtdfi7oWogz5VeRN+NVmTrgU6A+3lKoQNxRsUHZULtC1lDI&#10;Q9NQ3ETPUOxDzFL4P8tV/zvJV/83yFj/NMdZ/zLGWf8xxln/McZZ/zHGWf8xxln/Mf9NIAL/VxsC&#10;/2AZAv9pHQL/byUD/3ItBf90Nwj9c0EO9nFLFPBuWBzqamQk5WVuK+BheTPcXoI42FyLPNNalD/Q&#10;WJxCzlejRMtVrEbJVbVHx1TAScVU0EnCU+ZJwFb1Rb5Z/0C9W/88vFz/Obtd/zW6Xf81ul3/Nbpd&#10;/zW6Xf81ul3/Nf9QHgL/WxkB/2QWAf9tGwL/dCIC/3gqBP96Mwf2ej0M73hHE+d1VBvhcF8l2mtq&#10;LdNndDTOZH06ymGGP8dfjkLEXZZFwVueSL9apkq8Wa9Muli6TbhYyE62WN9OtFnwS7Nc/UWyX/9A&#10;smD/PLBh/zmwYf84sGH/OLBh/ziwYf84sGH/OP9SGwH/XhYB/2gUAf9yGQH/eR8C/34nA/mAMAXw&#10;gTkK54BDEeB8UBrWd1skz3JmLsltbzXEang7wGeBQLxkiUS5YpFItmCZSrNfoU2xXapPrly0Uaxc&#10;wVKqXNRSqF3rUKhg+kmoY/9EqGT/QKZl/zymZf87pmX/O6Zl/zumZf87pmX/O/9VGQH/YRQB/2wS&#10;Af92FwH/fRwB/4MjAvSGLATqiDUH4YdADtaCTBnNfVgkxndiLcBzazW7b3Q8t2x8QbNphEavZ4xJ&#10;rGWUTKljnE+mYqVRpGGvU6JgvFWgYM1VnmDmVJ5k902fZ/9Hn2n/Q55p/z+daf89nWn/PZ1p/z2d&#10;af89nWn/Pf9XFwH/YxIB/28RAf95FAH/gRkB+4cgAe+MJwLkjjAF2o09DM+HShjHglUjv31fLbl4&#10;aDWzdHA8r3F4QqtugEanbIhKpGmQTqBomFGdZqFTm2WrVZhkuFeWZMhYlGThWJVo9FCWa/9Kl2z/&#10;RZZt/0GWbf9Alm3/QJZt/0CWbf9Alm3/QP9ZFQH/ZhAB/3IQAP99EgD/hRYA9owbAeqRIgHflCsD&#10;05E6C8mMRxfAh1MiuYJcLLJ9ZTWteW08qHV1QqNzfUegcIRLnG6MTplslVKVa55UkmmoV5BptFmO&#10;aMNZjGjcWo1s8lOPbv9MkHD/R49x/0OPcf9Bj3H/QY9x/0GPcf9Bj3H/Qf9bFAH/aA8A/3UPAP+A&#10;EQD/iRMA8pAXAOWWHADZmSYCzZU4CsSQRRa7i1Ehs4ZaLK2CYzSnfms7oXpyQZ13ekaZdYFLlXOJ&#10;T5JxkVKOb5tVi26lWIhtsFqGbL9bhG3VW4Zv71WIcv1OiXT/SYl0/0SIdP9DiHT/Q4h0/0OIdP9D&#10;iHT/Q/9dEgH/aw4A/3gOAP+DDwD9jBAA7ZQSAOCaFQDTnCQCyJk2Cb+UQxW2j08gropYK6eGYTOh&#10;gmg7nH9wQZd8d0aTeX5Lj3eGT4t1j1KIc5hWhHKiWIFxrlp/cbxcfXHQXH9z7FaBdvtPg3j/SoN4&#10;/0WCeP9Egnj/RIJ4/0SCeP9Egnj/RP9fEQH/bQwA/3oNAP+FDQDyjw0A55gNANufDgDOnyIBxJ00&#10;CLqYQhSyk00fqo9WKqOKXzKchmY6l4NtQJKAdUWNfnxKiXyEToV6jFKCeJVWfnegWXt2q1t5dbpc&#10;d3bNXHh36lh7evpRfXz/S318/0Z9fP9FfXz/RX18/0V9fP9FfXz/Rf9hEAH/bwsA/30LAPWICgDf&#10;kwgA2JsKANOiDADJox8Bv6AyB7acQBOtl0sepZNUKJ6PXTGYi2Q5kohrP42FckWIg3pKhICBToB/&#10;ilJ8fZNVeHydWHV7qVtyerhccXrKXHJ86Fh1fvlRd4D/THeA/0d3gP9Gd4D/RneA/0Z3gP9Gd4D/&#10;Rv9kDwD/cgkA/38IAOWMBQDYlgcA0Z4JAM6lCgDEph0BuqQvBrGgPhGonEkdoJhTJ5mUWzCTkGI4&#10;jY1pPoiKcESDiHhJfoZ/TXqEiFF2gpFVcoGbWG+Ap1psf7Vca4DIXGuB5Vlug/dScYT/TXKE/0hy&#10;hP9HcoT/R3KE/0dyhP9HcoT/R/9mDQD/dQcA9oMFANyPAwDSmAYAzKEHAMioCAC/qRoAtagtBayk&#10;PBCkoEcbnJ1RJZSZWS+OlmA2iJNnPYKQbkN9jnZIeYx9THSKhVBwiI9UbIeZV2mGpVlmhrNbZYbF&#10;W2WG41loiPZSa4r/TWyK/0hsif9HbIn/R2yJ/0dsif9HbIn/R/9pCwD/eAQA5YcAANaSAwDNnAUA&#10;xqQGAMGrBgC5rRcAsKwrBKepOg6fpkUZlqJPI4+fVy2InF81gplmO32XbEF4lXNGc5N7S26Rg09q&#10;j41SZo6XVWONo1hgjbFZX43DWl6N4Fhij/VSZJD/TWaQ/0hmj/9HZo//R2aP/0dmj/9HZo//R/9s&#10;CAD+fAAA3ooAANCWAgDInwQAwKcEALmuAwCyshQAqrEoA6GvNwyZrEMXkahNIYmlVSqCo1wyfKBj&#10;OXeeaj5ynHFEbZp5SGiZgUxkl4tQYJaVU12WolValbBXWZXBV1iV3lZblvNQXZf/TF+X/0dglv9G&#10;YJb/RmCW/0Zglv9GYJb/Rv9wAwDrgQAA1o8AAMqaAQDBowMAuaoCALGyAQCqtxEAo7ckApu1NAqT&#10;skAUiq9KHoOtUyd8q1oudqhhNXCnaDtrpW9AZ6N3RGKif0heoYlMWqCUT1efoFFUn65TU5/AU1Kf&#10;3VJVn/NOV6D/Slmg/0ZZn/9FWZ//RVmf/0VZn/9FWZ//Rf91AADghgAAz5MAAMSfAQC6pwEAsa4A&#10;AKm2AAChvQ0Am70gAZS8MQeLuj0Qg7dIGny1UCJ1s1gqb7JfMGqwZjZlr207YK11P1ysfkNYq4dH&#10;VaqTSlGqn0xPqq5NTarATU2q3E1OqvJJUKr+RlKp/0NSqf9CUqn/QlKp/0JSqf9CUqn/QvJ8AADX&#10;jAAAyJkAAL2jAACyqwAAqbIAAKC7AgCXxAkAksUbAIvELASDwjoMe8FEFXS/Th1uvVYkaLxdKmO7&#10;ZDBfumw0Wrl0OVa4fDxTt4c/T7eSQky2n0RKtq1GSLbARki33UVJtvJDSrX/QUu1/z5LtP89S7T/&#10;PUu0/z1LtP89S7T/PeKDAADNkgAAwZ8AALSnAACqrwAAoLgAAJbAAwCMygcAhs0UAIHNJgJ6zDUI&#10;c8tBD2zKShdmyVMdYchbI1zHYihYxmosVMZyMFDFfDNNxYY2SsSSOUfEnztFxK48RMXBPEPF3zxE&#10;xPM7RMP/OUXC/zdFwf83RcH/N0XB/zdFwf83RcH/N9WLAADFmgAAt6QAAKusAACgtAAAlr4AAIvH&#10;BACB0AgAeNkOAHXZIAFv2C8Eadg8CWPWRhBe1lAVWdVYGlXUYB9R1GgiTtRxJkvTeylI04UrRdOS&#10;LkLUny9B1K8wP9XCMT/V4TA/0/IwP9L9Lz/R/y4/0P8uP9D/Lj/Q/y4/0P8uP9D/LsqUAAC7oQAA&#10;rakAAKKxAACWuwAAi8QAAIDNAwB12AgAb+QRAGrkIAFk5C0DXuQ4B1nkQQtV5EsPUeRUEk3kXRZK&#10;5GUYR+RuG0Xkdx1C5IIfQOSOIT7lmyM85aokO+a8JDrm0yQ55e4kOeP6Izni/yQ54v8kOeL/JDni&#10;/yQ54v8kOeL/JL+eAACvpgAAo64AAJe4AACKwgAAfswAAHPWAgBp5QkAZO8UAF/wIAFZ8CsDVPA1&#10;BU/wPgdL8UYKR/FODETxVw5C8V8QP/JnEj3ycBQ68nsVOPOHFjbzlBg19KIZM/SxGTL1xRox9eIa&#10;MfTxGTHx/hkx8f8ZMfH/GTHx/xkx8f8ZMfH/GbKkAAClqwAAmLYAAIvAAAB+ygAAcdUAAGXeAABe&#10;9QoAWfwTAFP8HgFO/CcCSv0wA0X9OQVB/UAGPv5IBzv+Twk4/1cKNv9eCzP/Zwwx/3ANLv98Diz/&#10;iQ8r/5YQKf+kECj/tBEn/8cRJ//hESb/8hEm//YRJv/2ESb/9hEm//YRJv/2EaepAACZswAAi74A&#10;AH7JAABw0wAAZN4AAFjnAABS/wkATf8RAEf/GQFD/yIBPv8qAjr/MgM3/zkDM/8/BDD/RgUt/00F&#10;K/9UBij/Wwcm/2MHI/9tCCH/eQkf/4cJHv+VCh3/owoc/7EKG//ACxr/1gsa/98LGv/fCxr/3wsa&#10;/98LGv/fC5uxAACNvAAAfscAAHDSAABj3gAAVeQAAEv1AABG/wUAQP8OADv/FAA3/xsBM/8jAS//&#10;KQIr/zACKP81AiX/OwMi/0EDH/9HAx3/TgMa/1UEGP9eBBX/aAUT/3QFEf+CBRD/kAYQ/50GD/+p&#10;Bg7/tQYO/7oGDv+6Bg7/ugYO/7oGDv+6Bo66AAB/xQAAcNEAAGLeAABU5QAARusAAD/+AAA5/wAA&#10;NP8JAC//DgAr/xQAJ/8aASP/IQEf/yUBHP8qARn/LwEW/zQCFP86AhH/QAIQ/0YCDv9OAgz/VgIJ&#10;/2ADB/9sAwT/eAMD/4YDAv+RAwH/nQMB/6EDAf+hAwH/oQMB/6EDAf+hA/82LQL/OS4C/z4uA/9A&#10;MgP/QDgE/z5BBv88TAj/OloK/zhoDP82dg7/NYMP/zSPEP8zmRH/M6ER/zOpEv8ysBL/MrcS/zK/&#10;Ev8yyBP/MtMT/zLjE/8y7RP/MvYS/zP+Ev8z/xL/M/8S/zP/Ef8z/xH/M/8Q/zP/EP8z/xD/M/8Q&#10;/zP/EP82LQL/OywC/0AsA/9DLwP/QzUE/0I+Bv9ASgj/PlcL/zxlDf86cw//OIAQ/zeMEf83lhL/&#10;Np8T/zanE/82rhT/NrUU/za8FP81xRX/NdAV/zXgFf826xX/NvQV/zb9FP82/xT/Nv8U/jf/E/42&#10;/xP9Nv8S/Tb/Ev02/xL9Nv8S/Tb/Ev83LAL/PioC/0MqAv9GLQP/RzIE/0Y8Bv9FSAj/Q1UL/0Fi&#10;Df8/cBD/PX0R/zyJE/87kxT/O5wV/zqkFv86qxb/OrIX/zq5F/85whf/OcwX/zndGP856Rj/OfMY&#10;/zr7GPw6/xf6Ov8X+Tr/Fvg6/xb4Ov8V+Dr/Ffg6/xX4Ov8V+Dr/Ff85KwL/QScC/0YnAv9KKQP/&#10;Sy8E/0w5Bv9LRQj/SFEL/0ZeDv9EbBH/QnkT/0GFFf9Ajxf/QJgY/z+gGP8/pxn/Pq4a/z62Gv8+&#10;vhv/Psgb/z3WHP495hz7PvEc+D76HPU+/xzzPv8a8j//GfE//xnxP/8Y8T//GPE//xjxP/8Y8T//&#10;GP89KAL/RSQC/0ojAv9OJQP/USwE/1I2Bv9RQQj/T00M/0xaD/9KZxL/SHQV/0eAF/9Gixn/RZQb&#10;/0ScHP9DpB3+Q6se/UKyH/xCuiD6QsQg+ULQIfZB4iHyQu4i70L5Iu1C/yDrQ/8f6kP/HelE/xzo&#10;RP8b6ET/G+hE/xvoRP8b6ET/G/9AJQL/SCEC/08gAv9TIQL/VykD/1kzBf9YPgj/VkkM/1JVEP9R&#10;YxT/T28X/k17GvtLhh35So8f90mYIfZInyL0R6Yk80euJfFGtibwRr8n70XLKOxF3inoRewp5Ub4&#10;KOJH/ybhSP8k30n/It5J/yDdSf8f3Un/H91J/x/dSf8f3Un/H/9DIgL/TB4B/1McAv9ZHgL/XSYD&#10;/18wBP9fOgf/XUUL/1pQEP1YXhX4VWoZ9VN2HfJRgCHvT4ok7U2TJutMminpS6Ir50qpLOVJsS7k&#10;SLsv4kjHMeBI2THcSOox2En2LtRL/yvSTP8p0E3/Js9O/yXOTv8jzk7/I85O/yPOTv8jzk7/I/9H&#10;HwH/UBoB/1cYAf9eHAH/YyMC/2YsBP9mNgb/ZEEK+mJMD/RfWRXvXGUb61lwIOdWeyXkVIQp4VGN&#10;Ld5QlTDcT50y2U6lM9ZNrTXTTbc20UzCN89M0TjMTOY4yU30NcdP/zHFUf8uxFL/K8NT/ynCU/8n&#10;wlP/J8JT/yfCU/8nwlP/J/9KHAH/VBcB/1wVAf9jGQH/aSAC/2wpA/9tMgX5bD0J8mlHDutmVBXl&#10;Y2Ac4F9rIttcdSjWWX8t0leIMM9VkDPMVJg2ylOgOMdSpzrFUbA7w1C7PMFQyT2/UN89vFHwO7pT&#10;/De5Vf8zuFf/L7dY/y23WP8rt1j/K7dY/yu3WP8rt1j/K/9NGgH/VxQB/2ASAf9oFwH/bh0B/3Il&#10;AvtzLgPyczgH6XFDDeJuUBTbaVwc02VmJM5icCrJX3ovxlyCM8NbijbAWZI5vViaO7tWoj64Vas/&#10;tlW1QbRUwkKyVNRCsFXqQa5X+TyuWf83rVv/M61c/zCtXf8urV3/Lq1d/y6tXf8urV3/Lv9QFwH/&#10;WhIB/2QQAP9tFAD/cxoB/3chAfR5KQLqejMF4ng/Ctl0TBPPcFgcyWtiJMRobCu/ZXUwu2J9Nbhg&#10;hTi1Xo08slyVPq9bnUGtWqZDq1mvRKlZvEWnWMxGpFjlRqRb9kCjXv87o1//N6Ng/zOjYf8xo2H/&#10;MaNh/zGjYf8xo2H/Mf9TFQH/XRAA/2gPAP9wEgD/dxYA+3wcAe5/JAHkgC0D2n87CM96SRLHdVQb&#10;wXFfJLttaCu2anAxsmd5Nq9lgDqrY4g9qGGQQKZgmEOjXqFFoF6rR55dt0icXcZJmlzfSZpf8kSa&#10;Yv8+mmP/OZtl/zabZf8zm2X/M5tl/zObZf8zm2X/M/9VEwH/YA4A/2sOAP90EAD/exIA9YEXAOiE&#10;HgDehycB0YQ3B8h/RhHAe1EbuXZbI7RyZSuvb20xqmx1NqdqfDqjaIQ+oGaMQZ1klESaY51Hl2Kn&#10;SZVhskuTYcFMkWHYTJFj70eSZf1Bkmf/PJNp/ziTav81k2r/NZNq/zWTav81k2r/Nf9XEQH/Yw0A&#10;/24MAP93DgD/fw8A8IURAOOJFgDWiyMBy4g1BsKEQxC6gE8as3tZI613YiqodGoxo3FxNp9ueTuc&#10;bIE/mGqIQpVpkUWSZ5pIj2ajSo1lr0yKZb1NiWXRToln7EqKaftDi2v/Poxt/zqMbv83jG7/N4xu&#10;/zeMbv83jG7/N/9ZEAD/ZQsA/3ELAP96CwDxggwA6IkNAN2ODgDPjyABxo0yBr2JQQ+1hE0ZroBW&#10;Iqd8XyqieGcwnXVvNplzdjqVcX0/km+FQo5tjkaLbJZJiGqgS4VqrE2DabpPgWnMT4Fq6EyDbflF&#10;hG//P4Vw/zuGcf84hnH/OIZx/ziGcf84hnH/OP9bDwD/ZwgA/3MIAPN9CADehgcA2YwJANWRCwDK&#10;kh4AwZAwBbiNPw6wiEoYqYRUIaKAXSmdfWUwmHpsNZN3czqPdXs+jHOCQohyi0aFcJRJgm+eTH9u&#10;qU58bbdPe23JUHpu5k18cfhGfnP/QX90/z2Adf86gHX/OoB1/zqAdf86gHX/Ov9dDgD/agYA/3YG&#10;AOSAAwDZiQYA0o8IAM+UCgDFlhsAvJQuBLORPQ2rjUgXpIhSIJ6FWyiYgWMvk35qNY58cTmKeng9&#10;hniAQoN2iEV/dZFJfHObTHlyp052crVQdHLGUHRy4092dfZHeHf/Qnp4/z57ef86e3n/Ont5/zp7&#10;ef86e3n/Ov9fDAD/bAQA9XkCAN6DAgDTiwUAzZIHAMmXCADAmRkAt5gsA6+VOwynkUcWn41QH5mJ&#10;WSeThmEujoNoNImBbzmFf3Y9gX1+QX17hkV5eo9JdniZTHN3pU5wd7JQbnfEUG134E9wefVIcnv/&#10;Q3R8/z51ff87dX3/O3V9/zt1ff87dX3/O/9hCgD/bwIA6HwAANmGAQDPjgQAyJUGAMOaBgC7nBYA&#10;s5wqA6qZOQuilUUUm5FOHZSOVyaOi18tiYhmM4SGbTiAhHQ9e4J7QXeAhEV0f41IcH2XS218o05q&#10;fLBPaHzBUGd83VBqfvNJbYD/Q26B/z9vgf88b4H/PG+B/zxvgf88b4H/PP9kCAD/cgAA4X8AANOJ&#10;AQDKkgMAw5gEAL2eBAC2oBMArqAnAqWdNgmdmkMTlpdNHI+TVSSJkV0rhI5kMX+Mazd6inI7doh5&#10;QHKGgkRuhYtHaoOVSmeCoU1kgq5PYoK/T2GC2k9khPJJZoX/Q2iG/z9qhv88aob/PGqG/zxqhv88&#10;aob/PP9nBAD2dgAA3IIAAM6NAADFlQIAvpwDALehAgCvpBEAqKQkAqCiNAiYn0ARkZxKGoqZUyKE&#10;l1spfpViMHmSaTV1kHA6cI93PmyNf0JojIlGZYqTSWGJn0teiaxNXYm9TlyJ1k1eivBIYIv+Q2KL&#10;/z9jjP88Y4z/PGOM/zxjjP88Y4z/PP9qAADmegAA1YYAAMmRAADAmQEAuJ8BALClAACoqQ4Aoqkh&#10;AZqoMQaTpT4Pi6NIGISgUSB+nlkneJxgLXOaZzJvmG43apZ1PGaVfT9ilIdDX5KRRluSnUlZkatK&#10;V5G7S1aR00tXku9HWpL9QlyT/z5dk/87XZP/O12T/ztdk/87XZP/O/9uAADgfgAAzosAAMSVAAC6&#10;nQAAsaMAAKmpAAChrgsAm68dAZSuLgSMrDsMhapGFX6oThx4plYjcqRdKm2iZC9poWs0ZJ9zOGCe&#10;ezxcnYU/WZyPQlWbnEVTm6pHUZu6R1Cb0UdRm+5EU5v8QFWb/zxWm/86Vpv/Olab/zpWm/86Vpv/&#10;OvF0AADZgwAAyJAAAL6aAACzoQAAqqcAAKGuAACXtQYAkrYYAIy1KgOFtDcJfrJCEXewTBhxrlQf&#10;bK1bJWerYipiqmkvXqlxM1qoejdWp4M6U6aOPVCmm0BNpalBS6W6Qkum0UJLpe0/TaX8PE6k/zlP&#10;pP83T6T/N0+k/zdPpP83T6T/N+R6AADPiQAAwpUAALafAACspQAAoqwAAJizAACOuwIAiL0SAIO9&#10;JQF8vDMGdrs/DW+6SRRquFEaZbdZH2C2YCRctWcpWLRvLFSzeDBRs4IzTbKNNkqymjhIsag6RrK5&#10;OkWy0TpGse05R7D8Nkew/zRIr/8zSK//M0iv/zNIr/8zSK//M9uCAADHkAAAu5wAAK6jAACkqgAA&#10;mbEAAI+5AACEwAMAe8YNAHjGHgBzxi4DbcU6CGfERQ5iw04TXcNWGFnCXh1VwWYhUcFuJE7AdyhL&#10;wIErSL+MLUW/mi9Dv6gxQb+6MUHA0jFBvu4wQb39L0G8/y5BvP8tQbz/LUG8/y1BvP8tQbz/Lc6K&#10;AAC/mAAAsaAAAKaoAACbsAAAkLgAAIW/AAB6xwQAb88JAGvRFQBn0SYBY9E0BF7QQAhZ0EoMVc9T&#10;EFHPWxROz2MYS85rG0jOdR5Fzn8gQs6MIkDOmSQ+zqgmPM66JjzP1CY8ze8lO8z7JTvL/yU7yv8l&#10;O8r/JTvK/yU7yv8lO8r/JcOTAAC1ngAAqKYAAJ2uAACRtgAAhb8AAHnHAABvzgQAZNYJAF7eEQBb&#10;3iAAV94tAlPfOgRQ30QGTN9OCUnfVwxG318PQ99oEUHfcRM+33wVPN+JFzrglhk44KUaN+C3Gjbh&#10;zRo23+waNd75GjTd/xs03P8bNNz/GzTc/xs03P8bNNz/G7mcAACqpAAAnqsAAJK1AACFvgAAeccA&#10;AG3PAABi1gMAWOEIAFXqEwBR6yAATesrAUnrNQJF7D4EQuxHBT/sTwc97VgJOu1gCjjtagw27nQN&#10;M+6ADjLujg8w750QLu+tES3wwBEt8N4RLO7xESzs/hEs6/8QLOv/ECzr/xAs6/8QLOv/EK2iAACg&#10;qQAAk7MAAIa9AAB5xgAAbM8AAGDYAABV3gAATvMKAEr3EwBG+B0AQ/gnAT/4MAI7+TgCOPlAAzX6&#10;RwQz+k8FMPtXBS77XwYr/GkHKfx0CCf8ggkl/ZAJJP2gCiP+sAoi/sQLIf/gCyH98gog/PwKIPz8&#10;CiD8/Aog/PwKIPz8CqKnAACVsQAAh7sAAHnGAABszwAAX9kAAFLfAABI6AAAQ/8IAD//EAA7/xkA&#10;N/8hADT/KQEw/zABLf83Air/PgIn/0QCJf9LAyL/UwMg/1wDHf9mBBv/cgQZ/4AFF/+PBRb/nwYV&#10;/68GFP/ABhT/1gYT/+kGE//pBhP/6QYT/+kGE//pBpevAACIugAAesUAAGzPAABe2gAAUOAAAETm&#10;AAA89QAAN/8EADP/DQAv/xMAK/8aACj/IQAl/ycBIf8tAR7/MgEb/zgBGf8/ARb/RgIU/00CEf9W&#10;AhD/YAIO/2wCDP97Awv/iwMK/5oDCv+oAwn/tQMI/8IDCP/CAwj/wgMI/8IDCP/CA4q4AAB7wwAA&#10;bM4AAF7bAABP4gAAQucAADbsAAAx/wAALP8AACf/BwAj/w4AIP8SABz/GAAY/x0AFf8hABL/JgAQ&#10;/ywBDv8xAQ3/NwEK/z4BCP9GAQX/TwEB/1kBAP9mAQD/dAEA/4ICAP+QAgD/nAIA/6YCAP+mAgD/&#10;pgIA/6YCAP+mAv8uLwL/MywC/zctAv84MAL/NzYD/zQ/BP8xSwb/L1gH/yxmCP8qdAn/KYEK/yiN&#10;C/8olwv/KJ8L/yimDP8nrQz/J7QM/ye7DP8nxAz/J84M/yjeC/8o6Qv/KPML/yj7C/8o/wr/Kf8K&#10;/yn/Cv8p/wr/KP8K/yj/Cv8o/wr/KP8K/yj/Cv8wLQL/NioC/zkqAv87LgL/OjQD/zg8BP82SQb/&#10;M1YH/zFjCf8vcQr/LX4L/y2KDP8slAz/LJwN/yykDf8sqw3/LLEN/yy5Df8rwQ3/LMsN/yzaDf8s&#10;5w3/LPEN/yz6Df8s/wz+Lf8M/S3/DP0t/wz9LP8L/Sz/C/0s/wv9LP8L/Sz/C/8yKwH/OSgC/z0o&#10;Av8/KgL/PjAD/z06BP88Rgb/OVMI/zdgCf81bQv/M3oM/zKGDf8xkA7/MZkO/zGhD/8xqA//MK4P&#10;/zC1D/8wvRD/MMcQ/zDUEP8w5BD/Me8Q/jH5D/sx/w/5Mf8P+DH/Dvcx/w73Mf8O9jH/DvYx/w72&#10;Mf8O9jH/Dv81KAH/PCUB/0AkAv9DJwL/QywD/0Q3BP9CQwb/QE8I/z1cCv87aQz/OXYN/ziCD/83&#10;jBD/N5UR/zadEf82pBL/NqsS/zayE/81uhP/NcMT/zXPE/w14RP5Nu0T9jb3E/M2/xPxNv8S8Db/&#10;EvA3/xHvN/8R7zf/EO83/xDvN/8Q7zf/EP85JQH/QCEB/0UgAf9HIgL/SSkC/0o0BP9JPwX/RksI&#10;/0RYCv9CZQ3/QHEP/z59Ef89hxL/PZEU/jyZFf08oBX8O6cW+juuF/k7thf4O78X9jvKGPQ73Bjw&#10;O+oY7Tv2GOo7/xfoPP8X5zz/FuY9/xXlPf8U5T3/FOU9/xTlPf8U5T3/FP89IgH/RB4B/0kcAf9N&#10;HgH/UCYC/1EwA/9QOwX/TkYI/0tTC/9IYA7/RmwR+0V4E/hEghX2Q4wX9EKUGPNBnBnxQaMb70Cq&#10;G+5AshztP7sd6z/GHuk/1R7lP+gf4kD0Ht9A/h3dQf8b20L/GtlC/xjYQv8X2EL/F9hC/xfYQv8X&#10;2EL/F/9AHwH/SBoB/04YAf9SGwH/ViMC/1gsA/9XNwT/VUIH/1JNC/lQWg71TWcS8UxyFu5KfRjr&#10;SIYb6UePHedGlx/lRZ4g40SmIuFEriPgQ7ck3kPCJdxD0CbXQ+Um00TzJNBF/iLNRv8gzEf/HspH&#10;/xzJSP8byUj/G8lI/xvJSP8byUj/G/9EGwH/TBYB/1IUAf9YGAH/XR8B/18oAv9eMgP9XT0G9lpJ&#10;CvBXVQ/qVWIT5lJtGOJQdxzfToEf3EyKItlLkiTVSpom00mhKNFJqSnPSLIqzUi8K8tIySzISN8s&#10;xUjvK8JK/CjAS/8lv0z/Ir5N/yC9Tf8fvU3/Hr1N/x69Tf8evU3/Hv9HGAH/TxMB/1YRAP9eFQD/&#10;YhwB/2UkAf5lLQL0ZDgF7WFDCeZfUQ7gXF0U2lhoGtRWch7QVHsizFKEJspQjCjHT5QqxU6bLMNO&#10;oy7BTawvv0y2ML1MwjG7TNMyuEzpMbZO+C20UP8qs1H/J7NS/ySyUv8islL/IrJS/yKyUv8islL/&#10;Iv9KFQH/UxEA/1sPAP9iEgD/aBcA/2ofAfZrKAHsazID5Gk+B9xmTA3TYlgUzV9jG8hcbSDEWnYk&#10;wVh+KL5Whiu7VY4uuVOWMLZSnjK0UqYzslGwNbBRvDauUMs3rFDjN6pS9DOpVP8uqFb/K6hX/yio&#10;V/8lqFf/JahX/yWoV/8lqFf/Jf9NEwD/Vg4A/18NAP9nEAD/bBMA+3AZAO9xIgHkcSwC23A6BdFs&#10;SAzJaFQUw2VfG75iaCG6X3Emtl15KrNbgS2wWokwrliRM6tXmTWpVqE3p1arOKVVtjqjVcU7oVXd&#10;O59W8DefWP4yn1r/Lp5b/yueXP8onlz/KJ5c/yieXP8onlz/KP9QEQD/WQwA/2MMAP9rDQD/cBAA&#10;9XQTAOh2GgDddyUB0XY2BMhyRAzBblAUu2tbG7ZnZCGxZW0nrWJ1K6pgfC+nX4QypF2MNKJclDef&#10;W505nVqmO5pZsT2YWb8+l1nTPpVa7DuVXfs1ll7/MZZf/y2WYP8qlmD/KpZg/yqWYP8qlmD/Kv9S&#10;DwD/XAoA/2YJAP9uCgD2dAwA73gOAOF7EgDUfCAAynszBMF3QQu6dE0TtHBYG65sYSGpamknpmdx&#10;K6JleC+fZIAznGKINplhkDiWX5k7lF6iPZFerT+PXbtAjV3NQYxe6D+NYfk4jWL/M45k/zCOZP8s&#10;jmX/LI5l/yyOZf8sjmX/LP9VDgD/XwYA/2kGAPRyBgDieAYA23wJANl/DADNgR0AxH8wA7t8Pwq0&#10;eEsSrXVVGqhxXiGjbmYmn2xuK5tqdS+YaH0zlWeENpJljDmPZJU8jGOfPoliqkCHYbdChWHJQoRi&#10;5EGFZPc7hmb/NYdn/zGHaP8uh2n/LYdp/y2Haf8th2n/Lf9XDAD/YQQA/mwDAOR1AQDbewUA04AI&#10;ANCDCgDHhRoAvoQtA7aBPAmvfUgSqHlSGaJ2WyCdc2MmmXBrK5Vuci+RbXkzjmuBNotpiTqIaJI8&#10;hWecP4Jmp0GAZrRDfmbFRHxm4UN+aPU8f2r/N4Br/zOBbP8vgWz/L4Fs/y+BbP8vgWz/L/9ZCwD/&#10;YwEA9G8AAN94AADUfwQAzoMGAMqHCADCiBgAuYcrArGFOgiqgUYRo35QGJ16WR+Yd2Elk3VoKo9z&#10;by+LcXcziG9+NoVuhjqCbI89f2uZQHxqpUJ5arFEd2rCRHZq3UR4bPM+eW7/OHpv/zR7cP8wfHD/&#10;MHxw/zB8cP8wfHD/MP9bCAD/ZgAA53IAANp7AADPggMAyYcFAMSKBgC8jBUAtIsoAqyJOAelhUQQ&#10;noJOGJh/Vx6TfF8kjnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCXQHZvokJzbq9EcW7ARXBu2UVy&#10;cPE/c3L/OXVz/zV2dP8xdnT/MXZ0/zF2dP8xdnT/Mf9dBgD/aQAA4nQAANR9AADLhQIAxIoEAL+N&#10;BQC3jxMAsI8mAaiNNQegikIOmoZMFpODVR2OgV0kiX5kKYV8ay2BenIyfXh5NXp3gjl2dos8c3WV&#10;QHB0oEJtc61Ea3O9RWpz1UVsdO9Abnb+Om93/zZxeP8ycXj/MXF4/zFxeP8xcXj/Mf9fAgD3bAAA&#10;3ncAANCBAADHiAEAwI0DALmRAwCykxEAq5MjAaORMwacjkANlYtKFY+IUxyJhlsihINiKICBaS18&#10;f3AxeH53NXR8gDhxe4k8bnqTP2t5nkJoeKtEZni7RWR40UVmee5AaHv9Omp7/zZrfP8ya3z/Mmt8&#10;/zJrfP8ya3z/Mv9hAADqbwAA2XoAAMyEAADDiwAAu5EBALSVAQCslw4ApZchAZ6WMQWXkz4MkJBI&#10;FIqOURuEi1khf4lgJ3uHZyt3hW4wc4R1NG+CfTdrgYc7aICRPmV/nEFifqlDYH65RF9+z0Rgf+xA&#10;YoD8OmSA/zZlgf8zZoH/MmaB/zJmgf8yZoH/Mv9kAADlcgAA034AAMeHAAC+jwAAtpUAAK6ZAACm&#10;mwwAoJweAJmbLgSSmTsKi5ZGEoWUTxl/kVcfeo9eJXWOZSpxjGwubYpzMmmJezZmiIQ5YoaPPV+F&#10;mj9chahBWoW3QlmFzEJaheo/XIb7Ol6G/zZfh/8yX4f/Ml+H/zJfh/8yX4f/Mv1oAADgdgAAzYIA&#10;AMKMAAC5kwAAsJkAAKidAACfoAkAmaEaAJOgKwOMnzgIhZ1DEH+aTBd5mFQddJdcInCVYydrk2os&#10;Z5JxMGSReTNgj4I3XI6NOlmNmT1XjaY/VI22QFONy0BUjek9Vo36OVeN/zVZjv8yWY7/MVmO/zFZ&#10;jv8xWY7/Me1tAADZewAAyIcAAL2QAAC0mAAAqp0AAKGhAACXpgQAkacVAIynJwKFpjUGf6RADXmi&#10;ShRzoFIabp9ZH2mdYCRlnGcoYZtvLF6adzBamIAzVpeLNlOXlzlRlqU7T5a0PE6WyTxOlug6T5b5&#10;NlGW/zNSlv8wUpb/MFKW/zBSlv8wUpb/MOZyAADQgAAAwowAALiWAACtnAAAo6EAAJmmAACOrQAA&#10;iK4RAIOuIgF9rTEEd6w9CnKqRxBsqU8WZ6hXG2OnXh9fpmUkW6RtJ1ikdStUo38uUaKJMU6hljRL&#10;oaQ2SaG0NkihyDdIoOc1SaD5Mkqf/zBLn/8uS5//LUuf/y1Ln/8tS5//Ld15AADJhgAAvJIAALGa&#10;AACmoAAAnKYAAJGsAACGsgAAfbYNAHm2HQB1tiwCb7U5Bmq0Qwtls0wRYLJUFlyxWxpYsGMeVa9r&#10;IVGvcyVOrn0oS62IKkitlS1FraMuRK2zL0OtyC9CrOcvQ6v5LUSr/ytEqv8pRKr/KUSq/ylEqv8p&#10;RKr/KdGAAADBjQAAtZgAAKmfAACepQAAk6wAAIiyAAB9uAAAcb4GAG6/FQBqvyYBZr8zA2G+Pwdd&#10;vkgLWb1RD1W9WRNRvGAXTrxoGku7cR1Iu3sfRbqHIkK6lCRAuqImPrqzJj26yCY9uugmPbj5JT23&#10;/yQ9tv8jPbb/Iz22/yM9tv8jPbb/I8eIAAC5lQAArJ0AAKGkAACWqwAAirIAAH+5AABzvwEAaMYF&#10;AGDKDgBeyh0AW8osAVfKOANUykMFUMpMCE3JVQtKyV0OR8lmEUTJbxRByXkWP8iFGDzIkxo6yKIb&#10;OcmzHDjJyRw4yOgcN8f5HDfF/xw2xP8cNsT/HDbE/xw2xP8cNsT/HL6RAACwmwAApKMAAJiqAACM&#10;sgAAgLkAAHTAAABoxwAAXc0FAFPTCgBP1xIATdgiAEvYMABJ2DwCRthGA0TZTwRB2VgGP9lhCDzZ&#10;awo62XYMN9mCDjXakA802qAQMtqxETHbxxEx2ucRMNj2EjDW/xMv1P8TL9T/Ey/U/xMv1P8TL9T/&#10;E7OaAACmoQAAmqkAAI2xAACAugAAdMEAAGjJAABczwAAUtUDAEjcCABF5RIAQ+UeAEHmKgA+5jUB&#10;O+c+ATnnRwI351ADNOhZBDLoYgUw6G0GLul5Byzphwgr6pYJKeqnCijqugon69YKJ+nwCifn/Qkm&#10;5v8KJub/Cibm/wom5v8KJub/CqigAACcpwAAj7AAAIK5AAB0wgAAaMoAAFvRAABP1wAARd0AAD7u&#10;CQA88hEAOfMbADbzJQA09C4AMfQ3AS71PwEs9UcBKfZPAif2VwIl92EDI/dsAyH4egQf+IkEHvma&#10;BRz5qwUb+sAFGvreBRr58gUa9/0FGfb/BRn2/wUZ9v8FGfb/BZ6mAACRrwAAg7kAAHXCAABnywAA&#10;WtMAAE3aAABC3wAAOOUAADX7BwAx/w8ALv8WACv/HwAp/yYAJf8tACP/NAAg/zsBHv9DARv/SwEZ&#10;/1MBFv9dAhT/agIS/3gCEf+IAhD/mgIQ/6sDDv++Aw7/1QMO/+0DDv/wAw7/8AMO//ADDv/wA5Ou&#10;AACEuAAAdsIAAGfMAABa1QAATNwAAD/hAAA15gAALfQAACr/AgAm/wsAI/8RACD/FwAd/x0AGf8j&#10;ABb/KQAU/y8AEv81ABD/PQAO/0UBDP9OAQr/WAEH/2UBBf90AQP/hQEC/5YBAf+mAQD/tQEA/8YB&#10;AP/KAQD/ygEA/8oBAP/KAYa3AAB3wQAAaMwAAFrXAABL3gAAPuQAADLpAAAn7QAAI/8AAB//AAAb&#10;/wUAF/8MABT/EAAR/xQAD/8YAA3/HQAL/yIACP8oAAX/LgAC/zUAAP89AAD/RwAA/1IAAP9eAAD/&#10;bQAA/34BAP+OAQD/mwEA/6kBAP+rAQD/qwEA/6sBAP+rAf8qLQH/LisB/zArAf8wLgL/LjUC/yk9&#10;A/8lSQT/I1cE/yFkBf8fcgb/HX8G/x2KBv8dlAb/HZwH/xyjB/8cqgf/HLEH/xy4Bv8cvwb/HMkG&#10;/xzWBv8d5Qb/He8G/x35Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8sKwH/&#10;MCgB/zMoAf8zKwL/MTEC/y06A/8rRwT/KFQF/yZhBf8kbwb/InwH/yKHB/8ikQf/IZkH/yGhCP8h&#10;pwj/Ia4I/yG1CP8hvAj/IcYH/yHRB/8h4gf/Iu0H/yL3B/8i/wb9Iv8G/CL/Bvwi/wb8Iv8G+yL/&#10;Bvsi/wb7Iv8G+yL/Bv8uKAH/MyUB/zYlAf83JwH/NS0C/zQ4A/8yRAT/L1EF/yxeBv8qawf/KXcH&#10;/yiDCP8njQj/J5YJ/yedCf8npAn/J6sJ/yeyCf8nuQn/J8IJ/yfNCf8n3gn/J+sJ/Cf2CPko/gj3&#10;KP8I9ij/CPUo/wj1KP8I9Sj/CPUo/wj1KP8I9Sj/CP8yJQH/NyIB/zohAf87IwH/OykC/zs0Av85&#10;QAT/Nk0F/zRaBv8xZgf/MHMI/y5/Cf8uiQr/LpIK/y2ZC/8toQv/LacL/y2uC/8ttQz/Lb4M/i3J&#10;DPst2Qz4LegL9C70C/Eu/gvvLv8L7i7/C+0u/wvsLv8K7C7/Cuwu/wrsLv8K7C7/Cv81IgH/Ox4B&#10;/z8dAf9AHwH/QiYB/0IxAv9APAP/PkgF/ztVBv85Ygj/N24K/zZ5C/81hAz9NI0N/DSVDfo0nA75&#10;M6MO9zOqD/Yzsg/1M7oP8zPFD/Iz0g/uM+UP6jTyD+c0/Q/lNP8P5DT/DuI1/w7iNf8N4TX/DeE1&#10;/w3hNf8N4TX/Df85HgH/PxoB/0MYAf9GGgH/SSMB/0ktAv9IOAP/RUQF/0NQB/9AXQn7PmkL+D10&#10;DfU8fw7zO4gP8TuQEO86mBHtOp8S7DmmE+o5rhPpObYU5znBFOY5zhXiOeMV3jnxFds6/BTYOv8T&#10;1Tv/EtM7/xLSO/8R0jv/ENI7/xDSO/8Q0jv/EP89GwH/QxYA/0gUAP9MFwH/Tx8B/1AoAf9PMwL/&#10;TT8E+0pKBvVHVwnxRmQM7URvDulDeRHnQoMT5EGLFOJAkxbgP5sX3z+iGN0+qhnbPrMa2D69GtY+&#10;yhvSPt8bzj7vG8s/+xrJQP8Yx0D/F8ZB/xXFQf8UxEH/FMRB/xTEQf8UxEH/FP9BFwD/RxIA/0wQ&#10;AP9SFAD/VhsA/1ckAf9WLgL4VDkD8VFFButPUgnmTV4M4UtpEN1JdBPZSH0W1UaGGNJFjhrQRZYc&#10;zkSdHcxEpR7KQ60fyEO2IMZDwyHFQ9MhwUPpIb5E9x+8Rf8dukb/G7lH/xm4R/8YuEf/F7hH/xe4&#10;R/8XuEf/F/9EFAD/SxAA/1EOAP9XEQD/WxYA/10eAPldKAHvWzMC51k/BOBXTQjaVFkN01JkEs5Q&#10;bhbKTncZx0yAHMVLiB7CSpAgwEqXIb5JnyO8SKckukiwJbhIvCa3SMsntEfjJ7JJ8yWwSv8irkv/&#10;H65M/x2tTP8brU3/Gq1N/xqtTf8arU3/Gv9HEQD/Tw0A/1YMAP9cDgD/YBIA/WIYAPBjIQDmYiwB&#10;3mA6A9ReSAfNW1QNx1hfE8NWaRe/VHIbvFJ6HrlRgiG2UIojtE+RJbJOmSewTaIork2rKqxMtiuq&#10;TMQsqEzbLKZN7yqkT/0mpFD/I6NR/yCjUv8eolL/HaJS/x2iUv8dolL/Hf9KDwD/UgoA/1oJAP9g&#10;CwD/ZQ4A9WcRAOhoGADdZyQA0mY1AspkRAfDYVANvV5bE7lcZBi1Wm0csVh1IK5XfSOsVYQlqVSM&#10;KKdTlCqlUp0so1KmLaFRsS+fUb4wnVHRMJtR6i+aU/oqmlX/JplW/yOZVv8hmVf/H5lX/x+ZV/8f&#10;mVf/H/9NDQD/VQYA/10FAPtkBwDvaQkA6WsMAOFsEADTbR4AyWwxAsJqQAe7Z0wNtWRXE7BhYBms&#10;X2kdqF1xIaVceCSiWoAnoFmHKp1YkCybV5gumVaiMJZVrDKUVbkzk1XKM5FV5TORV/ctkVn/KZFa&#10;/yWRW/8jkVv/IZFb/yGRW/8hkVv/If9PCwD/VwIA/2ECAOpoAQDebQQA2HAIANVwCwDLchsAwnEu&#10;ArpvPQa0bEkNrmlUE6lnXRmkZGUdoWJtIZ1hdCWaX3womF6DK5Vdiy2SW5QwkFueMo1aqDSLWbU1&#10;ilnGNohZ4TaIXPQwiF3/K4le/yiJX/8liV//I4lf/yOJX/8jiV//I/9RCQD/WgAA9WQAAOBsAADX&#10;cQMA0HQGAM11CQDEdhcAvHYqAbR0OgWucUYMp25REqJrWhieaWIdmmdpIZZlcSWTZHgokGKAK41h&#10;iC6LYJExiF+aM4ZepTWDXrI3gl7CN4Be3DiAX/IzgWH/LYJi/ymCY/8mgmT/JYJk/yWCZP8lgmT/&#10;Jf9TBgD/XQAA52cAANtvAADQdAIAyngFAMZ5BwC+ehUAtnooAa94NwWodkQLonNOEpxwVxiYbV8d&#10;lGtnIZBqbiWNaHUoimd9K4dlhS6EZI4xgWOXNH9iojZ8Yq84emK+OXli1Tl5Y+80emX+L3tm/yt8&#10;Z/8ofGf/Jnxn/yZ8Z/8mfGf/Jv9VAwD/YAAA42oAANVyAADMeAEAxXsDAMB9BQC5fhIAsX4lAap9&#10;NQSjekEKnXdMEZd0VReScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYsxe2eVNHhnoDZ2Zqw4dGa8&#10;OXNm0TpzZ+02dGn9MHVq/yx2a/8pd2v/J3dr/yd3a/8nd2v/J/9XAAD2YwAA320AANF1AADIewAA&#10;wX8CALuAAwC0gRAArIIjAaWBMgSefj8JmHtKEJJ5UxaNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54&#10;bYgxdWySNHNrnjdwaqo5bmq5Om1qzjpta+s3b238MXBu/y1xbv8qcW//KHFv/yhxb/8ocW//KP9Z&#10;AADrZQAA23AAAM14AADEfgAAvIIBALaEAQCuhQ4Ap4YgAKCFMAOagj0Ik4BID459URWJe1kahHlg&#10;H4B3ZyN8dW4neXR1KnZzfS5zcoYxcHGQNG1wnDdqb6g5aG+3OmdvyzpncOk3aXH6Mmty/y1sc/8q&#10;bHP/KGxz/yhsc/8obHP/KP9cAADnaAAA1XMAAMl7AADAggAAuIYAALGIAACpiQ0AooodAJyJLgKV&#10;hzsHj4VFDomCTxSEgFcZf35eHnt8ZSJ4e2wmdHlzKnF4ey1ud4Qwa3aOM2h1mjZldKY4Y3S1OWF0&#10;yTphdOc4Y3b5MmV2/y5md/8rZ3f/KWd3/ylnd/8pZ3f/Kf9fAADjbAAA0HYAAMV/AAC8hQAAtIoA&#10;AKyMAACjjgoAnY4aAJeOKwKQjDgGiopDDISHTBJ/hVUYeoRcHXaCYyFzgGolb39xKWx+eSxofYIv&#10;ZXyMMmJ7mDVfeqQ3XXqzOFx6xzlceuU3Xnv4Ml97/y5gfP8rYXz/KWF8/ylhfP8pYXz/KfViAADe&#10;bwAAzHoAAMCDAAC3iQAAr44AAKaRAACdkgYAl5MXAJGTKAGLkjYFhZBBC3+OShF6jFIWdYpaG3GI&#10;YR9th2gjaoZvJ2aEdytjg4AuYIKKMV2BljRagaM2WICyN1aAxTdWgOM2WIH3MVmB/y1bgv8qW4L/&#10;KVuC/ylbgv8pW4L/KexmAADYcwAAx34AALyHAACzjgAAqZIAAKCVAACWmAEAkJkTAIqZJAGFmDIE&#10;f5Y+CXmUSA50k1AUb5FXGWuQXh1ojmUhZI1tJWCMdShdi34rWoqILleJlDFUiaEzUoiwNFGIwzVQ&#10;iOI0Uoj2MFOI/yxUiP8pVYj/KFWI/yhViP8oVYj/KOZrAADQeAAAwoMAALeMAACtkgAAo5YAAJqa&#10;AACOngAAh58QAIOfIAB+ny8CeJ07B3OcRQxum00RaZlVFmWYXBphl2MeXpZqIVuVciVXlHwoVJOG&#10;K1GSki5OkqAwTJKvMUuSwjFKkeAxTJH1LU2R/ypOkP8oTpD/Jk6Q/yZOkP8mTpD/Jt5wAADJfQAA&#10;vIkAALKSAACnlwAAnZsAAJOfAACGpAAAfqYMAHqmGwB1pioBcKY3BGylQQlno0oNY6JSEl+hWRZb&#10;oWEZWKBoHVSfcCBRnnojTp2EJkudkSlInJ4qRpyuLEWcwSxFnN8rRZv0KUaa/ydHmv8lR5r/JEea&#10;/yRHmv8kR5r/JNR3AADChAAAto8AAKuWAAChnAAAlqAAAIulAAB/qgAAdK4FAG+vFABsryQAaK8y&#10;AmSuPQVfrUYJW6xPDVisVhFUq14UUapmF06qbhpLqXgdSKmDIEWojyJDqJ0kQaitJUCowCU/qN8l&#10;P6b0I0Cl/yJApf8hQKT/IECk/yBApP8gQKT/IMp+AAC7iwAAr5UAAKSbAACZoQAAjqYAAIKsAAB3&#10;sQAAarYAAGO4DgBhuB0AXrgsAVq4OAJXuEIFU7hLCFC3UwtNt1sOSrZjEEe2axNEtXUWQrWBGD+1&#10;jho9tZwcO7WsHDq1wB05td8cObP0HDmy/xw5sf8bObD/Gzmw/xs5sP8bObD/G8GGAAC0kwAAp5oA&#10;AJygAACRpwAAha0AAHmzAABtuAAAYr0BAFbCBwBTwxQAUsMjAFDEMAFNxDsCSsRFA0fETgVFxFcH&#10;QsNfCUDDaAs9w3INO8N+DzjDjBE2w5sSNcOrEzPDwBMzw+ATM8H1EzLA/xQyv/8UMb7/FDG+/xQx&#10;vv8UMb7/FLiQAACrmQAAn6AAAJOnAACHrgAAe7QAAG67AABjwAAAWMUBAE3KBQBEzwwAQ9AXAELQ&#10;JQBA0DIAP9E9AT3RRwE70VACOdJZAzbSYwQ00m4FMtJ6BzDSiAgu0pgJLdOpCSzTvgos098JK9Hz&#10;CirP/gspzv8MKc3/DSnN/w0pzf8NKc3/Da6YAACinwAAlqYAAImuAAB8tgAAb70AAGPDAABXyAAA&#10;TM0AAELSAwA52QkANd8QADTfGwAy4CcAMeEyADDhPQAu4kcALeJQASviWgEq42UCKONxAibkfwMl&#10;5I8DI+WhBCLltAQh5c0EIOTsBCDi+wQf4f8FH+D/BR/g/wUf4P8FH+D/BaSeAACYpQAAi64AAH22&#10;AABwvgAAY8YAAFbLAABL0AAAQNUAADbcAAAv5QcALe0QACvuGAAp7iIAJ+8rACXvNAAj8DwAIfBF&#10;AB/xTgAd8lgBG/JkARnzcQEY84EBF/SSAhX0pQIU9boCE/XWAhP07wIS8vwCEvD/AhLw/wIS8P8C&#10;EvD/ApqkAACNrQAAf7YAAHG/AABjxwAAVs4AAEnTAAA92gAAM98AACrjAAAm9AUAJPsNACH8EwAe&#10;/RsAHP0iABn+KQAX/jEAFf85ABP/QQAR/0oAEP9VAA7/YQAM/28BDP+AAQr/kwEJ/6YBCP+6AQf/&#10;1AEH/+sBBv/2AQb/9gEG//YBBv/2AY+sAACAtgAAcr8AAGPJAABW0QAASNgAADvdAAAw4gAAJuYA&#10;AB/wAAAc/wAAGf8JABb/DgAU/xMAEf8ZAA//HgAN/yQAC/8rAAn/MgAG/zsAA/9EAAD/TwAA/1wA&#10;AP9rAAD/fQAA/5AAAP+jAAD/tAAA/8YAAP/WAAD/1gAA/9YAAP/WAIK1AABzvwAAZMkAAFbTAABH&#10;2wAAOuAAAC7lAAAj6QAAGu0AABX9AAAS/wAAEP8CAA7/CQAL/w0ACP8QAAT/EwAB/xgAAP8eAAD/&#10;JAAA/ysAAP8zAAD/PQAA/0kAAP9WAAD/ZgAA/3gAAP+KAAD/mwAA/6gAAP+xAAD/sQAA/7EAAP+x&#10;AP8lKwH/KCkB/ykpAf8oLAH/IzIB/x47Av8aRwL/F1UD/xViA/8TcAP/EnwD/xKHA/8SkQP/EpkD&#10;/xKgA/8SpwP/Eq0D/xG0A/8RuwP/EcQD/xHOA/8R3wP/EesC/xL2Av8S/gL/Ev8C/xL/Av8S/wL/&#10;Ev8C/xL/Av8S/wL/Ev8C/xL/Av8oKQH/KyYB/ywmAf8rKQH/KC8B/yI4Av8gRAL/HVID/xtfA/8Y&#10;bAP/F3kE/xeEBP8XjgT/F5YE/xadBP8WpAT/FqoE/xaxBP8WuAT/FsAD/xbKA/8W2wP/FugD/xf0&#10;A/8X/QP8F/8C+xf/A/sX/wP6F/8D+hf/A/oX/wP6F/8D+hf/A/8qJgH/LiMB/y8iAf8vJQH/LCsB&#10;/yo1Av8nQQL/JE4D/yJbA/8gaAT/HnQE/x2ABP8digT/HZIF/x2aBf8doQX/HacF/x2tBf8dtAT/&#10;Hb0E/x3HBP8d1AT+HeYE+x3yBPce+wP1Hv8E9B7/BPMe/wTzHv8E8h7/BPIe/wTyHv8E8h7/BP8u&#10;IgH/Mh8B/zQeAf8zIAH/MiYB/zIyAf8vPgL/LEoD/ypXA/8nZAT/JnAF/yV7Bf8khQX/JI4G/ySW&#10;Bv8knQb/JKMG/ySqBv0ksQb8JLkG+yTDBvkkzwb2JOMG8iTwBe4l+gXtJf8G6yX/Buol/wbpJf8G&#10;6SX/Bukl/wbpJf8G6SX/Bv8yHgH/NhsA/zgZAP84GwH/OiMB/zktAf84OgL/NUYD/zJSBP8wXwT/&#10;LmsF/y12Bv0sgAf6LIkH+SuRB/crmQj1K58I9CumCPMrrQjxK7UI8Cu/CO4rywjrK98I5yzuCOQs&#10;+gjiLP8J4Cz/Cd4s/wjeLP8I3Sz/CN0s/wjdLP8I3Sz/CP81GgD/OhYA/z0UAP8/FwD/QR8A/0Ep&#10;Af9ANAH/PUEC/zpNA/w4WgX4NmUG9DVxB/E0ewjvM4QJ7TONCesylArpMpsK6DKiC+YyqgvkMrIM&#10;4zK7DOEyyAzfMtwM2jLsDdUz+A3SM/8N0DP/DM4z/wzNNP8LzDT/C8w0/wvMNP8LzDT/C/85FgD/&#10;PhIA/0EQAP9FEwD/SBsA/0gkAP9HLwH+RDsC90JHA/E/VAXsPmAG6DxrCOU7dgniO38L4DqIDN05&#10;kA3bOZcO2TieD9Y4phDUOK4R0ji3EdA4wxLOONMSyjjoEsc59xLEOf8Rwjr/EME6/w/AOv8Ovzr/&#10;Dr86/w6/Ov8Ovzr/Dv89EwD/Qg8A/0YNAP9LEAD/ThYA/08fAP1OKQH0TDQB7EhBAuZHTgTgRVsG&#10;20RmCdZCcAzSQXkOz0CCEM1AihHKP5ETyT+ZFMc+oBXFPqgWwz6xF8E+vBfAPssYvT7iGLo+8he3&#10;P/8WtUD/FLRA/xOzQf8Rs0H/ELNB/xCzQf8Qs0H/EP9AEAD/RgwA/0sKAP9RDQD/UxEA/1QYAPNU&#10;IgDpUi0B4VA7AdpPSQPSTVUHzEtgC8hJag7FSHMRwkd7E79GgxW9RYsXu0WTGLlEmhm3Q6IatUOr&#10;G7RDthyyQ8QdsEPZHq1D7R2rRfwaqUX/GKhG/xaoRv8Vp0f/E6dH/xOnR/8Tp0f/E/9EDgD/SggA&#10;/1AGAP9VCgD/WA0A91kRAOpYGADfVyQA1Fc1AcxVRATGVFAIwVJbDL1QZRC5Tm0Ttk12FrRMfRix&#10;S4Uar0qNG61JlR2rSZ0eqUimIKdIsCGlSL0ipEjPIqFI6CKgSfgen0v/G55L/xmdTP8XnUz/Fp1M&#10;/xadTP8WnUz/Fv9HCwD/TQIA/1QCAPdaBADrXQcA510LAOFcEADTXR4Ayl0wAcNcPwS9WkwIt1hX&#10;DLNWYBGvVGkUrFNxF6lReBqnUIAcpE+HHqJPjyCgTpghnk2hI5xNqySaTbglmUzIJpZM4iaVTvUi&#10;lE//H5RQ/xyUUf8alFH/GJRR/xiUUf8YlFH/GP9JCAD/UAAA+1gAAOVeAADdYgMA1mMHANRhCgDK&#10;YhkAwmMsAbtiOwO0YEgIr11TDKpbXBGmWmQVo1hsGKBXdBudVXsdm1SDIJlUiyKWU5MklFKdJZJR&#10;pyeQUbMojlHDKY1R3SqMUvImi1T/IotV/x6LVv8ci1b/GotW/xqLVv8ai1b/Gv9MBAD/UwAA7FwA&#10;AN9iAADUZgEAzmgFAMtnCADCZxYAumgoAbNnOAOtZUUHqGNQDKNhWRGfX2EVm11oGJhccBuVWnce&#10;k1l/IZBYhyOOV48ljFeZJ4lWoymHVq8qhVW/K4RW1SyDV+8pg1j+JINZ/yCEWv8ehFr/HIRa/xyE&#10;Wv8chFr/HP9OAQD/VwAA5V8AANhmAADOagAAx2wDAMNrBQC8bBIAtG0lAK1sNQOnakIHoWdNDJxl&#10;VhGYY14VlGJlGJFgbBuOX3QejF57IYldgySGXIwmhFuVKIFaoCp/WqwsfVq7LXxazy57W+wrfFz8&#10;Jnxd/yJ9Xv8ffV7/HX1e/x19Xv8dfV7/Hf9QAAD1WQAA4WMAANJqAADJbgAAwnABAL1wAwC2cBAA&#10;rnEiAKhwMgKhbj8GnGxKC5dqUxCSaFsUjmZiGItlaRuIY3AehWJ4IYJhgCSAYIkmfV+SKXtenSt4&#10;Xqktdl64LnVezC90XuktdWD6J3Zh/yN3Yv8gd2L/Hndi/x53Yv8ed2L/Hv9SAADsXAAA3GYAAM5t&#10;AADEcgAAvXQAALd0AQCwdA4AqXUfAKJ0LwKccj0Fl3BHCpFuUQ+NbFkUiWpgF4VpZxuCaG4ef2Z1&#10;IX1lfSR6ZIYnd2OQKXVjmyxyYqcucGK2L29iyS9uYuYub2T5KHBl/yRxZv8hcWb/H3Fm/x9xZv8f&#10;cWb/H/9UAADoXwAA12kAAMpwAADAdQAAuXgAALJ4AACreA0ApHkdAJ54LQGXdzoFknVFCoxyTg6I&#10;cFYThG9eF4BtZBp9bGsdemtzIHdqeyN0aYMmcmiNKW9nmSxsZqUuamazL2lmxjBoZuQvamj3KWtp&#10;/yVsaf8ibGr/IGxq/yBsav8gbGr/IP9XAADkYgAA0mwAAMZzAAC9eAAAtXsAAK18AAClfAoAn30a&#10;AJl8KgGTezgEjXlDCYh3TA6DdVQSf3NbFntyYhl4cGkddW9wIHJueCNvbYEmbGyLKWpslyxna6Mu&#10;ZWuyL2RrxDBia+EvZGz2KmZt/yZmbf8jZ27/IGdu/yBnbv8gZ27/IPZZAADgZQAAzm8AAMJ2AAC5&#10;fAAAsX8AAKmAAACggAcAmYEXAJSBKAGOgDUDiH5BCIN8Sg1+elIRenhZFXZ3YBlzdmcccHRuH21z&#10;diNqcn8mZ3GJKWRxlSticKEtYHCwL15wwi9dcN8vX3H1KmBx/yZhcv8jYnL/IGJy/yBicv8gYnL/&#10;IO9cAADcaQAAynIAAL56AAC1gAAArYQAAKSFAACahQMAlIUUAI6GJQGJhDMDg4M+B36BSAt5f1AQ&#10;dX5XFHF9Xhhue2Uba3psHmh5dCJleH0lYneHKF92kypcdp8sWnWuLll1wC5Ydd0uWXbzKlt2/yZc&#10;d/8jXHf/IFx3/yBcd/8gXHf/IOpgAADVbAAAxXYAALp+AACxhAAAqIgAAJ+JAACUigAAjYoRAIiL&#10;IQCDijACfok7BXmHRQp0hk4OcIRVEmyDXBZpgmMaZoFqHWKAciBff3sjXH6FJll9kSlXfJ4rVXys&#10;LFN8vi1SfNotU3zyKVV8/yVWfP8iV3z/IFd8/yBXfP8gV3z/IOVkAADPcAAAwXoAALaDAACtiQAA&#10;o4wAAJmOAACNjwAAhpAOAIGRHQB9kCwBeI84BHOOQghujUsMaoxTEGeKWhRjiWEXYIhoG12HcB5a&#10;hnkhVoWDJFSFjyZRhJwoT4SqKk2EvCpNhNcqTYPxJ0+D/yRQg/8iUIP/H1CD/x9Qg/8fUIP/H95p&#10;AADJdQAAvIAAALKIAACojQAAnZEAAJOTAACFlgAAfpcLAHmXGQB1lygBcZc1A2yWPwZolUgKZJRQ&#10;DWGTVxFdkl4VWpFmGFeQbhtUj3ceUY6BIE6OjSNLjZolSY2pJkiNuydHjdQnR4zwJEiM/yJJi/8g&#10;Sov/HkqL/x5Ki/8eSov/HtVuAADDewAAt4UAAKyNAACikgAAl5YAAIyZAAB/nAAAdZ4FAHCfEwBt&#10;nyMAaZ8wAWWeOwRhnkUHXZ1NClqcVA1Xm1wRVJpjFFGaaxdOmXQZS5h/HEiYix5Fl5kgQ5eoIUKX&#10;uiJBl9MiQZbvIEKV/h5Clf8dQ5T/HEOU/xxDlP8cQ5T/HMx1AAC8gQAAsYwAAKaSAACblwAAkZsA&#10;AIWfAAB5owAAaqcAAGWnDgBjqBwAYKgrAV2oNgJZp0AEVqdJBlOmUQlQplkMTaVgDkqlaRFHpHIU&#10;RKR9FkKjiRg/o5caPaOnGzyjuRw7o9IbO6LvGzug/ho7n/8ZPJ//GDyf/xg8n/8YPJ//GMR8AAC2&#10;iQAAqpIAAJ+XAACVnAAAiaEAAH2mAABxqgAAZK4AAFqxCABXsRQAVbIjAFOyMAFQsjsCTbJEA0ux&#10;TQVIsVUHRbFdCUOxZQtAsG8NPrB6DzuwhxE5r5YTN6+mFDavuBQ1sNEUNa7vFDSt/hQ0rP8UNKv/&#10;FDSr/xQ0q/8UNKv/FLuFAACvkAAAo5cAAJidAACMowAAgKgAAHStAABosgAAXLYAAFC6AQBJvA0A&#10;SLwZAEa9JwBFvTMAQ709AUG9RwE/vVACPb1YAzq9YQU4vWsGNr13CDS9hAkyvZMKML2kCy+9twwu&#10;vtALLrzuDC26/g0suf8NLLj/Diy4/w4suP8OLLj/DrOPAACmlwAAm50AAI+jAACDqgAAdrAAAGq1&#10;AABeugAAUr4AAEfCAQA9xwYAOMkQADfJGwA2yicANcozADTLPQAzy0cAMctRATDLWwEuzGUCLMxx&#10;AirMfwMpzJAEJ8yhBCbNtAQlzc4EJcvuBCTJ/AYjyP8HI8f/ByPH/wcjx/8HI8f/B6mWAACenQAA&#10;kqMAAIWrAAB4sgAAa7gAAF++AABSwgAAR8YAAD3KAAA0zwQAK9QJACbZDwAl2RkAJdolACTaMAAj&#10;2zsAI9tFACLcUAAh3VsAIN1oAB7edgAd3ocBHN+ZARrfrAEZ38QBGN7nARjc+AEY2/8CF9r/Ahfa&#10;/wIX2v8CF9r/AqCcAACUowAAh6sAAHmzAABsugAAX8EAAFLGAABGygAAO84AADHTAAAp2QAAId4F&#10;AB7oDgAd6BUAG+keABnpJwAY6jAAFuo5ABXrQwAU7E4AEuxaABHtZwAQ7ncAEO6KAA7vngAO8LMA&#10;DfDNAAzv7AAM7fwADOv/AAzr/wAM6/8ADOv/AJejAACJqwAAe7QAAG28AABfxAAAUsoAAEXOAAA5&#10;0wAAL9gAACXdAAAd4QAAGOwCABb3CwAU9xEAEfgXABD4HgAO+SUADfktAAv6NQAJ+z8AB/tKAAT8&#10;VwAD/WYAAv53AAD9iwAA/Z8AAPy1AAD80QAA/O0AAPz8AAD8/QAA/P0AAPz9AIurAAB9tAAAbr0A&#10;AGDGAABSzQAARNIAADfYAAAs3QAAIuEAABnlAAAT6gAAEPoAAA7/BgAN/wwACv8QAAf/FAAE/xoA&#10;Af8gAAD/JwAA/zAAAP86AAD/RQAA/1MAAP9iAAD/dQAA/4oAAP+fAAD/swAA/8cAAP/lAAD/5QAA&#10;/+UAAP/lAH+0AABwvQAAYccAAFPQAABD1gAANt0AACriAAAf5gAAFuoAABDtAAAM+gAACf8AAAb/&#10;AAAC/wQAAP8JAAD/DQAA/xAAAP8UAAD/GgAA/yEAAP8pAAD/NAAA/0AAAP9OAAD/XgAA/3IAAP+H&#10;AAD/mgAA/6oAAP+5AAD/uQAA/7kAAP+5AP8gKQH/IicB/yInAf8fKgH/GTAB/xI5Af8QRQH/DVMB&#10;/wxgAf8KbQL/CXkC/wmEAv8JjgH/CZYB/wmdAf8JowH/CakB/wmwAf8ItwH/CL4B/wjIAf8I1gH/&#10;COYB/wjxAf8I+wD/CP8A/wj/AP8J/wH/Cf8B/wn/Af8J/wH/Cf8B/wn/Af8jJgH/JSQA/yUkAP8j&#10;JwH/HSwB/xg1Af8VQgH/ElAB/xBdAv8OagL/DnYC/w6AAv8OigL/DpIC/w6aAv8OoAL/DqYB/w2t&#10;Af8NswH/DbsB/w3FAf8N0QH/DeMB/w3vAf4N+gH6Df8B+Q7/AfkO/wH5Dv8B+A7/AfgO/wH4Dv8B&#10;+A7/Af8mIwD/KCAA/yggAP8mIgD/IigB/yAyAf8cPwH/GUwB/xdZAv8VZQL/E3EC/xN8Av8ThgL/&#10;E44C/xKWAv8SnQL/EqMC/xKpAv8SsAL/ErcC/xLBAv8SzAH9Et8B+RPtAfUT+AHzE/8B8hP/AfET&#10;/wLwFP8C8BT/AvAU/wLwFP8C8BT/Av8qHwD/LBwA/ywbAP8rHQD/KSQA/ygvAf8lOwH/IkgB/x9U&#10;Av8dYQL/G20C/xp3Av8agQL/GooC/xqSAv8amQL9Gp8C/BqmAvsarAL5GrQC+Bq9AvYayALzGtsC&#10;7xrqAuwb9wLpG/8C6Bv/A+cc/wPmHP8D5Rz/A+Ub/wPlG/8D5Rv/A/8tGwD/MBcA/zEVAP8wFgD/&#10;MSAA/zAqAP8uNgH/K0MB/yhPAv8mXAL/JGcC/CNyA/kjfAP3IoUD9SKNA/MilQPyIpsD8CKiA+8i&#10;qQPtIrED7CK5A+oixQPoItUD5CPpA+Aj9gTeI/8E2yT/BNkk/wTYJP8E1yT/BNYk/wTWJP8E1iT/&#10;BP8xFgD/NBIA/zYRAP83EwD/ORsA/zglAP82MQH/Mz0B/TFKAfguVgL0LWID8CxtA+0rdwPqK4AE&#10;6CqIBOYqkATlKpcE4yqeBeEqpQXgKq0F3iq2BdwqwgXaKtIG1SvnBtAr9QfNLP8Hyyz/B8ks/wfI&#10;LP8Hxyz/Bscs/wbHLP8Gxyz/Bv81EgD/OQ4A/zoNAP8+EAD/QBYA/z8gAP89KgD5OzcB8jhEAew2&#10;UQLnNVwD4zRnA+AzcgTdM3sF2jKDBtYyiwbUMpMH0jGaCNAxoQjOMakJzDGyCcsxvArJMcoKxjLh&#10;C8Iy8Qu/M/4LvTP/Crsz/wq6M/8JujP/Cboz/wm6M/8JujP/Cf85EAD/PQsA/0AJAP9EDQD/RhEA&#10;/0UZAPdEIwDuQS8A5j88AeA+SgHaPVcC0zxiBM87bAbMOnUHyTp9Ccc5hQrFOYwLwziUDME4mw3A&#10;OKMNvjisDrw4tg+6OMMPuTjXELU47BCyOfsPsDr/Dq86/w2uOv8MrTr/C606/wutOv8LrTr/C/88&#10;DQD/QAYA/0UEAP9JCQD/Sw0A+UoRAO1JGgDjRiYA2kY2ANFGRQHLRVEDxkRcBcJCZgi/Qm8KvEF3&#10;C7pAfw24P4YOtj+OELQ+lRGyPp0SsD6mE68+sBStPr0Uqz7NFak+5hWmP/cTpED/EqNA/xCiQP8P&#10;okD/DqJB/w6iQf8OokH/Dv8/CQD/RAAA/0oAAPdOAgDsUAYA6k8LAONMEADWTB4AzU0wAMZNPwHA&#10;TEwEu0tXBrdJYQm0SGkMsUdxDq5GeRCsRoARqkWIE6hEkBSmRJgWpEOhF6JDqxigQ7cZn0PHGZ1D&#10;4BqbRPMXmUX/FZhG/xOYRv8RmEb/EJdG/xCXRv8Ql0b/EP9CBQD/RwAA908AAOVTAADdVQEA11UG&#10;ANVSCwDLUxkAw1QrALxUOwG2UkgEsVFSB61QXAqpTmQNpk1sD6RMdBGhS3sTn0qCFZ1KihebSZMY&#10;mUmcGpdIphuVSLIclEjBHZJI2B2QSe8bj0r+GI9L/xaOS/8Ujkz/Eo5M/xKOTP8Sjkz/Ev9FAAD/&#10;SwAA6VMAAN5YAADTWwAAzVsEAMpYBwDCWBUAulonALNaNwGuWEQEqVdPB6RVWAqhVGANnlNoEJtR&#10;bxOYUHYVllB+F5RPhhmSTo4aj06YHI1Noh2LTa4fik28IIhN0CCHTesfhk/8G4ZQ/xiGUP8WhlD/&#10;FIZR/xSGUf8UhlH/FP9HAAD4TwAA5FcAANVdAADMYAAAxWACAMFeBQC6XREAs18jAKxfMwGmXkAD&#10;oVxLB51aVAqZWVwOllhkEZNWaxOQVXIWjlR6GItUghqJU4och1KUHoVSnh+DUaohgVG4In9RyyJ+&#10;UuchflP5HX5U/xp+Vf8XflX/Fn5V/xV+Vf8VflX/Ff9KAADuUgAA3lsAAM9hAADGZAAAv2UAALpj&#10;AgCzYg8ArGMgAKZjMAGgYj0Dm2FIBpZfUQqSXlkNj1xhEYxbaBOJWm8Whll2GIRYfhqCV4ccf1eQ&#10;H31WmyF7VqcieVa1I3dWxyR2VuQkdlf3H3dY/xt3Wf8Zd1n/F3dZ/xZ3Wf8Wd1n/Fv9MAADpVgAA&#10;2V8AAMtlAADBaAAAumkAALRoAACtZw0ApmgcAKBoLQGaZzoDlWVFBpBjTgqMYlcNiWFeEIZfZROD&#10;XmwWgF1zGH5cexp7XIMdeVuNH3ZamCF0WqQjclqyJHFaxCVvWuElcFv2IHFc/xxxXf8acV3/GHFd&#10;/xdxXf8XcV3/F/1PAADlWQAA02IAAMdoAAC9bAAAtm0AAK9sAACnawsAoGwZAJtsKgGVazcCkGlD&#10;BYtoTAmHZlQMg2VbEIBjYhN9YmkVemFwGHhheBp1YIEdc1+LH3BeliJuXqIkbF6wJWtewSZpXt4m&#10;al/0IWtg/x1rYf8bbGH/GWxh/xhsYf8YbGH/GPVRAADiXAAAz2UAAMNrAAC5bwAAsXEAAKpxAACi&#10;bwgAm28XAJZwJwCQbzUCi25ABYZsSQiCalIMfmlZD3toYBJ3ZmYUdWZuF3JldhpwZH4dbWOIH2tj&#10;kyJpYqAkZmKuJWVivyZkYtomZGPyImVk/x5mZP8bZ2T/GWdl/xhnZf8YZ2X/GPBTAADdXwAAy2gA&#10;AL9vAAC2cwAArnUAAKZ1AACdcwUAlnMUAJF0JACLczIChnI+BIFwRwh9b08LeW1XDnZsXhFza2QU&#10;cGpsF21qcxpraXwcaGiGH2ZnkSJjZ54kYWasJWBmvSZfZ9YmX2fxImBo/x5haP8cYmj/GmJo/xli&#10;aP8ZYmj/GexXAADZYgAAx2sAALxyAACzdwAAqnkAAKF5AACXdwEAkHgRAIt4IQCGeC8BgXc7BHx1&#10;RQd4dE0KdHJVDnFxXBFucGMUa29qFmhucRlmbnocY22EHmBsjyFebJwjXGuqJVpruyZZbNMmWmzv&#10;I1ts/x9cbf8cXW3/Gl1t/xldbf8ZXW3/GehaAADSZgAAw28AALh2AACvewAApn4AAJ1+AACRfAAA&#10;inwPAIV9HgCBfS0BfHw5A3d6QwZzeUsJcHhTDGx3WhBpdmETZnVoFmN0bxhhc3gbXnKCHltyjSBZ&#10;cZoiV3GoJFVxuSVUcdAlVHHuIlZx/h5Xcf8cV3H/Glhx/xlYcf8ZWHH/GeNeAADNaQAAv3MAALR6&#10;AACrfwAAooIAAJiDAACLgQAAhIENAH+CGgB7gikBdoE2AnKBQAVuf0kIan5QC2d9Vw5kfF4RYXtm&#10;FF56bRdbenYZWXmAHFZ4ix9TeJghUXemIlB3tyNPd84jT3fsIVB3/R5Rd/8bUnf/GVJ3/xlSd/8Z&#10;Unf/Gd5iAADIbgAAu3cAALB/AACnhAAAnYcAAJKHAACEhwAAfYcJAHiIFgB0iCYAcIgyAmyHPQRo&#10;hkYGZYVOCWGFVQxehFwPW4NjElmCaxVWgXQXU4B+GlCAiRxOf5YeTH+lIEp/tiFJf8whSX7rH0p+&#10;/BxLfv8aS37/GUx+/xhMfv8YTH7/GNVnAADDcwAAtnwAAKyEAACiiQAAmIsAAI2NAAB8jQAAdY4E&#10;AG+PEgBtkCEAaZAuAWWPOQJijkIEXo5LB1uNUgpYjFkMVothD1OLaBJQinEUTYl7F0qJhxlIiJUb&#10;RoijHUSItB1DiModQ4fqHESG+xpEhv8YRYb/F0WF/xdFhf8XRYX/F81tAAC9eAAAsYIAAKeKAACc&#10;jgAAkpAAAIaTAAB5lQAAbJcAAGaXDgBjmBsAYZgpAF6YNQFalz4DV5dHBVWWTwdSllYJT5VeDEyU&#10;Zg5KlG8QR5N5E0SThRVCkpMXQJKiGD6Ssxk9kskZPZHpGD2Q+hc+j/8WPo//FT6P/xU+j/8VPo//&#10;FcVzAAC3fwAArIkAAKGPAACWkwAAi5YAAH+ZAABznAAAZJ8AAFygCQBZoBQAV6EiAFWhLwBSoTkB&#10;UKFDAk2gSwRKoFMFSKBaB0WfYwlDn2wLQJ52Dj6egxA7npEROZ2gEjidshM3nsgTN53oEjab+hI2&#10;mv8SNpn/ETeZ/xE3mf8RN5n/Eb57AACxhwAApY8AAJuUAACQmAAAhJwAAHegAABrpAAAX6cAAFKq&#10;AABNqw4AS6saAEqrJwBIqzMARqs9AUSrRgFCq04CQKtWAz6rXwU7q2gGOapzCDeqgAk0qo8LMqqf&#10;DDGqsAwwqscMMKnnDC+n+g0vpv8NL6X/DS+l/w0vpf8NL6X/DbaEAACqjgAAnpQAAJSZAACHngAA&#10;e6MAAG+oAABjrAAAV68AAEuyAABBtQYAPrYRAD22HgA7tikAOrc0ADm3PgA3t0cANrdQATS3WgEy&#10;t2QCMLdvAy63fAQst4sFKrecBSm3rgYouMUFKLfmBSe1+Qcms/8HJrL/CCay/wgmsv8IJrL/CK+N&#10;AACilAAAl5oAAIugAAB+pgAAcasAAGWwAABZtAAATbcAAEK7AAA4vgEAL8IJAC3DEgAswx4AK8Mp&#10;ACrEMwApxD0AKMVHACfFUQAmxVwAJcZoACPGdgEixoYBIMaYAR/GqwEex8EBHsbkAR3E+AIcwv8D&#10;HMH/AxzB/wQcwf8EHMH/BKWUAACamgAAjqEAAIGnAABzrgAAZ7QAAFq5AABOvQAAQsAAADjDAAAv&#10;xwAAJssEAB7QCgAb0REAGtIaABnSJQAY0y8AGNM6ABfURAAW1FAAFdVdABTVawAT1nwAEtePABHY&#10;pAAQ2bsAENneABDV8wAQ0/8AENL/ARDR/wEQ0f8BENH/AZyaAACRoQAAg6gAAHWwAABotwAAW70A&#10;AE7BAABCxQAAN8gAAC3MAAAk0AAAHNUAABXaBQAQ4gsAEOMRAA7kGgAO5CMADeUtAAzlNwAL5kIA&#10;CuZPAAnnXQAI520ABuaAAAXmlQAE5qsAAubEAAHm5gAA5/kAAOf/AADm/wAA5v8AAOb/AJOhAACF&#10;qQAAd7EAAGm5AABbwAAATsYAAEHKAAA1zgAAKtIAACHWAAAZ2wAAEt8AAA3jAAAL8QgACfMOAAfz&#10;EwAE8hoAAvIiAADyKgAA8jQAAPI/AADyTAAA8lwAAPJtAADyggAA8pgAAPOtAADzxgAA9OUAAPT2&#10;AAD0+wAA9PsAAPT7AIepAAB5sgAAaroAAFzCAABOyQAAQM4AADPTAAAo2AAAHt0AABXhAAAP5AAA&#10;CugAAAXzAAAD/QEAAPwIAAD7DQAA+xEAAPsWAAD8HgAA/CYAAPwwAAD9PAAA/kkAAP5aAAD+bQAA&#10;/4IAAP+YAAD/rAAA/8AAAP/YAAD/5AAA/+QAAP/kAHuyAABsuwAAXcQAAE/NAABA0gAAMtkAACbe&#10;AAAb4gAAEuYAAAzqAAAF7QAAAPQAAAD/AAAA/wAAAP8AAAD/BAAA/wkAAP8OAAD/EgAA/xgAAP8h&#10;AAD/KwAA/zcAAP9GAAD/WAAA/2sAAP+AAAD/lQAA/6YAAP+zAAD/uwAA/7sAAP+7AP8bJgD/HCQA&#10;/xokAP8VJwD/EC0A/wo2AP8FQwD/AVAB/wBeAf8AawH/AHYB/wCBAP8AigD/AJIA/wCaAP8AoAD/&#10;AKYA/wCsAP8AsgD/ALkA/wDCAP8AzQD/AN8A/wDsAP8A+AD/AP8A/QD/AP0A/wD9AP8A/QD/AP0A&#10;/wD9AP8A/QD/AP8fIwD/HyEA/x4hAP8ZIwD/EykA/w4yAP8MQAD/CU0B/wdaAf8EZwH/A3MB/wN9&#10;Af8DhwH/A48A/wKWAP8CnAD/AqIA/wKoAP8CrwD/AbYA/wG+AP8ByQD/AdsA/wDqAPwA9gD4AP8A&#10;9wL/APcD/wD2BP8A9gT/APYF/wD2Bf8A9gX/AP8iHwD/IhwA/yEcAP8eHwD/GCQA/xUvAP8SPAD/&#10;EEkA/w5WAf8MYgH/C24B/wt5Af8LggH/C4sB/wuSAf8KmQH/Cp8A/wqlAP8KqwD/CrIA/wq7AP0K&#10;xgD7CtQA9wrnAPMK9ADwCv8A7wv/AO4M/wDtDP8B7Qz/Ae0M/wHtDP8B7Qz/Af8lGwD/JhgA/yUX&#10;AP8hGAD/ICEA/x4rAP8aNwD/F0UA/xRRAf8SXgH/EWkB/xF0Af8RfQH/EIYB/RCOAfwQlQH6EJsB&#10;+RChAfcQqAH2EK8B9BC3APMQwgDxENAA7RDlAOgR8gDmEf4B5BL/AeMS/wHiEv8B4hL/AeES/wHh&#10;Ev8B4RL/Af8pFgD/KhMA/ykSAP8nEwD/KBwA/ycnAP8jMwD/ID8A/x1MAP8bWAH8GWQB+BluAfYY&#10;eAHzGIEB8RiJAe8YkAHuGJcB7BieAeoYpAHpGKwB5xi0AeYYvwHkGM0B4BnjAdwa8QHYGv4C1Bv/&#10;AtIb/wLRG/8C0Bv/AtAb/wLQG/8C0Bv/Av8tEgD/Lg8A/y4NAP8vEAD/LxcA/y4hAP8sLQD/KTkA&#10;+SZGAPQkUwHvIl4B6yJpAeghcwHmIXwB4yGEAeEhjAHgIZMB3iGaAdwhoQHaIakB2CGxAtUhvALT&#10;IskC0CLfAswj8APII/0DxiT/A8Qk/wPDJP8DwiT/A8Ek/wPBJP8DwST/A/8wDwD/MgsA/zMIAP82&#10;DQD/NhIA/zUaAP0yJQD0MDIA7S0/AOcsTADiK1gB3StjAdkqbQHVKnYC0ip/AtAqhgLOKo4DzCqV&#10;A8oqnAPJKqMExyqsBMUqtgTDKsMFwirVBb4r6wW6K/kGuCz/BrYs/wW1LP8FtCz/BbQs/wW0LP8F&#10;tCz/Bf80DAD/NgUA/zkDAP88CAD/PA0A/TsTAPE4HQDoNSkA4DQ3ANkzRgDRNFIBzTNdAckzZwLG&#10;M3ADxDJ4BMEygAS/MocFvjKPBrwylga6MZ4HuDGmB7cxsAi1MrwIszLMCbEy5QmtM/UJqzP/Caoz&#10;/wioM/8HqDP/B6cz/wenM/8HpzP/B/83BwD/OgAA/z4AAPpBAQDxQQYA8T8NAOY8EgDbOh8A0Dsx&#10;AMo8QADEPE0BwDxYArw7YQO5O2oFtjpyBrQ6egeyOYEIsDmICa85kAqtOJgKqzihC6k4qgyoOLYN&#10;pjjFDaQ43g6hOfENnzr/DJ46/wudOv8KnDr/CZw6/wmcOv8JnDr/Cf87AgD/PgAA90QAAOZHAADf&#10;SAEA2kYGANlACwDNQhkAxUQrAL5EOwC5REgBtUNTA7FCXASuQmUGq0FsB6lAdAmmQHsKpD+DC6M/&#10;ig2hPpMOnz6cD50+pRCbPrERmj6/EZg+1BKWP+0RlD/8D5NA/w6SQP8MkkH/C5JB/wuSQf8LkkH/&#10;C/89AAD/QwAA6UkAAN5OAADTTwAAzU4DAMpJCADCSRQAu0omALVLNgCvS0MCq0pOA6dJVwWkSGAH&#10;oUdnCZ5GbwqcRnYMmkV9DphFhQ+WRI4QlESXEpJDoROQQ6wUj0O6FY1DzRWLROgVikX6EolG/xCJ&#10;Rv8OiEb/DYhG/w2IRv8NiEb/Df9AAADyRwAA408AANRTAADLVQAAxFQAAMBQBAC5TxEAslAiAKxR&#10;MgCnUT8ColBKA55PUwWbTlwImE1jCpVMagyTS3ENkUp5D45KgBGMSYkSikmSFIhInBWGSKgWhUi1&#10;F4NIxxiBSOQYgUr3FYBK/xKAS/8QgEv/D4BL/w6AS/8OgEv/Dv9DAADsSwAA3VMAAM5YAADEWgAA&#10;vVoAALhXAQCxVA4AqlYeAKVWLgCfVjsBm1VGA5dUUAWTU1gIkFJfCo1RZgyLUG0OiE90EIZPfBKE&#10;ToUTgk6OFYBNmRd+TaQYfE2yGXpNwxp5Td8aeE70F3hP/xR4T/8SeFD/EHhQ/w94UP8PeFD/D/1G&#10;AADnTwAA1lcAAMhcAAC/XwAAt18AALFcAACqWQwApFoaAJ5bKgCZWzgBlFpDA5BZTAWMWFUIiVdc&#10;CoZWYwyDVWoOgVRxEH9TeRJ9U4EUelKLFnhSlRh2UaEZdFGvG3NRwBtxUdsccVLyGXFT/xVxVP8T&#10;clT/EXJU/xByVP8QclT/EPNIAADjUwAA0FsAAMRgAAC6YwAAs2MAAKxhAACkXgkAnV8XAJhfJwCT&#10;XzUBjl5AA4pdSgWGXFIHg1tZCoBaYAx9WWcOe1huEHhYdRJ2V34UdFaIF3JWkxhvVp8ablWsG2xV&#10;vRxrVtUda1bwGmtX/xdrWP8UbFj/EmxY/xFsWP8RbFj/EfFLAADfVgAAzF4AAMBkAAC3ZwAArmgA&#10;AKdmAACfYgYAmGMUAJJkJACNYzIBiWI9AoRhRwSBYE8HfV9WCXpeXQt3XWQNdVxrEHNccxJwW3sU&#10;bluFF2xakBlqWpwbaFmqHGZauh1lWtEdZVruG2Vb/hdmW/8VZlz/E2dc/xJnXP8SZ1z/Eu1OAADa&#10;WQAAyGEAALxnAACzagAAq2wAAKJqAACZZwIAkmcRAI1nIQCIZy8BhGY7An9lRAR7ZE0GeGNUCXVi&#10;WwtyYWENcGFpD21gcBJrX3kUaV+DF2ZejhlkXpobYl6oHGFeuB1fXs4dX17sG2Bf/RhhX/8VYV//&#10;E2Jf/xJiX/8SYl//EupRAADUXAAAxGQAALlqAACwbgAAp3AAAJ5uAACUawAAjWoQAIdrHgCDaywA&#10;fms4AnpqQgN2aUoGc2hSCHBnWQptZmANa2VnD2hkbhFmZHcUZGOBFmFjjBhfYpgaXWKmHFtith1a&#10;YswdWmLqHFtj/BhcY/8WXGP/FF1j/xNdY/8TXWP/E+ZVAADPXwAAwWgAALZuAACscgAApHQAAJpz&#10;AACObwAAh28NAIJvGwB9cCkAeW81AXVuPwNybUgFbmxQB2tsVwppa14MZmplDmRpbBFhaXUTX2h/&#10;FlxoihhaZ5YaWGekHFZntB1VZ8odVWfoG1Zn+xhXZ/8WV2j/FFhn/xNYZ/8TWGf/E+FYAADLYwAA&#10;vWsAALJyAACpdgAAoHgAAJZ3AACIcwAAgXMLAHx0FwB4dCYAdHQyAXBzPQJtc0YEanJOB2dxVQlk&#10;cFwLYXBjDl9vahBcbnMSWm58FVdtiBdVbJQZU2yjG1FssxxQbMgcT2znG1Fs+hhRbP8VUmz/FFJs&#10;/xNSbP8TUmz/E9xcAADHZwAAuW8AAK92AAClewAAnHwAAJF8AACCeAAAenkHAHV5FAByeiMAbnov&#10;AWt5OgJoeUMDZHhLBWF3Ughfd1kKXHZgDFl1aA9XdHARVHR6E1JzhhZPc5MYTXKhGUxysRpKcsYa&#10;SnLlGkty+RdMcv8VTHL/E01y/xJNcv8STXL/EtRgAADCawAAtXQAAKt7AACifwAAl4EAAIyBAAB6&#10;fgAAc38CAG5/EQBrgB4AaIAsAGWANwFigEADX39IBFx+UAZZflcIV31eC1R8Zg1RfG4PT3t4EUx7&#10;gxRKepEWSHqfF0Z6rxhFesQYRHrkGEV5+BZGef8URnj/Ekd4/xFHeP8RR3j/Ec1lAAC9cAAAsXkA&#10;AKeAAACchAAAkoYAAIaGAAB3hgAAa4YAAGaHDQBjhxkAYIgnAF6IMwFbiDwCWIdFA1aHTQRThlQG&#10;UIZbCE6FYwpLhGwMSYR2D0aDgRFEg48TQoOdFECCrhU/g8IVPoLiFT+B9xM/gf8SQID/EUCA/xBA&#10;gP8QQID/EMZrAAC3dgAArH8AAKKFAACXiQAAjIsAAIGNAABzjgAAZY8AAF2PCQBakBQAWJAhAFaR&#10;LQBTkDgBUZBBAk6QSQNMkFAESo9YBUePYAdFjmkJQo5zC0CNfw0+jY0PPI2cEDqNrBE5jcEROI3h&#10;EDiL9hA4iv8POYn/DzmJ/w45if8OOYn/Dr9yAACyfQAAp4YAAJyKAACRjgAAhpEAAHqTAABtlQAA&#10;X5cAAFSZAQBPmQ8ATpoaAEyaJwBKmjIASJo8AUaaRAFEmkwCQppUA0CZXAQ+mWYFO5lwBzmYfAg3&#10;mIoKNZiaCzOYqwsymL8MMpjfCzGW9Qsxlf8LMZT/CzGT/wsxk/8LMZP/C7h6AACshQAAoYsAAJaQ&#10;AACLlAAAf5cAAHKbAABmnQAAWqAAAE6iAABFpAkAQqQTAECkHwA/pCoAPqU0ADylPgA7pUcBOaVP&#10;ATelWAI1pWECM6VsAzGleQQvpIcFLaSXBiykqQYrpL0GKqTeBiqi9Qcpof8HKaD/CCmf/wgpn/8I&#10;KZ//CLGCAACliwAAmpEAAJCWAACDmgAAdp8AAGqiAABepgAAUqkAAEarAAA8rQAANa8MADOwFQAy&#10;sCEAMbArAC+wNQAusT4ALbFIACyxUQArsVsAKbFnASexdAEmsYMBJLGUAiOxpgIisrsCIbLbAiGv&#10;8wMgrv8DIK3/BB+s/wQfrP8EH6z/BKqLAACdkQAAk5cAAIecAAB6ogAAbacAAGCrAABVrwAASbEA&#10;AD60AAAztwAAKroDACS8DQAivRUAIb0gACG9KgAgvTMAH749AB6+RwAdvlIAHL9eABq/bAAZv3wA&#10;GL+OABfAoQAWwLYAFMDTABW+8QAVvP8BFbv/ARS6/wIUuv8CFLr/AqGSAACWmAAAip4AAH2kAABv&#10;qgAAYq8AAFa0AABKtwAAProAADO9AAAqwAAAIcQAABnHBQATywsAEcwSABHMGwAQzCUAD80vAA7N&#10;OgAOzUYADc1SAA3OYAAMznAAC86DAArOlwAJzqwACM7GAAjO6AAIzfsACcv/AAnL/wAJy/8ACcv/&#10;AJiYAACNngAAf6UAAHGsAABkswAAV7kAAEq9AAA+wAAAMsMAACjGAAAfygAAF80AABHRAAAM1gUA&#10;CNkMAAbZEgAF2hsABNokAAPbLgAB2zkAANxFAADdUgAA3mIAAN5zAADeiAAA350AAN+zAADfzgAA&#10;4O4AAN/6AADf/wAA3/8AAN//AI+fAACBpgAAc64AAGW1AABYvQAASsIAAD3FAAAxyQAAJswAAB3Q&#10;AAAU1AAADtkAAAndAAAD4QAAAOMHAADjDQAA5BIAAOUZAADmIgAA5ysAAOk2AADrQwAA7FIAAOxi&#10;AADtdgAA7owAAO6hAADvtwAA79EAAO/rAADw9gAA8PYAAPD2AISnAAB1rwAAZ7cAAFm/AABLxgAA&#10;PMoAAC/OAAAk0gAAGtgAABLcAAAM4AAABeMAAADnAAAA6wAAAOsAAADtBQAA7gsAAPAQAADxFQAA&#10;8x4AAPQnAAD3MwAA+UAAAPpRAAD7YwAA/HcAAP2NAAD9owAA/rYAAP7JAAD/3wAA/98AAP/fAHew&#10;AABouQAAWsEAAEzKAAA8zwAALtQAACLaAAAX3gAAEOIAAAnmAAAA6QAAAOwAAADwAAAA9gAAAPYA&#10;AAD3AAAA+AAAAPoHAAD7DQAA/REAAP8ZAAD/IwAA/y8AAP8+AAD/TwAA/2IAAP93AAD/jQAA/58A&#10;AP+uAAD/ugAA/7oAAP+6AP8WIwD/FSEA/xIhAP8OJAD/BioA/wAzAP8AQQD/AE4A/wBcAP8AaAD/&#10;AHQA/wB+AP8AhwD/AI8A/wCWAP8AnAD/AKIA/wCoAP8ArgD/ALUA/wC9AP8AxwD/ANYA/wDnAP4A&#10;8wD+AP4A/QD/APwA/wD7AP8A+wD/APsA/wD7AP8A+wD/AP8aIAD/GR4A/xYeAP8QIAD/CiUA/wQw&#10;AP8APQD/AEsA/wBYAP8AZAD/AHAA/wB6AP8AgwD/AIsA/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALEA&#10;/QC5APsAwwD6ANAA+ADjAPcA8QD2APwA9AD/APQA/wDzAP8A8wD/APMA/wDzAP8A8wD/AP8dHAD/&#10;HBkA/xkZAP8UGwD/Dv/i/+JJQ0NfUFJPRklMRQAICSEA/wwsAP8JOQD/BUYA/wJTAP8AXwD/AGsA&#10;/wB1AP8AfgD/AIYA/wCOAP8AlAD+AJsA/AChAPoApwD4AK4A9QC1APMAvwDxAMsA8ADfAO4A7gDs&#10;APkA6wD/AOoA/wDqAf8A6QH/AOkB/wDpAf8A6QH/AP8gFwD/HxQA/xwTAP8XFQD/Fh0A/xMoAP8Q&#10;NAD/DUEA/wxOAP8JWgD/CGYA/whwAP4HeQD8B4EA+geJAPgHkAD2BpYA8wadAPEGowDvBqoA7Qay&#10;AOoGuwDoBsgA5gbcAOQG7ADiCPoA4Ar/AN4L/wDdC/8A3Qz/ANwM/wDcDP8A3Az/AP8jEgD/IxAA&#10;/yEOAP8eEAD/HhgA/xwjAP8YLwD/FDsA/xJJAPwQVQD4D2AA9A9qAPEPdADvDnwA7Q6EAOsOiwDp&#10;DpIA5w6ZAOYOoADkDqcA4g6vAOAOuADeDsUA3A7aANYQ7ADSEfoAzxL/AM0S/wHMEv8ByxP/AcoT&#10;/wHKEv8ByhL/Af8nDwD/JwwA/yUJAP8mDQD/JRMA/yMcAP8gKAD7HDUA9RpCAO8YTwDqF1oA5hZl&#10;AOMWbgDgFncA3hZ/ANwWhwDZFo4A1haVANQWnADSF6MA0BerAM4YtQDMGMEAyxjSAMca6AHDG/gB&#10;wBv/Ab4c/wG9HP8CvBz/Arwb/wK8G/8CvBv/Av8rDAD/KwUA/ysDAP8tCQD/LA4A/ykVAPcmIADu&#10;Iy0A5yE6AOEfSADbH1QA1SBfANEgaADOIHEAzCF5AMohgQHIIYgBxiGPAcQhlgHDIZ4BwSKmAb8i&#10;rwG9IrsCvCPKArkj4wK1JPQCsyT/A7Ek/wOvJP8DryT/A64k/wOuJP8DriT/A/8vBgD/LwAA/zIA&#10;AP8zAgD5MggA9y8OAOsrFgDhJyIA2CcyANApQQDLKk4AxipZAMMqYgHAKmsBvSpzAbsqegK5KoIC&#10;uCqJArYqkAK0KpgDsyqhA7EqqgOvK7UErivEBKwr2wSoLO8Epiz+BaQs/wSjLf8Eoi3/BKIs/wSi&#10;LP8Eoiz/BP8yAAD/MwAA+TgAAOk5AADiOQAA3jUHAN4uDQDRLxsAyTEsAMMzOwC9M0gAuTRTAbYz&#10;XAGzM2UCsDNtAq4zdAOsMnsDqzKDBKkyigSnMpMFpTKbBqQypQaiMrAHoDK+B58y0QecM+oHmjP7&#10;B5g0/weXNP8GljT/BpY0/wWWNP8FljT/Bf81AAD/OAAA6j4AAN9CAADVQgAAzz8DAM04CADFOBUA&#10;vTomALc7NgCyPEMArjxOAao7VwKnO2ADpTpnA6M6bwShOnYFnzl9Bp05hQebOY0HmTiWCJg4oAmW&#10;OKsKlDi4CpM5yguROeULjzr3Co06/wmMO/8IjDv/B4w7/weMO/8HjDv/B/84AADxPgAA40UAANRJ&#10;AADLSgAAxUcAAMFBBAC6PxEAs0EhAK1CMQCoQz4ApENJAaBCUwKdQVsDm0FiBJhAagWWQHEGlD94&#10;B5I/fwiQP4gKjz6RC40+mwyLPqYNiT6zDYg+xA6GP+AOhD/0DYNA/wuDQP8KgkD/CYJB/wiCQf8I&#10;gkH/CP88AADrQwAA3EoAAMxPAADDUAAAvE4AALdJAQCxRg4AqkgcAKRJLACgSToAm0lFAZhITgKU&#10;R1cDkkdeBY9GZQaNRmwHi0VzCYlFewqHRIMLhUSNDINElw6BQ6IPf0OvEH5DwBB8RNoRe0TxD3pF&#10;/w16Rv8Lekb/CnpG/wl6Rv8Jekb/CfU+AADmSAAA008AAMdUAAC9VQAAtlQAALBQAACpTAsAok0Y&#10;AJ1OKACYTjYAlE5BAZBNSwKNTVMEikxaBYdLYQaFS2gIg0pvCYBKdwt+SX8MfEmJDnpIkw94SJ8Q&#10;d0isEnVIvBJ0SdITc0nuEXJK/w9ySv8Nckr/C3JK/wtySv8Kckr/CvJCAADgTAAAzlMAAMFYAAC4&#10;WgAAsFkAAKlWAACiUgcAm1IVAJZTJACRUzIAjVM+AYlSRwKGUVAEg1FXBYBQXgZ+T2UIe09sCXlO&#10;cwt3TnsNdU2FDnNNkBBxTZwSb02pE25NuRRsTc4UbE3rE2xO/RBsT/8ObE//DGxP/wtsT/8LbE//&#10;C+5FAADcUAAAyVcAAL1cAAC0XgAArF4AAKRbAACcVgQAlVYSAJBXIQCLWC8Ah1c7AYNWRAJ/Vk0D&#10;fFVUBXpUWwZ3VGIIdVNoCXNTcAtxUngNb1KCD21RjRFrUZkSaVGmFGdRthVmUcsVZVLpFGVS+xFm&#10;U/8PZlP/DWZT/wxmU/8MZlP/DOpJAADVUwAAxVoAALpfAACwYgAAqGIAAJ9fAACWWgAAj1oQAIpb&#10;HgCFWywAgVs4AX1bQQJ6WkoDd1lRBHRYWAZxWF8Hb1dmCW1XbQtrVnYNaVZ/D2dVihFlVZcTY1Wk&#10;FGFVtBVgVcgWX1XnFWBW+hJgVv8PYVf/DmFX/w1hV/8MYVf/DOdMAADRVgAAwV4AALZjAACtZgAA&#10;pGYAAJtkAACQXgAAiV4OAIRfGwCAXykAfF81AXhfPwJ0XkcDcV1PBG9cVgVsXFwHaltjCWhbawtm&#10;WnMNZFp9D2JaiBFfWZQTXlmiFFxZshVbWcYWWlnlFVta+RJbWv8QXFr/Dlxa/w1cWv8NXFr/DeNP&#10;AADNWQAAvmEAALNmAACpaQAAoGoAAJdoAACLYgAAg2IMAH5jGAB6YyYAdmMyAHNjPAFvYkUCbGFM&#10;BGphVAVnYFoHZWBhCGNfaQphX3EMX157Dl1ehhFaXpMSWF2gFFddsBVWXsQWVV7jFVZe9xJWXv8Q&#10;V17/Dlde/w1XXv8NV17/Dd5TAADIXQAAu2QAALBqAACmbQAAnW4AAJNtAACFZwAAfmcJAHhnFQB0&#10;ZyMAcWgvAG5nOQFrZ0ICaGZKA2VmUgVjZVgGYGVfCF5kZwpcZG8MWmN5DlhjhBBVYpESU2KfE1Ji&#10;rhVRYsIVUGLhFVFi9hJRYv8QUmL/DlJi/w1SYv8NUmL/DdlWAADEYAAAt2gAAKxuAACjcQAAmnMA&#10;AI9xAAB/awAAeGsFAHJrEgBubB8Aa2wsAGhsNwFmbEACY2tIA2BrTwRealYGXGpdB1lpZQlXaW0L&#10;VWl3DVNogg9QaI8RTmedE01nrBRLaMAUS2jeFEtn9RJMZ/8PTGf/Dk1n/w1NZ/8NTWf/DdJaAADA&#10;ZAAAs2wAAKlyAACgdgAAlncAAIp2AAB5cQAAcXEAAGtxDwBocRwAZnIoAGNyNABgcj0BXnJFAltx&#10;TQNZcVQFV3BbBlRwYwhSb2sKUG90DE1ugA5Lbo0QSW6bEUdtqxJGbr4TRW7cEkZt9BFGbf8PR23/&#10;Dkds/w1HbP8NR2z/DcxfAAC8aQAAsHEAAKV3AACcewAAkXwAAIZ7AAB1eAAAa3cAAGV3DABheBcA&#10;X3gkAF15MABaeToBWHlCAlZ4SgJTeFEEUXdYBU93YAdMdmgISnZyCkh1fQxFdYoOQ3WZD0J1qRBA&#10;dbwQQHXZEEB08w9AdP8OQXP/DUFz/wxBc/8MQXP/DMZkAAC3bgAAq3YAAKJ8AACXfwAAjIEAAIGB&#10;AABygAAAZX8AAF1/CABZfxMAV4AgAFWAKwBTgTYAUYA+AU+ARgJNgE4CS39VA0l/XQVGf2YGRH5w&#10;CEJ+ewk/fogLPX2XDDx9pw06fboOOn7WDTp88Q06e/8MOnv/Czp6/ws6ev8LOnr/C8BpAACydAAA&#10;p3wAAJ2BAACShAAAh4YAAHuHAABuhwAAYIcAAFWHAQBQiA4ATogaAE2JJgBLiTAASYk6AEiJQgFG&#10;iUoBRIlSAkKJWgNAiGMEPYhtBTuIeAY5h4YIN4eVCTWHpgo0h7kKM4fTCjOG8Akzhf8JM4T/CTOD&#10;/wkzg/8JM4P/CblwAACtegAAooIAAJeHAACNigAAgYwAAHWOAABojwAAWpAAAE+RAABHkgoARJIT&#10;AEOTHwBBkyoAQJM0AD+TPQA9k0UAO5NNATqTVgE4k18CNpNpAzSTdQMykoMEMJKTBS6SpAYtkrcG&#10;LJLRBiyR7wYrj/8GK47/BiuN/wcrjf8HK43/B7N4AACnggAAnIgAAJGMAACHkAAAepMAAG2VAABh&#10;lwAAVZkAAEmbAAA/nAEAOZ0OADedFwA2niIANJ4sADOeNQAynj4AMZ5HADCfUAAun1oALZ9kASuf&#10;cQEpnn8CJ56QAiaeoQIknrUCI57OAiOd7gMjm/4DIpr/BCKZ/wQimf8EIpn/BKyBAACgiAAAlY4A&#10;AIuSAAB/lgAAcpoAAGWdAABZoAAATqMAAEKkAAA3pgAALqgFACmpDwAoqRgAJ6oiACaqLAAlqjUA&#10;JKo/ACOqSAAiq1MAIateACCragAeq3kAHauLABurnQAaq7EAGavKABmq7AEZqP0BGKf/Ahim/wIY&#10;pv8CGKb/AqWJAACZjwAAj5QAAIOZAAB1ngAAaKIAAFymAABQqQAARKwAADmuAAAvsAAAJrMAAB61&#10;BgAZtw8AGLcXABe3IQAWtyoAFbc0ABS4PgATuEkAErhUABK5YgARuXEAELmDAA+5lwAOuawADbnE&#10;AA245wAOtvsADrX/AA60/wAOtP8ADrT/AJyQAACSlQAAhpsAAHmgAABrpgAAXqsAAFKvAABGsgAA&#10;OrUAAC+3AAAlugAAHb0AABXAAAAQwwYAC8YOAArFFQAJxR4ACMUoAAfFMgAGxj0ABcZJAAXGVwAD&#10;xmYAAsZ3AAHGiwAAxqAAAMW2AADG0gAAxe8AAMX8AADF/wAAxf8AAMX/AJWWAACJnAAAe6MAAG2p&#10;AABgrwAAU7QAAEa4AAA6uwAALr4AACTBAAAbxAAAE8cAAA7KAAAIzgEAAdAKAADQEAAA0BYAANEe&#10;AADSJwAA0zEAANQ8AADVSQAA1lgAANZpAADWfAAA1pIAANanAADWvwAA1uAAANbzAADW/gAA1v8A&#10;ANb/AIydAAB+pAAAb6sAAGGyAABUuQAARr0AADnBAAAtxAAAIscAABnLAAARzgAADNIAAAXVAAAA&#10;2wAAANwDAADdCgAA3g8AAN8UAADhHAAA4iQAAOQuAADmOgAA50kAAOhZAADoawAA6YEAAOmYAADp&#10;rQAA6cUAAOniAADp8gAA6fUAAOn1AIClAABxrQAAY7UAAFW8AABHwgAAOcYAACzKAAAgzgAAFtIA&#10;AA/WAAAI2wAAAN8AAADjAAAA5QAAAOcAAADoAQAA6gcAAOsNAADtEQAA7xgAAPEhAADzKwAA9jgA&#10;APdIAAD4WgAA+W0AAPqEAAD6mwAA+q8AAPrCAAD62gAA+t8AAPrfAHSuAABltgAAVr4AAEjGAAA5&#10;ywAAK9AAAB/UAAAU2gAADd8AAAXjAAAA5gAAAOkAAADtAAAA7wAAAPEAAADzAAAA9QAAAPYCAAD4&#10;CQAA+g4AAP0TAAD/HAAA/ygAAP82AAD/RwAA/1oAAP9uAAD/hQAA/5oAAP+rAAD/uQAA/7wAAP+8&#10;AP8RIAD/EB4A/wweAP8EIQD/ACcA/wAwAP8APgD/AEwA/wBZAP8AZQD/AHAA/wB6AP8AgwD/AIsA&#10;/wCSAP8AmAD/AJ4A/wCkAP8AqgD/ALAA/wC4AP8AwgD/AM4A/wDiAP4A8AD9APsA+wD/APsA/wD7&#10;AP8A+gD/APoA/wD6AP8A+gD/AP8UHAD/EhoA/w4aAP8IHAD/ACEA/wAtAP8AOgD/AEgA/wBVAP8A&#10;YQD/AGwA/wB2AP8AfwD/AIcA/wCOAP8AlAD/AJoA/gCgAP0ApgD8AKwA+wC0APkAvQD4AMkA9wDc&#10;APUA7ADzAPgA8wD/APIA/wDxAP8A8AD/APAA/wDwAP8A8AD/AP8XGAD/FRYA/xEVAP8MFwD/BR0A&#10;/wAoAP8ANgD/AEMA/wBQAP8AXAD/AGcA/wBxAP8AegD8AIIA+gCJAPgAkAD3AJYA9QCcAPQAogDz&#10;AKgA8QCwAPAAuADuAMMA7ADTAOoA5wDpAPUA5wD/AOYA/wDlAP8A5QD/AOUA/wDlAP8A5QD/AP8a&#10;EwD/GBEA/xQQAP8PEQD/DRkA/wokAP8FMAD/AT4A/wBLAP8AVwD+AGIA+gBsAPUAdQDyAH0A8ACE&#10;AO4AiwDsAJEA6wCXAOkAngDnAKQA5gCsAOQAtADiAL8A4ADNAN4A4wDcAPIA2gD9ANgA/wDWAP8A&#10;1QH/ANUB/wDVAv8A1QL/AP8eEAD/HA0A/xcLAP8VDgD/FBUA/xEfAP8OKgD/CzgA/QhFAPgGUQD0&#10;BFwA7gRmAOoEbwDmA3cA5AR/AOIEhgDgBIwA3gSTAN0FmgDbBaAA2AWoANUFsQDSBbsA0AbJAM4H&#10;4ADMCPEAyQr/AMcL/wDGDP8AxQz/AMUM/wDFDP8AxQz/AP8hDAD/IAYA/xwDAP8dCgD/GxAA/xgY&#10;AP8UIwD2ETAA7w4+AOoOSgDlDVYA4Q1gAN0NaQDZDXEA1Q15ANMNgQDRDYgAzw2PAM0OlgDLDp0A&#10;yg6lAMgOrgDGD7kAxBDIAMIQ3wC+EfIAuxL/ALkT/wC3E/8BthP/AbYT/wG2E/8BthP/Af8lBgD/&#10;IwAA/yMAAP8kAwD/IQoA/R0RAPEaGwDoFicA4RQ1ANoTQwDTFE8AzhVZAMsVYwDIFmsAxRZzAMMX&#10;ewDBF4IAwBiJAL4YkAC8GJgAuxmgALkZqQC3GbQAtRrCALQa1gCwG+0BrRz8Aasd/wGpHf8BqR3/&#10;Aagd/wGoHf8BqB3/Af8oAAD/JwAA/ioAAO8qAADnJwEA5yIJAOQdEADZGx0Azx0tAMkePADEIEkA&#10;vyBTALwhXQC5IWUAtyJtALUidACzInwAsSKDAbAiigGuIpIBrCObAasjpAGpI68BpyO8AaYkzgGj&#10;JOgCoCX5Ap4l/wKdJf8CnCX/Apsl/wKbJf8CmyX/Av8sAAD/LQAA7TIAAOI0AADaMwAA0y4DANIl&#10;CgDJJRcAwScnALspNgC2KkMAsitOAK8rVwCsK2AAqitnAagrbwGmK3YBpCt9AaMrhAKhK40CnyuV&#10;Ap4rnwKcK6oDmiu2A5ksxwOXLOIDlC31BJIt/wORLf8DkC7/A5At/wOQLf8DkC3/A/8wAADyMwAA&#10;5DoAANY9AADMPAAAxzkAAMMxBQC9LhEAtTAhALAyMACrMz0ApzNJAKQzUgChM1oBnzNiAZwzaQKa&#10;M3ACmTN3ApcyfwOVMocDkzKQBJIymgSQMqUFjjKxBY0zwgaLM9wGiTTyBoc0/wWGNP8FhjT/BIU0&#10;/wSFNP8EhTT/BPwzAADrOgAA3EEAAM1EAADDRAAAvUEAALg7AQCyNw4AqzgcAKU5KwChOjgAnTtE&#10;AJo7TQGXOlYBlDpdApI6ZAKQOmsDjjlyA4w5egSKOYIFiTmLBYc5lQaFOaAHgzmtB4I5vAiBOdMI&#10;fzruCH06/gd8O/8GfDv/BXw7/wV8O/8FfDv/BfQ3AADlQAAA0kcAAMVKAAC8SwAAtUkAAK9DAACp&#10;PgsAoj8XAJ1AJgCYQTQAlEE/AJFBSQGOQVEBi0BZAolAYAOHQGcDhT9tBIM/dQWBP30Gfz6HB30+&#10;kQh7PpwJej6pCXg+uAp3P80KdT/qCnRA/Ah0QP8HdED/BnNA/wZzQP8Gc0D/BvE7AADfRQAAzEwA&#10;AL9PAAC2UAAArk8AAKdKAACgRAcAmkUUAJVGIgCQRjAAjEc8AIlGRQGGRk4Bg0ZVAoFFXAN+RWME&#10;fERqBHpEcQV5RHkGd0SCCHVDjQlzQ5kKcUOmC3BDtQxuRMkMbUTnDG1F+gpsRf8IbEX/B2xF/wds&#10;Rf8HbEX/B+w/AADYSQAAx1AAALtUAACxVQAAqVQAAKFQAACZSgIAkkkRAI1KHwCJSywAhUw4AIJL&#10;QgF/S0oBfEpSAnlKWAN3Sl8EdUlmBXNJbQZxSXYHb0h/CG1IiglsSJYLakijDGhIsg1nSMUNZknk&#10;DWZJ+AtmSf8JZkr/CGZJ/wdmSf8HZkn/B+hDAADSTQAAwlMAALdYAACtWQAApFgAAJxVAACTTgAA&#10;jE4OAIdPGwCCTykAf1A1AHtQPwF4T0cBdk9PAnNOVQNxTlwEb01jBW1NagZrTXIHaU18CGdMhwpl&#10;TJMLY0ygDWJMrw5hTcIOYE3hDmBN9gxgTv8KYE7/CWBO/whgTv8IYE7/CONHAADNUAAAvlcAALNb&#10;AACqXQAAoV0AAJhaAACNUwAAhlIMAIBTGAB8UyUAeVQxAHVUPABzU0QBcFNMAm1SUwJrUlkDaVJg&#10;BGdRaAZlUXAHY1F5CGFRhApgUJEMXlCeDVxQrQ5bUcAOWlHeD1pR9QxaUv8KW1L/CVtR/whbUf8I&#10;W1H/CN9KAADJUwAAu1oAALBfAACmYQAAnWEAAJReAACIVwAAgFYKAHpXFQB2VyIAc1guAHBXOQBt&#10;V0EBaldJAmhWUAJmVlcDZFZeBGJVZQVgVW0HXlV3CFxVggpaVY4MWVWcDVdVqw5WVb4PVVXbD1VV&#10;8w1VVf8LVlX/CVZV/wlWVf8IVlX/CNtNAADFVwAAuF4AAK1iAACjZQAAmmUAAJBjAACDXAAAe1sG&#10;AHVbEgBxWx8AblwrAGtcNgBoWz8BZVtHAWNbTgJhWlUDX1pcBF1aYwVbWmsGWVl1CFdZgApVWYwL&#10;VFmaDVJZqg5RWbwOUFnYDlBZ8g1RWf8LUVn/ClFZ/wlRWf8IUVn/CNRRAADCWgAAtGEAAKpmAACg&#10;aAAAl2kAAIxnAAB9YAAAdV8DAG9fEABrXxwAaGAoAGZgMwBjYDwBYWBEAV9fTAJcX1MDW19aBFlf&#10;YQVXXmkGVV5zCFNefglRXYoLT12ZDE1dqA1MXroOS17UDkte8QxMXv8LTF3/Ckxd/wlMXf8ITF3/&#10;CM9UAAC+XgAAsWUAAKdqAACdbQAAlG0AAIlsAAB4ZQAAb2QAAGlkDgBlZBkAYmQlAGBlMABeZToA&#10;XGVCAVplSgJYZFECVmRYA1RkXwRSZGcFUGNxB05jewlMY4gKSmOXC0hjpgxHY7gNRmPRDUZj7wxG&#10;Yv8KR2L/CUdi/wlHYv8IR2L/CMpYAAC6YgAArmkAAKNuAACacQAAkHIAAIRxAAB0awAAaWkAAGNp&#10;CwBfaRUAXGohAFpqLQBYazYAVms/AVVrRwFTak4CUWpVA09qXQRNamUFSmluBkhpeQdGaYYJRGmV&#10;CkNopQtBabcMQGnPDEBo7gtBaP8KQWf/CUFn/whCZ/8IQmf/CMVdAAC2ZgAAqm0AAKBzAACWdgAA&#10;i3cAAIB2AABwcgAAZXEAAFxwBwBYcBEAVnAdAFRxKABScTMAUHE8AE9yRAFNcUsBS3FTAklxWgNH&#10;cWIERXBsBUNwdwZBcIQHP3CTCD1vowk7cLUKO3DNCjpv7Ak7bv4IO27/CDtt/wc7bf8HO23/B79i&#10;AACxawAApnMAAJ15AACSewAAh3wAAHt8AABtegAAYHgAAFZ3AQBQdw4ATngYAEx4JABLeS4ASXk3&#10;AEh5QABGeUgBRHlPAUJ5VwJBeWACP3hpAzx4dAQ6eIIFOHiRBjd4oQc1eLMHNHjLBzR36wc0dv0H&#10;NHX/BzV1/wY1dP8GNXT/BrloAACtcQAAonkAAJh+AACNgAAAgoEAAHaCAABpgQAAW4EAAFGBAABI&#10;gAoARYETAEOBHgBCgikAQYIyAECCOwA+gkMAPYJLADuCUwE5glwBN4JmAjWCcQMzgn8DMYGOBDCB&#10;nwQugbEFLYHIBS2B6QQtf/wFLX7/BS19/wUtff8FLX3/BbNuAACoeAAAnX8AAJKDAACIhgAAfYcA&#10;AHCIAABjiQAAVYoAAEuKAABBigIAO4sOADmLFwA4jCIAN4wsADaMNQA0jD0AM4xGADKNTwAxjVgA&#10;L41iAS2MbgErjHsBKoyLAiiMnAImjK8CJYzGAiWL6AIlivsDJYj/AyWI/wMlh/8DJYf/A612AACj&#10;gAAAl4UAAI2JAACCjAAAdo4AAGmQAABckgAAUJMAAESUAAA6lQAAMZYIAC2XEQAslxoAK5ckACqX&#10;LQAplzYAKJg/ACeYSAAmmFIAJZhcACOYaAAimHcAIJiHAB+YmQEdmKwBHJjDARyX5QEclfoBG5T/&#10;ARuT/wIbk/8CG5P/Aqd/AACchgAAkYsAAIePAAB6kgAAbZUAAGGYAABVmwAASZ0AAD2eAAAznwAA&#10;KqEAACGjCgAfoxEAHqMaAB2kJAAcpC0AG6Q2ABqkPwAZpEoAGKRVABalYQAVpXAAFKWBABOllAAS&#10;pagAEaW/ABCk4gARovgAEaH/ABGg/wERoP8BEaD/AaCGAACVjAAAjJEAAH+VAABxmgAAZJ4AAFih&#10;AABMpAAAQKYAADWnAAAqqQAAIqwAABmuAAASsAkAELEQABCxGAAOsSIADrErAA2xNQANsUAADLFL&#10;AAuxWAAKsWcACLF4AAexiwAFsaAABLC1AASw0AAEsO8ABa/+AAau/wAGrv8ABq7/AJiOAACPkwAA&#10;gpgAAHWdAABnogAAWqcAAE6rAABBrQAANa8AACuxAAAhtAAAGLYAABG5AAANvAMAB74MAAO9EgAB&#10;vRkAAL4iAAC+KwAAvjYAAL5BAAC/TgAAv1wAAL9tAAC/gAAAvpUAAL6qAAC+wgAAveQAAL32AAC9&#10;/wAAvf8AAL3/AJKUAACFmgAAeKAAAGqmAABcqwAAT7AAAEKzAAA1tgAAKrgAACC7AAAXvgAAEMEA&#10;AAvEAAAExwAAAMkHAADJDQAAyRIAAMoZAADLIgAAyysAAM01AADOQQAAzlAAAM9gAADPcgAAz4cA&#10;AM+dAADPswAAz84AAM/rAADO+AAAzv4AAM7+AIibAAB6ogAAbKgAAF6vAABQtQAAQrkAADW8AAAp&#10;vwAAHsIAABXGAAAOyQAACMwAAADQAAAA0wAAANUAAADWBgAA2AwAANkRAADbFgAA3B8AAN4oAADg&#10;NAAA4kEAAOJRAADjYwAA43cAAOSOAADkpAAA5LoAAOXUAADl6gAA5fMAAOXzAHyjAABuqgAAYLIA&#10;AFG5AABDvgAANcIAACjGAAAcyQAAE80AAAzRAAAE1QAAANoAAADeAAAA4QAAAOIAAADkAAAA5QMA&#10;AOcJAADpDgAA6xIAAO0aAADvJAAA8jEAAPRBAAD0UwAA9WYAAPV8AAD2kwAA9qkAAPe8AAD3zgAA&#10;998AAPffAHCsAABhtAAAU7sAAEXDAAA2xwAAJ8wAABvQAAAR1QAACtsAAADfAAAA4gAAAOUAAADp&#10;AAAA7AAAAO0AAADwAAAA8QAAAPMAAAD1BAAA9woAAPoQAAD8FgAA/yEAAP8uAAD/QAAA/1MAAP9o&#10;AAD/gAAA/5YAAP+oAAD/tgAA/78AAP+/AP8NHAD/ChsA/wIbAP8AHgD/ACQA/wAuAP8APAD/AEoA&#10;/wBWAP8AYwD/AG0A/wB3AP8AfwD/AIcA/wCOAP8AlAD/AJoA/wCgAP8ApgD/AKwA/wC0AP8AvQD/&#10;AMkA/gDdAP0A7QD8APoA+wD/APoA/wD5AP8A+gD/APoA/wD6AP8A+gD/AP8QGQD/DRcA/wYWAP8A&#10;GAD/AB4A/wAqAP8ANwD/AEUA/wBSAP8AXgD/AGkA/wByAP8AewD/AIIA/wCJAP8AkAD+AJYA/QCc&#10;APwAoQD7AKgA+QCvAPgAuAD2AMMA9ADSAPMA5wDyAPYA8AD/AO8A/wDwAP8A7wD/AO8A/wDuAP8A&#10;7gD/AP8SFAD/DxIA/wsSAP8AEgD/ABoA/wAlAP8AMwD/AEAA/wBNAP8AWQD/AGQA/QBtAPsAdgD5&#10;AH0A9wCEAPUAiwD0AJEA8wCXAPEAnQDwAKMA7gCqAOwAswDqAL0A6ADLAOcA4QDlAPEA4wD9AOMA&#10;/wDiAP8A4QD/AOEA/wDgAP8A4AD/AP8UEAD/EQ4A/w0NAP8HDwD/AhUA/wAgAP8ALQD/ADoA/wBH&#10;APkAUwD1AF4A8gBoAPAAcADtAHgA6wB/AOkAhQDoAIwA5gCSAOUAmADjAJ8A4QCmAN8ArgDcALgA&#10;2gDFANYA2QDUAOwA0gD5ANEA/wDPAP8AzgD/AM4A/wDOAP8AzgD/AP8XDAD/FAgA/w8FAP8OCwD/&#10;DBEA/wcaAP8BJgD8ADQA9ABBAO0ATQDpAFgA5gBiAOMAagDgAHIA3gB5ANsAgADZAIYA1gCNANMA&#10;kwDRAJoAzwChAM0AqgDLALMAyQC/AMYA0ADFAOgAwwD2AMEA/wDAAv8AvwP/AL8D/wC/A/8AvwP/&#10;AP8bBgD/FwAA/xQAAP8TBQD/EQ0A/w4UAPkKHwDwBiwA5gM5AOADRgDcA1EA1gRbANIEZADPBWwA&#10;zAVzAMoFegDIBYEAxgWHAMUGjgDDBpYAwQadAL8GpgC9BrAAuwe8ALkIzQC4CuUAtQv3ALMN/wCx&#10;Df8AsA3/ALAO/wCvDv8Arw7/AP8eAAD/GwAA/xsAAPoaAAD1FgUA9hENAOsOFQDiCyIA2AsxANAM&#10;PgDLDUoAxw1VAMQOXgDBDmYAvw5tAL0OdAC7D3sAuQ+CALcQigC2EJEAtBCaALIQowCwEa0ArxG6&#10;AK0RygCqEuUApxT3AKUV/wCjFf8AohX/AKIV/wCiFf8AohX/AP8iAAD/IAAA8CMAAOYkAADgIQAA&#10;3BkFANsQDADQERkAyBMpAMIVNwC9FkQAuRdOALUXVwCzGGAAsBhnAK4YbgCsGXUAqxl8AKkZhACo&#10;GowAphqUAKQangCjG6gAoRu0AJ8cxQCeHN8Amh3zAZge/wGXHv8Blh//AZUf/wGVH/8BlR//Af8m&#10;AAD0JwAA5i0AANovAADPLQAAyicAAMcfCADBHBMAuh4iALQfMQCvID0AqyFIAKgiUgCmIloAoyNi&#10;AKEjaQCgI28AniN3AJwjfgCbI4YAmSSPAZckmQGWJKMBlCSwAZIlvwGRJdYBjibvAYwn/wKLJ/8C&#10;iif/Aokn/wKJJ/8BiSf/AfopAADsMAAA3TYAAM04AADENwAAvjIAALorAgC1JQ4AricdAKgpKwCk&#10;KjgAoCpDAJ0rTACaK1UAmCtcAJYrYwCUK2oBkitxAZAseAGPLIEBjSyKAYsslAKKLJ8CiCyrAoYs&#10;ugKFLc4Dgy7qA4Eu/AOALv8Cfy7/An8u/wJ+Lv8Cfi7/AvQuAADkNwAA0j0AAMU/AAC7PwAAtDwA&#10;AK81AACpLwsAoy8XAJ4xJgCZMjMAljI+AJIzSACQM1AAjTNYAIszXgGJM2UBhzNsAYYzcwGEM3wC&#10;gjOFAoAzjwN/M5oDfTOnA3wztQR6M8kEeTTmBHc1+QR2Nf8DdTX/A3U1/wN1Nf8DdTX/A/AzAADd&#10;PQAAykMAAL5FAAC1RgAArUMAAKY9AACgNgYAmTYTAJQ4IQCQOS4AjDk5AIk5QwCHOUwAhDlTAYI5&#10;WgGAOWEBfjloAnw5bwJ6OXcCeTmAA3c5iwR1OZYEdDmjBXI5sQVxOcQGbzriBm469wVuO/8EbTv/&#10;BG07/wNtOv8DbTr/A+o5AADVQgAAxEgAALlLAACvSwAAp0kAAJ9EAACYPgEAkTwQAIw9HQCIPioA&#10;hD81AIE/PwB+P0gAfD9PAXo/VgF4P10Bdj5kAnQ+awJyPnMDcD58A28+hwRtPpMFaz6gBmo+rgZp&#10;P8AHZz/eB2c/9QZmQP8FZkD/BGZA/wRmP/8EZj//BOU9AADPRgAAv0wAALRPAACqUAAAok8AAJlK&#10;AACRRAAAikENAIRCGQCAQyYAfUQyAHpEPAB3REQAdURMAXJEUwFwQ1kBb0NgAm1DZwJrQ28DaUN5&#10;BGhDgwVmQ48GZEOdB2NDqwdhQ70IYETZCGBE8wdgRP8GX0T/BV9E/wRgRP8EYET/BOBBAADKSgAA&#10;u1AAALBTAACnVQAAnlMAAJVPAACLSQAAg0cLAH1HFQB5RyIAdkguAHNIOABxSEEAbkhJAWxIUAFq&#10;SFYBaEhdAmZHZAJlR2wDY0d2BGFHgAVgR40GXkeaB1xHqQhbSLsIWkjUCFpI8QdaSf8GWkn/BVpI&#10;/wVaSP8EWkj/BNtEAADGTQAAuFMAAK1XAACjWQAAmlgAAJFUAACGTgAAfUsIAHdLEgBzTB8AcEwr&#10;AG1MNQBrTD4AaExGAGZMTQFkTFMBYkxaAmFMYgJfTGoDXkxzBFxLfgVaS4oGWEuYB1dMpwhWTLkJ&#10;VUzRCVRM7whUTf8GVUz/BlVM/wVVTP8FVUz/BdVIAADCUQAAtVcAAKpbAACgXAAAl1wAAI1ZAACB&#10;UwAAd08EAHFPEABuUBwAalAoAGhQMgBlUDsAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWFBxBFdQ&#10;ewVVUIgGU1CWB1JQpQhQULcJUFDOCU9Q7QhQUP8HUFD/BlBQ/wVQUP8FUFD/BdBLAAC/VAAAsloA&#10;AKdeAACdYAAAlGAAAIldAAB8VwAAclQAAGxTDgBoVBkAZVQkAGJULwBgVDgAXlRAAFxUSAFaVE8B&#10;WVRWAVdUXQJVVGUDVFRuBFJUeQVQVIYGTlSUB01UpAhLVLUIS1TMCUpU6whLVP4HS1T/BktU/wVL&#10;VP8FS1T/BcxOAAC7VwAArl4AAKRiAACaZAAAkWQAAIZiAAB3WwAAbVgAAGZYDABiWBYAX1giAF1Z&#10;LABbWTYAWVk+AFdZRgBWWU0BVFlUAVJZWwJRWWMDT1lsA01ZdwRLWIQFSViSB0hYogdHWbMIRlnK&#10;CEVZ6ghGWf0GRlj/BkZY/wVHWP8FR1j/BcdSAAC4WwAAq2EAAKFmAACYaAAAjmkAAINnAAByYAAA&#10;aF4AAGFdCQBcXRMAWl0eAFddKQBWXjMAVF47AFJeQwBRXkoBT15SAU5eWQJMXmECSl5qA0hedQRG&#10;XoIFRF2QBkNeoAdBXrEHQF7IB0Be6AdAXfwGQV3/BUFd/wVBXP8FQVz/BcNWAAC0XwAAqGYAAJ5q&#10;AACVbQAAim0AAH9sAABvZwAAZGQAAFtiBQBWYhAAVGIbAFJjJQBQYy8ATmQ4AE1kQABLZEgASmRP&#10;AUhkVwFGZF8CRWRoAkNkcwNBY38EP2OOBT1jngY8Y7AGO2TGBjtk5gY7Y/oFO2L/BTti/wU8Yf8E&#10;PGH/BL5bAACwYwAApWoAAJtvAACRcgAAhnIAAHtxAABsbQAAYGsAAFVpAABPaA0ATWkXAEtpIQBJ&#10;aisASGo0AEdqPQBFa0QARGtMAEJrVAFBa1wBP2plAj1qcAI7an0DOWqMBDdqnAQ2aq4FNWrEBTVq&#10;5QU1afkENWn/BDVo/wQ1aP8ENWj/BLlgAACsaQAAoXAAAJh1AACNdwAAgncAAHd3AABpdAAAXHMA&#10;AFFxAABIcAoARXASAENxHQBCcScAQHIwAD9yOAA+ckAAPXJIADtyUAA6clkBOHJjATZybQI0cnoC&#10;M3KJAzFymgMvcqwDLnLBAy5y4wMucfgDLnD/Ay5v/wMub/8DLm//A7NmAACnbwAAnXYAAJN6AACI&#10;fAAAfn0AAHJ9AABkfAAAV3sAAEx6AABCeQMAPHkOADp6FwA5eiEAOHoqADd7MwA2ezsANHtEADN7&#10;TAAye1UAMHtfAC97agEte3cBK3uHASp7mAIoe6oCJ3u/AiZ74QImevcCJnj/AiZ4/wInd/8CJ3f/&#10;Aq5sAACjdgAAmXwAAI5/AACEggAAeIMAAGyEAABfhAAAUYQAAEeEAAA8hAAAM4QJADCEEQAvhBoA&#10;LYQkACyFLQArhTUAKoU+ACmFRwAohlAAJ4ZaACaGZgAkhnMAI4aDACGGlQAghqcBHoa8AR6G3gAe&#10;hPUBHoL/AR6C/wEegf8BHoH/Aah0AACefQAAk4IAAImFAAB+iAAAcYoAAGWLAABYjAAATI0AAECO&#10;AAA2jgAALI8AACWQDAAjkBMAIpAcACGQJQAgkS4AH5E2AB6RQAAdkUkAHJFUABqRYAAZkW4AGJF+&#10;ABaSkAAVkqQAFJG5ABOR2AATj/QAFI7/ABSN/wAUjP8BFIz/AaN9AACYgwAAjogAAISMAAB3jwAA&#10;aZEAAF2TAABQlQAARZcAADmYAAAumQAAJZoAAB2bAgAWnQwAFZ0TABSdGwATnSQAEp0tABGeNwAR&#10;nkEAEJ5MAA+eWAAOnmcADZ53AAyeigALnZ4ACp2yAAmdzAAJnOwACpv+AAua/wALmf8AC5n/AJyE&#10;AACRigAAiI4AAHuSAABtlgAAYJkAAFScAABInwAAPKAAADChAAAmowAAHaUAABWnAAAQqQUAC6sN&#10;AAiqEwAHqhsABqokAAWqLgAEqjgAAqpEAAGqUAAAql4AAKpuAACqgQAAqpUAAKmqAACpwQAAqOQA&#10;AKj2AACn/wAAp/8AAKf/AJWLAACMkAAAf5UAAHGaAABjngAAVqIAAEqmAAA9qAAAMaoAACarAAAd&#10;rQAAFLAAAA6yAAAJtQEAArYKAAC2DwAAthUAALcdAAC3JQAAty8AALg5AAC4RgAAuFQAALhkAAC4&#10;dgAAuIsAALegAAC3tgAAt9MAALbvAAC2/AAAtv8AALb/AI+SAACClwAAdJ0AAGaiAABYpwAAS6wA&#10;AD6vAAAxsQAAJrMAABy2AAATuAAADbsAAAa+AAAAwQAAAMIEAADCCwAAwxAAAMQVAADEHAAAxSQA&#10;AMYuAADIOgAAyUcAAMlXAADJaQAAyX0AAMmUAADIqgAAyMMAAMjkAADI9AAAyP0AAMj9AIWZAAB3&#10;nwAAaKYAAFqrAABNsQAAP7UAADG4AAAlugAAGr0AABHAAAALwwAAA8cAAADKAAAAzQAAAM4AAADP&#10;AwAA0AkAANEOAADTEgAA1RkAANciAADaLQAA3TkAAN5JAADeWgAA324AAN+FAADfnAAA37IAAN7L&#10;AADe5gAA3/QAAN/0AHmhAABrqAAAXK8AAE61AABAuwAAMb4AACTBAAAZxQAAEMgAAAnMAAAAzwAA&#10;ANMAAADZAAAA3AAAAN0AAADfAAAA4QAAAOIFAADkCwAA5hAAAOgWAADqIAAA7SsAAPA6AADxSwAA&#10;8V4AAPJzAADziwAA86IAAPO2AADzyQAA8+EAAPPhAG2qAABesQAAULkAAEG/AAAyxAAAJMgAABfM&#10;AAAO0AAABtUAAADaAAAA3gAAAOIAAADmAAAA6QAAAOoAAADsAAAA7gAAAPAAAADyAAAA9AYAAPYM&#10;AAD5EgAA/BwAAP8pAAD/OgAA/00AAP9iAAD/eAAA/5AAAP+jAAD/swAA/8EAAP/BAP8HGQD/ARcA&#10;/wAXAP8AGgD/ACEA/wArAP8AOQD/AEcA/wBUAP8AXwD/AGoA/wBzAP8AewD/AIMA/wCKAP8AkAD/&#10;AJYA/wCbAP8AoQD/AKgA/wCvAP8AuAD/AMQA/gDVAPwA6gD7APgA+gD/APkA/wD4AP8A+AD/APYA&#10;/wDzAP8A8QD/AP8LFQD/BRMA/wATAP8AFAD/ABoA/wAnAP8ANAD/AEIA/wBPAP8AWwD/AGUA/wBu&#10;AP8AdgD/AH4A/wCFAP4AiwD9AJEA+wCXAPoAnQD4AKMA9wCrAPYAswD0AL4A8wDMAPEA4wDvAPMA&#10;7gD/AO0A/wDsAP8A6wD/AOwA/wDsAP8A6wD/AP8NEQD/CRAA/wAPAP8AEAD/ABYA/wAiAP8ALwD/&#10;AD0A/wBKAP8AVQD9AGAA+gBpAPgAcQD2AHkA9AB/APMAhgDxAIwA7wCSAO4AmADsAJ8A6wCmAOkA&#10;rgDnALgA5QDFAOMA2gDhAO0A3wD7AN4A/wDdAP8A3QD/AN0A/wDdAP8A3QD/AP8PDQD/DAsA/wMJ&#10;AP8ADAD/ABIA/wAdAP8AKQD7ADcA+ABEAPUAUADyAFoA7gBjAOwAawDpAHMA5wB6AOUAgADjAIYA&#10;4QCMAN8AkwDdAJkA2wChANkAqQDVALIA0gC+ANAAzgDOAOYAzAD2AMoA/wDKAP8AyQD/AMgA/wDI&#10;AP8AyAD/AP8RCAD/DQIA/wcAAP8FCAD/AA4A/wAWAPcAIgDvADAA6wA9AOgASQDkAFQA4ABdAN0A&#10;ZQDZAG0A1QBzANIAegDQAIAAzgCHAMwAjQDKAJQAyACbAMYApADEAK0AwgC4AMAAxwC9AN8AvADx&#10;ALsA/gC5AP8AuAD/ALgA/wC4AP8AuAD/AP8UAAD/DwAA/w0AAP8MAAD/BwkA+AEQAOgAGgDjACgA&#10;3QA2ANgAQgDSAE0AzgBXAMoAXwDHAGYAxQBtAMMAdADBAHoAvwCBAL0AiAC7AI8AuQCXALcAnwC1&#10;AKgAswCzALEAwgCvANgArgLtAKwD+wCrBf8Aqgb/AKkG/wCpBv8AqQb/AP8WAAD/EgAA9xIAAOwR&#10;AADmDgAA5QYIAN0DEgDUAyAAzQQtAMgEOgDDBUYAvwVQALwGWAC5BmAAtwdnALUHbgCzB3UAsQh7&#10;AK8IggCuCYoArAmSAKoJmwCoCqUApgqwAKULvwCjDNQAoQ3tAJ8O/gCdDv8AnA//AJsP/wCbD/8A&#10;mw//AP8aAAD3GQAA6h4AAN8eAADVGgAA0BMCAM4MCwDHCxYAwA0lALoOMgC2Dj8Asg9JAK8QUgCs&#10;EFoAqhBhAKgRaACmEW8ApBF2AKIRfQChEYUAnxKOAJ0SlwCcEqIAmhOtAJgTvACXFNAAlBXsAJIW&#10;/QCQF/8Ajxf/AI4X/wCOF/8Ajhf/APodAADuIwAA3ygAANAqAADHJwAAwSEAAL0ZBQC5EhAAshUe&#10;AK0WLACoFzgApBhDAKEZTACfGVQAnBpcAJoaYgCZGmkAlxtwAJUbdwCUG38AkhyIAJAckgCPHJ0A&#10;jR2pAIsdtwCKHsoAiB/nAIYg+gCEIP8BgyD/AYMg/wGCIP8BgiD/AfUkAADlLAAA0zEAAMYzAAC8&#10;MQAAti0AALAlAACsHQwAph4YAKEgJgCcITIAmSI9AJUiRwCTI08AkSNWAI8jXQCNJGQAiyRrAIkk&#10;cgCIJHoAhiSDAIQljQCDJZgBgSWkAYAmsgF+JsUBfSfiAXsn9wF5KP8BeCj/AXgo/wF4KP8BeCj/&#10;Ae8rAADdMwAAyjkAAL47AAC0OgAArTYAAKYvAAChKAcAmycTAJYoIACRKS0Ajio4AIsrQgCIK0oA&#10;hitSAIQrWACCLF8AgCxmAH8sbQB9LHUAeyx+AXosiAF4LJQBdi2gAXUtrgJ0LcACci7dAnEu9AJw&#10;L/8Cby//Am8v/wFuL/8Bbi//AegxAADTOgAAwz8AALdBAACuQQAApj4AAJ44AACXMQEAkS4QAIwv&#10;HACIMCgAhDEzAIEyPQB/MkYAfTJNAHsyVAB5MlsAdzJhAHUyaQF0MnABcjJ5AXAzhAFvM5ACbTOd&#10;AmwzqwJqNLwCaTTVA2g18QJnNf8CZzX/AmY1/wJmNf8CZjT/AuI2AADMPwAAvUQAALJHAACoRwAA&#10;oEQAAJg/AACQOQAAiDQNAIM1FwB/NiQAfDcvAHk3OQB3OEIAdDhJAHI4UABxOFcAbzheAG04ZQFs&#10;OG0Bajh1AWg4gAJnOIwCZTiZA2Q5qANiObkDYTrQA2A67gNgOv8DXzr/Al86/wJfOv8CXzr/At07&#10;AADHQwAAuUkAAK5LAACkTAAAm0oAAJJFAACJPwAAgToJAHs6FAB3OyAAdDwrAHI8NQBvPT4AbT1G&#10;AGs9TQBpPVMAaD1aAGY9YQFkPWkBYz1yAWE9fQJgPYkCXj2WA10+pQNbPrYEWj7MBFo/7ARZP/4D&#10;WT//A1k//wJZP/8CWT7/AtY/AADDRwAAtUwAAKpQAACgUAAAl08AAI5LAACERQAAekAGAHU/EQBx&#10;QBwAbUAoAGtBMgBpQTsAZ0FCAGVBSQBjQVAAYUFXAGBBXgFeQWYBXUJvAltCegJaQoYDWEKUA1dC&#10;owRVQ7MEVEPJBFRD6QRTQ/0DU0P/A1RD/wNUQ/8CVEP/AtBCAAC/SgAAslAAAKdTAACdVAAAlFMA&#10;AIpQAAB/SgAAdUUCAG5DDgBrRBkAZ0UkAGVFLgBiRTcAYUU/AF9FRgBdRU0AW0VUAFpGWwFZRmMB&#10;V0ZsAlZGdwJURoMDU0aRA1FGoQRQR7EET0fHBE5H5wROR/sETkf/A05H/wNPR/8DT0f/A8xGAAC7&#10;TgAAr1QAAKRXAACaWAAAkVcAAIZUAAB7TgAAcEoAAGlIDQBlSBYAYkkhAF9JKwBdSTQAW0k8AFlJ&#10;QwBXSUoAVklSAFVKWQFUSmEBUkpqAVFKdQJPSoEDTkqPA0xLnwRLS7AESkvFBElL5gRJS/oESUv/&#10;A0pL/wNKS/8DSkv/A8hJAAC4UQAArFcAAKFbAACYXAAAjlwAAINZAAB2UwAAa04AAGRNCgBfTBMA&#10;XE0eAFpNKABYTTEAVk06AFRNQQBTTkgAUk5PAFBOVwFPTl8BTU5oAUxOcwJKT38CSU+NA0dPnQRG&#10;T64ERU/DBERQ5ARET/kERU//A0VP/wNFTv8DRU7/A8RMAAC1VQAAqVsAAJ9eAACVYAAAi2AAAIBe&#10;AAByVwAAZ1MAAF5RBwBZUREAV1EbAFRRJQBSUi8AUVI3AE9SPwBOUkYATVNNAExTVQBKU10BSVNm&#10;AUdTcAJFU30CRFOLA0JTmwNBVKwEQFTBBD9U4gQ/VPgDQFP/A0BT/wNAU/8DQFL/A8BQAACyWAAA&#10;pl4AAJxiAACSZQAAiGUAAH1iAABuXAAAY1kAAFlWAwBUVg4AUVYYAE9WIgBNVywATFc0AEpXPABJ&#10;WEQASFhLAEdYUwBFWFsBRFhkAUJYbgFAWHsCP1iJAj1YmQM8WKoDO1m/AzpZ4AM6WPcDOlj/AztX&#10;/wM7V/8DO1f/A7xUAACuXAAAo2MAAJlnAACQaQAAhWkAAHlnAABrYgAAYGAAAFVdAABOWwwAS1sU&#10;AElcHwBHXCgARl0xAEVdOQBDXUEAQl1IAEFeUABAXlgAPl5hATxebAE7XngCOV6HAjdelwI2XqkD&#10;NV69AzRf3QM0XvUDNV3/AjVd/wI1XP8CNVz/ArhZAACqYQAAoGcAAJZsAACMbgAAgW4AAHZsAABn&#10;aQAAXGYAAFFkAABIYgkARGIRAEJiGwBBYyQAP2MtAD5jNQA9ZD0APGRFADtkTQA5ZFUAOGRfADZk&#10;aQE1ZHYBM2SFATFllQIwZacCL2W7Ai5l2gIuZPQCLmP/Ai9j/wIvYv8CL2L/ArNeAACnZgAAnG0A&#10;AJNxAACIcwAAfXMAAHJyAABkcAAAWG4AAE1sAABCagMAPGkOADpqFgA5aiAAOGooADZrMQA1azkA&#10;NGtBADNsSQAybFIAMWxcAC9sZgAubHMALGyCASpskwEpbKUBKGy5ASdt1gEna/IBJ2r/ASdq/wEo&#10;af8CKGn/Aq5kAACjbAAAmXMAAI52AACEeAAAeXkAAG14AABgdwAAU3YAAEh1AAA+cwAANHIKADFz&#10;EQAwcxoAL3MjAC5zKwAtdDQALHQ8ACt0RAApdE0AKHVXACd1YwAldW8AJHV/ACJ1kAAhdaIAIHW3&#10;AB910gAfdPEAH3P/AR9y/wEgcf8BIHH/AalrAACecwAAlHkAAIp8AACAfgAAdH8AAGd/AABafwAA&#10;TX4AAEN+AAA4fQAAL30CACh9DQAmfRQAJH0cACN+JQAifi0AIX42ACF+PwAff0gAHn9SAB1/XgAc&#10;f2sAGn96ABl/jAAXf58AFn+zABV/zgAVfu8AFnz/ABZ7/wAWe/8AF3v/AKRyAACaegAAj38AAIWC&#10;AAB7hAAAbYYAAGCHAABUhwAASIgAADyIAAAyiAAAKIgAACCIBQAaiQ4AGYkVABiJHQAXiiYAFoou&#10;ABWKNwAUikEAE4pMABKLWAARi2UAEIt1AA+LhwAOipsADYqvAAyKyAAMieoADYf8AA6H/wAOhv8A&#10;Dob/AJ97AACUgQAAioUAAICIAABziwAAZY0AAFmPAABMkAAAQZIAADSSAAAqkgAAIZMAABmUAAAS&#10;lgYADpcOAA2XFQAMlx0ADJcmAAuXLwAKlzkACZdEAAiXUAAGl14ABZduAAOWgAABlpQAAJWoAACV&#10;vgAAlOAAAJT0AACT/wABkv8AAZL/AJiCAACOiAAAhYwAAHePAABqkgAAXZUAAFCYAABEmgAAOJsA&#10;ACycAAAinQAAGZ4AABKgAAANogIAB6MLAAGjEAAAoxcAAKMfAACjJwAAozEAAKQ8AACkSAAApFYA&#10;AKRlAACjdwAAo4sAAKOgAACitgAAodIAAKHwAACg+wAAoP8AAKD/AJGKAACJjgAAe5IAAG2XAABg&#10;mwAAU54AAEahAAA5owAALaQAACOmAAAZqAAAEaoAAAysAAAFrgAAAK8HAACvDQAArxEAALAYAACw&#10;IAAAsSgAALEyAACyPgAAskwAALJbAACybAAAsoEAALGXAACxrAAAsMYAALDoAACv9wAAr/8AAK//&#10;AIyQAAB/lQAAcZoAAGOfAABVpAAAR6gAADqqAAAtrAAAIq4AABiwAAAQswAACrUAAAK4AAAAuwAA&#10;ALsAAAC8BwAAvA0AAL0RAAC+FgAAvx4AAMAnAADBMgAAwkAAAMNPAADDYAAAw3QAAMOLAADDoQAA&#10;w7gAAMLXAADC7wAAwvoAAMH+AIGXAABznQAAZaMAAFeoAABJrQAAO7EAAC2zAAAhtgAAFrkAAA67&#10;AAAHvgAAAMEAAADFAAAAxwAAAMgAAADJAAAAygUAAMsLAADNDwAAzhQAANAcAADTJgAA1jIAANhB&#10;AADYUwAA2WYAANl8AADZlAAA2asAANnDAADZ4QAA2fAAANn0AHafAABnpgAAWawAAEuyAAA8twAA&#10;LroAACG9AAAVwAAADcQAAAXHAAAAygAAAM4AAADSAAAA1QAAANYAAADZAAAA2wAAAN0AAADfBwAA&#10;4QwAAOMRAADmGQAA6SQAAOwyAADtQwAA7lYAAO9rAADvhAAA75wAAO+yAADvxgAA790AAO/kAGqo&#10;AABbrwAATLYAAD68AAAvwAAAIMQAABTIAAAMzAAAAtAAAADUAAAA2QAAAN4AAADiAAAA5QAAAOYA&#10;AADoAAAA6QAAAOwAAADuAAAA8AIAAPIJAAD1DwAA+BcAAPwjAAD/MwAA/0YAAP9aAAD/cQAA/4kA&#10;AP+fAAD/sQAA/8AAAP/GAP8AFQD/ABQA/wAUAP8AFwD/AB0A/wAoAP8ANwD/AEQA/wBRAP8AXAD/&#10;AGYA/wBvAP8AdwD/AH4A/wCFAP8AiwD/AJEA/wCXAP8AnQD/AKQA/wCrAP8AtAD+AL8A/QDOAPsA&#10;5gD5APYA+AD/APcA/wD3AP8A9wD/APAA/wDsAP8A6QD/AP8DEgD/ABAA/wAQAP8AEQD/ABcA/wAk&#10;AP8AMgD/AD8A/wBMAP8AVwD/AGEA/wBqAP8AcgD/AHkA/QCAAPwAhgD6AIwA+QCSAPgAmAD2AJ8A&#10;9QCmAPQArgDyALkA8ADGAO4A3gDtAPAA6wD+AOoA/wDpAP8A6QD/AOcA/wDjAP8A4AD/AP8HDgD/&#10;AA0A/wALAP8ADAD/ABMA/wAfAP8ALAD/ADoA/wBGAP4AUgD7AFwA+ABlAPUAbADzAHQA8QB6AO8A&#10;gQDuAIcA7ACNAOoAkwDpAJoA5wChAOYAqQDjALMA4QC/AN8A0ADdAOkA2gD5ANkA/wDXAP8A1QD/&#10;ANUA/wDVAP8A1AD/AP8JCgD/AQUA/wADAP8ACQD/ABAA/wAZAPsAJgD3ADQA9ABAAPIATADuAFYA&#10;6gBfAOcAZwDkAG4A4gB0AOAAewDeAIEA3ACHANoAjQDWAJQA1ACbANEAowDPAK0AzAC4AMoAxwDI&#10;AOAAxgDzAMUA/wDDAP8AwwD/AMMA/wDDAP8AwwD/AP8LAQD/AwAA/wAAAP8AAwD/AAsA8wASAO4A&#10;HwDqAC0A5gA6AOIARQDeAE8A2QBYANQAYADRAGgAzgBuAMwAdADKAHsAyACBAMYAhwDEAI4AwgCW&#10;AMAAngC+AKcAuwCyALkAwAC3ANQAtQDsALMA+wCzAP8AsgD/ALIA/wCxAP8AsQD/AP8NAAD/BgAA&#10;/wMAAPcAAAD0AAMA5wANAOAAGADaACUA0wAyAM4APgDKAEkAxgBSAMMAWgDAAGEAvgBoALwAbgC6&#10;AHQAuAB7ALYAgQC0AIgAsgCQALAAmQCuAKIArACtAKoAugCoAMsApgDmAKUA9wCkAP8AowD/AKIA&#10;/wCiAP8AogD/AP8QAAD7DAAA7w4AAOYNAADfCQAA2gAGANAAEQDJAB0AxAAqAL8ANwC7AEIAtwBL&#10;ALQAVACyAFsArwBiAK0AaACrAG4AqQB1AKgAewCmAIMApACLAKIAlACgAJ4AngGoAJwCtQCbA8YA&#10;mQXiAJgG9ACWCP8AlQn/AJQJ/wCUCf8AlAn/APwRAADxFQAA4xkAANYZAADMFQAAxxAAAMQHCgC9&#10;AxQAtwQhALIGLgCuCDoAqglEAKcJTQCkClUAogpcAKAKYgCeC2kAnAtvAJsLdgCZDH4AlwyGAJYM&#10;kACUDJoAkg2mAJENswCPDcUAjQ7iAIsQ9gCJEP8AiBH/AIcR/wCHEf8AhxH/APYZAADnIAAA1iQA&#10;AMglAAC/IgAAuRwAALQUAQCxDQ4Aqg4ZAKUPJwChEDMAnRE+AJoRRwCYEk8AlRJWAJMSXACREmMA&#10;kBNpAI4TcACME3gAixOBAIkUiwCHFJYAhhWiAIQVsACDFsEAgRfdAH8Y9AB9Gf8AfBn/AHwZ/wB7&#10;Gf8Aexn/AO8hAADdKQAAyi0AAL4vAAC1LAAAricAAKggAACjFwgAnhYTAJkXIQCUGS0AkRo4AI4a&#10;QQCLG0kAiRtQAIcbVwCFHF4AhBxkAIIcawCAHHMAfx18AH0dhgB8HpEAeh6eAHgfqwB3H7wAdiDU&#10;AHQh8AByIf8AcSL/AHEh/wBxIf8AcSH/AOgoAADSMAAAwjUAALc3AACtNQAApTEAAJ4rAACYIwIA&#10;kh4QAI0gGwCJIScAhiIyAIMjPACBI0QAfiNLAHwkUgB7JFkAeSRfAHckZgB2JW4AdCV3AHMlgQBx&#10;Jo0AbyaZAG4mpwBtJ7gAbCfOAWoo7QFpKf8BaCn/AWgp/wFoKP8BaCj/AeEuAADLNgAAvDsAALE9&#10;AACnPQAAnzkAAJczAACPLQAAiCcMAIMnFgB/KCIAfCktAHkqNwB3Kj8AdSpHAHMrTgBxK1QAcCtb&#10;AG4rYgBsK2oAayxyAGksfQBoLIkAZi2WAWUtpAFkLrQBYy7KAWEv6QFgL/0BYC//AWAv/wFgL/8B&#10;YC7/Ado0AADFPAAAt0EAAKxDAACiQwAAmUAAAJA6AACINAAAgC4IAHotEgB3Lh4Acy8pAHEwMwBv&#10;MDsAbTBDAGsxSgBpMVEAZzFXAGYxXgBkMWYAYzJvAGEyeQBgMoUBXzKSAV0zoQFcM7EBWzTGAVo0&#10;5gFZNfsBWTX/AVk0/wFZNP8BWTT/AdI4AADAQAAAs0UAAKhIAACeSAAAlUYAAItAAACCOwAAeTUE&#10;AHMzEABvNBoAbDQlAGk1LwBnNTcAZTY/AGM2RgBiNk0AYDZUAF82WwBdN2MAXDdrAFs3dgFZN4IB&#10;WDiPAVY4ngFVOK8CVDnDAlM55AJTOvkBUzn/AVI5/wFTOf8BUzn/Ac08AAC8RAAAr0kAAKRMAACa&#10;TAAAkUsAAIdGAAB9QAAAczsAAGw4DQBoORcAZTkiAGM6KwBgOjQAXjo8AF06QwBbOkoAWjtQAFg7&#10;WABXO2AAVjtoAFU8cwFTPH8BUjyNAVA9nAFPPawCTj7BAk0+4QJNPvgCTT7/AU0+/wFNPf8BTT3/&#10;AclAAAC4SAAArE0AAKFQAACXUQAAjk8AAIRLAAB5RQAAbkAAAGY9CwBiPRQAXz0eAFw+KABaPjEA&#10;WD44AFc+QABVP0YAVD9NAFM/VQBSQF0AUEBmAE9AcAFOQHwBTEGKAUtBmgJKQasCSUK+AkhC3gJI&#10;QvYCSEL/AkhC/wFIQf8BSEH/AcVEAAC1SwAAqVAAAJ5UAACVVAAAi1MAAIBQAAB1SgAAakYAAGFC&#10;CABcQREAWUIbAFdCJQBVQi4AU0I1AFFCPQBPQkMAT0NLAE5DUgBNRFoAS0RjAEpEbgFJRXoBR0WI&#10;AUZFmAJFRqkCREa9AkNG3AJDRvUCQ0b/AkNG/wFDRf8BQ0X/AcFHAACyTwAAplQAAJxXAACSWAAA&#10;iFgAAH5VAABxTwAAZkoAAFxGBQBXRg8AVEYYAFFGIgBPRisATkYzAExHOgBLR0EASkdJAElIUABI&#10;SFgAR0hhAEVJbABESXgBQkmGAUFJlgFASqcCP0q7Aj5L2AI+SvMCPkr/Aj5J/wE/Sf8BP0n/Ab1K&#10;AACvUgAAo1gAAJlbAACQXQAAhlwAAHtZAABtUwAAYk8AAFdMAQBRSg0ATkoVAExLHwBKSygASUsw&#10;AEdLOABGTD8ARUxGAERMTgBDTVYAQk1fAEBNagA/TXYBPU6EATxOlAE7TqUBOU+5AjlP1AI5T/IB&#10;OU7/ATlO/wE5Tf8BOk3/AbpOAACsVgAAoVsAAJdfAACNYQAAg2EAAHheAABpWAAAX1YAAFRSAABM&#10;TwsASU8SAEdQHABFUCUAQ1AtAEJQNQBBUTwAQFFEAD9RTAA+UlQAPFJdADtSZwA6UnMAOFOCATdT&#10;kgE1U6QBNFO3ATNU0QEzU/EBNFP/ATRS/wE0Uv8BNFL/AbZSAACpWgAAnmAAAJRkAACLZgAAgGUA&#10;AHRjAABmXgAAXFwAAFFYAABHVQcAQlUQAEBVGAA/ViEAPVYqADxWMgA7VjkAOldBADlXSQA4V1EA&#10;N1haADVYZQA0WHEAMliAATFYkAEvWaIBLlm1AS1ZzwEtWe8BLlj/AS5X/wEuV/8BLlb/AbJXAACl&#10;XwAAm2UAAJFpAACHagAAfGoAAHFoAABjZQAAWGIAAE1fAABDXQIAPFsNADpcFAA4XB0AN1wmADVd&#10;LgA0XTYAM10+ADJdRgAxXk4AMF5XAC9eYgAtXm4ALF99ACpfjgApX6AAKF+zASdfzAAnX+0BJ17/&#10;ASdd/wEoXf8BKFz/Aa1cAACiZAAAmGoAAI5uAACDbwAAeW8AAG5uAABgawAAVGkAAElnAAA/ZQAA&#10;NWMJADJjEQAwYxkAL2QhAC5kKQAtZDEALGQ5ACtlQgAqZUoAKGVUACdlXwAmZmsAJGZ6ACNmiwAi&#10;Zp0AIGaxAB9myQAfZusAIGX+ACBk/wAgY/8BIWP/AaliAACeagAAlXAAAIpzAACAdQAAdXUAAGl0&#10;AABccgAAT3EAAERvAAA6bgAAMG0DAClsDQAnbBQAJmwcACVtJAAkbSwAI200ACJtPQAhbkYAIG5Q&#10;AB5uWwAdbmcAHG52ABpuhwAZb5oAGG+uABZvxgAWbukAF238ABhs/wAYa/8AGGv/AKRpAACacQAA&#10;kHYAAIZ5AAB8ewAAcXsAAGR7AABXegAASnkAAD94AAA1eAAAK3cAACJ2BwAddg8AHHcWABt3HgAa&#10;dyYAGXcuABh3NwAXeEAAFXhKABR4VgATeGMAEnhyABF4gwAQeJcAD3irAA54wwAOd+YADnb6AA91&#10;/wAQdf8AEHT/AJ9xAACVeAAAi3wAAIJ/AAB3gQAAaoIAAF2CAABQggAARIIAADiCAAAuggAAJIIA&#10;AByCAAAUggkAEYMQABCDFgAQgx4ADoMnAA6DMAANgzkADYNEAAyDUAALg10ACYNsAAiDfgAGg5EA&#10;BYKlAAOCuwAEgdsABIHyAAWA/wAGf/8ABn//AJp5AACQfgAAhoMAAH2FAABvhwAAYokAAFWKAABJ&#10;iwAAPYwAADGMAAAmjAAAHY0AABWOAAAPjwMACpAMAAaQEQAEjxgAA48gAAGPKQAAjzIAAJA9AACQ&#10;SQAAj1YAAI9lAACPdgAAj4oAAI6fAACOtAAAjc8AAIzuAACM+wAAi/8AAIv/AJSAAACLhQAAgokA&#10;AHSMAABmjwAAWZEAAEyTAABAlQAANJYAACiWAAAelwAAFZgAAA+aAAAKmwAAApwJAACcDgAAnBMA&#10;AJwaAACcIgAAnSsAAJ01AACdQAAAnU4AAJ1cAACdbgAAnIEAAJyXAACcrAAAm8YAAJroAACZ+QAA&#10;mf8AAJj/AI6IAACGjAAAeJAAAGqUAABclwAAT5oAAEKdAAA2ngAAKZ8AAB+hAAAVogAADqQAAAim&#10;AAAAqAAAAKkEAACpCgAAqQ4AAKkTAACqGgAAqiIAAKsrAACsNgAArEQAAKxTAACsYwAArHcAAKuO&#10;AACrpAAAq7wAAKreAACp9AAAqf0AAKn/AImOAAB7kwAAbZcAAF+cAABRoAAARKQAADamAAAqqAAA&#10;HqkAABSrAAANrgAABrAAAACyAAAAtQAAALUAAAC1AwAAtgkAALcOAAC4EgAAuBkAALohAAC7KwAA&#10;vDgAAL1HAAC9WAAAvWsAAL2BAAC9mQAAvbAAAL3MAAC86gAAvPcAALv+AH6VAABwmwAAYqAAAFOl&#10;AABGqgAAOK0AACqvAAAesQAAE7QAAAy3AAADuQAAALwAAAC/AAAAwgAAAMIAAADDAAAAxAAAAMYG&#10;AADHDAAAyBAAAMoWAADMIAAAzysAANA6AADRSwAA0V4AANJzAADSiwAA0qQAANO7AADT2AAA0+0A&#10;ANP2AHOdAABkowAAVqkAAEevAAA5swAAKrYAAB25AAASvAAACr8AAADDAAAAxgAAAMkAAADNAAAA&#10;zwAAANAAAADSAAAA1AAAANYAAADZAgAA2wgAAN4OAADhEwAA5B0AAOgqAADoPAAA6U8AAOlkAADq&#10;fAAA65UAAOusAADrwgAA7NUAAOzlAGamAABYrAAASbMAADu5AAArvAAAHcAAABHEAAAJyAAAAMwA&#10;AADPAAAA0wAAANkAAADdAAAA4AAAAOEAAADjAAAA5QAAAOcAAADqAAAA7AAAAO4EAADxCwAA9RIA&#10;APgcAAD7KwAA/T4AAP5TAAD+agAA/4MAAP+bAAD/rgAA/74AAP/KAP8AEgD/ABAA/wARAP8AEwD/&#10;ABkA/wAmAP8ANAD/AEEA/wBNAP8AWAD/AGIA/wBrAP8AcwD/AHoA/wCBAP8AhwD/AI0A/wCTAP8A&#10;mQD/AKAA/wCnAP4ArwD8ALoA+gDJAPkA4QD4APMA9wD/APYA/wD1AP8A8QD/AOkA/wDkAP8A4QD/&#10;AP8ADwD/AA0A/wANAP8ADgD/ABQA/wAhAP8ALgD/ADwA/wBIAP8AUwD/AF0A/wBmAP4AbQD8AHUA&#10;+wB7APkAggD4AIgA9wCOAPYAlAD0AJsA8wCiAPEAqgDvALQA7QDBAOsA1QDqAOwA6AD8AOcA/wDl&#10;AP8A5gD/AOAA/wDZAP8A1AD/AP8ACwD/AAgA/wAGAP8ACQD/ABAA/wAcAP8AKQD/ADYA/wBCAPsA&#10;TgD3AFcA9ABgAPIAaADvAG8A7QB2AOwAfADqAIIA6ACIAOcAjgDlAJUA4wCcAOEApADfAK4A3QC5&#10;ANoAygDXAOQA1AD2ANEA/wDQAP8A0AD/AM8A/wDLAP8AxwD/AP8AAwD/AAAA/wAAAP8ABAD/AA0A&#10;+gAWAPYAIwDzADAA8AA8AO0ARwDpAFEA5QBaAOIAYgDfAGkA3QBvANoAdgDYAHwA1ACCANIAiADQ&#10;AI8AzQCWAMsAngDJAKgAxwCzAMUAwQDCANgAwADvAL8A/gC+AP8AvQD/ALwA/wC8AP8AvAD/AP8C&#10;AAD/AAAA/wAAAP8AAAD0AAcA7QARAOgAHADjACkA3wA1ANsAQQDWAEsA0QBUAM0AXADKAGMAyABp&#10;AMYAbwDDAHUAwQB7AL8AggC+AIgAvACQALoAmAC4AKIAtQCsALMAuQCxAMsArwDnAK4A+ACsAP8A&#10;qwD/AKwA/wCsAP8AqwD/AP8EAAD/AAAA9gAAAO4AAADnAAAA3wAMANYAFQDPACIAygAuAMcAOgDD&#10;AEQAwABNALwAVQC5AFwAtwBjALUAaQCzAG8AsQB1AK8AewCtAIIAqwCKAKkAkgCnAJwApQCmAKMA&#10;swChAMMAnwDeAJ4A8gCdAP8AnAD/AJwA/wCbAP8AmwD/AP8HAAD2CQAA6QsAAN8KAADVBAAAzgAF&#10;AMYAEADAABoAuwAnALcAMgCzAD0AsABGAK0ATwCqAFYAqABcAKYAYwCkAGgAogBvAKEAdQCfAHwA&#10;nQCEAJsAjQCZAJcAlwCiAJUArgCTAL0AkQDTAJAA7QCPAPwAjgD/AI0B/wCNAf8AjQH/APkOAADq&#10;EgAA3BUAAM0VAADEEQAAvgwAALoCCgC0ABIArgAeAKoAKgCmADUAogA/AKAASACdAVAAmwJWAJkC&#10;XACXA2MAlQNpAJMDbwCRBHYAkAR/AI4FiACMBZIAigaeAIgGqgCGB7oAhQjPAIQK6wCCC/wAgQz/&#10;AIAM/wCADP8AgAz/APEVAADgHQAAzSAAAMEhAAC4HQAAsRcAAKwQAACoCQ0AogcWAJ0JIwCZCi4A&#10;lQs4AJMMQQCQDEkAjg1QAIwNVwCKDV0AiA1jAIcNagCFDnEAgw56AIIOhACADo8Afg+bAHwPqAB7&#10;ELgAehDOAHgR7AB2Ev8AdRL/AHQT/wB0E/8AdBP/AOgeAADTJgAAwyoAALgqAACuKAAApyMAAKAc&#10;AACbEwMAlg8QAJAQGwCMEScAiRIyAIYTOwCEE0MAghRLAIAUUQB+FFcAfBReAHsVZQB5FWwAdxV0&#10;AHYWfgB0FooAcheWAHEXpABvGLQAbhjJAG0Z6ABrGvwAahv/AGob/wBqG/8Aahv/AOAmAADKLQAA&#10;vDEAALAzAACnMQAAnywAAJcmAACQHwAAihcMAIUYFgCBGSIAfhosAHsbNgB5Gz4AdxxFAHUcTABz&#10;HFMAcR1ZAHAdYABuHWcAbR5wAGseegBqHoUAaB+SAGcfoABlILAAZCHFAGMh5ABiIvoAYSL/AGEi&#10;/wBhIv8AYSL/ANcsAADDNAAAtjgAAKo5AAChOAAAmDUAAJAvAACIKAAAgCEIAHsgEgB3IR0AdCIn&#10;AHEiMQBvIzkAbSNBAGsjSABpI04AaCRVAGYkWwBlJGMAYyVrAGIldQBhJYEAXyaOAF4mnQBdJ60A&#10;WyjBAFso4ABaKfcAWSn/AFkp/wBZKf8AWSj/AM8yAAC+OQAAsT0AAKY/AACcPwAAkzwAAIo2AACB&#10;MAAAeSoDAHImDwBuJxkAaygjAGkoLABmKTUAZSk8AGMpQwBhKkoAYCpRAF4qVwBdKl8AXCtoAFor&#10;cgBZLH0AWCyLAFYtmgBVLaoAVC69AFMu3ABSL/UAUi//AFIu/wBSLv8AUi7/AMo2AAC6PQAArUIA&#10;AKJEAACYRAAAj0EAAIU8AAB7NwAAcjEAAGssDABnLRUAZC0fAGEuKABfLjEAXS45AFwvQABaL0YA&#10;WC9NAFcvVABWMFwAVTBkAFMxbgBSMXoAUTGIAFAylwBOMqgATTO7AE002ABMNPMATDT/AEw0/wBM&#10;M/8ATDP/AMY6AAC2QgAAqUYAAJ5JAACVSQAAi0cAAIFCAAB3PQAAbTcAAGQyCQBgMhIAXTIcAFoy&#10;JQBYMy0AVjM1AFUzPABTNEMAUjRKAFE0UQBQNFkATzVhAE01bABMNncASzaFAEo3lQBIN6YARzi4&#10;AUc40wFGOPEBRjj/AUY4/wBGOP8ARjf/AME+AACyRQAApkoAAJxNAACSTQAAiEsAAH5HAABzQgAA&#10;aT0AAF83BgBaNhAAVzcYAFQ3IgBSNyoAUDcyAE84OQBNOEAATDhHAEs4TgBKOVYASTlfAEg6aQBH&#10;OnUARTuDAEQ7kwBDPKQBQjy2AUE90AFBPfABQT3/AUE8/wFBPP8BQTz/AL5CAACvSQAAo04AAJlQ&#10;AACPUQAAhVAAAHtMAABvRgAAZUIAAFo9AgBUOw4AUTsVAE87HwBNOycASzsvAEk8NgBHPD0ARzxE&#10;AEY9SwBFPVQARD5cAEM+ZwBCP3MAQD+BAD8/kQA+QKIAPUC1ATxBzgE8Qe4BPEH/ATxA/wE8QP8B&#10;PT//AbpFAACsTAAAoVEAAJdUAACNVQAAg1QAAHhRAABsSwAAYUcAAFZCAABPQAwATD8TAElAHABH&#10;QCQARkAsAERAMwBDQDoAQkFCAEFBSQBAQlEAP0JaAD5DZQA9Q3EAO0N/ADpEjwA5RKAAOEWzATdF&#10;ywE3RewBN0X/ATdE/wE4RP8BOEP/ALdJAACpUAAAnlUAAJRYAACLWQAAgFgAAHZWAABoUAAAXUwA&#10;AFNIAABKRQkARkQRAEREGQBCRCIAQUUpAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkdYADlHYgA4SG4A&#10;Nkh8ADVIjQA0SZ4AM0mxADJJyQAxSesAMkn+ADJI/wAySP8AM0j/ALRMAACnVAAAnFkAAJJcAACI&#10;XQAAfl0AAHNaAABlVQAAW1IAAFBOAABGSgUAQEkOAD5JFgA9SR4AO0omADpKLgA5SjUAOEs9ADdL&#10;RAA2S00ANExWADNMYAAyTGwAMU16ADBNiwAuTZwALU6vACxOxwAsTukALE39AC1N/wAtTP8ALUz/&#10;ALBQAACkWAAAmV0AAI9hAACGYgAAe2EAAHBfAABiWwAAWFgAAE5VAABDUQEAO08MADhPEwA2TxsA&#10;NU8jADRQKwAzUDIAMlA6ADFQQgAwUUoALlFTAC1SXQAsUmkAK1J4AClSiAAoU5oAJ1OtACZTxQAm&#10;U+cAJlP8ACdS/wAnUf8AJ1H/AKxVAACgXAAAlmIAAI1mAACDZwAAeGYAAG1lAABgYQAAVV4AAEpb&#10;AAA/WAAANVYIADFVEAAwVhcALlYfAC1WJwAsVi8AK1c2ACpXPgApV0cAKFdQACZYWgAlWGcAJFh1&#10;ACNZhgAhWZgAIFmrAB9ZwgAfWeUAH1j6ACBY/wAgV/8AIVf/AKhaAACdYgAAk2cAAIprAAB/bAAA&#10;dWwAAGprAABdaAAAUWUAAEZjAAA7YAAAMV4DACpdDQAoXRMAJl0bACVeIwAkXioAI14yACJeOgAh&#10;XkMAIF9MAB9fVwAeX2MAHGBxABtgggAZYJUAGGCpABdgwAAWYOIAF1/5ABhe/wAZXv8AGV3/AKRg&#10;AACZaAAAkG4AAIZwAAB8cgAAcnIAAGZxAABYbgAATGwAAEFrAAA2aQAALWcAACNmCAAfZg8AHWYV&#10;ABxmHQAbZiUAGmYtABlnNQAYZz4AF2dIABZnUwAVaF8AE2huABJofwARaJIAEGimAA9ovQAOaOAA&#10;EGf3ABBm/wARZf8AEWX/AJ9nAACWbwAAjHMAAIJ2AAB4eAAAbXgAAGB3AABTdgAARnQAADtzAAAx&#10;cgAAJ3EAAB5xAAAWcAoAE3AQABNwFwAScB8AEXEnABBxLwAQcTgADnFCAA5xTgANcVsADHFpAAtx&#10;egAKcY0ACHGhAAZxtgAGcNIAB3DvAAhv/wAJbv8ACW7/AJtvAACRdQAAh3kAAH58AAB0fgAAZn4A&#10;AFl+AABNfgAAQH0AADV9AAAqfAAAIXwAABh8AAARfAQADHwMAAp8EQAJfBkACHwhAAd8KQAGfDIA&#10;BHw9AAN8SAABfFUAAHxjAAB8dAAAfIcAAHucAAB7sQAAessAAHnrAAB5+gAAef8AAHj/AJZ3AACM&#10;fAAAg4AAAHmDAABshAAAXoUAAFGGAABFhwAAOYcAAC2HAAAjhwAAGocAABKHAAANiAEABokKAAGJ&#10;DwAAiRQAAIgbAACIIwAAiSwAAIk2AACJQgAAiE4AAIhdAACIbQAAiIEAAIeVAACHqwAAhsQAAIXm&#10;AACE+AAAhP8AAIT/AJB+AACHgwAAfocAAHGJAABjiwAAVo0AAEmPAAA8kQAAMJEAACSRAAAakgAA&#10;EpMAAA2UAAAGlQAAAJYGAACWDAAAlRAAAJYVAACWHQAAliQAAJYuAACWOQAAlkYAAJZVAACWZQAA&#10;lngAAJWOAACVpAAAlLwAAJPfAACT9QAAkv8AAJL/AIuGAACDigAAdY0AAGeQAABZlAAATJcAAD+Z&#10;AAAymgAAJpsAABucAAASnQAADJ8AAASgAAAAogAAAKMBAACjBwAAowwAAKMQAACkFQAApBwAAKUl&#10;AACmLwAApjwAAKZLAACmWwAApm4AAKWEAAClmwAApLMAAKPQAACj7wAAovwAAKL/AIaNAAB4kQAA&#10;apUAAFyZAABOnQAAQaAAADOiAAAmowAAG6UAABGnAAAKqQAAAasAAACtAAAArwAAALAAAACwAAAA&#10;sAUAALELAACyDwAAsxQAALQbAAC1JAAAtzAAALc/AAC3UAAAt2IAALd4AAC3kAAAtqkAALbCAAC2&#10;5AAAtvUAALX+AHuTAABtmAAAX50AAFCiAABCpgAANKkAACarAAAarQAAEK8AAAmyAAAAtAAAALcA&#10;AAC6AAAAvAAAAL0AAAC+AAAAvgAAAMACAADBCAAAwg0AAMQSAADGGQAAySQAAMoyAADLQwAAy1UA&#10;AMxqAADMgwAAzJwAAMu1AADMzgAAzOkAAMz2AHCbAABhoQAAUqYAAESrAAA2sAAAJ7IAABq1AAAQ&#10;uAAAB7sAAAC+AAAAwQAAAMQAAADIAAAAywAAAMsAAADNAAAAzgAAANAAAADSAAAA1QMAANgKAADb&#10;EAAA3hgAAOIkAADjNQAA5EgAAOVcAADmcwAA5o0AAOalAADmvAAA5tMAAOfnAGOkAABVqgAARrAA&#10;ADi1AAAouQAAGrwAAA/AAAAFxAAAAMcAAADLAAAAzwAAANQAAADYAAAA3AAAAN0AAADfAAAA4QAA&#10;AOMAAADlAAAA6AAAAOoAAADtBgAA8Q4AAPUWAAD4JQAA+TgAAPlNAAD6YwAA+3wAAPyVAAD8qgAA&#10;/LsAAP3LAP8ADwD/AA4A/wAOAP8AEAD/ABYA/wAjAP8AMAD/AD0A/wBJAP8AVAD/AF4A/wBmAP8A&#10;bgD/AHYA/wB8AP8AggD/AIkA/wCPAP8AlQD+AJsA/QCjAPsAqwD6ALUA+QDDAPcA2wD2APAA9AD/&#10;APMA/wDyAP8A7AD/AOIA/wDcAP8A1gD/AP8ADAD/AAkA/wAIAP8ACgD/ABIA/wAeAP8AKwD/ADgA&#10;/wBEAP8ATwD/AFkA/gBhAPwAaQD6AHAA+AB3APcAfQD2AIMA9ACJAPIAjwDxAJYA7wCdAO0ApQDs&#10;AK8A6gC8AOgAzQDmAOgA5AD6AOMA/wDiAP8A4AD/ANUA/wDOAP8AywD/AP8ABgD/AAEA/wAAAP8A&#10;BAD/AA4A/wAZAP8AJQD9ADIA+wA+APcASQDzAFMA8ABcAO4AYwDsAGoA6gBxAOgAdwDmAH0A5ACD&#10;AOIAiQDgAJAA3gCXANwAnwDZAKkA1gC0ANMAxADQAN4AzgDzAMwA/wDLAP8AygD/AMgA/wDCAP8A&#10;vgD/AP8AAAD/AAAA/wAAAP8AAAD7AAsA9gATAPEAIADtACwA6gA4AOcAQwDjAE0A4ABWANwAXQDZ&#10;AGQA1QBrANIAcQDQAHYAzgB8AMwAgwDKAIkAyACRAMYAmQDEAKMAwQCtAL8AuwC9AM8AuwDrALkA&#10;/AC3AP8AtwD/ALYA/wC0AP8AsQD/AP8AAAD/AAAA/wAAAPYAAADuAAUA5wAPAOEAGQDbACUA1QAx&#10;ANIAPADOAEYAygBPAMcAVwDEAF4AwQBkAL8AagC9AHAAuwB2ALkAfAC4AIMAtgCKALMAkwCxAJwA&#10;rwCnAK0AswCrAMUAqQDhAKcA9QCmAP8ApQD/AKQA/wCkAP8ApAD/AP8AAAD8AAAA8QAAAOgAAADg&#10;AAAA1AALAMwAEwDHAB8AwgAqAL8ANQC8AD8AuABIALUAUACzAFcAsABeAK4AZACsAGkAqwBvAKkA&#10;dQCnAHwApQCEAKMAjAChAJYAnwChAJ0ArQCaALwAmADSAJcA7gCVAP4AlAD/AJUA/wCVAP8AlQD/&#10;APwBAADwBQAA4wcAANUFAADMAAAAxQAEAL4ADgC4ABcAswAjAK8ALgCrADgAqQBBAKYASgCjAFEA&#10;oQBXAJ8AXQCdAGMAmwBpAJoAbwCYAHYAlgB9AJQAhgCSAJAAkACbAI4ApwCMALYAigDJAIgA5wCH&#10;APkAhwD/AIYA/wCGAP8AhgD/APQMAADkEAAA0RIAAMURAAC9DgAAtggAALEACACrABEApgAbAKEA&#10;JgCeADEAmgA6AJgAQwCVAEoAkwBRAJEAVwCPAF0AjgBjAIwAaQCKAHAAiAB3AIYAgACEAIsAggCW&#10;AIAAowB+ALEAfQDEAHsC4QB6A/UAegX/AHkF/wB4Bv8AeAb/AOoTAADWGgAAxh0AALocAACxGQAA&#10;qhMAAKQNAACfBQwAmQAUAJUAHwCRAikAjQMzAIsEPACIBUQAhgZLAIQGUQCCB1cAgQddAH8HYwB9&#10;CGoAewhyAHoIfAB4CYYAdgmSAHQKoABzCq8AcQvBAHAM3wBvDfYAbg7/AG0O/wBtDv8AbQ7/AOEc&#10;AADLIwAAvCYAALEmAACoJAAAoB4AAJkYAACTEAIAjgsOAIgLFwCEDCIAgQ0sAH4NNQB8Dj0Aeg5F&#10;AHgOSwB3DlEAdQ9YAHMPXgBxEGUAcBBuAG4QdwBsEIIAaxCPAGkRnQBoEa0AZhLAAGUS3wBkE/YA&#10;YxT/AGMU/wBiFP8AYhT/ANYkAADDKgAAtS4AAKovAACgLQAAmCgAAJAiAACJGwAAghMIAH0REgB5&#10;EhwAdhMnAHMUMABxFDgAbxU/AG0VRgBsFUwAahZTAGgWWQBnFmEAZRZpAGQXcgBiF34AYRiLAF8Y&#10;mQBeGakAXBm8AFwa2ABaG/MAWhz/AFkc/wBZHP8AWRz/AM0qAAC9MQAArzUAAKQ2AACbNAAAkjEA&#10;AIkrAACBJQAAeR0DAHMYDgBvGRgAbBoiAGkbKwBnGzMAZRw7AGQcQQBiHUgAYB1OAF8dVQBdHVwA&#10;XB5kAFsebgBZH3kAWB+HAFYglgBVIKYAVCG4AFMh0gBSIvEAUiP/AFIj/wBSIv8AUiL/AMgvAAC4&#10;NgAAqzoAAKA8AACWOwAAjTgAAIMyAAB6LQAAciYAAGogDABmIBMAYyEdAGEhJgBfIi8AXSI2AFsi&#10;PQBaI0QAWCNKAFcjUQBVI1gAVCRhAFMkagBRJXYAUCWDAE8mkwBOJ6MATCe1AEwozgBLKO4ASyn/&#10;AEso/wBLKP8ASyj/AMM0AACzOwAApz8AAJxBAACSQAAAiT4AAH85AAB1MwAAbC0AAGMnCABeJhEA&#10;XCYZAFknIgBXJysAVSgyAFQoOQBSKEAAUShGAFApTQBOKVUATSldAEwqZwBLKnMASSuAAEgrkABH&#10;LKEARi2zAEUtywBFLuwARC7/AEQu/wBFLf8ARS3/AL44AACwPwAApEMAAJlFAACPRQAAhUMAAHs+&#10;AABxOQAAZzQAAF4uBABYKw4AVSsWAFIsHwBQLCcATywvAE0tNgBMLTwASi1DAEktSgBILlIARy5a&#10;AEYvZABFL3AAQzB+AEIwjQBBMZ4AQDKxAD8yyAA/M+oAPzP+AD8y/wA/Mv8APzL/ALs8AACtQwAA&#10;oUcAAJZJAACMSQAAg0gAAHhEAABtPgAAYzkAAFo0AABSMAwATzATAEwwHABKMCQASTErAEcxMgBG&#10;MTkARDFAAEMyRwBCMk8AQTNYAEAzYgA/NG0APjR7AD01iwA8NpwAOzavADo3xgA5N+gAOTf8ADo3&#10;/wA6Nv8AOjb/ALdAAACqRgAAnksAAJRNAACKTgAAgEwAAHVIAABqQwAAYD4AAFY5AABNNQkASTQR&#10;AEc1GQBFNSEAQzUoAEE1LwBANTYAPzY9AD42RQA9N00APDdVADs4YAA6OGsAOTl5ADg5iQA3OpsA&#10;NTqtADU7xAA0O+YANDv7ADU7/wA1Ov8ANTr/ALRDAACnSgAAnE4AAJJRAACIUgAAflAAAHNNAABn&#10;SAAAXEQAAFI/AABIOgYARDkPAEE5FgA/OR4APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANzxTADY8&#10;XQA1PWkAND13ADM+hwAxPpkAMD+rAC8/wgAvP+QALz/6ADA//wAwPv8AMD7/ALFHAACkTQAAmVIA&#10;AI9VAACGVgAAfFUAAHFSAABkTAAAWUkAAE9FAABFQAMAPz4NADw+EwA6PhsAOT4jADc+KgA2PzEA&#10;NT84ADQ/QAAzQEgAMkBRADFBWwAwQWcALkJ1AC1ChQAsQ5cAK0OqACpDwAApROIAKkP5ACpD/wAr&#10;Qv8AK0L/AK5KAAChUQAAl1YAAI1ZAACDWgAAeVoAAG5XAABhUgAAV04AAE1LAABDRwAAOkMKADZD&#10;EQA0QxgAM0MgADJEJwAxRC8AMEQ2AC9FPQAtRUYALEVPACtGWQAqRmQAKUdyAChHgwAmR5UAJUio&#10;ACRIvgAjSOAAJEj3ACVH/wAlR/8AJkf/AKpPAACfVQAAlFoAAIteAACBXwAAd14AAGtcAABfWAAA&#10;VVUAAEtRAABATQAANUoHADBJDgAuSRUALUkdACxJJAArSisAKkozAChKOwAnS0MAJktMACVLVgAk&#10;TGIAI0xwACFMgAAgTZMAH02mAB5NuwAdTt0AHk32AB5M/wAfTP8AIEv/AKdTAACcWgAAkl8AAIhj&#10;AAB+ZAAAdGMAAGlhAABcXgAAUlsAAEdYAAA8VQAAMlICACpQDAAnTxIAJlAZACVQIAAkUCgAI1Av&#10;ACJRNwAhUUAAIFFJAB5SUwAdUl8AHFJtABpTfQAZU5AAGFOkABZTuQAVU9kAFlP0ABdS/wAYUf8A&#10;GVH/AKNZAACYYAAAj2UAAIVoAAB7aQAAcWkAAGZnAABZZAAATWEAAEJfAAA4XAAALloAACVYCAAg&#10;Vw4AHlcUAB1XHAAcWCMAG1grABpYMwAZWDwAGFhFABZZUAAVWVsAFFlpABNaegASWo0AEVqhABBa&#10;twAOWtUAEFnzABBZ/wARWP8AEVj/AJ9fAACVZgAAjGsAAIJtAAB4bgAAbm8AAGJtAABVagAASGgA&#10;AD5mAAAzZQAAKWMAACBhAQAYYAsAFWAQABRgFwATYB4AEmAmABJgLgARYTcAEGFAAA9hSwAOYVgA&#10;DWFmAAxidgALYokACmGdAAlhsgAIYcsACGHrAAlg/QAKX/8AC1//AJtmAACSbQAAiHEAAH5zAAB1&#10;dQAAanQAAFxzAABPcgAAQ3AAADhvAAAtbgAAJGwAABtrAAATawQADmoMAA1qEgAMahkAC2ohAApq&#10;KQAJajIACGo8AAdrRwAFa1MABGthAAJrcQAAaoQAAGqYAABqrQAAacYAAGnnAABp+AAAaP8AAGj/&#10;AJdtAACNcwAAhHcAAHt6AABwewAAY3sAAFZ6AABJegAAPXkAADF4AAAndwAAHXYAABV2AAAPdgIA&#10;CXYKAAR2DwAAdhUAAHYcAAB2JAAAdSwAAHU2AAB1QQAAdU4AAHVcAAB1bAAAdX4AAHSTAAB0qAAA&#10;c8AAAHPjAABy9wAAcv8AAHH/AJJ1AACJegAAgH4AAHaAAABpgQAAW4IAAE6CAABBggAANYMAACmC&#10;AAAfgQAAFoEAABCCAAAKggAAAoMHAACCDQAAghEAAIIXAACCHgAAgiYAAIIvAACCOwAAgkcAAIJV&#10;AACBZQAAgXgAAIGNAACAogAAf7oAAH/dAAB+9AAAff8AAH3/AI18AACEgQAAe4QAAG6GAABgiAAA&#10;UooAAEWLAAA5jAAALIwAACGMAAAXjAAAEI0AAAmOAAACjwAAAJADAACPCQAAjw4AAI8SAACQGAAA&#10;kB8AAJAoAACQMgAAkD8AAJBNAACQXQAAj3AAAI+FAACOnAAAjrMAAI3QAACM8AAAi/4AAIv/AIiE&#10;AACAiAAAcosAAGSNAABWkAAASJMAADuVAAAulgAAIpYAABeXAAAPmAAACJkAAACbAAAAnQAAAJ0A&#10;AACdAwAAnQkAAJ0NAACeEQAAnhcAAJ8fAACfKQAAoDUAAKBDAACgVAAAoGYAAJ97AACekwAAnqsA&#10;AJ3GAACd6QAAnPkAAJz/AIOLAAB1jgAAZ5IAAFmWAABLmQAAPZwAADCeAAAjnwAAF6AAAA6iAAAH&#10;pAAAAKYAAACoAAAAqgAAAKoAAACqAAAAqwEAAKsHAACsDAAArRAAAK4WAACvHgAAsSkAALE4AACx&#10;SAAAsVoAALFvAACxiAAAsaAAALC6AACv3QAAr/IAAK/9AHiRAABqlgAAXJoAAE2fAAA/owAAMaYA&#10;ACOnAAAXqQAADqsAAAWuAAAAsAAAALIAAAC1AAAAtwAAALcAAAC4AAAAuQAAALoAAAC8AwAAvQkA&#10;AL4OAADAFAAAwx4AAMUrAADFPAAAxk4AAMZiAADGegAAxpQAAMatAADGyAAAxeUAAMXzAGyZAABe&#10;ngAAT6QAAEGoAAAyrAAAJK8AABaxAAANtAAAA7cAAAC6AAAAvQAAAMAAAADEAAAAxgAAAMYAAADI&#10;AAAAyQAAAMsAAADMAAAAzgAAANAGAADTDQAA2BMAANweAADeLQAA30AAAOBUAADhawAA4YUAAOGf&#10;AADhtwAA4c8AAOHmAGChAABSpwAAQ60AADSyAAAltQAAF7kAAA28AAABvwAAAMMAAADHAAAAygAA&#10;AM8AAADTAAAA1gAAANcAAADaAAAA3AAAAN8AAADhAAAA4wAAAOYAAADpAQAA7AsAAPASAADzHwAA&#10;9DEAAPZGAAD3XAAA+HQAAPiPAAD5pgAA+bgAAPjJAP8ADQD/AAsA/wALAP8ADgD/ABMA/wAfAP8A&#10;LAD/ADkA/wBFAP8AUAD/AFkA/wBiAP8AagD/AHEA/wB3AP8AfgD/AIQA/gCKAP0AkAD8AJcA+gCe&#10;APkApwD3ALEA9gC+APUA0gDzAOwA8QD+APAA/wDwAP8A5gD/ANwA/wDSAP8AzQD/AP8ABwD/AAQA&#10;/wACAP8ABgD/ABAA/wAbAP8AJwD/ADMA/wA/AP8ASgD+AFQA+wBdAPkAZAD3AGsA9QByAPMAeADy&#10;AH4A8ACEAO8AigDtAJEA7ACZAOoAoQDoAKsA5gC2AOQAxwDiAOMA4AD3AN4A/wDdAP8A2QD/AMwA&#10;/wDFAP8AwQD/AP8AAAD/AAAA/wAAAP8AAQD/AA0A/wAWAPwAIgD5AC4A9gA5APMARQDvAE4A7ABX&#10;AOkAXgDmAGUA5ABsAOIAcgDgAHcA3wB+AN0AhADbAIsA2ACSANUAmwDSAKQAzwCvAM0AvgDLANUA&#10;yQDvAMcA/wDFAP8AxAD/AL4A/wC4AP8AtQD/AP8AAAD/AAAA/wAAAP4AAAD3AAkA8QARAOsAHADn&#10;ACgA5AAzAOEAPgDdAEgA2ABRANMAWADQAF8AzgBlAMwAawDKAHEAyAB3AMYAfQDEAIQAwgCMAMAA&#10;lAC+AJ4AuwCoALkAtgC3AMgAtQDmALMA+gCxAP8AsAD/ALAA/wCsAP8AqQD/AP8AAAD/AAAA+gAA&#10;APEAAADoAAMA4AANANgAFgDRACIAzQAtAMoANwDGAEEAwgBKAL8AUgC9AFkAugBfALgAZQC3AGoA&#10;tQBwALMAdgCxAH0ArwCFAK0AjQCrAJcAqQChAKcArgClAL4AogDYAKAA8gCfAP8AngD/AJ4A/wCe&#10;AP8AnAD/AP8AAAD3AAAA6wAAAOEAAADWAAAAywAJAMUAEQC/ABsAuwAmALcAMQC0ADoAsQBDAK4A&#10;SwCrAFIAqQBYAKcAXgCmAGQApABpAKIAcACgAHYAngB+AJwAhgCaAJAAmACbAJYApwCUALYAkgDK&#10;AJAA6QCPAPwAjgD/AI0A/wCMAP8AjQD/APgAAADpAgAA2wMAAMwBAADEAAAAvQACALYADQCwABUA&#10;qwAgAKcAKgCkADQAoQA8AJ4ARACcAEsAmgBSAJgAWACWAF0AlQBjAJMAaQCRAHAAjwB3AI0AgACL&#10;AIoAiQCVAIcAoQCFAK8AgwDBAIEA4ACAAPUAfwD/AH8A/wB/AP8AfwD/AO4KAADcDgAAyhAAAL4O&#10;AAC1CwAArwMAAKkABwCjABAAngAYAJkAIwCWACwAkwA1AJAAPgCOAEUAjABLAIoAUQCIAFcAhgBd&#10;AIUAYwCDAGoAgQBxAH8AegB9AIQAewCPAHkAnAB3AKoAdQC7AHQA1AByAPAAcgD/AHIA/wBxAP8A&#10;cQD/AOMRAADNFwAAvxkAALMZAACqFQAAoxAAAJ0KAACXAQoAkQASAI0AGwCJACUAhQAvAIMANwCA&#10;AD4AfgBFAH0ASwB7AFEAeQBXAHgAXQB2AGQAdAFrAHIBdABwAn8AbgKLAGwDmABrA6YAaQS3AGgF&#10;zgBnB+wAZgj9AGYJ/wBlCf8AZQn/ANYaAADEIAAAtiMAAKsjAAChIAAAmRsAAJIUAACMDgEAhgcN&#10;AIAEFAB8Bh4AeQcoAHYIMAB0CDgAcgk/AHAJRQBvCkwAbQpSAGwKWABqC18AaAtnAGcLcABlDHoA&#10;YwyHAGIMlQBgDaQAXw22AF4NzgBcDu0AXA//AFsQ/wBbEP8AWxD/AM0hAAC8KAAArysAAKQrAACa&#10;KQAAkiQAAIkfAACCGAAAexEFAHUNDwBxDRcAbg4hAGsOKgBpDzIAZxA5AGUQQABkEEYAYxBNAGEQ&#10;UwBfEVoAXhFiAFwRawBbEXYAWRKDAFgSkgBWE6IAVRO0AFQTywBTFOwAUhX/AFIW/wBSFf8AUhX/&#10;AMYoAAC2LgAAqTIAAJ8yAACVMQAAjC0AAIMnAAB6IQAAchoAAGsTCwBnExMAZBQcAGEUJQBfFS0A&#10;XRU0AFwVOwBbFkIAWRZIAFgWTwBWF1YAVRdeAFMXZwBSGHIAUBh/AE8ZjgBOGp8ATBqwAEsbxwBL&#10;G+kAShz9AEoc/wBKHP8AShz/AMEtAACxNAAApTcAAJo4AACQNwAAhzQAAH0vAAB0KQAAbCMAAGQc&#10;BwBeGRAAWxoYAFkbIQBXGykAVRswAFQcNwBSHD0AURxEAE8dSwBOHVIATR1aAEseYwBKHm4ASR98&#10;AEcfiwBGIJwARSGuAEQhxABDIuYAQyL8AEMi/wBDIv8AQyL/ALwyAACtOAAAoTwAAJc+AACNPQAA&#10;gzoAAHk1AABvMAAAZioAAF4kAgBXIA0AVCAUAFEgHQBPISUATiEsAEwhMwBLIjoASSJAAEgiRwBH&#10;Ik4ARiNXAEQjYABDJGsAQiR5AEEliAA/JpkAPiarAD0nwQA9J+MAPSj6AD0o/wA9J/8APSf/ALg2&#10;AACqPQAAnkAAAJRCAACKQgAAgD8AAHY7AABsNgAAYjAAAFkqAABRJQsATSURAEslGQBJJSEARyYo&#10;AEUmLwBEJjYAQyY9AEInRABBJ0sAPyhUAD4oXQA9KWkAPCl2ADsqhgA5K5cAOCupADcsvwA3LOAA&#10;Nyz4ADcs/wA3LP8AOCz/ALU6AACnQAAAnEQAAJFGAACHRgAAfUQAAHNAAABoOwAAXzYAAFUxAABM&#10;KwcARykPAEUqFgBDKh4AQSolAD8qLAA+KzMAPSs5ADwrQQA7LEgAOixRADktWwA4LmYANi5zADUv&#10;gwA0L5UAMzCnADIwvQAxMd4AMTH3ADIx/wAyMP8AMzD/ALE+AACkRAAAmUgAAI9KAACFSgAAe0kA&#10;AHBFAABlQAAAWzsAAFI2AABIMQQAQi4NAD8uEwA9LhsAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYA&#10;NDFPADMxWQAyMmQAMTJxADAzgQAvNJMALjSmACw1uwAsNdsALDX1AC01/wAtNP8ALjT/AK5BAACi&#10;SAAAl0wAAI1OAACDTgAAeU0AAG5KAABiRQAAWEAAAE48AABFNwAAPTMLADkzEQA3MxgANjMfADQz&#10;JgAzMy0AMjQ0ADE0PAAwNUQALzVMAC42VgAtNmIALDdvACs3fwAqOJEAKDikACc5uQAmOdgAJzn0&#10;ACg5/wAoOP8AKTj/AKtFAACfSwAAlE8AAItSAACBUwAAd1IAAGxPAABfSQAAVkYAAExCAABCPQAA&#10;ODgIADQ4DwAyOBUAMTgdAC84JAAuOCsALTkyACw5OQArOkEAKjpKACk7VAAoO18AJzxtACU8fQAk&#10;PY8AIz2iACI9twAhPtQAIT7zACI9/wAjPf8AIzz/AKhJAACdTwAAklMAAIlWAAB/VwAAdVYAAGpT&#10;AABdTwAAU0wAAEpIAABARAAANkAFAC89DQAtPRMAKz0aACo+IQApPigAKD4vACc+NwAmPz8AJD9I&#10;ACNAUgAiQF0AIUFqACBBegAeQY0AHUKgABxCtQAbQtEAG0LxABxC/wAdQf8AHkH/AKVNAACaUwAA&#10;kFgAAIZbAAB9XAAAclsAAGdYAABbVAAAUVIAAEhOAAA9SgAAM0cAACpDCwAmQxAAJUMWACRDHgAj&#10;RCUAIkQsACFENAAgRTwAHkVFAB1FTwAcRloAG0ZoABlGeAAYR4oAF0eeABZHswAUSM4AFUfvABZH&#10;/wAXRv8AF0b/AKJSAACXWAAAjV0AAIRgAAB6YQAAcGAAAGVeAABZWgAAT1gAAERUAAA5UQAAL04A&#10;ACZLBgAgSg4AHkoTAB1KGgAcSiEAG0soABpLMAAZSzgAF0tCABZMTAAVTFcAFExlABNNdQASTYgA&#10;EU2cABBNsQAOTswAD03uABBN/wARTP8AEUz/AJ5XAACUXQAAi2IAAIFlAAB3ZgAAbWYAAGNkAABW&#10;YQAASl4AAD9bAAA1WAAAK1YAACJUAQAaUgoAFlIQABVSFgAUUh0AE1IkABJSLAARUjQAEVI+ABBT&#10;SAAPU1QADlNiAA1UcgAMVIQAC1SYAAlUrQAIVMUACVTnAApT+wALUv8AC1L/AJtdAACRZAAAiGgA&#10;AH5rAAB0bAAAa2wAAF9qAABSZwAARWQAADpiAAAwYAAAJl4AAB1dAAAVWwUAEFoMAA5aEQAOWhgA&#10;DVsgAAxbJwALWzAACls6AAlbRQAHW1EABlteAARbbQADW4AAAVuUAABbqAAAW8AAAFriAABa9gAB&#10;Wv8AAln/AJdkAACOawAAhG4AAHtwAABycgAAZ3EAAFlwAABMbgAAQGwAADVrAAAqaQAAIWcAABhm&#10;AAARZgEADGUKAAdlDwAEZRQAA2QbAAJkIwAAZCwAAGQ1AABkQAAAZEwAAGRaAABkaQAAZHsAAGSP&#10;AABjpAAAY7sAAGLdAABi9AAAYv8AAGH/AJNsAACJcQAAgHUAAHh3AABteAAAYHcAAFJ2AABGdQAA&#10;OXQAAC50AAAjcgAAGnEAABJxAAANcQAABnEIAABwDQAAcBIAAHAXAABvHwAAbyYAAG8wAABvOwAA&#10;b0cAAG9UAABvZAAAb3UAAG6KAABtoAAAbbYAAGzWAABr8gAAa/8AAGv/AI5zAACFeAAAfXsAAHN9&#10;AABlfgAAWH4AAEt+AAA+fgAAMn4AACZ9AAAcfAAAE3wAAA18AAAGfQAAAH0FAAB8CwAAfA8AAHwT&#10;AAB8GQAAfCEAAHwpAAB8NAAAe0AAAHtOAAB7XgAAe28AAHqEAAB6mgAAebEAAHjOAAB37wAAdv4A&#10;AHb/AIl6AACBfwAAeIIAAGuDAABdhQAAT4YAAEKHAAA1iAAAKYcAAB2HAAAUhwAADYgAAAaJAAAA&#10;igAAAIoAAACJBgAAiQwAAIkPAACJEwAAiRoAAIoiAACKLAAAijgAAIpGAACJVgAAiWgAAIl8AACI&#10;lAAAh6sAAIbGAACF6gAAhfsAAIT/AIWCAAB9hgAAb4gAAGGLAABTjQAARY8AADiRAAArkQAAH5IA&#10;ABSSAAANkwAABJQAAACWAAAAlwAAAJgAAACXAAAAlwUAAJcLAACYDgAAmBMAAJkaAACZIgAAmi4A&#10;AJo9AACZTQAAmV4AAJlzAACYiwAAmKMAAJe8AACW4gAAlvcAAJX/AICJAAByjAAAZI8AAFaTAABI&#10;lgAAOpkAACyaAAAfmwAAFJwAAAyeAAADnwAAAKEAAACjAAAApQAAAKUAAAClAAAApQAAAKYCAACn&#10;CAAApw0AAKgRAACpGQAAqyMAAKsxAACrQQAArFMAAKxnAACrgAAAqpoAAKqzAACq0AAAqe8AAKn7&#10;AHWPAABnlAAAWZgAAEqcAAA8nwAALaIAACCjAAATpQAAC6cAAAGpAAAAqwAAAK4AAACxAAAAsgAA&#10;ALIAAACzAAAAtAAAALUAAAC2AAAAuAQAALkLAAC7EAAAvRgAAL8kAAC/NQAAwEcAAMBbAADAcgAA&#10;wI0AAMGmAADAwQAAv+MAAL7zAGqXAABbnAAATaEAAD6lAAAvqQAAIasAABOtAAALsAAAALMAAAC1&#10;AAAAuAAAALwAAAC/AAAAwQAAAMEAAADDAAAAxAAAAMYAAADHAAAAyQAAAMsAAADOCAAA0Q8AANUY&#10;AADYJwAA2TkAANpNAADbZAAA234AANyZAADcsAAA3MkAANzjAF2fAABPpQAAQKoAADKvAAAisgAA&#10;FLUAAAq4AAAAuwAAAL8AAADDAAAAxgAAAMsAAADOAAAA0QAAANEAAADUAAAA1gAAANkAAADbAAAA&#10;3gAAAOAAAADkAAAA5wYAAOsOAADvGQAA8CoAAPI/AADzVQAA9G0AAPSIAAD0oQAA9LYAAPTHAP8A&#10;CQD/AAYA/wAHAP8ADAD/ABEA/wAcAP8AKAD/ADQA/wBBAP8ATAD/AFUA/wBdAP8AZQD/AGwA/wBy&#10;AP4AeAD8AH4A+wCEAPoAiwD5AJIA9wCZAPYAogD0AKwA8wC5APEAywDwAOgA7gD7AO0A/wDsAP8A&#10;4QD/ANIA/wDJAP8AxAD/AP8AAQD/AAAA/wAAAP8ABAD/AA4A/wAXAP8AIwD/AC8A/wA7AP0ARgD6&#10;AFAA9wBYAPQAXwDyAGYA8ABsAO8AcgDtAHgA7AB+AOoAhQDpAIwA5wCTAOUAnADjAKYA4QCxAN8A&#10;wQDdAN0A2wD0ANkA/wDWAP8AzwD/AMQA/wC9AP8AuQD/AP8AAAD/AAAA/wAAAP8AAAD/AAsA/AAT&#10;APcAHgD0ACoA8gA1AO4AQADpAEoA5gBSAOMAWQDgAGAA3gBmANwAbADaAHIA1wB4ANQAfgDSAIUA&#10;0ACNAM4AlQDMAJ8AyQCqAMcAuADFAM0AwwDrAMAA/gC/AP8AvgD/ALYA/wCwAP8ArQD/AP8AAAD/&#10;AAAA/wAAAPkAAADyAAYA6wAPAOYAGQDhACQA3gAvANoAOQDTAEMAzwBMAMwAUwDJAFoAxwBgAMUA&#10;ZgDDAGsAwQBxAL8AdwC9AH4AuwCGALkAjgC3AJgAtQCjALMAsACxAMIArgDgAKwA9wCrAP8AqgD/&#10;AKgA/wCjAP8AoAD/AP8AAAD/AAAA9QAAAOsAAADhAAAA1gAMAM8AEwDKAB4AxgApAMIAMwC/AD0A&#10;uwBFALgATQC2AFQAswBaALEAXwCwAGUArgBqAKwAcACrAHcAqQB/AKcAhwClAJEAowCcAKAAqQCe&#10;ALgAnADOAJoA7gCZAP8AlwD/AJYA/wCWAP8AkwD/AP0AAADxAAAA5QAAANkAAADNAAAAxAAGAL0A&#10;DwC3ABgAswAiALAALACtADYAqQA+AKcARgCkAE0AogBTAKAAWQCfAF4AnQBkAJsAagCaAHAAmAB3&#10;AJYAgACUAIoAkQCVAI8AogCNALAAiwDDAIkA4wCIAPkAhgD/AIYA/wCGAP8AhgD/APMAAADjAAAA&#10;0QAAAMUAAAC9AAAAtgAAAK4ACwCoABIApAAcAKAAJgCcAC8AmgA3AJcAPwCVAEYAkgBMAJEAUgCP&#10;AFgAjQBdAIsAYwCKAGoAiABxAIYAeQCEAIMAggCPAH8AmwB+AKkAfAC7AHoA1QB4APIAeAD/AHcA&#10;/wB3AP8AdwD/AOcHAADRDAAAww0AALgMAACuCAAAqAAAAKIABQCbAA4AlgAVAJIAHwCOACgAiwAx&#10;AIgAOQCGAEAAhABGAIIATACAAFIAfwBXAH0AXQB7AGMAegBrAHgAcwB2AH0AdACIAHEAlQBwAKQA&#10;bgC0AGwAygBrAOoAagD8AGoA/wBqAP8AagD/ANoQAADGFAAAuBYAAK0VAACkEgAAnA4AAJYHAACQ&#10;AAkAigAQAIUAGACBACEAfgAqAHsAMgB5ADkAdwBAAHUARgBzAEwAcgBRAHAAVwBuAF4AbQBlAGsA&#10;bgBpAHcAZwCDAGUAkQBjAJ8AYgCvAGAAxABfAOQAXwH4AF4C/wBeAv8AXgL/AM4YAAC9HQAAsCAA&#10;AKUfAACbHAAAkxcAAIsRAACEDAAAfgQLAHkAEgB1ABsAcgAjAG8AKwBtATMAawE6AGkCQABnA0YA&#10;ZgNMAGQEUgBjBFkAYQRgAF8FaQBeBXMAXAZ/AFoGjQBZB5wAVwitAFYIwQBVCeEAVAv2AFQL/wBU&#10;C/8AVAv/AMYfAAC2JQAAqSgAAJ4oAACUJQAAiyEAAIMbAAB7FAAAdA4DAG4JDQBpCBQAZgkdAGQK&#10;JQBiCi0AYAs0AF4LOgBdC0AAWwxHAFoMTQBYDFQAVw1cAFUNZABUDW8AUg17AFAOigBPDpoATg6s&#10;AEwPwgBMEOMASxD5AEsQ/wBLEf8ASxD/AL8mAACwKwAApC8AAJkvAACPLQAAhikAAH0kAAB0HgAA&#10;bBcAAGURBwBfDhAAXA8XAFoQHwBYECcAVhAuAFQQNQBTEDsAUhFCAFARSABPEVAAThFXAEwSYABL&#10;EmsASRJ4AEgThwBGE5cARRSpAEQUvgBDFd8AQxb4AEMW/wBDFv8AQxb/ALorAACrMQAAoDQAAJU1&#10;AACLNAAAgTEAAHgrAABvJgAAZiAAAF4ZAQBXFA0AVBQTAFEUGwBPFSMAThUqAEwVMQBLFjcASRY+&#10;AEgWRABHF0wARRdUAEQXXQBDGGcAQRh0AEAZgwA/GpQAPRqmADwbuwA7G9sAOxz2ADwc/wA8HP8A&#10;PBz/ALUwAACoNgAAnDkAAJE7AACHOgAAfjcAAHMyAABqLQAAYScAAFkhAABRGwkATBkQAEoaFwBI&#10;Gh8ARhomAEUbLQBDGzMAQhs6AEEcQQBAHEgAPhxQAD0dWQA8HmQAOx5xADkfgAA4H5IANyCkADYg&#10;uAA1IdYANSH0ADUi/wA1If8ANiH/ALI0AACkOgAAmT4AAI8/AACFPwAAezwAAHA4AABnMgAAXS0A&#10;AFQoAABMIgUARh8OAEMfFABBHxsAPx8iAD4gKQA9IDAAOyA2ADohPQA5IUUAOCJNADciVwA2I2IA&#10;NCNuADMkfgAyJI8AMSWiAC8ltgAvJtIALybyAC8m/wAwJv8AMCb/AK84AACiPgAAlkIAAIxDAACC&#10;QwAAeEEAAG49AABjOAAAWjMAAFEuAABIKAEAQCQMAD0jEQA7JBgAOSQfADgkJgA2JCwANSUzADQl&#10;OgAzJkIAMiZKADEnVAAwJ18ALyhsAC4oewAsKY0AKyqgACoqtAApKs8AKSvwACor/wAqKv8AKyr/&#10;AKw8AACfQgAAlEYAAIpHAACARwAAdkUAAGxCAABhPQAAVzgAAE4zAABELgAAPCkJADcoEAA1KBUA&#10;MygcADIoIwAwKCkALykwAC8qNwAuKj8ALStIACwrUgArLF0AKixqACgteQAnLYsAJi6eACUuswAk&#10;L80AJC/uACUv/wAlL/8AJi7/AKk/AACdRQAAkkkAAIhLAAB+TAAAdEoAAGpHAABeQgAAVD0AAEs5&#10;AABBNAAAOC8GADItDQAwLRMALi0ZAC0tIAArLScAKi4uACkuNQApLz0AKC9GACcwTwAlMFsAJDFo&#10;ACMxdwAiMokAITKdAB8zsQAeM8sAHjPtAB8z/wAgM/8AITL/AKZDAACaSQAAkE0AAIZPAAB8UAAA&#10;c08AAGhMAABcRgAAUkMAAEk/AAA/OwAANjYCAC4yDAArMhEAKTIXACgyHgAmMiQAJTMrACQzMgAj&#10;NDoAIjRDACE1TQAgNVgAHzZlAB42dQAcN4cAGzebABo3rwAZOMgAGTjrABo4/wAbN/8AGzf/AKNH&#10;AACYTQAAjlEAAIRTAAB7VAAAcVMAAGZQAABaTAAAUEkAAEdFAAA9QQAAMz0AACo5CQAlNw4AIzcU&#10;ACI4GwAhOCIAIDgoAB84MAAeOTgAHTlBABw6SwAaOlYAGTtjABg7cgAWO4UAFTyZABQ8rQATPcYA&#10;Ez3pABQ8/QAVPP8AFjv/AKBLAACVUQAAi1UAAIJYAAB5WQAAblgAAGRWAABYUQAATk8AAEVLAAA6&#10;RwAAMEMAACdABQAgPg0AHT4RABw+FwAbPh4AGj4lABk+LQAYPzUAFj8+ABU/SAAUQFMAE0BgABJB&#10;cAARQYIAEEGXAA9BrAAOQsQADkLnAA9B/AAQQf8AEED/AJ1QAACTVgAAiVoAAIBdAAB2XgAAbF0A&#10;AGJbAABWVwAATFUAAEFRAAA2TgAALEsAACNIAAAbRQkAF0QPABVEFAAURRsAE0UiABJFKQARRTEA&#10;EUU7ABBGRQAPRlAADkdeAA1HbQAMR38AC0eTAAlHpwAIR74ACEfgAAlH9gAKRv8AC0b/AJpVAACQ&#10;WwAAh2AAAH1iAABzYwAAamIAAGBhAABTXgAAR1oAADxXAAAyVQAAKFIAAB9QAAAXTgQAEUwMAA9M&#10;EQAOTBcADkweAA1NJQAMTS4AC003AApNQgAJTU0AB05aAAZOaQAETnsAAk6PAAFOpAAATboAAE3b&#10;AAFN8gABTf8AAkz/AJZbAACNYgAAhGYAAHpoAABxaQAAaGkAAFxnAABPZAAAQmEAADdfAAAtXAAA&#10;I1oAABpYAAASVwEADVYJAAlVDgAHVRMABlUaAARVIgADVSoAAlU0AABVPgAAVUoAAFZXAABWZQAA&#10;VXcAAFWLAABVoAAAVbYAAFTUAABU8QAAU/0AAFP/AJNiAACKaAAAgGwAAHduAABvbwAAY24AAFZs&#10;AABJagAAPWgAADJmAAAnZQAAHWMAABViAAAOYQAACWAIAANgDQAAXxEAAF8XAABfHgAAXyYAAF8v&#10;AABfOgAAX0UAAF9TAABfYQAAXnIAAF6HAABdnAAAXbIAAFzPAABc7wAAW/0AAFv/AJBqAACGbwAA&#10;fXIAAHV0AABqdQAAXXQAAE9zAABCcgAANnAAACtvAAAgbgAAF20AABBsAAAKbAAAAmsGAABrCwAA&#10;ag8AAGoUAABqGgAAaiEAAGkqAABpNAAAaUAAAGlOAABpXAAAaW0AAGiCAABomAAAZ64AAGbKAABl&#10;7QAAZfwAAGT/AItxAACCdgAAenkAAHB7AABiewAAVXsAAEh6AAA7egAAL3oAACN5AAAZeAAAEXcA&#10;AAp3AAADdwAAAHcCAAB3CAAAdg0AAHYQAAB2FQAAdhsAAHYjAAB2LgAAdToAAHVHAAB1VgAAdWgA&#10;AHR8AAB0kgAAc6oAAHLEAABx6QAAcPsAAHD/AIZ5AAB/fQAAdn8AAGiBAABaggAATIIAAD+DAAAy&#10;hAAAJYMAABqDAAARgwAACoMAAAKDAAAAhAAAAIUAAACEAwAAgwgAAIMNAACDEAAAgxUAAIQcAACE&#10;JgAAhDIAAIQ/AACDTwAAg2AAAIJ1AACCjAAAgaQAAIC9AAB/4wAAfvkAAH7/AIKAAAB6hAAAbIYA&#10;AF6IAABQigAAQosAADWNAAAnjQAAG40AABGOAAAKjgAAAI8AAACRAAAAkgAAAJIAAACSAAAAkgEA&#10;AJIHAACSDAAAkhAAAJMVAACTHQAAlCgAAJQ2AACURQAAk1cAAJNrAACTggAAkpwAAJG2AACQ2AAA&#10;j/MAAI//AH6HAABwigAAYY0AAFOQAABFkwAAN5UAACmWAAAclwAAEZgAAAmZAAAAmwAAAJwAAACe&#10;AAAAoAAAAKAAAACgAAAAoAAAAKEAAAChBAAAogkAAKMOAACkFAAApR0AAKYqAACmOgAApkwAAKVg&#10;AACleAAApZIAAKSsAACkyQAAo+sAAKL6AHOOAABkkQAAVpUAAEeZAAA5nAAAKp4AAB2gAAARoQAA&#10;CKMAAAClAAAApwAAAKkAAACsAAAArgAAAK4AAACuAAAArwAAALAAAACxAAAAsgAAALMGAAC1DQAA&#10;txMAALkeAAC5LgAAukAAALpUAAC7agAAuoUAALmhAAC5uwAAut4AALnyAGeVAABYmQAASp4AADui&#10;AAAspgAAHagAABGqAAAHrAAAAK8AAACxAAAAtAAAALgAAAC7AAAAvAAAALwAAAC+AAAAvwAAAMAA&#10;AADCAAAAxAAAAMYAAADIAwAAywsAAM8SAADRIAAA0TIAANJGAADTXQAA1HYAANSSAADVqwAA1cQA&#10;ANTiAFudAABMogAAPacAAC+sAAAfrwAAEbEAAAe1AAAAuAAAALsAAAC+AAAAwgAAAMcAAADKAAAA&#10;zAAAAMwAAADOAAAA0AAAANIAAADVAAAA2AAAANsAAADfAAAA4gAAAOYLAADrEwAA7CQAAO04AADu&#10;TgAA72cAAPCCAADwnAAA8LIAAPHFAP8AAwD/AAEA/wAEAP8ACQD/AA8A/wAYAP8AJAD/ADAA/wA8&#10;AP8ARwD/AFEA/wBZAP8AYAD9AGcA/ABtAPoAcwD5AHkA+AB/APYAhQD1AIwA8wCUAPIAnQDwAKcA&#10;7gCzAOwAxADrAOEA6gD4AOkA/wDnAP8A2QD/AMsA/wDCAP8AvQD/AP8AAAD/AAAA/wAAAP8AAAD/&#10;AAwA/wAUAP8AIAD/ACsA/gA3APoAQgD2AEsA8gBTAPAAWwDuAGEA7ABnAOoAbQDoAHMA5wB5AOUA&#10;fwDjAIYA4QCOAN8AlgDdAKAA2wCsANgAuwDUANEA0wDwANAA/wDOAP8AyAD/AL0A/wC2AP8AsgD/&#10;AP8AAAD/AAAA/wAAAP8AAAD9AAgA9wAQAPMAGgDvACYA7QAxAOgAOwDjAEUA4ABNANwAVQDZAFsA&#10;1gBhANMAZwDRAGwAzwByAM0AeADLAH8AyQCHAMcAkADFAJoAwwClAMAAsgC+AMUAvADlALoA+wC4&#10;AP8AtwD/ALAA/wCpAP8ApQD/AP8AAAD/AAAA/gAAAPUAAADsAAMA5QANAN8AFQDaACAA1AAqANAA&#10;NQDLAD4AyABHAMUATgDCAFUAwABbAL4AYQC8AGYAugBsALgAcgC2AHgAtQCAALMAiACxAJIArgCe&#10;AKwAqgCpALsAqADVAKYA8wCkAP8AowD/AKEA/wCbAP8AmAD/AP8AAAD7AAAA8AAAAOUAAADYAAAA&#10;zgAJAMcAEQDCABoAvgAkALsALgC3ADgAtABAALEASACuAE4ArABUAKoAWgCpAF8ApwBlAKUAawCk&#10;AHEAogB4AKAAgQCeAIsAnACWAJkAowCXALIAlgDHAJMA6ACSAP4AkQD/AJAA/wCNAP8AiwD/APkA&#10;AADrAAAA3QAAAM8AAADGAAAAvAAEALUADQCwABUArAAeAKgAKAClADEAogA5AJ8AQQCdAEgAmwBO&#10;AJkAUwCXAFkAlgBeAJQAZACSAGoAkABxAI4AegCMAIMAigCPAIgAnACGAKoAhAC8AIIA3ACBAPYA&#10;gAD/AH8A/wB/AP8AfgD/AOwAAADaAAAAyQAAAL4AAAC2AAAArgAAAKcACQChABAAnAAYAJgAIgCV&#10;ACoAkgAyAJAAOgCNAEEAiwBHAIkATQCHAFIAhgBYAIQAXQCCAGQAgQBrAH8AcwB9AH0AewCIAHgA&#10;lQB2AKMAdQC0AHMAzABxAO0AcAD/AHAA/wBwAP8AcAD/AN8FAADKCgAAvAsAALEJAACoBAAAoQAA&#10;AJsAAwCUAAwAjwATAIoAGwCHACQAhAAsAIEAMwB/ADoAfQBBAHsARwB5AEwAdwBSAHYAVwB0AF0A&#10;cgBkAHAAbQBvAHYAbACCAGoAjwBpAJ0AZwCuAGUAwwBkAOQAYwD6AGMA/wBiAP8AYwD/ANAOAAC/&#10;EgAAshMAAKcSAACdEAAAlQsAAI8DAACJAAcAggAOAH4AFQB6AB4AdgAlAHQALQBxADQAbwA6AG4A&#10;QABsAEYAagBMAGkAUgBnAFgAZgBfAGQAZwBiAHEAYAB8AF4AiQBcAJgAWwCpAFkAvABYANwAWAD0&#10;AFgA/wBXAP8AVwD/AMYWAAC2GgAAqh0AAJ8cAACVGQAAjRQAAIUPAAB+CQAAdwEKAHIAEABuABcA&#10;agAfAGgAJwBlAC4AZAA0AGIAOwBgAEAAXwBGAF0ATABcAFMAWgBaAFgAYgBXAGwAVQB3AFMAhQBS&#10;AJQAUAGlAE8BuABOAtIATQTwAE0F/wBNBf8ATQX/AL8dAACwIgAAoyUAAJklAACPIgAAhR0AAH0Y&#10;AAB1EgAAbg0CAGcGDABjAxEAXwIZAF0DIQBbBCgAWQQvAFcFNQBWBTsAVAZBAFMGRwBRBk4AUAdV&#10;AE4HXgBNCGcASwhzAEkJgQBICZIARwqjAEUKtgBEC9AARAzvAEMN/wBDDf8ARA3/ALkkAACqKQAA&#10;niwAAJQsAACKKgAAgCYAAHchAABuGwAAZhQAAF8PBQBZCw0AVQoTAFMLGwBRCyIATwwpAE0MLwBM&#10;DDYASw08AEkNQgBIDUkARg1RAEUOWgBEDmQAQg5wAEAOfwA/D5AAPhCiADwQtgA7ENEAOxHxADsR&#10;/wA7Ef8APBH/ALQpAACmLwAAmjIAAJAyAACGMQAAfC0AAHIoAABpIwAAYR0AAFkWAABREQgATA8Q&#10;AEoQFgBIEB0ARhAkAEUQKwBDETEAQhE3AEERPgBAEUUAPhJNAD0SVgA8EmEAOhNtADkTfAA3FI0A&#10;NhSfADUVswA0Fc0AMxbuADQW/wA0Fv8ANBb/AK8uAACiNAAAlzcAAIw4AACCNgAAeDQAAG4uAABl&#10;KgAAXCQAAFQeAABMGAQARhQNAEIUEgBAFBkAPxQgAD0VJwA8FS0AOxU0ADkWOgA4FkIANxZKADYX&#10;UwA1F14AMxhqADIZeQAwGYoALxqdAC4asQAtG8oALRvsAC0c/wAuG/8ALhv/AKwyAACfOAAAlDsA&#10;AIo8AACAPAAAdjkAAGs0AABiLwAAWSoAAFAlAABHHwAAQBoKADwZEAA6GRYAOBkdADYaIwA1GikA&#10;NBowADMaNwAyGz4AMRtHAC8cUAAuHVsALR1nACwedgAqHogAKR+bACgfrgAnIMcAJiDqACcg/gAo&#10;IP8AKCD/AKk2AACdPAAAkj8AAIdBAAB9QAAAdD4AAGk6AABfNQAAVjAAAE0rAABEJQAAOyAHADYe&#10;DgAzHhMAMh4ZADAeIAAvHiYALh8tAC0fNAAsIDsAKyBEACohTgApIVgAJyJlACYidAAlI4UAIyOZ&#10;ACIkrQAhJMUAISXoACIl/QAiJP8AIyT/AKY6AACaPwAAj0MAAIVFAAB7RAAAckMAAGc/AABdOgAA&#10;UzYAAEoxAABBLAAAOCYDADEjDAAuIhEALCIWACoiHQApIiMAKCMqACcjMQAmJDkAJSVBACQlSwAj&#10;JlYAIiZjACEncgAfJ4MAHiiXAB0oqwAbKcMAGynmABwp+wAdKf8AHij/AKM+AACYQwAAjUcAAINJ&#10;AAB6SQAAcEcAAGZEAABaPwAAUTsAAEc3AAA+MgAANS0AACwoCQAoJw8AJycUACUnGgAkJyEAIygn&#10;ACIoLgAhKTYAICk/AB8qSQAeKlQAHStgABsrbwAaLIEAGSyVABctqQAWLcEAFi3kABct+gAYLf8A&#10;GS3/AKFBAACVRwAAi0sAAIJNAAB4TQAAbkwAAGRJAABYRAAAT0AAAEY9AAA9OAAAMzQAACovBgAk&#10;LA0AISwSACAsGAAfLR4AHi0lAB0tLAAcLjQAGy48ABovRgAYL1EAFzBeABYwbQAVMX8AEzGTABIx&#10;qAARMr8AETLiABIy+QATMf8AEzH/AJ5FAACTSwAAiU8AAIBRAAB2UgAAbVAAAGJOAABWSQAATUYA&#10;AERDAAA7PwAAMToAACc2AwAfMgsAHDIQABsyFQAZMhsAGDIiABczKQAWMzEAFTQ6ABQ0RAATNE8A&#10;EjVcABE1awAQNn0ADzaRAA42pgANN7wADTfdAA029gAONv8ADzb/AJtJAACRTwAAh1MAAH5WAAB1&#10;VgAAalUAAGBTAABVTwAATEwAAEJJAAA4RQAALkEAACQ9AAAcOggAFjgOABU4EgAUOBgAEzkfABI5&#10;JgAROS4AEDk3AA86QQAOOkwADTtZAA07aAALO3oACjuNAAk8ogAHPLgABzzVAAg88AAJO/8ACjv/&#10;AJhOAACOVAAAhVgAAHxbAAByWwAAaFoAAF5YAABTVQAASVIAAD5OAAA0SwAAKkcAACFEAAAYQgMA&#10;EkALABA/EAAOPxUADj8cAA1AIwAMQCsAC0A0AApAPgAJQUoAB0FWAAZBZQAEQXYAA0GKAAFBnwAA&#10;QbQAAEHQAAFB7gABQfwAAkD/AJVUAACMWQAAg14AAHlgAABwYAAAZmAAAF1eAABRWwAARVcAADpU&#10;AAAvUQAAJU8AABxMAAAUSgAADkgIAAtHDgAIRxIAB0cZAAZHIAAFSCgAA0gxAAJIOwAASEcAAEhT&#10;AABIYgAASHMAAEiGAABImwAASLEAAEfMAABH7QAAR/sAAEf/AJJaAACJYAAAgGMAAHdlAABuZgAA&#10;ZWYAAFlkAABMYAAAQF0AADVbAAAqWQAAIFcAABdVAAAQUwAAC1IHAAVRDQABUBEAAFAWAABQHQAA&#10;UCUAAFAuAABQOAAAUEMAAFBQAABQXgAAUG8AAFCDAABPmAAAT64AAE7JAABO6wAATfsAAE3/AI9h&#10;AACGZgAAfWkAAHRsAABsbQAAYWsAAFNpAABGZwAAOmQAAC9jAAAkYQAAGl8AABJeAAAMXAAABlwG&#10;AABbCwAAWg8AAFoTAABaGQAAWSEAAFkpAABZMwAAWT8AAFlMAABZWgAAWWsAAFh+AABYlAAAV6sA&#10;AFfFAABW6QAAVfsAAFX/AIxoAACCbQAAenAAAHJyAABncgAAWnEAAExwAAA/bgAAM20AAChrAAAd&#10;agAAFGgAAA1nAAAHZwAAAGYDAABmCQAAZQ0AAGURAABkFQAAZBwAAGQkAABkLgAAZDoAAGNHAABj&#10;VQAAY2YAAGN6AABikAAAYacAAGDBAABf5gAAX/oAAF7/AIdvAAB/dAAAeHcAAG54AABgeAAAUncA&#10;AEV3AAA4dgAAK3YAACB0AAAWcwAADnMAAAdyAAAAcgAAAHIAAABxBQAAcQoAAHEOAABwEQAAcBcA&#10;AHAeAABwJwAAcDMAAG9AAABvUAAAb2AAAG50AABuiwAAbaIAAGy8AABr4gAAavgAAGn/AIN3AAB8&#10;ewAAc30AAGV+AABXfwAASX8AADx/AAAvgAAAIn8AABd+AAAPfgAAB34AAAB/AAAAfwAAAH8AAAB+&#10;AAAAfgUAAH4KAAB+DQAAfhEAAH4XAAB+IAAAfisAAH05AAB9SAAAfVkAAHxtAAB8hAAAe5wAAHq2&#10;AAB52gAAePUAAHf/AIB/AAB3ggAAaYMAAFuFAABNhgAAP4gAADKJAAAkiQAAGIkAAA+JAAAHigAA&#10;AIsAAACMAAAAjQAAAI0AAACMAAAAjAAAAIwDAACMCAAAjQ0AAI0RAACNFwAAjiIAAI4vAACOPwAA&#10;jVAAAI1kAACMewAAjJUAAIuuAACKzQAAie8AAIn/AHuFAABtiAAAXooAAFCNAABCjwAANJEAACaS&#10;AAAZkwAADpQAAAaVAAAAlgAAAJgAAACaAAAAmwAAAJsAAACbAAAAmwAAAJsAAACcAAAAnQUAAJ0L&#10;AACeEAAAnxcAAKAkAACgNAAAoEYAAKBZAACfcAAAn4oAAJ6lAACewgAAnegAAJz5AHCMAABhjwAA&#10;U5IAAESWAAA2mQAAJ5sAABmcAAAPnQAABZ8AAAChAAAAowAAAKUAAACoAAAAqQAAAKkAAACpAAAA&#10;qgAAAKsAAACsAAAArQAAAK4BAACwCQAAsg8AALMYAAC0JwAAtDkAALVNAAC0ZAAAtH4AALOaAACz&#10;tAAAs9UAALPwAGSTAABVlwAAR5sAADifAAApogAAGqQAAA6mAAAEqAAAAKsAAACtAAAAsAAAALQA&#10;AAC2AAAAuAAAALgAAAC5AAAAugAAALwAAAC9AAAAvwAAAMAAAADDAAAAxQcAAMkPAADKGgAAyywA&#10;AMxAAADNVgAAzm8AAM2LAADMqAAAzMIAAMziAFibAABJoAAAOqUAACypAAAcqwAAD64AAASxAAAA&#10;tAAAALcAAAC6AAAAvgAAAMMAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADPAAAA0gAAANUAAADZ&#10;AAAA3QAAAOEFAADmDwAA5x4AAOgyAADpSAAA6mAAAOt7AADrlwAA7K4AAOzCAP8AAAD/AAAA/wAA&#10;AP8ABgD/AA0A/wAVAP8AIQD/ACwA/wA4AP8AQwD/AEwA/gBUAPsAWwD6AGIA+ABoAPYAbgD1AHQA&#10;9AB6APIAgADxAIcA7wCPAO0AlwDrAKEA6QCtAOcAvQDlANgA5ADzAOIA/wDgAP8A0AD/AMQA/wC8&#10;AP8AtgD/AP8AAAD/AAAA/wAAAP8AAAD/AAkA/wARAP8AHAD9ACcA+QAyAPUAPQDxAEYA7QBPAOsA&#10;VgDoAFwA5gBiAOQAaADjAG4A4QBzAN8AeQDdAIAA2gCIANgAkQDUAJsA0gCmAM8AtADMAMkAyQDp&#10;AMgA/wDHAP8AwQD/ALcA/wCvAP8AqwD/AP8AAAD/AAAA/wAAAP8AAAD4AAUA8gAOAO4AFwDqACIA&#10;5gAsAOEANwDdAEAA2ABJANMAUADQAFYAzgBcAMwAYgDKAGcAyABtAMYAcwDEAHkAwgCBAMAAigC+&#10;AJQAvACfALkArAC2AL4AtADdALMA9wCxAP8AsAD/AKgA/wCiAP8AngD/AP8AAAD/AAAA+QAAAO8A&#10;AADmAAAA3wALANYAEgDQABwAzAAmAMgAMADEADoAwABCAL0ASgC7AFAAuABWALYAWwC1AGEAswBm&#10;ALEAbACwAHIArgB6AKwAggCpAIwApwCYAKUApQCjALQAoADLAJ8A7gCdAP8AnAD/AJkA/wCUAP8A&#10;kQD/AP8AAAD2AAAA6gAAAN0AAADPAAAAxwAGAMAADwC7ABcAtwAgALMAKgCwADMArQA7AKoAQwCn&#10;AEkApQBPAKMAVQCiAFoAoABfAJ4AZQCdAGsAmwByAJkAewCXAIUAlACQAJIAnQCQAKwAjgC/AIwA&#10;4gCLAPoAiQD/AIkA/wCGAP8AgwD/APQAAADkAAAA1AAAAMgAAAC/AAAAtQABAK4ACwCpABIApQAb&#10;AKEAIwCeACwAmwA0AJgAPACWAEMAlABJAJIATgCQAFMAjgBZAI0AXgCLAGQAiQBrAIcAcwCFAH0A&#10;gwCIAIEAlQB/AKQAfQC1AHsAzwB5APEAeAD/AHcA/wB3AP8AdQD/AOUAAADRAAAAwwAAALgAAACv&#10;AAAAqAAAAKAABgCaAA4AlQAVAJEAHgCOACYAiwAtAIgANQCGADwAhABCAIIARwCAAE0AfwBSAH0A&#10;WAB7AF4AeQBlAHgAbQB2AHYAcwCBAHEAjgBvAJ0AbQCuAGwAxABqAOcAaQD9AGgA/wBoAP8AaQD/&#10;ANUDAADDBwAAtggAAKsGAACiAAAAmwAAAJQAAACNAAoAiAAQAIMAGAB/ACAAfAAnAHoALgB3ADUA&#10;dQA7AHQAQQByAEcAcABMAG8AUgBtAFgAawBfAGkAZgBnAHAAZQB7AGMAiABiAJcAYACnAF4AuwBd&#10;ANwAXAD2AFwA/wBbAP8AWwD/AMkNAAC5EAAArBEAAKEQAACXDQAAjwgAAIgAAACCAAUAewANAHcA&#10;EgBzABoAbwAhAGwAKABqAC8AaAA1AGcAOwBlAEEAYwBGAGIATABgAFIAXwBZAF0AYQBbAGoAWQB1&#10;AFcAggBVAJEAVACiAFMAtQBRAM8AUADvAFAA/wBQAP8AUAD/AL8UAACwGAAApBoAAJkZAACPFgAA&#10;hxEAAH8NAAB3BgAAcQAIAGsADgBnABQAZAAbAGEAIgBeACkAXQAvAFsANQBZADsAWABBAFYARgBV&#10;AE0AUwBUAFIAXABQAGUATgBwAEwAfQBLAI0ASQCeAEgAsABHAMcARgDpAEYA+wBGAP8ARQD/ALgb&#10;AACqIAAAniIAAJMiAACJHwAAgBoAAHcVAABvEAAAaAsAAGEECgBdABAAWQAWAFYAHQBUACMAUgAq&#10;AFAAMABPADUATgA7AEwAQQBLAEgASQBPAEcBVwBGAWEARAJsAEMCeQBBA4kAQAOaAD4ErQA9BMQA&#10;PAXlADwH+AA8B/8APAf/ALIiAAClJwAAmSkAAI4pAACEJwAAeyMAAHEeAABpGAAAYRIAAFoNAwBT&#10;CAwATwURAEwFFwBKBh4ASAYkAEcGKgBFBzAARAc2AEMIPQBBCEMAQAhLAD4JUwA9CV0AOwpoADoK&#10;dgA4C4cANwuZADULrAA0DMIAMwzkADMN+QAzDf8ANA3/AK0nAACgLAAAlS8AAIsvAACALgAAdyoA&#10;AG0lAABkIAAAXBoAAFQUAABMDwYARgwNAEMMEgBBDBgAPwwfAD4MJQA8DSsAOw0yADoNOAA4DT8A&#10;Nw5HADYOUAA0DloAMw5mADEPdAAwD4UALhCYAC0QqwAsEMMAKxHlACwR+gAsEf8ALRH/AKosAACd&#10;MQAAkjQAAIc1AAB9NAAAdDEAAGorAABgJwAAWCEAAE8bAABHFgAAQBEJADsQDwA5EBQANxAbADYQ&#10;IQA0ECcAMxEtADIRNAAxETsAMBFDAC4STQAtElcALBJjACoTcQApE4IAJxSVACYUqQAlFcAAJBXj&#10;ACUW+gAmFv8AJhX/AKYxAACaNgAAjzkAAIU6AAB7OQAAcTYAAGcxAABdLQAAVCgAAEwiAABDHQAA&#10;OxcFADUUDQAyExEAMRQXAC8UHQAuFCQALBQqACsVMQAqFTgAKRZAACgWSgAnF1QAJhdgACQYbwAj&#10;GIAAIRmTACAZpwAfGb4AHhrgAB8a+AAgGv8AIBr/AKM0AACYOgAAjT0AAIM+AAB5PQAAbzsAAGU3&#10;AABbMgAAUi0AAEkoAABAIwAAOB4BADAZCgAsGA8AKhgUACkYGgAnGCAAJhknACUZLQAkGjUAIxo+&#10;ACIbRwAhG1IAIBxeAB8dbAAdHX4AHB2RABoepQAZHrwAGB/dABkf9gAaH/8AGx7/AKE4AACVPQAA&#10;i0EAAIFCAAB3QgAAbUAAAGM8AABZNwAATzMAAEYuAAA9KQAANSQAAC0gBwAnHQ0AJR0SACMdFwAh&#10;HR0AIR0kACAeKwAfHjIAHh87AB0fRQAcIE8AGiFcABkhagAYInsAFiKPABUiowAUI7oAEyPaABQj&#10;9QAVI/8AFiP/AJ48AACTQQAAiUQAAH9GAAB1RgAAbEQAAGJBAABXPAAATTgAAEQ0AAA8MAAAMysA&#10;AComAwAjIgsAICEQAB4hFQAcIhsAGyIhABoiKAAaIzAAGSM4ABgkQgAWJU0AFSVZABQmaAATJnkA&#10;EiaNABEnogAQJ7gADifWABAo9AARJ/8AESf/AJxAAACRRQAAh0gAAH1KAAB0SgAAakkAAGBGAABV&#10;QQAATD4AAEM6AAA6NgAAMTIAACgtAAAgKQkAGycOABknEgAYJxgAFicfABUoJQAUKC0AEyg2ABIp&#10;QAASKUsAESpXABAqZgAOK3cADiuLAA0snwAMLLUACyzPAAws7wANLP8ADSv/AJlEAACPSQAAhUwA&#10;AHxOAABzTwAAaU4AAF5LAABTRwAASkQAAEJAAAA5PQAALzgAACU0AAAdMAUAFi0MABQsEAATLRUA&#10;Ei0cABEtIwAQLSoADy4zAA4uPQANL0gADS9VAAwwYwAKMHQACTCIAAgxnAAGMbEABjHLAAYx6wAH&#10;MPwACDD/AJdIAACNTQAAg1EAAHpTAABxVAAAZ1IAAF1QAABSTAAASUoAAEBGAAA1QgAAKz4AACI6&#10;AAAaNwEAEjQJAA8zDgAOMxMADTMZAA0zIAAMNCgACzQxAAo1OwAINUYABzVSAAU2YAAENnEAAjaE&#10;AAA2mQAANq8AADbIAAA26AAANvkAATX/AJRNAACKUgAAgVYAAHhYAABvWQAAZVgAAFtVAABRUgAA&#10;R08AADxMAAAxSAAAJ0QAAB5BAAAWPwAAEDwHAAs6DQAJOhEACDsXAAY7HgAFOyYABDsuAAI7OAAB&#10;PEMAADxPAAA8XgAAPG4AADyBAAA8lwAAPKwAADvFAAA75wAAO/gAADv/AJFSAACIWAAAf1wAAHZd&#10;AABtXgAAY10AAFpcAABOWAAAQlQAADdRAAAtTgAAI0sAABpJAAASRgAADUQGAAdDDAADQxAAAEMV&#10;AABDGwAAQyMAAEMrAABDNQAAQ0AAAENNAABDWwAAQ2sAAEN+AABDlAAAQqoAAELDAABB5gAAQfkA&#10;AEH/AI5YAACGXgAAfWEAAHNjAABrZAAAYmMAAFdhAABJXQAAPVoAADJYAAAnVQAAHlMAABVRAAAO&#10;TwAACU0FAAJNCwAATA4AAEwTAABLGAAASx8AAEsoAABLMgAASz0AAEtJAABLVwAAS2cAAEp7AABK&#10;kAAASacAAEnAAABI5AAASPgAAEf/AItfAACDZAAAemcAAHFpAABpagAAXmkAAFBmAABDZAAAN2EA&#10;ACxfAAAhXQAAGFsAABBZAAAKWAAAA1cDAABXCQAAVg0AAFUQAABVFQAAVBsAAFQjAABULQAAVDkA&#10;AFRFAABUUwAAVGQAAFN3AABTjQAAUqQAAFG9AABQ4gAAUPgAAE//AIhnAAB/awAAd24AAG9wAABl&#10;cAAAV24AAEpsAAA9awAAMGkAACVoAAAaZgAAEWQAAAtjAAAEYgAAAGIBAABhBgAAYAsAAGAOAABf&#10;EgAAXxcAAF8eAABeKAAAXjMAAF5AAABeTwAAXl8AAF1yAABdiAAAXKAAAFu5AABa3wAAWfcAAFj/&#10;AIRuAAB8cgAAdXUAAGt2AABddQAAT3QAAEJzAAA1cwAAKHIAAB1wAAATbwAADG4AAARuAAAAbgAA&#10;AG4AAABsAgAAbAcAAGsLAABrDgAAaxIAAGoZAABqIgAAai0AAGo6AABpSQAAaVoAAGlsAABogwAA&#10;Z5sAAGa1AABl2AAAZPUAAGT/AIB1AAB6eQAAcHsAAGJ7AABUfAAARnwAADl8AAAsfAAAH3sAABR6&#10;AAANegAABHoAAAB6AAAAegAAAHoAAAB5AAAAeQEAAHgGAAB4CwAAeA4AAHgTAAB4GgAAeCUAAHgy&#10;AAB3QQAAd1IAAHdlAAB2fAAAdZUAAHSvAABzzgAAcvEAAHH/AH59AAB1gAAAZ4EAAFiCAABKgwAA&#10;PIQAAC6FAAAhhQAAFYUAAA2FAAADhQAAAIYAAACHAAAAiAAAAIgAAACHAAAAhwAAAIcAAACHBAAA&#10;hwkAAIcOAACIEwAAiBwAAIgpAACIOAAAh0oAAIddAACGcwAAho0AAIWnAACExQAAg+wAAIL+AHiE&#10;AABqhgAAXIgAAE2KAAA/jAAAMY4AACOPAAAWjwAADZAAAAKRAAAAkgAAAJMAAACVAAAAlgAAAJYA&#10;AACWAAAAlgAAAJYAAACXAAAAlwAAAJcHAACYDQAAmRMAAJofAACaLQAAmj8AAJpSAACaaAAAmYMA&#10;AJmfAACYugAAl+IAAJb4AG2KAABfjQAAUJAAAEGTAAAzlgAAJJcAABaYAAANmQAAAZsAAACdAAAA&#10;nwAAAKEAAACkAAAApQAAAKQAAAClAAAApQAAAKYAAACnAAAAqAAAAKkAAACqBAAArAwAAK4TAACu&#10;IQAArjMAAK5HAACuXQAArnYAAK6TAACurgAArc0AAKzvAGGRAABTlQAARJgAADWcAAAmnwAAF6EA&#10;AA2jAAAApQAAAKcAAACqAAAArAAAALAAAACyAAAAtAAAALMAAAC0AAAAtQAAALcAAAC4AAAAuQAA&#10;ALsAAAC9AAAAvwEAAMMLAADFFQAAxSUAAMY5AADHTwAAx2gAAMaFAADGogAAxrwAAMbeAFWZAABH&#10;nQAAOKIAACmmAAAZqAAADasAAACtAAAAsQAAALQAAAC3AAAAugAAAL8AAADBAAAAxAAAAMMAAADF&#10;AAAAxgAAAMgAAADKAAAAzQAAAM8AAADSAAAA1gAAANsAAADgDAAA4RgAAOMrAADkQQAA5VoAAOZ0&#10;AADmkQAA5awAAOXEAP8AAAD/AAAA/wAAAP8AAQD/AAoA/wASAP8AHQD/ACgA/wA0AP8APgD9AEgA&#10;+gBQAPcAVwD1AF0A9ABjAPIAaQDwAG8A7wB0AO0AewDrAIEA6QCJAOgAkgDmAJwA5ACoAOIAtwDf&#10;AM0A3ADuANkA/wDZAP8AygD/AL4A/wC1AP8AsAD/AP8AAAD/AAAA/wAAAP8AAAD/AAYA/wAPAPwA&#10;GAD4ACMA9AAuAPAAOADrAEIA6ABKAOUAUQDiAFgA4ABdAN4AYwDcAGgA2QBuANYAdADUAHsA0QCC&#10;AM8AiwDNAJUAygChAMgArwDFAMEAwgDjAMAA+wDAAP8AuwD/ALAA/wCoAP8ApAD/AP8AAAD/AAAA&#10;/wAAAPsAAADzAAEA7QAMAOgAEwDjAB4A4AAoANoAMgDTADwAzwBEAMwASwDJAFEAxgBXAMQAXQDC&#10;AGIAwQBnAL8AbQC9AHQAuwB7ALkAhAC3AI4AtACZALIApwCvALcArQDQAKsA8gCqAP8AqQD/AKEA&#10;/wCbAP8AlwD/AP8AAAD/AAAA9AAAAOkAAADgAAAA1QAIAM4AEADJABgAxQAiAMEAKwC8ADUAuQA9&#10;ALYARQCzAEsAsQBRAK8AVgCuAFsArABhAKoAZgCpAG0ApgB0AKQAfACiAIYAoACSAJ4AnwCcAK4A&#10;mQDDAJcA5wCWAP8AlQD/AJIA/wCNAP8AigD/APwAAADwAAAA4wAAANQAAADIAAAAvwADALkADQCz&#10;ABMArwAcAKwAJQCpAC4ApQA2AKMAPgCgAEQAngBKAJ0AUACbAFUAmQBaAJcAXwCWAGYAlABsAJIA&#10;dQCQAH4AjgCKAIsAlwCJAKYAhwC4AIUA1gCEAPYAggD/AIEA/wB+AP8AfAD/AO0AAADdAAAAzAAA&#10;AMEAAAC4AAAArgAAAKcACQCiABAAngAXAJoAHwCXACcAlAAvAJEANwCPAD0AjQBDAIsASQCJAE4A&#10;iABTAIYAWQCEAF8AggBlAIAAbQB+AHcAfACCAHoAjwB4AJ4AdQCvAHMAxwByAOwAcQD/AHAA/wBw&#10;AP8AbgD/AN0AAADJAAAAvAAAALEAAACpAAAAoQAAAJkAAwCTAAwAjgASAIoAGQCHACEAhAApAIEA&#10;MAB/ADcAfQA9AHsAQgB5AEgAeABNAHYAUgB0AFgAcgBfAHEAZwBvAHAAbAB7AGoAiABoAJcAZgCo&#10;AGUAvABjAOEAYgD6AGEA/wBhAP8AYQD/AM0BAAC8BQAArwUAAKUCAACcAAAAlAAAAI0AAACGAAgA&#10;gQAOAHwAFAB4ABsAdQAjAHIAKQBwADAAbgA2AG0APABrAEEAaQBHAGgATABmAFIAZABZAGMAYABh&#10;AGkAXwB0AF0AgQBbAJAAWQChAFcAtABWANAAVQDyAFUA/wBUAP8AVQD/AMEMAACyDgAApg8AAJsO&#10;AACSCwAAiQUAAIIAAAB7AAIAdQALAHAAEABsABYAaAAdAGYAIwBjACoAYQAwAGAANgBeADsAXQBB&#10;AFsARgBaAEwAWABTAFYAWwBUAGQAUgBuAFEAewBPAIoATQCbAEwArgBLAMYASgDqAEkA/gBJAP8A&#10;SQD/ALkSAACqFgAAnhcAAJQWAACKEwAAgRAAAHkLAABxAwAAawAGAGUADQBhABEAXQAYAFoAHgBY&#10;ACQAVgAqAFQAMABTADYAUQA7AFAAQQBOAEcATQBOAEsAVgBJAF8ARwBpAEYAdgBEAIUAQwCXAEEA&#10;qQBAAL8APwDiAD8A+AA+AP8APwD/ALIZAACkHgAAmB8AAI4fAACEHAAAehgAAHISAABqDgAAYggA&#10;AFwBCABXAA4AUwATAFAAGQBOAB8ATAAlAEoAKwBIADAARwA2AEYAPABEAEIAQwBJAEEAUQA/AFoA&#10;PgBlADwAcgA6AIEAOQCTADgApQA2ALoANgDbADUA9AA1AP8ANQD/AKwgAACfJAAAlCYAAIkmAAB/&#10;JAAAdSAAAGwbAABkFQAAXBAAAFQMAQBOBgoASgIPAEcAFABEABoAQgAgAEAAJQA/ACsAPgExADwB&#10;NwA7Aj4AOQJFADgDTQA2A1YANQRhADMEbgAxBX4AMAWQAC8FowAtBrgALAbUACwH8AAsCP8ALAj/&#10;AKglAACbKgAAkCwAAIYtAAB7KwAAcicAAGgiAABfHQAAVxcAAE8SAABIDgQAQQoLAD4HEAA7BhUA&#10;OQcbADgHIQA2CCYANQgsADMIMgAyCTkAMQlBAC8JSQAuClMALApeACsLbAApC3wAKAyPACYMogAl&#10;DLcAJAzTACMN8AAkDf8AJQ3/AKQqAACYLwAAjTIAAIMyAAB5MQAAby4AAGUpAABcJAAAUx8AAEsZ&#10;AABDEwAAPBAGADUNDAAzDBEAMQwWAC8MHAAuDSIALQ0oACsNLgAqDTUAKQ09ACcORgAmDlAAJA5c&#10;ACMPagAiD3sAIBCOAB8QogAdELcAHBDUAB0R8gAdEf8AHhH/AKEvAACVMwAAijYAAIA3AAB2NgAA&#10;bTMAAGMvAABZKgAAUCUAAEggAAA/GgAAOBUAADARCAAsEA4AKhASACgQGAAnEB4AJRAkACQQKgAj&#10;ETIAIhE6ACERQwAgEk4AHhJaAB0TaAAbE3gAGhOLABgUoAAXFLUAFhTRABYV8QAXFf8AGBT/AJ4z&#10;AACTNwAAiDoAAH47AAB0OwAAazgAAGE0AABXLwAATisAAEUmAAA9IQAANBwAAC0XBQAmEwwAIxMQ&#10;ACITFQAgExoAHxMhAB4UJwAdFC8AHBU3ABsVQQAaFksAGRZXABcXZQAWF3YAFBiJABMYngASGLMA&#10;ERnOABEZ7wASGf8AExn/AJw2AACROwAAhj4AAHw/AABzPwAAaT0AAF85AABVNQAATDAAAEMsAAA6&#10;JwAAMiIAACoeAQAiGQkAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPgAVGkkAExtVABIb&#10;YwARHHQAEByHAA8dnAAOHbEADR3LAA0d7AAOHf8ADx3/AJk6AACPPwAAhEIAAHtEAABxQwAAaEIA&#10;AF4+AABTOgAASjYAAEEyAAA5LQAAMSkAACglAAAgIAYAGh0MABccEAAVHBUAFB0bABQdIgATHSkA&#10;Eh4yABEfPAAQH0YAECBTAA4gYQANIXEADCGFAAsimQAKIq4ACSLHAAki5wAKIvsACyH/AJc+AACM&#10;QwAAg0YAAHlIAABwSAAAZ0YAAFxEAABSPwAASTsAAEA4AAA4NAAALzAAACcsAAAeJwMAFiMKABIh&#10;DgARIRMAECIZABAiIAAPIicADiMvAA0kOQAMJEQACyVQAAolXgAJJm8AByaCAAYmlgAEJqwAAybE&#10;AAQm5QAEJvcABib/AJVCAACKRwAAgUoAAHhMAABvTAAAZUsAAFtIAABQRAAAR0EAAD8+AAA3OwAA&#10;LTYAACQxAAAbLQAAEyoHAA8oDQANJxEADSgWAAwoHQALKCUACiktAAkpNwAHKkIABipOAAQrXAAD&#10;K2wAASt/AAArlAAAK6kAACvBAAAr4wAAK/YAACr/AJJGAACISwAAf08AAHZRAABtUQAAY1AAAFpN&#10;AABPSgAAR0cAAD5EAAAzQAAAKTwAACA4AAAXNAAAETEFAAwvDAAJLhAABy4VAAYvGwAFLyMAAy8r&#10;AAIwNQAAMD8AADBMAAAxWQAAMWkAADF8AAAxkQAAMacAADC/AAAw4QAAMPUAAC//AJBLAACGUAAA&#10;fVQAAHVWAABrVgAAYlUAAFhTAABOUAAARU0AADpJAAAvRQAAJUIAABw+AAAUOwAADjkFAAk3CwAE&#10;Ng8AATYTAAA2GQAANiAAADYpAAA2MgAANz0AADdJAAA3VwAAN2cAADd5AAA3jwAANqUAADa9AAA2&#10;4AAANfUAADX/AI1QAACEVgAAfFoAAHJbAABpWwAAYFsAAFdZAABMVgAAQFIAADVOAAAqSwAAIEgA&#10;ABdGAAAQQwAAC0EEAARACgAAPw4AAD4RAAA+FgAAPh0AAD4mAAA+LwAAPjoAAD5GAAA+VAAAPmQA&#10;AD52AAA9jAAAPaMAADy7AAA83gAAO/UAADv/AIpXAACCXAAAeV8AAHBhAABoYQAAX2EAAFReAABH&#10;WwAAOlcAAC9VAAAlUgAAG1AAABJNAAAMSwAABkoDAABJCQAASA0AAEcQAABHFAAARhoAAEYiAABG&#10;LAAARjcAAEZDAABGUQAARmAAAEVzAABFiQAARKAAAES4AABD3AAAQvUAAEL/AIhdAAB/YgAAd2UA&#10;AG5nAABnaAAAW2YAAE5jAABBYQAANF4AAClcAAAfWgAAFVcAAA5WAAAHVAAAAFMBAABSBgAAUQsA&#10;AFEOAABQEQAATxYAAE8eAABPJwAATzIAAE8/AABPTQAATl0AAE5vAABOhQAATZ0AAEy1AABL2AAA&#10;SvUAAEr/AIVlAAB8aQAAdGwAAG1uAABibQAAVGsAAEdpAAA6ZwAALWUAACJkAAAYYgAAEGAAAAlf&#10;AAAAXgAAAF4AAABdAwAAXAgAAFsMAABaDwAAWhMAAFkZAABZIgAAWS0AAFk6AABZSAAAWFgAAFhr&#10;AABXgQAAV5kAAFayAABV0gAAVPQAAFP/AIFsAAB5cAAAc3MAAGhzAABacgAATHEAAD9wAAAybwAA&#10;JW4AABpsAAARawAACWoAAABqAAAAaQAAAGkAAABoAAAAZwMAAGYIAABmDAAAZg8AAGUUAABlHAAA&#10;ZScAAGQ0AABkQwAAZFMAAGRlAABjewAAYpQAAGGtAABgzQAAX/EAAF7/AH10AAB3dwAAbnkAAF95&#10;AABReQAAQ3kAADZ4AAApeAAAHHcAABF2AAAKdQAAAHUAAAB1AAAAdgAAAHUAAAB0AAAAdAAAAHMC&#10;AABzBwAAcwwAAHIQAAByFQAAciAAAHIsAAByOwAAcUwAAHFfAABxdAAAcI4AAG+oAABuxgAAbO0A&#10;AGv/AHt7AAByfgAAZH4AAFV/AABHgAAAOYEAACuCAAAegQAAEoEAAAqBAAAAgQAAAIIAAACDAAAA&#10;gwAAAIMAAACCAAAAggAAAIIAAACCAAAAggUAAIIKAACCDwAAghcAAIIjAACCMgAAgkMAAIFWAACB&#10;bAAAgIYAAH+hAAB+vQAAfeYAAHz8AHaCAABogwAAWYUAAEuHAAA8iQAALooAACCLAAATiwAACosA&#10;AACMAAAAjQAAAI8AAACRAAAAkgAAAJEAAACRAAAAkQAAAJEAAACRAAAAkgAAAJICAACTCQAAlA8A&#10;AJQZAACUJwAAlDgAAJRMAACTYgAAk3wAAJOYAACSswAAkdgAAJD2AGqIAABcigAATY0AAD+QAAAw&#10;kgAAIZQAABSVAAAKlgAAAJcAAACZAAAAmwAAAJ0AAACfAAAAoAAAAKAAAACgAAAAoAAAAKEAAACi&#10;AAAAowAAAKQAAAClAAAApgcAAKgQAACoHAAAqC0AAKlAAACpVgAAqW8AAKmLAACoqAAAp8cAAKbs&#10;AF+PAABQkgAAQZYAADOZAAAjnAAAFJ0AAAqfAAAAoQAAAKMAAACmAAAAqAAAAKwAAACuAAAArwAA&#10;AK8AAACwAAAAsAAAALIAAACzAAAAtAAAALYAAAC3AAAAugAAAL0HAAC/EAAAvx8AAMAzAADASQAA&#10;wGIAAMB+AADAmwAAwLcAAL/YAFOXAABEmwAANZ8AACajAAAWpQAAC6cAAACqAAAArQAAALAAAACz&#10;AAAAtgAAALsAAAC9AAAAwAAAAL8AAADBAAAAwgAAAMQAAADGAAAAyAAAAMoAAADMAAAAzwAAANMA&#10;AADaBwAA2xMAAN0lAADeOwAA31MAAOBuAADfjAAA3akAAN3CAP8AAAD/AAAA/wAAAP8AAAD/AAcA&#10;/wAQAP8AGQD/ACQA/wAvAPwAOgD5AEMA9QBLAPMAUgDxAFkA7wBeAO0AZADrAGkA6QBvAOcAdQDm&#10;AHwA5ACEAOIAjQDgAJcA3QCiANoAsQDVAMUA0gDoANAA/wDPAP8AxAD/ALgA/wCvAP8AqQD/AP8A&#10;AAD/AAAA/wAAAP8AAAD/AAIA+wANAPcAFQDzAB8A7wApAOoANADmAD0A4gBFAN4ATADbAFMA2ABY&#10;ANQAXgDSAGMA0ABpAM4AbgDMAHUAygB9AMgAhQDGAJAAwgCbAMAAqQC+ALoAuwDZALkA9wC4AP8A&#10;tAD/AKkA/wCiAP8AnQD/AP8AAAD/AAAA/wAAAPYAAADuAAAA5wAKAOEAEQDcABoA1wAjANAALgDL&#10;ADcAxwA/AMQARgDBAE0AvwBSAL0AWAC7AF0AuQBiALgAaAC2AG4AtAB1ALEAfgCvAIgArQCTAKoA&#10;oQCoALEApgDIAKQA7QCiAP8AogD/AJsA/wCVAP8AkQD/AP8AAAD8AAAA7gAAAOMAAADYAAAAzQAF&#10;AMYADgDBABUAvQAeALkAJwC1ADAAsgA4AK8AQACsAEYAqgBMAKgAUQCnAFYApQBbAKMAYQChAGcA&#10;nwBuAJ4AdgCbAIAAmQCMAJcAmQCUAKgAkgC8AJAA3wCOAPsAjgD/AIsA/wCGAP8AgwD/APgAAADp&#10;AAAA3AAAAMwAAADBAAAAuAAAALIACgCsABEAqAAYAKUAIQCiACkAngAyAJwAOQCZAD8AlwBFAJUA&#10;SgCUAFAAkgBVAJAAWgCPAGAAjQBnAIsAbwCJAHgAhgCEAIQAkQCCAKAAgACyAH0AzAB8APEAewD/&#10;AHoA/wB3AP8AdQD/AOYAAADTAAAAxgAAALsAAACxAAAApwAAAKEABQCbAA0AlwATAJMAGwCQACMA&#10;jAArAIoAMgCIADgAhgA+AIQARACCAEkAgQBOAH8AUwB9AFkAewBgAHkAaAB3AHEAdQB8AHMAiQBw&#10;AJgAbwCpAG0AvwBrAOYAagD/AGkA/wBpAP8AZwD/ANMAAADDAAAAtQAAAKsAAACjAAAAmwAAAJIA&#10;AACMAAoAhwAQAIMAFgB/AB0AfQAkAHoAKwB4ADIAdgA4AHQAPQByAEIAcQBIAG8ATQBtAFMAbABZ&#10;AGoAYQBoAGoAZgB0AGQAgQBhAJEAXwCiAF4AtgBcANUAWwD3AFsA/wBaAP8AWgD/AMUAAAC2AgAA&#10;qQIAAJ8AAACWAAAAjgAAAIcAAACAAAUAegAMAHUAEQBxABgAbgAeAGsAJQBpACsAZwAxAGYANwBk&#10;ADwAYwBBAGEARwBfAE0AXgBTAFwAWwBaAGQAWABuAFYAewBUAIoAUgCbAFEArgBQAMgATwDuAE4A&#10;/wBOAP8ATQD/ALsKAACsDQAAoA0AAJUMAACMCAAAgwIAAHwAAAB1AAAAbgAIAGkADgBlABMAYgAZ&#10;AF8AHwBdACUAWwArAFkAMQBYADYAVgA7AFUAQQBTAEcAUQBOAFAAVQBOAF4ATABoAEoAdQBIAIQA&#10;RwCVAEUAqABEAL8AQwDkAEIA/ABCAP8AQgD/ALIRAAClFAAAmRUAAI4TAACEEQAAew0AAHMIAABs&#10;AAAAZQADAF8ACwBbAA8AVwAUAFQAGgBRAB8ATwAlAE4AKwBMADAASwA2AEkAPABIAEIARgBIAEUA&#10;UABDAFkAQQBjAD8AbwA+AH4APACQADsAowA6ALgAOQDZADgA9QA4AP8AOAD/AKwXAACfGwAAkx0A&#10;AIkcAAB/GQAAdRUAAGwQAABkDAAAXQYAAFYABgBRAAwATQAQAEoAFQBHABoARQAgAEQAJgBCACsA&#10;QQAxAD8ANgA+AD0APABEADsASwA5AFQANwBfADYAawA0AHoAMgCMADEAngAwALMALwDOAC8A7wAu&#10;AP8ALgD/AKceAACaIgAAjyQAAIQkAAB6IQAAcR0AAGcYAABfEwAAVw4AAFAKAABJAwgARQANAEEA&#10;EQA+ABYAPAAbADoAIQA5ACYANwAsADYAMgA0ADgAMwA/ADEARwAwAFAALgBbAC0AZwArAHYAKgCI&#10;ACgAnAAnALAAJgDJACUA6gAlAfsAJQH/AKIjAACWKAAAiyoAAIEqAAB3KAAAbSUAAGQgAABbGwAA&#10;UhUAAEsQAABDDAIAPQcJADkDDgA2ARIAMwEXADEBHAAwASIALwInAC0CLQAsAzQAKgM7ACkEQwAo&#10;BE0AJgVYACUFZQAjBnQAIgaGACAGmgAfB64AHgfGAB0H5wAdCPgAHQn/AJ8oAACTLQAAiC8AAH4v&#10;AAB0LgAAaisAAGEmAABYIQAATxwAAEcXAAA/EgAAOA4EADELCgAuCA4AKwcSACkHFwAoCB0AJwgj&#10;ACUIKQAkCTAAIwk3ACEKQAAgCkoAHwtVAB0LYgAbDHIAGgyFABgMmQAXDK0AFgzGABUN5gAVDfkA&#10;Fg3/AJwtAACQMQAAhjQAAHw0AAByMwAAaDEAAF8sAABVJwAATCMAAEQdAAA8GAAANBMAAC0QBgAm&#10;DQsAJAwPACIMEwAhDBkAHwwfAB4NJQAdDSwAGw00ABoOPQAZDkcAFw5TABYOYQAUD3EAExCEABIQ&#10;mAAREK4AEBDGABAQ6AAQEPsAERD/AJkxAACONQAAhDgAAHo5AABwOAAAZzYAAF0yAABTLQAASigA&#10;AEIkAAA5HwAAMRoAACoVAQAjEQcAHRANABsPEAAZDxUAGBAbABcQIQAWECkAFRAxABQROgATEUUA&#10;EhJRABESXwAQEm8ADhOCAA4TlgANE6sACxPCAAsU4wAMFPoADRP/AJc1AACMOQAAgjwAAHg9AABv&#10;PQAAZToAAFs3AABSMgAASS4AAEAqAAA3JQAALyEAACgcAAAgGAMAGRQKABUSDgAUEhIAExMYABIT&#10;HwARFCYAERQuABAUOAAPFUIADhZPAA0WXAAMF2wACxd/AAkYkwAIGKgABhi/AAcY4AAHGPUACRj/&#10;AJU4AACKPQAAgEAAAHdBAABtQQAAZD8AAFo8AABQOAAARzMAAD4wAAA2KwAALicAACcjAAAfHwAA&#10;FxoIABIXDQAQFxEADxcWAA4YHAAOGCMADRksAAwaNQALGkAAChtMAAkbWgAHHGkABRx8AAQdkQAC&#10;HaYAAR28AAIc3QACHPIAAxz/AJM8AACIQQAAf0QAAHVFAABsRQAAY0QAAFlBAABPPQAARjkAAD42&#10;AAA1MgAALi4AACUqAAAdJQAAFCEEAA8dCwANHRAADB0UAAsdGgAKHiIACB4qAAcfMwAGID4ABCBK&#10;AAMhVwABIWcAACF5AAAhjgAAIaQAACG6AAAh2wAAIfIAACD+AJBAAACGRQAAfUgAAHRKAABrSgAA&#10;YkkAAFhGAABOQgAART8AAD08AAA1OQAAKzQAACIvAAAZKwAAEigEAA0kCgAJIw4ABiMSAAUjGQAE&#10;JCAAAiQoAAElMQAAJTwAACVIAAAmVQAAJmUAACZ3AAAmjAAAJqIAACa5AAAm2QAAJfIAACX+AI5F&#10;AACESQAAe00AAHNPAABqTwAAYE4AAFdLAABNSAAAREUAADxCAAAxPQAAJzkAAB41AAAVMgAADy4D&#10;AAosCgAFKw4AASoRAAAqFgAAKh4AAComAAArLwAAKzkAACtFAAAsUwAALGIAACx1AAAsigAAK6AA&#10;ACu3AAAr1gAAKvIAACr/AIxJAACCTgAAelIAAHFUAABoVAAAX1MAAFZRAABMTgAAQ0sAADdHAAAt&#10;QwAAIz8AABo8AAASOAAADDYDAAYzCQAAMg0AADIQAAAxFAAAMRsAADEjAAAxLAAAMjcAADJDAAAy&#10;UAAAMmAAADJyAAAyhwAAMZ4AADG1AAAw1AAAMPIAAC//AIlPAACAVAAAeFcAAG9ZAABmWQAAXlkA&#10;AFVXAABJUwAAPk8AADJMAAAoSAAAHkUAABVCAAAOQAAACD0CAAE8CAAAOwwAADoPAAA5EgAAORgA&#10;ADkgAAA5KQAAOTQAADlAAAA5TgAAOV0AADlvAAA4hQAAOJwAADezAAA30gAANvIAADX/AIdVAAB/&#10;WgAAdl0AAG1fAABlXwAAXV8AAFJcAABEWAAAOFUAAC1SAAAiTwAAGEwAABBKAAAKSAAAA0YBAABF&#10;BgAARAoAAEMNAABCEAAAQRUAAEEdAABBJgAAQTEAAEE9AABBSgAAQVoAAEFsAABAgQAAP5kAAD+x&#10;AAA+0AAAPfIAADz/AIRcAAB8YAAAc2MAAGxlAABkZgAAWWQAAEthAAA+XgAAMlsAACZZAAAcVgAA&#10;ElQAAAxSAAAEUQAAAE8AAABOAwAATQgAAEwMAABLDgAASxIAAEoZAABKIgAASiwAAEo5AABKRwAA&#10;SlYAAEloAABJfgAASJYAAEevAABGzQAARfEAAET/AIFjAAB5ZwAAcmoAAGtsAABgawAAUmkAAERm&#10;AAA3ZAAAKmIAAB9gAAAVXgAADV0AAAZbAAAAWgAAAFkAAABYAAAAVwQAAFYIAABWDAAAVRAAAFQU&#10;AABUHQAAVCcAAFQ0AABUQgAAU1IAAFNkAABSeQAAUpIAAFGrAABQygAAT+8AAE7/AH5qAAB3bgAA&#10;cHEAAGZxAABYcAAASm8AADxtAAAvbAAAImoAABdpAAAOZwAABmYAAABlAAAAZQAAAGUAAABjAAAA&#10;YgAAAGIEAABhCAAAYQ0AAGAQAABgFwAAYCEAAF8uAABfPAAAX00AAF5eAABedAAAXY0AAFynAABb&#10;xQAAWu0AAFn/AHtyAAB1dgAAa3cAAF12AABPdgAAQXUAADN1AAAmdAAAGXMAABByAAAHcQAAAHEA&#10;AABxAAAAcQAAAHEAAABvAAAAbwAAAG4AAABuAgAAbggAAG0MAABtEQAAbRoAAG0mAABsNQAAbEYA&#10;AGtYAABrbQAAaoYAAGmhAABovgAAZ+gAAGb+AHl6AABwfAAAYXwAAFN9AABEfQAANn4AACh+AAAb&#10;fQAAEH0AAAd9AAAAfQAAAH0AAAB+AAAAfwAAAH4AAAB9AAAAfQAAAHwAAAB8AAAAfAAAAHwGAAB8&#10;DAAAfBIAAHwdAAB8LAAAfDwAAHxPAAB7ZQAAe34AAHqaAAB5tgAAeN8AAHf6AHOAAABlgQAAVoMA&#10;AEiEAAA5hgAAK4cAAB2HAAARhwAAB4gAAACIAAAAiQAAAIoAAACMAAAAjQAAAI0AAACMAAAAjAAA&#10;AIwAAACMAAAAjAAAAI0AAACNBAAAjgwAAI4TAACPIQAAjjIAAI5GAACOWwAAjXQAAI2QAACMrQAA&#10;i84AAIrzAGiGAABaiAAAS4sAADyNAAAtjwAAHpAAABGRAAAHkgAAAJMAAACVAAAAlwAAAJkAAACb&#10;AAAAnAAAAJsAAACbAAAAnAAAAJwAAACdAAAAngAAAJ4AAACfAAAAoQMAAKIMAACiFgAAoyYAAKM6&#10;AACjTwAAo2gAAKKGAACiogAAosAAAKHoAFyNAABNkAAAP5MAADCWAAAhmQAAEpoAAAebAAAAnQAA&#10;AKAAAACiAAAApAAAAKgAAACqAAAAqwAAAKoAAACrAAAArAAAAK0AAACuAAAArwAAALEAAACyAAAA&#10;tAAAALcBAAC5DQAAuRoAALotAAC6QwAAulsAALp3AAC7lAAAu7EAALnSAFCVAABBmAAAMpwAACOg&#10;AAATogAACKQAAACnAAAAqgAAAKwAAACvAAAAsgAAALcAAAC5AAAAuwAAALoAAAC8AAAAvQAAAL8A&#10;AADAAAAAwgAAAMQAAADGAAAAyQAAAM0AAADSAQAA1A8AANUfAADXNQAA2E0AANhpAADXhgAA16MA&#10;ANa9AP8AAAD/AAAA/wAAAP8AAAD/AAMA/wANAP8AFQD/ACAA/AArAPgANQD0AD8A8ABHAO4ATgDr&#10;AFQA6QBaAOcAXwDlAGQA4wBqAOEAcADfAHYA3QB+ANsAhwDYAJEA0wCdAM8AqwDNAL0AywDgAMkA&#10;+wDHAP8AvQD/ALEA/wCpAP8AowD/AP8AAAD/AAAA/wAAAP8AAAD8AAAA9gALAPEAEQDtABsA6QAl&#10;AOQAMADfADkA2gBBANUASADRAE4AzwBUAM0AWQDLAF4AyQBjAMcAaQDFAG8AwwB3AMAAfwC+AIoA&#10;uwCVALgAowC2ALQAtADNALIA8gCwAP8ArAD/AKMA/wCcAP8AlwD/AP8AAAD/AAAA+gAAAPEAAADo&#10;AAAA4AAGANkADgDSABYAzgAfAMgAKQDEADIAwAA6AL0AQQC6AEgAuABNALYAUwC0AFgAsgBdALAA&#10;YgCuAGkArABvAKoAeACoAIIApgCOAKQAmwChAKsAnwDAAJ0A5gCbAP8AmgD/AJQA/wCOAP8AigD/&#10;AP8AAAD2AAAA6AAAANwAAADOAAAAxgABAL8ACwC6ABEAtgAaALIAIgCuACsAqgA0AKgAOwClAEEA&#10;owBHAKEATACfAFEAngBWAJwAXACaAGIAmQBoAJcAcACVAHoAkgCGAJAAkwCNAKIAiwC1AIkA0wCH&#10;APcAhgD/AIQA/wB/AP8AfAD/APIAAADjAAAA0gAAAMUAAAC6AAAAsQAAAKsABwClAA4AoQAUAJ4A&#10;HACaACUAlwAtAJQANACSADoAkABAAI4ARQCNAEoAiwBQAIkAVQCIAFsAhgBhAIQAaQCCAHIAfwB9&#10;AH0AiwB7AJoAeACrAHYAxAB0AOsAcwD/AHMA/wBwAP8AbgD/AN8AAADMAAAAvwAAALQAAACrAAAA&#10;oQAAAJoAAgCUAAsAkAAQAIwAFwCIAB4AhQAmAIMALQCBADMAfwA5AH0APwB7AEQAeQBJAHgATgB2&#10;AFQAdABaAHMAYgBwAGsAbgB1AGwAgwBqAJIAaACjAGYAuABkAN4AYwD7AGIA/wBiAP8AYAD/AMwA&#10;AAC8AAAArwAAAKUAAACdAAAAlAAAAIwAAACGAAcAgQANAHwAEgB4ABkAdQAfAHMAJgBxAC0AbwAy&#10;AG0AOABrAD0AagBCAGgASABnAE4AZQBUAGMAWwBhAGQAXwBuAF0AewBbAIoAWQCbAFcArwBWAMsA&#10;VQDyAFQA/wBUAP8AVAD/AL4AAACwAAAApAAAAJkAAACQAAAAiAAAAIEAAAB5AAIAcwAKAG8ADwBr&#10;ABQAZwAaAGUAIABjACYAYQAsAF8AMgBeADcAXAA8AFsAQgBZAEcAVwBOAFYAVQBUAF4AUgBoAFAA&#10;dABOAIMATACVAEoAqABJAMAASADoAEcA/wBHAP8ARwD/ALQJAACmCwAAmwwAAJAKAACGBQAAfgAA&#10;AHYAAABvAAAAaAAFAGMADABfABAAWwAVAFgAGgBWACEAVAAmAFMALABRADEAUAA2AE4APABNAEIA&#10;SwBIAEkAUABIAFgARgBiAEQAbgBCAH0AQACOAD8AogA9ALgAPQDdADwA+AA8AP8APAD/AKwQAACf&#10;EgAAlBIAAIkRAAB/DwAAdgwAAG4FAABmAAAAYAABAFkACABVAA0AUQARAE4AFgBLABsASQAhAEgA&#10;JgBGACsARQAxAEMANgBCADwAQABDAD4ASwA9AFMAOwBdADkAaQA3AHgANgCJADQAnAAzALEAMgDO&#10;ADIA8QAxAP8AMQD/AKYWAACaGQAAjhoAAIQaAAB6FgAAcBIAAGgOAABfCgAAWAMAAFEABABMAAoA&#10;SAAOAEQAEgBBABYAPwAbAD0AIQA8ACYAOgAsADkAMQA3ADcANgA+ADQARgAzAE8AMQBZAC8AZQAu&#10;AHMALACFACsAmAAqAK0AKQDGACgA6gAoAP4AKAD/AKEcAACVIAAAiiEAAH8hAAB1HwAAbBoAAGMW&#10;AABaEQAAUg0AAEsHAABEAAYAQAALADwADwA4ABIANgAXADQAHAAzACEAMQAnADAALAAuADMALQA6&#10;ACsAQgAqAEsAKABVACYAYQAlAHAAJACBACIAlQAhAKkAIADBACAA5AAfAPkAHwD/AJ0iAACRJgAA&#10;higAAHwnAAByJQAAaSIAAF8dAABXGAAAThMAAEYOAAA/CwAAOAUHADQADAAxABAALgATACwAGAAq&#10;AB0AKQAiACcAKAAmAC4AJAA2ACMAPgAiAEcAIABSAB8AXgAdAG0AHAB+ABoAkgAZAKcAGAC9ABcA&#10;3wAXAfUAFwL/AJonAACOKwAAhC0AAHktAABwKwAAZigAAF0kAABUHwAASxoAAEMUAAA7EAAANA0C&#10;AC0JCQApBQ0AJgMQACQBEwAiAhkAIQIeACACJAAeAyoAHQMyABsEOgAaBUQAGQVPABcGXAAWBmoA&#10;FAd8ABMHkAASB6UAEQe7ABAH2wAQCPIAEAn/AJcrAACMLwAAgTEAAHcyAABuMQAAZC4AAFsqAABR&#10;JQAASSAAAEAbAAA4FgAAMRIAACkOBAAjDAkAHwkNAB0HEAAbBxUAGQgaABgIIAAXCScAFgkuABUK&#10;NwATCkEAEgtNABELWgAQC2kADgx7AA4MkAANDKUADA27AAsN2QALDfEADA3/AJUvAACKMwAAfzYA&#10;AHY2AABsNQAAYzMAAFkvAABQKwAARyYAAD4hAAA2HQAALhgAACcTAAAgEAUAGQ4KABUMDgAUDBEA&#10;EwwWABIMHAARDSMAEA0rAA8NNAAODj8ADQ5KAAwPWAALD2cAChB5AAgQjQAHEKIABhC4AAUQ1AAF&#10;EO8ABhD/AJIzAACINwAAfjoAAHQ7AABrOgAAYTgAAFg1AABOMAAARSwAAD0nAAA1IwAALR8AACYa&#10;AAAeFgEAFxMGABEQCwAODg4ADg8TAA0QGQANECAADBAoAAsRMgAKETwACBJIAAcSVQAGE2UABBN2&#10;AAMTiwABFKAAABO2AAAT0QAAE+4AABP7AJA2AACGOwAAfD4AAHM/AABqPwAAYD0AAFc5AABNNgAA&#10;RDEAADwuAAA0KgAALCYAACUiAAAeHgAAFhoCABAVCQAMEw4AChMSAAkUFwAIFB8ABxUmAAYVLwAE&#10;FjoAAxZGAAEXUwAAF2IAABh0AAAYiQAAGJ8AABi1AAAX0AAAF+0AABf7AI46AACEPwAAe0IAAHJD&#10;AABoQwAAX0IAAFY/AABMOwAAQzcAADs0AAAzMAAALCwAACQpAAAbJAAAEx8CAA0bCQAJGQ0ABhkR&#10;AAQZFgACGR0AARokAAAaLQAAGzgAABtEAAAcUQAAHGAAAB1yAAAdhwAAHJ0AAByzAAAczgAAG+0A&#10;ABv8AIw+AACCQwAAeUYAAHBIAABoSAAAXkYAAFVEAABLQAAAQz0AADs6AAAzNwAAKjIAACAtAAAX&#10;KQAAECUCAAsiCQAFIA0AAR8QAAAfFAAAHxsAACAiAAAgKwAAITYAACFBAAAhTwAAIV4AACJwAAAi&#10;hQAAIZsAACGyAAAhzQAAIO0AAB/8AIpDAACASAAAeEsAAG9MAABmTQAAXUsAAFRJAABKRgAAQkMA&#10;ADpAAAAvOwAAJTcAABwzAAATLwAADSwCAAcpCAABJwwAACYOAAAlEgAAJhkAACYhAAAmKQAAJjMA&#10;ACc/AAAnTQAAJ1wAACdtAAAnggAAJ5kAACawAAAlzAAAJe4AACT9AIhIAAB/TAAAdlAAAG5RAABl&#10;UgAAXFEAAFNPAABKTAAAQUkAADVEAAArQAAAITwAABc5AAAQNgAACjIBAAMwBwAALwsAAC4OAAAt&#10;EQAALRYAAC0eAAAtJwAALTEAAC09AAAtSgAALVkAAC1rAAAtgAAALJcAACyvAAArywAAKu4AACr+&#10;AIVNAAB9UgAAdVUAAGxXAABjVwAAW1YAAFNVAABHUQAAO00AADBJAAAlRgAAHEMAABM/AAANPQAA&#10;BjoAAAA4BQAANwkAADYNAAA1DwAANBQAADQbAAA0JAAANC4AADQ6AAA0RwAANFcAADRoAAA0fQAA&#10;M5UAADKtAAAxygAAMe4AADD/AINTAAB7WAAAc1sAAGpdAABiXQAAW10AAE9aAABCVgAANlIAACpP&#10;AAAgTAAAFkkAAA5HAAAIRAAAAEIAAABBAwAAPwcAAD4LAAA9DgAAPREAADwYAAA8IQAAPCsAADw3&#10;AAA8RAAAPFMAADxlAAA7egAAOpIAADqrAAA5yAAAOO0AADf/AIFaAAB5XgAAcWEAAGljAABiZAAA&#10;V2IAAEleAAA8WwAAL1gAACRVAAAZUwAAEFEAAApPAAABTQAAAEwAAABKAAAASQQAAEgIAABHDAAA&#10;Rg8AAEYUAABFHAAARScAAEUzAABFQAAARVAAAERhAABEdgAAQ48AAEKoAABBxgAAQOwAAD//AH5h&#10;AAB2ZQAAb2gAAGhqAABdaQAAT2YAAEJkAAA0YQAAKF8AAB1dAAASWwAAC1kAAAJYAAAAVgAAAFYA&#10;AABUAAAAUwAAAFIEAABRCQAAUA0AAFAQAABPGAAATyIAAE8uAABPPAAAT0sAAE5dAABOcgAATYsA&#10;AEylAABLwgAASeoAAEj/AHtpAAB0bAAAbm8AAGRvAABVbQAAR2wAADlqAAAsaQAAIGcAABRlAAAN&#10;ZAAAA2IAAABiAAAAYQAAAGAAAABfAAAAXgAAAF0AAABcBAAAXAkAAFsNAABbEgAAWxwAAFooAABa&#10;NgAAWkYAAFlYAABZbQAAWIUAAFegAABWvQAAVegAAFP+AHlwAABzdAAAaXUAAFt0AABMcwAAPnMA&#10;ADByAAAjcQAAFm8AAA1uAAAEbQAAAG0AAABtAAAAbQAAAGwAAABrAAAAagAAAGkAAABpAAAAaQMA&#10;AGgJAABoDgAAaBUAAGchAABnLwAAZz8AAGZSAABmZgAAZX8AAGSaAABjtwAAYuEAAGH8AHd4AABt&#10;egAAX3oAAFB6AABCegAAM3sAACV7AAAYegAADnkAAAR5AAAAeQAAAHkAAAB6AAAAegAAAHoAAAB4&#10;AAAAeAAAAHcAAAB3AAAAdwAAAHcBAAB3CAAAdw4AAHcYAAB3JgAAdjYAAHZJAAB1XwAAdXcAAHST&#10;AABzrwAActMAAHH3AHF+AABjfwAAVIAAAEWCAAA2gwAAKIQAABqEAAAOgwAABIQAAACEAAAAhQAA&#10;AIYAAACIAAAAiQAAAIgAAACHAAAAhwAAAIcAAACHAAAAhwAAAIgAAACIAAAAiAcAAIkQAACJHAAA&#10;iSwAAIg/AACIVQAAiG0AAIeJAACGpwAAhccAAITvAGaEAABXhgAASIgAADmKAAAqjAAAG40AAA+N&#10;AAAEjgAAAJAAAACRAAAAkwAAAJUAAACXAAAAmAAAAJYAAACXAAAAlwAAAJcAAACYAAAAmAAAAJkA&#10;AACaAAAAmwAAAJ0HAACdEQAAnSEAAJ0zAACdSQAAnGIAAJx/AACcnAAAnLkAAJviAFqLAABLjgAA&#10;PJEAAC2TAAAelQAAEJYAAASYAAAAmgAAAJwAAACeAAAAoQAAAKQAAACmAAAApwAAAKYAAACnAAAA&#10;pwAAAKgAAACpAAAAqgAAAKwAAACtAAAArwAAALEAAACzCQAAsxUAALQnAAC0PQAAtVUAALVwAAC0&#10;jgAAtKwAALTMAE2SAAA/lgAAL5oAACCdAAARnwAABaEAAACjAAAApgAAAKkAAACsAAAArwAAALMA&#10;AAC1AAAAtwAAALYAAAC3AAAAuAAAALoAAAC7AAAAvQAAAL8AAADBAAAAxAAAAMcAAADLAAAAzQwA&#10;AM4aAADPLwAAz0gAANBiAADQgAAA0J0AANC4AAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8R&#10;EhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZ&#10;W1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gi&#10;o6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr&#10;7O3u8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8A&#10;AAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2&#10;Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+&#10;gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbH&#10;yMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////&#10;////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxES&#10;ExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlb&#10;XF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKj&#10;pKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs&#10;7e7w8fL09fb3+fr7/P7//////////////////////////////////////////////////////wAB&#10;AgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6&#10;Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJz&#10;dHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqus&#10;ra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl&#10;5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMBIQAAAQAAAAAAAAAAAAAAAAAAAAEA&#10;AAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQl&#10;JicoKSorLC0uLzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xd&#10;Xl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWW&#10;l5iZmpucnZ6foKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q&#10;0dPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYG&#10;BwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkp&#10;KissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5&#10;fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS&#10;0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb2&#10;9/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYX&#10;FxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RF&#10;RkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1&#10;tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm&#10;5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v//////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////igfBJQ0NfUFJPRklMRQAJCf//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////9P/////////////////////////////////////////r0f//&#10;///////////////////////////////////////36f7/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////hzdf/////&#10;/////////////////////////////////92vlrf0////////////////////////////////////&#10;/8WMaKfn/////////////////////////////////////8yciaTn////////////////////////&#10;//////////////rOu8b1////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////cxb31/////////////////////////////////////7+T&#10;eoXF////////////////////////////////////25BbPWWo9v//////////////////////////&#10;///////+vHU0AFSb6//////////////////////////////////TlH5JLE6a7P//////////////&#10;/////////////////9jUyrN+ZW2l+f////////////////////////////////////TFrq/J////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////w1sbs&#10;////////////////////////////////////5ruRdGOr9///////////////////////////////&#10;//bEmnNFJjR9zP///////////////////////////////7WAVTAKABlgsv//////////////////&#10;////////////z3Q1CwAAAApSp///////////////////////////////ljQAAAAAAABPp///////&#10;///////////////////////2aR0AAAkMBglSsf/////////////////////////////LOw4TNUxb&#10;TUxew/////////////////////////////+pYDZghp+2rKm42f//////////////////////////&#10;///gl42+5f//////////////////////////////////////7fn/////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////+vZyrzH///////////////////////////////////P&#10;moFtWkaI6v///////////////////////////////8R8PiYQAABUsP//////////////////////&#10;////////4IM8AAAAAAAuh+3/////////////////////////////rFMQAAAAAAAXbdb/////////&#10;///////////////////7gDEAAAAAAAAJYcz////////////////////////////SWgIAAAAAAAAA&#10;Xcz///////////////////////////+oNQAAAAAAAAAAXNP///////////////////////////99&#10;DQAAAAAAAAAAVNb//////////////////////////+59RQAAAAAAAAAARNT/////////////////&#10;//////////yqZC8CAAAEIjdJWM7////////////////////////////ppGtBKD9jf5Wnutr/////&#10;/////////////////////////9WyrLLM5Pr/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////////+W7&#10;l3diyP/////////////////////////////////bnmc2CgACjP//////////////////////////&#10;/////8h/PwUAAAAAXs//////////////////////////////2YE5AAAAAAAAPKr/////////////&#10;////////////////nkwAAAAAAAAAI5D////////////////////////////cbxoAAAAAAAAAEH35&#10;//////////////////////////+vSAAAAAAAAAAAAG/u//////////////////////////+EEwAA&#10;AAAAAAAAAGTm/////////////////////////+xRAAAAAAAAAAAAAFfe////////////////////&#10;/////7gVAAAAAAAAAAAAAEjW/////////////////////////3QUAAAAAAAAAAAAADjP////////&#10;////////////////+aJaEwAAAAAAAAAAACPF/////////////////////////9+bXCwAAAAAAAAA&#10;AA26///////////////////////////vsX1VOSIRBwECESKy////////////////////////////&#10;///fv6WZmJqgrL3a////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////jvp2AfPv/////////////////////////////&#10;///yt4RXMA4AHaz//////////////////////////////9KKTBUAAAAAAHLz////////////////&#10;////////////1n82AAAAAAAAAEvJ///////////////////////////6kT4AAAAAAAAAAC+r////&#10;///////////////////////AWgAAAAAAAAAAABqV//////////////////////////+NJAAAAAAA&#10;AAAAAAiE/////////////////////////+deAAAAAAAAAAAAAAB3////////////////////////&#10;/7QlAAAAAAAAAAAAAABq/////////////////////////30AAAAAAAAAAAAAAABb9P//////////&#10;/////////////SsAAAAAAAAAAAAAAABM6///////////////////////pQAAAAAAAAAAAAAAAAA8&#10;4f//////////////////////MAwAAAAAAAAAAAAAAAAt2f////////////////////+ZimEnAAAA&#10;AAAAAAAAAAAn1///////////////////////7b6JVScAAAAAAAAAAAAl3P//////////////////&#10;///////+yp12XUo8Mi0sMDlH3v///////////////////////////////ebd1tLQ09nk////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////+/Uu9b/////////////////////////////////57iPaksvFW//////////////////////&#10;/////////+ShZzQHAAAAADzJ////////////////////////////1oI7AAAAAAAAABKX////////&#10;///////////////////thTEAAAAAAAAAAABv//////////////////////////+mQgAAAAAAAAAA&#10;AABQ4f///////////////////////+xpAAAAAAAAAAAAAAA3yf///////////////////////7Mv&#10;AAAAAAAAAAAAAAAitv///////////////////////3kAAAAAAAAAAAAAAAAQp///////////////&#10;////////8jQAAAAAAAAAAAAAAAAAmf//////////////////////qQAAAAAAAAAAAAAAAAAAjP//&#10;////////////////////RgAAAAAAAAAAAAAAAAAAf//////////////////////fAAAAAAAAAAAA&#10;AAAAAAAAdP////////////////////+XAAAAAAAAAAAAAAAAAAAAav/////////////////////O&#10;AAAAAAAAAAAAAAAAAAAAY///////////////////////KSIBAAAAAAAAAAAAAAAAYf//////////&#10;////////////uaOAVzcXAAAAAAAAAAAAaP//////////////////////////+tOulIZ8dXFwcneB&#10;lP//////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////bup2CaWnT///////////////////////////////Ik2U9GQAAAB2e////////////&#10;////////////////245MEwAAAAAAAABu///////////////////////////bfCwAAAAAAAAAAABF&#10;1/////////////////////////+LKgAAAAAAAAAAAAAitP///////////////////////8JEAAAA&#10;AAAAAAAAAAADl////////////////////////30BAAAAAAAAAAAAAAAAf///////////////////&#10;////5zYAAAAAAAAAAAAAAAAAav//////////////////////nQAAAAAAAAAAAAAAAAAAWP//////&#10;////////////////RgAAAAAAAAAAAAAAAAAAR/j////////////////////pAAAAAAAAAAAAAAAA&#10;AAAANen///////////////////+WAAAAAAAAAAAAAAAAAAAAJdv///////////////////+8AAAA&#10;AAAAAAAAAAAAAAAAGM7////////////////////rAAAAAAAAAAAAAAAAAAAAD8L/////////////&#10;////////AAAAAAAAAAAAAAAAAAAACrn/////////////////////JwAAAAAAAAAAAAAAAAAACrX/&#10;////////////////////cAAAAAAAAAAAAAAAAAAADbn/////////////////////4JyMcFVCMyYb&#10;FA8NDhIaJr/////////////////////////////55NjSzszLzM/W4Pz/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////r07zj////////////////&#10;////////////////0qmFZUgsEgGF////////////////////////////8atxPA8AAAAAAABP4P//&#10;///////////////////////VfzUAAAAAAAAAAAAfsv///////////////////////+N1HQAAAAAA&#10;AAAAAAAAif///////////////////////5AjAAAAAAAAAAAAAAAAZ///////////////////////&#10;1UMAAAAAAAAAAAAAAAAASPb/////////////////////igAAAAAAAAAAAAAAAAAALt3/////////&#10;////////////OAAAAAAAAAAAAAAAAAAAF8j///////////////////++AAAAAAAAAAAAAAAAAAAA&#10;BLb///////////////////+cAAAAAAAAAAAAAAAAAAAAAKX///////////////////+6AAAAAAAA&#10;AAAAAAAAAAAAAJP////////////////////cAAAAAAAAAAAAAAAAAAAAAIL/////////////////&#10;////AAAAAAAAAAAAAAAAAAAAAHT/////////////////////EwAAAAAAAAAAAAAAAAAAAGj/////&#10;////////////////QgAAAAAAAAAAAAAAAAAAAGD/////////////////////egAAAAAAAAAAAAAA&#10;AAAAAF3/////////////////////0QAAAAAAAAAAAAAAAAAAAGH//////////////////////yQA&#10;AAAAAAAAAAAAAAAAAGb//////////////////////8msmYl9dnFsaWdmZ2tweoz/////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////ixaqReWF3////////&#10;/////////////////////92md1AsDAAAAAAxxP/////////////////////////gkk4TAAAAAAAA&#10;AAAAj////////////////////////9JwHQAAAAAAAAAAAAAAYP//////////////////////7m8P&#10;AAAAAAAAAAAAAAAAN+L/////////////////////lhwAAAAAAAAAAAAAAAAAFMD/////////////&#10;////////QAAAAAAAAAAAAAAAAAAAAKP///////////////////+uAAAAAAAAAAAAAAAAAAAAAIn/&#10;//////////////////+eAAAAAAAAAAAAAAAAAAAAAHL///////////////////+8AAAAAAAAAAAA&#10;AAAAAAAAAF/////////////////////aAAAAAAAAAAAAAAAAAAAAAE3////////////////////6&#10;AAAAAAAAAAAAAAAAAAAAADv/////////////////////DgAAAAAAAAAAAAAAAAAAACr5////////&#10;////////////MwAAAAAAAAAAAAAAAAAAABvp////////////////////XgAAAAAAAAAAAAAAAAAA&#10;AA/b////////////////////jwAAAAAAAAAAAAAAAAAAAAbQ////////////////////0AAAAAAA&#10;AAAAAAAAAAAAAADK/////////////////////ysAAAAAAAAAAAAAAAAAAADI////////////////&#10;/////4AAAAAAAAAAAAAAAAAAAADL//////////////////////cWAQUFAwEAAAAAAAEGDRjL////&#10;///////////////////86+HYz8zNz9DS1Nfc4ur/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////8drG///////////////////////////////xxqOEaE0yGAAV&#10;q///////////////////////////uXxGGAAAAAAAAAAAcf///////////////////////9d8LwAA&#10;AAAAAAAAAAAAO+P/////////////////////32QJAAAAAAAAAAAAAAAADLX/////////////////&#10;////dAMAAAAAAAAAAAAAAAAAAI3////////////////////FFQAAAAAAAAAAAAAAAAAAAGr/////&#10;//////////////+ZAAAAAAAAAAAAAAAAAAAAAEv///////////////////+2AAAAAAAAAAAAAAAA&#10;AAAAADD9///////////////////XAAAAAAAAAAAAAAAAAAAAABnn///////////////////2AAAA&#10;AAAAAAAAAAAAAAAAAAXT////////////////////DgAAAAAAAAAAAAAAAAAAAADB////////////&#10;////////LwAAAAAAAAAAAAAAAAAAAACv////////////////////UgAAAAAAAAAAAAAAAAAAAACe&#10;////////////////////eQAAAAAAAAAAAAAAAAAAAACO////////////////////pQAAAAAAAAAA&#10;AAAAAAAAAACA////////////////////2AAAAAAAAAAAAAAAAAAAAAB0////////////////////&#10;/zYAAAAAAAAAAAAAAAAAAABt/////////////////////3wAAAAAAAAAAAAAAAAAAABp////////&#10;/////////////9cNAAAAAAAAAAAAAAAAAABo//////////////////////9wAAAAAAAAAAAAAAAA&#10;AABh////////////////////////UDxGTlRZXWFkaGxwdn6J////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////v1buji3Nalf//////////////////////////+L+OZEEh&#10;BQAAAAAAUvz///////////////////////edVhgAAAAAAAAAAAAAF8H/////////////////////&#10;5WwWAAAAAAAAAAAAAAAAAI3/////////////////////YwAAAAAAAAAAAAAAAAAAAF7/////////&#10;//////////+dAAAAAAAAAAAAAAAAAAAAADX8//////////////////+hAAAAAAAAAAAAAAAAAAAA&#10;ABHZ///////////////////KAAAAAAAAAAAAAAAAAAAAAAC7///////////////////uAAAAAAAA&#10;AAAAAAAAAAAAAACh////////////////////DAAAAAAAAAAAAAAAAAAAAACK////////////////&#10;////LQAAAAAAAAAAAAAAAAAAAAB2////////////////////TQAAAAAAAAAAAAAAAAAAAABk////&#10;////////////////bwAAAAAAAAAAAAAAAAAAAABS////////////////////lAAAAAAAAAAAAAAA&#10;AAAAAABA////////////////////vAAAAAAAAAAAAAAAAAAAAAAw////////////////////6g4A&#10;AAAAAAAAAAAAAAAAAAAi/////////////////////0QAAAAAAAAAAAAAAAAAAAAV////////////&#10;/////////4EAAAAAAAAAAAAAAAAAAAAL9f///////////////////8gLAAAAAAAAAAAAAAAAAAAC&#10;7P////////////////////9eAAAAAAAAAAAAAAAAAAAA5f/////////////////////JHAAAAAAA&#10;AAAAAAAAAAAA2v//////////////////////nQEAAAAAAAAAAAAABw4Xxf//////////////////&#10;/////9W5vMHHztXb4ebt9Pv/////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//jfz//////////////////////////////sxqWIbVQ7IQcAMt7////////////////////////X&#10;klkpAAAAAAAAAAAAAKD//////////////////////4k2AAAAAAAAAAAAAAAAAGf/////////////&#10;////////ZgAAAAAAAAAAAAAAAAAAADL2//////////////////+VAAAAAAAAAAAAAAAAAAAAAAPI&#10;//////////////////+nAAAAAAAAAAAAAAAAAAAAAACg///////////////////XAAAAAAAAAAAA&#10;AAAAAAAAAAB8////////////////////AAAAAAAAAAAAAAAAAAAAAABe////////////////////&#10;JQAAAAAAAAAAAAAAAAAAAABD////////////////////SAAAAAAAAAAAAAAAAAAAAAAs////////&#10;////////////agAAAAAAAAAAAAAAAAAAAAAY////////////////////iwAAAAAAAAAAAAAAAAAA&#10;AAAF8///////////////////rwAAAAAAAAAAAAAAAAAAAAAA4f//////////////////1QAAAAAA&#10;AAAAAAAAAAAAAAAAz////////////////////yQAAAAAAAAAAAAAAAAAAAAAvv//////////////&#10;/////1QAAAAAAAAAAAAAAAAAAAAArv///////////////////4sAAAAAAAAAAAAAAAAAAAAAn///&#10;/////////////////8sOAAAAAAAAAAAAAAAAAAAAkv////////////////////9XAAAAAAAAAAAA&#10;AAAAAAAAhv////////////////////+qCgAAAAAAAAAAAAAAAAAAef//////////////////////&#10;bQAAAAAAAAAAAAAAAAAAZv//////////////////////91UAAAAAAAAAAAAAAAAARf//////////&#10;//////////////9qIys1P0pVYGp1foeRnP//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////6M+2nYNpTrn/////////////////////////7LKDXDodAgAAAAAAAHv/////////////////&#10;/////8VtKQAAAAAAAAAAAAAAAED/////////////////////gxsAAAAAAAAAAAAAAAAAAAfL////&#10;//////////////+SAAAAAAAAAAAAAAAAAAAAAACY//////////////////+kAAAAAAAAAAAAAAAA&#10;AAAAAABq///////////////////dAAAAAAAAAAAAAAAAAAAAAABB////////////////////DgAA&#10;AAAAAAAAAAAAAAAAAAAd////////////////////OQAAAAAAAAAAAAAAAAAAAAAA6P//////////&#10;////////YAAAAAAAAAAAAAAAAAAAAAAAzv//////////////////hQAAAAAAAAAAAAAAAAAAAAAA&#10;t///////////////////qAAAAAAAAAAAAAAAAAAAAAAAo///////////////////ywAAAAAAAAAA&#10;AAAAAAAAAAAAkP//////////////////7xYAAAAAAAAAAAAAAAAAAAAAff//////////////////&#10;/z4AAAAAAAAAAAAAAAAAAAAAbP///////////////////2kAAAAAAAAAAAAAAAAAAAAAWv//////&#10;/////////////5kAAAAAAAAAAAAAAAAAAAAASf///////////////////9IWAAAAAAAAAAAAAAAA&#10;AAAAOf////////////////////9YAAAAAAAAAAAAAAAAAAAAKf////////////////////+iAAAA&#10;AAAAAAAAAAAAAAAAGf/////////////////////1VgAAAAAAAAAAAAAAAAAABP//////////////&#10;////////uy8AAAAAAAAAAAAAAAAAAPj//////////////////////6spAAAAAAAAAAAAAAAAAM//&#10;///////////////////////JRwAAAAAHEyAuPlJohO3/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////01cn/////////////////////&#10;///////60rCSd11CKAwAAEr////////////////////////FfUUXAAAAAAAAAAAAABHY////////&#10;////////////xFAAAAAAAAAAAAAAAAAAAACf//////////////////+iDAAAAAAAAAAAAAAAAAAA&#10;AABo//////////////////+UAAAAAAAAAAAAAAAAAAAAAAA2///////////////////aAAAAAAAA&#10;AAAAAAAAAAAAAAAH7P//////////////////FQAAAAAAAAAAAAAAAAAAAAAAxP//////////////&#10;////SAAAAAAAAAAAAAAAAAAAAAAAov//////////////////dQAAAAAAAAAAAAAAAAAAAAAAg///&#10;////////////////nQAAAAAAAAAAAAAAAAAAAAAAaf//////////////////wwAAAAAAAAAAAAAA&#10;AAAAAAAAUv//////////////////5w8AAAAAAAAAAAAAAAAAAAAAPv///////////////////zMA&#10;AAAAAAAAAAAAAAAAAAAAK////////////////////1gAAAAAAAAAAAAAAAAAAAAAGP//////////&#10;/////////4EAAAAAAAAAAAAAAAAAAAAABf///////////////////6wAAAAAAAAAAAAAAAAAAAAA&#10;AP///////////////////94iAAAAAAAAAAAAAAAAAAAAAPL///////////////////9cAAAAAAAA&#10;AAAAAAAAAAAAAN////////////////////+fAAAAAAAAAAAAAAAAAAAAAMz/////////////////&#10;///oSgAAAAAAAAAAAAAAAAAAALf/////////////////////oBYAAAAAAAAAAAAAAAAAAJz/////&#10;/////////////////3oCAAAAAAAAAAAAAAAAAHf///////////////////////96CwAAAAAAAAAA&#10;AAAABUz/////////////////////////oldodICNnKu80Of/////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////7eP/////////////&#10;/////////////9Kjelg6KSMcFg4GAACf/////////////////////6xSDgAAAAAAAAAAAAAAAABp&#10;///////////////////kQwAAAAAAAAAAAAAAAAAAAAA0//////////////////95AAAAAAAAAAAA&#10;AAAAAAAAAAAA4//////////////////NAAAAAAAAAAAAAAAAAAAAAAAAsv//////////////////&#10;EwAAAAAAAAAAAAAAAAAAAAAAhf//////////////////TwAAAAAAAAAAAAAAAAAAAAAAXf//////&#10;////////////gwAAAAAAAAAAAAAAAAAAAAAAOv//////////////////sgAAAAAAAAAAAAAAAAAA&#10;AAAAHP//////////////////2wMAAAAAAAAAAAAAAAAAAAAAAv///////////////////yoAAAAA&#10;AAAAAAAAAAAAAAAAAPv//////////////////08AAAAAAAAAAAAAAAAAAAAAAOf/////////////&#10;/////3QAAAAAAAAAAAAAAAAAAAAAANT//////////////////5sAAAAAAAAAAAAAAAAAAAAAAMD/&#10;/////////////////8QHAAAAAAAAAAAAAAAAAAAAAK3///////////////////AzAAAAAAAAAAAA&#10;AAAAAAAAAJr///////////////////9nAAAAAAAAAAAAAAAAAAAAAIb///////////////////+j&#10;AAAAAAAAAAAAAAAAAAAAAHL////////////////////jRAAAAAAAAAAAAAAAAAAAAFz/////////&#10;////////////kQYAAAAAAAAAAAAAAAAAAEH/////////////////////618AAAAAAAAAAAAAAAAA&#10;AB3//////////////////////8pLAAAAAAAAAAAAAAAAAAD////////////////////////LVwAA&#10;DBgkMT9OYHSLp8f//////////////////////////9fn8v//////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////+vUzcfCvrq3s7Ctqail////////////////////3X5TPzAjGREJAgAA&#10;AAAAAAAA2/////////////////92AAAAAAAAAAAAAAAAAAAAAAAAp/////////////////+6AAAA&#10;AAAAAAAAAAAAAAAAAAAAdf//////////////////BwAAAAAAAAAAAAAAAAAAAAAARv//////////&#10;////////TgAAAAAAAAAAAAAAAAAAAAAAGv//////////////////jAAAAAAAAAAAAAAAAAAAAAAA&#10;AP3/////////////////wQAAAAAAAAAAAAAAAAAAAAAAANv/////////////////8RkAAAAAAAAA&#10;AAAAAAAAAAAAAL7//////////////////0QAAAAAAAAAAAAAAAAAAAAAAKT/////////////////&#10;/2sAAAAAAAAAAAAAAAAAAAAAAI3//////////////////5EAAAAAAAAAAAAAAAAAAAAAAHn/////&#10;/////////////7cAAAAAAAAAAAAAAAAAAAAAAGb//////////////////94hAAAAAAAAAAAAAAAA&#10;AAAAAFP///////////////////9KAAAAAAAAAAAAAAAAAAAAAD////////////////////93AAAA&#10;AAAAAAAAAAAAAAAAACv///////////////////+sCgAAAAAAAAAAAAAAAAAAABb/////////////&#10;///////nRQAAAAAAAAAAAAAAAAAAAAD/////////////////////igAAAAAAAAAAAAAAAAAAAAD/&#10;////////////////////1k0AAAAAAAAAAAAAAAAAAAD9/////////////////////6cuAAAAAAAA&#10;AAAAAAAAAADV//////////////////////+YKgAAAAAAAAAABhgtRWDg////////////////////&#10;////qGN0gY+cq7vN4vr/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////////////////+fLt6md&#10;lY6JhIB8eHRwbGhlkP////////////////+8akgtGQoAAAAAAAAAAAAAAAAAMf//////////////&#10;////AAAAAAAAAAAAAAAAAAAAAAAAA///////////////////QgAAAAAAAAAAAAAAAAAAAAAAANz/&#10;////////////////jgAAAAAAAAAAAAAAAAAAAAAAALL/////////////////zgAAAAAAAAAAAAAA&#10;AAAAAAAAAI3//////////////////ykAAAAAAAAAAAAAAAAAAAAAAGv//////////////////1oA&#10;AAAAAAAAAAAAAAAAAAAAAE7//////////////////4YAAAAAAAAAAAAAAAAAAAAAADT/////////&#10;/////////64AAAAAAAAAAAAAAAAAAAAAAB7//////////////////9QXAAAAAAAAAAAAAAAAAAAA&#10;AAr///////////////////o9AAAAAAAAAAAAAAAAAAAAAAD///////////////////9lAAAAAAAA&#10;AAAAAAAAAAAAAAD///////////////////+OAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;//+8GQAAAAAAAAAAAAAAAAAAAADv///////////////////xTgAAAAAAAAAAAAAAAAAAAADY////&#10;////////////////iwAAAAAAAAAAAAAAAAAAAAC/////////////////////zEMAAAAAAAAAAAAA&#10;AAAAAACh/////////////////////5EZAAAAAAAAAAAAAAAAAAB6//////////////////////J0&#10;CgAAAAAAAAAAAAAAABFf///////////////////////odBMfLDhFU2JyhZu00vX/////////////&#10;/////////////9fo9P//////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////+/fz8e7s6+vs8f//////////////////2bKZh3ltZF1WUUtGQTw4Mi0oI8T/////&#10;////////////SyULAAAAAAAAAAAAAAAAAAAAAJL/////////////////iAAAAAAAAAAAAAAAAAAA&#10;AAAAAGb/////////////////1wAAAAAAAAAAAAAAAAAAAAAAAD3//////////////////zMAAAAA&#10;AAAAAAAAAAAAAAAAABj//////////////////2wAAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;/////50AAAAAAAAAAAAAAAAAAAAAAAD//////////////////8kMAAAAAAAAAAAAAAAAAAAAAAD2&#10;//////////////////E1AAAAAAAAAAAAAAAAAAAAAADf//////////////////9bAAAAAAAAAAAA&#10;AAAAAAAAAADL//////////////////+CAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+p&#10;BgAAAAAAAAAAAAAAAAAAAACj///////////////////TLwAAAAAAAAAAAAAAAAAAAACN////////&#10;////////////XgAAAAAAAAAAAAAAAAAAAAB3////////////////////kwcAAAAAAAAAAAAAAAAA&#10;AABe////////////////////zUMAAAAAAAAAAAAAAAAAAABA/////////////////////4cQAAAA&#10;AAAAAAAAAAAAAAAc/////////////////////9heAAAAAAAAAAAAAAAAAAAA////////////////&#10;//////+/TgAAAAAADhwsPlJqhqXI////////////////////////wnyMmqe2xdbo/f//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////7uHXz8nDvrq2sa2pp6am&#10;p67/////////////////voZtW0xANy8oIhwWEAsEAAAAABT/////////////////1wUAAAAAAAAA&#10;AAAAAAAAAAAAAAD//////////////////zQAAAAAAAAAAAAAAAAAAAAAAAD2////////////////&#10;/3YAAAAAAAAAAAAAAAAAAAAAAADS/////////////////7AAAAAAAAAAAAAAAAAAAAAAAACy////&#10;/////////////+EkAAAAAAAAAAAAAAAAAAAAAACW//////////////////9RAAAAAAAAAAAAAAAA&#10;AAAAAAB8//////////////////95AAAAAAAAAAAAAAAAAAAAAABm//////////////////+gAAAA&#10;AAAAAAAAAAAAAAAAAABR///////////////////HIwAAAAAAAAAAAAAAAAAAAAA8////////////&#10;///////uSwAAAAAAAAAAAAAAAAAAAAAn////////////////////dAAAAAAAAAAAAAAAAAAAAAAQ&#10;////////////////////oxYAAAAAAAAAAAAAAAAAAAAA////////////////////2EwAAAAAAAAA&#10;AAAAAAAAAAAA/////////////////////4gPAAAAAAAAAAAAAAAAAAAA////////////////////&#10;/8tTAAAAAAAAAAAAAAAAAAAA//////////////////////+lOAAAAAAAAAAACR00TmuM////////&#10;////////////////mTlDUV9ufY6gtcvl/////////////////////////////+v5////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////+vMuayhmZGLhoF8eHRwa2hmZmjx/////////////////2FF&#10;MiMYDgYAAAAAAAAAAAAAAACe/////////////////34AAAAAAAAAAAAAAAAAAAAAAAB1////////&#10;/////////8MAAAAAAAAAAAAAAAAAAAAAAABS//////////////////s3AAAAAAAAAAAAAAAAAAAA&#10;AAAy//////////////////9qAAAAAAAAAAAAAAAAAAAAAAAW//////////////////+WAAAAAAAA&#10;AAAAAAAAAAAAAAAA//////////////////+/GwAAAAAAAAAAAAAAAAAAAAAA////////////////&#10;///mQgAAAAAAAAAAAAAAAAAAAAAA////////////////////aQAAAAAAAAAAAAAAAAAAAAAA////&#10;////////////////kAIAAAAAAAAAAAAAAAAAAAAA////////////////////uSwAAAAAAAAAAAAA&#10;AAAAAAAA9P//////////////////6FwAAAAAAAAAAAAAAAAAAAAA2f///////////////////5EY&#10;AAAAAAAAAAAAAAAAAAAAvP///////////////////8pTAAAAAAAAAAAAAAAAAAAAnf//////////&#10;//////////+YLgAAAAAAAAAAAAAQKUZmxP/////////////////////ufx0MGig3RldpfpWvzO7/&#10;////////////////////////56CqucjY6fz/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////99fDr5uLf29jU0tHQ0tfg////////////&#10;/////86einxxaWFbVlFMSEM+OjYyLy4x/////////////////9IlEQMAAAAAAAAAAAAAAAAAAAAA&#10;//////////////////9CAAAAAAAAAAAAAAAAAAAAAAAA//////////////////99AAAAAAAAAAAA&#10;AAAAAAAAAAAA//////////////////+wCwAAAAAAAAAAAAAAAAAAAAAA9v/////////////////d&#10;OQAAAAAAAAAAAAAAAAAAAAAA3P//////////////////YgAAAAAAAAAAAAAAAAAAAAAAxf//////&#10;////////////iQAAAAAAAAAAAAAAAAAAAAAAr///////////////////ryIAAAAAAAAAAAAAAAAA&#10;AAAAmf//////////////////1kgAAAAAAAAAAAAAAAAAAAAAgv///////////////////3IAAAAA&#10;AAAAAAAAAAAAAAAAaf///////////////////6EoAAAAAAAAAAAAAAAAAAAATv//////////////&#10;/////9NcAAAAAAAAAAAAAAAAAAAAM/////////////////////+WLgAAAAAAAAAAAAAAFTJSd///&#10;///////////////////gchMAAAEPHy9CWHCLqMjs////////////////////////ym9ufo6esMPY&#10;7///////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////54NLIwLq1sKyopaKfnZubnKCn//////////////////+CZFZLQzw2MCsnIh0Y&#10;Ew4JBAAA1P////////////////+SAAAAAAAAAAAAAAAAAAAAAAAArf/////////////////MHgAA&#10;AAAAAAAAAAAAAAAAAAAAi//////////////////7UgAAAAAAAAAAAAAAAAAAAAAAbf//////////&#10;////////gAAAAAAAAAAAAAAAAAAAAAAAUf//////////////////qRsAAAAAAAAAAAAAAAAAAAAA&#10;Ov//////////////////0EIAAAAAAAAAAAAAAAAAAAAAI///////////////////9WgAAAAAAAAA&#10;AAAAAAAAAAAADP///////////////////48UAAAAAAAAAAAAAAAAAAAAAP//////////////////&#10;/7g+AAAAAAAAAAAAAAAAAAAAAP///////////////////+VtAwAAAAAAAAAAAAAAAAAAAP//////&#10;//////////////+fNwAAAAAAAAAAAAAAEC9QdP/////////////////////dchQAAAAABhcqQVp1&#10;lLba////////////////////////vFhEVGR1hpqvyOP//////////////////////////////9LN&#10;4fH/////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////z7+vv9///////////////////////uuaidlo+K&#10;hoJ/e3h2dHJzdXh/kP/////////////////rTzowKCEbFRALBwIAAAAAAAAAI///////////////&#10;////aQAAAAAAAAAAAAAAAAAAAAAAAP//////////////////mwoAAAAAAAAAAAAAAAAAAAAAAP//&#10;////////////////yDkAAAAAAAAAAAAAAAAAAAAAAP//////////////////8GMAAAAAAAAAAAAA&#10;AAAAAAAAAP///////////////////4oOAAAAAAAAAAAAAAAAAAAAAP///////////////////7A0&#10;AAAAAAAAAAAAAAAAAAAAAP///////////////////9VbAAAAAAAAAAAAAAAAAAAAAP//////////&#10;//////////+FGgAAAAAAAAAAAAAAAAAAA+z///////////////////+xSQAAAAAAAAAAAAAAGDld&#10;gf/////////////////////lex4AAAAAAAwhOFJvj7PZ////////////////////////u1gpOUla&#10;bICXsM3t/////////////////////////////7OetMXX6///////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//rv5+Hc2dbU0tDQ0NHT2eDr9///////////////////uIp+d3FsaGRhXltZWFdXWV5lcf//////&#10;////////////vzEfFhAKBQAAAAAAAAAAAAAAAP//////////////////7VYAAAAAAAAAAAAAAAAA&#10;AAAAAOj//////////////////4IEAAAAAAAAAAAAAAAAAAAAAMz//////////////////6svAAAA&#10;AAAAAAAAAAAAAAAAALP//////////////////9JXAAAAAAAAAAAAAAAAAAAAAJv/////////////&#10;//////d8EAAAAAAAAAAAAAAAAAAAAIX///////////////////+iNwAAAAAAAAAAAAAAAAAFK5T/&#10;///////////////////LYQIAAAAAAAAAAAAMLFB2ntH////////////////////1jTAAAAAAAA0j&#10;O1d2mb7l////////////////////////w2MYKjtMX3SNp8bn////////////////////////////&#10;/6h/lqi70Of////////////////////////////////////9////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////93Oxb+8uba0s7GysrW5wMnV&#10;4////////////////////5dsZF5ZVVFPTEpIR0ZIS1BZZqH//////////////////6cmDgcCAAAA&#10;AAAAAAAAAAAAAFb//////////////////85QAAAAAAAAAAAAAAAAAAAAADr/////////////////&#10;//R5CwAAAAAAAAAAAAAAAAAAACH///////////////////+fMgAAAAAAAAAAAAAAAAAAAA7/////&#10;///////////////EWAAAAAAAAAAAAAAAAAgxWoT////////////////////pfx8AAAAAAAAAAAYn&#10;S3Gawun/////////////////////p0kAAAAAAhcvSmiKrtX8////////////////////////03Ue&#10;JjhKXnWPq8vv/////////////////////////////65yhZiswtv2////////////////////////&#10;///////////f7///////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////+/sqqmo6Ggn5+ho6astMDN3ez///////////////////+K&#10;WlNPS0hGRENCQUJDR05ZaX3///////////////////+eLgYAAAAAAAAAAAAAAAAAAAD/////////&#10;///////////DVgAAAAAAAAAAAAAAAAAAFUH////////////////////nexoAAAAAAAAAAAAACTRg&#10;i7T/////////////////////nz8AAAAAAAAABCVKcZnC6///////////////////////xmYPAAAA&#10;EypEYoOnzfX/////////////////////////6441Kz5RaIGdvN7/////////////////////////&#10;/////752f5Spwdz5///////////////////////////////////S2PP/////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////by8O/v7/Hz+P3/////////////////////&#10;///////4sJ+al5aWlpibn6SstsLR4e7////////////////////+jlBKR0VERERFRkdLUVpog6n/&#10;////////////////////pkEBAAAAAAAAAAAHNmOPuuH/////////////////////xmUKAAAAAAAE&#10;J0xznMTs////////////////////////5YgvAAATKkRigqbM9P//////////////////////////&#10;/6tQNkphe5a01vr//////////////////////////////9KHfJixy+n/////////////////////&#10;///////////////Uzu3/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////+3l4+Pk5ujt8fn//////////////////////////////bGUkpKVmZ2jqbK8&#10;0O3//////////////////////////51TR0lNUVZgc4qv1vz//////////////////////////7JW&#10;ABo1UG2LrtL3/////////////////////////////81vPl97mbfX+f//////////////////////&#10;/////////+6fg6bC4f/////////////////////////////////////jzuv/////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////8AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////AAAA/+4ADkFkb2JlAGRAAAAAAv/bAIQAAQEBAQEBAgEBAgMCAgIDAwMDAwMDBAQEBAQEBAUE&#10;BAQEBAQFBgUFBQUFBgcHBwcHBwgICAgICAgICAgICAgICAEBAgIEAgQHBAQHCAcHBwgICAgICAgI&#10;CAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgI/8AAFAgGcgT7BAERAAIR&#10;AQMRAQQRAP/dAAQAoP/EAaIAAAAGAgMBAAAAAAAAAAAAAAcIBgUECQMKAgEACwEAAAYDAQEBAAAA&#10;AAAAAAAABgUEAwcCCAEJAAoLEAACAQIFAgMEBgYFBQEDBm8BAgMEEQUGIRIABzFBEwhRImEUcYEy&#10;kQmhI/DBQrEV0Rbh8VIzFyRiGEM0JYIKGXJTJmOSRDWiVLIaczbC0idFN0bi8oOTo7NkVSjD0yk4&#10;4/NHSFZlKjk6SUpXWFlaZnR1hIVndndohoeUlaSltLXExdTV5OX09ZaXpqe2t8bH1tfm5/b3aWp4&#10;eXqIiYqYmZqoqaq4ubrIycrY2dro6er4+foRAAEDAgMEBwYDBAMGBwcBaQECAxEABCEFEjEGQfBR&#10;YQcTInGBkaGxwQgy0RThI/FCFVIJFjNi0nIkgsKSk0MXc4OismMlNFPiszUmRFRkRVUnCoS0GBka&#10;KCkqNjc4OTpGR0hJSlZXWFlaZWZnaGlqdHV2d3h5eoWGh4iJipSVlpeYmZqjpKWmp6ipqrW2t7i5&#10;usPExcbHyMnK09TV1tfY2drj5OXm5+jp6vLz9PX29/j5+v/aAA4EAQACEQMRBAAAPwAv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcDfqz1ZyP0T&#10;yNWdQuoNYKTD6MfTJLIb7IYUuC8jnQD6SSFBINrGxczFwNNCSfYB0noA5xqPd6N6LLc6yXf369Da&#10;PVSlHYhA/iWrgPMkhIJDjhWFVuM1qUFAm+R/uA8ST4Ac1terfVzqd64epLY5jrPhuWMOdlpKRWvH&#10;TxnwHYSVMgtvcjT4KFXnZvsC7ALnf640olu2bI/M3MYk7e6anArI2DEIB1rklKV/LZ2zds91vlc9&#10;+/4UJkW9uD4UJ/pK6VH+JW0nwphIgCBm/OGW+h+XhDEFqsXqlukfix7b3tqsSnsO5Og8SBewLAsK&#10;y3hcWD4NCIYIhYKPE+LMe5Y+JPPrc3Z3Ysdz7JvL8ubDTLYgJG0nipR2qWo4qUZJO2uW91dOXqy4&#10;6ZUeYHQOqiAZhzFjGasWlxzHZ2nqZjdmPYDwVR2CjwA0HHfg9ovpl57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e4i835/wAr5Ip/NxyoAkIukKe9K/0L4D4mw+PMdN/u1XJOzZrXmbwCyJQyiFvL&#10;/wAVEiB/frKUThqmhLl2UP5mYaThxUcEj1+Qk9VLzJPTbN2f6nycv0xaJTZ55PdiT6XtqfgLn4cL&#10;FjXVvqF1AqHw3JcDUNL2LIfft7XmNgn0LY/E84O9oP1RZ9vgVW+Vf5DbnCUGX1D++dgaJ2w0EkbN&#10;ahU72W7VrloC7g61df2+iePrI6hR0sienDJ+WglbmP8A37VgsbSLaBT8I/3v+CuD7BzBgvSSihJr&#10;s0TmqlJ3MiMQpJOu5/tN+XOchti8ouOqKlKJJJJJJO0knEk8TQiezNX2tCBzsGwe+jDxRRwxrDCo&#10;RFAAVRYADsAB2HBWgXD6OmSkpYhHHGAFUCwA4aBGkQKDSipZk7a584O6nQDniqKcr3MR3WsDb4co&#10;dStigPSnkkV7mPbMTtDcY0qG0g06SK9zGViU3fU8YNemvc8fKHh+XNVaRXucWn29hcjlsK1pFe5g&#10;WUyAsBY8rFbivc6NyN3Y8qcKqcK9ziZ1K7bi/wAeMFVbFe5gLuTYWN/ZxOVVevc4k7dfs/Tywx2V&#10;sCa9zoEbCbk/VynGvHCvc4OfMF1vfTwHHJitg17nF5kDG2l/hyk14EjZXuYvNcNdWHN07AO2vc87&#10;zkbiee0zVgBXuR2LtHcNp9PLDCrpwr3PbnsPeB+scvNXKh0H217nEhnuSRyhNV1DgIr3OACfZY8v&#10;Ss4417mP3ALqTbm69Xucmc7/AHFJ29rE89Wtle50D8ObwrYr3OMgRtDYc3VjXudB1Au47ezloqte&#10;5wWSIkjXmjhVor3PFdRt0+PNTW69z3uFveufjz01U17nIPGhsL83FbAmvc8shsfdP18bUK0RXucl&#10;DbS+61vAjjQpsV7mZXULdj93GFpBMCvKMV7kYbd2/W30cUImKuF17mYe6dptf6OJQkqxrRxr3O7K&#10;518PaeeMjZVJr3ORsx923LBahW69zo+Wps3NSpW2tQa9zsSoy2FhxzuwKvXucLrt1PL4bBTsSK9z&#10;ynX2jlCmm4ivc5kKTY8TqFV2ia9zk4S4Kjl0kcapXudbQfebvx0kVua9zuwPhxwLAreqvc4sgB1N&#10;uWCgrZV69ztdl7XvyqjFe2V7nNgo4zrFakV7nRUaW45rFaJr3OatEO/8OPjGrV7nRdb3H8OeivTX&#10;ucg6nQDlZitTXuZSVT7el+N/dWia9zvzF/dF+WiK2Ouvc5iV1FlXmgua1Ne54SkaHtywM1sGvc5G&#10;VFAK8cBq0V7nZl3NtA/Lm61XuZA6j938ueit6jXuciEHfjWqtV7nJLt9nty8TVFJBr3PMT25QGKv&#10;XuckO4W8RzeyvSRsr3OaNfvzyhFeKNVe5kEmw6duUNNvAgV7mYSBu3KUmCTEmvc5b2XQG3NAU3A4&#10;17nPc7CzHTlgKeRA2V7nW8fu+HflYraUSca9zJuAFxzcU8WRXud+Y19eVikKvCa9zKzjW/w5rTTo&#10;bJr3Oy6kjb7ObAinEoI217nIPzeymiK9zKGB54Vo4V7mRGvoeNV6vcyqAT8eWqhr3ORck25ZIrQw&#10;r3PBra2vy6qvNe5zJ0104xW69ztDYDbzc17bXuSBIbnnq2RXuZknUrqNfbylNxXuZEcE89WiIr3M&#10;4OmnPTTcxXue7ctqpQhU17nas27igU5xr3Mo3HUnnjVzNe5lEgGnbjFJtpr3O0cbjc6c9FXWJ2V7&#10;mYMDpysVtI6a9zLrttz1NxXuc9+uwduek1o4V7nlOunKGvV7kgvsFzzQE16vcyJIzC680cK9XuZU&#10;IBsPDnq8cMK9zJ3N/by4MU7MV7nYIPuniuQatqr3Oe/+jnpqk17n/9Av/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xF9QuoOUelmTa/PueaxKHDMNjMk0r&#10;fcqIvdndrKqjViQBxfa2rl64GmxKlYAc8BxNBDPs+td2bRy+vVhtpoSpR9wA2lSjASkYkkAVMoKC&#10;rxOrShokLyyGwA/ifYB481qOtPWXqF64uqZxGtMmG5Vwt2Wjpb3WCIn7TW916qYC7HUKNB7oF+yH&#10;YD2D3G/133DcoYbKTdXEbBwbbnArVjpGxIlauAPy0dtfbPcb53XfuSlpMi2YnBI/prjatWBUryQn&#10;ATQk5qzTl/oflfedtTi1WD5cfi7D95vERJ+fbudBZwXBcMy9hkWD4PEIaeEWVR+ZJ7kk6knvz69N&#10;3N3LLdKyby/L2w0y0ISke9SjtUpRxUoyVEkk1ynubld4suOGVHaeeHQKr6x7HsWzNi02N43M09TO&#10;25mb8gB2CgaADQDjrwb0gpn57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7kOvxChwqjkxDEpkggiF2d&#10;2CqB8SeB/Nc2tsjt13V44hppsSpa1BKUjrJw6gNpOAxpQ0yp9QQgEk7AMTU7DcMxDGK2PDcKheoq&#10;JTZI41LMT8AOFazn15xLF6k4B02hYs91+ZKXdvaYkP2R/rN9w784W9qX1Yu3ZVY7rpKU4g3a0+NX&#10;+0tqHgHQtwFXQhBAVU85Xuklkd7eH/MBwH+MePkPaaOT039MtPAI8X6ht5kmjCjjb3R/y9dftH4L&#10;p8T24ksD6XTVVUcWzrO1RPIdzR7yST/x5Je5P0feecenw9mbyrm8cU64s6lKWoqUonipRJJPrQ/d&#10;zANjQwAAMBhHsHCjcUdFR4dSpQ4fEkEMQ2pHGoVVHsCjQDgx0tNR0VOKOjjWKNRZVQAAfUOPKSEg&#10;AUEnCpwyTNSeYiuwEk355NPpOEV7mAuoPHavXuYz9riFder3PMTew4nhPGnQMK9zH43PgDyqgOFe&#10;RjXuRyimPfqee1cKVRXucGCW0B56qxXucGlVBcxnX48pVq9zG8wQHaLX5aqaCa9zoTe79m/NHGrF&#10;MV7kYkMdU/PiOK3XudFVtbtyhFbAr3OAhB8T9R5b7aucK9zoOoUqb6cuRW4mvc7jYAk+HGRjWor3&#10;OInQkjTm4itRFe57RzoRzVexr3MZk2HadeXFOivcxb/e2bgRx2KWaa9zg0lj3A42a1pr3ODSP+6R&#10;zUVsJmvc4eaoN9wvx6MKvsr3PNKQ23cLH4crW69zsSuhPlBAv0n+jlasRXuYjK/tHN1UV7nE3k1a&#10;xtzWyt17naIoN91/hxpSoFa2V7nQK3N+eSZrU17nHcp7ct3dWivc52jtqDzZ8NeNe5xLqPstYfHl&#10;UqmtDCvc4lha5ubc2TTica9zl5lNJ7RbicmKqRXudecg91eXIgTXgma9zk0iswQggcqFaRW1Jivc&#10;571U2F/r5RKowpgGa9zG0ylrHniaV6K9zIpiW3KHGkyhOFe5kbyCwPG4NeDZr3OIfyjYkHighFar&#10;3OpJowdVvyyY4U8EkivcyJKpW6C3LqNNwRXucg5Ya8SE15WGFe53e1uVpqvc4+Y545TsV7nFt3cc&#10;2MaqBXuclZgCD+fLKEbKsa9zmha/vEcbGG2mzjXudg7j9fNlQNar3MnvfqeN16vc63H9TzeNWmvc&#10;9v8Abywmt17nYccdUIFVr3PLY6P48aCorwr3OiSn2OPhWqna9z3mvblkjCntFe5kV7i542DFaKYr&#10;3PMpI044HNNJwqvc5lgCRy4dCsKcGJr3OSWI7HjalxVVYV7nMMR3453gqk17ni5BuOX1Vevc5hvE&#10;8Tk1uvc8GOtuOzhWjXuZgLJuvxlK9Zitg17ngyHx4rivede5mDAC442RW9te5lWVSPe781TZCk7I&#10;r3PecvZearw1HbFe5zU2U2783NXivczCVQv6TnqpBr3O0eNtdeORSgQdte5kEq/ZHGVGka8dle5y&#10;B26jx5oGaZCSTXuZFfcbEc8RW3UFFe5kJA7G3LAU7pkV7nhMp0HGqYivc5b9uvPVSvcyq4J05vZV&#10;gK9zLGy7jflVHCqKwFe5zCpJ49uMzSfVXucgQPHjtPA17ne0X3SdvDmq2TXuZN17W5YCrg17mXwu&#10;ObIr1e5zE+3TlYr2mvc5mTtykVqNNe5n3Kw+PLaopvVXudbivujlwZp3bjXudqGU3PjyteDoFe5n&#10;DEa8tTneThXueST3uOxV69yShY8YqsV7mQNte3NVRYwr3OW6zac3E1sDCvcys99OWAxqpEV7maNC&#10;RcHjahVK9zmAwAb28tFKAJxr3M4921zylN7a9znvjJ15UmKoa9zJYft5rVVa9z//0S/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcbcYxjCsvYTU47jlRHSUVHE80&#10;88rBUjjRSzu7HQKoFyeOttqdUEpEkmABtJNF93dtWDSn3lBCEJKlKUYSlKRJJJ2ADE1khhlqJVgg&#10;Uu7kKqgXJJ0AHNbD1T+o7NfrU6opk/JryUmTMIkY06sCoktdWrqhfF3FxEh+yptoS551N7D+xm83&#10;3v02NsIUQFXDxEpYanHzJ2JSCCtfEJBUn5ku3vtsVvi+Q0SmzZUQy3sLq9nerHSR9oP2IOzUpUi3&#10;XYjgXRjKT5gxu0tfMNqRgjc7kXESHwUd2b+Og4p8t5cwrKmDw4Jg0flwxD/gmbxdj4sfH+jn2Vbn&#10;boWO4uXt5bl6NDTY/wA5aj9zizhqWo4k+QACQAOMl7eOX7hdcMk+wDgB1Cq+s1ZoxjOWOTY/jknm&#10;TzH/AIFVH2UQeCr4D6zrc8feSdRVSd57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7geZ86l5eyDSbsQ&#10;fzqtxeOmQje3sLf4V+J+oE6cxL7Ue2TKeyxibtXeXChLdsgjvF9ClbQ23O1ahjB0JWRFDDKckezZ&#10;XgEJG1R2Dy6T1D1ihN6c9KczdR6zbhqeRRo1paqQHYvtC/43t4D6yBrwqdTLnnrHXiuxmX5bDka6&#10;IARGv/LtP329rH7/AA581XaB2nZ12rXHe5g5pZSZbYRIab8k/wAa42uLlW0AhMJGRVta22Qp0tiV&#10;naTtPmeA6h+tWE5B6ZZW6d0Py+CQ7p3AEtTJYyv9f7q/6osPpOvBYwDLuDZZpfl8NiCk/adtXb/i&#10;Tfs7fDkKNspYHhonfuFXBlR9OFCFx7eQMt247rmi8HhXuYjLsA2G1+bJmngmvcxyEHVjxuYqwFe5&#10;gGzdzWurxXucGka3fiUmnwK9zGXYe9u4zNXNe5gJkv30PflSa2DFe5xeZk0U6crVwZr3MfmBtTz1&#10;eNe5gao9h5enIr3MXzBJsGHGyK1Fe5xaZgbA3+jjMDjW9le5wMl9XBA5UgcKqa9zFvLHdFbaNTu9&#10;njylOpr3Olihk/Rzy6jUFW8PZ35ernUNle5xbyiPc15SqAqr3MYa3uu1h7ObCZxp7SVYmvc4l1Js&#10;oA+NuWpwAo2V7nAXLhdw5o1YqJr3OHuh7A2Pt5sU4mvc8wiHc81Vq9zGzxBdRcccSatXueLx2Gth&#10;7LA/x41qxqor3PI8QbU7vhYf0c0pUDCtma9zreVOgBHGQ4apjXucPMf/AAn/AJB4zqp3Cvc4eeNx&#10;DG3/AAP9nLd4a3Fe5yM0QYHd+VuVKyaoBXudRyxi9mvfjgWRXiK9zG7ox5vvDTgFe50rbfsgn6Oa&#10;11cxXucnmJFgPp1/t43qpgba9zCZRbxH0a8uaUGvc5+fdbAnXjVJgdJr3Oy0KLca8tT5xFe5zd3V&#10;RIFuPZz1VB017mNZN2rjXjsU5Xuc/OY+4RxsiqFPGvc8d4G4dzzwEV6vc7BYi79+bNOivc5AtytV&#10;Ua9zu0n2r81TAOqvc575CLAXPt5aavOnCvc6QSqbuRzUzVZ1YV7nNzIzblbXnq2Bpwr3MRZx9o35&#10;qKdivc6v/rc3Wor3JUDSL8V7/XxxBppVe5jlMhbzGNjym2ro2V7mPeW8ebivaa9zxuBe/PRVtNe5&#10;0rMf3jytV+2vc73sNNebq0TXuZUlcCwNuaImvEV7kmN3Pc+HGIpHFe5y8wg3J56K8RFe5x37lX6e&#10;bqte52JH2+8vLzTk17mQ+/pa1uemr68Ir3O195r8qTTJr3PNfUDvxwJjGrJ217ngsg8eVJp0mvc7&#10;UW5em5r3OQdybDty1Ur3MlyBZe54wa1XuZCfc/1uWSJrYr3PBbj3jzSDpNWr3OSonHi4a3Ne5kVr&#10;aeHGNtUr3Oe4XDcVIIinUmBXuZL7teN6SapFe52GtpyiRqr0V7ne7lwSmrivc9vlDDYeKyZFbr3J&#10;YY7+/hxNpg16vc7JYvoeKBhVzXudDzLnXm5qpr3Mi7/bz1bAr3PA7veHNRW0owr3ModD3Ovs40Rj&#10;RYQQqvc5XZPeXTjgjjS3HjXucxIy62JJ9nGjHCmSUnAba9zMkjLqbD6eVik5Fe5z3+/y0UoLQVXu&#10;ZvNPhykUmKIwr3OSs7ajmwdNV2V7mXcwGnNEzWwZr3Og735Wr17mW55eK9XuZFmbt7Oaimoxr3Mo&#10;cE+9yhFbIr3JKlTYA8bIimiIr3OZL7hY82MDWhhXucR5m7vxRrpRrr3MweSMWvxoU4Faq9zkGJ1P&#10;fjkU9sr3M6N7Tz0RXq9zKGYG5OnNU05tr3MqS7EKe3laqK9zIplHjzVemvc7LEgk+3jnClA2V7mb&#10;zCrG3jykTVcDtr3OXmNz1VgV7n//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vcoG/EG9WWJ9Zs3H009G5zLhFNOExKoib3ayoja5iDDvTU5F2PZnF/sopbN3ss&#10;7O7zeW9Zt7ZvXcPnS2nghJxK1H+EBMqUf4UAnqrgf9R/bOjMlLyexci2ZP7dxJ/uziT/AHNJG1CF&#10;ei147EpJGHLmH4VkfAJs95sYRLEhZQRqqnQWHi79gPjbx4EuQsj4bkPAUwmhs8rWaeW1jI/ifgo7&#10;KPAfG5P2udlvZrZ9l+VpsLaFOGFPuxCnXIxPUhOxtP8ACnpUVKPz05tmi81dLisBsSOgfj0nj5RR&#10;FOo3UDFeouYpMZxC6QrdKeG9xHHfQfFj3Y+J+AAC25kjQYpA89z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9wvPU/rbTZfd8vZRK1WIk7GkA3JEe1gP35Ph2B73OnOSvbb9StvuhryvIil68xSt3BTVudhA4&#10;OOj+jihB+/UQUVMGR7sKvIeuPCjaBsKvwT17Tw6aM50h9P8AW5p8rMWcVemw42aOHVZJx4E+KRn2&#10;9yO1hY8CTLfT2rxOrOY88yNPPMd/lOxJJ9sp/wCZfv8AZz5+7t64zq4XeX7inXXDqUpZKlKPSon2&#10;AbAIGzCpgevUsJDVuAAMMNnp+P76Pfh2G0GEUMeG4XClPTwrtSNFAVR8AODIBHAgjjAVVFgALAAe&#10;wcd2UFjjU3mNtdTrzRx21Q417mKRkCfHiYpg1QJxr3I17rr4dueJilZr3MSkdyeJpnCn0xXuYSxW&#10;/vctop2K9zi8duz8TlJrwwr3Me0AWJvpxmIrxxr3OmIACg25qqxXuYWZVG0m3HKsBXuYy8RFg/5c&#10;9FX0mvcjN5aHap3copVOTXucLqp7cY1VYV7mA1CE+8DYePGzjVjXud+dG2gv9PPRWw2VV7mLz95I&#10;NjzcU73RFe5idifsrfntlKJ017nAOQLdj9P9nL1uvc5mdSNpYg/RfluFWr3OIkUJ7zX+rjABqwr3&#10;OBcXuLkey3LzV4r3MYALbtT/AKvNFWmqHCvc4b7/AGrfVrzQ2V4CK9zxOhKNpb2ePKtqp2RFe5yD&#10;lVBGumvGD4jhTFe5jeRyb9x7OWKSBTiNle5xW3dVt9fNgxVyqvc5AX8GH0njEUyCOivc6IAO1mIB&#10;8b9uOgU5XueWxuA2g8TrflVVUq017nmZBoSPuvyk14Kmvc4boybXW/8AxE/089NWmvc5Hyl0bv8A&#10;DtzQFMlua9zkZY47BWA+FjzUVZKSK9zHHKWJK2Ivy5p1WNe5kNUBcKvNAVTQDtr3MS1G42try0U5&#10;AGya9zmKuZQfdJt8eeitaa9zh55ZdxGvHJp2vc5CZ3NrfnzVar3ORmC6Np8Rz1aFe5yuJOzWPGiq&#10;KTqXFe5yAde7jnh4quPHXuctdo948citkRsr3OLAK1r340appnbXud7oz2056YqgGmvc9uXw5YGn&#10;UmTXucgb9uaJq5VXucrC1vHnppvXXuc45nQbDrbntlWica9zqR/M1cX55JryfDXuYCUUaC30cU08&#10;DXucgVI0vypNbr3OhvHbjNUONe52S/KxWq9zwVitz35atzXuZFWSw2nmq0ogY17ne2Ukjnqa1jor&#10;3OQWZfjz0VuR0V7nMCdhrzWFU1Dor3Miu6+7bXlDWomvcyISNW05oCaoRFe53e73B4qJwqk17mS5&#10;4kr1e51y01qvcyKSFN+bmvV7nfmEWIHH0xNORFe55XVnue/HFQDhWyMK9zIbcTYTTde5yGvNrMGv&#10;HCvc5BCNb8rXq9zItwO3L4VYV7mTcdPAcuF1aa9zk1gL8rq07K3Ne5lJSwPGySuq17nZKjtpxQHA&#10;MKvXudLs9vHQZxrde5mG0ajliaua9zkGF9eN7abONe52zoG0HHAk9NaCVdNe5l2qrXB05aaUzFe5&#10;5drmw5UxTCjpxr3Mlha1uMkikZuNWEV7mUsGjseMyDspgpAM8a9zkj6W46KVBM17niV3ePNAxtpg&#10;KivcyBm3X8Oa21bE417mbztp+nlSmaoUFVe5zSfdpylXjTXuc95PLgVXVXuZF+PHia1XuZB7vKzW&#10;69zmtmfce1uV21qvc6WQbtdAOaitRXuZw8trC3081Fe0ivczLJuO1tD7RxsiaaIr3ORlvo45oVdO&#10;Fe5yWQdxqOPTTxVXuZmU23jXjRJNUBmvc5Ru9rHjgE09t217mdXHjy0VbCvckia7HTjZpqK9zwc9&#10;rHlwKeFe5nDaXI544VVSZFe5luPy5Sk2ivc//9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vcq2/Ec9X8nSPLB6MdOakjNGOQ2qZom9+ipJPdupGqzz6hPFVu+hKEzVuhu&#10;8czdDy0kpBASmJ1r4ADiAeHEwMca5o/UJ2s/2StTlNguLp9P7RQOLLR4zwccEhPFKZXgSgkS+n+V&#10;UxKc43iYApKc3G7szDXW/wC6vj93t5WD0b6aJknCP5niiD+Z1agvf/ck7iIfHxb46eF+faJ9PPY0&#10;ns3sPzt6kfn7lI1ztZbMEMg/0tinSNqgE4hAJ+UzeTOzmbmhs/s0nD++P9L8OrHjRZuufVd8+41/&#10;KMIkP8pomIjt2mkGhlPw8F+Gvjbg1c6OVGdALz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc4u6RoZJCFVQSS&#10;TYADuSeNOOJaSVKIAAJJJgADEkk7AOJrYE4CuSI8riOMFmYgAAXJJ7ADhTOpPWHEMwVhyb07LOJC&#10;UkqI/tP7ViP7qDxfx8LDU8Be3P6lHM0UvJt2lkN4pdukmFOcChg/wo4F0Yr/AIIR4l5BZHu0m2Au&#10;LvbtCTsHWrpPQOHHHAHb6Nen2OgEWas+wh59Hgo2FwniGmHi3sXsPG50GDJvTmly0i11dtnrSL7u&#10;6p8Ev4/H+HOQNrahnE4n4ULbvMDceFOCfj5/hRu+Lxhr7xtw0JomBr3MPdrA35WZrwxr3MLMba6c&#10;9NWAr3OFtx2309vKKmn69zgbqdp1HE2gmm69zCSOwHExEU4gTjXucHYsbnw5UkilNe5gcnx4xJNb&#10;ONe5iO7w7c8KbivcjyNs9+97cdinkia9yMziQ+Yx05UGKeiK9zGAoOn8OaKq9Ne53tCKba24j+4w&#10;aqK9zFusgcm5PLFMYU4E17nB5FjO21xzwFPhE17mFZ2IupC/DlwKUivc4gi+tieWq1e535pVSbW4&#10;0oTTakTXuYfM3HcVH3csKuBFe5xVgrHT7uemrgV7nht3HaGH0Hm5mt17nRlfaRc/t4lIjGq6q9zg&#10;jSE/oyxP0a8YV4qthXudJI9iyrr8AOKQCBFWUK9zks0rIS4t9PfTjEaTSXEV7nAT3jAAJ79hyoFK&#10;Eia9zF5m33iGH1cvNW2YV7nXzB8SR9Q/o5Uiab0V7nEyFvtSFvrHNxTwr3OwGtbuD9B54Gt17nd2&#10;BC3t8LDnlVWJr3Ot0oNkUn6uUFXAFe57zZgffQ28dOORTSkA8a9zG0z290BR7CRzwrSUxXue8/3r&#10;A3tp3PLwKUxXuchIxOml/j/TzxE1QV7naCcncrKt/iOV+3bVVRxr3OYjk3e84J+FuXGNUGngPjXu&#10;cdroSGOn181T1e5xc7FsNeV0k1sCa9zyDeLyDX4HmyIrRFe5KCwIBuU8oaZM17nZ8q3ucZ40l441&#10;7nFJVBswHNlPRT2gnZXuc0aNhodBxZSiK9ztpYQ2mvExxNMrB4V7nDzomNrW5UiqFBFe5zIDaIRy&#10;4FaAIr3OAdl0PGlGvKmvc6Mmw3fmgJqiUTXueaoQkWPfjsU6Wzwr3MqzhhYc0RFU0EYmvc5XVtL2&#10;56ad1GK9zl9kfavzczVwSa9zGsoY2PPHCtnCvcybXvcdubmtE17nZJOg56qYmvc7EhQa81E1fbtr&#10;3OBmbdoTrzUV6BXuZRNIPEnm63Fe55ahvbykVrSK9zL555bTTRRNe5353cHm/tr3d17nXnqo90a8&#10;1trQRXuZ45N4ueNkUysadle52sisdOarxIr3Mispup5sVVO2vc4h9doPHNlKVma9znuVRutrzRM0&#10;2PFhXuZFkBHK14pivc5I1vtc8oyZps417nMHW4P1cpWwK9zmWa1xx1ImrV7nJWci55QiDWjXuZbs&#10;669ueG3GtCvc479QG7DiggK2U5XuZu/GkCK3XueUgaW4pWYr1e5yaTbYDlMSK2ca9zmjXOvGCSKp&#10;Xuc9WbUceQqa3MV7ngwX48c1CvTXuclYbRbQ8tINX2ivcyrLpY82NIptKAkzXuZVcAanmjp4U24M&#10;dVe5yVgRuHKzShGIr3Mgkcub8qqkKmiK9zsO5HvePGZNPpEiK9ztmsBfjoKuinUgo2V7naOPtX5r&#10;TGNUM9Fe5nja5u3NiqAE8K9yQJbHm1CtLTpr3O/Ma9+MU1pJr3PNKw1A5sKitaDNe54MGSzAcdkU&#10;+qIwr3JERUm57c1tpKnGvczs9h+j0+PPfbWyK9znuUL75ueM1oACvckxqq6ntzZNVUa9zmXYXsdO&#10;eGNUBAr3OKO3jx4U8FasBXuc9xPLTV9KuqvckLKoN11vysE1uvcyiQdyPz5cYU6K9zMsq2seMqNN&#10;Lr3Mnmp+VuVmk0V7n//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcLz6nvU&#10;Hlz02dKK3qBjO2asP6DDqQtY1NU4PlppqEWxZz4KDbWwIpyfK15u+Gk4Dao9CeJ8+A66gXtI38t+&#10;zzK1370KX9rLc4uOkeEf4o+5Z4JBjGAX/LWA1GYsUSghuqfakf8AwqO5+nwHx5rn9N8JzH1RznXd&#10;cepUzVtbXVEk6PJ/ukpOsgHYJH9mNRoLWFgo59R30n9iqHyjeK+bhlkxZtkYLWkwXyDtDZkIPFyV&#10;4FAJ+PrtF3xuM6uXVvLK3nlFby/P+EdAiBAwSkBIwwDb6hOpFPgGGr0xyswRigFWyH7EZFxDf/E4&#10;1b4aa7jwzPPoTrFGiVc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3MU88NNC9RUuI44wWZmIAAGpJJ0AA4iub&#10;luybU88oIQgFSlKISlKQJKlEwAAMSTgBTiUlZCUiScABxrNT089XOlLSo0kkjBURQSzMTYAAakk8&#10;Jp1H6n4p1CxBsn5M3LQEkSSaqZgO5Y/uxD2dz4+A583Pbv8AUE9v4teT5KoosgSHHBKVXMdPFLPQ&#10;navavggZJ5HkKMqT+YuMV8B/R8ulXw4dNH86K9DKfKEcWZ81IsuKsA0cZsVp7/kZPaew7D2l8yjl&#10;zDcq0W2Cz1L/AOUmI1P+qvsX4ffzm9b26bcdJ4mjC7uVXSsdg2DnjRluKp6y50bisqiivTFe5geo&#10;j+0zfTxjWDTgE17mL5pFO4G/N6hTiUmYr3MbVcKj7Vr8Y1inQk17mJq+L7QblS5TscK9zia5CLg8&#10;oHCKbKDXuRXxBLXJ4yTONKNBJr3MLYjHe1+NE093Zr3I/wA+3hbmioVbTXuR3rtSHbnonGnQ2TXu&#10;dCeO4IYHjSz0VvuyK9zg86BxuNuVmapoNe5watjjGhGvG4NXDZr3MfzihSSRzx2zTndEqmvchvUx&#10;sgs4GvPFQpZoxr3OPzcYf7Y5vUBVimK9zi1bTjS4+/misCqRFe5x+dpvGx+vjfeitivcwfO04YgM&#10;F+u/PFYNX0k8K9zIKlGFw4t7eN6q9MV7nH5pI2s1j9B5YGRW9JViK9zG2IRK30+080VdFW7s17nb&#10;18RsNw18P7eNkk0zoM17mMzhtAy/Rf8Abz0U93de52KkKLpYf8FxzXV0pr3ODVa23GxJ+PK6prSk&#10;417mEYiiGzAL9fKlQFWCa9zkuKQ9ieVkGtaDXuYRWxbtykn6uVCwTXtJr3OUtbsUsD2+P9nHCsAx&#10;VhXuYmqSqiRz3+PLlYpyvc7NU6gMpAB9p40FTXq9zD83IGuJbfVzxNbia9zkMQqCCBJ9/KzTZQK9&#10;zn86VIEhGo8Ry4NXTjXucFxAkWCqLeN+b1V4ivc984O7jt8ea1HhWgmvc786JV3N9HfjalTtrROm&#10;vcxtWRdlH58uF04JVwr3MTVkaroL/Xymqr6K9zm1YoS6/wAeXSsmqhNe50khHv8AmW+HNFyvGvcm&#10;R4lIgtuH180FA01XucWxKUm7Np9HNRWg3qr3OC1t3sePpUBtq/2bK9zo1Z7k25TVVtM17klK2Mxg&#10;sdeU1gU0qdle509ai6L483qCtlOfdXuYlrR33EHjgMVsIr3JPz5VdCDxlRFVKRXudfzAeOvPBQqs&#10;V7nA1iFgx4q1Air4xXuZTWxHUEjjE1QoKhXudLVp9q+nNSKaCeFe5k+cQ67uXBFOhEV7nBapN2h4&#10;6RNbKZr3Mwrk7EniMAzTASZr3OaV0Y90HjqiBVlIr3Mq1yXseUmm9Jr3OXz0Xfmpr2k17nfz8fN6&#10;pq2k17naVsR7cvVymvc7asi0bw5XUBVIr3MoqUA3E82FA1YCvc6FXE+lxxzAV6K9zIKyJDtJ5rA1&#10;Qomvcz/NRr2PKgTTZaBr3OxWxnUnXlDgap3cV7nvnIiwF+/LVYIIr3MwqY1Op5rZWtJFe5387GO3&#10;KzNa0E17mQVMR1Y83pqmg17nQq4wbjtzcgU/pwr3M3zcbLcG308eRFVCDXuc/nYlQa8bVBNeKJr3&#10;OzXRAWDDXjcTxqgbJr3OXzELLq2vLQRsr2g17nYrI+wPNTXi2RXuZBUqe554mRTcGvc5/MRganmw&#10;qtgE17nYqowbg8rJNW0GvczfOIy2vbx5o4VrTXudCoQ+PNQKpNe5zE6Xtflor017nI1CKO/KxW5m&#10;vc5CdGGptzdeia9zks1l2qRzdW2V7mYVIFh48qTNe1GvcyioW+h5YE1uvc983roRx3WRW9UV7nMV&#10;Vzb9nGpmvaq9zJ56dxzc17VXuZPPB1HLA9NbONe52Kgg81trQVXuc2qgV78tA41smvc5JUC1yeNx&#10;FNgCvcy/MqD7vLAxWkpivcyLUsfDjpWKvhXuckqRsspv9PPahVdAr3MyVit7t9OekGtd0K9zKtUT&#10;46DmpFMlsV7nZqwTdea21UNivczR1N/HmtJpzuuuvczLVKO3PQqvd2TXuZvmlYXPHhsxr2g17nYq&#10;QDpxomK1oNe5k+c/hfnpFUivc//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yFiWI&#10;0GD4dPi+KzJT0tLG800sjBUjjRSzu7HQKqgkk9hxxCC4QlIknADpJpHcXCLRtTrqglCAVKUTASlI&#10;kkk7AAJJ6K5xxyTSLFECzMQAB3JOgA5rG+ofrFjPrW6/vUUTyRZTwXfDQobjbThvfnZToJqpgD7Q&#10;oVTfYSew309djLu/WYosSCGkw7duj+FsHBCTs1LPgRtx1LghJFfKz29drit8L5VygnuG5btUHo4u&#10;KH9JZAUroSEI4SRUzNj9D0WyA9dJtfFKv3YkOu6UjT/gIhqfb203Dgs0dJTYfSR0NEgihhVURFFg&#10;qqLAD6Bz7KcvsGcqYRbWyAhttKUIQkQEpSISkDoAEVyKccU8oqUZJMk9JNV1VtbV4lWS4hXyGWed&#10;2eR2NyzMbkn6TyTw3pmovPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3MU00NNC9RUMEjQFmZiAAALkknQADiO4uG7Rt&#10;TrqghCAVKUogJSkCSpROAAGJJwAq6UlZAAknACssEE9VOlNTI0kkjBVVQSWYmwAA1JJ4Sfqj1Qr8&#10;/wBecr5XLLhqN7zagzEH7TeIjHgPHudbAfNH29dvLvaI8rKcpUpFgg+JWKTcqB+5XENAiUIOKjC1&#10;idKUZOZDkKcqT37+Lh2D+j1D++6Tw2DiTYN0S6JwZJp0zJmRFkxaVbqpsRTqR9lfAyEfaPh2HiS3&#10;4HSwZfpfJpVJZrF3tqx/oHgOc6G2AwMKOLh03CpPoOijG8dXxaZvEjlwuKSgAV7kQ4vUAnax5rXN&#10;P6Z4V7mFsWqCPtE/XxkqrYRXuYpMXqFX3WI42fOrJbE17mBsWnI1J4160rDQr3I74rPb3SeNHzq2&#10;gCvc4nF6oqPeNvp42Zq2kV7kZ8Tnv9q/18pNPgDor3O/5k+4EseVnrr0dVe5HOJP/wAWHmymnNNe&#10;5wNdM/8AuxC8bg1vZwr3MJq51b3Jifr5oA8auMa9zzVlQdTL+fKxOyqEdVe5wkqpyB+k/PmtKq2D&#10;1V7mGSWoc23W+sca0qpwV7kdmkGhlN/p/o5rQrrp4eVe5jIdhu84/meX7pStk0+F6a9zEUY95Sfv&#10;HLlhXXVivq9te5kBIFi7fTryhZUMcaprHQPdXucfN2G4kY/Tu5UIqwUa9zkZpgPt+6dbX5ctmtE9&#10;Ve5waWqc/b0+Dca0lNe1AV7nV6sC4b673PG9M8a9rFe5w82qYe85HLhrrq/hr3OBerHaQ/fx3uT0&#10;e41qRXucvMfbbzf48p3SuuvCvcxCWoU/o5fvB0+jjZbV109qjhXuZDLMSLyXPtt/TzUKTtHtrRVN&#10;e5jMky3vLbjoJ6BVZFe5mWqqXG1JuMJ21qvcxmapZCpY3vzwROM1caa9zxqKpTYOT8D4c9qiqmK9&#10;zg005NzMR9fKhRpxKgOFe575iYdpS3w5cKNbKgRsr3PGpnXs3Lk01ga9zJLW1czNdjqABpzwRVkw&#10;K9yOZ6qUXDsOUKDVyRXuZo56hAfMYsNOWCTVCAqvckPiE7ErG+wfHngk1UIjbXuRGqZtwu9zypJF&#10;OSK9zpqup/xflzYM1SK9zktXPfe7aezmkJNa017nmqpg1kY25WCKcAAr3PCrqV1DcqoHhWiBXucv&#10;n63sX93ngDVhAr3OhX14kHlvzenrr0A17nL+ZVh+0+7lINM6a9zzVs9t263HAK3Ar3OYxGc9j254&#10;g1uvcw/P1mpW55oSKdgEQa9zJ/Mq0i1ueMmqd2ivc989VjuebmvQOivc4fP1ng3NQa3hXudriNYG&#10;sxNub0ztNXABr3OkxOrBK91+I5Up66r3Yr3O/wCY1J1UD7uVg1ruwa9zkuK1g5sIPTWu5HSK9zsY&#10;pVk9zzcGthsCvc5fzWrGob8uWM1ooFe5kGK1VrluVxNMd3Xud/zWp8TzURXtEV7nhilR7Tx0GnAB&#10;XudHFJ1OjHltVaKBXuZv5vPt27uUJmm+7Fe57+bVB0LG3K4mrBsV7nL+ZzfuNY8uRhW9Ar3Mv81q&#10;Qwu/NAGqaK9zI2M1H+I/dxwCq6RXuchjM5WwY8qVQaror3O0xWUH3yfp45qqxQK9zKcYmts33H08&#10;2DNV0A17nQxmYabuWq4QK9ySMYl2/a43FU7sV7nQxmUC1zz2ojj7qpoFe57+dzBrX5rE1cIr3OZx&#10;2ZvdtxrHpqnd17nP+dubW05YEjj7qqhoCvcyfzub91+X1mntFe55Mak3WJN+emq6Jr3M4x6VdAdO&#10;WmvBoV7mUY8T48ZIJplTNe5kGOtYhTrzSQQaa7qK9ztcak/fPhy5Jqumvcyrjb/4vz4zqNbwr3Mi&#10;Y2SxDNx8bJreFe53/OiGuWuON95NV0g17khccDEEnjqSSa1pFe5IGNx278U1rTXudfz17X3crFW0&#10;Cvc5xY3f7TfnxozW9Fe558bKtZW78dRjVQ3Ne5kXG5G+y2vNkRWy2njXuZVxmY925qmtCK9zMuOn&#10;b9r8+bpzTXudpjcjNYOPv5VWArZbQK9yQuMuhuX+rjSVTTGkHZXuZv5232w1+OJM14I1V7nX88Ym&#10;xPHSIq5aivcyDGSP3zzwE1TTXuZ0xgKLX5vTVtNe5lGLqF0OvLRXor3MiYx4+3jcU3pr3MoxZQbX&#10;5qK8E17mUYuB489pqipFe5IGM+080EmtBFe5nTFjJoDYD488UkVoor3PHGbkWbtp35WIrYTFe5l/&#10;m4/xfDvxyr6K9z//1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpn/ABRPU5U0dLD6&#10;Yen8xevxIRSYw0R95YnIMFELa7pjZ3GnubRqHI5kj2f7tO5q+hxCCta1BtlAEla1HSIHEydKes9V&#10;cgPqb7Thl7P8gtVwpQC7pQP2t/clqeBX969ng0jELIoWOnmB01PFLm/GCI6emV2Rn0A2gl5D8FH5&#10;39nCcdNMjU+Q8sx4bYNVS2kqXHi5HYH/AAr2H3+J59xHY12Ztdl+TIs8DcOQ5crH8TpH2g8UNjwI&#10;4GCqAVmvmAzvNDmr5X/CMEjoHT5nafZwolfVfqDU9Rc1y4rcrSQ3ipYz+7GD9oj/ABOdT9Q7AcEL&#10;mWNBCgz57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e5xZlVSzGwGpJ5RSggFSjAGJJ2AdJrYE1yVWdgiAkk2AHjwnnUr&#10;qBinUjGhkHI93pN1pJFNhKVOpJ8Il/Pv7OfN79Qfbsvfh5WRZMv/ACNCodcSY/MqSeB/4wkjD/jh&#10;GrFITWSOQ5KjKkfmrn74wH9Gf9Efds6aP30K6KplSCPNuaIgcTlW8UTD/edSO5H/ABYR3/wjTvfi&#10;9y70twLL+GrTFjLMQDJJa25vh7APAft5zgYs026Y48TVrnMl3Cp2DgKM3x5GUMJa49nw4+WgaS/m&#10;Jr3IzZPwon+zjS7cJE1YvmMK9yPJkzCQPh8BxN3IImlCLskV7kRsk4Wzjy7/AHcp3Qq/5k17mJ8l&#10;4dICLdua7gU+i4r3OL5KwxV+xxvuBTouDXuRWyRhT6leNqYAq5uiK9zGMi4SP3eJ+7Bpr80a9zCc&#10;i4Vf7J5osg08LsivcwyZGwodlPLC3FPC6Kq9zC2R8H/w8ubYdHvq/wCZNe5wGRsFa6lTxKbVAxIP&#10;tp4XUCvcxf1Fwa5sDxnuU8PfVvzJOyvcxnIeDn/FyirdJGP4U6m4PGvcxtkPCH927/lxj8qgdPt/&#10;SnfzEV7mFun2CD95+P8Ado663+bX1V7nj09wY2IaT8uVLKelXt/Sm/zSuNe5jbp5hmpjeQD6uM/l&#10;0niT61YXZHCa9zi/T/CD7rTSrp7BzX5ZPX7aub7+999e5hPT3BttxNKfjcf0c3+WSOn21T891V7n&#10;T9P8M23WWU/WP6Ob7pvrqwvh0Cvcj/5vcKU7w8hPxIH9PKdyjpNPi8Xwivc5Hp3hwXcsjsT/AKw/&#10;o5cW4P2k1c3qxwBr3OK9OqA3JlkU/SP6OaNvHGabVfL4gV7mNunVAD7s8n3j+jlSxhVvzx6E++vc&#10;8/T2kVf8vJ94/o4lDCev21X88ehPs/WvcxN09pbe7LJ9w453Sek+39K8L3+999e5jHT6nPu+dID9&#10;A/p57QkcT7f0qxvf73317nv83sCjaah7t2BAHPFAOw1sXwG1MV7kdunkaaNUMt/oPL91IpT+eB4V&#10;7nh0+hTX5pvuHKdzzH61T851e79a9zJ/m6gPvfMn/kH+3jenr9361788Oj3frXuYZen0Ci/zR1/1&#10;f7ee7qauLyeFe5iPTyIWIqSf+B/t5cNnh8J+Yrf5vqr3Oh09T/lJI+lR/TzZbPT7o+da/N9Ve50c&#10;gKNPmr3/ANX+3lO6Nb/N9Ve52vTqwP8Apn/Jn/P3G+7Ne/OdVe5w/wA3dlv8zf8A4D/n7m+7NN/n&#10;Z4V7nE5AcaLU6f8AEP8An7ntBp381/e17mP/ADfzDUVP3p/z9z2g1sXwG1Pvr3MZyBUHQVAv/wAQ&#10;/wCfubCCa2LsE/bh517mM5Dq4v8Adgf+B/t5VbSuFOl8K2V7nhkhgPfm1P8Aqf28p3aqr39e5w/q&#10;LWf7lKLfEf2893Zq3fjjXudtkHEz2lX7ubDZqwuBXucf6h4mO8q/dy3dmvG4Fe50ci4p+7IvPd3T&#10;X5kV7nH+o+Kj95eMBs06LoK/f+le5xOScWvfevHO7NW78V7nE5MxS9mIHN90o1Uvivc4/wBTsTX3&#10;VIPNhoitd8DXuYzk/Fb9hy3dmrd6K9zJ/U3FW8BxrRTX5pHSfZXucTkzFhqV5QoNbFwk7K9ziuTs&#10;XJ0Uc2EHjTn5hPGvc4tlPFo2uV5oIxr35hPCvc6/qtii91/Ljmivd+K9zv8AqriX+HlO7VVe/Fe5&#10;wXLOM6+4AOW01cPIr3OP9VsT8VvyhB4VtTyeFe50cs4kmuzmwCdtV74V7nX9XMS8UPLFNb74V7nX&#10;9XsQX9w80E1YOivc9/V7Ev8ABy2mtd8K9z39XsRHdOW01oOivc7GAV57xnlSmrl0V7nv5JXXt5Z5&#10;UCKoHRXue/kVd32Hl6qXxXucP5RXKt2U/dzYFKA4ivc5LhNUUB2HnimmVLE4V7nf8prOxUj6uU01&#10;4LHGvc6GEVg1sfu49FW1ivc7/lVZ7D93K17WK9zoYTV9tp5SKaUuvc5jC6sD7J5aKuCK9zwwmqZr&#10;7Ty0V4rivcyjB6q5sCPq43pprvJ217na4VOLhr/dzWmt6xXudjCZz9kHmwKr3le54YbUg7tp56K9&#10;rr3Mww2q29ubithde50MNqvZy5FXLle52MPqRqVPKEdFN69WFe5lWhn7bTymlVNkV7nJcPn+P3cd&#10;CRTVe5z+QqbkAX46U06BXuZEw+pK9uJyia8RXuZBh9UDe3HQIrVe5z+SqvZxytV7nH+X1HsPLxWp&#10;r3Oa4bU9+bIreqvc7OH1DHW/1cZg8K9qr3OX8vqUF1vzwSTtr017mT5KpHa/LaK1hXuc/kakfXz0&#10;Vevc5pQ1Ciy/a5rSTtqwjjXuSBR1NrsDfl9ITgKclOwV7nJaWo2AAHjQRBpggDZXuZkpJu9jfipY&#10;qpVFe5k+SqW55CgmqBwV7nlpJx7ebKqcKxXuZvk5tt9b88kjjVNQr3O4qerBIF+bJFeKhwr3JiwT&#10;+PE5M0nmvcyiCbmqtNe52sFVtG7nppknGvclRpURm/t5776srbXudlZipIW2vKzXiYr3OXlz27eH&#10;L1aa9z//1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wCvUh1ywL08dIsU6l4ztklp18qip2N&#10;vmKuQEQQjxsSNzkahFZvDgjynLlZq+llPHEnoSNp/DrioV7Qd9GNwcqdzF6CUjS2g/646r7EeU4q&#10;jEICjwp7y7gk+YMWiw6G4DG7t/hUfaP9Hx5redJ8Kx7qDm7EetmfZWq66vqJpVkk/wB0mkYmWUDs&#10;FW+1QNBqBbaOfVJ9IvZGlSv7R3SIbaluzSRgVDwuPdYRihBxlZWcFIBr44e0Tep/N7hwvLK3XlFx&#10;5XElRmOqdsDAJgDDCm31H5/gwnDoumOXm2XRGqtp+yg1ji+lvtN8Le08M3z6A6xaol3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9wqHWLqVWY3XHpzksmRpG8uokjOrt4wqf8I/fP1dgb8EvqU7czfLXuzkq/DJR&#10;dvIP3HYbdBH8I2PKH3H9n9oWFT/u1kYYT+buBHFIPD++PX/RHrtijren3o18ssOfs1RfpGs9FA4+&#10;yPCZwfE/uDw+13tZXdPclUOSsMMd1krJgPOlH/Ki/wCqPz7nwA5GWtkLVPWdp+XlRlmF4q8V0JGw&#10;fM9dHC4u3dj4/nw0IFEONe5haZVYa2t3txPppxINe5BeUb73J5peApaU+HZXudNKhU3uPq4i4V5A&#10;IEV7nAVCRqPe41xq8E17kWSpUvZCRf2c2aUJRXuYGk/eLafSeVmnor3OImX7FwOJV4mmjNe5wadf&#10;s7rW+HNJAFWT5V7mAst7h7nmjT23hXuYSTYknmwqKdSmvcjmwOrfnxrTV9Ne5y3qp2g2vxtZgRWi&#10;Yr3MLgpch/vPGFeGlIr3MDTMpFyDxiZq1e5w8xf900+jlqtXudtIQLfnzeNU017mI+btvGSeWhRr&#10;2yvcxlibsTqPbxsg8a2BNe5150trs+nsv/TzxFO6Yr3MXzF7jufYbcbXhsj2iq17nFpZdAVC/Q3H&#10;BNOA17nZdiNoB4wUHo99UIFe5wR9kmhcG3hf9nNBNXAr3ObvLfcz9/bcc3pqkV7mMGQi3vEn6xyh&#10;Semt17nW2bxuf+BP9HGSK1Fe5w8wWsW1/wCI8vNOadPD317nvNkC2TW3tHNxTf3V7nhPvU2JLDvZ&#10;b8cSmadS2f317mDzr/aZgPiunNFMcacCD+4417mVSX7OPrHKTWij/Gr3MbOVa28W+jnopwDq99e5&#10;2XYi3ukfQOarRUQY2V7ngZT/AIf+QQf2cuCR++rSOM+hI+de5h/SLdmUf8gj9g5YqPJrRKf74ep+&#10;Zr3Mgkl26KP+Qf7OU1E1XDpPtr3PfMOO6r93N6D0mvaB0n217nZlLJ9hPu5TEVuEjifaK9zHvkuB&#10;tUDlgYp5MEbT8a9zmZpFG1VU/nzYxpgt17mAyuW1AH1c8RSiMIr3Oy7nsOWSYryBpr3OJ8s6sAT9&#10;A5o05XueOwm+3t7OVpoiTXucrhjpcccq8V7nEqe415o16K9zv3x243WoFe555XJuByyRFUSnTXuc&#10;wxI3W5tVPFGrGvc780sDu0t8OVxpPpIr3OgwIuT+XHKf4V7nIGM81VINe5mjKEnQ8YMVvxjiPdXu&#10;deWzdr254Gmirpr3MgWRF90ccKQaqYVXueCuw97TngkJpwQjGvcyiM2sTrzximi9Xudqijudeaqv&#10;e17nNotNeNxTZMY17nFadR4DmzAFXS5Ne5zeJAo0HLgAivKVXudokfiB93NaBTYJr3PCJGa3GiK8&#10;VEca9zmsMdtVH3c3FU1Hpr3PCCAj3lF/o56raj017nNYIbHYoH1csIq2o9Ne55KaK3vKD9XHCBFe&#10;1Gvc5fKwf4Py41pFVk17nXykO7VRY/Dm4p3Ua9zo4fTE22L9w5uKcCz017mYUFIRYoPuHNRVS6RX&#10;ueOGUtr7Py5oiq96TXucf5bS/wCAfdymmvaj017nv5VRf8V/w57TXtauk17nIYVSntGv5c9pr2s9&#10;Jr3Mowij8Yx9w56K93pFe5k/lNFbVB93Paa93pNe5HbBqFjbYNfhx0JpQHor3OS4LQp2VfuHPRTS&#10;nidle5lOB0L67B93GtNeS8Rtr3OmwPD2P2B93N6a8HSK9zyYBh4BO0D6uaiacLxr3ORy/QWGn5c3&#10;pqvfEV7nX8gof8I+7lor35g17mRsvUfgvGAmm9Z6a9zsZcoCLkC5+HLEGth1Y2V7nFcuUhayqPuH&#10;LgRTxuFca9zkmWaYEkgH6hzRwqhuDXudnLVMG2BV+mw5oGth817mVcr057qPy56Kb/MGvc9/VenJ&#10;7D7hzUGvd+a9zi2VoRYKB9w56DWu/Ne5l/qzC2lgPq56DW++Ne57+q8A7AfdzUGt99XueOU429+w&#10;+4ctFb7817nYytF3sL/AC/PY1ovE17mZMsx7fdX8uepvvSK9zkuWAPAcqZpT39e545Xv2A5YSdtV&#10;L017nJcrL4D3vZyhTTXeV7nNssLf7IHPRW9U17nv6rG+g5uK9qr3Ozle1rjlKsFRXuclywL3VQT9&#10;HLRW9Ve5z/qrI3ZBzde1Gvc5jLJ2AFfy5TSaZ7w17nL+q7WIK/Ry4Vpq/eGvc7/qxoFVbnx5qZrQ&#10;Xqr3Pf1aP+Eezloq2qvc/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1vfXR1trPVF6goOl&#10;mTagtlvLUktOsiG6Szg2rKvTRlW3lxnUEC6n9IedL+w3svuN88xYy5oELfIU6uP7kwnFSj5J2Axq&#10;WpKNpFfNZ9SnaoneC/Uywqbaz1IRBwdeOC19YkaEnHwpKhgo0MENbQ9K8gVOb8XUfMSKCiHQszf5&#10;KIeOp1b2C/s47YZhtHg+HQYVh6COCnRY0UeAUWH1+08+3XJcnt937RqxtEhDTKEtoSOCUiB5k7ST&#10;iTJOJrhe+8q5WXFmSoyT51XRi2K12OYnUYxibmSoqZGkkY+LMbn6B7B4cn8E1Jabue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9XuF662dUjlulOVcvyf78ahf0jqdYUb2W7Ow7ewa+I5yZ+pLtv/ALGsHI8qX/ljyf2q0nG3&#10;bUOBGx5wfbxQg68CUGpf3YyL86r8w8PAk4A/xEf6Ecek4dNGa6BdH/611i5vzHFfDad/0UbDSeRT&#10;4jxjQ9/AnTsG4AGToDl5GrmW9VILbv8ACD4D4nx588tm1+X8R+4+7njUyXzhuPCPtHvo/wABbQcW&#10;gzdXAn3jf6eHJfNEH5evc4nOOI+0/fxjvia3+WTXudHOuIAW/bypfinE2or3MZzviAPf8+UNwThS&#10;oW4417nF88V5FieVD1a/LDhXudHPdabAjjBfIrf5avc7Geq29yByv5g1sW9e5ikz9iG3YBpfm++N&#10;XFrNe50ufq0pqoJ9vGi/FX/KxXudjPtURZoweV7+dle/LV7mE57qd1xGPv5XvTW/y1e57+vdVaxj&#10;H38qXZq35eK9zzZ8ewJiF/8AiX9nG1OxW/y9e55s/Nb/ACIt/wAS/s433s7a9+Wmvc5Ln5du0w3/&#10;AOC/s4939OG2mvc5HP8AGR70H5/2caLorX5Wvc4Q56pVJLQsb+1v7OMd9Wvyxr3OX9e6Mrt8lv8A&#10;kMf0cd72rflzXuckz5QqLFXH/BD+jni4jjPt/SvflZr3M4z5QMv6JHv9R/o5oPJ4T61o2te5yTP+&#10;Ek/pRJ9QHHO+Fb/KkV7nQzxgnnBi0gW4v7g7ffyxdCun2VY2xNe5JfPOXnb3Wk+tB/zVyvegUn/L&#10;LFe50M55aksDMym+v6H/AJ/57Wk142zn9H3/AKV7nMZpyuWsapvp8n/n/mw4kVdLDgH2+/8ASvck&#10;jMWV9u4Vwv8A8u7f8zHni4g7THpVFMrH8Pv/AEr3OX9YMtspZq9dLabSP28rLf8AS9360z3a/wCi&#10;fb+le5kOK5ZZRIuIxkewkg82rQBOr3frWu7X/RVXue/muCEXGIU//RQ/80c8dPV7f0rwbI/hVz61&#10;7mQ4hhLOoXEKYliB/lCLfT7nPIIJgx7f0r0KH8Jr3OfnYX53lCth07skvf7005rUmdoHr+lWUTxS&#10;fUfrXudtLRrdVqYXHxl/595QlJ4g+v6U3PQD6D9a9zrdSEXSaL/ot/z7z3O39K1BP9L2frXuZGjQ&#10;+/5kdiNPf/s5TvBVQodFe5zkp44UVhLG7EagN25bDbT3eA4V7nRgPlCUuhPiA3KeFVMGB017nDym&#10;8rzC4tftuHN4JxFOJUE417mIK9tyv+Y/p5vXVi+Oivc5mOo07m/bUc9hTWpPQPfXuZGpKiOLzHV7&#10;eJ05ulYWOkeyvcimR7qtms3jp/Txs4U2qOr4fjXuZamNqeTymudL305cECnWyJ/Wa9yKzew6+Nxx&#10;wqpRNe50JQvc8Y1Cvba9zq17EEe9214/rFar3Og4jB3tYduNlQr1e5x86IiwkuPo433gFb217nXz&#10;UF9u7XlwsGrgV7nMTRHs1+OAivHCvc5ggCzHltU02FA17nESKhsDccrqFbmvc5CZ/wB0j7ubkVqY&#10;r3MjO5AAItzeqvTXucfMVe4vy01s17mZKmSNtf4cTFNJCxq417mf5u2vKAV4ISnCvc81S49ljx6A&#10;av3aTsr3Ovm9NOa01vu69zkaggaDmtFa0Cvc5GcbfdF/r5urd2K9ztamQjVeU00m7kztr3Ofmyjs&#10;Obw2GrlKQYNe5wM8gOtuX0YU73Qr3OSzE6ntzWg17uxXueWcBtOVKaaUgCvclq5vYgW5Skde5w81&#10;Q1jy4FKENlde5mVkIuvNERVXEFvbXue8yw0OvPTTAIr3OXmG193N05Ne52J1Y29nG5NPBHhnjXuZ&#10;BUqPe8T8eXpMJr3OXmEkFeV1RtpyYr3JIlYrtJHPaga3qFe57zPaeXFWkV7mMyR+B56qahXuc45R&#10;7OWq0ivczeYSN3blJre2vc6EzNot+bFbmvcy+Ydpv35earXucg4VLka8pXhhXuc1cgaePN14ma9z&#10;sFvjz1Obca9zJf3fePPVqa9zKAxO2+nPV6vcyeW3g3PVSa9zyhmGvKxFN17nJY7nW/LVuTXuZwrq&#10;eVqs17nNVYarysTXq9zkQWFl78ZIjZXpr3MpQhdO/FAE1uK9z0Z017+PLV6a9yRu0uOVmtTXud2A&#10;05UmrA17ngNRzwE1bVXuZQtje/LVevc5n4C3x56tTXuZB8DfnorRNe5kJsON7a1Xudhxbjorde5k&#10;DXGnNRXq9zy6jde55qK1XuZz3HPEVaK9zIftW40mtxXuZ1XS45Wa3XuZAd2g56vV7nig+7jqTNbB&#10;r3Mm0E7jy8Vc17mVEF9w5o1SK9zvyl/by1eivc//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CH/i&#10;Deo//MF0Snw/AajysxZlElFQbTZ4k2j5mqHiPKRgFPg7oewPJJ3Xyn+Z3AKh4EQpXWeCfU7eoGsJ&#10;e3ftB/sNkym2FRc3UtNQcUpj9o6P8RJASeC1JOwGlxkLL389xlZJ1vT01nf2E/ur9Z/IHlLXQbI3&#10;9W8tfz+uS1ZiQDC41SHui/Dd9o/V7OfZ/wDS52Z/2Pyb+a3SYub4BQkYot9raeouf3VXSCgESivk&#10;C3rzT86/3SD4W8PNXE+mwevTQE+ovqF/WnNX9XMOkvQ4UWQ2Ojz9pG+O37I+u3fg8c6hVFNF157n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e4GfVDqHS5AwEzpZ66outPGfb4uw/wr4+02HjcYZ9tnayx2V5WXUwq7elNu2e&#10;KuLixt7tuQT/AElFKARqJA2yLJ1Zs7BwQnFR+Q6z7ttCv0j6ZVnUjMQpn3R4fTbXqpR/h8I1P+N/&#10;D2C58LEoWAZfr8T8zNuNs0s07F1L9ySdZD9Ph9/s58qVxdP5s+u+vFlx11SlqWoypSlGSo+Z2e7C&#10;KyTuX0sgMtCABGHDq/GrNsPoKLCqKLDcOjWGCBFSNFFgqgWAHH2WmfsunGFuRRVJAmpfIvkMt92v&#10;GO8mnEya9yO0R/w8b10oivcjugHcc1rFOpSa9zC48s9jb28aKop2Omvc6upF93Gtciraa9yM5sbj&#10;XntdWg17nBpUvo3PFYFeEivc4PKlu/G9dWE17mHfH4+PNakmnIJr3PM6L4c2SBsrekivc4ecoOgH&#10;GisAVvSa9zG01z2H3DlQuauEmvc7EkB97Q/VzWqKpBr3Isk0ZO0Gw9luXCgaeANe5wEqAjW/NlSa&#10;cgmvc7MiMb35rWmvaSK9zhuVNfbypKTXoJr3PXTlNVeg17nK6W1I57XXoNe5x3IuqG3NTNeANe5g&#10;Yox3Dt7eewp+vc6tGWvzWHJrwwr3O2MVrX15aRWwTXueG3bcMDp7eewrxr3OAe40/jzcxxreyvc7&#10;uxFu3NE1qvc7XZ3JP0c8VGtY17nEuLW0H6/HlFKURGFbg17nEg2spP382FEcatXudAux2vr+vjzx&#10;UZ217Cvc7Oota1vhy2oitV7nrDwGvt43JPRW69zgDIh0vzceVXr3OJV+6nw56BXga9z259u09/o5&#10;uTXq9z21g110Hw5oGK2VV7mS7jsTy2qtTXudedMPd3H7+amtV7mTz6hrDewt2sx41qNXkV7mRq6v&#10;27TM5Hs3G3L6zVYTXucFr8QAsJWFv9Y8oVGqlKTXuZkxbFI3EgqHBHY725YLqndoPCfOvc8+OYxL&#10;L50lVKzf8Ta38ebKzWu5b/oj2V7nL+d4se88n/Ibf08Zk1ruk17nYxvFhb/SJNO3vHjmo1ruk17n&#10;P+e4p2aZj9JvypUat3Ka9z38/wATT7LnXje3bXu5TXuYzjWJsb+YeOVbuk17mWPMGKR/ZkPNAkVQ&#10;sg17mQ5kxgjWVvv493lbDCBXuco80YvEf8oTz2qvFhNe5l/rTijX3MbnmiuaZLAr3OQzVigGjm45&#10;rWar3Ar3MiZ0xVTa5PHgunPywr3JH9dcSZr3HPFw0ybVNe52mc8QRidNeNa5rxt0mvcytnerIsOV&#10;1EVUWsV7mRc6TFdrrfijvTWu4Ir3JEWeJk0KAjmu9NMm3Jr3JQz4dtvLA+jjuuvflzXucP6+SjXb&#10;xvvK0bQGvczJ1AJTa6jlwvppr8nFe5yjzvDckjvy/fU73JFe5mjzxDGCSv5cr3prfck17nIZ7iJv&#10;t/Lni4TTZtSeNe5kXPUVrMBz2umvy1e5mOeaZtQLccCxXhbwa9zwzxB2GnPFQrZtpr3OS54pdQe/&#10;K6qobWvczHO1OwsCBy2qvJt9Ne56LONJe5A5rUKdLJr3JH9baM+I44FCmi1XuZ/64UQsBblSRTP5&#10;cmvcypnCjHvXA43Ir35Yivc5jOVIdNw+4/0ccChWu4PRXuZP630Q7sPu43NbFvNe52mbqS5Ibjk1&#10;U29e5k/rTRMNXseUmK93JFe5KjzVRBbbxyoVNULRNe5J/rLRW3bxy+qq9ya9zsZlo30Ljntda7k1&#10;7mdMx0g0LDm9VVLZFe5OXMFFa+8ac3NU0Gvc5nHqJxbeDz014IIr3M38/pPFl7W5qasUGvcypj1F&#10;7QeWmqd0a9zMmP0Q/fA5uat3Zr3OZxumI9xh9PKTFNFBr3My41Tvo7AW56aoUkV7mdcXpFP2xymq&#10;qwa9zmmKUY1DjjgUKtpNe5nOJ0v2t45QLir6a9z0eJ0JJO4XPLa5qumvczLX0qktuH38ttrWmvc5&#10;x1tMBdnA5U1rZXuZvnabwYHmwa3Ne5yFXTn94cvNamvczx1VPfaXB5Qqq1e5y+agU23DjZM17bXu&#10;cxVwe3lKtsr3OQqYj3YW48K1Xud+dF+6wH389qrde5zWaL7O4D6OXmtxFe5K3oSADe3jyhNbFe5m&#10;81A2ptxJFbmvczGojVbA8drU17nJZobe6ebrde5lLx3I3Djgwrwwr3O1mjI78cmavXuZ0liIJJ42&#10;rGvTXudebF7ebrU17n//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcw1NTT0dPJV1cixRRKzu7kBVVRdmYnQ&#10;ADUnlgCowKZccSykrWQAASScAAMSSeAHGuSqzsEQXJNgBzV762dSqr1g+p6uzRuZst4WfIokNwBR&#10;wMdmh7NUyEuw7gMR+6Odsfpn7I/7Z5szavJlhmH7o8CARpan/gioREzoC1DEV8mvb32nK3szJ69Q&#10;T3Y/Y2w6G0k+OOBUZcPQVBJwAoTc9ZgTpB0xb5dguJ1t447dxK495/oiXt4Xt7eDYAFAVRYDsOfY&#10;olIQIGAGwVyjJmq6WZmYsxuTqSed8vWq657nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7jJmLMGG5XwafHMWfZDAtz7WPZVUeLM&#10;dByN97t67PcnLnczv1aWmUyf6SjsShI4rWqEpHScSBJBnZ2i75wNNiSfd0k9Qp/yxlvFc3Y7T5fw&#10;ZN89Q20exR3Z2PgqjU8J1l/Ase61ZrqM240ClDCwUDXbYapAnwA1Y/H2tz5Hd9d773tQzZ3Nb0wF&#10;GEIBlLbYnQ0nqSDKjA1KKlESqspv2WQsJYb+47TxJ4qPnw/SrSsjZMwrIWXIMvYULiMbpJCLNJIf&#10;tO3xPh7BYeHB1myHUmA08ZsOwAHAQq34UEhdDbSv40S9PaiM7bHw1txAq0JpWm61V7kSTIFSB/Zx&#10;j8tTwuor3G6TIFYOy/lxn8vT/wCdFe5BfIFaQWt+XEptJNKk3gr3IEuQ8QUWYEj2W5RVooCBTn5u&#10;a9yI+Q661gh+i3E/5YjbTguwNte5BkyLiKn7Nvq5UsVcXYr3IbZHrpJLqhCjvpxs2yjT/wCbT017&#10;kWTKFdchUOnw40bUqp8PJPGvcb5snVxJYqw+rjItCnCnBcBPGvcgPlatjG5wx+rljbqGylKblKq9&#10;yC+Xawfut93G+5JwpQLhNe5Hky7iVrhW+7jSmSmnBcJHGvcxy4RXIpUJY/RyxaNX75Jr3If8rqyt&#10;ytz9HGIKcKv3oFe5iOH1S/u/lysFVWCwa9zF8pUXswt9XNFMVbUBXuYjSVH7wP3croNOpWDXucBS&#10;1R7g/dy+g09pFe5xNPPtuAbcYkg1opFe5j8ipAuAfr7ctqNegV7nHy6hDucHX7uek1YAGvc4kT3B&#10;2nmtRqsAV7nmE9u3PajWwBXudeXMBcW/Pjmo1c4V7nH9IexHK6jWymvc6JmAuNea1GtaK9ziRKCG&#10;8OU1xVYFe52zSnUDm9U1qBXucd03s57Wa9pFe5yDVC+9bTlgSatpFe5iaSe+uns47Jr2kV7nYeYe&#10;9zUmt6RXucxNJ2bTldRrcCvc6WZ+5HPa6ppmvc7M5J0HNFRreivc5eeToONhRqmmvc785wbEa8uF&#10;VrTXucDKxOg5bUa9pmvc5LUG+nNTVi0Omvc4+frfmprfdCvc7NR4nntVU7uK9zks5Pbm9cVrTFe5&#10;0ZW+HN94TW4r3OPnc1qr0V7nvOF7c9qqumvc7NQqi3jz2qa2ETXuY1qRc2HPTVu7r3O/mxftz2qt&#10;d3Xue+bHs5vVXu7r3O/ml/wj7+amt93Xue+aT2cc1YV7u69zl56t4cqDVNEV7naTrusOWmvFFe5x&#10;88XPHAoVYIr3Owyjw42VV4ivc7aWM6W54VoJr3OIeIacuTVyDXuZPMitoeVmKY0mvc95kft5rVW9&#10;Jr3O9w57XXtNe5zDr2J5QKqte52zLew147qrYMV7nEbRqTb6ObmvTNe5yBQG+7niYrWJr3OfmHwb&#10;lNdaivcx30ubce1Vevc5hrDw5XXVa9zoNr3GnLSa2TXudgEnS3Naq9MV7mQb+e1U0VCvc42v7Rz2&#10;qtlVe5ys40B5cKrVe5179/fPLlU1cECvc5Bnv7pJ5WauFAV7mQNLe+v38uFV4rB4V7nbSy3+1z00&#10;nCQK9zms0wH2uV1VvQK9zmJ5+178occa9AFe55ppVF78sFzhVUgGvc5x1k50JPLTTkCvcy/OTJrr&#10;zU01hXucziNQToTy01UgV7mQYnUopUEnlwab017mQYpVe0jTlSqqlANe5k/mlRp7x5XVWg0K9zNH&#10;jNQulz9/HQav3Qr3Mq49VNpf8+W701XuxXuSExyrAsDp9PGtZJ2UypMGvcy/z2rtqb/XxZrrQTPC&#10;vcyJmCqGt9eMFfTW9EV7mdcx1Q8R9/LpINbgV7kxczSldf481FJNFe5kTM0wGvb6eN8a33Ve5nXN&#10;EoYAXt8Tx4pmthqvcmjNMoHf8+V7uabLE17nv61nxOv08r3cU3+XivcyrmqS2rfny2ir92K9yZHm&#10;mTcDu/PjkVUs17kkZoYa7tfp43FVDE17nJM2OTt9nx5VQIrRZ017kpM1t3vzYk1Xupwr3My5tf8A&#10;xctpIrX5evcz/wBbGBGvG4NOluvclx5sJ94uRy09NN9xNe5k/rUSwIf7+Uim1MRXuZjmhzqGv9fL&#10;AU33Ne5lTND2/t47Vu5r3JYzSxF76/TxmaY0V7nYzOd9r/ny0053de5LTNHhf8+WSQat3Ve5z/rM&#10;Pb+fN6hVe7Fe5//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ysT8T71DHph0gTpXl6fZjObxJFIVPvRUC2FQ&#10;xt284kRC/dTJbVeTDudlX51/vlDwt4jrVw9m3zjprnB9SO/v9m8pGWMKh68BSqNqWB/dD1d5IbE7&#10;UlcYihJ6a4B/MsWOKVAvDSWIv4ufs/8AIPf7uVjdHclf1NyhGKpNtZW2mnuNRce5Gf8AiC9/iTz7&#10;f/p77N/9jzIEB9MXV1Dz8jFMj9m0f9rQcRwcU5GBr5L948z/AJlcHSfAjwp+Z9T7ooqXXHPv9es7&#10;StRvuoaC8FPY6NY+/IP+Jt2/1QOCvzOqgDQN89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zokKCzGwHKqUEiTgBW9tdgFiFUX&#10;J7DhM86Y1ifWrPUGTMst/vupnJMn7ptpJO3tAGiDxv7W58u/1B9rKu07NBl9gqbG1UQgjY84MFPn&#10;pSMUtf3sqwLhAydyXL05Dbl90ftFDZxHQnz4q/SrHOhHSxciYD/N8WjtiteoMlxrFH3WIfHxb42H&#10;7t+HAwLLuEZZwaDAMJURw06WAPcnxZvazHU8w3aZ7lISnYKA7767lZWraaHvmd3v3tfw4o2ba03J&#10;wNe5Edhfb48aCSTS3FOAr3I81xHfThdMGtCTXuQzI7ezj2FKY017mJy5ATQ38ONFMY1YGvcwCJpO&#10;yiw5oHGntRGIr3Meh1Fr/AcYVE41sEnE17mGVYtw3i/1cYIBp4GvcwGONbiP3b+0c1GmrivcwtTw&#10;roQPu5WK0FmvcwSU8a9lX6wONFNPaia9zD5MLnaY1H1DlcE7asFqTXucDS0bAjYpI/1RzwA21YOq&#10;r3IjUNMDeSBWHwA54oCq8XVV7kb+TYc0ekak+Og41oTTofUmvcjnBKJiWWBNv0Dl9OGynS+tQmvc&#10;iNgOGm/6JPuHGSlO0iKcL60ia9zhLlvCGQ3hQ6ewDjQaS5XkvrXjXuYpMqYKdu6MLp4EcqpoJq/5&#10;laa9yHLkvB5tY9u7wFuNaE05+YKeBr3I7ZGwsn7CgeJAHGC0Kt+ZnjXuR5sgYMy3J8b9vDmwyk08&#10;m5I2Gvci/wCbrCHJBvr21txwsA7KeN0rhXuYB00w8Ekbvh74/p41+WinBeEDGvcizdMaWT94j6Tf&#10;jfdCvC+r3MX+a6BV957j/iR5YsU8Mw1V7kNumFKg93sfab8Tm3p8X+qvcjHpfTbtqvY/Djot6uL6&#10;K9zEelcw95HWw8T/AEcYNtjWxmCa9yHJ0xrlNwdw+C/2cbLGmrKvhXuRn6eVva1vp578vT/50V7m&#10;MdPsRI2qwt8COa7g00btJOw17mM9O8RP2gGt7LcqWDTwvEjYIr3MJ6fYoDonK9yRtq350V7nBsg4&#10;qY9/ldue7uvfnRXuYf6i4wi+9C33c0lnVjVxeCvcwjJOKpqYWt+vhzRbmnjeCvchvlauRtvkMT30&#10;W3Gw3Wk3IVXuRpMu1wPvQNc/C/PFunfzAFe5HfLdag3eS3/IJ5XRVvzIr3MX8mqE9wxPc/6h/o45&#10;3dPd+K9zE2C1SaGF9Phynd1Xva9zEcLq728pgPo5ru6sHJr3MZw2a+0K3x5otE1cOdNe5jahmv7q&#10;Np35oMmrd4K9zkMNdvtIRyxbrRdFe5jGEzSHVCLcbAmq98K9zicKINrHligird7Ne54YY37oI5rS&#10;a93le5wOFvftzemvd5Xuclwl+5HN6Kt3or3ODYe48Oe0VvvK9zG1A1hprzRTVu9Fe5k/lsqC58eN&#10;U2XAdle5wNJMO66e3mwJq4XXueNJPHqq345pq2oV7mP5Kb48pprWoV7nXysw0ty/dk06Ma9ziaOo&#10;Y3A57QRXpivc8KKoGpuOVIIrU17nL5Wb2nlK9Ne52sEt7c8RVFV7nBqaYG/NV6RXucRBUdzzdekV&#10;7nQSZft81MV7A7K9zximtfntU1cCvc7VZRbvzdaImvc72y7ON6q1pr3O7Tdhy4PGtaa9zl5cnhzX&#10;eV7TXudjzV5rXNe017nfmS81qrWkV7nvMf28U6qe0ivc5CR/bx3hVCkV7nPznXTlQYpvRXue81u4&#10;5uaror3O/Ofmq9or3OS1DBveHPKVWiivc5GoN9BzwrYbr3OxOba6cvW+7r3OYmB78oKa7s8K9zKs&#10;q2uOaJxpotmvc780nvx2qRXucla55qa9pr3Mp01PLA16K9zwc9hrzU1vTNe53uJ7jnpr2mK9zmnt&#10;5qa1Xuc0KX56a9Fe5mutjrywVVCmvc5R9tNeb114CK9zkSVF+3NTqwrxE17nHzCf3j93PAaaa017&#10;mdSO248oo9QpOpOmvc7D9+XCxFXCCRNe5mQoy+9xsqUKZKSK9zKFJ7G/Nd4oVqSmvc7JA0PfjyVE&#10;7aeGNe51Z+KJR01aU17nY76XvxvvOiqTXuZF3D3mJHHwqa9tr3JCt4obn6eMKCqqRXucmaU6Gx+I&#10;Pbm0giqgRXuc4yR9pvz46Sa8TXuZ/MkHjy2qtCvc8JpTdQx4+mIk07Xuc455wLatypWK1hXuZkkq&#10;QwYXHGytPGtEivcmLNVeJ413jfTTOoV7nL5uYD7XHQKsEJr3Oa101wLnm4mvFFe5IOITbu/LBqK8&#10;G69zn/MZvby3d1rua9z/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yJX11FhdDNieIyrBT00byyyOQFREBZmYnQBQL&#10;k8ulJWQBiTgKSvvotkKccISlIKlE4AACSSeAAxNc0R5XEcYLMxAAHiT2HNXLP2f631Y+qDFeplaG&#10;ODUUirRxuDZKSBitJGQexkN5HHtL87zfSt2VDefOGg8mWLOLh/DBTk/smzwOpYkg4KbbWK+RHtz7&#10;RV725g/fAkBw90wDtSyiQnDgSJWroWs0IHVTMCdLelowejfbiGIhoVIOoLD9NIP+Ir7oPgSvB759&#10;cNcyqr057nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e4XHrv1Blw2lXI2AsWra0ATbNWWNtBGLfvSfw+kc49/VL2vHd+1&#10;/s7l6/8AKLhP+UKScW2Ff63hsW8MDxDU4ftEkTNupk4fV+ad+1P2zxUOPkn4+Ro0/px6XDHcSGes&#10;bjvR0b2pkYaSTD9/4rH+bf8AESOL/pH04jyBgIStUHEqsK9Q3+H/AAxA+xfH2m/hbnCextBat4/c&#10;dv4elCDNL/8APLw+0YD8fX4UfHgpTM6XYr7ydj7eGowFBdJr3IDna20m4Ov38rOrClE17mGSQA7V&#10;+/jB8IilIwxr3IzKHNi3fXiEmrzXucFEUbcrAVW41V7mCdI9+4N315Y4UqAivcwSoqgbWvfiVWyt&#10;17kM2VjbjRTIq4r3MLWUEtxs4ClJr3PFXdLnty5GFbr3OCoXfaw281VK9zG3lRttJ3fHjBHGq6TM&#10;17nCWVAB5Y44DFK017kYP7pNuNGqk17mNnkKiP2c9Nar3OG1wOw4wlMVuvc4GXy9HH3cUA1ZIr3M&#10;AWB23TXt8OaWqaUqM17nFtt7a/DjBGnGrzAr3OjHdteU203qr3MW1EcPt90acTxqpzVXucg8anQa&#10;crHCk8Sa9ztpo9vjz2ingia9zGdsjWF9PbywTFKNIRiK9zvy1iJZxe+g15cmm+8JNe50ViU7QWt3&#10;4zNKCFHor3IpWQG47H28dBrzaq9zuxBsSR/DjhPMVfYK9zKI1caNqPhxOcaSFcGvcxB9gIY3HLgU&#10;sLYXjXuczNtbbGNALjXjSk0mDONe55Zg2j7G+vlAauUhOxR9le5HmFKzbCoUj2H+zmyica2BPGa9&#10;zhtRwIwdB8f7OUSrppwCK9zG0aLdm7D48uUyKtXudCNXHu/x4xor1e54xqfstb6DfltOmtRXuRzE&#10;AxJIP3/08pW69zvbHtsBfUeHN1qCa9ztoYyx3L91uemrTXudfKI6+YBr8bf0c1hXpr3OmgiOu1fZ&#10;2HNzTkmvcwfIxL9pVN++nPVoKNe540FJYbFS573HK05qIr3MRwnDFaxVS3jYc8BWtZr3ODYVhjG2&#10;wD6uUitayK9zA+C4SP8AcrfHTjkU6HjXueTAMMkFljA4wGhTYeM17mBsrYYD7yC/HNMU735Fe5jk&#10;ythW3VBypFb/ADBr3IUmUsLcBQtr+PNAVYXJFe5ibJWG7hqeORT/AOcNe5HkyRhjtdCee7sU+bua&#10;9zp8i0RGh5Qoqv5ivcxPkGmYrtb28bCa9+bKa9zgen8G7U8tpNNm8Ne5ibIMYNg3fmtFOC7r3Pf5&#10;v0Xsee0U7+br3Pf5vl+0DxjRjVfzZr3ML5D9h473U1cXU17kc5DlJsD+XPdyKe/MxXuY/wCoEym5&#10;J+7m+7Arwu4r3Ov6hycqpGqm1XZVXucZMiVFrL/DlQyK8LmvchnJFSND3+jly3FPi4r3MbZKm7qN&#10;Po42UVYXIFe5wbJVQBcD8uXDdWNyDXuYGybUL+6fu57TVg+K9yOco1F77TyvdVfvhXucTlOVmuAb&#10;/RyhbiqKfFe5HbLU4O3aeaDdKA8Ir3OP9WZvFTynd41rvwK9ziMrTDXafu5bRXvzFe54ZbY/unlF&#10;N17v1V7mJsuSX0U8sEVfvumvc4HLcjHUHm9FXDxjCvc5nLjhbbTxotxjTYfIGNe5x/q1IRfbzUVr&#10;v69zicuvtvY8qZq6n69ziMuvs3XIt8OOxhVg/XueGXJSLAXv7eNYitF+vc9/VyYC1rcbJNaD9e53&#10;/V6UDUHl0qNW76vc8MvTqNQdvFGs17vxXuclwWX2HjGo0z3le5l/kk1rgHmwoitd5Fe5ifCpktcH&#10;m9Rp4OV7nf8AKJit7HlJNULte50MLmHgeX1Gtd7Xud/y6VDax5ura69zl/L5Q32Tz1e1A17nfyci&#10;g6Hlq3ga9zh8nJa5B5SrYCvc8aVzoAeWmtyK9zOaORRdh378oBq200DO2vc6+TI0A05vTFWmK9zv&#10;5R7aDlgqK1ga9zMtM4bse3G1CqqASJr3MscDWNx9fLKMUncr3MvyUu3du5rX1VYLR/R99e5kEBA4&#10;3qpopBr3OXkE9xzUzTZwwr3Mq01vs8fJrcaa9zkKdxyuqtzXucvII8ObSqarXuZzAgGnKBdeThXu&#10;dLTXOnHNVXJmvckLTupG3x54eKq17mQQza278cCQKb417mVYpOzc8YrRr3OApGPfio+HZTwM17mZ&#10;aRbcYLhqhMV7mUU4GhHflSoqpsma9zJ8sns5rGqzXuf/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ysT8UXr0em3Ra&#10;Ppfgc+zFc4F4ZNp95KCOxqSbdvNJWLX7Sl7duTDubln5u475Q8LePmo7PZt84rnB9Sm/H9nsnGWs&#10;qh68JSY2pYTHeH/PJDeO1JX0UJPTPA/5jjBxOZbxUliPi5+z93f7uVldH8nDJ+TIIqhNtXV2nnv3&#10;BYe6h/4ithb239vPuK+n7s9/2P8Ad1pDqYuLmH352hSwNDZ4ju0QkjYF6yNtfJZvFmP8xuSQfCnw&#10;p9Np9T7oop3W/PBzvnqompn3UdFenp7HQhT77j/ibXIPst7OCnzN+gJQP89z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xHZ7zh&#10;RZHy5PjlXZnX3YY7/bkP2V+jxPsAPMfe07tAtuzTJ3czfhSh4WW5guvKB0I8sCpZGxCVESQARHlW&#10;XKzR4NJ2bVHoTxPyHXFLjp5kiv6gZpp8vUV1RjvmkAv5cS/ab6fAe0kDgFdCcl1uZ8an6qZq/SuZ&#10;Ham3j7cl7NLb/Cn2V9h7W2jnyVPX1zvNeu5nfKK3XVlalHiongOCU7EgYJAAEACsh81fTaNi0ZwA&#10;AB6h0eZ2n9atOwfCMPwHC4MGwqMRU9MixxqPAD2+0nuT4nXhuJDcNIou19OGx6KjWIpy5DnbbJu2&#10;3I+PKcIq6UTXuN8klvdfx4wBpraEHjXuRyVAJuLHiRwzS/hXuYXVWIItpxFE03Fe5FkYIb9zzQSE&#10;0+nCvcwMQDdra2Pb28tjSmvcwSFATG3c9uUXsqte5hURkEkEntp7eNpJ2U5E17mU06um5iAB3vzR&#10;TTmvhXuY5JYo7LFz009XuRfMmOpN+MmtRXuRzcjcV141qNOA17mCSR1U7h9HNATVhjXuYiPe7ac2&#10;BVeNe5k8h7Ga3PECnMK9yPtCC7KT9XKEzVAK9zpLMSUUqfiL8bmnZivc4WKv7ik+0+A5U4VoGa9z&#10;iyopuxvxxPjEGt6pwr3MZZkO5ux5TyqwTNe5jk2EW2k+0+9/DjSME9dOxFe50yBtV1HExB20zONe&#10;54RLb3Y7/GwOv188VhRindZGFe5xcxbbTR7QBqbD7uX0wa8nbXucFjEagwqAG7ag81XiemvcyguB&#10;tBB18bC3KqA4U2CgdNe5xdZ9SjKfb25cAUtb0jZXucIopJmNnRbD97vfmzVwoGvc5Bat7qQDbtrx&#10;siNlMqHRXuYXQ7yqgaDUcuDFKArpr3OAhIVXfTX2DmtYr2oba9zzE372+sca7s8xVUoNe50ZDt2l&#10;ifu49sFPzHRXuYDbaSihreGnGVCaqDNe5xM1iEKaj/V780CatXudNLdLrHr9HLTW69zGwl238u30&#10;AD+NuNqM1qa9zoNM67VFvu/ZxnZWq9zEfMOjm9vr5o1YGK9zq7E++N31crVK9zh5bl99to+jnq3X&#10;ucvJe9l94d735utzXucdqMSwHflq3XuclhNjs0+jmjW9te54xgARLqT3vz1Vr3OCoofQD+3nprVe&#10;5y2MzWbt9PPVcGvc56r9lbjnor1e5jYqRdebq22vcxe+TYa/Vz1aNe5l221dbHw56tV7nYidzcL+&#10;fNVqa9zj5TjuOaAmtpwr3MZV72APPYinpr3Mg8xLbuOJURWpivc5Eki+t+WKiaqca9zsGQAW8ONT&#10;VcK9zpS/cft45pNXivcygSj3uN7KZNe53d2bUHnq8BXucgW29jysVevc6O9iDc8tFVivcygMe/PV&#10;6a9zyqwbXtzVVr3ObqhFwvLVua9zrYCAQv5c8a9Ne5kVFtYr+XPTXpr3OjBEe6flz1er3OK08P8A&#10;g/Lm5rc17nYpKUNogvym2vba9zr+X0TXJQX5urajXuZGwijK7goHt5qK1qNe5wGF0JTUDm4q2s17&#10;nD+T0gX7Ivyu2q6j017nH+Q0bjcQBf4c9T4cIFe5w/q9QqbGxvz0TWi6o17nTZbo2OgBH0c9E4VQ&#10;LI417nky1TG9lH3croFX7w17nX9V6ci1hxwia33hr3OBytT/AOSsLH4cbKRXu9Ne50mVICdLWGnb&#10;ngkCrd8Rtr3OBysgF9ov9HN6QasH69zh/VZb/YHN6BW+/r3OjlO5vYcqRVe9Ne5j/qgv+HjUVv8A&#10;MGvc82UgF0XntNa/MGa9zEuUfErywTTpuIr3OLZRI94Lzemr9+Ir3MD5VfsE5qKeS6ONe5HbKsji&#10;7Lz3dir9+K9zpcrSHVkvypbFV7ya9zE+VSx91bW5rSBVw5Fe5jXKz32gflxru68Xa9zkmVDc+7ze&#10;gVXvQK9zicqyISSvHCAvZSgv95Xucf6qvpZO/G9MU13+nCvc4nK76qU+vlCkcar32qvc7/qyxNwv&#10;h254gGrqdwxr3Mf9WXvYL35fRNe74Gvc5nLcwW1hb6OaCZrQcFe5H/q7ODa35c33Yq+oV7mRcvTb&#10;e3Nd2K1rE17nBcvTKbkc3oBpQtwEV7nP+r8x7DjRQBTGsV7nv6vz+I5XRWyuK9zguCOD257uwKsT&#10;Xucv5NJvtsJ5XRVAqvc5pgs+67KbceCBTpWK9zs4LKEuQfjywQBTOqa9zIuESqNBy2kGrRXudnCp&#10;j3HNDCtAhNe5yXCpVFrc3NaJmvc5nDZfEX+rla1Xue/lsn+HlorU17n/1i/852V9mFblHPc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3OEsscMb&#10;TTMERAWZmNgANSST2A5sCaopQQJOAGJJ4V2ASbDUnmrv1e6hy+rD1XYlnUsZcBwxxDRKfs/J0zFY&#10;BY9vPkJkYf6zDw53J+lvstG9WcsMvJlm2i5uJGCikjQ2eB1L0pI4tpWeFfJJ2+dop3rzO4vUK8BP&#10;cW46GkSAodGrxOHoUuKEbqNjo6WdJ2padtmI4gDElu4eQfpH/wChaaA+3bwbufYBXLCq8Oe56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e5xZlRS7mwGpJ42tYbBUowBiScAAOJrYE1yVWdgiAkk2AHcnhN8VbFOvvU6PL2Clv5XRbvf&#10;HYRqR5k30ubBfq+PPlS7dO0tfatnhbtlH8lbFSGY2Kx/aPebhACOhARgCVTlFllsjdy07xz71xPn&#10;wT6ceueqrLuiPTZOn+VVeuS2JVwWSoJ7oLe5F/wAOv8ArE+FuHdwzA1wfDosOoqfyoKZFjRFGgUC&#10;wHMZlJ7sBKRAFRq9cB1RVMkmTQ0cizQTwIfcItx2Z205qr3IjO6e+e/jccpsryZmvcgy1CSNYrbu&#10;CeUUoExRq2NIxr3MJEV/d/jxOWzxrcTXuYG2Hsfz4i1CqGRXuYLgR7zpra1+aBBq4nor3MPuOSx7&#10;Dl4ilQIr3O0ijJLtrftxuca0emvcis8cbXT6+I1noq2JGFe5HllGrGxU9+NiTTiU8TXuYxICAVIs&#10;PC3HIp6a9zCxiS5Hj8eNmrBQr3MG5Tr+3jO2rT0V7npAjAIvc9r8uDFOA17mNgwktcX9nPEzWia9&#10;zstLbaCLN24wapNe5gZmUbweOaKcGFe54O041PGiIrRxr3PEKosrfTyhGoV4CBXuYGAZdisL+y37&#10;eeaVpqqTjXuYmC3C7hp3+HNJGkzS4Kr3OgigljIGP0Eft5sJqqlE8K9zif0SF2bX6OMbCabAr3Og&#10;HKhpGsDryukAzTkV7neoB7bD7ebSqTWwZr3OJO3aVPiLajTX6ObT456qtFe5wEYVCodrk3uSP6ON&#10;inYjh7v1r3OmjuP0mh8P7eXg1cEDZXuYWgBAlMoN7rt22t8b3PLgdNVSY2ivc95e1hd9xHbXTt8L&#10;cqaUAivc5CEMNyAA/vHXt9/NjEUnU5GFe500KgDcwYD4W/bxmR0V7WOivcwH5cPsYqfrPGiY4ilK&#10;uqvc4nyASAg/5CPNhU0wknZj7q9zytESGCAfG548nClASRtn1r3ORMbtqGG3tqP6OMlU4Vuvc8ux&#10;b6MeN41uvc4MwI27SD9fPEzVa9zAzNGLAjTwtyler3O2aSwKgC/181Xq9zzSOE3Ej6h/bzwrde5j&#10;ZpH76E/Dmq9Fe5jG7/dO/gR/Rz1Vr3ORH7pG083NWr3MNmFve2n4c3W69zltZPeJ3XPNV417mTb4&#10;2/PmqrXuYvIN73P389VhAr3OYVz9o9ubmtTXudmNu556atqivcm0NK0+4Cw07nnq1M17kBom8wgP&#10;oD7Obr1e50S6fY156K9Fe5wBn79xy2yvCvc5guR25Umtk17nREg7683Vq9znaQrzRrRr3OQ3gcrT&#10;Ve5xV5x4/r93NyavNe5kEz+PPVWvcyhj9vmq9Xudh3+z2vzder3ORK318OemvV7nhIo8Oer1e52k&#10;l27c1Xq9zMz+9sH083Xq9zvft056tV7nvNYC/NVuvc5+Y2245uvV7nG7Cx56K9XuZQATduerde5m&#10;VUazeznq9XuZbKAQD356tV7mIpcW3Dm69Xucti3uDfla9XuZLt28Oer1e52tm0trz1er3Mltq2Iv&#10;zdbr3O0jNi1yObmvTXucdCbc1NemvczX02ePgearc17nQXctiSD8Oeqpxr3MgVie99O3N16BXudg&#10;Ei505uatAr3Of2SLnlTjVSQK9zJpy4q8Cvc5WB0PNkVswkV7nIJew5QV4RFe5kMe02I57bXhBr3O&#10;YhU80asZr3OvJiB2sthzRNNK8Ne5yFNEBZdRywVXkqJr3OK00QbUd/hy5iKfKZEzXuSUoIC2oHjx&#10;IDNICsivc4igp++3jlaCya9zN/LYG7jjc9Fb1nhXud/yyG1wOXAmnwcK9ziMJiZrEaHXm4HGtzFe&#10;52mBQkFtL88QBVtde502BJfQDUc9NX117mMZf3GwXlQK9PXXuc/6tL4ry0Ct6uuvc4f1dQC5XlSK&#10;qV17nEYAhudth7eWArwM8a9zo4AhFtvfm9NPjCvcxvlcXsB35rTW9eoxXudDKzKu5lIH0cbia8pz&#10;hXudrlhWO6xH1c2U1Yqivc7OVtqlmvb4colNNpJVsr3OLZZX/CRu7cuRFbgjGvc5/wBWBa1tfo5Q&#10;Y17Wa9zGMvX1K6fRy5RFOzXucf6tlv3fy40RXtcV7nhllx2H5c0DWw5Xucv6tSf4fy5eat3le5//&#10;1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3CA/iPdc/wDM96eavBMKm8vGM2F8Mptpsywst6yYeNliOy41DSKeSbunlv5+6ClD&#10;wt+I+f8ACPbj5A1gx9QW+v8AZPIVstKh67llEbQgj9qv0QdEjEKWk0u+nmCfzfH0mlF4qW0jewn9&#10;wffr9R5Tv0Kyj/VrJaV9Su2pxIid79wlv0S/8g+99LHn2yfTFuF/Y7dxF08mH74h9c7Q3EMI8tBL&#10;nSC4ocK+QTerMPztyUJPhb8I8/4j7cPSi6+obOv9as+SYdSvupMKBp0sdDJf9M3/ACF7v0KODTzo&#10;zUaUA3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vcLz16z3JhGFpk3B2JrcRFpNmrLETbaANbyHQfC/tHOSP1UdqZ3ay8ZDZKi&#10;4vE/tSk4t25JBHUp4goH94F7JSamDdPKfzLn5hz7UbJ4q/BO3zjrozvpu6b/ANYccOc8VjvR4cwE&#10;II0efuD9EY1+kr7Dyw70wemyh6UdO4P6xU2/G8T2VFcSNY7j9HTg+yJTrbuxa2luciN392kZfbgu&#10;jxqxV1dCfTj1zQK3h3gVmdwe7PgTgnr6VevDqij98H2fIGCah4ftN9oAaD6O/BerK2VcPdQMTfuI&#10;4j2fpXuMlX0zwUhgEA8e1/4cKVZG2ulbeaL417jLVdKsGdXIAB2jXb9PCxzd1CuNLP5opJr3GKq6&#10;PYS5ZGK38LqfHX2cKv7NpRsxpenNlHZXuJ6both+oV1+4/0cL1bvK1Sk+2jBOaKFe40T9EqcD3Sv&#10;5cL3shWOIp/+cRtr3GafolIptHIoA1OvC1WRuDYRShOcTXuMNV0YxhSUgYFfE7lH8TxAvJXR++jh&#10;ObJjGvcZJekmZ1JES7gP9Zf6eIjlLqeE+z8aUpzNtQxMV7jDJ00zYjt+gNu3hxCvLXR/CaWozFsi&#10;Aa9xtm6f5miFhSMxPjYcTfk3U7UmlIu2ztNe411GTcwxXSWla48LDifulDgfYaUC5bPGvcaZcuYq&#10;n26V/u40WinaPeaUB3rFe5AlwqtjQAwuLeG08TKT0fOngrVjIr3Iz09QottNvEEa8ZmtzXuYWjcI&#10;QyAt4H2c0CDTgIr3OA82+4qAP4fHlCnnCqqx2V7mO7n93TjckU7sr3MbzRI1pYyR4aHjnCtgV7nm&#10;eEEN2t4W4wVCtGvcwyvC7b2WwHtB5sKATV0jCvciKYSSrRKC3c2P9HKzNPCvc6YRRHapueeBrYXq&#10;2V7mRJlX3dLn28pImm5xr3Og6sb6g+Gun5c2oTTisK9zmRu0bv8A8T/t4kGBppJxr3OLA6IoJ+s8&#10;VjAYU7XuesSdttf+InlAk9fsFXSOk/D8a9zvUA+6dw+77+3NFRFWPlHWK9zGRG12Ed207qbfmOMn&#10;xGm5njNe5ieKJTtK2Pw7A8dSnTtpWARzNe5yFwwBF/oPKjCmjE4z7K9zjJDHu2IpBbW9x/Tzemnc&#10;BXuYtkvl+7uXd3vflCT100PDXucdlTEfLj3Bj47tP48axrZSFGa9zl8pIDaR9T3uw/p5szVtcV7n&#10;AQ97sCB8RymynRjXucVWNm2rYn6/6OWkmvDxV7nF4qe+re+PA7v6OUgit17mG8FtrW3H4H+jla8M&#10;a9zldSoBNtNPd/p5sV6vcxhY21D/APJtuWrYr3O96Pd2uWXQC/fjRrc17ntxZrKN1u/w+/nqvXue&#10;JEhJubfEG3NU2a9ztXUDabfVywrYr3MRkVSSg17c8a3E17nEPu94gk+HNVWK9z3myXtbnoqukV7n&#10;v0t9b89TuFe5zMrhbWJ5qmSma9zwmcR6XB8Lc3XgIr3OSlzdm97nqtXuYXYsbDTlqvXucSJPtdh7&#10;OamtDCvc8zFRrpyter3OlZmPfl62TXuZrte1+aqte54Ob2vzVbivczWN7c9Va9zkU05qvV7ngxUW&#10;56vV7mUnsbc9Xq9zoMpa9tOer1e5ztFe3NV6vc7XZ4c3Xq9ztrB7nnq9XucbXNzzcV6vcyErtt4H&#10;mq9XucENjYc9Xq9zmTchR35avbK9xxWhfaZX9nNxNVBkxXuYiAqgDlavXudBLm/NVqvc7KEd+Wit&#10;17nLyyo3Dla1Xuc1Nxfm69XuZNCPd+/mq9XucgbCxN/jz1ar3PFSRe/PVuvc5RqSNBz1er3O7XcX&#10;0tz1VJAr3OYOu5tOeq9e5yKto6+PPV7ZXuZdh73vbm4r22vcy+69rjnqaUgCvcybFOg5VIKtlNJM&#10;V7nMKBzczS4EKr3MqWBHjyhBFJSkma9zM9xbTmhjTLSZ217nESaXtzxBp1TRHGvczh0ta1jyxq4T&#10;Fe54EHuRfjVULhBr3MoQAG444DJivFesivcyRRWO+/1ccchOFOLUCIFe5lSOw94cYAJpkCvcyhCe&#10;3L6DXpFe5kEZAtfldlXmvc5hLLe4vypTqxqhE17mURX073HhzwFVCOivc5wKNwJGlj483Sl7wxXu&#10;So4gGv4crNMaa9yUugsDa2o5XTXor3OSHxkN7+Fub2VrTXuZxGLbraHsObmrAaa9zjsQ200vzc1a&#10;TXuZBHF54DDm5p2YFe5yaMlShAK39vNim0npr3Mywxj3gANB25fVW5Ne5kbYigOt/ha/Kgk15Mnj&#10;Fe5kEUUidvqt242qrYjjXudmJGYSbe3w54VrVXudinhKFSBYcsTW9Ve5ySljN2NrD6Oe4VrVXuSR&#10;SQMu7S3KgVuSdle538lDy0V6TXuf/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWs9anURvUj6vHylh0plwPK5OHJtPunyG3&#10;V0otpd5rxhh3CoedXfp27Nzvnmtrl60nQ6rvrg9DCPEoTw1JAQDwW4K+Yf6me0H+dZu93SpatAbd&#10;roLgP7RXR/dJEjahtJoV6/Fl6YdJ6rMT2WsqFvED38yQbYR8do94j6eLREWNQiAKqiwA7ADwHPto&#10;bQlpISkAACABgABsAHACuJZM4mq4nd5HMkhLMxJJOpJPcnnLjtarjz3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcZMx49QZYwSpx3Emt&#10;DTIWI8WPZVHxY2A+nkcb3b02u5eWv5peGG2EFR6VHYlCf75aiEp6yJwozs7Rd86lpG1Rjy6T5AYm&#10;n/K+XMRzbj9Ll3Cl3TVThAfBR3Z2+Crcn4DiB9HuQD1P6o1XWvPih6PC5t9NG32ZKuwMYF/3KZbH&#10;/iWzvrz5NDnj2/Gcv53mRlS1lYHAHYhCZ/gaSAlPkmZxqe94HBllomyt8CoQTx08T5qM+k9VWtZX&#10;y5h2UsApcu4Uu2GlQKD4se7O3xZrk/E8uBbN9CxVHf3h2HgeTAMzbJwrGv8Alyqf+ckzNQytu3Df&#10;7OPfzNFMnL1V7mUY9h8yfaWx005VF40vYaaRZKr3MAxLDJvdZtwI044bhscafXaEV7nGTEKCUfpC&#10;G8ALezm/zSBsr3cLSRpr3IzLQTaKdv6/TyveJcram3CYNe5g+WomO2/5/wAPo7D4a8aKWztNWCCN&#10;te5gegpn/wAme/ExYbq/217kdsLR0IHbxPKd2k1fUa9yBJhK29zQ9uVNvh4auFEdFe5GkwvyVsxB&#10;Omn18LjbkdVW1nifZXuRJMJZtwVdoBA14kLJB41fVPGvcbpsJJHuoCTp2vxhaFcx+FKtekba9yBU&#10;4KosGjH/ACAOFxtZ2j4fhTweV017kB8Apb38gMf+Ii/K/k0kbKUJfUONe5DnyxhMtkmo4te91N/y&#10;PC82KT/CDT6bpadior3GmfI2XqgFZqGPaOxAIP8AHiZWXIVgUD0n8aVC9dTjqr3Gh+m2VmGlGO3t&#10;PEBylropSMye6a9xmn6Q5TOpikVvhIP+aeJjlLX997R+FKk5m6nbp9h/GvcgSdHstsNzCcDwsyn/&#10;AJl4jXlLf997R+FKP5s50J9h/GvcaqvorgTxWp55oSfFgrfdoOFxylBGCiPYfwp1OcOD+EH3fjXu&#10;NlR0RwhoQsVfKXt3ZFt+XGxlAIwV7qMBnK+KPYf0r3GmXobGLiKvO2w12f28TnKlD+KnhnB/oGvc&#10;hSdDq0HdBiKH/iSAftPEf8pX/SFXTmyE/wAJr3Ic3RPMyKZKatp5L6WI5RWVuDZB9aUjN2z9yTXu&#10;NZ6MZ5V7RNTMB/rHiY5Y6rgD5H9KUpzRjhqr3IlV0i6gwqWjpo3Og0b+zib+WPJMhPv/AEpUMxY4&#10;kjzr3GvEenHUKgcw1OGubKDuQFvD6uVVZvj+A1sXbKjIUK9xiky7menXbUUkqj2mMj9p4Xm1Un7p&#10;T6UYd625sI9o/Cvcbno6ynBj8lwwIIBvqfu5QpinkrCsK9zg09et10076HufDiQyD+lKQgDp+Ve5&#10;gE8+0q5BYDXW2v1g8e21tR5G2vcwpI1zvJB8PEc9E9NNlMjjXudedNuJXXabduNqBTSiIHJr3PGQ&#10;yLtLKfv/AKeN6qTJEba9zos0qgAgW9nPd4Bz+tPFwCvcxFRuDG/36c0Tr2Rz617WDxA869zsTU4u&#10;rAfV25WCNsVuCeIPUK9zi88YF4SF4pTSjuyOM9UV7nBpkP6RgXJ8V4mJpuvc7lNNtBbcAb+Hjp48&#10;aqs6a9zD5sBt4GwB15sGnCK9zolPsx9z8eemq17nBVk1/pH9HNV6vcyfZb3b9teXq9e5x3K4AubD&#10;mjWjXuevEo3Rgi3iR48qKqK9zkln1Gt9b25etk17niSNOeqs17nFlIG/dz1br3PIzl/0jacpXq9z&#10;L5UTLfzPq56vV7nZhjWIqhuTzder3ItnICr3HLV6vc4qJFbUc9Tgr3Mis6rryleNe55mV2IPLCqi&#10;vc7EYIJXw541417mIhvtc0KbNe5y8sjXlqsDXucw0qNrz1er3MvnMToOVr1e52STqeer1e51vKmw&#10;5qvV7mQTlxYDnq9XudrID731c9Wq9zMJRfaPDnq3Xuc1N9eer1e5z1t7vLmvV7nH3QdzcpXq9zkd&#10;pG4c9Xq9ztGKvcjjpFbNe4/R1LTKI7WU8cSMKZI0417kOop4oCTfvyq8KcBmvcwQxl2unfifZXq9&#10;yTJAIl3DueOA16a9yA7MPdHKVuvc5qsot7Dz1er3MpkdTtHhz1er3MnvONebr1e5zVG7jmq9XuZe&#10;/wBvTnq9XuZA8YXm6aUK9zrzdxsBpzVKdle5kSSPftIvypE00oTsr3M3moCQF5UJNNBBr3OSmJvt&#10;G3NFJqq0mvczLtbQcslWgRTde5nARV2sdeVGFeCTM17nFUUsCL/Vx4mRSlSoFe5znCiwa9uNIrzW&#10;Ne5lEZKhAPdPjzRNNqXJivc8I0aTlzSkbK9zMKfW6j6+N0n1KGyvclLEbEk35rZjVMTtr3MqL7tu&#10;WnWasBXucgvNk6atFe5lUX0HPd5VIr3OYsTt5WZq1e5lEdh9R/hx3+GtV7mbYNSb+PbjCcBTgMV7&#10;nMokaaHtbv8AHm5rSv2le57zI1Xloq3dGvcw73U7r6HjuoRSiREV7nKOo3NtIPGttNaa9yfeNRe5&#10;P080RTFe52dh929r680K2K9zmsilfc1I541s17mYG5ZST93N14V7meMvtUDsfaOerxr3Mys1yW76&#10;AcuK8DFe53cF7sCGufo5Qiqk17mbdc71bQeHLAVuvcz++z6Ws2vPEV6vc5rtZzoCTyuytV7kkgiy&#10;Ffu56adSYr3O/wC7mprWqvc//9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3C4+rLrPH0F6CY/1BhcLXpD8th4Pdquo/RwkA9/LJMjD/&#10;AAoeCvJMv/mdyhrhMq/xRifbs8zWP3ajveNx8juL8GHAnQ11ur8KPPTOsj+ik0ocrYOcdxyCgI/R&#10;k7pP+ILqfv7fXzXf9O2WZafCKrOWIXafEHKIzG7GNW99rnU73vf/AIiDz7EPpA3E/lWWPZ68mF3R&#10;7pnDYw0YUR1LdBBH/Akkba+MDfXMjcPBmZ0+JXWpXT1gfE0gPVFnEV+P0uS6Nv0OHqJZgO3myD3Q&#10;R/qR9v8AiR4ZHnY+oSoqvPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcJ31vzTVZuzRT9PMCbdHTyDzbdmmI1Bt4RLe/xv7OfO&#10;j9VnaWd48xTu7ZKlm1VLxBwXcR9p6QykkH+/UsESgVkdurl4sWTdu7VDw9SfxUfdHTR8/TR07/k2&#10;CNnjE47VOILtpwRqkF77vpkIv/xEC3c8MDk3PU2RMuUuV8G/R01Km0WGrNe7u1vFmJJ5zQaSGEhI&#10;MR76buHBcLK14k+6jS8Vy9bMSRbOb8bU8dgJmk4abPCvckx9d6gG7n8+Nd4701cWzacYr3J466Da&#10;qu223GA+8njTZtG1cK9yUnXeNmsJWA+vm/z7w406MvQqvccU65KLf6QR8Lnmv5m+nYav/KkGvcmw&#10;9c2B/wAsD9PFIzp9PGkqsmTwE17jpF1y8fOP1Hjo3gfTxpg5HP8ACK9xxj662Uh5WPu27j2/Tzf9&#10;p3EnaffTJyEKr3HNOvEbMWZiddNeGY3oUMfwpo7uxsr3HCPrrh99jOVY68Wo3rMY/Kk/9n1EbK9x&#10;xg64YO1g8pBXW5BPw4+nezTt+VFqt31DhXuT1604E5P6cXOv2eHDe9aCNtMnIV9Fe44R9XMBezCo&#10;QHi9O9CFbTSQ5C50V7jjB1OwGU3WVTftr2PHhvA0vaaTKyZ47RXuT1z/AINK1jIoI76r/TxSM7Y2&#10;TSFWUPIOAr3M65wwSYkmVbntqD/DiwZuyeNNnLnf4hXuShjmEOLJIpv348MxZVx+FNflFo/hr3OX&#10;8xwx/wB5fZ2HFAu2FcaTqZV/Rr3ORmw2Ybxa9r9+N9+2rjTQSpP8Ne5j8ugkvISoa3iR/Dvy37NV&#10;KAFnhXuYo4KUkliCTbtcfxtfmw22K3pJr3Mb4XSySXBt8f7eN9yjaDVACDXucJMLjZNzkKPA7b8q&#10;bbVxp2TXuQZcGDWaJ7M2h4WqtkjYoV6SmvcxS4JPcuhDGwvxv8mraDTiVxjj7f1r3IzYNKu4uFDW&#10;vYfRxpVqpWJpxbpUcJ9te5DlweUKH8pTf2AH+PEZbJwIq4fI6a9zH/L2j0CWB72Vf7uUKI2Cnu8B&#10;GNe5lWOpRLI0i+Huse3/AAOnPQtPSPKmga9zj/pqsrtJIdRYEk6XsOWKSqlJIr3IZo2kVUljjsFs&#10;Q0atf7+F62uGkHzHzpsKg4TXuMtTlrB6oDzqCldfYaVNT/yDxEq0RxSB76XC6W3/AHMqHkr9a9xs&#10;kyXleSO82D0bN7DAgAH/ACDzQsW9kDHqj3xSpN7cDHWr1V+te42y9OsmyDccLTXtscqT8AR24kXl&#10;jf8ARHtNP/nXl7Vn2A17kGo6WZFmTZJQSIf9Wdz/ABPGFZa0kRB9v60rTmbyeI9gr3GWXovkVgoV&#10;KpNt77Xvuv8AS3C85YgYAkc+dPjN354c+Qr3G2Tobk9gfKqqyJj4bUYD/k/njk6VfxEedPnOnkYk&#10;D2n8K9xnl6E0casaPE95sbebE33GwPEisqOwKn208c8737kDzBNe5I/zEZeGHS/79JpKsKDGhiPl&#10;A+Ia+u36uJTla08fjSpWdHWFaAB0gma9xJ1fRjNcTbaMwlSWHuyqRax1NzfiP+WvdI9o/Glic6Zj&#10;j/pTXuTsT6MYhBRQLhlQKqobSUM6pEttRsJIJbU+HNHLnR/DPXhXms0aUZOA6UpM+uA+Ne4iz02z&#10;vCxMmGlnUn7LxEfTfdrfiU2Tv9Eil6b63VsX7QZ94+Fe43yZJzaJLzYbKvwEYP5i/E5s3E7QaVC7&#10;ZOxQ9sV7kaTKuYo4/eoJx/0KPGC0pPA+w0+HUH+Ie2vcbGw3FabWWjlH0q39HG9B5NOlaVdFe5Gm&#10;pK9VEjwuAT4xkfnblY4afWrgzgCPbXuR2V0cCWJgo9l+X0HjToQrqr3OF1YkKWVb/HjakxTawRt9&#10;1e5xeJxrGbjxueWFbT617nVnW+g7jmlc4Voivc5tLbTTnoNa017nBSgHvW54zXsRsr3OQMepHcco&#10;JO2t4nbXuZVIUhi1ge/LxWiIr3OLOGNt+nK1THrr3OAiI+yBy0Vavc8bq1m9n9PN16vc5brOb+wc&#10;0a9XuZVkA5WvV7nIqr9uXr1e5xanLNoT9/KVevc86SJbat+eqle5zWSUja689Xq9zLuUrttrz1er&#10;3OSxr3PPV6vc6amDe8mnPV6vc6KMosOer1e50gbf7w8Ob0zXor3MoGmo44RFaiK9zldRpxqt17mV&#10;dlteer1e52FYePLpFer3JUVUYvcuP28UTFXr3OMhaY3kJ+F+NEaqqa9zuMmIjW/PbK1XuZTLJNpK&#10;fd5SvV7nL3R9nijSK9XucrKwDHw42TFer3OhsDbvbxiZqqsRFe5y8xLEHlhXkJgQa9zmNxS9tONm&#10;nNIr3OmLH7XLVWvc68y4CgduXFer3OQKnW2o5Wq17mUAqNzfdy+mMaeBivc5qjSH3hbjJppS4r3J&#10;IiUfa156a0pWoV7mQwAfZ8eaBqmvThXuchCUN05Ymn1L017mdRtFx3PflCZpKVzXucyFI15oVUKi&#10;vc5w3De7zZpQoYSa9yQh2rY8rSYqnbXudrMI0CDuO/LRTgROyvcyJJG3fx5uKcCIr3MysFPu9uMx&#10;FNTjXuc/Msd/1c9Vpr3OhKd4148hOrbVkIKzJr3Msci7zfl1dFPugRhXuZS4sSOMERSeCNte5zM2&#10;uh5qJrwE7K9zi0jEaHXlgK8FEGvcx3kdhuPHddK+8r3JYLhbHUcbpKcTXuZo13HzPDnpq4VAivcy&#10;oFYjYt9deVJmmq9yQVTfsBtfvyter3OY26uvbtz1er3OUcZI2c9Xq9yUAGG34HjgOFer3OQB22U2&#10;5UGvV7mW6qAWa9vDm69XuSUcm+023c9W69zyJc7ieUrVe5IFvA356vV7mcd9RbmxVq9zLdOWrde5&#10;/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3KFfxVuqlVnnqll707Zck3phmyqrFB0+bqhtgVx4GGA7r+yU8zL7Jt1H94LpthgS7dOoZ&#10;b6tSgCT/AHsmVHgEk1wk+q/fdLl01lSFeC2QXnQP+OLHgSetLeI/22hhyN8nljLGIZ2xT3Y443a/&#10;jsjG5rfFm0HxHA5wbCqXA8JpsHohaKmjSNfoUWufie5595272Rsbs2DGX2whthtDaekhCQJPWYlR&#10;4kk183Vy+q6cU4raokn1quvHcYrMwYzVY5Xm81XK8r/SxvYfAdh8OOfBjSKmrnuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4H3UzOkWR&#10;8qT4qpHzMn6KnU+MjDQ29ij3j9FvHmKXbN2io7M8idvgR36/2Vuk4y8oGFRxS2AXFcCE6ZlQoXZJ&#10;lpzS4Df8IxUeofjsHtoSuk+RJeoOcafB2B+Vj/TVLDwiUi4v7XNlH038OBx6eel61eFTZ9zEGaeu&#10;LLT7tTsv78pv4u3b4C/73PlOyxldypV0+SpbhJKlGSSTKlEnElR2n8anDPb4BQYbwCdse4eg5wq0&#10;mGGGmhSnp1CRxqFVVFgABYADwAHDDyZBwexKkj6bcFSmkpoBB48ay8YKvpvQSAyxuR93EimEq4Up&#10;Td8K9xlqumMG3y421Pt4mNsKXC7mvcTtR0xnVd0b3vxG5bTspV+aivcZZ+nGLw6New7EcRqtRGBx&#10;p5N2naa9xpnyNjMQurNxGm2J20tTdA17jbJlnMMSkpuv7eMqt4ONKU3AXhsr3IT4XmSJTcH7jxIb&#10;fHClQcA/ir3ILtmSnNwD+fKKY6RShL3XXuYHxjH4W3EH8+Jl2wPClQfPTXudHNeNJqyE/HXiX8kD&#10;1U8l89Ne56LO9eoKyqQeJVWQPGlIWK9zKM/ypowb7+JjZAbDVwsCvczDPeouWBPx43+VP9Krd5PC&#10;vcnJnwFrLI4P/EuNG2cGw1Ywqvczx5/qI292rZfgTfmu7WkRJmnEttxiK9yanULEyQYawgr8eNEv&#10;t8Saslln+ICvcc4upmZojujrPrvz35i4A21U2bCuivcmx9XM4RzMoqQy9x+t+bGYvt7Zpn+WW6+A&#10;r3HqLrnm+mZtA+lh37ffxW3nj4/ipEMkacr3HGD1FZrjTdJAmmg0a9vv4bDeJ9IwxrS93WY2n0iv&#10;cfqf1K4yXZpqcG1uxI/jfjyN53h91E53YbOwn1r3Hin9USRuoqoGUeJDf08XJ3pUdtJlbrDgZr3F&#10;RD6oMAf3XuoFu54at70R00UHddQNe4oaf1IZckRX85L3uT4/x4ZI3sB4j2UlXu0s17j9Q9fcszi3&#10;zC+93vbi9veZKjj8aLF7tLHA+yvcf6frLliXQ1Eeun2vDhk3vIgmKLVZC63sB9a9x2i6nZblXcJ4&#10;jbQXfi5O8LQNF38pdnEGvcdqXO2C1EZ2uhv7DfTi8Z0050UkVly07Qa9xxXM2FT6qQPgLa8dRmza&#10;dgHv/GmTaqTXuc1xfCzuVWVGFiL6+N/bx0XbajNNqtjXuSmxDDJGDEhgSbC2nbixL7auNJ/y6h01&#10;7mM12EgGKZ1jN7WB1tfTiYvtA+IgdFXFuo7ATXuZDBRTBfeDA9jf+PFUoc2EVrxpwIw99e50aOjd&#10;WW+vwOlua7lKuNUJ8+fSvcw/yqJrWbbpxO4wBxraXemvcwvgrEgxMNR38R7eJ+4nEU53gmvchNgb&#10;sNsZuDe7eI4yppSquXor3IzYLWxtYqfYNe/08bNssCRSlLwUIr3IzYTUqNhW7+zb4cSltQ2iratO&#10;yK9yK1BKIwmoHxH9HHC0U/uFPhZ6a9zgKAksF0Ol9ND9/bldBVWg5GFe5w+UqYztGg+vX8+eLJTs&#10;raQnk17nF4KhfeO6308TYzXiArD5fOa9yKzSqbFz9GnNFE8PdV0AJ217mFyWHvBe/ii/0coUdQ9g&#10;q+HD4mvc6mSGc+RLGjheylF/YL8qpiRikGtadOIJ9pr3IEmX8GnJMtFESfCx/YeIDaIV/APafxp9&#10;u4cT/Ea9xsfJmWWY+ZRRkHwG7+nlVZc3HjHspf8AnHBsNe42z9N8pThrU7ISOysAPzB4Xfy1oY+L&#10;n0pwZg8njXuYV6W5LV282OUgj/GND/yDxo2LPX7f0q6s1e/vefWvcZKjozleSXdDJMgPtsf2c1/L&#10;Qdij7KVozJ5Q2CvcZanorh5INJVt37FRyhyzoV7opSjNlJEKGNe5AqOikqm8NQD9XEhytQ2GafGc&#10;AHFNe41ydFsVv7jhr8TnLXKWKzRPRFe5F/zO48oI07c0MtUKcTmjZ6a9yFP0mzLEl1jP1A8T/lFV&#10;4Zg1/SHtr3G6XprmYEqYmuB7Dxk2i+ANKEXjSuI9te5Gm6cZpgQzPGxGmluMKt1p2g1r860DEivc&#10;aKjKWO0hHnRMb/DjXdHoNLUvIc2KFe5HiwLG9t3hIF+9ua0EcKe1JHEV7nRwnEY3PmAj6uNlBHCv&#10;JIXxr3O2pKhQNwJ43pIrcEV7nHyJx4G3x5uKqoxtr3PeUxPvC3PaSasDOyvc6KyL9kcvoq0Gvc95&#10;kh90g8qU1qK9zOjoWCkDjdbr3MymJWJa1uKUbKoQekV7maojR4gY1sO9+WUJrYBO017kEwggEcTl&#10;NX0xXue2BOeIwqle5zLxjTXjqRXq9zoBWNh/by5TNXr3OQjCnx+s8oQRsrRr3O13F+UCSTVa9zOs&#10;UiDcdeWKDXq9zioYOSTpyhFer3MpNo/eP3cpXq9zsAhQ1rjmhW4mvcyCNAQDrfXlwKooGK9x7DRJ&#10;EAwvxkAmk8GvciyLG/2VPFKG5p9OzGvc7WluoK6csUaKa70DhXueFMyHXXjeCsacCteNe5mSGMtd&#10;uWDo2GmC5wr3OwwJCA6m/GlJnEU+W9Ve56Nl1Vu/w41VSjRXuSY3AUg8rFaUjVjXucEdy1ubpxQn&#10;GvcyA7SS2nG6RyAa9ziZL6AceApehuca9zmkjJ2HLxVnBrwr3MvmE+PGqTlomvc8Cb3tfmpqx/Zi&#10;K9zk5UWt49/hxyaeGyvczBikYN+N7TSQCVV7nml18n28vFKdNe5zNgo3Gx+HFINKUGRXueB1937+&#10;JztpnSBjXuSIw207jxpRpla9Ve5k27jqeaBryFaTXuZljse/HJrSl6q9zmttC3t41Va9yQv+VIvp&#10;rpz016vckbyunfnq9XuSItwNhz1br3M21rk89Wq9zuNVC7QOWr1e5JjFve7fTzder3MgUbdye83N&#10;V6vcyCNxqdL+HK7K9XueUA3BGvhy9er3JCREi3s5St17mUICNdPhz1ar3MqLZbAf2c3Xq9zMouLE&#10;6e3lq3XuZdie3nq3jXuf/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vcYM15mwjJeV8Rzhj8nk0OFU09XUP/hihQyOfp2g8UsMquFhtOJUQB5k&#10;xRHmmYtZPbOXb50ttIU4s9CUJKifYKz0tNLWVMdJALvKyoo+JNhzVoyBi2L9Y+suYutmZheaqqZ5&#10;wCbhZKhjtRSf3YYvcHsG3n08fRruAm5zFzNVpluxbDbRI2vOggqHWlvXPQXEmvi67Vt63d4Ll25d&#10;P7S6dU4oTsTMhI6hglPUmKd/UjmCLLOSaDIWHNZqsgyW7+VDY6/8TksfqPDM8+kmsM6Izz3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Cd42Krrn1ep8q4a5/ltEWVnXsI0I8+W/tY2VT/AMR9vPle+oDtBPaXvEbe3VNpaammoPhU&#10;Qf2zo4eNQCUnYUIQeJrJ3K2Bu/ZF1Y8a8Y6z9qfQYn1qyroP0/8A6kZMSorU21+I7Zp7jVVt+jjP&#10;/EVNyPaTw+0FDDhlLFh1CgihhRY0RfsqqiygfADmN+nQIGAGyov1l06lGScTQ3c4SGUXuL8Y21si&#10;vcbJnmU3H3c2nE0+gA17kOS7Ldrk3txokzT0xXuRQ4VtzaD2colWEU5tr3OMsl9Uvc+PGCkCmymv&#10;caJVlBOvx42ZJpY2qMDXuYAZdoBNr34iUlRNKp1GBXuRWDFSp15X7dtOQBXuRWgDL78a/dyioXTs&#10;npr3IrYfSuPfhX7hxruwOIPUNtOhRFe5EkwjDJR+kgW/0croCtoI86Uh1Ve41VGVMDqWu0IX6BxM&#10;WE1v8yoV7kI5DwGTUxj7uNKt0itfm1DZXuMs/TnDJ2IhX8uMlkCjIXqkCTXuNk/TGkQf5SzfRyht&#10;+urt3U17jFL0uqW3Mkii3x40WIpabxKNpr3G2Xppi0ZtHKp+k8SFk0sReIVXuNkvT3MSA9vqblO7&#10;UKcFwia9yA+Uc0waoG09jc13ZPClPfoNe5GbCs1U73Mcunx/t4z3IH8IpxLyRxr3IpXMqfaSUDiV&#10;TaDgQfQUs7/oNe5ifEsbj92QMbe0cTC1QdmHmK93pVxr3ORxutVQJkX6xxKbQE4mnkvlNe50uPlQ&#10;RLApv7DbnvyKOulpuirpr3OX85p2uwhIJHh4cTGxB2E1YXVe55cYpDdyjg/R/bygy8jj7j+FKfzK&#10;FbRXucxiWHONzO6n2FTxP+TWg4fCKsl9CeFe5KhxWARny6src6Abhy5YdGz417vUcMPSvclRY5VI&#10;d8VaQQO28/t5X9qjpp1SkdIPpXuPVFnDMUEhSOsuLXDeYeUD7vSqkym218B7BXuOdL1HzxTe8lYx&#10;Aa+jHUcv+bdT0+v76T/kGl/wivcUa9ZM40pEVPLKbD95ja58e/HE5i4kyT76QnK2VbQBXuKrBvUV&#10;jGHzBsRozPJoN3un9vD5vNxxGrz4UgcyNtf2GK9x4qPUxXSz+YtKY7fr4cf/AJ4obBA6opGcgH8R&#10;w8q9ybF6mZki/SxFtLdrcUpz8p6aY/s20rZXuPVN6n4NoM6sNLak8Uo3hnbNF6t2k9Ve4oKH1MYU&#10;5G6Rhf2f28MUbw9ZpAvduNle4q4fUFglUNKgC1tLi+v18X/2gmINFSt3V8K9x4h664CTt83cw8CO&#10;/DL+0HCaRHd1w7RXuPlF1iwGeXeJAp9vY/lxYjO52x7aL17vLTwHtr3HuLqZgk6/5VR9DE/x4rRm&#10;yDtpCvKHEnjXuTY8+ZeqD78634tGbMimTlbo4V7k1c2YBKfLSdQT8eKv5myvjFUNi6gbK9zMcx4B&#10;F7slQgP3/wAOVN+zwM+lJ/yDzmwV7k1a3BZzeORWFr3HFYebUMIposuJwUK9zA6YbObBlYe3l0qQ&#10;ONWCSBNe5yamoLl1tcduUKEHHCk/iNe51JhtITvQ8sGmz1VYKAMV7mFcGp5H3FQfp5XuE8Kvqg+G&#10;vcxHCrE+WbDsLc8WZNX1qr3MgwsrYKxHtF+bLPM1Tb0V7nE4QQDsA+njJQRWgsJr3MC4VP5hELXP&#10;G+51404lyK9zqTDJQdsn2vv5YsRV+8mvcx/y+QEDb4d7jjfcEYxW1LnjXucEoZRf3PhyhZUaqh0x&#10;Ne5xFI4XTT7+b7vqqkRXudGGUHUn2aEjlCkirpjbNe5xk88MAtzp3Ov8eVxFOBCemvcxNRsfedQQ&#10;e4I78oEFRxxqoUQeqvcxvTx2ETRqR/xEcYUyP6NbOPA17kJ8HwiZjvpl3eIA4yWR0UqLqxsNe5An&#10;yzgbxgfLgMToLDt7eJ+5SrhTibtwYTXuYZMnZXY7Z4dRYaLxldkg8YpaLx0bDXuYn6fZSlFim3xG&#10;nE5sk8DVv5g6naa9xqn6Y4Ay74iFv2uD/Ryn5EdNXGYrr3IY6T4SzbmlUfUf6OJTYA7DTv8AMldF&#10;e5gq+kND9qKVbntpypy9Q2Cn0ZmRwr3GxejhUlgym/jxMbJfEUq/mw417kbEumNZDEEpQHYd/o5U&#10;2SqVozFK69xOf5u8WsUVPv4lVbL6Ke/OJ6a9zgOnOK+bsK/XyptlxEVo3wFe5FqemuLxe+Ym5r8u&#10;ocKUovEL417jW+UcViN/K8bWtyhSRtFKfzCRhNe5AOWMUEhPltb48sEFVOd8jpr3MMmBYlESPLN/&#10;DjCsK93yOmvcwfyyvQ3cNbjJFXDiTxr3OJw2sKbNpFuXKRTpIr3OAw2rvsAIJtrblO6O2qlaRtr3&#10;MqYdWx290kW1413cbaa1BWw17mVYpYzZk+vinADCndMca9ziDIdCDxHBFOaa9z0S27344iRWtoiv&#10;cmNcAAXF+WVJpiISTGyvc4rIVUg3PEKhVCgqg7MK9ziZCCdDpzYin8E7a9ztEYKCy+3jlVU6k17m&#10;QblGgtzWmmtSTxNe5z2vbjcmnQ5pr3MkQZXu2nLEVZMqFe5ndlbS9+USKaSjSZNe5hLEG/YcUCKW&#10;jGvc8t3BIPKKXFNqXo217mYLt15WabDoPGvcyqS2gNuNkikiyCa9zvZZTprpy0zSoKnCvc5qrSC/&#10;5cpMGmSdJwr3OwgvpqeX1Vsunor3JKxLvJXTlJivJVpEV7mXaQo7c9XgCa9zIg26HW/PRVq9zIFJ&#10;7cpFar3MyI2htzdWr3Mhi9nt56q17kkLvUr30vz1er3OYRVUaW5qvV7mVVIG4HXlorde5nTzrbj2&#10;+nmq1XuZAt9e3L1ua9zOmg46lM1qvcyKZdosbXPG9ler3M6ghtfDlVGvV7mTbub2X5utExXuZ0U7&#10;tt+UrwNe5mG2+06t7ebirV7mUJYXvcE+HLVqvc5olyA1gPDmxTgr3JPkp/iHHdNWr3P/1C/852V9&#10;mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yr78VTrH&#10;/UXoTT9NcNl2V2bqjy3ANiKOmKyznTUbpDGnxUsPbyYty7D8zcl47GxP+ccB7pPnFc2vqb3t/kuS&#10;Jy5sw5eL0np7puFL9qtCetJUKEvphhHz2NtiMgulItx/xNrhfuFz93K2ukuWP6qZFo6KVds84+Ym&#10;9u+QA2PxVbL9XPul7B9yv7DbsW1stOl11P5h7p7x0BWk9aEaGz1or5K94L78/dKUNg8KfIfiZPrR&#10;QOs+bf649Qq6vhbdT07fLQa6bIiRcfBmu318EnmYdAugr57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuA91qzt/VHKT09I+2txDdDFY6&#10;qtv0kg/4iDYfEjnPv6j+0j+wOQKat1RdXmplqD4kpj9q6OI0JOlJGIWtB4GpF3Zyz+Y3AKh4EeI9&#10;Z4D1PuBocOgmQf6651jqa1N1Dhu2ea40Zr/ooz/xJhcjxAPHz05dOFyrksZixAFK/FgstrapB/uS&#10;/Dd9o/SAe3Pmuye0/Lt6ztVj6cPxod5/ffmXu7H2ow8zxPy9vTVlHDAuHB989uC1QigWDXuR2YNf&#10;S318RkU5XuQ5trDaTb6uMjHZTiMBXuNL07rHq/jx0xTyTNe5gMO9SfZxEo6cKtMV7kGZXi90coMa&#10;tM17kRt1rkAa+2/GlKjZTwTImvciyuADxnvdI66dbOnGvcxnYQNe+vEKl6ttKfur3I7XLe6eeGFW&#10;r3MZFveXXmgaeBr3MigyC+23KqONNlRGyvc6MW0XI47Nb19Ne5hEa3vqOJwCaeHVXudiJlBt34+E&#10;dNW+7bXuR5Ecn3ju+niYtk00MNle5gaNgpbT6+JFEt1YrGw17kRldm3Ar255KppUlQUK9yNIJQf0&#10;i3+g8bKquYOyvcwvsKbQtjys1tIr3MbIrL+kBvzxM04Ca9zr5akbso09o5sGKc7xQr3IUmGU7gs0&#10;aHX/AAjlYn91OpeUmvcb5cEwqZrTQx3HtAt+XKlsKp0XCzsr3IUuUcCnI3xRj6DxGWwmnPzTien2&#10;V7jdPkPLrvYhRfvZiOeLcUqTfLHCvchTdNsAA/Ru6j/VYftHNFgHiafF4o8K9xpk6Z4YzWhqJRft&#10;uK/808aNt5+39KUi7P8AEPZXuN83S2bzLU1aLD2oP48qWlI+2D5/vrQvkjaDXuNtR0xxZDuiqI2P&#10;xX+3jXcrOPhpQ3eoOBFe43SZAx8HvER/y8tyulfVSk3SE7K9yO+SszQKS0BdR2Kufy40UdXw/Crh&#10;9Ktiq9xpfDMxwe4YJx9Gv8RxkoB2pHspeHP74e2vcjt/OIBumWdf+JIP6BxGplvjA9D+Na76dhFe&#10;5FbFa9GA8y3t3JxP+XaOylSXD017mUY5VgWZom/4G/8AA83+VT0e+nQ+pGyefSvczNjVTKoVoY2+&#10;i/8ATxg2iRxPsqn5gjafdXuY2rkB3S09v+IsR/G/Kfk52Kp5N35V7nNsWRgFKMvsI8PuHGvyauBJ&#10;q35gK217jjRY1T07M7SPexAJuLaW9tuUVbrSZE053qCMa9yfQ5qmRfKWqINydxH9vPBLo6efSqfs&#10;zwPPpXuOVPnLFGX3atT9B5YpcRWy2iZNe5PizfjqOGjnB+vlQ84nga2W2zsivceYOoWNRMzPJuNt&#10;LcsbtY6qYNq2s17j5h/VbEIVHzUe5tRc3tx9OYasCaRu5ehWzCvcUj9bMQDAU42iwB0P9PDD+Zkb&#10;DSJOUo4417kum66YrEbFxb6D/Tx4ZsscaTqyZCsADXuP9P19rgAGkXS/cf28UpzpWyaL15EjYU17&#10;j7F1+qjGpLr+v18MU5ws7DSb+zqBjEV7ijpuurlRuddf19vFgzlSaQLyFE17jxS9cwUKHYba/rrx&#10;enOlRSA5CDsmvcfqfrTTPZ223/X48XN53NFqsi6Jr3HaLq9hL6k9++vFic+1YEUgVk6k8K9x2g6o&#10;4ISFDAFvHi8ZummDlS4kCvcdY8/4NI3+WFz9HFSM2QrjSQ5eror3JsWcMGka7zLuA/Xx4rGYpOw0&#10;wqxX0V7jtSY3RTj9Ewa/Fjd6lVM/lSFV7k+TEcKL7RKv3jijv09IphTCxXudfN0L/YYH4357vEK4&#10;0x3JFe5jMtM6aOFv2vzQKDxrRbNe5yYwFQqFSfgeOSmqY7K9zIsEL6sO/KFAV01oete5x+Qif7J2&#10;kct3YNe1k17mFqHexN/e578sNtWAJxr3OD4feyLr4X4wWKVBZFe5gahdHITUjTjSmDTJXNe5w+Uk&#10;B973vpsONhqa2FCvc5GDQlxa2nN91o2V6vcyJSE6Wvftyuk1rCvcyLRSqNqk+3ty2mKpIFe5kNK6&#10;yBj4jX7uXA6q3qr3OkpWJ2EA3BF/YeMraIOyvBUV7mZKEoAxAJU2OnN90einNRNe5kNK8oKyjd9X&#10;LlgVQHRsNe5DGDU7kjyR378QqtUqONKO+Ne5xbL9C42vEDrryybVI2VQPmvcgy5Uwxz5giGns+7i&#10;c5elRmr9+rhXuRnyXg7D3o9Po545egU+m5UK9yPJkXCXGqW+rib+Xpp8XykmDXuYf6g4UFuVFtde&#10;UOXJPGlH8wUcBXuSP832DSRnyhcnXjRy1Iqv55XGvcZqjpnQSKWRdeJ1ZeRspQnMiDXuMkvSuIHR&#10;e/EhsFUsGZGvcb5ulrR67WP0DiFVkscKuMxFe40TdOpyTtVgF01HGjbKHCjBN+CIr3G6Xp7Urf3W&#10;7eziU254itm/Fe5ibp/VAkkHX+jlQxHA06L0GvcwjItZESouQQOMqZjGDVfzQPCvc6/qNWexvu5f&#10;ujE0rRcgbYr3MMuT62P3VvflQ3TqXUk17kCTK9eFsyknXmyilZdA2V7kcZZrbXCN3seMaAaZ74Hb&#10;XuYXy7WICWRrDlCgcKU94Iwr3OK4XURJ9nvzwaJqkd5tr3PDDZh3B433Rp3vNPRXuclop17LoOe7&#10;oHbSdwhePGvc6FHOLkg68sWSNlWUBGFe5kWmlAuFsO3EoQZim0nga9zs07JrbXlimKsQK9zKInX3&#10;rEg+zjWk1uvc80ZGjCxHHQgmqSrhXueK7bED4csUEVcTxr3MoDDXiaK1Ne53vZSO+vNxVq9yQNzd&#10;geUmvV7mRG2X33F+1uamvV7maJgotYnmwa9XuShuLDaNPHiiJr1e5mtre+ns5sCrRXuZFs3YgfTz&#10;2yq17nZsIwR7ePzAq0V7kpQrEbdBpxPGFaivczgKCbNxpI6a1Xuc1AOoH58ewptRr3M5tc28OUGN&#10;Ng17mVVCfS3h/bzQxpQDNe5ljJVbLbv2PNHCrRFe5zCgfbIJ+nngaa1V7mTfHa/wv3+PFM1ea9z/&#10;1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;zWq9ZOef9oH1pVGAUr+dhGWCuGoAbqRSMXqyR29+oLJfxAXnXH6a+z/+1uc2Vk4mUKX+Yfww7pvx&#10;lJ6lgJb8118vX1N78fzjOrktqlFsPyzf+MknvD594V48UoFCjjOK/wCbno5V40Dsq6pCIvb5k3uR&#10;kf8AEV976jxcc+1muK9Vzc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3OLMqqWY2A1JPKKUEAkmAMSTsArYE12qs7BVFydABwoOE0E3X&#10;nrPaxfCMO95vYYIm7fTM5+mx/wBXnyV9r2/J7VN5HblBJtmf2TA4d0gnx+bqyV9OlQSftrJ9lsbu&#10;2Ef64r/fiP8AQj3jrq0Xo9kVcg5Jp8NnW1ZUfp6k+PmMB7n/AAC2X6QT48sAeJoF2R2FgAANLfC3&#10;Iv0TUUI8Qk0KXI8juSS/sPExOFUSvCK9yDUX0INtOMA06k6a9xpmdj7hv35pWBpe2iTNe5gurjab&#10;9/bxkmqkaTXuYpz5QIQ+PEMya0Ma9yK7lr7zxSnA0/Fe43sUII1v9HExxp5Imvc4uCbDS3t42Imn&#10;9Q2V7kRoozcsex4jcVTwr3MJULfYbcqdlLQnwzXuYgSO3fjANVAwr3OYkcfb44FxXtNe5lWoCC55&#10;ormt6K9zg1UDoRpzU1bZXucPPj5fVXq9zG0ytoON662BXuRZHCE3F+NLVIp4AV7kF/Lv76HXtbjQ&#10;gincIr3IzIFG0X14yRVW69ztlp3QK6m/NRW1YV7nbU6n908tFer3OBpoNp85Db28rVxXucRFSgWj&#10;Jt8eeqpTNe5helpWUNJ2Pfm6fCwmvcitS0JuVB09nGiAatrB4mvcwtSUQO4M5/4L+3jRq4eUa9zE&#10;6U51Be3tH9/Go8/aPxqwVO2vc5rDTEg3kK39g/aeeHPH4TTmpXCvc5WgViEWRh8QB+3llKEeKaqq&#10;Ttr3MgaiPuyAj2gqb/w5VOnhVgK9zotAP8kTb4DjU400pJr3MAWFSSCdfaOKFKmtSOivc8bHRWt3&#10;8eJgrTsHup1KtOGmvcj+S9rq9jbxtx4qKttKAojYIr3MH8u3Xcxq58SQv7eNEU8XFdde5Cly/RVB&#10;vPSxH/gU4nKasm4Unir2mvcZpcmYBLdpKKLb7Aov/Dly0KWi5dTxPtr3Gibp5g05KLTFP+Itb8uJ&#10;yiKt+dVx/GvcZ6jp1QqCIzMlvr/ieMhCjsMUpTd6uuvcbZensK2K1Eo+ldP48poWDiZ6qc/NR/DX&#10;uYk6bVzoWjqFIGusZJ/IHl4V0CnBd/3nvFe5EPT3FTD5sc9PJcXAO8MfoJS358opC01f82hPAj2f&#10;jXuNMmScx29yFfqkX+nlASeB93404LhCsZr3IEmA5ipfdMDD/iLA/wADy5Vo2g+wfI0+l1J2Gvcj&#10;tS4/CbmOYfUTxOoJcGPwp3vJ4ivc4tVYxE1pBIPpB4l7pvkU4F9fvr3Mv84q0j2lrn4qeN/lkVYK&#10;XP617nUeO1CqdwVvq5s2aOE08t1de5I/rBIyDcob9e3GTZJXxIrxdVxr3JIx/aPfjt7OUNhGwn1p&#10;3vwOFe5zTMC+WSSy35r8qpNPd+kYRXuSI8zIi/5R/wA+NKtlnZTZcT0V7jmmaZdnuzEfXzQbWmqJ&#10;cQNor3J0WbalWW1Ra3tPHCV06pSF7BXuOtNnmujBfzg2vt42VKG2aYNug8K9xwi6gYiTq/f48VJe&#10;I2TV02qBiIr3FFRdVsYo4PJilYH2348i7Wk0XLy5t0+KvcmUvVbElYs8j/f/AG80i9KeJpIMtQa9&#10;x4pusNep1kcAcMRmPnVVZUivceaXrRWJHfzG46nMynYaYOToVXuPtL1wqPGRu3t4oTmip6aLVZIk&#10;mvcfabrf9kiU38deGCc1PX7aQDIhOyvce4OtsLE/pD9/FIzc9NMKyPTwr3Hqm6zU1gWa9/jxUM4J&#10;40VryQ9Br3H+DrBhrgLusW/W/FiM266L/wCTOcBXuO1P1TwpnKvJa3jxc3mwnGk5yhY217jpTdSM&#10;Hf8AfH08VIzUCkCstKTXuO39d8HlJVZAex14rGbA1X8iocD7K9yfDm7C37OPDioX6DSRWXqr3HGP&#10;MmHWIVxxUi9RHCkv5NQr3J64zQOAxYHTipN0hXRSc26q9yXFimHbgbiw46LhKuIps26q9yR/MKWU&#10;biRc6jigOppgtqTXuSRUU8rghrceIBqndmvcypJAPEX9nt+nlcBhVe7Ne5n3U7gXG34eHLQDScgp&#10;r3OmjivZLA/lywTStNe5yMCW9y1+WKKtNe5yakWN7RWH0f28b0VomRNe53JSEkX8fhyndU02ozXu&#10;cvk0Rbra/bli2KsVV7nbUKtp3I9nPd1NXGFe50lGrGxX8+NlqK3qNe5wNDJvsrEc8EE1rVXuZ1w3&#10;XZLrb3r8roNN6kzXudfJkt5mwEDwtzRZNPz0V7nA4TE1mZQQLjifuabS6emvc8cGpdwYxiwt4c3+&#10;W1CIp8uqFe5w/kVIVIC9+JPyiZiqlxXTXuYv6uUV/wBIgJ9tua/JJ6KeDyhxr3Iy5ToGkYyIpIX2&#10;fEcZVYA04Lpde5gfJuGOxCqovY9vhxOctCqd/MKr3I75GoHJVAt78TnKgauLtVe5GPT6mLbl2Hd2&#10;HE6sqIp/84oV7kGTptEOwHEqssNKBfE17kU9Mg6lrC3GTlhFX/OGvcjt04dgFVOx104z/L1j7aeG&#10;Yaa9yLL04lHu7AdT4cZ/Jr2EU+L+vcgP06lY/wCTFuJFWZpz8/XuRW6dVNyvlWt7ON/lHKf/ADwN&#10;e5FkyDPb3o78t+VUNtOi9Fe5EkyC+wnZtt8ONFg9FKRfAV7kaTI8yAXU/dxJ3B6K8L0Kr3IU2TJg&#10;QNh+7nu5pQLoV7mA5PmT938hxtTNX/MivcxnK83iLfVzWiOFe/MivcxjLk0ZLMp9nGy3NPJdCq9z&#10;EMvVFtm09/bxvu5qxcA417nX8gqgbKuo+PLBmvBc17nTYPOTsRbt8eeLNPahXueTCJ77VHGy1WtV&#10;e5l/l06C7XvyoaNaCpr3OPyculltfl+701ZWFe5kWlkQjTjBTNejCvcyeU5Hbv354sxjVQK9zmI5&#10;owQdbc2UkU4cK9zwWQH7N+NxNV1TXuSAs1rADXnoq+mvc95UnbaPZx+K3Fe5/9Yv/OdlfZhW5Rz3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wG/UJ1Sp+i3RbMfU2YqJM&#10;Lo5Gpw3Zql7RUyH4NMyg/Dh9ldkcwuEM/wBI4+QxPuBqJN/N5U7n5Pc5iYlpslE7C4rwtj1cUkHq&#10;p3wDDGxnGKfDR2lcBreCjVj9QB5rWenXBKmeDEs84ozS1FbKY1kc3ZrHfK5J773Iufap59fP0bbm&#10;Czs7rPHEwXVC3Z6m24U4R1KWUJ82jXxT79Zkq5dDSiScVrJxJUrp69p9aTHqozQsuI4fkqkNo6VP&#10;mJVHbe10jFvaqgn6G4ZrnbOoFoo/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wD+u+c/wCrWUjhNI+2rxPdELHVYh/lW+sHb9fw5zT+&#10;qDtE/sbkJsLdUXF9qaEbUsgDvl+oIbH+OSMU1KG6mW/nbjvFDwt4+av4R8/TrowPp2yJ/WvOgxmt&#10;TdR4Ttma40aUn9Ev1EFvqse/BQ9OmQ/6jZFjqqyPbX4rtqJrjVUt+hjP/EVNyPAsRz56cms/yrUn&#10;7lYn5DniaEWf3v5x0gfanAefE88AKsX4OdSxezC276OChQFAmvcgzWkAXS3w4XqpQkV7jbLCm641&#10;sNeI6URAr3G6aFZApHu2vxqYp5BgV7jYwSN7HXilKdVLyNQr3MLx+827QeF+F5Rppkoxr3IEkDBV&#10;cWN+MkzVzga9yA9t2hI9vGNFOgzXucS0ZBVTc8TLGmn0ojGvciOLr9PE+qlA217kaT/H9XL0/Ne5&#10;HkEiiynjJFXr3PIX/wB078cAqwr3MjNp35VQit17nRf3CLg/Vxk16vc95PmJrpx47K9XuQWh8Nx4&#10;iCasF17kZlk3bQe3NKwq+qvc4M7ga9/DlZmnJmvcxeaxF34ya2K9zqxfsbc1Tte5haeTdt0/5CPK&#10;ya9XucnM1hdrD2c9E16vc63tbSx+njumasK9zgfmD9gA/A8amKqMTXuYWqage75YB+jvxMo09pr3&#10;MT1UgsslOAx7gduaBq5RGyvcxs0jAjy7D2DjqlYbD7vwq+mBNe5iEbkCwcfQf7OMoPHn5VWRXucH&#10;EkYDe8Nf3jy0BeJrxg7K9zmJD9pib+PE6gU4itRGNe5wZ07hrc8gasa3JVXudMSRe1783qxpSghN&#10;e5iEW4biT9HNk0+pYOyvc6YKqkCMG/iWPPAzTQlewxXucCVKgWsR7Dy1W0KG017mNpL+6A3389Sh&#10;Ne5jZ9rAjd9/L1qvc8ZnX3txB9nG1GrRNe50tbL2PvfTxPqI2VUJr3M/zumqg8uVA1Qpnqr3OcOI&#10;HX3Brppyk1TQP6Rr3OnrElby2RSqrtXS38OOABPV51YDRs9+Ne5F/QteygfR7OW0A409AVtr3OK0&#10;9I7FVH3nllAHCtQBsr3MrU8ZW6KTb4cTJEGDsr0xsr3I/wDLqMsXKi3+soPNloGt6zXuRpcv4ZUL&#10;pHG30rb+HNFunwVdNe5AmyXg8sf6SFVv328T9yOqt/mFJwr3IU/T7LbAJEhOlyd3jzRYT0x5U4Lp&#10;Yr3GmfpvhU2kLuhHxv8As5pLZTsJNPJulca9xuqOmiDRJ2+mw/o42Uqp8XUV7jeemlSP8nUA/SBz&#10;0GnPzw6K9yDL06xePVGB5YgmnBdIVXuQZMi44ilit/o41GnbT35lIr3GyTLWM04JMRP380RNPd8F&#10;8a9yIKDFFsTG4t9PK6Kc1dde504xFPdYNyhQK2Cemvcw/NYlFqxP3cp3SDsp0O17nNcWrVBJb8uV&#10;7gVsumvczJj1Si2vf6uMqtQqrFwmvcyf1gnHYa8t+WBwFOhwivckx5jlH2hxo2h6av3xr3JQzKU+&#10;yD9/G+4NW77VXuTYc2t8R9fGi0RWyoV7jlFm2TeCJCPr5sIUNlVCga9yfDnOqRjaXmyFDbXtLYxO&#10;Ne47Q55rQBaXlwtSaZLbSuFe46QZ+rx/un5893zlU/LIVXuPFP1KrUIAc6d9ePpfWKYVZIr3HyDq&#10;hWobq5t9PHfzS6SKy9Cq9x6i6uYgABu/Pjwv1DbTH8pRXuPsHV2r2fa/PitOYkUWryoA17iipusV&#10;Vs2sy9xxaM1NIzlY6fdXuP1L1iJb3zf434qTma+mkq8nCcK9x+i6vxt7xYC3jxaM1UNtFxyWNle5&#10;Li6w06Ns80H6+K051G2mjlBSMK9xTUfValkAvIL/AB4tRnU0XDKjXuPUHUulcD9Kvfiz+c0hcyk1&#10;7j3H1ApQdWDX8b8Wozak/wDLVV7jnT53p72Lrb2X4pGbAmqKsFCvcc0zhQyAqWAJ078XJzFJ20Wq&#10;slJ2V7jjFmqlEfdTfTvxSMwQKa/KLFe5Mhx+iB3Ag3+PFCb9CqZNquvcnLjFIfssOOi7bVTJt117&#10;k2LFYCSFKm4F78c79NMi3UMa9zOtZT33BgLta5+gaW5cPpp3ujXuSYqmGQnQWX2dieXCxSYtAY17&#10;kjfDbfbv3F+KErFOr8UV7mRBANoXxB5ZRFIXJr3M2yFlso+nXlasgmK9zKaeJffi76A344ADtryV&#10;Gvc4SUkQc2IB7DjpbCRIpRJ417nvlI21H2h3Ht4iSKYU5Fe5lGGtdfdC7Qx0OvjzdaDle5mXDxIN&#10;zH4/2c3oFW117mP5G7hTfZfv4fqONlANWKxFe5nNG6AByDcm3KdzGymAscK9zImHuTusSPHTw5cp&#10;EU93le50uHmR9m24SwOlu/f+A4wUIO0VrvK9zkaCMEs4TTTT+/if8sK0HK9zj/KoFFzENpHf2nlv&#10;ywrZdNe5GODUszbXTRtNLCx8O441+WFWS+Uia9zG2AUTe4V8R71weNfk0qp9NwVCTXucWyvRye/Y&#10;e720/PjKrFIpz8xXuR5MoUZGywudb24ycvChNPi6Ne5gOSaQ3DID7D8eJ/5eFCr/AJo17kNsj0rM&#10;UdPZxv8AlgFXF5G2vcwSdPoGdlQD4acbVlgNKPzgO2vchVPT+G1lBVh3sO/EasuA2UoRfiYr3MD9&#10;PgbELf6teIDl5q4vca9yE/TprEopGn7Tyhy/TSlN8ONe5Hk6fNcpsN789+Swp786OFe5Gfp/N22W&#10;sNPp4hVZkGBVzf6a9yMcgyRksEvbtp+vjyqrQpMU5+cmvcjSZJbS62PjpxObRVOpvK9yK+TSFCAG&#10;6/a05VbBpb+aCa9zA2UCqgAA/SNeMi3I21YXKVY17mOXKLMgYIVsR25buArZTpuBwr3Pf1Rkv9g9&#10;/wBn8eM9zVe/r3P/1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3KaPxdeq0lJlrLXRDCXJnxSZsTq0U+95UN4aZCPFZJWc/TGOZDdn+WKunlOpBUcG0AC&#10;SVKIwHXsH+dXIf6rd6ha2ttlCFQXFF93/ERKWwepSis+bYoXOlmHxpLVY/VWWOBdgY9hcbnN/gAP&#10;v4VPJuAJlbK1DgKWvTxKHt4ufekP1sSefe92ebqp3IyS0ytMSy0kLjYXD4nVf5zilH1r5ZcyuzfP&#10;rdP8RMeWwe6KIPnnMkmb834hmNybVUzMgPcRj3Y1+pABxTcmaiSknz3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zizKil3NgNSTxtaw2CpRgDE&#10;k4AAcTWwJrkqs7BEBJJsAO5PCj5Yw89dOt/zNQC+D4cQ7XHumCJvcX/oc5uR3sT7OfJJ2rb6ntS3&#10;mevEmbdo90wOHctkwf8AdVFTh4jVHAVk8lI3dsAnY4v/AH5Qx/0ow8wOmrSekeSFyFkilwmVQKqU&#10;efUnx81wLr/wAsv1X8eWLSBQNwaw9tuAk1DYM0JvG11d23eI9nEhEitxXuQGEgJ0F/aOFpBIpWjZ&#10;XuYSHJux43Tte431KsTZfbpxo0+mvcaZY5bk278VIVFLga9zgALXv7f7OIHDjTU17kOVgrlwe/GK&#10;3Ne5F89Af0gNyfHlCqKdia9yI0gYsAOMlPTSpINe5HUg6W4iVAp44V7mKQxAWcW5QVtHjr3I5Kkm&#10;w5XZT4wr3Oiy+I154Gna9zgpuTYceUJFer3OfmbQPd4kIr1e5iefQ3HNzVa9yGaqUfu802Zq4Gqv&#10;c4+fe5K2PE6kya3oivcwyFWsSv3cZKSK8Umvc4sYmH2Ty+wU6MK9zC/yxGoseVwq017mORaXzDsN&#10;vp56acivcjsqBtzNccoatXueMkDMBGO1+45uYrU17mEyEMR4cYJr017kGoqZQfDlImlSca9zF8w7&#10;HS4vypGirz3de5kUyIhNzz2ommNZVjXueEjEgyk/C+vNhJNXEGvc5s5X3lZfu5cEbKvA4V7nXmyM&#10;bkA30LePKzOFer3OTsSoVUJA8b8oCEmKsFRx91e50SigXDfRfjQTtNNHGvcxSBGN9pHGgZrYwr3M&#10;ZaNSND9fHRhSpGFe5hklUkldOWmlgg17mIsGHuEA/RfnprZEV7nFkG+9xzVVFe5jZYmYHdr4jTja&#10;jVjXuR9ulwRr9HE6TFeFe5zSMLqSOb08apXuc1QebulKhfhx0Ct17nEQyBbsBpxsIiqFU7a9zikJ&#10;U7v4cUCvCvcykBdAWHG1DGrxXuc4wyHduNu2t+PRNbwTia9zKGjI2yte3Ya8bOFNmVbNle5k8xyN&#10;HAHx781JrZhPM17nMyOq6ctrIq0zXucBLJ9oL9fE5USZr017nFqlBaxN/Zx7vK9tr3OTzO9to042&#10;VzXtle5jLqe/GJq0mvc4A2f7PPBymdA6K9zIGQ3LcsTqq8V7nW2F1sdOUMVuvcxfKUu0jTl4qwMV&#10;7mH+U0Ehu4U/VzWkVoukV7kOTAcKnFhCB9IHLpt0gUp7w9Ne43zZQwxz/klA+AHGO7r35hQwk17j&#10;bLkXC31Vee7uKfF0RXuNr9PKIkldONaKd/OEV7kOTp5T7bhjzemnRezXuRJ+nbstoWsR7eWxq4ux&#10;XuNhyDXKDYgnjcGnfzQNe41y5KxeFr7fu5fbTwuUmvcjSZXxdB9g24yEknGrh5Jr3I7YHi6Ajy25&#10;4oFPd6K9zB/LsSi+2p+7lSK13oHGvc5hK9PBgB7Oe0TV+8njXuc/mKtO1/r5vu693kca9zIMRqo+&#10;wN+J+6CjjVw8Rxr3JKY5UroQeVUwKd77CvcmJmCUak8aDM1UPzXuTIc1yoCo057uNNUKtW2vclpm&#10;tgm1iTzfdFQpQlQAr3MozZc6uV9nGO5KdtX1ivceYM6OigeYbc3pKarqFe47w55ZSAJG+/jgmmlJ&#10;SrgK9x+p+oDIoAk/PjutQpMbdPRXuPNP1HdD9sn6+UDihjSddqk417j9SdS3S5eUj2a8VC4VTarF&#10;J6K9yevVFtp8uUkj48v+ZUOmmTl4Ne5No+qlSrCQPbUaX54Xqh00ycuFe4pafqvPsI8zW/t4oRfE&#10;UhOXA8K9xT0XVi7As27v3PFozNXSaRqyueFe4/U3VeNyCWvY3Fz24oTmqhxNIFZQTXuPsPVmB7Fy&#10;24eN+LBmx6TSI5N1TXuPdN1VpSwYHXx4qTnJHE0kOUkcK9x/pup1OTt8z+zhgjOcZNJV5Yeivcd6&#10;fqFTKb+be/x4YjOAeNJDlihwr3HmHP8ASOLhh/dxQnOEzFFxsCk417jhFnek+2HFxrwz/mqY21pV&#10;ieFe44rnWEgSGQH9nKjNEmkv5Azsr3J8eaaU3/SLucaHiv8AmSCKRG0UDsr3HAZmpCAEkvx5GYIV&#10;VlWpHCvcco8fpXGwuO17eF+LRct0mNqeivcnRY7S32l1Jt7Pv48blPA0x+VjbhXuSkxeme4LA37D&#10;2/fx1DyZkV7uYr3JSV1OykMQCdfD+nj6nNXRSZTRr3JcVZT7iFIAuPr7c9qQaqGzXuSElpnILHvr&#10;x6UirkFPCvclM0N9pf3T4cTqIVspnFXCvc4+XE+73gEW1l18ebCRXtmFe5IMSd3Ybbdh7PEae3+H&#10;LFApvEV7nJYIAALEXN9RcW9l+ajhVisivc5NSJt1sbeI9nw+PNhFOgmvcyLAAu1SQreJ78sW5plV&#10;e5lESW2HxIAYDW9+V7utDrrGhJOvMz0zE7Ha4UE3HKlqt4cKyHQX5l+UkIBhstzcEWv/AB5XRVNR&#10;FY/M+HOT4dJfzQqyA+PLFsK4V7vprpn9mnO/5e20ObNbv939PGfy4p5LkCuAYkXvzmMJjUF/LDXt&#10;xMbUHZXlOE13c+3nX8npdu4rt+gduUNpONPJcPTXYYjU8wjAKeVrzKoLdri3GDZzWzdFFd+aP1PO&#10;f9Vqe5NgdwNzbjBtgeFOfmprH5g9vOv6n0cgu3YW04mNkkbfZVRdEV7zB7eRzkqkASWJWuVGn0ji&#10;X8sn+EUoF6Y21yWQcwf1Ehvu2eO77Xja3K/keqr/AJ49NcvNH6nn/9Av/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWH64Z0PqB9bGOZkR/OwzBqhqem1u&#10;vkUH6GNk/wBWWe8n/BHnc36Tdw/59n9mhxMotgbx3zQQWweH91U2COIBr5LvqK30/tBm95cIVKdf&#10;5dro0NygkdSoWsdaqEHqTin9QuiUlPGdlViSiAe289zJ90QI+m3Bb59ftco6r257nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuAn12zj/&#10;AFZye2G0r7arE90K27iO36VvuO3/AIL4c5u/U92g/wBjd31WbCouL7UymNqWo/br/wBKQ30guAjZ&#10;Um7q5d+dudah4W/EfP8AhHtx9KHz08ZHGa88LilYm6kwrbO9xoZL/oV+8Fv+Bt48Fb05dO0yX06h&#10;r65Qlbi+2pmuNVQj9DGfoU7iD2LEc+eLJ7H8qyFHavE+XAc9NHu8F7+cuNI+1GA8+J9uHkBVjnBz&#10;aMkEhtyjgrNBAYV7jfN5uu33b+HEhURVwY217jfIZBpa/EgGNK0wRhXuYmVlG69+I1YGrV7jbUsQ&#10;dNDa/wB/GadBr3GuSV9B3ty+2laTXucDtCWA9n5cQrM403Ne5CqQiqNo+vjIM1sV7kTfGbBtePGB&#10;SkJmvciEKCTtIufq4jONOowNe5iay3Cj4cQrpXNe5ikRVsZNeUmKrqivcjuY0On1ctM0qTXucTGC&#10;LnngmKfr3MbKQPd5ZSorVe50C/a3KjGtV7mBmCkhhp8ObKYrVe5HLi9uIO8BwFNQTXuRGJPvAi/K&#10;gRS5sQMa9zxJ29/u5cU/Ne5iJ9p0PKkVQ17nDy4r3Iv9J4yRFVr3OBiYtvkXQ89NOg17mMxoLhl2&#10;81XjXuYfLswZSOUNVr3OQjXdqQb89prwFe5weC+oUH6+VIp4KIr3MAp2tuKacsUE1qZ217ney4tG&#10;pH08biK8SK9zztEthNYADtcA/nz3GK8nHZXucYwshtGgsTYa3PKnCrmU17nniCEq6+8vs7cpsxrY&#10;Ua9zCGp4gWZzr4eHKadeNO+I17mNniazA35YHhWh117nmaQ9h34lECn4Fe5jO65sL7dLH+zjxUKt&#10;Ir3MX+kJqIe/t5rA05KYr3OSq5cj5fcR3sT+znqbwNe5GdlU3aMrfvf+nlj1Y08k9Ne40VFdSU/v&#10;FSe/hxOYUYGJpWG1dFdNe3u8gfPlB7iX19h5oHTM1ZKdUxXrgWB7nmKbF1hlCuNpPbjBWAJNXDRi&#10;caxmQhgmlz8eZlxalQKsn2jxQhYVspvulHZXg523b3e/fkuLGaEaPLt1t7w7H48t3nVPlWwhaicK&#10;5ndYEd+PNPNSzG6up9p/U8cBny40jJIrtTcXPJwKWNyCPDmzjiK8oE7K75jY3W++33f0c3JqoBT1&#10;+de5kEr2sCp+oX56AdtWKCrq8q9zzIGe7rYfRrzUTsryRpEp99e5xKg2XW3HavJO2vc6CFBtU6fH&#10;lCYrde5hDCM3ZVP38bmvV7nIuCPADl4kVuvc4MsYHua8QqEVqvc6unc3vywI416vc6QRFSSdeUUZ&#10;OFer3OKR7u4ta/PRXq9zKI1JB+HHK9XuY5ImvoQOerZNe54rJ9PFOnCtV7nW9lG0j+PEak6a1XuZ&#10;F27bcVIEVuvc8u0N7vflima9XucwruNthxjQRW5r3ODIzJY+HPaKrEV7nVlvtsNOPiNlWr3OapG2&#10;hHKFudlaONe5yeGG4svPFuK0MK9zEKWFwQVHe3GCmrSemvcwth1KTZo1P1c8WzXiSa9yO+B0B7xj&#10;Xm9Bp0OEV7keTKuFOLlbHntMU4LhSdle5AbJmHG5UcS6JNWFwpW2vcizZHo9CBp48dUiNlOh4ivc&#10;apcgROSI+x5USmnBdV7kObp+b2U9ueAUKe/M17jc+RakEnW3hbmiknbVw+K9xvkyXXqdQfhzenpp&#10;wPivcwPlXEUBOth9HPaRVu+Br3IrYHiC6oNfp44AmnQ8BXuY2wuvisLGw5QhNPd7XueWLEYmvY2P&#10;KFAqilA8a9zIZsThbUacaDYAmrpX0V7nRrqxfaDyoSDV9cV7nJMVq1a9z+fNaBTmuvclRY9VR925&#10;XuzWw7Fe44Q5lqrg+YRb2cY7sjhWi4eqvccI82VUR2h7833ZVV9WrbXuOdPnGvGhk054oKaoVJRi&#10;a9x0ps8ViH/KX40WyaaKkHYK9x6pc+1KX3OdeVhURTJxr3HWDqJUBrF9ON6imqFI6K9x6p+pc6ja&#10;H/jympRxpjuknaK9xxj6l1C2ZZD9/Hw4rpq3cpVwr3Hun6oVCi7y6fHmw8tNMflxOAr3HeHqs+0W&#10;l7cUJuFitGxBMxXuKGn6rSlN3mgW5oXS6QmwSa9x7p+rEoIcyg30txUL1Q402cuTFe4/U/Vm5vvW&#10;5+n+nilOYKHGkv8ALgeFe49U3VRWN/MF/DipOZKTxpKvKkjGK9xQ0/VFTqWW/DBOaq6aQHKwemvc&#10;d4upyEBWddLdr+H18UN5p0mkn8sAr3HyLqXDKFJcAfDi1ObQaTqyuMRXuO0PUSCYBRJ21JvwwGcT&#10;0UnOXk7RXuPa9QYNW36ntxWnN/Ki1WXEV7jjBnmP/J7wfePf2Dt24qGag0lNga9x1hzvTX2hwWIt&#10;r24oGYp6ab/ISK9x1hzhCfcaRdL/AH8WJzFPTSP8l117k6DNkUwI3KdLnig344VRVkeFe47pmSD3&#10;UO1tARxwXoNIlWxriFA1HJ65gpJJdCBp2HjxULkGm/y0V2e3J0OMUoCE6eFreHFYuAaobfVtrFsb&#10;k0YtSrfUadgT/RzffAUlDGmuBW/fjhFiERDqbbX1tfXX2HlC6FGtFonGuttuxPM6VsBJK6sfA9vv&#10;4oSsCmQg17b8TyWk9JdrAHQEgntfUcuXK0ZFdMunjzMAobcCCCL/AEcdSsU6kTtrHY+zk6N4mS0Z&#10;BFvHvxhKhScwK4Wb28ywJTKQznw55xxGyMa1triS4NuZY1vZ1Pu6AaX7cWJbSBVwmBXW5h351dbf&#10;abv8Pb9HK92mtRXt55//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vcAD1S9VR0W6AZn6hRSeXVUlG8VGb6/NVBEFOQPHbI4Y/AHgnyay/mF0hrgTJ/xRifcKgv&#10;tL3n/sfkV1fgwtDZS3/tq/A35wpQJ6gafssYX/OMdpqAi6s4L/8AEV95vyHNdD035eNJl6rzLOP0&#10;ldLsQn/BFe5B+Lkg/Rz7G/o83R/l2UXGcODxXTndtn/gTMgkf4zqlg/7WK+K/fW9715LI/hEnzV+&#10;ke2kD6p8z/PZno8qwN+joIvMkA/4slsQD9CAEf8AEjwyPOxFQtRV+e56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7hRsNoG66ddEo/8phO&#10;HG721UwQtr/0WkNvbY/DnyddtG+h7Tt6HXGlara3/Ys/0S22TqWP9tcKlA7dBSD9tZOW6P7PZdOx&#10;xft1KGH+lHvHXVn3RXJAyPkSmpKhNtZV/wCkVFxqHcCyH/iC2H03Pjyx+VXC+WvYDx7W5GKiYAqF&#10;m+uha5Ed2AG223xA78YWYxpZXuQ5pTey68TKWKdSkK217kGUuSLAi/iOMaxSgARhXuR5GbVT4cQ8&#10;aqa9yI+w+8GAIHKq2U5tr3IDmKSQKxBvygpQkV7kceXvJ73uOMrwwq0V7kGRQ3unjURTor3G6WFh&#10;cISPo4mMqOFOjE17kSRFIvy8RSwJivcwyu62FrD48QKOrZjVjXuYne1vHjRxqsV7mF0RyW5sGlKT&#10;XuYrE9zx2ZpRNe5jIP7vKODCt17ntjsNTpxkYVqvc5rGoHvfeePg4TVK9yI0AdtykW4i7sDEVuSK&#10;9yN5AvawPGViMa8XPOvcjSROpICEX5UU8kzXuYHjkt25cmnRXuYfLl8BfjW2na9zGUA0e9hysVsG&#10;vc8rQgWa/wBHL1c17ntsbW93lDTZr3ODxQs1mW49nHAYraTBr3PeRSD7IAPflSoU/qFe5z8pCvvH&#10;X6dOMazTYMV7nQhUizeHLExtp0xXue+W3LZmT6ATe31jlDtmmpjZXudeTGG27V2jx7njCjV8TXuY&#10;SkC327dT42v/AB5sY1YCvc8JljF7Aj4/2X5ZZ07KfkivcxNI0g3qNnwt/DiedO2mTjXuYWmklBjL&#10;HabXIGunK6Jp1KZFe54u2qX0FrEix5YN1VSZr3JIj3ja8hKjuSRb+N+OhIFXSmK9xrrhPCi04sGc&#10;23Bh49u5HfiZRJ2ClCSF+te46ZWyJnTPmK/1eyvRyVk24A7QfLW/iZPsj67cVsMLuSEtpK1Ho4ec&#10;wPfTNxds2CNbxjn2n0riXVdW05Y30m/DUxXMVTTnN1bJ5kiqXghjZrFhYDzDZbC+pvb2X5L1tuYt&#10;wAvrA8tvlNQPmO/wYBDaAvoJMH2RTNimYMKwmjetrZlSNASSSB2F9AdT9XLNOm/4YHQvKlMs+ZsP&#10;hnd9t/OtKzW8FUjT4/Vwcsbu2VsCCCetWPs21Dt3v5f3eCVKSB0YR78aL/jnX6hR3TLsZqCpsZHB&#10;VF9h3a/X48Ntlv0MelWgiC/1Dw42FmlaCNWa41/duDxSnKbJG1rV1cKA7m8uZL2XK/LEj40VvNvq&#10;nzfHLNBS4hErIxH6BWYrZrEhrAfDvb6teP1d+Gn6Mc//AOjVOU6ehWTUNEFD6aEj3QPz46N3LG5M&#10;BsJPns91JjvvmljsdJ86B7FPXF1nyvRyeY1NXzxnsYwii+sfvqGZgRe9gdR48KF12/4Tz5Dx3AZ6&#10;30/Zojoa9U3xUuIoyxsO4ieWPzGU+A93v34CM23ODAK2iQB1GMPIE+6htk3bJcBzTeNykmNQ2+eM&#10;D3+VJbAPxlMs5dxRcJ6wZPxKnRZFikrsHCV0a3P25I3eKYJ4najEDw5r9+oP0N+pf0o45Lh/VHL0&#10;60ymy1lJ/pFM48LSx6L9DbT8OQ3cWbloooWI6RWX2U7yWWfpCrVcg9IKceIGqJjqmrZOl3qC6N9Z&#10;qRKjpxmGjxKYxLK9KsoWqjVhcGWkk2zx/wDBIB7OF2iZzdJvdPgCOw9p4g+3A+yhpiDHRtoYBMjW&#10;23N/18eOSUgK/bB+gcuINeB1DA12kqSfY1HMxgJIERJOngOME0nUojCsnI28x3YgEg2Nx247EbKU&#10;JwEV7klpjvubC/s5atV7mFphfWx5UmvV7nJSHHvDjcTW69zor47dBx3ZXq9zDtu11BUcZKZr1e54&#10;Bl7gnjIRO2vV7nQK/vLYjliAnAV6vc7JVjcE29nEter3OJUWu/YDmwca9XucfdUXUkDiia9XuZB3&#10;2njusV6vc5B0HPHxV6vc4EKxuTy5MV6vckKNNOWjor1e5jtKDcEcTqJFer3OtzAg28OOkxXq9zyl&#10;rgEa8Tba9XuZwW3duXCiK9XudyFtCRxVJO2vV7nQIHcdzxnjXq9zuyk3seP416vcybtoseVk1uvc&#10;8t27kjlDjWq9zsXPjf6eNhEVqvc7G5W1A15tKemt17nMkMO2vHdFbgV7nlClrsOWqsV7mRVS9j25&#10;oia3Fe54xKToLjldINbr3PeQtrlee0CvV7mM0sJUkD8+MqanZXq9yO+E0TLYryvd09qNe5FOX6WS&#10;26MEc0UVUrNe5iOV6I3BWw+rlO7MV5Lik17kV8pUR1Xv9HGwgpp4OnjXuNj5KQ3II56Kd76vcbWy&#10;SpNtoPNaiadQ9pEmvcwSZGa91Tmya3+ZBr3I0mSZQLqnGkk1b8xXuRDlGqXXaeOdRq/fV7kVsq1a&#10;k6fx5tJBp1L4Ne5ibL9bF9kHm5q3eivcwHCMRV+MlKav3gNe5hFDiCORrzQSIwqyVCvcyLFiCaAE&#10;8YLYFPJUK9zI09ai2a/KhvGqhcHCvc5xVtQncNyxbpT3p6a9yWmNVQW1jxL3JFJZNe5OhzBOgAYn&#10;Tmu5rYVXuSEzNURkkMbcoWqcJI2V7k+LNTqN+835rupquonbXuOUOc5R3f8AjypZqte46wZ4nAus&#10;h5XuSK0U17jvT9QqgCzOdOOaabivcd4uo7xEEOTfvxopUNlXCAdte48wdTWHvbjYduX8QpruQa9x&#10;5h6oTWv5mvjzepQps24r3H6m6pkAWfmw6qk/5dM17jzTdU/eF2Pc+z+nl03BFeVbA8a9x6g6pIp9&#10;5vo1/jxWm8INITazXuKKn6qRBlG6wGvfx4pF4onA01/L09Ve4/UfVKNr/prfTxQL5Q40mVlw6q9x&#10;+g6o07kAy9vgOLEZgrppGrLJ6K9x1pOp8NgglHfwv/RxQMxI2mk6ssjhXuKCHqZDtUCW2p07j8+O&#10;/wA1x40gNhGEV7jvH1LpdxUtcEWOvFgzSkxy2a9x+pupcG8yBxqNPh7eLBmk4Y0nVlZ6q8RfQ8eo&#10;uoMcjbg+tvbxSnM4pGcsI6K47F49U+fKU2kD3J9nH05jFJzl46K4bDx7p8+0+8FzqOKv5iFYGmFZ&#10;ea68v6OOkec6FyGZrNbQXsL8dTfAbDSBVgoV7yr8nf1yovaO3tPf7uLPz3XSb8mquvJHP//SL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yl/wDF66myRYHlXorh&#10;jky180mKVManXZEDT0oI8Q7tIbe1BzIrs+yxd06pxAKlEhtAG0qURgOv7R61x++rDecMW9rlKTGt&#10;SrhzqSgFDc9RJcPmgUL3Syijiasx6pIWOFNgY9h+85+oAffwsOVMDjy1luhwKO3+jQojEeLWu7fW&#10;1zz76dxd2kbnZPa5YiP2DKEKI2FcS4r/ADllSvWvlqv7o3ry3T/Eon04D0ECq/s5ZglzVmrEMwy3&#10;/wBLnd1B8EvZF/4FbD6uKHkr0UUmue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9XuBR1lzf/AFSyVO1O22qrb08Nu43D33H/ABFb6+23MFvqH3+/&#10;sHu26WlRcXX+TsxtBWD3ixxGhvUQeCyjpofbt5d/MLkT9qPEr02D1Pumhk6F5J/rnn2nWpTdSUFq&#10;me40OwjYh/4k9rj2X4rfSzkEZVyAcyVsdqzGisouNVgW4hH/AAVy/wAQR7OfNTu/bflmdZGK8fTh&#10;+PrQy3mvfzT/AHaftRh/ncfZs9DVmnDLSC5LEgi3bgxWugGnCvcb2CC7jTd4ezidxeFKK9yEyhiT&#10;FoOIFJpyY2V7kJ22rZwRbjGjCaWhMY17kQ9iRqT7eJFEmvKM17kFkK3LjT4cZmrpr3I29DuMgFh2&#10;t34+BSoCvchN5ZY+WvifHhc4caroivcbJvMFnU80acGFe5CeZxcBhrxkEgxTiUya9zCZgo94XPGV&#10;IUo4UrWg7a9zp5LgCTx5RUJ+zbxrSU9Ne5hKCxLeHElPDGvciEqDy9KO7417nn2d15aKqPDXuYbH&#10;w4yqaUCvc6u97HUHw5ThW69zuVGZbA3+Hjx7hVa9yA9NUFbhrfDibRTwXXuRF+ZQ++bW5VRgVdSx&#10;EV7nRkZzox09vGdUivAACvcxNUNbYSD8OUJrde5xFRMDaMflzwrU17mMzz+KD7ue1HopwYV7mN3k&#10;Ybgmv0c1M05XuYvPkYgNYcqa0a9zFJvYkhvu4yJJrVe573Rcga28ePxVq9zgjhj9n8+WCacivc73&#10;FiQG09nETppyMK9zsrbt73tBPhys0mVhXuYmsLsFK+AF9OMzNOpI417mMEKlpAg+nv8Ax4+KekV7&#10;nPbFUD3V1X2G3K7a2k6q9zg0u6yobMNNeVCZr0V7nUvnSoIojr8BxuafSvThXuRkjmSS0soNv3Tb&#10;m9UU+HAa9zJ5MawNUMwAXxJFrnsONrBIkUmK9WHw5Ne4PXp49M+Z+vOMmZ5JKfCIpR51UiAtJZ7N&#10;HTXBTUabrG2p8ODjJclXnCiQdKEbSdiuoHpoI57vGzk7eABXpwSrBI/vlnAg8cCKjzTCPxt4c2FO&#10;g/pKyjkLA0pcOpFoqRtrXuxkkIGpkkYkn6rD4cyWtLJnL29LQCTxIxPrMzWHOY5y/mRlaiT6afTC&#10;gA6g9aMNy1M2C4ZH8zVW111W+guBw62AUlFSQGiynBHsjurz6sqBfjfU/kO1uPuulrEe/ZQGcQVf&#10;cr5H3UW/M+MYpWVC4hnOpMJm2mOkJ96S/YBO6XGt/ZrwUcGwXDKcCsqVedwCQ731On2QdLcoXQr7&#10;sDReQTsMD40WbOufcYrWlwfCjDTQto0KnVALgs9juJPx78UUfzhf5qYjdu3Le1iex+GguLcQKUoH&#10;A+3r4+fR11VWgDEQOPTQa+VQzxx4VhcR3CIJIQDvCld0a2a+4yGxY2vYm1u/FZlyKtxOuSkpAJFk&#10;G5n1tHra4KkfdzSr1vKBrdICTtkwSekdfVTlnlT+bO9zbIK1ROkAkx0x0UXj1Kdael3pw6W1HU/r&#10;HXw4NQ0sny8FgAaibaWSlRXJZpO50NxfXQixjIUSKJYVuR4k+J/xE9/q5DGeb/F5tSLclJOHhgiC&#10;cdoJ2cQRWTu63Y2/36HLtCS3MqQomcNggEQPStSP1E/iq5lzdguLUGQKuowfEK9SsbUUdP5CxSMA&#10;yO0kLy71jJG5ZFN9eQMay9geZKBsJzFRU+IUrG7Q1MSTRsbWuUcFe3t5jM5eOuK1qUok9ONdAXN2&#10;rMtC3Q0hKIiAkADyKdKx1kKBOFVaZL9TfqA6e5yPUjJudcawzG2kjL1cOIzCaRUuQJCGs4BOisCt&#10;vDlI3q8/BS6WdU6yvz30DnbLeLzI0j4aSHoZpe5Kb/0kO9/ZJsW+i2AHBA1mcCHNvTxqPrvd+4y5&#10;Cvy8uoBmFfekbYSf4gOAIKo2qJxrbl/Da/4VX5nwMYN0m/EHoYsUikkWmbN1FGIJkBUlJq+miHkv&#10;7wAYxJEFBLHQHmrz1d6K9SugGdqvIHVHDJqGupWN1kRkuvg6XA3IfBux4I0qDidSQY6T8KILa7Re&#10;J1NiRMTEQRtBHTW8F0w6l5E6xZDwvqj00xOnxjAcZgWoo62lkWSKWMki6MhINmBB9huOBrFXCnlH&#10;k3DA+y9uNyKUKTjp49FL8OpNgdecpaiFpDJIu8vq3hr7bctqpkJiuXMnlo53HTj0yKUDGvcxGKNg&#10;T435WK3XueRLaE/Vy0V6vc5mzmxJBHt5o1qvc62m/unlRW69zj76nvxqYr1e57e5uCBxpRmvV7nA&#10;aDWw4xXq9zvYWNiNOLAkba9XuZEVX9xlsPby0CvV7mN4olW4Jv48p3Ver3OAiiJ0P58ofBhXq9zm&#10;YQD7vNaga9XuSEjsNeKwa9XuYn1NhzxE16vc7C27G9uJBJr1e53puBtxUE16vc53JJI05vSK9Xue&#10;3a2btz1er3OnIuABxo16vc5ElRcDlNVer3Oi97A893ter3MgZSbg8eCtVbr3OIYD7+b2Vqvcyta4&#10;54VoV7nrjtx6t17mQoG7cpXq9ztYyp0156vV7nNmbQduer1e5yBPZjz1er3OwPd56tTXucwAeUq8&#10;17mRVFrA89VZr3OYAHcm/NgV6vc8Du0YWA8eVUKoT0V7ndoT4niaIpg6hwr3MZiBa6X46kzT7asM&#10;a9zOIVIFx+fGFDGkJ217nIRIvu+B5RIxp4Eivc4eQpOgvxwpg0/qIFe5xakibRlGvKoTV21E17nL&#10;5CmdNhUDj2mnoNe5G/ktGzX2DjZRW9RFe5hfLtMQWCcY2YU33k17kdst0zLYLYnmymtyTxr3IjZU&#10;i7CxvyhwqwdjCa9zA2T0OgBP1cpNOB2eNe5HfJbN2X8uXK6cN1XuQ5cmshsVv9XK7a0m41V7jdJl&#10;FyCAvNRNKw8RXuRGypIo7dubCacD817kRsuSg2AP3c8QBVu8Fe5iOAVUZtY254meFWNwDXudfySs&#10;X3x2HPAzwqwfr3ODUFQFJXx5ut96DXucVhrIxZuMd2NtXDg6a9z2+vVgADb6Ob0Cr6xXuSI6usXx&#10;7c93QrcivcmxYrVqLMSOM/lxtqgTNe5lTG6tTq1+aUyBhT2CcK9xy/rPUix3duUFtHGtBFe5Op82&#10;1QJJNuVNt11SMa9yfDnKrDd/z42WCK8U17jhHnmrU6v9x5cs9dXhRr3HCHqFWI23zD9fG+6Iqukc&#10;a9x6p+o9Xb/KXPjxvSoVUoB4V7j9D1KrFW+8ctqIpgtivcdIep9SGF5LfQea7xVNFpNe4/03VSYm&#10;zOBb2Hlw4sdNa/Lpr3H6m6qSFg286fE/0833ygaobdNe4oIOrN5Azy3+kduPh5W0mkxtkmvcd/8A&#10;Oytv8r4X781+ZPTVPyaa9z//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc1kvUNnH/AD8euLGcUifzcOwGc0kGt1EWHforqfFZKnc4+Dc7d/SfuP8Az7P7JtaZ&#10;QxN47/ucKbn/AHUtJIPCa+UD6kd8P55nN68kylCvyrf+K3KFR1KUHFj/ABqEPqBiX9Reh8yqdlTi&#10;KiFfAlqjVvrEQP3cFDn2H1yRqvTnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e4UbM1PP1l620WR6NiaKicxSsvYKnv1T38DpsHxA9vPl&#10;/wDqQ3zO/m9BsGVSxYyyI2FyZuF+eoBvr7sHjWSeUNjI8vVcK+5YkeuCB8/U1Y76d8l/1WyImJ1S&#10;barFiKh7jUR2tCv/ACCS3/BcsphgggpI6ekQRxxgIqqLBVUWAA9gHMdICRA4VDaVleJ2nGh75gk2&#10;qNh8eMmnq9yA7BOyk8Trq1e5DkfaLEW4k1aqWtjUJr3ITHaxI14yoxTyVYV7mEyRA8SgzXhjXuN8&#10;0keu/tcfx4mImnUmDXuN0hjXc0huPC3NaTS4DVXuRkWyFvbxIs402tWNe5GY7U2kkfVz3Grca9yB&#10;Iob3kPb28scMafTXuQ3p93vFh9HGVkxIpV3sCvcjtHu0vxGUEY06FBVe5jZnVdrcbNW+2vcxJtYc&#10;9FO6SRXucHZNuvt5XZTUEba9zG0q2t7eeUZFLK9zgDs1fjNer3MJKBt2vNzXq9zp2kOo7c3/AB1S&#10;vcisJT48QFcGKuCBXuYmMw7rzRxpQYNe5hJAN2W3NRFXjCvc4kH7S8tTVe5jYuPtMfu4ng1avcxb&#10;wCW115utg17mORkADNY89ThM17nEX/c8ebrVe5z3W0I15avV7ndtqe6Rfx5XVV5r3MIWJ3uGsfgO&#10;JliauDNe54RoGNyW+PLYDbW1Jr3MJRN942II41gdlN6a9z0hFvMNifiL8dAinQmvc5OqF28z3bgd&#10;gP6ea1inAdNe5ikMYXarE201HGDJpzQTjXuRLPt3XsOUBjbVwdOBr3OLSzFNshGzsLC5ue31e34c&#10;tIVgNvD9aeSgfcNo2V7hj/Tf0MrevedYcCmW+FYcVkqpdbEMf8mhAsXa3a4sAddeDTKclObLABhC&#10;cVK6eoUBM7zgZKwXE/eowkdf9LyFRaqoEETORewvzZi6MdIsJyngFM8dOlLRUqrFTwIoVVVBYL7u&#10;gXTU+Pj35lCUNWqglIAAECNgw5xrCy6uF3DkrxJgqJ6evr5mip9VOp7eY2Wctzla1wfMZfBG7qP9&#10;ax4MiVUuZqj5OhBhoUJErg7RIwtovjsA7nx0sDrYtW9TEBsQrbQQGjw/I8BxPFJfmcWKKYomXcVB&#10;v7zEXBcnsPDUki4uJeFwU8FPdbJTwCO5AsHItYAey/5cSpWXDjsFExSZE9dF8zjiNTiNeqVH+kV9&#10;c8gKOS3lhr6s5HgO/wDTxarPUVcpnqyoAKuFA0aw+yD4cYVqJB4c4UWEEDDr/fQTxUNBQUpwrBzI&#10;WZZAz2IdASLlvaWIsPGw5NVqvF65MKoVFRUT+6g1tbxZjawRVuT7ewuSOUu7tu2bK3DAGJPR1DrH&#10;Dr2UvsMuezF5LLIKlqOlIHuPlxJ4Cgx6k9Sum3p06aYt1x6xV/8AIcsYFEstXJtDzykgJHTQxXBe&#10;plkKovYKx3MVUEgzuWcuw5foEpt3mSEAyO3cn4ewDmGWeZyvN3SQfCMEjq6fM8SY4DhXWjcbc5nd&#10;O10gDvF4uq6TwAPQmThskkjjWgr+IR67+oXrn601Gc8alkpMt4d5tPguF7yUp6Utfe4HumaUi7n4&#10;KLnbxRKicBUVM4RpogLVU0mnOyNdOXp2se7/ABd+cWW9hexJt9/5c2DwwiqEfxdA9vp+OFc455A3&#10;lou9NCwOgte3f28Jj60vRlkL1f8ATZ8tY4q0mNUgkbDMQC+/BIQLg21MbEC4B1tx1t426pSSR0VH&#10;OdZEm7IdbgOAYcAobYV1dGBjHpq7P8HH8Y3qd+GN1SbBMU+axrpjj9VBLjWEwsryxsP0bVeHpI6x&#10;LN5YCsCybwqgkbRfSE659BOovpu6jV/S7qTR/K1tBIyhku0EyA2E8DsF3I41BIDWOqg6ckG3Wl0A&#10;px6ai4nvB4gQRtB+4RtB9eMwdoJr6ifRLrd0w9R/S/A+tPRjFYsby7mCmhq6OrgbRo5VDgSKfeSR&#10;QbMjAMraMAQeBP5UJTzN/wCXFpiqpCVcB7aGHnBfIOoJPGhXj4K9zIAo+yLcdrYEV7mUksLWt7Oe&#10;rde5jKk2A+1z1er3OKxsW97X6Oer1e5iljYHjCxXq9zrcV14h2V6vc4sLjde1+eivV7nVmAve44+&#10;lXCvV7nrj2HnirTXq9zrzms24cuF16vc5GViL+HKqxr1e54SI37p04mivV7nvNC9gePpXGFer3M6&#10;ug1bx47qr1e5ziKEnlxXq9zn+jGnHJr1e57aG+zywNer3Pbbc0o16vc9s54V6vc9e/u8YIr1e52L&#10;7wLc0E16vc7AA7jigCK9XucXCW104y4a9XuejCj7R142k16vc5jZu78UzXq9zkgjbwH38qDXq9yS&#10;iHdZe3Hdter3Mqx3JLeHKmrCvc4+USd3hzWymydO2vc7tt5qadBCq9yQlye3HKZJr3Ob2T6eVrYr&#10;3MNmP081MVaQNte5kJAAt46Hnpmqkzsr3PJtNz7ONmmnSYr3JCfZ5U47KTjxV7ngCNTxoVrYa9zs&#10;2bUccpwGDXuc0JU3HHiJFLVDWK9zncse3NhNXSNNe5k2jl6tNe5lulgF4lmaTICjM17nJRcd+VKM&#10;aS6Sk17mSwHccqsE7KfKwRFe52I05TuSarpmvc5BS3vr4cYUnTSYeE17nZjbmynTThr3OYiQ/a78&#10;0NlaSk7a9zl5Kj3lX7+UmKelVe5zFJEO6jXlgqtY17mEUMDE+7+XPEaq3jXucDhFIftLzcxhV0mv&#10;cxnA6M+Gh5rVpwp/vIr3MTZbo20SwvzUzWtc17kN8qwyezTnqvrr3I5yem4FR48tTwcr3IsmUGP2&#10;Qe/KTW+9r3MEmTXv9nmyaa7417kJ8oOCUI0+A40Kul8jbXuQGyrLt8tBcX7ccJilHfnhXuRny3UA&#10;E7L+HLA06LgV7kc5fnT/AHM83V+/r3OBwqqXwPGorQe1V7mCTDKrcDbmxT3eRXucfkKhSdw+jjgI&#10;G2roeA217nvIq0Ol+V0jbSjWDXuZVFYvGTFe1CvcmpNVJzxFNqXXuZY6yoEhN+J9E1vUIr3JiYnV&#10;7tCQfaTxwIEQa8FCvcl/zWu/4sHb28a7gVfUK9z/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9wJOvXUiLpF0ZzL1IkYK+E0FRLDu7NOV2U6G/wDjmZV+vh5llp+euEM/&#10;0lAHy4+6aizfjeEbqZRdZgdrLS1JniuIbHqspHrTrgeHHFsYpsOHaWRQf+I92P1C/NaH03YNM1Bi&#10;WbK0l5auURK7G7Hb78jXOp3Mwv8AEc+wH6NN1fytjeZwsYurSw31IaGtZHUpS0jzbr4m9+b4vOpa&#10;JkiVqPSVHj14E+tJn1WZiEuLYblOnPuU0TVEgHbdIdiA/FVU/U3DOc7W1BNFI57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4iuoWaUydlGsxu4&#10;EqpshB8ZX91NPGx1PwB5jl2s77p7Pcgucykd4lGhkHi854W8OISTrUP6KVUJcnsDmNwlrgTKv8UY&#10;n8PM0vemeUHzxnWhwCxMLvvnI8Ik959fC40HxI4xekHIz0WCVnUfEl3TYi7QQFu/lI15Hv8A68mn&#10;/Ac+ULd9lSgq5cJKlk4nEnGSSeJJ2+VS7vVehS026dicT5nYPQfGrWI444o1iiUKqgAACwAGgAHD&#10;kSKbkNoTrcdiPZyQjjUWJrnyJOoY710txIaeFe5EC+027flxlVORXuQ5Y7oAWGmnGCKUoNe43zBQ&#10;SPGw/hwvXtpyMa9xv9xCCO59vE4p+K9yHMiliJF1Ps5WrgY17kA0q7jrb6eb1xS5Kor3MTxhVB8B&#10;wtWcaTmvcjSLEAQx15umwa9xpdLsfLJtzxOqloxr3Irl4x243pIpxKZNe5w3a7fAa8TqUaVpb017&#10;mB2LeHE5NXr3MHm7TbZypp0A17ne9GX3hblIrek17kYrGx5UCn69zhsUnueVIqte5gYaHXtzUU5X&#10;uYwGK2vxKBCtU0nSNKtVe5HZj243o0mnNPGvc4MZgfcPLE0oSa9zA7TnUkW+jmqemvc6991tz1Vr&#10;3OO6Xx54CK9XuZA7BSCBr8OWmt17mMJv9wqNfhyhq1e5hkheI+6Dyter3OIMl9WA+kDnq3XueKvs&#10;YAjU+wcYIrVe5zVW3G7KAdBoOa006BFe5xO1E2Dv4nm9tb1TXuR9kRF240pVPba9zEXiX3ACfo5R&#10;YqpGFe5yeRJAAF1Ht49AirpwFe5hCRSN9lr3HibcYB014zXudv5ilvLjtY/rpzQRqwracdte46ZW&#10;y5iedczUGVsIQvPXTxwqV/dLMAWb4L34vtrRV24GW9qiB6ca0++mzbW6owAkk9cDYPOuEhCxlj4D&#10;mzJ6XegGWOm2VabL+DUiwKqrJO4LFpH7GVmJIv3AtzKO2tEWDYZZwAwUeCj0DrrCO/zF3NFd84uZ&#10;JCeiOgdHXFAR1U6gpl/C3WnN5SpsPafZw4NfUy4rVDK+DuRTQe7Ky6HZb/J38Gbx8bE2t35V1wv+&#10;DpHIoOpRomdpoueEUNPgGHnPmMqGrK0F4omsbOe7kHuq+HhoOLGkiWlK0FEgd9AQdLD2oBpp8Qfj&#10;xlQmt93q20FGL18taDiuKO1IsSsU2HczE62kLXPgO1vh48VZhFago42Ip6dwGPa+z7R/IgcuhVag&#10;JmeNA5SYzPQVJxOs2viFajMqEXUmZSETXsV3Am3e3JGJ4gqrHEhtt7qNSvs08eeBJw4baIksglST&#10;xBinHLmChUOPYibh2sAXCrM6XJZj7FB0sQO/fhrOmGU0wPBYq+oU/MVUcbHepDIu0WQX1FhoeY1b&#10;4Z6m/c/Ls/Yg4kfxK4k9IBkAbNh210V7L90hljIv3hDrifAP6LZ2Ef44gztgxMVoz/jj/iA4t6k/&#10;UBinQTJdYDkvI2I1VGRTlhHXV8MrJUVUxLESKsu8Rke7bawF7Hgn7fEePIRCYrLKqIzOCCLDXnJA&#10;OP1aoV7ducj35qqmvc4HmomtgTXdyAQDoed+8dF7jt/ZzdXMjZ8vnWWmeOGQbjtHhb2/Vyu78Qz0&#10;J5V9YfSuWOkC0ObMKVqnDK5VUF2UEGkmLAho5ASB22tta9gQTO3ufyx86hjPspW2fzrHiUnBxGwL&#10;R1TjrTgR/SAKY1EEbFv4B/4yGZvQJ1lo+jHWDEJJulObKkQVcUr3TCqqW5irYL6xR+ZpMPsbWZ2F&#10;wGGkpnHKWKdPczYhkvMMTQ4hh07000Tjawde+jeFiDfsQRbg7RDuw9c0AEAqnVABxE4CD7+rbgRX&#10;03sFxuhzDg9PjuAzrUUddDFUU0qkFZI5UEiOhH2lZSCD8eJkNsjDRxd9ex42JNMFuQDT6jb1DWIv&#10;7RY85F953MLaezikGBS5KdIrlzH5ht3v9XNAzV69z28k29vNTWq9zu5XUHlSut17nBn3JrxMVV6v&#10;c4WDDaTysTXq9zowAEEX15sYV6vc9Yi9jzcxjXq9zrzI1+3yveVuvc4s0bi3PTWq9ziI7229hy81&#10;6vcyH3dSL35TTXq9zs7GHa3HRFer3OSjwAHPE16vcybFjII8OeTXq9zopcDldprVe5mVAotxUkRW&#10;69zsm3LGvV7nYAbQ8rXia9zkVjXtz1eT49te5mjYNpbl62RFe5m2qDa3PTWq9yLKiLqONLGqvV7k&#10;dYyx04xprYr3Mop3Jvbj6RFWr3MiUW1bnno07KTrVjXuTVhZO3bjgM09qr3OZ2+H18tVgK9zmnfj&#10;RpO7Xuc7D2crNJpivczFF8Oe1U+FV7nRiQjXU8bJpsuQa9zpYkOoPblhWwrWIr3OzGCNvHKsn9lj&#10;XuZvJVV42TVVOaq9zgIrfb5cU4Gwr7K9zmVFrDsDxnTjTGgg417nQAdtNBy+mn+7nGvc5pHuO48e&#10;1Up1V7mUU7ge+PiOe1VUuAV7nN12sRtPblgacBmvcxGM+6RpxG4YNN64r3MoADbfHjmqaqViK9zk&#10;H1I5UiKRRNe5lJO5dOaC9IinEqwNe5mJswA4kCpNM17nNZVCb7anlgjVWwK9zy2Jvx4gIEUq7vCZ&#10;r3JCsD3F+IyZptNe5nUA/wBA5Wrmvc47mCXGh4+BVJr3PKvt40a0K9zLsAF+UpyvcyoAbvbUC3PV&#10;6vc5hBtCf4r35cV6vcyogHvDw90fXpy1aivcyAFvt6bfhxqvRXuSLBk3XGvPVSK9zFJBuA22+kDm&#10;xVxXucvkoTbcBflqtXuchhlK5+yB9fPVqvcxnCaVwU2AfG/KVua9zAcv0jDtbj6auDXuRf6s0zG3&#10;fljT2qvc4vlGnH2hfjETTWqvcjPk6M9hpz1W1kV7kNsoDYXC6j4c3hT6Xor3I7ZLZnJCG3L1oLr3&#10;MJyc6C9j9HK1oqxr3G98sSKxAU82BTyVV7nD+rMn+E/dz1Oa69z/1S/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ypj8W/qYcvdHMF6Y0cm2bMdcZplB701EA5Uj4zvER/x&#10;E/VN249n3twp47EJgeav0B9tcuPqn3j/ACGUMZag+K5d1KH/AANkAkHzcU2R/imhT6VYd8xi82JO&#10;NKdNo/4k+n/KoP38Ir07wD+rOSsOwdl2yJCrSD/jx/ff7mJHPvR7JN1v7GbuWWXkQtDKVOD/AIK7&#10;LjgPktZA6gK+T7OLv87crc4FUDyGA9wokHU7Mf8AWvPuKY2rbo5J2SI/8dx/o4yPpUA8WnMi6DVI&#10;Pnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7hTutVZXZ3zzhXS/AzucyRhx4ebNYKW+EaHcT7CefPN9XO+hzrNLfd63VKbcBx0DZ3zo8AP+1tHU&#10;D/wU9FZC7qW6bG3XeOcQY/xU7Y8zh6Cj1elrJvyGBVWdKtLSVzeTCSO0UZ94j/iT6f8AA8sZwLL1&#10;DlbAaTLuFgLTUcUcKe0hBa5+J7n4nmBzDKWUhCdiQB7Kid64VdLLitqiSfWjXcnSFVYhBcDtrzah&#10;BrYwr3IbXRSv2rn7uJTTgJr3ITlSdpBvrr9PGTjSoGa9yMzKV1F/G/EqjW0V7jazqQSvc8QKk0uB&#10;r3Ikqu4CLb7uM04MK9xvmid7shsBcfXbnhTqDIr3Izo6qCSO2v08SrTNX217kWUoybCe/jxGRjTS&#10;iZr3MEhj7Xvy+0xVggzXuN8iwg3U24yMKWgFOFe5Ea5U6ce1lO2t7K9yM32NeMuLB2UuPiGFe5iN&#10;wLi3C8ivV7kRpXDWfQHjlLQcK9zEX8Sb82NsU5Ne5jZj2PLACarXuYy3wPEizFa2V7kdmXVbG/Kl&#10;eE1TXXucS7o1tvh7eIokRTiRrEGvchyGS/axvx2nk7K9zmGPZhe/G9MV6K9zgFYA3Xm4rcV7mDbJ&#10;v91T9/KkVYV7nI7j4ccUavFe5xYSG3sHGIr1e5idpFI/Zz1XNe5yEjH/ACh5qq17nTCNh3Gne456&#10;tV7mESxd7/lzWkmrxXucFELv+jX3ge5PLKwFOY8a9zlIlQxu41Px8OJBVwEnZXuYjDtHmDQewnjW&#10;kE15O2vc4IbtvFj7By6z0Vsmvc87xC5XQ+IHLJM1Y417nBSslmViPbxKcTVQTsr3I9TKkKmeRjbS&#10;5++9+bUIGoeXrw+dPoSZ2bdle5a1+HT0NmelPV/GIgtRiJZKEEfZgDFDLf8A17G3wI5Nu7dgWGjc&#10;rwWokJ8hhMec+lQVvjmQUoW6Ng+7/G/Sk9j2KRUVBJI5sFBJ+ocvHeviyrgAAG6rq7QxBRqdNQPh&#10;7fo4Plq1mDwE9Xn51AXcYYbJmiaCE9RM6lppAlFhwMkkjaKxB1UfRp9/FDl6m/klB7pLShQWJtdm&#10;Zbu1/pJt7NOe7wJFPKZKzJpFZ4xJs0YpHEFMURdNpGoCxSWjSw9oUX/hxc0AaGleU2Ek50vYaW7X&#10;8b/s5QL0jGtJQVYjZQHZgRsTxQUqlhDQqdp27wzk+8AL6bQBr8beHHTEKiTB8KjhkU72AItb3tfd&#10;HwHa/wB/GW3IOIw4fh50jKQ4o9A/Do20lss0EedMwz10ErCGnkkWbcLhNt1dtT9oEEqB4WF+CX0q&#10;yDV49igxjEo/9ChcSbmOsslu1rfZUAfTf4cCWe5p/KGNexbgISNsJwlR8sKl7cXdz+0d3LgltuFK&#10;6Cr+FIPScSegR01UL+Nj+Irl/wBI/Qhuj3TetMWfs1xyUdOq6Ghw8D9NVs4Nw8jsFjC3vte5Fhc4&#10;i77+8NDr9F+Yd7D756edvlXT9LYQNkdA6OryGzzrQUq3aVn3tvcH3yRY3vbd439nMnNzVqb+cAxH&#10;LVevc9uPNVqK9z249uerYwr3OgN2nPV41xZVdSrC4PPaKCLXPcfT/bzZ8WFaJJ9sxz7qzMTPJ737&#10;2nw17814Pxn/AENx5hwuT1Y9O6T/AE6jjCY5BELPLBGLrVLbQvGtwxJB2he9uHlhcd3LdY7ZpYJy&#10;lcIEMqOA/ouEyUwY8DmBESdQXIGBO/V/wmD/ABZZuoWWR+Ht1vqgMWwENLleteUD5ikYBpaCTcbm&#10;WGT3oyL7xJtsNmur0tYGkKlCSe5vwYiTt20WKSf4tv61ufxtujDe0DnMtbUAgfDjhrYrnzGHIXUH&#10;6+eAq9e5yVxe4HG1Vqvc5H3u/EVer3MEm8rYduVr1e5x8rxHHAYr1e5yEb9788TNer3MZVvA68pX&#10;q9ztYz+8RzVer3MTeZextzQr1e52qSbtt/p5fZXq9zkVlAIQ6cc1GvV7nF1I91iTfxHKjpr1e5yV&#10;GQXPblTXq9zKu61j48dFer3M9tzccCYNer3Mu2/fiuvV7nEqBxpU8K9XuZU078qAqt17mVQgNmHf&#10;ty5HRXlV7mTyyO2nN7KpXucplZFG0357A1tJmvciBCdX8eNg41eJr3MyoFX3ePCK0Nte5NiT3bk8&#10;ptMU2tUV7khQClzzaExSUia9zzbrbb8dcSYlNWr3MRH3+HGZKRjTneRtr3OYRlsPE8amaaUsKr3O&#10;XvDvxoCTTNe5yUG2vflyK8K9znexG4X5oCngkmvc4kqzEICLctXgkpxr3Mtyose+nN1ZbmrCvc8S&#10;7cpFeBHGvcyRjnppoKIr3OTjx48mlbfi217mJRZQBy5NK9UV7k9De9x4cSGkJMV7mZZkC+93tblw&#10;KZUiUyNte5ilYk9+/N7KeQrSK9ziG3MFv24kWcaTnGvcyAsDuFieK0qAwrde5zCqx97ueMkQa3sr&#10;3OZFzr4caUkqpkYV7nIqNw0PEphG2ngK9zIg1II4rS0UU4UKTtr3OljJ0B42qSaptr3MvkulvYeU&#10;SmTW5r3Mljb434pKADWpNe52SxbeO/LSBVq9zmAw4lAmrgRXuZUUMbH6TyhEVuvckRoty4YKO2vL&#10;hM16vczqwVO1vh+3noqoNe5m2bk0/LlSacmvc5rEQtyTylamvc56eVa1zy1er3PAO1gBYc1Wq9zI&#10;sRuLjv7ebr1e5nj2hSCt9ebGJrde5mWNWXbaw9lueUI2VUmK9zmsYUlfb24oQMKoTGyvcziNYz5b&#10;aaeznsDVAs17ngq2uTf2cbMCnq9zOiLvG1dNbn6ubSNWFNFVe5KjHuFiBfmlNxspo17nMRhRYnXi&#10;crgxV9RFe50sYA2lb/HisJmnNRr3OxSU7d15pQ0ithw17nL5Km/w8SajW9Ve5//WL/znZX2YVuUc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ncf185t/zvetaDJFO3m0OW4qWhIBupZQ&#10;ayqP03fyz8UHOpf05bmf2oziwslJlLz4ccH/AAJrxrB6ihtQHWqvmk+qnez87nbyEHw2jSWU9GtX&#10;jUfMKcCT/iUKk2If1I6OYlmG+yaaOQxnxDyWhi+4kHj3z7f64W1XHz3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xsxnFaXA8JqcYrjaKmjeRvo&#10;UXsPiew4Dt4c8Y3ZsH8wuTDbDa3FdMISTA6zEJHEkCltswq6cS2naogD1p1wPB6zMGM0uB4eN01X&#10;KkSfSxtc/Adz8OAx6T8q1ecs74t1Yxpd3y7OkRPbz5wS5X/l3GbW9jjnx+N5i/vVmVxm13it1xaz&#10;0alkkgdSQdIHAQBsrIHeV5Nhbos2+gT/AIqdk+Zx9KttwLBqPL2DUuB4eLQ0kSRJ9Ci1z8T3Px4f&#10;yWM/HS/BnEVCSRhNO3IBOgOlwf104kWYM0uFe5gkNn94C7Hw40RNKAK9yGW1u40te3biYmrA17kG&#10;QJIAw001+H08bcEVavcbmjNywHEZxFKGzwr3MBLrqupHEERSk44V7kSoY7QUBAJuRzQONON4YV7k&#10;LcGUpYm59nHsKUV7ke/vBQBZuIHRjNbUIM17kYwxP30PGE9Nbk17kCSjV13I1rc2kQZp5LkGTXuQ&#10;3VkO06r7eNvKAxqy16jNe5Dc2O1tB7eNBQAxFLm/CMa9zE20iw4gmtV7kN0sbm/3c3qq817mFond&#10;br4H2c0kzjWwuvcwsNxuTbnlYY0qFe5iaRlFlI+7jZxq1e5jLORcd+VJERFbABr3MLym25rk8pFP&#10;NjCvc4qzWJYXvxo4VsV7nEMwBspB+PK7asRXueEz22yG/NCvV7nASKDuB/Pl9M1bSVV7nENc2HGy&#10;Zqhwr3ODSAaG/KVUV7nSkm+3X6RzcTT4r3OL7V8Rf49uNTwrde5hdSLEFde+vN16K9zpfM7afl/R&#10;xPJFPV7niimzSAfVy0yKaJr3O3Vdu+NiCPbxrTXgIr3ON7jcRf2g8bjRjTsV7mBCzMdqAgeznm/F&#10;M1fhXuekj3ahdo8fbx9AppKo4V7mCXYikKwXt3HGFCnkmTXuTMmZWquoue8MyXTg7K2dVdrm20as&#10;D7NL8V2dubxxLQ4mT6fjSi6f/l7KnSftEp6jsn31wLWvbWw5tQ9Dun2D5WwHD8Lw5FhoqGFY41Vt&#10;BHEtorXJ+1YfSTzJ5xWAQnCBAjhzsrCd9xb6lKcMnUSfM4n2TFFt6t5qkiwubD6EEy1BCA3+zdtr&#10;Ejx2jU8FXD6j+sOZqjGJSvlUTeTDroXOsrAdtAFt9J4XpWNvTgR86aiBQYYrSxZXyVS4JRreauvL&#10;KfHaLbFN/wDESxP0Dgi0cEFbUrTMD4M1yRYKfb7CBxQohQgUyolsTQT4xWHB6A4mp1QukYHYyuDd&#10;vjtJ08RbihhdMUrXlCgwR2CakAW7634XglymlfsxAoPcQp1y9g6UySyGsqjvNrE+9pbsbKPHx+PH&#10;OClnxvF6JWLMsksII7+WGIUaeIsdfhw4aBSBEbQZPDhPrs9aKnZSkmIgYRtUSdnTPRFMsmNYF02y&#10;rmLEcTeGkgoKWqqJalm2I0VNE0lQ5YnaCFViWOgbvppw/wDl7BabAcIhw6n12AXJOv0cw33gzJeb&#10;3ClrwA8KQNgAJ9xJrqXuRkI3by9DI2q8ajxK1ASccRACRXzM/Xt6o86+rr1JZg6q5udCkkrUlFGo&#10;BWGkgdxFGjDQgksxOp1724+XG7cOBDbzsqVxPHo59KJoWZzvf7Vhe369uct3KRXorrnEC/N1uvc9&#10;bW3N16vc5bR4nmq1Ne50RbUHnq3XudaePPVquxa43Gw4nM35SwXPOV8QyfmOIT0GJwvBUREmzI42&#10;sPaAR7OMrOmCNtEGZWKc0b7rZM6TAkKGxQkGFDgeHRQ8emnr/nP0t9b8teoHp9MsWNZSrqfEaRpI&#10;9674nvaWP99TbUHmgF6qOg1X6Z+v+Y+jFUJWiwepdaSWUENLSsx+XlJPffHY39p5JFqvvUTxjGsf&#10;WnStJLg0rA8SehWwp9CfdX2NvS96h8neqf09ZS9QuRGU4bmrDKPEUjEqyNCZ4VlaCRk08yInawsL&#10;EHQcL+Xi2lTpY+N/YOL5mKdmT6UP6tuG4djzjbd7B9/LCnTXLnjtXS/fjahhVa9zxJ8BfiA16vcj&#10;bmCkc9Xq9zIoYpcnldter3PEPt3A8fSma9XudAXGvLqTAr1e5yZLC4P58TV6vcxiP3fe78dFer3O&#10;cUb6knjuma9XueAf7Ht5sor1e52ygaEacaIivV7nY22sTxs16vc47lRb9+OoVFbr3OccgIv7eKgo&#10;GtV7krcCBbjs16vc6YXHKGrRNe5JQBQL683NMpVqr3JCIT7zC/s5ZJxirE17mZld1sdOWXjVEmK9&#10;zj5I7X4hIKKTpVpr3OjCANRpzROFbK69ziI1Km4I48gVpJMzXuZlAta3HAiDNWUdVe5zY2svFIE1&#10;Wa9zmwBYE+NhxvGKvwmvc6cBTZRfjSTq20n1asK9zmoBYBjx6BT2ivcy+Wh178bjSaTTBivc5mMq&#10;b8Tqq9e5jc+8L81wpSCQK9zzBbnb343qqpWRXueuPHU6ctNM9de5mQAjtzxNeivcyqtu/KjGvQa9&#10;zz2Itx9NLma9zgisRpxxVOGvcllSRxJNF5ONe5ikC2A4pTjRo2AcTXucCxuNOMKMGKQOJg4V7nlA&#10;LXAtxCrGma9zmu4MRf482STVgMa9zifMDbr8c1SKVAgcK9yVGSp3E82XMIimlEdFe5nMmobic47a&#10;aBr3OQazXty/eGYNPEk7a9zMJNO2nHVEVYCvc5KyXsLj6TxtCorSsK9zMrRm45ZSsZqor3PRFS+3&#10;jBM1evczhQdePAxXq9zkgAB1sf2cc06q1XudhEOtibcroMxWxiYr3JCKSC7eGmvG1JKTFaI0mK9z&#10;MrBfsHw40Qa3XuZGdtth8Pz5qvV7nIFhofDjiRNer3Oa7ibjTjZNer3M6AoRrfXmxXq9zOq2Pun3&#10;r8cVhW69zMvmsBc3JAP382MabImvc47mDG418PhxQMKYivclFiyi9ix8eJxJMVrjXuZIgVurgacp&#10;BmnlY17maPYLjxPblSdONMERjXuZLkHtxQlRVXhjXuSPdFwR28eO92DjT0cK9zIFkvZdRy4NOFNe&#10;5lVVGtueUJpiIr3M3u/4fDifu6tXuf/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vcZ8w45h2WMArsy4u/l0mHU81TO/+GOFDI5+pQePtNl5QQnaSAPM4Cim/vW8tYcuHTCG0KWo&#10;9CUAqJ9ADWangkqZ0pohd5GCqPiTYc1W+kFfiPUTqbmbqxjgvU18887E6jzauZpnsf8AVAt9B59U&#10;H0W7pJN7dZkR4bZlFu2T/SdMqI60obg9TnXXxN9p+fOZy+t90+O4dceX5qUVR5SrDyqd6oMXjwjK&#10;uEZMpGsJX8xgP8EKhFB+BZr/AErwz/PojrEyiR89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcLd6jMztR4HTZTpCTLXuHkA7+WhG0W/wBZ7W/4&#10;iecd/q/33/leVs5Gyrx3au8dA29y0QUg/wCO7pI/2pQqaNzbHvXVXCtiBA/xj+A+Io1Ppbyf/Mcx&#10;1OcKpbxYenlwk/8AFsgsSP8AiKXv/wASHDq9Hskf5uenGG5YZLVIjEtT8ZpPfkBPjtPuj4KOcd8t&#10;s/yLCWztiT5nE+zZ6UGM2vP5hcKc4TCfIYD27fWj38EKSRS7Aj67ft4ZKoj2CK9yBIttb3+F+JiJ&#10;p/aK9yBKpbiVVKU17kaS8Zsva/gL6cTGn69yFMQpAt9Pw/p4kJmvV7mHeLlCLDlOFOjDZXuQXuCx&#10;Xv4DiMxSyMK9xtZJGTaRe/fjVbSYr3MLQrELqASfjy1OTNe5AldgpYDw04jJmlAM17kOVo/tWPbX&#10;jZq0V7kEkKm6P3T8eNnCvRNe5GWSRjdteNka8KvFe5hcp/k4x9JPGnIAo04V7mMxlRuUXHEFM17k&#10;dvPGt9PZy1XmvcwbpN127c2MBTzYmvcxttZTp25VOJxp8YV7kQiMOCdOUNWr3MJt5nw4mUdNMqMV&#10;7nZWMta+nGMashwivcwvEuhue/hzY66fSSa9ziV/SblJ09vLTTs17mP5cBi5PflDWiYE17kZ4Rb3&#10;fHtzwJpxDhNe5x1Q7hzQxqxivc8C7ePNGqCK9zplcMC9zys0+RFe54NKH92w+nnqrXucTUt/ui3+&#10;gctV69zDeAklha/wP9HKFym9Ve54xQsBtBB9vPYV4V7nmia4VHvp4g8aUeitmvcyCOcCwKkfTxvb&#10;tpwV7mOoJSybSN2mlvH6+OlPRToMV7kIuqe4rMD8RxOpYGFe1V7nW66FXsSRpxpU1Yba9w9v4eHT&#10;UY51Mrc718f6LDIVEchFwskjHboe+inkl7uM92VPdWn1OPyqOd7rvSyhtP8AGTqHSBs9/TTRi8rx&#10;U58o2ZgR/b9XL9vnhl/J89eotLKrSbOxJX/JBbX7sBpyQ+8KfMj4YH4TWPiUlZKjx93SPP3UVyrp&#10;VzVnuGnjN6anKQsfBxYNK31oSNeLHLdIuF0UFI1t2z3tTYs2p8OMr+6qKEUhc2YgcbqJakXKtKWU&#10;D91UG23130+vi7pLCJp+5I2/AhR/Zx3xATSMpk40FGIypIUpEIWOJlkO791naxvb2X474NEY1HmW&#10;3Mw9393x4ZoIbFNvjGkDmSsilqpKoOVpkQxsF+2exBF7ad+Dn0OwgVWaKjEW0+WDAAi/b3dfgPAc&#10;jnei8DFoTjK1acPafhUz9n+VJzTMEKWJQ0O8M7J2II6wohXVE1Qh/wAKEuveMdKvRjh/TfCpmhfO&#10;lTTweZG4UrAhFZIAL7iZUQoxtb3iCeG+IBN19n18xXERXSE7a0TZd21b6d7e23xHt51Y83W6w865&#10;uvV7nI28OarVe51489W69zkbHx56tCvc9sPhz1br3Otjc3W69crqPDntoHjysTW1ErEHH4g1lWV1&#10;ImjbY41J8T/q814Px4vTu+K5EwT1IZZpVNXg1QlFiLIvvGmmuqSOfECURqPp4e5fcdw5pOxWA9k1&#10;AGdW/wCUutnhdE6sIDidoHGVJ1nZHSa32/8AhI96z2zHkTN/omzZXu8+Bg45gcUhAApWlCViLdrl&#10;jNMrBQPsgnw5q/CeoljAkt7fbwZwBsoLghJit0uFt0YNrd+cmcFbsLEc2TFLDWXnAFWW7DTjCl4V&#10;qvc6UR/uqTyiYNer3OErRldvbmjXq9zGCFTbe541Xq9ztT+jse54pTHGvV7nVwFtxOoQa9XucQSx&#10;sQLcrFer3O1Zm94i1uOivV7mYynbcDjwr1e5xBLG40tzalRXq9zs6trrxqSMa9XucCy+zjJGqt17&#10;nV1D7QOXiNtar3MpKqbW5TTNer3Ow48OLW8BWq9yXEu869uWJqil6BXuOQhFgeaBxpLrNe5KSwW3&#10;NKONaJNe5wNybcUjGnuFe54bVGvPKTqFMGvc6IuAQeJ0J4GthOqvczeSSt145IFa1acK9zHtA0PL&#10;TV5mvc5C1jfjSlEGqV7nlcDw7Hj81Uq4V7nMNuXUW5oCtARXucCgZSb6jl9lPLVXuZIiq6X5Q41c&#10;pwmvcy2ci44kGNMJw217kd1uRx4kU6T0V7njYa+HE8TTVe5lVQV15et17mZdNRysVsGvc7Lbu+nH&#10;gml6T017nS6m3PERTgr3M6+6OMyaQFWNe53vvpy+FXKa9zo2bTmpin3DGyvc4hbaDiYbcaRkzXuZ&#10;AvHFDVsp9SYFe5yVCGJPG0iBjSQGvc5BfE82Tpp3VFe5xCKTodRxMVzVSua9zKU923KzTde57y2A&#10;78eT4hjTle5kS4W3flYinAa9zKga/bjVX217mVG961uerde5IDKrX5WvV7mRbjXw5ua9XuchtD2J&#10;se/DVteFbDkYV7nONyLgHTji1xjWyqca9zlH7jWub8Le8Myartr3JYYk6k2+nmyomvV7mW4YlV76&#10;cT16vckDba9+wueLmxTRNe5yVl8Nb68qUU4nGvcy7QBvHfT+PKEVeK9ztkN/MU63F/hyrlar3M8N&#10;9oHY7RrxkGtV7mXdfR+/FM1qK9ztLC5J5XUQcK8RXuZRINvvc0ozVRXuZUcK9rajiX7sK2RNe5JE&#10;gPDBsRTezbXuZQxaMj28opWk1ZR1mvc5KWHuA2t48c1Cnq9zOBodp+nlu8jZSc17nfvW7+H7eV72&#10;rV7n/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wi/4jXUf/N56Useigk8u&#10;qx9ocIh17ioJacfXTJIOSPupafmr1E7ESs+mz/eiKwr+oHeD+QbsXASYXcFNun/dDKx6tJcFLbp7&#10;h/8AMM0QEi6wBpT/AMDov/JxHKZeg+B/yfp5TzuLSVzvUN9BOxP+TVB+vn26/S/u1/Z7dJl1Qhd2&#10;tdwrphRCG/QttpUP8Y18d29d1+ZvFAbEAJ+Z95I9KLr6iswfzzqbU08bbo8Pjjpl+lRvf6w7EfVw&#10;ZedDqjegL57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nXPV6vcLF00wodaPUX/NZh5mGYQ3n/wCqY6chYR7P0kpDEeILc+SrtM3q/wBkre24vUnUw2ru&#10;2ejumTpQR1OLlyP781ks6P5Flgb2LWIPmrFXsTh6CrTukeUf6lZBocIlXbUOvn1Ht82T3iD8VFl+&#10;rlmtTGCw2/Z9vCddQJsoSuN8oJ7DT28RKGE1YKmvcb2Ck9+FhVjS5s17kWREI7/nxkmlQr3IpW32&#10;Bf8A4LjVO17keVCwGnfjJRV0ivcgMq3JP2uJFCKcBg17je4e5J0t20vwvNK5r3IzqUO4+Px/Zymy&#10;rJNe43MXDnd2HNTS0KFe5hYxoCu27HvxKrbTPGvcbljDAp4Dl1EU+TXuQZYksVU8QqkbasDXuQ/L&#10;sLA35WTTkhO2vcwSxlPeJ3fRyhbJp5iU/dXuYGdwL3NuJ4pTFe5iE9+/KVcJr3OZCS9ubAmrJ8Jr&#10;3MDqEO1Nb83EU7MmvciOpJII7cbp2vcjsV4nWnVTaxXucgoIvpyndmqivcxSA3042RFKQa9zEdwG&#10;htyter3OLs6pu3c9TkThXuRC8zhdrDvz1WA017nMvJIgD7RypGmrxXueZSOzDmpmqxFe5wAlI1N+&#10;eiadGNe5wIkB7Hm4irERXudhJD4H7uVmrCvcxtKb2k0t8DyhUKb1Cvc6ssib00v4/rrzVVmvcxXm&#10;j9wEMCNR/fxuqzNe5h2oVvcqb9r8ukaqfFe5kAeLUe+PHiVaVDZVq9zGkkhJZSD8O/NBOnE05Fe5&#10;wMBllvYKDY39l9P48pq1gHpn3E1tSwiPI17l1HoRyq1P0zpZ6T34quoed5UHcqFVEJXU2udPDk85&#10;W2GrdPXKjWPO8Dnf3K0z9sAdUTPtmkrmjEYqChkmf91bD6W17+Hb6+WaY0YKuoocOZhtgkR5fAfo&#10;7NtI7kbx34rAI0qPGSPaaBPijVEA7KLnl5Gjo8Sxde9UJEiNu3mMUNvYdh04uqSWN6cKGB2+6D9O&#10;v58sPEuKaSnUaDfF4jQzSRvpvXf/AMgmx+64v9PFXHG5MMaH7QO74d+KHFQIpsEKSo9FBVUSRS1N&#10;Vf2p+xuKmiRoTIyqXUIL+03PukfcebSuR600Ug4n0/xeJoJcwVbTNFG7IglcruYBQCv7nh7b8OP0&#10;Uyz/ACHLAxKoVvPxFjUNv7gOdyr9FjzHjeu8LrwZGxGJ8ycPcazU7L8tSxbKu8P2ioSeOlPh+Imt&#10;HP8A4UE+qOm62+rem6SYHMJMO6bUUeEfom3RvVIoaqc2Ni8UheM+y1uDIoNrn6ORScST01lIrHpq&#10;g2RzLaW1gfH2kd+ebtzdUFYuY+Wq1e57nq9Xue56vV7nIC/NVqvc8Nx0HPVuvc5Wfx5uvV7nTcqK&#10;0K9wBPVB0ooeuHp/zb0srE83+b4dMkS2uTPGBLT29hEqKfq40CUEK6D8T+E1H+8dt3zGvCUELE8N&#10;OK/a3rHrVoH4OPqZn9I/4jXS7qxIW+RbFRhdaglIR4MVgkw+8oBsViedZddBsv4c+fZjuCYpljMF&#10;dlyuQrPQVE1NKCNQ8LGIg/8AIPJV1agKhqR9w/i8Q8jsr68lBWUuIUkdfRSCWKZVkR1NwysoZSPg&#10;QRxl/SbvfUtf2c1p1UpANTOcrKDY7lt4c93dXr3O/OC+3mjCa9XuYTZ/ePEter3OSE7dw0Pt5SvV&#10;7nMKxuzD6+PgV6vc4MoJseeWMa9Xuc1jT28ar1e56MNbtxUEV6vc9717W47pr1e5ysR3HKKUEba9&#10;XuYidpvxMozXq9ziGUpxoV6vc5rYi478MCoKr1e5zANve781qAr1e5ytpzczVpEV7k2G6rcDjZpJ&#10;9pk7K9xwiMoHv9uapkkHZXuSF4+kaq2a9znbjuytzXueIW3vcZUSnGqEzXudrDpv8DypckV4GK9z&#10;luK6cYONaI417nFhcbuWSk1oV7mP6OKFjGnIr3PWFr8dJAr2njXue3W05XUDsrYr3Mikg2HjxlSo&#10;pMa9zy7t3YcukzRhwr3OZkKG3E4pgJ1V7nV18eUO2qkacK9zxswsOWFVr3O77WC/Dm6UJ669zMBc&#10;W9vN1YkCvc5pHt7a8trp/vBXuZBE7HUW56a8HBXuctmz3RrzW2k4IVXudhADfiZxJIwpozXuc7Lf&#10;TlkCNtVxr3OH7+vvccivV7nO1uUnThV0k8a9ziWBN7X55xBjCruYCRXudqRuAta9uWQmBjW0pkTX&#10;uZdhVzs7340sCMKZIr3Mqk/7ppxtKkjbXor3ORX2ALxiaua9ztVbsbH4jlpq6RhXuZVXX3TflAav&#10;EV7nId7DvzZwqpr3OaEBG3ccSmapNe5l3e6OKYFXFe5nvpe2p7c2BFJuNe5zAAQgjUafXyqlUpFe&#10;56IFV9/vxATVq9ySltpLduOAzWq9zuIbms2hGo+I5uK9XuSNbsx7NpxWmk5r3M6AXG3Sw78cNWCo&#10;r3My6uQdT7eJtpreuvc599D+9rxxaZrYVNe5kB2KNmunE6k6acr3OUanduIA+nmpr1e5kWzNuFif&#10;hypVVq9ySgZmAddOXSrppmYr3OYVtpLDXikJG2tFUV7mVF05amT4q9yRtFgxuD7OIHTjW5r3OYZ2&#10;a3f4ceAmlKK9yQqFT9nbcd+KEwNtM8a9zldrfbHb4e3m5FOV7n//0S/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3KLPxdM8T41nLJfRnDHu8ccuITIDoZKmQU1Nf4qI5PqbmV3Zhk&#10;jmavBtoSt5xtlA6VKIAHqVJ9lcRfq13jCXrTLgcG213Cx/jHQiesBDnoqhj6bLT4Vg+JZmrdI4VN&#10;29ixqZH/AGfdwJ8MoIMKw6nwymFo6aNIk/4iihR+Q59/GTZW1kdmzZM4IYbQ0j/FbSEJ9wFfMs+6&#10;X1qWraoknzJmq5MVxGoxjFKnFqs3lqpZJn/4k7Fj+Z5O4JKS0389z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wMuruaP6q5FrKqJts9QPl4fbukBBI+Kr&#10;c/VzDLt931/sNuxcvoVpeeH5dngdboIKh1obC1jrSKG271j+fukpP2p8SvIfiYHrQsdFMo/1x6h0&#10;VHMm6mpT8zPppsjIIB+DPtU/A8Xvo+yIct9NnzTUx2qsbk8wX7iCK6RD6zub4gjnzO7s2XcW/eHa&#10;sz6DAfM+ooa71Xvf3HdjYgR6nE/IelWgcNTOwdLDQjkglXCoxFe5AlZhHYnXiYmBT4r3G4l+xF76&#10;ffwtJpQK9yMyuRYr3/b34wTSxCor3I8mg2/r34ya8RBmvcjsFc3PK1ea9yLOQqkjtxE5WwqvcaZS&#10;pA3cLjSpJr3IEm5DvHbjIEmlYNe5BkZrlH+03Y8TOJPCnZr3IpIcgvpbTlPtrQ8Ne5Cm8lCQB9fN&#10;oNPDGvchNY63vrxNgTjTte5HZgrNbx46YApwpwr3Ie3uvjxM6ojZTqRXuYve+zxIpRVtp+vcxSIC&#10;tjygq817kMwEruB44TFOBVe5xG4CzduUJpyvc4NOQdo40KtXuYma+vNGt6a9yO6a3HEBwr093Xuc&#10;XKs1ipLcsDNXTiK9zu5NlbQDlpq9e5ieS7hfA8bUZp3hXuY2RTrzyVRVdZTsr3OmKt+5+fK1evcw&#10;nyr+8LHm6tXucGZFF1W47H2/VzVar3O9kWwLESPaD35Uia9Xuc2jlYDY/b48cBinBXudOZv3zfjV&#10;amvcjSOx0UW+I4yRWomvc4owvp/G3Paa3sr3PN5bOA8n1Hm04mnEjXXucPLZVYJtOvb2cUrMU6TX&#10;ucWhc2twrK8asVV7nGNCzvE9xcMb+0AeFu9uKEkhU+Q99bUcBHGPjXR7Hmxn6b6GPL3S3AqGgBj2&#10;UkYZ/dBLEk6hSRYe2/MgB4SlPQmKxmvU/mHVk8VGgvzYm5Q8vvID2+OvDEQOsuMMtxtjRQR3G5m3&#10;X+m5vxIrYB0Ckpb0JFBzrDgxqI03JLJKwHs0K34JOCgBYpSQzD3Wb2ezTltWFIVpoIMy2inqqdns&#10;Su63FjTzHzwqHcAbDwW59vNimyjCgdxAeVEkrabokY+X9rcqj229nBCwiN6mpFO52hylx9B/t4ub&#10;ICgegx7RNF7hSBIGKcPbRcM94n/J8KqcRe14IZ5htFj7qFgTf95rH/kHlheH0fyeHwUgH+TjRfuU&#10;DmGt8sOvrUOKlfE10/3ethaWDDY4NIHrpE++vmK9d88ydRut+cc/zbt2N43itcd5u3+kVcs2pHj7&#10;3J6i3CuKGBoJZH32+HOXN1qsXPc9Xq9zFy9Xr3O7HvzVer3Oyb89Wq9zjzdbr3Oxz1er3OW4c1VY&#10;r3MLWOhHc6k/lypE4dOFNOI7xOlQkHAg8QcCfYTThQVE9JVwVULFWiffGT2DDs2nsPNJ78Wboi3R&#10;X1h41WYbCtPhuZKanxenjU2N3L08o+kvCW+vg1y5epvT0GPcKxaQ0UqcYWZLayg9QgKSPYoV9dj8&#10;GH1Kz+qz8N7pt1QxWZZcVhopMLxBVN/LnoZWgRWPtNOIm/4IcrFu8bsCPE+Jv8PDh/MYUZpEJ+NW&#10;kc5blca80VV6vcxttY39nGCqtV7nFkjcW7c82kV6vc6EWwXU340RXq9zzDxPc8unA1qvc4duWcNe&#10;r3Ot15QeNit17mcWXtxXXq9zxNzc83W69zw42oxWq9zEI73+niMqNer3OvJHvccSma9Xud7QrbeK&#10;or1e50RuNh4c1pFer3M6jTTw57BNWFe5Iidi2082o4Umd2V7jmnYcYpImvckp73FIOmnwnjXuZow&#10;DcHigJwkVpVe57y1D3PbiJRKkxVBsr3O2ZgPc7Hl20hQg8KqK9ziffXafDjak6ThVxXuYFFntz0m&#10;qmvc5uitrzaVVYCvc6AO33TyyjJqwkTXudKzEkNzwE1oAQK9yShC6cbKYrxbETXueYX43NMxXucm&#10;Gm3jgNPIOmvcwfYNrcuTNKVAKxr3O/NVjqO3GiNIpHBG2vcyblIsByyPCJp9tOMmvczR2QXPLHGn&#10;XF68BXuZklCcoBWkt4V7mUOrKebKYxqqWor3MilBoe/KBZBplIhVe52iXF78cLhBqyxjXuc9u4Hd&#10;4c2gRiabSINe5gIXlY1GnlJ1V7nZ27uJHBjTOyvc4AAnTw46ccK9XuSFs53ezj5OEVo17mUqGHu8&#10;9E04K9zm25k2+zictCvV7nBvtccSnClBTp2V7mUdiOJFJ0iaoMa9zmi6coOmrmvczqOKfvpsmK9z&#10;l5d+UR4TWh4q9zKVVrNyihqNWGKiK9yRtuptxSBGFJgnRXueVLLZvs9z9HGXBJp0Lr3O1LAGRdB2&#10;A5oCntU17mUIwsxPh+zjJGNar3Mp1/Lj4RVZr3M6/b3eI4owqgFe5lH7w+F+VKowqxFe5kUlhdvZ&#10;y1MxXuZLDat/ZzxrURXuZVuF3lTcduJ4q017nOJQouw3E+PL6af1V7nOwY3bU8rEU0VV7kiKyqdP&#10;r5YCKrNe5kXUE/a+PH61XuZUXZryler3MkW/7R78ovbXq9yQS20Ed278tXq9yQi7dpuBzalRV0mD&#10;XuStp9g9vEONPRXuf//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1j+vGa&#10;f88nrszDjSN5tHg1U9NFbVQmHoKYFT7GnBf/AILTnc/6Rt0f5vvFYhQlNuld2vzSJbPo6tr2V8mf&#10;1I70fznOr91JlIcFujohoBtUdSilav8AOpe9Sq/+qHQmSBTtmxBUhHxM53uD/wBCgRwU+fX3XJ6q&#10;+ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;XuFN6uGs6h9T8I6Y4Q3aSNHI1CvMQWYj2Rx2b7+fOh9We9h3hz23yJhXgtUgrj/jzwCjPToaCCOj&#10;WsVkTuw0MutHLtfGY8k7PaqR7KPv6XcpfyzKtRmupW0uJSbIyf8AiqIlbj/iT7r/AEDlotBh1Hg2&#10;E02DYbH5dPSRRwxKPBEUKo+oDmIqEBlIQnYAAPIVDDiy8orViSST5nGjQ85y2EZCezt8eNqAGyqg&#10;V7jW5G3c/f6/2cRHHbSkRXuRnZidqDdfQd9OJ1JFXJivc4s2lnPvDiIiDTjcHE17kRkDG/Goxxq6&#10;V6jB2V7mEkAkMba8bOFPRXuRJYxIGCi4HjxOpOrGtRXuNDoV0BuD204XqTFKkCvchOqge/e/EhFL&#10;BhXuNj2ZiwUkJxxJinBXuQiqykk3Cjv8eIV404oTXuYpoFIvawHhxhNeTXuNTRgXI0B7cYAB20qP&#10;TXuQWNm93j+hJpajxDGvcxsbtc9+JJKTTsAV7kdhbUcos6q2Ma9zFu96zcaIpwpFe5x3J28ONGaq&#10;E17mN0Qr7p43TqTXuRXFtOW207XuRnEo7coUmrg17mO7Dx4yuDV1pCq9zgdTvvxgCK0BFe5wLA/T&#10;9PNmrV7mMIXNi1uVq9e5h95m/RsCBysUoSYr3MgWX4ffy8VSvc4FgrWktzUVQ17nd7G/3WHNVYCv&#10;c5H3rs5BJ+HPVqvcxMFBNgvb48bJq1e5xO3wY83Xor3MbLIzAKwt8dP4W5YqAFOiK9zi4dW99Qfo&#10;HKAyKbVXucCYmI3JuJPstxtJg1ds6TXueY0qhkdSpGt78qsk1417nQ9//JufuHE3d6tlUr3JNNh2&#10;I4rVJhVGrebUssKMn2gXIWyj2m+v08MGUKWpKf74fKnVudyNXQJ9mNYmcbxH4nXmy/kzBKTLeG0O&#10;AU6gRU0EaAK1x7qgt+ZHbk+P4LPTPyrGpKy94+nGgkxerlqaQ1CnVtx7D6Bp9/F3g04fFaupUWJl&#10;G1RYiwUIP4X4VplRJNX0zSRxyJKfCaOO3u+XukG63ckt4+PBUwCVNpD6APZBY9yO9+WIika0RQLZ&#10;xW9W0kJ3F4wzfZvtBttA+748XNEFdpJS63cqB2tpbW3bl00woECgcx2dlYI8LoqAO9haxYe7Hca+&#10;IHt+PBXybSR4jjtLhaG25oy58e5v9HYcprEGOcDSYIIUCf6Q9kiiReqrOH9QuiGYs71EBqGpMOxF&#10;Y4wDfzFRAug77Q5tf2nlgoUouxrEjS/MOTXVhtAQkAbAK+YdVySzVUks4s7Mxb/iRNz+fOrnmqUV&#10;H57ceerUV7ntx56vRXudc3W69zIO3K1Wvc4sLdubrYr3PG1tOer1e50O/N1uvc7NvDmq1XudHQac&#10;0a2dlZkCv7ra3Fu55rcfj+dNYHh6f9W40XzEarw2Zj3KBkkiB9gDSNb6+HuVLhwp4HH14+4Cse85&#10;QW7xxISQFNJc1AYFYUtKsdk6Uo9Ir6Dn/CP/AK2R436XOpXQGeYvUYBmQY0ASP0cGIUFJSxgX7KZ&#10;KRz7L35rWMCTdxfQC9/Hx4NIknnCiFC9Z1YY4xOytwoGTfZhpbv8eR2jctdOUImlFZOYSji6ixJ8&#10;ONFuvV7niHNwfAcroKa9XudL7gtzQk7K9Xuc0Cs2ptzcGvV7nMpdgoHfx5uNW2vV7nAoFfXjuiK9&#10;XuZlU+HH4r1e54g6356vV7nEbrjlFAnZXq9zvaRoeNFB416vc62HjqcK1XudOiF7nvy81uvcyBFH&#10;vDx40RNer3OKqygtysVuvclQvuNjyyhhTDgkV7jhEf8AF243FItJr3JEZsTbtyxxpdMJr3MobX6e&#10;LEYCk3Cvc5q206cTHGlCUjTXuZrrfdbXicAk0k417mMgm5XQ8eUdNXFe5hAaxLanj6zCcNtaIr3J&#10;cRV114iArcxXuRpIgHNuOjGnwSRXuYwgB15cJVwpOgaa9zML9+aUDxqle5mVdou3GK3Xuc0CuLg6&#10;/Hj4bq1e5wlVtt/HlftNONbca9yOsZHfjDqprzhk17mey7gAOOoxTTwTqTXuczx0CKeQ3or3OYjM&#10;i3HNExTZd0mK9zkke3Q8sTIpTrwr3M1rduNDCivVpONe50pZT7vHJmlMheyvcytJI3flDiaqUxXu&#10;e2qdW05uY2VudQwr3JKp424nONJCqvc4lEBIAtfjiE6jNOoGqvc4iMqPhzxEHGvKGNe5zC2Fl54n&#10;Cq7K9zIF9348ocRXq9zzKSvx5dJp1Cor3Miqvj48bd8QirEya9zMPd09vEvCK8TXucrlNDxvUU7K&#10;0oSK9zLGzG+48XqASJqg8Ne5kRV2ezjeoVsnSqRXuSEJW3iOWBk1ZWNe5kDK8gBWw9uvLOCRIpkJ&#10;r3POm4+7r+vw4kkgTToEV7mUrGTZvD48uBNXNe5zCEW178UQRTKR017nM7g1wPeAOvx4kO2ntle5&#10;mOosNLnjqU9NVmvcz3AIDcUV7Cvc7lFwNp0+HN02a9zMVeS17hR8ebim4r3M0e0Cyc1Nbr3My2DW&#10;I14wpUVuBXuSDbQFe/GUr1Gqca9znYKNoFuLThTyhFe5ytcWPNU3XuZ0UMd3Kxqqwxr3Mwt2Swv3&#10;5avEV7ktV3e4Lac9NaFe5l8qT2/DsOUmnpr3P//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9xB9Us7U3Tbprj/UCrtswbD6ussezGGJnVPpZgAPieGVlbm7eQ0P4lAe0xQI3mzhO72XXF&#10;8rYw0455lCSoD1IAHWanYZRtiOIwUCd5pET7za/1c1e/TjQVNc+MZwxBjLNUyiLzG7sxvLKSfaxZ&#10;Tz66/ou3bDTN9mpG1Tds2egJHeOD11NeyviL38vlXDiEKMqOpxRO0lRiT66qbPVfjarPhGVYDZY0&#10;kqXX6T5cf3Wfho+dzax9onnPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vcg4niNNhGG1GK1h2xU0byuf9VQWPAznWbM5BZvX1wYbYbW6s/wB6hJUfWBgO&#10;JpUwyq4WltO1RAHmTFOGE4ZVY1ilNg9Cu6aqlSJB/rOwUfmeAv6R8uVObs/Yx1Uxdb/L70iJ7edU&#10;XLlT/qR+7b2MOfH5bZi9vVmlzm9zit1xaz0BTiiSB1JHhA4CBWQm8zqbG3btEdU/4qdk+Zx9Ktyw&#10;HB6TL2C0mBUItFSRJEvxCgC5+J7n48sQkfamp1uAOD9ZioN2U7cwXRSY7jcDr/HiQmnia9yGWQj7&#10;V/G3bjBVVwIr3MTMGBY3B8ONkzXtte5EaJyha4NuIFY0rbTFe43TpLusnY8qThFLBAr3Ij7twB1J&#10;7/DiEmvRXuRpJCn2TYX0HE8k4VZNe5DlkYauNTxETSyANle5BeRADtPhpxKVVavcjSRwsASSLDUe&#10;3jRM1sYV7jRMpjkHfb7L8cKZow+6vcwTuWG08SxBpuINe42SXuADpxKpMGnzsr3IUhtpblwKWNbK&#10;9yMx97id808a9zBI9ja3EyacSK9zE7AWuObAxp8Jivcjutja/fXm1GK2TNe5hdSLBfE8Yqor3OBL&#10;Kdtueqxr3MPmsGsdONEnjXkivcwSML9uJa2mvcwbgdRf6OOille52Lse1uaNUNe5HKMz3JtblYmr&#10;V7nLbtPuafVypEVYYV7ne2Mfug8rW5r3O7kiyIBz2qK9XudIxL7SPuNuama2MK9zCy0rkn3rj2Hn&#10;tteAr3Ov0Wtiw08RfmigdNXivc7uf3Gv/wASFv6eUVhVK9zifmAdzIrD6b/s5QY8Koa9zhuce8AU&#10;HiL82auK9zISRZwDp49/y04zprZNe5gdhNfcBf4jl8afTiK9zoxU72u1iPYf6bcaKeuK9Fe4pckU&#10;9M+bcPlb3x85SrbdtveVQFDWPc6HThtl+D6Dt8afcRSC8nu1iP4T70xWNwbbl7jmyLg80UHlxRG7&#10;Rou9rabiBYAezk1XJKFk7cax/Z+wYRAigoqICYmRxt3k2XvYD+nijwNkW4sN5kkf2/aY6A/TxM24&#10;Kf2UzY7TCRQH0CooH1qDwVMAlA/RKu3aABre/t40pVJ1iaBXN8ARxUyyEgkjt2Btp8deCJhzxlwG&#10;Gnhp7fDmwsUhVsigTzBS1LUzQIwL3cuSfAXse2tuCTk+scZrpVPuo0kJ3DuftDb9XHtIVI6p9xpH&#10;oIAVO0j3EUUT1O4VT1/QXMtMUExgw3FQ1xoLRxFZPje5HLG1G0BfAcw2Irqztr5a8khkc3/dO3/k&#10;HTnMm/K16uHOPN1uvc9z1er3Oe3lZrU17nYFhzVVr3PE25ut17mPlqtXue56vV7nYNuar1e53Y97&#10;c0a8DFdxk7rcqJ/GsyQmafRbXY0igzYJW01WCR2Rbl7H2mw4vsTDwPp7aiHedRDzHQe8SfUJ+Fba&#10;X/CRvq5UZW9auc+kSAtFm3AY53F7C+HNM66eN/OP0c02ZfJCfo1e411tbX6+SLMnyAqPJOqOECvo&#10;sRixIBvqfv5i/c3A2v4cqrATT9ZeeDOBY2I+jiMrJr1e5651sO/HkqnbXq9ziLFtpHFWFer3PMgB&#10;5qvV7nZZracREY1uvc4hDe5PNY1qvc5qki8X16vc7LEXBHK16vc42LCw0tz1ar3O3DEDb4coqvTX&#10;udBWP2uaArc17mN7MSR4Hlor1e5kdSALHlq9XuctdAeer1e5kVlXQcsTVgJr3HCG8gu2luMlXCmy&#10;sAwa9yUPd9328dim3BXuZbbfjywECmtVe5mVb6niQKqwXAivcy6EfRzQGOFM17mFrhr34qXhVhtr&#10;3O42BABHfiZQgTTyxAmvcygbNBysUnr3MBBdyL8uDGNKx9te54wSG1uPBzVhSMGa9ySqMi3YacYW&#10;INVJr3O9Bre/KVSa9zs+9dSOaEinq9zB71to8OPTNPQVDCvc4AyX3AduMqbwqxRhXuSUVe7d+Xaw&#10;EU4yrhXudOwUX9vFNKq9zLGSVsNOJDSB2Ca9zLusbc9WlV7nK/jzQpkqmvc5DQm3s56YrVe5zUNt&#10;LX143qxq4MV7nR3E2YXtx01vjIr3MhLot780BTgg17nFSX946X48kRT4ABwr3MillvpuHEylY00r&#10;bXuZYyNGJH0c8Jqhr3Oe6xvbnkAk1oGa9zmGFwRrfm0mqqEYV7ngwtYjl9UGtxpr3OQX48SkcatN&#10;e5ktdbHjKRqNO17nNe2unF6klYiq17mdQALPzQhNMFMma9zpV7hRp9PG1GrlVe5nQMDoNLai/E5U&#10;dlWGNe5IQEEW92/N6YFeOFe5yUDcS2t78fTsqoNe5mRfdL9xzUddOV7mRe2nwPKpTBps417nJVOz&#10;aTfub8VGOFNERXuSNoNgearwwr3OYARh4256tV7mVU2i9hc9uWmt17kgKb7WPK16vc5Jut7nblTj&#10;Wq9zIu4G3ieM6YNaAivcyozX9434p206TNe5nUgd+aqle5njW7aHmhWwa9zMoCkv7L+Hw5WZNXmv&#10;clxnQ30J7W5dQrUaq9zr9La/18a01aK9z//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9yur8ULqB/U30tVeAwPtqMyVtJh62PveWrGqlP0FYtp/4lbx5Ku5tr+YvQo7EJKvX7R8Z9KwC+&#10;pPPf5Ru0thJhVy620OnSD3qj5Q3pP+NHGhA6aUHzmZknYXWnR5Pr+yP43+rlUvRnBv5L06w+NhZ6&#10;lWqG+Pmncp/5A28+5r6dt3f7OboWSVCFvpVcK6++UVIP+pd2PSvkJ3lufzN4s8EnSP8ANwPvmiq9&#10;dsd/n3VDE5Ea8dKy0yfDyhtcf8h7uClzNugLQQ89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wv8A6iMy/wApyhHgcDWlxKTafb5Udmf722j6Cecqfq23&#10;y/kW76MsbMOXzmk9PctQtz2r7tPWlShUt7n2X5i4Lp2Nj/ejgPdJ9lGT9MeVP5zneTMNQt4cKj3D&#10;2ebJdE+5dx+kDht+gWSjkDpXhuFTpsqaiP5uoB0PmzANtb4ou1T/AMR5xIya0/JWyUnaRqPmcfcI&#10;HpSDPLv87cqWNg8I8h+Jk+tWC8FwmNyzqwN/abfdw8WZoHmvchOWK6E3Pc6fV+XGTThxr3MMpYKY&#10;7bgD+uvGjToxr3IrXsQuo9hPbhaskUoIwr3I5LbT4fXxqacBr3MLEhwoPbtxo07XuRJDGVsG18Tx&#10;GqnE9de42yTKwAYdu3GwIxpf3fGvcxylWXcL3+jtb+niSa8BFe43ugZjIRcm2g8PbpxORVxXuQ55&#10;EUfHm4q+Fe40+bO/vsLX8fbxlw8BSs+HZXuR3KBdzacS7NtaEnbXuN0jBjuj7caXjT+0V7kSQsW9&#10;7lNemlzeAr3I7ELqfDiE+LbVzXuYHG47hzyasnCvcxvB5g3E9ua41ZS5wr3IxQ9z4cvFXSNNe5jd&#10;iBY8oRTor3OEhc7Qn2jxvZWzXuRZGIW8i7rcofHtqyK9zHG/iRfiSKcjor3MYDk3Hu/DlwKeFe5x&#10;aR/s3vz0Voia9zGzXIC/XzYFWr3OBIHGlGK3XudBY3F0uvG61XucrOF2g3+PN1qvc4kOuqmxPtHP&#10;VYV7mJmFtfr0tzUTVq9zirrbRrfWP289prU17ndlb2/WONVuvcyhGAupFuaxFWFe5xcynwv9PKY8&#10;aoa9zCahgbkGwHsNuV1RWxjXucBOFILhLH2jXm9Zq0xXudqKd7soAP3/AMb8a0hW2vTNe4pciUjV&#10;fUXL9FBJ5XmYjRi67bj9Km4gOCoI1OotfXhzlo1XDYH9Kmrtelpajs0n21wNxa3xvzYWyziIjjI1&#10;btbde50A1v4nk3Pq1CoKI00iMRpvM2OQAVBBHBGwOJ1mLJewdrA+Fzvt9F/HhMgAU0rGkhjsgaJg&#10;P8IH3KL8E/BpttVsk0t+3vyyxSYmgizBBJLBtQAst9D8LcEXDp9slo1LBSB9YNv48ShIovUJoHcd&#10;hmlhMzKkQJYFbW2XBs3t+/Tgl5UkeTNNEFXs6WH16cMkTJ8vkaaTiEjrHxH6UUH1EpHR+n/Nyufc&#10;lw+tDyeP+T8Ph2uPo5ZQn2Bv0PiOYbba6o7a+VzN/lnPtYnTt37j4HnMWPbnq9WPnZAHPV6vc43X&#10;nq9Xud7hzVeivc9uHPV6K9zixB5utivc6sRz1br3Oubr1e57nq9Xuc95Atzdernpb3e/CF/iZYFB&#10;mL0TZ+p6m7CDDJ5lA01RGPf48U2x0upPWKjDebAMnodSPRRg/Cth3/hMLmWqy9+KtlyCC3+n4Ti1&#10;M97fZdYgbH280WZyLKQWGgJ9huNTyRtJScaipsmJPl7K+oXGEJLqLX/XtzCGO066fEc3M0p21l5y&#10;j2MeU0ivTXucTG1+9uW01uvcxN566KdPo5WvV7ntzEe9356a9Xuc1Ht5UJxr1e51fWw46YFer3Mg&#10;3Hx5avV7nRJBseVNer3OVjzwrVe50dOeNar3MbBfbzwq1e52BoDbw5avV7nHcGAHiOar1e5k3WUA&#10;Dm69XuZlVGA8DflZr2qK9xzVGCC/EyhxosUdRmvcykggW78UNGaek17mVdSOVmCZrVe5J00PGNNU&#10;BmvczNoLcUIRGNWr3IklzoOed21o17naqVJY9uMqOFOFUivc5ht3blig1SvcwOSHDL7bHlwIGNK0&#10;4iK9yZHIzA27Dmh4abWnTXuct+73CeVGImkde5iBTdYnlBjVkjVsr3ORkJJtzUVua9zArEsRxwCl&#10;ElQgYV7nNb3144dlLSZEGvckklgBbTjSRFIp0V7mApdiT25eaXoM17mWJHAueVJFJXAnVXuZtjA3&#10;56Qa0Vp2V7njf7PGzhSUkV7nPUG57cfIEU7Eia9zmX7W4jIpuvc4+YSB7eKECrV7mQOl/ZzyxFWC&#10;NWyvczkXAU68TpJScasnw17mXai3DruFtO/7ONLMmqnbNe5w90jaBb6+bS6RhWtte535WtgeOJdg&#10;1sCK9zkoYW2jtyhPRW1CTXuZlRipNteJyTV69zraw+vngSTVTXuc7G2vbio+HZTle5lDXO08t3hq&#10;te5J83cSCB93EhNNzXudBjf2X+HLTVor3M4Pl+9+94HlYqwEV7khGL2dtT7eOBJqhIr3OSEb7Hwv&#10;zRBFUkV7mRe976ezjmmnAa9zKupJHjoeVmvAg17mZFL+6mtuX2bK0oV7mbaQ9j4X5amoivc52O+9&#10;uVUdNar3JIJ27e9/HlRJ2V6vc8L2+PFFer3MykaAc3Wq9zMEb7RGg5UmNter3OcabrsdBzWIrde5&#10;mVVtccvXq9zOt42O4dvZzVaFe5n12/A35bCnhXuSNFayDUHmqsMK9zLc35qrV7n/1S/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcoa/FuzdNmTqjkvpDQPc0tNJVuo7eZXTCCMMPaqwkj4N&#10;8eZf9lWROZy+lhr77h5phHmpQSPeseyuF31bbwgXdrYzgwy4+odbh0iesBokdSuuhk6ePDgmW8Uz&#10;RVj9HCrMf+IwoXb+P5cD+kpYaKlio6cbY4UVFHsCiwH3c+/axsm8tYbt2hCG0JQkdCUgJSPQAV81&#10;Liy6oqO0kk+Zqtysq56+slrqk7pJnaRz7WY3J+88kcNaZqNz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Cpy4eOr3qLosskeZQYfIqTD93y6e8k4P/En&#10;ul/o58uX1A7zf253yXboMs2cW46JbJU8fMulSJ4hKayRy9P8mysu7FrEjzVgn2Dxe2rKPT5lX+rX&#10;TmmqJl2z4kTVPfvtYARD6NgB+knlozyAe/a9tbe34cilVQQEGhw5AkltdlAYfw4wpYp6K9yIXVu5&#10;0PEZxp/TXuRmZb3QHjCq0K9zCzyOQGIsDxIoUsGNe5gaaPcf9XicjCvRXuRZLKN0p0Ps4np4V7kS&#10;T7DH2jjJFX417kB2KoBbw4XrVGFL9Ve5geb3LE24kq2yvchG7A6fXypNar3IkhtoRt+J15TVVhXu&#10;NErbz5cgIUdubKwoTS6vcgSS2Pl24yVBYq4Fe5EdlBI9nEBbNX0EivcjF4yfe8ObVspYhGkV7nHY&#10;ZDZfEX4XGrGvcisJAbDlhXga9yPKsgtbm6dQNVe52XS2vG1gk0p217kdjCQd31cqkEVvZXucPMET&#10;gjUW5uYrde5gcgyXPY8ZV4tlNE6a9zCVjB9ziQGKfSa9zHcGSx9h4opSK9zwjQEeOnGlia0TFe5H&#10;MS7yx5qIE1UGvc4lT+7yoxq817nTs5O1hblDW69zHbboG5oVcV7nYVibg3tzdbr3OjLMgIC3HNiq&#10;17mLzzts6Hm6rXudBomY2B41V69zkAoUanlCk1Wa9zjaQ/vWHPJOnbVhjXuY1apXUOAo1uRzWoU8&#10;gY17nfmMbhipLdtOa1Crkede5wO4f5Rfu5StBNe4IvSJRJ1OwHywd4rYCoIv2cEAfx+nh5lA/wAp&#10;R50V5h/xMvyro9jy+jLm94USwJUAgkd7fa8fo5MyhOFQwukjXki/Bbw4KQpYgEj2W0734Sq8KopL&#10;SAxP3rg+2336cEGiZiqqGsAPZ8eLFjCk8SaDrEo9xbd4j+P93BFw4hh58YDbgD3tqRfhUDjSZ0aa&#10;BrFR+gMP2bMdG1I961zbw4KOQ4mOdcLEd7CUMw+J7fVpw3ZcBP8AmqPs/fTKBs/x0j2n9KI76y6p&#10;aL0uZ+qCdqnCKgKx0Hug79frXllnja1raH6fHmGprqWMK+WdPu85y/ckk/STc85BSe3PVusXPFSB&#10;fmq9Xucebr1e57nq9Xue56vV7nuer1e5zbtyoqor3OHLVavc9z1er3Pc9Xq5J9rhWfW7hYxr0j9Q&#10;8PPjgde33RHm2gS6nzHxqId8ne5t2z/wZr4mrsv+E9+YJMA/FX6aEX21VUaXT/j541N/hpzQTmeW&#10;OKONgD7g7clCDxqOEIkkV9XkE77N3tyGskbXBGvPUo0RXPnexT25qnYr3OEg1G88vVa9zId/NRXq&#10;9zgGsSW5oivV7mAzhjsXiUrivV7mZTvG3x48k6q9XuZCkg49Xq9ziV925+vlTXq9z1rgBO3PVqvc&#10;95ZtzZrde57RdDyter3Ohs28vXq9ztUW1+er1e5kIBFueq1e5kVNwFuJzTJX3eNe44RMdu068rNI&#10;1njXuZRpoeKEuBNKtYivcyg25aJxpMo7K9yVHqD8ONRjFXWnSa9zkrbgTx/ZhWq9zhezgnjLtUr3&#10;OgLXbw5RI1VWvc5RuLk8uUmr17mJhu1Ht5WYFOhOE17mRdBb4njJM1Q17mUR6bjy4+2qGvc84IF2&#10;7cqKcaGNe57aOWryk6a9zgIrsW9vNzFPodERXuZYl23B56tLVBFe56QFRflk1YDWa9ziDdeORSsD&#10;TXuSVI2jiU0gdGNe55r9weWAmqoIJivc4L9qx46pOFLlARXuZQjq1+NpMimNQUK9zn7x05RVMEV7&#10;nto5ZBrVe5zkLaW42pUmvBWnCvc7S9rXsfH6OMPba2s417mQIB2bcPjpxNtrwxr3OZYhdL82KtFe&#10;5kRtxHLVWa9zmP8AiXNTTle5lLhYrc1Xq9zsfZB48gYE1U17nMEW15Qmacr3Mt1vr7OUmq17nov0&#10;dmXW/NVqK9yUoZn15sVSa9zIQxa3hzZMU4DIr3MibUNhxQFUmNe5zUj/ACZ78URIqle5nWI/4eNj&#10;ZVga9zIF2/DlwmvTFe5mAYaR9z/DntNWCpr3MkQsth4cbVhFeJr3JIkUDb48spOqvV7nMHmwNNar&#10;3OYXXvflq9XuZAFJttN/p5qvV7ma/ljS9zxlaCoiq17mWz2Bfj5Xwrwr3JUYDneOw8Oeq1e5yRBZ&#10;mFyeer1e5IDblNxqD+znqdFe5JA1v7eeirivc5256rV7n//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9zWQ685l/zt+vHMeMK3mUuEVclNHbUBcPjFLdfgZ1LfXzuh9Iu6v8ANd4rEKEp&#10;YSu6X/mpPdn0cW37K+TP6kt5P5vnV+6DIDgt0dENANqjqJQtXrS96l1v9Veg0kCnbLXrHEPj5zb2&#10;H/RMEcFLn19Vyeqvrnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9XuJzN2PRZYyzW49Lb/RomZQfF+yL9bEDkR7+70I3Kya6zRcfsGlKSDsU59raf8AOcKU&#10;+tHGX2hvn0ND+IgHy4n0EmlPkvLk2bc10GXIb/6XMiMR4J3kb/gUBPEH6OMssKfF+oWI+9NVP8rE&#10;x7kAiSZviGYqPpU8+SPdlCrlTt48Spa1GVHaSTqUT5kj1mpv3ruQkot07EjUR7kj0E+2rbIIIqaB&#10;KanUJHGoVVHYACwA+gcO81UCfcOo7clYqFQ0NtZeYNxCkre/hr9/EC/FXgMa9yI7lF2kW4zqijL7&#10;RXudGZRYE9uIFkkzTaUwqvcxiX3mUgXte3hxvvDxqzgIOFe43s7X1Gnw4ycafSkRXuYmm2/Z0+nj&#10;Rpyvciy1W07mO4X7cYUZpwI1V7mN51a54iVhhSgN6a9yFIYj9v6uI9tPDGvcwPvYWQgfHiZQpsiv&#10;capZ3U7WsNe9ueApaivcgsfMIb488SBhSiBXuYWVAt/HiY4VWvcbZVuDxoGcKdSoivchhAByqhAi&#10;lmoRXuYXZ77h2PESkirAaq9zH5233eJ6c017mNZFYsA1zppz1e0xXudPGbkmwPL8KfSZr3IzCQHt&#10;ccoNlWNe5gZwX1uLc9sra69zGCpUbvbxKpMY0zXucZEj3+7xmKVNCvcjlWDac3spyYr3Od5gpVPH&#10;jK8aqqDga9yLukbQtYjx5cJwpwICBXucbN4sTz2mrivc4jc2jMOeNar3OyluzDlK2BNe515bMh2n&#10;d9HPVcJr3OPy84UNe3189W4r3MLiZbAgkHvz1Vr3PLtf7Itxk+KqV7nIo6/bO4eHNxXq9zBIqixu&#10;B9J57ZTgMV7nZCOQolA+v+nmtlWiMa9zk6NIgtua99QB4fEC/KTjW9XM/rXudKkiL9kt/wAS/wCf&#10;ueJp6a9wWuhNK9X1myzRWK+ZXwAMCABqCb30t4cEGTCbtvqM0R5mf8mX5Vjl+xy9XKaCSJWH2m0N&#10;iDtAvpZeS2Dies1DyzNJHFP2cFjDBeIEXO21iTY29lu/ERTjSWg+xLuPp4ucNZY1LxqWJtqfAc0R&#10;SRVIXF13vt9vF/hTlolKGxuP+aeJyKstOoUDmYYvLqW+l/2twV+nM0zZ/wALtoplQbgQT7u7+nmw&#10;e6BX/ekVZhrUAj+/TRAPxBxQ4T6K+o+J4iBL8ng9Y7wndYoxjHYfG3LMhuKhj7B3/s5iFM108mY8&#10;hXy373AYkksATe/ci57/AB539rnq1srrniCOer017nHm63Xue56vV7nuer1e5zXlTWjXudk256q1&#10;7nRYc3W4r3OHN1avcyDtylUr3CxetGc03pR6hTKbFcCr/wDpGeONGHE+afiah3fT/idv/b2f9+NX&#10;Qf8ACf8Ag878VLpZ/q4kjf8AILxnmgFtqflonC2BRe30ePJWcAmDQB0jUqemvrGqRuIHhbmJTuuG&#10;Nz8P28TgCngI2Vz5wKN7eOVevc6Djsw7c9Xq9zzDS47cqa9XuRzIputuJFEq2V6vc5wQQ31HHEoF&#10;er3JJUK4Xw47Fbr3PMo9vHK1XudAoFIJ56vV7nVwR7h5QmK9XudEEatry816vc5Ar7Oer1e51e3u&#10;8oRXq9zl7tiD7Bywr1e51tAe49nN1avc7jN78oNtUBKdle5LiPloDzRrxSF7a9yZGwb7fGjSAoCT&#10;XuZNpZdD24+hWFXJA2V7kmO+3jGrGqyTtr3Oamw4YjGtivc5AXPEizOFUNe55hb7PGU+GtV7mMu4&#10;Nk7cXJVhFXr3OYPEJGnCrV7nrC+vGqar3Mpdr7RzZr2yvc77/a5YU6DXud6mP3uXNbcONe50H8oA&#10;jW/KhPGtpQZmvczoCDcePLKqziidte5wk3Frc0nCtNHSca9ziBs78emjCQa9zltjHhxomky3TXuY&#10;5HJHljseXAjGn20iJNe5ziJ0B8ObKqaJHCvcmAHcSLaDiUp6aQRFe5wXzAxk0HHdIivGvc97xO6/&#10;KJGmnkHTXucwb/XpxlxMGqkTXuZl0FrjT28qo17ZXuZFCnVrG3sHE5rYNe55izEC+nLIMHGnAa9z&#10;JsQMOWWOIrZNe53zVer3MqgFeNmvV7mREFyV7246nCqGvc8FJUbu/GyasK9zKAALDla3Xucgo9nH&#10;knTXq9yREDcg9vDlDJNUIr3Odz9lh46c3iNtWAr3M+qqbnxHNkTsrcA7a9zJtLAE/aNuKSo7KqQK&#10;9zOX94LcacuBTFe5yP6Q23Aj2bgOUJNOQK9yWqopudNPbfmpNWgV7nZbaS/LCTtqpr3Mps5v7Bfl&#10;wYpuvcyAruGnNzVK9zMpuLjU/HlavXuZ12Brduer1e5zSxJ28uK0a9ySpHY8a04zWhXuZI7g+7y1&#10;Wr3M0aW0/wAR5Qk1evckrGp96+vKhVbmvczA2bXW+nLhdeBr3PbT2+r9vHJp+a9z/9cv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vcSue81UeRckYxnbELeRg9DVVsl/8ADTxNKw+5eLbZk3LiWxtU&#10;oJ9pigzneZoyWzevHPtZaccPkhJUfhUqhpXrq2Gij+1M6oPpY25qy+naCsxjFMczpibGSoqZArSH&#10;uzyMZZifpO08+tj6LN3Qg3+ZkYANW7Z9rjg9zVfEJ2gZgu6WnWZUtSnFHpJO31JVWD1XYukMGDZX&#10;gNlHmVDL7AAI4/8Amfhp+d5axzomnPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vcLL6kswtBhFFlWmN5KuTzZAO+xNEBH+s5uP+I84wfWNvd+Ty+1yRo+&#10;K4WXnANvdtYIB6luK1Draqbty7PW4t9WxI0jzO32Ae+jZelXK/zeOV+bahbpSRiCIn/iyTVyPiqC&#10;3/BcMx0w+SyhknDcsw2D00P6Qg95GO+Q/W5POTWX2wsmUt9Ax8ziffNEeYO/nXlOdJw8hgPdFHm4&#10;JcONRNYg9j7eGSlCiEtxXuclxEk2B1HbjGqnAgV7mVcSVrhx24wTVinVXudNXgktusDp2/t4kKqc&#10;CIr3MPzQckLoPbfv+XKedORFe5jecD3Se/GCat3fGvc4iYj7HKGqFNe5BaQbibWbsfZ9PGaMAmK9&#10;zEWRiVVtR/HiVaeNbM17kdpZFuF4hBmm07a9zB54+y/ut4cZOJq6sa9yNJUDcUkYELy9KogV7kNJ&#10;UIOluJ3Wwa8pudle5DdhYm/jxLECtgQK9zA9t5AOnGAk7afTXuRuyEeN/HjKkKJmacQjHGvcje8N&#10;Da3GThSuYr3MDLFe/KCtgmvcjGPubWv481sp4Kr3OC6A6354mdlOCvcxtuPbl4rxr3ODuVGg41Fa&#10;r3MDqrWA04ws1U17mJvMSSxA4wk0oaNe5zDbWs2vNqxNXr3ODMVYkHjcVsCa9yPdN1/by2ynImvc&#10;5bmH2eemt17mPX2DjU1YV7mMlSTpYjwP730c1XjhXudr5ZBuNhPcHw5urA17nB4kOqML8qTFbNe5&#10;0Fdf3u/NA1SK9zzsPDnhFVr3MQRjqD356rV7nWwodxb6iL8qa9Fe5zux9+4I42atNe5i8lywsBb9&#10;b82BNaFe53HJLCxBVgv/ABK/7OVNPSK9waPT5JTt1oy/USncsVXE7KwPYML3PiPhwUZGQLtKjzhQ&#10;dzafyyo6PnWOQfozy8nLaKybQvu308L/ABA8OSYpUGotUKR1cxKkNqeCrhw32SIXc2trobd/D2cT&#10;yTRcaQeJXS5Ivr+vjxbYenv6HSwIJHh4gG/LlWFNKE0gq+YF9Rrr+vbi0wkhgCBa7W/5PvxkGmZI&#10;oMcxxC5lYX8f+TeDf0ggaTPtCe+2XT7uILtzSyo9RpdahTryEp/icT7pqrv8VOtgwL0EdTa6Tv8A&#10;yOZSfbukS38OWU7dLjmKBEV00OFfMRd/MYuBYEmw+HhziW9mnPVquPOwbnXmq9XucrDlarXudgC1&#10;uWq017mMi3N1uvc9z1er3PX5qvV7nXN16vc5LzRrRr3Oje/NmvRXJftcKt63yF9I3UMld1sDrib+&#10;zyjzbX3jzFQ/vombdsf8Ha+Jq7D/AIT60stV+Kl0wWDQx1pka3+FWjvzQZYAU0JU29xRYfRyWHtp&#10;86jtWKleZr6vartN/b35DZAzXvxMBSkKAGyufOTRlVuLNz1eFe5hJYi1ubBq1e5wI8DzZxr1e50A&#10;L8pEVuvczke77oF+XArVe5w3lvdA1+Pblq3XueJXsRzVar3OaBCPZz1er3MZA1txtQrde5z2kAW5&#10;YCtV7nMMw/d5at17nTgnW3PVqvcwlW1PwHPV6vc5XKk3+HPVuvc5K2vujmq1XuZQ7aDnq1XuS45B&#10;48TkUkWia9zOj+A7corw00ERXuSUJAt246kCavXuc92luKEyCa9XuctxTub8TDGnW06q9zKtyN17&#10;DlDWlJivc9cKfhxQrwU1XucVF9OJ9WvGq17nm729nNkRWwK9zkHAPK15AnbXuc77uerY217mS4bT&#10;llbadcGNe50qXY205c0+okJEV7mUA2IU2PGqSGeNe5wJKi7G/PQappK8BXudBix15fZS5LekV7mU&#10;kHlAKYErwr3MW4btR24qnCKXFOkRXuZ02uLga8TEY0gUkivc5lXGrWseWVBFN6q9zHdPsEacbAin&#10;gjVXucwgKhb8cpojGK9zMFVbA6ezjKwVVoGvck++o7cZDZNKkpmvc4bnPw54pivKTFe5kIUEaWvy&#10;mmmq9zw2lu/HxVa9zILXF/DvxLT1e5lAHfla9XuZE0O72c9Ner3O77pB7L81Xq9zMWFxb289Xq9y&#10;RExY9ubiqmvcyFrEjjwJFbFe55Sf3z9HNqMit17mYWbuOWbptWyvc5JuV7+PhxScaoBXuSrBm3N+&#10;XNTFWIr3Mi7fKMYuT8ebmmor3MsSLezixt4c1Nb2V7mQICCp1B5YGvE17meMbQV8SLX4lIJNUr3O&#10;41cgru9gue/xtx6K3XuSl1fXm6tXuZEjU9uer1e5kRbNp9fPV6vckRqshJbQcuDWxXuSoY9rHbr7&#10;f7OaJrRFe5kUe+p56a2K9zIgcteNrD48ZImvEV7knfcWOpBHPBNeivc73rbtre/6/Vy8U5Fe5//Q&#10;L/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CK/iPZ6/qR6TMwRRPsqMbelwyLXv50oeZfrgSQc&#10;kfdO2/M3yOhMqPoMPeRWFX1BZ3/Jt1rgAwp8oYT/AJ6gVj1bSult09ofnc1U5IusIaU/8CLD/k4j&#10;lNPQjCP5V05pZWFnrHlqG+tti/eqjn29/TBkH8j3Qt1kQq5W7cK/zld2g+rbaD618du9Vx394ocE&#10;gJ90n3k0XL1E43/OOqNZCp3JQxxUy/8AArvYfU7EcGPnQio5oDue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4RnMmJ/1z6yy1S+/T4e4RPEbYDb6w0lz&#10;9B58nnbTvP8A243xuXknU1bq7hviNDBKSR0hTutY6lVlRl7H8sy4DYpYk+avwTh6VZ/0Ryv/AFV6&#10;b4fSyLtmql+al9u6WzAH4qm0H6ODTTZkqITo5H18jIXB40BCxOyhZ4+wZ4mi7v8Any/fg0kVZ6q9&#10;xQ02fyXDs3FIWDTH5MivcUdNnWFxdmH1nmjpPGmgxpr3HynzNSytYupH1fx4yQOFaUiDXuOqYxA5&#10;9xrW+PGSkmthIr3JJxBJBuvqOVKSmmiMa9zwq2/xfWPH6OJ1GKupGFe50aoEWbUez9vE2qrgivcw&#10;POTYr9Z4wozWyJr3ODVZU7iTtHiOJ6rpwr3MD1cbNe4uPHx43pryE4Y17kNqlC1y3w7c0cKWxNe5&#10;0kmyPe2oPERmk+Ne5ivuHvADnuFXr3Isra7hxhScKUpECa9zBIru11F9O3EwWUilCThNe5imKjTQ&#10;EW4lV4q3Ne5hcoL88BTyca9zgJ0vsa9u3KLr2mvcxP5Q+weNt06nCvc4FdbXt9HFU1cV7mJldbga&#10;i3GSaqTXuR3ZbXOhHEahTRFe5g94nc2t+3GFYUqQCkV7nW4AW5pKqrqkYV7mJyLa349NKUY17mIb&#10;HG3dt+PNHZTle5wtt033+gjjUVqvc95re0c1Vq9zmHLDUg/DTmq3tr3Oe9SbOVI+kG3PVYV7nCQx&#10;X9wXHNETVq9zCdp7D8+U0xVa9zGVA7c3FNV7nIFbWF78vBFXr3PbZCLggD48YM8a9XuchGxXsG+A&#10;A5rbWxXudMrgH3SB4683srde5xQlB+jY/QST/HjZpmvcGv07t5nVrCFn0PnKFufzHBLlSdLgPnRZ&#10;mn9wI8q4Nqh+vl5+XnWSBNzbiBYm3s+PB/qmomUaReIrtckcEPDnIqE8kndpe2mhGvFANIiKROIk&#10;NGxIGnFvSl7EAXQGwFu3t+PGh4ttU2UhsQRPMKdha/fiywp5VBUi4FiBY+23KHCqlOqg6zGsTwKC&#10;TqSPuFh9/DDdGnWLqBh0QF/MLMfha39PCPNP2dqryPyoU7u23eXzIPBwfA1TJ+MfXSH8O7qq6naq&#10;YbFGpJ1N3J5YyBfmMRNdETXzViVNtosAAPu55uerQrrnQ056t17ne489Faivc6ub35ut17niSTc8&#10;9Xq9z1iOar1e51zder3Pc9Xq9zmAw8OarVe5xvY83Xq7Bsb8J56/6uel9GnUeSnYK4wOut8f0R5Z&#10;tJ7xMcVCoo3vgsN9T7R95q9//hN/BBU/is5E+ZJAWKsZbf4h5W3mhbL5exF8bDkqKkyT01G6Jkz1&#10;++vqnK27Ve3I4bb/AJQacbp841y51op3qQR7L81VQIr3OlDG5vxkVuvc4tusCfHjijFer3OaqpPf&#10;tzYxFbr3MliRdRoPby4rVe5xs26x7Hnq9XucWdW8Oer1e5zTZt56vV7nQQWufH2c0a9XuZAxFvhy&#10;9er3OiSeUr1e5zFyCb9ubr1e5guxudNebrVe565JuQOarc17nOyEe6bHmq3I417nEgjtzU1ojor3&#10;MiWPNxNbFe5LhLXtfTjS8a0cRjXuTex780jE0WzXuZRx5S4q0xXuctumuvGRhS1CggTXuSLMY7Dl&#10;SoGkri9eyvcwMr228XFUVWvc7jYq2vEKjJqsivc6Ym5I5QmauDXucUs51Njx7SIrwOmvckAW7cYO&#10;FUxr3MiLt1blj008VBRmvc7YXNwbcU7RSsQoV7nIXJt7ON7KcMAV7nJ0G3cTzwONMoXJivc6W9tO&#10;NqNMlZmvc9bngqKrqkzXucXBFtgv7eWBpWlU7a9zKNyr7h5YnVTSzNe5zLFVudb+3ldMVptria9z&#10;ksauLvpxtRivAwa9zKgs5NuUSqaaJgzXuZ1UW94XPLzSbaa9zKt7WPNEzTgJ2V7nRsWK+PhzSUxT&#10;6sK9z1twF+48OaNNzNe5yVQRutxpR0jCtxXueW5v8eMgSKc217nMeYe3bjVWr3M0YuCD3PLAVqvc&#10;yKoVhu+B5Wt17nhYPp9PN1uvcki5KhT378cmqmvcyIqm7EnjgE1vZXuZRcj3h27cc04U2VV7mYKV&#10;sb3+A5tKYpsma9zOoDMo0+g8creqK9zIPdjO73Tfw5RQ1VsqmvcyaPZgRy4wqle5kUlTcgc9Xor3&#10;MvmIfdA+sDlVHTVK9zOqsq+0e3x47srVe5lZtzAg3ILWNh8eamrV7mYAg7j25Wt17mSL3G3Hv7Oe&#10;r1e5mBLPc2HPVqvckqGA3C1iOw5QHGtg17mWESE+6pAHbliJqxM17mYbjtA5unoivczrFZTuNwO3&#10;GSvGKbJxr3MqHQWF7g/Vx4SNtXFe5z2i9/q/Llpq9e5//9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vcpP8Axhc6OaHJXTKkbc08tZiM0Y9qBKenNvjvlH1cyM7PrJT7i1pEk6UJA2kkzA9dNccf&#10;q0zvQ1ZZeDtLj6x0aQEIP+9Oeyhi6UUyRfPYtMdqoqpuPYDVm+6w4XzAsMTBcEo8Ij7UsMUWn+oo&#10;W/5c/QF3YyZO7uW22Xo2W7LTX+poSmfWJr5b7p83LqnD/Eon2maruzFiz47j9bjcn2queWY3/wBd&#10;y1vqvx24OaQUzc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3EnnrMAytlGvxy9nhiby/wDl43ux/wDJxHIJ7Tt6xuRkF5mcwpppXd/7avwND/VFJnqmj/KrP8/c&#10;Ia4E4+QxPuBpZ9PMtNm/OuHZetdJ5l8z/l2vvyH/AJAB4UPpXgzDDajG59WnfYpPiq9zf4sfy58i&#10;uRoOlTqpJUdp2npPqfhWSmdPSoNjgJ9v6fGrZFVUUKosBoAOCLOr9gODkKB20FEECu+QWiZr204w&#10;TGNP6q9zAGkBsrHTjZdNa217mUYhPGNqsTz2tQrQZBr3JMeYayBrA2+g8sl4itG3Br3HulznVQHc&#10;5P38Vi5jbSI2sV7inpc+eZ7u4jjqrgKpIbaMa9xW0WbYZ4wC1vr7fHlg6k0iU2UnGvceosywP2cc&#10;bMUz3UV7kr+bo4JDA39nE6iKa0417nQriV2304mmaV6K9zgKvXcpHx5qabVXucXqmNtp7n2cocas&#10;K9zLHUMfeHj4cRlQpo4YV7mQSBhtXQj28oBxq2nTjXuedlC9+eV4xhT48eyvcxu+03XW44lWIEUr&#10;4RXuR3PfwvwvNbiK9zHLtK3HLDCvIxr3OLKjG4N768cImlVe5DkWx0FuJwggzWor3O2d1Ity4GNe&#10;2V7mISe/cnjRMU3tNe5ik3M1yNONmtKwr3I3mbWsPDtxlQmlqThjXudtKALsNTxOBFNpTpNe5iMo&#10;Buw05ana9zosu4EduUmrTXuY2m1sGI5urV7nrse1vu5uvV7nJlZ1ANhb2D+3la1Ne5wYU2gMVrdz&#10;fvzVWBr3MbrCPsAgc2K3Ne5w2rbS/NETVa9zoNKO456vV7nIOzGxW3GQozFWmvc6JRhax48ca9Xu&#10;dqoUd7cTLMVqa9zgPfcDd4jvx5OIr1e5yLhX2g9vhxo4VaRXuDZ6ePl/88OEMTdkk3Hd4WBPBRlZ&#10;CnD/AIpjz0/jRPmZlk+lcDqhH08vByxJJLAqs3idV7a8HIEwOqorUKSOIoQTwT8MIDgqST2F/aBb&#10;jhwNI1CkRiCb43t34saB2eNRbx1+nlXTpr2EUhqxd8zMe1rcWFBIPODAixB8PjzycaYBig7xynEs&#10;JUd4rFvq724ZnoW8UvUqjiGuyGVtfiUA4Gs6MsKA/on4ihfu65ov2OtwAew1Rr+N951F+Gv1CrrE&#10;+ctLFZNfGUm97aduWICy3A5jRtroSa+cLUBhJZhY2XQfRzom/N1WsHOgL83W69zvaearU17nipXv&#10;z1br3PKPHmqrNe5yYX7c3Nbr3OO089Nemvc9tI156vTXudhmPPV6vc42N+bGNbrvadPjwh34mWJS&#10;4V6IuoNRALu2F1EY/wCCRhxXaHU6kDp99RjvOjvGmx/wVv4mthf/AITE4DHjH4r2WY6jtS4Ri1Uv&#10;/EohGRzRaknMkapIoVgqj8teSIXNZHkKi/VKuowa+opEAFsva55hDvCCNoYH28uDTsVk50Uib3xo&#10;fYOerVe5wICqSeNmvV7mPV1sOw9vGDJFer3MqID7wPbj6K9XuZGdyLnjler3OgxYgjm69Xud7V56&#10;vV7ngne3PV6vc4b5l0UC3jxpVbr3MqsGPvCx5cVWvc56E7QOWrVe55bjQ+PPVavc4lCuh56tExXu&#10;eKG3NVbhNe5wVAPeHPV6JFe5JRN1jxsmmFKKMK9zlGi3YcrNVBivcl06BSIz35U+HbVFA7eFe5z2&#10;srWPFrYBpyQoYV7ktNdOIXBjSfTXuZO1xzQ66snEwa9zn5nu24822AZOyrLQEbK9zhcnUcuuqmvc&#10;xAE+9xMDVoCdte55EbcSeWma9AOyvczmJQdw5TGqRwr3Ou43cfTSxCa9zmAUF+/KnDCr92K9zmbk&#10;g8bUqMKTE6cK9zKosTfx5pJmmyqa9ztwrDaeXFWbVpNe50qKG2g8r91NE17nm93U82MaebFe5wU2&#10;bTx5oiKfcThhXuZ9A3KyRSQpJFe5kKI+h7eHNya8laiINe51tUPtJ5rSTVkiK9zOGUCw789pqhSa&#10;9yRGL25uKpFe5y0Y6eHKRW69zh2csPDnjTk17nIkXBHj34mOFWmK9zkGVVsebCTtNVCq9zmi6cuF&#10;gYVYKxr3OSlhceHGFYGnTXuZAPd8LX154V6vc7uvl7RrrzRrVe5IUIdeVpkqivc5iy7WGp8eWBmn&#10;h4hNe5mjVSCD9XFSTFNKMV7nNQ+3v2PFFN17kiNlLX7DmjWwJr3Oflsl+zX1BHh9PNVbTXuZwpEo&#10;HcW5uKocK9zmgGrqBzVar3MxRbbnH1c1TgNe5kAIsQNPZfmyJqhr3MrKx7kD4coTNVr3MqqFF/p/&#10;Pl6tXucwzEWtpz1er3M6iwG7vz1er3MyGwYsLgDjaq1XuZhGpUPewt4cvEVqK9zKGGgQkX56tzXu&#10;SUUKTu5ulde5nRvdt7OV0iZpuK9zKmrXU2HHCZpyvcy7k/Zyk16vc//SL/znZX2YVuUc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3NcX135h/wA5Prsjy2jeZBl+HD6LT7No4zXzD6mlZT9HOr30z7s/z3PMttyJ&#10;C7kPKHShmXFA9RS0fbXzMfVZvD+czy5SDhbstsDzUNZ9Qp0g9Y6qE+vrP6rdD8Uxa+154Zgp8Q0p&#10;FOh/MEcfefbZXDmq6Oe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e4WD1J48yYfh+VKY3epkM7qO+1fdQf8ExP1rzih9ZG9n5eztMkbPieWX3ANuhvwNg9&#10;SlqUfNsVOW5VpK13CtiRpHmcT7AB7aNz6Uss/MYriObZ192nRaaIn/E/vOR8VUAf8Fx8wTLLYLgd&#10;NhgGsMahv+Jd3I+liTzj9a235doI6B7+PvpbcXH5hxS+k+7h7qO/zqajbwHKLBpsKivcgTUjKbAd&#10;+MxTgVXuM70hRiLc3FKga9yDLAVF+MlUUqSa9yEwIFrcTldP17kOUMAQPHjZOqnE17mAs6G4IAt4&#10;HicrIp+Aa9zImJzw6Kx05YPkU2Wga9yXDmKsiP2vz5cPlNaLCa9x2gzjVREb2sOOC6mmzbAivcUl&#10;Jn6/us1/r4+LkJpAqzivcUdPnKicjce/HdYVjSBdoeivceoMw0s19jrp8Rzeqk/5eK9x1p8WjZLq&#10;b8bgUnWxjXuTFrdw3A6HmuqvKRXuZkqFc+NvHjS0xTpgV7mVZgRccQqTFejVXucvM3A2HE0VvuzX&#10;uYy111PHIp6I2V7mEsANo5Ymna9zEZdy9u3G5iqmvc4H3m0PE01WvcwMAG1PPRNN8a9zA5k7xnjZ&#10;FKgJr3OjI28XB+7iczTle50ZoybMO3NDrr1e5000RNgOXBArde5x/R6E8aKgasDXucAsTNxqr7a9&#10;zhZe8Z5at17nhJKvjf6Oer0V7ncjkrdtOer0V7mPcumvNV6vc727tRzdar3OvKbv+3mqtXucG86P&#10;4jiYiK1Xud7iw9n06cukzXq9zzQTWve3KkTWq9zmALe8dR8OVmK3XuYB5Z9/9deOAaqvFe4OHpzp&#10;Y6jq3hqRNtO5y19bjabj6OCDLPC4f8VXwNEeY/3I1x/dP18u4ynCVgCRIAAR48GmrTUXOHGknibK&#10;pO424KNM8kciRBQLam3x4uT4hNIyZpITxlkdiND2+PFth0rIm2PU/HmliapsoPK4ESstrcWFGAvl&#10;LYbhqeaRTBxpCYoCUqLfvKbfH6OGk9PWFvP1MWuH2Upj2+DD+N+B7NnQ1aK8ooa7ttly+twBJCyo&#10;9QAGJ6Nta/v4/nUinyZ+GzmLCJrOcXxKkoo7i1jNHK3/AFD5YLbQW9g5jIBFdBia+dfIhSQgixJJ&#10;737689y1arhz3PV6vc9uPNVqK9zsm/PV6vc7FgOarVe53cc1Wq9zon2c3W69zq57Hm63XueOh056&#10;vV7nueFWNZO+23K3PxZ8Tjwr0LZ0nlNhLTmAfEyKwA+nTimzweT51FW8jkKZR0uT/pY+E1sr/wDC&#10;VqgWs/FOpKq1xTZaxo38BuVLXPxtzSMmY7rTAW8G8eSCBBioughUdFfTTUWFuRgSp9w7geKKUg1y&#10;5lY05XQWbmqtXuY2SycuRXq9zGCT9FuNxXq9zIi2W9jywEV6vc47xu5avV7nmNzpz1er3Otzd+ar&#10;1e53v005uvV7nbPt7coa1tr3MkTbns/L1uvc5+8Hunbm69XuciTtBuL81Xq9zpXQkl+/KGqLr3OY&#10;ZZTZO3KE04dle55lsbc8DSVLmnbXuZI7hgLcqa2F95XuSQgAJHfnopjEba9zMgJAYDUD2cUQCMac&#10;2ba9ztFO/XtxLr07K8VTXuSC/vbQNPbyxxE0yZFe5lU2JIPG6cia9zOrE9z+XFs4U4DFe5htcHib&#10;VNMKONe50i+7bjJqyjjXudWI7DlhjVJjZXuZNfHjkGvHEV7nIqAwTmgaWIWUDGvczlBtHGycaoV1&#10;7nGxB048TVgZr3PWdmBU6Dvyu2qKr3MjFV8Nfo56k1e5hJJG7sfZxtE0tS3Ne5yW7d+OHCtxpr3O&#10;RXtblCaYKya9zKCLW8eVFNlUV7nHa24Hm8a0K9zLcbv28tJq817mSK4Y3N/q5Satqr3J6ITrzWNU&#10;r3Me7YtwPE8sK8E6q9zgH0Px5alAbivcyXBsp041E0lJ4V7mQbF5VzAU4BXudxj3eMEY1TjXuc19&#10;h7c8vbTqjjXuZGCACw8eUAq4Ne5lChCGUHue3N7a8RNe5nB3e3Tvrz2k9FUHhr3MkcaKd1r7uOkd&#10;OFNqOkwK9zKEZ/cAtbjiRFaXsFe5nEe1Cp4+asNle5yRQmpGnNRVq9zLHtuQx2+AseerU17neyXd&#10;e/KTVBjXuZwhI2aD48vXq9zmAU0vce089VxXuZffFvZpxpZIGFVVXuZX2kEdzfjbfXTU17nIKSmn&#10;FNOV7mWMyX3tqPhzVar3Mu3UEc3W69ySpLNa3flSK9XuZUjKAoT9rlgZGNWAmvczBdwIta3bnqc0&#10;17khFIG7uOeq9e5nQMwJA056vV7mYrYC3cdxzVbr3Oe0flz1Vr3P/9Mv/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9zokKLnQDnq1sr3NVPK2Pnqj6js4dT2O+Krq6+piPsWoqD5IHwEVwPgOfTL9Fu7feZ0u&#10;5UMLS00g9DjqkoHtQHa+LXtjz/8Anl5cXQM/mLlxwf4mpRSPIApA6hSk9R1Z/IumOGZaQ7XqJYlY&#10;e1YYyzf8nlTwyHPplrB2iJ89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9woNLSydUPUE0ae/S4axOmoCU2g+kNMfuPPk+7at5P7bb5XLqTqat1dwjiNLH&#10;hMdIU7rUOpVZOWyRlOWCcFLE+q/wT8Ks/wCiGWf6r9NsOppF2zVS/NS/8Sl95b/EJtH1cNPV4A0b&#10;FdpPIiUTUbhc4ihZ4mqzBnVSQOJnIIpWl08a9xPzYYVtuHEcUYIcr3GKqofevbiNwHhS0Lr3E/UY&#10;c9yT24kNL0Lr3GmWiIOnE68BSsmRXuNUkBRyTxLrkUpBgV7kR4r6W5WafBmvchSQWOvGTT1e43zK&#10;L6csaeivcjvGzjbfjBMVqYr3IoLQEi/flCSdlO/dXuZUqp423hjp4c8XSkVvTXuSocdrITZT+fPC&#10;4NNlkKr3FBSZxq4rAnTisXFI12gr3FTSZ3sbMfz48LjGi9VrFe4rKPNUMouXsOLQ8lQxpEu3mvcf&#10;4cagc+61x9PExXqpOW4r3J6Ygo1B7/HmqrpNe5I+eVvHlTWtFe5xFZuNu1uaIgVopNe55qoHvpxP&#10;M1oDpr3MYmG64PNGn9IO2vc4mX3ib8rXtIr3MTz+4d35c9NOBNe5wE+4DXlJr0V7nIMDcnjConGq&#10;kRXucC4sLe3lYB2VYCa9zoyDcL8bir6K9zs3Go5vTXp017nHzv3bW5Sr17nIM9wmljz1er3OIJZ2&#10;jHgOer1e5zXULYai/PVqvc81jo35c9Wq9zKITsHvc9Tumvc8VI0vyqqrXuYyWA26Hx40jbVTXucW&#10;BdtxufhzRMGtCvc9tA76D235aNVWr3JkMswo3plRX8wqQToV23/jfnvtq4r3B29MdLLU9XqFFUh4&#10;klLG1xqjH4cEeWmVn/FPvEUS5ioJajrj210ex5dflKNoENRYkpcBStgd3fxPa3BWo41FDh1GBSQx&#10;FVkUp48XVLLTtULJFe5IUm3YXt9/DRsyKTkRhSUrFlSle3ZATxe0ADo1PCRZWNh3NxbX8+PVXzoO&#10;cVEkarM3Ztg/5W4rqFlG0OdSCe3t7ePEyh0VQo1bKQ+JEqSvitk+sfa/bw4vpmKrm6YyHVqf3f8A&#10;kLgK3jBctSU7NQnqwNSduOtKMzQFbdLg9Toj4GtY/wD4Uq00zehahp8PXfD/AFloJJT7AtPUhfzJ&#10;4ewAAWHMdxWcVaDbgA992g1+NtedNy4qwrhzhy1br3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc5h&#10;bi/NVqvc4c3W69zs81VjWSPx5VJ+NHVfKeg3Hvet5lbQpb27i/DOzRLmroqBd7FEXdqBx733BFbT&#10;/wDwktwz5n8QnG8U23+Uy9VC/wDy83D9nNMQlZJSreLED4G/bg8OKp6QD7aDUlRnpAPur6RQX9IX&#10;v8Lc4FRGxcdxofZ9XLVeufMTC/vc9V69ziS9teXqle55Xtpbnq1XuZQW7DW/KmtGvc4mMDTx5qnK&#10;9zry+Wqte5yv+7bm69Xud2KsBpYd+Vmtg17kqrjp2CmJTcd+amaRoOJr3MAB3Few54Utma9zwB2d&#10;+Xqte5k3fDnq1Ne51tjbvz1OCvc5LGAf0Z5Uia8DjXuc1YlbONb8rppK4jGvckptZtONRjTA/ZV7&#10;mRVO7jqsKdWvVXuSVbyxbjUzTCzNe55V3e9flSIrxEV7mYIe1+aqveDjXuZAlueFexNe5y45Tte5&#10;xY7RbjdUA1Y17no9DbloqijJr3PFQTe9rcqMK2DXuZgNy8WThViIwr3PMAXD+ziUmnlK1CK9zvXl&#10;abr3O1Bub8sDTgXFe52AATY83tq86hXudNcjTlhVGgAca9zoWJ3Hx5el8nhXuZdlhxOTSArNe5wZ&#10;tv183EivRNe5yHcc8BFaivczqwOh5aYpzRpxr3OR2+HGiqaZr3JKttI05qmV17ma5Ye725ea3Ne5&#10;iA/dHbjZVT6RONe5zG37I57VIp8qr3OwltL34whcUljGa9zls5RS9VKK9zku7bry01SK9zkhuLEc&#10;b41sgV7mUiy978UjZVEgjbXuSQ1wF9mvEoPRThr3MwCW90an48fBNVr3M69vj4fRx+NW2mlV7koP&#10;tcMPDlgIwqijIivcyG5BYeOvKkHhTkRXuejCnT+7l4NVr3MwUA305qvV7nOP3rnm9Ner3OYFiPo5&#10;6Yrde5zjS7X730tz22tV7mcAM206W8Oaiaqa9zkAoNubiK1Xuc0baDpzVXr3M6LbXw54V6vck/o9&#10;2nax5Y16vcyAA2IF7Dmq9Xucwmu8Dt8eaNbBjGvclRqzDlhTwOqvc5ADYLnX4duarYr3JMUe3uO+&#10;t789WzhXuZlG4lr3vz1UCpr3OW089NXmvc//1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3AR9Smdf8&#10;3fQDOOcUfy5aLCa0wte1pniMUH/R1l4Icot/zV0230rE+QMn3TUN9oecfyDIr27BgoYc0n+/UkpR&#10;/vZTT1l2j/mGO0lIRcPKl/oBu35c1vfTThXy+Wq/GGFjU1AjHxWJbg/e559kH0bZH+Uya7zAiC/c&#10;BsdaWEAg+Wp1Y8wa+J7fZ/W+hv8Aopn1UfwApDeq3GPmc14dgim60lM0h+DTOQR/yCg4ZPnYmoXo&#10;q3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xM5zx5csZVr&#10;8dJsaeFmS/i592MfWxA5DPaJvQncvI7vNCYLLK1InYXCNLQ/znFJHrR3ltp+efQ1/SUJ8tp900rM&#10;i5dfNmcMOy6oJWqnRXt3EY96Q/UgJ43+iTpwavLGL5+r1u9bMKWFmOuyIb5GB9jOwH0rz5JN2bNT&#10;6F3C8SpUScSeJM9ZOPWKmbe28AcQwNiRJ8zgPYB76tqREjQRxgBVAAA7ADsOHFrMlI4O1QSfjfkh&#10;qtMKitN1p2Vy4H2K5EaNi4jsfhwhW0UnZRmh/XXuIDEsnukZcJr9HCxYNGSXI417iZqcpsyGUqNB&#10;7Oe0GKWJer3ERW4IYmIK3PstwvWmaNErr3ExVYQyguF4XKQRS1KzXuJ+fDWGrL+XEyh0UvS7Ne4y&#10;y0LBtBxkpNKwuvcbpaN1a5XjIEbaVJXNe41y0oGu38uaJpYXAa9yK9Otr24mUa1tr3GyeMIRYd+M&#10;pVFXBr3ITx+IvyilTSgGvcjGM34nJpya9zgFI8Pz/t5Saer3OSvc27W5uTXor3JMNfUIbK5H18cC&#10;jTRaCq9x5hxqtiAs+nwPHkulNJFsCvceqTN1TE1nJNvbx4XFJ+5r3FBDnNGt5rW4931Jzb17ijpc&#10;xxVIBRhYDikLChSMslNe44Ljccxsh3W8ea2UwGSK9zJ/MATrpbXlCavoivczJUNOpaJrgeAOo+nn&#10;hXo6q9zr5ny9Gv8AfytWivcy+erdjblArCqYV7mRZ3X3RrxgAKxqsTXuc/mRa0mnLRGyt7K9zl5s&#10;bePNCtzXudea6nR7D48vNa217nEzSAAnXjUVSvc5NUbbNax9vNV6vckIxZS6tr4680a9Xudh2tbl&#10;a9XuZUkt356t17mfcoufZ4c9Tk17mPeH963GzTJNe5ja26/bngIqte5yshFiTb6TzcTVgJr3Omi3&#10;axso+vlCIq2mvc7tN/h3n4G3PDrrSa9wzPpRpJp+qabjbbA7spuD2b2d+CXLU/tCeERRFmQ8I8x+&#10;NcHO1CeXNYFG4pokuQfhcAX7fdbgsKcJ66i5YikhWFWbcOL6ghQTBCwU9zbvcHv9J4raOFI9tJmv&#10;lZE29wxAPFxhtKsNQfJQJcsSbA7ibePccUk1Sg6xORyt2F1AFh9/hxV0MUKFi2nbVtbAey/hy6DV&#10;0r00HGLNKxNr3G4H/iTXufp4bz01UdVU5yMw/wAjBTsGPt3MLfwPAVnr/cWyhGCjCuo8PgakPcu3&#10;/N5mlQ/hClH0gVrX/wDCkzNeXcq+gqHAZnRcSxzMFEtHGxJJjhgn89ox2O0yJc99eH1Fl05jlz6c&#10;KzsB1Y1oCuCrkFQp8QNdfHneh5qt1x54jTTnq9XucNp5utzXudc3W69z3PV6vc7AJ5qvV7niPbz1&#10;er3PAm9ubr1e523NCtCvc94DmzVzWSPx5Tj+OJiXyvovegJ/3pxegFvbZm/p4aWJ8fpUGbzibu2P&#10;Ql73hFbhn/CPzLa1/qY6oZlKgth+D4ZGrEar5z1YNj4X26+3mn0yRs25SASL2+PB0P09lApKiJ9P&#10;ZX0G0sHZAO1tfbfkYs2qWu35cuKXgSJrLzxYabha3LVSvc9tB5uvV7nArYgDmq9Xuc9FPNGt17nr&#10;gn3uaqte53r+925at17nfNmt17naAlt1r8aIrYr3JLu6gD289spoivcjtcnce/LCvCvc8CCLW5ar&#10;17ma1lAGp56rV7nZSy7rc1NN6sa9zENwIZfDldlbJg17mXdvuDxyZpzbXuZoQALeI4mUYpE9XuSF&#10;e3NByaYmvczX3Dmgcartr3OSFlFrX+rllGaua9zMjMTa3GTVMBwr3M12Vvf7cvT6FSDXueZk2Ejm&#10;qpXucQwYX78vW9le5jDMNAPz5U01XuZFVm+0OUia9Fe5mU7dO3HpwreJNe52o3X55Wylak4V7now&#10;9/eJ44lIVXlQdle5n4ypOkxSaK9ziQL2t35qrgxXudEbfdXlk+GnEQD4tle51s0ty006hRJ8Oyvc&#10;5hlttY8pFNL8RkV7nXu/TzU1RRr3PFgdByhqyhAr3OZWy6d+OinAcMa9zlGDoONFGnGm+M17kkX7&#10;356JFMfecK9zOGUCw5QVaIr3OIuD7vjxhZg0+mvc7JZLAjU8uk1uvcyg6gDTjRFMAGa9zmxFrWv9&#10;HPaZp4mvc6s1/hx5xMGrV7mYCx1BOluM6oMU0dte5lVRr7ve3HZ1U5MV7mUoALgHjOkitV7khYVK&#10;37cVap2UyTXuSUjk23tx2m69zmEO3cfDw5eqivc5pZ3BbQEcpT1e5kAAXYDfW/PSa1XuZVC+I56v&#10;V7nIbb7VPPV6vczKDbve338rFer3Mt7MCmnN7K3XucrXbd9/LVWvcyqLCx79+arde5mGzmq9XuS1&#10;2t254VoV7mQxKib2GnLGrGvc46jaQNDzVe217maMm556vbK9zMC/gbfXz1bC69yQii1vDnqdBivc&#10;zRoNx05qtlU17mVRs18OWNeAivck7l/K/K1uvc//1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3K2/x&#10;Uc5f1b9LcmARvZ8wYnQ0ZUHUpGWrGP0BoVB+kclrcu37691f0EqPqfD8zXPT6ms3/l27RYBxuH2m&#10;46ky6fSW0g+YoROmNH8xmYTkaQRu/wBZ9z9vKvOkGF/ynpxhcBFmliM5+PmsZB/yaRz7quwDJP5D&#10;uhYNEQXGi+evv1KdBP8AmLSPICvkS3if/MXrh6Dp/wBKI+INFI624v8Aznqji9QDdYpRAvw8lRGf&#10;+TgTwSuZjUCqCrnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e4W31JY8aXL1Hl2E+/WymRwP8EQ7H6WYEfRzjt9Yu9X5DKLbKUHxXLpcWB/xtgDA9SnFoI60Hoqa&#10;Ny7TvHlPHYgQPNX6A+2jU+lbLfzuZ67M0y3ShhESE/8AFkx7j6EUg/Ty2jpX0LzJ0p6V4DlTEKRo&#10;5aejV5xt7TSDzZh9UjMOcn8ssTZ2yG4xAx8zifeTUYZlmiMwuVuAyCox5DAe4Cjzx1UMgBQ3vx0n&#10;glgbZUQlT8Ta35cWKTpMUnRB2VI42tDSzX3hS3s4iUgKwpQVnYK4hiWtbicr8Ep5Nz7B8Nf7OETz&#10;QpWh0jbXLiKqsuIVKKlweFikQIozQ9XuIqtyTT1NZY3DflwqKJOFHTdxhjXuIPHMgz09ymoJ8BxI&#10;43G2liLnVXuB3XZYlQFWQ2HC3RRmhyvcSlRgBX908TnA0tS4Zr3E/VYOymz6DjKhRilyK9xhqcLZ&#10;fDheoU6lZr3GSagIJ0tftxORRglyK9xvlw8EEHuOJiIp3XFe4yzUL68pFLAcK9xsNO97NxsinBBr&#10;3I0lNbtblFYUtr3IzIw0NhbjeqtV7ngAea1Vsivc8fd8ePEyMKpFe5hMjKbjjeNOgTXueaoU/vfl&#10;xpRI2V4ia9ztcSmhH6NjyyVKqhbCq9ybS4/XxaqeLu/07aoWAa9xxXNtaj3bmvzFNm3B2V7jpSZ0&#10;ZPte6fEj9vHBcU0bavcUNPmunm+1J9/HA+DSFVvGyvcfIccgk7EfVxyU0kLFe44ricZ0DW5RKJ2V&#10;Tu4r3M3zm6xBvx0JjbVCkCvckipBWx0+I5uBWtINe5yFZpYkn6eb0V7QK9zJ84hUeWfv41NV0V7k&#10;haokBWseW0zVCmK9zKsiXsNL8bV4dtM7K9zKs237Gpvysg1sQa9yUJWI7fnz0V5ONe57eqvbx8ea&#10;qpwr3Mu9PsrfXnq9E17nr6e9oB8OUJrRwr3JTgRQgnV31sD9kew+0nlhhVor3IQSQm+6x9lr89Wo&#10;r3JESAjcDr8fbxpVW2V7hxfRfQs3UTEp2QbkpLFr9txt217jtwW5VsUTwj5UG81XpSPP5VHqWAjI&#10;Pjy3XC418gMZNoPcW1HsueCCCTFRooztpI1JCuUIIW1937OLKiILhl94diba3ta4+HDYbKTxFJms&#10;Zm3BV0XUH28XGHU9MJVMTFS2pNv7eWiaqTApA4lK/lvvAsAPDizoCjuFI3qp2nw05sCkBVNIHFH8&#10;tTM4G1iG4dX0psJ8RxiRtPLSnC28LmS/8OAbeUabXT0rR8F1Me4CNGYFQ/42Z9orUh/4VRYs9N0K&#10;6V4VTEKtXiuNyNp3MUdEF+i286cOwQCb8x1GArNwmtId1CyMF/xH+POrW7ctWxjXHnYPPV4ivc75&#10;6qV7mLlqvXue56vV7nYNuar1e5yvu0PPVrZXuesBrzVamvc8Pe789sreyvc9425omKvXJCb2HKK/&#10;x58aND6c8uYP3Fbi6Nb/AJdbCf8Albh3lydRJ6qhDePxXbY/otrP+mw/0NbsX/CN3B/Oz71wxqS9&#10;4aLLaJbtcyVxa/1W5qdF0Yb7EG2t/wBnBzHxPxoHiJjorfHjvc3+jmMNs99u3LU7WXnZuBdSCD7e&#10;eqte5w7G3PVqvc57R7e3bnq3XueILC5PPVsYV7nHQG3NRVa9zouVOo5ut17nPnq9XueDEduereyv&#10;cyvvKAnjc1qa9zEov73jzYr1e5mjuxF/r56asIr3MgtvAXtywptSor3M0rX05rSBjTKIJxr3OCtG&#10;qbTpfniJp5Q1Gvc8qIxsG5UnTWivSMa9zIse1tw4wTNI1q117khb+HPTTUV7mRQF95u3jzcTWwK9&#10;zMWFrjngBV4Kq9zytf6eUrZSU17nbuzanw5enk4CK9zwNwV+IHKHCmThXucVaw045VlCNte5yMYJ&#10;ueUpoY17mZAy/Z5vZVor3OS/aseVONWmvcyqSvbjqtlKyZFe5zRzu2t35SKqG8Jr3M1veseXIgYU&#10;xE17nnQHQcoFaSKaOFe52sVhYm/LuGThT2oEV7niltRxumhhsr3OGwE3PNzToMCK9zkIwTzVNEV7&#10;nQFm56nNRVXuc7WN+Wmrk4RXuZEXUe3l1r1CKaKsIr3M5U/vcYSSBVG/DjXucbm/u9uUJinTjXuc&#10;zY2235sEGqzFe5y96+4/VxzTqqwM17mcEl9vEijGFXBr3OSpY7mNvo55CoqqhXuZgpJvxT92NeKo&#10;Ne5l2sbH434lnGnK9zPG3uldpv8ATx4nTsppeJFe5zWMk+831csJVXiYwr3MygE2PPBARVVJAFe5&#10;IUnaPjx0CqxXuZbG97aDm5r0V7mRDE+g+vmq3XuZCq/u89Ner3OSoLAk25atV7mSONS91YH6uUrd&#10;e5lACkge3m5rxr3OYW59881W69zmB7n0/lz1ar3MwW5v9QPt5s16vcybRyter3JEe1SfhzwrQr3J&#10;AV3cEdj4H6OWq5r3MnlELub7/Zyk1UGvcyIE2+8CL/ny1PivczBLdueq1e5njRQPe5WkxJNe5kDO&#10;LhbWtf8AjywFOBIr3OSqbuG9vLVbbXuZLD8rcpXq9z//1i/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;KMfxf81S4jmXI3TOib31irK6RL9zPJHTwH6jHIPr5lF2bZYu+cUlsSpxaGkdaidnqVJrif8AVtnQ&#10;S7ZWU4IQ68of4xShB9NDntoZel6xUOHYjjlTpHGACfYEUu/5EcCWgo4sPoYaCD7EEaRr9CgKPyHP&#10;0C8ry9GU2zVq39rTaG0/4qEhI9wr5inXC8srO0kn2marfxGumxPEJ8SqP8pUSPK30uxY/meS+HtJ&#10;6hc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Er6YemcHqZ&#10;/EMyb07rk8/CMMroqmuU22Gmw5WralHvoBK6+T9LAc+ZvttzX+3u/ptEnU1aaGOr9lLj09feqU2T&#10;twHpKua3/wDZbd165GC1pOnp1OQhJHkPF6GrBOk2Cz5U6ItWQnyavE1lnDEHQy/o4jprogDDm6Pj&#10;3Rfp3mCN4VCxnUgMNBw6usjQv7ZHlsFcubTed9owScKS1HjfUTCJFecmrjt9qMj7yCb8LhnD0Z0G&#10;M+ZV4bBFICAFKlSe3gO/AHd7vONCU+LnZUrWG+RSYUaUlH11gpGMOKxyxBTYs8ZAGmvhwlufvSFj&#10;+Cu7QUkqWPfYfu5HD1mtBgpI64qZ7beNp4SVChZwDqPlnHkBo6uJyRe28A/cbcKxmHpnm7L0zxSw&#10;EqptYr9/3cIF26tsUO2Lxt8YGlylRFIgkjIIPbUa+z7+BlV0s8LMlVGYiuhuD/HtwhXtiKP0Qdnx&#10;FZA/tBB4zVNHFILq3bv7eMqbCcaXtkca5A34xVVIp2mQX2nuRwncGo1sKjEbK74l6vBKWSR/MVQG&#10;Pc9uIy3FLw6Ywr3EjXZMpZSVAFxxEWSaXIfI217iCxHI0jOdihhf2cLVIIMUuFwK9xDV+VZISVCX&#10;+rjam4o3Q7117iSrMBZbh0sfDTiMppYlzjXuJuowSRL3W9+JimlodBr3GiXByouy9+NFNLg5hXuM&#10;lVhIvdV4hUIpQHK9xqloFTuvG1JmlgdBr3GefD97EqLX4lKSKWpWK9xpko5EJ2gm3KxSkEGvciyR&#10;lANw78aUSjGtkV7kbeDpyocJp0V7mM277uP6hWwZr3MR79+NFc7K9XucWuBZTblQkq21qvcxuGC2&#10;ueW0wauDFe5EO5T347hTu2vc7Esg7G3KDCvaRXuZ48RqYT7jsPr42FEVQtg17jtT5nroDZiW4qS8&#10;U0wbcGvcfqXOzqNst1+PFguNVJ1WoNe4pqXNtPNZTIDfmw6KK1WpFe4/Q4zBIt1YH6xx/V10lUyU&#10;17k9MRgkUAEcss6a0URXuSY6tG+ybcpqNNlNe5MirBc+PPTO2mNINe5JWrJ7an2cqCJiKv3cbK9y&#10;YtSSNAAeOTSQJ0mvckR1Xu3I97xPKzVyivcyx1G9tCVtzU0ypOmvckLVtGdyuG17NzRMVqK9yO0m&#10;+T9IRb231P083M0o0SK9ySsth+jPKxSc4V7nlnXQsG1vpblTjVJr3D4+hWlf+tGNVkjAXhjADd7F&#10;hot+1/Hg0y5OplyOr4CgdnRxSPX/AHmahVjbUN+WxYTCvlMi+6QeyH2/A9xwXuNQZqP1GcaSNRUS&#10;I29CLW7NxVUSLTqtnct3JJJ1I7adtPDj3CmgqkxVzVE28hh9ANhxYUEq22Q7lC2O4qTqfH2c2cRT&#10;e00icTpaiCPzZCrq37qut/uvxbUMrKAY2uHNrlfH7uWQdNOlKaC/F3kaU+d7sf8AhPDwelKntLjM&#10;4FgRTL9f6Q8jrehY7hI/pK+A/Wpm7PBqvXT0NpHtJ/CtPH/hVXWiHJnRXDWbU1eanI9oC4UBp9ff&#10;hzEO5b8x8rMfo8hWmO9953Cxuf4877i/N1YYVx51a635urE17nEC/PVWvc65uvV7nuer1e52Bfmq&#10;9Xud/Z1PNVrbXud7hz1aivc6GnN1uvc7vrflDjTlZItGuea+/wDwoArli6XdPKKM/pJMSxB7e3Yl&#10;Nt+4k8P8rUAsjq+M/hWOuduE5opHD8s37S48PlW95/wjly9PFlHrNm+wENRWYTRg+O6CJ5Tr7LSj&#10;mrmamJ1CyDXx+k8HJwwou0hJPn8K3bEIJO03/t5iZARpqPDmq9WTnHy1UeYp1Hhz1Vr3MbK+7dz1&#10;er3OLK5a9jYc9Xq9zn7ra6jnq1Xue3MPs89Xq9zmrf4+er1e54WPN1uvcybLJuGvPV4mvcygbo9S&#10;ONAUhgg17mJEsb+HLRRgnZXuSkQLuY9jz0UldVpr3MqhCRsHflY00mcVpwr3OVltdhy80zqr3MDa&#10;aKAeaFGo2V7mGxU3AseaUJrZSFba9yQje08Z00kUiDhXueMjXsunPaa33de5kDt9ltRx6IpxSYFe&#10;5k8b3sOJycaTpUU17ncdw5JPFBRIwp5RkV7mcupFuMaFDhSYba9zmtib38b8ooRVjXucSD9k8tNW&#10;JnbXuSEU3sBzdNAxXuSNrKOUpyvc9ZbfHlgYqwwr3PFTe3LJpxJivc5bddx78rMVrWYivc5Fzfji&#10;MMa22dO2vc4sW78qYJrYAO2vc5oTa445ANaKAMa9zMrEjXjREUwcK9zxIJsON1YbJr3OaDuOWrcy&#10;K9ziyHuOVmtJEmvcyeWw56tg6hXuctpVb8rVF+GvczIq6bvHlwa0nCvc8e9kI40pNOV7mSynU6Hj&#10;MRVgJr3Otp3gk3A5sKPCmVYYV7njuJG3Q378ULSAOulPCvczi4GwkEnx4nCSBVAqNte55GY99OOf&#10;aK0RJr3JCWJtc34j2U8ca9ySHIBueOhU0hTia9zNEykXtduGySAJp5Ymvc8v2jraxA4mV4qqrGvc&#10;lgWX6OOCrRXucve3e4eeIr1e5ms5GgAPw5Sq17meONwu9uNhUmK9XuSFAvu8PYeP1uvc4aFtR93K&#10;V6vcke9tuRpz1er3PbdPc54V6vczqpvuPb2c0RFer3OQNrWF/wCHK16vczofhy1er3MieYCSRa/N&#10;1oV7klCLru8ebpzbXuSXVlGzxt2PK15Ir3PAAADuf4c3T1e5IN2Xamh+PPVsV7nOAE+65tyqlaaq&#10;cK9yUqHeFTW4tyszjSeca9zkUc7n9p5sGn9Q2V7nGz+zwt9fs5avV7n/1y/852V9mFblHPc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Nb31u47/AJwfXzJg6t5kOBJh9Ip8LQQfOyD6pZGB+N+ddPpd3e/nGf5YyRM3Hfkd&#10;TGp3HqIaHnMV8w/1VZ7+bz27AMhhppgeqQpQ9FuqHmDQlY3V/wBW+g+J199r1MMq/G8zCAW+og8U&#10;vPtWriVVdvPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xrx&#10;rFIMEweqxip/ydLFJK3xCKWt9fAXvHnbW7eX3GYPfZbtOOq6whJVA6zEDrNLrZg3TiW07VED2mKd&#10;sBwiox/G6PA6X/KVc0cK/AuwW/0C9+HU/Ap6cCrzPnr1C47GXlIhwakl9rzOtZXd/EAQfUx+v5We&#10;zZ1y/u7rNLg6nHVEFXSpxXeOH26faaKO26/DbNvlyNglxQ6AkaEf6P2CrSMdpoKHDqXBKMBIYEVV&#10;B7BUXYg+7mx3HmCSOa5JBB0Dt428beHMuUXOsx0VznLAOyk8uHJJDv3AMPBR346QZyropARYai5V&#10;j8O3HSoDE0z+X402YjlehxKICphUaWKkXv8AHilhz0aqNxVIkqj/ABgEn6+I16bgRApala28Uk0G&#10;1d0gwNpRUwGSBwfdMZ7H6OJDGss9MczK5xOmWN2W25ADqe5seBdzIm3pJMGhbbZ9cWsYGnCnwTPe&#10;DJbCKzz0j1RZrjQfZFxfseF2z16U+n2OQE5eqhIbXCMgB+N7HgDvN1g4PCqalHLt81tq/aADzNLH&#10;BeomaKO1NmHDrH/GjG35jhHs/wDpHx7CmM+GJZDfbZb+PbvyNrnd11npqcLHe1h/Ake2hRw/MlJX&#10;BbEDdbQ9xwruP9J82YQzJLEdD2KHgMdsVs4KBqRLfMm3x4SIpRLJG+qsDwMa/L9TC7CeFlYH2aGw&#10;8OEa0n2UcpVOPCudwO/ExPQzREtfW/j/AA4ymNtLxXW5R48ZJUY7nlHfThcs402ccRXQZT48ZKyj&#10;p5Cbx7bHueJIBowQ511y4n6vLdDWqbEX1140pFLw4R5V7iMrclWJ2a/VxIW6XIuAdhr3EdXZTkW7&#10;bTYd9OMLRhRqh6a9xI1WX3jfayn7uINGqjELr3E/NggPdT93GCmnUuV7jNWYERqg/LiYppYHYr3E&#10;5Ng7q277+MaaWJemvcbJsKjnjZm0IItxpaJFLUO17iYnwiznbxGpBFGSXga9xrqaFwLpfifuzVwR&#10;XuNhV00IPGFSKfivc4++TttygdKac0SK9zNI6ge7qfHi0uyKThJmvcisA/fmgqngK9yOyX0GvLVa&#10;Yr3OijWsw56KtNe5jK7WtyisBW5r3PFb9+JEkk1sGK9zju26g7Rx6DVtte5mirpk91HNuPia93YN&#10;e48wZnrKY3NmHH0qI20iVag17j5S53JtvX6ePh/ppMu0gV7iqpM30so923x14oD1Fv5cp4V7j9TY&#10;7TyWa4+/jocBpotkV7jumIwsN1+UKqRKRXuTo60sLjjiUg7TVIivckpUkHdflSINbCNVe5k+cANv&#10;DnjTGivc7jqIn1bU88DWyDXuSkqytghty01TTNe44JUTSybvDt25qKTrTGyvcsS9BdNEK3HqgMHk&#10;LRKwOtl92xHs5ImSp1tL61AD2Co/ztUKTP8AR+UU3Yg6onvG2h/LXlp+Gr5N0KaaXsfZ/DgrCpgU&#10;AVGkXUosi7lPw4rqQMqL5YUai1x7RoO/58ZKYNJwaTk0Kknexsb32/DiwpZ3kIje9tL2X2fG/HeF&#10;amkRiVCqlpuxH+TJfufotxZ0rFJAysLEn9R8eNxXimaDrFJGG4zJvA78Pp6W1H8sxeRRr5sQ/wCT&#10;WtyIt7gUttf4y/8AQVkH2Zty6+o7QGh6HvPwrSm/4VY4hLVZi6KUF7IKXMs1viz4cv7OGvSwW3IX&#10;AjCst61EZn3yFrW5yUi1jzdeNYudltp056vV7nHRtTpz1er3OPN1uvc9z1er3OS80a0a9ztjpzVa&#10;Fe5xGh5arV7nPzDzVer3OJI780acFZUUhS57e3mtn/woIxhinTTB4re4+KTm59vkr/zLwS5a2PEs&#10;9Q+NY9Zy2FZmtf8AwBkf+hH/AMa+hh/wj4wEU3o16lZok08/Oc9MdPCLCsNk/wConNbNvLk0IAI9&#10;nBdogzREgHaemtveO2thbmNC0bfC/LU5WTnr9256vV7nBihPjz1er3MiHQqp+o83Xq9zhr2I5qtG&#10;vc7vbXnq1XudGzfDnqtXucygUd+erVe5micIh5urRXucNSCRyorRAr3O1BC35utivclBxa3NUxGo&#10;417mYSAEMotYc1PTSZSdRr3PeYHQC/HCuK2U417nBQNRfldU0YV7nBiALg35U1qvcx+8deaivQDX&#10;uZtpIuOaitV7naSf4vDljWtte5zEoJ1HKhNe0Cvczx7ddOeWSNlJF4V7nKwZrDmgVJxmauE4V7nI&#10;Lb3RzRXr20wrCvczgqx04zWjXuS1JHbl0414Yba9zMGLaHl1xThr3OmsRYcTK2VUV7nWm7i7CMKv&#10;Xuchc8TKEVSvc7AU68bBr2Ne5kKrt5fbWgSK9zgBYcc0a8KdBmvc7IJc27e3jZTopo4V7nV9gv35&#10;rDZTifGYr3OaMTYjx5Y1tSdJivczqwXU8oBJimTPDbXucopS7FiOWVhhSlwBOAr3M27wPG6YAkY1&#10;7nlG4G+lubFVGFe5x2i1xpxw1avc5hDYXPGymrpMV7nIqQ1xrxsHTXgJNe5lULbibHaaeGFe5kXb&#10;b3hY8VFzCmlp117nIRq2oPLqE14GK9zJGtu3ERim1qg4V7niH32Uc0BToAFe5IEW3U348CThW8DX&#10;uZYCVUX0vqb89Br0V7mUPuJI7X789JreFe5IjO52ZTp4cUTApsivcyq4LbJDodb8qDNNkV7kwui2&#10;YH4ccAAr1e5zFn8eWmt17mWMLYlTcjla9XueNmXUEX5uvV7mRYhbatzyydlar3MoUAWNwR7eN7a9&#10;XuZIyNhB7+HLRW69zklxqTyter3Jahv3jfm69XuZBKUugAt+vbmq0cK9zmje5uW9/Ye/N06mvcyW&#10;IAIF93cc9Thr3JemwAan2HmqsK9zKvusdL8ptpsdde5niP6RSBtt3ueXitqOEV7k1XS1r37/ANnG&#10;4ovgpr3Mdj/j8f1PLxT2qvc//9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zVYwPHf85Xqczn1G3b4&#10;qmtxKoibvZZqkiEA+wRaD6OfS19Fu73eZ2p9QwtbMiehxxSED2p7yvi+7aM8/nN9dXIMh+6dWP8A&#10;E1KKR6DSKUvqKq/5J0qwzL6Gz1E0CsPascZZv+T9vDFc+nCsE6Ilz3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcAv1B49/KshnDozaTEJUi+Oxf0jn6NAD9POZP&#10;1X70fyPdc2aDC7x1DXX3aP2rh8vAlB6lxUpboWn5i71nYgE+pwHxJ9KML6acu/zjqKuKSrePDYZJ&#10;rntvb9Gg+n3iR9HNhj8PDJ0fRn0hZTwZ18muxWnfF6u4szPWsZo7g9mWAxof+I85cbk5N+SyxoR4&#10;lDWfNeI9iYHpWF3aFmf83zZ9UylB7tPkjwn2q1H1o+NZRfN1TSyDTsPq4c9uqECsYqgAN4g2uDyV&#10;/wAv3eOoCoU/KiKwjBmVtyDTw51DnqnlnQwn3r3UXBufZtvr93HQAnGZplVrArmMNY/aHMkmdWvs&#10;icWvZiLKR8baHiohCsRgeikHcSMK5rhkZP6UaciVGaqxv0scoNvdTf8AaJHbQ8bmDFUDBUazrQ0i&#10;CwsD7fZzqDMdY8hAkKIpHsvuPLFAq67euZgiUeEn0rf9nH2XM+IIR8xO0gX7IHvjTXwvbhc6ylQx&#10;rSGQj7Rj51BNDHKSZAtj4KAOeGIYLi0QixihiqCWPvMik2twnGXMvYFI8+NLxfP2p8KyB0ThWA4R&#10;Ar76Z3R7e08SeM9EOkGbYnkjHysrWveM7Aba62twF327bCwdJxqQrHe95gftPEPM00T1Ga6CUvAB&#10;Og/dLAH6rnXgAZt9CmKVMbVWXJIKpSCQiuvj205GF3uo8kDuxhUvWO/ds5AWrSek7B516HPlJDKI&#10;sYp5KV+2qG33gHhQc7emDqDlUytV4dKVQn3vL0+rkZ3OWPWivEKle0zu2uMEqSqeg0q6TGsOxBN1&#10;LUIwPYK3vfdwv+JZOxbD0khrqaRSD+8h/o4GQ1QxQ8leynkduIqbB1uTGFRvuP3cYUIMUuDsYGvc&#10;gyYfIguT5hHgPDjRTFLdQGyvcaamjYg7lsT4DQ8YKZpzVPVXuJyqweIG8iXB8St+JUt40oT517jB&#10;VZao6hCVUC+nbjS2aWJdVXuJKryl3ZBccLyjGKXpuRsNe4lavLDgkNEO3fjKmopcHuivcY6rKwWE&#10;SRAAdiBxOpFKkvV7iMrMvtGxsvfjLiKMEv17idlwRgSu230cSxS4Oca9xsOHzQkqyBx9AvxhTdLE&#10;v17jRUUO5CNm25724iWyTiKXofwr3GOTCwvuH7+Iy0aVpcjbXuN0+GvG4KHlNKtlXLoNe53LhtRE&#10;rMB2F+NFZa21ZI1V7ie8+VTZuPJe1UrLde5lWcNx/vQMDTeivczAh+3N6hTZEV7mMrfS3PA1qYr3&#10;OHkg99OKAaeC69zDItvd5XvKsDXuY1BTvoOb1DbV69zI3ui8bd/jzQWFbK8ADtr3JFPVVKdnI+vj&#10;hUYwplSAa9x2pMy4hTGxYsPp5tLoG2kxt0mvcUlPnNTYzFlPtF+Kw+KQqtK9xS02aoZlsJAfiTrx&#10;QFzSJduW8a9x+gxtgg2kMOWmaR91G2vcdIsYR1s9uaNaKIr3HCLEaci5PKg0wUV7k6nrEZ7q2nFN&#10;VKa9y0X8PoM2GY95QUb6iKx0DlhsN2fxA8Bf4ck3JY7gx/TJ91RPvAPGn/FPzpqxJLx7n8BJ/wAq&#10;nlqcXzMbK0qXJI0Yi5Otrg+B8fq4fDwCDQBNIOZoJl3b9th2+j+/igpjKIiaqGx7qPdI+1bX4X7f&#10;DlSsK2UxSdqIkMojSW1w17HXVSfdHt4sMLlWonWHb9oWFrqo9umgPHEVUmBSFx2NKallnSQoIyCS&#10;T7x79xxeUeHBD5SFWA3Em/bjylBNNJcoLMYxRnh89/dZQlh7e3D3+lyG2XMTkH2mqVH/ACCv9vIb&#10;3v8A7mz5uf6CskuzFWp258mf/etaTf8AwqlrSeovSClJ/wAlhmNt/wAhy0f/ADTw0ZFtPo5ClZY7&#10;K1NWNzf4D+HOuer1cee56vV7nuer1e57nq9Xue56vV7nuer1e52Bc81Xq9zkVHPVWa9zhzdWr3Og&#10;L35QmtTGPO2pKXMO3/W/YTzVw/H+xNl6pdP8IY+5HhlXNb4vOy/8y8FOXJJSo8JFY8Zk6FXbx/o6&#10;E+yVf6KvpCf8JF8Lhpvw2s2YibbqzqDi1/iFwbBl5r6e7Yk6EHTgqJJV1UWkEH3+2tqEWNyOdFyg&#10;2ONwOvL16uXMdlvuiBB9h56vV7nhe+vNV6vc5KdrlvhzdaFe5yD3Fzz1br3O73056tV7nduarcV7&#10;nWxh9nXm69Xuchf97vzVbr3PWbuO3jzYr1e5lsx1TtzVeBjbXuZ0Yr9ocZJpIsk7K9zJJNGPd5Un&#10;UaYAM17mCxP2e3FBTRnAG2vc698NpzwFeJnZXudKWPftzdVr3M6aDTnjXq9zsm/2tOer1e5kAjsu&#10;w3N+er1e5zKFjuYW142VRTSlRXuZwQhN/ZzxUDtpPOqvc5RlSeMGeFa0K4V7mfZb3uVrQw217nNE&#10;J7i3N1WvckBQosDx1G2vDxGK9zmvi3s42rbVz0V7nPbbX28rE1qvc9tHHAdNemvc5D7B5pXiNer3&#10;OA2fvHninGnuFe5kJA+zryuymzXue+1oeOJVFamK9zmDblVKmrRNe57ZflYnGtgRjXuc/LVRe/fl&#10;wZqhVONe5yKAJpyuwzVE7Zr3OADAe7342rEzT5xxr3OYJ0v35sVWvczqHblqYJr3Mt2+xbnqbBr3&#10;ON2ZuUMilQxr3Mqe7q3KkhVOARXuZLoPhbTlXBFXr3Ogocbie3GwnVTZNe5lGhC+0cVDZTC9te5I&#10;QWAHC+MauU4zXuSF011H0cVBE9FUUa9zKCCNxJ+vltOnGBVAqvcyKqtzeqnNde5lsFXbbl63XuZI&#10;4QwsygjldJp6cK9ztVa+2wsNNOXw4U1M17mVwEYHvzVar3M1nZgBoDz1er3JBXtbS3588a9XuZAd&#10;+vPVuvcyRyWN+eqle5IAudw56vV7nMA31HPVavcy2Tyx9PPV6vc5Dlq8K9zPZdlzytWIr3MiWI05&#10;urpFe5mAPcac9Thr3JAMe5d4vz1bFe5ziCBLMdeUpEsGa9zlZ9XPgLD4jlqUgV7ktI3RSgFwLWPN&#10;17Aba9z22T2c1WpFe5//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcC7rfm45B6N5qzqrbHwvCcQqYzf/dI4&#10;HaMD4l7AfHhzlzH5q4bb/pLSPQkT7qjXfPNf5HlF3eAwWrd1Y/xkoUUjzKoApzwWk+exeloyLiWW&#10;NT9BYX/Lmst6ZcN8rBcTxgj/AC00cIP/AC7Tcf8Alfn2GfRhk3c5bf5gR/dX22QeplBWY/1cT5dV&#10;fEZvu/qdbb6ElX+mMf6Gkx6scV83H8JwQH/IU8k5H/L19o/6R8M7ztLUH0Uvnuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4XrGsrP1t9SeT+isLsIayto6Wdl1M&#10;aVEqtUyW/wCO6cb/AKufOt9VGcnefem0yRB8NuhIV/euXBC1n0ZS0fbU55Q+Miyt+/VtCVKHXoBC&#10;R6rkUff0xYA2FZErMyMv6XEJm2H2pCCi/wDJ5fm5TLkzJVTQRRZZeOOKJVjjiX3diqNqKBqLC33c&#10;NxDaQE4JAgDqrkmp5ayVKxJMk9JNDBS4nilK/k10e5b/AGz/AGcCvGMiCKRn3fcP2/ny+gPDBNGL&#10;Vyo4D1pTQVqy22m6HseIKqwqanl3lXUd9fuuCPbxhxjQJiKNUupWKcNyge7ryRCymVfNbaPC1jr+&#10;XC0LrykhQwrGydieObS0XmAFgQSBZx3PwIOnLhdF6pGFc1QEXPJKVECxCXzB3tfdqfh24qC6TEGu&#10;LLt7duOa4jRe69ypUkadvjp34jKsaRqk1xAtyTJjCCJjHGzontFr/RbjZVFMd1qNe5jgzBUmMyqr&#10;DT3VA0+v28TKcmnSxMV0Y0f7XJdBn3FaWe0EjIV1902H13vzRuIEETVl5eF7ceqsE1DSSraYAj2k&#10;A8EXDersk9J8vi0MdYh0YSru7d/eFrfd/RxI4WXBigUlatnrZUtnT5UksTyFhOIkvGzQk/vKbfw5&#10;3ieW+h2fqRlxnC/lZGNt0ZBGv0jkf3WQWT4gSk9WyhcxvNfWRxUFUxLlrPGA/wDJCr/Pj8UnW/5g&#10;34X3NvoTyDmfdVZGxFFd7kRuBcfWDyPXtyyQSgzUvZf2hhMC4SfMD9akf15zHgshjzRh1ol7zQMW&#10;vfx2EaW+nhROoPoR6oZXUz4fCZ1BJuq3FhyLr3d+7s/uQeqKnPL96ba8+1YAw24VOwvqrkfFKk0k&#10;Ndsk092SykHhQ8z9K875Wd6bEKRwVJOqHt4cBZQpGCxB6KkpFyh37TI6qEOKaGZFkgfeG7MDccDK&#10;oinpiFroG09ht/Eca1JG2ne9SrCfbh78ayMyD7RvxPz0fm3kozuA110/LidxOGFLkrmsvGRxLCSt&#10;Sh2+22nCkAinDXuQKgUc4sSAeHCQF7auhRFe4xVGDwvdkI4gcYAM0qDxOFe40V2AKYd8ke4n2ca7&#10;sUZofivcR9VlhSCyDXiJTdLEO17iXqMturFmHE4bozS8DhXuJitwdTpYj6uIC2ZpUHK9xlqcFVFD&#10;XJ+rntE0uS5XuMc+DKx90EnwHKONgUo7yK9xvbDKqmRtx3A+HERRNPodr3E3V4Srm5Un9nEqmqME&#10;vRXuNcmCsvvx6gcQqbNLQ+DXuNs1DUQaW78pKgIpwKBr3IkrSIRuGnNoWThSkICq9zEtR71jxYlQ&#10;TXu6Fe5m+Z+HLhQpP3Ve5zuHXcdObJmqYpwr3OBWP93w5uYrYNe5x3H7PLzhW69zoLt1PK1uvc7H&#10;u81VZr3OQLL7y+PHAqtmvcmU1dUofdcjj2simi2FV7jpHmLFIWspDD48d7w02WRXuO9PmmoUWnQ6&#10;97G3HA/FJCwCa9xX4bmmjLqI5O5ud3h9fHw5O3DzovdtinZNe5dX+HZRviOUcUqqLypYDPvkk3EM&#10;HCKFS3Y+B8NOTLk6A3bT1z7cKx/3idDLoSoKED2gmZHlPupO4rURxIqltxJcKLeNj3+jlqreaGVI&#10;ew0bcNbD7P8AE8NXETgKAQJjGg9SSKXfONN3s+Pc2+rjum5SxYhd2wgtqPsgkW5tLUCaskRTNVSe&#10;aUujMVR2AXxKuQuv0AcVeEkySRxsAqliQLfujxv8b8unwmtq2UhsehIp5WWQE2Fie5v3X6rcEDDq&#10;dPm9ymyyMVFvh7p+rlJ1Gk7jspigaxktFQyJUje0Ue8k+JJ0Glvet24fj0ywSLkuqlYC0lS3b4KO&#10;RDvipOllsbU6z/ptH4VlB2YtwLhfWgezWfnWit/wp8zB/MPVpkrLpJPyOWUl2t2HnVMg7f8AQvhj&#10;xawtyEBsrKMVrLyAK5At9XO+brdY+dN25utivcx8tVq9z3PV6vc9z1er3OwL81Xq9zxFuerVe54d&#10;+erde5k5WqV7mNVW5UG26/388DTidtZgQVV1juysADfTXxPNST8evMNTXeq3LGXp0tDQZXp5Qfa0&#10;tfXKfyQcF2WmWj/jH4CsYXEzd3JPF8D2NNH519QD/hLpkjCsofhUYTimGyGV8w5hxjE57j7Mvl01&#10;IVHw206n6+UfFUlN91jwSJ2U2gyJPka2Kue2yr9lgeOU/XuYGk2GwHvc9Xq9zwKSd9Dxua9XueUF&#10;dG15YY1uvcyEEgW5aq17nWw+PPV6vc5iMc9Vq9zOXHhz1ar3OG8nTnq1XudgAm3KGt17mRG2gr8e&#10;eIkV6vclXBXXlRhRekaDXuYnEXHKMK9zEAfDtzder3O3LW56vV7nauW97nq9XuZgwI56vV7ntw56&#10;KtFe5zH2hz1Ur3OaN7eMqFeUNQivck3BXicpmkOzCvc5lmWO4HLjCvJONe5lhcv35s044gKr3JIf&#10;bytNJQK9zlvvrzUVoiDXueWQX5YCnimca9yQNWHN7aZiRNe55VF+WCasBXudX54J0jCtV7nE3Nz7&#10;OUT005rwivc5puI3cdKtQiqV7nK7rr34lGGFeOFe5juJH2eA4oT4KfKdIr3MhubD2cYpLXuZN4UA&#10;nx44BTumvcyblt8eVNJymvcygkJc8vSlBivc5RrcX5qaZVjXuZlXmjTcmvc5+Vcbozz1eivc8iPb&#10;3e3LU6kxhXuctpTU68bKQDSjZXudqrD3D9PLqGqqFWFe57ZZTykaaZCdVe5nRL+83hzwGoTVK9yR&#10;Grt7x7cY141qvc5oFsbEjtx7TqpyJr3ObPtAvcjntEVsCDXuZUU95O3hxlAxp2vcyKhZQCe3FFUr&#10;3Myg3U/Hm69XuZFt4m2p5qtV7mdNtxce3XmxXjXuSNrfv/VyhFar3OTITbl63XuZQhGnPTXq9zmC&#10;yrtHPVuvcyqp23HNV6vc52YLc83Xq9zMrm45qvV7mRNDtPc6c3XuuvclqP02t7d/hzVO6tVe5lQo&#10;oHbue37ebrwNe5mDqQQOaq817mVQEFxzdbr3MhO1Qg56vV7mdNqgB+3hz1aivckhWYC36jidYmk6&#10;xXuZvKX6v2f381TEV7n/0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcId+JRm3+qvpHzBTxtslxeahoIz/wAT&#10;qElkH1xRuOSVukx318g/0QpXuge8isI/qHzX+Wbq3CQYLymmh6uBSh6oQoUuOnVL81muBiLiIO5+&#10;pSB+ZHKdehmG/wAu6bUTMLNUtLM3/BOQv/JoHPuF+mTJ/wCU7nWqiIU+p15X+c4pKT6toQa+PHel&#10;7vr1f97CfYAT7yaLX6hMU/mfVTEEU3SlWGBf+BjDMP8AkIngvcz7qPKBPnuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nFmVFLubAC5J8Bxpaw2kqUYAEknYANpNbAnAVy&#10;RGkcRoCWYgADxJ4pPwr8mnqZ6rcf6yVsfmU+XKSeWElb7Z60mmgUg+ymE3xuBz5S8jzE79703udr&#10;xSVuLRPALUUNJ/zWgR6ULO1K8GTZO1Yja6pIPWG4Uo/6fT7atlytgK5Wyfh2XIwL00EaPbsXAvIf&#10;rck82JKqR6hrQLsJb3WJ/gH/AGfx5liu31YiudqVBW2n5dxXYwAHsAtzG+LY/hpdqWRmjcWBk98f&#10;QA97HiQlxr7TSkpQvBInywiuIgh9lh8ONrZqmeMpjFIzjQ3T3u+ltvYcZW+ophWNOJsgcQR5Y1z8&#10;m3+SOn08jwtk3Ey0JcQVKmzBhsOva3YHXiNBQU9deU241iASPT8Zrt/PA7/w414plLFIiThrJOig&#10;fZIDG/ibaacTQBxp5l4KwUK5rURgWk78wPhGOxQB54WU6gk3/IjvxEpwoNKNIJr3zFLJ7quAfjx7&#10;oKCuRUlcH/VOoIB4kVdCmVtzwiuBqUGg8OerhVqg27nCfbsdD9I+HE35knjVW2B5135/JlHHTyQq&#10;NyFiBpu7E9xY68ul2vKRBrHJKSNOTjQ4T5f6Qx6EA6G9/ptyinNVVUJ21i3sdAL/AE8dI0wNadpS&#10;QWBNrew9uFLpJraUzsrC3n9ifq8Pu5KOJYZh9Is72KEDsxtf6BryrK9Ig0ypkK2CuljrGFrn6+dQ&#10;50pqR1ho/d3G429xfXU8XoKo/ZmDSBdprOI92Fd/JSOtpfeB8GNx9x4sqXq3mHDn2NUt5QHZpDY/&#10;SL2P18aKyNpJPGTNNfkiPtkUmsTyDlXFnDYpRQMwvtYwozC9r7Wtdfq46VWcMjZspTFmvD6apEgH&#10;veWqP9RsL8D1xltvdGVoE9MQfdRlbXV3ZHwLJA4GVD2GaTs2Q6jC5P8AjNV9RTewbiyD4bHOy31f&#10;RwEc4+nj09Z0YPhRWgmcfvRG1zf95QeAS93Sbexbw9alK034u2houEkgdED3YU+UUuesMj2VEUVa&#10;o/eVgrH6msvC15+/D3qZKVsUyVUx1Yt9mN13H6Nb8BF1uk5bJ8J1Hqx+FSll2/zD69C/D54VKhz9&#10;RxLbG6eahPizRsyD/g0BX8+E6zj6YuquUQUxTC5polvf3SWH39xyMX7F63wWk+ypsYzVl/FKgfWl&#10;FheY8Dxj/km1sU/wVhf7uF/xbIU9ESaujeIgm5MbD+I4WrbSkgqNG6boKNPW5yxAHEHW4Ay600i/&#10;RYg/w4hWNRw2edGyXJwNcty7tt9eMkxrqZT5in3dNb6/RxvTFKUIBrlzEflKhfeXa9+x05pRpSma&#10;9yDJhauP0YVmPhccrAFOBemvcYqrAYJroAAfHTiRSeilSXzXuJitysqElB39nEhbml6H5r3ExWZZ&#10;qojuCEn6uMqb6aWB6vcTlTg8sTmRgQfC44nMUpDg4V7jDUYVvf8ASDb9A5QiaUd7Ne40VOCowLQ2&#10;YH6j93E2iDTyVxXuM1RhDot2iJHt5sp1baMQ5017jBUYKsh95dPh4cQFkCl6XuivcZqjAiHtF+fE&#10;ameilIejbXuNs2GNHH3u3s4kLZFGAuBXuNr0tUh3EWHNhRTSgELxr3MDSmNe9zx4OdNb0A17mRKh&#10;Snvd+KA4KaLcV7mYOCnvnXm9dMFNe5mBjbvx0TTBBr3Od4wLActWsa9ziWHcDjsxW4r3PRly+nuj&#10;xPw+rmys84U4BXRB0sbcXGRsh506k5jp8qZHw+XEa6pdUREWwBPYu72VB43JH3cVsWzl4vu0Az5b&#10;OiZ2eZw6aLrm4aswVvK0pAJ4k4DGAJJjoANYpJFRGd2ChASfh9PLk+h/4cGRMNpI6rrPPU4xiD7b&#10;0dLLJDTQf6skgKM5P+ruHx5JdtkCEJ/bKVP95EepMe6agzMN53FqhhIQngSASr4geRg9VNNfX1KC&#10;9OY1S17sfeP/ABHwP18sJ6XZEh6aiqytlzLdLlvLtHM1Ph4gbdNVSPGJZaqZ7mVirsyqz+CgKbW5&#10;ILdslhsJH24Hr0/xeszFR1cXSrohallaiQVA8AFQUgbACBsGBnrpH07xET0stbNU1cgM7sQQFB92&#10;NE2/ogV0UgG5tci5PDGo3+jRinAKu1y4PiBpe2pOvGiQgxQeSgM+HopqqWWpn85nW+3btWwA+GnH&#10;akRhFI0mpVS3gdfAi/8ADi9R8OFKSqYimKdj8xHGNyDcouCRcbrkXHFdhDGVPNlR7G20ljaw8O/b&#10;iACdtOOYbKQGPpLuZYGtYNqFBINxci/jxd4fIJI2lTQgbUC3GjHUj4a8p9uykRoMcchP6OCdd8Fw&#10;8jSWJLoLKTfXSw5YR6bYGg6chh3adz+Q5j3vT/xSB/ej4mswuzZAFo6rip0z6JEfE18/3/hTHiAr&#10;fxCaSjJuIMr4WqA+C/NVh4YRdQORwayFNa77qquVXQDnTEjnq8K4c43J05urV7nYt489Wq9zkVHh&#10;z1emvc4dubrde54Ejtz1er3ORNxzVar3OHN1uvc73Hmq1Fe53c+IsBrfjZwradtZ4bl2BJ1W3f2W&#10;PNPT8dKpjrPWvhsKSX8nKuHhh7D8/iB/bwZ5YP2f+cfgKxpe/wCKHzwNwfZ3LNfVP/4TcYZNh34R&#10;3TppkCfMTYtKtlAuDWOlzbvqp5TOzEny3Ha3hwQjjTScJ6zV7XOOzXcuh45W69zmd0obahbaPAc9&#10;NamK9yOzQOoJNiONQK3XuZQDa6m45cV6vc5hiBrry1er3PBlIJJ56vV7mRQDcKfo5qvV7nbAntzd&#10;er3O190WIvz1er3OAYqS3NEV6vczM623ePN16vcyrMLWPKkTVCkKr3Om1HLVevc4bXHPV6vc5qxt&#10;ZuarcV7nJSqjb4c8Ma9XuZEFxu/Lnq1XuZlVCNe/KSaZ1EHGvc8RbUc2DT8g17nQv2XvzZreyvcl&#10;JcD3+VTSIjGa9yV5g8srxsjHCk8Gvcxgnw56OmngOmvczbwe45TbWkInZXucveEZIGnN7KsUlCsa&#10;9zip9/TTl6MdI017kssQLjXlSYop16QQK9zu9he9uOpVNKQNQwr3OQYHjSTppqIr3MylbEe3jxTN&#10;UKRXud2BIVew4m0lFVE17ne02NueInGvGvcxLGEax5smdtKCvUINe53cqbnx5Wma9zsFXFmX6OOU&#10;qgxwr3MiGwtzRrwA417mQE9uVJA20yoV7kmMgDvb4cZ1DhTeyvcybx4csJNOBRNe5zQjue/HUia3&#10;Fe5kaUqLN25tKuFNlMY17ncavt32vflIk1Qkmvczg3a578egjGqV7nIIraHiBTsnGrhUV7nNo9A5&#10;7Hjjajsqoxr3JKoVIF/EafDjKm4OFaIxr3OTouw2Fjy6SeNOJr3OG+9k8bcUCt17mdV3aHmgIrde&#10;5ludoXw8Obr1e5lRS1mUag83WhXuSCJGPugWHNVavcyKLd/y54TVa9zMpI7fnzder3MgJ8Oerde5&#10;kG7cCe3NV6vczKbanUeznq9XuZUUNr4c9VFYV7mXYOym9+erwNe52FP2gTroNOemrV7nMLdgx7jm&#10;6v1V7mcsSoB+gcrTQTpwr3OY9yOw1KkafTzdOJFe5IiOtiNrA6/RzdOivc5oDvJJNvDTlqtNe5nU&#10;7zYduVq1e5MjX4ePfmjVSSK9zNssAxPjzQxpOFa69zJvPe/x56K1Fe5//9Mv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3KcPxh82GkyBk3Iyt/vfiFXXMo/wClSFYVJ/8AGg2/s5PW4bGp1xzoSE/6Yz/oa5J/Vlmn&#10;dWNlZA/3R1x0j/akBA/5WNC70kpd1fWVpH2I0T/kI3/5l4VLKuG/yfLOH4Vaxp6aGM/SqAH8+ff9&#10;uPk/9n8ls7GILNsy2f8AGS2kKPmVST118ql+9+YfW5/SUo+0mq/c4Yp/O82YnjANxU1U8g/4izkr&#10;9w4/8lKimk5z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wO+q+Of1&#10;f6f4lWqbSSRGFPbulPl3HxAJP1cxJ7dd5v7KbqX1ykwtbRZR06nyGpHWlKlL/wA2hhkFr+bu208A&#10;dR8k4++I9aE7o3l/+svUnCqF13RxyieT2bYR5lj8CQB9fLVPwlOkVRlj0wvnySIrUZrxOoqA5Ui9&#10;LS3pIlvfsJVlYfA84Rdk9im0y4un7nVk/wCanwj3hR9agXthzT85mgtxiGUAf5y/Gf8AeSkelWdS&#10;VELVBj3C6dxfX29uWYvJNTbhIpGy+1l17e0H2/TzLCQE+H21iwlM1xMkch2jRvj2+/jdLjVJOJY5&#10;ludvZe417lT2+/hSFJjGlSUlsyK5JCwOvEvDilXC/lQFJLG6q4sfrIP7OF6kg9dGn34zFZDGfb+X&#10;IGKSQ4rTx1VTS2QMQdpswvrcn6uFSreMSMKM231JESD6V2qEHU343wU+JxETZbxGWNUDEI1mtbws&#10;RrwgfZnZhShK0L2ifd+NdOsVrMt78XtN1AzpgkCritJDVwNr5sdw3Y9w24Hv4W4mV4E+Ki0sMrMB&#10;Sgej9abXwqJpRMhK/DnGmzthOZ0khE5pZUUgKwAF/ZfhUpsPGEnbS1NuWMTMe2s3kmEXtu42Yplj&#10;M8MZmopDVKTuADdx7QAOFa2lM4GlaLlBOOHurklXT7/KkBVvy+/iJmxTH6Ct8ueFori501W/8bcq&#10;lZNLVobOIIqaqoRc/wAeZKzGaxHQe8SRqbaX8P28fCikya8lhBrwVSQUFx9PJlDiNfVstOA3vEgW&#10;Nu40+7lyrXTC2kjZhXbxAKW5OmqqhGLLKCtgCe/jrpzayAaTJamsSll8OPEVJSyRGqaQx2sCCLXP&#10;tBueWLkbMKTKRjtri0rg2C87NZhkHvSSXtcWvqfo8OMnxVXSeFcdzv4Wt+vs5yfE8ISmV2clo73H&#10;jodfo5vQaoQQYrIu++v58l0ObMJpowkELM51DMdOKdOqkK2+I9+NYnpgx3A2PHKn6rVlBMHjQrt0&#10;0Yj6/Z+XHSkL2+6k6rHvTJGNcJ8Jp6mL5ecB4z3DC/FQet1bUU3kVkcdR4Heoa49l9Oe/l7L4hQm&#10;rtMO2yiptZB6JwpMzdP8sMxaODy38GRipH3cw1uE9GM9UJGN4N8rUyjV4jdbnudrD9vAW9uu09MQ&#10;PfQts95swslQuFDzj8agHL+b8OqFbCcTEkC945o7n4BWUjT6QeF9zP6IunmbC8uU8UEUhOiyIFFz&#10;fTvyMbrdEpOBjrIwqUbTtAQlX7QaT0lUj2QPjTi+Ycbw4b8RoWlUaFoRc/TY+HCpZ79BvVjKokmo&#10;oPnI7m1l3XHgQRyOL7d+4sTKgSOkCamKy3rtb4TOPUcKlUOeMu158qKoVJe2xztN/Zwp+Zej2bcA&#10;lenxrDZI9upO0i3w4FHGij+E1IrF6l4SkilTFPHKgZCD/wARN+BdVZOlpWGx2jb/AAsLH7+Fqm1B&#10;OqKP0vp2H41kLWW5B+gcYarB66E7nZW8NP28TCloUnZXAy6XQbtbG3hyHJTy0yBamI6nv3HKKSTs&#10;pvaYFZL8jFKN2AdbkeziXSQcdlXTJrvjXPh0FWmyTaw72A15VQHClIWUV7iZqstUJViAwt4EcbSi&#10;lCHYr3EtVZPBXfAdD480pNLhcCa9xgqMBq6clXUyL4aacZUmaMdc17jfPh9LMAJafaR4qbfx4nKc&#10;KuFkbK9xhqcCgZzJCTa17Ff7eMaYpQHo4V7jFVYKpkLSpf6ON6QqlqXJr3GSqwVALqfqI4wWQKVB&#10;0ivcZKjAdBcbr+wcTKbnZSsPmvcZajBmQ6DtxGWjS5D5r3INVQSd0U8aKSKVhYNe5BWKeP7QPL6i&#10;K2SCYr3OSzNv28cCq2URXuZi7rYuLAmw44F1QI1T1CuDsyg7Rc+HFx06yLmfqrnfDunuS6V63EsU&#10;mEMEaAk37sxt2VVBJPsHF7DarlQbQJKsAONF948jLmlPOkBKRJ56TsFNmK4hTUFG9TWN5aRqXZr9&#10;gv8ASebRnpU9ImS/TLkk0cSx4tmE7jila491pLn9HTAG4jj0W5JLEFtAdondjLvyCQ2cVbVEHaRj&#10;E9UR1kEYViTmecnNnA6qUpI8CdsJOHiP9I7dmE0GtTmCtxggteninCvER9rbtDjep8SPD2ePDGy0&#10;1JFTk0oZXv2uD+zisvKXhRO2dP61OhaVJyXsQV+2VN/u3W5wZpUzFIrMJBBTxGNLH3WZAbG51JJu&#10;fu4aQoiCeii0vFSjsGNdU6ipwUSIGDl5l3HS/vMFOns04/xrI8SSBSoa1jcD23tpb+PNrAIilAOr&#10;AmTTMWgU3lIDKLG3YDw5Pgd9wVkC3IuzNa9hci3ifu+jmk+AbZqo8BqFUAzaxtvbuqqvf4k304vs&#10;PcMPJC2J2ntoO9wNebRiDTZxoNcYjqYZ3mLe4SwH12/oPF9S0VvJL3hjVBe1j2H0cZVhSFTuMUDu&#10;IVyiOoSICaVpyovewube3lhHp5han6cU5c3DSOR9dhzHzepJF0J4oT8VVmX2aL12K1f8GUPYlH41&#10;8/z/AIUlVdPUfiROsY1gy5hcTC/7wnqyf48HIEKLHkbkVkQa1+G1Yn2m/wB+vOmIPbnq1XXOgbG/&#10;N1uvc8Tfmq9XucxYc9W4r3OLG5vzder3Ogbc1Wq9zrm69Xue56vV7nuer1e5zYhUU+36/HjW2qkx&#10;jz0VLp1Rn3IblVJIt7B25pWfjMYt/MfXljcL3/0DCcNpwf8Ag55e3/B8HeXI0tjrJPwFYxIX32pf&#10;9J1Z9gSn/Q19aP8AANwsYV+Eb0ZgtZnw7EJG+JbFaw/wtyq1pFZtPbw5TjNXAirguYJHKsNdOXq1&#10;e5yhrpEkPlmwPGqopOqvcwMQ1yuuvfnoqwr3OaO1rjty4wr1e5lE9vdI78sK9XuZCEt8Tz1br3Ow&#10;BdSDbbz016vcyncv2ubr1e50shV9y+PPV6vcyaHv489Xq9zzBSbc9Xq9zoKo7c3Wq9zsI9zre3NV&#10;uvc7VpBz1er3MhlUj3hr9PKmrjZXuZLRNbaeeFJRtr3ORNjuB15an9te5yVrm/KExVXDhFe5z3X0&#10;5sCm0CK9ztWK9ubONKCZr3O97lrntykRTGmvczRkv8Oe1RXlnRXuSksOUJCqSEzXuZ7FRfjQrYUU&#10;7K9zou2q+3mzTpOsV7nIa8qpVNrcMACvcyruC2XU83E15sDjXucZASPe5bVpp5JCTXuclBBs3h7O&#10;eJmtFeqvc5hgBygmmNhr3PCY7xYcfgml5a1CRXuZfMZe/LiKY7npONe5JLBrG3Ea9tIpg17nZC+O&#10;vPTVwa9znfcAPDjoqhUTXucwiEc0TFOCRXucwlvs8ZV4quVTXucxDfW/LgYU3Ne5y2kMFt9+nNzF&#10;WBivc7GhsfE8ulWmntte5ksrEA+3vxETCpq8V7nK97+9YDtxUMaTqFe5JAfaDcEfRzRWUGDTONe5&#10;zW/Ej7elYHTWtle5zLG5BGg460JrYNe5m3re/iRbiycKcr3MyNukAOo2n9nEpM16vc8qhh5na+lu&#10;O1QDGvczhdug15una9ztVuRfsDfnq9XuclADWW9ueqte5mCgAAE/Hm6fivc5Bdfdv9/PU2cK9yQj&#10;390fnzcTVZr3JCDmiIrU17mdQStvHlatXudFragW5avV7klGst/bypFaia9zkWtdU01tzQFM6YNe&#10;5yKe8FBNiAfovy1PjGvckoNNe/h8eepxOFe5ITbv2PoebmlGFe5kjUAiQa9+aJpkkCvczKhdw7n6&#10;+UJpoqr3Mqwgi5JG02+nmxjWgqa9zJGpANvDljTylaa9zNFGd9g2pN+NzSTUSa9zKfMePbJoLnXl&#10;hSkCdle53dLfV7fz5anYr3P/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc19fxSca/rZ6ocq5AiO6Khw+kDj&#10;2SVdVIX0/wCXSoeZ89iGRfzy/tbUifzF2y2f8UrQknyAKp6q+fT6t86nNm2QcGLTV5LWpZP+8pRQ&#10;vZYqv5B03xnMN7NHHUSKf+XcV1/5O42c+9Gvndqtnnuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e4WD1HYlU1aYTk7D1Ms1VKZfLXVmP+TiUDx3Mxt8RziJ9Ze8Z&#10;Tb2OTNmS4tdwsDbCB3bXmFFbnqkVOe5bASXLhWASNM+9XsAHto3/AKUMv76/Fc0yrpEiU0Z+LnzJ&#10;PrAVfv5t19CcAh6PdE8u9JoAojwHDaSiluNyO8caiWW4vYySbmPa9zzHjKrD+XWrTAw0ISknpIGJ&#10;9TJrl/neYHN7x26P+uLUryBOA9BA9KNJWUENXUGoZV3E3utw31nTi9ZaSqTfXUyCnY3SSE+7bxuu&#10;l7eOnBY26pOJ2dFB3UAYrJvqof0cVyP8Lan7+IyuwPBKmc03mRGW5sGAQlbi1lIBFvo4rNzjMYUq&#10;krA6Kc4quWONd62PsGtvu4nKvKFWrmRlZvLuQy+8G9l7XsANOO/mUKGOBpX3obwAmpSVsb9zr8eJ&#10;WPDqiAmWGUFTcEFtpI7nvbxA7cRkcdU9VXCyvhWfzR3IP3HmKKfDEqEjxGnETpYgyjRhfwkFyfrP&#10;08qUA04VKjb7MY9lc2VmXcBpyBWyLFMY8PqJIQLbu7Ib9h7t7A8KHWEg8R1nFNG7Lio8cH2A++ux&#10;2HITZXxKQnEqYxzyn37WuCAO1iLDhStkpVqA9RS1F2hRjEeX6Vy81exHbjRDXYnl+bzo5KnDptdp&#10;jZvLJ8LgHb9/CFwjaqZ91GYQHhgQsdB2+/GK4SIswsLEfHtxU0XUrMyKJMapYcThQAtIgRW0A/dF&#10;tb+3jh1lI2R76Lvy6CrSmEnoIPxiPfTecHjLF0dg3sBNgfgOLSgzV0zzFFaoWbD5n7fMR2QHx95L&#10;rzYaSsQPfj7KLXGnWz/SA2hOJ91Q6iLGYPeS8oHaxH8CeQcTyNidXG39VqqGrGwshh2v9A+m3Cpx&#10;KkGAKfauEbCFA9HH2HGpEeLRxQ3xNvJ9pcED7+3AXxfK3U6k3PPE4FwLFgva/gSDr+ziUqI27euh&#10;C261G2nGCsoagXgkVh8DxOLRZgkm83GK3yo1GoZ2Gv1a2+nlhsxpYAkjATUnzFUdj9x5ISqSArRw&#10;1BnuC929o8Lva41044hYGyk3dauEVy3i1+ZlxqeePaJGUNYHbcWvoRZdPr+vijvemi8tdNeDBhp2&#10;5np6x6VfLVGkUH91Rf6btYfnx8P6P3UkUwa7sPZxxgqllhMclNIXv2Ki3F6XgpOKRNJ1I0/xe+ut&#10;68faSbF3tT01EPd7XsB/RxjvCMEx5UnDSDidvTWNmS+p/Ljg0mKQbJK5fIUMDZGjHY+Jvx0rUCCq&#10;B5Ul7hOOM+dcfcI8DxX02NIqpJJXLtJAKXdj9Pugr+fGVuB4wrZ10yLUqwAEe+sDLrorW+Dafx4u&#10;qTqTiuD0rU+D10yhTf3ZNo0Ov2iB9XHQ5hB2UWIsQpWAM9W30pmxLLeC40u3E6OKa/8AxYisfzB4&#10;/RdR8t5lgvnbB6OuXbsaV6ZSxv8A62yxP18DruVs3YlaaNm768y5UNLMf0VHH30ip+l9FSuZ8s1l&#10;Zhkvh5VQ/lf9Ed2z8uIzMvpz9NXUVXEfmYVIQCGKFlUnsLx7mUX5HGZ7p2zfiRInHb8pqUst36uG&#10;SEuoIjAmdU+hOHkNlJvEajrjlNGekWkzGAdE3pT1Gz4BtkRNva3Cq59/DdxWaCSt6eV9NiKWuoWV&#10;A576BXIY/dyGbjdp8yptKlJ6BtqdrDfW2fEKISroJ9/PRWHD+v2CwVS0OcsJxLBZrDe0lJK8IPa5&#10;mp1ePw/xcIXnr0vdZen07R4vhVVEATa67gba9wSOAhy2eYJBBH96RBHt/GpYtM3aux4CD5UMeB5t&#10;yxmOPzsBxCnrUtfdDMj2+naSQfp4X/FMKxOgl8nFKAow7koQf4cLy4eMepA+NCAO959mNKLeutvD&#10;jEmGUE5DxuYpLGwIIH38b0pV9xjnqrfeEba9vX28wTUFfSyOXfzEABOp5rRFPIOoxXXmJcKDcnjN&#10;LGm4ufd3AdtPzHGziapMma58gikCm5Td9P7fHlJFPh7Rya9yGcOw6QsatPePYWspv7eUImlQdJEi&#10;vcZKzJSqvmR2AtoyMNPq78YKJpWh4mvcSz5Vr0jaVRvA9unf4HjKmopch4GvcTdXhVRHIBPFYePu&#10;8TQdlKQ7OyvcaarDoZLhEtb2ac3gnZSlLhTXuMc+DANZksfqvz1Kg+RjXuNFZgII3XYfRr/DidQm&#10;lAeBr3GObB3EZ1ueJy1NKw7Jr3GmbBCwDkWNr8T91FLA9Ne42thUrmx73Fr+I5soIxOE4Dq6zS5L&#10;4QJOIn15Oyo8oBcbfteJuNB8fhy9b8M7ovT9Mcjr11x2mIxrNbTUmFOYm3xYfBsNVNFYXVqh5IQr&#10;D91XFwDYzpu3YmwaF2RClylM/cAI1EdEyADxE1jXvnmX5978mMUNQVHgVqnSD0hISqegkUgMcp4s&#10;0YpJhEhU0tGFeojexSRyf0QYdiq2YkH94KbXAtbfSyPE0YRTTRAaAEBVVSTtIJvpbTTtbg4VJ2AA&#10;VEba9KvDsxmeJIieeNRqqGCajAkYzzIQugJLW7FbCwB/et8b8l0eIxVEbbQxYuAGVTc/RpfhQW8c&#10;KVqJFQquhlgLTyWQBfssSP4844hUrU45JNeRzFHsBYkFnVLWsdfdOn1cMirUIFFZVq2V7CqX5XBI&#10;wY4Q7yO42gE2diw1HjY8UDbJAkKEOLAe8t7e23fXiNKJwrbXTTbUTGMb3QG3grd/gQPZyfBSxs6S&#10;zIj7BcK6q2pGpW97cccZ7oSONLFE8aT1VWylD5LPETc3UnsBcg+wcXWGRu8ougNyCbECxPhbittO&#10;kY0yVUGeOyIsLbZGRCpQbgxuBruuL278V9VWfLqyKewAZfYD/HnijVsplKdRoMcMo3mj8x1srPff&#10;8b6ad+WPdDlEfS7C7IVul2uPieY973rm6T/iJ+KqzG7MP+IF/wC3L/31FfOv/wCFA+I1Ff8Aia5u&#10;jmcOKaCihQhw1h+kIXQmx1OncezXgtKVCgWtoORTWRp21SUSNxA1sSPu523wHN14V1zjbm63Xues&#10;eer0V7nrnmq3XIKT251fm6pNdEEGx57nq3XXOwL89Xq9zvaeerU12O+vPbTz1emsl05wcEWN721F&#10;ua/WmVGPKpcJDKY1XaxB19osTzSB/F6q0P4gWeRcsEiwxbE3t/oym358HeXf3JB6z+HyrFHKnO9t&#10;0npce9yyK+ut+CjhFRgf4WnRvDapdrpg87Eaab66pcdvaDflaMlRA0haM276W4aJwo8icfIVaVzB&#10;5gJ145Wq9ztpUkGwac9Fbivcx2PdTblNtVr3JUUo2a6Hm4ivV7nIkOb+zmxXor3OMhO33TrzdWr3&#10;OUXmEf281Fer3OaySfva25ua0K9zmsqt9PPVuvcyjde/7ebrVe50z+9z1er3OYLHx56vV7nNbgmx&#10;56vV7nNGI789Xq9zIWW9+/NVuvc4BEXsdDzwr1e5lGnbm61XuZRcG3NGrba9zsG2vN1UY7K9zkH0&#10;0/hzU16K9zvffvzUzWq9zKDqNvGSJptY1V7mYE+PNhApIpKeFe5kBZltfl1DopYsACvcy9u+vGwK&#10;ZSkEV7nSyEHTlomrhuK9zKsxuOUiK33ZBr3Mwcn7XujjZpGU6TjXudp7rEnX6OemvBQFe5zJA7jl&#10;hSlBBr3OIQtcjTjmuMKt3xRiK9yQiXFmPGiONNBZWdRr3OSsVNuUqgjjXuZRfx5eK0BXueU3Y25a&#10;lRAAr3MgJvxsmkysK9ySjL488BTZxr3JkZW4PfjgxFVr3PK6MbsdvstxqqTXudeWLgN7eb204JNe&#10;52Yl1S59o4niTV9Ve5kSH3gthbisYV4Kr3JSxFSSfAXtyy0ya0VE17nBi3hzSkyZNNkV7nKxbcr9&#10;+J2hAraRXudqDtACg/H+3jwpwiK9yQRILbLDQ9vq57CvV7mf3VQaa2GvGxVRXudo15LHl6cr3JJc&#10;EbQNOer1e52oBG1fDm61XuZUCgW56nJr3MijXQX5cCmq9yQEDfbOvEqzFar3OxHbx44gzXq9zmnu&#10;k2Op044cKtXudjcw2+znhW69yUmq7R3PPGt17nKxLso73v8Alz1UNe5Jj1Fj3sPytzVXFe5KjuYz&#10;vFr+Ps57ZToEV7nPaqsuu7vc82RFeImvcyqbe6g042RNMlFe5JUf7n7f2a80EgV4Ir3OSMZEBbwO&#10;vNkHhWynor3MwRfdN9G+nlzT0dNe5JjAWxcHTx8OVApjTjXucooiCUBt7Re/LEgVfXpNe5k+WPs5&#10;XVTsivc//9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NZr1E4z/X/wDEBzHXA74cNqvlwPBfkqRKcgf9DlJ+&#10;knncf6Q8i/P7x5eCJDQefV6NrKD/AKdSK+UD6mc5/P57mCwdjiGR1d2lDah7UqPmTS86j1P8h9P8&#10;0Y0erWJB8fNmDH/ky/BI59gdckar757nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9XuIv0wZFfr1+IFlrLzRmehwSqWsmAFwEw1DU2cf4XqQqH/iXPmU7Wsz/tz2hO&#10;Ng6m7QpZHGBbgqWI/wBvKx61Kmd3f9n923HNinUlI83Tpw6wjH0qyTohgv8AVnpLRyONstduqW+P&#10;mmyH/omF5tjUkk1aXoZmWGdA/uFNNPbrryVNMTt9sfI1y5UrRBoRZpDGiuNeRHoKyjp5KmQxyU0i&#10;hZFUm8bMNu63svqR+fEqFAiTs4+dPlxLpgbTjXKKqSSbXiDmw2WroR/NwHJI8twbP9KtbXltJSMa&#10;Xl4N/Z604+bHu2/5P2/HkaSfFsItSpWl4SAWSUASW+BH9HEqzOyKugJVjBNcvJikF0juf8V+cvMy&#10;/VymnzLTvAJlO2WM7kuNRpYEH6+MI2+I4dVKySRCcerjWF0xGGzUrhydNpHh7eJuXBoShqcNqBWw&#10;qWVVKi+7tY6+PbhiX9EcRx8qdSsjanT1g/GZqbFNMUtUizcwLFhkVYMNq4GinG73laxcD/VZSBb9&#10;bePk3KXVQn2bB75pC40snVtHPEfhWVJB4G45EjXEKKqkSAtsINwQAbFdPrtzxRtmlCSAK57AdedT&#10;4zheHj/fkHUNcbZFDRsNNT2It9PCFxkKp9JKz4Yn1B9P3VjZDf3TxL4hR4Xiq76GL5ezWSSmcsjA&#10;i+7Y2o18CT9PEamTEUcIdIMLxj+kYPuFcowwOvGvEsHxWqgTC/Phl8v3hZCsg+JG6x4VqbVsFLG1&#10;toJKARO3j8xXNyoUlu3E29RVYFX7mknoKmG2sRJW/gTfSx+jiZa8NOM0apV3nQfd+tcJKeCpjIdR&#10;Iv8AhbtwUsv9Ys0RTCPFhBjFIygHzkMb7RfUSKSL/wDA8aUZPjx88DRRc2CVnaUHoplly7SJaSgL&#10;Usn+o1x9e4H9nPDNPRfMNUXxaGbBqiZ/L1PmwknQEMdvEbpbBhOHUfx/SqN2T6MQZHvqPLJmvC4f&#10;MCR4ha/uqDE33ktc/VxQ4t0ZwJqFMTyxKMXgZST8kwJBH+K97H4cK3ErkeHV/in44UnFytBKVT61&#10;Bos6pLK0GM074Y4ttEwuH9uxtL7dL6eI4DWPU64S4pWpJo9ouNzKre7rY+5bigurQn7fQ0IGgHdt&#10;LWnqIZ0DwsHU63HEjVZnqaUj5Wn2E67iLj9f1twoculI2QT0TR0izQakcyPnStpYVevqFWTSwCD+&#10;nlkXCm9tOmySr+EVw2Dk6lz1HO/ltVOAFvoAPHi9F7qooctSkkAD2/pXXl/Hjz/OIKiyUU7Ne2/e&#10;u63jp9Pbhol0r20m7kJ+4D2/pXewePM9Li6VTvRULwsV0G8EfkD4Hj5dChA2013EScdnR864soAu&#10;OO/nVNPEY6gxu2v2L+3wJOn134jQorwJBpMlCXUSJBnj8+quA104xvj+IUuJwFd701iHjZbHv4Ea&#10;flx9L3dmDNLVtJCIkT0jZ75PvrnsPFphWdFjDQ4ZFsksdGJYg3sAe24j6uPlSHeFB9dtpgqjzHGo&#10;zwsyEsRuBO0kdv1HHqhxvqLTOrzhBclkZS6n6CN3FA1JxTs6sKTLaaUcBPDrqPUUlFUJtrVWRLWI&#10;YAgn2WtwZsH6g5xosLV8bqaarDjWCpgEg10te4YH434S3g7weJIPpifWi5KTauju1OJPUZHsj50H&#10;uL9MsoYvG5jovlXbs9Ixicf6wt7v3qeJjEsk9E+ocp/zi5XWB5rjzsPk8P8AF5bKdf8AguRldZBa&#10;PmXmyieIMD2EGfaKklnem+sjBVrHlo9plXwpL1eS+o+X8OWn6dZhEjLcmLF4PmQf9UPA1OVH034A&#10;Wbvw4+lmd/MqekmaFjmkvsp6yNY2v/hNm05Hd7uh3XitjrHR/F6CpPy7tHaI0P8A7M9CsZ8lSPhS&#10;Qn63dU8jv5HUzJFVPTLoazBXNYP+JvCUQxqf+Jtb48Jx1J/D39QfT4M/yDVcEYv5kKmVSPpFr8ju&#10;6y5+0KtaFAAcRU0Wm8LN4nX4o6REU/ZC9VvQHqTiT4DlfMdIcTj92WjlbZPEexEkZ7G/x4SzMGRM&#10;w4TK0eJUUlM4NrbDtv49xccD61pTBHQKG7V806PAQR1H5UYajqIqmHzIXEgufeBBB+i3hxAVWGvS&#10;vtq42VvaD7v8OUnXRmFpc6fZUvkJ4opFKgBj7VPb+PGJximz4D1V7kc0Vx+hc39h1/hbl9lLkuiv&#10;c4yNXyyEsVdL9ra6fRbmgmNtXBgV7kashjdjaGwYC1x8OXIBryCYmvcZpMHw+VSgjUnx1sRrxOWw&#10;qndZr3E7iWUvk38xLbWPibntxhSKWJueFe4wVGWyuu2xPsPGNNKQ+K9xN1uAFJCJRr8ONUsS7XuM&#10;j4PEjm41txuKUB2vc40WUK7MFZT5fw0CSqxGaKlp18TLO4ijA/4kxA4ratzcLShOJUoADrJinfzS&#10;WfGrYkaj5JxPsio0x2Ey7d20H4c2pcEyDS5DqxknB3MVNl+kgwulZrHakIuzKtrBmLC51vYezmSr&#10;yBbKLczpOkeSf31h01eJfSXTiXCVq9dg91BVlOvXE8q02PRU+1sQvUzLu7M2lgxGtvZ8eKWOmqYE&#10;enel2rEFXzGkLNUAqCXK2ATUnQXv8L2CJ1R4VtB1mR+7qp6p5E841U0h8vwBsvl/6ug1vxR0FSyt&#10;GrogdPFje1/3ha1vrvxNNLF7KYqqiUxSFmkcX3e7pp/wW6/1W5gqKWnGYJKehjcAQ7rsbkyPq7f8&#10;R3E2+HLrXAgUUfa3r6VEe+Kl0E8xwVJ6vYFeTy7ILEIPdX/gtvf48VQDSnzGBsu3QWue9z28eNJB&#10;FWQuMKYJIUW8UTe6OzeNvYfjx/w2njkAZQdybvdPc9yOKm0Fe3hT2qNtI/F6hqdflw1lmIRn+B9n&#10;FjQUjxKJJ1KyEg2H18UAzhWtYVhQZ4xUrUrJBTS74owFGnck3P8ADkqqkLSxn7N2s1/YOWCtNXnT&#10;TfSRJHDVW+yELIPjINPzP1fVyzDoTR/J9McODuZfNuwJbsPZzHffJwKukx/xtPxVWY/ZkmMvV/tq&#10;v99TXzjv+FAmZsKzV+Jtm2TDKdaYYZTUVFOEWwaVPNcyPf8AeYMBf4cGDQKE72AHIoFZDcapCLK5&#10;LoAASTp2N/EfTz1iO/LVcV1z3bmq0rZXai5tzjutzc1UGsnljnTSL7OepsqrItM5PfnQkX2c9W0r&#10;FdtBY2POwQe3PU8VaqwyJstzkDbnqrXFRc2PO9x56K1Fcigtz2489FeisfMTghbAWub3/jzQ2+lM&#10;L2VPpz+kjP1ffpzQ4/FAzCmO+vLqPWhtwWspIfo8uig0/Pg7sDDKfI/78axbsGu4ZSOhTp9q1V9k&#10;/wDDoyvFk30M9LcuQiywZfoX/wCiqecfzfle7VBc+77SeHYTRujEeeNHS5mjrArBH5eK2RXuZTIA&#10;paI343TOg17nQmV/8obEcpM7K3Fe5KjlYrz0RVSYr3OZmt35qtTNe535vu3XvzdXFe5LSUMgVtDy&#10;9bNe52Hs23lKYBr3OroDY9+WFO17nNGPhzdar3OxIGO089Xor3MoZV56t17nNX56vV7mXeebr1e5&#10;2HHZu/PV6vc7AANwear1e5lDEDnq9XuZ/Mbf9XPV6vc5RyBtCLcoTTgECvckXtoNRy6RqFIsTXue&#10;tGASO/KkRW0Ag17nRVioI5U0pr3OrP7ebFbgV7mQaePNVSJr3M6TDbtPGymaTKQRsr3Myup780Bp&#10;psSTXucrhtBy00qWSK9yR2XXlDSInVXucCGUNry+ilndV7mYM9uUIiqJTBNe5kRj48ZpkjbXuZA1&#10;jrx3hTqRhXuZ1KnjRpOa9zJs56aZmvc5BQNBx3hTqlQBXuZfL29+M1oma9zjY7rDjsxXhXuTRGyK&#10;LcdI01o17nkAWMMfbxuK9Fe57cQ1zymqRAp9Awr3JW9SbjhemRtpoCvc5iTcNoF7+HF6TW4ivckm&#10;QlwAbkLqfb8OPrrVe5kU37pu+vjBBr1e46QUq7PMJIv4Ej+jmp04V4mK9zFPSgHcpC/AHjsYxWpm&#10;vcjWOhJv4dvbxxSYrde5kI1sPDTjcV6vc6j3auRytXr3M6xFtf4c3Xq9zu0iGw/Pmq9XuSE0HveP&#10;N16vczb10vzUxWjXucw0ZblY1VWvck20A/d44Bprde5zQ2uALj/D7earde5yFmFmNvYOerde5yVS&#10;CWYWPPV6vckbbJuHfx56vV7nNO27jRNer3JMYBuu3x9vKqSZqsGvcy9zb/iXFBEUoSMK9yQBtJI8&#10;QP281ViIr3OTh9gXx5sVoV7mSxZwq9ra83Vq9yQFsL/4u3KU0lWqvckKBcr4ge3m6ua9yRGzEhtP&#10;e+HNRWwAa9yVpzUU3pr3P//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3OLMqKXcgAC5J7Ae3nttVJCRJrwF9BzVH6X&#10;Ys+e+tGbeosl2NfUVlTc+2sqmmv9NgefUd9FORxmtzcxgxaIa8i6tJHrDKh5TXxLdq2b/wA2uHLg&#10;7X7h13/TKUr/AEdPfqeqhhmRMGy6psXmU29ogiK/xccM7z6PKw9ojnPc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3IGKYhDhWGVGKVOkdNFJK30IpY/kOBnO81byKzevXv&#10;sYacdV/itpKz7hSphk3C0tp2qIA8yYpxwjDZ8ZxWmwil/wArVSxwp/xJ2Cj8zw1P4JPS7EcfzJn3&#10;r3XULVhgSnwuCRSl/MqJDV1ZAYg+6EhuRc2b7/lM7NgvNry6zS48S3FGTMErcUXFnEjjHHjTHbVe&#10;BDNtl6FadrhHUgaEfFXsq1jEJcPwSkpMEhmWmSKNUTcPd2IuxQTaw+HL98YqYFq2p5WljbRl89CQ&#10;oGm2xux7jsNOZp90HfEdRHor5mufLQUkasD1Hb+FcqXZUKZaMo4OpaN7d9ew+jje2I4vDFJHiFO7&#10;U5Flli98EHw77xf2W78o4hpXgA84xx8xs8qMEkEykgdVZBFTM3mx+5J7DpxqwvDK2OFhh1YTArKf&#10;l6hfsg3+yje8n02HGO8UREkjoMj3GrvvIAxTj0pFc3MUptMu5h3N9t/r8eOE9KlSJI6mkVylywgd&#10;Jio8LxMfNGmvuofhxMpMjAR5RVW9Qx1HyJj5x7TWM1ARx5QVQB4qwP8AyEBb8+JeaGWtQUUDQ1jR&#10;m6Lu8twPEBHCvcfRwtCCdke+aNEvaTJ8PWB/ohh76lxFXPma3t4m4/5C4H9RLS0NWUrIo3ckr+ls&#10;1yTe25bkOt9L2Pbjqme8FGpQpY1IUojj+7j5xU9CqxFm1AGt+LijzZS1CRz17GaVQFZKpPOQgg6e&#10;YdxGoGvhxDcWwWQT4o4UXGf3bfZTVJhcEamkpwIEJ37o/cN/+BtfkTE63LeIujxw+RIWGiMJVBHs&#10;KksQPAW+jjIlB2R7x84pagLA4+wj41mpY6mCO8rGQfE6n6eM2I5aqJpLYZVQzrMb7Wa7BrG4VGG7&#10;Xx0tw0/MK04AH1FUSuPuSfOcPbOFZ4qqO2sdhf2cR+JZaxmhi87yRDIgUFolWJ1Nh3HuqQfgT9/E&#10;IeSvDCeMUYoWBsMdIJkH/Oxj0qXHU0zEhRY/RzBNR4hiFMtHXbJ5CxMZlAUgW7K72Ivyy2w5ht9Y&#10;99eSsIxTKRxjH3CR67ayfomO5eRqgVlF5MVcstGwjKo1w6Mmug1KsvwOvw4jWnueryHyO2nW1ajO&#10;rUOjb7q6f7PGXEsHjxgJQyoP0X+Tqogqtr9pXjYruA0PY8JHmwvE4j30Zs3Kk+MqPkqSr/TCR6aq&#10;5gbNeM2MZImoqcwNXQVYUe6j2RtRuG02vr4geOnCxy3LnggEDYePT7qNGLnWdWnT17fcJrveTqOc&#10;sIWnyrU09ZJFJRNILhiJF2N8J4gSu76fDXhMWi2cMI2bMfKlYUp+UyFdWEnyTWCdIp08qoVXU+DA&#10;EfceLKTqJmpEEFSKbFqQjaYMTKStuAtZKg73F/Akjjx1LxViegwT8aYSw1EyqRwA2f5tJmrytQyA&#10;zYbLJQyAggws0a3v4oLAj6eerK7pPjcUQzNhFRlmdwQZYYxVUh+P+jmR1Htuo4Vugu4OjUOhQkfO&#10;q92+P7nDg6Jx9ioFYNmdsL1jaHEU9jERv/wIACn6zxN4p0Onr4fmsg11Di0cm1lSCWOOQ21sYJ/L&#10;k09m3jBtSB4NntPumnmcxWSUuJ0kdYj0MwfQ1mOccNpnCYzBPRSf8eRMyD6ZIg0Y/wCQuBjUdPuo&#10;0FS9AaCqifRbNEyaa31cAfcdeF5bUPs9eHxijhF2lSZO3pP4n5GnnD8bwvEldsPqYp7EX8uQPa/t&#10;2k2454Rk7NlFJsxalEK+7rNXxJuuQT7vm3+q3GGllRwIkdYH76qt5DmwyegJPxiD7TThFPdQzdmA&#10;II7G48PHkyqgio5w0D06yfZ8oFnH/IaqR+fFTiiRKiCermKs0nV9ySOszWbaW97nLDsxUNBSx0U3&#10;mVngH8NDtA73+H8ePi4CR4zNNOILjhUrZXth480GOQvMYlw2EeXYpLOx0JJ094W4qavUDYkH1NEy&#10;7UJMhRx4RXF08DxyqMdzFMSj1dLCkfugQmMlQew9z3rfQOKPzoJ2BNJ0WoTtBroRaduRt0lVUr52&#10;LTze2NQ4H0jdbjybkKOBmtBPdYpSPXb+6vbdunMkbV0VQlXQxSSQ9n7br/HW/Gu+WhU8+laS0I2g&#10;E7ZiPSs57HiwpcWzIk/zUFUYYowLB5BcDxsGN/u5tairHH12+lFrlo2NsE+kVHOotxVxYtWwbjjV&#10;asysN7A2u57i3s9t+KUDXtB89lFRYS54UIx6SMP9Lx9lY9h4KmVOsuaMumKnw7FammhjUERLPI0b&#10;bie6oSD93NKfUkaTBHQcZ9tES8vQlWsDSocUjR7oFBXnzo90y6l0jUvUbLmHY6rAhTW0cE9h4e9K&#10;pP3cV2MdRsj9RYWpOqWV8JxdLEGoaGNZlv2KjaD9fAXdZNa3JBSylBPECD6ADTQztM7v7VQKXdRH&#10;BQ4f4wB+NFrw30VxdOJpK7oHnTMGUpGbcKN8QqMQw8X1ZY8PrJTTRAnsVQW4COcfRj6Ruo8Alyvi&#10;rZbqnFzFLFJLDc+x1Vwgv7Pr4C7rckrJKFTs8KjCvQ/b/vVSjadoAbGm5C0qnAhOtJ9kq9gpMYhn&#10;T8Q/pHivl1mUcJ6oYLuuJsKxCmw/Ftul1eDEHpKL6Nsp1J4TrPf4U/U6KOXF+m9RQ4/ALndQ1kRJ&#10;Xw3K7KTc20Fz8ORLmGUP5eogpUkRtHiH+cUyPaanfK96RdCUlJ6NKsf9TUUq/wB5qXhv4lHp4wvF&#10;Ey31vhxnpri7HZ5OY8IrYaZW9hxeCKTC/rFSb+F+EOzp6Xus/T2dxnPLVfSQKWBkemZVsuhIcjab&#10;fTwFIcDn2qCwNuMx7dlSGMxbV4VE49IKSPaAPfRven/WPpR1XpHq+leaMIzKkVg74ZiNNVqpIvZz&#10;A7W0PjwDqrADC+wl4VG4sDG6FT7LbQeeCk8KPGninAwefnQoK8brvSxHGKqoxGEb5g29q3a31HX7&#10;uOUuK42jn4e2uancL84mknZS0DQ1Nte6hvZ9h7Mfu5ZUxsn2fOtap4Rz7PZXfIDI8UmjPCQdRc20&#10;108RxpCzET6Y/uq017kGWKWVQSFYA2ue/KFM1qa9yA1HDJpUIUW5u5H5DlygU+F6cBXuN7Zfw2rH&#10;lxKIz3DL4nx40Wgasl9QwNe4YL0iZDpcQ9VHT6hMe8Q47h1UzNsPuU08czEbj7x906cF+7duld+0&#10;FbAoE/5pk+wY0Gd4bgjL7gpIksrSPNSSPnSQz41SmT8UahCGf5So8vf9nd5bbS3wv35eZJPK156a&#10;KWaSW7SSMw3Frm7MXPJPKNJEfxDUfPh7agRDUACQRE4dOFQqAIlOYZdiCMhFAFl2gaWAGhHHClrI&#10;6mJRXNtRSEFhvbU2P2b/AN/PHoraSU7Ki1EM8Ks8IZtDbabD+I4600UrSrDS2j11KgbZB9J1P0Di&#10;JSdNLNQjGm+qqZI2Ms36Wy672I2/Qv2frPHV1ZswVMQXyvJgijA+zYWDfY76k6m1+KtootgJRj0n&#10;401wsjYbTVEbmRWmZg17+JUi/wC9t7C1+2nHVqiJY9jMAyuAbjsSDYX8fq5tLenGqLSEmRTagkaa&#10;2zarI3ZrFwP3rLqLeNxxVws0tRHDAdrLt8wlrgMVFwfq4+D3cnpqzYGJNIis8g0jK3vE32Hb9oA3&#10;DAnXv7eKalcCEVO8a2UE9ra6j6eJEqEHThWgRBpF18LQ1XyFZeQXZyRrYkCw/LjrBE4lhenh3Ri+&#10;5m8EF7ix5seKmivXhTDUSRxUT/zIiGoIDRqnclvs3I0/PX6+WddJ4qaDIOHpSrtj8oEAC2tzzGze&#10;hU3ivQelZ4dniUpyxKhxUT8K+ZF+MxieLYh+JB1Pmxl/MmXEUjGvYLGD+3gkX0G697DvyPhhh1n4&#10;1N+qCfMn241V0Ydune3Oi1vs8vM17XXXlfDniRb48qa9rr3k37DnFdeU01UjVXYBTnBoV56KYLdS&#10;IaoJa554RJbw44DFbCYrk9bIWJXtzzWQac3NenTXlZ6ptrc5q905U08F1GlgMcuzne63bv8ATb8+&#10;ViqFYrmkTXBX8+3Is1VBTUz1dS6xRxAs7u1lCjuSzWCgeJNhy7ILqtG2dg6T10QZhmjOUtl66WEI&#10;4KMe4CSSf4QASeiltkPpvnXqjmmmyV05werx3Gq2QJBSUVPJPNKz2UCOOMEmxHc2+7lVfqc/GI9H&#10;Hp5pqzDaHGxmvGqVvLNBhaPKN4bad1SQsBVRfVZDfwvySEbtLbRrulBG0AAz7kzUIXO9l5msJy9h&#10;Wgk/tHToTBBgoST3hMxgpAraV9FH/CVP1bdWIaPNvqpxGl6c4ROnnGiingrcRKkhgCtO0sC7h4NI&#10;CviAdOaUnqI9Q79auuWZurHyppYswVpqUhYhii+WkSqSCdbJyqFBoBA2DDYROJ6QKX21opplKXDq&#10;WAdShMElROEweMelfQc6W5HoemXTbAOnOFyGamwHD6PD4pGADOlPCsQdgNAW23NuB5R4xDWRh4bX&#10;8RxXqPCmltkUvOOglZxdLn2246FGmYjbXueM5U+zlZq4GqvcyCcD7TX5QqqkGvclx1m1bq2nPJM1&#10;7STXuSVr4G0k8OXimSivc5pKrONp09nNRFU017kiSdSu0tt5urgV7mWGYRrZ2vz1aivcyCVT9k89&#10;VTXuZUlcd+er1e5kEoOj9uar1e5lBU/ZNubr1e5mRrC47c9Xq9zmj9yDoeer1e53Gh3Enx56vV7k&#10;hDpbmq3Xuc+er1e5kTljWq9zyk7teN1evcylRe681Va9zIN37vhywqte5l817Xve3PGtxNe5lVhu&#10;DNxMRSNaY2V7mW6HlqcSTFe520SkbgeWCgNopkLMRXudlHCge3miQrYK2lJVNe55d490crFeSiBj&#10;Xuc/NnI1+0OOilKWwqvcyiZS/vDlYquNe5IEqk2PbnqoUca9zJvJBsbDjMTSWJwr3OZvcFjxSDwp&#10;alRQIr3MpuRpxGnbTCCCca9zNuAARvDtxytGJr3Misb3bjlOOxGFe5m3gmyaHic0kxG2vczqQfeX&#10;QezjlWAmvckrqtjxvZWoxr3OnuE93jk07XuYwBbXntNV1V7nJRrpz0VbbXucluGJGnx5YCtxNe5J&#10;TcbA6D2+3lNcGqE8K9zkC7NsPbiwKpxKtNe44U9Q0fiOIQaar3M81Q0puQPpHLgca9XucGtIAqG/&#10;t5cma2K9zwUnUtbaTylbr3M6m/vgX56q17mUEsoHYeznqvXucygC2UX17c1Xq9zkQyvcjb8B489X&#10;q9zJZm1Yac0a9XuZFAXS3flxXq9zMwvb4crXq9zKTu1HN1uvc5g35uqV7mZDa49o5qrGvcyoNqke&#10;3nqrXuZdbjvz1XmvckBFBAbU256na9zkosCo76a89VxXuSiV3AEeGp5QiaooSK9zLuutj9XNgUy2&#10;Ir3M0XbnjW1J1V7koRNtHuHjdN17mVUH74tz017Vwr3MljJ7qj6uWBq86a9zL8s3+Adub1V7VXuf&#10;/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vcCH1A5p/qT0LzhmtW2PQYNiMsZ/48FO/lD63sOHuVs/mLltHStI9JE+6&#10;op37zP8Ak+S3t0DBbt3lD/GDatPtVAp2wGm+cxukpSLh5owfo3C/5c1qfTNh/lZdxLFCP8vUJF9U&#10;abv+Z+fYx9GWU9xlF7ex/dbhDXmGWwr2S8ffXxKb7vanm2+hJP8ApjH+hpH+rDE/OzPheEA3FPTP&#10;L9BlkK/wjHDL87K1CdFR57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e4DnXbG/5P07qYUNpK146dfoY7n+9FI+vnPf6nt5P7P7ovtpMLult26fJR1uehbbWk+dSNurbfmL&#10;xJ4IBUfTAe8ihx9O+AfzvqdSTOu6OgSSpb6VGxPudgfq5sGfhV9McR6Y+jnLNbT/AOi1eYZarGak&#10;lwgYVDBadveB3E0scRtp3t8ecoezrJTZZQ2pSRLhLhP+OYH+8BNYQdrGbjNM6dSZKWgltMGDKMVe&#10;xZVVgOJxwVMrCeIyAsqD3d35ey55YNj2MfzHBIv6yQiWKU+YswQq4H/FiEGx79jcW5LLlp3SSW1K&#10;T57Kgq0uFJVKY9cfwplTAKWkxBpsIneKVF1gV12HwBIKlvz5FwnBMLloQ+XcTYyPffDKykMOykLY&#10;EEix79+E6EOIHFRO3SIn0xo3cuQ5/Dp4RWCarxKKoZsRpNy+7Z476WGt+JDN1BiFJEseK0MsiMDt&#10;kBPmrbXc2zaBYDxvy4udZIOHUTiPOlzDJGCCAT0/KZp3oMWoK0+VT1Clgewta3s1vrxE4Fi+IuZJ&#10;aQfNeUAySA7pRH+8WKBBdde4Og4YJQdMzI6eYpa8yEgFOE4GRhq9v4U7VEaSNsI7+APh8b346pmP&#10;L2L03zdVGZYhYrOlg6eBG5QL3JHEyEyfDPy+FJgpSQR0bRtHs4e2sLUMyTb4HslrbQL6+297flxL&#10;YnPBhtU8pjNZTuwcuyWdRYW3AaWUeP38qQQemlNvDgBkoxxxmfhFOMUTCPax1PJeDtl6pp3M6COa&#10;O9zCx90drbX3A/2copQiNnPR+tWWlxOAjE4E8iosqSpKHdt1u3M2JZdX5OHE8OjjqAdrI4YxyMBo&#10;1iCVY3B/dHELmEDA+WB+cnqp5i4WFFKpww6v3V5KmxO0cRNfg+Iw1UklSrRJcPuqQw2NqPdZCu5D&#10;fXxGmvGPy6QrUAqevD3Udi4SrwiDt2Ee9MH41nFQpTbYa8WOFYlitNLFh9UiN5agne/nwSKVsCCN&#10;jpprqzcb0Baxhj7qKVISnjt4DAjzBkH0AqJII2HYqfC3IeK4rlaupI8IxakeCMFhvp2JK+zYWubD&#10;4378Q+ILMHZw4elPobW2P2ZnqUIHtrqKCZRvjdmYdgwFuMWH5cJjMWD1ZxKgmBXa9jKoOmijW/0E&#10;cVpKjtpwugYQEq6RsPrjU0zPHHepSx/1eIfE5sKwbeKjejhrFQ22WJj2DRsGve3t4lOkGDiaWpCz&#10;gYJ9qfdFSbkgci0aYfmGkMGFVCVU4b3qecFGsTc2ZSD38fD2cTLb/hEz0DnooyU6pBxBw2qER7I+&#10;de0AsBzMmNYdhVfPgNVBUUyvGRJTPaUEi1mVWXcVOuoYcIV26VEQDI2yfhhT7Se+IUnSeg4pPtk/&#10;CuGy7Bm1I7cYakYVJemighEEqKC8bvbcLEBlZiUcW117+HEbjHeK0j40racVJlRkcSACPI7FeorM&#10;DuNm14zvQY1l+VmBbyX7RSjzIXv2KyLtIb8vhwvQwtKiCDRr3zdyjw4xtIwV8x7q5CJASQO/GCor&#10;krZBJX081MyBtxWUo6NYlGjkjCixNu4PEektnUNU9GEj2AUsBj7CFSYJjD2fgRWGSCCdCjqGB7hh&#10;cfceLDKnqCz3lndhM9fJXQAFUp8QEcihTa6ExpHKfaDv8TzatTx8ckeYSfgZpMvL+8xQB5jVHrKi&#10;B7KQ+KdOcr4hV/OpC1NVXBE1O7RlbexR7hP0qeKWq6mdPMxCOHOuXazCyylmlpJt6kdhKkMiMx17&#10;jf7deB9xktmQY/xk/MEfCqt2ykHwrBI4J+ZM/CsEGD5vwaBlw+vXEVS21KyMCUgDsZYyqD6fL+rj&#10;7g3SbKGdnVsh4zHiUNgPKiISoVjchGjJax9uvChdy8hUlEjpT+s1d24U3isHDp2Vwm6gjA4C+b6V&#10;8NVe8x9+AfTNYd/o4F2YOn2IZVx5MEm8+FydFnhswA+1cAjtxAm6QcRONG4IdT4o2ThtIpXYTjdJ&#10;jNAldh88dRHIAyPGbqw73Avft24wVmE4XHO1P5801bddiKbRkXPtvxwuJO0x7vd+tKihRRIACek7&#10;ac388kFO3x/oFuSIsNqsOVpHoAwSwJkY6kaAhltwwbVAwxH9Ki3wkYKNZlAOoYnkygxcTGTz6xaK&#10;VLWQIGt7AGPt+g8ebu8dU4DCi51k7dMxxJiuL776Lf6+ToqvGXqZlRp5U3XXZDYsD2ub2vbvpwRl&#10;3T9xmcRSR5gAyjTJH8RkR7q5A7V948U1Jh1VHB58GHyIoBLPPIdD7bW4p74KGJjroi+0+NQJ4BKf&#10;xJrg1rFgNBxtqJarDJJbYhAswCkJGPOX3tNpuQRqfq9nCt25Df2qn3/hSxDaHPuCvbHyrkm1x7OO&#10;C4jQh4v5vVNHIFWxA8pbXJIN92t7+zS3FjLneeL4Ye4g/EV7u1JwSB6nVXAhFYlRb28dqSowqphU&#10;4dDNUagXUs7gL4NbaNPo4+u5CuY+ZpCWZMFUHyge0zWAi+oNvpPBLwzE3Q+UMLla1gollEcbEge6&#10;w2Fhc/63Kfn1RBxomctQ2Z1z0QmY9Zj3VHniuCDIBv72HfS3jfihosSqN8L4VWPg0iWMb00js4Fu&#10;5QkK33d+Edw0l8Ekx7x7JE0+zcO25C0+IjjEHo2iPgaRmb8i5Mzvg0mC5zwykxmkddrQVkEciEf8&#10;Gpt9XB8wTrHmvDaI4VmTF6HMUJX3YsSogZNttdwVwLfUORpmOToe8K2kTwWkKB9YUE+1JqR7Pe28&#10;s1BK1KUj+ioJI9ukK/3qqxOp34Pvo+zzUyY707wjF+nOMyS+d/Ncp43UUsvmC1m+Xn86lNrdjFb4&#10;cBvOHTP0edYZvIzPlurwLEnJVqrBXDrusb+akyuqjx05HD266mlEMrgxsX4hPmNPpUp2u+Fs4oAt&#10;LSpRxKVyhI6kFJUf9PTAnSz8Wn03VM1V016k5d6wYI0gIw/OGGNQYosetguKYdUxUu86DWiP0DhW&#10;s5fhL4TmaaTEeg2caLFVa7JS1m2KVTbcVaVW231/wcC11lt/ZgqcaKkgTqaBI8sZ6Meual7L94mL&#10;r+5OpXBgIV+zcJ8vFx2dIqR/w7FnHo385T+tjonmbp5DQvGrYxh4OMYM6sATN8+IaYIgJN7qbAdz&#10;yvzqp6HfUN0lD1Ocst1NLSXZTVCEvAdut0mUL/DgRt8wTcEonxCPCcFR5VIJW43g4kg9Y/CKPp0L&#10;9aXpU9TNPLN0Iz9hOZfl7NKtFVo7xgm1nU2trpwqVdl3F4Lx1KhgNxU63IGn19uC1LgI8QI6B01X&#10;WVcPZiB59FGhEykBgbqbWtrf6OJ6pwaopTLf9EF1KyaHde20fGxPGpGqeA2415tevr44Y14ygsIw&#10;wDew8gNPMYflnTciKTYj3r/D4cqQDspUEQT7v3Vn5yafChCsNPEdDfeP2jmkiNtMAqmFV7hlPRbV&#10;yUnqZy5MlOlZFL8wjrJuDxJsa88BUj9JH9oXuCQLi3Bnu+sIuQCJOlZH+lNBHeOBZL6RBEbVGftP&#10;UerHHbSZzZTSVuCzU0ExgkIBVtLEg+6r3B9xjo3ja9iO/LglhfyIo2k/Syk7h9hlPcDad1ywH5dt&#10;eSQVQSeuBz1VC6FjYMOiOgbZmcccPWoDMi/aUWjG5jbRibAEfDjpTQGmT591AWNigYn97uD7L66f&#10;HltPE04HOAqNWsKndSRmwcA6d7fZNvgdTxww6fF56qOJI45GG7Z3QKLdxqbk8RPdWNOd33vy/Wm/&#10;FHwuihaad3MMBCsyWOp7Brg3Gh494TT1MdTUPXI3zYiXcrAmwvuQXvclksfhfj7aTInopC4mVBPA&#10;Uy1Fdh1ZTUr4bIvyzzFY2DAbrGz6WsoV7/d34pKdpGeL5mFG965JP2RbQW8eKxjPGKaSCTHCmOrZ&#10;Inkp4Jnjc6D3QVY+OvcAfT48V9DHFKLQi7sbaCwLEdtbnQdteJXvhj6U2QvGBhxM4D3Ugp544pQz&#10;tbaW94m9wv2gqWFr2t3Pt+HFRR0lVVQ+RRxb5Y1HuhSbC+t9ftHifWh7BO2kRdCNpEdPGkbilfQ4&#10;VK9Tik4ihdnkbcwXWwtqbnaovf6fhxc4NlXHcVxmOgWJoyxO0FbGzHaC3gAQb9uOaC3icNu2tLc0&#10;KGjEk6Y2nUdgjpJ4UA/Ufrf0xyP09rM9Y7iNOMPjpZKuWqEymKKGljM0kg0u1gh/eA5ZLlqgGBYF&#10;S4YDu8iMDtzEvNLgXdypZOBwBrpFutl/8psGrc/cEyozsJOyvl+etbrGfUr6qs5dbYYzHDj+JSzR&#10;KhuNiqEU3I8Qt+PjSJY3vfgcAqRHHYOyiqU1O8yjahFyT7O/MYqEC/Tzeyi83KRjPtpwXB6jRQpb&#10;d7PC3OhJchr83W03KXMQR5V6XDJqVdkiNf8AxHw5mSUAa83RoHYFNctMwPfmTf7eepSFzUZqe3bn&#10;t0Y780aqSI+FdxiQe6F3cx+6x2978qDSYLCqmIjxag6nt8OYnkMR2fr9XFAGrCip+5Sx9xgHCnii&#10;waoxBgVBkb6bafT4cZMy5nwjKOBVeZ8xzpS0FDFJUVEsjBVjjQXZiToLcZQC4vQnbQezXOGsqZU+&#10;6RpSQAJxUTgkAdKzAHnsoYfT36deqXqT6xYD0L6U4W+KZix+qFLSQRqWBIDNLLIR9mOGJXkc+AUn&#10;W3NLf8T38YfP3X3Mtb0e6C1TYNkulLxT1MDN8xWupIZmlBASO1gFUfEk3AEgWwGWTMFR2n+j5VDj&#10;OWOZ06by/AOA7to/a2npjis9ezgBX08Pwl/wbuhf4b/TOjxPE6SHMHUzEUWfFcbqEU+U9rLTUUdi&#10;Iooh+9dnZizbrFVWhWfE6mVy8zFixuSTcn4knvzxc7zCSfP41IQTowFXUpEttzCzEAHXkCeXzDdT&#10;y+kDbTwArMFC32+PI0dTVwNeFyONl0p2VbSFba74oMNzdilCdTvA8D48cFz00hXapXsr3FGM9wVL&#10;BaiEL7bE8VpeSaTflSivcdKfMWFSmysRf2nm9STSctKFe46xVkEg3LICPp46ADsppSSK9yQlbGx2&#10;rqeOfbTITXuTEqSttLfHjJNMKTXuSlqQdbjlNdU0mvczJVRlT3vxsuY1SYr3M8U5tu493oreBr3J&#10;i1hGh05tKppqK9yUtQO7HTmwapXuc1mj/eYctpmvV7klKmybBrzxpwivc5q+gFuVqle5ISVh8Oar&#10;1e5mWRv3ebFer3M6yG3vc3Xq9zMr+zm69Xuct5Gp5qK3XuZUlDD2c9Far3M6sDoOer1e5zVQNe/N&#10;16vc6vuXXTmoq1e53e3bmor1e5zVm8Tz1VIAFe5KVm8TxuaTBeNe5nUgm578qTXnDhFe5y9wndbX&#10;l00+1XudtEGNxxylc17nbQMbbfDlSKqog4V7nIK5NvZymykARFe5y962vhzQwp6Ixr3JCThRZhfj&#10;cU0WdWIr3MokWS1x27c8RVCzXuZTKDZeXFVDcYmvcygLoPaRxtQponXXuTF94+2x5ZGNV2V7mdtF&#10;tx1SRVxXuYw7HQcSVua9zsXP16cdmqlOnGvczL7vfw789NaBmvckLtkPue7YcsFRTwMV7mRNLFtN&#10;NPjzxKdsU0RNe5zQ3Iv7deVLoTTZr3O0JOgF/jxK4DAIr1e5kjG1iCd3Fgq4r3Mt23XPu81FWFe5&#10;mUBdR4nlatXuZBorDlwKrXuch73vePKVuvczeZtQb9b88qq17meImxJ8eX4V6a9zmCeM14V7ma5K&#10;3PHBVq9zmFt38eVr1e5lVPe00HLiq17nMoU040DW69ySioG73+HLV417nYDbiD25utCvczIm7aee&#10;p6BXuSB7psOe21evc5gELZQNOWrde5l0AKuSTylaJmvcyxlSlmPN1sCvczoyL489W69zPHv8Seai&#10;q6RXuTFfeuw9x481ApspAxr3OaFtAWtbmwBVgQvhXuSPM/X9vNRXtIr3P//QL/znZX2YVuUc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3CLfiQ5n/q36Q8yxxttlxJ6CiT4+ZVRvIPriR+SPumz318j+91H2JMe8isK/qEzL+XbqXQBgulp&#10;sf5zqSr/AHhKqW3Tym+ZzZTEi4jDufqUgfmRymvoTQfI9NaJyLNUNNKfrkKj/k1Rz7gvphyr+W7m&#10;2qiILynnT6uqQk+qEJNfHVvU73t6sf0Qke4H4k0W/wBRGJfzDqrXxg3WmSCEfVGrN9zMeDBzoDUd&#10;0CPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Cx9Z6DFc/dQcsdKM&#10;vjzK3E6iGGJBrumq5lp4Bb27r/fzgZ9YWdqzLMcvyNk4hJdUOlTyw03PWAhfovrFTvuqU5fbP3jn&#10;2pBn/FQkqV8vZR2vSngi0uD4tmqcWEjpToT4LGu9/qJYfdzc4yfk6hytl3COmGARH+U4RTwUtLCF&#10;2lEijWNQ/Ye8ANATxTZ2qbdsMpHgQhKUgGIAEAHZOzhNceby6VdOruXD4nFKUo47VEk7JO00ZOap&#10;BVah22uFJ3dx93JtVJVYbSrR1TPTCInuW8t47/YvHdCL2IF/DhqhtIToMjjtpIhsuYpEn0HxIrmj&#10;o4jmiKOp1JFixPhoeZaPDsJxlmjpzRTxVSlmcAJ5bJ7uwgqBdrd++vE5QCTARp9PlTKyprBzUOoj&#10;V7xIrqSWs+0wYhGtt0sd2uuutr84UU1XhdYMOFe5bY3vGNp12XFhazXb8+El3ZoUIwPkn5xSoPrS&#10;kLTPRtCR5nEU3V+EYbiFJuq6dQsb7vd90hvbp342RrRY1iS0eI4cJnjY7JIEjjdwDcg+YUaNtttD&#10;b4X4HBlSUmUgz0gD3kwR6UdqvCgzgJgTjs4kEDFMzx2g1wTDJqeFp6KZmLjdaQts00sQL+A9nGGs&#10;ydguYXeTLtckkibd0VdHJHMutiiyzKHve32b9uWWl1GBTA4qMe47T5UsS7xUPLSoYj+lCTA9YOOz&#10;bWSjxTEsOiVMQpSyNc+ZDYqDbtbRvrtxnosOxzA6x6enjkp50aRF3p58DEC5ZWj3yr8QUB9l+Nd4&#10;gQJBHT+gx91PKSLhImFJPAeH2zAPnNODVyzIKhGARgpAJsbk2tr7v58Zqiurf5jJiAoGklLAM8Li&#10;RCCDu3xuRMlzbunNp1FOpI48PEPZ93upwNBtAGrjgFTI8jsPtqUJAYwrsAT7Tpb6exP0HjTNiOCR&#10;zu4jMErBTGYRulTsHV/J3OVBv7rgfRxISEnAweIAj3fKjJDSliAYH9E4A/6aE4+dZlHu7owLDS5u&#10;PuvxtxLDMy4hGhppaeuhcb1d6qOCUFdNouwQkhtQzA/DjRhw6Rs6jFXDiGBJlMcEgqkno48OAjoN&#10;d/MU97HcD/xB7ffbjbS5FwmplE2N4RUUEq3dWhMT77sbbHjc3uNO/FBbATGznnZSsXjiYAWCOIII&#10;I85G3qrm9SFXdAyAj23H7OONLl3A5jPSYipjpHUCKSVXY+YD3LAFhp4H4cDBd0qg8NnJivF0/c3i&#10;ehOE/CuM89Qqoy2cHuFI/ieYcKyZl3Lkc1VDLFOJPMILb/3gTsZGW6XB724w44pz7TjS5b5wBBHQ&#10;IxHXOz31iFTVznYiMn1of+ZuNuLCN1WupJpGQqQY2KTxWX7SFGY2Pa1h7b205ucYiOun7c6PARB8&#10;9J9o2+pqYPMJAvb6TrxhgwXCM3kKl4wiXfcAQgK+7+iksQqaBggNgDa/EZdcnxQR14x6Y0ucTpgL&#10;AA/hMx7SmR5ajjXpG8o37/TxoqMjYrTUZEEi1MV9oCzCSNSupBjmKsl7i21fbwwauu8BBBAGzHD0&#10;kz54dFWF0lWBwPQQR7CAUn1NZkmTb74txhxbKWOOqTvTSorkN5tMWsCRoWVtrWJ7lQbcYW8k4fj+&#10;6rsODGCCeAXEe2SNnSa5+dCPHidWizFlycSwTvArqbgRuAdv7zqVG69/Hja3SRioK6saNP2bogDU&#10;rqOA9mFZA6Pop5FXFqSWqWrxWAU3mKVMlGosLrq3ki20n/VHC8LBHQeMbfWlbfeJHgOrjC9vkDj8&#10;a6C+WL9+QKqvaqlZIlgxmlVQgWeIJMNSTYFd318LloC+Mj21Zv8AZ4GW52Rj8JiuHlK/vnufDwv7&#10;bcTy19JQzrBQTVGESAEQmQO8cZbWysNzC407W9vCaO6PhJT6GDSsILSSdOsE4xBM9OMYddc1jsCG&#10;Ja/t444jWyTslXjEJnAAU1FDEG3W1u8Itc697X4kdWpB1BUnpB+VPBIJ8IJjaFyP9Ko4YdRroRBf&#10;s2H1cEXDOtuaqfDVoqTMH8xVVCLBXRSEA3HuXmTYFX2XtYacJHLZtwlcJUs/xFOk+kgAHrnCmzZh&#10;GJSU9MEEHo2EyeikvNknL0heWGnWnmkO55IB5Tse5JdLHXx4qq3PGT8Tpo2x7A3ppWQGSfDfLlQa&#10;m7PEjXF/CwPCYWiGTPHrhXvE0yG3EmULw/oqkfGKxUlDjlANkNWtRELhUmBUoR2G8Alr+08WGGYV&#10;0bxv5bDcmY0mJs59yCr/ANAInHaJ/mvKjD2uNTa/jxA+8tCSopEDE92CSR5RrKukAeVPd26TiNHW&#10;RI900jRnXH8IwWrxTP2GyYd8o5G6lVqsyru2+ZHFTCSUhu4BQEDuBxVZtwiTp5DBNmHLy4VssVdq&#10;GWsjZW/wz08UsJBIOofhD/M0uwEwAdgWFtqPVDiUmfSMcDtpC2lV0ooCivhCCDHvw9YNSMu55yfm&#10;upgXAsYSqlmBbyGkEU6hftBqaQrMpF+xQcBOtzLmNo6k4HizfJr7zskRp0F/3lEgTTw0Hjw9S9hE&#10;kx1HDqHSKMTZMqjWPEMNs+3roRoY4CUdQU3aG5ub+zQ24HqYjhFbPbF8TDs49nnML9m93dbho3dR&#10;SpVstf2p0jzAqUsxX9ELFr2t30+Nu318VcByetMrfzNpGCXHvmmVwBYFQhBAvY6gfXxMt5wmQR6c&#10;KRJZUDCgCOnA+3VXD9PK20jYPaOSYsw4THSlaeSKd1IKhY3mPu638xltqT7b8r3pJ2/rSd21ngPa&#10;B7QSPdWZkJGptb28UFR1IqqiqjSWSeCEhiDZVK39oLA2PDRKxMSKQJs9PiAn/TfhUZqOOU7mVGPt&#10;vrzLT5nw+WrjGHV7+cPfAhjZnDDQm6Ai+g7nmpH8JPs21stqG1OB9PbMV75enh+0p++/HxcZxKrp&#10;khmSrZtoQFisBN9dwMjrobfT8OPJWlRjj6YedE3caTISB1DEHzAroilGoFj7bX4rMNxXFqWljgpq&#10;SJPdZWd/0ztfSxKB7/fxSWpMjA0Xd2lBlRI93xqNPFFUsDNKxA8L7R92nHeXO2IBttXVQRApq7PN&#10;HYroS21NoBB0uR7PHhM4wFHUqDjNL2mkqnQlW2T4Un0xMz5A01DA6NAP0Yaxudwvr4kA9j8RyDR4&#10;3lqlKV1NJTTqWLyGJQj9hdxJYHW3e/CtVotOLIieIMe9OPVjS5aVKgkYDZPi92JGM7QPZWaekM8U&#10;kEbNFuG27e8p0tqD9r6+CRlj1R5hybWLRUea3eARXSnqS09zcDaPNub6+HELuQC/Gi4ShwKEEqSk&#10;qHQAtQn30LbG/u8uTNup1AkEwo6DE7U6oI8xRCPUD+Fx6JPUtKcV6mdNsE/nPmJMMcw+kiosVWRL&#10;7Xjr6VFqFIJvo44n87Z89PvVmY/52ciYRWCUH5nEqFY6evQ3I3GdVRlsNQwf6O3EB3Es0pDbCl2+&#10;kKJKZUJ2jwkxj1bKGzW9t8VqeWhCsIGgd2ZjiEgaj10F2Bfh++oToziUmK+mvr7muihWKOOHB81V&#10;MuYaGyCwRZMRmneBSLC6LcdxwvmePQv6X8epZcW6eZzrsuzTHZFSYlSyVdOl9Qz1kHnlB4e9Yci+&#10;53XzK2Ke7LLqDtx7pw9E6whH+91IWW732t4oB0FtRxxSDgBsBTJOJG2hEj67fiB9KquPDOqXSei6&#10;gwhCWqskY3QxyLtF980GYZ8N8PCHfr24T/qD+Gl6i8CoanMOQ6agzfhMChpK7AsQp5toI3MfId0q&#10;CQD9kRk8BF267l69LzLiMY1KTKCegLRqT6kgddSqxfJeQk6kwr7QFAqI62wSsH/NpRZI/E89KWYM&#10;Uiyr1AxOu6e48fME1Dm7CMQweKN4yQ6LitbTphU500MFVIraWJ4Q/NWQuo3T/EGwzNVHV4ZUoP8A&#10;JVkDwHuBbbOF3fG1xy7N43dDwKB8tketHPegjUdvsk9UxR6svZty1m3CEzBlXEKbFKCbWOpo50ni&#10;cf6kkRZW+ong+ej2nrKb1K4DHizJS00SVkslSpA9z5YsALaXvpprftyQ8g0quZkSEqjp+00Ct4VB&#10;dmpSZ1SkBJ2zqGPpUDONVK2Xp4qWnaqeQBPLXT7egJJtYa3Ps8eW3miSpxAWdpo5w3vAd7EH3ivb&#10;6+/JFICNvnHOPtqGmklSTsEnZsMD9SKiPUvT05gqdsexUuu4WAN9AexPw+HHmuwjEcYgSLDFLtBG&#10;4CghiBqCfeNrDlHAXIjZ8eqkqHEsH9phjicIE7ONM0GIUWHyPNWN7kkqqrEjUkAqo1uA1x8NdbcG&#10;LJfQ7O+YYY5R5cNMje6PNQSuSLs2xGLi1gDp46cM0Za8pOuIFFT+8Fu0rQJUf71J+MR76AHqh6gs&#10;hdPaCpqMWqfKdlBlqJkaKmiAO0CSeULECSdLt4cFGn9LHVTF8VqKqZKWip5mjZWmm99oxEqqwCgk&#10;duxsfaOAg3RQs6UOKIJHhbVjHXHvoW27armFhTSQRJLjzSI8wV6sOgA1Whnf8bj0QdO1lyhl+PM+&#10;fcWw5qmCppcv5ZxSoWKZZn8xPPenSmcXvaSORo7WKuRrwUMD9JNNgtqrMOOqVLAbadC5BIO4LoCo&#10;Onw5e2YvsyJUzarJG0uFKBH+eoT6UU3dzltkoB6+aEzPdJdWfIHu9BP+dRcav8Zb1RddcPrsH9KH&#10;pmzPXV1Iu9TmmqoMFgEN7CVmqKxS5Nuygm3Buwfo1kHBZIaGkwmTEHpgWSSdLqfHtJ7o+jg0Tudm&#10;Fwn9o603q2hMlQ6pCYnyNRg9vjkNupQDb7p2alEI9dIXiOoigZzpjH40XXHC5czy9Rcm9K6HGVii&#10;XCKEy1VZTqVWNolq6Skkcve9nVrLpY6cXuM5Dhr8BfC6GiTD4KjaN9OURomF/eHlnv8ARyQ7HdK3&#10;tge8WpxUR4pI9JqLrvtNDqihLKA2n7fCkqPqRPsp09Pvonzj0xz9R9WuqHWLGs9ZopPNFVTYnVV8&#10;1FPHIAGi2VOhjbUMGUL24lqnoniGIYnR10uYZXmp2iLMjGOSfygADKzldxIGpueKzkIOBUQnoA6f&#10;Kim2380kqLRxMhRMlJ6RJwo0uYaHKmQenuI9NMldP8EosDxSCqgailow9FBFXMzVCxQ0UMv6MtIx&#10;AKBbH2cNDQ5IjhoU86aTzDbSx1A8dx0/PmNWcbkoC1OolQJ+0AYe+fdUyWPbrdMpTbhKZAMrUSZP&#10;CcDsrVK9Qf4XuHx5jx7qNllJJcLqqxWp6PDIIwkcbA71SGUxy3BGlktrryRPlcBmMDNr2DWv/HkJ&#10;P5MptRAwx2KgGpay7tpvXAEuaDgJUAdHtKRj5caIfm30Y4NhEtQ8BqqcRSiMQTBBMB47k3XBA19g&#10;4nqjBJoW/SstvDufpvYEcDrtmptUHhxGPwqcrLtMN8AS2CeshPqOJoA8a9PlRgDyIa3y7khSu5wb&#10;dtUBAOvGwwtEQSPu4XaY5/GpTst9mLlQBQEp6euOA27emKDLF+l2N0lM5SdqiQEXTUWF++46fnfm&#10;TZIBd0I8RpzSUK4ih9b73WFydIcAOzxSMfZEUjsR6dZuo0ErUjuG1VVsSV/xd7Ad+Y7nbrofZ48q&#10;SB00MmLtCwZUknhoOoR0zSbxChFM5VUkSyi/mptIb2cxMSdbG/NHDaD6Vq6R3hSQSIMwNp9Ky4dN&#10;HRv5UkayMftHwX4X9vMhfautgeNDE4Us1BCfLb61AEPnVkkYuQzaFQdPv5hZwVuw3X+gj6+PkFBB&#10;OwUGbt8pRrwwp/w/C/NqFoA7lpNLW5qm/j6+vvE6CrX0bdMsQ8tFKT5hlhYqXdbOtGzCxKq9iy9g&#10;6j2c9l86lObRGkdfSfbs6qiW1bRvDdm7X4kNmG5+1S9hcA2SBKUHbpOEV9Fr/hNl+GJgvpt6A03q&#10;56n4SozrnylWbDvOEbGjwme0kBjKlgr1MWx27OAShtcjmqemIH3txsW4KwqdvCpPKJif31tHCJQ2&#10;7x5358Tm68VFU40mUDNc1BCgE3t485l7813kU2RNd84socc1NeGFe5iZLEm9uNkTTwr3MNmA/bzY&#10;wp8Gvc7LOTcacrqNM17meKtnhe6k/fx8OxVSgGvccosarI23h/q4739MlgKr3HeHNdQbCXt9J4+H&#10;xSBVtXuOEeagBqePpWDTPcGvcfKbM8R1Y25tKhEUwpueFe47U+YIJbMWtxuBNIyzFe46rilMw+0O&#10;PGK93fTXuTI6sN46cbKZ40wW69yX82h0/Zx1KY403oNe5IhqAZCAbAc8tUU2RNe5NSra9yRb6eM6&#10;zVYivclipUi5PHQqarFe5mSdWNlOvLBVeivcyrKxPfj6sK1XuSkqlTvyler3JIqFYX9vNV6vc5hw&#10;dV7csMa9XuZgTa456vV7nKOZyDfTnq9XuZElG07teerc17mZGvpz1emvcyqRc81trxE17mcONtzx&#10;sppN3WNe5kViRuHhxkiKZcTBr3ORYgXPFCKXNCa9zNE5XTvzRVTalwYr3M3msfdB7c9tp1RkV7kp&#10;X/xjjBNFhBr3Mqxq32e/KHGq6iNte5mEBtqBxUkVYORXucRT37acTqVjFOFw17nF6dr6ctNXQuK9&#10;zmqulx3uOVONOGK9ySjyafAW5sYVRScK9zIzkrqdfZy5VNMDGvc5pIgIHjxiqERXuZd/vdv7OWrY&#10;r3JSBT3PflgKtXuZEQG6jtywFVNe5lIbaN5vbtyxirA17nQBD+748SKQFVUivczt7mo0/hxSBpTF&#10;eivc5bWJGyxv4jnpmrRXuSGU3s5vbnpivV7mRUvYAc0TNbivc52AuPbz01uvc5qjL7vGdUGK1Ne5&#10;JVdO17c2oTXq9zJtGhHLg8K1XuZAt+Vq1e5yUnQctXq9zMCW8LW56vV7nPXy7jub82DFaivczqpK&#10;i5+PKDCtxXuZiED6Agj8+WrRr3MwZW07e3mq8K9zNFESdTYKe/NHCrFRr3MyROBcg8qVU3rr3Mnk&#10;jeD4cprrfeYV7kki1lOoHbtzYM02Ca9ziLIdwAFvo4/FK0zXuZt7WvcfdzVOV7mQrITblQZpoKr3&#10;JOwqqm/LVtJ1GvcyrtZ7a/dz008SBsr3M9h7fhys0n1V7n//0S/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yo78X7M/y&#10;PRvLGUUazYji7VJHtSlppFI+jdMp+m3Jx3EZ1XC3OhEf6Yj8DXK/6rsy7nKLW1BxcuCvzDTagfe4&#10;D7KFbpNTb8Xqas/7nEF+tmB/ZwlGRqD+V5MwqgIsY6WAN/xIoC353599HZllf8k3dy+1IgotWAr/&#10;ABi2kr/3omvlAzR3v7lxfStXsnD3URLqFiX83z3jGIg3WWsqCv8AxESEL/yaBxV8nGiGkdz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yf+Hf07frz+JJhUrxGoocsGrx&#10;SYD91aCLyYHB8LVjxH6+fL1vtmf9tO0O5eBlDDikJ6ALZIaEdRdGr/OwqQN9Lr+RbsqSMFPBKB/u&#10;h1KH+phQqyLIFJHkroxh0c1kkqIhKxI8ZyZdfiENvq5t74llulEJdpWUhrK5by308AbEMR4acycU&#10;4RAPRXKALIwrNSY+YX8oDzEkTfdRvS3xb90+0cTlTh2IQUs1MJBNDIpBRgpYtYm0Yt7ptc31Gnbi&#10;NF3pOGPrTunVtwp9WroJp45njaFlF/dPuEeBHwvxEmCnaKKGnRKaQAK3mIV3N+7dgQpa1v3fq4Zt&#10;3KViYx6Iwp4oUdmI6eHvn40pAzmEttJ3OpADa205xmxDE0qDHgpIpGidpHmVSd+hKgqB49iPuPEa&#10;7o4nARtxpP3KIkmVagB0QZnAyPWuYnCyyQSasLHYuuhNgW9nGeePFp6PD8QkgPnVTF1jJPmzLHob&#10;7bezQgC3jfitLhe08OkdIpSlsNEpQSAmRqw4kztBHHD4VKE1KN9MZtn7pAtofr8ONVJTVNXPOfmj&#10;5cj7liCBjCD4M594/HX7ueWoPIIOyQIiY20+rS0kKQmOE4mY6eAPThXPaoUJH7wUdz4/st9XJ9FJ&#10;X4JQ1c2GTvthmVR5oulyFDuQf0hDm+2zjw4GV2oSClOyNvOPvqq3A9pV93hOExiJ9PdUA06SbroE&#10;LDbYG/wFr+7f6uSKurwnEomqauBWcMA6gMgA73YoVZG07MWHCa4sltqBbmPM0e97MYyIw54+6oow&#10;mtgGyF2HjuNifoNxtt9AHEvjWVDU06V2BxpK4cvGrMCwHg2+IJf6GB+N+FxcUyYWD6QflRgw4XcM&#10;R8/Qz7jUyHFY6Y/LYgVD9h3H8SeIetxcV8YoZYqZ4qQ3kFvPRWINzJND5WwaaXB8dTxWHAozHoR+&#10;BFGYaKcACNUQftUCOgK1Tt/dU9KSB7yyElu42k9voJPGNPOgoP5lArx0e7cGinaohADe/sf3TELX&#10;PvF7fRpxx1sLEkKEbDGHpx9pNKyCo6TivpKdPtTJ1ehTNTI1jJ2WLfBhxY4bmOTFFSgSuhxNUAZK&#10;Z2j3nuPdljVAz6jQoeBtaC5h7Dt/CkLzQtRqIKSdqhIT7DJHtppJ2H5jyioJsrd7H2kezjfiuF0s&#10;ULU6qIKuVt7RsSJVkGm2zXDWt2sNfhpxkDRhEddKErUVAqlSdknAR51IilmQlpWsvt28aKfLGGYd&#10;vmxGaair0FhHUoBuJ7WUBVswv4eHHAAV0qNwXBgUqT/RGwepJV/vVcpZpC11Ab49vy5Gny5Di4Es&#10;W3y6cElUJEisE2uN6kAX1sGB19vC91rCRj5YEee2aXoeS3E8cNsj2GZ9I865mRpE2vct7bcSNfPT&#10;ySiMwvHJIQFaVihU695RZD28U41q1gTRki3UnwkwNpMT5YTPTxqUioV98/dzuTFsYwlUlwXFYI2Y&#10;EPDXC6EgXKpOGUaDQe7rxgwDgR8fnSNLfezrTIGwo2nzSZ9ccNteeKEodTxuxGuxifEPKzNh1SCQ&#10;oD0pWVCmtwp2eOnE/i8vPkUZtuNkQ0tOHAiD7ZrlEhA/R8RdVg09a7Q0yU9VAl3jW7RVSW1sbMVJ&#10;A8NvGi4TiRhz7aXISANZ1pURxgo9BAI9prMso/e4kMQoP5bisUeNKKWeQhQZ7xRhe9/NGg+sc0Xk&#10;qwBHlEGjI6gieB4p8R9nCuYlU/ZubezkjGIYlg8yrE8SbLKxVZYmsLIfMCr7jDUMPhx9bII2nywM&#10;0lYUE4gg+pBPmJ91cw6k2HA/hxTEsPkCzQmSna58yGTax/1Q1itx4e79N+ErluofbA8sTR4gd4CC&#10;rEYaVCYHViCPWa5cUlLjNDi9PD/WCljnddhDVMZh9gI86JlRhfsdl7d+JFW2n+HHrBE+Uk1dtPd4&#10;syCdukz7lA+4g9BFdN2OtuNWK4etPUCswhqnCy0ZJdf9Ip/tEAXXZb6yeErjahtEHrSY9oIpY2sH&#10;7yCRwjSr3zUZt2wBVBJOtz+fOP8AMcapqKWtzBh1NjFOvvPNAxUqSdoeTZ9km/f28LVW6lCYkztS&#10;Yj4+nHpJq6XQFDSSmeCz8MII9K9KpKkqQDfQni7yR1zzflCkEvTfMdZhboSDQYqqV9GzCxUhp1DK&#10;mvYH268QXy1PICHm0upHBc6uuFIKCD5zVV2KFkh1CoOOtkhB8jgQenhtoJs99Del3UqNBm7CEqGi&#10;bzFkgmlpZA57ky0rxyHsNCxB9nBarurWRM5StXdZslUNU7hC+L5VrailKAi4ZqOoeqiPxsAPYBwq&#10;/JtoEtlbeGxXjR1YQlY8ys0Hxl7jB02zionY6kEnqCgE4+YNJePpX1EyhJJVdPc21FQgCCOixqni&#10;qqaNEG0JD8sKacG2m55X9pvxzyjk7pBnOCam6b53pvMkv5NFiVDHTVQJ/dafeVf4WjXm0ocOJAWB&#10;t0Ygjy2g/wCcaq+q4YIDzKiOkKkH2AR76mwdRuomBTFs6ZUZYVFjVYbU/Nbva7QCNWjX4F2t7Tyb&#10;mboJmDA22Y7S02HbnUieqO4FQdNoXYDu0+HCFy+acXobGo9U4eeNG7ThXgoYdCTiPPbNKXJ/WbIP&#10;USgauyJWriYikaKUQDcY3U2ZJAPskEajiLnwLpxg038srccSaQEN5cCqoXxK6G59vfx5vvlghJEE&#10;fbIiaNm2C+JSgjzxJ92FLUV+KWv8sqC/d3OvEviObumFNFURQQypVRlSfmm2kkm24KfA3sB8b+HE&#10;Otxzw6wJOIgYEUtYslfdBI9YHsIqVTjEJJC9TtQdrKP28ZP88+CYYscE2GjbGzlJCQgawHu3RQb/&#10;AF9uHluxxcV1DGJik79kr7kExxjH2zMVJWjUSsysTe3c/s43t1rzBHSCGlnjRmJa9XBZgCQQqsW2&#10;lf8Agb/Hg4Y0JwxnhO39aJHctGBAJ/xcT7qy/KD943HOf+cnO1f5UyTRySalTTsI7HuNCGB1+HDP&#10;Cka7RtoSpJ9QT865fJxeFx+vxvyBXZszLDH86ElgjlJ8xaiAtGSQftuTqL+wLrbtxPgr9wpUgNLw&#10;BBPQFbPICCPMk1mMSHw5HlzrBV0yx45g8ZVAihqKqaCR1vd7eYJE1U6XU2Pe405QJ7wlIOzoIn2R&#10;TiAprFCp6QoAgezSffWF4ZAP0JH0EXHHVc75fdv5RjdOk8a/ZXE4/LmDf4UrKcxIBa/eJu3KgOiZ&#10;GzHYcfPH4RT3d/xIkTt04pP+aZPsUKhzU8rurrujYX1Ugg/8SBHH5Mp4RNStjuB1eI4ZGxKN50SV&#10;tAbAMY/mEWIhbHUm5F+/FiLtwDUQMds1U3OkaSEKP96ooX/pTrn0iosddVpL5DoktxclbobfQb3P&#10;OqOqzRh6S1sZWupyDunweQyROoIIDxS+YAQba39unPOPoUQpY1K4ACPcZpIhls+FJxOADg0qA4xB&#10;HVUhlo5RuqQF8F3Cx++9+KrK3XSqpatHwycrNG4CLHI1LOGsF/cPkNY+LQn6OGxbZUkKII46DCkj&#10;/NI+dNfy95jxgFAGxSSTHWf4v96pFZw6UdOeoVAuF56wShxylVWVY66khqUAa97ecrEWvoVIP8eD&#10;ZiHqaxnFcOmw/OuF4PmykqB+lTHqREqtqkApFWwGMC9+/l+HI2zPdTLcwIPdeLaVtKLap8jqR6aR&#10;Qpy/Mb5hKEqcK0pwEp1pjgSElKyfNdEMxf8ACu6E4bjUObuhOPZp6V41A8zipyvjBaJ/MAuklFjM&#10;WIUgQEA2SJD7COPnS/JHo3kz1hvVhckYhlCtpBIUhpKhq/D5jIpjPneau4DxG1gB4gjgZs9zHbBz&#10;v7N4rlYHduhIIEDDWkJE/wCbT19vIp1g2zhIWVYrTgNO2QhQUoEbIKzsoNc+dP8A8Vvp/gr5RyJm&#10;zK3U7BfKnUviVFNhOP8AZjGZcSgq2oHINr7MPS400OvDpwYB6VBLHKMQLK0YTyzKsce9SCxOha+t&#10;vtckf+xd5cDVrbbMjUAFLMY4TrA/3mo3VvY0wlSO4edUZCVaglMSMSA2T7FCggw/Kv40mdRPSY7i&#10;uRsjUAmE0bQ4TX4vXBXR1WISjE4ICU1O4w6m2lrgjLl3A+nGH0EUGScNw/yGaRvMM5nLKxJIJuCD&#10;ckW15JFhuq1ZK1qU4vDYQkJB6RCZ99Qfme9T91qBQEHCMFSI6yqI/wA31pQZb9OHXWmxunx3r51e&#10;zZjlbTwCI0cNFhtDRu4G0P5a0bSlttiCJRrbS2nFnhVTT0rH/eZWjawEUViDY+6zbibjw/O+lhkr&#10;L2W/ElJHmflQAuM8unYAXgMDED37aV1b6UekVU9ZW1lDX1UuJK8j/wAxxKWeKbcVJY0xCx7SQOwF&#10;iNLXN3GoxejMbLPIw2n3xvudDewItY27cXotugAeQpB+aVcmSZ8yanYR0Opclw0/9W6GloIPK2Ia&#10;SigiZXIsqsXR2YXtfcSfjyThWOURkLI8SDUkqCw8LE7iT+fGHrZUbCfP9IpO6nWPCrZs2R1wY21L&#10;zN0/xuKiNPV4fPVyuBsZ5PKmZB3UCFUUrc6e77b34pabMpdfNhl8xdfehtp4e8rBvu4gVawcRGGw&#10;/IiKbU1rMao89vPpQaDp+lFakrqVqfzCF8usuAtzeySx7LMPA27+3nCbMVPIGLIshuB7rGN76+BL&#10;Lf6uUTa8ZI94+VJu60GFHy2H8Ke6PprjhT5nCJ5IHVGQiVEnha5BurhVbQDxJvf4cbop4Hq4qlZm&#10;uO0EgtuJ8C/t+gcVqbgER6jH3UsDiVeEAT0/pWaowzHKTDp6DE6eJlddrVsLX2W0v5Pe4Gn2reNu&#10;GIw7MlOKaK4aCXbt99t4/wCQrBR93IzftykkSDj5e7b76j9bCiskAHGZ2e7Gib4hkRYqmopneOrh&#10;MrtujQQshNtoKNvJB17EePJSZrhRAEeNmAN72cEfSu23CZ/JWrk/tET17DRowp1IMFWEmB7cR+EU&#10;AGdvSllbN+INU4hhse2otvcL5Uxa11+3vuG0v47T38eY3qMtzVAczLG/iI23Wv290/RyJL7cRp4l&#10;bQUg8ADgemZnq2RUqZdvnd2KA2sa09CxHsIg++iHdS/wqjjEtRjeDRyUjEko0JKx6dy4k3jW/hbk&#10;TEZctQxD5uojivYqXYAt4jtoOBO67PrhSR3PjPHh7Omh1l2+Vw2TM6TsEaon2HDhj5zRas0fhhdR&#10;8Zw6Nsp0MuLzxqGmeCEhVAI7uLqPiSp0v2PItHEtZUslB+kgVbq4F13eKk+GnCp/ca4s0d8opUf+&#10;NEH4hQ+FC475MuDQrUmf4wcf9LHzoLMe/D46j5Iw+HGqqSlOKRSuv8lmjdZVi2qUkMm/9IrHcLBV&#10;tbjjJQs67FVJLgn3beHx4lds7mzZJVbthI2ghWr08VMW+dtpd/Z3LiDMAlWEe4UGeYekmesEytUV&#10;GP5LoqqjG1TCaZ1kDMLhlk3EsvsPjxmqMCp6pkADQt2NzyInLcPEq0lAJiOv1qfbHfq7yc+F7vp2&#10;GZI8urq99FLzL0Oy5mCqQz4YmBuCFkiswUk62YsSd1vH8uN9Zl2NEDxyhQSF11uT25e2yM3wJa4A&#10;kyeAwJqR7Xtgft1aLpsLk7RKT6Jk/Gk1D6L4M1mSpyDXFHhp2qnG9ZECKnmMzyAC20CxFtO3An6t&#10;5gj6UdNMc6i4sFNLhFHPUsd1riNSbX+ngZu8peS2ruyFcJBlIPQT01IzvaHa5gjuGgpDqyEoSofx&#10;K2ECcQOmhe9CfoGzV1/9X2Qek2OSNUYDjWK08WIVmHlXeKlDjzmDMrKGAt3B78+Y11g6h5q6x9Rs&#10;b6o5zqGqsTx6sqayokYamSWRpGsPAXJsPZxeloMp7tOxOA8hhWTtlat5WyLZv7UBKRIxwjH3V9XP&#10;A8GwrLuGUuXsBgjpKOhijgp6eIbUjijARI1UaBVUWH0cCJqdi1vHjiQTRpqpQcxFJY205omKtga9&#10;zvz5R356arpFe5lSqca8eC61or3MyVCudeXC6ZKDXuZPMjJsOO6q1Br3Mmxbd+UkVXZXucNqX15U&#10;gGtE17nmRdLc93c1YV7mMkXsBpywhNXr3OwFJsBy+s1Svcy+Y4+y3LhdVKBXucknmXUMeb7ymykV&#10;7kyPE6qPUN25fvJpgtA17jzTZmqowLntx4OUnLAr3FDS5qBH6TikOCk5ZivcUFPj0DDRhfjuoUh0&#10;V7jvFicbqNfz5WKZKK9ydHWaXT+PKxTXdzXuToqw9zx1WyqFEV7kqOuI7njK100U17k2OqDi7csg&#10;zTUV7kkVII908UDGvATXuSIqhwPbxwiK0RFe5LjqGv73NTNeivckLOBr4c3Wtle5njk3CwHPV6vc&#10;yI2tuer1e5nDEEnnq3XuZkcFbHm61XuZQ7BbDlNM1dQC69zOCGFj34yo6aRKUW9le5kS4PPHGmCd&#10;Zwr3Ow7liANBx4bKNhEV7mZZtLnXjRFMEAba9yUkrEXHLJFNaQqvczLUNa9+OHCvFivclxze7uI4&#10;lOJmkcRXuZ1kRl3ntzRqmyvcyhFbVvHmxW0qJr3M4iXw46E07rmvcxtEt/jypFUBivc5NCFIYDXj&#10;JwrxM17nYRu57nvzdOV7nQZlOy/bm5q4E17kqORgL8uZTXimvcyCUkC/YnlInGvaa9zOJDuG23NV&#10;UivczIN0e5TtHx15ZJqle5lRk2kqbHtb28dit17mYAL9rT4caNemvc5iQfujtzUV6a9zmpDi5B5Y&#10;Ct17mZFuCSdRxsjGarXuSkBS1vr54rE1uvcyFfEdueBBr1e5kiAJvzdWr3OQ23C+zm61XucoyOer&#10;Ve5l2Hcq+zvz1aBmvczIQpG4c1tq8V7mQSHcNup+PNkVWJr3MglvqRa/flAMasBFe5LjO9So8Txw&#10;0/E17ktH3MRrYfHjBTNJ+7Fe5yYDZbsTzQQONaKIr3OcSMV948tpCarOmvcyBdfo9tuPUtBJFe5m&#10;LAAXFr/Dmq9Fe5mCqNCdeVOFJ14bK9zOI1uvt43NNpVFe5KC3a6i9uammyo17mfyXtfb+t7crNam&#10;vc//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9yhf8AF2xlsa6q5FyAjawUU9QF9hralYQbfH5fmXfZXlSs0eDKdrzz&#10;TQ8yQB/v9cLvq4zWL2zt/wDjTDrsf7YvT/7xoZunEqYVlzFMdk+zECx+iKMuf48Q6IsaCNBYKAAP&#10;gOfoEttpaSEJEAAADoAwFfNKTJk1Wo7vK5kkN2Ykk+0nvznx6q1w57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7jVjuKR4JgtXjEv2aWGSU/HYpa3124B9586Ru3ltzmDn227Ljp&#10;6+7QVR6xA6zS+1YN06lsfxKA9pinjL2ES4/j1FgcP2qyeKEW8N7Bb/Vfh9PwEchYc82f+sGNzJBV&#10;1UtDg9FO4vZhurKwaAm7EwH6jfnym9m+WXuYF/M0pDkr0rmNSlHxqIJw2lJOIop7bM0Yb/L2DgVE&#10;KcwjSP4EziCP4ogGrGuqdDntaGiXIccEtNRpK1RTOxV5V2qsSxEjb7o3XuRrbmyhiFPUiRGmnirp&#10;Ny7SjDdfQE7DYkW8RfmTSc5KvBcIWhQ2AoJH+mAI2ddYEm3RENkY9f40AuA52ilY0mKUNfgbRRtv&#10;FTATEdTZhLCXjGt/tMDbw4yDGKCWrNNApowrEbHisjKf3wtrg3tpbtfgztb9Kx4MPIUjXbOI40KU&#10;FPNLTGsExrY7KQ8bgkG9/LDA7bfX4cmQWp5RB5xkRbaNqDqSFTbe2vttbhkXgj+P3Gi8J44efH21&#10;yqj59GKsxmJS17KSP+Q/8R+i/EviWEQ0VMmG1SWiLNIiqUITwZSoNwDe9gD24WruZwUTjsp0/tp6&#10;unpFKGjxWpaX5ujfeFUJusVFm10JA1FteJY4fNQxNI3vFGJhRbiS32kKOl9Nfskj4jhsi5KYHEYD&#10;9aqloETAJg4mOk0o48QFXU+Uh2x2VmdrKg0AIsbEm4J7cRM+HVdP5hwykhEtQ4kaVYU83/WAPex8&#10;eNpeWgqjafu8uqlwwGJOzZOHs6qfUqlnl37yEUbQOy/TY63+rkCokhMi02J0TkPILubSgIAAQtzc&#10;DQ2Fvy4cfmG3kBvZBx9tUPhIgjAYQImfLbOw1LCpIpAIPhxlrKmeuxeWpEryqkQRnlAtIvgSCftr&#10;4fTxkOgyEk4dPH91PJbhGnTGM7Rh++ucZjjJ+w3ttf8Ao5ipoY8NpHljmtUrsaML7jyCw0YaEn2H&#10;8+JHLdDjZJgkz51ZTjkgjDbXJo6eaMpN74b/AIl+RtyW09RiVSwxXD6FyqAieIxwTqPYJks7MfYp&#10;Px4QDKlJMtmMOCgfdNGzd2dASdRHX4hPWDh5UwLgVNRVXzFHVTxyMCAhZnS3j7pO3X48Yp8ByJii&#10;VD0GLpDigAWRK6nkim8Nuyvp0kdiNLFyo8CQOFakO251LSlXQpJ8Q6+TRi1ckp/ag6Z2A6k+qCY9&#10;BNNT4jm3DsVFNUYZ59A5sk1JMoKAalpY5jHb/gNx4j8wdPXqmT+cRGVkJMM8kSzCQ6aioh8woQPF&#10;tv8AHlTc99gqZ6CII652e+jhi5KJLKjpO3SSmPNJifITSrp8aoZgEiYswNtrAqw+Nntf6r8ap6fN&#10;GAU/yuIGbGMMUlTFKfnYfhc3d09h93jHehY0jDr202EpcOtKQlf9NPgUeucPjUsTUpezMiOdRrZj&#10;99uN1S+X8SEclNhzJKCNioTIhPim17NGB8QBrpyrOlwkwfZRihxbazKsYxnwn/TGJ9tSg1SRcSLY&#10;cm1mE0xmhmq0qKWRV2tCfeRWHYAMdgA8NeFWkhXg5/Gk7DqXQoJIMHaPDHwJ9JmsZFQ5u5DL8OYq&#10;l4oIUjir96M1gsimTyy3iQu7aNP3b8XdyHfPpjkitBxQJJBIEY8Dtwjb6kAVyCRAnywb+PEvisHy&#10;tS89OgqmhVxtj3WcAFSVLASXPgCoHx4i/KFo4kH3+80dN3QfEE6eMkTHQD5dImsyLuWx7cZKOTCY&#10;UJihSklDKxR42hdLX+1JCrKw10O6/ftxstz19VOOuOu/cdQ4EEKH+lUQfYK5iymw51ieJYzN/o8q&#10;R1cSByGLeY17H7D6sB9NhxKuAYpxlDSTgTPUCPaMBXQZT2Pt/LvyVRYxV1cUFDiS7E13LVusyFDp&#10;7pYt4jtbhc4zq6PUxStMIkpAJ6IiPdFY3BI7Fvo042VeToILVWGvHhtQilw1BMShNrEtGdrhj4hV&#10;PCsBSMAQOoGZo3Q93iYc2dfnsB2e0isaSP2P8OJZMr02OTzw4jHHPVBU2tTEJM176OjbTY+JPfiV&#10;T4TsEnpFKCgNAFBhM4giQBhxEifKpHm7FLOdoGpJ7cwJ0TzliM5gmw2T5mUsVE8DJck23bwCjae1&#10;ubVdNq2gKPUcR5zV3HUI8MyNu0FIAxOBMzGzCagR45hM0bTQ1cLohsxWRSB8DY9+T6PoF1Hicth9&#10;KaOdSdzB1jGumtiAw09p5YJbWNQIB6IpErMm1ka/EkbOMeXEVxXH8IfRKhW+gE/wHFvhHQvHaCPz&#10;cexOhjJIJ2381d2hsVUjx114QOvtgnA44YAbenCtLzNCgQhBPT0es4+6o5xxWcrSwySG5tewB+Iu&#10;eOVf056VU36THqyStkC7f0UHYD93e1m73J0trwtWopgBJA6DBnr20xb3b5+xOkefGuJqcdmO9IY4&#10;h2997n7luLcz4Rlro9gKjEcNwyKOT3wXrpJJdwsbgxRLKWLDUC3ET4UpUiB7R8BT5euXFROrqGEd&#10;cmB76wVEWNSRbXqDY/aESgNb4MbW4+V+bauKBUy3RU0jhAIljpoaaFQb9xL5bn6dvERZIBG2ev57&#10;fbShDWs+M+Ykq+Ej2msMOELFDeeSpKHuZJ3ZvuBOnEnDU5il8vFsZxSGOYMGtaecX8NqpGyaeFyN&#10;OBu5t5UISVDiDiB1jgaErZaQIQnDjEA+8ip9RDThhGsTWe43rYeBOut+Nlbi/T/MUk8HULBKHEJL&#10;e5PT0UVFMFHjI6qpdmN+5va1+JlWikErEknrBAHVJEHypcyCwZaUoE9J1A+oJik8crYjQ1BqsExW&#10;ph3sC6TuZ0PwRZD7g/4iOBzj2WMg5ljthOJNTyohWNKpHDKO+wSwhxbSykkD6OB9TCT9oAniOkba&#10;P0Put4rEjoGPxxPspWwVGKI2yriUgH7SNcfcbG/1cDaqynn3L0UsUdVUNRSJvYxstTETa20ojM32&#10;QL+7f28N0tyBCjhw/Sn+8aUZACSdsApPsgTUxKmAuUL2PsYW+6/fidmgzxliMyCkWanYBikXvwEa&#10;e6YDYBv+B4YpulM/dBV0AAA+ymAyy8ZBMjqIPof1qTcffyPT5jwTHakQ1WCLFMqmzxypAQdf9zJX&#10;se3t4Zt3qVfeg+75kUjftCx4kr/3mT7pNd84YdNW4dNfBKyWjqANgXzfLLj95SGYLYG3c68N0XMD&#10;bTa2wsftACOvEDyAmK9cXtx0q8z5lgdIK2GnnKkGRHp4g72N+591gRr3sfv4u/MF0JST6R1nporF&#10;sy4dSCodYUoAfP3V7mEZiy46eRWwMh3DXaVIIBG3ao2MNfbbThml2VFCVAkRtKhHuivKtnBilU+e&#10;M/5x8Q9lcHA0JF7cnYQ9HFKcRytWmlq23ozRoYJALaWKC20d73/hxd3igZUAZ9QOvz6KRftFjQtE&#10;jidWpP4+6sbruungdLW04IH+cGtqKuGsxqlTF2F1+bZmhqV90k7aqINI31niFxPeYifMfMYE+k08&#10;kAYoJSBwwg/5ion2VA+RMUG2nJj11FgR/wAg9uTZ8R6VZlp4oszz19BNOtp3qIkqYdgYlXL72lZQ&#10;tgRsubdr8RssKalYOqdoICaul11k6koSudkHQfKICRHUYrgVxWL3UjieMfEhvutt/PmODpQ1dTnE&#10;+mlU9TRFwTPAZEgTQ2V1qxEC9/3IwzDvbTiU3TdmdGko1cRB9sSPU0qF4gCbhPimNJgq8wUasOsk&#10;bBWNMUpBULQSkRTFS4iZlLFVIBYIpJsCRc/Ee3knB2635WxCNMMRRJTm/mfaRk3HeREw279uo32u&#10;3cjvwzt7paTLKkzHESPPTBTI9teeYs7gFCwqDECRiduJB2HYTw41ImenqYWBa5II90+BHw4Y3L3U&#10;bC6qgEOaIoZ5kGx5YV+XkkA0HuKBEWBN7FuTBZ3OoDVMxjAUJ69kelRZd5d45bJicQTrSn4kdUCm&#10;96KopiRSzaMFG1lJGl+7a8EfCpMoypBWYBURU7wm16qBonZ73LNJErRj4kOSTrbg1b1J8SCR7vht&#10;oL3DboWQ74sMIIII6AF6SCesCoV62nV4qmIupBv5b6W8bKxB07duCXU4v1PpMNFc+FR43SQqsbVV&#10;BUWmER942ZLPuuote2l9faoF6pozBnpEx6zFEItbZapK+7VOAWmR7cR7KSU82U0qxhkVT/Layobz&#10;FjmACkroQFPua38DzNgHUzBKilE0eYKzCJd7qY62nnZB3Kb5YlkQe9a7MQbcsbhT/iSr0ggdYkim&#10;3MqVJ1NpX0FJSTHSAog+6uWKUdfRyGNcKiq4wNx8qRF7/aIVyupHsvc8WWIYrn6toWmwoxViBbit&#10;werhd4iSLkxSvHvLDwbUezixby3xAJBHEeIeyidNowg+MERsSsEBXSJAOnhBG3Gk/T4jgfmkVF0k&#10;kKoYa2mcJu1sFcKwFvaNPjx0hrM941TDEcm4iJ54FAkhxFvJkLIPe2u11BZhewNgdBxQ2+QiMCeM&#10;piT5RReppptZDzcA7NOOB2DDEgCBKoM1LrTgOH04hxakHkOdHpk3omvdgo3d/YCLchzdU+qGXklp&#10;s309QrAKUaNTURWN/eZluLacKnXkHqVwgR+Ao8RlzLv9wgdRISaYKbJPTLGZ4pcKNOGG/wB4AxS6&#10;2tYEB799LcWGWus+OSD5tJKSppS1o9lSIJN17OnlybFAD3GpHA2q5WpZTAX0cCerHD302/lCCIIU&#10;D0xI9qZPupI490xo5IDTS1EyMiMG3QtOki2Nv0gDOfc+HBwg9TGU8OrY8PzAlbhLki8ktFI8HhYt&#10;NTiRFB+n6eB9TobJDiFJPXj/AL6SPbRAd2XrgFadCgOhaQr/AEpIPuopuNemjNkFLUVdGYsaYaxR&#10;0k8cctjf3fKqGiU7R3ufEWvwZRnCjxIR1rwxVdNLYxzUk0U6gd1Ng3mXGl/d4Z27QdSe7VjxBkD2&#10;xp99AxdutuUYpI/pgg/CPLGgvw7p62EQyUeF4lPT1Ch99JWQTUhNr7l3lBDttex39tBxsnzlRSVk&#10;lOAs9vsKzC9vEMk206/C/bhgWO7AkgHzGPkRVU2ikJBG3iY+dLig6fYslNBW1k/yy3vIsYkk1YaN&#10;HJSrIpFhrcg/Djm2L0dR5fnSgoACIjuUaG24BgI/d+nw42WD0T17fft91VQlwGR7dvvONJybJ4oT&#10;PUUFOVeTcDKoRm+1dQWQmYbjY323H085JiM7QCFGZYSTaJNu1h/iO0lfpvyxZAOogT0mZ94mnihO&#10;2JPXUF8t0FVWT1Bpo6iZUQebO0rPG+vuqZUEgJ8CosNbkaXkw5jxLCdnyEmwIxKrtbUG9vdICD6i&#10;eMqtUvYL48ZA94M+2tFpJHixNJTF+jmT84QTYfj1FHUR10KKzERONgKybWZCZLqwFgygXA1trxWU&#10;/U/GoV8zE4UkVTqVcX7Dwa3Alc7u291IiZHEc+2rMa2DCFFJPQfmNlFb6g/h0dDs6pLR01N8rWVE&#10;YWMzwh1ZVJ2jzIt4UXJ+1bitwjPOWMRqAkkq08lr7WUqRr46WI5D17uA2youMhQUNigcB75x6Ioa&#10;HO7kthDp7wDDE6iJHXsx4iqvOr34Veben1RVZgyVhUs0QDSNLRFSth75UpGffsBop8OU3fjf+rDD&#10;ulvpEkyHgSedVZ4mqKBJIybCOJV865Nv+LByF8+QmySGgBJ+86dJURsnCDxxmsluy7Il5tmf5hav&#10;DbJCykknEyQBOzZwq178GP0Zy5S6r4p1TzrhhoK/BqKmWBJaaKKZnqjJukcxFgdqxra5vrYgW5os&#10;VuF2Ro0AIvo3jyGzE/Dy6/MY11KD3emThh7OONbMq3GgQ2Ui1vu8eJ6bA3QXtxOtmdlOd/UnjTLQ&#10;MrWK9uJ+6ilaXa9xslw9mY2HKFEUqDk17kCSkeO5PGymKf1zXuRBSuTftytPAzXudfLS305Sa3Xu&#10;cdkya66cvqqsCvc7WoZdDywVWtIr3My1QHfj+qmyivckpMjd/HjuBpooIr3OQVWa4PKxVMa9zryl&#10;HNVsmvc8VsNOVqwxr3MIOpHPCrxXudlgv0cuDW4r3O1e50PLzTZTXuS0mZO38eX1mmykHhXuTocU&#10;qYdbm3HgukxaFe46xZlnjYFr8uFzSYsTXuPtPmxGN3OnHw5FJywRXuPtPmCnlAN7ceCgaTKar3H2&#10;HFY5R7p5vAUm7ivcmw1yk2vzenjTRZivccFrQDYMRy+rTTeivcnRVljq1+U1zTNe45pVqy6nltVU&#10;Ne5Kjnt2PLTNVr3M6T3Oh5oGvV7kxZiRYcd216vcypK/hz1ar3Mvmrb489Xtte5IWQ7r8rpmvQBt&#10;r3M6y3OnPAVfAV7kgSWTnjSTXjXucwwKX5WloI6a9zJFIQLKdeWrcauIr3M0ZUqQ/fjZpKpJFe5y&#10;uQNoY8tFPpRNe5JWQhAnfjIGNICnxEV7kyOoG2xvyy0U6Uaa9zMsqg68ZTIpOU17mZZGJBXty81r&#10;TXuZfNYyWJ05o1YJr3JO5Oeqpr3PAo2h1H0n+HLRxqkxXuc2AH6NB9r4DlSZp4Kmvc5Ku4+aOw05&#10;utEzXud+WiIVQ++3NVdKtNe5mCMg9v8Aq+HKqwpivc5hyVsD4jS2vNpVIq9e5IR7Mfd+s89qinAJ&#10;r3Mtw4O06g8upcitkRXuSN5YbgQAOVSZpuvcyIxKkj289Fer3Mxax5uRVa9zIjWNzzxrde5JBB98&#10;c1W69zpbFzz1er3MyGz7z27c1Xq9zKv2TGfb35Y1oma9yUFjYfRpxrZTOKTFe54oo1TvxyaUCvc5&#10;hQAqewE356tzXuZVW4uDYc9TgNe5KSS17C/PU1oNe5mDbjr7OVp0Jivc5K92sPDjkTVtle5MUkqQ&#10;BrxPONJBga9zmmhUX3H2Hj1KtVe5KhsBu3A8qRTSq9yaHUhdON0nr3OwYwx3WPbv9PNxVor3Ofnx&#10;bfD7j7fo56K3pNe5/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1x/Xfi39b/XxHgoO8YNDhVP8Bsh+fI+oym/Osv0&#10;w5N/Ms/ytuJm6Dx8mSXD7mvZXzLfVfm35jPrpM/3Fhpr/TIC/i77aEzE6j+SdCMWruxngqFv8ZT5&#10;A/jx759stcO6rr57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4C3Xz&#10;Gf5V08nplNnrpIoB7bX8xv8Ak1SPr5zm+qbeH+R7pOspMKunWmB0xPer9ChspP8AjdYqS907bv7w&#10;K4IBV8h7zPpQ8+nDAv5x1Np6p1umHxS1B9l7eWv1hnB+rmxb+GD0tw7pr6L8p02N0gSpx9JcaeQK&#10;UZjWuWp2MhJH+8oitp7fA85tdmeWKsMnZTH90lxWBx1mUnr8ATWB3alm6szzt/QZS0Q0Bt+wQqB/&#10;j6po/taWeoNRDLqh27QbjTvccPrQ1WBx1Boq/EJaZg42SOwBv2G17Wt8Lcni4QiII1eYH4Vj9LoB&#10;UlI8sfbEzI86i10dPVxC0CyqbB1Kgqx9hUgg34r8VzvJheJumM0TTsItqTMPdWMkWYOgUX7dwe/I&#10;9usjaeOpClpV0JjT6jT86X2lwoIkKChxCsCKDPEumOH1hSXA66fCHExm8qmZTHMQCNskciudoJvZ&#10;GXkXCMzYPUU0goZJ4VJuRMF3Mx8Uk2gFfoHI8ura5sV4HWnp/EbY9aFKXEPYkAHgOHrTTiWCZzoK&#10;umqcTijqyhsrwI6qF+MJdtfpPFLUUWIU0a11TExZv3o+2nf7W7wvx1m+SvFSYHFRwx6hwpgt95gg&#10;j2Vgw3GMOqqxqWJ/LdSVWKUXt8WVdtjyCuIy1crz0sQEWgicfaUdju8L3v4duG/foVESB5yaQlkI&#10;EUpCiLKKeRiTfX/Cx72X4cxSmkrSlBuSMRBhuB/Ssxt2P2bf8DxQHyThAHTxp9CC2JEetcEneN5a&#10;iRnMkhFlP2QoOth7e3Go5M82IUrOyGS5O89ragk9/wBnw5Y3Pd8JrSntX3QOsDGp6ZlipWYSXNiv&#10;bU+Gg/o7/HjNXZSiaN2mRVCE2SPVb/8ALzxt7OU/PqTwFUGlz7STTnTZpSMeXGl/M/4sNvyFj+fE&#10;XX5BrUeSoolZlKFmlk9lrHY3YbRrb28fYzAKBkY0uOyPKnWDMdKGEdadr6BQvb4d+JeXC5MNh8wr&#10;5gue7D6LjS/j7eGyX2zicB1bZ66TlslZxgeuPvj3UpI6iN1Dy23eFvZyRQYdTUariUksBmClzGyb&#10;222sb3NtB7Qfbygf0DUnTh0zEehFUStZUcCBw6PXD51iqGSdRG+4jw2n+PG6OCowyLz6WomptxUt&#10;GXDBib7TsK7VHfw4VvNtq8StUHgIwPqCYpSqVYrxHVgPdifbWMClq/0piHbbcj3vqPJlE9OzSwYn&#10;TbaiaQBZKN2inN7WYhy8BPw8q3Cp6xMQ2Ynp5FGH5iVp0KJSNqVQpPsSEq/3qos9M0qiakkUKiEe&#10;+AyePcizD/kLkaqwTDcTrJsMgqqbEp4hZlkBpatSfsgNE4jkPf8A3McD6lqZwUfZR8HUqxKSny8S&#10;fXUFH30zzV9XQFXqYJok8GjtIlvEuNt1H0k8RWMYJmbA5XocWimjpXKhYa9T5pBA96OVdncaglT9&#10;fLB5H8SsegUYoSi5xbgEfcUbD0SDMYbY86e8KxbD8WpxVYTLHOSSNyPdbqdpH0g6cSWJZXwqAp8j&#10;JKrOWKm/mAWtf312g2J7W4rbdSTACgeBw/ClCSpYxAIG2NvV86eVklLFZjsP+qP435ChwHMEk7is&#10;hnleyeXIkZIbUWJdLC5Phb4G/E7rpbVioUmJQnFBAHR7sJkn21zaanjXy2kA7m9x4anglRenPqPm&#10;DDI6t6KoAka12j2jaPq0Gut78KXXkObTHXs+M0jTmTTRg4xSCrup+R8PnelnxSmSRLkrvG7T6+KH&#10;/ZpxbC5xS5nxahpERYt5R7uVAF/dDDcR42tfib8xrEhJ9lOOZykYaDPPVTHgXV/Bsz0HzuWaKsqQ&#10;+8LeAou5b3YubgIxGjckSdKenuERPBX41PUwoBtSnpFBFyfeMkm+1/o8OI1KS6RwOGBHn10x/Nnh&#10;gEJE8Zx9RT7S47myuUBMNWnB8ZJtx+4Kv3fnz2H5Z6RYOnzVHgtXVAN7stRVbiTa239EiA7j3sBx&#10;OpYSsyY27APnNUN5dvGFqAA4ADHGay1lLmqWPyWr0p2caCCEhh8bys40+ji4oceo6ZWnwPLtDRkb&#10;TvMLySArfUlnvYX8eEAs0iTqUZPSPkK2p5WwqO3ZsHCkv/UlVd5MexusrmdSCWeNFAP7to0XU8ba&#10;rPeZsbncVDtMouWKRhRYC52ADTXj68uaiACD0zt8/OmNKU4n40+YPkrLWBQKKGFYI3Gm5y+5j2JB&#10;OpvyI1a00AqHXZZTu85ncj6lZbfXxD3ak4fI/jSpC52Y+VT/AOVRxzayH/oWEX+KniCxSupJkkl2&#10;CaQjS5CoNP3UtuJ/4LmkJxil6FKJ6KfKeDywALm3t/ssOJygwiSpBrcQHl0waxtHZu3huvc/D6OL&#10;FoAEHbSo3UHjPuqRPJMsdqY3k8AT+zkbHIMrsscWBUzsXJJ81hv08bKBt+jhEWFEydlGiH1q+4gD&#10;hAI9uOyuqT5oKWrBZ7drED+PMlNglB8gkzCXzUJNytwPgWa4t7eFa/CYoxZuFrw8MdWB+M16SSpL&#10;7U1HENmdYPmlpKZ5aqI6FYmQ2IF+8SL/AHcTskwaOmHChBxT6g/M1Ih7fpNPy/jfiFkGXZJP5bS0&#10;bPIzbnUM7S6+7+8T2t7ObUiEQDE8ABPvk0vDikDFWn2R8BWZVWJGUtodVLEd/hxaNk/N+MRJWYFl&#10;oU1LIyR+ZPuCCw0voCQfp4XLy5KDPwOHsxM+tVN60zIW9PSBt9NtQf5hRRH5eeo3SrqVuL6/C3Mk&#10;+SszYafIx/M1HhkQJJhpEjKgH7SMH3Objx3cb/L69hCY6ttFyMybM90hSx0rn3ERXI1CyfpoadnY&#10;9twsD9BPImMUfTKnpKSgxiurK5UctKU8umVrowsW2N2PA65bEqkEecH4zQgtrl9eCEoR/plfFVYg&#10;cZkiJ2JC2lt58wd/9XYeAHi/SXp9mCskbBMWKsAXSKeRb6k7VEqhSbeHA44lajEjn1odIvVNJxSJ&#10;6QCPiTU4S1EEYNShb2mMG3/IJuR9/A+zf0dzRgEHnUclU6xKG/Sxh0bb7pKygA21vxGXHUGCqOob&#10;PfJ99L2bltZ2Jx4g/LZWSCspprSo9t3gdDwMP5pitNLHHW0hjEVryRuz7te5VySB9B4eN5i5b4KH&#10;ltwpQ5YJ8/OE/AQfZU1QFFhxywzNOH1KiCuCrL3spuLdtQbkGx9vDhvN56Z4xGPtBorXa6fLiP14&#10;+yuXFlhlQkU67Jqeo3FVAjbY5U2sgBLAtrrpqeCy2v8AvTG31A+VElxaJeSdIUBtmCRh1iK9xRT5&#10;iw6inaOanko5L7kcqQp8NUa4HfwtwTofSvhp6evymcKDjTC3YOpKgAeZEY9Ve4o4nw+s8mprI1G5&#10;SGlA/RsNbanQEeFtPaDxQVBeJ9vOHO2mm3YASkwZOBBn44es17jpXz4vh+BrlOCvk/lxm85KWGVY&#10;V84AgS7yrMzbS2gI4qC1IEAJM8Yxj1mmmiG1lQPjiCVCcOiBAj0nrpqkw+jmrxiIjQVCI0ayW97a&#10;xUut/YSq/dxSdMM/ZswLHZKOWZquICPYtZFuAGhDu67T7p9uhA14IMuypF2v9oCBgQUwmOrEEHHH&#10;ZSHMklCBEY8R5bEjo6pJnjwrFW4TT18XlTMY76ExHaddPj4cN02Z8u1uHCHNWWqaKSWQslTTRyGO&#10;Sw91vt2Gl728bfWP3covLMS3CgThhiB0TMe6otS44Fq7tcQBtMR1ads9ZJpKQ5bxTC6wvRYrPLEQ&#10;V8mbyyL+0EIDfkKXpu+NQLjWRcZjNOVllemkZCY3UH3GFtdRp28O/Eir560EPJ0np2/KPZFGSMxb&#10;WotvAlWEKHE1Mjxythk+SxamkjbcFWVVurC/i3gLdzxsE/U/ptCtTh0YglkjF/lpXSOUX1Ty5jLu&#10;YeNiLX+PHG8ySoSVGekR8CDSjuba7wBJnbrTJT1gjTHrNZ3ocIxucSzxJUtFoGkQXXxO1u+tvy43&#10;R9QMr45jAoMyxVOD1RuTLHHtS+2+ySGYOrk+0W9tracXh4ueIq09cYR0xsn58KfTlbtuNTelxIwx&#10;nZ5pKY9Zip00FbEf9FKSr32H7Vvg3HilxKTD8Qpxh+OUr7mJRkBgfaBYmRFfYdSLe6OPB5YxSQro&#10;xj1MdNJjZgJUtxtcRxOoT5xI9tY5/wBPCPmoLt22sgYW+k634qajNWcsDiSvqIFxKLftNXRSksh8&#10;XljO5be21tfu48bk25AOBO0DHHpxnCiz8i0+IKi2YHhWMDhsSRpPrJqBFFh2tLEBC9tY37fV24Jm&#10;FdSMaraY0+AYkPnCF8ulrVVWkGt1ViNth7dnDZbP5pG33QfbQWcy9DBlSYA2qQomOsgzPtFJ/E8s&#10;4NKxjxPDi6sNWhLLb4+6Q4+ndwRY5MIxbARV59yx5DTNaWalVgx9+ykke4u8WJIUd78VJZaaTqII&#10;PQcQOuRBoqSXEGbZ4K6AowPSkcuHVmHV70eU8bZFiS601TtdQuzUdhJp/wAS4tosMoK5TBlqvXyp&#10;FXcsrq5O0dnWUMpAuPsqvDkMpUmVAkHiMR8PnRWFFo/tAT7gPVMH30w1TzKqS5loTZHu3y4azbvG&#10;JkIYdtQS3GvEcoRYZTJV5koKqh95f9JoJpIkN+zaExgH4LbgfdsWboFKTpPSOEdWyjhu/KvtKVj+&#10;isSR7wr2moNBW0WY6mejwSqgqNjMvy9ZAkjpofcPZ7273JI4/wCVMUkw8eWMUp6xgLFK9QWddTH+&#10;mjaMgj3r6a6ezhK7lTyDrZIc4HD2dQ9lInCh9XibUn/E4ehmmDOuUqwUXk0dFU0IRifOoXAaMkDd&#10;+hdHVlawt7LH28EbDM/NQslNi+DSq0oNnicywEFS1wSLgW/1uKGg69g4CmOr54D3UWu2AUJbckdB&#10;ACufSghxTpxNVRRrhmMpJLGUIE6CCqupAN9hEZP0x8U+GZuyZX7ZMNn8uYkq0aObH/gWJseWU7K+&#10;71BXVhPuAoqcy99AlQkU34hgGbcLiePHLTqgDCSaJVK30+1GF3fXx5SpcCKqp2lKSHTeptt+F+3F&#10;YAXhAorkAEHprDNhUUi/LS08UYMQcurWKvYG522JBPgedSy1hUtZnQ3926310uDtvpbjgA6INKBp&#10;ThWGkwfDI5QtKop5WIYyyFyN47rtLWCkW5yWrxCGrioMP8tGWL3mqIi+4DQgEMp3eI/hwrcTwHE7&#10;eApOGwoSJPiA2+vyr09PS1WHNi+JiYwrMbrQyqouzbbsjI4CC9jzWz/Hlr66oz3kLK7SWiiw6pqW&#10;hClVDvOVLhSTa4UfTbmEHaQr/K0joQDhs+5VdGOxVANpcukeIuBM9ISkEf79RuPTFQ4XTZNrKzD0&#10;/wB6ayQiV2V3dFjjADOqqDtN7C2nNeqXCUQbUBvqdeY6nHxVm4p6Sev5UZXjPNh+3vrzwAp0LFe4&#10;2VGGpICNtuailIcr3GaXBALkC540RSgOV7jPLhLA+8unGVJ6Ke7w8K9yM+FKBcrpxjQasHyMK9yE&#10;+GX/AMnpyuin+9r3G6TDpU0JvxsopYl4V7kJ8O194cppp/vZr3IzUH1cbiKvrr3IjQSobL257ZTg&#10;VNe5x3ypxwKq9e5yFQ5b3ubC6bKa9zOKsK1iOW101omvckJJA+vLAzVSkivc9aM/Ry9Vx417nRjV&#10;NRz01ua9zg8bD7J5eauF17nEGVeVrZhVe520jE+/ry4rQb6K9zsP7NOXGFeKK9yV8xKo908tNMd3&#10;XuTYcVrYvsty4XTC2RXuO1PmSpjI38eDlIixXuKKkzUHPv8AHg5SZTMV7ighzBE5+1ywg7aSlqK9&#10;x5p8WDW2kH6eWIB2UnU3XuPSV4Z9DrcaeHPCU0lKdNe46RVln44V01XuT4qz96/Gwuq17ksVQOt+&#10;KAZqwE17kgTAi4PLGqkV7kpZjt78pWq9zPHLZjt56vV7mdZ3tbmjXggba9zOssnhywAO2rFINe5n&#10;Dv3a3LQBsrQSE7K9zKslxc9+ep2a9yQrofs81NU16a9zOkljbmqqpI2ivczo17G/jxlVMOkkieiv&#10;ckFxrp48apNXuZATbcDy4pzZXuZUbdy1WC69zOJNunPVpKNeNe5kR7H2fHlaTxNe5JVtzAdj7eap&#10;2Ir3M6MrXYjTtb9vPUzXuZ1KEbrduXinNNe5IUKy7uOJRhTYFe50oWxceHEahpxp6Yr3MixllEZ0&#10;PgeKAnCabBr3Mnl7VIbuPz41p6adJwr3PKt15YAjZVRXuZ4i0dl+PL1qvcyhmbTlK9XuclkNyCPD&#10;mq9XuSFkBUaeHPV6vczDadB49/p5uvV7ma7bdvPV6vczKdii+ug56vV7meIgg2Frkc9Xq9znEASA&#10;bgXI0+nlDTaq9yUyhRbS3hywrwE17ma6FdoIt4aePN0+nw17nJAgj90njAMba8FV7mWNLsL8c1A7&#10;KbUozXuZWRA/u8ttraVGvckpfsONkRTCgRia9zOFDJvU6j4c1Vga9zsCx2gWDezj2qnAa9yWJNyq&#10;g7DlYmnQnjXuZAQGIvb6uWOFWUqvcyae0fdys1Tva9z/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zV7zziv8AXX1y&#10;Z3x6+9aXEcURW/1ad/kkI+G0C3PoS+jLJ/zG8VuuP7hauu+WtIa/97RXyAfULmv5/OMwcmdV2tsd&#10;YbUUj3Nilf1sqP5T0KpqHt829IhHxN5yP+TeDPz6uK5o0Qjnuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7hXut1JiGdM95a6Z4P71VXzRRxqATeSqmWCIWHc3B0+POBn1h&#10;5urMsxy7JWjiEqdI6VPLDTc9Y7tcdSqnrdIJsrd67XsSPchJUr4j2Udz0oYL5OEYtmR11lljp0Pw&#10;jXe9vp3j7ubqmUsLythGUMOyz04xICjw2lp6WCmqVIKpTosKKUYbRZdOG9jbmyaS2kYISEp6gBEe&#10;4Vxuvrldy+ty5ElSlKJT0qJJx86MDTpPBVedXQAS+Lpa5v3Nwb8wTwGkjMecMP8ANhctrEvmIVJ1&#10;uB2+gcOkPlIxgHppOAXMWCR5mD7yKdDURSSj5eez/wCFzryZgcOCV1Us/T+sWkqAjKI5WdTtJB22&#10;YDTTsOI3iYwiruOPf6+AR1AE+6oFcWpofKxKESRN/hsbX8eNmNZ4r8t1ZpM94U8schsJ6JdxNtLs&#10;uhI4hSpRwUB54n5UuZtW7xJ0KTH9E4GsNJh36JarBql9qdllJIt7FJ7c9hseDVUhkoKiWNiWcSBm&#10;RT/qvG1rN9RHx4mdyli+xcGrrO0eU0j79+xwSRp2ADhUqWkp6+nWPEKcajvIof7jrx0w7NdNT4i9&#10;Li8BYWCs0AHmBR2JOikEexj8ddOAp/d5xoHulwngIJPtAOHrRoH8IME9NMGIZQkbZJhsrIIBuVXJ&#10;K39irrbjomJ4XNaWnWNooh7wPute4+2Lbu1z2OoHI1uXXbJUvogbASIk8zQht096mAces0wV1JiS&#10;wmmqnlVpPetcsoA8Rbt34pIcwU9SWkpJStO4UXLWBFrsFt7xubjUDjbeYF8QdnPRTTlstvADHp20&#10;zxUXlxlK6LzZR2I72HY/SOOMNTQiAR0QC7/thz+akXF/19vHgUHiPZSQtq/jqPWfzDejVA2hfsbD&#10;p/wfMRp5I2b5Zr3cbY5FFyNL2Ot78UMvEmRhFbSK9LWx+RuqFAeNWLSxtcXJJsVGunbieGHxYg0k&#10;KQNBUOSGKrcW9pvbU/C/DQXfdgrA6jht9a8pIJmaUUeJ1GFojmQSxMAd0j66g6a66ew2+HGCbp/U&#10;PMtLCwjBY3eQHUE7iLW0BBsL8LxchXjBgf0TE0YJWHBB4VnXPdJFG0m7cdulhoDtvcFrX+rmDGOj&#10;WI4s8dTDSyTLGNquDoh7i4a35X4tazBFxhj6T+6kSXwxJNYKHq1lYlKSasWNrG6kFST8Nt+dr0Nr&#10;5qj+YZidYANgsHUX0GrWPfll3ECNp4aqYOZ4Q3iOOFPRz7hmzfQCSZf9UE6fXybTZAwfCBItRWxQ&#10;q2gVLubHuLoDYmw4hUEujxCD7aYN8sHwifdWSXHKidNtNAzE+02H134qsMgylg1PFTyy1VXTi4ED&#10;hmjYNp9ljYWJ+nx4U91oH4YU93rq+ATOPWI6+uklidJjmKVE0saU9JMEBadSPM0HujcBfQWHGfDc&#10;PocCdP6u4NCAGdpJatUkJGlgQb6Dw+k8J3GHFnGSOvGlblwq5/uiiTswOyPxrNLh9ZiiFsVxGYKy&#10;IoSnd4jdd243W2puPu4+TdRs4UlPLJTV0VAuv6KmjMR17gBFA1HF2tTScEiiP8q2FwUlR6TjUSk6&#10;cZSnjKVNG1aG1PzTmdiRqDd78QuK5oxrEFM7YgZTIpFnDsQfaSoPCN21K/EtKVef7jQkaShAgJjp&#10;iKUlDlvBqH9DS0IjQW0UAD7hxEUIxaZjIxLh9Wk7Hf4/asRrxcyQnwxW3AyjGCT07aWbsqReUuiW&#10;At4WHYW45SLhlDF5c8ca390sZN7k97AJusOPviME1pC5xCj7Mabn8+abRzYaWtb8+Z/5tT1MSU1P&#10;TeWIv3UUIBbS5Y2JJ4lSjD406SP4jM1jiwueGUymS243F3LafD2ciRS1NXUrRGUU8VhdUmZgLk+A&#10;Frnx46034q0UpGKRNSSscRDyKXYHQhNfpvxpraCCOMebWbCb2MjWGhubKLt37acUlMYSK9JO1IqT&#10;DWR3KiNwHNz7CfjxPVM2ExxNDVytIzg3LdyPC3iRyim0mlrYUftpxSOUjfTkD/Vtr9/OomSvlMGA&#10;0k0pUm7EBUt46gl/+TeEN0SNlLlEp+9QqM8lTCWmq3SJCNNQxv8AXzFi+V85VMav7lGSPcjUH3j/&#10;AIg7hbHhc0tI+4U+l5pP3Ek+vymo9LjWGg7Q5mI7sLd/Za/G3BunE8avLXVtIpO7cJm3m5N7BFDc&#10;s88TgkH1oyF4P4Qr0P4xXVbjS6JRiSRr/ZEdrD23aw434thGU3qb4rJLVmNQipBAioCL9tzLbiHu&#10;kqxO2lQvHVfakeaiZHxrNTtiFQm9rIviCTu+oAW42SiDDp5JMPwRJKdmayz1KsNTexQkrqeJAmDs&#10;pctxxaYU5HUlPzMVJWCW9vNY/wDAcdVz11OwSmfDsB/luBQya3pY4lcAj94oATxUh8tK1JwV8qLf&#10;yVu79xWr/Gkj34U1y5dwivlDV6SVJU6ecdwH0Buw4FGbMYzxmirOIY1jktRMt1BZntbsCv1cQKQg&#10;+IAT759lC62SzbDS2kAdUD9KeKPCsMoE8mlp44gbmyqANfo4EmI4Zic72NVNUT/urZz/AMrWAseF&#10;S1FeH4UclevxY+75GnaMRooVQBb4cYKnL9dh1SJWhJLf4iAbnv4668TKbI2UvbuNYgGOquR8tjci&#10;5+jjRLgOK1dfHCPJgDt71yzAAe3YpAvwPPWhUZBSKPmrsIEVyDIO3Bhy4udss7Xoq941f3ZY6VvL&#10;Qgdz7xRSG4GF26uGAqqrhh8Yp92Pumm2soKGsA+ahSRl7FlBt9F+RsfqOnWM1L1ee8DgeV/cE0Ms&#10;azHwBYQkg/STxMWehRHUcR6CflW23VqEMLKf71QMe0isaU9bEdsEoCjshXQfXwKMY6M9MM0W/qji&#10;LQ1IDEQ1kbRmwtosgDL95F+V/L68VacOIMfKhIzfv24hSfMpIPukVmhnrFO2rVdexU3+m/AdxjpH&#10;nnCZjTwQ/NwLYWhdHUX/AOIsRf2255R0CQZ6ttGaL1p3EyD17anq24bjpxL0WYM5Zd3UlSssUW3V&#10;G1XQgWKk24YIzB5tWEgesUoVaN3OJ8XkPwmuVx7eS6XNdE7yTVtOadxfWAjb2/eBsPuvw1aztSjq&#10;VHn+lFjlsowhBETsUJPtrwIPbi9wzNFHNTOlAN0z2KNGb9u/utYWsfDg0t80S9s934cKDD9mtMao&#10;EYYg+6Aa8QCLEcNJ0WxC01TUVtPZdifp4vLdgLD3WhLDQNfk3btvd0StAE9M/vqG89ZDgSJkkmQZ&#10;EnYPEJ98VFmjAFkFh/bfhi6SDLtZh8gy9WJRVAfcPlSYN19CHp3CK1/aL8nS2uVNjQDEyo6MNkbZ&#10;gHbs29VRattaVDWnVhHiAMeShPvioRkaO4YblPccbMZixHDH+ciiFXLptkibyZCV0se3iPAni03S&#10;HgU4KOziCeoyAPPGnmv2ggkgY4fd8dlZyEqI/LcDba1j2tx5w/PlDKRh+aYGgbafekhOwg+BlQFr&#10;/VwMXOVsv+JI0K93tFKNDzZltU9Un/fTh76gSYTTgBqcKmo+yL9rgfxPHM4VhOPq+MLIy0+kXlQH&#10;zFG0BQ52/pWB8bpf2jgReyp1K9SFAEbB9wPXhMT10vRfm3T3SkhS9smArHGEz4RGzbUVo1VfKmc3&#10;XsCSB8ONS9O8u4r/AMkt44kuTIjqVRn0swVQRb/ie0/DhMpLyhLmME4Dp6cYo8/m6kgKXJIHVgDw&#10;OMmOqR1101fUQPeVButa6m+nhc9/uvxtq+l2LYVKJMClAqXZmmhEug76Ifs2I7BbjnmbxTR0nCfb&#10;7pHvo0azZDwIVJTs1Rx6+PtFZI8VinJSchbdt3t+H9vMsQwuqV0xcT4biCgWkeLfEwX7TNLHuNzc&#10;WuL9+C1p1DXiJhXCaRqKmj4IWk9BM+gMD4VyLT7boUeMfutZb8EjI0+cIDF/KlSeKRtxkhlDOQG0&#10;uR74YEX1A4JLS9Wo4lJnbhQOvmGFnUs6T0EH4xHvppxd8LaMtXD7Q2lXBIsRYgLqCLcMZNmCpxVk&#10;XN1BBIwQWkmhZXHgQJFQ3J07kcEgaQCC2fiflQJTaoaEtFXocPYSD7qDiHBaKAk5frZUvJbyle8Z&#10;0uLKWAXx8NPr4scHrMQopDNgdfNQRqiFoHbzYiDbUAt4nwtzTzHeQVgEniBiKL3AHsVJBPTBB+Hz&#10;pHYxlnD68E43Q0+IzAt5cwjRJlYm5G77QsL68RuZsMzHXVbVOWBhkzuNUeIwyebfuGWMgi3x4TLT&#10;cW6/AUxGGon3QD74oQ2rrMEPawBsgyB5iflT7gzUuE0a01XHWQRRkkMZQ/uaXud9119vHjKcGYKB&#10;VkkxH5StCgT0ssUqJuGh2yqhBA7gm3FPeKfSO8AJjhET57fdSF8pgyiUnYqQf95mfwpoxqpwrFFv&#10;DQ/No5YxSwPGWCG/vOrMtyR3sT34rqfEmmmaTMGHxia9lqKZgzW/xbhZgeIl2IcOqAD5fjTKkpQA&#10;UL9CMKRVTgWJtGYcrYi0d/tU9crqo+AUgofv5DocyVOFYlGq41iMVNGrr8rUxmVToQBuLm1vDhan&#10;JVg6m1DT0bT78aM1hLzapbRPSMPlTRU9OI6hxixwmi+dleNpKiik8mRjoWP2VDX8STx5jzniEFSn&#10;kVEM0RYkxKu1xoO+4Aa/A8Vqt1DhPUCJ+NFYtEKGOB6RiK6qcj4c6VMskFTTStGq+a7K4NiT9pXP&#10;t4rKPrAmFQ7MxK8MckQIaVDIpuQACdQCDbgbuktoImU+h+KZ99IV5T3kafEZ4GD8qD/EeheGVmMN&#10;i2WpoRLE8t1icxSMXRt32R4g2OvjzW3/ABjMey1m/wBRGCz0MqVEUOCxKxTQCQ1E5Ona+21+YMb+&#10;PF+9E4gIAHlKj866Jdktuu0y1aVAjU8o49ASgUc3oHgGIZYyFHhGIh1ZJpCquxY7SFOjHwvflPVX&#10;l7Dq24ifbpoCPy5BpQNlZTJe07aG3iVq8q+UNLacZLdLO+HRXuMkuXp9pawI5oo040oSrjNe4zS4&#10;HUrchNOUA1UqS4K9xokwuW9pUs3s8OVKYpSHYr3IMmGEttI04wkE053k17kCfCIx4crEV7vK9xsk&#10;wcP204/opQFCvchy4HP3AuONlunu8ivcaJMKlDkWH18SqRFKUu17jc2G/aD24m0VcOY17jVJhxV9&#10;RccaKYpaHa9yI2H+Ki/NaacDte5GejcHVeailAUDXuYWhKjUcriKtMV7nEbgtubk1uZr3OYlcaHj&#10;4UBWtIr3M3zAv7wtz2qkxTXuchKjePLzVSk17nOyNrzU1rUU17nF4brprxwqqwXNe5j8p/A8sDSj&#10;UK9zoM8evflprWkLr3PebdtRyteLcca9zMXtohtz00n0V7mVZpRbaxuOPa6b0ivcdqbFZ4rC5+s8&#10;fSqKSrbmvcEDDMxwBFEx1+HDNB18aJHWSa9wR6Wowutg8yGTabePLqbFExSUmvcbpq1IWK7wQPjx&#10;Fp0mKVhE17nODEgzanTjmrTW1Iivcc4K5fadOaK5pooJr3J8eIbe+vKSaa0kV7jhDXJuXXm5Nar3&#10;J0dWGsQeb1xVa9yas4JuTywXqrVe5IEy20PHEmasK9yRuC+9e9+PVYV7mdJAiAjTiVW2kbgJNe5n&#10;WW50PH6VDAV7ktJF780RNeI1V7khZvjxoikfdk17mZHUnXngKc7qBXuZlcbtNOUpPXuZldWI36d+&#10;OpxpSlWGFe5kudA3GZpImvcyozAWJ05c0oia9yQJip3X5WtEV7nIzsBcE/RxSk1cRXuSEkJFySpH&#10;hfiZRKTSU4GvczRSAE7tL+HPOJ1CnVjCvcnrMSu1ja/3ccC5EU3Fe52j+6UHb9e3GyZrYFe5mBAb&#10;4csDFVNe5mYqb+Gl+WmrV7mSNSrXvcHlDXq9ztYyS1vbypwxr1e5lKneUt2tbltomvV7mVRtGnfl&#10;a3Xuc1Mp56tV7mVWN9eer1e5KVixsT9fPV6vcyxn3wg+vnq9XuZ7C4JXUHv7Obq4Fe5nUgC3PVuK&#10;9zPGxGh8eVWNVaWnor3JCG2ja/XxhKYphKTXuc1W3hr9PHxhSkHTXuSlUqN6nX2Aa89tquvVhXuZ&#10;YjKgPfX4c1spswK9zmiSRuEb3T8OerxxOFe5J2IrAa7r9+WreuK9yQUYLu0tfUjlNtXHir3Ml1t9&#10;XPU33de5/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9zBVVMFHTSVlS2yOJWd2Pgqi5P1DlgCowKZccSykrVgACSegDE1yVWd&#10;gi6kmw5qgdCKyfM+esyZzqR+kqnaRif8VTM8rfmvPq0+inKQL2/uQP7kwyyD/ti1K/8AeIr4e+0j&#10;MDfud4ra6644fMmf9FTj6qqoUeXMDwNTo0sj2/5dRqg/5X4ann0KVi5RJOe56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuJz0a5cj6p/iIYHUVVO1XQZcqJK+ZFvdVw+I+W&#10;Rb/pb2ffz5jN/wDMv7Ydoz6x4kWzndjjH5ZAQf8A0OCfWpI3rd/lO7C0gwp5IQOvvTj/AOg5qzbo&#10;tgjYD0pwyAWSWqjNQxPiZmLr/wAmEDm2CmCZexerjqKKSWnmJ03lQT4gEBRftrzKlAD+AJBFcmO/&#10;cZTCgD0xJHoZM0IJkkWRibbjYGw9ns4/V2LYtgsKUzVEfkgkguNGPsAbW318ZXbafuVHnTTYD2MV&#10;HOH01RL5roPM/wAWvJOHyZTxZkbFaGSllW6rUw3FjbQ2tb6eNraKBsq51Nf3Mz0g44U2zU+LUzHy&#10;mEy/4XF/q8OKGmy3jdQolwKuSthR/wDdVV3NrXufjzylqbgH2n9Iot75EkkETWFcUpo0EWJQtC47&#10;Edh9Q4GGYaCveuaWqp/JdGJKwXtr4kG55cuhJxMjqo4YhKRpxEYA0+0dYjwhopTLcakgW+8DTjXH&#10;hNXPeelnFRNYjaDttpexA1uB8eLUu6jqnYI4CKV64MKEVnV0W7BwDfUtqPoFracesMwTG5GEcsUu&#10;4i+6MKXBuARYqQV17W+vgSudF0kh0avOD8sPOtq0DEGY4EwPdB99NlTiFHApaeVFUHuRodPs6nx+&#10;nw4J9H01zHUReTLTidSLhiTGy7tbkKQBbkIXeWNtKPcpInrJ/QUZt5stB2kDoABHvBPvoN8UzZlG&#10;GsMjVSxTfuj2nwAF9b+zizy3kSSKpVsYqEp6dRYB2G6/hYePA6ixuFqgEUoezBtaZONBnm3NGLrT&#10;NR5XpmrquS52qjbAPiw7EcW89LkimqNk071IQe9sUd7+BHbTjgy91SoKj6UTOZhIgAc+tILDMB6w&#10;11G0Zpkw55Dcux3eN+x042yZky5SEmjw9mCgj3ifgbk9+DO2ysOApdkpGIOIx+FFCrhRPVQg0nTX&#10;MlRQeXmLF3aR2LEwIoUAiwHvBu3G2XM9diTkUNJEm4Ag7C1vG1idbeHNpysu4DEDpj5AU6q7CBU+&#10;g6VYFRg/M1lVVaWIaUWGlr2VRbkfFsUzMKdIqyvFMrXYrsEbaadvHvxz8kWcBh5Un/N6jsp9wLp/&#10;kjDaj5mmozJKNAzsXA+OvENtoHLzVdS8zkWO52sNLbrXsPo4pLAQdW3zpalalfbA9KXhpamni2QR&#10;RxR+1EANvr5jpFwKJt8SmdyNwLaDTxsOIiEjZVFr1Gu5nqXXbKoVfYotyRUyUSoal90jfaAQW+jw&#10;txCpsKG0zSpKtO01Bjhm3FEiURE/aubn23vxH1zZinlO1CItv2WOun/EbHx44WykUsTFKGCLDEi/&#10;Si7DtY9uJ+po8YmU/MyIHsPdFgTbX9657d+JSDEUtkJxqfS1FMDeO99bE/2c4CSKFNjMIRb3yCBc&#10;/dcc0ARyKoJSZjDyP41mMcjvuQ8YRX+XN5cHvI19wuWJ+I1tfiVSAkUuJJx2+6pLxRnuTyHAnlTP&#10;VmmKBLW8xgpJN/aOFRITtoxSCoYyB5T76wSvEsXkhhr7e/OMtDmDFZVeKHy1bVfLDGwtcncSR944&#10;nL+nZVkhDZxk+dZFqIqSEB3ANtASLn8uOGG5JjomZ8SrY6cMQbPL7wt3tqNTfjpUpSZAxqy30jBI&#10;ppqcdmHuU1LLKxP7o/PtxvrIsD+fRaKdpnjsA20G+upIa/08JirHxYUrAJE1LinxRoi08IS47Hv9&#10;B5PWmwDDSWjpo6ua6ndUObLcnsqFfHj5dkSKSBOvYSPKo7tXVa/Lys0Sf8dix+835Gqc05lSRpaL&#10;EqShjkABWGGO+v7t33G540pUjGnlMJMSCT1msYwDD5FVKmKWfYbgvI2v0hSBxMYlXVdVDur6+STY&#10;fdYk+94m1jYAfAcbACsZilbaZP2x5U901FHB/vHTiNb9rDv7ddeJqjqcFqW8yKWWeVzt0sO3joNe&#10;JjBOB+FL1qWnDYKnSmdRd12/dztsNpxOAsLAXvd3K6/Qe/G09NKW1kgk1g3N343SYPebyHZ5lXVQ&#10;DtFvp4wpcY053xisqM/cnjTOhWoEcUURC2tfc7HX6ew4x3YONLkPYYk1mK7h7xPOUsGJVTBGCpaw&#10;ASMEEW73N+J3G4GFa7xIOEnnyrsbV04xTYMaeUxySsxPvFfdUjU9ja/ESGCozS1L46D7/lFZQ5Og&#10;txnbAZZmDbFkJBt9p/u1725Z5EUaC4C8Un3j8JrveRqbW+njLWZYqYA3ksYgBuKWAVvvG6/18QlI&#10;A4Uvad414yD93+nkNen2L4nIoUSzm3YGTbYgk2CsO59vE5bEbKWpve7Ek6eslP8Ag1w86Hdv8xed&#10;VnR2rgbdUIKS6rcyG2h7iz3PCd63HT/vv4U8nNC4ICtXWIx9gj3V7+YU+4xg7m+A4HeZcvZTwdG/&#10;mVdNVPcLtp/DQ6bh24HnrGRjj6/hFCFi7cXghAB6STj6bKkQsXBLLb2X4haTPNDlpgMvYfMClyDN&#10;UOVvfuyaX4Tpt0sfvo/DCrgQ6QD5fhFZHjDrtvb6OOMXV6kxOpb+umF0FXGTtIijaNhf47zxmQtU&#10;n/fqeFp3f9zUtJ6eHw+dYDTAC6s1/q/o5LxDI/RvNlPNV4HUS4bM40hchoydo0DEDx4ldaw2D3/j&#10;Trbr7JhcLH9JPJrqI1I/ygH1X4HGK9CM3YTSDHMH/TwoLkwte30EcqykI2HHnoilhvUOEJJMj+lx&#10;9kVmEovY8U/QnNE+C53TL+Ms8EdS6RF5CPdu17k2A7nx5N+6mcflnu6cI0nGeTQRz7L/AMywVJgl&#10;ImAOZrjI/u+6L/HlgFVlKjrJUqGRpomB3PcKQQRbaygd+Zbod0wlRwOI2fhWLQu1siJCcdhEn38K&#10;jRldWYqfh7OPhw1MMIpoJjKkYDGOo95e2g3izi/j73D9FslUKT7OcffRZ3ne4gQekYesYg+ysQlW&#10;XcsZv3Fxpb778d6eoy7Kjw1iNRzAAMJB5tOw1+zf3wb+O/ithCMdcn+94fj76SurWSEg6ifRXuw9&#10;1RlEobaTcfr7OTaTCcIaAYvhUDUQi+1PSs0kdyfeLIDofgTpx7SBikR0acefWa8pa2x3SiJ/oqgH&#10;27fZFcSrBj5rhxfQOB+RFuYqXL+K1Fe2O0nmVMaLdpIgNmmoLIBtB+m/E4tUOmTt6QAeTWxcpbHd&#10;memD1/3xxPtrrzIL+WyBPgdfr5LXE8QmTz45Ul3ayI6hCtzrZh2t3t7ObdyVp0YHHyg/h7q2h4Nm&#10;YKesGQfMH41xmoKSVLsL/R4fHiojwvD8ThAxc+XNqkaSrtDsQCdhXaGCgew9+A67yFQwEk/w6jB9&#10;Nnwp9OYrZOAEcSPntpgnhFI/mRsxQanbrb6jfmSqyo1AyR0FP8vMyhgaeV0uwHuaA6km2njwgQ0/&#10;YHFBPr+lHLOYNPmHFz1KAI+VN/nYkZmYszQ7hYPGp0+m1+LLC8S6oYdStJHMk+xQDBXQKw19hXaR&#10;28SeGdvmwJ0u+EnYOJ+FJLlm3d2e1J/GaR1fS5MqpwlRFLSuWLb6eVgSTobg3FvoHJkGZsPxhpKT&#10;MVDNh09redTOzREg37G9lv7DwbNXQOE6eonHk0RuWxZgtq1DoVtp3OFVmGL51M8dVGACFkG2QXFg&#10;d4tfT4c5R4tXwQNPhNVHXmE3UIBv07gi5I8NeCBKwsE/dHR10jU0Fq0lJTPE7D+NSVhisseIR+X5&#10;ilLHVLN4E+P18n03U/GaiaaHFwGZlbcHA3KAPdIsAWB019nGmw2sSElMGnF2AH2kyPX3U2jJuA0T&#10;IlHH76tt3RsVUe2+tlHsH0a8c6XHsHqmDRSyRnYCXB1LEm4CC1hzTl0AIj2D8ZpE40W9qZ56Kxz4&#10;LiMVOGqEidDIVAI/d9u5iTfjlTVBqmSqFS1im7cyqVU27Ncfx4+lSTs91aV4PDEE9Bpulp44d8Bi&#10;V0BtqxH/ACqRb6uJzGKyVpBUyCOVAAV2KVYkE3sQdfu4keKWzMSPWaNWBp6jxmp1HSYasLUkasp3&#10;WsWDLqB/iBP58izdQ4f+SdiFK1VTbCSAC2wgabvoPApc5iyJEYR86MUZepw6kHSfjUWPKMYlOIU7&#10;RJIzXvbb2b2g25rtfiTx/wA/9RsldhKCOCOgpkVUUrt9+QklSTq1/wAuc6N9YF8oniBHrNdF+z0F&#10;jK0pWZJWrbt2DnZQyZXWaLBYkqG3MNwuCCO58Ryv6qpaqh94hrA2Jt+tuRKOuptSQulCd19O3PRf&#10;6WN0t1HNxNNnAwa756ehMY3RWIPt5vuxVioHCvcaaikuLuLnlFJiqhRRXuNEtBA1rjUnvxJiaUJd&#10;J217kGbBadrtG2o8Dz2nTSoLr3GefDI+23XjBTq20+CTXuM02E2awB5vEUoCiK9xvkoJFuAfq5XX&#10;G2ngvpr3Guai2m7oTflVgKp7UDsr3Iv8tptSUIJ5QJmnA5XuY58JpwAUW/08aUinNZFe4m6jDWj1&#10;KgfRypSKWaq9xsahV22kHjCkE4ithRnCvchT4X3Ci/08TFJpWHCK9xrfD7DawseV0mng7Fe5DmoG&#10;UHb4coU9NKQ8DXuRTRPa9ieVp/UK9yJ5LhvZfnpIrU17nj5itz2rpr0A17nNJ3vZu3HSQa0pIr3J&#10;AnUi3HAcKa017mRWjP2ubBmqxFe528aNqOWmtBUV7nAR2OnPTT2ua9zmVtqOUpMa9zja+nHAo1sG&#10;vcyq0im6njkxXoBr3HKnxWqg0WQ/fxYHSKSqZSqvckNjVWx1b+PPd4SaaLHRXuONNmCoTQnihK6Y&#10;U1XuPUOaGvYnv7eWK5pju4r3FBS5kjZbMRymqkym5r3H2DG4nIKkccEGkxZr3HiLER2Vu/PE8KSK&#10;QRXuOcNe/wBk6jjMU1Br3HGLELC4Gvx5ZJ01uIr3HCGuSQbgbjioKrde5NFVvFhbjCzjIqnGa9yX&#10;FPbikAkVua9yUs5vpxwA1ua9yUJSBfjCjFbJmvczJN48oFE4VXbhXuSYpzbce/GVHRtpKpOmvcki&#10;YbwNLcUJMCroQAK9zOklmsTpxOnxUylMmvckCQXsTpyw2xVwcYr3MocD7fj25cirHZXuZAbFreB5&#10;4GKYmK9zKm1j73ttyjiia8sTXuSC37qDX28YC+mn0jUINe5mVywAPh7eOlU7K9pr3JIbS5PGgSTV&#10;ThXuZhJrtOp+Hbm0mTWomvc5xABb38OP01XuShKxAY/RzZwr1e5m3FTtOgvqeUEqFer3JEbqbte4&#10;NteWBgRXq9zMSncac2K9XuZIy7Lce3m6rNe5z8shjr481Vq9zJYgc1Xq9zMFuVI1tf8Ahz1ar3JM&#10;RYgBgBfx156nQa9zKBYAg3vpzdO17kkXd7HQDnq9M17mZI/Mub6jmqoo6a9zkHBJuNdPbypxreoR&#10;jXuTwNshUXKgX5rZTRIjCvclgg6WPb28qcaZia9zpA5fUggHue9uODGn0iMK9yYi7veJuAdOeNeO&#10;Fe5nI3LsXTjYpNOo17nVkt9VuWpRpr3P/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wGvUVmE5T6BZ0zGrbXpMExR4z/AMef&#10;LSCMfW5A4f5U13900jpWn2SJ91RHv/f/AMryO+uNhRbPkf43dq0/71FO+X6f5rHaOnPZ5owfo3C/&#10;5c1s/TPReXlnEMRtrNUiP6o4wf8Amfn2P/Rnlvc5LeXcf3S5DfmGmkq+Lp99fEvvs7L6EdCJ9pP4&#10;UivVfX+bmzDMMvpDSGT65JGX/mThlOdjKhaiq89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9yDiVdDheHVGJ1H+Tp43lb6EUsfyHA3nOZt5JZvXrv2MtrdV/itpKz7gaUsNF9aUD&#10;aogD1MVPwrD5sXxSmwqm/wApVSxxL/xJ2Cj8zwzP4I9PBgmdM+9acZheWZqemwuF1VTc1Epq6sHc&#10;R4xQ/Tfnxd5V2rW25mYO3t+hx1251GW9OGpetZOpQ+5URE7DNdE2/pqznt8sO6yu4t7dq2cTqL5c&#10;8SighIR3ba/tSTqmPuTE4xZ5m7FsMy3SUWC7X2Ig2hLaKgCLe5Hhy/PHeo2GY0CXglQnvbbY/Dvo&#10;OS9/0NHlKhBtrjzHdz/ypRU1/Vu71NbMxy8+Zuf/AJhSbpuo2HQrskhla3b7P9PEVV49SzIiRq5C&#10;G4DgEA/Rfmh9UWUpEC2uT5hr/wCaUbp/q5d6Jk5hl/tuP/mFTB1LwYiz0831bf6ePNDn6qig8is3&#10;GxHvIANLEHx8ePo+qfK/4re59O6/+aUXr/q295lGRmFgD53H/wAxrg3UnBv3Keb69v8AzVx4bOmW&#10;pXWplNaJQu33Aigewiz9+IFfVBlSp/ya5Pn3X/zSqD+rh3r45hlx9bn/AOYVCk6lwt7nyxKfG1+K&#10;3Cuq+VIEFPjSV1ZELaFYwRbtY+ZwMXP1JZa8BpZuU+Xd/wDzSvH+re3oOy/y4etz/wDMKS+MZzrJ&#10;v+SHGKdr/aY/xUC3FDL1m6XLI01LgdR5hsBI3llrf8hcUM/UtlrYg29wf9T/AMOkC/6tretX/Nxy&#10;/wBtz/8AMKZ6PM2ZLEYlWs4P7qqLfmdOOUPqUwmmj20uHyI3+LbH932uNj6kcq/5l7j07v8Aw60P&#10;6tner/nI5f7bn/5hUOsGF1snmVLVDA913WH5HkF/UPQVUn+nLWNH4KuwAfVvseI0fUbliTJYuD6N&#10;/wDzSlJ/q3N6YwzDL/X8z/8AMK5UKZcwsE0FEqse52rc/X35Em64ZUlsxo6lmF/eZYyfv33HHlfU&#10;dlK/+Ye49jX/AM0pn/om3vX/AM5HL/bc/wDzCnylzKtOCCre9odpsAPD3Robcif59cMjjZIaeoux&#10;NySva1hpu4tR9SmVIEfl7j2Nf/NKTn+rX3qJ/wCWjl/tuf8A5hTsmasHV1vDJtAA7LfT6+YU624O&#10;QJJqaZnXt+jj+vXdc8ufqVyojG3uPY1/h04f6tner/nI5f7bn/5hXIZvwuO6JDKVvfUgflfnGp66&#10;UsiukNPPZxruZe+23a9rX42PqVytIgW9xH+5/wCHXh/Vsb1f85HL/wD0Z/8AmFco82YGj+YaeS/0&#10;L/G/GyDqrlryWWspKiR37kbAPo+1243/ANDI5SdtvcT/ALn/APNK2P6tvesbMxy723P/AMwqa+f6&#10;E2VYH2j22J+rXTmD/OdleGIfLUU5e92LFLH7m7fDlVfUjlShH5e4/wDQf+HTv/RNvetW3Mcv9tz/&#10;APMK5r1Co7bJIpCns93+nmJerlOiNsgkDMe/u6D2DXtwsP1E5Vwt7j/0H/h1c/1bm9X/ADkcv9tz&#10;/wDMKyHP+EOLNTy/8m/08a5OpEEkju/nkEaD3QBre1t3bjY+onK/+Ze4/wDQf+HSs/1b+9BH/LQy&#10;/wBtx/8AMK5DP+CKm1aaS/tsn9PO6fqPQx1TVbwy7jb/AAn+J4lV9Q+WnZbv/wDoP/DpV/0Ti3oi&#10;P5hYe24/+YVHmz/QMAI4ZPrCj+B5yl6hYNNUmoljqG0sF91R+Te3jI+oXLZxYf8A/Qf+HXh/Vyb1&#10;RH8xy/23H/zCuo8/0Kx7Ghkv7Rt/p5wfPOW3vMsEyzEW3COMfnuvx7/oYbLP+Zd//wBB/wCHTJ/q&#10;496l/dmGXn1uf/mFZ06i0SaCGS3/AAP9PIK5+pYJSUilmQi1pW0v/wARuRxtX1CZYr/mHf8A/Qf+&#10;HT6P6uPehP8AzcMuHkLj/wCYVmbqPhh/3CX/AJN/p5wiz/HFKJFg2+0Kqj9vEJ7fcrOP5d/2N/4d&#10;Kz/V0b0/85Cw9tx/8wrBLnvBJhdoZ7/StvuvyHV50NXLtd5xCQAVDW0+/wBvLJ7fcqG23uP/AEH/&#10;AIdOo/q6t6EAj+YWHtuP/mFdpnvL8diKWQkeOxB+3jcMZwZ5TJMkuulrKbgdrknjh+oHK+Fu/wD+&#10;g/8ADpwf1du9I/5uGX+24/8AmFTf852HxptgglH07bfdfktMy4REG8mB110FlIA+/vxO52+5YvYw&#10;+P8AU/8ADq6v6uzehX/NwsPbcf8AzGsH+cjD1uVglO7Q3It91+Q58yQ+8aaMrcEeA+i5H18RHt4y&#10;yIDD/wD6D/w62P6uzejjmFh7bj/5jWZOo2BhNr00pP8AxFP6eRGxyKVdk0IYaaEA/wAfZyo7eMt4&#10;sP8A/oP/AA6e/wCid284/wCbhY+24/8AmNeXqThS2tFOAPCyf81ch1OIrUjaWZAPshVAA+q/Hf8A&#10;Z6y0CAw/7G/8Orf9E795+OYWB9bj/wCY1m/znYQO9PM3xO3+njeZ3j/3mdl9g7fSNPbxMe3fLf8A&#10;jD/sb/w6eT/V5bz8b+w9tx/8xrkeqGEEW+WlH/IP9PODSLY2W7HuSxv9PKJ7dsuG1h//ANB/4dPJ&#10;/q895h/zH2HtuP8A5jXH/OfhP/KPN/yb/Tzuqnepp1pjoAQSRoSfp549uuWH/WH/AP0H/h1Uf1ee&#10;84P/ABfYe24/+Y1yXqhhANzTzf8AJv8ATzpJZE95JGU9tB+3vrxn/Z0y7/jD3+8f4deH9XjvLxv7&#10;D/0Y/wDmNePVDCr/AOQm/wCTf6ecU8ssTUbn1uPh4fw04yvtzy9QgMvf7x/h0pH9XrvKnAX1h7bj&#10;/wCY1x/zn4T/AMo83/Jv9PO9sbTeYzsthYbVFx9d/ZxhPbjYJH9xe/3j/Dp4f1fO8vG+sD63H/zC&#10;uD9TsMP2IJh/yD/TxxQ4CJvmJY5ZWFrBmFr/AE304nPbbl6hiy9/vH+HTZ/q+d6Bgm+y8DzuP/mF&#10;Y26mUBFvJl+vaf28g1tRHOWFJTRQhtbkbiPvHG0dtGWj7mX/APeP8OlrX9X5vMjbf2PtuP8A5jXN&#10;OpmFqLNBMfo2j9vE1W0WO1os9e4BH2VJVfuHs48e23Lz/rL3+8f4dGDf0A7xo23th7bj/wCY1I/z&#10;nYB/yhyfcv8ATxOy5Pq3fzDP5jWtdmYH6TYHnldtmXER3L3+8f4dKx9Au8gGF9Yj/V//AJjWVOqm&#10;DILLTTAeyyf81c9Lk+olJLOmrX7n2Eez48Tntqy8jFl7/eP8Otp+gbeVJn8/Y/8Aof8A+Y1yXqxg&#10;4vellH0bf6eJDEukEdfKagSorkHU37+HhwqV2wZco/3F7/eP8KjIfQdvIoQu+sj/AKv/APMa5/52&#10;cG/5Rpv+TP8AmriJr+gGJ1BMlPVwK5Nyzb/4beJHO1zL1bGXv94/wqNx9C+8oEfnrKPN/wD+Y17/&#10;ADs4N/yjTf8AJn/NXG+n9PuZ6c/73UrDU2If2k/4eE7vapYr2NO/7x/hUua+hreJsyb2y9r/AP8A&#10;Mq9/nZwb/lGm/wCTP+auO1H0Yz3h0oqMMxiOllBDF4ZJVJPxAXtwp/2ULQbGnP8Aef8ACoyV9D2f&#10;OCF3lkZ4ftv/AJlXA9VcDP8AyKzf8mf81cFvKuVK75yVupMFHjCSWtKu5ZlI7HcU1I+nhvbdrFm0&#10;ZU06CNhTon3qFAi/+greJYJtb+zbMRBL+n3NfKo8vVHCmXbFDOv/ACD/AM1cGzA8SwvLhVsMlqXA&#10;FtkoVgB7Ad1/y5MzH1A2TSQksvGOPgn/AH+o4uP6vPea6Mrvcvnpm4n/AJQpqm6h4dOnlyU8lr3B&#10;BW9/v4snzrlapgBqaScTA3LBlIJ+IJ7cEVt9SFmwQe5fwP8Aef4dB1X9XNvTjpzGwH/kx/8AMaiR&#10;9Q2hcBUdkvqDa9vv4zRZly3GsiCjkCupFrqQSSNWBPhwatfU9laQdVtcSf8Aa/8ADplf9XNvW5Gr&#10;McvMddz/APMKdv8AOZh+y3kS3/4H+njXS4pgdEr/ACSTQM273k2g6jTx4tb+p/KEj/ia5B6u6/8A&#10;mlNq/q5d6z/zccv8pufj3FZR1Owspsmp5X+nb+WvFBhnUI0jIKyIyiL7EiAJKPbdxqR8OVT9T+UD&#10;bbXH/oL/AOaUy5/Vwb1LEDMrAdU3JT7O599RZM/5ekO4084P/A/81cyYnn2ixaOSCugaRZNNwCo4&#10;Fv8AEp1/bxUfqjyiIFrcDr/Zf4dab/q4N6kR/wAMbDDruY/5QwrpOoeExH9HDN/ybr+fIGH5sw7D&#10;KYYegnnpyblJNoAPtChiCeJ2/qfydsGba5VPT3X/AM0NLnf6ufep3/m4ZeCOM3J/94VkPUjCe600&#10;oP8AwNj9OvHimztgGHMBh4qvKvfyXVDF9ATfYDi1P1S5RsNtcx0ANf8AzSi1f9XDvW4IVmGXef8A&#10;lIP/AChXBupNBNGIp6eTbtI0I7/fxS1PWGgqKVoooZoHUDZt2lb/APESwA+rhRc/Uvklz91rcmNk&#10;hr/5pSW3/q3N67f/AJuOXn1uf/mFNE2bsAnkAkpX8sewKDf7+B/V5zV3klpFdTOLyhrWLXvca8IH&#10;fqNycf3O3uR/qf8A80oWsf1dm9Lf35hYH1uD8WKn/wBecCVAqQTjboPs3+tt1+dnNNDV4nSVdVJU&#10;RQ0zhmjiVTv01Fyw2/V3+riNH1HZaFAlm5wPQ38e8woxT/V5bzISpIvrCSNs3GHp3GNRGz7SwKY6&#10;OnLK99xewP3i9+POO5+wutopaLD4pXjlYvsqUSQAk3sGLE2HYezgqX9TuVLTpVb3J/xu6Pxcostv&#10;6uzekKCncwy/AQCn8wD7O4rFS52oYSN8UiAaWjIAsO3u3tf2niZo81JSAtDE0bXuAH3KNPYbcQf9&#10;DK5RwtrkeXdj/R0bOf1eG8q/+bhY/wDowPgzU1894TJMGaCRVH+FUDX+Jvx7wvqRWUUqyTB7AkkI&#10;bafD2c2n6mMrT/zD3H/oP/DpE5/V07xkaU31gB1/mJ9vc1FnzjgsqOBTyAsb/ZT+niyi6yUTUslN&#10;W08r7hoQF0PtOvF6fqdyoAg21x/6C/8AmlEQ/q4t6EHw5hl8dBNz/wDMKb2zRhfnJJHA42m5Olz+&#10;fE82fMsVD7qmhkXb9kptve3fv3vwPu/UdlD4hVq/t/4Hs/09LU/1de9acRmGX+25w/8AQFOEeeaa&#10;E/o0lIvextb7r8LD1Z6NdNerGIvjmKy1kdcyhPM8uNrqCSA36TwvyCM/7YMszZ3vUMvDCIUEbPRZ&#10;qdsh+h/evJ0d2q9y9aeGNxhO3/WOqplP1NeBY41gO1d1yGt3N+3bhQMy+ic4gxXCcSh2hrr5yMDb&#10;/gQbciz/AGRrRJlLbnrp/wAKpWtvo13gYx/N2cnoL0f8pU/f51sIdFEtNNcam23+ngc13oKzdKd1&#10;HitAp/1vO/ZHyo7R7X/jbn+8/wCFRgn6OM+mTeWn/ob/AOZVl/zs4N/yjTf8mf8ANXGST0BdSJNP&#10;51hoH01H/Url/wDZItf+Nuf7z/hUoP0c53/zN2n/AKG/+ZV7/Ozg3/KNN/yZ/wA1cxf8N+9RvHGc&#10;N++f/qVyp7R7U/625/vP+FXv+hOs8/5m7T/0N/8AMq9/nZwb/lGm/wCTP+auRn/D26kFtyY1hg/8&#10;aP8AqVzw7R7Qf625/vP+FW/+hOs8/wCZu0/9Df8AzKvf52cG/wCUab/kz/mrmCT8PHqS5uMawvX/&#10;ALyP+pXGT2i2p/1tz/ef8Kt/9Cd56P8AmLtPa9/8yr3+dnBv+Uab/kz/AJq5Hb8OrqS42tjeF2+m&#10;o/6lc0O0W1H+tuf7z/hU8Po/z0f8xdp7Xv8A5lXv87ODf8o03/Jn/NXIz/hx9SWYEY3henxqP+pX&#10;PHtEtT/rbn+8/wCFTv8A0KBnv/M3af8Aob/5lXv87ODf8o03/Jn/ADVyPJ+G71JftjeFffUf9SuM&#10;ntCtT/rbn+8/4VbH0f55xu7X/wBDf/M69/nZwb/lGm/5M/5q43Sfho9T2+zj2FffUf8AUrjX+yDa&#10;/wDG3P8Aef8ACpz/AKFAzsf8xdr/AOhv/mde/wA7ODf8o03/ACZ/zVyFJ+GT1VcEDH8J++p/6lcu&#10;O0K1H+tuf7z/AIVWT9IWeA/8V2v/AKG/+Z17/Ozg3/KNN/yZ/wA1cit+GH1YJuMfwj76n/qTzyu0&#10;K1P+tuf7z/hUp/6FFzv/AJm7X/0N/wDM69/nZwb/AJRpv+TP+auYW/C+6sMP+S/hH31P/Unnj2g2&#10;h/1tz/ef8Kt/9Ci53/zN2v8A6G/+Z17/ADs4N/yjTf8AJn/NXMDfhcdV274/g/31P/UnlP8AZBtu&#10;Da/95/wqsPpGzwf8xdr/AOhv/mde/wA7ODf8o03/ACZ/zVyHJ+Fb1Xe5GYMIv4a1P/Unjf8Ab+2P&#10;+tr/AN5/Gnf+hSM7/wCZu1/9Df8AzOvf52cG/wCUab/kz/mrkN/wp+rjrb+sODffVf8AUnlhv/aj&#10;/W3P95/wqcH0k51xurX/ANC//M69/nZwb/lGm/5M/wCauRJPwnurz3tmLBtfjVf9SeMK39tlf62v&#10;/efxrR+kjOv+Zq1/9C//ADOvf52cG/5Rpv8Akz/mrkY/hMdYSCP6yYN99V/1J5r+3tt/xtf+8/jT&#10;yfpLzsf8xdr/AOhf/mde/wA7ODf8o03/ACZ/zVyIfwkOsJN/6yYL99X/ANSeU/t5bf8AG1/7z+NP&#10;/wDQpudf8zVr/wChf/mde/zs4N/yjTf8mf8ANXMTfhG9Y/DMmC/fV/8AUjmv7d2x/wBbX/vP41sf&#10;SdnX/M1a/wDoX/5nXv8AOzg3/KNN/wAmf81cjt+ER1mP/PSYJ99X/wBSONf26th/Av8A3n8acT9J&#10;+cj/AJirX/0L/wDM69/nZwb/AJRpv+TP+auYz+EN1pPbMuCffV/9SOa/t1b/ANBf+8/jTn/QqGc/&#10;8zVr/wChf/mde/zs4N/yjTf8mf8ANXOH/DQvWz/sJsE++r/6kcsN+7f+gv8A3n8a1/0KfnP/ADNW&#10;v/oX/wCZ17/Ozg3/ACjTf8mf81cyj8IrrcNP6zYH99X/ANSObG/duP4F/wC8/jWv+hTs4/5mrX/0&#10;L/8AM69/nZwb/lGm/wCTP+auEh9S3p4zV6Yc90mQc211LiFTV0EWILJR+ZsCSTTQhT5qKdwMRPa1&#10;iNeSblGcN5y2XWwQAopxjaADwJ6awt7Ruzq57Nr1FjdONuKW0l0FvVEKWtEHUlJmWydkQRS1y3mG&#10;mzLQvX0qNGqSGMh7XuAGvoT7eF+WYdm4LKx7KSKUHMoZW7HnqrFe57aeXqkV7nRAtytb2V7nQXTl&#10;gavNe5y2+0njmutede51vf7IJtzwXNVgGvcyrM69ieOg02UV7k+HEZ4SApPLAkUyW5r3HmDH6hDq&#10;3FIWKSqar3H+mzS6n3zfltYpP3Ve4oqPMkbGxNr/AB5s7KTrakV7iip8dpwu1W0PPCkJZIr3Henx&#10;RCPca9+WiqaYr3HyKuJ8eb1EUnIivcmxVoIuW8ee7witba9yetWpA97jRUVVqvclxzhtFOvPAxjW&#10;xXuTI6k7u9uOKhe2tKGqvclJKAlybnjTnVSdSuivczLKW0B1Hjy7Z40+givckpMp0J46VCtFOM17&#10;khXLGxN7duaB1CmVV7kxJbEjvfmqT17mVJR+d+PHGlQGsV7kgSLYs405oHThTavDXuSI3BbboNLj&#10;myrVSkqkV7kkOSl1/PiZXhxpkivczKdo2k6fDjaEk1oV7mcG7Eg9uKSIpqK9zOkim1+1vz5qJqte&#10;5kRiDvJBNrfDlpit17klCSNzD7u3KRXor3M0Zsb6n6eer1e5nVzba3flabr3JSlSbctV69zMPduy&#10;9x93N16vc57ARuJ9427c9VTXuSFUB91zbTnqcSa9zL3AAJFj4c9T9e5I2XG0d+bIimwK9zNEDe27&#10;w7DlK0oTXuSlYMNrm9teeivRNe5k3m9xzwFeCa9yQtwLu23Tx5Y1eIr3MzyHduQCxHNCqivckwIz&#10;Agm3NGqLwr3JapGV8s8b2UyMK9zn5K+0drctSrWK9z//1y/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CT/AIiWYP6vekDN0iNa&#10;SsSipE+PnVkKuP8Aonu5IW6rXe37fVJ9iT84rDrt9v8A8huneEbVhtsf57qAf951Usun8HzGbaQH&#10;shdj9SEj87cpU6B0XynTWlmtY1Ek8n/Rwp/Befbv9LOXfkdzrdyI75x9z/0Kpoe5selfHBvY73l6&#10;of0Qke6fnRevUdX/ADnVWshvcU0VPEP+iYkP5twZudEajagK57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7gTdbsX/lHTiu2mz1WynX/AINhuH/IAbmCP1J5/wDyDc+70mFP6LdP&#10;X3ihrHq0HKH+7Fv+YvUdCZUfQYe+KGboDgn866pYfvXdHSeZUt8PLU7D/wAhleW5/hlZEGTPShhW&#10;JSpsnzBVVmJSAjWxf5aL6jFCrD6efDlvfc/mL1Q4IAT7pPvJr7AvpyyT+UbrtOEQq4ccePqru0+1&#10;DaSPOjPdSK75zNMsYN1gVIx924/mTywPkYVnZSD57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7mvP+LRS+d6i8Ff2Zbox/wCR1dzK7cQTaK/2w/76ivn5&#10;+q1eneJj/vCb/wCV7mjBdKP+Ydm/7yX/AOkacq0ejYdhyba5mhYoTuYDFLGd1uamrhQNe5xMkoGp&#10;5XVXimvcyrUD94cvTZRXuZQ6NqvLRTJEV7nKx8eaqte5z2C1+erwr3OO0ePHQqrV7nK3u7vHm5ql&#10;e5jDWNzy4TNW017mQSE9uXGFN6RXuSUmkTUHldRpsoFe44RYpPGNDx4KphTYr3HylzFKlt5t9HH9&#10;VJS1XuKeizTc2J+/lppIpmvcUFPmFGYajm9tJS3Fe4oIMZiewBH381ScoivceIMTBN1Yac2KbKCK&#10;9x0hxL3rvqOeKArjVIr3HGOvQra3La+FUkV7jhDVhidugtx4QdlVr3JSzBSCT354JnCryK9yUk7X&#10;O3miNJgVqJr3JAmfcCuh9vHYFX0Cvcl+aRrfmj1UlVKdle5Jjl3IQeM6Z21pQkV7kxJCpJA8PHm0&#10;eGvKwivczLJtC+38ubUoKwP4VsGa9yRHLvuG55Okf/tVeK9ydGwAIv2540mVIr3JKMrRm4seMkxW&#10;wJr3JCBQu0jvrfmwZq8V7nNGYHYDoeXqqhFe5JVj3vz1MzXuZVJ3c3FVr3Jin3do8fHlYq9e5lSU&#10;lSPDnq9XuZNwWzD2a81Wtte5JjZnGg0PjzdODCvckA7NDzcVua9yQHG7ljXpr3MkbC+nflKcGNe5&#10;lUJuLNpbT6eeq8V7ksgMuoK38eeFa2V7mWNSvuzaj48qTScmvczNbaAve3NirJM17khS1tnjy1Ox&#10;O2vcmRtuAK9x48qRSaK9zL5kfsP9vPRV4r3P/9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yrX8W3MH8t9OWF4JG1nxLHKZWH&#10;tjip6iRvucJyZdx2td2pX9FB9pIHwmuaX1TX/wCX3faZG126QD/ipbcUf9600JvSqDzMwSzHtHC3&#10;3llH8L8rz6Z0XyHT/B6e1r0sTn6ZBvP8efeb2M5d/K91Mta2TatLPm6nvT7118k+du97dun+/I9h&#10;j5USvqvX/wAy6k43U3uBVzRg/CNvLH5Lxc8yYoL0H3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vcK36lMQmqI8IyxSAvJPI8uwakkWjjAHiSWYc4cfWjvB3dvYZYD9y3bhY6NCQ&#10;22fXW77Kn3cW0Lq1rAk+FCeskyR7hRwfSfgw+bxjMkosI44qdG/4kTJJ921ebQvSzJsPTrppl/IU&#10;AG3BsOo6K48TDCsbN8SxBJPjfnyHXtx+beW6f4lE+0zX287s5QMgy63sU/6wy235lCAkn1ImnXE6&#10;w4hiU9c3+7SO/wDyESeLzhbQ3qDz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3KD/AMU6kM/qAwdwL2y9SD/yNreZd7gpmzX/ALar/fEV89n1ZGN42P8A&#10;vCb/AOV7mjBdKP8AmHZv+8l/+kacrHkoGX92/JqLc1zB1xQncbpMM3+HERTjTiXMa9yDNhTjw5Qp&#10;pV3te41y4bKuvG4NKw5XuQXpHTuDy4kU5qBr3Mqoyr7OOlQ4VUjVsr3Omnsu0d+eBrWivcyRygj3&#10;uXpoor3M6up56qV7nKyk8cBimia9zwjA+zzc1qZr3O1W7WPNzNVNe5wDXNuOir17mRW05Wabr3Oa&#10;lgbr/HlprRTXuS4KuWJu5v8ADlgqmi3Ne47U2OVERG5rjty2qaoWZr3FBTZhkU+8TrxQFUgKdRiv&#10;cfqPMIBuz6cc+6mi1XuKKHH0a3vcpFJO6r3HumxpGFy3NatFJ1IivceYsVj0u3HUucabKK9xyXEg&#10;zAK3PFXGq7K9xxhrlt7x5XXXq9xyXEFZQOeCtNer3JsdUGOh9nFiVBQq5iK9xwExsCDzyiOFF5Se&#10;Ne5nWY2948QTjXgK9yQkyCxv278qqTsn207pNe5njqgYy3FacNtWAjbXuTFq9wF9OMvdVVNe5Phq&#10;F3Bb3v34wFRWq9yWJfeITTW44oCpqpFe5MilPlG5HflppuK9zKsnPVWK9ySslrDldVVr3M6+7pyw&#10;M1tVe5nRjf4ePPVUV7kmOwe17X7csNtWr3MykE7mPYLxw16vcyBhxqnor3JCG+vPV4V7kjc179wL&#10;nnqdr3M0e5veJ7i45qtba9yZE25dsn2uUIpMtNe5KA3qGOnKTTQOmvcyAEdtSe30ceFKAqa9ySoU&#10;NuBsDxw1sma9zl/Tylbr3P/RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcpI/GNx4ilyFlaI3Mj4rVOv8AxEU0cZ+vc/MidwGS&#10;pTqh/eJHrq/SuN31bX0Iy+2HEvuH0DSU/FVDL0khAauq20AES3/5CJ/ZwC8LpBh+G09AO0EUcf8A&#10;yCoX9nP0G8lsBlVmzaj/AFpptv8A0iAn5V8tr7nfLUvpJPtM1XFi9acSxWqxFu9RLJJ/yGxb9vJ3&#10;BNSWm/nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuAz06y5/nZ9cGUcnlfNg&#10;o66keVfAxUamvnU/AhWU8+Tb6xt5/wA/vFdIScLVhq3T0alJ7xXqFvEHrT1V04+nrd3+c5vYW5Eh&#10;dwHVDpQ1+0UD1FLZ9tH86OUX9WehkuJsNsleZ5fj75ECfkoI5tB8+f6vr1pF89z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vco2/Ezplm67YSxFz&#10;/IaUf+RlZzLzcD/iNf8Atqv98RXzu/VuqN5Lf/vBb/5XuaMF0o/5h2b/ALyX/wCkacrikw0bSSPo&#10;5OEVy+CpoTuNbUHsHLQKcSrThXuY2pbRklfy40pmacmvcapaGNx24jcTFXBivcaZ8KFztGnKmQKe&#10;Dte42yYZbuOMETT4dr3GmbDrXIHPTppYHK9yC9HIvhy4cNOhde5jMEseovzYVTmoV7nY3gXPKk40&#10;nJk17nNZSe/HZrWmvczCQE88DTZTNe5mYJa45earEV7nEbj25WtEV7ntpJseKQa3Xuc1jsbcqa0a&#10;9zuOMHvywrU17k9CoWw78uaSKRxr3ORlcDbzwVXgK9zPHXTx9jxwKr2ivccYcaqoxuvpyxNNKRXu&#10;PtNmNvLuTrx0Gk/dzXuP9JmQ9t3LTTBbr3FHS5gZh3B42TSYt17j9BjERP2vz56k5Br3HqDFBYEH&#10;lhTWjjXuO0eJkkDdy1ar3HJa7sSbjjQ21uK9ybBUJ3LWvyxwr1e5OjqEuRfT2ccQde2m0+PbXuTY&#10;5AYwQeMLlJpIokGOFe5LWUa+B+HKBU04DXuOcEzBLHmprczXuSIp2DfXzc1qvcmJOzNy016vcmRy&#10;l1O3S3HUo41oivczrUAHjxIFNaa9yVHKqghuW1CqlNe5JWRjtK83tqsV7klWDrtPey/s56K3XuZg&#10;V2nb48rT817kuNW7n2c9Va9zmN7Ehb/dz1OV7klCrOCO/bmq9XuTBvBY83Xq9ySkjB7uLA8rFJtN&#10;e5Jil/SbAAR4HjmmBNOacK9yepUNYgacqlU0wBXudeX/ABvz007Ne5//0i/852V9mFblHPc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Nfn8U7E&#10;v596ocoZPQ7kp8No9w9j1NdMGH/ICKeZ7dh+VfzTMLW3ie+vWG/RTjaf9Ea+fj6ucy/4attA4NWe&#10;ryUpbpPuSmhdyvP/ACjpvjWNdjHHVOD/AMu4Nw/PjRz71K+dmq2ue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e50SFFzoBypISJOyt7a7ALEKouTx0/C2y4c7+pnNHU6oXfDhlDU&#10;GNrfZlrZwsWv/LlJBz4K+2zeQ7w31zeT/wAVXTro/wAQrUpI8gCkDqFfRH9JW72rNXLgjC2tgkdT&#10;jhSkH1Slz21ZPmmkGWOnmE5XXRo44I2+PlRjcfrax5sFcwLr6CaB/nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7lM34imHir60YXIRe2CUw/8A&#10;IurPMwez4f5Ev/bVf74ivnT+rqf7SW//AHgtf9BFzRgulH/MOzf95L/9I05XnUYNYHvycQRXLRC4&#10;ONCdxqlwuRFsoHNFNP8AeBRr3G2bDmK7Sp+njOynu8r3IL4WttRxpXi21cqJr3IUuD7rle3LinEr&#10;017jdNg7AXOnNRNOFeqvcaJMM1PjxMUClAMCvcgy4WpOo4yQadC69yI+G3+wONgCnw5XuN0+EyHW&#10;3NkVYKxr3GyTCyjajlKUd5XuQ2o3W4P1c9W9cbK9zgY5l0J5uafEK217nNSV735bVTBxr3MomuLc&#10;fnCqkV7mRCLd+bBmqxXuSIyq+PLA1SK9zkS3hbltVWr3MTAd2PK7Kbivc8F8QbfTxwGr17nIMTrY&#10;83NVIr3OQO73TpzRWRTJEV7klS6aKeb7ykpNe5Mgr54zYNx0Ga9pmvceaXHJAdTx6a0UivcUVLmC&#10;wALc3NJVJmvcfIMwrce9zYNJ+6Fe4+0uYwx1bm6aLde4/QY7G/2jzdMlNe49wYqjHRubmqKGMV7j&#10;rDiAAABH38d1SIryscK9x5gxIEa24mKemkvdEV7jlFWq3jymmtFBFe5LSoFrg82hM1WK9xwilANw&#10;fDlQDXiIr3JkdQXAs1rd9OeNWmvcmmbeoIN7c1Wq9yak4IHtPNTNa217klJypHjx7WUiqkV7kzzR&#10;vspubDQcdS6ONNAV7khJgVAv2+HNgzVor3HKnIve/wB45evRXuOkRAb3je/NU7XuTlhQrZew5uvV&#10;7kgUyBQTfXvz1ar3JIpbd/ety016vc6aMrIGCjnorde5mdNS/wBZtzRqumvc73SWt8OUimtNe5//&#10;0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Nbv1pYj/Wb8Qerw9TvTDRhsK/8AQuhSpYfUzH6+dhfpVyv89vFlaI/19bv+pJcc&#10;n/0HNfL59VWY9/n96JwbbZbHq2gn3rIoRsyT/wAq6AYlU9jNFIv/AEVmEP5g8U/PtFrirVePPc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcRvULFv5HkjFMSB2slPIqH2O42J/yc&#10;RzHrtZz3+zW7V/eAwpFu4lB6FuDu2/8Ae1poR5Pb/mrptHSoT5DE+4UuemeDf1gz/hGFEblkqomc&#10;e1EPmP8A8mqeHr/CKyR/JuieP56mTbLjeKeSht9qGjiUIb/8vZZB9XPgn35uO8uEN/0Uz6qP4AV9&#10;Y30q5N+Uya4vSIL7+kdaGkgA/wCnW4PSjxdV63zsZgogdIYrn6XOv5Actk5CVdRKCznuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7lSfrzpVqOr&#10;+HE+GDU//lVVczD7Pv8AiJf+2q/3xFfON9X6yN5bcD/mRa/6CLqjBdKP+Ydm/wC8l/8ApGnCNzYQ&#10;rC3a/JzKdNcrUqjbQncZqnBRb7Fx4nnlCKVyDsr3G2XC0I2MNOJiJq4r3G2XCYuwXm4q2o17kGXC&#10;VFwBbnoit6yK9xtmwwKLAX+rnhV0rr3GiXC0Km680RNLQ5XuNU2EKT25XAU8HK9yIcM924HKaRTY&#10;XFe5Akw4bjde/KFE0qSqa9xtfDFJJI7cTFEU6VRXuQKjC0dtB25oop1K4r3GuXCQOw4yRFPh2vcb&#10;5sKI7DnopVqFe5CbD3A0HbmiatrBr3I4pZBctpbm5ivSK9ziVZe3LzXor3PeY4789qrWmvc5iQEe&#10;8OOgzVdNe5m9xtTz01qvc5gE6nntVVNe54qAQb8vtptQmvcy7ra8aKKY0TXucDcncOXGFPJGmvcy&#10;Itu3HNVIyZr3Oe51OnHxWq9yQlVIjDW3PaqsDXuOMWIyR9m5YLqsTXuOMGOyKdt+KB4qr3U17j9T&#10;ZgKn7dubpOWpM17igpcfc2O4Ec3NUU3XuKOlzCezG3G8TSFSSK9xRU+PIQBuvy8U3pPGvcUFPiyt&#10;+9zSTppuYr3HiHEQEChr8cAqixqr3HKPErGwsOMFNU7uvcdYMQVh/RypEVopIr3HCOsjYWQ8oBFV&#10;KTXuTUdNoCtp4/DlhjhVIr3JqVAU3X2W+PPFIFXAr3JcUwC+6SOeBrU17jklTcgE3+PHgutmvcdY&#10;aqMDU/nx4Y14ma9xzjq12EA97c9Wq9xxjrYipAe5PN1uK9xwSpXZvXm4iq17nPeso8ywvywr1e5J&#10;JQi1rDlauK9zF7v+L+7la9Xuf//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1fc/Yj/Wv1053xe+4UuJYpGD8Kd/kx9Vhz6D&#10;/oyyvv8AeK2XH9xtXXfLUkN/+9Y9a+QP6hsx/OZxmK523a2/9TUUj/lOlf1qm/lnQmmpO3zT0i2+&#10;kmb/AJl4MvPq7rmdRCOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4APqMxX&#10;5LI0eHIferaiNSPaqAyH/k4Lzld9Xee/y7dlFmk43Vw2kjpQ2FOk+i0t+2pa3Nt+9uiv+gkn1OHw&#10;JoyPpewf5/qFLijj3aGlkYH2PIRGPvUty/j0VZJHT/0sZKwFk2SS4dHXSAjXfWs1Ywb4jzbfC1uf&#10;FxvDcfmr11X99p/0vh+VfZ/2PZN/It2bFiIJZDp6ZeJdM9Y1x6RQu5xrfn8z1k97gSFB9Ce5+zho&#10;+A2slKTPPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3C+dV/TbkTrFmOHM+Z6muhqIKZKVVppYkQosjyAkPE53Xc+NrW05JGT703GSNFpkIIKir&#10;xAkyQBwUMMBWGHaN2F5P2nXqL/MHLhC0NJZAZW2lOlK1rBIW04dUuKkyBEYbSVhl/OuLZbo2oaBI&#10;mR3MhLqxNyAPBhppwNP9hfpFaxr8WP8A30U//nPwW/7IV7/Ra/0qv8Osfv8AoULdj/j17/qrH/zv&#10;T5/nVzH/AMVU/wDyA/8AzXzgPQp0fH/I9i2v/SxT/wDnPyiu0C9V/C1/pVf4dbH0h7sj/X73/VWP&#10;/nevf51cx/8AFVP/AMgP/wA18xN6Dujb963Fv/Gin/8AObjX9vbz+i3/AKVX+HTg+kXdkf6/e/6q&#10;x/8AO9e/zq5j/wCKqf8A5Af/AJr5gf0DdGH71uL/APjRT/8AnNy39v73+i3/AKVX+HXh9Iu7I/1+&#10;9/1Vj/53r3+dXMf/ABVT/wDID/8ANfMB/D+6KkWNdjH/AI003/nNzf8Ab+9/otf6VX+HV/8AoUfd&#10;n/j17/qrP/zvXv8AOrmP/iqn/wCQH/5r5gb8Pbok3evxj/xppv8Azm5Q7/Xh/hb/ANKr/Dr3/Qo+&#10;7X/Hr3/VWf8A53r3+dXMf/FVP/yA/wDzXzAfw7+hx/5H8Z/8aab/AM5ueG/t4P4W/wDSq/w6t/0K&#10;Ru1/x69/1Vn/AOd69/nVzH/xVT/8gP8A818xN+HT0MbvX4z/AONNN/5y83/b69P8Lf8ApVf4dbH0&#10;k7tD/Xr3/VWf/nevf51cx/8AFVP/AMgP/wA18wH8OHoSRb+YY1/41Uv/AJy83/b69/ot/wClV/h0&#10;5/0KXu3/AMevf9VZ/wDnevf51cx/8VU//ID/APNfMLfhtdB274jjf/jVS/8AnLzX9vrz+i3/AKVX&#10;+HWv+hS92/8Aj17/AKqz/wDO9e/zq5j/AOKqf/kB/wDmvmFvw1Ogbd8Rxv8A8aqX/wA5ea/t9e/0&#10;W/8ASq/w6t/0KZu3/wAevf8AVWf/AJ3r3+dXMf8AxVT/APID/wDNfMDfhmdAGN/5jjn/AI1Un/nJ&#10;zZ3+vT/C3/pVf4dW/wChTd2/+PXv+qs//O9e/wA6uY/+Kqf/AJAf/mvmE/hi+n5jc4ljv/jXSf8A&#10;nJxo793h/hb/ANKr/Dr3/Qpu7f8Ax69/1Vn/AOd69/nVzH/xVT/8gP8A818xt+GD6fW74lj3/jXS&#10;f+cnG/7c3f8ARb9iv8Ot/wDQpu7f/Hr3/VWf/nevf51cx/8AFVP/AMgP/wA18wn8Lr08t3xLHv8A&#10;xrpP/OTm/wC3N5/Rb9iv8OnP+hT93P8Aj17/AKqz/wDO9e/zq5j/AOKqf/kB/wDmvmFvws/Ts/fE&#10;sf8A/Guk/wDOPmv7c3f9Fv8A0qv8Otj6UN3B/r17/qrP/wA717/OrmP/AIqp/wDkB/8Amvkdvwqv&#10;Tm3fE8wf+NlH/wCcfPf25u/6LfsV/h05/wBCpbuf8evP9UZ/+d69/nVzH/xVT/8AID/818xH8KX0&#10;4k3/AJpmD/xso/8Azj57+3N5/Rb9iv8ADrf/AEKnu5/x68/1Rn/53r3+dXMf/FVP/wAgP/zXzo/h&#10;SenE/wDOUzB/42Uf/nHzw35vB/C37Ff4de/6FT3c/wCPXn+qM/8AzvXv86uY/wDiqn/5Af8A5r50&#10;Pwo/TiO2K5h/8bKP/wA4+X/t3ef0W/8ASq/w63/0Knu5/wAevP8AVGf/AJ3r3+dXMf8AxVT/APID&#10;/wDNfOY/Cm9OY/5yuYf/ABso/wDzj5r+3V5/Rb/0qv8ADrX/AEKnu5/x68/1Rn/53r3+dXMf/FVP&#10;/wAgP/zXzkPwqPToO2K5g/8AGyj/APOPlv7d3n9Fv/Sq/wAOtf8AQqW7n/Hrz/VGf/nevf51cx/8&#10;VU//ACA//NfOP/DU3pyJ3fzXMP8A42Uf/nHz39u7z+i3/pVf4de/6FS3c/49ef6oz/8AO9e/zq5j&#10;/wCKqf8A5Af/AJr5zH4VPpzH/OUzB/42Uf8A5x89/bu8/ot/6VX+HWv+hUt3P+PXn+qs/wDzvXv8&#10;6uY/+Kqf/kB/+a+ch+FZ6dR/zlcwf+NlH/5x8oN+rwfwt+xX+HTP/Qp27f8Ax69/1Vn/AOd69/nV&#10;zH/xVT/8gP8A8187/wCGrfTr/wBNTMH/AI2Uf/nHxz+3l5/Rb/0qv8Ovf9Cnbt/8evf9VZ/+d69/&#10;nVzH/wAVU/8AyA//ADXzo/hV+nQ/85TMH/jZR/8AnHzX9u7z+i37Ff4db/6FP3b/AOPXv+qs/wDz&#10;vXv86uY/+Kqf/kB/+a+dj8Kz06j/AJymYP8Axso//OPmzv5eK/hb9iv8Ovf9Cn7t/wDHr3/VWf8A&#10;53r3+dXMf/FVP/yA/wDzXzw/Ct9OwNximYP/ABso/wDzj5Yb+3qf4W/9Kr/Dq3/QqG7f/Hrz/VWf&#10;/nevf51cx/8AFVP/AMgP/wA18yf8NY+nj/pq5g/8bKP/AM4+Pf7IF7/Rb/0qv8Oq/wDQp+7f/Hrz&#10;/VWf/nevf51cx/8AFVP/AMgP/wA18yr+Fv6fEsBi2YNP+lyj/wDOPlf7f3v9Fv8A0qv8Ovf9Cn7t&#10;/wDHrz/VWf8A53r3+dXMf/FVP/yA/wDzXyYn4Y3QJBYYrj//AI10n/nHyw7QL0fwtf6VX+HTZ+kz&#10;ds/69e/6qz/8717/ADq5j/4qp/8AkB/+a+So/wANHoNGbrimO/8AjXSf+cnKDf8AvR/C3/pVf4da&#10;/wChS92v+PXv+qs//O9e/wA6uY/+Kqf/AJAf/mvk+P8ADi6HR/ZxPHP/ABqpf/OTm/7f3v8ARa/0&#10;qv8ADpo/STu0f9evf9VZ/wDnevf51cx/8VU//ID/APNfJyfh49FI+2J43/41Uv8A5y88N/70fwt/&#10;6VX+HTP/AEKNuz/x69/1Vn/53r3+dXMf/FVP/wAgP/zXyWv4fvRhe2I4z/4003/nLzf+yBe/0Wv9&#10;Kr/Dq3/Qo+7X/Hr3/VWf/nevf51cx/8AFVP/AMgP/wA18kp6B+jkf2cQxj/xppv/ADm5r+397/Ra&#10;/wBKr/Dq4+kndof69e/6qz/8717/ADq5j/4qp/8AkB/+a+Z19B/R9f8AnIYuf++mm/8AObnv7f3v&#10;9Fr/AEqv8Ot/9Ck7tf8AHr3/AFVn/wCd69/nVzH/AMVU/wDyA/8AzXyRF6GOkcN9tfi5v7ain/8A&#10;Ofmv7f3v9Fv/AEqv8OmD9Iu7J/169/1Vn/53r3+dXMf/ABVT/wDID/8ANfJKeiPpNHoK7Ff/ABop&#10;/wDzn5v+397/AEWv9Kr/AA61/wBCibs/8evf9VZ/+d69/nVzH/xVT/8AID/818zr6KulKrtFbin/&#10;AEXp/wDzn5X+317/AEW/9Kr/AA63/wBCi7s/8evf9VZ/+d69/nVzH/xVT/8AID/8185j0W9Khp87&#10;in/ReD/zn5b+397/AEWv9Kr/AA69/wBCi7s/8evf9VZ/+d69/nVzH/xVT/8AID/8185r6Mela/8A&#10;I7in/ReD/qRz39v73+i3/pVf4de/6FF3Z/49e/6qz/8AO9e/zq5j/wCKqf8A5Af/AJr5JX0ddL1F&#10;hWYn/wBF4P8AqRy3+yBe/wBFr/Sq/wAOvf8AQou7P/Hr3/VWf/nevf51cx/8VU//ACA//NfMw9IP&#10;TMCwrMS/6Lwf9SOb/wBkG9/otf6VX+HW/wDoUbdn/j17/qrP/wA717/OrmP/AIqp/wDkB/8AmvmU&#10;ekfpsq7RWYl/0Xg/6kc9/sg3p/ha/wBKr/Dr3/Qou7P/AB69/wBVZ/8Anevf51cx/wDFVP8A8gP/&#10;AM18zJ6TunCEFazEdNP8tD/1I5r/AGQL3+i1/pVf4da/6FF3Z/49e/6qz/8AO9e/zq5j/wCKqf8A&#10;5Af/AJr5z/2UenVgPnMR0/4+h/6k8v8A7IV7/Ra/0qv8Ovf9Ci7s/wDHr3/VWf8A53r3+dXMf/FV&#10;P/yA/wDzXzn/ALKnTn/lKxD/AKLQ/wDUnmv9kK9/otf6VX+HXv8AoUXdn/j17/qrP/zvXv8AOrmP&#10;/iqn/wCQH/5r5//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc1QukmIf1p6vZszlfd85NVTbvb8zVGX87c+pf6KMs05pdvx/c&#10;rRDX+ncSf/eXur4je1PMP5g+t6f7rcOue0qP+ip59UU3yeSMFwftecNb/l1CV/5n4aDn0Z1iJRHu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4VzrLh9XnnqblfpphxPnV80ECA&#10;a/pKydYE09un58+dv61d4h+fs7GcLe3cfUOt1WnHrAYnqCuussezHJ1Zs8llH3PvNsp81EJHvXR3&#10;fS3QJhmU8azTMNHlEdz/AIYIy5t8Lv8Alzazw7D6TCcPgwqgQRwU0aRRqOyoihVA+gDnyuLUVkqO&#10;0419uNuwm1bS0gQlICQOgAQB7KbZJHlkaWQ3ZiST8TybylK64c9z1er3KzOnmfc81v4nme8gVmNV&#10;82A0eB080GGvVzNSRSGlwtjJHTFvKRiXc3Cg3Zj4nkvXVs2nJ2nQlOsrIKoGoiXMCdp2D2Cuc+Q5&#10;5evdpF/YrfdNui1QpDJcWWkqLdodSWydCTKlGQAZUrpNCPiFDRJ02oa9IUE7zsGkCDeRul0LWuRo&#10;OWZ8iGujFBxwin4jWb82ZH9L+I5gyVilXg9elbh6LU0VTLTzBWmAZRJEysAw0IvrySN1GEXN4EuJ&#10;ChpVgoAjZ0GsKfqAzW6ybdtx+zdcZcDjQC2lqbWAVwQFJIMHiJxpbdPqSlrcyxwVkSSoUkJV1DDQ&#10;aaHTho+jldW4p0hyrieJzPUVNRg+GSyyyuXeR3pY2d3diSzMSSSTcnU8Bt+kIfcAEALUABsAk1kp&#10;ui+u5yq0ccUVKVbsqUpRJUpRbSSSTiSTiScSaTWLokWLVUcYCqs0gAAsAAxsAOCRwpqQqbue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuVQZL/wCztObv/Bfh/wDKTD+T&#10;Xcf8sNv/AGw/78uuX+T/APUUrz/vET/ylbUKVb/zquk/5fn/AJXk5a/yFK6gUFvPc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Kacof9XR0//gwyf+VTc+5ffT/qEbv/AHo0f9AiK+N3dL/qKLX/AHuV/wDQUqi04b/zHif9&#10;5h/6SHly3Phor7IqMtz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Aw60ZixPKfSvHMwYNJ5VVT0r+U4FyjMQgYX8VvcfHmWXY&#10;Tuzab474Zblt8nWw7cJ7xBwC0pBWUGMdKtOlUQYJgjbWMfbPvFc7qbq5hmFmrQ80wru1jEoUohAU&#10;JwlOrUJkSBIOymLM1bPh+AVdZTHbIkZ2n2E6X+rlQGRsn9Uup2YKivyUs9diVMBNLP8ANpHKu73A&#10;xlmkUkntob2+HPtk7Qd9t0eyfLWrfPizbWbxLTTP5ZbrStPjKQywy4AkfdigJmMZIr5C9xt0N6O0&#10;3MHX8lDtxdNAOOO/mEtup1eAKLrzrZKjswUVRPAGi5YVhuPY7WPLhYeWdPeZ/MAYX0vuYj+PLw8P&#10;SeOggjqr+asaB7m53BRe58defAFmS23LhxTMaCtZTAgaSo6YECBEQIEdFfb1YIW2w2l2dYQkKkyd&#10;QAmTjJnjJmjTQhxCgk+0AL/TbXkvhNRtWTnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5VP+Jv8A8lTpN/4MY/5Wg5NO5+y4/wBr/GuY&#10;31G/3TKP+8wfFuhQ6b/5LFf+8f8AY3LWOQtXTmgv57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xuf/WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9xG9Rcb/AKs9PsdzHu2/y/Dq2pv7PKgeS/5cX2jffOoR0qSPaQKCO8F5/LrC&#10;4uNndsuL/wBKhSvlUzD4fma+Cn/4skRfvYDmrZ6YqTbRYvXEfbenjH/Ahyf+VufX39Fljotsyuf6&#10;S7dsf5iXVH/lQe6vh334clTSegKPtgfKmv1a1m+vwTDwf8nHUyEf8TaNR/yrw1HO4FQRRP8Anuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuID0uZf/zmev3Bkdd9Ngs8tW/jt+Rp&#10;2ZD/AONIX7+fHB9WW8n813izFaTg2pFsnq7tKW1j/Thw+tdg/pi3f/mOe2CSMGyu4V1aEqUg/wCn&#10;7sVYVkej/qz0DpEI2yVkZkPx8+QsP+jZHNlznFSvqqoPee56vV7nuer1e5TxgGeMl5A/FW6g43nv&#10;GKLBKJ8DpIVqK+ripojI1HhTLGJJmVSxCkgXvYE+HJ4dtnLrJWUtJUo6yYSCTGpzGBXJuxzmzyLt&#10;OzF6+eaYQbVtIW64ltJUWbMhOpZAkgEgTMA9FC1PRVlf0woIaGF5nE7nbGpY23y62A7csX/2m/Tb&#10;/wBvCy1/4/aD/qdyKf5Pd/8AGXP9Ir8Kz+/2R93v+cjZf+TTH/zSg/8A6t5i/wCUCp/6ISf0cIp+&#10;I11t6M549L+I5fyVm7BcYr3rcPdaaixWkqJiqzAswjikZiFGpNtOSRupl1xbXgU42tI0qxUlQGzp&#10;IrCn6gN8sozndtxizvLZ5wuNEIafacWQFySEpUTA4mMKW3T7BsYosyxz1lJNEgSQFniZRqNNSLcs&#10;J6G/86Uyf/3pMK/8pIuRdmX/ABQ5/jq/341njuX/AMsey/7xmP8AlJFILGv+SzV/8vpf+Vzyvvq/&#10;6ouunW7q5W+nL0YpDDJhZKYtmKba0UBDeXIsbsjoiK113hHkdgfKUbdxlCwya2y5gXeYT4vsbG08&#10;ROIJPGJAH8RxisE96+0rOt8s1c3f3QCQWpFxeKgpQQdKgklKkpSDKdQStxZB7pI06ivMJyzgmDYU&#10;mYc4EkS6xU47t4i4BBJPe1wB497c4yeiL1gU8LZhouvmLSYxuMoppPnRRmRmuVJ+cdBHY6D5cgaA&#10;KBzw3isD4DaI07J8OqP9KDP+d61RXY1vYgF9G8FwXp1aD33c6idn93UkJ6B3MDYEgV2M55SYinfA&#10;ohD23DZvt/yADf8A4L6+Pfp/9VvV/JnWCP0v+sGmip8fqtowrF4lVIa0sSI1bywsbeaQRG6hfeHl&#10;ugfifNMkYuGPzlgSUD7kHanp244cQZwxBijncXtPzbKM2G7e9iUpuFx3FwkAIenBIOkBB1wQhaQn&#10;xDu1JC6w49lbCazCTmXKTFoF/wArESSUt3OuuniDfTUG3JPqsz5n306+prIfWZsar/6jY3J/KMXo&#10;HqpWooZCCoqBTlvLV/LbzAVF7wtc+8QaZLbNZrZu2+lPep8aFQNRHRO2Jw/zh0Up7Ts8vtwN48vz&#10;fv3fyD5/L3DRcUWUKMgL7udIVpOsECZaV/SIPDK9DQ5gy3XYP5MfzsI82KQKN5H+Hda5F9Pr5ZmC&#10;GAZTcHkQ10XBmg45T/1w9cFZkX124Dk2lrnjyjgYXC8YRZGEL1FcAZJ5QPcJpP0drgldsoB94jk7&#10;Zdu6LnLVuEftFeJGGMJ2Af42PnKeiuUW+fbMvJd9re0S4RZsQxcAKOguPfctQ2HufBEglOl0A+Ii&#10;hZwXJa12SJ6xkBq5/wBLCbahU7KPH39fvHs5cDyCa6vUE3KxJc+5765/iDJkXJuNYhQ5R6d0vmYr&#10;FR1k0MFXVg38qdY3CygTMqFXBBWKQWsSeTCLZvLcr7xxKS48fCSASlPSJGGAJkdIrnArPL3fXfwW&#10;Vo+63Z5aiX0tuLQh10H7VhKgF+NSUlKgQQ24IgmhJFDQ4JkI1tZDG9XiDWiLoCyp7VuLjQE3HtHL&#10;O+Q9XR+g24EvXDp5mfqp00r8j5OzLVZRxCranMeKUYkM0IjmSVwvlTQv+kVShtINGN7jQneXXSLJ&#10;4OOIDgEykxBkEcQRht2VFu+eQ3O82XOWVpdLs3FlEPt6taNK0qIGlbavEAUmFjAnaMC64LX02GYj&#10;HW1dOtXGm68T2sbggXuCNDr25Rdl70z9Wa/1xY70apuqeL0+PUWFx1MuZVFT83PGYKVxA4FcJdoE&#10;irrMRZB7vYDI93N2E5ci4LCCgqgN4aQZVj9kcJ+3jXFew7Os0f3zuMoTm1wm4QwFqvQHO9WkoZOg&#10;/wCUBcALCcXSIQMNgA2VGY8KjyVBjDYZE0DylRTHbsU7mG4e5a+ns8eXmdF8iZg6Q9LaPKOe80VG&#10;aavD/mZJ8Xry6ySK8rzDzDNNMwESEKCZCLL4DQY5Zhcpv3itpAbBiEJiBgBhAG047ONdo90Mkf3U&#10;yxFre3S7tbesquHZClAqUsatbjhAQkhMlZwTwGABTGK6DFsTeroaZaVJNoWJLWBAA0sB3OvblcuK&#10;eob1NesfqJX5I9I88eWsn4NMIqvMU6DdOQb+4WRyu614441DkWMjor2ErIyqzyBoOXwK3FCQ2OHn&#10;iPUnDoBIrn/c7+7x9rd+5ZbqqFrZsq0uXixiv/FJSoiYlCEALIguLQlUAQYsAy3lHD0rc1qamrmF&#10;0p1P2fpsR28SdPYCRx6qPRZ6zso0YzBkTrtieKYvCAVpMSNX8qxtcqWnqqpG94ADdDYjvbtxON4M&#10;vfOl21SlJ4p0z7kpPsVRu52P735Ujv7HP33Xk7G3u97s4TErefScYA1NQeMbKwrnHJ9W/kV2CRxR&#10;Hu0ezd/yaqn7jwUfSb6uM5Z1zvX+nT1F4euC5/wkOV2qEjrURd7sqglBIEtJ7hKSJd0soI4T53kb&#10;du2Lu0OplXtTPvicMcQcDUldl3apd5xeObv7wNhjMGZiBCXgkSSAJSFBPj8JKFolaIAIptzTlSko&#10;qJMwZfkM1BLb4lCdBc97X011B0PLDuRZWe1IDnuer1e5TxnLrJ1Fyr1sxWpjxnEJqPDcbqWFEa+d&#10;YXihq2IgKbiojKjba1raWtpz7dtxuw3dje/cKxaVl9i3cXeUW6Tdiyt1PodfskA3AXoC1OpWrvAr&#10;WFFYnUDjXx9b49se8W62+t44m+vHGLXNH1C2N2+llbTN2ohgo1lAaUhPd6dJSEGNJGFFuxPMuNUG&#10;aKh1qZmigqpD5XmuFKrIfcte1iBbtz2LdTfU11H35lwx8YWiBcg4XDUxU6AdxvgGoW3dmJ+PNZL2&#10;UdlHZfpyq7TlZuCEg/zF21duXFHYdFwTpKicA02hJwATsrebdpnaZ2jasytlZkGAVEfkG7lq3QBt&#10;GtgeIJjEuLWoYya7qMczzjV66A1Ii1t5CuqAey6d7fEniq6SerDPWT8aiwnqHUS4phZYRymYXqIb&#10;e6XD23uV/eVrk+BB7xB2z/Rxu9vtYLvN2Wm7K9ALjYaOm1fmVBstz3bQVMIW0EpTI1JUgACU+yX6&#10;rs93QvUWm8Lq7u0kIcLgm4ZiElYXGtwpiVocKlKgwUqJJn5d6g4rhtUtPjLtPBfa27V18L37m3iD&#10;y0uoxjC6XCHx+onRaKOEztNf3BEF3l7/AOHbrfnyI22SXd3epy5tpZuFOhlLUeMulWgN6f6Wvwwe&#10;NfUbcZxa2toq/ccSGEtl4uz4A0E6yuf6OnxT0UPT1MEdOat3AiC7y19Ntr3v7Lcq56n+rLqFnTHH&#10;wnpu8uGYfuKQiFAambWwZmsWQnuFS1vEnn1x9k30bbtbi5em93pS3eXWkLdLqim0YwkoSmUpcCdi&#10;nHpColKEDA/L52nfVfvDvnfKtN21LtLbUUthtINy9wClKhSkFW1LbUFOwqWcaAfHeoWMYnVGnwQt&#10;BDey7Rd2+JPcfQPz4Hxzj6n8kqMfxGqzBSwrb9JXJVPD3DC4qlaM3t4jtcdieZKDcfsl39Jy21Zy&#10;R5wz+zs1WiH9hSYNopDwjVwOCoVgoJIx+O+PafuUP5hcPZw0gR47pN0tnaFCRcpW0ZjiMRI+0kFn&#10;/mWe8LHzc0lZGo/elEhX2/7oCvDzenL1IDqsXyrmmNKfGoEMitGLR1CL9plU32uv7y3sRqLC4Hz7&#10;fU/9Ln+w8E5xlC1u5c4sIUleLls4r7UqUANbS4IQsgKSYQuSUqX3G+nT6jv9lUqyrNEpbv20FaVI&#10;wbuEJ+5SUknQ4nArQCQoStEAKSkVcl51/rBegrwEqkFwR2cDuQPAjxH18YPVd14zH04ko8l5MkFN&#10;XVsJqJqnaGaOIs0aLEGBAZirXa1wALam4kX6Ofp3yvtRTcZ7nqS9bW7oYaY1FKXHghLi1OlJCihC&#10;Vt6UAgLKjrlKSlQD+qzt3zHs5UxkuTKDVw+0XnHtIUptoqU2hLYUCkKWpDkrIJQEjTClBSYnUDNl&#10;bgpjwzDDsllXez2uQtyAFvpckHXw4VOsxz1U9PcLpOoeLV2KR0NWEeOSeq+Yis9mXzIWdxGG0tvV&#10;fYPZzsLY5B2P9pd2/uzZW2XKuWNSVts2/wCVelvUlfdPobZU8UQSstOuAQFr2A1yrvM77U+z61Z3&#10;hu7i/TbvaVIW6/8AmGoXpUnvGVLdS0FyAkOttkzpTxFB/JVZ/wAHgjxmolqBFJYhnk3rrqNykkLf&#10;4gcN9nnMvV/N/pvhzBRYfW4bmGokpz5WHecJmj3/AOURYiZUV11KnUDvpzil2fbq7k7ldqLmWv3V&#10;peZU0h8d5fdwWEud3/clreAYcW2vwpcSAFEeEAyK67b87y7373dnDeYM211a5m4tk93Z98HlN6/7&#10;ohLRLzaHEeJSFGUg+KRBoRsVrsx4jkpayKGWCscodsO7cRf7QC+8AR4crDo/62f1pX5D5v8AnfzB&#10;2+X5vzXzG7W239J5u/8A4K/x59ZV7/Jv5QfzP5X+XdwJ191+T/LaBE6v2Pcd3ET+z0R/DXzI2n82&#10;/mg7j8x+f74xo7381+Y1GY0/te+1zMePVPGgLj/mHz48nzPmt+lt3mb7/D3t1/r5cT6cv65f5qaL&#10;+vvzv8z82p8z+Yeb59vNbZu8737bbWv4dufEN9T/API/7Y3P9nPyn5Pu7fR+S7n8vq7lGvR3H7Od&#10;c64x1TOM19g/06fzn+ylv/PvzP5vW/r/ADne9/Heq0au+/aRpjTOGmIwoyGS/wCZ/wBX4v5v5vn7&#10;nv527fbcbX3a9uDnzn3WcdKvnuer1e5TxnLrJ1Fyr1sxWpjxnEJqPDcbqWFEa+dYXihq2IgKbioj&#10;Kjba1raWtpz7dtxuw3dje/cKxaVl9i3cXeUW6Tdiyt1PodfskA3AXoC1OpWrvArWFFYnUDjXx9b4&#10;9se8W62+t44m+vHGLXNH1C2N2+llbTN2ohgo1lAaUhPd6dJSEGNJGFFuxPMuNUGaKh1qZmigqpD5&#10;XmuFKrIfcte1iBbtz2LdTfU11H35lwx8YWiBcg4XDUxU6AdxvgGoW3dmJ+PNZL2UdlHZfpyq7TlZ&#10;uCEg/wAxdtXblxR2HRcE6SonANNoScAE7K3m3aZ2mdo2rMrZWZBgFRH5Bu5at0AbRrYHiCYxLi1q&#10;GMmu6jHM841eugNSItbeQrqgHsune3xJ4quknqwz1k/GosJ6h1EuKYWWEcpmF6iG3ulw9t7lf3la&#10;5PgQe8Qds/0cbvb7WC7zdlpuyvQC42GjptX5lQbLc920FTCFtBKUyNSVIAAlPsl+q7Pd0L1FpvC6&#10;u7tJCHC4JuGYhJWFxrcKYlaHCpSoMFKiSZ+XeoOK4bVLT4y7TwX2tu1dfC9+5t4g8MT6xc44/gWT&#10;sCxPJ+KVFEKqoc+bR1MkXmIYty3aNhuXxHOZH0P7j5bvDnmZ2md2TFyWWEju7pht7u3A9pVCXUq0&#10;qEFJgA8DXRD6w98L/Isny+5ye7et++eUe8tnnGu8QWtSZU2pOpJkESSONLPqTiVZSYbST4bO8XmO&#10;fejcrcbbjVTqOFEi6w9es7Zfo8sZUqcUmGFxM1TNSNPJUSFpWfzaidLyBVBCi7AWGvw7UvdiPZ1u&#10;FmVxm2cs5c2b1xIYauk27ds2ENIR3VtbuaWlLUpJcWUoUsqXhHHkY12wb+b65exlmVO36xaNqLzt&#10;up9y4cKnFr724fRLoQkENpClhASjGeAdLmTNuKUcdBh71DeQpLtGXLm7E7nca2HYa25ZvmDOVF0b&#10;6XQY5napkq5qKnghdi15ampKAWUnuzsCb+Auew58n27e4z/bjvc5l+QMoYbuH3nUJCSlq1tQskKU&#10;BsS2gpSBtUspQPEoV9M2f74s9jm67d9nbq3lsMtNqJMu3FwUAQCdqlrClE7EoClHBJocqzE4stYC&#10;lVijmRokRSb3Z3t2HxJ5WlmT1CddeqmNtRZZnq6VWJMVHhKyBwoPi8Q85z2ub29gANufVTuv9NPZ&#10;72QWAfzZq2eIgOXeZqaLalEHAIeIt2x9xQkJKwI1LWU6q+a7eP6gt+u1O9LOWOXDIMlu2y9LgWEg&#10;jatoF9w7AolQSTOlCArTQIVucc14/VGOheSMH7MVOGuB9K+8f10HMGFdb/UJ0qxWNMw1Vebne1Li&#10;8cr+Yulxeceao7fZYW+vUyzjsB7NO2CzWrLWbIQNKbjK1so7tXigxbksKMzIdQuYg/aIL8q7bu0H&#10;srukpzB27MnUWMxQ6vvE4SJfAeSIjFtaYn++M8afNOccAqFFY83tMdSGNx/wfvD6jyzfo91Xwbq/&#10;lFMx4YhgnjbyqqnJuYpQLkX03Kw1VrajuAQQPk+7buxy+7FM6Vld2rvW1DvLd8DSHmiSASmTpWkg&#10;pcRJ0qEgqQUqV9M/ZB2rWXa7lCcxth3biT3b7JMlp0AEiYGpCgQpC4GpJggKCkgcst5gpsx4cK2A&#10;bHB2yIT9lvp8QfA8Br1G+pT/ADWyjKOUkjqMakRXkeQbo6dG+ySoI3SMNQDoBYm4IBzj+mD6WP8A&#10;ZdQc6zpS2suQsoQhB0uXS0fcEqIOhlJ8K1gFSlBSEFKklacOfqL+pL/YuUMoylKHL9SQpaljU3bo&#10;V9pKQRqdUPElBISlJStYUCEqTWdM7/yFv5dhwD1TAEk6hAe2nix9n18IzHnb1MZzR8xYZW4/VQ67&#10;paL5pYBYknSmAiFtb6fw59BTu4PZTuKpOWXdvkjDmGlu7/KKuDqACcboqfVOESoyTIxMnhu3vt2l&#10;75BWY2z+bvN46l2v5pLAgknC2CWUxjMAQBGwUFS4pnjEwa2CWskXW7ReYF/5M90cF3pL6vM45exq&#10;PAuqTmvoHk8t52jC1FOb2LHaB5iqftAjcB2Om04V9s30VZHvLYLzDdFItbpKNaGUrK7a5ESEpK1K&#10;7pah/c1oUGiSNaQFFxOXPZN9XOcbv3qbHehRubdS9CnVICbi3MwVHSlPeISfvSoFwCdKjpDalHl7&#10;qLiVHVCkx4+dCTYuRZ0+Jt3A8b6/w4LHrVmzhU5dwWoys1Y+EyR1rV7UplNOYz8uYTUmP3Cp12b9&#10;O9vHmHH0HMZJa5nmLWbi0TfJXaJs03IZFyHB+cD4tQ7+1CwNAdDWIGnXwrK760ns4uMusHMrNyqz&#10;Ui6Vdm3Lpty2fypZNyW/2ZQTqLZdwnVp40oOp7Yk9HSvQGU05EplMe7Zb3Nu+2lu9r8IVkT/ADof&#10;M1H+bH+aedtXz/5X8xu23O3zPl9bXva/Pot7Q/7Jd01/az+Xd3qV3P8AMfy2jXA1d1+Zw1RGrTjE&#10;ThXBncT+0/eO/wBmfz+vSnvfyH5jVpk6e8/L46ZnTqwmYoJcJ/nu9/5F8xusN/kb728L7OXwc/O/&#10;r7taNjxA9U8p4tnrpzjWUsAxKowevrqSaOlraSeSCWCfbeGRZYiHAVwNwB1W47HhnZPptnUrUkKA&#10;IlJAII4iDhs99AbebK3c6y9+1YdWy442oIcbWpCkLiUKCkkKACgJg4pkbDU/C6qKixCGrnjWaNHB&#10;ZGUMGXxFjp24UX8PXrTmPqZ0jrMldRamaozXkyumw7EWqpWkqHXezQyTO5LFgQ8RJJJMZJ78HO9O&#10;Xos3w40AG3EhSYEAdIHuPrWK3YNvhcbx5UuzzBSlXdk6pl4rUVOESShSySSTgpskkklsk7aVefsH&#10;p8NxVKzD1C0tYiyR7RZRoLgAfUfr4c3PWc8D6d5NxTPWZpRDQYTTTVU7f6kaliAPFmtZR3JIA14A&#10;La3VdOJbRiVEAetZd51m7OQWjt7cnS2yhS1HqSJgdJOwDiSAKR9FRz4hWRUVMLySsFUfEnhIPw+a&#10;zqp1Bydj3X3qli1fVHNuITPhlBUVk0lNSUkUjj/RoHPlxhpCye6o92NSPtHkib0JZtXEWrKUju0j&#10;UoAAqUQNp2nCDt2k1hp2EO5nn1pcZ5mbzq/zjyiy0txam2mkqV/c0E6UgrKk4JHhbSRtNLTPqYXQ&#10;VkGBYZFGvysYEjqgDO5A+0w1Nhr9JPAz6v8Aqi66dburlb6cvRikMMmFkpi2YptrRQEN5cixuyOi&#10;IrXXeEeR2B8pRt3E4sMmtsuYF3mE+L7GxtPETiCTxiQB/EcYqOt6+0rOt8s1c3f3QCQWpFxeKgpQ&#10;QdKgklKkpSDKdQStxZB7pI06i44TlnBMGwpMw5wJIl1ipx3bxFwCCSe9rgDx725xk9EXrAp4WzDR&#10;dfMWkxjcZRTSfOijMjNcqT846COx0Hy5A0AUDnhvFYHwG0Rp2T4dUf6UGf8AO9aorsa3sQC+jeC4&#10;L06tB77udROz+7qSE9A7mBsCQK7Gc8pMRTvgUQh7bhs32/5ABv8A8F9fHv0/+q3q/kzrBH6X/WDT&#10;RU+P1W0YVi8SqkNaWJEat5YWNvNIIjdQvvDy3QPxPmmSMXDH5ywJKB9yDtT07ccOIM4YgxRzuL2n&#10;5tlGbDdvexKU3C47i4SAEPTgkHSAg64IQtIT4h3akhdYceythNZhJzLlJi0C/wCViJJKW7nXXTxB&#10;vpqDbg8+vvM+Zcm+krNmZMoYhU4ViNN/K/KqqOeSCaPfidLG+yWJlddyMVNjqCQdDwNbsMouL5tD&#10;gCgdUggEHwKOw4bam7tyzK4yjda7uLRxbTie40rbWpC0zcspMKSQoSkkGDiCQcDTHkWmp6zNVLT1&#10;cayxt5t1dQym0bEXB078FX00YtiuPenjI+N45Uy1tbV4Hhc09RPI0kssj0yM8kkjks7MTckkknU8&#10;Jc3Qlq6dSkAALUABgAJOAFSd2dXTt9kFg88pS1rtWFKWolSlKLaSVKUZJJOJJJJO2mrMcUUGP1sM&#10;KhESeUKqiwADGwAHYcFXMsssGXcQngYo6U07KykggiMkEEagg8JWRKwD0j41JuYKKLdxSTBCFEEb&#10;QdJpspwGqI1YXBZf48rz/C3z1nfqD6f8YxnPuM12OVkWYauFJ8Qq5qmVYloqJxGskzMwQMzEKDa5&#10;J7k8lLfK2btbpKWkpSO7BhIAE6l4wONYF/TVnd5n2RPPXzzr6xduJCnXFuKCQywQkKWSQkEkgTEk&#10;niaX3UyhoqDHoYaGFIUNOrFY0Ci+9xewHfhNX64eqbFPVn1D6E9H8Xq6mvxvFp6SilrquWamwmlg&#10;lkaomghkLxw2TaAyroBZVLlLD7+XWSLFm5fSAEoBISACtRAgEiCcevzMTWIx3z3mud6cyyTKXnFO&#10;PvrbbU64pbdq0hSitaEK1JR4YEhOAEJSVlMK8YLliLK2H43i8SrHDErOEQBpWYAKGIsTr8fp0vyy&#10;j02+nPrB0fzLiGY+p/UzFM7LXU0aJSVTTiCCYuXldFmqJhoLKhUILE3XRbRJm2asX6AhlhLUHaIk&#10;jhsA9Znz210P7Pez/Nt07hy4zLNH74OIADayvQhckqIC3HNmATpCBBMpwTAdZizBhOLU0dPhuGxU&#10;RRiS67dzC1gCQo+u9/p4cjgCrLakjypX8VDFaPAU6Y45iJK09FjrzykAkhI/JdiANSbDtyb9y0F3&#10;v0jaUQPWa5bfUzdIsRlbzmCUXRUrjgnQTh5ChU6YxPP/ADKCP7TwBR9J3AcnYbTesn1rQNnbAsyS&#10;dKMiVZJwuOnjdsSqYRrHUyNE8UgEhAtaZF2n3VdffdtZsN3j3akfmHR90/YDxAkEYf4pM7SNgWW7&#10;e93bCk3jFycosF/3AIBNw4jalxRSpCgFGNjqE6T4UrHjXwkbKGTm+Tnpxilcn+VLECNT4qAQRp9B&#10;P0dgHWd8U9XvoBxXDs75qzbUdS8h1VQlPXCt8w1MTPr9qd5pISRfy2EzRlhtdRdbmtuiw3nSW0Nh&#10;h0CUxEH2AA9fhB6DtoAZzc719hbrd7dXi8zy9awh3vNXeJJ61qcUg7dBDqkEiFpEplwoo8p57iko&#10;qWlXDq5VLJsttNv+IgA/HS/s8eXGYFjWG5kwSjzFg0gmo6+CKpgkHZ45UDow+lSDyBXGy0ooVgQS&#10;D5jA11psrxvMGUXDJ1IcSlaT0pUApJ9QQaCOeGSnmenmFnjYqw9hBsRyr7q/6ouunW7q5W+nL0Yp&#10;DDJhZKYtmKba0UBDeXIsbsjoiK113hHkdgfKUbdxmOwya2y5gXeYT4vsbG08ROIJPGJAH8Rxiube&#10;9faVnW+Waubv7oBILUi4vFQUoIOlQSSlSUpBlOoJW4sg90kadRErCcs4Jg2FJmHOBJEusVOO7eIu&#10;AQST3tcAePe3OMnoi9YFPC2YaLr5i0mMbjKKaT50UZkZrlSfnHQR2Og+XIGgCgc8N4rA+A2iNOyf&#10;Dqj/AEoM/wCd61RXY1vYgF9G8FwXp1aD33c6idn93UkJ6B3MDYEgV2M55SYinfAohD23DZvt/wAg&#10;A3/4L6+Pfp/9VvV/JnWCP0v+sGmip8fqtowrF4lVIa0sSI1bywsbeaQRG6hfeHlugfifNMkYuGPz&#10;lgSUD7kHanp244cQZwxBijncXtPzbKM2G7e9iUpuFx3FwkAIenBIOkBB1wQhaQnxDu1JC6w49lbC&#10;azCTmXKTFoF/ysRJJS3c666eIN9NQbcX34lWc84ZE9NT49kfFazBq4YpQx/MUNVLTy7GEm5fMhZW&#10;2mwuL2PCzdG3bubvS4kKGlWCgCOHA0OfqHze7yTd0v2TzjLnftDW0tTaoOqRqQQYPETBqD06o6Su&#10;zEIK2JJk8pztdQwvprY6cLH09i9Zvrcw6PNeAZuqenORoI46SjmgMhrqx4Aqy1JaJ45ZC8incxmV&#10;Qboof32Iwujl+7p0KbDzpMkGNKZ2DEECBsGkniYwFY45Cne/tkbF0xeLy2wSA22pOovOlEBThKVI&#10;WoqUDqUXUpGKEhXjUVHXnKGTJDSz0i4hWsS7hrbEDahbEECw7aE+OmnI+bsc9V34f2asHzRnzOFR&#10;1E6f4nVR0tZJW+Y1RC7gsdvnyTSxMEVmj2ysj2KsoO08sw3ZbzoUhpsMvJEjTEH2AA47cARtB20n&#10;zW93o7Crpm5vrxeZZc64EOF3UXEEyTGtTi0EJBKIcUhUFKkg6TXKkgyvnylmpqGkXD6+JSyBLbSB&#10;/wARABF++lx4cFyrzZ6lfWvjmIN0KzB/ULpvQzS0cWMpEzV2JyISks1MFKSJCpvts8ZHcsXusZGl&#10;i03eSPzKO9eIBKJ8KAcQDtBPTgfKMTKruabxdsTzhyS4/l+WNqU2m5CSXrlSSUqW3BSpKB/DC2zx&#10;KiqUttSUuXMmwRjG4PnsRdQ5hJGyMHUBu4J+o/dqQgz+fV56BK7Duo+OZ2qepGSqirip8QixAymd&#10;DIPAVEszw3CkRskpXfYOvvWJ7a/kd5wWktBl0AlJTEYeQAPWCJjYcKijPf7V9hq28wevl5nYqcSh&#10;1LuorGocO8W4pEwQhSXCnVAWnxQXag/qnnpJMPholw6sVC0ZjttNv+IgA/EEXt2OnLk8FxfD8wYP&#10;SY/hMglpa6GKohcdmjlQOjD6VIPIDcbLSilW0Eg+YrrfZ3bd+yh9oyhxKVpPSlQBB9QRQQzRSQTN&#10;BKLMhKkewg2PKvOrXqd669dusFd6c/RqIaZcJLR4xmOZQY4SGMcixOyuqIrXUMEaR2BMQCrvMyWO&#10;T22WsC7zCTq+xsbTxE7JPGJAA+7ExXNnentIzvfbNnN390dKe5kXF4oApQQdKgkkKCUgynUEqcWo&#10;EtAJTrIl4VlvBMEwlMw5vu3m2MNOO7eIJAIJPja4AHfvbnCX0R+sOihOYcL694rNjF2kFNP86KPe&#10;17rc1ciBBfQfL2HgosObG8VgrwKtEhPSNOqP9KDP+d61RXY3vYyO/a3gfU9idCu+7mTMj+7LGnHD&#10;9jA4JECuxnPKTn5eXAohF23Ls32/5ABv/wAFxc+nT1Q9XMG6sH0werekio81SJ5mF4nCqJBiKWZr&#10;fowsW5gp2MgUEgxsiyCzFua5Mw4x+csSS3/Ek7Ue3HzBnpkjYM9wO0nNbTNP7N71ISi7Ilh9IARc&#10;CCf4QESQDpUkJBIKChLghULMGWcKmwv+suVXL0oNpYySWjP16/Te/tuRyyDkT10HoPOe56vV7nue&#10;r1e5W/6wer+dOn/UuhwbLmOSYZBLhkMzRJKqAu1RUIXsfEhQPq59LH0bdm+6O+G7Fxc5/a2r76b9&#10;1tKnyNYaFvaqCRKh4QpSyOsmvnj+rXtK3j3N3jt7XKLt+3aVYtuKQ0YSVl+5SVHA4lKUjyAoJM+1&#10;uaKbGI0wQziIwqT5Skjdua97Dva3Cpf7THVP/sLp/wDxoTnWn/YM7Nf+cfl/tT/h1y6/2d99/wDn&#10;JXf+m/5GkT/Nc/8A+Kr/AOibf0c9/tMdU/8AsLp//GhOe/2DOzX/AJx+X+1P+HXv9nfff/nJXf8A&#10;pv8Aka9/Nc//AOKr/wCibf0c9/tMdU/+wun/APGhOe/2DOzX/nH5f7U/4de/2d99/wDnJXf+m/5G&#10;vfzXP/8Aiq/+ibf0c9/tMdU/+wun/wDGhOe/2DOzX/nH5f7U/wCHXv8AZ333/wCcld/6b/ka9/Nc&#10;/wD+Kr/6Jt/Rz3+0x1T/AOwun/8AGhOe/wBgzs1/5x+X+1P+HXv9nfff/nJXf+m/5GvfzXP/APiq&#10;/wDom39HPf7THVP/ALC6f/xoTnv9gzs1/wCcfl/tT/h17/Z333/5yV3/AKb/AJGvfzXP/wDiq/8A&#10;om39HPf7THVP/sLp/wDxoTnv9gzs1/5x+X+1P+HXv9nfff8A5yV3/pv+Rr381z//AIqv/om39HPf&#10;7THVP/sLp/8AxoTnv9gzs1/5x+X+1P8Ah17/AGd99/8AnJXf+m/5GvfzXP8A/iq/+ibf0c9/tMdU&#10;/wDsLp//ABoTnv8AYM7Nf+cfl/tT/h17/Z333/5yV3/pv+Rr381z/wD4qv8A6Jt/Rz3+0x1T/wCw&#10;un/8aE57/YM7Nf8AnH5f7U/4de/2d99/+cld/wCm/wCRr381z/8A4qv/AKJt/Rz3+0x1T/7C6f8A&#10;8aE57/YM7Nf+cfl/tT/h17/Z333/AOcld/6b/ka9/Nc//wCKr/6Jt/Rz3+0x1T/7C6f/AMaE57/Y&#10;M7Nf+cfl/tT/AIde/wBnfff/AJyV3/pv+Rr381z/AP4qv/om39HPf7THVP8A7C6f/wAaE57/AGDO&#10;zX/nH5f7U/4de/2d99/+cld/6b/ka9/Nc/8A+Kr/AOibf0c9/tMdU/8AsLp//GhOe/2DOzX/AJx+&#10;X+1P+HXv9nfff/nJXf8Apv8Aka9/Nc//AOKr/wCibf0c9/tMdU/+wun/APGhOe/2DOzX/nH5f7U/&#10;4de/2d99/wDnJXf+m/5GvfzXP/8Aiq/+ibf0c9/tMdU/+wun/wDGhOe/2DOzX/nH5f7U/wCHXv8A&#10;Z333/wCcld/6b/ka9/Nc/wD+Kr/6Jt/Rz3+0x1T/AOwun/8AGhOe/wBgzs1/5x+X+1P+HXv9nfff&#10;/nJXf+m/5GvfzXP/APiq/wDom39HPf7THVP/ALC6f/xoTnv9gzs1/wCcfl/tT/h17/Z333/5yV3/&#10;AKb/AJGvfzXP/wDiq/8Aom39HPf7THVP/sLp/wDxoTnv9gzs1/5x+X+1P+HXv9nfff8A5yV3/pv+&#10;Rr381z//AIqv/om39HPf7THVP/sLp/8AxoTnv9gzs1/5x+X+1P8Ah17/AGd99/8AnJXf+m/5Gvfz&#10;XP8A/iq/+ibf0c9/tMdU/wDsLp//ABoTnv8AYM7Nf+cfl/tT/h17/Z333/5yV3/pv+Rr381z/wD4&#10;qv8A6Jt/Rz3+0x1T/wCwun/8aE57/YM7Nf8AnH5f7U/4de/2d99/+cld/wCm/wCRr381z/8A4qv/&#10;AKJt/Rz3+0x1T/7C6f8A8aE57/YM7Nf+cfl/tT/h17/Z333/AOcld/6b/ka9/Nc//wCKr/6Jt/Rz&#10;3+0x1T/7C6f/AMaE57/YM7Nf+cfl/tT/AIde/wBnfff/AJyV3/pv+Rr381z/AP4qv/om39HPf7TH&#10;VP8A7C6f/wAaE57/AGDOzX/nH5f7U/4de/2d99/+cld/6b/ka9/Nc/8A+Kr/AOibf0c9/tMdU/8A&#10;sLp//GhOe/2DOzX/AJx+X+1P+HXv9nfff/nJXf8Apv8Aka9/Nc//AOKr/wCibf0c9/tMdU/+wun/&#10;APGhOe/2DOzX/nH5f7U/4de/2d99/wDnJXf+m/5GvfzXP/8Aiq/+ibf0c9/tMdU/+wun/wDGhOe/&#10;2DOzX/nH5f7U/wCHXv8AZ333/wCcld/6b/ka9/Nc/wD+Kr/6Jt/Rz3+0x1T/AOwun/8AGhOe/wBg&#10;zs1/5x+X+1P+HXv9nfff/nJXf+m/5GvfzXP/APiq/wDom39HPf7THVP/ALC6f/xoTnv9gzs1/wCc&#10;fl/tT/h17/Z333/5yV3/AKb/AJGvfzXP/wDiq/8Aom39HPf7THVP/sLp/wDxoTnv9gzs1/5x+X+1&#10;P+HXv9nfff8A5yV3/pv+Rr381z//AIqv/om39HPf7THVP/sLp/8AxoTnv9gzs1/5x+X+1P8Ah17/&#10;AGd99/8AnJXf+m/5GvfzXP8A/iq/+ibf0c9/tMdU/wDsLp//ABoTnv8AYM7Nf+cfl/tT/h17/Z33&#10;3/5yV3/pv+Rr381z/wD4qv8A6Jt/Rz3+0x1T/wCwun/8aE57/YM7Nf8AnH5f7U/4de/2d99/+cld&#10;/wCm/wCRr381z/8A4qv/AKJt/Rz3+0x1T/7C6f8A8aE57/YM7Nf+cfl/tT/h17/Z333/AOcld/6b&#10;/ka9/Nc//wCKr/6Jt/Rz3+0x1T/7C6f/AMaE57/YM7Nf+cfl/tT/AIde/wBnfff/AJyV3/pv+Rr3&#10;81z/AP4qv/om39HPf7THVP8A7C6f/wAaE57/AGDOzX/nH5f7U/4de/2d99/+cld/6b/ka9/Nc/8A&#10;+Kr/AOibf0c9/tMdU/8AsLp//GhOe/2DOzX/AJx+X+1P+HXv9nfff/nJXf8Apv8Aka9/Nc//AOKr&#10;/wCibf0c9/tMdU/+wun/APGhOe/2DOzX/nH5f7U/4de/2d99/wDnJXf+m/5GvfzXP/8Aiq/+ibf0&#10;c9/tMdU/+wun/wDGhOe/2DOzX/nH5f7U/wCHXv8AZ333/wCcld/6b/ka9/Nc/wD+Kr/6Jt/Rz3+0&#10;x1T/AOwun/8AGhOe/wBgzs1/5x+X+1P+HXv9nfff/nJXf+m/5GvfzXP/APiq/wDom39HPf7THVP/&#10;ALC6f/xoTnv9gzs1/wCcfl/tT/h17/Z333/5yV3/AKb/AJGvfzXP/wDiq/8Aom39HPf7THVP/sLp&#10;/wDxoTnv9gzs1/5x+X+1P+HXv9nfff8A5yV3/pv+Rr381z//AIqv/om39HPf7THVP/sLp/8AxoTn&#10;v9gzs1/5x+X+1P8Ah17/AGd99/8AnJXf+m/5GvfzXP8A/iq/+ibf0c9/tMdU/wDsLp//ABoTnv8A&#10;YM7Nf+cfl/tT/h17/Z333/5yV3/pv+Rr381z/wD4qv8A6Jt/Rz3+0x1T/wCwun/8aE57/YM7Nf8A&#10;nH5f7U/4de/2d99/+cld/wCm/wCRr381z/8A4qv/AKJt/Rz3+0x1T/7C6f8A8aE57/YM7Nf+cfl/&#10;tT/h17/Z333/AOcld/6b/ka9/Nc//wCKr/6Jt/Rz3+0x1T/7C6f/AMaE57/YM7Nf+cfl/tT/AIde&#10;/wBnfff/AJyV3/pv+Rr381z/AP4qv/om39HPf7THVP8A7C6f/wAaE57/AGDOzX/nH5f7U/4de/2d&#10;99/+cld/6b/ka9/Nc/8A+Kr/AOibf0c//9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3C3+sHGv5B6XM+14O0vgtdTg/GojNOP8Alfgs&#10;yFvvb1of36T7DPyrHztYvPyO7WYL6bZ1H+qJLf8AoqUOUofPzNQx+yZG/wCQTu/ZzXw9N9L5ORqi&#10;pI1mrJD9SxxqPzvz7Qvo9sfy+7Lzx2u3jh/zUtMpHvCq+LLfRzVdJT0IHvKj+FBZ6pqzz+oVNSg6&#10;QUUQt8WkkY/lbhgudXKiKi089z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3MU80dNC9&#10;RMbJGpZj7ABcniK5uEWjanXDCUJKlHoCRJPoBV0pKyANpwrNTwS1U6U0A3PIwVR7STYD7+Lr8I7L&#10;UmYOq+d+qVUlzTUcVKGP+OuqDO1viBBr9Px58AParnS84fU+591w868rzUoqPvWa+lf6SMjAvLq7&#10;jBlhtkH/AGxWrDyDPsPXVk/USOLBst4XlunPuRKqgD/DDGEH8eX0cxArunQNc9z1er3Pc9Xq9ylC&#10;v6MdNeun4oef8ndVMN/mmGxYPR1SQ/MVEFpkocLRX300kbmyuwte2vbQcyETmD2W5My4yrSrWRMA&#10;4anDxBHAVx2f3Qy7fXtJzC0zNrvWhbtuBOtaPGGbRIMtqQrAKUImMdmyhkTGMRwTppQVeFyeVIZn&#10;UnaraF5SRZgR4cOf/wANwejD/sDf/Jtiv/nXyP8A+1mYf8c/3hH+DWXv/Qvm6H/Ml/6MXX/zekf/&#10;AJw84f8AKZ/0ai/5o4Tb15ejb03dGPTtX576a5c/luKw1dDEk/8AMK+aySShXGyoqHQ3HtW48OD7&#10;drP7vMLsNvL1JIUY0pGwdISDWI/bd2SbvboZA5e5dbd06lxpIV3r68FKgjS46pOI6vKlfkfN+YsY&#10;zBHQ4jUeZEyOSvloNQLjVVB5ZFlfE8TwT0n4djOC3+cpMpQTQW7+bHhqvHb47gORM8gOXykq2F0g&#10;+RXjXQnLblyz3XbeZ+9FghSP8ZNuCn3gUHdTHHNmmSGb7D1TBvoMljwqP4UmAYLQemqozDRhXrsU&#10;xasaskuC5MQSOONj3sq+8Af8ZP73Btvq6pV2EHYlAgeckn5elYw/TDYssbuquEQXHbhwuK2mUhKU&#10;pJ2wB4gP78njSp6ozzSZjWB7hIokCDw1uSR9en1cs15EFdGaDflTX4tVHQ4Z0xydn6gIix3DMejj&#10;o5Vt5io9PLM5U97LLDEfZe3Jt3HUVvONH7FN4jhMgD3E1y6+qVpFtltlfIwuGroBtQ+4JLa1qjjg&#10;tts+cUKfSt3kxKroZNYJICXHhcMAPyJ4c71W9HR1+9POOZH8kHEnphWUAIN0rIB5sKjxG83jJt9l&#10;jpwAZJf/AMsukuT4ZhX+KcD7NvmKy77T90v7c5C/Zaf2pR3jXU8gakDq1GUH+9UaR+V8X/kWPw1t&#10;/wBGG2P8UbQ/d3+rhffTj6r8NX0PzdVM2vuxHI9JLh9fFIdrvU0qrHSI17HdUBohc299mGpB4KM2&#10;yQ/zEMo+10hST0A4q/0uPoKgns+7UGxuYrM7oy7YtqZdSTBU42AloHYZdBbEn+NRGJFP2YcrSf10&#10;XDKQWjrXEiEdgrauf+B1+rhaekHpHxPq16H81ZszPEarOWfaiTMNNM4PmGSnaR6NfpqN0xv/AIZ/&#10;hwXX+eCxzFtCMG2h3ZHCDGr/AEsD1TWO26nZW5vTuZd3VyNd7mCzdoUfu1NlRaH+66nMf6L3VSjx&#10;bNcWFZ0paWmO2joVFOwHazWD/wDINh9a8Mn0O9X2HN6GJ+smY5RJi2UaOTDqyOVvelroFWKkD9je&#10;p3REm3dmAvt4EsxyI/zIW6PtcOoRwScVf6WD7BWQ+5nau2dylZvcGXrNssuBRxU8gBLU7D+11Nkn&#10;pUocKTuNZTkGdlwinFoqtxIhHgjatb/iNj93HD8NvpXiGT+hsnU7NIMmPZ8qnxapmcDzGhYt8tuI&#10;0IcFph/y9+rjW9t6H7nuUfY0NAHCePswT6Uu+nrdlzKclOZXONxmCzcLUfuKCT3c/wCNKnR/tnpW&#10;PqJikdXjQw2l0goVESgdtw+192g+rlhnItrPSkDz3PV6vcqgyX/2dpzd/wCC/D/5SYfya7j/AJYb&#10;f+2H/fl1y/yf/qKV5/3iJ/5StqFKt/51XSf8vz/yvJw3nrXxbFcF9KWea7BSwnOGSQkqbERzMsMx&#10;v/y6ZuAbd5CXL1oK2ap9RiPeBWVfbFdO2e7F+tmdXclOH9FZCF/7wpVJPJsUU2aKJJvs+YD9YBI/&#10;McTfoCy7gWXfSVk9cDVLVtPLV1Dra7zyzOZC5HdlI2a9goXw4r3ndU7fOauBAHkAI/H1oP8AYZYM&#10;WG61n3IHjQpxZHFalqKpPEj7eoJA4VIz3UT1Gaqsz39xgig+CgC1vp7/AF8OPwBVlrSR5Up65qel&#10;y16wOhec8vAJjFbii0dQYwN7061tIiK1huIZZ5l+gkDk37uEvWF02v7QmR56Vf4KTXLTtobTl29m&#10;Q3dvg8t8NrjaWw8yADGMEOup8iYoVMlM1RlLG6So1hSIut+wYoxP/Ko5bXyEK6l0FfPc9Xq9ylvF&#10;cKwrHfU1WYLjhAo6rMtRFNc2BR65lZb+G4aX8L3592+UZxebvdlFvfZeJuGMgYcagSQtGXoUlQHH&#10;SRq0/wAURxr4wc0yq1zztMfsr4ww9nbzbkmAULvlJUmeGoHTPCZ4UWSop6erzzLTVZtHJWurfQZS&#10;CPr5c7TU1NRU8dHRxrFFEoRERQqqoFgqqNAAOwHPhXu7t2/dU++tTji1FS1rUVKUpRlSlKJJUonE&#10;kkknE19mNtbN2TaWWUpQhACUpSAlKUgQEpSIAAGAAEAYCjMoiRII4wFVRYACwA9gHKv/AFvYBgWF&#10;57w3FsNjSKrxCmdqoILbij7Uka3dmF1v/qjn1qfQJvHmObbvXlndKUti1uEJtyok6A4gqcaTOxKS&#10;ErCdgLhiJr5h/rbyCwyvPbW7tkpQ9csKU+EiNRQsJQ4qNqlAqQVbSGxOygI6pUlJBi0FRCAskyEv&#10;bxsbBj8T2+rgr5jxnFk9D1NUAsJHpaWnZvERCrWID6DGAv0HmHe7GR2bnb+81AKU3Ny+E8C8bNbx&#10;Pml1SnP8ZNZWbxZxdo7EGnJIUq3t2SeIaF0loDyU2lKP8VVKGtqagdLEfW5jjQn/AFfMC/mNOEn6&#10;VYl1YwPEqjGOk1JUT1SII5ZabDlq2jV72F2ik8vdY9rXt4253q7YMr3Nz+1asd8n2GmVKK22375d&#10;klxSIkwm4Y77RqGCtYQVAgAmTxT7K8y3syS5dvN02XnHkpCHFs2SbtTaVzAlTD3da9J2aSsJIMgY&#10;BdgE+YaWd6nL0bvIAAzJCJCAfpVrX4OcnUz1pSxtFLSYsysCCDl+Mgg6EEGk1B5z7b7KewhlQWh/&#10;LQoEEEZ26CCMQQRfyCDiCKzjc7S+2h1JQtnMCCCCDk7ZBBwIINliDxFKs451OYFWjqCD3Hya/wDU&#10;viM6P5G6sYD1dwLMNTl3E6VBiEPnSfy6eKNI5X8uYm0aoiBGN+ygewcnPts7Qdzd4tyszyxrNsve&#10;UbJ3um/z7DzrjrKO8ZSJeW446XG0aSSpalwZKjUN9kO429mQ73ZdmDuWXzKfzjXer/JPNNobdX3b&#10;xMNJbbbDa16gNKEokQEimzLmFZhpMxUlZJRzxjzl3N5LKArGzeAAFifhbh1fU70AxDqvS02ZcqMv&#10;83oIzF5LsFWeLcXCBzorqxJW9gbm5HfnB36TvqPtuxx17Ks4CvyF04HO9QCpVu9pCCsoTKltrQlI&#10;XpBWnQkpSrEV2k+pvsCuO1ZprMsqKfztugt92ohKX2tRWEBZgIWhRUUaiEHWoKUnA0J+esoTZgRK&#10;7DyPmYV27SbB1ve1/Ag9vDhK8sdZ+r3RWqGTM2Uz1NBDtV8MxOI2CA6eUzDcq6e6RuTsQDzvBvZ2&#10;F7ldvLJz3JnkM3LmpScwy9wSXFDHvkIISteMOBWh/akrSZri5ux2y73dizoybNmlO26ISqxvkGAg&#10;HDulKBUhOEtlOtnYoIUIoMaHM2Y8sSfyzEIzJEtgYJ18P9UnUD2dx8OWm9N+oOB9TspU2bsA3CKe&#10;6vG/2o5F0eNviD4+IsfHnyGdqPZtmHZNnT2S5jBW3CkrT9jrSsUOInGFDaDilQUk4g19SXZz2gWP&#10;ablLWb2EhDkhSFfc24nBbauEpOwjBSSFDA0PWCYxS47hyYjSXCtoQe6sO4P0cqjyh/1dHT/+DDJ/&#10;5VNz7FN9P+oRu/8AejR/0CIr5UN0v+ootf8Ae5X/ANBSqL/hv/MeJ/3mH/pIeWVeofN2Yci9JcSz&#10;PlWo+VrqdqURy+Wj2D1EaN7sispupI1HPld+mbcvLO0HfOzynOGu/tnU3BW3rcb1FFs64jxtLQsQ&#10;tKTgoTEGQSK+kz6ht7sw3G3Tuszyp3ubhtTAQvQhcBb7aFeFxK0GUqIxSYmRBg0N2csRrMKy9PXU&#10;D+XKhjs1gbXcA6MCO3K1f9q3r7/03v8AyBov+pHPqi/6E77OP+cX/wCjl/8A/PVfNn/0NXv9/wA5&#10;H/0Vsv8A52oEf84Gbv8AlL/6NRf80ctj6c4tiGPdPcBxzFpPNqq3DqKeZ9qrukkgR3baoCi7EmwA&#10;HsHPjb7UMmtt3d5szy+zToYt767ZaRKlaG2rhxCE6llSlaUpAlSioxJJMmvq+7Oc1uM+3ey6+u1a&#10;3n7K1ddVCU6nHGELWrSkBIlRJhICRMAAYUYPBaiarwekqqg7pJYYnY2AuWQEmw078qOxXCsKx31N&#10;VmC44QKOqzLURTXNgUeuZWW/huGl/C9+faJlGcXm73ZRb32XibhjIGHGoEkLRl6FJUBx0katP8UR&#10;xr5Jc0yq1zztMfsr4ww9nbzbkmAULvlJUmeGoHTPCZ4UXeop6erzzLTVZtHJWurfQZSCPr5c7TU1&#10;NRU8dHRxrFFEoRERQqqoFgqqNAAOwHPhXu7t2/dU++tTji1FS1rUVKUpRlSlKJJUonEkkknE19mN&#10;tbN2TaWWUpQhACUpSAlKUgQEpSIAAGAAEAYCjMoiRII4wFVRYACwA9gHKv8A1vYBgWF57w3FsNjS&#10;KrxCmdqoILbij7Uka3dmF1v/AKo59an0Cbx5jm2715Z3SlLYtbhCbcqJOgOIKnGkzsSkhKwnYC4Y&#10;ia+Yf628gsMrz21u7ZKUPXLClPhIjUULCUOKjapQKkFW0hsTsoCOqVJSQYtBUQgLJMhL28bGwY/E&#10;9vq5E6x1VVWemTp/NWElwZEF/wDBGrIn/JgHDvsPs2bHtY3pQxGkhCzH9NxaHHPXvFKnroo7Yrp2&#10;87Mt21vTqBWgT/RbStCPTQlMdVY8yySSZGwdpO43D6gCB+XDI+ifC6Sk6T1GJRKPOq6+YyNbWyIi&#10;qt/YNSPiTzlv9embvXu+TVqs/s2LJoITwBcW6tao6VeEHpCE9FdHvoqytq03TcuUjxvXbpWrjCEN&#10;pSmegeIjrUrppbdL4I48vPOo96SVrn6AABwOPXlWViU+WcPUkU8jV0jDwLoIVUn4qGP38yh/q7bF&#10;hbuc3JALqU2baTxCFm5UoDqUptE/4grHP677x5LeVW4JDalXSyOBWgW6Uk9aUrVH+MaZOrMsgShh&#10;H2CZWP0jaB91zwY/SBgGA4b0bo8Yw1ENXiElQ1VIAN5ZJnjRCe9lQCw7ak+PMHvrZ3jzHNN+bixu&#10;lKDFq2wm2bJOgJcZbcW4kbCpbilBSgJhKUE+ARmJ9IWQ2GW7nMXlslJeuVvKuFgDWVIeW2hBO3Sh&#10;CUlKdkqKgPGZUvTikpIMtR1MAHmTM5kbxuGIA+ocWfqPwDAcd6OY2+ORoTR0z1EEjD3kmQXj2HuC&#10;x90+0EjkGfS7vHmO7+/GWpy9SgLh9DDyEk6XGHDDgWnYoITLgkeFSAoQQDUyfUbkFhnm51+b5KT3&#10;DKnmlkeJDyBLeg7UlaobMbUrKTIMU551o6Sry1VGqA/RIXQnuGHax+J04Tf0LVtameMaw5Cfl5aF&#10;ZHHhvSZVQ/TZ253D/rCLBhzd/LrpQHeovFNpPHu3GFqcHkVNNz1gVx2+hm9eRnl/bJJ7pdoFqHDW&#10;h5CUHz0uOR5mg16UyyjFamAH3GiDH6QwA/IngKZlggzT6lKvD80uRT1WYGppyxtaL5vytt/ACMAX&#10;8BzPTdV9zdDsrYucoTLrOSJfZAEy9+T77VHEl0lZH8RJHGsKt5GW96e0l63zRUNvZwWXSTENfm+6&#10;0zwAbASDwAnhSXrlSvztJDXn3JKwo1/8Pmbbfdy52ko6TD6WOhoYlhhhUIkaKFVVAsFVRoAB4c+F&#10;i9vXsyeXcXC1OOOKKlrWoqUpSjJUpRkkk4kkyTX2X2lo1l7SWGEJQ2hIShCQEpSkCAlKRAAAwAAg&#10;UZmOOOGNYolCqoAAAsAB4AcrK9cOAYDhucsJxnDo0jrK+nm+ZCCxby2URyNbuxuRfvZR7OfV59AG&#10;8eY5pkd9Y3KlLt7V9r8uVEkI71Cy62idiUlKF6RgC4ogAqM/M79b+QWGW5zZXlulKX7llzvwkQVd&#10;2pIbcVG1SgpaNRxIbAJMCAN6p0dJBiVPUwgLLMjeZbx2kbSfibkfVwYkra3EPRCaivJaQYcYwT32&#10;R1Plx/cijmD67BjLe33u7cAJN8FkDZrdtQ456lxayeuazDTevZh2Jd4+SVCyKATt0N3Jbb9A2lIH&#10;VFKQSyzdLd8xufJI19ivYfkOBh6Ef+YjzB/3jU3/AEkbmWf9Yb/yy8q/7yH/APlNFYx/Qp/y0cy/&#10;2hn/AJUXTF0n/wB7az/iCfxPLKufK7X0mUN3Pc9Xq9ypzPAHpX/EGwrP6DyMr9VYTQ1h1EcdfuRS&#10;58ATL5Tlie0svgDybbb/AIdZWpra4wdQ6SnH5SPQVy8zr/nWW/jV8PDa5snunP6KX5SJ6Pv7tRJO&#10;xxzgKFKi/wCNPkKWgPvVOFnentKam33XH1Dil/EVzZjOdZ8oekTI8tsVzzXQSVm3XyqKKUbWkW4O&#10;wyKZD8IG4j3UYTbhy+c+1pJjrURw64w/zhQh7fs0ezhVnurZH9rfupLkfwspVgVD+iVAr8mVVH6f&#10;0sNEtXmutH6KiRgnxcjsPjbT/guHjxbBYOk/QuswHIURiXL2CTx0CC269NSsIbm2rEqCT4nU8jpD&#10;hvrkKd/jWCr1VjWZ91Zp3XyVbFiIFtbKS0OMttHR6kgEnicaRUUzYrjaT1xuaiZS5/4k2v1cJL+F&#10;JgGC0HpqqMw0YV67FMWrGrJLguTEEjjjY97KvvAH/GT+9yQ99XVKuwg7EoEDzkk/L0rDn6YbFljd&#10;1VwiC47cOFxW0ykJSlJO2APEB/fk8aWfVGeaTMawPcJFEgQeGtySPr0+rlmvIgrozQb8qa/Fqo6H&#10;DOmOTs/UBEWO4Zj0cdHKtvMVHp5ZnKnvZZYYj7L25Nu46it5xo/YpvEcJkAe4muXX1StItstsr5G&#10;Fw1dANqH3BJbWtUccFttnzihT6Vu8mJVdDJrBJAS48LhgB+RPDA/iJ+fVeinN7shV2TCHZfZ/v0p&#10;Gbv7OBjdWBmDf+f/AL4qp27fdTm514Yxi3JHR/lLJPsph6f2XONIL6XlH/Rp+DD6TZUm9MWQHjNw&#10;MAwpfrWmRT+Y4Q52IvHv9sV8TUsdlygvdvLyP+ZRgextIPvpozSCuZK8H/i+X/lY8GTNZC5WxJmN&#10;gKWo/wCkbcIGPvT5j41LeZmLZ3/EX/vppopf96Y/+JL/AB5Wr+EdTtD6acWkbtLmOtcfQKKiT+K8&#10;lzfkzeJ/2sf78uueH0rtlG7rx6bxw/8AoFgfKhF6rNfMcQ9lOg/5Pc8SXo8wilqPX11qx2RAZqWa&#10;qhRiBdRNXbmt4i/lji7PnCMstk8CAfYn9aCvZNaJc35zx4jxIUtIPQFvSfboFS82ysuRcGgB0YKT&#10;9SWH8eW7cgyuqtBRz3PV6vcqL/Fewdcw4d03wByVWuxmanJHcCVYUuPv5OW5LndF5XQgH2Sa5W/U&#10;/aC/byxg/wCuXKkf6YIHzoV+l03y74jOP3IVb7rnltOH0FFhVBBheHRLDT00aRRRoLKiIoVVUeAA&#10;FhyEFKKyScScTXUhhhFshLbYCUpASkDYABAA6gMKCuSR5XaWQ7mYkknxJ7nhMvxFaaCq9G+chMoO&#10;xMOdT4hlxGmII9ns+i/B/uoSL9v/ADv98VWInb82lzdG9ngGSOoi4a58qWHT5iub6O3iZB/0bbj1&#10;0RxvGcN9DWAY7hjM9dR5QjkpyO++GhPkgfRtAHE+YtpXmS0nYXcfIqxo53NvHrfcu3fbkuIy8FHT&#10;KGPAPSABWDGoYZM6zwSaI9WQ30M+vAI/CkwDBaD01VGYaMK9dimLVjVklwXJiCRxxse9lX3gD/jJ&#10;/e4Jd9XVKuwg7EoEDzkk/L0qEvphsWWN3VXCILjtw4XFbTKQlKUk7YA8QH9+Txp86ozzSZjWB7hI&#10;okCDw1uSR9en1cs15EFdGaDflTX4tVHQ4Z0xydn6gIix3DMejjo5Vt5io9PLM5U97LLDEfZe3Jt3&#10;HUVvONH7FN4jhMgD3E1y6+qVpFtltlfIwuGroBtQ+4JLa1qjjgtts+cUKfSt3kxKroZNYJICXHhc&#10;MAPyJ4u/xS5JJvSZ5sq7GbFMNJX2ErISNfZwt3MEX3+ar5UNvqXUVbrScCX2cOjBVQemQAzTYajy&#10;pP2cOz0Qy/QZV6NZUy5haBIKPCMOiUDxtTpdj7SxuSfEknke5i6X7hxatpWo+81mLuZYN5ZlFpbt&#10;CEot2Uj0bTJ8ycSeJM0jcaneqxiqqJDdnlkP/Jx4UD8UWKOT0lYi7qCY8Qw1lPsPnbbj6iRwdbmm&#10;L4f4qvhWKP1KJCt1nCeDzJH+nj4E0rOmhIzVGB4xyX+7hmfS7lykyp6ccjYHRIEWPBMNkcADWWan&#10;SaZtNPekZj9fc8CGcul+7dUf6avYCQPcKyL7NcvRle79gygRFsyT/jLQFrPqpRPrSczNUPVZhrZn&#10;N7zSAfQGIH5DgH/iSU8U3o0zdJILmFsJdPgTidKl/uY8EW6RjMG/8/8A3xVQ19QrYXujeE8CwR5/&#10;mWR8CaeunbEZvpAPHzQf+ibHi56P4xi2G+iXLuOYaxNbSZNpZYCO/mRYapjt8QQOF1+2leYrSdhe&#10;IPkV40NN07t233Ntnmz40Zc2pPTqTbjT7wKg4tDFJnKohkHuNWOD9Bk15Uh6IcY9buTumNbjHp1y&#10;Ng2PYXjFdJJPiGIVES1EksSrGYjuxKnbZHqVundmNzfk47xN5dcPBN26tCkpwSkGADjP2KxPnwFc&#10;sOxq73yyjLVu5BYW1w086Sp51aQ4pSQE6TN0ydKcSJRtUoyZoVs6RZMrMSSHMFbNBLEgCxxqdoB1&#10;vpG2p+nw4c3/ADsfiw/9uxy1/wCNUP8A5+uAD8jkn/H3PYf/AJlWXf8AajtQ/wCcXZf6oj/5/pH/&#10;AMr6W/8ATSqf+QT/ANSeAB1f6f8A4jnXPN+VM45u6d4Th1flOsWqpKrDcQo4pf8AKRyFJGlxSXcg&#10;aMEAAEG9jqbiewuspy1txtt5ag4IIUlRGwjCGxjjUF715F2g76Xdpd3eWsNOWbgW2tl1pKvuSohR&#10;VduSJSCIAIMxtMv2E1/T3BKSqpKTEJZEqk2uskbkdiLgCIa68vP5jjXaagT57nq9Xue56vV7muf+&#10;Lv8A9XJYJ/4LVH/5X1/MrNxf+JFf7Yf99RXAH6q/+nhY/wC8Jv8A5XuKMF0o/wCYdm/7yX/6Rpyq&#10;/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xuf/QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9wi34keM/wAo9HuaI1O1618Np1/4Kugdh9aK3JH3Sb7y/b6tR/3k/OsK/qFu&#10;/wApundAbVllA9Xmyf8AeQaW3TuHzc20x8EEjH/kBgPzPKbOhVL8t0yoHOhmadz/ANFWUfkBz7hv&#10;phsvye5loo7XFPrP+ruJHtSkV8dO9Tmu+X1BI/3kH50W71D1fzXVjEUBuIVp4x/0RRj+ZPBf5n7U&#10;eUCXPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xA9UcU/k/T7FqwGxMDRA/GW0Qt9b&#10;cxZ7bc7/ALP7p5jcTBLCmgf758hkEdYLk+lCzImPzN42n++B/wBL4vlQj9IcI/nnUvBqEi4FSszD&#10;4Q3lN/qXljH4TeTP5D6cq3NcyWlx3FqiRWt3hp0SnQfVIsn38+D7fe4727CP6CB7SSfhFfW39LuU&#10;fkd313RGNxcLIPShtKUD2LC/bRzOqdZ5+YUpQdIIlH1sSx/K3LQ+Q5XSag057nq9Xue56vV7lUHT&#10;P/s7T1D/APBfpv8Aykwjk13n/LDZ/wBsP+/OVy/3c/6ilmX/AHiI/wCUrKhRxL/nVeH/APeQ3/K0&#10;vLX+QpXUCgu5Xl+KF/1aRin/AHn4b/0nHJS3N/4uT/iq+FYFfUn/ANOq7/trP+/0vumv/MVxf8Qk&#10;/wCVeG46Ixxy9EMoxSqGVsDwoEEXBBpIwQQe4PAPmJi5c/x1f78ayn3NSFZNZg4g2rH/ACkmkrjJ&#10;IxqrI0Inl/5XPKqqGuz9+GZ1QxlavCKvHekmY6n5mKalG56CVjtVWLWQSqto9rsolUIysGVlE0KS&#10;1veymFBFwgQQdih8Y44A6TIIgg1zJZevvpzzJ4KZcuMnuV60qbxUwo4AGYTrAhEKUkOpCVJUFJUk&#10;Ce6UPUfDISsqQYrTrtIbtIB9GtvHQG2ot48NhP8Aiaej6HBTiseYKmWcKD8muF1vnk3ttDNEIL21&#10;/wApa3jfTgJG6F+VadAjp1Jj4z7qygX9Rm6aGe9Fwsqie7DD2vbskoDc8f7pEcZwpLL04zaZvKNO&#10;oX/GZU2/kd35cLJleh6j/iJdccD6n5lwifAeluUZvPoYKkWfEJQyvr4SGRlUOVukaAxqxdmYjB5T&#10;W6tsplCgt9wQoj+EfKJwnEnEiIFY5ZazmHb7nTGZXDKrfKrNWtpK9r6wQfJWopAWUyhCAUJUVkqK&#10;kqXw7p/gs2G00qz4nVja7L2jFrfVa+l9SdbW5cryA6640EPNfn1CenjO0Hq/m9PGTpHpMqdUsRoM&#10;cnSJfdRKczPWFe6qYWaWQKABrEDYAcyfyvNWzYC6cxcYSpAnrjT7cBP+NXCffzcK8RvWrILQlFpm&#10;rzV0oJGADZcL0bQNBLiwnAYtAwAKHjAMfomymuP1YDVWGRyQKSe5baE+/QX+nl+2E4Vh+BYVTYJh&#10;ESwUlHFHBDEv2UjjUIiC/gqgAcxkWsuKKlYkmSes13JtbVuyaSy0AlCEhKUjYEpEADqAAFAXLLJP&#10;K00p3M5LEnxJ1J5QD149OWe6f1fzenHKk01NlDqVidHj8scS/o1SEztVkHUL5BaYhAQD+iuNE5k7&#10;lubNGw/NrguMpLYnbjGn24Y/43XXC/ffs/vUb1nd+1Kk2eZvN3agkeEBHeF0jgO7JcITgD+ykYIo&#10;dsDzDQtlMZhqgGq8OjeAE9yTtCf8haa/T8ebAOG4dQ4Ph1PhGFxLBTUsaQwxoLKkaKFRVHsVQAOY&#10;xLWXCVKxJMnzNd07e3RaNpabASlACUgbAlIgAdQAgUBEkjzSNLKdzMSST4k6k8m8bpZXDnuer1e5&#10;VBkv/s7Tm7/wX4f/ACkw/k13H/LDb/2w/wC/Lrl/k/8A1FK8/wC8RP8AylbUKVb/AM6rpP8Al+f+&#10;V5OWe5vyrg2ecqYlkvMcfnUGLUs9JUIDYmKZDG4B8DY6HwOvIeYeVbLS4jakgjzBmukGbZYznVq7&#10;Z3Alt5Cm1jpStJSYPAwcDwONBrSVU1FVR1lObSRMrqfiDccp06W9Xc/fhx45UdD+vWG1eJ5FnqpJ&#10;MFxuji3KglJdk2sQpDfbki3b423FRIrKeTze2LW9iRc2ygl0Aa0E7Y5gGIIiYIrkzu1vVffT88rJ&#10;s8acdsFOKNtctpkJ1EkiDAM/ctvVrQrUUhxKgaFvE8KoeoUC41gciR1yqBNC51NtAb/kDax07W4a&#10;nMX4nXpGwbA2xTCsaqsXqQtxR02G1aSk7SbF6mOKEWOhO86nS414DGtz75xWlSQkdJUmPcSfdWTO&#10;YfUfuraM960+48qMG0MuhUxMS4lCNuB8fHCRjSYp+m2a5p/KlhWJf8bSIR9ykn8uA36eshdVvVT6&#10;hYPWD1pwx8DwHBozHlrCpdwYj3vLmIYBiqFjIZCF8yQqUHlqBw+zW5YyW1Nhbq1LV/dFD3j3RHAT&#10;OJqJNwsjzTtNz5O9mcNFi3ZEWTCpk7dK4IBIGorKyB3jmkpHdpAp4x+uwvLGANlLB5BPPMb1Eo7e&#10;Fx9Jta3gO+p5bRyEa6kUFfPc9Xq9yjfqNhuI4z1vx3CMIQyVdVjlbDAoIBaR6x1QAkgAliNb8/QJ&#10;7MM0tsj3Ayy9vVBLDGT2jryiCoJabsm1uEgAkgIBJABJ2AGvh67RctuM433zG0tAVPPZrdNtJBAK&#10;nF3a0oAJIAJUQASQBtJFFXxqCapzTV01OLySVcqqPaxkIH58GGh9W/XHJ9G+VsZjpp6qlvE0ldTS&#10;fMoRpZ9siAsvtZST+9fmEWYfRh2f77vpzexW+0w9DiUWb7RtVg4yjU06pKFdDbiUpBhsIAAGYNj9&#10;Wm/G57KsrvUsuPMy2pd0w5+ZQRhC9LrQK09LjalKIlZUSSVHF1EzVhsZoKkI8kd1JlRt4+mxGo+I&#10;+ngdZdy11M9SXUBqupeSpmmZfmqx0tDTxjT90BRYfZQak/WeZO7z71bqfS1u2GWkoZbbSr8vapVL&#10;1y6ZM+IqWrUr+6PLlKBEnBCDjtu7u1vN9SG8BddUt1a1J7+5UmGWGxh/CAhOlP8Ac2kwVnYMVKDN&#10;RUOOZ2xgyOS7MR5khHuov1aCw7Dx5bXifTbL2I9NX6XbSmHmjWjQ6FlCKAkngCysA3xI58ZWVdqe&#10;Z5ZvUne6Qq6F0q6UMQlRWolxviQhaFKbjEhBgbK+szMuzfL8x3aVuvBTbflhbJOBUkISAhzgCtKk&#10;pc6CsSdtGGnwSjmwQ4Da0PliMe0WGh+kHXlT1VTdXPTDniQ0zNSSNdFmCb6aqivcW3Daw8baMp9h&#10;59j1pdbl/Vnu+gOhL6BC1NFei6s3ogg6SFoIxGrFp0CfGmvlHurbe36Y88V3ZUyoylLmnXbXTUyI&#10;1ApUNhjB1omPAqi+yJmLIuKtsJjY6BrXSRfr0P8AEfDi7xb1pdYsSw9qKlTD6F2FvOgp3Mg0I086&#10;WRPj9nmPWTfQluRlVyH3VXtykY908+2GziDj3DDLh2RHeQQTMmCJ0zb6z98Mytyw0mzt1H/XWmVl&#10;wYEYd8862NszokECIEgutR1NzJPCYoxDET+8iG//ACcxH5cNx6X809bM2YNLiHUZVfC9o+UqJovL&#10;qZWv3AWwaID98rcnsW1txf8Aq13Q3C3NvkW265Um91H8yw053lqymDgSrUpD5V/rSHNKEyVIR4Ar&#10;rX9MO9O+u9lmu43jCTaaR+Xedb7u5dVIxATpSpkJ/wBcUjUpUBKl+IpETIlfmjEKZpsaAMFv0bst&#10;nY/Va628bffxIeqfq11Y6d43ha5UgakwuNlmar270nkFwaeXSyKB3UkFr3B00mn6Quxrc3tMsL05&#10;w6H71QU0LXV3a7dowRctYy4sqgBwApajStJ14xH9UvaxvZ2eXtoMqbLNokpdNzGtD7gkG3dwhCAN&#10;qCQpydSVDRg3Z+zDmHBqqAYehjgBDGS1w7f4G9g+Hj9XCu9YvUjV9ZcrUWWqzAoKWpgmEhqVkMjE&#10;2KlYVKAxhvEbmvYeznW7sQ+ltnsMzi4zVjM3nmXWi2GFNpaSE6goKfWHFJeUgA6FBtrTqUdhIrmB&#10;2w/Ue72yZUxlr2XtMutuBZeSsuKJgpKWUlCVNJWSNQLjmrSkbQDSDzJnWTMtBFRS0iRujbt4bce1&#10;rKLXW/jqeHr9KORsbyJ0njp8wRNBU4jUy1vkuLPGrpHGisPAlUDWOovY2Nxz57PrF7QbDtC3yU7l&#10;q0us2lu3ad6gyh1ba3XFqQrYpKVPFsKHhVo1JJSQT3P+lPca93F3TS3mCFNu3L67ru1CFNpWhptC&#10;VDalRS0FlJ8SdelQCgQBX6f4VVYTl4JWKUeZ2l2nuAQAAR4Gwvyv7KH/AFdHT/8Agwyf+VTc+kbf&#10;T/qEbv8A3o0f9AiK4B7pf9RRa/73K/8AoKVQQYb/AMx4n/eYf+kh5ctz4aK+yKjLc9z1er3Pc9Xq&#10;9yjfqNhuI4z1vx3CMIQyVdVjlbDAoIBaR6x1QAkgAliNb8/QJ7MM0tsj3Ayy9vVBLDGT2jryiCoJ&#10;absm1uEgAkgIBJABJ2AGvh67RctuM433zG0tAVPPZrdNtJBAKnF3a0oAJIAJUQASQBtJFFXxqCap&#10;zTV01OLySVcqqPaxkIH58GGh9W/XHJ9G+VsZjpp6qlvE0ldTSfMoRpZ9siAsvtZST+9fmEWYfRh2&#10;f77vpzexW+0w9DiUWb7RtVg4yjU06pKFdDbiUpBhsIAAGYNj9Wm/G57KsrvUsuPMy2pd0w5+ZQRh&#10;C9LrQK09LjalKIlZUSSVHF1EzVhsZoKkI8kd1JlRt4+mxGo+I+ngdZdy11M9SXUBqupeSpmmZfmq&#10;x0tDTxjT90BRYfZQak/WeZO7z71bqfS1u2GWkoZbbSr8vapVL1y6ZM+IqWrUr+6PLlKBEnBCDjtu&#10;7u1vN9SG8BddUt1a1J7+5UmGWGxh/CAhOlP9zaTBWdgxUoM1FQ45nbGDI5LsxHmSEe6i/VoLDsPH&#10;hqPWTgOH5X6ZZWy5hSlaahmMEYPfakAUEnxJtcn285B/Q5vFc73b2Z3ml4ZeuWg84Rs1OXBUQBjC&#10;RMJE4AAV1M+sbIrfdfdnKMutRDVu4WkA7dKGAkEnCVGJUeJJNL7qVSQ0GB0FFTiyRNsX6AtuCp6M&#10;v+dML/3nVX/MnMQPrp/6fpX/AHiW/wD70rKb6NP+nMH/AHlP/wCgp/6Z/wDMMj/l7J+zi59QfSH/&#10;ADv5HOGUDLHiVE/n0jsbKWtZomPgsg8fAhT2BHMffpq7av8AYU3g/N3AUuzuEdzdJSJUEyFIdQMJ&#10;W0rGP4kKcSPEQROP1BdkX+y9kf5VghN0wrvbdSsElUQppR4JcThP8K0oUfCCC65xy5/WPCvIiIWe&#10;I74ye1+xU/Aj87crRyZ1U6t+nzFarL0KGn9+81BXRMY9/bzAAVYXA+0jAMLd7C31W79dkG5f1K2b&#10;OZuKDvhhq8s3Upc0Ynu1KKVoISVSUOtlTapEIJWD81W5vanvb9Pt09l6ElrxS5aXTai3rwHeABSF&#10;AqAjW2sJcTBlQCSAQwzH8xZOqJKNRs1u0Uqm1/b4H6wdeSM+ddOrPXEwZUqFUxTOuyhw+BwJXGq3&#10;BZ5Ht3A3WB1toLFvZ39Pm5n0/hzOWioLbQrVeXryCWWzgqFBLTLYIOkqCAsg6dRCiCYb99uW9nbe&#10;W8qcAKFrTptbNpYDqximQVOuuEEagkrKQfFpkAjli2a8w5q24e4G1iLRQqfePhpcsfv5YD6YuitX&#10;0oyrNX5hVRjGKFGmUEHyY1v5cO4aFhcliNLm2u0E/N19WXbwz2x5w3b5YSbCy1JaUQU9+4uO8f0m&#10;CEkJSloK8WkFRCS4Ujv39MnYu72U5Ut/MABfXelTqQQe5bTPds6hIKgVFThT4dRCQVBAURfyLliT&#10;L9A01YAKmexYd9oHZb+32/2cLl6rugeOwZhn6pZOgeppaqz1sUSlnhlAsZgqi5ja12P7rXJ0OnT7&#10;6OvqNy+4y1rdHPHUMvMSi0dcIS280SSlhSlHSHUElKAYDjelKZWk6udP1Wdgt8xmDm9GTtqdaehV&#10;y22CpbLoEF4JSJLawApZElC9SjCD4UX1AyjVpWPj2GoXjk1lVRcq3i1h4Hx9h+HA0y96xesOA4Mm&#10;DytR4gY12LPVQu0wHYXaORFYj2sCT4315lXvL9EG5G8d8q+QLq1C1alM2zraWCZkwlxl1SEqM+Ft&#10;aUpkhASAAMat3/rC3wyGzTZqNtclKdKXrhpangNglTbraVkYeJaFKMSsqMkslH1JzJSUwpmMc20W&#10;DyKS33hgD9Y4lMtZU6pepnPZxOueSoDsq1Nc6Whp4xrsUABbgH3Y11JNzpubkwb1b47ofSlu6LS3&#10;ShopSpVvZoVqfuXThrUSSsgqA7x9fhQkaUyQhsxZu3upvT9S+em5fUtyVJS/dKTDNu2MdCQAEAhJ&#10;Pdso8SlHUYBW4G+hw/Hs8Yt58pL3IEkpHuovsHh9AH9J5Y11swHDsr+nPFsuYQmymoaCKGMeO1HR&#10;QSfEnuT4nnzA9gu8V1vb2n2GaXqtT1zeOOuHhqWhxRAHBImEjYAABgK+ivtryK33Y7Or3LrROlq3&#10;tENIHHShbaRJ4kxKjxJJO2hozRSQ0GS6iipxZIolVR8AQOFa9CP/ADEeYP8AvGpv+kjc66/1hv8A&#10;yy8q/wC8h/8A5TRXLr6FP+WjmX+0M/8AKi6QXSf/AHtrP+IJ/E8sq58rtfSZQ3c9z1er3CYevfow&#10;Osvpxxinw+MNi2Aj+bUDiwYPTAtKgOh/SQ71Av8Aa2nWw4P92cw/l92kn7V+BXrsPoY9JrELtw3Q&#10;/tdu+8lA/bW/+UNHjLYJWkHD7m9QAn7tJxgUsMjYx/J8wwtIf0U/6Jx8G7H6mtwof4eGG5x9QPVD&#10;HfV51VtPV0lPTYJhzWIUSR06LVSxgnQ7LX7gtLJ4jg63qW3lbKLFjAElavIkwD6+5IrFTsEt7vfv&#10;MrjevM/EtCEWzJ4aktpDi0jgdMTtBLrnGlZn+SkwHDIMp4X7qOzTSe2xYlQfr/gOXESRxyxtFKoZ&#10;WBBBFwQdCCD3B5AwMV1lUkKEHEGgkBINxoRylihrs/fhmdUMZWrwirx3pJmOp+ZimpRueglY7VVi&#10;1kEqraPa7KJVCMrBlZRkEpLW97KYUEXCBBB2KHxjjgDpMgiCDXH5l6++nPMngply4ye5XrSpvFTC&#10;jgAZhOsCEQpSQ6kJUlQUlSQMTpQ9R8MhKypBitOu0hu0gH0a28dAbai3jw2E/wCJp6PocFOKx5gq&#10;ZZwoPya4XW+eTe20M0QgvbX/AClreN9OAkboX5Vp0COnUmPjPurKBf1GbpoZ70XCyqJ7sMPa9uyS&#10;gNzx/ukRxnCksvTjNpm8o06hf8ZlTb+R3flwsmV6HqP+Il1xwPqfmXCJ8B6W5Rm8+hgqRZ8QlDK+&#10;vhIZGVQ5W6RoDGrF2ZiMHlNbq2ymUKC33BCiP4R8onCcScSIgVjllrOYdvudMZlcMqt8qs1a2kr2&#10;vrBB8laikBZTKEIBQlRWSoqSpfDun+CzYbTSrPidWNrsvaMWt9Vr6X1J1tbloPXDppB1j6RZh6Yz&#10;yCE4zRTQRysLrHNbdBIwAJKpKFYga2GmvIcy68Ng+h4Y6VAx0jiPUTXSTfPd1O9uVXOWqOnvm1JC&#10;jsSvahR6krCSeMDCg1wXEmwjFafElF/JcMR7R2YfWOVeemf1nYf6ZMCj9M3qvoKzL2IZb3w0td8v&#10;JNFJTFyYw6whpCBciOSNXR0A1BHvTJm+75zhX5yyIWF4lMgEGMduHmCQQfdzZ7Ou15vs4YG7m9Db&#10;ls5bSlDuhS0qb1EpkIBUQJIQtCVJWgDEEeISsx5PkzJOcx5WkSojqLFk3AENbW19PpBIIPFt1/8A&#10;xFeneb8pVXSz0zRVmbMz5jikoKZoaGojji85CjuEnRJpJVUnYoTbf3mawsxdlm6jrCw9eQ2hB1GV&#10;Akx5EgDpxngB0DLfrt+y/NbVeWbuBy7urlJaQUtLSlOsEEgLSlalgE6QEaZ8SlQIVDwLp/iFJVri&#10;eYylLTU5Dtd1JNjcC6kgD268OD6OeiFd6fegODZAxsq2KHzayv2EFVqKht7RqR38tdqX1uVJBsRw&#10;CZ9mIzS6U6n7cAnyHH1xPrWV/ZLuYvcTImbF6O98TjsYgOLMlIPHQIROMlMjAiklm7Gkx7HZq+H/&#10;ACWiJf8Awrpf6zrwoPo0/wCr3euf/eYf/KuXg7z/AP5Z1r5f6EVij2Rf9Pln3+2H/lVdKzN//MGY&#10;J/xD/mQcte5CddQKC7nuer1e5VP+Jv8A8lTpN/4MY/5Wg5NO5+y4/wBr/GuY31G/3TKP+8wfFuhQ&#10;6b/5LFf+8f8AY3LWOQtXTmgv4S78Q3/qzjOn/Lqg/wDLhTckDdb/AIva81f74qsQO3v/AKdK+/xW&#10;v+ghqljkD/mLqP6ZP+kbcED0iRxy+lnIcUqhlbA6AEEXBBhAIIPcHhXnpi9d/wAdXxod9lSQrdnL&#10;wcQbVr/fBUDNZIzPXEaETv8Ax5XNQ12fvwzOqGMrV4RV470kzHU/MxTUo3PQSsdqqxayCVVtHtdl&#10;EqhGVgysolZSWt72UwoIuECCDsUPjHHAHSZBEEGuf7L199OeZPBTLlxk9yvWlTeKmFHAAzCdYEIh&#10;Skh1ISpKgpKkgQXSh6j4ZCVlSDFaddpDdpAPo1t46A21FvHhsJ/xNPR9DgpxWPMFTLOFB+TXC63z&#10;yb22hmiEF7a/5S1vG+nASN0L8q06BHTqTHxn3VlAv6jN00M96LhZVE92GHte3ZJQG54/3SI4zhSW&#10;Xpxm0zeUadQv+Mypt/I7vy4WTK9D1H/ES644H1PzLhE+A9LcozefQwVIs+IShlfXwkMjKocrdI0B&#10;jVi7MxGDymt1bZTKFBb7ghRH8I+UThOJOJEQKxyy1nMO33OmMyuGVW+VWatbSV7X1gg+StRSAspl&#10;CEAoSorJUVJUvh3T/BZsNppVnxOrG12XtGLW+q19L6k62twcfxVP+rVZP+9th/8ACTgc3L/4t/zF&#10;fKpo+pv/AKdg/wDeQz/oqZemH/MTj/l1J+zh8Om3/Ou8A/711D/0gTkbXf8AdV/4yviazZ3e/wCW&#10;fb/7S1/viaQ+I/8AJQn/AOXj/wDKx4Sb8UL/AKtIxT/vPw3/AKTjkhbm/wDFyf8AFV8Kw6+pP/p1&#10;Xf8AbWf9/pZdNf8AmK4v+ISf8q8N30N/50pk/wD70mFf+UkXANmX/FDn+Or/AH41lVuX/wAsey/7&#10;xmP+UkUlMa/5LNX/AMvpf+VzwuP4j/8A1ZhnL/v0/wDl1pOCvdP/AJaDf+f/AL4qsfvqD/6dC9/5&#10;9/8AoKYpQ9PP+Ywo/wDob/0ifgvelaOOX0w5BilUMrZewkEEXBBpIwQQe4PCLOjF47/ti/8AfjUr&#10;dmSQrdvLwcQbRj/lJNNOZyRmSvI0IqJf+VzyuvCsx5x/DS6i4vl/HcIq8Z6S5irDWUVZSrvfD5pL&#10;KYn3EKWChUKsy+Yqq6HcHTkqrab3uaSpKgm4QIIOxQHH4mRMSQcINYB2uYXf07Zg8w8y49lFy53j&#10;biBKmFqgaTMCYASUqKdYSlaDq1ooQZaek6jYfFPDKkOK06bHRtBIBrcfDx07XsfA8NFUfiXejuHC&#10;hiEeZZ5ZiqN8qmFV4lBa11u8CxXS+vv20NidLg0bo35VGgeepMfGfdWSi/qK3SQ13gulEwDoDD+r&#10;GJElsIkcfHGBgnCUyvTnNxl8s0ygXPvGWO306NfX6OB90Z9VPX71R9aqDEukOAfyTpnh/mCvrMWp&#10;90lXqLrE0b7VnW1kWN3VLlpSw2pw1zDJbXJrch9ep8/aEHBPnI2dJIBOxMYmgJuj2m572lZw25lN&#10;v3GVtz3rlwiVO7JCSlUBwRCUoWpKJKnSoaUVPxfLGBZZwZ48Wn87EpLeWkTaJ9II+z7SQL9hbvyz&#10;XkQV0ZoN+e56vV7nuer1e5rn/i7/APVyWCf+C1R/+V9fzKzcX/iRX+2H/fUVwB+qv/p4WP8AvCb/&#10;AOV7ijBdKP8AmHZv+8l/+kacqv5M9czaE7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcq9/Fpxn+X+mnD8NU+9X47Rxkf6qU9TKT9&#10;TKvJi3Hb13hPQg/FI+dc2vqku+43dbbH+uXTY9A26r4pFCX0rh8zMckn/FcDn6yyjldHTCl+T6e4&#10;PF2vSxP/AMhjf+3n3kditl/L908tb6bVpf8Aqo7z/R18kOeOd5eOn+/I9mHyomPVur+d6mY5Ne+2&#10;rlj/AOiZ8v8AZxecygoK0HXPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wvXqQxT5T&#10;JdPhqGzVdStx7VRSx/5O285OfWDnf5HdxmzScbi5TI6UNIUs+xfd1L25jHeXKl/0Un2kgfCaMx6W&#10;sI+cz5U4q4utHSvY+x5GVR/ybu5sI+j/ACb/AFC9MWSMuFNjjCqepkW1iJKsGrlB+IeQg8+MTPbj&#10;8zeOr/viPRPhHuFfaZ2UZR/I927G3iD3CFkdCnf2qh5hSzNCjmyr+ezJW1F7jzWUfQnuD8hwyPAn&#10;WQdJ7nuer1e57nq9XuJOlyFkaizbUZ/o8FoIcerIxDPiSUkK1csYCKI5KkL5rqAiCxYiyqPAcWm5&#10;cUgNFStAxCZOkHHEDYNp9poLt5HZM3Sr5DDQuFjSt4NoDqkgJGlTgGtQhKRBJEJT0CpTV1a9KtA8&#10;zmBDdYy52A66hb2B1PFZxFQoqLxO5oyhlPPGENl/OuF0mMUDsrtTVtNFUQllN1YxyqykqdQbacVM&#10;vrtlam1FJ6Ukg+0UQZllVrnLRYvGm3myQSh1CXEEjEEpUCJHAxhUimq6qilE9HK8Ti4DIxU699Rr&#10;x4oaGiwuihwzDIUp6anRIoookCJGiAKiIigBVUAAACwGg4wpRWSSZJxJO0mjZhhFshLbaQlKQEpS&#10;kAJSkCAABgABgAMAKwu7yuZJCWZiSSTcknuSec6mmpq2mko6yNZYZVZHR1DKysLMrKdCCNCD35oE&#10;pMiruNpeSULAIIIIIkEHAgg4EEbRXlZkYOhIINwR4cCmP0/dBYcWOPQ5IwBK4yNL8wMHohL5jEln&#10;8wRbtxJJJvc8OjmlyU6e9cjZGtUR0RNRgncTI0O9+LG0DklWv8uzq1HEq1aJk8TM06HHscMXkGtn&#10;KWtt857W9lr2twWo444o1iiUKqgAACwAGgAA7AcIyZqUkpCRAwApqJJNzqTznz1XrrjXUYJgtXit&#10;Nj1VRwS11GksdPUPEjSxJNt81Y5CNyLJtXcAQG2i97DjwcUlJSCYMSJwMbJHGJMUWuWbLrqX1ISX&#10;EBQQspBUkKjUEqiUhWlOoAgGBOwVlWaZYmgV2COQWUE2JHYkdja+nHTjNGVYuNVRgOB1eMU2Yaqi&#10;glxCjSWKnqXhRpokl2+akcpG9Fk2ruAIDbRe9hx4OqSkoBMGCROBI2SOMSYorcsWXXU3CkJLiApK&#10;FlIK0pXGoJVEpCtKdQBAMCdgrKs8yxNTq7CNyCygmxIvYkdja+nHXjNGlYue56vV7nuer1e4k4Mh&#10;ZGps2zZ/psFoI8eqIxDLiS0kIq3jAVRG9SF81lAVRYtawA8BxablwoDRUrQMQmTpB6Y2caC6Mjsm&#10;7pV8lhoXChpU8G0B1SYA0lyNZEJAgmIA6BUpq6takFA0zmBTcRlzsB9oW9r68VnEVCiovIWI4bh2&#10;L0b4di1PHVU8lt8UyK6NYhhdWBBsQCPjxxCy2ZSSD0jCkdxbt3aC26kLSdqVAEGDIkGQYInzrnHJ&#10;JE4kiYqw7EGx+8cDLBOgfQrLOIpi+W8lYDh9XH9iemwijikX6HjiDD7+G7mZ3Lw0rdWR0FaiPYTU&#10;c2e42SZc4HbextW1jYpFuylQ8ilAI9tOU2O43UxmKorJ5EPdWlcj7ieC1wkqUqaue56vV7nuer1e&#10;5TT/ANfY/wDiW/8Amy59y/8A1pv/AMRn/wCBVfG7/wBbX/8AEh/+CVFp/wCug/8Afx/6j8tvxzJO&#10;TMzyrPmXCKLEXQWVqmlimIHsBkUkc+MDd/f3Pd00Kbyq/u7RKsVJt7l5lKiJgkNrSDtO3pNfWrnm&#10;5WTbzLDmZWVrcqTglT9u06QOouIURsGzooxFVheGVzB66nimI7F41a33jjzh2GYbhFItBhNPFSwJ&#10;oscMaog8NFUADgFzPNbrOnjcXjrjzivucdWpxZ44qWSo4knE8aGWX5bbZQ0GLRtDTadiG0JQgcME&#10;pAAwAGAqTDBBTRiKnRY0HZVAA+4cncIaO6y8iV2H0GJ0zUeJQR1ELd0lRXU/SrAg8OcvzK4yl0P2&#10;ri2nBsW2tSFDyUkgj20U31gxmbZZuW0OoO1K0pWk+aVAg+yscsMM6GKdQ6nuGAI+48SeH9M+nGE1&#10;IrcLy/htNMvaSKhgRh9DKgPJjzLtW3ozlosXma37zZ2ocvLhaD5pU4QfZUU2HZpu5lToetctsmlj&#10;Ytu0YQoeSktgj203w4HgtO/mwUcCMPFYkB+8Di35AdTZTpzDUU1PVwtTVcayxuLMjqGUj4g6Hi62&#10;unbJwOsqUhacQpJKVA9IIgj0pHcW7d2gtupStKsClQCkkdYMg+tcXRJFKSAMp7gi44lMK6eZAwKs&#10;GI4HgWH0dQNBLBRQRv3B+0iA9wDyX847TN5N4WPyuYZlfXDR2tvXb7rewj7FuKTsJGzYSNhqK8q7&#10;PcgyJ78xY5fZsOj/AFxq2ZbXtB+5CAraAdu0A8Kb6fBsIpJfOpaSGJ/8SRKp+8C/FjyEqmCnLiMh&#10;6c9PafFBjlPgOHJWiTzhULRQCUSX3eYJAm7dfW9735Ob/ahvNc2Zy9zM75VsW+6LCru4LJaA0hst&#10;FzR3enw6NOmMIiobZ7Od3re6F83l1km4C+8DwtWA6HJ1d53gRr16sdU6pxmabFwXB0n+aSkhEobd&#10;vESbr973te/x4s+QZUyU589z1er3Pc9Xq9ymn/r7H/xLf/Nlz7l/+tN/+Iz/APAqvjd/62v/AOJD&#10;/wDBKi0/9dB/7+P/AFH5bfjmScmZnlWfMuEUWIugsrVNLFMQPYDIpI58YG7+/ue7poU3lV/d2iVY&#10;qTb3LzKVETBIbWkHadvSa+tXPNysm3mWHMysrW5UnBKn7dp0gdRcQojYNnRRiKrC8MrmD11PFMR2&#10;Lxq1vvHHnDsMw3CKRaDCaeKlgTRY4Y1RB4aKoAHALmea3WdPG4vHXHnFfc46tTizxxUslRxJOJ40&#10;Msvy22yhoMWjaGm07ENoShA4YJSABgAMBUmGCCmjEVOixoOyqAB9w5Ax3K2Wc0wx0+ZsOpcRjiJZ&#10;FqqeOYKSLEqJFIBt4jgk3e3uzbdFancpu7i0UsBK1W77jClJBkJUWlJKgDiAZE40QZ7uvlm9CEt5&#10;nasXSUHUlL7LbwSSIJSHEqAJGEjGKw1dBQ16hK6GOYKbgSIGAPwuOZ8FwDAst0X8ty7RQUFPuLeV&#10;TQpEm49zsQAXPibcLs93jzDeh/8ANZncPXTsBPePurec0jYnW4pSoEmBMCcKX5NkNju4z+Wy5hq2&#10;akq7tltDSNR2nSgJTJgSYk1zpqSkoovIo4khS99qKFF/bYacduA6hXUjjHjeWct5lhFPmPD6bEI1&#10;7LUwRygeOgkUjg+yHevNN1Vl3K7u4tVnaq3ecZUcIxLakk4EjyNAjO92ct3lQG8xtmLlI2JfabdA&#10;44BxKhtANRaqhoq5QlbCkwHg6Bh+Y5iwPKWVMrhly1hlJhwe5YU1NHDe9r38tRfsPuHFm8G+ecb2&#10;kHNby5uymNP5h917TExHeLVEalRH9I9JpLke6WVbsAjLbS3tgqZ7hltmZiZ7tKZnSmZ6B0CuNJh2&#10;H0FxQwRw37+Wirf7hxQ8jWpBqZz3PV6vcRWJdNenWM1bV+L4BhtVO32pJqGB3PjqzISeTxlfanvP&#10;kbIt7LNL9htOxtq8uG0DYMEocCRgAMBwFQtmPZtu7nDpfu8tsnnDtW5asLWeOKlNknEk7eNNc+CY&#10;LUyGWpo4JHPdmiQn7yOK6mpaWigWlo41hiS+1EUKoubmwGg15C93eO37hdfWpxatqlqKlGBAlRJJ&#10;gADE7BFS3bWrVkgNMpShA2JSAlIkyYAgDEk+dOMcccSCOJQqjsALD7uYMSwzDcZoZMMxeniqqaYb&#10;ZIpo1dHF72ZGBBF/aOLsrzW6yO4Rd2TrjDzZlDrS1NuIMRKVoIUkwSJBBg0izHLLbOGFW122h5pY&#10;hbbiErQoTMKQoFKhIBgg41xnggqYmgqUWRG0KsAQfpB040YDkvJ2VpJJssYTR4c8wCyNS0sUJYDU&#10;BjGouB8eDbeLfrPN70IRm19d3aWySgXFw8+EEiCUh1agkkAAkQSKCGRbmZPuspS8ss7a1UsALLDD&#10;TJUBiAotoSVAHEAzFRqTDMNoGLUNPFCW0JjjVb/TYDil5FdSVU7nuer1e5X9+Ix1bxDIvRBenOUy&#10;z5gz3ULhFJFG1pDFIQKkrqNGVli+mQck7dSxFzc96v7GhrJ4SNn4+lYK9v8AvS5kuTDL7WTcX6xb&#10;tpB8RSqA4RiNoIb83BS86fYVHW41/MKrSChXzXJ7XH2f6fq4Z30/dJMO6GdHMB6X4dtY4ZTKJ5FF&#10;vNqJCZKiX22eVmI9gsOw4D80vjmVwt4/xHDqAwA9lZH7ibrN7l5Tb5a3B7pA1kfxOK8TivVZJHQI&#10;HCk1j2KyY3i8+JyaeY3uj2KNFH1DgycIalumjmCppqatppKOsjWWGVWR0dQysrCzKynQgjQg9+WB&#10;KTIplxtLyShYBBBBBEgg4EEHAgjaK5KzIwdCQQbgjw4FMfp+6Cw4scehyRgCVxkaX5gYPRCXzGJL&#10;P5gi3biSSTe54dHNLkp0965GyNaojoiajBO4mRod78WNoHJKtf5dnVqOJVq0TJ4mZp0OPY4YvINb&#10;OUtbb5z2t7LXtbgtRxxxRrFEoVVAAAFgANAAB2A4RkzUpJSEiBgBTUSSbnUnnPnqvXXEpmzIeR8+&#10;0S4bnrBqHGqdCSsVfSQ1KAkgkhJlYDUA9vAezi1i5ctjLalJPSkkfCgxmmSWWeIDd6w0+kbEutoc&#10;A2HYsEcB7B0VKpa6toXMlFM8LHxRyp+8HkHKHTDpr09MjZBy7hmBma/mHD6Cnpt17X3eSi3vtHf2&#10;D2ccfvHrr+6rUqP6SifiTSLKd28uyGfyNsyxO3umm252bdCROwbegdFc6vEsRr7fPVEk1u3mOzW+&#10;8ni54XUNKhcSeDZCyNlzHK7M2XsFoKDEsUbdW1dPSQxT1DXLXnlRQ8puSbsTrrxa5cuOpCFqUUp2&#10;AkkDyBwHpQXs8jssvecubdhpt10y44htCVuGZlakgKWZM+InHGpU1dW1EKU1RM7xxaIrOSq/8RBN&#10;h9XFZxFQoqLz3PV6vcSmZ8h5Hzs1I+c8GocXagk86lNbSQ1Bgk0/SQ+arbH0Gq2Og4tZuXLee7Up&#10;MiDBIkdBjaKDGZZJZZyUG8Yae7s6kd42hehX9JGoHScBiIOFSqauraMOKOZ4vMFm2OV3D2Gx1HFX&#10;xFQnqLxlzFlvLub8Gny7mygpsUw+pCialq4I54ZArB1DxShkazAEXGhAPccUNPLYUFoJSRsIJBHk&#10;RjRPf5db5qyq3um0OtqjUhxKVoVBBEpUCkwQCJGBAO0Vmp6iopJlqKWRopF7MjFSPDQjXtyRg+DY&#10;Rl7C6fA8ApYaGipEWKCnp4liiiRRZUjjQBVUDsAAByjjinVFSiSTiSTJJ6zSi0tGrBpLLCEtoQAl&#10;KEJCUpSNgSkAAAcABArjNNLUStPOxd2N2ZiSSfaSdTyXU01NW00lHWRrLDKrI6OoZWVhZlZToQRo&#10;Qe/KAlJkUqcbS8koWAQQQQRIIOBBBwII2iuKsyMHQkEG4I8OBTH6fugsOLHHockYAlcZGl+YGD0Q&#10;l8xiSz+YIt24kkk3ueHRzS5KdPeuRsjWqI6ImowTuJkaHe/FjaBySrX+XZ1ajiVatEyeJmadDj2O&#10;GLyDWzlLW2+c9rey17W4LUcccUaxRKFVQAABYADQAAdgOEZM1KSUhIgYAU1Ekm51J4ns15MyfnvC&#10;v5DnjCqPGaEusny9dSxVEW9b7W8uZWXcLmxtccVsXDlsrU2opPSkkH2iiHM8otM7a7i9ZbebkHQ6&#10;hLiZGw6VgiRwMSKkUtZV0Mvn0Urwva25GKm3suNePtNTU1FTR0dHGsUMSqiIihVVVFlVVGgAGgA7&#10;cTElRk0dttpZSEIAAAAAAgADAAAYAAbBWBmZ2LuSSTck+PGTNGUMp54whsv51wukxigdldqatpoq&#10;iEspurGOVWUlTqDbTihl9dsrU2opPSkkH2iibMsqtc5aLF40282SCUOoS4gkYglKgRI4GMKzU1XV&#10;UUono5XicXAZGKnXvqNePFDQ0WF0UOGYZClPTU6JFFFEgRI0QBUREUAKqgAAAWA0HGFKKySTJOJJ&#10;2k0bMMItkJbbSEpSAlKUgBKUgQAAMAAMABgBWF3eVzJISzMSSSbkk9yTxtzJljLWcsFmy3m/D6bF&#10;cOqdnm0tZBHPDJscSJvilVkba6hhcaEAjUcdZeXbqC2yUkbCCQRw2jHZRdmGW2+bsqt7ttDrao1I&#10;cQlaFQQoSlQKTCgCJGBAIxFZaepqKOYVFJI0Ui3syMVYXFjYjXtyZhOE4VgOGU+CYHTRUVFSRpDB&#10;TwRrHFFGg2pHHGgCoqgWAAAA0HG1rU6SpRJJxJOJJ6SaWWtq1YtpZZSlCEAJShICUpSBASlIgAAY&#10;AAAAbK4SyyzyNNMxd3JLMxuST3JJ7nkmppqatppKOsjWWGVWR0dQysrCzKynQgjQg9+VBKTIpQ42&#10;l5JQsAggggiQQcCCDgQRtFcVZkYOhIINwR4cCVfTx0ATE/50mRsvisEnneeMGovN8zdu8zzPK3b9&#10;2t73vrw7/mt0Rp71yIiNaojoidlRaNwsiS53wsLTXOrX+WZ1apnVq0TM4zMzjTqcfx0x+Sa2o2Wt&#10;t857W9lr9uC1TU1NRU0dHRxrFDEqoiIoVVVRZVVRoABoAO3CQkqMmpSbbSykIQAAAAABAAGAAAwA&#10;A2CmpmZ2LuSSTck+PM/K09XHnuer1e57nq9Xua5/4u//AFclgn/gtUf/AJX1/MrNxf8AiRX+2H/f&#10;UVwB+qv/AKeFj/vCb/5XuKMF0o/5h2b/ALyX/wCkacqv5M9czaE7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//SL/znZX2YVuUc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ymn8YrGPIyRkjAL&#10;/wC9NdX1Fv8AlxDGl/q83k+bhNy46roSke0n8K5G/Vpd6LKxY/pOur/0iED/AN6UL3SOHdW1s/8A&#10;hSNf+QiT+zhXst03yWXaCj7eVTQJ/wAgxgc/QI3Ps/5dlFnb/wDG7ZhH+laSn5V8q96vvXlq6VKP&#10;tJqvfNVX8/mfEq7v51VUSf8AIUjHj1yRqLKYee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7hXOsuHVOeOp+V+m9CT5tdNBAlv8dZULAv1+7z52frV3gH8ws7OcGLdx8jrdXpx64Y9h66yy&#10;7MMnVmryWEfc+82yPNRCR710d70t0K4blHGszyDR5Qlz7IIy5+r3+bW9FR02HUcOH0aCOGBFjRR2&#10;VVAVQPoA58rylFZk7TX25Mspt0BtAhKQAB0ACAPZTW7tI5kc3LEkn4nknlKU1x57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7gM/7PvSH+tn9ef5R/v0+&#10;b+e8/wCaqv8AejzfO8zZ5uz7ettu3wtbTmc3/Qye+v8AJv7P/n/8i/K/k+5/LWn/ABN3Xcd33ncd&#10;7/cvDr195/Fq1Y1hv/0L/uj/ADb+efkv8s/Mfm+9/MXX/FHe993mjvu7/uni0aNHDTpwpNf1Py5/&#10;MP5r8v8A6R5nm7vMk+3u3Xtut38LW4M3MGazIpS89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcBn/Z96Q/1s/rz/KP9+nzfz3n/NVX+9Hm+d5m&#10;zzdn29bbdvha2nM5v+hk99f5N/Z/8/8A5F+V/J9z+WtP+Ju67ju+87jvf7l4devvP4tWrGsN/wDo&#10;X/dH+bfzz8l/ln5j833v5i6/4o73vu80d93f908WjRo4adOFJr+p+XP5h/Nfl/8ASPM83d5kn292&#10;69t1u/ha3Bm5gzWZFKXnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9XuBLmvob0tzx1CwXqpmvDDWY5l4D+XTtVVISAhi+5adZRA&#10;zbjfcyE6Lr7q2O2MyetmlMoVCF/cIGPrE+w/E1Fuabl5ZnV+xmd01rftv7iorcARiTIbCw2TJmVI&#10;JwGPhTDrS43idFQTYZSybIKj/KKFW7eH2iN1vr4LXCSpSpq57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e5rn/i7/APVyWCf+C1R/+V9fzKzcX/iRX+2H/fUVwB+qv/p4WP8AvCb/AOV7ijBdKP8A&#10;mHZv+8l/+kacqv5M9czaE7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7n/0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcof/GAxA4jn/IeV1OsVJXSgf8AeRPFHf6/K5lX2Z2JvVls&#10;bXHG0DzJj/RVw9+ri9i6smv6DTy/9OpA/wDedDR0wdaLB8SxJuyWJ/4BGb9vEAqhVCroBoOfoNoS&#10;EAJGAGAr5lSZqtFmZ2Lsbkm5POXHK1XHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;4HXpswH/ADj+v/AKVhvp8JqWqmPfb8jTNMp/8aFA+k8+PH6uN4f5lvHmKkmQ33dun/MQhKx/py4a&#10;67fTLkX8xzzL0EYJWt9XV3aVLQf9MED1qwfp9Sf1d6A05OklYjyH4+dKQP8Ao3bmzFziHX1b0gOe&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e5rn/i7/8AVyWCf+C1R/8AlfX8ys3F/wCJFf7Yf99RXAH6q/8Ap4WP+8Jv/le4owXS&#10;j/mHZv8AvJf/AKRpyq/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xuf/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ne38Tmt/nPrEytgim602GYXGw9jSV1Q7H/kErzor&#10;2AWH53NrBr/jl/bg+XetA+wTXzvfVze6s5CR/rdiPaVvq+BTQsYPL/L+kuO1/YiCtYf8DT6fnyJz&#10;7ta+fOq3+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nFmVVLMbAak8opQQCo4AYk9&#10;ArYE1yVWdgii5JsBxS/hP4Cc09fM5dS5l3LR0DRgkfZkr6oSKfp2QuPoJ58CPbDnxzy6eujtubl1&#10;4/5ylK/0Yr6PfpIyT/hi/cEYMWyWh1KcUmD56WlD1NWUZ3p1wDJWEZaTTyUij09kMQT+JHL+uYTV&#10;3voHee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e5rn/i7/APVyWCf+C1R/+V9fzKzcX/iRX+2H/fUVwB+qv/p4WP8AvCb/AOV7&#10;ijBdKP8AmHZv+8l/+kacqv5M9czaE7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7n/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1v/W1W/zv8QepoL3/AJeuFx/RtoUqf+Z+dfvp&#10;XsPze8OVp/5qFOf6mFr/ANBXzB/Vbe95n96n/jbTCP8ATNIV/o6EfMEv8v6A4nUdvNhlX/kOXyuK&#10;Pn2mVxOqvDnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4kc/Yn/J8lYpiINmjpptp/&#10;1mUqv/JxHIF7Us5/s/u5mF2DBRbPaT/fqQUI/wB7UmhDlLH5i5bR0qE+QMn3UtOnGFfzvPuD4YRd&#10;ZKuHeP8AUVgz/wDJoPDwfhC5Q/lnRbMedJF2vi2LCnU2+1HSQIVP0b5nH1HnwPb9P67hDf8ARRPq&#10;on5AV9YX0p5V+Wye5vCMXrjQOtLSEwf9M4seho9HVir8zGKejB0ii3fW7H9gHLa+QhXUqgr57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7muf+Lv8A9XJYJ/4LVH/5X1/MrNxf+JFf7Yf99RXAH6q/+nhY/wC8Jv8A5XuKMF0o/wCY&#10;dm/7yX/6Rpyq/kz1zNoTue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xuf/WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWS621v8/8AxAc2V5O75etqI/8AohSLTflbneX6ObHvd5bB&#10;X/G2rhz/AEzLif8A3pXyU/Upefmc8zFX/Bko/wBIEJ/0FLbqtL8l6fjB28/5ZfvnEn7OChz65a5U&#10;UQHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e4CHqCxL5Hp1LTA2NZPDD9xMp/5U5z&#10;X+q7Of5ZuitkGDcvss+gUXj/AMowfOONSfuix3t4Ff0UqP8Aof8ARUP/AKacK/mHU+KrIuKGnnm+&#10;sgQj/lfl4voCyh/U30kZPo3XbLW08uIOf8Xzc8k8Z/6JMo+gc+Jred/8xfOHoIT/AKUAH3zX2U9h&#10;mVfyjdWyQRitCnT196tS0n/SFI8hQ757q/nM1Vbg6IwjH/AKFP534cfgCrLWkjz3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3N&#10;c/8AF3/6uSwT/wAFqj/8r6/mVm4v/Eiv9sP++orgD9Vf/Twsf94Tf/K9xRgulH/MOzf95L/9I05V&#10;fyZ65m0J3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3P/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9zVmNZ/WD1g9QMavuVsTx2RT/qmvKoP+QTz6R/opsdefav8AjeXqPqVsI/0R&#10;r41O3W8/NZnfOf075+PLvHI9wFKb1ByfJdG8LpBoZJ6RSPogdj+Y4PnPqDrn7REee56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7hUfU5iVosJwhT3M0zD6Aqr/FucLvrSziG8uy9J2l55Q8&#10;ghCD/vTlT5uOzi45/ipHvJ+VHI9JeF3mxnG3H2VggQ/SWdx+S8WeWfxGfVNlDLeH5TwDFqOGhwum&#10;gpKaP+W0x2RQRiKNblLmyqBc8+dJ7dSyfWVqSSVEk+I7SZPGuqmXfUBvNlVu3asPNpbaQltA7lsw&#10;lCQlIkpkwABjRmqnp9lirqJKqeJy8rM7HzG1LG5Pf28e/wDhzv1ef9Nqj/8AHZS/80cTf2Psf6J/&#10;0yvxo5/6GP3r/wCPt/6g1/g1h/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/pl&#10;fjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjX&#10;v+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8A&#10;oY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/&#10;AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8A&#10;j7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6&#10;g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oN&#10;f4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4N&#10;e/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/z&#10;bZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/&#10;AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+&#10;KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A&#10;6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCi&#10;jf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf&#10;8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/D&#10;nfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA53&#10;6vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP&#10;+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/&#10;AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+&#10;Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl&#10;/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+&#10;aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H&#10;2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j&#10;/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0&#10;T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/p&#10;lfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8Aplfj&#10;Xv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6G&#10;P3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj9&#10;6/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+&#10;Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7&#10;f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCo&#10;Nf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4&#10;Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/N&#10;tlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA2&#10;2U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4&#10;pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX&#10;/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo3&#10;9PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/T&#10;z3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/&#10;AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w5&#10;36vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/p&#10;tUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm&#10;1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/&#10;+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDj&#10;spf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mj&#10;nv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57&#10;+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/s&#10;fY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/&#10;0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8A&#10;plfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+N&#10;e/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv&#10;+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj&#10;96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/e&#10;v/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt&#10;/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+&#10;oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g&#10;17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne&#10;/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zb&#10;ZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/&#10;AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf&#10;/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6&#10;KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/&#10;Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf08&#10;9/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+&#10;rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8&#10;/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+&#10;m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R&#10;/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7K&#10;X/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/&#10;5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCa&#10;Oe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/&#10;sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8A&#10;RP8AplfjXv8AoY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+&#10;mV+Ne/6GP3r/AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/pl&#10;fjXv+hj96/8Aj7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjX&#10;v+hj96/+Pt/6g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8A&#10;oY/ev/j7f+oNf4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/&#10;AOPt/wCoNf4Ne/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8A&#10;j7f+oNf4Ne/zbZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6&#10;g1/g17/NtlP/AIpf/oo39PPf8Od+rz/ptUf/AI7KX/mjnv7H2P8ARP8AplfjXv8AoY/ev/j7f+oN&#10;f4Ne/wA22U/+KX/6KN/Tz3/Dnfq8/wCm1R/+Oyl/5o57+x9j/RP+mV+Ne/6GP3r/AOPt/wCoNf4N&#10;e/zbZT/4pf8A6KN/Tz3/AA536vP+m1R/+Oyl/wCaOe/sfY/0T/plfjXv+hj96/8Aj7f+oNf4Ne/z&#10;bZT/AOKX/wCijf089/w536vP+m1R/wDjspf+aOe/sfY/0T/plfjXv+hj96/+Pt/6g1/g17/NtlP/&#10;AIpf/oo39PCu9bOu3Ub1CZqp859T6qOrr6Wkjoo3igjhAhSSSVVKxgAnfIxv31+HBll2WtZWgtsg&#10;gE6sSTjAHHyFY17477Zhv5dJvMyWlbiWw2ClKUDQFKUBCQBMrVjt9lKbBsEw/AKVqPDVKRs5cgsT&#10;qQB3PwA4D3D6onp257nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e5//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9zU86KVn8+6lZnzLfd8zJLJf/l9UNJ+dufVP9FNjGYXrv9C2aR/p&#10;1z/7zr4gO028/OOlz/jjzi/aSf8ARU7eqeX5bKeCYb7Zma3/AC7iC/8AM3DTc+iOsUaJDz3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcIn6iMS+c6gfJg6UlNFGR8WvIfyYc+Yf6t84/mO&#10;9f5cHC2tmmyOhS9TxPmUuJ9AKyo3OZ7u01f0lE+yE/I1Yf6YsL+R6bGuYa1tVNID8FCxD81PAI5z&#10;AqVaMTz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xP5txP8AkuVcTxi9vlKSomv7PLjZ/wBnFLCO&#10;8WlPSQPaaIs0uPydq69/QbWr/SpJ+VSKWPzqqOL/ABOo+825qqemCC0WM1R8TSqPqEhP8Rz68Poq&#10;tYRmjx4m1SPQPk/78K+GvfleLSf8c/77Uf1b1F5sCpB+6Ktz9ZiA/geGu53RqA6Jvz3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcrW6m4j/Nc/4vV3uPmZIwfhGfLH5Lz44+2fN/55vXmN&#10;xMj8y42D0pZPcpPlpQI6qzUyRnuLRpP96D/psfnVq3SfC/5P02wWittPyschHsMo81vzbiF5jJQp&#10;oQue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcB71DYl/JugWeMWBsabAMYkH0rRykfnw9ypHeXT&#10;SelxH+/Com39uPymRXzv9G0uD6hlce+nfAI/Ox2ii/xTwj/k8c1r/TNBtyxiNV/jqgv/ACDGp/5m&#10;59kP0ZWujJb17+ldBP8ApGkH/R18Sm+y5fQnoRPtJ/CkV6r6jdmzDKT/AAUhf/kKVh/zLwynOxlQ&#10;tRVee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuRqypjoqSWsm+xEjO30KLnhTmF4jLmHLhz7&#10;W0KWrySkqPuFPNoLqgkbSQPbUqipJa+shoYPtzOsa/SxAH58qrqaiSqqJKqY3eRmdj8Sbnnw33l0&#10;u+eW+5ipalLUetRJPvNZ5IQGwEjYBHsq4elpoqOljpIBZIlVFHwUWH5cw8LqdrPz3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3P/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vcK/61MR/lfpTz3U3tuwqeH/AKLEQ/8AM3Bju8jXetD++B9mPyrG3tgu&#10;Py27F+rpYUn/AE8I/wBFSlydH5maKFfZKp+7X9nKB/TnB5WQJJP+LauZv+TEX9nPtP8ApDtu43VW&#10;r/jl28r2Nso/0FfF5vkrVdgdCEj3qPzoH/VFUed1Jjj/AOKqKBPveRv28HvnUqonouXPc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3ED1RxH+V9PcXqr2Jp3jB+Mtoh+bcxa7bc3/AJJunmL8xNut&#10;sHrfhkesuCOuhZkTPf3jSf74H/S+L5UI/SHDP5v1MwWjIuBUpKR8Ibyn8l5W1z47azRq1Hnuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7n//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CSfiL4j/LvRxnBlNmmXDoR8d+I0wb/k2/JD3URrv2&#10;+rUf94VWG/b/AHH5fdK9PFQZT7bhoH3TSz6fR+Zm6kHs8w/dG3KWegsHldM6KT/i2Sob/o6y/s59&#10;vv0t23cbmWqv+OOXCvY+tH+gr44d7Far5Y6Akf7yD86Lt6jKjzurFdH/AMVR0yffCrft4MnOhVRx&#10;QG89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcAj1E4h8n0/FIDrV1MMdvgoaT+KjnMD6t82/&#10;IbqdwDjcXLLcdSQt4+gLafUipV3OZ7y71f0Uk+2B86MT6YsM+d6lGsI0o6WaQH4sViH5MeET58w9&#10;ZUVYfz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcrp/FJxD5P0m1tNe3zeJYbF9NpDL/zJ&#10;yVdzE6r4HoSo+6PnWAX1LP8Ac7rrT/TeZT7FFX+hoQemce/NKN/gjkP5W/byqvo5D8v00wlPbG7f&#10;8hSO37efdT9PVt+V3Ny5PS2tX+necX/oq+QXeNWu9cPWB7EgUU7rlP8AMdV8Zk9ksa/8gxIv7OCb&#10;zMygTQT89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcKf6ncQ93CMKU/8XysP+QVX/mbnCf60&#10;s2wy6xB/4+6of6mhB97lT9uOz/dXP8UD3k/Kjl+kvDPexrGGHb5eFT/yG7/8y8KZzhBU/wBHN57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Yv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcqz/Fyr/lvTdhFEp1qcw0gI/wBVaOsY/nbkzbjJ&#10;m7Uehs/78muaH1UP93u8yj+ldt+wNPn4xQm9KY92YpX/AMNO/wCboOV79NYfIyBgye2kgb/kJA37&#10;efel2OW/5XdTLE9Nowr/AE7YX/oq+SjOla7t0/36h7DFEp6qT/MdScck72rahf8AkFyv7OLfmSVB&#10;ikBz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wi3qLxD5vPyUgOlLSxJb4sWkP5MOfMh9XWa&#10;/nt6UsA4W9q0iP75Sluk+ZStPoBWU25zPd2hV/SWT7IHyNWF+l/Dfk+nD1pGtXVzOD8FVYx+angC&#10;85b1K9GN57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//9cv/OdlfZhW5Rz3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcp9/GFr/L6XZQwu/wDlsVnlt/y7&#10;pyv/AFE5O24aZecV0JA9p/SuT/1Yv6cts2v6T61f6Vsj/RULXSVL4nVy+yJR97f2cKFlGH5fKeF0&#10;/wDxXSUy/dEo59/W4Nv+UyKwa/oWlsn/AErKB8q+UrMVa7hw9K1H/ejRBM6z/M5yxep/4srapvvl&#10;Y8UXJaonpMc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcrg6s4h/Muo2L1F77ZzF/wBElEX/&#10;ADLz4/u3fNf5xvfmLszpfLX+oJSz/wC86zN3fZ7myaH97P8ApiVfOrSujOG/yrpdgtNa2+nE3/RZ&#10;jL/zNwO+Yk0MKE7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//0C/852V9mFblHPc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ykv8ZKu2Yf0+w0H/ACkm&#10;NSkf8QWjUf8AKx5kNuCnF4/4g/378K45fVu9DeXN9JuVewMD/RGhl6RJeSvk9ghH37/6OARhsXy+&#10;HU8H+CNF+5QOfoQZMx+Vs2Wv6LbafYkD5V8tL6ta1HpJ+NVw4rN8xilTUf8AFksjfexPJ3BJSWoH&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc4syopdzYAXJ42tYbBUowAJJ6AK2BOFckRpHCILliAB8T&#10;yq3Fa1sSxSpxF+9RLJIf+DYt+3nw655mRzm9fvFbXnXHD5rWVfOs8bdruG0o/ogD2CKuFwegXCsI&#10;pcLTtTQxRD6EUL+zkDgWpXTjz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/0S/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yiH8YSpNXnfI&#10;WDg/YpcQe3/L2aFP+ZOZSdm9t+YUpH9NbafbI+dcQvq3uIubFH9Fp5X+mUgf6Ghq6WsKbC8RrD+6&#10;VP8AyCrHgfgW0HP0JQIr5j6rNJvqed83Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Evnav/lmT&#10;8UrwbGKlnK/8S2Hb+fIV7SM0/ku79/dAwW7V8p/xu6UE+1UCjzLGu/uW0dK0+yRPupXZBw7+bZ4w&#10;jDiLrNWU6t/xHzBu/K/KxOfFlWcNW1c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vcoE/FdqPmvUZkrCO+3C4Ht/y9r5l/5k5nJ2L235m9t0f07tlPtW2PnXAr6un4zNhH9GzKva46P9&#10;DQwZNf5bIOM1fbalQf8AkGG/E7z75q+ceq1+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9XuBJ&#10;1xr/AJHppXgGzTmGIf8ABSKT/wAmg8wL+pjNP5ZubeAGC6WWh/nPIKh/pEqqQd12u9vUdWo+xJj3&#10;xQ0+nzDv5h1Ww0sLrTieY/8AAxMF/wCTiOV78+TysvKsv57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV&#10;7nuer1e57nq9Xuf/0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9zXq/EyqP5h6z8rUXcQ4ZhEZH04hUyH8m50f+nu37/OMuR/SzG29nesg186/1&#10;dP6s5j+hYJH+9vq+dCthj/K9HsfqP+levYfVT2H8OR+fdXXz9VXDz3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9wuHqWrvJypQ4eDYz1W8/ERxt+1hzkD9ZOZ/l8itLQHF261nrS00sEf6ZxJ9BUz&#10;blNarha+hEe0j8DRpPSnh3nZyxDE2FxT0mwfAySKR+SnhK+fONWS9H057nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xuf//UL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3NdH1+z/P+vKjpu/y1PhC/RZTL/wAzc6s/TJb99n2Vj/msQr/S&#10;rB/0NfNJ9WT+rPbgf0bZpPtST/oqEytf5foXjMnbfBVD/kIbOOPPtxrhbVdfPc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Cfepyu34nhOGg/5KKaUj/ibKo/5U58/f1o5n3l7l1nP2NPOkf7atCB&#10;/wApGPWsidx2oQ4vpKR7AT86O76S8P8ALwjGcVI/ys0EQP8Ay7VmP/K44V3nEyp0o3fPc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1ufWZP89+IhiNP3+XGGL92GRS/8zc7HfSgx3u8&#10;WVj/AIM4r/SpdP8Aoa+Xb6q3tW8F+P6KLdPtZaP+ioRM0t8v6fMQk/xROP8AkKoC8VPPs8ri3Vef&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3CG+oWu+b6iPT3v8rTwR/eDJ/zPz5ePqyzP8/vc&#10;pqf7hbsN+UhT3/vWsrN0Gu7swf6SlH4J+VWLembD/k+mCVNrfN1NRL9NiIv+ZOAdzmfUo0YLnuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NaL1LT/zH8RTMU3cJPEv/AETwmNP4jncL&#10;6QGO83nywdAuVf8AovcEe8ivlJ+qB7vM+zI/3zKfY2yn5Uu+orfL+naqHiywj/kKsQ/w4IHPsIrk&#10;RVfnPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3K3eq1b/MOouLz3vtqGj/6JAR/8y8+Pbtzz&#10;L+a73Zk7MxcKb/1EBn3d3FZn5A13Nm0P70H/AE3i+dWm9HMP/lvTDBKa1t1Msv8A0VJl/wCZuB9z&#10;FGhdQl89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9cv/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1jesM3z3r7zhP38uuq1/5A&#10;gEf7Od8vo2Z1byWR/osPq9rSx/oq+R/6kXe8zvMT/wA1AH+l0j5Us+rjeT0ACf4zSj/o6G/ZwVef&#10;WxXLKiCc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zrmiYr1eAvoOVX4zW/wAyxirxEm/zE0sn/IbF&#10;v28+HreLMf5xmFxd7e+edc/061K+dZ4WzXctpR/RSB7BFXB4FQfyrA6PDLW+Wghit/xBAv7ONvAd&#10;S2nXnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//QL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NXrOE3z3rjz7P38vFcZX/AJAq&#10;DHz6HvovZ1bwsH+jZuK9oQP9FXx8fUG93mcZif8AmsdH+lWofKlZ1wbyehlFH/jejH/Jpb9nBo59&#10;Vlc2aIXz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3GLM9b/LctYhiN7eRTTyf8gxk8jPfXMv5Nk17d&#10;zHc2z7nqhpSh8KNLFrvn0I6VJHtIFKHKVB/Nc1YZhlr/ADFXTxW/4nIq/t5Vzz4lKzpq3fnuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/RL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NWfzfnvWJ1ErO+7FcwOPrxIgfx59J&#10;X0Ts6s+/xcuUf/Qlsn518afbq73maXyv6V/cf8qumlL6hW8no1hMXbdPRr/5DyH9nB759QFc/qIl&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3A16wVnyPTbFpr23RLH/0UdY/28w6+oDMf5ZudmLn9JpL&#10;f+quIa+C6Gm7rfe3rY659gJ+VCr0Rof5j1UwaC19szS/9Eo2k/5l5XNz5DazJq0Pnuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1Vspy/OepfPVf331uLtf8A4liG7n03/RMz&#10;GdPK6Mvj2u2/+DXxZdszve31yr+lePH/AHtz8af/AFKNs6XYNB/0s05+6nkH7eGM59LdYP0Rjnue&#10;r1e57nq9Xue56vV7nuer1e57nq9XuAT6iK35Xp75F/8Aemphj+4NJ/zLzmH9W+Y/kt0+6n+73LLf&#10;sC3f/eYqVNzm9d5P9FCj8B86MR6YqD5vqZ8zb/eWknk+8rH/AMzcIlz5hKypqxDnuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zVG6VS/OdZM3Vx13z1bX/wCJVRPPqV+idqMz&#10;u1dFoge1xH+DXxI9qzve3Dium4dP+9K/Gnn1QNsyNgkH/H4P3Qkft4Zzn0a1iBRHue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e4V31OVmzC8Jw+/8AlJZpP+QFVf8AmfnE760cw7uxy60/puvOR/taEJ/9&#10;61Oe47cuOL6Ake0k/Kjdekuh8zGMZxK3+Shgiv8A8vGZv+ZOE+58/NZFUd7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56v&#10;V7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zU36DSfNZ5zJWd97E3/4lM559Wv0Ut/5dfq6GGR7&#10;Vq/Cvh07R3O8XPS44ff+tOfqrbZlzA4f+PZT90aj9vDV8+hWsXaJJz3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3CZ+pms35iw2gv8A5KmaS3/E5Cv/ADJz53frOzDvc3sbX/jdspyP9tdKf/eVZI7kNwy4&#10;vpUB7BPzo9XpPofLyxiuJW/ytUkd/wDl3GG/5n4WjnGqpso13Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9zpmCqWbQDU89WiYxrw10HNSz0zsZ8Sxupbuy05P8AwTSHn1qfRU3/AJRm&#10;auhFsPap78K+FzftesNnpKz/AL7U71aNtw/Aova9UfuWMft4bfnfasdqJTz3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3CE+oKs+a6jzQX/AN54II/vXzP+ZufLb9V2Yfnd73G/+MsMN+UpLv8A71msr90W&#10;9FkD/SUo++PlVjXppoflOl0M9rfM1FRL9zeX/wAycBLnNqpOofue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e5//1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3G7GJfIwmqn/wAEMjd7dlJ78dbEqHmKL7tWhpZ6EqPuNZIRulVfaR/H&#10;mqB6X197G39nyY/6Tc+ub6KEY5qr/vDH/QV+FfDFvyf7j/n/AOgrl6uG93L6e01x/wCkHDZ87v1j&#10;/RMee56vV7nuer1e57nq9Xue56vV7nuer1e5XB1aq/neo+LzXvtn8v8A6JqI/wBnPkA7eL/+Zb4Z&#10;i5th/u/9SQlr3aIrMzd9vurJof3s+0k/OrSejFF8h0twWC1t1OJP+ijNJ/zNwO+Yj0MaE/nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcTmcJfIylik3+CjqW+6JjxUwJWkdY+NB/Nla&#10;LV1XQ2s/7yakUgvVxD2uv8earPpgW0GNP7WpR9wl59ef0VIhrNFdKrQewXH418Nu/Jxa/wA//Q1F&#10;9W7XqMBT2LWH7zDw1nO5tQJROee56vV7nuer1e57nq9Xue56vV7nuer1e5Vzmir+fzNiNde/nVU8&#10;n/IUjHnxLb7X/wDNc5vbrb3t0+5/p3Vq+dZ0WLfdMIR0ISPYBVu+UaL+W5UwzDrW8ikpo/8AkGNV&#10;/Zxi5GNGtKHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/0C/852V9mFbl&#10;HPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3EX1HlMPTzHph3TDq1t&#10;PhA54vtBLqP8ZPxFBDeFWiwuD0Mu/wC+KqZh4viEA9sif8rDmrh6Yl/334w3tkpx9yvz7APosTFp&#10;mR/4Jbj2Jd/Gvh334Pja8lfEU0+rVr4lgi+yKpP3snDTc7d1BNFB57nq9Xue56vV7nuer1e57nq9&#10;XuQ8QqhRUE9Y3aGN3P8AwKk8Ic1vRltq7cHY22tf+kSVfKlDKO9WE9JA9pqbhtI1fiNPQr3mkSMf&#10;8EwH7eVUkliWbUnnw0qUVmTtNZ6ARVxSqFUKosBoOdcpW6757nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7n/0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3A+6tSeV0qzNL224TiJ0+FNIeGdiJeR/jJ+IoCb0q05ZdHoYe/5TVU/ChfF&#10;KYf8ex/8rDmsH6Yx/voxVv8Aj6H/AJVbn2FfRcmLDMD/AMGZ9yF/jXw/78f3Rv8AxVfEUwerNv8A&#10;f1gy+yCc/wDJ68NBztbUG0Ufnuer1e57nq9Xue56vV7nuer1e4j+oNX8lkXF6m9iKOoA+lkKj8zz&#10;H/tXvv5buxmT2wizuAP8ZTSkp95FCLKG+9umk/36fcQaW/TSj+f6hYJS2uDW0xP0LIGP5DlZnPjI&#10;rNurYee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Iv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wMutcnldG82y3ttwX&#10;FDf6KWQ8N8vE3Df+On/fhUc74q05ReHotn/+UlU5YMN2L0g9s0X/ACsOayfpkX/fFije2eMf8mc+&#10;xP6MExll+f8Ag7Y9jf618Q++5/at/wCKfjSY9WTXzDhCeynlP3vwznO0FQhRTOe56vV7nuer1e57&#10;nq9Xue56vV7gVdbKr5TplibA6uIkH/BSoD+V+YOfUjffkNzL4jasMtj/AD32kn/edVDzdlvvL5vq&#10;k+xJ+dDD0Do/nOrGEqRcRtNIf+Bhcj87crx58ldZg1Zvz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Ap68OI+h2c5G7LgWLk/VRy8OstxuW/8dH+/Cow33OnJb0/80tx/wAp&#10;Lp0wP/ktUf8Ay/i/5XHNaD0zD/jO4kf+llf+kY59jX0Yp/4UXx/5qU/8pD8a+I3ff+7N/wCKfjSR&#10;9WJ/40+FL/0qv/0kPDMc7LVCdFR57nq9Xue56vV7nuer1e57nq9XuAN6i6r5fp+sN/8AL1cKfcrv&#10;/wAy85dfV1ffld1Et/8AHbtlHsQ65/oBUrbmt67uehCj7wPnRi/S/R/M9SnnI/3no53+9kj/AOZu&#10;EV58xtZT1Ybz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//UL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcCH1BuI+gmd5&#10;G7LgGMn7qKXh5leNy1/tiP8AfhUVb9nTkd8f+aS4/wCUV07YCL45RD/j+H/lcc1q/TMP+MziLe2q&#10;H/SNefZB9GSf+E16f+aof8pI/GviR32/u6P8T5mkZ6sD/wAavDF9lIf+kjcMrzsdUK0VTnuer1e5&#10;7nq9Xue56vV7nuer1e4WP1N1WzA8Lor/AOUnkf8A5AS3/M3OLv1oXvd5ZYW39N9xf+pthP8A71qb&#10;9yG5dcV0JA9p/Sjaek2k35gxevt/k6eKO/8AxNy3/MnCcc+eqsjqPJz3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wHPUT/wBW/Z6/8F7Gv/KKXh9lX/FTX+2I/wB+FRLv9/yw&#10;r/8A7xLn/lFdO+X/APkvUP8A3kQ/8rjmtl6Z/wDmF8QP/S1/1DXn2R/RmP8AhJeH/mq/94t18Sm+&#10;393R/ifM0ifVeR/W7DB/0pn/AKStwyfOxNQvRVue56vV7nuer1e57nq9Xue56vV7hQPU7Vb8Rwii&#10;/wCK453/AOQ2Qf8AMvOAH1pXuu8y22/oNvr/ANUU2n/3nWRG47cIdV0lI9gP40dv0lUmzC8ar7f5&#10;SWnjv/xBXb/mbhW+cR6nWje89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;cBb1JaenbPxH/YOY5/5QzcEGU/8AFbX+2I/34VD/AGhf8sDMP+8O5/5RXTxl7/kv0P8A3kQ/8rjm&#10;t16Z/wDmFK//ALy/+oac+yj6NP8AlhXn/eX/AO8Wq+Jnfb/ihH+J/ojSF9V3/MZYb/3hf9RX4ZHn&#10;YKoYorPPc9Xq9z3PV6vc9z1er3Pc9Xq9wj/qRqfNzzT047RUcY+sySH+FufNP9Yd53+8zLQ2N2bY&#10;9VOvKPuKayg3LRptVHpWfcE1YF6WKTyen1VUkazV0pv8FjjUfnfhfOcoKl2jLc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wFvUl/wBW65+/8FzHP/KGbggyn/itr/bEf78K&#10;h/tD/wCWBmH/AHh3P/KK6eMvf8l+h/7yIf8Alcc1uvTP/wAwpX/95f8A1DTn2UfRp/ywrz/vL/8A&#10;eLVfEzvt/wAUI/xP9EaQvqu/5jLDf+8L/qK/DI87BVDFFZ57nq9Xue56vV7nuer1e57nq9XuV/de&#10;anz+plbH/wAUpTp/0aV/+ZufKh9UV5+a3zukf8aRbo/9AIX8V1lvuojRYoPSVH/eiPlVk/p0pPlu&#10;lFBL28+Spk/6PMn/ADLwHec96kahx57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e5//9Av/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9wGPUehk9PGfY17tl3Gx99DNw/ynC6a/2xH+/Coh7QRqyDMB/zR3P/ACiunjL2mP0J/wCl&#10;iH/lcc1uPTOR/VWvH/S3/wBQ059k/wBGh/4RXg/5q/8A3i3XxL77f8UI/wAT/RGkN6rwf644af8A&#10;pT/6ivwyPOwlQxRWOe56vV7nuer1e57nq9Xue56vV7lb3Vip+b6jYvL7Jyn/ACAAn7OfH1263n57&#10;e/Ml9D5R/qaUt/6GszsgR3dm0P72fbj86tM6NUvyfS/BYbWvTK//AEUJf9vA95ibQvoTOe56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/0S/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Ac9RP/AFb9nr/wXsa/8opeH2Vf8VNf&#10;7Yj/AH4VEu/3/LCv/wDvEuf+UV075f8A+S9Q/wDeRD/yuOa2Xpn/AOYXxD/vKH/SNefZF9Gf/LEv&#10;P+8of8oor4ld9v7uj/E+ZpE+q/8A5i7DP+8M/wDSVuGT52KqFqKtz3PV6vc9z1er3Pc9Xq9z3PV6&#10;vcrAzlUfOZvxWq/4srKlvvlY8+KntDu/z+f5g/8A07y5V6KeWR7qzjy1Hd27aehCR/vIq27ItL8l&#10;knB6Pt5VFSp90Sg8TfIeo6pVc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Ai9QKh+gud1bUHAMYB/wDGKXh5lf8AxS1/tiP9+FRXv0JyO+H/ADSXH/KK6dcB0xyiI/4vh/5X&#10;HNar0zE/1axEf9LI/wCkY59j/wBGR/4TXo/5qh/ykiviQ33/ALuj/E+ZpG+rAD+teGN/0qN/0kbh&#10;ledj6hWiqc9z1er3Pc9Xq9z3PV6vc4swVSzaAanlFKCASdgxNbAmuSqzsEUXJNhyqWqnNVVSVLd5&#10;GZj9Zvz4X765N6+t47VrUo/5xJ+dZ7tp0JCegAVcbR060lJFSr2iRUH/AAItzBwrp2pPPc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/TL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcCXr6rP0Kzqi6k4DjAH/AIxy8O8s/wCK&#10;Wv8AHR/vwqLd+ROSXw/5pbj/AJRXTrgX/Jbo/wDl/F/yuOa03pm/5hvEh/0sr/0jHPsd+jI/8J73&#10;/vJT/wApJr4j99/7s3/in4mkd6sB/wAanCz/ANKjf9JDwy3OyVQpRU+e56vV7nuer1e57nq9XuNG&#10;YKj5TAa6r7eVTzP/AMgoTwBb13f5DK7p/wD43bvL/wBK2o/KjC0R3jqE9Kkj2kU9ZapvncxYfR9/&#10;NqYE/wCQpAOVZ8+IWs7at+57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nue&#10;r1e57nq9Xuf/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Au64IZOiucIxpuwTFR99JJw5y7C4b/AMdP+/Co13zGrJ7wf80z/wDykunPBDbGaQ+yaL/l&#10;cc1mfTKf98GJr7KhP+VOfYr9GCv+FV8P+ahH/Kf6V8RO+/8Adm/8U/Gkr6sV/wCNJhLe2mkH3ScM&#10;1zs5UJUU7nuer1e57nq9Xue56vV7iM6i1Hy2QsZl7f6HUKPpZCo/jzHjtcuvyW62Zuf80dwkea2l&#10;IHvVQkyZGu7aH9+n3EGl10wpvm+o2Bw9/wDTqZj9CyBj/DlZ/PjPrNmrXue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//1S/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3A76vR+b0mzRF/iwjEhr8aaQcNLEw+3/jp+&#10;IoA71p1ZXdDpt3v+U1U4YSbYrTH/AI9j/wCVhzWH9MZ/3z4qvsmi/wCVDz7DPouVOX5gP+DNH2oV&#10;+FfEDvuP2jf+KfiKT3qzX/f5g7e2CYfc44Z/naqoOopHPc9Xq9z3PV6vc9z1er3Aw6y1Hy3TPFZP&#10;akaf8hyov7eYXfUPdfk9zMwX0tto/wBUfaR/oqHG7aNd82Osn2JJ+VC10LpvmurGDReySV/+QIXf&#10;9nK6+fIzWYtWfc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3P/WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcRHU&#10;yPzunGYIhb3sNrhr8YHHDCzMOo/xk/EUDd4k6svuB0su/wC+KqbhxtiEB9kif8rDmrp6Ym/33Yuv&#10;skgP3q/PsC+ixU2eZD/gjB9qXfwr4ed+B42vJXxFM/q1X/fpgre2KoH3MnDS87cVBVFC57nq9Xue&#10;56vV7nuer1e4C/X6fyemtTH/AMWywL/yeG/ZznR9VN1+X3OfR/xx23T7HQv/AEFSVukjVepPQFH3&#10;R86Hj03U/ndVaST/AIphqX++Mp/zNwgnPlfrLOrIOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7n//XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vcS2eY/OyVjEXfdQ1Y1+MLDiy2MOJ/wAYfGg1nSddm8Olpz/fDUqi&#10;NqyE+x1/iOasPpgb/RcZX2PTH7xJz69/oqVLGZjoXan2h/8ACvhw35Hia8l/6GoHq2W1ZgT+1Ksf&#10;cYuGq53HqBqJ5z3PV6vc9z1er3Pc9Xq9wvvqRn8rIlPEP90rYh9QjkP8QOcpPrCuu53YZbH8d60P&#10;QNPq+IFS5uWjVdKPQg/FIoyvpYp/N6iVMx7RUMp+syxL/AnhHufNHWUNWB89z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/0C/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3GTMsXnZcxCG199NOv3xkcUMmFjzHxonzFO&#10;u3cHShQ/3k1mpjaojPsZf481TvS+3uY2vsNGfv8AO59dv0UKlOap6DZn2/mvwr4Z9+Riz/n/AOgr&#10;F6uFs+AP7RWj7vI4a/ndWoCom3Pc9Xq9z3PV6vc9z1er3Cy+pqfbgOGU3+Oodv8AkFLf8zc4xfWf&#10;c6MrsGf6Vw4r/SNx/o6m7chMuuK6Ege0/pRsfSdT7sx4tVf4KaNP+QpL/wDMvCbc+eWsj6PPz3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/9Ev/OdlfZhW5Rz3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zDUxefTyQH99WX7xblgYM&#10;0y4jvElPSCK7U7WDezmpj6YWK1ONRnQ7aU/cZf6efW59FS4dzRPSm1PsNx+NfC3vyMGvNf8Aoale&#10;rdL02AyexqwfeIv6OG353srHyiWc9z1er3Pc9Xq9z3PV6vcKb6n5v+SLTj/paY/9GgP284SfWrc/&#10;8stkf81Sj/6LgfOp+3GT/dT/AIg/36jmekiD/kvVJ/6U1H/R4n9nCnc4R1P9HM57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n&#10;uer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/0i/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zUy9PMfyuacwUfbYVFv+IyOO&#10;fWD9FTv+V5gnpZYPsU5+NfDV2hN92UjoWsc+ynH1XrvwTA5v+PJx96If2cNhz6Caxnok3Pc9Xq9z&#10;3PV6vc9z1er3Cb+pqfdj2GU3+Cnkb/kJ7f8AMvPnn+s+51ZpYM/0bdxX+ncj/QVkfuQmGnFdKgPY&#10;P1o83pNg25dxaq/x1Ma/8gx3/wCZuFk5xgqbqNlz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1P+jcfyvVLNVH22Szj/kGoYc+qP6KHf+GN4nptmz7HB+Nf&#10;EL2nt928odD7g95/Cnf1Sjfk/BJv+Pj+cV/2cNHz6J6xMokHPc9Xq9z3PV6vc9z1er3CQ+pObfni&#10;liHZKKP7zLKf4W581n1i3HebzW7f9Gyb9peuD8IrJ7ctMWqj0uH/AH1NWAelaDy+n1XMe8lfL9wi&#10;iH8b8L1zk3Uv0Zjnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e5//9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc1TenkfyvXvOdH/AIKrEB/yDWkc+oT6J3P+G1ynpskn2OtfjXxQdrrfd3bw6Lp0f70v8Ke/&#10;U2u/p3gs3/SxGPvgY/s4ZXn0jVhjRHOe56vV7nuer1e57nq9XuEM9Qk3m9RZE/4rp4F/It+3ny6/&#10;Vjcd9vctP9C3YT7Qpf8Aoqyt3QTpswelSj8vlVi/png8rphHJ/xbU1DfmF/ZwD+c0qlCjA89z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1S/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zVdwaH5H1WZ/oDp5&#10;eIY2n/IGI259L/0Svf8AD1wf0suJ9Q7bfImvjA7bWu6zC7T/AEb58exx0UofUcvm9JMGnHhU0v3G&#10;ml4YXn011gjRFue56vV7nuer1e57nq9XuV8ddJvN6n4ivggp1/6MIf4nnyffU3cd/vrej+iLdP8A&#10;6LMk+8msu91k6bFHXqP+9GrLvT1B5PSTC28ZDUsf/GiQfwHAj5gTUhUNXPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NXDGYvkvWt1Dp+wfF8fP1NXs459Gn&#10;0Vvac/QP6Vgsewsn/Q18cvb413eb5gP+a98+11w/OlR16XzuieGyf4JaI/8ARp1/bwcufUtXOyiH&#10;89z1er3Pc9Xq9z3PV6vcrl6vy+d1JxZ/ZKq/8goq/s58hn1AP/mN8cxV0OpT/pWkJ+VZk7up02TQ&#10;6viSatE6Iw+R0qwZPbCzf8hSM37eBtzDuhpQqc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3P/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3NYPqRF8l67s7wdvMxHEm/5DPmc+gn6MntO8dqP6Vq8n2In/Q1&#10;8hf1FNd3nWYj/mqUf9MqfnSw6zr53QeB/wDA1If+Ttv7eC/z6wa5jUQfnuer1e57nq9Xue56vV7l&#10;afUqXzuoGMv7Kudf+QXK/s58bfbG/wDmN68zV0Xb6f8ASrKflWa2Sp02jX+In3iatZ6VQ+R02wNP&#10;bRU7f8hIG/bxEcxsoT0v+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7n//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3NZbrvD8l+INmqAaeZVyt/yHQrJzu99HT2nebLx/SbuU+xh0/6Gvkw+pdru88zIf8A&#10;BUH/AEwbPzpb9Ul8709yP/g+WP8A5Eqv7eCZz67K5Q0QDnuer1e57nq9Xue56vV7lYOdJfOzji03&#10;+Osqm++Vjz4rO0Z78xvDmLn9K9ule19ZrOLLE6bZsdCEf76KttyHF5GRsGg/wUNIv3QqOJrkN0d0&#10;q+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//0S/852V9&#10;mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWq9VUP8&#10;u/EYx4eDyUbD/oZg0J/iedsPpEf7rebK1ddyn2s3CfnXysfVIz3e8GYjp/Lq9rLBpfZ7T5n07Vij&#10;wRD/AMg1in9nFxz7Gq481Xzz3PV6vc9z1er3Pc9Xq9yrLHpfOxytm/xzzN97k8+ILeh78xmd05/S&#10;feV7XFGs7rROlpA6Ep+Aq3/LkXkZeoIP8FPAv3IBxp4BaX0889z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P//SL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NcL1vwfI/iCTVPb5lMLb76JIv+ZedevpYuO53&#10;hys/81BT/ptY/wBFXzD/AFXMac/vD/SaZV7GkD/Q0I+PJ8x0CxSP/BDMf+QZN/FBz7UK4lVXhz3P&#10;V6vc9z1er3Pc9Xq9yqKok86oeb/GzH7zfnwsXb35h1bn9JSj7STWfKE6QB0CrkaWLyKaOD/Aqr9w&#10;tzDwvpys/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//T&#10;L/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3N&#10;dv8AESg+R9c2DVPb5mjwdvvmki/5l51C+my47nPcsP8AzXsJ/wBM6gf6Kvm4+rVjTnbp/pWaFezv&#10;B/oaFAp8x0Rx2P8Aw01af+QYt3M/PuIrgzVc/Pc9Xq9z3PV6vcjVknlUksv+FGP3C/CnMHe4YcX/&#10;AEUKPsSTTzY1KA6xUqij86thh/xug+8gcql58L1Z71cdz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zXz/ABQ4Pk/V7lDEVFhJhOFkn/WTEqq/5W50&#10;L7A7j8vmliv+hmFur2OMmvno+rtj/hwg/wBKwHtDlwPhFCzgSfM9KMepv8UNav8AyFTDjdz7v6+e&#10;mq3ue56vV7nuer1e4049J5WBVsv+GCY/chPAJvS73GWXS/6LDx9jajRhaDU6gf3yfiKecuR+dmGg&#10;h/x1EA+9wOVZc+IOs7at/wCe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e5//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3KC/xZ4Pleu2SMW7bsOC3/AOXVYzflv5mn2QXH5e6aX/QuWVexST8q4M/V&#10;0xOY2yv6VqtPsWo/6KhiyKnzOTMXpO+5ZRb/AIlFbiW59+9fNxVavPc9Xq9z3PV6vcTmcH8rKOKy&#10;f4aOpP3RNyIu0FzucgzBf9GzuT7GVmjnLhquGx/fp/34UqMkR+bnTB4v8VbSj75VHKv+fFLWclW4&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/1i/8&#10;52V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yir8&#10;YykNPmPp/i6jWSDFowf+XUlK3/M/MmOzx4td4RtSpCh/vX4VxQ+re3/bZev+ki4T/pS0f9FQ1dJ9&#10;s1JiFM3YmO//AAQYfs4GqOHQOvYgEc/QsbWHUhQ2EAj1r5giIwqs90aNzG3dSQfq5y49Wq489z1e&#10;r3Ejn9/LyLjLf9KNUPviYcgTtVc7rdjMz/zQ3Q9rCx86EOUCbpr/AGxH+/Clr02TzOoeBL/2MKM/&#10;dMp5WVz4w6zcq2Pnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer&#10;1e57nq9Xuf/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3KWfxj6HzMu5CxO3+RqcWiv/y8Smb/AJk5kDuEqFujqSfYVfjXH76tmNVvl7nQt9P+&#10;mS0f9DQxdIntUV0ftWI/cW/p4XXBZvmMGpJ/8cMTfegPP0Ft3H/zWXWzv9NlpXtQk/OvlguU6HFD&#10;oUfjVdePQfLY5W03/Fc8y/c5HHPgzpFTTz3PV6vcQ3Ux/L6fYw3/AEqTD71tzGbtmc7rdTMz/wA0&#10;jw9qCPnQpyQTeNf46fjQhdJ08zqVga/9LkB+5geVq8+OGs1KtW57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//QL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KivxgaHzOjuVcTt/kcZaK/wDy8pZW&#10;/wCZOTluIqLhwf3k+xQ/GuVn1Xs6sptHOi5Kf9M0s/6GhX6TPbF6qL2wg/cw/p4TDJU3zGTcJn/x&#10;0VKfviU8+/Hs3f8AzW7uXO/0rK1V7WEGvlBzNOi5dHQtf+/GiGZ9h+Wz1jVP/gr6tfumYcU/Jnoj&#10;pJ89z1er3A86sNs6c4uf+OCPvIHMTO3Zfd7oZkf+AEe1SR86GGQCbxr/ABqE3o0m/qjgq/8ASwD9&#10;yk8rf58fdZm1aXz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3P//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3KvPxbKH5r0z4bUga02YKJ7/A0tXH/ABYcmPcdWm8UOls/78k1zZ+qZnvd3Glf0bts&#10;+1p5PzoS+lT7cxyL/igcf8nIeV19MZvP6fYO/spYl/5BXb+zn3l9i7/5ndPLFdFq0n/SJ0/Kvkhz&#10;xOm8dH9+T7TNEv6sw/L9S8cT21kzf8hNu/bxdcycoLUHnPc9Xq9wM+sT7OmmLH/jtB98ijmGv1Br&#10;7vc3MT/wNA9rzY+dDbdwTet+Z+BoV+hyb+q2DD/j1z90TnldHPkSrMerQee56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Iv/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcry/FDw7530k4nU2v8AJ1+G&#10;zfRecRf8z8lLc1em+SOlKh7p+VYFfUnb99uq6r+g6yr2r0f6Kl/00k2ZqjX/ABxyD/k2/wCzlT/R&#10;if5jplhT+xJV/wCQZXX9nPuj+nW5/Nbl5eroQ6n/AEj7qP8AQ18gG8qdF84OsH2pBoqnXan+W6sY&#10;xH7Xif8A5Dhjb9vBQ5mrQGoI+e56vV7gV9bG29MMVP8AqwD754xzB/6kF6NyswP96wPbcsj50PN2&#10;RN83/nf76qhg6Brv6t4OP9aoP3U8h5Xhz5KKzBqzjnuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcJZ+Ifh38z9HWc4QLmOOgmHw8rEKaQ/kDyQN1V6&#10;L9vzUPalQrD/ALe7f8xulejoS0r/AEr7SvgDSxyBJ5ebqM+0uPvjYcpO6BT+b01pY/8AiqWoX/o4&#10;W/bz7d/pYue/3Nt0/wDG3bhPtdUv/R18be9idN6o9ISfcB8qL56j6fyeqtZJ/wAWxUz/AHRhP+Ze&#10;DPzonUbUBPPc9Xq9wJeubW6XYmPb8sP/ACIj5gd9TStO5N/1/lh/6NsGpA3WE3zf+d/viqGf09ru&#10;6u4SfZ80f/IaXle3Pk5rL2rMee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e5//9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vcLP6ysO/mnpXz5TWvtwerm/6Ir535beC7IF6L1o/wB+B7cPnWOva5b/&#10;AJndnME9Fu4r/SDV8qUeUJPKzPQt7ZkH36ft5r+enCfzchTR/wDFdZKv3xxt+3n2lfSBc9/us4j+&#10;heOp9rTC/wDRV8W2+adN2D0oHxUPlQS+qSn8nqPBL/xbQwt90kq/s4P3OqVRLRbue56vV7gPdeGt&#10;0xrx7Xpx/wBHkPOfv1QK07l3Y6V24/8ARho/KpF3UE3yPJX++mhv9Oq7urOHH/ClSf8Aow45X7z5&#10;Sqy4qynnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;uf/VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Ai9QOHfzfoNnbCrX+ZwHGIh9L0cqj+PDzK193ctK6HEH/AHoVFW/dv+ayO+a/pWtwn2srFO2A&#10;yeVjlFL/AIZ4T9zjmtT6Zp92WsRpv8FSrf8AIUYH/MvPse+jK51ZNes/0blKv9O0kf6CviR33TD7&#10;aulEewn8aRvqwp9uasLqv8dIyf8AIMjH/mbhludkKhWip89z1er3AZ69m3TSrHtkp/8ApIvOeH1S&#10;qjc2563Lf/lZBqSN0/8Ai1Pkr/fTQ6enEX6rUR9kVT/0ibhAufKvWWtWSc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Yv/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcT+bcMONZVxPBgL/N0lRDb/&#10;AJeRsn7eKWF92tKugg+w0RZpbfnLV1n+m2tP+mSR86kUknk1Uc3+B1P3G/NVT0wT3ixmlPgaVh9Y&#10;kB/gOfXh9FV1KMzYPA2qh6h8H/fRXw178oxaV/jj/faj+remtNgVWPEVaH6jER/E8NdzujUB0Tfn&#10;uer1e4C3X4kdNqke2WD/AJXHOc/1UmNzn/8AbWP+VBUl7pf8Wp8lfCh49NwB6qUpPhDU/wDSM8IL&#10;z5YKyyqyDnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xuf/9cv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3NTzotR/yLqZmjLdtvy0k0dvZ5NQ0f5X59U30U3s5jetf07Zpf+lXH/vSviB7TbP8&#10;m6pv/jbziPYSP9DTv6po/mcpYJiPsmYX/wCJxbv+ZeGm59ElYoUSDnuer1e4CfqB/wCdbz/8voP+&#10;Vuc3fqt/6c93/b2P9/qTd0f+LR/iq+FD56a/+dpU/wDy4qP+VOEI58tVZYVY5z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Av/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NWYUf8g9YHUD&#10;BbWVcTx2NR8BXlkP/II59JP0U3ujPtP/ABzL1D1C7dX+hNfGl26Wf5XM75v+hfPx5d44B7iKU3qE&#10;j+c6N4VV+Mc9IxP0wSKfzPB859QNc/6Ijz3PV6vcBH1BG3TiUe2eD/lbnNn6r1Rug51vsf78TUnb&#10;o/8AFo/xVfCh+9NK36own2U9Qf8Ak23CFc+W6sr6sa57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zWP6z0f8i9f2bqDt8xXVUn/AEWphU/t&#10;53r+ji97reWxT/xxm4R/pWXFf+86+ST6krP8vneYp/4OF/6fQr/R0terMfznp+8/v5Hyx+6YR/t4&#10;KfPrfrlbRAue56vV7gIeoP8A51zL/wAv4P4nnNb6sP8Ap0F/7ex/vxqT90P+LB/iqowHpo/52hF/&#10;3jVH8BwhfPlxrK6rGOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e5/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Nbn1mUZwT8Q2vrLbVrv5bIP+Dw2KA/eynnYz6Ur78rvFlav+DON/6ol1&#10;H+jr5dvqqs+7z++P9NDC/Y00D70GhEzRF8/6fcRg7+XE7f8AIE4k/ZxU8+z6uLdV589z1er3AQ9Q&#10;f/OuZf8Al/B/E85rfVh/06C/9vY/341J+6H/ABYP8VVGA9NH/O0Iv+8ao/gOEL58uNZXVYxz3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/TL/znZX2Y&#10;VuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zXn&#10;/Etov5J60Mt4uBZazDsJmY/8RrJ4WH/IKDnST6er/wDJZxl7vBGYW8/4pdan3E186X1cWWjOir/j&#10;lklXqFPJ/wBCKFXD4v5j0ex2h7nyK1QPj5G5fz5i5901fP8A1XFz3PV6vcBP1A/864n/AOX0H/K3&#10;Obv1W/8ATnu/7ex/v9Sbuj/xaP8AFV8KHz01/wDO0qf/AJcVH/KnCEc+WqssKsc57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7&#10;nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//1C/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcoW/F3of5b&#10;1VyNmi1vMoaiK/8A3j1Kyfl5vMuuy2//ACDod/408257CD/oa4XfVxZTe2bv9Nh1H+lWD/70oZ+m&#10;8Xz+XcUwzv5l1t/xOMr+ziK5+ghtr5o6rQ53z1er3AT9QAJ6bz/CaD/lbnN/6rBO57vU8x/v9SZu&#10;j/xaP8VXwoe/TYQOqdOD4wVH/KnCEc+Wissasd57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7n//VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ylj8Y7CfNy/kLHQP8hUYrAT/wAvkpnA/wCj&#10;Z5kFuEuFOp6Qk+wq/GuPv1a2upjL3/6K30f6dLR/0BoYukUtp66D/EsTfcWH7eF2wWp+cwakq738&#10;2GJ/+QkB5+gru5efzDLra4/44y0v/TISr518sVyju3FJ6FEew1XXj1L8jjlbRWt5M8yW/wCIuRxz&#10;4M6Q008Bfr6L9Nao+yWn/wCkg5zq+qhM7mv9Ttv/AMqpHzqSt0v+LU+SvhQ7+m9rdVaQe2GpH/Rs&#10;8IJz5XayzqyHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xuf/1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vcqm/F3wj5r0+4FjCC7UmPQIT7FlpKm5/5CVeTVuKvTdLT0oPuUmuYv1V2ve5Db&#10;uj+C6SPRTTvzAoUOlEu3Hp4T+/Ax+sOvCE9O6n5vIeDzXufk6dT9KoFP5jn3tdkl5+f3Xy1zb/kd&#10;uk+aGkoPvSa+TDOEd3duj+/V7yTRIOp1L8l1FxyC1h89UsPoaQsPyPFlzIag3SG4DnXkX6ZVp9j0&#10;/wD0lXnPf6o0zuZddS7f/ldsVI26n/FyPJX++mhy9OZt1YoB7Y6n/pC3K/8AnyoVlvVk3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z&#10;3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9cv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3K+/x&#10;O8G/mnpExmttf+XVmGVH0bqlKe//AEd5J+57mi+SOkKHuJ+VYJfUfafmd1H1/wDG3GV+1xLf+jpe&#10;dNpvKzXCn/FiSL/yaW/ZypLopVfN9MsMYnVFlQ/8DK4H5W59zX033v57cuwUdqUuoP8AmPupH+8g&#10;V8fe8zfd3znXB9qRRXOvdJ8n1YxZANHaGQf8HCjH878FTmcNAOge4EPXZb9MMQPsanP/AEfQcwE+&#10;p5Orcq9PQq3P/oyyPnUh7qn/AC5H+d/vpobPTw23q3hg9q1Q/wDIeQ8r658odZdVZZz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P//QL/znZX2YVuUc&#10;9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wqfriwb&#10;+e+kzPVDbdsw41H/AIzSpUX+rZfg13cc7q+aP99HtBHzrGLtntPzu61+joZ1/wCpqS5/oaVGSpvI&#10;zVRP7ZNv/IQK/t5Qv6dqr5jp6Yb/AOQqpk+8K/8AzNz7V/pHvfzW6Zb/AONXTyPaltz/AN6V8Ym+&#10;Lei8npQk/EfKgY9T1J8t1LE1v96KSCT7i8f/ADLwd+dPqiqi7cCjreu7pdig+FOfuqIzzBf6lUa9&#10;yb8dVufZdMGh9uuYvm/87/fFUMnp/bZ1dwg/GpH300o5Xnz5MKy/qzTnuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/RL/znZX2YVuUc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wKuuuDf1i6I5xwC241u&#10;CYrAB8ZKSRR+Z4dZa53Vw2roWk+xQqMt9bT+YZNesf07Z9P+maUPnTpgk3y+NUk/+CaJvucHms76&#10;ZarfgGJ0V/8AJ1CP/wAhpb/mXn2K/Rhe95lV9bf0LhC/9UbCf/eVfEZvu3DzaulJHsP60k/VjSbM&#10;yYTX2/ylNJH/AMgSbv8Amfhmudm6hKin8DDrMu/plio/1Iz90qHmFf1Eo7zczMB/eNn2PtH5UON2&#10;zF835n/fTQt9Cn2dWMGP/Hko++FxyuvnyOVmLVnvPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcjVtJDX0c1BUi8c6NGw9qsCp/I8ulWkyOF&#10;Jnmg+goVsUCD5EQa5I5jcOvdSCPq5qd+nOObCcex/AKnSSIxBh/rRPIjfmefWX9FOYD8xmLH9Nu3&#10;cH+Yp1P/AL0FfDZ2gWqrcoSrahS0nzw/Cpnqxp1nwvAsTTsr1CX/AOJrGw/5V4bDnfysbqJTwOOr&#10;ib+m+LL/AMcg/c6nmIXb433u5+Yj/gIPsWg/Khlu8YvWv8b5GhR6Kv5fVPBW/wCPyPvRhyuPnyC1&#10;mXVo/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc/&#10;/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9zVipcO/qn6tM+ZYttSPEcZiQf6qVxaM/WnPpP+irM9GelsnB6wUP8AOSthfuAV&#10;XxmduGXfkcyvGo/ud68B/i944B7RFKX1DQ/zDpBhWIjVop6Vifg0Lqf+TiOGA59PdYC0RLiD6oJv&#10;6e4wv/SrIfuF+Yv9tbfe7p5kP+aVw+wT8qFeRmLxr/HFCL0kfy+pmBt/0txD7zblbHPjorNKrU+e&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//UL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc1nfUXh39VfxCsy0VtqVVSs30/NYfHUf8rtzuT9IGZ/lt5cuk4LS+0f8AUndP+9JTXygf&#10;U3l35TPcxRH8bbg/z0NLP+/Gl31Ih/mnp7nkGrQLCw/4CpVT/wAm34IvPsBrkjVfnEd1DTzMh4yv&#10;/SlUn7o2PMfO1pvvd1szH/NFdH2MrPyoR5OYu2v9sR/vwpcdMpPL6i4E3/S/SD75VHKzefGXWbVW&#10;wc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9Uv&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9zXY/EQw7+rnrmwrF7bRidHhE5PtBkkoyfuj51D+m3M/wAhnmWuTATfNIPUHHEpPuWa&#10;+bX6tMu7rPHVR/dbRtzz060f+84oUTD/ADToljdH3McFZYfFU80D7+SufcPXByq5uJrOcfm5PxaL&#10;/FR1Q++JhyHO0Vrv938xb/pWd0PawsUdZadNy2f79H+/ClXkSXyc8YNN/grqRvumU8rB58VdZx1b&#10;bz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Yv&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9yhP8XPDThPVzI2cgLebQTQ7v8AvFqhLb6vO/PmX/ZVmX8teS8P9Zfad9hB/wBDXCn6&#10;uMu1X1o9/wAct3G/9Iuf/etDN06iGJZaxTBz/ugZbf8ALyMr+ziNBBFxz9AoGcRXzUVWkQQbHQjj&#10;TmCPzcBrYv8AFTzD70I4A96mu/yu6R/St3h7W1CjC0Ol1B/vk/EU85al8nMWHzf4KmBvukB5Vnz4&#10;haztq37nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;uf/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vcpt/GJwH5jIeSs0bf946+upb+z5mFJLfX5HJ73Ddh11HSlJ9hI/0Vckfqzse8&#10;sbG5/oOuo/1RCVf+8qF7pJPtrqym/wAcaN/yCSP+ZuFYyxWfzDLeH197+fTQSf8AIUYPP0BNy8w/&#10;m2T2d1t722Yc/wBO0hXzr5VL5vuXlo6FKHsJFV85sof5ZmrE8Ntb5erqI7f8RkZf2cc6yPzqSWH/&#10;ABow+8W4NMwZ/MW7jf8ASQoe1JFIW1aVA9BFNNDL5FbDN/gdG+4g8ql58L9Z71cdz3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/0C/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3K1v&#10;xWMB/m/pY/mIW/8AKsYw+pv7Ayy03/UXkt7lO93ex/SQofA/KueP1OWP5vdnvP8AjVw0v2hbf/vS&#10;hF6Xz+Tmfy/+LYpF+6zfs5WL0jrPnum+ET3vth8v/omzR/8AMvPu07BMw/me5+XOTMM93/qK1te7&#10;RFfIlvC33V66P76faAfnRQutND/L+qWNQWtun83/AKKosn/M3BG5l3QNoL+VSVcXkVUsP+B2X7jb&#10;nwu3zH5Z9bf9Fak+wkVnu2rUkHpAq4+jm+Yo4qj/ABorfeL8j8KqeqTz3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wonrzy/wD1l9I2d6AL&#10;uMVHFVj4fK1EVST90Z4Od2ne5vmj1kf6YEfOsVO2+x/mO6t8jobS5/qTiHPgmlXkef5fNdE/tcr/&#10;AMhKV/byiz09VnzXTpIL3+WqJ4/vIk/5m59sX0m5j+d3RS1P9wuH2/KSl3/3rNfGdve3ovCf6SUn&#10;4j5UB3qZoflOp71FrfNU1PL9NgYv+ZODjzpfUXUX3lWuYovIzBXw/wCConX7nI58Re9zH5bNrtv+&#10;jcPp9jqhWddmrUyg9KU/AVb3leb5jLOHVHffS07ffGp4zcjyjKn3nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5/9Iv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wM+tOX/wCtnR3NmVwu44jg&#10;+J0wHxlppEFvjc8N8vd7i4bX0LSfYRUc74WP80ym7ttveW7yPVTagPjTlg0/yuL0tT28uaNvuYHm&#10;sj6ZK3fguKYff/JTxSW/5eIV/wCZOfYb9F+Y97luYWk/3N9pyP8AbWyn39z7q+IjfduHW19KSPYZ&#10;/wBFSa9WVD5ePYRidv8ALU8sV/8Al24b/mfhnedpqg+ilcrHz3D5Gd8Yh/w1tVb6PNa3Pi77T7f8&#10;rvLmTfRe3UeXfrj3Vm9lStdq0f8AgaP99FWzdO5/mcgYHP4tQUl/p8lb/nxKcgyj+llz3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9Mv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ziyq6l&#10;HFwRYg+I56qkTga8DbUc1QejuGtlDqrmrIr3BopaiEg970tS0P5bufU99FGbasyvLef7tatu/wCp&#10;uBP/AL2r4ie1DLP5a8pk/wCsvuNewqH+gp49UlOK7JuC46BfbOUv/wAvot//ADJw0fPosrEqiP8A&#10;K2+qkPkdRMXT21Dt/wAhWb9vPjy7cbf8tvdmSem4Wr/Twv8A0VZoZCrVZtH+9A9mFWn9H5/mOmOC&#10;SeylRf8AkG6/s4gOYq0LaEnnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue5&#10;6vV7nuer1e5//9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1hOp+F/1N9eOc8FtsFZiOITW7aVS/PD793O/wD9Gub/&#10;AJfeO0RP92t3mf8ASNlyPazXyI/UXlf5HOsxRGy5Lv8AqpC//elLLrFT/wA16CxVnf5Q0r/8gv5H&#10;/M3Be59ZdcwKILyvDrZD5HU/FF8C0Lf8hQoefJV9SNv+W31vx0qZV/prZlR95NZg7sK1WLf+cPYp&#10;VWcdA5/mOkuEN4qs6/8AIM8g/ZwK+YO0PKGDnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e5/9Uv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1zfX1hX9U/XnTY3baMZp8JqL+0MhoCf&#10;+jVudWfplzj+W57ljkxpvENHqDytB9Idx6q+aH6scq7jPblcf3a3ad89KS3/AO8qE6tp/wCddDMX&#10;oftGGCpIHxj/AE4/Pjrz7ca4YVXTwg/qAg8nqRPJ/wAWwwN/yZt/Zz5Zvqrtu43weX/xxlhXsRo/&#10;0FZY7or1WSR0KUPfPzqx302VHndLKaP/AIpnqE+99/8AzNwFOc4akyh757nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KGfxeMHbB+&#10;qGRc+RrrPRVNOG9po6hJgPq8/mXHZbmissdDydrLzbo8wQR/vlcMfq4yubyzuI/urDrU/wC1rCv/&#10;AHtQzdNo0xPL+KYJJ9mQEH6JUKH+HEKjrIgkQ3VgCD8Dz9AxtxLyQtJkEAg9IOINfNERpMGq1JI3&#10;ikaKQWZSQR8R34SL1JQeXnmmmHaSijP1iSQfwtz5rfrEtu53mYcH8dk2fUPPg+4Csnty1TaqHQs/&#10;76mj/eleo83p7VQnvFXyj6jFEf434XznKCpdoy/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/1y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9yov8AF/y1850eyvm1VucPxd6Yn2LV&#10;UzufqvAPy5OW4j2l9xHSif8ASkf4VcrPqvy7vsptLqP7ncFHkHG1H4tD3UK3Sap2YvU0v/FkQb/k&#10;FgP+ZuEtyPXfzPJuFVxNzJSQFv8AiWwBvzvz76uzTM/5zu7l90TJXaMFX+N3aQr/AHoGvlCzRruL&#10;lxHQtXskx7qIh1Aw7+U56xjDgLCKsqAv/EfMJX8rcLD6m4NuOYXVf44JF/5Be/8AzNziv9Z9rozO&#10;we/pMOJ/0jgP+jqcdyFy04noUD7R+lG29JtTuy9i9Jf7FRE//IaW/wCZeFj5xeqb6Nnz3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//9Av/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;cIZ+JXlr+sPpDzDUou6TC5sPrEH/ABGqjic/VHIx+jklbovd1fIH9IKH+8k/ECsIvqIy78/upcKA&#10;ktKZcHo4lJ9iVqNLnp1U/L5sp1JsJVkQ/wDIJI/Mcp56G1/z3TSgBN2gM0R+qRiP+TSOfcV9M2af&#10;zPc2zBMlovNH/NeWUj0QpNfHhvS13V6vr0n2pE++aLR6g8O/l/VbEWAstQIJl/4KJQ3/ACcDwL/U&#10;9T3gwarH7rVKH6xGR/A8wp+tS01NZY/0KuUH/ODBH++mhzuMvF1PUg+zV+NC36SanbU47Rk/aWkc&#10;D/iJlB/iOFI5wUrIOjp89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3P/9Ev/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcBH1K5Z/rj6e865bVd8lTguIiIf8erTu8X/J4HBDlD35e6aX&#10;0LTPlIB91Q32iZd/NshvreJKrZ7T/jBCin/egKesuVPymP0dQTYLNHf6CwB/Lmt/6aK/zsrV+Gk3&#10;MFVv+gSIo/ip59k30a5p3+R3dmTi1da/JLrSAPSWlH1NfE7vs1pfQvpRHsJ/EUg/Vbh3k5ww7FAL&#10;CopPL+kxyMT+TjnfqXp92U6Cq/wVYX/kKNz/AMy8t9ZdpryK0f8A6N2Ef6dl0/8AvOtbkri4WnpR&#10;PsUPxrr0o1OzOeI0f/FlEX/5AlQf8zcJZz5yayXo+fPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9zBVU0FZTSUdSoeOVWR1PYqwsQ&#10;fpHLAlJkUy42l5JQoSCCCOkHA1yVmRg66EG45qhdEKGfKPUTM2Q6onzaOSSJge+6lnaFvzbn1WfR&#10;TnIN/fWgP92t2ngP9qWU/wDveviC7S8sVlzpaVtZdcaPmCQf98py9VFKK/K+CZgQaLK6X/5fRhx/&#10;ypxa+oam8/p20v8AxTUQP990/wCZuZ1/VnZ/mt0VL/41cML9upv/AN6VE2569F5HSlQ+B+VBN6Zq&#10;r5fqekN/8vS1Cfdtf/mXhDufLzWVlWK89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3P/9Mv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NYjq7g/8AUL17ZwwO2xa6vq57eFq2&#10;IV6/eXHO+P0c53+U3kskk4PsPMH/ADW1LA9VMgecV8jf1HZP/Ls6zFuNlx33+rQ58HKWvVum/nXQ&#10;Nawe81GaZx/wEnkH7gTyR1ppvmumWKIO6rE4/wCBlRj+Q539+o2z/O7l36eKUtLH+Y+0o+4GueO7&#10;K+7vmz1ke1JFFg6DVXynVjCHJ0d5kP8AwcLqPzPK7ufJJWYVWdc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/1C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc13fxHsG/qd&#10;61MGzWo2x4vRYXUO3hdJZKOQfSI41+ojnTD6d88/k+cZfcEwGr1oK6kLWkL/AN5WqvnE+rTJ+6zt&#10;bgH93tEL/wA5GtuPMBtPtFCrS038/wCjuM4ONWWGqVR/rBPMT/k7iS6h0vzmRMYgAuTR1DD6VQsP&#10;zHPsU7W7L+Ybr5k1tP5O4UPNDalj3pFcMMnX3d20f79PvIFEb6Y1fyPUTBKgmwFbTKT8GkCn8jys&#10;7nxnVm1Vr/Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//&#10;1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9&#10;z3PV6vc9z1er3Pc9Xq9z3PV6vcpE/GJyy0f9Rc9UwsyNiNFI/wAf0M0A+q0nMj+z67UypwJMEFC0&#10;noInH4Vxo+rXK9QsLwD/AI80r10KQP8Af6GXpPMkqV+HSi6sEa3tB3K37OABvTMGWfMTVa6luPol&#10;j/t599veJ3ryXWnEXdrI8nmpHuVXy/QbN+D/AAL/AN9P6VXp5b5azZ5UmjYfV2P0xS2/ZyrnnxLV&#10;nRVu3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9&#10;z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//WL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9ytb8VbKn8/8AS2ccRbtgeK0NUWt2STfSEfQWmX6wOS3uU/3V7p/pJUPZ&#10;Cvka54fU5lf57drvgP7g+05PUrU0fQlwewUIvTCq8jM3kn/donX6xZ/2crE6R4j/ADPpxhM97lIf&#10;JP8A0KYxj8l592PYHm/863Py52ZKWe5PV3C1MgexA9Ir5FN4We4vXB0q1f6YBXzoonWrC/5R1Sxm&#10;mAsJJ/PH/Q5RKfzblfGPUvyOOVtFa3kzzJ/yC5HPk/3osf5Zmd1bbO6feR/pHFJ+VZd2jnetIV0p&#10;SfaBVluXaz+YZfoa+9/Pp4ZP+QkDft41cA1L6eee56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xuf//XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wt3rByp/XX0wZ5wELvb+U1VSi+16&#10;RfmowPiWjFvjwWZC/wDl7xpX9+B6K8J+NY99rGV/zjdu/YiT+XWsDpLQ71PrKBFKLKVV8nmWinvY&#10;eaqn6G90/kea9/pvxH5nJNRQMfepap7D/VdVYf8AJ27n2ffR9m/53dt61JxYulwOhDiELHtX3lfF&#10;pvmzoukr/pIHtBI+EUFnqlwv5TP1NiSj3aukQk+1kdlP/Ju3hXOp9J8l1CxiG1r1Ukn/AEUPmft5&#10;xI7arD+W72Zk3sm6cc/1U97/AKOp0yNzvbNo/wB4B7MPlRveklb/ADDpnglRe9qSKP8A6Jjy/wDm&#10;XiD5i/QroROe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf//QL/zn&#10;ZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9yBiuG0mM4ZU4RXrvgqopIZF9qSKVYfWDxxCy2QobQZ9lIrm3TdtqaXil&#10;aSkjpChB9xrnFI8MiyxmzKQR9I1HNUnoRS1eVc7ZkyHiH+XpHZHHsemmaF9Ppbn1cfRTngN3fWU4&#10;OssvpH+1qKCR598mfIV8QHaRlisvc7tf3NOONK8wYPvSaneqqhWty/gmY4h7qySRX+EyCRf+VDwK&#10;OvVH8r1LrJbWE8cEn/RtU/ivMYvqksPyW+VyvZ3zbDn/AKBQ2fe2fWjXdRzXZJHQVD3k/OhM9Odb&#10;830poor3NPJUR/8AR1nH5NwG+c86kehz57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e5//0S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NYzrPgn+br175swS3lx4hXVFQPAE&#10;V0K14t8N7gfTzvN9Hmf/AJHeOyBMB9p63V6IUpI9VtJHmRXySfUhkn8tzvMWwP8AXw8P920umP8A&#10;VD8KXHVal/n/AED+bHvPReRIP+hcnkt9yknhf/UtR+Vm6irgNJqQL9aSPf8AJhzKf6ycu7nP7W5G&#10;xy0CfMtuuE+5aR6ViLuU5qt1o6Fz7QPwNRfSnXebkqvw8m5hrC/1PElvzU8LlzkLUy0aLnuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n/0i/852V9mFblHPc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Ne/8T7Av6m+q3LXUCJdsOJUFHJI3+KSlqHjkH/RHyxzoL2FbwfyHMbS7JgW920s/4mtB&#10;UPIjUD1V89H1bZHozdLwGFxagea0FaT7E93QuZfpf6xdMsYy7bc7xVEaj4vFdD/yFwpHqdot1LhG&#10;IgfYeojJ/wCJBGH/ACqed/8A608u1sZbdgfau4bJ/wAcNKT7NCvaa4xbjuwp1HSEn2SPmKB70lV+&#10;2sxvDCftpTSgf8RLq3/Kw4UbnA6shKOrz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z//0y/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KdPxhcn/ADvTvJ+fUXXDsQqaFmHs&#10;q4RKt/gDT/n8eTzuG/pdca6UhX+lMf6KuTH1Y5T32X2d8B/c3ltE9TqAoT6s+/roXOktXsxCroSf&#10;8pGrj/gDb/mblZ/WCb+sXRrCsfGrbqSZj8XiZGH/ACEefVX9QNx/a7s7y/NRidVo8o9BcYWhYP8A&#10;uiwD1ivmp3dT+TzJxrqWkeigR7hQIdEYP6sddMYy4fdXbWQqPgkyuh/5BXhOufPdWRtHj57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//9Qv/OdlfZhW5Rz3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9wkH4iuTv64+kfM4iTfPhYpcQi07eROnmn6oS/JE3UuO4vkdCpSfUGPfFYadv2UfzbdW&#10;6gSprQ8nq0LTqP8AqZXS06f1fyma6a5ssu6M/wDBKbfnblB+Dzf1h9N1XSH3nofMUn2eVMs4+5Db&#10;6OfVXu+//azseuWNqrTvEk8R3Nwi5HsbUB5V8jdwn8nnSVcFx/vSSn4ikfjcP9WvVPRVo91MQ8tg&#10;PA+bC1OfvcE/Twp3OEdT/RzOe56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xuf/VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcRfUjKcWfenmPZHntsxjD62iN+w+YheK/1buGF&#10;o/8AlnUOD+FQV7DNA/eHKxnlhcWStjzLjX+nQU/OpmHVRocQgrV7wyI//IJB5qq9D/OrMtZnyVVK&#10;VkMT+4e4Z43icEe0ELz6qPpfuf59kOeZEce8ZK0Dp75lxlZHlpb9tfEnva0bO5YeIgpVB6ilQMfG&#10;pvqHhGE5xyrnWLtFOqu3wilSVPvu3Cu84tVNlG357nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e5//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NXXN2Af5r/WtnLJ&#10;YXy4aiuxAxJ2AinIroB9UZAHPoZ+jPeP8pvCw0ThdWzrJ6NSAHZ85ZIHnHGvj3+oDIP5Pm18wBAb&#10;uVLSOhDp1JH+lcTSv63Uf9YeiFNi4F3oXppSfHxp2/Nr8JHmOg/lWYa/C7W+XqJorf8AEHK/s5h7&#10;vflX8jza7sojubh5qOpDikj3CgLZPfmGUL/pJSfaAaMJlbEv5xlnDsWvf5qmglv/AMTjDH+PGXkd&#10;0ZU+89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z/9cv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc15PxK8v/ANQ/WBgfUCJdsGM0VBPK/a7wSNSyj6oVj+/nRzsB3l/s/mll&#10;dkwLe7bKv9rUpOv2pUsV86f1abv91nJeSMLm2SqelxvU37kpb9tCzhdH/WfpRi+Xbbn8qoRB8Sm+&#10;M/8AIfK6us1B/LupWJxgWWR0lHx8yNWP/JxPMzfqJyr+U75X6AIC1odHX3rSFqP+nKh5iuYW7b3f&#10;WTZ6AR7CR8Ip76FYl/M+lWEyk3aJJIT8PLkZB/yaBwL+YU0OaFznuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xuf/0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9ynn8YLJPz/&#10;AE3yl1CiS7YZiFRQuQNdtZD5oLfANT2HsLfHk8biXGl5xr+kkK/0pj/RVyb+rDJu/wAvs78D+5PL&#10;aPk6jUJ6gWo8z10LfSWt8vEarDydJI1cfSht/wAzcpq6xyfzSowTNA1/mOGwM5/48QkP91wOdq/q&#10;Fe/nbuVZ2MfzuWsKWel5sqDuPVqSD5V89e7ie4DzH9B1Uf4piK90NiOEU2P5RbT+WYrUKg/46cAx&#10;/fYngNc531JFDrz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/RL/znZX2Y&#10;VuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Cd+vnI/9fPSbm+hiTdNh9MmJRm1yvyci1EhH0wq4+g8Hm7N&#10;z+WvmzwJ0n/OED3xWJnblk3873WvEASptAeT1dyoLUf9IFD1pXZFrfkc00jk2EjGM/8ABgqPztzW&#10;XxiX+a9JMIqjq2GVtVSH22lUTrf4aED6OduN4X/55uFlr5xVYXt1aHp0vpTconqwUE+RAr5RrZPc&#10;Zg6n/jiEL/0pKTQg4HD/ACfrRjdGNFxahpK0ey8LGnb69QT9PAr5g9Q8oYee56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9&#10;Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//0i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xn&#10;zFgdDmfL9dlrExupsQp5qaUe1JUMbj7iePtOFlQWNoII8wZopv7JGZMOW7mKXEKQr/FWkpPuNZqe&#10;d6aoSpj+1GysPpBuOaen8mr8DwnN3T/FRarwmdHZfZJS1Bpp7fU/5c7b7lXYzjdfNrEYlKbS+bH+&#10;1Ohl0j/c7kE9Sa+M3PbBeUZkltzBSFusL/xhOH+mQfbQ75hZIc85YzNDpHVCqonb2iaHz4gf+Cj/&#10;AD4EXMVKOKFPnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xuf/9Mv/OdlfZhW&#10;5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9X&#10;q9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NX/wBY2Sf6ietHNmBxpspsyCSoi0tuOI028kfRVlvu&#10;51d7Br/82+3ZnZd29zZEf3zzK22fUO9yodYr5ZfqLyP+R7x3ZAhKnG7pPWF6VuH/AE3eChmqqj5z&#10;plS4x3kwianqCfYtNMpf74bj6+V/8jWsaaGrnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nu&#10;er1e57nq9Xuf/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KJ/wAXbJ02C55yT1dw&#10;9LPLBPQyOPB6WUVMF/i3mvb/AIjzLDsvzpzKng60YWw628j/ABkkEH0KU1xA+rbd8KftL+MHW3GF&#10;n/EOtM+YcX/paGTpt5GLYLiWW6vWOVTce1ZUKP8AkB9/Kb8w08NLjlXDTf5LzXMfxRjuQ/WpB5lJ&#10;vZaN2WZ3DbP9z71Zb62lKKmz6tlJ9a4+2aytpJVtgT5jA++aFDLNTPV5fop6r/LGFBL8JFG2QfUw&#10;I4z8j6jGnznuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57n&#10;q9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//9Uv/OdlfZhW5Rz3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3K8vxPchf1y9KtfjEKb58u1tHiK2Gu3caWX6gkxY/8AEb+HJS3O&#10;ufy96E8Fgp+Y94j1rAr6kMj/AJvuw46BKrZxt4dMT3avQJcKj/i9VL7prXfJ5njhY2WoR4z9Ntw/&#10;MW5rR4tJ8wKarJ954I1Yezyrwgf8goD9fM/c9d/NBh8nFbDaVDoLM26R5lDSFH/Gr5tLcaNSehR/&#10;3rxfEkUPGDR/LGrowLLHUSMp9vm2nJ/5Ccj6uNHAHRhT1z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc//1i/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcQ3U7JlL1G6cY9kG&#10;st5eM4fV0RJ/dM0TRhvpUkEHwI4Y2dwbR1Do/hUD7DNAvePKE7wZfcWK9j7TjflrSUg+hMjrFTcN&#10;rGw/EYK9O8MiP9xvbmmbW01VRRyYdWp5UtJO6SI32g591lI/1SnOj4c7+0ERCHCZ4nvUj3Duv96r&#10;5AnWVW7qkLBChIIPApJBHnJ91G0Qp8/5yEsJ4hb2WQ3v9e/8uNXCKt1P57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5&#10;7nq9Xue56vV7nuer1e57nq9Xuf/XL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6&#10;vc1NfW90+/zbeqXOWAwx7aetqjiMHguysVas7PgrsyfURzOvda7/ADlknYTo048Cggz5lKf96r5b&#10;O2nIf7O7zXjIEJW73yegh4ByB1JUop/zaNDlCv8A5jlmhqSxvGBG1vEreMX/ACPCk8FFYxUr+e56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56&#10;vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//0C/852V9mFblHPc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3&#10;Pc9Xq9z3PV6vc9z1er3KGfxgenvyWcspdU6eO6V1LPhtQwGgamk8+Hd8XWVwPgnwHMmNwrsFC2Tj&#10;pUFAdIOB+A9tcQ/qwyHuru0zNI/uja2VHrbVrRPWQ4r0TQ4dJ68yUVXhZaxRhIv/AAQ2m30ED7+U&#10;zEWNjyfSIMVyLoXwQRcc65WvV3z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//RL/znZX2Y&#10;VuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3P&#10;V6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcIP+JV06/r96VMYrqePfU5dnpsVisNdsbGG&#10;c39ggkdj9HJM3Ru/y16kHYsFJ9cR7wKwd+ojIP55uw8tIlVspD6fJJ0L9A2tZ9KXXTrEPkc0Qoxs&#10;tQrRH69V/wCTgOau/MyDXzY0ZYc9zVer3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Iv&#10;/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9xPZuyzh2dMqYnk/GF3UmLUlRRzD2&#10;xzxtE/8Ayax4qYeNutLidqSCPMGaIc1y5vOLV20dxQ82ttX+KtJSfcakUlTJR1UdXF9qJ1cfSpuO&#10;aXuacu4llDM2I5TxhdlXhdVUUk6+ySCRonH1Mp50AZdD6ErTsUAR5ESK+QjM7BzKrly1dELaWttQ&#10;6FIUUq94NHBpqiOrpo6qLVJVV1+hhccYuKaJKz89z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c//TL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NXf8Snpv/m/9VOL1&#10;9PH5dLmOGnxWKw03SgxVGvtM8bsf+JDmY+6N3+askg7UEpPpiPcQPSvmx+ofd7+RbzPLSIRcpQ+n&#10;zUNK/UuIUo/4woy3TrEfn8sRRsbtTloj9Wq/8mkcIPyTKwdpdc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc/9Qv/OdlfZhW5Rz3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er&#10;3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vcp7/F6&#10;6afzbpzlvqtRx3lweskoagga+TVpvRmP+FJYrD4ycnfcW70OrYP8Q1DzTt9oPurk99Vm7v5rL7bM&#10;0DFlwtL/AMR0SknqStEDrXQtdJ8R8rEKjC3OkyB1+lDY/eD+XKA+ZOVwwodue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq&#10;9Xue56vV7nuer1e57nq9Xuf/1S/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P&#10;c9Xq9wBvU90y/wA8PQHNXT2OPzKitoJXpVt3qYLVFMPrmRQfhwS5PefkLpt3gFCfI4H3E1CPaRu5&#10;/azIruwAlS2lFA/4Ijxt/wC9pSPKnzLWJfyjHaWvJsqOA3/EW91vyJ5p8kEGx5ndXye0bTnXPV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z//WL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9zUb9ZHS89IvUnmvKUMfl0j1jVtIALL8vVgVEar8I95T6VPM48gvPz1&#10;o25xiD5pwPtifWvld7W92/7K7xXdqBCC4XG+jQ7+0SB1J1aPNJo1mUcS/m2XaWrJu4QI/wDxJPdN&#10;/ptfhY+DCscaUnPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq&#10;9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc//1y/852V9mFblHPc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z&#10;1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vco4/GA6W7KjKvWeij0cS4PVuB4jdU0l/iQZvuHMi9&#10;xL3By3PUsfBX+hrjD9V+7UKtM3QNuq3cPlLjX/vX2Chq6TYndarB3Pa0yD/k1v2cpG5kRXG2hm57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57&#10;nq9Xue56vV7nuer1e57nq9Xue56vV7n/0C/852V9mFblHPc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6v&#10;c9z1er3Pc9Xq9z3PV6vcK/6y+lX+eL025oyjTx+bWxUprqMAXb5ikPnoqfGQKY/oY8GOQXv5C7bW&#10;dk6T5KwPs2+lY29ru7H9rd3rq1SJWEd6309414wB1qgo8lGlLlDFP5RmKmq2NkLbH/4i/ukn6O/1&#10;c1H+ZxV8sNGr57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xu&#10;e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//RL/znZX2YVuUc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV&#10;6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc1EPVz0nPRb1D5nyNBH5VEtU1VRACy/K1I8+&#10;FV9ojVth+Knmc+R338wtUOHbEK8xgfbE+tfKn2qbr/2Pz+6skiEBwra6O7c8aAP8UK0HrSaNflTF&#10;P5xgFNWsbuV2v/xJfdP32vwt3BZWPdKHnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e&#10;57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e5//0i/852V9mFblHPc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9&#10;Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3KS/wAXzpIZqLLXW/DormEv&#10;hFcwGu1t09Ixt2AbzQSfFlHMhtxb6Cu2PHxp+Cvl7DXHL6rd1daLXOWx9s27p6jK2j5A94CelSRQ&#10;y9J8Vs9Tgsh72lQfR7r/ALOUZ8yNri5Q189z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1e&#10;r3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3P/9Mv/OdlfZhW5Rz3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3&#10;PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9wDvUp0oh63dDcydNWUNPi&#10;FI5pSf3aqIiama/gPNVQfhcePBFlF7/LrlD3AHH/ABTgfcTUMdoe643yyW5y6PE42e76nU+Ns9Xj&#10;SmeqRT1l3FDg2NU+I392Nxu/4idG/I809p4JqaZ6eoRo5I2KurAgqwNiCDqCD4czxHiEivk6Wgtq&#10;KVCCDBBwII2gjqo2isrAFTcEXHMPPU3XLnuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1&#10;e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7n//UL/znZX2YVuUc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc&#10;9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3NWr8Q3o3/AJpvU3i0lDF5&#10;eG5mAxalsLKGnYioS/YbagObeCsvM1dz73+Y2qUE+JP7M7OH2mTsERJ86+aDt+3T/spvE8pAhq5/&#10;yhHRKye8Ho4FEDgkpoy2RMY/mWWYmc3kpf0b972XsbDU+7+fCKcH1YXUuue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;ue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9X&#10;uf/VL/znZX2YVuUc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1er3Pc9Xq9z3PV6vc9z1&#10;er3KQPxkPs5B/wB5/wDnL/8AL/8A5Ff+jX/M3Midwv8AXdv8Hl/F7640fVt/zb/s/wCYj/H/ANZ/&#10;3j50NHSLvXfa/wBy/wCI/vfnykiu/wB7Zv8Aib9/pPMpcz/4pd/x17dv3HbXF9r7R5Chdw//AHgg&#10;/wCXadv+IjkXhJT9S+e56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue56vV7nuer1e57nq9Xue&#10;56vV7nuer1e57nq9Xue56vV7nuer1e5//9lQSwMEFAAGAAgAAAAhAEvISgveAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxapymUKMSpKgTiAkKUivMmNk7AP5HtNunbsznB&#10;7RvtaHam2k7WsJMKsfdOwGqZAVOu9bJ3WsDh42lRAIsJnUTjnRJwVhG29eVFhaX0o3tXp33SjEJc&#10;LFFAl9JQch7bTlmMSz8oR7cvHywmkkFzGXCkcGt4nmUbbrF39KHDQT10qv3ZH60AfW6ew8tY7L7f&#10;8mDu9PoRP18PQlxfTbt7YElN6c8Mc32qDjV1avzRyciMgMXqhrakGTKC2ZGvN0QN0W1BxOuK/19R&#10;/wIAAP//AwBQSwMEFAAGAAgAAAAhADedwRi6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0o&#10;JuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO5&#10;0gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCS&#10;MvgOm+oaNPCu5V+PdS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANr2PfsNAQAAFAIAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAA+AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANfjGhrcCAAD1BQAA&#10;DgAAAAAAAAAAAAAAAAA9AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAbjIR7h8FDgAf&#10;BQ4AFAAAAAAAAAAAAAAAAAAgBQAAZHJzL21lZGlhL2ltYWdlMS5qcGdQSwECLQAUAAYACAAAACEA&#10;S8hKC94AAAANAQAADwAAAAAAAAAAAAAAAABxCg4AZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgA&#10;AAAhADedwRi6AAAAIQEAABkAAAAAAAAAAAAAAAAAfAsOAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHNQSwUGAAAAAAYABgB8AQAAbQwOAAAA&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidSect="00125D7D">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C873E27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4754CBD4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1775,51 +1660,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0E41FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0504ACEA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1888,51 +1773,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="148C6126"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62DE6FE0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2001,51 +1886,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201C0BCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B764EF4E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2114,51 +1999,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DC92C69"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE02A7A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60D464D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52B20350"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2227,51 +2261,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61251EA3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="212629E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68210CF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC7E47AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2340,522 +2523,550 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="1" w16cid:durableId="1290211192">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1855797836">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1240142242">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="4" w16cid:durableId="1818108269">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1670716993">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1805077764">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1730415421">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="600113812">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="75"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00125D7D"/>
+    <w:rsid w:val="00100951"/>
     <w:rsid w:val="00125D7D"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="006D0F30"/>
     <w:rsid w:val="00AF0A15"/>
     <w:rsid w:val="00B45EBC"/>
+    <w:rsid w:val="00F06CA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0246D720"/>
+  <w15:docId w15:val="{2297840E-5EC6-4A7B-9033-67431D5348AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00125D7D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
-[...239 lines deleted...]
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -2888,58 +3099,58 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
     <w:name w:val="[Basic Paragraph]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00125D7D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3185,51 +3396,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>6</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>